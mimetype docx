--- v0 (2025-10-09)
+++ v1 (2026-03-23)
@@ -1,54 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F5BCA8C" w14:textId="2A42C76F" w:rsidR="00A06026" w:rsidRDefault="00B01585">
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DA27AD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08CB8647" wp14:editId="663E4C4F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5446395</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8978265</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1666875" cy="610870"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="10" name="Picture 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
@@ -122,120 +120,102 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="630C1B3A" w14:textId="0221FCD1" w:rsidR="00DA27AD" w:rsidRPr="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
+                          <w:p w14:paraId="630C1B3A" w14:textId="06532B82" w:rsidR="00DA27AD" w:rsidRPr="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Your Name</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>NMLS ID</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-                            <w:r w:rsidRPr="007562E8">
+                            <w:r w:rsidR="00216BA5">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>CalBRE</w:t>
-[...1 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
+                              <w:t>D</w:t>
+                            </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                              <w:t>#</w:t>
+                              <w:t>RE Lic#</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
                             </w:r>
@@ -263,168 +243,134 @@
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Name</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Brkr</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="007562E8">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> #</w:t>
+                              <w:t xml:space="preserve"> Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0F58212B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:144.75pt;margin-top:660pt;width:249pt;height:105.7pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAssof/fwIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5svaInYoBREVQkB&#10;aqg4O16brOr1uLaTbPrr++zdhIj2QtXLrj3zZjzz5uPism0M2ygfarIlH54MOFNWUlXb55J/f7z5&#10;8ImzEIWthCGrSr5TgV/O3r+72LqpGtGKTKU8gxMbpltX8lWMbloUQa5UI8IJOWWh1OQbEXH1z0Xl&#10;xRbeG1OMBoOzYku+cp6kCgHS607JZ9m/1krGe62DisyUHLHF/PX5u0zfYnYhps9euFUt+zDEP0TR&#10;iNri0YOraxEFW/v6D1dNLT0F0vFEUlOQ1rVUOQdkMxy8ymaxEk7lXEBOcAeawv9zK+82D57VFWo3&#10;4syKBjV6VG1kn6llEIGfrQtTwBYOwNhCDuxeHiBMabfaN+mPhBj0YHp3YDd5kxCOh2ej8QAqCd1w&#10;PBmNzzP/xYu58yF+UdSwdCi5R/kyq2JzGyJCAXQPSa9ZuqmNySU0lm1LfjY+HWSDgwYWxiasys3Q&#10;u0kpdaHnU9wZlTDGflMaZOQMkiC3oboynm0EGkhIqWzMyWe/QCeURhBvMezxL1G9xbjLY/8y2Xgw&#10;bmpLPmf/Kuzqxz5k3eFB5FHe6RjbZduXeknVDpX21M1KcPKmRjVuRYgPwmM4UEEMfLzHRxsC69Sf&#10;OFuR//U3ecKjZ6HlbIthK3n4uRZecWa+WnTz+XAySdOZL5PTjyNc/LFmeayx6+aKUI4hVouT+Zjw&#10;0eyP2lPzhL0wT69CJazE2yWP++NV7FYA9opU83kGYR6diLd24WRynaqTeu2xfRLe9Q0Z0ct3tB9L&#10;MX3Vlx02WVqaryPpOjdtIrhjtSces5x7ud87aVkc3zPqZTvOfgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKUR5u3iAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo05TQEOJUVaQK&#10;CdFDSy/cNrGbRMTrELtt4OtZTnDcmdHM23w12V6czeg7RwrmswiEodrpjhoFh7fNXQrCBySNvSOj&#10;4Mt4WBXXVzlm2l1oZ8770AguIZ+hgjaEIZPS162x6GduMMTe0Y0WA59jI/WIFy63vYyj6EFa7IgX&#10;WhxM2Zr6Y3+yCl7KzRZ3VWzT7758fj2uh8/De6LU7c20fgIRzBT+wvCLz+hQMFPlTqS96BXE6WPC&#10;UTYWPASCI8t0yVLFUrKY34Mscvn/i+IHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALLKH&#10;/38CAABlBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;pRHm7eIAAAANAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:144.75pt;margin-top:660pt;width:249pt;height:105.7pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqhoz9aQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xXszWIU2QpMgwo&#10;2mLt0LMiS4kxWdQkJnb260fJzgPdLh12sSnx4+sjqdlNUxm2Vz6UYHM+6PU5U1ZCUdpNzr8/rz58&#10;4iygsIUwYFXODyrwm/n7d7PaTdUQtmAK5Rk5sWFau5xvEd00y4LcqkqEHjhlSanBVwLp6DdZ4UVN&#10;3iuTDfv9SVaDL5wHqUKg29tWyefJv9ZK4oPWQSEzOafcMH19+q7jN5vPxHTjhduWsktD/EMWlSgt&#10;BT25uhUo2M6Xf7iqSukhgMaehCoDrUupUg1UzaD/qpqnrXAq1ULkBHeiKfw/t/J+/+QePcPmMzTU&#10;wEhI7cI00GWsp9G+in/KlJGeKDycaFMNMkmXo8FkOOqTSpJuMBoPR9eJ2Oxs7nzALwoqFoWce+pL&#10;okvs7wJSSIIeITGahVVpTOqNsazO+WR01U8GJw1ZGBuxKnW5c3NOPUl4MCpijP2mNCuLVEG8SPOl&#10;lsazvaDJEFIqi6n45JfQEaUpibcYdvhzVm8xbus4RgaLJ+OqtOBT9a/SLn4cU9Ytnoi8qDuK2Kyb&#10;rqVrKA7UaQ/tEgQnVyV1404EfBSepp46SJuMD/TRBoh16CTOtuB//e0+4mkYSctZTVuU8/BzJ7zi&#10;zHy1NKbXg/E4rl06jK8+DungLzXrS43dVUugdgzozXAyiRGP5ihqD9ULLfwiRiWVsJJi5xyP4hLb&#10;3aYHQ6rFIoFo0ZzAO/vkZHQduxNn7bl5Ed51A4k0y/dw3DcxfTWXLTZaWljsEHSZhjYS3LLaEU9L&#10;mma5e1DiK3B5Tqjzszf/DQAA//8DAFBLAwQUAAYACAAAACEApRHm7eIAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTlNAQ4lRVpAoJ0UNLL9w2sZtExOsQu23g61lOcNyZ&#10;0czbfDXZXpzN6DtHCuazCISh2umOGgWHt81dCsIHJI29I6Pgy3hYFddXOWbaXWhnzvvQCC4hn6GC&#10;NoQhk9LXrbHoZ24wxN7RjRYDn2Mj9YgXLre9jKPoQVrsiBdaHEzZmvpjf7IKXsrNFndVbNPvvnx+&#10;Pa6Hz8N7otTtzbR+AhHMFP7C8IvP6FAwU+VOpL3oFcTpY8JRNhY8BIIjy3TJUsVSspjfgyxy+f+L&#10;4gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqhoz9aQIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQClEebt4gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="630C1B3A" w14:textId="0221FCD1" w:rsidR="00DA27AD" w:rsidRPr="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
+                    <w:p w14:paraId="630C1B3A" w14:textId="06532B82" w:rsidR="00DA27AD" w:rsidRPr="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Your Name</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>NMLS ID</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-                      <w:r w:rsidRPr="007562E8">
+                      <w:r w:rsidR="00216BA5">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>CalBRE</w:t>
-[...1 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
+                        <w:t>D</w:t>
+                      </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                        <w:t>#</w:t>
+                        <w:t>RE Lic#</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
                       </w:r>
@@ -452,67 +398,51 @@
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Name</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Brkr</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="007562E8">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> #</w:t>
+                        <w:t xml:space="preserve"> Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DA27AD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C08605" wp14:editId="1D0EB057">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>685165</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8429625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="838835" cy="1218565"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
@@ -612,523 +542,593 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Do you know the quality of the water in your home?</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="69D7A66C" w14:textId="1D234B11" w:rsidR="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
+                          <w:p w14:paraId="62A8FD5D" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>85% of American homes have hard water</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>, according to the U.S. Geological Survey. Some of the highest levels are in Southern California. Hard water is water with high levels of calcium and magnesium.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="080CC450" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Hard water can cause issues by:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6CD3D746" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">leaving hard-to-remove spots on plumbing fixtures and </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>dishes;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="15F68AB3" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">reducing the effectiveness of soap and </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>detergent;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="2E33A8A8" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">fading and staining </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>laundry;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="0ED9EE48" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">drying out skin and </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>hair;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="5996EAF0" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>leaving scale buildup in boilers; and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0DBFEE87" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>clogging pipes.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="172E75C1" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Fortunately, hard water can be softened. A whole-house water filtration system that uses reverse osmosis is an ideal solution for California homes with very hard water. Not only does it soften hard water, but it also removes any unusual odors, tastes and colors without using sodium substitutes. This system protects your health and home with clean, pure water.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C68363E" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00EB2E28" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00216BA5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Want to learn more about home improvement solutions that boost your home’s resale value? Contact me today to hear about making your home more livable for you or a buyer</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EB2E28">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7F72448B" w14:textId="61645F4D" w:rsidR="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00216BA5">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:suppressAutoHyphens/>
                               <w:spacing w:after="90" w:line="264" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
-                              <w:rPr>
-[...1 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...196 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2510DB28" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:27.75pt;margin-top:318pt;width:561pt;height:339pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCodG1kLgIAAFkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEuP2jAQvlfqf7B8LwkBlhYRVnRXVJXQ&#10;7kpQ7dk4Nolke1zbkNBf37EDLNr2VPVi5pV5fN8M8/tOK3IUzjdgSjoc5JQIw6FqzL6kP7arT58p&#10;8YGZiikwoqQn4en94uOHeWtnooAaVCUcwSTGz1pb0joEO8syz2uhmR+AFQadEpxmAVW3zyrHWsyu&#10;VVbk+V3WgqusAy68R+tj76SLlF9KwcOzlF4EokqKvYX0uvTu4pst5my2d8zWDT+3wf6hC80ag0Wv&#10;qR5ZYOTgmj9S6YY78CDDgIPOQMqGizQDTjPM302zqZkVaRYEx9srTP7/peVPxxdHmqqkBSWGaaRo&#10;K7pAvkJHiohOa/0MgzYWw0KHZmT5YvdojEN30un4i+MQ9CPOpyu2MRlH43RYjKc5ujj6xqN8MkIF&#10;82dvn1vnwzcBmkShpA7JS5iy49qHPvQSEqsZWDVKJQKVIW1J70aTPH1w9WByZbBGHKJvNkqh23Vp&#10;5OsgO6hOOJ+Dfj+85asGe1gzH16Yw4XAvnHJwzM+UgHWgrNESQ3u19/sMR55Qi8lLS5YSf3PA3OC&#10;EvXdIINfhuNx3MikjCfTAhV369ndesxBPwDu8BDPyfIkxvigLqJ0oF/xFpaxKrqY4Vi7pOEiPoR+&#10;7fGWuFguUxDuoGVhbTaWx9QR1Yjwtntlzp5pCMjgE1xWkc3esdHH9nwsDwFkk6iKOPeonuHH/U1k&#10;n28tHsitnqLe/hEWvwEAAP//AwBQSwMEFAAGAAgAAAAhAIW/iajjAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2o12U2k6TZUmJASHjV24pY3XVjROabKt8OvxTnCz/Z6e&#10;v5evJ9uLM46+c6QgnkUgkGpnOmoUHN63DysQPmgyuneECr7Rw7q4vcl1ZtyFdnjeh0ZwCPlMK2hD&#10;GDIpfd2i1X7mBiTWjm60OvA6NtKM+sLhtpfzKEql1R3xh1YPWLZYf+5PVsFLuX3Tu2puVz99+fx6&#10;3Axfh49Eqfu7afMEIuAU/sxwxWd0KJipcicyXvQKkiRhp4J0kXKnqyFeLvlU8bSIHyOQRS7/lyh+&#10;AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKh0bWQuAgAAWQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIW/iajjAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAiAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2510DB28" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:27.75pt;margin-top:318pt;width:561pt;height:339pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+aDH5GQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815K3uBUsB24CFwWM&#10;JIBT5ExTpCWA5LAkbcn9+g4pb0h7KnqhZjijWd57nN93WpGDcL4BU9LhIKdEGA5VY3Yl/fG6+vSZ&#10;Eh+YqZgCI0p6FJ7eLz5+mLe2ECOoQVXCESxifNHaktYh2CLLPK+FZn4AVhgMSnCaBXTdLqsca7G6&#10;Vtkoz++yFlxlHXDhPd4+9kG6SPWlFDw8S+lFIKqkOFtIp0vnNp7ZYs6KnWO2bvhpDPYPU2jWGGx6&#10;KfXIAiN71/xRSjfcgQcZBhx0BlI2XKQdcJth/m6bTc2sSLsgON5eYPL/ryx/OmzsiyOh+wodEhgB&#10;aa0vPF7GfTrpdPzipATjCOHxApvoAuF4ORuOJrMcQxxjk3E+HaODdbLr79b58E2AJtEoqUNeElzs&#10;sPahTz2nxG4GVo1SiRtlSFvSu/E0Tz9cIlhcGexxHTZaodt2pKluFtlCdcT9HPTUe8tXDc6wZj68&#10;MIdc49yo3/CMh1SAveBkUVKD+/W3+5iPFGCUkha1U1L/c8+coER9N0jOl+FkEsWWnMl0NkLH3Ua2&#10;txGz1w+A8hziS7E8mTE/qLMpHeg3lPkydsUQMxx7lzSczYfQKxqfCRfLZUpCeVkW1mZjeSwdUY0I&#10;v3ZvzNkTDQEZfIKzyljxjo0+t+djuQ8gm0RVxLlH9QQ/SjORfXpGUfu3fsq6PvbFbwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAIW/iajjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfI&#10;SNxY2o12U2k6TZUmJASHjV24pY3XVjROabKt8OvxTnCz/Z6ev5evJ9uLM46+c6QgnkUgkGpnOmoU&#10;HN63DysQPmgyuneECr7Rw7q4vcl1ZtyFdnjeh0ZwCPlMK2hDGDIpfd2i1X7mBiTWjm60OvA6NtKM&#10;+sLhtpfzKEql1R3xh1YPWLZYf+5PVsFLuX3Tu2puVz99+fx63Axfh49Eqfu7afMEIuAU/sxwxWd0&#10;KJipcicyXvQKkiRhp4J0kXKnqyFeLvlU8bSIHyOQRS7/lyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAH5oMfkZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIW/iajjAAAADAEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1F85C4B2" w14:textId="77777777" w:rsidR="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Do you know the quality of the water in your home?</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Adelle Basic Rg" w:hAnsi="Adelle Basic Rg" w:cs="Adelle Basic Rg"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="69D7A66C" w14:textId="1D234B11" w:rsidR="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00DA27AD">
+                    <w:p w14:paraId="62A8FD5D" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>85% of American homes have hard water</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>, according to the U.S. Geological Survey. Some of the highest levels are in Southern California. Hard water is water with high levels of calcium and magnesium.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="080CC450" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Hard water can cause issues by:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6CD3D746" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">leaving hard-to-remove spots on plumbing fixtures and </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>dishes;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="15F68AB3" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">reducing the effectiveness of soap and </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>detergent;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="2E33A8A8" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">fading and staining </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>laundry;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="0ED9EE48" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">drying out skin and </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>hair;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="5996EAF0" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>leaving scale buildup in boilers; and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0DBFEE87" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>clogging pipes.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="172E75C1" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00216BA5" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Fortunately, hard water can be softened. A whole-house water filtration system that uses reverse osmosis is an ideal solution for California homes with very hard water. Not only does it soften hard water, but it also removes any unusual odors, tastes and colors without using sodium substitutes. This system protects your health and home with clean, pure water.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C68363E" w14:textId="77777777" w:rsidR="00216BA5" w:rsidRPr="00EB2E28" w:rsidRDefault="00216BA5" w:rsidP="00216BA5">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00216BA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Want to learn more about home improvement solutions that boost your home’s resale value? Contact me today to hear about making your home more livable for you or a buyer</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EB2E28">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7F72448B" w14:textId="61645F4D" w:rsidR="00DA27AD" w:rsidRDefault="00DA27AD" w:rsidP="00216BA5">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:spacing w:after="90" w:line="264" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
-                        <w:rPr>
-[...1 lines deleted...]
-                        </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...196 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DA27AD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="209F3A6A" wp14:editId="0A3CC093">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>9525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="3895344"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -1178,141 +1178,291 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="404BB346" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:.75pt;width:612pt;height:306.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBJY9BiKAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0&#10;/4B4T22nzpxEdaosaadJVVu1nfpMMI6RMDAgX5v233cBO6naapOm5YFc4HI/Dofji8t9K9CWGcuV&#10;LHF2lmLEJFUVl+sSf3u6Howxso7IigglWYkPzOLL2ccPFzs9ZUPVKFExgyCItNOdLnHjnJ4miaUN&#10;a4k9U5pJ2KyVaYmDqVknlSE7iN6KZJimn5KdMpU2ijJrYXUZN/EsxK9rRt1dXVvmkCgx1ObCaMK4&#10;8mMyuyDTtSG64bQrg/xDFS3hEpIeQy2JI2hj+JtQLadGWVW7M6raRNU1pyz0AN1k6atuHhuiWegF&#10;wLH6CJP9f2Hp7fbeIF7B3WEkSQtX9ACgEbkWDGUenp22U/B61Pemm1kwfa/72rT+H7pA+wDp4Qgp&#10;2ztEYbEoimGeAvIU9s7Hk9F5nvuoyem4NtZ9YapF3iixgfQBSrK9sS669i4+20pwfc2FQJUGeCGy&#10;Ue6ZuyaA5dvonTq44LL/Tqp4EUtFNy2TLjLLMEEc0No2XFtIM2XtigFQ5msVk0CPUKFP57sNt/1z&#10;OJ6n6WT4ebAYpYtBnhZXg/kkLwZFelXkaT7OFtnily8xy6cby24UJWKpeU+9LH9T7buM6R5BJE0g&#10;H9qSQPEIGBQUMO5LBLg9br5Wa6i/YfAD2xnmaOPNGiDt1sH5uNEd9IB7LyH9KJWfx0x+JfEciawI&#10;ljsIFr0fWA3kAh4Mw7WEZ80WwsRqCaWAdgTTNqRicXmUwq8jyfFEaEdICHiqtovdBfCS8TZ2rDJ2&#10;F46yoArHwtI/FdaB2Z8ImZV0x8Mtl8q8F0BAV13m6N+DFKHxKK1UdYCnB+wNLLaaXnN4ADfEunti&#10;QISA2iCs7g6GWqhdiVVnYdQo8+O9de8PBIJdjHYgaiW23zfEMIzEVwmqMcny3KtgmOSjYuifz8ud&#10;1csduWkXCkgFygDVBdP7O9GbtVHtM+jv3GeFLSIp5C4xdaafLFwUW1Bwyubz4AbKp4m7kY+a9u/V&#10;P/Cn/TMxulMBB8y9Vb0AkukrMYi+kYvzjVM1D0pxwrXDG1QzEKdTeC/LL+fB6/Qdmv0GAAD//wMA&#10;UEsDBAoAAAAAAAAAIQCAR89wk4IMAJOCDAAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hFARF&#10;eGlmAABNTQAqAAAACAAHARIAAwAAAAEAAQAAARoABQAAAAEAAABiARsABQAAAAEAAABqASgAAwAA&#10;AAEAAgAAATEAAgAAACIAAAByATIAAgAAABQAAACUh2kABAAAAAEAAACoAAAA1AAK/IAAACcQAAr8&#10;gAAAJxBBZG9iZSBQaG90b3Nob3AgQ0MgMjAxOCAoV2luZG93cykAMjAxOTowMzowNyAxMTozOTox&#10;MwAAA6ABAAMAAAAB//8AAKACAAQAAAABAAACZKADAAQAAAABAAABPwAAAAAAAAAGAQMAAwAAAAEA&#10;BgAAARoABQAAAAEAAAEiARsABQAAAAEAAAEqASgAAwAAAAEAAgAAAgEABAAAAAEAAAEyAgIABAAA&#10;AAEAABLKAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAA&#10;Af/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAUwCfAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEB&#10;AQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAED&#10;AgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1&#10;FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdH&#10;V2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAz&#10;JGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF&#10;1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A4UE+J+8qbSfE/eVBo4RAE9hZ&#10;sJnk/eiN3eJ+8qDQiNGiSkjZjk/eiNnxP3qDEVoQSkZPifvRmA8yfvQ2BGrGiaVwTVz4n71LKea8&#10;O58nRvilWOCo9V06bef5KZ1Hmv6HyeRxMgMyT6joFgOpJXo/1Qs3fVDOvYSWvvFLD4gbN3/Vry9t&#10;YsyWMLg0GfceBovXOhdNGB/i9wofudlWNvd4D1D7Wt/sManZfl+qsQ9Q8mFQMclW6h8UCoaK1WNA&#10;qpbQT1hZP14p3/VbKeOcd9Nw/svFf/o1bLAuW/xh9cdiYQ6MxgnPr9S6106MbZ7K6/5dllX6R7v8&#10;H/xidjBMxXdGUgQlfUU+cXFwLhuPtJESeJ9v/RQpfM7nfeUaw1DljnP/ADtxj8nvQi8dmMHxBd/1&#10;RVstQF9Z/wAVPUKLeh2dNNoOTj3ve2su9xrsax25jXe52x7LN+1d0BofgvnjpNmPXn0X3WOobU9r&#10;3W0e25gadzrcZ25rfVr/AJa+hxk44pOWXtGNs9b1fzPTj1PUn9zZ7lHOOt92XHKxw9n/0OGAV09N&#10;6hXhjPsxbW4RDSMkt/Rw47WO9QfRa9/s93+E/R/TVQBbWN1nHxsfplWOxzXYgrrz7PQabLK2Zb+q&#10;/Z8Z78l9L6PVe39H6GLZdZV+lv8AQ/QpzCADu5QczT3DXz8EaNpDXe12kNdofcA9uh/eY5r2/wAh&#10;a2V12i+nKpFTov8AtDKQMbHra+q2ttHTm5j2O34tnRbG+vR9nryfWs/cVrO+s2JnVZb349z8rMZW&#10;DZkV1vb7cd2Jbh2Pqyan1UMyv8o42bV/h7P6H6uNT6itdwju4dUODi3UMEvI12iW1y/9z3vYz+u9&#10;Fa5sxuEzET3Wo/r/AKhz2VvyqcbNq9OiluPjs+zxdXktxP0NzftOD6LLcRmQ5/6Cuz9Hi/pFPG6h&#10;XR0vFNgryL6ckVPxRZUXPwGurzX1XYzybGutya/sdV9tXp2YX6K38z1AmvFzWPZodwg+fgj1lpMA&#10;gnwlaGJ12ivID8mvKyGbcfff6OO2+yzGyft3qX4wvZVS23Ee/pjLGZP8z/O1/wA2o5OcMiuiip1v&#10;o0Nh7baaq9zw+51V7Lan3Xu2Y17cX0rLP8AmlcAirCH1j/ku74I9YQusj/Jdx8kwfMPNcflPk8VQ&#10;1781jaxLoOh4Xr/TCf8Axu+jeYZP32rx+q11WW2xjtpAMH4r1vomQy7/ABddI2GS12x3xY65pT8v&#10;ylGL5vovSFbYOFVpVxo4VQtsJmBcV/jJyXnLwcYAFlGPZkuafFznMb/54b/24u3YvP8A6+15WX1/&#10;0r2149FdLGUXvMF9c+o+z+V+mfYxn0PS/rqXAPX5Bj5g/q/Mh4x59oE7jy4+LjygEgiJA+a6HG6d&#10;jWF4dS55pndvbsmATva3c5zq/wCo9aA6XsY4ChtbhqWisna3993ud/1f/XHqySGqL7PHsI/e/KvW&#10;Pqz1rEzf8XPUOnDMZbnYGDli1vuDm1Obd6D/ANIG+o1jXbN9X82snofQeu5ortw6MW2ivIczKbdT&#10;W7aGip7NltjWPc93qWfn/o/TXe4HQRjsybn044yLqX0MrqEN2P8Ac5l1u39Juc1n+D2KOUujLAHf&#10;bwf/0eKaulZ03pWV0/ptuVcMO6unCbl3NdSxhpvycvHsutpFbP1rHpGH6uXZZb+jux/tVX+FfzbQ&#10;tTG+rWVeym6kYz6chlNnrh3tYMmy3Eb6/wCi37mXY9tWbsZZ6H+ETixR8rbj+j9PczqAqe+p9FDn&#10;UNfe31W5Dcf7V9l+zfZWPym23NezHyHuwvVr/wC077qLlq5GL00dUx7KseiR1LGbmPbZSK2Y76MF&#10;z92BtNT8W97uobrK/wBHTfVfZ/wdWBkdFwsfpjeoufS2ttGJa2p0Odacn7Q9zcWxlGyj+h3ejVkM&#10;3+pv+0f4P1idU6Fj9PzDQH41mK6+/FovcWw30bG1XV5f6Nno2MdbU+3ZX6f6T9Ggv26JvsON6+N6&#10;bS2q7GdkW0W5LA5tlbr2W4rcqvGf6lrfRrs+z14X2j9Js/4VXbOldNrOTWLH/o35gx8r1q3MdXRX&#10;Vk4VrqG1br/tjLLqv0V9f9G9Wr/RLOHRrPWvxC2nfXR9t2EOHq1hrLmuorfS2x9/o2Ms9K+qm2v8&#10;/wDmkcfV59eXXhPGLVl2vLK6TO4uY9lTNnpUP9lll36G7+a/nrbn0MqQKh5Oo7HwaMzplVQYcevq&#10;NrH2vtx8j1MYvxH03ZFmPVW1uPkY/wBpvqqyvUsppfZ+l9P0k1GH0197DYXUtsDH20OyaWmppvvo&#10;zcn7S+llVlfT8erGyn4vo79mV/O+kqWN9X/XbQ3D+z2nKobbdW1jmhgsvfhU02/oS2z1clnp/wCj&#10;rt9d93pYtf2u0bun49dNVjzjONwbaygQbQAbKfWdS6tv8xbj24z7PzLf+D9NNK4O1j9P6a8YrXF4&#10;OQ2nfd9ora1vqtynOt9F9G9vp/ZsX9BZcx/6/wClZs9P9NmddZiDoAspsNltjGueQQ5hljXXN+gz&#10;0L8bK9TGsx91/wDwlldv6FDbjY5JLqayXSXEsaZ3fT3e33b/AM9Q6pVUOn3vaxrXvA3vDQHOj99w&#10;G5yaCLGnVJ+U+Twdn84PgV6n9Vnz9QcBvhe//qnry23+c+9emfVJ0/UnDb4Xv/6pydm+X6pwb/4L&#10;rVK2xU6lbr4VUtoNmtGNdV1ZrurZbWeWWND2/wCbYHNQKyjsSCUDug9Ivvob9mqqMkgVt9Pdt2ug&#10;+lt/mv5ytVOrdJxsY+nh01t9ckXOrb9P2v8AU3Fh9uz/AAba/f7P0fpLW9euqyhtm7ZkWDHOwEkG&#10;wE1u9vuZ76/5z8xVOuAem4O3t2OIJbG1pfPt2tO125v8j89SAmh5sZAs7bI/qjdU2nJwm7vUqsF3&#10;umCywekxzJ9vsdR6dmz/AAi6MHQrmfqtTtycu8vY4muqstaQ4gbrbmOc76X+Ecxn6Nn82ujB0Tr1&#10;WAaP/9LjGLWY/rmLgUzlDHw3Y+S6imyylrjjZG92dsps/WfSzHYtnpfn+sz9V9L12erjW3NorL3a&#10;9gPEq5X9Zxc7Bx9uU8U4F3TTV6ocHnIbdV67GH/R/bP5j/urifpU4scRu6OYzr1FT8fK3HHpbVhP&#10;21UWU7WMOXi0B9dL6nvqqyX3Mvb+n/WLPVu96i3qfV7MmvIbk2HJZkG+ixlVYc3Iv2+s5jWUtY52&#10;Z6bPUx3t9K3/AES2cnL68zKbc7o+bU2nNpz66m2lgJqqx8V+Nk/oG12st+yeo21n+ls3qnTmdYqx&#10;X0NxM2+9xn7VdmPe6WXY2Xh76PoVWVNwa8S62n9JZX+k9T/BJtjuF3CfFCL+rYmVVlet6GfhvGJW&#10;Q2lt9ZYw1Nr+xsq2Pq9B78eu5+PZ/ov8FWlT1DqlfpmrLtYKqqqKzsrc0VY7xZh1RbS+v9Tvb+iu&#10;/pHqfzlqPkfWHOw25d9vTssU5OTdk2vOS11lDMqh2FZ9lt9J3o30Pfvxr/oeh+rf8KrozuuW4lmQ&#10;/puSMXLbfu2X7q9uTTRiNttZt/T347cVmVZZYz9Pl5GVbX6SBI7hIB8XO+09Qe3aL3GsBzAz0KH1&#10;7XP+02UOrsxrK7qm3v8AXqpt3/Y/+03oorX5NldddhdYyhorpb6TGljCTsr3UVVvsY6zds9b1P0m&#10;9Ew+sZOO3GY0upGJYx4vfY70wxr7bLqH42JX6uRRkV5Vtfp5FV2Ri/pPQuu+0fq5z1W1pyMfHD7M&#10;N5Iw3NudW2qtrWY2IWOArz/0eLRX6tFj30ZVlu+2rHuY+y9pSEZqtqsdTaxzLK3bHsIMh07dp/rf&#10;m/voHVf+TLZBGncHvK0T1nLsF4GPbU3LtsusP2ltjm+t6brsc76w39G+hn7OyKf02J/wX+ED9Yes&#10;5eV0jNFlVzG31uaQ7J9RjC/IPUmuFP0Hei79Sb/3V/mv9EgAOIa9Vx+U+T5rYffPmV6X9Uxt+qeM&#10;0/6VxHzJXmhHuC9J+qVrrfqvjB35ljmj4Ap2b5fqjD830Ls18K1WVVr4VliqlthsVlHYVWYsvqv1&#10;s6b0tzq3TdawEuYztHiUogk0BapSERZNPSVB77qQx4rIsa4uIBlon1GDd/pKy5iq9UHrVGxjWvJB&#10;a5rSBJhzQxzv7L//AEmuX+r/ANbOsZXUsc5lDPQyrq2V1j2+mHuDa3bvpPfqta7qbbKL7Mb3Pabf&#10;UyW+yuy1m71WsdFdeQ1jKq9jnO9S7+d9Fno2KQwkBR7sQyRkbHamx0K3DxX5tz7qaqbBRteT6bdR&#10;a/0mNs+iyrfsb73rcbk0Gj7S2xhx4LvWDgWQPpO9T6HtXkf12v8ARNWC0k0urebp2kOsBGy6vT9F&#10;z+Z/Of8AgaF9W/rJd0vpnVOh2UOuwep4t2wA/wA1caXs9Vuu11Fns9b9z+cUgxkjitZ7oB4SH//T&#10;4TNpNlTTqdhkgdwVUo9Ki+vIrse2ypwfWG/SBadw937y1Wojaa927Y3d4wnsQJdW7/Gb9cnv3Y92&#10;xvdrqa3f98QT/jH+upsk2AvOk+i3/wAiq7ZRmgpprsuEpd2l1D63/WDKFtV9pi9my1pY0e3vwFc+&#10;rH18630hwrdb9p6fWBOLYJJaPzabfpVu/d3fo1X6nc2nFcS0Oc/2gxwueNjw0sboDyUqiRsE3K9z&#10;fcl9T66zp+di431i6UNuLmx6jIgtf5tH0XbmuZZ/LWWySqf1O6nXb0TK+rrx+ne834z3mGge0u/6&#10;bf8Apq5XI0PZQ0RYPT8mUkGiOu/95OzlD6lW2zp9tbzta4an5IjAqvW7a2dMua9wDnN9o7oD5h5q&#10;PynyeDf7XloMgEgH4FeifVEOb9X6WkR73H8V53t3HRejfVT1z0IEsc5jXa2bTtA83fRUmb5PqFmH&#10;5x5F22cKyxVKyrLOFVbYa3WuoHp/Tbb2fzh9lfxP5y8zt6hjWU5LL6Xvfb9DIB13T7t67D645zG1&#10;Gm5jvQrB9wME2OjZH8lcFjW216tc1okD3CRKtYI1G+pavMSufhF2umV9ZzX49eHh7tWlmQ7cGSwh&#10;27f+bwvR+o44usda0g1ZdleS02vaxpc/6eLVs9Pbvpb/AEr1P/Qj9JZUifVPDsd9V6c23JZbZLoa&#10;wBrA1rtrav3vVd9P+2odRoYOi2Na1t7aWetWRLjZtf6rt9DZ+hcf9J/20mTkTKqpfjgBCwbsPNZ/&#10;1V6j12834tlePXQ6ys13OL3Bzy25zHOjc/Zu2u3/APntW+k/UPJw8TObkZFT78ml9VYY0hoLmnZ6&#10;jz7/AEm27bNjVt/VtgZ0zcHF3q33PEzoN3p7feXPb/N/nrVDtEyWSWsb02XxxR0nWu7/AP/U49iM&#10;zlcoknMT2DUZq4lJApD1fWv6CeOVgsmB/wB+VJJKKTsXofq7t/azd236Do3buf5Pp/nLqKuP715s&#10;kmZN/ouht9X1FiwPrhO2nmPlC41JNx/N9q6fy/UN6r+c7fxXqn1I9b/mTZ/SfT9R8T6fpcj+b/7U&#10;en++vHUk/L8n1W4f5weT7VUrNa8MSVRuB9C/xgz7Z/kxP/fNv/f1yVUyI2/h/FZSSuYfkDSzfPLz&#10;fVfqPu+wu37vpHb6u3/wP0f/AEYt7rX/ACM7dx9nZ/M/vbq/T2+n7vp/9Z/mftf6BeGJKCX86fMN&#10;iP8AMjyL7x0afsOsz610z9KfUfu3x7PU/wBJs/R7/wCbV9fPCSjO582WPyjyD//Z/+0cVFBob3Rv&#10;c2hvcCAzLjAAOEJJTQQlAAAAAAAQAAAAAAAAAAAAAAAAAAAAADhCSU0EOgAAAAABNwAAABAAAAAB&#10;AAAAAAALcHJpbnRPdXRwdXQAAAAFAAAAAFBzdFNib29sAQAAAABJbnRlZW51bQAAAABJbnRlAAAA&#10;AENscm0AAAAPcHJpbnRTaXh0ZWVuQml0Ym9vbAAAAAALcHJpbnRlck5hbWVURVhUAAAAKgBOAFAA&#10;SQA5AEUANQA5ADMAOAAgACgASABQACAAQwBvAGwAbwByACAATABhAHMAZQByAEoAZQB0ACAATQBG&#10;AFAAIABNADQANwA3AGYAZAB3ACkAAAAAAA9wcmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBv&#10;AGYAIABTAGUAdAB1AHAAAAAAAApwcm9vZlNldHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGlu&#10;UHJvb2YAAAAJcHJvb2ZDTVlLADhCSU0EOwAAAAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRP&#10;cHRpb25zAAAAFwAAAABDcHRuYm9vbAAAAAAAQ2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5D&#10;Ym9vbAAAAAAAQ250Q2Jvb2wAAAAAAExibHNib29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wA&#10;AAAAAEludHJib29sAAAAAABCY2tnT2JqYwAAAAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv&#10;4AAAAAAAAAAAAEdybiBkb3ViQG/gAAAAAAAAAAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50&#10;RiNSbHQAAAAAAAAAAAAAAABCbGQgVW50RiNSbHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAUgAA&#10;AAAAAAAAAAp2ZWN0b3JEYXRhYm9vbAEAAAAAUGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExl&#10;ZnRVbnRGI1JsdAAAAAAAAAAAAAAAAFRvcCBVbnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1By&#10;Y0BZAAAAAAAAAAAAEGNyb3BXaGVuUHJpbnRpbmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcA&#10;AAAAAAAADGNyb3BSZWN0TGVmdGxvbmcAAAAAAAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtj&#10;cm9wUmVjdFRvcGxvbmcAAAAAADhCSU0D7QAAAAAAEABIAAAAAQABAEgAAAABAAE4QklNBCYAAAAA&#10;AA4AAAAAAAAAAAAAP4AAADhCSU0EDQAAAAAABAAAAFo4QklNBBkAAAAAAAQAAAAeOEJJTQPzAAAA&#10;AAAJAAAAAAAAAAABADhCSU0nEAAAAAAACgABAAAAAAAAAAE4QklNA/UAAAAAAEgAL2ZmAAEAbGZm&#10;AAYAAAAAAAEAL2ZmAAEAoZmaAAYAAAAAAAEAMgAAAAEAWgAAAAYAAAAAAAEANQAAAAEALQAAAAYA&#10;AAAAAAE4QklNA/gAAAAAAHAAAP////////////////////////////8D6AAAAAD/////////////&#10;////////////////A+gAAAAA/////////////////////////////wPoAAAAAP//////////////&#10;//////////////8D6AAAOEJJTQQAAAAAAAACAAE4QklNBAIAAAAAAAQAAAAAOEJJTQQwAAAAAAAC&#10;AQE4QklNBC0AAAAAAAYAAQAAAAI4QklNBAgAAAAAABAAAAABAAACQAAAAkAAAAAAOEJJTQQeAAAA&#10;AAAEAAAAADhCSU0EGgAAAAADSQAAAAYAAAAAAAAAAAAAAT8AAAJkAAAACgBVAG4AdABpAHQAbABl&#10;AGQALQAxAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAJkAAABPwAAAAAAAAAAAAAA&#10;AAAAAAABAAAAAAAAAAAAAAAAAAAAAAAAABAAAAABAAAAAAAAbnVsbAAAAAIAAAAGYm91bmRzT2Jq&#10;YwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0&#10;b21sb25nAAABPwAAAABSZ2h0bG9uZwAAAmQAAAAGc2xpY2VzVmxMcwAAAAFPYmpjAAAAAQAAAAAA&#10;BXNsaWNlAAAAEgAAAAdzbGljZUlEbG9uZwAAAAAAAAAHZ3JvdXBJRGxvbmcAAAAAAAAABm9yaWdp&#10;bmVudW0AAAAMRVNsaWNlT3JpZ2luAAAADWF1dG9HZW5lcmF0ZWQAAAAAVHlwZWVudW0AAAAKRVNs&#10;aWNlVHlwZQAAAABJbWcgAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxv&#10;bmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAAT8AAAAAUmdodGxvbmcAAAJkAAAA&#10;A3VybFRFWFQAAAABAAAAAAAAbnVsbFRFWFQAAAABAAAAAAAATXNnZVRFWFQAAAABAAAAAAAGYWx0&#10;VGFnVEVYVAAAAAEAAAAAAA5jZWxsVGV4dElzSFRNTGJvb2wBAAAACGNlbGxUZXh0VEVYVAAAAAEA&#10;AAAAAAlob3J6QWxpZ25lbnVtAAAAD0VTbGljZUhvcnpBbGlnbgAAAAdkZWZhdWx0AAAACXZlcnRB&#10;bGlnbmVudW0AAAAPRVNsaWNlVmVydEFsaWduAAAAB2RlZmF1bHQAAAALYmdDb2xvclR5cGVlbnVt&#10;AAAAEUVTbGljZUJHQ29sb3JUeXBlAAAAAE5vbmUAAAAJdG9wT3V0c2V0bG9uZwAAAAAAAAAKbGVm&#10;dE91dHNldGxvbmcAAAAAAAAADGJvdHRvbU91dHNldGxvbmcAAAAAAAAAC3JpZ2h0T3V0c2V0bG9u&#10;ZwAAAAAAOEJJTQQoAAAAAAAMAAAAAj/wAAAAAAAAOEJJTQQUAAAAAAAEAAAAAzhCSU0EDAAAAAAS&#10;5gAAAAEAAACfAAAAUwAAAeAAAJugAAASygAYAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSA&#10;AAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAUwCfAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEF&#10;AQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAAB&#10;BAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHx&#10;Y3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm&#10;9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS&#10;0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0&#10;pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A4UE+J+8qbSfE/eVBo4RA&#10;E9hZsJnk/eiN3eJ+8qDQiNGiSkjZjk/eiNnxP3qDEVoQSkZPifvRmA8yfvQ2BGrGiaVwTVz4n71L&#10;Kea8O58nRvilWOCo9V06bef5KZ1Hmv6HyeRxMgMyT6joFgOpJXo/1Qs3fVDOvYSWvvFLD4gbN3/V&#10;ry9tYsyWMLg0GfceBovXOhdNGB/i9wofudlWNvd4D1D7Wt/sManZfl+qsQ9Q8mFQMclW6h8UCoaK&#10;1WNAqpbQT1hZP14p3/VbKeOcd9Nw/svFf/o1bLAuW/xh9cdiYQ6MxgnPr9S6106MbZ7K6/5dllX6&#10;R7v8H/xidjBMxXdGUgQlfUU+cXFwLhuPtJESeJ9v/RQpfM7nfeUaw1DljnP/ADtxj8nvQi8dmMHx&#10;Bd/1RVstQF9Z/wAVPUKLeh2dNNoOTj3ve2su9xrsax25jXe52x7LN+1d0BofgvnjpNmPXn0X3WOo&#10;bU9r3W0e25gadzrcZ25rfVr/AJa+hxk44pOWXtGNs9b1fzPTj1PUn9zZ7lHOOt92XHKxw9n/0OGA&#10;V09N6hXhjPsxbW4RDSMkt/Rw47WO9QfRa9/s93+E/R/TVQBbWN1nHxsfplWOxzXYgrrz7PQabLK2&#10;Zb+q/Z8Z78l9L6PVe39H6GLZdZV+lv8AQ/QpzCADu5QczT3DXz8EaNpDXe12kNdofcA9uh/eY5r2&#10;/wAha2V12i+nKpFTov8AtDKQMbHra+q2ttHTm5j2O34tnRbG+vR9nryfWs/cVrO+s2JnVZb349z8&#10;rMZWDZkV1vb7cd2Jbh2Pqyan1UMyv8o42bV/h7P6H6uNT6itdwju4dUODi3UMEvI12iW1y/9z3vY&#10;z+u9Fa5sxuEzET3Wo/r/AKhz2VvyqcbNq9OiluPjs+zxdXktxP0NzftOD6LLcRmQ5/6Cuz9Hi/pF&#10;PG6hXR0vFNgryL6ckVPxRZUXPwGurzX1XYzybGutya/sdV9tXp2YX6K38z1AmvFzWPZodwg+fgj1&#10;lpMAgnwlaGJ12ivID8mvKyGbcfff6OO2+yzGyft3qX4wvZVS23Ee/pjLGZP8z/O1/wA2o5OcMiui&#10;ip1vo0Nh7baaq9zw+51V7Lan3Xu2Y17cX0rLP8AmlcAirCH1j/ku74I9YQusj/Jdx8kwfMPNcflP&#10;k8VQ1781jaxLoOh4Xr/TCf8Axu+jeYZP32rx+q11WW2xjtpAMH4r1vomQy7/ABddI2GS12x3xY65&#10;pT8vylGL5vovSFbYOFVpVxo4VQtsJmBcV/jJyXnLwcYAFlGPZkuafFznMb/54b/24u3YvP8A6+15&#10;WX1/0r2149FdLGUXvMF9c+o+z+V+mfYxn0PS/rqXAPX5Bj5g/q/Mh4x59oE7jy4+LjygEgiJA+a6&#10;HG6djWF4dS55pndvbsmATva3c5zq/wCo9aA6XsY4ChtbhqWisna3993ud/1f/XHqySGqL7PHsI/e&#10;/KvWPqz1rEzf8XPUOnDMZbnYGDli1vuDm1Obd6D/ANIG+o1jXbN9X82snofQeu5ortw6MW2ivIcz&#10;KbdTW7aGip7NltjWPc93qWfn/o/TXe4HQRjsybn044yLqX0MrqEN2P8Ac5l1u39Juc1n+D2KOUuj&#10;LAHfbwf/0eKaulZ03pWV0/ptuVcMO6unCbl3NdSxhpvycvHsutpFbP1rHpGH6uXZZb+jux/tVX+F&#10;fzbQtTG+rWVeym6kYz6chlNnrh3tYMmy3Eb6/wCi37mXY9tWbsZZ6H+ETixR8rbj+j9PczqAqe+p&#10;9FDnUNfe31W5Dcf7V9l+zfZWPym23NezHyHuwvVr/wC077qLlq5GL00dUx7KseiR1LGbmPbZSK2Y&#10;76MFz92BtNT8W97uobrK/wBHTfVfZ/wdWBkdFwsfpjeoufS2ttGJa2p0Odacn7Q9zcWxlGyj+h3e&#10;jVkM3+pv+0f4P1idU6Fj9PzDQH41mK6+/FovcWw30bG1XV5f6Nno2MdbU+3ZX6f6T9Ggv26JvsON&#10;6+N6bS2q7GdkW0W5LA5tlbr2W4rcqvGf6lrfRrs+z14X2j9Js/4VXbOldNrOTWLH/o35gx8r1q3M&#10;dXRXVk4VrqG1br/tjLLqv0V9f9G9Wr/RLOHRrPWvxC2nfXR9t2EOHq1hrLmuorfS2x9/o2Ms9K+q&#10;m2v8/wDmkcfV59eXXhPGLVl2vLK6TO4uY9lTNnpUP9lll36G7+a/nrbn0MqQKh5Oo7HwaMzplVQY&#10;cevqNrH2vtx8j1MYvxH03ZFmPVW1uPkY/wBpvqqyvUsppfZ+l9P0k1GH0197DYXUtsDH20OyaWmp&#10;pvvozcn7S+llVlfT8erGyn4vo79mV/O+kqWN9X/XbQ3D+z2nKobbdW1jmhgsvfhU02/oS2z1clnp&#10;/wCjrt9d93pYtf2u0bun49dNVjzjONwbaygQbQAbKfWdS6tv8xbj24z7PzLf+D9NNK4O1j9P6a8Y&#10;rXF4OQ2nfd9ora1vqtynOt9F9G9vp/ZsX9BZcx/6/wClZs9P9NmddZiDoAspsNltjGueQQ5hljXX&#10;N+gz0L8bK9TGsx91/wDwlldv6FDbjY5JLqayXSXEsaZ3fT3e33b/AM9Q6pVUOn3vaxrXvA3vDQHO&#10;j99wG5yaCLGnVJ+U+Twdn84PgV6n9Vnz9QcBvhe//qnry23+c+9emfVJ0/UnDb4Xv/6pydm+X6pw&#10;b/4LrVK2xU6lbr4VUtoNmtGNdV1ZrurZbWeWWND2/wCbYHNQKyjsSCUDug9Ivvob9mqqMkgVt9Pd&#10;t2ug+lt/mv5ytVOrdJxsY+nh01t9ckXOrb9P2v8AU3Fh9uz/AAba/f7P0fpLW9euqyhtm7ZkWDHO&#10;wEkGwE1u9vuZ76/5z8xVOuAem4O3t2OIJbG1pfPt2tO125v8j89SAmh5sZAs7bI/qjdU2nJwm7vU&#10;qsF3umCywekxzJ9vsdR6dmz/AAi6MHQrmfqtTtycu8vY4muqstaQ4gbrbmOc76X+Ecxn6Nn82ujB&#10;0Tr1WAaP/9LjGLWY/rmLgUzlDHw3Y+S6imyylrjjZG92dsps/WfSzHYtnpfn+sz9V9L12erjW3No&#10;rL3a9gPEq5X9Zxc7Bx9uU8U4F3TTV6ocHnIbdV67GH/R/bP5j/urifpU4scRu6OYzr1FT8fK3HHp&#10;bVhP21UWU7WMOXi0B9dL6nvqqyX3Mvb+n/WLPVu96i3qfV7MmvIbk2HJZkG+ixlVYc3Iv2+s5jWU&#10;tY52Z6bPUx3t9K3/AES2cnL68zKbc7o+bU2nNpz66m2lgJqqx8V+Nk/oG12st+yeo21n+ls3qnTm&#10;dYqxX0NxM2+9xn7VdmPe6WXY2Xh76PoVWVNwa8S62n9JZX+k9T/BJtjuF3CfFCL+rYmVVlet6Gfh&#10;vGJWQ2lt9ZYw1Nr+xsq2Pq9B78eu5+PZ/ov8FWlT1DqlfpmrLtYKqqqKzsrc0VY7xZh1RbS+v9Tv&#10;b+iu/pHqfzlqPkfWHOw25d9vTssU5OTdk2vOS11lDMqh2FZ9lt9J3o30Pfvxr/oeh+rf8KrozuuW&#10;4lmQ/puSMXLbfu2X7q9uTTRiNttZt/T347cVmVZZYz9Pl5GVbX6SBI7hIB8XO+09Qe3aL3GsBzAz&#10;0KH17XP+02UOrsxrK7qm3v8AXqpt3/Y/+03oorX5NldddhdYyhorpb6TGljCTsr3UVVvsY6zds9b&#10;1P0m9Ew+sZOO3GY0upGJYx4vfY70wxr7bLqH42JX6uRRkV5Vtfp5FV2Ri/pPQuu+0fq5z1W1pyMf&#10;HD7MN5Iw3NudW2qtrWY2IWOArz/0eLRX6tFj30ZVlu+2rHuY+y9pSEZqtqsdTaxzLK3bHsIMh07d&#10;p/rfm/voHVf+TLZBGncHvK0T1nLsF4GPbU3LtsusP2ltjm+t6brsc76w39G+hn7OyKf02J/wX+ED&#10;9Yes5eV0jNFlVzG31uaQ7J9RjC/IPUmuFP0Hei79Sb/3V/mv9EgAOIa9Vx+U+T5rYffPmV6X9Uxt&#10;+qeM0/6VxHzJXmhHuC9J+qVrrfqvjB35ljmj4Ap2b5fqjD830Ls18K1WVVr4VliqlthsVlHYVWYs&#10;vqv1s6b0tzq3TdawEuYztHiUogk0BapSERZNPSVB77qQx4rIsa4uIBlon1GDd/pKy5iq9UHrVGxj&#10;WvJBa5rSBJhzQxzv7L//AEmuX+r/ANbOsZXUsc5lDPQyrq2V1j2+mHuDa3bvpPfqta7qbbKL7Mb3&#10;PabfUyW+yuy1m71WsdFdeQ1jKq9jnO9S7+d9Fno2KQwkBR7sQyRkbHamx0K3DxX5tz7qaqbBRteT&#10;6bdRa/0mNs+iyrfsb73rcbk0Gj7S2xhx4LvWDgWQPpO9T6HtXkf12v8ARNWC0k0urebp2kOsBGy6&#10;vT9Fz+Z/Of8AgaF9W/rJd0vpnVOh2UOuwep4t2wA/wA1caXs9Vuu11Fns9b9z+cUgxkjitZ7oB4S&#10;H//T4TNpNlTTqdhkgdwVUo9Ki+vIrse2ypwfWG/SBadw937y1Wojaa927Y3d4wnsQJdW7/Gb9cnv&#10;3Y92xvdrqa3f98QT/jH+upsk2AvOk+i3/wAiq7ZRmgpprsuEpd2l1D63/WDKFtV9pi9my1pY0e3v&#10;wFc+rH18630hwrdb9p6fWBOLYJJaPzabfpVu/d3fo1X6nc2nFcS0Oc/2gxwueNjw0sboDyUqiRsE&#10;3K9zfcl9T66zp+di431i6UNuLmx6jIgtf5tH0XbmuZZ/LWWySqf1O6nXb0TK+rrx+ne834z3mGge&#10;0u/6bf8Apq5XI0PZQ0RYPT8mUkGiOu/95OzlD6lW2zp9tbzta4an5IjAqvW7a2dMua9wDnN9o7oD&#10;5h5qPynyeDf7XloMgEgH4FeifVEOb9X6WkR73H8V53t3HRejfVT1z0IEsc5jXa2bTtA83fRUmb5P&#10;qFmH5x5F22cKyxVKyrLOFVbYa3WuoHp/Tbb2fzh9lfxP5y8zt6hjWU5LL6Xvfb9DIB13T7t67D64&#10;5zG1Gm5jvQrB9wME2OjZH8lcFjW216tc1okD3CRKtYI1G+pavMSufhF2umV9ZzX49eHh7tWlmQ7c&#10;GSwh27f+bwvR+o44usda0g1ZdleS02vaxpc/6eLVs9Pbvpb/AEr1P/Qj9JZUifVPDsd9V6c23JZb&#10;ZLoawBrA1rtrav3vVd9P+2odRoYOi2Na1t7aWetWRLjZtf6rt9DZ+hcf9J/20mTkTKqpfjgBCwbs&#10;PNZ/1V6j12834tlePXQ6ys13OL3Bzy25zHOjc/Zu2u3/APntW+k/UPJw8TObkZFT78ml9VYY0hoL&#10;mnZ6jz7/AEm27bNjVt/VtgZ0zcHF3q33PEzoN3p7feXPb/N/nrVDtEyWSWsb02XxxR0nWu7/AP/U&#10;49iMzlcoknMT2DUZq4lJApD1fWv6CeOVgsmB/wB+VJJKKTsXofq7t/azd236Do3buf5Pp/nLqKuP&#10;715skmZN/ouht9X1FiwPrhO2nmPlC41JNx/N9q6fy/UN6r+c7fxXqn1I9b/mTZ/SfT9R8T6fpcj+&#10;b/7Uen++vHUk/L8n1W4f5weT7VUrNa8MSVRuB9C/xgz7Z/kxP/fNv/f1yVUyI2/h/FZSSuYfkDSz&#10;fPLzfVfqPu+wu37vpHb6u3/wP0f/AEYt7rX/ACM7dx9nZ/M/vbq/T2+n7vp/9Z/mftf6BeGJKCX8&#10;6fMNiP8AMjyL7x0afsOsz610z9KfUfu3x7PU/wBJs/R7/wCbV9fPCSjO582WPyjyD//ZOEJJTQQh&#10;AAAAAABdAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwAAAAFwBBAGQAbwBi&#10;AGUAIABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADgAAAABADhCSU0EBgAAAAAABwAI&#10;AAAAAQEA/+EODGh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8APD94cGFja2V0IGJlZ2luPSLv&#10;u78iIGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJh&#10;ZG9iZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMxNDIgNzkuMTYwOTI0&#10;LCAyMDE3LzA3LzEzLTAxOjA2OjM5ICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6&#10;Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9u&#10;IHJkZjphYm91dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHht&#10;bG5zOnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0i&#10;aHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlRXZlbnQjIiB4bWxuczpk&#10;Yz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnBob3Rvc2hvcD0iaHR0&#10;cDovL25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQ&#10;aG90b3Nob3AgQ0MgMjAxOCAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIyMDE5LTAzLTA3VDEx&#10;OjM5OjEzLTA4OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE5LTAzLTA3VDExOjM5OjEzLTA4OjAw&#10;IiB4bXA6TW9kaWZ5RGF0ZT0iMjAxOS0wMy0wN1QxMTozOToxMy0wODowMCIgeG1wTU06SW5zdGFu&#10;Y2VJRD0ieG1wLmlpZDphZjZhZjViNy1hZDJhLTc0NDMtOTdmNC0yZmM5ZWE3OTA5MmUiIHhtcE1N&#10;OkRvY3VtZW50SUQ9ImFkb2JlOmRvY2lkOnBob3Rvc2hvcDphMDFjNzhlOC0wM2RmLTMxNDQtOGI4&#10;MC0zMjc0MWE3YWU4ZDMiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0ieG1wLmRpZDo4ZWY3M2Jh&#10;Ni01YzZiLTQ0NDItOTA2Yy1iOGQzNWQxOTI1M2UiIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgcGhv&#10;dG9zaG9wOkNvbG9yTW9kZT0iNCIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRl&#10;ZCAoU1dPUCkgdjIiPiA8eG1wTU06SGlzdG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0&#10;aW9uPSJjcmVhdGVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjhlZjczYmE2LTVjNmItNDQ0&#10;Mi05MDZjLWI4ZDM1ZDE5MjUzZSIgc3RFdnQ6d2hlbj0iMjAxOS0wMy0wN1QxMTozOToxMy0wODow&#10;MCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTggKFdpbmRvd3Mp&#10;Ii8+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJzYXZlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlp&#10;ZDphZjZhZjViNy1hZDJhLTc0NDMtOTdmNC0yZmM5ZWE3OTA5MmUiIHN0RXZ0OndoZW49IjIwMTkt&#10;MDMtMDdUMTE6Mzk6MTMtMDg6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hv&#10;cCBDQyAyMDE4IChXaW5kb3dzKSIgc3RFdnQ6Y2hhbmdlZD0iLyIvPiA8L3JkZjpTZXE+IDwveG1w&#10;TU06SGlzdG9yeT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+ICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgPD94cGFj&#10;a2V0IGVuZD0idyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJDTVlLTGFiIAfQ&#10;AAcAGgAFACkANWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gABAAAAANMtQURC&#10;RQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACmRlc2MAAAD8&#10;AAAAdGNwcnQAAAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGwAACiBkEyQjEA&#10;AKO4AACiBkIyQTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQAB+/cAACQkWRl&#10;c2MAAAAAAAAAGlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;dGV4dAAAAABDb3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVogAAAAAAAAtVoA&#10;ALxnAACSMG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEA&#10;AAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi&#10;2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIp&#10;Q0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1h&#10;vmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7M&#10;f8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa&#10;5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUA&#10;te222rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP&#10;1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB&#10;6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r/&#10;/wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3f&#10;Htsf1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6&#10;fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZ&#10;V9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz&#10;1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5g&#10;j06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJup&#10;kaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWK&#10;xpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjj&#10;reSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///&#10;AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/Hjof&#10;NCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoA&#10;OvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhW&#10;iVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKl&#10;c6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiO&#10;zY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqC&#10;q46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLK&#10;psvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE&#10;6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8A&#10;AAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1B&#10;HiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4&#10;ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKV&#10;U4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJt&#10;vm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cg&#10;iAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGh&#10;X6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4&#10;vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/d&#10;Gt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8A&#10;gACAAOW0f81/VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9kgf6AHPy4fnSL&#10;eeQPfleJssrbfk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD3/qjfSWXCOJI&#10;fRyUMclYfSWReq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/fBeisOCCfBee&#10;yceyfCubFK5FfFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eudd7ae0SpesYb&#10;e12kxKzSe5agZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Zep+0SMSnerOu&#10;i6t8evCpPZHie0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/O8Nieie4c6pN&#10;emSyNpDfesmscXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJebjCjak/efC7&#10;YY/nelm0znYGet2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM7qhWeZTE4o8T&#10;ef69knVLeoa3B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1hjB9M44ahYR9&#10;SHTQhPx9jFprhJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiFA4zQhGSEKnN9&#10;g/SDiFkPg6iDBzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJg3WLVnJVgxeJ&#10;1Vf/gtiIfDssguuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCSoXEpglCQQ1b3&#10;ghuOHDo0gi6MlhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnALgaOW51YCgXWT&#10;/zlTgYaSDBMVgpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmdvFUfgOOaMziJ&#10;gPOYOBIfgbyMQeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRcgGWg2DfdgHSe&#10;WBFUgQOLt+MpgyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAioVjdNgAqjXBCu&#10;gGyLR+JOgtDYu8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbRf7ylEBAqf/SK&#10;7t08kmF8mMdrkHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+AREyi9Z/3ttG&#10;kS2Gy8YFj0KFhLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAEipiDhtmzkACR&#10;JMSdjiKO7a79jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaGu9hHjwibksMu&#10;jTKYe62Bi4aVl5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbpjkqmFcHRjHii&#10;JqwkitSec5XSiWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGwx8Cbi+KsAKr2&#10;ij6nd5S0iNajQX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+Si2e2BanyicKw&#10;ppO+iFurpH0KhzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPASakWiV66FJLn&#10;h/S0SXxChsyvBGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahdiQ3D4ZIxh6O9&#10;U3udhnq3fGRphYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7CY7elGB7JnkV&#10;kkV7eGJpkGV7+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36k02CS3grkUOB&#10;2GF8j3WBmkl+jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJiXchkF6IVGCD&#10;jp6HXkiYjSqGoC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYDj4aO/19/jdKN&#10;UkexjGaL+yzei8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV9F6PjTGToEbu&#10;i8WRxCw7iyeRvgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124jJ2aJ0ZBizSX&#10;9yuuipSXOwfbikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDChE0WxirSe0ys6&#10;ihKbyAeLiZuFGsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+ilymQSrZiaic&#10;+QdKiQuE7sPilm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqsQip8iWmcugcW&#10;iJmEy70/pdB6eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifzk/N8/QSqk39/&#10;pruzpOKDlKkqoVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuBdQRokgOCmrqI&#10;o+uMwqgXoGiLAZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQvkLSC1Ll8oxuV&#10;9ab9n6OTepP/nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KCsriWolWfaKYK&#10;numcM5L+m6qZP39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrejocipAqU1nlWl&#10;FZIumxGha36CmBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVeyvaRtneGuHpFs&#10;mp2pxn3Kl6Cl0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPGnYK3YZDKmj2y&#10;XH0slz+tzGkBlI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3BF5BBmeq7X3yl&#10;lvC2P2iIlECyElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQp955sneKpBd5&#10;5mRHoJh6UE/5nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA4Hb7oxOAY2Oo&#10;n5uAJk9TnH+AIzl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYxojCG+2LknryG&#10;IE6fm6aFjjjVmSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiNvWISnfyMUU3o&#10;muiLODhBmGqKoh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFNnUuSsE1Cmj2R&#10;KDe/l7iQax51lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZXEyvmY+XazdN&#10;lwqW5R4oll+UWAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xBmRyeOzb2loCd&#10;fR3zlciUQAAokBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl4zawliOi6x3M&#10;lU+UJgAzj4+AIqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7ld2k1h2nlQmU&#10;DQA8jyCAKJ+wuoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7BxfwonJ7vgAA&#10;kSiAAJ6mubaBpI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRewoTuAugAAkG6A&#10;AJ33uMuJ1Y2as96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByGBAAAj8uAAJ1o&#10;t/OSEIz4sw+P53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAAjz6AAJzVt0aa&#10;aYxismGXpnt7raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSAAJw7tr+i7ovZ&#10;sdGfknr6rQ+cj2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvItjaroItwsUSn&#10;pXqYrIKkE2kvqAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0jIsisNSv23pX&#10;rAOrq2jpp3moMVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rLsHS4g3oOq6Gz&#10;tmispxuv41ayou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4y3IWunx4uWGj&#10;tWl46lBxsKd5Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHCuZB/SmFKtG1+&#10;4lANr55+xD2tq19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F3GDbs3WE80+h&#10;rp+EWT1SqlqEGSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBrsoaLJk86rbKK&#10;JT0AqWqJkyj2pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuRlU7orNaQJjzD&#10;qJKPaSjXpWOQGxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6urCaWcTyVp9CV&#10;sijCpJaVvBArpOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5OdBzx9pzqcrCi4&#10;o+CabhBOpAaLBgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxvpryi/yizo1Ob&#10;hRBso0SLGwAAi/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn9SjcosiboBCw&#10;oriLSAAAi+uAAIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2snd5rgfrstl7&#10;RQAAifmAAIRiz5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+nwhnsOp/5wAA&#10;ihaAAIRKzoWHxXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+AjmryiD/gAAii+A&#10;AIRGzXyPFnVfx2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuGVQAAikWAAIQ5&#10;zJiWhXVYxniUB2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAAiliAAIQdy9Se&#10;IXVQxaSbGmYov46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiAAIP+yyylz3VK&#10;xO+iOWY3vsyfO1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPcypqtpnVFxFSp&#10;dmZKviimAVbCuD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1xXVFw8Ww6mZk&#10;vZOs8lbyt6OqZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3e5x5pcL9e/Z5&#10;0ap9fFh6HJFwfMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD6MFxeoCDBKkV&#10;ev6CTpAde4WByHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/XeTeMUaeSecyK&#10;n468emmJJXU3exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV0aYBeLyTDY1S&#10;eW+QpnP1eieOa1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SFd9ebuYvveJGY&#10;RnK+eVqVLFhneheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmkfoq9d9qgInGY&#10;eKecE1dseWuYZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5d0OoLHCzeBaj&#10;TlaReNie6znWeWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSwaG/od56q4VXn&#10;eGSmHDkzeOOh0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928vdziy6FVGeACu&#10;LTimeHemTRIld4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16S1Vggk97Ajkm&#10;gpl70xPfhJ18juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQegTCAHjfugYOA&#10;LBJ4gyCApt6EgUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECFjjbngI2E4hE8&#10;gbKEc9zngCqYl8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6f6yJ4RArgHWH&#10;wdtgfz2jksYkftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKPSg9Af2WKUNoN&#10;foWurcTafiCqJK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57foCJytjzffO5&#10;6sPIfY60ga3afT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJXNgQfYXFWcLr&#10;fR+/DqzyfMi415ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdkfTXRF8I8fNDJ&#10;56wwfG7CxpWCfDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2kr21i+t3BqkD&#10;iql3fpN+iY54CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8ipmAPqfaiWN/&#10;zpJoiFV/fnwfh25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+JnKasiCuIN5Ev&#10;hzCHDXryhliGE2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6UmhyWQ2o/Nhi6O&#10;z3mxhWyNC2LHhMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Zno6BhV2WwniE&#10;hJiUHmHChAiR0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1ohLCe2neCg++b&#10;b2DTg1iYXkj7guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCnGnang2ai92AX&#10;gtKfR0hVglicdS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXegu+qwl9ngmam&#10;pEfHge2j+S0EgbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6zAF7VggautUdK&#10;gZOq1iyXgV6eJghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810GjZR4y0W5jHJ5&#10;pisDjE56jAapjP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+bUTOi29+mSon&#10;i0N++gYsi2yAF7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0PxioGDuiljik2D&#10;uQW+igqDJr5vk0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6JESiqiWWI5wVf&#10;iNeDob1HkmecharPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygIiKCOygUNh9CD&#10;arw8kb+mhqnFj6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CUOwTIhvODPLtb&#10;kTmwp6jpjyWsX5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSPhjyDFbqkkM+7&#10;Aag2jr22AJT5jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC9roakHzFuqen&#10;jm3AA5RbjHi6UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLDoHp0w6FInYh1&#10;To88msd14nxomD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B95qB9nGt9mI58&#10;max9Y3uqlyR9UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95m1yF9I2PmJuE&#10;+Xq2liCEM2cFk92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2OYIxul7SMtnm3&#10;lTCLM2YTkvqJ+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBItyluKUp3izlGWS&#10;c2UxkhuQglC2kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljicvnfgk7yZ5WRj&#10;kX2XV0//j4qVPTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/nclkzqhfmO6kP+e&#10;Zk9ujwqb8TnCjWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6pVmMgkJOly07m&#10;jqejSjlZjQChWyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKfkDmtzU56jkyr&#10;XTj8jK6mZR++jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2xUq8mqh3ojVX&#10;mL54axtAmWt47AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oimZt83jS/l619&#10;LRrQmDV9mAAAjGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOCRDQslrKCKxpt&#10;lxmCxgAAi2CAAKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOhldGHeBoTlhqI&#10;OAAAineAAKDjptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKNLxnIlS2M7QAA&#10;ia+AAKA6piKf3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmElFaQ6gAAiQeA&#10;AJ+dpaGo8o9nogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KRHQAAiHyAAJ8W&#10;pUOyNI7moaSuEH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAAiAuAAJ6qpPm7&#10;3o59oVS3IX2EndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CAAJXxtQhzxIZ9&#10;sLh0N3aQrKJ0wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVVtCJ8AYYfr8V7&#10;tHY0q557kGWOp7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmELIWMrsODNHWw&#10;qpOCZWT8pqmB2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Tsrc+KwnT7qaSJ&#10;YGRZpbGIP1LWohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSScHRZqNyQiGOy&#10;pOmO31JKoUCNhD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PUqDiX1WMvpEGV&#10;rVHOoJST5T9mnVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6WfSmLGo62cp1Fu&#10;oAGajj8bnL+ZeisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4ox+jyVEdn22h&#10;jT7OnD2guiramcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+rfFDcnwmpcz6e&#10;m9SmzSq8mWSc5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqKrZ51hziTqhR2&#10;RiRSqCt2twpYqgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG567jhfqNV7QyQ0&#10;psd7gQqfqC58YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDgap6yAbCQTpYGA&#10;lArfpoOBJgAAhWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F1SPypFuGGAsX&#10;pQeFUQAAhSmAAIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPXo1aMPgtKo7mH&#10;ogAAhPGAAIbfu2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR6At0opSHvwAA&#10;hMKAAIaHut6iX3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowucoZSH2QAAhJqA&#10;AIZNumKqlXfVtVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH8gAAhHuAAIYN&#10;uhGzPnfAtPivOWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAAhGGAAHtuyzFy&#10;/W2ZxbZzN19YwH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySAAHtoykB6iG2r&#10;xMJ6EV9ev2t52VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHtyyRKB2W2Xw56A&#10;2F9Hvj2AD1BOuQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJFG19wnOHnl8X&#10;vRGGZ1Alt9SFhUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1lwXCOgF7+vASM&#10;6FACtsKLpUBPsd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqVkF73ux+TjlAD&#10;tdWR9kBPsO6Q7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173umCaR1AKtQyY&#10;ZkBbsCWXXS95rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGhLFAWtGGfFEBn&#10;r3WeWS+Nq1ac0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aqs8ymM0CFrtek&#10;zi+5qrCgRRyzqDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1r4okebJ2oXFj&#10;en93o1eGe094nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojdeEt9zXAueTN9&#10;5FZbehV9+ToHeu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiFEW7zeAaEQlU+&#10;ePaDeTj5ecSCxBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2ydvaKwlQqd/KJ&#10;ITf+eLKHtxKUeIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeRaVMjdwuO+jcV&#10;d7uM/hGPd3GJP91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1IudkGVDzZCduGS&#10;xRC0doSLS9xObuu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSbdTWPdiWZJQ/+&#10;db+K0Ntvbm3DHsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0dYWetQ9qdR+K&#10;bNrLbhvOxsVEbynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2jKA70dJ+KHNYV&#10;fw5xtsHlfxByyqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9YgfJ5PNSMfVF8&#10;f8CyfXN8eqvOfZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9g9MAe9KHUL8H&#10;fAKGQqpBfDOFRJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9FueoaSGL1leryQ&#10;GaiheveOMJMNe0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc6bvveaqaC6ct&#10;ee2XQZGkej+UmHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqzeNSkH6XyeRWg&#10;cZByeWqc5npKedaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCquTqTqeGWpv49s&#10;eLmlVHlaeSyhNGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQd9yzNY6LeCet&#10;63iBeJupCWHEeSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e84I3Ld7W2wnfI&#10;eCSxL2EgeLCse0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owbhdFz7na3hUd1&#10;C2BchNx2NUi0hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7V3Wqg/l7p19b&#10;g5x8CUe6g2h8aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSHgrqCVF5RgmuB&#10;80bHgkSBnyv7goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJNl01gWuIEkXV&#10;gUqHEyssgXiGfgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1gISOVEUAgGiM&#10;vCp4gISMCQajgOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aUwkREf6GStCnX&#10;f7CSEwZEf/6EPb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOmfvaZIilRfviX&#10;QgX2fz+ECL6QgM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfnegcCjffl6bggW2&#10;fqOD3L4UgHjDwauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5feabXgWDfiaD&#10;urdckVdvsaY1j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3gQMqiiR5vbZY&#10;j+F5U6VDjkd5npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALbiIR9abVJjouC&#10;6qQMjQKCXZIDi5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaAorQsjU2MlaLU&#10;i8uLPpC2imqJ6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMFjEuWSaHCisuU&#10;OI+ciW+SLXyLiDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4WgH6C+igmdWY6Y&#10;iKyaj3uSh3mX2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/riXGmlo3AiA+j&#10;DXq8htmfnWcFhdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6wAo0Jh5arvnoC&#10;hlanl2ZRhVCj4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxuhzu0xnldhe+v&#10;7mW5hOKrwFFEhBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxxaXWwlDxyjGK1&#10;kmhzt06SkNV05zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTkkw15R2HrkTt5&#10;xU3Qj6x6UDgZjpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWAHGEFkB1/8U0B&#10;jph/3zdjjYF/1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2AbjxOGQUw5jZaF&#10;lTbAjH6FGxz8jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaMs0t+jKWLfTYq&#10;i4yKrhyPi9CK4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErKi9+RrjWYisWQ&#10;xxwjivKPkQAAhE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aYPzUlihaXlBvR&#10;iiySzwAAg5WAAKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0iZid2RuLiYeS&#10;nwAAgv2AAKKKlBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi1xs3iRiSZwAA&#10;goSAAJpSpNtuhIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/mE11KAAAhiB+&#10;aZmyo7t3Loq0oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR53AAAhQCAAJkL&#10;ooZ/wYnqn31/XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAAhASAAJhKoWWI&#10;SokNnmOHRHkYm4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiAAJd+oHyQ3YhD&#10;nXyPQnhHmqGNvWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbXn7CZq4eXnLmX&#10;eneXmd+VV2bJly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyij4cYnCifz3cV&#10;mUSdDWY5loqadFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4adm72oTnaSmNKk&#10;+WW2lg6h11Qek5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2uxKXYimHitRmVB&#10;laqprlO0kyqnDkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29dqANwL195pMBx&#10;S06MobtyaDxBnzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu128l8ao5V3bE4r&#10;oIN3+zvonfR4jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16Loml9ok2nn1Z9&#10;qDt5nMd9xiczm1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D+U0RnkODgTsA&#10;m7SDNibgmjWDLQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJnUyJiTqNmsGI&#10;7CaUmTGI/w0/mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP0Toymd2O9CZb&#10;mD+PWw1CmSeI9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnjmS6VhiY2l16U&#10;3A1KmBGI/AAAgACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmcrCXzlsuZcg1K&#10;lzmI/AAAgACAAIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXIllGZjA1DlqCI&#10;9wAAgACAAH9yuf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFywQW9pz9zbQAA&#10;gACAAH8zuR91UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYgpSF4xQAAgACA&#10;AH75t/F8/nFvs598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9owAAgACAAH6q&#10;tr+EknEFsnGDsGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAAgACAAH5Mtb+M&#10;OHCksXKK4WJbrT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACAAH3wtP6UBnBP&#10;sK2SQGIIrHGQl1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2ftGmb5nALsBKZ&#10;tmHGq8mXmVK+p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj5W/Yr46hUGGQ&#10;qz2ezVKGpxucqUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/QryupVmGEqsGm&#10;XVJkpoKj60KQoq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxttFgdvDlun0nT&#10;t+xvlTp1tAFwgSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6uwR01UnxtoZ1&#10;QDqWsnZ1vymNr392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6/UnWtSR69zqI&#10;sQN7EimerfJ7OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmos9KAzDpmr62A&#10;limcrIqAkBWvrDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG2jpRrnOGUSme&#10;q0eGSRXtqq+GkAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpBrWyMXimoqiGM&#10;hRYnqViLgwHxouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCSwim2qTiTBxZg&#10;qC2PIQJHobSBigAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3qH2YeRaFp02P&#10;OgKNoLOBugAAgACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qcRRaopo+PUgK6&#10;n/OB2AAAgACAANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IFeKB1gjZ6eaB2&#10;wBICenl2rde3b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR61jVoeCF7PhDO&#10;eMJ6rdXibYSDHcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRsdrx/7w/Ad0F/&#10;ItQZa+qOSr/VbY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE2w7WdfODMNJ6&#10;apSZb747bECWzKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4OdNSGqNEmaYqk&#10;nbzrazihI6gCbM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJDtAVaLmv1Lvd&#10;ameriqbra/mnK5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9HaB+7FbsQacu2&#10;AaYMa1Oww5BebNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zGYLqAaWHAfaVh&#10;atq6Y4+cbE20YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9emRtS6PBeuZu&#10;648Ce2hwdHlVe+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF25KKkeS13g43s&#10;ecR4InhCel14ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ecd5WALIxzeEN/&#10;6HbyePV/uWCFea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI8osDduSHxHWi&#10;d66Gv19feHiF0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmXdbePzXRldomN&#10;4V5Id2aMLUbteCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X9HNKdZeVM11L&#10;dnSSrkYbdzSQiyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3JddM+crFx9dbGZ&#10;dkVqdmmW0SssdoeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCakTVu9dRGgjETO&#10;dcmdwCqudceaIwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1sedISoCEQ7dTul&#10;ECoqdSOcggc7dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy2UOAgd10RykE&#10;goF1UwU8g7t2jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKTgHh5WigugPx5&#10;yATIggx60rkcfw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+kiduf45+fARi&#10;gJF+kre8fZSI1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iaofkSDhAQJf0iB&#10;1LZtfFmS4aULfFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJBgO+fi+CiLVV&#10;e2KdDKPze16ao5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+fUGCXLR1ep6n&#10;SaMNep2kJpC8epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2CObPMeguxoKJY&#10;egytxo/4ef+pr3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNceae8IKHSeae3&#10;mI9WeY2yvnwUeYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p2pz5ioBru4v9&#10;iX5tcHnAiKlvCGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwHiPh0VYruiAx1&#10;Mni5hz92CGVxho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8+YnZhph9C3ed&#10;hdp9IWRxhTR9RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQhT6FAHaLhIaE&#10;U2N5g+2Dw09cg3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeNInVig2eLtmJv&#10;gtaKZE5rgnWJSjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRvgoCTM2GMgfGR&#10;ME2qgYaPeDhFgUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKaymDEgTeYJk0A&#10;gM2V8jfHgHaUuh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGASgJefVkxTgDmc&#10;2Tc3f9+btR34f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm70vXf6+kejbN&#10;f1iheR2efw2UBwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkPjZ1xdDPWjRBy&#10;shmHjqJy9gAAgxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV22TMoi613ihj9&#10;jQB3gwAAgaF+H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+imN8kRh+i3x8&#10;bAAAgFqAAJwZkLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCBzRgRihKB2QAA&#10;gACAAJsmj4SNLIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBewiMaHWAAAgACA&#10;AJpSjqCWUYs/jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yMBQAAgACAAJmk&#10;je+fgoqHjFqdMHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAAgACAAJkcjWio&#10;zIn1i9il6XncikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACAAJi9jQiyVomE&#10;i3uu8XlWidyrOWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDYnuFozILXnExq&#10;jXPfmgJsNGPEl+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1xY4JImxByUXM8&#10;mMNzOmMmlqN0IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1mbp6EnJ9l216&#10;TWJglVN6lVE9k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B23GEli2BeWGQ&#10;lBOBJlB7kjeA6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0lR2Ix2C0kweH&#10;3k/WkRyHDD2bj6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQQGAKkh+Ouk8z&#10;kDONYD0ljp+MaikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96kWCVuU6ej3WT&#10;8TyljeKSzSjPjNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c8U4djtya1Dwm&#10;jU+Z3ChrjDiYGg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20jluiUTvPjMag&#10;9Sgfi6+bIQ8ci/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5ucjaynDVvtyJe&#10;m+NwWghYna9wIAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZnmsN0yyIrmkd1&#10;HgiAm3R1MQAAgACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5/iHrmMx6FQid&#10;mWd6pwAAgACAAIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGhl3V/WAiul4t/&#10;kwAAgACAAIFkpCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKFFAi8ld+D0QAA&#10;gACAAIDYo0uQX3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjMlGCF8wAAgACA&#10;AIBtopCYh3L3n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6GAgAAgACAAIAU&#10;ohSg03LDnxueuWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAAgACAAH/Robyp&#10;XHJ9nrem7GQum6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACAAHa0s8Fnf2n1&#10;sDhpCFyArOVqjE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZastBvUmnKryhw&#10;HVxXq6Zw+U35qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx26Glgrdh3G1wC&#10;qkd3YE2gput3wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjprH1+Flt3qPN9&#10;3U00pZR9wz3Hopl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iFLlsFp8+Eh0y3&#10;pG2D8z1yoWSDjyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqvpuOLWExfo3mK&#10;WD0eoGiJmixfnhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOSQ0wYoq2Q3jzU&#10;n5qP7iwwnTuQBxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvYogaXozyUnuyW&#10;tSvrnJOWdhi7m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2eyTx7nimd8yvr&#10;m76bkxjRmvKQyAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQqsOhr9CMfrz5s&#10;og4hsUhr4wAAnwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5xMSNzrUpxnA61&#10;ruhw5gAAncB4KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCORq4h2rg8crMh2&#10;JgAAnIl8IgAAgACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7+A9nquJ72AAA&#10;m2h/oQAAgACAAGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+pqTCBrgAAmmyA&#10;AAAAgACAAGlOuTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uGuAAAmZCAAAAA&#10;gACAAGkpuH+R/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAAmN+AAAAAgACA&#10;AGkNt/OZWV0Xs56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiAAAAAgACAAGj6&#10;t4+g610jsxOfSVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAAgACAAM1QbG1m&#10;RLnnbjBodaXTb9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFztstcae5xVLhY&#10;a+dyZ6RtbbZzd4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmIZ8l8YLaRadx8&#10;XKLha8t8X44mbZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKHULTCaAqGUKEb&#10;aguFYIyaa/KEh3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMpZnyQVJ+DaI2O&#10;fosPaoOMu3XXbG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+acJ44Z1WXtYnK&#10;aVOVCnSma0eShV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50qZlWg+oi7aFSd&#10;a3OpalKaE13IbDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2qTIfbZ4Wl23LK&#10;aYShuFz/a22eBUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4clZuKuTnIXaNqp&#10;c1xdasKlPkWLbDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr/XIPeEJt+1xa&#10;eSxv7kVTeg9xuysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEOdnN0vVtqd3F1&#10;30R2eF125Co4eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97lVpEdeR77ENz&#10;dtZ8MilYd058PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkndHiCDkKFdW6B&#10;nyiRdbeBLgYPeIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSIUkGodC2HOyfe&#10;dESGeQW0d2SDbLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0DicxONEic+cvuM&#10;VgVndt6Dp7aCapukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+TOCa8cd6SIwUn&#10;d0qDfLXLad+ul6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJcOqW4gT0d6GD&#10;WbVWaWK5JKO4asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZiwTKd+eDPbBw&#10;fP9krKBNfR1nHY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3gWd0Aa9TetFu&#10;oJ8zeydwE43fe3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654ca4deNV4kZ3g&#10;eU15GYy+ebZ5kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4dxCCZ5xzd5iC&#10;JYs3eBaBz3j6eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeMQJsgdiqLQInl&#10;drSKJXexdz+JAGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJdQOUeIjRdZGS&#10;lnakdiOQqWOhdsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBedvofqdKObFnXB&#10;dTWYZWLMddqV4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocrc+ijrHT/dHKg&#10;OWIOdRidE04rdceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1usYnRac9eoOGFz&#10;dHakgU2ldSKhsDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/hEdq0V+4hAts&#10;ykvxg/JurDaBhCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9xvl7DgmtzBEsX&#10;glp0OzXAgn11OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3AgN55VUo4gNd5&#10;5DUFgPN6Txs3gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/wkmAf2Z/rTR4&#10;f35/lBrKf+F/VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiRfjKFmTOyfkKF&#10;DRo5flmFDAAAgACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmLsTMcfSSK3RnH&#10;fPuKZgAAgACAAJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKlfCuRJhlxe8eO&#10;2QAAgACAAJvle/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X+RkgesSQ/QAA&#10;gACAAJt9e3+vn4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4efKQtwAAgACA&#10;AJTRjwxjkobyjZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtvFAAAgAB6QJQQ&#10;jS1seoYri/dt/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAAgAB9tpMxi191&#10;R4Ucik12DnYYiUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACAAJIsibh9+4QL&#10;iLJ+JHTyh8F+NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEwiEyGzIMPh1OG&#10;V3P8hmuFw2P1hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuPvoJUhkqOsnND&#10;hWCNd2MihIWMJ1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGahXiXF3KFhImV&#10;OWJng6mTRlFtgvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmflnHpg+GdG2HM&#10;gvSai1DVgjeYWj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fjg2KlRWE/gmKi&#10;IVBYgZefmD5WgQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONneFzhk2RpckxJ&#10;kg9rTTo2kSBs9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xFkdtvv0u8kHtx&#10;Bjm+j4FyJyV4j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2HksMjvV21Dku&#10;jfp3dCUOjdR3uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pLjYx8wDiRjJR8&#10;5SScjFh85gsBjLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGCyTgFi1GChyQ4&#10;iv6CZwrtivGB7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/TeciiWIWyPricCI&#10;awrZiWeGFAAAgACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKOmCOeiLKOxgrG&#10;iB2HSQAAgACAAIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0h+mUFQq2hxCH&#10;PgAAgACAAIJaj2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmXngqVhkaHKAAA&#10;gACAAHqQoqVicG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPfmKFsvgAAgAB/&#10;0Hn8oUFqe22gnsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx0gAAgACAAHlr&#10;n6JyWGzunUJzIV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAAgACAAHjEnhB6&#10;HWwym7t6YV7NmXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACAAHgbnL+B72uI&#10;mnKBuV4emDWBdk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeGm7qJ32r6mXOJ&#10;OF2TlzCIdU86lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R12qAmJ6QxF0V&#10;lliPhk66lCuOSD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pLmAaYg1zdla6W&#10;y05zk2GVDD8ekWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42ge1yLlSeeXE4c&#10;ksycRD7SkMSbGS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6p7dlg0dppTtn&#10;VzhNox1o9yc2ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr4UdAo6BtKjg3&#10;oWBuUyc/oDFvGxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0beogNzATftn7lz&#10;uicbnnJ0LhKSoBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp47zeJnjN5QSbd&#10;nNx5bBKXnjJ49QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcxnNB+9Cadm3B+&#10;8hKSnIZ+4wAAkuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE5SZvmiiE1RKS&#10;mwOEuAAAkcaAAAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7mSWLShKlmaiJ&#10;oQAAkNuAAAAAgACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGRvBKCmK2MgwAA&#10;kCeAAAAAgACAAGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKql6mMngALj4qA&#10;CAAAgACAAGGzuHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRnawAAk1hy2AAA&#10;gACAAGEwt5Fn21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAAkhd3bgAAgACA&#10;AGDqtgtu7FV3sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7gAAAgACAAGCq&#10;tGR12FUlsRp2GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAAgACAAGBosvV8&#10;0lTpr6x8v0i+rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACAAGAusdqD8VTH&#10;roGDl0ijqySDKjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9sPyLFFS1rY2K&#10;fUiYqh+JvDuLpuGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeSRlSyrMuRfkiY&#10;qUiQdjuFpfmPiS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7rCyYvUijqJGX&#10;gTuHpTSWhC1Som2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTlitJvtaz5lYIgi&#10;bSRn7nNpbvhqaV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqOaL9uLIboatJv&#10;y3JGbM9xYFyobrFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn1284VzaLN3pXD4&#10;atJ4XFuBbNB5EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPuZsF/jW+XaQF/&#10;aVpSaxh/TUPPbL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyHl25SZ2KGjlk1&#10;aZCFp0LnazmEzSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0tZgON1Fg8aDeM&#10;HUIaaeOKoCjlaX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6VMVdqZxqSwEFx&#10;aLuQryhgaBePygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVatZiyZj0DWZ8mX&#10;JyfsZuKVIgdEc7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCgfkBNZvCeHydu&#10;ZciZXwcYdAOEzLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8dqRudyYCd1pv&#10;/AQyewlxErHCbCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBzmiVXdQ90eAPh&#10;eXJ1ybAxabVz9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSHcuZ5JgOZeet6&#10;Rq6SZ4J+H54maWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+EANbelN+K60Q&#10;ZZ+IR5yzZ5iHi4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMmeq2BgqvWZBiS&#10;fZuAZh+Q/IpBZ/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmCA6rcYtyctZqJ&#10;ZOyacolLZsuX/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qojYeym7ZnMY/6j&#10;6YiEZdmgqHZWZ5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWxH5lGY1StW4fo&#10;ZSKpTXWxZtylRWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6d69huoY0eFxk&#10;dHSneRRm+2HwedNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRqjoUBdiVsaXOL&#10;dvZuJ2Dud8tv1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPkdA50dHJodPh1&#10;Zl/sdeB2U0xGdsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98jHEZcx58uV64&#10;dCV86Us8dR59GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/UcYOEH120cpSD&#10;kEpVc5+DFzV8dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyLnVy9cUWKVUmN&#10;ckyJNjTbcvKIYxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vucC6RNEjccTeP&#10;iDRZccWOcRuQcF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KYK0gwcFKWGTPR&#10;cNSVHxs6bzWRegAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1b4qdAzNWb/+b&#10;eBrEbkeSGQAAgACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5rDTDlgL5s3ha1&#10;gj1tNAAAgAB2XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5fr1xyRY2f7Nx&#10;uwAAgAB6Z5Y5etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt22BXFfUh2hQAA&#10;gAB985UFeMR554a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVmex17pgAAgACA&#10;AJPTdweDDoWud3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2BUwAAgACAAJLU&#10;daSMS4SpdiaLh3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAAgACAAJIHdIKV&#10;iYPbdQyUI3S3dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACAAJFqc6CezIM3&#10;dDCcynQLdJ6aeGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9cv2oHIK6c4+l&#10;inN9c/Sik2NVdFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d8H4Rh61gx2/T&#10;hx1jamBHhrhl2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06haRotW7shS1q&#10;ml9zhM5sYk66hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rwo23tg0Jx2153&#10;gvNy+k3fgrt0CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4gXh5Kl2EgTJ5&#10;qE0AgQ16HjsjgQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+AllyLf6aAbkxn&#10;f3uASTqof32ALSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vCfl6HVkuNfjeG&#10;lzn9fiyGCSZRfiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6OUErcfSmNDzlm&#10;fRaMLCX1fOOMOgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJfEaTsjjTfDSS&#10;sSWCe+aSSgzLfCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4earDh2e2uZ4CUm&#10;ewyXIwyKe1+IegAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQfjXJpGx/SjlZq&#10;FwZOjplqFAAAgAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31uRR+OjCdu4AZq&#10;i/Zu8AAAgAB/3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82iiNzzAZ3iZ90&#10;KwAAgACAAHvJi+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ47QZ8h5J5vwAA&#10;gACAAHrpikp+BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaMhcZ+rwAAgACA&#10;AHoiiPqGRG25iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC2wAAgACAAHmD&#10;h/SOjG06hxqNzl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAAgACAAHkEhyqW&#10;3Wy5hlSVsV9dhVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACAAHiihpKfTWxS&#10;hb6dy17qhLibxlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGvm9hcsmXxmfdf&#10;Qlk7mGBhtEtOlvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5kjGVnmEdmb1i0&#10;lqJoQErhlSNp+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSilmptjlgOlMtu&#10;zEo/k01v+zs0khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0rVcrkwd1ZUmN&#10;kY92EjqZkFt2qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZxkYJ8HUjQkAl8&#10;QzoSjs98Zyl1jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC+0g7jsqCoTmE&#10;jYaCVikwjL6CNxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eezjb+JFTkGjHaI&#10;dijPi52IURV1i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOPsTi8i3SO0yhw&#10;ip6PBBUZiseMoAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThyirGV0Sg5icWV&#10;JxT8icmOMAEnhgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVkaCDnnxNligv7&#10;obtlGgAAjZRt0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDznNVqigxPnvpp&#10;/QAAi/tyzAAAgACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFvlQx9nGxvBgAA&#10;int3ogAAgACAAGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyOmhl0VQAAiRR7&#10;5QAAgACAAGMOn2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6KgAAh9F/nAAA&#10;gACAAGKQniyAVldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAAhrSAAAAAgACA&#10;AGImnS2Hv1cZmxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6AAAAAgACAAGHV&#10;nF6PK1bMmkqOm0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAAgACAAGGVm8uW&#10;zVa/ma6WJErFl2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACAAFkjsa1aZE4a&#10;r1JcjUJkrRleqjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhwsGdhfU26reJj&#10;G0Ijq2pkuTV/qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJoaE1KrAtpkEHQ&#10;qYlqtDU4pzhrzicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzfqiZv/UFXp6hw&#10;uTTnpVVxbSbfo7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2ikEEpf926jSK&#10;o6Z3Mya6ofV3bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDVpJ19TjReojd9&#10;PyaSoHR9MxYboJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WDxzRBoQKDbCZ0&#10;nzSDRxYdny2DhwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQyn/6JzyZdniGJ&#10;yhX/nhGJNgVNmauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQpCZnnS+QmRYm&#10;nPaN5AVqmHCDqQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGveap9mRlcobK5p&#10;JUEqbmJrzyfrbtpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1tKFYeakBvLkA1&#10;a/xxBicYbBJyXgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7Z/51Qz8+abt2&#10;ViZRaWV3CgYXdbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7az5OZ6h7xCWX&#10;Zt176wXVdiR8mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12ZcqBWCTyZISB&#10;EQWddoOAbaxSU3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWHGSRiYnWGnQVu&#10;dtODpqstUc+Y1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPwYMiMogVGdxaD&#10;kapQUISjNpoeVBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR7AUmd0yDe6nB&#10;T5itdZmSUzSpoIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUNd3eDaqgXaNtZ&#10;SZhjaqlcr4fPbGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u86aBZYhjd5c0&#10;Z6Vl5Ia9aZpoMXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6TeYohtjpV/ZNlv&#10;DoU3ZvtweHO4aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3iJPVYlB4MIOW&#10;ZJR4x3JfZrh5UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJgYBmBXYItYnyB&#10;JnD+ZLiA4l7oZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKKloEJYLiJkm/p&#10;YwmIg13mZUCHgkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAaXz6R+28GYZuQ&#10;JF0RY+KOb0oTZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2aW25KYGyXv1xa&#10;YriVYUloZLmTaTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22yX3ufTlvQYcSc&#10;WEj1Y8KaBzTDZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBtijFrhdURlZEfB&#10;dmdoEzLyd2hqYBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnlctFrvkbmdAdt&#10;ujI4dPVvYBjSdMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINyKEYYcclzdDGZ&#10;cqV0fBhjciZ0kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UWb8J5QTDHcIl5&#10;txfKb+x5jAAAgAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/KDAabp5/HhdS&#10;bgZ+8AAAgACAAJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+IbOeEvxbpbHKE&#10;wAAAgACAAJOPYmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qKrBadayOJxwAA&#10;gACAAJLeYS6biYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZWahWN5QAAgACA&#10;AJJmYE2k84QuYl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyOzgAAgACAAI58&#10;eOdYsYEneVJcCXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAAgAB2CY1SdeFh&#10;uoAQdplkQHGcd1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6H4wdcxtqtX69&#10;dAlseXB7dONuHWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrVcJNzsn1rcah0&#10;wG8pcqF1rV/oc412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8rnxQb5l9Fm4L&#10;cKl9V164caV9ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntHbeOFem0Obv+F&#10;DF3HcAmEgk1/cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN3mxBbZyMw10C&#10;bquLkUzGb7CKeztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuVbHyUgVxdbYmS&#10;qUwjbo6RDzqqb1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56cUVvQbKGZ3kun&#10;bZ2X0jpFbl+WricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjsgX1hd0jBgbhk&#10;GzcDgidmcSLRgx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n50gLf2Bp8jZw&#10;f8pruSJngIRsyQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcyfS1v2DW+fZZx&#10;EyHmfhhxtgjFf4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB10zUXe4d2iCF0&#10;e9R20AiyfXB3CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSLeal8GyEZecB8&#10;IAiqe6F8lgAAgACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB3yCfd+OB1QiD&#10;eh+BXAAAgACAAHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBKdjuIDwhyeNiF&#10;VQAAgACAAHsxc1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCODQhjd86FqwAA&#10;gACAAHq+cnicfG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggsdwqFhgAAgACA&#10;AHVOirdX2mmAifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRnGAAAgAB8X3RY&#10;iBtf52izh5liU1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAAgAB/g3NqhZFn&#10;52eshT5ps1sLhOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACAAHJwgz9v32ah&#10;gwhxGVn2gsdyOExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9gUJ34GW5gR14&#10;kVkOgOp5IktdgLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/8mTvf3+AI1hS&#10;f1WAJ0q1fyGADDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2RhfjqHxlfPfg2H&#10;PUorfcqGlDtyfZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+PcldFfQCOZ0mq&#10;fLWNPDr1fHyMYCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbTfCyVv0k7e9aU&#10;IjqXe42TEipbe0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVcxURRkZVfYjV5&#10;kSVhsCRykaJjVQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPMj1FlTjUXjsxn&#10;HyQ+jxxoWw9pkW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtrPTSNjJFslSPi&#10;jMJtbg9ejoJs6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPsioByICNviphy&#10;nQ83i89yDgAAgrx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93yCMDiKJ3/Q8M&#10;iVN3lAAAgU585QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZhsx9ow8LhxJ9&#10;tQAAgBuAAAAAgACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViDiQ8zhSGDRwAA&#10;gACAAAAAgACAAGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7lg6CH8gAAgACA&#10;AAAAgACAAGN8hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2KCwAAgACAAAAA&#10;gACAAFzgnvFV31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAAg6NtSQAAgACA&#10;AFwGnN1dHVGsm1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghByMQAAgACAAFtf&#10;moVkQ1D1mRtl/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAAgACAAFq2mEBr&#10;WlA4ludsnkTRlZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACAAFoMlkxygU+S&#10;lQRzW0Qwk7d0HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlzlLd5yE8Gk316&#10;Q0Oxki56lTdRkOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uBE06Wkj6BO0NM&#10;kOqBIzbtj5eA7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4vkTqIO0Lnj+aH&#10;xDaQjoaHNijcjX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKPo0LDjxWOzjZv&#10;jZCN2yjijFeNwhj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtNpw1ZPS7speRb&#10;aSCGpdlc9w6XqKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5fMi6Fo8Fg9yBb&#10;o21iKw7HpbJiBwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4RoX5meSAToQdn&#10;Vg7RouFnCgAAmt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0lsAB/Anr9skQ7G&#10;oD9sKAAAmHdvKwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+MnKVx9g7Andlx&#10;jgA1lgB1CQAAgACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3nA7Ym6l3XgBx&#10;k9p6VAAAgACAAAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7RmeV9tQCwkgl+&#10;zgAAgACAAAAAgACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeDewC1kJmAewAA&#10;gACAAAAAgACAAEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADdj2eAlgAAgACA&#10;AAAAgACAAKnOWupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1ooyMlaXBq6QPn&#10;eWdsy6fCVqNeIJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJlZdhvbAPIeZxx&#10;Z6XcUsxojZZHVlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0GQOtecp2YqP5&#10;T1Ny3ZR6UyBz2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOVefJ69aIyTEB9&#10;HZLgUEh9RIK+U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+36CwSaSHWZGL&#10;Td2GsIGRUbmF/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592R3GRipB4S9OQ&#10;DYCeT8+Oh2/EU3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERaybpI+jSi6ZTH/g&#10;Tj+W8G8aUf+Uq11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8PSPCiSX9VTQmf&#10;FW6bUM6cFlzrVFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVXWH72ZpVbBm46&#10;aLdeiFxhasVh5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3aYydjNW1CZX5l&#10;5luEZ7dod0iSabZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/VrXGvMYn5tPFo8&#10;ZOJvCUd3ZvtwvDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4X7Z0nVkIYkV1&#10;p0Z1ZHF2pDJhZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58ClgCX+p8VkWO&#10;Yih8pDGtYxt85RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcMXeODEkTVYCSC&#10;uTEaYPSCgRlIYaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ1EQrXm6I5jCp&#10;XxSIUhj8YE2ISQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OMXPqPLTAsXXiO&#10;fBi5XzmM7QAAgACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aVjS/JXBOU+xhZ&#10;XmaQdgAAgACAAJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11cqVnCRPRc8Zn&#10;xwAAgABx5I/KZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5JsAhNhcOdsUgAA&#10;gAB2lY5LYipmIIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMSbl1xDwAAgAB6&#10;s4y3Xuhvbn9TYWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2DAAAgAB+R4tF&#10;XAx4uH3yXrV5aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAAgACAAIoRWaCC&#10;CHzSXGqCB26iXvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACAAIkZV5mLT3vn&#10;Wn2Knm3FXRiJvF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhcVfaUgnsxWO2T&#10;J20RW5WRjl3sXgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqdmXqqV72bn2yC&#10;WmeZVl1eXNKXCE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhqcpZW82qlc7Na&#10;eFuldNhdyUtedfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBfA2mBcIRhzlql&#10;cc1kc0qCcwZm7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hYbYNpMlmNbu5r&#10;KUmYcEBs/zgjcV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZwoViVbEBx8ki9&#10;ba5zIjd9bsx0KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildgad14wUfPa1p5&#10;VDakbHh50yNtbDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/o0b0aVR/mDYG&#10;al9/mCL3acp/owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9Z5iF6zVwaJOF&#10;giKkZ6SFigrLbs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6MUDTUZwqLpSIu&#10;ZdiL6QqzbeqHPAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4Zb6SGyHJZGKR&#10;UQprbmSHCwAAgACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFirhzifmxkIwSE&#10;gOlk7QAAgAB5IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyIewVo8QSbfilp&#10;sgAAgAB8wHZ9cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt1gSce8VuuQAA&#10;gAB/73VEcAVr32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSfebF0KAAAgACA&#10;AHQTbVd0N2hLbrB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5swAAgACAAHMO&#10;axh8nmdvbI99E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAAgACAAHI6aTOE&#10;+Wahar6E5FoWbAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACAAHGSZ6eNRmYA&#10;aUOMsVl4apaLzUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEVZnGVjWWEaBqU&#10;jlj3aXCTIktlaoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlSe2GCgs1V51VI&#10;gvRZLEfLgzlcPTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQf8FdIVRmgAdf&#10;0EcQgFViUzhDgLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtkXlN2fTJmfEYu&#10;fZBobjeLffhqJybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJReoVtLUVLevdu&#10;mDa/e2hvziZMe9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz9URReKJ00TYj&#10;eQt1jSXIeWB2AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOadp17JTV/dv97&#10;ZCV9dx97khHXd7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOBjDTpdTmBYyT3&#10;dS+BZBGpddqBiQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRnc7uHiyRyc4mH&#10;mxFLdGqGwQAAgACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6OAiQvciGONhER&#10;cz+K8AAAgACAAAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4IjSle+gmAjmpf&#10;KQAAgABpaQAAgAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj+Amkiqhj/QAA&#10;gABuKQAAgACAAF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmjh1Fo6wAAgABz&#10;ZAAAgACAAF2wg2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGduDAAAgAB4WwAA&#10;gACAAFzGgOhvPVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAAgAB8rAAAgACA&#10;AFv0fsd2xFGIfwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACAAAAAgACAAFs8&#10;fPB+PVDXfU9+kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAAgACAAFqse3mF&#10;y1B0e/mFzkVGfBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACAAFo7ekqNbFAF&#10;eteNK0TZev+MbTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSlltxQPUqMlfFT&#10;VT+JlU9WSjMmlQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1XP0m8k0RZ4D7F&#10;kqdcXTKIkkRemyRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jckHlgZz4Kj+xi&#10;bTHYj4dkOSPkj69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm8T0ojUtogTEv&#10;jOlp4SNUjQFq0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxrivdutTB0io9v&#10;niLjiopwPRH+i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11DS/qiIx1jyJp&#10;iGh11xHiiR91iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+AhtV7lyIEhpN7&#10;phGohuV7iwJwhIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCBpyGbhRGBphEv&#10;hRiBwwJhgxGBdQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHtg4OIGhHkgx2H&#10;JALXgbSB7AAAgACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNXvwijoxtYZQAA&#10;kZRf5AAAgABwegAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ainn3NdWQAAjtxk&#10;fgAAgAB1UQAAgACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85iUAAAjENpUQAA&#10;gAB5qQAAgACAAEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAAid5ufAAAgAB9&#10;gAAAgACAAEVkl7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0LwAAgACAAAAA&#10;gACAAETFlZNvvjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAAgACAAAAAgACA&#10;AEQ7k8J2nDrPk1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACAAAAAgACAAEPJ&#10;kkF9kDptkfZ97TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAAgACAAEOAkQSE&#10;xjolkM6E9C/xkDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACAAJ77U9VN1Y/I&#10;VwhSHYAEWiJWUG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzRToVYCI4UUi5b&#10;b36EVbJevm4IWRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxiPow7TcBkuXzv&#10;UZxnImyKVUFpe1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIprSbNt+XsyTdRv&#10;iGsfUblxDVnaVVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3OHm+Snl39Wm9&#10;To94qljYUlx5XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHibR4uAXGjDS9yA&#10;S1fvT8aAPkX3Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaIp2gBSYmH1Fc7&#10;TZOHFUVcUK2GezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGduR5iPNVa5S7uN&#10;1kTcTtSMtjHDTxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmWS1ZsSj+UY0Sl&#10;TVmS4zGJTV6SUBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WBZPld+0M9Zxdh&#10;jy9PaEBksRaqaXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFkeEKAY2pnSi65&#10;ZF1ptxZOZmBq2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFjX/FtEC3RYJ1u&#10;2hWxY+BvigAAgAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y5y0TXQp0GBU4&#10;Ybh0cwAAgAB7dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41CxxWbp5exTVX+d5&#10;rAAAgAB+84qxRUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/CRSHXmR/WAAA&#10;gACAAImIQluHnnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRVXaKE+gAAgACA&#10;AIihP/CQ/3uyRMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJmwAAgACAAIf/&#10;PhGaHnscQwyYFm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAAgACAAIgdYexO&#10;DHrDZAdSHWyxZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABxtIYnXPlXG3lI&#10;X4tad2tjYf5dtlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRuWGJgRne0W1ti&#10;32otXhxlY1tcYKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBpaXYXV3lrQmiV&#10;WnRtC1oUXTBuuko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSqU/RzqmdBVyl0&#10;uVjUWg91sklcXJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8F2Y2VEd8b1ff&#10;V1Z8tUh7WfZ8+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVbUcqEGVcYVPiD&#10;sEfAV6WDWTcZWSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aLslZ3UviKnEcn&#10;VaqJuDaEVwqJKyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXzUVuReka6VAuQ&#10;FzYxVU+PUSPfVVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZg0TGb91c+zOP&#10;cStgEx/UcaxiOQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPibCFi6jLSbWVl&#10;aB9EbU9nCgcfdOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo5DIQacpqzh66&#10;aU1r9wcNdBVspQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFtZmVwRR5YZd5x&#10;AQcOdBNxzgAAgACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt11h24Yvt2PQbn&#10;dFV3hAAAgACAAHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1PYIl7uwbWdHJ8&#10;6gAAgACAAHP9UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6BiAbYdG+BaQAA&#10;gACAAHM9UEOKOWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbTdHiEnQAAgACA&#10;AHKzTnCSmmctUe2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOEeQAAgACAAHDR&#10;cXNN4mUGcpNRpFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAAgAB42m8PbOtV&#10;3GO7bmpZE1dfb9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8hG2WaKdd92JS&#10;anhgkVY2bCNjEUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1ZLRmF2D4ZsRo&#10;ElTiaJxp90feajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNuRl+4Y2ZvpFO7&#10;ZWRw7UbKZxdyFjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7IYHZ3UFLnYpZ3&#10;/0X0ZFx4kDfNZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+9FIbYB9/DEU2&#10;YfJ/CzcbYyt/EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5XguGF0SgX+OF&#10;iTaJYQiFKSa0YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6NNkQiXjKMIjYg&#10;Xz+LaiZnXmGLiROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkEDfGRX3TJ0fUxa&#10;2yGUfoBdDQzMgKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd2DHIeYJgUyEc&#10;emdiEQy0fKxiPQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6deZl0CCBdnhn&#10;Hgx8eUFnGgAAgABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5rWR/VcrNsPwww&#10;dlhsIAAAgAB00QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9Lbx1xiAv+c9Bx&#10;bgAAgAB5sgAAgACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2/Qv0cZl3HwAA&#10;gAB90wAAgACAAF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvXb8J9PQAAgACA&#10;AAAAgACAAFznYkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyCewAAgACAAAAA&#10;gACAAFxiYG2K7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAAgACAAAAAgACA&#10;AFjzg1xMYE6rg5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABpNQAAgAB+Gld4&#10;f05TfE2Ef9VWikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAAgACAAFZIe1pa&#10;s0xUfB9dQEF7fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACAAFUrd6Jh9Usx&#10;eJJj/UBWeVVl5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQadDlpR0opdVJq&#10;zj9Vdi9sNjNidtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxwq0lDcm9xuz6E&#10;c2RypjKhdAZzZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhzb+d4qT3EcPZ5&#10;GjH1cZZ5ayShcZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/uD1Ybvd/sTGo&#10;b4l/jSRlb1J/iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6TzcbUGGeDE5bc6F&#10;8yQRbWSF2xQQbqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNRaSy9jf9URB5V&#10;j19WVwyAkd1W9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvFin9Zvh2Zi5hb&#10;bAw5jRVb1gAAhk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNfOxzch9RghAvk&#10;iJ5gvwAAg1RlugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4FkvxwghDFlqwuIhLdl&#10;wgAAgKpq3gAAgAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq+As7gWBq/QAA&#10;gABweQAAgAB+vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsTfoZwhwAAgAB2&#10;VQAAgACAAAAAgACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2bAAAgAB7RwAA&#10;gACAAAAAgACAAEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAAgAB/eAAAgACA&#10;AAAAgACAAEXTdNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACAAAAAgACAAAAA&#10;gACAAECZmUVIqzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAAgABwDQAAgACA&#10;AD83lbxPBDZUlY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1AQAAgACAAD5B&#10;khZVeDU6khlX4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAAgACAAD1vjn1b&#10;/TRQjp9d9ioYjtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACAADyaixRimjN0&#10;i2lkJilEi61ldB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvLh/JpXTKmiIdq&#10;gSiQiOVrax0GiUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlwKTH0hf5w7yf4&#10;hndxeRyNhr9xtA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFdg893fCd2hGV3&#10;rhwuhJd3qA6jhEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+TycLgqx+MRvj&#10;gsx+AQ6Rglx+LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAAbWZ0MgAAAAAE&#10;AwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI2Qo2&#10;C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2YohimnKscr&#10;6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ3Ur3&#10;TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgjaTNq&#10;QmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+Fu4a3&#10;h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6COoXyi&#10;aqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7frxr&#10;vVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ1jHX&#10;GNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPulu92&#10;8FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/COcK&#10;BAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74kuCWz&#10;Jq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/QYJC&#10;hUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd7V7x&#10;X/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmbepB7&#10;hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU6ZXZ&#10;lsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69gsFqx&#10;VLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bMv83I&#10;ztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD6tTr&#10;5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJMgpS&#10;C2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5Je4m&#10;4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tAxEG9&#10;QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyTXZZe&#10;mF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5jHqH&#10;e4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSSlYmW&#10;gJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x87MJ&#10;tCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF00pTT&#10;stTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljvXPBb&#10;8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiWCaEK&#10;pAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0jpiSQ&#10;JXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2mPpg/&#10;ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZNVom&#10;WxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNAdCl1&#10;EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2NYo5H&#10;jy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacIp/2o&#10;86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LEZsV6&#10;xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN5Znm&#10;5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/zn9YzZl/qH7N&#10;tNp/mX55nBR/o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4lszEB+XYfMs5p+&#10;boZmmth+mIVDghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9PpDPsjp9aY5e&#10;mZN9rIwsgO9+B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnwsMJ8hZZXmEV8&#10;35Maf8t9T4/zZ1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7yZ5plvh8K5n4&#10;frJ8r5W3Zm59Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZhldx7maDafaR8&#10;JJtZZZV8yJWoTYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7H6ebfNl7tqDo&#10;ZNh8YJndTO19NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4kfCB7W6ZAZEh8&#10;EJ3lTG986pTjNIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7DatAY8J7zKGW&#10;TAl8r5czND19vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3GY8SD8X41TI+D&#10;eH7pNZKDKIAA7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyDHYKNS5KCw4IW&#10;NNiCkIHB6nqGR5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcDSs2CJoVMNDOC&#10;B4Nv6NuFT53+0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiBl4hoM6KBi4UE&#10;51yEi6ig0WyDnaQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotlMySBH4Z75gCD&#10;8bNL0BuDBK26uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmAwYfP5NWDc734&#10;zvqCh7dWuLWBvLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj749aDDsilzgWC&#10;JMDit8aBV7lToUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCCvdNUzTeB1spZ&#10;tvqBB8GaoIiAbrkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nywyO6P8Xxjs7GO&#10;GHw6njuMaHxHiI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SOwYVSspKM9IQ8&#10;nTaLV4Nbh46J5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5XsXKL3Yw+nBWK&#10;V4pwhniI+IjZcNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeLB5RrmsiJgpGk&#10;hVKIOY8db9mHBYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5ybmY+I3pjkhDqH&#10;jZVPbvCGa5HVWc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKIUqAXg0yHCJt+&#10;bhqF4ZbiWSuEzpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acqgoaGm6GKbXeF&#10;epvQWKGEYpXQRBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6GPadbbOOFKaCC&#10;WDaEFplOQ8GDJ5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8azebGeE4KTVV9SD&#10;2ZxtQ3iC9JOFL6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiOdXx3VoiMIn05&#10;QpaJwn5QL0KHQn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFjVcaLWYExQfyJ&#10;EYE3Lu+GpoF6y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6KpYUfQXSIcIQK&#10;LqWGG4L6yiGYHpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5QPKH24bBLmWF&#10;n4ReyP+XZqD2tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqHXYlhLi6FNIWh&#10;x+yW2KpgtP6UIqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vTLf+E2IbBxvuW&#10;ZLO/tCCTrq5WoNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiEjIe7xi6WA70Z&#10;s2WTTrbEoCGQwLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQxYWVr8Zxss2S&#10;/L8cn4mQcrfGi/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCkh3qtrMmg+nqN&#10;mn+dfHqWiBSaH3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINwq+Kf8oJ8mc6c&#10;c4G1h26ZH4EldMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyfBopumOybhYjP&#10;hoyYQYd1c/OVHIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJbl9mazI/5hZWX&#10;fo3CcxOUZIvNYJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjppllueaIZc0hKGW2pQm&#10;cjyTqZE/X+aQqY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5gg9+WSZp/cYiT&#10;K5avX02QIpLaTXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV26CqcPeSxJvr&#10;XtePv5cVTR6Mp5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqaccHOSa6DkXm2P&#10;cJsMTNeMWZTzO8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiSIKWJXhqPKp6k&#10;TJmMIJeBO5+JHJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4WwWY8HvASgmU&#10;oHyxOWqQEX3/KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2YD4AdSY2TyoA2&#10;OSGPS4CTKeCKa4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRzSRqTC4OuOOSO&#10;m4MQKe6Jz4KRrbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCSYIcSOK+N/oVu&#10;KfqJR4PJrO2q/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpWOIKNcYelKgSI&#10;0YTgrESqYqM3m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM8ImvKg2IboXU&#10;q56p76tem0SlgKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuHKhSIHIalqwap&#10;l7NomsOlH63aihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH2IdUqoOpTLtk&#10;mlekybToibSgda6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fjouG3/HnHkwGy&#10;zHmjgzytqnm4c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3LYGNknex6ICw&#10;gtasvIAMcxGno3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolCkduxCYewgk+r&#10;2IZNcoSmwoU5YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSwPo6lgamrEoyV&#10;ceyl8orEYiCg54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWUgRmqaZLZcVul&#10;TJBPYaagM43pUiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp1pkCcO6kupW8&#10;YUSfpJKJUdWafo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8DcJykNZryYP2f&#10;JZbuUaGaApLbQtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6jsZ/NYMKepZr6&#10;UXGZmpYRQryUVJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6RkYJyeUJ60UVuZ&#10;SJjvQrSUEJMNNOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep63poTOyjoXtP&#10;PuudDnxiMYWWBX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378TKaip38sPr2c&#10;E3+AMZOVFoAfJdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKhvIL6PpqbLYKJ&#10;MaWUQIJLJjaM5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1Pn6aX4V0MbiT&#10;hIRTJoSMSINOlEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZrIg8McuS4oYz&#10;JseLwoRCk+S9/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrTMd2SVYfmJv6L&#10;UoUVk4m9g6ROhTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR3IllJyyK9YXG&#10;k029AasThQ625aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqvJ1GKqYZakwC8&#10;orG1hPK2dKu/dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+KbobRiZXMJHlw&#10;e/XFNnkobma+aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+ciUnLKoBle7/E&#10;Yn92bi+9jn7VYLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPKGocie5fDaoWg&#10;bgi8k4RXYIe1lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+e4nCZ4unbei7&#10;kInPYGq0iIhAUx+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LBgJGabea6n48u&#10;YF+zmo0CUx2saosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3bfC5zZRkYHWy&#10;yZGVUy+rpI7nRlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25GplUYI6yGJXa&#10;U0urAJJ/Rm6jtY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34YKqxgJnKU2uq&#10;cJXCRo+jOZG2OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw+Z1XU5up8Jij&#10;RsOixZPuOqSbS483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pelXF893rdfa19&#10;fHuCZfB+FXw+TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR70IGqfIh8doFC&#10;ZOF9LoDjTVV+EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9e2R7i4cFY+R8&#10;X4WGTH19W4P+NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6u4zDYvJ7p4oa&#10;S7h8uYdHNK1+DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJyYg17Bo6WSwJ8&#10;LIpvNCR9jYWd6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6fJLrSl97so1t&#10;M699H4cX6Np1Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcMSdR7S5AzM018&#10;woho5+d0nMdx0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV569pK7Mvx8dImM&#10;5yd0VdJB0PZ02cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6Mrx8NoqB4pmE&#10;EXgbzY2DhXh4uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yCBH514OGCjoKp&#10;zFyCF4HmtxKBs4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ31GBQY1BysGA&#10;2YtutZaAgom4n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+AKJfFySV/x5T0&#10;tAF/fJJCnlx/UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJBx7N+4p57spp+&#10;oJrSnQd+gJdKh0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+MagEsWN97qNY&#10;m+N9057Fhj1935pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+sFx9XqvHmuR9&#10;Q6YhhV59WqCRb+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir3987bQWmgZ8za1N&#10;hJF856abbzl9LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1mUR8b7Q7g+B8&#10;iKxYbqZ81aRgWax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I/nh8gqmH5nlD&#10;bdGG3no0WRiF3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+Gga+G0n9lbOiF&#10;439nWECE/X97Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF0IWDa/GE+YSR&#10;V22ELIOiQyuDd4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0avqEM4nCVqqD&#10;fIfDQp2C24WvLzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaDhY7aVfqC3ovE&#10;Qh+CUIh5LvGB04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPOVV2CVI+cQbKB&#10;2IsXLrOBbIYLy2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB3ZM9QVeBco1+&#10;LoCBFocnyqCGx7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5alQQuBHo+nLlaA&#10;zogaygqGdcXNtwOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA4ZGILjSAlYjk&#10;w7uV+HXescqTsnZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxrLWmGJH5gwnyU&#10;wX80sNCSg37YnoSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuFdIAMwVmTooh/&#10;r6KRb4dAnXuPWoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14GdwEWSk5HYrnyQ&#10;bI+6nEuOZY2qiaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeRvpsmrXSPmJgx&#10;mzyNl5VRiIuLwJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6RzrHaO+KCrmkKM&#10;+Jzoh6GLJZk1dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WOeKkNmXOMdqRg&#10;htqKpJ+2dCiI/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FXmMOMEKu1hi2K&#10;OaYHc4iIlqBaYP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6LwLLbhZaJ5awX&#10;cwGIQaVTYJOGxp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6gfGWZXdFcCyT&#10;o3g6XkaQ4XleTJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSVW32Kb36SpH2y&#10;XaOP8n4BTAqNMn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPRbrKRuYMpXPOP&#10;GYKfS36MaYIfOn2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q5IicXEWOUYct&#10;Sv2LsYW8OjGJBIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37W6CNlIulSoWL&#10;A4k4OeyIbIayKnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM/I//ShuKd4yR&#10;ObCH74jyKnCFSoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQmScWJ/Y+sOYKH&#10;hIr5KmmE8oYIryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJpZKHOVuHK4zE&#10;KmOEqobSrqqZgbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUKOTCG8o5JKl6E&#10;cId4pwGounTBl36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCORHwqKC+J/n5I&#10;pjKnxH0KlvOj4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7IKEuJOH/RpX+m&#10;v4U9ljOi5IQ6ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSIioE7pMalz41b&#10;lWah/IuehbGePooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKFpASlEZVqlKah&#10;P5L4hO6dhZCldOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2OkY52PlAegmJpg&#10;hE+c3pdDdE6ZPJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWWk4qgF6Gkg9Sc&#10;Vp20c8+Yr5nOY8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGft6jAg12b8qP1&#10;c12YRp8rY1+UuppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4gvaboan/cviX&#10;8qQ+YwmUZZ6HU1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2pOnWtbb6ks3aM&#10;XrCgGnedT6KbYHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0bWmjsXwYXlaf&#10;F3xyT1GaY3z7QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOiitIGdXeGeIIE+&#10;TvOZd4EGQIKUn4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cbXWKdP4YDTpKY&#10;oYUBQEeT1IQGMr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2cdYqxTjqX5Ijh&#10;QBOTIYcHMriOLoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9CTfCXNYyRP+qS&#10;fYnYMrONnocQJwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiWrpALP82R5oxq&#10;MrCNHIi6JyGIKoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4P6uRg47BMq+M&#10;u4oyJzuH3IXClfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iRNJDHMq+MeYts&#10;J0+HnYZMjRG8UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoqLzCUI3wCJAGN&#10;SX4wjL+7eHuCf322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KTI35XJG6MZH+e&#10;jIS6boKyfy60/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CMJM2LnYDpjEG5&#10;bIm+ftW0AYg1cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K8YIRi++4lZC+&#10;foKzKo6YcOetsoygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MVi5e38Ze4fjSy&#10;f5TwcKGtAZJLYvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3cJ6MffOx95sb&#10;cGmsb5e+Yr+m4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUyfcWxfKEPcD+r&#10;8Zz2YpumX5jzVRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGxHqbTcDGrgaHa&#10;YoWl25z6VQKgP5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRkZ/66BXULW2mz&#10;rHXzTtytB3caQoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5BnqeW2eykXrb&#10;Ttir3HteQouk3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IANW0qxbX+xTsOq&#10;tn+QQomjvn+lNv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0WymwUIR0TqypooO0&#10;QoWit4MVNxabfYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVoktTqCopoe5Qomh&#10;zYZlNy+apIUYLNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn1ouYQpSg/ImD&#10;N0qZ5od1LQeSjIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481QqSgWoxkN2WZ&#10;Q4mXLTOSAYbdJKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf1476N3yYyot5&#10;LViRkIgOJNqKVYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9N5qYY40TLXiR&#10;PYkIJQKKEYVl5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98D3mqSs99PXso&#10;NK9+u3z/5LV0135zz7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5KSfd8X36WNAZ9&#10;+3784uVzTYmKzfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7lYH1M3B9TIDk&#10;4Shx/JSNzDNzI5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8Mux8r4Ky35Rw&#10;6J96yqZyE5vztUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8JIRe3kFwE6pV&#10;yVlxP6XXtAJybqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj3StvbbUZyEpw&#10;mK+lsu9xwqognUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu87+6x3ZwG7lN&#10;shFxPrK2nFxyeawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27NupcojxtpvxsKysWFw&#10;3bsCm5xyDrM7hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/GXM5r4B/KHRO&#10;msl/QHVohap/ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3yarmh9s3yjmbh9&#10;4nzBhJ5+Hnz7b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18YIUCmFJ8qYQo&#10;g2V9AYNrblx9cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1ulvV7jIuMgi58&#10;AYnUbVV8iYglWJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6nZL8gQV7HZAt&#10;bFt7wI10V918c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52JpagAJ6ZJZ9a3d7&#10;EJKcVy172Y6eQxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5y5ymasF6hJel&#10;Vph7VpJtQqt8V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KOahl6E5xtVhh6&#10;8ZYEQlJ7+o8pLyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5r6DWVaR6mpk8&#10;Qf97sJEuLv9874iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dcVSWDsXjqQYeD&#10;Q3q8LnuC+Xz5xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+CtH0gQO6CZn3c&#10;LieCOn7LxbOE4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFEQGGBnYDmLd6B&#10;joCDxFqDpY6OspmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A7oPYLZ2A9oIe&#10;ww6CpJhAsU6B9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4agLWaAcYOVwfWB&#10;26H1sDuBMp6bndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd//4TkwRKBPaub&#10;r1mAmKdinO2ABKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJwGSAxrUqrqaA&#10;JbANnC1/i6qhiTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2AdL6hrh5/1biY&#10;m4p/MbIaiIl+r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBGqRKO5nGSl/iN&#10;THLQhh6L1HQRc9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyNnHnqlwWMFHpD&#10;hTeKp3qucveJSns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/lfuK4YG2hCyJ&#10;hYFLcguIO4D5X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJyIk2gyaIcIfp&#10;cRqHPYa2XwaGGoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDBghKHj46PcCyG&#10;ZIxoXj6FW4pPTKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G25Ucb2CFtpIB&#10;XZSErY7hTCSDt4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8brKFKZdqXQmE&#10;KZNGS7+DMo76OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSEsZyRXICDwJdn&#10;S12C0pILOqKCCIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFqXBaDYZswSwmC&#10;gZTEOmuBxI4LKtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+OAnapSRqLtnhm&#10;OJqJZHpzKQaHA3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntLSJSKwnwsOEiI&#10;hH1CKQeGNX6ZqcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ43/iN/6Hun/5&#10;KQiFf4AnqNWWK4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9N7+HA4KOKQmE&#10;34GTp/aVK5JLmJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iGXYT5KQqEVYLc&#10;pyqUcprfl+WSGpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4KQqD4IP+pn+T&#10;4aNTlzaRj5/jh1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuDf4T3pfeTdKul&#10;lqqRJadshseO26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XKpZWTI7PeljyQ&#10;167WhkmOh6lqdfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2jC29bj6WftXCj&#10;gPmci3HuccKZc3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9HejjyeeqngOgHCb&#10;fXiNcTyYYHknYbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqdjn9pf8eaYH8i&#10;cI6XTH8AYRmUOn7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3fuqZW4W4b9WW&#10;SYTUYHOTSIQOUSCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyYgIxIbxSVc4qj&#10;X9+Sa4kEUKuPeId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLObn6Ut5BUX1eR&#10;so3dUEiOuItoQbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+UHJXUXt2RHpKD&#10;T+mOLo8pQXyLLIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZXnOQqJbkT46N&#10;wpKiQUGKxY5HM6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQRpr1T0qNYZXG&#10;QRCKcZCCM4uHjoshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/S5iYV3Y5PcqT&#10;+XgaMIOPZXpOJIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eXRHpSPZ2S73ty&#10;MIiOanzQJNCJsX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5aPW2R+n6yMIuN&#10;iH8zJRWI5n/Tj5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuRHYHVMIqMv4Fx&#10;JVGINoEbjw+odo1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTUMIqMDoOGJYSH&#10;n4I9jo6nw5S5gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyLcoVsJa6HIYM6&#10;ji2nJJv7gOKjMJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54ccJdKGuIQRjdem&#10;vaMZgK2ix5+RcwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6GY4TFjZOmcqoS&#10;gGqicqXVcr6eWaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VXhLu2Rm6qeGGx&#10;g2/aa8asyHEmXumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1bnYWeEqwmXZ4&#10;a6urvncIXs2mzXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07d/qvfXzxa2iq&#10;mnzOXoWlpXzoUZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uuXINNavmpfoKN&#10;Xi2ki4H8UUqfg4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaImeapyojYhGXcyj&#10;mocGUQiekIXnRHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOnyo3lXYai1Ivz&#10;UMudy4oTRFOYqYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQXU6iL5CiUJed&#10;Ko4DRDaYDYtoOIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSChppUNUG6coJGq&#10;RBGXkI5GOHqSQormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZUFicCZTrRAyW&#10;/ZDKOIORz4y1LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9SkepXHPmPrii4XXJ&#10;M8qcF3fUKaiU7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgnPtuhm3lnNAGa&#10;2HrLKgaTwnxxIY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuaganzsNCiZtX2j&#10;KlWSuX6LIgyLo3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBYNEWYsIBZKpiR&#10;z4B+InmK34C5eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCXyYLqKtKRAoJI&#10;ItaKOIG/eMa7Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVLKwWQUoPlIyOJ&#10;rIKgeKi6hZVsbSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKPvYVRI2KJOoNd&#10;eI66DZthbSK0XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJI5WI3YP6eHu5&#10;tKEmbSez6p2RYXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76Ik4R52qVx8G0q&#10;xqZzUW7Esit0pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT2LZv23gZxRdx&#10;a3iJsMZy43kFm+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9uGIMFw1tvv4JR&#10;r0RxVIGumnty3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43PwZ1uRYwNrZJv&#10;7IpjmQBxkYjWhAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJtCJXFrApuvZMb&#10;l4xwcpCFgshyO44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592qshtyZvIllRv&#10;iJgjgatxX5SMbPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9tAqRYlU1uxZ+d&#10;gL5wqprubC1yspYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5lHFuJ6bef+lw&#10;FKENa3hyK5stV1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7ttra3HfzhvmKbN&#10;at5xuJ+/VtJz/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFUfyJ8THMMaup8&#10;8XTfVtZ9q3bQQul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih64nlkagZ7qXpC&#10;Vg58iXsyQk59l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/aQN6i3+mVTp7&#10;jX+QQbJ8vH+DLuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5h4T2VHR6qYPT&#10;QSZ7+YKdLph9hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIoxU7154Yf3QKl7&#10;TYWQLlh88oLSxM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5NYvwQDp6uohV&#10;LiF8dYRGw91yGqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+uP956PorgLfR8&#10;C4WNwydxibMFsR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP4952I0qLc57tIam&#10;wq5xKrylsJZyDLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8kLbF7boeQvWCC&#10;e2tSrN2CHm0/m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB2HubvEmAtnUb&#10;q8mAh3YAmmOAX3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2AuyZ/F37Zqox/&#10;Bn7GmVh+8X6whzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9rYh0qTZ9pYeF&#10;l+Z9pIaKhfd9tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8p/Z8f5A5lqt8&#10;i45ghMx8qox7cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7mpjqlaZ7qZYn&#10;g9J70JNPccF8FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/lMl68p3Ngvt7&#10;G5n3cQB7bpYdXwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6ZKVEgkN6iKBm&#10;cFN64ZuCXnB7a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9gaR6FKaMb8J6&#10;a6CUXfl6+5qITJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH7nBHbimHB3Ij&#10;XKCGKXQjS1eFUXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bUbU+FyHfhW+OF&#10;AHkJSrmEQXpKOdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+ElH2ZWyyD5n3l&#10;Si2DRH47OYKCv36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNEWoSC24KpSbGC&#10;WIINOTWB9oFpKcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+CA4dVSSOBloW8&#10;OOaBSoQEKbmBFoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovTSLOA6Yk9OKSA&#10;toZvKa6AmINfqbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmAVIyDOG+AOIii&#10;KaWAMIR3qSWDZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+GOEF/0oqXKZ5/&#10;24VlqMSDBrIXmWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/g4xDKZh/loYp&#10;oeWUFGpOk++SAmw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3imJ3aF6XuboTWS&#10;mnMBkz6QtXQIhGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iFCH1ZoGyRKXuN&#10;kkmPYHvFg4aNo3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73n3qP24PvkUiO&#10;GYNygnSMboLucySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWOtIxYkFyM/4sj&#10;gYuLX4nbckCJz4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/j6iMLpLTgNqK&#10;jpC9cYWJAI6OYgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyLippbgC2J6Jdy&#10;cN6IWZRiYXCG7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2f52JaJ30cFKH&#10;0Zn5YO2GZpX1UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJB6RBb9WHZZ9M&#10;YIGF9JpRUVOEtJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/a9eVQ2+eXSCS&#10;snGWTlWQEHO4P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02UEnVwXKSRg3av&#10;Te+O7XgSP6aMRnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7XBCQW3u+TXyN&#10;2XxcP1qLR30MMcyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CPSoDATQOM3YCR&#10;Pw2KYYBoMbWH4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWmTJiL+YSmPs2J&#10;kYOeMaSHKIKPJduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGLJ4iKPpmI1Iai&#10;MZWGhoSiJfmEM4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9PmeIOIlvMYaF&#10;/oaAJhGDxoOEkKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimHxIv2MXmFkIgi&#10;JiSDbIRPkF2Vzqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44tMWOFQImAJjSD&#10;JYT0iICmbGmnfFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuNf3iQIyGJgHuT&#10;iBKlV3Fse/yh6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3scI3mIhH0xh6Ck&#10;Cnjye2ugqnlFbsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aHqH6shxaixIBK&#10;es2fbIAAbiCcEn+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAChoWhs4eRejye&#10;Y4avbYubEIXLYIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg4Y7OecKdl41U&#10;bRWaQYvDYBiW5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXmeVyc65PPbKyZ&#10;lJGJX7OWNo8qUryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSycdJopbHqZDpcg&#10;X3SVmJPlUnqSNpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBLbDSYo5x3XyuV&#10;JJhiUj2RvpRXRZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYunwmzoWXyjgm7f&#10;TUifBHD8QS+aTHNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLBWWKiQnQLTTed&#10;u3WBQS2ZCnclNbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg/HkkTQKcfXny&#10;QRKX3HroNcCTD3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4sTLmbVX5TQOmW&#10;xn6TNb2SDX7lK2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqaSoKYQMCVz4If&#10;NbeRKYGsK4eMZ4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7QKGU8oV9NbOQ&#10;XoRFK6OLtoMRIxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOURYiiNbePrIal&#10;K72LHYSmI06GoYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8NaiPJYjAK9eK&#10;nIYFI3iGQYNxenSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOOqIqRK+mKQIcp&#10;I5qF9YQAcYG5o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWcJ6OS6Xh6H8KM&#10;cnuHcUS45G/XZqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqRrnrEIFeLV30N&#10;cSi3onZzZoCyynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzoINeKYn5tcQe2&#10;Q3zPZkyxb3yiW3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJkH+ncN61FIMU&#10;ZiawQoJwW1GrL4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6cLi0LIlSZhOv&#10;T4g2W0KqNYcRUGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJezeY9gZguui43I&#10;Wz6pZowJUFukEIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3Zg2t8JMhW0Ko&#10;vJDAUFmjX45FRZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhetcpg9W02oLJUx&#10;UFyix5H8RaOdU47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9qLVwrWtxlOpy&#10;Xm2cgLV0Em/ObFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2BurXQGk75wi3Uw&#10;f6RybnZna2J0Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyNkl5u5ny2fnBw&#10;8nzzalxzF31BVnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOttaIQ1fSlvnIN2&#10;aU5x6oK/VaV0WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7e/Vub4noaExw&#10;44goVOJzdYZTQcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFtdJBMZ2Rv/o1q&#10;VDNysop4QUt1nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaGZqVvRJKIU59y&#10;DI5kQOp1Eon+Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5ZfhurJdiUx9xiZIT&#10;QJd0oIxvLuB3/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQUqdxFZVcQD90&#10;QI6MLsB3sIdawIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7aXRQP8R81ncU&#10;LdN+kHpLvydyyHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiuP0V7xHpiLY59&#10;r3xYva9w0XqfrOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6032cLVJ85H5I&#10;vChvF4SZq1lwgoP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2LR18MIAYurtt&#10;n457qfhvG40EmI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97k4HCuZJsdZhT&#10;qNRt/JYAl29vdZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNAuKZriKILp+ht&#10;Fp7cloJukptshJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq16uYpzRsZ6eI&#10;lcFt4aMcg9RvbZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbToprNr7a/tlSlt&#10;XKp8gzJu4KTPcSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9RGgskzl9gWqJ&#10;ghx90GzPcHB+Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDPkht7x3I+gRN8&#10;MnOnb4R8rXUdXcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16JHn5gAJ6q3p+&#10;bpV7RHsUXQV7+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGufs95RIFRbYV6&#10;A4ECXCd63YC8SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4EogXbJV45IbV&#10;W1554YWcSoN69YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7Ga7h3+IyOWrB5&#10;BYpSSgR6N4gHObx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53N5IWWhp4VY7Y&#10;SZ15lIt8OYB7E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdWWYt3yZMVSTd5&#10;GY6uOUt6pIoBKmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53S5b2SNt4rZGC&#10;OQt6TIvMKl58HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FXR3KC8HP+N3KC&#10;zHb0KGqC1HpcpK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqBwXf8NyOBwHn5&#10;KGuB6Hw+o7CBwHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvmNtuAzXzkKGuB&#10;Fn4BopuAGIAjlEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/8X+sKGuAXn+g&#10;oX9+wojvk0t+logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJHKGt/v4EYoJZ9&#10;spGzklx9kZAxg3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/OIJln9l82ZpS&#10;kZ58wpgMgrV8p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OGn0p8NKLIkQZ8&#10;JJ+7ghR8BpxDcqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7wKsMkJF7s6c0&#10;gY57jaLRchp7eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTpi6mMrmdsfd2L&#10;aGnQbzqKQWwoYB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCLIW8afRCJ8nCu&#10;bn+I03JFX3qHvHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5fDGIdHeKbaaH&#10;a3hfXsOGa3lGT8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaHDH5fbNmGEH5x&#10;XhKFLn6PT0qEW364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUrbAKE5YRuXXyE&#10;DIOxTtuDVoMDQJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD9opWXM+DKYi8&#10;TlqCfIcpQEeB6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AKXDeCcY2TTeOB&#10;0IsYQAiBQ4iQMqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB1JIhTW6BRo68&#10;P7iAxotKMoqAeIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5ZkTSOAx5IUP4OA&#10;WY21Mm2AHoktJqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM4XD2PKCKzXPA&#10;L5yIvHbfI8yGt3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VMPGeJmHdTL5WH&#10;oXmZJA6FtXwhiuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmIfXrNL42Go3wy&#10;JEiE0327ih6SV3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4mL4CFwn6lJHmE&#10;Dn8xiVWRFoQCfSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE+oDsJKSDZYB+&#10;iK2QD4uqfIKOToqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMDJMiC1oGiiCWP&#10;R5MtfAyNkpGMb1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWCYIKdh7mOs5p+&#10;e56NAZg4buGLMZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINvh2iORqGee0aM&#10;lZ6ybn+KvJsyYVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKgDGRbdPadOGa/&#10;aSSagmkhXMuXwmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9dJCb9G2ZaL2Z&#10;Mm9BXHaWZHD/T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Gag3RTaDqXx3VO&#10;W/iVAnZhT4mSLHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rzZ4eWaHtMW3CT&#10;sHu1TxeQ8nw0QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+VPYFCWtySjYD2&#10;TrOP2YC7QpaNKoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ciWmiRoIYfTk2O&#10;8IUeQmWMQIQoNweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ24sMTfWOMolI&#10;Qi2LjIeGNwKI34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1TbqNfY0iQe6K&#10;7YqYNtiIVYgVLICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM9pC+QceKao1l&#10;NsOH4ooXLIGFfYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+PW+W2XCQMr6S&#10;n3OMKMCOSHbZICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSVeXRuMt2RT3a9&#10;KQeNDnlMIJ6I23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngwMuuQGnnOKUKL&#10;9nubIQqH4n1+c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6PBHy8KXCK/X3B&#10;IWeHC37Tc0Cj9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+FKZaKJH++IbWG&#10;VX//cuGi+4YeaG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJaIGOIfeFvIEE&#10;cpKiN4yPaC+e24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMqIi2FPYHhclmh&#10;mZLFZ/uePJEiXTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE14KZciuhMJjV&#10;Z/2dyJa9XS+aJpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMvagmy12NqX/yu&#10;6GWpVeGquWgNS7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix8mpAX9et0mvL&#10;VdapaW2JS7qksW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZwJiiPjXkoHzaK&#10;MHv1aVuwhHDCX5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKOY3tWH7eJK31k&#10;aSSu+XcIX0+q23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1bICeIS36qaOqt&#10;on05Xxypi31BVS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWHjX/KaLesmYNj&#10;XwCoeoL5VRekFYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDCaI6ryolbXvGn&#10;noh+VQ6jMIdqSxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6rL48bXu+m8I3J&#10;VQ+idYwbSw2dyopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpShXvamYpLZVReh&#10;2JCISw+dJ439QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpqTmO/n1FseWaM&#10;jMJumWlNecNww2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1FngZqKm8Hi59s&#10;gHDMeLxu43KaZa5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVoGHdsikVqm3g2&#10;d49tMHkQZLFv5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/MiN1o43+WdlJr&#10;qX95Y65ukH9nUU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3ZnZob0dS9qT4XO&#10;YrxtZoS7UJtwpYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447dClpMIwPYehs&#10;ZInnT/5vzIe1PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1NoQZIhYTdrkY7n&#10;T3xvFIuSPiNy4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fnYJhq5ZOfTwdu&#10;go8tPdxyZop2LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBqUpfrTp9uApJi&#10;PZFx/oyOLZ92QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7FTjF5EXHYPLh7&#10;FnU4LC19cHkXtBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53p3YyPFR56XiJ&#10;LAR8fns2splqv3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/O9t44HvFK+B7&#10;pn02sQxor340oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N39H7fK8B65n8U&#10;r5tm6ofhoA1pDIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHPK6V6QIDJrm9l&#10;fpF/nupnso/gjrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455soJRrYFkWJr5&#10;ngFmmph/jddowpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4OorNBjeKRAnU9l&#10;wKDnjR1n7J05fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i3q0/nNBlJqj+&#10;jI1nSqRSe9Jpg59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAGmi54MGMbivh4&#10;72YDeuJ5wmjRaj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91/mueidx26G2e&#10;eeF332+UaV547HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQciNR1AnU7eNt2&#10;HXZTaH93Tnd5WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2ZzQ3zOd610fn0K&#10;Z3R1331RVyt3Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRTdolzG4OuZpR0&#10;loMLVnJ2RYJyRrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x9Yo2ZcBziIil&#10;VdJ1TYcTRkt3QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCMZQ5yqI4LVUV0&#10;hYuBRfB2jIjkNwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx7ZMlVLxz5I+j&#10;RZJ2AowGNt14ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fmVFtzV5NoRT51&#10;io7LNqN4BIn8KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaAJG6BQ5eAf3Gx&#10;NLmBBnU3JviBxHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNUQyN/KnWrNIB/&#10;3nhBJwyAxnsqmfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh98XmPNE5+0nsu&#10;Jx1/5Xz7mM95Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1SNCV94331Jyx/&#10;H36ml693mILdinx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59F4CSJzl+dYAp&#10;lr92TotviYt26oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8J0N95IGAlf91&#10;QZPYiMx16pI1evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9bIKplWx0cZwP&#10;iDV1I5mpelV1xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOllQZz2qQGh8F0&#10;kqDeedR1MJ0xa3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH71+pg3eHEWKv&#10;doiGaWWWaM2F22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQgrKFLmpAdbiE&#10;pmxeaBaELG57Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayDVnHAdNWC63Mh&#10;ZzyCjXSBWU2CO3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnkuc8GBUHnYZmqB&#10;CHp5WJiA2nslSsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/4oCFZZV/s4Be&#10;WBx/lIA7Sm1/oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cjZOl+m4YrV2x+&#10;kYUuSfB+roQ4POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59tYvBVt19u4nu&#10;SYN96YgXPLB+MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JESVmh9CI5iSRl9&#10;TIuqPG19pIjqMFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8c5KISNZ8wY7u&#10;PDd9LYtIMDd91IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/WshRciJmm5EOTuI&#10;N3GULTyG5XU+IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+IJHKUOReG33Um&#10;LUqFsHf9ItaEm3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbPOOiFpnidLVCE&#10;m3qaIxqDqHy/gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmEjHvyLVODpn0Q&#10;I1WC1X5BgJOJcX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8iLVqCzH9cI4eC&#10;IH+Zf96IOYWtdKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2CD4FyI7CBiIDH&#10;f0yHRo0FdDWGXowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNXI9OBCoHKftiG&#10;jJQnc8GFq5KQaAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++Ao4Kjfn+GAZsU&#10;c2WFIpjkZ5+EF5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNVeDOZZl8pbb+X&#10;MmIIYsGVIWTpVzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46XuGafbUaVpWjF&#10;Yk6TkGr3VuKRbW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3hbJmT729lYcKR&#10;63DwVmCP1nKRStONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KSQXXpYQKQVHbY&#10;VdKOVnfTSmGMUXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2XxhYGWO+XyzVTuN&#10;B3z9Sf+LFH1XPs2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN44J7VMWL9oIQ&#10;SZmKDoGqPqKIL4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgMVFmLFIbnST2J&#10;NoXDPmeHZ4SqNCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6KT4t9SQmIb4mS&#10;Pi2Gt4e2NAOFBoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/XSNOH2I0iPguG&#10;JYp/M/aEhofsKpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyWomqHOdGTQW3i&#10;L/WPyXFpJs+MS3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8KOdiRvHHBMByO&#10;W3SeJx+K+3e+H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQT3WBMDGNDHex&#10;J2GJz3oUH/eGuXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkjMDmL3nqgJ5WI&#10;xXxBIFeF1X3qazicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK1X1qJ72H3n5F&#10;IKmFE38iasqa1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AIJ96HFoAbIO2E&#10;cIAwam2Z6YakYPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6Ga4G/ISWD6YEV&#10;aieZKoy/YLKWrIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMrIVKDfIHUae+Y&#10;opKyYKeWIpFJVsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaDJYJwYqyryl4a&#10;WX2oc2DXUDek42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlVYhWqkGTBWS+n&#10;ImbhUASjZ2kwRr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o3mskWNSldGy8&#10;T8WhwG54RouduHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFWWH2jvHJzT2mg&#10;FXOpRlOcI3UJPTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDiiQXghTymeonjT&#10;RhOauXmUPSWWpXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3KTwadcX3tRfSZ&#10;jX4QPQ2VhH5KNHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCcdYLRReCYlIJP&#10;PPuUloHhNHWQi4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4RdaXxIZKPO6T&#10;zIUvNGiP14QqLLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOXF4oAPPOTIYg0&#10;NHmPN4aDLMqLUITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUNcv5tOmhnYQBw&#10;DWvbT0ZzDW95Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftrEW7bYB9uLXFb&#10;ToxxeHP7PV11E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8XytsenbITdJw&#10;CnhsPOdz7XpALSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq9nwjTR5uxnzF&#10;PHly6X2CLQB3Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFkTH1trYD+PBly&#10;CICdLOR2tIA3ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/RsvYULO8VxSYOH&#10;LMx2H4Hjrc5UT5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8YjaO4RwqIY0LLl1&#10;ooNbrPtTIaDnnZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xwI4ibLKl1O4Se&#10;rHNSSaoMnRhWPKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqtLJx06IWsqtxq&#10;DFqsm/pr/V41jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58WngAqVpm8GST&#10;mt1pNGcci3drZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnowp8xkJW5WmUFm&#10;pm/rig1pDXF1egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdhqHftl7FkWXih&#10;iI1m7nlJeNJpinntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFpllNiWoFHhz9l&#10;GYEPd5Vn3YDLZ55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFgs4nYhjJjkIi7&#10;dpxmd4eLZr9pjYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7hVZiSZA0ddBl&#10;So4TZghogovyVj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRhQpdodShkUpRQ&#10;ZWtno5E5VbRrO44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47dKBjjpopZPVm&#10;7JYcVVhqmZIHRjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1d2TfZCh27mg9&#10;VGR4h2u/RPl6Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuMY1J07m4aU7h2&#10;w3DHRHt4wHOZNbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBzEnPsUxZ1IXW9&#10;RA93W3epNX954HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXmsUkxztHqcQ4J2&#10;KHudNTh45Hy7KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBycX9YQw91GH9p&#10;NQF4Bn+BKDp7LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPmQq50LYMENNF3&#10;SIIVKEB6lYEVl29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJzZYZhNK92p4Rt&#10;KEV6GIJblsljVZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1NI92JIaBKEl5&#10;sYNxllliiqFuiRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11vYhFKE15X4RY&#10;kq55YVqIhk153F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOSJamAwngvkZd2&#10;lGNEhU13YWXzeCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/s3owkHh0Bmvj&#10;hBV1EG3Hdx52FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wPj0VxtHRygt5y&#10;7XWVde90G3ahaHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3GjhpvvXzngdtxGH1T&#10;dPByaH2dZ3RzxH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVIgOlvk4T6dA1w&#10;/IR5ZqRydYPYWP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gCluVIxyc1ZvzYsh&#10;ZftxWomnWGlzGYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ovcr1u2pGKZW1w&#10;co8vV+VyRozPSm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFuH5eoZPRvu5Rn&#10;V4Fxl5EiSiRzvI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFcYn6BRGS1VS+B&#10;XmggR86BiGu2OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/QWquVJ9/gm1j&#10;R2Z/2nA9OqaASnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCdU/N9yHKZRul+&#10;UXSxOl5+9HboLnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8NHe6RnR87HkK&#10;Oh99v3puLmd+wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6RhN7rn07Oe18&#10;rX3ILmN93X5mJDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6nYFGOap7w4D5&#10;LlB9G4CqJF9+jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUSOXx6+YPqLkh8&#10;dYKzJHt+C4F0gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6XIaSLkF77YR8&#10;JJJ9oYJkgGxzt5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojnLiZ7hoX8JKR9&#10;TIMpe3mJwVppcOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweFEnO5IWSEt3hP&#10;epuHXGIecC6GwWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8Ib2DkXopecSF&#10;C2m3b0aEpWu8ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqCj3vdeOGC73E0&#10;bluCrHKYY2CCX3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1qeAeBInidbY6A&#10;+nlkYpuAx3oWV0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/m3/0bN1/j4Ae&#10;Yft/cIAhVr5/TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIcibGF+c4a0YY1+&#10;W4YAVlB+PIUiSwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9i40PYRh9eoui&#10;Vel9Yon6SqV9dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815MvYLh8ypEEVZB8&#10;tI6NSmB8y4wbP1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2Pc2DKUbOOBGQ2&#10;RrmMemfEO8+K42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbGUUyMJGmSRnSK&#10;rmx9O7GJOW+XMYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSKUW7YRhSI/XEf&#10;O3yHr3OMMYGGZ3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQKRaWHb3WpOzqG&#10;SndkMW+FLXk5KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmGDXoSOv2FD3sZ&#10;MVyEGHwwKH2DPX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5VOuaD8X6iMVyD&#10;H378KJeCbn9aIUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrODEIHmMW6CRoGD&#10;KLKBvYEcIXGBUYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTnMUuBnoPSKMOB&#10;KoKrIZmA4IGCa5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaBD4XXKNGAuIP2&#10;IbiAh4ItZd6bMVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529fJQOKV3PHHgeH&#10;/HhiZSKZR2B9XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI7nZKHoyGu3od&#10;ZJSXJ2csW9SVP2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHimHwCFo3uwZASV&#10;Gm23WziTS29QUhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OEsn0bY3OTV3Qz&#10;WrCRonVJUZqPwHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5bYvCR6nqlWj2Q&#10;S3s6UTeOdXu4SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQwYDpWeKPNYEA&#10;UOmNZ4DfR76LbYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bwWY6OU4aEUJuM&#10;joXBR32KmITXPm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+Np4v4UH+L44qE&#10;R2aJ3YjLPnKH5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwxSuWepl+RQkib&#10;aWMmOZyX4Gb4MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c9mT6QgSZq2gG&#10;OYWWIGtHMT2SfG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4QbiX1my+OV6U&#10;ZG9tMUGQ4HJNKdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCWE3FSOTGSwnNx&#10;MTyPY3W0KfyMB3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XNORaRTHdUMTqO&#10;Enj6KhuK3XqtI7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQD3sYMUWM6HwX&#10;KjqJ2H0jI/GG9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6pMUKL+n77KlyI&#10;+H9gJCKGPn/CHyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCLOIGeKl+IS4Ff&#10;JEqFpYEaH1uDY4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9KnSHtoMVJGOF&#10;LII0H4WDBIFprH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztwlW0oOxB0mXG7&#10;LAd4+nblqotY7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGiOqVzNHU0K/d3&#10;8nk+qL1VZ2mAmf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx9XiWK+p3B3t2&#10;pvJSPXNzmEtWY3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZK952N32IpUJP&#10;d31ClstT4H1uh8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1g39uo9RNIIbx&#10;lYtRwoY9hq9WOIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEioqlLKZBzlIlP&#10;+47Xhc9Um40qdnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJl5mwk8JOjpck&#10;hSFTTZSCdeJYEJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKBkzdNe573hKBS&#10;S5tcdXBXIZfFZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRmaVk6hElo510n&#10;dRlreGEGZXFuLGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7g0Vl4GUCdDxo&#10;vGgCZLRrvWsKVQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtjG2zHcu5mQW7n&#10;Y5tpj3ETVCptGXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6ccBj/XW7YpZn&#10;mHcHU19rbXhoRJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1iBXx5Ybhl23zf&#10;Uqpp+H1YRB1uTn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMVYOhkZoKRUhlo&#10;toIYQ7ptSYGmNetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5jMIgIUZVnroad&#10;Q25sbIUwNcdxgIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0sURpm1orTQxtr&#10;vYhwNadw84XuKX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBmIY6mQtlrKYtP&#10;NXpwg4fUKYF1+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkHQVN3xG1JM3Z6&#10;jXHxJtl9oncrk+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2E3FrM0Z5L3Un&#10;Jvh8jXlRkoFkYWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0MyN38ng8JxN7&#10;mHtTkQdhdHBhhJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut243sxJyp6wX0u&#10;j61e6Xkug1th6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34Jz56CH7ejo9c&#10;xoHkglJf8oHbdXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095a4Bdjala/opp&#10;gXteTYmYdLFhhoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGrjPlZkJKsgNRc&#10;+pESdBBgTI8vZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9YfJqVgFlb+Zg3&#10;c5BfWZV2Zkpi0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWAfkxz3llxced1&#10;KV1PZNB2jmEjV0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw2WEvcOVybGRK&#10;Y/V0DmdiVpZ1zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjjb95v3ms/Ywdx&#10;vm2XVdpzvm/9SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5tiHInYjRvnnO+&#10;VSxx33VaSCV0UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/YS9txnnJVHBw&#10;PHqZR4ty8Ht8Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRsN3+yU8Nu2X+u&#10;Rxxxt3+3OvZ0yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVfUzNtr4SHRrJw&#10;t4O0Oshz7YLoL2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrdsuIkTRkZv54dm&#10;OoZzQIW9L1t23IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1KRgZvNorCOk5y&#10;sIg4Lzl2b4WgJYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+LGkqN7F/NG17&#10;LFeAdXI0IliB53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2pN4R9i3E6LGJ/&#10;EXUfIqSAvXlYfIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8EXTeLGN91Xfp&#10;Iud/t3sse3BxpG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnheLGR8vnqKIyF+&#10;03zXelxvTHU1b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7yXz7I1N+D35X&#10;eXFtWXzvbxBvF31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9CI3x9an+oeLFr&#10;t4R0blptk4RFY3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI5584YDLeBpqZIu1&#10;bc1sWorhYvVuNom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHBd6lpXJKubWBr&#10;ZpE7YodtUY9NV0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yCjFWaad+CcVln&#10;X2yCe100VGyCj2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0caQx/ymBGXq+A&#10;BmNvU9mAQ2alSLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9PGcWXed9rGmd&#10;Uyd+GWwsSC5+kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3VXPR7fW+3UnV8&#10;G3GeR558y3OWPON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5lHXAUbN6W3b2&#10;RzB7M3g5PJZ8N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uwUSZ43nwsRr15&#10;23ywPGl7AH1LMpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3nYEvRlR4uoD1&#10;PBx6A4DMMoZ7aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4XsRfp3zITxO895&#10;NoQDMlx6toMiKZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3CYihO6h4h4bt&#10;MkN6JYVFKZN7+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2TaOEmHTWkgLsmG&#10;lm2bJgmF/3JvHqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmFb20vLtuE63D9&#10;Jk2EinUVHx+ETXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEgLtqDaXQ9JoGD&#10;P3eVH4aDMnsEZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyCEndZJqeCHHns&#10;H9+CPXyIZceAx3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npOJsWBIHwZICqB&#10;bH3hZRN+9XfyXE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGARX4WIGmAvH8N&#10;ZHZ9ZH59W7t9y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/cIJ2AK4AOY/t8&#10;KITfW2p8tISvUnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/tYDlY5p7KosF&#10;Ww97yopPUh18I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GUXuOTiFTZVp6S&#10;FViTTgqQqlxmRR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ+1uDVfePxl63&#10;TXeOdmIDRLGNBmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IVVUWNZGTDTOuM&#10;PWeDRDqK72piO32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuLIGq4TEOKHmzr&#10;Q8iI+282OyuHyHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCiS7eIRXJFQ0uH&#10;QXPxOuuGNXW+MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eGuneIQu+F0HiV&#10;OqaE4Hm2Mp+D/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yYQqmEm3z+Om6D&#10;w313MoWC/n4IK0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyDooESOjSC3YDl&#10;MlCCN4DKKz+Bk4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0OmKB+4QOMqCB&#10;WoNNK3yA34KlJP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS/mQWLmCQNWix&#10;J0WNbW18IO+KzHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2hoLmGOXWxsJ4WL&#10;tXCVIWGJP3T3HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqMmW/7J7eKH3OF&#10;IcKH3Hc7HPKF73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNfJ9uIs3ZKIhCG&#10;pnlVHWSE6XxGUomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eHd3jrIlCFmntG&#10;HcWECn2BUg2RVHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtkIoWEtH0NHhaD&#10;UH6SUaGPynh1SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD8n6gHliCt395&#10;UUqOh34ZSkGNjX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//Ho6COoA5URGN&#10;f4ObSg2MoIN9QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB14DVojVWm0+q&#10;k+RaKVQjhUJdv1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YEoChRylmfkk1V&#10;2l0wg+FZ7GC6dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1NcWOLkJNR+WYo&#10;gm1Wd2jDc5dbC2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21VjuJOfG8FgNZT&#10;WHC6clRYSHJyY0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBLYHfJf4JQnHib&#10;cRpV4HltYm1bZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4BlfnhOQIBUcDxT&#10;14BCYahZp4A0UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRMPofJb5FSG4bR&#10;YQ9YMYXcUoNelYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7gbw9Qq40DYKJW&#10;+osrUh9dmYlMRCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJPhpKyYGFV/pAD&#10;UfRcx41DRARj14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03X5xqEGGrUN1t&#10;tmZFQolxmWsYNLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJnO2e1UExrTmtu&#10;QiZvoW9YNIt0WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22qT3JpMXCKQY9t&#10;8HOSNEZzDXbsKGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVnS3WLQRRsbXer&#10;NBBx5noIKHt3fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHpsQKxrHnufM+Zw&#10;6Hz5KI52wX55jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p/39iM8RwEH+3&#10;KJ52IYAZjg9IFIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILjM65vWYI1KKt1&#10;nYGEjTlGDI+LgUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xuw4RuKLV1MIK7&#10;jKJEepeWgMFKK5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZRKL502YO8jL5k&#10;XVBjgHBmyVS3c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8vXZYiuxf+Fky&#10;fxdi5VzIcpFl22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iLiVRb8WINfadf&#10;U2TYcX1iqWegZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JYUWrOfC9cFGzP&#10;cBNfwG7PY3pjfXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0euRZLXSwbudd&#10;K3XjYmphOncRVaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddWrXx0bfxa8nzY&#10;YZpfSn0yVPhj2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQCbTxZDYOTYPJd&#10;pIMUVGRidIKdR91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBXf4oCYGtcRYin&#10;U+thSYdXR3RmloYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAWX/xbL43dU5Vg&#10;V4uyRzply4mQO3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtxj12UUg5zzmH+&#10;RWV2PmaXOTx432tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/UV1xL2duROR0&#10;AmtHOO93B29TLaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNuzGzORGBx/W/j&#10;OKZ1YHMjLZp5CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIWQ/JwK3RgOHNz&#10;5HbMLZt333l2JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2RunXjAOB9ypHpY&#10;LYh25HwZJF17Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHztN+pxiX2vLX92&#10;CH6FJIJ6b39jekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dwlYDELYB1TIC0&#10;JKF55ICgeZtWLokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQLX10soKgJLp5&#10;c4GteR5UtJBKbtZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0QIQ+JM55GIKK&#10;d2xzBlEFbPF0V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDgIWSBE3aZddhv&#10;GFi9a89w1VxMYS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/2niddIdrcWCC&#10;apRtkmNqYDRvrWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7c0xoHmg5aWdq&#10;kmp1Xxds+Wy1VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9lKW/jaFJn5XFz&#10;XiBqkHMAU6JtQnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2Z4Jll3hhXXBo&#10;f3k3UvprcHoESF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVjnH8ZXMdmuX81&#10;UmVp4H9AR99tMX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WNXEFlQYTvUfBo&#10;k4QzR3hsEYOEPSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9ZkFoplUY5niIjb&#10;Ry5rJYdgPPNvAIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18YllgTyl9RV2vRKR+&#10;LWIlOjB/LWbVMFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6gmM1RC97s2cJ&#10;Oe59BGsPMEp+cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39GioQ6V5cGvWOZp7&#10;Em8vMDB80HKyJ4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3aHCJOT15V3Mx&#10;MA17YXX6J6F9jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUYOPN3zncOL/Z6&#10;G3kZJ7p8hntIIN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12cnq5L/J4+nwG&#10;J9R7oH1mIRd+JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4uL+R4BX6+J+d6&#10;3n9PIUZ9kn/XZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3QoEuJ/V6P4D7&#10;IWx9GoDBZXJly4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNMJ/F5yIJfIYt8&#10;uoGAYoSC3FDhWfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKEQ3E1HdWExHbH&#10;YUN/ale3WQN/3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPeHlKDcXilYEN8&#10;HV6QWAx84WGeT4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6CSXpbX1R5DmVe&#10;VyJ6F2fZTqV7A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvnXnB2T2wfVk53&#10;mG4GTeN4wW/zRUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz5HLLVZd1bHQh&#10;TUd2znVuRMJ4IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlEVPJzj3oITLd1&#10;KHqyRE52q3tZO+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhyB3/HTGdz0X/G&#10;RBl1c3+yO8d3HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VMTAtytISeQ890&#10;eIPRO5d2PIMjM5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqKAFi+QN2JXl0r&#10;OHGIp2HTMDKH7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5FQD6G4mIuOBCG&#10;WGZIMBKF12qeKL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iEdmcTN6+EKGqc&#10;L+qD6G5YKNWDuXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvYN1CCKG7PL7+C&#10;LHHsKOCCP3UlIr6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqAYXLhL5uApHVf&#10;KOiA9HfuIvGBYHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbNL4h/TXinKPN/&#10;0nqLIxyAdHx0HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+MnuyKQh+1nzu&#10;I0R/qn4hHrCAe38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54KQN+D38OI29+&#10;/3+WHuF//YADUuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9Y4DoI4p+foDO&#10;Hwh/mICsTtiT/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvkH5SI9nFvGxmH&#10;tHbnTcyQ+lW5R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACHUnPlG7WGR3in&#10;TRSN+FvLRoyNLF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYvHDuFCXo+THiL&#10;EWHQReqKfGSkPzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D+HuqS9qIXmfO&#10;RVOIEGohPq6He2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzsS0GF723HRMaF&#10;8W+VPkCFmXFuN8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD0HOTREyEIHTc&#10;PeSEAnYiN4aDi3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkvQ+eCl3nyPZWC&#10;r3qfN1aCXntYMS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eBUn7bPVWBnX7m&#10;NzGBbH75MSSBD38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//AABtZnQxAAAA&#10;AAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4P&#10;EBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdI&#10;SUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CB&#10;goOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6&#10;u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz&#10;9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZ&#10;GhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElK&#10;TE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6&#10;u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo&#10;6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJ&#10;CQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0t&#10;Li8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOG&#10;iYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW&#10;1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5&#10;+fr7+/z8/f3+/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy&#10;5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH&#10;0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx5qlKg9qqTZXP&#10;qValyKhhsMWqa7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Gamo/hmpqP4Zqa&#10;j+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+H/pjgy/6NF&#10;Sv2iS2Dypklx5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG0KWjhtWdn4ba&#10;k52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96T&#10;nYvek52L3pOdi97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDFumy1urN4vrKu&#10;gcWtqofLp6eFz6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I&#10;2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5EgN2zQ5DTtkif&#10;zLdRqsrAXKy9uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfXjKGH14yhh9eM&#10;oYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/pzcy/6NES/6l&#10;R17zqkRu6bFBf9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJing8+RpYTSiqOG&#10;1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bU&#10;iqOG1IqjhtT/qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27qbF5waWugsWh&#10;rITIm6qDy5Wpg82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0Ymm&#10;htGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTDN4fd0zWQwcRJ&#10;p7G6XrWptW68pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO&#10;iKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy/6VCS/+qQVz2&#10;sjtq7r02d+jLM4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmLq4XKh6qGzIeq&#10;hsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qG&#10;zIeqhsz/qTUy/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8v5uxg8GXr4TD&#10;kq6ExY6thcaKrIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mH&#10;rIfJh6yHyYesh8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5zzeXp8JSqZ66&#10;ZrWatXO7mLN9vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6H&#10;xoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7Sf+2MlPwxypa&#10;2N4hZsLfJIKtzjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfChrCIw4awiMOG&#10;sIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4aw&#10;iMP/rTEy/7AzRfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3g7iMtoS6irWF&#10;vIi0hr2Gs4e+hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/&#10;hLOIv4SziL+Es4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWSkMtbnYzFa6WL&#10;wnWqir98rYe+f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66&#10;hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9HiFDq88xtWqO4m&#10;bZjhNX+O2EqMiNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KDqnfCg6p3woOq&#10;d8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6r6&#10;vhwo1t0OI8DwFD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hzzXmacs17m3HM&#10;fZtwy3+cb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uA&#10;nW/LgJ1vy4Cdb8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fhf3bdaIRy226H&#10;b9lxiW3YdItr2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n&#10;1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLM&#10;s4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+a&#10;ib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW&#10;0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+d&#10;UFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SX&#10;z7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68&#10;lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBl&#10;pMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6&#10;oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KB&#10;n9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvC&#10;upCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+eT1T6oU5k&#10;76RPdeWmUYXapViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDPsYaW1K6DoNen&#10;gaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeB&#10;odX/ozkq/6BGQP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+ghb67nYjDuJiJ&#10;yLWTi82xjo7TromW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDW&#10;oYWg1qGFoNahhaDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS0qlboMumZqvG&#10;pXCzw6V6uL+kgr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJ&#10;n9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+gTFT7pEtj8ahL&#10;c+arTIPdrVCR1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU2pqRnNyWjp7Y&#10;lo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntj/&#10;pDgq/6BFQP+gS1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9sIDBtqyCya6n&#10;hc+loYrVnJyR2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe&#10;2ZGUntmRlJ7ZkZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVRmtC2WqTMuGWr&#10;yr1xrsG5e7a3soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57ZjJue2YybntmM&#10;m57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8p0dh8q1GcOmy&#10;Rn/gt0eM2btOl9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14egktmHoZzYh6Gc&#10;2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNj/pDcq&#10;/6FEQP+jSFL8qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDBpK2Fx5uphMyT&#10;poTQiqOH1IOijtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKi&#10;ltaCopbWgqKW1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPPUpfBxGGns7tt&#10;s6u1eLulsYDBn66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT&#10;gKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf9bQ/bO28Pnjn&#10;x0CB4NZGh8nNUZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/po/Qf6aP0H+m&#10;j9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9D/pTYq/6JD&#10;Qf+nQ1D/rj9d97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+Ew5KuhMaMrIXI&#10;h6qHyoKpisx/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/&#10;qY7Nf6mOzX+pjs3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCnwGOtn7lwtpq1&#10;eryYsoG/lLGFwo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uN&#10;yX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUzX+HWNmPN4zF8&#10;utM/kanIVKGfwGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozFgK6MxYCujMWA&#10;rozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/qDQq/6Y+P/+x&#10;N0r5vjBS588vVdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuzhr6IsofAhbGJ&#10;wYOxisGBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzC&#10;gbCMwoGwjML/qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mnjr90rY28fLGL&#10;uoG0iLmDtoW4hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61&#10;i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7PsKm+j3zWCltRK&#10;kI/NXZqLyGuhicR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuIs3m7iLN5u4iz&#10;ebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q/rslMOPSGi3J&#10;6BtBtvcjWqXsLm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2xIGmdcODp3TD&#10;hKhzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KG&#10;qXPChqn/tCQl7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJxk3XQdZVzz3iX&#10;cc56mHDNfJlvzX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxs&#10;y4ScbMuEnGzLhJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE6ktyfeVYenng&#10;Y4B03mqEcNtvh23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XVgY9l1YGPZdWB&#10;j2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gNHa3/FTOd/yNF&#10;kP8zVIX3Q19+8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/YeF7f2DgfYBf&#10;4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/g&#10;f4H/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuS&#10;vL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHM&#10;lnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959U&#10;ae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbG&#10;t3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/&#10;oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6H&#10;lb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnur&#10;xpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2g&#10;V3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh&#10;/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9&#10;g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSE&#10;s8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jj&#10;n1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xG&#10;Nv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jB&#10;vIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDMmHiqxpWBssSV&#10;ibbBkY66v4yQvb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuq&#10;yLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQaO6jU3flpFeF&#10;3KJgk9Oeap/Nm3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfMrHypyqp9qcqq&#10;fanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/oDgi/51FN/+c&#10;Tkr/oE5Y+KNPZ++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uNj8S4iJPItoOZ&#10;zLSAoc+sfaXPpn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jL&#10;pH+oy6R/qMv/oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ymyaB2rsWef7XB&#10;nIe6vpeKwLqQjca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+B&#10;p8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCpTnTnq1GC36tX&#10;jteqX5rQqGmky6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4SmzpqEp82ahKfN&#10;moSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi/55FN/+eS0n/&#10;o0pX+qdLZfCrTHPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicaulY/MqJGVz6KO&#10;ntKaiaLTloelz5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYem&#10;zpWHps7/oTci/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7NupcuzeKvDrHy3&#10;uKWBv6+ehsaomYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6R&#10;i6bOkYumzpGLps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHqskx94rZPidy4&#10;V5LWumGa071toMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQps+MkKbPjJCm&#10;z4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55EN/+gSUj/pkdV&#10;+6tHY/OwSHDrtUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojLlp+Oz4+cltKL&#10;nKLTiJWk0ImUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mU&#10;pc//ojci/59EN/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/caq0t3e1qbF8&#10;vp+sgcWXp4bKkKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXP&#10;hZqlz4Wapc+FmqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ36cRLf+PPVITZ&#10;1GWIyMtrmrrCcKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6AoabOgKGmzoCh&#10;ps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+jRUf/qkJT/rFB&#10;X/a4QWrxwURz6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uIyoGpjc18qJbO&#10;e6iizXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps3/&#10;ozYi/59DN/+lQ0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaugu3mzmbaAupSy&#10;hcCMr4bEhq2Ix4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keauf&#10;ynmrn8p5q5/Keaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9Dc8jcSoW30FeV&#10;qsdloqDAcKyZunm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrGeq2axnqtmsZ6&#10;rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/szlN+b43VerM&#10;Olnb3Ttiy+U/d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGxi8F+sI/Ce7CU&#10;w3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsP/pDQi&#10;/6M+Nv+tOUH/uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuwjLqBtIi4g7eE&#10;t4W5grWIu3+0ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qz&#10;k796s5O/erOTv3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDWSo2WzluZkMhp&#10;oYzDc6iJwHushr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQuXe3kLl3t5C5&#10;d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY20uEmQcHvLFqw&#10;7TNuoeE9f5XXTYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91vomwc72MsXO9&#10;jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbH/qS4h/7Mq&#10;K/LFIizW3hwtw+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7oHbIfqJ0x4Cj&#10;c8aCpHHFhKVwxIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6du&#10;w4unbsOLp27Di6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+2mSJetZsjnbT&#10;cZFz0nWUcdB5lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjMiJxozIicaMyI&#10;nGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8mS5f6NFyL8UJo&#10;gupPcnzlW3p34WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKOY9WFj2LVhY9i&#10;1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/pxw0MytoLD7f3&#10;EiSn/x05mP8rSYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLid31h4nl+YOF7&#10;f1/hfX9f4H+AXuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OB&#10;Xd+DgV3fg4HL0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJnY/BoamHubGxf&#10;7XBtXe1yb1zsdW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jq&#10;f3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jln&#10;h9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/&#10;mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9&#10;orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCw&#10;xYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yW&#10;cZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP&#10;/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvA&#10;e6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeU&#10;tMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLV&#10;k3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxV&#10;XvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8&#10;wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/&#10;nTga/5pFLv+XUEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavHjY+xxYmTtcOF&#10;l7jCgpq6wX+eu8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmy&#10;vrZ5sr62ebK+tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9ghd2capHWmHOb&#10;0JV9pMuShavHj42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDAsHqwwLB6sMCw&#10;erDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/nk5O/6FQW/ei&#10;U2nuo1d35qJdg96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9o8K7e6rEtHqt&#10;xK17rsOqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8H/njca&#10;/5tELv+aTUD/n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYawxJKNtsGMkbu+&#10;hpa/vIGcw7p+pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9&#10;rsOkfa7DpH2uw6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCnXozapGiW06Fx&#10;n86deqfJmYOvxZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+uw59/rsOff67D&#10;n3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM/6VLWfmoTmbx&#10;qlFz6atVf+KrW4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6GociqhKnJoYCpypyB&#10;rMabga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcT/njYa/5xE&#10;Lv+cSj//oklM/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2DtLmWibyykZDB&#10;rIyWxqeJncijh6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWW&#10;hK3FloStxZaErcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4XftGCO2bNqltGx&#10;dZ7GqHurvKCBtLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKHrMWSh6zFkoes&#10;xZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hIV/utSWPzsExv&#10;7LRQeea4VoPhu16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HLkYyozI+KqsiO&#10;iqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/nzYa/5xDLv+e&#10;Rz7/pEZK/6pGVvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmhgruhnIjBmpiP&#10;xpSWlsmQlJ/LjJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzG&#10;io6sxoqOrMb/nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA0cNqjcS6cJ24&#10;snWprat7s6OlgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aGkqvGhpKrxoaS&#10;q8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6zRF/3ukdo78FN&#10;cOXJVnXczmR6zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+nyoGaqsiCmKvG&#10;gpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa/51CLv+hRD3/&#10;qEJI/69BU/+2Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmPrYK+iKqJw4Ko&#10;kMZ9p5nIeqelyXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6s&#10;xn2erMb/oDUa/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9mirLIa5qmwnCm&#10;m7x2r5G4e7eJtYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3&#10;pq3Fd6atxXemrcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXsy0RZ4dpPWtTf&#10;UWzG2lp9uNNii6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSwpsJysK3CcrCt&#10;wnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55BL/+nPTr/sDpD&#10;/bo4SvDGO0/j1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1gLeHuHy2i7t5&#10;tJC8d7SXvXa0ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSz&#10;pb7/ojMa/6A+Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXMZ5yOxnGkisJ5&#10;qoW/fq6AvIKyfbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5&#10;c7eguXO3oLlzt6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhVvOw9aa3lRHmf&#10;206HlNNcko3MaJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRvupq0b7qatG+6&#10;mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0LzD0wyox3tgr&#10;LczmLkW98jVare47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcODqHPChqlxwYmr&#10;b8CNrG3Akq1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la3/&#10;pS8a/60tJfy8Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7z3KXd813mnTL&#10;e5xyyn6ecMmBoG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWR&#10;pWjFkaVoxZGlaMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5BbInmTXeB4FiA&#10;fdxkhnjYa4tz1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6aZM2OmmTNjppk&#10;zY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA7xgmsP0jPKH/&#10;LU6U+TpdifFHaIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTYgIti2IOMYdaF&#10;jWDWiY5f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi47+uRYN&#10;1NILBsLuDhax/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95ZORzemLjdnxh&#10;43l9YOJ7fl/hfn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvf&#10;iIFb34iBW9+IgVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3WWBr9F5kZvJk&#10;aGLwaWpg7m1sXu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumEc1bphHNW6YRz&#10;VumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8qi/8uNoH/PUF5&#10;/0pJcf9SUGn/WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT9XljU/R8ZFL0&#10;fmRR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGX/ljMU/5VD&#10;Jf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56r&#10;ynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWH&#10;i5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt&#10;7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LG&#10;c7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+S&#10;UTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmh&#10;rcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zR&#10;g5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVo&#10;eeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+TUTf/&#10;l1NF/5lWUv2ZW2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manLe52syXmhrsh3&#10;pa/Idqqxx3SussdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6&#10;sr91urL/ljMU/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+AltSMiJ3Rh46j&#10;zYOTqMuAmKvJfZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4&#10;d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72nlpq7pxgduea&#10;Z4LglnKM2pJ7ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753t7e3eLa4snm2&#10;uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dDJf+XTTf/m01D&#10;/59QUP+gU133oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqyxX2gtcN6p7fC&#10;eK65wHe1ubh4tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6&#10;tbn/mDMU/5hDJf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aVfJvRkYWjzIyM&#10;qcmHk6/Ggpmzw36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6&#10;p3u1uqd7tbqne7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm8aVYcuqkXn3j&#10;omaH3Z5wkdeZeJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2mfLO8o320uqN9&#10;tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+ZSjb/n0pC/6NL&#10;Tv+mTln6qFFl8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOcubV/o7yxfay+&#10;rHyxv6V8sb+hfrO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLv/&#10;mTMU/5lDJv+aSTX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TPn3ydxpeDqL6Q&#10;irC4i5G2soaYuq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGz&#10;u5qBs7uagbO7moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9SbO6wWHbosV5/&#10;37BoiNWsdJDKo3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+lYOzvJWDs7yV&#10;g7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/okZA/6dHS/+r&#10;SVb9r0xg9rJRau60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+Lmr6biaLBmIis&#10;wpOFr8KShrG/kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7z/mjMU&#10;/5lCJv+cRjT/o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXadtqJ8p62cgq+l&#10;l4m2npOQu5mPmL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2J&#10;sr2NibK9jYmyvY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+Vmzhw2By075p&#10;gMa1bo+7rXScsKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2yvYiNsr2IjbK9&#10;iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+/6tCSP+xRFL6&#10;t0ha8L1OYebEVmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJekwoKW&#10;r8KDk7DAhJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr7/mzMU/5pB&#10;Jv+fQjP/pkA9/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92pZyqfK2TpoK0&#10;jKKJuYagkL2Bnpm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/&#10;lrK+f5ayvn+Wsr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS0V5rxMlkfbbB&#10;aoyqu2+Zn7V0pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqdsr56nbK+ep2y&#10;vnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8Qvu7PknwxkRN&#10;5tJPTdzcV1bM1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7ca6fvG6vq71x&#10;qrO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/nTMU/5tAJv+k&#10;PDD/rTk4/7Y5P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jAdqd/vX2teLuE&#10;sXO6i7RvuJS3bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5&#10;ba+1uW2vtbn/njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRurNlbfJ/UYoiU&#10;0GiTisxvm4LHd6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRnura0Z7q2tGe6&#10;trRnura0Z7q2tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PUODDT4Tw/xuhC&#10;UrnlSGOs4k1yn99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCUrGq/m61pv6Wt&#10;aL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU/6M2Iv+vMCj7&#10;vC0r6M0sKNXgMDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0yn2ecMiCoW7H&#10;h6NrxYulacSQpmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOl&#10;qGXDpaj/oS8U/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFVf4HbYYd712qN&#10;dtNxkXLRd5Vvz3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6hYsieoWLInqFi&#10;yJ6hYsieoWLInqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs+DRNnvc8XJLx&#10;RmmI6VBzf+NZe3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQj5Zgz5SXXs+Z&#10;mF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cfEubOEQ3L5hUW&#10;u/QhKqz+Kz6e/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmFY9t9h2LagYhg&#10;2oSJX9mHil3Yi4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvW&#10;lI3/sB4L7cYOCM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrrZHFn6Gp0ZOdv&#10;d2LldHlg5Hh6X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+B&#10;WOCPgVjgj4FY4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1Jf/9JUnj8VFpw&#10;+FpfafRfZGTyZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU6ohzU+mLdFPp&#10;i3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631Dg+f/xofk/8n&#10;LYj/NDl+/0JDd/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2YlT1eGJT9Xtj&#10;UvR9ZFH0gGRQ84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhma9&#10;ywYArtsGBJ//EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V/2ZQU/9qUVL/&#10;bVJQ/3BTT/9yVE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2B&#10;V0r9gVdK/YFXSv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/&#10;5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+V&#10;XFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2z&#10;odFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O&#10;/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnV&#10;c6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWE&#10;huCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9&#10;k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFs&#10;uaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/40+&#10;Hf+MTC7/lFM7/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqWl9Z3m5rVdKCd&#10;03Kln9JwqaHRbq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTE&#10;b8SkxG/EpMRvxKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXpjnZ+5IqAh9+F&#10;h47bgI6U2HyUmNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71xwqe9ccKnvXHC&#10;p71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lRRv+bVlL+mlte&#10;95hhafCVaHTqkXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGozW+5qctvwanD&#10;ccGpvHLAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/jy0O/48+Hv+S&#10;Si3/mE05/5tPRf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9lp/QeZ2jznWj&#10;ps1yq6nMcLOqy2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6t&#10;sXW+rbF1vq3/kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl75ZRzhOCPfY3b&#10;ioaU1oSNm9J/laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6sd72urHe9rqx3&#10;va6sd72urHe9rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+hT0//olRa+qFZ&#10;ZfOgX2/snWZ55phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8sLd1vLCwd7uw&#10;qni7sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O/5E+Hv+WSCz/&#10;nEg3/6BKQv+jTU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HGgJenwXyerL15&#10;pq+5dq+xt3a6sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7&#10;saJ7u7H/kS0O/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRpft6fc4fUmH2Q&#10;y5GEmsSKjKK+hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqznX26s519urOd&#10;fbqznX26s519urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/qk5V+qtTXvKs&#10;WWjprGBx4qloetmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9uLadfri1mn+5&#10;tJmAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+Hv+ZRSv/n0Q1&#10;/6RFQP+pSEn/rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIypqoiUrqSFnLKg&#10;gqS1nYGutpqAt7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SC&#10;ubP/ky0O/5I9Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82sb4LCpHaPuZx8&#10;mbGWg6KqkYqpo4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5tJCFubSQhbm0&#10;kIW5tJCFubSQhbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP8rVPVum6Vl3h&#10;vWBk1LhncsivbYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iLibe3i4i4tYuI&#10;ubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+cQSr/o0Az/6lB&#10;PP+vREX6tEhM8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aMrpGTlLKMkZy1&#10;iI+mt4WPsbiFjra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLX/&#10;lCwO/5Q9Hv+dQCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCzr3CNqal2mKCj&#10;fKGYn4KokZuJrYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4&#10;tYKQuLWCkLi1gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RNSeLOWEvTylxe&#10;xsJjcLm6aH+utG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2epe4tXyVubR8&#10;lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/qDsw/7A8N/24&#10;PzzxwURA6MtOQt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2mjK94pJWydKOf&#10;tHGjqrVwo7i1c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubP/liwO&#10;/5c8Hv+iOib/qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJl7pwk422dpyE&#10;s3yifbCDqHeuiqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+j&#10;u7Fvo7uxb6O7sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/fUkfB2Fhas9Fe&#10;a6bLY3qax2mGj8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9rmitva5orb2u&#10;aK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo+b0yKurLNync&#10;3T4p0ONGOsXiTUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJmw5KlYsOcp2DD&#10;pqhfw7SoX8HCqGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6wan/mSwO/6A1&#10;Gv+qMSD/ti4j8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVqiXbUcY9v0XmU&#10;a86AmGfMiJtkypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6Jc&#10;yMOiXMjDolzIw6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe50xikuVSbobj&#10;WHh94GB/dtxphnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvNt5pbzbeaW823&#10;mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+AeE8TrKya38TQ4&#10;qvA8SZ3vRFeR7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqOXtSQkFzTlZFa&#10;05ySWdKkk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/oSsN/68jD/TC&#10;FwzW3RAHxeseGLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembicn1k4HeAYd99&#10;gl/egoRd3YeFW9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOK&#10;VtmjilbZo4r/qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFedvNZZW7wX2po&#10;7WVuZOprcmHpcXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T4Zx/U+Gcf1Ph&#10;nH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/KzCQ/zY9hf9A&#10;SH3/S1F1/VRYbflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyEcFPriHFS64xx&#10;UeqRclDplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcAxcsIALfbCQWo&#10;/xQSm/8iIZD/Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V+HJfVPd2YFL2&#10;eWFR9n1iUPWAY0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQ&#10;ZkzzkGbEwgYAttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9ZSVr/XkxW/2NO&#10;VP9oUFL/bFFQ/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpYR/2KWEf9ilhH&#10;/YpYR/2KWEf9ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx/zwsaP9DMmH/&#10;Sjdb/1A7Vv9WPVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/eUhE/3xJQ/+A&#10;SUL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5Fv+BSCX/ik8x&#10;/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7e&#10;aLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o&#10;0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGY&#10;heJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjy&#10;gHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm&#10;0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45W&#10;Pf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ&#10;3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/&#10;gigJ/4M5Fv+DRyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7mdpGD5HOXh+Jw&#10;nYrgbqKM32unjt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp0JTLadCUy2nQ&#10;lMtp0JTLadCUy2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5BlXfiMbWfyhnVw&#10;7YF/eOl9h37leY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X0GnOlshqzpfE&#10;a82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/kUww/5VRO/+W&#10;Vkf/lVxS/5NiXPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNprrZbZabSX2Gi9&#10;mNhnyJnRacyZyWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5r/hSgJ&#10;/4U5F/+KRCT/k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF4XmRi951mI/c&#10;cZ+T2m6mlthsrpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24b8qduG/Knbhv&#10;yp24b8qduG/Knbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqWZGT0kmtu7o10&#10;dumHfn7kgYeF4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/In7VwyJ+yccif&#10;snHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku/5pLOf+cT0P/&#10;nVRO/5xaWPuaYGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3NbLefy2vDoMNu&#10;x6C7b8ehtXHGoa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqH/hycJ/4c5&#10;F/+QQiP/mEct/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJi9N+kZLOeJmY&#10;yXShnMZxqZ/CcLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOm&#10;dcWjpnXFo6Z1xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3voGJn6JxpcOGW&#10;dHnakH2C0YmGi8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3xKWheMSloXjE&#10;paF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BFNf+jST//pU5I&#10;+6dUUfOmWlvrpWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mmq3azp6l2wKik&#10;d8KooXnCp516w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/iCcJ/4k4F/+V&#10;QCH/nUIr/6JENP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uLhpS1ho6ar4KV&#10;oKp+naSme6ano3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKn&#10;ln3Cp5Z9wqf/iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c261oZs+lbnXF&#10;nXWBvJZ8i7WQg5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiSgMKokoDCqJKA&#10;wqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+qRTr8rklB8rFP&#10;Sem1VlDht19X1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKpqpGCtauPgr+r&#10;joPAqo2DwamNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ/4s4F/+ZPiD/&#10;oT4o/6ZAMP+sQzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOik4Wam4+NoJaM&#10;laWRiZ2ojYenq4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbB&#10;qIiGwaj/iicJ/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7djZMCvaXO2qG9/&#10;rKJ1iqScfJOcmIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGpg4rBqYOKwamD&#10;isGpg4rBqYOKwamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0uEU46r9MPOLH&#10;VUDTwlpSx7phY7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnySrat6krqse5HA&#10;q32Pwal+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482Fv+dOh7/pTol&#10;/607K/y0PjDxvEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36YiaCFnoKdjaN9&#10;m5aneJmfqXWYqqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiT&#10;wqj/jCcJ/5E1Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8ZG+lt2p8m7Jw&#10;hpKtdo+KqXyWgqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnCp3KZwqdymcKn&#10;cpnCp3KZwqdymcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm4NZJKNHVTjzD&#10;zlZOtshcX6rCY22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZmqbOmZqrDpWmk&#10;xKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+jNBr/rTMe/rgy&#10;IPDFNSDj0z8c2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/lm+2h5pqtZCd&#10;ZbSaoGKzpaFhtLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqL/&#10;kCYJ/5sxEv+mMRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQzGVzhslrfX3G&#10;cYV1xHeLbsN+kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23yp1dt8qdXbfK&#10;nV23yp1dt8qdXbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZALrbjSD6q4E5M&#10;nt1WWZLaXWWI1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKTVs/Ck1bL0JRX&#10;xc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1wB8N39UbB83k&#10;JxPB6zQjteo9M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3choVa24+IWNmY&#10;ilbYoYtU2KyLVNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1ov/lyQJ&#10;/6kmCv64HAnmzhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615raupkcGXobHVh&#10;5nR4XuR8e1vig31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR3b+EUd2/hFHd&#10;v4RR3b+EUd2/hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1REeF9UxRfPVT&#10;WnP1WWBr819mZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOShe0/jqnxO47B8&#10;TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwEsvoZEKX8JyCa&#10;/TIuj/09O4X+RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT74NsUe6JbVDt&#10;j25O7JRvTeuacEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnL3sw0AzMMI&#10;AL/RCACx7w4GpP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxmWFf7bFpV+nFc&#10;U/l2XlH4el9P939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855mSPOeZkjznmZI&#10;855mSPOeZkjznmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto/01BYf9URVz/&#10;WklY/19LVf9lTVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9k1hE/JZZRPyW&#10;WUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8iE4P/Lh15/zgl&#10;bv8+LWb/RTJf/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZHRf96SEP/fkhC&#10;/4JJQf+GSkD/i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uvxgIAotYCAJb3&#10;CgKL/xYHgv8kD3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/YjZE/2Y3Q/9p&#10;OEH/bDhA/3A5P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9&#10;Ov+GPTr/hj3/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7x&#10;bJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj&#10;34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4Fo&#10;Uv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB&#10;5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/&#10;gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpi&#10;r33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPf&#10;gdRj34H/diQG/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WCafRxim7xbZJz&#10;7muZduxon3nrZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92Dz2Tdg89k3YPP&#10;ZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/i11H/4dkUf+C&#10;bFr7fHRi93h/afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVgx4XlYNOF3WLZ&#10;hdNk3IXMZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1EP9+QBv/iEcm&#10;/41OMf+PVTz/jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA52apguVlsITk&#10;Y7eF5GLAh+Nhy4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn&#10;2In/eSMG/3k0EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5gnDvdIt263CT&#10;e+ltm3/naqKC5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnWjL5p1oy+adaM&#10;vmnWjL5p1oy+adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE/5JdTv+OZVj8&#10;iGth94J0afJ8f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzPZtaMx2jVjcBp&#10;1I66atSOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+FPRr/j0Qk/5ZK&#10;Lv+XTjj/l1RC/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqoid1nsIzaZruN&#10;1mXHjtFm1I/HaNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pH/&#10;eyMG/3w0Ef+IPBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/mgIF24XuLfdx1&#10;k4PXcZyH0m6ki89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv0ZOrb9GTq2/R&#10;k6tv0ZOrb9GTq2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51WSPibXVHxmGNb&#10;65NrZOSNdW3ehn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+WsG/Olqtwz5am&#10;cc+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/l0Ai/5xFK/+f&#10;STT/oE48+6FURfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pzo5O2cauWs2+2&#10;mLFvwpitcM2YqHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpf/fSMG&#10;/38zEf+OORj/mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0xoqAfcCEiIW6&#10;f4+LtXuXkLF3n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZd82YmXfNmJl3&#10;zZiZd82YmXfNmJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOypV0fkqV1Q3KVm&#10;WtCdbmjHlXVzv459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjKnJd5y5uVesya&#10;lHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f/6FAJ/+mRC77&#10;qUk18axPPOmuVUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJadfaCamXyqnJZ7&#10;tp2Ue8SeknzKnZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJr/fyIG/4Qx&#10;EP+TNhf/njwe/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3fKyRfoWmjIaM&#10;oIiNkZqFlZaWgp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMubioDLm4qAy5uK&#10;gMubioDLm4qAy5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnYt1lIy69hWMGo&#10;aGa3oW9yr5t1fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWEyZ2FhMqchYTL&#10;m4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8Iv6tPyfzs0Qs&#10;6bpLMOG/UjXTulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqinYGKrZ9/&#10;irufforInn+JyZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/gSIG/4kuD/+Z&#10;NRX/ojgb/6k6IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyfeIOUm36KjpeG&#10;kIiVjpWCkpaZfpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMub&#10;e4zLm3uMy5v/gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVFvbpcVbK0Y2Oo&#10;rmlvn6lveZaldoKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0ksubdZHLmnWR&#10;y5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4Nxzpwz4c4M1F&#10;H9HLSzLExVRDuL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6bmW2dpptqnbOc&#10;aZ7DnGucy5tumMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG/5ArDf+gMxH/&#10;qTIV/bMxF/C+NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6Br3iFeqx/i3Sq&#10;h5BvqI+TaqeZlmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82XaJ/N&#10;l2ifzZf/hCEG/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpYT6DFXl2VwWRo&#10;i71qcoO6cHp7t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCUYajQlGGo0JRh&#10;qNCUYajQlGGo0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU3zILyd8+Gb3b&#10;Ryyx1k89pNFWTJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8oo5ZvK+PWL2+&#10;jle+1I5ZttOPWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wnCP+qJwr8uCEJ&#10;6cobBdXeIATJ5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2Z8t8e2LLhH5e&#10;yo2CWsqXhFfKo4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB&#10;2Yn/jR0F/6IlBv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobfV1R83l5ddN1l&#10;ZGzbbGpm23RvYdp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDgf1HQ4H9R0OB/&#10;UdDgf1HQ4H9R0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Zpew5J5rrQjWP&#10;6klBhelQS3voV1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM6Kp1S+i1dkrn&#10;w3ZK6N12S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPDCQDH0QoAu/IR&#10;BK/zIQ+j8y4dmfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3Y1Lzf2ZP8odn&#10;TfCPaUvvmGtK76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx27/&#10;pw8A07oHAMXHBwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth/ltPXP5iU1f+&#10;aFZU/W9YUft1Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0tWRD9LVkQ/S1&#10;ZEP0tWRD9LVkQ/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88KXn/RTJv/0o5&#10;Z/9PP1//VUNa/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FVQv6YVkH9nldA&#10;/aZYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe8g0ClP8aCYr/&#10;KBOB/zQdd/88JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/c0VE/3lGQv9+&#10;R0H/hEg//4pJPv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0y3vAMA&#10;qcsCAJzbAwCS/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cySf9cM0b/YDVE&#10;/2U2Qv9pN0H/bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42/5U+Nv+VPjb/&#10;lT42/5U+Nv+VPjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/ORtR/z8eTP9G&#10;IUj/TSNF/1IlQv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99LjL/gi8x/4gw&#10;Mf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/&#10;el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNY&#10;yW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/aiQE/2ky&#10;Cv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq&#10;9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDc&#10;Xehw3F3ocNxd6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/b3hV/2uCWv1o&#10;i1/7ZZRj+WKbZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa5HHgXOdx2F3o&#10;cdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BLKP+BUzL/gFo8&#10;/3xiRf93ak7/cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px8VrDcvBZzXPu&#10;Wd1z6FridOFc5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/bCME/2sxCv9z&#10;OxT/fUId/4JKJ/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVjn2zzYaZv8l+s&#10;cfFds3LwXLt071vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3&#10;ymHld8ph5Xf/bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V/3N5XPxuhGL5&#10;ao1n9meWa/Rknm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjLYeR5xGPjesRj&#10;43rEY+N6xGPjesRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+LTjD/i1U5/4hc&#10;Q/+DY0z/fWtU/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzLeuhc3HreX+F6&#10;0mHje8pi4nzEY+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE/24wC/97NxP/&#10;hj4c/4xFJf+PTC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHqZqF16GOpeOZh&#10;snrkYLt74l/HfOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+At2ff&#10;gLdn34D/byEE/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJuWu98eWHrd4No&#10;53KMbuRtlXPgap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2DsGndg7Bp3YOw&#10;ad2DsGndg7Bp3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/l1E0/5ZXPfqT&#10;XUbzjmRP7ohrWOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vly4TBZtyEuWjb&#10;hbNp24Wua9uFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3QuCv+EMxH/jzoZ&#10;/5ZDIf+aSSn/mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6xW+df8FspYK+&#10;aq2Fu2m4h7lpxIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv&#10;2of/cSAE/3YsCv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqPcFzRh3hmyoGB&#10;b8V8iXbAd5B8u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZiZ1x2YmdcdmJ&#10;nXHZiZ1x2YmdcdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot9KJQNOyiVjzk&#10;oFxF3JtlT9KTbVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2jcMmNoHHVjZxz&#10;1oyadNaLl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+LLw//ljkW/50/&#10;HP+hQyP6pEgq8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32RgqZ5mYaid6GK&#10;n3WrjZx0to6adMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ov/&#10;cyAE/3wpCf+NLw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+lXBlto93b6+K&#10;f3aphYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx71oyMe9aMjHvW&#10;jIx71oyMe9aMjHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9KKeKzUS7Wrlc+&#10;y6dfTcGgZ1q5mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2RiX7QkYh+04+I&#10;ftSOh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/nTcT/6M6GPyp&#10;PRzxr0Ig57RIJN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKHkIeOhZmLiYOi&#10;joaCrZCDgruRgoLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y3/dR8E&#10;/4ImCP+SLQ3/nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpjppxxbZ+Xd3WY&#10;k358kpCGgoyNjoeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19hdWNfYXVjX2F&#10;1Y19hdWNfYXVjX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+SSrIuFM7vbFb&#10;SrOrYleqpmhioaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3GkXWN05B2i9SP&#10;eInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP/6szEfKzNRPo&#10;vDoT3sU/F9DBSCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7lpKJdpSbjXKT&#10;po9vk7OQbpPDkG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y3/dx4D/4ki&#10;B/+ZLAr/pTAN/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxraY6ocnGGpXh4&#10;gKJ/fnqfh4N0nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaMbJTWjGyU1oxs&#10;lNaMbJTWjGyU1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5xE42rr9WRaO7&#10;XVKZtmNdkLJpZ4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk0otjoNeLZZzY&#10;imWc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgkBuXHJATZ1ScF&#10;y9M3E7/OQyOzykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uBY66VhF+toIZd&#10;ra2HW628h1qu0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/fhoD/5QfBP+l&#10;JgX9sSAE7MEaA9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrAbGdzvnNtbLx6&#10;c2e7gndiuop7XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/dgliv3YJYr92C&#10;WK/dgliv3YL/hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2UktmNVRO43RWEiD&#10;z15Se8xlWnPLa2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lRxON6U7zifFO8&#10;4nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTlFAG55CYIruQ0&#10;E6TiPyCZ4Ectj95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSVbVLUoG5Q1K1v&#10;TtW8cE3W0G9N1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB/6cRANi5CQDL&#10;xggAwtUKALfqFgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf43BZWuN4XFbj&#10;gF9T44liUOOTZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf7GdK3+xnSt/s&#10;Z0rf7Gf/nA0A27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBOOXDvVEBo71pG&#10;Ye9gS13vZ09Y725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xgQfPnYEHz6GBB&#10;8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU+CsSivg2HIH5&#10;QCZ4+kgvb/pNNmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9k1JB/pxTP/6m&#10;VD3/sVU9/rxWPP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboEALHHBACl1gcA&#10;m/0QApH/IAmI/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hASf9uQUb/dUND&#10;/3xEQP+ERj3/jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/&#10;uUu+tQIAsMACAKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/TixQ/1QvTP9a&#10;MUj/XzNF/2Q1Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+qPzP/qj8z/6o/&#10;M/+qPzP/qj8z/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygMZ/8wEl//NxdY&#10;/z4bUv9EH0z/SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z/4EvMf+IMDD/&#10;jzAu/5YxLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjfAACA/wwBdf8S&#10;Amr/GANi/yEHWv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9cHTP/YR4x/2Uf&#10;MP9qIC7/cCAt/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCT/&#10;YCUE/1swBv9hOg3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/WpZT/1ieVv9X&#10;pVj/Vata/1SxW/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW8l/kVvJf5Fby&#10;X+RW8l/kVvJf5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21jOv9obUH/ZXhH&#10;/2GDTf9ejVH/W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg9lHpYPFS7mDr&#10;VO9g5VbxYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/bj8V/3RHH/91&#10;UCj/dFgx/3BhOv9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1Ut1/9U79g/FPJ&#10;YfpS1mL4UeRi81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jxY9tY8WP/YiUE&#10;/10vBv9nNg3/cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW/1ybWv9aolz+&#10;WKle/VewYPxVt2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbTWvBm01rwZtNa&#10;8GbTWvBm01rwZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9yZUH/bG9I/2h7&#10;Tv9khlP/YJBY/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbrZuJZ7mbaWu5n&#10;0VvvaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU/31CHf+ASib/&#10;f1Iw/3xbOP93Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1V8Bn9FbLaPFV&#10;3WjtVulp41nsaNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mv/ZCME/2Et&#10;Bv9wMgz/ezgU/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSSXvNhm2HxX6Nk&#10;8F2rZu5bs2jsWrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxvvmDsb75g7G++&#10;YOxvvmDsb75g7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78fGZG+HZwTvRx&#10;e1XwbYVa7WmOX+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf6nG/YepxumLp&#10;crZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+Gv+NRyL/jU4r&#10;/4xVM/yIXDz2g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw0F+/cc5fzXLL&#10;X+JzxGHoc71i6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/ZyIE/2onBf96&#10;LAr/hjQR/409Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRuj2bQa5dqzGif&#10;bslmp3HHZK9zxGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjmd6ho5neoaOZ3&#10;qGjmd6ho5nf/ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/5IpnSN2EcVDV&#10;fXlaz3iCYcpzimfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qnauN6o2vkeaFr&#10;5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+ZQxz9m0kj9JtP&#10;KuyZVTPlllw73pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuve6xqu3yqacp9&#10;qGrhfaNs4nyfbeJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED/3EjBf+CKAn/&#10;jzIO/5c7FP+cQhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0eYpusHaSc6xz&#10;mneocKJ6pW+rfaJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx4nyUceJ8lHHi&#10;fJRx4nz/aSED/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pfQ8eTaE+/jHBZ&#10;uId3YbKCf2itfoZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/kHTgfo904X2P&#10;dOF9j3ThfY904X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXypUEa6ahHH+Cq&#10;TSXUpFQ0yp1dQsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2r4GQdr2CjnbO&#10;go133oGLd9+Ainjgf4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gfBP+JJgf/ljAL&#10;/583D/qkOhPvqT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fum4OIdJeAkHiS&#10;fpl8jnyif4t6rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+Fe+B/hXvgf4V7&#10;4H//ayAD/3oeBP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLifYkywmWlXqJRw&#10;YKGPd2ebi35uloiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/fgIB+4H+AfuB/&#10;gH7gf4B+4H+AfuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP37c/EtK0RiLH&#10;rlAxvahZP7OiYEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7hLWDeYTFhHiF&#10;3YN5hN6BeoPfgHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+PJAX/nSwH/qYw&#10;CfCuMQvltjUL27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKBcoWQiXeAjZF8&#10;e4ubf3eKpYJ0ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/dYbgf3WG4H//&#10;bx4D/4AbA/+SIwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmhpmRUmaJqXZGe&#10;cWWKm3hrhJh/cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL4H9wi+B/cIvg&#10;f3CL4H9wi+B/cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1DsS/QR25ukwt&#10;rrVUO6WwW0ebrGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62AZpe8gWWY0YBm&#10;lt9/aJPgfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/piUD8rIgA+S+&#10;HgLXySICysczDb7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKkgnJtoop2aKGU&#10;eWSgn3xhn6t+X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nz/eBgC&#10;/4sXAf+dHQL9qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9NhrZlVn+za114&#10;sXJkcq95aWytgG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5HldoeR5XaHkeV2h&#10;5HldoeR5XaHkeV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHOOxemy0YlnMhP&#10;M5HEVj+IwV1JgL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4dFO1y3RTteR0&#10;VLDndVas53VWrOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoAzsQJAMfSCgC/&#10;2RkBtNgrB6nWORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJcwodmWMGRaFXB&#10;nGtSwahsUMG3bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C57G//iRAB/50O&#10;ANqvCADNuwgAxMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNhRmrSaExl0W9S&#10;YNB2VlvQflpXz4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJmS8jyZkvI8mZL&#10;yPJmS8jyZkvI8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK5EIggeNKKnfi&#10;UDNv4Vg7aeBfQWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjhxllI4d9ZR9/w&#10;WUbc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEIAKTtEAGb7SAF&#10;ku0uDonsOhiA7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INLSuyMTUjslk5F&#10;7aFQQ+2uUULuvFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHUpQAAxLIDALa8&#10;AwCryQUAoNgIAJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3YjhR92g7Tfhv&#10;PUr4dj9H+H5BRPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzjSTn840k5/ONJ&#10;OfzjSTn840nHrQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0AcYv9GIlz/TSZW&#10;/1MqUv9ZLU7/XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01/7E+NP++PjP/&#10;yj8z/8o/M//KPzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//GQJ2/yQGbv8t&#10;DGb/NRJf/zwXWP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95LTb/gS40/4ov&#10;Mf+UMDD/nDEu/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAAnsUAAJDSAACD&#10;4AAAff8PAXL/FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7/1kcOf9fHTb/&#10;ZB40/2kfMv9wIC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/pyYl/6cmJf+n&#10;JiX/pyafwAAAkc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82Cj//PAw8/0IO&#10;OP9HDzX/TBAz/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kYHv+RGR3/lxkd&#10;/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//ZFgn/2FiL/9e&#10;bjX/Wnk7/1eEP/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J3k//SOlQ/0jy&#10;UPxJ9lD3S/lQ8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1EyBf9YNAf/YjsO&#10;/2dEFv9pTR//Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N/020Tv9MvE//&#10;S8VQ/0rPUf9J4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ&#10;+lL/VycD/1IxBf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9Xi0X/VJVI/1Kd&#10;Sv9QpUz/T61O/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5U+FS+lTgUvpV&#10;4FL6VeBS+lXgUvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn/2pcL/9lZjb/&#10;YXE8/119Qf9ZiEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7TOtV+Ez0VfBP&#10;91XpUfhV4lL4VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9gLwf/ajYN/3E+&#10;Ff9zSB7/clEm/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKvU/1Rt1X8UMBW&#10;+k/LVvhP3Ff1T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+Fr/&#10;WSYD/1osBf9kLQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+XotL+1uUT/lZ&#10;nVL4V6RU9lasVvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ+F3HWfhdx1n4&#10;XcdZ+F3HWfhdx1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pVLP91XjT/b2c8&#10;/GpyQvlmfUj2Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc31bwXdVX9V/M&#10;WfZgxlr2YMBb9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/dzAL/346E/+B&#10;Qxr/gksi/39TKv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFbrVzeWrZe3FnA&#10;X9pZzmDVWeJg0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/zZLZf82T/XCQD&#10;/2MmBP9vJgX/ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N4WmIUt1mkVfZ&#10;Y5la1WChXdJfqGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8WeuYvFnrmLxZ65i&#10;8WeuYvFnrmLxZ65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKIVi3sg1025n5n&#10;PuB4cUbbc3tN1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDmabVh72qvYu9q&#10;q2Pvaqdk72mmZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ/4s2Dv+PPhT9&#10;kUUb9JFMIu2OUyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4ZadotmSwarNj&#10;u2uxY8psr2PhbKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o7mv/XyMD/2sg&#10;A/95IgT/hSsI/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7Vb51g1u5cYtg&#10;tW6SZLJsmmevaqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1tmGvtbZhr7W2Y&#10;a+1tmGvtbZhr7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHallUtz49eOciJ&#10;Z0TBg29Nu353VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps6XGXbepwlG3r&#10;cJJu7G+Sbuxukm7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5UxCfubOA3wnj4R&#10;56BEFt+gSh3TmlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecpttmnCkcJdvr3KV&#10;b7xzk2/Nc5Jw5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/YyAD/3IbA/+A&#10;HwP/jicF/5cvCPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmCeVukf4Bgn3yI&#10;ZZt5kGqXd5htk3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3XqcId16nCHdepw&#10;h3XqcId16nD/ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8pwJtYNriVYEKw&#10;kGhLqYtvU6OHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WDeOh0gnjpc4J4&#10;6nGCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGkMAbmqjMI3K43&#10;DM+qQxrFpU4ovJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6ccYJ9p3R/fLN1&#10;fXzDdnx923Z8feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC/3kYAv+HGwL/&#10;lSMD+6ApBO6oLATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmTjXlfjoqAZImH&#10;iGmEhZFtgIOacXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/6nF4f+pxeH/q&#10;cXh/6nH/axsC/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dTM6qiWz6inWNI&#10;mplpUZSVcFiOkndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0cYXoc3KE6XJz&#10;hOpxc4TqcXOE6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHauiEBzbgxCcK0&#10;Phe4sEkkrqtSMaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCNoHJtjKx0aoy7&#10;dWmNznVpjeh0a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EVAf+QFgH/nhoB&#10;8KsbAeK2FgDTvR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNbfZx6YXeZgWZy&#10;l4pqbpaTbmqUnnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBnjupwZ47qcGeO&#10;6nD/cxUC/4UTAf+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqxVjmSrl5Diqtk&#10;TIOoalN8pXFZdqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprrcGCW629hlexv&#10;YZXsb2GV7G9hlexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgAvMQqBbLCOBGn&#10;v0QenrtNK5S4VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpbpaZsWKW1bVem&#10;x21XpuJsV6TtbFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPaeDQDYrQkAzbgJ&#10;AMfECAC+yhQAtconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0VmW0fFtgsoRf&#10;XLGOYlixmWVVsKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBoVKnwaFSp8Gj/&#10;gg4A/5QMANulBgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJQ0NfUFJPRklM&#10;RQADCYbIUS59xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRfT7yzYE29xWBN&#10;veBfTLzwYU239WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDFtQUAu78EALLL&#10;CACr2A0Ao9kgAprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrLekxWyoNPUsqN&#10;Uk/KmFRNyqVWS8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7WkjF+1r3kQQA&#10;1KICAMevBAC6uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUrZ9xcMmLbZDdd&#10;22s7WdpyP1XaekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D2PtPQ9j7T0PY&#10;+09D2PtPQ9j7T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBIToMwt76DwUc+hE&#10;G2voSyJk51IoXudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQumsQ0HpukRA6s1E&#10;QOrkREDo9URA5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIAmdAFAI/hCgCJ&#10;8RoBgfEoBXjyMgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG9Hs0Q/SENkH1&#10;jjc+9Zk5PfakOjv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj37Dy/qgAAsbMA&#10;AKS/AACYygEAjNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9UIEv/WiJI/2El&#10;Rf9nJkL/bShA/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9YyMf/WMjH/1jIx&#10;/9YyMf/WMjH/1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda/zQMVP88D0//&#10;QxNK/0kVR/9PF0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/myUs/6UmK/+v&#10;Jir/uycp/74nKf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkHAGv/DwFi/xYC&#10;W/8eA1T/JgVO/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QULv9qFSz/chYq&#10;/3oXJ/+DGCX/jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRuavgAAi8oAAH7X&#10;AABw4wAAZ/8EAF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/RAgu/0kJLP9O&#10;CSn/Uwon/1gKJf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+bEBj/mxAY/5sQ&#10;GP+bEBj/mxD/TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv/02EM/9Kjzb/&#10;R5k5/0ahO/9FqTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/Qv9B+UT/QfRG&#10;/0LvR/9C70f/Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9eSRb/XVMd/1pe&#10;JP9XaSr/U3Uv/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PRQv9D4kP/Q+xD&#10;/0P1Q/9D/EP8RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD/0wwBP9UMQX/&#10;WTQI/189Dv9hRxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//SKxA/0izQf9H&#10;u0L/RsND/0bORP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL/0flS/9H5Uv/&#10;R+VL/0f/TikD/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8Nf9Thzn/UJE8&#10;/06aP/9NokD/S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H6kv/SONM/0ne&#10;Tf9K3k3/St5N/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/ak4c/2dXJP9i&#10;YSv/Xm0x/1t4Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL1EnzS+VJ8Evw&#10;Se1M+UjpTP9K4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1UqBP9dKQX/ZS0H&#10;/2w4Df9vQhT/b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG9FKpSPJRsUnx&#10;ULlK70/DS+5Pz0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJU/9QyVP/UMlT&#10;/1D/UScD/1gnBP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZhezvzXoVA8FuO&#10;Q+5ZlkbsV55I6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+U8RW/1O/V/9T&#10;v1f/U79X/1O/V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY/3hPIPt0WCj2&#10;b2Ev8WtsNu1ndjzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLSVdtTzlbrU8tW&#10;9lXGVv1Wv1j9VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9pIQP/cygF/3sy&#10;Cv9/OxD/gEQW+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2dUM5cpVLMWq1U&#10;yVm2VsdZwlfGWdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZrV37Wa1d+1n/&#10;ViQD/2IgA/9tIAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrUbndB0GqAR8xm&#10;iUzIZJFQxWKYU8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg+VylYflcpWH5&#10;XKVh+VylYflcpWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tGF+iITh7hhFcm&#10;2X5hMdF4ajrLc3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRfrGDYX6lh61+n&#10;YfdfomP3X59k91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/fiMD/4grBf2N&#10;NAnzkDsO6pBDFOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9pl1qsZ59cqWWo&#10;X6ZksmGkZL9iomTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2YJZo9mD/XR8C&#10;/2oaAv93HAL/giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxBt3l0SLJ1fE6u&#10;coRTqm+LV6Ztk1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQa/VhkGv1YZBr&#10;9WGQa/VhkGv1YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaYQxbMk08ixI1Y&#10;Lr2HYTi2gmlBsH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzGZo9s32aObfFl&#10;jG7zZItu9GOKbvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B/5EkAvKZKwTn&#10;njEF3aA2CdGcQRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyUdJVfkXKeYo5x&#10;qGWLcLRniXDDaIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GP/YxoC/3EV&#10;Af9/GAH/ihwB/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYdsR6CDc02bgHtT&#10;ln2CV5J6ilyOeJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNkf3XzZH9182R/&#10;dfNkf3XzZH9182T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/nkkftplTK66U&#10;Wzanj2M/oItqRpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp50Wl5eupoenry&#10;Znp58mV6efNkennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9ZsaAeekHQHbqx8B&#10;zqovBsSmPRK6oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1ffoCXY3p/oWZ3&#10;fqxodX27aXN+zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/aRYB/3gTAf+H&#10;FAD/kxUA8Z4VAOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCRbUuLjnRRhox7&#10;VoGJg1t8h4tfeIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHzZHCB82RwgfNk&#10;cIHzZHCB82T/axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQbqaVOJ6ChVjKZ&#10;nV47kppkQ4uXa0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhnieNnaInyZmmH&#10;82VqhvNkaobzZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOwCwDKtBYAwLQp&#10;BLaxNw6trkMapKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQYGiRmmNlkKZl&#10;Y5C0ZmGQxmZhkOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB/4IPAP+RDQDe&#10;nwkA06oJAMyzCQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6oW5MdZ91UXCd&#10;fFVrnIRaZpqOXWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T9WJek/ViXpP1&#10;Yl6T9WL/dQ4A/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZIIJCzUSuIsFg0&#10;gK5fPHqrZkN0qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxgVaHvYFaf919X&#10;nPdfV5z3X1ec919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1wQ4ArMIgAaTB&#10;MAiavzwTkb1GHYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFitlVdUrKFZUqyv&#10;W1CswFtQrNpaT6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIBANGgBADGqwUA&#10;vLQEALO9AwCrxwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+YrtwQ166d0da&#10;uYBLVrmJTlO4lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZKs/5WSrP+Vkqz&#10;/lb6hwIA1pgAAMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnMSh5yy1ImbMpa&#10;LWbJYTJhyGg3XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8XtS0bD+U1Fwv9O&#10;RcL/TkXC/05Fwv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkAjtoSAIjbJAKA&#10;2jIIeNk+EHHYSBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H06A/RdSuQETU&#10;v0FD1dhARNPsQELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWuAACpuAAAnsMC&#10;AJTNBgCK2QoAhOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJrKk3icy1K43ww&#10;SOOGMkXjkDRD45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4PeL7OD3i+zjG&#10;oQAAt6sAAKq0AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY7ksXU+5SGlDv&#10;WR5M72AgSe9nI0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz5y828fMvNvHz&#10;Lzbx8y828fMvNvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfccAWb4JgNf+C8G&#10;Wvk4ClT5QA5Q+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0iNP6YIzL+pCQx&#10;/7ElMP+/Ji//zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACGzQAAedoAAHDy&#10;CABo/xEAYf8aAVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/YRM1/2gUM/9v&#10;FTD/eBYu/4IXLP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/HHCb/xxyhtAAA&#10;k78AAIbKAAB41gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsGOf9BBzb/Rggz&#10;/0wIMf9RCS7/Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd/7ERHf+xER3/&#10;sREd/7ERHf+xER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/GQE+/yACOf8n&#10;AzX/LQMy/zMELv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9uCBf/eAgV/4MI&#10;E/+NCRP/lgkS/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG/048CP9QRw7/&#10;UFIV/05fGv9Lax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/PMUy/zzOM/87&#10;3zP/O+o0/zvzNP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU//zX/QywD/0Qw&#10;BP9KMAT/TjQG/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0KdL/9BpTD/QKwx&#10;/z+zMv8/ujP/PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf838EH/N/BB/zfw&#10;Qf838EH/N/BB/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/TnIl/0t9Kf9I&#10;iCz/RpIu/0WbMP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA+Df3Qf829kH/&#10;N/JB/zjsQ/856kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3CP9cQg7/W00V&#10;/1hXG/9WYyD/Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4/kTGOPxE0jn5&#10;Q+I59kTuOfNE9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/RisD/00pA/9U&#10;KQT/WSwF/141B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxLnDX7SqM3+kmq&#10;OPhIsTn3SLk69kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/QNhK/0DYSv9A&#10;2Er/QNhK/0D/RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm/VlyK/pWfS/4&#10;U4cz9lGQNfRQmDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/fS/5B3Er/QtRM&#10;/0PNTf9Dy07/Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9sOwv/bEQS/2pO&#10;Gf5mWB/5YWIl9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7QOBPx0DeT9hB&#10;2U/oQdRP9EPQTv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC/1chAv9gIAP/&#10;aCYD/24uBf9yOAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvdV5c+21WfQNhU&#10;pkLVU65D0lK3RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV/0q2Vf9KtlX/&#10;SrZV/0r/UCMC/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5GtlKeBnby/bY3k1&#10;1mCCOtJdij7PW5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpNt1b/TbJY/02u&#10;Wf9NrFn/TaxZ/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4fjoL8H1DEel6&#10;TBjidlcf3HJhKNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZt062WcNPtFnV&#10;T7Fa6lCuWvdQrFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZAv9sGgL/dSAC&#10;/3wlA/2BLgXzhDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhFt2OQSLRhmEuy&#10;X59Nr16oT61dslGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1KbYP9Sm2D/Uptg&#10;/1L/WBwC/2QXAf9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4Yy++c2w3uW90&#10;PbVsfEKyaoRGrmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9VZdj/1SVZP9U&#10;lGT/U5Rk/1OUZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E35A2B9SMQRHL&#10;h00bxIJXJr19YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWYZbVXlWXEWJRl&#10;21iSZu9XkWb8V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92FgH/gBkB/Ygd&#10;Ae+OIgHkkykC2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CES5xujE6YbJRS&#10;lWudVJJqp1eQabJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5Wh2v+Vodr/lb/&#10;XhcB/2wSAf94FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2sgWQ1pn5rPKF6&#10;ckKdd3pHmXWBS5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv/FiCb/1Xgm/9&#10;V4Jv/VeCb/1Xgm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5stBMWXOw28k0cY&#10;tI5RI62KWSynhmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxaf3G6XH5xzFx9&#10;cudbfXL2Wnxy/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/iBIA8pISAOOa&#10;EgDVnxkAyp4rBMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8hE6FeoxSgniV&#10;Vn53n1h7dqpbeXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8V3d2/Ff/ZBIB&#10;/3MQAP+AEAD/ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4yl4tlOZKIbECN&#10;hXNFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1lyevxYcnr8WHJ6&#10;/FhyevxYcnr8WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7iiNgqwnkIVp5pM&#10;H6CXVCmZk1wxk5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0XGt/xVxrgN9c&#10;a4DyWmuA+1lsfvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA1ZsJAM6jCQDH&#10;qBIAvaglArSmNAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1ioVQcYiOVG2H&#10;mVdqhqRZZ4WxW2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD/Ff/bA4A/3sM&#10;APKJCQDZlQYAz54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtfNYKZZjx9lm1B&#10;eJR0RnOSe0tvkINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1XYYn9V2GJ/Vdh&#10;if1XYYn9V2GJ/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwahrDwQmKlGGpGn&#10;TyOJpFYsg6JdM32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qUvVhZlNRXWZTs&#10;V1mT+VZbkf5VW5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UFALutBACzswwA&#10;q7UcAaO0LAWbsjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9JX5+ITFyekk9Y&#10;np5SVp2rU1SdvFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/eAYA4YkAANCW&#10;AgDGoQMAvKkDALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCvYDJrrmc4Zq1u&#10;PGKrdUBeqn1EWqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/T06k/09OpP9P&#10;TqT/T06k/0/6fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMIhL8+EXy9SBl1&#10;vFAhb7pYJ2q5Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJtM5ISbPpSEix&#10;9klIsP9KSLD/Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6AQCYwwUAkMkQ&#10;AIrJIAGDyS8Fe8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CEOUzAjzxKwJs+&#10;R8CoP0bAuEBFwM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAAxpsAALilAACt&#10;rgAAorYAAJi/AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Yz2IjVM5pJ1HO&#10;cSpNznotSs6DMEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L/zk+y/85Psv/&#10;OT7L/znKlgAAvKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4zBWLePgpd3kgP&#10;Wd5QFFXeWBdR3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94MgqPd/jKjzd8Ss7&#10;3PstOtz9Ljrc/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB21wcAbugPAGno&#10;GwFj6CcCXukyBVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzrhh467JEgOOye&#10;ITftrCI27bsjNe7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0AAJm3AACNwQAA&#10;gMsAAHXVAQBp4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UOP/dcDzz3YxE6&#10;+GoTN/hzFDX4fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr++sbK/vrGyv7&#10;6xuoqgAAmrQAAI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/MwRB/zoFPv9B&#10;Bjv/Rwc4/04INf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+uESP/uhIi/8oS&#10;Iv/QEiL/0BIi/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYATf8OAEj/FgBD&#10;/x4BP/8mAjr/LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg/24HHf95CBv/&#10;hQga/5IJGf+eCRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQAABn3AAAWOMA&#10;AE3wAABH/wIAQv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/Ax7/RAMc/0kD&#10;Gf9PAxf/VgQV/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IFDf+iBQ3/ogX/&#10;OS8C/zwwA/9BMQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/OZYg/zieIf83&#10;pSP/N6sj/zayJP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2/yb8Nv8n+jb/&#10;KPo2/yj6Nv8o+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0dbEv9EZxb/QnMa&#10;/z9/Hf89ih//PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo/zjtKP449yj7&#10;OP4n+Tn/J/g4/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/Si8E/0w3Bf9N&#10;QQj/TEwN/0tYEv9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88tCj/O7sp/zvE&#10;Kf87zyn+O+Aq+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/Le87/y3/PC0C&#10;/0QpAv9KKQP/TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k/0KVJv9BnSf/&#10;QKMo/0CqKf4/sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/rPv8w5z//MOc/&#10;/zDnP/8w5z//MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9SXRf/UGkc/010&#10;IP9KfyP9SIkm+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPnLulE8y3mQ/ww&#10;5EL/MeNC/zLhQv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD/1wvBP9dOQf/&#10;XkMM/1tOEf9YWBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/qR7Ev6Ue6MOdH&#10;xTDmR9Iw4kjlMN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I/zf/RiQC/08g&#10;Av9WHwL/XSQD/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGIK+ZPkS3kTpgv&#10;4k2gMOFMpzHfTK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87wUz/O8FM/zvB&#10;TP87wUz/O8FM/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXtYVsa6F5mIORb&#10;cSXhWHsp3laELNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP7TvBTvk9vk7/&#10;PbxO/z66T/8+tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wmAv9vLgT5cDgH&#10;8m9CDOtsSxLlaVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7wVOtPL9Stz69&#10;UsM/vFLTP7lS6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/UBwB/1oXAf9k&#10;GAH/bB0B/3EjAv11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJegTS/XIk3vVqR&#10;OrpZmDy4WKA+tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/RKJY/0SiWP9E&#10;olj/RKJY/0T/UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8Wy3BaHsZsYybB&#10;aGwsvWZ1MbljfTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3kehWu9Hn1v8R51b&#10;/0ebXP9Gmlz/Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/IgHngSkC3oIz&#10;BNN/QAzLekwVxHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+gRZ9eqUedXrRJ&#10;m13CSpld1kqXXuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB/2MRAf9uEgD/&#10;dxUA+34YAO2DHQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTemanw7omiEPp9m&#10;jEGcZZREmWOcR5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk/0mLZP9Ji2T/&#10;SYtk/0n/WhMB/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9RHLF7WiSsd2Ir&#10;p3RqMaNxcjafb3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZOhmf2TIZn/0uF&#10;aP9LhGj/SoRo/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDWjxcAy44qAsKM&#10;OAm6iEQSs4RPG6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhroEuFaqpNg2m3&#10;ToFpyE+AauNPgGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sOAP92DgD7gA0A&#10;6ogNANuPDADQkhUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6j3V7PoxzgkKI&#10;cotGhXCTSYJvnUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5b/9LeW//S3lv&#10;/0v/YA8A/20NAP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOIVCGdhFwpl4Fj&#10;L5J+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPwT3Rz/U10c/9M&#10;dHP/THRz/0x0c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEAvpgjAbWWMgat&#10;kz8PppBJGJ+MUiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxzd6ROcXexUG92&#10;wVBud9lQbnfvT253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+BgDaiAUA0JAH&#10;AMqXCADCmxAAuZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0PXuCe0F4gIRF&#10;dH+NSHF9l0ttfKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9Manv/TGp7/0z/&#10;ZgoA/3UIAOGBAgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6Pk1YliZBdLISO&#10;ZDJ/i2s3eopyPHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB+U1jgf9MZID/&#10;S2SA/0tkgP9LZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6McAKeiLASfoDkL&#10;mJ5DFJGbTByKmFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5LX4iqTV6Iuk5c&#10;iM5OXYjpTV2H+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADKkgMAwZoDALmg&#10;AwCxpgkAqacZAKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuWdTxnlH1AY5OG&#10;Q2CRkEZckZxJWpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/SViO/0n/cQEA&#10;4IAAAM+MAADElgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAeeKRYJXOiXitu&#10;oWUwap9sNGWeczlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhRl/9HUZb/R1GW&#10;/0dRlv9HUZb/R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSzIgGNsjAFhbE8&#10;DH6vRhR4rk4bcqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6OlQk2jtENMo8hD&#10;TKPkQ0uh9ENLoP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAAraYAAKOtAACZ&#10;tQAAkLkOAIu6HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5WsHcyU7CBNU+v&#10;izhMr5c6Sq6kPEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr/z/agwAAx5EA&#10;ALucAACvpAAApasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9RF1++WBxbvl8g&#10;V71mJFS8bidRvHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03QLf/N0C3/zdA&#10;t/83QLf/N0C3/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBwzCIBa8swA2bL&#10;PAdhy0UMXMpOEVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/IsSs+ycQrPsnh&#10;Kj7H8is9xvwtPMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcAAIa/AAB7xwMA&#10;cM8HAGfWDQBk1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IYQtd8GkDYhxw9&#10;2JMePNihHzrZsCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5nAAAq6QAAJ+s&#10;AACTtQAAh74AAHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkflTQhF5VUKQuVc&#10;DEDlZA4+5mwQO+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8GDHl/Bgx5fwY&#10;MeX8GDHl/BiuogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsATe8mAUnwLwJF&#10;8DgDQfE/BD7xRwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q9qsQKfa8ECj2&#10;zhEn9+YRJ/XxESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLXAABW3gAATvAH&#10;AEr6EABG+xkAQvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9iBif/awYk/3YH&#10;I/+CCCH/kAgg/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAAiroAAHzEAABv&#10;zQAAYtgAAFXeAABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn/zwCJf9CAiP/&#10;SAIg/04DHv9VAxz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/vAUR/7wFEf+8&#10;BRH/vAWMuAAAfcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8WACn/HAAm/yIA&#10;Iv8nAR//LAEc/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kCCf+GAwj/kgMH&#10;/50DBv+lAwb/pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/OU8H/zhcCv82&#10;aA3/NHQQ/zKAEv8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8uzxr/LuAa/y7r&#10;Gv8u9Br/Lvwa/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zksAv89LQL/PjAD&#10;/z82BP8/QQX/PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ/zKsGv8xsxr/&#10;Mbob/zHCG/8xzBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71Mf8e9TH/HvUx&#10;/x7/NSwC/zwqAv9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85hBb/OI4Y/zeW&#10;Gf82nRr/NqQb/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/HvE1/x/wNf8g&#10;7zT/Ie80/yHvNP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH/0ZTC/9EXw//&#10;QmoS/0B2Ff8+gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2OdMf8jnkH+85&#10;8B/sOvof6jn/Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9IIgL/TCYC/08v&#10;A/9QOQX/TkMH/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+jIPI+qiDxPrEh&#10;8D65Ie4+wyHtPs8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o3D3/KNw9/yj/&#10;PyMB/0cgAf9MHgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrwR4Ec7kaKHuxF&#10;kiDrRJkh6UOgIuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC/yvPQf8rzkH/&#10;LM5B/yzOQf8szkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlGCfZWUQ7xVF0T&#10;7VFoF+lPchrmTXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp0UbcKs1H7CrJ&#10;Rvcsx0b/LsRG/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/XB4B/2AlAv9i&#10;LQP8YjcF9GBBCO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1MnirLS6YryUqt&#10;LMdKty3GSsIuxErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/M7ZL/zP/ShoB&#10;/1IVAf9aFgH/YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIgy1Z7JMhUgyfF&#10;Uosqw1GSLMFQmS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zasT/82q0//NqtP&#10;/zarT/82q0//NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1rQwjUZ08QzWRa&#10;F8hgZB3EXW0iwVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLFOKpS2jinUu05&#10;pVP6OaNT/zmiU/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA/28ZAPJyHwDm&#10;dCYB3XQxAtNxPwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOqWJc1p1efN6VX&#10;qDmjVrM6oVbAO59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY/zr/UhIB/1wO&#10;AP9mEAD/bREA+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2VtJ6xjdSupYXwv&#10;pl+EMqNeizWhXZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89kFz/PI9c/zyP&#10;XP88j1z/PI9c/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+d0UOt3RQFbFw&#10;WRytbWIiqGppJ6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1eyEGLXuFBil/z&#10;QIlf/z+JYP8+iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoMAN5+DADSgRUA&#10;yIEnAcB/Nga4fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5jmSVPIxjnj6J&#10;YqhAh2K1QoVixUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//WQ4A/2QLAP9u&#10;CgDqdwgA230IANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphxayuUb3IvkW15&#10;M45rgTaLaok5iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/QHxo/z98aP8/&#10;fGj/P3xo/z//WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4LqIFJE6J9Uhqc&#10;elogl3dhJpN1aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2atRFdmvtQ3Zr&#10;+0J2a/9Bdmz/QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmIBwDDig8Auosg&#10;AbKKLwSriDwKpIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwlkB2b6FC&#10;dG6uRHJuvUVwbtFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA/2sEAOF2AADU&#10;fwMAy4YFAMWLBgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmFfGstgXpyMn14&#10;eTV6d4I5d3aLPHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz/0Bsc/9AbHP/&#10;QGxz/0D/YQUA+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41DD5SKTBeOiFQd&#10;iYVbI4SDYiiAgWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxFZXjnRGV490Nm&#10;eP9CZnj/QWZ4/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCzlAkArJYYAKWW&#10;KAKdlDYHlpJBDpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/kD5mfptBY36o&#10;Q2F9tkRgfclEX33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QAANJ/AADHiAEA&#10;vo8CALaVAQCumAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUqcotsLm6KczJq&#10;iHs2ZoeEOWOGjjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9bg/8/W4P/P1uD&#10;/z//agAA3ngAAM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4WbRhJ/mU4YepdW&#10;HnWWXSNwlGMobJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvhQFSK8z9Viv4/&#10;VYn/PlWJ/z5Vif8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAAmaQQAJOlIAGM&#10;pC4DhaM5CX+iQw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdVlZU5UpWiO1CU&#10;sD1PlMM9T5TfPE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKMAAC4lgAArZwA&#10;AKOhAACYqAAAkKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNmJV2ibSlZoXUs&#10;VqF+L1OgiDJPn5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85SZv/OUmb/znb&#10;egAAyIcAALySAACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlrsUcOZrBPE2Kv&#10;Vhherl0cWq1kIFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo7zJDp/szQ6b/&#10;M0Ol/zRDpf80Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkCAHa6EQByuyEA&#10;brsuAmi7OgZkukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAnQ7WdKUG1rCpA&#10;tr4qP7bYKj+07io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAAChpAAAlqsAAIqy&#10;AAB/uAAAc78DAGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrDZhVIw24XRcN4&#10;GkLDghxAw44ePsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//JDi//yS9kQAA&#10;sJsAAKSiAACYqgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkCTtBDBEvQTAZJ&#10;0FMIRtBbC0PQYw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0z/cYM87/GjPO&#10;/xozzv8aM87/GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTUCABM3Q0ASt0Y&#10;AEjeJgBG3jIBRN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGUDTDiow4u4rMO&#10;LuPHDi3j4w4t4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAAdsEAAGrJAABe&#10;zwAAU9UBAEncBgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv7l0ELe5lBSvu&#10;cAUp73sGKO+JBybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv9QiepgAAka8A&#10;AIS4AAB3wQAAaskAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgwAC75NgEr+T0B&#10;KfpEASf6SgIl+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gEFv/gBBb/5AQW&#10;/+QEFv/kBBb/5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy/wwALv8SACv/&#10;GgAo/yEAJv8nACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/eAIO/4cCDv+W&#10;Ag3/pAIM/7ACDP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsAAEPgAAA45QAA&#10;L/AAACv/AAAn/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgADv8/AAz/RgEK&#10;/08BB/9ZAQT/ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/LC8B/zAsAf8y&#10;LAL/MzAC/zE2A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8mnw3/JqUO/yar&#10;Dv8msQ//JrgP/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/Efgm/xL4Jv8S&#10;+Cb/Evgm/xL/LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ/yx7Cv8shQz/&#10;K44N/yuWDv8qnQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4KvgQ9iv/EPQq&#10;/xL0Kv8T8yr/FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87PQP/OUgF/zdU&#10;Bv81YAf/M2wJ/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66Ev0uxBL7Ls8T&#10;+C7hEvUu7RLxL/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB/zkjAf89IwH/&#10;PiYC/0EvAv9BOQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6M50T+TOjE/gz&#10;qRT3M7AU9jO3FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy/xrjMv8a4zL/&#10;GuMy/xr/OCMB/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5vDvk8eRD2O4MR&#10;9DqLE/M5kxTxOZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY3Tj/Gts3/xzZ&#10;N/8d1zf/HdY3/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/TTwE/0pHBvpI&#10;Uwj2Rl8L8kRqDu9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89uxndPcYZ2z3Y&#10;GtY96RrSPfUdzj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UXAf9LFwH/UB0B&#10;/1MkAf9ULQL/UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ2EKZGtVCnxvT&#10;QaYc0UGuHc9Btx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9Qf8lvUH/Jb1B&#10;/yX/QhgB/0kTAP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlOahLUTHQW0Et8&#10;GM5JhBvMSIwcykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7J7RG/yizRv8o&#10;skb/KLFG/yixRv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB5l42A99cRAXY&#10;WVAK0VdbD8xUZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0SrYos0nDKbFJ&#10;1imuSuoqq0r4K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9ZEAD/XxIA/2MW&#10;APJlHQDnZSUA3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KIJLFQkCavUJco&#10;rU+fKatOqCupTrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8unVD/Lp1Q/y7/&#10;TBAA/1QNAP9dDgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2XWUZslttHa9Z&#10;dSGsWHwjqlaDJqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT/zGVVP8xlFT/&#10;MJRU/zCUVP8wlFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8oAcRtNwS9a0QJ&#10;t2hPD7JlWBWuYmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoyk1a1M5FWxTSQ&#10;Vt00jlfwNI1X/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADragcA3W4IANhx&#10;CgDPchMAxnMlAb5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJdegyuUXYstklyT&#10;MI9bnDKNWqY0i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/M4Rc/zP/UwoA&#10;/10GAPVmBADfbQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZnWliHZlnaiKW&#10;ZnElk2R4KJBjfyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+YP81fmD/NH5g&#10;/zR+YP80fmD/NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6LwKseDwHpnVG&#10;DaFzUBOccFgYl25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKtN3piuzl5Ys45&#10;eGPoOHhj+Dd4ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIAy3gEAMV7BQC+&#10;fQ0Atn4dAK9+LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmKMXto&#10;lDR4Z582dmaqOHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo/zX/WQIA9mUA&#10;AN1uAADPdgEAx3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZbG4l0YiCFcmkk&#10;gXFwJ35vdyt7bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83bWv/Nm1r/zZt&#10;a/82bWv/Nm1r/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGfhDUFmYJACpN/&#10;SRCNfVIWiXtZG4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlvtTpob8c6Z2/i&#10;Omdv9Dhob/83aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EBALeFAQCvhwcA&#10;qIkVAKGJJQGbiDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHstbneEMGt2jjNo&#10;dZk2ZnSlOGRzszlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/YQAA4G0AAM93&#10;AADEfwAAu4UAALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuDXB13gmMhc4Bq&#10;JW9/cSlsfXksaXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/Nl54/zVeeP81&#10;Xnj/NV54/zX1ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4DipA5B4SOQwx/&#10;jUwSeotTF3WJWhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdXf8A4V3/aN1d/&#10;8DdYfv02WH7/NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiRAACelAAAlpYO&#10;AJGXHACLlysChZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9LFuJhy9YiJIx&#10;VYefM1OHrTVSh741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAAznkAAMGDAAC2&#10;iwAArJEAAKKVAACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdml10bY5VjHl+U&#10;aiJck3IlWZJ7KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM/zFMjP8xTIz/&#10;MUyM/zHccQAAyH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6QwA3KjOwZtokQL&#10;aKFMD2SgVBNgn1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1HmbotRprQLUaY6y1G&#10;l/kuRpb/LkaW/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACKpAAAfakAAHer&#10;EABzqx4Ab6wsAWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0qlgSFIpYwkRaWZ&#10;JkOkqCdCpLgoQaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosAAK+UAACjmgAA&#10;mKAAAI2lAACCqgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UNULNcEE2yYxNK&#10;smsWR7F0GEWxfhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6rP8jOqz/Izqs&#10;/yPAhgAAs5IAAKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+LQFUvjgCUb5C&#10;BE6+SgZMvlIISb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3KGDe85xc1u/YZ&#10;Nbr/GjS5/xs0uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAAY74AAFjEBABQ&#10;yAwATcgXAEzJJQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2y4UMNMuSDTLL&#10;og4xy7IPMMzHDzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWlAACJrQAAfLQA&#10;AHC7AABkwQAAWcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlNATXZVgIz2l4C&#10;MdpoAzDbcwQu238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4JJtj+CSbY/gmk&#10;nQAAmKUAAIutAAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx5CAAMOUqAC7m&#10;MwAt5jwAK+dEACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzsxwMc7OEDG+rx&#10;Axvp+QMb6fkDG+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUAADjcAAAv4QIA&#10;LfENACvxEwAo8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UBFfhyART5gQET&#10;+ZIBEvqiAhH6swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABmxgAAWc0AAEvT&#10;AABA2QAANd4AACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/NQAS/zwAEP9D&#10;AA7/TAAN/1YAC/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//HAQP/xwGDtAAA&#10;db0AAGfGAABazwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAAEv8UABD/GQAO&#10;/x4ADf8jAAv/KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA/5kAAP+lAAD/&#10;rAAA/6wAAP+sAAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8gZAT/HnAE/x17&#10;BP8dhQX/HY4F/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3fB/8d6wf8HfUH&#10;+R3+Bvce/wf3Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB/ywyAf8rPQL/&#10;KUkD/ydVA/8lYQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/IbEI/yG4CP8h&#10;wQj/IcsI/CHcCPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah/wv/LCYB/zAk&#10;Af8xIwH/MSYB/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQB/8mlgj/Jp0I&#10;/iajCf0mqQn8Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N6Sb/Degm/w7o&#10;Jv8O6Cb/Dugm/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/MGUF/y5wBv4t&#10;ewf8LYQI+iyMCfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os5gvmLPIL5Cz8&#10;DeIs/w/hLP8Q4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8oAf8/MgH/PT4C&#10;/ztJA/85VQT7N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM6DGwDeYxuQ3l&#10;McMN4zLRDd8y5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/NxsB/zsXAP8/&#10;FgD/QxwA/0YkAf9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4iwziOJIN4DeZ&#10;Dd83nw7dN6YO2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/GMQ3/xjEN/8Y&#10;xDf/GMQ3/xj/OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG40NiCN9BbArc&#10;QHUM2T9+DdU+hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbBPO0Xvjz5Gbs8&#10;/xq6PP8buTz/G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtSIwDxUS0B6U84&#10;AeJNRQPcS1EF1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0GkGL1ArBm8QLYa&#10;ukDCGrhA0hu1QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA/0cNAP9PDgD/&#10;UxEA/1YVAPNXHADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7SIIWuUeJGLdH&#10;kBm1Rpcbs0afHLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG/yGiRv8hokb/&#10;IaJG/yH/RQ4A/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZTCbxUXA25UmUR&#10;tVBtFLNPdRewTnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4knUrwJJtK/SWZ&#10;S/8kmUv/JJhL/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDVXxUAy2AnAMRf&#10;NgK+XkMFuFtOCbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxOnyOaTqglmE6z&#10;JpdOwieVTtYnk07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MFAPhaBADiXwMA&#10;2mIGANRjCQDNYxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMbnFZ6HppVgiCY&#10;VIoilVSSJJNTmyaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiHVP8oh1T/KIdU&#10;/yj/TAUA/1YBAOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVjUQ2hYVoSnV9h&#10;FppeaRmXXHAclVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfmLIFX9yuAWP8q&#10;gFj/KoBY/ymAWP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4At20dALBuLAGq&#10;bDkEpWpECKBoTg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiBW54qf1qqLH1a&#10;ty18WskuelrjLnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5kAADPagAAx24C&#10;AMBwBAC6cAwAsnEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNwHoVieCGCYX8k&#10;gGCIJn1fkSl7X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8rdGD/K3Rg/yv/&#10;UwAA6F4AANlnAADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuRblIQjGxZFIlq&#10;YBiFaWcbgmhuHn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j8i5uY/4tbmP/&#10;LG5j/ytuY/8rbmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgVAKJ5JACceDIC&#10;lnY9BpF0RwuMck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5csbWejLmtmsS9p&#10;ZsEwaWbbMGln8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADEcwAAu3gAALN6&#10;AACregQApHsSAJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVvcCBybngjb22B&#10;Jm1siylqbJYraGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/LGVr/yz0WwAA&#10;3WYAAMtvAADAdgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sNfnpTEnp4WhZ2&#10;d2EZc3VnHHB0bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9fb/stX2//LGBv&#10;/yxgb/8sYG//LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSEHQCOhCsBiIM2&#10;BIOCQAh+gEkMeX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWeLFt1qy5adLsv&#10;WXXRL1l07C5ZdPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAAr4MAAKaGAACc&#10;hgAAlIgMAI6JGQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1jf3IgYH56I119&#10;hCZafI8pWHucK1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5/yrhZQAAzHEA&#10;AL96AAC0ggAAq4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xMDWuKVBFniVoV&#10;ZIhhGGGHaBtehnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgqT4D/Kk+A/ylP&#10;gP8pT4D/KU+A/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7lSEAd5UtAXKV&#10;OARtlEIHaZNKC2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuLpSdJi7UoSIvK&#10;KEiK5ydJifcoSYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAAAJWUAACJlwAA&#10;fpoAAHebDgBznBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsXUJdzGk2WfR1K&#10;lYkfR5WVIUWVpCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTKdQAAu4EAALCL&#10;AACkkQAAmpUAAI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVikSwhVo1MLUqNa&#10;DU+iYRBNomgTSqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/Hzyb/x88m/8g&#10;PJv/IDyb/yDCfAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREAXK0fAFquKwBX&#10;rjYBVK5AA1GtSAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5q7AXOKvDFziq&#10;4Rc3qfMYN6f+GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+mAABzqwAAZ68A&#10;AFq0AABTtgwAUbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhrCTq4dQs4t4EM&#10;NreODjS3nQ8zt60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAApZUAAJqbAACO&#10;ogAAgqgAAHWtAABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8xEQBOsRNATjE&#10;VQI2xF0DNcRmBDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB/woowf8LKMH/&#10;CyjB/wuolQAAnZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0JADPOEQAyzxwA&#10;Mc8nADDQMQAv0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYCIdW5AiHV0gIg&#10;0+sCINL2Ax/R/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABUwwAASccAAD7L&#10;AAA10AEALdUGACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzjXgAb42oAGuR4&#10;ABjkiAEX5ZoBFuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakAAHuxAABuuQAA&#10;YcAAAFTGAABIygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYAFe4tABTvNQAT&#10;8D0AEfBGABDxUAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI9e0ACPXtAAj1&#10;7QCLqQAAfbIAAG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4BgAU+g0AEvsS&#10;ABD8FwAO/B0ADf0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+JAAD/mwAA/6sA&#10;AP+7AAD/zgAA/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAAJeEAABzlAAAU&#10;6QAAEfcAAA//AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA/zwAAP9HAAD/&#10;VAAA/2MAAP9zAAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8jKAH/ICsB/xwx&#10;Af8aPQH/GEkB/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKkAv8SqQL/Eq8C&#10;/xK2Av8SvQL/EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D9BP/A/QT/wP/&#10;JCcB/yYkAf8mJAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/F4gC/xePAv8X&#10;lgL/F5wC/xehAv8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y/wPuGP8E7hj/&#10;BO0Y/wXtGP8F7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNPAv8hWwL/H2YC&#10;/x1xAv8dewP/HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID8x3OA/Ad4QPs&#10;He4D6R75BOge/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/LiAA/y8pAP8v&#10;NAH/LD8B/ypLAv8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEjoQTvI6gE7iOu&#10;BO0jtgTrI78E6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/Cdok/wn/LhsA&#10;/zEXAP8yFgD/NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE7CqEBOoqiwTo&#10;KpIF5ymYBeYpngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrNKv8LzCr/DMsq&#10;/wzLKv8Myyr/DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2TQLsNFgC6DNj&#10;A+UybQTjMnYE4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDGCc0w2AnJMeoK&#10;xjH3DMMx/w7BMf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA/0MaAP9CIwD1&#10;QS4A7T46Aec9RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrINp0LxjWkDMU1&#10;rAzDNbUNwTXADcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2/xP/ORAA/z0L&#10;AP9DDQD/RxAA/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50CcM9ewvBPYMM&#10;vzyKDb08kA67PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8WqDz/Fqg8/xan&#10;PP8Wpzz/Fqc8/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJSkgCxEhTBMBH&#10;XQe8RmYJukRuC7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdAxBemQNkXo0Ht&#10;GKBB+xifQf8ZnkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJAONPDQDVTxUA&#10;zFEnAMVRNgG/UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0Vo0aVFqFFnhif&#10;RacZnkWyGpxFvxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/QgUA/0oBAPJQ&#10;AADhVAEA2VYFANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRObBCiTXMSn0x6&#10;FJ1MgRabS4kXmUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/HYpL/x2KS/8d&#10;ikv/HYpL/x3/RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsCqlpGBaZYUAii&#10;VlkLn1VgDpxTaBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCHTsghhU7iIYRP&#10;8yCDT/8gg0//H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNgBAC9Xg0AtWAa&#10;AK5hKgCpYDcCpF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJHIZTkh6EUpwf&#10;glKnIYBStCJ/UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA6VQAANpcAADM&#10;YQAAw2QAALxkAgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGLW2gTiVpvFoZZ&#10;dhiEWH0agViGHH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY/yF1WP8hdVj/&#10;IXVY/yH/TQAA5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9BJRlRweQZE8K&#10;jGJXDYhhXhCFX2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8lcFrVJW9b7SVv&#10;W/wjb1v/Im9b/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACsagQApGsSAJ5s&#10;IQCZbC8BlGs6A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNfih9wX5Qhbl6g&#10;I2xerSVrXrwmal7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0AAMtlAADAawAA&#10;t24AAK9vAACnbgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGASd2ZmFHVmbhdy&#10;ZXUacGR+HW1jiB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJlY/8iZWP/ImVj&#10;/yLrVQAA2GAAAMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVyQAWBcEgIfW9Q&#10;C3ltVw52bF4Rc2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bNJl9m6CZgZvkk&#10;YGb/I2Bm/yNhZv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAAlnYNAJB3GQCL&#10;eCcAhnczAoF2PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5hbI4hX2uaI11r&#10;pyVba7cmWmvKJlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBuAAC2dAAArHkA&#10;AKN7AACYeQAAkHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZhE2d1aBZkdG8Y&#10;YXN4G15ygR1ccYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8iV2//Ildv/yLf&#10;XwAAymkAALxyAACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNygEIFbn9KCGt+&#10;UQtofVgOZHxfEWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB24yNQdfUjUXX/&#10;IlF0/yFRdP8hUXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQDAH2FEAB5hh4A&#10;dYcrAXGHNgJthj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gcT36UH01+oiBL&#10;fbEhSn3EIkp94SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACqggAAoIYAAJWI&#10;AACHiAAAfIoAAHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeKYRBUiWgSUYhx&#10;FU+IehdMh4UaSoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/HkWC/x7KbQAA&#10;ungAAK+BAAClhwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgCXJVBBFmUSQZW&#10;lFAIVJNXClGTXgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/jfEaP4z9Gz+L&#10;/xs/i/8bP4v/Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWbBABgnBAAXZ0d&#10;AFueKQBYnjQBVZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqNEzyamxQ6mqsV&#10;OZq9FTma2RU5mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAAjZUAAIGaAAB1&#10;nQAAaKAAAFukAABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVBp18GP6ZoCD2m&#10;cgo6pn0LOKaKDTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh/xG0ggAAqIwA&#10;AJ2SAACSlwAAhpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEyAEGyOwA/skMB&#10;PbJLATuyUwI5slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJK6/5Ciuu/wsq&#10;rf8LKq3/Cyqt/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABCuAAAO7oKADi7&#10;EwA3vB4ANbwpADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/kQMmv6IDJL+0&#10;AyO/ywMjvugDI7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sAAGewAABbtQAA&#10;T7kAAES8AAA6wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sAIctVACDMXwAf&#10;zGwAHc16ABzNigAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKbmQAAj58AAIKm&#10;AAB1rQAAaLMAAFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXYGQAV2SIAFNkr&#10;ABPaNAAT2j0AEttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/tAAze9wAM3fsA&#10;DN37AAzd+wCSnwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAAHtUAABbaAQAR&#10;3gYAEOcNAA7nEgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB64AAAOqUAADq&#10;pwAA67wAAOvSAADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJAAA3zQAALdEA&#10;ACPWAAAb2wAAE98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUuAAD1NwAA9kIA&#10;APZOAAD2XQAA9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAAbbgAAGDAAABS&#10;yAAARM0AADfRAAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA/w0AAP4QAAD+&#10;FAAA/xoAAP8hAAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/rQAA/7MAAP+z&#10;AAD/swD/HCYA/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1Af8KfwH/CocB&#10;/wqOAf8KlQH/CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA9Qn2APMJ/wDy&#10;Cv8A8Qr/AfEL/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/E0QA/xFQAf8Q&#10;XAH/DmcB/w5yAf8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsOtQD6Dr4A+A7J&#10;APUO2wDyDuoA7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIcAP8hHAD/HyAA&#10;/x8pAP8cNAD/GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB+BKaAfYSoAH1&#10;EqYB9BKsAfMSswHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLgFf8C4BX/AuAV&#10;/wL/JRsA/yYXAP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfcacwH0GXwB8hmE&#10;AfEZiwHvGZEB7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1Atgb/wLVHP8D&#10;1Bz/A9Mc/wTSHP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA/SdDAPclTwHz&#10;I1oB7yJkAewhbgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHaIbgC2CHDAtUh&#10;0wLRIucCzSL0A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8wEAD/MxQA/zMb&#10;AP8yJQD6MDAA8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQAtEolgPPKJwD&#10;ziijA8woqwPKKLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8JuSr/Cbkq/wn/&#10;MA8A/zILAP82DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALNMG0CyzB1A8kw&#10;fAPHL4MExS+KBMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw+wqwMP8LrjD/&#10;C64w/wutMP8LrTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zktANI6PADNOkkB&#10;yDlUAcQ5XgLBOGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoKrzW0C641wQus&#10;NdQLqTbqDKY2+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDyQgUA6UIJAOU/&#10;DgDYPhYAzkAnAMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8hgqqO40LqTuV&#10;DKc7nQ2lO6YNozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/EZg8/xH/OgEA&#10;/0AAAO9FAADhSAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0FqkRkB6dDbAil&#10;QnMKo0J6C6FBgQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQQf8Uj0H/FI5C&#10;/xOOQv8TjkL/E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVOLQCvTjoBq01G&#10;AqdMTwSkS1gGoUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWoFIxFtBWLRcQW&#10;ikXcFohG8BaGRv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAAxlUAAMBTAwC7&#10;UQwAs1IZAK1TKQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+NS38Ri0qHEolK&#10;kBSHSZoVhUmlF4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L/xb/QwAA5kwA&#10;ANZTAADJWAAAwFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRYCI9SXwqMUmYM&#10;ilFtDohQdBCFT3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZdk//GXZP/xh2&#10;T/8Xdk//F3ZP/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCbXC8Al1s7ApJa&#10;RQOPWU0Gi1hVCIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRSqxpyUrobcVLN&#10;HHBS6BtwU/kacFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IAAK9hAACoXgIA&#10;oV8QAJtgHgCWYCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUSdld9FHRXhxZy&#10;VpEYb1acGm5WqRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnrTAAA2FYAAMhe&#10;AAC8YgAAs2UAAKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31fVwl6Xl0Ld11k&#10;DXVcaxBzXHIScFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/G2Va/xplWv8Z&#10;ZVr/GWVa/xnoTwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcAh2cyAYNmPQJ/&#10;ZUYEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxhXrQdYF7HHWBe&#10;4x1gXvUcYF7/G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNsAACZaQAAkmoL&#10;AIxqFgCHayQAgmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2FGRjgBZiY4sY&#10;YGKXGl5ipBxcYrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAAy18AAL1nAACy&#10;bAAAqXAAAJ9vAACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdra1cKaWteDGZq&#10;ZQ5kaWwRYWl0E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm/xpXZv8aV2b/&#10;Gldm/xrbWQAAx2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMqAHRzNQFwcz8D&#10;bXJHBWpxTgdncVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68cUWvBHFFr3BxR&#10;a/EbUmv+GlJq/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJdQAAgXYBAHp3&#10;DwB2eBsAcnknAG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVzeRNTc4QWUXKQ&#10;GE9ynhlNca0aTHG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoAALJyAACoeAAA&#10;nXsAAJB6AACEegAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAHWn1XCVd8XgtV&#10;fGUNUntuD1B6dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhHdf8XR3X/F0d1&#10;/xfJZQAAum8AAK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKGLABfhjYBXIY/&#10;AlmFRgNXhU4FVIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6FkCA0hZBf+0W&#10;QX77FkF9/xZBff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAAaokAAGSKAwBg&#10;jBAAXY0bAFuOJwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxCi30OQIqJDz6K&#10;mBE8iqcSO4q4EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWDAACZhwAAjIgA&#10;AH+JAABzjAAAZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dOA0WWVQRDll0F&#10;QZZlBj6Vbwg8lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8PNJD/DzSQ/w+1&#10;eAAAqoIAAJ6IAACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBGoCYARKAwAEOh&#10;OgBBoUIBP6FJAT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6gyQgun+cILZ33&#10;CS2c/wotm/8KLZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AAAE+kAABFpwAA&#10;PqkMADyqFAA6qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHECK6x/AyqsjgMo&#10;rJ4EJ6ywBCasxQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACEmQAAeJ4AAGui&#10;AABfpgAAU6oAAEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3QwAnt0wAJrhV&#10;ACS4XwAjuGsAIrh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/Ahu0/wKfjwAA&#10;lJUAAIibAAB7oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0AHcIUABzCHgAb&#10;wyYAGsMvABnEOAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAPx9QAEMbuABDE&#10;+gAQw/8AEMP/ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+AAArwQAAI8UA&#10;ABvJAQAUzAYAENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNiAAjTcgAG1IQA&#10;BdSYAATUqwAD1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAAWbgAAEy9AAA/&#10;wAAANMMAACrHAAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA3igAAN8xAADg&#10;PAAA4UcAAOJUAADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm5wCDpAAAdawA&#10;AGizAABauwAATcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQAAADlBwAA5g0A&#10;AOcRAADoFgAA6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wAAPOtAAD0uwAA&#10;9MgAAPTIAAD0yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO4AAACOMAAAHm&#10;AAAA6gAAAO4AAADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9QwAA/lIAAP9j&#10;AAD/dgAA/4kAAP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkrAP8GNwD/A0QA&#10;/wBRAP8AXQD/AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA+wCsAPkAswD3&#10;ALsA9QDFAPMA0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/GSAA/xgdAP8V&#10;HQD/EB8A/w4pAP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8DjQD9ApMA+wKZ&#10;APkCngD3AqQA9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/AOYG/wDmBv8A&#10;5gb/AOYG/wD/HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA/wtqAP0LcwD7&#10;C3wA+QqDAPcKigD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDkCeIA4grwAN8L&#10;+wDeDP8A3A3/ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8YLAD/FTgA/xNE&#10;AP4SUAD5EVsA9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+lAOMPrADhD7QA&#10;4A++AN4PzADaEOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA/yIPAP8hDwD/&#10;IhQA/yIcAP8gJwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDeFogA3BaPANsW&#10;lQDZFpsA1haiANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb/wLAG/8CwBv/&#10;AsAb/wL/Jg4A/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9bANkeZQDVHm0A&#10;0h91ANAffQDOH4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYBvCLqArki+AO2&#10;Iv8DtSP/A7Qj/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDoKCIA4CYvANkm&#10;PQDSJ0oAzSdVAMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArknoAK3J6kDtiiz&#10;A7QovwOzKM8DsCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAAAP8zAgD2NAYA&#10;7zIKAOguEADcLBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gCsy9/A7EvhgOw&#10;L40Dri6UBK0unASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wicMf8InDH/CJwx&#10;/wj/MAAA/zUAAO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4VAGwN10CrTdk&#10;Aqs2bAOpNnMEqDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXdCZY27wqUNv0K&#10;kzf/CpI3/wqSN/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8Auz4dALU/LACx&#10;PzoArT9FAak/TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmVOpwKkzqmC5E6&#10;sguQO8AMjjvVDIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxFAADOSQAAxUkA&#10;AL9GAgC6QwwAs0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFwB5JBdgiQQH4J&#10;jkCGCo1AjguLQJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8OgEL/DoBC/w76&#10;OwAA5UQAANNLAADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKVSU8DkklXBJBI&#10;XgWOR2UGi0drB4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF5hF5RvcReEb/&#10;EHhG/xB4Rv8PeEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4RAJ5PIACZUC0A&#10;lVA5AZJPQwGOTkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEPeEmcEHZJqBJ0&#10;SbYSc0nIE3JK4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9VwAAtFgAAKxX&#10;AAClUgEAnlMPAJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtPawl5T3ILd057&#10;DXVOhA5zTY4QcU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/EWtO/xHoRgAA&#10;01AAAMRWAAC5WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UCf1ZNA3xVVAV5&#10;VFsGd1RhCHVTaAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVlUvIUZVL/E2VS&#10;/xJlUv8SZVL/EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1bFgCIXCMAhFwv&#10;AIBbOgF9W0MCeVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWVEmNVoRRiVa8V&#10;YVXBFmBV2xZgVvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAAqGMAAJ1hAACV&#10;XQAAjV4JAIdeEwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRa&#10;fA9iWocRYFmTEl5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ/xLcUAAAx1kA&#10;ALpgAACvZAAApGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JGAmxhTQRqYVQF&#10;Z2BaB2VgYQhjX2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4VV138FFdd/xNX&#10;Xf8SV13/Eldd/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4ZhoAdGcnAHFn&#10;MgBuZzsBa2ZDAmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRinBNTYqoVUmK7&#10;FVFi0hVRYe0VUmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsAAJBqAACFZwAA&#10;fWkAAHdqDQBzaxcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJWGltC1Vodg1T&#10;aIEPUWeNEU9nmhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLMWgAAvGMAALBq&#10;AAClbwAAmG4AAIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5xRgJccE0DWXBU&#10;BVdwWwZVb2IIU29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6Ekhr/xJIav8R&#10;SGr/EUhq/xHHXgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREAY3YdAGB3KABe&#10;dzMAW3g8AVl3QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9Dc6UQQnO2EUFz&#10;yxFCcugRQnL4EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2AAB1dgAAaXgA&#10;AGN6AgBefA4AXH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1lBkZ9bghDfHkK&#10;QXyGCz97lA0+e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAAr3IAAKR5AACW&#10;egAAiHoAAHx6AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFKh0QBSIdLAkaH&#10;UwJEhloDQoZiBECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB/ww2gP8MNoD/&#10;DDaA/wy2bwAAqngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4QAEiPGgBHjyUA&#10;RZAvAESQOABCkEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54HMI6vBy+Owwcv&#10;juEHL4z0CC+L/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABligAAWo4AAE+S&#10;AABGlQAAQZgMAD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGaZAEvmm8CLZp7&#10;AiyaigMqmpoDKZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUAAJKJAACEigAA&#10;dowAAGqPAABekwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIALKU6ACulQwAq&#10;pUsAKaVUACilXgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIeof8CHqH/Ah6h&#10;/wKihgAAl4wAAIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiuBwAkrxAAI68X&#10;ACGvIQAgsCkAH7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKiABSytgATss4A&#10;E7HrABOv+QATrv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAARawAADuwAAAx&#10;sgAAJ7UAACC4AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAOvlcADb5lAAy/&#10;dAALv4YACr6ZAAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqfAABspQAAYKoA&#10;AFOvAABHswAAPLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskcAAXJJAAEyiwA&#10;A8o2AALKQAAAy0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8AAMzxAADM8QCK&#10;mgAAfKEAAG+nAABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAKzgAABNICAADT&#10;CgAA0w8AANQUAADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADdkQAA3aQAAN62&#10;AADeyAAA3t4AAN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcAABvLAAATzwAA&#10;DdIAAAfWAAAA2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEAAOo9AADsSwAA&#10;7FoAAO1sAADugAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABLwAAAPcUAAC/J&#10;AAAkzQAAGdEAABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADtCwAA7w8AAPAT&#10;AADyGgAA9CMAAPcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6vAAD+rwD/EB8A&#10;/w4dAP8KHQD/ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A/gCGAPwAjAD7&#10;AJIA+QCXAPgAnAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDsAP8A6wD/AOoA&#10;/wDqAP8A6gD/AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8AVgD/AGEA/wBr&#10;AP0AcwD6AHsA9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6AOgAxgDnANYA&#10;5QDoAOQA9QDjAP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA/wsiAP8ILQD/&#10;BDkA/wFGAP8AUQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDnAJwA5gChAOQA&#10;qADjAK8A4QC4AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD/wD/GBMA/xUQ&#10;AP8SDwD/EhUA/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6AOQFgQDiBYcA&#10;4AaNAN8GkgDdBpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8AyAz/AMcM/wDH&#10;DP8Axgz/AMYM/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDoDVIA5Q1cAOEN&#10;ZQDeDW0A2w11ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgOwADGDs8AwxDm&#10;AMAR9QC9Ev8AvBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0SAPgaGwDuFiYA&#10;5hQzAOATPwDaE0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEAwRaYAMAWnwC+&#10;FqcAvBewALsXvAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/IgQA/yIAAP8l&#10;AgD8JAcA9yEMAOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwfcQC6H3gAuR9+&#10;ALcfhQC2H4wAtB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/AqIj/wKiI/8C&#10;oSP/AqEj/wL/JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8AuidKALcnVAC0&#10;J10AsidkALAnbACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKgKMECnyjVApwp&#10;7AOaKvoDmCr/BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwtBgDGKhAAvi0e&#10;ALguLACzLzoAry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6JApsukQOZLpoD&#10;mC6kBJYvrwSVL70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA6jUAANw6AADO&#10;PQAAxjwAAMA3AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZNmgClzVvApU1&#10;dQOUNXwDkjWEBJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3/weDN/8Hgjf/&#10;B4I3/wf0MgAA4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07AJk9RQCWPU4B&#10;lDxWAZI8XQKQPGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJfjvGCX074Ql7&#10;PPMJezz/CXo8/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACpQQQAo0ERAJ1C&#10;HgCYQysAlUM3AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/hAd8P44Iej+Z&#10;CXg/pQp3QLIKdUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUAAMVLAAC6TgAA&#10;sE4AAKdLAACiRgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwDfkViBHxFaQR6&#10;RXAFeER4BnZEgQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtrRv8Ka0b/CmtG&#10;/wrlQAAAz0kAAMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRMOgCBTEMBfktL&#10;AXtLUgJ5SlgDd0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9DWZJ1A5lSe0N&#10;ZUr8DGVK/wtlSv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAAjk4JAIlPFACF&#10;UCAAgVAsAH5QNwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhnTYUKZU2RC2RM&#10;nQxiTasNYU27DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlWAACuWQAAolgA&#10;AJhWAACQUQAAiVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZA2lSYARnUWcG&#10;ZVFvB2NReAhiUYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8MW1H/C1tR/wvW&#10;SgAAw1MAALZZAACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBwVzoAbVdCAWpX&#10;SQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZVzA9WVekOVlX5&#10;DVZV/w1XVP8MV1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kAAHlaDQB0WxcA&#10;cVsjAG5bLgBrWzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8KVlmLC1RZmA1T&#10;WKYOUlm2DlFZyg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACjYQAAlmAAAItf&#10;AACBWwAAeV0AAHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tfWgRZXmEFV15p&#10;BlVecghTXn0JUV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/DE5c/wzJVAAA&#10;uVwAAK1jAACfYwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIAXmQ7AFxkQwFa&#10;ZEoCWGRRAlZkWANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1HYuQNSGH2DEhh&#10;/wxIYP8LSWD/C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhmBQBjZxAAYGga&#10;AF1pJQBbai8AWWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iECUZokgpEZ6EL&#10;Q2exDEJnxQxCZ+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAAiWkAAH1pAABx&#10;aQAAZ2oAAGJsAQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJKcFoDSHBiBEZv&#10;awVEb3UGQm+CB0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r/wq6YAAArWkA&#10;AKBuAACRbQAAhG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcxAEt4OQBJeEEA&#10;SHhJAUZ4UAFEd1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4IN3TyCDdz/gg3&#10;cv8IN3L/CDdy/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABOewUASn0PAEh+&#10;GABGfyMARX8sAEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/igQyf5oFMX6q&#10;BjB+vQYwftoGMH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYAAG53AABjeQAA&#10;V30AAE+BAABHhAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8ANIlYATOJYQEx&#10;iWwBL4l4Ai2JhwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSqdAAAnnsAAI56&#10;AACAegAAdHsAAGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGSKQAwkzIALpM6&#10;AC2TQQAsk0oAK5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLsASCQ+gIgj/8C&#10;II//AiCP/wKkfAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAAMpkAACqcCQAo&#10;nREAJp0ZACWdIgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAan40AGJ+fABef&#10;sgAWn8kAFp7oABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuPAABQkwAARpgA&#10;ADycAAAzoAAAK6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pDABOrTQASq1gA&#10;EatlABCrdAAOq4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAAiYwAAHqNAABs&#10;kQAAYJUAAFSaAABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAMthYAC7YfAAq2&#10;JwAJti8ACLY5AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC25QAAtfEAALX3&#10;AAC19wCPkQAAgZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgAABO7AAAOvQAA&#10;CcAFAAPBDQAAwREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8AAMWBAADFlQAA&#10;xagAAMW8AADE0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3tgAALLkAACK8&#10;AAAZvwAAEcIAAAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQLQAA0jgAANRE&#10;AADUUgAA1WEAANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYAAGCtAABTswAA&#10;RbgAADi8AAArvwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUAANsLAADcDgAA&#10;3hMAAN8ZAADhIQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA6roAAOrDAADq&#10;wwBwqAAAYq8AAFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADdAAAA4QAAAOMA&#10;AADkAAAA5gAAAOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhUAAD5ZgAA+XoA&#10;APqOAAD6ngAA+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A/wBLAP8AVwD/&#10;AGIA/wBrAP8AcwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDxALAA7wC4AO4A&#10;wwDsANEA6wDmAOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8BFAD/ABgA/wAi&#10;AP8ALgD/ADsA/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCPAO4AlADsAJoA&#10;6wCfAOkApQDoAKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A3AD/ANwA/wD/&#10;EBMA/w0RAP8GEAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDsAHIA6gB5AOgA&#10;fwDnAIUA5QCLAOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA7QDQAPkAzwD/&#10;AM4A/wDNAP8AzQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8AO8ASQDqAFMA&#10;5wBdAOQAZgDhAG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYAzACuAMoAuADI&#10;AMQAxgDXAMUA6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/EA4A/w4UAP8K&#10;HgD1BikA6wQ2AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkFiADHBY4AxgWU&#10;AMQFmwDCBaMAwAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/ALQM/wD/FwQA&#10;/xQAAP8WAwD/FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIAxA1qAMINcQDA&#10;DXcAvw19AL0OgwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCrEvoAqRL/AKgT&#10;/wCnE/8ApxP/AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgSNADEE0AAvxRL&#10;ALwUVAC5FV0AtxVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRemAKcYsACmGL0A&#10;pBjPAKIa5wCfGvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA1CEBAM8bCADK&#10;FxEAwhogALwcLQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCjH4AAoh+HAKAg&#10;jwCfIJgAnSCiAJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj/wH/IgAA6ykA&#10;AN0uAADPLwAAxy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCdaAJ4nYQCcJ2cA&#10;mydtAJkndACYJ3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIChyr/AoYq/wKG&#10;Kv8Chir/AoYq/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCiLi8Ani46AJsu&#10;RACYL00Ali9VAJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUvpQODL7IDgi/C&#10;A4Ew2gN/MO8DfTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwAAKw4AACnMwQA&#10;ojIRAJ00HQCZNSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHICgjR5AoA0ggJ+&#10;NIsDfTSWA3s1oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTnNQAA0j0AAMNC&#10;AAC4RAAArEIAAKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7UwGAOloBfjpg&#10;AX06ZwJ7Om4CeTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6Bmw8/wVsPP8F&#10;bDz/BWw8/wXiOQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEAhUAtAIJANwB/&#10;QEAAfUBIAHtATwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZpP6kGaD+4B2dA&#10;zAdmQOgHZkD5BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdHAACRQwAAi0MI&#10;AIZDEgCCRB4AfkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0NvA2lDdwRnQ4EF&#10;ZkONBmRDmQZiQ6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAAw0kAALZOAACn&#10;TwAAm00AAJJLAACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFsSFABakhWAWhI&#10;XQJmSGQCZUhsA2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ/wdaSP8GWkj/&#10;BlpI/wbRRQAAv0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwjAG9MLQBtTTYA&#10;akw/AGhMRgBmTE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMIVkyyCFVMxglV&#10;TOIJVUz1CFVM/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACBTQAAek4AAHVP&#10;DABwTxUAbVAgAGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQcARXUHoFVVCG&#10;BlRQkwdSUKEIUVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMAAKtXAACcVgAA&#10;j1UAAIVUAAB8UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgBWlRPAVlUVgFX&#10;VF0CVlRlA1RUbgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdMU/8HTVP/Bk1T&#10;/wbFTgAAtlYAAKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBYJABdWC4AW1k3&#10;AFlZPwBXWUYAVllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiuCEdYwAhHWN0I&#10;R1jyCEdX/wdIV/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAAa1kAAGVaAwBg&#10;Ww4AXVwXAFpcIQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJXXQER12ABUVd&#10;jQZEXZwHQ12sB0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9fAACQXgAAg14A&#10;AHhdAABtXAAAZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNIAEtjTwFJY1YB&#10;R2NeAkVjZwJEY3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8GPmD/Bj5g/wa5&#10;WQAAq2EAAJphAACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBMaCQAS2ktAElp&#10;NgBIaT4ARmpFAEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdougU3adMFN2ju&#10;BTdn/AU4Zv8FOGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgAAFJqAABNbAQA&#10;SW4OAEduFgBFbyAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwCNnB4AjVwhgMz&#10;cJUDMnCmBDFwuAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACBaAAAdWkAAGtp&#10;AABgawAAVW4AAE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5RQA2eU0ANXlV&#10;ADN5XgAxeWgBMHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/Ayp0/wOqagAA&#10;mm0AAIlsAAB8bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYAM4EgADKBKAAw&#10;gTAAL4I4AC6CQAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEigskBIoHnASJ/&#10;9wEifv8CIn3/AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOAAAA7gwAAM4YA&#10;AC2JCgAqihEAKYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41rAB2NeQAcjYoA&#10;G42cABmNrgAYjMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAAZXkAAFp8AABQ&#10;gAAARoQAADyJAAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAYmDoAF5hDABaY&#10;TQAVmFgAFJhkABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU/wCVfQAAhXwA&#10;AHh8AABrfgAAX4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIMABCjEgAQoxkA&#10;D6MhAA6kKQAOpDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QAA6LLAAOi5gAD&#10;ofMAA6H7AAOh+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAmogAAHqUAABeo&#10;AAARqwAADK4HAAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACwYQAAsHEAALCD&#10;AACvlwAAr6oAAK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgAAEWdAAA7ogAA&#10;MKYAACeqAAAergAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEAALwoAAC8MQAA&#10;vTwAAL5IAAC+VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/kgAAcJUAAGKa&#10;AABVnwAASaUAAD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADFBAAAxgoAAMYO&#10;AADHEgAAyBgAAMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+mAADPuAAAz8gA&#10;AM/bAADP2wB3nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAABscAAADKAAAA&#10;zgAAANAAAADRAAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA40sAAORcAADk&#10;bwAA5YMAAOWYAADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjAAAAcxAAAEsgA&#10;AAzLAAADzwAAANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgNAADpEQAA7BgA&#10;AO4iAADxLgAA8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA/wAVAP8AFQD/&#10;ABgA/wAjAP8ALwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2AIgA9QCOAPQA&#10;kwDyAJgA8QCeAPAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA/wDkAP8A5AD/&#10;AOQA/wD/BxMA/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBjAPQAawDyAHIA&#10;8AB5AO8AfwDtAIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA3ADaANoA7ADY&#10;APkA1gD/ANYA/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8ADIA9wA/APQA&#10;SgDxAFUA7QBeAOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgAnADVAKMA0wCr&#10;ANEAtQDOAMEAzADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYIAP8CCgD/AA8A&#10;/wAVAPwAIADxACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA0ACAAM4AhgDM&#10;AIwAywCSAMkAmADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6AP8AugD/ALoA&#10;/wD/DgUA/wkAAP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4AWwDLAGMAyABq&#10;AMYAcADFAHYAwwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDIALEA3wCwAe8A&#10;rwH7AK4C/wCtA/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A0gMrAMwDNwDI&#10;BEMAxARNAMEEVgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCvB5kArQehAKsH&#10;qwCpCLcAqAnGAKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwTAADiEwAA2w8D&#10;ANYJCwDOCBQAxgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5xAKoOeACoDn4A&#10;pw+FAKUPjQCkD5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8AlRT/AJQU/wD/&#10;FQAA7RsAAOAfAADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCmFVIApBZZAKIW&#10;YAChFmYAnxZsAJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa2ACNG+4Aixz9&#10;AIoc/wCKHP8AiRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoVAKgcIwCkHS8A&#10;oR46AJ4eRACbHkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0AiiCXAIkhogCH&#10;Ia4AhiK9AIUi0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8MQAAsS4AAKsp&#10;AACnJAUAoyMRAJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgnaQCGJ28AhSd3&#10;AIMnfwCBJ4kBgCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/AXUq/wHlLAAA&#10;0DQAAME4AACzOAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMAhS1KAIMtUQCB&#10;LlgAgC5eAH4uZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJvMOUCbjH3Am0x&#10;/wJtMf8CbTH/Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwxFACHMiAAhDMr&#10;AIEzNQB/Mz4AfTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSMAmw0mAJqNaUC&#10;aTWzA2g1xgNnNuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAAmz8AAJM8AACN&#10;OAAAiDYHAIQ3EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBsOWQBazlrAWk5&#10;dAFoOX4CZjmJAmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87/wLROwAAwEIA&#10;ALBFAAChRAAAlUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/AGw9RgBrPU0A&#10;aT1TAGc9WgBmPWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90EWT/yBFk//wNZ&#10;P/8DWT//A1k//wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABzQBUAb0EgAGxB&#10;KgBqQTMAaEE7AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hCkANXQp4EVkOt&#10;BFVDvwRUQ9oEVEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkAAINHAAB9QwAA&#10;dkMAAHFECgBtRBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsBWUZjAVdGbAFW&#10;RnYCVEaBA1NGjgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPERQAAtU0AAKNN&#10;AACVTAAAiUsAAH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJPQBZSUQAV0lK&#10;AFZJUQBVSlkBVEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvuBEtL/QRLSv8D&#10;S0r/A0tK/wPBSAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4AX0wXAFxNIQBa&#10;TSoAWE0yAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNITpkER0+oBEZP&#10;ugRGT9EERk/tBEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQAABuTAAAZ04A&#10;AGJPAABdUA0AWlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNdAUlTZQFIU28C&#10;RlN7AkVTiQNDU5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAAqlQAAJhUAACJ&#10;VAAAfVMAAHNTAABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBLVzwASldEAEhX&#10;SwBHWFIARlhaAURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX+gM9Vv8DPVb/&#10;Az1W/wO2UwAApVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQAExaGABKWyEA&#10;SFwqAEdcMgBFXDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMCOF2jAzddtQM2&#10;XcsDNlzoAzdc+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABgWgAAVlsAAFFd&#10;AABMXgIASGANAEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADljXgA4Y2gBNmN0&#10;ATVjgQEzY5ECMmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10AAIpdAAB8XQAA&#10;cF0AAGZdAABcXgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIAN2o6ADZqQQA1&#10;akkANGpSADNqWwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIrZ/8CK2f/Aitn&#10;/wKpYQAAlWAAAIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZvDgA0cBUAM3Ae&#10;ADJxJgAwcS4AL3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKcASNyrgEjcsMB&#10;I3HiASNw9AEjb/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAASWwAAEJvAAA7&#10;cgAANHUAAC54CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAhe1wAIHtoAB98&#10;dgAdfIYAHHuYABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlpAABtaQAAY2oA&#10;AFlsAABPbwAARXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUqABuFMQAahTkA&#10;GYVCABiGTAAXhlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsAEoL/ABKB/wCR&#10;bgAAgW0AAHRuAABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAajQYAFY8NABOQ&#10;EwASkBoAEpAiABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQnwAHkLMAB4/J&#10;AAeP5gAHjvQACI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYAADCKAAAojgAA&#10;IZEAABqVAAATlwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgAAJ1UAACdYgAA&#10;nHIAAJyEAACclwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABcfgAAUYIAAEaH&#10;AAA8jAAAMpEAACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACoHAAAqCMAAKgr&#10;AACpNAAAqT8AAKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfvAACn8wB9gAAA&#10;b4EAAGGEAABViQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAAALIAAACzBwAA&#10;swwAALMQAAC0FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAAuJcAALiqAAC3&#10;vgAAt9IAALfmAAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmvAAARswAAC7YA&#10;AAS5AAAAvAAAAL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0AADIQgAAyVEA&#10;AMliAADJdQAAyYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAAOqsAAC+wAAAk&#10;tQAAGbgAABC8AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA0A0AANEQAADT&#10;FgAA1h4AANooAADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADgwwBmnwAAWaYA&#10;AEytAAA/tAAAMrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgAAADZAAAA2wAA&#10;AN0AAADfAAAA4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sAAPOAAAD0lAAA&#10;9KMAAPSuAAD0sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFoA/gBjAPsA&#10;awD5AHIA9wB4APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgAuADmAMUA5QDb&#10;AOMA7QDiAPsA4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAbAP8AKAD/ADQA&#10;/gBBAPsATAD3AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A4wCVAOEAmwDg&#10;AKIA3gCqANsAtADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/AA0A/wAJAP8A&#10;CgD/AA8A/wAWAPsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4AdQDcAHoA2gCA&#10;ANgAhQDVAIsA0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+AMIA/wDBAP8A&#10;wgD/AMIA/wD/AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA2wBUANUAXADS&#10;AGMAzwBqAM0AcADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7ALYAuQDEALcA&#10;2gC2AO0AtAD6ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUAFgDeACIA1wAv&#10;ANEAOwDNAEUAygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCHALUAjgCzAJUA&#10;sgCeALAApwCuALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA/wUAAPEDAADo&#10;AAAA4QAHANUAEADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCwAGoArwBwAK0A&#10;dgCsAHwAqgCCAKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE/wCaBf8AmgX/&#10;AJkF/wD/CgAA8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVCAK0GSgCqBlIA&#10;qAdZAKYHXwClB2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwAlQu6AJMLzACS&#10;DOUAkA32AI8O/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3Cg0AsQsXAKwN&#10;JACoDjAApQ47AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQgQCQEIoAjxGU&#10;AI0RnwCLEaoAihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEAAMolAAC7IgAA&#10;sR8AAKsaAACpFAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sAjBdhAIsXZwCJ&#10;F20AiBd0AIYYfACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4Hf8AeB3/AHgd&#10;/wDlIgAA0CkAAL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIweOQCJHkEAhx9J&#10;AIUfUACDH1YAgh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKyAHMjwwByI98A&#10;cCTzAG8k/wBvJP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAAkCMKAIwjEwCI&#10;JB8AhCUqAIIlNACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABxJ30AbyiIAG4o&#10;lABsKKEAaymvAWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82AAChNQAAljQA&#10;AJAwAACKLQAAhyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxUAG4sWgBtLGEA&#10;ay1oAGotcABoLXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8BXzD/AV8w/wHN&#10;NAAAvDsAAKk6AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBvMTQAbTE8AGsx&#10;QwBqMUoAaDJQAGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1uwFaNdIBWTXt&#10;AVk1/AFYNf8BWDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQAAHQ0CwBwNRMA&#10;bTUdAGo1JwBoNjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQBWTh/AVc4jAFW&#10;OZkBVTmoAlQ5uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACSQAAAhj8AAH49&#10;AAB4OgAAczgAAG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7UABYO1cAVztf&#10;AFY8ZwBUPHEBUzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/AU49/wHAPwAA&#10;rkMAAJxDAACOQwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikAWj4xAFg+OQBX&#10;PkAAVT9GAFQ/TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJQssCSULoAklC&#10;+QJJQf8CSUH/AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNBAQBfQQ0AXEEU&#10;AFlCHQBXQiYAVUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4AUhFhQFHRZQB&#10;RUWjAkVGtAJERskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAAe0cAAHJGAABq&#10;QgAAY0MAAF5EAABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdI&#10;YQBGSWsAREl2AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI/wG2SQAAokoA&#10;AJFKAACDSgAAd0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASkspAElLMQBHSzgA&#10;Rkw/AEVMRgBETE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYCOk7kAjtN9gI7&#10;Tf8BO0z/ATxM/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQTQUATE4OAElP&#10;FQBHTx4ARU8mAERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlSfwE4Uo4BN1Ke&#10;ATZSrwE1UsQBNVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8AAGZPAABcTgAA&#10;VE8AAE9RAABKUgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkAOVdRADhXWgA2&#10;V2MANVdvADRXfAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGoUgAAlVIAAIRS&#10;AAB3UgAAbFIAAGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhbJwA3XC8ANlw2&#10;ADVcPgA0XEYAM11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3eASpc8gEqW/4B&#10;K1v/ASta/wGjVQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAAOl8EADZgDQA0&#10;YRMAMmIcADFiIwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAmZIYAJWSXACRk&#10;qQAjZL0AImTaACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpaAABQXAAASF4A&#10;AEFgAAA6YwAANGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtGACNrTwAibFkA&#10;IGxlAB9scgAebIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAAg1wAAHVcAABp&#10;XQAAX10AAFZeAABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAfcyEAHnMoAB10&#10;MAAcdDgAG3RAABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz7AAScvoAE3H/&#10;ABNx/wCOYAAAfWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUAACJ4AAAcewcA&#10;F30OABZ9EwAVfRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gADH+KAAt+nQAK&#10;frAACX3GAAp95AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABCbwAAOXMAADF3&#10;AAAqegAAI34AAByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJPQAGiUgABYlU&#10;AASJYQACiXEAAYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoAAGdrAABbbAAA&#10;UHAAAEZ0AAA8eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEAAJQWAACUHQAA&#10;lCQAAJUsAACVNQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAAkuYAAJLyAACS&#10;9wB4cAAAbXAAAGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+XAAAKmgAABJ0D&#10;AACeCQAAnw4AAJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNxAACjhAAAopkA&#10;AKKtAAChwgAAodwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAAJJUAABuaAAAU&#10;ngAADqEAAAmkAAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAAsC0AALE5AACx&#10;RgAAslUAALJmAACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKHAABGjQAAO5MA&#10;ADCZAAAmngAAHKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkIAAC6DAAAuxAA&#10;ALwUAAC9GwAAvyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwAAMTLAADE2gBl&#10;iQAAWI4AAEuVAAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAAwwAAAMQAAADF&#10;AAAAxgAAAMcAAADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZXwAA2nMAANqK&#10;AADbngAA264AANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4AAATCAAAAxQAA&#10;AMkAAADNAAAA0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8AAOUWAADoIAAA&#10;7C0AAO0+AADtUQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/ABIA/wAdAP8A&#10;KQD/ADUA/wBBAP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4AiQDtAI8A6wCV&#10;AOoAmwDoAKIA5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/AN4A/wD/AA0A&#10;/wAKAP8ACQD/AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA6QBvAOcAdQDl&#10;AHoA4wB/AOIAhQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDNAPQAywD/AMsA&#10;/wDLAP8AywD/AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsAQgDnAEwA5ABV&#10;AOAAXQDdAGQA2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwChAMUAqgDDALUA&#10;wQDDAL8A2gC+AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA8QAQAOoAGgDk&#10;ACUA3wAxANsAPADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDAAIAAvgCGALwA&#10;jQC6AJQAuQCcALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A/wD/AAAA/wAA&#10;AP0AAADuAAEA4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBfALgAZQC2AGoA&#10;tABvALMAdQCxAHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIAoQDzAKAA/gCg&#10;AP8AoAD/AKAA/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2ADoAtABDALEA&#10;TACuAFMArABZAKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwAnQCaAKcAmAC0&#10;AJYAwwCVANwAlADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUAALwACgC2ABEA&#10;sQAcAK4AKACqADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAAlwB2AJUAfgCT&#10;AIYAkgGPAJABmQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDvDwAA3hQAAMoV&#10;AAC8EgAAsxAAAK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJVACRCloAkApf&#10;AI4KZQCNCmsAiwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7vAHwP/QB7D/8A&#10;exD/AHsQ/wDmFwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUAkQ8vAI8QOQCM&#10;EEEAihBIAIgQTwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4EqAAdxOuAHUT&#10;vgB0FNUAcxXuAHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYeAACSGQAAkRQL&#10;AI0UFACJFR8AhhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhpAHQYcQBzGXoA&#10;cRmEAG8akABuGp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAAvSoAAKsqAACd&#10;KgAAkygAAI0lAACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQByH0sAcR9RAG8f&#10;WABuH14AbB9lAGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk+gBfJP8AXyT/&#10;AF8k/wDKLAAAti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMgAHEkKQBvJDIA&#10;bSQ6AGslQQBqJUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcAWymlAFoptQBa&#10;KsoAWSrnAFgq+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5LQAAdSoAAHIo&#10;CgBvKBIAaykbAGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFssZgBZLG8AWC16&#10;AFcthwBWLpUAVC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYAAJk2AACLNgAA&#10;gTUAAHkzAABzMQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AAWS9GAFgvTQBX&#10;MFMAVjBbAFQxYwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBMNP8ATDT/AEwz&#10;/wC7OQAApjkAAJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwzHgBaMyYAWDMu&#10;AFYzNQBVNDwAUzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTifAEg4sAFHOMMB&#10;RzjhAUc49QFHOP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAAZDYAAGA2AABc&#10;NgsAWTcSAFY3GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBIOmgARzpzAEY7&#10;gABFO44ARDyeAEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+AAB/PgAAdT4A&#10;AGw9AABmOgAAYDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9AEc8RABGPUsA&#10;RT1TAEQ+XABDPmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8BPj//AT4//wGu&#10;QAAAmkAAAIlBAAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJPx0AR0AlAEZA&#10;LABEQDMAQ0A6AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlEqwE5RL4BOETb&#10;ATlE8QE5Q/4BOUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAAAFFCAABNQgIA&#10;SUMMAEZDEgBERBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EAOEdsADdHegA2&#10;SIkANUiZADRIqgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1RgAAakYAAGFF&#10;AABZRAAAUUQAAExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhKPQA3S0QANktM&#10;ADVLVQA0TF8AM0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/ADBL/wChRwAA&#10;jkgAAH5IAABxSAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUAN04dADZPJAA1&#10;TysAM08zADJQOgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgApUrkAKFLSAClR&#10;7gApUPwAKlD/ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENPAAA9UAAAOVIC&#10;ADVTDAAzVBIAMVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dkACZXcgAlV4EA&#10;JFeSACNXpAAiV7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAAX08AAFZPAABN&#10;UAAARVIAAD9TAAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAkXToAI11DACJd&#10;TAAhXVYAIF5hAB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb/wCQUQAAflEA&#10;AHBRAABkUgAAW1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMRACFjGAAfZCAA&#10;HmQnAB1kLgAcZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEAEmXIABJk5wAT&#10;Y/cAFGL/ABRi/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAwYgAAKWQAACNn&#10;AAAdagcAGWwOABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9uZQAObnUADW6H&#10;AA1umgAMba0AC23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoAAEpcAABBXwAA&#10;OWMAADFmAAAqaQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoAC3czAAp3PAAJ&#10;d0cACHdSAAd3XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7XQAAbV0AAGJe&#10;AABZXgAATmAAAEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmBDAAFgREAA4EW&#10;AAKBHQABgSQAAIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0AACAywAAf+cA&#10;AH7yAAB++QB0YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAAF4AAABGDAAAN&#10;hgAACIkEAAKLCgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAAjmAAAI5xAACO&#10;hQAAjpkAAI2tAACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2AAAvewAAJn8A&#10;AB6EAAAWiAAAEIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJofAACbJgAAmzAA&#10;AJw7AACcSAAAnFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAAXm8AAFFyAABG&#10;dwAAO3wAADGCAAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAAowYAAKQLAACl&#10;DgAAphIAAKcXAACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACrrwAAq8MAAKvZ&#10;AACq6ABkdQAAV3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacAAACqAAAArgAA&#10;ALAAAACwAAAAsQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEAAL1SAAC9ZAAA&#10;vnkAAL6QAAC9pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAXpAAAEKkAAAmu&#10;AAAAsgAAALYAAAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADHDgAAyRMAAMsc&#10;AADOJgAA0DUAANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMAAD2aAAAwogAA&#10;JagAABquAAARtAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAAANAAAADSAAAA&#10;1AAAANgAAADaBgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA65sAAOyoAADs&#10;sgD/AA0A/wALAP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYAYgDzAGkA8QBv&#10;APAAdQDuAHoA7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDLANsA5gDZAPcA&#10;2AD/ANgA/wDXAP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA9wA4APQAQwDw&#10;AE0A7QBVAOoAXQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDTAJkA0QCgAM8A&#10;qgDNALUAywDEAMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8AAAD/AAoA+AAR&#10;APEAHADsACcA6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1AMoAegDJAH8A&#10;xwCFAMUAjADDAJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8AtgD/ALYA/wD/&#10;AAAA/wAAAP0AAADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDEAFkAwgBfAMAA&#10;ZQC+AGoAvABvALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsAyACpAOMAqAD1&#10;AKcA/wCnAP8ApwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAmAL8AMQC8ADsA&#10;ugBEALcATAC0AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkApACRAKIAmwCg&#10;AKUAngCyAJ0AwQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADRAAAAxgAEAL0A&#10;DQC3ABUAswAgALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4AaQCdAG4AmwB1&#10;AJoAewCYAIMAlgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/AIwA/wDzAgAA&#10;4gcAAMwHAAC/BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcAmABOAJYAVACV&#10;AFkAkwBeAJIAZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACBAMoAgADlAIAA&#10;9QB/AP8AfwD/AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgAHQCVACcAkgAx&#10;AJAAOQCOAUEAjAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSEAH0FjgB7BZoA&#10;eQanAHgGtQB2B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAAnBMAAJYRAACU&#10;DQQAkwgNAI4HFQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6DGAAeAxnAHcM&#10;bgB1DXYAdA2AAHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ/wDQHQAAuR4A&#10;AKgeAACbHQAAkhsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9AHYRRAB0EUoA&#10;cxFQAHERVgBwEVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYAYhbjAGEW9gBg&#10;F/8AYBf/AGAX/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3FRUAdBYfAHEW&#10;KABvFzAAbhc4AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8ahQBdG5IAXBuh&#10;AFscsABaHMMAWR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicAAHslAAB2IwAA&#10;cyAAAHEcCQBuHBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQAXB9bAFsfYgBZ&#10;IGsAWCB2AFYhggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5KwAAoywAAJMs&#10;AACGLQAAfCwAAHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwjNgBaIz0AWSRD&#10;AFckSgBWJFAAVSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASynaAEop8QBKKf8A&#10;Syn/AEsp/wCzLgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwAXCcTAFonGwBY&#10;KCQAVigrAFUoMgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABILIsARy2aAEYt&#10;qgBFLrwARS7WAEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsxAABlLwAAYC0A&#10;AF0sAABZLAkAViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5RAEcuWQBGL2MA&#10;RTBtAEMwegBCMYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAAljUAAIY1AAB5&#10;NgAAbjUAAGY1AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABHMTIARjE5AEQx&#10;QABDMkcAQjJPAEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo27QA7NvwAOzb/&#10;ADs2/wCmNgAAkjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQMAEk0EgBGNRoA&#10;RTUiAEM1KQBBNS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUANzqVADc6pQA2&#10;OrgANTrPADY67AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZOQAAUzYAAE43&#10;AABKOAAARjgKAEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7UwA2PFwANTxn&#10;ADQ9dAAzPYMAMz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwAAHs8AABuPQAA&#10;ZD0AAFw9AABVPAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioANj8xADU/OAA0&#10;P0AAM0BIADJAUAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAsQvkALUH/AC1B&#10;/wCZPQAAhz4AAHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlCDQA3QhIANUMZ&#10;ADNDIQAyQygAMUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaPACdHoQAmR7MA&#10;JkfJACZG5wAnRvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAARUIAAD9EAAA7&#10;RQAAN0YAADRHCgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAmS1UAJUtgACRL&#10;bQAjS3wAIkuNACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9EAABkRQAAWkUA&#10;AFJFAABKRgAAQUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8oACRPMAAjUDcA&#10;IlA/ACFQSAAgUFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYAG0//ABxP/wCK&#10;RgAAeUcAAGtHAABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAkVAsAIlUQACBV&#10;FgAfVh4AHlYkAB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRYmgATV6wAElfC&#10;ABJX4QATVvQAFFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8AADVRAAAvVAAA&#10;KVYAACRZAAAeWwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oAEV9VABBfYgAP&#10;X3EADl+DAA1flgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABYTwAAT08AAEhQ&#10;AABAUgAAOFQAADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5nIgANZykADWcy&#10;AAxnOwALZ0UACmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1AARk/AB3UQAA&#10;aVIAAF1SAABUUgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAAD20GAAtwDAAI&#10;cP/i/+JJQ0NfUFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBKAABwVwAAcGUA&#10;AHB2AABwigAAb54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAAR1gAAD5bAAA2&#10;XwAALmIAACZmAAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAAeR8AAHomAAB6&#10;LwAAejkAAHpEAAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB39wBqWwAAX1sA&#10;AFZbAABMXAAAQmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIECAACCCAAAgw0A&#10;AIMQAACEFAAAhRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AAAIalAACFugAA&#10;hdMAAITqAACE9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAASgAAADYMAAAiH&#10;AAACigAAAI0AAACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACVQAAAlk4AAJZf&#10;AACVcgAAlYgAAJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQAACt5AAAhfwAA&#10;GYQAABGJAAAMjQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4AAKESAACiGAAA&#10;oyAAAKUpAACmNgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABbbAAAT3AAAEN1&#10;AAA4ewAALYEAACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACpAAAAqgAAAKwA&#10;AACtBAAArgkAALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiIAAC4nQAAuLEA&#10;ALfCAAC30ABUdgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAAAK4AAACyAAAA&#10;tgAAALgAAAC4AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAAyi4AAMs+AADM&#10;UAAAzGQAAM16AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOmAAAMrAAAA7EA&#10;AAC2AAAAugAAAL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAAAADSAQAA1QgA&#10;ANkOAADdFQAA4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA/wAFAP8ABgD/&#10;AA4A/wAWAP8AIQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDqAHQA6QB6AOcA&#10;fwDmAIUA5ACLAOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA/wDRAP8AzwD/&#10;AMoA/wD/AAEA/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQAOUAWADiAF4A&#10;3wBkAN0AagDbAG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAAxgC+AMQA1ADC&#10;AO4AwQD+AMAA/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADmACMA4gAuAOAA&#10;OADbAEIA1QBLANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8AhgC9AI4AuwCW&#10;ALkAoAC3AKoAtgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAAAPcAAADqAAIA&#10;4QAMANcAEwDQAB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQAtQBpALQAbgCy&#10;AHQAsQB6AK8AgACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCgAP8AoAD/AKEA&#10;/wD/AAAA9wAAAOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8ARwCsAE0AqwBU&#10;AKkAWQCnAF4ApgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACsAJYAugCUAM8A&#10;kwDrAJIA+wCSAP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIAqgAcAKcAJgCk&#10;ADAAowA4AKAAQACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQAHwAjwCFAI0A&#10;jwCLAJoAigCnAIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEBAAC0AAAArAAA&#10;AKYABwCgAA4AnQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBYAIkAXQCIAGMA&#10;hwBpAIUAbwCDAHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0AeAD/AHgA/wDe&#10;CgAAxAsAALIMAACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACFADsAgwBCAIIA&#10;SACAAE4AfwBTAH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAArQBuAL4AbQHW&#10;AG0C7QBsA/oAbAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUMAIQBEwCBARwA&#10;fgIlAHwDLgB6AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4Aawd4AGoHgwBo&#10;CJAAZwmdAGUJrABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQGAAAhxYAAIEU&#10;AAB9EQAAfA4GAHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkNTwBoDVUAZw1c&#10;AGUNYwBjDmsAYg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/AFkR/wC5GwAA&#10;pR0AAJQeAACIHgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoAZhEyAGQROQBj&#10;ET8AYhFFAGASSwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBSFroAURbSAFEX&#10;7QBRF/0AURf/AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcYBABmFQ4AYxYV&#10;AGEWHgBfFiYAXRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURluAE8aegBOG4gA&#10;TRuXAEscpgBKHLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAAcSYAAGolAABm&#10;IwAAYiEAAGAeAABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBPHUoATR5RAEwe&#10;WABLH2EASR9rAEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi/wCmJwAAkykA&#10;AIMqAAB2KgAAbSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiElAE0iLABMIjMA&#10;SiI5AEkiQABIIkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QAPSfKAD0o6AA9&#10;KPkAPSf/AD4n/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABRJgQATiUNAEwl&#10;EwBKJhoASCYiAEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwqcgA7KoEAOiuQ&#10;ADkroQA4LLIANyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAAAF0vAABYLgAA&#10;UysAAFAqAABMKgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AAOyxIADosUAA5&#10;LVkAOC5kADcucAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZLwAAhzEAAHcy&#10;AABrMgAAYjIAAFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsuIgA5LykAOC8v&#10;ADcvNgA2MD4ANTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTFAC004wAuNPYA&#10;LzP/AC8z/wCVMQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAAPzIFADwyDQA5&#10;MxIAODMZADYzIAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAsN3sAKzeLACo4&#10;nAApOK4AKDjDACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3AABNNgAARzYA&#10;AEI1AAA9NgAAOjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlBACo6SQAqOlMA&#10;KTteACg7agAnO3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAAfDgAAG05AABi&#10;OQAAWDoAAFE5AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAqPSEAKT0oACg+&#10;LwAnPjYAJj4+ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B3gAfQPMAH0D+&#10;ACA//wCJOQAAeDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAAAC1BBQAqQgwA&#10;J0IRACZDGAAkQx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQAGkWFABlGlwAZ&#10;RqkAGEa+ABdF3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABEPwAAPUAAADZB&#10;AAAxQwAALEQAACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlKQQAYSksAF0tV&#10;ABZLYgAVS3EAFEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AAAGFBAABXQgAA&#10;TkIAAEdCAABBQgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcAFlAeABVQJQAU&#10;UCwAE1E0ABJRPQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QANUOwADVD6AA5P&#10;/wB5QwAAakQAAF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9RAAAaUwAAFFYJ&#10;ABFXDgAQWBMAEFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5AAZYjAAFWJ8A&#10;BFizAARXygAFV+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAAMk0AACtQAAAl&#10;UgAAIFUAABpYAAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAADYD0AAWBJAABg&#10;VQAAYGMAAGBzAABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVLAABMTAAARUwA&#10;AD1OAAA1UAAALlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgTAABoGAAAaB8A&#10;AGkmAABpLgAAaTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wAAGbuAABm9wBm&#10;TwAAWk8AAFFPAABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAMawAAB24DAAFw&#10;CQAAcA0AAHEQAABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABzeQAAc44AAHOj&#10;AAByuQAAcdIAAHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQAABtoAAAUbAAA&#10;D28AAAtyAAAGdgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoAAIA1AACAQQAA&#10;gE8AAIBfAACAcQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/XQAANWEAACxl&#10;AAAjagAAG28AABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJDQAAihAAAIsV&#10;AACMGwAAjiIAAI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3cAACM6wBZXQAA&#10;Tl8AAENiAAA4ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAAAJIAAACTAAAA&#10;lAAAAJYDAACXCAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAAoHQAAJ+MAACf&#10;ogAAn7cAAJ7LAACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQAAAAlAAAAJgA&#10;AACcAAAAnwAAAKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZAACyIwAAsjEA&#10;ALJCAACyVAAAsmkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAAH4gAABWOAAAO&#10;lQAABpoAAACfAAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAAuAAAALoAAAC8&#10;BgAAvgwAAMARAADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADIvABGegAAOYEA&#10;AC6JAAAikAAAF5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEAAADCAAAAxAAA&#10;AMUAAADHAAAAyQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AAAOBlAADhewAA&#10;4ZEAAOKiAADirQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3AEgA8wBQAPAA&#10;VwDtAF4A6wBkAOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYApgDTALEA0QDA&#10;AM8A2gDOAPEAzAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQAPYAGQDyACQA&#10;7wAuAO0AOQDoAEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkAzAB/AMoAhgDI&#10;AI4AxgCWAMQAoADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/AAAA/wAAAP4A&#10;AAD0AAQA6wANAOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMAXwDBAGQAvwBp&#10;AL0AbgC7AHMAugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2AKoA/wCqAP8A&#10;qgD/AKoA/wD/AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcAuwA/ALcARwC1&#10;AE4AsgBTALAAWQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlAChAJ8AnwCsAJ4A&#10;uwCcANIAmwDuAJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkADQC0ABQAsQAe&#10;AK4AJwCrADAAqgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBtAJgAcwCXAHsA&#10;lQCEAJQAjgCSAJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA2wAAAMcAAAC6&#10;AAAAsAAAAKgACgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCRAFIAjwBXAI4A&#10;XACMAGEAiwBnAIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A8gB9AP8AfQD/&#10;AH0A/wDgAAAAxgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAtAIoANACIADsA&#10;hgBCAIUARwCDAE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8AdQCcAHQAqgBy&#10;ALoAcQDRAHAA7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACKAAgAhgAPAIQA&#10;FgCBAB4AfwAnAH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEAYwBvAGsAbgB0&#10;AGwAfgBrAIoAaQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0AAJsOAACPDgAA&#10;hg0AAIELAAB+BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIAawBHAGoATQBp&#10;AFIAaABYAGYAXwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABbBfQAWwb+AFsG&#10;/wC1EAAAoRIAAJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkFIwBnBSoAZgYx&#10;AGQGNwBjBj0AYgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguTAFQLogBTC7MA&#10;UgzHAFIM5ABRDfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAAZxEAAGcOBwBm&#10;DA4AYwwVAGEMHQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBTDmEAUg5rAFAP&#10;dgBOEIMATRCSAEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMdAAB2HgAAbR0A&#10;AGYcAABiGgAAXxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7AFASQQBPEkcA&#10;ThJOAEwSVQBLE14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YAQhf/AEIX/wCf&#10;HQAAjCAAAH0hAABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABPFhwAThYjAEwW&#10;KgBLFjAAShY3AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0bnQA8HK4AOxzD&#10;ADsc4QA7HfUAOxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAAAFEeAABPHAIA&#10;TRsMAEsaEQBIGxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgAPB5iADofbQA5&#10;H3sAOCCLADchmwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABoKAAAXygAAFgn&#10;AABTJgAATyQAAEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADshNgA6IT0AOSFE&#10;ADgiTAA3IlUANiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/ADEl/wCRJgAA&#10;fygAAHEqAABlKgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIAOyQZADkkHwA3&#10;JCYANiQsADUlMwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAArKqoAKiq9ACoq&#10;2gArKvEAKyr+ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMoAAA/KAAAPCgC&#10;ADkoCwA3KBAANSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxbACosZwApLXUA&#10;KC2FACctlwAmLqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAAVi8AAE4vAABI&#10;LgAAQy0AAD8sAAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAqLjUAKS89ACgv&#10;RQAnME4AJjBZACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx/wCGLQAAdS8A&#10;AGcwAABcMQAAUzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzERACkyFwAoMh4A&#10;JzIkACUzKwAlMzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUAGza5ABs20gAc&#10;Nu0AHTb7AB01/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAxNAAALjUAACs1&#10;AgAoNgsAJTcQACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6YAAZOm4AGDp/&#10;ABc7kQAXO6QAFju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYAAEY2AABANgAA&#10;OjYAADQ2AAAuOAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0AGT40ABc+PQAW&#10;P0cAFT9RABQ/XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5NQAAaTcAAFw4&#10;AABSOQAASjkAAEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhDEAAXQxUAFUQb&#10;ABREIgATRCkAE0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWyAAtFyQAMReUA&#10;DUT2AA1E/wB0OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAAI0IAAB9EAAAa&#10;RgAAFUgIABJKDQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJS2QACEt0AAdL&#10;hwAFS5oABEuuAARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+AAA3PwAAMUAA&#10;ACpCAAAkRQAAH0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1EpAAVRMgAEUjsA&#10;A1JGAAFSUgAAUl8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAAW0EAAFBBAABI&#10;QQAAQUEAADtCAAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAGWA4AAlgSAABZ&#10;FwAAWR0AAFklAABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABYugAAWNUAAFfs&#10;AABX9gBjRAAAVkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUAABFYAAANWgAA&#10;CV0DAARfCQAAYA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUAAGNkAABidgAA&#10;YosAAGKgAABhtgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAqUAAAI1MAABxX&#10;AAAWWgAAEV0AAA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABtIgAAbSoAAG00&#10;AABtQAAAbU4AAG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0AAEhMAAA+TgAA&#10;NVEAACxUAAAkWAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcAAHMLAAB1DgAA&#10;dhEAAHcWAAB4HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAAeMEAAHffAAB3&#10;7wBUUQAATFEAAEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3AAAAegAAAHwA&#10;AAB+AAAAfwIAAIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlNAACJXwAAiXMA&#10;AIiLAACIogAAh7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAAEHQAAAp5AAAC&#10;fQAAAIEAAACFAAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAAlxUAAJkdAACb&#10;JwAAmzQAAJtEAACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVlAAAragAAIXEA&#10;ABd3AAAQfQAACYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8AAACgAAAAogAA&#10;AKQFAACmCgAAqA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cAAKu6AACrywBF&#10;ZgAAOWsAAC5xAAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAAqAAAAKsAAACr&#10;AAAArgAAAK8AAACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADCQAAAwlQAAMFr&#10;AADBgwAAwJsAAMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMAAACoAAAArQAA&#10;ALIAAAC2AAAAuQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAAAM4FAADRDQAA&#10;1hQAANcjAADYNQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/AAkA/wAQAP8A&#10;GQD+ACQA/AAvAPkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4AcwDcAHkA2gB/&#10;ANcAhgDUAI4A0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/ALoA/wD/AAAA&#10;/wAAAP8AAAD+AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA0QBZAM4AXgDM&#10;AGMAygBoAMkAbQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2AOYAtQD7ALQA&#10;/wC0AP8AswD/AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8ALgDLADcAxwBA&#10;AMMARwDAAE4AvgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCKAKsAlACpAKAA&#10;qACtAKYAvgClANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAAywAGAMQADgC+&#10;ABUAuwAfALkAKAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCjAGcAoQBsAKAA&#10;cwCeAHoAnQCDAJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA/wD3AAAA5AAA&#10;ANAAAADBAAAAtwACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBIAJkATQCXAFIA&#10;lgBXAJUAWwCTAGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIAhQDiAIQA9wCE&#10;AP8AhAD/AIQA/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCSACUAkQAtAJAA&#10;NQCNADwAjABCAIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0AgQB7AI0AegCa&#10;AHgAqQB3ALoAdgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAAAJAAAgCLAAsA&#10;iAAQAIYAFwCEACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUAdgBbAHQAYQBz&#10;AGkAcQBxAHAAewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDAAAAArAAAAJwC&#10;AACQAgAAiAAAAIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAAPABvAEEAbQBG&#10;AGwASwBrAFAAagBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDDAF4A4QBeAPQA&#10;XQD/AF0A/wC0BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUAawAcAGkAIwBo&#10;ACoAZwAxAGUANgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBYAH4AVwCMAFYA&#10;mwBVAKsAVAC+AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwOAABpDAAAZwkD&#10;AGYECwBkABAAYgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFOAFUCVABTAlwA&#10;UgNlAFEDbwBPBHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAAjhIAAH4UAABz&#10;FAAAahQAAGQTAABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBSCDMAUQg4AFAI&#10;PgBPCUQATglKAEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN1QBCDe4AQg37&#10;AEIN/wCaFAAAhxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0OAFENFABPDRsA&#10;TQ0iAEwNKABLDS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkAPhCIAD0RmAA7&#10;EakAOxG8ADoR1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABTGwAAUBgAAE4W&#10;AABMEwMATBELAEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0STAA8E1QAOxNe&#10;ADkUaQA4FHYANxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0AAG4fAABjIAAA&#10;WiAAAFMgAABOHgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScAOxUtADoWMwA5&#10;FjoAOBZBADcXSQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAtG+wALhv7AC4b&#10;/wCKHgAAeCAAAGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0aDAA7GREAORkW&#10;ADcaHQA2GiMANRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+BACofkgApH6QA&#10;KCC3ACcgzgAnIOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAAQiMAAD8hAAA9&#10;HwAAOh4AADceCQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAqIUwAKSFWACgi&#10;YgAmIm8AJSN/ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMmAABZJwAAUCgA&#10;AEknAABDJwAAPyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIjACgjKgAnIzEA&#10;JiQ4ACUlQQAkJUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgAHij4AB8n/wB+&#10;JQAAbicAAGApAABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwArJwsAKCcQACcn&#10;FAAlJxoAJCchACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABosjQAZLJ8AGCyy&#10;ABgsyQAYLOcAGSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsAADQqAAAwKgAA&#10;KyoAACkrAAAmKwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUAGS9QABgvXAAX&#10;L2kAFjB5ABUwiwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQLgAASC4AAEEu&#10;AAA7LgAANi0AADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABkyIgAYMikAFzMx&#10;ABYzOQAVM0MAFDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1ABA0/wByLAAA&#10;Yy4AAFcwAABNMAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIAGjYJABc3DgAV&#10;NxMAFDgZABM4HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAMOpkACzmsAAo5&#10;wQAKOd4ACznxAAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwzAAAnNAAAITYA&#10;AB04AAAZOQAAFTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9HAAo/UgAIP2AA&#10;Bz9vAAY/gQAFP5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAAPzUAADk1AAA0&#10;NQAALjUAACk3AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAIRCAAB0QnAAZE&#10;LwAFRDgAA0VCAAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD9QBkNgAAVzcA&#10;AEw4AABDOAAAPDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcEAAtJCQAHSg0A&#10;BEsRAAFLFgAASxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wAAEuhAABLtQAA&#10;Ss4AAErpAABK9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAcQwAAFkYAABJJ&#10;AAAOSwAAC04DAAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABTRQAAU1IAAFNh&#10;AABTcgAAU4cAAFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4AADBAAAApQgAA&#10;I0QAAB1HAAAXSgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUAAFsaAABcIQAA&#10;XCoAAFw0AABcPwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBUQgAASkIAAEJC&#10;AAA8QgAANEMAACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABgBAAAYQgAAGIM&#10;AABjDgAAZBEAAGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaRAABlqAAAZcAA&#10;AGTeAABk8ABPRgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAACGAAAAJjAAAA&#10;ZgAAAGgAAABqAAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAAdD8AAHROAABz&#10;XwAAdHIAAHOKAAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBWAAAYWwAAEl8A&#10;AA1kAAAHaAAAAGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4OAACAEQAAghYA&#10;AIQeAACEKQAAhDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAAP1AAADVTAAAr&#10;VwAAIlwAABliAAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAAhgAAAIgAAACJ&#10;AAAAiwQAAI0IAACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACUkAAAk6cAAJK9&#10;AACS1QBEVQAAOVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkAAACNAAAAkQAA&#10;AJMAAACUAAAAlgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMAAKkxAACpQwAA&#10;qVYAAKhtAACmhwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAADhQAAAIsAAACR&#10;AAAAlgAAAJsAAACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQIAALcJ&#10;AAC7EAAAvhgAAL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AAACB4AAAWgAAA&#10;DYgAAAWPAAAAlgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAAALsAAAC9AAAA&#10;vwAAAMIAAADFAAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA1IYAANSbAADT&#10;qwD/AAAA/wAAAP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkATQDmAFMA5ABZ&#10;AOEAXgDeAGMA3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3AMIAzADAAOwA&#10;vwD/AL4A/wC9AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA5QAlAOQALgDf&#10;ADgA2ABAANIARwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7AIEAuQCLALYA&#10;lQC0AKEAsgCvALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIAAADmAAAA3QAH&#10;ANIADgDNABYAygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBdALAAYgCuAGcA&#10;rABsAKoAcwCpAHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8AnAD/AJkA/wD8&#10;AAAA7gAAAN0AAADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACmAEIApABIAKIA&#10;TQCgAFIAngBXAJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4AsQCNAMYAjADo&#10;AIsA/QCMAP8AjAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAVAJ0AHgCbACYA&#10;mgAuAJcANQCVADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0AhQB2AIQAgACC&#10;AIwAgACaAH8AqQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACkAAAAnAAAAJQA&#10;AwCQAAwAjQARAIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0ATwB8AFQAewBa&#10;AHkAYAB4AGcAdgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/AG4A/wDEAAAA&#10;rwAAAKAAAACUAAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAAdQA2AHQAOwBy&#10;AEAAcQBFAHAASgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBiAK0AYQDCAGEA&#10;5ABhAPgAYQD/AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8AEABtABYAbAAd&#10;AGsAJABrACoAaQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBlAFwAbwBaAHoA&#10;WQCIAFgAmABXAKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAAcgYAAGwEAABp&#10;AQAAZwAHAGQADQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABYAEUAVwBLAFYA&#10;UQBVAFgAUwBhAFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA/wCdCQAAiwsA&#10;AHwNAABwDQAAaA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAmAFMAKwBSADEA&#10;UQA2AFAAOwBPAEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEAQwCyAEMAyABD&#10;AOYAQwD1AEMA/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABTBgsAUQMQAE8B&#10;FQBOARsATAEhAEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAFZAA/BXAAPgZ+&#10;AD0GjgA8B58AOwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUAAFQUAABQEwAA&#10;TREAAEsOAABLDQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkAPgpAAD0KRwA8&#10;Ck8AOgtYADkLYwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCIEwAAdxUAAGkX&#10;AABeGAAAVRgAAE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0NHwA8DSQAOw0q&#10;ADkNMAA4DjcANw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGyACsRyAArEeYA&#10;KxH2ACwR/wCDFgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAAPBIEADsRCgA6&#10;EBAAOBAVADcQGwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAqFGwAKRR7ACgU&#10;jAAnFZ4AJhWwACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEceAABCHQAAPhwA&#10;ADoaAAA4GAAANxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3ACkWPwAoFkgA&#10;JxdSACYYXQAkGGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAAah4AAF0fAABT&#10;IAAASiAAAEQgAAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAApGBoAJxggACYZ&#10;JgAlGS0AJBo1ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoewwAaHuAAGh3z&#10;ABsd/wB3HQAAZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0AACsdAAAoHQgA&#10;Jh0OACUdEgAjHRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYAGSF1ABgihwAX&#10;IpkAFiKsABUiwQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5JAAANCMAADAi&#10;AAAsIgAAKSEAACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkjOAAYJEEAFyRL&#10;ABYlVwAVJWQAFCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQAAFQmAABKJgAA&#10;QicAADwmAAA2JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIAGCcYABcnHwAW&#10;JyUAFSgtABQoNQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQANKtcADSruAA4p&#10;+wBsJAAAXSYAAFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4pAAAbKgAAGCsH&#10;ABYrDQAULBEAEywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9uAAsvfwAKL5IA&#10;CS+lAAkuuQAILtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAALSoAACkqAAAk&#10;KgAAICsAABstAAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwALMzgACjNCAAkz&#10;TgAIM1sABjRqAAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEstAABCLQAAOi0A&#10;ADQtAAAvLAAAKywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgRAAk4FgAIOB0A&#10;BzgkAAY4LAAEODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoAADjmAAA38gBf&#10;LQAAUi4AAEgvAAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAASNwAADzkDAAw7&#10;CAAIPQ0ABT4QAAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/cwAAP4cAAD6c&#10;AAA+sAAAPccAAD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIAACA0AAAbNgAA&#10;FjgAABI7AAAPPQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0AAEY2AABGQgAA&#10;Rk4AAEZdAABGbgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5NQAAMzQAAC40&#10;AAAoNQAAIjcAAB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABLEAAATBQAAE0Z&#10;AABOIAAATigAAE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvhAABK8gBQOAAA&#10;RjgAAD04AAA3OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAAAk4AAABQBAAA&#10;UQgAAFILAABTDgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAAVncAAFaOAABV&#10;pQAAVL0AAFPdAABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNIAAAOSwAAC08A&#10;AAVRAAAAVAAAAFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGImAABiMQAAYj4A&#10;AGFMAABhXQAAYXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAAKUMAACFGAAAa&#10;SgAAE04AAA5RAAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAAaAsAAGoOAABs&#10;EgAAbhcAAG8gAABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq6ABERAAAPkMA&#10;ADVEAAArRwAAI0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0AAABvAAAAcAAA&#10;AHIAAAB0AgAAdQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEAAH13AAB8kAAA&#10;e6gAAHrAAAB53wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAAbgAAAHIAAAB2&#10;AAAAeQAAAHwAAAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACSGQAAkiUAAJIz&#10;AACSRAAAkVcAAJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIAAA5oAAAHbgAA&#10;AHQAAAB5AAAAfgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAAAJgAAACbAAAA&#10;ngYAAKEMAACkEQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2VwAALFwAACFi&#10;AAAXaQAAD3AAAAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACfAAAAogAAAKQA&#10;AACmAAAAqAAAAKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpYAAC5cAAAt4sA&#10;ALehAAC3swAwYgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAAAKYAAACqAAAA&#10;rgAAALAAAACxAAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAAzwwAANMVAADS&#10;JQAA0jgAANFOAADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwAEQD5ABsA9wAl&#10;APMALwDuADgA6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBzAMsAegDIAIIA&#10;xgCMAMMAlwDAAKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA/wAAAPsAAAD2&#10;AAAA7QAHAOcADwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDAAFgAvgBdALwA&#10;YgC6AGcAuQBtALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA/wCjAP8AnQD/&#10;AJsA/wD9AAAA9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1ALYAPACzAEMA&#10;sABIAK4ATgCsAFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUAmgCjAJgAtACW&#10;AM0AlQDxAJQA/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACtAA8AqgAWAKgA&#10;HgCoACcApgAvAKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEAZgCQAG4AjgB2&#10;AIwAgQCKAI0AiACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAAALoAAACsAAAA&#10;ogAAAJwABACYAAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYAhgBLAIUATwCE&#10;AFQAggBaAIEAYAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0AP8AdAD/AHQA&#10;/wDLAAAAtgAAAKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8AKgB9ADAAewA2&#10;AHoAOwB4AEAAdwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCNAGgAnQBnAK4A&#10;ZgDHAGUA6gBmAP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQAdAAMAHIAEABx&#10;ABYAcAAdAHAAJABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABjAFsAYQBjAGAA&#10;bQBeAHkAXQCHAFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcAAAB7AAAAcwAA&#10;AG4AAABqAAEAZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6AFwAPgBbAEQA&#10;WQBJAFgATwBXAFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAATgD/AE8A/wCc&#10;AAAAiQAAAHsDAABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBXACAAVgAlAFUA&#10;KgBTADAAUgA0AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYAjABFAJ0ARQCw&#10;AEQAxwBEAOgARAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQAAFIABwBQAAwA&#10;TwAQAE4AFQBNABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4AQgBWAEEAXwBA&#10;AGsAPgB4AD0AiAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABfDgAAVw4AAFEO&#10;AABNDAAASwsAAEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8AMQA+ADYAPQA8&#10;ADwAQwA7AEoAOgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDvADMA+wCCDQAA&#10;cQ8AAGQQAABZEQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIAPAIYADsCHQA6&#10;AyIAOQMoADgDLQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAtB5UALAenACsH&#10;ugArB9IAKwfrACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQAAA6DgEAOg0G&#10;ADoKDAA4CRAANggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtOACsLWQApDGUA&#10;KAxzACcMgwAmDZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAASBcAAEIWAAA9&#10;FgAAORUAADcTAAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAqDS0AKQ40ACgO&#10;OwAnDkQAJQ5OACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q+QBzFAAAZBYA&#10;AFcYAABNGQAARRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAOACkQEgAoEBgA&#10;JhAeACUQJAAkECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUAGBSnABcUuwAX&#10;E9QAFxPuABgT+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAsGAAAKhYAACgU&#10;AQAmEwcAJRMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkWVAAYF2EAFhdw&#10;ABUYgQAUGJMAEximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4AADkdAAA0HQAA&#10;LxwAACsbAAAoGgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAW&#10;Gj0AFRpHABQbUgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABpGwAAWh0AAE4f&#10;AABFHwAAPSAAADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkcDQAXHBAAFhwV&#10;ABUcGwAUHSIAEx0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCiAAsgtQALIMoA&#10;CyDlAAwf9ABlHQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAAIB4AAB0eAAAZ&#10;IAAAFiAEABQgCwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQALJFkACiRnAAkk&#10;eAAIJIsABySeAAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIjAAAsIwAAKCIA&#10;ACQhAAAhIQAAHiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycjAAonKwAJKDQA&#10;CCg+AAcoSQAGKFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAAUSQAAEYlAAA9&#10;JQAANSUAAC8lAAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAMLAwACiwQAAgs&#10;FAAHLBoABiwhAAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAtrQAALMIAACzg&#10;AAAs8ABaJAAATSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScAABUpAAARKwAA&#10;DywDAA0uBwAJMAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04AADNdAAAzbQAA&#10;M4EAADKWAAAyqwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAnKAAAIygAAB4p&#10;AAAaKgAAFiwAABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4IgAAOCoAADkz&#10;AAA5PgAAOUoAADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwAADwsAAA0LAAA&#10;LiwAACorAAAlKwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoAADwNAAA9DwAA&#10;PhIAAD8XAABAHgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAAPr0AAD3cAAA9&#10;8ABNLgAAQi8AADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6AAAJPAAABT4A&#10;AABBBAAAQggAAEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhPAABIYAAAR3MA&#10;AEeKAABGogAARbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAAGTYAABM5AAAQ&#10;PAAADD8AAAhCAAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAAUhwAAFIlAABS&#10;MAAAUjwAAFFKAABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1AAAvNAAAJzUA&#10;ACE4AAAaOwAAFD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQFAABVCAAAVwsA&#10;AFkOAABbEQAAXRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8AAFjLAABX6gA/&#10;OQAAODkAADM4AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAAVwAAAFoAAABc&#10;AAAAXQAAAF8AAABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABqTQAAaV8AAGh1&#10;AABnjwAAZqgAAGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEAAARVAAAAWgAA&#10;AF0AAABgAAAAYwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4AAHkTAAB7GwAA&#10;eycAAHo1AAB5RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAgSgAAF04AABBU&#10;AAAKWQAAAl4AAABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAAfwAAAIIA&#10;AACEAwAAhwkAAIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIitAACHxQA2RwAA&#10;LEsAACJPAAAZVQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAAAIYAAACIAAAA&#10;igAAAI0AAACPAAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAAo0QAAKJZAACg&#10;cAAAn4sAAJ2iAACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACDAAAAiAAAAI0A&#10;AACRAAAAlQAAAJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAAAAC0BwAAuA4A&#10;ALoYAAC6JwAAuTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAAAnkAAACBAAAA&#10;iQAAAI8AAACWAAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAAtgAAALkAAAC8&#10;AAAAwAAAAMQAAADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADKoQD/AAAA/wAA&#10;APsAAAD6AAAA/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBPANYAVADTAFkA&#10;0ABeAM4AYwDLAGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgAswD/AK8A/wCl&#10;AP8AngD/AJsA/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADSAC0AzAA2AMYA&#10;PQDCAEMAvwBJALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoAigCoAJcApQCm&#10;AKMAuQChANkAoAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAAAMEACQC9AA8A&#10;uwAWALkAHwC3ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsAnwBhAJ4AZwCc&#10;AG8AmgB4AJcAgwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDnAAAA3QAAAMYA&#10;AAC4AAAArgAAAKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMAQgCSAEcAkABL&#10;AI8AUACNAFUAjABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADjAHwA/QB8AP8A&#10;eAD/AHYA/wDWAAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwAigAjAIgAKgCF&#10;ADAAgwA2AIIAOwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBzAIAAcQCOAG8A&#10;nwBuALIAbQDPAGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAAAAB8AAQAegAM&#10;AHgAEQB4ABcAeAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBOAGoAVABoAFsA&#10;ZwBjAGUAbQBkAHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAAmQAAAIoAAAB/&#10;AAAAdwAAAHEAAABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBiADQAYQA5AGAA&#10;PgBfAEMAXgBIAF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA3ABRAPkAUgD/&#10;AFIA/wCdAAAAiwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAUAFoAGQBaAB8A&#10;WQAlAFcAKgBWAC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0ASgB6AEkAiwBI&#10;AJ0ARwCxAEcAzABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABWAAAAUwABAFIA&#10;CABQAA0ATwAQAE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYARABFAEsARABT&#10;AEMAXQBBAGgAQAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMAAGgGAABdBwAA&#10;VQYAAFAGAABMBAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUAQQAqAEAALwA/&#10;ADQAPgA6AD0AQAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0AN0ANAD1ADUA&#10;/wB+BgAAbQkAAGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0ADgA8ABIAOwAX&#10;ADsAHAA6ACEAOQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBtAC4AfQAtAI8A&#10;LACiACwAtgAsANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAAOwwAADkLAAA4&#10;CQMANwUIADYCDQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAsAEAAKwBJACoA&#10;UgApAF0AKABrACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQAABMEQAARBEA&#10;AD4RAAA5EAAANg8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMeACkDIwAoBCkA&#10;JwQvACYFNQAlBT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYAHQbjAB0F8wBt&#10;DgAAXhEAAFISAABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwApCwsAKAkOACcJ&#10;EQAlCBYAJAgbACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoMeQAYDIsAGAye&#10;ABcMsAAWDMUAFgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMAACoSAAAoEQAA&#10;JhABACQQBAAjDggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoAGA5EABcOUAAW&#10;D1wAFQ9qABMQewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABCFwAAOhcAADQX&#10;AAAvFgAAKhUAACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQGwAXECEAFhAo&#10;ABURMAAUETkAExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLhAA0S8QBiFAAA&#10;VBYAAEkYAAA/GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQAGRIGABcSCwAV&#10;Eg4AFBISABMTGAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQALF4cACheaAAkW&#10;rQAIFsEACBbdAAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIYAAAfGAAAHBcA&#10;ABkWAQAXFgMAFRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8AAsaRwAKGlMA&#10;CRphAAcbcQAGG4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAAMxwAACwcAAAn&#10;HAAAIxsAACAaAAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwALHBkAChwfAAkd&#10;JwAIHS8ABx45AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd7ABYGgAASxwA&#10;AEEeAAA4HgAAMB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwEAA4eBwAMHwsA&#10;CiAOAAggEgAGIRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34AACOTAAAipwAA&#10;IrwAACHXAAAh7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAaHQAAFh0AABMe&#10;AAARHwIADiAEAA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAnPQAAJ0kAAChX&#10;AAAoZwAAJ3sAACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIAACYhAAAiIQAA&#10;HiAAABsfAAAYIAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIAACwXAAAsHgAA&#10;LCYAAC0vAAAtOQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBNIgAAQSQAADgk&#10;AAAwJAAAKSQAACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYsBQACLgkAAC8L&#10;AAAwDgAAMhAAADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKKAAAyoQAAMbgA&#10;ADDWAAAw7wBJJQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAAECoAAA0sAAAK&#10;LgAABjABAAIyBAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAAOj4AADpMAAA6&#10;XAAAOm8AADmGAAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACInAAAdKAAAGCkA&#10;ABMrAAAQLgAADTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQAABDFAAAQxsA&#10;AEMjAABDLgAAQzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAANiwAAC8sAAAq&#10;KwAAJSoAAB8rAAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAAQwIAAEUFAABG&#10;CAAASAsAAEoOAABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABKlAAASa0AAEjK&#10;AABH7AA7MAAAMy8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAAAABDAAAARgAA&#10;AEgAAABKAAAATAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4AAFc8AABXSwAA&#10;Vl4AAFZzAABVjQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAARPAAADEAAAAdE&#10;AAAARwAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABhCwAAZA4AAGYT&#10;AABnHAAAZicAAGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUAACg3AAAgOgAA&#10;GD0AABFCAAAMRgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAAAGUAAABnAAAA&#10;aQAAAGwBAABuBgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAAcpUAAHCvAABv&#10;yQA1OgAAKzsAACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABoAAAAawAAAG4A&#10;AABxAAAAcwAAAHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIskAACKMwAAiUUA&#10;AIdbAACGcgAAhYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAAAGYAAABrAAAA&#10;bwAAAHQAAAB5AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAAlgAAAJkCAACe&#10;CQAAohAAAKIaAAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVUAAAOWwAABWIA&#10;AABpAAAAcAAAAHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoAAACdAAAAoAAA&#10;AKMAAACmAAAAqgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQAALGOAACvpAAi&#10;VAAAGFsAABBiAAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAAowAAAKYAAACo&#10;AAAAqwAAAK4AAACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADUFQAA0yYAANE6&#10;AADQUQAAzWgAAMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAcAO0AJQDoAC4A&#10;4gA2AN4APgDZAEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgAvACBALkAjQC2&#10;AJoAswCrALEAwACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADnAAAA3wAAANkA&#10;CQDSABAAzwAXAM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEAVwCvAF0ArQBi&#10;AKsAaQCpAHEApwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/AIQA/wDoAAAA&#10;3wAAANkAAADJAAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgApAA9AKIAQwCg&#10;AEgAngBMAJwAUQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJAMUAiADuAIYA&#10;/wB/AP8AegD/AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkAFQCZAB0AmAAk&#10;AJQAKwCRADEAjgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABrAH4AdQB8AIIA&#10;egCSAHgAowB3ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAAjwAAAIkAAACF&#10;AAQAhAAMAIIAEQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1AEkAcwBPAHIA&#10;VQBwAFwAbwBkAG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA/wC0AAAAoAAA&#10;AJAAAACFAAAAfQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAqAGkAMABoADQA&#10;ZwA5AGYAPgBlAEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYAVwC/AFcA6gBX&#10;AP8AVgD/AFQA/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBfAA8AXwATAF8A&#10;GQBfAB8AXQAlAFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBQAG0ATgB7&#10;AE0AjABMAJ8ASwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAAAFoAAABXAAAA&#10;VQABAFMABwBSAAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgASgA9AEkAQwBI&#10;AEoARgBSAEUAXABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCFAAAAdAAAAGcA&#10;AABdAAAAVQAAAE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUAHwBEACQAQwAp&#10;AEIALQBBADMAPwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCnADYAwAA2AOgA&#10;NgD+ADYA/wB8AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcAPQALAD0ADgA8&#10;ABEAPAAWADwAGgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAxAF4AMABrAC8A&#10;ewAuAI4ALQCiAC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAIAAA7BwAAOAUA&#10;ADcDAAA2AAQANQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAvAC0ANgAsAD0A&#10;KwBFACoATwApAFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAAXgkAAFILAABI&#10;DAAAQAwAADoLAAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAqABcAKQAcACgA&#10;IAAnACUAJgArACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4ArgAeAMcAHgDp&#10;AB8A+gBoCQAAWQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkEACYGCAAmBAsA&#10;JQMOACQBEAAkARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQAGgFhABoBcAAZ&#10;AYIAGACWABgAqgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAtDwAAKQ4AACYO&#10;AAAjDQAAIgwDACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkFKwAYBTMAFwY8&#10;ABYGRgAWBlIAFQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8AAEYQAAA8EQAA&#10;NREAAC8RAAAqEQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAAFwkSABYJFwAV&#10;CRwAFAkiABQKKQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwANC7oADQrSAA0K&#10;6gBcDwAAThEAAEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgPBAAWDgcAFQ4J&#10;ABQNCwATDA0AEgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9eAAsPbQAKD38A&#10;CQ+TAAkPpgAIDrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAAIRMAAB0SAAAa&#10;EgAAFxECABURBQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAMEC0ACxE2AAoR&#10;QQAJEU0ACBJaAAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4VAAA1FgAALRYA&#10;ACcWAAAiFQAAHhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIOAAsSEQAKEhUA&#10;CRMbAAkTIgAIEyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcAABTPAAAT6QBS&#10;FAAARhYAADsXAAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAREggADxIIAA4T&#10;CQAMFAoAChUNAAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZZAAAGXcAABmM&#10;AAAYogAAGLcAABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcAABgWAAAVFQIA&#10;ExUFABEUBgAQFAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQAABwtAAAcOAAA&#10;HUQAAB1SAAAdYgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAtGwAAJhsAACEa&#10;AAAdGQAAGRkAABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAfDQAAIBAAACAU&#10;AAAhGgAAISIAACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/RAAAf7QBIGgAA&#10;PRwAADMdAAArHQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIACh0DAAcfBQAD&#10;IQgAACIKAAAkDAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAAJ24AACaFAAAm&#10;nQAAJbQAACTRAAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQcAAARHAAADh0A&#10;AA0fAAAKIQAABiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0kAAAuLgAALjoA&#10;AC5IAAAtWAAALWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAAISAAAB0fAAAa&#10;HgAAFh4AABIfAAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAAMgwAADQOAAA1&#10;EgAANRgAADUgAAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw7wA8IwAAMiQA&#10;ACokAAAkIwAAICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAAAAAyAAAANAEA&#10;ADYEAAA4BgAAOgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEAADx3AAA7kQAA&#10;OqsAADnJAAA47QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJLgAABTAAAAAz&#10;AAAANQAAADgAAAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABIIQAASCwAAEc6&#10;AABHSQAARlsAAEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgAABYqAAARLQAA&#10;DTAAAAkzAAADNgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMAAE4GAABQCgAA&#10;Uw4AAFQTAABUHAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAwLQAAKywAACYr&#10;AAAfLAAAGC4AABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABOAAAAUQAAAFMA&#10;AABVAAAAVwAAAFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9iAABeewAAXJYA&#10;AFuwAABZzwAvMAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAAAE8AAABSAAAA&#10;VQAAAFgAAABbAAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAAdBgAAHMlAABy&#10;NAAAckUAAHBZAABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdHAAAATAAAAFEA&#10;AABVAAAAWQAAAF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcAAAB6AAAAfgAA&#10;AIIEAACGCwAAihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAAID0AABZCAAAP&#10;SAAACE4AAABUAAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAAgAAAAIIAAACF&#10;AAAAiAAAAIsAAACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACaXgAAmHcAAJeP&#10;AACVpwAjQwAAGUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAAAACGAAAAigAA&#10;AI4AAACRAAAAkwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQAALwNAAC6FwAA&#10;uSgAALc8AAC0UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAAfAAAAIMAAACJ&#10;AAAAjwAAAJQAAACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4AAAAvAAAAMEA&#10;AADHAAAAzQAAANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAAAAAAAAAAAAAA&#10;AQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJ&#10;SktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CR&#10;k5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na&#10;293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////&#10;////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQl&#10;JigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xu&#10;b3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2&#10;uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/&#10;/////////////////////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAAB&#10;AwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lK&#10;S01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGT&#10;lJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb&#10;3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////&#10;//////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywt&#10;Li8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVm&#10;Z2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6f&#10;oKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY&#10;2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEAAAAA&#10;AAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZ&#10;GhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9Q&#10;UVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJ&#10;iouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLD&#10;xMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+&#10;/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAg&#10;ISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpc&#10;XmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXG&#10;x8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v&#10;7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8P&#10;EBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3&#10;ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52f&#10;oaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d&#10;3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNo&#10;vLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrp&#10;zBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNnvbuue8S1qYjL&#10;sqaH0a+jh9WtoIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOSh&#10;mJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnnzg5g2soMksu8&#10;LqvFuU20wLRmvbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Zj+OemY/jnpmP&#10;456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/j&#10;2MsJGuHPDDnlzw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZqJ6I26Wdid2j&#10;nIrfn5qL4ZuZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZ&#10;juKbmY7im5mO4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriue8W0qYfMsKaH&#10;0ayjh9WpoIfYpp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h&#10;mJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf1ssLkcvAKazC&#10;uU22vLNovreue8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCVm4zglZuM4JWb&#10;jOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zg1swJ&#10;GdnRCzja0wxf1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG2Z+fhtqbnofc&#10;l52I3ZOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96T&#10;nIvek5yL3pOci96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMawqYfMq6aG0Kek&#10;hdSjooXWn6GF2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K&#10;3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsKlcS+La68uFG4&#10;t7JqwLOtfMauqYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonbjp6J246eiduO&#10;nonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonb080KGNXT&#10;CzbU1AtfzssJl8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1ZaihNaToYXXj6CG&#10;2IugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZ&#10;i6CJ2YugidmLoInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobLpKiEzp+nhNCb&#10;pYPSl6SD05OjhNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mh&#10;iNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8OLK0tli6rbFu&#10;waqufcanq4XJoamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI1IejiNSHo4jU&#10;h6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUztAKFc7UCjrK&#10;0wpowMgPobW7PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+Kp4XPh6aH0IWm&#10;iNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI&#10;0YWmiNGFpojRzNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2Dx5SshMmQq4TK&#10;jaqFy4qqhcuIqYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2D&#10;qInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5SbahtmC7nrNwvp2x&#10;fcGbsITDla+ExJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKrismCq4rJgquK&#10;yYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNIIIMDWCUi41Ap4&#10;qc8XmJ6+R66atmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronFg66KxYGui8WB&#10;rovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGu&#10;i8WBrovFv9QHJbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uyh8CIsYfAhrGI&#10;wYSxicGDsYrBgrGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC&#10;gLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjD&#10;uZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyo&#10;RKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9Kw&#10;jI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuI&#10;xreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrG&#10;pV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQ&#10;FfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3U&#10;r4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreY&#10;iMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20&#10;wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjA&#10;FjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ&#10;1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjDuZuIx7eYiMq1&#10;lYnOs5KK0LGPi9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quG&#10;ndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMupQ6vGply0wqRv&#10;ur6ifr+7oIjDuZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic26eInNuniJzb&#10;p4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb9sEOFPfBFTD4&#10;vx5T6rklfMupQqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidetkovaq5CN3KmN&#10;kt+ojZrfo4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc&#10;3KOLnNyji5zc9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CHybSdh86xm4fT&#10;r5mI1q2XidqrlYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNyg&#10;jpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazGqFmzwqZtur6k&#10;fb+6pIfFt6GHyrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyTm92ck5vdnJOb&#10;3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MINFPXDFDD2wBxT&#10;6rsifMqqQKzGqFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zgpJqO4p+Yj+Od&#10;mpjhmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmX&#10;m92Zl5vd8sMNFPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kjh9GvoYfWq5+I&#10;2qedid2knIrfoJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve&#10;l5yb3pecm96XnJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlazwqhrur6neb+6&#10;qIPFtqeHzLKlh9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96SnZfekp2X3pKd&#10;l96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PFEi/0whlS6r0f&#10;fMqsPKzGq1Wzwqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H3ZSdid6QnI3e&#10;jp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92O&#10;nZPd6sUME/LFES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGno4bVoqGF156g&#10;hdiaoIXalp+G25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P&#10;3Iuej9yLno/ci56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtmub+wb763rX7G&#10;sKmHzaqmhtGkpIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43aiJ+N2oifjdqI&#10;n43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7wxhZR6sEZfMuw&#10;NavHr0+yw7BguLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2hhteJoYjYh6GL&#10;2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvY&#10;28cJEu7JDy7uyBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PPmaaD0ZWlg9KR&#10;pITTjqSF1IujhtSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWj&#10;itWFo4rVhaOK1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+xcMKqrX/HpquF&#10;yqCqhMyaqIPNlqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS&#10;haWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P6MsOe828IqjC&#10;vDyxsbVevKmxcsKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6Gp4fOhKeJz4Sn&#10;ic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nP1ckJ&#10;ENjPCiva0wtO2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuEyY6rhMqLqoXL&#10;iaqGy4eph8yFqYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyD&#10;qYnMg6mJzIOpicyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+dsX/Bm7CEw5au&#10;hMWRroTGjq2Fx4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquK&#10;yoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEKg6rDLaiet1e4&#10;m7Vou5q0db6Zsn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrGga2Lx4Gti8eB&#10;rYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHzM0JDMvT&#10;Ci3H1ApZstgLgJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiwh8KGsIjChbCJ&#10;w4OwisOCr4vDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zD&#10;ga+Mw4GvjMOBr4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmxjLqBtIm4g7eG&#10;t4W5hLaGuoO1h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6z&#10;jL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHmLXiJ3UCFhdVW&#10;j4PPZ5eCy3Odfsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCLrHHAi6xxwIus&#10;ccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus/7gUDv+4Hif/&#10;tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSD&#10;ls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvG&#10;uI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKb&#10;f7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG&#10;9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+z&#10;gZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2N&#10;yLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nA&#10;m4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682&#10;ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQ&#10;s4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeK&#10;j8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9&#10;vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6n&#10;Qo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd&#10;0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;/7gUDv+4HSf/tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rHt4+MyrWMjsy0&#10;iZDOs4eS0LKEldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyA&#10;o9KsgKPSrICj0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKcfLq/noW+vJyI&#10;wrqZiMW4lYnJtpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki06eCotOngqLT&#10;p4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG97Ezat2pP5HH&#10;nWCxxJ1wtsKee7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9ithpnZqoWe2aWE&#10;odWkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLU/7oS&#10;Dv+6Gyf/tydG97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI0LGSitOvj4zW&#10;royO2KyKk9uriZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSg&#10;hqLUoIai1KCGotSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+oYG/u6GIxLie&#10;h8m1m4fNspiI0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJodSciaHUnImh&#10;1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIwat2qPJHHnl2x&#10;xJ5utsGhdrq+on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJngno2d25qMoNeZ&#10;i6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HV/rsRDv67&#10;Gib/uCVG9rMwatyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2aiNmqmYreqJiO&#10;4qWXk+aflZngmpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHV&#10;lo6h1ZaOodWWjqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzAuqWFxbajh8uz&#10;oYfRr5+H1qyeiduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOS&#10;oNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyrOpLHoFyxxKFo&#10;tsGlcbq+p3rAuqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub3ZKXntiRlaDX&#10;kZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX/LwQDf28GSb+&#10;uiNG9rQtatysOZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qhnofcm52I3pac&#10;it+Rm5DfkZ2Z3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf&#10;14+Zn9ePmZ/X/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/xbOph8ytpYbS&#10;p6KG1qKhhtidn4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eM&#10;np/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPHolmxxadftcKt&#10;Zrm/sXC+t61+xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24igmNiIoZ3XiKGd&#10;14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0ODfq+FiX8vCBF&#10;9rcqatuvNJTIpFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TVkaKF1o2hhteJ&#10;oYnYhqGN2IShk9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSi&#10;l9aEopfW+b4ODPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mqhcuiqITOnaeD&#10;0Jemg9GSpYTSjqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV&#10;gaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0CtyL09r7e2Xbqu&#10;sXLCqa1/xqWrhcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKApY/SgKWP0oCl&#10;j9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXCEiT2wRpE970h&#10;atq0KZbNvCipu7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mFzYiohs6GqIfO&#10;g6iJzoGnjM+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+A&#10;p43P38QJC/LFECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWXrYTGk62Ex4+s&#10;hMiMq4XJiauGyoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqM&#10;y4CqjMuAqozLgKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhUuJ+1aLyds3a/&#10;m7F/wZmwhMKUr4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvHgKyLx4Csi8eA&#10;rIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDlzw1A2NULX73W&#10;C4ilxDSmnLdauJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4awiMOFr4nDg6+K&#10;xIKvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vE&#10;0sgIB9PPCh3V1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+jLKGv4qyh8CI&#10;sojAhrGIwYWxicGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCx&#10;jMKAsYzCgLGMwoCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInLX5yIxm6jiMN4&#10;qIXAfKuDv3+ugL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmMtni5jLZ4uYy2&#10;eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlCoPwVWpPwKGqL&#10;5jl3hN9JgoHYW4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNuxoajbcaIpGzF&#10;iqVsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulxM4H&#10;CrfZByaj+w49lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6jWfWfo5m1YCP&#10;ZdSCkGTUhJFj04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh&#10;0oyTYdKMk2HSjJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+T&#10;jL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyX&#10;yJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3&#10;fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+x&#10;Ix7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOW&#10;xrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+&#10;j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVy&#10;sMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/&#10;rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmB&#10;mce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47A&#10;vIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWV&#10;fbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EXCf+yIh7/rjA6&#10;/6k9WeyjSnnYm1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LHuISVybeCmMq2&#10;gJvLtn6ezLV9o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698&#10;qMuvfKjL/7IXCf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6Xir+8lIvCupCN&#10;xbmMjse3iJHJtoWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32ozKt9qMyrfajM&#10;q32ozKt9qMyrfajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFmaxpdvssSZdrbC&#10;m3+5wJyHvb2aicC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kqf6XPpn+nzaZ/&#10;p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+zIB7/sC06/6s6&#10;WeylR3rWnFmaxphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR0bGFldOwg5rU&#10;sIKg1aqBotOmgaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82j&#10;gafN/7MVCP+0IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6mojGt5aJyrWS&#10;is2zjozQsYqP06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4Om&#10;zZ+Dps2fg6bNn4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5ppssSdcLbCn3m6&#10;v6CCvryfiMK5nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTRnIWmzpyFps6c&#10;habOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/sSw6/604Weum&#10;RXvVnVecx5tnssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auMk92oipveooie&#10;2Z6IodWbh6TRmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bO&#10;/7QUCP+1Hh3/sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJtJ2HzrGZiNOu&#10;lonYq5OM3KiQkuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJ&#10;ps6WiabOlommzpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSgarXCo3O6vqR8&#10;v7ukhcS3oofKs5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4ylz5OMpc+TjKXP&#10;k4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6/642WuunQ3zV&#10;n1Odx55gssWiaLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOam5nglZac25OT&#10;oNeRkaPTkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XP/7UT&#10;CP+2HR3/syk6/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH0auih9eln4jb&#10;np2I3Zebi+CSm5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCN&#10;k6TQjZOk0I2TpNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTCqmm5v61zvruu&#10;fcS0qofLraWG0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqXpNGKl6TRipek&#10;0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0WuqpQH3VpEmc&#10;yKRVsMaqW7PDr2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vbh5+S2oihnNeI&#10;n6HUh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTR/7YSCP+3&#10;Gx3/tSc5/7AzWuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+mhNGYpITTkqOE&#10;1YyihteIoYrXhaGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPR&#10;hKKj0YSio9GEoqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4srJvwKyufsao&#10;q4XKoamEzZung8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGApqHRgKah0YCm&#10;odGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumtOX7ZtC+WzLgy&#10;qcK9QLCztl26rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL0YCmjtF+ppTQ&#10;faeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP/7kPB/+6Fxz/&#10;uSI5/7UtWuyzMHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmPqoTKi6qFy4ip&#10;hsyFqYjNgqiKzYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmW&#10;zXypls18qZbN/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0v56xf8Kbr4TD&#10;lq6ExZGthMaNrYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LKfKuSynyrksp8&#10;q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI2QuJrcMyp6G4&#10;VridtWi7m7N1vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGti8Z/rY7Hfa2Q&#10;x32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AIBfXCDxn2whY2&#10;7sgVUM3cDGa12g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbBiLGHwoawiMKE&#10;sInCg7CKw4Gwi8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36v&#10;j8N+r4/D2cIHBeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28e7KMuoG1ibiC&#10;t4e4hLiFt4W5g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSNvXy0jb18tI29&#10;fLSNvXy0jb18tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4jtw5hojUT5CG&#10;z2CXhMxtnIPJdaB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6tywImscb+LrXG/&#10;i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDNCRLA2QksrPcP&#10;SJv6HlyP7zFrhudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/mWzNgZlrzYOa&#10;asyFm2nMh5xoy4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1n&#10;yoydysgIAcLSBxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q33CBaN51hGbc&#10;eIVl23uHY9p+iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaN&#10;jV7WjY1e1o2NXtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1LV3f4Vl9v811l&#10;aPBiamTtaW5h629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7VuOOfFbjjnxW&#10;4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/pzYv/6JESvqd&#10;UmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2h&#10;wrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+&#10;hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJ&#10;tsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXq&#10;l19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7&#10;pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6oc&#10;Bf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/&#10;voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsOR&#10;jrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NESvqdUWXpl15+&#10;25RtlM+Sd6bFkoG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7CvH2hw7t7pMS7&#10;eqnEunmtxLV5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7D/6sbBf+r&#10;Jhf/qDQv/6RDSvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6Jkr+9hpTBvIOX&#10;w7uBmsS6fp3Fun2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3E&#10;sXqtxLF6rcSxeq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0xJaDt8KXi7rA&#10;k4y8vo+Ov72LkMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWse63FrHutxax7&#10;rcWse63FrHutxax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmfT2bomVuB2Zhj&#10;lsyWb6rFlnm0w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2iy7Z8qMuwe6nK&#10;rHyqyKh9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF/6wZBf+sJBb/&#10;qjIv/6VBS/mgTmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5ipDHuIaTybaC&#10;mMu1f53NtH6jzrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6s&#10;xqV+rMalfqzG/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9t8Gbhbu+mYm/&#10;vJWKwrqQjMW4jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzGoYCsxqGArMah&#10;gKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfnnVWB2Zxcl8qZ&#10;aKzFmnK0w5x6uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eApdCkgKfNoIGp&#10;yp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60YBf+tIhb/qzEv&#10;/6c/S/ihTGfnnlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvNsouP0bCGldWu&#10;hJ7Xp4Kh1KOCpNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qD&#10;q8eag6vH/60XBf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCgfry9oIfBup2I&#10;xreYiMuzk4nPsI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wrx5eFq8eXhavH&#10;l4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B2aBTl8qeX6zG&#10;n2m0w6FyuMCifLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KXiKbOlYipypSI&#10;q8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+uIRb/rC8v/6g9&#10;S/iiSmjook2A2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK3aWXk+abkZvd&#10;lo+g15SNo9OSjKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQ&#10;iqvI/64WBP+vIRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8qX7CuKiHyLOm&#10;h8+soofXpJ2J3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2OqsmNjqrJjY6q&#10;yY2OqsmNjqrJjY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdIlcylU6rHqFyy&#10;xKxktsGubru9r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQipOnzYqRqcmK&#10;kanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/ri4v/6k7S/ek&#10;R2npqER+26tDlM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6gh9mIn4/ah6Ga&#10;2IegodSHm6TRh5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanK&#10;/7AVBP+wIBX/ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjDq6yEyaSphM2c&#10;poPQk6SE04ujhtWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4Sa&#10;qMuEmqjLhJqoy4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6NKHMwjmqu7pV&#10;tbC0ar2qsHnDp62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6WmzoCgqMuAoKjL&#10;gKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu/6w3TPqsO2Xt&#10;tTR44r8pidjMIJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6Dp4nPgKeNz36n&#10;k898qJrOfKmizXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jL/7IS&#10;BP+zHRX/sSku/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+Ew5euhMaRrITH&#10;jKuFyYeqh8qDqonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5&#10;q6TKeaukynmrpMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5ynvUyxoLdiuZ20&#10;cb2bsny/mrGEwZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmtnsd5rZ7Hea2e&#10;x3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7QsSfLFH1TW3RJi&#10;wd8TgazNLpqfwE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nEga+LxH+ujcV9&#10;rpDFe66UxXqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nE/7cOA/+4&#10;FhP/tyAt+b8fQdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460hb2Ls4a/iLKH&#10;wIayicCEsYrBgrGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXB&#10;e7GVwXuxlcF7sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+YjMhhoIrEbqaK&#10;wXiqh799rYS+gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0uJO3dLiTt3S4&#10;k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4EUyl9R1jl+gs&#10;dY3fPYGH2FCLg9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWGpW/EiKZuxIqn&#10;bcONp2vDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co18AGAdvGCA7L&#10;0woVuOgMMqb/FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s1XiPatR7kGnT&#10;fpFn04CSZtKDk2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCO&#10;lmLQjpZi0I6W0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xfb23qY3Np52l2&#10;Z+VueWXkcntj43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2FWt2NhVrdjYVa&#10;3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF/zZEfv9ETXn/&#10;UVVx+1dba/ddYGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbqhHJV6YdzVOmK&#10;dFPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkFAKvbAQia/wsW&#10;j/8ZI4X/Ky1+/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HReUvd4X1H3e2BQ&#10;9n5hT/WBYk/1hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85Bm/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiU&#10;tsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZ&#10;jn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJ&#10;PP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7&#10;wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOF&#10;lrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X&#10;0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/oDol/5xIPP+X&#10;VlP4k2No7JJpeuGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/nbvAfaC8wHuk&#10;vMB6p73Aeay9wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8&#10;/6EYA/+jKhD/oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2w4uRt8KIlLnB&#10;hJe6wIKavMB/nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720ebO9tHmzvbR5&#10;s720ebO9tHmzvbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CUbI3VknWczZF/&#10;qMeRh7LEkY62w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmwwLR5sb+verK9&#10;r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl/55GPf+ZVFX3&#10;l1xp65dgfN+WaY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9faDBvHulwrx5&#10;q8K5ea/CtHmvwbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+/6MY&#10;Av+lKBD/ojcl/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGOucCMkLy/iJO+&#10;vYSXwLyAm8K7faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+o&#10;fLG/qHyxv6h8sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7Ul2uey5V2rMWU&#10;gLTDlYi3wZONusCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8r8GkfbG/pH2x&#10;v6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BEPf+bUlb3nFVp&#10;65xYfN+bXo7UmWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJtnypyq57qsiq&#10;fKzGpn2txKN+r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG//6UYAv+m&#10;Jg//pDUl/6BEPf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76UjL+8jo7DuYiS&#10;x7eCmMu1fqHNr3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/&#10;nYCxv52Asb+dgLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+eyptrrMWbdbTD&#10;m364wJuHvL2XisC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZgrG/mYKxv5mC&#10;sb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+eTlX4oU5o7KJQ&#10;euCjUozVoVudy55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk0J2CqMuag6rI&#10;mYOtxZeEr8KWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA/6YYAv+nJQ//&#10;pTQl/6FCPv+fTFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3mojKspOK0qyL&#10;lNugh5/Ymoak0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoew&#10;wJKHsMCSh7DA/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZbqcelZbLEp3C2&#10;wKd6vLymg8O2oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDBj4mwwY+JsMGP&#10;ibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5pkdm7qpHd+Ot&#10;R4jZrUuYz6xUpsisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04ySps6LkKnKi46r&#10;x4uNrcSMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gYAv+pJA//pzIl&#10;/6NBPv+kRlP6qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobLnKWE0o2gh9iG&#10;oJfZh56i04eYpc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQ&#10;r8KIkK/C/6gYAv+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszFSqa8vF2ysbVv&#10;u6qwfcOjq4TJlqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSuw4WUrsOFlK7D&#10;hZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh87Y5cOq/N33j&#10;yjWH1NE3lb7CS6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+pKjLf5+qyYCb&#10;q8aBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+qIg//qDAl/6U+&#10;Pv+rO0//tDdd9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yEyIeqh8qAqYzM&#10;fKmTzHqqnMt5q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9&#10;nq3E/6oWAv+rIQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKufuWa2m7V0vJmy&#10;f7+VsITCja+FxIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHmlrcR5pa3EeaWt&#10;xHmlrcR5pa3EeaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYmVszkInG72iiI&#10;qsxBm5/DV6mZvGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rEeK+gxHWvp8R0&#10;ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/rCsk/7AvN/q/&#10;JUHk0SBFzuQdW73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWyiL+CsYvBf7GO&#10;wXyxksJ6sZbBebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safB&#10;/64SAf+vHQ3/rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWqli8F2qom+fa+F&#10;vICygrqDtH65hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlzt6S5c7ekuXO3&#10;pLlzt6S5c7ekuXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHqK3OV3zmCjddM&#10;jYjRXZWGzGqbhMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6Ur2y+ma9rvqCv&#10;a76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca1tYLFsPtEDCy&#10;/BlKovklXpbtM26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1tyoSea8mHn2nJ&#10;iqBoyI6hZ8eSomXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yj9LYK&#10;Af+4EgvVzAoLxNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1thG3bcodq2XaJ&#10;aNh6i2bXfY1k1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc&#10;0pmTXNKZk1zSmZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp99k9iePFaaHHu&#10;X21r62RxZ+lpdGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfgkIBW35WBVt+V&#10;gVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4NHJb/GiyL/ys6&#10;g/86RHz/SE11/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8XppVfB9alTvgGtT&#10;74RrUu6HbFDui21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuxsAFALTQ&#10;BAGj4wIKlv8QGIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/aVRT/21VUv5x&#10;V1D9dFhP/HhZTvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBf&#10;SPiQX0j4kF9I+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2XP9RO1f/Vz9T&#10;/11CUP9iRE7/Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B/5FQQf+RUEH/&#10;kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xr&#10;Y/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKr&#10;y3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/&#10;lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51&#10;oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHA&#10;qsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W&#10;1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrE&#10;ccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KK&#10;cnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2&#10;q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ISAf+WJwr/ljsc&#10;/5RLMP+QWUP/j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5umzXmeqMx3oqrL&#10;dqWsynSprclzra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++dL2vvnS9r750&#10;va++dL2v/5MSAf+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uIh5TVhY2c0oKR&#10;oc9/lqbMfZmpy3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6s7h2urO4drqz&#10;uHa6s7h2urO4drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V+pJkZfCRanTn&#10;j3OB4I59jNmLhZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbEdbS2wXa3trx3&#10;t7a3d7e2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+ZJwr/mTsc/5dK&#10;MP+TWET/lFxV+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+bs8R9n7XDe6S3&#10;wnmpucJ3r7nCdrW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ew&#10;ebe3/5YRAf+aJwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nRjYiizYqOqcmH&#10;kq7GhJazxIGatsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6tresera3rHq2&#10;t6x6tresera3rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phbZfCXYXTnlmiC&#10;3pNyj9aRe5rQj4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7snm0u655tbqr&#10;erW5qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/nDoc/5hJMf+Y&#10;UUT/mlRU+ptYZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/nry/e6W+v3mu&#10;vrl4sr6yebK9rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4&#10;/5gRAf+cJgr/nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3ylypGFrcWQjbTD&#10;i5K4wYWWu7+Anb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trigfba4oH22uKB9&#10;trigfba4oH22uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/GgVnLon1uA351k&#10;jteabZrQl3ekypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32yvaB+tLuef7W5&#10;nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc/5pHMf+cS0L/&#10;oE1S/KJQYvKjU3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3fKnJq3yrx6R9&#10;rsOgfrDAnX+yvZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4/5oR&#10;Af+eJgr/njgc/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511q8aagLPCmIq6&#10;vI6PwraDmcusfabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4lIO2uJSDtriU&#10;g7a4lIO2uJSDtriUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3rq1B746xUh9yr&#10;XJPUqWWdzqZvp8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKFs7yRhbS6kYW1&#10;uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tFMv+hRUD/pkZP&#10;/6pHXfatSWvtsEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPSkIuoy4+KrMaO&#10;iq/Cjomxv46Jsr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5/5sRAf+g&#10;Jgr/nzYc/5xEMf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9caa1s3i1paiB&#10;w5Sfjc2JnKLSh5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6&#10;iou0uoqLtLqKi7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv7sVJd+XOUnzd&#10;1mJ/zM5okrzFbqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+Gj7O9h460u4eO&#10;tLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+nPT3/rjxK/7U8&#10;Vfq9PWDwxkJn5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuoyXuiq8d+nK3E&#10;gJmvwoGWsMCClLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8/54QAf+iJgr/&#10;oTQc/6I8Lv+qOjv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiYvHmykbWEu4Wx&#10;icJ8rpHFeK6fxXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ay&#10;vX+Wsr1/lrK9/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9br7gQoCu1FCQ&#10;octfnZjDbaiRvXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/e5yyvXucsr17&#10;nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5vy086c0vQNne&#10;L0rK5zRfveo6c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1n7xytKi9brOy&#10;vnGssr50p7K+dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQAf+lIwn/pDEc&#10;/60uJ/+5KS/uyCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qogL+ArXu9hbF2&#10;u4u0c7mStXG5mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6s&#10;trhurLa4/6MQAf+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXeRoON1laNh9Bk&#10;loTLcZx/yHihesV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7sGW5u7Blubuw&#10;Zbm7sGW5u7BlubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5RkpvfIiQa/9KlWh&#10;8zRmluk/dIzhS3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRmxZmlZMWgpWTF&#10;qKVjxrKkYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+qHgj/sx0R7MkO&#10;D87jDhW+8hgtr/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5kWnSf5Nn0ISV&#10;ZM+Kl2LOj5hgzZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpc&#10;zbSa/6sPAP+tGgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB36F92ceRlemzh&#10;bH5p33KBZt14hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbVrI5W1ayOVtWs&#10;jlbVrI5W1ayOVtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8pP4v/N0yC/kVW&#10;fPlQXnX0WWRu8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458VeKTfVTimH5S&#10;4Z5+UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9zgcBruAHC6D/&#10;EhyU/yAriv8vOIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbzd2ZV8ntnU/GA&#10;aFHwhGlQ8IlqT++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9u&#10;0bkDALzFBQCt1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pLWf9gTVb/ZVBT&#10;/2pRUf9uU0//clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF+phcRfqYXEX6&#10;mFxF+phcRfqYXEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/PCpk/0MvXv9K&#10;NFj/UDdU/1Y6Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+BR0D/hkg//4xJ&#10;Pf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QABhv8PBHz/Gwtx&#10;/yQRZ/8sF1//NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU//242Pf9zNzz/&#10;dzg7/3w5Ov+BOjj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8/4MT&#10;Af+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I&#10;4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHO&#10;aNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53&#10;iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfS&#10;kc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C&#10;/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHd&#10;ZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4QTAf+F&#10;Igb/hjUU/4RGJP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJymIngcJ2M326i&#10;jt1sppDca6uS22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrPlshqz5bIas+W&#10;yGrPlshqz5bIas+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp8YB8c+t9hXvn&#10;eoyC43eSh+B0l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrMasyZxmvMmsJs&#10;zJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+HUzX/i1tD/4xi&#10;Uf6Kal72h3Fq8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuwm9Vqt5zUab+d&#10;1GnJncxryp3GbMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd/4cSAf+JIQb/&#10;ijUU/4hGJf+KUjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHadpqV2HOfmdVw&#10;pZvUbqqe022xn9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhwx6G4cMehuHDH&#10;obhwx6G4cMeh/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1duiHfoDjhIaI&#10;3n+Nj9t7k5TYeJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSltXHEpbJyxKSy&#10;csSksnLEpLJyxKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/lFZD/5RbUf6T&#10;YV72kWhr7o5wduiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81uvajHcMKovnHB&#10;qbhywam0c8Gpr3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oRAf+MIQb/jTQU&#10;/4tGJv+TTjT/llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf0Hmco851o6fM&#10;cquqy3C0q8hwv6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqod8CqqHfAqqh3&#10;wKqod8Cq/4sRAf+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiScIDhj3uK3IuE&#10;k9aGjJrSgJOhznuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+raN5vq2jeb6t&#10;o3m+raN5vq2jeb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A/51RTv+dV1v4&#10;nFxo8JpjdOiXan/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOveLmzqnm6s6Z6&#10;urKje7uxoHu8sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+PIAb/kDQU/5JD&#10;Jf+aSDL/nUo//59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GWq8d7obHFdrC1&#10;une3tq95t7aoeri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+vLCbfrywm368&#10;sJt+vLCbfrywm368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JLS/+kUFj6pFVk&#10;86RacOuiYXvkn2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2nX64tZt/ubSZ&#10;f7qzmIC6speAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/kTQU/5dCJP+d&#10;QzD/okU9/6VISf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaDmraufqq7pHyz&#10;vJ5+tbqagLe3mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgrux&#10;/44QAf+RIAb/kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7269uhMymdpTA&#10;nH6itJKIrqmKlLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQhLqykIS6spCE&#10;urKQhLqykIS6spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+wRlD5s0ta8LdS&#10;Y+i7WWvfvWRy0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3toyIuLWMh7m0&#10;jIe6s4yHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU/5w9If+jPC3/&#10;qj04/69AQv+0REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJlpu9g5Wvv4SR&#10;s7yGjrW5h422t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somKurKJirqy/5AP&#10;Af+THwb/lTQV/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJngLK5bZCksXSf&#10;l6p9q4qkiLV/oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqyhY26soWNurKF&#10;jbqyhY26soWNurKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0HsykdF49ZURdbZ&#10;V1jH0F5ruMhkfqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32Wt7Z+k7m0f5G6&#10;soCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1Hv+rMyf/tDQv&#10;+b42Ne3JPTji1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOzaLiotmmyuLZv&#10;p7e2c6G4tXacubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbyw/5MOAf+W&#10;HwX/mTMU/6UwHP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjSZYiKzm2Ufcl2&#10;n3PEg6dswJGsZ76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9rnSava50mr2u&#10;dJq9rnSava50mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/vuhDUbHlSWGk&#10;4k9wl99WfYraYIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xpqr+sbKW/q22i&#10;wKptosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7IxjozSAX1d8l&#10;HcjoMDG87zlEsOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiWoGHIo6FgyLOh&#10;XcfDo1++xKVhtsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl/5cNAP+cHgX/&#10;piYN/7QgD+/GFw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz2m2IbdZ2jWjT&#10;f5Jk0IiVYM+SmF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64yZ5euMmeXrjJ&#10;nl64yZ5euMme/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/WIv1SGOC7lJt&#10;euhcdXLkZHtt4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2QVs3RklfI0ZNX&#10;yNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa59BYXrP8jKqH/&#10;LjuV/zhJi/9CVYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfek4NV3ZyFVNyl&#10;hlLcr4ZS3LuGUdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AKAP+tEwHUwAgA&#10;xs4IALnjCwir/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xrXe1yblrreXBX&#10;6oByVemHdFPnj3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFekzk&#10;xXpM5MV6/6QHANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/UU5p/1dTYv1d&#10;V177ZFta+WpeV/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+wbEfut2xH7rds&#10;R+63bEfut2xH7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0Xh/8qI37/Ni12&#10;/0E2bf9IPGb/T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH/YtYRfySWUT7&#10;mFpD+59bQvqnXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXBAwCn0QEAmesF&#10;Ao//EgmF/yASfP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9oQEf/bUJF/3JD&#10;RP93REL/fUVA/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7&#10;/6NLtroCAKbKAACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN/0woSv9SK0b/&#10;WC1E/10uQv9hL0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/mDkz/5g5M/+Y&#10;OTP/mDkz/5g5M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8dCVf/Jg1R/y8R&#10;TP83FUf/PhdD/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3IlL/93Ji7/fSct&#10;/4QoK/+LKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/cjEM/3FDGf9x&#10;UCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61&#10;d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDjedVg43nVYON5&#10;/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7y&#10;Y6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg&#10;43nVYON51WDjedVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93aUr/c3FU/3F8&#10;XPtuhmP3a45p9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3Nfedd2X3hX959&#10;2mDgfNFi4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN/3NCGv93TSf/&#10;e1Y0/3xfQP96Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvqYq996WG1fuhg&#10;vX/oX8WA6F7QgeJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk34HKZN+B/3gU&#10;Av91HwT/djEN/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2Rcu5rmHbsaZ55&#10;62ekfOllqX7oY6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyExWXchMVl3ITF&#10;ZdyExWXchMVl3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/f2xW/Xp0YPh3&#10;f2jzc4hv8HCPdO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk2ofNZdqIx2bZ&#10;iMFn2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hBGv+BSSf/hlIz&#10;/4haQP+HYkz/g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I4mS3iuFjwYvh&#10;Ys6L2GTWi81m1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaM/3sTAf95&#10;HQP/ejAN/3w/Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelzkn7mb5mD5Gyh&#10;h+JqqIrgZ6+M32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzTj7Rs04+0bNOP&#10;tGzTj7Rs04+0bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW/IlrYfaEc2vw&#10;f35z7HuHeuh2kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4bNCUs23QlK9u&#10;0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+NRSX/k00x/5VT&#10;Pv+UWUr/kmBV/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/ltRnzpfHa82Y&#10;vWzNmLZuzZiwb82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W/34SAf98HAP/&#10;fi8N/4Y7Gf+RQyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTheJKL3XOckNpu&#10;ppXYarOZ1mjFm8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0zZiidM2YonTN&#10;mKJ0zZiidM2Y/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lfXfiVZmjxkG5y&#10;64p5e+WDhITgfI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcmeoHbKnZ52y5ud&#10;dsuanXbLmp12y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/nEQt/59JOf+g&#10;TkT/oFVP/J5bWvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7NyxaOqdMWjpHbF&#10;o6B3xqGdeMegm3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4ARAf9/GwP/gS8N&#10;/483F/+aPyH/n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWNw4KPlrt7mp61&#10;dqeksHS4p6h2wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2UfMmdlHzJnZR8&#10;yZ2UfMmd/4ERAf+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqqXVziqWZm16Jv&#10;csuZeIHBkIGNuIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7HoZB+yJ+Qfsme&#10;kH7JnpB+yZ6QfsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o/6hCMv+sRzv2&#10;r01E7bFUTeWzW1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uRgcGpj4HCp46B&#10;w6WNgcWjjYHGooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+BGgP/hi0N/5Y0&#10;Ff+gOR3/pjwm/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWCl5uPjaGTipmn&#10;jIepq4iHv6yIh8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMifiITIn4iEyJ+I&#10;hMif/4MQAf+CGgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzMumBfv7Jnb7Or&#10;bn6oo3aLnZx+l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSHyKCEh8ifhIfI&#10;n4SHyJ+Eh8ifhIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6KPO7QC3pw0gx&#10;4ctRN9LHVkvFwF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGpepHCp3yPw6V9&#10;jcWjfozGoX+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/jigL/58xEf+n&#10;Mhf/sDMd+bk2Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Gogpx3pI+jcKKf&#10;p2yitKhun8KncpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsme&#10;/4YQAf+FGQP/kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZqcZhaZzAZ3iQ&#10;um6EhLZ2j3mygJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11k8qddZPKnXWT&#10;yp11k8qddZPKnXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97YNxDT4UEeyd9J&#10;MLzaUUSv01hWoc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7In2amyJ9pocme&#10;a53KnW6ay5tumcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH/6gnCv+1Igzx&#10;xCAM4NUkCdHhMBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfotiyIyRXMiclVnI&#10;sZZXyM6WW7vNmF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2X/4oO&#10;Af+LGAP/nyEF/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBXYoDdX2x222h1&#10;bNpyfWPYfoNc2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGTYKrRk2Cq0ZNg&#10;qtGTYKrRk2Cq0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t7jcuouxAPZfr&#10;SEqM6U9WgehWYHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ2odUxtiJVr/X&#10;ili41otZttaLWbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8JAMzOCQDD6w4E&#10;tvUeEav1LCGh9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2U+WReVHknntP&#10;46x8TeO9fE3j2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6B/5IMAP+g&#10;DQDbtwYAysMHAMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6Xlxg9mZhW/Rv&#10;ZVbxeGhT74JrUO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXndE7V53RO1ed0&#10;TtXndE7V53RO1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkvgP9COXf/SkJt&#10;/1BJZf9WTl//XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE8sFnQ/LUZ0Xu&#10;52dG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTeBwGa/xUJkP8k&#10;FYf/MCB+/zsqdP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+CU0X/i1RD/pRW&#10;Qf2eV0D9qFg//LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta0q0AAL24AgCu&#10;xQIAodUCAJb3CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM/2A8Sf9mPkb/&#10;bUBE/3RCQf97Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/wks3/8JLN//C&#10;Szf/wks3/8JLv7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84HlX/QCJQ/0gm&#10;TP9PKUj/VStE/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5Mf+kOjD/rzsw&#10;/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv/xEDZv8ZBl7/&#10;IQpW/ykPUP8yE0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/cCQv/3clLf9+&#10;Jiz/hycq/48oKf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIAAJHRAACC4QAA&#10;eP8AAGz/CAFg/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQMP9OES7/UxIs&#10;/1gTKv9dFCn/YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof/5EaH/+RGh//&#10;kRof/5Ea/2gZAv9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9gh07/XZBS/1uY&#10;Vv9anln/WKRb/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTtY+ZW72LgV/Bj&#10;4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl/2tcMP9pZTr/&#10;Z3BC/2R7Sf9ihU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5VM5l91PdZvNT&#10;5mbuVepm51btZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9mIgT/YS4H/2A/&#10;EP9pSBv/bVEm/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qpYvpZr2T5WLVl&#10;+Ve8Z/hWxWj3Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p01vuadNb7mnT&#10;W+5p/2oYAv9nIgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/ZItY/2GTXP1f&#10;m2D7XaFi+luoZflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc7GzNXe1szV3t&#10;bM1d7WzNXe1szV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZXMf90YDv/cGlF&#10;/21zTf9qflT/Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv7lfib+ZZ5m/d&#10;XOlu013qb81e63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/ZS0H/2s6EP90&#10;Qxv/eUwm/3pVMf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/RdrW3zXLRv8lq9&#10;cfFZyXLvWNpz6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0&#10;/20WAv9qIAP/Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe+2qMY/hmlWj1&#10;ZJ1s82Gkb/JfrHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6ZOV4umTleLpk&#10;5Xi6ZOV4umTleLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+EWDv/gWBF/3xp&#10;T/92clf+cX1f+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHie8pi4nzCZOF9&#10;vGXhfbdm4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH/3c0D/+BPBn/&#10;h0Uk/4pNL/+JVTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nrYLZ86V7Efude&#10;2H/YYd9+ymPfgMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp33+sad9//3EV&#10;Af9tHwP/aysH/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/Z/Rxim7wbJV0&#10;7Wifeepkqn3oYbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2CpmzdgqZs3YKm&#10;bN2CpmzdgqZs3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/k1hB/5BgS/uL&#10;Z1X1hG9f8H16Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r2ImqbdmIpm7a&#10;h6Nu2oagb9uFoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4IuDf+ONhb/lUAf&#10;/5lIKf+ZTzT/mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2JxWi7i8Fo0Iy2&#10;a9WNrm3Vjadv1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oebctqH/3MUAf9w&#10;HQP/dSYG/4YsDf+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WGfW7Nf4d4xniR&#10;gMBzm4e7b6eMtm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZiZZ12YmWddmJ&#10;lnXZiZZ12YmWddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A376JWQeehXUrf&#10;nWdU1JVvYsuNeG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGWd9OPlHfVjZJ3&#10;1oyReNiKkXjYipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+YNBL/nzwZ/6NB&#10;IvumRiryqE0z6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniqlJp2u5aXd8+W&#10;lHnQlJF60ZKPetOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL/3UTAf9zHAP/&#10;fSEF/44pCv+bNBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6xkXp5qYuDg6GF&#10;jYuagZiRlH6llpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h91ouIfdaLiH3W&#10;i4h91ouIfdaL/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQLtS0VkDJrV9R&#10;vqVnYLSeb22ql3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKShIHTkISB1I6E&#10;gNaMhIDWjISA1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/pzQT+q44GO+1&#10;PRzmvEYh3L9MLM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2Kr5h6i8eYfInO&#10;ln2I0JR+htKSf4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gSAf91GwP/hRwE&#10;/5cmB/+jLwv/qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2kp96gImag4mB&#10;lo6QeZOclXSSrJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7h9aMe4fWjHuH&#10;1ox7h9aM/3gSAf92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLCUTu2vFlMqrZh&#10;W5+waGiVq290i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/Uj3WN1Y12i9aL&#10;dovWi3aL1ot2i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI68AoCOHNMAfU&#10;0jcUyM1FJ7vITzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Jipr2SY6PSkWed&#10;05BqmNSPbZXVjW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98FwL/kBcC/6Ih&#10;A/+uIATyux0E5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hzdnK1fH5qs4eF&#10;Y7GVil6wpYxbsbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmIapbZiGqW2Yhq&#10;ltmI/3wQAf+BFAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg0VNDlM1aUYnJ&#10;Yl1+xmlndMNxcGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh24ZjnduFY53b&#10;hWOd24VjnduFY53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQAcHkJQe34zUT&#10;reFAIaPeSS+X21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8UMzifFPB4H9V&#10;t9+AWLHegVqr3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/og0A27UIAM7B&#10;CADG0AkAvukSArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7demdY3IZrU9yV&#10;b1DdpnFN3rtyTd/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLjelWy43pVsuN6&#10;/4MOAf+WCwDdqwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+dutVR2zqW05k&#10;6mNVXeptWljqd15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629PwOpwT8DqcE/A&#10;6nBPwOpwT8DqcE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1JxCS9TQciPY+&#10;J3/2RzJ29k47bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+X0D332BD7uxg&#10;R+PxX0jb8WFJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMAtcEDAKrPBQCg&#10;5wsBmP0aBo/+KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH/3tMQ/+HTkD/&#10;lFA+/6FSPf+wVDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dU26EA&#10;AMWwAAC1ugIAqMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9PMVP/VjVO/104&#10;Sf9lO0X/bT1B/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJN/74STf++Ek3&#10;/vhJN/74STf++Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts/y8SZP83GFz/&#10;Ph1W/0UiUP9LJUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/pTgv/7I6Lv/A&#10;Oy7/0zst/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkAAIH1AwB5/xAB&#10;bv8WA2X/HwZe/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2YiMf9uJC//dyUt&#10;/4AmK/+MKCn/lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktqrcAAJrF&#10;AACL0wAAfeIAAHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/Qw8z/0kRMP9P&#10;Ei7/VRMs/1sUKv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+wHR3/sB0d/7Ad&#10;Hf+wHR3/sB0d/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcDPf8fBDj/JgU0&#10;/y0GMP8zBy3/OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX/3wNFv+GDRT/&#10;jw4U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9XRRD/W04Z/1xY&#10;Iv9bYyv/WW8y/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rDTv9JzU//Sd1Q&#10;/0jpUP9I8lD7SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ/1wcAv9YJgP/&#10;UjIG/1E6CP9aQxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/T6ZL/06tTf9N&#10;tE//TLtQ/0vDUf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR+lPiUfpT4lH6&#10;U+JR+lPiUfpT/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3O/9ZgkD/VoxF&#10;/1SVSP9Snkv/UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV7FD4VOZR+FXf&#10;UvlW3FP5VtxT+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/ZUka/2ZTI/9k&#10;XS3/Ymg1/190PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N0Ff/TeJY/Ezt&#10;WPZO8ljuUPVY5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18aAv9bJQP/VTAG&#10;/1w0CP9lPRH/akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT/1OqVf9Sslf/&#10;UbpZ/1DFWv9P0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913LWPddy1j3XctY&#10;913LWPdd/2AaAv9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9jeEX/YINL/1yO&#10;T/9amFP/V6BW/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljzYctZ9WLFW/Vi&#10;w1v1YsNb9WLDW/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ/3ZLI/91VC3/&#10;cV02/2xnP/9oc0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPzU+hj6VXuY95Y&#10;8GTQWvFlyFzyZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9eIwP/XioF/2kt&#10;CP90NQ//ej4Y/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/VqlYPtYsGL6Vrtl&#10;+FXKZvVU4GfsVupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9qs2HvarNh72qz&#10;Ye9q/2MYAv9gIgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/b3RO+2qBVfhm&#10;jFv1Ypdf81+hY/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj7G6tZOxuq2Tt&#10;batk7W2rZO1tq2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hFH/+ITSn/hlUz&#10;/4JePft9Zkb2dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupwxGDpcrpi6HOz&#10;ZOhzrWXpc6lm6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/aSME/3clBv+C&#10;Lwz/ijkU/45DHf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNmoW7PY6xxy2G5&#10;dMhhynXFYeV2uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvpc55r6XOea+lz&#10;/2YXAf9jIQP/bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK34F0U9Z6fl3P&#10;dIhlym+RbMVrm3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZbed2mG7ndZhu&#10;53WYbud1mG7ndZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2aSCD0mk4p7JhV&#10;M+WVXTzdj2ZH04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzgfp5t4X2ab+J8&#10;l3DjepVw5HmTcOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD/4EgBP+OKwj/&#10;lzUO/50+FfifRBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWqc5x6pXCofqFv&#10;toGeb8qCm3DegZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z5XiOc+V4/2kW&#10;Af9mHgP/dhoD/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5NpUruNcl6zhnpn&#10;rIGEb6Z9jXageZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6iXbkeYl25HmJ&#10;duR5iXbkeYl25HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTmrEQa3a1LJNCm&#10;VDXGn15EvJlmUrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId63YKGet+Ahnrg&#10;foV64nyFeeN6hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4ocAv+YJgX/ojAI&#10;9agzDOuuORDis0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9ioKcgoWAqoWB&#10;f7yGgIDbhYCA3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqAfOR6/2sVAf9t&#10;GQL/fhUC/40bAv+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6edaluemHJllpN6&#10;bo+Pg3aIi458goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/jenx/43p8f+N6&#10;fH/jenx/43p8f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYPyrpEIL+0TzG0&#10;rlhAqqhgTqGjZ1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNzid+BdYfgfnaF&#10;4X13hON7d4PkeneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+iHgH1rSAC57gh&#10;At3DJgLQwzQNxL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeUfm2WooJplbOE&#10;Z5bNg2mT3oJsj9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5/20TAf92EwH/&#10;iBIB/5gTAP+nGQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WKrGtfgalyaHml&#10;e29yo4V2a6CRe2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M5XhtjOV4bYzl&#10;eG2M5XhtjOV4/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9GazFSSmhwFI4&#10;l7xaRo24YVGDtWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7YZvjemOX5Hlm&#10;lOV3ZpLmd2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDPvgkAy8wJAMTT&#10;FwC60iwHsM87FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1nXNVta51VLbI&#10;dVOz53ZXq+Z2WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3ISAf+GDAD7mAkA&#10;2akGAM61BwDGwQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQbMdtV2XFdl5e&#10;xIFjWcOOaFTDnWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZo+twWaPrcFmj&#10;63BZo+tw/3cPAf+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPeQh2J3Ewpf9pU&#10;NXXXXD9t1WRIZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/xaE+48GlRsvBp&#10;Uq/vaVKv72lSr+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYAqdgKAKHnGQKZ&#10;5yoJkOc3FIfmQh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ46xXR+TEV0bj&#10;6VdG3fZZR9D3XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANmeAADHrAEAubYC&#10;AK7BAwClzgYAnOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5oP1LucUJN73xG&#10;Se+JSUbwlktD8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xURc/8VEXP/FRF&#10;z/xU4ZUAAMumAAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto+UYiYPpNKFr6&#10;VC1U+lwxT/tlNUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy/0Q+6v9EPub/&#10;Rj7m/0Y+5v9GPub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8SAXv/HgN0/yoJ&#10;bP8zD2T/OxZd/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0M/+kNjH/tjcv&#10;/9A4Lv/vOS3//zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACivQAAlMoAAIfY&#10;AAB98wcAdv8SAW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/YSA4/2khNf9y&#10;IzH/fSUu/4omK/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//LST//y0k//8t&#10;sa4AAKO5AACUxgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYKQf89DD3/RA45&#10;/0sQNv9REjL/WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c/+YfG//wHxv/&#10;8B8b//AfG//wHxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/EQFK/xcCRP8f&#10;Az//JgQ6/y0FNv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92DRf/hA4V/5IP&#10;FP+gEBP/rRET/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAAaecAAFz9AABU&#10;/wAAS/8FAEP/DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa/0UGGP9LBhb/&#10;UgYU/1oHEv9iBxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/oggM/6II/1Ag&#10;Av9LKgP/RDYF/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0SaNP9Dojf/Qqo4&#10;/0GxOv9AuTv/QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+7kb/P+5G/z/u&#10;Rv8/7kb/P+5G/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/T2ol/013K/9K&#10;gy//SI4z/0aYNv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+/UH/QP9A/UL/&#10;QPZF/0DwRv9B6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002Bv9ROwj/VUYQ&#10;/1ZQGP9VXB//Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB/0LMQf9B3kL/&#10;QetD/0D1Q/9A/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0XjSv9F/1IfAv9N&#10;KQP/SjIE/1AzBv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9Jnj3/R6Y//0au&#10;Qf9Ft0L/RMFE/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/SNtN/0jbTf9I&#10;203/SNtN/0jbTf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao/1htL/9UeTT/&#10;UYU5/06RPf9Mm0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/UrxSv9J6E3/S99O&#10;/0zXT/9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9fMgj/ZDwQ/2ZH&#10;GP9kUiD/YVwo/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jMTP9I4U3/SO5N&#10;/Ej5TvJL/E3nTv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R/1UdAv9RJwP/&#10;VikE/14qBf9kLwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/U51J/1GmS/9P&#10;sE3/TrpP/U3GUPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY/lW8WP5VvFj+&#10;VbxY/lW8WP5V/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tgMP9mazj/Y3c+&#10;/l+DRPtbjkj5WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZw1j7Wrxa+1q3&#10;W/tZs1z7WbNc+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/dzUN/3pAFf96&#10;Sh3/eFMm/3NcL/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJWzFneVuRZ2Fb0&#10;W8pY913AWvheuFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kbAv9WIwP/YiAD&#10;/2wgA/91KAX/fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R3mGYVdteolnW&#10;XKxb01u4XtBaxl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+jY/dfo2P3X6Nj&#10;91+jY/df/1oaAv9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+XjTleWk94HR0&#10;Rdpvf0zTaolTz2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTyZaFl82SfZfRj&#10;nGb1Ypxm9WKcZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I/4w4DvuOQhby&#10;jkoe64tSJ+SHWzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmxYspqrmPmaqhk&#10;72qiZu9pnWfwaJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9fHAL/bBgC/3kb&#10;Av+DIQP/jCwG/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKIXbRukWKva5tm&#10;q2mmaqhns2ylZ8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJmkGzyZpBs8maQ&#10;bPJm/1wZAf9iGgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzKjV85wodpRbuB&#10;cU+1fHtXr3iEXqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v72qMb/Bpi2/x&#10;Z4tv8WeLb/Fni2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9pswBuufOArioj8Q&#10;2J9HHM2ZUivEkl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpyjnHRc4xy6nGK&#10;c+tviHPtbYdz7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/dRMB/4MWAf+O&#10;GgH+mCMC8Z8sBOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/hmSVfI9qkHma&#10;bot3pnKIdrZ0hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbwaYF28GmBdvBp&#10;/14YAf9pFQH/eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2r5dhQ6eRaU2g&#10;jXFWmYh5XpOFgmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19ee5rfXnwaX15&#10;8Gl9efBpfXnwaX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2wJAHQsDIKxqxB&#10;GLymTCezoVY1qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLFdXSD53N1gepx&#10;dn/rb3d+7W14fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA/4wRAP+ZEQDx&#10;pBMA464WANa2HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/jodoeYySbXSK&#10;nnFwiK10bYjBdG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA8Gl0gPBp/2EX&#10;Af9xEAH/gg4A/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1IxnqdbPpajY0iOn2pR&#10;hptyWX+YemB4lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9rboTwaW6E8Glu&#10;hPBpboTwaW6E8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/vCsGtbk7E6u2&#10;RyGhsVAvmK1ZO4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z329gluxuY5Ht&#10;bWaO7mtni+9qaYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oEANOmBwDMsQgA&#10;x7sIAMHCEwC4wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39gZaWKZGCjl2hb&#10;o6ZrWaO6bFij3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZjj/Fm/2sQAf9+&#10;CQDxkAQA1p4DAMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6XD55t2RGcbVr&#10;TmuzdFRksX5aX7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfzZFyX82Rcl/Nk&#10;XJfzZFyX82Rcl/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziACns0xCpXLPhaL&#10;yEkjgsZSLnrDWjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211LufdfTrH2YFGq&#10;9mBTpfZgVaH2YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALuxAgCyuwIAqscG&#10;AKLTCgCd1hoBldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmITU/JlVFMyaVT&#10;Ssm5VEnK3FNHyPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa/38AANyTAADK&#10;ogAAvKwBALG1AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj218vXdpnNVjZ&#10;cTpT2Xs+T9mIQkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7/1JHu/9SR7v/&#10;Uke7/1JHu/9S5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8CfugtBnboOA5u6EEW&#10;ZudKHV/nUiNZ51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+Peb/Pz3g/0I/&#10;1/9EQM7/RkDO/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQzAIAhtkGAIDy&#10;EgB58h8CcfIrBmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1iy889pkxOvap&#10;Mzj3vjQ2+OE1NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4AALapAACosgAA&#10;m70AAI/IAACD1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MYRf9aGkH/Yx0+&#10;/2wfO/92ITf/giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov+f8qL/n/Ki/5&#10;/yov+f8quaYAAKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/LAVM/zQHSP88&#10;CkP/RAw//0wOPP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/MHiP/7R4i//0f&#10;Iv//HyL//x8i//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAAX/8GAFj/DgBR&#10;/xUBS/8dAkb/JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj/3QNIP+CDh3/&#10;kg8b/6IQGv+yERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/AACAzAAActoA&#10;AGTkAABY9QAAUf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+BSL/RAUf/0oF&#10;HP9RBhr/WQYX/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJDf/TCQ3/0wkN&#10;/9MJkbwAAIHJAABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo/xwBJP8iAiD/&#10;JwIc/ywCGf8xAxb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/kAUB/5wFAf+r&#10;BQH/qwUB/6sFAf+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FRDf9AXRP/P2oY&#10;/zx3HP86hCD/N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt/zH7Lf8w/y3/&#10;MP8t/zP/Lf82/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/PjQD/0I2BP9E&#10;Owb/REMI/0VPDf9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81vS3/NMgu/zTW&#10;Lv8z5i//M/Iv/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/MfE9/zHxPf8x&#10;/0YjAv9ALQP/QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm/zuYKf86oSv/&#10;Oaot/zizLv83vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPzPv807UD/NOpB&#10;/zTqQf806kH/NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9NVBX/S2Eb/0hu&#10;IP9FeyX/Qogo/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4Nf86/zX/Ov81&#10;+z7/NfJB/zfrQv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD/04tBP9RMQX/&#10;UzkI/1VFDv9TURX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/QL03/z/JOP8/&#10;2zj/P+o5/z/1Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ/z3VSf89/0kh&#10;Av9EKgP/TSgD/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yKMP9KlDP/SJ42&#10;/0emOP9Grzn/Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9BzE3/QclN/0HJ&#10;Tf9ByU3/QclN/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/YFUc/1xhI/9Z&#10;bSn/VXku/1KEM/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK/ELkSv9E2Ez/&#10;RcxP/0bGUP9GwFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10hA/9jJwT/ZzEG&#10;/2o8DP9qRxT/Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D6k+6ROhOx0Tm&#10;T91F4U/uRd1O+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0Vv9K/00fAv9Q&#10;IQL/Wh4C/2IeAv9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6NulchTvmWo8/5FiY&#10;QuFWokTfVatG3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/Tapa/02qWv9N&#10;qlr/Tapa/02qWv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY8nNUIOxvXijn&#10;a2ow4md1Nt5jgDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4WP9TsFr/U6tc&#10;/1KnXf9So13/UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90IAL/eScD/34y&#10;B/mAPA3xf0YV6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2qU7tbtlW4W8VW&#10;tVvfVrJc81esXf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T/1AdAv9aGQH/&#10;ZRUB/3AXAf94HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDAbH9GvGiIS7hm&#10;kVC1Y5tTsWGlVq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl/lWUZf5VlGX+&#10;VZRl/lWUZf5V/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItIFtGFVCPJf14u&#10;wnpoOLx1cUC3cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhdlGf5XJJo+1qQ&#10;aPxZjmj9V45o/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/iB0B8o8lAueT&#10;LwTelTgJ05BFFcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lqp16WabVglGjI&#10;YZJp5mCPavdfjWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1QaAf9iEwH/bxAB&#10;/3sSAP+FFAD6jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNIonl8Tp12hVSZ&#10;c45YlXGYXJFvpGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiDb/xYg2/8WINv&#10;/FiDb/xY/1YYAf9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76VTCC2kFYsrotg&#10;N6eGaEChgnBInH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2YH9z+F5+c/lc&#10;fnL6Wn5y+1l+cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA450RANajGwDL&#10;oS8Gwp4+ErmZSh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9eKtkeni8ZXl4&#10;2WV4efRieXj2YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9pDgD/eAwA/4QM&#10;AO+QCwDdmgoA2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lzTYmGfFOEhIVY&#10;f4GQXXp/m2F2fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1eftadXn7WnV5+1p1&#10;efta/10TAf9sDQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhumnlAonppZM5aW&#10;YTyPk2lEiY9xTIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A915vf/lcb336&#10;W3B8+1pwfPtacHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgIAMSuEwC7rScD&#10;sqs3DamnRBmgpE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6NhZYu0Y2OLzGNj&#10;i+5hZYn3X2eG+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4ggMA248CAM+a&#10;BQDJowYAw6wGAL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3abdE1wmX1Ta5aI&#10;WGaVlFxilKFfX5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7WWWG+1llhvtZ&#10;/2YNAP93AwDjhwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEogjK1TK4SqWzR9&#10;qGM8dqVqQ3CjckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpckftZXo78WF+N&#10;/FdfjfxXX438V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8CgCmvR0Bnrwv&#10;Bpa6PBGNuEcchbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqevV1GoxldQp+pX&#10;UKX8V1Of/VdVmv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAAxp0AALumAQCy&#10;rgAAqrcBAKLCBQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5dtnhDWLWCR1S0&#10;j0tQtJ1OTbOuUEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe/1FRnv9R/3YA&#10;AN2JAADKlwAAvqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchKG23HUyNnxVwq&#10;YcRkMFzDbTZXwnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9LSa3/TEqr/0xK&#10;q/9MSqv/TEqr/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE1Q0AgNUeAXnV&#10;LgVy1DwMbNNHFGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQxjtD0Oo6QM39&#10;Pj7L/0BAw/9CQb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sAAKC0AACVvgAA&#10;i8gDAIDRBwB44Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMlR+B+KETgiytC&#10;4JotP+GrLz7iwS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7zP85zZIAALyg&#10;AACtqAAAobEAAJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1LsSA9N7FETSu1a&#10;FkbtYxlD7W0cQO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/KzPk/ywz5P8s&#10;M+T/LDPk/ywz5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEAXPcdAVf3JwJS&#10;9zEETfg6Bkj5QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss/r8cK//jHSr8&#10;+h0q+v8dKvf/HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvLAABv1gAAY98A&#10;AFv1BgBV/xAAUP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9kCiv/bwwo/3wN&#10;Jv+LDiT/nBAi/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8TpqkAAJizAACK&#10;vwAAe8oAAG7VAABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv/zoDK/9BBCj/&#10;SAQl/08FIv9XBSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP//woT//8KE///&#10;ChP//woT//8KmrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8QADL/FQEu/x0B&#10;Kv8jASb/KQEi/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UECv+WBQn/qAUI&#10;/7kFB//QBQf/4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC7QAAOv8AADX/&#10;AAAv/wIAKv8KACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/QQIH/0kCA/9T&#10;AgD/XgIA/2wCAP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zknAv8zMgL/NTQD&#10;/zg2A/84OwT/NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a/yi1G/8nvhz/&#10;J8gc/yfUHf8n5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8L/8f/C//H/wv&#10;/x/8L/8f/zonAv80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8vgRX/LY4X/y2Y&#10;Gf8soRv/LKoc/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/H/8s/x//L/8h&#10;/DH/Ivcz/yL3M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F/zxIB/87VQv/&#10;OWIP/zdvE/81fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/L+oj/y/1I/8v&#10;/iP/L/8i/zD/Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85LQL/PywC/0Mt&#10;A/9EMgT/QzkF/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWrIv81syP/NLwk&#10;/zTGJf801CX/NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q5jz/KuY8/yrm&#10;PP8q/z0lAv89KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/QIAd/z6MIP89&#10;lSL/PJ4k/zumJv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7/y3oPf8u4T//&#10;LttB/y7bQf8u20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+B/9RSQz/T1YS&#10;/0xiF/9Kbxz/R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st9EDrLfBA9y3t&#10;QP8v6z//MeRB/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/TCAC/1IhAv9W&#10;JgP/WS8E/1k6B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNHpi7yRq4v8EW4&#10;MO9FxDHtRdMx6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/N79L/ze/S/83&#10;/0EjAf9JHwH/URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj8VN8J+5Qhivr&#10;T5Au6U2ZMOdMoTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9Tf88uE//PLRP&#10;/zu0T/87tE//O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9oPQn6ZkgQ9GNT&#10;F+5gXx3qXWsj5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/hPcdP8j7DT/9A&#10;wE//QbdR/0GxUv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB/2IXAf9oHQH/&#10;bCQC/28uA/lvOAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvHVaA9xFSpP8JT&#10;tEG/U8JCvVPWQ7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY/0KhWP9C/0gd&#10;Af9TFgH/XRIB/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWdsK8hkdjHEYX83&#10;wF6JO71ckj66W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9Hm1z/Rplc/0WZ&#10;XP9FmVz/RZlc/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPifjkH2XtGENB2&#10;UxrJcV4kw21oLL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc4k2fXfdMnF7/&#10;TJhf/0qVYP9Jk2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28QAP92EwD8fRcA&#10;74EeAeSEJwLbhDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFHomObSp9ipU2c&#10;YbFPmWDBUJdg3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iLZP9I/1AWAf9c&#10;EAD/aA0A/3IOAP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51ajSpcnI6pG97&#10;QKBshESdao1ImWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/S4Vn/0mFZ/9J&#10;hWf/SYVn/0mFZ/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4Ew4s9DbuHShi0&#10;g1UirX5eK6d7ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SEa+5Tg2z/UYJs&#10;/0+Ba/9NgGv/TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiCCADciQkA2I8L&#10;ANCTFwDGkysDvpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQToZxm1GCb6dU&#10;f2+2VX1vy1Z8b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L/1cRAP9jCgD/&#10;cAcA8HwFANyFBQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKWgmo5kX9yP4x8&#10;ekWHeoNKg3iNTn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx/0x2cf9MdnH/&#10;THZx/0x2cf9M/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3CayVRBSkkU4f&#10;nY5XKJaKYDGQh2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZVbnr8U295/1Fw&#10;d/9PcXb/TXF1/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJkwUAxJkGAL6e&#10;EAC2nyQCrp00CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKCk1BugKBTa3+u&#10;VWh/wlZnf+NVaID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14MAP9sAQDmegAA&#10;1oYAAMuPAgDElwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1f5FrO3qOc0F1&#10;jHxGcIqFS2uIkU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xnfv9MZ37/TGd+&#10;/0xnfv9M/2EKAP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZulPQ+UokgZjJ9R&#10;IoWcWSt/mmEyeZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434UFyL/09eiP9O&#10;YIX/TGGD/0thg/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEAsaUAAKmrBwCj&#10;rRoAnKwsBJWrOgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElbmJlMV5eoTlWX&#10;u09Ul9xOVJb2TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5AADRhwAAxZIA&#10;ALucAACxogAAqakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhkMWenbDZipXU7&#10;XaR/QFmjikNVopdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9HVJL/R1SS/0dU&#10;kv9H/24AAN5/AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+uD4Od7ZJF3G1&#10;Uh5rs1olZbJiK2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq/0RJpf9ES6D/&#10;RE2c/0RNnP9ETZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMAAI67AQCFwQwA&#10;gcIdAHvCLQN1wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3R7qlOUW6uDpE&#10;utc5Q7j1O0K2/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7mgAArqIAAKOp&#10;AACYsQAAjrkAAITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJZR9OyG8jS8h6&#10;JkfIhilEyJQsQsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/Nz24/zc9uP83&#10;0YYAAMCVAACynwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0CW9g6BFfYRglT&#10;2FANT9hZEUvXYhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc20v8pNNH/KzbK&#10;/y02yv8tNsr/LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzPAgBi1gcAWuQO&#10;AFjkHABU5CkBUOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeecFzPorhky6cYZ&#10;MujqGTHl/hkv5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAAkLQAAIO9AAB3&#10;xgAAa88AAF/WAABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc29F0IM/RoCTD1&#10;dAsu9YEMLPaRDir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx/xMl8f8TraEA&#10;AKCpAACSswAAhLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4qATf/MwI0/zoC&#10;MP9CAy3/SgMr/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJGv//CRn//wkZ&#10;//8JGf//CRn//wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA++wEAOv8MADb/&#10;EwAy/xsAL/8jACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/gQQR/5MEEP+n&#10;BA//vQUO/+AFDv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAAAFrbAABM4QAA&#10;QOcAADfzAAAy/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgBEP9AAQ7/SAEM&#10;/1IBCf9dAgb/awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA/+wDiLkAAHjE&#10;AABp0AAAW90AAEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/FgAQ/xoADv8f&#10;AAv/JAAJ/yoABv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+qAQD/uwEA/7sB&#10;AP+7AQD/uwEA/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG/yB0B/8eggn/&#10;Ho4L/x6YDP8eoQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/Hv8R/x7/EP8e&#10;/xD/H/8R/x//Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8yNgP/Lz4D/ytJ&#10;Bf8pVgb/J2MH/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLHEv8i1BP/IuUT&#10;/yLwE/8i+hP/Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W/zAqAf8xLQL/&#10;NSsC/zctAv82MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/KKIS/yeqE/8n&#10;sRT/J7kU/yfDFf8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr/xn0LP8Z9Cz/&#10;GfQs/xn0LP8Z/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNpC/8xdg7/MIIQ&#10;/y+NEv8ulhT/Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y+i7/GPkt/xr5&#10;Lf8c8y//HO0x/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/QjMD/0E+Bf8/&#10;Sgb/PVcJ/ztkDP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8zxRv9M9Mb+jPm&#10;G/c08xvzNf4b8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUnAf89IgH/QiAB&#10;/0YgAf9IJQL/Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa+zudHPk7pR34&#10;Oq0e9jq2HvU6wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybNPv8mzT7/Js0+&#10;/ybNPv8m/zkkAf9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJZhL4R3IW9UV9&#10;GfNDhxvxQpEd70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/KdQ//yrPQP8q&#10;x0L/KsJD/yrAQ/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC/1gxA/9XPAX8&#10;VUgJ9lJUDvJQYRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfYRcYo1EXcKc9G&#10;7irLRfstyEX/LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9JFgH/UBMB/1YU&#10;AP9cGwH/XyMB/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6PJ9BNmCnNTKAr&#10;y0upLclKsy7HSr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8yqU7/MqlO/zKp&#10;Tv8y/0MaAf9MEwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLVXWIZ0FptH8xX&#10;dyPIVYAnxVSJK8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ/zinUf83o1L/&#10;NqBT/zWfU/81n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9GwhAeptKwLhbDcE&#10;2WpFCtBnUhLKY14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6qlPCO6hT2jul&#10;VPA8olX/PKFV/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/XAwA/2UNAP9r&#10;DwD6bxMA7HIZAOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxehzSpXJA3p1uZ&#10;OqRZozyhWa4+n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/Oo9b/zqPW/86&#10;/0wSAP9WDQD/YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYas21gIa9qaSiq&#10;Z3Itp2V6MqNjgzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CLX/8+il//PYhf&#10;/zyIX/87iF//O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+FwDIfisCwHw7&#10;CLl5SBGydlMZrHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0RYlhx0WIYuVF&#10;hmL6Q4Zj/0KEY/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA7G8CANx2AwDU&#10;fAcA0YAJAMqCFADCgygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeRa4Q7jWqOP4po&#10;mEKGZ6NEhGaxRoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn/z18Z/89/1IO&#10;AP9dAwD9aQAA4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxYIJt5YCeWd2kt&#10;knRwM45yeTeKcIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9Cd2v/QHdq/z93&#10;av8+d2r/Pndq/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3jCMBsIo0BamI&#10;QQ6ihUwXnIFVH5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNvvUlxcNlJcXD0&#10;R3Fx/0RycP9Ccm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kAAMyBAQDFhwMA&#10;v4sEALmODgCykCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7enmGP3Z3kEJy&#10;dpxFb3WpSGx1uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9tcv8//1kHAP9l&#10;AADicgAA0XwAAMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJWiSGh2IqgYVp&#10;MHyCcTV4gXo6dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/QWh2/z9odv8/&#10;aHb/P2h2/z9odv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoAoJgsA5mWOgqS&#10;lEUSjJJPGoaPVyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkdegc1HXoHvRl+B&#10;/0Rgf/9CYX3/QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6MAAC2kwAArpcA&#10;AKabBACgnRcAmp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+OmOLiT5fipVB&#10;XImjRFqJtEVYictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+/2IAAORxAADP&#10;fgAAw4gAALmRAACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0m1ojb5liKGqY&#10;ai5mlnIyYZV8N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI/z1Xh/89V4f/&#10;PVeH/z1Xh/89+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6ohAYWpMAR/qDwK&#10;eKdHEnOlUBhto1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9TJvqPEyZ/zxM&#10;mP88TZX/PE+R/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACinwAAmaUAAI6r&#10;AACFsAsAgbEbAHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Gogi9Np48ySqee&#10;NUinrzZHp8Y2RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQAAMqDAAC8jwAA&#10;sJgAAKWeAACbpAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1ITWrZaGFa2YhxS&#10;tWsgTrR1JEu0gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJBpv8yQab/MkGm&#10;/zJBpv8y1XwAAMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbDHQBjwy0BXsM5&#10;BFrDRAhWwk4MUsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDpIzq+/iY4vP8o&#10;N7v/KTi4/yo4tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAAfLgAAHG+AABm&#10;xQMAW8sIAFfNEwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7z4kVOc+ZFzfP&#10;qxg20MMYNs/oGDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+aAACioQAAlqkA&#10;AIqwAAB9uAAAcb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95LAz3eVQQ6318G&#10;ON9pBzXfdgkz4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8WKNr/Fija/xYo&#10;2v8Ws5gAAKWgAACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA96RcAO+ojADnq&#10;LgA26zgBNOtCATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw7Qch7P8HIev/&#10;CCDr/wof6v8LH+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAAAEzWAABB3QAA&#10;OOQAADX2DAAz9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkCGv15Axj+iwMX&#10;/54DFf+zBBT/0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACAuAAAcsIAAGTL&#10;AABW0wAASdoAAD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/NAAX/zwAFP9E&#10;ARL/TgEQ/1kBDv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///Agf//wIH//8C&#10;ka0AAIK4AABzwgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwAGf8RABb/FgAT&#10;/xsAEf8hAA7/JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA/7IBAP/KAQD/&#10;6gEA//MBAP/zAQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPuAAAc/QAAGP8A&#10;ABX/AAAR/wQAD/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9BAAD/TQAA/1wA&#10;AP9tAAD/ggAA/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B/ycxAf8kNgL/&#10;ID4C/xpJA/8XVgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/EroG/xLDBv8T&#10;zgf/E98H/xPrB/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V/wn/Ff8J/yUu&#10;Af8pLQH/KywB/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeRBf8Xmgb/F6EG&#10;/xepB/8XsAf/F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J/xn/Cv8Y/wv/&#10;Gv8L/xr/C/8a/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/Il0E/yBqBf8e&#10;dwX/HoMG/x6NB/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e8Qr/H/wK/h//&#10;Cv0f/wv8H/8M/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMlAf8yKgH/MTQC&#10;/y8/A/8tTAP/KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM/yS4DP8lwQz/&#10;Jc4N/yXhDfwl7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLtJ/8S/y4mAf80&#10;IgH/NyAB/zkhAf84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8tjQz/LJYN/yyd&#10;Df8spQ79LKwP/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/FuUt/xbgLv8W&#10;4C7/FuAu/xbgLv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F/zlcBv84aAj9&#10;NnML+zV+DPg1iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLjNPcU4TT/F94z&#10;/xncM/8a2zP/GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9HHgH/SScB/0gy&#10;Av9GPQP/REkF+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqtFeI6thbgO8IW&#10;3zvSFto76BfUOvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e/zkbAf9AFQD/&#10;RREA/0oTAP9OGQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPdQ4cV20KQF9hB&#10;mBjVQKAZ00CpG9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB/yOzQv8is0L/&#10;IrNC/yKzQv8i/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJLBt9QWAraTmMO&#10;1ExuE9BKeBbNSYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAltUb/J7JG/yew&#10;Rv8nrkb/J6pH/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/XBYA9F0fAOpc&#10;KgHiWzcC2lpGBdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVLpyezS7EpsUq/&#10;Kq9K0SqsS+srqUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MRAP9LDAD/UwgA&#10;/1oLAP9eDQD5YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYfs1V+IrBThyWu&#10;Uo8oq1GYKqlQoiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyUUv8rlFL/K5RS&#10;/yuUUv8r/0YQAP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9lSgu5Y1UStGBf&#10;F7BeaRysXHEhqVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2M5JV/zKRVv8x&#10;j1b/MI1W/y6MV/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA1WsKAM1tFQDF&#10;bikBvm05BLdrRwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKTWaQ0kFmwNo5Z&#10;wDaMWds3ilnzNola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9UAAD7XgAA4mUA&#10;ANhrAQDPbgUAzHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVyJ5ZjeiqTYoMu&#10;kGCMMY1flTSKXqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8wfl//MH5f/zB+&#10;X/8w/00JAP9WAADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQmlc0wQn3BWF5tu&#10;Xx2WbGcik2pvJ49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj/zh6Y/82eWP/&#10;NHlj/zJ5Yv8xeWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kEALl6DgCyfCAA&#10;rHwxA6V6PgmfeEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4eWenOnZmtjt0&#10;Zsw8c2frO3Nn/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADiZwAA0nAAAMd2&#10;AADAegAAun0CALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNycSt/cXovfG+D&#10;MnhujTV1bZg4cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/Mm5q/zJuav8y&#10;/1MAAPRfAADeagAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUOkH9PFYp9WBuG&#10;e18ggXlnJX13byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlocf83aHD/NWlv&#10;/zRpbv8zaW7/M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiHBgCiiRcAnIop&#10;AZaJNwaQh0MMi4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3ZnahOmN2sDthdsQ8&#10;YXblO2F2+zlidv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAAxXoAALuBAACy&#10;hwAAq4oAAKKMAgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidugnIraoB7L2d/&#10;hjNjfpE2YH2eOV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193/zNfd/8z/lwA&#10;AOFqAADNdQAAwH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FID3qPURZ1jVkb&#10;cYxgIGyKaCVoiXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81VoH/NFh//zNZ&#10;ff8yWX3/Mll9/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACNmQ4AiZoeAISa&#10;LgJ+mToHeZdFDXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GMqjVPjL01T4ze&#10;NU+L9zRPiv8zUIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogAAKyQAACilAAA&#10;mJgAAIycAACEnwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmshWJl0JVWYfilR&#10;l4osTpaYLkuWqDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9Ljf8v4msAAMp5&#10;AAC8hQAAsY8AAKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWnRwthplAPXaVY&#10;FFmkYBhVo2gcUqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/LEKb/yxEl/8r&#10;RJf/K0SX/ytEl/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAAarAOAGixHQBl&#10;sSwBYbE4A12wQwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+rbkjPa3YIj2r&#10;9SM8qf8lO6f/Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJeeAACMpAAAgKoA&#10;AHWvAABptAAAXrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLpsEEG6dxM+uYQV&#10;PLmTFzm5oxg4ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8gwYMAALSRAACm&#10;mAAAm54AAI+lAACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBFx0ABQ8dKA0DH&#10;UwQ+x10GO8dnCDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB/xYrwP8XK8D/&#10;FyvA/xcrwP8XuI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgCAEDNBwA60g4A&#10;OdIbADjTKAA30zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEGJ9rNBifX7wYm&#10;1P8JJdL/CyTR/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABsuwAAYMIAAFTG&#10;AABIywAAPtAAADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPmYQEh524BIOd+&#10;Ah7okAId6aQCG+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50AAJakAACIrAAA&#10;erUAAGy9AABfxAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIAHfIrABvzNAAZ&#10;9D4AF/RIABX1UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN8/8BDfP/AQ3z&#10;/wEN8/8BmaMAAIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/qAAAc+wYAGf8O&#10;ABf/EwAU/xoAEv8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+WAAD/rQAA/8oA&#10;AP/wAAD//wAA//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAAN90AACviAAAi&#10;5gAAGeoAABX5AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA/z0AAP9JAAD/&#10;VwAA/2kAAP9+AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/AABhyQAAUtMA&#10;AEPbAAA14QAAKeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8OAAD/EQAA/xUA&#10;AP8bAAD/IwAA/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88AAP/PAAD/zwAA&#10;/88A/xwvAf8gLAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/CYYC/wmQAv8J&#10;mQL/CaAC/wmnAv8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K/wH/Cv8C/wr/&#10;Av8K/wL/C/8D/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRDAf8RUAL/EF4C&#10;/w5rAv8OdwL/DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C/w7fAv8O7AL/&#10;DvgC/w7/Av8O/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/KCUB/ycnAf8j&#10;KwH/HjMB/xtAAf8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8TpwP/E64D/xO1&#10;A/8TvgP/E8kD/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/BvgV/wb4Ff8G&#10;/yYmAf8qIgH/LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD/xqEA/8ajQP/&#10;GpUD/xqcBP8aowT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbwHP8H7x3/CO8d&#10;/wnvHP8J7hz/Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8rRAL/KFEC/yZd&#10;A/8kaQP/I3UE/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTPBu4k5AbqJfIG&#10;6CX+COYk/wrkJf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA/zUVAP84HQD/&#10;OCcB/zczAf80PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjsLKMI6iyrCOks&#10;swjnLL4J5izMCeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t/xDOLf8Q/zIZ&#10;AP83FAD/OhEA/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0BuY1fgjkNIcI&#10;4jSQCeA0mAreNJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8UwzT/FcMz/xXA&#10;NP8VvzT/FL80/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHvQj8B6UBMA+Q/&#10;WQTfPmQG2z1vCNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q61RTAO+sVvDr7&#10;F7k6/xi3Ov8Ztjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gMAP9LEAD/TBUA&#10;9UwfAOtKKgDkSTcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUVvUGdFrtAphe6&#10;QLAYuEC8GbZAzBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xulQf8b/z0QAP9C&#10;CQD/SAUA/00IAP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1LbRC6SnYTt0l+&#10;FbVIhxezR48ZsUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/IJ5H/x+bR/8e&#10;mkf/HppH/x6aR/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywAxVc8Ar9WSga6&#10;VVUKtlNfDrJSaBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSbS9glmUvwJZZM&#10;/ySVTP8klEz/I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1bAQDVXAUA0lsJ&#10;AMtcFADDXigAvF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KOIplRlySXUKEm&#10;lVCtJ5JQvCiRUNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j/0UHAP9LAADw&#10;VQAA31sAANNgAADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSeXGgYm1twG5hZ&#10;eB6VWIEhk1eKJJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW/yWBVv8kgVb/&#10;JIFW/ySBVv8k/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkxAqhoPwWjZkoK&#10;n2VUD5pjXRSXYWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/WccufVnmLXxa+ix7&#10;Wv8qe1v/KHtb/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADAawAAumsCALVr&#10;DQCubR0AqG4uAaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFgjCl+X5cre16j&#10;LXlesS93XcQvdV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sAAPBVAADeXwAA&#10;zWcAAMNsAAC7bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AYh2lnHIRobyCB&#10;Z3cjfWaAJnpkiil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhvYv8nb2L/J29i&#10;/ydvYv8n/00AAOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2NwSTdUIIjnNM&#10;DolxVROFcF0YgW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfcMGln9S5pZ/8s&#10;aWf/Kmpn/ylqZv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAAq3kAAKR4AwCd&#10;ehQAmHslAZN7NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSlsbZAsaWycLmZs&#10;qjBkbLwxY2zZMGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONfAADOaQAAwXEA&#10;ALd3AACvewAAp30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lgGnN3aB5vdnAh&#10;bHV4JWl0gihmc44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8oYG7/KGBu/yhg&#10;bv8o8VUAAN5iAADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKDhDsFfoNFCnqB&#10;Tg91gFYUcX9eGG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d38S5Ydv8sWHb/&#10;Kll1/yladP8oWnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYAAJGHAACKiQwA&#10;hoobAIKLKwF9ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIkoV3+WKlV+pCxS&#10;frYtUX7OLVF97yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADAdgAAtH4AAKuF&#10;AAChiQAAl4sAAImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KMYBdei2gbW4px&#10;HleJeyFUiIYkUYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/Jk6B/yZOgf8m&#10;4WMAAMlwAAC7ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDACapc7BGaXRQhi&#10;lk4MX5VWD1uUXRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVFjf8lRYz/JUaL&#10;/yRGiv8kRor/JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6aAABwnQAAa58O&#10;AGifHABmoCoBYqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuPHUKanx9AmrAg&#10;P5rIID+Z6x8/mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAApI8AAJmUAACO&#10;mAAAg50AAHegAABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlKqF8MR6doDkSn&#10;cxFBpn8UPqaNFjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef/xw3n/8cxHgA&#10;ALWFAACpjwAAnZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMoAEuzNQBJsz8B&#10;RrNJAkSzUgRBs1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4SMK7/FC+t/xUv&#10;rP8WL6z/Fi+s/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZtAAATrcAAEO8&#10;BQBAvREAP70eAD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3AlwcrwKoIKsHC&#10;CCrA5wcpvf0KKLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEAAH+nAAByrQAA&#10;ZrMAAFq4AABPuwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoAKM1WACfOYQAm&#10;zm8BJM5/ASPPkQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYdyf8GqJQAAJya&#10;AACQoQAAgqgAAHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABvaEAAb2xoAGtsm&#10;ABrcMQAZ3TwAGN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/ARHd/wER2/8C&#10;Edv/AhHb/wIR2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAALdAAACTVAAAc&#10;2wAAFd8FABTpDgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI8YkAB/KgAAXy&#10;ugAE8eQAAvH9AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvCAABNyAAAQMwA&#10;ADTRAAAq1gAAIdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfwsAAD8NwAA/EIA&#10;APxQAAD8YQAA/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8AiakAAHmyAABq&#10;uwAAXMQAAE7MAAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB/wkAAP8OAAD/&#10;EgAA/xcAAP8fAAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/5wAA//wAAP//&#10;AAD//wAA//8AfLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4AAAXyAAAA/wAA&#10;AP8AAAD/AAAA/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oAAP9dAAD/cwAA&#10;/4wAAP+kAAD/uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/CzgB/wNEAf8A&#10;UQH/AF4B/wBsAf8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8AvgD/AMgA/wDX&#10;AP8A5wD/APMA/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xspAP8dJgD/HCUA&#10;/xknAP8TLAD/DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB/wKfAf8BpQD/&#10;AawA/wGyAP8BugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8Bf8B/AX/AfwF&#10;/wH8Bf8B/x8mAP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8KbwH/CnoB/wqE&#10;Af8KjQH/CpQB/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6APUL/wH1DP8B&#10;9A3/AfQN/wL0Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA/xk4AP8WRQH/&#10;E1IB/xJeAf8QagH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6EL0B+RHJAfUR&#10;3QHxEe0B7hH5AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8oGAD/KBYA/yYW&#10;AP8mHQD/JigA/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiTAfQYmgHzGKEB&#10;8RmoAfAZsALuGboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F2xz/Bdsc/wXb&#10;HP8F/yoZAP8tEwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHyImsB7yJ1Au0i&#10;fgLrIocC6SKPAucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l/wbNJf8HyyX/&#10;CMol/wjKJP8IyiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMnAPoxNADzL0EA&#10;7i1OAeksWgHlLGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MFzSu/BswszwbI&#10;LecHxC33CcEt/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/NgcA/zoLAP88&#10;EAD/OxUA+DkfAO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0jQfGM5QIxDOc&#10;CcIzpQnBM64KvzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/D640/w+uNP8P&#10;/zUOAP84BwD/PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloDxD1kBcE9bge/&#10;PHYIvDx+Cro7hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOlO/8UpDv/E6M7&#10;/xOiO/8Tojv/EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVDGQDMRSwAxkc8&#10;AcFHSQK8RlUEuUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCvFaNAvBahQNAW&#10;nkHqF5xB/BeaQf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA5UsAANxOAADT&#10;TQQA0UoJAMpKFADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGhSIQTn0eMFZ1H&#10;lRebRp8YmUaqGZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H/xeNR/8X/z4C&#10;AP9DAADrSwAA3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNWCKJRXwyfUGcP&#10;nU9vEZpOdxSYTn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8dhUz/HIVN/xqF&#10;TP8ZhUz/GYVM/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCxWR4ArFovAada&#10;PQKiWUkFnlhTCZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQsCCCUMEhgFDd&#10;IX5R9CB9Uf8ffVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloAAMReAAC8XwAA&#10;tl4AALFcCwCrXhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcYhVeAG4NWiR2A&#10;VpQfflWfIXtVrSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2Vv8b/0UAAOxO&#10;AADaWAAAyV4AAL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5hVQyKYF0Qh19l&#10;E4RebBaBXXQZflx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/IHBa/x5wWv8d&#10;cFr/HHBa/xxwWv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQAmmklAJVpNAKQ&#10;aEAEjGdKCIhmUwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVsXbglal7OJmle&#10;7iRpXv8ial7/IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdqAACvbAAAp2wA&#10;AJ9qAQCZaxEAlG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4HHBlgR5tZIwh&#10;amOYI2hipiVmYrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d8kwAAN9YAADK&#10;YgAAvWkAALNuAACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6blYOdm1eEnNs&#10;ZRVwa20YbWp1G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m/x9gZv8eYGb/&#10;HmBm/x5gZv8e708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYcAIV3KwGBdzgD&#10;fHZDBnh1TAl0dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIlWWzHJVhs6CVZ&#10;bP0jWWv/IVpr/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACjeQAAmXkAAI13&#10;AACHeQsAg3sYAH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90ehxcdIUfWnOR&#10;IVdyoCNVcrAkU3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcAAM1kAAC+bQAA&#10;snUAAKh7AACffgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8KZn9WDWN+XhFg&#10;fWYUXXxuF1p7dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5Pdf8dT3X/HU91&#10;/x1Pdf8d31wAAMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGIIABuiC4Baog5&#10;AmeHQwVjh0wIYIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDBIEeA4x9Hf/oe&#10;SH7/Hkh9/x1JfP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAAiIcAAHuJAABw&#10;jAAAa44NAGiPGgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNKi30WSIqKGEWK&#10;mRpDiqobQoq/G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0AACvfgAApYYA&#10;AJqKAACOjAAAgo0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdMBU+XVAdMl1wJ&#10;SZZlDEeWbw5ElXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8XOo7/FzqO/xc6&#10;jv8XxW4AALZ7AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBRoBsAT6EoAE2h&#10;NABLoT4BSaFHAkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg3Q80nfcQM5z/&#10;EjOa/xIzmf8TM5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wAAGefAABbogAA&#10;T6YAAEepCABEqhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMFMqyBBjCskQcu&#10;rKMILay4CSys2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACckQAAkZYAAIWc&#10;AAB4oAAAa6UAAF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3QQAvuEsALrhV&#10;ACy4YAEquG0BKbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/ByGy/wchsv8H&#10;rYoAAKCRAACVlwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMAJMIMACLCFAAi&#10;wx8AIcMqACDENAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAXxvEBF8T/ARbD&#10;/wIWwf8DFsH/AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5AAA+vQAANMAA&#10;ACrEAAAiyAAAGcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVlAAzWeAAM1o0A&#10;C9ikAArYvgAJ2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAAcq0AAGS0AABX&#10;ugAASb8AAD3CAAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE4CQAAuEuAAHi&#10;OgAA40cAAORWAADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo/wAA6P8AkZ8A&#10;AIKnAAB0rwAAZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEAAALlAAAA6QYA&#10;AOkNAADpEQAA6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAAAPbQAAD38wAA&#10;9/8AAPf/AAD3/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ3AAAEeAAAAzj&#10;AAAE5wAAAOoAAAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/QwAA/1UAAP9p&#10;AAD/gQAA/5oAAP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sAADvRAAAt2AAA&#10;Id0AABbiAAAO5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYAAP8MAAD/EAAA&#10;/xgAAP8iAAD/MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA/9UA/xMoAP8T&#10;JQD/ESUA/w0nAP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8AkAD/AJcA/wCd&#10;AP8ApAD/AKoA/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/AP8A/wD/AP8A&#10;/wD/AP8A/wD/AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA/wBkAP8AcAD/&#10;AHoA/wCEAP8AjAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7AOkA+gD2APkA&#10;/wD4AP8A+AD/APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8OIgD/CiwA/wc5&#10;AP8DRgD/AFMA/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCpAPwAsAD6ALkA&#10;9wDEAPUA0gDzAOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A/x4dAP8eGQD/&#10;HBcA/xcYAP8THgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+BosA/AaSAPoG&#10;mQD4Bp8A9gamAPQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL/wHkC/8B5Av/&#10;AeQL/wHkC/8B/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBVAPwOYQD5DmsA&#10;9g51APQOfgDyDoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA3RDzANkR/wHW&#10;Ev8B1BP/AdMT/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/Ih4A/x8pAP8c&#10;NQD5GUMA9BhPAO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsXpwDZGLEA1hi7&#10;ANQZygDQGuEBzBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQAP8pCwD/KAYA&#10;/ysLAP8rEAD/KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB0CGEAc8ijAHN&#10;IpMByyKbAckiowHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1Jf8GtSX/BbUl&#10;/wW1Jf8F/ywNAP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEqTwDNK1oAyStl&#10;AccrbgHELHYCwix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3qBq4u+werLv8I&#10;qS7/CKgu/wioLf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA5C8PANkuGwDP&#10;MSwAyTM8AMQ0SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQesNKIIqzSsCak0&#10;uQmnNMoKpTXlCqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81AAD2OgAA5T4A&#10;ANxAAADUPQQA0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxzBqc8ewimPIMJ&#10;pDuLCqI7lAugO50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8NkTz/DZE8/w2R&#10;PP8N/zUAAP85AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGrRUsCp0VVA6RE&#10;XgWhRGYHn0NuCJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB8RKJQv8SiEL/&#10;EYhC/xCHQv8Qh0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oCALZHDgCwSR0A&#10;q0stAKZMOwGiTEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5USiUagFIdGrBWF&#10;RrsWhEbRFoJH7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADcTAAAzFEAAMFU&#10;AAC5VAAAtFEAAK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xObQ2JTnUPh01+&#10;EYVNhxOCTJEVgEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/EndM/xJ3TP8S&#10;/z4AAOhHAADVUAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0ACkFdKBI1WUwaK&#10;VVsJh1RjC4RUag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6BpwUfwYcFH/F3BR&#10;/xVwUf8UcVD/E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFYAwCbWRIAllsi&#10;AJJcMQGOXD0CilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWWGW9VoxptVLIb&#10;bFTGG2pV5htqVfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAAvV0AALNhAACr&#10;YgAAomAAAJtcAACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52XGwQc1x0E3Bb&#10;fRVuWogXa1qUGWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ/xRlWf8U70YA&#10;ANpSAADGWwAAumEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VCA3xkSwZ4Y1MI&#10;dWNbC3NiYg5wYWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfgaX13/GF9d/xdg&#10;Xf8WYF3/FWBd/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJZgwAhWgZAIFp&#10;KAB+ajUBemk/A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5inRtcYqwcWmK/&#10;HFli3xxZYvcaWmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gAAKltAACebQAA&#10;k2sAAIlpAACDawkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UPY2ptEWBpdhRd&#10;aYEWW2iNGFhnmxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVWZf8V4lEAAMpd&#10;AAC7ZgAAr2wAAKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6AmxzRARpckwGZnJU&#10;CGNxWwtgcGMNXXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/GE9r/xdQav8W&#10;UGr/FVBq/xVQav8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAAcXcQAG94HQBs&#10;eSsAaXk3AWZ5QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdLc6YYSXO5GUhz&#10;1RlJcvMYSXH/F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15AACPeAAAhHgA&#10;AHd5AABvfAAAan0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1lDE99bw5MfHkR&#10;SnyGE0d7lBVFe6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8TzV8AALtrAACu&#10;dAAApHwAAJd+AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFVh0ICU4dKA1CH&#10;UgVOhloHS4ZiCUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A/xI9f/8SPX7/&#10;ET1+/xE9fv8RxWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0BAFSODwBSjxsA&#10;UI8nAE+QMwBNkD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqANN46zDjaOzA42&#10;je8ONYv/DjWJ/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/iAAAcooAAGaN&#10;AABakQAAUJUAAEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqaZAM3mm8FNZl9&#10;BjOZjAcxmZ0IL5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUAAKqBAACeiAAA&#10;k40AAIaOAAB4jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0ANaQ3ADSkQQAz&#10;pUsAMaVUATClXgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYkn/8GJJ7/BySe&#10;/wcknv8Hr34AAKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADipAAAvrAMAKq4O&#10;ACmuGAAoryMAJ68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKpARuywQEbsecB&#10;G6/+Ahqt/wIarP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAAW6UAAE+pAABE&#10;rQAAObAAAC+zAAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwASvlgAEr5nABG/&#10;eAAQv4wAEMCiAA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSVAACHmwAAeaEA&#10;AGunAABerAAAUrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoUAAjKHQAHyicA&#10;B8oyAAbLPgAFy0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8AAcr/AAHK/wAB&#10;yv8Al5YAAIqcAAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAATygAADc0AAAjR&#10;AAAB1AkAANQOAADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADfmwAA37QAAN7Z&#10;AADf9wAA3/8AAN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIAACzGAAAhyQAA&#10;GM0AABDRAAAL1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8AAOs8AADtSwAA&#10;7l0AAO5xAADviQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABjtQAAVL0AAEbE&#10;AAA3yAAAKswAAB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADuBQAA7wwAAPEQ&#10;AADzFwAA9SAAAPgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1AAD/9QAA//UA&#10;dK4AAGW3AABWwAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAAAPAAAADzAAAA&#10;9AAAAPYAAAD4AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA/3YAAP+PAAD/&#10;pgAA/7oAAP/RAAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8ATAD/AFkA/wBl&#10;AP8AcAD/AHoA/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDFAP8A0wD/AOcA&#10;/wD0AP8A/wD+AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A/wcfAP8AIwD/&#10;AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/AKEA/wCnAP4A&#10;rgD9ALYA/ADAAPsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA/wD1AP8A/xUd&#10;AP8TGgD/EBkA/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6AP4AgwD8AIoA&#10;+gCRAPkAlwD4AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A6gD/AOoA/wDq&#10;AP8A6gD/AOoA/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/AEsA/wBXAP8A&#10;YgD8AGwA+AB1APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYAwwDkANQA4gDp&#10;AOEA9wDfAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIOAP8SFQD/Dx8A&#10;/wwrAP8JOAD/BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA4QOcAN8EowDd&#10;BKsA2wS0ANgFwADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDLC/8A/x8QAP8e&#10;CwD/GgcA/xkLAP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4NcwDbDXsA2Q2D&#10;ANYNigDUDZEA0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/AbwT/wG8E/8B&#10;vBP/AbsT/wG7E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA3xJDANkTTwDT&#10;FFoA0BVkAM0WbQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7GssAuBvlAbQc&#10;9gGyHf8CsB3/Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPElAwDwIQsA6BwS&#10;AN4ZHQDUGy0AzR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOPAbQklwGyJKAB&#10;sSSqAq8ktgKtJcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D/ykAAP8oAAD2&#10;LQAA5zAAAN8vAADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGwLGoBri1yAawt&#10;egKqLYECqS2KAqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv/waVLv8FlS7/&#10;BZUu/wWVLv8F/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIxALA0PgCsNUoA&#10;qTVUAac1XQGkNWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsIkzXQCJA17AiO&#10;Nv4IjDb/CIs2/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADAQAAAuzoBALY2&#10;DgCwORwAqjssAKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8iAePO5IIjTud&#10;CYs7qQqJO7cLiDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMAAOw6AADaQwAA&#10;ykcAAL9JAAC3RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10Dj0NkBY1DawaL&#10;QnMHiUJ7CIdChAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4Qv8LeEL/CnhB&#10;/wp4Qf8K9jYAAOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJMgCSSj4Bj0pI&#10;AoxKUQOKSVkEh0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbCEHNG4BByR/cP&#10;cUf/DnFH/w1xR/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAAok4AAJ1KAQCX&#10;SxEAk00gAI9PLgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1TIcOc0ySD3FL&#10;nxFvS60SbUu/EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtIAADHUAAAulUA&#10;ALBYAAClVgAAnFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNaBnhTYgh1UmkJ&#10;c1JxC3FReg1uUYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8OZU//DWVP/wxl&#10;T/8M7EEAANRMAADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCAWTQAfVk/AXpZ&#10;SAN3WFAEdFhYBnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U0xReVPITXlT/&#10;EV9U/w9fVP8OX1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsAAItYAACFWgoA&#10;gVsWAH1cJAB6XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8PYVmLEV5ZmBJc&#10;WKcUW1i4FFlZ0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7WwAAsGEAAKRi&#10;AACXYQAAjl8AAIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdhWgdlYGIJY2Bq&#10;C2Bfcw1eXn0PW16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/DlZb/w1WW/8N&#10;3kwAAMdWAAC4XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisAbGc3AWpnQAJn&#10;ZkkDZWZRBGJlWAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNPYu0ST2H/EU9h&#10;/xBQYP8OUGD/DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHllAABzZwAAb2kO&#10;AGxqGwBpaygAZ2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiED05okhBMZ6ES&#10;S2eyEklnyRJJZ+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAApm0AAJdsAACK&#10;awAAf2sAAHNrAABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRVcFoGUnBiB1Bw&#10;awlOb3ULS2+CDUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq/w1Fav8Ny1gA&#10;ALpjAACtbAAAoXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgrAFd4NgBVeD8B&#10;U3hIAlF4TwNPd1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degOPnP9DT5y/w0+&#10;cf8MP3H/DD9w/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABeeQAAWHwBAFR9&#10;DgBSfhoAUX8mAE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+igk6fpoKOX6s&#10;Czd+wws3feYLN3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkAAId5AAB7eQAA&#10;cHoAAGR8AABYgAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8BPohYAjyIYQM6&#10;iGwEN4h4BTWIhwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgwgf8It2sAAKp2&#10;AACgfwAAkH4AAIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqRIwA5kS0AOJI3&#10;ADeSQAA2kkkANJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6BCeO/wUnjf8F&#10;J4z/BSeM/wUnjP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAAQ5MAADqXAAAy&#10;mgcALpsQAC2bGgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEinpABIJ6jAR+e&#10;uQEent0BHpz4Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWLAABojgAAW5EA&#10;AFCVAABGmQAAO50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlBABmpTAAYqVgA&#10;F6pmABaqdgAVqokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8Bo4YAAJeMAACN&#10;kQAAfZIAAG2VAABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAPtRAADrUXAA61&#10;IQANtSsADbU2AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1/wAItP8ACLP/&#10;AAmy/wAJsv8Amo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMAACG1AAAYuAAA&#10;EbsAAAy+AgAGwAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEAAMSHAADEnQAA&#10;xLUAAMTaAADE9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABPsQAAQbUAADW3&#10;AAApugAAH70AABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQKgAA0TUAANND&#10;AADUUgAA1GMAANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsAAHuiAABsqQAA&#10;XrAAAFC2AABCugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAAANoFAADcCwAA&#10;3RAAAN8VAADhHQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA6+8AAOv+AADr&#10;/wAA6/8AfaMAAG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALYAAAA3QAAAOEA&#10;AADkAAAA5QAAAOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpVAAD6agAA+4QA&#10;APudAAD8tgAA/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAAGtIAABDYAAAI&#10;3QAAAOEAAADlAAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA/g4AAP8VAAD/&#10;IQAA/y8AAP9BAAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8HHgD/AB0A/wAg&#10;AP8AJQD/AC4A/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCUAP8AmgD/AKAA&#10;/wCmAP8ArQD/ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A/AD/APkA/wD5&#10;AP8A/w0dAP8LGgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/AHIA/wB6AP8A&#10;ggD/AIkA/wCQAP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA+QDzAP8A8gD/&#10;APMA/wDzAP8A8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAyAP8AQAD/AEwA&#10;/wBZAP8AYwD+AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA7gC0AO0AwADr&#10;AM8A6QDmAOgA9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/DA8A/wMQAP8A&#10;FQD/ACAA/wAsAP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoAjADoAJMA5wCZ&#10;AOUAoADjAKcA4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/ANMA/wDTAP8A&#10;/xUQAP8SDAD/DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA5QBqAOIAcgDg&#10;AHoA3gCAANwAhwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDHAPsAxQD/AMQB&#10;/wDDAf8AxAH/AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPEDKwDnADkA4gBG&#10;AN4BUQDaAlsA1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgapAMEGtAC/BsEA&#10;vQjVALsJ7AC4C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA/xYAAPsTBgD6&#10;EA4A7gwWAOMJIgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9D4UAvA+NALoQ&#10;lQC4EJ0AtxCnALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU/wGmFP8B/x8A&#10;AP8cAAD6HgAA6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZALcXYQC0GGkA&#10;sxlxALEZeACvGoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwBnB//AZsf/wGa&#10;H/8Bmh7/AZke/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9HCIAtx4xALMg&#10;PgCvIUkArSJTAKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsmqgGZJrcBmCbJ&#10;ApUn5gKSJ/kCkCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQAAMg0AADAMAAA&#10;uykCALgjDgCxJhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUBli59ApQuhgKT&#10;LpACkS6aA48upgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wODL/8D+ykAAOsx&#10;AADZOAAAyTwAAL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1UwCTNVsBkTVi&#10;AY81aQKNNXECjDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/BXs2/wV6Nv8E&#10;ejb/BHo1/wR6Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMAmTkiAJU6LwCS&#10;PDsAjzxGAIw8TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5O6wHdzu8CHY8&#10;1Qh0PPEIczz/B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJAACmRgAAn0EA&#10;AJs9AQCVPRAAkT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJxBXhCegZ2QYQH&#10;dEGPCHJBmwhwQakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F7TcAANZCAADE&#10;SQAAt00AAKtNAACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7SFACeUhXAndI&#10;XwN1SGYEc0duBXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG/whkRv8HZEb/&#10;BmRF/wZkRf8G6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oWAH9LJAB9TDEA&#10;ek08AHdNRQF1TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QLYUu0DF9Lygxe&#10;S+oLXkv+Cl5L/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACWUgAAjVAAAIdM&#10;AACBTQgAfU8TAHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQcQdjUHsIYVCG&#10;Cl9PkwtdT6EMW0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MAAMdNAAC4VAAA&#10;rFkAAJ1XAACRVQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgBaFZQAmZWVwNk&#10;Vl4EYlVmBWBVbwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlUUv8IVFL/CFRS&#10;/wdUUv8H2kYAAMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5ZGwBsWigAaVoz&#10;AGdbPQFlW0UBY1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiuDU9Yww1OWOQM&#10;Tlj7C09X/wlPV/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAAf1sAAHZZAABw&#10;WgAAa1wNAGhdGABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZTXnQHUV1/CU9d&#10;jQpNXZwLS12sDEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxYAACuYAAAn2EA&#10;AJFgAACFXwAAe18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRIAVZkUAJUZFcD&#10;UmRfBFBkZwVOY3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8IRV//B0Vf/wdF&#10;X/8HyFIAALhcAACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZaB0AV2kpAFZq&#10;MwBUajwAUmpFAVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9ovQo+aN4JPmf3&#10;CT5m/wg/Zf8HP2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcAAGVoAABcagAA&#10;WGwBAFRuDgBSbxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwEQHB4BT5whgY8&#10;b5UHOm+mCDhvuwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACibQAAkWwAAIJr&#10;AAB3awAAbGwAAGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4RABBeE0BP3hV&#10;AT14XgI7eGgCOXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/BTJy/wUycv8F&#10;t2MAAKptAACccQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4APX8YADx/IwA7&#10;gC0AOoA2ADmBPwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMpgdIDKX/zAyl9&#10;/wMpfP8DKXv/Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6AABMfgAAQ4EA&#10;ADuFAAA1iAkAMokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItrACaLegEki4sB&#10;I4ueASKLswEhjM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAAgHoAAHN6AABm&#10;fAAAW38AAFCCAABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAglTgAH5ZCAB6W&#10;TAAdllgAHJZkABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ/wEWkP8BpXsA&#10;AJmDAACJgQAAe4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4BABagDAAUoRIA&#10;FKEbABOhJQASoS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAAC6LmAAyg/gAN&#10;n/8ADZ7/AA2d/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3mwAALp4AACSi&#10;AAAcpQAAFagAAA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACuYQAArnMAAK6H&#10;AACunQAArrQAAK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IAAF2WAABQmgAA&#10;RJ8AADmjAAAvpwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwAALolAAC6LwAA&#10;uzoAALxHAAC8VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAAu/8AkJIAAIOY&#10;AABzmwAAY58AAFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADDAAAAxAIAAMUK&#10;AADFDgAAxhQAAMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21AADO2gAAzvYA&#10;AM3/AADN/wAAzf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAAEcIAAArFAAAC&#10;yQAAAMwAAADQAAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA4koAAONdAADk&#10;cgAA5IsAAOWlAADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8AAAwvwAAI8MA&#10;ABfHAAAPygAAB84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJAADpDgAA7BUA&#10;AO4eAADxKwAA9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMAbaoAAF6yAABP&#10;ugAAQMEAADHFAAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA7QAAAO8AAADx&#10;AAAA8wAAAPYAAAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/mQAA/68AAP/D&#10;AAD/1gAA/9YA/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBeAP8AaQD/AHIA&#10;/wB6AP8AggD/AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA/gDsAP0A+wD7&#10;AP8A+wD/APsA/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/ACYA/wA0AP8A&#10;QgD/AE4A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkAowD4AKsA9wC0&#10;APUAvwD0AM4A8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsUAP8GEQD/ABAA&#10;/wAQAP8AFgD/ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A8wCFAPIAiwDw&#10;AJIA7wCYAO0AnwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDhAP8A4QD/AOEA&#10;/wDhAP8A/w0QAP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIAWQDvAGIA7ABr&#10;AOoAcgDoAHkA5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDTANAA6gDOAPoA&#10;zQD/AM0A/wDNAP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA9gAiAPAALwDs&#10;ADwA6QBIAOUAUwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDKAJ0AyAClAMYA&#10;rwDEALsAwgDLAMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8OAAD/CgAA/wgB&#10;AP8ECgD4ABAA6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0AMIAewDBAIIA&#10;vwCJAL0AkAC8AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8ArQT/AK0E/wCt&#10;BP8A/xQAAP8QAAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDAA1AAvQRZALsF&#10;YQC5BWgAtwZvALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL3wCkDfQAog7/&#10;AKAO/wCfDv8Anw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkLAMgIFgDBCiQA&#10;vAwyALcNPgC0DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEAoRKbAKATpgCe&#10;E7MAnBPDAJsU3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADlIwAA1SUAAMok&#10;AADCHQAAvhYEALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0bbACbHHMAmhx7&#10;AJgcgwCXHY0AlR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/AYYg/wGGIP8B&#10;+h4AAOsmAADaLQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4AmSNIAJckUQCV&#10;JFkAkyVgAJIlZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGAKO4Bfin/AX0p&#10;/wF8KP8BfCj/AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKImBgCeJhMAmSgh&#10;AJUqLgCSKzkAjyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+PAn0vmgJ7L6cC&#10;ei+3AngvzAJ2MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAAuj8AAKw8AACi&#10;OAAAnDMAAJgvAACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9NWYBezZuAXk1&#10;dgJ4NYACdjWLA3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1/wJqNf8C6jAA&#10;ANM6AADCQQAAs0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8AHw7RQB6PE0A&#10;eDxVAXc8XAF1PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUFZDz6BGQ8/wNj&#10;O/8DYzv/A2M7/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACEPAoAgD0UAH0+&#10;IgB6Py4AeEA4AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVBkQVjQZ8FYUGu&#10;BmBBwgZeQeIGXkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsAAJtJAACQRwAA&#10;iEQAAINBAAB+QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0CZkZlAmRGbQNi&#10;RnYEYEaCBF5GjgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNYRP8D2j0AAMRH&#10;AAC1TgAApE4AAJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpLPABoS0QAZktM&#10;AWRLUwFiS1oCYEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2BlJK/wVSSf8E&#10;Ukn/A1JI/wNTSP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAAbksNAGtNGABo&#10;TiQAZk4vAGRPOQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVSTpgGUE6oB05O&#10;uwdNTtkHTU71Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5SAACDUQAAelAA&#10;AHJNAABsTwAAaFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRdAlRUZgNSU28D&#10;UFN7BE5TiAVMU5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8DykgAALlSAACq&#10;VwAAmFYAAIpVAAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBYWDwAVllEAFVZ&#10;TAFTWVMBUVlbAk9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW/wVDVf8ERFX/&#10;BERU/wNEVP8DxkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkEAFlaEABXWxsA&#10;VVwmAFNdMABSXTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIFQF2jBj9dtgY+&#10;XdAGPVzxBT5b/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2WwAAbVsAAGFb&#10;AABbXQAAVl4AAFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURjXgFCY2gCQGNz&#10;Az5jgQM8Y5AEOmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUAAK1fAACcYAAA&#10;i18AAH1fAAByXwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEAQ2k5AEJqQgBA&#10;akoAP2pSAD1qWwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMxZv8DMmX/AzJk&#10;/wMyZP8Dt1sAAKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENtBABAbg4APm8Y&#10;AD1vIgA8cCsAOnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGcAitxrwIqccgC&#10;KnDrAipv/wIqbf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAAX2gAAFVrAABL&#10;bgAAQ3EAADx0AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgArelwAKnpoACh6&#10;dgAmeocBJXqZASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1uAACKbQAAe2wA&#10;AG9sAABlbAAAWm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYInACSCLwAjgzgA&#10;IoNCACGDSwAghFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8BGX//ARl+/wEZ&#10;fv8BpnAAAJVzAACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAniAAAIIsFABuN&#10;DgAajRUAGY0eABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+PpAAOj7sADY/g&#10;AA6N+gAPi/8AEIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4AAEKCAAA5hgAA&#10;L4oAACeOAAAgkQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYACJpTAAabYQAF&#10;mnIABJqGAAKamwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6fgAAa34AAF2B&#10;AABQhQAARYkAADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAAClFgAAph8AAKYo&#10;AACmMgAApz0AAKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/AACk/wAApP8A&#10;kYcAAIKGAAByhgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAAC6wAAASvAAAA&#10;sQYAALEMAACyEQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAAtZ0AALW2AAC1&#10;3AAAtPcAALT/AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqoAAAgrAAAFrAA&#10;AA+0AAAJtwAAAbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUyAADGQAAAxlEA&#10;AMdjAADHeAAAx5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAAUqMAAEWpAAA4&#10;rgAALLMAACC3AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAAzgkAANAOAADS&#10;EwAA1BsAANglAADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf/wAA3/8Ad58A&#10;AGimAABZrQAASrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUAAADZAAAA2gAA&#10;ANwAAADeAAAA4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828AAPSKAAD0pAAA&#10;9L8AAPTfAAD08wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA0gAAANcAAADc&#10;AAAA4AAAAOUAAADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8FgAA/yIAAP8z&#10;AAD/RwAA/10AAP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAYAP8AHgD/ACcA&#10;/wA2AP8AQwD/AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA/wCcAP8AowD/&#10;AKsA/wC0AP4AvwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDnAP8A/wAUAP8A&#10;EQD/ABEA/wASAP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8AeAD9AH4A/ACF&#10;APoAiwD5AJEA+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/AOwA/wDrAP8A&#10;5QD/AOAA/wDeAP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA/gBQAPsAWgD4&#10;AGMA9QBrAPMAcgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDhAMAA4ADTAN4A&#10;6wDcAPsA2wD/ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8ADwD/ABgA+wAl&#10;APgAMgD1AD8A8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCNANcAlADUAJsA&#10;0gCkAM8ArQDNALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A/woGAP8BAAD/&#10;AAAA/wAEAP8ACwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDOAG0AzAB0AMoA&#10;egDIAIAAxgCHAMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA/wC1AP8AtQD/&#10;ALUA/wC1AP8A/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8AMoARwDGAFEA&#10;wwBZAMAAYAC+AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8ArAC9AKoA0ACo&#10;AOsApwD7AKYA/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADaAAcAzwARAMgA&#10;HADCACkAvgA1ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgAhACmAI0ApACW&#10;AKMAoAChAKsAnwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAAAPcQAADoFAAA&#10;3BUAAM4RAADGDQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwAogpjAKAKagCf&#10;C3EAnQt4AJwLgACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCLEP8AixD/AIsQ&#10;/wCKEP8A+xMAAO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMPMwCfED4AnRFH&#10;AJoRUACYElcAlhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1AIYWyQCEF+cA&#10;ghj7AIAZ/wB/Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAApRwAAKQVCACg&#10;FBMAmxYhAJcYLQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCDH4AAgh+LAIAf&#10;lwB+IKMAfSCyAHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsrAADHMQAAtjEA&#10;AKkuAACgKgAAmyYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZVAH8mXAB+JmMA&#10;fCdrAHsncwB5J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8Bayn/AWso/wFr&#10;KP8B6CgAANAyAADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCAKy8Afiw5AHws&#10;QgB6LUoAeC5RAHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgwvgFnMNsBZTD1&#10;AWQw/wFjMP8BYy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMAAIYwAACDLgkA&#10;fy8TAHswHwB4MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUBZzWAAWU1jAFj&#10;NZoCYTapAmA2uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0QQAAokAAAJU+&#10;AACLPAAAhDkAAH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7UgBnO1kAZTth&#10;AWM7aQFiO3IBYDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAGCdIDVzvxAlY7&#10;/wJWO/8CVjr/AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7AAB0OgAAcToO&#10;AG08GABrPSQAaT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6AlhAhwJWQJUC&#10;VECkA1NAtgNSQM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAAmUYAAItFAACB&#10;RAAAeUIAAHQ+AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBbRVQAWUVcAVhF&#10;ZAFWRW0BVEV4AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC/wJMQv8Cyj8A&#10;ALlIAACmSgAAlUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUcoAFxIMgBaSDsA&#10;WUlDAFdJSgBWSVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoDRknsA0ZI/wJG&#10;SP8CR0f/AkdG/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABkRwAAX0kGAFxK&#10;EABaSxsAWEwlAFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhNgAJGTY8DRU2f&#10;A0NNsQNCTcgDQU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4AAIBOAAB1TQAA&#10;bEwAAGNKAABeTAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0ASlJUAElSXQFH&#10;UmYBRVJxAUNSfgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9Tv8CvksAAK5T&#10;AACaUgAAiVEAAHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtWKQBJVjIASFY6&#10;AEdXQgBGV0oARFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fnAjdW/QI3Vf8C&#10;N1T/AjdT/wI4U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAATlcAAEpZCQBH&#10;WhEARlobAERbJQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2XYgBNF2ZAjNd&#10;qwIxXcICMVzlAjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNXAABpVwAAYFgA&#10;AFRZAABOWwAASF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NLADZjVAA0Y10A&#10;M2NoADFjdgEvY4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8BsVkAAJ5cAACL&#10;XAAAe1sAAG9bAABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAzaSQAMmktADFp&#10;NQAvaj0ALmpGAC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp+QEjZ/8BI2b/&#10;ASNm/wEkZf8BrGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgAADZrAAAwbgQA&#10;LHAOACpxFQApcR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30AHXOQABtzowAa&#10;c7kAGXPcABpx9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABdZAAAUmYAAEhp&#10;AAA/bAAAN28AADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8QwAXfE4AFnxa&#10;ABV8ZwAUfXgAEn2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsAAIpqAAB6aQAA&#10;bWkAAGJpAABXagAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAAEYYXABCHHwAQ&#10;hygADocxAA6HOwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAHhP8ACIP/AAmC&#10;/wAJgv8AlXEAAINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKFAAAbiQAAFIwA&#10;AA+PAwAKkgsABpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7AACSkAAAkqYA&#10;AJG/AACR5QAAkPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAAP4AAADSEAAAr&#10;iQAAIo0AABqRAAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAAnzUAAKBCAACg&#10;UAAAoF8AAKBxAACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8AABpfAAAW38A&#10;AE6DAABBiAAANowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkKAACqDgAAqxMA&#10;AKwZAACtIgAArisAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8AAK3/AACt/wAA&#10;rf8AgYQAAHGEAABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAErwAAALIAAAC2&#10;AAAAtwAAALcCAAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADBbgAAwYYAAMGg&#10;AADBugAAweMAAMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasAABqvAAARswAA&#10;C7gAAAK7AAAAvgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUAANAfAADTKwAA&#10;1ToAANVMAADWYAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABRpAAAQ6oAADWw&#10;AAAotgAAHLoAABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADYAAAA2wAAAN0A&#10;AADfBwAA4g0AAOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDTAADw7AAA8PQA&#10;Z6YAAFitAABJtAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAAAOAAAADjAAAA&#10;5AAAAOYAAADoAAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA/1UAAP9uAAD/&#10;igAA/6QAAP+6AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8APwD/AEsA/wBW&#10;AP8AYAD/AGgA/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCuAPwAuQD6AMgA&#10;+QDiAPgA9AD3AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A/wAPAP8AFAD/&#10;ACAA/wAtAP8AOgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2AIwA9QCSAPMA&#10;mQDyAKAA8ACpAO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA/wDRAP8A/wAN&#10;AP8ACgD/AAgA/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBmAO4AbQDsAHQA&#10;6wB6AOkAgADnAIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA0gD/ANIA/wDS&#10;AP8AzgD/AMkA/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDvADoA7ABFAOgA&#10;TwDkAFgA4QBgAN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkApwDHALMAxQDC&#10;AMMA3ADBAPEAvwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAAAPYACADuABEA&#10;5wAbAOEAJwDdADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoAvwCAAL0AiAC7&#10;AJAAuQCYALgAogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCuAP8A/wIAAP8A&#10;AAD9AAAA8gAAAOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgAWgC2AGEAtABn&#10;ALIAbQCwAHQArwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2AJ4A/wCeAP8A&#10;ngD/AJ4A/wCeAP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUAtAAxALEAOwCu&#10;AEUArABNAKkAVQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACYAKQAlgCwAJUA&#10;wQCTANwAkgDyAJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMINAAC7BwAAtwAK&#10;ALEAEgCsAB4AqAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJwAJMDeACRA4AA&#10;kASKAI4ElQCMBaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A9hAAAOYXAADS&#10;HAAAwBoAALMWAACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQDFEAjg1YAIwN&#10;XgCLDWUAiQ1sAIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS/wB3Ev8AdxL/&#10;AHcS/wB3Ev8A7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAbAI8RJwCMEjIA&#10;iRM8AIcTRACFFEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwAdBiqAHMZuwBy&#10;GdQAbxrxAG4b/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACWJAAAkCAAAI0c&#10;AACMFwwAiBgWAIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMfawBxIHQAcCB/&#10;AG4hiwBsIZgAayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYAAMgvAAC0MQAA&#10;ozAAAJYuAACNKwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMAcCZLAG4mUgBt&#10;J1kAaydgAGonaABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBcKf8AXCn/AFwp&#10;/wBcKP8A2CwAAMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIpGgBwKiUAbSsv&#10;AGssOABqLEAAaC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+hAVkvsgFYMMgB&#10;VjDpAVUw/gFVL/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAAejIAAHUwAABy&#10;LgAAbi4NAGsvFgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBaNGsAWTV1AFc1&#10;ggBVNZABVDWfAVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9AACjPAAAkjwA&#10;AIU7AAB7OgAAdDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhBAFo5SABZOVAA&#10;VzlXAFY6XwBUOmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8BSTn/AUk4/wFK&#10;OP8BxzoAALNAAACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBcOxsAWjslAFk8&#10;LgBXPTcAVj0+AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/rAFFP8EBRD/j&#10;AUQ++wFEPv8BRD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8AAGU8AABgPAAA&#10;XD4EAFk+DwBXPxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QASENuAEdDewFF&#10;Q4kBQ0OZAUJDqwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACWRQAAhkUAAHlE&#10;AABvRAAAZ0IAAGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpHQQBJR0gASEdQ&#10;AEZHWABFR2EAQ0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/ATtF/wE7RP8B&#10;u0UAAKZIAACSRwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIASkkcAEhKJQBH&#10;Si4ARks2AEVLPgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2TLwBNUzdATVL&#10;9wE1S/8BNUr/ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVIAABQSgAATEsA&#10;AElMBwBGTRAARE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFnADdRcwA1UYIA&#10;M1GTATJRpQEwUboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAAek0AAG5NAABk&#10;TQAAW00AAFFNAABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3Vj8ANlZHADVW&#10;UAAzVlkAMldkADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT/wEqUv8Br1EA&#10;AJhRAACFUQAAdlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoRADRaGgAzWyIA&#10;MlsrADFbMwAvXDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUAIl3SACJc8wAi&#10;W/8AI1r/ACNZ/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABDWAAAPFsAADZd&#10;AAAwYAUALWEOACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFkaQAfZHkAHmSK&#10;ABxkngAbZLMAGWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgAAGJYAABZWAAA&#10;UFkAAEdbAAA+XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAAHGs5ABtrQgAa&#10;bEwAGWxYABdsZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wATZ/8AmV0AAIVd&#10;AAB1XAAAaFwAAF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdzCwAVdBEAFHQY&#10;ABN0IQASdSkAEXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTDAAl05wAKc/0A&#10;C3H/AAxx/wAMcP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAAK28AACRyAAAd&#10;dgAAF3kAABF8BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAABf2cAAH95AAB/&#10;jgAAf6MAAH67AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRnAABJaQAAP20A&#10;ADVxAAAsdQAAJHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIojAACLLAAAizcA&#10;AItDAACLUAAAi18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8Agm0AAHNsAABo&#10;bAAAWm0AAE5vAABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAAlAYAAJUMAACV&#10;EAAAlhUAAJccAACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACXyAAAlu4AAJb/&#10;AACV/wAAlf8Ae3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIAAA6WAAAJmQAA&#10;AZwAAACgAAAAoQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwAAKleAACpcgAA&#10;qIkAAKiiAACovAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAyjQAAJ5IAAB2X&#10;AAAUnAAADqAAAAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1EwAAthsAALgk&#10;AAC6MQAAukAAALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MAAF+GAABRiwAA&#10;Q5AAADaXAAAqnQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAAAMAAAADBAAAA&#10;wwEAAMQHAADFDQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA0MEAANHmAADR&#10;+AAA0f8AZ48AAFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADDAAAAxgAAAMsA&#10;AADNAAAAzgAAANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2AADoSQAA6V8A&#10;AOp4AADrlAAA668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAADsIAAATFAAAA&#10;ygAAAM0AAADRAAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA7gAAAPEFAAD1&#10;DQAA+RYAAPwlAAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8ADwD/AA8A/wAR&#10;AP8AFgD/ACIA/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCAAP8AhgD/AIwA&#10;/gCTAP0AmQD7AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A4AD/ANgA/wDT&#10;AP8A/wAOAP8ACwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+AF8A+wBmAPkA&#10;bQD3AHQA9QB6APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA6QDkAPsA4wD/&#10;AOIA/wDeAP8A0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAkAP0AMAD7ADsA&#10;9wBGAPMAUADvAFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA2gCeANYAqADU&#10;ALMA0QDDAM8A3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/AAAA/wAAAP0A&#10;CwD3ABMA8QAeAO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4AcwDMAHoAygCA&#10;AMgAhwDGAI8AxACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/ALMA/wCwAP8A&#10;/wAAAP8AAAD/AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwAxABUAMEAWwC/&#10;AGEAvABnALsAbQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCpAOQApwD4AKYA&#10;/wCmAP8ApQD/AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIAHQC+ACgAuwAz&#10;ALkAPQC1AEYAsgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCMAKAAlgCfAKEA&#10;nQCuAJsAvgCZANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA1AAAAMkAAADA&#10;AAQAuAAOALMAFgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCaAGcAmABuAJcA&#10;dQCVAH0AlACGAJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA/wCIAP8A+QYA&#10;AOkMAADUDgAAwwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBBAJQASQCSAFAA&#10;kABWAI4AXACNAGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgAfQHnAHwC+QB7&#10;A/8AewT/AHsE/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACXABMAkwAeAJAB&#10;KQCNAjMAigM8AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJiQB4CZYAdwqj&#10;AHUKswBzC8cAcgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwAAJ0aAACVFgAA&#10;kBMAAI8OAwCOCg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoAdhBhAHUQaABz&#10;EHEAcRF7AHARhwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBlE/8A3x4AAMYk&#10;AACwJAAAoCMAAJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQVOgByFkEAcRZI&#10;AG8XTwBuF1YAbBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvkAF0c+wBcHP8A&#10;XBv/AFwb/wBcG/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMAdhkPAHIaGABv&#10;HCMAbR0tAGsdNQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBcIY0AWiKcAFki&#10;rABXIsAAViPhAFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUtAAB8KwAAdigA&#10;AHImAABvIwAAbSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdWAFsnXQBZJ2YA&#10;WChwAFYofABUKIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8AyDAAALAyAACc&#10;MgAAjDIAAIAxAAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBbKzYAWSw9AFgs&#10;RABXLUwAVS1TAFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv9gBHL/8ARy7/&#10;AEct/wBILf8AxDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0FAFwuEABaLxgA&#10;WDAiAFYwKwBVMTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUARzSVAEU0pgBD&#10;NLkAQjTWAEI09ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABtNwAAZjYAAGEz&#10;AABdMgAAWTICAFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4VgBHOF8ARjhp&#10;AEQ4dQBDOIMAQTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsAAKI7AACPOwAA&#10;fzsAAHM7AABqOgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0ASDs1AEc7PABG&#10;PEQARTxLAEQ8UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3PP8AODv/ADg7&#10;/wA4Ov8Atj0AAJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8CABJPREARz4Z&#10;AEY/IgBEPyoAQz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GPADVCoQA0QrQA&#10;MkLOADJB8AAyQP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAAW0AAAFQ/AABO&#10;PwAASkAAAEZBBQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4RlgANkZiADVG&#10;bgAzRnwAMUaNADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZDAACDQwAAdEMA&#10;AGhDAABfQwAAV0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEksADZJNAA1SjsA&#10;NEpDADNKTAAySlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8AKEn/AChI/wAp&#10;R/8Ap0YAAJFGAAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3TAkANU0QADNO&#10;GAAyTiAAMU8oADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQmwAiUK8AIVDI&#10;ACBQ6wAhT/8AIk7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoAAElLAABATAAA&#10;O04AADVQAAAxUgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4AIlZZACFWZQAf&#10;VnQAHlaFABxWmAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1TQAAaE0AAF1N&#10;AABUTQAATU4AAEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBcJwAfXC4AHVw3&#10;ABxdQAAbXUoAGl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/ABNa/wAUWf8A&#10;lFEAAIBRAABwUQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAAH2EDABpjDAAY&#10;ZBEAF2QZABZkIQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAMZaUACmS8AApk&#10;4AALY/kADGL/AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZAAA0XAAALF8A&#10;ACZiAAAfZQAAGWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5KAAduVwAGbmUA&#10;BG52AAJuigAAbZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAAXFkAAFNZAABI&#10;WgAAP10AADZgAAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAAdxwAAHckAAB4&#10;LQAAeDcAAHhDAAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0/wAAdP8Afl8A&#10;AG5fAABiXgAAWV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsAAAh+AAACgAgA&#10;AIENAACBEQAAghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMAAIOqAACCxQAA&#10;gesAAIH+AACA/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAgdwAAGHwAABF/&#10;AAAMgwAABocAAACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACSPwAAkk4AAJJf&#10;AACScwAAkosAAJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20AAD9xAAA0dgAA&#10;KnsAACCAAAAXhQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0AAJ4RAACfFgAA&#10;oB4AAKIoAACiNQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAAn/8AbnEAAF9y&#10;AABRdQAARHkAADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACnAAAAqAAAAKkA&#10;AACqAAAArAYAAK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWOAAC1qAAAtMYA&#10;ALPtAACy/wAAsv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAAAKkAAACtAAAA&#10;sAAAALQAAAC3AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAAyCwAAMk9AADK&#10;UAAAymYAAMp/AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACefAAAbpQAAEasA&#10;AAmwAAAAtQAAALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAAAADSAAAA1AUA&#10;ANkMAADdEgAA4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYAVpQAAEibAAA6&#10;ogAALKkAAB+wAAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA2wAAAN4AAADg&#10;AAAA4gAAAOQAAADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8egAA/ZcAAP2v&#10;AAD9xwAA/eQA/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBNAP8AVwD/AF8A&#10;/wBnAP8AbgD/AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA8wDPAPEA7ADw&#10;AP4A7wD/AO8A/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/ABkA/wAlAP8A&#10;MQD/AD0A/wBHAP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwAjgDqAJYA6ACf&#10;AOYAqQDjALUA4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wADAP8AAAD/AAAA&#10;/wABAP8ADQD/ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA4QBuAN8AdADc&#10;AHoA2gCBANgAiADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDEAP8AuwD/ALYA&#10;/wCzAP8A/wAAAP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwARQDVAE0A0QBV&#10;AM4AWwDLAGIAyQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1ALUAyACzAOYA&#10;sgD7ALEA/wCwAP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A0wAUAM0AHwDK&#10;ACoAxwA0AMQAPgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCsAIIAqgCLAKgA&#10;lQCnAKAApQCtAKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwAAADuAAAA4AAA&#10;ANAAAADFAAgAvgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBbAKIAYACgAGYA&#10;nwBsAJ0AcwCbAHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8AjgD/AI4A/wCP&#10;AP8A/AAAAO8AAADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCdADoAmgBCAJgA&#10;SQCWAE8AlABVAJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUAsQCDAMQAgQDk&#10;AIAA+QB/AP8AgAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAHAJsADwCYABcA&#10;lQAhAJIAKgCPADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAAfgB5AHwAhAB7&#10;AJAAeQCdAHgArAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5EAAAqRAAAJ4O&#10;AACXCwAAkwYAAJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoAUQB5AFcAdwBd&#10;AHYAZAB0AGwAcwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/AGcH/wBnB/8A&#10;3xQAAMMXAACuFwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygAdwgwAHUIOABz&#10;CUAAcglGAHAKTABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBhDbsAYA3YAF4O&#10;8wBdDv8AXQ7/AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgTAAB4EAYAdw0P&#10;AHMOGABwDiIAbg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJvAF4SewBcE4gA&#10;WxOXAFkTpwBXFLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAAjSMAAIEiAAB5&#10;IQAAcx4AAG8bAABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBdGEsAXBlSAFoZ&#10;WgBZGWIAVxpsAFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c/wBNG/8AwyYA&#10;AKonAACWJwAAhygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0jAFseKwBaHjMA&#10;WB86AFcfQQBWIEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQARyLNAEYj7wBF&#10;I/8ARSL/AEYi/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABfJAAAXSIEAFsh&#10;DgBYIhYAViMfAFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgncQBGJ38ARSiP&#10;AEMooABBKLIAQCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8AAHEvAABoLgAA&#10;YS0AAF0rAABaKAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IASCxJAEYsUQBF&#10;LFoARCxkAEItbwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6LP8AsjAAAJsx&#10;AACIMgAAeTIAAG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkvIgBHLyoARjAx&#10;AEUwOABDMD8AQjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLHADQy6QA0Mv8A&#10;NTH/ADUx/wA1MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAATDEAAEkxBgBH&#10;Mg8ARTMWAEMzHwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2NngANDeJADI3&#10;mgAxN60ALzfFAC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4AABdNwAAVjcA&#10;AFA2AABLNAAARzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpCADY6SgA1OlMA&#10;NDtdADI7aAAwO3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8ApDgAAI45AAB8&#10;OgAAbjoAAGM6AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3PSEANj4pADQ+&#10;MAAzPjcAMj8/ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA5QAkP/wAJT7/&#10;ACY9/wAmPf8AnzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4AADk/AAA2QQgA&#10;NEEPADJCFgAxQh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEAI0WCACJFlQAg&#10;RagAH0W/AB5E4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABTQAAATEAAAEZA&#10;AAA+QQAAOEMAADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJQQAjSkoAIkpV&#10;ACBKYQAfSm8AHUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIAAIBCAABwQwAA&#10;Y0MAAFhDAABQQwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYAIU8dACBPJQAf&#10;TywAHk81AB1PPQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gART/gAEk7/ABNN&#10;/wAUTf8Aj0UAAHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtOAAAmUAAAIFMD&#10;ABxVDAAaVhEAGVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5AA5XjAANV6AA&#10;C1e2AAtW1AALVvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAAQ0oAADtMAAAz&#10;TgAALFEAACZUAAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAMXj0AC15IAApe&#10;VAAIXmIAB15zAAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBOAABiTgAAV04A&#10;AE5OAABHTgAAPk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQAAZnFQAFZxwA&#10;BGckAAJnLQABZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesAAGT8AABk/wAA&#10;Y/8AelIAAGpTAABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAUZQAAEGgAAAxr&#10;AQAGbgkAAG8OAABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABxeQAAcY8AAHCn&#10;AABvwQAAb+cAAG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0AACphAAAiZAAA&#10;GmgAABRsAAAObwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkAAH0zAAB9QAAA&#10;fU4AAH1eAAB9cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABXXAAAS10AAEBf&#10;AAA1YwAAK2cAACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACFCwAAhg8AAIgT&#10;AACJGQAAiiEAAIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3AACI/wAAh/8A&#10;aGMAAF5iAABRYgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAAAI0AAACQAAAA&#10;kgAAAJIAAACUBQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAAnHYAAJuRAACb&#10;qwAAmskAAJrwAACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKHAAAMjAAABJEA&#10;AACVAAAAmQAAAJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0YAACvIgAArzAA&#10;AK9BAACvVAAAr2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAANX8AACiFAAAd&#10;jAAAE5IAAAyYAAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAAtgAAALgAAAC6&#10;BAAAvAoAAL4QAADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD8gAAw/8AVnwA&#10;AEeCAAA6iAAALI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8AAADCAAAAwgAA&#10;AMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AAAOBoAADghAAA&#10;4aEAAOG9AADh4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAAvwAAAMQAAADI&#10;AAAAzgAAANEAAADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADrBQAA7w4AAPQZ&#10;AAD1KwAA9kEAAPdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAMAP8AEgD/ABoA&#10;/wAmAP8AMgD/AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA+wCIAPkAjwD3&#10;AJcA9QCgAPMAqgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDCAP8A/wAEAP8A&#10;AAD/AAAA/wAFAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQAYwDyAGkA8ABv&#10;AO4AdQDsAHsA6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/ANMA/wDLAP8A&#10;wQD/ALsA/wC3AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA8AA8AOwARgDo&#10;AE4A5ABWAOEAXADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDGAKgAxAC3AMEA&#10;zADAAOsAvgD/AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIABQDqAA4A5QAW&#10;AOAAIQDdACsA2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABzALoAegC4AIIA&#10;tgCLALQAlgCyAKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A/wAAAP8AAAD3&#10;AAAA6AAAANwAAADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCwAFUArgBbAKwA&#10;YQCqAGYAqABsAKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA/wCXAP8AlgD/&#10;AJQA/wCSAP8A/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgApAKgAMgClADoA&#10;ogBCAKAASQCeAE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMAjAChAIsAsACK&#10;AMUAiADmAIcA+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACqAAAAowAKAJ8A&#10;EQCbABkAmQAjAJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYAZgCEAG4AgwB3&#10;AIEAgQB/AI0AfgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAAANECAAC7AgAA&#10;rAEAAKIAAACbAAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMAfgBJAH0ATwB8&#10;AFUAegBbAHkAYQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBrAP8AawD/AGsA&#10;/wBrAP8A3wsAAMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwAIAB6ACgAeAAw&#10;AHYAOAB0AD4AcwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCSAGQAoQBjALIA&#10;YQDJAGAA6QBgAPwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAAfA0AAHkJAQB4&#10;AwsAdQARAHMAGgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBiBWEAYAVqAF8G&#10;dABdBoEAXAePAFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0XAACZGAAAihgA&#10;AH8XAAB2FgAAcRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8AF8MQgBeDUgA&#10;XA1PAFsNVgBZDV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0ATRD/AE0Q/wBN&#10;EP8AvBsAAKUcAACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABfEBgAXRAhAFsR&#10;KQBaETEAWBI4AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkUnABHFa4ARhXF&#10;AEUV6ABFFv4ARRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8AAF8dAABcGgAA&#10;WxcCAFoVDQBXFhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgASBpiAEcabQBF&#10;G3oAQxuJAEIbmgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACGJQAAdyYAAGwm&#10;AABjJQAAXSQAAFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkfNwBHHz4ARiBF&#10;AEUgTQBDIFUAQiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/ADgh/wA4If8A&#10;qiYAAJQnAACBKQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAASCIXAEcjHwBF&#10;JCYARCQuAEIkNABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0J6gAMie+ADEn&#10;4QAxJ/kAMib/ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAqAABMKAAASiYA&#10;AEcnBABEJw0AQigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANitaADUrZQAzK3IA&#10;MSuCADAslAAuLKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAAay8AAGAvAABY&#10;LwAAUS4AAEwuAABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2LzYANS8+ADQv&#10;RQAzL04AMTBYADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv/wAoLv8AnC4A&#10;AIcwAAB2MQAAaDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQADYyFgA1Mh4A&#10;MzMlADIzLAAxMzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMAIjW5ACE12QAh&#10;NPYAIjT/ACMz/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABANAAAOjMAADc0&#10;AAA0NQYAMjYOADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5XwAjOWwAITp8&#10;ACA6jgAeOqIAHDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcAAFc3AABONwAA&#10;SDcAAEI3AAA8NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4AJD01ACM+PQAi&#10;PkYAID5QAB8+XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAYPP8AjjcAAHo4&#10;AABqOQAAXjoAAFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRCDgAiQhQAIUIb&#10;ACBDIwAfQyoAHkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSzABBE0AAQQ/IA&#10;EUL/ABJC/wATQf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAAL0AAACpCAAAl&#10;RAAAIUYDAB1IDAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQSmQAD0p0AA5K&#10;hwANSpsADEqwAApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1AAABFQAAAP0AA&#10;ADlBAAAyQgAAK0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1ApAA5QMQANUDsA&#10;DVFGAAtRUQAKUV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8AfUIAAGtDAABd&#10;RAAAUkQAAEpEAABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAOVwoAC1gQAApY&#10;FQAIWBwAB1gkAAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABXwAAAVuUAAFb5&#10;AABV/wAAVf8AdkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAAABxTAAAWVQAA&#10;EVgAAA1bAgAJXgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQAAGBjAABgdgAA&#10;YIsAAF+iAABfuwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7TAAAMk4AACtR&#10;AAAjVAAAHFcAABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABqIQAAaikAAGo0&#10;AABqQAAAak0AAGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEAAFxQAABSUAAA&#10;Sk8AAD9QAAA1UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMAAHAIAABxDQAA&#10;chAAAHQUAAB1GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAAdNMAAHP1AABz&#10;/wAAcv8AY1YAAFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApwAAAEcwAAAHYA&#10;AAB6AAAAfAAAAHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZNAACFXwAAhXUA&#10;AIWPAACEqQAAg8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAAHmsAABVwAAAO&#10;dQAACXkAAAF+AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAAkxQAAJUbAACX&#10;JgAAlzQAAJdEAACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9hAABCZAAANmkA&#10;ACpuAAAfdAAAFXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsAAACdAAAAnwAA&#10;AKEDAACjCAAApQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUAAKfdAACn+AAA&#10;pv8AVmgAAEhsAAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAAowAAAKcAAACq&#10;AAAAqwAAAK0AAACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADAQAAAv1UAAL9u&#10;AAC+iwAAvqgAAL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wAAACiAAAApwAA&#10;AKwAAACwAAAAtQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAAAM0CAADQCwAA&#10;1RIAANYhAADXNAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAArkAAAHZgAABKg&#10;AAAKpwAAAK4AAAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADUAAAA1gAAANoA&#10;AADdAAAA3wAAAOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWlAAD1vwAA9d0A&#10;/wAGAP8AAwD/AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA/wBdAP8AZAD/&#10;AGoA/wBwAP0AdgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADnAPkA5gD/AOUA&#10;/wDTAP8AxwD/AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8AKAD/ADMA/wA+&#10;APwARwD4AE8A9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCVANwAnwDZAKsA&#10;1QC7ANIA1ADPAPIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD5&#10;AA8A9QAXAPMAIgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADPAG4AzAB1AMoA&#10;fADIAIQAxQCNAMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA/wCjAP8A/wAA&#10;AP8AAAD/AAAA9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABKAMAAUAC9AFYA&#10;uwBcALkAYQC3AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoAowD1AKMA/wCi&#10;AP8AngD/AJoA/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5ACAAtwAqALUA&#10;MwCwADsArQBDAKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoAiACYAJQAlgCi&#10;AJQAsgCSAMkAkQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAAALoAAACxAAIA&#10;qwAMAKcAEgCkABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoAjwBfAI0AZgCL&#10;AG0AiQB2AIgAgACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+AP8A8QAAANgA&#10;AADCAAAAswAAAKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcAPQCFAEMAhABJ&#10;AIIATgCBAFQAfwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDPAHEA8QBwAP8A&#10;cAD/AHAA/wBxAP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEAgQAYAH8AIQB9&#10;ACkAfAAwAHkANwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABqAIAAaACOAGcA&#10;nQBlAK8AZQDGAGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkHAACCAwAAfgAA&#10;AHsABgB3AA4AdQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBPAGUAVgBjAF0A&#10;YgBlAGAAbwBfAHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8AwgwAAKoNAACX&#10;DgAAiQ4AAH0OAAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBhADMAYAA5AF8A&#10;PwBdAEUAXABLAFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B2wBOAvQATgP/&#10;AE4E/wBOA/8AuBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYMAGEEEQBeAxkA&#10;XAQhAFsFKABZBi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYASwqEAEkKlABI&#10;CqYARwq6AEYK2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABlFwAAXxYAAFwT&#10;AABaEQAAWg4GAFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsOTQBKDlUASA9e&#10;AEcPaABFD3UAQxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkAAJIbAACBHAAA&#10;ch0AAGcdAABfHAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicASRIuAEgTNABH&#10;EzsARRNCAEQTSQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1FvUANhb/ADYW&#10;/wA3Ff8AoxwAAI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsWBgBJFg4ARxcV&#10;AEUXHABEGCQAQhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+ADMbkAAyG6IA&#10;MBu3AC8b0wAvHPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAAUCMAAEsiAABI&#10;IAAARh0AAEUcAgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2H0wANCBWADMg&#10;YAAxIG0ALyB8AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQlAABzJgAAZScA&#10;AFsnAABTJwAATCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMlADUjKwA0JDIA&#10;MyQ5ADIkQQAwJEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAAJCX/ACUk/wAl&#10;JP8AlCUAAIAnAABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3JgYANSYOADQn&#10;FAAyJxsAMSgiADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMqigAhKp0AHyqy&#10;AB4qzAAeKu8AHyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwAAEErAAA8KwAA&#10;OCoAADUqAAAyKwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUAJC5PACMuWgAh&#10;L2cAHy92AB0viAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABoLgAAWy8AAFEv&#10;AABJLwAAQy8AAD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUyIwAkMioAIzIx&#10;ACEzOQAgM0IAHzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/ABUy/wAWMf8A&#10;hy4AAHQvAABlMQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAAJTUGACM2DQAh&#10;NhIAIDcZAB83IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAROZgAEDmtAA44&#10;xwAOOOsAEDj/ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0AAAzNAAALTUA&#10;ACg3AAAkOQAAIDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5GABE+UgAQPl8A&#10;Dz5vAA4+gQAMPpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAAUTcAAEg3AABB&#10;NwAAOzcAADU3AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAARQx8AEEQnAA9E&#10;LwAORDkADURDAAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC/wAGQf8AeDgA&#10;AGc5AABZOgAATjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QAABNGAwAPSQoA&#10;DUoPAAxKFAALShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosAAEqhAABJuQAA&#10;Sd0AAEn1AABI/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAApQAAAI0IAAB1F&#10;AAAXRwAAE0oAAA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABRRAAAUlEAAFJg&#10;AABRcgAAUYcAAFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EAAEBAAAA5QAAA&#10;MkEAACpDAAAkRgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMAAFkZAABaIQAA&#10;WikAAFozAABaPwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAAV/8AZUUAAFhF&#10;AABNRQAARUQAAD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARcAAAAXgQAAF8J&#10;AABgDQAAYRAAAGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOTAABjrQAAYswA&#10;AGHyAABh/wAAYP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAAElkAAA1dAAAI&#10;YAAAAmMAAABmAAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAAcD4AAHBOAABw&#10;XwAAcHMAAG+NAABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNRAAApVAAAIFgA&#10;ABhcAAARYAAADGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoNAAB8EAAAfRYA&#10;AH8eAACAKAAAgDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8AVlQAAE5TAABC&#10;VAAAN1YAACxaAAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAAgwAAAIQAAACG&#10;AAAAhwIAAIkHAACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACPlwAAj7QAAI7h&#10;AACM+wAAjP8AVVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIAAACGAAAAiwAA&#10;AI4AAACRAAAAkwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEAAKYxAACmQwAA&#10;pVcAAKRwAACjjgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAARfAAAC4MAAACJ&#10;AAAAjgAAAJMAAACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUI&#10;AAC4DgAAvBYAALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsAADlwAAArdwAA&#10;H38AABOGAAALjgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAAALoAAAC8AAAA&#10;vwAAAMEAAADEAAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA05IAANKwAADS&#10;0wAA0vIAPnkAADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9AAAAwgAAAMYA&#10;AADKAAAAygAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsPAADsHwAA7TMA&#10;AO5LAADvZAAA74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA/wAeAP8AKQD/&#10;ADQA/wA/AP8ASAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDzAI0A8QCXAO4A&#10;ogDrAK8A6ADAAOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8AAAD/AAAA/wAA&#10;AP8ACQD/ABAA/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBkAOYAagDkAHAA&#10;4gB2AN8AfQDdAIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8AtAD/AK0A/wCp&#10;AP8A/wAAAP8AAAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDdAEQA2ABLANMA&#10;UQDQAFgAzQBdAMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUAwQCyAOQAsQD9&#10;AK8A/wCsAP8ApQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQAM8AGADLACIA&#10;yQArAMYANADBAD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYAqAB/AKYAigCj&#10;AJYAoQClAJ8AtgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADnAAAA0wAAAMYA&#10;AAC9AAMAuAANALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0AVQCbAFoAmgBg&#10;AJgAZgCWAG4AlAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/AIUA/wCCAP8A&#10;8wAAAOMAAADMAAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8AkwA3AJEAPQCO&#10;AEMAjABJAIsATgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5ALgAeADYAHcA&#10;9wB4AP8AeAD/AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsADACIABIAhwAZ&#10;AIUAIQCEACkAggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBpAHEAcwBvAH8A&#10;bQCNAGwAnQBqAK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAAlwAAAI0AAACG&#10;AAAAgQAAAHwACAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBrAEgAagBOAGgA&#10;VABnAFsAZQBjAGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA/wBcAP8AwgAA&#10;AKoBAACYAwAAiQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAlAGUALABjADIA&#10;YgA4AGAAPQBfAEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMAUQC3AFEA1gBR&#10;APUAUQD/AFEA/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABjAAcAYQANAF8A&#10;EwBdABoAXAAhAFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8AZABNAG8ATAB9&#10;AEoAjQBJAJ8ASACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAAAGsQAABjDwAA&#10;Xg4AAFsMAABaCQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsATAFBAEoCSABJ&#10;Ak8ASAJXAEYDYQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+Bv8ApBAAAI4S&#10;AAB8EwAAbhQAAGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsIHwBJCCUASAkr&#10;AEcJMQBGCTgARAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyvADUMxwA1DOkA&#10;NQ39ADUN/wA2DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAASREAAEkOBwBI&#10;DQ4ARg0TAEQNGgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2EGsANBB5ADIQ&#10;igAxEJwALxCwAC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkcAABRHAAATBsA&#10;AEcaAABEGAAAQxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5ADYUQAA0FEgA&#10;MxRRADEUXAAwFWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8AkRoAAH0cAABt&#10;HgAAYB8AAFYfAABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2FxsANRgiADMY&#10;KAAyGC8AMRk2ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEaxQAgGugAIRr+&#10;ACIa/wAjGv8AjR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4AADgbAAA1HAQA&#10;NBwNADIcEgAwHRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QAIh9yACAfhAAf&#10;H5cAHR+rABsfwwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABHJQAAQSQAADwj&#10;AAA4IwAANSIAADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUjOAAjI0EAIiRK&#10;ACEkVQAfJGEAHSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIAAHEkAABiJgAA&#10;VicAAEwnAABEJwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMAJCcZACMnIAAi&#10;JycAISguACAoNgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAARKOQAESj7ABMo&#10;/wAUJ/8AgCUAAG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACooAAAmKQAAJCoE&#10;ACIrDAAgKxEAHywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5sABEufgAQLpIA&#10;Di6nAA0tvQANLd8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAAOSwAADQrAAAv&#10;KwAAKysAACYsAAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAATMjkAEjNDABEz&#10;TgAQM1sADjNpAA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYtAABYLgAATS8A&#10;AEMvAAA8LgAANi4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcRABE3FgARNx0A&#10;EDgkAA84LAAOODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MAAjfxAAM2/wAF&#10;Nv8Acy4AAGIwAABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAbNgAAFzgAABM6&#10;AgAQPAkADT0OAAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+cgAAPoYAAD2c&#10;AAA9sgAAPdAAADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMAAC0zAAAnNAAA&#10;IjYAAB04AAAYOgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0AAEQ2AABEQQAA&#10;RE4AAERcAABEbQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABMOAAAQzgAADs3&#10;AAA1NgAAMDYAACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJDwAAShMAAEsZ&#10;AABLIAAASygAAEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnvAABJ/wAASf8A&#10;YjoAAFQ7AABJOwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAADEkAAAhMAAAC&#10;TwUAAFAKAABQDQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAAVHcAAFSPAABT&#10;qAAAUsYAAFLtAABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBDAAAZRgAAE0kA&#10;AA9MAAALTwAABlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8mAABfMQAAXj0A&#10;AF5MAABeXQAAXnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAAPEEAADJCAAAp&#10;RQAAIUgAABpLAAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAAZQoAAGYOAABo&#10;EQAAahcAAGsfAABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm/wAAZf8AUUgA&#10;AEhIAABBRgAAN0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcAAABqAAAAbAAA&#10;AG4AAABwAAAAcgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIAAHl5AAB4lgAA&#10;d7MAAHXgAAB0/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAGZgAAAGoAAABv&#10;AAAAcgAAAHYAAAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACOGAAAjiQAAI4z&#10;AACNRAAAjFgAAItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoAAB5fAAAUZQAA&#10;DWoAAAVwAAAAdgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAAAJUAAACYAAAA&#10;mgUAAJ0MAACgEQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAAmv8ARlkAADlc&#10;AAAtYQAAIWcAABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACdAAAAnwAAAKEA&#10;AACkAAAApgAAAKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALdaAAC1dgAAtJcA&#10;ALS1AACx4gAAsPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAAAKAAAAClAAAA&#10;qgAAAK4AAACxAAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAAzgoAANITAADS&#10;IwAA0TcAANBPAADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiRAAAAmgAAAKEA&#10;AACnAAAArQAAALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIAAADVAAAA2gAA&#10;AN4AAADhAAAA5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA/wAAAP8AAAD/&#10;AAEA/wAHAP8ADQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9AGAA+wBmAPoA&#10;awD4AHIA9gB4APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA/wC+AP8AtQD/&#10;ALAA/wCtAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAzAPcAPQDzAEUA&#10;7wBNAOwAUwDoAFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIAyACyAMUAyQDC&#10;AO0AwAD/ALsA/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADwAAkA7AARAOgA&#10;GQDnACMA5QAtAN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4AcAC8AHgAuQCB&#10;ALcAjQC0AJoAsQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAAAPkAAADyAAAA&#10;5wAAANsAAADRAAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsArgBRAKwAVgCq&#10;AFwAqABhAKYAaACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCRAP8AiwD/AIgA&#10;/wCGAP8A9wAAAOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcAKACiADAAnwA4&#10;AJwAPgCaAEQAmABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCXAIUAqACDAL4A&#10;gQDkAIAA/wCAAP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAAlwAFAJQADQCS&#10;ABIAkAAaAI8AIgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8AGEAegBpAHgA&#10;cwB2AH8AdQCOAHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8AAACsAAAAngAA&#10;AJMAAACMAAAAhQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9AHIAQgBxAEgA&#10;bwBNAG4AUwBsAFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8AYQD/AGEA/wBg&#10;AP8AxQAAAK0AAACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBsAB4AawAlAGkA&#10;LABnADEAZgA3AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcAkABWAKMAVQC5&#10;AFQA3gBUAPsAVAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAAAGYAAQBjAAkA&#10;YQAOAGAAEwBfABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBP&#10;AGwATgB6AEwAigBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACCBwAAdAgAAGoI&#10;AABjBgAAXgQAAFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4AMwBNADgATAA+&#10;AEsARQBKAEwASABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/AEAA/wBAAP8A&#10;oAgAAIoLAAB5DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIASwAXAEoAHgBJ&#10;ACMARwApAEYALwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5AJQAOACnADcA&#10;vgA2AOMANgD5ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoOAABIDQAARwoD&#10;AEcHCgBFBA4ARAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVOADcFVwA2BWIA&#10;NAZwADIGgAAxBpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAAXxQAAFUUAABO&#10;FAAASBMAAEQSAABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3Cy4ANgs1ADUL&#10;OwAzC0MAMgxMADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN/wAnDf8AixIA&#10;AHcUAABnFgAAWxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4NADcOEgA1DhgA&#10;NA4fADIOJQAxDywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMAIRCnAB8QvQAe&#10;EOAAHhH3AB8Q/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4GAAANRYAADQU&#10;AAAzEgQAMhILADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQUUwAiFF8AIBVt&#10;AB8VfgAdFZEAGxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0AAEodAABCHQAA&#10;PB0AADccAAA0GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYAJBgtACMYNAAi&#10;GT0AIBlGAB4ZUQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAVGP8AfRoAAGsd&#10;AABcHwAAUCAAAEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUbDAAkHBEAIhwW&#10;ACEcHQAgHSMAHx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6iABAeuAAOHtgA&#10;Dx71ABAd/wARHf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAAKiAAACcgAAAk&#10;HwAAIiACACAgCgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAASI1gAESNnABAj&#10;eAAOI4sADSOfAAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEkAAA6JAAANCQA&#10;AC8jAAArIwAAKCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCclABMnLAASJzUA&#10;ESg/ABAoSgAOKFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8AcSIAAGAkAABT&#10;JgAASCcAAD8nAAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAUKwsAEiwQABEs&#10;FAAQLBsAECwiAA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAsrgAALMkAACzr&#10;AAEr/AACK/8AbSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycAAB8oAAAbKgAA&#10;FywAABMuAgAQMAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4AATJcAAAybAAA&#10;Mn8AADKVAAAxrAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAyKwAALSsAACkq&#10;AAAlKgAAICsAABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3IgAANyoAADgz&#10;AAA4PgAAOEoAADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywAAFQuAABILwAA&#10;Pi8AADYuAAAwLgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcABjsLAAI8DgAA&#10;PRIAAD4XAAA+HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAAPcMAADzpAAA8&#10;/QAAO/8AXjAAAFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2AAAQOQAADTsA&#10;AAo9AAAFQAUAAEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZPAABGXwAARnMA&#10;AEWKAABFpAAARMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAAJjQAACA1AAAa&#10;OAAAFDoAABA9AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAATxwAAE8lAABP&#10;LwAATzwAAE9KAABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5AAA+OQAANzgA&#10;ADE3AAApNwAAITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEEAABSBwAAVAsA&#10;AFUOAABXEQAAWRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcAAFXjAABU/QAA&#10;VP8ATj0AAEM9AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAAUQAAAFQAAABX&#10;AAAAWQAAAFsAAABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABmTQAAZWAAAGV3&#10;AABkkwAAY7EAAGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoAABBOAAAKUgAA&#10;A1YAAABaAAAAXQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4AAHUSAAB3GwAA&#10;diYAAHY1AAB1RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1RgAAKkgAACBM&#10;AAAXUQAAEFYAAAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAAAH0A&#10;AACAAwAAgwgAAIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILCAACB8AAAf/8A&#10;RksAADpMAAAuTwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAAAIEAAACEAAAA&#10;hwAAAIgAAACLAAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAAnkQAAJ1bAACc&#10;dgAAmZYAAJm1AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7AAAAgQAAAIYA&#10;AACLAAAAkAAAAJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0AAACxBgAAtQ0A&#10;ALgWAAC3JgAAtjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAAE3AAAAt4AAAA&#10;gAAAAIcAAACOAAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAAtQAAALgAAAC7&#10;AAAAvwAAAMMAAADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADIvgAAxekAL2kA&#10;ACNwAAAWeQAADYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0AAADAAAAAwgAA&#10;AMUAAADIAAAAywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMAAOo6AADpVAAA&#10;53IAAOWTAADjswAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/ACsA/wA1AP8A&#10;PgD/AEcA/wBOAP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoAmQDmAKcA4wC5&#10;AN8A1QDbAPcA1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAAAPwAAwD+AAsA&#10;/wARAP8AGgD9ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA2ABrANQAcgDQ&#10;AHsAzQCFAMoAkQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCVAP8A/wAAAPoA&#10;AAD0AAAA8QAAAPIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgARwDFAE0AwgBT&#10;AL8AWAC9AF4AuwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7AJ8A/wCVAP8A&#10;jwD/AIsA/wCJAP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgAuwAhALkAKgC0&#10;ADIAsQA6AK4AQACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCWAIwAlACbAJIA&#10;rQCQAMcAjgDwAI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMAAACqAAAApgAF&#10;AKIADQChABMAoAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABVAIoAWwCIAGMA&#10;hgBrAIQAdgCCAIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A3QAAAMsAAAC2&#10;AAAApwAAAJ0AAACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/ADgAfQA9AHsA&#10;QwB5AEgAeABOAHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA9gBnAP8AZQD/&#10;AGQA/wBjAP8AygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQARAHQAGABzAB8A&#10;cgAlAHAALABuADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIAXgCAAF0AkgBb&#10;AKUAWgC+AFkA6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABxAAAAbQAAAGkA&#10;AQBmAAkAZQAOAGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgASABXAE8AVgBX&#10;AFQAYABTAGwAUQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAAAJQAAACCAAAA&#10;dQAAAGsAAABkAAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcAUgAsAFEAMQBP&#10;ADcATgA9AE0AQwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBCAPEAQgD/AEMA&#10;/wBDAP8AngAAAIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0ADQBMABEASwAX&#10;AEoAHABJACIASAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBuADsAfgA6AJEA&#10;OQCmADgAvwA4AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAATAgAAEkGAABH&#10;AwAARgAGAEQACwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5AEEAOABJADcA&#10;UgA2AF0ANABqADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgMAABoDQAAXA4A&#10;AFIOAABLDgAARQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAgADYAJQA1ACsA&#10;NAAwADMANwAyAD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEAJwDyACcA/wAn&#10;AP8AhgwAAHIOAABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2CAoANQYOADQF&#10;EgAyBBcAMQUcADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQHdQAjB4cAIgeb&#10;ACAGsAAgBssAHwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMAADcSAAA0EQAA&#10;MhAAADAPAQAwDQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoAJAxDACMMTQAh&#10;DVgAIA1lAB4NdQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABaFQAAThYAAEUW&#10;AAA9FgAAOBUAADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUPHQAkDyMAIw8p&#10;ACEQMQAgEDkAHhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDuABIQ/gASEP8A&#10;dxMAAGUVAABXFwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEAJRIEACMSCwAi&#10;Eg8AIRIUACASGgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAARFIcAEBScAA4U&#10;sQANFMoADRTrAA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0aAAApGQAAJhgA&#10;ACQYAAAiFwAAIBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9ABIZSAARGVQA&#10;EBliAA4ZcgANGYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAARR0AADwdAAA1&#10;HQAALx0AACocAAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAUHBsAExwiABId&#10;KQARHTEAEB07AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc+AAFHP8AaxoA&#10;AFsdAABNHgAAQh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4AABUfAgATIAkA&#10;EiEOABAhEgAQIRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwAASKRAAAiqAAA&#10;IcAAACHlAAAg+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAiIAAAHx8AABwf&#10;AAAZIAAAFiEAABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQnPQADJ0kAASdW&#10;AAAnZgAAJ3kAACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQAADQkAAAuIwAA&#10;KCMAACQiAAAhIgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMABCsYAAIrHwAB&#10;LCcAACwwAAAsOgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAAKf8AXyMAAFAl&#10;AABEJgAAOiYAADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4rAgALLQYABy8L&#10;AAQwDgAAMBEAADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJAAAxogAAMLwA&#10;ADDkAAAv+wAAL/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAAGCgAABQqAAAR&#10;LAAADi4AAAswAQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAAOT0AADlLAAA5&#10;WwAAOG4AADiFAAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0rAAAoKgAAJCkA&#10;AB4qAAAZKwAAFC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4QAABAFAAAQBsA&#10;AEAkAABALgAAQDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8AUC8AAEMvAAA5&#10;LwAAMi8AACwtAAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAAQAEAAEEEAABD&#10;BwAARQsAAEYOAABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABIlwAAR7QAAEbg&#10;AABF/AAARP8ASjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsAAAg+AAADQQAA&#10;AEMAAABGAAAASAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4AAFQ8AABUSwAA&#10;U14AAFN0AABSkAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAeNwAAFzoAABE9&#10;AAAMQQAAB0QAAABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABdCwAAXw4AAGIT&#10;AABiGwAAYicAAGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwAADo7AAA0OQAA&#10;KjoAACE8AAAYQAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABjAAAA&#10;ZQAAAGcBAABqBQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAAbZ8AAGvBAABp&#10;8QAAaP8AP0AAADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABhAAAAZQAAAGgA&#10;AABrAAAAbgAAAHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYkAACFNAAAhEYA&#10;AIJdAACBdgAAf5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAAA10AAABjAAAA&#10;aAAAAG0AAABxAAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAAkgAAAJUBAACZ&#10;CQAAnhAAAJ4aAACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxOAAAgUwAAFVkA&#10;AA1gAAADZwAAAG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcAAACaAAAAnQAA&#10;AKAAAACjAAAApwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34AAKygAACrwQAA&#10;qe4AMVUAACRbAAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAAnwAAAKQAAACo&#10;AAAAqQAAAKwAAACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADTFAAA0SUAANA7&#10;AADNVAAAynEAAMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUAAACdAAAAowAA&#10;AKkAAACvAAAAtAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAAANoAAADfAAAA&#10;5AAAAOoAAADuDAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/AAAA/AABAPwA&#10;CAD+AA4A/wAUAP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYAYgD0AGgA8gBv&#10;APAAdgDtAH8A6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/AJoA/wCWAP8A&#10;/wAAAPsAAAD2AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA6QBDAOYASQDi&#10;AE8A3gBVANsAWwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4AOkAtgD/AKcA&#10;/wCaAP8AkgD/AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsAEQDaABoA2wAj&#10;ANEALADKADQAxgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3AKwAgwCpAJEA&#10;pgChAKMAtQCgANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA0wAAAMYAAAC/&#10;AAAAuQAGALcADgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACdAFEAmwBXAJkA&#10;XgCXAGUAlQBuAJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA/wByAP8A4AAA&#10;ANAAAADGAAAAtgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAtAI8ANACMADoA&#10;igA/AIgARQCHAEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYAcwDfAHIA/wBu&#10;AP8AaQD/AGcA/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCAAA0AfwARAH8A&#10;GACAACAAfQAmAHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoAaABoAHUAZwCE&#10;AGUAlgBkAKsAYgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAAAH4AAAB4AAAA&#10;cwAAAG8AAQBtAAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwAYABCAF8ASABd&#10;AE8AXABXAFoAYQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBPAP8ArQAAAJgA&#10;AACGAAAAeAAAAG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoAIQBYACYAVgAs&#10;AFQAMQBTADYAUgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCxAEYA2ABGAPwA&#10;RQD/AEUA/wBFAP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIATwAIAE8ADQBO&#10;ABEATgAWAE0AHABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBAAGAAPwBuAD4A&#10;fgA9AJIAPACpADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgAAABRAAAATAAA&#10;AEkAAABHAAAARQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAyADsAOAA6AD8A&#10;OQBHADgAUAA3AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8AiQAAAHYDAABm&#10;BQAAWQcAAFAHAABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5ABkANwAeADYA&#10;IwA1ACgANAAuADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkAtQApANwAKQD7&#10;ACkA/wAqAP8AgQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUAADQCBgAzAAoA&#10;MgAOADEAEQAxABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQAJgBgACQAbwAj&#10;AIIAIgCXACEArgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9DgAAOA0AADMN&#10;AAAwDAAALgsAAC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUALQAkADQAIwE9&#10;ACIBRgAhAVEAHwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwAAGQOAABVDwAA&#10;ShAAAEAQAAA5EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAAJAYUACIGGQAh&#10;Bh8AIAckAB8HKwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwATBr8AEgXkABIF&#10;+gASBf8AcQ4AAF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQAAAiDgQAIQ0H&#10;ACEMCwAgCw4AHwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1cABINawAQDX4A&#10;Dw2SAA4NpwANDL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAALRQAACgTAAAl&#10;EwAAIhIAACARAAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAUEDAAEhA5ABEQ&#10;RAAQEFAADhBdAA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgUAABLFQAAQBYA&#10;ADcWAAAwFgAAKhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIOABQSEgASEhgA&#10;ERMeABETJQAQEy4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sAAhPdAAES9AAC&#10;Ev8AZRMAAFUWAABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAYFQIAFhUEABQV&#10;BQASFggAERYNABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQYYwACGHUAARiL&#10;AAAXoQAAF7kAABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoAACEZAAAeGAAA&#10;GxgAABgXAAAWFwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYABRwvAAQcOAAC&#10;HEQAAB1RAAAdYAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABCHAAAOBwAAC8d&#10;AAApHAAAIxwAAB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkfDgAGIBEABSAW&#10;AAMgHAABISMAACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/eAAAe+AAAHv8A&#10;WhsAAEsdAAA/HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAAEB0CAA4fBAAM&#10;IQYACSIKAAUjDQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAAJmwAACaDAAAl&#10;nAAAJbcAACTfAAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0eAAAaHQAAFh4A&#10;ABMeAAAQIAAADiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwlAAAsLgAALDoA&#10;ACxHAAAsVgAALGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAALyQAACgjAAAj&#10;IgAAHyEAABwgAAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAAMAwAADEPAAAz&#10;EwAAMxkAADMhAAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv+wAALv8ATCUA&#10;AD8mAAA1JwAALSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywAAAMvAAAAMQIA&#10;ADMEAAA1BwAANwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AAADp3AAA5kgAA&#10;OLAAADfbAAA2/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAARKgAADiwAAAov&#10;AAAGMQAAATQAAAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABFIQAARSwAAEQ5&#10;AABESAAARFsAAENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsAACQqAAAdKgAA&#10;FywAABEuAAANMQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMAAEoHAABMCwAA&#10;Tg4AAFATAABQHAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAASP8APjIAADUx&#10;AAAuLwAAKS4AACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJAAAATAAAAE8A&#10;AABRAAAAUwAAAFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtjAABafgAAWJ0A&#10;AFfAAABV8gAAVP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAAAEkAAABMAAAA&#10;UAAAAFMAAABWAAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAAbxgAAG4lAABt&#10;NAAAbUYAAGtbAABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/AAAORAAAB0kA&#10;AABNAAAAUgAAAFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMAAAB2AAAAeQAA&#10;AH0EAACBCwAAhREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0AOD0AACw+AAAi&#10;QQAAF0YAAA9LAAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAAewAAAH4AAACA&#10;AAAAgwAAAIYAAACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACUYgAAk38AAJCg&#10;AACOxQAAjPMAMUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkAAAB/AAAAhAAA&#10;AIkAAACNAAAAkQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMAALcNAAC3FwAA&#10;tSgAALI+AACwVgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAAcwAAAHsAAACC&#10;AAAAiQAAAI4AAACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3AAAAuwAAAMAA&#10;AADFAAAAywAAANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsAABZiAAAMawAA&#10;AXQAAAB9AAAAhwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAAAMAAAADEAAAA&#10;yAAAAMsAAADPAAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA6lsAAOd6AADk&#10;mwAA4LsA/wAAAPsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8ANQD/AD0A/wBF&#10;APwATAD6AFIA9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCyANgAzgDSAPYA&#10;wQD/AK0A/wCeAP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA8gAMAPgAEgD3&#10;ABsA9QAlAPAALgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDIAHIAxQB8AMIA&#10;iAC+AJYAugCoALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUAAADeAAAA2gAA&#10;ANsAAADcAAAA2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJALUATwCyAFUA&#10;sABbAK4AYQCsAGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8AewD/AHYA/wB0&#10;AP8A4gAAANMAAADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACoACgApAAvAKAA&#10;NgCdADwAmwBCAJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYApwCDAMIAggDw&#10;AHwA/wBzAP8AbQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAAAJEABgCQAA0A&#10;kAASAI8AGQCOACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkAeABiAHYAbAB0&#10;AHkAcgCJAHEAnQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACgAAAAkgAAAIkA&#10;AACCAAAAfAAAAHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwAOABrAD4AaQBE&#10;AGgASgBmAFEAZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/AFIA/wBRAP8A&#10;sAAAAJ8AAACNAAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUAYwAbAGEAIQBf&#10;ACcAXQAsAFwAMgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBOAJ8ATQC6AEwA&#10;6QBLAP8ASQD/AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcAAABVAAEAVAAH&#10;AFMADQBTABEAVAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBMAEYAVgBEAGEA&#10;QwBwAEIAgQBBAJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAAYwAAAFkAAABR&#10;AAAATQAAAEoAAABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBBACsAQAAxAD4A&#10;NwA9AD4APABHADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA/wA1AP8AiAAA&#10;AHQAAABlAAAAWAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAPADsAEgA6ABcA&#10;OQAcADcAIQA2ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgALACgACsAuwAr&#10;AOoAKwD/ACsA/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0AAAAMwAAADIA&#10;BQAyAAkAMgANADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgARgAnAFEAJgBe&#10;ACUAbgAkAIIAIwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcAAEIIAAA6CAAA&#10;NQcAADAGAAAtBQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4AJQAkACQAKgAj&#10;ADEAIgA5ACEAQwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAcAP8AcAUAAF8I&#10;AABRCgAARgsAAD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIBDAAiAA8AIQAS&#10;ACAAFgAfABsAHgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCPABUApgAUAMMA&#10;FADuABQA/wAVAP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAAIQwAAB8LAQAe&#10;CgUAHQgIAB0GCwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAUBEcAEwNUABID&#10;YwARA3UAEAKKABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUPAAAuDwAAKA8A&#10;ACQOAAAgDgAAHQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkbABMJIQASCSgA&#10;EgkwABEJOgAQCUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8AYw0AAFMOAABG&#10;EAAAOxEAADIRAAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQATDQsAEwwNABIM&#10;EAARDBQAEAwZABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUNnQAEDLQAAwzS&#10;AAIM8QACC/8AXw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEAABUQAgAUEAUA&#10;EhAHABEPCQAQDwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEABhBOAAUQXQAD&#10;EG8AARCEAAAQnAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAmFAAAIRMAABwT&#10;AAAZEgAAFhIAABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkSGgAIEiEABhMp&#10;AAUTMwADEz4AAhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIAAEkUAAA9FQAA&#10;MxYAACsWAAAkFQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkACxMKAAkUDQAH&#10;FQ8ABhYTAAQWGAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAAFbQAABXZAAAU&#10;9wAAE/8AVRQAAEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABITBgAQEwcADxMH&#10;AA0UBwALFQgACRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtGAAAcVQAAG2cA&#10;ABt9AAAblwAAGrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAAGxgAABgXAAAV&#10;FgEAExUFABEVBAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAAIBkAACAhAAAh&#10;KgAAITUAACFCAAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8bAAA0HAAAKxwA&#10;ACQcAAAeGwAAGhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8GAAAhCAAAIwsA&#10;ACUOAAAmEQAAJhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8AACPaAAAi+wAA&#10;If8ASB0AADweAAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAALHQAACB8AAAQh&#10;AAABIwIAACUEAAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAuSgAALVwAAC1y&#10;AAAsjgAAK6wAACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0AABQdAAAQHgAA&#10;Dh8AAAshAAAHIwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEAADYXAAA2HwAA&#10;NikAADY2AAA2RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAArJAAAJCMAAB8h&#10;AAAbIAAAFiAAABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3AAAAOQMAADsG&#10;AAA+CgAAQA4AAEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrHAAA5+AAAOP8A&#10;OigAADAoAAApJwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAAADYAAAA4AAAA&#10;OwAAAD4AAABAAAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAASkwAAElhAABI&#10;fAAAR5sAAEW/AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAowAAAEMwAAADcA&#10;AAA6AAAAPQAAAEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkLAABbEAAAWxkA&#10;AFolAABZNAAAWEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAAHi0AABYvAAAQ&#10;MgAACjYAAAM6AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAAWgAAAF0AAABg&#10;AAAAYwAAAGcGAABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf3AAAXf8AMTMA&#10;ACwxAAAiMgAAGTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsAAABfAAAAYgAA&#10;AGUAAABoAAAAawAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUAAHxJAAB7YQAA&#10;eH8AAHafAABzxgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAAWwAAAGAAAABl&#10;AAAAaQAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACTAAAAmAYAAJwO&#10;AACbGgAAmCsAAJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0AAAJUAAAAWwAA&#10;AGEAAABoAAAAbgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAAAJkAAACdAAAA&#10;oQAAAKUAAACqAAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAAotEAI0gAABhO&#10;AAAOVAAABFwAAABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACgAAAAowAAAKYA&#10;AACpAAAArQAAALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIpAADOQQAAylwA&#10;AMV8AADCnQAAwb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAAAJ8AAAClAAAA&#10;rQAAALMAAAC4AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA5wAAAO0AAADz&#10;AAAA9A4AAPIeAADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0O&#10;DxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVX&#10;WFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6f&#10;oaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo&#10;6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////////&#10;/wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIz&#10;NDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8&#10;fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPE&#10;xsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////&#10;//////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4P&#10;ERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdY&#10;WVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+h&#10;oqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp&#10;6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////////&#10;AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4&#10;OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3Bx&#10;cnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmq&#10;q6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj&#10;5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAAAAAA&#10;AQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQl&#10;JicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1e&#10;X2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaX&#10;mJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q&#10;0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQF&#10;BgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJico&#10;KSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0&#10;dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q&#10;0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT1&#10;9vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUW&#10;FhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJD&#10;REVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cy&#10;s7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl&#10;5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6&#10;cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy&#10;/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bAb5vLuHKswrF0&#10;urutd8S0qXvNq6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7h&#10;mZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx/8VURfnJXFvv&#10;zWNx48xpiNXGbZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2QnYndkJ2J3ZCd&#10;id2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+mJQb/pTAO/6o6&#10;F/+1QyL/wEsx/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5zpKkftSJoIXY&#10;iaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJ&#10;oIXYiaCF2P+nJQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7wW2rr7lwtqW0&#10;cr6cr3TElKt3youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB&#10;1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985SRPDWWFrn4F5y&#10;1tpkiMTNaZq0w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/&#10;p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/pzAO/645Fv+6&#10;QiD7xkov9NNRQ+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGueMV7rH3Je6x9&#10;yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3J&#10;e6x9yf+oJAb/pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuhnMFtqpO8b7GK&#10;uXG2hLV0u32yd793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnew&#10;fMJ3sHzCd7B8wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHpU1nT6ltvv99j&#10;gq/TZ5Ghy2qdlsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7&#10;dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N/7Y4E/nEQR3t&#10;0kkr4uNNQNvvUljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bxu3uzcbt7s3G7&#10;e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7&#10;s/+rJAX/qy8N/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89ul4TMcJx9yXOg&#10;eMZ1o3PEeKZuwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKlu&#10;wnypbsJ8qW7CfKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW181hmpelhdJfh&#10;Z36N22uGhddvjH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+&#10;nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2DN3cPRPN6kYq&#10;wfZLQLb/T1Gq91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKNa9aCjWvWgo1r&#10;1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjf+x&#10;IwT6vywG49QvB87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXod3Vx53p3buV9&#10;eWvkgHtp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8&#10;aeOEfGnjhHxp44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZPhv5iVn76alx3&#10;93Bgc/V1Y2/zeGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bv&#10;hWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8Ohqn/z4nmf9E&#10;M43/Sz2F/1VFfP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uGW2P7hltj+4Zb&#10;Y/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW9TPCgDE&#10;7RICtfsmDaj/NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi/3tJYf9+Sl//&#10;gUpe/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+E&#10;S17/hEte/4RLXv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7&#10;tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544&#10;Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fL&#10;tH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiT&#10;hLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj&#10;7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+o&#10;QR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2g&#10;z655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHC&#10;jYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRv&#10;d+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/&#10;sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6umVk7bhteOGw&#10;c4vVqHmczJ99qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+otOnfqLTp36i&#10;06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3FP+rQB7/tEkr&#10;/7tSPP+9W1D6vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XYpoOd2qGCodWh&#10;gqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1f+g&#10;IgX/ni0M/6E3FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMChe7y5m3/HtJaE&#10;z7CUjdWrkZfaoImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDX&#10;moig15qIoNeaiKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl68Vpe96+bpDR&#10;tnOjxq52s76necC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWO&#10;n9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+uQB3/uEgq/8FQ&#10;PP7FWVD3yGBm68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc3I+Un9iPlJ/Y&#10;j5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2P+hIgX/&#10;ny0M/6Q3FP+wPxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCsrHvIpKh/zpyk&#10;hdSUoI3YjZ+Z24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf&#10;2Iqcn9iKnJ/Yipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59RkfdrPaZPIxW2m&#10;urtwtK2zc7+jrXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzXhKKc14SinNeE&#10;opzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/vUcp/MhOO/XO&#10;Vk/u1V1m5NpifdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nujldV7o5XVe6OV&#10;1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1f+iIQX/oC0M&#10;/6g2Ev+0Pxv/v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPAja52xYWqesp+&#10;qH/OeKaH0XWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWl&#10;j9J1pY/SdaWP0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XVZo+0ymqfpcFt&#10;q5m6b7SQtXK7iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvM&#10;camLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn8NFNOOngUkzi&#10;6VdkzuRfer3XZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8ZurofGbq6Hxm6u&#10;h8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+kIQX/oywL/681&#10;EP+8Phj0yUYl6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0sni5d7Zzt3u5&#10;brWAvGu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5r&#10;tIW+a7SFvv+lIQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd1GmQkc5tmYfJ&#10;b6CAxXKlesJ0qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuE&#10;s2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJNcvxTkzE91Nf&#10;sexdcKHiZH2V22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWmZsSFpmbEhaZm&#10;xIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/rioI/L8zC+nP&#10;PBDX4UIeyu1JNb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/TfZFs0YCUaNCE&#10;lmXPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eX&#10;Zc+Hl/+qIAP/tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xxfedxdnfkdnpz&#10;4nl9b+F8f2zfgIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXc&#10;iYZl3ImGZdyJhmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/SkGc/1FNj/5d&#10;VoX5Zl599G5kdvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mMdGPpjHRj6Yx0&#10;Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQBzOYdBL7zMRKx&#10;/z4io/9CL5b/SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k94ZgYvaJYWH2&#10;jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaM&#10;YvPEDwDO2gsAvfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9zSmb/d0xk/3tN&#10;Yv9/TmH/gk9g/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe&#10;/4tRXv+LUV7/i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz/00xbP9YNWf/&#10;Yzlj/2s7Yf9xPV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+I&#10;Qlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2Ev+gPhr/qEcm&#10;/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9&#10;cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+Z&#10;HwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CV&#10;rMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnj&#10;m3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65R&#10;NP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/&#10;lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8&#10;mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H&#10;25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+v&#10;W0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL&#10;/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHF&#10;eZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KF&#10;lNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/&#10;rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lysL/5c2&#10;Ev+hPhr/qkYl/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KTscR+l7fBepy7&#10;vneiv7x1qsK1ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gz&#10;cq/Bs3Kvwf+ZHwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3fo3uN1ZuBnM2S&#10;hqjHi4qxwoWPub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3at&#10;xKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VONP+3WEb/t2FZ&#10;9bVqbOmyc3/dqHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learIpHmsxqR5rMak&#10;eazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/mCoK/5s0Ef+m&#10;PRn/r0Ul/7dONP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeIkMu0hpnOsoak&#10;0aR8pNGffanKnn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarI&#10;nn2qyP+bHwT/mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSVz6h5psWffbS+&#10;l4HAuZSKxrWRksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiC&#10;qcqYgqnKmIKpypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/Vkb9wV5a88Fm&#10;b+a/bYPZtnOXza13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4aoy5OGqMuThqjL&#10;k4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK/54zEf+qPBj/&#10;s0Uk/7xMM//BVUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuhlZLQm5Kb05SO&#10;otSPiqbOj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qo&#10;y/+bHwT/mioK/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0qr6werazqX+/&#10;qqKExqKdisubmpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyK&#10;j6jMio+ozIqPqMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2ylxa781icOTN&#10;aIbTxW2axbxzqrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaUp8yGlKfMhpSn&#10;zIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6IzEP+tOxf/t0Qj&#10;/8FMMvnJU0XzzVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzOiqKV0YWiodKB&#10;nKbOgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzP+c&#10;HgT/mykK/6MzEP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27dLSitHm9mK99&#10;w5Csg8iJqYnMg6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjL&#10;fKKoy3yiqMt8oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ499db9PbY4XC&#10;z2mXscRtp6S8cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3q6jKd6uoyner&#10;qMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+zOxb/vkMg9cpL&#10;L+7WUELm4VZX3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyDyW2rjMptq5nJ&#10;bqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx/+eHgT/&#10;nSkJ/6kyDv+2OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJvXGwgLl0tnm2&#10;d7p0tHu9brKBwGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCW&#10;w2awlsNmsJbDZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Za7fjYXyo2GeL&#10;ms9rl43JbqCDxHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6Y7aRumO2kbpj&#10;tpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHszkIZ399HKNPp&#10;TEDK8VFVvvJYaK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbAhqxiv42tYb+P&#10;rmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+Prv+iHQP/picH&#10;/7cvCfLHOA3h2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQdNJ5k3DQfJZs&#10;zn+ZaMyDm2TLiJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJ&#10;j59gyY+fYMmPn/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjxYWiM62hxg+Zu&#10;eHvic31133iBcd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGO&#10;YNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZuvhEK63/SDuj&#10;/01Jmv9XVI35YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph45F8YOOSfGDj&#10;knxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+rGwL3wB0B2dwS&#10;AcfrKAq69zsarP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/Y2f0g2Rl84Zm&#10;Y/KKZ2Hxjmhf8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf&#10;8JNqX/CTav+3FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy/2pKbP9wTWn/&#10;dlBm/3tRZP9/U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2T&#10;WFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86IYT/QSl6/0kw&#10;cv9SNmz/Xjpo/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49HWP+QSFj/kEhY&#10;/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC32wcBqf8WBp//&#10;Kg2Q/zAVg/82HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/fDdV/383VP+C&#10;OFP/hTlS/4k5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5&#10;Uv+KOf+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vc&#10;gJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6Fu&#10;W/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/&#10;oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1x&#10;rqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT&#10;2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/eb&#10;eGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh&#10;/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjM&#10;b7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+S&#10;HQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2Hyb&#10;mdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGru&#10;lYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+aOxf/okQg/6lN&#10;Lf+qWDz/qGJM/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3SnrMlxra/Hb7Sy&#10;wWy5tLxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sf+UHQT/&#10;kSgJ/5EzEP+cOhb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbTh5CgzoGVp8p8&#10;mq3HeJ+yxHWltsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4&#10;tbNvuLWzb7i1s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5oX/KqcnDnpHqB&#10;3pqAj9WSh5zOi4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4q3O2uKtztrir&#10;c7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/qUIf/7BKLf+0&#10;VD3/tF5O/bNnYPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5q8esc6zGp3Wx&#10;v6V3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uv+VHAT/kygJ&#10;/5YxD/+hORX/qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWxwYqLu72HlMC7&#10;hZ3EtoKkx7B+qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96&#10;s7yferO8n3qzvP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4bHXjsnOI2Kl5&#10;mc2ffqnFmIS0v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6yvZl+sr2ZfrK9&#10;mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe/7VJLP+7Ujz9&#10;vVtO9r1jYu69a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZgKjLloGuxJWB&#10;sb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+WHAT/lCcJ/5kw&#10;Dv+lORT/rkEe/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqHvKyUjcKmkJTG&#10;oI2byZyLpMuVhqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+Q&#10;hbG/kIWxv/+WHAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfdvm2MzbRzncKr&#10;eaq3pH60rp2EvKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJsMCMibDAjImw&#10;wIyJsMCMibDAjImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJK//CUDv4xlhO&#10;8MhfY+bIZnjYwWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajMh46sxoeNsMGH&#10;jbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/lScI/50vDf+p&#10;OBP/s0Ad/7xIKvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uhhsGUnY3FjpuU&#10;yIqZncqGmajLgpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/B&#10;gpKvwf+XGwP/lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iLv75um7K3c6in&#10;sHmynqt+upWnhMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Y&#10;r8F9mK/BfZivwX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbLTjnv01RM5tla&#10;YtjUYXfHy2eKucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6KsxXifsMF4n7DB&#10;eJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI/6IvDP+uNxL/&#10;uT8a+cRHJ/HOTTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyBsobAe7CNw3au&#10;lsVzrqHGcq2txHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmw&#10;wP+ZGwP/mCYI/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9plp3HbaORwHGs&#10;hrt1s363erl3tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1s&#10;tLK9bLSyvWy0sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd509Jz+hWXsDk&#10;XXKy3mSCo9RpkZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3prljt6a5Y7em&#10;uWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6stCf+5NQ3yxz4V&#10;5dVGH9rjSTPP605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnypacCBrGW+h65i&#10;vY6wX72XsV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesf+c&#10;GgP/oCQG/7AsCPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfab4l+1HOQd9F3&#10;lXHOe5lszH+caMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rcxpuk&#10;XMabpFzGm6RcxpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxGr/dRVaL1W2KV&#10;7WRtiudrdoDicH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc0ZuVXNGblVzR&#10;m5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LUJQPO5TMPwvBC&#10;Ibb6RzOr/ktCov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKIfWPhjH9g4JGB&#10;Xt+WglzemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag/+jGQL/&#10;th0B6cwXAc/jHgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv9Hlka/J+Z2jx&#10;gmlm8IZqZO+KbGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOub&#10;cVzrm3Fc65txXOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9PP3//WkZ4/2VL&#10;cf9tT2z/c1Jp/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+JteW/ibXlv4m15b&#10;+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin/zMTmv85HY3/&#10;PyaC/0Yuev9ONXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/jEta/5BMWP+V&#10;TVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTc3BBgC+0AcA&#10;sfYOAqX/IQmZ/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4Wf95OVj/fTpX&#10;/4A7Vv+EO1X/hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/&#10;kz5S/5M+Uv+TPr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/USZX/1ooVf9i&#10;KlL/aStR/28sUP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+LMEv/izBL/4sw&#10;S/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/&#10;nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVp&#10;zJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i/+JJQ0NfUFJP&#10;RklMRQAHCf+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyC&#10;k3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC&#10;/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+P&#10;OhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+u&#10;kdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3no&#10;fJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5lt&#10;T/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI/4UzDv+QORT/&#10;mEIc/55LJ/+fVjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zdcqiQ22+tk9pu&#10;s5bYbLqY1mvCm9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbK&#10;nP+MHAP/iScI/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6IeOeHj4HigJWK&#10;3XuakNp3oJbWdKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAacehwGnHocBpx6HA&#10;acehwGnHocBpx6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/p11D/6RoU/yg&#10;cmLymnxw6pSFfeOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxrwKq3bcSlt23E&#10;pbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4wwDf+YNxP/oEAb&#10;/6dIJv+rUjT/q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGtx3OoscVwr7XB&#10;bbe3uWu4tbNuva6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqP+O&#10;GwP/iyYI/44wDf+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyUhZLUjIydzoSS&#10;p8l9mK/EeJ61wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+r&#10;qXO/q6lzv6upc7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE/LBjVfaubGft&#10;qnV446F8iNmYg5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOjdr6to3a+raN2&#10;vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+dNhL/pj4a/61H&#10;Jf+zTzT/tFhE+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+kvLJ9rL6rebG/&#10;o3ayvaB4uLWeeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r/+PGwP/&#10;jSYH/5MuDP+eNRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3Hl4Onv5CKr7iL&#10;kbayhpi6rYOgvamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27&#10;sJh9u7CYfbuwmH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btfVu27Z2njtW59&#10;1qxzj8qjep3Bm4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuyk4C7spOAu7KT&#10;gLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/qz0Y/7NGJP+6&#10;TTP6vlVE879dVuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJosGYiKzCkIKv&#10;wo+DtbmPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s/+QGgP/jiUH&#10;/5YsC/+iNRD/rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onynrZyCr6WXibae&#10;k5C7mY+YvpSNoMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqI&#10;ubSKiLm0ioi5tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPGYWrUv2h+x7Zu&#10;jrutdJyxpnqmp6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5tIWMubSFjLm0&#10;hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX/7lEIvzBSzH0&#10;yVJC681ZVd/JYGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CEl6XCgJavwn+S&#10;s7yAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+SGgP/kCUH/5ss&#10;Cv+nNA//sjwW/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8rZOmgrSMo4m5&#10;hqCQvYGemb99nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6&#10;l7i1epe4tf+SGQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjFymN7t8Jpi6q7&#10;b5iftnSjlbF6rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSeuLV0nri1dJ64&#10;tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MNDHu/NSizn2k89&#10;3d5VUc3YW2e+z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8bq+svG2rtblu&#10;p7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/kiQH/6IqCP+w&#10;Mgz+vDoS8sdCHOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++fKx4vISxcrqL&#10;tG25k7ZquJy4Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fosrux&#10;aLK7sf+VGAP/lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90othlg5bTao+K&#10;zm+Zf8hzoXXEeKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1iv76tYr++rWK/&#10;vq1iv76tYr++rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9TjRSbK60s7wexP&#10;T7PoV2Cm5V9vmuJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZp1rDpKdaxLCn&#10;WsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE/68mBfjALgbm&#10;0DMI1eE8FMnqRSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr1IKQZtKHkmPR&#10;jJVfz5KWXM6ZmFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2r&#10;mv+aFwL/pR4D/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFoaIDsb3B46HV1&#10;cuV6eW3if31p4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY&#10;2aiJWNmoiVjZqIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim/kc2nP1MQ5P9&#10;VU2K/V9WgflpXXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrnoHdY5qZ4WOam&#10;eFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8LAMrnEwK88ykL&#10;sf07GaT/QCaZ/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZeYfeLX1/2kGFe&#10;9pViXPWaY1r0oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZf+t&#10;EADWwwgAyNMKALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/b0dm/3VJY/97&#10;S2H/gUxf/4VOXf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NU&#10;Vv+jVFb/o1RW/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Aldf9IK23/UDBn&#10;/1o0Y/9lN2D/bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR/59DUf+fQ1H/&#10;n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//GQaU/ygMh/8u&#10;E3v/NRlx/z0eaf9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+AMk//hDNO/4gz&#10;Tf+MNEz/kjRL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNbfEAwCp&#10;1AIAnPkLApP/GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL/2YkSv9rJUn/&#10;byVI/3MmR/93Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+L&#10;KUP/iylD/4spQ/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ&#10;/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+V&#10;VS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfH&#10;g+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH&#10;/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfs&#10;bq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKO&#10;Yfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/&#10;k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nl&#10;z4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/30y&#10;DP+INxH/kD8Y/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7naid+typ3vpb61/&#10;52yyguVquITkab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrP&#10;YtiKz2LYiv+EGwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+jn5f94iJafGC&#10;kXLtfZh56Xiff+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl1I7GZdSOxmXU&#10;jsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xGIf+gUC3/n1s7&#10;/5xmSP+YcVb7k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc0mnJnsllyZ7C&#10;Z82YvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/gyYH/4UvC/+Q&#10;NBD/mT0X/59GIf+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4oJXWdKea03Cu&#10;n9FttqPPa8Clx2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6W&#10;t2zOlv+GGwP/gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo75aAdeePiYHg&#10;h5CM2oCWldV6np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmwb8yZsG/MmbBv&#10;zJmwb8yZsG/MmbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+qTC3/qlc7/qhg&#10;S/ilalrzoXRq7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8sLBuwamscMai&#10;qXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH/4ssCv+XMw//&#10;nzsW/6ZEH/+sSyz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fCe56svXinr7p2&#10;sLG3dbqyrXC6sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJ&#10;nv+IGgP/hSUH/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2f9WZfY/MkYSZ&#10;xYqMor6Ek6i5f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6CdecegnXnHoJ15x6Cd&#10;ecegnXnHoJ15x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9tVM79rVcS+6z&#10;ZF3lrmxv26Vzgc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5u7GZe8GomHzG&#10;oph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5AqCv+cMQ3/pToU&#10;/61CHv+0Siv7uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSupYScsqCCpLWd&#10;ga62mX+3t5R9urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo/+J&#10;GQP/hiQG/5EpCf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOkdY65nHyZsZaC&#10;oqqRiqmjjJGunomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPEpY2DxKWNg8Sl&#10;jYPEpY2DxKWNg8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE857cJXSuS/X13W&#10;uWZwybBtgL6oc460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWIh76siIfDpoiH&#10;w6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+hMAz/qzkS/7RB&#10;HPy7SCj0w04468dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOUsoyRnLWIj6a3&#10;hY+xuIKMt7aCjL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpv+KGQP/&#10;iCQG/5YoCP+jMAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIypqXWXoKN7oJif&#10;gqiRm4mtipmSsoWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDC&#10;p32Qwqd9kMKnfZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBURtXLW1vHw2Ju&#10;urtofq60boujrnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2ueJbCp3iWwqd4&#10;lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/szcP/L0/GPPG&#10;RiPq0Ewy4NVSRc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3iklbJ0o5+0caOq&#10;tW+kubRwoL6tcp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp/+MGAP/jCIG&#10;/50nB/+qLgn/tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CSjbd1m4SzfKJ9&#10;sYOodq+KrHGtk69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmum&#10;w6ZrpsOma6bDpv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLbVla0011op81j&#10;eJrIaIWPw26PhcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDFpGWwxaRlsMWk&#10;ZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ6M48D9zeQBnQ&#10;5Ugux+VNQrngVVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRixJ2mX8Snp13E&#10;tKdew8SkX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+QFwL/mB0E/6kj&#10;BP+5KQTuyDEG3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1iXLVfI9r0oKT&#10;Zc+Il2DNj5pczJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZ&#10;zMyZWczMmf+SFgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a61paj+piZYXo&#10;am5953J1deN4e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTVwY5U1cGOVNXB&#10;jlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0CxewxDrr1QB6u90Uu&#10;o/VKPJr0UEiQ81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6WuOee1jjpX1W&#10;4q9+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/rRQB88MPANLY&#10;CwDE7B4EuPYxEa39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3gWFk9YdjYfON&#10;ZV/yk2dd8ZloWvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRt&#10;VO60bf+jEADxuQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/c/9iRW7/bElp&#10;/3NMZv96T2P/gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU+7FbVPuxW1T7&#10;sVtU+7FbVPuxW1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/NxqH/z4iff9F&#10;KXX/TTBu/1U1af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+aR1P/oEhS/6dJ&#10;Uf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUAstQGAKb+EAOc&#10;/yMIkP8tD4T/MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT/341Uv+ENlD/&#10;iTdP/444Tv+TOE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+m&#10;Or+8AwCwygMAo9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9XI1H/XyVO/2Um&#10;Tf9sJ0v/cShK/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5otQ/+aLUP/mi1D&#10;/5otQ/+aLUP/mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g/zISWf86FVP/&#10;QhdO/0kZS/9RGkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/gSE7/4chO/+M&#10;Ijv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3IzC/98Nw//hD8V&#10;/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvz&#10;Zsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96&#10;HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGo&#10;YfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/&#10;foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b&#10;5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hI&#10;Hf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht&#10;72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HAP/&#10;dycG/3QyC/9/Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8daBh+XKmZfdv&#10;rWn1bLNs82q5b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd5XbVXeV21V3l&#10;dtVd5XbVXeV21V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45oPf+KdEj/hoBS&#10;/4GLWvx9lWH4eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B0F/gfsxg43vM&#10;YON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/jTsU/5JEHP+W&#10;Tif/lVoy/5JlPv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZpvIPkZ8aG4WXP&#10;iNli14rPYdmIyGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf/99GwP/eSYG&#10;/3wuCv+IMg7/kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz7Hmeeuh0pYDl&#10;cKuF4myzieBqu4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m&#10;3YK9Zt2CvWbdgv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+XbE37knZa942B&#10;ZvKIjHDsgpR553ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjYirZp24a2aduG&#10;tmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT/5tCG/+gSib/&#10;oVQz/59fQfucaU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/Ma8Wgw2fHoLxo&#10;y5u3atCUsmzVja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+GgP/eyUG/4Mq&#10;Cf+PMAz/mDgS/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6Skc94mZfKdKGc&#10;x3Gqn8Nvs6HBbr+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oyp&#10;cNaMqXDWjP9/GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHsom5h5Zp2cNyR&#10;fn/SiYaLy4KNk8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J01I6idNSOonTU&#10;jqJ01I6idNSOonTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/Gf+qRyT9rk8y&#10;9q1ZQe+rYlLnpmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSnqnbBqKNzw6Wg&#10;dcmennfPlpx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/fSUG/4onCP+W&#10;Lgv/nzYQ/6c/GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWGjpqvgZWgqn6d&#10;pKZ7pqejerCpoXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GT&#10;l3vRk/+BGgP/fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk0KVuc8addYC9&#10;lnyLtZCDlK6Ki5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSRf9CUkX/QlJF/&#10;0JSRf9CUkX/QlJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6yRSL2uEww7bxU&#10;QOS4XVHXsmRjy6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1q42Bv6uNgcWk&#10;jILLm4yCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG/48lB/+cLQn/&#10;pjUO/649Fvy1RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqbj42gloyVpZGJ&#10;naiNh6erioeyrIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bO&#10;l/+CGQP/gCMF/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBocbapb36sonWJ&#10;pJ18kpyYgpqVlIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82YgYvNmIGLzZiB&#10;i82YgYvNmIGLzZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7uxEor5MlRO9XE&#10;WE/IvGBhvLRncLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qSu6x6kcOme5DJ&#10;nnyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5UkBv+iKwj/rTML&#10;/rc7EvTAQhzqyUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWegp2No32blqd4&#10;maCpdZmrqnOZuKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmf+E&#10;GAL/hyAF/5cjBf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4anubsm+Gkq52&#10;j4mqfJaCp4Oce6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzNmHCczZhwnM2Y&#10;cJzNmHCczZhwnM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg09hLNsXQVEu3&#10;yVtcq8NibJ++aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZmq8WkaKbKnGmk&#10;zZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+sJwX9ui8G78c2&#10;CuPUPhDY30Mfy95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreHmmm2kJ1ltZug&#10;YrSmoWC1s6FftsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7Plf+HFwL/&#10;kRoD/6IgA/+yJQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKGy2p8fMhwhHTG&#10;d4puxH6PaMOHlGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy60pFcutKRXLrS&#10;kVy60pFcutKRXLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dIM6zkT0Sg4FZT&#10;lN1dYIjaY2t+1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seRVs3UjlbI1otW&#10;yNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd2BEAzOUmBcHu&#10;NxO270Ijq+1HMqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17ilX5b4J6AWN+n&#10;glXesYNT3r6DUt7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncgv+PEwL/pBMB&#10;/rgSANbMCwDM5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5cbu92YWnvfmRl&#10;74ZoYe+Oal7ulm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp&#10;1XNR6dVzUenVc/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6SjWB+lM+efpd&#10;RXL6Zkpt+m9OaPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbBYVD2ymJQ9spi&#10;UPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQDpv8pC5z/NRWQ&#10;/zsehv9CJn3/SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW/5tMVf+iTVP/&#10;qU5R/7FPUP+7UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqvAgDGvAUAuckF&#10;AK3bCACj/xcEmv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9yNlj/eDhW/385&#10;VP+GO1L/jTxR/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK&#10;/7lBSv+5Qci1AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e/0wiWP9UJVX/&#10;XSdS/2UpUP9sKk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/rjJD/64yQ/+u&#10;MkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8hCHL/KAxo/zAQ&#10;YP84FFr/QBdU/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4AjP/+GJD7/jCQ9&#10;/5IlPP+ZJTv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd0AAAj+EAAIb/&#10;DgJ6/xUDbv8cBmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/Xxg7/2QYOf9o&#10;GTj/bRk3/3IaNv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40b&#10;Mv+NG/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/&#10;bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ&#10;8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xt&#10;Mv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe&#10;61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/&#10;eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9j&#10;x1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5Vnx&#10;X/9wHgP/bCgG/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WSSP9ym03/cKRR&#10;/22sVP9rslf/abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi4FrwYuBa8GLg&#10;WvBi4FrwYuBa8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/hlsr/4NoNP9/&#10;dT3/fIJF/3mOTP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf3mvmXeVs4Fvp&#10;bdlc7mjWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3EuCf97Mgz/gzoR&#10;/4dDGP+KTCH/ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo9mm8a/RnxW3w&#10;ZMxw62HTcuVf33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua/9z&#10;HAP/bycG/3QtCP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58klv8eJxh+XSk&#10;Z/Zwq2vzbbJv8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDsbsZg7G7GYOxu&#10;xmDsbsZg7G7GYOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs/5BgN/+MbEP/&#10;h3dN+4ODV/h/jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXKYOB/xWHjer9j&#10;6HS+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+FLgv/jTcQ/5I/&#10;F/+WSCD/l1Is/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqzht5nvYraZcqN&#10;0mLUjshi2IrCY9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdv91GwP/&#10;cSYG/3woB/+ILQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrlfo104HiVfdty&#10;nYXUbaSL0Gqtjs1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q5HmuauR5rmrk&#10;ea5q5HmuauR5rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZOPWcY0bvmG1U&#10;6JB3YuKIf2/agId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WNrGzbhqht4H+n&#10;beJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/ljQO/508Ff+h&#10;RB7+pUwq96VXOPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dwrJa0b7eXsW/E&#10;mKxtzZipb9OQpXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf/93GwP/dCUF&#10;/4MlBv+QKwn/mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9wYSIhbt/j4u1&#10;epeQsXeflK10qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGadd6BmnXegZp1&#10;3oGadd6BmnXegf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+esXEfepWRY0Z1t&#10;ZsiVdXPAjnx9uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jUjpV424aUeN2D&#10;lHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL/6Y6Ev6rQhv1&#10;sEkn7LVQNuOwWkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZe6qclnu2nZR7&#10;xp6Se82YkXzTkI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95GgP/eiIF/4oi&#10;Bf+WKQf/oDEL/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+haaMhoygiI2R&#10;moWVlpaCnpqSgKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuGiYDbhomA24aJ&#10;gNuGiYDbhv95GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TNsGBWwqlnZLii&#10;bnGvm3V7p5Z8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF2IqEhNqHhITa&#10;h4SE2oeEhNqHhITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643Dva2PxfsvEYi&#10;48FOMNW8VkPItF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOdgYqun36KvJ9+&#10;isqcf4rQlH+J1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/fx4E/5AhBP+d&#10;JwX/qC4I/rI2DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5SbfoqOmIaQh5WO&#10;lYKSl5l9kKCceo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJ&#10;eY3Yif97GQL/gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtSs7ViYaivaW6f&#10;qm94lqV1gY6hfImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0k9iJdJPYiXST&#10;2Il0k9iJdJPYiXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezEOw/izkIY085I&#10;LMbHUkC5wFpRrbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6nm2qetJxpn8Wb&#10;bJ7QlG2a1oxtmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD/5geA/+mIwP/&#10;sykE88AxB+fLOAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6rX+KdKqHj26p&#10;j5Npp5qWZqelmGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZ&#10;if9+FwL/ixgC/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMddWpXCY2eLv2lx&#10;grtveXq4doBztn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqGYKrahmCq2oZg&#10;qtqGYKrahmCq2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ4jsUvt9EJbLZ&#10;TDil01RJmc9bV47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+sY5Xv8KNWL/X&#10;i1m43IVZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cWAf24FwDpyxEA&#10;098WAcjnLAe+5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5Yc2FfVzMjoBZ&#10;zJmDVsylhFTMs4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhff+H&#10;EwH/nBIB/64RANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37iYFR24Whcb+Bv&#10;Ymjfd2hj3n9sXt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9PndE/T53RP0+d0&#10;T9PndE/T53RP0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsYm/BBJJHvRy+H&#10;7k46fu5YQ3ftYUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR7sBnT+/UaE7r&#10;5mhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJBwC42woArfgc&#10;BKT4Lw2Z+DkXj/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJT1j4klFW+ZtS&#10;U/mlVFH6r1VQ+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV+WlAADO&#10;tAQAv78FALTOBgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh/2c3Xf9vOVr/&#10;djxY/34+Vv+GP1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/3EdJ/9xHSf/c&#10;R0n/3EdJ/9xHSf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86GGz/Qh1l/0ki&#10;X/9RJVr/WihX/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2Rv+zN0T/vzhE&#10;/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ/xIChv8fBXv/&#10;Jwpx/y4OaP82E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/fyZD/4YnQf+O&#10;KED/lig//54pPf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0KrO4AQClxgAA&#10;l9UAAIvvBAGE/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YYQv9cGUD/YRo+&#10;/2caPP9tGzv/cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/&#10;pB8y/6QfMv+kH6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/MwxF/zsOQf9B&#10;Dz3/RxA6/00ROP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+DFin/ixYp/44W&#10;Kf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/&#10;c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ&#10;5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/YSoF/2Ez&#10;CP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG&#10;/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3s&#10;VfhN7FX4Tf9mIAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/bYc2/2uUO/9p&#10;nz//aKhC/2awRf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X9FHpV/lQ6Vf5&#10;UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dDFf95Thz/elok&#10;/3doK/90djP/cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU+V3dVfRb5Fbw&#10;WupX61jwWOdY9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/YykF/2guB/9x&#10;Mgr/dzgP/3tCFf99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9oslL/Z7tU/2XE&#10;Vv5iylj5YNFa9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX&#10;3Fv5V/9pHgP/ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+/3WJRf9xlEv/&#10;b55Q/2ymVP9qrlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDRXfhb0V34W9Fd&#10;+FvRXfhb0V34W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+FSBz/h1Ml/4Rg&#10;L/+AbDj/fHlB/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/dbeNd527bW+pt&#10;01zvaM1e82TIX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF/3EpB/97LAn/&#10;gzUN/4c+FP+KRxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWftaa1r62a2b+hj&#10;wHLmYcx142Dfd9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0&#10;Y/9rHQP/ZycF/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8Ue98h1rsdpBi&#10;6HGYaeVsoHDhaKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFntmTxZ7Zk8We2&#10;ZPFntmTxZ7Zk8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/lkwk/ZVXMPeR&#10;YjzyjG1J7IZ4VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj3YO6ZOJ8tmbm&#10;drJn6nGuaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3okBf+FKQf/jjEL&#10;/5Q5Ef+YQhn/m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+w2ylgr9qr4S9&#10;abmGumjHh7do2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbf9t&#10;HAP/biME/30iBf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOHeGXMgYFuxnuJ&#10;dsF3kXu8c5mAuHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/rcJ9v63Cfb+tw&#10;n2/rcJ9v63Cfb+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch8KdPLuiiWj3f&#10;m2NN1JRsWsuMdWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42gcdmInXHfgZty&#10;5HqZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+OJgb/ly4I/582&#10;Dv2kPhX0qEYg7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZhqN3ooqfdauN&#10;nHS3jpp0xo+YddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0knbodP9vGwL/&#10;dR8E/4QfBP+QJQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3j3dusIp/dqqF&#10;hn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo165naNeuZ2jXrm&#10;do165naNeuZ2jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRLKdqvVTrNqF5K&#10;wqBmWLmabWSxk3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OPiX7ah4h+33+H&#10;fuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/oCsG/6gyCvSv&#10;OhHrtUIa4bhKJ9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42FmYuJg6KOhoKu&#10;kYOCvJGCg86Rg4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLkeP9xGgL/ehwD&#10;/4odA/+XIwT/oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBsn5d3dZiTfnyS&#10;kIaCjI2Oh4eKl4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9huR5fYbkeX2G&#10;5Hl9huR5fYbkef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6UDe/s1lHtKxh&#10;VaqmaGGhoW5rmZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7YineM3YJ3iuN6&#10;d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD9rMtBeq9NQng&#10;xjwQ0sREI8W9TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1lJuNcpOmj2+T&#10;tJBtlMWQcJXYinCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9zGQL/ghcC/5Ia&#10;Av+gHwL/rSQC8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlxcYaleHh/on9+&#10;eaCHg3Sdj4hvnJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7a5bje2uW43tr&#10;luN7a5bje/90GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGuwVRCo7xcUJm3&#10;YlyQs2lmh7BvboCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi3oFlnuN6ZZ7j&#10;emWe43plnuN6ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58caAdvZHAHN1jAL&#10;wNI/HbTNSi+oyFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aDXq6hhlyur4da&#10;r7+HW7DahF2s4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/jhIB/58TAP+w&#10;EwDvwBAA2dQMAM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLAcmxrvnpyZr2C&#10;dmG7i3pcu5V9Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLndFiy53RYsud0&#10;WLLndP+AEgH/lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43jdRWRIPRXU96&#10;z2RYcs1qX2vLcmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNSwOtvUr/sb1K/&#10;7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfoIAOt5zENpOY9&#10;GZnkRCaO4kwzhOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmjbE7ZsW1N2sJt&#10;TNvcbE3Y7GpOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA0bQGAMW/BgC8&#10;zQgAtOkOAaruIgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e6HxRWuiFVFbo&#10;jlZT6ZhZUemjWk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPz&#10;XPmZAwDUrAIAxbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQLmr0WjRl9GM4&#10;YPRrPF31dD9Z9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NNSPf0TUj39E1I&#10;9/RNSPf0TUj39E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH/i8Nff43FHT/&#10;Pxts/0cgZv9OJWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/pjtI/7E8Rv+9&#10;PUX/zD1E/+Y+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIBAKDQAgCV5QcA&#10;jv8YA4T/JAZ6/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3MnSf96KUj/gipG&#10;/4orRP+ULEL/ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMLux&#10;AACsvAAAn8kAAJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/ThhK/1YZR/9c&#10;GkT/YxxC/2kdQP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5IzX/uSM1/7kj&#10;Nf+5IzX/uSM1/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMGWP8rCVH/MwtM&#10;/zoNR/9BD0P/SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu/4sYLP+TGCv/&#10;nBkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3AABu/woBY/8Q&#10;Alr/FQNS/x0ES/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9ZDir/Xg8o/2QP&#10;Jv9qDyX/cRAj/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ERH/+REf9cIgP/&#10;Vy0F/1gzB/9fNgn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/W6oz/1qyNf9Z&#10;ujb/WMM3/1jNOf9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR/z3zUf8981H/&#10;PfNR/z3zUf8981H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2ZtIv9jeyj/YYgs&#10;/1+UL/9enzL/Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/+VP1P/ZS+UDz&#10;Uv1A8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/aDoN/2tDEv9s&#10;Thf/bFod/2pqJP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a0kH/Wd1C/1fl&#10;Q/1W6kT5VfBE9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/Qv9eIQP/WSwF&#10;/18uBv9mMgn/bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8/2CrPv9fs0H/&#10;XrtC/13ERP9czkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0XnVv9F51b/RedW&#10;/0XnVv9F51b/Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9vci3/bH8z/2mL&#10;OP9mljz/ZaBA/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2UedX+07kWP9L&#10;4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM/3c+Ef94SBf/&#10;eVIf/3dgJ/90bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5XdRV9VvjVu9a&#10;6ljpWPJZ5Vn3VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9gIAP/XSkF/2gp&#10;Bv9xKwf/eDML/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+GefT/Zlp1P0Yq9W&#10;82C4WfFfwVzwXc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9RzF7/Ucxe/1HM&#10;Xv9RzF7/Uf9hHwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8enI7+HV+Q/Vx&#10;iEvybZJR72maVu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf+VzEYPxYwWH+&#10;VcFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5D/+IQhb/iUse&#10;/4lWKPqFYjP1gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw0V7Scc1d53HH&#10;X+5rwmHyZr5i9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/ZiME/3IiBP99&#10;Jwb/hS4J/4o3Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNqmGrPZ6BtzGWo&#10;cMljsXPGYrx0xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5XK5n+VyuZ/lc&#10;rmf5XP9jHgP/aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB4IRvTtl9eVjR&#10;d4JgzHOKZ8dvk2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8GmoafRjpmr3X6Zq&#10;91+mavdfpmr3X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+XPBL4mUUb8JtN&#10;J+iXWTThkGJC14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9fKppzX2oauN6&#10;pWzpcqJs7WygbfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D/3sdA/+HIwT/&#10;kCoG/5cyCv2cOxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6xdZJzrHKad6lw&#10;o3qmbqx9o224fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx82SXcfNkl3Hz&#10;ZP9lHQL/bx0D/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNnTcCMb1i5h3dh&#10;s4J/aK59h26peo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9rkXXyZpF18maR&#10;dfJmkXXyZpF18maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3sqD8V46tIINim&#10;UjDMnlxAw5dlTbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1voKOdtGCjnjj&#10;eo146HOMeO1si3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4IaAv+PIAP/mSYE&#10;/qIuBvOoNQvprT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0l4CQeJJ9mXyO&#10;fKKAi3qtgoh6u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmGfPBphnzwaf9n&#10;HAL/dRkC/4UZAv+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZaFaolHBfoY93&#10;Z5uLfm6WiIZzkIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDvaoCA72qAgO9q&#10;gIDvaoCA72qAgO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN1bdCHMmwTi2+&#10;qlc9tKNfSqueZ1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5hMeEeobgf3uF&#10;5nd7hetwe4Tua3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+XHAL/oyEC9K0n&#10;A+i1LgXevTUK0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJd3+Nknx7i5t/&#10;d4qmgnSJs4NyisSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbP9rGgL/&#10;fRQC/40WAf+aGgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZo2pckZ9xZIqb&#10;d2uEmH9xfpaGdnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO7Wxwju1scI7t&#10;bHCO7Wxwju1scI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9GLq8SSivt1I4&#10;pbJaRZytYVGTqWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+BZZnYf2iY5Xhp&#10;lupxapTtbGqU7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1sBQA5r4UANnM&#10;FQDMyisHwMY7FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyji3ZoopR5ZKGg&#10;fGCgrX1fob1+XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubP90EwH/hxAB&#10;/5gQAP6nEADntw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRUfrVrXHeycWNx&#10;sHhpa66AbWatiXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pdpO9qXaTval2k&#10;72pdpO9qXaTvav95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafOQiCcykwvksdU&#10;PIjDXEd/wWJQd75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfSc1S3629Wsu9q&#10;V6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcAwssIALzdDgC0&#10;3SMDqtozDZ/WQByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRWxJJnU8SeaVDE&#10;rGpPxLxrTsXTak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+GCgDwmgQA1KoE&#10;AMi2BgC+wQUAt88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZnSWPVbk9e1HZT&#10;WdN/V1XTiVpS05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPlaTMz5WkzM+VpM&#10;zPlaTMz5Wv+PAwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/50Qid+ZOKm/m&#10;VzJp5V84Y+VnPV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm6FJI5PhRSOH8&#10;T0jh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJAJjyGAKQ8ioH&#10;hvIzDnzxOxZ08UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+S/KdQEnzqUFH&#10;87ZCRvTHQ0X030NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADArgAAsrgBAKfE&#10;AgCc0gQAku0MAIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9aihP/XMqTP57&#10;LEr+gy5I/o0vRv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//vNT//7zU//+81&#10;P//vNcSqAACzswAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4SWP9FFVL/TRhP&#10;/1UaTP9cHEn/ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4/8onOP/cKDj/&#10;3Cg4/9woOP/cKDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/GAJn/yEFX/8p&#10;B1j/MQpS/zkNTf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+CGTP/jBoy/5cb&#10;MP+hGy//qhwv/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAAjM8AAH/eAAB2&#10;/wUAbP8OAWL/FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z/1gPMf9eDy//&#10;ZBAt/2sRK/9zESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+r&#10;FJy+AACNywAAftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8yBjT/OAcw/z0I&#10;Lf9DCCr/SAko/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44NFf+VDRX/lQ0V&#10;/5UNFf+VDRX/lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/WV0X/1htG/9W&#10;ex//VYki/1OVJf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O8y//Tfgw/038&#10;MP9M/zD8TP8w+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1QwBf9ZNAf/XToK&#10;/19DDv9eThP/XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v/1HHMP9R0jH/&#10;UOEy/1DrMv9P8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/Mv9T&#10;JAP/Ti4E/1YvBf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Ymiz/VqMu/1Ws&#10;MP9VszH/VLsz/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/NfBQ/zTwUP80&#10;8FD/NPBQ/zTwUP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ/2NlHv9hcyP/&#10;XoAo/1yMLP9bly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7UvY99lH7PfJR&#10;/z3vUv877FL/OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9jLgf/ZzQK/2o+&#10;Dv9rSBP/alMZ/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9Pv9Xxz//VtNB&#10;/FXkQvlV7kP1VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf875VX/O/9WIgP/&#10;VSkE/18oBf9nKwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/YJk7/l6hPv1c&#10;qUH7W7FD+lm5RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z/z/dWf8/3Vn/&#10;P91Z/z/dWf8/3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZIf9xZyn/bXQw&#10;/WqANvpmijz4Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU4Vn9T9ta/0vV&#10;W/9I0Fz/RM9c/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/di4I/3o3DP97&#10;QRL/e0sZ/3tVIf53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZuFrhV8Nd31fS&#10;XtpW5l7WWfNa0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//SP9ZIQL/XyID&#10;/2ohBP90JAX/eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN4WWRVN5hmVna&#10;X6Jc1l2qX9Ncs2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5Yv9LuWL/S7li&#10;/0u5Yv9LuWL/S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCEWyvqfmY25Hhw&#10;Qd9yekvZbYNS02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3X7Zk+1mzZf5V&#10;sGX/UK9l/0+vZf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF/4kxCf+MOg75&#10;jkMW8Y5MIOqKWCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3Y7JqtWK+a7Ni&#10;zmywYuVrr2b0ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9bIAL/ZxwC/3Qa&#10;Av9/IAP/iCcE/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SDWrpxi1+2bpNk&#10;s2ubZ69ppGqtZ61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5Vnmz+VZ5s/lWe&#10;bP5Vnmz+Vf9cHwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinSkFw3yolmQsOD&#10;b0y8fndUt3l/W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv82SZb/hel3D8&#10;WJdw/VeXcP1Xl3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5YrBfWbMwnrnzsQ&#10;4qBFGdebUCjMlFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVwmG+wcpVuvXOT&#10;b9BzlHLrbpNz8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/bhcC/30XAv+J&#10;HAL/kiIC/ZopBPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/gGCffIhlm3mQ&#10;apd2mW2TdaJxkHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6Wop3+lqKd/pa&#10;inf6Wv9hGwL/cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0uZZfQLGQZ0qq&#10;i29TpId2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qFe/RkhXv4XYV7&#10;+VyFe/lchXv5XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqpKgTgrzIH0qw+&#10;FcemSyS9oFUztJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2ndH98tHZ9fMV2&#10;fX7gc39/7mt/f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB/4QUAf+RFwH/&#10;nBsB8qUgAeauJgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+OioBkiYeIaYSF&#10;kW6Ag5pxfIKldHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC+F56gvheeoL4&#10;Xv9nFwL/dxEB/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6NaPaKeYkebmWlQ&#10;lJVwWI6Sd16Ij35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJmdIf2YHSH9190&#10;h/dfdIf3X3SH9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDPuigExLc5Ebmy&#10;RiCvrFAvpqdYO52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyNrXRqjb11aY3S&#10;dWyQ7W1tjvFnboz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40QAP+bEAD0qA8A&#10;5bUNANW/EADKviYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHphd5qBZnKYimpt&#10;lpRuaZWecWaUq3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919okvdfaJL3X/9v&#10;EQH/gQ4A/5EOAPKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5KvXEGKrGNKg6lq&#10;UnymcVl2pHhecKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2YGKZ915imfde&#10;Ypn3XmKZ915imfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyACssUyC6jBQBme&#10;vkonlLpTNIu2Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtXp7hsVqfMbFio&#10;6Whap/RjW6P4Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKpBgDJtAcAwr4G&#10;ALzMCAC1zRwBq8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8Wl+0hV5bs49h&#10;V7OaZFSyp2VSsrdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrftaVq37Wv9+CQDy&#10;kQIA1qECAMqtBQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1x109bsVlRGjE&#10;bEljwnNOXsF7U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6/lVQuv5VULr+&#10;VVC6/lVQuv5VULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0oBJDbNw6G2UIZ&#10;fdZLJHXUVC1t0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlUSM/PVEjO61NJ&#10;zvhQSsv/TkrK/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCtvwMAo8sGAJvZ&#10;CgCU5RoBjeUrBoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDfhUBN349DSuCb&#10;RUjgqEZG4LhHReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/RNmXAADHpgAA&#10;uLAAAKy5AQCixQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7VcjWe1gJ1XtaCpS&#10;7XEtT+15L0ztgzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA7P84QOz/OEDs&#10;/zhA7P84QOz/OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4Mgpk+DsPXvlD&#10;E1j5SxdT+VMaUPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5Kzv9yys7/eIr&#10;Ovz0Kzr89ys6/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAAfugFAHf/EgFv&#10;/xwCZ/8mBWD/LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7/34bOf+JHDf/&#10;lB02/6AeNf+sHzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCtAACitwAAlcQA&#10;AIfQAAB73QAAcv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9ODjv/VQ84/1sQ&#10;Nv9iETT/aREy/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cWJ//HFif/xxYn&#10;/8cWJ//HFqS0AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC/ywFPv8zBjr/&#10;OQc2/0AIM/9FCDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/lw4c/6EOG/+s&#10;Dxv/rg8b/64PG/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8AAE7/CgBH/xAB&#10;Qf8WAjz/HQI3/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YHGf9cBxf/ZAgV&#10;/20IE/93CBH/gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/RDEE/0sxBP9Q&#10;NAb/UjoI/1JDC/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9HtSL/Rr0j/0bG&#10;I/9G0CT/RuAk/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/I/1G/yP9Rv8j&#10;/Ub/I/9JJwL/Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd/0yRH/9LmyH/&#10;SqQi/0qsI/9JsyT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+SP8o+0j/J/lI&#10;/yb5SP8m+Uj/JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9YSw//VVYT/1Rm&#10;GP9SdBv/UYEe/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rmK/9K8Cv/Svgs&#10;/0r/LP1K/yz6Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD/1IrBP9YLgX/&#10;WzQI/10+C/9dSQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/TrUs/069Lf9N&#10;xy7/TdMv/0zjMP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN/yvwTf8r8E3/&#10;K/9LJgL/TikD/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iGJv9WkSn/VZos&#10;/1OiLv9SqjD/UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z61H/MelR/y/p&#10;Uf8v6VH/L+lR/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//Z04V/2VaGv9i&#10;aCD/X3Yl/12BKv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ6D/sUPNA6VH9&#10;PuhT/zvmVP8441X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10jA/9lJQT/ai0G&#10;/202Cv9uQA7/bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA7lWxQuxUuUTr&#10;U8RG6VLSSOVR5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjSWf840ln/OP9O&#10;JAL/WCED/2EgA/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9jgjfsYIs96V2U&#10;QeZanEXkWKRJ4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/PsVc/zzFXP88&#10;xVz/PMVc/zzFXP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT+nlOG/R2WyPu&#10;cWcs6WxyNeVofDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbFV+xVw1v5T8Je&#10;/0rAX/9GvWD/Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9zHwP/eiYE/34v&#10;Bv+BOAv7gUES84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+hVcJdqlfAXLNZ&#10;vly/Wrxbzlu4W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9DsGT/Q/9VHwL/&#10;YRoC/20YAv93HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJbnxHxGuETMBo&#10;jFG9ZZRUumOcV7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn/0amZ/9Gpmf/&#10;RqZn/0amZ/9Gpmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545EFt6KUSHUhFwt&#10;zH5mOMV4b0HAdHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9ViomXtXaJp+1eh&#10;av9Rn2v/TJ5r/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/hyAC/40nA/SS&#10;LwbqlDgL4ZRCE9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6NrnF6gaaVgnmiw&#10;Y5tnvWSZZ85kmGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/S/9bGgL/aRQB&#10;/3YUAf+BGAH/ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFIrHp5Tqd3gFOj&#10;dIhYn3GQXJtvmF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Qcv9NkHL/TZBy&#10;/02Qcv9NkHL/Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqYSh7BklQruYxe&#10;NrGHZj+rgm5Hpn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDgZop09F6LdvxY&#10;inb/Uol2/06Jdv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB9JkdAeegIwLd&#10;pSsEz6E7D8WcSB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCKdpxjh3WmZoR0&#10;smiCdMJogHTbaIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9hFQH/cBAB/34R&#10;AP+KEgD/lBUA8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dxTJWEeFKQgX9X&#10;jH+HXIh9kGCEe5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9Rfn3/UX59/1F+&#10;ff9Rfn3/Uf9jFAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqznk8nqplYM6OU&#10;YD2ckGhFloxvTJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB7mJ4gvpbeIL+&#10;VnmB/1F5gf9ReYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYOANmvDwDMryQC&#10;wqs1DLinQxmuok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVidISfZXGDq2hu&#10;g7ppbYPOaW+G62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/eA0A/4YNAPaT&#10;DADeoAkA1qkKANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWUclCAknlVe4+B&#10;WnaNiV5yjJJiboqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/Um2K/1Jtiv9S&#10;bYr/Uv9rEAH/ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoinKhTLpSkWziM&#10;oGJAhp5pSICbcE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52JllPhcZ5L9V2eR&#10;/1Jnkf9SZ5H/UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5CAC7uhwBsrgv&#10;B6i1PROfsUgglq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZYF6ZpmJcmbRj&#10;WpnHY1ua5WBfm/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA35MBANGfBADJ&#10;qgYAwbIFALu9BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhuqXNNaad6UWSm&#10;g1ZfpI1ZXKOYXFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh/1Bbof9QW6H/&#10;UP93BwDwiQAA1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1MJIC6VS55uFw2&#10;crZjPW20akNns3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZUU67/UFSs/01U&#10;rP9NVKz/TVSs/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQChzA8Am8wjApLK&#10;MwqJyD8VgcZJH3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067o1FMu7NSSrvG&#10;Ukq75FFMu/ZOTbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MAALqsAQCwtAAA&#10;p78DAJ7JBgCV1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245Vsp3PVLKgEBP&#10;yYtDTMmXRUnJpEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JIx/9CSMf/Qt6N&#10;AADLnAAAvacAALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jdTRpi3FUgXdtd&#10;JljbZSpU2m0uUNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+OkPY/zlD2P85&#10;Q9j/OUPY/zlD2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REAeekgAnLpLAVr&#10;6TYKZOk/D17pSBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A6q8uPuvALj3s&#10;2y496u8uPej8Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8AACQxwAAhNIB&#10;AHrfBgB09BMAbfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZuGkH2dxw/94Ed&#10;PfeNHzv3mSA5+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wiNvf8IremAACp&#10;rgAAnLkAAJDEAACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG/0gMQ/9PDkD/&#10;Vg89/14QO/9lEjj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/7xgs/+8YLP/v&#10;GCz/7xgs/+8YLP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8ZAU7/IgJJ/ysE&#10;RP8yBUD/OgY8/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40OJP+aDyP/phAi&#10;/7MQIf/BECH/0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn4gAAW/EAAFT/&#10;BgBO/w4ASP8UAUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/Vgch/10HHv9l&#10;CBz/bwgZ/3oJF/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+zCpO7AACExwAA&#10;ddMAAGfhAABY6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0CIv8yAx//OAMc&#10;/z0DGv9CAxf/SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ/5wGCf+cBgn/&#10;nAYJ/5wGCf+cBv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9BdxP/QIUV/z+R&#10;Fv8+mxj/PqQY/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/G/89/xv/Pf8b&#10;/z3/Gv89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG/0tACP9KSwv/&#10;SFkP/0ZnEf9EdRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/P9Yd/z/lHf8/&#10;7x3/P/ce/z/+Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9AKgL/QywD/0ks&#10;A/9NLwT/TzUG/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0SnHf9Drh7/Q7Uf&#10;/0K9H/9CxiD/QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e+UP/HvlD/x75&#10;Q/8e+UP/Hv9BKQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/THwZ/0qIHP9J&#10;kh7/SJsf/0ejIf9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF/yb1Rv8k9Eb/&#10;I/NH/yHzR/8h80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5CP9aRAz/V08Q&#10;/1VcFP9Tahj/UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq+kjZK/dI5yz0&#10;SPIs8Uj7LO9J/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/TSQC/1QjA/9a&#10;JQP/XiwF/2A2B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlPoyz3Tqou9k2y&#10;L/RMujDzTMQy8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/KeFQ/ynhUP8p&#10;4VD/Kf9GJQL/UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g+Fp5JfVYhCnz&#10;Vo0t8FSWMO5SnjPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXWUv8y1FP/MNNU&#10;/y3TVf8t01X/LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9tOgr/bEQP/WpP&#10;FfhnXBzzY2gi72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDIQ9NQ3ETPUOxD&#10;zFL4P8tV/zvJV/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC/2AZAv9pHQL/&#10;byUD/3ItBf90Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/QWJxCzlejRMtV&#10;rEbJVbVHx1TAScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd/zW6Xf81ul3/&#10;Nf9QHgL/WxkB/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtqLdNndDTOZH06&#10;ymGGP8dfjkLEXZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9AsmD/PLBh/zmw&#10;Yf84sGH/OLBh/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXwgTkK54BDEeB8&#10;UBrWd1skz3JmLsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0UaxcwVKqXNRSqF3r&#10;UKhg+kmoY/9EqGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wSAf92FwH/fRwB&#10;/4MjAvSGLATqiDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJrGWUTKljnE+m&#10;YqVRpGGvU6JgvFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2daf89nWn/Pf9X&#10;FwH/YxIB/28RAf95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4aDWzdHA8r3F4&#10;QqtugEanbIhKpGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/RZZt/0GWbf9A&#10;lm3/QJZt/0CWbf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD05E6C8mMRxfA&#10;h1MiuYJcLLJ9ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmOaMNZjGjcWo1s&#10;8lOPbv9MkHD/R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+AEQD/iRMA8pAX&#10;AOWWHADZmSYCzZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJT5JxkVKOb5tV&#10;i26lWIhtsFqGbL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9DiHT/Q/9dEgH/&#10;aw4A/3gOAP+DDwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOhgmg7nH9wQZd8&#10;d0aTeX5Lj3eGT4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4/0WCeP9Egnj/&#10;RIJ4/0SCeP9Egnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00CLqYQhSyk00f&#10;qo9WKqOKXzKchmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpcd3bNXHh36lh7&#10;evpRfXz/S318/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDfkwgA2JsKANOi&#10;DADJox8Bv6AyB7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/ilJ8fZNVeHyd&#10;WHV7qVtyerhccXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/Rv9kDwD/cgkA&#10;/38IAOWMBQDYlgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4jY1pPoiKcESD&#10;iHhJfoZ/TXqEiFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hyhP9HcoT/R3KE&#10;/0dyhP9HcoT/R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBaykPBCkoEcbnJ1R&#10;JZSZWS+OlmA2iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbFW2WG41loiPZS&#10;a4r/TWyK/0hsif9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUAxqQGAMGrBgC5&#10;rRcAsKwrBKepOg6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09qj41SZo6XVWON&#10;o1hgjbFZX43DWl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9sCAD+fAAA3ooA&#10;ANCWAgDInwQAwKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBjOXeeaj5ynHFE&#10;bZp5SGiZgUxkl4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9GYJb/RmCW/0Zg&#10;lv9GYJb/Rv9wAwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqTskAUiq9KHoOt&#10;Uyd8q1oudqhhNXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf3VJVn/NOV6D/&#10;Slmg/0ZZn/9FWZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4AAKm2AAChvQ0A&#10;m70gAZS8MQeLuj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dHVaqTSlGqn0xP&#10;qq5NTarATU2q3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADXjAAAyJkAAL2j&#10;AACyqwAAqbIAAKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7ZDBfumw0Wrl0&#10;OVa4fDxTt4c/T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/PUu0/z1LtP89&#10;S7T/PeKDAADNkgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUIc8tBD2zKShdm&#10;yVMdYchbI1zHYihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxExPM7RMP/OUXC&#10;/zdFwf83RcH/N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvHBACB0AgAeNkO&#10;AHXZIAFv2C8Eadg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOSLkLUny9B1K8w&#10;P9XCMT/V4TA/0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAArakAAKKxAACW&#10;uwAAi8QAAIDNAwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK5GUYR+RuG0Xk&#10;dx1C5IIfQOSOIT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni/yQ54v8kOeL/&#10;JL+eAACvpgAAo64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1BU/wPgdL8UYK&#10;R/FODETxVw5C8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIaMfTxGTHx/hkx&#10;8f8ZMfH/GTHx/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe9QoAWfwTAFP8&#10;HgFO/CcCSv0wA0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/iQ8r/5YQKf+k&#10;ECj/tBEn/8cRJ//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74AAH7JAABw0wAA&#10;ZN4AAFjnAABS/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00FK/9UBij/Wwcm&#10;/2MHI/9tCCH/eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa/98LGv/fC5ux&#10;AACNvAAAfscAAHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//KQIr/zACKP81&#10;AiX/OwMi/0EDH/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+pBg7/tQYO/7oG&#10;Dv+6Bg7/ugYO/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAANP8JAC//DgAr&#10;/xQAJ/8aASP/IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ/2ADB/9sAwT/&#10;eAMD/4YDAv+RAwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9AMgP/QDgE/z5B&#10;Bv88TAj/OloK/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/Ev8yyBP/MtMT&#10;/zLjE/8y7RP/MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q/zP/EP82LQL/&#10;OywC/0AsA/9DLwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/Np8T/zanE/82&#10;rhT/NrUU/za8FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42/xP9Nv8S/Tb/&#10;Ev02/xL9Nv8S/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0FiDf8/cBD/PX0R&#10;/zyJE/87kxT/O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY/zr7GPw6/xf6&#10;Ov8X+Tr/Fvg6/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/Sy8E/0w5Bv9L&#10;RQj/SFEL/0ZeDv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+vhv/Psgb/z3W&#10;HP495hz7PvEc+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//GP89KAL/RSQC&#10;/0ojAv9OJQP/USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb/0ScHP9DpB3+&#10;Q6se/UKyH/xCuiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzoRP8b6ET/G+hE&#10;/xvoRP8b6ET/G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9RYxT/T28X/k17&#10;GvtLhh35So8f90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4KOJH/ybhSP8k&#10;30n/It5J/yDdSf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD/18wBP9fOgf/&#10;XUUL/1pQEP1YXhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7kSLsv4kjHMeBI&#10;2THcSOox2En2LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9HHwH/UBoB/1cY&#10;Af9eHAH/YyMC/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGNLd5QlTDcT50y&#10;2U6lM9ZNrTXTTbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8nwlP/J8JT/yfC&#10;U/8nwlP/J/9KHAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXlY2Ac4F9rIttc&#10;dSjWWX8t0leIMM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT/De5Vf8zuFf/&#10;L7dY/y23WP8rt1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3IlAvtzLgPyczgH&#10;6XFDDeJuUBTbaVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/tlW1QbRUwkKy&#10;VNRCsFXqQa5X+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/WhIB/2QQAP9t&#10;FAD/cxoB/3chAfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9NbhghTi1Xo08slyV&#10;Pq9bnUGtWqZDq1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/MaNh/zGjYf8x&#10;o2H/Mf9TFQH/XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQbwXFfJLttaCu2&#10;anAxsmd5Nq9lgDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSaYv8+mmP/OZtl&#10;/zabZf8zm2X/M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiEHgDehycB0YQ3&#10;B8h/RhHAe1EbuXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2KnSZVhskuTYcFM&#10;kWHYTJFj70eSZf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A/24MAP93DgD/&#10;fw8A8IURAOOJFgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTucbIE/mGqIQpVp&#10;kUWSZ5pIj2ajSo1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu/zeMbv83jG7/&#10;N/9ZEAD/ZQsA/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBWIqd8XyqieGcw&#10;nXVvNplzdjqVcX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflFhG//P4Vw/zuG&#10;cf84hnH/OIZx/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDKkh4AwZAwBbiN&#10;Pw6wiEoYqYRUIaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9uqU58bbdPe23J&#10;UHpu5k18cfhGfnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YGAOSAAwDZiQYA&#10;0o8IAM+UCgDFlhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9hniAQoN2iEV/&#10;dZFJfHObTHlyp052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7ef86e3n/Ov9f&#10;DAD/bAQA9XkCAN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJWSeThmEujoNo&#10;NImBbzmFf3Y9gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/Q3R8/z51ff87&#10;dX3/O3V9/zt1ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYAs5wqA6qZOQui&#10;lUUUm5FOHZSOVyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05qfLBPaHzBUGd8&#10;3VBqfvNJbYD/Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJAQDKkgMAw5gE&#10;AL2eBAC2oBMArqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5QHKGgkRuhYtH&#10;aoOVSmeCoU1kgq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88aob/PP9nBAD2&#10;dgAA3IIAAM6NAADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKEl1spfpViMHmS&#10;aTV1kHA6cI93PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL/z9jjP88Y4z/&#10;PGOM/zxjjP88Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4AoqkhAZqoMQaTpT4P&#10;i6NIGISgUSB+nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatKV5G7S1aR00tX&#10;ku9HWpL9QlyT/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6nQAAsaMAAKmp&#10;AAChrgsAm68dAZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCeezxcnYU/WZyP&#10;QlWbnEVTm6pHUZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/OvF0AADZgwAA&#10;yJAAAL6aAACzoQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQfbK1bJWerYipi&#10;qmkvXqlxM1qoejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlPpP83T6T/N0+k&#10;/zdPpP83T6T/N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9JQF8vDMGdrs/&#10;DW+6SRRquFEaZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5OkWy0TpGse05&#10;R7D8Nkew/zRIr/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAAmbEAAI+5AACE&#10;wAMAe8YNAHjGHgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhLwIErSL+MLUW/&#10;mi9Dv6gxQb+6MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6KAAC/mAAAsaAA&#10;AKaoAACbsAAAkLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9TEFHPWxROz2MY&#10;S85rG0jOdR5Fzn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8lO8r/JTvK/yU7&#10;yv8lO8r/JcOTAAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb3iAAV94tAlPf&#10;OgRQ30QGTN9OCUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3GjbhzRo23+waNd75&#10;GjTd/xs03P8bNNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccAAG3PAABi1gMA&#10;WOEIAFXqEwBR6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQNM+6ADjLujg8w&#10;750QLu+tES3wwBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACgqQAAk7MAAIa9&#10;AAB5xgAAbM8AAGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6RwQz+k8FMPtX&#10;BS77XwYr/GkHKfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8CiD8/Aog/PwK&#10;IPz8CqKnAACVsQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkAN/8hADT/KQEw&#10;/zABLf83Air/PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV/68GFP/ABhT/&#10;1gYT/+kGE//pBhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETmAAA89QAAN/8E&#10;ADP/DQAv/xMAK/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9WAhD/YAIO/2wC&#10;DP97Awv/iwMK/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAAbM4AAF7bAABP&#10;4gAAQucAADbsAAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ/ywBDv8xAQ3/&#10;NwEK/z4BCP9GAQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/pgIA/6YCAP+m&#10;Av8uLwL/MywC/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiNC/8olwv/KJ8L&#10;/yimDP8nrQz/J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K/yn/Cv8p/wr/&#10;KP8K/yj/Cv8o/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/M1YH/zFjCf8v&#10;cQr/LX4L/y2KDP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s5w3/LPEN/yz6&#10;Df8s/wz+Lf8M/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0oAv8/KgL/PjAD&#10;/z06BP88Rgb/OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P/zC1D/8wvRD/&#10;MMcQ/zDUEP8w5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72Mf8O9jH/Dv81&#10;KAH/PCUB/0AkAv9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83jBD/N5UR/zad&#10;Ef82pBL/NqsS/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/EvA3/xHvN/8R&#10;7zf/EO83/xDvN/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI/0RYCv9CZQ3/&#10;QHEP/z59Ef89hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73BjwO+oY7Tv2GOo7&#10;/xfoPP8X5zz/FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9NHgH/UCYC/1Ew&#10;A/9QOwX/TkYI/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70CqG+5AshztP7sd&#10;6z/GHuk/1R7lP+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X2EL/F/9AHwH/&#10;SBoB/04YAf9SGwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjrSIYb6UePHedG&#10;lx/lRZ4g40SmIuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH/xzJSP8byUj/&#10;G8lI/xvJSP8byUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJCvBXVQ/qVWIT&#10;5lJtGOJQdxzfToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8sxUjvK8JK/CjA&#10;S/8lv0z/Ir5N/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/YhwB/2UkAf5l&#10;LQL0ZDgF7WFDCeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNOoy7BTawvv0y2&#10;ML1MwjG7TNMyuEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/Iv9KFQH/UxEA&#10;/1sPAP9iEgD/aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYkwVh+KL5Whiu7&#10;VY4uuVOWMLZSnjK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yioV/8lqFf/JahX&#10;/yWoV/8lqFf/Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFsSAzJaFQUw2Vf&#10;G75iaCG6X3Emtl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXdO59W8DefWP4y&#10;n1r/Lp5b/yueXP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA9XQTAOh2GgDd&#10;dyUB0XY2BMhyRAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDefW505nVqmO5pZ&#10;sT2YWb8+l1nTPpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9SDwD/XAoA/2YJ&#10;AP9uCgD2dAwA73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdxK6JleC+fZIAz&#10;nGKINplhkDiWX5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8sjmX/LI5l/yyO&#10;Zf8sjmX/LP9VDgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0eEsSrXVVGqhx&#10;XiGjbmYmn2xuK5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi5EGFZPc7hmb/&#10;NYdn/zGHaP8uh2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AIANCDCgDHhRoA&#10;voQtA7aBPAmvfUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8hWecP4Jmp0GA&#10;ZrRDfmbFRHxm4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/YwEA9G8AAN94&#10;AADUfwQAzoMGAMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9zby+LcXcziG9+&#10;NoVuhjqCbI89f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/MHxw/zB8cP8w&#10;fHD/MP9bCAD/ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQnoJOGJh/Vx6T&#10;fF8kjnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVycPE/c3L/OXVz&#10;/zV2dP8xdnT/MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+NBQC3jxMAsI8m&#10;AaiNNQegikIOmoZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WVQHB0oEJtc61E&#10;a3O9RWpz1UVsdO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA3ncAANCBAADH&#10;iAEAwI0DALmRAwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18f3AxeH53NXR8&#10;gDhxe4k8bnqTP2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8/zJrfP8ya3z/&#10;Mv9hAADqbwAA2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBIFIqOURuEi1kh&#10;f4lgJ3uHZyt3hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xAYoD8OmSA/zZl&#10;gf8zZoH/MmaB/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACmmwwAoJweAJmb&#10;LgSSmTsKi5ZGEoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+Fmj9chahBWoW3&#10;QlmFzEJaheo/XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIAAMKMAAC5kwAA&#10;sJkAAKidAACfoAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2osZ5JxMGSReTNg&#10;j4I3XI6NOlmNmT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZjv8xWY7/Me1t&#10;AADZewAAyIcAAL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmiShRzoFIabp9Z&#10;H2mdYCRlnGcoYZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5NlGW/zNSlv8w&#10;Upb/MFKW/zBSlv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAAiK4RAIOuIgF9&#10;rTEEd6w9CnKqRxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRLoaQ2SaG0Nkih&#10;yDdIoOc1SaD5Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGaAACmoAAAnKYA&#10;AJGsAACGsgAAfbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9rIVGvcyVOrn0o&#10;S62IKkitlS1FraMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8pRKr/KdGAAADB&#10;jQAAtZgAAKmfAACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+PwddvkgLWb1RD1W9&#10;WRNRvGAXTrxoGku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23/yQ9tv8jPbb/&#10;Iz22/yM9tv8jPbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYFAGDKDgBeyh0A&#10;W8osAVfKOANUykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIbOcmzHDjJyRw4&#10;yOgcN8f5HDfF/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACMsgAAgLkAAHTA&#10;AABoxwAAXc0FAFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZawo62XYMN9mC&#10;DjXakA802qAQMtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/E7OaAACmoQAA&#10;mqkAAI2xAACAugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUBO+c+ATnnRwI3&#10;51ADNOhZBDLoYgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm5v8KJub/Cibm&#10;/wom5v8KJub/CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7uCQA88hEAOfMb&#10;ADbzJQA09C4AMfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvmaBRz5qwUb+sAF&#10;GvreBRr58gUa9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAAWtMAAE3aAABC&#10;3wAAOOUAADX7BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ/1MBFv9dAhT/&#10;agIS/3gCEf+IAhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5OuAACEuAAAdsIA&#10;AGfMAABa1QAATNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8jABb/KQAU/y8A&#10;Ev81ABD/PQAO/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YBAP/KAQD/ygEA&#10;/8oBAP/KAYa3AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb/wUAF/8MABT/&#10;EAAR/xQAD/8YAA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/bQAA/34BAP+O&#10;AQD/mwEA/6kBAP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9A/8lSQT/I1cE&#10;/yFkBf8fcgb/HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG/xzWBv8d5Qb/&#10;He8G/x35Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/MCgB/zMoAf8z&#10;KwL/MTEC/y06A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8hpwj/Ia4I/yG1&#10;CP8hvAj/IcYH/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/Bvsi/wb7Iv8G&#10;+yL/Bv8uKAH/MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH/yiDCP8njQj/&#10;J5YJ/yedCf8npAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3KP8I9ij/CPUo&#10;/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85QAT/Nk0F/zRa&#10;Bv8xZgf/MHMI/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3JDPst2Qz4LegL&#10;9C70C/Eu/gvvLv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B/z8dAf9AHwH/&#10;QiYB/0IxAv9APAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75M6MO9zOqD/Yz&#10;sg/1M7oP8zPFD/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1/w3hNf8N4TX/&#10;Df85HgH/PxoB/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10DfU8fw7zO4gP&#10;8TuQEO86mBHtOp8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T1Tv/EtM7/xLS&#10;O/8R0jv/ENI7/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/TT8E+0pKBvVH&#10;VwnxRmQM7URvDulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+yhvSPt8bzj7v&#10;G8s/+xrJQP8Yx0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQAP9SFAD/VhsA&#10;/1ckAf9WLgL4VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYczkSdHcxEpR7K&#10;Q60fyEO2IMZDwyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4R/8XuEf/F/9E&#10;FAD/SxAA/1EOAP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5QbhbKTncZx0yA&#10;HMVLiB7CSpAgwEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/H65M/x2tTP8b&#10;rU3/Gq1N/xqtTf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB3mA6A9ReSAfN&#10;W1QNx1hfE8NWaRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuqTMQsqEzbLKZN&#10;7yqkT/0mpFD/I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9gCwD/ZQ4A9WcR&#10;AOhoGADdZyQA0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSMKKdTlCqlUp0s&#10;o1KmLaFRsS+fUb4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8fmVf/H/9NDQD/&#10;VQYA/10FAPtkBwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBmsX2kdqF1xIaVc&#10;eCSiWoAnoFmHKp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa/yWRW/8jkVv/&#10;IZFb/yGRW/8hkVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEuArpvPQa0bEkN&#10;rmlUE6lnXRmkZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1ilnGNohZ4TaI&#10;XPQwiF3/K4le/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADXcQMA0HQGAM11&#10;CQDEdhcAvHYqAbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41hiC6LYJExiF+a&#10;M4ZepTWDXrI3gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/Jf9TBgD/XQAA&#10;52cAANtvAADQdAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8dlGtnIZBqbiWN&#10;aHUoimd9K4dlhS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8Z/8ofGf/Jnxn&#10;/yZ8Z/8mfGf/Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9NQSjekEKnXdM&#10;EZd0VReScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8OXNm0TpzZ+02&#10;dGn9MHVq/yx2a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAAwX8CALuAAwC0&#10;gRAArIIjAaWBMgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54bYgxdWySNHNr&#10;njdwaqo5bmq5Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9ZAADrZQAA23AA&#10;AM14AADEfgAAvIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlgH4B3ZyN8dW4n&#10;eXR1KnZzfS5zcoYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8qbHP/KGxz/yhs&#10;c/8obHP/KP9cAADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKVhzsHj4VFDomC&#10;TxSEgFcZf35eHnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0yTphdOc4Y3b5&#10;MmV2/y5md/8rZ3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoAAKyMAACjjgoA&#10;nY4aAJeOKwKQjDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIvZXyMMmJ7mDVf&#10;eqQ3XXqzOFx6xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADebwAAzHoAAMCD&#10;AAC3iQAAr44AAKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GIYR9th2gjaoZv&#10;J2aEdytjg4AuYIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/KVuC/ylbgv8p&#10;W4L/KexmAADYcwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIEf5Y+CXmUSA50&#10;k1AUb5FXGWuQXh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQiOI0Uoj2MFOI&#10;/yxUiP8pVYj/KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqaAACOngAAh58Q&#10;AIOfIAB+ny8CeJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOGK1GSki5OkqAw&#10;TJKvMUuSwjFKkeAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAAvIkAALKSAACn&#10;lwAAnZsAAJOfAACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZboWEZWKBoHVSf&#10;cCBRnnojTp2EJkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea/yRHmv8kR5r/&#10;JNR3AADChAAAto8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8yAmSuPQVfrUYJ&#10;W6xPDVisVhFUq14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8lP6b0I0Cl/yJA&#10;pf8hQKT/IECk/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3sQAAarYAAGO4&#10;DgBhuB0AXrgsAVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1jho9tZwcO7Ws&#10;HDq1wB05td8cObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oAAJygAACRpwAA&#10;ha0AAHmzAABtuAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcHQsNfCUDDaAs9&#10;w3INO8N+DzjDjBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQxvv8UMb7/FLiQ&#10;AACrmQAAn6AAAJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQJQBA0DIAP9E9&#10;AT3RRwE70VACOdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9HzCirP/gspzv8M&#10;Kc3/DSnN/w0pzf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAATM0AAELSAwA5&#10;2QkANd8QADTfGwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl5I8DI+WhBCLl&#10;tAQh5c0EIOTsBCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22AABwvgAAY8YA&#10;AFbLAABL0AAAQNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBFAB/xTgAd8lgB&#10;G/JkARnzcQEY84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8CEvD/ApqkAACN&#10;rQAAf7YAAHG/AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe/RsAHP0iABn+&#10;KQAX/jEAFf85ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/1AEH/+sBBv/2&#10;AQb/9gEG//YBBv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYAAB/wAAAc/wAA&#10;Gf8JABb/DgAU/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wAAP9rAAD/fQAA&#10;/5AAAP+jAAD/tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH2wAAOuAAAC7l&#10;AAAj6QAAGu0AABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/JAAA/ysAAP8z&#10;AAD/PQAA/0kAAP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+xAP8lKwH/KCkB&#10;/ykpAf8oLAH/IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD/xKgA/8SpwP/&#10;Eq0D/xG0A/8RuwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S&#10;/wL/Ev8C/xL/Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8YbAP/F3kE/xeE&#10;BP8XjgT/F5YE/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0A/8X/QP8F/8C&#10;+xf/A/sX/wP6F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB/yo1Av8nQQL/&#10;JE4D/yJbA/8gaAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/Hb0E/x3HBP8d&#10;1AT+HeYE+x3yBPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8uIgH/Mh8B/zQe&#10;Af8zIAH/MiYB/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySWBv8knQb/JKMG&#10;/ySqBv0ksQb8JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G6SX/Bukl/wbp&#10;Jf8G6SX/Bv8yHgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/LmsF/y12Bv0s&#10;gAf6LIkH+SuRB/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs+gjiLP8J4Cz/&#10;Cd4s/wjeLP8I3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0EpAf9ANAH/PUEC&#10;/zpNA/w4WgX4NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM4zK7DOEyyAzf&#10;MtwM2jLsDdUz+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/PhIA/0EQAP9F&#10;EwD/SBsA/0gkAP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05kA3bOZcO2Tie&#10;D9Y4phDUOK4R0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/Dr86/w6/Ov8O&#10;vzr/Dv89EwD/Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG20RmCdZCcAzS&#10;QXkOz0CCEM1AihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3P/8WtUD/FLRA&#10;/xOzQf8Rs0H/ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNUIgDpUi0B4VA7&#10;AdpPSQPSTVUHzEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOrG7RDthyyQ8Qd&#10;sEPZHq1D7R2rRfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA/1AGAP9VCgD/&#10;WA0A91kRAOpYGADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRixS4Uar0qNG61J&#10;lR2rSZ0eqUimIKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M/xadTP8WnUz/&#10;Fv9HCwD/TQIA/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hXDLNWYBGvVGkU&#10;rFNxF6lReBqnUIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUilE//H5RQ/xyU&#10;Uf8alFH/GJRR/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDKYhkAwmMsAbti&#10;OwO0YEgIr11TDKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJRpyeQUbMojlHD&#10;KY1R3SqMUvImi1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwAAN9iAADUZgEA&#10;zmgFAMtnCADCZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWncek1l/IZBYhyOO&#10;V48ljFeZJ4lWoymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyEWv8chFr/HP9O&#10;AQD/VwAA5V8AANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxlVhGYY14VlGJl&#10;GJFgbBuOX3QejF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8Jnxd/yJ9Xv8f&#10;fV7/HX1e/x19Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAArnEiAKhwMgKh&#10;bj8GnGxKC5dqUxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4Xqktdl64LnVe&#10;zC90XuktdWD6J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5tAADEcgAAvXQA&#10;ALd0AQCwdA4AqXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1IX1lfSR6ZIYn&#10;d2OQKXVjmyxyYqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8fcWb/H/9UAADo&#10;XwAA12kAAMpwAADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6IcFYThG9eF4Bt&#10;ZBp9bGsdemtzIHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp/yVsaf8ibGr/&#10;IGxq/yBsav8gbGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30aAJl8KgGTezgE&#10;jXlDCYh3TA6DdVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6MuZWuyL2RrxDBi&#10;a+EvZGz2KmZt/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5fAAAsX8AAKmA&#10;AACggAcAmYEXAJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21zdiNqcn8mZ3GJ&#10;KWRxlSticKEtYHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/IO9cAADcaQAA&#10;ynIAAL56AAC1gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQdX5XFHF9Xhhu&#10;e2Uba3psHmh5dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZcd/8jXHf/IFx3&#10;/yBcd/8gXHf/IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiLIQCDijACfok7&#10;BXmHRQp0hk4OcIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXysLFN8vi1SfNot&#10;U3zyKVV8/yVWfP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAAo4wAAJmOAACN&#10;jwAAhpAOAIGRHQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5ahnkhVoWDJFSF&#10;jyZRhJwoT4SqKk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95pAADJdQAAvIAA&#10;ALKIAACojQAAnZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQDWGTVxFdkl4V&#10;WpFmGFeQbhtUj3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8gSov/HkqL/x5K&#10;i/8eSov/HtVuAADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBtnyMAaZ8wAWWe&#10;OwRhnkUHXZ1NClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKXuiJBl9MiQZbv&#10;IEKV/h5Clf8dQ5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsAAIWfAAB5owAA&#10;aqcAAGWnDgBjqBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIURKR9FkKjiRg/&#10;o5caPaOnGzyjuRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2iQAAqpIAAJ+X&#10;AACVnAAAiaEAAH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0uxTQVIsVUHRbFd&#10;CUOxZQtAsG8NPrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/FDSr/xQ0q/8U&#10;NKv/FLuFAACvkAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0ASLwZAEa9JwBF&#10;vTMAQ709AUG9RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwuvtALLrzuDC26&#10;/g0suf8NLLj/Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1AABeugAAUr4A&#10;AEfCAQA9xwYAOMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxxAirMfwMpzJAE&#10;J8yhBCbNtAQlzc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAAkqMAAIWrAAB4&#10;sgAAa7gAAF++AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj2zsAI9tFACLc&#10;UAAh3VsAIN1oAB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa/wIX2v8CF9r/&#10;AqCcAACUowAAh6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4FAB7oDgAd6BUA&#10;G+keABnpJwAY6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMADfDNAAzv7AAM&#10;7fwADOv/AAzr/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA50wAAL9gAACXd&#10;AAAd4QAAGOwCABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8VwAD/WYAAv53&#10;AAD9iwAA/Z8AAPy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0AAGDGAABSzQAA&#10;RNIAADfYAAAs3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoAAf8gAAD/JwAA&#10;/zAAAP86AAD/RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA/+UAAP/lAH+0&#10;AABwvQAAYccAAFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/AAAC/wQAAP8J&#10;AAD/DQAA/xAAAP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+HAAD/mgAA/6oA&#10;AP+5AAD/uQAA/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB/wxgAf8KbQL/&#10;CXkC/wmEAv8JjgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/COYB/wjxAf8I&#10;+wD/CP8A/wj/AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8jJwH/HSwB/xg1&#10;Af8VQgH/ElAB/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2tAf8NswH/DbsB&#10;/w3FAf8N0QH/DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B+A7/Af8mIwD/&#10;KCAA/yggAP8mIgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/E44C/xKWAv8S&#10;nQL/EqMC/xKpAv8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET/wLwFP8C8BT/&#10;AvAU/wLwFP8C8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9UAv8dYQL/G20C&#10;/xp3Av8agQL/GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC7xrqAuwb9wLp&#10;G/8C6Bv/A+cc/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/MSAA/zAqAP8u&#10;NgH/K0MB/yhPAv8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8iqQPtIrED7CK5&#10;A+oixQPoItUD5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/BP8xFgD/NBIA&#10;/zYRAP83EwD/ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE6CqIBOYqkATl&#10;KpcE4yqeBeEqpQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfILP8Hxyz/Bscs&#10;/wbHLP8Gxyz/Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2UQLnNVwD4zRn&#10;A+AzcgTdM3sF2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLhC8Iy8Qu/M/4L&#10;vTP/Crsz/wq6M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA/0UZAPdEIwDu&#10;QS8A5j88AeA+SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3AOKMNvjisDrw4&#10;tg+6OMMPuTjXELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88DQD/QAYA/0UE&#10;AP9JCQD/Sw0A+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3C7pAfw24P4YO&#10;tj+OELQ+lRGyPp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8PokD/DqJB/w6i&#10;Qf8OokH/Dv8/CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHATEwEu0tXBrdJ&#10;YQm0SGkMsUdxDq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D4BqbRPMXmUX/&#10;FZhG/xOYRv8RmEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UGANVSCwDLUxkA&#10;w1QrALxUOwG2UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMYmUmcGpdIphuV&#10;SLIclEjBHZJI2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/SwAA6VMAAN5Y&#10;AADTWwAAzVsEAMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtRbxOYUHYVllB+&#10;F5RPhhmSTo4aj06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/FIZR/xSGUf8U&#10;hlH/FP9HAAD4TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkADoVxLB51aVAqZ&#10;WVwOllhkEZNWaxOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+UuchflP5HX5U&#10;/xp+Vf8XflX/Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpjAgCzYg8ArGMg&#10;AKZjMAGgYj0Dm2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQH31WmyF7Vqci&#10;eVa1I3dWxyR2VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA2V8AAMtlAADB&#10;aAAAumkAALRoAACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZRODXmwWgF1zGH5c&#10;exp7XIMdeVuNH3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd/xdxXf8XcV3/&#10;F/1PAADlWQAA02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlDBYtoTAmHZlQM&#10;g2VbEIBjYhN9YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4mal/0IWtg/x1r&#10;Yf8bbGH/GWxh/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACibwgAm28XAJZw&#10;JwCQbzUCi25ABYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tjkyJpYqAkZmKu&#10;JWVivyZkYtomZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gAAL9vAAC2cwAA&#10;rnUAAKZ1AACdcwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QUcGpsF21qcxpr&#10;aXwcaGiGH2ZnkSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xliaP8ZYmj/GexX&#10;AADZYgAAx2sAALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1RQd4dE0KdHJV&#10;DnFxXBFucGMUa29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzvI1ts/x9cbf8c&#10;XW3/Gl1t/xldbf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAAinwPAIV9HgCB&#10;fS0BfHw5A3d6QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZcZoiV3GoJFVx&#10;uSVUcdAlVHHuIlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6AACrfwAAooIA&#10;AJiDAACLgQAAhIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtmFF56bRdbenYZ&#10;WXmAHFZ4ix9TeJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8ZUnf/Gd5iAADI&#10;bgAAu3cAALB/AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRohkYGZYVOCWGF&#10;VQxehFwPW4NjElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+/BxLfv8aS37/&#10;GUx+/xhMfv8YTH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4EAG+PEgBtkCEA&#10;aZAuAWWPOQJijkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUbRoijHUSItB1D&#10;iModQ4fqHESG+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACcjgAAkpAAAIaT&#10;AAB5lQAAbJcAAGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyUZg5KlG8QR5N5&#10;E0SThRVCkpMXQJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//FcVzAAC3fwAA&#10;rIkAAKGPAACWkwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkBUKFDAk2gSwRK&#10;oFMFSKBaB0WfYwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2mv8SNpn/ETeZ&#10;/xE3mf8RN5n/Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKqAABNqw4AS6sa&#10;AEqrJwBIqzMARqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqfDDGqsAwwqscM&#10;MKnnDC+n+g0vpv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAAe6MAAG+oAABj&#10;rAAAV68AAEuyAABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEyt2QCMLdvAy63&#10;fAQst4sFKrecBSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+NAACilAAAl5oA&#10;AIugAAB+pgAAcasAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8MpACrEMwApxD0A&#10;KMVHACfFUQAmxVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8DHMH/AxzB/wQc&#10;wf8EHMH/BKWUAACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAvxwAAJssEAB7Q&#10;CgAb0REAGtIaABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHYpAAQ2bsAENne&#10;ABDV8wAQ0/8AENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70AAE7BAABCxQAA&#10;N8gAAC3MAAAk0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIACuZPAAnnXQAI&#10;520ABuaAAAXmlQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACFqQAAd7EAAGm5&#10;AABbwAAATsYAAEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfzEwAE8hoAAvIi&#10;AADyKgAA8jQAAPI/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2AAD0+wAA9PsA&#10;APT7AIepAAB5sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAACugAAAXzAAAD&#10;/QEAAPwIAAD7DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA/4IAAP+YAAD/&#10;rAAA/8AAAP/YAAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbeAAAb4gAAEuYA&#10;AAzqAAAF7QAAAPQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zcA&#10;AP9GAAD/WAAA/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA/xokAP8VJwD/&#10;EC0A/wo2AP8FQwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/AKYA/wCsAP8A&#10;sgD/ALkA/wDCAP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/&#10;AP8fIwD/HyEA/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9Af8DhwH/A48A&#10;/wKWAP8CnAD/AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A9wL/APcD/wD2&#10;BP8A9gT/APYF/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/EEkA/w5WAf8M&#10;YgH/C24B/wt5Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0KxgD7CtQA9wrn&#10;APMK9ADwCv8A7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUXAP8hGAD/ICEA&#10;/x4rAP8aNwD/F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB+RChAfcQqAH2&#10;EK8B9BC3APMQwgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHhEv8B4RL/Af8p&#10;FgD/KhMA/ykSAP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYYeAHzGIEB8RiJ&#10;Ae8YkAHuGJcB7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/AtIb/wLRG/8C&#10;0Bv/AtAb/wLQG/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA+SZGAPQkUwHv&#10;Il4B6yJpAeghcwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALTIskC0CLfAswj&#10;8APII/0DxiT/A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82DQD/NhIA/zUa&#10;AP0yJQD0MDIA7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqVA8oqnAPJKqME&#10;xyqsBMUqtgTDKsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8FtCz/Bf80DAD/&#10;NgUA/zkDAP88CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLGM3ADxDJ4BMEy&#10;gAS/MocFvjKPBrwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz/wioM/8HqDP/&#10;B6cz/wenM/8HpzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0DsxAMo8QADEPE0B&#10;wDxYArw7YQO5O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYNpjjFDaQ43g6h&#10;OfENnzr/DJ46/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADfSAEA2kYGANlA&#10;CwDNQhkAxUQrAL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/ig2hPpMOnz6c&#10;D50+pRCbPrERmj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/C/89AAD/QwAA&#10;6UkAAN5OAADTTwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAHoUdnCZ5Gbwqc&#10;RnYMmkV9DphFhQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJRv8OiEb/DYhG&#10;/w2IRv8NiEb/Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxRMgCnUT8ColBK&#10;A55PUwWbTlwImE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1F4NIxxiBSOQY&#10;gUr3FYBK/xKAS/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAAvVoAALhXAQCx&#10;VA4AqlYeAKVWLgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKEToUTgk6OFYBN&#10;mRd+TaQYfE2yGXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1GAADnTwAA1lcA&#10;AMhcAAC/XwAAt18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdcCoZWYwyDVWoO&#10;gVRxEH9TeRJ9U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8TclT/EXJU/xBy&#10;VP8QclT/EPNIAADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCTXzUBjl5AA4pd&#10;SgWGXFIHg1tZCoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xVvRxrVtUda1bw&#10;GmtX/xdrWP8UbFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgAAKdmAACfYgYA&#10;mGMUAJJkJACNYzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sUbluFF2xakBlq&#10;WpwbaFmqHGZauh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADaWQAAyGEAALxn&#10;AACzagAAq2wAAKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXViWwtyYWENcGFp&#10;D21gcBJrX3kUaV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//E2Jf/xJiX/8S&#10;Yl//EupRAADUXAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywAfms4AnpqQgN2&#10;aUoGc2hSCHBnWQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1aYswdWmLqHFtj&#10;/BhcY/8WXGP/FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpzAACObwAAh28N&#10;AIJvGwB9cCkAeW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/FlxoihhaZ5Ya&#10;WGekHFZntB1VZ8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAAvWsAALJyAACp&#10;dgAAoHgAAJZ3AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlkcFwLYXBjDl9v&#10;ahBcbnMSWm58FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs/xNSbP8TUmz/&#10;E9xcAADHZwAAuW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnovAWt5OgJoeUMD&#10;ZHhLBWF3Ughfd1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYaSnLlGkty+RdM&#10;cv8VTHL/E01y/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6fgAAc38CAG5/&#10;EQBrgB4AaIAsAGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7gxRKepEWSHqf&#10;F0Z6rxhFesQYRHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkAAKeAAACchAAA&#10;koYAAIaGAAB3hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQGUIZbCE6FYwpL&#10;hGwMSYR2D0aDgRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBAgP8QQID/EMZr&#10;AAC3dgAArH8AAKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaRLQBTkDgBUZBB&#10;Ak6QSQNMkFAESo9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3hEDiL9hA4iv8P&#10;OYn/DzmJ/w45if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAAX5cAAFSZAQBP&#10;mQ8ATpoaAEyaJwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3mIoKNZiaCzOY&#10;qwsymL8MMpjfCzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQAACLlAAAf5cA&#10;AHKbAABmnQAAWqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVPATelWAI1pWEC&#10;M6VsAzGleQQvpIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8IKZ//CLGCAACl&#10;iwAAmpEAAJCWAACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAysCEAMbArAC+w&#10;NQAusT4ALbFIACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv8wMgrv8DIK3/&#10;BB+s/wQfrP8EH6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEAAD60AAAztwAA&#10;KroDACS8DQAivRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wAGL+OABfAoQAW&#10;wLYAFMDTABW+8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABvqgAAYq8AAFa0&#10;AABKtwAAProAADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7NOgAOzUYADc1S&#10;AA3OYAAMznAAC86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/AJiYAACNngAA&#10;f6UAAHGsAABkswAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUACNkMAAbZEgAF&#10;2hsABNokAAPbLgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA4O4AAN/6AADf&#10;/wAA3/8AAN//AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3QAAAU1AAADtkA&#10;AAndAAAD4QAAAOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxiAADtdgAA7owA&#10;AO6hAADvtwAA79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAAPMoAAC/OAAAk&#10;0gAAGtgAABLcAAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA8x4AAPQnAAD3&#10;MwAA+UAAAPpRAAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHewAABouQAAWsEA&#10;AEzKAAA8zwAALtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYAAAD3AAAA+AAA&#10;APoHAAD7DQAA/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58AAP+uAAD/ugAA&#10;/7oAAP+6AP8WIwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/AHQA/wB+AP8A&#10;hwD/AI8A/wCWAP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A8wD+AP4A/QD/&#10;APwA/wD7AP8A+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQwAP8APQD/AEsA&#10;/wBYAP8AZAD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA/QC5APsAwwD6&#10;ANAA+ADjAPcA8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/HBkA/xkZAP8U&#10;GwD/Dv/i/+JJQ0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA/wB1AP8AfgD/&#10;AIYA/wCOAP8AlAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDsAPkA6wD/AOoA&#10;/wDqAf8A6QH/AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8QNAD/DUEA/wxO&#10;AP8JWgD/CGYA/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7QayAOoGuwDoBsgA&#10;5gbcAOQG7ADiCPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA/yEOAP8eEAD/&#10;HhgA/xwjAP8YLwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDpDpIA5w6ZAOYO&#10;oADkDqcA4g6vAOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT/wHKEv8ByhL/&#10;Af8nDwD/JwwA/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZlAOMWbgDgFncA&#10;3hZ/ANwWhwDZFo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gBwBv/Ab4c/wG9&#10;HP8CvBz/Arwb/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADuIy0A5yE6AOEf&#10;SADbH1QA1SBfANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8irwG9IrsCvCPK&#10;Arkj4wK1JPQCsyT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIAAP8zAgD5MggA&#10;9y8OAOsrFgDhJyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoICuCqJArYqkAK0&#10;KpgDsyqhA7EqqgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSiLP8Eoiz/BP8y&#10;AAD/MwAA+TgAAOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYzXAGzM2UCsDNt&#10;Aq4zdAOsMnsDqzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7B5g0/weXNP8G&#10;ljT/BpY0/wWWNP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUAvTomALc7NgCy&#10;PEMArjxOAao7VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmWOKsKlDi4CpM5&#10;yguROeULjzr3Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJAADLSgAAxUcA&#10;AMFBBAC6PxEAs0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94B5I/fwiQP4gK&#10;jz6RC40+mwyLPqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8IgkH/CP88AADr&#10;QwAA3EoAAMxPAADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKUR1cDkkdeBY9G&#10;ZQaNRmwHi0VzCYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF/w16Rv8Lekb/&#10;CnpG/wl6Rv8Jekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0YAJ1OKACYTjYA&#10;lE5BAZBNSwKNTVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Qd0isEnVIvBJ0&#10;SdITc0nuEXJK/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4WgAAsFkAAKlW&#10;AACiUgcAm1IVAJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlOcwt3TnsNdU2F&#10;DnNNkBBxTZwSb02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//C+5FAADcUAAA&#10;yVcAAL1cAAC0XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0DfFVUBXpUWwZ3&#10;VGIIdVNoCXNTcAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFmU/8PZlP/DWZT&#10;/wxmU/8MZlP/DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpbHgCFWywAgVs4&#10;AX1bQQJ6WkoDd1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1WkFGFVtBVgVcgW&#10;X1XnFWBW+hJgVv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAApGYAAJtkAACQ&#10;XgAAiV4OAIRfGwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp9D2Ja&#10;iBFfWZQTXlmiFFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNPAADNWQAAvmEA&#10;ALNmAACpaQAAoGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFMBGphVAVnYFoH&#10;ZWBhCGNfaQphX3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8QV17/Dlde/w1X&#10;Xv8NV17/Dd5TAADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0ZyMAcWgvAG5n&#10;OQFrZ0ICaGZKA2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1JirhVRYsIVUGLh&#10;FVFi9hJRYv8QUmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMAAI9xAAB/awAA&#10;eGsFAHJrEgBubB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0LVWl3DVNogg9Q&#10;aI8RTmedE01nrBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADAZAAAs2wAAKly&#10;AACgdgAAlncAAIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltxTQNZcVQFV3Bb&#10;BlRwYwhSb2sKUG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/Dkds/w1HbP8N&#10;R2z/DcxfAAC8aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcAX3gkAF15MABa&#10;eToBWHlCAlZ4SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBAdbwQQHXZEEB0&#10;8w9AdP8OQXP/DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGBAABygAAAZX8A&#10;AF1/CABZfxMAV4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5wCEJ+ewk/fogL&#10;PX2XDDx9pw06fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAAp3wAAJ2BAACS&#10;hAAAh4YAAHuHAABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFGiUoBRIlSAkKJ&#10;WgNAiGMEPYhtBTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD/wkzg/8JM4P/&#10;CblwAACtegAAooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJITAEOTHwBBkyoA&#10;QJM0AD+TPQA9k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcGLJLRBiyR7wYr&#10;j/8GK47/BiuN/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABhlwAAVZkAAEmb&#10;AAA/nAEAOZ0OADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASufcQEpnn8CJ56Q&#10;AiaeoQIknrUCI57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4AAIuSAAB/lgAA&#10;cpoAAGWdAABZoAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUAJKo/ACOqSAAi&#10;q1MAIateACCragAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIYpv8CGKb/AqWJ&#10;AACZjwAAj5QAAIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61BgAZtw8AGLcX&#10;ABe3IQAWtyoAFbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnEAA245wAOtvsA&#10;DrX/AA60/wAOtP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAAOrUAAC+3AAAl&#10;ugAAHb0AABXAAAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwADxmYAAsZ3AAHG&#10;iwAAxqAAAMW2AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2pAABgrwAAU7QA&#10;AEa4AAA6uwAALr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEeAADSJwAA0zEA&#10;ANQ8AADVSQAA1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8AANb/AIydAAB+&#10;pAAAb6sAAGGyAABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA2wAAANwDAADd&#10;CgAA3g8AAN8UAADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADprQAA6cUAAOni&#10;AADp8gAA6fUAAOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIAAA/WAAAI2wAA&#10;AN8AAADjAAAA5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgAAPdIAAD4WgAA&#10;+W0AAPqEAAD6mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5ywAAK9AAAB/U&#10;AAAU2gAADd8AAAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4CQAA+g4AAP0T&#10;AAD/HAAA/ygAAP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8AP8RIAD/EB4A&#10;/wweAP8EIQD/ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/&#10;AJ4A/wCkAP8AqgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7AP8A+gD/APoA&#10;/wD6AP8A+gD/AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2&#10;AP8AfwD/AIcA/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDcAPUA7ADzAPgA&#10;8wD/APIA/wDxAP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A/wAoAP8ANgD/&#10;AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDzAKgA8QCwAPAA&#10;uADuAMMA7ADTAOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8aEwD/GBEA/xQQ&#10;AP8PEQD/DRkA/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACEAO4AiwDsAJEA&#10;6wCXAOkAngDnAKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A1QH/ANUB/wDV&#10;Av8A1QL/AP8eEAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0BFwA7gRmAOoE&#10;bwDmA3cA5AR/AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H4ADMCPEAyQr/&#10;AMcL/wDGDP8AxQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgYAP8UIwD2ETAA&#10;7w4+AOoOSgDlDVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0Ayg6lAMgOrgDG&#10;D7kAxBDIAMIQ3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/IwAA/yMAAP8k&#10;AwD/IQoA/R0RAPEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMXewDBF4IAwBiJ&#10;AL4YkAC8GJgAuxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/Aagd/wGoHf8B&#10;qB3/Af8oAAD/JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkAvyBTALwhXQC5&#10;IWUAtyJtALUidACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGjJOgCoCX5Ap4l&#10;/wKdJf8CnCX/Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIlCgDJJRcAwScn&#10;ALspNgC2KkMAsitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuVAp4rnwKcK6oD&#10;miu2A5ksxwOXLOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA5DoAANY9AADM&#10;PAAAxzkAAMMxBQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKaM3ACmTN3Apcy&#10;fwOVMocDkzKQBJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0/wSFNP8EhTT/&#10;BPwzAADrOgAA3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtEAJo7TQGXOlYB&#10;lDpdApI6ZAKQOmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMIfzruCH06/gd8&#10;O/8GfDv/BXw7/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACpPgsAoj8XAJ1A&#10;JgCYQTQAlEE/AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+kQh7PpwJej6p&#10;CXg+uAp3P80KdT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwAAL9PAAC2UAAA&#10;rk8AAKdKAACgRAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWMEfERqBHpEcQV5&#10;RHkGd0SCCHVDjQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wdsRf8HbEX/B+w/&#10;AADYSQAAx1AAALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJLQgF/S0oBfEpS&#10;AnlKWAN3Sl8EdUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknkDWZJ+AtmSf8J&#10;Zkr/CGZJ/wdmSf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAAjE4OAIdPGwCC&#10;TykAf1A1AHtQPwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwplTJMLY0ygDWJM&#10;rw5hTcIOYE3hDmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNbAACqXQAAoV0A&#10;AJhaAACNUwAAhlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJgBGdRaAZlUXAH&#10;Y1F5CGFRhApgUJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8IW1H/CN9KAADJ&#10;UwAAu1oAALBfAACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBtV0EBaldJAmhW&#10;UAJmVlcDZFZeBGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV8w1VVf8LVlX/&#10;CVZV/wlWVf8IVlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sGAHVbEgBxWx8A&#10;blwrAGtcNgBoWz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwLVFmaDVJZqg5R&#10;WbwOUFnYDlBZ8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACgaAAAl2kAAIxn&#10;AAB9YAAAdV8DAG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlfYQVXXmkGVV5z&#10;CFNefglRXYoLT12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/CM9UAAC+XgAA&#10;sWUAAKdqAACdbQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToAXGVCAVplSgJY&#10;ZFECVmRYA1RkXwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxGYv8KR2L/CUdi&#10;/wlHYv8IR2L/CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNpCwBfaRUAXGoh&#10;AFpqLQBYazYAVms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmVCkNopQtBabcM&#10;QGnPDEBo7gtBaP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAAi3cAAIB2AABw&#10;cgAAZXEAAFxwBwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNHcWIERXBsBUNw&#10;dwZBcIQHP3CTCD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79iAACxawAApnMA&#10;AJ15AACSewAAh3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3AEh5QABGeUgB&#10;RHlPAUJ5VwJBeWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0HNHX/BzV1/wY1&#10;dP8GNXT/BrloAACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABIgAoARYETAEOB&#10;HgBCgikAQYIyAECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCBnwQugbEFLYHI&#10;BS2B6QQtf/wFLX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcAAHCIAABjiQAA&#10;VYoAAEuKAABBigIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgAL41iAS2MbgEr&#10;jHsBKoyLAiiMnAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACjgAAAl4UAAI2J&#10;AACCjAAAdo4AAGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqXLQAplzYAKJg/&#10;ACeYSAAmmFIAJZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/ARuT/wIbk/8C&#10;G5P/Aqd/AACchgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAAKqEAACGjCgAf&#10;oxEAHqMaAB2kJAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAASpagAEaW/ABCk&#10;4gARovgAEaH/ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFihAABMpAAAQKYA&#10;ADWnAAAqqQAAIqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFLAAuxWAAKsWcA&#10;CLF4AAexiwAFsaAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAAgpgAAHWdAABn&#10;ogAAWqcAAE6rAABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgABvRkAAL4iAAC+&#10;KwAAvjYAAL5BAAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9/wAAvf8AAL3/&#10;AJKUAACFmgAAeKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEAAAvEAAAExwAA&#10;AMkHAADJDQAAyRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cAAM+dAADPswAA&#10;z84AAM/rAADO+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAApvwAAHsIAABXG&#10;AAAOyQAACMwAAADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADgNAAA4kEAAOJR&#10;AADjYwAA43cAAOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIAAFG5AABDvgAA&#10;NcIAACjGAAAcyQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMAAOcJAADpDgAA&#10;6xIAAO0aAADvJAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA998AAPffAHCs&#10;AABhtAAAU7sAAEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADpAAAA7AAAAO0A&#10;AADwAAAA8QAAAPMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9oAAD/gAAA/5YA&#10;AP+oAAD/tgAA/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA/wBWAP8AYwD/&#10;AG0A/wB3AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/AMkA/gDdAP0A&#10;7QD8APoA+wD/APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8AGAD/AB4A/wAq&#10;AP8ANwD/AEUA/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCcAPwAoQD7AKgA&#10;+QCvAPgAuAD2AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A7gD/AP8SFAD/&#10;DxIA/wsSAP8AEgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5AH0A9wCEAPUA&#10;iwD0AJEA8wCXAPEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA/wDiAP8A4QD/&#10;AOEA/wDgAP8A4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBHAPkAUwD1AF4A&#10;8gBoAPAAcADtAHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA2gDFANYA2QDU&#10;AOwA0gD5ANEA/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/DBEA/wcaAP8B&#10;JgD8ADQA9ABBAO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMAkwDRAJoAzwCh&#10;AM0AqgDLALMAyQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/AP8bBgD/FwAA&#10;/xQAAP8TBQD/EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwAzAVzAMoFegDI&#10;BYEAxgWHAMUGjgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCxDf8AsA3/ALAO&#10;/wCvDv8Arw7/AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAMPgDLDUoAxw1V&#10;AMQOXgDBDmYAvw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6AK0RygCqEuUA&#10;pxT3AKUV/wCjFf8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA3BkFANsQDADQ&#10;ERkAyBMpAMIVNwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACoGowAphqUAKQa&#10;ngCjG6gAoRu0AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8mAAD0JwAA5i0A&#10;ANovAADPLQAAyicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNiAKEjaQCgI28A&#10;niN3AJwjfgCbI4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8Ciif/Aokn/wKJ&#10;J/8BiSf/AfopAADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCkKjgAoCpDAJ0r&#10;TACaK1UAmCtcAJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYsugKFLc4Dgy7q&#10;A4Eu/AOALv8Cfy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwAAK81AACpLwsA&#10;oy8XAJ4xJgCZMjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wCgjOFAoAzjwN/&#10;M5oDfTOnA3wztQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADdPQAAykMAAL5F&#10;AAC1RgAArUMAAKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5WgGAOWEBfjlo&#10;Anw5bwJ6OXcCeTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/BG07/wNtOv8D&#10;bTr/A+o5AADVQgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioAhD81AIE/PwB+&#10;P0gAfD9PAXo/VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZpP8AHZz/eB2c/&#10;9QZmQP8FZkD/BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlKAACRRAAAikEN&#10;AIRCGQCAQyYAfUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5BGhDgwVmQ48G&#10;ZEOdB2NDqwdhQ70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAAu1AAALBTAACn&#10;VQAAnlMAAJVPAACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFqSFYBaEhdAmZH&#10;ZAJlR2wDY0d2BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI/wVaSP8EWkj/&#10;BNtEAADGTQAAuFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwrAG1MNQBrTD4A&#10;aExGAGZMTQFkTFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJVUzRCVRM7whU&#10;Tf8GVUz/BlVM/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACBUwAAd08EAHFP&#10;EABuUBwAalAoAGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQewVVUIgGU1CW&#10;B1JQpQhQULcJUFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloAAKdeAACdYAAA&#10;lGAAAIldAAB8VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8BWVRWAVdUXQJV&#10;VGUDVFRuBFJUeQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVLVP8FS1T/BcxO&#10;AAC7VwAArl4AAKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1ZLABbWTYAWVk+&#10;AFdZRgBWWU0BVFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnKCEVZ6ghGWf0G&#10;Rlj/BkZY/wVHWP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAAaF4AAGFdCQBc&#10;XRMAWl0eAFddKQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRGXoIFRF2QBkNe&#10;oAdBXrEHQF7IB0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5qAACVbQAAim0A&#10;AH9sAABvZwAAZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRPAUhkVwFGZF8C&#10;RWRoAkNkcwNBY38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8EPGH/BL5bAACw&#10;YwAApWoAAJtvAACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJaisASGo0AEdq&#10;PQBFa0QARGtMAEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq5QU1afkENWn/&#10;BDVo/wQ1aP8ENWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMAAFFxAABIcAoA&#10;RXASAENxHQBCcScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoCM3KJAzFymgMv&#10;cqwDLnLBAy5y4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACIfAAAfn0AAHJ9&#10;AABkfAAAV3sAAEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7TAAye1UAMHtf&#10;AC97agEte3cBK3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/Aq5sAACjdgAA&#10;mXwAAI5/AACEggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoALYQkACyFLQAr&#10;hTUAKoU+ACmFRwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAehPUBHoL/AR6C&#10;/wEegf8BHoH/Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECOAAA2jgAALI8A&#10;ACWQDAAjkBMAIpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+ABaSkAAVkqQA&#10;FJG5ABOR2AATj/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAAaZEAAF2TAABQ&#10;lQAARZcAADmYAAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwARnkEAEJ5MAA+e&#10;WAAOnmcADZ53AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyEAACRigAAiI4A&#10;AHuSAABtlgAAYJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sNAAiqEwAHqhsA&#10;BqokAAWqLgAEqjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQAAKj2AACn/wAA&#10;p/8AAKf/AJWLAACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAdrQAAFLAAAA6y&#10;AAAJtQEAArYKAAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4dgAAuIsAALeg&#10;AAC3tgAAt9MAALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wAAD6vAAAxsQAA&#10;JrMAABy2AAATuAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQAAMYuAADIOgAA&#10;yUcAAMlXAADJaQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3nwAAaKYAAFqr&#10;AABNsQAAP7UAADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADPAwAA0AkAANEO&#10;AADTEgAA1RkAANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7LAADe5gAA3/QA&#10;AN/0AHmhAABrqAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAAANMAAADZAAAA&#10;3AAAAN0AAADfAAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA8V4AAPJzAADz&#10;iwAA86IAAPO2AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfMAAAO0AAABtUA&#10;AADaAAAA3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYMAAD5EgAA/BwA&#10;AP8pAAD/OgAA/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA/wAXAP8AGgD/&#10;ACEA/wArAP8AOQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/AJYA/wCbAP8A&#10;oQD/AKgA/wCvAP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA/wDzAP8A8QD/&#10;AP8LFQD/BRMA/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBuAP8AdgD/AH4A&#10;/wCFAP4AiwD9AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA7gD/AO0A/wDs&#10;AP8A6wD/AOwA/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/AD0A/wBKAP8A&#10;VQD9AGAA+gBpAPgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkArgDnALgA5QDF&#10;AOMA2gDhAO0A3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJAP8ADAD/ABIA&#10;/wAdAP8AKQD7ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA4QCMAN8AkwDd&#10;AJkA2wChANkAqQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDIAP8AyAD/AP8R&#10;CAD/DQIA/wcAAP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0AZQDZAG0A1QBz&#10;ANIAegDQAIAAzgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADxALsA/gC5AP8A&#10;uAD/ALgA/wC4AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA3QA2ANgAQgDS&#10;AE0AzgBXAMoAXwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1AKgAswCzALEA&#10;wgCvANgArgLtAKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwRAADmDgAA5QYI&#10;AN0DEgDUAyAAzQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7AK8IggCuCYoA&#10;rAmSAKoJmwCoCqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8Amw//AP8aAAD3&#10;GQAA6h4AAN8eAADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCsEFoAqhBhAKgR&#10;aACmEW8ApBF2AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW/QCQF/8Ajxf/&#10;AI4X/wCOF/8Ajhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUeAK0WLACoFzgA&#10;pBhDAKEZTACfGVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0AjR2pAIsdtwCK&#10;HsoAiB/nAIYg+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8MQAAti0AALAl&#10;AACsHQwAph4YAKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkkcgCIJHoAhiSD&#10;AIQljQCDJZgBgSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/Ae8rAADdMwAA&#10;yjkAAL47AAC0OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oAhitSAIQrWACC&#10;LF8AgCxmAH8sbQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJwL/8Cby//Am8v&#10;/wFuL/8Bbi//AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwvHACIMCgAhDEz&#10;AIEyPQB/MkYAfTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOdAmwzqwJqNLwC&#10;aTTVA2g18QJnNf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAAoEQAAJg/AACQ&#10;OQAAiDQNAIM1FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFsOG0Bajh1AWg4&#10;gAJnOIwCZTiZA2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07AADHQwAAuUkA&#10;AK5LAACkTAAAm0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1GAGs9TQBpPVMA&#10;aD1aAGY9YQFkPWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4DWT//A1k//wJZ&#10;P/8CWT7/AtY/AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBxQBwAbUAoAGtB&#10;MgBpQTsAZ0FCAGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dCowRVQ7MEVEPJ&#10;BFRD6QRTQ/0DU0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMAAIpQAAB/SgAA&#10;dUUCAG5DDgBrRBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMBV0ZsAlZGdwJU&#10;RoMDU0aRA1FGoQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7TgAAr1QAAKRX&#10;AACaWAAAkVcAAIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJQwBXSUoAVklS&#10;AFVKWQFUSmEBUkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/A0pL/wNKS/8D&#10;Skv/A8hJAAC4UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMAXE0eAFpNKABY&#10;TTEAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRGT64ERU/DBERQ&#10;5ARET/kERU//A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBeAAByVwAAZ1MA&#10;AF5RBwBZUREAV1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNmAUdTcAJFU30C&#10;RFOLA0JTmwNBVKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAApl4AAJxiAACS&#10;ZQAAiGUAAH1iAABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJWEQASFhLAEdY&#10;UwBFWFsBRFhkAUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX/wM7V/8DO1f/&#10;A7xUAACuXAAAo2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sUAElcHwBHXCgA&#10;Rl0xAEVdOQBDXUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkDNV69AzRf3QM0&#10;XvUDNV3/AjVd/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABnaQAAXGYAAFFk&#10;AABIYgkARGIRAEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZkaQE1ZHYBM2SF&#10;ATFllQIwZacCL2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0AAJNxAACIcwAA&#10;fXMAAHJyAABkcAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkANGtBADNsSQAy&#10;bFIAMWxcAC9sZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEoaf8CKGn/Aq5k&#10;AACjbAAAmXMAAI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFzEQAwcxoAL3Mj&#10;AC5zKwAtdDQALHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3AB910gAfdPEA&#10;H3P/AR9y/wEgcf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAATX4AAEN+AAA4&#10;fQAAL30CACh9DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAcf2sAGn96ABl/&#10;jAAXf58AFn+zABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWCAAB7hAAAbYYA&#10;AGCHAABUhwAASIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoouABWKNwAUikEA&#10;E4pMABKLWAARi2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8ADob/AJ97AACU&#10;gQAAioUAAICIAABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAASlgYADpcOAA2X&#10;FQAMlx0ADJcmAAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACVvgAAlOAAAJT0&#10;AACT/wABkv8AAZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsAACycAAAinQAA&#10;GZ4AABKgAAANogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYAAKRlAACjdwAA&#10;o4sAAKOgAACitgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABgmwAAU54AAEah&#10;AAA5owAALaQAACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACwIAAAsSgAALEy&#10;AACyPgAAskwAALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//AIyQAAB/lQAA&#10;cZoAAGOfAABVpAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAAALsAAAC8BwAA&#10;vA0AAL0RAAC+FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAAw7gAAMLXAADC&#10;7wAAwvoAAMH+AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67AAAHvgAAAMEA&#10;AADFAAAAxwAAAMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhBAADYUwAA2WYA&#10;ANl8AADZlAAA2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAALroAACG9AAAV&#10;wAAADcQAAAXHAAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA4QwAAOMRAADm&#10;GQAA6SQAAOwyAADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqoAABbrwAATLYA&#10;AD68AAAvwAAAIMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYAAADoAAAA6QAA&#10;AOwAAADuAAAA8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kAAP+fAAD/sQAA&#10;/8AAAP/GAP8AFQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/AGYA/wBvAP8A&#10;dwD/AH4A/wCFAP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA5gD5APYA+AD/&#10;APcA/wD3AP8A9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAkAP8AMgD/AD8A&#10;/wBMAP8AVwD/AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A9QCmAPQArgDy&#10;ALkA8ADGAO4A3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/AA0A/wALAP8A&#10;DAD/ABMA/wAfAP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8AgQDuAIcA7ACN&#10;AOoAkwDpAJoA5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/ANUA/wDVAP8A&#10;1AD/AP8JCgD/AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA6gBfAOcAZwDk&#10;AG4A4gB0AOAAewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDIAOAAxgDzAMUA&#10;/wDDAP8AwwD/AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4AHwDqAC0A5gA6&#10;AOIARQDeAE8A2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCWAMAAngC+AKcA&#10;uwCyALkAwAC3ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA/wMAAPcAAAD0&#10;AAMA5wANAOAAGADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6AHQAuAB7ALYA&#10;gQC0AIgAsgCQALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA/wCiAP8AogD/&#10;AP8QAAD7DAAA7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBLALQAVACyAFsA&#10;rwBiAK0AaACrAG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YAmQXiAJgG9ACW&#10;CP8AlQn/AJQJ/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9AxQAtwQhALIG&#10;LgCuCDoAqglEAKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYMkACUDJoAkg2m&#10;AJENswCPDcUAjQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQAAMglAAC/IgAA&#10;uRwAALQUAQCxDQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMAkBNpAI4TcACM&#10;E3gAixOBAIkUiwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7Gf8Aexn/AO8h&#10;AADdKQAAyi0AAL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4aQQCLG0kAiRtQ&#10;AIcbVwCFHF4AhBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDUAHQh8AByIf8A&#10;cSL/AHEh/wBxIf8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIAkh4QAI0gGwCJ&#10;IScAhiIyAIMjPACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBxJo0AbyaZAG4m&#10;pwBtJ7gAbCfOAWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9AACnPQAAnzkA&#10;AJczAACPLQAAiCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtbAG4rYgBsK2oA&#10;ayxyAGksfQBoLIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8BYC7/Ado0AADF&#10;PAAAt0EAAKxDAACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBvMDsAbTBDAGsx&#10;SgBpMVEAZzFXAGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo05gFZNfsBWTX/&#10;AVk0/wFZNP8BWTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUEAHMzEABvNBoA&#10;bDQlAGk1LwBnNTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IBWDiPAVY4ngFV&#10;OK8CVDnDAlM55AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACaTAAAkUsAAIdG&#10;AAB9QAAAczsAAGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7WABXO2AAVjto&#10;AFU8cwFTPH8BUjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/AclAAAC4SAAA&#10;rE0AAKFQAACXUQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEAWD44AFc+QABV&#10;P0YAVD9NAFM/VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJIQvYCSEL/AkhC&#10;/wFIQf8BSEH/AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFCCABcQREAWUIb&#10;AFdCJQBVQi4AU0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WIAUZFmAJFRqkC&#10;REa9AkNG3AJDRvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAAiFgAAH5VAABx&#10;TwAAZkoAAFxGBQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hhAEVJ&#10;bABESXgBQkmGAUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1KAACvUgAAo1gA&#10;AJlbAACQXQAAhlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUswAEdLOABGTD8A&#10;RUxGAERMTgBDTVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IBOU7/ATlO/wE5&#10;Tf8BOk3/AbpOAACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABMTwsASU8SAEdQ&#10;HABFUCUAQ1AtAEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdTkgE1U6QBNFO3&#10;ATNU0QEzU/EBNFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUAAHRjAABmXgAA&#10;XFwAAFFYAABHVQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EAN1haADVYZQA0&#10;WHEAMliAATFYkAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAAClXwAAm2UAAJFp&#10;AACHagAAfGoAAHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVdLgA0XTYAM10+&#10;ADJdRgAxXk4AMF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/ASdd/wEoXf8B&#10;KFz/Aa1cAACiZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAANWMJADJjEQAw&#10;YxkAL2QhAC5kKQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAiZp0AIGaxAB9m&#10;yQAfZusAIGX+ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0AABccgAAT3EA&#10;AERvAAA6bgAAMG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5QAB5uWwAdbmcA&#10;HG52ABpuhwAZb5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAAkHYAAIZ5AAB8&#10;ewAAcXsAAGR7AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAadyYAGXcuABh3&#10;NwAXeEAAFXhKABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91/wAQdf8AEHT/&#10;AJ9xAACVeAAAi3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIAAByCAAAUggkA&#10;EYMQABCDFgAQgx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EABYKlAAOCuwAE&#10;gdsABIHyAAWA/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJiwAAPYwAADGM&#10;AAAmjAAAHY0AABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQSQAAj1YAAI9l&#10;AACPdgAAj4oAAI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokAAHSMAABmjwAA&#10;WZEAAEyTAABAlQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMAAJwaAACcIgAA&#10;nSsAAJ01AACdQAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAAmf8AAJj/AI6I&#10;AACGjAAAeJAAAGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAimAAAAqAAAAKkE&#10;AACpCgAAqQ4AAKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuOAACrpAAAq7wA&#10;AKreAACp9AAAqf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAAHqkAABSrAAAN&#10;rgAABrAAAACyAAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAAvDgAAL1HAAC9&#10;WAAAvWsAAL2BAAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOlAABGqgAAOK0A&#10;ACqvAAAesQAAE7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYGAADHDAAAyBAA&#10;AMoWAADMIAAAzysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0AANP2AHOdAABk&#10;owAAVqkAAEevAAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAAzwAAANAAAADS&#10;AAAA1AAAANYAAADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADqfAAA65UAAOus&#10;AADrwgAA7NUAAOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwAAADPAAAA0wAA&#10;ANkAAADdAAAA4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIAAPgcAAD7KwAA&#10;/T4AAP5TAAD+agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/ABkA/wAmAP8A&#10;NAD/AEEA/wBNAP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8AmQD/AKAA/wCn&#10;AP4ArwD8ALoA+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/AP8ADwD/AA0A&#10;/wANAP8ADgD/ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA+wB7APkAggD4&#10;AIgA9wCOAPYAlAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDlAP8A5gD/AOAA&#10;/wDZAP8A1AD/AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsATgD3AFcA9ABg&#10;APIAaADvAG8A7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5ANoAygDXAOQA&#10;1AD2ANEA/wDQAP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A+gAWAPYAIwDz&#10;ADAA8AA8AO0ARwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQAI8AzQCWAMsA&#10;ngDJAKgAxwCzAMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8CAAD/AAAA/wAA&#10;AP8AAAD0AAcA7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABpAMYAbwDDAHUA&#10;wQB7AL8AggC+AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8AqwD/AKwA/wCs&#10;AP8AqwD/AP8EAAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDDAEQAwABNALwA&#10;VQC5AFwAtwBjALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMAswChAMMAnwDe&#10;AJ4A8gCdAP8AnAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAFAMYAEADAABoA&#10;uwAnALcAMgCzAD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwAnQCEAJsAjQCZ&#10;AJcAlwCiAJUArgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADqEgAA3BUAAM0V&#10;AADEEQAAvgwAALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkCXACXA2MAlQNp&#10;AJMDbwCRBHYAkAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/AIAM/wCADP8A&#10;gAz/APEVAADgHQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4AlQs4AJMMQQCQ&#10;DEkAjg1QAIwNVwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7ELgAehDOAHgR&#10;7AB2Ev8AdRL/AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAcAACbEwMAlg8Q&#10;AJAQGwCMEScAiRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0AHYWfgB0FooA&#10;cheWAHEXpABvGLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAAvDEAALAzAACn&#10;MQAAnywAAJcmAACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABzHFMAcR1ZAHAd&#10;YABuHWcAbR5wAGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi/wBhIv8AYSL/&#10;ANcsAADDNAAAtjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCInAHEiMQBvIzkA&#10;bSNBAGsjSABpI04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60AWyjBAFso4ABa&#10;KfcAWSn/AFkp/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACBMAAAeSoDAHIm&#10;DwBuJxkAaygjAGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAForcgBZLH0AWCyL&#10;AFYtmgBVLaoAVC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIAAKJEAACYRAAA&#10;j0EAAIU8AAB7NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YAWC9NAFcvVABW&#10;MFwAVTBkAFMxbgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBMM/8ATDP/AMY6&#10;AAC2QgAAqUYAAJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoyJQBYMy0AVjM1&#10;AFUzPABTNEMAUjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4AUc40wFGOPEB&#10;Rjj/AUY4/wBGOP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAAaT0AAF83BgBa&#10;NhAAVzcYAFQ3IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBHOnUARTuDAEQ7&#10;kwBDPKQBQjy2AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQAACPUQAAhVAA&#10;AHtMAABvRgAAZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxEAEY9SwBFPVQA&#10;RD5cAEM+ZwBCP3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8BPT//AbpFAACs&#10;TAAAoVEAAJdUAACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABHQCQARkAsAERA&#10;MwBDQDoAQkFCAEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdFywE3RewBN0X/&#10;ATdE/wE4RP8BOEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwAAFNIAABKRQkA&#10;RkQRAEREGQBCRCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4ANkh8ADVIjQA0&#10;SZ4AM0mxADJJyQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACIXQAAfl0AAHNa&#10;AABlVQAAW1IAAFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdLRAA2S00ANExW&#10;ADNMYAAyTGwAMU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/ALBQAACkWAAA&#10;mV0AAI9hAACGYgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsANU8jADRQKwAz&#10;UDIAMlA6ADFQQgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAmU+cAJlP8ACdS&#10;/wAnUf8AJ1H/AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpbAAA/WAAANVYI&#10;ADFVEAAwVhcALlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1ACNZhgAhWZgA&#10;IFmrAB9ZwgAfWeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAAdWwAAGprAABd&#10;aAAAUWUAAEZjAAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAhXkMAIF9MAB9f&#10;VwAeX2MAHGBxABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRgAACZaAAAkG4A&#10;AIZwAAB8cgAAcnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYVABxmHQAbZiUA&#10;GmYtABlnNQAYZz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAAEGf3ABBm/wAR&#10;Zf8AEWX/AJ9nAACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAxcgAAJ3EAAB5x&#10;AAAWcAoAE3AQABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtxegAKcY0ACHGh&#10;AAZxtgAGcNIAB3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4AAFl+AABNfgAA&#10;QH0AADV9AAAqfAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIABHw9AAN8SAAB&#10;fFUAAHxjAAB8dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACMfAAAg4AAAHmD&#10;AABshAAAXoUAAFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJDwAAiRQAAIgb&#10;AACIIwAAiSwAAIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXmAACE+AAAhP8A&#10;AIT/AJB+AACHgwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAAEpMAAA2UAAAG&#10;lQAAAJYGAACWDAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAAlngAAJWOAACV&#10;pAAAlLwAAJPfAACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+ZAAAymgAAJpsA&#10;ABucAAASnQAADJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUlAACmLwAApjwA&#10;AKZLAACmWwAApm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAAapUAAFyZAABO&#10;nQAAQaAAADOiAAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAAsAUAALELAACy&#10;DwAAsxQAALQbAAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC25AAAtvUAALX+&#10;AHuTAABtmAAAX50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcAAAC6AAAAvAAA&#10;AL0AAAC+AAAAvgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UAAMxqAADMgwAA&#10;zJwAAMu1AADMzgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQuAAAB7sAAAC+&#10;AAAAwQAAAMQAAADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADbEAAA3hgAAOIk&#10;AADjNQAA5EgAAOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAAADi1AAAouQAA&#10;GrwAAA/AAAAFxAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAAAOMAAADlAAAA&#10;6AAAAOoAAADtBgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA/LsAAP3LAP8A&#10;DwD/AA4A/wAOAP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8AbgD/AHYA/wB8&#10;AP8AggD/AIkA/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/APMA/wDyAP8A&#10;7AD/AOIA/wDcAP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA/wBEAP8ATwD/&#10;AFkA/gBhAPwAaQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDsAK8A6gC8AOgA&#10;zQDmAOgA5AD6AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8ABAD/AA4A/wAZ&#10;AP8AJQD9ADIA+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACDAOIAiQDgAJAA&#10;3gCXANwAnwDZAKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8AvgD/AP8AAAD/&#10;AAAA/wAAAP8AAAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZAGQA1QBrANIA&#10;cQDQAHYAzgB8AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA/AC3AP8AtwD/&#10;ALYA/wC0AP8AsQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAxANIAPADOAEYA&#10;ygBPAMcAVwDEAF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwArwCnAK0AswCr&#10;AMUAqQDhAKcA9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADgAAAA1AALAMwA&#10;EwDHAB8AwgAqAL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkAdQCnAHwApQCE&#10;AKMAjAChAJYAnwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/APwBAADwBQAA&#10;4wcAANUFAADMAAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEAoQBXAJ8AXQCd&#10;AGMAmwBpAJoAbwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCHAPkAhwD/AIYA&#10;/wCGAP8AhgD/APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEAJgCeADEAmgA6&#10;AJgAQwCVAEoAkwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCWAIAAowB+ALEA&#10;fQDEAHsC4QB6A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAAqhMAAKQNAACf&#10;BQwAmQAUAJUAHwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9CGoAewhyAHoI&#10;fAB4CYYAdgmSAHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEcAADLIwAAvCYA&#10;ALEmAACoJAAAoB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5FAHgOSwB3DlEA&#10;dQ9YAHMPXgBxEGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YAYxT/AGMU/wBi&#10;FP8AYhT/ANYkAADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5EhwAdhMnAHMU&#10;MABxFDgAbxU/AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8YmQBeGakAXBm8&#10;AFwa2ABaG/MAWhz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEAAIkrAACBJQAA&#10;eR0DAHMYDgBvGRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwAXB5kAFsebgBZ&#10;H3kAWB+HAFYglgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4NgAAqzoAAKA8&#10;AACWOwAAjTgAAIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsiPQBaI0QAWCNK&#10;AFcjUQBVI1gAVCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/AEso/wBLKP8A&#10;Syj/AMM0AACzOwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEAXCYZAFknIgBX&#10;JysAVSgyAFQoOQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABHLKEARi2zAEUt&#10;ywBFLuwARC7/AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+AABxOQAAZzQA&#10;AF4uBABYKw4AVSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5aAEYvZABFL3AA&#10;QzB+AEIwjQBBMZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAAoUcAAJZJAACM&#10;SQAAg0gAAHhEAABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBGMTkARDFAAEMy&#10;RwBCMk8AQTNYAEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3/wA6Nv8AOjb/&#10;ALdAAACqRgAAnksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQRAEc1GQBFNSEA&#10;QzUoAEE1LwBANTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsANTqtADU7xAA0&#10;O+YANDv7ADU7/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABnSAAAXEQAAFI/&#10;AABIOgYARDkPAEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8XQA1PWkAND13&#10;ADM+hwAxPpkAMD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIAAI9VAACGVgAA&#10;fFUAAHFSAABkTAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEANT84ADQ/QAAz&#10;QEgAMkBRADFBWwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wArQv8AK0L/AK5K&#10;AAChUQAAl1YAAI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZDEQA0QxgAM0Mg&#10;ADJEJwAxRC8AMEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUioACRIvgAjSOAA&#10;JEj3ACVH/wAlR/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAAVVUAAEtRAABA&#10;TQAANUoHADBJDgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAkTGIAI0xwACFM&#10;gAAgTZMAH02mAB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhjAAB+ZAAAdGMA&#10;AGlhAABcXgAAUlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1AvACJRNwAhUUAA&#10;IFFJAB5SUwAdUl8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8AGVH/AKNZAACY&#10;YAAAj2UAAIVoAAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAgVw4AHlcUAB1X&#10;HAAcWCMAG1grABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBatwAOWtUAEFnz&#10;ABBZ/wARWP8AEVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgAAD5mAAAzZQAA&#10;KWMAACBhAQAYYAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgADWFmAAxidgAL&#10;YokACmGdAAlhsgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1dQAAanQAAFxz&#10;AABPcgAAQ3AAADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApqKQAJajIACGo8&#10;AAdrRwAFa1MABGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/AJdtAACNcwAA&#10;hHcAAHt6AABwewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIACXYKAAR2DwAA&#10;dhUAAHYcAAB2JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAAc8AAAHPjAABy&#10;9wAAcv8AAHH/AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmCAAAfgQAAFoEA&#10;ABCCAAAKggAAAoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJVAACBZQAAgXgA&#10;AIGNAACAogAAf7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAAUooAAEWLAAA5&#10;jAAALIwAACGMAAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAAkB8AAJAoAACQ&#10;MgAAkD8AAJBNAACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiEAACAiAAAcosA&#10;AGSNAABWkAAASJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0AAACdAwAAnQkA&#10;AJ0NAACeEQAAnhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsAAJ3GAACd6QAA&#10;nPkAAJz/AIOLAAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAHpAAAAKYAAACo&#10;AAAAqgAAAKoAAACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACxSAAAsVoAALFv&#10;AACxiAAAsaAAALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYAACOnAAAXqQAA&#10;DqsAAAWuAAAAsAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkAAL4OAADAFAAA&#10;wx4AAMUrAADFPAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABengAAT6QAAEGo&#10;AAAyrAAAJK8AABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADIAAAAyQAAAMsA&#10;AADMAAAAzgAAANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGfAADhtwAA4c8A&#10;AOHmAGChAABSpwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAAAM8AAADTAAAA&#10;1gAAANcAAADaAAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA9DEAAPZGAAD3&#10;XAAA+HQAAPiPAAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8ALAD/ADkA/wBF&#10;AP8AUAD/AFkA/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCeAPkApwD3ALEA&#10;9gC+APUA0gDzAOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA/wACAP8ABgD/&#10;ABAA/wAbAP8AJwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADyAH4A8ACEAO8A&#10;igDtAJEA7ACZAOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA/wDFAP8AwQD/&#10;AP8AAAD/AAAA/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABXAOkAXgDmAGUA&#10;5ABsAOIAcgDgAHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUAyQDvAMcA/wDF&#10;AP8AxAD/AL4A/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADnACgA5AAzAOEA&#10;PgDdAEgA2ABRANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAAlAC+AJ4AuwCo&#10;ALkAtgC3AMgAtQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAAAPEAAADoAAMA&#10;4AANANgAFgDRACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoAtQBwALMAdgCx&#10;AH0ArwCFAK0AjQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCeAP8AnAD/AP8A&#10;AAD3AAAA6wAAAOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4ASwCrAFIAqQBY&#10;AKcAXgCmAGQApABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDKAJAA6QCPAPwA&#10;jgD/AI0A/wCMAP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUAqwAgAKcAKgCk&#10;ADQAoQA8AJ4ARACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACLAIoAiQCVAIcA&#10;oQCFAK8AgwDBAIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4OAAC1CwAArwMA&#10;AKkABwCjABAAngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBdAIUAYwCDAGoA&#10;gQBxAH8AegB9AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8AcQD/AOMRAADN&#10;FwAAvxkAALMZAACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCAAD4AfgBFAH0A&#10;SwB7AFEAeQBXAHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgFzgBnB+wAZgj9&#10;AGYJ/wBlCf8AZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcNAIAEFAB8Bh4A&#10;eQcoAHYIMAB0CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoAYwyHAGIMlQBg&#10;DaQAXw22AF4NzgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACaKQAAkiQAAIkf&#10;AACCGAAAexEFAHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQUwBfEVoAXhFi&#10;AFwRawBbEXYAWRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/AMYoAAC2LgAA&#10;qTIAAJ8yAACVMQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0AXRU0AFwVOwBb&#10;FkIAWRZIAFgWTwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBLG+kAShz9AEoc&#10;/wBKHP8AShz/AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQcBwBeGRAAWxoY&#10;AFkbIQBXGykAVRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98AEcfiwBGIJwA&#10;RSGuAEQhxABDIuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAAgzoAAHk1AABv&#10;MAAAZioAAF4kAgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBHIk4ARiNXAEQj&#10;YABDJGsAQiR5AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2AACqPQAAnkAA&#10;AJRCAACKQgAAgD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYoAEUmLwBEJjYA&#10;QyY9AEInRABBJ0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAANyz4ADcs/wA3&#10;LP8AOCz/ALU6AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABMKwcARykPAEUq&#10;FgBDKh4AQSolAD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUvgwA0L5UAMzCn&#10;ADIwvQAxMd4AMTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kAAHBFAABlQAAA&#10;WzsAAFI2AABIMQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYANDFPADMxWQAy&#10;MmQAMTJxADAzgQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACiSAAAl0wAAI1O&#10;AACDTgAAeU0AAG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQzJgAzMy0AMjQ0&#10;ADE0PAAwNUQALzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0ACg5/wAoOP8A&#10;KTj/AKtFAACfSwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAAODgIADQ4DwAy&#10;OBUAMTgdAC84JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAkPY8AIz2iACI9&#10;twAhPtQAIT7zACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpTAABdTwAAU0wA&#10;AEpIAABARAAANkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9IACNAUgAiQF0A&#10;IUFqACBBegAeQY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAAkFgAAIZbAAB9&#10;XAAAclsAAGdYAABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAjRCUAIkQsACFE&#10;NAAgRTwAHkVFAB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH/wAXRv8AF0b/&#10;AKJSAACXWAAAjV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04AACZLBgAgSg4A&#10;HkoTAB1KGgAcSiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgAEU2cABBNsQAO&#10;TswAD03uABBN/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABWYQAASl4AAD9b&#10;AAA1WAAAK1YAACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBTSAAPU1QADlNi&#10;AA1UcgAMVIQAC1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgAAH5rAAB0bAAA&#10;a2wAAF9qAABSZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgADVsgAAxbJwAL&#10;WzAACls6AAlbRQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gABWv8AAln/AJdk&#10;AACOawAAhG4AAHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhmAAARZgEADGUK&#10;AAdlDwAEZRQAA2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSPAABjpAAAY7sA&#10;AGLdAABi9AAAYv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAAOXQAAC50AAAj&#10;cgAAGnEAABJxAAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAAb0cAAG9UAABv&#10;ZAAAb3UAAG6KAABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9AABlfgAAWH4A&#10;AEt+AAA+fgAAMn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwTAAB8GQAAfCEA&#10;AHwpAAB8NAAAe0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4AAHb/AIl6AACB&#10;fwAAeIIAAGuDAABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAAigAAAIoAAACJ&#10;BgAAiQwAAIkPAACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACIlAAAh6sAAIbG&#10;AACF6gAAhfsAAIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IAABSSAAANkwAA&#10;BJQAAACWAAAAlwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4AAJo9AACZTQAA&#10;mV4AAJlzAACYiwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABIlgAAOpkAACya&#10;AAAfmwAAFJwAAAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACnCAAApw0AAKgR&#10;AACpGQAAqyMAAKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7AHWPAABnlAAA&#10;WZgAAEqcAAA8nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAAALIAAACzAAAA&#10;tAAAALUAAAC2AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAAwI0AAMGmAADA&#10;wQAAv+MAAL7zAGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1AAAAuAAAALwA&#10;AAC/AAAAwQAAAMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUYAADYJwAA2TkA&#10;ANpNAADbZAAA234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAAFLUAAAq4AAAA&#10;uwAAAL8AAADDAAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA3gAAAOAAAADk&#10;AAAA5wYAAOsOAADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8ACQD/AAYA/wAH&#10;AP8ADAD/ABEA/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wByAP4AeAD8AH4A&#10;+wCEAPoAiwD5AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A4QD/ANIA/wDJ&#10;AP8AxAD/AP8AAQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6AFAA9wBYAPQA&#10;XwDyAGYA8ABsAO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8AwQDdAN0A2wD0&#10;ANkA/wDWAP8AzwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AATAPcAHgD0ACoA&#10;8gA1AO4AQADpAEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA0ACNAM4AlQDM&#10;AJ8AyQCqAMcAuADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/AAAA/wAAAPkA&#10;AADyAAYA6wAPAOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUAZgDDAGsAwQBx&#10;AL8AdwC9AH4AuwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/AKgA/wCjAP8A&#10;oAD/AP8AAAD/AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0AuwBFALgATQC2&#10;AFQAswBaALEAXwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCeALgAnADOAJoA&#10;7gCZAP8AlwD/AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0ADwC3ABgAswAi&#10;ALAALACtADYAqQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3AJYAgACUAIoA&#10;kQCVAI8AogCNALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA0QAAAMUAAAC9&#10;AAAAtgAAAK4ACwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCPAFgAjQBdAIsA&#10;YwCKAGoAiABxAIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA/wB3AP8AdwD/&#10;AOcHAADRDAAAww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAxAIgAOQCGAEAA&#10;hABGAIIATACAAFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQAbgC0AGwAygBr&#10;AOoAagD8AGoA/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQAAkAigAQAIUA&#10;GACBACEAfgAqAHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsAbgBpAHcAZwCD&#10;AGUAkQBjAJ8AYgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAAAKUfAACbHAAA&#10;kxcAAIsRAACEDAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YAZgNMAGQEUgBj&#10;BFkAYQRgAF8FaQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBUC/8AVAv/AMYf&#10;AAC2JQAAqSgAAJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQKJQBiCi0AYAs0&#10;AF4LOgBdC0AAWwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6sAEwPwgBMEOMA&#10;SxD5AEsQ/wBLEf8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAAbBcAAGURBwBf&#10;DhAAXA8XAFoQHwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABLEmsASRJ4AEgT&#10;hwBGE5cARRSpAEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1AACLNAAAgTEA&#10;AHgrAABvJgAAZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+AEgWRABHF0wA&#10;RRdUAEQXXQBDGGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8APBz/ALUwAACo&#10;NgAAnDkAAJE7AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBIGh8ARhomAEUb&#10;LQBDGzMAQhs6AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYguAA1IdYANSH0&#10;ADUi/wA1If8ANiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0AAFQoAABMIgUA&#10;Rh8OAEMfFABBHxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IANCNuADMkfgAy&#10;JI8AMSWiAC8ltgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACCQwAAeEEAAG49&#10;AABjOAAAWjMAAFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQlOgAzJkIAMiZK&#10;ADEnVAAwJ18ALyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/AKw8AACfQgAA&#10;lEYAAIpHAACARwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUAMygcADIoIwAw&#10;KCkALykwAC8qNwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAkL80AJC/uACUv&#10;/wAlL/8AJi7/AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5AABBNAAAOC8G&#10;ADItDQAwLRMALi0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFoACMxdwAiMokA&#10;ITKdAB8zsQAeM8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAAc08AAGhMAABc&#10;RgAAUkMAAEk/AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAjNDoAIjRDACE1&#10;TQAgNVgAHzZlAB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNHAACYTQAAjlEA&#10;AIRTAAB7VAAAcVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcUACI4GwAhOCIA&#10;IDgoAB84MAAeOTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYAEz3pABQ8/QAV&#10;PP8AFjv/AKBLAACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6RwAAMEMAACdA&#10;BQAgPg0AHT4RABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJBcAARQYIAEEGX&#10;AA9BrAAOQsQADkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0AAGJbAABWVwAA&#10;TFUAAEFRAAA2TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEAEUU7ABBGRQAP&#10;RlAADkdeAA1HbQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQWwAAh2AAAH1i&#10;AABzYwAAamIAAGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9MEQAOTBcADkwe&#10;AA1NJQAMTS4AC003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3bAAFN8gABTf8A&#10;Akz/AJZbAACNYgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAAI1oAABpYAAAS&#10;VwEADVYJAAlVDgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAAVXcAAFWLAABV&#10;oAAAVbYAAFTUAABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZsAABJagAAPWgA&#10;ADJmAAAnZQAAHWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8vAABfOgAAX0UA&#10;AF9TAABfYQAAXnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAAfXIAAHV0AABq&#10;dQAAXXQAAE9zAABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAAag8AAGoUAABq&#10;GgAAaiEAAGkqAABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl7QAAZfwAAGT/&#10;AItxAACCdgAAenkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcAAAp3AAADdwAA&#10;AHcCAAB3CAAAdg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgAAHR8AAB0kgAA&#10;c6oAAHLEAABx6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAyhAAAJYMAABqD&#10;AAARgwAACoMAAAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACEJgAAhDIAAIQ/&#10;AACDTwAAg2AAAIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYAAF6IAABQigAA&#10;QosAADWNAAAnjQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEAAJIHAACSDAAA&#10;khAAAJMVAACTHQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAAj/MAAI//AH6H&#10;AABwigAAYY0AAFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACeAAAAoAAAAKAA&#10;AACgAAAAoAAAAKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVgAACleAAApZIA&#10;AKSsAACkyQAAo+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAACKMAAAClAAAA&#10;pwAAAKkAAACsAAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAAtxMAALkeAAC5&#10;LgAAukAAALpUAAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADuiAAAspgAAHagA&#10;ABGqAAAHrAAAAK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAAAADCAAAAxAAA&#10;AMYAAADIAwAAywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQAANTiAFudAABM&#10;ogAAPacAAC+sAAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAAzAAAAMwAAADO&#10;AAAA0AAAANIAAADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADuTgAA72cAAPCC&#10;AADwnAAA8LIAAPHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8AP8ARwD/AFEA&#10;/wBZAP8AYAD9AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA7gCzAOwAxADr&#10;AOEA6gD4AOkA/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/AAwA/wAUAP8A&#10;IAD/ACsA/gA3APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUAfwDjAIYA4QCO&#10;AN8AlgDdAKAA2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/AP8AAAD/AAAA&#10;/wAAAP8AAAD9AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA1gBhANMAZwDR&#10;AGwAzwByAM0AeADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4AP8AtwD/ALAA&#10;/wCpAP8ApQD/AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAANQDLAD4AyABH&#10;AMUATgDCAFUAwABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCeAKwAqgCpALsA&#10;qADVAKYA8wCkAP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAAzgAJAMcAEQDC&#10;ABoAvgAkALsALgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCkAHEAogB4AKAA&#10;gQCeAIsAnACWAJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkAAADrAAAA3QAA&#10;AM8AAADGAAAAvAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBOAJkAUwCXAFkA&#10;lgBeAJQAZACSAGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYAgAD/AH8A/wB/&#10;AP8AfgD/AOwAAADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCVACoAkgAyAJAA&#10;OgCNAEEAiwBHAIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgAlQB2AKMAdQC0&#10;AHMAzABxAO0AcAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAAAJsAAwCUAAwA&#10;jwATAIoAGwCHACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0AcgBkAHAAbQBv&#10;AHYAbACCAGoAjwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/EgAAshMAAKcS&#10;AACdEAAAlQsAAI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4AQABsAEYAagBM&#10;AGkAUgBnAFgAZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0AFgA/wBXAP8A&#10;VwD/AMYWAAC2GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcAagAfAGgAJwBl&#10;AC4AZAA0AGIAOwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBSAJQAUAGlAE8B&#10;uABOAtIATQTwAE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0YAAB1EgAAbg0C&#10;AGcGDABjAxEAXwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdVAE4HXgBNCGcA&#10;SwhzAEkJgQBICZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAAniwAAJQsAACK&#10;KgAAgCYAAHchAABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBMDDYASw08AEkN&#10;QgBIDUkARg1RAEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR/wA7Ef8APBH/&#10;ALQpAACmLwAAmjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8QAEoQFgBIEB0A&#10;RhAkAEUQKwBDETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0ANhSfADUVswA0&#10;Fc0AMxbuADQW/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABlKgAAXCQAAFQe&#10;AABMGAQARhQNAEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYXUwA1F14AMxhq&#10;ADIZeQAwGYoALxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsAAIo8AACAPAAA&#10;djkAAGs0AABiLwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikANBowADMaNwAy&#10;Gz4AMRtHAC8cUAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAoIP8AKCD/AKk2&#10;AACdPAAAkj8AAIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYeDgAzHhMAMh4Z&#10;ADAeIAAvHiYALh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZACIkrQAhJMUA&#10;ISXoACIl/QAiJP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAAUzYAAEoxAABB&#10;LAAAOCYDADEjDAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAjJlYAIiZjACEn&#10;cgAfJ4MAHiiXAB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJAAB6SQAAcEcA&#10;AGZEAABaPwAAUTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygnACIoLgAhKTYA&#10;ICk/AB8qSQAeKlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8AGS3/AKFBAACV&#10;RwAAi0sAAIJNAAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAkLA0AISwSACAs&#10;GAAfLR4AHi0lAB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIxqAARMr8AETLi&#10;ABIy+QATMf8AEzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYAAERDAAA7PwAA&#10;MToAACc2AwAfMgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8AEjVcABE1awAQ&#10;Nn0ADzaRAA42pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1VgAAalUAAGBT&#10;AABVTwAATEwAAEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5JgAROS4AEDk3&#10;AA86QQAOOkwADTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/AJhOAACOVAAA&#10;hVgAAHxbAAByWwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMAEkALABA/EAAO&#10;PxUADj8cAA1AIwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAAQbQAAEHQAAFB&#10;7gABQfwAAkD/AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpUAAAvUQAAJU8A&#10;ABxMAAAUSgAADkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhTAABIYgAASHMA&#10;AEiGAABImwAASLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAAZWYAAFlkAABM&#10;YAAAQF0AADVbAAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAAUCUAAFAuAABQ&#10;OAAAUEMAAFBQAABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9hAACGZgAAfWkA&#10;AHRsAABsbQAAYWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwGAABbCwAAWg8A&#10;AFoTAABaGQAAWSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sAAFfFAABW6QAA&#10;VfsAAFX/AIxoAACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAdagAAFGgAAA1n&#10;AAAHZwAAAGYDAABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABjVQAAY2YAAGN6&#10;AABikAAAYacAAGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncAAEV3AAA4dgAA&#10;K3YAACB0AAAWcwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcAAHAeAABwJwAA&#10;cDMAAG9AAABvUAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8ewAAc30AAGV+&#10;AABXfwAASX8AADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+AAAAfgUAAH4K&#10;AAB+DQAAfhEAAH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2AAB52gAAePUA&#10;AHf/AIB/AAB3ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAAAIsAAACMAAAA&#10;jQAAAI0AAACMAAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAAjVAAAI1kAACM&#10;ewAAjJUAAIuuAACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaSAAAZkwAADpQA&#10;AAaVAAAAlgAAAJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0LAACeEAAAnxcA&#10;AKAkAACgNAAAoEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAAU5IAAESWAAA2&#10;mQAAJ5sAABmcAAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAAqgAAAKsAAACs&#10;AAAArQAAAK4BAACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACztAAAs9UAALPw&#10;AGSTAABVlwAAR5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQAAAC2AAAAuAAA&#10;ALgAAAC5AAAAugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywAAMxAAADNVgAA&#10;zm8AAM2LAADMqAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAAtAAAALcAAAC6&#10;AAAAvgAAAMMAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAOEF&#10;AADmDwAA5x4AAOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAAAP8ABgD/AA0A&#10;/wAVAP8AIQD/ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA9AB6APIAgADx&#10;AIcA7wCPAO0AlwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8AP8AtgD/AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsAVgDoAFwA5gBi&#10;AOQAaADjAG4A4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDpAMgA/wDHAP8A&#10;wQD/ALcA/wCvAP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA5gAsAOEANwDd&#10;AEAA2ABJANMAUADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+AJQAvACfALkA&#10;rAC2AL4AtADdALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8AAADmAAAA3wAL&#10;ANYAEgDQABwAzAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBmALEAbACwAHIA&#10;rgB6AKwAggCpAIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8AkQD/AP8AAAD2&#10;AAAA6gAAAN0AAADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCnAEkApQBPAKMA&#10;VQCiAFoAoABfAJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA4gCLAPoAiQD/&#10;AIkA/wCGAP8AgwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAbAKEAIwCeACwA&#10;mwA0AJgAPACWAEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0AgwCIAIEAlQB/&#10;AKQAfQC1AHsAzwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACvAAAAqAAAAKAA&#10;BgCaAA4AlQAVAJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0AWAB7AF4AeQBl&#10;AHgAbQB2AHYAcwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/ANUDAADDBwAA&#10;tggAAKsGAACiAAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUAdQA7AHQAQQBy&#10;AEcAcABMAG8AUgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBdANwAXAD2AFwA&#10;/wBbAP8AWwD/AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcAEgBzABoAbwAh&#10;AGwAKABqAC8AaAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1AFcAggBVAJEA&#10;VACiAFMAtQBRAM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAAhxEAAH8NAAB3&#10;BgAAcQAIAGsADgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBVAE0AUwBUAFIA&#10;XABQAGUATgBwAEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgbAACqIAAAniIA&#10;AJMiAACJHwAAgBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAqAFAAMABPADUA&#10;TgA7AEwAQQBLAEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQAPAXlADwH+AA8&#10;B/8APAf/ALIiAAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBTCAwATwURAEwF&#10;FwBKBh4ASAYkAEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoKdgA4C4cANwuZ&#10;ADULrAA0DMIAMwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoAAG0lAABkIAAA&#10;XBoAAFQUAABMDwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8ANw5HADYOUAA0&#10;DloAMw5mADEPdAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACdMQAAkjQAAIc1&#10;AAB9NAAAdDEAAGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQIQA0ECcAMxEt&#10;ADIRNAAxETsAMBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXjACUW+gAmFv8A&#10;JhX/AKYxAACaNgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAAOxcFADUUDQAy&#10;ExEAMRQXAC8UHQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAjGIAAIRmTACAZ&#10;pwAfGb4AHhrgAB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3AABbMgAAUi0A&#10;AEkoAABAIwAAOB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+ACIbRwAhG1IA&#10;IBxeAB8dbAAdHX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAAi0EAAIFCAAB3&#10;QgAAbUAAAGM8AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAhHR0AIR0kACAe&#10;KwAfHjIAHh87AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj9QAVI/8AFiP/&#10;AJ48AACTQQAAiUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysAAComAwAjIgsA&#10;ICEQAB4hFQAcIhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkAEiaNABEnogAQ&#10;J7gADifWABAo9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABVQQAATD4AAEM6&#10;AAA6NgAAMTIAACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIpQAASKUsAESpX&#10;ABAqZgAOK3cADiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwAAHxOAABzTwAA&#10;aU4AAF5LAABTRwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUAEi0cABEtIwAQ&#10;LSoADy4zAA4uPQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAHMPwACDD/AJdI&#10;AACNTQAAg1EAAHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6AAAaNwEAEjQJ&#10;AA8zDgAOMxMADTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaEAAA2mQAANq8A&#10;ADbIAAA26AAANvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAAR08AADxMAAAx&#10;SAAAJ0QAAB5BAAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAABPEMAADxPAAA8&#10;XgAAPG4AADyBAAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZdAABtXgAAY10A&#10;AFpcAABOWAAAQlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMVAABDGwAAQyMA&#10;AEMrAABDNQAAQ0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkAAEH/AI5YAACG&#10;XgAAfWEAAHNjAABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAOTwAACU0FAAJN&#10;CwAATA4AAEwTAABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABKkAAASacAAEnA&#10;AABI5AAASPgAAEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EAACxfAAAhXQAA&#10;GFsAABBZAAAKWAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkAAFRFAABUUwAA&#10;VGQAAFN3AABTjQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABlcAAAV24AAEps&#10;AAA9awAAMGkAACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABfEgAAXxcAAF8e&#10;AABeKAAAXjMAAF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/AIRuAAB8cgAA&#10;dXUAAGt2AABddQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAAAG4AAABsAgAA&#10;bAcAAGsLAABrDgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAAZ5sAAGa1AABl&#10;2AAAZPUAAGT/AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6AAANegAABHoA&#10;AAB6AAAAegAAAHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgyAAB3QQAAd1IA&#10;AHdlAAB2fAAAdZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAAPIQAAC6FAAAh&#10;hQAAFYUAAA2FAAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAAhwkAAIcOAACI&#10;EwAAiBwAAIgpAACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiEAABqhgAAXIgA&#10;AE2KAAA/jAAAMY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYAAACWAAAAlgAA&#10;AJYAAACXAAAAlwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMAAJmfAACYugAA&#10;l+IAAJb4AG2KAABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAAnwAAAKEAAACk&#10;AAAApQAAAKQAAAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACuIQAArjMAAK5H&#10;AACuXQAArnYAAK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EAAA2jAAAApQAA&#10;AKcAAACqAAAArAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAAALsAAAC9AAAA&#10;vwEAAMMLAADFFQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABHnQAAOKIAACmm&#10;AAAZqAAADasAAACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADFAAAAxgAAAMgA&#10;AADKAAAAzQAAAM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0AADmkQAA5awA&#10;AOXEAP8AAAD/AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA+gBQAPcAVwD1&#10;AF0A9ABjAPIAaQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDfAM0A3ADuANkA&#10;/wDZAP8AygD/AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwAGAD4ACMA9AAu&#10;APAAOADrAEIA6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCCAM8AiwDNAJUA&#10;ygChAMgArwDFAMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA/wAAAPsAAADz&#10;AAEA7QAMAOgAEwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDCAGIAwQBnAL8A&#10;bQC9AHQAuwB7ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA/wCbAP8AlwD/&#10;AP8AAAD/AAAA9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9ALYARQCzAEsA&#10;sQBRAK8AVgCuAFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4AmQDDAJcA5wCW&#10;AP8AlQD/AJIA/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCzABMArwAcAKwA&#10;JQCpAC4ApQA2AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIAdQCQAH4AjgCK&#10;AIsAlwCJAKYAhwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAAAMEAAAC4AAAA&#10;rgAAAKcACQCiABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4AiABTAIYAWQCE&#10;AF8AggBlAIAAbQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBwAP8AbgD/AN0A&#10;AADJAAAAvAAAALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEAMAB/ADcAfQA9&#10;AHsAQgB5AEgAeABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCoAGUAvABjAOEA&#10;YgD6AGEA/wBhAP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgAgQAOAHwAFAB4&#10;ABsAdQAjAHIAKQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABhAGkAXwB0AF0A&#10;gQBbAJAAWQChAFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsOAACSCwAAiQUA&#10;AIIAAAB7AAIAdQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBBAFsARgBaAEwA&#10;WABTAFYAWwBUAGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8ASQD/ALkSAACq&#10;FgAAnhcAAJQWAACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBYACQAVgAqAFQA&#10;MABTADYAUQA7AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEAqQBAAL8APwDi&#10;AD8A+AA+AP8APwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggAAFwBCABXAA4A&#10;UwATAFAAGQBOAB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoAPgBlADwAcgA6&#10;AIEAOQCTADgApQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/JAAAdSAAAGwb&#10;AABkFQAAXBAAAFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwBNwA7Aj4AOQJF&#10;ADgDTQA2A1YANQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/AKglAACbKgAA&#10;kCwAAIYtAAB7KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUAOQcbADgHIQA2&#10;CCYANQgsADMIMgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAlDLcAJAzTACMN&#10;8AAkDf8AJQ3/AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZAABDEwAAPBAG&#10;ADUNDAAzDBEAMQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5cACMPagAiD3sA&#10;IBCOAB8QogAdELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAAbTMAAGMvAABZ&#10;KgAAUCUAAEggAAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAjETIAIhE6ACER&#10;QwAgEk4AHhJaAB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4zAACTNwAAiDoA&#10;AH47AAB0OwAAazgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQACITFQAgExoA&#10;HxMhAB4UJwAdFC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMAERnOABEZ7wAS&#10;Gf8AExn/AJw2AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6JwAAMiIAACoe&#10;AQAiGQkAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIbYwARHHQAEByH&#10;AA8dnAAOHbEADR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIAAF4+AABTOgAA&#10;SjYAAEEyAAA5LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkAEh4yABEfPAAQ&#10;H0YAECBTAA4gYQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACMQwAAg0YAAHlI&#10;AABwSAAAZ0YAAFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIhDgARIRMAECIZ&#10;ABAiIAAPIicADiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybEAAQm5QAEJvcA&#10;Bib/AJVCAACKRwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAALTYAACQxAAAb&#10;LQAAEyoHAA8oDQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAADK2wAASt/AAAr&#10;lAAAK6kAACvBAAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpNAABPSgAAR0cA&#10;AD5EAAAzQAAAKTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8rAAIwNQAAMD8A&#10;ADBMAAAxWQAAMWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAAfVQAAHVWAABr&#10;VgAAYlUAAFhTAABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAENg8AATYTAAA2&#10;GQAANiAAADYpAAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA24AAANfUAADX/&#10;AI1QAACEVgAAfFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgAABdGAAAQQwAA&#10;C0EEAARACgAAPw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD52AAA9jAAA&#10;PaMAADy7AAA83gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABHWwAAOlcAAC9V&#10;AAAlUgAAG1AAABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABGLAAARjcAAEZD&#10;AABGUQAARmAAAEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UAAG5nAABnaAAA&#10;W2YAAE5jAABBYQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsAAFEOAABQEQAA&#10;TxYAAE8eAABPJwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAASvUAAEr/AIVl&#10;AAB8aQAAdGwAAG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlfAAAAXgAAAF4A&#10;AABdAwAAXAgAAFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhrAABXgQAAV5kA&#10;AFayAABV0gAAVPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAAJW4AABpsAAAR&#10;awAACWoAAABqAAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAAZScAAGQ0AABk&#10;QwAAZFMAAGRlAABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95AABReQAAQ3kA&#10;ADZ4AAApeAAAHHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMCAABzBwAAcwwA&#10;AHIQAAByFQAAciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0AAGv/AHt7AABy&#10;fgAAZH4AAFV/AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAAgwAAAIMAAACC&#10;AAAAggAAAIIAAACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACBbAAAgIYAAH+h&#10;AAB+vQAAfeYAAHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosAAACMAAAAjQAA&#10;AI8AAACRAAAAkgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8AAJQZAACUJwAA&#10;lDgAAJRMAACTYgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAwkgAAIZQAABSV&#10;AAAKlgAAAJcAAACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACiAAAAowAAAKQA&#10;AAClAAAApgcAAKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbsAF+PAABQkgAA&#10;QZYAADOZAAAjnAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAAAK8AAACwAAAA&#10;sAAAALIAAACzAAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAAwGIAAMB+AADA&#10;mwAAwLcAAL/YAFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACzAAAAtgAAALsA&#10;AAC9AAAAwAAAAL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMAAADaBwAA2xMA&#10;AN0lAADeOwAA31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA/wAQAP8AGQD/&#10;ACQA/wAvAPwAOgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDmAHwA5ACEAOIA&#10;jQDgAJcA3QCiANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8AAAD/AAAA/wAA&#10;AP8AAAD/AAIA+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABYANQAXgDSAGMA&#10;0ABpAM4AbgDMAHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8AtAD/AKkA/wCi&#10;AP8AnQD/AP8AAAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDLADcAxwA/AMQA&#10;RgDBAE0AvwBSAL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoAoQCoALEApgDI&#10;AKQA7QCiAP8AogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAFAMYADgDBABUA&#10;vQAeALkAJwC1ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcAnwBuAJ4AdgCb&#10;AIAAmQCMAJcAmQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADpAAAA3AAAAMwA&#10;AADBAAAAuAAAALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUASgCUAFAAkgBV&#10;AJAAWgCPAGAAjQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/AHoA/wB3AP8A&#10;dQD/AOYAAADTAAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMAjAArAIoAMgCI&#10;ADgAhgA+AIQARACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBwAJgAbwCpAG0A&#10;vwBrAOYAagD/AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIAAACMAAoAhwAQ&#10;AIMAFgB/AB0AfQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZAGoAYQBoAGoA&#10;ZgB0AGQAgQBhAJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAAqQIAAJ8AAACW&#10;AAAAjgAAAIcAAACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBkADwAYwBBAGEA&#10;RwBfAE0AXgBTAFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A/wBOAP8ATQD/&#10;ALsKAACsDQAAoA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZAF8AHwBdACUA&#10;WwArAFkAMQBYADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQARwCVAEUAqABE&#10;AL8AQwDkAEIA/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABsAAAAZQADAF8A&#10;CwBbAA8AVwAUAFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUAUABDAFkAQQBj&#10;AD8AbwA+AH4APACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0AAIkcAAB/GQAA&#10;dRUAAGwQAABkDAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsAQQAxAD8ANgA+&#10;AD0APABEADsASwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAuAP8ALgD/AKce&#10;AACaIgAAjyQAAIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEAEQA+ABYAPAAb&#10;ADoAIQA5ACYANwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCIACgAnAAnALAA&#10;JgDJACUA6gAlAfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAAUhUAAEsQAABD&#10;DAIAPQcJADkDDgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAoBE0AJgVYACUF&#10;ZQAjBnQAIgaGACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4vAAB0LgAAaisA&#10;AGEmAABYIQAATxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgjACUIKQAkCTAA&#10;Iwk3ACEKQAAgCkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkAFg3/AJwtAACQ&#10;MQAAhjQAAHw0AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAmDQsAJAwPACIM&#10;EwAhDBkAHwwfAB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQmAAREK4AEBDG&#10;ABAQ6AAQEPsAERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigAAEIkAAA5HwAA&#10;MRoAACoVAQAjEQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUAEhJRABESXwAQ&#10;Em8ADhOCAA4TlgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABvPQAAZToAAFs3&#10;AABSMgAASS4AAEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABITHwARFCYAERQu&#10;ABAUOAAPFUIADhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/AJU4AACKPQAA&#10;gEAAAHdBAABtQQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAAFxoIABIXDQAQ&#10;FxEADxcWAA4YHAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQACHaYAAR28AAIc&#10;3QACHPIAAxz/AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42AAA1MgAALi4A&#10;ACUqAAAdJQAAFCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBKAAMhVwABIWcA&#10;ACF5AAAhjgAAIaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAAYkkAAFhGAABO&#10;QgAART8AAD08AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAEJCAAAiQoAAEl&#10;MQAAJTwAACVIAAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5FAACESQAAe00A&#10;AHNPAABqTwAAYE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4DAAosCgAFKw4A&#10;ASoRAAAqFgAAKh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AAACu3AAAr1gAA&#10;KvIAACr/AIxJAACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAtQwAAIz8AABo8&#10;AAASOAAADDYDAAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAyUAAAMmAAADJy&#10;AAAyhwAAMZ4AADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkAAFVXAABJUwAA&#10;Pk8AADJMAAAoSAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgAADkgAAA5KQAA&#10;OTQAADlAAAA5TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/WgAAdl0AAG1f&#10;AABlXwAAXV8AAFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABFBgAARAoAAEMN&#10;AABCEAAAQRUAAEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+xAAA+0AAAPfIA&#10;ADz/AIRcAAB8YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAAElQAAAxSAAAE&#10;UQAAAE8AAABOAwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAASlYAAEloAABJ&#10;fgAASJYAAEevAABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERmAAA3ZAAAKmIA&#10;AB9gAAAVXgAADV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQUAABUHQAAVCcA&#10;AFQ0AABUQgAAU1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAAcHEAAGZxAABY&#10;cAAASm8AADxtAAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAAYgAAAGIEAABh&#10;CAAAYQ0AAGAQAABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABbxQAAWu0AAFn/&#10;AHtyAAB1dgAAa3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEAAABxAAAAcQAA&#10;AHEAAABvAAAAbwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYAAGtYAABrbQAA&#10;aoYAAGmhAABovgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAbfQAAEH0AAAd9&#10;AAAAfQAAAH0AAAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8DAAAfBIAAHwd&#10;AAB8LAAAfDwAAHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMAAEiEAAA5hgAA&#10;K4cAAB2HAAARhwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwAAACMAAAA&#10;jAAAAI0AAACNBAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAAi84AAIrzAGiG&#10;AABaiAAAS4sAADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACbAAAAnAAAAJsA&#10;AACbAAAAnAAAAJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6AACjTwAAo2gA&#10;AKKGAACiogAAosAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAAAKAAAACiAAAA&#10;pAAAAKgAAACqAAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAAtAAAALcBAAC5&#10;DQAAuRoAALotAAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOgAAATogAACKQA&#10;AACnAAAAqgAAAKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8AAADAAAAAwgAA&#10;AMQAAADGAAAAyQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MAANa9AP8AAAD/&#10;AAAA/wAAAP8AAAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDrAFQA6QBaAOcA&#10;XwDlAGQA4wBqAOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA+wDHAP8AvQD/&#10;ALEA/wCpAP8AowD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAlAOQAMADfADkA&#10;2gBBANUASADRAE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoAuwCVALgAowC2&#10;ALQAtADNALIA8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADoAAAA4AAGANkA&#10;DgDSABYAzgAfAMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAAYgCuAGkArABv&#10;AKoAeACoAIIApgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/AP8AAAD2AAAA&#10;6AAAANwAAADOAAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEAowBHAKEATACf&#10;AFEAngBWAJwAXACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCHAPcAhgD/AIQA&#10;/wB/AP8AfAD/APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4AHACaACUAlwAt&#10;AJQANACSADoAkABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9AH0AiwB7AJoA&#10;eACrAHYAxAB0AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAAoQAAAJoAAgCU&#10;AAsAkAAQAIwAFwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2AFQAdABaAHMA&#10;YgBwAGsAbgB1AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwAAAC8AAAArwAA&#10;AKUAAACdAAAAlAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAyAG0AOABrAD0A&#10;agBCAGgASABnAE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsAVQDyAFQA/wBU&#10;AP8AVAD/AL4AAACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBrABQAZwAaAGUA&#10;IABjACYAYQAsAF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAAdABOAIMATACV&#10;AEoAqABJAMAASADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAAAHYAAABvAAAA&#10;aAAFAGMADABfABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIASwBIAEkAUABI&#10;AFgARgBiAEQAbgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACfEgAAlBIAAIkR&#10;AAB/DwAAdgwAAG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgAJgBGACsARQAx&#10;AEMANgBCADwAQABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDOADIA8QAxAP8A&#10;MQD/AKYWAACaGQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoASAAOAEQAEgBB&#10;ABYAPwAbAD0AIQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAuAHMALACFACsA&#10;mAAqAK0AKQDGACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMWAABaEQAAUg0A&#10;AEsHAABEAAYAQAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6ACsAQgAqAEsA&#10;KABVACYAYQAlAHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAAhigAAHwnAABy&#10;JQAAaSIAAF8dAABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAqAB0AKQAiACcA&#10;KAAmAC4AJAA2ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA3wAXAfUAFwL/&#10;AJonAACOKwAAhC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0CAC0JCQApBQ0A&#10;JgMQACQBEwAiAhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoAFAd8ABMHkAAS&#10;B6UAEQe7ABAH2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABRJQAASSAAAEAb&#10;AAA4FgAAMRIAACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUKNwATCkEAEgtN&#10;ABELWgAQC2kADgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYAAHY2AABsNQAA&#10;YzMAAFkvAABQKwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEAEwwWABIMHAAR&#10;DSMAEA0rAA8NNAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAFEO8ABhD/AJIz&#10;AACINwAAfjoAAHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYaAAAeFgEAFxMG&#10;ABEQCwAODg4ADg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2AAMTiwABFKAA&#10;ABO2AAAT0QAAE+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAARDEAADwuAAA0&#10;KgAALCYAACUiAAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAEFjoAAxZGAAEX&#10;UwAAF2IAABh0AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJDAABoQwAAX0IA&#10;AFY/AABMOwAAQzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkRAAQZFgACGR0A&#10;ARokAAAaLQAAGzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0AABv8AIw+AACC&#10;QwAAeUYAAHBIAABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAXKQAAECUCAAsi&#10;CQAFIA0AAR8QAAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAihQAAIZsAACGy&#10;AAAhzQAAIO0AAB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMAADpAAAAvOwAA&#10;JTcAABwzAAATLwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMAACc/AAAnTQAA&#10;J1wAACdtAAAnggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABlUgAAXFEAAFNP&#10;AABKTAAAQUkAADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAtEQAALRYAAC0e&#10;AAAtJwAALTEAAC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+AIVNAAB9UgAA&#10;dVUAAGxXAABjVwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAABjoAAAA4BQAA&#10;NwkAADYNAAA1DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAAM5UAADKtAAAx&#10;ygAAMe4AADD/AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpPAAAgTAAAFkkA&#10;AA5HAAAIRAAAAEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3AAA8RAAAPFMA&#10;ADxlAAA7egAAOpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAAV2IAAEleAAA8&#10;WwAAL1gAACRVAAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAARg8AAEYUAABF&#10;HAAARScAAEUzAABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5hAAB2ZQAAb2gA&#10;AGhqAABdaQAAT2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYAAABUAAAAUwAA&#10;AFIEAABRCQAAUA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsAAEylAABLwgAA&#10;SeoAAEj/AHtpAAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAANZAAAA2IAAABi&#10;AAAAYQAAAGAAAABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABaNgAAWkYAAFlY&#10;AABZbQAAWIUAAFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMAADByAAAjcQAA&#10;Fm8AAA1uAAAEbQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMAAGgJAABoDgAA&#10;aBUAAGchAABnLwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABtegAAX3oAAFB6&#10;AABCegAAM3sAACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4AAAAeAAAAHcA&#10;AAB3AAAAdwAAAHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHSTAABzrwAActMA&#10;AHH3AHF+AABjfwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAAAIYAAACIAAAA&#10;iQAAAIgAAACHAAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAAiSwAAIg/AACI&#10;VQAAiG0AAIeJAACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+NAAAEjgAAAJAA&#10;AACRAAAAkwAAAJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkAAACaAAAAmwAA&#10;AJ0HAACdEQAAnSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAAPJEAAC2TAAAe&#10;lQAAEJYAAASYAAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAApwAAAKgAAACp&#10;AAAAqgAAAKwAAACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0jgAAtKwAALTM&#10;AE2SAAA/lgAAL5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMAAAC1AAAAtwAA&#10;ALYAAAC3AAAAuAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwAAM4aAADPLwAA&#10;z0gAANBiAADQgAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhsc&#10;HR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNl&#10;Zmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6yt&#10;r7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX2&#10;9/n6+/z+//////////////////////////////////////////////////////8AAAAAAAAAAAAA&#10;AAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBB&#10;QkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iK&#10;i4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS&#10;1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////&#10;////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwd&#10;HyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2Vm&#10;Z2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2v&#10;sLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3&#10;+fr7/P7//////////////////////////////////////////////////////wABAgMEBQYHCAkK&#10;CwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJD&#10;REVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8&#10;fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1&#10;tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u&#10;7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAA&#10;AAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQlJicoKSorLC0u&#10;LzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVm&#10;Z2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6f&#10;oKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dPU1dbX2Nna&#10;29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsL&#10;DAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAx&#10;MjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46Q&#10;kpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ&#10;2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7&#10;/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwc&#10;HR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BS&#10;U1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/A&#10;wcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr&#10;7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////igfBJQ0NfUFJPRklMRQAJCf//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////9P/////////////////////////////////////////r0f//////////////&#10;///////////////////////////36f7/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////hzdf/////////////////&#10;/////////////////////92vlrf0/////////////////////////////////////8WMaKfn////&#10;/////////////////////////////////8yciaTn////////////////////////////////////&#10;//rOu8b1////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////cxb31/////////////////////////////////////7+TeoXF////////&#10;////////////////////////////25BbPWWo9v/////////////////////////////////+vHU0&#10;AFSb6//////////////////////////////////TlH5JLE6a7P//////////////////////////&#10;/////9jUyrN+ZW2l+f////////////////////////////////////TFrq/J////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////w1sbs////////////&#10;////////////////////////5ruRdGOr9/////////////////////////////////bEmnNFJjR9&#10;zP///////////////////////////////7WAVTAKABlgsv//////////////////////////////&#10;z3Q1CwAAAApSp///////////////////////////////ljQAAAAAAABPp///////////////////&#10;///////////2aR0AAAkMBglSsf/////////////////////////////LOw4TNUxbTUxew///////&#10;//////////////////////+pYDZghp+2rKm42f/////////////////////////////gl42+5f//&#10;////////////////////////////////////7fn/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////+vZyrzH///////////////////////////////////PmoFtWkaI6v//&#10;/////////////////////////////8R8PiYQAABUsP//////////////////////////////4IM8&#10;AAAAAAAuh+3/////////////////////////////rFMQAAAAAAAXbdb/////////////////////&#10;///////7gDEAAAAAAAAJYcz////////////////////////////SWgIAAAAAAAAAXcz/////////&#10;//////////////////+oNQAAAAAAAAAAXNP///////////////////////////99DQAAAAAAAAAA&#10;VNb//////////////////////////+59RQAAAAAAAAAARNT///////////////////////////yq&#10;ZC8CAAAEIjdJWM7////////////////////////////ppGtBKD9jf5Wnutr/////////////////&#10;/////////////9WyrLLM5Pr/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////+W7l3diyP//////&#10;///////////////////////////bnmc2CgACjP///////////////////////////////8h/PwUA&#10;AAAAXs//////////////////////////////2YE5AAAAAAAAPKr/////////////////////////&#10;////nkwAAAAAAAAAI5D////////////////////////////cbxoAAAAAAAAAEH35////////////&#10;//////////////+vSAAAAAAAAAAAAG/u//////////////////////////+EEwAAAAAAAAAAAGTm&#10;/////////////////////////+xRAAAAAAAAAAAAAFfe/////////////////////////7gVAAAA&#10;AAAAAAAAAEjW/////////////////////////3QUAAAAAAAAAAAAADjP////////////////////&#10;////+aJaEwAAAAAAAAAAACPF/////////////////////////9+bXCwAAAAAAAAAAA26////////&#10;///////////////////vsX1VOSIRBwECESKy///////////////////////////////fv6WZmJqg&#10;rL3a////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////jvp2AfPv////////////////////////////////yt4RXMA4A&#10;Haz//////////////////////////////9KKTBUAAAAAAHLz////////////////////////////&#10;1n82AAAAAAAAAEvJ///////////////////////////6kT4AAAAAAAAAAC+r////////////////&#10;///////////AWgAAAAAAAAAAABqV//////////////////////////+NJAAAAAAAAAAAAAiE////&#10;/////////////////////+deAAAAAAAAAAAAAAB3/////////////////////////7QlAAAAAAAA&#10;AAAAAABq/////////////////////////30AAAAAAAAAAAAAAABb9P//////////////////////&#10;/SsAAAAAAAAAAAAAAABM6///////////////////////pQAAAAAAAAAAAAAAAAA84f//////////&#10;////////////MAwAAAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAAAAAAAAAAAAAn&#10;1///////////////////////7b6JVScAAAAAAAAAAAAl3P/////////////////////////+yp12&#10;XUo8Mi0sMDlH3v///////////////////////////////ebd1tLQ09nk////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+/Uu9b/&#10;////////////////////////////////57iPaksvFW///////////////////////////////+Sh&#10;ZzQHAAAAADzJ////////////////////////////1oI7AAAAAAAAABKX////////////////////&#10;///////thTEAAAAAAAAAAABv//////////////////////////+mQgAAAAAAAAAAAABQ4f//////&#10;/////////////////+xpAAAAAAAAAAAAAAA3yf///////////////////////7MvAAAAAAAAAAAA&#10;AAAitv///////////////////////3kAAAAAAAAAAAAAAAAQp///////////////////////8jQA&#10;AAAAAAAAAAAAAAAAmf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//////////////&#10;////////RgAAAAAAAAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAAAAAAAAAAdP//&#10;//////////////////+XAAAAAAAAAAAAAAAAAAAAav/////////////////////OAAAAAAAAAAAA&#10;AAAAAAAAY///////////////////////KSIBAAAAAAAAAAAAAAAAYf//////////////////////&#10;uaOAVzcXAAAAAAAAAAAAaP//////////////////////////+tOulIZ8dXFwcneBlP//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////b&#10;up2CaWnT///////////////////////////////Ik2U9GQAAAB2e////////////////////////&#10;////245MEwAAAAAAAABu///////////////////////////bfCwAAAAAAAAAAABF1///////////&#10;//////////////+LKgAAAAAAAAAAAAAitP///////////////////////8JEAAAAAAAAAAAAAAAD&#10;l////////////////////////30BAAAAAAAAAAAAAAAAf///////////////////////5zYAAAAA&#10;AAAAAAAAAAAAav//////////////////////nQAAAAAAAAAAAAAAAAAAWP//////////////////&#10;////RgAAAAAAAAAAAAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAAAAAANen/////&#10;//////////////+WAAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAAAAAAAAAAAAAA&#10;AAAAGM7////////////////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////////////AAAA&#10;AAAAAAAAAAAAAAAACrn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/////////////&#10;////////cAAAAAAAAAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYbFA8NDhIaJr//&#10;///////////////////////////55NjSzszLzM/W4Pz/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////r07zj////////////////////////////&#10;////0qmFZUgsEgGF////////////////////////////8atxPA8AAAAAAABP4P//////////////&#10;///////////VfzUAAAAAAAAAAAAfsv///////////////////////+N1HQAAAAAAAAAAAAAAif//&#10;/////////////////////5AjAAAAAAAAAAAAAAAAZ///////////////////////1UMAAAAAAAAA&#10;AAAAAAAASPb/////////////////////igAAAAAAAAAAAAAAAAAALt3/////////////////////&#10;OAAAAAAAAAAAAAAAAAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAABLb/////////&#10;//////////+cAAAAAAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAAAAAAAAAAAAAA&#10;AJP////////////////////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////////AAAAAAAA&#10;AAAAAAAAAAAAAHT/////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////////////////&#10;////QgAAAAAAAAAAAAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAAAAAAAF3/////&#10;////////////////0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQAAAAAAAAAAAAA&#10;AAAAAGb//////////////////////8msmYl9dnFsaWdmZ2tweoz/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////ixaqReWF3////////////////////&#10;/////////92md1AsDAAAAAAxxP/////////////////////////gkk4TAAAAAAAAAAAAj///////&#10;/////////////////9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8PAAAAAAAAAAAA&#10;AAAAN+L/////////////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////////////QAAA&#10;AAAAAAAAAAAAAAAAAKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn/////////////&#10;//////+eAAAAAAAAAAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAAAAAAAAAAAF//&#10;///////////////////aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6AAAAAAAAAAAA&#10;AAAAAAAAADv/////////////////////DgAAAAAAAAAAAAAAAAAAACr5////////////////////&#10;MwAAAAAAAAAAAAAAAAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAAAA/b////////&#10;////////////jwAAAAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAAAAAAAAAAAAAA&#10;AADK/////////////////////ysAAAAAAAAAAAAAAAAAAADI/////////////////////4AAAAAA&#10;AAAAAAAAAAAAAADL//////////////////////cWAQUFAwEAAAAAAAEGDRjL////////////////&#10;///////86+HYz8zNz9DS1Nfc4ur/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////8drG///////////////////////////////xxqOEaE0yGAAVq///////////&#10;////////////////uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAAAAAAAAAAAAAA&#10;O+P/////////////////////32QJAAAAAAAAAAAAAAAADLX/////////////////////dAMAAAAA&#10;AAAAAAAAAAAAAI3////////////////////FFQAAAAAAAAAAAAAAAAAAAGr/////////////////&#10;//+ZAAAAAAAAAAAAAAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAAAAAAADD9////&#10;///////////////XAAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAAAAAAAAAAAAAA&#10;AAAAAAXT////////////////////DgAAAAAAAAAAAAAAAAAAAADB////////////////////LwAA&#10;AAAAAAAAAAAAAAAAAACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe////////////&#10;////////eQAAAAAAAAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAAAAAAAAAAAACA&#10;////////////////////2AAAAAAAAAAAAAAAAAAAAAB0/////////////////////zYAAAAAAAAA&#10;AAAAAAAAAABt/////////////////////3wAAAAAAAAAAAAAAAAAAABp////////////////////&#10;/9cNAAAAAAAAAAAAAAAAAABo//////////////////////9wAAAAAAAAAAAAAAAAAABh////////&#10;////////////////UDxGTlRZXWFkaGxwdn6J////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////v1buji3Nalf//////////////////////////+L+OZEEhBQAAAAAAUvz/&#10;//////////////////////edVhgAAAAAAAAAAAAAF8H/////////////////////5WwWAAAAAAAA&#10;AAAAAAAAAI3/////////////////////YwAAAAAAAAAAAAAAAAAAAF7///////////////////+d&#10;AAAAAAAAAAAAAAAAAAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAAABHZ////////&#10;///////////KAAAAAAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAAAAAAAAAAAAAA&#10;AACh////////////////////DAAAAAAAAAAAAAAAAAAAAACK////////////////////LQAAAAAA&#10;AAAAAAAAAAAAAAB2////////////////////TQAAAAAAAAAAAAAAAAAAAABk////////////////&#10;////bwAAAAAAAAAAAAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAAAAAAAABA////&#10;////////////////vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4AAAAAAAAAAAAA&#10;AAAAAAAi/////////////////////0QAAAAAAAAAAAAAAAAAAAAV/////////////////////4EA&#10;AAAAAAAAAAAAAAAAAAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC7P//////////&#10;//////////9eAAAAAAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAAAAAAAAAAAAAA&#10;2v//////////////////////nQEAAAAAAAAAAAAABw4Xxf///////////////////////9W5vMHH&#10;ztXb4ebt9Pv/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////jfz///////&#10;///////////////////////sxqWIbVQ7IQcAMt7////////////////////////XklkpAAAAAAAA&#10;AAAAAKD//////////////////////4k2AAAAAAAAAAAAAAAAAGf/////////////////////ZgAA&#10;AAAAAAAAAAAAAAAAADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI////////////&#10;//////+nAAAAAAAAAAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAAAAAAAAAAAAB8&#10;////////////////////AAAAAAAAAAAAAAAAAAAAAABe////////////////////JQAAAAAAAAAA&#10;AAAAAAAAAABD////////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////////////////&#10;agAAAAAAAAAAAAAAAAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAAAAAF8///////&#10;////////////rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAAAAAAAAAAAAAA&#10;AAAAz////////////////////yQAAAAAAAAAAAAAAAAAAAAAvv///////////////////1QAAAAA&#10;AAAAAAAAAAAAAAAArv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn///////////////&#10;/////8sOAAAAAAAAAAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAAAAAAAAAAhv//&#10;//////////////////+qCgAAAAAAAAAAAAAAAAAAef//////////////////////bQAAAAAAAAAA&#10;AAAAAAAAZv//////////////////////91UAAAAAAAAAAAAAAAAARf//////////////////////&#10;//9qIys1P0pVYGp1foeRnP//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////6M+2nYNp&#10;Trn/////////////////////////7LKDXDodAgAAAAAAAHv//////////////////////8VtKQAA&#10;AAAAAAAAAAAAAED/////////////////////gxsAAAAAAAAAAAAAAAAAAAfL////////////////&#10;//+SAAAAAAAAAAAAAAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAAAAAAAABq////&#10;///////////////dAAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAAAAAAAAAAAAAA&#10;AAAAAAAd////////////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////////////YAAA&#10;AAAAAAAAAAAAAAAAAAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAAt///////////&#10;////////qAAAAAAAAAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAAAAAAAAAAAAAA&#10;kP//////////////////7xYAAAAAAAAAAAAAAAAAAAAAff///////////////////z4AAAAAAAAA&#10;AAAAAAAAAAAAbP///////////////////2kAAAAAAAAAAAAAAAAAAAAAWv//////////////////&#10;/5kAAAAAAAAAAAAAAAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAAAAAAOf//////&#10;//////////////9YAAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAAAAAAAAAAAAAA&#10;AAAAGf/////////////////////1VgAAAAAAAAAAAAAAAAAABP//////////////////////uy8A&#10;AAAAAAAAAAAAAAAAAPj//////////////////////6spAAAAAAAAAAAAAAAAAM//////////////&#10;///////////JRwAAAAAHEyAuPlJohO3/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////01cn////////////////////////////60rCS&#10;d11CKAwAAEr////////////////////////FfUUXAAAAAAAAAAAAABHY////////////////////&#10;xFAAAAAAAAAAAAAAAAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAAAABo////////&#10;//////////+UAAAAAAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAAAAAAAAAAAAAA&#10;AAAH7P//////////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////////SAAAAAAA&#10;AAAAAAAAAAAAAAAAov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///////////////&#10;////nQAAAAAAAAAAAAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAAAAAAAAAAUv//&#10;////////////////5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMAAAAAAAAAAAAA&#10;AAAAAAAAK////////////////////1gAAAAAAAAAAAAAAAAAAAAAGP///////////////////4EA&#10;AAAAAAAAAAAAAAAAAAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAAAP//////////&#10;/////////94iAAAAAAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAAAAAAAAAAAAAA&#10;AN////////////////////+fAAAAAAAAAAAAAAAAAAAAAMz////////////////////oSgAAAAAA&#10;AAAAAAAAAAAAALf/////////////////////oBYAAAAAAAAAAAAAAAAAAJz/////////////////&#10;/////3oCAAAAAAAAAAAAAAAAAHf///////////////////////96CwAAAAAAAAAAAAAABUz/////&#10;////////////////////oldodICNnKu80Of/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////7eP/////////////////////////&#10;/9Kjelg6KSMcFg4GAACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp////////////&#10;///////kQwAAAAAAAAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAAAAAAAAAAAAAA&#10;4//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////EwAAAAAAAAAA&#10;AAAAAAAAAAAAhf//////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////////////////&#10;gwAAAAAAAAAAAAAAAAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAAAAAAHP//////&#10;////////////2wMAAAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAAAAAAAAAAAAAA&#10;AAAAAPv//////////////////08AAAAAAAAAAAAAAAAAAAAAAOf//////////////////3QAAAAA&#10;AAAAAAAAAAAAAAAAANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD/////////////&#10;/////8QHAAAAAAAAAAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAAAAAAAAAAAJr/&#10;//////////////////9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+jAAAAAAAAAAAA&#10;AAAAAAAAAHL////////////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////////////////&#10;kQYAAAAAAAAAAAAAAAAAAEH/////////////////////618AAAAAAAAAAAAAAAAAAB3/////////&#10;/////////////8pLAAAAAAAAAAAAAAAAAAD////////////////////////LVwAADBgkMT9OYHSL&#10;p8f//////////////////////////9fn8v//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+vUzcfCvrq3s7Ctqail////////////////////3X5TPzAjGREJAgAAAAAAAAAA2///&#10;//////////////92AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAAAAAAAAAAAAAA&#10;AAAAAAAAdf//////////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////////////TgAA&#10;AAAAAAAAAAAAAAAAAAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAAAP3/////////&#10;////////wQAAAAAAAAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAAAAAAAAAAAAAA&#10;AL7//////////////////0QAAAAAAAAAAAAAAAAAAAAAAKT//////////////////2sAAAAAAAAA&#10;AAAAAAAAAAAAAI3//////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn/////////////////&#10;/7cAAAAAAAAAAAAAAAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAAAAAAAFP/////&#10;//////////////9KAAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAAAAAAAAAAAAAA&#10;AAAAACv///////////////////+sCgAAAAAAAAAAAAAAAAAAABb////////////////////nRQAA&#10;AAAAAAAAAAAAAAAAAAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/////////////&#10;////////1k0AAAAAAAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAAAAAAAAAAAADV&#10;//////////////////////+YKgAAAAAAAAAABhgtRWDg////////////////////////qGN0gY+c&#10;q7vN4vr/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////+fLt6mdlY6JhIB8eHRw&#10;bGhlkP////////////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////////AAAAAAAA&#10;AAAAAAAAAAAAAAAAA///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/////////////&#10;////jgAAAAAAAAAAAAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAAAAAAAAAAAI3/&#10;/////////////////ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oAAAAAAAAAAAAA&#10;AAAAAAAAAE7//////////////////4YAAAAAAAAAAAAAAAAAAAAAADT//////////////////64A&#10;AAAAAAAAAAAAAAAAAAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAAAAr/////////&#10;//////////o9AAAAAAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAAAAAAAAAAAAAA&#10;AAD///////////////////+OAAAAAAAAAAAAAAAAAAAAAAD///////////////////+8GQAAAAAA&#10;AAAAAAAAAAAAAADv///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////////////////&#10;////iwAAAAAAAAAAAAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAAAAAAAACh////&#10;/////////////////5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0CgAAAAAAAAAA&#10;AAAAABFf///////////////////////odBMfLDhFU2JyhZu00vX/////////////////////////&#10;/9fo9P//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;+/fz8e7s6+vs8f//////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////////////////&#10;SyULAAAAAAAAAAAAAAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAAAAAAAGb/////&#10;////////////1wAAAAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAAAAAAAAAAAAAA&#10;AAAAABj//////////////////2wAAAAAAAAAAAAAAAAAAAAAAAD//////////////////50AAAAA&#10;AAAAAAAAAAAAAAAAAAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2////////////&#10;//////E1AAAAAAAAAAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAAAAAAAAAAAADL&#10;//////////////////+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+pBgAAAAAAAAAA&#10;AAAAAAAAAACj///////////////////TLwAAAAAAAAAAAAAAAAAAAACN////////////////////&#10;XgAAAAAAAAAAAAAAAAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAAAABe////////&#10;////////////zUMAAAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAAAAAAAAAAAAAA&#10;AAAc/////////////////////9heAAAAAAAAAAAAAAAAAAAA//////////////////////+/TgAA&#10;AAAADhwsPlJqhqXI////////////////////////wnyMmqe2xdbo/f//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////7uHXz8nDvrq2sa2pp6amp67/////////&#10;////////voZtW0xANy8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAAAAAAAAAAAAAA&#10;AAD//////////////////zQAAAAAAAAAAAAAAAAAAAAAAAD2/////////////////3YAAAAAAAAA&#10;AAAAAAAAAAAAAADS/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy////////////////&#10;/+EkAAAAAAAAAAAAAAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAAAAAAAAB8////&#10;//////////////95AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAAAAAAAAAAAAAA&#10;AAAAAABR///////////////////HIwAAAAAAAAAAAAAAAAAAAAA8///////////////////uSwAA&#10;AAAAAAAAAAAAAAAAAAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ////////////&#10;////////oxYAAAAAAAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAAAAAAAAAAAAAA&#10;/////////////////////4gPAAAAAAAAAAAAAAAAAAAA/////////////////////8tTAAAAAAAA&#10;AAAAAAAAAAAA//////////////////////+lOAAAAAAAAAAACR00TmuM////////////////////&#10;////mTlDUV9ufY6gtcvl/////////////////////////////+v5////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FFMiMYDgYAAAAA&#10;AAAAAAAAAACe/////////////////34AAAAAAAAAAAAAAAAAAAAAAAB1/////////////////8MA&#10;AAAAAAAAAAAAAAAAAAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAAAAAy////////&#10;//////////9qAAAAAAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAAAAAAAAAAAAAA&#10;AAAA//////////////////+/GwAAAAAAAAAAAAAAAAAAAAAA///////////////////mQgAAAAAA&#10;AAAAAAAAAAAAAAAA////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;////kAIAAAAAAAAAAAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAAAAAAAAAA9P//&#10;////////////////6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EYAAAAAAAAAAAA&#10;AAAAAAAAvP///////////////////8pTAAAAAAAAAAAAAAAAAAAAnf////////////////////+Y&#10;LgAAAAAAAAAAAAAQKUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/////////////&#10;////////////56CqucjY6fz/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////99fDr5uLf29jU0tHQ0tfg/////////////////86einxx&#10;aWFbVlFMSEM+OjYyLy4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA////////////&#10;//////9CAAAAAAAAAAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAAAAAAAAAAAAAA&#10;//////////////////+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////dOQAAAAAAAAAA&#10;AAAAAAAAAAAA3P//////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////////////////&#10;iQAAAAAAAAAAAAAAAAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAAAAAAmf//////&#10;////////////1kgAAAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAAAAAAAAAAAAAA&#10;AAAAaf///////////////////6EoAAAAAAAAAAAAAAAAAAAATv///////////////////9NcAAAA&#10;AAAAAAAAAAAAAAAAM/////////////////////+WLgAAAAAAAAAAAAAAFTJSd///////////////&#10;///////gchMAAAEPHy9CWHCLqMjs////////////////////////ym9ufo6esMPY7///////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///54NLIwLq1sKyopaKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0YEw4JBAAA1P//&#10;//////////////+SAAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAAAAAAAAAAAAAA&#10;AAAAAAAAi//////////////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////////////gAAA&#10;AAAAAAAAAAAAAAAAAAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAAOv//////////&#10;////////0EIAAAAAAAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAAAAAAAAAAAAAA&#10;DP///////////////////48UAAAAAAAAAAAAAAAAAAAAAP///////////////////7g+AAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////+VtAwAAAAAAAAAAAAAAAAAAAP//////////////////&#10;//+fNwAAAAAAAAAAAAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1lLba////////&#10;////////////////vFhEVGR1hpqvyOP//////////////////////////////9LN4fH/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////z7+vv9///////////////////////uuaidlo+KhoJ/e3h2dHJz&#10;dXh/kP/////////////////rTzowKCEbFRALBwIAAAAAAAAAI///////////////////aQAAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////yDkAAAAAAAAAAAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAAAAAAAAAAAP//&#10;/////////////////4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0AAAAAAAAAAAA&#10;AAAAAAAAAP///////////////////9VbAAAAAAAAAAAAAAAAAAAAAP////////////////////+F&#10;GgAAAAAAAAAAAAAAAAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDldgf//////////&#10;///////////lex4AAAAAAAwhOFJvj7PZ////////////////////////u1gpOUlabICXsM3t////&#10;/////////////////////////7OetMXX6///////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////rv5+Hc2dbU&#10;0tDQ0NHT2eDr9///////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////////////////&#10;vzEfFhAKBQAAAAAAAAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAAAAAAAOj/////&#10;/////////////4IEAAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAAAAAAAAAAAAAA&#10;AAAAALP//////////////////9JXAAAAAAAAAAAAAAAAAAAAAJv///////////////////d8EAAA&#10;AAAAAAAAAAAAAAAAAIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T/////////////&#10;///////LYQIAAAAAAAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0jO1d2mb7l////&#10;////////////////////w2MYKjtMX3SNp8bn/////////////////////////////6h/lqi70Of/&#10;///////////////////////////////////9////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////93Oxb+8uba0s7GysrW5wMnV4///////////&#10;/////////5dsZF5ZVVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAAAAAAAAAAAAAA&#10;AFb//////////////////85QAAAAAAAAAAAAAAAAAAAAADr///////////////////R5CwAAAAAA&#10;AAAAAAAAAAAAACH///////////////////+fMgAAAAAAAAAAAAAAAAAAAA7/////////////////&#10;///EWAAAAAAAAAAAAAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYnS3Gawun/////&#10;////////////////p0kAAAAAAhcvSmiKrtX8////////////////////////03UeJjhKXnWPq8vv&#10;/////////////////////////////65yhZiswtv2///////////////////////////////////f&#10;7///////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+KWlNPS0hGRENC&#10;QUJDR05ZaX3///////////////////+eLgYAAAAAAAAAAAAAAAAAAAD////////////////////D&#10;VgAAAAAAAAAAAAAAAAAAFUH////////////////////nexoAAAAAAAAAAAAACTRgi7T/////////&#10;////////////nz8AAAAAAAAABCVKcZnC6///////////////////////xmYPAAAAEypEYoOnzfX/&#10;////////////////////////6441Kz5RaIGdvN7//////////////////////////////752f5Sp&#10;wdz5///////////////////////////////////S2PP/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////by8O/v7/Hz+P3////////////////////////////4sJ+a&#10;l5aWlpibn6SstsLR4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/////////////&#10;////////pkEBAAAAAAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAEJ0xznMTs////&#10;////////////////////5YgvAAATKkRigqbM9P///////////////////////////6tQNkphe5a0&#10;1vr//////////////////////////////9KHfJixy+n/////////////////////////////////&#10;///Uzu3/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+3l4+Pk5ujt8fn//////////////////////////////bGUkpKVmZ2jqbK80O3/////////&#10;/////////////////51TR0lNUVZgc4qv1vz//////////////////////////7JWABo1UG2LrtL3&#10;/////////////////////////////81vPl97mbfX+f///////////////////////////////+6f&#10;g6bC4f/////////////////////////////////////jzuv/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////AAAA/+4A&#10;DkFkb2JlAGRAAAAAAv/bAIQAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEB&#10;AQEBAQICAgICAgICAgICAwMDAwMDAwMDAwEBAQEBAQEBAQEBAgIBAgIDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAFAgBPwJkBAERAAIRAQMRAQQRAP/d&#10;AAQATf/EAaIAAAAGAgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAAAAAAAAAABgUE&#10;AwcCCAEJAAoLEAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMXUnGB&#10;GGKRJUOhsfAmNHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbz&#10;dSo5OkhJSlhZWmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU1dbX&#10;2Nna5OXm5+jp6vT19vf4+foRAAIBAwIEBAMFBAQEBgYFbQECAxEEIRIFMQYAIhNBUQcyYRRxCEKB&#10;I5EVUqFiFjMJsSTB0UNy8BfhgjQlklMYY0TxorImNRlUNkVkJwpzg5NGdMLS4vJVZXVWN4SFo7PD&#10;0+PzKRqUpLTE1OT0laW1xdXl9ShHV2Y4doaWprbG1ub2Z3eHl6e3x9fn90hYaHiImKi4yNjo+DlJ&#10;WWl5iZmpucnZ6fkqOkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAAPwC0j+4mxblRsvanPrJ/u5h7&#10;jSQF9X2f+P4+vsEB5NOsyHFBSvqCTj/PkfLrNMW1uCa26ZpQaRX/AAdV6T7k3x5Ibbw3SI3ZjqG4&#10;MsQbEBgxFZfTa/H0HHvpti7GU2/uZtQWFv8Aj3cTa9/+oL6XB/x91DSSCocnNfn/AIfQj5efl1UW&#10;0D8IE/3kf5vn+fT3Rbs3hGif7+/dAW51A5/M8qFJJDrUkFrf1/I94/7i7HINtm7U+ouRt7D8G5sR&#10;ejX8f63+39+BdTQsSc04/mPP/L6cONltLc1X6ZNQr+EZ+VKHp/bee7wYbbt3OGCkWOfywUgaTr4r&#10;LBgOPp+ffX9wtjhif7m7Vt9DbbuHHFxzxR/4fW3u4kbQi1zx9f8AVx4f5utrbWw0E2yU8+0eflwx&#10;6U66O995vz/e/c5Ia1huDLj+1wBertyR/X6f4e+v7hbIvYbL2p+rgf3dw97XI5/yIfT/AB9svPpB&#10;bxDSnz48fX/Bjps29sT2wJ+Sjpzg3dvSQENuzdHJ4P8AeDLKyjV9Lfd21KCebc3+vHvF/cbYxYMu&#10;zdpgM1iP7v4dSoW7X0/aHixsL/i/tmQyaGDOWIXHE1JxSuPtNPOnSj6W00f2CHh+EZ/l0qKPeO8I&#10;1Qf3q3MAeSTn8oNOnm7f5WQSL25+n+x9+/uNshDY7P2sSP8AU7fxBBsB+DQ6Tqvb6j2yAZFLKtAa&#10;8eOfXNRSlf59Ua1tmx9Mmf6Ir5/Lqa+9d5BlUbt3MTZbkZ3J+oA82P3Si5H+8n3iOyNisQzbN2p4&#10;9OnUu3MS1yGsCX+zAvqX6e/MJYgyK7eNqrQmlARXA9KHjXz4DqyWkLHT9MmsnhpWlKY8vT/D1Mg3&#10;fvKYgHde5Atjdhncn9QSBqIqzYkj6fn3BOx9ksjkbN2lpUEcbdwygn1WJP2dz+ef979qjVZY1Mj6&#10;2NeJPpUAf6vy6sba1zSFAT50X9g6d6Td+7uf9/ZuECxDE5vJAC7EatRqWva9x+OOPfX9w9jlQF2d&#10;tUm2plbb+JAPJ9IK0VyAObc/i3upndGYuSF4Aiv7aHh6VNPOtK9NmC0AH+Lp6cB5/aPXGenSLdW7&#10;nfSm69yOQUIWTO5S3POjUakAgLzbkcj/AFvfb7D2SDqOz9qckaT/AHexFwukA6rUlhyfaPx2YaV1&#10;UAznia1x5n/D0wbe3DUNulBShoPXPl/PpZUO5d2B0Mm6dxavSyqM1lGsAFGl/wDK2C3Lf7ce8B2N&#10;scuxGztp6lsbnb+H/FuF/wAk+n++/Pu6GVURWd/CYkUFf2n/AIv/AAdaFra1UeAlKkfCK/bw/wBX&#10;7OlM2690+O/95s6Cqhi5zmR/peyj7q40nj/X98JNkbJA52ftUlyttO3sMbKeDe1H6W5/wNvd01aj&#10;oJCrWtS2T8qnIx8x1WS1gB0i2j1YwFB/ydc4N1bsbSz7nz5LAhGGZr7aVABYAVTBW/1/cSXZGygb&#10;jZm1lS/AG3sSWJNiQf8AI+SDf/H3uMFjUy6pqZzQAeozwP7OrfR21ARboTXzUCnH5Vp0/wAW7d0o&#10;gH95NwhSRb/cxkNRIHAIM/B/F+D/AL37gvsPZVwBs7a4HNv9+/ieSzauB9ob2Ujn2tS4YKzGQa6j&#10;8qCmfz8j8uPk09vbUOqCPjTKj8/I/wCH0p1LXdW6DwNx7gK2Y3/jGR+pubqfuQNNje//ABT3Gl2R&#10;si2hNnbX1EHk7fxP4W4H/AQ6QP6f8a97Txv7SRz4Q8gT60r5V8s/b86trBBpIa2THmFHD9n+fp3g&#10;3TuThf7yZ4SMoIb+L13006j/AMpJu1hfm/8Atre4H9ydlI3Oz9rXPBtgMQQTfnn7Pjgfj2qZTNHU&#10;OdHz/liv+H8vPpnwLZiGa2TSQM6R/m8ulDS7r3SsiK24c5qDEcZbIckmx1XqQNAP6bDg/wCx9xX2&#10;Vsr1W2ftY6nB/wCPexR03X6c0d/qD7srEjLkEKfPjn9nCn59eNtAVb9BNX2DH+D7elIm4dznSf7w&#10;Zy/AP+5Wu9IFrWJqTduTweD7xHZmyiqkbQ2t+Q19v4g/S3P/AACveze9hH8R1aQ1wRQmua4408sf&#10;7PWvprckI0C6uGFH+r16n/3g3IkSgZ/OavULfxSu+n1vcz+klf6fgf4e8Uuy9l3CptLbFgo4bb+L&#10;v/ibGkuORwbe9xCtXcHLHgR/hHy4ip6qLe21D9FNFfRep9NuPcn0/j+bJ50n+K17EXt/Se/9QOOf&#10;p7ivsrZnqvtLbAFh9cFibXuQLD7Ti1/bxNAmjJrmg8vt860Pr16S3tuKwxg1z2r/ACoD070We3Hr&#10;9WfzbHTZQcrkAfoLkq1QOCH+tx7jNsrZoP8Ax6O2Ab2H+4HE83HP1pOPe/iUgsc/bj9n+r8umGtb&#10;epBgQMc8B/k9enuHcW4uCM9mGXn0/wAUrvVpuATqqObEHn6ce452Rs1bn+6G2SxF7/wLFWAt9P8A&#10;gJwf9797aSoVRIAvyH8+OR/qPVDDbAf2KcP4R8unWHcO4nIY53MhR/ZOSruTdrXvMb/i/P1HuG2z&#10;Nl3YnaO2OLDjBYn883v9rf24VmomhjTPGv2U6aNvHgxwJk+aj/NinT/T5zPaPVnMwb/9XOtuP9gJ&#10;7HUP9694JNmbNIJ/untjnlbYHFX4/p/kv0v7uuHRe4Zoc9ee3ty4DRJpHHtFK/5TT/Z6daXN55Qf&#10;9zeXNuQWyFc2jgnkifixW35v7aZ9nbOBYDae2QLXLLgcXz9Rq/4C3AN/a9aBUkrX5Mf5f6vl0kmj&#10;tlHbCtKeg+3yHr0qKHMZxh68xlgzekFchWW1Dn6+Yfj8c3/2HtubaGzzbVtLbN734wGMHFiLcUgP&#10;NubD2tSMgHS3ZTzIOajOcY8qnptbeKmYV0kegp/q8+nQZnN2H+5jKAhuSK+s4A4IuJb839x5dn7P&#10;5A2ptvST/wA6HF/Xi4v9p9B7cSOukt8Y458s54+f7Om3ghZm0wrxrwHmD1Op81mlNhmMmb3FzkKu&#10;w4P0Am4N/wDD8e4b7O2evP8AdXbXH1/3BYw/7f8AyT8+3FUuxUKTXA/2P5dMPDEKfpDTT0Hl6ftH&#10;Shp81mdKn+L5O17819XyCBwP3bXNuB/h7gS7Q2gp9O1NuBT9T/BMYbcWI/4C/k+1kcRZTrIMw8qZ&#10;PmPl/wAV021vBQAxLrOeA/wev+bp8pstlzpJyuT0n6XyFTYEE3JUzg8/i/49tFVtDaLC42rtu39B&#10;hcXyfV+VpuSPau2jVGZST4v2cBjyPr+f5dI3hj0szRrQD04HHy/1cOlTSZnMXH+5PJW4tatqvT9e&#10;b+T6H21vs/aVv+PW26bcgfwPGn/ePtb/AF9rBHGyk0AJ+zP+r/KOkbwwMDqjUAnBoBx9P9Xn0oKf&#10;OZjUsYymQALaSPvaj8/4mS1xz7bpNnbTI42xt4fX/lyY0834+lLY+1UXaVJVSD6ADFPXB+X+Toue&#10;KMZWEYGfzpXy/wBVelJDmMklycjkSRYgfe1RH1vwutvp/sPbZNtPaSkg7Y26bXP/ABZMb+P+qY/1&#10;9m0cKsoEa0B9Kfy+WB8vy6TyQQrqZE8vQZx/l6eafKZVlVjka76jlquc8H8sPITf+vtsk2ntQAf7&#10;9rbpt9f9w2NuP/Va59qwsbMwEAp9goflwx0mkVNDLQVpjA/ydPVNX5Mm5yFda1g33dTbjk2Jb/ff&#10;4+4E21dqKt/7tbfHA/5cuN+tgeB9ufx7cWKNqkQKf9R+X7Pt6TP4ZGjSvmcfZx4fL9p6f6KqyUkg&#10;X7+rt/jUzcHi1/3OPbTNtfawRiNtYD8/8ubG/X82P2xv7WwwRsw1Rrq+z9npTpBL4YRv0wKGnr/q&#10;x0p4KqvLov3tXpH/AE0zkjnj6yH68j27bQ2ltSaudm2xt9tNzzhccQLfQWNMPoSPaPfYo44xhQlP&#10;Qf6s/wAvXpdscay3Aqq+nl0le0Mrk6TBJHDkK1JJCFulXUI1max5Dj8e7Dunuu9kywtLLs3asxCJ&#10;Yy4DEOLEWJs1I1iSfeMXO16yyFY5WRK+VQajP+SmP59TvtNvD4Lt9OhFKDtHyPpnzHWvZ83d9bpp&#10;TFT0u481TytJUuVhzFbCPUGVR+3UICRrH1t+fY7R9f7Ff/mC9qcKWt/d3DqTdhcD/JD/AIfT2XeK&#10;8UEQD8aZ4+WCeHz/AD9egnutvbPezFYkpU+Q9etaTsrsbsCr3lm5F3zvFFSurNKJufNxqFWoePSF&#10;+/IuFUDj3IbYexVpZHXZW1LhG/5hzEFhpv8AQ/Z3uW+n149kO9STDQBKalvXGfUegH86cehDy3Bb&#10;sXBgQ49FIz9o6Mp8SN77yym6lirt67tkjjSMgTbky0g1CUcXkrDbUw/5Fx7DCq2lsl52jXZm1Ayv&#10;bnb2IAYFrD60Yuwtb8n3W1WRYy0kjaCPX0Ff2cDig6ErW9ppatumiuDpXNfTHDh59XfRVe448bS1&#10;Ee5M7IopoyR/GMidQYKA1/ubk3P5v/vXvP8A3J2PHBJKdm7WLBGIIwGJIutzz/kZAAFvp+R+Rx7p&#10;HJK02jxSBUD0IrjHz4nPGuaHPTMdva6ZA9ugauO0ClfyPriuT50OemyqzO6Kipx9Mu4twn98MdOa&#10;yGkotzoNqsG3Fj/rce6+e/dmbXmGYr4trbdjhhhqmjMWEx0Y9Ksx/TSj6H/D3khyAIm+hs8Gaqhq&#10;548P5V8/TqMueLRWtL2dIlWNI2JoKfsIH+bh1ev8LMzXY+g21i6jJ5Conrp6Jm+4rKmYszvGOfJK&#10;55X/ABHPvU27+lx9V2JnPBRUUcYyFQipFTQIi6ZmAsqIABb2PuZzENweFY1ABpgU+X+brnpLPPJc&#10;XMnitQuaZPCp8ur5EXSiL/qUVf8AbAD2eX4V7Qw9Rg67I1WIxtQfMiBp6Gml+i82MkTexhsFrCm1&#10;1KLVuFQD/q/b0dcp+LLdXEplY09T0l931BhxgVSwMsgUFSQeLf0+v19nuk29tv8A55/CX+h/3F0A&#10;4/6kA39mv0sSj+yTTXjpH+b/AC9D55GASrGtCKny/Ovp0GUBmZrCSQKCCfW1rf617e2Kt29t4X04&#10;LC/4/wC4yhFufrfw8Hj279PblSzRLxoKAenn+3oquJGU11nTq8jn5Djwp0oqEyMQNTf7Fifp/vZ9&#10;p+bAbfBN8Fhr/j/cZQrx/X/MW/Hur20IjH6K0+QB+Xp0VyTMKkE/zPSijLHjU1v8Sf8AXuf6e2ub&#10;B7ftzg8R/hbGURuBz/xwIHvX0kCt/ZKwA8wMfy/1fPphppBjxGOPU/6vl1OiDAAk/k8c3445v+Qf&#10;bHNg8Fd74XE/14xlEP8AHn9n/evagQQJ/wAR01H5D/MOkDzyBvjJJ8qnHUyO5tyf6f4n/G/tqnw2&#10;CF7YXEgfj/cdRi9vz/mD/T3sW9uKfoJWvoP9Q6o0zj/RGBPzP8upAFvyT/r+2WoxGBDEjDYoA3vb&#10;HUf1/wAD4R+T/T3UxQHjAlPsH+b/AGOkrzy1/tW/aeu/afrMLhBwuIxf0/GPpPp/TiH6e2DDAyg+&#10;Claeg9ekj3DuKiQg/afXqZEulf8AXN/afmxeFFj/AAfGG4/519J+bfnxf0/r7bEMGqgiX/eR1T6i&#10;UMP1Wp9pHWT21VWJwwR7YnGfm1qCltf6j6RfTj3YwwlQTEnD0H/F9MtcShcSsDU+Z697Tc+LxHKj&#10;F465vc/YU39f6+Ifn2wIYfOFKf6UdJjPMAayv+0/5+ve258XiLsRjcYDzx9jTc8fUERfX8e9LaQk&#10;VaFaj5DqgnmrXxXz8z/n697TVZjsUC4/hmPF7lT9lT/W3H+6rce2pLeLIMS/sHSeWe4Bp47/ALT1&#10;72mqvH4w3Ax1CPr/AModPyf+pftiSOEgL4S/sHVBPP5zP+0/5+ve9nn+U9TbR3T8WqOir9sbbr6z&#10;bm7Mtj2lq8Fi6mXxz6pERpZaV5HC24BJt9R7xX93rU2fOtncJ2pPt4qASMxykcOAwQK+dKHroV93&#10;KeHcvbJIZQsk1teTIdVCQG0uBnNDqPHzx6dahv8AwodxO4tvdybC3JhczmsVT7m2PRNOMbk62hhe&#10;ox1ZkcZIWWnniVpDBEl+PyPyfdirbC2Mm4yh2btQLU4VmX/fvYgI0tLWxWTSaI+sQ1B+nNh7CZlk&#10;UwSAnQzUpx/CamtaD06HG9WcR2OUrAtY5z5DyP2f0/5fLrV63lvXfeb+C2eMW9N1nLdZ/ISlknqk&#10;3JmY6uDB7nwFbTCN3Wt8pgkytMoFyBqsB7WWK2JsJohq2VtI2DKSduYYhgWLEcUDEXQ29h3fBMl0&#10;2iRqEA8Tigp5mnEV/wCK6Y2NIZNshBhUkMRWg+eK9Af1v2hv6q2LjhNvneEjUmWqad2O5syWKVMM&#10;npZvvC2kr/vXHvDVdf7GSYuNlbSUKbAjbuGN1OkX5oiDyD/r+1lnM0kAjaRiWGeIyK/7H8h0X3dt&#10;CJG/TX9g6D3P9gdhQZOpKb73kio10tujOEEBgvH+Xf4n8e2uo2DsW/8Ax5u1Lk/885iAvFrkf5H9&#10;Dq9nNnI+mnoPXPng9B68hiEhpGtK+nQVZ/sfsVKpyN/72AZri26s6FHCtcD761iW94hsHYp/5gza&#10;d7XH+/dw9rH6f8ontWZJAaEnTX/i+kWhSRRBT7B0znsnscqtuwN7X4/5irPfT6/8r/098l2HsT/n&#10;i9p8D6/3bw//ANR+/IXL0DEV+Z6amjTQDoX9g6a8t2b2PHCzjf8Avc6EYt/v686L+k8c1/vtthbF&#10;5/35e07WJ/49zD/6n8f5H7fJbSRqOr7fn0mWNCV7FrX06YaHs3smaSkkHYO9V8c1mH97M/6kYhuB&#10;9+bfU++C7C2KDc7M2mbWN/7uYgW5I/NH7SyO+mik8fXpYUSi0jFPs6V9N2Z2OrFv9IG9iA4A/wB/&#10;Xnvxe5I+/wD6+8q7C2IHU/3L2n9b8bcxBI9Q5A+z9pnZypGs0+Zxw4dGe3iJZo2MS0DDyHS2w3aH&#10;YsNfSTNvzejaJY2KndWdNysqk3Brz6Ta3+t71if+FCPXWH2rtXpfd+LwOKxrUHbZxVVJj8ZSUQaj&#10;3Js2sk0zmngj1J58TwDwG/x9j3lq5SbY5pI6aUnTh6UmBzU+YH249B0Se+dpb3EO2XNsAsbwyABQ&#10;BkhHHD/mk2evo5fyEO2W7H+PeRSpytdk6mLD7d0HIVc9VURNh8xuzHVkV52LxiGGqpBYgXBBF10n&#10;3ryCOlkp0f7enuyqeIYyP0g/6n/H3JNmVltFOkavs9OsL3eZZSviNgnzP+fq/H23yw0wF/t4fzb9&#10;mP8A3vT7cdEVT2j9nT6ySZrK37T172yVUMFwfDDzf6RJwOL/ANn2XzJHiijpVDJIa/qN+09e9sss&#10;UGpv2o7D/m2n9P8AW+ntnSoUdgp0uSSWid5/aeve26ZYQDaKP6cHxrx/vF/aZwoNABx9Ol0bOSO4&#10;/t697btMWu/ij/5IW/8AS/0+vumnGmgr0o1SadPiH9vXvf8A/9C3CNtX6jduR/hySRyLj8/4ewPI&#10;nhqdIpHj7fnx/wBn/D1mvrADUFCf9R6rlllRpQFJYqbMGt/ZIP0U+i6825N/9v77K/65/pzx/vuP&#10;zf23UcaU/wBX+ryH2dbJBoQAP9XHpwinVQUDKvJBuluOCQGUkEEX5v8AX+vvr6AAgW+o5/re/wCP&#10;pY/j3qmWZSdXnj9n+bP8utqrASNivr5/6sdS1k8rgBmstgf9q4UmwuW+tubC599XF+fofr/sbf4q&#10;Pp721QmDkD/V5H+f7R1tuAOQtP2/5s8a9Zae0siEC4VypsptqVgdJXTY3J/B94i1yL3ChkNieGtY&#10;qosGvY/6wJ/PtmRSFOjLZH2V4nyp9uaenXlBDdo+X59KqjTTJ6zfVqa7LbTyBp+hNywPH9Le44Cs&#10;7auSSbWvf08n/AfqHvzM8cUYjAoKennj/Jw/OlermqigH+r/AFeX+Xp6QBnZm/BKqAt7Ec/6lf02&#10;Av74B/0rpIGq/AvYE/pNrkgcfT+vu0iU1uZPKnpU04itB68eNOtVZSK+vH7Bx/ydZoudN1uSQQfr&#10;ZWa9jYXtYAf7H3xZiyi6oqlgeA7GxW4uzNYGw/33PtLQCRgruXAI8h55oAPn/qoKuREMcAjHSko4&#10;1CqXVArEHSF51FSy6mLH6FeLkj/b+4aqwJCMdPpJVCTq9QBVrH9ar/X6E/X2sd0KqZF7hWhOKYrU&#10;fIn08hw4dVYhVBYfCeJ8v9Xy6yRqwcFGY8glULE2LKGVje+ohb8C9z9ffS2Aa6srg+gFCTdr/Ujj&#10;SfoL/wCP9fdZiTpAZTGfiNRTHD7D60r5ZxluR6doya5+3j9nD8/29PmPhDP5dLrZtUasjFiWAvzq&#10;5Qj9N7EWPHvA7kFiTqPCkWGpbarXA/HHJ90EalUQCi8eODw/n6D+dOmWZSAtM0/2afb6dLqgAKq7&#10;W16jc20Oiqh/tekqrc/jk/194bXJJuWupPP+I/1xzp/2HtzXTSqkeGK0/Yfs9fz/AMLevuBr20P7&#10;Pzp5/t6dNB8RNrMwBF9RuFfSWugsp0ra/wCP6++TOjfWOxuxDXUNqIsLBmvp4JP9faQrIhb9bUhA&#10;FM0pWp4DjwA9PPI63TA7qj7f83Hp2p4kEcYCaWWzG/8AqgBbksL2U35+v4v7g3AkbyEkllY/1N25&#10;/qSOf949q2DGFfAUCgI+ygwfSvz9T59bORqU9oP+r+R6nwqGN2LFW0EEANwNV1sLlhccD/D8e48x&#10;FhqOoi7aGOoeqwNrFCCLD/D3eAOrMI0oDjUBTh9oIpk5pXptiRWoGT6eXr5/IdOcOg21MxAAsCL3&#10;vb9VipUnj/bf7D3Ekey316xa5uVAB0KANOkkG+r6H+nu2kM+kR0etBSpPE5rUVFKcR6kV6bLAthe&#10;7h/gHr/q8uHT1Tpc3J1agpJcBCLLqKW/snUPxb/b+4TuxR7sC1lIsBqA54/Nv9a/tSEQSIgQ6cjj&#10;gn1/2afl0waUI4in861PSlpILBZb8JpIuBqCN9bNYN9CePzYe2xyVvc2APGnkk3BuST+dP8Ah7W9&#10;p4Jkjz4AU4Afn/P7B07Wik0CmuP2/nXpUUyeRUvpFnuRZjc3BJ4+t/8AC4/x/riH0IP4HF/qb2/2&#10;F/8AePdXoSGHnxz6Vz/qzX7K9NgChocfbw/n1PX6lbrp1m5CgkcDi/Dccf7D301zck/ji4H4sebe&#10;6BgmiNRgnNCfPGK/b9uOmiwjRY9FF86Z/wBX+x1NplupIGk+qwIHINzfjgfT/W9wpXDXOr6Wtbjm&#10;xvwPxYD24o8PSFj9eP8Aq+3yP2dUICkUr/s/6qeR6UdFAzfr54UmwGnT/g3F73ve/uIxN+Wtxe7X&#10;/J/qL+3agLQJmvAf5sf5/lw6bY0OlhU14ef+TH5dOsSE6iouOADa49Kj6MbC9ifx7xyGwN7245B5&#10;5Atzxwfx9fe0UMqspGoD0x+z1HE1p02X1AUXy/1fOo6m06sZQiLcFvwQBb1XH1/AH19wGa6nn6ka&#10;iRb8g2JuTqP09qNBDjFQBjNfLywBQcT8z5npkEVIVuGflj/V/LgelDCNNgQFNrE8j8rdSCb82P1H&#10;+29w5XGlgHvpFhc8KWHAPPPPt6JGLIzR0LHPqacaemP59NsSQW1UP+rj9vl0+00YWwUKCL2ZbEhT&#10;exb6/Vh9Px7a5pAGa4/17cFdP0vwfpb/AF/akQkouafbmtfz8/LHTDUAB/b5/wAvt/z9KqlA0IE5&#10;vbkDg3F+A36iARx/j7bZJSx4+g+ovY3/ANcEkj2vtrcRoS1K8PX7MEDPTMgIAda6agcP9X+x69Ov&#10;jAA4+v0soI5vf/Yi3A94HcAG5HHH5/r/AI24B9qO8sAFNDmny/Kvlx+fWi5XGSvEDz/1etcdSqaA&#10;swN+ARcm35Xji5Nz/wAR7gM7Em54JIsxH+tbgj/D8+31RAuoGhA8h+fof8Ap0kdjXU/lmn5V/wBV&#10;KdKOKO1hb8XAUEg3PDCxsfbZLLe6C9tJ+q2BOo8/i4IH+39rYo8+IQNer14Cn55z+zpppApLBc1/&#10;Zw/1H/J0oYYQiIbH1WBAFyPoQeSGAFre2yob+yLAWFwL3/HJ5/NvauOuGYnVn0+eB/L/AGekssko&#10;BCsAain2Up/qHSgpIwEB06r2sSQR+PoCLjj23yPYGx/1yefr9Ob/AO+v7UhAdCFMcfTh9o+XSOUo&#10;Y/Dc5GRx/Z/qrQ+XT7Rw+oM1vr/qTfkf634v/t/bfJJZW/BZbXHJsL/n8fT2/wCGBoqAVVq0+f8A&#10;l4/yr0lkYrpCsCeFKfL/AFY/n0pqaHW4NyGtbni36bfg2vz/ALf8+2WpkFyTYXPJIHIH+3uePZla&#10;K+F1HC/zPEeVOPD8ukBZCgQ01ig+37f25Hn0qKeLVpsp/PPFgLkg/kWa1vbZI/P+8/T6f7yLe1YH&#10;aUY/6vPiP8vSScrpYBhpJ88DHp/qPT3BGQFFjz+AL2+lvof6j+nuBORb+tv97/p/h/xr2/GWGkcG&#10;r/LPD14UH29I5ZAUzhuH7a/5vy49P9DGUY3AKm1m41Dn0k/jgEf7H2x1LfQDiwNvp9T/ALHj2YRV&#10;Us4PDjx/1fz6LJneLs1cTmlcYH+qvSsoolb68liPqLEgctbi34/w9rXYNOZqq9iQ8ig2PBGoEjj/&#10;AAHsPcxzhIwvFqEcOHGn8/8AVToT8sRJNcLQZDf4P8vCnQT91132mILMyr4IJZQWsOfGf8bfT/AE&#10;e7KerqSGnxCkgKxEdkIu7Bi17/gqLH/ev6+8YuZfqbjcAACwqQTwUUApTzHpw+fp1PNrSCzBqaU+&#10;zI4Z/l1rAfOTecMebqi9UEjplqGIUqZLlnPK6iLej/fc+xmiBWNnII0qLDhlIspFjzcg8/19lcmk&#10;skQPEnOQfP8A2R6ft6A1ydcsrGlfPrX8zkxqq3JVsnMjSSSsTZgxdtZa5ubs3P0HtviBennjFtVi&#10;eBb8EEark3uDYcX9u7tEkngswJThn8qYwKcKny6XcuXem5ZD8JIHQh/HHdkmB3hAyOAJKiJW0gfi&#10;RTYEkm5C8C3P+v7C7IRfb1krknSrHgfptYAGxuOCP8fZfEhaNE0DUeB8659PtHp+XQxZSyntxXHm&#10;f9X2cOtiPZucGb25QuG1A00fKm40lI7/AFvpOpT/AI8/m/tsqaw/ZNGpJd1YLz9QRypAW3H0H9fb&#10;6xqtyz6aAEV+R9ak1NfP040Pk28hIZMg6vPJ+dft4H869LLEYnyZOjklBWKNlcFhp1orX0EWsvI4&#10;+nsmnyMplxXX+5siy+MwYrISaz9OYJDccflvr7m/2tmF1zDaqTXINMfhoc58h/qz0BOfwLXlDfrn&#10;NVt38s8Mfsr/AKq9WzfCzNHMdn7KwyMXibMY2Mx3aypDMl2W4/S0YJ/1x/re9L3sutav3tkpNWry&#10;ZCZrj/apmv8Anmx9j7epDPu0xBr3f5eubUeUlduJrX+fWxt7ts+H+NNH1xFUFSr1MrN+OfpZj/tz&#10;7lXbIhHtdmpIyK/yP5dCzlCNTDcyjzb8/wAv2HpB72ltHRxf6pncj/WsB/rX9mtqHKnk2Bvb68D/&#10;AGHtSCgFTk/4f29CeQjI1k0P+ofl0jqZLr6V5vzYD+v+3PtkqpAeB6gTf+l/8SR9Rf3Vhp1Y7gDT&#10;Nf5Z8vP16QylCx1NRgKeufTp9o4yOfpc/S1uPp9f6k+05UsLk/T68Xv+Qfp/jf2pqQNPl/k6LJFJ&#10;r34/1V/1Dp/gW5AsDzb6f4c/7D2zTvybm3+2/wBcfX6e/FdQ7R5D/UekLkga1JJGP+LH+DpyAvYf&#10;737aKhwQSLfT8/4/X/An34VKovSd6k8cHP8Aq9OpMIIHPFrj/eb+2CtlsrfUaeT/AIn3s48uHr0w&#10;7LpAAq3+TrN7S89Qb8m4H1H+w/PP+HtIXJLIPPpG0nxAihJx1LjjC2J5P+wI/P0PtrmkuCeRYcfT&#10;/jXPvzE4SufPpl3I869ZfafmkB5vewPBH+Fh/vXvw10YAZ6Yq1DnHXvbRVTHSQT/AIHnjgc/0596&#10;GngV7qH/AFfs6aZs6R172nJpSur1Xtzf6/1J4/1vdFXUGIH5f6j0nOceXXvbTJLe/wBVub3H0v8A&#10;6wtxf3Sp0k6sY/1Z6qWoCa5HXvaerpLk/wBeb/X+nH5/w9tSUGrNV6ZbJr5de9pyVi1+R/vX/E39&#10;pGbB0in29VJ05HXvewb/ACVt0ibZXbu0nlXVQZjF5eKJudKTo0EjAH9KlnFyOfeOvvnYsZuVNyQH&#10;D3ERoT5qjj86q1Bw+zrNn7pm4iTa+atpLVKTRSBT6OGQ/wCAeX7Otbr/AIUP7Qiqtg9E7waBWEee&#10;zu26io0KWjWQY6upkLEcI2ubi/8Aj7uryNkyuCqm51z1FGzD6XqsfK6MRe5BlgH5/pz7i+Nna0j0&#10;GiDuofk1KDy8/T1NOshdyj1QcwWoI0/EPngkU+zSP29aZWCxi5HrD5vdclfLPTYDC73xyKgI/wB+&#10;lu+kmqZkW91K46rJJv8Ap4v7V2Mkt5IzGbl0BIJFr3B5Ac8BOLD6n2S73FU284k7dLfPyFPMca5z&#10;wHQY5dfVZ3Mdchqj+X+Hon3UNV5duZ+hYeumlo6yMA6SNEiRSNqsxvoB/H5PvLWKQy2YWdCo/BJD&#10;ckjTwByPp7bsWDR1ZMhs+YGMUzk+fHp3cUpKDT/VTqLu2Dx5Ast9MkcgGrhmY3NyLDgE2+ntknjC&#10;qeByT9Lng2/NrDkexBZy+Iwzgf4fs6C94K0p0C+4I9LFhYXsf6n6L9f6MCP9t7wKRYfggW5/NrDj&#10;6X4/p7XsvdWtc9F4qSV8v8/SfRx4wx4+o/23/FB75gr9P8eQPxwP9591BKsCBSg6bcMyso4dQq9f&#10;PC0YH67g8fUFSDz/AF99M3Pp+gFrn+n9LfX27rBSjZYnpqKNgcjA6aaOgMEnkJNgR6R+bEH/ABI+&#10;n9ffEC6jjj6fW/Nxf/H6e2W7TqPHp4Bmp606UkAUI1xyf02/B1Akn/XHuTToJCFuENidR4sABc3H&#10;0+l+Px7Q3cnhKH0llqMepNf+K+XRxtlu006RRrVyCf8AL59LjalDNlchDSwreoaOR47mw/aTyEkm&#10;wA0qTx9fx7oU/n+dYZDO/Ezc2fjgqKj+7e4dn7wpp9SSGnqcbmFxeSpihDSr4sRk5pgRYKLr9b3G&#10;PIlxBfbbvFrEw8VItQUKcqGU6geGBqU0GcGtOqe7NuzcpbZeOtY4bmJWNOBdHhC+tKyKa8Knrff/&#10;AOE3PcOG3DtLIdfytR0e6NrbeyO263GU8ElOaqGCXCZuHPWMYiaSaNGp5/UzvPE0n6SFXUcoJWNB&#10;ScWvBGTf68oP68iw9yttwItV1Hj1gvdKPqZs17j/AIetrX3wnY2A/F/96v7flYU0+fWhQD5nr3tk&#10;qHv/AKwv/tv6/wCx9ljamOTnpZGhAA/Eeve2SQ2vb8/8b97Y0PS+NdRr1721VDXH++/qT/sPaKpL&#10;Ek5HS+MY4de9tusa7XH+8/q1Wt7p4o10+X+z0ooacOve/wD/0bboPUq21+kaWPIQ/kkWIt7CF12O&#10;xIXJqOBI+X+r1HWbRovdSnVY1LM0pY2ILOELEkKbXs2my6bg34JHH44vzI02Uk8WAIBN7cC/4ufa&#10;UkuWfSBUknhj1p8v+L6qGarVAFTXpRUnHGoavQQT+efoWOt1JUW+nI98GblV/JBvwtjYj/VE2+vv&#10;SpVHeuAR5nzr6f5+tACmD59O0AERCAAsVbUSG9LBUQgenknWObf7z76N2vb6fTmw0kX/ANdr/wBf&#10;fiwUCvxfLzqfnQU9Or1NBqPD0+f246c6aLQ8ZIsFcgAm5YlBfk2NwQPrfn/eMV/SityqEXve5ILE&#10;gaio06Qb/wC9+2JFUNI0RozD/Y8gTWtP81anqwOKKaD08/2+XSjgZmAvzb6WAAuQDqsTazAH8H3j&#10;bRrYKGYKNKtwoBUBrtzc/qsR9QfdVEvhIzlV1GpGTUE0oPIcK14cevFSQCTQVJ9f+K+3pzQA2Au7&#10;KpUNqsFYWvf1crZh9PcYkaWBLclPT+nUL34sym3+wPP9PbkurWtFGA2eNMfMH18iMevW20mo8+nS&#10;kVAC31B0DSCV+j+uxXSL+n6H3GkLMTclQqooH6FLAsAvq/oCfp/h79HRNJFGZixrxIFBU4+dOPz6&#10;2KjSa5pQfsz07RozxGPSwEYiCrqCBiLsFsRyz6if8bj33G1uG0/pDBCvNwOLW/Tz9f8AEe6TR17k&#10;rxIJB/b9vqPl5U62w0g0YZrw/wBX+odONODqbWQEI1aFJZjpvY3UFTcqR+eR9b+8To/9pv086ifp&#10;9Oeb3/Hu/ixAAqldXl/k/wANM9MNQqDWp/2P9Xy6fqMMylQbKCNJsLaSx0kX1M1wRe4ve/uLLy4B&#10;IDE6jYnkAA86T6eG592jIVCyKSgFBWg4kjz45Apx/PppyooFrQf4c8D/AMX0sKFLxxq/pckmUrci&#10;40sLkEDlv98LW94C+llFjcKAttVyBfjTe31HBsD73wEhBGTUjFK/b+wkcPQdaC/xcK8B/qwT0/RU&#10;4kVCbhbEBgW1EXsANX0UnV/ri3vGzcD6AAsBqvcAGw4Kg8D+v+v7bCHUxqdRA4cM/mRx9Ps60cnV&#10;q9RjI/L/AFfn05oQQALNYn8HkDVx+n6EDg/4/wC2xOfS/qD62ABuAF/J5uOBb+v592w5jAGkKM8c&#10;/wAjnPp1qoZSqcRj/V8/yHU2CMxswNiW4UkWsSf9dfqAPqbX9xmGpvUdV7t+r6L9GKEWvq/23tQr&#10;iNDpBWlBw4nyDDNKft9fOuiQCa/Lz8qZ9epaqSyg+rW4v9AALi5jN9JIPFvcGQn6hlI/B9TBbgG1&#10;gCpPNvewQWKmI19MAnjmpIIBpX+WekrnPaPU8KYGf5n9telFRwllL+RSF0jUeQATyCdLIxBY8/U2&#10;HHtvkZhq/pbV9AP8CD+Tb/ifayg7aU40pU/tH8+Gfl03TNdNASSRXh8/9jpV0cQZYyeeAzEaQOLA&#10;cWtYXFr/ANPcNrEg/W4/P0sBe3H9Sfyfx7cqVqDxB8j5nHH7PT1889W4tqaMUFOJ/wBnpRwxsVuE&#10;IUWA45vxf0m1x/T/AA/PvrXfgj6H9X5vcX/PJBHtpkK51UFOHl/xVPLqj1DCj9v8uGPLh1MSE+nS&#10;GY355PA+hFgQ3pH/ABv3Gkci4B/V+L8fgNwR/j/X26gVtBpRkPp5eWfLh6fn5dNu1ACMkkcOFP8A&#10;P/q9OningAN2Um4ABJsA3+AUm4AI+v8AsPcBgedRtxxwL3AH19u611DSNWc5NKfL/J02D3ADI1V6&#10;UMIKqI1Fr8/gn63sBe1rfU/X3hY3vewP1U34NwP62HPu6dpOnIPH5UP5kUx6daZmDMUGaH/L8seW&#10;T59OKobL9LAgEH/Wt9Aeef8AY8+40jaUsSTbg83uwFrg3b26tXcFSKcR5YP20+fTJY0p+H/L55Pz&#10;6cqSL1awthwLgDi3NvSWA/2w9xmkGghgL2NgALAE8Hj6f4+/FGV6xsaV4kkZA4Z/lT1/bRaoVQvV&#10;qZriv+r/AC9P9JF5HXUAFvqPpDGwKi/5Ba5H19tbyWL3+tzYkC4+o/oB9Pp9fa7T+nHSunzAJ/2f&#10;Pjw6Ss9Ay0GgH/is9KOmiDy6QB9barKQQGI/pybG3P09tUzW1i1/zf8ABubC/HBIHtdEA/htqA8g&#10;KcKfnn7TT7OmJAKqNYHqKf5en+njIZRYj+0xP+3/AAthwePcItYf0+n15/oeL8+1WnWTgkD8h5j+&#10;XE1/2eq6qKDXy/2OnaNfUtyLNciyi/JsBb/G30HuLK/H5+l/6Ai1rG4FvaiKADiRrP7Qa1qKHPoa&#10;9MuRUqAdR8vzHoD6U6d4V1EBVOkNbj6fW9uRy31/w/r7a6iZgpAYg30kD8C3JAP5t7WxRR6/7MHF&#10;Rx9eBP8AxX+HpPqC0K5JH+HyPp/qPSkoaYHQx/SDzezXP9k8L9AT9fbcT/RiOBYkkc/U25sf8far&#10;AwyA5PD/AC4r9nSZm1Ahl1EE4oOFfs/Lp+RGbm3NrDi40k+m54/s/wCH0/x9wZDdixP1/wACLD/e&#10;fx7fB0qEXjq+RzT8uk8j0LKAaA4OD+z9vTvToP21AF+L24BH5AuD7b5yDfm3+ve9/wAkW/p7VQhg&#10;BirH/V/P5Y6QnUJG0jUf2D9v206f6SMiwINh9W0nhb8j9Vzb/fH22zOAp54vbk/kfj6i3HtYsZYr&#10;2iozjNPU5Gc46SO/EOTQemaZ8v8AVw49KSijsQLkf4E2ve3A5PDAe2aUk2uf8fqxHIB4v9Pr+Pa2&#10;OgUsPLHAA1rTy449f9npJIQKyeQAArT9uBXpUUoAIBAsSdOnn6fi/wBR9P8AWHtrlcKfra5N/wAg&#10;/wBPpbj2qC6lZtNSPy8uOei95dJAOW9Pl8yfP9nSho4Fc+rn9NgeDwf8PofcGV7hiDYC45PH+Nja&#10;w+n09vRoVIrljnhw+ZycfP8Az9JmYMABmrfZ8jjP7a/4en2FQGCkcCwU/Un/AFP1/Ubj688+2eUE&#10;35/P1+tz/X8fW/8AvHswidD2KMCvyx/PpE6sxpQ1B4f7Py/Zx6UVOCpDG/0ubXvYA8cAf6n6f4+x&#10;a6upQ1ZEQo/Xq5v/AFItYC97fgewPzZMzRSKzE4PDHDgeNPL0+WehvyfDWTUy0oeFfL19Ptr0Wb5&#10;J5T7XB1RJ0hYgAeefqT+L2/r/r+7J9kwJFiaa6esiJg1vqpAuBpt9Abn/X94/bgrrcTMH7O4EfP8&#10;/sp+XUwXFFtAte4/5fs60/Pm5uuXJb0zNIZCRHrhWx+kck0ishUH1MFvc2PsSlBWAzMNIdyFAsbX&#10;BAJB1XB/P0tx7DxIaYQL3aVzXHnX5cP556CUoI8UleJ6q8yimNa6QqVDO6iwBsNBUXB1DSTf20Qy&#10;BJiqm6u6qCx0AHVbkgWK88/4ezm4hM1rqkHcEOBny/bXH7eibabz6W9UtgV6QOxdxfwXc0MmuyrW&#10;I4LNoFlkBGojg2H+3HtI7kxs3keSOK+pS9vpblTbggsSv1/3rj2Grd0RwkjnSGpj7Dmvlnh/hz1K&#10;St4sKSh6jHy/P1/1fZ1sQ/HDsfEZ3a+PjarjE6U0JbXJbgWupGu9yQfz9b8X59pzHYCqqpbtEyaL&#10;vYn6jSLXt/Q/159vTXkIOlZdSk04ehP7D54x/g63FbqWLFwDk1r5Cpz8+jE7x7RwW1MUZ/u4FmdQ&#10;oPlU2sObEfgtfg8+yU/zAKqPavQ+8KwjxPLiqqJTygvN6Ra4B/S1v9c+5q9k1ZuYJpGeqwQyN+yM&#10;jyqOOc+goePUee9k/wC7fbfeZS4rIoUUx8RUEY/OnHh1Zb/KK3Aex+8cNXI5mpqCirskWBDIDBT1&#10;cqG92t+5HYf1/wBt70kMvVtXbqncm/krXvf8AyN9L/1v/T2PnkM25mg7i3+XrnKABamnEjHW017v&#10;V+OmPGP6ywUdgpkpo5CLWuWUH/eQfc0iqWtsg4BR9vDj/q+3oX8rKqbd4xJox/bUY6Dfeb6qynT8&#10;pEGFz9Lsb2/P49jHWm4Nv9ifzp5/P59+BCihNG8vSvRrKTQVNM9NFELFeCfT9B9fpc/6/wBfbBUS&#10;Wa1x+P8AbfngWF7j3QatLnzP+H/iukMx9Tg14ev8+lDToOOD+ByBzYX4P+x9stQ4a+m3F7cn+vHH&#10;9Pb61jFONeP58ekbM2k93TpAAGP+tYXt/vvoPbFM9wQTz/S/+P5ufboBWtTVSMeXSCSpApwNT/Kn&#10;l1NQc/61v6fn20Tta1/qPr/rX+vNr+6rTQPs6p2nSAeI6mL9PpYX4/1jz7TtdJq1ci1j/tvpzybm&#10;3ujkDGnB6SSFSaU7eHXJf1Lb63H+9+0xODYtwTyPxz9Txx9OfbXyNPl0jcAk1/1eXU/21yuQp1n8&#10;G4/qLAfjkgH22VqxP4emSRkU697Y5303H9o3/wBh/rf7172SwGmuOmmYiqny/wAnXvbBUSXDWP5+&#10;h/pa3+tf6e6eIQCB69JmJAqeve09USFdRNrC49P14vyP9591JooRvOmf+K6aY4Hz697ZJZCbi5+h&#10;IF/x/X224GCq08v29MsOGOve2eZ7hmNrH9XBuAT7ZNAhJOft61igOr/V59e9sM7WJIAt+R/W/H+x&#10;59pyxxQ8OtMaCnn173cZ/Jc3N9r3D2VtdpFX+M7MNXFGzlQ8lDVRyHTa1mCLwfcL+9sBk5Z225IP&#10;+L7jCcZoHWRCTXyqRXj1lL91C/8AD5s5g2/ylsdXp8EinB9c9Ut/z2tpDPfCwZxYVkm2p2DhKsMU&#10;1NHDksflaFyliCrNP4hcG4Nj+PexxlFH2tPMxsaKtoKljwfQlYgkjNuCDFIQfwbf09wPHU2yhTga&#10;gPWoXBzkZHpUV9eGZl4qybtPGTRZoiPzFM/sDfZXrRK68nD98b7wEsEUsHbPVu+drCJrMomyeCnE&#10;DAqdLmOpx39fxf2oaFxFVTBntqB/s8kgh+eeOAfaPdIzNYW7LGO3PHFKUx6+R6jnYnEF5cWznLAj&#10;9nVfnVkwx+58thqiR1asSroNJXSfLG5IUg30G6n27VAVoieR6A6kWuRbnk/n1fgj6f4+yS0YiULi&#10;mr/V/g868fl0f3sGuIMfjXB6ELdeNaSiaR1ZKil/blW1nVkuBqv9AQAQR9fack5Vgfrfm/1sCT/j&#10;z7Flthww4U8vnjoHXYKlxSma9F2zaEeVWBBJB5FyBc3v/Q+4hFwBfi9x+DxY/n2ZKfix3dFYya+h&#10;6SIAAt/r/wC+vx/X3y54sDccsbDi9/oR/Qj3SnHUcHA/1Hr1aHPnw64ldVr/ANb/AI4uP8PqPfVh&#10;cDk/U88f74D3bJBNABTr1CckddrEAQNPJJNz/wAi/wAT75cL+ebXsBzweDf6X90JL0xitP2/LqwU&#10;g/LrMoswH0AF+OL/AI/2Fvc+j0qzFiD6GP8AaBNwPT6SdJa35IHsm3NpdChENdQHl5Zrnj+QPQu5&#10;chtpWlLyAORSnAgEZYdGB6dxOIyVZWNWV9NTv4PC4mdonp6SpjeOorY9Lhm8IAXSCG9fHsmHz16j&#10;r++Pib3tstI0qspT7Mz+WxNN4UeWZqeikqvtjcepo40ZkKAlmQW45BnyBuFvtHOO0Qz4s74NavUm&#10;gaXtQ8Md5Qd1BQ+tOjb3G2d959ut9sLMEzpb+NHpFSXhHigEUJqdFBTiadbTn8onurZHx6+V3x/g&#10;xVOW253HJjessxm4nWHHLk6/DV+IoNxSxpLIiJX5QwCZXKmlMrl76Sffz+BQ1uMpKODIQtDVfaU0&#10;ssbAgo00KSMhBsbxsxUg8ggg8g+8h47aS2hVZwQ1BXyp8v2465yyzQz3E7wtWLWQD8gSOt6/3All&#10;4v8AW5/HtPI4qascdaRSzde9ss7cWP5+n+tf2kFSx9B0YRirH0HXvbTO1v8AXA/4nn/eD7pKeC/n&#10;0uhHb9p697aJW5YX9sk0BH4j0uXy9eve2yx16f8AYf7G9v8Abe0H4q+delGKV8uve//Stuhe/HFg&#10;CfoPrcC9iQSOb+wfcxaBrJNSaef+QY9K9Zt8ATXy/wBXl1WHQIzSL6QRf6ABSQpuptwStj75kBbh&#10;VH0+t+Sf9h+OPaYvroZHNa+n+f7f5dNDyPSmpA2pdNudTG9yL2ZQDYi1jwP+Df7fje31AIIP1uLW&#10;ZLXPI+n+v7rp1LUYof8AI3l/h4fb1dTnVQGn5V+XT3TEGYX49IBBvouSBcN6VBBve/JB5+nvGVur&#10;WBBtf+tiRcHlRYX/AMf8fftemRKkEf5PMcf8ny60cnAFKdOkV5ASNfDNYn6lwQbatHF9PPP0HvBK&#10;Te5+jWsPoNKspYi1v1WNvdEcNUAZH7akGla14Vz1viMU6foIdCqb/qve5vZdQ1AXsSTptY+8dgws&#10;FNyztpFhwVvfmw0+n6fXn3UyMh1O9BpUVNTmv7a548MGvr1YNQ0Ffn+X+r/P08JCv0Vb8s1uPpb+&#10;nIAGm/8AX6e48zAcsh4IA5X1LbTbVci5DfT/AHwqmo1CTZNfXB4k040r5/z9dhqFceufy4/t/n07&#10;UqBjH+0LfQk2Gs6lCgsxCXCf7z+Pr7wH125bSLi/+otyAWPFyT+CPd1/T1UUaz5evzoPs8wfU+VN&#10;musClK/Kh8v8vSjWFCluWXSwdgVBX+0PVybhTzpNv9jz7yNqUC1lUxkaiFDadfN/qwNj/t/bKaWL&#10;1JZw1aCtK6fLypj9nVAxo5+X8vl1MCuCr2QFVKk6bsCXBH6TcW/w5HH9TfAx9JC2AFyW4JawW9wR&#10;wx13H+39vFQWVn44x6VJ8weGKH9g6qwJUErTI4+n218+nCgOkMoQMAxAJYm59ItyhUv6r/T/AGH4&#10;9xZpJEUrYN5DpBHBt6QSLX0kfiw5tx7oI4ZZA2plKZofz4141+ZNK5Oemn+IDST5/wCH/D0vsRE0&#10;cHqCSaxe4PN20WswCg2U/wCw/p7bpGKGzABtXCgkFdN/1cgE3+g49qo9EhqrErpqSQM19MGnzOf8&#10;FKErWjNX/V/PpQJF+3qbSBfSFVjcWv8AUji1j77MoB0sOWXkG7f8GICgDgt/Uc/19tCFnFUbsVsH&#10;h9la5yB6cPTFPa60APCnr/P16koFiAZgCzXQ6STy3H9k6SVP+HFvcNXA1Lcafqb2uGH049P1v7VS&#10;K1Ecg+JwFK5B45z/AJq49OmRqU5OOGcZ/L/VXHUyGIO1gwVDa+qwtcfXk2uQP959xwDqPqJbhgPx&#10;yf6kEWv/AL17s0wPboHhcCT8vkPMinWmqHPkaZzw/l/mp05rShVDlmEgb0qliD9Te5NwFve9j7jy&#10;FW1f4WNioViQFQWA/Bt9T9fe4VkBQ1qDXNajJJ/bmlBwpTpk1YjuNKGn8v8AVg9P0ZWKJECkMdBs&#10;BzfTbm7trAW5vf6m9vr7gTf0uSSB+PxpF/8AH6j/AF/amumjaQADXj8zT+X+oYBbBC0bz+3/AGBx&#10;889KbGLqCleb2QWudNhYcWF2B/2HtvYtq5uOf6m4GngcfQe3loU1Ajhn5mvHPn/q8+tMTposmDx8&#10;+J+f2/l0roEVIxZSzll0X5uOb3KgX1fj6/7Ee+LOv9Dyf1W5FjwRxf8AofejFJ5SCi+XlkcP8P8A&#10;m60VbKgnSMV8qU9PXqZDGDZnT1GxUXH9frquv00j/H3HdrcfS35vwD9R+QPz7uRUlsEny9aY9D6e&#10;teqM2kUrj9n+qtPl05U0am1ibXBBAF7Ff63HJPuM7WB/1/r/AK/0I+nP+PugoxT/AFcOI88fz/wd&#10;Nlg2hvT1+3p/p0s/0PCAfUfXmwsOOFtx7wG/JuOL/S9vpb8j24SAMVz6/wDF16Y09pox8/z/AM46&#10;nxpqKqU5Ljn8k35LG3PJ/wBf23StyTySbEi/9FAvYc8n/eva6IEjQBRc0NPVvU4x/gPDPWn1LqKg&#10;gD/V54/Z/h6UEMSgqBb620m7DVov9Ba/A/2/+x9wJHtpP6r/AEAABH9SbX+ntRItGK10sPmSD9n2&#10;9J2ZgRUmvrX7R0oMdF5Ub0qFNjcaeAv4NgBZbf09t87qQSL/AJsGuOQB6dNre3olkJCsBXFdNK09&#10;a1r9vVDnWPIUyKedfP1/LpR08KppAJ4Juzfjmx4IAAB+n+Ptrdz/ALfkD8D/AGHswCqRxzw/4s/6&#10;q+vSZyCzsq4/b/qz09RRAH6XCgEkWBI/2/Iv9PeByB/r8/Ugfjk8/S3tRFqIoxqKD7Pl8zWtetFl&#10;I1EVA9Ptpw4cc9T40BN0uFU/Uf67cC40m31/w9xZCDybiwItzYn/AFuD+fbqhl1aDUHNfl/qHz6S&#10;musEFdNSeP8AkIp5dOlMrMyr9CxA+l7EAH6C45PtnncCRrHgG3q/297m/H+PswgDSRIW4keXp/Kp&#10;/wA3SdjrHeQWPoBSnp8z/wAX0qqaLQoFjwRyBYiwswAsbEn/AIr7guPVyRYD+v0/1xzc+39ZCdg7&#10;zXy41+f+TphnCEgLkn5efofLHr/I9PcK+m5/JAAvxcfj8f73+PcWRhzf/W9R+v8AT6cfT3rSwUha&#10;HgcfPj86+vSdmojKr8KGnp6/n6niOnWkUGQE/QE3Nri4BH0JFh7bJmABuSbE2A4P1v8AS1vz7MYR&#10;qVSB3EcTw4U9f9WDw6LpdIVpD5n1FMY/1H7OlLTRM8osABcng3P0J+v9f8fbfIdX1sPpxf6i/wCb&#10;/U+1CqQHGTUH8j/m6SuWYP6cPXp9h/bK6bi35I5tx/sPofbVOtjfVcWP04H14Fx+SP8AY+10JohC&#10;qAw/M8B5H59NMWFQ2MfZ/m6f6RwbAj6m/I5AJ/JB449s05A+v9L/ANP94tzb2qKnStRU1/zDjXz/&#10;AD6LZw2sasj/AFf6vP5dLDGg/ReOLHgn6AE/Tgf8R7apJCTe9x9Bx/qebj63tf8A2/tWojQeGcEZ&#10;r554A4FB/qx0id+9apSh/Zk8af8AFefSiih4uBy39OLg6f6n+o/w49wZmBBb/H6/T8f72P8AYe1U&#10;WpTopgD/AFf6v+K6ZkOkM1Kj9vnX0+X+rPTnSrzpP1sp0jgDk2tb/jfscuo1vUwcckr9ebX0/j/W&#10;v7AfNygpKa/h/nnFf5ft+zqRuTY6uCZKGn5nHz/Z0Sv5Y1JgwmQ+th5bW4Fljbk25IBX+v8AT3ZJ&#10;teECgo4zybCw+vpKgAWNibe4E3KUqszrgAfZkfPqTbzAjAGABw60w/lBkGr+y82jlmP38iqbXAUE&#10;m49V21E8/wCH+xuupAEhAuWOg6fppBUAj0m4t7C9uTJOTQAVFfXOOP8Aq+XQfukHhyP0T3PQolJU&#10;SXLMddvoQCPpYH8f7zb2nbKxOk2uT9PwfweeL+xXHqVYw46j64ZlldlNKdFey1Q0FY80DFWV2ZSC&#10;VtZr/wC34/HuUk7MDFOiyAABb+okX1KCLXFmP9efZXf7TaylZFqpJJ9KevyyB6dCbZuZZo4/DlBI&#10;HRhOpPkDunasRp6eqnABEfplKrdQARbULtz/AFA95reO/gVI1cgFAPpySFJtcKFJFhx7RQ2drHQS&#10;IWkUE19eAJA9SQDnP2DozvOYriURxxigLf4Rnpab1+QG99zGCCTI1Ip5J44xGZZDo1tcjUfUFCn6&#10;X+vuov8Am/Zn+D9AVFPGfGa2VYX0kepTpcEkeptQP5+n+HuafZRVebm+6rUpbAKDXiXUH5DgfmeO&#10;egR9464e39s9vgLd8txHX8hq/wAgP+HrdC/4Tg4WuqhuXPZEvLNS7PR0lf1FfuamOAqrm7HUlRf8&#10;fX3pg45jVbliW99dcgH/ACFLb/eb+xht6CfdYsZZwP59YK3C6bQkDJHW2T72FurKYUWxsHCBp00U&#10;Itb6gRpa3HHuc5hQR0NRpH+DoY7KDFtcCg+X7MGv8jx6DLcx8mWt9fGiL9RwG5tbi/HtYVTAggHn&#10;/eyP9v8A09tqPMk0I9c09eA6VSlGdjQ6vIfL1rw4Y+3qFTqVKmwsCPr+Of6fnn2n6pgb/XgWF+Rb&#10;/XP+I9s96kLUZ/1f4Oi5ya5AHH/VjpRwLx9LfkD/AF/+Re09US6bj82N/wAi3I/1+Pb6j4UBPHpN&#10;LIFUkf6vy6dkXgAAXPJ/17cn20SMD9Pxe5Ngf8R/gB7vQhQK49P9X+TpCKnJ4fn1JRfx/sf6/wC8&#10;/S9vbNWMQSP68/X/AFrfW/492wUB+X/F9MSHyHGnUj2m6twbrz/xH+P+29sMxXVgUr+fSZiQoNMV&#10;/Ph1liF3/wBbn6/T/H2yyP8AVR+Qef8AY/T8W90r6/5f+L6TY49S/bNVnSD/AIcEfT/X/wBtf3Ti&#10;MHPVCSB2/ET172mamQ6iPpbjj/kX591qO4k8ekjGv+Hr3thrGJBt9B9V/Nr/APEH3XJUgDI4dNsc&#10;UP8Asde9ss76gD9QQSRwPyRz7a7l7qY6YbtrXj172xVD3B5sbgD/AFvxf/E290PlXh02SO0EmgHX&#10;vbXObxtYkcf63vT1C5pkdUUcQQOve07VMVXg35/4kH/D2kbTWnXmpgHr3ux/+UlnHxvy9wtCC5Gb&#10;25mcc6KbXDQFlY8EftltX+w9xl7uxLJyFvbtQGIRyAkV+CVDT8+H5+mOp3+7bd+B7n2Eat2zW8y/&#10;L4K5+Q0/5eq5f5sW3V3H8De8oysbPicbhc3F5WVFV6HPY5CwZuAwjqGt+eeOfe1vXqz0skTA/vQN&#10;GCALKHi06zfSTYi4+lveNVm8YSQAilQfPy/wfPjn16z/ALqISXkUyn4K145+X51P/FdfOqo6OaPt&#10;XZe7KWQRy7Xy801RGGP+Ummynnio9CurulXFUSJY2Vl9JsG986cymnp5HX/KI4Yo6kIwa0iKFLhl&#10;4JkK3H+uR+PbkEsTGa3LjRqNK+YOf2f6jxp1HO+7fNYXxuoiQjnUCPI0yPln+Xp0UT5D7En2T2Pk&#10;907cikXbG58nV5/b00FPNRmjjqKhppca1PKomp5sZPIYrMCHQBhweHWmrpFjIezcal1G7X9Nwq8W&#10;Ukc3v/Tj2iudtgEo8EEAnNOHnQk+ufKnrnrY3qSSICeOjjzHn9vSNHZNbX0gOWhBqYoUQVUZ9c4i&#10;AAWeJiFe1vqb/S3+tBnkMhLabF9J4Fh+okWAv9QT+PZnaw+FRdVQK8T+X+bz6KLq48c4XPQb53KR&#10;5J7pFZnF2MahQbnUCFUnn6/j3g0FrDgWIPNhyRb+1b8e1hlVNRAJ+zP+DovCOzU08Ok5HSTysqhN&#10;FyOZGEa82/LkAe/G1rXta35sfrb6X5+vvQJqTQ1Py694Pcakft6yfYuDpaWFObFvIrj8cjT9f959&#10;8TZbXIuCLAE3I5vc/QG/uwLMDQGhHW9CVp4mOsb00cbBXq4rXFyisbj88f4H/W9+vcn+v+FjwPzz&#10;b+vvZBVdNMf5+mdUeo0fHXA+FWOiUMtyNRstwCPqDcC9/wCvvIrIpJDHm4I082IH1Nz+fbEiSMoB&#10;j9Dx+35f5elUMiq4pJSn+ryPTvQzQ08qyJWOgNwQYW0shsbFkmDaWNvp/T3znUTwyCBqeCqmppaZ&#10;5qmFquFqdxYxz0qyU4litcEaxqBI/Psku9uaaRWct4KuGogAbVwqGJwfnpJBAPl0Otl5kNvGbZpI&#10;nB4aiwA+WVNQfQnhgEdHg+PXyZTrqWgxmeh/vRhqDIUmTxuMk3dVbRfGVdNOZxUY3JybS3IlLKWA&#10;KF7xxuNQHLA6ynyz/kdb33Purc27+jOxuvX/AI1mspuCl2LueLM7QqKZczUy182Lw+QdM3iZadK6&#10;RzSpJJAAJCpbhbT1Ye5mxbnBGm7WFzbziivLQSoWAAZmClZAScsBFRakgkZ6xq5k+77v77lue68q&#10;3ltLZTys627HQyaiTojYa1YDgC2gU4nreo+K3/CgvpLfWztoUnd3Tndeyq+HHUeOz/ZOzotud79f&#10;h8dQwx1m4c1kOvayDfUL1RQzVCU22JvEzNwqiw19e9fjl3H8d90Vezu3NkZjaGcpTq8NdCGpqmBm&#10;ZY6uirYDJSVlJUaSY5Y3ZHUXBPsXNaQXtnHf7beRXFk3wvGwZCR5VGQw81ajA4IBqOoN3Hbty2Dd&#10;Jto3yxktdxQZSQUJHkyng6HyZSVPkT1fX1f2t1v3XsnC9j9Tb2272BsbcMBnxO5dsZKDJY6oKWE9&#10;LK0TeWiyNFIfHU0s6xVNNKDHLGjqVBeJ76hf+n0/33+v7KKEChPn1uP4ehA9tc31b88n/WH04/1+&#10;PaaUsaimadGEfwrTr3tmlOksf8Tb/H+n+39sPihJxTpYFJIz1723a/Xe5ve/tPVtWqg/1Y6VaTpr&#10;TH+ode9//9O2lYpIpBYAgi2q91tY/wCxvf2FpJ4ZoWLE1rw86/6s/t+XWbAJAcn/AFf6v9Q6rOoY&#10;ChW2k2F76TwQRwG59J/3v3nubm/qJW9hdL/UgXvfkj68ey6ingdK6qVOaeVafn8+tqo01JAzT/Zp&#10;/sdKhIHWMRkA2sbc+slr8MxueBa1vyPfE2AN7LxyCSSL/i/1sTYe/GpZaEmnA0A9fL9p/PzHXj5Z&#10;qBn5Z6m04HHBszBTfVbUNBuTyTYf0+tuPeHUAbPcKR9baiwB1EfUgXB9tSFgNcVC9fWlPIeX7M56&#10;qKmhVu7/AAf6v59KmkpQbR6jpHP6TblTcixt6f6W/H5PuKWsCB/qACWIFjqJIA/On6/717sFLOrN&#10;/F5ZqKUz9v8AkqR04gqcmi8f59PsUaxrpOk39IH9kkaiRwvBXT+b/wCw98ObFbE6laxHHqP09eoW&#10;HB4+vvcjKpDA5DDjnFc9vrwoeH+Hq1AAxXDfb/k6lxpqB1EAW5sADyAoINvpz/r39x3YAcgaQrIG&#10;P11C7r9D+Dx7qA7uSCdRYGnlQ4Pl58erGpopbFP8/wDq49P1KBGkfAF1ZA9rMGWz3HJOkBbfX+n4&#10;94QOYr/U2NrG+oWY82BI5Ht5mGmcDgKiuOBqOHrg+X7eq1SgGKmvGmBX5/5OnuML4lJLDysulTc3&#10;I5YnSpbm/N+bfge8mkOw4sgEjH6fQaSDf1NY88cAn2meQxRsa/qEqP8ACKUwMevdj5dUkYKBT5Hz&#10;/wBX8z04xQLKyAfQKxfmx9Fj6XtyptyOPr7xtIttNrA+mxt+SLsdNtVtP1ufr7qI2Lay1WGa59OA&#10;rWnHhjh+1skU768R/gwMDHT3TRrHHq0qAw0gMo4swu5uoOpQBze/+PuFIxIYFibgXAB5UG5Ucgfq&#10;Av8A1v7d8MVDBAKHFfWnH14E+dBSpHq1Iqlzj0/wfPpXUXoVUOr1C7W+igEcfUgH0j6i5/rb3EK2&#10;c2tpW59TBXvpUi3Nio5t9Le9glowSCHJAwCRSprX0PD/AC+vXmBBqiUH/F16UAcRqi2UiwYjUqEE&#10;AMOPqeLfj8fn3Ga4azfX6FlI5YADTfi4HHtSukxl0+HyBrivn5/P/PTqrgGhNBw/b/sdSApd1Q8s&#10;xRuCOSDe9lAPNv8AY/09xHFrhlU6jxc6SAbkEE3P1H+HHu+osAEc9vpn5EGlBwyKVHTBq2vGKigr&#10;+3h/KnTxFGqlnZQPqLMPSB9QRqJsCygcr+f9f3gMpPCgfkXB5Kfj+p9Q/P192+lA/UdzwGD6+f7D&#10;5f7PVZIyaucnH+DpwWQsyiwUA3/b9XBYkIwIIKlLkH6/j+nvC9iv09KkEnXf66bfgcA3Ht1dSMTq&#10;NW4DTT1+ZzQg/wAumnpQnNK4/wAnTxCiv4wFQ6FsWBYqFuLsNQXTqYG3+8e2+RyWYj6EqRcEWFjY&#10;gg/m/wDsfbmgFAWpUVBFfnw/l+z8utUDGv4eHAU/LpWUUaqqqq6QBpuAAQyixsT+Re5/N+fr7hPx&#10;e/8AqtNxcnTz+F+v1/PtQnfpxgitMAVwPP8AyH/DjVS+osuCK8Ps4f7HlgdKOIaAG/IIX0k/WzEA&#10;j9V7qPr/AMU94GNgCOfxc3vz/ha4+nt1h8dTQ8flj0zn8vXqnctWNB/KnrTPThTsJLcekcWsLnk2&#10;LW4vp/BJ594i1ifzcXPJ/wBb/W+n/FfbUnegYHIwOH+rj8vl9jbISpORgf6qfP7Pl06U0ek6bIoJ&#10;+i8f46TY/hfrb3CkdeRwbfT/AGxBuT+fr78FfSAagn/ixT+XTea0euCP9jpU0kN21AX/ALWoEcE2&#10;tq+nAA5+t7c+8CyajYji55uLWAuLWvqF/wDevdpISihg9DQYzWv58Pt6rlqaWxx/bj06dI4lS+m7&#10;NflhY+n6cWNh9OR+f6+4smjlg9yfoF4H+vqt/T2rjLjw42hOkcSeP+H/ACdMtoLcK4/1fz6nQL6y&#10;bgm4+g1C4/w06L88g+29hdbHVyPo1xa//FT7VOCJC/aaenDB/bUcMY6T08zn09AM/acU9en6mkso&#10;QFk5ABYKDcrYMDwNPBPP+39tM1tRB5INxxc8jj8i3HswRm4oKKRnP7Rw/wBQ6o2NSqMcKfZ5V6UV&#10;MpCWv+AAbNzYCxYnkAg/ke28kAfW/wBTyLf63+FuPax0eSQ9lACBg8PL9vHpjgGVAajHT7TgKgA5&#10;9Njbni305/1z7jOefz/ibDi4FwPwAR7UBcAqeFf5E8f9X+y33NQhsDiM/wCrienCPgEaR/rgm1mN&#10;7/Q6jY8/6/uPKOOfSL/T6XNje3+x9+jJLMFFWpx40FeP+r/D0wSTJQVqK/PH2f6uHz6c6X0srm5J&#10;JvwLc6frcEXNzz7aJuNVh/ib/wBTc3Nhb/jXswTGjWwp/qx/q8+mHVQ6KzAAcPtx+w/Zw6U9GRIQ&#10;B+LWuDyPpci5JsTfn+ntukk1XIvf88AX/wBjf+vtQsegd1NNPX/Y49Ju9FkJ+Cpoa0qQf9XDHShh&#10;ivYWsOeWHAuDz+LgW9xZiSLDkfkixItxbk/4+7RfGjNhvTIBr5jpGzCv6qkGhBFCBnOP5V/n09Us&#10;ajUCDb6AfkEXPq0/X/YH21zcm/P5H5/Fj/he/wDvXs1iotBQUqD5DjUH9nrTjw6STh6JWmnjivzr&#10;+ygz+zp+pb2PN/obWJ+gIAHBv+fx7iMeDf8ArYfmwtz9QP6+7kRA0JOBU+WfL/B0hDBH0sM/5waf&#10;6v8ADTp4QM2kqAdV7cnm5H04/pz/AE9tVS1g31ABIA/1PP11c8H/AIj2uGmikEGtPz+RHy/y9Umb&#10;SCWpTj/lP7Pz6fcfGS39Wva/HBIA/re92HtOVcouR+PUOf8AeRfmx9qY1btateH2Y+zBrg58h0TX&#10;EhbKP3U40/zU/wCK6EXF04VFP9qwvbjnkfkfQcj20vKLf8b+v0JH0P8AvXtTFG+qrqan/OR/qHDp&#10;EZSSrevH/Bw45FPPz6UaU3p4YC304I/AtYr9b/6/uNLJcXNv9h+fyBe/+Ht9AF1Krnj5nhxr0y7v&#10;pJHAYHp8/wBnn+316mwU+lhpF7r+bWsPxa3BP+9+zAdREfdQD+pjsbHkWXVzY/j2AubFJjkNe3Pp&#10;jJpjj/PqUeS+4ANwFPnTzp5H/V8uiHfLsH+A19lBslSbHix8TafqQP8Aitvdkm3uaSiBBI0JY/Ur&#10;wDf8n6X9wPufalxpNCK/n/qxXqSroUP5f5OtLr5BWk3/AJ6Zxq1ZiSMC3AFnZj9D+kr9Bxb2tJiV&#10;pdQA5VR6lPClVF1NgRcjn6n2FrYK15oLHB8j51ODn9nD+eA7fOFgfHRU9zTGLFzMAvJtYryARYlf&#10;8Pryefae/tNYfi9gONXB4J+nJP8AX2MIQulATX/DThw/Z1HN4xqc+fRStxSOJpSnB1txYm5JJKXv&#10;fn8e8sRIYnj/AB5+gt/vVyPaW/zgcPLpyw/FUYr07bQ1BA7D9cjlr+m1rryD+LW9uaoGMbBRo16n&#10;JuLKgBN/p6bfW9/ZA0hUupY6wtBTzJ4fnX06EcELTT2sYJJ1inQsUNC1bkMVCi6g9bCSLfS3JF7j&#10;6X+p90O/ztc41L1hi6BXCiWuKEAkE+KCUaWFwCVt/h/t/c5+y0a/1Z5xvanUSi1PozF6j7SPXyxg&#10;joG/eolEPLfLFkTUGc1z/CnD+fX0OP8AhP3tQYTrXdVUY9DjbmApebFl8sqvpLaVN/8AJv8AivI9&#10;6k+ziJ9149TzqydKP9vOvPsW7CNW72oI/wBEH+EdYWX402lB6dbGPvYt2dH4dq4dbWtRQ8D6/pHP&#10;+HHHucJyp0rmlBn7QOhttakbZAKfn9v+qvQXZ03zNT+bFR/tgPp9Pc2pe172H14P/Ei3tln1jStd&#10;AP8Akz/q/l01KDrahOKft/4rrLSpex+t+Rxc8f1J/It7T1W7XJB4t+OR9b/kcj3asZRVAGrPHj0j&#10;fOQuc8ePT5Tp6gCDbj/eBcX9pyZtZa5PHNvx+ePx/T3aMdwOrBx0hYuag5zTpyUgG5/33Nv969t7&#10;OBqH1I/H+J/H+293INaVwfP8+mGGSOJ6lqOAfp9P9sB+f9c+2asI1Wvx/vVwf6E3AA96qBjzPSaS&#10;lTTjTrn7TFUwBa5J/wCK/wCv/X20SB2Dz6TMTgUopH/F/wCqvUmADST+b/8AEe2hmufyPqfqeLf7&#10;G59snyAavTB/omop1n9s1YebKeOT9fz/AL379xw4pWnTctD8XXvaVqmuW/r+ef8Aiv1+vtpqVArj&#10;pLjVQ9e9slSx4A+jHn/Gx/PupqKHRinSZiNZNcde9tFQ11NrX5A5P4+n+A96Ff4e0j/DjqpNAa1p&#10;172wTtcn62+hI/qBxYW+tj7azUljmvp00APirkHh1722Tm6kG4F7C1v9590c4PXh5inXvafrDwB+&#10;fr/vuPaY8flXqjZ+3r3uxn+Upt/IZv5g4SvotCU+29r57LZKolJWKClWGOEhnFgskryaU55Jt9fc&#10;de6csC8k71FKaiURxgDJLPKgGPOlCx9FUk4B6nP7uNrcXPuXt8sEZKwW87tSpNPDKgDjxLAdVnfz&#10;ft94rYX8v7vWpyNLW5Gq3HQ4HaeAxWNiaevy2fy2fx81FQ0sEd5ZnaKilkZUBYpG1h7204qdPU6s&#10;jeTTGQPV6GRdJVB/ZYE2NwP8R7xca4RoIYWWsKioJwCc1q3n5eR+wnHWc93cXfisidsta6RR2A45&#10;UV00H8VMdfNCz2X3hSbmyNRTpNgtxx5CWslxNOXrs3QGKUz6anGUyTTY6SkMR1irEOkfqABv7yx0&#10;qtrWE3j03Ai0lQovYyFDoU8/6tmF/bT3QtxGZECuT+KoJPyr3H/eVGMenQfnhvt0kY+MzoDT1A+R&#10;IOgfYCSPToNc3FvLsXIVE9bmslnlgbQzCRKmGlDaQEnmgn/g9CWC8xxzyuLcqffmghiQFnJbRpCq&#10;FIVzoa5cjkN/vv6e3Eurid20JRNVamoJGRQDyp/qxnpqbare1UCWYGT0GafacD9g/PpMZPaGJwsa&#10;pV10dVVoljS0zCdaaRgt1mnCRQMx/KhG/wBe/HuO0TElVGoC9rcWI4t9OD/X2pS4QdzNpr65/wBX&#10;7eiqeKNcItTXy/1Z6ROQpIkJSCIyPqCqsQNgST/qVuWsfwPz7wGCRSdaiP6cykL+r9N2cqDwPahr&#10;+zVRWcEZ4Urjjgfb0wm2blcmtvYzMPkjU/aB1xxXXvYW43/3A7J3TmAzWRqLB5OrjufoolgpXUkA&#10;f1+nvExp0A1VNM1zxonSQm4F7CEueLj2x+9bYOQA2r00n58a/Z0YQ8q75KRSwIr/ABFV/wAJHQqY&#10;b4ofIfMx+WDrXM00QUu8mWaiwkcah1TU8mXqqIcNxb6+8qIjhXjEsq6XI8dJWudKNYsbUpU24/P0&#10;5+nup3mJNS6SDjiVAqRwHdX/AGRQZ6ePJ26t/aTQxj+k4/yV6kVPxF7UE7U+ZynX23mSVY5o8p2F&#10;tON6dmhaoAqFpMnVNABChY6rAEgX1EA+JsrMsNU9kVwi0zq5DGxGl/GAwvzcgD8n6X8d1csqmBqV&#10;4nI+Xr/gJ+XGlByfJTU+7Wox/H/sceuMHxHqTKsdX3J0pSK8ssTynfKzRxLE37s7NSUMxaIgXV01&#10;a/xc8e/OqaYXWGpYSgkgRQh4zYXEoapVV+v1BI4+vvw3OcmVTAdS09c+mntqfs4/LpxOVERv+Szb&#10;EU46v9gZ65U3xlxkVXUQS949Swx0xHjqXzuUqaaqX9/U9L9liqo6U0C4kEbHyLx9dMmCl8oa0U8Q&#10;UB2MywDUpHKoIJ5ybcfW31+vtPJu0q0aWIiuBmtDXia0p+VenP6tURNG4QFieAbP8q9SMr0HSYsR&#10;JiO0+vt0TPJpZMLWZtZAojDq6nJYTHRuj3sLG+q4Nvcd2o4WmWavp4NCsxEsgRhGeWbkfQBSSb2u&#10;Pd/r9awkWuo1GBnPlgZz5VHCuOlsPL+9wUNvd6Af4Xpw86VH+oHpU7f+OXfyrDUbWpM+1PVT+Cmq&#10;sPNVLBNN6AqxTo0VPI9pF+jf2lB+ouTz5lfFHqb5edU57a28crTYncNHhspVbJ3hDTw19Tt3Mw0s&#10;0lLVwQTSUzVdC0sQNTSpPFHUxalcHix5sPNO68szMLCzZ7OV1WWM6h8Wkahp/GpI0lg3DTUAmqXm&#10;f29/rztqbLzLCniqrGG4WniROBg1BypNA6ilR51AIvc/lLfL35t/Bjt3bmw8v1pFvDqTfm4MXid+&#10;4Mwtj8oizzjH02Xevoqmahpcpj1cmKaopC9z4y5jd0b52+5Is9tXf+8Ngblp6aDPbR3Fmdu5MUJm&#10;NC9Zh6+ehmmojUIk7UVQ0PkhLgM0bAke5SkvbtLwxXCCuoggYoa/af8AiusNtw2GKwibw5CwRiue&#10;NQaEH5ggg48uvoVQyxzxRTxMHimjSWJx9HjkUOjD/BlIPvBKfSR+f9fn6Hn8+zUihKnh0TLQFfTr&#10;J7Yqg2X/AGP9RyP+NH2lnAoOlyefXvbbf1f7H/iLf09sV7tFM0/2ellO3T50/wBnr3v/1Lb4xZSd&#10;dzxwfqo+pA+pNvYKuWLMqmMgfLAP+r/Z4dZrgk4YY/w/6vXy6rixsZ8cTKdQYg3k9TAXVrve/wDX&#10;6/4f198LgM3B5P1v9eQebngWHtujFV7hT0/L/V8sdbCtwLdvoPs+fSmCjxj8WUEE3+v14t9OT/r+&#10;/MeSLX5sCfoOPra49+CkqJNVABUgcePrT/i/LrdKrrrRaf6v2dc4BpupCkN9CwsPVxcXNzYH8jj3&#10;DnDWZBcaoyoIB1E6bfm31J+vusTqWRzwVq08gK/5B5dbRaKjVz5Z6WNAnjiBHN0Kg+k6igBsv5A/&#10;NvofeEHVHoI/c5Sw+pNwCzMB6f8AbH3ZqpOGU/o01V/bQAeflXIx1sahRtQr8+H+D5dOKIDHqPB1&#10;MPz+pgDz/iFuPpf/AFveJz69J1GwYfq+v4vcfRQ3+H491B/TfQwAJGacPP8AbT5+ePlsrUZYV9R/&#10;qz69T4ox6GINxawBNtIABHqP1I/P+9+8bsGGlgFKBiWJF2YKL/UAeq35vz7okbqxdGJViAB6CuPX&#10;h8qfl1coWBo2Mfy8v5+vn0+RlVWNCqRFbm7WuzILEW0gc3tzb/Y+/IW5LLqZV0i9hpci7FWBFwoA&#10;+vvzBdQVH0oTU0zVeAqM8anga48uvRgg9xGkV4efz/Z+fTksjOUVlYrFp1H6EuWLeg6lDR6bfj62&#10;/wBhh1jT9eX4+gNgPoTYWHB+o492eM6mxhc+lflxqfs4/sr0wSRqrXVT5/z/ADp5dPlM19LD0hho&#10;FvwLmxuBz9Te319x3c2IFrk/qJN1ZlVTb/AHn/evr72qKWB8gOHqASRX5nh+yuB02SeAxJ/qIr9v&#10;+rh0q6elCIpGoepxckfRtIcgAsGACi/P+sb8jC9jfTw5HBubkKA17c25H0491DafirprkfM18/sP&#10;Hy+YPTQNakqaf5/8PT5EC5BsCq3CsFsbkBTcXsf9hcEf0+nvEzkgsVUXI06TyOByRdQeDY+7LEur&#10;SrkjPHga1xWhI4VHD/B06o1EYqa+f+H5fI8OI6mqzAKSBqAUXUXNwByBe31P+PuNIeWsq3vdiSNQ&#10;DKSbC9wbH8c292ooRP1GpTAANMEefnw+eemnADadROcUGB+fr+3p7og8kt2UC5/tHmxF2BCk2Pq4&#10;H4/r7bZGu3NxYgar24v9CPyoP49qIiaFqBmIOPn8j5Ejz/n5dMljrXtBoa9P/iX0xobj9st9bmO/&#10;qjJOrhWJ4sfp7wX/ACLAiw+v054FwOCQDb2op26Wqa1I+eBU0J4A0r8+tMKqxJPnTjX/AFfn/g6k&#10;lFDKR+m2ljb1E+om9lAuWZvrawA/2GKVyiaQdPqNx9QxtwTcX/P+8e6rEJZPEYV7cGuQK+VPs/n0&#10;1UsasaE/z9OFf8PT/QxmNCHBV2N21AfUC1r3IIufxYe4MhJ1Ag8kEcg34+lgfz/xHtzTQhgwxXhX&#10;hXjU04enmT1p1ZdQUDK/mP5eXSmoyEC2AOlbjV9Lk2Itc2tzz9fcRz6+eOLgi/J+h1X+vHt5MRBg&#10;K5pTH8v9X+w32ijUHp/Py/w9PsKM/p4UWZz9SALcAkDTyD9fcZ7AkXPPFwfzf/be7FyQCfLjXGP8&#10;3TDVXHz6eqaMhQQiqAQVAsW+g9VwPqD/AE9xnYAf1/Nz/jex5H0APugJaoBIPy/mPz8umtbHVpwc&#10;D/YH+ry6fKWAltZ/R/ZAJ/SP68G1yPcB7A+oAXPGn66jzyLcC/8AW3+8+1IZ2+Ak48/Qehr/AIK4&#10;+zpstVwtFJFBn5f7HSjpFAX8A3FyBf8A2P5Fzf8AP1PuO7AMFH9QL3Fzb8fQH8+3o1Zkdy1BQ4pW&#10;nz6sWC/jP+TjwPDj5U6cbLwoUlrhtf01Dj08Wtb/AJH7wuy3NgD+bCwAtfjm/H+t7uilUXxGoPzN&#10;eGcU4fP8vPptivwnIoB5HGDX/Yx/l6mQIzMpRRbgHlVNzcrpNirXP1/oB7guzNdRwdQBFwSQLX54&#10;uLf19rQI0ZZGApoNMGgJrT1p5/6s9UqA7aqA5+zh5fL/ACdPFMhAsQWu4bmxP9jk6QB9fpwfbXPf&#10;1cW/oObcgC/49vwBQoAIOM8PU4/1cekx1ULV8q/5OlLT3aX+0Fv/AEP4tYjjn/W9tMjAA82u30uO&#10;RY8fQ/S/s3jDFoy6VAQZpWh9ftpnHr0yW7yWOBT/AFfZSnDP28OlFAhI9Ny3P9RcX4uoIsLj/Y+8&#10;Bfkfm4+gvbjgH/G1vdhqAcnC18/n/PNfTplCvlTRXHn/AJv8HU9YLrbi4Laf9UTcah/Qc/7z9PeK&#10;U3Btbm/5t9frwPzb/H25EAhq1cD7eHr/AD8uHVTVirrgU/aP9Xy4dSqdbm3AOsEiwsLcKLtc2ubH&#10;j6+2epY302sVuP8AHVyCSP8AYf4+1qBSpkDVVs/KnEf6vt6Zl0eGarUUP2dKzGxgW45sRb9Qv6bn&#10;kW5/2HtpdvUSOfwODzzz/Qce3mB8II3aa/s/y5+38uitwSlCoBr/AKh5k1/1DpW00Vyt+bWYi9r/&#10;AEtcgX5P+9e47MWBuCBYC315HIuCQQTb29FGqMpWTUwrngKfLiMfZ/Lphg2nBHGtSKE/srwrw9B0&#10;5aQgB0KoJJ/qw5/LfUrz+fcOaw5AIJ+nII+v+H9fayN2wviAgceIzTI9Ok0wJACuMCtfPNeA/wBn&#10;z6dKMXJuDp+vA+hvcEMCSOfbVM2m/wCnk/1vwf68W4K/6/szQK2G1EAcD5nPzP8Aq4dIWIXiWKg5&#10;+0efE+WMY6f4EZiLAAi4FvxYcgH6+2ipcsefwt/oP8efb0caaTQY1cK/4P2U6TzEaSVBp/xWP+L6&#10;U9DHYqDbhgWtxf8Apbm31/P59pysA+tySPzzz+Lg3I+p9q4HY9qqArcfln/N/h6JJwWOVIQkDyHl&#10;mh/1fs6ETGkKFJAv9OR/t/rb6W/H09ssjkAWvwSOb2/2/wBPofa0xhTxoWGacflj7a19PPpO3iFQ&#10;Sck8afZ/lBrg0x0poAJD+LBfTwCeOf6XB/H+39xGbki/N/r9bC/I5v8AT2oAwzCOmB+eMU/Pps6S&#10;SorpJFf9j8/9WenFI9Av/XUbfQfX6fi59mT6ggDVcLAngxqF/H9kf77+vuO+a5XEGitfOv58Kf6v&#10;PqV+TFKsDU8Rx/kKfs6rq+Ylaafb2SYgH9mtYkt9AIJLni/F192U7WVTR01+ZPGAik/WwVhxqH1A&#10;/wBb/X949cwtIksoApD5n7ccaH1+37OpGvQQ4AGB1pm95SJU7vzUikszZqpZOfrYOx4UKAOD/X2p&#10;64qsK+oEsoupb9NlAAIDWLEN/sbeyXbQ7yt2kAHjTjnjw4D7fM9BXcjphcnh5fz/AJdE93pII6Bu&#10;b6i1l1WCnSTa1+Sb/wBLe0+B67A6QL/T682+v1H59jCMgJUip6j25qfLgeiqZhWkdhcga/qpsVAY&#10;c39Q9u9BTCaOaU3ASQI1j6iAqNqC25FjwBySDb6ewtv26RWU0Ec0ijUpIr9pFK1/b6AgniOhRy9s&#10;s1/C8yJVFNPkMefl59GD6T6i3R2FQ1FRgMLX5RaScxTyU0R8MLaI5Q00pURRlxJ6QSCxU2HtQU0E&#10;USmqDFQsczEuL2Kxu3K2uLKhP0tewPsGblu6S21xFGyPpA+E/MDjU+ZA41pUjoabbsssN1AzIwVW&#10;/b59Gl2D0Lumj7E2fjMphMljXrMzSw2q6WYLJrKtqicJokGlTyDYmwNvekH/ADnv5iGL7A7VzPSO&#10;xsbDU0ewM1W0Gez1TKXFVlkBiqKSigiISOKkZirsSSzjiwF2yk5cEnJPLKbAFEm43SRSzk10x1Sq&#10;xDzZgp7mbgcBesXvdzfH9xd/G3wqU2XbJZIw/wCKWQHS5HkEUqVB4k1PX0q/5cPxjPx26Jwc+SqT&#10;JuHfeFwOcraFYxHFh6CSjNVjaJjqLSVr09WJKj6LG50AHSWanPpHdybh3zhKKeNIqqXKUToUvodR&#10;UIXFiSQQD/sfYj5PuTPvNrG6jXqB/If6v59QVzTsbbdYiVGLQ8M8anh1YX72Y9skLtzFL+BRxW/1&#10;tK/7zb3PE+omgSpoP8FOjex0tt9uvCi149BXlgf4tVvY3MljcEkfT/kXvLVAcm1/8f8AD+g5PIPt&#10;lNSqi8FOf8H+r8umpEPaNVQR/qr/ADr1JpSL2uAeALDkE3vzxx7T1X9Tx/X8H6g82+puffiSVoAa&#10;gf8AFf4OkEgoAOPT/Sjkn/C4sf8AW+vtNSCxJ1f1+pH0/wBv7UK2peAAB/L8+kAYmoZaDpwW3A+r&#10;H/eP9659tU0li1/oL/7G1yf9j70ooMcf9X+r7ek9adTPbJVTA3/F72/HH0/1r291ahApmnTEjVIH&#10;XvaZq5CXIP8AUX/339Pac0J1U4dJKgn4DUdTYxZF5vxf/b88e2ssQxBNx+OB/wAauAPdKaiuePTP&#10;H7Ouftqq+S1vrY/4fix5J/qPe8LUmlD004oTjHXvaTqTa/8Awb/Ynn8f4c+2WYljnNOkrZqudXXv&#10;bNVH+t+eL8/4C35+nuhYlahaAdME1yBw697Zp+dI/rfluPwTe3PPvy+Y4dUY0qf8H5de9tM2q0g+&#10;o4N/6HgG305v7oQoIOa/6v8AUOmhTJrmvXvbPLwOP95H5sfrz7afNAOt+nXva/6b6R318gt/Yvr7&#10;YOPNVkq6RTV10qsKDEUQNpq+vmA0xQxL9ASNR/2/ss3C9tdqtbm9vpdFpGupmyT9igZZjwVQKk9C&#10;HlblTeect7t9j2S2L3UhqT+FFHF3Pko8z+QqcdBb3P3N1z8f+t9zdr9q7jpNsbL2pQvW5LIVLKZZ&#10;nsRTY7HU+pZK7J18to4YU5djzZQWG0j8PvhB1v8AETFvWY2d909n7jxqQZnP5Kt+3SoMBapkpMTj&#10;AwWmoaeVb60vKyjlubHGTnTni75rK2FrbmHZ1mBUFdTEgUDvXtqAW0qRpBP4mAbrPX2+9pdg9uLO&#10;S6e+kk3aSKk82VGgUYpGBlF1AaqfqMKZUY60gP5kP80fsf58U+d2sku5Olfh11zlKfcO6U2ti8jU&#10;bl3HR+STFY9967+ogy4uoykeR8aYjHKjFZ9MjSAO4PtTJKyeSsl9KIGcoojjL6lukUKj9BP9LsQo&#10;uSefceXLw2CBYyH3FyQC1WIweHpT7AASTgGnQws1k368WKO0aLYUrRVGgOR/E34ifPJI+3J16cbI&#10;/d+9Th9n7Jr9m9C4apkNLhMW8OIGXjp5AIKzdu5K1k/jOXr7a3EksphF1iX6sc9RlMksqxYvBxtE&#10;IWVq6uq0pqbXqQh44o0dyArXsTHf+nsO+ECjS3d47SagdNDq4MKEmooSOJOMZx0NI7BERrZNKIFw&#10;qVqB6AULH5mg416Obtnp/qoY/wCx3V2djdth5TT0OxOsds1W6s3FRM0JWM5GoqqEpWvEQGeGirgX&#10;uzE8Axo58tVKRUZDHLMjtrXE0DTjxuqkI9RXTTwBxe11IHPI/pfUSV+nSZojTjgVBPAKBj1qa4x8&#10;077btVtEJLpFqDWsjaQf9rWv5aKjqTm+sPjTsBTPlevMt4pqaaWjru9ey6Xa9XNKpUtWQbZ2tDj9&#10;xTQyqymON8U2okg3+ozPBFqaSWasnDEIYJ62VYhyHMixUqLHoZibgSLb/G3t+GxvJgkbLp8ycVPk&#10;FzqoQKZINfOlekkvMGx2P9hoqPKNP+fmKVz56T6Hj0FOS+T/AFVsOB6faON2DQVFH5I6KbYXVVPN&#10;UqWUA+Xde7a7A11TqsfXJjJSL8Fr+8QamT0pSwALxGwiUOq/XSTKKgsob+v444Hs2h2R1oz3NG8w&#10;BXPrxpX7KZzk9B+453cgpb2znPFnAp+SKp9PxdABun5s7jyiSwUlPuesMsuuWTObzkpqaUgOqhaD&#10;ZmG2lNEqq44aqkP155N8jVkzAAMkZUaQYlMfBtxZWEbFj/h/tvauPaLSP4hIwOct/mAIA+39vRJP&#10;zTukwICRKpP8Oun5yFz+fQD5b5A75yUzPFS7eplZnZI5cM24wjSA6mD7wqdySGQnnUTe/P19+eoq&#10;TdjIfUSG0gJf+oYqq8HT9P8AD27FZWACIkQJUYqS355J9ePHPRbJuu6S0rcOo8tIC/8AHQOkLkd/&#10;b9yDSPJlK+kWXVrXGUtFhICT/Z8WJpqKFVGngAWHvE0rty7s178ks3+P9ttVufatIoowBHCigfID&#10;/AOi+R7mU6pbiRvtavSRqqvO1x8tdk8tUte5aqyE8pPOr+2WJH+PvgCSeHP1PINgL8AkE8cn3ttA&#10;06kH7PT068kMj/CTX7f8/XKjo66cjxSzOQbtrqeASbEku31JPvOlPKeSTybD1fU/gEXBJP8AxPtJ&#10;LdQJ8Kjh6eXr0ZxbdesVbw3p/RP/ABfS0oNsbhlCzfb10wJCq1NUFm+oNrKHbn/be5s+JiyVJU0l&#10;dBHUU0lO8csNVGk0cqsDH4bMmoBtZ+lrX9krbktrLFNb/wBsJARpJBHnq40rgfs6Ee1QXiyrC1xL&#10;Ej0B10dT9q4/w9GE6ize/wDZO6cPk9r7z3V1/koKqjngy71DVEFPNDLGY5np0SlaaCN/Vp5/xv7p&#10;9/mI/Lvanwo67Supthb9qsbDkI8VTU2BoqefCGormmcPUvWVkZxlLLLEQZQUfyWIDlrGXOULQ7za&#10;XvNG6TJKhIBAqZw5HYWIoNIFK1ZgQaUBAILOfebzyTY2G17ft7G7naithLfAqak6yGIA0gZY1Pka&#10;7t38rT4v7z+S8FR253x29112Xm3paSoq6/A0EkW744/EqUJlNP8AaY+sp6XV4rzJPHEjBFte3vSX&#10;7S3Lieyu3N99r4jAy7eouwMmNzxYuepaskhrMon3GVkM7gc1VezyMoARWYhAEsoF+n6y6mvJI6Fw&#10;CMEDhxAPkacPLyJHWG267pLceLA4VWE8pKqagVaoFaCvE5oPsr1tJ0FImPoaKgjZnjoqSmpI3f8A&#10;W6U0KQqz/wC1MqXP+PtCSsBf/C3P9eP+N+3yDqzXpAgOD8upftimbi3+F/r/AIGw/wAPr7QzcQBx&#10;qelka8Ove4F+f8f6e09Trp5+v+r/AD9LM6uve//VtqivywPpNyq2K2P0Nios3J9hK804VhRxSpwf&#10;mOJqMdZscSWYUHn/AIfP9nVcuKBUxr/qo/QDqBuSp+ttLFfxe1/9f32SLm1vofp/ri5AI/3n2kGA&#10;K14jj/sfZwr8+PVtSigz9h/2PLHSrW/jC6bsOSwW9lA5FwRb/iP6++tPBa1rkC1z+QWF+Bb/AF/d&#10;mkrpU+np6UH+ofb8+vMairU1Hh/q/wBXn13BECb35BuTcfqudJVf7JYgi/PJtb3GLHm9tXB1CxIA&#10;Uiw4BP8Atz7adVL1GE4U9TXic0/YAPn67pSnp/LpVUoYIFBYsAeAdJsL3AvZj/rn/be4jsyFiv6j&#10;9OS1rceq/Fz9ObW9uAJIKN8GPl+wen2V9erEg0rwH5Dp7jHCAjkFvqLaiVJF2F7G3PNrj3G1MXtw&#10;g+gQauOQeBZgeR/sfdyqlWJJZuNTTPHjkEca8TT06udVVUZFPy4H/P8A6jxnrq0xIgAu2kKqsDdl&#10;UH9C/nT/AE5v/t/agXdiAwYcEkAA/W44sST/AFH5/wBf234emOMKaEHNKmv+xT0Plw4daK9moCma&#10;U41xx+X7enmFbSsWAN0CoRpALAkBbMfqxII4vz7469NkF+Axb6ABg/Fx9PpYCxvx7t4RkJlalain&#10;GpBHl/Mmvr+XVM1HnT7R/q+fUyKOzIoJLPd5Ra4uvA+oXkXABUn6c++pOfUnPoBJZeL6jqvbkXF/&#10;aZXAGmUU7jgHPDFDwNMY+0evTBPaCKn/AFY+3/Dx6VtFSa9NjcKqPchgDxYlhYnTcG9x9f8AY+4u&#10;oav1AkA6wBcAiwB/J4UW9vkPpNUIU8CePr9nHP7etVDA/wAWKCnn61/2elSgQBVDanvcopGm7fVb&#10;fqU34/PHvC7BiVsRY2sP0k6gAXH4UA/717oNQYMSOHE5PDgPn+fr69erWmrJ4/PpzjQLEqAFrcgf&#10;ptf8Hn0jn6e8MhcarC5H1+gAA0n9IFgSAQeeT/j7dRYmoSxA8sEnNRx48aEYwK+RPWmAILr8dD/q&#10;HUqIMbGyk/2vUNH9k/69ieP8fcGomFmUkG9jrVQTccEE34Df4Hi3u627akKDPoTQUOf2jyqPP9rM&#10;hJbSrZP+r+fr0oqAqPU4ILLa6gMeAbi4uNPNz/gPz7buQGuT+gMqizeq5t9RcAg349qmIOjSODkE&#10;8MUFftpkZ+ynqyfOgNflivDjXy/zdKKBbvpIuHQO1gWcEW9JNxp4sLgm1/fEk2IBuLrexN7AHkC5&#10;5/HH9ffgBqVitGofs/M/zz6dM1yaGp9PT/Vx6mRRLdjJZ7soVTbUyk+m4HBZR9b3+vvqVdIDXF7j&#10;m39CD/S17g/6/v1uwctHpxT1zmv+x9noOPVqHiWrj1z9n+odODFh6r/U8WBH0sObC45B/wBgfcCW&#10;xBJJB/H/AAb6Gw/Av/T2oA8M0RQeFfLH+X88dNgk6GzqNPUD/Z40/wBnp5oXkfSDcXOr8W/Vxque&#10;L/7H/ifcGQCw+p0/7SbfS/8AX8e7pXINBXhn/iuPl/sdMMCufI+Va/b9nSvpZGI+nIsLAAcG31IV&#10;gVFv9f3GZhc8/wCsSP08Dix5tx7bYNTH554/5Om6sw+X+HpQU6XC2BAYnj6EkXJ9VwV+v9PbdKzE&#10;/X6kgEaSfx9b+1Eaoo+HOCeP7Mf5T59UOATQBvs/y/PpS00Wm3Omw4FvyQR9Te/5+nvA6sAR9fUp&#10;v9Dx/hwDb/Y+9iaMlGppGlhStf8APSv5fnx68tKAA0Yn/i+nyniJU2/VqGn0ixvxe9uLNb8n3EL3&#10;Nr3sbDgAEn+h5P59rAmlA1KahXzNAPUYHyGa9N6DoJWmoZrQcOIH2/Zn5dTY4tbG/Koy3+lyxsCP&#10;qL3BNzzx/sPcRmGv8KTYW/rz9Txz9fb4DGEqe4eZ/Lhx+X7eqM1dRNDXBx6UoP2dO0Uahw4FrXVb&#10;k2P1AIJFrhTcfW/uMSPUL/QgAm17fgfQ34H449vd36RK8VJOTx8/+KOc9UUeHpDceP8Ah+R/Z59O&#10;UcekknTfUAAFBIVlIv8AUHn6fm1vbdOWsxN2H0IvyLkGxH4+vtRD4epNNFbiDTB/z/6s9J3DU0kf&#10;5vt/zdPlKDezFifxf/Eccgn+lwLe2acEG3FudP8At/8AX+t/ZxHIHbVQ6sV4+n8+GPy6TzYqPx/7&#10;H+xjpU0SgRajyb6Tzz/jfj+0P6839xC2lvoOLg/S/wBT9P6n2+E8SNgHNCRxr8uP+Af5Ok6qVU8K&#10;nPnUfbWvr5AdOipwL/0NgARa/wDqjxp/33+HvHJMNNltwTa/5H9be9xwMlfEJrTy8vTPpinW2ZwH&#10;ByfUdSY4ryXtq55IUAHUb6fwL3PtoqCwsQf8QefUbgm3FuPa2LQ4csK148MeX+XpNI9SwNQpOfKg&#10;/L7ft/Z0pqKMoQNNh6QdV+LXuPoSAbe2yS5BseLkf1NyR+Px7ciK+KNfHBrwFB0XAVLL+Oo/wEj9&#10;v+X9qvp7Ii8X4BtbhW5BsRexIP09x2P/AEKbj625+h5ve3t5RpPy1j5VqOIxSla+fHpgtqLBSQ1f&#10;zzivmMnjXqaoDX+oIHAuePzcm459w5mAP0Fvxc2/2/Fr39q0Ffift+z+fEeXSSY1dR5/Kh/y/wCr&#10;09XajQ6B6bOTzze44AAIW/IH0v7Z6lx9Pobm/wBPp/r8nke1sIAOpWqtPU5/bQYzw6S+fqv+XP8A&#10;nP8Am6U1BH/atyLAcDi5ufoT+Dz+fbTM/Fr3PJve34HA4vyR/r+1KRsxqMVx+Wcny+fSCUHVxAqA&#10;PX1JJHSooYhcNY8G4sBYn6Efm/P49tNQAV5/pcH/ABP0t9L8H29D+k7nia/IcB+YwekcyaoyakgE&#10;H0+2n+r9uB0q6VyStuB9Lcn6n8kC/tgqBpPH9Lfnn+gv+Ab+zSFkYIzDFa+R/wBVPX7OkM+VVSO2&#10;tPs4ZpU+Xn/s0VdEGvbgmwP+sTy1xzzxb+oPtuLDUQD+QDzb8+rjjm/59qACdJrxBp5ivlx4fZ0k&#10;oDpfjU4pwzjPp9n+ovuj0An8KTb/AFxcEf63s1PTEYNRAf7N4/ze5Bv/AIf4e4y5vfTDIorrx+WP&#10;81f8P2zHyWSVUsKkiv8ALqrz5rTsuAyouQft64fSxsYXSxve30P+++li+3EY0lCQLWRFN78LazHg&#10;EaV+v149wPv0qLJdKTWtT5ZNcfOp4cM9SBemsrAdabfa5afc+UsAP9zNcSeSdJd9Z9JsFUj6W9qW&#10;t5p4/SFW1vJa1/SbH6X+osB/T2Rbbi4lGurcdPGmRj086/b0Fd0P6EmK9FR3wCcdwq21vZ7fW6Hk&#10;G1xa309slvV9b/k8cN9Bb6n8D2KEpTgK/wCDz6j2YnNQePRW8hcSvwXGo3sPrzx9L202v77yFbNQ&#10;4gzx4murojM6tUYwPJUwySaVKSxoyN4nSxU+rm/HuN+ZVWbfI4DfQrKIVOiYqFIUsdSFsE1qGFV/&#10;DxzSZuS28Ll1WKEAytlckio40zxqPs6ve/ljbPx24Orp5a3O0+12G48qkNXUrJ9jlA0FIhSrlSGd&#10;IqmlZdKeRbaDcH+qUzm8KjG7Q3PnDj8jSHEbcyE6nILJDJKGkhiZgjlZB4y4blVB+n9T7KLXZBcX&#10;VtYm6gIuLmNSsRVgCFZxWlVyFK4YkfF6DoX6h9HNMQwEaM2RQHFcDH7erWtj9T4bO96dNbXTM4zc&#10;f3e94r1VIymCnQUdRGIo3aOH7h5p5kawUgBbH6j38wb5L5x9x/ILujMyO0jZDs3etRqa9yH3BX2+&#10;t/oBx/h7yu38g7zuQUUUSsP2Gn+Trn9th12cc3nIzOT6l3Zyfz1dbzFDSRY+ho6CnUJBRUtPSQoO&#10;AkVNCkMagfgKiAe4vQE7wdq7TKXBfJ06XBsbNKg9mfJZI5hsVBpqan+X/J0Q87KDsFwx8mU/sI6l&#10;e9rPbb2wOKU8H7KD6/Ugxg3I95CXCtVtJ9BWv2Y/y16DtkS1jCtanSBT/UMdBvk1H8TqTa48rHjn&#10;+vH1N/p7lzsfzbgfi1zbkcDj22oBqFP2cePnk9WlqoNDjh13Trzf688/QixIAH+8/wCv7YKlgeAT&#10;/vXPH097qxbPl8vt6ROxatQOnynXm/NrXv8A4kW49p2e4LCw4v8A64AP5tewPt4DWnxZ/l/qHRea&#10;PgHz/wBVP8PU+Phr/wC++oPtPVT6Tb/XJN7Enkfm/HvTn5+X+bpJIeNTjqZ7Yahr35H+H0/p/wAV&#10;H59sipOoHHSbUCfix8uuSgkjj8/8j9p+pN2a1ifoPyP9b+ntitft/wBXp0m1AHFR1OH0/wB7/wBf&#10;8+27WA1j+Qf6X54A5/1/fhpQCi16r6kde9tFYSL3Itb+tvyb/wCx97kppqDn0p0xIxAr+L/UOve0&#10;tVsL/wBfqf6f7f8A1x7aYCtQAD/q9ekpBpwoeve2SeTVe5+n9PqDwSbXB49tnhp49UIAGF697a52&#10;/J/ACj6/7xxzwPfiuD3f6j0y6kknr3ttnZbMot9AxJH+PNvze/uhNTQV/wBQ6ar5CvXvafmfhr/i&#10;/wDTk+0zGhc162SAKny6972S/wCUT1ptzFdHZDfRxslNureG56+jbIVkccMlVjcasD00ePmcBjTS&#10;aze17lTe/wBPeOnu5vl+u72W0t2bZHAJGoSSXclQWpSoXTRammSRSvWen3atjtds5H3DmH6X/djd&#10;XDKWIz4SABQpGaai1fKv2DrU5/4UW9w73h3NsTrLDVa5HZe0Ninf+4du0kH38X8YzeRy+GSuz9N+&#10;7Fqo8bSRtT+VAIBN5VN3uLb6HaWJxeRqM9KHmyNUzH7iplMxgVuDDTqyr449JtYfjj/XiOTc7i7V&#10;bOLEagDAoSPmanPpX0rnj1MN9JJeyMscQNcMfLAGM4pjgOtUvsv5L9p9n9e4DpikhxeJ6+wcdMtX&#10;hsBSLjcbnqyk8LpW7gklKLkJVnXyuX0qZvUeQLKcVUOgNGU0kEaXR431G5sEdCSAW4NvoPZWLOV2&#10;JdHDA8RQigxWtfOmR88dMXF0LJYxJIpPpqwPlRcnHEVA/PouWfy8+1ngoq/I4queOKMijhzHkx1M&#10;JFVxTGnw7SSSsgblRIqg8EX+mGSXzOpFOkhAVQ0iBgpDemSPUW0sbfX/AB93FhbxAtJKaAk5PqMg&#10;8P2fLh0n/f8Auc0Zt7FSFqfhGkcKY6iw909kTUk+F2XLVYmjrIhDVrt6lfDxVMCrYmaSldaiaGw1&#10;N5mYH6m/194ZGe9pJFMgADRoD6P9gLItuPzf2uhWPSDFGRDXBNM/5fXy6ILtrhmpdXTNIfJTU/nT&#10;HQN5uTKPO/8AGszNU5F/87R0jGeVSQD65IyIV/F7sT7wNFx9GFwD6iTydQsCfpYfj2qScVGQQCeF&#10;B6H+fr8/Loua3cDxCtF+fH9nSSqcU4jM0kEiKR/u+Uu5uSo4sNIGr6e8BGnUtgb3+tySf6gki349&#10;qw2vQwJH2eXSUUB+ZPy6ZwIo2ZBEt+Rymo8Ei4JIAHP1HviXtwPSLfpsLe9gV+Kh+fVdZzjHXT1L&#10;qbIAgH9ngg/T+h+nvvWRwSSNQuPz/r2t+P6e9iNOIADUOf8AZ/yjpzXUDUc9ZjUt9HkuL8qTz9eT&#10;a3JBH099Eg/W4/wta3049+o1McP8PTJk8tQ6jtMjg+q9z9NJtYixHH598f6gC3+F7cfjk8fX3utK&#10;VbH+r/Z63njqx1hsAx0kizc6Tzp4sdVyPr7l09SYyCS3J1WuSDcj8MrLwfyR7RXdmJhRVGBT0/wE&#10;H9nRhZ3ssEiESkJWtK9K/AbkrcTUwyR1tTGisHZVlYqV44swdQBf+nvBkDWrJ91TVEv26qhlEbqZ&#10;ItPr8jIwUP8AuWDWuLfUf0IGtVjVozHRixpxyTigySBSpHA5xTFZX23dbHcIIomZdY4ihB+ZyKf5&#10;fPq1fofs3q3f2HoNs7mo8Hkdy/bJFBBl8ZIFrYoEVQkdUIRTpVLF+jU6etAQbkglm+QvR+3/AJM9&#10;fbk2DukUkU9Ticg2LzK0dDNWUtd9uWo5RHVU1TREpPGNX7QBVuORcCrlXmq65F3CC/t0aS1ldEli&#10;bKlCe7SCa6lBBWpOUFRRqEu505J2rnzYr3YtwajFaxSALqjcfCy1BPHiMVXAIr1dP8IPkfV/Cbfu&#10;B3fs+DJVWzMzkcdi93bKbJznDDG1dRFTV9TGfI1QrxQTmSDyPUaKhEZlKAKdBj5M9SZ7pftfduw9&#10;w0CY/JbeyBoysEBpaOvpWMy0mSoKW7pS01StK4MSsyxSKwB0lfeSO8CCSSG5tmU2ssavGwwGRgaE&#10;Dy9COAIxXrnK21bjsW4X+yboCL22mdHJ9Vb1PEEEMD5g0yQet3fau5sNvPbWC3bt6rjr8JuPFUWY&#10;xdXEysk1FX06VELXUsA4V7ML+lgR+PZaKkgEAAWH1H+9f48+w4z9xJ4nozjyMnp/9ss55+gH0H9b&#10;+0MtdQ/PpXGaCvXvcL+1f/ifzf2np+rTSNPSr8sde9//1rbhGgCgBvTcWufq3PP9f9j7BMk0jtIX&#10;IoTxoPLH+qn+frNkamGqn24xjqvClj8fj0fUoLEFiFKmx1ISrH+l+effCxF/yCPwbE8gkWtxwP8A&#10;D3QkNppgj5Y4Yz55OeP+b1BXB/l/q8+lBGyoL3BLAcBx6l1AMCLsbED63/H5v76dr8m5sPzYm4VS&#10;Txb8+9KoXFKeeK8Kkf6s/wCHregECowAP9XHqfCgbQwXjyBT9FIJQKrWs1hYcD6f7b3Ff8g8W/sr&#10;/qgD9eCPqfpx9fdR5MOB8z6fL/Oa8OvE6cj06UEGm4U3PAANw12t9edQN/cSWRVcgkBS300qeLre&#10;zEjRe3J97ELuoKqSwX1IzQ8R58enKNpqfIf6vt6UEBGhS17EkG1j6Q3IH1HFv9gPcYi7tchRqJHp&#10;1EfTjjm4N/8Abe3gdMaUUlgPWleOfzx06a1IIqwz/q/w9OqQkSI7GwkBdSQGAuquthwTY6gTxyP9&#10;vwZ20lAguTYOQSbBtQ9Jvf6H/Hn3ZY1DeI8hoBWgoPKnEcOIHpjHTT6u4MeHpw/l+X7OneASFbaA&#10;S1tMhBYC7MwJR1RTe4/29vr78zKLi9wC1+f12J503BF/+I9tBpOKrQ4+VDj8VP8AVXy4dVWQ8QO7&#10;zp/hr/L/AIvp9oKQMyu2q3q4AsNKl9KhfoRYfW/I/r7js7C9yoJuq6rjUp4YEAm7c+7FEYqRUgUJ&#10;p5eh8sf7PTTAgal404fLjXy6U9JTmNAUUWJblhwdJayiwNwb3+h/1/eGU6V4LF2AHpPNtV+SBe55&#10;97V9TkEKFHr9nzx+X59NlxQkrnz+YI/1Hp4hpyBqLOyk2Vb/AJBuWBFyDfj+vvCQbKwJXUbG4uQP&#10;8Cbc2U+6qyl3RgCAMZ4/bTyqR/qrTaVwKDh/n/z9OKg6VPILW1WB+o/173It+feJ2VAQSx5Osk/U&#10;sGIAFj+m34/3j3tVkkIKqowNPlQA8eI4/Py9R02WAY1ApnPD/N1Pi0ggG4/DG62LWF1IFz6R/X8n&#10;m3tplZDwL8kkfQDjn8kD8ezAmcUYjIweNeFOIr68B0yW0kjNf50/1fPpQ4+BXewBe625IFiSBfRy&#10;+kfkn/Ef6+DWWsCSAAtgODcH6X/4Lz78Y1QsVQElj+z1p61/1DqhJIK6cf4B69KKBVUKSSxRVINw&#10;x1D9KKWDGyj8m1/fFm/1i2ni5+hvb/Ure/uirTgSFBz86ivqSKdUUEsQpGMftA/wf5enOKLyMrm3&#10;IBUk3Ftf+IVSdJv/AIH/AGHvEzelbm2kfW/I02va1rsTz/h7eX43IAJYnj514flTH5Hj1V9WpjX1&#10;zQf5Kfy/b1kaEBggLWX9J/Om12uSTax5sP8AePcNgG4Qf1JuB9L/AFHtyTVGoM7VBApx/Z/qp+fk&#10;w7NGyIwwRxNf8v2V6dKB28+kKRpKqbE3/P55+t7/AO9e4khP55/pb/eDxbnn/D3oBKGnGn+r8v2/&#10;Lh0xVTXSM0/z16W1HGVNgQOV1cXBBtxfg34/H1t/sPcBmtfj+t/pYc/6/PvRFeBzT55x/q/1Hqrl&#10;h8Jz/k9elTTRekHkWN1/B9IPBBHJI/2PuIxXUSQLr9OeTcE/1HNv6+70fSFUkhuOMcfs/wAHTZzQ&#10;ccVP7fsPT/TgkWPBA4HIJJ/oAfz+fcR2YggnTZfyb6ifpb+tz7U6IkKsFLVbyFKCvVdYDxsDjHzy&#10;P+LxTp3g8jsFB02W5N14svIvawFj7bpHXVc2I50jgMW/1xbge16B1UqlQw4kVoB/P7eqnWpAGD8v&#10;5fsH8un6KHUVJPDHWwP5A5PAQX1C4/AN/wA+4bFtX4ub3U8gBjcHj8hf9t7VDwlUOXoopnhWgz/P&#10;5ZPn14uq0JauaHP+H5Y6cYkOkKFYktcn/kKwseBp0k/nj32fSjf4FrHkc8j8ngC/+v7T+IJplzjS&#10;OOcYIxw8vsz8+m9S1GogqB/qxSnUtY9ABPJuGaxAJuSpOoXb6m/1Nj7bZnvf/Hm1uP6f0+vtZGum&#10;g8hj5/4emWpUUHb/AD8unekjvZ7Wtb88gnkfT6gj/bAe2mcfn6jkH8/nj6D68+zWOq6aA1oD/n/w&#10;efTExYGQhaUrTyrjj9n29KekI12/Te4AHpH0vexP6fr/AL7n22OTcnnn6f1v9D+T/j7MlAoQKY/n&#10;8qfKoz8/XpKK4LniB/sfypn59PUajSL8/S/5ABIseVtzpt7wuQFB/wBhf8c3uD/Xj34irPU59PPy&#10;/wBX204dUouuRQw1U4edMV/4vqdTg6wLH6Egcc2F/wDav1H6e22c3tYi/wBSfqf6n8/i/t5e0uxj&#10;8qAD9g8vl/s9JJ5JNRNKqRwHDjjgPMcf8Pn0paJRcC/5+rHgXBB+puTz+D/T23/m1yCb8/jgjSOf&#10;x7elpoD+HVQAAPPganH+T/B0n7xr1qdIzinCn+QfspjGOlDEfUFFuLfQckEXIP8ASw5/NvcRrAnn&#10;j/D+lr6f9f2p7igJH2V9a0r/ADx+zpO6tQ1+I+nGvCp9McPmOnOMElbXJNz6TxxyCf6i3tvla5J/&#10;UP6/n6kH8f4j2/UaaMQvy8sj/OD8ui+buIqAFyKf7HGn5U6UNLDp08nUeWI+vFiDe/1A/Ptmnkuz&#10;C/J+v4/w4/1iPx7VwxkqpIHyx6/58HP2fLpJKRTSG/w8P9VOPSnpIiEU2P8At2B5tYnnm9iPbXMe&#10;QAR+eP8AAC9zf/H8e1Sd+dND/qGPIdIJKudWjJFPs8vkOlRRxqsXIDA8sTb/AFj+eRx/sL+22oay&#10;8Wvf/EDj6/719fauJavpKHTQ541qPy+3506ZlEYIVnGkD/J/k4086dPtIn0J5/A+gtYmxtqJtb2n&#10;qlhe30JsLj6/W315/HsyhAQBTkLn7B/nPRXI4IDZYDNKk0FPlTPSxoVNtRP9b/0b6EcG1/6e2pzZ&#10;wB+SLcX54/JPtQwIXu4/I+X7OkjE1VWYU9B8z/hz0oIkVo2Y/gMbfj6H8D2bTpZS0sH0teE2BH0v&#10;f/eSfcW83kCOQkHWa8f2D+X7epo5MT9JCpP+r0/Ijqq35vMiYTJi+kLT13PP/HFuAbkcW/x+v+3s&#10;c2/xSUw1AKqn1AkD1R/pt9W54tc8/wBfeP8Avf8AayMUJkKjH2Nx+WPOnCuRx6H1wKudQPD/AFfZ&#10;1pudlsTuTMrrKKMtkCeTaxaXnjk3I4H+x/wKkriv20IZT6bD63uNNr2JvpH1/wBj7JdtDfU3DI4z&#10;/I1rx9Tw/KvQT3OphanDPRVd6OGx6qRa0j/7yrC/Nriw/wAefaeUcnngfT/YH6/659izVwNM06AU&#10;4OrB4/5uiu5BbysoNhq+p4uDbjj63vb2qsZS082KZyZVlWaWMmCWSF9BEZQOY3TWnkBtc/X3FfN1&#10;74e8iCWKJ4/DRhrVWoatXTUEg040r/PqZOTUaLZraSOVhqZqgUpUMSDkGhp8vLq2D4c0m48V15hM&#10;ztvMZrHR5OszFPkaeify0E1RS1QEbT0syTUrSCKROSoa35/ojeyMJDl9j7wxcRkmav2lnEZ5aiSa&#10;UvDBF4kLSl2ZfK1v6AgfT21ynfm13narhoYoo4b+3wkaqKOz1NBw7RUZzUnJPQym1NbTR6yXeKRc&#10;8cqcfLiKcKjq0voTeOV2h3/0VuzL5rKVU0fYdBErVjpFTmnjWnaoQQQQwxHW7KCbE2X62Hv5ZXe9&#10;I1D3X25RsCDSdk72piD9QYNxZCMg/wCtp95U77T99btQ4+ok/wCPHrn3ti6dvs18xGB+zr6FasGV&#10;WH0ZQw/1iLj29/HWm+57Z2kLXCZSlY/+dEQ/3i/s65GXVzHYmmQSeg9zxJo2GZf4nUfz6797VOFX&#10;Rhcetv00cA4H/NtQRxx9f9ifc/3LmN2IHn/m6D9qxW1hVWzoHH/P0HNaobIVAPP7rfnm/J/2Pvud&#10;7Akn6i31v9Ba4/rx7bQkCoXga+nHP+r/AGOqyvUaS2epEMYH9ebAf7C/0/PtPTta4v8An/EXIP4+&#10;vvYOolifP7f59IjWnxZP5+XT1EulBxYn/evx/vHtlqGPJH1FyT/Ucn6+3QTpIL5PCn59I30qo4f6&#10;vy6lRDm97D/eyD7Sta1y3q/1z/xH+3v7qx0lagdI5GAIGAB1K9scrf6/0/JufbRJZRpxX8ukbaiB&#10;oPn6U6zxLf8A29+Of9gSP6+2SY6W+pPJvx/xT2y1RSlK8f8AD0yTXPnTqT7ZppDqFvoP95/3r+vv&#10;fk1fX9nTZNCTio/1fZ1722VcgK2J+trn/YcA/kk+6LUgg5zX/V+3pliWUnj/AMX172nKock3v6T/&#10;AK4/4170V00r8Xp/q/z9J2xpJPXvbFLZufwCb/T62+v+tf20dVcUB/1fPpslhjr3trnPIHItzwP9&#10;f6e/MVHlnptivd69e9tFRJdmsbWBX6WuR/vfPtoYFSc06apTNeve07USNyBbk25/2PI/x9pPxkt1&#10;4mlD173sZfypPk9sqfpmfqTc9VSwbn2FkpanC0qQI2RrMVlKklqinUlPNDSsR5OboASePeOfu3yp&#10;ulxvtlzBtas9tND4M4L0ClKmM5NBqB0g0pqBHmOs4/u7c+bbd8p/1Ovpgl/aSMUHm8UjaiRwqVZm&#10;r50NOHWtJ/O6+CPZPb28cB3D1fUyxUG58BBtfsT72unp8DTPt2J2xBrxTU1VUxfxWjbwxhUaOeWM&#10;I1m0XurMyTJHNHN9x54xJD4rFSkioymw4UaGBNvcQ2Do64TSi4Yt8q148TUHJ/zdTvu8V3DFMYY6&#10;IPhAyTXhjgBXz/LrSJ7o2fvLZku48ZPhf4PLh656b7GjtLVzVcs608Ud43daSkSV1uAb39J59x8h&#10;KMS8UZjWoqWVS0ZLiKMkH0ao1cyvpI4Fhc/X2yu5fvGOZrfUsOogHBLU86MRTNeI8jjpmx5SlBS5&#10;3aarsAdAzSue4nHT9038RqzcE0ec7LzK0dElOlXUYzHPHJLE0sZnCVtRITDFEkRUll18tbjm0wyl&#10;khCkpO6nWqG2kHhUAsSLX/HvdjA6pJNdpVAa1YfnX/Y6Kt+uVWRdv21wAMaUGcjzpmvQRd65rGUW&#10;4pdj9c1lHDhcfIKCGDb+kPWnQA7Vk0eqoqahpf7VgP8AD8mZSUB0/uuASpLAEFvwHB1KLgXH0v7b&#10;vt0QufCQ0BoD5eopQ/4QOmLLYrqOkkrUYitP55/1DpC4DrXM08YnyMnheWE1E0LAmRIv7TzmWKKw&#10;N/8AVc+49WVDkKAVDWHJILD6hR+FuT7ftAxQa6h6VP2fP546S3seklFFQMf6qdJnPrGJJYKezRKw&#10;UMSSC1hcL/Rb3tzb23SL+W03J4AJ/pyLH+hPs5gYVooJoKmv8ug/KBGxIXNeg1ro/FIOFBLsvBPB&#10;HLf7Yn3iseeOB9T/AEtf28SMClD6dMDgT59Q/UeeSb/Xm9/9f37+n09V/wAm/wDjcW+nPuwNNVfL&#10;5dbYU0kmpp16SM6RybkXP/E/g8e/BfqRzb8Nzcm35/2HuwqxCnhXy6acqoGKHptkqBB9WP5NrauP&#10;yTYf099gEcm3F+PqL/j6W97ZTQAg/wCA9UEudPXOGujlnjWNhYkjUwsuoEj8jUCD/h79qVtNr8cC&#10;5FvpYD6n+vtvQ66i3nnp1Wzx4dPCujOIwbaTZbng2BUC9z9QePeYSFTdbAgXPpFjYj68/wCP9efa&#10;d4UdSr1NTTjUj/V+dOlcNw0TqVJBB9enrG1lZS1Uc9DI0U8LLJG6EodcbhlZWBurBrG4IPvjjcZj&#10;aWWWojUKZV0+AhpItJFjHHr1aBJfgX/oPZHuENzKyJSqqa1qAR8z66fXhTqS9t5khMMMbDTdE0JP&#10;Dyzw/l1YdSfMTd26NqYfb2erTT5+OaKKqyyQpTCoqEmjKVs7UsUMbSTxoNdwxLavwSPesL/Pc+N7&#10;bh2Hl+/Ng7XyVLnuvqiJc7XJhaqL+L7SqKiIZlpTNTK8yYeoVKx3A0RRwM1xYj3N3K+5zz8rDbZr&#10;yOS8tlDxgMrMqVoyUBPaFo/qAp4jPUM+9HKllebjt/MkNkwJAjnIXSrClFf+lochA3mrmnDrfT/k&#10;x99ZHN9K7X6l3zvnbG4d0jADcGKx2M3Nhc5X4yMhZKqgK4epq446SancTRh3DKUe19VzqgYrKHJ0&#10;weRv3hbUB9L834+vtTbXbMXSU91Osd7+zFnKQo7D1eF7zTk3N7WH+H4+v+359vMasBX5dJoxXSOv&#10;e4V+fx9b2/H1v9Pbdf1OBpTpT5fl173/AP/XtrWQMCQDpBt+Pz9LAE24PsFSwtHQM41nP+f/AFfY&#10;fPrNbyFGyf8AUeq+aYamBRTxGlzpF9ZuSS/qvdh/rcfj37UWtcAXYgm/1HAJPBsePx7oUVFajkml&#10;Rj7ccc+XVhwND/q/1U6c10mUKVKDSuprkjgA3OoD1Frgfi3vEUtcDhmW/BUj9TDkD9P6T9fdmkZw&#10;DXg2K1HkD58cZx8urjLVWgNf+KH29O1Mml7tbhmvY2v6rA+kK3B4HvCQrW/HABuSQAPzY3vcG/49&#10;ta2VaAYB+XE/sp6VNc+nW+C8Mf6iP83z6e4EBa9/UfyQTaxva1mB0r9Bx7gTObPyCL+q5ANvSFsr&#10;EFmNv9493SNQ6AAhvLiRXNcitB8/nTpyoU8aj/V8ulNT6ihN1KgXciw4IDgBfTc8fQfj3hF2szA+&#10;oE2sb3sWs30+p+nPuzaU1KrCgYZ/YKj/AC4x59N/x1J+LH+f+X5dKOmh8ojDaRZSNOkqRYEkE2BU&#10;Dki5/PH19+I4vYWNwoLD0m3J4vflT/sPbXiAOwqagAkgHOeGeHEfYa9aLaSSQaD8s1I/ydP8cJVE&#10;sFAJsEuPpb+gFwQL/wCw94y2olVAFh6mZuASB9ASQb2I/wAPx7oE0gPISTXAAqfPjivmCeNfOnTS&#10;0NGpkemfL/ZNelGI/GI1jQH6jSTo1MAGGm5OqxU/XkcD8e4Tm83FrIAB6b3uLahySdV78H29qYRP&#10;x7vn+dPTHDI+3y604NWYk04fL556UtNToIIVb9XEjXALK7cck/VvSP8Abe8bam0n6+oILH1cHkXJ&#10;ItdvfoyoLhia6S2eHDHlxoOtE6cE5P8AIf6h1MkBiQBNK3YAELe3P9ATcEt/re/NwQp1BmAB+p9V&#10;/wAJYckL78gBDlSulTX8v9NX59XUKKgtkfs8+uYFlBIYs63JuPqTp4S1+QvuLIQARqNrkMQukM5+&#10;pPNrKR+f8Pb9CaErwAoCakDyp55r5fP06akIOOKgf6v8H2dT6RSzi4Fna/A44uWNmI4sPobWH9Pb&#10;RIQWb6D1Gy2tYG5JP1uLW/PtcmoKDU4Hn5kUoPLz/wAvHA6YZskkjB4H5Y9eBP8AqPDpVUyKNGkC&#10;7hNRDE+kksQLlrAafxe9j+PeLgg2IPIHFjz9ebfUEX90JYEChrQ8f8x9Men8uk4NcV4D+f8Aq+z+&#10;XSjiiHOvhNR/SSWBIvYuo4Di9/qPeNjYam+p5HBvxwtr8aR/iPr7qD3hKCvn9tc/OtPQ0pThjrYG&#10;O6iv/Ppzhj8iXRgBf686mW1+OPyR/vPvCWuACeD9SSPUSeCwAsCD7scFmQZBwM4FPKvHH8+PWtQ+&#10;IEfOvn/q/wAPU2OOxLMpLaSLgAmwJNyVFhc/63+9e8UhABW5/BBv9Lj+hHP19+q5IZlBx+ePLjj/&#10;AD9bmPYDpqf9Va58unSggDMrfT1cACwJJ9JvYj6k+2yRrMeOD/sT+fwLWuR9fbzVZF4axj0/n8q0&#10;px/Z0XMKhc54dLGmjBFrnS17nmxIIJYk8c29w3e+q/AH9PrYqCR9B/tv6+6qhASnH/LWg/1U6Y7j&#10;UEd3Slp4rf7VccgDgkXNwf8AA/n+nuI/A9PBOr9QJNhxcAn/AHn8+1MVJHpJwFOBAGeNaD+XlkdW&#10;KgFqgVp/qB9P8nTrChUXP1uOQtwQL6QtwD6v999fbe5uQORb9X0J+nN7k/X/AFvZiNKljUH09OOD&#10;gfzJ6bVkZgA2K48qD8h/OvHp5pkOkN+X5Fzy1tV1tfVci1v9f3Dk4ZRYj1D6A2sTyOP9fn26pLpM&#10;S4Pb5nNQMH/N1VslgKlv5ev+xXp6gXSI7CzDi9uGW4+h5DA2/N/ceYgcrw3+H9LW/PH0Ht2JXcUf&#10;Mf5A14/bx6s3w1JH+c0+35eXnXpzhKKDa+pmsLhiLXs1/qrX/wAf+J9xy503NxxYG4Nj9NJIFvof&#10;9f3fQoOlW88g1H55z5fYfy6bc5Oo/b/q/wBXr1OjBZySo/JXSwPp4JANha9z+bj/AA9t8hN/6C/1&#10;N/wfwOOL+1alAMCp9K/LOa+n+DpMWrwNT+XH9nT1TKSVIsCNP4+hb6XBH1+nuBMQRa/H9R9Qfp/r&#10;D2sjDCjaSaeuccf9R8+mXRqZqR6n09P9XEdPVOulwb3LlQBa3PAJABF+P9t7a5CAeBcfU8i/H1tc&#10;kqD7XxB9OotRhwxTj/IkfZ9vl0yxKrTGP51xX/UOlImkra1yQFv+r6X5PH1N/wAf09xWIYN/vNm5&#10;sL/7b27qIalaN/Lj/q/2OmS7L4i6u+uP2/tpjqfDCyshtcG3Gm/1Ufm3N7f09wJD/vP4/IBH+vzf&#10;2/SoJxj+f2eh6STBia6gGGK/Menz9Pn0oIAQQRay/QW4DA8E2Nj/AK39fcKU2FrC1gSPz+BY2+n/&#10;ABr3eJS7VBNQSBX9tfQ8M/b0kbLAGoAqK8OPHjxp/l49PtMoUeo3ZmvcWtpIY2XUTawJH0/PuBKS&#10;A1rcfX+n5HPP9Pb4cfirn9o/1fsp8uk8jJq8MUIxTJ9Pl/Ly/LpQ0kAuhH1FiP6EWFrfX8tb21zG&#10;waxt/vA/F/rYkj2qBqQrDOPn9hoMUOcjNa4x0gIKHxK4+f5/sBPShpk1FTxZj9f9sLAk3A/4j2yy&#10;m7EG9uTa31/B+vB+nsyjTSqHzAGR5cPljpK6jVXUKDPGoHD04Gn+fpSwC/0/4pYFrj6fX/bX9tzn&#10;1G3IH+3F/wDWsOPbwaoJZiCP9X28Ok7OD3UoQafZw/n0p4o9MagXF73uSb/T+o5uRbm3ttqeLm5H&#10;+sOebj/C319q0B1KopX5kjh/qI/PovlNQaip8x8vUf6q9PNEC1ho1c24ta/pJUc/X/Y+05UGxPJu&#10;SeL3/wBb6fX2aI2rNOGPIcPn6Cv5/n0XSCh1MtcjP+Hj5eea14efS1oVGleP7I5uRf8ArcEmxA+v&#10;tvY3ZP8ABh/sTwBxe/Pu7GmseR/1HpK5UyUrgk/t9fyNOPl69PkS2jlbkDxm97fQm5/Fr3P+29m8&#10;6UX1Qcnnwnj62DcD8/ke4o5xausUxUjP+H9h6mjkgUjVeHrmuafL5f6s9VOfOVtOGyjHSbU9ZoB+&#10;nMNieLGxB/r+B7sWwF/tKPT6QY9RHFrqFAP0+t+f6e4G37Ss91ryRQDjwJJP5Ux656kC4FZJAetO&#10;nsKNpty5m1zbK1xPPNkllAuSGNuR/re1JV6zSodVyy/gWDKEWxAF/wBN7/7f2R2Bi+olASij1zQ1&#10;Nf2/zx0FtyQeA1fXorW8YiKBubtqkBtcAqL2sot+m/8AvPtO2N7g/kf7b88W9i1WAFGXiOo/mUAm&#10;n+rHRWcio8zWI9LCx+gv/rW/r7UeOhlkopPDFUSuXvamKNICg5vEZKdlBjUkHU4uPoD9Yp52Kxbj&#10;bTSSQiIx0/U7Rk4oxVwctT4VI9SOEy8jTatn8EI2pXJqAPM/Pj/Kn59XHfy/tx0D7DqNu1EuQpJ6&#10;TIVeQjmhoqnIU0gl0a7xUsyvEyJBc+htX9foDieiJoc3qjnj8m36yNvumAdw4dif25ZVvosDZ7Cw&#10;Frk+yyBzHb2cmqNmN6lPDyF0ilMqPxVI7M1JrQAdC1pQbiBSSSFb5Hhwpnz4Y6NpmN709b3P1Vh6&#10;Ormkjwu46XIB56aShV5aitorHxP43N46cKLhSB9b3Pv5YPycXR8jO9k59PbvYgt/S27MqP8AiPeW&#10;29EHdtxI/wB/P/x49YBWX+40dfn/AIT19IfHsXoKJiblqSmYn+pMKG/+xv7ffitTfc9wbaTTqK1t&#10;M/059NTDf2JPb+MvzFbsB8Kn8sdBLn002iJa4My9S/e0fjxoxtEv4FPEObEfoUfm1wCfc63HfLID&#10;8FOHD1P54H7eie2r4MQ/Dp4cM9B3VWNZUsP1edhcc+nVb/kE8e4tSeD+OP8Ae7W/1rk+6KTQqi1/&#10;1GvHj9n+TpuRaaiR1Mhtx/vBv+b8G4/NvbDU3+v4F/oPx+L/AJv7uukFu01J/wCL6QSAaXzk/P8A&#10;wdO6fRT9foT/AE+g+n+HtincKGP9bgf7G/8Arce3SowAMjzP+r7ekzCgA4EZ/l1Li59X+w+nNr8f&#10;7b2lqprk8m7Ennk/1/w/HujaaEkdIpaVPb5DHWb2xVDaAebni3/Ff9h7bY8CB/qPSJyTXtx1Mito&#10;Fha97/64Nv8AX9p+aQFjyTwARwL2/wAQPpb/AG/tpkYULZH+r/iumT5kmvWT21TPa55sCLcWNjYH&#10;68359tsMVB+3/J023ka8eve2adyxPJFyeT/t7X/2PvxNB9n8umWydPkOve2ipYE/4fRhf+v9L8+9&#10;U7tAPbX5dNMMUrnr3tilGlje1iTY/wC2/F/dXC6u2lB5fPqrUoKeXXvbTVE+okEfXT9AR+Px+L+6&#10;uhKr5Y/ydJW8hTj172wTEm4v9LE8C9xzf/be2G4Gvp/h68DStR172zVFtVzfn8j6W5IuPp+fadl4&#10;MOA4j/D1RhwIGfPr3uzD+VT03TdifIKXcGWFQ2J2hgK7KmOGaSFah2qKajSKoCaRNTyzTBSpax0n&#10;3HnuVv77ByxNJAoN5csIo68ASQWNKZIWtK1FaV6yB+7fysm/c8G+ugfprKBpKVoGaoQA+o7iaHBp&#10;TIr1Wt/Nh77yPQHw63hmsHUQUm4N6ZjFbCw9XNCszUL5SGvymQyFOrG0dVRYrCzPFJYmOQAj1WI2&#10;mBVU+OlhZj4xFDKkMK/pLGJWUEfRLLEFAv8Anj+nvF2WCR7ZFUanY93CvHOfM91eA+fDroFPbrOj&#10;lhgstPU0Nfz4en5dfP8ABtrJ9rHdqvFJJDVZfB5Cqy08zrUx08eRqo4lRmaNmWoqA5lc61ATldTK&#10;Rjx9bU17HIy1BmKPJCoa5CTnTq082ZYoyAb3sePqPaez22FJXgFuFjUA1HaGyTwGfWmc1J4Hog5r&#10;3qS0s0hjk/xmYUr/AEBWvr9g9ck9NnzZ33F1JsrFdfbf1Um4d6xQ1E6yzR5GppNqUlOaDXUy1Bcx&#10;1WarI9QCIoWKK2q/HtS42AmQykWYG8bWHB9QZufSSFP0+nuu93YEIt42w2CPlxp6jPnx/KvQa5Xs&#10;Yjq3C7Wsa1pxyfy/y9EO6P2pRPUVe7twQNNQ4yN5YQxa9TWXOkAAfuBfqQfT/Ue3kuihgQrqqyG9&#10;hqd20i6gkqpBH9PYeigkd1YMVyBxNABXj5moPr0Jr+5EVsxoAz8fspgfkOha3lnYKHCyRKkQmyLv&#10;LMESMMkJQCOnj9IKiEAC1gB+P6+2dwrAgjTZRp4tZrkH/AnkexAupWBU1JbOeI/w+v8ALoIyqW1G&#10;lTx6LVUL5dRYEHT5uQBYngfi1xb22TE3HJsLcEW5bm9wBfgezyz06TUDUf8AAPLz6DlwKkgDoNcs&#10;dU3puBcsAeOXNz9AL8e8fIF/6/8AEge3u1mIHTFKDPz6hh/FGCf7RP8AX+n598iSVNgCVvc2Nvp/&#10;X6cW910hW7jg9bReJ+XWWOTyq9lHoHqP4PBJJJ4tx75x/Tm9725+n+A/r7sQakrw6QzfEMdJPJMA&#10;+lRzZibcWueW/wBhx77a1v8AWNv+K/7f3dSRx8x0zWnTfEeQt+V9VrWtcG2m314PN+fePSoF/wA3&#10;4/pz9ffnLVwcdKIm1NQjPT3SVTs6pJzYWDc3sOOfrc8+/KOGP6lAFgfr9fwByT6f949sM39nmjE8&#10;f8/7elYjPEEdK2hkaJvLGdaqBZXsGIueBYfX0/7x7yp6dXPpABtf6k/4Am31/p7ZlIfTUd5xWnCn&#10;zx6evSyOQjQD5enSlp8lE10kUgCzgq1mFwLEW1c8/n+ntEdobHx3Y3Xm8dk5HC0ecpd17bz+2qug&#10;roaeSjajz+MnoK5pIKqCennK0zvYMhF+eDZgR3U7WF9tm5i5KQW80btSpMgVwdB0moV66WFcglaE&#10;EqZK5dji5g2/dtpvmMhmt3jGo8A6FKioIqA3bjjTq6H+Uj8kZerO+cNmdw7qraWPEZvbe4qWasll&#10;MJ/uzWRyUmPeQ1NNekq2nEUkYbS8a2YMo0n5i3ZPXWW6T7r7L6kzIda/YO9dxbVmZ0ZPuYsTkqim&#10;pK1VdEfxV1JHHMhIF1kB/Pua5NMVwjQPqiqCp/iQ5VsYoykH0oa9YZb7ZS24uLW6Wl1BI0b/AOnj&#10;Yo9P9sDT5dfTUwGaoNy4LC7jxbvJjM/icdmsdJIuiR6DK0cNdSPIgZgjtTzqSLmx/Ptnmubnn/W/&#10;2Fvx7N2HcWpx6CMdNSinn07e4PF/obX+v+1Xte9/dKNp+Ia/8n2dKfLjnr3v/9C2SIvpbRYkNcH8&#10;kBRe5/1v9v7CVysQeMSVC0yPQk+XWaigAZ45/wAnRBsergPJpNgwYvb06QFte7eQmxNwf9v7zFn0&#10;ixuRz/rk/Um4J+h/x9oVEWpiwon+AD9nmK1x8utrwLU/P/V+3pyMTKFa15WCkhbl78/qFjxpsDwL&#10;k8+8T8Eki4/Fvza/6hcXv7vq1KqqTgV+WfyOOP8Am6fQkr56Rn/V8j06UyNY6tJJYKfSQTptzfjk&#10;3/H0/r7jO55KoQ1kYeo/Q3tew0gKPr70AmoJJINNSDgeQFfnniP8FadbYhowT8I/2B/Og6f4ID4Q&#10;yqTazXBPJfgWFrFhf+ntvmAcn06iSebgi3Gnngn8n2/G5Q6leiinyNc1/wAn+qnTmaaQfSpFK5/P&#10;8ulJSwkU3qtqa6/VSANIt9CWGk3BH5P4/px0NZQbcBpOTawUFvUWPJ/H9fbbuuSjcSF4VNTjAA4e&#10;fkK9VlA0KFcEV+018+A/zdKXGQlY0ZgLFLqATwGJJ/UVGpVsOR+PfgQXjF9QAYrbm5A+nBF7ajf/&#10;AGHtMwcRTHTQ1FfKg9f5Yz6+VR0wzGirQUqf8v8AMeX59KeKNNcSpY3YeoopUMBzybsLNc8g/j3F&#10;IN7KQpEYOn1C9nN7hSS2ok/7D2rVlCapEJUuc481xSuBTHnx6b7wW1CoPn+XE/z8+nXSUmCqfpGu&#10;lbs+j/C4W5+htwP95PuMzapGBbSlzyCeLED6j6cDgkj3Ro1VFcJWWgxQZqD5f4QAfXy605QBWPl5&#10;f6vL5f5ulLESEVS30HqJLXuv1Bbkr/vHviLk+kkKBwxufUpDFePoWP8Aj70ABTWv6hPDhggiv2AV&#10;/wBgdezVQaZ4Gv8Aq8us7nUgtbSCPVe41XFhe9rkgf4++pJBcnXwCgv+vmxWxUkWsf8AeD71HG9N&#10;Ph5Or5cM8RxqP5jrz1o7FuH+Hz6kqquisH/SFb9I/tekpZyBwQePxf22zyLcllJV7EEGxsLAEhSR&#10;xe319q4legVXo61H21yQKgfbwHHpMXHELhv514j9nD7enanjRFRzHcSfTmzDRYX4bm4+g59wJbFy&#10;ASVKgAgAD021Aswb+v8Arj6e34mYICQA4YmmTxJyACPTH7c9NM3dWorSvrwOf9j58elfTRrFAt+b&#10;xrwAuoMNIC8g3JH+2549x3PLEcjgrdiSbC39Tz9PdiSqxBqaq0IA/wBRpxPWskr6AZAHHhT5/bnp&#10;+pYxIeAwXTclvq3PIPA/It9bc+8BY2BJuLWDfX8+oD8XBJ96IBkIp3cSOHlUE+gIA8/8vVnXgSSS&#10;OIrTjnienhYiIlCfUXve5FyeAur+h/23v17IRbkni/J/Gq/4t/T/AG/tpjrl1D0yOA+VPOvGp/Lp&#10;vtOs+GK+nl+314/4OpCRKTZhxwQwFyVK+kgMfzf3gYn639VgOQOB+PqL2A9uCmk4qla4J/z+Zz15&#10;mXSQCPXjXjj1px6dII3DAaQFPpFgOdP5HAFiFP8Aj7a55AGK/wBQbW/qCOfoL39vKjFQRxU+eeNf&#10;2f7HSMqQwVR3fPI+XSyx8OsCT+pK6SNLcWBF7ngkn+nuI5DAjn6G/wDgOD/Un8+9KSrK+OP8+k4L&#10;atXH/VnpS08Gq1gCVJZRYH0i97i4te3+t7hSSjTa/PH1+oB/PH1/1/a6K2dWElMZ+yo/y/IdaZO3&#10;WxqSaf6gP2/4enCMarRKOfoPSoYg8D1fTSbe4BJ1fQgXvcix4uBa3+tx7XsQqAahUimMj1IP5nPz&#10;+zpuNdLADifX5Vr/AJPXp3pYSx1EAsosoFhe5WzKSoK3X6m309xnZeDY/kAFm+nP+wv7cWrdhYcB&#10;U0HlQ/6vt6u2lSAxoB/xfn07QwlASb6CTwWPpBJsy3JPII/r9fcSX8AW9PNiSRwfrYfW/wDvXt2I&#10;gq1ahmNP5fPphtPw+Xl/xfn8unNEPkFv0AXBYW/JZrWIINx+Te/5/pCke4Nxbn+v1vf6XP8Ah7Vr&#10;HpoQwOOFPT1oP8/8+qFhp7hkj5/6uH7Pz6cqZbtazX4+vJBIF/ze39L+4rtYH+v+3vf6Xtzz72iV&#10;IoO3j6UFafZ5/wCz03WqlVBrSvn881r+zH59P0CcAHgXAsLm7BWJAIN7cfT3BdlJtzpsbfQW+nNj&#10;a9gfZgPFCMytQgivEg0rjHCp/Lpl2JGlAQft/wCLP+rOenOCMqVBA1E8H+19SfrZrXt/gb+2uaw1&#10;D6m5J5txdbfgAXv7XKWZVbTRaD145r68OkjailCtOAr/AC8v8I6UFKoYrySL2Atfi31+tz9PcBmt&#10;fVewuLX45P04Jt7dJp8FKmn+rPSUhwBo+E/Lj+ZxTp+hiLabfQAWJ+pAHBHAJsfcSRgWvawt/X6c&#10;WAuBxxx7cVGCNU1I/nx/4v8APpk69Wkr3UqacDX09f8AVXp2p0H4IFzpYWBNja5IP1+n09wZDa5H&#10;I5uPp/xXjj/Ye3IiWpExIY8Kfyz65p8+kUmoBtSAd1fnXhQfy6UUMZFn0g2Vfr9Sbeo6RyPr/sPb&#10;c508EAW+vP8AX6X5+v19rgQ7EI5PnjjjBx+z9nHpPMWYGlSaVNRTPDGB5dP0K3Aex+g4tcAWDW+n&#10;0/p7b5ub/wBb8/8AEi//ABv28pCfESceZ/Z5fb5U9D5dJKueK8c/t6eqYgaeLKDyRyQObm34tYG3&#10;tnl+pNxb6cfjj8/7f2tRmJAoeHD16SsasV9R/q4f6qdKWD0sBzwfyL83B+nN+B7bX4J/p/hc8f7y&#10;fr7cbvKhRQ1xWg/w0/1fs6RuakeRrg+v7f8AV9vDpVwj0gvc8XPHOq4/p7bKtrEkC/HP9Ta/0/Pt&#10;ZCA+nWx1YpTh9nSGajUKHAJNfL/N8uH+fp6oEsdOni/0/wAWtYm9rXuPr+fadqCb2PN+bEfQjkc/&#10;1sbW9myqulW4Pn8wf+Kx/n6QzEE+tP5+X2ehHSyovpx+mwH1544N/wDb3v7bzbWpP9bX/wB6/wAP&#10;r71VmLKv+oDj0gBYyMC+CR/h/wCK9K9PiAeFzwLK4HJ/Iv8A0B4H/G/ZwOk7eWnNrg+Hj6k3b8n6&#10;/n3F3OmownNGBOfsp+Xl/LqbuR8xfF5/4B/lp1Ub853b+E5JbnS0FZZbgXvC+k3JPAIHuxLAH/IK&#10;b6gFUH9RyBxyf06h7gXfhW9lJoW01/nx+2nQ/uDSU+vWnv2DJo3HmRY+rL1yBgBxqmkBH0HD+1LV&#10;eilUEC3qUX9R1ADTYkhraQf6/X2SWf6ly5QnVQHGMefyrXoLbk1YJB0Vbd8t8fKulbBpFB5I1C5s&#10;L2YAAf4+08oN7D6XP1vzx/r3HsVgqAC3GnUfzhqvq8z0VjI3Mzj/AGo8cj8/gn6G3tU42nilxrRy&#10;jUmtmOixYFnVVFmWQkkkfjn6cX9x3zO7fvJHUgNQDPA0BJOCMCh88caGnUqcnSSJYIEqK1+00Y/5&#10;Bw6sJ+JmdyuBxKPipZopHiqZpftw2tj5TGoJsWDHi1rXtb8+3NEiWgrYdIZmx9chBEblgkJPIQIf&#10;Rfk6ePYbu1ZVidGKxLLGRQsAKnyqTxpgA59OhVHNI19DqJ18OFPt/wBVejHbb3JkMl3Hs+ryMjy5&#10;CbcNFC7yIiyt/lEJ/wAL6ObsdRH0BNvfypPk8wf5G97uP7Xb/YzD+lju3LEW/wAPeWu843XcBXhK&#10;w/YT1gtZGttGa+Z/wnr6mWOUpj6FD9Vo6VT/AK6wID/vXsQPhnSCp7kw9xcRNE/+taZD/wAR7F/t&#10;ytd4lfzWP/P0C/cBqWG3r5G4H+DqZ72cKcAUNML2tCtv6DTbni97Ae5plqXeqjjT1rXy/nx6QxCk&#10;EVf4eg3l5rKj6j91uR+AGP8AT8e4E3N78C39Obf64+ov/vftoll0ClXP7P8Ai/8AN0nlBB/1U/4u&#10;n+Dpyi+lr/T/AHm1x/vHtgqjYf4cn/Dhf62+t/byCpX5cf59IZDSo05PTonCrf62+n9P8P8AYe0t&#10;WOfVe9vp+Twf63IHI9vk1I0DPp69IZmrQqDUDqegso9pypb68CxP1ueOOPx7aZ6kCuekTGrV1Ubr&#10;IBf+v+w59sFa1gR+Lcj+vFvp7YZxg/i6Su2ag56mR/oH5+v+2ubf7x7TUshJJBH155N+Lf7cHT70&#10;FLefljpjBZqcOufuJIbIWI45H5/1v94v7o5wRxJ6qdIx172wzMBquTxf82P+HvVA+ug4f6v8/wCX&#10;TBPEjr3toml/WBf1X/qfzb82v7ouoqKcek7ipqTjr3tnqGsL/W1j/vj/AK3ttRUM3z6ocZHXvbRU&#10;uJFte314uTzyf6fj3V219xHl00TxJHXvbDOQBYcfji/4v+fbZpWlMdbznr3tqmPo/wB4HJsefbBA&#10;8zw602Ove9iP+TBtF4etu0d+1lKYhWb1p9lYeqeLxlqPC46krc5EsqSKaiJsxkAPUl0dSAxBA945&#10;e8O5+Puu17XrHhxK8jDzxpWNhilNZnHr2+eKZz/dY2gxcucxbw0IDTXKxIfMhFDtT5Vda4+zrV9/&#10;4UZ9nV0mN6T6VxE07zvjNx9h5LGxeJxVGrlkwWFqdLQiRHoqfDZUHTJpZJmLKNILXL5gwRYmqrpr&#10;EwiWan1DgPPpjiOkOAzaCCB+Dz+PcaQgFIYzUaxkj5V+XCvH1GOB6yIN67bi9uF1IqmvyKg/5SAf&#10;Xh1qgdR5zdub+SmJ64227HHt/DsBuKiDxpHJRYIDK5tSzeRImerEkbEcnUf68TqGnWlocdTD0stJ&#10;A8iAEHzzoJ6hm1DXr80hvfn360P6M84FQ0jUPHt4LTyPbTh8uo75hnN1vMqAnSlEA+wZ4epqeiP/&#10;AC93lVdgfJfsOrmqpammxW4ZtuYyNmUpFQYH/cXBDTpHZI4NdMSAOSSSeST7WdLGYwoGlfHEqOCC&#10;foA8mg3NzqUj6cfX2CL67SaadqkjXUEU4klRXHChBOflTj0PrDbTFt9pDoAkajH54qf8PDodtsbF&#10;q8bsvbON8C0tXlQlfPFIf3mpoY1qpDoZrsXd9IWwF/8AeOMzK0QJBW7n1KCt+BpIF2Nz9Tf2rtVZ&#10;WIVgcDBz9vp9n8s9Fe9RFJRHThj/AA/7A6B7s6B6fItRyCxjcAmM82cFlBseGC2vx7bGGgEhi3J/&#10;Utj/AIACwBOlv9j7OFIkoukDHkf+Lpkfl0G5ZAInNaMDToGamTxQzyaidLaACCDbiwF/re/uDN+r&#10;8gW/F7E3At+P0+za3/swPxV/Onr+fDogmNSw8ug4yMg8rk6tJtYD6X1W/wBuPfA3ZByLD8f0sbfW&#10;3Pt1Qsbs1DU9JtRwpHTVJVtKFRg1gLC9rWF7n+pPHvor9D/T6/W1r/kXF/dg/wAQ9eHXtdAR8uuP&#10;naNCACL3F/qGHJ+n+t75CxHNgL3+v0/p+o/Xj24GKUoamn/F8OkbhixoCemWZDJKXIYj/WuLg6gQ&#10;P9ce+za/1Bt/iP8Ab/X3oMCASadVKOaDSeuHik1EaHvf8qR9OPz9B79xp4Nj9eb2/wBbg+22JLZW&#10;o6eiRkqWHU6mhkjP6Tc8fQ2HB/qP8PfABr6rMeObDi/04H05t70xWhUEA/PpSCQO0Y6e4HkFrJJ9&#10;PoFvc/T/ABv9PeaMMTezGxIIsfp/UcXt/vXtNMyhaEjIFM/7PSiOOU0ZY20/Yafb09UtPXOPItLV&#10;aL21eF9J45YErbStx/rX9u9AWSRWdSiXs0jlYxGrAoHYyWX06r2/I9h7d0imtpY9atgkAVNSM0FM&#10;5pSvlxHQx5bku7a8t5IIXLahWgrjzx0YDpuu3Fid04Sqw1BkKib72liqY6WkNW/20sngmBpyj+Qs&#10;kn0Xn+hHv57H86DatJtn+Y/2zWUCRfabtp8RuKKSLwh6mWEVW26uedYFCiV6zb0nqN/IoDg2Ye5m&#10;23x5tg5XmmjCzPt0Bxmo0UXjmunSDXNQQcg9Y/8AufCsXN3N4Q/oteF1xSmtELeQyZNZqONa+fX1&#10;e/gxXZGv+Ivx/my6vHkY+t8FT1ELs7GnSnhaOip1El2jjhx4iVY7nwqBH/Zt7rZkUqCD9Tb8n8n/&#10;AG/sQ0pHUjNOofB8x0a/23avVo/2r/G9tX1v79ozr8qf6sdLKYr50697/9G2YjSj6eCQOR/ha1vx&#10;b6ewX4mqVDLwH+Xj+fWa4FSR/wAV0ReCmLKiKpsGDgXK3BQn6MU/Sfre/wBffBZhYqAdQFx9APSe&#10;f1C31/17j3R4JaqzuNDGnmeIqP5fZ1tVccDUVp05qihrqrELxoZRx9B9VBYkg3N78/T3iuxFr8nh&#10;QSOOeB+OB7s+hT8PaozSufX1/wBXy6cUULAg/Z/q+3qbChLEEC7sSBwP9cXOkXI/3r+vuHMTcgFg&#10;Rz9F5U24NhwV5/x/23vSFDRtKkH5nBzkfI+X+z1c6WZQR/qp0pYIyqqpJ4C2sBawHqsSSb/1/wB4&#10;9gl2T8i/j105lMdhO3+9+neqs3k6D+L4zD9kdnbJ2NlMjjPPPRjJUOP3NnMXV1uPNZBJF5o0aPyI&#10;63upAfSG5IkMUGquOHzr9gwPI+nRbd7tte2yeHf7nbQTHIEkiIzCvEB2GBSmMVx5dDr170R3X2nj&#10;qjKdX9Odr9kYfH1ox2Syuwevt27wxmOyIpI6sUNbkNu4jIU1LXNTVEcnhlKyaJQ1rEXDz/Z6/hBd&#10;VX5jfFcg8nX8huo9N9NiCTu76EH209reMsjtA1RworV41wKfZ+306RNzPy6TU8wWOP8Ah8X+DV0L&#10;dL8PPlnEkcY+LfyKXSLC/SnZSi1gLk/3ZC3/ANfn2YHae9Nn79wVHubYu69t7023W61otw7TzeL3&#10;Hg6tAoZ/tcviKytx9RYEX0SGwIv9faaSJg7qwIJINMg18sAA+f8Akrx6M457e8hEtncLJEWwyEMD&#10;w4Fa+tPToNMrtfcuzc5Ube3ftvP7Wz2PGqqw25cPX4PKUutSR91jcrT01ZASyem8aj0k+31WKqZA&#10;xB0swsvP6T/gLXtf6e3ZVSvgFa5A444/aa0r614+vV6pGQpqfL0x/wAX/g6wwRO8gkNgusEcc3vp&#10;sLBT6tP1PpPuIxXlkUgnnk3vyBcMBb6/j/D34B6BJHBA+X+T/L8+HVGDcaVPE9P4XkMoI1WJ5NjY&#10;24Nvp/h/h74F7aibekN6U0vYBebg8gm3+292CfAqk91Mmq+fl+3rxGFJ8v8AV/xXUjQWAbSoA+gs&#10;HFySRwbgKD+Ta3+v7jSNcF7HgXAspCr+FsPpzf8AN+fb4Cr+mT2nzqa1rxr51FPKmPs6ZZlCvqPp&#10;x4D/AFcaDqbToZNR0nUOSthb6AG3GoBTf/Yn3AluTzYKSSPrwSAb2vwbNb6j24lEPaSZKf5aUr6V&#10;FeBP5Y6ZcDxFqK0rQ/y/nQHpQUiayqlRo1ABQL24DB7HVrYqfoTYAD/YRCSb2BBsCb2sLmxAvYc+&#10;1BopGogrXHGvrXHp/q49NFiOK0BpT7a/6vn0/wACPYKOWUNq5NrFbKCdI5/pb6+8Ey3uRfQp5/23&#10;P1IF/wDiPdY3NVBNCf8ADX8zT/L140IHlHX/AAkAcfnjpS0oABIUk2Ufi4uWsPwvIH+H9feFlP8A&#10;ZAsAGtcMPqRx9VB/4p7a1g/GxLE0rQj0/M+f7evUOnNfSvDJoc0yfPj/AJunmEFRptZm4JJHAKk/&#10;XgA2H1/23viOQSbLZOAfT9CLEW03/wB597eoZQKkM2aZ+0edP5Ux9nWsFytQF8z5fZx/ZUdZUHNl&#10;Autvr6SeDYi972Fvr+P8PcVz9bnm17G9+R/a+lrgfj28xYIqqtF4fz8uNfzz6eXTbayAKZPy8icZ&#10;+zOenyiiRnBJJIYADVaxABvYWFufxce2uduQLXDf00j6/j/En24oHfIGGpRnif8Aiv8AiukspyPU&#10;f5+lnjkuipY6Wbjnk2vb/C9h7bJGAL3GkHgWLfUni44+th7WJrdYAhLFfWnAcaceGfn1TVRBoFaV&#10;z/q4j59KeCFUVwTpOgk21Ekn8N9Bc6v9bj3HclRe/wBBx+fz+SbWAA9qkAc6AO0t+Qx5U+3zxgY4&#10;9NsrRhgAAP2gZz/PqTAuk6j6TptccM1vyLg/lObEH/evcaS6gG5DNb6E8E2Fm4uBcH/Y+3tSsSSB&#10;oFa1A+2ozSvD8s/LrZYA1Hn/AKvWnp5V8x08UkZYlT+TdQLH020WsbfT/Y2+vHPuEZBwDfk2tcni&#10;/wDUn/H24Y3UO4xjPD5+n/F9NMxGK0FKHzPnjp7jVDpUf1BFl03/AEWPIvf/AHj3CdmLW4Tgi4HJ&#10;PI45uOPaxQmnU3f50rwGDnH7Ok7ghck8P5V/zZ6lxw6FuL8j8H8s31tcfQc8+8MhsLX/AD9P9j/h&#10;7sO4+mP8n+xx+3rTtpkWtSvz8+OaHy/Lpxp1OsMVB/N/8RYcajz/ALz7hy8qSPqP8bfkf7f25ACr&#10;pqNVan+Cv5cc+nTJ1GjKDn/N8uFa5+zp7iFvqLC9z/rXAIH0JIA9xDx+OOfyf8R9Ppe3PtYgBXDn&#10;Vj048ftp5evr82yAOB+f+r/VXh04IQWFhyCOb2IFgCP9gf8AXBt7bakWJJ/tfj6E3HP+wB9q4XbS&#10;kcYoExXPqP8AD/qr0m7ggEeCAc5p5Gnlx6UNCmtQ3N/9YaR/U88Xv/vXtrY8G5H+FgP9j9SDc+1D&#10;qHYU8z0lmNRUitcccD0H2f6q8elLACoA/IW5ubnjn6gAWHuLIQeAfzb8mwHH0H1t/vfu6gqCXUVp&#10;/M/6vTh0yVyAVzQH8z6Vr/xR6dKVGJBtcX1fUCxFrXa/At/vHuHMwFyD9D/Wwtax/Fjxb25Aj4V6&#10;6SK+p9R9ma8OkMunTnJAPl5gjjXHHH+DpRwKrMtgLkWNgQTe17/8b9tcr6m/V/Tj/b2/pwR9Paxd&#10;aA/pdtOPl5DAycH0/PpI5IkOlQVIGBw4cR+fGg+R6UEEQCgcckixFzyCSDb6n+vH19wJXuxH5F7W&#10;+nPH+A5Yn2qVaLHJxTzr8uPl6U/bjpODpBqTSg4ZPnXpygjPpuLi97Ef2ePqLtb+n+v7apiVvb6f&#10;j+l/9ibH2uXuqSTw8h/qPl0klIqSSQP2Y6UlEoeVQTpA/Ux+otbm/IBB+n19tsn0J/PP05+l/d+0&#10;NoUeXD/V/q/PpI7ldSgfZnyr/l6VMF7j8LcC/wCByPwR9efbPPJcm1+b8n/WHI9roVLIC7DH8v8A&#10;V/xfRbM5wpA0n9vGufl0oqSIKQQOfpx+n6H/ABHPtP1Dc/Q/W4PP+939mqKQK6hUj/Vj9nSCd2UG&#10;jYFf8PpSn7fy6V1GgAH05J4/P1HH0JHuHyXX62LA/wBCLf4Xta3vVKIxYio/Lj/l6RKe5XqSwIGf&#10;tz8646d+FRgoIPja9iWvwTa/6ipAtz7OD0qv7sFgLaYT9Lf2uP8AY8e4u5wJ8FgTnUR+zqdeSG/Q&#10;ClaNX/Jx6qF+crr/AArJX1E+GusPqf8ANyXXUNNha492G4JCYKPTc2jtdTYkhAOCCCPr/X3Be9So&#10;Bc19RgiopU+WR/L9o6H1xQuQRUdafPYcRk3NmDYr/uVrGuPS4Pkl08hgRbVz/gfakqEWOkjCnU3J&#10;L2t/nF1Law/JH59kdq7S3kxYaY6cOPwmh/zY6Ce4f2Uv59FV3XGI6GUi1zJLyL8agW/qByfbGvHB&#10;PFwP63AHP+9exLxyONPsp0ApySTXgT0V3IXEzDkguAbH6cixP+2/2/vnlNxLhcTCAmqR5mtYC/1U&#10;qzE8XVuRwSPx7jLmCI3G/GHxewRrUD5g1H5ileAOeOepo5TiS22C2uHAPiMQfs1Eef2cf8PV9n8t&#10;n4+wb36uj3PkKVAKyTKCmqJ7hJIqepanVYwbBjHPGwPBAJ/rb25YvO/xKhqZl1lUx1YhQoFJMkTy&#10;amN7sHZbXH0t7ajsA1rJC5Hi+OhBrWlDpoMYoDWh41rgdGO4Osdxt8yjBYj7TT5fYf2jrD8guuh1&#10;N3t1PUU9OsdBW7ip0kaIjRLIaminVX/c13ARr3tYC319/LA+R7+Tv/uuS9y/a3YDH/0K8rz7yf3n&#10;/kq3+Kfqt/hPWC+2EmxtieJXr6dkI0wxL9dMaD/bKB7F/wCERUdw0Ja36IwAfyTJx9ePqPY39s/+&#10;SpdV4aB/l6BHuHT6baa8PH/ydZPey5ExFLAhuLQpbj8f7EWPFvcvyp+oWHAk/Ien7ekYasUZDClP&#10;9XCnGnQdyWNTUH+kr2P1N73/ANgAP9b221RAHH+sTx9Le9UdmVlpSv8APpNISp9c9OEAvZTe5t9f&#10;8D7Yak8WvYn/AFvxxf6X5/Hu6UAYDpDdVYahwB/zdOqfUfX2k6++r/A3Itz/ALAWP+v7dCsANHlg&#10;56QupHHjw+fU5foP9Ye03U/U3HH4P+NvbblakE8ekTMG1LqPz9OPWRL3FgDc29p+vNwfpf8A1/8A&#10;AgcfQc+2GNDQHyp0mY4446mAWH9PaekA5Ynk/kWt/vV/x7qpNaDiem1OQvn137iTFdDAm3F/6/Tn&#10;8fj3uhoDTPVWytDTr3tglsbjj+v+2B/3v22tTWgwP9Xl0xkD8uve2Wckg2txfSLH6f8AG/fhVSVb&#10;4s1p6dMUAy5+3r3tjqW9Rvbj6f7G17e2jwbJx0yScinXvbVI2m6qeOSQD9CfqP6f7D3QAaWNK9Nk&#10;fEPI9e9stQwNxe9v96v/AF9tsNXzNenPn172z1D+oKL2Btf/AIN/xr22xOktTppzXr3vat/lj7Xg&#10;T4d7Zpo5HgOZ3vv3cNTJTEJI9ad3St6pFKv+5DQRoQb+nj6DjFb3CuRHzrfOY1Z0gRPOmnxrhsCh&#10;FQxJrUZH5HpH93y0W29q9pctTxbieQ54MJSoP7EUeWOtOf8Anj9o1+1PnJhMq9PRV0G0erqHbFJT&#10;ZSKOooYqfdW2c8tRUtBKsqyGkk3fNKq6D+4o+hN/Z8d8ZOKJMLg6fwu9fmMbT1kLOQwpI2i8gAjQ&#10;lUYcfS9v94CNqrSw3ckrGscLEUH4iDpzXieNa0H+GRzbCO4e4LVeaUDzwCQa4zw8+qafg105Uxbw&#10;7e+RObTJ0dNR7T3vl9q1xpYDST5Cqmqkes/yqaF5HohTcIRocufUSLexIRP8rBA0oJbAm4UIp4UH&#10;6/p/2IHtK7qu3hFy+jgKVr60/wBQr1G6rJLuxkkqX8Ykn/bVr1RDTisyW/arJVzyyyVOfqa2qqpy&#10;4aVpK56iSUswDF5GbVb6+3+NSolEgYEnWW58ZYow06QD+Qo+n1/B9gwQrUeGQRWlMagKjNf2k54e&#10;Y6lKbdVQQmIEKq0BJ+zPR8Ny9mrP/BpaGJohj8QlP55ysYaoYB5Ssa3AsVAUj8k+4s1RHGpjUkaV&#10;ZgtlAFySAebA6R/vP9fZzb2kzkSEA1IFakn/AD8fyx6dA/ctySaRpJXBY+hz0VzeO7Yq6sqKmpqY&#10;3mYuSqNGCFP0AQHUL2/pwT7a2lLAlVJJvYW1fSxtf8WJ9m6WwRh4jACo+XH/AA9BqW4L1KqaV9Og&#10;kq8o86usMUrqSbEJq4B/JP0Av7jnUxseLE21W5va4uBxyL+1yaYxqXPrTy9OJ+zpEwJ446TssM0p&#10;JfRHySPI3+te5VbX499Gyixcn6lgtz+P8bc8fge/VZjVYxngTT/J1VY4ye5/LyHXCOipiSZankc2&#10;hiMhF7i2p2W1/fdhbkMfpYfn/Hjgi1vp78S9aKVrmv8Aq/y9bAiDUNT1mSkoQ37gqJF4sPSjf4/Q&#10;+nkf7b3xOkkhQ1/rpI0/ngggm/B9+AkoNRUfMZ603hKQRHUfM9cJxj4v00sum5uJZRYi1x9P9549&#10;82sdVl0ki1ixP0sOCTxf3tI5AF76ivoB0na4TVQRjpvkylAXYLRiMW+qanW44+rH8+/C4+qhhx/v&#10;uLe9vEWxrI/1fPqy3KYBQdc6fL0eoiSmQD8GRT+DwLRsoX/X98lmRSQY+OCV1MB9RzdGBFz/AI+2&#10;HtZGz4nd60/zin8ulUV0vbSCOn5/5+n6izlHcaaCkdbgWf7mxIIP6kqUIP8ArH3PirJIQSiP+dAR&#10;iFVGtddJYlgR/iPZRcbalxQNMAaZ1AGrCueHljy/z9HNrvC25BNkafKR1P5GpH8j0KG29+02HlSS&#10;Xb6yRq11bH57cOJqAjFSwimSrrIY2YA2JiYXP0PsOt37O/vqDFkMzncT+08MVftLcu69o5OEMSFu&#10;MbnJ8NWmNQtvPSSqSoBW3sw25JNnq1tbW00ZIJSeGGeM+pGuLxErU4WReJNa9HMm97XucJS+mvYX&#10;ClVaGZ42Wv4qq6hiP6aN9merQvjr/Mj2J0Zjqd6Drmj3BlKerFU2K7X6/wCk+6tvVU0Wl4mfM5zZ&#10;m1OwaSORxZxR5anlReVkLWPvWx/mE/yZO4N+bn3T3L09uPNd0ZV8dHH/AAfe9Zhod/09FRSVFQMf&#10;t+soFo8TuQ1Dylis8WPlDOSutme8xbfz1y/uEFtFvVnHabisIRWjDeAAorRRprHUkhVLSAaT3ior&#10;j9zp7Vb/AD38u48q80tukMshd4Z3C3BbT5SACOQjgBpiPAUc5626vgP/AMKCvhh27t7ZHW3dO4Ou&#10;/jz2FVCHEUUGFXPY/qFXKa4FmymbxFHSdfeaR/GtPU1tfSRkFnrhqAGqbmjNhc7lduZigyWGzeFy&#10;NXiMviMzQVOLyuLyuPqJKSux2Sx1bHDWUFdRVUTRyxSoskbqVYAgj25LuFu7BoWrC3AjhQ+f5/4O&#10;oxfaL63DLcRaZVJBXzBGCD8x5jy62K4pYp4op4JY5oJo0lhmidZIpYpFDxyxSISkkciEFWBIINx7&#10;hc+S1/7Wq9hbTa/1/r+PblV0a8aaf6v8/TP4eHlTrJ7/AP/StnuuhlU6ragWtwCfqGIBuQP9t7A7&#10;1MgLrSo4etOFK08/2+vWbAKsadElgQr49JQgMLC5HDNdjYFrEk/7b3FJYNwp06bE21C5Yjm1+D9e&#10;eL+/UVo6GQaq1pWhwP8AUMZpTq6000qK/wCrz6dgAv4A1G97Ac2PP1tz+f8AEe/ODxyCQLckEEgA&#10;8Em3Lc/7H3VHUV4hSfngfOg9MdWVvi41P8h/qx1NjiLPqAVv6C5vqtzYHUeeD/rc+4EhuWJ4UXuR&#10;+bf0IAseLX/r7cjrRKGrHy/2K/OtPTpwEgr3ZoP5f6q8en1ABZbH0hfoLA8Wtc/7H+vuh7+fd0P1&#10;NuD4hbs+QGY2bRVvb+xKnrjae0d6tkMulbhdt5vsWiXJYmCigyMeHqYKpc1U3M9NK4MpKsCqkG+3&#10;TMsqQA9tTXFKkDicfLy6jL3U2vbpeX5t1e3B3GIxoj1OFMgqKV05qfI9WY/yXPl53dtz+YVsv4iU&#10;tBmsZ0b2TjOyd3ZeoaHHSYXPbm271bks1SVAqJsbLkoqulOEgTTFUxqfFyCCwNWP8p3+Vb8cfnP8&#10;Xuw+z+2M32fg97YXuXdnXGFrtlbiwmOxdDicb191vuLHV1TicttrMitrYctu2pMhaVI5IlRLKQWK&#10;i/vp7a4SOJVIKg5BqTUigyPT/Lw6AXI3JO0cy7Nd3l9JOtytw0YKMAAAkbDBU1NWPnw/b0eH+dT/&#10;ADvPkJ/LL+WHW/UHWvU2z9/bA3D0Ps7tnO5DcmMzks38VzPZXam08lhkyuMytBFRQfwnY1M6HQzx&#10;yTFjcED2g/5Te9uwfiV/NGz/AMUYt01mY2Vn+we4ejd/0NJqTDZ3N9YRbzG3N50mJqakwUeRgz20&#10;lVZ9Rmix9bURgvq0te/jW5shKVAcAHPz4g49D6cekvJF1ebDznNsQnLWzyywyAcGMevS9PXUvHjp&#10;JHn0eL5vjYXzB/lo9c/L2l2smDz2V6n6U7/2C1eY5M5gMD29j9mZXJ7RrsnSRBqun/ge7v3IgBBL&#10;XUkL2WwYbLNV/NH+CtL3RL8eajveGDt6Hs7/AENz7Uk657cWGDsdN0jZcu3pdznYR2iiRbnBpmrW&#10;rxj05lM/iBf2SiyuSgnENY6Fq1XI8sVFMZ/KlB1Lx515bXcv3WNyAvvGMWnw5Pj1aNOrRo+LBbUF&#10;xWtM9UtUvwD+Ws/VcPc0XUksnXEmwl7Ni3Am9euJJn2U23zukZuLB/3ufccskmCPnWlWj+9a4QRG&#10;Q6PbtnP5knwlwXdWK+OtV35gq7uDN7zw/XOP2pt/bu+d1U/9+NwZmn21jds1m6dsbWzGzsXlBnqt&#10;KWpSqyEIo5NQqDFpYrVLK5lVZ1gpHg1rxANeBzwFR/l83J+b+XI79Nq/eim/eQR6VV27mOkKWVSg&#10;OqgNWFPOmesWG+EfylyXVeT7oh6izNN1vi9r5TetXuDM5nae35htXD4qozddnabAZ3cON3LkKAYm&#10;B54Wgo5TUpYwCQsoImd8/Lj42fGCnx0vfXcWz+uZcrA9VicTlKuprty5akikanmrsbtTB0uU3NkM&#10;fBUDxvPDSNCr+ktfj254c86kwREkk/Knpk+o48elW6b/ALTsyJ+8b6OJiKgE9xFKYUVYjyJAoD0i&#10;uovjf3d3rPVx9S9a7j3rHjZUp8hk8fTw02DoamSESJS124cpUUGCo6uWJtaRSVCyMnqAt7Dvo7+Y&#10;N8MvkpuCm2l0z39tDdO6a+Oplx218hS7g2VubKLRazVJicBvrDbby2VmhiRpTHTwySeBGlt41Lh8&#10;w3EEavLFRh86j9vAdIts5q2DdmEFhusbXByAdSN86BwpbHoOGeHS27T+Gvya6RxNRn+y+ody4Db1&#10;LJAlfnqOXDbnwdA1TpED5DL7Symex9DFJI6xh5pUTysEv5GC+ww/mC/PnqD4Y9Y7ho9z56u/0xbu&#10;2PuSfqXZeLx2ZeuzebeCqxmPycucpaCTD4LFYjLyxSVU09Qk6RqfFHLIURnoIHnkVgf0q5+ynoeO&#10;ei7mrmew2O0kSd2N68R8JADkkEAk0oADSpJrTgCehN+HHxK7H+SW9MJUYLDUx6429ujCw9hblr6z&#10;FpTYrFrPDXVlGmLnrEyOVrshjkdIIYoXjZzaR0QM4qP/AJVv81fpTq/497wwHzV+UW/Mp2nWdzbg&#10;y+An7Eo+7+3c0nX8+yOvKLFRUu5aDbm9YaHFLuPH5UpQmqjeKVpZfEomDyK7y2lZwYIxSnlQZqfU&#10;joD8n86WNntU8W/7xI16bhiviCaRtGiMCjBXoNQagqKGppnNj/zt+A/ZO9+4Nu5j40dGbToNh0/W&#10;uHxuVh2dU9ZdeYtt3Q7o3jVV8k+EqcxtmSprmw9ZQB6oU7h41SPyN4yqbAPd/wAjOjPjjgqTcnd3&#10;Z+0+tsVlJ56fFHcWQCV2YqKdBLUw4TD0sdVmczLSxMDIKWnlMYddVtS3L4opJtNKkg0Jz6ef+Xj9&#10;nUm7huu37TCtxfXqRRk0AYmpp5AUJannQGn7Oqpeq+nuz+4ctU4jrLY+e3nW0MMU1amJpddLjIZn&#10;aOnkyWSnNPjsckroVQzSx69JtexsGvRHzi+JvycytRgeju79q733HSUk1dJtdoM3tnc8uPpX01dd&#10;Sbb3fidv5yvoqRmHlmgp5I4g6lyA6ku+FPCG8SCgPmDXJ/4odJtu5j2XeHZNtv0klAqV7lYgcSFY&#10;KSK04AgVHS/7R+MXffS1FBlOzetM9tnEVFRHSLmxLjM3g0qpl1QU1Rmdv5DMYykqJ1v445ZVZ9LB&#10;QdJsOHZHZ/XXUO0shvvtLeu2dgbPxYUVm4d1ZWiw2OSaRXenpI5qyaP7zIVQQrBTRCSeZxpjRm49&#10;sp4hcKqszV9fyPljIz8uld3fWlnbm4vLlY4Fp3MQB9mfOo4DJ8ukFsrYm69+7go9q7K23md1bhrF&#10;LQYvB4+qyNW8SELJUSJTxsIqWBZAZJpCscQN3YDn2RnG/wA2f+Xjnc6+3KL5M7YhrxKIfucvtbsX&#10;b+DZ9QXUN0Z7Z2N2yYr29YrNFrm9gT7VpazoI2MZ+zGP9VT0QLzvyu8qxpuya6UNVdQf9uVC4+3o&#10;1lT8E/lji8Z/FqnpvMtSshlEWPze0spkwthx/BMXuGrzAk0g+k04bi1rkey1/wA0P+ZF1P0z0dvP&#10;rDrDsjIVvffZWysHU7Brev6zM0yYLau9Y6OspOysd2JiI48RHSy7cklnxc2OrZqionaIpoj1zI9b&#10;2zGRHYdgH861/wAvRHzfzRY2NjPa2l0x3KWNdGmuFfIkEgwBpymkk1pSmSB2+FvxK3xvzsLb+8N4&#10;7QpKbrPaW4sjBueDdEGPmfI5nbpnpqnaNVtWvZq9p1zCJFWx1dNHFHEHDan0owbfy1f5lfQFV0B8&#10;eulu6fkHubc3yf3LufObOraLeOE7f3puTM7k3p29uem6/wAfkuwKrbGZwdV91hMzioIZpsqYKOAp&#10;FK8KwsqKpEYs/wDBT0FP8NfXy6Scsc17a22bZYX25O+7szIQyyOxZpW0DWVIyGAqWoBQGlMCB8sf&#10;iP2ZB2f2l2B191dh8P0/icNj87S1GAyOxtv4uhxmA2LhpdzVdFtiDLUOQgMORoK2SSOOjWSokDOi&#10;uZAWuw3JuDEbU27ntz7hrUxm39tYbKZ7OZKZJpI8fiMNRzZDJVkqQRyzyxUlFTvIVjRnIUhVJsPf&#10;olHiLJqFa/yoSSB5HHr0PXdIlnmuGCxopYkknSBxNAMnGf8AL1X9h8ZXZvI43D4ukNXk8vWUeMx9&#10;LGyLJUV+QqY6Skpw0rRRK1RUTqoLFQCbkgA+623/AJwn8ukgafkRzwD/AMYk7z+n0NiesgRx7VAK&#10;SNXCpP8Aq8v83QVPO/LB0/7tDU5P6cv/AEAc/wCDy6N3S/Bv5SxMS3V1hpUf8ft13puFA+g3cWtf&#10;/b+x073+b3xg+NUuzU7u7OTZUm/8PU53aUQ2d2BuNspiqRqNaisZNo7Vz7Y5VOQiAFUIHck6VOl7&#10;OEeGugMaV+3pff7/ALXtJtxf3fhiVSV7XbUB59qmnHz6RnXHQXbXawzkmwdonOrtusixubkGc23i&#10;1o6yYTNFTg5rM44VJIpnJMJkUWFyLrdQdIfKroL5H7N3Nv8A6c7Dp907O2bkqnFbnz9dgt07OosL&#10;WUmLp81UrV/33we25xS0uKqkmkqFRqdEJu4KsA8rAsTQU/zUqSD/AIa9es9427c4ZbixufEhU0Y6&#10;WUKQAanWq+RGeHULfvT3ZHV+exG2t87amxOczlLFWYnGwZHD5ueugmrHoYTF/d/IZSLzTVkLxrEW&#10;EjEcLYi4AZf+aJ8CMLuH+7NZ8kdpTZHzyQfcYnC71z+3vJGpZm/vbgtsZLavhIHpl+98bnhST7s0&#10;q4Wor6j8v8PRbNzVy6JBA26JWvkrEf70q6f59CtjviV8hq3G/wAVh6vzMVL41k8VbW4HHZGzEhL4&#10;bIZanzGtT9U8GoD6gc+zibJ39sjs7a2K3r15unAb12lm4TLi9xbbylJlsXWKjFJUjq6OSWNKimmV&#10;o5om0ywyqUkVXBAUQalNdfYfTh9n+x0bwXcV1Gkts6vatwZaMD8vy8x5Gvp0EOf29nNr5Wrwe5MP&#10;X4PNY9hHV4zKUs1HWQkgGORopkRjFKh1I4BV0IZSQQfZJ9qfzQvgvvrem2evtp95R5jdu8dz4bZu&#10;2sXH1z25TxZTcm4crT4XDUEeVrdg02HgjrspVxRiolqEplD62kVAWDsc0LfprKdRNBg5qQP9noOp&#10;zTsk86W1vf6pHYKo0SCrMQBxWnH506HnJfFLvzb+DyW48zsJqHEYTF1ubylU25dnSvS4zG0ktdWT&#10;tSQbhlrXaCkiZjGkbSkjSFLWHt97u/mBfEboHfld1p2z25HtTe2NoMZkMhg02P2TuFqWmy9Klbj2&#10;lr9r7OzeKD1FHIsnj8/kVWBYC49q/qYbcmOeX9RTjB4eRNB5/wCodbvuYdqsZWtby803S5ppc8eF&#10;SqkfzPHqT138fO29+7fp9z7T2i2VwdVPVU8Fe2c25jxLLSTGGoSOmyuZo6wpDOhXVo0kg2Jsfeft&#10;D5v/ABf6d2h1Tvzsfs4bb2p3Xtw7r6xyn9zOwMudzbfGM29mTkBQYHamUyeHC43ddBIY8hBSTD7j&#10;To1pIqPyXUESh3lor5GDkfs+Y6S3W9bfaRQzTXZEUw1IdL9woDWgBpgjjT/D047V6R7N3flt04Lb&#10;u2P4jldlZH+Fbmpf4zgKQYzIGpyFH9v9xXZSmpqu9Rip11U7yp+3e9ipLJl/nx8RMH1dtLubLd14&#10;Sh6+31UZql2hkJ8Nu1c3npduZapwWcNDsgbdO+DDjMpStHNI2NWNA0blvHLE7+a6txCspkXS3AkG&#10;poacBU4+dMU6Ty71tqQw3v1qiB6hcOCaYJ00LHODUcKHzHT/AI7onter3Lk9o0+zq2bO4NKKTL08&#10;dbimo6JchSRV1IKjNGv/AIKHqqaUMirUFiQwtqVgBo6s7Y2B3hsDAdpdXZ/+9Gxd0fxT+B53+FZr&#10;CfffwbN5Hb2T/wBxm4cdicvS/bZnEVEP71PHr8etdSMrkzhmini1xsDHmnHyx6A+vEdWF3DfWyz2&#10;8uqNmJrQioBIOCAfXy6Z83tTO7Mz1dtnctD/AA7NY8033tH9zSVnhNbR09fTE1FDUVVJKXpamN/R&#10;I2nVY2YEBYyNYm/1/wBYDgXBvx7XDCig7B8z55HHh546b1kgqOFKA54cflTz69ClgLC97cCxJ5sR&#10;ccn1e26Vrg8j/eeR9P8Ab/W3tWi6KPpNT/L/AGOFfl0mcFG1UP8Aq/P/AFenTvTpYLfmwAvxybi/&#10;+vx7gSuTc/4j8/kHn8Dnj+nt1FA+LBp5cOkzku3efI1/4qv8+lBRwWIYggj+vIKsvBBF/oTf8e25&#10;2Nib29Iufz/W/wCeT7fIjU6QchsU/Z+ynSRwMqW7q/soDwH+fjx6UFOpIX0mxBBFtIAvYgcfg/6/&#10;tjnfTe45v+Rzf/H68+zNU/TBVzQD1x/q/LorlZyKrJgA8P8AV60+XSpol1kC3APJ/wAAPryLj6/7&#10;D2wTOCTY/QEC9z9PpzyeT7XAU0kL34rTy6QzfhJ+InNKY+VP9XHpX00XpsR+CT/r2HFv8B/h7j/2&#10;1sebi34/3se9q4auoEj59JkZ9SKKadXn8/n8vy+zpzMemGQ/T0PwLcWBv+ePpyPZyOlB66Yn+kNv&#10;9gR/xX3FPOVQracrU5/b1O/JI/RjIPH9ladU7/Ohw2JyirbV4a4FbfllksNRtwAf9jx7sNwC6oKV&#10;/wAWIYi4WxX6245A9wNvsgAnStWpjzPHh+f+og56Hk/xH7OtQ/fMLtuPLgA/8XOrB1kaeGfkMRcA&#10;X/rzYe1NV2NINNmARAjBQD9AB/Q3KD2Rbb23b6qhqmoqT/qyf9joNbiB4Mnz6KtvOMfw+oKgEB3A&#10;IAB5NhYEA/pU+0/x9Rf+v+t/rexSCx0/PqPZfiboqeQFpntf9XP/ACL/AIr7DneFZpaop3RXjWek&#10;dDIt76qGlLBNRHpWUH6EXP1+nsEX8cse+vMSRqixQngGYCtOJPz4fmOpp2B6csbeKVCg4/M1xX1P&#10;W2l/LDw+OyfxF6jq6CoAq4KbeNJklTx6lqm3hnJtL8M6MKWeIi9rgg/4e1Js6saqo5l8OiKLHTAK&#10;OAZJfMqAgtxcajYG1rce2LKFo575zKCGZM8fhoTmmeAFaVr59KN2l/xfbWIArMP+OsMf5a+fQRfz&#10;GqPG4Wo6OkMztl5O2omiQmMFqOKhdZJONDqFmmiuL2uffy9vkfH4u/8AutP9T2t2Cv8Att2Zb/eP&#10;eSG9H/dtuI/4c/8Ax49YO7Ya2Fsf6I6+ivCdUMTf6qKM/wC3UH2Jvw3n8HbOKI+slRSR/wC3qBe3&#10;+w9jL23YjdpV/iAH+HoE+4g/xPbWrwm/w0HWT3s0REfbQfg+NLc2OnSLi39Lj3MstfEZOKj7OP7O&#10;PSKLUUUkfhHQfuP8omJ/Mr3Hq5s34/2/9PcGqF7nkkD6fQf1/wBtb3oMyhEAFCePn+Xz+dekzhqg&#10;nHUyEj68j6f64/oR+CePbDVj6Nex/p9QP99f374SX/CD0juMAimf8PTonOnk/jn/AGH1/PtLZAjS&#10;Ppe/4/xH59uhjkhjQn/D8ukMhwSPMf5+p4+g/wBYf717SlQbm/I5/I4A/ob/AOt7ZbyAOekLHFMV&#10;6zwi7H/W/r+fx/r+2KrYFW5vbVx9De/P4PtonIr5fz6TEU8upXtPyHki30/r/X+n0/x97AydRoT0&#10;3TBrg9e9wqi+i3PPJIP4t9Cf9f3Rq1z9nTJ88+XXvbBIdLEn8j/eTx/Q+2uApXz6bJKqKDz697aK&#10;pwpJt/r/ANLD83J+nvRYmjMf+K6T+Va9e9sFQbswH1Fv9a/H+H+HvTBQhNT01IacDnr3tlkb6n/Y&#10;8/7E/wCHunkacOqL6+fXvbTOeSQeD/xIuPbLZJHz/wBX+Dq5PAfb172z1Dgrx+CTf/C/H+8D3Vh+&#10;0+X5dNsQePXve4V/LzpMSnxS6ufDamhrqGvr51H0TIZCuqaquChSQFMkpN/rY+8Sfcq4eDnzcY3C&#10;qBHGfL4WGsE1/pMcepIrnrpl7NLbJ7WctSwP+k0TE1phjIxYftB+3PWix/PvOaqvmH2TW58Clocf&#10;idl0GBSFnAqKBdo4yaCcIXXXWSS+UGwP6ePZsp9sY2r3CM39yXq6N4ZGjUxyGnnVdMDTAs5TyqCR&#10;wDcfX8ewxDdzLatYgKEkB4UFRTuAwDQGnlSn7ehxPdw21sb25iKqKAV/Fj8OM/YKdVLf7Nhu/r34&#10;6R7Qy+0avG7QycU+Cosjm6XLUcG58dV1slTXHDMkFNSV9RRfuJJarsxkX0a1v7WcrNrEhLRiS7K0&#10;mtbsoU/WPUQGB4va/wBBf2iiEejwUAeRMEJQ0+2oAx+dPPoDTK8uu5RPBhrgyEKSCTwX4j+Veqts&#10;hjq6qFZuCnpv7v4byPUUdduOrhxM9XFUTN4hjcerNlMmx4uIElCgXNh7kJTyTqzyTSrHpDnWDpUf&#10;1A1MSWH9Qv49pZLyG1ZY44EMuqmKVP24AFPtPnjpVBttxeCN5p3MZ4cQD9g4kfM06c8ds7L7iihq&#10;a/J5RqGVNULzJPDFOitpvR0zNLUVEbAfqdacW/I95nhp4bsoEisn45IHIDFjqA0XF/qTz/r+2kub&#10;q4ordhDft86AY40x5DH2dPz2FhZgqYy0w+WP8Jb+YHWbJ7f2rt3XGKY19aqDUukJFH+Q8kkj1FTq&#10;jP10yAHn3FGg6gwAYklQg/xubXANuP8AX9qWLjQ0Zqo41+ynqfX7MdFcskAGoqAD5Dy6RM9TR+tn&#10;VFDkhEhHJN76Rcliot+ST7wNDNIp0RtpBuWUelR9L3vcKP8AHj2rjuba3YNLOtfmfzp9vRayTzsy&#10;xQsxJ4AEnpMtjsxmZjBisPkK6SR9KQUdJNPIxJOkJFCjSEc/09wC9OjMs1bRwsPqslXTxm9wP0mT&#10;VYW/p7dl3S0jVXUlh8gT+yg6eh2LeHposJADwJGn/DToR9ufGb5FboCfwXp3f8sEpASrl2xl6SjY&#10;llHNbV0tPSqhDDkuAPr7hyZbDRBhLk4VZT9EhrJyxB5KtBTyKPpe5I9truesjw7d2U/YoH+9Efyr&#10;9nRlFyjvTnujVB6lh/kr0NOI/l2fLHJhJG2DS4qN9Fpctu3adKwLjUGMRzbVCAKebpwTb68e4v8A&#10;eHEKW8ZrqkqCT4qGQXsGN7zNFY8fn+vurbk48PsQKSOLD5eQGeP8ulH9Stxk06rmPI8tX+VRXoRa&#10;L+Vh8iMiurKZ/rjBiwY/f7qmlN/Vdb4vGZJdSWN/+J95Y8/TTOFhxO4qgnhtONhDBj9Av+WnX9fw&#10;PbD7qyKT49ulOH6mKep7e38+rpyHcEgNdAf7Un/CRT/L+XT2f5U298eI5Nwd19NYmBwC5OV3DPKp&#10;LFbKsmApVY3t/a5v7y/xSXnRgM0VBsWmipqcA3K+otM4HI/2HtM++KAS13CG4gAljwB8gP8AZ8q9&#10;Kv8AW/dWIa5NR/Q/6G6eqP8AlYwu6JUfIPrzWdN46Khyta12+iqhkhkYn8XC3P8AsLxBuPHrVLSV&#10;P8Poapl8q02Qz+OpKlkUi8ghdmlaJSeTYjg+9vulz4DTxwTSQ8NSQu6+YpqGKnyzxI6UryPCjMjb&#10;kiyAVCkqDT1pqPS2pP5TGWeily+P7Hr83jKWRIHrcJ1pn6ykjqGQSLC1Q+Tp4PLpNwNQuvP09ycp&#10;unb+FopK7IZPFeCJbsKXN4mVtYj8hi0yVNM8kgUHgAn/AF/aO23C/vZ1ht9vn1sfxRS8K0qOxqAm&#10;gFcGvl1a45KjgVpTucQjXiSR+dO4V/w9ZNvfym+yt45mPB7b3BlhUOU0nM9e7gxsWh5EiEjzUNVl&#10;oUjVn9Rdl0jn6ewQqflh0jTS+Gors+z3OpqLG0FZCqgizO0eZ1LcjgFb+5Eh5A59lQyxW1sFFPjk&#10;ZTX7PCP7a/b0Dp35chkVG3bV6lVrT9jH06NTTf8ACcL5gZGnFRSbm60+3IUmLJV+6sTVyFgJAkMV&#10;Vtt4ZGHFyZAgJ+vuJH8qesMrXpQ7Qy+MyFYP+XTmamXEZqokLBUWhpGIaoYji6qwB/B/L/8AUPmS&#10;GBpd+heFT+OMLJEq8SXPEKPnSo8+j3aG5Ov51ttu5hjbc6/2bHw3PrpVhqYfMVHQlYP/AIT4ds7M&#10;xkld2tHufFRpIslPujY9PR7l21RUscbmabMVI0NQusjIyEyINCkEXIK6if8AwoP6+69pvk3172/s&#10;TCPhs52fterpuy5IloIqDM7lwFTTLh8/HFRw08rZKqwNclJVSuuqRaCJ3JkZyxlsGzbht+xQtdTK&#10;8TyuIwK9igLRSSxJqxYg4ABAGAOom92hYWvNLwRQlLlrRZJDUFZGBKmRaeZGkNWlSK5Ysetw7+Ul&#10;juz9s/Dza3X/AGbnU3G3W2Yq9j7Kycr5GTK/3IwmKw0ONpcy2SnrpvuYsiat4USplp6WjlhpYBHT&#10;08SCjTS3jvf1eO3+x/1/p7Eml/p/C/H/AKvLqDqjxeHbWvVm/v8A/9O2HVf6WHGm34Fhcaj+TYfn&#10;6+wI4qxLGvn/AMV8q5x/LrNpVBALHz+XRNYo9CKBcWsSWH1Ite9rqCVNv6e8QcXNg11NiQL/AFX+&#10;pNv6Xv7u8bFVqwowxU/P0H50Pn15qFQqmi/6vTPUtFW31NtRYkeogXsfUT/aNuObe8S+sWIIBuNV&#10;weLlQxHj9KgHi/8AT/D3eQBXFMnFRkeVafFk4NaeuOPVhUA6fi+z/Z6nxeiMsPTb9P5IseeSLCxY&#10;f8i943jJ8ljccP8AQWAJAtZbfU/X/b+2g6qIyV0sMfbx8z/L9nXiMEsadOMTFit+Qbnm9wAvNwOS&#10;oH55PP8AsfdPH89UAfy3e2QPr/ezqW44sP8AjI+3dNrC3I9mO3Mxv01ZBrQ/ka+fr0Avc7HKV8Dn&#10;vi/6uLjqx/8AlOp/2Mh+Kz2N/su9L3t+lujt66CLD82/rf8A1vev/wDy2Pmj85fj78bt+dZ/FT4d&#10;bo71xG5O2dxbjXtPHde9ob2wO1t65bZnX2CqMDXrs3HrgpJ8RisHRVzQ1FfTyItcjyjwldRreWtt&#10;LOss9zoOkClQKip9fUn+XUU8n8xcybTtN1abHsD3KPOzeKI5HCsURdJ0CmAFahYcRXHV5f8AMm+O&#10;n8v7truPbe6/mX8u+rujpcb1RicLV9a707L6o2HmtybGpN0b6yEGeoP785WPNrS5PKZKuo45qein&#10;jkkopEiJmVtNgn8pT+Wt8kdofJHLfN35b4ifZ+6WffeW2ntnN1lFJvjP757GTKY3dm9Ny47GyTU2&#10;AoHxWdyUUVNMyVk89X5TDFFHG0ye8vIZIDbWrBgBmnACmP2Y+Xz6FPInKG7w7s/Me9J4c9XKqxGt&#10;nkqGdgD2ijNQHJJrQAAmsX59fzafi92h1XhfgJ/Lxrqfs3bGydq7Zg3XvDbuPr6XqzbWzessZQf6&#10;N+sNpZrNRUlRunJS5rE4uSarpUkoKalofCs888sq09fX8+nZG0On/nVsnK9UbcxPXGQ3H0ptLs/M&#10;1uyKOPbM9f2JV9q9swVW92kxIpGj3NVLgqR5K2PRPJNAsrMZLuVG0sz2hWQ1o1KE1xpXH+x0Fvc6&#10;2t9v5ltnsYVhZ7ZJCUGkmQyS1fH4u0Z41FePR9f+E9nfHcvyZ+D/AG5H8jy2XznXPya330fR4PMy&#10;z5mkx+wsN1B0pmaPazplZq4T4iGfeFYiU7FoVgl8aqEAUW+Zz+Rv1ptX5Q/HPvH4/wC9aXrDY3Su&#10;e6l3XuLYGaxu4d75/fu5+uuxX3nl9wz7wyG6Ixj8huvFR0tG8aUn21NLT+SOPQ/iVJDuLPHLFN3M&#10;SRXCgVFKftB/b0Opvbmxg3naNy2y5EFtbtExRgzmR0fWTrLUBcUFKUBFQPIUnfFT/hRb3Z3Bsbvb&#10;4q/LPqCXcvaXbEHb2PwHYO38nh9ibe6z2VujruiwGJ2dUbCi2vU1WTTa2VFdWCqfIioqYKpY5Dri&#10;MslLvwx2jg/5oH8z3d25fkPUV28Nn5dew+0chtubJZbHQ5HbGAqqXD7D2JS1dHU0uVxe3cDBmMfG&#10;sUcsUrUlEY2fXIzEyn1W9rSI0PqBX5k+nUe8vW8fOXOE8u6lpLc65CtSKqpARMUIVarwpgU8+r5v&#10;5lvbnbv8tL+WRtnHfD/bNEncdXuLrTp7a2QOKx2YGIz+5KbJZ7fW+67H1SvjMpmMhS7cyJ8kqvDH&#10;WVqS6CkYT2Jf87z4j9RfDztP47djfHLb46oj7EoN6Tz4Xa+Ry0FLht39V5XZlfQ7swLVNZU1GDrq&#10;mHelMoWllihSSgSVI0laR5GtunaeJ0kcOVAz5kGvHpX7i7Ht+wX213O0RmHxA1QpIo0ZQh1ydJOs&#10;cDQFagVqSAv8gT5s/LT5j7K+WPT/AM4aWHcu7Ol8n1fUYzNZfCYuml3BsjufFdiUNRtrLR0USUOc&#10;o8bWdbVL+WaN5XjyTRSO6JGkdkf8xGn2R8iP5P2I+V29tj7ayvc0vS3x1zeL3xV4aibPbYyu9uyO&#10;paffdNt2v0GbGY/K1OSrYmWIoJYJSGUXKhq3LR3fgB6ICRT5UNP9Xp0KeaPB3bkZd7ubdDffTwEP&#10;QalLyRawp8gat+XRDvij2n8nOlP57ex/h/h8pmdq/E7J9wfJbDfwnHV9R/CeyoNifH/ujNbS/vLG&#10;ZitdU7fqcPQzqrraOqplYMxUEgl/I5+Kfxt70+JvYe7e4ukOt+ydzY75Ebs27Q57eG1MXncnSYKj&#10;626lydPiIKutglmjoKeuy9VMsYIUSTu31Y+7308kUiCNvw8K/Og9P8v2dIPbzZdp3HYrua+22Kac&#10;XTKGZQSFEcZoKitKkn9vr0aj+cD8q/nJ0z8/ekuuuis9unbvx+z3QOz9xb+ymBzFbjYKLdNZ2R3H&#10;jctUMtNWQoKj+B4TFguY2OnSLkCwrV+ZHc/Xvd381zd1T8oc7lR8fOru463q3NYyghz1SuN6/wCq&#10;MhW4bKYDGUmCVs9Em7dzYmqermpCs/lyMssUkarGY1USMlqPDH6hWv5noJb9uFpuHOkx3dz+6oJ/&#10;DIGrCRkggae7vYEkjNWJBGKWW9X7N7k67/leR5H4Zbf29mPkj2P03R9hdbz56twVFjMrvfs2koMj&#10;hNy5auzk8OBeHbW2svDPTw1TGFo6COGRHZnVwp+TXcHxg6y+aXXXev8AL9q8pg9g7Yj2JvabG0+J&#10;3Nt2HC77wueykG5cDiqHdTxZGbB5zbtBSSTxlvtJTkaiAARhkHoUleBkuVFT60OPn0i3e/2e03+1&#10;3HlgslqgRqUYUcEhlGqhoQBXyOojh07fA7ZXzl378Nt79X/zN8FtJO58hubfG0qCvwOb2tuKm3J1&#10;pktv7frdrblydTtGWrxdDncZuXJZKkjAAqkjxlPUMNbhicr+cZ2Fun5AfzEdj/FeXcNbi9kbLyPU&#10;mwsdjVknbG0W6e3INt5vM7vlo2tDVZT+E7voacOAwWCjCLYtJelqNMDStQv3ZpTAJ6Pee7ufdOab&#10;faGkKwRmNAPINJpJanrRgPsH29Ir4RUeD6F+DPZ/yYx+3odxbo/ul212FKkfhGRzGL6motxQY/aE&#10;FYmqWnpZsttWq9JsfPUsxBAS1pfyh/kpfHjsLpjamwfjpt7a/TG/tr7gxNZL2Nl/7xbhyu49vwYr&#10;LUWZxW5ZWyEsuVqcrX1lNWCUqnglpgsPjhLRFNFeOGDSGqHHy6F+7chbXdbdb222xR29yjj9Q6iW&#10;WhqGNck4PyIoKA061rOjv5+v8wz4w9rVHa3z72HluyOlOyduZjH7e2BtCk2xs9tv7uq8phsngshh&#10;5pY5/wCHUeIw9NVUjU0zO88dSHk1zKJQTn+cP8adjdKfAr4vTT7d2nku4dibg6F6I3B2pjcNHSZ3&#10;cW39i9D9g4qXHivmVsimAqsptqGqippHOgxpf1Lf2ot5C0xABCFS37Tx6IOd9qttv5c2g+Ghvo2h&#10;iMgGWVInFPWlV4fZ1bN/Kw+X/wAjvkD/ADH+8MRmsNmdpfFTe3R3bnfPWe2q2tWrgfdu6O5OlayC&#10;orGhlNI+YxOC3nWU0kkSKjmRyOCPZp/5Snxd+Ou5vhj8be5tw9K9cZntemzO+9wQdh5Ha+Mqd2RZ&#10;zaXd++4NsZVMzJCaxa7Aw4WkWlk1aoRTxhbaR7fY1MoDmoAwPL/i+HRxyZs22T7Btd89jE17V21l&#10;RqBWVwpBpxFBT0p0B3z3+Vv8w3bv8y7t3ovaUGbT4gS1XW+EmrYayqjx/wDANz9F9f5LeVMYRXpB&#10;4J9y5ivjkXxaW1tcG5Pu5vK4zG5vGZHC5rH0OXw+XoKvGZbE5KkgyGNymNr4HpK7H5Ghqklpa2hr&#10;KaZo5oZUaOSNirAgke6DADj1xXHkTiv2f6q9DVgsqNGygocFaAgqRkUpkH0z/PpOZrJboweHyuX2&#10;TG0u78RQ1GS2uIqqSjkG4KNTLiTHVxPFJSzJXIjLIjKyEAgi1/emd89+msF8DP5he2OwcHsPb1d0&#10;zuTcO3+3dvbDk2/h6radRgXySUfY3XlPgaxZMNFRpVR1a01MIoYaKkr6VYlQRowUA6lBC0H+r/L1&#10;B3MNlHy7zLDcpbKbFmWRU0jSRXvTScU40GKAinVqX8tD5XdmfP34Ldm7N35WLsL5ZdTVO8uld/zN&#10;X5US4ndwxkuV6r7AnqIf9yc2OyWMrKM1MiTTyVVVj6w6jq0g+X86TsbaXamI+JvRHUOG2rufe3d9&#10;Xt7eO2s9R4fHS54bBz0kGE63xGJyklDJk8bt3e24M3LUBKdowTibMCpZW2morV2Jc/5Py6EfPV1H&#10;eJs232io9zcaWBAFdBwgBpUByScH8PTV8GDvTqTF95d7d65J9ndd9LdZ5ep7FofvqpqGLfe3qOp3&#10;H2RkpIvvY6GdtlbewBiHmDGU5MFWBjv7S382bGYj4efDv44/E/qSGg2xht/VNZ/pFye38ZBhch2M&#10;OqsDtWDJ1+6qihiiGSqNy7n3NSZKrM5aWSamiUERIyFQxKR6KYJ/bT/V/LpjnFU2XZNr2ayASOSu&#10;sgUL+GFqWI46mIY18wPLoIf5M/d3efzk3l3P8qfkXtCiwMMNdTV3SWGNdUZFcBtTfWR3BPjVpo66&#10;eWWnOHxWGeip3RY0aOSRyupgQNfxA/ld/F3sf4MbJyu8tk0+a7S7i66fdknZU+UzsOY2xl9y01dW&#10;bVfAQ09fHQUFPtenq6USQiB4q6WFjULMjBBdIlKqCBUj8/l509eley8q7Tc7FA1xCGup4tWupqpa&#10;ummaALiuM+YPVdfzN/myfzTNifNzu+v6O2JBUfFT429v1Oxa3bP91cVXjeWA6+rqLH9gTV+TqWTK&#10;1lRuOroa4xzQPGaCCWMRFJEaRiU/yGu2Nw4nvPtHph66pk2fvLrmq3xHjWdpaWj3dtHObfxkNfTw&#10;uxjpHyGBz9RHUyRgNMaamV9QjQpayoZaHgBX+Y+fmOiHkG8kS+u7EsfBkj1U9GUgV/NSa/YPTq+z&#10;+adhsxRdEw9ibDw9Dlez8FX1eB2tQ1ZSFM1JlMHmclS4qpn1RtJFFkcQkiKWARXlKkFjcJ/kFs/a&#10;Wwv502zdq7F2xt7Zu18b8kviPLjdubWw2O2/gcfJlMd0zl8i9FiMTTUmPpDXZWvnqZvHGvknmd2u&#10;zEnZAS+jAFAHXh+XDpJuMUFvztDFBGqQi5t6BQABURk0AxxJPDj0yfArt7tbvj+VZhezu8kMfama&#10;2N8m8NvKFqurrjBWbJ7P7h2JR05q6+prKqbwYnbVOl2lYDTZSFAAMV/Pz2rtbGbi+Nm7MZt3CY/d&#10;O66ft2k3TuKixdHS5rcdNtuLqeDb0OcycMKVmVTBwZKojpBO7/bxzMqWUke1G5pTwHIFW1elcUpX&#10;/Z+fSznuJEk26URqJX8SpFKsF0aaniaVNK8M9Ar/ACjO5++N79s/NrqbtrDU2D2b1HV9GZbp+mpq&#10;uoqBV7e7FqO7FymTkieqqKWmlrptk0zMIkjLMCXBNj7HT5d7C2Vn/wCTj1ZvfNbWwWS3hsP47fFV&#10;9m7orMdSzZ7bX8fq+m8JnI8PlGj+8oqfL4useGpiVxHMpBZSyqQquhGdrhJUFwq0PpXTXp/dYIZO&#10;U7WaRQZkhh0niRq8MHPljFMcepW3+y+9tr/zMOt+vdm4nzdHdl9lfIik7jyn3MoFHVbf2J2nunZK&#10;/ZrOkTmXceEgQSNG5XWVBGo+yX/A74GbC+Y/w07PzOVytXhu28b2nL1711vfL1ebzmF2FtjBU/X2&#10;/spj8XtCnzOLxz/3iqN15aOd2JKSVYlQBhJ5UlnaLdW8nHxQaA8aAUPCoGc9Eu0bPFum13DliLlX&#10;KqxqQqgKxoKgZq1ftrToHP5q382jt/8Al1/LPqXb22uj63s7omPqel7T7tkxRgwFVla3eGS7Q662&#10;njV3nNhM3DiavD5bZdDXNrhcz00Xg9IdXjvx+JPQ9X8ZPjv1/wBIZDctNu6q2T/evzbho8bLiKbI&#10;f3l3vuXd0fjx09bXy0xpIs+sDXlfWYywtq0gUWUEltDHbowJQnPrU+mfs4/PoWWdkdusIrd5Qwj1&#10;CooK1Ynhn1px/l0nujfmDT/O/bdd8lqHZNX13i98ZVKXGbNrsxDuGvw1NtvB4bb8wq81T43EwV71&#10;uQx09QpWnj0RyqhBKFmHycm5+v8Ar8NY/wCw5+ns1gUMQKqV/P8A4r/iunCBQUIpU44ft8q/6qdG&#10;AplsQf6fjhdQ55txb6X/ANf22yN+P6Em3N73/wBj9faoAsDWmmlPl8/TpHKa1bAp/n4eWR0+0sal&#10;gCSQbEkWBtay/S/+w9wJGsx9RI+the1j/W1vdwCSrUzw8vL0z+fy6SEsx1AVby/2OlJTpdAoQBuO&#10;RySb8fqDG3/E+26Z7Ai/Jv8AkD6/Xj/C39PaoZCdgKjP5fb5cekszihKtw+ynGop+f8As9PNLCdQ&#10;Nje2m1mIFjb8Dnj/AF/bJUtz9frc3/3nnjm1/ZkqsBrArp/n5fz9ei6aVwQBXWp9B8xj/iulNQIo&#10;stvwL2vyeb254F/p9fbLLY/W4F/xzfngD/Dn2r1FMAAuf9R/2ekExKstB+p/LzNft9c+vSqpQeAA&#10;SRa4txbj8AfXj3GLWdCLk6gt/wDU3I5HHtvNCpwDn7fTpLVlIB4Gp8qH/V6eh6d2UNHLc8eNgf8A&#10;Hgg35t7OR0oTemJBuPEALixuw+ouT7i7nLhJUihJ/L/B1PHI7EQqGrxHEYpTy+fVOvzoUNjckFtb&#10;wVrFhb6rE2o35uwt7sP26LU1PZrEKA6n6aW5uQQTwvPHPuA+YWqXGgFCO0+eoeXpk+uPs6kWX4vL&#10;h/k/z9ajO9kK7hzJJ0n+KVhsTwVd5LELa5sDzb+n19qmpFqQcABQsdgSVBBP6SODwv8AsD7IbEk3&#10;jVJJNW+f5/t/MU6Cu4k+DJnOeij7xuMfUCy2ErIbG4ADWstrg8r7TY/UVN/pf/b3/p7GH4I2BFf9&#10;Xr1H0+GI6KlkuJ5P6Fj9P+DfQfn88e+GQ23FmaCGUIvlV2RmZVBIWRmGo2Ymwaw/oP8AYewVvMyr&#10;ub6mIYKKUJOCKY4eYrjz+w9S3ylcj9zRwucLq/ZX/P8APj1c1/L8+SmV6j2CcHO01TgpqitqoaYP&#10;oMFYZQJXTV6NLgi/P0/HtwocRHh6UwIUWRqecOB+nUIJStyEFyBL/S3HtqzYSwSnSWUsufOlQMCv&#10;Cq/z8ur7rOst3t0YFVD8PX9n8v5+nSZ+SfdeS7c7h6/rKmZkx2I3DCaOlldnVHqaqmaaeU2I8jqi&#10;3P5A9/LY+UEDQ/Ifu9GBDL2z2ErXFuRuvKf7b3kTvY/3bblTh4z/AOHrCvaD/iMK+n+c9fVSonEl&#10;HSSDkSUsDi3Is0SMLX/wPtdfDpC3bmCNuBW0V+P+mgexh7bj/dxISPwj/L0DvcMg2W3g8fGH+TqT&#10;72bIxaCD8jxIP9Ylb/jk+5mcDxXNMk1/IHosjP6QFKdv8ug/kJM0wJ/3a4uPwSTyBb/inuFVHk/i&#10;9uP6f4c+/aVCgsKkA5/y4x0zLqwK4p1Lg/s/64/1vqf688e2CtNlPNv95PP+8c+7oVKs9Kj08ukc&#10;7DShpXp2j50/61uPxx+PaPrmuR/rHi/0H1+v59+air2jA+XRfLwUZp9nU/2mKgEA8Hlb8/1/2PtO&#10;DXUPnjpIz5cV4HrPCBcH/X/4kf717TNY4BYXIHFhcA/ng/7H23nJJ8v83SRz5k9SfbMW1Ejm9/8A&#10;Vf4f097DZXP8umg3l173FqGso+vA5PHIvx70TUkEcT1QtTjxPXvbFUC/PNif9gOPpbj20wya+R6Z&#10;diB5Y697Yqkkg34vb8c/gcc/T3qnYK5oemq4wPXr3tgnutyD9SPoQR+P9fn37SRxGPn0mbtBrx69&#10;7ZXPqbn82t/T6c/7x7r5kqajq2KDr3uFJaxt9Rx/sBb/AIp7YJPp/q4/5evZrkY697ZnhknmEMKl&#10;pJGVVVRyzNwP6/X3SqqAxYAUzX5fPy6oQSQFBLHy8+ve9rj+XT152jh/jjsbB9h5Gp2rjKKOqylB&#10;tmjSSgz9ZhsnPPLjqrPVLMKzH0NRDFqigj8buou7clPeMPuTuG1Tb88u324mvmjETSMQUUoTgClC&#10;4DAE5pgHNadHfY/aeYNn9vdrg3+sUKl3jhA/UKSMSC/mCTWgWhoTqPl1pzfzsPkX0Ltv5C53Nded&#10;a4ztjtmDB0Oz8n2BuGij3hsva+6NtrBS1u3Nh7XKy4TcG/MbT19PHXVFWtSmOc6VjEkbEWD4ytp3&#10;qWpMAkcWNxU4WrqKcRqlTVujE0UTx2eQIPVM6m1/Tfm4jxrQSsYblzoZagGtKAihofU1w1SRQ4oK&#10;j7dtwS0txdG3B3F6rFxYrwqRnBAIJoAakA8etdb5CZDcfXXXWO7b7uxk2c+RXb+Pqcd1pt/L1GTr&#10;9xbK24srfcbvr4Z55qfA1ENG8UWOoqOClaOSQuSNDIFUqiMPUT3ZyqeNIwskgD2KvY3RLLwNR4v7&#10;Ldw3GGKNLKzJoCdVMDt4gcK+pp+Q6Q7BsN9c3f7z3a3Yg5Gs5J9SDVseh49FY6E6D3tvbdC757Dx&#10;kf2lR/ldLPvHJPClbVy6zDPWU7LX5SeKO3CvGNZ+p/qzZPO7naoSnwu3qWWL/ds+Sr3VpAV/FNQ0&#10;dW12uP8Adlub/wCsU2i7csJee6dZKdulS1M+rOn/AB0nyPQ1a0lQmQtUEeoQAeQA7vywPn1Zntr4&#10;09MLS12d7e72y8FRN+0uE2NtzD4ikoQj+JKQZbc+SETUdPEulFjpo7Nc8m/uFX5TcWNppK3N5PbW&#10;3qBox5KnIS0ePhgB9Ib7nJVUcbK9+L8WHpHty3/xuZYrS3up5w2FUM1aZIogrVfPFQfiPl0mNptN&#10;upmuFi0Y1MxLAca1YmgP+1AHn077Z6B+HudyEeB6/wCv+xO4txsJEki2zTbm7BymVdgwjarx21cR&#10;kIKYXBsYDGh+vIHCF3B3b13t6h+5yu+2ybKFRINpY6vyRlIdUvT1mNpYsazMCeWnVT9b+zjb+S+b&#10;tynMVvtJjBzqnkCUqCQGRjqAr/RJHClB0hn3blbboHnlWNo1OCieJX7AoNKnzNB8wKDoz/Wf8vjf&#10;e8c1SY/ZHw829s2iL+vIdyzbJwy46JR5GqJcTu3L5zeUMixAnSmKDn+0ASfYVZvv/FzVEMWF2LuT&#10;NyTsIoK7cWbosPCzMoCzKlLT56Z6cNyA7RSH6WB+ojsvbq+WGeS75gtrZVNWSGF5WAB86tEAx4Eg&#10;MvnUjhSTmxIpEjsdnkbWQAXZI1yKA9okb8j/AC6Pr138Es/icXq3f2z1vsmKgpjLUYPrXaOR3H4w&#10;gOqhjnyB2HRw1CBA2qOnniBP1IGr3Cj7J33UUxan25t+kdKiKOWOgoMpkZb1D6Io4qmWukjktpOp&#10;vAoa97AD25/Vbl0Tr4u63UtYyR4jxIO0VNUWMGpqAoLGlKZJp09++r9ozKbOLUCBQBmOaUoaGtOA&#10;7NP506V1Z0F0pjalo8hvveM9PLS1NVFV5HN4Db9NooafyVdXVRJi456SNbl9K13ptYliQfbVUbs7&#10;jWGM1NfLhJK6sZaOCm2hiVlMMTarxM+HqpZZDGLG7G5YAXPHs1j2LkhpT4FkLgRw95e4lIBbFKeK&#10;qrnPoKeWT0k+v39grNcCJ2agpGpooFaZV+6g9aE8AOPU+g65+Is8tStBQ0e8KTCUkE+Wr5u29y/Z&#10;ismjBQ1/227sdDDFrkBAEYZUGph47EveEzvYjN4MpuvI0v8AEJWjooMjVnEZKqjhQa2pMdTrTTgK&#10;fUW8S2Dm/HAK9z2rlwEPabRCWiUajGodFZjTvc1FT5AMQSBTzq/bX24yNouLtgXPYG7WYedBimBX&#10;FOklu7afxyanNXt/qzA7gp8LSJU5uvw2F/vltfGNK8jQR1248m2TxMsrIWi0mqdi0duXbnMsW6c/&#10;McXV7yngiyTT0NNNU5afxCokDFqVqvyhRUAcBQ7E8gf09+VdusES8h2NXuIqOyhB8IPxaaEaTxqQ&#10;KEA8KdOSPNODHLcsPEJUZoQfStck0Hr00VeV6e60xU26cR0pRVA21T0eaydHt7YeN/ir0EJRBkoc&#10;EKOGtehMjC8ogEag6iLckG+xfjhnN10lRgRlMUzUyPVVVTU5DImSmaP0LGZVpXiSrqUN1X12UEkj&#10;gsPeXvcSw26Vb6e2mpKAoVVUg1AJOSKqDgmlakUPEAGc1clvzJZtZLOviKQdTM4KkeYIFCSCfXj0&#10;ZDo7+Yx1rshqDea7W3hHQZWtiweDoqDb23IFzUFUZXNXRUZzUdbLiMXLF43lIpw0hCIsjXVS85H+&#10;X92BEyVuPwONy9IyrMlVDuGiFVUkwxgCMVy4uGIm2n9xpTb+luB9Z+8vKVyzJLcvHcDBUxHBqcnS&#10;zkgADhpqcEUoTDO4+zNxZyEnTIBSjeNRj6gBkUL651Hyp0YOT+fh8KsBUPiuwOys9sHMLVT0clLm&#10;urd5y0NHJDKY2Weo29jtyy1TCN1e8awqVsQeSCUXub47bm2GsuT3t15uTDY+nukGRqMW9bhlneSy&#10;J/FsfU1ON8vACjXqYHnnn2P9o3vYd9Cx7Vu9tcS0roBGunqUw49a0OMnNeoq5t5S3DaDJNe7ZcRW&#10;S0God8dScanV2QEnCjBPlU9WS/GT5y/Gf5Rxx0fR/wAgupu0M2KQ5Ct27t3dtEu8aShjVVerqtk5&#10;GKh3VRUyyNaR5qRFRzbjgeylR5eXEh4cS+booW8kjTxVLUqFkaxgkpqdklmjKm1nUrp/23szlZAQ&#10;BCxI8yMeX+fH2dR5DeTwq309zKik+TEVp6gH508xTo58lLDUlDUw082jSyiSJJdJuCHVnU6HDKCC&#10;OeB7yYqoyQmgqzW5GaqWXzxQV1QzU8JFimsNJIkmlubLpAsCD7ei0MAJI2II8+I/1fb1uGS9SWOe&#10;K6dplNRU+n+r5ddSxwlJIzHGI3Uq+hV1MGHIsAAPST/X2Rb+ZF2KN6jrnBZuSWpz23qepqCJpxMy&#10;I0cEH3CMHe8VSYyLEC+j2AucrXb7WztY0QCQyFwAAKUHEgU41wRSp9ePQnn5j3Xe90t2u5WLwWoi&#10;Zia14U/PFemjbe28TtqmrKfEUsFHTV2QqMg0NPAkCCSoI1DQgH00/m591UaudWni1rav8f8Ab+44&#10;0j4a549LtONOrPSj9//UtduWB+o1KDcizE6r/n/H/W9gcgK/rQn5+XWbWDSp/Z0T5FJXRYKSqggW&#10;AvdfSOT+f9498LKHLm4JOokjTzb8H6cm1j7vqcxhFoQBQCtf9nhXHr1sYyG4f8V/g/n1IReFNiF+&#10;ptdSSSBf8cX/AMeR7xg2Yg6QB6V+lzYngrZV5P8Asf8AefetQK6wWLEVI8vLgc+VeP8Am6sgxUKS&#10;af6v9R6n+FtCILW1AqQDxdf7ZNiOQPp/T3j16S7G1ypHN7EC5H1F7Ai/Httx4iqgJpUHHr/npjI6&#10;rWoOc/7P+r5dTqeP1RjQb8rY2U/T1c2Yc3/3n+vvXo/n+fKjrTavx5yPxNyUG55Oz+0qTYvYO2ai&#10;kxVHJtaHA7c7ER8h/FctLk4a2lrWO3Z1iijpZQxZLsASVNdrs3+qN0QBSoIr8scMeYqeoq91N8sY&#10;ttl2Rg/1s+h1IA0aVkzU149p4A1x1d//ACevix2VvL5F9YfKPDVO14+selsz2XtbdtPW5Otg3PNl&#10;d29S5XDYwYXFR4qalrKdKrc9O0rS1UHjjVyoYgB67f5RP80z40/CP45736l7moezpNzbg7t3B2Hj&#10;6vZ21cTnMMMDmdiddbZp456qp3Pia2PIwZDaNS0sf27IIniKuzMyot3Hb5LuVHUjQFApXzBrwp0E&#10;eQ+dNl5d2m5sdyWfxmuGcaFBWhSNRWrA1BUnhwpx4dDv/OW/kh77/mTfKDr/AL52zuTAY7FbT6J2&#10;z1NV4rJbmq8JWS1W3+wOz95SVKQR7dylPJDUQ79jjR/MrFomBVQFZtxAXYA3NmLEOQCQATbVwPr/&#10;AMU/p7IJXSJ2BQagB2188cKHyP5UrjPU+HsBDAlgf9VP8nl1r+dPdG7B6Xwj4bYeIFClRIrZDJSs&#10;1RkslImog1dTIAWUKfSo4B+nvRH/AJ33yG2J8hPm5kf7i0+4YB0fsyo+PW8H3Bj6THrVb7637X7W&#10;fcVTgvtcnkmrduls5ElPUTCnmlZHvCqhSwl2q3e3taPTubUKehAp5D06xn9xt0tt05jcW4ettH4D&#10;6gBV45JNWmhPbnBweOOtt7+Sl8YuxfjT8XuxarsOr2xVJ8je+sj8ndhLtrJV2SkpOuux+mOkcNt2&#10;l3KK3E4tMfugVGzqqSopoGq4IopIrTs7OibZ/wANvnr0h86sTvjMdL0W+6Gl69rNvUG4Yd84DGYS&#10;pSo3HS5KqoUolxmdz8NQsceJlEp8ihWtp1A3BdLbSWoDOwLmvnxP506nDYuaNu5kjnfbVlCwlQ3i&#10;KAcg0p3H0NeHWvH8zfgPuv4kwPkN97f65n3vvrae9anA7h2ZNPk66Q4mjhpKt6mtrMNh6qGWZshF&#10;4wUYst72IsdYzcnXvfX8nL5+ZbvSi6nz2/Ogq/K71GFzOJir021uHqne1RUVKbZr91U2Pr6Lbm9N&#10;oEUrvBWInlqcekiq1LMshMleK+t/D8SkgpX1qPP7D/g6huW13HkTmZ9yFi0m1sz0I+FonJ7SwBCs&#10;uMHiVr8Jr1cv8Uflf8bv5zfwK2b1HV9sba2d8odn4LZ1F2BsPO1eNi3ttvt7YmNjwuR3lido1VfR&#10;5Hcmwt6F6toKyhMqwU2RankdKyCSJcXyY7L+QP8AO27/AOodvdI9Jbq2d1nsTHZXD43PbjesyW29&#10;t/3myVBNvbfG8d00eOp8Bi4fBgKSCKgp2nq6hqERxGaeVYktFHDYJK7MuokVoKfZ/h49e3e73P3C&#10;3Sxi23bXjs4wQCcquojW7sBpHwgACpOmgqTTpb4XcfxQ/khdG9w9n/ITuvaec7Q3zDgpjsnb1Rja&#10;Xf8A2DLs+lzY2FsHYOzKmvk3Fl6h67dlbJLXzpDQ0SVzTVDQU8bytsEfO/405vN/yxOwfjH09jsj&#10;uLI7J6l6t27szFQU33maz2N6U3HsLPQ46mpYXElZm8rgtjtFDFHqeSodVRXJCkuhbReeLK3cWqc+&#10;qkYrwA4/nXqTeZNnlk5QutnsVLyRQxqopkiJkag9WKrQDjU9UB9NfLbA9efPP+Xz8uPkZksVsvG7&#10;17l7hz/ZOZrKkY3b+1cz8ierOyNqy5bI11RGYqDb+B3H2XFLUTShI4aSF3kaNVZl14P5a/8AMo37&#10;8Juv+wfjbQfF3d/ce8dwdkZLfeHw2Fy2Z2/umgz+U25tXaWSwWZ25DsvdGUlp4l2vRvEYoY51kmk&#10;R1OpCplc2yTskpkAApx+RqDx6i3lLm255dt7na12eSe4aYuoBKsGKqpBXQxPwjy48fLrZ/8Aml8N&#10;NlfLLL7W7rg+QW1+v9op17DtSbcstNidw7arcGmR3BnMdnsLuBd04PFyeQZ+p1ap2heONGVhZtU7&#10;54fGftz45/MuP5kYv46/6WekO0t00HdVVtLeuwX3dtekzW+aFcx2F1n21tqbF1y7ey65vJV7U8lb&#10;SqoMkUsWqpgljj9BMksTQ+IQ4xWvGnmCePz4+h6vzJtN9tW/jf49q8bbpnEul01qC+XjlUg0Oomm&#10;oeh4ggEJ/lk/NDpv5Z/CHOfy9c18qf8AQb8sOicJur460+6tkb9o9rb4rcH1pnavb/VncfSmZqMh&#10;TJvHBjbeJxiVlPRzyNaKaGYR0lTTzSj51T80Oj+/9/8AW+2OpP5LPTeU29nNzbeo997kxvUGy9+H&#10;B7bq8xFQbnyOLiwHSOHxkYwdD5Zkq62rjhd4ykkcVi3uskLKrF7xhT50+zzr0Y2m/wC27pcWsVly&#10;BAYmdQ7CNXoCQGI0wgCmaEmnEUHQN7q/lc/L/p6Dc2+O7f8AhQJ8l59wYegrarr/AGLH2RvvqjC7&#10;p3DjKNsht3Ebgo675BZxq2DcVSqQVNFQ456gRSa0mmvp9vP86X4W910/fOA+aHR+2Nw7uoanHbV/&#10;vwu08VUZ3PbJ3nsAwU+3t11GLokqq2fb1dhKCiQzpA8VHPQOahlWaK/rSVPDETkDGPLj8jw6vz9s&#10;V/8AvKHf9viaQFVL6QSUdODU46aAeWKZ4jpSfylf5jvRGNyXfH8u75Ob22z15unG9gbqyXUNRv7M&#10;0u3Ns9mdc9m0cNZm9lY/NZR6TGR7rxe46yvlSkkqY58jSZKNaWN3pp7Kna/8+ntjemEotpbQ+FOd&#10;3t3VElJjctRbZ3PuLK4dsujmnrKql2hiNh5PdUX3lVCUixz1ReBnKmplMf7mjZIDUyAJ/q/L8+rw&#10;+419PH4MOwtJf0AOlmIrwJChC2fIE49TTo1XZn8ovobMp9/2z3Ns1+pYZ5MrhX3tt3ApLT0zxh6T&#10;/fw5bc9Jgi8NNKC1ZHCFlUAiFA/oNv8AzlesewvkH8EdtZnYWyt0VWZ2l2FsHt/O7I/g09TvGgwL&#10;7M3ht7LUVThaMzVQyW3Jt7Ry10cSytDHTTEjSjMurcCOf1WhAPl6/wCDz9ejnnm0u9z5dhkt7diY&#10;5EkK0qwXSwIK8arr7uPA9FF+HndvTnxP+bPWOD7I3ls/aG0uwuve2ehdo7trczSYbZMW5Hz/AFvu&#10;7byDNV/gx8GP3BT9czUdA00kKy1FVAgbW6o1bX8tj+Z3vDq3q7qX4h4b4vby7Pym1971mGqNzbNy&#10;mYqK7F7Y3x2JldzZzKZbaVBs3PVr5Pbj7gr9MYnp4Z4qdA7RFZGK5lFWYniPl/sV/b/LoKcr82T2&#10;dnabJHtLzSLJTUpOFZyxJUKTUVPmKgZIz1aL8rPiLtzeW797d81fc+3dpY7cW36PK0uNzlPjloq/&#10;L7f2jj8Pi6bG56pz+PpTQ5mLE0h1iOV0eZiokDKPe1DJcXJ/4r+foLA8j/b+9go3hgHt/wA4+Z/b&#10;mlP29S9IV4j4ccPU/In5fZ/h6p1gBUsbfUG1+Pp9bkf42/pyPdRf85T42nvX4lZjeeGonqt8dCVd&#10;R2ThjDF5aqq2mKZaTsTEBrMyUv8AAYo8q+ganlw8SXAJu82mulRTSKUA/wBVOJ/l0Cud9rF/ssk0&#10;anx7Y6x/pRhx+zu/2oHUH4kdmN8Qv5kPW++J5UoeofmnQUXx27SaSUw4/Gdp09VLX9F7unUFI5K+&#10;r3DLJt5DIwRItwTSWJVbU6fyb+sN1fIb5S4ztzsCuqtxbX+LHXOIxO2XyUYmgoMpVQZPAdbbcplS&#10;KKFaXA0DZXIQsWaSKoo4TY6tS7iGqRAeHQI5ItJdy3iO8uWLQ2kahfkcrGv2Aam/Lo+v89HsWn2z&#10;8fNhfDfrZf4Rvr509vnH7p/hkniqYuqtn1mH3h3LuOd/I84OZqRhcPMgVYp6TJ1ALDToe3P+b58R&#10;d7/KPofbOa6uxL7h7G6dz+U3FQbZpucluXa2cxsVLurE4KEkfd59JsXQVVPBfVUJSyQxB5pIkZ+V&#10;NQOnyFc+n5Y6F3OOzXG7WEclqpe6gaoXzZSO4L6nANPOlBmg6KV8e/mt1Z/Lx+QHUO0e3ckmyfj1&#10;3Dsafqao3rPFo27sLfe3Mhiq7YGb3TUoG/hu16mhlydDV1WnRSSVsNROyU0U8iVXdK/zYOzehPjP&#10;R/FnLdE7wn7x2ZtvLbF2FmaiWvxE1FQyLkI8DWZvaVTiBuAZXZ0MvijggstUlGmp4W1n3WObQtAh&#10;8SmD/qz/AJ+gnZc3XW37Wu1NYyfXxqUU1IxmlVpWq8KeYGadW27j+H3UHam6cr3Jtfs/ZFb0pv8A&#10;ytXvfdU+IrMRm8Dl5M3N9/uSox26aHJTYCqxu5KmokmeeR2WI1DWEi6R7Nl/Jc+FPZHTTb2+RPbe&#10;38lsrL752pHsfYm085S1GO3Em1qnMY7P57P57EVSRVOIjyuQwOPSgimVKhooZZWRY5IWkegiliQz&#10;aTnFPlXJp55/2ejTkzYrqzWfcbtCjSJpVThtNQSSDw1EClfQk4I6rd+Z/wDMd6o+T/y56u+JHxz3&#10;Tiuzdp9Ltu3s/unsXa1XS5jZQ3wNvVmz9nbO2zuOglnoc9PhaHcuVkys9O8lGlRUU8CSPPDUpCRr&#10;+aNt3sX4/fzGsb8of7pV2T2rVbl6T7P2hlKimqo9tZTL9X4jZmLqtr1eZhinhpa45HZIMsTHzrT1&#10;KSBCrKS3PqScS6arUfnSnpw/ydEHNMVxYcwjctGqItE6nyJQKKEjgarw40NejVfyie7Opu6viZ2T&#10;8YMfvXCU3ZnVnZvyW2PvfaAyVH/e6hw/ZHae/t+YfdlPgJ5Yq2qwdRjd/eCKqRGpmqqOaIuHRlAR&#10;fzDvkR358wdp9Xd1by+Plf0v0ts/NZ3Zux8jkazIZKo3FurfGOoM1limYyuL2w+coDjdhoYJaPFp&#10;TQNFKjzySMFS91LLPHG5iKwqaCprk/PHp6evSHftwvt2gtbuaxMVojFVJySXAJzRaiiYotBnJ6Mr&#10;8XNrfGzpT5M9v9WbU70x3YnyT7C6t2PvHfWw8e1Hp2r1r1HuDObfweTnoMY2VjwOQqdwdwypNFW5&#10;E1NTFJA8VOkcbySGg74+b3T28v5UPX3TWJoN7ru7PbY686PpJKzCYuDEQ7v+OMPx73Vv6qqa2LPT&#10;zrgavG52mGNmWF5qiViskMIUsFU1zbtt0aKGEhULwwSuknP2HHE+vS+93i1m5bgtEDiQokfDBaLw&#10;ixOeFCNJGT5gdP21eit60Hyvk3rNUYH+C4HdG5uwq1I6+raskwnY+I7V23gYaaBseI2yUWRJapjZ&#10;0jjjUlXc2Uyf5QPzL6k6n2fD8aN00u8W7C7U76qMjtepxeGoKvbHh3VtjYe1scmTyUmZpq2kmiyW&#10;3JmmC0sirE0ZVnJZUc2m5hjAt3U+K74NB6CmfLz/AG9N8tbnbwRjb5WcSSTVFAKZCgZPDI9D+Xmy&#10;/Mr42Vfauczu+cziNpbg2DQ9Y4DEZnDZ69TU1E22Nwb4ztUxxs2PmpKiDwbig8BMoPkWS4UAFtj6&#10;cCxH5BAA/AP9Lc/0/wAPYqiYilK6KE1/y1x8zmvQwkp3HUSTU/PPn6fbWv2ZHRHtlbP2tsbDU+B2&#10;dt7E7YwdO7ywYnDUcFBQRPMxeZkpoAqI8jm5sPUf6+2ie4Jv9Cfpx9AOB/h/xv2tiIIJAo328a/6&#10;v9WOk7GgPE/8V8uhHpFBKmwuBzYN9Ln/ABsf9549tsl7Hg39Jsfr+COf9f2pQKCpJFTXh6Z/1f8A&#10;F9IX0qSQQSa/5a/b8q/5en6kvr4uDa30vYMLf0Nr3uf9b22St+r/AHk2/wAfp+b+1EatVHYj5Dj6&#10;54in+rHSUlqcKyYoPy4+XSnhW6gAG9rWN1sf6/S9gSPwPbRMxLfnn6Dnjmx/1/a+M0RuANc8Knz6&#10;SSvpVqtnz+z1/n8ulBTRqAAf7I/pZb/W7EXP+8+2yYjk/j/Dk/j+pP19q1ZmJ/i/lTj8sjHRdKTX&#10;UeNKfl8unykS34+oBBII59V/oBc83+vtplIJv/Q/4/m5+n+B9qGUhVqBn/Yx9n2dI5iACtACPz88&#10;8fL1p0pKINq+h0gc/wBBwQeR9Lj/AHn3BL/uJ/hIv9bkXta34+n+8+2ygOoLUt/q8zx+Wf8AJ0kY&#10;1ZWD1qaV9KZ8/wDiunsJeNwbW8bcfQC4Nvpf6g+zl9JS3aAlR9YAP9fVwfoP+I9xbzigKdrcK1/1&#10;Z4V6nrkf+yC0z6/6j1Tz86qcjGZP6hRBWGwsLXjJI/wuB+PdhuBP+TQ3HDRaTYk2AGkXBIvf8f6/&#10;uCt5BqdLdysDwHyPEenn9nUiykrIK+QqetQ3fz23BmyVNjX1fJY6QFlf6gt+fzx+farqQPso7eoF&#10;wQQdKmwNzxf8m345HHsgsSRfTA4IXzycnh+zOK4Jrx6Cu44ilp+fRQt42NBMV9Q88hv+CQSL/S31&#10;4/2HtgAsSDzbk/T/AF7f09igNVUIHHqPZ8lj0VjJ380g4B1kmwH9fwPqOePatxwY41GWO4HkUsTc&#10;a7i1lLon5Nyb259xpzHM0e6vHRie00AzTNcgE+lAKVrw6ljlOGEbTG7upd9XbWlBqIzj1HVjXxi2&#10;/iKjZFHW1+bxNHLVpXJHDV1RRoUSoMPrhK6RJI6M1yDZQDf8GNXLzCCC4eOYMP0kN4Srk6wGViBy&#10;D9Ofr7MNllaW3vNSeGwK0rmo1VFKEgivAjjjh1Te1WO6tJY2BJkIoD+f+r7OmvtPHY7B702vkMZl&#10;aLJL/GEMyUszSeGSExP5WLqropAN7i4IP19/MN+cG0arbHyj71o6uF4jL2tv2pRXUr6Jtz5KRCAR&#10;9GRwR/X3kTuxYbrd6+EhDj5hgDXrC3b5THPuNkR+pBcyoRwPbIw6+s31/loc/sLZGdp5Flp81tDb&#10;WWglU6llhyWGoqyKRW/KukwIP+PuR8OaQjtLDzafT/EcfEP8byO7f7YAf7f2N/bddW6ytXyp/Jv8&#10;/QL9wJdSbdH+LxK/zAHSu97KMX/AaH8/tIfpe11Frng/T3MUxHjPTABP5/l/q8+mVI8OPiCV/wAF&#10;a/6q9B83+emvc6pW/rawNj/X23VR5bj6cfkf4/kc/T/Ye75ooc1qcYr5U/Lph6s4A/1fs6nQAcD8&#10;GwFvx/S359p6uPB5+guf+KH34aR20weGei6cd9adueniL9X9Bx/xr2kKv6/7C/PH+t/sOPfnIKt2&#10;5/1V6QyGoY0qOpftP1IJB/1ioFyf9c3P+PtO3w0xXpHJTUtKV6zw/X/Yn/ej/wAU9oyvJ8hH+Fub&#10;8G//ABT3TRooRkdJZDXhx6k+2Z2ZJDzfkfU2uD/X/Wv7r3UBVf8AV9vTTNp04697wztqvza/0Bt/&#10;tvyLe9vUAE+XlXqrmlOve2epNlHPABvz+OP+JHujK7ksVoa9NSmvAY/y9e9sU5uDx9bkW/B5P+9e&#10;6Lk009MmgBzTr3tiql4b/ff4/wCub29+YAKK1of5dMuVoKk9e9sMpsSSbf4/7a/19pnJUtp4jrRJ&#10;CnSKsOve4UkgA/ofyb/1Nxf3XLKOFetqSyAsMnr3s938t/pLE9zfInDVO4IoKvb/AF+q7xy2MmUP&#10;HkVo/LHQQOhFpIkyTQuVPBKj8X9gT3H3mXYuWbi5tpQl27hIz/TYNQ/7X4/9r69TT7B8o2/NXP1q&#10;L2MPY2aG4ZDnVpICrTzGtlJHmB0RX+Y73tlugPijv/cm2Kito957rFL15s6voLrU43N7qSohlyUE&#10;ws1PV4/C01XLTOvqWpSO39RtjxUuFzmCpGptFXi8tRxVEM9PrgjNKjgwxeJQkoMTFh4yo02NwPp7&#10;xOE19FemIppmhfQ2qhowBBzXNaCpqamnXQifdbOKJ5ZJk8ADtjB7mwKUGCBwPXzxd4dj7m+PPau+&#10;K7eWeG3d97F3FlqaHZlWtJmNxZHNZaGN5spC8q1+PpaGppJElFbCzSTRlWSXkXd/LgNuY/zVP2+I&#10;o4LCJptMMQudFo4hZp5DpJJVWcn/AGPtLcS3EskdolwHJGVXLGgrk0qB9pC/Ph0QWa3Fy7XsVq5U&#10;EAFj2qD5LqoPyFT0XrZm3++PlN2FmN3bd2hvns3d2Rq3f+LVuusoMTFNL6IIMhmp6bC4+npgbKnk&#10;UILaQPYV5vu6hjqZqHbGIky7oLHIVjLR0CsltcyQ3NTUJa318RJHHtdacuySRRzX0ghBqQo7nINa&#10;A8FXzoKsaHPn0ZPIwcJ9TLI/npOlR5cSQT+QHyx1bT1h/Kg3nNQUO4u+e66/aKVCR+XZux1q8hmk&#10;d41dKOXOSyPiqOo+iu0dLUxL+HI9hzX747F3VVJDBXZKkx4KLWJt+lkoIqf6KVaspnlrND6bk/cr&#10;cj6ezeLatj2+3kkMcb3FCU8Rga/PSaDFcdp9K462pYuGStDxpXy4HUat+xh69Hi2V8Tvh70ZRCvy&#10;O0Np53dk48WKyvbuZg3rmMtLCgl1U2I3FFHgY8hCYwT4MVbkEsT7Tm4KPF7aE+Z3C2OxclcQY8pk&#10;aiEz1mSNRHAkXkq5/LJPZkJdy3oPGr2Ybadx3TwbSyDyrGP7NRgIF4mgAoaEAChqBWnVb2SzsA9z&#10;dmOMGne5XuagABZs14Uz5enQ5bD3ZX9hvBsvrSPP7lp8G5hrdu7doMjT43BYJqOoyT1Ip8RQT0lN&#10;QDTKscdPGoacMGKEEhHZ2qxNbksfiswlBl6COSkpajM4XKy1S01flK+SloaOowsFJrmeeWB47206&#10;r2Nh7EG1W97Y2t1e7dPJDO6swikQBisahnKyFsUBBpxpgivRNf3MMksNvOqPbEhWZXrpdm0gGMA1&#10;1HHoM4xUintCLddHt3O7j2xHm9oZ3xZjI43aO99q0+FbI4bbWFpq3K5yi3lX5dqalpKOKtim1M4c&#10;xFC4BYe81L2ftBNw/wAD2rsiiylXQZKnxlXlNxVuQweCjFPaWuqMZW1FHUUlecahJkHo0hLE6rA+&#10;PLO7nbjf7lvbxxyRlwkarJIS2EVlBJGo0oVPmPmA0nMdpJfPZbXY65YpVjYuWjjwKsUYowcx/iAI&#10;AP4gekhn/jP3TlNjT7s7Q783PtDDZHAV2dxu1utduYDd++ahKxTFh4M3Q0tTi8thv7xrGYo1tVxv&#10;JOSulFdvb/kMvU7SofutuSR1O4t57iycNTgsvuKorqSjjo6uqphk8FFjIIKV6STxMVnPihjJDD6s&#10;pSW1ra7y+jdSU22ws0Inji0lmZVPhyFiTUalXSNROa1IUqYSzzWMWqzRWvLmY1jkkJWgrVowFppN&#10;McB5nPSI2/s2HtzcqYXsGgkxfW3UGxtoZLBbv2r1tjcLn81/F8Hhsm+1OxJt41OVzVBnIJZv3sei&#10;z188Q8TgFVlYFsZ2ZGmQqtk03YNTDRYmsRNz5msStyuRosbJNSA0WKlk0ZCJ3LPTLWF9JdNcQc6b&#10;DG95cBhXfBsSNfSx1hiBVFaSjkPIoOkD8ZSgJFUagDdBSDmG2WefZId7YR2z/rPJqZwtVqq8GHEp&#10;4pJ9Urih0M98daavw+O7XyXQ2Eqcvm8e8+xNl4lsLtfB5TMLSZIxZfdtNTLUbfyETxwQ14xTU7FB&#10;II6h4R5T7E6DcW6dtrifDHheyMe2bZ6ndGZzU1RFtaGnpoAUlklmghFYEnVnhJBBCmUkso9hZ9u2&#10;jdPrRS52u6+nxbpGF+oLE8Ao1FKpSufxaaHUej362/2z6ZY/DvbUznVK8n9iKAGpJFWI/DilKnJH&#10;Rd8p1z1x2FLub7mt3n8dcz/c6Olo9gbE2djsblOxp6qtrZBVUCjGZStfGxzwzR01WgVXDSfbLohc&#10;+xR2/k9lbvaOqw+fpBkVp4cnUIlBRTUEdRE8tIlbiclNRSUzaJpFCU5ZmAs9iQH9he/t9+2RWhvt&#10;vYwhjGtXIYqw1aJEDVyqt3DHFajKkQWl1Y7iymyu0ftD4AZagkVVyCCdVQACTSh4AdFT7B213T1M&#10;9Ri91bBzVRs2uqqvbVBkV3DuWl3DPQ1P2mUmxO7dtY3OU2TiElIjTT5dIYFaW8Vo4naEJL5G9s4H&#10;qfqbefYG58/Lh8bsrEIr1VF9tNOa/LpDjcZN4YQXWrqsjcBJAou5QAn0l3k3bf3hvG3WTwIYZpNT&#10;+JhRHCxdlAr3DSyAae44YHgQU878xW3K/LO77xczGMwRAVWhOtiEjopBodRFKgD1NAelD8L+iKns&#10;fvvZ21sLtahyFB2DlKvNZqp3GdzRUcWC23VTZbcVDHX5GIw1lJBi5UiU0jzmadYWbRcEjP8AGjf8&#10;O+vjR1n2dmZ6iki3XQ1+QXIZ2VKZq3HU2UrsfS5JlkCJFHUw0QcWsG1FvzchPmK3t4Pcnm/ZdmUN&#10;bWxj0hBUqzxJLoOeNJBx4Cg8qdIdp3SfmXlDlTeAjqbi3L9+GA1squxwO5VBr/kz1WL/ADo/j1lN&#10;tfOXL9M9VbeO5RR0eGkwm1diYWsrjj23Bi8fmKyiWmoqaeolmgrKxo7szsioFYrawLd8sPkZtiq6&#10;93f11shaPdeU3Pj6zE5HIVEYmweJo6nSpqUaSPTW1cTqGi8eoJIqsGuAfcz+3HIG6LvO1b9u3+LQ&#10;WxV41Bo7uK/FQ1C5oRQagSpGk0IL553vbLPl/ctssEW63W5gaI1oY4wwoWPkSv4QK5ofLo/X8mj+&#10;UP2z133x1r8p++JM71Qmwcl/eHbe1I8ike7tx5J6Z40oK6DGzAYTBT01Q0dZDVSGSphZ4XjVST7p&#10;PfaPUuzqP+Kb4mq4oKeC9TXZ/NwYehMp9bTU+pqdDT+UnSrXce8jZEnm8WRZVKKeNRpp88gD7T/h&#10;PWMEW2crbYok3nxidIBBcLVqVqooCVOeIJB63KKzNb3y3kTb0+Hp1acmN4qGevkgg1aRDWSNUCnS&#10;pC2YkAJ+P8fZN+6/nZ0NsHFVm3epdlUW+91P5Fi3BXTVMe3sY7BkBR4xTVmVMRIsq+JTb9Z5uHb/&#10;AJgtLGvh3AnmH4V+EHPxP5/YvnTPTFxe7LLbvBsux0Yn+3mZjTBwkY06vtYgYzXh04Yvbm958pDk&#10;s9u9oaGJFBweKx9HGtSy6G11dZOtU0WplIZYr6lY2dTa1Ku9947g33uLIbm3LXSZDK5GdpZpWNo4&#10;0/3XT08Y9MFPAvpRBYKot7jvcdwut0nkurp6yN5cAB6Aeg8v51PSK0t47WIIlTU1JOST5kn/AFU6&#10;Er2i/GNX19P1tf8AN/6Wtb2WavKmejHxe2tO7r3v/9W1mWwTQeCWAFj9eRcC3Nrf7x7BkOrxPEpg&#10;DNR8j6/5uNK9Zt6Sp1VFPn0UKNVYG/4I02/qSOOATbj+ot7jSyaLKTdebAX403P0KXvx+fd1VpCd&#10;K91M8PPHrTz8urAM4INdNPLy/wAnHp2gh9NyW+qgG4ItdSL/AOOoe42sXujlgTqOo6vq2rgBQbEj&#10;/X93fWwAkTSwFMY8qcan5dbBIpQ5/wBQ+3pypqcawDZluG5tZrXABtpsTY8cce8oN7sQL8kEf2Fu&#10;APqedJ49opAUGhG7OB+Z/L14/wA+mZDoZ9HCnrj1/nx6U1HSQBklCqZASwOrVYkCwDsLtp5ve3+8&#10;e4z3sLMNN+De4t/jY+nn+v19uIVLN2d9M4p+yvH8uqKrVJoATxPyPRSe9PiLufvbcdRkqvtevxW3&#10;FFNJj9rSUBrMfQVFPAIZJ0tUKnkqCGa+n8n/AF/fAsFJDkte+gj1XJ1LY834t/sb+25AXUeElCKV&#10;HCnA1GKZ/lQnrzFmPb5DPD9tPX88dces/hp2b11VYWLC/IXPU23sRXQVb4GmopIaCpp1nWeppfH9&#10;yyIlRpbUbfn/ABHuBJIbEAktx6hpsRa5Itbj/W+t/byxA6S4AU8Qa4NSADXz88nFOqHuDVOPMcfU&#10;/wCb7OrD8pjarKYTLYuhr5cbW1uMqaSjykIUyUU1RAYo6uEKR6oHbUtrcj3haVdNj+kIoCm7Akjk&#10;KTy1j9f8fboicFip79RNRgjOCaYFRw+WfI9UiK6TkAU/M1qcfZ1WTH/Lc3S+6DvMd65FNzffNkRn&#10;f4TKcj941x51qPutZlF7E+8A9TNY2uCLEAC1ueePp7s58OOMMlaZwfPh/q/zdNMaKNAFPT0rQV6s&#10;X6e2HuTYWzKfbG6951m/8rBUVb1GfycZSeeCZtUUEqsZDohjJX/Y+8EjBQ3C/UHm9yBa4FuLOD/s&#10;PflJLJxyP5mtCfOo/n0yWdHYDA9celPP/Zr0SbtX+XWu4d91e/8AqLfc2wMtW181dPRiKp+3pq6Z&#10;maplx1XRyRz06ylidF7XNv8AWiv+b2/qvP0vwT9Abe3agjtqa4NP+Lp/Lz60xqB5+Z4VP2dOPVP8&#10;uJ4t90e+u6+w6vsOtxtXDWR48x1IgrZqaVXpxXVVa8tRJAh5MY4P0+nvEHvpXkCwJJCfqIN72U3U&#10;kfS/tl1oZWUAvU+Z4A+VSM04n59aVwDpCkNX/P0cv5QfGbDfI/r7H7Qkyn93clgq1K/b+SjpxNBS&#10;TCn+3emngWxNK8Vh6eVtx7xysQ+kC9lCM1gdVx+R/re7RIGjDsaHUWHyof8AP8vtPVmx55Ga0/1D&#10;8+ildL/y8u0eudz7ayWT74rV27tnL02Xpdv4NMolJVtBL5TTyU1VUrTJHPYhhpNwfcJ5Lg349P4v&#10;9R9fryASL3/r7eVAGWlT3efofsxUCgp6Y6bZtVIzXFKfPhxPyx+XS7+QP8tXD9pbzrOxOtd4HYO4&#10;snU/eZSlanmlx0mRazPkKWSlkjqaOeZ+WANibnj3DkJ4N/oeD+bcEj/efahDHpIHHzH8gf8AVxrw&#10;HVDQqWLVJIx6GmPs/Lj6dRun/wCW/wBg7a7A2zvnsHvjNZubamUpspjqSgbITmWWjkVkglnytTL4&#10;4pACrBQfTf3gd7gH6mzf4EAfgW5JufbXh6ajgKjHkSfzp+X+DpjSEQhhktT7T+3Hr/m6MX8sPgXs&#10;z5NVlLumky77O39RUkdL/G4qf7qkylPHzBHk6ZdEmqH+zIpuAbf60R/Tci9rgXve3PqvcXAJt7cr&#10;qoCe+h8uOMcMHFf8vyT6ak0rQ4/w9Fl2f/K67jTI4iDdPySyzbaxFVSVUGPw7ZuR4/tJklhSKCtr&#10;PtYyoTjhgP6e4Ez8lVANhySD/aHFvwLH2utowq6pGIJPAfL/AGP28OvayKCvHOePy6sG+VPxJxfy&#10;a6owmw63cVTi87taWlq8HuWeBaljVRUi0czV9OhUvFWRcvpNw3I9wmsjm7AHjnm/FuCbDj/Dn2pj&#10;JlUFVPh5+X+f/IPn00haooaU/Z+2h8+PDoofRH8szt7rHdW1MplfkRXJtzambpc1S7Z28mWWhqnp&#10;phK9PNS1VWKOOKoPpayNwTx7wytc203Wygg8AajwQLi9h+fbiKNKkS0clj8zp45oaV8gePDz601a&#10;hddFOeNfn6Z6ujpUK6w41elNTWI9RNueQR9bm30/23ulj+aB8jPk1Sbb7K+MXRXxO7u33Dv3Y+Px&#10;NZ3jsram9dzbZocNulXh3XgsfR7c2Zkaery8uGWagkJyUZgFWZCpZVRnkLFa6Tqbj8+P+r8ugHzV&#10;uu7pBd7TYbRcSCVKGVVZlo3xAUU5pUfEKVrTHRvOlOufihFDsnuP5OfITo3YGD6939id6UOzO0N6&#10;7H2Y8G6NlZOly+y87W5Lde58VDR0tLn6eGriBp28zQePVYkgD/5Ntf2h07ia349b4+H3efWtVufK&#10;bp7A3H3hvnaW79ubXyNdR0WKoMBtx6fP7NxUOPaPG0xjgi+/l1z+WRVvKyoog1LVdJr5/wCXj8v5&#10;dFnJRurJW2652a4iDFnaVkYAkAALRlFMeVfU+fSf+V+y+lPkP8kG+bmwPmZ0N31g9r9c7d6Y6x6o&#10;6t3ZsreM+yqd8nl83vjPtuDau+dwQZrJZnLZAPPIKKmeGlWGBywgV3vwdrf4kfg8H+n9Cbc+3jGQ&#10;asaKRx8v8I9PXqQHAADHy4/sP2Dj0TL5D/HLYfyd62yHXW+oZoqeaZKzE5Wj0fxDDZSNX8FbRFlZ&#10;SV1WZTYOtx7hcMxuRc3/ACP99x7VszRqDpOkfI+f5efy/PpksXYEAD/Zr6cPtz1UhD/KA71wtDkt&#10;mbW+T0mN65ylQz1mDEObpY6qnkNmFVQU9WtBJI6AA/RWP198bE3JIJ/pccn+nH+v/sPdiVoFQFR5&#10;8f8AV8+GeqNGpoFJA+X/ABXVmfw5+FPX3xA23kKPb9XUbi3buEU53Fu6ugWGeqjhsY6KjhQsKWij&#10;kJIUElm5PtpqG1MfqDf/AA/r+D7XwoUUEgEU/wAnmPn0mkwzNTAFD6Yr6YOOiY/Ib+UVmez+7c32&#10;91T2zBsJ9z5Rs3kKKqo6/wC8xeVn/wCBU+JrsdNHKElYF/UQVY2ub+2mYm5tYG/H0/H+sQLWHt8M&#10;p0hwStc/s861NfTpGxDrQNU+v2jga1Pn+ynr1xzH8jXG52gwFdH33uA70h81VubceWxsmTbK1heM&#10;0r0AlrFnpUpSp5Z3Zr+4slyLMTwAbEAm/NwD9fdopFSTsjFSaVFQKeXH8/t6RalDMuocfsA+dP2/&#10;bx6M32l/LZ7X7Z6N6+6Yz3yn3JUUW02yn8fravGTVce7IZqiGXERV9Ka1bx4eOPTGGLce4sr3F/z&#10;x/xIH4+tvapUVGVQO0g/5/s/1UPTb6NRoQQQB8+PkMY/4rpl+Mf8rXtb44bt29ktq/K/ckezsbuO&#10;jz2e2PQYaahxG4lhZRPT1cQrnjX7qNAjHSTb23ysLfW5JINvpwTx/sbf7b26K+ItV/TArn5gUP8A&#10;P1pXpG7F2+KgA8zTyFMU6u/p4yAQDYleDe5vz9Lf8a9tU5uG+g+vIa9+Px/r29mEYFCV7h9noSf8&#10;tfXppwSta5r5/lxxX/P080g9Q+pva9r8H6fUcX4H09tEr8f14+t/p+Ln+n+HtYoJ0itAa+X+qp6L&#10;C4qAhADA+WfmR0q6KEj1nm1uD+TwbWN/wSD/AI/T21yk3uD+D+SDyP7I/wAfb4UAaSOGf+L+zpJK&#10;w1HTUHjnOAP8lOlLTgab2vcjj8i/H+sb/wCx4Httkvc/7yTcfi4uBf629rEKrGAV7s0+0/bn7Okk&#10;jxsQymvmfnwP2/8AFdPdMv0PJH+wsLGxtcXsAT7a5z/U/W34/Nubcm3tYtBUoP5+VT+fnSnSCXU3&#10;co7QpzXyrx9eJ4fPp9pAQDx/X82PFh6hYf09s0rcn8D/ABPH+w+luPakgsoVhn/B/n/nxrx6Qy6t&#10;KFuNa/6h9vn0qaRABxzyLWAJb68Em4uT/r+20ufKgN/1qfr/AIi3+9e/aRoJI4fb/L7ekIqCMGmv&#10;h/LH7ensL+0zf7QwN/6Fb/jj6n2cvpBwWpxxfVD+SRbVwfxa3uLucl/Tl40ofL/i616nzkUVtwC3&#10;dx/1flT0+XVQnznjK4rKN6iBT11voWN4WUi17Dn/AFxx7sa28VENKD9SljZC1gAOT+eCPpb6/j8e&#10;4C31HZJioxxyQM18vyxWvDzHHqSLlqMSK8OtObsefRuXMAm4bJ1igKCQFErkaiP9Sfr/AK3tV1bA&#10;0SDj9Sm4uOQCCDyeGHsOWKFb2Q5+E/5P8H+foKX5Ahl7jTP+Xop27nvQT35vJI/F7A3kH0uTbSB/&#10;sefacAH9b3N/95NvzxcD2LlJ7BSlBT/V69AKdsueHRXMm1pZDf8ALfj/ABuOebf63tY4WpSSgFMQ&#10;vkieTxkvCAUcqzL+80eltZNrG5v9CPccczWE0e6PdqT4DqNWH+IVH4Q1RSlaimOIJ6kvlq7hO2xq&#10;SRKlRSlajiD6+f8Aqr0eHovc+GGy6CimaUZTGNVweGOnp6hZaOaQ1EcoEkscnlEsrjgEgW/H045S&#10;eAyQRL6pI1d5iWjcsFTXEmtGYXXUdXJ9u7LbXSW11M4CwvQJ8QFSaMdJAwaCmB0l3i5gMlukbEy6&#10;ixxSnkP5/wAuom+criK7P4Sjop5Z64VxqaoPDGjQQKqfbIWSSS7lpXLL9AB70Uf51nRVFtn5Obgz&#10;1BCI492NLnpPHGoT7isnZ5yNPBDSEkH3k7JbruvLPK27xk+J4HhP61iAQE8M6QK1869Yec/FeXfc&#10;Hd0joIrmk1P6T1Jp8q9fUJ/lldo1Pbfwd+Pe469teTxWw8Ps7JPe5ep2lRQYaNybWLPRU8RJHBJv&#10;7IB8WsOmN7C20gB1NlYHY25NrAf4/wBfYy9voPB3BFHoSftp1FnM14b25t2JqAw/w9Hy97Bqi0EB&#10;5U+JeCP1cCw9yvL/AGkg0AqTxHl869HeUjVfw0H5Y6D36yyer6O6kf8AIRP5t9PbPU8E/T+n+8f0&#10;/wBj7uWd6aa1A/Z0yW1AkHu/zdOdOLsvFub82P05/wB79p+sa4b/AGx5sfzYj/b+99o7tORw456L&#10;ZTpkP+Dp0i+t7E/T/jf+x9pOq5ZuPxwf6fUf4fn3Z6HOr/Z6SsKq1D3HqX7T1Rw1gfwR/T63vwP6&#10;e2CQpBpnpA1akEd3/FdSYfp9P9j/AKx9pDILeRyDcg3/ANsfpf8Aw96bJGQTp/w8B59JHx5Z6z+2&#10;FyNX15Nrj/G9wP6Wt7aDUUBj6/5OkwYg1NK18uve40l7i39D/rW/4rx7pVjivbx6u2ePDr3tsq/S&#10;hFubG3HA4/4m/uxYFhUU+08empMsCDj0697T0vH14H0/1ufxf+t/dK1atKD9n+XppqU697aqnkEc&#10;fTj/ABuD9P8AD3t6aaoM46aalCSOve01U8kj/A8245P49o5CK0Jzx60XCKWJ697aak6bLzyOQADc&#10;i1v6W91Q8eqK+pa1x172cT4JfIVfjx3hTZ+rjo5cRuTD1u2shHkZHhoS1YNdE1XNHd4YDVoAzgEr&#10;e/49hfm/luHmvZZ9rllMbF1ZWFKhlNRx4VFVr6mvUp+z/PA5E5wj3OVVa1mheF6mgo1CpJoaAMFJ&#10;IBxXBFeip/M7404n5XdF5nqrJ5XK4KpXNbf3Vg81hPtzlcZmduV61UM9FFVg0lRNLRyTwiKX9qXy&#10;aHIVifezz1p2rubP7UjzFHiMDt/CZVfu8XT0NbPlauCpq44ZchIKxmFOyLW+QJpSzKLnk3OJ/NXL&#10;9ptm6zbcb+ea7SgkJGkMBhBk6vhpXgM49Ouh2xXq77t1tu0m3wpDJGpTv8UgkVah+AgNUKQDjOOA&#10;1WfkT8GuhMb25jv9IOR3b252Rsuii29k8vvDB4PA4B8JjKivp8JSR7YocahM8uJmhdpKmSonhdbI&#10;4AsqW3d/Fs3kFmyGUepklJd/MjzX0qbFSHURsin/AFh7MtiNvYWsht7JQeGMV+2vGppxrXHp0vu2&#10;lnlCtPRBwFKYHCgFAKeoBHy6MZ1WNl7KwKYram2ocHjKBI6empca0GMgpFZ9TKYqemYVCTFb6hZr&#10;3uebe2LGwYPbm5NutuHH5GtwGRnnTI1VDDJKkDQhfGKpQVkEJdwzWIJQEDn2aPLf7rt1/wDRzot/&#10;CFKRkhSwNa6CARUUp9tK46QTBbR7Q+GWSUMK0qFKgEFqfMjHnTpRdjT9j9g9T9n0vT259p7a7Rxm&#10;GQ7O/vW6GlaprHdXlp1m1LPOkMLJCzI6RzMjOpXgnaw+R2rlMYE2/kMVU0ZXxxQ0LxIijglftdKy&#10;RyoOCCoYfn3G1wLmKXwrqBo5OJDjNRUCp4EGnHIPW7IXaXUVxcN4i6qVXI08KBR8IHoQPs61Rt59&#10;Z/LLrPtaLeHe+2u059x0+TYV27qxczlKZ8XXTPHUVWKzdH91RU1KIp2aNYnREBFlA49lg7TaGjU5&#10;L+GHPCgyuPXHYz+ISfZT1pqqqOujyVPFQVUlKlFEispcKrKByCR7HXKRklc2i3YgDxuXkC0YJQFW&#10;Riyg6mqMVP5CvVt/YQR+MtsZtLrpXVRSWJBDUDUC5IwQaU62IvinBX5mkgwL7jfYlZuLZ+WfcW46&#10;jbcRzGNxSYvCy4A7ZylZuDH02ZqM6tUfMkQZ4qp5BpezAFj3R3Zt3dYwcmV2jkdgFZZZKSXbmXp5&#10;cjlG29kJBJSZOkWF4RQrQU8jzGpsU8t1Goalk3auT9z2lbmO33hL+qgFZlICiVMupD1LFmWgU0oK&#10;McUMeXvOFhdpaNf2VxZOzlkKSAuTA51BwoP6ZUVbXTB/i4WL9U/DTfnU8u+osD29je8jkJdVZSdm&#10;bUnj29tP+++GiaCq2lkEnSenrHylRDFSpjvJ5DAVchX0MJm/vkRtfaUmEmj2xVbrx2QxWja0yA0k&#10;j4+rx+JE0U2QlqpYq+KuyzqsrhVDaCBqI5Cex+327bpBfq25C0uY5T4yA6u5ZJNNKDsKxmq91e4H&#10;yoD3mLnjb9kNm5s5LiOaP9AqAKqVTGssdQZmUV8/mRku/S3wF7E7Cg3fDN2fjuut00O64K/s0JT0&#10;uXoBufGZPcEFHkaDa0WLx74Gqwu2Imakp55Z1i8gJ0pIbBBvOPN/3Wwe5+x6ykyGW3xk8JQ5abYh&#10;gqZeuNjw5BMjQ4SijxcybhqcrT5KCpihqTTGN21+RfQPYv2Wazi3S92rZoWhjsopHjS41AXdyY9D&#10;OS6ldBSRGIBDdyMqgFh0Fd0N7FtUN1zDIstzdzxpM1t3G0tvEDpGpjpM7K+oCTS1WPchAHRpumJd&#10;uf3935110RgMvgds9Obf3RlsMvbdHn6Om727qyOFqMPm935XKbjoo9hy7VrMNLj6iopoa+GpijEZ&#10;hMUcpUStwZTa02cyMlJtCuzlVkK2OPblP2TnE281LicVDjmbceQjr64wpQ0XjjRI3hRr0od1KMjC&#10;21228rttql3u8cUMSkzfSR+IGkd3PhRhFLVYszGoJ/UxTzWX1xt0k87HaXnldwIxdSLDSNAhaY6i&#10;T4akYUpXs1EUIPWTaW3+x4dmYCGu7Pxex6DCYv7jfNZ8ftmDfkOY3BnZ8yn9xcFNiMI1dJlsi0ks&#10;k9RT1LD/AC/wwSLIkil4bdO56HEy7cfP7Jyu3n+zbfVRLmYcVRV8Nfj6qmo63ZeLXMQ4vGYaWdqc&#10;1EziQ1coYLEbgEv/AHdYy3kN/wDTXcN+NRtlWJpCulwzJOxVpHk1BxEDURqQxcEAhWNw3K1jhsZb&#10;/b5bNlH1TF1QSK6EK8C69KITp1E1DsGomekdH1V1nnd44ftKPr/tDbPY1PDlKbqVF2PU7i3HiGxG&#10;Uoq7I4ftjdsm067c2V3dTUYqVo6FamL+HUdlkqAdTq5VG79pbUjxG3Nr1u1cftzHVVBl8xX7fp0z&#10;uUhpKagxMi0j5+pqoaPHZKqWogcgmRzTB3UDmzNvtG6buNw3PdvqH3SRXRVmJjjJZpDq8NQSyAaq&#10;Vxq0rkEEr33Tadt+i2zbLq2isIXVpDGBIdKpHpUyatKM2pa11MY6n16YqHqvsrs2s3N2Hv8AxvZ2&#10;d39lcXn9n7W2/vnJVGx9o1OQr8xuKE5Bdh4zH1WUzOExRpqhEkCwKK14o5L2QqV7+YeYsr8MvkzS&#10;1+6cRl46/D4nddNUY/KxvV0dZgN8bIzGCSpxrVVTUQ00mQAi1IApmpHZiocK6bZbMyX+wMtjLbeC&#10;jJ3KQlRHMSVkAUMf01c14pKAAaEKGfcy5hPJHNcct4k5lVWIVgW/tYgtVqTp7itcDUhPFgOha+HW&#10;Dx9P8kegZKPr3d2xpNq4zc+13j3BtarpcdXmo637KetmpNyU9DQUNRkaeXEQTNFPJK60mShRInMb&#10;Sw07L/M3XYW0dv7IwmR3TvPFbYwOPweKx1VXHH4OlhxtJDTU8dPTkzOsSpCAbKuq9/ctG35P225u&#10;ryCxWW+lkDPIiKrE8Muc/YTX7OsXLH3M5vh2+y21JZJLOGFI0WVqKioNKgKoJoB5VA49XE5T49dS&#10;5XcWR3a2ytu0W6MtUz1WT3HQ4ihiztfNUu0k8lVk2haoleSQ6rtex+nsr/YH8zbv3dlJNj8LHt3a&#10;lLISqzUGOFTXopB/RVVjTLGfzdVBB/PtqTmApU2dhGgHAsWkP7GOn7Dpr6dJr/mjmfd4xFfbqEg9&#10;IkVf+NHU1PsI6UuB6l2Jt2o+7oMMXq7EGoq6uqqC4P8Ax0gaUUbm3FzGTYeyH717J372FXNX703X&#10;nNwVRJsclkKioSME30xRu5jiRb8BQAPZJe39/f1ae7dx6cB/vIoP9WeiiO2hDmaheU/jYlm/aano&#10;RIoYaeNYoIo4YkFkiiRY40H9FRAFUf6w9hvOLsSRwOPwR/rf6/stkSi6fMjpenDjnrJ7guLk/wCN&#10;/qLDgXFj+Tb2jApinToNOve4tuf94/3m/trT+rT59PV7KU697//WtXkLogu/IYEc/i+peBYajf8A&#10;1vYLj8N5TpjwQQf2UP5Y9es2gB3Nmvp69FMRPqNV9ABsB9OR9Rfgm/8AvvxClJANl9ALE+rUxYkE&#10;kn8Xt/vvw6uh27pP1DTyoAAOA9aev+ou1WhqaCnD88f7NOnimQgoFFvoP8W1Na51DjUT9Dxz+ffC&#10;yhtKsRqIOogaUHK/0F/x/X3olmTW8YLCuBxJwfU/P0/YOtVUgU+P5D0/PpRxQpqWNNfJR2PqshAs&#10;CAVjvYc3+v8AxPIFrFnb1C6qFAKsQRzc3a7WH09pptIAWNAEOSTgj/JQZ6YJFDjSDx/yflTp8x6H&#10;yqHvqUlERbmOQ2Kgs3F2ey/8V9le7p+Znxd+PW5aLZXd3eGx+tN2ZXAUe6cfgdzV1RTV1Vt6tyOW&#10;xNLl4YoqWdTSVGQwtXCDe+unbj2oitpTIrRW5aNSRUU44NCft/w/Lom3LmHZ9plS23LcYoZmQMFY&#10;0OkkgHhwqD+zo0/Ufxd7+7p25Xbq6p6q3Zvvb1Dmqnb9blsFRxT0lNmaahoMlUY+R2qItFVFQZen&#10;mItws68829it1r2n173PsXA9ldWbqxO+thbkbKHAbpwM7z4vJnEZevwGU+1mkSJpDQ5nFVNO4Ki0&#10;kJH0+tDEySSgnTJpAIIOP2cK1Gf8J6V213Z7lbJe2Nwstu9aMOB0kqacPMU+0HpF71693n1ZunLb&#10;E7B21kdp7vwb0Jyu38okUGRoTlMZQ5mgWqjEjACqxldDMnJLRSj6c+1hMfVwqkBLD/YcEDSRcBuP&#10;e48xnU5B1Z+wjjn1H/FcOn31EFggx/g/4rqBAmnQ1r8KwIuPVe1jYXNr/X6c+4ZJZyObq3Jv6QeD&#10;9LEfT/W9qEIRaqcFcDz/AMP7R02CNRHn5fs8h6fKvz6dFjBANhfULvwOP9awFza/J98Syg3A1Akk&#10;8E/kcfQc/wC2/wBf3vTIwFWoQB5j+Wf5Z+wdN6clsFR/q/1D8+ucYUMRZSpJ4At9eFDM3p4P5AHu&#10;K9wADzyGNrWBN+ApHBU/j3dKOS/DFB60+3zB/wBQHTb1IVjQ+n2fb06U4dQFThSWuwsAb39Z1DUG&#10;H0t9P6+40shtpP8Aif8AWUXOn/A3Pvwj7iy/L9pxX9g/1V6qS6kMTngKeXStoIFjRWIuXJAa3JH+&#10;t/Q8c/0/1h7BTt35FdE9Cf3eHdXa+xOrxuz+Lf3bO9dw0OBOdOC/h38ZONFdLH91/DP41SibRfR9&#10;xHf9Q9+jjmfuSpI8qV+zOPT18ui663fbdt8A7jeRwa66dZpq08TmlaVH7R0LnXnT3aPav8WHWvX+&#10;6d7jAmgOZG28RWZT+FDJisGMFcaVZBB97/DZzFe2rxNa9j7dOrO6ep+8tv1u7Onuw9p9l7ax+Zqd&#10;u1ue2dmaXOYujztJQ43JVOJnq6KSWNK+DHZemmaIm4jnQ/Rvd/CkQUKkedDQVFTU5xxzXj/Lp2zv&#10;7Dco3msbxJog2ksp1CoGQaVFQGB9eB663t1pvvrHLUuA7F2jndmZqrxsGWpMXuHHVGOr6jGVM9XR&#10;QV0VPOqyvSSVeOniVwAC8TD6jgQpCD6rEMRb6HkcAG4P9Px72Ay9hYeHWvEcc1H+z/hr0oaiahqH&#10;E/sxUZ4V8umykW9iAbhfURa17ek2Gn0qB9P8f8D7B3uXvPqXoDbVDvPubf8At/rrbGSztNtmgzW4&#10;6iSmo6rP1ePyWVpMXDJHDMfu5sdhqqVRa2iBuePbkKayY0Q/5M+vr0XbhuNlt0Sz39ysVuxCgsca&#10;iCdOB6AnoVeuesd9do5eowPX21snu3M0eMnzNRjsRGJaiLF09VR0M9a6tItoI6vIQRk3vqkXi3tO&#10;dMfJjoX5Ff3lPSHae1uyv7njDDc/92KqWpOF/vB/Ff4J975oIfH/ABH+CVfjAvf7dr2t786PEAsi&#10;U7jx/Kv+TPSSz3fb90WRdvukm0EatJrp1cDw86GnSi39052f1Q+F/wBI+ys1tA58V7Yf+NwLCcg2&#10;JNF/EfthFLIH+0/iMGu/08o+vsZm5ZvwFJFzfUBb+nH9PblSuigywrQUpx/PpfQlsJjyH+QenSVp&#10;1Gm7MPTYaiSQWAvpFgOSDz7gOb6rcX5I+l7H+0LWJ59mSEgpU1FKA1rSo8jx8umj8RbBBHl5fYf9&#10;j/D06Qg2Y6SbEH6HmzA8ixFrE/4fQe4kjA6gCOOSTe4JFhb6j8e3AjL4TFc+X2V8/wDV889VZjoA&#10;Aof2ef2evT3SAaX+ihhzYixtfSygAW/VY/j3EdyLm/JB1fT6cWH0tYW/3n2p8NX+JT2kUrw+Z/1D&#10;y+zpo9wDtXVXH2evz6c6WNowrAgq9rgE6rC9gRcWJLf7b23SNqI+g5BIH5te4t+ST/r+31Okt2ki&#10;lK/bTz+Q+Y48OmGej6SDpB4/Z/qHCnRK/kR/L86z+TG8W3nvjd2/sdMcfSY4YfCZaKHChKLWY5/s&#10;5opYhOxc6j/rf09x2Nr/AOHH+tf2+oMlCoJJr/LqgOuRRU+HX9o64fHf+XV1Z8cd947fWyt6dhVk&#10;9BBVxLhMtmIpMJUfexGF5p6GCKON5FAuCRcHn3DlP6j+Lj+t7/T8gi1j7dStI4yKMa+n5Voa16Ty&#10;mitqpWp9P8mf28PTqx6lX6E/6n+vHILNa2kAXX8D3E5A+ov+P+Iv/rD2rNGfAIWv+r9vVFZcEvT5&#10;cPyp+0dONhcX/wAOeeDdQQPr9fZSdy/PT4dbM3HuDaO6PkJ1zhdy7WzOT27uDDVmTnFXic5hq2bH&#10;5XGVaR0rrHVY+vp5IpV1HTIhH1HtI8sYJBl7vP19DX5/L8uieXftmhkkhk3KMSKaEEmoIJqCDwNc&#10;dDDi/j33TmsfjM1iOudyVuLytFR5LHV0NKhhq6GrgjqqKqhLSqzQ1FPIrIbcqQfz7NFUtdj9Ba/0&#10;AH+Avz9bfTn8+zSFAFGcmnEn/UPnj5dGEhAB4UPAZ/PH7f8AB0hscOAPrb6cgg/W51f2hc/7wPZT&#10;OxvmT8X+qd5ZnYPYnduyNo7ywP8AD/4xt7MV08GQx38UxlFmsf8AcRJTSKPvMXkIJ09XMcqn8+3B&#10;dWiKkcsigjyrnhivpSv8ugzcbtt8Dm3nuY1lQDBJrkA0OPQj9n2dD7tbqHsvdGGpM9gNm5nKYiv+&#10;5+zyFLAj09R9tVTUdQY2LjV4qqndCf8AVKfY6YHceE3ft/A7t21kqbNbb3PhsZuHAZeidno8rhMz&#10;Qw5LFZKldlVnpq+iqo5UNgSrAke1sOgxoUbNKg8R5H/AMV/2OnDKkkcc6tVCuoEcKGlP2DI49Jmp&#10;xtbia+uxWTp5KKvx9bU0FfSSDRNTVlLO9LVU0iqbeSCdWVxe1xa/59ypZOCebfUX/rbn2sRe4qwF&#10;eGMeeOA/bw6bchS40g1oK58q/wCHzzk9OFPCoC8nk8/Ugj6C9yfp/T22ySC5B5NuSPqfT/Ufnj2p&#10;jVtBLE6SRTJI4jyNRT/N0nJZSxH2eZ4n5/6h09RxDUoUWUEBjx9SDb8k/j8fj3ClfUp+n0H+w+v5&#10;/r7fjTwyoqeJ/wAnl/Lpl2JAOQ1B9nl5f5aefTtTxaTe7Ag8E3I5P9L/AF9s8rAsbXtci34FuPxx&#10;zf2rCMCCWXiD88mv+qnoPLotk1AZI1V4/Lz/ANXyp0r6QDStxyFJ1X+pKL9R/Ww9tsrEBj9SLG5F&#10;rAfTkc/Tn2oUamFaAGo+31x9vSKRSdSsQU/kRXy+zPl5Hp9gCgIBqH4svGm//EG/+29wpGBNvx9P&#10;9e/+H++PtQkfbqdjUcOOP9X5jptio1VFB/g/Zx6dIAVHA4Jvz/rEHn8n8f6x/r7aakWBAHHA4uTb&#10;/iP949q4RR2Yvg/L/J0il7O4V/McaY/1Vrnp/oW1adQ0n8kni44/wvb+p9ss9/Uf6c/6/wDh+fz7&#10;UBiCAPg/wf6h0VTBtKn8I8/5/wA8enSuotOlRbnjj+l7XP1H0/2NvbQzWdCODqHA/wAD7UBah6Gu&#10;Dn/V/qr0j7TIB+IGnCua0qOH8+nxFvHJ+VKtcf1sLXF/wpP9PZyujW/cp/qeYx/jYG/+t9fcV86E&#10;CKStB/snj/Ov+bqc+QW7KVyD5/6v9Rx1Ud864WfDZS31+2rH/pcrCWAJ/BJW34v7sh2+A9NSrrC3&#10;iva5U6rA3Ljkaj9OfcA70xQSyeGWzSvHFT5HGMVqOpSuFrIxHHT1podlU2rdGbW7C2TrSFLFeEqG&#10;BsRYjVc8j2rasA0sbBANJA4N19IUA6b2vY/7C3sN2JYXUimQnUvpnJzmnCo/Ov59BW+B8OXhTP8A&#10;l6Kju1AKKc6f0SOp+hTj86fpzfn/AB9p4AX445I/rex/4n2KkY0BbOB/g6AVwuX6K9kwPLIBwNTC&#10;/wBPoTz/ALfn3KgLKg0WF9V/Vpv9LX/qBpB/1/ZfdKryHxPl5V9a/YckfZ6dLrWeSCM6GPDpX4Cv&#10;q6ClHgcrqS5Acqb+n+nBta/+uPfYJVpGKkhYZLWF/UIzb6fg3v8A63uk4BgjVX+JxX7NWf8AV69X&#10;imeS41satT/L0tNjTT1276LzEszuoA5Nm1Lb8ng396nf87mnjqe0cLMyAlcCi6iPULSf1HItb3kH&#10;yxGf6gbYuCBPN+2oP+odYv8Ave5/rtbHVwtk/wCPHHX1Cf5LEZh+Cex4j9E3DnwvN7KYsaQPqf8A&#10;fc/n3TR8d6f/AIyZtwgEWyUX4+gBJ/2HHsX8igpui0GKH86/4eoku3/Uth5ah+eerYn/AEt/wU/7&#10;0fd8LD/J4Cf+OS2sfpcD/H8+5KdWVmKlQCeFPKvy+fz6GrnTBCF4kemPX9vQdR/8CJhyT5Xsbnmx&#10;I+v0H09sVWbA2vYkix+gP+wPPt1VowK0qB5cafn/AIOkMjGhJbNM049PNMLtfnjn/iP6c39pyp5u&#10;OTzb+h/I/wALf4e9eWAD0WthiAB06x8WN/8Aig/H+B9purFmb/Yj/bG//E+9F8LXI+zpM/EjiOPD&#10;qT7TdVYn08Hm5t7StqrUnpHJqGW4HqRCfqP8Rx/vv6W9pSrFmb63s1+L8/0v/r+6gmtA1B0kkp58&#10;OpHtgnQ/qIsQ1+Pxfj6fi3uxK1YVwB/s/n0naitUVr69e9w3PA/H1+vHH+8+9HIqDivD/V/h60QD&#10;U+fXvbZUnUNP5PJ/w/5H7rJShINc9NEAZr172wTr/jwL/X/X/H+vb20TU6SvH/N00xApTr3tkqmI&#10;4+uq4P8Ahx+bcm1/bjEBQa0HVHYEcRTh172nakENcHg3/wAfpzb+ntK6rq1NkD+fSaQa9J/CB172&#10;0VA1MLX/AD9Px9Lf1/p7aUYY1A4dWTSvbwPA/Pr3trqONJH+t/jxf/ifdiuliAfL/IOttgEV4nr3&#10;s5HRHz17p6HoYNu0tbT7q2jCbxYPOB5mpF1aitHVqyzRA/0JI/2HsK79yjsW/usm42INwBQSKdEl&#10;KU+LOoDyDA/KnUqcle8XOPJUAsLO6WfaQaiGWpUf6U8V+wY+XRZu7viP0p33UDK7z2/NR7mSFYE3&#10;Vt2q/heaeKNSsUdafHPQ5JIlNl+4hkZV4Ugce7Dtl/zcusamKNOwetcvRT6V1y4erEseu4DW8ms2&#10;sP8ADj6+47vvaOF21bdzBPFk4dFkXz4aSp/l+ynU6bT96HbJFVd75ZkEg84pKj59rAH+fRAN8fyq&#10;M6utuqu74MWrFiKPee0Vr1C2uimtw1fRltLf0gFr39m729/Mb+G+/wDblRjqXc7bQ3I9FUDHJuil&#10;nhoo8l4JPthW1UAkLUrzaRIVTUEuVBPsGP7VczWV/BPb3sdxa6xr0sY3KVFQqvpUMBUqC9K4Joep&#10;K2/7wXtzuto0S3r2l1RtCzIwXXTALoGAX1P+XoiEv8tD+Yd172vjc9NuHrbtvqn+MY7+O4zZtfFg&#10;92fwA1kZyZxVBu5cdTHLRURcwqaxo3kChrAkhK4DvLq2qNJXzbwwIytPUrVmpwu4IjTSzghhKhSo&#10;BaNhYEEWa30H09jy85O36WE26QiS0KAUZUb7aZqK541I4GpHTm3e4/JkrRXVxvtus6tq7JKCpJ9a&#10;EjJrWoJ6PPuX479tIuTxeC2hmKzbOSxsuNipM7gopa6GgkUqKaYrDUQ+WFiSpQi17aja5E7IdoSb&#10;8knzfVPYG3YM5iLTZDbtQVyE24pvuKOSOR5YJ0aGlhpI6hpG1K+sLYsCyEiseVYNjhj2zmbZZJLO&#10;WirKvwxDSwIpXiSVVaVHdnC5Nb3myHftVzydv9qbuBSWhNGEuVPcdQKqF15GSaU8wxeMT0PQ9V/b&#10;7S+QPT+781szckk8WH7BofHjaLrukkp8ik9LJDNDI82VyOVqKQU4EckITUzLCyJJ7TNB/G3o8xvf&#10;sabYm2qGqnzxNHuuuFLh81vTImHHbax+3po8kJ6jEVFbSQyQxIXM1TLdFDHShtPNZWv0G0bO91LI&#10;BbjXEupooQ9ZPFqlA5DMBqXVw+VS2J9xkt592397G2jkaXsmPY9w2lYVhOupiJRWpxLnUtDSi23P&#10;k9k4qv2X1D0rH3JvPMUsexcWuU65x6Vm59m9Y0MzVO7M7vU5LCx4zHbqWmzctDPNMIJEpESKQta0&#10;xcs/3BtvGbjx0/yQ3NvHaVFhMbkGx8GNx9FDgP4pVQz5LFbY2ztalw9RkclPqgjWlnZ9EphS8iyu&#10;B7Fcm2tt22ST8nRWs7TyrV5C+pqmjyPJUl2A1VVVY5YKCcdRrcc2WEW7xL7g7jf2jW8LsqoqiEO1&#10;XWGKARszcAElLUIUamDHo2lP03ldsdfZef4k7W6w3TX7t3DgqLL5Pc2WyuU3PlKeknhw+d3PvDfd&#10;RuinNLMKI1D1NFTUk08RnkSGlmVfGRB6O6v6i6+qaXuag3xlcZlu7dr0e2sTQ7+pZqLJ4mCfI5vc&#10;NZFDRUmQyv8AdfLRZSZZ6aZyjmnmAcjyA+wjzDuO577eXVlLyu2rbJg7mJ2KyKg7AVkWNXBEkvjI&#10;K0ZKGpUAizkfYeWOWzDzJFv0iHeojGkdwuh1Lku9CGfw21Kro+qgBAJJcdAn8j+0u9u08hlOm4+o&#10;EzlF0pnot5b2y/Wu4myOCykeNho6bbuNqaPc2J2z/fHA1eJy9bTZSjpoSyZGnPjQ/aOoBDvLOZ94&#10;sxQ4HO7Z3ZhKTcW3uv6KD+9lTVbnxFHLnqNdx5iqo3SolyFfRUeQjjjkoPNSRwVUq3UjykdbFLba&#10;Ldo7JoL6YeK/6WiNm00K1C8RSoDhXLKpouB0B+fb+80blFa7jb3W3JNHaIBOWuE/UBlkYEku661Q&#10;NFqjWORhQGpBt/j3h6Cmi27kctsrdOy905jE1PZWedNmU2G2flJcji2o6HD0NdS02nC49DTGraky&#10;5ocxNVUcDygRjw+0V1pufa+M7M3Xh930ez9z7hx1G9VteLBYls3sailxmZB27gs3i8lVGvosxiaa&#10;nX9+CCRld1CEKSQ7ulte3W32q2szJE0w8Zg/hyKp1A+EwDd4ZgxDU/EQVICki5fv9lsOY93td0tL&#10;e5v1iPgiOMyW4ZCPCjkR6OrLpFHVWbIArqyvezduby3f1ttul2tk917Ww9XXqu8chU7gXbXYP8Er&#10;qCqWuzGIyeK8+OqamsnqEkkp55aWmKBntqRIyaStymN2fjMLlF2PI+RyWdp6vFbN29j3fGUcuele&#10;DP5eo23VZOF/tIIZoljkqfPCkLaAp9KEoW1l3N7qxO5lrJYWiklbTrZVH6aeIqgZOvxNBDEgFckn&#10;qTZ7uLYbba787AReyTqyW0GrSrSmksrQFgRQFAC+pVBoNPmUijwWY3rmdwYGDs6Z8Ng9tjE7i7O3&#10;HlaeLc2Rj2y1LPs7DU+/aDCtTLUfdR1VXWx0Joqx54/LcsXb2R7+aTvvsSs6O3BVjbuIqdunFS7F&#10;3fk8bRx4zG4KbIb46fqds42GWiriuXr6uOOrkclGhiFMqIqWkaUr2u1t9mhmsrZmeOYLMPFkZpNT&#10;FkLBWyB3NXtJz3EagvQY92Lnd76zad4kEEXiQyukelEANtNHGGDnW7MjZoFVdQVQQWYWfhl1zsHZ&#10;FTkaHC5fNVM2VkxvYWBh3ZuSrzO6MrKIt97XzeYbHZOkhmxOEjizapFoBqJGcNNMyPFDHrOulw/F&#10;yf8Ae/oP9b27WrAnA/1cesclbK5wOrE/bfLGACLc/Xj2065BHCvy+f8Am6Vo5NPTr3uA6X5/P5/2&#10;A/H+v7aY6G+XShJCpIPDr3tvlBswHJtfkD/H8/4Ae2ZvjU17TjpWpGoenXvbe4GnkfT6f71/tvad&#10;0pVhSnSkVqMde9xdPq/w/wBbi31t7ZoK6q5p075U697/AP/XtWlk9HH5sSAOABwdVuAb/wC8+wOi&#10;CrHzFQM+vp5/b+fz6zaAOQQSc/Z5/wCx+fRWIkYOAwP4/ANrHVcmxX8W/r7gqWt6uQPUPqb86f8A&#10;Ym/t90Q/AKVwRw8q/wCDqwAI7lx5jy+z1/Z0943U1SAxY2Q20/XSSoPNv0f1v+P9f30TcNbVcSAH&#10;UBYKQxK8C/vSLpMYalCuKca4Fc/6qDrSVFK8ccP8Of8AVTpVqiIDbVa5+ur/AGFj+bm3+sfpa3vv&#10;9I1D6/0JOn6MV0i4+g4Pthj4gKMcCmcV8gan+Y/b00e7VUgkcOH2Gv8AhH7eptKuicEX5JtyxAfj&#10;QRzYAfk+9bX/AIUZdOdZR9BdW99R7ToU7g/0ybP6pk3wtRkEyM3XtTsXuLdcm2JqVaxcXUUce4sb&#10;FUxySU7VEL61jkVJZVc52maZ55FZ/wBIqSBjiCoqfnQ+Rp/LqIfdjb7P92WW6eCPrvqEi11NfD0S&#10;tpIrT4gCMYzQ0PVtH8iL5G/IWo+dHcnxV3Ay0Xxzi+O+9e7doY8U1K4yG/sT2L0RsqbNpXNE9bDI&#10;MRuirgliWRY5QI2dWKRsq9/lr/Or4lfFX+Wv8XMR313htbY2drabuGti2ulPnd2bs+wqPkJ2rFTZ&#10;Co2jsrD7k3JSUFRID4qiWlSGQI5ViEa1Ly1nnvLkxQ1oVzw/CK5NBSn8+lXJ/MmxbHyjsy7nuSRz&#10;Hxe3uZqGeTOlAxoc5p/loMfzl+JXyN+Qfzn79yfUHVO4d2Yilm63pJc81RidubcNZD0x13JNRxbj&#10;3Rk8HhKithUDyQxVDSJqUFQWF7lume+envkXsqi7L6R39g+wtlVNXU45czhmqYmpchRmNqrGZXGZ&#10;ClocxhclCkqSGmrKeCfxSxvo0OrFC8MyLJBJGdZyRx8j/wAUaVHGnQ8stysN3tVutuukltiSNQrj&#10;iaEUBBGMEAgH0z1W52H1H2T0puybZPa20Mrsrc1JBBVtjcqsDLUUNSW+3rsfXUM9VjMrQTSRyKs9&#10;NNNF5EZNWtWADfvz5g/Gb4vmi/08dybS69rctSS5DF4XIT1uW3RkMfDI0Br6Pau3qPMbkqaETIUE&#10;qUhjaRSoJYEe10MckiBI0JKmhoAADxP+TpFuW/7NsxT94X6xahwOXxg0UAtThQ0+VfLpd9SfGvvT&#10;vk1L9S9abi3lR0NQlLV5WljpaDBUdS6Bo6Op3BmKrHYSCs8TajG9QHVGDEBSD7zdCfLb44/KKgyN&#10;Z0J23tPsU4RIJ81jMdJXY3ceJpq1tNJVZXa+fo8TuTHUVRIpSOaakjiaRWQMWVgKtA0LnxtWRj8h&#10;jPWts3zZ93Vztt8s1BkDDD+EsGAIHzI+Xl1x7d+OvdnQ81DTdtdcZ3ZQyTzR46trUpq3D5OogfVP&#10;S0Gew9VkcJXVEKMrNHHUPIqsrEBSCeffnyw+OnxjosbX989ubU66/i6SSYnG5Woq67P5eCBtFRU4&#10;rbWEpcpuPIUtPKwWSWGmeJGIBYEge6QwSuCsUWPI+n2/lXy49U3Leds2eNW3G/jiJrpBNSRwqFAL&#10;EccgUrx6cum/j/3F3pLW03VPXuf3o+PkjTJVdDFT02Gx8symVIMhm8pUUOGo55UXVHG86uycgEc+&#10;wb6a/mO/CX5C7no9k9S/IDaee3blJ2p8PtzM4zdmxMvmqlV1miwdB2Bt/a9Rmq1lBZYKVZpWRWKq&#10;QrEKmtJVq7oeHyrX5kfb6+vy6L7Lmnl3dZjBZbkjXDfCCGQk/LWqk/YK8DjoZ+wfhr8mun8HUbl7&#10;A6lz2J2/QRLNkMzja7A7qxuMhY6PuclVbTy+djxtMrWBlqDHGrMATdgCT/8AnjdLdb74+EW+u4dy&#10;7eNf2L0lJtB+tdxLlMxStt9ewO1+tNqbwp2xtNXQ4jJQZnCzKjCpp5jG8UbxlGUH25aEx3EaIxCN&#10;WowRShIpx86+fRF7hWFrccvT3ssdbm206DU9okkjVsA0OoV41yMUp0h/5cnye+TvXH80/pD440EW&#10;Ix/xp+RdJ2HSbmZ8XjazJZ3LdZ9Edq9iYQxZSWOTJYqfGZ7DxkCJo1kglkRgwbgp38l3vvqj42fy&#10;6+3+1O590DaGyMX8qd1UNTlv4Vms1JJkK/qjplcdj6fH4HH5Ovmqq6aLRHaLRrIDMLg+3b1JZLgJ&#10;GtSUFPl3Gv5Ur0S8g7nZ7Ryvf3l/NotxeMK0Y5KQ4ooJyK0+dOrT/wCY51TvnuX5ddebH66whz+5&#10;6zo/C1UdAa7HY2MUNLvnsQ1dVLV5SqoqWOKlWTU/r1ab2B59l8+J382PbE/z9+Q3b3yA7y7L2R8Z&#10;t37L3hQdUbD3HX9mb32ngcqm9euYtoPR9e7To91Y3bm4KzZ2DyNRPUQUSQwS1FTF9wzTXmdltiII&#10;1SNTKOOB6HHRZs3OsR5k3S93LcJY9okjYRo2t1B1ppoihgrFVJJAAFSK5yMXeHwTzEHxX6l2B1b1&#10;ps7cncm39xbfqt9bpxFNs3bedylG23N3vuAVO7M5UYSszGKp9wZKkhiikqGklSKGTxKI/wBu3v5d&#10;1fxw+bH8uzt7t/CQ0XafX2F6i7t7R6l3JV47dm2JcZv3rHafYOFotyUGOy1PtrcFLV4TcWHq4PHV&#10;04gqY1YNHLTyDWniDx3IUmj4r/LHp/q49DbfH2rmHlm/vIaTWywyyxsQykNGrgEA6TVSCKEZ+YOa&#10;apeyfl78LfnP8Uet9t7ZpcDi+w/kJ0R0x35NJUYTPNj9m9udkde0UmKFRjqvKY1lymDz0cySwu7w&#10;S6PUkiG1MP8AIs726g+P21vmPvTubsTbHXW3Hn+PVHS124sglPLk67T3hL9jhsbEs2UzlesKtIYK&#10;OGeYRqXK6VJCu7QyGIKtTn9lP+K49AL293Cw22HfJ7+5SKKsIqx4/wBtUAcSfkAT1d9/Ml60352j&#10;m+gdv9f7UzG7MskXac89NiqVpY6SmLdbp9zkKtzHRY6lL2USzyRoWIUG5A97Dnx/+avxh+VFVmsd&#10;0P27hd9ZfA0yV2UwhxW5dr56mxrTLTfxNcDvLB7dzFXjo6hljeoggkhjeRFdlMiBkjxeCVZo+yme&#10;Jya4Gfn5+fDqStv5g2ndldNuvleUDIoykVrmjBTT55ANOFequ+xvjz3H0xDj6jsvY+Q23R5OdqWh&#10;yArcPmMZNVKnm+0bJ7fyGUoIat4FZlikkSR1RioIViDJu51MOCVIUX1Hk/15/T7XIihEIYhGBJ4c&#10;P8/y6NCprVnr2+uM+vQZQqdK3ClmYG1/7S2HHIIBJBP/ABT2VPvf5qfFz42ZCHDd19zbV2XnqilW&#10;uTbixZjcm5Uopg5hrKjbW0sXns9S0tSFPikkp0WWxCk2Pt9FSvwtpBzXj5cPXh/g6I9x3ratqk8P&#10;cr1UfiFyzfaVUFqU4VHQ59bdBdx9rUkmQ2BsXLZ/HRymn/iYeixWGNTGdMkEeVzdXjcfLLHceRUl&#10;LJf1W9tnSPzZ+LHySyc2E6W7o2xvLcENJNXHbbw5rbG6JqKnA+5rKPbW8MVt/O1tLR2vNJFTusSs&#10;pcgMLqoaOERFo3p+Z48fL+fTdhv21bkWWwvkkmArpOpWxx7WCk4Pl08b/wCge4eqaZchv3YeWweK&#10;knipxlVegy2KSomsI4JsrhKzJY6Cad/82jyqz8hQSCAnO+/nT8VvjBu7F7G7y7TTZG68zt2m3bjs&#10;SNl9h7meo2/W5PLYimyRqtn7S3BQ06T5HC1UaxyypLeEnRpKkrZZVTsZvs+QBx/gNadJb7mDadrn&#10;WK/uSkrKGAKu1VqRU6VIyQRxBx0petvj3272zg6rcPX+0Dn8PRZKXDVVZ/HNs4kJk4aSjrpaXxZv&#10;MY2olMdNXwszIrJ6wAb3AYt9fzEfhd1zgdpbj3h37tOgod8bawW8NuUVDQbn3Buao25ufHU2VweU&#10;yWztu4LLbu2/FkKGrR1TI0NLKvqV1VkcKyxCKumQCuTX+WAK5Hy6pccxbHapBJLfqFdAy4JOlhVS&#10;VUFxX5gf5nvbfxn7x3NkczjMR1xmamfb+Vr8Jkpp6jE47FR5HEVM1JX0lNm8nkaPC5N6aoiZS1NU&#10;TIeCpKkEj11X3L1d3ts2l391FvbC782lV1U9AuXwk8jJT5GlSGWpxuRo6mKmyGKydPDUxu9NVRQz&#10;okqMyBXUl+JiSpFCF8/9Xn/qHV7W9trxI57SdJIiTkfKlQfMGnkR0i9zbG3V19nJ9vbzwVft/Mwx&#10;CoFFWxqHkppvIkVVTzQtJTVlJLJEyrLE7xsUIBuCPYGdvfOz4k9E7pfZHafdu1Nt7uhalWs29T02&#10;e3Jk8S1XHFLTLnabamJzjYGWaCZJQK3wN4XWT9DBi88qwy6XmGjNfM1P5cOkdxv+37fOsF1fohoe&#10;0VYiuc6QafnTGeHQg7Y6D7k35tufcGydhZXMUhpqtsfWTTY/E0NfLAsq6KObL1mPWuT7iPxlofIu&#10;sFb6gR71eP5rsfxryveO0exPjRktoZnBdpbLr9675y2zs9UZilye/sjvLcZzGQy1FU11VJgM9WQ+&#10;KSppDFSMWYStEGkLMXXXhmQNGa1FT9tT1GfNX7te8t7nbmQiWMs5U1q5dqkip0nhUY9aZ6Nf/Kf7&#10;H+ZO8euO6tofNHrnIda7z6k7dXY3X+IrcM2Ohres49mbbyGCr8VlEVqLcuK+4qp4o6ynmqIg0bRa&#10;7xlV3I52/UR9bg2FrDg8/wCH+w9iVQaDURw4+px/qz1Ksr8FxhfXPGuc/Pz6I/jkvpFjpBI/IJXm&#10;4P8AqibD3rB/z1+rtg7T3x0d2Pt3bVJid7dpr2cvYGdp5q0z7mOy6LqvHbYkraaWqloYp8VQZWeF&#10;ZIYopJI2VZC4jj0k+6xxq0MiDLg1+dKAdRrzjBbxz2k8UdJZNWo+ukIFP7Cejmfy0u2O+93dlfK3&#10;rDsvDU2O6l6qi6Uquia2FITLlKPfDdtSb6eapjJkkEOT2zRFY2t4jKxAGs3sd6f+c/xN6K+N/wAY&#10;dn9nd17ZwO6Yfj10fDW4DHUW4t3ZTFTTdZbakjhztJszC7hkwMrRWbTWiAhGVv0spJzDf2kEFnHP&#10;NkRrUcaYHp/q9ejiHd9utrDb4Li6XX4MYpkkdg/hBp+f7Oo+T6h7Y7C3z2fncFszIVNAOz+zaamr&#10;Z5aLEU1VT43fmfx8M1FJmayhWuWSCnUlodYL3t9OLAdmb52h2VtLDb32FuLE7r2juKlWuwuew9Sl&#10;Xj6+DU8L6XWzRzwTxNFNDIqSwTI0ciq6soN4pYnKXELsRxBHpX/JX/VnowWWGcCWB9UbcCD5f7Ge&#10;g0yOGy+ByVThM5QVOMytDJ4Kyiq4zHNBIArfQ31JIjBldSVdCGBIIPsCO6vl78a+gciuE7Z7d2xt&#10;TOfbx1T7cUZPcG5IKWdDJTVNVt3a2PzWbpIKqMaonlgRZR+kn3o39paMzXc6iQgepP5gVP8AL0p5&#10;9F89/aWmpLi5USeQyTT5gD/J0Iu0Osd+b0gNXtrbGQyNGXMf3x8FDjnlRiskcVdkJ6SklaNv1BXJ&#10;X82999Q/Kn49/ICaopOoO1ts7yyVJRJkKjCQPXYjccVA7KprW25uCixOdFNA7qssgp9MLuqyFSyg&#10;rLS/tLxz9NOrNStOB/Yc/wCodJ4r23u9XgXIL+mfT0Of9npwz/XO9NmeN9zbcr8XDLMYUq38NVQt&#10;OvIjFdRzVNHrYAlRruwBIuAbBX2v89fih0tvzO9admdr/wB2t67d/hhzWE/uN2RmWohmcPQZ7HXy&#10;O39nZXEzGpxWUgmtHO5QSaW0sGUbfedqs5BDczgTrxGlzTzFaCnwny6Lpr+2t5jG81HHyPn60Hoa&#10;48+l1tzqTsDcuIpM1g8D95i6zzilqv4rhKcS/b1EtJPaKryMNQpSqp3X1IAbXFxb31vv5z/Evrrd&#10;o2Nu7u/alBuZKg0lXRUMWaz9LjaogXpsxmdu4rK4TCTxXAkWsqIDGbhrH28+87bbTPE16iy1xxIH&#10;rUgED9vSdry2R2V5hrP2nPnWmOnLE9Xb+y+PGToNsV8tEYxJHJI1NSPMt+JIKasqKepqVYXsY0a/&#10;vvsn5p/FbqoUX99O7Nm0kuQoaHJ0tHg567eeQkx2Rihnx1c2M2XQ7gyENHXU0ySxSPEqSRNrUlfV&#10;7VSbzt1kKXW4JrIqKEsaHNaKCaZxUfy6pLcW8NCZx4hHEGpz+3Hp1NwfXe9s6JP4dtrIusU0sUr1&#10;UcWOhEsJKyRCfISUkTyxSIVZQxKkW4PHsT+te2OuO6NrRb06t3fiN57alq6igbJYqWX/ACavphG8&#10;9BkKKrip8jjK+OKZJDDURRS+ORH06HViZ2N3bXkb3FtMHgHmvy4gg0I+dfX59UeWOVaxOCg/yD8u&#10;omQw2W25kP4ZmqCpx1Z41l8M6rd43uFlikjZ4Z4iyldSswuCL3B9h/3D8i+j+i1pV7X7J27s6qr6&#10;eSrocXVS1VfnaukjYxvVU+Aw9Lkc3PSeVSgkWnKMwKgkgj3q83fbrDT9XOik5ock08wBU/yp0WXM&#10;oZqOBw4U4mvH/V+zpZbY25n8/wCQ4nG1VYkTrHJPGFjp0cqCEapnaOESaTcgtccHj209UfIDpnvK&#10;Krqup+w8FvIY0wy5Gio3qqPM46CoNqeor8DlqXH5mjp5nBVZJKdUZwVBLKQFVhulhuaSmzuEchcg&#10;YI+0Gh+QqKeXRW9TMh08SOHCteA9P9VOlVkcDmcJEUy+PnomdZBEzBXhkKj1LHNE8kLkXuQGvbn6&#10;e7J+kBcwf1DxcC9w2oj3HnOjaA5KnTQ0qBwPDqeeRQph1gVwKcacP8/p5dU9fOVdWIyfK+qlq2Y3&#10;/pCTwQLagB/rXt7so23fw09he8K6dSg3AjCsLkf4fT3j1v39k9WpR80PmTUef+rHl1Kk3xZ4j/V/&#10;l603uzFH96M2dI1fe1qt6b/R5Li4BHJPPPNv9f2rassadENwugsAlyL3Qgi2pW+hve9vYesAqzvI&#10;KFqgVNPQ8eBHypTHQWvwTHOaZ6J7u0s1NVqQwCvIRa/5ZfwCQRce09p9VuT+OeD+LfS3PsVoTRG4&#10;Vz/KnQBuO0v0VvKWWWUHmxYc8/T+v+29yI1/aFrahcqTf6i9vwfp7Q3D/wCMEtXSeNP59KYaFaUx&#10;/wAX0p8XGGpIxa7aAQbXAGhgCeD9OPfO48shH5hkAv8AQWjYn/bj2zOtbAVzRhw8+4f5aHq1v2z5&#10;GOlr12+jfOJ/Aaoh+oFuJY/wf6gkf6/vVR/nSU5k7ExRZef4Gp/A4aUsDYC4Fz7yK5TjB5CsqcBc&#10;Tft7R+3rF73z1f1xtWJx4C/4SP2+vX1Fv5MciSfB3ZhT6DcGcv8AQfWPHkW/2B902fHinA7I2+SD&#10;xkYz/t7j8/4+xpyXEy7iCOGk0+3qIblqz2oBxqH+Hq1p/wBDf8Fb/ej7vINzSxaiLiJPp+PT+fz7&#10;kKaoc6TxOP8AV/h6HchURppro0+f+T/L0HEQtVTf0Ejf7D1H/ifadqRcsOSOOOP6fkfT/X92UsqV&#10;agk4faP9XDpHISQa/EeP+r/B0+0/B4PFvz/vX+39p+puoa45vc/1/r+P8D793fYp/Z0XGoNfLz9K&#10;9OcViR/vvoL/AO9n2nKwlm/qCPoeD/rkcD6D3YqugChx+z/V/sdJpGFa/ip+XUn2m6kcn/W/3x/2&#10;3tMyla0Wn29I5CAO30/y9Z4Tb/Yn/intM1a+on/WuRb6G/8AxX23lgAMAY+Zr0lfj8upPtinAJOr&#10;8fS315/25/HupVVAZRUdMsCPhx1720zEgi9rE35/NuLj/W9sse4/l/q/l0wTRmC9e9tVQR+oXt9L&#10;g/0Nj/sLe3BQAhemj8bKTnr3tlnNrj/H/fXt72c0OnAz9vTdaHupwz172xVahTf+ybtYkc/4D6f1&#10;96YMyUBH+qny4/y6TOCKUIp/xXXvbLOt4yfyP9b/AB5/r7TzRszrpwOm21K39Hj172xz+m/Bv6Rf&#10;/bE/429sCpxQU6vXxSxPkcde9tky3UkW/H+va/5961EkFq168WoADWvXvbHM3qP9Qx+v++/p7oxo&#10;ftPXhnr3tqnHLfT63/4r7abPHj1tgOve2arW5vbmwsRe4/oT7Zpkg8PPrVKUr173EWuroVKwVlVC&#10;B9BFUSpYj6cBwB7YkjK+XHrdKUqcde9j10LurtCT/Stsvr3KxNurfPWmQx+Hp8vLrpqqpxWWxOaq&#10;IopagtHT17YijqhA5sDIQpIDH2ku7cy28nhuRcRlWStCAwIU4YMCNDNWoI8z0N+Sb26hvNysbZgB&#10;d2kkbDALBSJKKSQA3Yaepx59JvcWNw9VJgMpmFJG2s9Dl8fKHnVYMjVY/JbehkkSD/PRaM44KuDG&#10;rEOf0Agfe+vnl1fiotnY7rbaOL7K2VsWi+4zWSzm33rIdrdlU+UixlFj4KWm3dtvImhpsjI9W7z0&#10;k2mqML00vi9HsPvuENi17cWyCWPxDVloQGDKEBUsralNQSF4aSCTnqU945htLtNm22ysIHliiWSJ&#10;LhZBQmOQtoKOAyDDjUT+oO3sFOg22p11uiOu3lmty7kq8Xltx5esgibatZTyQVO26Woozgp6+LOY&#10;euSizsFHDLSsaPxxNSOpcNUjyqCGS7sq9/zVG+9ybZbJ7Rpt75/E5vee7Ypk3DXRYx56eOLadXLu&#10;b7mSgpHwUOl440lE8TLKfGWQm9ruTXUayRwLHYxkgkgKRpLVCDUSF7AAaV41IHCL91kuZJY59zb6&#10;mWYq7SFneQh1GlSxIOpVCnHAnLEGnQuY/F0GIpYcfiaWmxmPpoRHSY6gpqajoKUeSWVzBT08EccR&#10;meUlgPSTyADclJbw7h7F3RlKSbd1DjMPQbZwWNqtpUGHizUWUgXIUu1sjLPV5PK5fI5CKiKGenne&#10;mrY5dYhViWUMNi5uriQyzwrGy5XSCGyV1aiSWAoaHSQdWn0NE277l9RFah3c3MSKAAWKLU+VSXyF&#10;XNfzwKZqWigpFl8YBedzLPKUhR55GJu8ggihjJ5/Cj+v1J9mg6ibcdL2lQ1tPhM7lcRnMLtWoyW4&#10;3xK5LOw4fMyUlas+HrpFbLSQUZnmpZnVJmQRAKWP7jHfgaxO0SrVVUazSmBUAn4ioFAa8APSvS7Y&#10;JbqHerItHK9vKqGQqpeRUdgS0dQSKcNS6jxyTnpq3E0IwtfIXpI5IYKs00ddVLTUMtYlPOKeGtJn&#10;hikp5HsxR2AtYm1uDfVOyoOiO4tndoTw7dhzm+9ryLlZd2ZXIZiog2NhMlL97ltu7XxlX9rBujLV&#10;+XikqfLSyh4oIvBHGwlVw/PBY7618Y7yYtCfCYAso1gB9KnSK9zhWKMFYEqxIx1MBgueRN12Tc5L&#10;a0DXitI7zEySCAlVLBFbEjijaShAIOlVOsdAGM/he9drb+2rg8nuKRNp5AberUwELYWnq9wx0P8A&#10;EVxUear6URz42icRRM8NRGVLHyOQ0Tkxm3O1x2jjcjuHd+c3fR7azG4JtrYhs3g229lcrmqOvop6&#10;HAVNbPiYo8Lia+sxqxxwJUUNRNVBUjH737hYLOzsI7SHaLSOK6jOpq6woXvjaRQTVmGorqcMNJIP&#10;AUG+3cxPzLDPdb1uNwNqupzFHqjCM8g0skbSeHSNDpAoJI21cKBqsA2U6nw/UMm3sD1Zs/Z1HuLB&#10;4ldyZiCky1XV4zD4epgzGEym64dsTZxclm8/C+Yb/LKvHZCD7YkylmijCEx/mId94E9Ld2/HfF7d&#10;3L/HaGj673pn5MFt8VW0MXVrkIew6h6/cEuRqSstPgMGy/tiTSVWIPq8xBFI1itwbvxJJNwihNC6&#10;kMIg6R8NKKBVCaEVLMKA4AKud+YPqbPc+TrayZWaSF38MKYhI6mVgW1s2FIAwQNNK4Ylb9BdUVlZ&#10;uba/c9XlTmftcbuza2Nr8tPW0+cfb9LWPhKIDHx4jG0fhqK3HTVLFgqyCcSBf82sevCCHXUL2Pq9&#10;q1FddeseiCraTxHR3vcKoW/PP05+n+w9tMFKnUaU6URHy697ayObAfk2/wCJ9tMAaFvTpWfXr3uF&#10;UAX4tz/X6X5v/vHtmQKUqBwbpTCe0V9eve2l1PKng/7b/H3QgMOOOloPmOve8Fje1ufaWg16fKvT&#10;tcV+XXvf/9C05mPjbkKHta/AUCxHF7Gx/r+fYMKJ4ihQTIDU+da/7HHyp8us3UBJIHEdFipwxcBx&#10;ZAug2t9FI1kADj6cfkEfS/vEp/bUXvwSALFrliLek2Ck88j8e9SLSWRqUNfsFKccjJ+w+Z60woCS&#10;QCeBHT9QKolBUqdQtpWxYE6dQslwoIFxce+iwC/QmwtfgBrfU3ut9RF/dND+LXUAT5cafLgaUH8u&#10;HTRJ1Es3dx+fqK/YOlImmSMWN/zqFzqIHJFhY8j6W+vvi3qBdgLcFR+RwCR9P8Prz78CEIijY68g&#10;+np/qHWvxDT8Xr5elf2dSYAWkQWOktx9R9bG5Njb8H6ckD3QH/wo1IPwj6ssPp8p9kC5sbf8Yk7v&#10;Nr/7H+nsx2YEXc1W/Acf7YCv8vXPUWe7AH9XbShx9anDh/ZTD/IerW/5KNv+HH8ob3/5we7m5uT/&#10;AM14+MBtc88X918/G3+Wp8Wd/fyhd/fLTdW3Ny5fvKfpr5Gdj4bc0m7s9RY7aWV6cznZNFt6iwu3&#10;MTV47A1uPylNsOAVoycGQlZqmYxPF+0I10t5cJfiCoEOpQOFTWlfn54p/n6C+0cn7NdciXW+TxMd&#10;x+nnkDamGkxGQKFUEAg6BXUG4kgimF98wf5r3z56m/nW9T/EDYuC21iPiQ3yM+J3S+5a+bZFBka3&#10;e+N+QOI6ln3RW5DdWSSsyeMyO38h2RUx0BxklFEHoolnWW8ocXf+E2OVyU+K+YmCkq5pMTjsh0Rl&#10;qGgNjBTZHM0vcFJlayMBdQlrKXA0aOSbWp0+ljd3cSqeEx88caeY/wA/Sz2lkkMW/wAWSgMJA9CR&#10;KCf2KP2dGo/nnR4nEv8AHbc1SkNLKuJ7ijyuRIIdsVgm65yFLHM5NvDRSZOqdRwbzN/sKk+q++fj&#10;z3v/ADAN4fIP565LJZzqLPZve+6f4MMburLUlc6s9B1ps18dtpWzkO2tt42WAxwlljePHpFUmRZJ&#10;FkVNHIluI4MP6/4T+fQIsdy2ncuaJ9z5mctYMztSjGvlGtF7tKimP6NDWpBOB8rOrvmP09/L/wAD&#10;07/LX29tmH5CUEWw9tQZHPZfaWHhw2LY/wAR7L3gK7dNRBgKvceZqqaSHWBJIsuRaaBUMSPGInx9&#10;7S6h6u/m8dabh+HWUzEXQu+e79h7C2zSVFJm8YZNp9xw7d2xuvbNXjNxumWlw+3tz7jqkpBWa304&#10;+nqF1Osbe6SKzWbeOO8KSfy+Y+XSjbLyws+ebOXY2b91yXKIoyOyXSrKQc0VmNK/wg+nTRNsn5H9&#10;kfyosnjPndt/bWN+UO1epN8bo7BjwORwWaxibp6tzO58ttDc2Pym2TPhUyW6dnbfoKqrWjKxxy5G&#10;opiFXWou3+efxL+CeZ+WOA+R3y1+WWP2nkVfYVUvRG78nturxGY2hsqOjEm36bA0YXesW1tyVFLV&#10;y1ThZEaqrpgrEMIvaO3ll8IRQxVU17h6+vUh8ybJy1JvcW7b1vYQ9h8FitCqU7Qvx6WNan1Y/Z1r&#10;4/HH+ZF/NAzHWnZPxb+Bv8v7Lbww+Hm35t+m+Soot14iHC70z4qoo9y1GdzFLB13U5/AtUU32tK1&#10;Qsr0tJHqUWMooI/mQbz+KGK+V2xOwPgRUbVx2ysNsXY+5a2bYmIz+3cBjO28BvPddTJLQ4rMUGHk&#10;op4cHj8JM/2caU7SEsG8xlPtfbrKYmWetanj6U/P59RnzXcbKu9W11y1oFusSMdAKqJQ7HAIFMBO&#10;GPzr1sF/ynsb8+Nw/EvsHan8znb9ZQduTdsb52zg4MrktrZurznS2T2LsQ46sqchtrL56kqln3Tk&#10;9wUy/dSCpEUKho/EIi20N/ObsP5bHyP/AKn/AEPkX/8AE9dXX4/oB7LbRi11FT4QDX9h/n1L3PrA&#10;8qbrpOP0v2+NH8uP28OqKvh8tv5pv8utj+r+9nyWB/AsfiL3ceAT9b+yOfyNeq+uO4/gP2nsntXZ&#10;W2+wNo1Pyr3RX1G3N14umzGIlrcf1b0tLRVT0VWjwtUUsjFo2tdW59vX0pjlBUkOFqKfn/KvH5dB&#10;z29tLW+5bvbe9t0lg+sLaWFQSI4vLo1H8+nu/wCTXx+7Y2b2B8WBk6Xf0HSONocjncRUSU1ft/bs&#10;26+zJMlkIZI5oS1kisQSR/Ue6sP5InTXVPeHys7C2n3B19tTsjbOP+PO7Nw0OD3fh6TN42kztJ2R&#10;1PjaXLU9LWRyxRV8FBlqmFZANQjndfox9qrx3jjQxmjah+zNegdyBY2m4bzcwXtrHLF9MxAcAgHx&#10;IxXPnQkV+fR9v55PeHys6C+KHXG8fh+uTfszJfIzam2s1Hiqmelnk2PWdY9vZTJrK8FTSO0Az2Gx&#10;hKliNQU2NhbaF+TfXux+q/gP8odhdbbTwex9l4H4x/IkYba+28dT4rC4z+J9fb5zOSNFQUypBTit&#10;y2RnqJNIGuWZmPJ9pIzWRC0lWqPPjUig+dOpb3i2trTlzeLWziSO3S1moqgAZViaU+ZJ/POeqReu&#10;Ow+4O1N3fDDf3fcldN23uL5i/DCferZGaWoq0yNH8getsbTQTTSyzOwpsbSQxx3Y6UQAcD3rSfyZ&#10;fhJ8f/l9m++8p33t7M7ux/VtL1lDt/bdHubNbYw9ZNvo9hnJVmYqds1eJ3BPNQrs+nFMsNdBEPLL&#10;5FkumhZdSvEqlPOv+x1FPIuwbbvcm4vuULOkISgDFR366k6aMaaRShHnWvla3/Pc+eXzV+Fm0ugs&#10;f8M9rYzIZjs8dvZXfm8a3aVNu+r2diutY+s3xcVDQZVarAxDO/32rDK1TTTuRRKItHrJgfy99sUv&#10;Tv8AOYfqbZ1XXQbU2r2v8qOsKeKpn81TX7V2XtXtiLDUuSnZS08iT7Xop3bgtNCD/Ue3GYmEM3Gg&#10;4dV5agWx56NlCT4KTXEefNUWSlc/0QePEdGs352Lmu/f5U3U3eO+aHHRb07R6B+L3b2chx8D0+Px&#10;u7uxaLrTOZ7+FUzu709LHNuWrhiRixWJ9JJPPvcbk5LksAebf7E/U/i/ukR0iEBDwFf9jzp1NAYa&#10;sCg9P5jB6puZhFDNIzHREHkIAHKxIW5Fl5sDYf7D3r891/GP+XT1v8w92d+fJ/5Rbd3VuXP7h3Hu&#10;3cfRfYMuB3LR0/8AHMXV0ODxdfgttwVG4ocbtenqaU4ynrKdzJDRxhhJYuFaBQKGopj9n256jm+2&#10;rlq13ubcN23ZXmZizRPpIFVoAQO6i1GkEHAH29JPb38xD+b/APIPqbKdHfBn4C53aG0NutRbV2f8&#10;lcgmc2tSZCPbmcp5s1ksdX70hxGzclV7lFFUxVbUVWxgkqy90NkNTVFubpjC/wA3Lq7N/EqqxdL0&#10;1k/kR0PjNoSbepsxjsOuP3pDsXb/AGLQ4yiy8FBkaSglzOczNMsLRpCiNpjUwaAdrTWoHCvQOEli&#10;vONo20EfQtcxBdIIFG0BwAaGlSwpw9MdXs/H6L5PZ7+WQF+dOEjxXyVpese5qnsnGfcYKs8VRtbd&#10;u/arruueq29XZbD1FRU7KxGErHkjneQyOTJpm1qtrX8+7YGyf9l6617PG1MDH2IndO19jf31TG0s&#10;e5ZNn1OxO1c5LtqoyyRrV1GHXL4+KpSCRmSKZSyBS76np6EVLVcnJ/2f9Xn0K+f7aAbda3RjH1Pj&#10;quumSuiQ0rnGocK/Z1Xf/K977+RFT/MI7Y+OG7cSmL+Pw+OO7u2NgzpU1Ev8Z3TgexeldpT5FoDU&#10;yUkE6UG7qqNyI0kdRHckKPZTfj3/AC+/jZvT+Vpvf5P7p25nsx3FP1J39vzD5+XdedoqDbGV6ryn&#10;YdBgKfEYHE1ePw1XRVcWzIGq1yUNezvNLoaMaAlkijMDSEVbSfPh6Y/1ceiXb+X9tn5Xm3OSMtee&#10;DK9dR7ShcLRRQU7c1r5/kk/lx/Mx/mA9WfzderfjBsXZWAw/xCk+RfxU6b3Fuup2VDk6neeO72pO&#10;qZd1T1O5cg89RjK/CVu/6ymomx5po0ko4xKJDrDZP5MXZuV606H/AJg+8o5mqaPq3YO0ey8ZjJVE&#10;lKmUxWzu6spXzCMIzFq+HatJHJ9brCot9b2talLivwgVP5A06pyhcPb2G/yhhoijV6EZqFkOPt0i&#10;tcYHVq/zg25Q7h3/APHLESqsM27NyZTadRVq2iV4Mjn9iY+ig1MQo8dRmpShuLNIeefZcv5WPxb2&#10;L80O8+1t2/IFspvjEbNxlLurMYaoy+SoJt5bx3rmq8x5DcGWxtVR5aaip/4fWTzRQzQtPUPFrcxC&#10;SKTVpEk0j+JWgFfz/wBX5evRfyztkG73t3LuBLoi1Iz3Mx4mmSME+WaVxUEsP85b5j/KD4c9UdFb&#10;G+E2wcdm+0u2t05/Ew1kuBjz1NtDr/rvBY2qy8eKxM7JjYclkavO4+CKoqRNFT0yThYjM8UsKD/m&#10;yfHPqP4y/Jbbuy+l9tzbT2puPqPb++avBvmcxm6alzuS3lv/AAVY2Pqc7WZDI09FLR7bp2EDTOkc&#10;hfRpUhFrdxxo0fhigKA/nUj1Pp69M81bdabbuMcVnHpheIPSpNCWcY1VNKKOl3/Jf+W/yP8AmJ8a&#10;+0t7fKTEU+C7O6++Rm6Ophi4sLS4KelwWD6v6g3XTCvpqOCmhqKuXLb0rXE2gM0LRqSxXU25PM34&#10;+lzcjjg/1Nh7E9akgNUDzNf9XD/UOpRuJAzFD60/l+f556KdRRFVBItb8j62A5+twfUP63965P8A&#10;P4Nz8Tx/T/Tt+D/Tpr8/Qn2TbsqqLUrTIatD8x+Y/PqP+cv+WbQY/U/wp/KnDFePVgvwIv8A3n7r&#10;vcf7gepLXADaf4j2za9j9B7DHuv4EfHfYH8r7AfI3A4POv3DWdddD9i1m7K/c+YqFmq+zcnsOjz+&#10;BTAR1NPtmHCUybxm+2IojWp4ItVQ/wC5rdmsbaPa1uAh8fShrU/ipUU4UofSvSa62ixh2Fb1A31R&#10;jiapJ/FTUKcKd3pXAz613dGfzJPnf2n/ADcan405/qbHbZ+IFB3H8n+lk3MdrOk+XfprBds5DaW6&#10;6fclSzVyVmZr+uqaN1VzRypVSBYw3jKGN/lS9kV+w/5d/f2+6mX72Hqfe/cm5MVSVQeSngottdSb&#10;H3o1AIoNMz00+UmqJGCnUWnax5Fl2zyyR7ZcSAaghc09AFDH9mTT7elGxTGLaLmZgGEbuQD8kBPz&#10;9erG/ktSY7JfIPaW3D/k02e2/sCmqZVZIzPUbn3nuXbNCRJLeP7h/sUiW9hwvsh/8sTobZ3y+707&#10;g7A+QsNR2U228bR7mrqDOV1cqbj3lvPNVrnN5ySinpXr6eiixdSTSswgd501IUTR7RbJaR31xcS3&#10;Q16RWhrkk8TTon2e2S+uLmW5UyECtPUnzP7D/m6Lx/N7+Sfy7+NXW/Q/XPwP2NR5LsXs3cm5qWty&#10;Rw9JlaXamwtgYTFNWUtLTV8iUdHV5fJ7lolSqk1NHFTyqtnkDqjfnl15g/g981tmbi6FgfaNJFt7&#10;Znbu38JSV1fNSYXIfx/cW38rhoZqyapq2w2Zl2rM81O8ksRgrpIQBDaJdbtCm17lC9n2rpVwM4NS&#10;CM+Rpn7acOmdyiSxvo3tsLpVgPTiCP2g9Ln+U18iu/fmL8SN+r8vNrwYPuHrruPfHSG8VTEwYj+M&#10;QY7amxd74bONjoHakhqqfH9gQ06ywhBI1EsvLsXYwX86ramyKPK/HfsLbe2MPh9wdj0HZNVunOUW&#10;NpaHLbmhw9J1d/d6TPz0yhshV4uky00cckheRUfRqKqoBhzTHFWynjA1vrqaAE0CUr60qaE5p07v&#10;SqGgkCAM2rPmfh4/Zmlc06WvwT7F743D3N8sOuuysBT4vqnriLpar6OysNRJUNnaTdv+lWPe8zFp&#10;pI4Upchtih0xqkdvIWIJa/sF/ld8S+mOpvgj8Ye8NmYbK0vY3Yj9XSbxzVbnspXw5cdgdT53e+Sg&#10;XFT1BxGPhx2XxKLSfbU8MggdlmeZrMGNz26xttl226hjYXT6dRLE11Jq4cBQ8KZzmvSW5t4Y7O2l&#10;QfqtSuTmq14cBTy6An4a/Nj5id7fzIPld0X2b1XTbP8Ai71bR94Ybqrdg27UUlTuPcfUPeW1Otcd&#10;Xpn5pL10W5Nu5atq5IiGTVAjRFFVwwqdM/CToDef8t7cvyBzm3cvUdsr1p3Tvai3Ku5s5BBi8j1t&#10;mt9wYalo8FTVsGCloKyk2tBHUipp6iRvI7I6ErpMbLZNvm5al3CSIm78ORg2o4KF6UHDOnNQfOhH&#10;W47eA2LSsp8Whoanyr5cPL5+vQIfI7+Yx86Nn/zSNn/GHqjpyiq/jDt3vf41dXdn9hVe2Z8quRxH&#10;d+M6rrtw1a5kGNsRWbZi7GkMDQvpElMpmVkLKRA/kj5Gskx3yTxMlTI2Oo63qTI0lISPDBW5ODsi&#10;myFQgAuJKuDE0yNz9IV9quRjqTdI2P6f6f7Tr4fbQV+zqtizaZV/DUftzw6to+S2RocdkNmGcrDL&#10;JiN45CeqY6UTH4OXbPlMrHgJC2Y1D6WBPuunYvbPT/bHy73L3B8sq6tynXuWye6c8Mb9lnsjT1TK&#10;zUmyNtNRYQfxSPCYWhkh0RFlRko1jmLh3Vw7b3llebzLe7w2q3JY0oxB8lXGaAf4M180TOHkZ5K5&#10;6SHzHpfl7tf4xNg/ghtvaeW76my21sXRPvLJ4HG4jCYBpnrN3Z+SXP1lLi6zIyJTfbIl5HDVhkRf&#10;2wyqvqPfXXex/wCYbsnL/HSuyKdT7p7R2ptTCU8tPlKAvt/sZMNhM9hKihzLrkHxuIzeZnWnFRqa&#10;1JFKLsqH2qsbq1teabeTaXb6J5lUcR2yUDDOaAk0r6A9N6akAE8R9vH/AC9KToGf5EZX4i7UrPmJ&#10;g9sbc+Q2P2zuabsuh2rkcZk9vx123s/uCLBZqgrsNNU4wSZ3aNBQ188cD6IJ6qSGy6SBut9GgD7c&#10;NYktF9Ra3P8AsLkD2s56r3MpoPt/1fLqdeQtKxoCTUn8vX7P83VOHzkf/cXlSouq0tafoCptTlbE&#10;X5Um/wDj7sm28XFNATwPBGSDdrkoOBpW4LW/1/ePW8eExKrk6zkUFKH5nNP2cOHUoztWUBTXrTd7&#10;VlZNz5tgbgV1YTYEtzISb2YkFxx/Wxt/rqquZGp9K+keNQWNyo1WKqCLAagf6c+yXbEkW5LNnOB5&#10;4wSRnhT1xnoMXxYRy1I8/wDL0T3dsoamqgpH1a7clbliyqDfgW/w9p5P1fm/+J/w+n09i4/gqcU/&#10;y9AK6qNQ6K7l7iWa311EEfUgXP4/1j7lxcpxe4At9bDm7cfT6Xt7KLnE2SNNfz+X+SvS63H6Y+zp&#10;aYYA0Udr6hDGbkn/AFNzbm3P4/r74supiLm5WS4vaw0kixJHPPvYJFu9QNOAP9nq0Sj6lBTJ/wA/&#10;Sm2efFvLCuC1xUxufqLDyra19J/3r3q9fzmKIvv2gci+nDKLm5P62PJPNz9feRvJShuQbHSwr9RL&#10;5Y/Dwp9oHWMvv5B4XNVix4fTj/CevqA/yS6n7n4N7UNiunceZsDe9jFRC5uT9dHumPoCm09iYI2P&#10;Fev/ABJNrf4+xvyijR7gtaEBW/wfZ1B1a3FtgV1D/CPXq3R/0N/wVv8Aej7uk1f5NH9f82pFje9h&#10;+bAji3sekBpAKUOoj9teHn0P2NY0GOA/1evQeKLVEn5vIf8Ab3U8k/n/AFvbHPbUf8T9PdGDBsnz&#10;6RtqAcscgf6v9VenyAcC3Fhf+v4H+t/X2xVdubfX6f1t9P8AW/p7dyVoxNPP/V+fSF2Bbjgn7Op0&#10;X1/Nr2/2/wBfaXquBfgnn63/AKcnjj3qWtFFKD/Z6LZq6jVaUx1L9p6cgm//AAYf7b/D6D2wwIID&#10;dNsaaRWv8v8Ai+s8Ysfpzcfn+n+3t7T9UAQ97/Q/g2IF7c/7D3TtJK1xT/i+k7YoAepPtOzDk82/&#10;x4tx9LfX6X9+C9gNMf6q/wCx02fmOve2eoHq4A+p/wABf8fU+6qqka/MjpKaqo9af6v59e9tMq31&#10;X/P1/wAQf9iffqgmhXPTZYmlDjr3tpnS97f14H4Jt9ef7PurLgE8P9X+r5dNNRhSvXvaenB9asbk&#10;f1sB9OD70TnAoKf5ek2cqfh697aJT6SB/T/jX+HvTgAinDqtGzpHXvbPMt/yL3B5H9D/AIn2hkOc&#10;LSo/4v8An14VCuCBkde9s83AcEW4/wAT/wAa/J9tscqx+InpnxTVRQVJ697YKkaSTf6m/wDrce6y&#10;+VOlINOve2lyWY3t9Bfkc2+n44+vuiDuavp17jU9e9wJ19BNv6XP9B7ZYZqOqg1x5de9tEg5I45F&#10;/wDAgnm/+J9+NWTHGv8Aq/Lr1aip4de9uG2qgU1ZkpDnqjazf3Z3SItx0cnjqcLNHt/ITQZCF9S6&#10;HppoQw5H0+o+oTTxtJFcqZvDJjfuBAKnSTUEjFKVHmPKhz0Y7ZJ4d/aMseo6x257j5LjPccYNc46&#10;97RO3O+K7f2H7O6VoI9nbB2Ru9cnuPsXtWu2Us+Xqp66TH/YjMGjpMjLSY5t1vSRx1SvG/j/AH5H&#10;139gBt3e8WfaraAJbvXxJio/EB3OKfxUHiMa07z3E9SzFb3W1We3XV5cq0skqgoq62KqSwQSdzhQ&#10;B8KADU1DUVrAmx1PNXUuRkNU9RRLItNGtbVx0iNMkkUsr0KTx0dROYpSoeVHZB+krc3A+j7C3Bk9&#10;pN09ldy0WRw2Mz0FXg6Seqqp2jyORpap6/LYubGGWjp/32J8Rch3nBdRIHIL45HbVtj3UZpJ21JJ&#10;qwYlk0VAFc6c0LCtKGia9gkiW23SGGdbUB3KUGlCCF06ZKHIFGYAfCStVI6naVDFgoDMFVmsNRCl&#10;ioJ+pCljb+lz7G/qGr6l/vJuai3dmd85qiosVjcX10HgxGOhym6adaOieHI5XKNVQUsKy1IQQMoS&#10;RWBJUhR7EW2XFhFdS1uJZQCFQuAoY0Fe48TqoKEqM1446ILm1iktXnvrXRKyO1ISKgs2pS4atIwo&#10;Y9tSfVc9YZxUkwfbNAo86mpM6SOTTBXLrAI3jAnZ9IDMSqi5seB7sq6s312zlDlpNo0ddtvdGy8J&#10;j8HHlN045qiOnw8Kxz4uCkpCkFXT558TL5ESCogpJBHHK7hWv7GjrJdQzxi3ABORICRkYGk0q1KG&#10;lQgrxoR1fYdz3u3uBPayMl9bQhA7AEqoB0haiqtThSi0zjzZM1h8Bk6F8Xl6KCqx1fVF56E3Snq5&#10;ZHvMayKN40qopHb1iQMGJsQSQPZ9sEWpazq/uzd+JzmQ3NuXZsUOVlkrBhdy4CWHIfx2q29T1OMO&#10;VSgwVbBTO1cIawJPHojBfVdA/oMw3PbltUh8Ir+owVgO1DQrVhUMSPiK60qwNB1NUTmym5Z5y3e5&#10;nubu5t+7SzROjpIz6EZdRWNkB10ZWKPpFasoLdXY6k3Jiex+oNqR7T2vTYHJRUlCs2Eh3Jip6PJ4&#10;mlpoclWY2smoqWqzdDmJLQLIJUiqqVHYSBF1JLrvfcHYe4Kyt39FLULPvvOVO3KKjrhQ7Z2pRpPu&#10;DJYaj+93TkKaek3liZ8F5axKdHkEDU8saCNifaw+JbWfh2sayyIqLrKk4UaQCtBqOkHUqCgJqFCk&#10;EFez7va8xXwvOYfGFb1mjAcLDDXVIAGlZSsiulTSp8OnqQVFuXa2S2Xtk43Zy4VKin21iMdlMjJg&#10;qiv3JumSklosZVS5PG4LGyNlaKroKt1VmKpHUyPey+oe+Q+0s52t1T8h1zG8OvOu9i7x63odlYPN&#10;4bIWqZuw9vpk89FQZmlo4KitqaLO0b00FU0UMjRY37t1DAkew5vckUFiuz280z3TAOPEBLBJG0tV&#10;6FdPAKtagsK0+NRU0d1uLcwbzuNxt9tsMkUUKGGQHXcwfrRroHdrkX4nAI8MH4sgoPac2M2fn+td&#10;jYbHdh7w3rjsxldzzQbhpp6QYXZG6jWYXN5WTN18SYyDC4idQ8VEJfPUVMccZVXkjI1g8VFXU9Gt&#10;Jk4ZqbI0Ly0GQp6hGjqKeuoZXo6ymmjcBklp6qB1YHkEeybb5GaBXc4IGfmMdQVvMC2+43MSrpox&#10;x8jkfyPRzfeacf2hY2uOR9L/AEP+w9rSutW1cK9Ioj5de9tTg3Orj6/631+v9fofaYKtDpbu9Olo&#10;oRg9e9w51BsRY2P+I5t/xT3XSTUOMH/V/k6UQmlVPn1721SIQb3+p/1v8OP9j7TV0koRkdLUaop5&#10;9e9x9J12/P6voP8AWtf/AFvetC6tfTlRTr3v/9G0t+UZSBexKn6n6WIPIWxYf0/23sHAhZUaNu2o&#10;x/l4VqM/7PWbyHFAO4/6h/q9Oiz0qEq5cKrWFrmxDajwLkgqQRf/AFxa3vxDKqFRa51i62ABJGr1&#10;G51FPz7bQpI0gkYVpTj6DhgeVfL/ACde7CoBNDU/6vy6eaEMEZluSHBRSLJpNvULk8NIoAubX+nP&#10;vibfgkEgADm34sbEmxtf6e2WalNQBoSa+fnUVA+ziPM56TllApgkU+35/l69KWkjZhIxuq6RZQSV&#10;GlQFsrA2Bt/Uj/D+vGXUV/HAP1/J/FyCSePfoCokpU5/wfs9eqrxbP8Aq/4vPTlSrYCQopN7IAAw&#10;v+TYEkEWvc88e9Yn/hRn8hNiL191X8UPt9wns1947K+Qxq1x9J/dKPYiYPuzrcUzZVsmMh/eGXcM&#10;hdacUZhFMhczBtKMfbShdnnA7BqX5k1BHAeQ86/l1Dfuxutt9LY7GA31etJ6gDTopNHxrXVX5Upm&#10;vl1eb/JL+OG/5e/dy/LgVW216uxvTfZ3xylomyNb/e+Xf2b3p8fOzKergxIxZxx23Ft7b8yy1DVq&#10;zCqkjRYGUvImD+X98hdi9j/yXPlZ0JgKfcEO9/jf8Xvkmu/p8lj6SnwVWvb9H8jN7bVfbdfBkaup&#10;yKx4qikjqxPT0jQ1C6VEikOfXULJucM5yrlf5FR/hNetcsbta3Xt9vO2RhvqbSzuNdQKHxROyaaE&#10;k086gUPrx6g/zLul91bL/mQfEft3MyYOba3dfzg+Fsuzo6OrqZ8vSv1v2V8dNq7gGbpJaGngoZHy&#10;FRG1N4pqgSwtdijAr7KH/wAJ+vkp171L3J2h0huml3LLvH5I1nWdB17U4rHUlXgqaq63xXbWaz6b&#10;krZcpSVeOWehz0X2xhp6oSMjh/HZdSzcYXliUqcLWv50/wCL6D/tju9rY395t0ysZ7sxhKDtBjEp&#10;Oo1xhsGh/Lo0X8/Toff3ZvxVruzdoS4YYfpXYPbNVumnra6rpszOm9TsDHYhsDSwUFRBXPHUYaUT&#10;iSaAorqV13bSX/s7497+/lh/Mnce9ewPittv5GfG9stu1ts0u+9kUO6utdz9c5qoauxix5rI7c3T&#10;gtmb+2nSiBJHqKR5aaSGTTHJSTrJI4rpdwaBMVkxwNDX8jwPRZe7Vc8n7/LPdbMl3tVW061DRshy&#10;MlWCOvzFRQ4KmvTD8fPl715/OX/l+bV2F0381ty/E75jUe29kJv2p6/3a2G7a2H2ttuljxmfqKvZ&#10;w3FtfN9g9Wb4rVqpITTVkUNTFURaqiGupniisu+HPyn6p+RPyT6nxnV/8oHq3rrrpc9TZXI964Xp&#10;/auZy3X+TocfLmNo7xoNy4PqHa+E2oKDdMFGUqPvpJ1QieB1lVU9pp42RWLXhL0PbXj64rmgr/Ov&#10;Qr2LeLLdd2tFtOR4YrTVUyrEpMZAqrBhGoWjUzq4ZGeiFdr/AMvP5JfGbYW8N/d4/wA9X5Cd2b9x&#10;8MlTF8dc32vvXa2yOxNux1iY7euz8rsfMd5byrd1rWbUmqm8EeMp6UTgQzxvGWk91ifMzB7s6L/m&#10;lb47Q+UPTee7n62zPd2R3Thtu5ikrosB2V1zlvuE2Ft7B5WSnnxmYfa+BeipPsbyRvUYxqWdAhce&#10;1aDXbCOJ9L6ePofX8/XoJb/FPtvONxebzYNcWjXBYAg6ZEPwKp4HSKCnquk+fVq/w/7o2h80f5X2&#10;N2t8J++9odJdzUnVL7Vr81B/Cs9uDp3tDA5FId6Zbd20EraPK46l3PmKarqUrXET/aZSOsp3Z/GS&#10;Cv8AMarJ98b7627mwPw2ovhf1VvjZVZtrrrZlHtvb+z5d9/3KzlXlM92DkduYLbm1Ptq2vTfNDSp&#10;PJRulRSUsHiqahEutrYaVZTNrauT6fL/AFfs6Luaibi5tdwj2EbfZSxlY0Chdeg1LlQFoTrArTIA&#10;oT0KX8ryDI9f7S7r6A7H+dz/ADx+QfXvYWH3z29uxajPV+O6ppuytq0OF2d1bhK/Mbm3fT/wyj/0&#10;Y5LIPTQ1sckNdXVLz0lM8w8l3P8AND/mIdC9y/y6sZi9pY7sSKs+XFCmR6vGZ29iKJMfT9J997Uh&#10;3oN4vT7krRipXqNqVKUf2v3wqC8ZbxqWKIrW3ljuM00rx/OtKfyx5f4ZA5w5n22/5XjSBZQb0VjB&#10;AFPCmXVq7jT4SFArXGeq8fi78BO7tv8A8xTpjsCuyGwf4D8ONx72qe1lgz2WkrsiO7PjT2DtbZqb&#10;Kp226iZZo6zeVJJWfdvQCCCOUqZHVEdE/wDCfj5IbBotkb7+KE1NuT/Sblt/b07upKtcdRttNtnJ&#10;tLqraMkEmV/iYr0zkWVxDsYTR+LwujCUsWVXL6KrpMTRQKfOuf8AV/qym9tN0thBPsxV/qzK8wIA&#10;06dManNa1qOFOHn0Mn86nqDdNRtbNd5xzYf+5tD1Get54GrKkZ0Z8z9h59ZUofs/tGxr0Veo8nn8&#10;nkVgUACk1Y/Fnt7sv+U78w96zdjdMZ7deVl2zuzp+s25Uy1u063O4yv3XtrMYzdWzcjNisxS5Wmy&#10;GQ2lRtTtHHUQVNLVMEcOUYKbiJbqIprpQ1+z7egdtF7dcm73c/V2DO5RoiuVJBZSGU0INSopxBB6&#10;O1uCu6c/mg/FLr7evTvb22U25X1m1+zYspiqvH7pTbWW/uxmaHJ7O3pQ01fj6vCZjDQ7hqoauCf7&#10;eop6qls8YAZfd9/yK+fuL3B/LH7D7a7h6a7K6azPf2H7c+O+zti12PnyVdDuPe/X/YEOydx1dduD&#10;H7Iln2dksPjfuKiuhpH0Sa44Y59IJTQwMkpClTGKV/L9v+odSNufMKScqXV/uFjLA9yskKIQSQzI&#10;+hqsE7CBUkA+YFeqv6f4Y57cPyu6s656p7G2Hv6k6X7b+PXyF3Ruh8gMfQTbU6r7f683LvfCUMGE&#10;fdaDdlMYZIKSjlmjWRzGZpIAxK1g/wAgnvzY/XvcfaPRuep8++8vkKmy22HVY+gpajBU56l2x3Du&#10;3c8e4K2TI09Zj3qMRkF+zMVPULLKjK5j9JZVOjsUZTgcR68KdBP233GC23C6259Xj3WnRQY/TWRm&#10;1GtRg4wfnTqwT+a31hnt19PY7sWgbFHb/V+E3vHuWGsqJo8jKu+qnZWCxJxdOtLLT1SpW0p+41yx&#10;FEYFQ/IBY9qd97I+Mn84LtnvHsemz1VszZXyd+WQzUG2KCkyebI3PVdubPoHo6GtyGKpp0hym4IH&#10;mvOjLArsodgqM4VYRaEPdSg6J4dxg2nna93C6VjBHd3FQvxdxkUcaebCvy6UHSnWm4O3v5THxZ65&#10;2pJi6fO7g+IPxI/h75eompMcow+xurc7UpNUU9LWyxM9Fi5FjtGwMhUEqLsN02gydPl8dQZSl8iU&#10;+ToKTIUwmVUkFPW08VRCsiBnVH8couLmxvz7qFkCoQupa/Ovnn/VjqbzIZBG6LQkA+uDnPVK25a2&#10;HaGM3JlMkt4tsUeTrK5YGDLImHhlmqUiuLsHFOwFwCR/sfejTsI5D4wfNXc1Z8xvjnmvkFmJc3vy&#10;HIbP3JhXrP757tyWQesg37h8dmcdkMPvWhrZS88avHUUslPWeZbukftQMHI6gS31bVvsp3rbWuXL&#10;PVSK6mJ+MAghgePmKGvV0W9t4Vnzj+Dm2Mz/AC6/ldsXo2pyeP2FlaDflFHRbmp9n7YioTFluutz&#10;0eJy2Py+yM/RIwhl9UFXT1dAYGUI8hHXbW65uq/nx1R39vr45S/F/Zcm/eje8cT0dtzD4XH12A63&#10;2bn8DQSz0G26Oh2jQ47Pblk2FXVslJUUuNdq6odpAofytsUDqXXtqK/Z1q9lNrzBabhcbZ9JB4kU&#10;oiUAFUUgYWigMdBJBC5OeNelf8WMdLvD4Zb76NovlDD8vOztjxdxdL9jd8ZKLJ0NFmu1dz0mQ3lJ&#10;hpJ58nut2wuzcT2VjMbBJS1uRiioaWONW1xtDHZh/Oo+WHWPaPQfx76x23S7qXcXYsPVfyvwNRks&#10;VQ0uKi6w3XsztHb+JpclUR5aoqKfdb12TRpKRIZYEjRj5ydKs/ceENHhk5FcjoTc77vaXdht1rCH&#10;1yaLgYAGhlcAHPxVPAY456Ln8HfjT2Ftr5Ybm7uyNVtk7P2D1h3L8ac3S0+SrZc9L2HVdk9JbtWq&#10;x9G2LSjn2zFi9l1SvUPUxTeaSJVgZWd0Vvwd712Xv7+Uf8mOlMJT56PePQHxw+QI3xLkKGlgwtSv&#10;alP31u3bMm3q2HIVNRXJFjaV0qvNBTGKdbKHUhzeNg8LJWmlD+Z7j/g6tsd7Dccp7nZxhhLb20us&#10;0FDr8Vlp64wa0p5Dz6D7+YV15mdv/KH40b8yLY6XDdh/NP4Zvt9aeeWSugbaPcfRuFyn8Qgemijp&#10;3aqlUwlJJdUZuSpuvskX8obs3rqKu+RPxX3nHnlzvy/2lh+vdo12PxVHkMFRLidndvw7jbcUs+Sp&#10;KmlR8dulGpxFBUCUo6uU9OrVmwq8Jr3/AOY8f2/y6I+UrmHVuG1SavEvECLQYwsldWQfxY48M9GY&#10;/mpUu+tq9GwfIjZK0c8vxriruz62hevqaHKV0mG3JsTPY6DEmGlnjkkkm226OXePRrUjVzYJvjp3&#10;T35/Kr+QO+MDvjp2tz1TuSg/uhnNl5Gtrtv0m6XxeUiqcDuXZO64cHm4MpCjVMi080NLVQzwVzKV&#10;WTSUqjSWkkkckZyKEVI+wgj/AGRnh0ksbu/5XvriO4syWYaSpJWtDhlYA1+WCCD69CBi9xfGf+ZX&#10;0v1/3J0v2pgc3iaKilzGH3HjvsMnm9lpuSkpzuDae+dsNkqWu2zmVlw8S1lJVPTzxT0N1LRglkj/&#10;ADFeyO/O+d/9e9/d1dLT9I4beWzKraPVe3q1q/8AieQ2nszOVmcqsjk/4ulDlKqpbI7/ADoq2x+O&#10;gqadozDCVUyP66eSRkkkj0jTQD7PX9vy6Y3+6vr+e3vLy08EGMKgzUqprU1zUluNAD5Dz65/Byl+&#10;Nuxc38lemuje5aft/fG3u0cH2b3waGWiq8bs/eXYmysRs7B4DH1WKp2xcMf93unUeajFbkKqlqhL&#10;55IzIkMe3V0L3js35H9SbS7q2BT5yl2lvRc22Kg3LRUuNzUR2/uTMbWyKV1HRZDKUsLDKYSbRoqJ&#10;FaPS1xewE0MqTQxsHorA4zX0+zyPzp1JNteQbhbRXcCHQ4NK0BFCRny4qft6IlvTY2Z663fltl51&#10;6KXLYQ0Aq5MbPJUULCvx1HlKcwTT09NOy/bV0eosiFWuPxf3rnfzw+79nb77b646ZwkGbTdvRCbu&#10;betTW0VNBhJz2jtzqndO3EwNXHX1FVXNBi6Fvu/LBAI5HVUMnqKkm6SKXjgAOqOtaj1C+fn+wU6A&#10;nNd4k1xBagMJYdWqtKd4Qih4nAzUYxSvVgXwm6+zm38fvHsCulx7YTsLG7SosHFT1E0mQil2Vm+x&#10;KPLNXwPSxRQRSTZiIQaZZS4VtQSw1GH7E7u2d3b/ACTNznZ9PnKc9SbV+PHSO6hnKKlojJvHYG4e&#10;g0zU+J+1rq8VeDnXKRNTTuYpXUnXEhFvapphLtEgUnSulafMaa+f2dKZbmO55Xk8Kv6YjRq+qlK0&#10;9RkU6CPAdd5jr75nbGizhxksm6+yu5ewsS+OmlqAmG3jgO78hjVqTNS0zQZNKdmWdFDqrXCu45KB&#10;/k89odbbv6g7e+GufptwndXYeQ7K3pWVENDSHb77Dz+xdg7ByVOMm2Q+7iza1FPKfEaXx+N0YSE6&#10;lW2zyxPDLZOWqxY44U0gfb+XDpNy/cQvbz7c4OpyxPppKqDnjXHQW/zb8b2Z151Xv/5K7BbHSVnX&#10;+xuv59vU5mqXyf8AevYG+d0b6ieeiSmET4poqmG7LMXYrICqgBmKv0ruvun+U/35vuk7V6sz259h&#10;7lxn93K/K4laigwW5KShyH3u2N37R3HUUdRiauWMSyRvRTPHLEtXJHN4pkA90s5rjYrl2mgLQsKV&#10;8jmoIPD8j60Oei+3e52O5l8a3LRkU+R9CDwr8vnQ9Db0r8jfjR/NA6X2T2d0X2Nt47px1EavK7My&#10;FbQy7+62yWVhpF3Js/eu2IqmPL4xlrMdGI6xIzR1y0yT0zzQOrl2qdn9wfzUfltiex5OuM9sbpjG&#10;0u2cNX5rLLWvisL1zgq2fKVONpNwTUdHRZndW5KnK1ktPTUakRSVYZv2IpJ/b3hz7/uKTGAx2gCg&#10;nNAo4582NSaDzPpnqriXdrxZTGVgAA+xR8/Mmp4evQUfJv5e/Hn+Wb0zuvadBvrbW6fk129uSpbY&#10;vVm36zGVm8tx9q7ow2F2Xhdx5rbVJUzZHBbJ21SYKheur64IskNGYYS9TLDTlTfzoe5to727U696&#10;hw0GaTdXSK7rbeU9bR00GHmPZe3+r9y7fTCVcdbNU1rQ42ib7ryQQCORlVDJ6iH+a7pJbiG0APiQ&#10;lq+neEIzXOBnAp17epkeZIVrrStfz0kdG3+Hex87gdtVW7spJSGh3btDYWLoYkmlfIR1u0KretPm&#10;TXQtAkUMb1OXTxFZJGfS+oLYXw/KHuXaXcf8rX46nacGag/0Wdr9TdNblGZo6ajMm7di/HncK5if&#10;F/bV1cKrDTLkomp5nMUjqTqjQi3u+43kV1yzYiOv6c0aGo80iapHHGcf4Om7mcTbdbhPhVlU48wp&#10;z+f+fp66u2Xk9l95bwhyrULy7gx/ZO8aBqKWSVVxO6+0YcrQxzmWCAx1ixMPMgDKsgNmYWYjt8P+&#10;49p71/lj/IHqTEQZmPdPSfQvdy7vlrqOmhxM47Ig7o3Pt58HVxVtRPWqmPpnSp8sNOY5hZQ6kMTX&#10;ZruKfljcbRK+LBby6q8O/wARhTOfnw/Znr1vKGs5YqfDG3r/AEj0EnYPW+a2v3rl955ZsZNiO0e+&#10;+k9w7aSlmmmraem2vQ9GbNrVysMtLDFS1X8Y29LJCInmVoGRiysWRS4fygO79ndedkb96rz0Gbfc&#10;ndtTsek2dPj6KlqMVBPsnHdiZPLLmqqWvp6iiEtLl4/AY4Zw7KwbRZdSDky9toLua0mVjLOU04x2&#10;hyamtRxFKfPh0ltHVWZSSGPD086/7HS1+b2xNybm6v3PuLb709ttdUds42WLzyx5GSv3NS7XOKNB&#10;GkEkcul8JKH1OhVmSwa50g1v3p3dvwZ+SWb3Lu7oXC9y9LNkNxHBQ7q2xSZ7ZWc2Zk5mqqER5Osw&#10;2exW2d3begESu01O0kLxvZHp5Qzo57KbYN0eafbVnsNRoGWqFTkZoQrDHEV4+R6TurRswI8+iUdD&#10;/K3Zv80/4ZYTYfUvy2zPxk+XeGw+26Lfg2rl6OLs3ZHZu1of4VuOorNj5DKYWv331tu2riqZYmgq&#10;I4pYp4iaiCtp3jjOh8ce9thdx929e0Oxv5d+xNnbPGXgrqvtHF9d4HIV+066mpHyO3tx0uZxnXuD&#10;xeCFHnYacrN908oUiWJlcBfYk2rcba/3GBbblaOO24mQRqShAqrBgihe6ma8Mg9Jyv6gYOQPTP8A&#10;q/2OgEp/5anyu2BuHF707V/nG/ILs/d8e5MDWw9NVu7N17E6z3xt7H5SmXdu1cvslu29xQ7hjym1&#10;1qSY4qCGAzWSeOSMu/vZ46OuGpzb6GO9+ePqeDb+nsj57YeGyhuNaft9fz8q/Z1PXIq/orRargj/&#10;ACfZ0nfm6nlxmUH9kU1UTzwQYyASoBDWHP8Ah7sr2/b7OIkAeOOK7AEKVIUm4QahqV7cj3jfub6p&#10;githiaCuQeHE4wRWgP5U6lC4+IECjf6v9XHrTz7jojHuLPtpIZMhUktp9JVpAzGyKCLoeTz/ALe3&#10;t+qwTTp6WKkBtTAWF7WtYAfX/Yi/tuxIW5fuGsYoK59eNf8AN0F77Ecgr69Ee3OP8lqAASNTEsfo&#10;PwP6c39sK2vb6c8WFr/0vx+QPYpQHsJ9P9X+x0AbrGojh0WPNHTJNe3pY8i/ILAD/ev959yIwfGD&#10;6r3KsLsbkc2vewv7L7kjxzWlOIOMdLYCSgFfLpXYZiaNApP+aUWJb6qotyTa1veWMBpFQDk2U8EH&#10;ToIb8n1W9p5iRbySFuwVPqK1qPTH+qnSyyUNfW4IPH/UOlNtZh/ezC2BDCpiUekg2LXbUPpcfX3r&#10;S/zkKVZN80trcYhbH6k+tuTx9feRnt5jkK0OnPjyY+3T1j595G1EXMm3sqkf4sv+E/nx6+nd/Iyn&#10;aX4N7dVmLFNx5W5/oTFS3HHH490tdDUgXsHDXH0rVFx+Rc/7H3IHK60vlrk6Tj/Y6xtjPiXdsM5Y&#10;f4erkH/Q3/BW/wB6Pu4Bzpp4hb+wn0+ouPr9eDb2OWDSOScUrx8/P9lf9Veh8SKAk5p/P+Xn0HiC&#10;9RJ/g7W/2BJtb829sFQRf8Dn/b/0P+vb3YMSlOIA4/7FeHSRwaOTqK/6sdPdOPz/AEAH/Gjx/h7Y&#10;awgn/A3P9ePz/hc+21JB9ekLN3M1MdOUI/Nvzz/tuPaXqxx/hz/sT/gPr+PdpCaEUNadIXcnVqGf&#10;LqR7YZraTa5NzY/W9z9P8D7Tsa1DU1dMO3GtNWOHlTrMn1U2NgL/AOxP54+tgPbDVLbU34II/wBa&#10;wP8AsefdFU6WY/DXptqU/wA/Ur2n5h+oj+tvp/hz/rcD3pQATx0f6vL7emCBgH1697a5lJB5vYW+&#10;hvxz/jyQfelA4gfl/g/LpO6ipp172zTgC/H0uNVjwf8ACx/w9+WMKMvRft6YanEtQjr3tpntzc/6&#10;/wDW5vyP6WA96YNgHz6owUUJ869e9pyutckD/C9vx9D+ByL+/HChTxHSZzj1/wBVeve2GVjc/wCt&#10;wP63/px+CfbRHdSpoOqVK1A4de9t8qgXPP8Ajf8A1j9QB9faOeNmdSPT8um2Hw+vXvbRMv1F/oL/&#10;AOvYE8+2ySK4yePVRKQ9aDPXvafqV1Mf9sbf63v1Mn9vSlQKGp697ZnUgkcfQ/7xwfdaYoR14jyP&#10;XvcOYftt/rccf4/7z9PbJqF68Krw4de9ssgIN/xY2P8AsfbTCiMacf8AiutUPDr3tTdb4rDZ3sDa&#10;uB3GrvgNwZaLA5mONS7PjcykmNrUChWdtdPUsOATY/Qn3UIrOiSIGicaSPIhhQg/bWnRhtYjO5WA&#10;llZIvGSrD4lGodw+a8R8x1Hq3nipKqSljSapjp5np4pGCJLOkbNFG7kgIjyAAm4sD7Jt39s3bO1e&#10;3anYvWu5cnm6PGYkYHcmT3Bh6zBo82AqKxIq2Whq4pEOHptt0VC0cqKwcwmSwLWMTcwW1su6La2c&#10;xJCBXMgIAZKipqKaQoUAqMgVAqadTjtskcO13E94pkhW4doXWmp/Ec/CAdSszsaqxB7qYAoOVO80&#10;lPBJUQfbTyRRvNT+VZvBKyBnh8yAJKYmJXUODa449hVgcBlKbI/xgUVEII8jHj6eGkq4ZoDka6lk&#10;eiWAJPJLUJeRXvHr8QI1FeB7QQ2UyTNMVUqGK9rAgOahQDXNDmoJAxU9e3S/tZrU2RncuY9TFlIO&#10;hWAeuKDgRmmo8K16zezUdV4qt21kKxt/7dljzWKoBVth8xHLQyYyB6eqkGWkoJjGJKyOooIOGjZW&#10;1gvYgH2Odit54pSu4W4Eypqo+Agp8VMVOAOGTSp49Rvv88HjFdvYtbFitQDlsdteNAGNAcUr5de9&#10;2O/H7O1lXv3BU+T3pjViy1NV7qxkcGTNNlcxXV1BBj6bCZJY3ljqayip6Il9USuGR9PHPsZwyL8L&#10;SLRgSAMHS1PIVqQBk0HA1wCemeX2kfdbVZLoqMsO49zUoFJFaenDpsy//FvqP2FnGgB0aNJQsWoG&#10;RzHI8YdY0BNr/j2MPeEuHrsp0xBvmOpx/wDdPI5DO4Wk/idfT4fK5rBkY/E4IyB6mKanfGVy0wes&#10;8EcriU6SiG7F5DavErXr9qsWWhIFQtKkjBADE9x/I06E+67ndxttEcyMoSJlKtkNocaY1rUgUVUD&#10;dtTqBx00YKhgppM49G8BSurUnV6dIxKr1NNHNUVNUVgp0FRNWTSSlAX9JVr3YgGwqNxLvfB7M3NR&#10;YOPBY2PclXvnaeJwNNjMpPvTBYOjloclNVQYqkls24cHk5tUZqvLUmmKh2UFSUW0MMSMEuWdFIUu&#10;rBqFydIBNRStDQHAYZamZPl3N9zt9lvYttWAeO1zDEqIxnjhXS+pVU01IzAhn7/DYVxToF6DBQYX&#10;JbnoqjceTyuS/gdHgc/nMrXVsVLt6t3AslXhlo63IVBpfDjchHG8ApqdftfvEYqC7ex92Nkuh6jc&#10;8PQWezO3MnDufBZLdm4qBM1iq+vp8StNSUuNgr6JK+HJijyNDlhTxyR07krS6ZJCWUgN803e7RWp&#10;3Gyj17lGoSOLFWBejuVPFQy1VjVaE0wKEectpya11DylPLHJYXMbyyMrBlUoimNGaq5KSELpBYBM&#10;twoWDtR+/HxGW7m2hRV1HufajU+28Fh67Fy0K1kFRkTT5rJRUEtHWiZqbJY7zf5VItG/3JZVj0ES&#10;a/H8y7q2Hqj5mdy4WioYKHFZ3J4Xe+MSmdHim/vltzE5zM1HpZ2V59z1NeWDWbXc2sR7Q7LcDcNi&#10;sboA9wNaihFGI4eQHkPIUHUM+7G2LtHP++2kaaYmKSKPUSIGJpx+IkZzjo0fxG7Gk7X+OXVu9ZhL&#10;56rDV+BqXnR45p6rZWfy+yqmrlV0j1PWz7eabUAEfXqX0keyCSDhh+Pyfz7UH4u09ABK1U9GO9tz&#10;LqubfX8/4n2ndNLkKcgdLAaUoeve4skQIa3F/wDbf8jPvwbUoB+Ifz6dSTIPmOve22aOxF+bH+n9&#10;Of8AbX9sTVNXUcOPS1HqNS9e9wfH+7+bWve34vf/AHv2zr7K06e1dleve//StNDftlW0i6t9QQQQ&#10;Vsov9dRuOT9fYJdP1gy1ND5ZFKHPypg4HDj8s4QAQe6lPP8A1fZ6V4Zz0XSgAYNG2kCQA+oeoFeF&#10;sDYNqvYG/wDtr88AR+kX+pUAj+jfhfr9B/T6e9lSe56cAa/aPX/Z4/l00ygEEjJHHOf8HTrCip6V&#10;DqXawZQo4D8gqSObN/S9ubfk9W1EnkLr/P40gKpP5FiP9j7akbQFxV9PEfOpI9PPj5dMMBkEfmP9&#10;X+fpQwALqUtZSoA1g3JtbixNrhf6D6+8T/2gTYkWNj9L2C/425+n9B73HQaCq4BqKjjSpP8Ag4+p&#10;pnqtAAV+z9pr/qr86dPEMPBDNq1IhKluEJKj1W5ZlBPH4J/x9xZOVuL6WHJA0lrEHknk3F/9h7sw&#10;o1WprB4cQK+lMYNPPj59UAViDQ1+XD8vzp5noknefwozffG+63c9d2rW4/EhIkxGBnxxrKbEIkEU&#10;cyUzGqRVad49bekXJ9wy2garC/PKEn6AtZv8b8WIH+Hu+nxSyVJFODcPTHy861PzyevFl40+fy4f&#10;6vsx0ItD8TM+Pj7nujs32bV5uLLVdFLjM7V0LOcNQUjwvHjKemaZmMQ8XA1AAn3HcllNgGJI5aw+&#10;ovxewJA4PHu6Ujk7iUWnAZ4Y+3PHj/m6YaSuqoOn7f8AV/h+dOs/xn+IOc6EzWRmPZ1Vufa2Ro6m&#10;mq9pPQmjxtRVVaKhrmR55I2lWMaT6bkG3vAyl5eVCgW4FrWsTcf7Fh9PelYRQEBizV8/nxH8vP8A&#10;y9UVTUUyoPnnjX/N0EXZn8tkZbedZu3qTfjbGWuq5as46dKnRjp5mMr/AGFZQSpUxwsz8L+L8H3H&#10;kHp+trAgHmxKfn68lifbwbvqUqCf5H9tAKfl5Vqemmqoep7K4+f+rz6En48/BvcnW/YFH2Dvft3L&#10;7pydFTVtKcfAKqSkqoK2F6eeCqnr6iaV4nR78Acj8Ee4hNwwv9CPqLE3A+g+vJ9usPgqKmh4GtKV&#10;/LA6pXtqxqPtrTH+x0H2Y/llbsouw8puvrTt7+6mLyNfV1ULJT19PmcfTV8zyT0sdTRTosqBZCFu&#10;RqFr+8MmkAnksQFtyNJALAkn9Q5/Fvp7qGeiqKAfET6ioFMcD9teJ62xNAGy3y9P8vl0p6/+Vn9z&#10;m8TuPA9053H56jjp6qrzNfRPX5KfOQyeRslDV/choPUBoW5I08n23yEaSALE3ufrfj6EA249q1DB&#10;w7NUYp5efH/VXqkpA0kk0+z7f9joT+1/5eO+e65dvjdPyCy1fSYDD0NDBSZHFvWRGupqcQ1eSRHq&#10;hoqK6wLXF/8AH3H4sSfrwTc2+l7/AEvf6+9GrFQDRM0x9lPn/n9OmgAXAb4fWmf9X+GvRpvjR8Ys&#10;30ZsXc3Xm5uych2Jt7NUv8OxlDVUzUtPgcdLTzU9XSUUbzSqiTeUk2IsfeLVww4+gNv6W5AB+gBB&#10;+nvWkExliaVp+3iSPkfOn59UVcoNfaPLhWvHz8uiJ1P8qLfmC3pkcx1p3d/dXD1tVUCBkp8nR5qn&#10;oKiZnaheegnjjnEYNhcgMR9PcKoZW1AE8C97C30Btf6fX29bo6ulaEE0pn7K/sz8uqZaoah+X+z0&#10;abffwF3vv/pvYXUM/f24IsXtdMg2dnrKKSsTc01bVCrp/vIvvA0qY+S4jMhJsb/60NyDYCwFgCeb&#10;X9N+PzY+1Khl1Ekl6kj+dM/PpgLmMGtaHP5+v20H59LL4ofBbc3xnyW4UXubI7l2nuDC5HHzbVGM&#10;ejxseSr4VgGZMRqZI2qKeMW+gJH59xr3/wCQiLC5BuCT/X6G3tQRooKZUEk4Ioaf5+Pz8+qFylQQ&#10;aDJJ9Pn8yM/s6Cnqn+V9ufqjtCk7J2t39kcZNHm/v8jQ4/CPRtk8a9d99VYeoljrCGp57aTe4/Pu&#10;AyktdTqI4IJ4/wCN+7GZApV1KqeBA/P/AFDpK1NRIBoBg0ofP/V6dXJZDCUubwuRweQQT0WWxtTj&#10;K9NVmenq6V6WbSeCLpIeefcKQaSQeLE/Qk/QAcXH59rEJkVSoqD64wT50/mevJ6sajz/ANX2/Z1S&#10;DF/KE7A2zv3J5vrfv59n7fyFVVKklFTZGl3DBi6uRpJMe81FUxU8/jVtIuQGIvb3Ek/Tb1H68j/D&#10;nTax/H9fauA0epKj5H54rWv+Dpssc6qFT/qrx/Z0tqr+T5Jjt4YveexO/dx7dy+PFFWjL1eOetzh&#10;zkak1mUTILVxPH9zNcqLHSDY39xmPHH4+p/P/FLf63tVTTljTUcD5/4a/aemCckj4TWn2/5/8/Qg&#10;d8/yvd8fILc2Pzm7PkbmKumxmIx2PxuPyOGeuhopaagp6evq6fXWKkb5KeLyvYfqb/D3gb62/J+v&#10;1HHp/wCIPug8yB2+X869MrIGrxP+o/5uh4xPwN3Qfibu74x7k7rye54s9XY98JuTIYxpBtvFY6Wn&#10;khw9JQtUsTTK0Bt6gFv9PcSUGxA+v9RxfgcW/H15/wAPb0ekMGY49PStfX7MdVNHIZScemfkRX7O&#10;sHxA/l3Zz40ZPcNLkO6chvjrvdGDy2Ly/XzYpqDD1dTk4VpnyMkf3U6GqFPqUHTfn22S8H+vB+v+&#10;BP8Ar+1qd1KY4cPs49Jq6mUVowAx51p646LDuL+S1uOi7DyOf6h7zk2XtvI1k80VPJS5KHO4uhrJ&#10;S82PhrMfUQLUwxK2ldZFx9feAkFfpx9LfT/WFv63v7sFIc9/fx/1fy/wefTZDKRViJSDn7T60/1c&#10;OlZl/wCSVQw57b+49l997g2/mcXBQ1VXma7FtXZSp3LBK8s2ZgrEq0emJexRfUQRyfbfUX5FwT+L&#10;cX+h/wBYnj2qgClxJpOnTmv+qvr0gcCqMU4+madXj9R7Vzmx9gbU2luXc1VvLOYDEU+Pye6K5WSs&#10;zVTAhV66oDNIySSggnkn3CLBfzfi3JIsbfn6XJ/Pt0qSKaaCvkAf89APL8+kyanZwRVf9nqsz5df&#10;ytd2fLTtXJ9gZn5CZLE4Jii7c2fV4V8lQ7bhMMUdRFQM1ZGirUyR62sBcn/D3hka4Y8m3+HH4tx9&#10;PbgFAgUUB865z86/n1UhqFStKVzjH+x/l6FPCfy8t2H4g7z+KO6e98nuqLcNfj3wO6cji3kG2MRj&#10;JKaaHDUlA1S2qlV6awGsBb/T22SsP8Dcn8W/2F+P+R+1aMQSnAClPP8Al0mauphqwB5cKetPL/J1&#10;l+FX8tDcXxTzOfgyXeOQ3/1tujCZXG5rraXDtj8FW1eUhWmbJSwtU1ETVIgBU+m5H59ts9xqP4/w&#10;tYkD+t+Pp7WxaSqji2a/t/2fLqjYFQasfX7f2dFw3x/JR3Ngex8nvv4v9/5DqmDKVFVMmOqUycNX&#10;ioauRnloKPJ4eohmmowzWRZF9It/Thqkt+fz+B+Qf6XH1I9rELLqCNQjJr8seXz6LpQvdk6v9Q/L&#10;PRhPh/8Ayf8AbvTfaVJ3j3d2LVdy9iY2t/i2LSaCdMXS5n+zlq2SvknrMnWRE3j8hCq3P49tzi17&#10;8ckf65HH+HHt5SSwZTUUFafMVp/n6QOiK9WJpQfz8v2cenr5k/yl93fMPtvJ9hZv5H5bEbePjXa+&#10;yqzBPlMftanMMSVUWOY1scafdTRamIUEn6/4wZbDVz/wX8WNrcixuf8AevapQXC0XPn9hI4Zx/lz&#10;69MtWulXNKfZ8+PkP8J+3pZy/wArTe2c+HmZ+KO7vkdmNz0tRu7b+f27uXKYR6gbZw+BjKxbeoaB&#10;60/5IzNcesBfwPbbIfr+DZr8/Uc/7wf+I9rS1MkDTXGKZ4fbX5/PpNJqXX2Ej/Cf8/Sk+Ln8rjeX&#10;x86k7s6bq/kPld37M7a2Nktr4vCy4R6TFbRymYDLWZ6lozWSJNUSowDLddVvbXM3HH0B/wBvx/xF&#10;/exq1CpNQvy8sf6v2DpGxYE0Pd5/t/wfl8umD4UfygN6fDztvE79wPyay2V2uZi27ti0m3mxmO3d&#10;SrBPDT0uTP30sckcLS3GpT/T8+2mo5Fvr/r/ANeD/UC1r+1QNGJwMD/N6fYeNOi+WrFgRio8iccP&#10;9R6Sfyi/kT4bsztTKdv/AB27Xk6dzedyc2ar8JUUlY+OosvVSNNV12Er8ZNDXUPnlYsY+QGJsfbc&#10;ApkQn6B1P5/BHPu5DKjArVqccUyT0hSoZQD8v2/6sdLb4mfycO0+ne6tm959t/Krc++c9sPIHIYr&#10;E405aemrB4pIZKSuq89WVMi0k8TkMiJzf6+zidKNZqbUfSWjFzbnkfUfgn3EnPQ/TcxJ3AcP9X7e&#10;p95LBMUZ8Pvxw8x6D/Vjo0XzKhWSgyisAT4asfW1rK3HFuAP9v7spwDr9pB+pv2FvoYWY2VSbrYg&#10;cW+hPH+t7xqvtfjNWi9/mMjiQM1Hz40oft6k6ZQU1V4j/V/q+fWoz3hQhM3ntHkf/KakEobAlZGQ&#10;kFPVzoA/rc/63tQyB/t7EGwjVRe/F7Na9he1/wDD3uEx/UawRXVX9mP8nz6Cl9/Zy+uf8vVdm5Vb&#10;7esUhrBmH9P7VypsPxf82/2/tkN1YD/WX/b/AO8G3sTREMAw9K/5egHdCuofPos+ajPmlU/2m0g2&#10;/wBqtcfi4v7kxG0ZP4uT/iD+Pzb8ey25GuZRwJ/1f5enrb4c8OlHhhppYwTwETmxDcgDg/TnT7y3&#10;IkjZCQzW4NgfzyD/AE5t7YCBoJlkAKivDo029/8AH7UA/i/1f4OlVt6TTufClG0k1URtx/q7Gx59&#10;Nj/tveuD/N+hE284ZEA0jFRH6ceou1/Vfix/BP8AX3kn7fBl5CtteWFxIPLAGkeX5nOfI9Ql96BK&#10;b7tpxUWw/wAPD/L9lOvpv/yJWv8ACHCAXt/eLIPYhhy8NNc+rk3IPPulrpCHx77xJ0/8pim/04H0&#10;sD+PY+5ZB+t1YqB1ipagtdwk4OocPy6uif8AQ3/BW/3o+7Y2P7EZ4/zan8c2Fhb+p9jV/iAzXP2D&#10;/V/m6H8mAoJ8vn0Hsf8An34/tt+f8Tf6e0/UNcn/AIN/h/vX+w97KkVFMca/6vl0ik1d5p20/wBX&#10;+Hp7pxYfT8W/3o/6359p2pFyfxx/rW/AP+v7rk1YkFR5dIia9xIoD6ft6covx9fp/wAb/wAPx7T9&#10;V+R9f9bg2P8AvF/+Ke7saKKDPSJwCakZ/wBX8v8AP1n9p+oXk/64/wAfpcsD/sfbJFKEeY9P9X29&#10;MsQTQVqfL8us8Z4/24/pyfpb/b+2ipW6HkcfX6fn8Dj20csBqJUEf6j0wxGKjHUn2mpzywH9eB/r&#10;X55t/X3vSfPh5/6v29MPkVODTr3trlP1I+n9f6j8+9kinChp0y3Eg8f+K697ZJx9Rf6k8/1/F/8A&#10;D6+6lgSO3tHl0w34gBn5/wCDr3tmqeL254Fz/j+PdK/FG3D+f7fLpjFNOqoHXvadrr8n68/kW/Iv&#10;bj3QqKV1Z6aYZADev5de9sUoIBt/r/7xb/W9tkCpLefy6qwJBNMf6vLr3tvkIW9/r9SL/wCBH9Po&#10;b+6VqDjs8umkOfl172zzjRq5NiLDn/X/ANc/T2lkJ1HOa9XYK6g17h172z1A/wAOb3vbm4H090JJ&#10;ox4/5OtrU9zfF6de9tnjGom17E/gfk/7c8e/fiLU6dJ4Hr3uJOouQBwBYj/XA/2/utFNRTqrde9p&#10;2qTRI34Xgj/Y/X/efbAWoIpXrVMnzx172+7A+7j35tGWhdIq6PcWLloHlayJWrVxNSs5UOQn3AW/&#10;B492iIWaE4ww48PLH+r16dtmdbi3ZTRw4p9tccaDri6qyOrgMjKyuDyCpBDAj8gj2WTB9w5zsjdU&#10;OR7Fxu28tmqzH7wo9n57I1lRtzDtV5apr6ytTdeYpa2nnkxmLnRpaSlIEcUs0ZZPHI2qJoN5uNxv&#10;42v44Gbw3UFyyKanVVnrkKQdKtVcgUA6mLc9jjtbYpa3EzxGRGnQkM4JpR41AFGJcknUBRSK0FOu&#10;woVQq+kKAABbgC1h+eLC3tRrg5Oid3Jmd54XGwywYnJx4fEpRVGUxm193U6YxabJ5LMu4yFIm4Ke&#10;F6yCKmRkdplCaUJAMPA/dEsF86poCdoA1IrKQMyGrDxCC+lBSrUUgdFLySbtBPt8SyfXxumrU+h5&#10;EqSB4QOlvDr8RbhQmvXft+3BvFM3T7Vnp48Fm8vuDEUlZkZ8bQaM5T5GNpZKt6mqWaoydSZ6eXTI&#10;KjSOCAthf2b/ALxikW1eNYZJpNJJUDXVfiyCWYEGlHpgnFK0DMlnKhvEcuscTEVbgcnz4E+dRWvH&#10;r3s4XSHV29Nz1228/DH17tvbmHrsO8+bWPL1O4a2gq5fvsrU09JjVq4BWJRgUjLO1LCswVg6gXYQ&#10;xLemRWjhtli04PcZGqQajyFaAdzChyKUy5s21xXjw3D3PhxpIAxySKVNaAEkjzJKgYFOJ6gV9Y9J&#10;CxipZKyYo5igR4olkcWCo80zqiBi3Ng7aQSFYixM9vvaWN312tR7o3LsHP0HVWx9q0VZu/sfe2Qg&#10;psdmtp7giqMjjceMNi3yFVka/C1stXNOpVXMkSBi3kuzFzR51+psxpVaMxOlJMVpTNRUgtqC6SaH&#10;IqB3ebaL69t79oJv3ImkvJMDr8ORqo5IBqxq4XSWLFTqoeKQpMrLj8V9h9xhpd1VcOSFBhMRNqp5&#10;Mni4QtTS0r1gpmSljIi1NMsSxBxb0lR7MjgYetYN8U2SxD5TaW5cPmtoY/HZir2jkcziZ9nYHJVS&#10;Tbe2xiMjHHQ7focptyvkopaxYIik9d42JeNUNLuJ54WEEKGWVADU51BOA1VoaV+GjaSDQsaKLdsu&#10;tgj3iB9c1tdQXEYjcxNIjQBypjjRh2I6UUkimp6HTmqB3Pjt8Vm1q2i/h2OzFFk8DkVq6BM4mFrK&#10;HOVFFT1iZDIZOjd1q3pcm0npppVVY4g4LkqFGroiiqMn31ujf+9uqsFs3N4jIbm2dgcriKuDD5zd&#10;23JhRYvGityNHSRVuTo6aCWWqENTfwyyIFj1R+RyPf8AbpJuXBIXQyHQxlKiU6EbWPPIJUhKkfIV&#10;FQN+SZ7q457vr++2mO0EMk6RiNmiMgcIgqoHfoTjXNWUeVCW/wCQcZo+gU2rsveVXlZsxBt7KVmT&#10;ytDHu+mxUOMar3A9VPA9Z4sbHmMhSRQiJGVFRZBqsxb3Un/OIpqKi+Y+cx1DkoMtHj9ibDgargqI&#10;6seWXFSVrwvUxExzvD90F1cHixAIIBLy5NLd8s7bPNbGGVvEqhXQRplcAlTQioowHoRSooTHvvSE&#10;j9x92jjn8SNYYBWoOfCUkVznP2+vQlfAjNV+4vij1fm8lhJ9vVmQl33I+JqMfU4qWCKLsfd1NTTH&#10;HVl6ikWtpoEnCtcESXBKkH3VHItwf9a3+39vkUaoHUYIaEdHC9txBFxz+ePxcf7x70yodTE5NP2d&#10;LBTr3vE/KkH/AH3+x90IRRTjjHV1+Ide9tswvb/Yj/eBb/b+2SlR9o/1f4OlcI4/Z173F0DVe/H0&#10;vx9L/T+v1/3n2z4b08PSKevT+aU697//07S73ViACeDyqaf1rd7D6H/W9gkLR1qaD7TX4T2/YfnT&#10;06zcAwwKmvy/Pj0XqnXRHrAKtZSo0A3DMhLjgLwwsCPp/twPXuDcAuJL67gXCqOQ1iLXPPHummhX&#10;SSIytKfMngRX9mft9Om8UHbn/Vj+WOp9zfXZQ5kDtYAFlCj1AXuY2CkEW5H098HA0lVP4/V9eQOf&#10;wODf6+/Bv1NTrgHI4Y/2KDHVH9Pn/q/1fPp+p11ItiDcFUa2r1WvfSNN1B4Nvx7wSFfU4DNYLxbi&#10;6re/5tyLf7D3aIP2xEquT5+p/njOPXrQ0oKk0z6/P/B5/Z0p4NLInpP+pJHPpBAUn/aQCfz+Prbn&#10;3gmchNKmxJBHJNl45Fr/AFBPuulTIWdTpz6ZOf8AL032l8DPl9v5dKHHoECgMDYDk6hpDWYLqN24&#10;AHtv8g+guSdYu35uCPoLafryL/X280ToSxpoFOHlw9a18qfy9OmjUNU+p/1celEqq4IvYjVy30sB&#10;6SAtjdrkXsPcdx9Baw+liCbWCm4sOS34+ntwyVLEP3caig9cH5ft6oxOpW1cK04fPj1PihKBQ4uv&#10;IIZWtc6DqULchje3+w94dTE350kE6l9XIABUizX9Q/PvzIgoKLqXyOMHNQaj/D1XUdSgDCn0/wAH&#10;+fqbGWuD+5Z7NdeSpUBfVZW9NgDew+v0+vsqHaXzi+KXTPam3ejuz+6Nr7R7R3V/DP4XtivhzdQY&#10;Bm5xFif45mcdiazb+1P4mxBgGUq6PyIyut1ZSXorOZ2aZPhHyxUD7c/aPs6IL/mDZrG8j2273BI7&#10;1+AIOK1pqIGla/0iMfLoyXXnxY787J2BmO0Nk9Z5zcexMJ94K3PUk2KiD/wxfLkTicbVZCny+dNA&#10;qlZfsaepKOpBNwQDOXU3B5AuPoSL2v8A6/Htxy6hWwCfnQ0/weXRriiFqU/yevp0EkEY4X62Cm5H&#10;I0gjj6nnV/rf1945LsQeABaxP9AbX4BJP+PtlSoVkFaniP8AiyP2eXz6trHcqsCPPy/w/wCr9vT7&#10;SnQqgckhrGwC3BFhe34uR/j7KH2d85fiL07vbOdb9n9+df7K3xt3+GnObYzWQnp8njDl8RQZ7GCp&#10;jSlkCmsw+Tp6hLE3jlU/n2ujSZ1jYISOFePr+VK/PoiveYdksbl7W93KOO5jpUE5FQDwoeIIPRmN&#10;h/GTvvf+2sZvHZPVu6tx7ZzAqzi8xj6SKWgrDQV9TjK0QytMjsKauopYGutg8Zt7MRtjc23967a2&#10;7vHauUpc7tfduDxO5dtZuhdpKHNYDPUFNlcPlKJ2RWekyGOq4pYyQLo4Nh7odSBu3u8/lSua18ul&#10;8Ey3EMdzC+qKRQQwpQqwqGB9CPsPQcZfB5Xb2by23s5Rz4vM4HJ5DDZjHVaqtTjsrjKqagyFBUIp&#10;ZUnpquB42ANgV/2Pt2P55tckfT63+g+vH0917Rp7a4B48Pt6sSFCafiJr8vsP59cYgSxNgSPqbfg&#10;em9gf1Xt/sfcRwpP10kW+gWwP+Oq/BI9ul5ACSupT6k/yoem3XuYkggZ+fDyz/q/wKCkQABeB6rC&#10;wN+FIW5sq/737gte55+gt9bj6f4n1XP+39mClSASpFc+nn8uFOPy6aFGcilDUmtDnPGn+Ty6cQNP&#10;AsRfj6/kc/Xmxv7jSC4NyBcgAWFr2Isfqeb+3Y20/CDUKan5VB+zFOH+Hqr6i9K1Y+flTgOnGnju&#10;QT/qgFWzEXIBFiQPrq/xv7b5DpvY2/qQeDze/wBTYX/r7UqNeZADjzGfT/AP9npKX1MdRNKY4f6s&#10;DpQ09ywt9AxAH0AUA2UX9N7n8Xvxx7htdjqb6knnVex/pYabf6359vIVTtT4QPSmPtNf2j+XVRXj&#10;rpw9OH+Svr6+nToBYAHn6Dg6v8R9Re9/6n3hla9vzbg2t/tP4/qBf3uBSuoqKDj/AMe/kTTh/g6b&#10;amoaTTAyf9X2dTo1Jtcm5U88/kfW/wDrr/vPuE3+FgLAH6Dgfn6C/sxqprqUluI88/bU06Ta11Mf&#10;Xzz6kfl05wqQ1rt9Sv5F/obMCRYE/wBfpxx7jtbUPp+eeb8WIA/P59+IYoxIP2f5+mmk09xB48Ki&#10;nDz8vOvTtHwoAuCDxyCDq+pJ/tWt7iSstzfkWYkgf1FhYc83A9uxK4Woxwx9hznFcE/s6aYgqfwu&#10;B/k40+WftHDp2plBH5uCOeLseSCfyAPbc5PLgEckD8j6eu55/wBT7UAKxWMmp4/P5enr/s9Jno5V&#10;ABqrWufy4+Z6UNLZRwFAIAI5/JH4uSo+v+2HvCxGkk/VT+SOPyPpzz7cRTqCj4WHkP28cY/n1RA4&#10;NBjUnkP8/pX5Vr1M5Zk9R4uCD/UFQL/Xnj6/T23Tj88H6G3+983v7WRtpYKMeX8sY/1f50chbUWD&#10;HTU+mPkR/qp0+UXIIa4PIFyPrc3/AAAf9h7gPYkm1/paxB/2nm/HA9qlLABCfWvy4n7cnpkE6B3U&#10;41+Xn9uT8un2FbJf6WJHIIvf/b8g/wCw9xZW/wBf88cXv/jYD8m/59uqpzpoP8GPTJ+zPp0mLHww&#10;cAV/1ftH+Dp0pYxqDEX9X6jxwwNvweSR/h9fbTM/PJ+n5vxY3+gP9R7UxxVPaOP+SnHy+f7emiTq&#10;1AAknPrTH+r59KamQslhcn8Wt+L/AF+nNvcCVwdVvoeLG39APqeOL+1SKwC6iajzH2+n7M9MzPqU&#10;nURnFPP/AFfn07U8ZAUcE3P5IH1uRfji3+w9wH/p/wARfi/5+psfajyLH/IKn7cfb0jNQGdx58cf&#10;L7On6lAW1hexFrEmx5vb88fX+vH+w9wJPz/UEgf6wP8AsP6+1MYCkMSKEAkfM/8AFfPpJI2k8QW+&#10;dPPB9PTp5h1NxYkgHkW5ta4+oF/949t03F7gEDhSeT/Tn62+n19qoiWZQGoeJH2/Zj8ukrJpLmlS&#10;c/s4U4+X5dPUIuAPyfwPoStrDkhjcfX6e2yY8f7G3+vfk/i/tQDRsLX/ADDFf2+vSJ9KagrVAz+z&#10;5evy/wAHSgpgSy34tY/Q8EkWH1HPPPtqkB5v/qvp/vVuT7UjH4Rw+eekWnS+GJAX7B9lT50+fT/D&#10;+P8AWFiASRY88W/w9t097kE3UWv/AK35t9P6c393ogWoFH/zcK5+3pC9B3rhq0z8j/q4fz6UVIfS&#10;pty1z/twf8PxcW59tTm0iWNyrKP8fr/tvarDrITUAqfT9n+qnSIu3jK1B4ZcDj+zH7OnmJbwyEg3&#10;KHn68afr/twfZwemHKmk/qWSwJvc3uL34/1/cQ89KrJNX4ADU+g8+GflQdTxyQ2lEYjh58cf7P8A&#10;g6qw+X8TPT5OwJtHUAAcXJiNrX9J5A/HuyTbJkajpyupgadVtYeku5a4/oQvvG7cmgE7owAIc59Q&#10;FA/ZWnUtM6sjDT20/wBWPT59amPfMEi5ncZYelqmr4BDWLzysdWqxB9PFuPawniVKYlXu3pHI0i3&#10;Oq3+r+n+8e01pM73K646LQ+dfSn2dBC+JCSY9eqzt0oiwVgUkkSMLfTV6iT+Bfj+n5HtPn6m4ueB&#10;/T6Ac/U2ufYqSopQ0B/Pj5dAW4FSadFmywBnk45LEX5FtJAv9Ta/uXEbRqTcC4IuAQASBq5/x9ls&#10;41SsB8VPL1yaY6tHXQwpgdPlAStLHcEKETkhSAtlGrn/AF/fEuBMp1WFxY24Fzccfkcf7z7usZNu&#10;66M0NfX/AIv/ADdLNvYrf2pBzqHTxt2fTunD+o8VKEcWH6rji4vyP95967v82ynM27Ee3H8OQ8E6&#10;TzIQfz+oNzz9feSPt6v/ACB4E81mfiM8FBHlwIPUP/ebq+7bY5WrC3GeH50+3+fX05f5Dkwk+EmH&#10;W6nTnasjT9LNHGQf9je/HHPHulzpmBk3vjDa1qscfk/Xgf15PsecuxgXR48D1ilZit1D66urrn/Q&#10;3/BW/wB6Pu0ci0EYA+qD/eBb6k/m/sYN3SuzSd3+r/N0PXFQKmpoOg/Q3mbiwDv/AK9rHj/W59sd&#10;QBzwPx/seP8AjfvysGJNSfLy/wBj/Y6RS14A0U/6v9X+bp5gNuD/AL3fmw+vtPzqeTb6X4+gH1/q&#10;fz7t24FKV8+kRC6gOnGP+z/r/wCv7T9WLfT86iP6W/r9fx78QdIXSc8fXh0kkFCatU0z/kp/s9SP&#10;afm51f6/H1t9f63tb/Y+0/AnBPHpM500FCf9WP8AV8usqfk2/oP94t+Rb2y1fC/1B4P+2/1x9feg&#10;O404/wDFf5fl59NMMNXB6l/77/ffT2mKgHU3H1vb8X4/HB9unzoPt6TmmAeNfLr3tplY2Kgf1PFr&#10;j6j/AFre6HSW1V7SP82P5dMN8RJP+r0697a5baTc/wBP+I/I9tgFyT02yg1Nc+nXvbJOttXB5P0H&#10;4/rbn8e/dx1Fz/l6TFmYaSP59e9sk6XH5bg/4/gGx91CldQJqx4ft6aK8RU6uve2KaIgt6Qbfn8W&#10;+n4/1/bb1NK/F/q4daOailT8+ve2moU83seL/wC3/HP49opewqy1A+Xl0yaISCuT1720T8gg8DT9&#10;Rz/thx/T201K6hUg/wCXra6RkHJxT7eve2iUn1Agkfg/4/1N/p7rSigae49bSmOAfz697bpCFuT9&#10;Ob/4WJ/pz78DQY406uCdeny9eve4ErLyQb3H+8/T8+6ntAbqx9a9e9p+pJdiTyL2X+nBIBH+v7YB&#10;OScDqmQOve1H1zTRz9h7JSVnjibdOEMzR28iRpkKeRynB9elTbg8+3IgfFjUE11Dhx4/6j0ssAhv&#10;LVZG7PEWv2VFf5dcJCwjkKAFgjFQ36SwU2Df4E/X2XzsknZGT7SloMhs2vqtq9hzYXbeIgxWMocx&#10;h9t7ny2a3JS5vIUtRi5aTIxVmPr6WkM6s1XSzsIZSqIt4z3C6eyN5G0tu9ykrBVEagorMWJYMlCS&#10;HVRgsDVWwD1Kg2+zv5rJ0+pjt5UOS7N4ojWi0UHUFXSzaScDTQZA65KSQCw0sQCQDextyL2F7H2l&#10;8nuXEb+z9Lkd40+LqIMrPtCfK5qrNb9/XZOlxuEochNV1grFgillpKJlVKeNoFpwP29ZJ9tCW1u5&#10;ojeJD4bNGS7BqlqLqGqoAGMBVKhT5k1CCQ7jZiR7Wac3KLKumoNEDNQgEMxAqMsQ2rANAB137NRm&#10;t05+kzVBJsulosPlsXtzcUUGTy2F25L/AL9jJ0mNixONxE2FqFkp64fxGRopJEM8cCs6lQ1vYxku&#10;LkskdqoWQRMAzovAEaVUo3aSeFRq0g4ANOgpHLFHG0sztXAABAPdWpNUINFBHkasM4I66IB4P9Qf&#10;qRypBH0/xHsaumN0ZzCvFtOlra/GV8+Px1RLtpq+IUkiz0cVXT41po4ZpVq56ypaOohdPLTJIrC+&#10;lvZzbTgKsfhEyrHUioOnNQpORXPdX4cVND1SxmuYJ2hhumCSNSg/GOPD514HhXrHLFDJpaWNGMRL&#10;ozKrNE1iC8ZIJRtP5H49nJxHaWTpes8/tvb09N2PvjbnY21sJUbfStk2lS1EmK3njfvKOfIVlHGK&#10;7Gy0EtRC0NKzwywqYwSHsW7pxdMZ7UlrlFKHPh5JAcKSMaRU0GoNwGepL2jdri12a72ydxNObqPS&#10;oP4UcMqt+JkkHYVU4GokcKh7mNsR5HcdHmlviqaDB5iKfJIC1WHyVKI/JTRtI1LQ1lAYI5/NNDKW&#10;ZQoH1IMJuTtjN5Ps2j6i652Fktqbqy+IyNTRbxyG0a/ObBxcmWyVHPkZTTYXNRzBaysy0EyyzMxb&#10;7edWTWrspD37fYFpzLKQGNQlRWOirrYMoqxyBgMzYIGOpLueYLy/38bLsG1iyvm7RJIhMY+odndk&#10;jRjVKhSX7wpFCtWqAQx2xcbgtoZHdm/N5VG4cDi2TJzRtXY+mr66HbWMFJjqSvy9dBiozWxQQzx+&#10;CI0ysZAVm0gArCp64HYnyS2xWUUW8pJtsz7txVFncV2LW7ZxtRX7X3Tgwoy22aekrhkUz8lK8k0r&#10;vrpI6NIZtTSW91upvp+W4dyv1AT6MMylyyqHWvhlFZQ2PSoNCowRRVBYPv3P9vBbi5EkFxKqyJKI&#10;9TW70JaqM4D1owBNAF11YZRWR33TdcfHWbceWqMBj8bkttYTK5DDPtiTcP8ADafeeGSWnw9A0GYw&#10;1FXNQfcaIdUYjqG1GNVRgqVJ/wA2/CYXD/MPdL4eCKmfKbQ2JkMrT00qzUUWVbb1PSzfZuoH7UtP&#10;SxSN/qpGZv7VgG+XNf8AVrbJpZJHZteX+MASOFBBocLQfKlM8egJ7yx2cPuLu62UYRGihZgOGsxr&#10;UjAGRQn516EL4U5bK5v409eZDM1dbX1bVG9qWKsyNOaSunoMf2BunH41qilLN9sUoaaNEjv6I1Uf&#10;Ue6upAR/rk/T8/19qJKUamc9RoowD0an3AmFiD/UfT/H/fH3RQCuRnpVGag9e9xmFwR/h724QJmn&#10;T6nh173CkW4sfzcD/X/FvabDKSASQen1ahqOve43ja1/9ha/+P8AS309teJmlMdO+MOFD173/9S0&#10;tv0sByQSlrAEqDc+nSLHj/H2CFoHDNUAgGuTQ8BmvDPy6zcIEZbuapP7KUp/nPReipKMAWugMRHC&#10;FlFr6gkaqWQgi9zb8++7E67fX1lTqQgj0/QevV9bc2tb3XWAELZQUBFDUcaV4UyPKpNfLqhxU0rT&#10;FKfsrw9P9XHp9hQudIAB4OrUjA/nj9Wq4/1rW4uORilJNwCLG44sfVzawAUe/RAVVyp1D/BXOan/&#10;AD/s6rVmo7U1EHP5np7pk/S7GwUljpYEj02FgbFvUef8B7xNdQwJK6lBPAP+H0ANmBP+P+9+6Fgd&#10;BA1FSRxP+xg8PL9lOmmYsvbUscH+Z6VdHAWu4WwYk/gr6gbcG9zbn+nshXfP8yz4SfGbsPI9S939&#10;2Js7sHE4/FZPI7dj697V3M1JR5ykTIYySbJ7N2LnsKJKuhlSXxfceVUZdSrcXVxWt5c6Z7ePsJ4k&#10;jyx+Ik+v+HoMbjzfy7tFy9lf7p4d2oBI8OVqVGMorD8q9HR6b+C/yj7x2TQ9idXdWPunZuQrMjRU&#10;OafeXX2AFTVYuqkpK9IqDce7MPkStPVoyeTwiNmVtJJBsIvTnzC+NnyE6r3T3f1V2rhsr1RsTNZv&#10;A7v3zuHG7i67we3cjgMFhdz5o5afsXD7VlosfjMHuClqJq11FGqSkeXVHIFcEFxbSNBKhYso4Z8y&#10;P2mgpQVHng9KNv3/AGnc7KfcLO/VrGNiHdlZACFDNUyBaAAg1pTOTxonOyPjb3b09v8A291d2BsH&#10;JYrsPdNBjMxtraeHrcLvTL5uizGUyWCxZxkeyMnuJKmrrcrh6mGOl1/cs0Y/bs6llr17350Z27T7&#10;gm6q7p6m7Qh2nBSVW6Jevuxtob0h21S18dfJQ1Ofk25mckmGgrUxdSYXqTGsoppNJOh7eeBo3Q+C&#10;Y6ilSM8aU4Z/L1PTttuO3X3imw3CCbw1BcpIj6Qa8dJNK0NCfQ+nSe3j1J2v13Ji4uw+suwtlS7h&#10;nqIdvwby2VuTaz5uaiNL93HiFzuOomyMlG+RhWRYfIyGaMNbWoJNNi/zcP5fHYu9tndd7K+QAze7&#10;9+bowGy9p4Y9U92Y4ZXc26stSYPA4wZDLdbUOMoPvsrXRR+apnhp4teqSREDMFMu33EkchkjIPrU&#10;E/M4P5dB+1515XuriCzt90LTyuqIPDlFWc0AzGAKkgVJA416Mzuj+Xl8xdibU3LvTcfT38P27s/b&#10;uX3Nn68b/wCra37LC7fxtTlMrW/ZUG96uuq/tqGkkk8cEbzPp0ojuQDS/wDPLZ/8qjuf5t7y7M7Q&#10;+a25uu90YTdVDs7vjqqg6J7f3SmX3L1VHR9f5LGYTe+P2mcbt62O2rFQ1ElPT5ankkhaaF/Xf2vt&#10;TdpbxqkIZNODUeYr/h6AHM0PJ1/zFcXd3vzRTK4SaMRStVo+whXC0XChTQMK5B6Hf4B90fzrtgdI&#10;4HrJ/wCXVtDePU26KjK7q6U79b5I9HbQrNp9b9iT1e88NkNxdU1G8q/c27Klp889XTxzSYSshjqF&#10;hqISYiPdjH82T+Yj138cuoeyejtm723FQ/JzeG2aCi2zRbUXcmCymycZuSWDy75felJT0lJipqTD&#10;LUNQiiq3rWrRGAsaB5Y6Wtu0rRyuO0ClMfbT/UOhRzpzTbbVZXO3W1w43Z4wF01BQN+PWKUxWlDW&#10;v5kS/gD8P949w9hbM7Q3DtnEVfSG3s7WVWbq882GylDuauwscwj2wu2aiaoqK6OpyfhFUamnWmWm&#10;LnU7FUcLP5ZH8zj49Vnx5+O/SHd/yJ3Tuj5Tbo3PntmV1FvPB9xb23Lmty737i3RS9d43Jdh1W18&#10;3g6v7rB5nFQQzT5XwUVOUilkhWFlTVzbTeM8kcaiEUPl5DJpj5+R6R8pc27W+2bVYbjurvvLSMtG&#10;WV2LPIwQNJpINVKgVYgCgNKYEf5sfCjt2k7Z7j7P6u6fweF6RwW3sduShl23lOvNsYShxO2eusJP&#10;uypo9owZ3GZKn8OVxtdLIkdAJamUM6LIZFLET/4UNdRdb7N3/wDH3tLa+1qLD797fTtlOydxU1RX&#10;tUbsOwqHp/F7Tlr6Warkx0VTh8fl6iBZYIYpJY2VZWcRx6VViz0lRuCkU/Op6DfudYW9vd7feRwh&#10;bicy62Fe/R4WkkVpgMRgD5+XTT/wn8+UXyQ7lyvzN6Q74oqPD4H461nRsnV2BpaaBP4die067vau&#10;zM/3ahqiqgybbOo5lV5GRJDIUCl2vaZ0h/MK+GXx4+LfxI2R2133tXb274PjN8foK/beMoN0b0y2&#10;Fnn6n2nJHDuCj2LgdzS7cmaKz6a8U7BGVjZXUlOYZZJZaIQmo5x6n9o/yH5dC/buZtj2zZ9mtr7c&#10;USb6SGqgM5B8NaBggbT/ALamKdYeyPil8hO2O6e+NybE6vzeWwMncnactLl6yqw23aHJRR76zqPJ&#10;iqjc2Uw0eXjV7remMoLKVFyDay/YXYOye19nbf7B643Ph95bL3PSR5HBbjwdUtXjshTeZopDG62e&#10;KopaiJ4ZoZFSaCaN45EWRGUNgaGdXwaEfy/b/wAWPXoWQ3MF9bxXdpMskLcGXhn/ADHiKYOCK9FK&#10;3HtTcexs5k9q7twuQ2/uPDTtS5TE5GBoaulm8aSrqBukkU0UiyRupZJI3V0YqQSoa+qpaClqq+tq&#10;qWioaOnmqqysq5lpqWkpaZHnqKmpqJWWKngp4ULO7kKqgkkDn3aJhqCkMT+XoPs+Z+2nVZCoD6pK&#10;Dia0/nw+f+DrBR009VJBTU0ctRU1EqRU9PTxvNUTTSSGOOOKOMM8ssrOFVFBJ+gF7D3XruX+ax/L&#10;62znX25kfkrtabJRVRpXlwW2ewd1YXzI6o5G5trbQzG2TThv92/dmMi51WHCuKOVarIhNQcgjHpx&#10;zX7BToNT84cuQytEd1QsDSqq7A1/pKunH29GyxHwr+UGYx0eXpeo8xFRmJKhYsnl9sYbIMhBcg4f&#10;MZyhyyyHn0GDWOBp59nB687R667h2hQb96s3ptzfu0Mq0iUe4Nr5OnyePaeBgtVRzyU7s9JkKRmC&#10;T00yx1EDel0VuPbsIOpVYUAHnmuPT5fL88dG1teW99CLq0mWSE4BBr9o+RHCnl5joFdz7P3VsPM1&#10;W2944DK7Zz9II3qsZl6aehqo45SWiqUjkGmajnAvFNGXikAupPtCd7d/9RfGzZDdkd07vj2Vsv8A&#10;jGPwK5eTC7iz7PmMqtRJQ0UeM2tiM5l5nmjpJXulOVRY2ZiAL+1yE+GNYAPDHpwx8+NfLPl0k3Dc&#10;rPbYGur2UJBqC1oTk14BQTnPlTj0tetus969qbiG1tgYV8/nfs6nKNQiuxeNH2NH41qKl6zMVuPo&#10;Y0R50UBpQzFgACfoXjqH+Y98MO+exNv9UdUdynde/t1HLnAYAdedrYI1/wDAsHk9yZS2V3JsbD4W&#10;l+2wuHqJv3qmPX4tCapGVGcRyzBEpqIpnhwzXoutOZ9k3C4jtLS913DVoNEgrQajlkAwAeJ+zoWd&#10;7/FnvbrnbGS3nvPYv8H23hjRHI5Ebm2fkDS/xHJUmLoh9nitwV9fMZK+vijvHE+nVqaygkDrlvkP&#10;0Dhd8r1rmO8+ncR2O+VxeDj6+yXZmyqDe0mczX2f8Gwy7Vqc5Fnjlcv/ABCD7anEHmqPNH41bWt1&#10;KSIq+C4q3Akn1+0eXl0ql3Pb47gWrX0IuidOkuuqp4DSTWpxQUzXh0hqDrHseu28d1Y/r7e1Ztda&#10;KryJ3JSbTztRgVoKLzGurzmIse2P+zpBTSeaTXoi8bFiNJ9g33188vih8ad5UvX3dna8Ozd4V23q&#10;HdNPh49mdh7ob+CZCtyeOoqqes2dtHcGOpJZ6rDzgQSzJUBFWQoI5I3ezTRxkKWNATjNc+fpxrUf&#10;L8uirct+23bpo7a+uAkoo2kK7GlTQ1CkZoagkHz6Ebrb48dwdo4OXcuxdoPmsLBkp8VLWNmtt4kf&#10;xClgpKiaKOHN5nGVUqJBWxkyJG0RYlbllYBa4T5S9Abg6RxvyOpOz8DQ9K5U5IY3f25Eye0MfUy4&#10;nO5TbNbTJQ7socJmlrP45hqmnihalEtQ0d4ldWVmdMkAjYBgQw+wcfmPI19P2Hp1d0sJrMbj9Qos&#10;jWjEaa91PxUOCCKYr5Y6b6zqXsbHb9qetJtqZGbfFD9p91t/GNSZqqjWsx9LlIJTPh6muoTD/D66&#10;OR3ExSMN6ypBALviv5onwJ3Dm029QfI3bMGQkmSBZ83tvfu28GHdlQM259xbTxe2YodTDVI1WI1F&#10;yWABI8l7DqVKdn2nFft8vz6Kv6zbI7+Gl6pPqQyj0pUqB/P5cOhZn+KXf+MoHyNR1xk3gVPIYqLJ&#10;bfydcyorelcXjcvV5NpLXsohLE8WN/YtfIn5ZdJfGHYND2H2juh6fEbhjmGzafA4+vz9VvKuioEy&#10;NNj8FNiqepxwatpZUeOepngpdDazKFBIUSzJCEdsofzr/q/L59KL/c7TbYUnuG/RYdtBUk8cY4+h&#10;qBTj0n+tepd79n5yo27tbGCSuxrRnMPkJ6fHRYWA1Bp5Jq9Kp46oiCZCGjjR5bi2gm3ui7+XV/Mx&#10;2jtfdHyW3F8v++97Y+l3zn9mZrq/b+6Zu1ez8Tt6nfI9kV26cPtanw+H3RTbYx9BHlcVAUEVElRF&#10;FCEVhBaNBa3YBkM8hzSnE048PlnoDbPv6K9/Jud4/eRoBLuFBLlgBQgAVGMV/wAB8/kR8aMtk8Z1&#10;pjuodhYWokwWPzNFujIYqPam2KrIyLT7agxdZlZKytxcuUqahqSrcMWnMbO5Ygvdr6873/01t3qr&#10;Ad27j7E29tvq7dmC2/uTbu7Nxzy4Cly2J3ZjIMzt9qOgy8NFl2r8njKpJUojTrWKNQaJWVgD9J4g&#10;sU0jhY8UJx5YOR+zzoBjoZTXtstut01wq2zaSGOK1FQaEVyPzpQEdEcxOwN4V26chszHYDI1+5sV&#10;X5DHZLE49VyElJWYqqkpK8TT0jz0vhpaqJkMwkaEnkMQQfYPdW/On4ld07ph2T1r3ftfPbrqppqb&#10;H4Gsp89tmuy1TApkkpsFHu3D4JM9P4lLqlGZ2dFZlBVSQ7DfWtyxRJl11oMUJ/1edPt6LIN0266L&#10;Rpdq0h9QQfyqBXz4V6EHcXSfamzsY2Z3HszJ0WMiVJqitimoMjT0kbkqJK04urrfsl1sATNpAYgH&#10;kj2oO/8A5XdB/GQbVPeG/Rscb3ObG2P9+xvPcjZQ7c/g5zRC7R29nzRih/jtJzUCESeUaNWltKme&#10;4trIItzLQtWmCa0+agnz/n1W8v7azCLdSaVetME1pSvAH1HXewOst69htkjs/Cfxf+Dih/iJXIYn&#10;HrTGu+7+1v8AxSvoRM0xo5f0a7aTe1xcN8387viZhustqdxZTuXB0Owd9VGZptpZGfDbsXNZyXb2&#10;WqMJmzRbKXb53t4cZk6UxyyPjljUMj38csbOoXcbGO3jne7HhMMYapINDgjVg18vTPDpA+5WQhjn&#10;8cLG3A0OQMEUpXB+VPPz6W2P6c7Kqc/ktrQbVq5c3hkpHycCVWMNJRrXU0dZSeXLffDEA1FNIGVR&#10;OWJBFrqwAz9W9qbC7s2Fguzess7/AHm2Pub+KfwPN/wzM4b744bMZHb+R/3Hbhx+Jy9N9tl8VUQ/&#10;u08evx6k1IysTG3mhuYUngfVE3A0I4GhwaHiDxHz6vHOJ4Bcw9yHz+w5oCPkeI6Y89tzL7TzdZt/&#10;P0Yx+XoPt/u6MT0tV4jV0kNdTjz0U1RTPrpqlG9LsRqsbG4C2kNrH/YH/Wt+bf1v7UiMyJIiirAc&#10;PnXj1QglWjrX5DhX8/L+QIPXVLbV9QAeQBxf6/m/4tf23yupJ5uBze35/rbgXI9vpHIFCHL1/lw+&#10;fDP5dJ5CFIXIkJ4eXT7TqCFbTYFeBc34JJ554N/9jb23TvcEX4Fz/sDb/WN/a+BNPcVAY/5D/nz0&#10;wCwchTQ4oPLANf8AV/n6d6dLMPqQfof6D6G/B4t/sePbZKbm31/P1H9f8PbwDqGIJB4D/Ua/b0Xy&#10;EirBQPKny/zjpQUqeq/9PqbD6/1JsLX/AKD23Sm5B/3g82/P4A49qaYIBocf6vPPn00SAjIv7cfs&#10;oa5H2dPUQAuCfyP8Cf8Ab+26bm9r/wCxH1+g459+4EVAqfnT1zw8+i96CiE1NfL/AC4/YP29KGlb&#10;hL8Efkc8cmxI5AW5H9PbPILSKfq2sf7a4/P+B9rUNVZK/pj+R/4rosKkzhtOK5+2v+odP8JBie5/&#10;sNY3Fv0m/H/FL+zc9NN6qME8a0uDbk+kH+h/P+t7iXnv4JSq92jjn7QPy/2ep05LZfCiCpUg0NfX&#10;yH+r06q/+W0V6XK6uD45gth/ZKMbg3+vp92U7WkcUNKYySRAoYDUtgJAA3+toNj/AI+8atxjje5k&#10;EwA1NUE0NTpqR/vXD/LTqYG7omLDuIzx4/6v8HWpZ8hg8WW3GQSCs9crBC1wFnaNWte9tLX/ABf2&#10;tagEQnUXZl45ULp4Qk+km9/aW0YGVSqqIyPIk140GfT/AFcOgdesNEuequdyt+zW6i5cSuACLaSD&#10;yb/U3H1/HtgIszC30N/96/3j2JlNY1Yny6BEvxEeWei4ZJf35OPozfQfi9j9fwSb+5SEGIXuLHjU&#10;vBChTfg/QMf949l82Lk6cgjND5mv86dOxrWMn5D/ADdP9Gt6JD9NKpa44IAX6fi1/eJwFmQ3+hQ3&#10;Ckj62Btzce1ULF4JVIPnxOf29O2Vfrrbyqw6kYMad0Yex4+5iNwOPqebcg/T3QF/NZpvNuRTpH/F&#10;uW5tp/3bISbG9rsfeRnt0AeTQK/6M3nX8K4/Iftz69RT95SMte7bIOBg9Pn69fTW/kGz+T4XY1NV&#10;/wDc3VseLEkqoYnkm5K3/wAPp7pb6lpQm88cQB/wKFrcjg/42v7kDZF0z4wf8/WJ9oCbqI+h6vHf&#10;9Df8Fb/ej7smJPgiP0/bBH+2/p7FBFHdePd6f4T0OmNFAIqfXpAILzPYW9TH/YXtx/vXtlqRc/n6&#10;cjj8359uGi1bGocP9WekjEjVU9vr+z+XTrTkDi1rj6j/AF/p+fr7ZJrWYf64/wB7tx78WIX4qE9F&#10;7MCBwAr04Jf68/77+n+sfacqwpPNuPp+PrcWHPPuwppq3Hy6TTEAjSOI/wAHUwe2KdBqYD+n+v8A&#10;7e17H3V1YACor6/5s8Okj1Ap/q/4rrmn+v8A7D+v/FfbHWKNJH+9254P9PftOklq0Y/6vTpphUkV&#10;4fb1LU3HtMVQKj6XHN/x/gPz/j72EOT+I+Y/b0ldRQnz65e2KT6G/wDU8Di30/ofaYkgntFa+nrX&#10;pk4rjr3uAf1WH9L2/wBf/in096IZgSV+XTbBnwfLr3tsqogASB/vdjf6j62t7bJJOOB6ZNFoVGCf&#10;9X+rz697ZXXkkf7a1rD/AFzYe61agB4f6s9UJpQ086/n1720VaW1aeR9T+fzzc/7D3sgDuK54f8A&#10;Ffb009AVI697T9Qg5v8AS17f1H9P9bj2mdDwUVb7eHTTrmvn172y1KjRcWHI5/1/8PpYe0lHTUxN&#10;acf5efz6aOpcjr3tokW3Bsef6f8AG/baHWSDWvXkJdqjDde9tUy/qB4vf/YHke70wa+XSqmCaVp/&#10;q/1fZ172zuPr+LW/3n205JAPXjw697bpoyebAj6/S1gTaw9tVrSop17iBnPXvfWOrqjE5agydLJ4&#10;aihraarp5fr45aaVJEb/AB0svuykoUdW7lIP7DXraEq6soyDXr3t9+Yfx47L6x2DTb/xFfT7yx+/&#10;NhbQi7NytLjKGkrKPM4eKLJPn5qxlFVItbhaShhqIFPrKNM4Yn0R/wAybbuca3V7bXrutKXFFjQs&#10;ydpdvxFWK1opBLZNRQdTlZ7dDaS8ufvCMBXj1xMGZ1rIAVgz8DgNq1edOOemDC7hpM1UZamijlp5&#10;8VkqugaKo0pLUR0kzUz10KBiWpJKqKRFb/aObfT2RPrjApJLS47dorKSkVshHQV+JenyFWayajpq&#10;ihphS1FfSY98fVzyr5ZSxOhfSbLyHdrtw5VbmvhUbSVoxqoB06WIXSf4iM0xwyg5hvbfxZZbCXvZ&#10;V1KVpwLLWuG1CgGmopUmhJp0/wDs0VXtvOZ7I7OTH7lxtPjqKlpaQR47DU02WyEUdE9PTSV9RDRm&#10;qkroaalkQAyPcKuk6Qp9jhrZ53tPpr9VQAlgFBLDSADULUtQcBXORgV6j5LuBI7pJ7LxJ3ICNqIC&#10;UJJqo4kmnEV697NBtDq3eU9VUVtPkpchPgqfA5PGZePLy4pxmpqiTHzY98rO07NRQpSVShw6frh1&#10;6Bb2JYIbpEXS3iEBSCGKg1+IFjWoNCa181qvmaQ2Us7TTxvRkoa1Ve4mgyfsINPlwr1wd0Thz9VY&#10;20sxYKLtZVBJ4P09nNzuD3VgsNT4Sj3LUw7v3S2KzkuQpcXUyV9TFtvLUk+co6DJZKCLHmoalcwQ&#10;so8zxy+VFOke107syeCkrLMoDHSKcD3Zb5VSpzmoB4dDF7W+26FYzcF725CyVGoN2HJVyBUgkUpX&#10;UM5HTDS1lDkpZH8KrDj3mo2DS08kWmpWL9dPA8mmOVLAiQLpIIIBBsN+8e6aXZfUefbIbr3VVbp2&#10;1t/beVak2/BhcVunZP39QtRgMnmI4XoshBm9zNkvBK8UREhiXTTqCxYLm2tYJpppnD2r6g4LK1aq&#10;U06a0prQkahXJAoBiUb3mOWz5bW0e9uP33GsLIY0WNrcs2qN5DUEvJ4ul2HCg1LxPQFx9eUOY38M&#10;pHt3bb7VrXy2Pzn8ZnnzUO8UnppaOqx1PjqiKroBjMNLikkiglCx3kk0MbFQ+94bj3DhNr0+5/j5&#10;3FQ7K7SxdVlKnKwbjqNtttzLy1uUx025du5zL5fEZSPHGopI2lLwTwSySi7MByiee3v92tbiwmhi&#10;W2RkMYNACkZyJKrqC5ORoINAGocGW87lb7KbXdOW+Y3h3weMZlYrpaSUqZFBYaNRK6j3DV9op0kd&#10;ubLrN2Nl9tdudZ4jNdfQybb/ALrPS0NXJGlLgqGr/g2QbF0838QCUplMUISANThgP03ZqU/nBuLJ&#10;7y7wrt15nObdz2R3BtjZ+SlqtpZSPL7cSJ8BSR0iYqvp5p6WWnqKOOOoHhIjvNcAEn2xNb2tpDHb&#10;2cxezQUUk6jxqcnjkk1zUmoxQ9Q7zRuW4bxzDfblurQ/XSrEXERBQfpJQDJHACo9SfPoyuxMDhNs&#10;bVxeC25SV1Dhcc2QioqXJU9RS1kSyZOtnm8sNVDT1AV6mV2RnQGSMq1zfUSbMt+f9f8AP4/1z9fZ&#10;Yw1AevRHkUHn0rvcaRAfx/t7cj/X9sOrDRXj08pK0qeve4Usek3tx+R+P98b+9ABgQ3EdKY21A5z&#10;173EdAfp/X/kftkoY2YsRX/D0+p0nPHr3uNpN7W/33/FPde34uncca9e9//VtLLALpkA+iyFrjUR&#10;+ACL6eR9OT7BCo2vxIm8ytKGlfOo88cDgefkOs21pkE5/wBWOi+RsAvqQWVVkDtpU2YKR9GBVnFx&#10;YXuPfXq5LLpA/TcqTYXA5AU/kfX3R/DIARqk8aA8cV41HqMfb012twr+VeP2cCOn+hDMbsjKF0op&#10;LAkqF+qgKGuVI+ovbge8Z5Y+lDYjTqAt/sL/AJAb+t/dQdKAF2FQa0Ofzp5GnpT061gClfL9n+bp&#10;TwR3EWkCwPA4Y6rJcDhuAeb3v9AfceQE2IPqve3BCnk2FgfyP6/X3sFUA1f2dPnUjHkT6fLpkaUy&#10;T20zX/N6U6UtKDaRedTEjg+n+l7gHSTqJ/Nre9cr/hQr8adtZzoHaPyV21tHA0m9th9hYvC9ibqx&#10;+DoKPcGc2XvDFrt/GTblztJSrkM3BgNyYrE0dAlXI6Usdc6xFNRVzbZrgid4WqEYdorgafQeRpx9&#10;T1FHuntUM22wbvFbot1HKA7ACpRhpBYgVOlgoFeGrFOHVhP8kP5x9sYb5+9g/CHteaWi6z7B6w3L&#10;u7oGmmy1fVUs26NjZOm3BlKfE4yqrZMfj3zu0q/OV1YaWNJJXxqGRWA1IUbcfyV2xif5AO38VtrG&#10;7d21vDfu+6H47bpXb+Nx+Mmyuc27nWzmQzuVSghjfKZvN9P7Nx9PXVlSDMwqVBc/s3XrC/7zZiao&#10;ATxrxpQfIaq9EM26xJ7YwiHSk0sogYKAKsprU0GSYkFSanOTw6ssw3TW66z+crkP4/X5bcO2dt7c&#10;y/eOAbL1VZVx4zamQ27DiaLG0DVc0kVFQ4ftveVR9pTwEIEhZggJlsH/APJaqNwfG3599m/GbtCn&#10;oaOp7H6ky2IyWKqQklNNnNv4zEdmYWSb7uJUkpH2DPljLE6qCJrk2QhnL0Ca3SVM0ao4/Z5fPpLy&#10;AZtp5mvNnvFAaaAgj5qBIOPlo1VHz+XWL+aLvui+SH8uza/yx+OYl3HU7R3ZLm9nTzaIvLDNmM31&#10;xmKaRqepIieHfeNolWVJCbQcAFvSYz+TP1XsLvz5VfMf5e12wNn/AN1cTvyTE9L4o7Vxa4PaFVuX&#10;duR3fSVm0sX9lHj8Bl9l7awOHgpqmGGOqhjrm0OheTXW8LrHbwq7V4mhoTT+eT6f4OjPkGyttz3r&#10;fd5+lUwrJSIaRRNTFgVFO0qqqAQAcnPGpav5rPeXyK6R6R+FfxL2bPkNw79zXUGQ3d8ksw+4a+Ko&#10;q5dubKxG0sfj8pWGvepy+N7A39ls48kEs0tOy4uzq9kZCK/z6+uNhdc/NPbK7D2dt3Zqb16K23vz&#10;dkO28VSYinz+88x2V2zj8vufI01FHDBNmsrTYemFTPpDztEHcs5Zi/YOXgJLVGo0+zFOg57kWtta&#10;8wRi2hRBJbq7aQAGYvICxp+IgCp8yK9Gd/4T4/IbvP5D/DXtGt7/AJqg7w6o+UO8+nMRjqiqrKw4&#10;LaW2+p+lNw4vCQS1s9TMtHRV27avwoHMccTqqAKABZp/woS6r63ovjtsDuKk2Rtqn7Ty3fGxtl5T&#10;f8OLpk3VW7Tj6z7dyEe3KnLhPu5cQtbi6eYQligkhQ2uB7T2LkzMmo00k08uIz/PoXe51najabTc&#10;Bbxi9a5RC4HcV8OUha+lQDT7OiB/ySvkB8o8/wDzDO1+gN+1OVw/x0wPxm7S3313tdaqVsBl90UX&#10;cHQOFG7ftmmkj/isGL3HWQBwqkJUuPz7Fv8AlCfFX427o+E3xo7r3F0j1rme3KbMb+3FT9jZHa2L&#10;qd3Q53Z/eu/qfa+WTNSwGsWvwUOFo0pZA4aFaaPSfSPbN3LMs8qB28PGPkVzT/Lg1r8j0q5I2fa5&#10;OX9r3GXbomvQzsHKjVVZX0kMQTVdIoc+Xp0nf5gnyv8AnthP5nXefQWFyW5sf8QGx+w8QrUmUq4c&#10;VPi9zdBdf5PdOPkpVr0galyG6MzkIpk8dpNbXve/snX/AApAv/zhpcWv/sxBv/Uk9Gk8+1diQWmo&#10;f4R+yvRH7qEsdiNKf23l/wA0ejS/yKxb5Q/zJ7G/+/U+Ef5v/wAo3ygP+35/1/YTd9fy5PjH1t/K&#10;Q238odu7f3E/d9b1h8dOz67eeS3ZnKpZ63tnK9d0W49uR7ciq6bacGApYt8TfakUJr4/t4tdS/7h&#10;eyTyNc+Gx7asKU9OH+A9Ity5W2m05Lh3eKJ/rzBBIWLHjIyArp+HT3GmK4FTxqHXQ/8ANQ+e++P5&#10;40nwz7K23tjbHxWzfbPyv6p2XjqfZdLSVuYwnRe2e2c7tHfEG7alqrP1OczP+jmlaqQVC494q2Xx&#10;06ftlD9fyAcrkch8Kd70dZVTVMGD+Ru9sXiIJLMlBjpev+qs3LSQAAFYny2Zqpze/rmbnke2bynj&#10;rqNE0+tPP/Y/y+XQi9t5HfYJ0Jqq3T04cNEZp+0k/b0Z3+aJQ01L8h9uVFNAkMuT6m25WV8sYs9V&#10;Vx7p3tjo5piTyy0VBDGLW9MY4PPuz35S9X7a7n+P3aXWG8d/13Vu0t3bcGP3RvrH1uHxk2C2/T5C&#10;iyOYaeuzqtiKbFZKgopKOsM9lNJUSjUhIYeVn8UCmrJIJJ/Ifb516Fu92SX+3XlpLceFBIvc9QCA&#10;CCak1GVBr8q9VUb5+VO8fh/Xdf8AanWvS9Z312Ou8KbGbM60osZnsoM3nayjq6eiY0m2qarzMlVR&#10;1MyTUq06PI1TGgAIup10d09afyhui/in3/1pju6Ot++O6sptPsfN9a78nxldld40W9afZ4g2HtzB&#10;bk2hQ12Do6CLd2NjkUrUQ0tStU/n1w6mK4GRiKilPlg+v+xjzPUXTWnJdhs+4WiX8VxflJGR6Etq&#10;09iqyilNQ44BrnGejX9bfIX/AIUC/IH5UfGLtHM/Eyu+OXxoqewOpdvdy9dVOYwdNJTdcV+/Ym7K&#10;3pmNv74yuG3hDkYdiZOW9P8AazVdPJRKYYxKwjAlf8J49wZWo258rtrTVTthMNmenNwUFHqfRBld&#10;y0XZWOy9SoL6FaqpNqUKsQASIRckAWeAFQad9cfz6d9uZGMW7xn4FaIgeVWEgP8Ax1f2dWVfzQMV&#10;SJmelcukKiuyGP35jKycWDy0WIqdo1lBDcKXIhnzNSQObeQ2tze+Tuzp/Y/e3Wm6etOwNu4LcWF3&#10;FiMtQ0wzuHx+Z/geWrsVkMXRblw8eQhmGPz+FGReWkq4THUU7nVG6nn2+F1tQkhaemOH+r/P1IF9&#10;ZwbhaT2k0IeNlNKgGjUpqFfMeRwR5dUV/Ij5MfIX4k4Db/dfx+28u4KnaOeosrvyNshWUF9lY2qp&#10;K7IUNQKKoglqqLJNSCKaNlliKcsjAW96uH8lnJUPVnzU7K6h7EwGAg3R/dTeWMoMllqCilzG1d+d&#10;Z5KppM7TYbJ10K1mISq2tVZ2KsaFonlihCyDRqAohUFg3UU8kOlpvV3ZXUa+JoYAkAlXQ5AJ4VXV&#10;X5DrYN+cmare1vjd0z3P1Zmqiv683HW7X3VlFhmmSkz3WfYm0Xz22su8FJUPTVlRFuCPCNCj+WML&#10;UuynUqk1591bq39vztPsH5uYgRrgMx8nc2u2snIsrfYZ+jqP79bQxxheOPyU1BtqmplGphJphAYX&#10;N/daEAP5V6Dd7LcT3Vxvaf2ZujpPoR3KPyWn7OjMdc7m2Bt+r2p8NsrPInYtF8bcRv8AzWGQQhJ9&#10;pVWUPX+4cgJUldo5pN1SSLwhQ+W4bi3u4P8AmUVO0vlv8mf5f3Uu0cNh0k7k23tDsXc+fosfTHcF&#10;XsHsvJ40YlcjnKaCnydTQ7Y2rt7MVcUPmUKJ2cKl1PtZMqySwoi4ah+dD/qNOhbzNJDu247BbQxi&#10;sqK7EAairnFTgnSoamfPqt7pvsTtf4rdC/zCe6t4UUdRgOlKSs250ptxquQJuPsPbO3Mh56Oekao&#10;npaWbd/YO4sHio28QIKG5fkCwj5/fEz41dk9Q9bbe7N7ixXxc6n6szGcrcFjMH/cvamzshlc5TU4&#10;igjwmRp6WmmytBGlW1LFQgSu1fUsySM9w/NHG4y+iJfL58Kj/Vw6Pd+2iwntoEur1baziJoBpVSS&#10;PQ49eHqcdVP9a/zNvn303vHa2zuvPhVm/lH8mO0tlYfMdixUkG+cvTbTiFbPHAj5rAw5NaPHshgN&#10;ZUV88dNAIIgZEA90kfzBYv5dmK+OnUu0vipm9h7k7i2XuzbOA3VuXauFz+PzG6tpU2x9x0+49w7j&#10;yVRQRYbMVWR3VR4ycsaieaKSd1hPjMtkkohEdEYFww4V4Uz8uPQK30bCthbxbY8bXSOoJUEFl0HU&#10;SaUNWAPEnOMV6tJ/ln7u/nE7n+U3a+S+e/WFNsD47bq633duvr+gp81s3LxbT3/P2JsxtpbHp/4T&#10;m6jcEcdDsbJZlGeWihil+yRpWWQxq1ifUe0tp9w/yWaLcfZm18FvPNddfH35L5DY2Rz2PgyNTtXK&#10;bGn7WwO1srhJKoSyUGSxONwFIkMsZUp4l02AA9rkVZLJS61IRiPy1ZH7P5U6PbWKK75SR7mJXeO3&#10;mK14qV1gEfYAKfZ0G/zI7h+TPTH8xnoTafQeGmg6w7Q+THxz273vuKjuJKPaO8989X0+48bUKssU&#10;bUubhz9SshKOQJSfrz7Jj/JU6I6Z7sHyX/0u9ZbM7G/uyOm/7vf3uwVDmjhjmf8ASr/FTjvvIpTT&#10;DIfwmm82m2vwJf8ASPbW3RJL4utASCtKjHnX/V/m6JeVLO0uxuH1NusjL4enUAQK665PCtB+zoTv&#10;51HyF+dnRFT8Yl+FW36rPruz/TMOzlp2mUUseDfqQbPd/FW0fqk/jOV0k6raT9PyEv8ANd3visp8&#10;v9o9AVdWdo9I9Bbb6w2Rj9v4GjljxW1cNnsHt/cObymLxVPFMJKqj2plqKlhSGN1FPj4Y0TUH1av&#10;5Fe5SKtIEAGPIefSTmOWNtzis6hbSFEWg4CoBJA+QNPyA6PD8SYN/Q/FbJdq0+Apdwd8b827undU&#10;mOylbT0q57f2Oo8jTY/bmQylRUxRUVFV7vo5llkllQRtUyO7hQCAK+cW4/hbJufqXcnwaky23JMN&#10;jsjTbwp4MfvbCHHZXb9Vg6nZW5KKu3ZIchPnKzz1gnngk1h6KKVz5HLM3eNaExNZ1BFa8RSnA58+&#10;kO6Pthe3fa6rQGuCOFKHPnx/YDx6Cn+Wkf5nFTgu6sR/Mx2515T1E2U2rXdT5DZ+Z2bmDksZm6bd&#10;EO/duZmh2jU1VHS0ODlocW9KZheYZCZFJSKy3SfP6n2z3L/LAxnfG7Nr4PJdgt1f0Fvbb256zF0Z&#10;z23K7sbc3Vh3NFiMgqNUY+DK0eZlhqII5PDItrglEIEO5hJdpSd4wZCiEGg7dRUn9tSOhFu/hT7L&#10;HcugMxRCDQVGrSTT7Rg9Fm6/7b712D/Ml6R6U2Nhaao+Nu+t0997L7K3GtTPJJBufrTYXbmV2/jh&#10;CJ44y0eb2TGvlkiZv1AFSSPdfXwY+C2xfl/8Pey8vlMpV4jtjG9oS7A693rlarN5vC7E2zhKfYG+&#10;8nQYzaVPmMZjn/vBUbqysc7sTokqxKgDCTypdq2qPcdvnYmk4fSpNTpA0tgVAzVq/b0Tbdtsd/Yy&#10;ktScOQpyaAaWwOGatXpCfzW/5s3df8uX5cdN4fB9Ky9i/HKbqun7B7gmx3iwOR3Dubd1f2nsXbGB&#10;p96z4jNU2IqsDV7Mx2RZTTyPUU6mAlQ6Ol8vxO6KrPjV8fdgdJ1+46bdtXsr+9Xl3BR42XE0+Q/v&#10;Fvbce7YzHj56vISU5pY88IDeV9ZiLcA2Au222+hs4rYvq06s0pxYnh+dOPR7ZQG0tkh1gsK1xTiT&#10;+Y48anPS06o+UdJ8z9l4b5JY7Z9ZsLH9l0tFX0W0a7Lw56twkeLxtDhHgqMrBj8ZDWvNUYx5gy08&#10;VlkC2JBJH+b6Ek244PP1sbm/LXPsyjZhIFjBqfs4elOHp1eVmZyIzRqU/wBQ4fl0L1GotYkHSeeS&#10;b3Y/g3/p+PbS5sP6nn+g+l+eSPaoai7fhz8/8nz6RPU/2mGrn0/P8x0p4UXSo4ZWAYEWNif1cBee&#10;L+2qZjzbm/5uP6f64vf2viAqoJofLj0mZgo0/iH+fzp+R+z8+n6mUaL8C97/AFHN7gAWubf8i9tr&#10;vpXk/Q3/ANufz7ew0h9KU/l/qoT/ALHSVvDLsQTXgR+X21/M06faeM2UgD1cn8kWsPzf6r+ePcZz&#10;fn6/4f4G/vYoMsQP9X+r7Ok7EYZiMDB8qj/B8+nCNSWAt/ySL/S3P0sDb23zkAE8cgi3FiTxa/8A&#10;j7so1UAStKHz8vt6L3aikt8VQfMZ+Vf2j7en+lB4W5B/BsCR/ja1uOPbQ5/dT6fq/wB5JHP0Fhf2&#10;riUlJWLHSR/g/wBjpFI/eaVywH7CP8PHp7jUeNz9fSy2sQANBt/r/X2bTpw2kpAODqUAg2P6l/4p&#10;7iXnfFvOWNRTNRUef+U0r6dTlySU8MEin51+zyHn8+q0PlihelyR03/bmI5YMtoW/Tyfpb/W592X&#10;bWTTQUsgKlGijQs5cuVDDkaSbAsOBwfeMu4TB7uSFtQmBJAAAFSPnx45OfQ9TI+l4gte8r/IfnSu&#10;R6/l1qbfI6jtktwyIFZWqKwMTqL2L2LNp9IJI+hsT+P6+1tUqft+T6gg1X/DCxNz9B/rD/b+2LJw&#10;bjAGknFPTyp/nP7OgXe0pIwHGv8Am6qo3NH+xWXvqDvfVa99f1JsbXH9PacJuxJJ5P1H9LA/09ix&#10;BSNVAGMdAiUguadFsyR/ek/N3PP0Fr3HH+w9y4DddI59R/BFr2Jsf8R7L7tR4niEeX7enIyRGR8u&#10;nXHSE04T6j8XH0BseP8AXA98ZQCyElvVpuf6LcCw4/ofbluzaJAFFV4fbnP7f9jp+xA+vta8dX7O&#10;nfCIG3JiSb2aZL/T6XAt9Bawa3+x90Q/zRqUy58MAfTjQOfqRrf6/Xnj/Ae8kvbWh5UkFQSZvtA7&#10;VOOH+f59Rn95BNdxtpUZ8AD/AAH/AFefX0uv5Ac2r4eUMPA0ZWrJHH11Ef7wD/t/dK/WNO0e76Ek&#10;fpqh/jxc/wCHuQNpXTcKa1H2f4esRrUf43FnGrq91/0P/wAEb/ej7sH1AwR2+oQc/wCw4sTf639i&#10;QajJViaZ/wAPQ2JqMmgx/s46QSjTNIPpdj/r/S5/x+o9tM4+o/4j/XP5/HtztHcR3f5umHemTj/B&#10;04wcEH8f0/P+8fi/tO1baWYX4P4/H+P1+nP+PvRWtD/k/wBX7Oi11Ffz9OnaIXt/vP8AxAPtOVL3&#10;bn8kkeoG3+wI9uECgzkDhTj0kdeNDwxw6ke26Q3JH+H4/px/Q290p/ooNQD+z9v+Hphq1r8+ve2S&#10;qW6njk3Nv8eD/sR79I9VDDzPn0nata149TI/yP8AWsPaaq1FrC/N/wAfngj+vvZdsqfIjPlTh0y/&#10;mKUI6ye03Oti1vpzx+PrYH3RwKhlNGB4/wCr+XScg5J41697gBRfkgW/rb/ePr+R7o5KkFTqHl5/&#10;y6bqalqedB9nXvcOqX0n6FeeR9b/AOA+nulRTJof9Xn03LQKSQade9sMy2v/ALHn+n9foPdCKUfB&#10;H+rj0y2kU9Ove2SoPDjk/X8G1iDYW97fiASPL7P9Xl029OHE0x172yzKG4+ht9Lfgc3/AN49p2pV&#10;qN02aY48eve2WoHH0N7ji3+3/wBb2wdIZ9TCmn+fVToOoAde9s0qWYk3tc8f71/j7R6gpGjtb/iu&#10;mSQtFXDevXvbbVJ+QLD6WAPJ+v1t7vQ0ya9KkqO1mq3XvbLOnHAIF/6fT68f7x7qVqCAR1s0rSvX&#10;vcF0uLfT6n/XNiOT7bKaRVhX/V6da4Z697aajgn8cjj6fj3SgJ4Y63U6qDh173a/3D2R8bqv4JbD&#10;i78O4qaDKwbUmxFdsCKSo3GMph4JdtVU2UiULTw4z7mOSGrefUJKWZ0jVpGVSEt3RodxkvbuUnZ6&#10;Ksi91asFOpCoOACVao0kHSe7RXKC13DYNz9udg2u7RhzA667cxadRaFGiJfWQopTB+LgVyKgp9Jt&#10;ftCl+Q2b3DtXJUtRs6LHDGbmoN0Cpjoo3y1bjM8v92aimjqKiWsSjqZDoskKSRgSMA6+9a/H1q0e&#10;SzU+3owuDoMtlGxUFNWyl5Y3+9gopSMh5KmeaKgdddkX0gFgCfYBhnCSTfT6VgDNpCtk6gRUB9TE&#10;BeOOBFaHPQY3KBJ47VL1j9XLEmoso7aFSR2UABbhUnNadGw92AfHWHOR7Nym98Tktw/c4nNY6Kmx&#10;2NxlHmXytPDhsvIMd4KiopZoaymLCaARupdlVR/hI+xswsfH8SXQrYAVW1ALhRqZCCMkAEVNBQiv&#10;UbX8BS7nEcYE6sqgjhqYkluPGg86+eK9dGx4NjcHg/kcA8fkc8+xKpN5blym4MjgKXYnYOGEFeRu&#10;Gp3HTRU+OatbIQQSLIaeOCCnrKgy+R4yWs35JJ9n1puMlxN9Ou3XAUHLOoCg4FAQSKmoqB6jJ6LL&#10;qzlSMzfVI2t6MoJ1V8yw0gD0INT8qZ68CCAVIIIBBHIIP0II4II92cba2xj90bFx23d1NU5KlxFZ&#10;T5CmgRqqvyMMtM+KyFHWYmriyFNLTnHz0KMkN3hnaUKdBTk1vIY6VVVIIFRU0qpqtTXiBnHCg6kn&#10;ZYFvtrgsb+R2SKRmUZZxVUJMZ1rppQdp7W1EYIr0HmbnnxOakyOMp6ZHraOKGomnqRQUklRTS1a0&#10;0NfejqfLHUNUEtMumaAQiwdXKe1G2A3V2RT7L3fvDZX90krcnLRbgx+c2hHlMvupMQ8iUVHuIYRK&#10;n/KMatCtZj3kmmgp46lCzXIsQQx2YMtrAul1VTofQ2nUzaSWq1KMtdRYj7TwF09ru+/HZt23bb1h&#10;RpSrkwsZJwvBZVUVqAoaMHAqpJyD0iaLNbP2q25sHtvcQyNXFSRV8eJXclAlDgIKmWoWOsxn8Qrv&#10;t6Skq6yqZJfDcyTQsFj1Bh7h4747Zrtnace3esazG7a3Xl9w5ncu7Vy21MNndq5evqcLX0dTkavF&#10;V1C2NjyH95DRZDXUPV/tQsoBW5963q4tdlt2ne4jhsHOf0w2smp06MAknzNTilTXKXZ+ULnm/bkt&#10;tnNd28ZpJBIAYcLQsaLgk0oG1AA6hkZZuzO7MB0vNkc92FPTU+zIMfRUmPqcckzbjWonqAyQJAMk&#10;1TWwyQlk1RRRt50RWJ1grRb39h5sL292Ng556Wokwm7c3hlloaGjxePMeLrpqGP+H4zGwUuOx2P0&#10;w/swU8UcEMWlY1VQACi9h8EKtDpoKA8af58ZwPsHUXXavDuW5QuULpO4JUUUkMQSooKA0qBQUGKd&#10;D9gqqGuwmHrqaOqip6zFY+qgirpZZ66KGopIZoo6yeeWeeaqRHAkd3d2cEliefYIvGV4I/2P+P8A&#10;h7LgAtf9VOq1+fTr7wMoIB+n++H+HumnUtethvXr3vg8Yt/rkfX2xItVJHEdWVyTXr3uFJGATxfn&#10;nj88/T+p9pipftOCOlCMTivXvcLxerVY/wBb/wCwv71p7qVFK9KNeKV697//1rTGKhkKhuRcXNuS&#10;LKOQQRe9yPYGUSaZQxHHNPtz6UPClfzp1m02oVIXPn/xWM16ADypDHAQCdSqNIBBW4BQMXB4Yk3t&#10;/vPvnLdhqubvYAAXtwLqCRqa1j/X2nTSpEZA7Tmv+EitBXppq1AbDCn+qlfl/wAX0paUWs30Milw&#10;oABueVQekHgfS/8Axr3HYqJLjgaeFa4J4PJuBZmP597GowkMc6uI4DIxx4DOPmfXLbEgMKdvyP8A&#10;L9p9elXRxElLaCLAgfkiwNzYf0tb/kfuE1mAAJDNrOm5UAqWX1c2uf8AE+3WZlBLgFRT0JzQ48/t&#10;pn8umyccKt/xXnjH8+lDBGA37YNySp+pDHT+SzCwFuP6/wBD7LT8xOlo/kR8Wu+OnPB563fXWu4s&#10;bt9WjgdYt3UdG+Y2TVNHOVjf7LduNopSNSE6PS6NZ1ftZ/AuYRjUGritfQ/kRw6LN/sF3XZd026g&#10;1yQnSKjDAVQ04UDAedfn0C+7OxpvjJ8lPh38yaUtTUvQne+0KjfVTG1RDJL1buWvTb3YlEZqQPPH&#10;95svKZGnB0SqDN6o5FvG2hF8Ucfu7vHtP47/ABCrXE3Xe4/ktg92ZfA1ENS4SqzSbZ29vjIVVMZh&#10;G4ptj7XcGMJG7aGVntp0CyciKOadf7QIf5VI/mesY9lS43G82vYia2r3YYqeFTpVyf8AaL/nPW9p&#10;8o6rbPU/WHefyhxjywdhYn49ZzZO28/Qz04YeWoymS2TT0VQkTSK1TvjP0zCXXIigqyJe+uzX+dl&#10;Qbs+OH8wvAd97CnixGZ7O6ioctBl4YpQVzlLgtw9Pbjjk0SRCWqTaEFEdQIUidQytZtSPbjFLaeE&#10;AdKn/Z/w9C/3BSfaOaItztiA80AII9aNE3CmdFP2jqnv+QC23u0vgH3F8Q99JUV2M+OvyV3xsmHD&#10;STxErsXcuXwHdu05adjE5goqndWcyqAEFr07lGF10XlfybOlR038B+ppaikFNnO3Hy/cucfxCNqh&#10;d5zQQ7Um1cu4k2FicSbt9bm3FiU17IGnJ1fCafy8/UefoKdSFyJtwseWrIkaZp6yseFdeEz59oXo&#10;ovz37Hk7a+aPe24UkeqxOx8pjekds65DL9rjurknpdz0qL+iEL2hlc+4VeTrBPqJ96z385v5Jdf/&#10;ACW+YX8V69ptyU9L1PsBOj9zncuNosa9RvLY3ZvZ9Zm6jDpR5PJmqwZXcEKQzy+CWR0e8SqFZjOz&#10;j8OHHwk1H2EDqJOfN1tt230vba6Qx+E2oU7kkkrTJ7cinD7Orkv5PPxZ7I+Lfx+7ch7Iq9q1L99/&#10;IrO/IvZSbWyddkxR7B3z1B0tt3CUu4DW4nFLQ7iFZsmrkmp4DUwxwyRETM7Okdy/8yrdP/DjP8sr&#10;a3dfxs2rvrPYPbXdWO37VbayG3Yv76SYTaWO7D643HImCwmSzhl/hWR3MtVIYJai1HBJIQFBZUlv&#10;pgumjcgHT6/Yfljodc1yrzRylDfbTDIypcBypXvKqHjbtUngTXFcZ6qo+Om59qfy8/5sXX3W3yV3&#10;nsjZ8/ZXx47M6ixO7Z9xrQ7Kpd1bp3L072dtimrM/m6LFU9Kc5QbCkoYBUinD19VDEGLuqMTv+WX&#10;/NJ3j1V1V1F8OsN8Vt59qZXa2+q3C1G6NlZTM1Ffitq767Hyu6M9lMvtDH7Lz9bJlNtvuGv0Riop&#10;4ZoqZA7xFZGLtzb1d5jPRSvA09PXok5T5wms7Kx2JdnkmKSEalJNFdyzEqEY1XU2KgGmaZ6s2+Zv&#10;wi2zv3fW+/kZXd77Z2TjtxbYo8rS4jcNLjoqLJZnbOzaDCYijxe46ncuKpPsM3HiqQmTxTSRvOxU&#10;SBkUJT/hQN39sfsLunq3ojA0+4E3n8dk3o2/arIUFJTYGobt3a3Te7trx7erYsjUVeQenxGOb7zy&#10;01MsUrqqGX1Fd2CERtIRQN/nNf5n59J/cvcre5v7Tbo1YXFrq11AC/qLEy6cnyGcDPr0HX8m741d&#10;g9bbi+UHyS3BV7Zk2B8m8R0XiOuqTG5Kuqty00/Q+X752zvObc2PmxdNQ42nq8luun+wMNXVPOkc&#10;rSLDpQSGW7N7+2R33/IP3edk0+epv9DG0PjJ0Fu9dwY+joXl3x1xub44JnqnDNR5HICt2/ULloWp&#10;Z5DDLIpOuKNgR7qsZS9BNSTU18qGtB0b3m5W25e3M5t1f9CO3hfVQd8bQVpQmq5wcH1A6LVvLqrc&#10;PWH88/4QybjfEzP2D2X8wOzsDJiqmepCbZ3f8fPknJjIch56OkNPlY2oHE8S+SNSBpdgb+2r+QD8&#10;jdg0Wyt9fFWam3F/pMyu/d592UVWuOpG2odortPqzaLQPlBkxXx5qLK4l2MJpPEYWRhKTqVXblDq&#10;WSvbwPzHmP2cOmfbbcrYRTbQdX1RlaUYGnTpjXjWtajhSlPPo4v80Hqbc9TuHbfdSTYn+51Ftjb/&#10;AF5PAaqcZxc+2b3pnFlWj+zNM2NeirlXX59fkVgUAsWPN/Og697Z7J+E2bxvUmPzualxHYOz9zb8&#10;27t2lqsjlc/1/ioc6ldTRY2iWSqr6fFblqsXk5kRHKQ0DSEaUJDNu7LMI5SDRf2YBFfy/wBXn0IO&#10;fYby62KWO01MVlUuqjJQA1wMkBirfIL0Qr4h/J3oX4+/MHqLand2cwO0G7Y23vvBbA3juvI0OI25&#10;gt9QJipsfDXZjJPDQ4yo3DiY8hjaV3kiWSpqo4Qdcqqdfr4q7y2ruj4z7/8AjRsf+XlRd4/JDdNL&#10;2Ht1+8cjt3C5OXYabgxdZRUO6KjP7i2xkqnYmX6+irQaaOOtxlOamCGUzJO9iYaSWBDdRrtFxBJt&#10;VztUPLYn3Rw6+KQDo1D4qsp0FPLK+WQT0eb5rbU7e2V8j9ifLXff8zyg+OHwe6/yvUm+cv0ji8bk&#10;4ct2C+0s7i8rk9jUuQ23u3GvvPbfbE2PEVSBQZSoejrKinWlmgUH2YL+Qr3zsnYHcHaHR2dp8++8&#10;fkGmzG2JUY+gpKjBQN1Ntnt/dm5k3DWy5Gnq8e0+JyC/Z+KnqVllVlcx+ktdR3qQM/6v29GHt9fw&#10;wXt3tzhvGuQumgx+msjGpqPLhg1PRhf5kPW24Nz7I2d2DjpcauB6ybPLuSKpqJYslIN6ZfY2FxD4&#10;yBaWWCpWKtpj59csRRCCofkDa5kPH05txckkH/b82HtRSjGjVX7KY/yVP5/4OparRWJJIpX0/Lqk&#10;zdG2qLd209xbWycKz0W4MLkMTVQuLqYq6klpjqW31USfU/8AEe9Mn+Z3gd0fFT+YdvrsLYcpw03Z&#10;W3Z+xtu1giKKidm7Tzmwt/uslHLT+WeszwzUnOkjzr5FkF2kacaXNBT5dQlzQku18xXFzB2mVdYx&#10;/GpV/wBp1H8+rMf5MO56Tu3+XNt7o3sAvkc18aOwd1/HDdlO80jTGj6w3Pjt39ZL4q2OZ4Ken63z&#10;W34F0tJGxp2MTR8RxGaqfjOE/kX0ue/h0A3Gm+1+SroIH8xWp3SevVrfLcEynq945yxXT4l0WNg/&#10;tToBsznuB1U/lj8uPRodrP8AUTxNI1iTxvn8Wiv+8UP2dF0zXbE+I/no7H7RNfWf3V3dTbp+CUtU&#10;06+CLFYvr2DtHH4xoSpUUjfIHFVdPGgbWaicyXF2j9pL+TLt7cnenyml7Z3nIuSoPjV0bhtkbUma&#10;FmTFz5Oln2ZtGhV5ZJNDLtSPOm4PL8KFXgVtWJnQsTwp/k/ZTpJyfHLfboLqU1FtCqr8ie1R/vOr&#10;o0n80qbFYXY3UPQO30kg/wBPvfdZ2tv2mMoEeS2n1IuP3znmeONFEinsap2lZCLWBLEta6//AJ8/&#10;XXbeT7A6g7Do8Xn8x05iOvsjg2nx9FWV+H2rvVdxZPI56uzEtOksOKbcOAlxiRSzaFmXGuFJ8bAW&#10;vDIzKW4AelB6+X29Kee7e7a5tZ9LNaLHSoGA1akmnCoK8fQ+nTT/AC0Plh0Fl+xO+PjXUbl23tvv&#10;fae5drZJMLm8njcVm9+bTzW3KT+Gf3WpauWCqz/928ylYlVDT+V6c10LMqiZSSY/JDeu0e7Pihtm&#10;v6S+BOP6O2d1TXbIzPYfyAjwmDo6nOVNXQVWzKbalFuw7cxud3jj83uDdMFbM0mRrKjVBTyTQIqi&#10;UVkYSQDRb0C0Jan5Ur6f5eiPcJY7zbEaz2QQwxFS0lBmo06Q1AWBJB4k8CfXp2+Nmz+6egfmzU0X&#10;yw/mSUfe25e8cJ2js/oH4uYjb+UwFJTUmNrsd2ZkuwM5hKTdOXw2Mzu09mbDqcfDI2NpaZFrqqKC&#10;qZ5fA1oH8uDfuC+Qv8trtv4pbHgzMXZWwupO2Nk56XK0VFT4GpyffWS7pyGypcHXpkpJq6KKCXRV&#10;+eOk8UqkDUpD+1dsySWrxcGVSK/6atB9nQg2K5ivOX7rbI1InSJ1JPCsniFaZ4evDP7ekb/MjyMf&#10;x53vi/ktvZ6aTYOE7O6Y7MnjoJaiXJx4LpzeHVGS3UtXAKN/DM0GPcwCLzl1INr+n3Vp8Efl1vb+&#10;X5vjt7Y+6ehN07w3D2Im1aCs2dLVZHaG78RndjTbq+xhSgqdvZmeqpK6Lc1UJlFP5AYkdCyhlZi0&#10;uXs2kXwqs1PtBFaf4eg3s+5y7LJdQy2TO8mnBqCCuqmKH+I+XR/ezdndd/LXZXX/AGP1529tLIbM&#10;x9Nla3E7y27XYvde08xidyR4SWWeLK47LQ0iy0/8LhK/vWHkZXAa1hr/AJg3RPdfYW5ur/nntno3&#10;cSUHY+zth57tHrjM7XrtyV+wN97QgpMN/Dd67YrcRQ5HKbLzGGw9FEtRU0McM8SOs6xLLCJHryCU&#10;vFdLCe5QSKVoR6inDh0q3qzu7h7feY7Q6XRS60J0suKMKDBAGaUPnSo6In8bvmn0LtXtb5Ffy7O3&#10;u8cPsHeWG3DmqjpHe398KTZMPYPWnZe34MjLN1vvV8g2Px/Y20t1V2TkFNBVGqjMsM1KJmhqfC44&#10;b5tdV7/pMdt/rD+Ub0zunsEzDH5iDF9abZ3HjoMpSmFKyno8HhOnTl1MrOWMc9VG9GCoczcv7cW8&#10;ik0qm1Iz+dAOOPRa+uPKvTS7lBNiHYI2l8wFBFfsCV/zfPote5/5VnzAp6+vzvav8+n5Pba6qpDU&#10;ZPAy4LOZrrbPviqxJmx8uc3pB3fSYaqSjiCBpFoXirSGdEprhPZ6P5sHcfX3XPwxxXSP91sttTKd&#10;14DbFL1ttfFYDGY3A7NxnVe7+qtzZXb+Yo6eqoYttwYfCTw0dJTUlNMiyoIgscaaga7vcQR2CwKj&#10;K0gGkUwApU5zigwBnox3y5hi28WwQqZQukDgApU59MUAGeh3/l+fHbs7E5DonJbm7Ex/aGX6Q3Lu&#10;rcPZ/Y2UzuYy+Z7EyO/+vu39tLumiymRTJ125MpnNxbmWtq6qtqlkmjeSZpJJCFcnv8AKP8AmJ1P&#10;1VtCL43bopd3t2D2j3tPkNsVOMw9BV7bEW6Ns7G2xj48lkZcvT1tJNFkdvTGYClkVYnjZSxLKrPL&#10;9/BBS1kDeK8mKDGQoGa+ozj9vRXst9BAgtnLCV5ag0xSgHGoPkejsfMH4603b81TuPcmA2jufZWG&#10;2bQxZTEbjhWtkeowmU3BlGmioJ6GemmCw5VPGfIG1hhYcE7FzMQf9sQf6W/H0/NvY24oaHPp6k9C&#10;CQmQMFerZx61HHjXHRNtq7U27s3C0O3drYXH7ewWNXx4/FYmlioaCkR3d2WGmhRI40aRiTYfn23z&#10;k2sOQbfT68/7za3tXHoILMBqqfs/4vpgkFh3DV5+VfnX1P8ALpb0qlWAtpsbqCeALkgD+gI/3j22&#10;zc8W5I+oH0/3wP8At/bqOUIevbmv29J5akjTx45OPz+z16UdP9OTYixUG35PIH+JP09s0/8Aa/Iv&#10;f/WJP9f8L/n2aR0pG4NGK/6jT/N0iY0fVktQf4KYHT/S/RQOOef8PqCL/kcf7D21yk3I+nI/r/S/&#10;4/NvdkNQSRV8/wCofn0hLszOSlSQfTH2U4/7PSkhHC2APHH0Nuf8fqB7jueOTcfi3+P4v/rD/Ye3&#10;Kkmirk/b5fLpuQmmoJSp9P8ADj/i+PU2BbseP8SDze1xxb+hP+tb23TnTcX45t9P9bj8k8/4e7IZ&#10;JACFzSvn8/y6Qz6qFl4+f5/l+fT/AE6Dj+vAsePpyCf6Wt+b+2mRryqRb9S/64N/9f2YAaYmHqp/&#10;wfLot8Ss0QKkfbx6fIk/akH4Ebcj8+n+v1H+29m06e/VRsDYllH+tyv1/wCKf1PuI+d2pFcqVqQv&#10;+T/Ufs6nTkgHw0VdVcfb6+flTqtD5YKWpcmp+nin5UH1AqwIBHN7cA+7MNpn/IKMnxljBGoDH1EG&#10;97arWNz/AF/2PvF/c0LXlwg1+GHJqBgYHpxH+ojqZ9DNCaA8Meg/1Y61Pfkeqx5DcLARFmnqlAaQ&#10;+v1SMunjm3+2/P8ASy+n9VIwJsV9SD9VlHCoCf1C1rn6k/7H2jtDou0IGGFD5Z82+WfLyH5dA67o&#10;Ukp8+qndxlZqeuN7aJJSn9rgOQqjVc2I/wBjf639pg2uT9Obgcf61v8Ak32MUqQq1r/q49AaYUbh&#10;69Foyo/dkNreo2Fvp9Rz+OB7kxGyMb/QC9/pa1zYfUA+0M4DSoKcfT169FkNT4uptAT4bBuQBw36&#10;bFb/AOvY3+vvO8d3S+q4JPC3NwQRYeq3HtLDORHIBSlPWnkfsr0b7dCwvLb7el5t7Hv/AB/E3U6/&#10;OhFlLnVrSwsAfw3590c/zNofLm3Nj/wAt9AONXFgLfUH/efeSvtSRJyo4J/0bP20HrWlOFB59Rl9&#10;4lB4tg2nAj4H7B9v7OHX0j/5Bt4PirTU/wCkHITuq25sXYNewAN3U/7D6+6Weu6UDdlIT9fuf6f0&#10;PP1/PH+8e5P2xR4wA6w8tf8AcpVp59X0Sm0b3/1DD/biw/3k+zxA6Y1tz6Vt/sV4+n+PsRNVj6DP&#10;+HoaOQQATQ0HDpCqP3Hb/aiDf/b/AF45PttqPofwP9f/AHn/AFve+0k0FT5nplx3EE4/l040/wCP&#10;9j+P9f8ANv8AD2mK488Eiwt+R9eL2vz70VytDx6LnGotTzJ9D06wfn/H/jXtNSm7E8n/AHwH+9+9&#10;HUKdIWqtaGnWf3BmsR+Rb8/4Hjg+6GozUZ/4vpluJp1yU2I/17f7f2zTtYX5Nv8AC5Nv6/n/AHn3&#10;okMQHFBXh/kHTRrwJx/l6lJ+f999f8Pp7YqkKbnn/eBY2/x+tr+7mpwvCvn0nl1fLj1k9pypU3N7&#10;/X8/Ui319tOcUA8+k7nuwOve26RT+OBY3H9Txbn34EFlCjI6rioJ4de9wqgnQfyxH6eB9Px/sOPe&#10;miY1qvnxHr0061BNOve0/U/Qi1uSLe6Nntqemjp4AEnr3tO1DMQVFyAfz+BY35PuoPxL8umGc1ID&#10;f5Ove21xq+tvpxzzf8f7C3to+YHVaVGnr3tkqLhvza3HF/aWWIlqigJP2f4emgtQe3P29e9tsq6r&#10;g/14Nrc/1/1vbWii6wRXrR0lVx3jz697bahTdlJ4IH+3tf8A3sWH+v71QAaie7h8uPVwMlie/r3t&#10;oljPNxc/W3F7/wC9e60BJIJI60q1k1hqrw697bJYyNQtyQR/sSD72y0qPMf6sdO0OOve2qoBIa/J&#10;/wBtyPp9OPaeh1ccDq/ClMDr3uN8nN9y5Tp3pXqbGYnNjMbjoZjUZeOeeLCy47b+9t0ihxooY45Y&#10;8hPkspuNVqJHKCB6Sl4Yn0hLmyY/R2m0wxyGe5bUSPhop0haUyWYj0CkLxPCVOVpITYW+5TqoSyg&#10;KZNNRMk761yMqrZ9QKD4a9QKSjNNU5OfzNIuQrI6vxtyIGTHY+g8af6lCKHXb/VSE/0sTxMtsXB4&#10;XA4va9LVx7nrtwVMW9Zqh8isRoBQiigx1FJUCGMRipqZ2kAjYlgnrIHsItcbdaQ2kNimm8LsJSNd&#10;dJWgWrAYJqSNPlx6MJrTd9wa8uN1I+mjh1QEaPVWBKqTnt4mmOA49T/Zlugew8VtPKYmpzdHJjcH&#10;Q5TK4/LbjpslV0VXj6WuxdVTpLS0iyCjrMhRysJI9SFjcLcEKQJdpvIYgjSxKiDUpkLstKAEUXgx&#10;BP5AjoJ3UJhvlfxXZ5FDaUFWocGhHCmSM8R6Hri1yp021W4DfpJ/oeDYH6ezjYTdA3l/GstjNxZb&#10;sDaNTmsZQ4zObodv2stWUFTj8XVzY6V1NO/hSSOoqfGRIIA5JPPsZWslvfpFcxziaIsNJOQGpWnA&#10;aTSgJKio4dFV092JbqGVWaEOAS9K6iCBXOCRxNeGK464RqkaogjiiYJYRxAaVVSLqlkT0Kz/ANB9&#10;fZlMpJvnbO09yY3beLG5airzW2tlZMUe8sTiJcdgM/8AatnchRVVLPXzUdWtBmYYoY56dZ9IVtLK&#10;wb2/uEsskZhgjLu0gWmpVoKitCtTUena3l51AssIriwt7pS1dWmIsjg0V1qQAGFNdUQEntBJowx0&#10;zTiiyNVQGUECmaWuiiqaGUB6mAlaeYtPEgH2rK0gCm5bSwIABY329u7MRlMv1x10u6cU+59j5LEZ&#10;emx0efmx1FLnclteo27V0eXTFV0cmVqIMTlzMtLOixGWaBwXYAgObXsljBLfXk8gjvZnKgFuKszm&#10;gFaHB7AcjTqANVbqXeYOeZZ5+W9ltponntDEwzpjaTwhGQxU9zAHUeAGorkMei1bP6WweKy3ZG/Z&#10;MZVU/wDfSnyGPqGkpqWpyowtBnanN0i0NNX0sq0VJUVLa9LeUvZW0xsiEC70X/D9td0bmydLiq/I&#10;0e4jl6HceLqc3k5Mbhnmx8MNDkaKkYnG4+gq8dItYPGocTROrA6iQk5vtP3hyqiC6aOZTHIj1qxd&#10;CCECmvxFQrEfxVxx6EXt88e3c9blJFaObe4MqSx6iVQkdjjGgK6EOMsykMKUNegj+TuFye6egcXR&#10;ruinwmbwdZtPO7ezP8Jpausy74qvpxX4MU1RUionyDzQvRSaXjjYVEct2Zbe9an5GZLDZ3ubsXMY&#10;FMjFjclujI1sUGXggpcnST1MnlrqOugpY46eKooa4yRMEUC6e1V5SVwHfU2kZ/LrGXcJreXed0lt&#10;Udbd53Kq4UMoLVKkL21BqMYxXo/mFpqqiw2Jo66SnlraTGUNLWS0n3H2slVT0sUU8lN93LUVQp3l&#10;QlPLI8mkjUzG5ICSRXFufz/xT6XsPZTKpQ6Tw9eqBgCOnP3FeIqBwf8AH/H3UKDTNQOrgq3Dr3vg&#10;0Z0/X68n/Dn/AGHvwQgNjHVhinXvcV0v9P8AE/S/4/3j2lkjD9w+KvVg1ePHr3uN4Rf8/wC3Nv8A&#10;Xt7ppevlw408unvFb0697//XtNYoXYaQumy8OQAVbUeP0m9/8fYFUSLCrF9Wqp+GuCKD5imfMdZt&#10;HtVjx+YyP9Qz/sdAAAsstnSxVVACkfqUlgNJIV+WH+HPvtm1IFXSXYgKB6gCNRvYcC9/bDLokZ5K&#10;6AKmuK1oMV404U6ZlYaia5pX7fy49KiiAPiUNwNICqA4sCVJsoNw9z+bW9wnEmq9tJUWOpQb2Jta&#10;5UA2Ht5njMNAagtXB4cPtxX16adwVBJ86/6uPSyx66NN7/oVAdI/p6rkAng/6/8AvHuM3qUkEg2B&#10;1+r6aefyefzx7bDaWXUtRkEY41+wfZnqlclmTFDw4/4BT/L0o447Em3pPK/UXAX1fTgabf6/Pvip&#10;uObsDyC1yb3ta5F/offpBpwlAeGMY4/6vn61623wkLwPz+zHr0hO0uusf2v1/uXYeUlNPS7gx89K&#10;tWYhK1HUEhqapVToMjwSoG/HAt7bZCVJsVXSeDa9ybEg24N7e1sYVosqSWr+Q+XmOP8Ag6ZK51U4&#10;VHA+fl/q4dE9+Pv8v+i6V7Ow3YlZvobj/gkVU1LQHDimX7upgMMc/lFTL6ogzG1gePx7b5CWsxYk&#10;6hqJIHPJNrkW+o/1/aqJRHqRVAXSaChP7cfI/YOmWUFVX51/w9PHfP8AL8oO9ezsl2PT76bbf8Xj&#10;oRX4sYj7vyVFJGIpZhULPHczRgfUX45/r7xawJC31Pqvf6AkgjnkfX3tlZoUVjSOo4eYoR/qPTYY&#10;kh3/ALOv29H+xWwRgusIOu9tZCTDPjtqDbmMy8Ef7tDPHRmmjyKIrAmSOW7gauT7wE3twbm9iP8A&#10;Xtccf1/23vbEKSSw0/P7Mjj1ttIJ1YjPn5/Z6dVtQ/ywN2/3t/vunyByi7s/iP8AEhnRhpP4n96T&#10;c1X3ZrAxkA/N+R7wOb6hfhQbAheCeCTawNrf6/uiYKNTuPEgn/Z+f7c9VADKK+nEYxT/AFfLo3Py&#10;P+HMXyE6z2VtfI7ukpd5bIp0jot0VdI1QmUlakip605CAMJLVbxK5Kk6W94nKgcj6D8/48D+lgfd&#10;4g7PjgT/ALJ/1efVSylgWUChpUZrgnyJ+XQN/H74AdpdWbv2xuHN985Gpw+06l6vHbaxAyS46YOj&#10;xeCWGsq/t4oWWQ8KvFuPeFmHqva3+H0JIOn8n6cf15Pvbq50aSdXnX0xX5fZw4DHVX1MDQ+nqccf&#10;Ph/h4dNe9f5Xu6Owd85Hf2Z7+yVRm6vJvW0ddU4VqiroY4ql5aCnp5zVrIq0KABPpYKPbe/5N/wR&#10;cjm9rfn6W9urggUq1RwOKflTj1RjSoANaf6v8Pz6Mt3X8H853j031Z1huPtirmzPXtRVVNbu+vxb&#10;VlVnXqIDCpmhapDRlEtb1MTb3FYkEi5I0A8/11Hkf7b/AH3192cAqDQBtR/wDH+r/Y6TE/CATQD8&#10;z5D1+foOhz+IHxt3N8bdt5Paub7OyHYWHklo/wC79HV0j0lNt2mhV/NS0UDzTBYp2cEgWsfcQ6QD&#10;a9ySxueDci/4P0t7WIJqrrYeGBQUGRxp9ta/6qdUb4DQnuOK/L/V9n7Om75q/D/GfLTamBx8GeO2&#10;N0bWq6irw2UmpjVUcsVZGErKSshVkkWJ/GhBU6lI+nuI3Iu172J/JBA/5C1Xt9PalCUYmMgpUelQ&#10;f2UpXjjpLqbiHxx8v8GBg8cdEz2l/Kd3XWbbqdrdmd+ZzK4ajop4ds4DDLk/4FjK91Pgq56SuqfG&#10;8EL8+NAob+o9t08hb08kLpNyTcem30F/6e1kMahg9QHNRjAOfy9fTqpYMwOrgMZp+31r0bb4afBf&#10;dfxT3PXZJO6MjujaNfR1SVGzP4aaDGyZOZY1TKsgqp0NTEsdgbC49xpRcN+m2ljcnkEni3P193Ts&#10;KAg6wQCB504/l1WQEVqP8/HHVl0BJBNuLsRqvfn88W+twLH8e4Mhvpsb/W4BsLfXnnm3tZBGU8QO&#10;v2EjP5dNadNTXFfz/Lqpr5OfyrcT8hu4NwdqY3stdltuSOjfI4hcGuRR8hTwCCasWZaqEA1WhSVI&#10;vf8APvA30H9P+Kk/k/X6e3h26xxY/wCQV4Dpmrr4hK8DX1wf9X5Doz2+vhDt/evxIwHxai3AuNi2&#10;7RYZaLdP8PWZ1yeMm89RX/Y61KmtaRwRr/PuMwv9bjSbmwP1sbcng/X3emla0BBWgrT1ziuP5Y/b&#10;0wQ9Y1Y1XHy/Onl9nE/l02/Br4DYn4d5LeebO8v775rdlNQ4+GtbFDGHHUFK7TyQxgSzFzPIQSeP&#10;029wJmNyLgfg3HB/3g2PPtQqLReJoainp+3ps6lfC9tfT5fbkeg/Z0FvzK/ld1fyO7WXuPr7sSl2&#10;PuWvgoI83T5Kjqp6eSrxqLHSZKhqaJ454KkIigjnlbi3uC5Nz+r/AG/9q/H4A/P+x9udtBkV/wAn&#10;7T/q+fSVshfLBOeNP9n9o4DPQe5b+THlt87Won3/APIrc24exI6uINnsnT1WWxNJiFiZP4dRUlbW&#10;GdWM1j5GYcLa3uKzH1AfS551C/0AI5/rb/efbrBSFYjupw4fP/L59JxJ3mQrUniOA/zf6qdH96U+&#10;FGT2R8ct9fHPsztXMdn7d3dQzYjGV1XSNSy7Zw8lKKeCix0bT1ASKknQSILgAra3uK5/V+b8m31+&#10;n5/H19uLWsS8AKDPCn/Fevr1ViQ+lRpAHE8B8vXI/n5dVw7a/ks9w7Oz+STZvycba22MlOY6lsLS&#10;5rH5eqx6sWiSsio6yGlnmjQ2uSRfn3HdtI/42Rx/sOfp7UxqZG1IDn7Ps8/8n+x0hJVqrGhCnI/P&#10;Hnjo9PyN/lfbL+RHWnXmDym9cnR9odc7XodtUfZM9HHUVG4aSiitHHn6XyAzDUNSuGMic/1PtvkI&#10;tz+bWuPwD+OPp/xHtX3FyVrjjT1/bx/y8OtyKACVr86fZjP5eXnWnRN9u/yV+8apqPAbt+VVaNk0&#10;zKiYrE/3imZKdHB8cFHVZBaCI6B/SwP4t7gyH0tc6tX+uRyOOfx7VaF1xkJQqPLBrUV+3z6ROlDq&#10;qCw/1U+fR6Pk3/LY3b8idjdVdbUnyI3JgNldc7WocBVYnIY4ZOPc2QxhC0ecyUUVTSwCthgIVbqd&#10;I9s87G54sRe9rf7Dj+lre1sKAAMXOg045+38/wDY6SSABRqNFxT+daE8T+359e+Iv8svtn4u722n&#10;kMV8rNy5brvBZefK5TrSDEzUOEzZqY3SWORDWyRQmVyGZtPJX6e4Dm9/xYWH5FgOPrYHj24QgILE&#10;5B+Wfy+fH/NnpE+lmDq1Rn/Vgf6vsyLqKeK4WxH05PJAH6eAQbH/AIp7hzNcG31JsDe5+pB5vfm3&#10;9Pb8SaSAWGkZ4UHkf8p/OmOmTUkYH+r1p9vTrALtcqeRpP6W/FwSLW+g9t8p0g3+oFib6f8AC34v&#10;c+1EZDEhSAC1acc/5BnpiTTqWlAamnp64r/n/wA3TzApsPqwA4vzZT9CbA88fX/intnnPH4/2P8A&#10;vFgfZgqBiK8R/q/1fz6SMRrVS3aPT/V/q8+lFSm1jyQW1fiw+hPIuGF+f9jb22Tfkix/A/3rn/b8&#10;e31ydJBAH+r/AIsefSYkhdOQPPpQQkgC9x/aP+P54/H49xTaxJ+g+v5/pY/6/Pu7hgBpr4h+z8+k&#10;cpfPdg8Pt/P7P206coeWUWFwbi/H+PB/Htsqf9f8W4+pN7g8/j3eIlNWCKn8gOFMeop0XSPpq2oE&#10;H+VKeny/2On+lsbD+mn6/wCtb688j6e2dzd0tzyth/TkXH49rQuhHUUAFak+f+rHRa1C9TgVz9nD&#10;149KGIXjckc6CvFvqFFvT7Np0+fVR249a2HBI5H+w+o9xPzsR4VwTWtOPr/l4H/VTqduRQUFvUmm&#10;Pzx/qHVaHytUGDJqwBHhqF5JHGm9+Da3+392b7RZkoaV9X1hHqcKy3KpYHSDewH+uPeLu4RxzXMi&#10;FD8XAVB868acSc+R6mdtItx8QGjy+ea+nE561KvlRUmjyu421Bf3qy5I4ufSh9IcWt/jx/sfawkm&#10;JXSXbk6dbLcDTcHmw0rf25HAFOpYxgVoDTj/AIT0CJpKiWnz6qIytaZDVR62OqSRSzKCBpZr2taw&#10;B9szWLG30+h+n9W/pwR7PYSVjFfi49BO4+M+vQGZmzTy2/DNY2Fr8j8Xv/j7ywrdWFxYqNVv950n&#10;8Age2Lg0kSoOqpp/s9Nxk0PoOstHwgtfSQuokWsf8CP9UePbkpJKuD/us8FebAAfqHJuT7JWCqsi&#10;MtDq9f8AIcdCna6SXdsQM1H+ToaNnI1XuHC+EO7SzRBVVAzMSVAsBySSR/j7o5/mQ+KXMy6WvakI&#10;Avcj+o/oQC3+8e8o/awsOVWc0y5P88ftAB+2p6ir7xOkvZmlKLn8hjj+XX0dv5FlDUY34209JPC0&#10;JWoJCsObPZ7M3PK6rccAe6YtjIF3RTH/AKaOR/yE3+8+5R2tz4pJ/wBVB1hzbAreE+jdXryi8cg/&#10;2hv969nMBHiT6n0oP9Ygf717PyWLUIANf8PQuYlgoHAA9Isizvzf1f71/rce26bm9+LX4/qOSPp/&#10;h71QCXHDFPSpAFPXiemiaFgDUcB9vDqdBYAH8kD+t+Ta/PtNV/5PN/V/hax+v9fx72PjUdFj5JoK&#10;U6dIfof99/j7T8o/PH5J5/x+pHu+DVmPAnpFUH4jgHrN7bpv6gcW+l/oQR/j/X/H2n0HUyjj00wK&#10;s3l12Pr/AMi/4nj2xVNxq/H1vc/4/gn68e2yDRmHAGv7OmTprTj1MT9PtlnHH9APqP8AbH6f7D24&#10;jqUqTU/7Py6ac1zxB9PPrn7Y5xf1f0+p+lv6cXJ4v721FLUGD/l6ZkamKDr3tqYDUeeCPp+P8Sf8&#10;feqEqFRc1pXpkjiB69e9t8w/J+g4+v8AX8/Tn3ojsKfi4/s/1f7PTbHGkVr172xVQ+p/xJtf63sP&#10;979thdYZvT/Y/wAnSYuG+H0697T8q6WN/oQefzyD/vXttq4B4g9NNQqa5Yde9tjrfUCP8eLcf639&#10;PdTppTVWvWgVoA3n1720zoOeLAf71/rEH+ntPKgkUeteqUTFTivXvbdJHp5t+Rze9xa1/wCntMUM&#10;ZUn161o0gU4mnXvbXOAbA25I/wBtzb/Y+9af1Gf8JB69ppO1OFP83XvbVKtmP9Pp/vJ9+GCafb1u&#10;IUXPXvbfOg+v0Nxz/hz/ALz78eJPTpyK9e9tNRBqJA+tyf8AePaeQd5Pl1omuPLr3s22PrNj0vwV&#10;7fymcx+I3Fv/ABEu6NubEwtZPTQ5XG4bc8e2qrcm6qBkIy0dJt2uo6aV3h9C1Dwhz6h7Kd2nvEga&#10;KCHVbC1nZ2rQrp8MBQeILFy3bkiPqWeVn2ReTL2W80ybyL+OKBDQ6Ul0NJNppU6PD0itVBcg0DHo&#10;K8zJvJ+2NqY/Fwy02zZNu5XM7ny4imdJq/ETnH4bbiyMklHFJkm3DJVPqtI0dAdJBAIp92Dtmvwm&#10;Gw+drdgbly65vMxvjs5jpYJabF4qjpa0ZIVMKRVTJVxxVP3iCdYlCQRubqwIj3bbCa2t4bp9snZp&#10;XqroQQqAEGoFSCCdfcBwHrhdv11DuM15BHvEKRQxEMpB73BBoDgEYCkqSRVhTj0Knsx+B6+y2Jzm&#10;MwMy1ORx9TPQbnoJ4a+DIVmSx1SsTRVmTloIaxjVCmgEki6CsUnqK8AgW2m2zI6RshcVDglqkhgh&#10;7mVTWlBwBUMSaV0kR9eXZmdZBGqswppVaaQTWiZNBkjzIGMde9mx2FPsPcdD2TsTJ5jL7M3DHnET&#10;BZTC42qWpfb+KyLU1TRvHmI4quGtSOCZTUinVS7Nawt7PrJ1njms1uPBfVnQrKyqDx71rU0Kk6Vq&#10;KlSQMvQJtqpcreGQXB0tGaa0YfiVqEEGhqPOoow49RZmrFmp/BHBJTnzCq8krxzJ6LwPAoikSW8g&#10;0uGKWBuCbWJmdsYLd69s1H9392UWY65badPgsxturpo8VK+eoZmgocq+QkxzHIVBxY8bsriKQwxl&#10;XF/Suazv3maWG5H0qqVKEdxcNkr21aq0we3Apx6EFgYvrGs4QrBjQsWKAqFCqCCCCQQGDDjWlRQH&#10;qFWTRxUYqaqJ4ZIW8iFYzUyxsSNbxLGS4VlYgj62+o9qLqDp3Ye5+xMn8ksyuB27WHIVEVPX7hrK&#10;+hoqXctPkcztukx+Vpauko6aop6avooKZfUxkqn0KCFRmKZ128yfWR23iXLJxBZSR2o4Pw1waipJ&#10;7agfCehVyttEt5ey7tud3HbWkUjOolJ0LM5YRhhQ1XUADQ8fIitEHv7csuFxtPt7G47OZnI5GFaV&#10;oMAsD5U4yI0keTlpGeePwV4oZ3eMkC2hmBBCn2b7rjd3ap3TlNp7swu2clksam2pmyW0p8lSR5jH&#10;zCpeCsjqaquhioaOjq6PVURQtUStDUKrJ/ZLl3Z2wtkuZnZbSj0wQFNTq7Sa6jSiDuoRUHyI75f3&#10;jmibdp9ivLO1lvoDDUxMQ0qVJVw2oURWA1hRqIelKY6BDfe0ev5NpQ7lpstmMLRVEWdFJFmqOnrq&#10;WjyFdH9rX0lTiKvFVUs2Ukh1rAZpRGkkAcSf2zrw9209RF212YlZStRVJ37u2SejaRZWopJc9XyP&#10;SNIg0SmmZymocMVv+fZfdoqOgU1AUAGlK0HHrHfcDKdy3FpYPDm+okqvHS2s1WvnQ4r8ujb0Dxy0&#10;NHJDOtVFJSU7xVKDStRG8KMk6rc2WVSGA/ofYPyJbg/T/Y/778e0UyoU+zh1ZHDcOI6l+8LR3t/t&#10;X9P6e0xiYFDih6uCQa9e94mhAuOf98P+J97aqsVIx06HqQKde9xmgIBIt9PwT/sfbBSuqnwjpwEH&#10;r3uJpH1t/sef9t7rU9X1Hh173//QtPdQEU6SHIBJJDC2kkm5JsP9t7ASOWeQeJWIEgUxmv5V/Kv7&#10;es2WoSRWij0JHDz8ugLgiBMR0AMyBjYcBiNV1b16V5H5HI94rgnm1ibt9CfypOrgj/YfT3VgyAlW&#10;yMD+RGPP8+Pl0n+FaBhp8vM/5PPpRUukMutSRp9f6v1WIJujL9WH0BsfeKQaiedINh+rSLngfk2I&#10;+l78+9JqSMduphnhXHH5VB4gU8wPPqpRmQilT/gAz/q/IdK2mN5AB+2CLAMxVLXP0IJUcA83N/r7&#10;hEWDLZbqvNySwAIYn1G2r+g93VqlGJYIx9BTgR5eXr6cOtEro01Ir5n5/wA/s6UXAHADMoF7kt9S&#10;D+m5BuB/Q+4NTVU9HTVVTWVEUFPBFJPUVFRJHFBBDErvJPPNKwjihhjQszMQqqLk/X28ELtGUWij&#10;/B50p/qrXqsjDTqrjGSRw/ydOcMMs80NPBHLUVFUY4IYIkd5pZpGCRRxxopkkkkZ9IAGokgAeynV&#10;3zq+F+P3I21av5X/AB4ps9HUPSzUVR23saOKlqo1cyUdVXvmxjqWtR4yniklWQS2j06iFKpbad0P&#10;iQSAetK1z6AZ+fyzx6Dz8y7EszQPvlqJa/78Tj9tSK4oQafIVPRkaL4ofJ6bCx5+j+P3cNVi2p0n&#10;jqIuud2MZqaTQUqIKb+G/eT0xVw4kjjZCt3LFQT7eO+Plf8AHX41bMwHYHdfaW39lbU3ZUwUm18l&#10;4MvuR9yPPSxVySYHG7Tx+fy+XpFopUmeoggkp4o5EZ3UOpLsUNy8nhqCaZrgEcaeQ+ynXty3ra9q&#10;tY7jcL1Y4pCApyxbBNVCgkj7BTNTTrF050B3D3buLMbR6w2Hmtx5/b8E0+ex/kocNDhFiqXpJEyt&#10;duKvxWPx1SamJo0hllWV5FdVUlWt7PfKT47bd6s2d3dn+5Ov8F1Nv2agpNn9gZvcFHi9uZ+syVFk&#10;sjR0FDXVxpwcjJRYasZqdws8ZpZVdFaN1D0MchkkikVqg1pQ/wCQnz69+99ritINwnv4ks5GGh2a&#10;itUVwfWgOPKh+fT7hOh+4crvfcPWOI633Xk+wNpRVU+49pYvE1NZmcTBRVVHSVNXU0lMsrGiWpyN&#10;OomUmJxURspKupLl1H8iuiu+l3H/AKFu2dh9o/3VGJG5RsncVBnTg/482ROH/iRoJJvtf4kuGq/D&#10;rtr+3kt+k+2J4ZNcdUK0zUj0FPOnmerWm6bbuKyDbr6KbRTVoatCagV9K0P7OuW+uoO0epTh/wDS&#10;XsDdOyP7wNkFwo3NiavEnK/wr7Nsi1F93HEKg0JyFP5dP6TMt/1D2LrH6cEXB/H0AsbAkggEn3vT&#10;WpBBKn1+0ZoCOFP58el1Bpp5/bn/AAdI+H0sQX4PIAClTex5UkEgW/PvGfx+QLfX6H+tz9bf7f34&#10;U1Ma0bP2/s/4odUZe5SCAfX5+Qx8unhCVQi17DT/AE+n9r6gX54/w9x5Ba4sfwBY/QDj+n9f+Ke3&#10;AS7A6hwNajif2/s/b9utABIFK6c/afP/ADdOFMAI1I/1XFiTYWuikKOPT9eP9j7gycggm4P5UH6g&#10;A/S31A9uR9rIy4YHFSB5nP8AxXTbGgGkUf8A4vP8uPSih5t+q4Qhhwbj6kc/X+n19w5Ddbi62P8A&#10;QG/9fp+QPahVAlKkhqj1p9n2iv8AqHTckg7WIFOFK/6uPy6eYGIS/wDrWVuAPqD+fQTb3Flv/a9I&#10;HP0H6eeOOf8AintTAE0gRAsTg5PHH+r54z5dMkoaBSMjHy+30/w+XTgreuzEDSqgfQ3/ABcX+i/6&#10;3+249xJiAP6f0v8AUkX4/pYn2ohDGoySa1A9D5iua0z9nTTdwLMwrxPH5nHr6/Zx6c6X1vc2OnSQ&#10;x/TcWHrABP1Wx/r7T+TyWPxOPyGWy1dSY3FYyjqsjksjXTR0tFQUFFBJVVldWVMxSKnpaWnjZ5Hd&#10;gqICSQOfasAgL5lR/Lz+X506SlwAGlcBVFSTwAGTx8h5n06VdBSVNbVUtHR0s1TW1tRFTU0FPG0s&#10;1VU1EqQ01PDFGGklnlmkCIoBJJ9lz6O+Xvxv+TGQ3Piuju1sLv3KbOET7gx1HQ57E1tJTyTtSx5C&#10;np9w4jDz5XEtUDQKykWek1so8l2W90oaKACSf9WPt6LrDets3VpYrC4WRk4gAinz7gKivmKjh0L3&#10;YPSXanU9Jia3sHZ2Q21R5oMMZUzT42tgnlRBI9LLNi66tSjrBCdXgm8c1gTp4axhnsuoH0tf+gH5&#10;/rfUf+N+1K6nWIp3KF9SfL04D/YPSp6MrUBJ+zjw/LoOqZCWN1IFzxY3b62a9gWAP0/1ub+4psP9&#10;j/Uf4/S3tQ5Zs6cj0Pyx/q/n0yKkuBkD5k/McenaNSLc/Ung/QEj6ki39fz7wMf1WvxYf192Y/CC&#10;BQ59PXqjsWINMnyB8+OOnSFeFN+bfmx9PHp4A4/3u/ttnPN/68Dgfm/5/H/E+1MCjgGB4cCaY/1e&#10;fDgOk5was3nxzSlfMYz+39vShphaMXUjk/qBBN7H6fS1v6e257re3JvY3P15Fz+eBe9/ayqsaE9t&#10;Kj5Y4fafT1GekzuJKNxAFRxoKjAr68On2kVrKb2uebLcf2tPH0uSLcG/PuM30JPHH5P1/wBha1/8&#10;PdQ1SAgqtfz/ANXzp/hwy2OA/PhQft/nTp4VSLfX/WF9Itx+eTf3gJ/3jj/in1v+D72FBIB45/1Y&#10;p/LpM3bQAGpxx8v9Xn1LUHm3+ufoBccE8/4/7z7iykfSwBBvf63v+T/t/p7VxK2rUWJQj7PnQf7H&#10;+XpmTuLcSDinpT/N59OVP+kWHP6dX44U8ggD+nuFJe6ggc3/ADb+gH+29q4yp16ScU8qn5/tp/m6&#10;brGzAHgafM/M8P5H8uniEBV1tfkHUL+k2v6SeQT/AMU9xZl4YX4H0/235seR7UxlgY3Iox+Q8/tG&#10;Ok9G+LNaAV/1f6qdOVLItwAth9fyT6T/ALEH6+2Oo+pFv6c/1P8AW9ySL/09mCgovcxrnHoPs8vP&#10;pHKQqHxKEU/wVrj5ft6VdDd7EEgX4PJP9WP+uf8AG3/E+21+T9L82/3n6gX/AD7fBVdIPDjj/B0X&#10;E+GujNK+Xnwx0pY7ACxHC/Q8ckX5+l9J/wCN+4spP5K2t+PoOOL83P8AvXu8ekK1ARn7TXz4D/Ca&#10;+nVSVCllBB4Y/wBVPzPTlAAWHHqH1HAutjYWP+vf8+2yoYA/1+n+255tf8W9q7YMQaGgBJ/PGK/P&#10;pI+rgDQjhxHHPH1/4qvT9TpcL9LkC1rctcC3IFgf949tUxubA/n/AFvr9Lf4e10ZbRQxihFa8ft6&#10;SOx0moFCDnJPz6fqdQpW12CgC31+hBP4tc+22X9Vrjni1vp/T68e3EypNDj/AFHh0yA7I9QRSnnS&#10;uc8M59P8PT9GPTex45uDa/PP+N7e4z+n/fWP0I4/Hu5YOCCDX1/MelfTj/LpK5qpQihFcfZ/q9eP&#10;p04U4LEEckWFuDa4A5ufoLfX8+2mqIFuOef9bnn6m17e7xam1kEaOA9TSnlT06QSqXpUjTw/L/V+&#10;3pR0qm3Fx9PzYcfXnnm59s8h/cQ/gMOLC/6vwb24P+v7MFqYWGuurz/Z9n+GvRYdauaLkt86f4OJ&#10;+3pQwqPHJe4Pjbk8g2Qi5+vDD/b+zb9OEaqU3HDgC4/AIH+I9xFzwuqKcZI0/wAxn1xxpwPkc9Tr&#10;yQq+GmAMDz/1U9Oqz/leCIcgLW/anN7/AKg6FDYgX4H04+vuzjZutsdApDEGMNwEJNkB0kXNhYcH&#10;i9rf62MW6iJL13SgIoPMccVr58c/bUDGZklYLb6guSgz/q/zdai/y2lb+JbgEgOlqisso0i+hT9R&#10;c2Dkcf1ta/tSNe73/tMbFr3JuDybkcgf19rQy9mnyAqBwHEfy+zqP3kzIvoeqeayVjLVD8mWSzE3&#10;JJa/P1HI9tutHeRY1cGOREctFIisxRJLxPIqrMhSUDUhZQ11vcEA0jDqilyDVTTIPmRQ04HBwfKh&#10;8+g5OCCTXuqfy/1f5+g93BiaihgxmQlmxskGaiqqilio8vi6+tgjpK+pxsoy2Ooqyor8HUST0zNF&#10;FWxwSzQFJo1aGSORsn40ji97n6X4uLkWNr+6/jLNn/VnpuN6Ag8emmB/SFvyQP8AYixP1H4BA9u9&#10;MgkWX/ViF2B5AvZb/wBQbg2/pf2F91lNvGST+mXof50/wVPnSvpUDTlWNJr9NXBFr/MDo0nx3x6Z&#10;bfeJ1DU9DGlSo5sG88EFyCCL2ksL/k+6Lf5id5MxUsALinaxUGx9QZQPp9QfeUvtS6jlNVqdIPnx&#10;B4f5D1EX3hj+tAw+Gn7MYOftx19ID+TjT/a9HCI8XqPIADwVZUsVuATxbnm/9fdO+0Y3XctOx9P7&#10;wI+v4Nv959yjtysr6AM16w7hU/VAniX/AOL6ucf9Df8ABT/vXs3qtanj/PpubH6f0H+uLexEF9ME&#10;0/PoU1oFIAqekc6gyyDkAMx+n+P49wZDcG/+P+xJHu4ABUjJrT/V+3puQ0OF7vt6lQi3H+It/rW5&#10;/wBf2nq65Y/1+nH+xHH+w9+BAIBwM/5/8PRaQRqH29OUP0P++/3319sMqixP0PNz/sPpweOB72RU&#10;GnSNlqS1fyHWf22uf1XH1H9OSAD/AL17bofiJNP9WOqn4gS3d/n697Y6pC1wfz9bf4/8R7aftqwy&#10;P9Q6TN9orTqZH+m3+P8AS3++PtlqAOf8B/T6fT6j6fQe7KNVAlAD/q8x02/AdZPbJKP1Dnnkcf4/&#10;jk/n3oyEqFAx9v8AqA6SliVIA697bHjvfjn/AHwPvzKT3D+f+qnWmGSR5de9ttQvDAm9h9bfmwP0&#10;91Ayh+fSeRQVFOB697ZJ0Nzqtf8AoL/0+nP5497Yx8Y3qPTz6oVDEenXvbHVRhl4Xm3P+qtzxYG5&#10;9ssp1UOK8P8AJ0y6UIAPHr3tldQGIAPH1v8A69rj/D3StBQmpr0wcY860697iTR3BP4+p/3r3VgS&#10;3w8R/q+zrxU4ouPz697aZlYixHF/wP8Afc8e0kjKkjN+Kn88dNNlq+fXvbTOgP0/17kWPFuOf6j3&#10;RgxCv5nFP9X2dXBKrTr3ttmBNrgcXuP95/3oe/BNIAXj1tEABA8+ve4cqfX6fU8c/n68H8H3osrB&#10;Qvl1dHB4cOve2qSI/X8i/wBASP8AYn6e22BI+fViDWvXvaB39uzGUmMba+EwEOS3vUbL7DGXzstR&#10;VQPtzaGZo6GkimhjAWkmaavp5L6mZ14so1AkO73NGQ9pDaLJfNbS6mqQY4zpAanA1ccOP8j0L9gR&#10;ktYb2WQrZLeRrp4iR8HTQGoKoWNSKHUPTr3+9f8AI/YafGaoiwOU3mu+5Mjl8ZkdsVWNpMdis1Cn&#10;3hOTo8VPmI45amGkrlwgQy+J3UyJGRbT7DOwxXFtLex38rPE6fCsmDRtJkNSoYLpFakHTWoPDoS8&#10;zXO2SC1e0tSqAHX2lCpddSqcVyCTTgSRnj10b/g25H1F+ARcfUckf7b2oNg1mX2tuH+9WPFHlGir&#10;zHt6hr6uHF5DcVHRypj5KqixVFUmsSkqcbEzhh+0xAQOWsCvsfEtWe4DBwzdqsQjsq8WVASSKCop&#10;2ngGJpUOXmjVAqYEY7iAWClqkKzGhrqwc4z137NR1huXD0IrMzW9dUuBqNy7P3hl8VJLM1c1Ym7s&#10;jOMvWtVOr5fHRVDUtSYFkLALG1vSxPsSWAhMJk/d4ikeMnJ4h21NVviGqpNCOGMEA9JDevbTy+MB&#10;IpiZVHlwCCn+lUaVOeHnUk45E8gUaiumSNyVIudDBwp4IsxAv/gfZv8Arun2jtXwfwury2awlbQb&#10;K2dSZ2lrJK7I4qTbe3cn97XZza9bVTiPGzwyyQ/eIkaNUtHaxXg2itRZBFhLPGSO4FnppUjvBJ04&#10;AqVyT+TdCLb7ixeWSQtricxoHUgOhCnxCYskqQSK1FKVBFCOmWsNfMyRxLGk8KVU8lLLHU/a1URn&#10;ZaJVy0cUcdNUa4kZ4wJDpYhlIIf25/KYf6ZKOi27tfe269lbgSqpKXH0lPjI8ptzeU8f29QVWkgg&#10;qKappMJVVqmrqJWip4JdJZroCCya08a2WKC+kjJ4aR4lTStWBDVGAKkqoOa16EnNG62W7zwHwnMq&#10;UTw2JCSgZopjNAVqSxNRXJByekzsfb9ZtelqqarFHPBLUTVcdTEsgraVWGkx1ZqXMrxSJGviC3K8&#10;g/ixgfih2Pk5dvLkc5VbdfceJy1Ngc7Pi8li8ri8JuWikx2TaevrcfMMRSU08LxBo7kXkEVixIDd&#10;9W8sRYzUeUBtaxsCcowZK1AqNakAEEVOe3Ij9uNzkspZrp5EWTWqCQ0CI+oMrlgdAU0yQSGI0+Zo&#10;GffOzaXeGIGKkOQammxuT++oKT7kVuYx9Xja/G1OPxsdNBLkajKRx1RlTx6WgsJCRpHukPvvKQ57&#10;uLsjLwAEZHeOfq5SrI8ctVNkp3rJoWjZozDNVl3SxI0sPaS8RF0RRigUAefAADqG9zuGvN23a7al&#10;ZLmR8cDqckkccE5Hyp0YHF0MOMxmOxtOGEGPoKOhgDlmcQ0lPHBGHZgGLBIxcnm/sHJIGa1ka35s&#10;p+vP+HtAAVr59JEcKTQivU/3genK2JUi/wDUG/8AtiAePeyNZFRw6dWViSOve+PgDDg/m9/wR/T/&#10;AG/ukxamkD7evGVgQCOve4skBBPF/wDYfj/Y+0zKQFphj/n6eSUUweve4nhF7W/F/obfW/uuk8ad&#10;3SjxBSv/ABfXvf8A/9G09wClz6dK/UE2UEHULHg/4ewAjMJKCjBm4UyTUU/2flX7BmvqrlgCCP8A&#10;V+3/AFfIFaaM8SEkeNNIsbKoNjJe5N+OP8Db3je5Hpf68Cx5IIb6N+CTx9fdUorjVHw9R51Hl6Dj&#10;n7Ok5QmoJz9n+r+fT9TDW1tQBCg+k29J4DXPPLWHFveCUDTYni1lJ0sLWBJbgfpb3dC1TT7TxHrw&#10;48R/q8uthjkZr55Pp/l8+lLQkltVg12NrC54VCVJ1fj/AF/cKR7JfggXF7XFv0/S9iQp/wAfelSs&#10;mmtHNPka8eNMVPyFOJ6o4oCarXjkeYzx8v2dKyADQDpDqNWqw1EXsLC7C/I/x966v8+n5k7O2t0b&#10;V/FbYvZFbju5t2bt2TV9j7MoMRu7HzS9L1+D3dlamV90riafatTR5XceOxVPU0MeQepmp5nSSAwm&#10;Wwh223lMoklhpEoOk1ByaeXHFP8AZ6in3M5hgj247JbXJW9d0LqAwrEQxPdTTQsFBAYkg8KV6uh/&#10;lHfGjcuf7Zo+/wDdOx6ev6xwG2t2U+zd01WR21VU9P2jj8vtjH0kC7ebJzbjhq6TB5LJTwVTUS08&#10;M0Cssqy+PVUJ0Jsf+T9vP4d7HwvfXde4unPllXZ3OZPfO8sVs7vretTh8TRb6z0OE25QYPB7cyXV&#10;k9HmthU9BIaiOOoq6epqGZ5NStTqYyNeLMxSPVDimR8qn1xnz6Au223ItxsVrHuW4Pb72WYuwWZ6&#10;AO2lQoUx0KUyKkE5Pl0Knyk7V/n4db/O7sPNfF/4ude/Iz4OUGC25ieudlZXsv489Z5HOZeu602v&#10;Vbj3Tldx7r3piezKWrwXZ9VlKdKZ1p6SqoqVFSIK61TWEfOv4t/AvqPpn46/Djvz5t9gdbb/AOl8&#10;fu/f3WO5ty9S757VmfrrtbcUlLmMLV4fYGBhw8WL/vDsJkxyvk46uhWmZdDwOgKa3lmeSaaKAFWI&#10;ByBkeecnB6EvMW0ctWe37XsW48wSxXNuGeNmieQ6JGoRRFpTUnbVgRQ+R6I78RvnZ/Nc7o7l7L+X&#10;/wAYP5beyO5eie4tv7J2n2Ts2n726z6KyuL7b2PgosnT5Oiz3aO4lzs9VR4HeqCv0YOejyHnQrLF&#10;PHJY1u6fjz8Rewv5M9fhOtctk+5uoOl+lu+O1unOwMrDvDZOSqe1dh0Pa9bkt5vgKuHbOTg8O/pc&#10;xEKGupZKVqWRkAmiZJWb1zJegnDswBHlTGP2EcM/5DebatlueRGS0dp7G3t5pInOpT4ieJVtJ0kd&#10;+oUIpTyIz0nOwvlL89Oof5ofx+zOU2PtzrHMd7/IH45dN/JbacdTtfe8W29h9r7t6o25BtPH52gq&#10;8zQVDJtKoomXI0UwkFVGjko4aMEr/wCE6GWx2Aw/zizuYqVosThcb0JlsnWNHLKtLj8dTd81lbUG&#10;KnjmqJBDSwu2mNGdrWAJsPb25aiYFUdx1fyp+XRD7XSLFHzEzGihYTX0AExPVpn84egq8rk/i7jK&#10;CE1Nfkq/tXHUVOJEiM9XXTdV01NEJJHjiRpJpFALEAX5IF/aL+YH82Tbe/fnL8Xqzo/u/sva3xk6&#10;o3717Udv7h25lOwtqba7CxUnZGEyu/ZMvsTEx0mW3ftjD7Oxhp1hqsfPNWiaqiip3jdDO5FbHwJR&#10;JEPEYcDnyxn/AFf5mt851iuuYtnaw3CVNohlTxWUuquPEBeqDLqEFKFSTUgCnFV/Hj4F5navxi7u&#10;puz+stmZzurfe193Q9fYnM0G0c9mtp1y7OyVDtYY/dFdLU0G383kdw1vlZ4KuJKbxwPJMrq3ivQ2&#10;n/Mx+EW9+tu1u3trd2DJdd9ILsY9obgbrntuhG1/9JGcqdtbKAxWS2HR5vNnN5uikgAx1NVmArqn&#10;8SEMS1rW4qI3T9Q1ocAkDJ4cOPn+XUhQ818v3VpfX0W4BrW20a2Mcg062KpjQCdTCmAaedOq1M38&#10;M/kptjd+xdgZvrc0W7eyjuQbLxC7w2JVjN/3PxkOZ3J/ltJuuoxuO/huNqElP3c1OJblYtZBAlde&#10;fzHfhT2ztHsrfmye+MBPtDqKk2/WdhZ3cOA3vsSjwEG6pspSbdEY31tjbc2aqMtWYaohihoEqpjO&#10;I4yokmhWRwWsqFPFJ1E4HGv7PTz8qfLqtpzVsF5HdXUW5Aww0Lkh1A1VCnvUEkkUotfyqOsm6PiH&#10;8jthZ/Z21txdXZOLPb+mytPtTHYrJ7a3NNlZMFHRTZfyHbGazEeOhoabIRStJVtCnjLsGKxyFFR0&#10;H81PjN8pabftb0T2jT70pOsYMJVb7raja29dn0e36fcUeelxVVUVe+ttbZp6mmqYtr1zPJTtNHAl&#10;PeUoGQtdYHiIE6dprTuPAfIfbw49XsN/2vd0uzt154iw01HS6gaq0yyrjtbhXhnrD2Z8d+4+lZtr&#10;0/ZezJdu1G8nyEO2aePM7cz8+WqMW+LjroIoNtZfNSwzQvmaYKsojaRpbIGIYKBm5P5rf8vnbOff&#10;beS+S+15sjHUtSyS4LbPYG68GsySKptuja20MxttoQ5/zoqzEQCdVgfahIZQCTFkYBrQ/bQ/Loum&#10;5w5ahPgSbsjEYoFdl8qksqlfXz6FbD/CX5SZnFR5ak6hzEdHJCtQI8nl9r4TJeNlLKDhs1ncflxL&#10;Ycp4dfNrX9mTj+S3RVb01lfkFje0NsZvpzCY6pymX37t+pm3DicdS0TxQ1qVUGEp6/IxV1BLUKtR&#10;SmD7qFzZ41IIDqRCN1BWgP8Ahr+fp+X+ExG7bebGXcPq0azUV1juUU410gmoOCKVHmOgr/0Q9lw7&#10;8o+r63Z2YoN/19XDSUO2crFHjK6qmqUkkgaCXJS0tI9NUIhMUwk8MgF1cjn3rfyfzWdt7q/mf7T7&#10;Pn7o7L2T8L9s4vPbZqsLNkOxX2duQU/Vu86HH7rzPU+3YMjJU1OV7Dy9MaUy42arhigpZ5xC0REC&#10;tUBHfxrx4/5Oou/rdHLzVBdm+kj2VARQ6yjfpt3GMVyXIp2kjBNKYtspvhdl8B8Pc1tCLYG0twd/&#10;ZetxmXjr46XaqZ7FCTeWAqKrCUO9cpNTJHFRbWoZvNorI4HeSaOPyBwZLod0fLX4cd7/ABI7v7Mq&#10;O1Kiu+N/2Oe6Y7P3rRbP7HxdZiKjfGLwW2K3G0eFrdnQbtqKyWn7Hx6xVFLj6iBHqgS37UuhUXVi&#10;a8KdDebetl3DZ7+6N1/usoYnYK4oXoDgrq/GKEKePy6qT776y+cvS2e2Btr459S4zc/ykq9yba3h&#10;13sjN7l2GcRkMdtuty+5amuyOYyG8MXtKjoo6bZVb5ErMnSySCMonrkiDVv/AMpLq74R9e939mVX&#10;QHylzXyB7OynW2SiixVZ1DvzrGk2x1nHu/aMuYmqKjdGKTHZ7Ky7hOGjaSOop30ailLpMjJ5FXJX&#10;ub04Y6C/KVnsVte3T7durXN54ZoPDdNKalr8QoxrpHEetPMG77a7l+eXb3U+Fb5d/DLDfEfF4feG&#10;Kgoocb3z1v3ed57qk27mwuQppNi180u18bHR/feOkqEqWU211LnSGt97x+UXx8+OUNBN3b2xtXYU&#10;2VgeqxeMydVUVu4cnSRymGWsx22cNTZLcNdQxTjQ08VK8Sv6S1/atJhHGfhX5f6s/wCr506Fl9ut&#10;htorfXSxluAJqT8woBNPsFK9BN151F2V2dNUJsLZ2Z3HHRusVXWUkUUOMpJnXyCCqylbNSYynqHj&#10;IZY3mVyOQLfRAdM/Ov4lfILN022Ope8Nqbl3NWpUyY/bVbT53aO4ckKQu1SmMwe9cTtzKZKaKJGk&#10;McEUknhVpdPjUsNiSKRqqQCeNf2YFPz6S2m+bPuDiO0vEaZvw5VjnOGAJxU4/wAHSz3r8fO5OuKC&#10;TKby2FmMXioPElRk6eTHZnGUpmUCM1mQwNZk6SkR3bTqkdV1kLfUbGP3585fix8Yt24zY3eHaa7I&#10;3VmdvU+7cdiP7mdhbmeo2/WZPK4ilyRq9n7Sz9DTrNksLVRCOWVJf2SdOkqS7JMkdA9KlRTHlwPr&#10;6ft6puG97ZtUqw31zSRkDBdLHFSK9qkcQR1M656D7a7UwtVnth7TbO4mgycuHqaz+ObbxSxZKGko&#10;66Wk8OZzONnlKU1fC5ZEKDyAXvcBLb+/mEfDXrvB7T3JuzvralBRb421gt37coqKh3Ln9yT7c3Nj&#10;qbKYPKZHZ23sFld27fjr6GsSRUyFFSyr6lZVZHCvrcWqIAz9vHzr6/b6eX2+fSW833Z4o4TLeqI3&#10;UMANRajZFQAWFRTiB8x0qtsfHfuvcVdlcbitgZaafA5Svw2TmnmxePxkWSxVRJR19JTZnI19Lh8i&#10;1PPCylqaeZTwQSCpI4dW9xdY947Opt+9Tb1wu+tpVVTLQrlsLNK6U+QpkgkqcbkKOpip8hi8nTxV&#10;MbvTVMUM6RyoxXSykqYnEo1QrXjmv+qmKV/L7OrQ3dveIJrJw8WcjjjyPmPsI/ydMO4tk7l2NmZM&#10;Du3DVuBy0UaVDUdZGoMkEhkWOpgliaSnqqaRonAliZ0ZlYXuD7X1zYDk3+vN/wDe+D7UMi6iwx6f&#10;6v8AivOvl1tk1ZPGv+X9v+qnTWPp+Daw/wCJ+l72Y+yj9u/Oz4k9E5+r2r2f3dtfB7nx9lyW38ZR&#10;7h3jmMXK7Iq0+Vx2ysNuKqxdZZwxhqEilEZD6dHq9p5LuBCEklocHNSfsoB0V3W7bbbTeHdXiqQB&#10;XixGeBVQf59C7tPo7tjfNBFlds7JydbjZx/k2QqJcfh6OqUKby0tRm63HxVUVwQHjLLquL349tmJ&#10;+fPw/wByba3nu3A957UyuG2BgDujdv2dLuGTMYjbyZbGYJsv/doYX+8ldRDMZikpi1NSTWmqYl+s&#10;i3VxXdoVZvqu1BU0HlwrTjgniB0w+7bZIkrxXSsqDUaA8KgEkUrxNMDz+zp0l6M7axuRw2KyGyMp&#10;SVmer/4bixNJjxSVWQNLU1v2f8R+8/h0Mho6WaS0sqXSNj/ZNg427/M/+De7txYLa2A7u/iGd3Lm&#10;cZt/CUH+jXt6lFbl8zWwY7G0Zqa3YFPRU/3NZUInkmkjiTVqdlUEi6bjt1QsV1qkYqPhYZ/YPM9J&#10;F3vanZY0uyXNAO1xk4oCVxk9LGu+N/c2Lx9bkq7Zv21FjqOrrqycbh2pKYKWlheoqZSkWdlnk0Qx&#10;k2RWY2sATx7Xvdfzp+LHx63kOv8At/tNNo7wOIos5/CF2X2HuFlxeSkqYqKoeu2ttLOY2Np3o5P2&#10;mmEqqAWUKykqJ9ws7WQRXExBwaUJ/PAp+VRw6vdbpYWjrDNcUODSjGg8uCkfzr027L6Y7I3xh/43&#10;tXbRyWKFXPRfdNl8HQhqmnEZnTw5LJ0dSdPkX1BNBPF7g2fsN8oegt1dRp3zi+zMDTdRyT5Cki3r&#10;uKLKbPx71mNrqjGVVIlJuzH4TLNWmupZIoohT+SpdbRB7i5lHf2skBuzP+ieLGoqQf6R+WPXy9Ok&#10;kt3azW5uhPWPhU8TT/TUyCPt9Op4683pidynZtVt+rbcqpBI2JoZKfJyrFPCk8cpmxs1XT+Hwyhm&#10;bURGD6itvYAUX8yf4Q5Kvlx1P37t+OeF4o3krtub6xdCWmV3Vocpk9rUmMnQBTqZJWWM2DEEge2x&#10;ve0moW8Gr7Gp+2g9KmnD1r0VncbMj+3Gqvz/AMw9OhMbo/tWCJZpdnVhjIcqsVbiZ5bLb9cEGQlq&#10;FbUeAygt+OPoAf8AMB+enWfWnTe4tkdcb9rq3uDsXZuDr9j1uy58xR/wnbO8IaSuot/Ue9KCKCgg&#10;p5cBK82PeiqpKiWZ4yoRNUiN71vdvb2s0EMtbiRRp01wGzr1cOGRQ1+zj0lvr2NYikcn6hGKCmD5&#10;1/wU6W/T3UeazO46HK5nFRxbewuSq4spHk0ppPPXY55IpsRJjZXeZ2WrUJMJUCKoa9zZShPgf89e&#10;mKnpbpTqrtfuzcG4PkDns9l9r1dJunE9m7rzmUzm6uzdwQbLoa7elRgMpiqk1GJyuOiillyJhpYS&#10;kcjxiNlS/L++WbWllZ3V4Tfs2mhDliWc6QWoRwKjJoBiop0ktrpCkMbSVlrTIqcnGelV2Z1buKPc&#10;25s7g9s0tDtOkp6etiloajCUNLFS0ODopMjPDjI6yGeNUqYZiyiEPJICwDXBaxbtbuvqjpTF02b7&#10;V39t3ZGPrpZIMeczWaKvJzQosk0WKxcCT5PJvBGQZBTwyaAw1WuLiufcLSxhWS9mWMGoFTk+tAMn&#10;8h0oeWNUBdgAeFePD9v+boNNv7cze4J2p8JjKrIyoFab7aO8cKkkAzzsVhiD2sNZF+bfT2HvUvyr&#10;+PHe2TnxPVPaeA3Tmqenlq2wRjyuDzz0kDaairpsJuTH4jLVVLTsR5JYoXSPUpYgMpLVlvG37lqj&#10;tbxXcZpwNP8ASsASPXHSXx1lB760/b0pcxsvdW3YFlzWGqKOBnWMVGqCopvI4OmNqikkmgR3/AZg&#10;Tbj/AAQ3aPzk+LPTu9s11z2N2j/d3em3hjjmMN/cvsPMfZ/xjE0Gcx+rIYHaWVxUxqMVkoJbRzuU&#10;EmltLggUu+Ytpsbhra5vQsyUqNDmlRUVIT0IOCf8nSeSYgldQrw4cB9tK/PienzA9f7uzVBBlMbi&#10;TUUFUZft6g12NgDiCaWnktDPWxTraaNl5UXtcce8G+/mt8WNgbqOyd1dz7WotxrUClqKOiizOdpc&#10;dVWBaDL5fAYvJ4bCzRBgHWrqIWQ8NYiwfl5g2e1ufBuNyjE3DgWA+RKggZ46j0glElRRwaYPHPH/&#10;AC9PWI2RuiupBW02FqmpimtXcw07SL+HhiqJYppla1xpUg/j3i7C+YXxm6wai/vl3LtGllraSiyN&#10;LS4Wat3fkJMfkI4qigrmx2z6PP10NLW08yyxSPGEkiOtSV59qbrmDZLIDx76MMwBoCXwRjCAmhGR&#10;jgekAjYyAonbUVNf9gHp3x+1NxZKKUUmJqn0mWJvMkdInlS6unkrHhRmVwQwB4Ye7Bfij2z1x3Nt&#10;qh3j1Zu/Eby249fNjnyGJllJpMhTeJ6jH5GiqoqfIYuviimjk8NRFFJ4pEcLodCY15qubW+tZLmG&#10;YSRU4jAqPlin5ivn1OXIrJIieFTV5/I/6jwp8+qxPmLhcvt9sjR5qgqMfUNRS1EUdQigTUsgcCeC&#10;Qa4p4mdWGpWK6lKnkEe7gdnoGxlLcBz44yCQNSi92vfS2jgji/vGrcdaXkxqVFTwrQ4oPUV4EZ/P&#10;qZrhvDt8D8P2D7af4OtOf5d5SJs9n4FIa01SgF1LKupkOofqW4X8j2/C667cLduOQbXuCvA/oPZg&#10;5VvD1ZfGfn51/bw6jxyGeX5Z6qKqWInqiLadb2tcGxJNwDx9PcM8m/8AtKnni99Nx/t7+16DSNPn&#10;n/L0RTEFm+3oNsq2uR+Lgte9iPypPvwBP9eLgEAG30uTe1wB78xzxH+qv869MqnmK9YaeNmCsPp9&#10;OLXB0i5It+kA+5/ljpYKupdiIoqZ5HP9nSFViGUggj03F+Lj2Hb9Huo1goNZbHrUas18uNCR5H0r&#10;0N+UnaC/UnzWmejZfF+Ot/0qbWoKBGkqM1kKTExxBWYSvXzwRRoYx+r9yxX+hAI590DfPPcU+Qz1&#10;bqRTFZgir+V4+p5sSD7yr9t47e15XtliB1EZqft8qAHhnqEff69lkv44mA00+zyx+z1+Y6+mb/LC&#10;2JFszpijpTJI1YdH3Ze9vNoQMEBvpAN7e6xtp08c+apamO1nluoP4IazD/Egg/63uTrFQ0q0PbSt&#10;f2dYqxxl7hWUHj1Z9ObROf6C/wDvI9mcI/aVbfpQD/ev6ni3s8/Ax1ZP88dH3cAK8ekhe8hP9WP+&#10;3N/+J9wZbgW+v9fyOPr/AI/X3taEBtOPLh/q4dJnYJxHn/q/l+zqbFYk3IJ/2PH14H4It7Y6sfU/&#10;m5H0/wBt+Le9E8Afh6RPlhk0+fU6E8/7H/ex7YJhYGx455twfp/UX9uVoBTh59JnCqQtDXqT7aJj&#10;Y3/Gm3FuP6/W359tM9KqBkf6uHTDAajXFOA697aZeS3+2/3j20QCBTAPHj/s9MNmlfMfyz1LQjgf&#10;n8nnki4tb2z1Cj1Afn8gW+oP1/r7qoWlBWnTT10N29Zfaekvci/0vbi1j/vfHu3arEUzT/V/h6aK&#10;hQARSvXvcRh6rG9/xyD/AMVF7e7Bhppx6abCkr6/P/Y697bJ1Gtj9L8f8bHFvp7oQT20zX/B/wAX&#10;02w1jh3de9s9Qou39BY8/wBbW/IH1J91VsgFBWv+rh0n4LQinXvbJUR355+n9kj6/wBP9sPdXCqw&#10;0j9vVXRcNqNOve2KdPV/QAEG4uSRYAf7E+2yc8cV6YJBY1P+Hr3uE4sCB9f8LG3+F+AT7q4LU7ut&#10;ZP4s9e9tcyAkjn6/73+f9h9fbYBNKjHr1XSoqDWo697bZI2ueCT+Txz/AI3P+t7bkIQAY60VQYJp&#10;1723SoLk2/F7/wCv/h/rke2QKAq70PpSvD58PXq4AZaeY697bKhefryOLf05/wBv70R2hwBT/Vnr&#10;wApUcOve4UmkK3PFrA2+l/6e6kUGer5697CLujZdXUdaZ7s2lzkWKj2gf7uVOOhoxNkNwTb3j+zo&#10;6QzswSOgoafH1U8l1ZlYKVGohkCfNdu37ufchcFDErJpCglvFooqx4KBU8Kg0IpxA45JCSXJt5YE&#10;eNp4jVmI0lNTgqo4khSCagAYNQ1OsZkUSpEb6njkkHHp0xNErXP4N5hYfnn+nsP+tNu9YYvZXU3Y&#10;G/cXuqmwUW4crid9Ve3K2CoqK/FTVdJPQvS0DSwSeRZYRE6iRFXzAkg29hbbrewjsdt3C5ikSNWZ&#10;XIbDV+Emndp1Ag6aEavMjoR7jcTXO+7htXia4GkVqUXUFVRqEeogBgrMasc0FD11P5xDMaYRNUCK&#10;T7dZ2dIWn0N4hM8ayOsRe2oqpIF7A/T2dne3W2C3JQ7DzWx6XFnbm6Fxu0qCsyq47bWT2/timfXt&#10;un3FVS1pkkr822PiiRiYXLK3rZVNhzLb2jwWkttGjvIiqW/sjgVCZJYk0AVaK1RUk06CE1vcTNrh&#10;mpEznSppk6iqmQ1KhmFSW4EhhXrikrBP310ypEskixeSZS2nVKIP21kmVH4Fl1HjgXA9hfmtqbs6&#10;y3hg+u81QQ0GTpoqVsk2G3IZYqugrphRxY2alcSBRFT62VZKlkGskAah7osdxbyQWywigH4ZDRgQ&#10;qgaWWtBTFWNM06RX1s1rJPDdApc6xUEKxoRWupSR50wOu6eohq4IqmncSQTKHjkAZQyn6GzBWH+x&#10;Hs1WWqMHRUWXz+NXybNpqegx25tu7hw1TkjVY+pc0O4JcRg4qWPKSLT1tOkpqXDLFT+UA6bAnLsj&#10;KRKpaFWGsOpYU+S4b4iMsCKA0xQ9K4/DR5p7OiQkKNLEVJJ7iARUDjnyJpWnXa6+FkN2LyMrRhlU&#10;IGPjDXJGoIwBvcMRe34B+dtNsDsnrRY12hldyy4hnxdDV0EYpI4paynraJZ4auaFKhKSWkNTG48k&#10;StHElyxIsnaYLewiGZRBIODeYXDUqa8QhBz8eBXqXdtXaN+5Xe3l2ae5u7bsDR6VGpw1GLZJGnUC&#10;povavEkdAbnzunb+/Kasi3dt7EYLLQyVdRQZaGonqZ4KE0kdZBSRpWU9Ok6zSwMknjme88oAUctE&#10;67w/WXVMOw8HtLo3cNdVTZiLHVstRmsJjcXHJCXxGZ3DnRuHK0cOY3As8dRMRGGllRHYKByC66t5&#10;rWO7Xb7gR27DioWoPHLF1rjtNFZmY1456MNnblywm2XXyhcSX6uqFmkVYyV/TcsJGCmTDFVqoAUa&#10;aAV6ZN4UPYOeo9zxQdo4jF4L+HTVkIwuBq6zPQeVoslQU8FViW+8psRLj5IEeZI6qodn4JuFJG8Z&#10;8F9z767M3dR7awlbDgk3Xm48ZF4VdYaI5OpNPCGgAhl8aMFvH6Dbjj2ue2so4hfXV1HFakaq1ovk&#10;SRXyzWny6iuLkvmHeN8v9v2bb5DbpO6ivkoagBb4agUBoaHy8uhK3J2psjYu2aXce+N0YbB0r42m&#10;rppqif7VH8lMk0jw01Q33UcRJNg41KOG5v7PXtH+T9unIUUMlbQzRSSRLJpl0RkalFib3KA3vz+P&#10;6+w3c89e3tg3htfmWTURVBUV/wAvUmbf93Xmu5jWS6njiJH4jSnpx4dV7b+/nE/CnYNVWU1d2LR1&#10;YoHZKieCaJISVd4z4Xc2m/dQp6dQ1C3Fj7a+wP5PO88ZjZ6vE0r1TxQyMEgVXkuq6hdRY82/p7pH&#10;zhyPuEnhpuJgZjQFxRa/bWnTt/8Ad15ttonms7qKYgVopqesXU/85P4N9tZqPAYftHG0OSmeNI0r&#10;KiAxkyOsY1Mj6lAY83Hui35T9Xb1+Nmejxu5MXVURqJHWl+4heOOfxn1BGYAMQLE2P0PtjfjPtEV&#10;ve28iy2khwwyrfKvDqM7Tlm9h3W42Ld4GivYxUgihIBpUeor59Wd7e3Jgd2Yikz22stQZvD1yeSl&#10;yGOqY6qmlHFwJImYB1vypsR+R7Ana29sXuZPFqWmyCizUzsP3B+WivbUP6j6+09hudvuC/pnTP5q&#10;f8nqP8HSbeeX73Z21lS1seDDy+R6e/av+2/HP9b2H9f6W9mXlwz0R+Ma8Mde9//StSYKdLcAfVib&#10;ryQTpI5uefx+fccoX/UWh1+Xnwpny+3Pl1movctU8h/q/wAPQSxWCx/Qg3Zzex9eo/0P6j9P+J94&#10;b3DMPSrCwF7Fvr9AeNX+IJ97IoUQmrqT5VA4efGnyIHTYqclq9O9LGfISA2l1QcekE24P0I/Vybj&#10;/XH9Icv4K2KMbG5ubf15Uclh7e8QUdHJ1gYoKf5fIda1MT2nNOH+HpWUEN9LKLXYH1A3Ufptp0kH&#10;WB+L/Xg/1b5CWfQovHa+pdQtqJ9RuCLD/C3/ABHt+PQqa3P69aUNPIDH5/ME/wCHphiAGNOApjy4&#10;4/z16UEauoBuQo5/Nh67/TlT+n68fX3rl/8ACiHqTrmg+OWwe6KbYu26btTMd/7G2Rkuw48VSpuu&#10;v2lF1l3DkE23U5gKayXEJW4qnlEBYoHgQ2uB7N9nnVpTAj9oQnT5CpWh9M58v2dRV7pWFpHtVrfr&#10;bIL03KIXoNRXw5TprxpUVp8urG/5I/eHyPyn8wjtToTcuWzMXxrwPxe7B35sfAfxCdtv1e/V7V+P&#10;+Lq82cd52pjlqOgz9dCs3jVxHUOoNmPsSf5TXwj+Kvb38v74/wDYvZHxy6n37vTcI7UGa3VuXZeH&#10;y+cypxPdfZGExv3uQqqd56j7HEYyCmj1N6IYUUcKPer+9ME9yn1BUihGeA0j9mfl0u5J5c2a95W2&#10;y8u9phluH8WrMgJNJZFAqfQAceAoOi//AM0D56/zHOpv5pPcfTvUW8t34H484LN9LwY3+D5+uoaf&#10;HY3P9IdX7g3VLS08GQiSJjuLL10hAj9Tlm5JJ9h3/wAKJ+stjQ/G3q/tk7K29T9m/wCnfaWwn32m&#10;KpI91T7Mquu+3M7JtiqzUcMdbV4UZbFwVMcErOkUyFowup9VtnlDSuiTlk0k/LiBX/JjpB7p2cC7&#10;ZaXht0+s+oRNdBqKlJTprxpUDHqOhl/kU/JT5AZj+YJ3Z8Yt3KcT0fR/G7fXb2ysLTVlTJjshncR&#10;2r0htGm3ClF9w9DBXti911cMrpHHI6lA9wq2U3xDD/8ADAO6iAbH4u/OH+v6RuXv8Ej/AABb29KI&#10;2v8AufIdP20BH5kDpzZF1e2spLcLO7/49MehM+erp/w6V1atwXHzZ/l7cAqWF95fH/6j6qAP979l&#10;Q/4TkY6hy+P+bmLydLBXYzJUXQGPyNFVRiWmq6Gth73pqqlqIyCrwTwSMrqeGUke3N0JH09K6qml&#10;KfL1Pn/qp0Te1iJInMCSCqnwBTiCD4wNfy6MX/P/AN29o7G2F0HujprCrnuxcTP2nVbeoTq1R1MV&#10;T1U/30Wl4iZqDSJF9Q9Sg/j2Rr5PdM9U7X/nUba6U2717tPCdSVPyH+Iu3ajrnHYejptoTYLd+B6&#10;VqN0YmTCxxrRtQZ+bN1b1UZXTMamTVfUfaqJ2NkXLktpbPn5/wA+g7ve32UHP0e3xWyLZfU2w0AA&#10;LRliLCnDNTX1qel98E/kN8lexv5DeZ+RO590bg3l8oo+h/nNuPF7gy9bLUZ6p7C2B2P8hsXsCi+8&#10;8qyqcLJtrHUNNZx4oaaNVICj3tmYb4ZfE7bu097bDwPx56ixOzOx0wsW+dt0WysLDid0nbktfUbd&#10;ly1ItL46ipwNTk6iaim4lpZpWeJlb1eyxZbntLliwqfkB/q/l1NCbDs8VvcW0O2QiCWmtQigNpqV&#10;qPOhJI9K1FOtdPffz7/mXYjoXa3em5q3cdR3R17ntxyuMnnMkZto7SrYqVMnX4xUyX3CjLQ0MKVU&#10;YYpNFGFdSAR71Bv5O3x16u+UvyR3r1d3TjMvuXr3EdP5rss7RpNx5rA4fLbv23u7Ze09vZDNxYWs&#10;opMiMJjOwMm1OrOAkkxBJjaWOQ1u5GijV1w1aVpXj/xQ6g7kjbLLdt1ntNwVmtVgL6QSAWDIoJoR&#10;Wgdqf8X1sw/z2Pl/8g/hB8PNs90fGTE4qo7NyndGA64rtwZDbNJuWfamws1sbsLee5slSw1cM0dJ&#10;FU5Lr7G08zsCmmQfSQRul2Xx5/lMUnxr+Pvy96w7J+SkMWz/AJEbd65oM5vzbuDoti1GyNvdeZHd&#10;+RzbZCt3Pm89hnxu5cfuY0dX5TEkdIZhru6uiWW41zx6YzqQniOP+XFK/s6Hm3cmDatt3q1ud0/Q&#10;ulQFwujSqFialmYUbVQ14Dz9KZ+wv+FAWV+RuF6X+QHTXwv3NluxOp+xdxbW2t1JV7kyPZP989x7&#10;zxWA/h08I2btHC5qKbC1OHEtMkMEsk1V4rLYFSRbdPWn8oTor4pfIHrTHd1db97915PanY+b6035&#10;Piq7L7xpN6wbPEGxNu4Lcuz6GuwVFQRbvxkUiMtRDS1K1cgnLw6mKpWmaRCyHQfyp+XE/wDFdB2W&#10;25L27Z9xtRexXO4MjlHpVg2nsAZaimoDzANTWoqejNdb/IX/AIUC/IL5U/GLtHM/E2v+OXxoqOwO&#10;pNvdzddVOYwdM9P1xX79ibsvemY2/vrK4bd8ORh2Hk5b0/2stZTyUSmFBKwiCs/kF0OK7G61+ZPU&#10;e/MRjt2dcVVd05XVu083SpX4avm3TR9lUGcStoagvTVENdTbQx6upXn7db3AFryRl5EKuA1Dx/Lp&#10;328SO6td7srlA8BMXaeB1awf5KP2dGm/nr777w6b2p0t2p8acHJke4KZt7UNLX0pKVuKxWIbbNXF&#10;k6Z0eGQTYx81Uut2sDIbDk3JH8aun+rdy/zktydNbg2BtXM9UU3yA+WWAg68yOIpKjacOE2lgu5a&#10;jbOKjwzxtSJQ4KbC0jUsYXTE1PHptpHt5qDAYgVpXjxNOiHbLO0k52lspLZGsxc3A0EArRRJpFOF&#10;BQU+zoV+5u+PlFif5HXWPyC6nq8pub5T5r4t/DDeX8SknlGXze7d91XSH+kfJ1M6T08rVdbis/lZ&#10;5jrGos173sdrjHfF347YnrbcPTuJ6T63oerd1ZR83uHYVLtTFR7YyubkgxlN/GqvFCn+3OXihwtI&#10;I6kBZojSxMjKyKQ8FCAgnHUsptW2pbSWS2MYtXNWTSNJOBWnrgUPHA9OteLur55/zFet+jeufkhm&#10;MdVSdz4BMnS7+yeWyNca3aG2oKyr/hkVIYch9yKCofIymWMM8bLM4ZSGIOsN/INRn+YXZAW/Hxr3&#10;gxsL8DtHpz6/4XPusbrHrLLUFSPs+f5enn1FfIJP73ugBg2rA/Z4keetr/8AmR1ENJ0XtmoqJo4I&#10;Yu0sNJJLKQqIibP307sxJAsqKT/sPYc/Ena+G/mP/wAxzdW4u+aiu3XtTKjfnZNfgJa/KUEdftzB&#10;1FNitlbKpqmkqKbJY3AYSHK0EaxRyxyNS0ZjZ9TsxchUSy93D7ek+zxJzLzLLJuBLwtqcipFQDRV&#10;HmAKj8h0BP8AMk7f7u+CfwDwUPxE2hS5PuzN7t6+6o2kz4ujzMWIy24KfKZ7eG8K3HTH7HI182P2&#10;5XgPJqhjqqtJSrJGEK//AJxPxc6s+KfZPQu/ugcGOs033RbulnxG3MhlIKfFbq61yW0a6i3RhTUV&#10;dRPhq2oi3fTqFpZY4kkoVkREkZ3ktcR+F4ZpRjXhw+X5+vT3OG12m1XNjcbenha9WFPBkKkMM4NG&#10;HCgxWgNegE/kgfMP5g/KTBfKPqL5yYCnk310vkOra7FZWqwdBjzntm9v43sGkbDV0VFehy1Pja3r&#10;iocTMjSOleY3ZlRFQwv81Go2127/AC9fiR8ncvtXAJ29vjK9PY7O71hxNHTbglxuf6h7E3LuHbhy&#10;UEa1M23v73UJqaeB2McbDUioXcFy4ZHhicAazx/1fz/z9LOaHivNh2ncnjX6xygLUANCjErUeVRU&#10;ft88KT4Y79722f8AzPO/fi9W4w03xkwnTPZG9ti5AVlRUDI712v2v1NtSMywtUPT09ZBtzdM0cp8&#10;aySFBdmCj2G/x/8AgD8bt5fyvN6/JvdG3c9mO4Z+pu/N94jPS7qzlFQbZyvVuU7CoMBBiMDiqvH4&#10;eroquLZsDVa5GGvd3ml0NGNAR6K0jayedhV6H8qV6TWOw2E3LUu5yIzXXgytWpopQuBQDH4RWtei&#10;8fKv+ZR/MA6+/m2ddfF3rXrzD0HxLx3yD+LHU+9951GzFys+6sN3pSdUVG6qqfcNe0kuMqsFUdh1&#10;NPSyUBgSOWkTzCT1hhJ/kE5Kulxfyow8tVK2MoK7pjJ0dGbeGnr8tB2jS5GqjFgwlq6fC0qPyeIF&#10;/wAbvbTqPjgcKDH2g/6v2dX5KLFdyGSo0Y+0OD/gHVn/AM9IaZK3quoESLV1VPvSCWb+1JTUMu1J&#10;IInJNtEMuQkI/wCDn3sA7njzc229wRbaljg3FNg8tHgJ59AhhzT0FQuLll8qSRCKKvMZbUrLYcgj&#10;j2bMWIYCmoA0z/h6GErORIkS0lCmnpkYOfn1WX2F2RtHp3Zed7N32Z/7obMpEze4BSo0tTJjKWoi&#10;NVHTxxujSTzxMVQBgbke9Lv4s95dV/G7tfs7/Zt/jRT945nLVq47KQ79x2My26Ni7lx+Syz7nkm2&#10;vviiqsNlspnaqtX7qSrMNVDLSKY5QJJQwbt5Y4Xk+og1E+vEZzg+vUVWN3BZTXI3CxEsjY7gCVNT&#10;XDYJPnXIpjq0H5Xdf/JD5K9P9Wbo/l+fKvYXUtI9C+4cflJMJU7n6/7T2lnsZiZtqz0G7toZKPKY&#10;GhxMFM7070kFbT1cVYwkjBiiIt8+AHUnwX7Y7i7v7U6Z3Gdx4bfOy8/t/dvxb7N652/Q0O0sBujf&#10;O0t3UlTRYx63M4XM7awuS2xT0sKU/wB3DSyvHqkibwox1tsFnPPLJG3aRlCPKoP2EY+f+Do/2u32&#10;y4urme0aqOpDRso7QWDcOBA04pWnrw6rD+RfyB/m29T/ABzyO0u0+g+uZ+5erztjP7A7x6o7Hy+4&#10;9qdstiMRl8LuqqkpKzFba3BtvcQpK16lqapjpJaiOT9qJ1EjCt3DbXwPwK/mZY/bW9MNich1dSb9&#10;hhx8u4sbQ5eio+uOwGD7T3PHJkjWGGu2HUVlNPJVxstStRipdPLFCiRV27dgrrWHV5j8J4HPp6/L&#10;okCLte86GUGEPio/CeBz5r/hHR/vjZ8ldxfzC/5ce0+6tiPSbe7cyODGL31t2KeuigxXaHXWYhxv&#10;Ze0mijjpp44dz0tBVNj4pLokGTpWkZgC3s4H8yrHYv5L/OPoD4p7PxmIgzMZxdR2burF4jHDcsce&#10;4hFlKinymTFG2SqIdldbYhsnTQvL4CMjyOFKmO7Ri73O1sYwoJpqI492cmlTRc/n0v3hRd7nbWMa&#10;gNjUQM59TxwoqPt6RmB7m3j8TPip8svlHv2npazbOzaAQdFbMNZUhd0ZuHG0eIwNNUMtT4KeXsHt&#10;3ctNhVWOPzQpRmQavJp9pv8AnO9d5TYu2fjvh9g7Wg2x0RtyHdmNiwu1cWmN2pht51DYpqN8nT0F&#10;PFRxZHJYaOX7OSctLN46sqdRlLW5jgaGKxWJKWoBwBQBscQPM5/n8+muYImiFqkaabYA0AwK/YP9&#10;XHrB/K8+SW4uzIMxsv5I1m3tvfLzLbMwXZGb2X/E0fK1mxchlMzQR1uDgq6uesraXD1MFN/Elh1L&#10;SNWUoktrjHsBsp3l/Lt+RPXm1urtzdPP8RNzUGQxEydmdf7I23uqiV4aOroKujz+46P+H73y+GqZ&#10;6pJnNbTVco8QZpgwLln6rZL2BLaW2+mlBrrVQRwpQkdxH2g9F5msLiNY2h8J/UAU/M0rTpA7j2Z/&#10;On+N++9z9k7M3t0V87+s1pcwIOpM3WZrozseWmatpa2hqsJTzwbg2Mc3S4+nmgEaZSnikklGiBgQ&#10;imM/mgdK9Y9f/DX485rbNHtzcm5sHmOmurqXtqix1CmZ3fsbbnTm9aXFv/EaSarD4bKjC01YkKTy&#10;wghCrMAG9mHMNpbw7TYyRKC6mNNdBVlCN5jyNAaVPV9wjhS2g0ZkFBX1Gn/V59Kz4efIH5U9j/OX&#10;d+0d89dVGxPjtl/jtubtPFQ1JqXnpu4cr2B1SK/bdW9WtLOlXt3G7iylO4amgd2Ri6qw0gwf8tv4&#10;99HZ/wCK3RPaeb6q2NlOx4MnvDNw72rdv0E+5IsvtvtveMO38imUkiNStXh4sVTLTvfVGIEA/SPZ&#10;1y3YWT7XY3TWkbXVWIYrVgRI1DXjUUFD5DqltEjwRkoNWc0+f7fz8uirfKj5MfzMNu/zEd/9SdY9&#10;etm/iOm8eq8RNueSOR1o9v5/qHrfJ76jjc5CNFgp89lq+6+IgszfW591N/Jns7Zvan8wrck/feWy&#10;A6c2D2ZV7AytDSRZedaHZ/XlZVYzIYehpsSDl413FncdO1RJTETa62R43RQhQK7ldQ3fMLncXJs4&#10;5dBGfhQ0IFM5INSM5r0jkZWuP1WJjBp+Q/z9XAb9XujA/EHdmT+KmB2/uPvrN7CGW6vpNw1+KocH&#10;Xbo3L9p/Dsxk63K1VNiTSYfF133aRzyCOUUyxsGLFWDvvTsjofYvye2X2x8PZ6/FbQwKbT3RLQw4&#10;7O4aLF7sxeXr4s5iKCk3AyVsuKyuFo6Z5kJ+3kNZNFbRdQzuN1t1vu0F5sZIgXS3AijAmoAOaEU+&#10;WSPl1WRo1lDwYXB6RXwRh+bee+O+ewf8wfb+ysT3RDvXc2HxdRszK4HLYzcHXk2G2/Xbezta23Ki&#10;qx1BlqfO1+SozGNMoioIpmW8gZjtfzndl7Rwe4ujd24XbeGxO5d5p2am7c5j6CnpMjuT+70fW8GE&#10;kzVRAkb5GfGwZGaOKSXVIsb6L6VUA/56t4YprCZI1E0mvUR500UqfOlSPPq1zQsDTu8/9X+rPSf+&#10;GPZfem6+5/lJsfsTblHiuoti0fSuT6GzdPK8025cdvKLs7++dROTPKkS0ldtuh0RqsZUSkkEtf2C&#10;Xyi+LHT/AFZ8IvjZ3Ps/D5Sl7B3+3Wkm7sxWZ3JV0WWG/Orc1vTIwri55ziqCHHZXGItL9tBE4hd&#10;llaVrMEG77RY2nL+1X9vGRcSFNTFia64yxFOAoRig4ca9JjhgK8R0X34f/M/5h95/wAxL5SdJ9l9&#10;Q0+yvi31jR924TqreRwFZTVO6dy9R93bV63oK9M9PKFrIdybeytbWPDpZNUCNEVVXDCP1F8N+it3&#10;fy9tw97ZrAZWo7SHXfcG8aPca7izUMONr+vMxveHE0tJhKesgwktFWUu2YY6kVNPUSHW7I6ErpNr&#10;Dl3a7jlGXdJIWN/4Mz6tRwY2elFBpSiitQfOnSZpGEoUHtqP9Xy6Bf5D/wAwv5zbU/ma7T+NPU3S&#10;FJW/GLbPenxu6v7S7Nq9uVmVWvxPduN6uyG4KuPKrLEuHqdsQdiP4niJUS0ymUMhZSdP/hOtX11R&#10;X/JvDPUyPjaKu6ZyNHRtYwwV2Vi7PpcjUoANQlq6fD0qMb/SFbf4x7Ox/dN+jE+HVT9h7s/yz1LP&#10;tn3Xd+jE6B4Z+z4gf2/YeHRk/wCavU02P2nsCoEaLWVOO35qmN7vTY5tpaInI+qpJlGKj+rn3uaY&#10;CJI8dTInJFKpPBHBLgcX/I/2/uGJ1k8cySGimT1rSgH+X/DjqbNzkMS6agALTr5/fyj3OKzee5qd&#10;GJ0VVVyVP1d5hxc3B+n9Ofr7kCMqoYNYi/45N/8ADm/s1eUSMUMdQf2ft6BTK36jaePVfcsDBZJQ&#10;3J1MeBfi54v+rj3EAPFwVPNyb83JN/6H2vBB+AhgPIf6v9Xy6IJzk+p/zdBtkAfI1wwN2JJH15uf&#10;95954r2HFw+q39TYC39PqfaS5Iqc9y0/wn/AOrRJVRTqbjYGYKLHSxN+L/QAA/6xI9+ytJLWYPM0&#10;9OLVFTh6+ClJNv35KSoWMX55MoH+uPZRI4WWIOaxiUFqZxqXP7D+R6FO01hmieuTjo3vxYz+O2X3&#10;105uvLMkeKwvYmya/JO9tC42nz9E+Ra1m1FKVZD/AI2968nzaLS5ieUJImqIkxMGDo3F1YHkn3lF&#10;yAJY+V7SJiNaggnyNMGn+THDqBffgFtyjIb8PnjOBj5f5uvqEfBhaePrudIJYp4vvHaCaJ1eOWF/&#10;VGyMhYWKm/8AsfdfGwY2jqodY9Qq5mAI4ALBh9fx7k7biQI/Jv8AZJp/PrGq1qJQG+LUf58P8I6P&#10;HUm0L/4gj/eCf+I9mYbmIEWuV5t/X8f0Nz7EKUoQwoPn/q8ujtgK0JP/ABXl0kR+r/kI/wC88e26&#10;VRzbm1+frf62/P8AX24pLrmn5dMSEsWJxUg0+f8AxXU2I24B4PP+x4/1/wAf717ZKu1+OQb8g/1/&#10;3j6+6MT8JPr/AC6QkkkqR59TouT/ALG9/wDW5t7T1QbAixtfm/454/x/HtytFB8+kvw1Bp5kdSvb&#10;RMGb6X5+v0/Fh+f8fbT4NQMUH+DpOxI/Mdclte5Nrf7z7apODb+n+N78W/3n3VK9xrjh/q+z+fTR&#10;pWp+Q6kxgcn/ABI/2N7n/efbVUjj6G39f94/P++Hu1DVhTFajP8AIU6bIrqrXrL7T8ykE2Fv6/X+&#10;tuT+fdSDUalyf9X+Tpk1LANw697hMCb34twP+K/7H3ug4Dqvb8VfPr3ttnvc/wBDa/8AvNv9jx70&#10;+kEMB8vn/qPTLqtDQY697a515+n0H+35/r9Dx7adshSB/q8umHA9Mde9s1SLHn+rEDj6G/vRINRp&#10;4gZ+ynWgRw697Zp1u1/zxb/Hi3+39t0qKeh/l0w4r5CtcfPr3tskQg3tbki1rcC55tx9B781BUCt&#10;f9Wemcgmo697b5o+fz/iP8fp/X22aClM9aocMOHXvbZKDb/Wv9fpx/Xm/N/bctRR9Nc062q63BPp&#10;/m697g/by1LxxwRs8jKAqqLljxf6f6359pvxKx41Pr1dUOomh4nr3tc4TqbdGd0vDQz6HGoEIeQb&#10;g8ngH2+LaV0D6Owf5OlcO3zygCONm+wdcHljiBaR0QD6lmA+v0+vtzz/AEfuPC0MlZVUlRHHEpdn&#10;cGwUC97W/wAPemtXjUnz/l0pm2m8t01SwOopk06xRVVNOSIJ4pSPqI3Vrf69ifZX+xKvFr1Lvmky&#10;+DyeZoqPdO0KyGGgeaKLzQQbkp3qa6RUaOOihinYHVwWcWN7ewlvl1BJtd4jWzSrHIhIFafiqSRi&#10;gHGuK44kdGPL6Ti7VIroQzFgQx8sEUz+Ig4pn+fWe3IP9AR/typ/4j2WzC4NcX1Zh9/bbTJZyHH9&#10;lqf7vU9NBXJjJi+PrlnralIK37aP+H0ctMkcsTKz1avpJUXAfgIm1W93arI7G4qFAVtBDA/EFbgK&#10;gAg5eumqjobSi4uN3uU3Bo4mFsELmo1DQ1CAaAguVYn+hThUdd+7GYvmP1hidhptzc/xapajd0tZ&#10;T47eE/YObyOV1bhiw9HVUeRpqOsxVPJV5aohk+/k0RqtN5Ab35IwXe0JVbuJ46EAxuqEhxk6tcbF&#10;zTT8CrpqdXEdPpfbZt9gbaDlS3uLuRCzTySyHUtPD8QJjwyW1cWAYkBRQ1KAqdq7prM+uSk7EzNH&#10;hoZlmptv4vD4ClSy1LzGnrcjVUWQqaulan0RaQsT2Utru3p59JbfwG+xleu6zPS9e7i3Lj8DkcJl&#10;sfJBNmqvHSZOtyM2O+6kgrspQvnvvGCIWWLmyCwAJ2rRtGYI5XWQhKhWHiEVJFalmoamtScV00OO&#10;gfsFrFuNzLZXcohkkoI2Kkox/g7RXU1Rp8iaBh6q3K10mNpHrlpZauKnDPUxwyQRvHABqkqb1EsM&#10;RSBV1ML6tNyASLFcbf8Aj93Ns/CTVGFyVD2/jtrdrY7D5bbW3t0UtXu/D7YatWXM5XMVFTUUzNUe&#10;WrndaIqJAgj1nQbqkhluttkhtBKbltQoC+lyvAsztgsCxbTQEVXiKECWPkvcbuGW8h0NHDOUmSCj&#10;sungQgppV2Gkkk0arsApHSfk3zgYa+jx9bLVYlslj0rsdkMrRy0OKqmdBI1HDX1Bjp5K+CJ0do9Q&#10;DBwEZmDBbGOqJNz7A3LnJsPskYrZ+V2vQ+ShyG8aCqGVyVJVZeGSGa8VRSYrJ1VDMtQXiYxFL8B9&#10;fu+5Ww3O3jiutUUykEMtTpYCpogNSDpINGK1oSBjqT+Tm3Plncb6Sw2fTtMlsAyPOCJSpendQokh&#10;XNAKUqfM9Af2jhds9g4XG0eY3F59wYjcL1OLy1Bt2tafCGc0pkePGRTxVdZjIJ4o4m1OxkkKKSbA&#10;+xT2as3beAo8nt3NQU+QwVZT5ILh8xhM3SPhp6LLYmWDLPlMTLSzY+CsyP7ktIIp4pYr61Fx7Rbr&#10;uNtZ3sQuXUW09fIjU4IOldNSCVVqAEatIAJqR0Jdjt25p2yOWwu1W6gYNRZEcBCskY8QSJQgFqFl&#10;oQcmg6DPfFfjunc3Gubpaqp2/uWnrKSSU4bI0H3m4aaqxWTiixNVh8m9dFVVMOM1RwTlo57rGCbO&#10;rjV1l1tu/aeL2JkcTSV1XFLs3a1fTVMUVTMtW9VjMfUVdaJr2ZXllcuTe/Fzx7CPMHMlruM0+2Lc&#10;IsEU00UoLUIKO6gEZIYhVIBBrU0A6kDlHlq92jb9kvIFBMlrA1c1IaNGLVr5sSa0ycY6Lf2/3V1B&#10;vJe09q75z+DoqvGb93htmupcpV4+nmiTG5fJ4vHUbQVJBkd4oIwmlgSxIsSeLgdnnIjbWPkybRys&#10;9PAad4xKhELxgxKzGomM08UYUM40hmBNueMaILpLu7uFiqCrtUGhyD3V7RRSakLkgFc0p1KfM0DW&#10;UME8jVkYU8wKHgcnj5H149aHP8z/AGjsPZXdGVyOx6asof4nVVC5qjmrUkozkJAjff4+hpqOhGOE&#10;sga0RMi2tclgzMoBI7Px6gx0sjFSvq03ve1rXv8A4f1HszMCLHRxilQaH5/7I/yHoH2F5eJOJIS1&#10;Qf8AD1WVt7P5+kykdZiZqqCeOVF1wTujoZOP1oysAQDc/QD6ke6jv5u3w82t8kOgswq4emod5YWB&#10;8rtfcNLThZqTLUURamjr/EQ82Prk1wy+klRLrFygHsee3G6veyXfKl1dE2U41JqyEkGo1TGDkahX&#10;4QaDURW3ulyzb7/y1DzHBbr/AFhsQWV1ABdQKvFIR8QYcCfhajVoCDuy/wDCer5e7wjyNZ1Xu/e7&#10;5jBZ+eCJMFlshJMMZWNAggr8Z55HNNP5bhwp0SprXRq0Ovz9Mzis3sncmQw+Qjlx+ZwWRnpKmMN6&#10;oqmkmMb6XU2ZdaXBHBHs+uILrar6SBzouompg+Y9D6H/AAdY5QS2m7WKSqA9tKvA/PBBHqOB+fW4&#10;p7GL/Ss390/PoH8d1/afT0fov95b62t+Prq9if8ArEn7t1aR9bXTTNOHxf7Hr59R/wD1M/3deBq/&#10;3W01V86V+D7f8nXvf//TtQAdk1NwjDU1yeDpuPz9L+47cokmmPMgwMcc0/1fz6zRXVQEcKfL19P2&#10;DoJKfUVGpjoZdTXYkqSA1iAFAVf94B+nvHIDojBIJALBRcXLav8AAFgPz/ifdEca5mCnTWhPpSn7&#10;K+VfIdaJ4mmP5/y/y9KbHxBlQG5Y6Qv19Qu59QNxawt/tvbfLqJC6eWY20mxHrdjfSx/sj+l/d0K&#10;6u04ApnNcAYqPX5n/PUgtRqf8X/q4/y6WtOiRQvNK4jRFDFydAVU5Yu2oEej/eD7dsbhzKDLJ+gj&#10;i4+o4FhqH0v9PqT7UirlUZTrr5H/AA0/nWnVtccQ1Tv/AKv9XljoufbHfWO2pHNT4+rp1eP0tIzK&#10;NZC6dQHDAXHBF9RHvWL/AOFHXyR6zfYHX/w9pabc3+ljD9jbE75rap8XRrtH+5Euzu39mpDFmf4o&#10;chJnnzGWjbwfZiIQqzGW4CsfbVbMJXumpUrp/mDw4U4U6hr3T5gs7u2ttljVvqkmSWtBp06JF41r&#10;WpGKeXHq6n/hO71P2/v/ALZ3p82Kuv2pN0fN1f2t8eKCmTMV7bzbsaffnQ2+TUNgmxZoI9urgdvV&#10;Aap++Ev3DxoINJZleP5On82D4uda/H/4s/BzduF7Vg7iq9/Zbrqgy1NtTBVuxK/cPcXeG6cttJoM&#10;1Du9sxDjYl3tRQVkk+NhaGcSaVkiUSMj3fZjdS3N3q7CornyUZxTjj14dF3KXPUG17bt2yvG+tWZ&#10;a0BFXkZhmtfxen+fpA/znf5aXzuzvyB+Wvz0653N05N8edv9c4/teswVTvbceO7Gxm2OlOhNqUG+&#10;kqsDPslMFPkpqjYuRqqGGnys6zwNFqkimdokif8ACkj5LdV1Gw+vfiBQ0W6l7dxXY2xe+sjWvjKF&#10;NmLseTZnbuzEpost/FTkXz8uZzEbCnFF4RBG7GYNpRmuX7K6jupbp2X6XwygHnXUp/ZQcfU/Lp33&#10;E5ns9z2212lI2F2sySk0GnSElWla1rVhilOOem//AITS9Kd3dj9x7s+f2ayOzZulJeju0fi5Q0gz&#10;OSbf0nY83ZHQvYz1LYH+CnFR7WgwO3J1epbI/cfcyxIsDKXeMtnxx/mNfHXYH8mPsT45bgxnZUnZ&#10;OF6/7j6Fmmx+28LU7cl3r8mpPkhuzrmtpspNuimqjt2ixdDKMrO1Mk9NKhWKCcFWZRcWV429RSpo&#10;8BmD8SDRAitUUyanGeHn1raOa9otfb+72mZJvrFilhwq6ddx47RmpatAK6jQEUwD1Yr8rfgP8jO2&#10;P5m/Vvbm1st1zD14/dHx3+QYgy+4cxSZqLYvxg3T8eI+yqKShp9s1kP95K6p/wCLTTrM1PVeRTNP&#10;T2bShf8AhPX8jes+r+5u0+ht4Um55d5/Jes6yx/W9ViMZRVmApqvrXEdvZzcMe5q6bK0dbi1qKHO&#10;w/atDT1SyMkgfx2Us9v6XIihuoCPDirqzmjaQKeR8+P5dI/a7dLO03C92y4VzcXnhiOgBFUEpbUa&#10;imGFCAfy6G7+dH1R2HufqPZfcm1KnARbT6Lx+/q3fsGSyFZTZien3vket8RgXwVFDj6ilyHgrMZN&#10;9yJZ6cxqyFdd20J3+b1sTtX4vfzQ8Z8um2Fks5sKfdnQHbmy8xUUOQj2dlsz1NhNh4iu2XlNyUSV&#10;FPR5GbM7BJliLJUrS1kUioQyszu13cV/YtCJh41GU+tDWhoR6H0pUdNc9Wt9s/OC74bdnti8MiNQ&#10;6CYggKFuANU4caEY6LN/IQ706Z+Sv8sjMfEah7CweJ7Z2HmflH1vv3aK5bGyb3xuI7X7Q7M3ziN8&#10;Y3bFVLT11bgThuyEiiqUWSlasoZo2kV1ZFtz6T/nA4HsXqXvL5Adn/F3t3qXpbpvbvX2Ypd40RqN&#10;6wb3yG+N64/Y8mEwNdkNu7D2w2QoMluPGTRxrkZJJaN5pmCCIBmHtnilit0uQzuTjApQA/M0oD5c&#10;T0N7HniK72/ddzutkng2+BUYPl9RdwulSVRagstBqyKnFOgH+VX8uLdc0OB+MvWHfvU3YPdHeVJ2&#10;NtKDbmXqf7ox7RXA7MyO5ocvuGmx2W3vuODHVFFhq6OSX+HAR1EcUa62kJXXI/lRfLvqb4X/ACK3&#10;h2h3HS7wqtsbh6Y3HsChGy8PQZvJQ53J72683JSzVlJkMzhETG/YbUqUaRJJJBM8Q8ZVmdDm7jll&#10;jVYqV1Zr6UPDBzWn5V6inkzfLLYd0uLu/VzC9uyDQATUujDiRiinP/Fi9r59fHbefyb6WxHXeyYt&#10;q1NdS7/xe4crRbwrKijxNbg4Ns7uwlZTK0GNygmqWqM9CwjdERo1c6tQVW2N/wCbttTsz5C/y6sX&#10;u3oPEbrzeJzuY6t7W3LtvFY2pqtx57qbI4HIZZKWfC41quoqZMRmcxh8nVwxCYQpQSOSVjLApsrl&#10;Y5xHLKNORTyDf5K0OSc1GOpR51tr3cuV1uNuSRo3aOVlAyYypNKCtaEqx44U+nWvz8FO8/jB8Nvn&#10;XtjpftWLr7qyr3lF2jsbb+6qiXGbc2Xie1tvVuPoohU5qvjoaCjk3DjqHJ4yjmmaLzT1UMQs8qqa&#10;C/iburbO7/jN2D8Y9g/y6afvb5K7qpexNuSd55DbmEyb9fpn8XW0VBumq3DuPa+TqNg5jr2OuBp4&#10;0rsXTmpgglM6TvYmc7aHWV7kLCM09f8AOP29Rrs8sdxtNxtNryx9RurawZSoOiooGLFToKVxlRUA&#10;1qerLPm5t3tbYnyT2B8tOwf5ouK+NXwf2FlOpN85To3G0OSgzPYz7Uz2KyuS2NRVm293Y2Xe22+2&#10;Zsd4qm1BlahqOsqKdaWanUEGF/kCd57K2R3R2d0Pm4NwtvX5Drsxtg1GOoKSowUDdR7X7h3fuiPc&#10;NdLkIKvHNPh65fs/DTVKyyoyuYvSWvdOIk8ZlUoozX50Hy/w9GPtzfQQ391t0mvx7kLooBT9NZGa&#10;prUYOKA1PpjoXP5smw9wZbpjH9oUMuLTbfVWI3gu6EqqqaHKMd91uydu4NsVTpSSwVSpkYiKjXLE&#10;URgVD8gAV3fk+zf5d381bfHyD3h1lltwYQ919t9ibYSuWtwGD3xs/uOm3gk39390CiyNBJkcTh98&#10;TRkos4hr6QpNGAGQbhmSeIGIrWnD0I+XHov3A3fLPN0+4z2rPH9RI61qA6yaq0ahFQGI86MM9Ij+&#10;Xv2X0/8AO3+Vt0p1Z1x2Zt+DcuzOjurOot+4mgyFBmdzbD3p0tS7c23ULubbAqaPKUFDm8lsxKmA&#10;yrEJ8fWI8Mjgq52FunP5mu18n8Xe1vln3v8AHft3pbrrrre22NtYegGPm3Jlt94zdJxeOxub21V5&#10;/E9e4fIGDcNXLTVkcE00VKgjZpSzlQVXXivKlrBKpmZTmuB55oSfmPXqT9u5mtm2e+3rctqntrOK&#10;RVAoWLh8ArqCD4ia5oMZqeqnvnT8J+we0dzY74UdB91dTdidnd0bB3NUvPk8x/d7AbPr9t/d5TI4&#10;7dH935d95bGpJg6JZ6d3pBNUNrVYrJqOub/JZ+RHWPx2+ZArO0aTdFXQ9vbAbovaf918ZQ5SSn3z&#10;vztDq2pwNRmkrcpi/tMAI8DUJPPF9xNG7x2hZSzIt3JLloFa2YB1bUa+gBrT51p1F3Ie52O175rv&#10;1cxzReEukA0dpIypNSO3tNSKnhjq7D+b91b2r2f8Ld6N1LU7dpcp1zNnu090NuLK1uJWTY+0ur+x&#10;xnY8PLR4zJ/c5wS5GneGCQQxyIj/ALqsFVhr7J6W+QH8nj545ruaPqXcO+vj7kMvvM7d3JhqfIf3&#10;W3B1ZvGpqKiPbVfuumx9dQ7b3rtC1M0tPWrGZaigWVVakmSU7sNxjmRAJALoChU8ftA8weIIr0rv&#10;duv+Tt/kvhZtLtbM2llrpMbZ0lgCFdcVB8xXga9FV+Avz0+M38334T9e7Lp+19qbb+T+zNv7Tx/Y&#10;3W2fyOMpd84DtTZ+IjweU3hhtqVVbS5HcexN5eWpkpK6h80cMFeaeV0rIJYVSXyB3v3x/OO706sw&#10;XSvTG6NqdcbLocliqDPbg+8yG3NujcWRopN37z3duekoIcFjIvDg6WCKigaapnaiEcXmmkWJTOWc&#10;SlAxAYD1GfMny6TXr3/OW4WkVhZOtuoIBPAVNXdmAoOAwKnFBU46G7dvbfxW/lF9Udp9ud+9tbVq&#10;+xd247AxRbIwVXjIuw+w5tpQ5xtkbJ2RtGetbP5epkr92VbSVsyRUNFHWGaoeCCN5SZb+dNvTrrq&#10;job48/BzDJuWfdewKXqnf2IrqmhpP4A3W20tmdn9RYyOoyX8R+8/vHNkaFXMApWi8Ks5lDaUZ2W4&#10;WWGONUAA9PlUZ/w9L+c3t7Kx27ZFLGaMI4NO3QBIgzWuqo4U4efSE/lc4Tsvt3dND8w92pgqKm3Z&#10;1x2ftvd2MiqqtcxD2N2dvLp/teoWix7UAp/4BSUdDUIZXqElDtEoiYFmRSfCPu/Z3YH8pf5J9MYK&#10;nzse7vj/APHPv5d9TZCipYMLUL2lT987v2y+362GvqaivSPG0siVXmgpminXSodSH9rLadPo54an&#10;VoP+Xh1XZ7pLnljcLWPVrt7eXV6HX4rAj7AM8OlP8xdg5Xbnyf6c3tlGxjYjsf5NfGCfbiU800te&#10;km0ezejMFk/4lA9LHFTSCrZWhKSSh4yCSpBX2Vj+SR3/ALG6z7T7G6f3HTZ+TdXftV19RbHqMbQU&#10;lTh4KjYWN7Ny2aTPVcuRpqqgE1JmojTmKCoDsjhtFl1a2uQLK0VTqelPTAPHh0U8pXsVvcz2zBvF&#10;m0haUpVQxNcg+eKfPo2vzX6/zm5duba3njpMeuJ2BS7lfOR1M80dbIm4qzadNQtQQJTTRVGiXHv5&#10;NbxlQykaubbOO+anM0Oyt4Vu3FqG3DR7W3BU4FKSkWvq3zUGJrJcUtNQvBUpW1LVyxhITG4kay6W&#10;vYnRZwrFPj+z5Ux+z58eh5cSOLeVh/aFcClTXTSgH258+PVNXeeD6r3R1ZubbPd2dx+2+rdwJj8P&#10;u/N5bIS4nGUeJrcrQpM1flYqilkx1Iy+mSdZYWhQlg6WuNZzZXzw6yym2twbc/mXfGPcHbPbEmde&#10;Db27I+jeu9vbnXCw4bCUMOAyFRW1HXmaxuQgydJPK0lGC2ioVNIVEQE8d1FoMd9bkvq46RWn7R9v&#10;QCh3e3Mbx75YGScnB8NQaU9aoeP+rh0ydkfymvkjsjeGxt9/yQPmrtP49fHGo2qKncvXec+Rvb+/&#10;ut67dVRuXceUrN37apFxHdW1c5i6rB5GkpxFWMtpaNpfIXlkkZc/ymPjzvw/JrsX5F4zr3dfVXQ6&#10;4nfGJ2Hjd2pkYq/LUG7NwUVXtrbVFUZCOlqNyUG28FTK1Xkwr071dPEo1SOxiV7PC4u5LkRlYMgA&#10;/PgM8aDz69sVpL9bcXixNHaUYAHzBNQueNB5+tOrK+2Pkt1zmdi7H+MGY7q697x+TO19mbMy/dtf&#10;1zJi58PQZ/CYeHCbp3HlsbiKmvpNl1W790vUTUOEmkWrhopHLKsaxtKNX87X49jdXWGzPkRg6N5M&#10;z1jWx7R3i8MWt59jborV/hFdVSgF1i27u2VYolAAtmZWY+ke1e/WviQJdrlkNDjyP5ngf8PSnmSy&#10;1QJeIashofsNf8Bp/vR6rl/lhbyf4efzFO6viFlHWg6i+Y+Lq+9ukxNIYaLHdx7Nx7nfm2cXDeOA&#10;1G69j08tXMTqcDblOiL62PsI/wCTp1xufsvsHt/5b9j1tVuHMwwUvWu3M7k0WSqrc3UUGMqtz5AO&#10;scMUc+J25S4yijZA2qGtmQ6berfLkLSzT303c1NIr64r8hQUFfmekGxxvLPLeStV/hFfM4r+wU6N&#10;b/MsyuO7J7v+Lnwn23B4dn7Sq5flZ3Tj6V9NGuC25X5XbvUG2q1Q8r1FNuPe8uYyUsUugJLhaaRd&#10;dxoMj/Mc+QXfHR/Y3TH90tr5PePQuZpll7j2y3WmH3nt/cNJQ7rxVRV4WpzOVwFeuKy1fgIpooI/&#10;u4FvJ5dOpVdTDd7u6tpbTRGWtD/aAKGBoRUVIwaVpnp/drieKW30gtB+IaQfPIyPtp9tegc3d8I/&#10;hp8ut0dkx7j7DxWxPm9tvr58d0BubGd07p653113lchtfdVPtfduO2ttjdmIn3HgKTclfT1NU4oK&#10;t9NIYdYSWSKSqD5O7w+OPyy/ujt34YfEvfu1u05d0xPuCswmy8HgMXUYmagqqSfDHbmx83ncIt8p&#10;PS1DZCoSgWkigk13WVmQivpLLchFHte2utzqyQoApT0Ukcc1xQDojuWt7gKLS2YSVzgAUp6Cv216&#10;Ef4L9ffOr+XhB2NvX+aX/MQ6X358dsfsappNm025t+bi3FuSi3TTZfH5Gn3BPv7s7Z2zN01cq7ep&#10;K6jTC082anyNRVw+LS8CJNYT80fjR2jTfy2Omes6LH1u7N59JVvXe4N3Y3BQ1GbqjTYvaW6tuZum&#10;xMdOZKmvoduVO60AkjRr0dI0gREB0iDdtunHL1pbpV7iIqWC5wFYH54LfsFelV3C62MUZ+JKV/Z/&#10;s/s6HnYXzJ6Ppe2Ore58/uXHbH60+RlPu3auxNy70q6ba2Pir90NhN3bUOdqci8dHiavctNs808c&#10;U8sf+XVkcOtnIDFn+CX8wDc3XvXnW/xmxnx93R2BX7f3ZVYqbP7WyGTmq8ft7d298jn8vkMltuj2&#10;tmKt8hg3zVZpTzQxSxwKGaMq7FNsG/yW8Fttiba8rq5FVJrRmJNVCnhU+n+HpFBcFY1iWIlgfXGf&#10;UdHK7E6jxNfkt3dgrvbHUFLumGnzMEdYKQUktXR7Uw2BoIaHJNXwQyUlfFh4JA9nOqU6Qw0+w8+a&#10;fx67E+Pvy1yvyCxfUtH2z1NurecnYElFltrjdmz6rI57yVW8Nq71xoo6+DHyVeTqauaknni8bLLF&#10;LEWmikRGd722527eH3BLLxbNn10K6lqfiVhQjjWhI9CMg9NTxmOQsF7D/qp1WZ8HPmf1n8rPjnvv&#10;4Tbl+QFf8evlp1ZLvHqFZsduej2v2PBjdsbhq4etOxutJMvNTx7spqTb8GOgyNFCXkWSCeCdI6ao&#10;glkEXr/5O9Vdv7v2Vguuv5YHWlfhsrncLTbtzdD1xtjdpxWEqMlHSZ2sx8eI6txtCgxVKJJFqKqo&#10;SNmQq6Ja/tda7taX09vDa8pwmNmAY+Gr0BNCRSMcB5kjrYlUgAW609af5qdA1uX+Vv8ANDCHJ7m7&#10;T/nj/JFc5R0k1PsPbuD3Duzp7bubz8C/c4Gi3NT0ndmQiyUGYrNMFRT01E1T4nuk0nCe0f8Azhe4&#10;Nq7z7P2F1PiIcuu5umF3Q27p6yjpocTMexsD1puPAphqqOtnqK1ocdRt9z5IYFjkZVQvyQl50vY5&#10;7u3s1DCWDVqrw7wjCnnw9QPz6akfXpxQgZ6uq+OWxsptfG1eYrJ6Oaiy+09kYKjMMsrVJqtn1O76&#10;XJTVETwqkUMz5SMxEO7NZtQWwvH+S3b21e3f5Zvx/O1ocvAesu0OrOodxrl6SnpDJunZXQWfTLTY&#10;37asrFqcRMMhG1PM5jkcE6o0It7c3a8hvOUdsaAECKaOJqinekJ1Uyag1FDj7B02acQ2cY/y8TX9&#10;g6c+vtrV+1ezNwU+SNG8uWi7D3PRtRyPIoxu5uxVy9GkxkhhKVawzKJVAZQ44ZhyRn+J/be194/y&#10;4e9eq8VDlo9zdN9IdyjdklbSU8OLnXsGDt/cmCfC1UVZPPVhKGndajyxQGOUWUOpDE62Lcbefk/d&#10;LFQwmt7WUNgUPieMy0Nc444FDwr0imFJo2OFJHDjX5/y+zoNNz7Ay23Oz93bpyZxs2M7I7x6b3Jt&#10;9KaWWWrgpdvY/pTZ1SMnFLTQx09UuX23NJEI3lUwsjFlYlFz/wAgz5A7F6y783l05uSn3DJuv5B5&#10;Dr3G7EnxmPpKrCwVew8d2ZmMyu4auXIU9Vj1mosvH9u0UFQHZXDaLLqiS/kVNrvlYZIB/IBq5qPU&#10;Y8/2dSj7b39vbbwbOZWMtwVCU4VUOTU1BHH0P8ugK/mm9Z7l3Z0zFv7DzYtMN1jgN51G4o6ypnhr&#10;5I9y1ey6THNjII6SaGp8c+Nfy65IigZSurm29rjIv8hhsWLGmi0+ooVN/UCV1XW54/1v9tEjShJV&#10;BC6Q5ritcYNDShxn7f2zVuxYzPp40/zDr5vPfdRJWb93YQX1tkp9K6iLWlYlSRfUg1e508ZjhW6K&#10;WIDDlv03P54v/wAR73BKsksgWRgoNDw4/wCr9vRFMpEVaYp0XvI0vgoQxRWJX6jX+k3P5sDcj+vF&#10;/bH9bng8nn/C54HNvp/gfYgA0hQBSg/1eX+XoMTLqP8AS6BeuUvK5/UdR/21yLcn8Ae5kQFl/pYA&#10;8fk/n+t7f737LJ2bW4JzX/V+Vf8AB0otlFACM9KLDxL41uL+hQTYmxP1I/qeP959uSLqVbgEAldO&#10;lr2sRcFeABe3I/PssdgC4qQxFa1H86/5D5dH0DhFjccQehFxcxhko6hNOqmnRo+GDAxsCCGW1gD/&#10;AFH590q/PXa9BDk5Jkp1VmhZi2kAtcAg/Qf1HvJD2mupZ9jkilYHQ5x6Z4efnXqO/fiygaG3utFJ&#10;QozjzzTr6RX8nbsfJbu6kohUV0tVTyU1JJEZHLjQacOpQ/UjSf8AYf091C7fiEWaKLYAVPAI/wBa&#10;39P6e5k25mLUK4B6w7QKsxPFRX06u+nuYT/tQ5/1iD/xPsfwf2l4H6AL8i/A/P8AsfYnHoCdX+ry&#10;6NjQCma9JIg6z+PUbj+nJNv949wpLWP+x/33+8e/AOG/1fb/AKvt6aYkUo1B/q/1fLqZF9eAByf9&#10;Yj2y1gB+lr3BP+B96K1JxkD+X+z0hcfqagMmv7PXPU6E8/77+h9p2oBJYf65P9LC/wDvPvdaoB0h&#10;evwt8XAdSvbRICG/w/JtwLX/AKj+g90K0j8jXpojt697aJzZif6n/Dj/AG309tMWAXHnx9emSASc&#10;16mRfp+lvp/yL/XHtsqG4C/n/bfXn/eAPdhqIJNa9NE0Jp69ZPbHOCT/ALD+v+vc/wCPu0grSr09&#10;Pn1SvEHr3uFIABf+v+w5H9P9t70KkVBof8nz6bancCade9tsyj6fjj/ewbcf4+6sTVQCM1/4v8+m&#10;3BHDj1721zAHgj+trf7z9fbTKSS1ek7BjU4p172zVKXvxe17f4n/AJF7o1QB3ceqqtc18/5de9tU&#10;irZjYXtwf6fjj68j37TQ4Jp6ceqsOve2yRA1weQDwPpzzb6e9NUE18h0yyVrngcfn173lpcHX17K&#10;sMDkMbKwBueeCB7ph69bSF3U0Xr3tX0HVGbr7Wo5yG06SFYAk2/qOPdmhZlIrwNfl/k6MLbarmXK&#10;IS1f83WN5ooxd5EUfkkiwt9b/wBPZv8Aob4jZTceUpXqcdLMxdQdSnSt2AIuRawAt/S/spv9023Y&#10;4JLm9mXArTiaj/ixjieGepP5N9sd15guELQMIDWpPAU9P9Wei993fI/YHS+3a7M53M0UclLDJII3&#10;mQWCKTqPP0Fv8Pd1nXXwu2rtzAwVmapYlmWBHZSgLINIb9NvUbn82t7gnmX3mu/qHg21QsNaKPXy&#10;yfLhUcf82X/K/s/y5t1sn1Fsr3CgVJzQ/wCfrWk7c/nQbw7K7OrNidPGSuoKStenqshTkJRqAzKU&#10;jlGoy2JCkqDzf/YhD3P0DszK0FdjKSEp5oJIQwRbLqVl1BSAeCbezjlL3C3G4dDuEX6ZJFPOn5ft&#10;HSXnL232G/tJLWCEpKVYAjy4f6vz6sB+M3yw7Ngagr9zz02QgdopKqImUFhIAXiMjEqLgcG31H14&#10;90f/ACT+KW8dj9Mdk4zE7fkycG6JsTh5cjSuqtTUi5eKvir4FUO5lBgMTKV4SVifp7kKYW13Y30O&#10;3Th/qM0DaXCk5qCDWnDGOFKjHWJu9cjb3ydB+8rqx1WqTR9/FRRtQ+eaAZpSvVwew+6+v+x62mxu&#10;385Gcz9lJkJcNMDFWJHGI45lZWXxyiIzg3Rje1/pf2Rr41dGd3deYrszeWDy8PX+xKfbeSot47mq&#10;qKk3ZsrIY6kpaaGlx9dK8GXMu4chnKsRKlNTqyMo0kEW9hzbtrm2mZjNMtsWGEqJAwUBqmprqU1Z&#10;qRigApQYKGW63jdrS63CzjYbdFCyzzOlIxrangjSrKQx0BAauHbVUcel3mcvt2DJYPC5Gro3zmRr&#10;lqMDiBW00OXqJaOOeaqr6Kmepp6h6WgoUmeodbqYQ6EMXEbDv8n+1cvht1birMbgNhUePqNrQbcw&#10;pydFFnI8xka+jpsNPujBPKCaLK+Ohr1WMoI3hZHJckD2J765vLZLhZHiFWbSZAdTFzgU4AqFbspQ&#10;qFNeI6Ld3vop93uPDsIxH4SRsEo60RAjSLUdpalQxppyePWfCY6ajxkNPU5CvrZBWVdf5aphDUxp&#10;V109fT4+bwEa4qCKoWGxY6hHzwbe0/1VRYTP7n6wxVd/CMRvbeNCtPspsNhPtclWy4iNvuclnKxM&#10;3jqzFja8arUMIo0SWCX9smQke9Je7faoklxPH47REr2ip0Llm0sCKHyAFa0Uk8C/Zdrud4vbO3hR&#10;lUyqoK4CsxIVnbWNJAXUGUZVa+XThkKtKCiq62ZDJBS009RMijVI0cMZdo4o9JEjyBSACRcm3syP&#10;w26H7r21u/sCPP8Ac/X8PZdZmzubJ7dw2exdZhs3hsqjUMs2VxkUMFXO9D9wzxTSeSGN3j1FmQ+y&#10;pYW25JLveZlmSRyzLClNIoCrMoCup7dIJ9AorTqU+Vdhvrve7qDlveILO8giTUssySrNqJ1kgFkx&#10;q1fwgmoUGg6B7tbfe0sJt7F1m5dpbpz+FyNTIiT4vb+QFZiamBRLTSOJ1oK/Hy1ckZRNJSR1BADA&#10;2NgEW6F6bnzm2sxV7Hr9qZmt/gVFlMtLJDUZauggkyDVVO8QjSmDRwSsjqWQwAeoX0+zQ28W9x7Z&#10;eSSzwXoAcJUAhSKaWrjh8Va0Pn6jGLcpORbjcdruDYzbJNKIxI5IaRqag4K0AU5pSq6cagT0DmV2&#10;tSd4U2y98QN2BtHeGBpUzoxWKqaaOnxyV0DUs2Gy0FYjRVs1Of1QHTIKiMnSdNwUzqXPz9ddpbom&#10;bpLc+J2ZmM/kcHtjdGGr5czK+D3HXz0c89btybG4uoosI3iFWzvUzyBWtCrBCqle9fUwJJL9AJYx&#10;JWqlS1VGrUQQpQDw6UJkPdRRQHoG8n3ljs++3EqbRcR2sruqkKxIjkJjTs7dSnVqqTgDHA0HDe+B&#10;r937Po8S2fwwzFCuKyVWkpp4o5s3hZqOvaUVEbzmgaCriH6Y2VQ9m4IttedVUtDH0z1DUY2mkpcf&#10;N1zst6WCemkpqqKKXAY51iqqd1R4ZhY3Vvox/wBb3hhc3gu+budA7Fpv3ldE8KEeK+V+VCK6c0FC&#10;MHrNZJng2Xl6K1JjthYW+kVIIBjSgKioB9R5EH06+ah/NGzO9qX5pfIumzOcgkrKfujsNaiuw2Xq&#10;q6lkc7xr0jgSSCRoI14OjUEItY2It7mYSRpcbkFKpTR0WayFHTUwRUjSmpKl443SyA/uLc6R6fV9&#10;Le9W11MvM9xZfS/omBHLitSzoGNc04+ZFaAZrjo35ps45OXLe5c0nUVHChoafzGc/wCx1w+dfWu2&#10;4/j3072XNu6r3FvXO7I2hmcrkcnWpWVNdW1GNpHq6eRZIy0iUiuEGpnYlSGuDw5waKFJqh0gMNRI&#10;DO6IjvI7LTxxl7aZJJWjiWMG/FhyAPduZWu7k2aWDuksRqa1AA7qn0oCST5n0OOivkiKBIZvqCjT&#10;SGi/PFaD9vnTPDh0Afwlg21nEzGA37VR5+uqcLNhtiUlRlEZYKKKasz1VgsUapZP4fTDJ5iWqkiS&#10;NY3lknYeos3vlndu4/cFDlMZmqaGtx7JFT1lHUEOBTVMb3DNq1LxcBgDz9P6+7bZvJtZtqm29qXz&#10;amDD+NSBw/YSDmgz6dL2t/p479bxgbJtQCUqp9R/tuAocDp06/3l2V8dNz5PsTaW68vsv7DJVmR2&#10;dW4+NjStW42sgmEQaem8NdHP4THYExoGvxcX0V/50P8ALW3l0L3Dme8usdo5rKdF76mXIV2Tx8Uu&#10;SptlbmqpnWsxmWkjV5sfRZCZ1kpnmCxl5DErEgD3kAt+/M1om6MwbeESlxGKBjpoBMq1yjCmoqKK&#10;wyFBXrErmTZIuTtyultYGHLE8muGQklY3ky8DkiqkNUxlsMpABJXP0Bf5SX80Pq/+YL0fhKGt3rt&#10;2L5KbIxFPSdpdfsRhc7XimSOKPfOBwlY4lyeAyAZFq5qMyxUdYSsqwLNTq9E/wDCK77fw/bS69Wq&#10;+hv0fS/0/rx7Kta6uJ/Z0R/W2/ieJ4y0p69W7e//1LUXUhT6iQLBRq5IJHIUm9lv+Obf7xG4l1MK&#10;IATUnHA/M086eeK09c5oUfVpr204f5f9X/FhfTQAk3LWFjGCxIILC5C2I4v/AK1geffCotYMtyAB&#10;xblLXBW/Fr34/wB9Zq1qWdTpDEkfJvQ/Onn9tPStV7S2BqP+qv8AsefSopYmRLEPpFmC/wCoAsxA&#10;OmwD3/I4P+xs44/HxzlHkQED1NwFYqQQTb82+n+Pt228VppArHTwA4gGoNPl+VKdXMiW8Dyu1FA4&#10;fz/ydAZ352zBsrbVRDBOkU/hu5QrdvT9QpA9I1fU8E/7H2r4RGi+NFKqo0jgXPH0Jv8A7bn2YPF4&#10;ZSSqlya4r/gp/wAVw6AO47u0jM7NRBwHVK2+uzMnuOvqq2urpxTtK3jjMjXbUTySWHDD/b+84F0J&#10;AsFtf6fkk82P1HtlmPiqrmrHh0Hbm8kuFYA9g9eii752jXb1r5q05yoioIyrU1DJHrhpzoCuUGoD&#10;1kXPHvFe5H45+n0ubf8AFfagoVBJFaj9nRdWrcek3gNoZLCVdOTuKoqKSmYqaEoVicWPpUFiALm/&#10;uRC7I40c/RQoJ/J/pwPoOOfaS5jSSNvEwOJJ6W7ZcSwXMZjJ4ivUio66rNwZwVMuem0zVAWCHwmX&#10;7aN2Fo0BYDSDzx/T2GfcW4ptuQRVcMghqVVDoc6NYJOpC5PAK8g8/Xn2GuVNvW+3GW2EZe3ZmyMi&#10;gFdQFMkHyxwx1MNxcNDYxSsaNork0FCK4+flQ44+vWw18W/5d+/flL0xtnZGQ7yzWMwlIZKmeKbE&#10;yZKCeOZYTRUc0IqY2MNB4/Tc2F7gey70/eVcw0SUzta6lf22UMOPTYf635/HuTH5Is1/UW4K5rXN&#10;afPP+Q8fLyDf9ZNRf9FqgVJ+Yrn+X2eXVlvxv/kr5v4+bgrKyr7tTeG1a/H1CSbVTCy46lauqAgT&#10;I/vTTIssaJbgXPtyi7vUi0lHJxpAuFIP0LEkMo9Q490/qdhdN4oJqTxFPTBBOONcD1HTqcwqqUeN&#10;h60A/nx/ydFi7X/kCb6r+ycxvXqbuDD7Yx2UyNVlIaTI0+QTI42esdpamOlq8eymSEyO2kEAgcH2&#10;5r3ZQkgvSyJcEadI/PAJ9Q5HP09pv6mSMlBdKwqMmvH5Y8zTy/LrX9Yrcg6gwQHzHnTy4/6s8B0I&#10;bfyXe4B05N1mvf1a+TyeclyuazTQVMkdTRS0wgmwwSSqE8tNI5DHU319817pwX1kRxYm5ZCTYnni&#10;5HHPvTcl3zkqsyZHAGmR86Zrj7Pz60eY7B6qxpTy/wBWD/qp0GexP5FPffWeQWu2d8gKnEpNU0km&#10;QgxeNemTIQ00ok8M6rW+tSuoC4/NvfGTufazAa6gIVP0CaQP9VqF+CSOfb0HJG8CpSEMh8y1TxxS&#10;o4CuK/t60vMu3ZCuePof9jH+DoxHym/lHdi/IbaWAxlLk/4XubbLs+NyktO1RSVAlp4oqqGsjSTX&#10;aoaMPdeQfx76Xt7aktwlXCpJ/HGoFVFiAQb+n/W92/qZuw0l4WYD5+dfsp5/5c9NtzLtcioVuAXH&#10;n9ny4Hj/AKqdFOwf8iP5BfwGowXYPaGVyOLpaOaLAYbFjInDUFW4/ZqJaarn0ukUnPjVRf8AqPeR&#10;u0Npvb/LYQdKgfQXsSLkEm3q/r7ovKe7DUDASoJrkY+QOPL0r1f9/bZU6rgUC5/4sHz4+fQ4/Gz+&#10;Uz3v8e8vkZW33ltxbVydBW09VtWLHTUWOmq6pFj+/KGWVPOsQt9L8/X3yh7H2oCrCthYg/TUgHIA&#10;+vNwbe7ScsbuNS/TsoNcipOK/ZSnr16Pe9tRh+uoNTTPl5efr+3otO6v5H/f1HvjKbn6331PtjH1&#10;9dU1kKyUuRp8pQxV8rSVFNHUY+RBLGpcgXtccG/tSUXbO2oLBaiG10Ugve6aiWsxI5t/tv8AYey9&#10;+VN5VtQjJejEEAcaUGP+KJyRx6WjfttLUMwJ+X7Py/Pj+fS03j/J7743P1VhuuqvtTcLfZ11fW5q&#10;srcfWVH8XSvMci0symYymCnmQlNbNf2IWG7K25lCIoamK5YkEW+tiLm17kH6/wCt+PZXcbZvO3lX&#10;u4WzQUP2jAr/AC/lXqjSbdfVWOVdZNOPGvRSz/Jr7b6gq6vJx7xnyeOWnqmnxsWNmpI6qUoVhlb9&#10;9x6ASf629r6GWGpjUMRJTzMWVuf7ViPwOGP1uPp+Pr7ZmhjuozLCo+oVaHh5Y+eRmlDk8Tw6L9d5&#10;tNyiSf2ROD9nVXfZnxx3p1R2GamjymQ2jkmrTPBUw/cReKZnJaSnqIGilj1Ne444/HsC+1Bi9uxt&#10;XSeKNSDJcMQWAVCQQR+q5vx7X8sw3d9cizQtWtOAoMnz9PLNT+Y6X7pc20Nt9QzUBHH/ACeWOrfv&#10;5f3wAqO+d64fsLtPeOW7BloZ6OspsZUGd466ppnDUseQq6yWaeanikW5iUqD/sfZSq3tzbCymL72&#10;nVlJWxYKbi/1Y88A+5ot+StyKGRomNTX1/lwyR+Xn1Hj87bIjmL6gFhWua4/b8vy6uE+UH8lLur5&#10;SbspNxN2rlds7QoMdQ02D2Y+GmyGNxM0FMsE9TSKtXEkb1IsD6OLW98Iew9v5CwjrIWLH6B1/rc/&#10;n8f7f3c8rbhbMxMBoB/k+Qpn7QOn05k2u5dfCuFrThjz9B5/ZXpT7H/lO9y9b/GztD4+bk7WzG58&#10;RvbHQ4zb9fWYmdKXZtGpRpIKOiad9dPLINWkMoB9yJK2grATDJGb/wBCPVf6f63Bv7aW3njp4sZq&#10;OFRw4/t9M9PPcWsvczAuPQ1p/k6Qvw5/lndj/DnsWPc1P3hmM1tSeKqGb2RFiJcdjMxVvB9tT1dV&#10;/lciPLRk+klb249ts8VgxFmWxtyG5sbf65v7eR6tH5N5nhiv+D/VX1RTKNUYIyDk1pj/AGerBvkH&#10;01R/InprenT2RzFRtyLeGPWiOWp6ZaqWjkjmjqEk8DsqyKXjAIJBt7gknkXa9rc2tc8XI/F+fr+P&#10;augBTTppWppUHHlX9n59JKnAYY8uIx6V+Xp69VL7Y/lYfLvr7blV15178xpcB1xVGqSTC01FlqYG&#10;myF1rFjp4pXiieojf1BGAJPuLK1vpyBf8cfX8gD6f717VQ6GBrgmnnnh5fn9tc56TuKcQQ/Gla/6&#10;vL/D1Yv8Gvghsr4ZbfzcOLzVVu7e+7ngl3RuuuhWnM6U5Z4qKhpgZPBTJLIXN2ZmJuTf3QX/ADNO&#10;6PlD21ht8fGLrL4l96S7Qp934tc72nhNl753Lhd+YHBmnzFHRYGHD7M+xTH1OdWnmknFdUC9F4wp&#10;1sVJN1uLuZJLKGykI1CrUJqB5Ci+vnXy/YEN6uL2fxbKGzlMYIq1CajiKUUYrwz5dWo7TxXwi6x3&#10;51B8iPkR8jvjzsffGwYN0S9cUPZPZ/Xmw6zbWe3XhK3a+alMu691UUtRWJt3I1USwrErL9zruCi3&#10;H7+V5uXeWD6mouidz/GbtbpIddYP+LVe8uwcJuHD4/sHcm4c5kKrNVGPTO7WwDRVaPKrLAJaloKY&#10;JHqKxqzGmxmVbX6WSyli0CupgQGJOeIH+x1faJHWFbdrV49A4kHuYk14jFPlw8+kvletdh1PbXcH&#10;yd218guue/a35CblxFVhqzr7IbfyWO2b1rtPbeNwWydrUNfgdy7ko8lQUdLRySTVsZhjrq2aWfxo&#10;0rKLQpGBPJFvpa/4/wBifZ9GNGKEsRx/zf6vLpax0uamj09PWnn+f+TqqP5tfyxtz/Jzunb/AH71&#10;x3PP1pvzbmJxdBjhJjJJoaWoxUkklJXUtfSTx1UE95Dfgj3Bm5+n0BI4+lxYn/H2qjYBQGY1p5j1&#10;qP8AB0mlkCqzE1b+Zr/xR/Lj0Cyfyfu9e5t2bXrvlt8r8v2ltTa1WlVSYOgpqxppkur1FPHPXsIq&#10;P7sR6HcKz6ePbVO34H455H5/qD7XQH4yc5pUcKA8COkTnjUVU/PAxWnrj/UOrQPlf8HNi/KD43UX&#10;x7irX2XQ7ZTDS7HyVND9ymCqsHS/aY8S0zMn3FM8B0SAWY3uOfbbK17gfT+h55+n4+n/ABPtRSlG&#10;xq/Phn1/n/sjpG5JoCfOo/af2jqr3oL+SZ391dujbklX8ua/EbI2/uSg3ENv7OizdNFXT46riqhH&#10;LQVFdFjR9yIwHurAgng+4EtrG5/x/wBt+Bf+t/bqkg8atw4f4fy/1eqdmbBoCaYx+2v2Dh+fRmPm&#10;/wDyY9n/ACc39N3F1jv5+rey8kKeXcTy0L1WFzuTpkjRcywopYqrHZKQxXdo+GPP19wH5N7cXIuf&#10;r6gb3P8Ar+7aqAjzwf2en+r7ekxZwSCQDQfy9B5/6vLPQNdN/wAkHufE7/2fvLt/5fbjz9JsjN4v&#10;OYnH4KXO1c7TYmqiqqaISZyulhpkJjAJVDYE+40lwOLf0v8A7c/jke9BVkkINT8v5ef+DpuUIWIo&#10;RUfn6Y6Hv5q/yed6/Mzt2v7F3B8nszituxxU0O19l5DAPlqHbEKUsENYtAxrYY0++mh8jkILk+2u&#10;clb8355P+wuPp/X2rhRa04LTHz/b0glLDgaMPzJ8v9XHpdv/ACm985/4X5r4i7w+TGY3VTT7y29u&#10;LbO6MrgpKhdrYXb0emHblBj5K1tNIxYkesBP6e2t25HP9ocfgj+lwPx7VuTwYYB/nXpCSTNWhJDf&#10;nxHSq+KX8qHevxy6d746VrPkjlt5bJ7g2Dltp4nBzYJ6PEbOy2XWRKvcNJQmtmjlqJ42Cuq6SwHP&#10;s5Px9lIyVGf9qjtc/nUpv9D+B7hf3IjR7GUitAM/Zw+XCo/ydT/7eOrKpUY/L5f4MD5fy6q9o/5V&#10;e5/g9ks/ubGd/wBdurb2SxNdSZvaUOCfFUGYqFppo8fVVdqydZJKBpGKem4uf8fdqmFlLUVO4Y38&#10;Uf6VFluFXm1mBPFvpz7xmv41Dsukac8T9pxxFP24/b1I+6qouG/LrXf7phaPsDdAN9S5ee9he3rs&#10;172cEt/WxufbhVsXiZTpuC6WsfotxddSj8r/AF9s2SrHKrKTSgNa+Zpg0J8j6dFFywSKny6BDOP/&#10;AJC6NpudQA+nC/leByPbEVCgsy8Gx4/s88/jkn2I431aUV+FR9vp0EXDFzg16BOojvLIShYsQbj6&#10;gk8jgckn3JiB06hyOCB/XSEtb/X9oZ2HiFThuB/MnpXbii9P+NTTFcD6aeD9TpC2t+Lk+5KyHgAs&#10;rW1afzY2uV+nNvaTwhksAVrSv+f5dLopCzBK/wCr8+nymqG8ixqzKbhtP0IvYMVva5t7qQ+fC6qj&#10;6fSFlsbchUSxtyCW95Ce1Eaiyu6GpMh4epJx644U6CPvVVtntNbVYoPQcFHHzNP8Jr19CP8AkI1k&#10;9R0PtySYtqbFUHLEsSv24W5NzwQPdLOJBG4GUD/d9/r/AI3/AMb8e5usAPFPzP8AsV6wyYaZyOtj&#10;+X/gOL/04/5JP+Itx7HAt+0oN/0gc/Tnj6j+lvYhViKU+f2cD9nRkxWp6TWn1uR9Cx/PI5/p/Tn3&#10;ClcWP9Bf8j+v9Tx/vPt1WPxVHD0p007gAMDx/PyP+qnUyNNI/wATb+t/99f2zVLj83H+J4F7j/eR&#10;7oSe6mT/AKq9I3YMzEcP5/6j1LiUjnjm3+2v+Lf1HtPzvdmA5ufzcf48Dn3YGgBPp/q/4vpKy6zr&#10;rQj/AFfMdSPcCY/7Dn6f1/JsLfT3XSO6uRT18/t6YkFBx7QB/sde9sk5Fz+efdNNaimRn1/n0y4A&#10;JAFK0PUqH6X/AN99f6+2aptcn/X/AN5/4n3VWbtBrSv/ABVf8PTVaACvWb2zyP6lA/Jt9Li3P1+v&#10;1t/re/FgQSy58iK9NUFCfPr3uPJwRfjj6AEW/wBb/W9++JAF4g/8V1QiuB+3r3ttnHBAIPP5HN+f&#10;8P6+/Pw4HH+r7f5dVlNMU697apjYMfrzb/X5/wAf6D6e2iFINOI6TUAqa9e9s055t/hf/b/717qw&#10;Wgoa9UGBWvHr3tvkUE6VHqJ4Aub/AO8cfX20DUEsRTrQBJr172v9k9dZDcVVF+wzI7A2KsfTfgcD&#10;629uojPXViOvH/V5dL9v22a6dUAqWIp1GqqunooXnqJFjjRSzMxsAB+Sfx7sB6r+MstfNQxPi5nN&#10;RFK4nFM7wRrEYdSzVADJA8rSAorG76Tb9JsT7rzHtuywmSSVKqMgnJ+wYr/g49Tlyh7WXm4y2xuL&#10;c6HBPA0AFK1IFASDUetD6dFN7d+U2ztgY3JTjL41Z6CSngaCSsgSrmkqROVelo2Yz1MUP258rICI&#10;yyaiNa3PTs/4uYimqqGGrpoTI3Pj0jnSpI5NgT/QfWwPuKd790vDgla1QhSaA+RoRXHGnAk/MdZA&#10;7J7P7VZvD48KngeH+U5PVZfZP8wzMVGJztfhKiSOlx6L5J1vaITsyRMdPAuVPJNhcfm3uxHrHqLb&#10;ezKOBaXH05qwmvyqoLILamJGpNJ54PI9wHv3OG57uZby5uCsBNNJ4fKmDXI+3y9epgsdlstpiist&#10;sgRZCKEgcB9p8z68etXP52/N/tTvzdtT17iNx5IY2oqTTVhpJ5ITJEF0tD+2yuqSISODyP8AYXUO&#10;99xUGLpnpGmTyMhVl/CAAgA/T1c3A+l/YV29Zt0nEgQlFbHzJ9OJp5Hzpw6ERgjs4PD1DWfLFfL5&#10;/Z9g6WvxG+Nufx/2+aGPqIVq1WVRMQ8wQA+qWS0avIX9V7D6c+yxZWrwlVNJLUmOU3JBKjSV1X9V&#10;7H6f049yVYG7tYoxCrIx8s1rTyArwPrnoilit2c+LTGfXy/yefVvW3tt78ooI6OgeWGIKE1KCTc3&#10;51WQH0n+p4/Psu/yMxdPvnpfsTZ225abH5zNbZyVLha5mECUWVEBekqDKoIjCSLYnjgnkfX2M+V5&#10;d0tt7gnadkrqUtWpAdSoNKEnSSGwCcAAHA6A3uLtUW88m8wbbaBPqZIToJoBqUhhU1wDSlfLo23x&#10;VoNxbE7r2JvLcldXzY+lyM1LXwqk1QTS5WjqsaT4I2vL4JqpJbC51R8Bm4OnrhuxN69e7ZyfVWfr&#10;8/uHrKh3fn8NksJJNnpdnVmjKY/O0Vdl58dLBTaos/aqsrCSRY0SJ0Y8jeTVtzabqIzQrM6Fm1lE&#10;GoOGZgABRpK0BqRQKD8JwTlvtxvLY29petHa+ErNAHAjZqkFQgI1E6FOriPiOMjYJkxuOlrYclLQ&#10;UUmRpkaOmyD0sD1tPG6yoyQVTRmeJGSZwQrAEOw/J92ydk/CXYHROP6Z+QklZ13mMXNXYfCbE23v&#10;TM1qbVSHI4GXf+EXfWQr9dRQUEwxy04eZnkIqEAPrHt613LYtz3K9sIbZ4rqzjkjErdkY0O0QKuw&#10;erBlNGOuhBAFQQJB3jka+5T2/Y+Y5b61n2u+u4WWCSuk6omnTx/hKoy9rLXuBDdFj2X8kNudu7/7&#10;R6QxuD7E2tuTY+Az6Zrc64+gpadJ6PcFXs2qn2ZXmXJrk8hQ5GJ5YZftpIkki0srMNBGruB+4d69&#10;yYre2f6M2htvZXW2Hnw+S3JtJqaGjio2qcM1NgqTIGmFFX4SudXSVyytP4YtVjoHs62e3sbO0tbN&#10;Lh7xpdbB7iXXO5LCtFZRRcamWgCsq1VcHpVzTJzTuW+Dddy5Vittv20IjmBV8BkBNFZ66WAroUhT&#10;VTk8OvdIY7rXr3Z9JsXAdwbi3Xnt/wA+U3LQN2LuR8jvuqy2SoWq8lUw4atWkzOMaJKV6h6YxosL&#10;xyPpBDn2j+lsT1nX/JrN5Tde7+qztxaXI1mExlJi6FczgNtbbocfRVmArMu2UWr/AIxPW1kVWVRJ&#10;IqeOjPA8vNt9fdLOwuJLPwpr0jTEEQalAIDAvqGo6jkAEUIUAatfSHk+Hle551M17d2ybUiySkEd&#10;uhBRYwQV0SUYfx/2beo6VXcOT7HxnUNZFsjD5nL7+q1xmJo5aNqe8OSrHVqjK1ANPOHw4mjMTgxx&#10;sI5hYKRcY+zsv1XujctN1nuLEttPbNbm8ZkNmz7vTFUe1s2KigegptrRZvNSSxvnchjali1NTyRv&#10;OYx/ZDD2eSTQwW0Me5MjS+HpZiqiN2PxBAa1P9DLY9Kjov3MbVu+4naIbSW229Z0kh1kadAWgVmJ&#10;JBYMKlWoWC6s56U+2qTceGwtFmc1kItybgixD0W5ZMTTzsajKCoaSoloaClhiEtPT1wfwo8Jmiid&#10;gpNyCd7A4PMdZ7bzeDoEXFsmHFNhaa6POKGnpp6Q0kdDTIY2x1BTbipo4zcMg9XGpiApXbd6k225&#10;hKywjUKgdurUukgilKNAxwAooV4UJmyytNz5X2zd7FWWKTwOypq5opBWi1GlVuFUGtcA0pU9FR3D&#10;mtq9p7o2hW1Ea5Gios7FJmGihekoqKraogrqF2r6p4JYa6sm2hVtJCE0ShRGxJVA2wBFQricFt/E&#10;Kxk/heHxOOd4zcMKOjigva5CAlAQP6m/JN/eFW0XP1tzuW5yaVWaeSQVFKa2Lf5afYKcBTqft3gk&#10;he3so0ZkVFUADiEFK0+VD9lD181v5Y5PJbw7v37W0lBk55N0b33Bnfs6RJKuWdanNZWeR00Rp51p&#10;GMnrChQQ5sDf33X0kEFDDJBGYVqJXml5cRySyKmqTQrNHqZQDxYn6+1WySl9zv8AxtLTKAtQBqCr&#10;WgJIDYPr546T81vcNYW1uZT4IAx+VOg8+QO4N1ZLZmztvZLM5CbC4fHQR0GOqql3gplcAGNIldio&#10;R0YKp/QPpYH3EpftaiGWkhqaSaop6mAVNOGSeSlqDHSV0CVlMkyTRmWjnSVQ1iUdG/SwJU7nKWaR&#10;pEKxtGwBPArV0bSaFaq66TxoVZeII6b5cgeJ7eeFQ4RqGlTQhdVOFQdJDZpgj1BMzp/ae9Ova/YW&#10;+Ztr7sjwuSir8ltvMU1Lktv024qCNcriJ8jt7M5DGaK7G/dUFXA80Mbr5YJYSUkVtM7Jl2SqcMvk&#10;keNZ9OknQP8ANgmxPBN7fgH2n2GGGGSyjZTRVJU5FTmv+aufkenOY7u4uLWU22oQVBIP86dJ3uXd&#10;ee3Di8j/AAqWrpcH5xImJnmEopnKxiZoFKaYnqJIwzmPSWsNVzb2gd0023ctjRtHeeOxebw2+mn2&#10;xUbezdGMhjc6lXjchW1uNr6SSGanlhfDY+pkZZbIyxEEg29ihJGiEu4bYzpNaEPrQqCo1rHVS3Ea&#10;3UECtQTQHgQjDaTXX+67c0Vra5RgUcaw/wCmxCsoqSGCniOH5AvHxXwnyMxO98p2j1RuvK7C3B0b&#10;szId4ZPemFzgoM/srHYaoxe39vZaWloclSZyeDcG79yYfE+KCOpJTJK80LUwl96/P/DPfQX+zt/3&#10;a+2f/RH/AAj/AEi/3W802r7Tz/c/3L++1+b+H/xL0eTX5vsONXk59zX/AFi27+o/9bv3Uv75+p+n&#10;007PFrTxdPpTu0U0+Jiunu6hL/Wgi/rz9H9RJ/Vrwfq9Go10V0+Bqpq06s1r4ng4r4vd1vH/APD0&#10;Pbn/AAzD/s4/90MH/szfm/0Q/efbwf3J/vt5Ps/9Mn8F8dv4T/AP9y/8J8Pj/in+SeP7fj3/AP/V&#10;tRLals1yNekFtIKqSpUH0/gE/nke4xIKSBlA1Fa4rkgGp4+Zofkf2DM4aiRUVrn7f2Hy6QFMqrC7&#10;AWswQryBoZwAv0a9r/4/T8394SrvJGictqJK/TUoPIFxa5txfnn26GVEkdzRSKV40JHHGfStDTHz&#10;zsqVUUbNKD5fbTz6eRJFBQ1EzD/gNE0rjUov4yxJuzaSLrcD6/4fj2uaWnWCFEIIkdNR4FwCORcX&#10;/wBV+P8AiPamwU+GZuKg088+mD/q8/M9BjmPcxEFt1bOOqWvlx2qcruOfCpKwSKRjKiyEq6qSLcD&#10;m9/rzcfX3KVWBIUWAAv9eQPpe5Fv9t7XmjDW+eo5ubnxCanA6r5zGYeeUxj0i4I/N/oBfn+n598x&#10;e1voRaw/29r3P+HtuRaOGBweqQSqQfSnUOhrVcGMkErwygki34vf/D33xc3H5v8A7ewsDcWufd1H&#10;anTUuoZVuoFaSkr6WCKASPoLfkn/AFuP9h7csXCslagIOlEeVjciwTTyDe406r/7D2Q8yXD2u2TS&#10;oe9iFGK5NeI+fDoQcpwR3m7xRTHtALUpWtOhj+PWFot09i4vGZBi1NCXqpUBu0iQyQa41PNiEck/&#10;6x967P8AOr+dO9PjvlqPYmzVipc7XIlXTV8sKTj7DwiIqIJg8IeKdbOx1XBFhybDf2nSw2zku35q&#10;ltkn3a4nkjAepVdLE1WhB7gRxwvAA4PQR97+cd4tt827k7ZJDbB4BM8oydJ1JpUcPiBPn5U8+vpY&#10;fyf/AIldY4jovFdnGlXJR5mCloaHCTgrT46toqWlmrqqWSKRXqGkM6KiE6R6iwa6ka+m3f5v/wAp&#10;8JGsL5PA5GMKEJrsLQySgqR6TJHDEzWI+pNyPqfcjScx21yzNdbFA/cSKEjj60408sV6iKDdeeLF&#10;BFb82ylAKAPHG/bjzK1PAcanq2/K9A9QZqY1FfsmhaUuXvS1uXxyBjcnTDj8hSwqpJ+gW3+HsUMZ&#10;/Om7+iVRkMNtGp/qwxckTG3+KVAX/ePfk37YQ1ZuWlI/5qN/kPT55r9x0Gn9+wSjj3QR8fypTpgm&#10;+L3SspJTas9P/wAsc9njb/W8+Rm/r7EHG/zr+wW0Jk9lbem+gZohNDcfnSTIxU/7f2pG/cnFtR5e&#10;lQf0ZGp/q/Pq5579xkqWNjIvH+zpwFPI9NL/ABN6hJ1RUmfpjz/ms3Kw5/2meGYWHsVtu/zjKTKO&#10;ozGwhEWsGakyAA5AFtLxgAfX/H347zyeQqx29wjfMhqGtcGgr6ZPDqp9zOZ4Fpf7HbyLTijMKH1A&#10;z/xWPLrC/wAVNgooWhyOdpgDe0s1LVA/+q8JFzz7G3C/zLNhbgsJ8Bk6IvY2WaGRV1fi4cfg+6xb&#10;9sakLFcS9vqB6U4A9Nt7pwSH9faXT5hgc+fkOucfxpwlPYwZ2pawAHmoYb8X+rLLz/tvaprvnFsm&#10;KkaspaeveXSWSMNGC3B4NpP6D6c+1H7/ANtUa/HYwinl/q8/Ppqb3GsgrSJbPqPkTwHp/s9O1P0F&#10;i1Xx1NfHNFaxtSDX9CLgs59QH+v7DeT+Y7te5iOCyiyo2hlWWK9l4uCZLWPuzc0bEp1IZM/Lz/4r&#10;otb3JlIH+ItQcM16kx/H/bCE3rJ3Um4V6WE25vz6+fx7We3PnttLMQtejycMupVWNnj1AmwF7Pax&#10;/r7V2/MG03Xert+zic48v83V4fcpVLF7Nw59D9tPLH+DqJV/HvATMphq1VRfUr0icgkfTTIf6exs&#10;2Z8p8LnMhT0MqV8S1TBIpGIZo5NJceT1cApfn2qtriy3B2gilUTaSRVRRs0K0HA5Hl59G9j7hwzy&#10;JHLE4jJHmMceIpw9f+L6S+5fjdj5KRqjEzUpqY1JeCWExpKgHARhfSy2/PBHsVst8j5tt1qLifuD&#10;JFp1AsVDG4K3sb2I4PtptstJo2W8CyrUkinyqaVxUeXpw6Or33KO2zRR2ClnFCx8qf5eg3pfh9tr&#10;dGOnj3RFTEVMbIvijDugYFTZiAObk/T3YL8VPlDSdpqcFkYJKfKQ2RdUgaORgg0/X+oFv9f3FvOv&#10;KVrsNod+2mQybY3xrSjpU5+0VNfsr1MfIfPltz1bXG23MPh7hHQg1Br8x8j+VOtcn+b7/KZgwe3j&#10;vzZ2Qpno1kkliZ6VkkhlUkrFOI73ADW1D6Ag249++YuWyq7derxzTPEKeaN2CMhDJdbNpaxIH0Pt&#10;f7VxWn7ynqArEBloa8aHzGPmP5dJ/dabcbHl8x2bUCgg09elf/I+6/wu33/ulutKY5/EZFFmWcKP&#10;LHwYJog41PG4tY8/8T71kO7u4ewNtZOepxuWydE5eYMgkdoDokYXKSXW9x/Tn3kBf7vd2AQx00HI&#10;BFf9X8v8nWAd7uN+142u4kRq/wATf4K/6h1t2U2Mx0FPFDFRUoiVFCr4IiANIt/Z/p7L1i/nT2ht&#10;ytjSul+/iRwfMrtBNYHnhQ0TGw/p7IE57Cs8V/Zg+RK8PzU/5+jqxvd8jUTWu5tqHkSf8IP+EdYK&#10;rb+ErY2iq8VQTowIIkpYm+otwStwfZ3unf5jNLkZKWnzryISRHKxkAljuRyYy1nH9bG/+Hs5ivOX&#10;96SugRlhxGRXyqPLj8+hTt3uTzBtMqR7gGeH14/8X5/PoIN3/HzYm54pTBQRY2qfUQ8SK0RYrYal&#10;KlgBb8E+7UOtO8tt79oKepx+Qp6pZlHKyKWDHmzDVf8A4n2Tbvys8AMsABj4jTSlKAflT7R1O/Kv&#10;uBt+/qiiUa8YPEfzrw6Ib2p8bsvs55qulhM9ESWjmgVjHbVcksFHqH1sRf2NqTLOFkia4vquCOP8&#10;fzyD7CbReDqWRcEUp/g9PLy+3oc61aIlHGphQ+pH5Yzx6Li9LLSN9vUKY5AdF2UgWPDDV9Ob+4sg&#10;tzcWP4/x4Frf7b2pU6iwodY/2TWv7emHFIywOfTz4dOVJfUptq/1TC/11E8/7f221BIuCDf8EcWv&#10;+PryfayEBtJFAtc1zX0PyGT8+PTCtUgeWONa+f8AnOT5VHVY3av8oL4091763Hv7eu7+7KjL7lzF&#10;ZmKiipd64oYihqK5y8sGKo6vbNW1HSqTZUDNYfk29tUn1JtwL/QXN+fr+COPakKVXDU8uOP9Wf8A&#10;J0hlBVZKVD18+H2fM/n0ar4lfBvq34gS7gPW+5+zM3Buako6Opod87ops5QY+GjkeSE4qmpcVjY6&#10;IlnIe1xb3CdtPNuf6EH/AIi4ufehRm0l6r6g5/nQjpC0gAYFq1HH+f5fyPR7oIbhdI+vPK8Af1B/&#10;tAD+n+8+4MpsDySL/wCIuOPrwf6f7D2pi76EgD/Jxp5/8X0xIrUqtKj5+vD14edTU/Lp4p0C6QL3&#10;IU8WPP0bTx9PbTOwJJt/ibf0t/vPsxgi0r3cTXHn6dI2GXq9WGOH5f6sdKCm1Ar/AKm1r/XkXJ/1&#10;gR/xHttcm5+vPNv6c8Wte4/4n2+FFF0gUr9n7eHSd9OpaKK8P8/T3TqCpPH9B9CRxz/rH/iPcKUk&#10;244sb/04F7g/QDn/AF/dxoo+c1H8+k0hVWJLDVinrk9OtOovfk2PH5+v1BH15A/1vcMk/X6f7Yjj&#10;m/8Aj/T6+7kx0anCvp58P9WOmBpyzfBX7M5Hz+X+fp3UfgEXsPz/AGRaws1rc+478gmxNr8D/euf&#10;9f3VSEds0xxP7a9NHQ2OB8q4qc5p1Pj/ALPNgbD6DgfT/W/HtoqGvfg/Xj+h4+nPtfCFd9JYEU/1&#10;HpDO/cNJBzn1/wBR/wBjp8pUK2IvY2H+Fgf9v+PbRIxEqf64H+8m3PH09rNIETUNVOa+mONPnx+z&#10;y6LSvhvRSeNa/wCr/V/h6UMAVo5CQOFNgB9SQePz/vXs5Px/P+5Ck+hIK2/pe1x9frYke4T9x8WE&#10;nEA0r9lRj8xw6n/25JIViCM4+yn+qnrw8uqrvnGuvbeVU25gqCSSeAVkW5NvSOCfdreJKtj6QA+p&#10;oVDcfW3IuTptpUf1494wuXEkhIqoOPzxgZ4k+Yz+3qTd0IEzGuKf5v8AD1osfIREi7H3QqgKTlam&#10;5s3IDsRfWVsQv5v7k1HkfWCQRzZja9yF1XFx9bE/19q7cRRKhCkNUVHyFafswKcPz6D0zAq2aHos&#10;+WkeWORSwsAbMQAbtpJ4/wB8be2o3BYMQwNwRwRx9LcEcezIEFVKghvL/Z6InQ6iAeg3lp2M0mpr&#10;i4sQQf8ACw44IPubEF0gKNIK8kA/ggclSSL2HtBNr1sXNSDwP+Y8eJ6MIYv0x6mnSkpKdfDGALXR&#10;b2B/AAvcEnmw9zqanaSZXUXAv6uDcDjgfi4/wv7QXdwkNvIrmh9Pn/q+fSq0smaaoPEjpQYLBy1e&#10;TiKANqlQfTVqAOmwB5/SP9f3U38941ara31MUnFvyALAg834v7yE9mSz2F2rcA1P9kU+0dBT3riE&#10;ez2qMKALTNM4H29fQD/kWoaPpzAQD9C0VII+OQoh0+rjk3X/AGAHulehgEeffj6zG3FuQx+nH054&#10;9z/ZqRKpUYI9f9Xz6wpcMLnhmvWx9I4MFvzZj/sLG3+t9fYtPcRqfpxa4+nH0FuOPZ2pAYKSK08/&#10;n5/t6XVzkZI/1euemGPl2/I1EfUjnkc8/T23S30n/b8Wt9f8fdq4FP8AP9vSFwAdIU+Y/wBXz6mD&#10;8X5HtiqmJuD+CRe34v8A6x91FNQIPSZqAEHj/q/ydTI7W4+nHtnl4a9vqDyP9sRb/W93JDdzdMKN&#10;anU3n1k9wpuQTYW/P04/qLWFvej8IYCmPL+X+r/i+m2FKZPy9Ove2aoF7n/Wtfkf7H8Ee6HU2inH&#10;z9TnpkhaGlNVepMRPA/FiST9frx+b+2icXV72vx/xH0/J9+1LU0BH+xXz6ZYUIpTj1n9s0/pbnk/&#10;X/Yk/wCtf8e9MpYgA0H+r/Z6aIPBTnr3uG3I1Lx/T/bf7D3RmBOhgDw8vTqpNWAYY697gzfn8i17&#10;/S/+PHvTM3meI6bdj59e9tL8qb/69/rb6/71b204ANK+X+r+fSdyAQBXr3tlnHq/2H+x+vHvZJZQ&#10;a9a4jr3tc7B2XU7lyUJMTGLyLpBW97EC9+ByP6e6xRhiM9g4/wCH/Dw6MtusJLyaNFWpr+38uotZ&#10;Vw0VPJUzsqRxqWZmNgAPyT/T3bp8evjz959lLPSaYgEPMXJuRwPTySePYJ5050ttjt544JAZQKeQ&#10;wPPj6Zr1lZ7a+2fimO8vIgB8/Sn+o9VW/MX5iY3r/GV2Ox1YPuiHhRY5QGMliANKsGv/ALDge7Td&#10;q9dY7A0UMUVPBH4kP9gaiyWHK2uxN+AP9f3ixvHNN1uk7u8rEMR9lDXz4Dhkn7OssNq2WCzhjjSI&#10;KoxQD/V/qx1rjdqfI3P7zzlXPUZCpnkmnkIQTMwjUWI0oB9Fvx9L+xAweBpxlzOqxyBI4US4VgCn&#10;kIbS11XV5LX4+vPHsFX99LPDHG5ZaFvWuStaEUJPbw+WDXo+S3iUyyDgKD5gj9nr+f5dBT2P2PW4&#10;frKvh8skZrpJZpQZCnljSAxqswY+uJXQMAb3JvYfgSq2qehoa1qe3kjhVEC2JWwVmZWUWUsgt/ZJ&#10;t/j7RX9u0tvZiQHQxNSaj1ABHE5z+KlfkKlW33KXF9eFadoP+r9n+HHl1Vt8a3xW+++K8ZOWN4qe&#10;vmmIfTIXleWOzB2Nl0RqL8jV7IrvuszeRydVzKwLg6jqvzc2tcAEf7wfcp8s2Vjb2cbkhXNcVFMY&#10;/n+R8+ijcLm4mlYxsQAcZ4Dh/qwCetqnqGl2Zgdu4xIxShIqeNdQVLABQ3p+p4v9BcD2F9RgdxVK&#10;yfbqTO0Upp/uGYQtLpPjEmm7hGksDYXt7HUF1tcQrNIoCkVpxA8/2f6h0QSQ3sySBGpMQaVqBX5+&#10;g6HSDf2xsfLT/eSf5CJ4fvHo0ieoWm8o+4NOsgERmWLUVDkAke3I9U1O4cLX4nKMxhyePqKCtSCW&#10;RCYq2nelqBFKtpY7LKbMLMPre/tiTma1s7yKWKKoVqio4gHUOHrQen7OrXGxtuFncWF5INM0TK1K&#10;8GUg0Pl5088DpE1vycwuzdw4/NYHxvJhcrS5KgepWIqJKCrjqqX7iG5ic6411IDz9Pp71kvhjnOs&#10;tkfKj5D9Y9/GGfqyaq35t8Y/My1TQbfo9i7vxtTh6vE4009VLmNwR0Mi+JYoXmfSTZrEexhvO47t&#10;HHfDa7xUu0mLRRtmNggoIyHJqGWUN20clFpUjrDbky15TsN7vNr5jtEGxtauksjt3rIsoo4oNWsG&#10;MqoFDRiRitb3u54+zM11rFmulMlBDvuimxu4dvUs0VFPjNyLLRzw/wADyUlbW0dLT4quTILLJMZQ&#10;UEQKnVZhbf3/AN75nefSQbaux9sby6TytZSbXwG8uwKHDbeyv8OpstVZrDnHbcrddZkqyXC0dDHR&#10;vPHSslPC0xVVlICvlzl63tNyhuZpabtOguZ4RIxjYlNBYBsMvilnIIWjENVtIoPOeecr+/5Ncbdt&#10;UU3KTusENzcLHHJ2uWQJFqrURLGqOVUhFL/jwTP4+fHXaWze8aDcW496bh2731VYibsXfPWWzNw7&#10;ozGxqqbK4HH7ey9fX5GuxQx0NDUbrr8nWz0aVDxzZCqhHkl+0Rnr0607t+SW8+1NsdT9jZDYmR2h&#10;v/eUNFS0sMeROYfCV+UrKjDZB6t3ya0kUX8PkIh8q0sIjYFhJpPsQOJdsmubuSztwsKSOqx+JqAV&#10;WkBpnuIVstwKhQxwOos23mbe+Y9y2flu83CWWC9niVxKI9NXdQdL5dY0qdC6qA5I8+jxbg2nsjY+&#10;Lzu/8dgIKDJbU2xm8hHPjFnRzFQYieWY/wAOgkFJV109PAEMjRNPILLqINvY6y/HrqXYHyd2dvyv&#10;6/ydfLUZTfuDzeJqdt1QjqqaI1ER3VR1FFOtNKmSr8XqpmqCY56accx6k1NXFsu97cu6WjJBfPDU&#10;SAfCxKuA3lXgGJzQ4yQvQrXZdr5X51sLW82+5n2mS6mD27RHSVjDosyGvcpNWXNCDU+XSHpt8bo7&#10;D6hzVftPP7dw245dvYWqxeepstTVUGOyWUgpsjNicvHJRytjchQ0kogqCY3aKVzpUuhHuf34/Vfa&#10;tVjdjbxwrijetxBxz5XZlOaCLcUss0c4pzSTGWJqzDkqlp3VGqD6i3p9nUe3x/u8Q32mSJm/HVwA&#10;Knj64I+YNe4nor5s3nbN23KGxCzwTqqhW8EJ3k0IBQ10smk6dTDUfsHSg6225uXa+JqquomosrPN&#10;UVblU3JlcmZcZHD5KOM1FfSw07VtNXSSxtKKen1RIo0+zOZHGbX2dR7flqaDdb0OTG2Nq4aPa9Rl&#10;ngI3VkaClxlVLhaSqR/tIa6Oljmdo/8AJqNnupGpfZG87p400QGmKVtYoz6VU08hQZYsXpSi8dNa&#10;Sb9Jt9jb7e8sVwYpkigi0O9D4pVkJQNwqiqa/CDQDy6AaHcm6N0z5w0ddtKKs2/WZ3NZeLcuOoBJ&#10;TPt11gr6Vcp9pNSI0OOqqqaN9VjUIH8kcYZzsa5LTDUJEr3WOKGbVrb1qBEF1MRrZyH1cgfkm1/e&#10;AXLt9aSbbHIYwRKxUYGCAc04Be0LgnyArTrLXc7G8adp0mAZMCnoa8COAOr/AAenXzpu3eruzq7e&#10;25ct/EHpq3bc1fAKeCrlgmho8pVZR5qWgkhGmOORsrM5Xi/kH9TZrqWappoYlfS8buzKONWohQxs&#10;L6ubEEj/AFvYu26WC3urmQ0KuAAfSmaD5ehoftz0EuYdsvHhQRHUKD/i/wBvRS+3eut3/ZU3jp6h&#10;40igTTIkt2CRr++xt6WeS4Iv9f8AW9tvhFFBVSRU1LDXyzJUzSpTw+Wqkjp4YIpKqVAklTKlPSpE&#10;hYsVRFUWAHve4COadJrYsYChByaDuJOkZAqW1HGSa56M+V1eG1aK6FH9D54px+wAeeAPIDoefjZm&#10;c3lcfg9l9nbiztZtrb8cWEwOEymZramgwWKranJV01BhUrZngw2ObK5GoqpIYBHEZ55JCpd2Y8Ip&#10;6yaSUyJ+w9tSq1muxCFr3ACc2/IBPsvM8kMtsYn719Rj1C+tfTgT0ftb2nhiJ41K+lOjF5frLqkb&#10;Sq8dNTrNWsKgw+FEfXGsZfzkxKpKoqEsb6VH1IHJBfuzu/b/AFRhJKqvkjfJRwu1FHLZo1azrErw&#10;h0Y3Nrj/AHjkj3IvI3Ke78wXLx6RHYsSXfNQpIzWmTp4enme2vQM5ju9m2KBt2v5FVlXsqaA8PTJ&#10;48B/kr0YL4W/yvYfmh2Lj9w0ByseyMfU4+gyyU5XHT1slFT0suXaGsiSphFC2UDEelSdHp0mzCtv&#10;/T3n/wC+n+lvyv8AxPw+DRz/AMWvR9t9rovq8ej1aPp+PeQH9U9u/cP7h8Jf3Zq+L/hldXiela4r&#10;xp1HH9bv1v374Y8Xw/grjRSmmlPz4U+XW1d/sgPUv+y9/wCycfweD/R/4v8AgJpXT/FPuf4l915f&#10;H/wL83Hmtr/tfX3/AP/WtQmjUHVclXJK2uODY8gEken6f7b3GsE7MNGkCRRmueH5evHHlXrNEMGr&#10;oNDTHQeRrZFFw6FjJccAfQBDdWLG/wCB/Uf4e+dHGpq6YtYJ5UbW5sL3PN1YCwU/X6m4v7pcSt4U&#10;yipkoRpUeWPUV4/OgoadeUVPcaGh/ZT0+Xp11uFmj23lWUkE0jMWkJ5fSwICo1v03P4+ovb2vyum&#10;bST+kKqj8adIsB/qR7MbZwbCJ1GCKk/Opr9vUVcxa/3xcx17Rw/n1rj93SVknaGfhqPISlQ6Rq5Y&#10;nSWJUi5IHvsXQsCpPqJ9I1A3F+LH6+1CSRsqUccPPHQfltZ9QPhHgOgcr8Jlmm8i0crqVBsqEk+k&#10;f2uFF/xzb34Em91bn6Ei36SebGx/Pu0zxlFVGFft/wBXp16OCWNtboQvUCjxGTpJJJ6mnkjQnglW&#10;BIsf8LfqPvoWFyxFr35/1uLf7f3uMFgpUZp03MaNQcOsWSlsWQn9a8D830/T+v8Ar/j3MppfHPEw&#10;59Vjo9V0YFXF7cXDH2W7rCtzZzRcajzxkZHn5EA9GWwyzW25QTxKdYPpxqKEdLHqXJ5Tb+8cZnKO&#10;OojqIam4CI3qikV4pUIYW0ukhFiPdFX86X4JVnyWwm2d67OqqdN4bcNbDJBVhoYsjj8jHT3pTMqy&#10;NFJTzUKNGxDD1MDbVcHftTdWW47Zd8n3c620sMzSwSNlSSO9WI4VqCKDFD5dJfevkvdN7bZubdhj&#10;V9ygiKSR8C8ZoRpPqprxwdR4dfRq/ka/MSOt6uPWe/Zvs8dU0eNym3K5FZaTG18MP2WRpKmA65x/&#10;EYkhbyAkI0IBB1ll1l8X/Kt7vqQIaiSijrZJm1wQ+SVIrkgL5AhDMAObcc+5fXlGERgy7zHUDJHD&#10;HpqoT9tB1j6IucriYRwctPUYoWz/ACFOPWxRPvXadNB9zPn8ZFAV1+R6hVXTa9+efp7W8X8nz5F1&#10;UIloKGKr/FgrhifqONA4PtNNyxtsTFW5otV/0zAD7K8B0Yx8ue48hYpyoxA/pUH8+kPX9/8ATGMl&#10;8OQ7G2xRyWJKzVwUgD6k+g8A+05V/wAoz5X00xWPY1ZUIhP7kWgqw/AUag17H+ntGeWIWAaPmTbi&#10;h9Z0H+X5dVbZfcJA2rkq7x5gVGPMHgfyr1jj+Q3RspUL2vsYMwuqybgoYnI/rollRh/sR7n4r+Vl&#10;8oaNx9zsHJRKD+o6ebMCSACTzb/X9+/qZI3e+92H5TIf8DHooutk59uKqOT7xT80P+Hqane3TEt/&#10;F2lsSSxt+3ubEvyfp+mpP19jbtr+XV31j2RqzamRi+gIWFnIP+Nh9B7aPJNG1/vS0J+U0Y40/pD/&#10;AFenRK3JHO05Gvl64Wvqp/ZjrN/pt6hNyOyNnNa/6c7QP9DY/pmN7E+xlk+BfcH8OSSPbuRkaGPS&#10;6LTy6ybj6Lo5P0Hu/wDVSNCsB3K28Rhj9ROOT5tTp/8A1s+cPD1fuaY44BT/AKsZx/qMX/Tx02JR&#10;C3ZG0lc/TVmKVU/2Ll9Iv/iR7Caf+X/3pLWyVa7JzXg18kUc+rgablSov9PbR5JlAZDf2xY1wJYy&#10;c/7b5/y6QLyRzkKD+r9zpHrG3+b59Tf9NXUOpU/0nbEDN9Ad04Yf73VgC/8AvPsWdhfAntyN2qaz&#10;amYpkvEE8lDUBv2mU6ioQ/W1ufam35YWyQ/U7nbq+qtPFTGDj4jxrXHS239uObbk92yTgD1Qj/i/&#10;y6ba/wCQHSmNfx1PaGyfJ/qItw4yc/7eKodb/wCx9ng6m+HO84cxTz1+366GCnanBklppVUsgCsw&#10;uqn1h7Wt7faWx2lmup9yj19+lQwJ4ccehXzx0PuXvajepLuM3di8ceK1FKHNfn8h69BR2H8x+j9q&#10;Yiokpd/bbyFa8TCKKnylLJpZhxrIkKrb6/X2Y7d/xD3c8y5DG4WqniKRIyeB1kXTexA0kEcn8/j2&#10;3t/OWz3ZaOe9jjkJNanHAVzj5ft6FPMPtBuDOJ7G3LDSAR5+tRjz9OgH2V/MS6Qn1YvO70wlDWLJ&#10;IY5TkKQwuvJVGkEhIk/wt/rezH/Ev437k2XuT+O5ShnoYoZ43KyxspkAdSVAIudQ9hrn7mvb5Ngb&#10;ZdtnWaWYEVU1C4OSeGOht7YcgX3Ll9Put8gj7Rg4pj0x1X1/M0/mCdKZXqzIbXxu6sNWyPR1c8gF&#10;XTysHWO8SrGH1s7kj/b+7ENzdX4je238phMtGWSplLQSADyRaxpLqrD1i5GocX/2HuIrbfb7ly72&#10;29s3BdEOoHgflUHHA6fT06l+4sts36O5tLvMMgOaD7Ps/b8+tav4+/zAMrsDt+k3ttipanpoKagp&#10;Kik1EQV60ksjF5BZWLAPbULH/H3UX8hP5WGW3pQ5KfZ+QxVdVRPO0dJWxtRVEyyAyCOKRPNEzgmw&#10;LaQfc87V7x8u7ra2MO920ttIVoGA8RBxHd8DAeeAaD0z1jdzp93Brvxrnl3cYWnJqsbAqTX0bOcU&#10;zT8utmLoz+f78fKvKYzaXc2LzW1ZKmKlhG5ca1PmMbDOyhGkq6QSQ5CKLi7aFlZTewb3r3/IT4C9&#10;udV5Csjz208nQCFpDG5pZnp5gt/XDVIrQsp/HNj+L+xkNpsd8t2vtlvormAjBiIYj/TL8Sn5MB1j&#10;RvnKnNnJU5t962maIVwSpKkeoYVU1+3q83qbvXqDvTb8G5+pewtr76w86K3mwWUp6meAsobx1lFr&#10;Wso5QDyskake65Nw7ez+za5lliqaKoia9mV42Fj9CBpNrew7PZ320yDtZSDUfZ03a3druK+FMorw&#10;oeI6Fn2PnQfym3P1ruTHO1bUGkFRGtXTtOwhmi1ANccgSgHg+xnyxze0cqWl6a27YIP+Eenn/qHS&#10;eXb77Z5l3PaZiGQ1pnI/bwx/qp1DyGPo8pSTUNfTx1NNOhSSORQwIItcXB0sPwfezT0B3biOy9s4&#10;7J0VQrrVQoxQvd45Co1xt9CGDeznmLY0Tw7q3NYmFa+uf8lfT/P1kHyDztFvVnHHKw+pSgIPEHhW&#10;hPl1W73/ANLPt2rmyuMjZ6CoDOjIgOnm+lrX0tf6j8+zLOVdQ6/RueeRytv6n8D2DIVdXaNyMDyx&#10;519B8z1J3HUWOCa+mfyHRS0BiupBDp6TewPFh9SSLXH+9+4NQqso55I5sBc/6wP0t7UwVjd6/CCP&#10;XHH8/wAvPjjphgVDGvZTj6U9fP5dOtNIWtYW/wACfzewubgAkj/X9s84IJ5NwPz+foPqP8D7Wowd&#10;a6RRj/k6RTNQN21Dfywf51/1EnpT0fqK/T/Hn6m4Bvfg8G/++v7bJbj8f4X/ADwOfwOL+/IkbOF8&#10;TJz+3h0k1KKq71H+Ctf+K+zpV0xJUWBsBYjjn6XsL3vcW9wZSdNvpyLWIvyOf9b6e1+Bqalaj/KQ&#10;Pt8vl/LpNMlQZI61P7ONOH+E+nTnTi7jkWX9R/rb8Ej9JF+f9b22SC/+2sbj82/2I9rEJQYypyKH&#10;y/M/t6REsBRvX/BxHT3Bpv8AT1XHIvYhubkWva4v7bn5JHP1/wBb/Hge3q0CjABP2/zp0nYDJAFD&#10;w/z1/wBVOn2AjQLfW3A/PJ/p/rn/AGHuLKPpz+fzz+P94+vtxTQEEVH7Pzx0mclfEWmBT/VUcQOp&#10;8B02Nrj8W/1/9t+PcJ+Ab/4j/eP8fe9IUKQKknpOQqDUVBBIP5enHp5iLOwAJAAsf94J4H4JPuI7&#10;WBIvf6X44/xt+efdWIcqD5f5/wBnTbmoND2+lPnX7Kkf5unSJPoCQQeeOP6i1rAi3P8AT2zTWubf&#10;nkg/7a4HPszh06SWPDzGPy/P/J0imb8enA9P25rj/ivn09UpPC3H1+v1/p9bfS3tuf8Azi/U/S39&#10;fqPxwbH/AG3tw6QpUD8X8v8AVX9o6LmFHVSKAPnPEf4PXz6fof8ANufodB/1lNrk/Q8gj+vs4fQz&#10;LHXUhY6VGnUb/TlbH+t7fT3DfuEdVo4UVbHyqR5Z+f8Aqp1P3t64UoKgkeXAEelR/wAX1V381oZK&#10;nbeVSMF5DFMAtjwDHJyNP0FxyfoL+7UcPKr4yHQwk/ydCTp1ahZdN7Cw+o45It7xs0/4wpYaAWpx&#10;pQ5rxyeBqcA8B1J27JSsgFFIH+DrRg+UOHrsdv8A3W88RCHIVDCUAMjKWJUXHA/V/Xj26BwyMpId&#10;lViTqH4t+ABdje39ffnjZXRgNKkimPX7fLH2f5Q2QChPkRT/AA/b0Ux2ElM9yGcRtdi31K8k/n1H&#10;Vb+p9wioUOLGw/BYX/Fr29qdTO0ZBGr7OiaRwJOFOkRUypA7Ajg6iQWFxyCOB7krpUIDIjDSrHTc&#10;WBH6WJ+jX9pZCWaQiNgakZ9fUU8ulqTKoADahTy6e4qiKMRqtRDMoiRi0RIVSy3KMW51L+fb7ifH&#10;Izp47+gtpc+nUilr/niwtyPz7Du+GSOBZBJnVSoGaHH+HoQbKyzTqtag9C31caWuztLTOl1kdAFJ&#10;/t3F2vc29K/0PP491IfO99eRnjtYqkhOkDTyFB02/wCDX95Fex7sdpmkBOTjOcZzX7KdA/3tqdvC&#10;AcFoPyofTrf1/k3YtMX1xiI0CqnhpAFCBTYKQDcAKwY3PHBv7pqWnP8AHGa17Si5/wBjyLcXPvI+&#10;wyumlCK54HGesHZSBdkE0FT1sFE3iv8A1T/e19iKy2iQ2twPxz9D/tufZ1TUCTRiB6/ZT+XSkoBW&#10;r5/1f5OmMP8AuNb+v9OSL8/7c+2ue6/7z9Cefwb/AOHvfE8an/YrTpFOCpY0BFK8PWvTivqI/wAf&#10;+R+2Ge5v+ObmxI/2H+PvS4OfWnSZgDXOc9TI/p/sf+IHtskW44/17/6wN+fb3AdM6vMVpw65+4U4&#10;W1wODyP9e5H9D7aYkCnr0nNaBWya/wCr/V/m697Y6j82/JP+8D+n0F/bDal7a56aYDgeP+CuepUX&#10;PP8AQW/17f8AEe2idjyB9ASP9h+f9j71Qg6nbiP9n06oRQ46ze2WU3Yt9fr/AIcE3/x96FSBVsn0&#10;/Z8uk7HgK9e9wTa5H9R/sP8AY/jj3YdlKUp1v5jy697gzMQDxcj+hvzf37Tk1OOmmXuAJ7Ove2yQ&#10;H1A/Xk8fm4Jt7bYqE9K9NSEAcaV697xUGOlyWQgpI0LGV0Vj9bDVyLWPJ9t5IUHhXy6rDGZJFQeZ&#10;HDrxNgSfoOT/ALD3Z18aunWyNVjwabUuuNnul+bgGxta1vrf2S8y7zFsm1StqCyFcf7I9fs6yG9r&#10;OSxuF7bXE8dYww8vTPn/AC+fRIPlv31j+s9nZV/u1hlSklNw4X1BDaxvcW93N7Sw2O2ji4KOkp0k&#10;nhiXySKFCI+n8MFuWFvp7xI5g3Sfdrt57qagdsLmpFfMVoOs3ttsotuto4IIwAKZ/Py8q0/Z1qu9&#10;mbl3d3juevy1XW1VJh5qmX7dnkvI6creFTe+v/Vfj8e23c3Yr4ZR5XI8jEJBEDrkK8ccqVuP9b3v&#10;atgG5a3EQEagVduC1z+f2+XVb/dxYgyyqWPp5mhrw/Pj5dLXrH4vUO4JD9laedY2eeeob0rwBrlY&#10;XYXb6AXJP4+p9qPq/snG5ytko/N46gkgRNKodTZTZrHSCdP5Pss5n5VudqeC8eLVAaEnTg8RgZJH&#10;2D1JFD1vbN8g3EPCjDxTxHmDT/B5j7egs+Zfxt3Xt/rislpIHkpkp6gxz08cniKhVA0uyoLg/W/9&#10;B7H+qs6T6rsstOdN72Y6WQ83U3PPsjuESWwjpQaHr5Y4HhkdFNg8tru91E3B6n9nWuz0hkMvszvc&#10;0ZEsU1XV+Fw5dPUsrRnUCy6grfX8G3sp26qiOhysgSNX1y6XJIGgC4uo08C/59jXaLYXlsCSQo4C&#10;nHhj5mnl1u+mYTBKAVNKfL5/6vPrae6kp8ll9m49qmqaOSGjR4wrP6zIquWmZpfUAP0/Tj/D2mKn&#10;KRQsZFh9WkIGsX9RbTHZRY2LHkmwA5JA59mlvZlwSXyM0+VKn5VHkK5/wsve+GurBf0ofl+WT0Kt&#10;Jtitq44qCavBiknaofVJFAAEXUwM8hay+GO4ABJPABJt7f6HL1JiieFPHdlIIjF7+oG59XIv/j7L&#10;ruwhWSVZjqoDUV+ymPTjSlPXpZb3ZYVoNRP+H8vKvSEy208b9xPHPOZCUITXMbBb3LDlDe/1Nvp7&#10;1Dv5l+Owe3/mbu2tzkC4jEM9HW4Wj2ZhZBv7L7ix+PrMkuSgqyixRYajkrY55nidZp54PEQVXUs1&#10;MsMu3cuXl3J2yWqU0Am4Z4wxqHA+BccCCxFCTTrBj3Ai8HnTnG1sLfwpRd9xYqluqOseTWgLsxIL&#10;EEZJA1Co2iPifkajLfHDp2uqq2bIVEmysbFLVTyiaRjSmWkWLyAm8dMkAjQfUIgH492V/G/pPu/d&#10;/wAboKvtz+7PZuzO0qOh3xX7bqqKak31gc1j9ly4LD4qslqNU5mzIVvK7xHS1IY0DXZlul/ZWW6W&#10;8W4yMt+tuF7kYRukvgtJrrVXaPSCzNpKFsijVA35Y5R5j3blK6e5SC/2O8ke40FybhZIY5IoCpoN&#10;IloACAaiOgBFQAZ7I7w6g273qmGTL57ZnZmz8TRbT/itbjfH19ldtbqz22NwbgWRjMlFkqrbkcUR&#10;e0lNLTSZHUwcFCCj4GPZW1sTDtnsvYu2Okt309XW6cXjshm97Zqg2lSV+LqNmUs8jV+Pkwuer681&#10;tRPpdaYqECxxuGHsbbbFKPE+rggityAERWLkAMaDUCKimRigOQfLqItwi2KwVNvu7aWy3QVLsySP&#10;IABEVAXXVH1GQsSwBUL2r5m5pKjKVZOXwuYpdzYashpDjIlloaSk8xlyQyFUMvR0VUK3GGP7ZadE&#10;jZ1dJGaWUOBGffr3eFNiqjG9j90de5HD1ke1cXs/q+vr9tZ/IVx21UxZOKqq5a6rydTHQSVk2HxE&#10;j64GSnaMqZpBKPYdvdv+vaS12W9gGiZmuKEakLsj+GxA1ZqxZe1gaVZhkTHy1zH9Abbf+dOX5o2F&#10;rFBZu0Mh1QhZAW1M9FJ0xZKtTURWjU6K32DsjJ7oWp2V0tvvFiAbuzu5uy6DG7mwVJV0e4avNYCv&#10;/h1bSYvBSVMlJV0UuSSaB5qd2k0MSzxgoz9T999Ibs3jkYN3bjmf+Bbq2/g6Spq8bAlO+V3FWUeL&#10;oY/PJHEI1FTVJCzxqVWQn6KQSc79NPDZyR7L4YuipU1JBBoSNPxVJJoAxpU0JzTor5P5p5Z3TeZD&#10;zFeSlEuEETsq0q501ZhlVXgx4DjjHTl3FsLtbE7EqIOpaHECsOEybZilXJ5OGUijpJKqODHRKGNf&#10;UVk40KGdWPA5PsXOyxmm7E2bl4cpsSp6fqavDZnC4mbA5Wr3PVbiot10Ocxjy1kc6YKmoafD0DGG&#10;KWEzDUvIYCwY26O5u9rurWSPTfmPRLqGdZVKsh1U+MGp01LegBDDjmpni3ja7xbm2bll3jkgARmc&#10;yCVXAY0CfBTTqI7CwIrwDHqGk82w977ZyOP3dTdm4/bma27urJHLUkOPpte26vFT1WKmnq3yzIMn&#10;OpmlhQ3rY/Kkvi/VsKV+MpsXT0GNoYClHQ0NJQ0VKklRItNSwQxU8YSSrlnntHDGCNUkjEnkk394&#10;NbOsl3ZveyPW6kkLu50jWzMWNQoAJJJqdK4GMEHrLL6lUnmttQVY8CvoKADOTWnmcD1r1oPZ3ujJ&#10;7m7b39NvHKQrW1mZ3Bkqqoq4qRHqa0TVcoUrj6WgokNXOgGmCGOKMtdUAGn2npaKrgZp6dn1kkjX&#10;IwCgow9QUBToaPgcm/59nOtBSOVKY4gYORwz5g0PyPDp3WkgXuDCh4Zr9o6EDD712humio6Kvlxs&#10;tBG4jMBhpnrlEV3DGWSIyRpK1U54bSdJBX0j3zo/MW/fDszyalN2ZStkIAuDYXF+L/8AFNCfS+hX&#10;ICrn5HgfPyGKGmfzq20aaQBQMMnhjH+b/iq9QN94DAthxWYODGQJGIaYaKXHxyhEM06Mvjijldi8&#10;pLSEM9lAuQB7Y965PI4XG1mTxzRnx0k7fZrTsaoyrEDCaaf7lIrEh9SvG2p2QqyhDrNNtXxbqC3n&#10;WqlwNZI05IrqGknFBQqwooYMGLDRWXWsTSfEFU1B8zwGa0AGRSmfUdK74u9a9b9t5+g2pvOmr2q0&#10;y2MMtecw0eHmoGnroatK/GrRvUqZBU01njnRUET3jkMl0pb+QTbg3puF8ruTIVLUtNL5EhmkIjXQ&#10;eBoH7ZKWtf8AH+PvMHkuygj2tLG1iVY6ZIwDjJPnQ/z+XljR7iwXG5XomvXP08Z7VJwCP2D/AIoj&#10;rdH+F+3OtOmeu8fszrPAY7HAwKhGPgHka5OktJbzNcnVz/X6Xv7Jx/pt2/8A6RP7gfcx/bfwj7b7&#10;jWNH8S+51abf00en/g3uSPAtvovovCGv4qVzwpSvCvn9nUJ/15t/6wfuzxB9B4Xh18tda1r6U7a8&#10;Ojwf3AqP4T/F7P8Axz7/APiXi9N/tfB4/tLfTX/b/r+Pf//XtVCjS2piqklrW+qnTYi2r8n/AA9x&#10;a7NrUooaQCnHzz60/wAvHiOszyKAk/EP9mvp/q9Og6pwLoGYhb35W/8ARQSoDWYgXuLWt/h74RFo&#10;nWxUBWZheO9iD9Dc3ub/AI/r+Pd5NMo1sG1EAHu/ngUxTj/h49bT4w9TWo+z7f8AVn5dTauITUdR&#10;THTpaFgF8Rb0EHkBvVZi35+gH45Hte0jLUokouxAGsBRY/U/ReePpb8e3La6/Q8AkCnDOf2n+VeP&#10;QV3/AG0SXUd6Bn/Z6pY+TnVL4XfkucSBzDUv5VcRFVI/UQQEAN1X+p+h/p7UyPFMAYowSwtp40gB&#10;SIwQDzpdiTxe59hi/F/a6tUvap4+fGrUx5gCnyHEU6M9sjsJV0yqoOPt/wAB49S+rsf1/l4lgzSp&#10;HNo0m6oFXSCqBrNrYh2Y/T82t9L9SRrNF4iiRsFA8igWChjpN7KTq/pzcf63vdjdzRyePKzFSfhJ&#10;PGmfXh/LFePVNz220mhZIQKkYx5/LrF2Z15tqdDR7c0SCSI+N4o1HDMQLMApa4b+n9f6D3EGPhUr&#10;5pCRoLWQC4ICk3ueRc2Ptfc8yNGsggUV1Uz58fT9oz/hwS2fKCSMrTmozx6Qey/i3kM9UQSVUMiw&#10;yA3d4/0/Sxv9LXNv9f3lE1NE5hhjUFRpJe5IHoUEk2Fzcn68DkW9h6Tdry5AkYsdWRTFeJPDNOHk&#10;c4Na9DCy5csbQqwQax/m/wBX/FdHG218Stubcp1rsjUUyNTqrlX0E/pWwYWC6ieTza30+nsJOytp&#10;VO6qedURp4FjCaH086QTcAA+kE/7Hn2o2veH2qa3mbsnZqgip44oa+fy8sHo2a2+piEYFVAI+Q/b&#10;/qHVw/wn7T2j1hS0+PhyEEb0gcPJ5Uj8aKByAHICj6g/kcD2F23vj1TUyR1ppYTMNLFWhFy0hJuO&#10;NP0H5N7+xBvHuDdt/i2t1Q1yD5D+fHjQcOk1vy9ZxaX8NRIOOB/l8+ji7p+fGPylTX42PcCGmh1x&#10;HTVMRdbxxqWD6AWANuQP94Psy+0dn43b9IgqqOkeVhpdWp4SQLiyo1jY2Nv6D68ewJc3m4bxIVhm&#10;kEANVNW/aR6YJxTjTPS+6u4Nvg7AK8eH8/8ALTHGnVQvyv8AlnLVV802GztckiLKsn2lfUXP9s+q&#10;GXS7lj9Tf+tx+FXNDgVMpWgoQZHUAmlibgJGf02QISwF/qL+1Vpt+56YUe4kIVST3EZJYcck4J9D&#10;SleHQYuOaJGJZBj7Kfn/AD8uq1s38rt+VU7TUu6M3EqhYltkq0ggXcuyecAMxe3BI4/rz7bmx23W&#10;UqcbSyPq1apaaG+pgC1yyaz+m9r+1r2m6SMHa6ZU007WPAVpQDHnStP8HTK8xg5aNT9o/Z1Iw/zE&#10;7IxVvFujMyFXLET5GuKk2F7gz2CkqTa49tr7f2q1icXSgXYlWhAKsQFBAUMwUi9voLj2o8DeTj6x&#10;iaAAg8QMmpoBX1OTQ562eY4KjxIUrTjQf7HS0g+fXZ9KB/v4sgupiSDV1jWH9kKHmkIU/i/A/H9P&#10;cX+7G1EuBR0pJIIKRFRe4B4AF+Pr9L+1NN3cDvcAV4kE+f8AqHH7Bnqw5jsAB+mozXhT19OnT/hw&#10;nsYn9zc1WSyqt2mqLaQFUg2L8gf4D6f09yv4DtnSY1paZVa/o8RYKTbkBhZhcf1HtKttuoYS63Lj&#10;zqAT9pHA/lTz61/WSzckKiUPyz+3/Y6jzfPjflZIok3RUqHsrHyzswIKgFdSt6SF+nH198J9p4wR&#10;l4KeLSq3DCM+qwYm5ZfSbf763ssu7/cARFqarGlK8MjyByP8+M8DmzvILpdAIofIcP8AVXy/y9GU&#10;6e+U1bn6mH+MbgM/qj9TyyqCCCWQ6wLgk/j8f7f3HocNFASqQpGFLKGERvcXYF/SS31/p/h7pBLc&#10;ykGYs5JBILfYDTIp61qONfsWs0UAYsVriv5V/wA/256ETt3uPGPQVE0GZQMIWCaZHGk+pgOFIYgg&#10;D6H2pVp4girJFGWK+otpa2m5YBmIsCPxpuPxb2sEJd2MZOmvlUVrgGg4/bXPEk9EU+7rE7sX7j58&#10;K9V4Zbuuvop3kiycutHLI3mZjGQzScNqsP8AWA/1vcapeBFMdOkdyAsjLdQBcvwOQWOogm/NvZzt&#10;1q8ZV5SQtSVGOOB+zFQPKvQZ3HeGuWWMP2novnYPaeX3hOI6vIzVJ0CNtc8kgCqSQouSLtfnn6D3&#10;MpkiVSP0qLOp1XNrWGoaOR6f6/X2lvjNK4Y9zmoIp5/I1+fpn9vW7K58Ik6uHULbuVTG+uNiqqqu&#10;GuCWFudS2AAJW/8AgfcQZCNpXj0Ewk2JJN/9SxBA4vzx7WHanjhifUPGp5D8x5+WM/8AF9J5d7c3&#10;Ro1CD9vTLkOxp6nNyFZm0RugBLm5IsGPH4YE/X8+0vvfbGz91YSrxO6cNQZmgq4nV4q2CNzH5QwD&#10;xM6lksOQQRyPbFhvW87FfxXW030kF2p/AfiC0qG8jXgQQceWehfBaWu/be8G7Wkc1m6kFXUGvrQn&#10;h+R6tC+D3ZXfW0ty4nfPWG9M/tSXH1cLrVUNZUQx1bBizQzUyyGOqpWRCGRlZTf6e9cj+Yb/AC4M&#10;RkcLmN69aY1poqOKSokpaeEPUUsYuWDGJT5YABe/1W/9OfeVfJfPW3892K7PvqJDzAF7WGFl+yuQ&#10;wOKcDSo406xA94fZR9iEnNHJ8TtZqNUkS5KDzI9VH5kcet474I/zCqfuOkwvXXctZjcN2RUIKXFZ&#10;ZpEo6HctTGBppSkrhIMnMnKKDaUjjnj3q/706zy+1MrU0VbRz088MpVleJkZWVrX5AN/b258vXG3&#10;yFNBJU4I+Wa9Y/2O+CQGGbDjBBx1bP7P/wDCLvPI7GzWO29k6pxSzVCqokksLPYAi5ABU/X/AA9y&#10;Ry5uH1+2ja7kgSAEZ+fn/q9OkG37nLy/v6X1o1LV3FR5Zwek7urbtHujCVuJrY1dZ4XETEAmOXT6&#10;GF/8Rz72QdmZ+n3Bh6WsjlVxJEjgryDdR/S34P8Ah7CW+Wc1jdPGsfE4r6ZofP8AwdZi7BuibpYQ&#10;XK0IZRQfL/P+3qoDtDZ9RtHclbRSxOiJM6iynmz2sLng2tzf+ntR1AFyR+m3H9Bb/iTb2WwuSqo9&#10;fE/L/VQV8v8AJ0buag0BFRnhXpF0ZGlSotZgD9fqPyQRySPr7Yp+NQ/1/qR9Tza3+PswoSAagkf4&#10;BjpHPUgCoNM8D/hP+Y9K2hIOg/1vz9PoL3I+v0HtqmH41ck3A+g5uRf/AB9vxFiamLsA44qaYx9n&#10;n/h4dIHf4yMY/n+z8z0q4LFgV1D8kG5sD/iPSAdXtvn+n15v9bX5ta/PPtZCxBAIxT8yAeGMDj6d&#10;IpWNCNVaU+z7T/h6eYEHJt+b6b2+oJA/H0AsOfp7bpm5uLtcfgcnj6kcH29DGEVtVAteNfnw/wCL&#10;8+kxJYN3dv24/wA3+qvz6eqYEj6EEcMv9D9bfm/H+9+29wATb6X/AD/U/wDEW9qtbuoLgBvl8q/s&#10;6TE4DV8v2Urj0P8Am+3p4p/oPqQL2P8Ahxx9Lkj/AHm/uLL9b8f778ED+vPtyMHSR+E/6v8AN0nc&#10;Bia8KZpjy41OMYNK1+3pyhB9IubFr/U/UX/3rj22z8gXNwRb6fQ8i5Fvz7djIAcgAUOK+eciv+r7&#10;OHSdmZPhONXrg1zSvy8+n2lT/DngHjm1j9PyDxwPp7gSOLFbj6Agcm1ja3uyx0q7D5H5+fSFqr4p&#10;YGnl9mPnjp4VbaeD9Tf8c/n8ckn/AIr7gSH634Fifpzfn/XH1Pt9I9VCiZqPsp/hrjpggPqJGo/n&#10;6gVB+z+Y9OnGEkBdJP5ABP5HNrWA+o/21/bc9g6fS+tR+Ppe5/3oW9vhSdakH7P8Gf8AD0iVZNYW&#10;hpq4H+Wc+XH+XT7ER4nN7Xjbm3F9JB4/x/Psx/Xma/hMmOVWF5w5F+LiN473vyblzf3G/NNmlxbT&#10;My0ZaCv+1PAD0oOpm5UvPpJLcOKFlxw/yf6s0PRHu7doDdcGdEiloqURq4035nScANe62Ij4/p/v&#10;dnPW27BkcXSrLKvqghFuECtrVFBZuSL24H194o7tZvZ7sIQhIMpFak1qCagcPXPU+xom5bY4GX8M&#10;kfbTiPljz61efnj8ZKKfF76y9FAErMdQ5XKqwiiWwx9NLOyFlA0lin+t7F6P/NkEAWBIIOoXLre1&#10;l4Fyf9iPfpfjwx+zhwB+efT7Py6AaglGrXh1rnKGNLIGH0XhrhgfUoNuBYAn/b+2+Qupsx/17ck3&#10;/P0vbnj2YW4icEqPs6IbuplY0z0HGY8izEG4FhfkkkE3BNxf32t2X+gX0qV03c8H6G51W/B91l0L&#10;IfMnJrXH7PL7OmwWVQF6wQtI0S2uABoBFvUbXv6r2Nvaiwat5pSALeORtTkC9gLfQg8/4c+wpzIy&#10;G1QFiDqAoPz9R0KeWARdxVBOeh16TSVd0Y0lC4NSDqfj0kg34a9yCeR+PdTvzhh8mWrP7J0H9sG6&#10;qLABeTcEfm/PuevZAk7QinKE8TxPnX0Nf2cPyJfehAbRjp4A1/ln0pTj86euPoR/ym51h2NjI1Ft&#10;KQi99Q4W+kE8ggNYD/evdQy0yjKMbC4kY/7Yg/X/ABv7yZsVCs2kHTTz+f8AqPWEEyf4wwJPHq+8&#10;yH7YH+1oF/8AYC9/6fj2qZLhAD9Qo+n+sD/h/X2buFqajj1pqVann69M8f6gfwP6f6/tkqhze30v&#10;/j9f9649+jUqvSK4ORT7P9X59OsZHp544/PFx/xT2w1P6iPpc/8AEg/7H3ZeFAM46SsoYKPTqah4&#10;/wBb23ycji/5tb/W+nI5Ht2mKt0yDoBHEV/L/Y65e22drL/sPpyP8foL/T2wxGrUBnpg/EaDOeve&#10;2SoPNif98f6C30496JYqSqDH8/L/AC9M4NSBT/V9vUyO9jfnn/ev97+vtoqL8/SxN+ObHj22UfSF&#10;XiR/m+3qhzwGf8/WT2yzEgkDk3INgf8AH/bfX2yJAAFpkHpk0J1Hr3uGeDfj/ib/APFPahO5Mnz6&#10;0cg1697gzC5J+g4Nv9ifenBapJ7R/m6bercT29e9t8n1/wALWB/4n6e29JyK8DU/6q/6uHTGkEGv&#10;Glf9X2de9jZ0ts183lqeoaNjqqE0ACxKqwNv8B7qhCrLOzdgB4/5ehRyztT7hfQxqpNT/m6TG7s5&#10;DgMJW18zhBFBIwLfS4U2/wBsfd9PQuxINv4ehsoirq2P9k6RrjpozGtRKutStv3FX+pLce8bPcvm&#10;X6iWYLUxR0FPIuQdINPsJ+QHn10B9veW4Nr222QJSVlrw8sD504gevpwxrK/NLtqu7H3nlMbqao2&#10;vg5Q2Zk8rrA8861JoaImKaKTXKYWcWuvos3pOknDx22BPCACAh/1TWvwb8vza/5vf3AU24yyTiqs&#10;03qBX/B5n0pTqWfBijAqAEBrU14Af8V5U6qn3x3Ti9mtUyzz0tPTU/0DyLFFHFyONZsFjU2J5/r7&#10;CbuLqbJVuI/iGKBaRaZ4WEKlpKfytCfMQt9JdLqGtww/rx7HXKHM0e23Hg3xJHiasntNAwp89Jox&#10;FeHHFOgvvG2xbnFILSYGULSucZNaZ+z/AC+XQ9fBz55dabl3zVbPyFZSUx+4pp4BVzJGuVjp1n1Q&#10;07ScSKkoTUv9pW44uQW7q7ZOdwe4opo4qlQJFVnZXUSMrc+s2LH8n6n3IHNHMdnfbW6PKpc1zxYV&#10;Hzr9g8vIdA7lzY7vbb1pBULXNQcn8+JH+rPVpPyT7S2Nu/r6to6qfGThqSWVKYSQOscYiQadEXES&#10;gWH4A92U4uLz4elqBMsnnp4ZS4kMquHiQBo2JZWutjxx+fcGQzapri2kgYdzDhTgTxGKDFOhnurL&#10;FcW14q1FBkU7geP+r/P1ph/JucbK7tjytJDHAds1s1BHRpTx001LTjJVlXNT1CpEkpqRV1cpcyhp&#10;FPH4ACFznW9JlqgyKfW7h24AAY3vZmJH9L24N/8Abr7LdLuwQAUEYrTzr+Q/PjnHD0bdbG6pI0ml&#10;+J/YQP8AN0d7rL+YZQbewkNPXvJJNT0NPA6Ir6EjRI4AzELpRdRUA/S5sCD9Y0HU2Oj0+YqdNmYK&#10;9ubW+oK29X+IHt5t9vZNXhkiuMivz4EHy+09aMO2ovfJ/P8Awf8AFnpwzH8zynjDimD615RrDgiw&#10;IbU/Bb+oFh/j7f6XrrDQwiHSHJYcgNqN/p/uwte/9Lkj2lk3S+MjSs5AA+WKcfKnD1AoenEm29WV&#10;IFJNfXP+r8h0B2c/mLbrzWRhbFR6nkZoCksreJ0mGhSwi0FWVrHUG4H9feqR/Og6nxHW3yih75p8&#10;6KeSXZtLiKGip4PNktv5KkwkMkGcoY/HUU5SVlmM9lDmO6rzIWGQvJUaXPKG2bvcSv8AWW/ipWhN&#10;P1S6slVagUGjVWmNIOesOfffb5rTnJ5LWUeDuXgkxggNrjTRRyadr0DDh3ZNa9bvf8k3urLd1/AH&#10;q7LZzGVtDk9vZbf2356qpFochDD2BumponptTvLppaGeOI6uCqqQebKULZnfU/ae6juXdPfUnSXW&#10;iw5KXaNZicFX0+XyOD2fNTQbVqs80tTFF/HslX7qqlh0MIY5ZJNAAI9jO33LxdV3NfxeESQlUClk&#10;1Iqs7yKKNQmqioIAoCadRmZjd7y1jLulxt0Ea50AuQ8IkeNVWJskamoxOCzE06s6zWM+yxlTNi9q&#10;Y/c+TqpWp5aCuqqSihmps1U0MGaMtfX01YI8etLTJJLCsbmdadFCM1vYt4jryn/vnh6+p6tzu9tw&#10;7qxSZuq7JSi/0i0+7KbHxYep21uzK7fb+HS0OMqaw1EFKks1QrzwNUSJZlCmoW0Fy7NEhdioaUFX&#10;B0BdJZdQIY0Ph0B001YqCGoduvjNtwO33M85RpQ2l5/E1sAJfDoCFNApqx1HOR1mqMxiqKir3qc1&#10;hcdjaSqixSrLWQ4OPGPHSQmfGz5E1MsS1aIxdPEsJRCqj6eQ2KUFV2H2T1JuHJd352hw+46GlyNJ&#10;15kMVgKTCYqlx6LHjTSSUdTUSCTJR1E8VY0JVmLNIhk0otyrbbH9xblbWO128Z+oYtdEB2KkrVZC&#10;JK6hRXHEKBooDRj1Mz3W6c1cq7re843PhXsSsLJ/DjjXThShFaFqlW0/FgjVwBKZR4vbfVXaWEwX&#10;TGIgyeN3JkxV9o0wz+d3DmKWqq4aiuweaBrZ8jJT0M1PR1EDyNULBGTEEhYyO4KJ058VN64Lfu4s&#10;Bgd242br/cVHPXVuJoqbJYncVXl5BRZCkz1PmceaU0cy5unmtHC8sMFMVjYC9yZ7jF+7PGvDdLHa&#10;GTUVCHVU0LVkBAHA8PKqAEcY95Z5K3C83K52uG7Elq0IyGKk6QGjIAAp3KBUE0AIb4h0PO8+2Nt7&#10;W25HuPOU9RTJTVSRWkFNIkEzuaaqilJnB9NNKbKyq0uoFAbHTYtDkq+t211JsmtpcHTutbi4N1Ve&#10;OlmyVAlVRTbap6iixdflJzWSMtTR1dQrEs5p2cWCi/sMJZS2l9zDva3LhyhKIAArMTK1dNOABRVI&#10;qarVqsaicvqnvdq5L2KWCFULxiZ1JdEeNokAR3Yksf1HNK/iHAVBPIsJFitz95dlGtz1fXttyvqN&#10;qY6vU4qpRKrG70rmrq6gxdPBTigqYcpQ0YEsaL5qeFj+8SDeNuDs3akNQCMlTSxFIwZYnjdUiYqb&#10;F9RYsP8AaRaw94abJy9vce3RpFZv4i1wairAEYHDNK54V4+mUM0dl9VLPNcA62rXy/w8fy60jMF8&#10;F+yt47uzud3Dhq/HzVuYrTFC1DUeVlacz+Vv2tDxBpdKkEFiv6QOfaZXtXaTmo+yydJVSQxtJDEK&#10;mKOWoZQ2mmPlCpEzMLazwL/4cnkey7u0cabjtsiKTRjSqqfNqgkmn8Pn00foiXNvfJqCk0rjpV5b&#10;+XJ2zjK2hr8bLkMNBWVcdJV1M2DrZ4cfQTz04bIeCJSKspBM8hjj9bFALgsLcK/tTZuPp4JqjK0k&#10;c03+cRKmFzSutPJLK82h1Ah8iBCy35cADn2YW3K+43Tubaxd1GBVTQitFycmn5EkVrinVJLlIdBl&#10;uY9DUBIIxjgTXy/mekrt/wCEHyjzucr8NHhqyXDY0rOMs1HW0lTn6WbJUFEcfiIZaeqgp8zUUlQ9&#10;QizOsaRxSBn9PJdO4/lJsnGYOphx9dS1GhJAZJWQgftgWFyB/W39PY95X9tN0uL1ZLmEoMVzQcTX&#10;GTjFT68eJ6DO985bJsdnNLPfIWC/Kh+XGpNaA+fkfPq0L4Lfyoe5sfu2izvYK1lG5nhdaSkikiOh&#10;XjlUVU2oakiIIF+APevz8nPlk+TnrKTEVS/7tjUxSAKl7jV6WF254/APvJrbLG32WzSFMyUBPH5f&#10;8UOsHPcX3QuN/uZYLRytuCQKHjnjj5YHW2x0n0VgeqcHT06RCpyZjj808wDsmlQAikjjT/vPuqj+&#10;+uT/AL0/xzzyefyeTya21avJq1Xvf6+6+PL4/wBRjTWnUIeI+vx9XdWvQ/8Av//QtRKnUVJ+ioWJ&#10;AfgC4ILH6k+4yDjRrp5tTOnzyMDhT/OPXrNBQQBkGn5dB3AD5FA0gWjBNg4LEDSyl9dyGvf8D/eP&#10;eAluC7KyhmADKL2+hawt9b/7z7eCx9yxxlXIGQTSvkM19P8AJ1ttIFKUJ8/9Xy6eYtZAYsHHC6SQ&#10;xIBszc2axLc3/wAfz9X/ABGQMDBXk0D0jgkX9Sg/U8Agf1I9o5IgHBWOoJNRg+RI4cSPPAp+XWmR&#10;J4WjkXND8/s/1fl0A3dvXEO7MJVL4ldimqNh+tGAF2XgaV9N/wDGwvcce1fHKWZXDelzq1XBA4Ng&#10;bEnlhbn2YFUaA0WrgUp58c+g4Zxw6AV9HNZ3R01C9Uu7wwuV2luSppZUkgSOpcB7FFIHANjyof8A&#10;p9Le35THLD6X+pVCLDkro/H1HqP4t7CdzBPHMf0uAJHyrX/J9vR5YXiDSWOQPP8A1fmOhU2Fuqip&#10;pYJauTWQVVtem91AuCDfTY/4fT/D3hFKvkDsykayt7qQRpFjzweDbg+0CROysmlq0rTIoa8PX9o/&#10;wdHr38CJUHA8vn/q+XRjcp3Lj8fjlFFUJ6VCKqFPSQt7hx6rH+g+nvIJKeF2vZmuxXTY3Dqg+gBA&#10;bjnn2sTbJZI1KqAKCteOCfPjTOPlw9eim734AMiMAo8uNPz48egN3P3tkawvFHVuIwCERJCfqq8E&#10;j0ggi4v9D7lR1sRDIjOtxpI0ryASeP2zYer+l/bc21MTG8iKxBqDnjT/AE3y9fnnpDBvlwvwOake&#10;vSFoe1s5E8yUeQrIjMul/EzcpqJ0hlFxe/8ATn3nav8ACUHjkvIlgVF2IYgFeRYc/Xj2yuzpOHJk&#10;SiGpB4CgJr/mz1t91u6edPz69J2LuSK2h65jMhF0R2LBjyvP0bi/Av7xpWQFRJIhJW99Q4Ja9yFJ&#10;bi5uf6+3pNvnjbwopAK04HhT5/y+XDz6sbm6uF7lb7P9VOsLZjM5mMyVFPVyW1avKhFywJOnUeef&#10;999fbZVP6mKaRb9YLqptxc2P9fwP8PZvZopVRIaqeGCf8H8z8+iq4trtq6YznPSLymBzbSOUoZEZ&#10;jyGIUm5+pBtwwH+8e8SA6LqAgJsGYXHB1Fv0nj6/X3eV4/FIaTUwFSBg+lOPHh1pNrvGUsEz+3/V&#10;x67p9lbmngDx4+cA/U6GcAAamJKq30vz/T3weJwWIaN+AB619N7fUEkng/7cf4+3YpYmCAgqST5H&#10;P50+3/UMIZ9qvycjy+fSbyWzNwo7BoWA0g/RiF4BuR9TYH3EdJkY3X/WKDggG/JBtwPa9Ht2UaD+&#10;3/Z9f8vRbLt96KBUJ6SVVtfcKMVSmnkP0BSNwLfX/WP1/wBf3xAkFuCPVezEWNx9PUQAT7uzQmve&#10;CKf6uArTq8W07i1G8I9SqDY+7qplMNBUsQ19Oh/9jzp03Fvp7cKetqKZWAk9L34JJtrsGseRewHs&#10;pu7Kxu2XUoqv2eQNPn0ILKy3O3oRXHQtbb2t2FieaeiyEXHJ8M9hcAEtYEjlR9feU10gBZWBkN9J&#10;4va7WAuOLauf9f23HtlvWgT9IUr9tB6HPDHyHT11c3kanxGNP5f7PWXcOW3PSjRk5apHuSnlDBbW&#10;Y+kMtwRquePqfbfLVzS6iS17ggajxx9B/ZAC+zWGwgi0gAaaU4f6jx6Cl1eyu9CTXoFsvuGuqJXX&#10;VJqDD6k/m44uLAW/23vEtgb3vZwSb3PAJ+o49uPq7hSgK0GPs/1fl1SMuKOVPUal8wImYOQXJLHU&#10;b2ubg/TkfT3kadv0A2X6Wtc25HPPPPttLRf7Rh3f6v2dXku3AKA0PWeqzkqKYEZlJ9P9ALiw4vck&#10;n/Ye+6WNXlAsttSLclhzq/r9bc+9XsjRx6qmtD6Hy6vZR65UL5FRXrLtykWeuiaUB1MsRJJNyS/J&#10;v9fyfeLcNM01O4DLZQwZebmw1EKLXtzYWtcn+nsKBPFZSsZMh4ftpx/nmtKevUtbcBJbKi5IGP8A&#10;i/8AP1cP8SN80u2arH09TKY6RZlaaW/7cShLtqVtKqqobXv9Le0xgMHJZ3rYldXDqYtLMNMiFbMt&#10;gLsDz7MHQKqBG0sKZqK9prgnJpxr69Xe5W3jUsFBp8vL5mvQ+/Ij5N4qgdqfaVVL5KVlk+9jZkvL&#10;axKMmnSxIsPwLfj81C/zKfhJt7c+3Kzs3amCpIqgBlyqU0KgpUkFhUWjU6EnP4/Df6/vJz2t54/e&#10;kL8q71MXvVTVC7fEVH4KmhNBmv5cMnED329s7LdYJ+c+X7URzoT46qONch6D18/29X/fyHf5rVT3&#10;vBVfF/uHPy1u79vRNJsHNZSqWWpy2GjXU2KkqJHMs1RjraVvcmOxvwfeq7uba9Xs3cZVY2gmoqkO&#10;jaSCrxvxf6c3HsbXUb7feJMpNQ1f5/5usQULFWgm+z/VXraO93ofCTtH+9OzaCCaYmpp/wDJpoy4&#10;4kjCgqByeT9PYl3pY9w2u1vUPaVyeNCfX/L69T/7R72wV9tmfuDcPy6J78p9mx1+Khz8UCmSOPxT&#10;OFu2qNtQJtz+g/7f3YhOwdNa/leL8825P1sPr7j+FSp8Nz+zAOeHr6V+XHrIM/ACQMin+x+Z/wBR&#10;6rrph45nQm2hyvAtwTe5/rcj+ntimPJ/PP8ATgW/I+ntcBpr2gCnr/xeOiyaiux0CgHrQ4/wg/L+&#10;fSupLmNACwP1uPofSNRPI5N/z7aJ3IuLgfS/5HPPH9P6e3CiSaWKknP+r/V8+kEzaiwA4iv2U/w/&#10;7HSxx8f5F7AA8EXtza4+hv8A6w9tMzckf1HBuL2J/wAL8f0/w9mcUS4fSNQ8s+XlQnj/AJekcrUU&#10;ZqPmPTp+phewuRpN/pbi17gj8WN+D7gyNYX/AMfoODzx+Ra3tzQHqjDhw8xj/V69MyLWoJHn8/8A&#10;Vx/Lp5hAVha31P8AgbfUXPFvr7gubDgXv/tv8P8AE+3QvdR/IdJqBnZWND/P8uneMXABIH5/1x+b&#10;C5tY/wCPuO/1NgfzwQPx/wAU9uKa8Wx/q/4ofLphlOe4afl9p/wHGPLqShA0m44I+nH5/wBh+ePb&#10;dMDc/Uj8fX/X4t/W3t1VWlQQPX7OH2f7HSZl7WodLf6vl/q8/PpQUzqVH5Nr/W1yP68X9tTXuePr&#10;/X6fQ/61/blfwYrWuP8AL0WymtFfh8uPHz+X2efT2vH+uPof99fn3Ef8/wCP0uOeOBz+b39qo6mp&#10;HxDj/q/1efTZZ2DUI8OvD54r+X7PPqcnBXVfix9PANjYmx4J0g/X3AYEyDjgMDe305H+t7dfsTUX&#10;oCPn8/LIp/q49JtPcua/KuPT/P8A5+nlCNDL+Shve3q44+hBuR7GvbdKZ5cI0YJeMVCr/UBzBzcf&#10;0t7BO7MDaXqn+JeHD4W+z06lDY42ee0oo1UP+T/Ma/l0V3e+RjoYd1iYhYZUo3Yk2u0bVS6Tybm0&#10;p+n+Hux3qKgqUoqJphaJft3ubGzRyRycAjSNIHN/eK/NDwTbzRamXxPmKggjJ454iny/LITZyYbF&#10;vEb8B41Hkcev2da9vzw3zj8btDsZ6SWNZpdt7lgjUOupnlxtXGyKhfSxs3P9PZn1IaIafoeWvb6s&#10;FPB1Gw+v9Pr7JHBWVtXEYH5V+X+qh6CKYDgDFOtR/g07BRwyksWI5JKk254+n+HtvqOAQD9WF/ob&#10;i1jbj839mFpVmrT8OPLogvKB29egzz7BGcC97+o3BHII44+nvlFYovJYjgcDjgC1xY2v7buQyyOa&#10;ADzz/qHTcBDefHrjinVhEpJJZQL2AFgPpfgjn2q8cyw0jTBigIIY6VtYg+p9fpA1A/n/AHn2AeY3&#10;OsxOoNOGTx9BpyTSmKfbgdSRytAplRiR/s/Kmejr/G7bf8a3Li44UZnkniBIQWUl/wDOOSOFuLXu&#10;P+KU/wDzQyUdRl6s+XyMym5B/NhyD/r/AOw595MezNu0e0x/pBACaV40+f8Ag4noCe9E0fgFcUoR&#10;Wvp5U+0EH7PTI35f5X235sVsuhiKtoVKdgeQCdF2tcKCLMP9j7qiEn+5Q/W3kb63/wASfrb3kjZy&#10;ZYAAUz/m6wluGBujwFT1eIV/yUH/AGgj/bqb/wCt7Ucn4H0+n5/2P+sL+zdvI6qr1Q1BJqCOmpbf&#10;4/7Yf1AH5vb201Q4JA+p/wBfj6/n3tFYKVLYpXpPNlWGceXl04QsSvP4PH++/wBf2n6pRc/T6XH+&#10;HA4v/vHup1K1AekLDHTjHfn/AGH++t/j7amF+OOSTY/RgPqAObW9qKVGRXpmlQTTBGOsntvkU/kf&#10;4/639PaeTtB0nH+r/P0xItB2tUf6v8/XvbFUKQzf8UJ4+g+lrfT23o1BxSreWQP8PSbQwrjNepcZ&#10;uOPzb8jj+v8Ajx7bpgbCwP5B+v8Agf8AD20IxkeY456rwJr1l9stSlmJ55HP00j/AJH72ul2JAOr&#10;/UOmyMgg9e9t7C9vp/tyOPz/ALG3t5iQKg9NPqABU9e9xZV/Fv8AGw5/P9f9b3VqajQYr1Qr6AYH&#10;+rHXvcUQtNNDEOTJKq2/NibH6e2XouoHiMdUVQZAhNTXr3uzj4q7MilqcdLJENERjkkOn6KouWP0&#10;AIHsNc1372G0XCoCJGWgPzI4fmQesjfaDY1uLyKV07Rx/wAP+b7OiGfNjf77b2LkKWmmK1E9O6RK&#10;CA3kf0qODcn1e7qdh4xjTQskYQSBSoIJZII1BjAtwLIfoByT7wr5iuxPfy6zqCHTg4LHB45NT51w&#10;AOHWc+02yxQJ+mdNP9XHyFetWrvbcyYWjrlkqddQqTVVU73LS1cxLyFyrAgI1x/jp4H9BwpIiESB&#10;EYlAAbhjyuoH8fXj/Yn2mtoY7aE3cjAauGQMGh/y/l/hDe/XzzXAs4X7FNTT58P9X5da6vyR7JyG&#10;8t3zbfpKiZ6ammMlUFJ0tIf0odIswH+Nv8b+3mmR0WxYlRcN6WKclgbg+k2t/Q8+0l5NDI4Ggajw&#10;yK+X5jj6j9nAut4Z4lZ1rqpUEY6BHGYrMY+H7yB54zGQ6TQ+VPG6sTrUiwDAgHi/Ptsemp4pGmNL&#10;G0okbTIY+UDAXCjm1yf969qYre3cgpRdSZAp3Zxnz/2Sc9Wl3/colEbtkYritPtFK9KzI/IzuOHD&#10;Rberd35ypxdK3jhpZKmXxBUACB1Qgy2Fv1lvoPbhE/nUJM1kKFdMLyQuFZGRgkkciSxvpNwUKstr&#10;gg+0l3bpBHL9OhDHiTQjjUHgRQHjWoNaUI6tY3xvJx47AsR5+vTVsredbldyY+syktHWVcNRDUUs&#10;eSoaPKUUk0bArHV47Jx1dBXQMwGqGaJ43UaWUgke+q2qpoXYSyomlVsxk0H1J9S9r6CLg3P9faGz&#10;noEQgkkmoIrgH0rx9KDj0cTbVrXxEOl+OMU8/XoeB0LuvdFM2Y2/RTLKJEmpnxyyUrLLqWRJKd4A&#10;viCkjSF/SRx+PbEdybbp1cSZWjMSKNd50Cg3IbgsSfqP9gPZ49vuc+mSO2YTkmmDXAx5fb+Z6K12&#10;rSyyTSDRU8SOoGJ+HPc1TkqaOfYO5KiGqMb+U0MsoYSOQXNizvrvcXA+l/6+yr99fI7bm1cLXR0e&#10;VjkmjZkCUxRden9J8itfRe/+vb/H2OOTPa/eN8vY57uFo7PTqOok/b2nzOPSgJpw6Q8y867Dytt0&#10;qCZBIBwBHEDz/aMU62Of5bX8tbPz5LDVma2PDRyvFDUy5DKUKBqYsFNkV1ZmkS1iCB6h/T3r/fIL&#10;uXH9q1m9Y5cFuXLV2P2bUZKbMUNPDDicZRY6pkoY4KXcc8c64rdIpsnPUUsmlmX7cHglb5P7dt9p&#10;sW3ybJbxyCPw3YkChNahtMmdL0qyj5CvkesKOcOaxzbuF9u0luzywovcaNGEQmgNRioY5rmgGT1t&#10;59N9VUfTm2cVtXFTUkWParrKqSFC1PLLX10MUlQ8UKFYXjDUK2jVRYOzXFvVT9snYme2HncV2X0z&#10;2DsnC1tRDic5WtvbI0uc3Rj8nks3JWUmEakYVWS5x+NEcskMXklE0jE6SpUhj2iWOdrzabqKNnCl&#10;hKQ0tWOoqc1Apg0BrVtXl0DYN5MUlpdXgqYGHhmMqiqVqKhdJ1OGAJoAABpwCajZVQU9ZBPRVUXm&#10;p6uCannidW8csEsfjljZltYOkhH1B+tvp7sF+RHzAou1NibZ2zuDfLdO5ymyFLQYPEzbk3DQQbrx&#10;FLm/4lSV+SqqGjL4CTNoaWKpikhaFYIfHfxrqG7W127Zrec3G4LHuF1Kkh1NoJCaQqqUFQDRidQO&#10;XYMfMjLf+ed553trW2iikiS0GjwxraOSNixMkgParfCB+BQq0AC9A/1r0ntTq/M7uyuFo6Sqqd3Z&#10;w52bIVOPx8eUxrDHUmOjxNLWw06VE2MjMdROpdjJ5auUsXaR2KJrd1VfRdV2VV/IzZG0sd1fumKr&#10;lw9FhcbT57IQ5Waugk2zPlsqXqVylbAKCh+7cQFHEy6WbxmMqJNwube3F1cw2x2kOD4gYsWDNpCs&#10;FDFiAagkUqFoTRj0T29sdt3G72zcNpkLXcLhY6oSkukSRsr1ppUgas9y1OKkdCBUeTPU2LrMFl/D&#10;NQ5Olmnd4qiOKrpI5npMtRVVG/idJJaYy+PUt451U8Wv7sB2B2Js3IYakwGF3LV0eYqqmolmGKrq&#10;p62JqfHY2u28+MRsdPFUYTIswUBfGGcMCASQDSVrOd3u9ULW6gL3MKDUxDUqa1HDGDnTUqaD3Y95&#10;sVsLXa7e9mj3JpmLaHYODGqGEJ2PWKQ8RipU1xToHN6bRz9TuGuzVVhcPmcNQ0GLWmp8nR0MmPqa&#10;fIVWQptzPXa8pSSxZPH45hJHMySR+NwF1MGAfM73XUYrpbfu8t17a3Xt3M4vcG49r42n3Vi8Ziq2&#10;XIQZOXFY2swtRjnkTIYNqSUyU0syRVE1MPI9ySSV2Olt/is4FKRJ3NqOoMoNdQye1yoCmpqKVApT&#10;oSbzzPPY8i7vuu5RTJuZmeJA6BGVzhVUgAssakipUMdLdzfEQ4xfWePk7N2tRbcyuJqNtU+Mos3X&#10;x4vJVGRirqCDVLUNkMbPUyx0D5LLJGUMMjxICAI1ACiv5/l9vN1v/FqkaW9NpnHp/F7k+xi0lpUp&#10;9MgX/S/7Ga/6vnjuefeY6ADc5P2no0S9f7MUsw23idTfqY0UDE3/AMWQn21zfLPecjOwytVd/qwn&#10;a9hb63twPbTS28mTAgpjh1peeOYCGruMuo/0j+zj1Mj2dteJUVMDiwqfpH2cFgeef0fXn2y1Hyg3&#10;lUahJmKohltpM1/9fm9r8+2Q0a1VUGn7P58OmpucN8nqH3CQrSmWP28K9TYtv4OAgw4nHxEfQpSw&#10;qRxb6hb/AE9hNuzujcucR45slVur3BBkcgA34YXI+vvf1DUZY8A+nr69Edzul5ckmaZm/P8A1f5e&#10;nOOKKIaY40jH0siheP8AYAf09gjW1lRXSNJPI7k3uGN+Sbngk259oHV8amqT0XGpz1k9t+n1X/P0&#10;/wB8fdfLTiv5f4et6uzTQV/Lr3v/0bUjZiSAjEoOLkj1A24Y3Fv9Y/X3GFSgAZmUBz8uB+Qp/McM&#10;evWaAAYEA0YH8+kLTL5GKrZmWIG3JuCpsWBP1DA34Ye8Eh0j6FRa35tp/rzf62v7vHRvMNn86+mK&#10;fZ9nVCdBpxzT/L5U6eoo7FQLqTzaykcm17NxY6bW/Nz7jiYRnUHGq114JBB5PNiCPxY+1DozgL4Z&#10;0k5yMHgOFM+dR/k68ta/D/xfUsUkVSrxTKDGy6SCBZgbseCL35AP+8W9qmgzwA8c1idN+VuWIX6c&#10;8CxH9L+0UaPBp0E+Hqpg4Ar/AD/wceqT2sF0hSVBqA8v9XH/AGeiqdz/ABnxu9FqK2ipovuGVpNe&#10;hRKxUX+hGn1A8cE/Qf09qWmrYJVDRS6OBcEk824B4B5A/r9PbrzRk0mUMT+X+cfZ/mz0H7jY54+6&#10;FjQ/6vs/1V6rr3f8ad8bbnm+wpqoxoTpQKxKhbgAghWsABzc3v7lCVpmCedGjBI1hjoHIB4AJBH+&#10;tb6+7E20MZkWMiY+X4vPzNAf8PSB9t3Rmo1a16CCt673/wCU09RRVhCkgsscjKLlQbAKwv8A7D+v&#10;vLeCHmebUAeNLMqMb3ZWsNRvq/wH4v7RTXwKnwECtTNaEjGCM04j5nzp0/abFIW1zA8fP/N+XSt2&#10;l0Hu3N1UYkx1U+uRRqkDolweVb03B4+tgPxf231O5KGj1lPEy3NmF1a5P0/ppsfzf2WSC5nVa6w3&#10;oeFAOPrXyxT59H8O2WdqFZwCKfs/Z0d3rT4W1NZNDLkqZWV7MQI9POoEAmwUqwNx9fr9OPaQquwo&#10;0ZVBQlWBQrdSD+LEG4H+29qYdqujrK6qMDUEVH5/6j0qle0VqCNa5rUfLj/qPRz8V8INrvBD56GL&#10;SkaMHtEt5AFBtxrUsP8AAX/1vbNJ2LJaygXJt9CbckfXSA3H59rhscxkBdmoB6gVxXh5H9n+Dpo3&#10;kCmnhKQOBIoMj9tf59Lmi+F2y4YtP2tMpBYH0rcLcrbUFPHI+vuI3Y05vZDyfz9NJJ4NkUXDH/Y+&#10;1H7icUBlIAH86fNj5cevC/hWoMainqDX7TXPr09QfDnZEZB+ypnbliWijLMASxJKqG4t9OPcGXsW&#10;o5J1Xv6ib20nn0qpQE88cH/X92GwPIyhGwOA+fzJqfLP+U568u5DSBpxjhmmftr0s8d8S9mwQ+M0&#10;FM2tAL+JNYABGngW0gm/P4PuRF2ZMpsXsgAAQWBvbm9ipB/1j9PbZ5ZmYEgd5JySSPlTjj8uPVfr&#10;o2Z2kjWh4V/1U/l01ZL4dbJqdRbHxMLEgiCMEi4LC4Qckf7b36XspgpN7MVsAzEjVfUxH6v7Jtz+&#10;PamLY5qhSx8MNmgoaUoAfzzj0PTZ3C2oKxKBXhSn5/5uk5F8HNnSTXXGRtqHpvGjBWLEk2ZB+P8A&#10;iPacre0Kot6TfhW5DqQVN+CT/S/syi5b1ppLaRkYpwIpn+Xp/h6T/vSMBtCgDT6fl9n+WnQrbb+F&#10;GyqFRK+LpS2pW5SIgMv59IXTw39D/Xn22R9n1mpLt6btxcgXve5NrHg+1MnKx/UDE66DOT5f5+Hl&#10;0z+96OU0+v8Aq/w06XcnxD2UYNEOOpgbEgBUW4uLjheSbc3ve3+w9rTC9iLUqonYAakXj6BT+q/N&#10;xz9fZfPtE9hI2ipFCc+ZHClelX1dndARyIDnz/1f4Oin9x/Bfbuco50pceglY2j8cSr41c/qNl1E&#10;lrA/n/W/Kz/vjh1Gp5I2LICCjH68c2udP+t7R/46y6UiKsGzUfbitM/b0hbZtqMploCvpX/Cf9X+&#10;Hohzfy1K+XJvMI6h4RraM+Nk1MCGFgRcEKTwPb/js9SZGN1jZShIZQNNtC2tqbSPVb+hH159l7GS&#10;K4hLqfEyCc8TXgK8K+oPCo6US7TaPbsYRQiv+r/DToN+1/h3V7HwtXNFC5MERfTojWyRqSSxULYh&#10;R+fpf25PGRaQA6GAYfm39oC4/HPsxjmUhoS36gNP8nD8vt6j29tGhmJHVY24cFLRVruFYKGYMv1s&#10;ytawP1K/j3KpFZ5DpUsq6SxBIsP63/F2t/X2ivmWOPU7Uc1p/wAV9lelu1RPLKopjpQ7LoKitrYY&#10;442ZNUYBHFrn63NrkH/X95as+RQqheSrNYj02+osQDwifjm/+HsNyTLC/dUtkD514ftLeeKUzWo6&#10;lGwiMMKh1r/qFP2/4KdWSdQbXqExxecmGDR5J5L2KoqBtII/BEYB/wAfebSyU5kYFHUOy2N/rp0g&#10;i3CnV/gD7e2/9SdI6goaA1/Ov54+dOije7pUicV4D+f/ABf+rHQOd75ikpTUw08txDrKsCOTpsLr&#10;YWBvf8A+0vndv0W8NtZ7a+SjWSkzmNqaZywD6HkhfxuoItqSQhh/iB7E4vpdn3Pbd3tm/WtpQacK&#10;gEVB86Uwfz6Bm2sl2byxu+6zuFKMD6Njh8uI6QHw7783J0D37sXtfb1XLT1W2t0Y3KnTIyioo4p0&#10;Wto5dBH7VVSM6n88+9N35udJVGxd/wC4aOWlMZpshVRkhbatMrWbgAEMgBuP6+8wJp4d42u03WA1&#10;WWNWH5ipFPKhr5DrAb3A5Ym5Y5l3Db3TCOdJpxBOD+fX1kOgO18J3f091/2ht+pjqcbu/bOJzETx&#10;vrANZRxTOha59Ssxv7T/AMHd1z7e3zU4CeUpT1xSenS/AlT9uS3P5Ug+zTYWNxtm4WLirL3AedPT&#10;OOIx01yPf/Q7/aMWIR8H/AP9R6UnZuHXNbLzVLpDOlM08dxexi5b+v8AZv7vlopfuKCF7/WMc3H0&#10;tcc/0PH+w9g2dVW6krkavn9n8vLrMSEiS0jZzXUOOePy6p8y1K1DmKqELp0zOCbAEBWb8DkG/wBe&#10;PbfOb6vp9R/vH+JHB9uoCFXBHHz/AM3TMwJOpRRaeZ45+R/1Hp6oeNF7m9iDx9TcsbX4+nA9sdSR&#10;c8/1PP8AtufqR7URxuwWi00/5/59E8rAHFR5elDU+tK/tp0t8eVRLDnVcc8/QH+n0/H+w9tElrk/&#10;g8C1/wDebm5APszRXK0JNc8RnGf8Az8+krV04OKZ8/n9lT59P9ObEAgCwBH5Nzbhb3ve/wDsPcZ7&#10;EWN/wOOP9Ykn/W92YP4pYAVzx/wU/wBX59UckAllyK/8V/m6cYmsFIY/jkW4/ob/AJt7iMPr/X/X&#10;/wCJFvblFwSTTpPpB0GlR5E8fn/q/Lp0iclRwOODbgf4cH8H3iKD/H8m9z9T/vv9t71kk4oOH5f6&#10;v5061IrMTTMdKcM0HDqQrH68X4HAtwP8P9f/AHn23TCw5/PH0/3v2/lqafLpHPUsVGKfs/1U6eqI&#10;3P8AS/5/qP6D62uf9uPbTItjx/xH1tb+n0FvagknVUCta54/6uHRbKKltYGonH2eXD5fPz6UETXQ&#10;c3FrG/8AX/Y3/wCKe4cikj6cf8R/vX49uwuFbTXur/P/AFf7PTRI04YF8/6v5+v29T0NibcWA/2F&#10;zY8f4k+4RX1L9eCP8fyP6e3ZKhT5in+fpKBkYxUZx/hoKcOneNw0bWtyp/wH0H9SSSCf8D7M91Pi&#10;/wCIVePuuoJqFufq5Vubg2uU9xfzhem2srjSwBqD5cKEeRHkfnwHU18m2ome2NAaA19fLhTogXyV&#10;3EmCxeeLuYxPDq1AkEeITC9wBwNX0/Pu0PZuIjo8VTqi6D4UJKgqyt6W0kFdK3A5J/FveMd20s97&#10;4ziqh8eYIzU8a8eAHz6myeWO0tCGqDpp+0cetPD5q94R1Ob3Pjv4hJPK4yFHo1MAnnheIKFbgsA/&#10;1awBA9iBGGZWuRySoBta4SMcnUwvqv7TTlFKgA4Fa59W8qA8Kf4OgaCCrevVPly0LnUpLXUXsFNl&#10;j5JLEBr3/wASOfbfMOTex5NvpwAefx9T7MLVwK0JpQdB+8oC3QZZ9fUxP4JFrDizc/T31DcLYeq7&#10;Cwt/Uiw/x5/p73d6S+qtBQ/6v+L6bt1yNPDqPiImLR6QbXUiw/rb6m/19uWaqZabCyGMAN4UCgAX&#10;Jb1W+hP0U/kf19x5uYQ3ihiSNZ9fLHrTiR5HzHl1LnLMRS1aQLV/5+pHz6uC/l+7VpMzuuCepEYW&#10;BIm1MFupOl2vdbn0jjn88c+6XPlnO0uXrSWZhrkA1gg/gi4I44P0/wCRe8svahCNktwVGrTXGfUY&#10;/wA/meHkeoT942kdGGolc0Hp68fn+fW9b8AaOnpdr0iQBUjWOEKFCrcD/YD8txx7rOkqRHlAOLlu&#10;Pzf1fj/Ye50syAAtT5n/AFfy6w/uiFuOPqT1bAi3p1B/1A/w+g/4rf2sY5RNGHFrj/ercX+ns2Wh&#10;Uev+HqoIbhWgPTO6eNyPw1iCB/jyBx7iTjjj+hH+xP5N7/n3dRqc04A/6v8AY6sRk5Hl1KgItb82&#10;vzf8H/Wt+fbJWRgiwFvx/wATf/Ye/Ggoa1z0VkEH4scepsRt+f8AkX+w9s7JpNvwP9h9ef8AbX9u&#10;qfMjPVCuK04V6le4UyW5/r/yIXFuP959+Yg8fL/V/q+zpPUMG0nh/q/2eve2Wpi/obkj+luOP+I9&#10;p2oNVB2/6s9JpAK/YessRAPP+B/23/I/bVKnp4te9uf8D7b00Ycajpo4r1KBv/vH+8i49tE6atQ+&#10;o/x+n44+nuxBU1Ve6uf8/WjQ48uu/bS0dgbj6C/P5/xI/AFvdlFS7EefTVfL8PXvceRR9foR/sb/&#10;ANf9fn348QrDqrAN2nh/m697cdtUf32do4QNSiVSbckEkC4/1r+0zHUy8Stf8HTtlEXuY1K+dPy6&#10;xTNoikb+in3dN8ZdsmLGUhCaXqXihU8foNmlF+bekEe4m9yNz+mt52bCxRk09GyFPzoSP9Q6zW9o&#10;NoWC0gm0ZbB/w/L5Dqlb55b0SfLNQGXXDQxSVUiqbAlLrEhJ+gaWx/rx7tf2lRR01Ki8AhFK8WB1&#10;C5AJFgLfn/H3h5KJLi6jbiCc1PpitPXrJskwWshHEDj+XD8utWz5cb+eGgzr6yhSKdgVVv0kMT6v&#10;poUfjn+vtfU8PibUHBcm6+kFTcWLMCLf0Ps1u5w8QTw6IBQ5NQB5Cn59AGFfEvHll+Jm/wCK/wA3&#10;VD+OD5DclTkayUNNWVjzXYAg+RxbUpHJUW98XkNM7tqYKFRQtiwJ5LaVHCEvwODcfX2H55tegsoJ&#10;JJJrSlOHHjjJ4ZoBXoZ21tbyWyhgPtHH5f6vs6PVsXYmN3JgI8fBBAzRLK4k8EImZ6lIg6PUKnle&#10;NDENKsSFuxABZrxf4tRyJYkatQJJKjSQSpDA3N7f0PH+29vrPNbudZIWlOBNcVFCP8oz+0dMTbDb&#10;XFS2GJJ+z9nXHMfEWtzqLLS0zEzfuKE0IPWdOpgW1EkNcAXt/X2ls5vHDYGOWUzNJ41diotp5W4/&#10;BYWB+oHs5s5pdyVFaCkjECtfnTh58OBOfs6LE5etbOf6p7k6Aa0+z0P+en29K7qj+WJv7cu66Coi&#10;y32WOEqT+Cemczn1/pjYFEAAPB/2HusX5L/LeqwgnocNViBmfxlk4cR2sLHhrsPqR+Pc8cje3W3R&#10;wvum6wa3OVUnFf8ABgj8uos9yvc5NmV7Kzf9Umh+Q8wT60+fW3j8Cv5Zu1cNgcRX7zolr0oaOA2m&#10;iQLUVKx2DMgUlo0Jv6r6jz9Pdcu4/mTnlJpIslKyqtpGDv6nIu4vqJsrH8/n3Me37NssOlvpFMh+&#10;zHpgU8hTrHXefeTe5v00uAAP9RI+0/Lq3DD/ABC6hxk/3R27RySqw8YaGHTGiiwCgo9v949lb7A+&#10;RGY3GZo2qXdZVIN5HZv9Y/gj/ePYmSeOBAkMYVQDSg9fn1E29827hu0kj3MrMCa8eh+23srbu1Kd&#10;KbC46npI0Fh44kQ2tbnSo/HuF1TvLb0+y+xcNvBMrUUe7Mpg8AtNimmLrHmcduCOsraqKBJZWpqS&#10;npdT2Q/j/AgumlPiQyMuqPUQRSuCDj0AOc+XqOl/LF/YDaN/s79nb6h4lVVNOIlq5w1Qvbjz8uvZ&#10;zHZOrze36vHmhRcbFlZ6iWrpvO7a3xiR0tO4eM08lVH5AXv6Qv0P09kszewO4ejOwN1yYjAbc21s&#10;TamYpsbtbdtTHR1e6d802SqWxuEqkNWJ5Y6mTH+WZVWKAU6o49RF/YcjTdrO81W9nbptwcKG7XkI&#10;p21amCAPT1pXBDe9bbb7Sh8O6uHvopDllCx6WY6WQMKnUO7HlWtCAOnvG18eUoKWq0rG1TTxyTUw&#10;mjnammKIaikkkhZo3kppX0PY2JH9PYvCTaWaoaWHtnN7e3HvrbuSpceuOranFTUldW4jGVZpqHMT&#10;SUQosbFUVCJBUSpUADkOLk+zVzbXkKxbjJFNMCTRtFGYKTmvw6sk0rnBFBkqgnWN2kuJyLpSFABN&#10;CFBoGPpgAkGo8wepZBUARKFQhmJAAILuCWUc+qxY2Km5/wBsbU4urNp/IrqTHZrfO0dlZXqDc+Mo&#10;cDRPg63I5E0OWpK1GWmfLtSwSmCqr3AiFO6shhUki/pDr3O32078vIySOyeIyMVIaIgkFKUwpXFA&#10;KMCc0FMj9o2f+tOz2fMF7ZQQbLRYopIWcyxTKdOkuRq0uzFaKaeuOiWbg7Sp+v8Af+Y69wu4twZn&#10;sulifeOQw+dhxEGM3BtmrplarqsVT0VZTosuDpqKMyTSxobyEDUW0+0FsXqvsfZW6tuR7D2tPjcH&#10;QZbFY6B6dYWqRRbfoaCmioMmtdjK6qrdv5CaNk0hYWjij8juCQSZ3LbNY7dco8gSy0MzdwFAQRTg&#10;fMkD4SCFIpUHoK7Py3zhZ75t17tNhIoFwi1IqT4SqCHqpJjbzGkdvc3r0K28uwuqM/tTNYndO6MO&#10;IavAVcsoTIRQPFDkIqlYHx08dakcebpoGXQY5fJ5TpjJOoB6+dWSyC9HRYbP0VBRZak3JHBUpjRV&#10;rST1y5CaWkrYTPdDfFvIkgQ2WQkf6zPLVrCkl1fwTM8EsalK07VoARTiO4Y1E46N/ea+vpOTrOz3&#10;K1SK4ivCrhAwRnBbSykgA1jJrT8RPQTfGLFbf/vpuvcm2cplMxg8xtzDyYapzL0EmRoqJko1rsbV&#10;NSaZmP8AEKcSxtKupoivJFiaTCgtbi9yAB+b/wCP5t7EJOk1pgdYuAUjJPDj0dz3HaMG4+v4P+H0&#10;P/Ej3VqVx1ruweve8fjAtx/sbDmwP1HvQVWqSc9eArUk9e9xJYgSQR/Q8cfT6XBvf22w4gfl1ugN&#10;ade9x2T8Ec/Xi/8Asfp7qO09uD/q/wBWOq1K9e94fH6vp6bf1H+++v8AvHvVD8Ve/wD1f5OtV697&#10;/9K1NlK6yCNK6dIFh6LC9gRza/uLRJrEYIOtq1885/Zw9f8AP1miCaLXifP/AD9IqlQK5t+oaADw&#10;AUsCB/aI/PH1uBzb3GlLKpOnkAtcXtp1A/U8/Q2+vt2Mo76Q4pgfOtCPy9RjptjXFOHE8f8AiuHT&#10;/TxFR9CRy6sACArPqut/1Wv/AK5t/t21rob/AFGmwJIBuTyLkBdX5/IN/a4MJFYAd2r5+mPnQ/tx&#10;1YBtJFAQD86/7H+xw6d4EKmMH6aQbA6bgNyLHg6T7hySFpGCnSfyQeCLix+n1AF7G3t1I1SMVBIP&#10;D1rn/KaVFf8AD0w5Ct4YJIyag/y/1fKvTxDHqsDbi97sQdP5+pIawNzz+PfkytVHciUG2k/kH6r6&#10;dQFgOLf7f3V7GOoXS2nPn8jmhzXifLy68JXVCrPUU4eVfXB4/b13LtzDZRf8qoaWTygq5MSNpaxN&#10;gy3BvYWv9PcuLclahPqYjSwFm0gekgnjSG5P9PbU22x6B3UowrxJ44HnT7a9WFyxoAtRUf4D+fTQ&#10;3Ue1qyYWxVGrFGIBjVRyLar2F2H+xv8ATn6+4s25axwU8j/6n6/jgXJJNzbge9/uuDMjRjhXz4mu&#10;BSn2n/NU9NvctRhppUflwNBj9uePSixHVmCoWXwU9LGQ3pK00QJUAAMWIazEfi349sFVXTTnSX0L&#10;6ri5PBPHIP8Ahb2tihjjVm8PU+PT0z5fnX7BXpMZmK6tJIH8qj0P7fOvQp4fA0NCVEUfqFvV/wAh&#10;f4C+mxvb6e2t24+gu3Nza5IFyTxx7UhKhzqIVfIA8Dw8/l9nl0w+l2NHz8vz+fHpbQIQyAFmP9oF&#10;/SLW4HADC7En/eL+4jcj6lTe4B0m5Jv9R9fp/tvbgenlVeH2ft+3ptWNKvwr/q/1cenaKMauf8SO&#10;LAiwv/gQf6fj23uxLAE8EEfm5tyTxbm3+9e30qFZkGeP2f7H7ePHqgZmQkmtcfsH8vLpSQxLoBYf&#10;kfQKBzcEDg2uf68e4kpC8Ajnki4vcAC173t7UwMZGDMDgcafb5cPt48fLqiSCoUUKkkep8+Pl/xf&#10;TrFGAt7DUDpB/wASfUeQPUbf7b/X9xJGYhgDxqGkah+f6/Ww5PtXGqIUZuNDXj5enDPD16TMH7qs&#10;NNeA9fs/w9OcKBuCvIuRqX6glQfrfi5PuM7lFIZgbcC1iTe/4+osR7uB41DGtCeNcAU9D/kr/sU1&#10;DRQrwpx8v9Xl+zz6dYIwr2ZQBwRY+rWV4uBf6/8AEf09tMh/rxx9Lmx5/wAQPyPr7MAe7BrnjTIx&#10;8q+XAfZ00XwTx9f2f6qdP0CgRrwP02sW45vYG+k8E/7D3EY/QC2ongfQ8kjix/A9vqg7mYt4Q4n9&#10;h9Dx6bNckn/V5/Pp1juAC1voNQuLWFifr75LUTRcxysDa91Nv+KjgW96a2R61h/T9CT/AMXnP+Dy&#10;6orlAdIzX1p/q/1V66NFS1QAqIo5CTYMY1PAI55/ob/j/X94jl67yKoncWKjgn6/6o8j/D3f922x&#10;ib9EGp/l6f6vsz0011NrEasakjzH+Qf7PUqPa+GjjeU0sXEbaiQguQuq36SOeeT/AF9j/wBeSVTr&#10;H5XdjpBsT/R0bm3pBJ/w/wB69x5vMEAuNcaY1AfLgQaeZAz54+w9C7a9TRSCQngfsGP9VOq1fmJ/&#10;C4dv5qnSKmhDUtXqZFRXAVQwXX+oD6D2YnR5IUJ4KKgFrWIFzzfg/wBf9j7DscgjlIB+Imtf9WOg&#10;xfQiRnauOP8Aq+XWsbvHFo+RrmXT4xUS20j0ECRjYA/Vbc39uFOieNiDp1BWIHKsDqChgBww/oOb&#10;/wC8lG4SS6lXTUiozxBxWmeB+eKefot2mOJBUKA2P9npSddU2LpJxPP410NG4XjQwubBhpK3/qP6&#10;/wC399+GMsXYkBwrKTcoQbqR/aHA5A/Fvzx7LBBKzqaatJIIwD5Een2E+fyz0Jpt0gt46kjh/g/1&#10;f6vMyuU7jxmDwE1DRtEjvF6GB4JKhWQkH6m3FhwP95bK6r8zBIv80vA40liLAlwvAseB9OPYu2rb&#10;Raxa5B+sePnTzxX9p41/wRpvG7NduY1PbWnRAOx+wZ9w1s6rMzq8jAktzb/HSRyP94HvHSSeOxFu&#10;JF59XHBuTa3Nx7cv4TIfPKnGPX/Z6QWUrRSIa4H+r/B0l9tVz07xScjTKjaueCSObj8XHuiX+bbs&#10;KgoMtHumnpo75/EpVkRxjmpgLQS3OkXkYKCfr9b395C+z+6Pe8nzbfcli9nMUz5hu5fM48hw4U9K&#10;wz94jbYWG0bysf6s0QUn10Glf5jievo9f8JvO9Mn2l8MajZmUqnqZOrtz1u36NpJTI6Yqpip8nQR&#10;BW5SOJaxo1/Fo+PyPevn1nvCo2j2bt3I+F44Y8vBBNpIH7VRJ4GBFgBbX/vHuQNjvlh3qKL4Ulqu&#10;fM5I/wAGOsXLKd7W4trtaVRwafYf8vWxBVQJVU09M9ik8MkLX5FpEKm4/P197JWwsomb2xQVsTAi&#10;Wlie/wCf0jg25Fub+0W+QLZ7hKhqQXqPzyMf4Py6zY5bvlv9ktrlKnUvnxHrX9uPl1T725hJNu77&#10;ylDMNIjqZNN7aWBJ0stzexAFv6/n291C/UfT6f7YXNz/ALEe0EJIPdmnS9qAMHALcKfKuflWvSZp&#10;HICkEi1m4Nuf9h9L39sk6csfoP68/wCHH05B9rAe1DqOojh9hP8AsdFU8dTSlD5fn9vS0oJrCxAt&#10;9Dcf6saRbm62P+v7a50t/rf4Dj6D6nkn2qhkZw2tc/M+pzTiP2cei6RB3Ba+RyeHrgevSjp5OVCk&#10;EEEWJ5NuQBcr9b/4D3Abgcni3J5A/PF/p7UjU2QATXFaef5f6uPVANQUVBI/1D5nHy+dOnZTcfn+&#10;nA/ANxYAmx5/2PuGxvf6f7Y8f0/N/bmgrxqf2f5v8nTDLpIp/q9f9X+TpwgP6RewHNr3+oAABNx7&#10;wubfT/XA/wBtb/be/FjmozXj/h/1f5OqPIyqTXgaeXp/s9TFX/W/A/1/rcD/AG3ttmP0H+PP++/2&#10;PtQhGW1gCn5/6sY/l0ikcMSQcgf5PQ/yI+3zHT7SJZR+ebD+lgb8n8/7Dj23T6bjm55+vAHPH4t9&#10;fd4QzggrRR8qn/Uf5V6RORQBRkfn6cfXHT1DqAJP5tbnj6XP0HHHuGw/P0/P9RwP6f0IPt2MagQB&#10;n/V/P7cdJmJIPA4x5f4KZ8sniOnCP/EEWIBtbm/0Jvf8j3CYXcW/1Q/3k8c/1I9qahULSeQx8/y+&#10;3/iuk6aDRm8yOBwM/wA6fy6c0J8bKv5RzYixAC2J+tz9PZvOjCv39KpvzoJ/AtqIsOR+D7hv3BU/&#10;QyaQA1MfyNfl+zqe+QihWOMrkL5+hpnH+HFOqyvmaGGByk1yQkcqgcnko5Gr6Xtb/efdpeJhUY6n&#10;WMBT4FZhbSSGvIzNe5sBxf8A1veN6TsHLS5XVQefyAH+r16kXeSXFM4GB/PrRh+WXlq+xNzqQ/7e&#10;RqCHswX0MzN/gbr/AEP5HtwgvoOq+n/bAnSR9L/RS3+8j25dEahppq/bivr86fyPQdQ0UkDNMdE9&#10;QkQte9rf4gE6eb3I+hb/AHn3i03F7fU3BuOeT+fp9D7ssgViK8BQj8v9jomuQS5q3+XpF5KMudJH&#10;BJN7gk3b/E2+nvyqbKOfSfwf9Ta/455H+8e9vIC7tihH+GvTlsKFW8v8/WfGwFQjG/Frf0OkjV9R&#10;zYr7fKqBamjCMis3jOlCpN9KaVuLn0888W9gDdQVZ2DEJq4/aan8/TIP+DqUuWWrEY2alaf6vz+3&#10;qzb4bbpk2/n6W0piWcxhlVigA0hQSLkWt9eCLD3UF8vMCKeurHC3JR/VxYn9R4HA/P8Ajz7yh9oL&#10;r6ja4VJC93DNaeWTQ+ny8/PqKfd2xV7OeUA1JNONM0p86/s63hv5cW9f4tgKBRNrVjGy3PGkekhb&#10;Erw1h/sPdRddHIuWNxYCQgf63/GifeQ1pTUykH/V/Pz8+sI70OLkjT54/Lq7yEgwofxoF/8Abc+1&#10;tj0KxG/9rn88A8f19nUQOjIx1eNSFwM+f7OmiqI1rY/QGx/P1vz/ALD3zkHJ/wB6P++PuzBgjGlD&#10;/n/zft61ICwAzw8vL5evXoiL/wC35H1uPr+f7XtqqFBva9/p/vv9b3vuIz0lmDClANHr1PQ8jkf4&#10;n8e2eZCL2H1va/Fh/sR/xT34oAeOT0moO716lob8fn6/6/8Ar/4+2uYWS31N7gn/AG3+B9u1U4Na&#10;U6o4CgCnEdc/bROt+QLfX/ipA+gHPtonWGBHH/Z6SOagkg9clNiP8SB/vI9tE4H1/wBcWt/T/e+B&#10;7ZYMV1Hguf8AV/q8+msPk8Rx/wBX+H+XUqM/i30/417bJR9R/UX/ANhfm4t78kivQk0I9Pt6b/Lr&#10;J7b2jFib3J/wIP8AjYW/qPdgVcVAOa9Nlfka9e9tdQSP96/3k+7DA7qAV+3quKfLr3sTeosFNktw&#10;RTCNmTzoikrcNzzbgc/8T7SONOtyPhU/t/afL+XR7y7Yvd7hCipUFvTpPboyUWLwtdVSuEWOnla5&#10;a30Q/wC9+7pOq8vjNmxYWkrLeX7VKkRCwI8z+NZXv9FspA/r7gjnuzud4ivDA9FL6T6nSK0H55Pp&#10;1nfyVLb7Rb28Eoo2kE8MV+2mcADFcdUP/IDae4O18huzKYkaqWOrkxy1TlzGpgiMssKaLl3byrx9&#10;Bbn3Y517n6DcVHC9KylhYuivfSoUAGwIIJC/X/ePeN13t8u3Tzu9aAYqM1J8j6VPr+fUs3d4txt7&#10;yxntY0P51/1fl1q4/wAxHZO6OuYZaPLQSR0+UrI6WCrXUsUnClowCLGUwR3+hFvYnVI8S+SNRoik&#10;0SXP0DhgrC4Ov1KAVJ+hJvwQUVqxmdYZcyOtR5fDx+XmKHHl6igQkIjVpC1Cvp/xfp5/6hTfVtS0&#10;lNkK96ialkx8KtRrFTJPHV1slXTp9tUSGpgejgFF5pPIFnOuNU0WcyI2EpWIkRYAj0khWJNgNGmz&#10;A3JJ/H+2+vty/wBueNmnQYrWhp5nNccBj148TwJts++w6dD01V8z0N/R3f1Dt4tS14kd5BEtPMlQ&#10;ESIqCHDwsjtKZA3BDIVt9De4TGT27UukrUrsrWJChiwbVYrouSL/AFuLe08TeJIglp5AkgClK1rQ&#10;A+lDX1xnoRm7hYO3jAVFK4rwPy+yn+Dqx7r35V7LxcVOmbSGWmDMyTU7h5Y7kMFkiZ7SKQL2tdT/&#10;AFt7BDeewNxVlNVxxiRtUbEEC4OoDi+q1h/Un2Jtn3K3tZoJ2TtDfbwrnhX8vz6Q3MMlzE3hSgk4&#10;FTmn2Z+yn59WbdHfLrpKSrxarn8Okl4rwyTJBOCTezIwUEg345/p7qR776D3RVZGpqq2KpWFHaRi&#10;UYCwuRyQbXDe8n+XN82/dLWCGCdAa+X8/wAq8esX/cP2/wBwu7q4vR3J3H+X2cOtk/4yfKLrLcO2&#10;cbjsVlKKSZooURIJomLMwAtpU3LH8f63upnsLFU2By1dSGoiaSKaRSPIpKjVyDzwR7kA2y27sBwx&#10;xr1idvNmlrcSRs36gNOrB6aZaiCGdb6ZY0kW4I4YAj6gfUH2EEqaxqVr6mLE/Uc/0/2/tRpbSoFK&#10;DoNkVLBhilOs3sx3xpaupspu98dWUlHXDE0bUUldTtUUcdY1RJTwzy6B5IvB5ySy+rQze2nFIZ11&#10;U4ZzgitDjPGny9ehpySZVvrlradUmWMUqtRXUBU4JAAqajgK9JvdENPUUMENVSz1dNJVKJ4KebxS&#10;SRpBPOY9JdFnEhiA0E2Jt/S/srHzH7E3bvvsCDL1m2p8B/DsgsVTWtK9LFXzGioWos1S42tlEmNx&#10;dfLC5oqcKZC/lY2vwHNwL2v09rBbOEiahZmqcgMpywIGSFFA3axNPO/MW5y77ut5uV/Esd06glVD&#10;CtO2qinatBXHaKnNSeu9o7codpbexu3cZLPNj8XC1NSPVSrPUiASuyRz1CgGplhDaDI3rfTdiTc+&#10;32u7AibG9dx722NuLdWV3bFXy5bbu35mpsXloc9TTY6m3Tm6ClRpKaSopsbPLLIpiDsLj1P7VzXU&#10;Qjt4J7WVxJhkQkr38WZRgKRWpqK1IXuPRbAfHKyXEQJVGk0lygfgoK6QTrLeQpWmo0FT0/FGsyxs&#10;I/0ANpDFbG5Wx4I0nj+l/wDYe7QevuyuwtodDVu1OjqZJ9uUdDkRQdeZygEMe2MrTTw5A19NU09S&#10;871RNVaMaUMkduVVbhFd8t7HcblbbsLNF3BFVVfIYoK/pNmmjNdA7c1xWnU08vc1c1WHKNxYctlp&#10;dvCyVgkjBMMmoSeIjhtRYatQ1fF5jA6K1v3pbqTdPauD35v7CU2P3li1p6THbqocrUUv94sbXUtZ&#10;jTtvMUksH2740CDWY9TFJSpVwXIYZ+rO9Nsbdy+wd1du7lqcTR1W3921ObyubgzOCfbUorMDR0uP&#10;ipkp1x2VqJKuphErGRiitZQzOdBHzdtsl1s24Wu2W0CSgxuoJ0BwDWrAg0Hcyg1qGApjUCN+Sucr&#10;S13Pl7cOad3kXXb3Id5FkXwmJjVUVUFJCzAV46VqTknoHu++kdz7h2J2LtXpzauLgrv4nsx8PiUq&#10;9uVdNuWNY6+bJVNdVZaq+429DS01TIsN2haWeMAfteooT+aHJTYLYO0sGK5amXcu7ps3QKnhcvjM&#10;Tja0TTPLC8i6HmzdOEtYEKeDa/untzfruNveOsOkQRLGxoQNRIquQDUFGrX1FOi77ySDbtn2Oxku&#10;NctzevKteIREINcnFZV00AwPPj0jf5eVXW7hfd+Wq8ZPiarbuFxW3MtTVH3sZ/iddUeQRxwVUEBV&#10;4IsATLq1OrSqAQCQKOtFjccnn/Aeog88fXj2PB8Yrx6xHqOBr1Z77huvqIP9SDxa/wCL/jj3VwSR&#10;5V68w0gU8+ve+jGPSbkcG1uf8D9Qf6e3QWA4VB6slTUgf5uve8EsfPIP1DA/71/vv6e6OoJGOtMS&#10;CKDPXvcQxEj6i4P9Pxb+pHtpkBJznrxINeve43iOrTf/AAvza97fS/ulPOh6rnTWmOve/wD/07Ut&#10;VifRfSoVQbEi5s3PquDf6e4ueOqgiXixJ8hgYxjI9f8AN1mhRtIo38+khj5LMF8YIVV1KSGsOCQp&#10;T1clhcXNvxb3ClKlSGuGb9ILH0/UEre/BPH+t7cjDhw0eVHHHH0rT0Hz/wA/TROlmKqanjUcft+z&#10;06VECjQqleW0gflQLi+j1WJJ/wB5HuA5J12ueLkqTf8A1IuNIA+hufawDSYySK+mKeuDU14jy62K&#10;hqU/maft/wAn+XpygW66SDZbqPSRxc3/AAtgbfT8H3Ae4LmzamUFgDdgxBFyBypC/UfT2pprSMF1&#10;0qxoSKAgEGmcEVrQ8a+nTTozK1WxU8QP8tQB09U62Y+ksbIDY3K6l03BADrYcfgAD3BlIuVAAW45&#10;/SSPqbX5BHJ/r7Ux6qiUsa04caHh5eXlnH+Rp27tS0C0GP8ADSnT9Rxfs8IOH0qxZV1C1wtm0+on&#10;+hJI/wBc+47NYnm4AuTpubKBcD6NZvz78BqU04k0pUefn6Y8qdM63q7av2U+fSghUq4P+0oA2kn6&#10;XNgwOrn/ABJ59xJDexW/I550i9v9e5Fhx7uKLUPwrjFTSv7B5f6uHmCjSaEgt+2vD8uHy6fKSLVb&#10;gEoTcX/SQSbXP6lF/cR344H1+v1uL/Xj6Wv7cVSpq7Upw9DTAz9n+bqmp1rq4U/KtaD9vHpTQQay&#10;rBefQW55C2uVABvqB4Nrf19xtWoHgk/psw+v0/xPNj7dcBDSoA44/wAFftFP8B6achS2pRSn7T/n&#10;6dUjYWb1HVa4PFrfqsLC1/6c+48h0gWN7gj88cHkH6D6e9Akkh1oBT8/l/n6bdz4QBFMf5OnWkj1&#10;X/JViQCP6kcW5J49t8ptYCxC3LE/7YH6fnTb6+1CAEsTUMaAAf4PyqDw+f2tBmp2cQKfPz/Pz/l0&#10;pKUMNIuSCeR9Cn0Zj+D+r8j8+4JcEi3BuSfwDzYcfU3PtYUYA1NRTHrwrx/1eXTRZu1AopSo8sfM&#10;+Qx9uM9O8UXBYCwBANiWUngEWAJvYAf8V/ESY6jq/TpsSPqLj/bX9v25VFaOuqtRX7f9X8umAFYM&#10;1M14A/lx8vn07CFiQ1lU3F1VAAvNgFF+CVAtc8k8e408h0gf4n/XFvrx9B9fbtvGiuzK1aD8s/4e&#10;GPn/AD150oKU/wBX28MfPp0hjLk6k0i6nn6/gDkN/T8/8j9tsx+oU8spA/BPJ/IuB/xUe18PEPIK&#10;gEV9OH8/T7Cem9IOrzp/xfTtCnOkKAo5Hp+l25DDg2uPp7wEWIFyQym/IP8AT+v5H/E+3Q+tS5QB&#10;gw8iPX+Xyp5fPpOGZqs2QOH2+f5evUxVt9foAALn0ni1tPPHuMx0ixt+TweLWP55A9qGAkJZGNDT&#10;9oIof9Q6qJNQGkmqmnDz6cqWNiQbBrMLXFj6rG9hY8f7b264PESZCrjJUkBhpt9QdQP0X6kA/wBf&#10;z7QbjfLbwtElBnNRjh6nh8zSuOlVpa+JKtSK0Hyzn5H/AD9JjfO8abbWJqXeUqwglZvUurhLXUkE&#10;/Uj+n9PZrNp4T7GCJzwNOq7A8yWUDUCtz9P9t7jqZvHlYlamtMUwtScEY/P/AFETsUsLTNNZFOP5&#10;/wAvnXqgH5j/ACDp6lcljqerHlf7iMISuh25VmKn1BLkcfkX/wAD7EdZ/Sqi4YKLfTSdF+D/AKk6&#10;f959o3tgGZv9DJP2ivp65/l0D7i6+I/Ph1THk8802tmJuWLAnSf9YE2/1J/2/vtKySNGVWdfqRYn&#10;jULX/r/Q/wCv7bksEllViinh/LP2ev5dFo3FlBoe6vSTTd0tHHKqSyKbn0hj+fSeSSbfT/D3hkqZ&#10;3spd2AAUAmwA54A+gN/z7VQ2dqlWKqpqTw88cei24vricEFjp6R+X3Xka5WjE0hXSVC6vwPx/S/+&#10;2PvGql3Vf06iAedX1tybX+hv7USyJFAzLmgPy4f6h/g6LoIpJZ1BxXpKYyklyGThilbR5nFyQTYB&#10;WY2FubAf7f2oqKhppYxG9wZPQJb28b3ADMoI9Kjkgc2v9PYP3DcbyKQzx07MlafEKZA+ZzTyrSvQ&#10;y2+0tjpideI4/wCX9vRiNq4DCSiGkqomEc5ELzqx8kbMwAkK8KwUkMR/S/uvP+YT0zWdm9c4+poq&#10;cVFXgjXQTLHdiYZhGbgLfUEliP0v+fcwe0fMlpY7huW3XEhSC9SNk1eTDV5+VQw+eBjoK+6nJ0nM&#10;nKIithqurR24eYPy4+XW2d/wm6+ReC6b3b2b1DuXIxU1Huevo5KaoeRVpjW0Amp0dQ7jR5oHB/xt&#10;Yn3rTT/GnNLuqNHoZYVhr4naRlKKgjlV9dyLjSBf3kLFtrfW280Z7QwIPpTP/FdYPS8r7lFeNayx&#10;MGDUNa04+vD/AFY63aYtwYeaiXIQ19NLTvGJEeOVH1Ai4C2JuT/T6+7lOnDjMTtiixMtdTvUwRKj&#10;RrMhIZVtbg3B49p+bIby4n8eOA+HQCunj/h/1DrKrkg2dhssFj9VGZlWjAEE/ln59VafJKlz2Y3p&#10;VZmmxNclA5AiqDTSqrIDydZQA8f0PsRsgkerXGQVNuQQQTbj+t/YftS4QpJxzinlxP2dCa5UMo0n&#10;BzUZ4/Py/wBjoHsNLPpRJkYSr9braxBt/Tgce07Mtwb8H6XP4F7H/b39mUbAFQGqueHmaY/ZTonc&#10;1JV27V/Pyx6/bjh+XS6pmuAFuDxe50gG5HI44uRzb21TA8cfn/YW55+h9qkoWwRwr/sdIJtA1kNm&#10;n+oZ/KvSlpGul245Ngbc+oeoWIAv/tre22QEG3/J1rc2H+B+l/a1GWlStDX/AAk5/wA3SU1ZcNQ/&#10;6vsz6enT5CdQvyfSCVDLY8n+pv6vbc506j/S/wCOf+JHI9vkmoUf7H+TpPIxCxqOAp86040OP9Q9&#10;enqnAZV+lyQT/rW4H1BHPuDIxN/8D/vf44PIPvelddBWv+rPy6TllY6xw/zU8qeXn08QxgFT+SLg&#10;HkfW3+Fj7gOxJY3F7f8AEG3+uB7dIBQVDUH+x0kYr8RA06vI0/PPT1AmnQvFv6X5I5/w9wJGu1xb&#10;/Ym54/re3Ht2NQaK9f8AV+3pNISrcK49P2cPXjTj59O0aj6E2H0/2JufoAfcSQ2t/Ugi3+w+vH+J&#10;9qYgRqIrQH/V/IefSdgQAQe388f8Xxzw6lxDVwL2uDz/AE+g+oNgB7h6rMDze4/r+T7ccMwpXtri&#10;prw+X59JVNSoFB3cTmvHy+z/AD9OqqAjfT/Nnm1h9Py39fZuOkdRrqQrccpc24IL8qL8g2HuHee/&#10;DNpKGoWBNPlioP8AP5jqeuQQplRQBq0/kaZ/4rqtD5isE29lka1mimKgE2BCMOebEf4D3aXhwRi4&#10;GERvJAl9RIFwtvS/1IT+nvG1RW6BkmFVPlQkitcr5V9fL9nUm7zKViKasUH25+XWjb8tsky7z3Pi&#10;4XkalXLVtQlOy6Y4qiYIkskbkBiwQDj6G3t4iPovcAhlPAJ0kgcW+nutwo10pVaEeleOf9X/ABQY&#10;BGn8qdEmJ/aP0uCPqLkGw4I/P0942Q/UcmxIvZbG9wLC9gSPdlYV0k0FaeZx6/aOkb23iM1OmSSg&#10;85LaSzWFibgA6rgBRzY8+8wiYLdgUsL6h+QRdf8ADk+2mdWaikNU8Pswf9WOlEdtpFMY6dIcc8ca&#10;ggrpUWYfni6DgW9X+t7dHbRHHazSIqg2JYqxOm/9LhHYWP55/A9hTcQrLcBqiJieOKgCtPWlQDUe&#10;WK0J6H3Lnah1mhp+3/V8ujs/G6hkOUpW1ESRrGikXfS7MEBsCBqClgAfzzbj3WF8v4EnqqsgA6le&#10;xA/ULabnk/qA95C+zbEWCByRQj8icgfl0CfdZPFsiOBJ8qen7cZ63Q/5XtVJS4ahQmyjSLk8hRYE&#10;3IF9TE24+n9fdP2WxyfxZiAAA7XHNh6rj8m3vJu1r+IZB/2OsGdytwLtwfI9bD+NqS+Pif6gxr/r&#10;2sB/tzb26JEI47Dk/ng344P1seR7OQxOkUpivl/xXSUigP8Axf8Ag8+oxfyO31JBsW4A559w5Qbk&#10;G9vxz/h9b+9he4H/AFf6s/4emjQLqp3D/VTqRG1rHi3JH/Gxx+R9PbXL/sRcg3v+fr/sb292JBOO&#10;kktA/wA/SnU/20Tjkfjkm/P9COf9j70QTStf9Xp0wVqpFeOOpcf1/wBh/wAU9s851BjYjmwvYX5H&#10;I0seDf8ANj/vfuwpTSBw/PpmZSuipzTrL7apQef965uT/vP+9+2yBUdxB+XDpK9GHxZ+XD7eux9R&#10;/vv979tE17sDxa4H5+v190BHd6fZ/LpjUdWR1JjNuPwbHn/eB/vPtqmPN/yb/T/e7+2AKse2ma9a&#10;0mhqK56ze2+VrA/gG5PP+t/sR7UJQilMj/V/l6bYYzx697yYnDyZmtjgjBZSyhj/AK/44/pfn3Vi&#10;SdK8aVPy/wCL6cghkmdVVc9Y5ZFiRnYgBQTz/h7sR+PPUUs9XQulKdOuNidJtfi/1H5t9PYV5q3q&#10;22ixl1vQ6T9v/F5Br+XWQ3tjyVPd3UFzJEdINeH7Pz6In8re9sVszbGSpvvEjm8EgHrUEtYrf68K&#10;B7OTnut8pT7wlk8LmBsZioqWyuURoRMZF0cW/de/+N/cKvzLbzWFtL4tVBetCOJIyT66QBx8usiW&#10;5dlh3GeapKeHGFI8qDP56qn5dV69X9+7Yy/UqwpVwJkU3NuSXKJK0aTSx1EkXhkTWwLgwLa45A+n&#10;s7HQ23Mhio5aqoDxxGlEdiCpaTyLICAwsAQD+Pp7iDmTc4rt5IkGo6/PhnB4ZqPt49DSG3kt9tlE&#10;zHyGfXNT+Xr1r5/zhuyNo7h2vgMJSVNO+Xi3IuRREdHlSkhoamF/V9bPLKLj6cf19j5VTeRHUkG+&#10;lnPP6rkfQf6kk/T/AA9l9pD4TxFQQBUAY4f7OPlx6Cl9cVVwDgmlP8FetaHceUEsNREGBDFSwW/J&#10;uQoIX8DVxx9PeOjx8tW0mhxHHGmtpHIAVf1BVuRrf+ntzcN1t7GOLxULyuaAAcfKppwHr0n2vbLm&#10;4MkyvohU5PqfQD/D02bM2bmc01XXU9QlFQ0vqeaS7GRiLrDDHceRgPryLe3RKOSRgglLaGBPpsAv&#10;+quSfTYH/Y+yGXdLeNDIYh3Cgz5+mPPI8uHD5Cm32y/DGrfpr5/5P8HQ94rYG8FmCSSTCGnI1Otz&#10;cHSB9PIpUW/BNj+fbPm6+jxwijnnjRqjyFXkdQkcUaM7sVIa9rEDnkn2wt+0cEk6RFiCF0gVJYmn&#10;GopjJxwGeI6EW37e5mRpmKoATX1/1Y/l0cb44fG3d3Z+5pGX72hx2DpRXVlUvkSeUvPFDFTpwfXN&#10;NLYA/RQTaw90jfzffmDjvjl8bcvmdntSzb83Zk4dn7WleOKdKKtrIp5anIyDVZxQUFNNIqkWaRVB&#10;Fj7mb22W726G+3y/hxAFESnAaWQErVSK0UDXx4inzEW+8W/LZ7Va7Jtk+m+vmK6wQSkSgmRhg5Io&#10;gPkzV8uttX+Uz8Rdy0nZk+5t4S5I7O2Xg4MimNq5pZYMnnKyfw4enn9QTwxJDLOw9QdYtJFm96Ph&#10;727Mqs/Pn8nurLZKtrKp6qsarqWlWoeV9cmpD6Rcni1gPY2HNe9tcePLes+eBpT9nWLlzydsk8DR&#10;C1AkI+KpLV9SSan8+tmEAAAAWA4AHAAH0AHs/XT/AG5TbvoIKaplArRGNSOVBY/Q2P8AX3KWw79H&#10;uNv2n9QcQeoW3rZp9ou3hlFY64b5de9mx2p21huojlM9knqWlyWPXHYqhpoqeR8pWvUQs2Piarkj&#10;gjqpqXX4ibkEEgGx9nF7eW1tGrTnDMAq47zx0irKNVK4JyK+lOndgvZbC4uJ4g2vwiMCtASKseNA&#10;BXPUOto4q6NIZQSizJNw7oQ8QZo2BQqTaS1xcAi/tLbXo3+Vm0+4t07g/huKzWH3xg4dtUuWqMjP&#10;mNn7ZWTLVhGLoqBJayRq/KTUlN5oon/ajlFh5AQH7WRN/Dx3EZSNZSEqGLx6SpWhFCmWPzKqamnA&#10;SPZfV2257hHdw/Wa4jlqhYpPF1Kq0q4roXKnSQKgVHUF53oK3E0K+Z6aejro2K0wYSVdP9i8DzVQ&#10;McFOxpxO2k28p+n6bFOU3Tec+PGfrMbH2dVb4rc+f9/VhosrLmaKgbH5GSGhilmeGKoimk+4BMQb&#10;UgUFj9NNtv2V7O4+rG4zyws2UZiQa8K8DjByMf4S7mSee1kg251s1mjBVhbinA8HINCSatQDFTXi&#10;epeOr0ydKlZFT1cEUgV4fvIfBJIjxo4lWIszqh16bsFJIJF1sTZV8Oqzerbq3Fkchv7H7o2Pu3LY&#10;bKbnwtdg8gmb2DSY3AU9B9lh5MaDCaLL1lJKzTSL4qcAN/nHYlve9tvB9Tdx3XiSmphRuyjlAun0&#10;YDTqANK/DQ16ln2p3a4ku4IQ8J25nU3Z0yNIqrrIIABVQV/T1cFC1OTTovHyQoKKTaMlZTUlSd34&#10;6jyEWx0FdiKKgyGYyLUsf21UcnMgrFp5FjmNMDHNOFZY7+oqf2j3FsHcPZkvW6y4DeOAqtzVNVtD&#10;I5DCxR0zCkU5kRVqVccUryQ5HHPOrfV1gUkAC3sM3dnucPLUe7zGW23P6YCdVcOQw7Sy6SVrp7AA&#10;MMa1p1NVlvnLW482Py1MLe9tmume1Zo6L2jxirE0yJFZgw+PSMAU6Jdkdt9p7S6KoO6MxQbo663p&#10;R7IxUHYm0cRuqStq1qppY8IhxM1BUVlAsoxteiWS/wBs8zmJi/7gre/mOb/q997v2M2SwcG2sri8&#10;NnaCsw1FX02RoTT0meqcbh8xS1FKsShc/hMdT1jRuiyRNKUYtpDsIOSNkTYthuLSFtcTXDMGPHuC&#10;sQxz8LMwGeHbggjrH33836Xft72OSe2EN1DbSI6BgwxM4RwQBh0VWpilQMih6NX8MOtB1j1lmcXD&#10;uzJ72oMvuyoz2L3BnKCqx2bakymFwtZUYnKU1VfTNgcxPV0iGNmjMcS/pbUi1mMhB4H1tYccC35/&#10;A9iqhpqIx1BGAKkdG89xjHyTY3/x+vPurANxOOrlwaD06974+MccG4FgTzb+hsePfhQAVr1UcR17&#10;3ikiJJ5JN7/T634t9fx70QKkHPVqitSMde9xWjI/qLXv/Xn/AIr7bIIOOtH0qK9e94PGPrxe/wDQ&#10;f1+vv3nTTnj17r3v/9S1V+CSFJGm9rj8Frrc8aST7ihTVAC4DavnwIGaDNaeX5dZn1ArnHpkHP8A&#10;q4dJOiQ6owo1DTdiDyXDD0kk2CE/045/r7bZmBsrXLLxyLgkfUH6i9hc/X2rijZdUiYRs+h/Lh9g&#10;4dUAVgxDUP8AP/V+zpUwurhFJ9SArb6i36je4GlR/X+ntvlFmIawv9OeR+SQCo5sv4vz9fa2OQ6N&#10;SZp/xXGvDP8AqzXx7anz8v8ALmv2mvHp1ig1uAt+ST6ibA6T6v7XJ/3r/W9wZHBDKpbUBYrqGphp&#10;J5ve5A+v9Pb6qV0tJpoTxpgGvlwoD/PHSZymlkc9x/w+XzPT3CqhgFVrqBcG1yG0m5/LaB/tvx7g&#10;S/UagbadQGoccE8/qH0FvahMKdJGoNQmh9RkcD/n6akU8T+flSh6UFBFwbn0vZrCy3/KqwsefTzb&#10;6Ae4rkWupKgjkXFwCPzbgj6+3AGHa4BatAaedf2+Y/zY60DprijcP8OelDCBqvY/p+lzyCNPP6QP&#10;pb8ce4kn6SFIupsDxqsW4A+vP093U9ymRT3DhwHD/B9v+TrQORioJ/yV/n8+n2mjIk/IViGL+qwu&#10;VBb8XC/i30/x9w2cC9v6G5uL/wCH1/qT7vSRjk49PL/VQY4Z6aDnAJ7jX7P2/l/m6VUMKC3C3upV&#10;tJBHP6T9WNtX+vb6+4zkcAngG5IP0PFufr/sPdlLAsy8SBxFaj7D8uqgmjAZXB/w/wCTp1ijuCpX&#10;8E/6nnnUtweRc/nk29xpT9SLHm4P1JA5NybAk/6/u0bKxAYkLSh8qV9Kf5vz4dJvE1doai/6v9Xm&#10;P5dOlNEyD/aiCFWz83IP0PI/2H59wZyQL3sSAHHPPHH+HtXBpZmULUDK8Mf5f8HWiCTqQHWB/Lp9&#10;pY7AMxAuXViPpb6kXBFz/wAV9tzsQVsD/iQSDexIsQf6+1gK0kJYUpgU/LNR9v8Ak6TO6lyAapU0&#10;Hp9tRn14+X2dKCCF10rYglwWbjhRpP1BAFwOb/n3Emewup/IB/Nvzx/re7W41PpZcgV+37ft6aDE&#10;8Fx/h8v8PT3HALE3NnHHBFrC3pt9DYc/4e4EkhN9V/8AXJPN+Aef98R7MUUDSEA4eQH2kY9D+zrV&#10;SoBpWnl1PjitYXYt9OT+QeLFjazAX9xJHP8Aheynj6mxPF/+C+1EcYJWpOmpGaUGBkfn5ft6YZss&#10;TUBT61B4cPszjh+Q6cooiAfTyDe97m1+b+m/1/29/cYvY/g3FyRyR/rH6/j2YiPVHWpBU0AOAfy/&#10;4v5dJmfV3g4ByDThn+YODT8usoiDFWt6XF/ob3ALEfgC7Hjn3h13Kgm12AtYf1F/p9Pr728NO4fF&#10;61Pp6Hjwr02rtXSGyTXh6+teNKfbTp0iUxxyEKeEaxI5Ni1uBax4/wB5/wBsN2wKOBihfSSSDpIF&#10;iSfxf+l/ceb3M/ihVX5Vqcfb/n6Fu1KgB7BwoOP8/wDP0Qr5S52vpMLkzFK8aRU8zEpf9Kxn8k8/&#10;1H1F/Zi4oTDEi20/p/P0tay8/i49lsTxnAyQD/Pz/wBVekG8yPrJBoo4daufdOeyOb3HW1c0jtTL&#10;USIhLf6mTi9yR9b2+g59ykDDVf8AwNvqLj6i3+x9p5mRtOnhw/1HoKPqc1U1x0AUwlk1FLk8tY2Y&#10;25H9fyT79zfkWJ4N78C30t+LEe9qFK8eH8/8/RVMrhtLL216RFfHNE7+RSL/AOvY/wBf+K++rgH6&#10;8/6w/wBf37SSMDH7OmSQGpXpmIAH5Jvbnj/H6Hm9vftQUg/0IIt/t+bWP1Hv2gyKUGRQ1/wdaSRl&#10;ZWUgOD1mgmamniniv5IXVkOm4JBuQbWJUjj29UNUVRvU2q40ppDAC1mdiDe/P0/NufYd3CzVpFXQ&#10;NPma0r5gAH/D+zoVbfcBwpdWDHgAOht2zlbwrLLHVLM9mjhij1IB9NZc88/UD3hyePgytJVY+vhS&#10;oSeIcGMtdH16iV1en9J/r9R7QOCiwz2spQKxHEChFKeWePHH7eAi226kjaSO4FYJBX5H/Z6NX8de&#10;4N0dQdg0G5aGaSNpKiGfzqZIxIge0itZ/Syf7bke6qPlV1JSYZnkoIFgpalfI7xqiuy3JKkqo1AW&#10;t/xv3kl7Yc03F5btFcyE3K1GS1afLOD5/P5DqMfdLl6A2RntIgICO407iK/IV9D/ALHW8f8Ayu/l&#10;3J3LgIZ8jXPV1tGy0kcLTPNFHII0Ooq7NpJDj6/S3utZJazbOZimxbywRpUIksKsQkqM3LFPoHF/&#10;qObDn3NMLsJEhLs8D1FGJNCPMV/wefHrFuOe52y8WS3JWjfMVzTh/qr1e5U0dBunByQZKKCo81Oz&#10;K7KpMTlSQqtyQpH19nU29kJ67FUs1RfXJAjte+q5W1vx+fYc3KBIL2UR/CCafma8Pz6n7bJ5prG3&#10;d+JQH040Nf2dVs70w9Ji8/X01KFWOCqkjXTyukG3+A5P9fp/h7mzsfoeRbj8D68cA829sQ/xHiP8&#10;o48Kf6vXqzMFY6Sa0zj5H5fLNCem2mjuEUWGq1xxf+v1/F7e22U8m345N/8Akn+lr8+1cQ7dTGuq&#10;v+En7adIJjrJqKjV+XmeH5U9T61z0oIlGlQCw0kC9+SSo+v9Tbn22ynn6Hk/i1+PrY8j2qjFJAuq&#10;nGleHrwx/qPTDDPbTz9aVz+dP9WenqAHR+fxzzcrq+hB5BsPbXMLgjj8/W/+9D+h9vltLhuI+QHD&#10;pO7UJYA6a+QHD1zTj/l6f6T0qhNx+kf74n+vtvccEfn/AAJB/wCR+3UbIanaa9J2NKlPTzp+XT3D&#10;YheRYkC1hYc/Q/09xJV5/N7X+v8AUc/6/PuoZ8mtRX0/wDyp+3pC7hASfipXp4gINgLfU3F+ODbn&#10;/Aj/AGHtuc/7D8c3PP8Ar/m1vahKlmqM8cfYR/l6RFgGozdtfX8v8/TnGtz+WIF+Pz/U8kD629w5&#10;CSQB9RYf1uSf8f6f09rImVQSWJU/4KfL/D/PpuSQl1jUcT5f7BA/b68enCJdN2IICqTz9AF+pJv9&#10;bfX2/wCG27U5GeMKjEsVuLcC/P8AQWsfZXf36W8LsSNABIpxx+f2ftHRptuxy3LqSuoAjHDNa04+&#10;h+zpKbl3rQYSnkMs6R+lhdje/Fjfkk3/AKcfT2eHpnZEsFTSF4nRQFJNiL2/pwVuSefcDc778syT&#10;RxONdfkfT0z9meJ6yG5S2iW08NtFO2p4VHH8/wDi/s6px+ZfdNBDt/MzvPHLFEk5ADcjUjDSouT9&#10;APdgVDGKejiT9JSlSI3UlCQQ1uRpJueL/S/uHY0dmFe4mQtxzmo9a/bTjTo93mSNpHo2f9X+r8ut&#10;Mr5D7mody713JkI5EInqJjG6qQrnVqAsR9TexB/P59uVOiuLnSGsSAG5NyACB6gNNv8ADg+6XLuh&#10;KipThkcKfsOfPjkdEceko2ei40sME8TamRXsSADyb/8AJQFvpaw49uFJCGRi51FiCALFgQL6blQA&#10;efx+PZXfTmORViWigZ40PzpWv+z0pSFCxUN06YvHQSA6nV2Zxa1rpb+zcrwbk/4W9yf7JZo00DUQ&#10;rFixAAOkixUEDkfi309l5kIbSkjazTIwK8K+pB/bWlejUWQZVFKGg/1f8X0IVPttKlYhpWxCnTcO&#10;xBK2XRawsDcXsLfTn22TzssckjMLRREAsST5GRgCpb1WuwP/ACCPofaTcAD4cKIaSNUgYwpBzTHA&#10;Efn5joU7VCIEAXOryGKUIPR0/j3tano6qmk9TS60VfoX8hWzAaiNQYMrf1sL/wBR7rI+U+TpKitq&#10;IRUR6jqHLADhVBA/H1v/AIe8ifai1nhslbwTQcftqc5JPy/z9R77lSIbaSMyhQa1z8h9px5dbdv8&#10;uTbmQx+36OuenqCsmh41WN2IjJZhfSiItyb2JJI91Pbkye3sfk2StzNBTyFzoilq4klbn6hCwb6j&#10;3kzZQXLKG0afWtM/kf8AV+XWE29XG3xX0q/VIO4/Pz/Pq/TBpkZcbARRy+qNSCVKqRYcqW03/wBh&#10;77hqqSrQmlnjqIyupHjcOLEC41KTcX/2PPsxUOCGck048Bw4dE5aKQVhYH7OpjxzQkGSIxtqKsLN&#10;z/j/AEvb/XF/cSoFiQP634/Frg/4/wCv7dNTp9KUr0wyiuc06lRH/AcWNvrc8XHtolFwRx/r/T8j&#10;/Yc29vNQUI9P8/8Ag6Yk0mjHj6f4enIfj8e2ecct/rG3+HH+8e6UIA1A04n/AFfy6SAfbj7OpUf4&#10;Fz+P9iQPz+fbPOPSeDa3P+vb6fj8+7AAg+v+r7ek8goRU5I/1U4+XWb21yji/P8Avh/S3J9sl6gj&#10;Gfs/1DpOxJBBx1720z/Um55vb6/1/wBYf191AANWPl0w2Bk5/wBXl1JjsbH8Afn8W/437aZjzx/t&#10;r/UD8j8/191U1LOw8qen+rh148GBOes/toqTYn8ix4vxyfp/tveg7KVDDtJ4/n0ywzSvXvYp9VRU&#10;710BksdU6g3IuBr5P1/2n6+9FzSZq0oPTo95fRJLuBX4Fs/t6T+5JJY8XWNFcutPIyD+raW4+n+A&#10;92ebTzwoafGYLBvJSmaHz19XSOYKrxiyLTwTpZ4TK19TqQ4A9JB5EW81wSLG1xOdcrtpUNRlUDJY&#10;qcEjFARQ4JBGOsx+V7uOC1tbK0qoC6nKkgnyAqDWhpmmSKcAT1VVvzYVPuDLZ/eO9Kamy1Pi5Vp8&#10;Hh8jGKnGvVHW7VtbSSI8NUkKgaI3VoySSwNgPZ5encYmRrqL7oz1FO145Y6qeapZWERkDiSoaSUD&#10;jn1c/wBfeOvM13OUls1kBcdwNADTUAQaADzxjj1NO1MohM1DpC8D+XGuf+L6ph+eG+B1j1zurdGG&#10;gx2EyONp1qaWTFUlLi6aoZpViWNqShSCmkOpgF9Itb/EezirTQ0VOlPSJ4Y1u3GoDjgqxuTyeB7B&#10;lmgDMzqGfA8q/bw/b0S7reyzkqmFHl1qLd09p7u7NzlTmM9kaqsmZpCnleRo4kubogJICsT9AOeP&#10;cIvcLqKtwQQNVzfkA3b2dLHQyaFK+YOP83QSmZw1CDk9FmrZ5QyxyA8tY8MpPINrsw/PtSYsvoRA&#10;wRQJvUAptK4ukevSVsQt73PHsFcwOyyFkh1OdHGvwgmraag1zShAzWvp1Imx20SWYS4ehBIoKfb8&#10;x556Of05tvCfwO+fya00lPPWU32NLNAVMqrHKZHr41qoXjYMQdBb6Cx/pyRnFVGzTkU0SyXiVEAm&#10;meSMxvNZldfAUYCx0nyG4uo9l1xaTS2kjJFS6fHEnSuk10Gh+IEYOe0UNGPR9b3dojLG0lUH+X/D&#10;QcMefQ44PfWwsSv8IOmrjSvpJ6fKVEsyS03jFSKimanvDTVUNTLLE/kZdcfisvBNwR7l21lMvS08&#10;uMnMT00FRHaNnBaM8gcm3IcD+vs25X3GKwZ7a8t6q8ivU0w3nw+wnhTjTpTdr9Smu1btpn9pqD/s&#10;dXHfAbtXYWNq8tVV8tPVDJyUsEnnQyGRonLLK8kh49MgJsfr/X3qKfzqtobty+yNvuyVVRR7S3RU&#10;VlTEup0iFTRTweZgf9Sl+f8AH3lhFbxX3JxltVBdZEkwKErpKnh6E4FMVPr1hp7m3NxYc5bW941L&#10;UiWIHgAXKMv7SKD7etyD4m1m3Ml18MngFgUZFKGacxBQZFiimSLUFA4iLsP8CfesuVYNpsQ17Wtz&#10;cewX0WVHEHHRp/Zi+gYco25qZaXzGMkatOrTxY/4f09i3lFZ23KkfwAZ9Pz6jfn827WSggeNXHr1&#10;73ajJtefM7JzGXli2/Vw7ZlwdVUY/cNLHVRTtW1M1NHNTrJFNpmhAZTps5R2APuW76ESWNZVjaJW&#10;BKyKGU8c0oaHyBwamleovs4Jjb3d1FLTwtII4FtRpQU+zPXBpArpGQxMgcggXUaACdRvcXvx7B3I&#10;7qxG1q5KHbeMxmz6rN5iDJisxzVsOQyctLTmlSnjnlqnf+GxRkgxR6YyeTc+yxDYWM6paxQwyOxK&#10;0JGqgAPFidNBwHbitMdUea8njYrGxji4kfhFfXyBJr8zXrn7eaDEUzbbz9QaDJ4KSuqqfJw7ipK6&#10;qq4znZMm+Srauapq5gajHVrVQWRA2hvGFJsTdUtsBbyRRBrdgwYEEsA1SxNWIqrE8D2mlKUoDo3D&#10;SNJLcR620gVoMUFOFPTgRwNCc5697sU/lr1e3tl9s9m5ntHdW4cZsvfNJgMQmY+zXJ7YzuEhw1DQ&#10;UODgo46INQ5fH7g+8qahoagpNDUxq0eptQj/AJs2vf5hevtDePuwuIpYgx0oAiUDAk0B+JdIU/EH&#10;wwFZ99ld95f23cCN7ma222S2eGQ6Nayu8uoKdKkggaMk0oCujNSVD5kbY7G3L09WP1Ds3G727M29&#10;lqDcG0aCu3BDtmXHV9EtQJsnR5KoBpzVfZPLBHHJoQvKGLWSxtvPXPX+P3/Wrjq3NyRNnxtXaWYx&#10;tJ5sXW5ieHLVMeRkpozMKN6mlklaRmQLHDGrFgCbp35h3ybYLSebwllktTPPEzElUDAlR8NcijGm&#10;S1AdRB6n1eWeXLTmFnh8fX9R4EDqNSeM6yMWKitHozBjQKFFfM1IZS94dz5bpvB1+5ttbUoMmNl0&#10;3YXZ2ztw5k0m4Nu4ClbA01dgaeskgSHLNjK8QpAEn1VVU7osbaAFpI+ama3zk++dzYfdWOx0OK21&#10;SYXGbWytG0iVOaoXwuPrMnW11OQYomhz1RVUsYQ28VOpIubmR9kaYbXAPCQWzdykEknUASTq4d1f&#10;9RHWJHvFc3U/OdzBetquIIlQkLpU0qQR6ihFTjOOrOfj7R4Kn6r29VbdhqKbGZlq7MxU1TUfcSU5&#10;rKyULEX/AB+zEhIPJYk/n2UWSEjkEixt/sP6D+o9moq9FPH7eonIoD6dDT7hSIL2BNx+Of6X/wBa&#10;1vbZwTT1z1Ude94dJ/p+P8Pe6449WyKZ6974FLf69v6/X8e9AV62G8uve47RAj0/Uf73/j9T78wr&#10;TScnrZ48c9e9x/C3+pP+8f1vf/b+29LVpnV1vNeB/b173//VtRdnX9FzxqY2HCg3J4+ikjkDj3Fi&#10;JE1TKBxoPmfIfb9v2dZoaeJJ8/8AUek3SpINAUNawY2WxRTexIbUTZQBc/T/AGPtsqgPS1lAfTf8&#10;8huSdR1KDf8AFh7W2zt3R6iStflxHyweFfM/4Omzhckmpp9v+r9v+DpQwRgAHixA0mxIFrXJvybG&#10;4H+w/wBf22uU1kq1+ObW5BH4YEfgkf4D2r/VWILIlKf5PUZ+37emjUBtQ+X5548f5f5elDSRIzhw&#10;TqYsbG6kki1lZyFAAv8A0sfcKVgAQGIJa4P5DEA2uSpAIP4ve/tyIAkHQNOnI8iOHzz5+VKZ6Yke&#10;PTRQNXD/AAef+Dp5SMlhyeJFYEn1Ai1itgPSNX1P1F/8fcNifVzzYab/ANSbmxH1+vtVVV0UTIJr&#10;9nAceH+H9vVFYA0oNS+v25/1ZPz6fqJeNPChbfUEDXYlidN78Ejn/D/D3D5DWbi9gSb/AJ4seQfb&#10;rspjOjgKkCvpmvA+QH+Hq2ruI4cflkf5+lBAvqWx55uLEDjg2sDe9z/T3HY6dYOliNJ9JFiLf1sB&#10;YD3UKWMbAlQa8Rmv2VOfP/Y4p5BpoNdBXz+z/DnpR0qchrMQAFPP4LBtX0FgT+R7gvzyOOLEfX68&#10;3AA/x9vKTUo/CtR5cBwP7PT7em6swGoDTWv+H/L0pY1XgggqRcjUfzySDzb1G/uMx4P5Bsf62P4v&#10;/gPfhH3VIFcj5H/V/sDrwQAvWndX7PTp0ia5A+gtf03v9Tfgm+r/AB9xZGX6kggiw+v9T9SBze3t&#10;9FNCEqG/2PQngPT/AGOmu1UZiTw8sDhn/UOneAWIBsQGH+I0+k2/oDb3Bm5+lrKOB/Um1x/yd/vH&#10;tTD2KdVdbmlfT5/y/n03KxVJKVrWn2fP/Z6foEGpbW0qdX0A+hPA/NiPbfMxtxy1jYfnkn88j6e1&#10;UaqXGtewUGfs9Pt6SqVbyzSnz+3/AIvpQ04GnSpNyT+GHC3Is1rDi/8AxHtue5v+L/S97f1H9Lcf&#10;4ezBCi0IyBx4V/2R868PzHVGJrwNPOhzx/YenZEay30glbj+tyT9bg3IuL+4snNgbD6cfX6fi5H0&#10;492jbQWKgmtRX/ivt/Z9vTOMgMaV/nx9Kef7PPpxjGrSL2IKyWBYfTix/wB9+PcN/r/X+hv/ALb8&#10;8j2vjoBShBJ4U9fP5fnnpltQNCa6uP7fL0P+Hp0iF7f7Fv6WHpJHAJ9Vrf09xmOnkWuDb/YEWtY/&#10;19rY/wBQ0aukiv5g/L/VjpGVV2NAADx+f/Ff5upqRAAWBIsPpYfSwBFhzpA/PuMz6WH5AN/9iD+A&#10;PwbH3ZwxTBAP+f5nzGB+3qhUhg3bqBHA4z558x/l6coINasv0uum3+BFrf1/H9PYr7KymiaMAsAp&#10;GqxHAIIFgfp+Lf09gbd7fQVYgFq/PiKcSPzr60x5dCrbLggpqpTgePz/AG/YPt6KT8g9jLl8Dl4H&#10;AtNSTpqZEc6WjcnQpH1+lj9efz7NbRzLUUCyqxLKo16iOD6bWA54tY/4+wjFIxuQrKAp4UHHjXPz&#10;4+eP2dM77pSFqZNPTrVS+R20l2Tmcxj/AFODNJNADZjoaQkW4UsVsAfp/h7nQEMy3ta4BJ44P0+v&#10;9P8Ae/dLgFVagNegnZyoxBJ6KrhqqGpKXdQTYODcn883v9QP959vJpqaaxAH0BJBvqFidI1XtcH8&#10;c+yIXd1CGFccPSnzx6fP/J0bG2glXuQE9LeXD4utjGqJG5U6+G1jSbizE/UG/HPHvGuMiLWBN+dN&#10;gLGw/wATc8e3X3ibQKjt88+vTB2uDUKR9Nv9zcaZLLEhve1o/Txb+rMCfeRKClW+tQQdP1f8hCLg&#10;nSoBPPBv7Yk3S8YDw3OK+Xz/ADOBjI6UQbbATTwR+zj070Gz8Zq5ooibr9FFr6WHJ0r+o/Tm/uai&#10;xqAB4FYHTeNFOpR6fpb+pufrf2VSzTOzEmQqRWhJxXP+x8uHR2lvDoBC6XFOhJpcTjEpUIhp6eeN&#10;VRyI+HCJ9V9NhqI/2Pvizq0gIJCAMvkjJFzrI/NjyD9L8e3YoZFifVQykg6WA4U+X+rHDpPcyf2a&#10;RgkAHNPs/l00ZWtTyUsFMsghpRKxnjGjVI7rwPodGkfT2A3e+1MRufa80Fch80UUhgnCgyxtqAa9&#10;7gxsRzz9PYs5R3u42fdY2RKxsRUA0Bxj8x5Y4/n0rvtri3bZ5IrutKGjeeR86/8AF/n1dt/KP7M7&#10;A6/3stdhcoXxdZNAuRxVW0hgqERtMckfjZWjnFiAwP6fqCPdQef6vw2M3CZK2Sar0zhootKpAXDA&#10;gMFDXsf6n3ldtG/i9tY2toqSAHLNUjH2DrHXcOStus7/AMSUl41aoHr6Vxx/lX+e6HtXvHc24dnI&#10;1DTUuPMlIVqZ1keaZVKWLRltCobG4IW/sR4adaeljEaBRYBVUaQgUcAf7C/tOHLyEySVY59eOPP8&#10;v5dCAQLDANGDjA8gR+Xy6AuvrmrsnMZHaQrKdcjklpGZwzsT+CzH/efcWX9Rt/T8fgcHg3v7ejzE&#10;qsaZzX5VHl5f5B0jJJ1Kxx8/z/z9OVPdSCBqK208m3P0JuBzY8/8R7bZAQSb2v8A6x4sbD8G9x7V&#10;xFa4Fafbxrn5UH+r5F8pVQyaK0P+xn1/Z0/xWZRfk8ccj/EfQcAjj/Wv7b3N/wDYfT/WI+v+8+1Q&#10;Ir4hyR+z/L/q+XVD3MX1D/V/q/n07066Vtc8i/8AQgn6jn8r/sfba9wSfyDybW/P0Fvxf244rpoK&#10;KaUoft/wD/Y6RyirDT/Z/b6A0yf8/T7AbpY3/wAP6/izEH/C/wDT3AkHJ54/B/w/r/rH2oXIUUz5&#10;9NShGICoKgD7M5/aOninPH1F7fpHJB/H+8/7z7hy8ji30N/6i35P+t70qUJbSQTSn+r/AFHpDJ+n&#10;4mk9/wA/9np3pjyA30vxz9fqbC1rXP1/p7amsPrx/jz9Pr9D+P8Abe1ABD1ABz+0/wCqvr0imx+E&#10;Gn+H/iqnz4dPMXLcf7bj6fkfX6+8dKA1VErC4v8ApNzqP1P5+h+vtROirA9eJ8/QYp5eXTVsqtcQ&#10;sz+ZNfLy+zh1mrWaOimdPqqHkG1uCbW+v/Eezd9Sbapq+amV4g2oRk+k/UkcC1yLn3D/ADlu0tsj&#10;skhADEVx885x1PXJthDOsbhaj1+fqfX/ADdVgfKzsXI7axGVnhnKvAk7IrSFQQgJAFiL6rC3+Hux&#10;bbG1qHEQU5hp1VlRQQU06iVA5OprgMR/sePr7x3u5pNwmkkluK5qCDXzrwoKVFf8PDqVZ5Lewjqq&#10;gPTj5f4PP/V6dapPye+W+5MqctjJ5pwtRLNF4nm/aTlowbXBLKSCP8ePr7WczpcJHq0BVBufq3JZ&#10;rfn6/wBPbtrFIql5SPEqTw4DyFf9noFXs7TszacVPVQW58xJlaqeoF28rFmP01M5Lt6f9dj+Bb3H&#10;EjJ+NI1WN9QJta/1a3PtS0KSVGqrU+WP5V6J2naMUrinSBnyM1Nxc6QeAdXJtyT6rHk+5lPUmPSR&#10;Yk3W173N1ueCbEW/HsuubXxA6tXSP8Gcfz8+lNvetqAPHp0xWfkikT6aj6bfXVyoubfke31Q8sIc&#10;SRwiVgAhVWJsosTe9jqBt/t+PYTuXWCdoxC0hQZNSPPPCnlT/BQ+Y6sQjwh5XIalRShA+0/s6Nls&#10;eDH1OOjqcpXTU8sqo0cMAiKxgrdTI0kbuWBb6cD/AB/pBq4NdLUwOU8zIDG4/SxVTf8AJseeRbj/&#10;AB9priOWbw7mFWCLWq+Yrw8uHmPz4dHtpOEkWMPUN8P2+ny9fTo0PTu/MXtXeeDoqypSsx9bWU/i&#10;qWTQV0SL54ZlB0B1vyRcMObfX3rsfzVeyd49UYlMXtBXgzu44q55c2iCWTHU8d1ZqQMsi/dOb2cj&#10;0gXHNrZS+2TMeVrjdxEWkWTwogfwnSGLEcOBGOsXPvGcw321S7bttkxT6kMzSA50igKrnFa5Ip1v&#10;bfyvaDBb367rt2K0NRR4STHYugoUs0LVE1K1TJVzpYa1jTSqKbqWJJ+g96pGX3lvuqz0uTye589k&#10;Kh6kvK+QyFTUSSFnJYh5XZlufpa1va7997+LgPNuU7IDWlaU+Q/2T1i+Lbbbi3Ia3Qy0J1edft6t&#10;xAAAAFgOABwAB9AB7tV+J29NwZai+yyVRPVIqIEknYudAVWF7n9S3tf8j3M/Ld9cXdoPHBL+p8+F&#10;P83RLtUrx3Twof06+f7OoOQijendnAuguG/I/wCC8jn2eSa7WP8Atz9OAP8AAf4exGSFQhh2f6v8&#10;PQkegJPyx0mo/rYcHj/X+v8AxHtqlHPPH+3ItcNz78pfSdRqPn+zpPKaxsQfkcZ9OP59OSm4H+8/&#10;6/8AxPtmqLA/42/2/wBeP9fj3vUxU/5ekgwDQ0HUuPn/AG1+f6/1HtonP6hYn9R+nAt/X6H3v4Rm&#10;lT6dMSEYo/d/q4dZvbPK31H4P0+oA+n5/wBj7bbzovSd6FiNP2nr3tpmIJ4/H1/33HtskhST5jph&#10;iG6lRDg3HH04/P8AXn201Btqa5H9P+NfW/vUdSOI0+nVCc8Os3tlqWNjzzyOeOP62/1wPe3GqmrC&#10;+n+XppsVNCB172+bNzT47LQIHIDSKeDyOeRY/S3tosCxWna32cePSmwuvAuFoSD5dRquBaiCSNgC&#10;CjAg/QgixHuzHpgrnJqU1FS9NOhBiqSA6srabrIhZQ6j8c+wTzfRLaWVotaleANCDShoafZXGesp&#10;vbi6G4NEXkKSrgHjUH1GMcD1Xz8lKio2njKx6CghyNNMhE9AzGFi66mSRJkV/ExuObEce7dejtuU&#10;mMojXy1v8QrZk0K2hUjgQaP81CsjHVa4uzf7xx7xN5nvhLdS21vbGKNW8zUtxxXSKAmhwCaYrXPW&#10;TlrZvDtoPj62Y5NKfMU/P88dae/82TsveO7KOg2xS41cBtKkqBVV9JAZ6qpyNUGPhetrZUhRo6ax&#10;YRoqrcgtqIFjGKFk9LMbi4bUVIY6rEgegAW4+lh9fYTkZ4gZEUUPClRTFcnP20rU8MdE6IhcqWBN&#10;fTrXyjp4Zal6aRixDNe4V9V2H4so4HHA98TTQkFgg/S3Pp9JsTwvF7j3RdxnUqrP+Ieufz6Ufu2O&#10;UVoKavTp3TY1NXESRwMy3vcRqWBIv6VsAeb/ANb++SBqfiNldOC2k2ZSUspRSfGUKtyfryfaW6k+&#10;rIkcaW4Z4EA14gaq1HDhSnRxaRwwQNbstPQ0H5/Z+XQu7Nx2JxWOnw9VDUI5Jkgqo4kZQ7IpeKaJ&#10;mjCJ6bhgSSfwPfUhAJd2YXKcKGNjq5uUDEajxbnn8n35J1ijKVUUrUkj0xxpWg/4oZ60LJpJSsaj&#10;Vx+z8/8AV/I9ZE6/r9wZeGmw9FJUPIyAGONvq7+ksVDaATx/vN/x7S+aqhVRPEqWuGsV+igABhYh&#10;ufqDYfj2mN/bQ6WRPEkFOIFSTkZxjgRU+dOPQks7WSGMLIfIn5V9DT9o/P06sZ+OHRm7tuVFLW5r&#10;LnF0pAd4EeRY5Iw6OqFQbMxaOxsNIt7qi+ZfRu2OwMVlsfmMfHVUuQhljrI5oAUm8gdW035VgACD&#10;9b8+8lfanmuSaySzuYVZNNKVJoMcRwPE/L8+oP8Adnkzbt/spQxPiKKhqGoI4MDxFOIz5fLraj/l&#10;694ZbbFPDt6atOSxQYUkMUsyl1hVV+vqJYBwbfQj3rLdi/yzNoUu4Kupw29JcdQNUOy0E9EJDGpY&#10;2hWaOQBwv0/Spt7leTk7lu/c3CPLAGzpBBA+WR/k6xEu7jmHZi9qL+KZFNAWB1U/bQ/s6vUxOchy&#10;tLFUpBNEJUDaW0tpuAeTcf1/p7cds/HrZnU8Rjx8/wDE65V0vWywql2Nr6Eu1hcfU829n+3bHtu0&#10;p4dnEdRGS3H+XUfbvPdXExlvLjxH9OAH2dPanUAbEX/r9fZidnVWF2t1jvXfeUo8Hl6Xb25NuRVO&#10;283TCop89FMlX4KO5sYVjlZ5Cy+uym359q7phGgC5BDVOMUA4VrQ5xg8D9nRlsQgt9m3PdnWORYJ&#10;4R4TgkSateMEEUoSc8Ok5lqiWXJ0OCiGQpjlcTnJhl6CSBHxjUTYuFZAtRHNG8ztXgx6o3QMvqBv&#10;7JnubcnX++NxYndtRHW5Xd9VDuLbVLtaqoKam2zjcVmqivyQiojjjT2MEMoo4pvTJHSU4uS5B9hu&#10;7Tbrue3uJJXluNBQKwotDVyDpAFCAQWAXtUCtT0XS7lI1vcRxQIgeUOwUABQCQuk1rRdQotMceIH&#10;ShRdCql2ZURFDO7PI2kWJdm5ZrAG5JJJN/8AEdcZmcdVdcYykinpNpUG3aDGbey0uOx1NkMQ1ZTR&#10;mXN5DDirqPKaHFw0pFQrOo8mkHUuoezJJXWFQQiQrpB06SgCoA5UE1opBBxxr5dad0uLeORJmQ1C&#10;kUBJYmuofOgGrgKkdesQT9WJuyn6AWAARiOTckkcezE/y/Okt47iot3ZXYUkC9K7J2lBuWVewaWp&#10;avG5Ys/k5qaqxFHAlAaGrOKhWWSacSxVFkQIVuQB9w3Ow5cl2u3hkkaHcJVihjJJcONXiArpDKD+&#10;mGOTVwy6SCDL3tpy5u3M8vMO4h4RaWUfjSeINS6wR4Zj0kKHAQk1DKQpBrUULn8hO6NldVf6PsFu&#10;WXcP8Z7R3UmzNuUm2UpzX1DVMBjrZK2SpGmHEQmqhWV0KzRtKroV0lgdfrXsDHVHyH3Xj9u57OpV&#10;b4v2Huxq6RKTH4DIUODwu0MHS4rEBqilkos5Hiz5o4po51SCXWPULKNx5ft9o2nwvDMpUZjLF1AZ&#10;hw1LUVYFlCsVWREqaHqQuV+aU3Tnq/W2upYhODcOWCqEkSNY1CoCdXicGAIYCoJHkEvaPWkWO6Jo&#10;qDO7YwuXqNqUFFtvDJDUVuQrq3ES5GKaqmqc3LQ0UtNkKSjgkmillimgNZaS129kn+ecWYi7sqlz&#10;VZjchOMNjTSV2LoVxlNVY5jNJSSnHqWWjl0yMrLqY3FySSfYy5eMB5d2828TJES3azFmB1Gqljx0&#10;ntBGCAKU6hb3rj3CLnq5TcblJZxBHRkUIGXSKdowua4qaeZr0M3xbmwVR0ltCXb+KzGDpCuRSqxG&#10;ezU+4snQZWHI1MGUgqM5UEyZMfeRsyS2VWQjSqrZQRyQG1+PqP8AD8f8b9mIFM/6vXqJBQYrnowf&#10;uAyHV9OPx/xI5H0I9+/PPVGUjFOve8LRkXIPFtXP9PzyPz7pofJWp61wp8+ve8LDj6cgjg/717bG&#10;MHr3p173hKkj6H+nAv8A1/P093BArw62KCvXvfG3P5/1/wDfC3vVftr17V5+fXvf/9a0ucWEqk3J&#10;Vix4+n+LWACKRzf68e40tyT4L6aAEAfs9K5JHCnDOePWaBoApyR/mrw+3PDpgpwosB+nSD9dT21K&#10;1gfrccA3+vHuHNqC6gASBwCSAf1fpBuCLH+g97jKltDEhSeNOHDjTz/b001KZpp/y9KSmtpBFiAB&#10;wfqfUT6eTxe3H09s8n9kgi17FfoRz9QeVItf688f6/teD/aI6nI48R9h4EeVaU4/ZRkkAsKHjx/z&#10;fP7OlPTghYGQjUukKosWPH6lC3ubsbA3+h/x9xnNvJcOSy8nnV+jjUOAv+293AqYtLqFB4Uxx8jk&#10;n9vTLaKNoI4eQ/w8enWAcE2bXzfSfUB6D6gXA8Yt/Q+4T6dD2BB4tzxYni39SAfx7WfqB0zVfPGa&#10;0/y08/kPPrR4njXFfI/4P8vT1S+H020A3uObrax4PGkMFJFjz+fcVuH5sxuLaja5/s/0sf6f1Hvx&#10;OqMhdSihqRU48/8AZPrTqvaK+Y868KV/Zx/1DpQUw02N0bgekkAX9I4uTf8AFvcN9VmIv4/6C/HI&#10;/oT/AGQPdxp1KuPFA44z+0U9emnZ+0Edwp+eD/LpUUaxBVLFC7sPSDyg5tytmBLW/wBb3F4F731c&#10;n+v9CB/tvbj6yFC/2f8Aqz03kgADt8/5549Psej6XW/H1AtYWH9Rzc3PP+8e4zHj08j86eLXPN7C&#10;1h7doaVc0NPPI+Xnx/ydbYGhD4FMcP21Jz/LqbB+v+vNhe9yBwDe3+AP4/4rDf8ATYDjkAk8cD6j&#10;j6fT3fOvUx7+JoPnwPz/AGdJ0oQQTSnE+p9fT9v+XpRUfLerSq8AarXsB6TcG5U8+4clz+bWHFtV&#10;zcf7St7gX9qEoKaRUk5rT/Kaenp/h6pLpDOHpqxT1+ecf5/s6fIT6/X9AwI0i9/UBYi/FwP8efbd&#10;L+bc/Xg8fUf1/H+t7UgEvRzQCnz8/P1+Z6RgZ7uNP5V+3/UOlFSaNK6R6mPqubstuBpP1ANrj8+2&#10;+T8/W1v9j/ja45B9roaaccflw/l1QUBIXIP+xx+zpzj+t72B/Dcm9hcf0BH455HuG5Y8AfTm5vyS&#10;RcDj6j8+1aCJSWY1rigpgAGh4/sqOtEisnbxpWnp/g6nw6j/AILwSeTe9yQVNgPp/U+4r/W5sLrf&#10;jmxP4sTxb2siqAQCSQ1M+nrgZ/1Z6S51EihbA9MZzgfZ04wW02/oTyvCn+vH+tb/AG/uI9uQp9Rt&#10;cj6/j/Y/Qe3EZhUsp8P+Xn+XHqjBywJNFPH1/L06eYRwnKW4Fgf9je4J5JPPuI+izWBv9L/i9+T9&#10;Pp7dH1BKayPD0/nSn7OkzamIAFAf9Wc0Ga9PEAAZeRqBU245JPpB51G1/wDb8e1vsqBmqA3liW8i&#10;ixkS97jkgsOL/wBfYZ5gkBUKUeoFeFB9lacaeQ/b0c7fG5diWGj5mmc/7OKD7ePQK921sMGHqFFN&#10;UzXpXDNDTzyAERHk6FICk/19m+w4YUPB/sHV/aFhc/X621Hnj6+wXbaAItdDRsfy/Imn7B9vT/Mc&#10;jeFH2GgXyH2Ur5V61MfnFX+Xe9X4qSpjsKhpC1NMuoMf0kFBbk/n6e3KIvYkKb3sv0JuPzYm/swn&#10;ihNNUq08804/5uo1SSXX2o3HyB6rIjyFdFVstLR1r6TYNFSzSAgfUgohDD26UkkqyqShZgRZXRhw&#10;bX0ktyeB/rew9fRQGF1SQBCDUqQc/MAfb9vQlsLi5oPEhbTX0P8Am6FzbOSyeqL7mhqmsygiWlmQ&#10;FCbkqWAW9rD/AA/1re1Et/opkDMRyAxABv8AW/It/rfX6+wlIBWr6NAB40rXHpx9eP2dCaF4u0iP&#10;y6GSlqqX0kUr6iUuNLXsef7VmB/2HvhIkRuHlAYH6lbkgtxctY8Cwt/S3uitcAqUiJWnr8vKnrk/&#10;bUGnRnbzRcRD/LHS5xeSxiC745WcE8GJyGuR+Cv4HH4/4p5o1WLUXLAg6kZjpW4W2kgckAc8/wC9&#10;+9RyMZwoSjAihAyePEf7H+Dp1pFZRojo1f8AVx6n5GthnpT4qGKEsTcMrRqh9JBUuwBYgf1/3u3u&#10;QrALGsYcpZmBK34JuEUvYAAXvz9feihJkeUjxMAivn6kDzOKY+zonkZtZCqQfOnQbVsshmVI42VL&#10;k6ghZTf8B24Cj/X9lm+QWezeKwlVFhcNkclKUdmkpaKsqFW5Y6Q8cD3/ABe30PHsfcl2e23N9bPu&#10;N0kaAcCVUHyz3Y+VftPSrc7u6s9lZ7a2klc+SKWp8u2vV+P8oDrbaO4cv/F94b82xgkkyXihx1fu&#10;PE0deqxFbyNQ1VZBLFHISdLFSD+B7qtqNzblr869Pn9v11JFJLYVFRjqum8NiSpZpYlU3I/17/6/&#10;vJiwtNoWyBsJ11jI0spB8iOOMZ9D8qdQGd13We9MW47dMkZOCUYAenEAU628qTY2ycNtVKnaG8MX&#10;kpIaZS1LTZvHV/3Ho9QUU88jBtB/HFvYoRU8ElEpeaNH0n9UiK3H4sWvY/nj2kE0qzqFjqtcVBp/&#10;goflnoSNHEYh3jXilaUrTHn+f59Fyqayrgy8ojpqiUNJdzBDJIo5PF0jOkhf6/j2wVEeggK4a39p&#10;WDA8H62PFr+zBWqSzgaT+VOH+r8+iaZQrMGYEcSRnHpTpdUE3mRWMMsTcXSRGQ34AsWt+Tf/AGHt&#10;pntZrg3uSbmxvb/WJ+p/p7XQ6g0dMrTHpx4f6j5jouLAPUL3VFP83lj/AD06UdP+n0kcFR/ifTye&#10;T9LW9tchsDYHg8fn8/4fU+zBFQ6WdhQ+X+qnSfOrUaU08P8AV5V9en2LVYD86TySf6j+t/r/AL7+&#10;nuDJ9Tc/6/4N/wClyfdq04rivrX/AAdM/h/o1NPT/N9n2dO9Lawt9bD8fS/+wuTf/be4EgFza1/o&#10;LW+nPP8AsPboyBX4KefD/VXpOWk4GtKenn5AY6doLkrcf483F+eR9Rb3Bl+n+uPSfqBx+PepNPbW&#10;mCOPE5z/AKuPSSUjGpcV9T/M+X+Hy6fqS9+LkjhtJ4P1AP8Ar/X/AHv22yXufr/j/rf4EH6W9udm&#10;gaqedP8AV/h9OiybQGJIqfIedf8AivXh09QfqXk8cnj6qLf1/qfx7zYiliqK6LyzwwprH+cmjjPJ&#10;/wBrcWAv7cu5JFtmAUlh5gYxTh6kjpRt9ust2jSTIpqOJFfnWpB4fsGc9Qdx5CajxVQaajq6qTxN&#10;YU9PPObW44jR/ofdh/ROOx0bwk1lE1lja0dXTu5sF4sHINz9B7xu9wJ7qSUAROHOBqUgCvzwceZ/&#10;aesmOUIIYoEAlVsYoQc1zwOeqEvn1ufcC7ezAjwefZQlWC0WHyV+A51ELSvdSTYD/jfs8SiJKWNY&#10;SzLddDjlbK4uTpuOXt9fca2+ozM8oQHSagU4lfLPkK8Pn0u3uWerBUbRX0PD5Y603O6MnmqjL5MV&#10;dDlIkeudlNXR1MOlVqGuLSRDTqlHI+lz7lUiRNInlZFBBvqYAD1WF9R4JPut7JOkMngoxNRwGeHy&#10;/wBXr0SQMWw6kDoHsZ4pnUVIESkEv5LooNyLXYi1/cww0RazPAFH0YSpa2oD9IcEnn/ePZeLncQo&#10;0RS6j5aT6etKAf5/l0peKzaheRR9pHT49FgHN56ihVf6vUwqOTY3UyXJH/Ee/Cnxv0V4tdxyKhbF&#10;v8QCQBb6e9G63YirxPop/vs1A+XCv+ode8GwJQ+JGP8AbCvXNcXta6aa3FeS/Fq+n1f1FgHKjjj3&#10;J/zcapGC8XJ1IxZNH9AwDAHVe45HPH9ATTa5ZpZJTSatKHBr8waHhTPHFCK5IwszbNChkFHAp8j6&#10;HyxwP8ujPbLOBkx9EJAkMkUOmRZAzQyKqgLJE6qUYSWvb8E/099Mif2mJUOFUXstiDy2lgDYAc/4&#10;8e21km8NgVoxQkmmfsFRUVJOPlnp0MniwkLwH7fsFPtr0/EUH8axkuPWmIpqkmjVnAE850FhFFrU&#10;SsAgHHPP091jfzE9g/HPd+x4Jexd77f2juGjhn/u4J8viKSStkKN5YZqatrKbyUnHrkDCxJ5J9zR&#10;7Q3/ADFbLdWR255thll1SyPqAiYDBVwD+oQf7PSxKgYUUIir3p2TlLfdoT+sW7QWO6IrmAvIiVqB&#10;26XYMwrSpBGnj8jtI/yUO4/mtht85LbmM6gzu6+kMqcau7s3lcJncTQ4KWNZVo6vDZdcdNRT15py&#10;f2GsHj5vwCdT7c3Q3Tw3TPLN3Z1fT4oVTNHS47d+FrZpAJCQjzGsVIdQ+g9X+ufc8DbuVbmRJn3F&#10;UI/CSq1/af5U49YKT7XPaPJDFucEkee5G1Cn5fL/AFV626aas+5iSX7Ssg1gEx1EPilS4vZ0LHkf&#10;7H2dTpzB7BwVElNs/L4zLhVXXU0FdSVwYAW4alllFj7HFkIIo1S1KtGKZXNR9v8Am63tcVlCxCTK&#10;83mcV+fUauaVomGkqljcn6XI/tXAHHsfpuVvze35FuL/AI/r7Nk1FBSur+f59G0oSmCKfb0wR8Ny&#10;Lj8/kf4Hi/tonv8AX8gHj8Efm4/IHtw1yG9ekkukIBXif2Y/w8OnGO2kW+h5/wBb/D/X9slSTc3v&#10;b6fT8H8/4gD34BjnVjpKSSGY8T/qH2dTYvp+PoP+N8/6/tmn/P1v9B/rH6kf7f8A3j3epA7f9X29&#10;MnVq4mn8qeQ6ze2ia/N7j+lv9Y88/wCB59svXhUn1x0lauSPXr3tmqPr+eD+b/7C/wDsPaZixBKi&#10;h6THOonB6mR2tx/h/tvx7apSSv0PH04PIuTxyPz/AE97JYkCQZr5/l1oihNDnrJ7ZKkm/Ib8/wDE&#10;X5v9ePdyToNMNjpo8OPXvb1s3GQVmapHqK6ipUVwdM9XTws3+sJJAT/jx7ZchnzgD/D/AKv9npTY&#10;wpJdR6pUFSOJA/bnqNVymGnldY5JGVGISKN5GNgTYKqsST7tQ6dxdFTR4x6evoZgZLyrDV081kRC&#10;wDrHI7DVaw/qePYI5tuZfo7xFgl+EAEK3mRUjFKfxGuBXPWWXttYwxLYsbyFiT5MpIp8gfiPl8+q&#10;1vkdmq2skzNPU4vJ0yx03+TzVNDV08Tyu+j9uWWFUbTe/wCbDmxt7ta6gyMstPBBJSZAQDTokno6&#10;iGEhtIus3iEdlB+hNrD+nvELf7YRbi7W00PiE50MGIpWtRUnPCozX58cobZtdk6opC04tjy/w9av&#10;P8x3bGJOyty19fl8B9xFR1DpTHcGN+4mqGXTAsdJJVR1GsMVYAKCL8jj2Y6JItZPkBcohI4WxPqN&#10;x6rHgC1/ZFcSzmFUEREYY54/zxjj5dB62QCc6nx1rSYmlgGYkaoqYidWpkMsSgNr/T+ogkj6fj3y&#10;kDMCoYqNRs1goLgMELekgeg/S9yP9v7JjqWQPQE6eHHGKgZ9fOlAfyHQlgECJVqMf9XlX1/Lo1O1&#10;ZcBBQfuwxTSEKCYypsw16CyqJT/a9PPNr+4wifV/nzYj1kBTYAA/Tgc/6/09u65itfDyDjyrn9v+&#10;zSvSvVBUYyT+fEfZ59KiSv2uNAWiLMf1ERNZSCtyl0CsdR/JHHuPUQO6rG07KraU8sjBVUE31Krh&#10;CCD+QSP6m9vaSViA0nhrUVOkHJPDJBI+dCB9lK9K4pECEwr+wVPn9vzp0LvXWcxlHVFqHF1kzJGj&#10;t9rj56udyoLRxwpHAXJdrgWvxf3BdKOFFu0ch8aq12Ehvqa7Hkj9V7Xtz7e2/b7Od3E95GlHrXxE&#10;WuBjjXhgj8zUHpBe7jcwamhsZpBjARiRT1otTU9OPYndXdOPVKjbXWXY9ckkLKlJQ7A3jN9qiSMk&#10;Vz/B2jmMwQOpQkC4FwfYH9tYPaeZ29lY8plsZjKzx+SB8tX4+iiDhUjaNGmkiIW3rGouSb82sPcp&#10;cpl9qv7SfawLmLgVhq7aa8aLWprg4FMdA683B9yS4ttwsHgUo1HdSi/YSwFPM1rxr+RgfgH8pvlu&#10;ndO0sHlvjv3Wm1Zpp0r8/RdWdiT0zzI9RWRS5OT+EzU9IzIy066BFGVRLqXLO1AvyZods7INbV0m&#10;WG4XNU0UEG1YardNQXfVpb7bb0OSmSMAG7sAi/kj3lXs1497t8Fxd2zwig7WVg1T5FaasetKftHW&#10;H3uRY7Xtdw30V6lw7McRkPT7dFQPzOfn1vefHXem5N6bVo6vPbV3BtdkpYS8O48LX4OpZyPotNk4&#10;KWoa5B+i8fn6j3Wxldw12QmeQ4nNU0bG6CuxOQon0341R1VPDIh4+jAH2drI3ilQrU9aH/N+3z6g&#10;a7kld31KR9oI/wA/Rl/bVmKTaNRtqTIb4qs3S4ikq8pRxLineSpFZnNp5+jasocRLPBS5LM42OEN&#10;E8iyGkhkllC/U+0e9R2RgjluXPijUFAOe5SGKrUVIXzodIzjiFmy+GI5RdvILLUNRChhqodGDQZa&#10;g48K/Z1jkMoA8So7XXiR2jXTrQOdapIdQjLEC3JAFwOQTjDAyxY2PAVjY8UU1GMJ5cfPX1ldS0tJ&#10;VxwpS1BvMcjUyhWaS5DDyEA/T2H4FLJAIZAkq0oGBZiNLCisSDXiSc1GvGT0lmZzPdPcRsZGqTpI&#10;UKxYcQBSg8lx5dZPZ26vbnXvYuyaPM5zde4+t1wePWPcG28DFJRjM0+LxQhzMkNVSTU0NZhc28sr&#10;z+c+NJS1/TGxBxc2trdwUluJIqVLaTpFO0EEqRWPNe7ApUUI6OLVttki+rMohmWPR4Zj16qKO+PN&#10;AWIyTwJPEdQmkrIpBGlP9zG7M33DTxxCJWlJ8bpoLnxo1lKhtQHNj9bMfiZ3burA752t13TdH9qV&#10;PXm/dlY3D9hdoYPFbg3FtjaWS2u6rs2q3YtFS1eD2zi85T5rJy1NbVPFUVhggjBkSAlIy9w7eC0v&#10;LS7Vkm3VYpHt0LqS0qaTJGiasOyAaCKHUQCCc9ZIey2/3LKdtXYJ02ub6aKeZVdkQjxPBlkKrpjj&#10;LVDuTWhU8EyQ35mdYbY3Zj9s5rKdlbO2/wBgbayG5cv1hgt2ZjGYSTOirjxkm6cPhkmyEGWyuXji&#10;oqIUv211gkbS6EzxvCa7e2H67xW9otwda1m3sjuHEVGQyG89vYbK0dZuHJ5eWIRU9BiaeGoVKyUN&#10;KzyLD/m2j9XJ4Mtlvd4vNkMXMEDxQSIBE0kdNK0JJk1U0kEBRr+IkVPn0Md3suWrTmFd05VntZNy&#10;gMj3MMUivNK5UBFRKjUQxJcLwp3UPAGOpNy9wZnr/M7L7rxW5sZtfOR4zD9b71yuAqMftLHbYoAz&#10;1eV3LWSU7y4iOaGmiWCavKpUxzDw+hdTVI/NKsq67txp6rH1eMvtnbnhoq0q9TBG9EJHimmjLxTy&#10;xTu6O6Myl1NifckbSiJs9okbhlDNU4APc3CmB5cCcefWL3u9PPPzpPJPbyRMbaCivlgDEpIY8CQx&#10;IJGKjqwjouip8f1tiKSnyNFlhFkdyCXI45GioquX+8eVvNTQOTJTwumkrG1mVbAi/snb3txa9+P9&#10;e3/FPb7HtIp59Rgf59C97jPyP6c/4fS/A44+vui6hxyf8v8AxXVfShz173hYAluQLD/YHj6f09uq&#10;ZMUr/q9etNQn59e94WCH6mx/17cX/p70dB4/F/q8uqde942Uc3b/AG9r3vwPre9/bZHmDjr1T5Dr&#10;3vBYavx/t/zf+v8AX3X8PW+ve//ZUEsDBBQABgAIAAAAIQBWSU3B3wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9PT4QwEMXvJn6HZky8mN0CUVyRsjEmmo0nRbPxONAuEOmU0MKin97Zk57mz3t5&#10;85t8u9hezGb0nSMF8ToCYah2uqNGwcf702oDwgckjb0jo+DbeNgW52c5Ztod6c3MZWgEh5DPUEEb&#10;wpBJ6evWWPRrNxhi7eBGi4HHsZF6xCOH214mUZRKix3xhRYH89ia+qucrILm6qV+fi3ndL/7xMP0&#10;g7e7qRqVurxYHu5BBLOEPzOc8BkdCmaq3ETai17BKr5hJ++5nOQkSbirFKTx9R3IIpf/Pyh+AQAA&#10;//8DAFBLAwQUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452A&#10;pqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5a&#10;zOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b&#10;6ho08K7lX491LwAAAP//AwBQSwECLQAUAAYACAAAACEA2vY9+w0BAAAUAgAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAD4BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJY9BiKAMAAM8GAAAOAAAA&#10;AAAAAAAAAAAAAD0CAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQCAR89wk4IMAJOCDAAU&#10;AAAAAAAAAAAAAAAAAJEFAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ1BLAQItABQABgAIAAAAIQBWSU3B&#10;3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFaIDABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEA&#10;N53BGLoAAAAhAQAAGQAAAAAAAAAAAAAAAABiiQwAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BL&#10;BQYAAAAABgAGAHwBAABTigwAAAA=&#10;" stroked="f" strokeweight="2pt">
+              <v:rect w14:anchorId="50C526CA" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:.75pt;width:612pt;height:306.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD/QlZKugIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0&#10;/2D5fSQtZYWIFFUgJiTEEDDx7Do2seTYnn1626/fsZ2kCNAmTeuDe+xz//Kdc36x6zTZCB+UNTWd&#10;HJWUCMNto8xLTX88XX85pSQAMw3T1oia7kWgF4vPn863rhJT21rdCE8wiAnV1tW0BXBVUQTeio6F&#10;I+uEQaW0vmOAV/9SNJ5tMXqni2lZfi221jfOWy5CwNerrKSLFF9KweG7lEEA0TXF2iCdPp2reBaL&#10;c1a9eOZaxfsy2D9U0TFlMOkY6ooBI2uv3oXqFPc2WAlH3HaFlVJxkXrAbiblm24eW+ZE6gXBCW6E&#10;Kfy/sPxu8+juPcKwdaEKKMYudtJ38R/rI7sE1n4ES+yAcHycz+fTWYmYctQdn56dHM9mEc7i4O58&#10;gG/CdiQKNfX4NRJIbHMbIJsOJjHbSit3rbQmjUPgMLK38KygTTAguZJvNOqBwM/4d7pkiK8sX3fC&#10;QOaMF5oBEja0ygVMU4luJRos8KaZZEYEzx+w2sSOAF4Ab2OFEqvr37HNUYHyUHu00iaexsZecpfx&#10;pTgAnCTYa5GtH4QkqkFIp6nDxH1xqT3ZMGQt4xwLz82HljUiP5+U+OvxHj0S+tpgwEO1few+QJyr&#10;97Fzlbm75CrS6IyFlX8qLDuPHimzNTA6d8pY/1EAjV31mbP9AFKGJqK0ss3+3kciJEIEx68VcumW&#10;BbhnHicVWYLbB77jIbXd1tT2EiWt9b8+eo/2yBzUUrLFya9p+LlmXlCibwyO1tlkNourIl1mJ/Np&#10;ZOJrzeq1xqy7S4ufaYJ7zvEkRnvQgyi97Z5xSS1jVlQxwzF3TTn44XIJeSPhmuNiuUxmuB4cg1vz&#10;6PhA/TgrT7tn5l0/UICzeGeHLcGqN3OVbTMXl2uwUqWhO+Da442rJRGnX4Nxd72+J6vDsl78BgAA&#10;//8DAFBLAwQKAAAAAAAAACEAgEfPcJOCDACTggwAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/&#10;4RQERXhpZgAATU0AKgAAAAgABwESAAMAAAABAAEAAAEaAAUAAAABAAAAYgEbAAUAAAABAAAAagEo&#10;AAMAAAABAAIAAAExAAIAAAAiAAAAcgEyAAIAAAAUAAAAlIdpAAQAAAABAAAAqAAAANQACvyAAAAn&#10;EAAK/IAAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTggKFdpbmRvd3MpADIwMTk6MDM6MDcgMTE6&#10;Mzk6MTMAAAOgAQADAAAAAf//AACgAgAEAAAAAQAAAmSgAwAEAAAAAQAAAT8AAAAAAAAABgEDAAMA&#10;AAABAAYAAAEaAAUAAAABAAABIgEbAAUAAAABAAABKgEoAAMAAAABAAIAAAIBAAQAAAABAAABMgIC&#10;AAQAAAABAAASygAAAAAAAABIAAAAAQAAAEgAAAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBk&#10;gAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAFMAnwMBIgACEQEDEQH/3QAEAAr/xAE/AAAB&#10;BQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAA&#10;AQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh&#10;8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW&#10;5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPB&#10;UtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk&#10;9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AOFBPifvKm0nxP3lQaOE&#10;QBPYWbCZ5P3ojd3ifvKg0IjRokpI2Y5P3ojZ8T96gxFaEEpGT4n70ZgPMn70NgRqxomlcE1c+J+9&#10;SynmvDufJ0b4pVjgqPVdOm3n+SmdR5r+h8nkcTIDMk+o6BYDqSV6P9ULN31Qzr2Elr7xSw+IGzd/&#10;1a8vbWLMljC4NBn3HgaL1zoXTRgf4vcKH7nZVjb3eA9Q+1rf7DGp2X5fqrEPUPJhUDHJVuofFAqG&#10;itVjQKqW0E9YWT9eKd/1WynjnHfTcP7LxX/6NWywLlv8YfXHYmEOjMYJz6/UutdOjG2eyuv+XZZV&#10;+ke7/B/8YnYwTMV3RlIEJX1FPnFxcC4bj7SREnifb/0UKXzO533lGsNQ5Y5z/wA7cY/J70IvHZjB&#10;8QXf9UVbLUBfWf8AFT1Ci3odnTTaDk4973trLvca7GsduY13udseyzftXdAaH4L546TZj159F91j&#10;qG1Pa91tHtuYGnc63Gdua31a/wCWvocZOOKTll7RjbPW9X8z049T1J/c2e5RzjrfdlxyscPZ/9Dh&#10;gFdPTeoV4Yz7MW1uEQ0jJLf0cOO1jvUH0Wvf7Pd/hP0f01UAW1jdZx8bH6ZVjsc12IK68+z0Gmyy&#10;tmW/qv2fGe/JfS+j1Xt/R+hi2XWVfpb/AEP0KcwgA7uUHM09w18/BGjaQ13tdpDXaH3APbof3mOa&#10;9v8AIWtlddovpyqRU6L/ALQykDGx62vqtrbR05uY9jt+LZ0Wxvr0fZ68n1rP3FazvrNiZ1WW9+Pc&#10;/KzGVg2ZFdb2+3HdiW4dj6smp9VDMr/KONm1f4ez+h+rjU+orXcI7uHVDg4t1DBLyNdoltcv/c97&#10;2M/rvRWubMbhMxE91qP6/wCoc9lb8qnGzavTopbj47Ps8XV5LcT9Dc37Tg+iy3EZkOf+grs/R4v6&#10;RTxuoV0dLxTYK8i+nJFT8UWVFz8Brq819V2M8mxrrcmv7HVfbV6dmF+it/M9QJrxc1j2aHcIPn4I&#10;9ZaTAIJ8JWhiddoryA/Jryshm3H33+jjtvssxsn7d6l+ML2VUttxHv6YyxmT/M/ztf8ANqOTnDIr&#10;ooqdb6NDYe22mqvc8PudVey2p917tmNe3F9Kyz/AJpXAIqwh9Y/5Lu+CPWELrI/yXcfJMHzDzXH5&#10;T5PFUNe/NY2sS6DoeF6/0wn/AMbvo3mGT99q8fqtdVltsY7aQDB+K9b6JkMu/wAXXSNhktdsd8WO&#10;uaU/L8pRi+b6L0hW2DhVaVcaOFULbCZgXFf4ycl5y8HGABZRj2ZLmnxc5zG/+eG/9uLt2Lz/AOvt&#10;eVl9f9K9tePRXSxlF7zBfXPqPs/lfpn2MZ9D0v66lwD1+QY+YP6vzIeMefaBO48uPi48oBIIiQPm&#10;uhxunY1heHUueaZ3b27JgE72t3Oc6v8AqPWgOl7GOAobW4alorJ2t/fd7nf9X/1x6skhqi+zx7CP&#10;3vyr1j6s9axM3/Fz1DpwzGW52Bg5Ytb7g5tTm3eg/wDSBvqNY12zfV/NrJ6H0HruaK7cOjFtoryH&#10;Mym3U1u2hoqezZbY1j3Pd6ln5/6P013uB0EY7Mm59OOMi6l9DK6hDdj/AHOZdbt/SbnNZ/g9ijlL&#10;oywB328H/9HimrpWdN6VldP6bblXDDurpwm5dzXUsYab8nLx7LraRWz9ax6Rh+rl2WW/o7sf7VV/&#10;hX820LUxvq1lXspupGM+nIZTZ64d7WDJstxG+v8Aot+5l2PbVm7GWeh/hE4sUfK24/o/T3M6gKnv&#10;qfRQ51DX3t9VuQ3H+1fZfs32Vj8pttzXsx8h7sL1a/8AtO+6i5auRi9NHVMeyrHokdSxm5j22Uit&#10;mO+jBc/dgbTU/Fve7qG6yv8AR031X2f8HVgZHRcLH6Y3qLn0trbRiWtqdDnWnJ+0Pc3FsZRso/od&#10;3o1ZDN/qb/tH+D9YnVOhY/T8w0B+NZiuvvxaL3FsN9GxtV1eX+jZ6NjHW1Pt2V+n+k/RoL9uib7D&#10;jevjem0tquxnZFtFuSwObZW69luK3Krxn+pa30a7Ps9eF9o/SbP+FV2zpXTazk1ix/6N+YMfK9at&#10;zHV0V1ZOFa6htW6/7Yyy6r9FfX/RvVq/0Szh0az1r8Qtp310fbdhDh6tYay5rqK30tsff6NjLPSv&#10;qptr/P8A5pHH1efXl14Txi1ZdryyukzuLmPZUzZ6VD/ZZZd+hu/mv56259DKkCoeTqOx8GjM6ZVU&#10;GHHr6jax9r7cfI9TGL8R9N2RZj1Vtbj5GP8Aab6qsr1LKaX2fpfT9JNRh9Nfew2F1LbAx9tDsmlp&#10;qab76M3J+0vpZVZX0/Hqxsp+L6O/ZlfzvpKljfV/120Nw/s9pyqG23VtY5oYLL34VNNv6Ets9XJZ&#10;6f8Ao67fXfd6WLX9rtG7p+PXTVY84zjcG2soEG0AGyn1nUurb/MW49uM+z8y3/g/TTSuDtY/T+mv&#10;GK1xeDkNp33faK2tb6rcpzrfRfRvb6f2bF/QWXMf+v8ApWbPT/TZnXWYg6ALKbDZbYxrnkEOYZY1&#10;1zfoM9C/GyvUxrMfdf8A8JZXb+hQ242OSS6msl0lxLGmd3093t92/wDPUOqVVDp972sa17wN7w0B&#10;zo/fcBucmgixp1SflPk8HZ/OD4Fep/VZ8/UHAb4Xv/6p68tt/nPvXpn1SdP1Jw2+F7/+qcnZvl+q&#10;cG/+C61StsVOpW6+FVLaDZrRjXVdWa7q2W1nlljQ9v8Am2BzUCso7EglA7oPSL76G/ZqqjJIFbfT&#10;3bdroPpbf5r+crVTq3ScbGPp4dNbfXJFzq2/T9r/AFNxYfbs/wAG2v3+z9H6S1vXrqsobZu2ZFgx&#10;zsBJBsBNbvb7me+v+c/MVTrgHpuDt7djiCWxtaXz7drTtdub/I/PUgJoebGQLO2yP6o3VNpycJu7&#10;1KrBd7pgssHpMcyfb7HUenZs/wAIujB0K5n6rU7cnLvL2OJrqrLWkOIG625jnO+l/hHMZ+jZ/Nro&#10;wdE69VgGj//S4xi1mP65i4FM5Qx8N2Pkuopsspa442RvdnbKbP1n0sx2LZ6X5/rM/VfS9dnq41tz&#10;aKy92vYDxKuV/WcXOwcfblPFOBd001eqHB5yG3Veuxh/0f2z+Y/7q4n6VOLHEbujmM69RU/Hytxx&#10;6W1YT9tVFlO1jDl4tAfXS+p76qsl9zL2/p/1iz1bveot6n1ezJryG5NhyWZBvosZVWHNyL9vrOY1&#10;lLWOdmemz1Md7fSt/wBEtnJy+vMym3O6Pm1Npzac+uptpYCaqsfFfjZP6BtdrLfsnqNtZ/pbN6p0&#10;5nWKsV9DcTNvvcZ+1XZj3ull2Nl4e+j6FVlTcGvEutp/SWV/pPU/wSbY7hdwnxQi/q2JlVZXrehn&#10;4bxiVkNpbfWWMNTa/sbKtj6vQe/Hrufj2f6L/BVpU9Q6pX6Zqy7WCqqqis7K3NFWO8WYdUW0vr/U&#10;72/orv6R6n85aj5H1hzsNuXfb07LFOTk3ZNrzktdZQzKodhWfZbfSd6N9D378a/6Hofq3/Cq6M7r&#10;luJZkP6bkjFy237tl+6vbk00YjbbWbf09+O3FZlWWWM/T5eRlW1+kgSO4SAfFzvtPUHt2i9xrAcw&#10;M9Ch9e1z/tNlDq7Mayu6pt7/AF6qbd/2P/tN6KK1+TZXXXYXWMoaK6W+kxpYwk7K91FVb7GOs3bP&#10;W9T9JvRMPrGTjtxmNLqRiWMeL32O9MMa+2y6h+NiV+rkUZFeVbX6eRVdkYv6T0LrvtH6uc9Vtacj&#10;Hxw+zDeSMNzbnVtqra1mNiFjgK8/9Hi0V+rRY99GVZbvtqx7mPsvaUhGararHU2scyyt2x7CDIdO&#10;3af635v76B1X/ky2QRp3B7ytE9Zy7BeBj21Ny7bLrD9pbY5vrem67HO+sN/RvoZ+zsin9Nif8F/h&#10;A/WHrOXldIzRZVcxt9bmkOyfUYwvyD1JrhT9B3ou/Um/91f5r/RIADiGvVcflPk+a2H3z5lel/VM&#10;bfqnjNP+lcR8yV5oR7gvSfqla636r4wd+ZY5o+AKdm+X6ow/N9C7NfCtVlVa+FZYqpbYbFZR2FVm&#10;LL6r9bOm9Lc6t03WsBLmM7R4lKIJNAWqUhEWTT0lQe+6kMeKyLGuLiAZaJ9Rg3f6SsuYqvVB61Rs&#10;Y1ryQWua0gSYc0Mc7+y//wBJrl/q/wDWzrGV1LHOZQz0Mq6tldY9vph7g2t276T36rWu6m2yi+zG&#10;9z2m31MlvsrstZu9VrHRXXkNYyqvY5zvUu/nfRZ6NikMJAUe7EMkZGx2psdCtw8V+bc+6mqmwUbX&#10;k+m3UWv9JjbPosq37G+963G5NBo+0tsYceC71g4FkD6TvU+h7V5H9dr/AETVgtJNLq3m6dpDrARs&#10;ur0/Rc/mfzn/AIGhfVv6yXdL6Z1TodlDrsHqeLdsAP8ANXGl7PVbrtdRZ7PW/c/nFIMZI4rWe6Ae&#10;Eh//0+EzaTZU06nYZIHcFVKPSovryK7HtsqcH1hv0gWncPd+8tVqI2mvdu2N3eMJ7ECXVu/xm/XJ&#10;792Pdsb3a6mt3/fEE/4x/rqbJNgLzpPot/8AIqu2UZoKaa7LhKXdpdQ+t/1gyhbVfaYvZstaWNHt&#10;78BXPqx9fOt9IcK3W/aen1gTi2CSWj82m36Vbv3d36NV+p3NpxXEtDnP9oMcLnjY8NLG6A8lKokb&#10;BNyvc33JfU+us6fnYuN9YulDbi5seoyILX+bR9F25rmWfy1lskqn9Tup129Eyvq68fp3vN+M95ho&#10;HtLv+m3/AKauVyND2UNEWD0/JlJBojrv/eTs5Q+pVts6fbW87WuGp+SIwKr1u2tnTLmvcA5zfaO6&#10;A+Yeaj8p8ng3+15aDIBIB+BXon1RDm/V+lpEe9x/Fed7dx0Xo31U9c9CBLHOY12tm07QPN30VJm+&#10;T6hZh+ceRdtnCssVSsqyzhVW2Gt1rqB6f0229n84fZX8T+cvM7eoY1lOSy+l732/QyAdd0+7euw+&#10;uOcxtRpuY70KwfcDBNjo2R/JXBY1tterXNaJA9wkSrWCNRvqWrzErn4RdrplfWc1+PXh4e7VpZkO&#10;3BksIdu3/m8L0fqOOLrHWtINWXZXktNr2saXP+ni1bPT276W/wBK9T/0I/SWVIn1Tw7HfVenNtyW&#10;W2S6GsAawNa7a2r971XfT/tqHUaGDotjWtbe2lnrVkS42bX+q7fQ2foXH/Sf9tJk5EyqqX44AQsG&#10;7DzWf9Veo9dvN+LZXj10OsrNdzi9wc8tucxzo3P2btrt/wD57VvpP1DycPEzm5GRU+/JpfVWGNIa&#10;C5p2eo8+/wBJtu2zY1bf1bYGdM3Bxd6t9zxM6Dd6e33lz2/zf561Q7RMlklrG9Nl8cUdJ1ru/wD/&#10;1OPYjM5XKJJzE9g1GauJSQKQ9X1r+gnjlYLJgf8AflSSSik7F6H6u7f2s3dt+g6N27n+T6f5y6ir&#10;j+9ebJJmTf6LobfV9RYsD64Ttp5j5QuNSTcfzfaun8v1Deq/nO38V6p9SPW/5k2f0n0/UfE+n6XI&#10;/m/+1Hp/vrx1JPy/J9VuH+cHk+1VKzWvDElUbgfQv8YM+2f5MT/3zb/39clVMiNv4fxWUkrmH5A0&#10;s3zy831X6j7vsLt+76R2+rt/8D9H/wBGLe61/wAjO3cfZ2fzP726v09vp+76f/Wf5n7X+gXhiSgl&#10;/OnzDYj/ADI8i+8dGn7DrM+tdM/Sn1H7t8ez1P8ASbP0e/8Am1fXzwkozufNlj8o8g//2f/tHFRQ&#10;aG90b3Nob3AgMy4wADhCSU0EJQAAAAAAEAAAAAAAAAAAAAAAAAAAAAA4QklNBDoAAAAAATcAAAAQ&#10;AAAAAQAAAAAAC3ByaW50T3V0cHV0AAAABQAAAABQc3RTYm9vbAEAAAAASW50ZWVudW0AAAAASW50&#10;ZQAAAABDbHJtAAAAD3ByaW50U2l4dGVlbkJpdGJvb2wAAAAAC3ByaW50ZXJOYW1lVEVYVAAAACoA&#10;TgBQAEkAOQBFADUAOQAzADgAIAAoAEgAUAAgAEMAbwBsAG8AcgAgAEwAYQBzAGUAcgBKAGUAdAAg&#10;AE0ARgBQACAATQA0ADcANwBmAGQAdwApAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAAAAwAUABy&#10;AG8AbwBmACAAUwBlAHQAdQBwAAAAAAAKcHJvb2ZTZXR1cAAAAAEAAAAAQmx0bmVudW0AAAAMYnVp&#10;bHRpblByb29mAAAACXByb29mQ01ZSwA4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAAEnByaW50T3V0&#10;cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NNYm9vbAAAAAAA&#10;Q3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wAAAAAAEVtbERi&#10;b29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMAAAAAUmQgIGRv&#10;dWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAAAAAAAAAAQnJk&#10;VFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNsdFVudEYjUHhs&#10;QFIAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQQwAA&#10;AABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAAAABTY2wgVW50&#10;RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0b21s&#10;b25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAAAAAA&#10;AAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABAASAAAAAEAAQBIAAAAAQABOEJJTQQm&#10;AAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAABaOEJJTQQZAAAAAAAEAAAAHjhCSU0D&#10;8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABIAC9mZgAB&#10;AGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAABAC0A&#10;AAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////////&#10;/////////////////////wPoAAAAAP////////////////////////////8D6AAAAAD/////////&#10;////////////////////A+gAADhCSU0EAAAAAAAAAgABOEJJTQQCAAAAAAAEAAAAADhCSU0EMAAA&#10;AAAAAgEBOEJJTQQtAAAAAAAGAAEAAAACOEJJTQQIAAAAAAAQAAAAAQAAAkAAAAJAAAAAADhCSU0E&#10;HgAAAAAABAAAAAA4QklNBBoAAAAAA0kAAAAGAAAAAAAAAAAAAAE/AAACZAAAAAoAVQBuAHQAaQB0&#10;AGwAZQBkAC0AMQAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAACZAAAAT8AAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAQAAAAAAAG51bGwAAAACAAAABmJvdW5k&#10;c09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxvbmcAAAAAAAAAAExlZnRsb25nAAAAAAAA&#10;AABCdG9tbG9uZwAAAT8AAAAAUmdodGxvbmcAAAJkAAAABnNsaWNlc1ZsTHMAAAABT2JqYwAAAAEA&#10;AAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcAAAAAAAAAB2dyb3VwSURsb25nAAAAAAAAAAZv&#10;cmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1hdXRvR2VuZXJhdGVkAAAAAFR5cGVlbnVtAAAA&#10;CkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRv&#10;cCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAE/AAAAAFJnaHRsb25nAAAC&#10;ZAAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhUAAAAAQAAAAAAAE1zZ2VURVhUAAAAAQAAAAAA&#10;BmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJc0hUTUxib29sAQAAAAhjZWxsVGV4dFRFWFQA&#10;AAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xpY2VIb3J6QWxpZ24AAAAHZGVmYXVsdAAAAAl2&#10;ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGlnbgAAAAdkZWZhdWx0AAAAC2JnQ29sb3JUeXBl&#10;ZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABOb25lAAAACXRvcE91dHNldGxvbmcAAAAAAAAA&#10;CmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21PdXRzZXRsb25nAAAAAAAAAAtyaWdodE91dHNl&#10;dGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAAAAAAADhCSU0EFAAAAAAABAAAAAM4QklNBAwA&#10;AAAAEuYAAAABAAAAnwAAAFMAAAHgAACboAAAEsoAGAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9i&#10;ZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwR&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAFMAnwMBIgACEQEDEQH/3QAEAAr/xAE/&#10;AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkK&#10;CxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWS&#10;U/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpam&#10;tsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGx&#10;QiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSV&#10;xNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AOFBPifvKm0nxP3l&#10;QaOEQBPYWbCZ5P3ojd3ifvKg0IjRokpI2Y5P3ojZ8T96gxFaEEpGT4n70ZgPMn70NgRqxomlcE1c&#10;+J+9SynmvDufJ0b4pVjgqPVdOm3n+SmdR5r+h8nkcTIDMk+o6BYDqSV6P9ULN31Qzr2Elr7xSw+I&#10;Gzd/1a8vbWLMljC4NBn3HgaL1zoXTRgf4vcKH7nZVjb3eA9Q+1rf7DGp2X5fqrEPUPJhUDHJVuof&#10;FAqGitVjQKqW0E9YWT9eKd/1WynjnHfTcP7LxX/6NWywLlv8YfXHYmEOjMYJz6/UutdOjG2eyuv+&#10;XZZV+ke7/B/8YnYwTMV3RlIEJX1FPnFxcC4bj7SREnifb/0UKXzO533lGsNQ5Y5z/wA7cY/J70Iv&#10;HZjB8QXf9UVbLUBfWf8AFT1Ci3odnTTaDk4973trLvca7GsduY13udseyzftXdAaH4L546TZj159&#10;F91jqG1Pa91tHtuYGnc63Gdua31a/wCWvocZOOKTll7RjbPW9X8z049T1J/c2e5RzjrfdlxyscPZ&#10;/9DhgFdPTeoV4Yz7MW1uEQ0jJLf0cOO1jvUH0Wvf7Pd/hP0f01UAW1jdZx8bH6ZVjsc12IK68+z0&#10;GmyytmW/qv2fGe/JfS+j1Xt/R+hi2XWVfpb/AEP0KcwgA7uUHM09w18/BGjaQ13tdpDXaH3APbof&#10;3mOa9v8AIWtlddovpyqRU6L/ALQykDGx62vqtrbR05uY9jt+LZ0Wxvr0fZ68n1rP3FazvrNiZ1WW&#10;9+Pc/KzGVg2ZFdb2+3HdiW4dj6smp9VDMr/KONm1f4ez+h+rjU+orXcI7uHVDg4t1DBLyNdoltcv&#10;/c972M/rvRWubMbhMxE91qP6/wCoc9lb8qnGzavTopbj47Ps8XV5LcT9Dc37Tg+iy3EZkOf+grs/&#10;R4v6RTxuoV0dLxTYK8i+nJFT8UWVFz8Brq819V2M8mxrrcmv7HVfbV6dmF+it/M9QJrxc1j2aHcI&#10;Pn4I9ZaTAIJ8JWhiddoryA/Jryshm3H33+jjtvssxsn7d6l+ML2VUttxHv6YyxmT/M/ztf8ANqOT&#10;nDIrooqdb6NDYe22mqvc8PudVey2p917tmNe3F9Kyz/AJpXAIqwh9Y/5Lu+CPWELrI/yXcfJMHzD&#10;zXH5T5PFUNe/NY2sS6DoeF6/0wn/AMbvo3mGT99q8fqtdVltsY7aQDB+K9b6JkMu/wAXXSNhktds&#10;d8WOuaU/L8pRi+b6L0hW2DhVaVcaOFULbCZgXFf4ycl5y8HGABZRj2ZLmnxc5zG/+eG/9uLt2Lz/&#10;AOvteVl9f9K9tePRXSxlF7zBfXPqPs/lfpn2MZ9D0v66lwD1+QY+YP6vzIeMefaBO48uPi48oBII&#10;iQPmuhxunY1heHUueaZ3b27JgE72t3Oc6v8AqPWgOl7GOAobW4alorJ2t/fd7nf9X/1x6skhqi+z&#10;x7CP3vyr1j6s9axM3/Fz1DpwzGW52Bg5Ytb7g5tTm3eg/wDSBvqNY12zfV/NrJ6H0HruaK7cOjFt&#10;oryHMym3U1u2hoqezZbY1j3Pd6ln5/6P013uB0EY7Mm59OOMi6l9DK6hDdj/AHOZdbt/SbnNZ/g9&#10;ijlLoywB328H/9HimrpWdN6VldP6bblXDDurpwm5dzXUsYab8nLx7LraRWz9ax6Rh+rl2WW/o7sf&#10;7VV/hX820LUxvq1lXspupGM+nIZTZ64d7WDJstxG+v8Aot+5l2PbVm7GWeh/hE4sUfK24/o/T3M6&#10;gKnvqfRQ51DX3t9VuQ3H+1fZfs32Vj8pttzXsx8h7sL1a/8AtO+6i5auRi9NHVMeyrHokdSxm5j2&#10;2UitmO+jBc/dgbTU/Fve7qG6yv8AR031X2f8HVgZHRcLH6Y3qLn0trbRiWtqdDnWnJ+0Pc3FsZRs&#10;o/od3o1ZDN/qb/tH+D9YnVOhY/T8w0B+NZiuvvxaL3FsN9GxtV1eX+jZ6NjHW1Pt2V+n+k/RoL9u&#10;ib7Djevjem0tquxnZFtFuSwObZW69luK3Krxn+pa30a7Ps9eF9o/SbP+FV2zpXTazk1ix/6N+YMf&#10;K9atzHV0V1ZOFa6htW6/7Yyy6r9FfX/RvVq/0Szh0az1r8Qtp310fbdhDh6tYay5rqK30tsff6Nj&#10;LPSvqptr/P8A5pHH1efXl14Txi1ZdryyukzuLmPZUzZ6VD/ZZZd+hu/mv56259DKkCoeTqOx8GjM&#10;6ZVUGHHr6jax9r7cfI9TGL8R9N2RZj1Vtbj5GP8Aab6qsr1LKaX2fpfT9JNRh9Nfew2F1LbAx9tD&#10;smlpqab76M3J+0vpZVZX0/Hqxsp+L6O/ZlfzvpKljfV/120Nw/s9pyqG23VtY5oYLL34VNNv6Ets&#10;9XJZ6f8Ao67fXfd6WLX9rtG7p+PXTVY84zjcG2soEG0AGyn1nUurb/MW49uM+z8y3/g/TTSuDtY/&#10;T+mvGK1xeDkNp33faK2tb6rcpzrfRfRvb6f2bF/QWXMf+v8ApWbPT/TZnXWYg6ALKbDZbYxrnkEO&#10;YZY11zfoM9C/GyvUxrMfdf8A8JZXb+hQ242OSS6msl0lxLGmd3093t92/wDPUOqVVDp972sa17wN&#10;7w0Bzo/fcBucmgixp1SflPk8HZ/OD4Fep/VZ8/UHAb4Xv/6p68tt/nPvXpn1SdP1Jw2+F7/+qcnZ&#10;vl+qcG/+C61StsVOpW6+FVLaDZrRjXVdWa7q2W1nlljQ9v8Am2BzUCso7EglA7oPSL76G/ZqqjJI&#10;FbfT3bdroPpbf5r+crVTq3ScbGPp4dNbfXJFzq2/T9r/AFNxYfbs/wAG2v3+z9H6S1vXrqsobZu2&#10;ZFgxzsBJBsBNbvb7me+v+c/MVTrgHpuDt7djiCWxtaXz7drTtdub/I/PUgJoebGQLO2yP6o3VNpy&#10;cJu71KrBd7pgssHpMcyfb7HUenZs/wAIujB0K5n6rU7cnLvL2OJrqrLWkOIG625jnO+l/hHMZ+jZ&#10;/NrowdE69VgGj//S4xi1mP65i4FM5Qx8N2Pkuopsspa442RvdnbKbP1n0sx2LZ6X5/rM/VfS9dnq&#10;41tzaKy92vYDxKuV/WcXOwcfblPFOBd001eqHB5yG3Veuxh/0f2z+Y/7q4n6VOLHEbujmM69RU/H&#10;ytxx6W1YT9tVFlO1jDl4tAfXS+p76qsl9zL2/p/1iz1bveot6n1ezJryG5NhyWZBvosZVWHNyL9v&#10;rOY1lLWOdmemz1Md7fSt/wBEtnJy+vMym3O6Pm1Npzac+uptpYCaqsfFfjZP6BtdrLfsnqNtZ/pb&#10;N6p05nWKsV9DcTNvvcZ+1XZj3ull2Nl4e+j6FVlTcGvEutp/SWV/pPU/wSbY7hdwnxQi/q2JlVZX&#10;rehn4bxiVkNpbfWWMNTa/sbKtj6vQe/Hrufj2f6L/BVpU9Q6pX6Zqy7WCqqqis7K3NFWO8WYdUW0&#10;vr/U72/orv6R6n85aj5H1hzsNuXfb07LFOTk3ZNrzktdZQzKodhWfZbfSd6N9D378a/6Hofq3/Cq&#10;6M7rluJZkP6bkjFy237tl+6vbk00YjbbWbf09+O3FZlWWWM/T5eRlW1+kgSO4SAfFzvtPUHt2i9x&#10;rAcwM9Ch9e1z/tNlDq7Mayu6pt7/AF6qbd/2P/tN6KK1+TZXXXYXWMoaK6W+kxpYwk7K91FVb7GO&#10;s3bPW9T9JvRMPrGTjtxmNLqRiWMeL32O9MMa+2y6h+NiV+rkUZFeVbX6eRVdkYv6T0LrvtH6uc9V&#10;tacjHxw+zDeSMNzbnVtqra1mNiFjgK8/9Hi0V+rRY99GVZbvtqx7mPsvaUhGararHU2scyyt2x7C&#10;DIdO3af635v76B1X/ky2QRp3B7ytE9Zy7BeBj21Ny7bLrD9pbY5vrem67HO+sN/RvoZ+zsin9Nif&#10;8F/hA/WHrOXldIzRZVcxt9bmkOyfUYwvyD1JrhT9B3ou/Um/91f5r/RIADiGvVcflPk+a2H3z5le&#10;l/VMbfqnjNP+lcR8yV5oR7gvSfqla636r4wd+ZY5o+AKdm+X6ow/N9C7NfCtVlVa+FZYqpbYbFZR&#10;2FVmLL6r9bOm9Lc6t03WsBLmM7R4lKIJNAWqUhEWTT0lQe+6kMeKyLGuLiAZaJ9Rg3f6SsuYqvVB&#10;61RsY1ryQWua0gSYc0Mc7+y//wBJrl/q/wDWzrGV1LHOZQz0Mq6tldY9vph7g2t276T36rWu6m2y&#10;i+zG9z2m31MlvsrstZu9VrHRXXkNYyqvY5zvUu/nfRZ6NikMJAUe7EMkZGx2psdCtw8V+bc+6mqm&#10;wUbXk+m3UWv9JjbPosq37G+963G5NBo+0tsYceC71g4FkD6TvU+h7V5H9dr/AETVgtJNLq3m6dpD&#10;rARsur0/Rc/mfzn/AIGhfVv6yXdL6Z1TodlDrsHqeLdsAP8ANXGl7PVbrtdRZ7PW/c/nFIMZI4rW&#10;e6AeEh//0+EzaTZU06nYZIHcFVKPSovryK7HtsqcH1hv0gWncPd+8tVqI2mvdu2N3eMJ7ECXVu/x&#10;m/XJ792Pdsb3a6mt3/fEE/4x/rqbJNgLzpPot/8AIqu2UZoKaa7LhKXdpdQ+t/1gyhbVfaYvZsta&#10;WNHt78BXPqx9fOt9IcK3W/aen1gTi2CSWj82m36Vbv3d36NV+p3NpxXEtDnP9oMcLnjY8NLG6A8l&#10;KokbBNyvc33JfU+us6fnYuN9YulDbi5seoyILX+bR9F25rmWfy1lskqn9Tup129Eyvq68fp3vN+M&#10;95hoHtLv+m3/AKauVyND2UNEWD0/JlJBojrv/eTs5Q+pVts6fbW87WuGp+SIwKr1u2tnTLmvcA5z&#10;faO6A+Yeaj8p8ng3+15aDIBIB+BXon1RDm/V+lpEe9x/Fed7dx0Xo31U9c9CBLHOY12tm07QPN30&#10;VJm+T6hZh+ceRdtnCssVSsqyzhVW2Gt1rqB6f0229n84fZX8T+cvM7eoY1lOSy+l732/QyAdd0+7&#10;euw+uOcxtRpuY70KwfcDBNjo2R/JXBY1tterXNaJA9wkSrWCNRvqWrzErn4RdrplfWc1+PXh4e7V&#10;pZkO3BksIdu3/m8L0fqOOLrHWtINWXZXktNr2saXP+ni1bPT276W/wBK9T/0I/SWVIn1Tw7HfVen&#10;NtyWW2S6GsAawNa7a2r971XfT/tqHUaGDotjWtbe2lnrVkS42bX+q7fQ2foXH/Sf9tJk5EyqqX44&#10;AQsG7DzWf9Veo9dvN+LZXj10OsrNdzi9wc8tucxzo3P2btrt/wD57VvpP1DycPEzm5GRU+/JpfVW&#10;GNIaC5p2eo8+/wBJtu2zY1bf1bYGdM3Bxd6t9zxM6Dd6e33lz2/zf561Q7RMlklrG9Nl8cUdJ1ru&#10;/wD/1OPYjM5XKJJzE9g1GauJSQKQ9X1r+gnjlYLJgf8AflSSSik7F6H6u7f2s3dt+g6N27n+T6f5&#10;y6irj+9ebJJmTf6LobfV9RYsD64Ttp5j5QuNSTcfzfaun8v1Deq/nO38V6p9SPW/5k2f0n0/UfE+&#10;n6XI/m/+1Hp/vrx1JPy/J9VuH+cHk+1VKzWvDElUbgfQv8YM+2f5MT/3zb/39clVMiNv4fxWUkrm&#10;H5A0s3zy831X6j7vsLt+76R2+rt/8D9H/wBGLe61/wAjO3cfZ2fzP726v09vp+76f/Wf5n7X+gXh&#10;iSgl/OnzDYj/ADI8i+8dGn7DrM+tdM/Sn1H7t8ez1P8ASbP0e/8Am1fXzwkozufNlj8o8g//2ThC&#10;SU0EIQAAAAAAXQAAAAEBAAAADwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBoAG8AcAAAABcAQQBk&#10;AG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAIABDAEMAIAAyADAAMQA4AAAAAQA4QklNBAYAAAAA&#10;AAcACAAAAAEBAP/hDgxodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvADw/eHBhY2tldCBiZWdp&#10;bj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6&#10;eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMTQyIDc5LjE2&#10;MDkyNCwgMjAxNy8wNy8xMy0wMTowNjozOSAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJo&#10;dHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlw&#10;dGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;IiB4bWxuczp4bXBNTT0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL21tLyIgeG1sbnM6c3RF&#10;dnQ9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9zVHlwZS9SZXNvdXJjZUV2ZW50IyIgeG1s&#10;bnM6ZGM9Imh0dHA6Ly9wdXJsLm9yZy9kYy9lbGVtZW50cy8xLjEvIiB4bWxuczpwaG90b3Nob3A9&#10;Imh0dHA6Ly9ucy5hZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtcDpDcmVhdG9yVG9vbD0iQWRv&#10;YmUgUGhvdG9zaG9wIENDIDIwMTggKFdpbmRvd3MpIiB4bXA6Q3JlYXRlRGF0ZT0iMjAxOS0wMy0w&#10;N1QxMTozOToxMy0wODowMCIgeG1wOk1ldGFkYXRhRGF0ZT0iMjAxOS0wMy0wN1QxMTozOToxMy0w&#10;ODowMCIgeG1wOk1vZGlmeURhdGU9IjIwMTktMDMtMDdUMTE6Mzk6MTMtMDg6MDAiIHhtcE1NOklu&#10;c3RhbmNlSUQ9InhtcC5paWQ6YWY2YWY1YjctYWQyYS03NDQzLTk3ZjQtMmZjOWVhNzkwOTJlIiB4&#10;bXBNTTpEb2N1bWVudElEPSJhZG9iZTpkb2NpZDpwaG90b3Nob3A6YTAxYzc4ZTgtMDNkZi0zMTQ0&#10;LThiODAtMzI3NDFhN2FlOGQzIiB4bXBNTTpPcmlnaW5hbERvY3VtZW50SUQ9InhtcC5kaWQ6OGVm&#10;NzNiYTYtNWM2Yi00NDQyLTkwNmMtYjhkMzVkMTkyNTNlIiBkYzpmb3JtYXQ9ImltYWdlL2pwZWci&#10;IHBob3Rvc2hvcDpDb2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBD&#10;b2F0ZWQgKFNXT1ApIHYyIj4gPHhtcE1NOkhpc3Rvcnk+IDxyZGY6U2VxPiA8cmRmOmxpIHN0RXZ0&#10;OmFjdGlvbj0iY3JlYXRlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDo4ZWY3M2JhNi01YzZi&#10;LTQ0NDItOTA2Yy1iOGQzNWQxOTI1M2UiIHN0RXZ0OndoZW49IjIwMTktMDMtMDdUMTE6Mzk6MTMt&#10;MDg6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE4IChXaW5k&#10;b3dzKSIvPiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0ic2F2ZWQiIHN0RXZ0Omluc3RhbmNlSUQ9Inht&#10;cC5paWQ6YWY2YWY1YjctYWQyYS03NDQzLTk3ZjQtMmZjOWVhNzkwOTJlIiBzdEV2dDp3aGVuPSIy&#10;MDE5LTAzLTA3VDExOjM5OjEzLTA4OjAwIiBzdEV2dDpzb2Z0d2FyZUFnZW50PSJBZG9iZSBQaG90&#10;b3Nob3AgQ0MgMjAxOCAoV2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPC9yZGY6U2VxPiA8&#10;L3htcE1NOkhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRh&#10;PiAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgIDw/&#10;eHBhY2tldCBlbmQ9InciPz7/4v/iSUNDX1BST0ZJTEUAAQkACIBwQURCRQIQAABwcnRyQ01ZS0xh&#10;YiAH0AAHABoABQApADVhY3NwQVBQTAAAAABBREJFAAAAAAAAAAAAAAAAAAAAAQAA9tYAAQAAAADT&#10;LUFEQkUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAApkZXNj&#10;AAAA/AAAAHRjcHJ0AAABcAAAACt3dHB0AAABnAAAABRBMkIwAAABsAAAogZBMkIyAAABsAAAogZB&#10;MkIxAACjuAAAogZCMkEwAAFFwAACOLRCMkExAAN+dAACOLRCMkEyAAW3KAACOLRnYW10AAfv3AAA&#10;kJFkZXNjAAAAAAAAABpVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAHRleHQAAAAAQ29weXJpZ2h0IDIwMDAgQWRvYmUgU3lzdGVtcywgSW5jLgAAWFlaIAAAAAAA&#10;ALVaAAC8ZwAAkjBtZnQyAAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAB&#10;AAABAAACAAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kg&#10;hyGyItoj/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07iTylPcI+3j/4&#10;QRFCKUNCRFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6W1FcZl14Xopf&#10;m2CtYb5iz2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4vXnDesh7zXzO&#10;fc1+zH/LgMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY&#10;/5nymuSb1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2va7BZsUeyNrMk&#10;tBK1ALXtttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfslsylnLRMwuzRjO&#10;Ac7rz9XQvtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvjnuR75VfmM+cO&#10;5+jowema6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+&#10;tP9a//8AAAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvh&#10;HOEd3x7bH9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjODNIE1fzZ/N384&#10;gDmCOn87fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTV&#10;VddW2VfbWN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx&#10;3nLac9Z0zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obth9uIyom4iqaLlYyD&#10;jXGOYI9OkD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLmo9ikyqW9prGn&#10;pqibqZGqh6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7&#10;xITFisaQx5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr3Xneht+U4Jzh&#10;ouKo463ksuW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v&#10;/xf//wAAAgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAd&#10;Px46HzQgLCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000QTU2Nis3ITgW&#10;OQs6ADr2O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hU&#10;iFWIVolXiliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6psq22rbqtvq3Cp&#10;cahypXOjdKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M&#10;4o3Yjs2Pw5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhu&#10;qXiqgquOrJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznI&#10;XsmCyqbLysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ&#10;58zoxOm66qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm/RH9s/5N/uH/&#10;cf//AAAB2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtm&#10;HFUdQR4sHxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5MmczVTRENTI2&#10;IjcROAE48TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCt&#10;UaFSlVOIVHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr&#10;5WzSbb5uqm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuBwoKog42EcoVX&#10;hjuHIIgFiOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrqm9Scv52qnpaf&#10;g6BxoV+iT6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2yLfNuNO527rj&#10;u+28+L4EvxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD1ifXTNhz2Zva&#10;xNvv3RreRt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67&#10;////AIAAgADltH/Nf1TMP3+lfsOyjH+UfmmYf3+efkx943/BfmNiQX/+fpJEYYB/fwUfZIH+gBz8&#10;uH50i3nkD35XibLK235PiBSxPn5chrSXL36ChZt8k36+hLpg6X8Pg/RDAH+Wg3gdooDkg9/6o30l&#10;lwjiSH0clDHJWH0lkXqvzn1Ljx6V1n2GjQ17Tn3XizxftH43iYlBy37AiC0cBH/PiBH4v3wXorDg&#10;gnwXnsnHsnwrmxSuRXxbl6OUc3yrlKZ6Dn0MkeZelX13j09Atn3/jS0ajH7Ei8n3CXtHrnXe2ntE&#10;qXrGG3tdpMSs0nuWoGaTEHvqnFp42nxbmLtdiHzPlU0/uX1SkosZPH3GjvD1hXqqul3dWXqftEjE&#10;p3qzrourfHrwqT2R4ntMpE53snvAn7pci3w9m48+03y8mHYYF3zbkEn0OHovxnLcDXobvzvDYnon&#10;uHOqTXpksjaQ33rJrHF20ntEpxBbrnvAojA+DHw7nw8XHHwHj6DzHXnR0sja8Xm0ymHCSXm4wo2p&#10;P3nwu2GP53pZtM52BnrdrsZbBnteqYc9Y3vQpNMWSXtSjxHyKnmM34TZ/Xlm1dPBVXlgzO6oVnmU&#10;xOKPE3n+vZJ1S3qGtwdaaXsMsdw82nt6qSUVnnrIjp3t7YkTfivWfogAfbG+zYcFfVemtYYwfTOO&#10;GoWEfUh00IT8fYxaa4Sbfeg9joSffosYi4Z6gAHryYeuiQjVAIajh329jYW5hiGlfoT4hQOM0IRk&#10;hCpzfYP0g4hZD4Oogwc8OYO4guAW+YV3hAPp+4Zwk/jTU4V3kXW8EIScjxmkFIP1jROLiYN1i1Zy&#10;VYMXidVX/4LYiHw7LILrh5QViIR7h6joUoVznvjRsoSDm4G6f4OymDuioYMOlTqKOIKgkqFxKYJQ&#10;kENW94Ibjhw6NIIujJYUOIOJisnmyISqqhjQMoO7pa25BoLxoYKhP4JVnaSI7oHjmhJwC4GjludW&#10;AoF1k/85U4GGkgwTFYKajOflY4QMtWLO1oMdsAO3tYJSquqgBYG5pi6H1YFOocZu/YEJnbxVH4Dj&#10;mjM4iYDzmDgSH4G8jEHkL4OLwNrNrIKcuoK2koHOtHqe9IE2rt+G6IDTqbBuMYCTpO1UXIBloNg3&#10;3YB0nlgRVIEDi7fjKYMkzJXMr4I2xTu1mIFlvkOeA4DKt8uGCYBpsd1td4AzrI1TxoAIqFY3TYAK&#10;o1wQroBsi0fiToLQ2LvL2oHm0E60xIETyGGdNYB0wRSFToASunps1X/ftM1TPH+6sEg20X+8pRAQ&#10;Kn/0iu7dPJJhfJjHa5B6fEOxVo6yfBCax40afBGDl4u3fElrnoqCfLFSdYmIfTI2joknfgERMovW&#10;f97bRpEthsvGBY9ChYSwKo2DhG+Zsov8g5CCg4qtgvJqjImNgohRXoijgkA1eohJgmAQBIqYg4bZ&#10;s5AAkSTEnY4iju2u/YxjjN+YgIrxiyaBVYmzibJpaoimiHxQSofLh3Y0dod5hwUO+olWhrvYR48I&#10;m5LDLo0ymHutgYuGlZeXHooTkv2AF4jokL5oU4fmjrxPW4cTjP8znYbCjB0OFIgoiYTW6Y5KphXB&#10;0Yx4oiasJIrUnnOV0olomwp+5ogyl+pnS4c+lS1OfYZvkswy2YYckcENTocliP/Vp42xsMfAm4vi&#10;rACq9oo+p3eUtIjWo0F94oekn1xmWIanm9pNtYXdmPkyLIWKl/IMqIZLiI/UkI0zu6W/kotntgWp&#10;8onCsKaTvohbq6R9CocwpwhlnoY2oudNDIVfn68xnYULnT8MHoWXiDHTo4zLxse+s4sDwEmpFole&#10;uhSS54f0tEl8QobMrwRk9oXcqndMh4UFp2UxJISioToLroUEh+bS4Ixy0le9+4qwyvGoXYkNw+GS&#10;MYejvVN7nYZ6t3xkaYWLssdMDYS9rmcwt4RcoPALVYSOh6nM+5vye1u4k5lHeyGj9pa4ewmO3pRg&#10;eyZ5FZJFe3hiaZBle/lKco7afJMvY441fX4KfpAff8DLOprihP23Zpgjg+ejAZWZgvyN+pNNgkt4&#10;K5FDgdhhfI91gZpJfo33gYEueY1XgeMJz46bgwjJ05nfjq22HJcljMKh5ZSYiviM4ZJbiYl3IZBe&#10;iFRgg46eh15ImI0qhqAtp4yMhp0JNY1HhejIqJjnmI6045Y9lc6gp5O9kzSLu5FykO12A4+Gjv9f&#10;f43SjVJHsYxmi/ss3ovMi80Ir4wfhd/HfJgsooazxpWEnvqfe5MLm6yKhJDSmKp07I7ZlfRej40x&#10;k6BG7ovFkcQsO4snkb4IPIshhZHGX5ebrKWyspT1qFmebJJ+pEqJhJBKoI10AY5TnSNduIydmidG&#10;QYs0l/crroqUlzsH24pMhVDFZpcmtuyxyZSAsd6diZIIrQ6Iqo/VqJpzQI3lpI9dE4wwoRNFsYq0&#10;ntMrOooSm8gHi4mbhRrEkpbDwXixB5Qeu6WcyZGnthaH7o9ysO5yj42FrFVcfYvaqJlFPopcpkEq&#10;2YmonPkHSokLhO7D4pZuzHmwZ5PKxdicKJFWv4WHTo8jubNx/o02tKpcA4uNsRNE1YoarEIqfIlp&#10;nLoHFoiZhMu9P6XQenqqHKJoek2W0Z8cekWDFJwIenJunZk4etRZLJaye2RCU5SifAon85PzfP0E&#10;qpN/f6a7s6Tig5SpKqFagpyWFZ4KgdCCYJr9gT5t25g6gOtYY5XCgM5BgpO8gNsnNJMLgXUEaJID&#10;gpq6iKPrjMKoF6BoiwGVJJ0ViW6Ba5oXiCls8ZddhydXipTvhmZAvJLuhegmjpI4hlsEL5C0gtS5&#10;fKMblfWm/Z+jk3qT/5xZkTmAX5lOjzNr9ZadjZFWrZQ0jDFAApI0izkl+ZF3i9kD/Y+SgrK4lqJV&#10;n2imCp7pnDOS/puqmT9/VpimlotrBJXYlC5V2ZN8kj8/UpF+kOwlbpC/kVYD046Zgpa3o6HIqQKl&#10;NZ5VpRWSLpsRoWt+gpgRnhlqOZVWmyJVIpLrmKw+w5Dslz8lAZAnlgsDr43Ign22y6FXsr2kbZ3h&#10;rh6RbJqdqcZ9ypegpdFplpTrolJUlpKAn4M+T5BsnlQkrI+gmMwDkY0agmm2D6D+vLajxp2Ct2GQ&#10;ypo9slx9LJc/rcxpAZSOqeBUF5Itpw0975ASpMMkZY8wmJsDeYyNglm1caCvxyyjPJ0twReQQZnq&#10;u198pZbwtj9oiJRAshJTs5Hgr0c9m4/SqagkH470mGwDZYwdgkyuHq/+eeScKaveebaKEKfeebJ3&#10;iqQXeeZkR6CYelBP+Z1zeuY6H5r2e40gKZqYfHEAAJXTf8qszq8ogoObaKrkgZmJfqbagOB2+6MT&#10;gGNjqJ+bgCZPU5x/gCM5dJoFgEwfoZmWgRcAAJSOgACr3649iy6aiqn+iY2IvaXtiBp2MaIwhvti&#10;5J68hiBOn5umhY441ZkshUsfLpirhkYAAJNwgACrEq1qk+eZqqk3kZqHzKUwj4R1UKFojb1iEp38&#10;jFFN6Jroizg4QZhqiqIeypfXi7MAAJJ4gACqQazKnLSY2qiYmcKG86SUlxd0daDPlMBhTZ1LkrBN&#10;Qpo9kSg3v5e4kGsedZcUkGEAC5GSgAepkKwspcyYL6f8ojGGSKP5nuJzyqA1m+9gqpyymVxMr5mP&#10;l2s3TZcKluUeKJZflFgAG5DEgBKo4qu5rwOXoqd9qriFwqNypsNzQJ+so0NgKZw2oE9MQZkcnjs2&#10;9paAnX0d85XIlEAAKJAZgBuoQqthuHSXGacbs3uFQ6MNrudyyJ9IquRfu5vWp6lL4ZjFpeM2sJYj&#10;ousdzJVPlCYAM4+PgCKnuasVwl6WpqbEvKuE1qK2t3FyYp72svpfY5uGr7pLnJh1rR82e5XdpNYd&#10;p5UJlA0API8ggCifsLqEeXSO1bWreTp90bD8eTJsZKyLeWdaOKhkedRG76Suemox66HmewcX8KJy&#10;e74AAJEogACeprm2gaSOQrTCgL19YrAFgA1r86uMf55ZuKdkf3JGbKOuf4MxbKDef8EXsKE7gLoA&#10;AJBugACd97jLidWNmrPeiEl8z68ahu5rVaqjhe1ZHqZ6hTRF4aLGhMww+p/shMQXgaAchgQAAI/L&#10;gACdaLfzkhCM+LMPj+d8Gq5SjftqqqnOjGNYfaWriy1FWaH2ilcwlZ8TiiwXXJ8cirAAAI8+gACc&#10;1bdGmmmMYrJhl6Z7e62mlTRqBqkkkxhX7aTwkV1E4aE/kDUwPp5SkCoXPp42jrgAAI7EgACcO7a/&#10;ou6L2bHRn5J6+q0PnI9pi6iPmfhXeaRal9ZEfaCSlnAv+J2elqQXJ51nj6gAAI5egACbyLY2q6CL&#10;cLFEp6V6mKyCpBNpL6gEoQVXJaPUnpdEOaAInUkvxJzwnCcXFZyoj5sAAI4KgACbSrXXtIyLIrDU&#10;r9t6V6wDq6to6ad5qDFW36NLpbBD/J+VpJ4vnJyGoDEXFZwXj5sAAI3FgACa2bWGveuKy7B0uIN6&#10;Dquhs7ZorKcbr+NWsqLvraBD3584qqcvkZwvoCkXH5u2j6IAAI2OgACR88VjeRiCH7/SeMtyFrp8&#10;eLlho7VpeOpQcbCneVM+C6xzeeQppqmWemoPZqtZewsAAI1DgACRN8SLgOaBtr7zf/hxwrmQf0ph&#10;SrRtfuJQDa+efsQ9ratffuUpXahmfzIPhanDgEQAAIz+gACQzcOSiKiBR74IhydxXriehdxg27N1&#10;hPNPoa6fhFk9UqpahBkpI6dKhE4Pr6hPhO4AAIzBgACQgcKpkGuA6L0jjl9w6be8jJVga7KGiyZP&#10;Oq2yiiU9AKlqiZMo9qZIieMP2qcEiQIAAIyMgACQLMHomE+AlLxblbVwkrbwk3RgC7G7kZVO6KzW&#10;kCY8w6iSj2ko16VjkBsQBKXhitQAAIxegACPx8FQoGKAQru1nTdwTbZAmnNfz7EJmCxOrqwmlnE8&#10;lafQlbIowqSWlbwQK6Tjiu4AAIw4gACPZsDVqJR//LsqpNBwFrWqoYdforBvnt9OiauTnQc8fac6&#10;nKwouKPgmm4QTqQGiwYAAIwZgACPJsBRsPV/zLqhrJNv9rUfqMtfja/jpdhOd6sJpBo8b6a8ov8o&#10;s6NTm4UQbKNEixsAAIv/gACO1L/wucl/rrottJtv7bSbsC1fh69RrPpOe6pwq1w8gKYgp/Uo3KLI&#10;m6AQsKK4i0gAAIvrgACEtNCfePN118pZeINmrsRveFtXEb7WeH1Gs7mTeNo1B7UIeVgg9rJ3ea4H&#10;67LZe0UAAIn5gACEYs+fgG51m8l+f2dmcMOMfq1Wzr3WfkRGcbh0fik02bPMflAg9rD+fp8IZ7Dq&#10;f+cAAIoWgACESs6Fh8V1b8h8hkFmQ8KFhPpWmby9hCFGP7dLg540vrKRg4EhC6+Vg/gI5q8og/4A&#10;AIovgACERs18jxZ1X8dsjRlmIMFyi2dWdrubihpGJLYoiUg0tbFmiP4hLK5JieQJXa2bhlUAAIpF&#10;gACEOcyYloV1WMZ4lAdmHcBwkfBWarqXkElGIbUVjyQ0xLBVjt8hWq0gj3sJzKxChqAAAIpYgACE&#10;HcvUniF1UMWkmxpmKL+OmJBWg7mvlplGOLQvlUs0469dlUohkqwYlEAKNKsbhuYAAIpogACD/sss&#10;pc91SsTvojlmN77MnztWobjpnP1GXLNum7k1Dq6am60hzasyltsKkaofhyUAAIp1gACD3MqaraZ1&#10;RcRUqXZmSr4opgFWwrg9o45GhLLCoqE1Pa34oOkiCqqClwQK56lPh18AAIqAgACDvsoStcV1RcPF&#10;sOpmZL2TrPJW8rejqmZGwrIlqN81iK1WpDIiZanbl0ELR6iwh6AAAIqIgADyhntGeYra93uceaXC&#10;/Xv2edGqfXxYehyRcHzDeop3u307exZc9n3De6o/1n54fFwbFn/RfQ/wXHmQhO/ZOnoHg+jBcXqA&#10;gwSpFXr+gk6QHXuFgch2eXwXgWRbunyygQo+l31ngNQZdX5fgNvuangmkHTXaHisjlG/13k3jFGn&#10;knnMip+OvHppiSV1N3sRh9VakXu6hpU9dnxrhYkX9nzvhRjsmHb4nAbVn3eFmNO+IHgaldGmAXi8&#10;kw2NUnlvkKZz9XonjmtZdXrbjE08bHuFioIWmnuIiN/q8HYFp6PUAHaTo2y8inctn2+khXfXm7mL&#10;73iRmEZyvnlalSxYZ3oXkjk7dXq3j9UVZHpXjBTpgnVLs1LSmXXVriK7KXZsqSijNXcZpH6KvXfa&#10;oCJxmHinnBNXbHlrmGY6lnoCla4UVnlnjcDoUHS5vx3RbXU9uPS5/nXOsv+iE3Z6rWSJuXdDqCxw&#10;s3gWo05WkXjYnus51nlmnCoTcnimjSbnV3RMywvQeXTKw+q5BnVSvQChGXX5tnaIzHbEsGhv6Hee&#10;quFV53hkphw5M3jjodESuXgIjKjmkXQD1ynPuHR5zwy4OnT2xzGgRXWUv8iH/3ZcuPdvL3c4suhV&#10;RngAri04pnh3pk0SJXeLjETh44Qud+XMM4OjeDu18oMueJie/oLReQyHWoKLeZ1u8IJdektVYIJP&#10;ewI5JoKZe9MT34SdfI7gH4Kggr3K94Ipgfe03YHFgU2d34F5gMyGI4FDgHRts4EpgEBUHoEwgB43&#10;7oGDgCwSeIMggKbehIFKjavJToDhi96zUYCHii+cZ4BRiMOE1IAyh4xshoAuhoFTDIBAhY4254CN&#10;hOIRPIGyhHPc54AqmJfHpH/FldWxqn92kzqa6n9GkNSDfH88jsJrWH9IjN5SCH9kiyQ1+n+sieEQ&#10;K4B1h8HbYH89o5LGJH7Yn+qwMn6QnGuZgX5pmSSCL35hlhdqOn5+k2hRFX6jkPM1IX7ij0oPQH9l&#10;ilDaDX6Frq3E2n4gqiSu7X3Vpb2YS32xoY+BFX2wnalpMn3LmhtQOH35lws0Xn4ylV8Oe36AicrY&#10;833zuerDyH2OtIGt2n0+rzGXPH0YqiCAI30epW9oYX0/oSdPfH1nnYwzuH2Zm2YN2H3DiVzYEH2F&#10;xVnC630fvw6s8nzIuNeWUHyZsuN/RHygrW1nnXzLqJVO2nz3pNkzLH0boFgNU30oiQLXZH010RfC&#10;PHzQyeesMHxuwsaVgnw0u/d+hHw4tc1m93xlsJdOVHyXrJYyuny3okwM6HytiLrRwY1RdpK9tYvr&#10;dwapA4qpd36TfomOeAl9MYiXeLJmBYfFeXpNnocoekkyOIclezEM1okkfHnQPIvxgMe8fIqZgD6n&#10;2oljf86SaIhVf358H4duf1dk+4auf1FMlIYef1wxNYYaf5gL7IeLgFrO4oqpixu7IYlfiZymrIgr&#10;iDeRL4cwhw168oZYhhNj4oWphUZLj4UmhJYwRIUhhEQLHoYkg8LNfomPlXW5sYhJkxelJoclkNqP&#10;zYYujs95sYVsjQtix4TMi3ZKnIRRihUvboRGiVkKa4TshrfMJoiwn9q4V4dsnKujzoZOmZ6OgYVd&#10;lsJ4hISYlB5hwoQIkdFJwIOTj9Aur4N+jvEJ0oPhhqTK9ogAqmi3L4a9pmqiqoWeooiNaISwntp3&#10;goPvm29g04NYmF5I+4LqleMuB4LQlQ0JUYMAhkzJ+YdytRm2N4YxsE6hsYUPq5eMdYQgpxp2p4Nm&#10;ovdgF4LSn0dIVYJYnHUte4I4mkkI5oJGhgTJLIcDv/+1bYXFumeg34SftN6LoYOpr5J13oLvqsJf&#10;Z4JmpqRHx4Hto/ktBIG6nnAIj4GuhcnIkYauyz20zYV0xNigL4RJvnqK6oNLuGh1NYKOswBe1YIG&#10;rrVHSoGTqtYsl4FeniYISoE1hZvCB5a9dYSvWZSKdgucDZKDdpeH8JCudzZy+I8Hd/NdBo2UeMtF&#10;uYxyeaYrA4xOeowGqYz/fJzAvJV9fyyuU5NQfsubFJFTfn6HAY+IflNyCY3tfk9cHIyIfm1Ezotv&#10;fpkqJ4tDfvoGLItsgBe/jpRXiNitGJI0h52Z+5A2hnWF5I54hYlw/4zqhMZbKIuShC9D8YqBg7op&#10;Y4pNg7kFvooKgya+b5NBkqer5JEokJmYuY83jqGEyI1wjONv64v0i2ZaMIqoihxDGYmeiREoqoll&#10;iOcFX4jXg6G9R5JnnIWqz5BOmbKXmY5hlwODlYyqlIVu2YsokkFZQInrkFJCU4jkjscoCIigjsoF&#10;DYfQg2q8PJG/poapxY+poviWkI28n4eCl4wHnEpt8IqHmVFYbYlAlrtBp4g8lN8nfIfwlDsEyIbz&#10;gzy7W5E5sKeo6Y8lrF+VtI01qCyBwIt+pDRtLIoEoJhXxoi9nYNBGYepm5UnC4dVmL4Ej4Y8gxW6&#10;pJDPuwGoNo69tgCU+YzKsQ+BBIsOrF5seYmUqDBXKIhXpNdAnYdAotwmqobWmiQEYIWmgva6GpB8&#10;xbqnp45twAOUW4x4ulKAYIq2tPJr4ok3sE5Wp4f7rRJALYbsqMQmSIaBmeIEO4Uvgt2yw6B6dMOh&#10;SJ2IdU6PPJrHdeJ8aJg9doxosZXpd1NT6JPaeDI9oZJFeQwjZ5JJedQBSpBZfLqxsJ9gfeagfZxr&#10;fZiOfJmsfWN7qpckfVFn7JTYfWZTJJLSfZ0825FAfeEiuZEzflQBLI7Mf92wu55Ghw6feZtchfSN&#10;j5ibhPl6tpYghDNnBZPdg5xSUJHhgzE8HZBTgu4iHpA1gzsBEY1vgLmvvJ1TkDGeaJptjmCMbpe0&#10;jLZ5t5UwizNmE5L6ifpRfpEFiPM7bo94iDkhlY9KiLMA+oxAgKmu1ZxwmYqddpmTlwSLcpbilKd4&#10;s5RlknNlMZIbkIJQtpAzju46yo6njdwhF45tji8A5os9gJyt85vMowicrJjun9GKqZY4nL534JO8&#10;meVkY5F9l1dP/4+KlT06OI3+lBIgqY23kuAA1opjgJGtMptNrKCb7JhvqMGJ6JW3pP53JZM6oX5j&#10;upD/nmZPbo8Km/E5wo1qmwIgVY0WldwAyImugIeskJrrtmqbUJgNseOJSJVRrXV2hZLOqVZjIJCT&#10;pctO5o6no0o5WY0AoVsgDIyQlasAvYkbgICsFJqcwJ2a05e+u2+IvpUAtlZ195J4saJin5A5rc1O&#10;eo5Mq104/IyupmUfvow+lXYAtIilgHqkCaqRdDmTn6bsdLyCsaN8dU9xBaBFdfxec51KdsVKvJqo&#10;d6I1V5i+eGsbQJlreOwAAI2efxGjMKmWfOOTC6XnfJuCJKJwfHNwdp80fHBd2pw5fJdKIpmbfN40&#10;v5etfS0a0Jg1fZgAAIxsgACic6iKhYiSP6TkhIWBbKFmg6Rvsp4xgv5dH5s8gohJeZijgkQ0LJay&#10;gisabZcZgsYAAItggAChsKeVji+RY6P2jIOAfaCAiv5u251EibJcVZpZiKtIy5fFh+EzoZXRh3ga&#10;E5YaiDgAAIp3gACg46bUluaQl6M1lJp/qZ/Ckn9uApyIkJ9bnJmJjvZILJb9jb8zJpUCjS8ZyJUt&#10;jO0AAImvgACgOqYin96P7aKJnPN+/J8WmjVtVpval7Za+JjalYZHoJY5k+Uyu5Q7k4kZhJRWkOoA&#10;AIkHgACfnaWhqPKPZ6IFpWd+d56KogZsyJtGnvNabphOnFtHKpWympMyYpOdmhAZUJOikR0AAIh8&#10;gACfFqVDsjSO5qGkrhB99J4jqhVsSJrapnpZ9Zfgo5RGvpVMog4yEZMun3QZJpMQkQEAAIgLgACe&#10;qqT5u96OfaFUtyF9hJ3Qsotr15qDrnpZkJeGq4NGbJTvqUIxzpLYoawY95K1kOEAAIewgACV8bUI&#10;c8SGfbC4dDd2kKyidMJl76jFdWxUZ6UrdjFBoqIIdwMs8J/4d6wSbqIcd6wAAIl+gACVVbQifAGG&#10;H6/Fe7R2NKuee5Bljqeye5ZT+6QRe8hBOKDpfBosj57JfGkSVKCdfK8AAIjEgACU1bMZhCyFjK7D&#10;gzR1sKqTgmVk/KapgdhTb6MHgX9AvZ/ggVssL520gWcSP58/ggkAAIghgACUTrIfjFOE7K3PisJ0&#10;+6mkiWBkWaWxiD9S1qIYh2hAPZ7yhtgr0py6hsESK54GhsoAAIeTgACTu7FTlJKEVK0EknB0Wajc&#10;kIhjsqTpjt9SSqFAjYQ/yJ4fjKErgZvbjKgSG5zuiuIAAIcZgACTKrC3nPmDy6xmmktz1Kg4l9Vj&#10;L6RBla1RzqCUk+U/Zp1ZksMrQJsLkxMSEJvyjDYAAIazgACSvrAlpYWDYKvVoktzaKeln0pixqOt&#10;nKdRbqABmo4/G5y/mXorEJpGmJQSCZsMjDIAAIZegACSU6/FrkWDG6tsqnhzJqcspuNieKMfo8lR&#10;HZ9toY0+zpw9oLoq2pnKnPkSB5pdjDEAAIYZgACR+696t2yCyqsXsxFy1abQrvFiKqK/q3xQ3J8J&#10;qXM+npvUps0qvJlknOUSBpnmjDAAAIXigACIdr/lc1F54br1c61q2bZDdCtbJ7HKdMxKiq2edYc4&#10;k6oUdkYkUqgrdrcKWKoHdxcAAIYMgACIHr8Fey55uboIetRqrrU8eqxa9LCrerZKT6xueu44X6jV&#10;e0MkNKbHe4EKn6gufGIAAIW2gACH3r3ygul5Yrj9gfRqXrQmgS5alq+PgLVJ9qtMgHQ4GqesgGwk&#10;E6WBgJQK36aDgSYAAIVrgACHl7zniph5Abf1iRtp57Mih9RaLK6BhtdJlKpBhi03z6adhdUj8qRb&#10;hhgLF6UHhVEAAIUpgACHPrwKkmB4pbcWkGJphLJBjqZZwK2ejTNJP6lOjBw3j6Wsi5Yj16NWjD4L&#10;SqO5h6IAAITxgACG37timlN4ULZnl9ZpNbGIlZxZdazfk71I+aiMklU3XaTTkcYjw6JrkegLdKKU&#10;h78AAITCgACGh7reol94CbXan2Ro9bDvnK5ZOaw+mmtIwqfsmNs3OaQsmKojuqGYlqMLnKGUh9kA&#10;AISagACGTbpiqpV31bVapx5oxrBro/ZZD6uzoWVImqden+U3FKOmnwojqqD8mB0LwKC0h/IAAIR7&#10;gACGDboRsz53wLT4rzlot6/zq4NY9asjqKhIiKa9pzk3E6L9pA8jwqBgmC0L8aAdiBMAAIRhgAB7&#10;bssxcv1tmcW2czdfWMB/c5pQc7uCdCdAnrbfdMsvRbMhdWQbBrH4dWsDb7BNd4kAAIMkgAB7aMpA&#10;eohtq8TCehFfXr9redlQcLpJedpAmbWHeg0vUrGoelYbR7Axel8EC64vfEYAAIMigAB7cskSgdlt&#10;l8OegNhfR749gA9QTrkLf6BAfbQ6f20vULBHf3cbfa6Sf6sEl6xJgHUAAIMhgAB7cMfoiRRtfcJz&#10;h55fF70RhmdQJbfUhYVAXrMBhQIvSq8ChN8bra0dhYQFEqqbg24AAIMfgAB7W8bskGVtZcFwjoBe&#10;/rwEjOhQArbCi6VAT7Hfis8vUK3ciqwb36vQizAFgakkg7kAAIMegAB7OcYll+RtVMCalZBe97sf&#10;k45QA7XVkfZAT7DukOwvYazSkQEcFaqmkAsF5Kfhg/sAAIMdgAB7F8WEn3VtR7/qnLNe97pgmkdQ&#10;CrUMmGZAW7All10veawAl3kcS6mjkyEGO6bOhDcAAIMdgAB69sUGpzBtP79bo/1e/LnBoSxQFrRh&#10;nxRAZ691nlkvjatWnNMceKjgk0AGh6XrhGoAAIMcgAB63MSdrz5tPr7hq5NfCbk4qFtQKrPMpjNA&#10;ha7XpM4vuaqwoEUcs6gxk2cGyKVGhJYAAIMcgADmH3ZwcxjQG3dLc/G5gHgfdMyiKnjqda+KJHmy&#10;dqFxY3p/d6NXhntPeJ87L3wxeZYWnX0heejkD3SHfmjOa3WJfhu3+nZ8feWgy3dlfcqI3XhLfc1w&#10;LnkzfeRWW3oVffk6B3rvfhIVIHtUfcHiMXLwidLMmnQCiGS2X3UKhxKfRnYKhf2HfncIhRFu83gG&#10;hEJVPnj2g3k4+XnEgsQTxHnVggvgaXGTlTjKzXKukr+0nHPAkGydsXTRjkyGEXXmjHZtsnb2isJU&#10;KnfyiSE3/niyh7cSlHiLhezeyXB1oJ3JMnGSnS+zAnKrmeecK3PFltWErnTlk/hsfHYHkWlTI3cL&#10;jvo3FXe7jP4Rj3dxiT/dbG+YrA3H2XC0p7qxqnHLo3+a23Lon3qDd3QPm7RrWHU1mDNSLnZBlQ82&#10;QnbhksUQtHaEi0vcTm7rt4zGwXAEsluwi3EVrTGZvnIwqDyCcnNdo5pqcnSKn0xRWnWUm3U1j3Yl&#10;mSUP/nW/itDbb25twx7F5W+BvRWvo3CItwSYy3GbsSOBhXLJq6xppHP9prZQr3UJons09HWFnrUP&#10;anUfimzay24bzsbFRG8px+Su63AhwPOX/3EnujaAu3JPs/xo63ODrn1QCnSOqkk0Y3T9oygO9HSf&#10;ihzWFX8OcbbB5X8Qcsqs9H8dc8+XH381dNGAdX9Wdd1o7n+IdvZQMX/PeAg0moBZeQcPWIHyeTzU&#10;jH1RfH/Asn1zfHqrzn2XfHyV/n3AfI9/U33zfLln0343fPdPHn6NfTQzkH8SfXIOQYBIfYPTAHvS&#10;h1C/B3wChkKqQXwzhUSUgXxxhG99/ny7g71mon0VgyZOC312gpgyk33tgiUNTH7SgYPRbnqGkhi9&#10;ZXq8kBmooXr3jjCTDXtAjGl8qnuhit1leHwMiXJNCXx2iCExrXzehx4MeH2NhPzP83lynOm773mq&#10;mgunLXntl0GRpHo/lJh7ZnqlkhxkW3sij+dMGXuTjeEw3HvqjH8Lwnx3h/POs3ibp9K6s3jUpB+l&#10;8nkVoHGQcnlqnOZ6SnnWmZFjVnpTloRLPnrMk+YwIXsVkoILKXuNh4vNrnfxstO5sHgqrk6k6nhl&#10;qb+PbHi5pVR5WnksoTRihXmunXFKhHohmksvg3pcmHIKqnrLhzbM5HdzvfG443equKCkEHfcszWO&#10;i3gnret4gXibqQlhxHknpLdJ5XmcoWsu/HnBnU4KQnothvDMVXceyT64SndRwyOjX3d3vOCNy3e1&#10;tsJ3yHgksS9hIHiwrHtJVHknqPIufXlBn28J8HmvhrjGfogYcIqz/Iczcb6gkoZyctqMG4XRc+52&#10;t4VHdQtgXITcdjVItISed1UtxYT0eFII3IZPeWDFRoaAeriy6oW7euqfc4UMexuLB4R1e1d1qoP5&#10;e6dfW4OcfAlHuoNofGks2IOyfMAIL4SqfXXEEoUOhPmxqIRchDGeX4Ozg3KJ2YMsgtJ0h4K6glRe&#10;UYJrgfNGx4JEgZ8r+4KFgW4HmIM5gQvCrYPHjyqwMYMWjY2cyYJ8i/eIcYIAinxzQoGoiTZdNYFr&#10;iBJF1YFKhxMrLIF4hn4HFIH4hCjBVIK9mWGu2IINlv2bdYF6lJ2HKYEFklFyG4CwkC1cNYCEjlRF&#10;AIBojLwqeICEjAkGo4DmhH3AMIHto76tuIFAoJaaV4CrnWSGFIA4mkVxHH/nl1pbUX+2lMJERH+h&#10;krQp13+wkhMGRH/+hD2/RIFJrjesy4Cfqk6ZZIAFpkuFIH+OoltwPX9Enrhakn8Ym4JDpn72mSIp&#10;UX74l0IF9n8/hAi+kIDOuNqsEIAmtDKYmX+Er2CETn8Cqp9vc363pk5Z2H6VoqlDDH53oHAo335e&#10;m4IFtn6jg9y+FIB4w8Grgn/TvmOX7H8kuMGDk36TszVuxn5ArklZRX4gqnNCk34HpzAoeX3mm14F&#10;g34mg7q3XJFXb7GmNY+ecO2UIY4cchKA9IzJcy5sy4uYdFRXk4qVdYZA74ngdqQmgYo7d4EDKook&#10;eb22WI/heVOlQ45HeZ6THozUeel/+YuHej9r1opfeqlWqolmeyRACoi1e5glsoj6e/QC24iEfWm1&#10;SY6LguqkDI0Cgl2SA4uSgdN+14pTgWlqzIk3gRlVu4hKgOM/NoeegLok+ofOgLgClYcWgKK0LI1N&#10;jJWi1IvLiz6Qtopqieh9uYkqiLRpvYgfh6xUzoc+hsc+a4aYhg0kUIa2heYCWYXZgZazBYxLlkmh&#10;worLlDiPnIlvki18i4g6kDdosIcxjmtT34ZhjOU9pYW9i68js4XEi7kCJYTKgXOyBouFoB+gvooJ&#10;nVmOmIismo97kod5l9pnyoZxlVtTEoWYkzE8/oT3ka4jLITskSEB+YPlgVaxNYrpqg6f64lxppaN&#10;wIgPow16vIbZn51nBYXVnHtSaoT9mdQ8dYRKmD4iwIQwlZ0B1YMngT2wkopytCefQIj+sAKNCYeW&#10;q756AoZWp5dmUYVQo+FRxoSDoPQ78IPOn18iYYOUlz8BuIKNgSmwIIoavouevIiqucKMboc7tMZ5&#10;XYXvr+5luYTiq8BRRIQTqOY7f4NkpTEh/4MilvwBoIISgRmom5rpbwiYjphzcEGHpZY8cWl1sJQ8&#10;coxitZJoc7dOkpDVdOc41I/CdfQeo5CGdoQAAIpye0WnypmdeCeX0pc9eICG15UOeN105JMNeUdh&#10;65E7ecVN0I+selA4GY6VesweBo81ewsAAIjZfpOm75hXgTuW0ZYJgMqF6ZPbgGVz7ZHlgBxhBZAd&#10;f/FNAY6Yf983Y42Bf9Ydd43+f/MAAIdygACl9Zc2ikCVwpTqiR+ExpLHiA1y9pDNhw9gG48ThkFM&#10;OY2WhZU2wIx+hRsc/IzdhWYAAIY7gAClC5Yuk3GUzpPskaODy5HQj+Jx9o/cjjNfRo4WjLNLfoyl&#10;i302KouMiq4cj4vQiuMAAIUwgACkNJVvnMaUDZMvmlGDCpEOl95xJI8alYZed41ak2hKyovfka41&#10;mIrFkMccI4ryj5EAAIRPgACjgZTapi6TUpKeoxmCSpB6n/pwaI6BnPxdyYzDmlNKNotGmD81JYoW&#10;l5Qb0Yosks8AAIOVgACi8ZRpr7uSvZIxrAuBq5AHqEZvx44EpKddLYxEoYpJporPn2Q0tImYndkb&#10;i4mHkp8AAIL9gACiipQWuZqSSJHgtVuBI4+usPNvOI2hrL9cqovYqVJJN4pgp0g0UokwotcbN4kY&#10;kmcAAIKEgACaUqTbboSLPKG6b697WZ7dcNJqe5w4cfRYlZnGcxtFbpevdD8wcpZldSgV/5hNdSgA&#10;AIYgfmmZsqO7dy6KtKCkd4V6w53Bd+lp5JsReF5X/JibeOdE3ZaCeXov6pUqee0VppbUedwAAIUA&#10;gACZC6KGf8GJ6p99f156CpyWfw1pH5ntfuBXRpd6ftBEO5VmftkvYpQHfugVVJV4fwgAAIQEgACY&#10;SqFliEqJDZ5jh0R5GJuGhlNoTpjZhYRWgJZzhONDk5RkhGou3pL/hCsVB5Q+hIAAAIMogACXfqB8&#10;kN2IQ518j0J4R5qhjb1ndJf3jFhV0ZWBixpC/JN7ijUubJIMidEUypMbiUAAAIJsgACW15+wmauH&#10;l5y5l3p3l5nflVdmyZcvk1NVL5S3kY1Ce5KbkEAuDJEnkA4UkpIUjUYAAIHOgACWRp8coo+HGJwo&#10;n893FZlEnQ1mOZaKmnRUnZQVmEFB/5H8lskttJBtloUUYZE4jcgAAIFLgACVzp6xq5eGnZu9qE52&#10;kpjSpPlltpYOoddUHpOVn1FBh5GCnhAtWI/pm+AUOZCEjawAAIDggACVdZ5itPCGO5trsSl2Iph4&#10;rUZlQZWqqa5TtJMqpw5BL5ESpTotDo99nnYUApAMjYcAAICLgACMnK80bgB+V6t7bxdvXagDcC9f&#10;eaTAcUtOjKG7cmg8QZ83c3cnzZ33dCQNL6C4c8UAAIJ/gACMLK45dkF+Bqp6do5vAKbtdvJfGqOV&#10;d2xOK6CDd/s76J30eIwnhJyZeOQNOp7ieNEAAIHFgACLuq0Nfl19c6lYff9ufKXCfbtei6JpfaJN&#10;p59Wfag7eZzHfcYnM5tXfd4NP502fjsAAIEhgACLMKvqhmd8z6g6hXdtw6SrhKJd66FNg/lNEZ5D&#10;g4E7AJu0gzYm4Jo1gy0NP5u1gxEAAICTgACKm6r5joN8NKdNjQ1tHqPBi7RdQaBiioFMiZ1MiYk6&#10;jZrBiOwmlJkxiP8NP5pchz0AAIAagACKEKpBlsR7rqaWlM1smKMFkuxcup+hkTlMCZyFj9E6Mpnd&#10;jvQmW5g/j1sNQpkniPcAAIAAgACJqKmenyB7QKX4nKtsJqJkmkZcSJ79mBhLoZvellw545kulYYm&#10;NpdelNwNSpgRiPwAAIAAgACJS6k0p6d7BaWKpL1r56Hkoc5b+J5inyNLSps5nTk5ipiZnKwl85bL&#10;mXINSpc5iPwAAIAAgACJA6josIJ6vKUzrSprlaGCqcBbo532pr1K/5rFpPo5TpgfosQlyJZRmYwN&#10;Q5agiPcAAIAAgAB/crn/bWxx4bXAbmljsbG9b3FUq63pcIBEmapgcY0zAaeTcngeu6bRcsEFvac/&#10;c20AAIAAgAB/M7kfdVBxx7TJdYxjkbCedelUiqypdmJEdqkJdvAy66Ymd3UexKUwd5IGIKUheMUA&#10;AIAAgAB++bfxfP5xb7OffJ1jRa9nfF5UM6tofFREKqfCfGsytqTVfJYeuaO1fKEGcqM2faMAAIAA&#10;gAB+qra/hJJxBbJxg7Bixq49gvFTyqo4gmZDyaaWghQycqOkgfAepKJighYGtqF/geQAAIAAgAB+&#10;TLW/jDhwpLFyiuFiW60+ibBTVak3iK1DdKWGh/AyMaKTh54ekKE0iCsG8Z/6hLEAAIAAgAB98LT+&#10;lAZwT7CtkkBiCKxxkJdTAqhijyZDJaSqjhIx/qGdjbUegaAjjeAHIZ6jhNIAAIAAgAB9n7Rpm+Zw&#10;C7ASmbZhxqvJl5lSvqevlcRC4qP2lIIx0qDelHoefp8ukqcHTp14hPEAAIAAgAB9arPpo+Vv2K+O&#10;oVBhkKs9ns1ShqcbnKlCrKNcm3AxnKBKmuIeZp58lI0HeZx2hQ4AAIAAgAB9NrObrEdv0K8rqVZh&#10;hKrBpl1SZKaCo+tCkKKtosMxlJ+Pn/Medp3JlJkHoJvFhSgAAIAAgAByr8VIbN5lpcCsbbRYHbw5&#10;bp9J07fsb5U6dbQBcIEpU7E0cS0UlrHpcLgAAKspdHsAAIAAgAByosR3dHBlw7+xdItYOrsEdNVJ&#10;8baGdUA6lrJ2db8pja9/diEVFa/EdbsAD6npeOcAAIAAgAByo8M6e7hlqr5ye0VYJrm1ev1J1rUk&#10;evc6iLEDexIpnq3yezgVbq3eewQAo6fTfS4AAIAAgABylcHtgtplgL0mgfhX57hqgUJJqLPSgMw6&#10;Zq+tgJYpnKyKgJAVr6wwgMwBIaX4gMQAAIAAgABydsDSigtlX7wHiMhXwLdFh7ZJdbKohto6Ua5z&#10;hlEpnqtHhkkV7aqvhpABkaRVgQ8AAIAAgAByUb/5kWhlSrsfj8tXsrZOjlRJZ7GojSI6Qa1sjF4p&#10;qKohjIUWJ6lYi4MB8aLqgVAAAIAAgAByML9QmNNlP7piluBXrrV/lQpJY7DPk406P6yQksIptqk4&#10;kwcWYKgtjyECR6G0gYoAAIAAgAByE77ToGBlPbnMnhpXsbTVm+5JZLAWmjo6OqvSmbYpt6h9mHkW&#10;hadNjzoCjaCzgboAAIAAgABx/r52qDZlQ7lQpaJXu7RDoyhJa693oWs6RaspoFEp0KfKnEUWqKaP&#10;j1ICup/zgdgAAIAAgADZtXGBbKrFDnLXbjevv3Qbb7eZm3VJcS2CrHZrcqNq63eKdBtSBXigdYI2&#10;enmgdsASAnp5dq3Xt29Xd97DcHDceEeuSXJBeLeYS3OPeTSBdHTSeb5px3YOelFQ63c0etY1aHgh&#10;ez4QznjCeq3V4m2Egx3BpG8bgmestXCZgcKWzHIAgUmAHHNegOpok3SygJxP2XXlgEo0bHa8f+8P&#10;wHdBfyLUGWvqjkq/1W2OjJCq7m8ZivCVOnCXiXV+sHIOiDFnV3N2hwROzHS0heIzgHVyhNsO1nXz&#10;gzDSemqUmW++O2xAlsypVG3WlD+Trm9ekdV9UnDij5RmJXJejZFNznOki6gypXRHihgODnTUhqjR&#10;JmmKpJ2862s4oSOoAmzPnaqSYW5cmlF8HG/olyplCnFolD9M43K2kaYx4HM/j84NZXPjiQ7QFWi5&#10;r9S73Wpnq4qm62v5pyuRSW2Foud7GG8YnuZkJnCfmzNMGXHol+8xOnJalhQM2XMbiLDPR2gfuxW7&#10;EGnLtgGmDGtTsMOQXmzWq5h6L25qpsZjV2/4om1LcHFDnsgwqnGXm5AMZ3J5iGLOuWe8xmC6gGlh&#10;wH2lYWraumOPnGxNtGB5bW3ars9ip29oqe9KznCuplAwGnDrn+4MDHH3iCXKWnnka4u3fXpkbUuj&#10;wXrmbuuPAntocHR5VXvucfpitXx8c39K0n0VdO4v4X3Qdh4LOX9kdjfI6Xfodjy2V3iRduSipHkt&#10;d4ON7HnEeCJ4QnpdeMphr3r/eXpJ2Xuiehou9XxJepAKa32xeqjHZXYqgOS0rnbmgIehHHeVgCyM&#10;c3hDf+h28nj1f7lghXmtf5hIz3paf3MuB3rlf0AJtnwzftbF03Sli3qzC3VrijOfeHYniPKLA3bk&#10;h8R1oneuhr9fX3h4hdBH1XkthO8tMHmchDQJGXrognfEW3NdlhOxl3Qqk/aeBHTwkdmJl3W3j810&#10;ZXaJjeFeSHdmjC1G7Xggip0sbHhyiYoIk3nMhZPDJHJboMKwYnMsndecznPymt6IaHS+l/RzSnWX&#10;lTNdS3Z0kq5GG3c0kIsrvXdrj3oIInjdhYDCK3GPq36vZnJhp8ybzXMjo/mHaHPuoDNyXXTPnKxc&#10;fXWxmXZFanZpltErLHaHlVcHxHgXhUDBbnD4tk2upHHHsdma+nKBrTGGjnNEqJNxh3QmpE1bvXUR&#10;oIxEznXJncAqrnXHmiMHeHd2hQ3A8HCUwTauF3FevAOaUnIJtomF1nK+sR5w1XOZrCtbHnSEqAhE&#10;O3U7pRAqKnUjnIIHO3b2hOS7boKUapyqMYI4bHiX64H5biqEeYHRb79v/IG5cU1acIG4ctlDgIHd&#10;dEcpBIKBdVMFPIO7do26TIC9dLOpEICNdY2Ws4BldlaDT4BLdxdu5YBCd91ZcIBQeKZCk4B4eVoo&#10;LoD8ecgEyIIMetK5HH8Ofs2nwn75freVmH7ffpyCJH7YfoZtz37cfoNYeX74fo1Bun8nfpInbn+O&#10;fnwEYoCRfpK3vH2UiNWmXH2Gh+6UDn18hv6AyX2BhhVskH2fhUxXYX3MhJhAzH3/g/YmqH5Eg4QE&#10;CX9IgdS2bXxZkuGlC3xQkTiSv3xQj39/hHxdjchrd3yAjC1WaHy+isc//nz0iZAl/30YiQYDvn4v&#10;goi1VXtinQyj83temqORqHtemB5+dXtulZtqeXuVkzxVinvPkR4/RnwJj3UlaHwPjwADfn1Bgly0&#10;dXqep0mjDXqdpCaQvHqZoNV9inqnnYhpoHrUmnVUznsSl78+rHs+lcYk7HsqlCADSXx9gjmzzHoL&#10;saCiWHoMrcaP+Hn/qa98wnoEpZlo3Hoxod1UGnp5nro+GXqjnOQkf3pqmFIDHnvdghyzXHmnvCCh&#10;0nmnt5iPVnmNsr58FHmDreloOXmoqZdTjHnupkE9l3oao3wkC3nNmF8C/HteggSs2Iu9adqc+YqA&#10;a7uL/Yl+bXB5wIipbwhmaYfxcJhR7IdiciQ76Icgc4UhsYf1dE4AAIeBdySr84oCc2WcB4j4dFWK&#10;7ogMdTJ4uYc/dghlcYaNduJRB4YGd7w7EYXAeHgg9oZqeMcAAIWVexWq8IhqfNua1Yd7fPmJ2YaY&#10;fQt3nYXafSFkcYU0fUZQKYS4fXU6UYRyfZkgVYT0fZAAAIPmfoqp0Yb2hlqZpIYPhbeIkIU+hQB2&#10;i4SGhFNjeYPtg8NPXIN5g0k5poM4guMfxoOYgrgAAIJvgACopYXDj9uYmITgjoqHg4QXjSJ1YoNn&#10;i7Zib4LWimROa4J1iUo44YIyiG4fMoJmiHsAAIEugACnq4TXmX6XloP6l36GgYMwlVx0b4KAkzNh&#10;jIHxkTBNqoGGj3g4RYFFjlIetYFYjd0AAIAggACm4oQcozKWyINFoIiFrYJ2naxzmYHCmspgxIE3&#10;mCZNAIDNlfI3x4B2lLoeUYBsklcAAIAAgACmSoOPrQiWI4K+qbqE+IHnpiZy4YEmooxgEoCXn1ZM&#10;U4A5nNk3N3/fm7Ud+H+nlEQAAIAAgACl44MttxqVpIJgszOEXoF8rutyPICpqqBffIAQpu9L13+v&#10;pHo2zX9YoXkdnn8NlAcAAIAAgACeppUeaU6P1JMmayN/7pF5bNRuzJADbmpcjY6wb/ZJD42dcXQz&#10;1o0QcrIZh46icvYAAIMWeryd7JOUclqPFpHIc01/FJAndDNt+o6sdRRbxI1YdflIVYxFdtkzKIut&#10;d4oY/Y0Ad4MAAIGhfh+dGJITe06OEJBie31+IY7Ge6dtAI1Ye9ha4IwNfBhHjosBfF8yfopjfJEY&#10;fot8fGwAAIBagACcGZC3hCuM/Y8Lg7N89o1+gzVsCYwQgrhZ+orWglhGzonTggkx5Ykwgc0YEYoS&#10;gdkAAIAAgACbJo+EjSyMAI3ijBB7+IxeiulrCIr2ib9ZLYm1iLJGHIi+h9wxWYgXh1AXsIjGh1gA&#10;AIAAgACaUo6gllGLP40GlJh7N4t+ksRqNYoUkPBYXojVj0ZFbYfUjfEwy4cpjU0XSYesjAUAAIAA&#10;gACZpI3vn4KKh4xanTB6eYrNmrVpeolemD1XrYghlgpE1YcclFswXoZXk/QW/4ayj40AAIAAgACZ&#10;HI1oqMyJ9YvYpel53IpEos1o3IjJn7dXEoeInQ9EQIaLm0kv5oW9mikWvoXhj2EAAIAAgACYvY0I&#10;slaJhIt7rvF5VoncqzloTohSp5BWkYcGpJRD1YYEovYvhoU4nx0Wa4VIjygAAIAAgACQ2J7haMyC&#10;15xMao1z35oCbDRjxJfvbcVSh5YLb0k/7JSGcLErSpPocbMQbJbecS8AAIAAfdCQQJ2NcWOCSJsQ&#10;clFzPJjDczpjJpajdCJR8JS2dQw/ZZMqdekq05J1dnoQOJT1dfIAAIAAgACPmJwhedmBdZm6ehJy&#10;fZdtek1iYJVTepVRPZNqeuk+y5Hhe0AqWZEce3EQBpMveyUAAIAAgACOz5rMgj2AkphugdtxhJYt&#10;gXlhkJQTgSZQe5I3gOo+KpCzgMIp3o/igKkP0pGSgKoAAIAAgACOAJm0iqh/xpdZiblwtJUdiMdg&#10;tJMHh95P1pEchww9m4+ghnopd47Bhj4PrZAWhXsAAIAAgACNVZjGk0d/F5Z4kctwAZQ8kEBgCpIf&#10;jrpPM5AzjWA9JY6fjGopIo22jF0Pi47AiZEAAIAAgACMxpgYm/d+mpXPmfhvgpOJl9RfepFglblO&#10;no91k/E8pY3iks0oz4zYksUPaY2dimsAAIAAgACMVZeZpL9+IpVSokNvAJMDn5Ne9pDNnPFOHY7c&#10;mtQ8Jo1Pmdwoa4w4mBoPS4ysilcAAIAAgACMAZc9rcR9w5T0qtxukZKap6hegpBWpJFNtI5bolE7&#10;z4zGoPUoH4uvmyEPHIv5ijcAAIAAgACDiakTaDd2PKX2aeBoFaMea3hY4qB4bP5Ii54ObnI2spw1&#10;b7ciXpvjcFoIWJ2vcCAAAIAAgACDEqfycGd13qTWcUdnraHncixYgZ8ncxZIMJyrc/42Z5rDdMsi&#10;K5pHdR4IgJt0dTEAAIAAgACClqaWeGh1P6OIeKJnIqCTeOVX753SeT1HsJtUeaA2AJlnef4h65jM&#10;ehUInZlneqcAAIAAgACCAKVCgFB0kKI6gABmX59Of7ZXTpyMf4JHHJoYf2k1i5gpf18hoZd1f1gI&#10;rpeLf5MAAIAAgACBZKQliEdz8KEkh3hltZ48hq1Wn5t5hfFGlpj6hVw1G5cPhQIhWpZChRQIvJXf&#10;g9EAAIAAgACA2KNLkF9zaKBOjxllLp1hjctWFZqYjI9GE5gSi4g0yJYHivEhK5Uki2IIzJRghfMA&#10;AIAAgACAbaKQmIdy95+Zls5kuJyolQJVnZnak01FppdRkfI0d5U8kVshFZQekOgI4pMOhgIAAIAA&#10;gACAFKIUoNNyw58bnrlkfpwXnG1VUZksmjhFUJaVmKY0F5SOmGEgxpNvlX8I6JIAhgYAAIAAgAB/&#10;0aG8qVxyfZ63puxkLpumpDJU+pitoaVFApYNoC0z2ZP8nnwgmZLYlgoI45E7hgIAAIAAgAB2tLPB&#10;Z39p9bA4aQhcgKzlaoxOGKm8bAI+h6bibVwtPaTrbmsYuaWXbmwBiaKqcAIAAIAAgAB2WrLQb1Jp&#10;yq8ocB1cV6umcPlN+ahUcd0+cKVecrwtOqNJc2oY46Onc0YB/qA3dWEAAIAAgAB2DLF8duhpYK3Y&#10;dxtcAqpHd2BNoKbrd8M+KKPseC0tEKHHeIQY7qHpeFQCXp35elgAAIAAgAB1rLAdfl1o6ax9fhZb&#10;d6jzfd1NNKWUfcM9x6KZfcYs0KBqfdEY56BafbwCrJv6fq8AAIAAgAB1RK70heFof6tYhS5bBafP&#10;hIdMt6Rtg/M9cqFkg48skJ8yg2sY2Z73g78C7Zo7gfsAAIAAgAB05K4TjYpoKKp1jHJar6bji1hM&#10;X6N5ilg9HqBoiZosX54YiWgY0p22iYMDI5i2gh8AAIAAgAB0lK1llT1n5qnBk8pabqYjkkNMGKKt&#10;kN481J+aj+4sMJ07kAcY2pyVjlkDVpdqgkIAAIAAgAB0XazXnQJnsaktmztaMqWGmVZL2KIGl6M8&#10;lJ7slrUr65yTlnYYu5vGkLkDiZZTgmQAAIAAgAB0Lqx+pRdntKi+oxlaLqT8oNBLuKFdnsk8e54p&#10;nfMr65u+m5MY0ZrykMgDrJWMgnwAAIAAgABqMr8DZrRdzrtAaA5Q47eWaXBDI7QFasY0KrDoa/Qj&#10;H68+bKIOIbFIa+MAAJ8Ec7AAAIAAgABp7b49bjJdz7o5bthQ9bZCb5xDRbJ3cG40W68ucTEjc61K&#10;cZwOta7ocOYAAJ3AeCkAAIAAgABpzbzndWRdnbjadYBQ1bTPdbhDJrDtdhk0Ua2QdnwjkauIdq4P&#10;HKzIdiYAAJyJfCIAAIAAgABpqLtyfGtdYbdmfB5Qh7Nde+lC8q93e940LawUe/Ajk6nye/gPZ6ri&#10;e9gAAJtof6EAAIAAgABperoxg39dNbYjgtpQVrIVgktCtK4rgdc0FKq3gZojlKiFgZ4Pqakwga4A&#10;AJpsgAAAAIAAgABpTrk8irtdHrUciclQRLEAiNxCnq0NiBAz/KmRh5Ijnac6h8AP5qerhrgAAJmQ&#10;gAAAAIAAgABpKbh/kf5dFLRHkMhQP7AYj4JClKwbjmwz8aibjeEjp6YyjkUQIqZZiukAAJjfgAAA&#10;AIAAgABpDbfzmVldF7Oel+ZQRK9ZllVCkqtNlQgz5KfHlLYjnKVek8wQP6VZivwAAJhIgAAAAIAA&#10;gABo+rePoOtdI7MTn0lQUa61nXxClqqbnCUz6acLm24jsaSUmCIQVqSDiwwAAJeygAAAAIAAgADN&#10;UGxtZkS5524waHWl02/YapCQ4HFjbJR7DnLfbo1kVXRPcH1MbHWkclAxrXapc9YNx3gxc7bLXGnu&#10;cVS4WGvncmekbW22c3ePn29ndIZ543EGdZdjPnKWdqVLYXP6d5swsXTceFUM5nZ0d+XJiGfJfGC2&#10;kWncfFyi4WvLfF+OJm2ZfH14kW9WfKpiEnD/fN5KWXJvfQQvxnMrfQQMIXTufIPHu2Xih1C0wmgK&#10;hlChG2oLhWCMmmvyhId3Km3Ng9Ng22+Mgy9JVHEFgo0u6XGZgesLdnObgLjGGGRGkjSzKWZ8kFSf&#10;g2iNjn6LD2qDjLt112xuixdfsm5DiaJIYG/CiEEuHnArhx8K5HJ4hFLExWMAnSGx3WU/mnCeOGdV&#10;l7WJymlTlQp0pmtHkoVepW0hkDNHgm6mjiktaW7mjMUKaHGEhwnDtmH9qBOw1GRApJedKmZVoPqI&#10;u2hUnWtzqWpSmhNdyGwzlv9Gx22xlFQs0m3LkvMKAnC5hsTC7WE8swmwDWN/rsScU2WNqkyH22eF&#10;pdtyymmEobhc/2ttngVGJGzqmv0sT2zZmFwJr3AUhozCamC7vf6vhWL6uOebsmT4s5OHJWbirk5y&#10;F2jaqXNcXWrCpT5Fi2w3oj4rxmwAnKgJbXAShl++r3SOZWCtBHWCZ76abHZxae+Gvndaa/1yD3hC&#10;bftcWnksb+5FU3oPcbsrA3rfcxkHgH0Wc329RnI9b/Cr6XNmcTuZWnR1cnCFtnV2c5hxDnZzdL1b&#10;andxdd9EdnhdduQqOHkFd5AG9XtbeBS7wHAuemuqPnFyeraX03KaevmEP3O2e0JvwXTPe5VaRHXk&#10;e+xDc3bWfDIpWHdOfD8GennWfGy6KW5dhMqomm+yhDOWMXDsg5aC13Ibgv5ueHNPgoBZJ3R4gg5C&#10;hXVugZ8okXW3gS4GD3iFgDG4rmzRjymnJ24yjcOUv298jFCBbHC4it9tRnH3iYRYGnM0iFJBqHQt&#10;hzsn3nREhnkFtHdkg2y3eGuWmZql9Gz/l22Tj25NlSOAQ2+RktpsMHDZkK9XKXIWjrdA4nMTjRIn&#10;PnL7jFYFZ3beg6e2gmqbpBSk/GwIoSSSkm1UngV/SW6amuZrR2/rl/lWYHEulVZAPnIfkzgmvHHe&#10;kiMFJ3dKg3y1y2nfrpekPmtMqueRxWyRpvh+dm3PowZqd28in2FVo3BunDc/pnFdmfMmSXDqluIE&#10;9Hehg1m1VmliuSSjuGrJtLeRI2v+r/h9xm0vqz5pz256pvJVD2/Fo2c/GHCuoQ0lx3AVmYsEynfn&#10;gz2wcHz/ZKygTX0dZx2PEX1UaVd8ln2ca2do/n3xbWVURH5Wb1M+EX7VcQ8kAH+rciYB94FndAGv&#10;U3rRbqCfM3sncBON33t6cWh7dXvVcqln83w6c+NTU3yvdRQ9OH0sdh0jQ33Jdp8Btn+ueHGuHXjV&#10;eJGd4HlNeRmMvnm2eZF6S3omegBm5HqcenZSZnsfeu08cHude0winHwCe1QBfX4rfFesuHcQgmec&#10;c3eYgiWLN3gWgc94+niWgXJlrnkngSZRWnm8gOU7j3o6gKMh5npkgFYBS33Rf7qrZnWXjECbIHYq&#10;i0CJ5Xa0iiV3sXc/iQBknHfXh+tQZnh9hvs6x3j6hishSXjohcwBIH4YgMOqT3RpljKaCXUDlHiI&#10;0XWRkpZ2pHYjkKljoXbBjtZPkndjjTc6GXffi/kgv3eYi7YA/X5VgKupcHN4oC+ZJXQXnb6H6nSj&#10;mxZ1wXU1mGVizHXaleJO23aAk7E5inbrkiggUXZzkMwA336HgJeoynLBqjmYc3NipxaHK3Poo6x0&#10;/3RyoDliDnUYnRNOK3XHmng4/XYsmRAf73V6lPQAx36wgIaoXHJEtFiX8HLisIqGj3NbrGJ0WnPX&#10;qDhhc3R2pIFNpXUiobA4fHWDn4Yfd3SolUYAtH7RgHmif4XFZBmToIUWZomDl4ScaMJyP4RHatFf&#10;uIQLbMpL8YPybqw2gYQgcEgcZYVhcOYAAIBMdrqhmIO4bYOSp4NFbwmCgILocG1xNYKfcb5ew4Jr&#10;cwRLF4JadDs1wIJ9dTgbyINvdWYAAIAAermgi4HZdtWRZoGId4uBXYE7eCtwEoEDeMBdwIDeeVVK&#10;OIDXeeQ1BYDzek8bN4GaeiwAAIAAfjqfZoAZgCWQM3/dgCKAF3+ngANvE395f95c239kf8JJgH9m&#10;f600eH9+f5Qayn/hf1cAAIAAgACeO36wiX2PJH59iM9/B35Qh/9t5H4rhx1b1n4ehkpIkX4yhZkz&#10;sn5ChQ0aOX5ZhQwAAIAAgACdRH2Qku6OJH1lkZV+Cn06kA9s8n0Zjnda9X0OjPhH130Zi7EzHH0k&#10;it0Zx3z7imYAAIAAgACcfXyqnGeNWXyGmml9PXxXmC5sJnw0leRaNHwuk8lHNHw4kgoypXwrkSYZ&#10;cXvHjtkAAIAAgACb5Xv7pfOMtnvco1V8jnunoGtrd3t5nXJZiXtxmslGj3uDmMMyH3ttl/kZIHrE&#10;kP0AAIAAgACbfXt/r5+MOXtirG57/HshqNlq3nrkpTxY/nrSoh1GGXrgoBoxr3rGnZ8YuHnykLcA&#10;AIAAgACU0Y8MY5KG8o2dZfF38Ix5aCBnn4uJaidWG4q7bBVDPYoqbeEudoopb0cTyIybbxQAAIAA&#10;ekCUEI0tbHqGK4v3bf53Dorlb2hmy4n0cMBVWYklcgtCkYiTcz8t34h9dB4TYop9c6wAAIAAfbaT&#10;MYtfdUeFHIpNdg52GIlIdsRl1Ihkd3BUfYefeBpB14cTeLktSYbueR8TA4h/eJoAAIAAgACSLIm4&#10;ffuEC4iyfiR08ofBfjVk6obifjtTqYYufkdBLoWpflUsy4V2flQSuYagfgYAAIAAgACRMIhMhsyD&#10;D4dThldz/IZrhcNj9YWShR1S9YTZhIFAnIRchAwsW4Qgg78Sd4Tog4YAAIAAgACQV4c7j76CVIZK&#10;jrJzQ4VgjXdjIoSFjCdSJIPMivA/8oNEigAr0oL9iZ4SH4NniDoAAIAAgACPqIZimLWBmoV4lxdy&#10;hYSJlTliZ4Opk0ZRbYLykYo/VYJlkEIrb4H7kB0R5YIejBkAAIAAgACPIIW8ob6BCYTZn5Zx6YPh&#10;nRthzIL0motQ1YI3mFo+uYGylvQq8IE6lkYRsoERi/cAAIAAgACOvoVFqveAl4RlqFdxY4NipUVh&#10;P4JioiFQWIGXn5g+VoEKnmUqm4COmzURcYBFi8sAAIAAgACHfJidYxV6aZaYZVlsRJTjZ3hc4ZNk&#10;aXJMSZIPa006NpEgbPUl2ZE4bgELPJOVbXQAAIAAfUaG1Zb9a4p5z5UfbQJrmZNpbmdcRZHbb79L&#10;vJB7cQY5vo+BcicleI92csgLLpEYckUAAIAAgACGIJVIc9t47pOIdKVq0pHZdWRbe5BRdh5LDI71&#10;dtQ5Lo36d3QlDo3Ud7sLHI7Id30AAIAAgACFSJOwfBZ3/pH8fExpzJBdfHNapo7afJdKS42MfMA4&#10;kYyUfOUknIxYfOYLAYy8fQwAAIAAgACEb5JdhFl3KpCxhAdo+I8Yg6FZxo2agzFJqIxBgsk4BYtR&#10;gockOIr+gmcK7Yrxge4AAIAAgACDupFHjMh2co+oi+9oP44PivRZGIyJietJBosuiP03nIoliFsj&#10;64nAiGsK2YlnhhQAAIAAgACDJpB0lUR18Y7dk/BnvI07kmJYhouokMVIa4pNj2g3FIlCjpgjnoiy&#10;jsYKxogdh0kAAIAAgACCsY/Wnc51do5CnAVnOoyXme9YBIr2l8xH6omTlho2j4iMlWsjNIfplBUK&#10;tocQhz4AAIAAgACCWo9kpoR1Fo3OpFtmy4wXocdXkYpnny9HhIj3nVI2PIflnHAi7oc5l54KlYZG&#10;hygAAIAAgAB6kKKlYnBuE6AmZJVgq53uZqBSIJvnaIpCWJoeak4w4pj+a8McgZnBbD8D35ihbL4A&#10;AIAAf9B5/KFBanttoJ7Ma+JgNJx/bUFRuZpdbpVCAZiAb9Iwo5dKcNQcZpfPcQcEIJYQcdIAAIAA&#10;gAB5a5+iclhs7p1CcyFfnZr0c+ZRIZjRdKxBgpbydWgwRJWxdf4cNpYFdfsEUpPFd00AAIAAgAB4&#10;xJ4Qeh1sMpu7emFezZl4epxQfJdYetxA7JWBex0v05Q8e08b95RnezEEdJHAfEwAAIAAgAB4G5y/&#10;ge9riJpygbleHpg1gXZPyJYTgS1AaJQ0gPgvZJLvgNwbtZL1gNgEjo/9gJ0AAIAAgAB3hpu6id9q&#10;+plziThdk5cwiHVPOpUJh60/4pMihwcvGZG5hrEbj5GdhxYEqI52gyYAAIAAgAB3EZrdkddqgJie&#10;kMRdFZZYj4ZOupQrjkg/bZJAjU4uxJDKjPQbhpBljKQEx40pgzsAAIAAgAB2s5pFmetqS5gGmINc&#10;3ZWulstOc5NhlQw/HpFlk9YuY4/7k9IbMI+MkT0E1Ywcg0UAAIAAgAB2a5nWoitqApeNoHtci5Un&#10;nlxOHJLMnEQ+0pDEmxkuJ49LmfAbB47NkkYE2ItSg0YAAIAAgABuBq05YZNiA6pdY5JVOqe3ZYNH&#10;aaU7Z1c4TaMdaPcnNqIXahsSKqR/aacAAJjTbmIAAIAAgABtg6wQaT9huqkbao9U/aZGa+FHQKOg&#10;bSo4N6FgblMnP6AxbxsScaItbooAAJctc2kAAIAAgABtF6qBcLNhOaeTcXNUmKS0cjdG3qIDcwE3&#10;7Z+5c7onG55ydC4SkqATc5gAAJWgeDAAAIAAgABsoajqeAhgr6YDeFNT/aMseJxGaqB6eO83iZ4z&#10;eUEm3ZzceWwSl54yePUAAJQwfGMAAIAAgABsKKeQf2xgOKSvf1BTgaHZfytF458mfwQ3MZzQfvQm&#10;nZtwfvISkpyGfuMAAJLogAAAAIAAgABrvaaHhvJf2aOlhndTJaDHheRFhZ4LhVA22JurhOUmb5oo&#10;hNUSkpsDhLgAAJHGgAAAAIAAgABrZKW3jn1fkaLSja9S35/njLJFOp0ei7s2hpq8ixsmO5kli0oS&#10;pZmoiaEAAJDbgAAAAIAAgABrJKUPlhBfVKImlPVSnJ8zk59E85xfklk2QJn0kbMl6ZhhkbwSgpit&#10;jIMAAJAngAAAAIAAgABq8KShneNfVqGknKhSmZ6YmvdE2JuimVY2M5kXmM8l/JdqlucSqpepjJ4A&#10;C4+KgAgAAIAAgABhs7h8YIlV9LV8YlJJobKQZBg8Ya/DZcMtu62MZyUckq1EZ7gIXK6kZ2sAAJNY&#10;ctgAAIAAgABhMLeRZ9tVx7RPaQJJkrEVajg8b64La2Yt5aufbGQc8KsKbLoI8awJbGkAAJIXd24A&#10;AIAAgABg6rYLbuxVd7K/b5JJXa9ycEU8Q6xRcQct1qnOcacdFKkFcckJXKmlcZ0AAJDhe4AAAIAA&#10;gABgqrRkddhVJbEadhlI/a3QdmE8BKqrdrotqqggdwsdF6cydwYJqKd6dzgAAI+/fxYAAIAAgABg&#10;aLL1fNJU6a+sfL9IvqxdfK07uak0fJwtjqaVfKIdGaWOfJkJ6qWIfRkAAI7BgAAAAIAAgABgLrHa&#10;g/FUx66Bg5dIo6skgyo7m6fxgsEtb6VIgoMdJaQQgqAKJ6PMgjkAAI3jgAAAAIAAgABf/bD8ixRU&#10;ta2Nin1ImKofibw7i6bhiQgtXaQxiLYdK6LeiSAKZaJKhogAAI0zgAAAAIAAgABf2bBXkkZUsqzL&#10;kX5ImKlIkHY7haX5j4ktS6NBj2UdGKHsjrwKfKEfhxcAAIycgAAAAIAAgABfwa/dmaBUu6wsmL1I&#10;o6iRl4E7h6U0loQtUqJtli0dM6EBk04KkqAihyYAAIwAgAAAAIAAgADBE2cVX+2u02k5YrSb7Ws+&#10;ZWCIIm0kZ+5zaW74amldt3C5bNFGx3JFbxAsz3MmcN0KBHYqcRS/IGQlatGtS2aKbIWajmi/biyG&#10;6GrSb8tyRmzPcWBcqG6xcutFyXBJdFMr6HDxdV0JbXRodWu9SWGVdaerhmQgdk6ZB2Z9dvOFc2iz&#10;d6Vw+GrSeFxbgWzQeRFEym5wea8rD27ZegoI6XLcei27d19LgF2puGH1gA+XQ2Rsf8iD7mbBf41v&#10;l2kBf2laUmsYf01Dz2y+fykqQmzkfu0IdnGzfoa5zF1ViwSoIGAXidyVsmKmiLWCaWUMh5duUmdi&#10;ho5ZNWmQhadC52s5hM0piWsZhBoIFHJZgj+4cVvAlbOm1F6Sk7uUcGEtkbWBMWOij7ZtLWYDjdRY&#10;PGg3jB1CGmnjiqAo5Wl+ibEHwXLlhT63XFp5oGOlzF1WnZ6Tal/1mrqAMWJwl95sPWTelTFXamca&#10;ksBBcWi7kK8oYGgXj8oHfHNZhRC2jll/qw6lBVxip3ySnF7+o75/X2F2oAhrbmPnnJlWrWYsmY9A&#10;1mfJlycn7GbilSIHRHO4hOq2CljUtaykflu1sT+SA15ErKV+umCxqCFqz2MdpANWH2VgoH5ATWbw&#10;nh8nbmXImV8HGHQDhMyzN27sX0eimXBPYjGRDnGnZOl+aHL2Z3dqtHQ/ae1V6XWBbE0/vHakbncm&#10;Andab/wEMnsJcRKxwmwsaauhe23Pa4yQAG9QbVB9a3C9bv9pw3IgcJ9VDnN4cjI++HSgc5olV3UP&#10;dHgD4XlydcmwMWm1c/SfzWt+dN+Oe20gdbh79m6tdoxoenAwd2BT7XGheC49/nLJeNwkh3LmeSYD&#10;mXnrekaukmeCfh+eJmlmfi2M2mshfi56lWzHfilnOG5pfjBS2W/ufjs9HHEXfjwj0nDhfhADW3pT&#10;fiutEGWfiEecs2eYh4uLbGlphrp5LmsgheFmE2zRhRVR125shGc8S2+Sg8cjMG8Gg1MDJnqtgYKr&#10;1mQYkn2bgGYfkPyKQWf6j1l4Dmm/ja9lBWt6jBpQ9m0Wiq87lG46iYgioG1diR8C+nr5ggOq3GLc&#10;nLWaiWTsmnKJS2bLl/53H2iVlYVkJWpckzVQNmv+kSY6/20Sj48iL2vqjtwC1Xs3geqqI2Hspu2Z&#10;zGP+o+mIhGXZoKh2VmefnWJjYGlqmmFPgGsUl9E6bmwhlhYhyWqqk5ACt3tqgdaprWFFsR+ZRmNU&#10;rVuH6GUiqU11sWbcpUVixWiioaRO+mpKnrY562tKnPohT2mKloUCn3uTgcWlpHcVXsOWenevYbqG&#10;NHhcZHR0p3kUZvth8HnTaWdOBnqba7c4i3tmbb8ey3w7btMAAIAAcmCkeHR5aI2VWnVUao6FAXYl&#10;bGlzi3b2bidg7nfLb9VNInijcWw3w3lmcsceKHnYc1EAAIAAdwWjNnIXclCUAnMfc26D5HQOdHRy&#10;aHT4dWZf7HXgdlNMRnbHdzY3EXeFd+0dnXeSeAcAAIAAexihxG/1e/eSjXEXfE+CWHIffIxxGXMe&#10;fLleuHQlfOlLPHUefRg2NXXVfTYc83V3fQMAAIAAfqKgbG4mhZyROG9ahTuBCHB1hLdv1HGDhB9d&#10;tHKUg5BKVXOfgxc1fHRNgq0canOFgm8AAIAAgACfUGyvj1aQIG3vjj5/+G8TjPduzXAsi51cvXFF&#10;ilVJjXJMiTY023LyiGMb73HLiEsAAIAAgACebWuAmROPPGzIl0d/FG3ulT9t8G8Lkydb7nAukTRI&#10;3HE3j4g0WXHFjnEbkHBdjVgAAIAAgACdxGqWotOOimvjoFd+WG0FnZFtNW4dmrxbNm9CmCtIMHBS&#10;lhkz0XDUlR8bOm81kXoAAIAAgACdVGnxrJeOCGs9qXJ9wWxUpfJsl21fomtapW59n01HtW+KnQMz&#10;Vm//m3gaxG5HkhkAAIAAgACYUH+XXlqKSX9wYUZ7GH94Y/hqln+eZnZY2H/XaNVFxoAuaw0w5YC+&#10;bN4WtYI9bTQAAIAAdlyXU30bZ5iJRn05aaR6AX1ka4dpkX2cbU1X7X3jbv5E+35BcI8wOX69cckW&#10;Nn+zcbsAAIAAemeWOXrXcL6IAXsgcgF45XticydoeHuwdDdW+nwIdTpEL3xwdikvl3zbdtgVxX1I&#10;doUAAIAAffOVBXjEeeeGvHkqenJ3l3mFettneXnhezlWEHpOe45DcXrAe9wvCXsbfAoVZnsde6YA&#10;AIAAgACT03cHgw6Frnd/gvN2hHfqgrBmTXhSglJVH3jHgftClnlIgbQuV3mSgXYU6XlNgVMAAIAA&#10;gACS1HWkjEuEqXYmi4d1hHaXipFlWHcGiYNUOnd+iINB4Hf2h64txngwhy0UgXfGhqYAAIAAgACS&#10;B3SClYmD23UMlCN0t3V9knxkkXXukMFTfXZsjylBQXbijeEtWnb8jVMUOXZ+ixYAAIAAgACRanOg&#10;nsyDN3QwnMp0C3Semnhj53UImBNS13WGlfNAoXYAlGYs2nYHk/4T9XV3jX4AAIAAgACQ/XL9qByC&#10;unOPpYpzfXP0opNjVXRRn49SU3TGnP1AM3U5m2osbHUzmYwTi3S0jTcAAIAAgACLLIh+XfB+EYet&#10;YMdv04cdY2pgR4a4ZdtPdIZxaCc9K4ZmajsovIbta7kOBoj+a0cAAIAAedOKUYY0Zq19OoWkaLVu&#10;7IUtappfc4TObGJOuoSKbg88j4R8b48oQITfcI8N14ZJb/UAAIAAfViJXoQHb1N8HYOkcKNt7YNC&#10;cdted4LzcvpN34K7dAs72IKxdPons4L3dYcNnoPndO8AAIAAgACIT4IUd+h6+oHFeJdsuIF4eSpd&#10;hIEyeahNAIENeh47I4EHeoEnLIEyeqsNZoHRel0AAIAAgACHSoBWgIt5/YAbgKNrwn/fgJZci3+m&#10;gG5MZ397gEk6qH99gC0m3H+OgBANUn/+f+gAAIAAgACGaH8HiU95Nn7YiNNrAn6biCNbwn5eh1ZL&#10;jX43hpc5/X4shgkmUX4khdkNDX56hKMAAIAAgACFsX3zkhF4eX3MkQZqR32Nj7dbDX1OjlBK3H0p&#10;jQ85Zn0WjCwl9XzjjDoM6n0yiJYAAIAAgACFIn0dmtV353z7mURpsHy3l19aeXxvlWJKSXxGk7I4&#10;03w0krElgnvmkkoMy3wniKYAAIAAgACEuHx/o7F3dHxgoaxpL3wTnzhZ9nu8nLFJ1nuHmqw4dntr&#10;meAlJnsMlyMMintfiHoAAIAAgAB+Q5H5XWZx2pCRYBpkaY9xYqZVuo6DZQdFvo3DZzk0H41yaRsf&#10;0o5WahcGTo6ZahQAAIAAfMt9e4/oZahxKo6wZ6Bjso2ZaX9VGYyka0NFNovcbOUztYt9bkUfjown&#10;buAGaov2bvAAAIAAf958ro3XbdFwOozFbyNi5Iu8cGJUTorQcY5Ei4oNcqMzLompc4YfNoojc8wG&#10;d4mfdCsAAIAAgAB7yYvtdelvRIrudqph3on5d1RThYkTd/FD14hdeHsyo4f2eOce3YhGeO0GfIeS&#10;eb8AAIAAgAB66YpKfgVueIlYfkRhGYhrfmRSsIeOfmpDUYbLfm0yNoZnfncenYaMfmMGjIXGfq8A&#10;AIAAgAB6Ioj6hkRtuYgWhftgXocqhYdSC4ZChPhCuoV8hHEx8oT3hCAeboT5hDsGkYQ8gtsAAIAA&#10;gAB5g4f0joxtOocajc5f44YnjMpRd4Uwi6dCGYRpirIxYIPeijIeKYOjiokGi4LzhGwAAIAAgAB5&#10;BIcqlt1suYZUlbFfXYVZlCdQ9YRVknxBmoODkTEw1IL4kMgduIKbj9YGiYHlhGsAAIAAgAB4ooaS&#10;n01sUoW+ncte6oS4m8ZQgoOlmaJBNoLCmCUwhoIml7YdgYGvk/MGfYEUhGMAAIAAgABxr5vYXLJl&#10;8Zn3X0JZO5hgYbRLTpb8Y/s8CpXaZgcq4pV9Z54WLpeFZ8cAAJMNab8AAIAAf0pw95oOZIxlZ5hH&#10;Zm9YtJaiaEBK4ZUjafg7tpPqa4Mqr5NubKsWMJUXbJQAL5C+brYAAIAAgABwT5gTbEJkopZqbY5Y&#10;DpTLbsxKP5NNb/s7NJIRcQkqVpGCccoWFZLccYUAc45wdDMAAIAAgABvk5Yxc+Nj0ZSWdK1XK5MH&#10;dWVJjZGPdhI6mZBbdqgp5Y/BdwkV3pDZdq0AooxreUQAAIAAgABu15Sbe5BjF5MMe+JWcZGCfB1I&#10;0JAJfEM6Eo7PfGcpdY4xfHwVnI8OfDoAw4qqfaYAAIAAgABuMpNbg1pifJHWgz5V3JBIgvtIO47K&#10;gqE5hI2GglYpMIy+gjcVdo1kgmgA4IkngJcAAIAAgABtrJJPiydh9ZDViqFVVI9FieRHs42/iRU5&#10;Box2iHYoz4udiFEVdYvjiAQBA4ffgK8AAIAAgABtQpGLkwphsZAXkjVVEo55kQFHaYzTj7E4vIt0&#10;jtMocIqejwQVGYrHjKABGobRgL4AAIAAgABs75D4mw5hX499mfhUuY3UmF9HEIwglrE4coqxldEo&#10;OYnFlScU/InJjjABJ4YDgMgAAIAAgABlYqZXW7BaEqQfXhVN8KIjYGVAq6BbYo0x8p8FZGgg558T&#10;ZYoL+6G7ZRoAAI2UbdIAAIAAgABks6TMYydZpqKOZPFNk6BtZrBAbJ57aFYx0pz/ab8g85zVaooM&#10;T576af0AAIv7cswAAIAAgABkK6LoanVZDKC4a7hNGZ6UbPE/+Jyabh4xf5sRbxog0JrBb5UMfZxs&#10;bwYAAIp7d6IAAIAAgABjnaEHcatYa57icnpMaJzJczw/dZrRc/UxEZlIdI0gkJjedMMMjpoZdFUA&#10;AIkUe+UAAIAAgABjDp9uePBX4Z1TeVhL3ps7ea0+45k/eewwtJepeicgTZctejEMjpgBeioAAIfR&#10;f5wAAIAAgABikJ4sgFZXcZwWgGFLdZn4gEg+fJfzgBowVZZOf/ogJZWif/gMlZYegBEAAIa0gAAA&#10;AIAAgABiJp0th79XGZsYh3lLJJjwhvg+KJbchmYv+pUyhg4f5pRthkQMrJR0hQ0AAIXOgAAAAIAA&#10;gABh1ZxejytWzJpKjptK05gcjb492JX9jNsvrpREjHYfi5N+jK8MiZMliHoAAIUhgAAAAIAAgABh&#10;lZvLls1Wv5muliRKxZdslO89vZUok6wvq5NKk2cfsZJbke8Mv5HsiJ8AAIScgAAAAIAAgABZI7Gt&#10;WmROGq9SXI1CZK0ZXqo1nKsYYJ4nLKnjYiMVk6thYmgDRam2Y1oAAIjncf0AAIAAgABYcLBnYX1N&#10;uq3iYxtCI6tqZLk1f6kuZjonOqe9Z2AV6qjPZ3AD0qa/aFEAAIegdrIAAIAAgABYCK6SaGhNSqwL&#10;aZBB0KmJarQ1OKc4a84nGKWsbJoWCqZzbHwEOaPzbXgAAIZnet0AAIAAgABXrqynbzpM36omb/1B&#10;V6eocLk056VVcW0m36O8cewWCqROcasEhKFccvwAAIVBfooAAIAAgABXUqr9dhxMiqiCdopBBKX/&#10;duo0iqOmdzMmuqH1d20WCaJddykEwp8GeOEAAIQ+gAAAAIAAgABW/6mtfSNMUKcqfUpA1aSdfU40&#10;XqI3fT8mkqB0fTMWG6CXfRYE/5zvfhYAAINegAAAAIAAgABWuqighC1MKaYShBZAuaN1g8c0QaEC&#10;g2wmdJ80g0cWHZ8tg4cFPpshgnoAAIKtgAAAAIAAgABWhafSi0NME6Uyiv1AqqKDimc0Mp/+ic8m&#10;XZ4hicoV/54RiTYFTZmrg5YAAIIWgAAAAIAAgABWYqc0kn5MDKR6kiJAp6G6kVU0Lp8jkKQmZ50v&#10;kJkWJpz2jeQFaphwg6kAAIGAgAAAAIAAgAC1JmFTWbKj/mPRXQOSNmYvYDd/hmhxY0xr3mqfZkZX&#10;KGyuaSVBKm5ia88n627abd0GuXSjbsWzKl3OZGGicWCaZqyQ1GM2aOZ+S2WuaxBqumgNbShWHmpA&#10;by5ANWv8cQYnGGwScl4GY3U1c0GxTlqxbwGgql2zcEqPTWCDcYx81mMmcs5pbmWsdA1U+2f+dUM/&#10;Pmm7dlYmUWlldwoGF3W1eCKvdFfleYGe3VsWedyNjF4Jejl7WWDSepdoFGN/ewFT1GXqe2s+Tmeo&#10;e8Qll2bde+sF1XYkfJqtvlV4g/KdRljOg3WMBFvjgvZ53l7Fgnlm4mGMgghSyGQRga89dmXKgVgk&#10;8mSEgREFnXaDgG2sUlN2jmab91bpjRiKzFoUi8B4uF0Nimplzl/kiShR52JwiAo8vmQlhxkkYmJ1&#10;hp0FbnbTg6arLVHPmNWa6lVYlraJ0FiRlIN3yluYkllk716AkFRRJGEUjoU8KWK4jQwj8GDIjKIF&#10;RncWg5GqUFCEozaaHlQboEOJCldanTd3DFpkmjtkN11Ul4BQeF/xlR47nGGKk1Yjjl9skewFJndM&#10;g3upwU+YrXWZklM0qaCIeFZspbl2eVlwofhjsFxenplQBF76m8U7KGB/mgUjIl5Flh4FDXd3g2qo&#10;F2jbWUmYY2qpXK+Hz2xrX+Z2JW4fYvBjZW/KZdxPf3FfaKc6InKvayog6HLxbMwBTH3PbvOmgWWI&#10;Y3eXNGelZeSGvWmaaDF1LWt2amNigG1CbH1Os27xbn85dHA+cEUgW3ACcUwBLn4Bc8ek3mKIbY6V&#10;f2TZbw6FN2b7cHhzuGj/cdRhOGrvcyZNlmy4dGk4gW39dXwfnW0udfkBFH4teGWjNF/Xd4iT1WJQ&#10;eDCDlmSUeMdyX2a4eVFf/mjNedxMjGqqemM3q2vmes8e+mqdeuEA/X5UfGahqF1/gX2SYGAZgV2C&#10;LWJ8gSZw/mS4gOJe6GbhgKRLl2jUgHc26GoDgEsea2h0gB0A6n51f9SgY1uQi3uRK15CipaBCWC4&#10;iZJv6WMJiINd5mVAh4JKyWc1hqM2Q2hYhfgd7marhdoA2X6RgJOfX1n5lXSQMly8k8yAGl8+kftv&#10;BmGbkCRdEWPijm9KE2XcjPM1v2bli+Edj2Uzi4wAzH6ogIqenVi7n2GPc1uInPd/WV4NmltuSmBs&#10;l79cWmK4lWFJaGS5k2k1N2WykjcdOmQEkDYAwX66gIKeHVfYqTaO6lqlpgx+w10joqdtsl97n05b&#10;0GHEnFhI9WPCmgc0w2SimOUcy2MNk3gAuH7JgHybNnCyWPeM1XHMXGB9Z3LxX5BsvHQbYoxa4XVE&#10;ZWRHwXZnaBMy8ndoamAZXnfNa1oAAIAAch2Z4W2HYo2Lo27uZQ98MXBBZ2lro3GMaaFZ5XLRa75G&#10;5nQHbboyOHT1b2AY0nTJb9wAAIAAdsiYhWqhbCCKP2xAbcd7EW29b1VqhW8mcMZY7nCDcihGGHHJ&#10;c3QxmXKldHwYY3ImdJMAAIAAeuKXBGgFdZmIwWnLdn55g2tnd0ZpOmzsd/lXvm5seKNFFm/CeUEw&#10;x3CJebcXym/seYwAAIAAfnGVoGXGfw6HZ2emfzx4M2lef0Zn+Gr5fzlWxmyIfyxEOW3tfygwGm6e&#10;fx4XUm4GfvAAAIAAgACUe2PqiJKGTGXfiAp3Jmemh1Zm92lThoxV1mrthcxDf2xOhSsviGznhL8W&#10;6WxyhMAAAIAAgACTj2JikhKFZWRmkNh2RmY2j2ZmIWftjeJVDWmSjH1C1mr0i1YvFWtqiqwWnWsj&#10;iccAAIAAgACS3mEum4mEsmM7maF1jmUOl3VlbmbDlTpUXmhtkz1CL2nSkbIuk2oukSUWVmoVjeUA&#10;AIAAgACSZmBNpPOELmJdomd0+2Qpn4Rk2WXWnJxT2Gd6mhdBwWjZmFMuImkYl2AV5WlMjs4AAIAA&#10;gACOfHjnWLGBJ3lSXAlyt3nhXyhi/nqEYhNSAXsxZNQ/nXvvZ14rPHzFaVsQ3n5QaWAAAIAAdgmN&#10;UnXhYbqAEHaZZEBxnHdSZpth/XgPaNNRH3jPaus+3XmVbNMqn3pHbkAQiHuFbfYAAIAAeh+MHXMb&#10;arV+vXQJbHlwe3Tjbh1g5XW7b6JQMnaPcRI+Gnddcl0qC3ftc0UQPXkQcssAAIAAfbWK1XCTc7J9&#10;a3GodMBvKXKhda1f6HONdodPT3R6d0s9Z3VPd/spjnW9eGkQA3bsd/AAAIAAgACJk25rfK58UG+Z&#10;fRZuC3CpfVdeuHGlfXpOXXKefZo8inN9fboo3XPGfcMPoXUlfZ4AAIAAgACIiWykhbZ7R23jhXpt&#10;Dm7/hQxdx3AJhIJNf3EHg/8743Hbg5koW3H/g2UPWnOhgvoAAIAAgACHsmssjrp6dWx5jd5sQW2c&#10;jMNdAm6ri5FMxm+wins7SHB+iaYn+nBwiWkPLnJZh3AAAIAAgACHDGoCl7l5zWtYlkRrlWx8lIFc&#10;XW2JkqlMI26OkQ86qm9bj/YngG8nj+wPAHFQiiUAAIAAgACGl2kkoLN5T2p/nrRrCmuenFFb0Gyh&#10;md5Lp22dl9I6RW5flq4nFW4JlWUOp3CRiegAAIAAgACB14GLWF11WIFYW5dnxoFaXqFY7IF9YXdI&#10;wYG4ZBs3A4InZnEi0YMdZ/gI54SkZ98AAIAAeXOAy362YOJ0aH7KY19m1H7tZbVYF38eZ+dIC39g&#10;afI2cH/Ka7kiZ4CEbMkI34HpbJoAAIAAfQZ/unwNaV1zOXxWayllzXyXbNhXGXzcbmZHMn0tb9g1&#10;vn2WcRMh5n4YcbYIxX+GcZsAAIAAgAB+mHmmccpyDnoNcvdklnpodAVWLnq7dPdGW3sgddM1F3uH&#10;doghdHvUdtAIsn1wdwsAAIAAgAB9gHeJektw+XgLetxjjHh5e0lVLHjae5lFtHk/e+E0i3mpfBsh&#10;GXnAfCAIqnuhfJYAAIAAgAB8j3XXgt5wLHZrgt9izXbhgq1UX3dGglxE5XesghAz8ngCgd8gn3fj&#10;gdUIg3ofgVwAAIAAgAB7y3Rxi2pvZnUQit5iDHWJihBTpXXxiShENHZYiF0zXHagh9kgSnY7iA8I&#10;cnjYhVUAAIAAgAB7MXNSk/BuznP7kuBhc3RzkX9TE3TVkARDo3U5jswyy3V6jisf3HTgjg0IY3fO&#10;hasAAIAAgAB6vnJ4nHxuV3Mnmv1g83ObmRBSk3Pylw5DNXRJlYEydHR6lRIfgXO2ktYILHcKhYYA&#10;AIAAgAB1Toq3V9ppgIn7WvBcsol8Xd5OpIknYJs/NIj+Yxst84lKZSkZf4r5ZfMB9YoUZxgAAIAA&#10;fF90WIgbX+dos4eZYlNb6IcuZJ5N+IbZZsU+qYaraLktjobiaksZT4gwarsCLIdsa/oAAIAAf4Nz&#10;aoWRZ+dnrIU+abNbC4Tpa2ZNI4ShbPk9+IR4bmQtB4Shb30ZAIWZb6ACToUTcTYAAIAAgABycIM/&#10;b99moYMIcRlZ9oLHcjhMSoKMcz49NIJwdCMsbYKOdMoYnIM2dLICXYMKds0AAIAAgABxfYFCd+Bl&#10;uYEdeJFZDoDqeSJLXYC3eZg8mYCTefwr6ICpekIYSID/ehMCboFEe8AAAIAAgABwpn+Qf/Jk739/&#10;gCNYUn9VgCdKtX8hgAw8B374f/Ars37pf+UYM37zf+gCjX+9f/gAAIAAgABv9n45iAtkYX46h8ZX&#10;z34Nhz1KK33KhpQ7cn2bhgsrKX19hdQX930qhh0Cln52gcAAAIAAgABvaX0mkCRj130vj3JXRX0A&#10;jmdJqny1jTw69Xx8jGAqpHxRjDwXkHu0i1sCn31qgcYAAIAAgABu/XxTmEtjanxgl0JW03wslb9J&#10;O3vWlCI6l3uNkxIqW3tJkv8XUXp1j48CkHyggbwAAIAAgABpA5R/Vwpd0JNIWfdRrpJVXMVEUZGV&#10;X2I1eZElYbAkcpGiY1UPT5SMYycAAIgJaZoAAIAAftRoHZIjXqhdH5EUYP1RCZAhYzhDzI9RZU41&#10;F47MZx8kPo8caFsPaZFtZ/oAAIYibmQAAIAAgABnUY+2ZjdcQI7MZ/1QUI3naa1DHI0baz00jYyR&#10;bJUj4ozCbW4PXo6CbOkAAIRec6cAAIAAgABmfo1xbbxbXoyebv9PYovJcCpCZYsFcTwz7IqAciAj&#10;b4qYcp0PN4vPcg4AAIK8eJoAAIAAgABlr4t9dUxaloq8dhVOm4nxdsJBnokud1AzZoifd8gjA4ii&#10;d/0PDIlTd5QAAIFOfOUAAIAAgABk94nifPBZ7okwfUtOAIhnfXtBCYeffY0y3ocEfZki2YbMfaMP&#10;C4cSfbUAAIAbgAAAAIAAgABkWoiIhItZUofmhHdNaIcghC9AdoZUg9AyWoWwg4oigIVYg4kPM4Uh&#10;g0cAAIAAgAAAAIAAgABj3oeAjEVZDYbvi+VNL4YfiyRAP4UsijsyL4RnibAiNoQGigEO5YOgh/IA&#10;AIAAgAAAAIAAgABjfIaxlBlYrYYhk3xMy4VNklM/4YRPkQYx44NzkG4iAoLtkCoO24JdigsAAIAA&#10;gAAAAIAAgABc4J7xVd9SQp1ZWJ9GwJwIW0U5+Zr7XbgriZp9X74aSZvNYLgGhJxKYQQAAIOjbUkA&#10;AIAAgABcBpzdXR1RrJtZX1VGN5n0YXk5lZjAY3IrUZgUZQwaUJkRZbQG35jdZeMAAIIQcjEAAIAA&#10;gABbX5qFZENQ9ZkbZfxFn5e9Z6I5BZaEaSYq6pXFalYaJpaHarUHF5WcauQAAICXdxQAAIAAgABa&#10;tphAa1pQOJbnbJ5E0ZWXbc44apRhbuMqapOfb7EZ3ZQzb84HLpKxcCMAAIAAe2UAAIAAgABaDJZM&#10;coFPkpUEc1tEMJO3dBw3xpJ8dLcqApGrdS0ZlJIcdSEHMZAqdd4AAIAAfy4AAIAAgABZc5S3echP&#10;BpN9ekNDsZIuepU3UZDpesMpmJAEet8ZcZAteswHO434e9EAAIAAgAAAAIAAgABY8JNrgRNOlpI+&#10;gTtDTJDqgSM27Y+XgOwpLo6lgM4ZII6pgOsHUIwcgOAAAIAAgAAAAIAAgABYiJJciGBOL5E6iDtC&#10;54/mh8Q2kI6GhzYo3I1+hwYYt41zh0cHK4qjhNkAAIAAgAAAAIAAgABYN5GOj+VOCZByj6NCw48V&#10;js42b42Qjdso4oxXjcIY+YwIjKEHcolUhQkAAIAAgAAAAIAAgABQpqphVE1GYqiYVtI7TacNWT0u&#10;7KXkW2kghqXZXPcOl6ijXQgAAKAIYHwAAIAAcS4AAIAAgABPxqiUWypFxKbMXTc6v6UeXzIuhaPB&#10;YPcgW6NtYisOx6WyYgcAAJ1sZRUAAIAAdfgAAIAAgABPPaZTYe9FLaSWY446QaLrZRguEaF+Znkg&#10;E6EHZ1YO0aLhZwoAAJreae4AAIAAejwAAIAAgABOx6QLaKdEo6JZad45pKC2awEtoZ9JbAAfwJ6/&#10;bJEOxqA/bCgAAJh3bysAAIAAff8AAIAAgABOS6ILb3FEK6BrcE45M57FcREtK51McaQfjJylcfYO&#10;wJ3ZcY4ANZYAdQkAAIAAgAAAAIAAgABN16BqdmBDyp7TdvA45J0od1Us65ued5EfWJrXd5wO2Jup&#10;d14AcZPaelQAAIAAgAAAAIAAgABNc58TfVVDf52DfaI4q5vPfbAst5o3fZ4fJpldfYwO0ZnlfbUA&#10;sJIJfs4AAIAAgAAAAIAAgABNJJ4DhFlDSpxzhHE4gZq2hDIsmZkIg98fCpgSg+QOqph3g3sAtZCZ&#10;gHsAAIAAgAAAAIAAgABM8Z0pi49DKJuUi4Y4ZJnQiwgshpgQio4fE5bziq8O2ZceiEQA3Y9ngJYA&#10;AIAAgAAAAIAAgACpzlrqU6mZrV3HV3yI82CGWzV3UGMsXsxkqGW6YkNQ4WgVZZU7wmndaKMjJWlw&#10;aukD53lnbMunwlajXiCYFFngYP6Hh1zuY8Z2DV/YZnhjgGKfaRBP1mUia40602bnbdAiZWXYb2wD&#10;yHmccWel3FLMaI2WR1ZVanOF+1mnbEx0lVzGbhxiMl+7b99OtmJecZA55WQYcxUhsWKxdBkDrXnK&#10;dmKj+U9Tct2UelMgc9qEPFahdNRzH1nxdchg4V0UdrtNmV/Qd6g5AWF8eHghCmAEePkDlXnyevWi&#10;MkxAfR2S4FBIfUSCvlP8fWhxr1dtfYZfxFqzfapMnl2Ifdg4Ol8hfgEgel3Jfh0DgXoUft+gsEmk&#10;h1mRi03dhrCBkVG5hf9wnVVOhU5ew1iphKlL2FuJhB43mF0Ng7MgAVv0g6ADcHowgiufdkdxkYqQ&#10;eEvTkA2Ank/PjodvxFN/jQpd91bxi6pLJ1nYinY3GltAiY8fpFp1iZYDYnpIgkmehEWsm6SPo0ou&#10;mUx/4E4/lvBvGlH/lKtdV1V/kp9KjlhskN82m1m5j7AfVVlAjtUDVnpcgkKd4kRfpYaPD0jwokl/&#10;VU0JnxVum1DOnBZc61RTmXJKNVc/l0g2QFhpliAe/lhEkv8DTXprgjydh2ImU4COpGRlV1h+9maV&#10;WwZuOmi3XohcYWrFYeZJUWypZRc0s24GZ+0b122CaZsAAIAAbfCbxF4QXXSNXmCxYGR92mMnYzVt&#10;QmV+ZeZbhGe3aHdIkmm2auQ0F2sDbQEbZ2pNbiAAAIAActOaC1paZ1mLnl1DaWZ8T1/1a1xrzGJ+&#10;bTxaPGTibwlHd2b7cLwzK2gtci4aumeRcs8AAIAAd4OYUlb9cSaJ7loicl96rl0Dc4dqeF+2dJ1Z&#10;CGJFdadGdWRxdqQyYWWFd3YaK2U7d7YAAIAAe5aWuFQFeuyIdVdde195SVpqe71pHl0+fApYAl/q&#10;fFZFjmIofKQxrWMbfOUZsGNEfO4AAIAAfxKVZFGChLWHPFUBhGR4K1gxg/poFVslg4JXDF3jgxJE&#10;1WAkgrkxGmD0goEZSGGlgqEAAIAAgACUUU9ojnOGP1MGjV93Q1ZPjCtnP1laivJWQlwridREK15u&#10;iOYwqV8UiFIY/GBNiEkAAIAAgACTgU24mBqFe1FtlkR2iFTFlElmkVfbklJVnVq3kJNDjFz6jy0w&#10;LF14jnwYuV85jO0AAIAAgACS9Ex3oZeE7VA3nwR191OTnERmB1armZlVJVmIl0lDLFvGlY0vyVwT&#10;lPsYWV5mkHYAAIAAgACRWGmsU2KDnmtMVy9082zwWsxlG26QXjdUEHAjYXhBrHGYZIAtdXKlZwkT&#10;0XPGZ8cAAIAAceSPymXDXL6CU2fAX7dztmmhYolkA2tvZTdTGW0nZ8BA2G6uahosx2+SbAITYXDn&#10;bFIAAIAAdpWOS2IqZiCA3WRyaElyj2aMaldi6GiBbENSKWpWbhdAFmvrb8UsOWylcRUTEm5dcQ8A&#10;AIAAerOMt17ob25/U2FocNdw/mOrciVhoWXGc1hQ/mfDdHg/G2ljdYArcWnrdkUSkmxHdgwAAIAA&#10;fkeLRVwMeLh98l61eWlvrWEgefxgYGNZenVQEGVseuY+R2cXe1Eq0Gdoe50SNGp6e28AAIAAgACK&#10;EVmgggh80lxqggduol7ygd9fZWFGgaBPJ2NngWQ9nWULgTsqTWUkgSwR5mj3gTsAAIAAgACJGVeZ&#10;i09751p9ip5txV0Yibxell9/iMhOZGGuh+08+mNLh0Ip6WMnhv8Rs2ewhkMAAIAAgACIXFX2lIJ7&#10;MVjtkydtEVuVkY5d7F4Cj+pNv2A2jns8W2HOjXEpb2FujUkRgmaqimIAAIAAgACH2VS6nZl6qle9&#10;m59sglpnmVZdXlzSlwhNRV8DlRY7+mCPk9MpCV/vk2gRJGXvi5cAAIAAgACFMHGSU0B4anKWVvNq&#10;pXOzWnhbpXTYXclLXnX3YOc5l3cOY7slmXf5ZdcLunrEZgIAAIAAdcKDx23SXA53N28wXwNpgXCE&#10;Yc5apXHNZHNKgnMGZu044XQiaSQlC3TIarYLjXf3aqoAAIAAeeGCcGpdZN110mwBZxdoWG2DaTJZ&#10;jW7uaylJmHBAbP84I3Febp4kgnG8b7ILZXWCb4oAAIAAfYCBDmczbbB0cGkMbzdnAGq2cKFYlWxA&#10;cfJIvW2ucyI3fW7MdCskF27hdMsLTnNedLMAAIAAgAB/umRydoBzSGZzd2Nl3Gg+eCJXYGndeMFH&#10;z2taeVQ2pGx4edMjbWw5ehULCnGbemUAAIAAgAB+oGIdf1lyN2Q5f5pk3GYbf61WcGfQf6NG9GlU&#10;f5g2Bmpff5gi92nKf6MK33AYf8cAAIAAgAB9vGAoiCZxXmJah8pkD2RMhzRVrmYNhoZGPWeYhes1&#10;cGiThYIipGekhYoKy27PhEMAAIAAgAB9Cl6RkOVws2DUj/ZjZGLQjrtVDGSUjWtFn2YejFA01GcK&#10;i6UiLmXYi+kKs23qhzwAAIAAgAB8i11XmZJwMl+omCBi22GllkpUhGNklGFFKWTlktY0eGW+khsh&#10;yWRikVEKa25khwsAAIAAgAB4/XnuUv5tBHpiVo9gDXsAWfZR13uwXSlCR3xoYB8w/31BYq4c4n5s&#10;ZCMEhIDpZO0AAIAAeSB3s3ZgW0hr9XcoXi9fDnfyYO9Q/3i4Y4VBlHl9ZeYwdHpHZ+ociHsFaPEE&#10;m34pabIAAIAAfMB2fXMNY5dqsHQXZdRd/HUJZ/NP/HXqaetAuXa/a7gvxXd9bTUcEHfLbdYEnHvF&#10;brkAAIAAf+91RHAFa99pc3E6bX1cunJPbv5PEHNFcGA/4nQucZovIXTfcpYbpnS6cuIEn3mxdCgA&#10;AIAAgAB0E21XdDdoS26wdTpbom/edh1OBXDndt4/PHHWd4wumXJ7eBIbWHHueCIErXgZebMAAIAA&#10;gABzDmsYfJ5nb2yPfRNa2m3PfVpNMm7ifX4+am/OfZwuAHBSfb0a4W+IfcIEmHg8foIAAIAAgABy&#10;OmkzhPlmoWq+hORaFmwKhJFMeG0lhCI9um4Qg8Qtbm51g5camG2Ig94Emng4goMAAIAAgABxkmen&#10;jUZmAGlDjLFZeGqWi81L5Guwis49KGyTigYs3GzfiboaK2v2icwEmXg6gxwAAIAAgABxFWZxlY1l&#10;hGgalI5Y92lwkyJLZWqDkZ48vWtYkIAsimuFkF8Z0Gq0jogEbHiHgv0AAIAAgABsxYLZUnthgoLN&#10;VedVSIL0WSxHy4M5XD041oOhXwEn2YR4YSwS9Ia7YZUAAIM6Za4AAIAAfANrln+EWk5gkH/BXSFU&#10;ZoAHX9BHEIBVYlM4Q4C5ZJAndIFrZkQS14L7Zl8AAIEJamIAAIAAfzZqhHxTYiNfb3zLZF5Tdn0y&#10;ZnxGLn2QaG43i334aicm6n6Ka2cSlH+Jaz8AAIAAb3oAAIAAgABpbXlmafheTnoEa6FSUXqFbS1F&#10;S3r3bpg2v3tob84mTHvbcKESOXyPcEgAAIAAdP4AAIAAgABoY3bVcdNdVHeQcvVRXXglc/VEUXii&#10;dNE2I3kLdY0lyHlgdgMR9Xn4dZ4AAIAAeeIAAIAAgABnc3SgecVccHV4emJQiHYeetVDmnadeyU1&#10;f3b/e2QlfXcfe5IR13e5e2AAAIAAfgkAAIAAgABmrnLIgbNby3O9gdtP9nRrgcVDC3TjgYw06XU5&#10;gWMk93UvgWQRqXXagYkAAIAAgAAAAIAAgABmEnFJiZpbNHJNiVVPYnMBiL1CgnN0iAU0Z3O7h4sk&#10;cnOJh5sRS3RqhsEAAIAAgAAAAIAAgABlmHAWkYZavnEokOpO63Hgj9tCE3JLjrM0C3J+jgIkL3Ih&#10;jjYREXM/ivAAAIAAgAAAAIAAgABgpoxvUZhWB4vtVNxKd4upV/09nIuVWuQvGovXXWUeCI0pXvoJ&#10;gI5qXykAAIAAaWkAAIAAfnBfj4lSWP5VK4kRW7tJqojeXlU89YjEYLwuoYjuYsYdyYn5Y/gJpIqo&#10;Y/0AAIAAbikAAIAAgABen4ZBYGNULYYxYphI14YXZK88L4YEZpYuBYYkaCkdYob1aP0Jo4dRaOsA&#10;AIAAc2QAAIAAgABdsINoZ8lTMoN3aXpH1YNxaw07Z4NqbHotVYOJbZwc44QkbhgJhoRnbgwAAIAA&#10;eFsAAIAAgABcxoDobz1SToEScHFG9IEccYU6i4EVcm8swIEncy0cZ4GOc2MJYYHjc4oAAIAAfKwA&#10;AIAAgABb9H7HdsRRiH8Kd4VGPX8feBw53X8XeI4sI38UeOIcJX8oePEJWn+0eZkAAIAAgAAAAIAA&#10;gABbPHzwfj1Q131PfpJFmX1vfrQ5R31kfrcrm31Pfrob0X0kfsQJjX3SfzMAAIAAgAAAAIAAgABa&#10;rHt5hctQdHv5hc5FRnwbhXg5BnvxhP0rb3u2hMMbjXtahRsJUnxcg98AAIAAgAAAAIAAgABaO3pK&#10;jWxQBXrXjStE2Xr/jG04p3rNi5IrJ3p1i0gbYnnZizIJTHsqhkkAAIAAgAAAAIAAgABUpZbcUD1K&#10;jJXxU1U/iZVPVkozJpUCWPokz5V3WxYS75hSW6gBgpSlXY0AAIAAbRQAAIAAgABTnpP9Vz9JvJNE&#10;WeA+xZKnXF0yiJJEXpskZ5KIYE8S2JTnYJkB1JEKYmkAAIAAcfgAAIAAgABSy5EMXj9I3JB5YGc+&#10;Co/sYm0x2I+HZDkj5I+vZYcSm5GkZY4CBo3LZ2cAAIAAduQAAIAAgABSAI5CZUBIBo3IZvE9KI1L&#10;aIExL4zpaeEjVI0BatASSo6Tap0CH4rwbKQAAIAAezwAAIAAgABROYvIbFVHRItpbZY8a4r3brUw&#10;dIqPb54i44qKcD0R/ou+b+YCLYh4cloAAIAAfwYAAIAAgABQgomrc4BGmYlndFw70oj9dQ0v6oiM&#10;dY8iaYhoddcR4okfdYgCRYZVeEoAAIAAgAAAAIAAgABP4ofieqlGDIe4ey07WIdUe3UvgIbVe5ci&#10;BIaTe6YRqIble4sCcISCfVcAAIAAgAAAAIAAgABPYIZjgcRFiIZSgfA62IX2gdcvDIVwgachm4UR&#10;gaYRL4UYgcMCYYMRgXUAAIAAgAAAAIAAgABO+IU0iTNFWoVGiUA6uYTziL0vEIQ4iBQh7YODiBoR&#10;5IMdhyQC14G0gewAAIAAgAAAAIAAgABIWKJxTl8+36E8UUI0aaBnU/YoWaAoVk4Zw6FzV78Io6Mb&#10;WGUAAJGUX+QAAIAAcHoAAIAAgABHR5/mVP49+J7sV3czeJ4aWcUnj52vW7wZRZ6hXNgIp59zXVkA&#10;AI7cZH4AAIAAdVEAAIAAgABGm50NW509NJwtXawywptvX44m25r5YSQYw5u9YeoIl5vOYlAAAIxD&#10;aVEAAIAAeakAAIAAgABGB5o8Yjo8hJlvY9wx9pi8ZVYmQJhHZosYR5jtZwYIgJhMZ18AAInebnwA&#10;AIAAfYAAAIAAgABFZJe4aOg73ZcMaikxXpZYa0AlqJXSbAoX+5ZMbEsIdZUPbK8AAIfGdC8AAIAA&#10;gAAAAIAAgABExZWTb747SpUKcKcw5JRbcV8lTJO+cdMXuJQAcdAIkpIpcmQAAIYQeWcAAIAAgAAA&#10;AIAAgABEO5PCdpw6z5NadzkwgpKud5Yk+JIBd7wXaJIed5kIgo/SeJsAAISyfcoAAIAAgAAAAIAA&#10;gABDyZJBfZA6bZH2fe0wMpFPffgkw5CIfdoXQpBzfcgIUo3wfngAAINFgAAAAIAAgAAAAIAAgABD&#10;gJEEhMY6JZDOhPQv8ZAyhLMkmY9ZhGUXSo8FhIcIhYxZg1gAAIJxgAAAAIAAgAAAAIAAgACe+1PV&#10;TdWPyFcIUh2ABFoiVlBvXF0sWmNdpWAZXlFKv2K1YhE2cWRjZYEeX2OWZ/QBe32Aaxmc0U6FWAiO&#10;FFIuW29+hFWyXr5uCFkRYfJcb1xDZQZJq18HZ/Y1gGCYap8drWAybHYBi31kb8+a2kmsYj6MO03A&#10;ZLl871GcZyJsilVBaXtbIFioa75IjVuKbeg0mlzzb9odDl1KcSQBmn1LdOKY6EU8bGSKa0mzbfl7&#10;Mk3Ub4hrH1G5cQ1Z2lVWcoVHflhOc/AzyFmFdTQcf1radgYBpn02eYuXCkE2dniIy0YKdzh5vkp5&#10;d/VpvU6PeKpY2FJceV5GnFVoehAzF1ZmerMcCljTeyoBsX0kfYiVZz2pgH6Ha0LUgGx4m0eLgFxo&#10;w0vcgEtX70/GgD5F91LegEMykVOggFgbq1cpgKgBun0UgOWUCjqWinGGSkAPiYh3sUUGiKdoAUmJ&#10;h9RXO02ThxVFXFCthnsyLlE1hiEbZ1XKhpIBwn0IgTCS9TgGlD+FZT3AknZ2+ULtkMRnbkeYjzVW&#10;uUu7jdZE3E7UjLYxw08YjBsbMVSvi8sByHz9gTSSMzYPnbSEvjvymwd2cUFCmIZnBEYJlktWbEo/&#10;lGNEpU1ZkuMxiU1eklAa91PPj/ABzXz1gTiTg1q+Te6FQ11hUiB2W1/9VjlmfWKKWi9VgWT5XftD&#10;PWcXYY8vT2hAZLEWqml1ZlQAAIAAbdKReVWZV5mD1Vi7Wv51LVu2Xkplf16NYXZUo2ExZHhCgGNq&#10;Z0ouuWRdabcWTmZgatoAAIAAcrCPmlDkYUmCAlRtY9dzmVe5ZlBkAlrPaK9TVl2lavJBY1/xbRAt&#10;0WCdbtoVsWPgb4oAAIAAd2KNykyTauuAR1BzbKdx9VQBblZitFdSb/JSKVpZcXhAalyvcuctE10K&#10;dBgVOGG4dHMAAIAAe3aMHEiudIZ+xUzbdXtwklCtdmNhYFQsdzxRNFdceA0/lFm7eNQscVm6eXsU&#10;1V/neawAAIAAfvOKsUVIfht9hEm4fk1vek3EfnJgZlF2foxQTlS/fqk+9FcdftQr9VbAfwkUh15k&#10;f1gAAIAAgACJiEJbh558fkcGhw1ul0tEhm1fnk8ehc1PlFJ+hUM+WFTUhN8rm1RMhMQUVV2ihPoA&#10;AIAAgACIoT/wkP97skTKj61t4kkwjkpfAU0mjPNPA1CVi9A9y1LcivkrLVJHisYUKl3riZsAAIAA&#10;gACH/z4Rmh57HEMMmBZtVkeKlfVehkuSk/JOoE8KkkU9glFFkR0q4VCtkRMT315pjUAAAIAAgACI&#10;HWHsTgx6w2QHUh1ssWYmVhddm2g5WexNVmouXZE7pGvaYO8n8myYY6kOk3DrZGgAAIAAcbSGJ1z5&#10;Vxt5SF+LWndrY2H+XbZce2RRYNNMWWZyY8M6zGgpZnUnQmiHaJQOQ24RaP8AAIAAdmiEblhiYEZ3&#10;tFtbYt9qLV4cZWNbXGCjZ8VLaWLoagM6C2ShbA0muWSSbZkOE2uHbcUAAIAAeouCu1QwaWl2F1d5&#10;a0JolVp0bQtaFF0wbrpKP1+gcEo5FGFVcbQl+WDIcr0NuGl4cs8AAIAAfiOBMlBrcoh0qlP0c6pn&#10;QVcpdLlY1FoPdbJJXFyfdp04TF5Ld3ElZ12DeAkNfmkxeDoAAIAAgAB/600he6dzgFDhfBdmNlRH&#10;fG9X31dWfLVIe1n2fPk3sluQfUMk9lrMfYkNUml8fgkAAIAAgAB+4UpNhLRyjk48hHhlW1HKhBlX&#10;GFT4g7BHwFelg1k3GVkmgykkpliRg0QNPGmhgxMAAIAAgAB+E0f1jaVx0kwKjMNkqk+2i7JWd1L4&#10;ipxHJ1Wqibg2hFcKiSskN1bCiWINJWnIhzYAAIAAgAB9gkYglmdxSEpTlPJkH04RkzZV81FbkXpG&#10;ulQLkBc2MVVPj1Ej31VQj2QM4Wo8iLUAAIAAgAB8lWlzThNwBmsNUfxiumy3VdJUYW5YWYNExm/d&#10;XPszj3ErYBMf1HGsYjkHM3e2YxAAAIAAdYZ6s2SyVpFunGa3Wdxhg2ipXQtTWGp9YBVD4mwhYuoy&#10;0m1lZWgfRG1PZwoHH3TqZ78AAIAAea15HWBFXyttF2KmYclgSWTaZE5SN2baZq9C8WiZaOQyEGnK&#10;as4eumlNa/cHDXQVbKUAAIAAfVJ3klwuZ9Nrml7aab5e5GFEa5dRO2NybVhCF2VLbusxbWZlcEUe&#10;WGXecQEHDnQTcc4AAIAAgAB2I1iHcHhqXltvcb1dtV4Jcu1QAmBUdAFBLWJBdQAwmmM7ddYduGL7&#10;dj0G53RVd4QAAIAAgAB081VTeSFpQlhpecdcsFsrek5PEV2WerxAVF+JeyIwB2BYe4MdT2CJe7sG&#10;1nRyfOoAAIAAgABz/VKRgbloYFXPgcZb4VixgaZOUFsygXM/oF0mgU8vdV3EgUsdDF5+gYgG2HRv&#10;gWkAAIAAgABzPVBDijlnr1OjiblbNlaeiPhNs1kqiCc/B1sWh4Yu3lt8h0EcnVzkh8UG03R4hJ0A&#10;AIAAgABys05wkppnLVHtkaJasFT1kEtNL1eCjuI+mFlhjdIuilmUjXkcQFuejRkGnXTThHkAAIAA&#10;gABw0XFzTeJlBnKTUaRYeHPNVVVK0XUGWN47zXYtXCAq53dDXtkWnXgwYBYAp37mYloAAIAAeNpv&#10;D2zrVdxju25qWRNXX2/cXC5J6XE2XyE7DXJqYdAqUnNaZAMWQ3QJZNcAzn6kZyEAAIAAfIRtlmin&#10;XfdiUmp4YJFWNmwjYxFI2G2dZWk6Jm7dZ4gpmm+faTcVx3B9aa0A4H6GbCoAAIAAf7xsNWS0Zhdg&#10;+GbEaBJU4micafdH3mo2a705RmuEbU0o8GwRboIVXW1ubqkA835lcZYAAIAAgABq42EjbkZfuGNm&#10;b6RTu2VkcO1GymcXchY4o2hucyIobWjDc+cVG2rJc9oBE34udx4AAIAAgABpxV4DdoBeyGB2d1BS&#10;52KWd/9F9GRceJA3zWWjeREn2WWqeXgUrmiaeWcBEn4we/QAAIAAgABo3FtLfqtd7V3jfvRSG2Af&#10;fwxFNmHyfws3G2MrfxMnR2Lefy8UcWa7f2YBJH4Tf/oAAIAAgABoJVkDhsBdRFu7ho9ReV4LhhdE&#10;oF/jhYk2iWEIhSkmtGBhhSYUBmVUhUQBMH3+gM4AAIAAgABnnlctjsZcxVoAjjNQ91xejTZEIl4y&#10;jCI2IF8/i2omZ15hi4kTsGQ4ifMBD341gLgAAIAAgABk43oMTVpZ3Hq4UPhOB3uIVIJBA3xkV90y&#10;dH1MWtshlH6AXQ0MzICgXXgAAIAAZZ0AAIAAe7RjRXXCVN9YqHbBWAJM/Xe6WwVAKnikXdgxyHmC&#10;YFMhHHpnYhEMtHysYj0AAIAAakgAAIAAfvRh8XGnXINXXXLuXxdL7nQSYZA/L3UPY9cw+nXmZdAg&#10;gXZ4Zx4MfHlBZxoAAIAAb1YAAIAAgABgsG3VZDJWG29RZjRKsHCXaB0+N3Gsad8wHnJ+a1kf1XKz&#10;bD8MMHZYbCAAAIAAdNEAAIAAgABfhGpca+hVA2wEbV9JpG1pbrw9LG6Lb/MveG9PcPkfS28dcYgL&#10;/nPQcW4AAIAAebIAAIAAgABedmdGc7JUBmkZdKRIvmqcdXQ8amvHdiIuz2x0drAfA2vbdv0L9HGZ&#10;dx8AAIAAfdMAAIAAgABdmGSTe3hTS2aVe/NIG2gzfDo70mlffGIuM2nofIseemkdfKwL12/CfT0A&#10;AIAAgAAAAIAAgABc52JKgzJSpGRtg0FHfWYhgwc7Q2dMgrMtq2ezgood7GbqgrcLim5cgnsAAIAA&#10;gAAAAIAAgABcYmBtiuxSJmKqiqVG/2RuifU6zGWViS0tS2XYiMwdqGUmiSoLWW0+hqoAAIAAgAAA&#10;AIAAgABY84NcTGBOq4OWT91DhIQEUz43CoSaVmEovIWAWQIXVoeJWlwEcYfVW6IAAIAAaTUAAIAA&#10;fhpXeH9OU3xNhH/VVopCeYBgWXE2LIDxXBsoE4GxXkkW8YMzX0MEjYQIYG4AAIAAbfEAAIAAgABW&#10;SHtaWrNMVHwfXUBBe3zJX6o1Pn1fYdcnU34CY5EWa377ZC8EioC2ZVYAAIAAcyQAAIAAgABVK3ei&#10;YfVLMXiSY/1AVnlVZeQ0WHn3Z5omiHp/aOYV03r4aS8Ec33cam8AAIAAeCAAAIAAgABUGnQ5aUdK&#10;KXVSas4/VXYvbDYzYnbQbWwl4nc3blgVR3eEbl4EWntpb+MAAIAAfHIAAIAAgABTJnEscKtJQ3Jv&#10;cbs+hHNkcqYyoXQGc2clN3Q9c+sVBXSHc9MEYnlDdd8AAIAAgAAAAIAAgABSUW53eApIc2/neKk9&#10;xHD2eRox9XGWeWskoXGbeZ8UonImeYAEkHhKe3MAAIAAgAAAAIAAgABRpmwnf3RH723Mf7g9WG73&#10;f7ExqG+Jf40kZW9Sf4kUQnA6f7AEXHiigCcAAIAAgAAAAIAAgABRJWo/hvJHb2wBhuk83G1Bhngx&#10;OW3OhfMkEW1khdsUEG6khbgEUXi1gusAAIAAgAAAAIAAgABM742gStdDYI1qTjY41Y2DUWksvY3/&#10;VEQeVY9fVlcMgJHdVvYAAImKXDQAAIAAbK0AAIAAgABLk4nLUZRCOInmVIs3tYoXV1ArxYp/Wb4d&#10;mYuYW2wMOY0VW9YAAIZOYN8AAIAAcY4AAIAAgABKhYX6WGdBHIZLWuk2vIaUXTwq14bzXzsc3IfU&#10;YIQL5IieYL8AAINUZboAAIAAdogAAIAAgABJjYJUX0dAF4LIYU81q4MjYysqAYOBZL8cIIQxZasL&#10;iIS3ZcIAAICqat4AAIAAeusAAIAAgABIm37xZjw/J3+PZ840wn/+aTcpHoBPalcblYDBavgLO4Fg&#10;av0AAIAAcHkAAIAAfr4AAIAAgABHunvibUw+TXywbnAz/n02b2gocX19cCIa+32mcGwLE36GcIcA&#10;AIAAdlUAAIAAgAAAAIAAgABG+HkxdF09lXotdR0zXHrLdacn5nsFdgMacnrndhMK1Hw2dmwAAIAA&#10;e0cAAIAAgAAAAIAAgABGT3bQe2w863gDe9AyvXi8e/gnXXjtfAAZ+niEe/sKbXpvfK0AAIAAf3gA&#10;AIAAgAAAAIAAgABF03Tbgrw8h3ZEguAyb3cggp8nOnc5gksaJHZyglsKzni1ggYAAIAAgAAAAIAA&#10;gAAAAIAAgABAmZlFSKs3spitS+Uto5iUTtQhqplRUTsSeZwyUlMDUpm+VGAAAISyX4oAAIAAcA0A&#10;AIAAgAA/N5W8TwQ2VJWOUdksLJWZVGIgS5ZAVmYRbpihVy8DCZUVWT8AAIGuZEAAAIAAdQEAAIAA&#10;gAA+QZIWVXg1OpIZV+ErHpI+WgIfOpLXW6AQoJTDXB8C0pDPXi4AAIAAaSMAAIAAeXQAAIAAgAA9&#10;b459W/00UI6fXfYqGI7VX6keZ49kYOgP/5DXYSoCqo0GYzoAAIAAblYAAIAAfVgAAIAAgAA8mosU&#10;YpozdItpZCYpRIutZXQdmYwiZksPp40QZmcCmYnFaIcAAIAAdAQAAIAAgAAAAIAAgAA7y4fyaV0y&#10;poiHaoEokIjla2sdBolCa/EPP4mka9YCpocDbjAAAIAAeTsAAIAAgAAAAIAAgAA7FYUpcCkx9IX+&#10;cO8n+IZ3cXkcjYa/cbQO54aucYYCloTFdFMAAIAAfZgAAIAAgAAAAIAAgAA6fIK7dwoxXYPPd3wn&#10;doRld64cLoSXd6gOo4RJd5ICboMCeisAAIAAgAAAAIAAgAAAAIAAgAA6DYCqficw54H2fk8nC4Ks&#10;fjEb44LMfgEOkYJcfi4CiYGIfv8AAIAAgAAAAIAAgAAAAIAAgAAAAP//AAD//wAA//8AAG1mdDIA&#10;AAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdp&#10;CNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYp&#10;pyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjD&#10;Sd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJo&#10;I2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/&#10;hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+g&#10;jqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQ&#10;u368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHV&#10;SdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D&#10;7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQH&#10;vwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+&#10;JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31A&#10;f0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zq&#10;Xe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5&#10;m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6&#10;lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmev&#10;YLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2&#10;zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDp&#10;w+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggG&#10;CTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk&#10;+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/L&#10;QMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fc&#10;k12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiR&#10;eYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yU&#10;kpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDf&#10;sfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTR&#10;dNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y&#10;71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38I&#10;lgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9&#10;I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9&#10;pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhD&#10;WTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZz&#10;QHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9&#10;jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWn&#10;CKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNS&#10;xGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLk&#10;TeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOZPf85/WM2Z&#10;f6h+zbTaf5l+eZwUf6N+ZYNMf8Z+hWqFf/5+wFG/gGN/PTkAgRKAD/zFfnyLNOS1fmOJbMxAfl2H&#10;zLOafm6GZprYfpiFQ4IYftmET2lafy+DZ1Cuf6+CoTgUgHaB5vq8fTaWceL7fTCTksrLfT6Qz7I6&#10;fWmOXpmTfayMLIDvfgeKImhOfnWIE0/BfwyGADdBf+iDrPjjfC6ht+FBfDOdv8kzfE2Z8LDCfIWW&#10;V5hFfN+TGn/LfU+P82dWfdGMtU7vfnyJTTaHf2eFXPc3e2OtA9+le2an68eqe4ejCq9ge8meaZb4&#10;fCuZ+H6yfK+Vt2ZufUORQU4uff2MezXlfvSG7/W8esq4Vd4veseyFMZDeuSsFK4ZeyymYZXce5mg&#10;2n2kfCSbWWWVfMiVqE2CfZGPgTVbfpGIX/R3elLDqtzseka8MsUJel21Cqz5eqeuO5Tpex+nm3zZ&#10;e7ag6GTYfGCZ3UztfTWSUDTofj2Jp/NjeffPAdvYeePGQMP6efK95Kv3ejq17JQCeriuJHwge1um&#10;QGRIfBCd5UxvfOqU4zSJffeKxfJ1ebTaWtrreZfQMsMPeZ/GlKsYeeO9apM7emS0ant3ew2rQGPC&#10;e8yhlkwJfK+XMzQ9fb6Ltu5TiNt+NteGh8R9wsCfhsN9cKmMheZ9VZJShSp9dXsHhIZ9xmPEg/F+&#10;NUyPg3h+6TWSgyiAAOw9h32Iy9YUhnCHQL9rhYOF46hjhLuEwZEehBuD33nUg5SDLWKcgx2CjUuS&#10;gsOCFjTYgpCBwep6hkeTZdR0hU2Q2r38hG+Oc6cLg8SMWI/tgzmKd3jKgsqIvWG2gmmHA0rNgiaF&#10;TDQzggeDb+jbhU+d/tLghF+adLx6g46XFKWrgueT6I60gnKRC3e7ghWOQWDWgceLZEoYgZeIaDOi&#10;gYuFBOdchIuooNFsg52kFbsQgtSfuqRbgjeblI2AgcKXlXa6gXiTu2AIgTmPskl1gRqLZTMkgR+G&#10;e+YAg/GzS9AbgwSturnNgjqoWKMygaOjLYx7gTaeIHXIgO6ZFF9KgL6T20jkgK+OOjK5gMGHz+TV&#10;g3O9+M76goe3Vri1gbyw4qIvgSaqqIufgMSkinURgIOeVV6ngFSX0UhpgFOQ2TJggHKI++PWgw7I&#10;pc4FgiTA4rfGgVe5U6FKgL+x+orQgGGqu3RrgC6jXF4pgAeblUgCgAeTOzIXgDCJ/uMAgr3TVM03&#10;gdbKWbb6gQfBmqCIgG65E4ojgBGwonPaf+KoBl23f8ae/Uerf9CVVjHcf/uK194SkeJ8sMjuj/F8&#10;Y7Oxjhh8Op47jGh8R4iNit58j3LFiWl9Cl0Rh/x9qEd7hpl+kzJRhTl/8dwqkLSGl8eUjsGFUrKS&#10;jPSEPJ02i1eDW4eOieSCtnHSiIiCPVwrhzOB2Ea5hemBojHLhKKBndqjj46QlcY5jaiOV7Fyi92M&#10;PpwVileKcIZ4iPiI2XDQh7WHaFtIhneF/EYFhUaEnzFUhBmDNNlCjpual8TYjL+XbLAHiweUa5rI&#10;iYKRpIVSiDmPHW/ZhwWMqFqDhdiKJkVvhLqHjzDsg6CEr9fujeGklMOHjAmgga66ilucm5mPiN6Y&#10;5IQ6h42VT27whmuR1VnOhUqONETohD2KWzCRgzWGC9a1jUuunMJci3epna2ZicqkxJiCiFKgF4NM&#10;hwibfm4aheGW4lkrhM6SHURzg9CM/zBFgtqHRNWnjNC4o8Fciv+ysKyhiVGs2pebh92nKoKGhpuh&#10;im13hXqb0FihhGKV0EQSg3OPbDAFgo2IVtTCjGrCpsCGip27sqvPiPG01JbRh3uuEoHOhj2nW2zj&#10;hSmgglg2hBaZTkPBgyeRnC/Rgk6JQdQEjBPMqb/Vik3EoKsfiKO8pZYnhy20voE3hfGs3mxnhOCk&#10;1VfUg9mcbUN4gvSThS+nghuKBc5Pmxt7gLqimFl7Uabvlax7RpMKkyd7c37okMZ72mqojnV8d1aI&#10;jCJ9OUKWicJ+UC9Ch0J/4sydmg+E0rmBlzyDvqYGlJeC1ZI0kiCCJH4Tj9OBrWnajZiBY1XGi1mB&#10;MUH8iRGBNy7vhqaBestCmRGOIbhElkWMLqT5k52KWpEukTeI1X0gjvqHfWkCjNGGSlUOiqWFH0F0&#10;iHCECi6lhhuC+sohmB6XjrcYlWOUuaPLksmSAZAbkFePjHwdji2NUWggjBSLKVRYifmI+UDyh9uG&#10;wS5lhZ+EXsj/l2ag9rYHlK2dRKKvkhuZv476j72WaXsgjYmTM2dRi3+QEVO+iW2MzUCKh12JYS4u&#10;hTSFocfsltiqYLT+lCKl16GukZKhcI4LjzmdMXpMjQmZAmaXiviUzlM2iPCQdEAwhu+L0y3/hNiG&#10;wcb7lmSzv7Qgk66uVqDXkR+pBY1Bjsij0XmejKGep2YKipOZY1LGiIKT4j/nho+ODS3YhIyHu8Yu&#10;lgO9GbNlk062xKAhkMCwfIySjmmqRHj+jEakEWWJikSdulJriDaXFj+qhkGQCy24hEyIkMWFla/G&#10;cbLNkvy/HJ+JkHK3xov+jh2wd3h7i/upKGUgif6hslIah/2Z7D9whhGRwi2fhBqJQL8gpId6razJ&#10;oPp6jZp/nXx6logUmh962HVylt57VmK0k6V8DFAqkFt86T3hjO5+ICxqiTt/072io5yDcKvin/KC&#10;fJnOnHOBtYdumR+BJXTFle+A0mIKkseArk+Jj4+Apj1ujDWA3CxJiJeBWbyDoqmMNqrcnwaKbpjs&#10;m4WIz4aMmEGHdXPzlRyGUGFSkgOFUE7zjtmEWz0Ki5CDhSwsiAWCxLuCod2U7KnQnkSSW5fZmsyP&#10;+YWVl36NwnMTlGSLzWCYkVSJ5k5mjjSH+jyyivuGECwTh4SEEbqloRqdw6jpnY6aZZbnmiGXNISh&#10;ltqUJnI8k6mRP1/mkKmOa03hjZSLfTxhim+Idiv9hxWFPbm8oI+mmqgenP2iaZYkmYyeYIPflkma&#10;f3GIkyuWr19NkCKS2k12jRWO4zwiif6KtyvqhreGRbjtoCCvWqdgnIqqWJVumRqlcYM1ldugqnD3&#10;ksSb617Xj7+XFU0ejKeSCzvwiZuMwCvbhmiHKrg3n8e4CabBnC2yJ5TWmLysWIKllX6mnHBzkmug&#10;5F5tj3CbDEzXjFmU8zvHiUuOjCvPhiiH67egn3nAtKY+m9m53pRWmGqzDoIplTCsSnAIkiCliV4a&#10;jyqepEyZjCCXgTufiRyQFCvFhfSIibCdrih6Jp+Kqc16CY6OpX56G32AoUh6amxKnSF6+FsFmPB7&#10;wEoJlKB8sTlqkBF9/ynQixx/xK9crVKCZp7UqNmBgo4GpISA0Hz+oFCAWmu/nDKAIlp9mA+AHUmN&#10;k8qANjkhj0uAkyngimuBOa53rGuKn54Cp/eI941So52He3xHn3OGR2sTm12FSFnpl0WEc0kakwuD&#10;rjjkjpuDECnuic+Cka20q5uSz50upzSQaoxzouOOMnt7nrGMNWpcmqOKcFlUlpKIwUiwkmCHEjiv&#10;jf6Fbin6iUeDyaztqv2a9ZxqppaX1IuqokmU53q0nhmSLGmwmfmPg1jNlfKM+EhUkcWKVjiCjXGH&#10;pSoEiNGE4KxEqmKjN5vJpf2fUosLobCbmXoanYSYCGkjmWaUhVhWlVGRBUgCkTCNazhajPCJryoN&#10;iG6F1Kueqe+rXptEpYCmqIqOoS2iGHmdnQCdr2izmO+ZVFf9lOaU5UfFkLuQTTg+jIiLhyoUiByG&#10;pasGqZezaJrDpR+t2ooZoMqobHkxnJ6jH2hUmJOd21ewlJWYfEeTkGqS7DgqjDWNJSoZh9iHVKqD&#10;qUy7ZJpXpMm06Im0oHWuhXjVnE2oQWgHmEaiCVd4lEubtUdukC+VMzgXjAOOgioeh6OH46Lht/x5&#10;x5MBssx5o4M8rap5uHN1qJZ6EWOZo316rFO/nkh7g0RGmN98hjVKkxx95yd/jNl/tqHkty2BjZJ3&#10;seiAsILWrLyADHMRp6N/qGMroox/h1NYnV1/nkPxl/p/1jUskkSAVSe8jBmBHKE/tkaJQpHbsQmH&#10;sIJPq9iGTXKEpsKFOWKooa6EXFLrnIaDrkOllyqDFDUWkYOCqCfyi3CCYqC3tXKQ5pFEsD6OpYGp&#10;qxKMlXHspfKKxGIgoOeJLVKBm8aHsUNglnGGOjUFkNmE2ighit6DiKAstMeYh5C3r5KVlIEZqmmS&#10;2XFbpUyQT2GmoDON6VIjmxyLm0Mnlc6JQDT4kEOG5ChIimGEjZ+btEKgJZA3rwSceYCjqdaZAnDu&#10;pLqVvGFEn6SSiVHVmn6PVUL5lTiMFDTtj7+IwShpifeFbp8us7qnsI/WrnqjQIBJqUyfA3CcpDWa&#10;8mD9nyWW7lGhmgKS20LWlKuOqjTlj0aKZiiFiaCGL563s1yvGY+NrgypzYAOqNKktHBeo7GfzWDC&#10;nqWa+lFxmZqWEUK8lFSRBTTlju6L2iibiVmGz55Nswq2Z488ra6wNH/LqHOqMHAoo1ekZGCcnlCe&#10;tFFbmUiY70K0lBCTDTTqjraNEiitiSCHUZXswf15f4cyu/J5UHiRtfh5Ymn8r/95wltnqet6aEzs&#10;o6F7Tz7rnQ58YjGFlgV90yV0jm9/qZU8wSaA2IbRuxh/+XhFtRR/XGmurw9/B1sVqPN+/Eymoqd/&#10;LD69nBN/gDGTlRaAHyXcjZ2BAZTZwDKID4ZrujOGi3frtCuFO2lNriKEQVq8qAODhExiobyC+j6a&#10;my2CiTGllECCSyY2jOaCOJSRv1CPLoYUuVSNCHeCs0+LGWjtrTyJbVpopyWIAkwloOWGtT5+ml+F&#10;dDG4k4SEUyaEjEiDTpRCvpOWSIXGuJKTeXczsoqQ6miZrHqOk1olpliMZUv4oCeKVD5rmayIPDHL&#10;kuKGMybHi8KEQpPkvf2dXYV7t/CZ3Hb1seGWm2hmq9KTkln2pbWQpUvWn32NwT5fmQ2K0zHdklWH&#10;5ib+i1KFFZOJvYOkToU6t2igD3bEsVGcEGg/q0GYS1nYpS+UokvEnvyQ8T5YmIONLTHskdyJZScs&#10;ivWFxpNNvQGrE4UOtuWmCnansM2hRmgsqr+cv1nJpLOYUku6npGT1T5VmBmPRDH6kXGKrydRiqmG&#10;WpMAvKKxtYTytnSrv3afsFGmEmgnqjmguVnMpCybjkvHnhKWVz5ul7qRETIYkTCLxidvim6G0YmV&#10;zCR5cHv1xTZ5KG5mvmh5L2Dst455j1OQsHh6PEZpqQl7LjnaoTd8TC4GmNR9ySOkj+F/nIlJyyqA&#10;ZXu/xGJ/dm4vvY5+1WC0tpx+iFNbr3B+i0ZJp/Z+0TnZoB1/PC5Dl8d/9CQzjvyA6YkzyhqHInuX&#10;w2qFoG4IvJOEV2CHtZWDcFM0rmGCy0Y2puqCYDnlnxeCEi6AltaB/CSwjjaCE4kvyR2NvnuJwmeL&#10;p23ou5CJz2BqtIiIQFMfrVyG+kYwpfCF1zn3niyExS65lgWD3SUbjY2DGokjyEKUUHuCwYCRmm3m&#10;up+PLmBfs5qNAlMdrGqLBUY6pRKJKjoRnWCHUS7ulVGFlSV1jP2EAIkJx4Sa2Ht7wLaXd23wuc2U&#10;ZGB1ssmRlVMvq6SO50ZQpE2MSTovnK+Jqy8flLmHICXBjIWExYjsxuGhL3t2wAqdGG39uRqZVGCO&#10;shiV2lNLqwCSf0Zuo7WPJzpQnBmLyC9LlDmIeSX/jCKFaojNxlSnUHtxv3eidm4NuIKd+GCqsYCZ&#10;ylNrqnCVwkaPozmRtjpym6qNpC90k9GJoSYyi9KF84ixxdCtMntxvvGnh24lt/qiPWDSsPmdV1Ob&#10;qfCYo0bDosWT7jqkm0uPNy+hk4eKliZai5OGYfLPe2N5sNvde7x50sSofBx6B60lfIN6XpVxfPd6&#10;3X2tfXx7gmXwfhV8Pk5Eftl9NDbLf+l+ffCyebmEz9otejSDysMqerOC6KvPezuCMpQ0e9CBqnyI&#10;fHaBQmThfS6A401VfhCAnzYBfzqAaO7MeFmQAthqeOWN2sGfeXiL0qpeehmKEJLqesmIfXtke4uH&#10;BWPkfF+Fhkx9fVuD/jVMfpuCP+0GdzObMdaud8iX77/4eGiU2KjgeRmR8pGYeeGPVHpBeruMw2Ly&#10;e6eKGku4fLmHRzStfgyD/etpdkemVdUbdt6iA75yd4Wd3qd3eEGZ7JBNeRaWHXkoegaScmINewaO&#10;lksCfCyKbzQkfY2FneoEdZOxb9O/diesEb0eds2m16Y3d4+hz48veG6c5ngfeWmX/WE5enyS60pf&#10;e7KNbTOvfR+HF+jadQW8e9KddZW2Drv/djevuqUkdvuplI49d+SjjXdReOqdc2CBegaXDEnUe0uQ&#10;MzNNfMKIaOfndJzHcdGwdSe/7rsQdcK4e6Q3doKxK41gd3Gp+HabeIOirl/yeaqa/EleevaSuzL8&#10;fHSJjOcndFXSQdD2dNnJm7pMdWrA/6NudiS4gIyidxOwFXX0eCuniF9qeVuejkj5erGU+jK8fDaK&#10;geKZhBF4G82Ng4V4eLgcgw544aI4gqt5ZIwJglx6DHW8gh962V+AgfB7w0lVgeJ87DN8ggR+deDh&#10;go6CqcxcgheB5rcSgbOBP6EogWWAwYrpgSuAa3SggQmAOV5zgP6AGUh1gRWAHzLggVqASd9RgUGN&#10;QcrBgNmLbrWWgIKJuJ/FgE2IPomygC6G8HOUgCmFvl2PgDWEike6gGSDWDJWgL+CB92/gCiXxckl&#10;f8eU9LQBf3ySQp5cf1CPuYh0f0uNbnKHf1yLMVy3f3+I40cTf8WGdDHdgDSDrNxEf0KiQcezfuKe&#10;e7KafqCa0p0HfoCXSodBfoKT3XGJfqqQk1vvfuCNIEZ7fzmJbTF0f7qFMNr6fpCsvsZ0fjGoBLFj&#10;fe6jWJvjfdOexYY9fd+aSHCefgyV0Fs5flaRNkX0fsKMOzEbf1GGjtnofgK3MsVsfaSxfrBcfV6r&#10;x5rkfUOmIYVefVqgkW/mfZKa8lqefeGVF0WBflyO0TDQfvmHw9kNfZfBmMSWfTq64q9/fO20FpoG&#10;fM2tTYSRfOemm285fS2f11oafYeYw0UhfgiRKzCTfq+IzthmfUrL7sPufO7EJ67FfJi8NZlEfG+0&#10;O4PgfIisWG6mfNWkYFmsfTucFETTfciTPTBjfnSJrdLvjOt22b+Si3x3V6u9ii133ZdfiP54fIKp&#10;h+Z5Q23Rht56NFkYhd57RkR7hPF8oTBahBp+a9F1i5SAwb5kijWAPKqjiPR/0ZZah9V/hoGvhtJ/&#10;ZWzoheN/Z1hAhP1/e0PMhCx/ui/ug26AKtAmilSKub0WiQWJNamDh8mHypU0hr+Gk4CbhdCFg2vx&#10;hPmEkVdthCyDokMrg3eCvy+NgtSB0s7OiUKUpbu0h/iSN6gQhs6P4pPphcuNs392hPWLtGr6hDOJ&#10;wlaqg3yHw0KdgtuFry85gkuDXc2BiGmehLpohyKbNKbJhgCX+pKyhQaU2X5khDGRzmoWg4WO2lX6&#10;gt6LxEIfglCIeS7xgdOExsxbh76oablMhnqkNqW0hVegCZGshGKb7X15g5WX32lHgumTzlVdglSP&#10;nEGygdiLFy6zgWyGC8tmhzOyRLhehfKtJ6THhM6n/5DJg9qi33yygxedymikgnOYoFTZgd2TPUFX&#10;gXKNfi6AgRaHJ8qghse8D7echYq2AaQAhGOv1ZAEg2qpoXv8gqqjd2gLghSdMlRpgYeWpUELgR6P&#10;py5WgM6IGsoKhnXFzbcDhTy+wKNZhBC3fY9ZgxKwJXtiglGo1GeNgcChaFQGgT+ZsEDFgOGRiC40&#10;gJWI5MO7lfh13rHKk7J2cp9vkZB3EIyUj5F3yXlcjal4qmX+i8t5uFLLiet66j/EiA18ay1phiR+&#10;YMJ8lMF/NLDQkoN+2J6EkG1+k4u2jnp+cniFjKJ+eWU1itl+pVIUiQ9+5z87h0d/Wy0rhXSADMFZ&#10;k6KIf6+ikW+HQJ17j1qGEoqvjXeFG3eWi7CERGRlifyDilFoiEaC1z7BhpSCNiz0hNeBncBFkpOR&#10;2K58kGyPupxLjmWNqomnjH2Lx3aeisyKDWORiSmIYlDCh4eGrz5Qhe+E8izFhEuDEL8nkb6bJq10&#10;j5iYMZs8jZeVUYiLi8CSiXWoig6P12LFiICNNVAphu2Kdj3thWSHkCycg9KEYr4nkRukc6x2jvig&#10;q5pCjPic6IehiyWZNXTXiXiVi2ISh+eR3E+mhmKODj2ZhOuJ/ix5g2uFjr1OkJitrquljnipDZlz&#10;jHakYIbaiqSftnQoiP6bEmGFh3OWWE85hemRbD1VhIKMNSxcgxWGkryfkDG22ar6jhOxV5jDjBCr&#10;tYYtijmmB3OIiJagWmD/hxealE7bhZSUjj0bhCyOLixFgs6HcLwZj9+/96pyjca5hpgui8Cy24WW&#10;ieWsF3MBiEGlU2CThsaedE6GhU+XVTzhg/OP3ywygpWIJ7UOnz11MqRjnCh1zpNimTd2eoHxlmV3&#10;RXAsk6N4Ol5GkOF5XkydjhF6qDs2iyx8RCqtiB5+VLQHnil9/KOjmxR9t5KumCd9joFElVt9im9+&#10;kqR9sl2jj/J+AUwKjTJ+ajrUimB/Cyqdh2V/7rMdnReGvKKtmg2FoJHRlyCEoIBklGKD0W6ykbmD&#10;KVzzjxmCn0t+jGmCHzp9iamBuyqPhsGBa7IpnCmPYqGqmSWNf5DClkGLvH97k36KFG3dkOSInFxF&#10;jlGHLUr9i7GFvDoxiQSESiqDhjGCyLFMm0uYH6DFmFGVdI/XlXaS4n6PkruQYm0XkBSN+1ugjZSL&#10;pUqFiwOJODnsiGyGsip5hbSEA7B0mqug2qAGl7CdZY8dlNKZ+n3OkhmWoWxij4CTUlsKjPyP/0ob&#10;ineMkTmwh++I8ipwhUqFGK+7mi6peZ9RlzWlOo5plFWg830lkZ2csmvOjwmYdVqTjImUJknFif2P&#10;rDmCh4SK+SpphPKGCK8hmc6x/p69ltSs643Uk/KnvnyTkTaiiGtIjqSdVFojjC6YB0l6iaWShzlb&#10;hyuMxCpjhKqG0q6qmYG6dp5Gloi0gY1Uk6OuWXwSkOOoHGrXjlCh4VnLi92bjkk2iWGVCjkwhvKO&#10;SSpehHCHeKcBqLp0wZd+pNx1W4e4oR52DHebnXV24mc5mc535lbElhl5HEahkkV6eDbgjkR8Kigv&#10;if5+SKYyp8R9Cpbzo+B8z4c2oB18t3canHN8yWa1mNF9C1ZJlSd9eEY3kV5+ATaojW1+yChLiTh/&#10;0aV/pr+FPZYzouSEOoaNnx6DWHZqm3yCrGYUl+OCKlXBlEeBykXRkIyBejZ4jKuBTChkiIqBO6TG&#10;pc+NW5VmofyLnoWxnj6KAHWqmpmIjmVnlw6HRlU3k32GEEVxj9CE2zZMi/+Dryh6h/KChaQEpRGV&#10;apSmoT+S+ITunYWQpXTnmeOOcWTIlkqMSlS5ksiKO0UdjyWIGDYoi2SF6iiNh3CDq6NjpGOdj5QH&#10;oJiaYIRPnN6XQ3ROmTyUOWQ8laaRN1RKkhmOOETUjoOLJzYIitmH9SichwGErKLPo+WllpOKoBeh&#10;pIPUnFadtHPPmK+ZzmPGlSKV8lPtkZ+SCUSXjgKOADXvimeJzyiphqaFiaJOo4itepMRn7eowINd&#10;m/Kj9XNdmEafK2NflLqaZ1OYkUGVkERgjaeQljXbiguLbii0hluGQqHooz+1SJKun2qvuIL2m6Gp&#10;/3L4l/KkPmMJlGWeh1NXkO6Yv0QzjV+S1zXEic+Myii8hh+G2Zmssmx0aYs8rcd0+nydqTp1rW2+&#10;pLN2jF6woBp3nU+im2B44kD+lnZ6TzLckUR8FCX2i7d+PJkasYt8PIrlrNx8AXxKqEJ79G1po7F8&#10;GF5Wnxd8ck9RmmN8+0C/lYB9ozLRkFt+jCY8iuN/tpihsImD6opdq+KC9nvSp0KCKmzoorSBnV3h&#10;niCBPk7zmXeBBkCClJ+A4jLHj4qA5yZ6iimBEJgir5aLe4nJqvSJ23suplqIYmxZoceHG11inT+G&#10;A06SmKGFAUBHk9SEBjK/jtKDHyaviYiCR5eYrs6TA4k8qi+QunqcpZeOl2vHoQaMllztnHWKsU46&#10;l+SI4UATkyGHBzK4ji6FLybciP6DW5cQrjWahoi+qZOXkHojpPeUtGtVoGWR9FyHm9SPQk3wlzWM&#10;kT/qkn2J2DKzjZ6HECcCiIqES5arraWh8IhaqQaeRXnCpGqaqGr5n9iXHVw4m0qTmU24lq6QCz/N&#10;keaMajKwjRyIuichiCqFF5ZHrUapN4gaqKCkzHmGo/WgWWq1n1Gb8Vv1msKXmU1+ljqTOD+rkYOO&#10;wTKvjLuKMic7h9yFwpX0rPywYYfQqE2rKXk9o5yl1GpxnvWghlu/mmWbUU1ald6WFD+YkTSQxzKv&#10;jHmLbCdPh52GTI0RvFJ0HH+ituN0oHIWsYR1UWRkrBd2N1acpn93VEjroK54qzu8mph6Ki8wlCN8&#10;AiQBjUl+MIy/u3h7gn99tgF7QnHwsI17O2Q5qw17b1ZtpWx730jGn518hTurmYt9TC9SkyN+VyRu&#10;jGR/noyEum6Csn8utP+Bx3Gpr4SBDGPpqgKAmlYmpGOAXUiUnpyATTuYmJWAVC9wkj+AjCTNi52A&#10;6YxBuWyJvn7VtAGINXE/roqG2mOOqQKFulXXo26E0EhfnbKEATuFl7eDPy+KkXWCnCUfivGCEYvv&#10;uJWQvn6CsyqOmHDnrbKMoGMyqCuK0lWUopCJKEgxnOOHmDt2lvSGBi+ikMaEgyVkil+DFYuXt/GX&#10;uH40sn+U8HChrQGSS2Lzp3iPyVVbod6NXkgOnCmK/ztqlkeInC+2kC2GPCWfieSD9otFt3CejH3z&#10;sfebG3BprG+XvmK/puCUf1UwoUyRVkf0m5yOKztlla+K9y/Ij6iHwyXOiX+EtIsQtvalMn3FsXyh&#10;D3A/q/Gc9mKbpl+Y81UQoM2VA0famymRDTtclTyNEC/ZjzWJEyX1iS2FUorUtqarvX2xsR6m03Ax&#10;q4Gh2mKFpduc+lUCoD+YQ0fZmqGTkDtqlNOO3i/wjuuKLyYUiOuF0YENxmRz9nSKwDR0ZGf+ugV1&#10;C1tps6x1807crQd3GkKCpgt4fzbDnrR6DivKluV79SJFjrZ+JYEHxX96+XSZv096p2gEuQZ6nltn&#10;spF6207Yq9x7XkKLpNx8HTbjnYd9ACwalcl+KiLXjcB/h4EQxGCBsHSHvjuAwWfwt+yADVtKsW1/&#10;sU7DqrZ/kEKJo75/pTb+nHR/1ixglM2AOyNVjOqAxYEPw0SIN3RwvSCGumfGttKFdFspsFCEdE6s&#10;qaKDtEKForeDFTcWm32Ciiyek/CCJSPAjDOB34D7wlOOr3RbvCqMo2ewtdeKz1sMr1aJLU6gqKaH&#10;uUKJoc2GZTcvmqSFGCzWkzCD5iQci5iC1oDcwZSVH3RLu2CSfmeqtQSQCVsNroGNwk6gp9aLmEKU&#10;oPyJgzdKmeaHdS0HkoyFeyRoixaDqoC9wPmbYnRAurqYI2eqtFOVBVsTrc6SEE6ppyuPNUKkoFqM&#10;ZDdlmUOJly0zkgGG3SSniqyEXICfwH6hcnQ5ujOdjGevs8KZu1scrTWWDk6zppeSgUKyn9eO+jd8&#10;mMqLeS1YkZCIDiTailWE74CHwBmnUHQ4ucCis2e6s0SeHlstrLKZtE7JphWVckLPn12RPTeamGON&#10;Ey14kT2JCCUCihGFZea3drFzaNFVd5N0S7uGeHB1NKU6eUh2Ko6heiR3OXfvew94ZWFPfA95qkrP&#10;fT17KDSvfrt8/+S1dNd+c8+zdeF+K7oPduB9+qPtd9t9541weNt99Hbaeep+GmBTew5+Skn3fF9+&#10;ljQGfft+/OLlc02Jis3xdGmIGriFdX+GxKJ9dpWFqIwrd7OEr3W/eOKDy19keiaC4kk0e5WB9TNw&#10;fUyA5OEocfyUjcwzcyOSCLbUdEaPpaD9dXGNa4rYdqyLanSgd/eJc159eVeHaUiAeuGFPDLsfK+C&#10;st+UcOifesqmchOb87VLc0GYiJ+MdHiVQomPdcSSF3OLdyqPCl2ieKKL1UfbekOIXzJ6fCSEXt5B&#10;cBOqVclZcT+l17QCcm6hYZ5Oc6ydBohwdQSYwHKHdneUfFzXeAaQGEdGebyLVjIZe62F490rb221&#10;GchKcJivpbLvccKqIJ1BcwKkqYd/dGWfR3G7deaZ1Vwnd4GUJUbIeUqOFTHJe0eHO9xSbvO/usd2&#10;cBu5TbIRcT6ytpxccnmsGYakc+GljnEDdXCe8luadxiYAEZceOuQlDGGevOIZtuzbqXKI8bab8bC&#10;srFhcN27Apuccg6zO4Xqc3WrfnBgdQqjp1sTdr2bd0X3eJySxjFReq+JYdcgfxVyGsOafxlzOa+A&#10;fyh0TprJf0B1aIWqf2R2l3Bif5Z35Vszf9h5TkYegD569TF+gN58/dWjfWZ8mcJyfYt8mq5ofbN8&#10;o5m4feJ8wYSefh58+29pfm19T1pRftF9skVmf11+NzEAgCF+5NQje/OHFMDXfCiGBKztfGCFAphS&#10;fKmEKINlfQGDa25cfXCCwllxffGCGES4fpiBcDCRf3WAtNKeerKRdL9Eeu+PaatgezWNbpb1e4yL&#10;jIIufAGJ1G1VfImIJViffSWGZkQdfeeEizAvftyCZ9Eueaibxr3deeqYzan+ejmV3ZWiep2S/IEF&#10;ex2QLWxbe8CNdFfdfHOKl0OQfUyHgS/aflWD98/5eNmmEryseR2iMKjSeW2eQpSDediaWoACemSW&#10;fWt3exCSnFcte9mOnkMTfMiKSS+SfeKFYc79eDWwTLuzeHqrfafXeMemjJOOeTShlH8necucpmrB&#10;eoSXpVaYe1aSbUKrfFeM2S9XfYGGn845d7y6aLrveAC0qqcIeEeurpK8eK+om35heUuijmoZehOc&#10;bVYYevGWBEJSe/qPKS8mfTCHsc2vd2rEXrpcd6y9pqZfd+i2lJIIeEWvWn25eOCoJGmJea+g1lWk&#10;epqZPEH/e7CRLi7/fO+IlcgJh9JxBbY6huhyRqO3hh9zdpB2hW90p3zBhM518GjfhDt3XFUlg7F4&#10;6kGHg0N6vC57gvl8+cbchkd65bU0hX57H6KnhMl7Wo90hCl7pXvNg5t8CmgBgyF8i1RfgrR9IEDu&#10;gmZ93C4ngjp+y8WzhOGEyrQAhC2EAqGig4GDQo5agvWCnnrFgnmCGmcbgheBrFOfgcqBREBhgZ2A&#10;5i3egY6Ag8Rag6WOjrKZgvSM5KAiglmLPI0MgdyJp3mfgX+INmYngTiGzlLigQOFXj/egO6D2C2d&#10;gPaCHsMOgqSYQLFOgfaVvp7ggWWTNovbgPKQsHiVgJ6ONmVLgHGL01I7gFGJUj9tgFOGoC1mgHGD&#10;lcH1gduh9bA7gTKem53SgKKbJIrbgDSXpHewf+mUKWSIf8CQrlGpf7eNGz8Jf86JOi03f/+E5MES&#10;gT2rm69ZgJinYpztgASi9on5f5eecXbnf1eZ8mPlfzqVZVEufzOQrT63f16LnS0Qf6CGCcBkgMa1&#10;Kq6mgCWwDZwtf4uqoYk2fxalCXYyftmfeGNHfsyZ11C4ftKUAD5wfwKNwizwf1GHBL/tgHS+oa4e&#10;f9W4mJuKfzGyGoiJfq+rX3WWfm+kr2LKfmmd8lBbfn2W/D4yfruPnSzXfxKH1bl3kK5wRqkSjuZx&#10;kpf4jUxy0IYei9R0EXPRiml1bmFaiQd28k8Zh6V4mz0DhlB6jyumhQd887h+j0R5lagsjZx56pcF&#10;jBR6Q4U3iqd6rnL3iUp7NmCVh/x73U5shrB8mjyJhXV9iCt+hEN+srd6jfmCy6cEjGOCP5X7iuGB&#10;toQsiYWBS3ILiDuA+V/NhwSAvk3MhdCAjDwdhK6Aaitag5OAVLZojMWMAKXbizmKnZTDiciJNoMm&#10;iHCH6XEahz2Gtl8GhhqFj000hP+EYju7g/mDLCs6gvmB17VOi8yVJqTXikOS9pO7iNmQwYISh4+O&#10;j3AshmSMaF4+hVuKT0yghFKIHTthg16FyCsggnODNrRaiw2eSaPgiYmbTZLIiCCYOYEthtuVHG9g&#10;hbaSAV2UhK2O4Uwkg7eLqTsVgtmINCsJggCEbbOSinanVaMYiPejh5H/h4yfjIBqhkabfG6yhSmX&#10;al0JhCmTRku/gzKO+jrYgmaKaCr2gaGFfLL2igKwSKJ3iIirpJFUhxmmuX/Ahcyhpm4UhLGckVyA&#10;g8CXZ0tdgtKSCzqiggiMXirngVKGYrKIia65IaH6iDizn5DChsKts38phWynj22OhE6halwWg2Gb&#10;MEsJgoGUxDprgcSOCyragROHH6tamcBvu5wjlytxCoxOlMdyUXvSkoFzomrrkEN1EVnfjgJ2qUka&#10;i7Z4ZjiaiWR6cykGhwN87KqTmH94gZtxlgF454uPk6d5WHsakWV53mo6jy96hFlBjP57S0iUisJ8&#10;LDhIiIR9QikHhjV+manDl0OBLJp/lNiAvoqykoKAXno6kE+AGmlyjil/81iZjAt/5UgSieN/4jf+&#10;h7p/+SkIhX+AJ6jVliuJtJmAk8WIh4mlkXqHZXlbj0iGT2injTaFWVf3iyqEa0eeiRaDfTe/hwOC&#10;jikJhN+Bk6f2lSuSS5ibktCQXYi9kI+OcXh0jmaMhGfvjE+KpldgilmI1Uc1iFiG8jeIhl2E+SkK&#10;hFWC3KcqlHKa35flkhqYMYgLj9eVcHe3jbCSqWc8i6OP5FbQia2NHUbPh7yKQTdRhdSHOCkKg+CD&#10;/qZ/k+GjU5c2kY+f44daj0mcSXcOjSCYnWanixmU7lZYiSmRMUZ+hzWNUjcohV6JPikLg3+E96X3&#10;k3SrpZaqkSWnbIbHjtui8nZ9jKueVGYgiqaZslXliMGU/EYvhtKQIDcFhP2LCCkLgy+FyqWVkyOz&#10;3pY8kNeu1oZJjoepanX8jE6jymWvikSeJ1WNiGKYc0XrhoGSmTbbhLmMiykLgu+Gd53NowtvW4+l&#10;n7Vwo4D5nItx7nHCmXNzSmI0llN0x1KRkyN2cENKj9h4PjRojHF6XyaiiOF85J02ofR3o48nnqp4&#10;DoBwm314jXE8mGB5J2GzlUJ55lIfkhx6y0Lvjt17zDRBi4Z9BibLiAh+gJyZoMl/xI5qnY5/aX/H&#10;mmB/InCOl0x/AGEZlDp+/1GikSR/GkKVjfZ/RjQdirJ/kibwh0h/+5vin7KHxo2dnH6Gt37qmVuF&#10;uG/VlkmE1GBzk0iEDlEgkEODWEI+jSaCpDP7ifWB+ycPhqGBVJsins+PtIzhm56N+X4smICMSG8U&#10;lXOKo1/fkmuJBFCrj3iHeEH0jGmF3jPgiUyEOScqhhGCiZqFngiXsYxCmuKVRH2Nl8aSzm5+lLeQ&#10;VF9XkbKN3VBIjriLaEG1i7qI5zPJiLWGSCdAhZiDl5n8nXmfj4vMmlacbn0WlzKZKW3/lByV1F7d&#10;kR6Sg0/pji6PKUF8iyyLuDO0iDmIIydThTOEfpmMnRGnRItame+jaXyflsWfUG2Lk6abGV5zkKiW&#10;5E+OjcKSokFBisWORzOih9SJxCdihOGFQJk4nMSu2or/mZ+qPHw5lm6lQG0kk0igGV4akEaa9U9K&#10;jWGVxkEQinGQgjOLh46LISduhKCF35DurI5vBYO3qH5wQnYepI1xjmgboJpy9FnanIp0f0uYmFd2&#10;OT3Kk/l4GjCDj2V6TiSBipl825CFq5t22oNsp4l3Q3XKo4d3y2fJn4V4eFmKm3F5UEtXl0R6Uj2d&#10;ku97cjCIjmp80CTQibF+aJAbqnl+eYLmpnJ+KXVVomt99mdNnmx981kfmmB+FUsFlkF+Wj1tkfp+&#10;sjCLjYh/MyUViOZ/04+aqWCF8IJQpV6E+3SvoV+EHWbEnWGDZFimmWWCz0qslVSCTT07kR2B1TCK&#10;jL+BcSVRiDaBG48PqHaNWIHCpHmLw3QboH+KP2YxnIOIzVg3mIOHcUpZlIOGJT0OkFmE1DCKjA6D&#10;hiWEh5+CPY6Op8OUuYFHo8mSg3Okn8uQS2W9m82OG1fQl82L8koWk8KJzDzsj6aHozCMi3KFbCWu&#10;hyGDOo4tpySb+4DiozCZHnM+nzGWK2VbmzKTMld8lzWQOkndky2NPDzXjwSKMzCPiueHHCXShriE&#10;EY3Xpr2jGYCtosefkXMGnrib0mUXmqKX+1c3lqCULkmdkqyQXzyvjpWMhjCQinyImCXuhmOExY2T&#10;pnKqEoBqonKl1XK+nlmhP2TOmj2ch1b6ljeX30lxkkSTNzyWjjqOijCMijGJ1CYFhh+FV4S7tkZu&#10;qnhhsYNv2mvGrMhxJl7pp+9yllHrot90MUUEnZN1/zinmAx39Sz0kjh6PSKijCd80oSBtW52FnhK&#10;sJl2eGurq753CF7Nps13x1HQobN4uET1nGt52Tislut7Gy0lkSd8nSMVizB+U4RMtE19O3f6r318&#10;8Wtoqpp8zl6FpaV86FGUoJB9L0TQm1V9njimleJ+Ji1OkDN+2yN4ilh/r4QDsyiELnebrlyDTWr5&#10;qX6CjV4tpIuB/FFKn4OBmESimlaBTTiblPSBES1vj1uA8iPNiZ6A54OtsjCLEXdDrWiJnmqcqI2I&#10;Rl3Mo5qHBlEInpCF50R2mXSE3jiQlCCD2C2Mjp6C4CQWiP+B+4NZsXWR7Hb3rKuP5mpTp8qN5V2G&#10;otSL81DLncuKE0RTmKmIQDiIk2SGby2kjfiEoSRSiHqC6IMPsOWYnna6rBaWAGoapyuTUF1Ooi+Q&#10;olCXnSqOA0Q2mA2LaDiHkr+IzC26jWmGLySEiA2DsoLesGmfHnaMq5ib4WnrpqeYfF0goaaVDVBu&#10;nKCRqkQRl5CORjh6kkKK5i3PjO+HhySth7SEWYKusBylgnaFqzuhoGngpjWdaV0DoRuZGVBYnAmU&#10;60QMlv2QyjiDkc+MtS3ijJuIpiTNh22E4XkawDBuZW19ustvgGHOtUpwx1YKr4ByPUpHqVxz5j64&#10;ouF1yTPKnBd31CmolO16MSD6jZF8yXkOv2l1b22XueR1wWHntDN2UVYirkd3HkpfqBR4Jz7boZt5&#10;ZzQBmth6yyoGk8J8cSGNjIh+PnkQvj58Hm2BuLl7z2HWsv97tVYMrQl76UpVpth8Uj7moGp87DQo&#10;mbV9oypVkrl+iyIMi6N/jnkDvQOCkG1ct4GBuWGhscmBD1Xnq9eAoko8pbGAbT7ln1KAWDRFmLCA&#10;WSqYkc+AfiJ5it+AuXjnu/WI7W0/tnOHlWGAsLqGYVW/qsmFUUotpKWEaz7mnlmDpjRgl8mC6irS&#10;kQKCSCLWijiBv3jGuyaPRG0ttZmNZ2F0r9iLmVW0qeWJ40oio8WIRz7snXmGwzR6lv2FSysFkFKD&#10;5SMjiayCoHiouoWVbG0ktOmTBmFwrxyQllWwqSWOMkogow2L5T70nMqJpjSTlk6HcSsyj72FUSNi&#10;iTqDXXiOug2bYW0itF2YamFzroGVUFWxqIOSNkocom6PND71nDuMPzSklcmJWStWj0KGiSOViN2D&#10;+nh7ubShJm0ns+qdkWF8rf6ZwFW2p/iV6EokoeOSLz8Fm7iOiTS0lVmK9yttjuiHiSO+iJOEedql&#10;cfBtKsamc1FuxLIrdKRwV50gdepx6Ye0dzBziXImeIV1Qly1efN3FUdte5R5IzKtfYp7k9i2b9t4&#10;GcUXcWt4ibDGcuN5BZvkdE95koaUdb56NHEidz1661vMeNR7r0atep58lDIlfLl9pNbvbhiDBcNb&#10;b7+CUa9EcVSBrpp7ct6BNYVXdG+A13ASdhSAilrqd9GAPUX9eb9/9DGte/t/ndU0bI+Nz8GdbkWM&#10;Da2Sb+yKY5kAcZGI1oQJc0OHdW77dQqGHFoPdumEtkVaePiDODFEe1GBetOia0eYfcASbQiVxawK&#10;br2TG5eMcHKQhYLIcjuOBW3tdCGLnFk/dh6JFETFeEqGWDDperyDMtJYakmjGL7PbA+fdqrIbcmb&#10;yJZUb4iYI4GrcV+UjGz0c1aQ9liAdW+NR0Q/d7WJSjCcejuEwdFQaYGtl73La0mpDam/bQKkWJVN&#10;bsWfnYC+cKqa7mwtcrKWMlfddNqRQ0PPdzaMBDBbec+GItCIaO+37L0Garayd6jrbGisuZRxbiem&#10;3n/pcBShDWt4ciubLVdVdGSVCENvds6OezAneXWHU8/+aJDCA7x8alO7lKhIa/e0xJO7ba2tx384&#10;b5imzWrecbifv1bSc/2YZ0MPdnaQoi/9eSyIU8vEehlsJLmXep5t8qa9eyhvqJMse7ZxVH8ifExz&#10;DGrqfPF031bWfat20ELpfo95AC+af7d7mMpgeC92i7h9eOB3PKWteYh36ZInejB4nX4oeuJ5ZGoG&#10;e6l6QlYOfIl7MkJOfZd8SS85fud9k8jodoKA3bbld0mAgaQ5eAeAKpDHeMx/6nz2eZ9/v2kDeot/&#10;plU6e41/kEGyfLx/gy7jfit/c8dkdQ2LC7VTdeGJvKKrdrCIcI9wd4mHMHvFeH2GEGgEeYeE9lR0&#10;eqmD00Eme/mCnS6YfYSBNcX5c9OVJ7PwdLCS8qFLdY6Qto4edneOfXqmd3uMT2cUeKSKMVO9eeGH&#10;90Cpe02FkC5YfPKC0sTOctyfObLHc7+cJKAmdKGY8Y0EdZSVtnmndqeSfmY6d92PQ1MYeTWL8EA6&#10;erqIVS4hfHWERsPdchqpMrHXcwClOp8zc+GhC4wWdNicx3jRdfiYhGWJdz6UMFKOeKKPrj/eej6K&#10;4C30fAuFjcMncYmzBbEdcm+uKJ5rc0uo+ItMdD+jn3gQdWaeRmTldr2Y2lIUeDGTMT+PediNKi3O&#10;e7SGpsKucSq8pbCWcgy22Z3NctywnIqhc8aqJ3dvdO2jrmRddkydIVGid86WUz89eYWPJC2xe26H&#10;kL1ggntrUqzdgh5tP5uJgdxvC4lega5wyHatgYxylGPIgXh0f1ERgXJ2iz6HgY143Syzgdh7m7xJ&#10;gLZ1G6vJgId2AJpjgF922ohLgEZ3tnWygDt4omLugER5p1BbgF16wT4EgJp8BCx5gQZ9gLsmfxd+&#10;2aqMfwZ+xplYfvF+sIc2fu9+o3S5fvt+q2IcfyB+xU+0f1p+5j2Qf7x/FCxGgEl/SbnTfa2IdKk2&#10;faWHhZfmfaSGioX3fbSFkXOdfeGEr2EwfiWD1E7/fnuC9D0afvqCBCwZf6KA8riSfH+R/Kf2fH+Q&#10;OZarfIuOYITMfKqMe3KifOSKnGBefUWIyE5ifbWG3jy2fk+EzCvyfxGCdreGe5Obgabse5qY6pWm&#10;e6mWJ4PSe9CTT3HBfBaQc1+jfICNkk3YfQqKmzxdfbyHYyvSfpWD0Lavetik7qYSeuShf5TJevKd&#10;zYL7exuZ93EAe26WHV8Ge+aSMU1lfHiOHjwVfUCJwiu3fi2E/rYMekuuOKVmelqp7ZQRemSlRIJD&#10;eoigZnBTeuGbgl5we2uWikz2fAqRYDvWfNuL4CugfdeGAbWheey3V6TmefyyKpN6efqsfYGkehSm&#10;jG/CemuglF35evuaiEyWe6qURjuTfIuNsSuPfZOG169miztqsqBOifRsqJBZiOBufn+Dh+5wR24p&#10;hwdyI1yghil0I0tXhVF2STpAhJB4uyn7g+x7nK6KiZJz6p9qiH906Y9dh4R13H6Uhp921G1Phch3&#10;4VvjhQB5CUq5hEF6SjnZg517uynngxN9ba2TiAp8/55IhxN9I45bhiV9Pn2RhVZ9YmxvhJR9mVss&#10;g+Z95Uotg0R+OzmCgr9+pCnWglJ/IKyChqWGC50ohbqFYI0phOGEoXyYhB6D52uWg3GDRFqEgtuC&#10;qUmxgliCDTk1gfaBaSnGgaiAsatjhX+O/pwshJqNlIwvg82MC3uMgxaKcWqtgnqI3Fm/ggOHVUkj&#10;gZaFvDjmgUqEBCm5gRaCHKp2hJ2X8Zs5g8CVwIs/gvWTXnqvgkOQ3WnogbGOWFkigT6L00izgOmJ&#10;PTikgLaGbymugJiDX6m2g+qgx5p2gxWdzYp7gkiainnugZeXGWk5gQ6To1iYgKeQIkhZgFSMgzhv&#10;gDiIoimlgDCEd6klg2SpgJnbgpWluInUgcOhinlIgQmdHGifgIOYqlgMgC6UKEfzf+mPhjhBf9KK&#10;lymef9uFZajEgwayF5lkgjytfYlFgWCoVXizgJii3GgegA6dYleof76X3Ueof4mSNDgSf4OMQymY&#10;f5aGKaHllBRqTpPvkgJsP4UtkC1uGHWcjnZv7GWXjMFx1VVtiwlz5kWWiUx2HjYJh5d4pid2hel7&#10;m6E1kppzAZM+kLV0CIRlju51C3TgjTp2GWTqi413P1TaieZ4hUUfiD155jXHhp97fieIhQh9WaBs&#10;kSl7jZJJj2B7xYOGjaN7/nQBi/98RWQoimR8o1Q8iNV9GESqh0R9nDWMhcB+PCeXhEB+9596j9uD&#10;75FIjhmDcoJ0jG6C7nMkitKCamNkiVCB+1Olh9iBlkRDhl+BNDVZhPeA1Sekg5GAcp6VjrSMWJBc&#10;jP+LI4GLi1+J23JAic+IhWK1iFCHNlMZhvGF80PkhZGEpDUshEODQyewgvqByJ3NjdqUv4+ojC6S&#10;04Daio6QvXGFiQCOjmIFh4uMXFKQhjCKKkOFhOSH6jT9g6yFgie6gnqC9Z0pjS+dAo78i4qaW4At&#10;ieiXcnDeiFmUYmFwhuyRTFIahZmOK0M8hE2K8jTbgyuHiSfCghCD+JypjK+lHI51ixChtn+diWid&#10;9HBSh9GZ+WDthmaV9VGmhSKR4kLsg9+NtjS+gsGJUyfIgbmE05xPjFOtE44Mireo7H8jiQekQW/V&#10;h2WfTGCBhfSaUVFThLSVSUKtg4CQJjSYgnOK1ifNgXOFh5TjnSRp/Yfbml1r5Hotl8htv2vXlUNv&#10;nl0gkrJxlk5VkBBzuD/xjVt2ATH5ipl4myUrh8l7l5RVm91yM4dYmTBzPXmZlpx0TmtNlBJ1cFyk&#10;kYN2r03vju14Ej+mjEZ5kjHiiZd7TCVhhtt9RZO3moF6OIaVl+t6gnjulVt602qgktx7O1wQkFt7&#10;vk18jdl8XD9ai0d9DDHMiK993yWQhgp+0JL7mTqCF4XElq6BtXgNlC2BU2nrkbWA/1twj0qAwE0D&#10;jN2AkT8NimGAaDG1h+CATCW5hVSAOJI6mCyJ4IUJlaaI2ndSky2HymkskL2GtlrojlCFpkyYi/mE&#10;pj7NiZGDnjGkhyiCjyXbhLeBeZGal0iRs4RnlNCQA3axklmONGiYj+mMUFpjjYGKa0xBiyeIij6Z&#10;iNSGojGVhoaEoiX5hDOCk5EVlqGZY4P1lDCXC3Y/kbKUdGgcjzqRuVnpjNmO/UviiouMPT5niDiJ&#10;bzGGhf6GgCYRg8aDhJCrlieg5oOGk7id33XKkTSafGeqjrKW5FmAjFKTSkuEihCPpz4ph8SL9jF5&#10;hZCIIiYkg2yET5Bdlc6oP4Mvk16khnVnkNGgS2dGjkWby1kqi+CXSUtEiaGSwT37h2OOLTFjhUCJ&#10;gCY0gyWE9IiApmxpp3xRovhrgW+jn6VtXWJ2nElvR1UFmMpxUEeVlSlzhTqhkWZ14i47jX94kCMh&#10;iYB7k4gSpVdxbHv8oehyc29HnoJzjWIjmxZ0w1S8l5R2HEdfk/t3nTqEkEN5Pi5PjG97HCN5iIR9&#10;MYegpAp48ntroKp5RW7MnUR5q2Gomd16MlRXlmZ62UcXkt57ojpgjzh8gC5ci3p9hyPGh6h+rIcW&#10;osSASnrNn2yAAG4gnBJ/v2EgmLJ/llPilU1/iEbGkdh/jzo3jkd/oy5liqB/yyQIhumAAoaFobOH&#10;kXo8nmOGr22LmxCFy2CMl7OE61N5lFGEHkZ3kPCDXjoQjXGCoC5sieCB5iRAhkaBMoYFoOGOznnC&#10;nZeNVG0VmkGLw2AYluSKKFMSk4OIkEY9kByG/jn3jK+FbS5ziTiD0iRvhbyCO4WioC2V5nlcnOuT&#10;z2ysmZSRiV+zljaPKlK8ktmMyUYFj3iKZTnqjAKH/S5+iKWFiCSWhUuDHIVQn7ac13ksnHSaKWx6&#10;mQ6XIF90lZiT5VJ6kjaQsEXDjumNfzm/i4WKTS6BiDCHCCS1hO+D2YUSn2GjnHjunBWgS2w0mKOc&#10;d18rlSSYYlI9kb6UV0WYjnOQUjmnix+MTy5+h9uIRiTOhKWEcny+r+tpP3FLq9drC2WLp8Js6Fl8&#10;o4Ju301InwRw/EEvmkxzSTWnlWN1vyrOkER4hCFXiwx7jXxtrwNwnXElqthxnWVopp1ywVliokJ0&#10;C003nbt1gUEtmQp3JTW7lCx46ysLjx967iHOigF9H3wlrb93rHDIqZl4BWUfpVh4fFkaoPx5JE0C&#10;nH158kESl9x66DXAkw97+Ss9jhp9NSI2iRl+i3vOrHF+hHBeqFF+TWSopBl+KljCn8R+LEy5m1V+&#10;U0DplsZ+kzW9kg1+5StmjTJ/VCKPiFB/0ntwq1WFSXAApzyEimRHowiD01hdnraDJ0x6mkqCmEDA&#10;lc+CHzW3kSmBrCuHjGeBSSLbh6WA83sZqn6MBm+zpmWKvmP+oiyJZFgWndiICUw7mW+Gu0ChlPKF&#10;fTWzkF6ERSuji7aDESMahxaB7XrQqdeSlm95pbuQw2PGoXqOwVfcnR+MrUwEmLuKo0CDlEWIojW3&#10;j6yGpSu9ix2EpiNOhqGCwXqfqU+Y729LpS+WimOToOiT3VepnIiRDEvVmCSOQkBXk7yLfDWojyWI&#10;wCvXipyGBSN4hkGDcXp0qPmfJm9NpMmcOWOPoGyYx1eOm/KVF0vDl4KRgkBWkx+OADWzjqiKkSvp&#10;ikCHKSOahfWEAHGBuaNo3GartQRqklvFsDFsbVDKqv9ucEXQpWlwojsNn4FzCzDymVh1nCejkul4&#10;eh/CjHJ7h3FEuORv12artBJwyFvUrwJx8VDkqapzTkXxpAh04zs9niV2rDE1mAZ4mSgKka56xCBX&#10;i1d9DXEot6J2c2aAssp2yVu6rbB3TFDMqE94E0XrorN5CjtOnN56MTFjltJ7dihfkJV86CDXimJ+&#10;bXEHtkN8z2ZMsW98olt5rFt8mVCjpwN8w0XSoXR9HztPm7J9mzGFlbx+Lyimj51+5CFFiZB/p3De&#10;tRSDFGYmsEKCcFtRqy+B4FB0pduBZ0XBoFOBGDtQmqaA6DGjlMaAwyjjjsSAtyGjiN6AunC4tCyJ&#10;UmYTr0+INltCqjWHEVBjpOGF9UWwn2CE8DtVmbeEBTG+k+uDKikXjgiCXiHwiEiBp3CXs3mPYGYL&#10;rouNyFs+qWaMCVBbpBCKQUWpnpeIjDtamPiG6THZkzCFVSlGjWqD0iIwh86Cb3B+svWVN2YNrfCT&#10;IVtCqLyQwFBZo1+ORUWfnemL3DtUmFyJhTHmkqCHQylrjOeFEiJkh2qDFXBtspaa2WYXrXKYPVtN&#10;qCyVMVBcoseR/EWjnVOO3Dtgl9CL1DHwkieI5Sl9jISGFyKNhxyDm86hbRhm+rvobuxpPai1cK1r&#10;cZTqcl5tnIC1dBJvzmxWddpyF1ggd790f0Qded93JzDJfFl6Psy+arRxxbpqbMFy5Kdgbq10BpO+&#10;cIt1MH+kcm52Z2tidGd3s1dJdn55EkN0eM96mzBie3h8Ysr5aKd8fri0atJ8gaXobOR8jZJebuZ8&#10;tn5wcPJ882pccxd9QVZ0dVt9lkLXd9p9+zAHeqx+bMk7ZteHDbb4aRuGCqQ5a0SFFpDrbWiENX0p&#10;b5yDdmlOceqCv1WldFiCA0JFdv+BPS+3efeAVsenZVCRe7VxZ6aPi6K2aeWNno98bB6Lu3v1bm+J&#10;6GhMcOOIKFTic3WGU0HBdkCEWi9yeViCG8ZfZByb1rQyZn2ZA6F9aMaWGo5NaxCTL3rhbXSQTGdk&#10;b/6NalQzcrKKeEFLdZyHSS84eM+DtMVbYyamErM1ZY+iW6B9Z9yeco1Rai6aeHn9bKWWhmalb0SS&#10;iFOfcgyOZEDqdRKJ/i8IeFyFHcSZYnCwILJ2ZNyrgZ+yZyWmlIyAaXehhHkza/iceWX4bqyXYlMf&#10;cYmSE0CXdKCMby7gd/2GVcQaYfe567H0ZGC0Up8ZZp+uV4vYaOioLXiRa2uiB2Vtbimb0FKncRWV&#10;XEA/dECOjC7Ad7CHWsCCdP9mNK+Pdf5opp3ldv9q9Yt4eAFtMHiKeQ5vc2Vrei5x0FJ8e2l0UD/E&#10;fNZ3FC3TfpB6S78ncshwe66Bc/9x1JzjdSNzHoqEdkZ0Z3ejd3R1vWSdeL53KlHPeiV4rj9Fe8R6&#10;Yi2Ofa98WL2vcNF6n6zqcid68ptzc2p7QIkodK97mXZ4dgV8A2Ojd3l8f1EHeQp9BD66etN9nC1S&#10;fOR+SLwobxeEmatZcIKD/pnpcd2DXofbcz2CwXVQdLqCO2KwdlOBvFBQeAuBPD5BefuAti0dfDCA&#10;GLq7bZ+Oe6n4bxuNBJiNcIuLeoaNcgCJ6HQ/c5OIXmHMdVGG4k+mdyuFVD3UeT6DqCzve5OBwrmS&#10;bHWYU6jUbfyWAJdvb3WThoV7cPqQ+XNHcqCObGEBdHGL3U8QdmuJPz10eJ2GaizJew2DQLima4ii&#10;C6fobRae3JaCbpKbbISWcB+X3XJ4cdiUTWBXc7yQr06TdciM7z0meBWI8Sypep2Ej7f3atermKc0&#10;bGeniJXBbeGjHIPUb22egnG/cTCZ5V+5cyqVOU4gdUmQXzzid6WLNiyPekCFr7eGamG06Kaza+2v&#10;7ZUpbVyqfIMybuCkz3EpcKWfIF88cqqZYE22dNqTbDyVd0qNKSx6efWGnrLVfSFlpKN1fURoLJM5&#10;fYFqiYIcfdBsz3Bwfi5vH16Sfp1xjkzwfyF0IjuNf893ASsIgLp6VbHEewxvS6Jqe2lwz5Ibe8dy&#10;PoETfDJzp2+EfK11HV3KfUB2rExPfep4VDsifsJ6LSrmf9V8TLCceSh44aEqeat5cpENeiR5+YAC&#10;eqt6fm6Ve0R7FF0Fe/p7vEu6fMt8cjrDfc19PyrIfwl+Ja9Gd3qCS5/QeBGCB4+heKWBrn7PeUSB&#10;UW2FegOBAlwnet2AvEsVe9KAdzpefPiAMCquflR/264EdhWLoZ6PdrqKjo5md2CJXH2keBKIF2yV&#10;eOSG1VteeeGFnEqDevWEVjoHfDyC9iqXfbeBa6z6dPiU8J2IdaiTDo1mdlaQ+HywdxaOxmu4d/iM&#10;jlqweQWKUkoEejeIBzm8e5uFjCqEfTGC0KwmdBSeH5yxdMyba4yPdX2YbHvhdkSVRWr+dzeSFloa&#10;eFWO2EmdeZSLfDmAexOH5yp1fMGEB6uHc2inJJwJdCSjmYvddNOfq3sydZmbhWpZdpaXVlmLd8mT&#10;FUk3eRmOrjlLeqSKASpofGWFEKsfcvKv8ZuOc66riYtNdFSmonqcdRGhdWnSdg+cPlked0uW9kjb&#10;eK2RgjkLekyLzCpefByF7KWLhXxlO5d/hMhnyIiNhERqLHi2g95se2hRg4Nu2Fe9gzNxV0dygvBz&#10;/jdygsx29ChqgtR6XKSvg4huU5aVgxJv74eMgq9xdHfGglxy9md+ghh0iFcNgeV2NEbqgcF3/Dcj&#10;gcB5+Shrgeh8PqOwgcB3RZVogXB4CYZ/gSN4u3bAgOl5b2afgL96L1ZagK17A0ZogKp75jbbgM18&#10;5ChrgRZ+AaKbgBiAI5RIf9+AIIVTf66AA3Xcf4d/4mXaf3p/y1XHf4Z/vkYFf6Z/tTamf/F/rChr&#10;gF5/oKF/fsKI75NLfpaIL4RZfnOHSXTMfl2GSmT6fmSFTVUJfpKEWEV9fs+DWTZffzWCRyhrf7+B&#10;GKCWfbKRs5JcfZGQMYNxfXWOdnP0fWqMl2Q5fX6KsVR2fbeIx0UWfg+G0TYofpOEsShrfziCZZ/Z&#10;fNmaUpGefMKYDIK1fKeVdnM+fKCSsWOVfMKP4FP1fQqNAUTFfWuKCzX+fgmG4ihrfseDhp9KfDSi&#10;yJEGfCSfu4IUfAacQ3Kie/yYjGMDfCSUyFNzfICQ8kRqfPGNADXYfZiI1ChrfmuEe57oe8CrDJCR&#10;e7OnNIGOe42i0XIae3meHmKNe6GZX1MXfASUjkQefIePnjWnfUKKeShrfiGFRZidjjFk6YupjK5n&#10;bH3di2hp0G86ikFsKGAdiRxukVDeh/lxIEH6htdz2TNyhcl25iX/hNV6YZfojGpteYrwiyFvGn0Q&#10;ifJwrm5/iNNyRV96h7xz71BZhq91uUGYhah3oTNGhLh5xSYhg+B8MJcXirR134n1iZJ2uXwxiHR3&#10;im2mh2t4X17Dhmt5Rk/LhXp6REE2hJF7VTMdg8F8hyY+gwd93ZYiiSN+Goj5iBB+R3smhwx+X2zZ&#10;hhB+cV4ShS5+j09KhFt+uEDmg5F+6jL9guN/JSZYgkl/ZpU1h8uGV4gQhsiF0npHhdKFK2wChOWE&#10;bl18hAyDsU7bg1aDA0CegquCUDLggh+BkyZugaaAyJRrhsmOj4djhdGNWnmghN6L7GtJg/aKVlzP&#10;gymIvE5agnyHKUBHgeqFjjK5gXmD1CaAgRyCAJPHhfuWn4a3hQ2Utnj1hBmSemqmgzOQClw3gnGN&#10;k03jgdCLGEAIgUOIkDKggOyF3SaPgKmDDJNHhV+egYYyhHmb4nhog4GY02ofgpOVflu5gdSSIU1u&#10;gUaOvD+4gMaLSjKKgHiHqSacgEuD75LshO+mOoXJhA6i5Xfvgw2e92mlghOar1tTgU+WZE0jgMeS&#10;FD+DgFmNtTJtgB6JLSamgACEqYwolwNkrYAelNBnIHNZktRpg2XfkOhr41gEjutuV0oZjOFw9jyg&#10;is1zwC+ciLx23yPMhrd6Y4uOlXhswn+Rk25uYHLBkXdv/WVZj4dxpleSjY9zZ0nCi5d1TDxniZh3&#10;Uy+Vh6F5mSQOhbV8IYrmk9p0pH7EkfB1iXIQkAZ2b2SsjiV3YVcFjEB4a0laimF5kDwpiH16zS+N&#10;hqN8MiRIhNN9u4oekld8XX3pkHx8nnEnjqd81WP2jNR9ElZpiwt9XkjqiUZ9vDvnh35+Ji+AhcJ+&#10;pSR5hA5/MYlVkRaEAn0pj0eDpXBrjXuDMWM3i7WCsVXnifKCM0iFiEmBxzuthpuBWC93hPqA7CSk&#10;g2WAfoitkA+LqnyCjk6KqW/IjImJfWKkisOIMlVmiQmG5Eg7h2OFnzuBhc6EWi9thE2DAyTIgtaB&#10;ooglj0eTLXwMjZKRjG9Ui8ePnmInifuNgVTriEqLYkfahrSJRTtVhSOHIy9kg7qE5CTlgmCCnYe5&#10;jrOafnuejQGYOG7hizGVhWG6iV6SkVSFh6+Pmkd8hieMoTsZhKKJpS9dg0KGiST9ggCDb4dojkah&#10;nntGjJWesm5/irybMmFZiN+XXVQ0hyyTh0dChamPsTrxhDOL2C9NgueH6iUQgbOEG4BCoAxkW3T2&#10;nThmv2kkmoJpIVzLl8JrjVAtlN1uFUOUkdtwyzeAjr9zqywDi5V23iHYiG56ZH+6nrpr/XSQm/Rt&#10;mWi9mTJvQVx2lmRw/0/rk39y3ENqkIp04jdzjYB3Ciwkim15cyI4h198En82nTJzY3PxmoN0U2g6&#10;l8d1Tlv4lQJ2YU+Jkix3kUMrj0144zdbjFt6Tiw+iWN75SKMhnJ9nH6em7V6m3NJmRN682eHlmh7&#10;TFtwk7B7tU8XkPJ8NELgjit8yTc7i1N9byxPiHh+MCLVhaR+/34EmnaBwXKxl+CBiGbvlT2BQlrc&#10;ko2A9k6zj9mAu0KWjSqAkDcaimmAaixch6mAUCMShPWAO319mX6I3XI0lvGIEmZ4lE+HIlpokaCG&#10;H05NjvCFHkJljECEKDcHiZeDOCxphvWCQSNGhGGBTn0SmK6PznHHliqObGYLk4mMzVoAkNuLDE31&#10;jjKJSEIti4yHhjcCiN+Fxyx5hlmD/SNwg+eCOXy9mB2WlXGXlZ6UqGXbku+STlnGkCqPtU26jX2N&#10;IkHuiu2KmDbYiFWIFSyAhduFgSOSg4SC/Xx8l7SdKHFXlSyapmWVknOXjFl/j6aUIU2BjPaQvkHH&#10;imqNZTbDh+KKFyyBhX2GwyOugzWDnXTrqVBj6GpPpeNmPV9gonJooVQfntBrHki5mu5tvj1vltlw&#10;kDK+kp9zjCjAjkh22SAiifh6YnR1qDVrI2oQpLhsul8toSRublP/nWpwREipmYNyQj10lXl0bjLd&#10;kU92vSkHjQ55TCCeiNt8A3QVprxyFGmfo0lzDV7Zn7V0HFOxm/11U0h0mCN2rT1flC54MDLrkBp5&#10;zilCi/Z7myEKh+J9fnOspTx40WknodR5P15Xnkx5uVNWmqJ6T0gtltx7BT06kv571jLujwR8vClw&#10;iv19wSFnhwt+03NAo/Z/fGjAoJd/Z13wnRZ/T1LtmXJ/OkfulbZ/QT0Uke9/XjLsjg5/hSmWiiR/&#10;viG1hlV//3LhovuGHmhun6CFhV2jnB2Ez1KjmHmEDkevlMKDWjz4kP+CuDLsjTOCICm0iWiBjiH3&#10;hbyBBHKSojeMj2gvntuLdV1qm1KKHFJol6qIpkd2k/qHOjzZkEGF2TL0jHaEgynSiMaDKiIthT2B&#10;4XJZoZmSxWf7njyRIl0ymq+PJFIxlwKM9kdEk1SKzzypj6uIrzLli+SGoSnwiD+EkCJZhNeCmXIr&#10;oTCY1Wf9nciWvV0vmiaUBFIclmCQ/Ec7kqaODDy0jwOLNDL2i16IdSoEh9qFuSJ8hIWDL2oJstdj&#10;al/8ruhlqVXhqrloDUuwpiRqm0GAoSttWDeJm+hwTS49lnRzayW9kNl20x6gi1x6YGmYsfJqQF/X&#10;rdJry1XWqWltiUu6pLFveEGcn65xmze5mnRz8y6FlQ//4v/iSUNDX1BST0ZJTEUAAgl2cCYoj415&#10;KB82ijB79WlbsIRwwl+TrGBxu1Wsp/Jy20uZozV0N0GSnjx1wTfLmRV3ei64k8d5USaCjmN7Vh+3&#10;iSt9ZGkkrvl3CF9Pqtt3g1VfpnZ4Gktroch430F2nOF50DfNl9J64y7dkp98DibMjVx9WyAniEt+&#10;qmjqraJ9OV8cqYt9QVUtpSl9VEs0oIF9d0Fkm6h9xDfOlrB+Li78kZd+pycLjHZ/NiCFh41/ymi3&#10;rJmDY18AqHqC+VUXpBWCe0sen2+B/kFPmp+BlzfUlbCBTC8ZkLCBEydBi7CA5iDThu6AwmiOq8qJ&#10;W17xp56IflUOozCHaksSnouGRUFDmcSFMTfXlOKEMS83j+mDRCdyiwmCYiEUhmuBk2huqy+PG17v&#10;pvCNyVUPonWMG0sNncqKRUE4mQiIgTfNlDmG0C9Bj0+FNyeYin+DqyFIhgGCQWhaqr6UoV72pmKS&#10;2VUXodiQiEsPnSeN/UE8mGeLgzfbk6OJJC9Mjs2G3yeqihSEtiFyha2CzcLPaA5g4LFKak5jv59R&#10;bHlmjIzCbplpTXnDcMNsE2aWcwhu8FOfdXJx8kDoeCB1PC8Ieyx5AsDuZUVrf6/TZ8htRZ4Gaipv&#10;B4ufbIBwzHi8buNymmWucWR0f1LYdAp2fEBVdvV4sS7Bej17Ob8pYth2BK4iZYZ2t5yVaBh3bIpF&#10;apt4NnePbTB5EGSxb+Z5/FIRcsR69z/Mded8ES6BeWV9U71pYLCAWaxqY4OADprqZjZ/zIjdaON/&#10;lnZSa6l/eWOubpB/Z1FOcaF/WT9LdPh/Uy5KeKV/TLvPXtmKjKrmYcmJWZlxZJuIJYd2Z2aG9HUv&#10;ak+FzmK8bWaEu1CbcKWDnT7ZdCiCby4ad/6BHLqBXV6Uq6mpYGOSl5hDY0iQbIZWZiuOO3QpaTCM&#10;D2HobGSJ50/+b8yHtT50c3eFWy3yd26Cv7l3XC2epqiuX0GbrpdNYjCYiYVrZSOVU3NTaEGSIWE3&#10;a5GO5098bxSLkj4jcuGICy3QdvaEMLixW0SobqfwXmGkjJaLYVOgaISqZEycJXKbZ3uX52CYauWT&#10;n08HboKPLT3ccmaKdi21dpKFbbgzWqSx6qdwXcKtC5X7YK6n3IQSY6SijXINZtidQ2AgalKX606f&#10;bgKSYj2Rcf6Mji2fdkKGd7V+b65gXqWjcSZjY5UWcp1mQoPHdBhpC3H1daNr2l/0d0luxU4xeRFx&#10;2Dy4exZ1OCwtfXB5F7QYbRNqeaSUbs5scJQZcHRuUoLechhwL3Efc89yFV87dah0FE2ed6d2MjxU&#10;eel4iSwEfH57NrKZar90bqL8bKZ1ZpKtbnR2VIGJcEV3Rm/8cit4Rl5KdDh5Wkzidmt6fzvbeOB7&#10;xSvge6Z9NrEMaK9+NKFsarZ+RpEobKZ+TIBGbpl+UW7fcLB+ZV1lcup+hkw6dU1+rTtzd/R+3yvA&#10;euZ/FK+bZuqH4aANaQyHGo/SaxmGPH7/bSqFUm3eb1+EblyPcceDmEugdFWCujsXdyaBzyulekCA&#10;ya5vZX6Rf57qZ7KP4I68adGOGH34a/mMOmzwbkiKW1vVcMqIfksZc4CGmTrGdneEjyuOebKCUa2B&#10;ZFia+Z4BZpqYf43XaMKVx30favmS8GwsbWGQFls3b/6NNEqscsqKOjqGdeOHEyt7eTuDqKzQY3ik&#10;QJ1PZcCg540dZ+ydOXxoaiiZYGuAbKCVhVqhb1iRn0pCcj2NmDpOdWmJVCtreNmEzqxfYt6tP5zQ&#10;ZSao/oyNZ0qkUnvSaYOfcmr4bAKak1o0bseVp0njccKQlDoKdQeLQStfeIqFw6iHd4hgBpoueDBj&#10;G4r4eO9mA3riecJo0Wo/eqZrp1lte6NunkjlfL1xwDiwfg11NSl9f6R5KadqdRFphJkfdf5rnonc&#10;duhtnnnhd99vlGleeOxxlVizehZzskhWe2B17ThafOR4ZSlyfq17MaY4ctNy7Zfbc/F0HIjUdQJ1&#10;O3jbdh12U2h/d053eVgBeKV4tUfYeh96BTgSe9d7eClofdJ9GaTacNN8KpZ9chF8iIdmc0N8znet&#10;dH59Cmd0dd99UVcrd2N9pEc9eQp+ATe7eu5+ailgfRB+3aOSbyOFTpU9cHiE4oYxccWEU3aJcxuD&#10;rmaUdJaDC1ZydkWCcka7eBSB1jd0eiGBMClZfGmAeKKFbceOZ5Q3by2NL4U2cImLw3WdcfWKNmXA&#10;c4iIpVXSdU2HE0ZLd0CFfDc3eXKDxSlTe9qB5qGvbK2XW5NhbiCVVYRlb4WTBXTXcP6QjGUOcqiO&#10;C1VFdIWLgUXwdoyI5DcIeN6GHilOe2ODJaEPa9SgHZK7bU+dRIO4breaC3QwcDSWnGRxce2TJVS8&#10;c+SPo0WSdgKMBjbdeGSINSlKewGENqClazyonJJCbLmk7YMtbhugw3Ojb5WcV2P1cVOX5lRbc1eT&#10;aEU+dYqOyzajeASJ/ClHerOFF5vof51f0Y7Df3pi44C+f4NlzHHaf6lon2Jtf95rflLWgCRugUOX&#10;gH9xsTS5gQZ1Nyb4gcR5N5r6fUdov43TfWtq6X+/fZ9s+nDzfeJvBWGmfjhxHlI3fqVzVEMjfyp1&#10;qzSAf954QScMgMZ7KpnweyZxh4yke3ty4H68e850Jm/6fDJ1Z2DZfKt2tFGYfUF4FkK4ffF5jzRO&#10;ftJ7Licdf+V8+5jPeTZ6P4t3ea16032MeiF7TG8Yep97wWAUez98OVEFe/x8wEJafNV9UjQlfeN9&#10;9Scsfx9+ppevd5iC3Yp8eCWCunySeLGCbm4QeUiCCV9KegCBplBdeuaBTEHme+WA8TPufReAkic5&#10;fnWAKZa/dk6Lb4mLduqKjXuqd4OJcW05eCuIMl6KePiG7E/SefGFp0GIexGEXjPBfGaC/CdDfeSB&#10;gJX/dUGT2IjMdeqSNXrxdoqQRWyKdz6OJl3teB6L/U9YeSyJzEFCelyHjTOje9CFKydMfWyCqZVs&#10;dHGcD4g1dSOZqXpVdcWW3mv2dnuT111jd2iQxU7eeI+NpkDwedKKdjOFe1WHGydTfQmDpZUGc9qk&#10;BofBdJKg3nnUdTCdMWt2deKZOlz2dtKVOE6LeASRKkCpeVyNBjNXeveIvSdZfLqEdY+Xh+9fqYN3&#10;hxFir3aIhmlllmjNhdtob1qYhVJrWExFhM9uaT5bhFdxpjDlg/11PCSlg8t5Qo7LhcloEIKyhS5q&#10;QHW4hKZsXmgWhCxue1n/g7pwqkvRg1hy+j4PgwN1bDDQgtF4ICTWgsN7IY3pg8BwUYGsg1ZxwHTV&#10;gutzIWc8go10gVlNgjt18UtLgf13eT26gc95GjC2gcR65SUBgdp83Iztge94cICigZ55LnPBgVB5&#10;2GZqgQh6eViYgNp7JUrGgMF73j1pgLh8pjCcgNR9gyUngQ5+cov6gFCAgX+7gBmAlHLlf+KAhWWV&#10;f7OAXlgcf5SAO0ptf6CAIT05f7yACjCTf/9/9SVGgF9/34sofxmIj38GfvKH9XI6fsOHI2TpfpuG&#10;K1dsfpGFLknwfq6EODzmfuiDQDBzf0yCNiVhf8uBIIp/fhqQbn5aff+PJXGUfdSNi2ROfbWLwVbd&#10;fbuJ7kmDfemIFzywfjGGOTBjfrKEPyV3f1CCNYn6fVSYFn3VfUKWHHEOfRiTuGPQfPiRElZofQiO&#10;YkkZfUyLqjxtfaSI6jBVfjSGCSWJfuyDHomYfMOfhH1sfLac3HCcfIiZpWNgfGOWHFYMfHOSiEjW&#10;fMGO7jw3fS2LSDA3fdSHiiWXfpyD3oOlkJxfc3hajwpiY2xnjatlRl/LjFpoKVLQiv1rIUXIiZpu&#10;RDk7iDdxlC08huV1PiKJha95S4Ltjq1nWHe8jU9phGvHjAFrrV9Firht31JliWtwJ0V/iCRylDkX&#10;ht91Ji1KhbB3/SLWhJt7F4IxjL5vFXbli4twkGsTilRyCV6biSFziVHgh+91HkUihsh2zzjohaZ4&#10;nS1QhJt6miMag6h8v4FgivZ2rnYIidt3iGoviL54Vl30h6B5J1FUho96AkTEhYp68Ti5hIx78i1T&#10;g6Z9ECNVgtV+QYCTiXF+MHVRiGh+cmmDh1x+mV1ChlJ+rlDthU1+x0R6hGt+8jiXg45/Ii1agsx/&#10;XCOHgiB/mX/eiDmFrXSmh0OFTGjhhj+EvVy6hTiEDVB5hEKDWERLg2iCtTh/gqyCGC1dgg+BciOw&#10;gYiAx39Mh0aNBXQ1hl6MCmh3hVqKv1w/hE+JQE/9g2eHwUPpgqGGTjhage+E3y1agXGDVyPTgQqB&#10;yn7YhoyUJ3PBhauSkGgChKWQhVvUg5eONE+cgrOL5kOLggGJnjgggV6HXi1ZgO6FASPvgKOCo35/&#10;hgGbFHNlhSKY5GefhBeWElt1gwOS5k9PghyPwUNXgXGMpTgDgOCJjy1TgIiGZiQFgFGDVXgzmWZf&#10;KW2/lzJiCGLBlSFk6Vc6kwVn1ktvkMRq3j+vjmxuFzR9jAhxfSnpiap1PSCqh2h5UHeOl7hmn21G&#10;laVoxWJOk5Bq91bikW1tPEsyjzNvnz+QjPFyLDR+iqd03yoXiGl32iEShkZ7DXb3leFt4WyZk+9v&#10;ZWHCketw8FZgj9ZykUrTjbN0Sj9Yi452KDRyiWV4Iyo8h0p6UyFthUh8pHZOlCB0+WvikkF16WEC&#10;kFR22FXSjlZ300phjFF44D8Sikt6BzRZiER7QypVhkx8oyG7hG1+E3Wmkqd8AGtAkNl8YWBljvl8&#10;s1U7jQd8/Un/ixR9Vz7NiS99xDQ8h0Z+PSpmhW5+yCH+g7F/WnUTkX6C/Gq5j76Cz1/pjeOCe1TF&#10;i/aCEEmZig6Bqj6iiC+BVTQrhmSBCyp1hK6AwCI1gxSAd3SbkIaJympDjtSJC193jP2IDFRZixSG&#10;50k9iTaFwz5nh2eEqjQrhZ+DmyqIhAmCgSJjgpKBanQ8j9GQbGoIjimPKF8/jEqNdFQeik+LfUkJ&#10;iG+Jkj4threHtjQDhQaF6SqUg4GECyKIgiiCNXPyj0mW1mnBjZ6VCF71i7mSmlPZibmP10jTh9iN&#10;Ij4LhiWKfzP2hIaH7CqbgxmFUiKmgdOC221Com9esGN4n6RhgFlanNZkY07mmdpnYkRMlqJqhznR&#10;k0Ft4i/1j8lxaSbPjEt1Qh8HiPJ5VGypoPxlvWMcnjRn4lkPm1BqI062mERsg0Q2lQxvCjnYkbxx&#10;wTAcjlt0nicfivt3vh+Ih8J7AmwxnzpsjWKZnIVuHVismaxvwk5elqlxiUP+k4VzcDnFkE91gTAx&#10;jQx3sSdhic96FB/3hrl8imu1nXxzMGIRmth0OVgdmBF1TE38lSJ2d0O0khl3vjmijwF5IzA5i956&#10;oCeViMV8QSBXhdV96ms4nAB5w2GcmWx6Sletlq96zE2Nk8t7UEN2kNN77jl+jdp8pTA5itV9aie9&#10;h95+RSCphRN/ImrKmtaAS2E9mEyAUldYlZKAOk1AkrKAFEM2j8R//DlojNN//DA8ieuACCfehxaA&#10;GyDthHCAMGptmemGpGDzl2aGLFcXlKqFdE0BkcmEnkL5juWD0zlGjAODGTBHiSGCbif+hmuBvyEl&#10;g+mBFWonmSqMv2CylqyLw1bWk/CKaUzGkQ2I30LHji2HXjkVi12F6zA3iISEjigehd2DKyFSg3yB&#10;1GnvmKKSsmCnliKRSVbLk1mPO0yykGCM3ELFjXWKmTkqiq2IczBQh/SGZyg2hW+EWiF2gyWCcGKs&#10;q8peGll9qHNg11A3pONjvUbRoPFm0D1pnKVqGTQ4mB1tnSu1k3dxTSP6jsd1RR2VilR5VWIVqpBk&#10;wVkvpyJm4VAEo2dpMEa9n1xrrz1xmwpuYjRflo5xSyv8kft0WiRojWh3ox4tiRZ6+GG9qN5rJFjU&#10;pXRsvE/FocBueEaLnbhwaj1dmXdyhzRtlRN01SwxkJx3QCTFjCx52R6wiAJ8c2FwpxpxVlh9o7xy&#10;c09poBVzqUZTnCN1CT07l/p2kjRtk7V4PSxXj196ASURixV75h8ghxV9xWEjpZJ3eFg4okF4IU8p&#10;nqJ400YTmrl5lD0llqV6fjRskn17hix2jkd8nSVRiiN9yh9/hkt+72DdpF19klgKoQ59yk8GnXF9&#10;7UX0mY1+ED0NlYR+SjR1kWl+pCyVjVF/DiWIiVJ/gh/PhaN/8GCjo2aDelfqoBWDQU7wnHWC0UXg&#10;mJSCTzz7lJaB4TR1kIuBiSy0jH6BRSW5iKKBBiAQhRiAymB2oqiJKlfYn0+IgE7lm6iHeEXWl8SG&#10;Sjzuk8yFLzRoj9eEKiy8i9uDPiXgiBGCVyBEhKiBf2BZohiOpFfTnq+Nh07imv+L4UXTlxeKADzz&#10;kyGINDR5jzeGgyzKi1CE7SX1h5+DaSBuhE6CEbdZYrda6ab3ZV5eWJYrZ/ZhuYTOao1lDXL+bTpo&#10;Z2EAcA1r209Gcw1veT3cdltzaC1xegp347VyX2plVKV+YmRnuZTgZUNqF4OsaB5sdXH7axFu22Af&#10;bi1xW06McXhz+z1ddRN24C1GeQ56LLOpXIFvpKPOX7lxAZNxYtVyXIJWZetzxXDTaRt1PF8rbHp2&#10;yE3ScAp4bDznc+16QC0heCt8VbHkWel5xqIZXVZ6K5HNYKF6lYD5Y+t7B2+iZ1p7jV42avZ8I00e&#10;bsZ8xTx5cul9gi0Ad2N+W7BBV6uDxKCXW0WDRJBgXryCwX+fYi+CQG6UZcyByV1WaaSBZEx9ba2A&#10;/jwZcgiAnSzkdrSAN67lVdONqZ9bWY+MSI89XSaK1n6TYL6JXW2hZIGH6FycaH+Ge0v0bL2FCzvF&#10;cUmDhyzMdh+B463OVE+XZp5dWCeVH45TW9SSt327X4eQQ2zdY22N01v7Z5CLX0uGa/GI2juEcKiG&#10;NCy5daKDW6z7UyGg552cVwudso2aWsaaT30NXoiW22w8YoeTbVttZs2P9ksea1CMYztMcCOImyyp&#10;dTuEnqxzUkmqDJ0YVjyl2I0TWfihc3yIXb+dAWvFYcuYmFsNZiaUIkrKasOPhjsPb7WKrSycdOiF&#10;rKrcagxarJv6a/1eNYx2bfFhnnw8b+5k82uEcgRoUFqhdD9ry0oLdqRvdDnSeVNzdSqufFp4AKla&#10;ZvBkk5rdaTRnHIt3a2Rpk3tbbZlsAmq8b+hueln6cmRxDkmMdQ9zxjmFeAp2xyqfe1p6MKfMZCVu&#10;VplBZqZv64oNaQ1xdXoKa3py/2mfbgZ0l1kScMJ2REjec654DDkfdul6BSqRenZ8P6Y3Yah37Zex&#10;ZFl4oYiNZu55SXjSaYp57WiObFF6n1g6b0h7YUhFcnF8MjjIdel9HyqFeax+KaS/X4GBaZZTYlqB&#10;R4c/ZRmBD3eVZ92Ay2eeas+Ajld0bf6AYEe7cV6ANTh9dQuADyp6eP1/6aOKXbyK0ZUxYLOJ2IYy&#10;Y5CIu3acZneHi2a/aY2GW1bPbOGFMkdGcHGECDg8dE2CzipyeGiBeqKUXEmUD5RIX1iSO4VWYkmQ&#10;NHXQZUqOE2YIaIKL8lY9a/mJzUbqb6iHnTgKc62FTyprd+uC2KHcWyidEZOVXkWaX4SkYUKXaHUo&#10;ZFKUUGVrZ6OROVW0azuOHEaLbwuK6jfecyqHjCpld4WEBKFjWlmlvZMVXXyiKIQaYHqeO3SgY46a&#10;KWT1ZuyWHFVYapmSB0Y6boON1jemcsCJdSpgdzOE/p6lcZhajpEics1eH4LbdBhhinPEdXdk32Qo&#10;du5oPVRkeIdrv0T5ekZvcjX1fElzgSgWfpl4Gp1ibqVj2pAGcCxmfoG/ca9pCnLJc0FrjGNSdO5u&#10;GlO4dsNwx0R7eMBzmTWzewV2tCghfZN6MZwaa/VtFY65bbxu14C3b3JwinHMcTNyNGKAcxJz7FMW&#10;dSF1vUQPd1t3qTV/eeB5yCgrfKp8J5qwaY92Jo1Wa4R3Gn9MbWd3+XCmb1N4zmF/cW15rFJMc7R6&#10;nEOCdih7nTU4eOR8uygze91995lhZ4B/HIwVaZl/Sn4aa6J/V2+JbbV/UGCtb/V/TVGgcnF/WEMP&#10;dRh/aTUBeAZ/gSg6eyx/nZhMZc+IAosOaAOHZn0maiaGm26mbFqFtF/jbryEylERcVmD5kKudC2D&#10;BDTRd0iCFShAepWBFZdvZGyQvYo5ZrSPVXxaaOuNrG3qazaL3187bbiKDlCOcHWIO0Jic2WGYTSv&#10;dqeEbShFehiCW5bJY1WZPImTZayXB3uzZ+6UfG1NakaRwV6obN+PBVAOb72MREINcsqJdTSPdiSG&#10;gShJebGDcZZZYoqhbokZZOmea3suZyya92zJaYmXTF45bC2ToE+6bx6P8EHDckaMLDRddb2IRShN&#10;eV+EWJKueWFaiIZNedxeEHkien9hd2sqeztkzFyyfAtoL04afPVruj/off1vdjIsf0BzkiWpgMJ4&#10;L5GXdpRjRIVNd2Fl83gjeDloi2pJeSFrHlv3eh9tv02Jez5wgT+GfH9zazIGffx2nyXPf7N6MJB4&#10;dAZr44QVdRBtx3cedhRvm2lWdyhxaFszeFZzQ0z3eat1Nz8peyN3STHlfNl5jyXwfsN8D49FcbR0&#10;coLecu11lXXvdBt2oWh7dVV3qFp5drV4s0xyeDx50T7ceel7AzHLe9Z8VSYMffF9xo4ab71854Hb&#10;cRh9U3Twcmh9nWd0c8R90FmzdUh+CEvOdwN+TT5veOB+mjGfevl+8yYlfT1/VI0ibiGFSIDpb5OE&#10;+nQNcPyEeWakcnWD2Fj/dBeDNEtTde6CmD4gd/WB/zF/ejqBXiY5fKOAs4xabM6NfIApblSMcnNW&#10;b82LIWX7cVqJp1hpcxmIKErhdQ6Gpz3ldy2FJDFreZeDjSZKfCSB5IvBa8KVdn+QbVeTr3K9btqR&#10;imVtcHKPL1flckaMz0pudFmKbD2bdpKIAjFXeRGFeyZYe7yC5otUavqdJn8dbJmapnJBbh+XqGT0&#10;b7uUZ1eBcZeRIkokc7yN2j1bdhCKhjEveKyHGyZje2mDu4bwgW1ahHuCgThd/G9cgTJhXGJ+gURk&#10;tVUvgV5oIEfOgYhrtjrhgcdvfi6AgjJzpiNsgs94QYX5ftBiuHqpfuhlaW6Hfw5oC2HJf0FqrlSf&#10;f4JtY0dmf9pwPTqmgEpzQC58gOp2jiOsgbV6LoT+fGBq0nmXfLNsyG2gfQJutGDzfVxwnVPzfchy&#10;mUbpflF0sTpefvR26C5wf8V5VSPjgL179oPzei5yy3iJeqh0FGyPex51TWAue5h2flNLfDR3ukZ0&#10;fOx5Cjoffb96bi5nfsF79SQTf+R9l4LyeER6vXeQeOB7WWumeXV72F9Veg98RVLIesd8ukYTe659&#10;OzntfK19yC5jfd1+ZiQ8fyp/DoIVdryCnnbYd3GCkWsAeBmCU16peMmB9VImeZyBmEWpep2BRjmq&#10;e8OA+S5QfRuAqiRffo2AWIFhdXqKTnYmdkGJlWpXdvaIlF4Pd7iHalGceKOGPEVCeb6FEjl8evmD&#10;6i5IfHWCsyR7fguBdIDVdHmRwHWedU+QW2nRdg2OlV2UdteMmFEsd9SKlkTfeQqIlDlAelyGki5B&#10;e+2EfCSSfaGCZIBsc7eY73U0dJeW5GlidVmUVF0rdiWRfFDXdymOoESkeG6LxTkQedqI5y4me4aF&#10;/CSkfUyDKXt5icFaaXDkiOZdzWW2iDRhKVnth45kiE3KhuBoAUGlhjVrqTYFhZRvgisHhRJzuSFk&#10;hLd4T3qbh1xiHnAuhsFkzmUKhi9nellihZ9qL01ihRBs/UFjhIxv8zXuhBZzEisjg8J2fCG9g5F6&#10;KXnEhQtpt29GhKVrvGRMhDZtv1i0g8dvx0zeg11x5kEMgwZ0JTXJgr12hSs1gpZ5HCIKgo973Xjh&#10;gu9xNG5bgqxymGNggl9z8lgEghF1TkxMgdJ2uUCqgaV4PDWagYl51Ss9gY97lSJNga59angHgSJ4&#10;nW2OgPp5ZGKbgMd6FldFgJN6vUvZgGx7bUBVgGx8LzVygHh8/itGgKd94SKGgO5+zHdGf5t/9Gzd&#10;f4+AHmH7f3CAIVa+f02ACkttfz5/9EAzf1B/7zVpf4R/9StVf91//CK1gE2AA3anfmiHImxhfnOG&#10;tGGNfluGAFZQfjyFIksAfkGERz/cfm+DeTVMfrWCsytafzOB4SLcf8eBDXYpfXKOF2vofYuND2EY&#10;fXqLolXpfWKJ+kqlfXSIVz+JfbqGvTUdfhWFLCtffqeDiyL8f1qB7HXIfLaUy2uIfNeTL2C4fMqR&#10;BFWQfLSOjUpgfMuMGz9bfR2JtDUAfY6HVStXfjuE7iMVfwOCo3B1kl5aHmaskNpdcFxtj3NgylGz&#10;jgRkNka5jHpnxDvPiuNrhjF6iU1veCfZh8tzxR+ZhnF4Wm+pkDRhYGYUjuBkDVvkjYlmxlFMjCRp&#10;kkZ0iq5sfTuxiTlvlzGGh8hy2SgUhnB2ZSAJhT56I272jf5ogGVVjNdqkltMi5xsrFDEilFu2EYU&#10;iP1xHzt8h69zjDGBhmd2GyhChTt44iBqhDF7xm47i/BvgmSTiuZxAFqJiclyf1A3iJ10CkWlh291&#10;qTs6hkp3ZDFvhS15OShihCt7NSC+g0h9QG2Fiix2cGPoiT13XlnmiDZ4QU+fhx95IEVJhg16Ejr9&#10;hQ97GTFchBh8MCh9gz19XyEFgoF+kWzkiLp9TWNZh+J9r1lohul9708theF+HkTshOF+VTrmg/F+&#10;ojFcgx9+/CiXgm5/WiFAgdp/tmxah4WD8mLUhsKDwFjshdeDWU69hNqC1kSSg+yCWDqzgxCB5jFu&#10;gkaBgyiygb2BHCFxgVGAsGvuhpiKdWKaheyJxFi+hQGIqk6Ug/SHVUR1gwaGEzqKgkmE5zFLgZ6D&#10;0ijDgSqCqyGZgOCBgmuYheGQv2JJhTmPilhthFONuk5Ng0iLnERBgluJmDptgaaHrTFGgQ+F1yjR&#10;gLiD9iG4gIeCLWXemzFZoVznmQhc5VOZludgQUntlJ9jv0AZkiJnaDZmj4lrTC1XjOdvXyUDildz&#10;xx4Hh/x4YmUimUdgfVxrlz9jKVMulRpl8Umlksxo2j/1kFhr6TZqjdlvKy2Ei1dylyVbiO52Sh6M&#10;hrt6HWSUlydnLFvUlT9pTFK3kzNrgEk9kPlt1j+0jqFwSjZWjERy6i2fiel1rCWkh6x4ph8AhaN7&#10;sGQElRptt1s4k0tvUFIWkVlw90jNjz1ytT9kjQp0jjYyitV2hy2qiKR4miXchpF62B9jhLJ9G2Nz&#10;k1d0M1qwkaJ1SVGaj8B2YEhYjbZ3ej8ki6B4sDYPiZF6Ai2sh4d7ZCYHhZx84h+3g+R+W2Lwkep6&#10;pVo9kEt7OlE3jnV7uEgFjHd8Kz7iinB8sDX/iHJ9VC2whot+BSYohMh+vx/9gzh/cmKCkMGA6Vni&#10;jzWBAFDpjWeA30e+i22Apj6hiXaAfjXYh42Abi27hbOAbiZIhBSAaSA3gqmAX2Iqj8+G8FmOjlOG&#10;hFCbjI6FwUd9ipiE1z5uiKiEADWmhtWDPS2phQmCkiZog32B3SBmgjaBJGHljxiM01lvjaeL+FB/&#10;i+OKhEdmid2Iyz5yh+SHODXGhhiFxy3MhGyEcSaFgwaDESCLgdqBxVuTpFxY+VNQoZRcMUrlnqZf&#10;kUJIm2ljJjmcl+Bm+DEnlCxrCylfkGtvTCJejL1z0xyliV54aFraoqxfcFLUn/RiHkp9nPZk+kIE&#10;matoBjmFliBrRzE9knxuwCmkjtNyYCLPi0d2Oh0+iA96FlproKJltVJenf1n5kohmxRqOEG4l9Zs&#10;vjlelGRvbTFBkOByTSnXjVp1SyMtifh4dx3Chux7nFoKnpZr1VHznARti0mvmTFvW0FwlhNxUjkx&#10;ksJzcTE8j2N1tCn8jAd4DiN6iNF6ix40hfJ8+FmlnMtx6FGVmlNzJklel450ckEjlH91zTkWkUx3&#10;VDE6jhJ4+iobit16rSO7h9J8dh6UhR5+LFlGm1R39FFLmPF4vkklljh5fED6kzN6PDj6kA97GDFF&#10;jOh8Fyo6idh9IyPxhvd+Nh7khGx/NVj2miJ90FERl89+J0j8lR1+UUDZkiF+cTjfjwx+qTFCi/p+&#10;+ypciPh/YCQihj5/wh8mg9mAFli1mS+DelDnlueDW0jelDiC7kDFkT2CZTjQjjGB9TEwiziBnipf&#10;iEuBXyRKhaWBGh9bg2OA0ViLmG+I9VDNlimIYUjJk36HU0C5kIWGGTjWjXqE/DFFio2D/Sp0h7aD&#10;FSRjhSyCNB+FgwSBaax/XONVK50yX/1ZJo2FYxFdFX1MZjBg+2yfaXRk51vEbOpo70s7cJVtKDsQ&#10;dJlxuywHePp25aqLWO1fYZuwXG9iYIwzX99lV3wnY1doTGucZvRrSVroasZuYUqMbtBxojqlczR1&#10;NCv3d/J5Pqi9VWdpgJn9WT5rgIrEXP9tfnrRYMNvg2p4ZK9xlln8aNVzwUnebTd2DDpAcfV4livq&#10;dwd7dqbyUj1zc5hLVmN0gokmWmR1lHmAXmx2q2lTYqZ30lkUZxt5DUk6a856XTnlcN572Svedjd9&#10;iKVCT3d9QpbLU+B9bofFWCJ9mXg0XGR9xGhbYNx9+FhJZZt+PkirapZ+jjmWb+x+9CvTdYN/bqPU&#10;TSCG8ZWLUcKGPYavVjiFf3c9WrGEu2d9X12D+1eoZFGDRUg4aY2CkjlUbyCB3SvKdOmBIqKpSymQ&#10;c5SJT/uO14XPVJuNKnZ6WUCLdWbNXh6JxFcaY0OIEUfeaK2GVjkibnSEhyvDdGmCoaHESZeZsJPC&#10;To6XJIUhU02UgnXiWBCR2mZEXROPN1afYmWMjUeEZ/uJzzj5beaG6yu9dACD6aErSHCigZM3TXue&#10;94SgUkubXHVwVyGXxWXnXDuUOFZYYaqQnUdEZ2KM5DjKbXKI+iu5c6uE+6DVY/NVNZLUZmlZOoRJ&#10;aOddJ3UZa3hhBmVxbixk7lWicRBo+UYvdChtNzcrd5Vx1ilbe1h3Cp8rYDBe5ZGjYw9h+4NFZeBl&#10;AnQ8aLxoAmS0a71rClUKbvVuMUXDcmVxgjbzdi91Kiljekt5SZ2KXM5oeZABYABqpYHbYxtsx3Lu&#10;ZkFu52ObaY9xE1QqbRlzWkUhcN11wjaedPh4aylqeVt7ZZvqWcRx5Y5vXT1zNIBdYJd0enHAY/11&#10;u2KWZ5h3B1Nfa214aESXb3554TZYc+V7hilveIl9W5poVxt7NY0PWtB7r38XXmd8GXCNYgV8eWG4&#10;Zdt831Kqafh9WEQdbk593DYdcvZ+dil0d9N/JZkoVN+EaovtWMSED34TXIuDmm+jYF6DFWDoZGaC&#10;kVIZaLaCGEO6bUmBpjXrciuBNCl5dziAvpgmUwGNcIsCVw+MPH0/WvuK4m7lXveJdGA+YzCICFGV&#10;Z66GnUNubGyFMDXHcYCDsyl8dreCI5diUYWWMYpNVbCUInyVWbeR3m5NXdCPg1+zYiyNLFEaZtaK&#10;00Mba72IcDWncPOF7il/dk2DVZbdUGqej4nKVKebo3wSWL2Yc23TXOeVKl9PYVqR6lDQZiGOpkLZ&#10;aymLTzV6cIOH1CmBdfmEUpVbazVVVoiUbQRZVnsnbupdPW0EcOdhFl5ncwNk+0+pdUxpB0FTd8Rt&#10;STN2eo1x8SbZfaJ3K5PmZ6NeaodiaddhkHoIbAlko2wObkxnsF2ZcLFqyU8Ic0luBEDjdhNxazNG&#10;eS91Jyb4fI15UZKBZGFneIYJZuppxnj+aWFsB2sXa+RuQlzTbo1wik51cXBy7kCIdIh1dDMjd/J4&#10;PCcTe5h7U5EHYXRwYYSfZEBx43eUZvRzV2n5abR0wlvcbKh2NU23b9N3v0AJczR5YjLrduN7MScq&#10;esF9Lo+tXul5LoNbYep563ZmZNV6kGjjZ8x7JVsYavd7wE0Zbmd8bD+kcgl9JjLDdfV9+Cc+egh+&#10;3o6PXMaB5IJSX/KB23V3YwmBrGgJZjGBZ1pZaYyBIkyZbSuA6T9ScQaAuTKgdSmAiydPeWuAXY2p&#10;Wv6KaYF7Xk2JmHSxYYaIkWdXZNSHbVm6aF2GSUwhbCiFKT8UcCqEDDKKdH2C4iddeOiBq4z5WZCS&#10;rIDUXPqREnQQYEyPL2bEY7WNJ1kzZ2CLIUura1WJHD7Jb32HFDJ0c++E9SdpeH2Cxox/WHyalYBZ&#10;W/mYN3OQX1mVdmZKYtKShljQZpKPm0tkaqKMsj6KbuyJwDJLc4KGtidyeCeDsYoHcrZVgH5Mc95Z&#10;cXHndSldT2TQdo5hI1dGeAtlCEmmeaxpGTx6e3VtYS/XfYVyESSBf9R3R4i5b09eBX01cNlhL3Dl&#10;cmxkSmP1dA5nYlaWdc1qikkjd7dt1zwnectxUi/CfCZ1IiS3frV5Vod9bDRme3vwbg5o42/eb95r&#10;P2MHcb5tl1Xac75v/Uibde5ygjvYeEp1Ki+veux4EyTmfbh7QIY2aWJu43qwa31wjW6ubYhyJ2I0&#10;b55zvlUscd91WkgldFF3DjuadvF43S+kedV62iUPfNx9AoT9ZvV3MXmkaUJ4JW2ta394/2EvbcZ5&#10;yVRwcDx6mUeLcvB7fDs5dcx8bi+EeOh9eiUyfB1+mYP6ZOp/Z3iuZ15/pGzMacJ/t2BkbDd/slPD&#10;btl/rkcccbd/tzr2dMp/yy9weBt/5SVPe32AAIMpYzaHaXfrZcqG72wZaE2GOF/CauSFX1Mzba+E&#10;h0aycLeDtDrIc+2C6C9nd2yCFCVoeveBN4KGYdWPK3dRZISN+2uDZx6Mdl86ac2KxFK3bLiJE0ZG&#10;b+eHZjqGc0CFvS9bdtyEASV7eoqCP4IRYMeWm3bdY4qUvGsLZjKSZ17IaO+P11Jba+2NSkYGbzaK&#10;wjpOcrCIOC85dm+FoCWLejODGH7SenxVn3QEewFZfWibe7BdUVyPfHNhJVAgfUNlEEOofixpKjex&#10;fzRteyxXgHVyNCJYged3X32md0pdnXMTeCtgx2e/eRZj6Fvdeg1nDU+XexZqR0NLfEBtqTeEfYtx&#10;OixifxF1HyKkgL15WHyMdFJlj3HydYBoBmbSdqZqd1sId9Ns6E7weRhvbULWeoRyEzdHfBF03ixj&#10;fdV36SLnf7d7LHtwcaRtZ3DYcwpvM2W9dGVw9FpGdcNysk5Nd0h0fEJqePF2XzcSer54XixkfL56&#10;iiMhftN813pcb0x1NW/ScOJ2VGTOcmp3YFlsc/Z4Xk3Qdah5Z0IRd416gzbreZJ7sSxse8l8+yNT&#10;fg9+V3lxbVl8728Qbxd9aGQjcMF9uljAcnN9800zdE1+MUGtdlp+gTaxeJB+3Sxhevp/QiN8fWp/&#10;qHixa7eEdG5abZOERWN8b1qD2VgqcSyDS0yvcymCwEFPdVyCQDaNd7KByCxiekiBTCOefOGAy3ga&#10;amSLtW3NbFqK4WL1bjaJtVeycB2IW0xDcjeHA0DwdI6FsjZYdwSEaixiebWDFiO6fHKBwXepaVyS&#10;rm1ga2aRO2KHbVGPTVdMb0WNIEvzcXCK9UC8c96I1DYsdnWGtyxLeUeElSPPfBmCinPMgoxVmmnf&#10;gnFZZ19sgntdNFRsgo9hDUkbgqFlBD3Rgr9pMDMWgvFtkSkLg09yVCBjg9R3c3K+f5JdHGkMf8pg&#10;Rl6vgAZjb1PZgENmpUiygIRp9j2UgNttdDMKgUlxHyk0geN1GyDGgp15WXHKfL5kkGgSfTxnFl3n&#10;faxpnVMnfhlsLEgufpBu0j1BfyJxnjLtf8x0kClQgKB3vyEbgY17GHDTei1r7mcZet5t1Vz0e31v&#10;t1J1fBtxnkeefMtzljzjfZd1qzLFfnt33Clgf4Z6OiFlgKF8rm/od/JzOGZBeM10g1wqeZR1wFGz&#10;elt29kcwezN4OTyWfDd5lDKnfVB7ASlyfo58iSGkf9Z+GW8Udgt6c2V9dw57IVt7d/d7sFEmeN58&#10;LEa9edt8sDxpewB9SzKafEh98ymEfbh+pSHZfyx/V25mdHiBfmTwdaCBlVsCdqKBclC3d52BL0ZU&#10;eLqA9TwcegOAzDKGe2iArymQfQKAjSIEfp+AaG3cczKISmRvdHOHyVqJdYqG8VBOdpeF7EX6d8yE&#10;8TvPeTaEAzJceraDIimZfGyCOCInfi2BTW1ycjCO0mQKc4WNwFondKyMME/4dcaKY0W6dwmIoTuo&#10;eIeG7TJDeiWFRSmTe/uDmyJDfdGCCGkgiuRVXGAMiiNZHFaNiX1c6UyZiNBgzUJliA9k2jhJh01p&#10;IC7JhpZtmyYJhf9ybx6ohZF3g2guiCBcbV9Uh6pfmVXphypi0UwdhptmHkIWhgFpjjgphW9tLy7b&#10;hOtw/SZNhIp1FR8fhE15WGdfhWxja15/hTNmA1VBhOJoo0uLhH1rV0GxhBJuJjfzg7ZxIC7ag2l0&#10;PSaBgz93lR+GgzJ7BGaRgvBqU12vguRsWFR0gr1uYEr4goVwd0E+gk9yozeygil08C7MghJ3WSan&#10;ghx57B/fgj18iGXHgMdxLFzxgONyoFPCgOB0DUpXgMp1ekDfgL53ADdzgMt4ni67gOZ6TibFgSB8&#10;GSAqgWx94WUTfvV38lxNfzV41lMzf095o0nZf1h6ZkB7f2p7NzdSf5R8Hy63f9x9FSbhgEV+FiBp&#10;gLx/DWR2fWR+fVu7fct+0lKyfgF++0ltfiF/EUAkflB/MDcofph/Xy7QfvR/nycEf4l/3CCdgCuA&#10;DmP7fCiE31tqfLSEr1JxfPuEKkk+fRyDe0AIfVWC4TcGfb+CWy60fj2B6icXfu+BayDHf7WA5WOa&#10;eyqLBVsPe8qKT1IdfCOJGkj5fFGHrD/bfJWGVTbwfQ6FFi6xfaaD6ickfniCtyDof1eBlF7jk4hU&#10;2VaekhVYk04KkKpcZkUdjyVgYTwEjX5kjjMUi8ho+irLihZtmCNNiH9yhR0mhxx3kF4IkPtbg1X3&#10;j8Zet013jnZiA0SxjQZlcDvIi3lpCTMKieps2Cr2iGRw0iOqhv51DB2vhct5VV1YjmdiFVVFjWRk&#10;w0zrjD1ng0Q6iu9qYjt9iY1tZDLwiC5wlSsQhtlz5yP1had3bB4mhKV68lyxi/toklSbiyBquExD&#10;ih5s60PIiPtvNjsrh8hxoTLMhpt0LisdhXp21iQwhHt5ox6Ng6h8ZVwNidpvA1QCiSZwoku3iEVy&#10;RUNLh0Fz8TrrhjV1vjKrhTh3pyskhEZ5oCRhg3d7sB7jgtB9rlt1iAt1YVN7h352fEtHhrp3iELv&#10;hdB4lTqmhOB5tjKfg/969isxgzd8QCSJgpd9kB8rght+zFryhod7jVMNhh98J0rthXN8mEKphJt8&#10;/jpug8N9dzKFgv5+CCtHgk1+pySwgdh/PB9ngYV/v1qHhUaBcFKlhP2BgUqPhGiBVEJcg6KBEjo0&#10;gt2A5TJQgjeAyis/gZOAxCTbgTKAsB+XgQyAilozhEiHSFKBhCeG60p5g6aGCUJfgs+E9DpigfuE&#10;DjKggVqDTSt8gN+CpST9gLKB6h+9gKyBL1TcnIZUI02LmlpX10X7mCBbrz4fla5fwDYmkv5kFi5g&#10;kDVosSdFjW1tfCDvisxyihvSiH53mlQEmjxaakzemFNdp0VVliphCj2kk7lknjXpkQ9oaC5hjl1s&#10;bCeFi7VwlSFhiT909xxthyB5UlN9l79glExMlfxjWkTZk/1mPT05kadpUjWsjyFsjS5ajJlv+ye3&#10;ih9zhSHCh9x3Oxzyhe964VMIlVJmo0vJk69o7EROkdBrUTzcj6ht2jVyjVBwiy5OivpzXyfbiLN2&#10;SiIQhqZ5VR1khOl8RlKJkylspUtOkbNudEPnj+5wUzyDjd5yRTVOi7N0ZC5JiYt2oif3h3d46yJQ&#10;hZp7Rh3FhAp9gVINkVRyo0rikAtz+EOWjmN1SjxNjGl2pjUvilR4Hy5XiEl5vSgYhmF7ZCKFhLR9&#10;DR4Wg1B+klGhj8p4dUqIjqx5UUNUjRt6EDwcizR6zzULiTZ7qi5Qh0Z8oSg7hXN9piK1g/J+oB5Y&#10;grd/eVFKjod+GUpBjY1+ekMfjBJ+oTv9ijV+ujT5iEV+9C44hnV/RSg4hLp/qiLdg1B//x6OgjqA&#10;OVERjX+Dm0oNjKCDfUL0iz2DADvliWuCazT9h3+B/C5RhbyBqShUhBuBaSL9gtGBIB65gdeA1aI1&#10;VptPqpPkWilUI4VCXb9YmHYdYXhdC2aHZWhhh1bGaZpmI0dmbgpq9jh3ctpwLSrHd/t2BKAoUcpZ&#10;n5JNVdpdMIPhWexgunTsXhhkQ2V9Ynxn1FXqZyNrhUa+bA1vZzgacVhzpyrPdup4bJ5NTXFji5CT&#10;UflmKIJtVndow3OXWwtrYmReX9VuDlUGZOpw2EYdakRzyjfIcAB3CyrXdfh6sZx3SYNtVY7iTnxv&#10;BYDWU1hwunJUWEhycmNIXXl0OFQvYvJ2F0WMaLN4FTeAbtR6TyredSJ8zpq0Rf52+41gS2B3yX+C&#10;UJx4m3EaVeB5bWJtW2Z6S1N9YT97PEUTZ1t8PzdEbdN9airjdGp+vZkqQu6AdowZSK+AZX54TkCA&#10;VHA8U9eAQmGoWaeANFL8X8mANES3ZjeAPDcVbPqAUyroc82AeZfiQEyJvYsNRmGIwn2kTD6HyW+R&#10;UhuG0WEPWDGF3FKDXpWE6kR0ZUGD9zbzbEOC/Crsc0qB/pbfPh+Ss4o5RHqQxnz9SpaO4G8PUKuN&#10;A2CiVvqLK1IfXZmJTEQsZH2HYjbYa62FXirvct6DS5YoPHWbIYmeQwCYO3yBSUeVam6yT4aSsmBh&#10;Vf6QA1H0XMeNQ0QEY9eKaza7azSHairycoiEYZdkXWVP/ooZYGFUaXxtY3NY0W47ZqldN1+cahBh&#10;q1DdbbZmRUKJcZlrGDS0ddxwVigvemd2MJV6WMdZaojHXElc/3tbX81gj21bY2tkHl7iZztntVBM&#10;a05rbkImb6FvWDSLdFhzqChMeU94fZO6VJpizIcYWJJlg3nuXHxoNmwNYH1q6l3MZLNtqk9yaTFw&#10;ikGPbfBzkjRGcw127ChleFd6ppIIUNJsEIV/VTJt7HhzWXdvyGrpXdFxpFzSYmtzik61Z0t1i0EU&#10;bG13qzQQceZ6CCh7d318ppB2TXV1N4QcUjB2P3czVs53Q2nBW3t4Q1wIYGh5TU4TZaR6bECsax57&#10;nzPmcOh8+SiOdsF+eY8jSo5+PIL1T5d+cXY4VIN+mmjoWX5+vVtKXrV+5U2aZDh/HUBdaf9/YjPE&#10;cBB/tyiediGAGY4PSBSHC4IGTWOGaHVtUpCFsmg7V82E9VqxXUeEPU0mYwqDjUAkaQyC4zOub1mC&#10;NSirdZ2BhI05RgyPi4FLS5OOEHTLUPaMeWezVmeK2Fo7XBaJQEy8YhSHqz/faEqGFjOcbsOEbii1&#10;dTCCu4yiRHqXloDBSiuVSHROT7SSz2dJVUuQTlnrWyGN20yGYUeLZj+vZ6qI6TN8bk6GUSi+dNmD&#10;vIy+ZF1QY4BwZslUt3O6aVRZDmZ+bAFdaFjebthh1UslcehmbT3gdTFrPzEleNdwgCXAfL12WIrs&#10;X/hZMn8XYuVcyHKRZdtgWmWHaOhj7lgQbCRnkUqGb55rWz12c1JvWDEBd19ztiXxe5t4i4lUW/Fi&#10;DX2nX1Nk2HF9YqlnoGSRZhFqaFdPaahtP0n6bYRwNj0kcZ1zVzDrdgt2yiYcepx6mYfCWFFqznwv&#10;XBRsz3ATX8Buz2N6Y31wzVZgZ3dy1UlIa7J0+jyzcCh3PzDCdOt5wSZBebx8foZYVRpzdHrkWS10&#10;sG7nXSt142JqYTp3EVWqZYN4Ski4ahd5mDxdbuB6/DCoc+18iSZhePx+NoUqUlN7/HnXVq18dG38&#10;WvJ82GGaX0p9MlT4Y9p9kkhKaLF+BTwbbcN+iDCTcxR/HSZ7eFl/vYQ2T/eETXj9VIyEAm08WQ2D&#10;k2DyXaSDFFRkYnSCnUfdZ4iCMjvtbNCB0jCJcluBciaRd9GBEIN5TgaMVHhUUs2LRmygV3+KAmBr&#10;XEWIp1PrYUmHV0d0ZpaGEDutbBCE0DB/ccSDgyajd2KCMIL0TIKT9HfXUXKSMGwnVkaQFl/8Wy+N&#10;3VOVYFeLskc6ZcuJkDt6a3KHcDBfcVGFQiaxdwqDH4Iba45Qw3a2bW1U/mrub3BZQ16rcY9dlFIO&#10;c85h/kVldj5mlzk8eN9rai2te9JwryN7fvh2e4BiZ2FZAHVxabhckmnfbBtgJV3ObpNjv1FdcS9n&#10;bkTkdAJrRzjvdwdvUy2jellzwCPAfcx4ln7vY4thSHQVZk5kI2jPaQpm/lzea9dp3FCjbsxszkRg&#10;cf1v4zimdWBzIy2aeQl2sSP8fMN6i32IYA1piXLCYy1rqGeaZjttx1wOaVZv6k/7bKRyFkPycCt0&#10;YDhzc+R2zC2bd995diQxe918Vnw6XPxxsXGpYGdzGWaVY8B0elsMZyZ11k9JasB3P0Nkbp14wDgf&#10;cqR6WC2IduR8GSRdexZ99XsnWlN5u3CtXf16cGW1YZh7DlpGZUR7oE6kaSF8PEMCbTx87TfqcYl9&#10;ry1/dgh+hSSCem9/Y3pIWA6Bjm/lW/CBkGUDX8KBaFmpY6iBLU4cZ8CA+0KibBaA2DfHcJWAxC2A&#10;dUyAtCSheeSAoHmbVi6JGW9JWkCIbmRxXj+HflkpYlGGcE2pZpuFbkI+ayeEeTePb9SDkC19dLKC&#10;oCS6eXOBrXkeVLSQSm7WWO2O/WP+XQ6NRVi+YUCLYE1VZauJiUIHal2HwTdgbzeGAi1jdECEPiTO&#10;eRiCindscwZRBWzxdFdVK2IcdcxZZFbVd1VdsUtCePBiHT+yerFmvTSvfJhrmCpXfsRw4CFkgRN2&#10;mXXYbxhYvWvPcNVcTGEucp5f4lYbdHNjhUq2dmJnQz9WeH5rMDSGesFvTypsfURzyyG9f9p4nXSH&#10;a3FggmqUbZJjamA0b61mVlVBcdFpS0oOdBNsWD7jdoZvjDRPeSFy7Cp1e/J2liIKfsh6e3NMaB5o&#10;OWlnapJqdV8XbPlstVR8b2Ru+0lscfxxUz57dMJzyzQhd652ZSp/esl5OCJNfdl8L3IfZSlv42hS&#10;Z+Vxc14gapBzAFOibUJ0i0j2cB52KT4qczJ34TQEdmZ5sCqQecR7qSKFfQx9t3EhYpx3dmeCZZd4&#10;YV1waH95N1L6a3B6BEhebol63j3Rcdh70jPVdUt82CqQeOZ98iK1fGB/D3BTYGt+0mbFY5x/GVzH&#10;Zrl/NVJlaeB/QEffbTF/Vz15cLV/gjO6dFd/vSqZeCh//SLce9GAOG+wXpmF5WY0YfeFjVxBZUGE&#10;71HwaJOEM0d4bBGDhD0hb8mC5zONc5WCWSqgd4qBxyL8e12BMm85XSSMqmXHYKqLv1vWZBaKZVGO&#10;Z4iI20cuayWHYDzzbwCF+TNncviEnyqOdxeDRiMVewCB/2zSes1RFWNKe4dVLlltfGJZYE8pfUVd&#10;r0Skfi1iJTowfy1m1TBVgEprvic4gZpxDh+AgwR2smtodx9YVWJEeDxb5ViVeV5fg06EeoJjNUQv&#10;e7NnCTnufQRrDzBKfnJvRydogBJz1h/sgb94ompAc6dfoGEtdR9il1e7dotlmE3Gd/RoqEOleXBr&#10;1jmaexJvLzAwfNBysieKfrl2eyBJgKF6a2kocHpm32Adcj1pOFa7c+1rl00NdZ5uBEMRd2hwiTk9&#10;eVdzMTANe2F1+iehfY14+CCZf6p8CmgkbaRuC18zb6lvxlXkcZlxgkxGc4xzQ0KkdZV1GDjzd853&#10;Di/2eht5GSe6fIZ7SCDeftd9fGc7ayp1Jl5fbW12RFUtb5l3VEu3ccR4YUI1dAd5fTjNdnJ6uS/y&#10;ePp8BifUe6B9ZiEXfiV+wWZ8aQd8EV3Da4d8mFSrbed8+EtGcEF9S0HOcrV9sDiEdVR+Li/keAV+&#10;vifnet5/TyFGfZJ/12XkZz2CuV05ae6CrFQvbHyCXErebv6B8kF2cZyBnDg6dGqBXC/Ad0KBLif1&#10;ej+A+yFsfRqAwWVyZcuJHFzQaKSIg1PLa1iHgEqHbfuGU0E4cLeFOzgXc6WEOy+pdqWDTCfxeciC&#10;XyGLfLqBgGKEgtxQ4Vn0gvFU91EUgyBZKkfTg0tdgz5bg25iDTUDg5tm1ixNg9tr2CRihENxNR3V&#10;hMR2x2FDf2pXt1kDf91bT1BHgEpe+0c2gKpixD30gQhmtjTVgXtq3yxbggJvOCSqgrFz3h5Sg3F4&#10;pWBDfB1ekFgMfOFhnk+EfZBkuUaPfi5n7D2AftBrQzSYf4xuySxagFxydiTigU92YR6+gkl6W19U&#10;eQ5lXlciehdn2U6lewNqX0Xwe+Rs+j0HfM5vsjRUfdJykSxOful1jyUNgBx4ux8cgUl7515wdk9s&#10;H1ZOd5huBk3jeMFv80VGedxx6jylewZ0ADQXfE52NixCfaN4gSUwfxF66h9rgG59R12lc+Ryy1WX&#10;dWx0IU1Hds51bkTCeCF2wTxBeX54KDP6evR5rixFfIF7RiVTfih86R+tf7d+elz0ccl5RFTyc496&#10;CEy3dSh6skROdqt7WTvqeDV8FDPQedh85ixde4V9yiV5fV9+rx/jfx9/gFxmcAJ/jFSIcgd/x0xn&#10;c9F/xkQZdXN/sjvHdxx/uzOmeOx/3SxCesGAFCWPfLyAQCAPfqSAXFv8bpCFmlQkcL+FTEwLcrSE&#10;nkPPdHiD0TuXdjyDIzOReCmCjyw9eiKCDyWbfEKBjCAyfkKBD1iKizpQYVD4ipRUgUkaigBYvkDd&#10;iV5dKzhxiKdh0zAyh+5mwSidh0Jr5CHYhrZxVRxghlF22Vdxh/1W11AVh7hagUhMh1peRUA+huJi&#10;LjgQhlhmSDAShddqnii/hWZvICI1hRtz4hzthPF4p1aYhNVdSU87hNhgdUechLhjsz+ohHZnEzev&#10;hChqnC/qg+huWCjVg7lyNiKBg692Rh1ng756TFXSgd1jr052gh1mU0bcgjdpBz8jgjRr2DdQgihu&#10;zy+/gixx7Cjggj91JSK+gnJ4gR3QgrZ7x1URfylqDU3Bf6tsJkY5f/5uTD6XgDFwgjcKgGFy4S+b&#10;gKR1XyjogPR37iLxgWB6kR4pgdR9F1RffMRwW00dfYpx6kWxfhdzej4tfnx1FTa+ftx2zS+If014&#10;pyjzf9J6iyMcgHR8dB5zgRd+O1PFerN2eUyUe7h3gEVCfHt4dD3ZfQx5bjZ7fZd6gy9rfjJ7sikI&#10;ftZ87iNEf6p+IR6wgHt/M1NBeOd8WUwWei981kTVeyZ9LT2Ge+B9gjZAfIx98i86fVJ+eCkDfg9/&#10;DiNvfv9/lh7hf/2AA1Lgd3GCHkvMePaCF0Sgeh+Bvz1xeu2BWDZVe6OBGi9ofHyA+CknfWOA6COK&#10;fn6Azh8If5iArE7Yk/1Po0hKkoRT0kFxkRFYHTo9j4VcpDLhjdlhdiu7jCNmkyVBinpr5B+UiPZx&#10;bxsZh7R2503MkPpVuUdSj+1ZfUCAjq9dXzl9jT9hcTJsi61lwSuWih1qTyVsiJ9vAyAAh1Jz5Ru1&#10;hkd4p00Ujfhby0aMjSxfHD/VjClihDjqiuhmHDIRiYlp4yt5iDFt4CWQhu1x9yBbhd12Lxw7hQl6&#10;Pkx4ixFh0EXqinxkpD8xia9njzh7iKxqnzHJh4lt4Ctlhm9xRiWvhWp0wCCohJd4TRyvg/h7qkva&#10;iF5nzkVTiBBqIT6uh3tsiDgQhqhvCDGihb9xuStchOJ0iiXPhBd3YiDsg316QR0QgxB87EtBhe9t&#10;x0TGhfFvlT5AhZlxbjfEhPZzXjFzhDl1cCtjg4l3pCXwgvF52iEmgox8CR1hgk5+A0q8g9Bzk0RM&#10;hCB03D3khAJ2IjeGg4t3ezFMgvV48itagm16giYSgfd8FyFbgcB9nB2kga5+70pMggB5L0Pngpd5&#10;8j2Vgq96nzdWgl57WDEtgep8MitFgYt9ICYagTJ+FiGEgRl++R3agSx/tEn7gHx+pUOXgVJ+2z1V&#10;gZ1+5jcxgWx++TEkgQ9/MCtUgMp/fCYogJZ/0SGagJ6AGx4FgMSAVAAA//8AAP//AAD//wAAbWZ0&#10;MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICQoL&#10;DA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNE&#10;RUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9&#10;fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2&#10;t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v&#10;8PHy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYX&#10;FxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RF&#10;RkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1&#10;tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm&#10;5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYH&#10;BwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkq&#10;KywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8&#10;foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS&#10;09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb3&#10;9/j4+fn6+/v8/P39/v7//6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72n&#10;gcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCW&#10;z6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+i&#10;Rkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL&#10;3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6&#10;pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZ&#10;pselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9&#10;oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfG&#10;tqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpsel&#10;ZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g&#10;8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOH&#10;y7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHE&#10;p2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRM&#10;cuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Og&#10;h9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2&#10;wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuan&#10;TITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9Cv&#10;nYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4&#10;u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRUr9oUxg8qVLceapSoPa&#10;qk2Vz6lWpcioYbDFqmu1wqx1ur6rfb+6qoPFtqiHyrKmh9CroofWpJ6J3Jqaj+Gamo/hmpqP4Zqa&#10;j+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/h/6Y4&#10;Mv+jRUr9oktg8qZJceaqSILbrUqT0KxSo8msXa/Gr2ezw7FxuL+zeb24r4HEsqqHy6ymhtClo4bV&#10;nZ+G2pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96T&#10;nYvek52L3pOdi96TnYve/6c4Mv+jRUr9okpf8qdIcOesRoHcr0eS0rBOocqxV63ItmKwxbpstbqz&#10;eL6yroHFraqHy6enhc+gpITTmKGF14+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I&#10;2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja/6c4Mv+jREv+o0lf86lGb+iuRIDds0OQ&#10;07ZIn8y3UarKwFysvbhst7OyeMCtroHGqaqGyqKohM6bpYTRlKOE1Iyhh9eMoYfXjKGH14yhh9eM&#10;oYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX/6c3Mv+j&#10;REv+pUde86pEbumxQX/fuD6O1r1Cm8/DSqTCvlyvtrdsua6xeMGproHGpauFyZ6phMyYp4PPkaWE&#10;0oqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bU&#10;iqOG1IqjhtSKo4bU/6g3Mv+kREv+pkZe9K1Cbeq0Pn3hvTuL2sY8lsrGSKS5vFyyr7Ztu6mxecGl&#10;roLFoayEyJuqg8uVqYPNj6eEz4mmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0Ymm&#10;htGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobR/6g3Mv+kQ0v/qENd9a8/bOy4OnrkwzeH3dM1&#10;kMHESaexul61qbVuvKSxesCir4LEna2Ex5ishMmSqoTLjamFzYiohs6IqIbOiKiGzoiohs6IqIbO&#10;iKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO/6k2Mv+lQkv/&#10;qkFc9rI7au69NnfoyzOA0NIzk7jDS6iquWC2pLVwvKGye8CesIPDmq6ExZWthMeQrITJi6uFyoeq&#10;hsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qG&#10;zIeqhsyHqobM/6k1Mv+lQkv/rD1a+Lc3Z/HEMXHf1yx7xdA1lbDCTqmkuGO3n7VyvJ2zfL+bsYPB&#10;l6+Ew5KuhMWOrYXGiqyGyIesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mH&#10;rIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ/6o0Mv+mQEv/sDlY+b0xYufOLWnQ4CR/uc83l6fC&#10;Uqmeuma1mrVzu5izfb6XsoPAlLGFwZCwhcONr4XEia6GxYauh8aGrofGhq6Hxoauh8aGrofGhq6H&#10;xoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG/6szMv+qO0n/tjJT&#10;8McqWtjeIWbC3ySCrc48mJ/DVqeZvGiylrd1uJS0fb2Ts4O+kbKFv46yhsCLsYbBiLCHwoawiMOG&#10;sIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4aw&#10;iMOGsIjD/60xMv+wM0X4wClM39YjTcfoIGqz3iaEoc9BlpfGWaSTwGqskLx1so+5fbaPt4O4jLaE&#10;uoq1hbyItIa9hrOHvoSziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/&#10;hLOIv4SziL+Es4i/hLOIv4SziL+Es4i//68vMv+5KT/ozh4/zOYbUrfuIW2l3iyDl9JFkpDLW52M&#10;xWuli8J1qoq/fK2Hvn+whLyAsYO8grKBu4Ozf7qEtH66hrV+uoa1frqGtX66hrV+uoa1frqGtX66&#10;hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1/7IqMvHGHDPR4hQ6vPMb&#10;VqjuJm2Y4TV/jthKjIjQXZWGzGubhMl0oIHHeKN+xXulfMR9pnvEfqd5w4CoeMKCqXfCg6p3woOq&#10;d8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3&#10;woOq+r4cKNbdDiPA8BQ/rP0eV5zwLWqP5T55ht5Og4HYX4t/1GuQetFwlHfPdJd1zneYc815mnLN&#10;e5txzH2bcMt/nG/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uA&#10;nW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd2dILGMTtDimw/RZBn/8kVZH0NWWH60Zwf+VUeXvhYX923WiE&#10;cttuh2/ZcYlt2HSLa9h3jGrWeY1p1nqOaNV8jmfVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n&#10;1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P/6M5Kv+fRkD/nVBV+qBQZe+j&#10;UXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4&#10;jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7&#10;tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXk&#10;pFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5&#10;Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/J&#10;toiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKc&#10;g7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG&#10;2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+f&#10;RkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiS&#10;zLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/&#10;mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJb&#10;ltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/&#10;nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOE&#10;l8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+&#10;vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCg&#10;ZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nk9U&#10;+qFOZO+kT3XlplGF2qVYldGiYqPJn22vxZ93tcKegLm/nYi+vJmJw7mUi8e2j43Ls4qQz7GGltSu&#10;g6DXp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeB&#10;odWngaHV/6M5Kv+gRkD/nk5U+qJNZPClTnTlqE+E26dVlNKlX6HKo2mtxaJ0tMKhfbm/oIW+u52I&#10;w7iYici1k4vNsY6O066JltinhZ3aoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDW&#10;oYWg1qGFoNahhaDWoYWg1qGFoNahhaDW/6M5Kv+gRkD/n01U+6NMZPCnTHTmqU6D3KpTktKpW6DL&#10;pmarxqVws8Oleri/pIK9u6KHw7idh8mzmInPsJSO1auSl9qgipzcm4mf2JuJn9ibiZ/Ym4mf2JuJ&#10;n9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y/6M4Kv+gRUD/oExU+6RL&#10;Y/GoS3Pmq0yD3a1QkdSsWJ7MqmKpx6psscSqdrbAqn68vKiEwrikhsmzoYjPrJyN1aOWlNqakZzc&#10;lo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiW&#10;jp7Y/6Q4Kv+gRUD/oEtT+6VKY/GpSXLnrUqB3rBNkNWwVZzOsF6nybBor8ayc7PDsny4vbCAwbas&#10;gsmup4XPpaGK1ZyckdqVmZzckZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe&#10;2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z/6Q4Kv+gRUD/oUpT+6ZIYvKrSHHor0iA37NKjta1UZrQtlqk&#10;zLhlq8q9ca7BuXu2t7KAwK6shMimqIXOnaSH1JSgjtiOn5nbjJue2YybntmMm57ZjJue2YybntmM&#10;m57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57Z/6Q4Kv+hRUD/oklT/KdHYfKt&#10;RnDpskZ/4LdHjNm7TpfTv1ef0MVjpMXAcK26uHm3sLKAwKmthcegqITNl6WF0o6hideHoJLZh6Gc&#10;2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzY&#10;/6Q3Kv+hRED/o0hS/KlFYfOuRG/qtUN94rxEidzCSpPYylSZysZipLy9brCytni5qrGAwaSthceb&#10;qYTMk6aE0Iqjh9SDoo7WgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKi&#10;ltaCopbWgqKW1oKiltaCopbW/6U3Kv+hREH/pEZS/apEYPSxQm7ruEF75MFCht/MRo3Tz1KXwcRh&#10;p7O7bbOrtXi7pbGAwZ+uhMaYq4TKkKiEzoimhtGCpIzTgKSS04CkktOApJLTgKSS04CkktOApJLT&#10;gKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT/6U3Kv+hREH/pUVR/qxCX/W0P2zt&#10;vD5458dAgeDWRofJzVGauMJgqqy6bbWltXi8oLGAwZuuhMWVrITIjqqEy4eohs6Cp4vPf6aP0H+m&#10;j9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Q/6U2&#10;Kv+iQ0H/p0NQ/64/Xfe3PGnwwjtz5tA/edPZP4q+y1Gdr8BhrKW5bragtXm8nLKBwJivhMOSroTG&#10;jKyFyIeqh8qCqYrMf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/&#10;qY7Nf6mOzX+pjs1/qY7N/6Y2Kv+iQkH/qUBP/7I7W/m9OGXsyzht3Nw1eMfWPo6zyVKgp8BjrZ+5&#10;cLaatXq8mLKBv5SxhcKPr4XEi66GxYath8eCrIrIf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uN&#10;yX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J/6c1Kv+jQkH/rDxN/7c2V/LFM1/h1jZj&#10;zeMxfLrTP5GpyFShn8BlrZm6crWWtnu6lLOCvpKyhcCNsYbBibCHw4aviMSCrorFgK6MxYCujMWA&#10;rozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozF/6g0Kv+m&#10;Pj//sTdK+b4wUufPL1XR4ixowOEwf63SQpOgyFehmMFnq5S8c7KSuHy3kLaCuo60hbyLs4a+iLKH&#10;wIWxicGDsYrBgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzC&#10;gbCMwoGwjMKBsIzC/6kyKv+rOD3/uC9F7sgpSNbfJVLD7Clssd8xgqHSRZKXylqfkcNpp46/dK2N&#10;vHyxi7qBtIi5g7aFuIS4g7eGuYG2h7p/tYm7frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61&#10;i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8/6swKv+xLzj2wiY83NofO8brI1ez7Cpvo981&#10;gpbUSpCPzV2ai8hroYnEdaaGwnuqg8B+rIG/gK5/voKwfb2DsXu8hbJ6u4ezebuIs3m7iLN5u4iz&#10;ebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz/60uKv67JTDj&#10;0hotyegbQbb3I1ql7C5vluE8f4zYT4uH0l+ThM1smYHKdJ5+yHihe8d7o3nGfaR4xX+ldsSBpnXD&#10;g6d0w4Soc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KG&#10;qXPChqlzwoap/7QkJezKFiPN5RMsufYbRqf6JluY7jVsjOVEeoTeU4OA2WKKfNVsj3jScZN10HWV&#10;c894l3HOephwzXyZb81+mm7MgJttzIKcbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxs&#10;y4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc9cEVGdHfDBi88xMxqv8eR5r8LFmO8jxnhOpLcn3l&#10;WHp54GOAdN5qhHDbb4dt2nOJa9l2imrYeItp13qMaNZ8jWfWfo5m1YCOZdWBj2XVgY9l1YGPZdWB&#10;j2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP0tIKCb/oDR2t/xUz&#10;nf8jRZD/M1SF90NffvFRaHfsXG9w6WJ0a+dnd2jlbXlm5HB7ZeNzfWPidn1i4Xh+YuF5f2Hhe39g&#10;4H2AX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/g&#10;f4Ff4H+B/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+P&#10;usCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XS&#10;mXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51S&#10;WfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDE&#10;unymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCL&#10;kry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXCh&#10;zJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfef&#10;VGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunym&#10;xrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+&#10;h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7&#10;q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGnt&#10;oFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5&#10;If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/&#10;vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzG/6A5If+dRjb/mlBK/55RWfegUmjtoVZ45KFahtueZJTSm26gzJh4qsaV&#10;gbLElYm2wZGOur+MkL29iJPAvISXw7qBm8W5fqDHuHynyLJ7qsiwe6rIsHuqyLB7qsiwe6rIsHuq&#10;yLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI/6A4Iv+dRjf/m09K/59PWfiiUGjuo1N3&#10;5aRXhdyiYJPTnmqfzZt0qceYfbHEl4a2wZSMur+Pjr68ipLCuoaVxbiCmsi3f6DLtHynzKx8qcqq&#10;fanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanK/6A4Iv+d&#10;RTf/nE5K/6BOWPijT2fvpVF25aZVhN2lXZHUomadzZ9wqMicerDEmoK2wZiKur6SjL+7jY/EuIiT&#10;yLaDmcy0gKHPrH2lz6Z+p8ykf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jL&#10;pH+oy6R/qMukf6jL/6E4Iv+dRTf/nU1J/6FMWPmlTWbvp0915qlTg96oWpDVpmKcz6Nspsmgdq7F&#10;nn+1wZyHur6XisC6kI3GtouSy7SIms6yhqTRpoCk0aCBp82fgafMn4GnzJ+Bp8yfgafMn4GnzJ+B&#10;p8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafM/6E4Iv+eRTf/nkxJ/6JLV/mmTGbwqU5056tR&#10;gt+rV47Xql+a0KhppMulc6zGo3yzwqCEub6ciMC5lozGtZGSy6+NmM+qiqHSoISj05uEps6ahKfN&#10;moSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfN/6E4Iv+eRTf/&#10;nktJ/6NKV/qnS2Xwq0xz6K1PgOCvVI3ZrlyY0q1moc2rcKnIqnmww6eBt76hhMC1m4nGrpWPzKiR&#10;lc+ijp7Smomi05aHpc+Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYem&#10;zpWHps6Vh6bO/6E3Iv+eRDf/n0pJ/6RJVvqoSWTxrEty6bBNf+GzUYvas1qV1LNjns+zbqXLs3ir&#10;w6x8t7ilgb+vnobGqJmMy6GVktCbkpvTlY6i1JGMpdCRi6bOkYumzpGLps6Ri6bOkYumzpGLps6R&#10;i6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bO/6E3Iv+eRDf/oElI/6VIVvuqSGTyrklx6rJMfeK2&#10;T4ncuFeS1rphmtO9baDJuHWrvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSkJWi1I2QpdCMkKbPjJCm&#10;z4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP/6E3Iv+eRDf/oElI&#10;/6ZHVfurR2PzsEhw67VKfOS6Tobev1WP2sNgldLEbZzFu3OqubN4tq6tfb+lp4LFnaKIy5afjs+P&#10;nJbSi5yi04iVpNCJlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mU&#10;pc+JlKXP/6I3Iv+fRDf/oUhI/6dGVfysRWL0skZu7LhIeua/TIPhx1OK3M1ijs7IbJvAv3GqtLd3&#10;tamxfL6frIHFl6eGypCkjM6KopXRhqKh0oSbpdCFmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXP&#10;hZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXP/6I2Iv+fQzf/okZH/6hEVP2uQ2H1tURs7rxGd+nES3/j&#10;z1SE2dRliMjLa5q6wnCprrp3tKO0fL2ar4HDkqyFyIupisyEp5LPgKac0ICjpc+AoabOgKGmzoCh&#10;ps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabO/6I2Iv+fQzf/o0VH/6pC&#10;U/6xQV/2uEFq8cFEc+rMS3ng2lZ8z9VejcDMaZuzw3Kop7t5s561f7uXsYPCjq2FxoeriMqBqY3N&#10;fKiWznuoos17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17&#10;qabN/6M2Iv+fQzf/pUNG/6xAUv+0Pl35vT9m7shDbePWTW/V3U6BxNNZkbXJZp+pwXGroLt5s5m2&#10;gLqUsoXAjK+GxIatiMeAq4zJfKqSynqrnMp5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keauf&#10;ynmrn8p5q5/Keaufynmrn8p5q5/K/6M1Iv+gQjf/pkFF/689UP64O1nzxDxh5tFDZNnfQ3PI3EqF&#10;t9BXlarHZaKgwHCsmbp5tJS2gLqRs4W+i7GGwYWwiMOBrovFfa2Qxnqtl8Z6rZrGeq2axnqtmsZ6&#10;rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG/6Q0Iv+hQTf/qT1D/7M5Tfm+&#10;N1XqzDpZ2907YsvlP3e72UiJq85XmKDGZaSYwHGsk7t6s5C4gbiMtYS7iLOGvoWyicCBsYvBfrCP&#10;wnuwlMN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbD&#10;/6Q0Iv+jPjb/rTlB/7g0SPDGM03f2TZQzeU2Z77kO3ut10iMoM1YmZfGZ6SSwXKrjr17sIy6gbSI&#10;uIO3hLeFuYK1iLt/tIq9fLONvnqzkb96s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qz&#10;k796s5O/erOTv3qzk796s5O//6YyIv+mOjT/sjM998AuQuTSL0HP5C5Vv+8za6/hO36g1kqNls5b&#10;mZDIaaGMw3OoicB7rIa+f6+CvIGygLuEs326hrV7uYi2ebiLt3e3j7h3t5C5d7eQuXe3kLl3t5C5&#10;d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5/6cxIv+sMzH/uSs26swmNtLhJkHB&#10;7yxasO0zbqHhPX+V102MjdBelonLa52Gx3Sig8R6pn/Dfal8wYCresCCrHm/hK13voavdb6JsHO9&#10;jLFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2x/6ku&#10;If+zKivyxSIs1t4cLcPtI0ey+Stdouw2b5XiQn2L2lKIhdRgkILQbJZ+zHObe8p3nnjJe6B2yH6i&#10;dMeAo3PGgqRxxYSlcMSHpm7Eiqduw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6du&#10;w4unbsOLp27Di6duw4un/6wqIPq9HyLc2RIbxesaM7T6I0qj+S5ele48bYrlSXmD31aCftpkiXrW&#10;bI5203GRc9J1lHHQeZVvz3uXbc5+mGzOgJlrzYKaas2Em2nMh5xozIicaMyInGjMiJxozIicaMyI&#10;nGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic/7YeGOTQDhPI6REgtfkbN6X/JkuX+jRc&#10;i/FCaILqT3J85Vt6d+Fkf3LeaoNu3HCGbNt0iGrZd4lo2XmLZ9h8i2bXfoxl1oCNZNaCjmPVhY9i&#10;1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWP6ccNDMra&#10;Cw+39xIkp/8dOZj/K0mM/jpXg/ZJYXzwVWl17F5vbuljdGrnaXdn5W55ZeRye2PjdXxi4nd9YeJ5&#10;fmDhe39f4X1/X+B/gF7ggoFd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OB&#10;Xd+DgV3fg4Fd34OBy9AJA7riCxOo/xQmmv8hN43/MUWE/0BQfPxOWHT4V19t9F1kZ/JiZ2PwaGph&#10;7mxsX+1wbV3tcm9c7HVvW+x3cFrreXFa63pxWep8cljqf3JY6n9zWOp/c1jqf3NY6n9zWOp/c1jq&#10;f3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9z/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7Jtf&#10;euSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/&#10;l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/&#10;nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyr&#10;yIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZ&#10;Z4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB&#10;/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrB&#10;faK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQ&#10;sMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fc&#10;lnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pT&#10;T/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7&#10;wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9/504Gv+aRS7/l1BB/5tRT/+dVF31nlhr7J1deeSbZIbcmG6S1ZV4nNCSgaTLj4mrx42PscWJ&#10;k7XDhZe4woKausF/nrvAfaK9v3unvr95rb67eLG+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmy&#10;vrZ5sr62ebK+tnmyvrZ5sr62ebK+/504Gv+aRS7/mE9A/51QTv+fUlz2oFVq7aBaeOWfYIXdnGqR&#10;1phzm9CVfaTLkoWrx4+NscSMkbbCh5W5wYOZu79/nb6+faK/vXqowLx5r8G0ebDBsHqwwLB6sMCw&#10;erDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDA/503Gv+bRS7/mU5A/55OTv+h&#10;UFv3olNp7qNXd+aiXYPen2aP15xvmtGYeaPLlYKrx5KJscSOj7bCiZO6v4SYvb2AncC8faPCu3uq&#10;xLR6rcSte67Dqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/B&#10;/543Gv+bRC7/mk1A/59NTf+iTlv3pFFo76VVdeelWoLfo2KN2KBrmNKcdaHMmX6pyJWGsMSSjbbB&#10;jJG7voaWv7yBnMO6fqTFt3yrx617q8anfK3EpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9&#10;rsOkfa7DpH2uw6R9rsOkfa7D/543Gv+bRC7/m0xA/6BMTf+kTVr4pk9n8KhTdOioV4Dgp16M2qRo&#10;ltOhcZ/OnXqnyZmDr8WVirXBj4+7vYmVwbqFncS2gqTHsICqyKd9qsiifqzFn3+uw59/rsOff67D&#10;n3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67D/543Gv+bRC7/nEs//6FKTP+lS1n5&#10;qE5m8apRc+mrVX/iq1uK26lllNWmbp3Po3elyp+ArMWZhrS/k4y8uI2TwbKJmcWuhqHIqoSpyaGA&#10;qcqcgazGm4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3E/542&#10;Gv+cRC7/nEo//6JJTP+mSln5qUxl8axPcequVH3jr1mI3a5ikdata5rRqnWiy6V9q8Gdg7S5lom8&#10;spGQwayMlsaniZ3Io4emypuDqMuYg6vHloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWW&#10;hK3FloStxZaErcWWhK3F/542Gv+cQy7/nUk//6NIS/+nSVj6q0tk8q5OcOuxUnvks1eF37Rgjtmz&#10;apbRsXWexqh7q7yggbSzmoe8rJSNwqaQlMagjZvJnIuky5aHqMuTh6vIkoesxZKHrMWSh6zFkoes&#10;xZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF/582Gv+cQy7/nkg//6NHS/+oSFf7rUlj&#10;87BMb+y0UHnmuFaD4btei9q7apLNtHOewat5qrekf7SunYS8ppiKwaCUkcaakZjJlo+hy5GMqMyP&#10;iqrIjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzG/582Gv+c&#10;Qy7/nkc+/6RGSv+qRlb8rkhi9LNLbe64T3fovVV/4cFehtbAbI7It3Gdva53qrKnfbSpoYK7oZyI&#10;wZqYj8aUlpbJkJSfy4ySqMyKj6rJio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzG&#10;io6sxoqOrMaKjqzG/582Gv+cQy7/n0Y+/6VFSv+rRVX8sEZh9rZJa/C8TnTnwlV738hhgNHDao3E&#10;unCduLJ1qa2re7OjpYC7m6GGwZSdjcWOm5TIipmdyoaZqMuGlKrJhpKrxoaSq8aGkqvGhpKrxoaS&#10;q8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvG/581Gv+dQi7/oEU9/6dESf+tQ1T+s0Rf97pH&#10;aO/BTXDlyVZ13M5keszGaY2+vm6csrZ0qKewebKeq366laaEwI6ji8SIoZLHhJ+ayYCfp8qBmqrI&#10;gpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvG/6A1Gv+dQi7/&#10;oUQ9/6hCSP+vQVP/tkJd975GZezHTWvj0lht1tNhesfKZ4y5wm2brLxyp6G2d7GYsX25j62Cvoiq&#10;icOCqJDGfaeZyHqnpcl7oqvIfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6s&#10;xn2erMZ9nqzG/6A1Gv+dQi7/okI8/6pAR/+yPlH9ukBZ88NEYOjPTmPf3Flnz9hgecDPZoqyyGua&#10;psJwppu8dq+RuHu3ibWBvIKyh8B9sI7DeK6WxXatocZ1rKzGd6atxXemrcV3pq3Fd6atxXemrcV3&#10;pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3F/6A0Gv+eQS7/pEA7/6w9Rf+1O073vz5V7MtEWeHa&#10;T1rU31FsxtpafbjTYourzmmYn8ZxpJXAd62Ou360h7eDuYG0h718soy/ebGTwXawm8J0sKbCcrCt&#10;wnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C/6EzGv+eQS//pz06&#10;/7A6Q/26OErwxjtP49VFTtXhRl/I4ktxut1SgazVW4+fzGablsZwpI/AeKuKvH+xhLmDtYC3h7h8&#10;tou7ebSQvHe0l712tKG9dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSz&#10;pb50s6W+/6IzGv+gPi7/qjk3/7Q1P/bANUTnzzlF1988UMnnQWS75UZ2rNxOhZ/TWpKVzGecjsZx&#10;pIrCeaqFv36ugLyCsn26hrR6uYq2d7iOuHW3k7lzt5q5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5&#10;c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5/6MyGv+jOiz/rjQ0/roxOu3KMDva3TI/yuc4VbzsPWmt&#10;5UR5n9tOh5TTXJKNzGibiMhyoYTEeaaAwn2qfMCBrXm+ha93vYiwdLyLsnK7kLNwu5W0b7qatG+6&#10;mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0/6QwGv+nNSr/tC8w9MMq&#10;Md7YKy3M5i5FvfI1Wq3uO2yf5ER7k9tRh4vUXpCGz2qYgstznX7IeKF6xnykd8SApnXDg6hzwoap&#10;ccGJq2/AjaxtwJKtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1s&#10;v5Wt/6UvGv+tLSX8vCco5dAhJM7kJDO+8SxKrvgzXaDtPW2T5Ed6it1UhYPXYYx/0mySe89yl3fN&#10;d5p0y3uccsp+nnDJgaBuyIShbceHomvGiqNpxo6kaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWR&#10;pWjFkaVoxZGlaMWRpWjFkaVoxZGl/6csGv+1JR/syRoc0OIZIb/wIjiv/StNoPg1XpPuQWyJ5k13&#10;geBYgH3cZIZ42GuLc9VxjnDTdZFu0nmTbNF8lGrQf5Zpz4KXaM+FmGbOiJllzYyaZM2OmmTNjppk&#10;zY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a/64kFvXBFxTU3w4QwO8YJrD9&#10;Izyh/y1OlPk6XYnxR2iB61JxeuZdeHTiZH1w32uBbd1whGrcdIZo23iIZtp7iWXZfYpk2ICLYtiD&#10;jGHWhY1g1omOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuO&#10;/rkWDdTSCwbC7g4WsfwZKqL/JT2U/zJMifxAWYH2TWJ68Fhpc+xfb2zpZHNo52p2ZuVveWTkc3pi&#10;43Z8YeN5fWDie35f4X5+XuGAf13gg4Bc4IWBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvf&#10;iIFb34iBW9+IgVvfiIFb34iB1MgJA8TXCgey+xAZo/8cK5X/KDuK/zhIgf9FUnr8Ulpy91lga/Re&#10;ZGbyZGhi8GlqYO5tbF7tcW1c7XRuW+x2b1rseXBZ63txWOt9cVjqf3JX6oJzVumEc1bphHNW6YRz&#10;VumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzxM0IAbTdCAuk/xIal/8fKov/LjaB&#10;/z1Bef9KSXH/UlBp/1hVY/1dWF/7Y1tc+WddWvhrX1j3bmBX93FhVvZ0YVX2dmJU9XdjU/V5Y1P0&#10;fGRS9H5kUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBl/5Yz&#10;FP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqp&#10;y3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqM&#10;hZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg&#10;9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHH&#10;c7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+V&#10;QyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ue&#10;q8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbV&#10;h4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhh&#10;be2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7Oy&#10;xnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/&#10;k1E3/5dTRf+ZVlL9mVtg9Zhgbe2WZ3nlk3GE35B7jtqNhJbViIqc0YSQos+AlabMfZmpy3udrMl5&#10;oa7Id6WvyHaqscd0rrLHc7SyxHS6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6&#10;sr91urK/dbqy/5YzFP+WQyX/lVA3/5lRRP+bVFL+nFhf9ZtdbO2ZZHjmlmyD35N2jdqPgJbUjIid&#10;0YeOo82Dk6jLgJiryX2crsh6obHGeKWyxneqtMV1sLXFdLi1vXe4tbh3uLW4d7i1uHe4tbh3uLW4&#10;d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1/5czFP+WQyX/lk43/5pPRP+dUlH+nlVe9p5aau6c&#10;YHbnmmeC4JZyjNqSe5XUjoSd0IqLo82GkanKgpatyH6bsMZ7oLPFeaa1xHestsN2s7e+d7e3t3i2&#10;uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4/5gzFP+XQyX/l003&#10;/5tNQ/+fUFD/oFNd96BYae+fXXXonWSA4Zpui9uWd5TVkYCc0I6Jo8yJj6nJhJWux4CassV9oLXD&#10;eqe3wniuucB3tbm4eLW5sXm1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6&#10;tbmserW5/5gzFP+YQyX/mEw2/5xMQ/+gTk//olFc+KNVaPCiW3TpoWF/4p5qidyac5PWlXyb0ZGF&#10;o8yMjKnJh5OvxoKZs8N+oLfCeqi5wXixu7l4s7yxebO7q3q0u6d7tbqne7W6p3u1uqd7tbqne7W6&#10;p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6/5kzFP+YQyX/mUs2/55LQv+hTE7/pE9b+aVTZvGlWHLq&#10;pF5946Jmh92ecJHXmXiZ0pWBoc2PianJipGvxYOYtMJ/n7i9fKe7unqwvbJ6sr6re7K9pnyzvKN9&#10;tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6/5kzFP+YQyb/mUo2/59K&#10;Qv+jS07/pk5Z+qhRZfKoVnDrqFx75adihd+jbI7Zn3WX05p+n82ThqjFjY2vv4eUtbmDnLm1f6O8&#10;sX2svqx8sb+lfLG/oX6zvZ5+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLue&#10;frS7/5kzFP+ZQyb/mkk1/6BIQf+kSU3/p0xY+qpQZPOrVG7trFp55qxgguCqaYvapnOUz598ncaX&#10;g6i+kIqwuIuRtrKGmLqtg6C9qYGov6WAsMCff7DAnICyvZqBs7uagbO7moGzu5qBs7uagbO7moGz&#10;u5qBs7uagbO7moGzu5qBs7uagbO7/5ozFP+ZQyb/m0g1/6FHQf+lSEz/qUpX+6xOYvWvUmzusFh2&#10;6LFef9+waIjVrHSQyqN6ncCbgai4lIewsY+OtquKlbumh52+ooWlwJ+Er8GZga/Bl4KyvpWDs7yV&#10;g7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8/5ozFP+ZQyb/nEc1/6JGQP+n&#10;R0v/q0lW/a9MYPayUWrutFdz5bdefN22aoPPr3KQxaZ4nbuefqeymIWwq5OLtqWOk7ufi5q+m4mi&#10;wZiIrMKTha/Ckoaxv5GGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8&#10;/5ozFP+ZQib/nEY0/6NFQP+oRUr/rUdV/rFKX/W1UGjruVZw471ed9m7aoDLsnCQwKl2nbaifKet&#10;nIKvpZeJtp6TkLuZj5i+lI2gwZGMqcKNiq7CjYmxv42Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2J&#10;sr2NibK9jYmyvY2Jsr2NibK9/5szFP+aQib/nUU0/6REP/+qREn/r0VT/LRJXfK5T2XpvlZs4cNg&#10;ctO+aYDGtW6Pu610nLCmeqenoICvn5uGtZiXjruTlZW+jpKdwYqSp8KIkK7CiI6wwIiNsr2IjbK9&#10;iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9/5szFP+aQib/nkQz/6VCPv+rQkj/&#10;sURS+rdIWvC9TmHmxFZn3slibc7BZ3/BuW2OtrFym6uqeKaipX6umaCEtZKdi7qMmpO+h5ibwISX&#10;pMKClq/Cg5OwwISRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+/5sz&#10;FP+aQSb/n0Iz/6ZAPf+tQEf/tEJP97tHV+3DTV3kzFhg2c1gbMnFZn68vWuNsLVxmqWvdqWcqnyt&#10;k6aCtIyiibmGoJC9gZ6Zv32eosF7nq/BfZmwwH+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/&#10;lrK+f5ayvn+Wsr5/lrK+/5wzFP+aQSb/oEEy/6g/PP+wPkX/t0FN9MBFU+rJTlbi1VpX0tFea8TJ&#10;ZH22wWqMqrtvmZ+1dKSWsHqsjayAsoaph7d/p467eqaWvneloL90pq2/d6Gxv3qdsr56nbK+ep2y&#10;vnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+/50zFP+bQSb/oj8x/6o8Ov+zPEL7uz5J&#10;8MZETebST03c3FdWzNVdar7NY3uwx2iLpMFtl5m8c6KPuHiqhrR+sH+yhbV5sIy4dK+Vu3Gun7xu&#10;r6u9caqzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8/50zFP+b&#10;QCb/pDww/605OP+2OT/1wTxD6c5ERN7dTUfS4FNYxdtcaLfTYXqpzWaJnMhrlZHEcZ+IwHanf719&#10;rXi7hLFzuou0b7iUt2y3nbhqt6i5aba2uG2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5&#10;ba+1uW2vtbltr7W5/54yFP+dPiX/pzku/7E2Nfu8NjrtyTo84NpEOtLiR0zH4k1eud5UbqzZW3yf&#10;1GKIlNBok4rMb5uCx3eifMN+qHbAhKxyvoqvb7yRsW28mLJru6Gzarutsme6trRnura0Z7q2tGe6&#10;trRnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0/58yFP+gOiT/qjQs/7UyMfPDMjPj1Dgw0+E8&#10;P8boQlK55UhjrOJNcp/fVH+T2V2KidJnk4PNcJp9yXefeMZ9pHTEg6dwwoipbsGOq2zAlKxqv5ut&#10;ab+lrWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66t/6AwFP+jNiL/&#10;rzAo+7wtK+jNLCjV4DAwx+k4RLnsPles6UVnnudLdZLgU4CJ2V6JgtRokXzQcZZ4zHebdMp9nnDI&#10;gqFux4eja8WLpWnEkKZoxJanZsOeqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOl&#10;qGXDpahlw6Wo/6EvFP+oLx//tSoi8MYkIdjdIyDI6S01uvI1SazxPFqe8ENpkuhMdYjhVX+B22GH&#10;e9dqjXbTcZFy0XeVb898l2zNgJpqzIWbaMuJnWbKjZ5lyZKfY8mYoGLInqFiyJ6hYsieoWLInqFi&#10;yJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6h/6MtFP+uKRr4vyAa3tYYE8noIiW69Cs6rPg0TZ73&#10;PFyS8UZpiOlQc3/jWXt632SCdNxrhnDZcYpt1naNatV7j2jTf5Fm0oOSZNGHlGPRipVh0I+WYM+U&#10;l17PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY/6coEv+3HxLmzhEN&#10;y+YVFrv0ISqs/is+nv80TpL6P1yI8kpmf+xVb3noXnVy5GR7buFrfmrfcIFo3nWEZdx5hWPbfYdi&#10;2oGIYNqEiV/Zh4pd2IuLXNeQjFvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvW&#10;lI1b1pSN/7AeC+3GDgjN2wsIu/MVGqz/IS6e/yw/kv83TYf9RFh/9k9hePFZaHHtX21q62RxZ+hq&#10;dGTnb3di5XR5YOR4el/je3td4358XOKBfVvhhH5a4Yh/WeCMgFjgj4FY4I+BWOCPgVjgj4FY4I+B&#10;WOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+B870NBMzPCQG95QwMrP8XHp7/JC+S/y89h/89SX//SVJ4&#10;/FRacPhaX2n0X2Rk8mVnYfBqaV7vbmtc7nJtW+12blrseW9Y7HxwV+t+cFbrgXFV6oRyVOqIc1Pp&#10;i3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0zMYIAL3UCAOt9Q4Pn/8a&#10;H5P/Jy2I/zQ5fv9CQ3f/TUpu/1NQZ/9ZVWL8Xlhe+2RbW/loXVn4bF5X93BgVvdzYVX2dmJU9Xhi&#10;U/V7Y1L0fWRR9IBkUPODZU/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP&#10;84ZmvcsGAK7bBgSf/xAQk/8dHYj/Kih+/zgydv9EOm3/S0Fl/1FGX/9XSVv/XUxY/2JOVf9mUFP/&#10;alFS/21SUP9wU0//clRO/3VUTf93VU3/eVVM/ntWS/5+V0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2B&#10;V0r9gVdK/YFXSv2BV0r9gVdK/YFX/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ2&#10;6Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+U&#10;V0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6u&#10;oNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai&#10;/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bY&#10;dpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8&#10;f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/&#10;lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJt&#10;s6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40t&#10;Dv+NPh3/jEwu/5RTO/+VVkf/lltU/ZVhYPaSaGvvj3B16Yt6f+SHg4ffgoqN3H6Qktl6lpfWd5ua&#10;1XSgndNypZ/ScKmh0W6uotBttKPQbLqk0GzCpMpuxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTE&#10;b8SkxG/EpMRvxKTEb8Sk/44tDv+OPh3/jksu/5VROv+YVEf/mFhT/pheX/aVZGrvkmx16Y52fuSK&#10;gIffhYeO24COlNh8lJjVeZqc03afn9FzpKLQcaqkz2+vpc5utqbObb2nym7Cp8Nwwqe9ccKnvXHC&#10;p71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn/48tDv+OPh7/kEot/5dPOv+ZUUb/m1ZS&#10;/ppbXveYYWnwlWh06pFxfuSOfIbfiYSO24OLlNd/kprUe5ie0neeodB0pKTOcqqmzXCxqM1vuanL&#10;b8Gpw3HBqbxywKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cq/48tDv+P&#10;Ph7/kkot/5hNOf+bT0X/nVNR/51YXPibXmjxmWVy6pVtfOSRd4bfjIGO24eJldaBkJrTfZaf0Hmd&#10;o851o6bNcqupzHCzqstvvavFcr+rvXO/rLZ0vqyxdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6t&#10;sXW+rbF1vq2xdb6t/5AtDv+QPh7/k0kt/5lMOf+dTkT/n1FQ/59WW/meXGbynGJx65hpe+WUc4Tg&#10;j32N24qGlNaEjZvSf5Wgz3qcpc12o6jLc6urynG1rcZxvq2+dL2utnW9rrB2va6sd72urHe9rqx3&#10;va6sd72urHe9rqx3va6sd72urHe9rqx3va6sd72u/5AtDv+QPh7/lUks/5tKOP+eTEP/oU9P/6JU&#10;WvqhWWXzoF9v7J1meeaYb4Pgk3mM246Ck9aHipvSgZKhz3yapsp4oqrHdautw3O0r79zvLC3dbyw&#10;sHe7sKp4u7Cnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebyw/5EtDv+RPh7/&#10;lkgs/5xIN/+gSkL/o01N/6RSWPulV2P0pF1t7qFjd+iea4DimHWJ3JJ+ktOMh5rMho+hxoCXp8F8&#10;nqy9eaavuXavsbd2urKvd7qyqnm6sqV6urKie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7&#10;saJ7u7Gie7ux/5EtDv+RPh7/mEcs/51HN/+hSEH/pUtM/6dQVvyoVWH1qFtr7adhdOWkaX7en3OH&#10;1Jh9kMuRhJrEioyivoSTqLiAmq20fKKwsHqrs615tbSoerm0pHu5tKB9ubOdfbqznX26s519urOd&#10;fbqznX26s519urOdfbqznX26s519urOdfbqz/5ItDv+SPh7/mEYr/55GNv+jR0H/p0lL/6pOVfqr&#10;U17yrFlo6axgceKpaHrZpXODzZx6j8WVgZq9joiit4iQqbGEl66sgJ+xqH6ntKV9sbWhfbi2nX64&#10;tZp/ubSZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqz/5ItDv+SPh7/mUUr&#10;/59ENf+kRUD/qUhJ/6xMU/iuUlzvsFhl5rFfbd6waXbSqXGCyKB4j7+Yfpq3koWisIyMqaqIlK6k&#10;hZyyoIKktZ2BrraagLe3l4G3tpWCubSUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SC&#10;ubOUgrmz/5MtDv+SPR7/mkQq/6BDNf+mRD7/q0ZI/65LUfWyUFnstVdh5Ldeadq0aXPNrG+CwqR2&#10;j7mcfJmxloOiqpGKqaOMka6eiZmymYehtZaFq7eThba3kYS3t5CFuLWQhbm0kIW5tJCFubSQhbm0&#10;kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0/5MtDv+TPR7/m0Mq/6JCNP+oQj3/rUVG/LFKT/K1T1bp&#10;ulZd4b1gZNS4Z3LIr22Bvad0jrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqLeMirO4i4m3t4uI&#10;uLWLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0/5MtDv+TPR7/nEEq/6NA&#10;M/+pQTz/r0RF+rRITPC6TlPnv1ZZ3sJgYM+7ZnHDs2yBuKtyjq6keJilnn6hnpqEqJeWjK6Rk5Sy&#10;jJGctYiPpreFj7G4hY62t4aNuLaHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWH&#10;jLi1/5QsDv+UPR7/nUAp/6Q+Mv+rPzv/sUJC+LhHSe2+Tk/lxldT2sZeX8u+ZHG+tmqAs69wjamp&#10;dpigo3yhmJ+CqJGbia2KmZKyhZaatYGVpLd/la63fpS3t4GRt7aCkLi1gpC4tYKQuLWCkLi1gpC4&#10;tYKQuLWCkLi1gpC4tYKQuLWCkLi1/5QsDv+UPR7/nj8o/6Y9Mf+tPjn/tEFA9LxGRevETUnizlhL&#10;08pcXsbCY3C5umh/rrRujKOudJeaqXqfkqWAp4qhh6yEn4+xf52XtHucobZ4m6y3d5u3tnqXuLV8&#10;lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0/5UsDv+VPR7/oD0n/6g7MP+w&#10;PDf9uD888cFEQOjLTkLe01VKzs1bXcDGYW60v2d+qLltip20cpWUr3iei6t+pYSohap9poyveKSV&#10;snSjn7Rxo6q1cKO4tXOeubR2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mz&#10;/5YsDv+XPB7/ojom/6o5Lv+zOjT5vTw47shDOePVUDfX2lJIyNJZXLrLX22txWV8ocBriZe6cJON&#10;tnachLN8on2wg6h3roqscq2Tr26snbFrrKiyaa22smyou7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+j&#10;u7Fvo7uxb6O7sW+ju7Fvo7ux/5csDv+aOx3/pDcl/602K/+3NzDzwzox5tBDMNzfSjXP31JHwdhY&#10;WrPRXmumy2N6msdpho/CbpCGv3SYfbx6n3a6gaRwuImoa7eSq2i3nK1lt6euZLe0rmWzva5orb2u&#10;aK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2u/5gsDv+dORz/pzQj/7EzKPm9Mirq&#10;yzcp3N0+KdDjRjrF4k1LuN5VWqzZXGie02J3ks9ngojLbYx+yXOUdsd5mnDFgZ9qxImiZsOSpWLD&#10;nKdgw6aoX8O0qF/BwqhhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGp/5ks&#10;Dv+gNRr/qjEg/7YuI/DFLSLf2DMc0OM6LsToQkC45UlQq+FOX57eVWyS21x3h9hjgX7Vaol21HGP&#10;b9F5lGvOgJhnzIibZMqQnWLJmJ9gyaGgX8mroF/JuZ9cyMOiXMjDolzIw6JcyMOiXMjDolzIw6Jc&#10;yMOiXMjDolzIw6JcyMOi/5ssDv+kMBj/rywb+L4nG+TRJhfR4i0gxOs3M7frPkWq6UVUnudMYpLl&#10;Um6G41h4feBgf3bcaYZw2HGLa9V4j2jTf5Jl0YaUYs+NlmDOlJhezpuZXc2jmlzNrZpbzbeaW823&#10;mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbea/50sDv+oKxT/tyQV68ocEdPgHhPE6ysm&#10;t/E0OKrwPEmd70RXke5LY4btUm196Ft1deNifHDga4Fr3XKFaNp4iGTZfoti14SNX9WKjl7UkJBc&#10;05WRWtOcklnSpJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyT/6ErDf+v&#10;Iw/0whcM1t0QB8XrHhi39ikrqfczPJ32PEuR90RYhvZNYn3wVmp2615xbudkdmrka3pm4nJ9ZOB3&#10;gGHffYJf3oKEXd2HhVvcjIZa25GHWNqWiFfZnYlW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOK&#10;VtmjilbZo4pW2aOK/6gjCf25FgfW0QsDxuoQC7b3Hh2p/SkunP40PpD/PkuG/kdWffhRXnbzWWVu&#10;8F9qaO1lbmTqa3Jh6XF0X+d2dl3me3hb5X95WeSEeljjiHxX44x9VuKRflThl39T4Zx/U+Gcf1Ph&#10;nH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx//7EVA9THCQHG1goDtvcSD6j/HyCb/yswkP82&#10;PYX/QEh9/0tRdf1UWG35Wl1n9mBiY/NmZV/ya2dc8HBpWu90a1jueGxX7XxuVeyAb1TshHBT64hx&#10;UuuMcVHqkXJQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVz1r4HAMXLCAC3&#10;2wkFqP8UEpv/IiGQ/y4uhf85Onz/REN0/05KbP9UUGX/WlRg/V9YXftlWlr6alxX+W5eVfhyX1T3&#10;dmBS9nlhUfZ9YlD1gGNP9IRkTvSHZE3zjGVM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQ&#10;ZkzzkGZM85BmxMIGALbRBwCo7QsGm/8XE5D/JR+F/zEqfP88NHP/Rjtq/0xBY/9TRl7/WUla/15M&#10;Vv9jTlT/aFBS/2xRUP9vUk//clNO/3ZUTP95VUv/fFVK/n9WSf6CV0j9hlhH/YpYR/2KWEf9ilhH&#10;/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYtskEAKjZBAGb/w4Hj/8aEYX/Jxt7/zMkcf88LGj/&#10;QzJh/0o3W/9QO1b/Vj1T/1xAUP9gQU7/ZENM/2hESv9rRUn/bkZI/3FGR/90R0b/dkhF/3lIRP98&#10;SUP/gElC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK/4IoCf+CORb/gUgl&#10;/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43f&#10;aayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o&#10;0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SS&#10;guRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKS&#10;z2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74&#10;hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxl&#10;zZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pP&#10;Mf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO&#10;3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKS/4IoCf+DORb/g0cl/4xOMf+QVT3/kVtI/5BhU/6NaF74iG9o8oN4cO1+gnjpeop+5naRg+Rz&#10;l4ficJ2K4G6ijN9rp47daqyQ3WiykdxnuJPbZr+T22bHlNlm0JTPaNCTy2nQlMtp0JTLadCUy2nQ&#10;lMtp0JTLadCUy2nQlMtp0JTLadCU/4MoCf+DORf/hkYk/45NMP+TVDz/lFhH/5JeU/+QZV34jG1n&#10;8oZ1cO2Bf3jpfYd+5XmPhOJ1lYjgcpuM3m+hj91sp5Hca6yT22mzlNpoupbZZ8OW2WbNl9BpzpbI&#10;as6XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82X/4QoCf+EORf/iEUk/5FMMP+V&#10;UTv/llZH/5VcUv+TYlz5j2pm84pycO2Fe3jpgIR/5XuMheJ3k4rfc5qO3XCgkdttppTaa62W2Wm0&#10;l9hovZjYZ8iZ0WnMmclrzJnCbMyavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcua&#10;/4UoCf+FORf/ikQk/5NLL/+XTzr/mFRG/5dZUP+WYFv5kmdl845vb+6JeHfpg4F/5H6KheF5kYve&#10;dZiP3HGfk9puppbYbK6Y12q2mtZowZvTacubymvLm8Jtypy7bsqduG/Knbhvyp24b8qduG/Knbhv&#10;yp24b8qduG/Knbhvyp24b8qd/4UoCf+GORf/jEQj/5VKL/+ZTTr/mlFE/5pWT/+ZXVr6lmRk9JJr&#10;bu6NdHbph35+5IGHheB8j4vdd5eQ23OeldhvppjWbK+a1Wq5nNRpxp3LbMmdw23JnrxvyJ+1cMif&#10;snHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccif/4YnCf+GORf/jkMj/5dJLv+aSzn/&#10;nE9D/51UTv+cWlj7mmBi9ZZobO+Rb3Xqi3l+5YWDheB/jIzdeZWR2XSdltRwpZrQbq6dzWy3n8tr&#10;w6DDbsegu2/HobVxxqGvcsahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ah/4cn&#10;Cf+HORf/kEIj/5hHLf+cSTj/n0xC/6BRTP+gV1b7nl5g9Jtlau2WbHPnkHZ84YqAhNuEiYvTfpGS&#10;zniZmMl0oZzGcamfwnCyosBvvaO6cMWjs3LFpK5zxaSpdMWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOm&#10;dcWjpnXFo6Z1xaOmdcWj/4cnCf+IOBf/kUEi/5pFLP+eRzb/oUpA/6NQSv6jVVT2olxd76BiZ+ic&#10;aXDhlnR52pB9gtGJhovKgo2TxX2VmcB5nZ68dqWhuHOtpLVyuKWycsOmrHTDpqd2w6ajd8SloXjE&#10;paF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSl/4gnCf+IOBf/k0Ei/5tELP+gRTX/o0k/&#10;/6VOSPunVFHzplpb66VgZOOiaG3cnXN20ZV6gsmNgovCh4qTvIKRmrd9mZ+yeqGjr3eppqt2s6ep&#10;dsCopHfCqKF5wqedesOnm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOm/4gnCf+J&#10;OBf/lUAh/51CK/+iRDT/pUg9/6hMRviqUk/vq1hX56tfYOCoaWnUoXB1y5l4gcKSf4u7i4aUtYaO&#10;mq+ClaCqfp2kpnump6N6sKmgebyqnXrBqZp8wamYfcKoln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKn&#10;ln3Cp5Z9wqeWfcKn/4knCf+JOBf/lj8h/55BKv+jQjP/p0Y7/qtLRPWuUUzssFdU5LFeXNutaGbP&#10;pW51xZ11gbyWfIu1kIOUroqLm6iGkqCjgpqlnoCiqJt+rKqYfrirln7Aq5R/wKqTgMGokoDCqJKA&#10;wqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKo/4knCf+KOBf/mD8g/58/Kf+lQTL/qkU6/K5J&#10;QfKxT0nptVZQ4bdfV9WxZWXKqGx0wKFzgLeaeouvlIGUqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWr&#10;j4K/q46DwKqNg8GpjYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8Go/4onCf+LOBf/&#10;mT4g/6E+KP+mQDD/rEM4+bFIP/C1TkXnulVL3rteVNC0ZGXFrGtzu6RxgLGeeIqpmH6TopOFmpuP&#10;jaCWjJWlkYmdqI2Hp6uKh7KsiIe/rIiHwKuIhsCpiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbB&#10;qIiGwaiIhsGo/4onCf+MNxf/mz0f/6I9J/+oPy//rkI297RHPO26TUHkwFZG2b9cU8u3Y2TAr2lz&#10;tqhvf6yidYqknHyTnJiDmpWUiqCPkZKlio6bqIaNpKuDjK+sgY29rIKMv6uDisCpg4rBqYOKwamD&#10;isGpg4rBqYOKwamDisGpg4rBqYOKwamDisGp/4snCf+ONxf/nDwf/6M7Jv+qPS3/sUAz9LhFOOq/&#10;TDzix1VA08JaUse6YWO7s2dysK1tfqenc4meoXqSlp2AmY+aiJ+Jl5CkhJSYqH+Toqp8kq2repK6&#10;rHuRwKt9j8Gpfo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGo/4wnCf+PNhb/nToe&#10;/6U6Jf+tOyv8tD4w8bxDNOfFTDbey1I/zsZZUcK+YGK2uGZwq7FsfaGscoiYp3iRkKN+mImghZ6C&#10;nY2jfZuWp3iZn6l1mKqqc5m3q3SYwKp3lMGpeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiT&#10;wqh4k8Ko/4wnCf+RNRb/nzgd/6c4I/+vOSj5uDws7sJCLuXNTC3Y0E89yclXULzDXmCwvGRvpbdq&#10;fJuycIaSrXaPiql8loKmg5x8pIuhdqKTpXKhnadvoKipbaC1qW2gwahwm8KncpnCp3KZwqdymcKn&#10;cpnCp3KZwqdymcKncpnCp3KZwqdymcKn/40mCf+UNBX/oTYb/6o2If+zNiX1vjkn6slAJuDWSSjR&#10;1U48w85WTrbIXF+qwmNtn71oepS4boSLtHSNg7F6lHyugZp1rIiecKuRomupm6RoqaamZqmzpmaq&#10;w6VppMSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSl/44mCf+XMxT/ozQa/60z&#10;Hv64MiDwxTUg49M/HNjeRSbK2006vdNUTLDOW12jyWFrmMRnd43AbIGEvXKJfLp4kHW4f5Zvtoea&#10;arWQnWW0mqBis6WhYbSxomC1wqFir8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJk&#10;q8ai/5AmCf+bMRL/pjEX/7EuGve+LRrnzjEX2d45Gc3jRCjC4E04tdtTSqjVWVqc0F9okMxlc4bJ&#10;a319xnGFdcR3i27DfpBpwYaUZMCPl2DAmppdwKWbW8Cxm1rBwZtbvMqcXbfKnV23yp1dt8qdXbfK&#10;nV23yp1dt8qdXbfKnV23yp1dt8qd/5EmCf+fLxH/qi0U/7coFe3IJhLa3CkOzOQ2HcHmQC6240g+&#10;quBOTJ7dVlmS2l1liNZjb37Uanh20nB/btB3hWjPf4ljzoeNX86QkFvNmpJZzaWTV86yk1bPwpNW&#10;y9CUV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+V/5MmCf+jLA7/sCYP9cAfDd/V&#10;GwfN5CcTwes0I7XqPTOp50VCneVLUJHjUlyG4lhmfOBfbnTfZnVs3m16Zt51f2HdfYJd3IaFWtuP&#10;iFjZmIpW2KGLVNisi1TYt4xT2MmLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taL&#10;/5ckCf+pJgr+uBwJ5s4RBc7jFwjA7iYXtPAyKKjuOzic7UNGkexLUobsUlx861lkc+tea2rqZHBl&#10;6Gx1YeZ0eF7kfHtb4oN9WeCLf1bfkoFV3pqDU96ig1LdqoRR3baEUd2/hFHdv4RR3b+EUd2/hFHd&#10;v4RR3b+EUd2/hFHdv4RR3b+E/58hBv+wGwXpxQ0D0NkLAsDuGAyz9iYcp/UxLJv1OzqQ9URHhfVM&#10;UXz1U1pz9Vlga/NfZmXwZmph7W1tXet0cFrqenNY6IF0VueHdlTmjXhT5ZR5UeSbelDkoXtP46p8&#10;TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8/6gcAuu8DAHNzAkAweAMBLL6GRCl&#10;/Ccgmv0yLo/9PTuF/kVFe/9NTnL/VFVr+1paZPhgX2D2Z2Jc9G1lWfJyZ1fxeGlV8H5qU++DbFHu&#10;iW1Q7Y9uTuyUb03rmnBM66FxS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZy97MN&#10;AMzDCAC/0QgAse8OBqT/GxOZ/ykhjv80LoT/Pzl7/0dBcf9OSGr/VE5j/1pSXv5gVlr8ZlhX+2xa&#10;VfpxXFP5dl5R+HpfT/d/YE72hGFM9YliS/WOY0r0lGRJ85plSPOeZkjznmZI855mSPOeZkjznmZI&#10;855mSPOeZkjznmZI855mzbsFAL3HBgCx2AcBo/8QCJj/HxSN/ywgg/83K3r/QTRw/0c7aP9NQWH/&#10;VEVc/1pJWP9fS1X/ZU1S/2pPUP9uUU7/clJM/3dTS/97VEn/f1VI/oRWR/6IV0b9jVdE/ZNYRPyW&#10;WUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZvb8EALDOBACi4AYCl/8TCIz/IhOD/y4d&#10;ef84JW7/Pi1m/0UyX/9MN1n/UjtV/1g+Uf9dQE//YkJM/2ZDSv9qREn/bkVH/3JGRv92R0X/ekhD&#10;/35IQv+CSUH/hkpA/4tLP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49Lr8YCAKLW&#10;AgCW9woCi/8WB4L/JA93/y0XbP8zHmP/OiRc/0IoVv9JLFH/Ty9O/1UxS/9aM0j/XjVG/2I2RP9m&#10;N0P/aThB/2w4QP9wOT//czo+/3c6Pf97Ozz/fjw6/4M8Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9&#10;Ov+GPTr/hj06/4Y9/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0&#10;b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj&#10;34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4Vg&#10;SP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA&#10;51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/&#10;d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutk&#10;qnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPf&#10;gdRj34HUY9+B/3YkBv93NRD/eUIc/4JJJ/+HUTL/iFg9/4dfSP+DZlH/fm5a+3l3Yvd1gmn0cYpu&#10;8W2Sc+5rmXbsaJ9562ake+pkqn3pY69/6GK1gOdhvIHnYMSC5l/OguNf14PcYduD0mPdg89k3YPP&#10;ZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2D/3ckBv94NRD/fEEc/4VIJ/+KTzL/jFY9/4tdR/+H&#10;ZFH/gmxa+3x0Yvd4f2nzdIhv8HCQdO1sl3jrap576WekfuhmqoDnZLCC5mK2g+VhvoTlYMeF5WDT&#10;hd1i2YXTZNyFzGXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduG/3gkBv94NRD/fkAb&#10;/4hHJv+NTjH/j1U8/45bRv+LYlD/hmlZ/IBxYvd7e2nzdoVw73KOdexulXnqa5x96GmjgOdmqYLl&#10;ZbCE5GO3heRiwIfjYcuH32LVh9Vk2ofNZdmIxmfZicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn&#10;2InEZ9iJ/3kjBv95NBD/gD8b/4pGJv+QTTD/klM7/5FaRf+PYE//imdZ/IRuYfd+eGnyeYJw73SL&#10;dutwk3vpbZt/52qiguVnqYTkZbCG42S5iOJiw4niYtCK2GTYis5m2IrHZ9eLwGjWjL5p1oy+adaM&#10;vmnWjL5p1oy+adaMvmnWjL5p1oy+adaM/3kjBv96NBD/gz4b/41FJf+TTC//lVE6/5RXRP+SXU7/&#10;jmVY/IhrYfeCdGnyfH9w7neIdutzkXzob5mA5muhhORoqYfiZrGJ4WS7i+Bjx4zcY9SMz2bWjMdo&#10;1Y3AadSOumrUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SO/3ojBv97NBD/hT0a/49E&#10;JP+WSi7/l044/5dUQv+VWkz/kmFW/I5pX/aHcGjygXpw7XuFd+p2jnzmcZeB422fhuBqqIndZ7CM&#10;2ma7jdZlx47RZtSPx2jTj79q05C5a9KRs2zSkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGy&#10;bdKR/3sjBv98NBH/iDwa/5JDJP+YSC3/mkw3/5pSQf+ZWEr8l19U9pNmXfCNbmbrh3dv5oCBduF7&#10;i33cdZOD13Gch9JupIvPa6yOzGm1kclowJLHaM+Tv2vRk7hs0JOybdCUrW/Qk6tv0ZOrb9GTq2/R&#10;k6tv0ZOrb9GTq2/Rk6tv0ZOrb9GT/3wjBv99NBH/ijsZ/5RBI/+aRiz/nEs1/51QP/+dVkj4m11R&#10;8ZhjW+uTa2TkjXVt3oZ+ddiAh3zReo+DzHaXicdyn43Eb6eRwG2wk75su5W7a8iWtm3PlrBvzpar&#10;cM+WpnHPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+V/3wjBv99NBH/jDoZ/5dAIv+c&#10;RSv/n0k0/6BOPPuhVEX0oFpO7J1hWOWZaWHek3Nq1Yx7dM6Fg33If4uEwnqTir52m4+6c6OTtnGr&#10;lrNvtpixb8KYrXDNmKhyzZikc82YoHTOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6X&#10;/30jBv9/MxH/jjkY/5k/If+eQyn/oUcy/6NMOvilUkPwpFhL6KNfVOGfaF3XmHBozpF4dMaKgH3A&#10;hIiFun+Pi7V7l5Cxd5+UrXWnl6pzsZmnc72bpXPLm6B1y5qddsyamnfNmZl3zZiZd82YmXfNmJl3&#10;zZiZd82YmXfNmJl3zZiZd82Y/34iBv+AMhD/kDgY/5s/IP+gQij/pEYw/qZLOPSoUEDsqVdH5Kld&#10;UNylZlrQnW5ox5V1c7+OfX25iYSFs4OMjK1/k5GpfJuVpHmkmaF3rZued7mcnHfInJl4ypyXecub&#10;lXrMmpR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJmUesyZ/34iBv+CMhD/kjcX/5w9H/+hQCf/&#10;pkQu+6lJNfGsTzzprlVD4a9dS9WoZFnLoWtnwplzc7mTen2yjYGFrIiJjKaEkJGhgJiWnX2gmpl8&#10;qpyWe7adlHvEnpJ8yp2Rfcqcj33Lm499zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcya/38i&#10;Bv+EMRD/kzYX/548Hv+jPyX/qEIs+K1HMu+wTTnmtFQ/3bNbSdCsYlnGpGpmvJ1xcrSXd3yskX6F&#10;poyGjKCIjZGahZWWloKempKAp52Pf7KejYDBnoyAyZ6LgMqdioDLm4qAy5uKgMubioDLm4qAy5uK&#10;gMubioDLm4qAy5uKgMub/38iBv+FMA//lTYW/587Hf+lPST/q0Eq9bBFL+y1TDTjulQ52LdZSMuv&#10;YVjBqGhmt6Fvcq+bdXynlXyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhoS+n4WFyZ6FhMmdhYTK&#10;nIWEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5uFhMub/4AiBv+HLw//lzUW/6A6HP+nPCL+rT8n&#10;87NELOm6SzDhv1I107pYR8ezX1e8rGZlsqVtcamfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKop2B&#10;iq2ff4q7n36KyJ5/icmdgIjKnICIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMub/4EiBv+J&#10;Lg//mTUV/6I4G/+pOiD7sD0k8LhCKOa/Sirdw080zr1WRsK2Xla3sGVkralrcKSkcXqcn3iDlJt+&#10;io6XhpCIlY6VgpKWmX6QoJx6j6ueeI+4n3eQyZ55jsqdeozLm3uMy5t7jMube4zLm3uMy5t7jMub&#10;e4zLm3uMy5t7jMub/4EiBv+LLQ7/mzQU/6Q3Gf+sOB74tDoh7b1AI+TGSSPXx0wzycFVRb26XFWy&#10;tGNjqK5pb5+pb3mWpXaCjqF8iYedg4+Bm4uUfJiUmHeXnZtzlqidcZa1nnCWxp1ylMqcdJLLm3WR&#10;y5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5p1kcua/4IiBv+NLA3/nTQT/6Y0GP+vNRv0uDcc6cM+&#10;HODNRR/Ry0syxMVUQ7i/W1OtuWFhorRobZmvbneQq3SAiKd6h4GkgY17oomSdaCRlnCem5ltnaab&#10;ap2znGmew5xrnMubbpjMmm+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZ/4MhBv+QKw3/&#10;oDMR/6kyFf2zMRfwvjQX5cs7FdrUPx3Lz0kwvslSQrLEWVGnv2BfnLpma5K2bHWJsnJ+ga94hXqs&#10;f4t0qoeQb6iPk2qnmZZnpqSYZKaxmWOnwZlkpc2YZ6DNmGifzZdon82XaJ/Nl2ifzZdon82XaJ/N&#10;l2ifzZdon82X/4QhBv+TKQv/ojAP/60uEvi4LBLrxi8Q4NU4C9LaPRzF1EguuM9QQKzKWE+gxV5d&#10;lcFkaIu9anKDunB6e7d2gXS1fYdus4WLaLKOj2SxmJJhsKOUXrCwlV2xv5VdsdCUYKrQlGGo0JRh&#10;qNCUYajQlGGo0JRhqNCUYajQlGGo0JRhqNCU/4YhBv+XKAr/piwN/7EoDvLAJgzj0CgH1N8yC8nf&#10;Phm920cssdZPPaTRVkyZzVxZjsliZYTGaG57xG92dMF1fG3AfIJovoSGY72NiV+8l4xbvKKOWbyv&#10;j1i9vo5XvtSOWbbTj1q005BatNOQWrTTkFq005BatNOQWrTTkFq005BatNOQ/4ghBv+cJwj/qicK&#10;/LghCenKGwXV3iAEyeUwD77jPR204UYsqN5OOpzaVUiR1ltVhtNhYHzQZ2l0zm5wbc11dmfLfHti&#10;y4R+XsqNglrKl4RXyqOGVcqvhlTLvoZTzNWGVMTZiFXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB&#10;2YlVwdmJ/40dBf+iJQb/sB8F8sIUA9nbDgHJ5iAHvegvFLLnOiKn5UMxm+NKPpDhUEqG31dUfN5e&#10;XXTdZWRs22xqZtt0b2HafHNc2YR2WdmOeVXZmHtT2qN8UdqwfVDbvn1Q3NN8UNTgflHQ4H9R0OB/&#10;UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R0OB//5UaA/+pHwP7uhIC1M0LAMnmDwK87SALsO0uGaXsOSea&#10;60I1j+pJQYXpUEt76FdTcuhdWmrnY2Bk52plX+dyaVvnemxX54JuU+eLcVDnlXJO6J90TOiqdUvo&#10;tXZK58N2Sujddkvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1/50WAf+xEgHTwwkAx9EK&#10;ALvyEQSv8yEPo/MuHZnzOSqO80I2hPNKQXvzUkly81dQafNcVmPzY1pd82leWfNwYVXzd2NS839m&#10;T/KHZ03wj2lL75hrSu+gbEnuqW1I7rNtR+3Abkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G&#10;7cdu/6cPANO6BwDFxwcAutYJAK36Ewai+iISl/ovH437OiuD/EM1ev1MPnH9UUVo/VZLYf5bT1z+&#10;YlNX/mhWVP1vWFH7dVpO+nxcTPmDXUr4il9I95FgR/aZYUb2oGJF9adjRPSxZEP0tWRD9LVkQ/S1&#10;ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVk1rIEAMS+BgC3zAYArNwJAaD/FgiV/yUUi/8yH4L/PCl5/0Uy&#10;b/9KOWf/Tz9f/1VDWv9bR1X/YUpS/2dMT/9sTk3/ck9L/3hRSf9+Ukf/hFNF/4tUQ/+RVUL+mFZB&#10;/Z5XQP2mWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVhA/KlYxrgEALbEBACq0wUAnvINApT/&#10;GgmK/ygTgf80HXf/PCVt/0IsZf9HMl3/TTZX/1M6U/9ZPU//Xz9M/2RBSv9pQ0j/bkRG/3NFRP95&#10;RkL/fkdB/4RIP/+KST7/kEo9/5VLPP+cTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59M&#10;t7wDAKnLAgCc2wMAkv8QAon/HQiA/yoQdf8xGGv/OB9i/z4kW/9EKVT/SixQ/1EvTP9XMkn/XDNG&#10;/2A1RP9lNkL/aTdB/244P/9zOT3/dzo8/3w7O/+CPDn/hz04/4w9N/+TPjb/lT42/5U+Nv+VPjb/&#10;lT42/5U+Nv+VPjb/lT42/5U+qsQAAJzSAACP5wIAhv8RAnz/GwVx/yQLaP8rEV//MhdX/zkbUf8/&#10;Hkz/RiFI/00jRf9SJUL/VydA/1soPv9fKTz/Yyo6/2crOf9rLDf/byw2/3QtNf94LjT/fS4y/4Iv&#10;Mf+IMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx/4ow/2okBP9pMgr/bD4U/3ZGHv97TSn/&#10;fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5bvNZ&#10;wW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw/2ok&#10;BP9pMgr/bD4U/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo&#10;916oavZcrWv1W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDc&#10;Xehw3F3ocNxd6HDcXehw/2ojBP9pMQr/bj4U/3dFHv98TSj/flQz/3xcPP95ZEX/c21O/294Vf9r&#10;glr9aItf+2WUY/lim2b3YKFp9l6na/VdrWz0XLNu81q6b/JZwXDyWcpx8VjYcexZ4XHmWuRx4Fzn&#10;cdhd6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx/2sjBP9qMQr/cTwU/3pDHf+ASyj/gVMy&#10;/4BaPP98YkX/d2pO/3F0Vf9uf1v9aolg+maSZPhkmWj2YaBr9V+nbfNerW/yXLNw8lu6cfFaw3Lw&#10;Wc1z7lndc+ha4nThXOVz2V7mc9Bf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d0/2wjBP9r&#10;MQr/czsU/31CHf+CSif/hFEy/4NZO/+AYEX/e2hN/3RxVf9wfFv8bIdh+WiQZvdlmGn1Y59s82Gm&#10;b/JfrHHxXbNy8Fy7dO9bxXXvWtB16lrfduJc4nbbX+V10WDmdsph5XfKYeV3ymHld8ph5XfKYeV3&#10;ymHld8ph5XfKYeV3/20iBP9sMQv/djoU/4BBHf+FSCf/iE8x/4dXO/+EXkT/f2ZN/3huVf9zeVz8&#10;boRi+WqNZ/Znlmv0ZJ5u8mKlcfFgrHPvXrR17l28du5bx3ftW9Z45VzgeNxf43jSYOR4y2HkecRj&#10;43rEY+N6xGPjesRj43rEY+N6xGPjesRj43rEY+N6/24iBP9tMQv/eDgT/4M/HP+JRyb/i04w/4tV&#10;Of+IXEP/g2NM/31rVP92dVz8coBi+G2KZ/VplGzzZpxw8WOkc+9hrHXuX7R37V2+eexcy3roXNx6&#10;3l/hetJh43vKYuJ8xGPifb5l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9/24iBP9uMAv/&#10;ezcT/4Y+HP+MRSX/j0wu/49TOP+NWkH/iGFL/4NpU/p8cVv3dnxi83GHaPBtkG3taZlx6mahdehj&#10;qXjmYbJ65GC7e+Jfx3zgX9p91GLhfcpj4H7DZOB/vWbfgLdn34C3Z9+At2ffgLdn34C3Z9+At2ff&#10;gLdn34C3Z9+A/28hBP9vMAv/fjYS/4k8G/+QRCT/k0wt/5NSNv+SWUD/jmBJ+YhmUvSCblrvfHlh&#10;63eDaOdyjG7kbZVz4Gqdd91npnraZa581mO4ftNiw4DRYtOBymTfgcFl3oK7Z92CtWjdg7Bp3YOw&#10;ad2DsGndg7Bp3YOwad2DsGndg7Bp3YOwad2D/3AhBP9yLwv/gTQS/4w7Gv+TQyL/l0sr/5dRNP+W&#10;Vz36k11G845kT+6Ia1jognVg43x/aN53iW7ZcpF0026ZedBroX3MaKmAyWaygsdlvYPFZcuEwWbc&#10;hLlo24WzaduFrmvbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuF/3EhBP90Lgr/hDMR&#10;/486Gf+WQyH/mkkp/5pOMvyaVDv1mFtE7pRiTeePaVXhiXNe24J8ZtN8hW/Nd411yXKVesVvnX/B&#10;bKWCvmqthbtpuIe5acSIt2nYiLBr2YirbNmIp23ZiKNv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv&#10;2oejb9qH/3EgBP92LAr/hjIR/5I6GP+ZQiD/nEcn/55ML/ieUjjwnVhA6ZpfSeKVZ1Laj3Bc0Yd4&#10;ZsqBgW/FfIl2wHeQfLt0mIC3caCEtG+ph7Fts4mubL+KrGzPi6hu14ukb9iKoHDYip1x2YmdcdmJ&#10;nXHZiZ1x2YmdcdmJnXHZiZ1x2YmdcdmJ/3IgBP94Kwr/iDAQ/5Q5F/+bQR7/n0Ul/aFKLfSiUDTs&#10;olY85KBcRdybZU/Sk21cyox1ZsOGfW+9gYV2t3yNfbN4lIGudZyGq3OliadxroulcLqNo3DJjaBx&#10;1Y2cc9aMmnTWi5d02IqXdNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiK/3MgBP96Kgn/iy8P/5Y5&#10;Fv+dPxz/oUMj+qRIKvGmTjHop1Q44adcQNWfYk7LmGtbw5FyZryLem+2hYJ3sIGJfat9kYKmeZmG&#10;onehip91q42cdLaOmnTFj5h11I6VdtWNk3fVjZJ31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ouS&#10;d9aL/3MgBP98KQn/jS8P/5g4Ff+fPRv/pEEh96hGJ+2rTC3lrVIz3KpZP9CjYU3GnGlavpVwZbaP&#10;d2+vin92qYWGfaSBjoKffpaHm3uei5d5qI6UeLOPknjBkJB505CPetSPjnrVjYx71oyMe9aMjHvW&#10;jIx71oyMe9aMjHvWjIx71oyMe9aM/3QfBP9+KAn/ji4O/5s4FP+hPBn/pz8f9KtEJOqvSinis1Eu&#10;1q5XPsunX03BoGdauZluZbGTdW6qjnx2o4qDfZ6Gi4KZg5OHlICbi5B+pY6NfbCQin29kYl+0JGI&#10;ftOPiH7Ujod+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y2HftWN/3QfBP+AJwj/kC4O/503E/+j&#10;Ohj8qT0c8a9CIOe0SCTft04s0bFVPceqXky9o2VZtJ1sZKuXc26kk3p2no6BfJiLiIKSh5CHjoWZ&#10;i4mDoo6Ggq2Qg4K7kYKCzJGCgtOQgoLUj4KB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWN&#10;/3UfBP+CJgj/ki0N/582Ev+lOBb5rDsa7rM/HeW5Rh/au0srzbRUPMKuXEu4p2NYr6FqY6accW2f&#10;l3d1mJN+fJKQhoKMjY6Hh4qWi4OIoI5/h6uQfYe4kXuHyZF8h9OQfIbUj32F1Y19hdWNfYXVjX2F&#10;1Y19hdWNfYXVjX2F1Y19hdWN/3UfBP+EJQj/lC0M/6A1EP+oNhT2rzgX67c9GOK/RRnVvkkqyLhT&#10;O72xW0qzq2JXqqZoYqGhb2yZnHV0kph8e4yVg4GGkouGgZCUi3yOno55jaiQdoy1kXSNxpF1jdOQ&#10;dovUj3iJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14idWN/3YeA/+GJAf/lywL/6IyD/+rMxHy&#10;szUT6Lw6E97FPxfQwUgpxLtRObm1WUiusGBVpapnYZymbWuUonRzjZ56eoabgYCAmImFe5aSiXaU&#10;m41yk6aPb5OzkG6Tw5Buk9OPcJHUjnKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWN/3ce&#10;A/+JIgf/mSwK/6UwDfyuLw7vuDEO5MM3DdnKOxbLxUYnv79QOLO6WEeptV9Un7BlX5asa2mOqHJx&#10;hqV4eICif356n4eDdJ2PiG+bmYtsmqSNaZqwjmebwI5nm9WOaZjVjWyU1oxslNaMbJTWjGyU1oxs&#10;lNaMbJTWjGyU1oxslNaM/3geA/+MIQb/nSsI/6gsCvizKgvqvysJ4MwyBtHOORXFyUUlucRONq6/&#10;VkWju11SmbZjXZCyaWeHr3BvgKx2dnmpfXxzp4SBbqWNhWmkl4hlo6KKY6OujGGjvoxgpNKLY6DX&#10;i2Wc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2IplnNiK/3odA/+PIAX/oCkH/6wnB/K4JAblxyQE&#10;2dUnBcvTNxO/zkMjs8pMNKfFVEKcwVtPkr1iWom6aGSBt25sebR0cnOye3htsIN9aK+LgWOulYRf&#10;raCGXa2th1utvIdartCHXKrah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqH/34aA/+U&#10;HwT/pSYF/bEgBOzBGgPf0xcB0NwlBMTZNRC41UEhrNBLMaDMUj+VyVlMi8VgV4LDZmB6wGxnc75z&#10;bWy8enNnu4J3YrqKe165lH5auJ+AWLisgVa5u4FVus+BVrbegliw3YJYr92CWK/dgliv3YJYr92C&#10;WK/dgliv3YJYr92C/4QXAv+ZHAL/qh8D9bkVAt7NDADQ3xIAxeAmBbvfNg6w3UAdpNlJLZjVUTuN&#10;0VhIg89eUnvMZVpzy2thbMlyZ2bIeWxhx4FwXcaKdFnGlHZWxZ94U8aseVLGu3pRx895UcTjelO8&#10;4nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8/4oUAf+fGAH/sBQB2MMKAM7RCgDE5RQBueQm&#10;CK7kNBOk4j8gmeBHLY/eTzmF3FZEe9pdTHPZZFRs12taZtZyX2HVeWRc1IJnWNSLalXUlW1S1KBu&#10;UNStb07VvHBN1tBvTdXocE7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOly/5IRAf+nEQDY&#10;uQkAy8YIAMLVCgC36hYDrOonDKLpNBiY6D4kjedHMIPmTjp65VRDceRaSmnkYVBk42hVX+NwWVrj&#10;eFxW44BfU+OJYlDjk2RN5J1lS+SpZ0rltmdJ5cZnSObfZ0rg7GdK3+xnSt/sZ0rf7GdK3+xnSt/s&#10;Z0rf7GdK3+xn/5wNANuxBgDKvQcAv8oHALXaCgCq7xkFoPAoD5bwNRuM8D8mgvBHMXnwTjlw71RA&#10;aO9aRmHvYEtd72dPWO9uUlTvdVVR8H1XTvCFWUvwj1tI8ZlcRvGjXkTyr19D8rtfQvPMYEHz52BB&#10;8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GBB8+hg3qcCAMu2BQC9wQUAss8HAKfqDQGd9xwHlPgrEor4&#10;NhyB+UAmePpIL2/6TTZn+lM8YPpYQFv7X0RW+2VHUvtsSU/8cktL/HlNSPyBT0X9ilFD/ZNSQf6c&#10;Uz/+plQ9/7FVPf68Vjz+zVY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WzrACAL26BACxxwQA&#10;pdYHAJv9EAKR/yAJiP8tEoD/ORt2/z8jbf9FKmX/SzBe/1E1WP9XOFP/XTtP/2M+TP9oQEn/bkFG&#10;/3VDQ/98RED/hEY9/4xHPP+USDv/nUk6/6VKOf+tSzj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/&#10;uUs4/7lLvrUCALDAAgCkzgMAl94FAI//FAKG/yMIff8uEHP/NRhq/zweYv9CJFv/SChV/04sUP9U&#10;L0z/WjFI/18zRf9kNUL/ajY//3A3Pf92OTv/fDo5/4M7OP+LPDb/kz01/5o+NP+hPjP/qj8z/6o/&#10;M/+qPzP/qj8z/6o/M/+qPzP/qj8z/6o/sboBAKPIAACW1gAAi/QJAYP/FgJ5/yAGb/8oDGf/MBJf&#10;/zcXWP8+G1L/RB9M/0oiSP9QJET/VSZB/1onPv9fKTv/ZCo6/2krOP9uLDb/dC00/3ouM/+BLzH/&#10;iDAw/48wLv+WMS3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54ypMIAAJbPAACI3wAAgP8M&#10;AXX/EgJq/xgDYv8hB1r/KQtT/zEPTf84Ekj/PhVD/0QXP/9KGTz/Txo5/1MbN/9YHDX/XB0z/2Ee&#10;Mf9lHzD/aiAu/3AgLf92ISv/fCIq/4IjKP+IIyf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn&#10;/5Ak/2AlBP9bMAb/YToN/2pBFv9vSh//cVIp/29bMv9rZDr/Z25B/2R6R/9ghEz/XY5Q/1qWU/9Y&#10;nlb/V6VY/1WrWv9UsVv/U7dc/1K+Xf5Rx178UdFf+1DgX/hQ6V/zUe1f7lPwX+hU8V/kVvJf5Fby&#10;X+RW8l/kVvJf5FbyX+RW8l/kVvJf/2AlBP9bMAb/YjkN/2xAFv9xSR//clEp/3FaMv9tYzr/aG1B&#10;/2V4R/9hg03/Xo1R/1uWVP9ZnVf/V6RZ/1aqW/9VsVz/VLdd/lO/Xv1Sx1/8UdNg+lDiYPZR6WDx&#10;Uu5g61TvYOVW8WDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg/2ElBP9cMAb/ZTgN/24/Ff90&#10;Rx//dVAo/3RYMf9wYTr/a2pB/2d2SP9jgU3/YItS/12UVf9anFj/WKNa/1eqXP5WsF79VLdf/VO/&#10;YPxTyWH6UtZi+FHkYvNS6mLtVO5i5lbvYuBY8GLbWPFj21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj&#10;/2IlBP9dLwb/ZzYN/3E+Ff93Rh7/eE4o/3dWMf90Xzr/bmhB/2pzSP9mfk7/YolT/1+SVv9cm1r/&#10;WqJc/lipXv1XsGD8Vbdh+1TAYvtTymP5U9pk9VLmZO9U62ToVu5k4VjvZNlZ8GXTWvBm01rwZtNa&#10;8GbTWvBm01rwZtNa8GbTWvBm/2IkBP9eLwb/ajUN/3Q8Ff96RB7/fEwn/3tUMP93XDn/cmVB/2xv&#10;SP9oe07/ZIZT/2CQWP9dmVv+W6Fe/VmoYPxYsGL7Vrhj+lXBZPlUzWX3U95m8lTnZupW62biWe5m&#10;2lruZ9Fb72jMXPBozFzwaMxc8GjMXPBozFzwaMxc8GjMXPBo/2MkBP9fLgb/bTMM/3c6FP99Qh3/&#10;gEom/39SMP98Wzj/d2NB/3BsSP9sd0//Z4JU/2ONWf1gllz8XZ9f+lunYvhZrmT3WLZm9VfAZ/RW&#10;y2jxVd1o7VbpaeNZ7GjaW+1p0Fzuasld7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5r/2Qj&#10;BP9hLQb/cDIM/3s4FP+BQBz/hEkl/4RRLv+BWTf/fGFA/3ZpSP9wc0/7bH9V+GiJWvZkkl7zYZth&#10;8V+jZPBdq2buW7No7Fq8aupZx2voWdhr5Fnoa9pb62zPXe1tyF7sbsJf7G6+YOxvvmDsb75g7G++&#10;YOxvvmDsb75g7G++YOxv/2UjBP9kKwb/czAM/342E/+FPxv/iUgk/4lPLf+GVzb/gl4+/HxmRvh2&#10;cE70cXtV8G2FWu1pjl/qZZdj6GKfZuZgp2njXq9r4V25bOBcxG3eXNNu2V3mbs5e62/GX+pxv2Hq&#10;cbpi6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+ly/2YjBP9nKQb/dy4L/4I1Ev+JPhr/jUci&#10;/41OK/+MVTP8iFw89oNkRfF8bE3sd3dU6HKBWuRuimDhapNk3WabaNpko2vWYqxu02C1cNBfv3HO&#10;X81yy1/ic8Rh6HO9Yuh0t2TndLJl53SvZud0r2bndK9m53SvZud0r2bndK9m53SvZud0/2ciBP9q&#10;JwX/eiwK/4Y0Ef+NPRn/kUUg/5JNKP2RUzH2jlo68IlhQuqDaUvlfnRT4Hh9WtpzhmDUbo9m0GuX&#10;asxon27JZqdxx2Svc8RjuXXCYsZ2wGLad7pk5nezZeV3rmbld6po5XeoaOZ3qGjmd6ho5neoaOZ3&#10;qGjmd6ho5neoaOZ3/2ciBP9tJgX/fSoK/4k0EP+RPBf/lUQe/5dLJviWUi7xlFg26pBeP+SKZ0jd&#10;hHFQ1X15Ws94gmHKc4pnxm+SbMJsmnC/aqJzvGiqdrlntHi2ZsB5tGbQerFn43qraON6p2rjeqNr&#10;5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hmha+R5/2ghBP9vJAX/gCkJ/4wzD/+UOxb/mUMc/ZtJ&#10;I/SbTyrsmVUz5ZZcO96RZUXUiW1QzIN2Wsd9fmHBeIZovXSObbhxlnK1bp11sWymeK5rr3usart8&#10;qmnKfahq4X2jbOJ8n23ifJxu4nuabuN7mm7je5pu43uabuN7mm7je5pu43uabuN7/2khA/9xIwX/&#10;gigJ/48yDv+XOxT/nEIa+Z5GIPCfTCfon1Iu4J1aNtaVYUTNjmpPxohyWb+CemK5fYJotHmKbrB2&#10;knOsc5p3qHCieqVvq32ibrZ+oG3Ff55u23+bb+B+mHDhfpZx4X2UceJ8lHHifJRx4nyUceJ8lHHi&#10;fJRx4nyUceJ8/2khA/90IgT/hSgI/5ExDf+aOhL/nz8X9aJEHeykSiPkpFAp26FXNc+aX0PHk2hP&#10;v4xwWbiHd2Gygn9orX6Gbql6jnOkd5Z4oHWee51zqH6acrOAl3HAgZZy04GTc9+AkXTgf5B04H6P&#10;dOF9j3ThfY904X2PdOF9j3ThfY904X2PdOF9/2ohA/92IAT/hycH/5QwDP+dORH9oj0V8qVBGumo&#10;Rx/gqk0l1KRUNMqdXULBl2VOupFtWLKLdWGshnxop4KDbqJ/i3SdfJN4mXmbfJV3pX+Sdq+BkHa9&#10;go52zoKNd96Bi3ffgIp44H+KeOB+injgfop44H6KeOB+injgfop44H6KeOB+/2ogA/94HwT/iSYH&#10;/5YwC/+fNw/6pDoT76k/F+atRRrcrkokz6hTM8ahXEG9m2RNtJVrWK2PcmCni3looYeBbpuDiHSX&#10;gJB4kn6ZfI58on+Leq2CiHq6g4d6y4OGe96ChXvegYV734CFe+B/hXvgf4V74H+Fe+B/hXvgf4V7&#10;4H+Fe+B//2sgA/96HgT/iyYG/5gvCv+hNQ33pzgQ7K08E+OyQhbXsUcjy6tSMsGlWkC4n2JMsJlp&#10;V6iUcGChj3dnm4t+bpaIhnORhY54jIKWfIiAn4CEf6qCgX+3g4B/yIR/gN2Df3/egX9/34CAfuB/&#10;gH7gf4B+4H+AfuB/gH7gf4B+4H+AfuB//2wgA/98HAP/jSUG/5ouCf+jMwv0qjQN6bE5D9+3PxLS&#10;tEYix65QMb2oWT+zomBLq51nVqOYbl+clHVnlpB8bZCNg3OLiot4hoiUfIGGnYB+hKiCe4S1g3mE&#10;xYR4hd2DeYTegXqD34B6guB/eoLgf3qC4H96guB/eoLgf3qC4H96guB//20fA/9+GwP/jyQF/50s&#10;B/6mMAnwrjEL5bY1C9u8ORHOt0Ugw7JPMLisVz6vp19KpqFlVZ6dbF6XmXNmkJV6bIqSgXKFkIl3&#10;gI2RfHuLm393iqWCdImyg3KJwoNyitqDc4negXSH34B1huB/dYbgf3WG4H91huB/dYbgf3WG4H91&#10;huB//28eA/+AGwP/kiME/6ArBvqpLAftsiwH4rwxB9XANhDJu0MfvrZNLrSwVjyqq11JoaZkVJmi&#10;al2RnnFlipt4a4SYf3F/loZ2eZOPenWRmH5xkKOBbpCvgmyQv4NrkdWCbY/egW+N34Bwi+B/cIvg&#10;f3CL4H9wi+B/cIvgf3CL4H9wi+B//3EcA/+DGQL/lSED/6MpBfatJwXotyYE3sMqA9DDNQ7Ev0Ed&#10;ubpMLa61VDulsFtHm6xiUpOoaVuLpW9jhaJ2an6ffG94nIR0c5qMeW+Zlnxrl6F/aJetgGaXvIFl&#10;mNGAZpbff2iT4H5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+/3UaAv+HGAL/mCAD/6YlA/Ky&#10;IAPkvh4C18kiAsrHMw2+w0Acs79KK6m6UzmftlpFlrJhUI2vZ1mFrG1gfql0Z3imem1ypIJybaKK&#10;dmihlHlkoJ98YZ+rfl+gun5foM5+X5/hfWKb4X1jmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8&#10;/3gYAv+LFwH/nR0C/aseAuy4FwHeyBEAz80fAsTMMAu4yD4ZrcVIKKPBUTaYvVhCj7lfTYa2ZVZ/&#10;s2tdeLFyZHKveWlsrYBuZ6yJcmKqknVfqZ14XKmqelqpuXpZqsx6WKnkeluk5HpdoeR5XaHkeV2h&#10;5HldoeR5XaHkeV2h5HldoeR5/30VAv+QFAH/oRgB9rEUANnBCwDSzwsAyNIcAbzRLgmxzjsXpstG&#10;JZzITzORxFY/iMFdSYC/Y1J4vGpZcbpwX2u5d2Rmt39pYbaHbV21kXBZtZxyVrSpdFS0uHRTtct0&#10;U7XkdFSw53VWrOd1VqzndVas53VWrOd1VqzndVas53VWrOd1/4MSAf+WEQD/qBEA2bgKAM7ECQDH&#10;0goAv9kZAbTYKwep1jkUn9NEIpTQTS+KzVQ7gcpbRHjIYk1xx2lTa8VvWWXEdl5gw35iXMKHZljB&#10;kWhVwZxrUsGobFDBt21PwsptT8LkbE+97G5QuexvULnsb1C57G9QuexvULnsb1C57G9Quexv/4kQ&#10;Af+dDgDarwgAzbsIAMTHBwC81gsAs98aAarfKweg3jkSlt1DHozaSyqC2FM1edVaP3HTYUZq0mhM&#10;ZdFvUmDQdlZb0H5aV8+HXVPPkV9Qz5xhTs+pY0zPuGNL0MtjTNDlYkrO8mVLyPJmS8jyZkvI8mZL&#10;yPJmS8jyZkvI8mZLyPJm/5INAN6mBADOtAYAwr8GALnMCACw3QwAp+UdA57lLQuU5TkWiuRCIIHj&#10;Sip34lAzb+FYO2ngX0Fj4GZGXt9uSlrfdU5W331RUt+GU0/fkFZN35tXS+CnWEngtVlI4cZZSOHf&#10;WUff8FlG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVb7ZwEANGtBADCuAUAt8MFAK3RCACk7RAB&#10;m+0gBZLtLg6J7DoYgOxDIXbsSipu7FAxZutWN2DrXDxb62RAV+trQ1PrckZQ63pJTeyDS0rsjE1I&#10;7JZORe2hUEPtrlFC7rxRQe/MUkHv5VJA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFR1KUAAMSy&#10;AwC2vAMAq8kFAKDYCACX9BMBj/UkB4f1MQ9+9jsYdPZCIGz2SCdl9k8tXvdVMVn3WzVV92I4Ufdo&#10;O034bz1K+HY/R/h+QUT5h0NC+ZFFQPqbRj76pkc8+7FIO/u+STr8z0k5/ONJOfzjSTn840k5/ONJ&#10;OfzjSTn840k5/ONJx60AALe3AgCqwwIAntAEAJPjCQCM/RgChP4nB3v/MQ9y/zgWaf9AHGL/RiJc&#10;/00mVv9TKlL/WS1O/18wSv9lMkf/azRE/3E1Qf95Nz//gTg8/4o6Ov+TOzj/nTw2/6c9Nf+xPjT/&#10;vj4z/8o/M//KPzP/yj8z/8o/M//KPzP/yj8z/8o/uLIAAKq9AACdygAAkdgCAIj7DQF//xkCdv8k&#10;Bm7/LQxm/zUSX/88F1j/QxtT/0keTv9PIUr/VSRG/1smQ/9gJ0D/Zik+/2sqO/9yKzn/eS02/4Eu&#10;NP+KLzH/lDAw/5wxLv+lMi3/rzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czq7gAAJ7FAACQ&#10;0gAAg+AAAH3/DwFy/xYCaP8eBGH/Jwha/y8MVP83EE7/PhNJ/0QWRf9KGEH/Txk+/1UbO/9ZHDn/&#10;Xx02/2QeNP9pHzL/cCAv/3chLf9/Iiv/hyMo/5AkJ/+ZJSb/oSYl/6cmJf+nJiX/pyYl/6cmJf+n&#10;JiX/pyYl/6cmn8AAAJHNAACD2wAAePYCAG//DQFk/xICXP8ZA1T/IARO/ycGSP8vCEP/Ngo//zwM&#10;PP9CDjj/Rw81/0wQM/9RETD/VhIu/1oTLP9fFCr/ZRQo/2sVJv9xFiP/eRci/4EYIP+JGB7/kRkd&#10;/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxkd/5cZ/1YnBP9RMgX/VjUH/189Dv9kRRb/Zk4f/2RYJ/9h&#10;Yi//Xm41/1p5O/9XhD//VI9D/1GYRv9PoEj/TqdK/02uS/9MtUz/S7xN/0rETv9Jzk//Sd5P/0jp&#10;UP9I8lD8SfZQ90v5UPFM+k/rTvtQ6k/7UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ/1YnBP9RMgX/WDQH&#10;/2I7Dv9nRBb/aU0f/2dWJ/9jYC//YGs1/1x3O/9YgkD/VY1E/1OWR/9Qn0n/T6ZL/06tTf9NtE7/&#10;TLxP/0vFUP9Kz1H/SeBR/0nrUf5J8lL5S/dS8035Ue1P+lHmUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ&#10;+lLlUPpS/1cnA/9SMQX/WjIH/2Q6Dv9qQhb/bEsf/2pUJ/9nXi//Ymg2/150PP9agEH/V4tF/1SV&#10;SP9SnUr/UKVM/0+tTv9OtE//TbxR/0zFUf9L0VL/SuJT/0ntU/tL81P1TPdT7k/4U+hQ+VPhUvpU&#10;4FL6VeBS+lXgUvpV4FL6VeBS+lXgUvpV/1gmA/9UMAX/XTEH/2c4Dv9tQBb/b0ke/25SJ/9qXC//&#10;ZWY2/2FxPP9dfUH/WYhG/1aSSf9UnEz/UqRO/1CrUP9Ps1H/TrtS/03EU/9Nz1T+TOBV+0zrVfhM&#10;9FXwT/dV6VH4VeJS+FbbVPlX2VT5V9lU+VfZVPlX2VT5V9lU+VfZVPlX/1kmA/9XLgX/YC8H/2o2&#10;Df9xPhX/c0ge/3JRJv9vWi7/amM2/2VuPP9hekL/XYVH/1qPSv9XmE3/VaBQ/1SoUv5Sr1P9UbdV&#10;/FDAVvpPy1b4T9xX9U/pV/JP81fqUvZX4VP3WNpV+FnRVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+FrP&#10;Vvha/1kmA/9aLAX/ZC0H/24zDf91PRX/eEYd/3dPJf90WC3/cGA1/2pqPP9mdkL/YoFH/l6LS/tb&#10;lE/5WZ1S+FekVPZWrFb1VLRX81O8WPJTx1nwUtVa7FLmWulT8lnhVPVb11b2XM9X913IWfhdx1n4&#10;XcdZ+F3HWfhdx1n4XcdZ+F3HWfhd/1olA/9dKgX/ZyoG/3IyDP95OxT/fEUc/3xNJP96VSz/dV40&#10;/29nPPxqckL5Zn1I9mOHTPNfkFDxXZlT71uhVu1ZqFjrWLBa6le5W+hWw1zmVtFc41bkXN9W8F3V&#10;V/VfzFn2YMZa9mDAW/Zhvlz2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZh/1slA/9gKAX/aygG/3cwC/9+&#10;OhP/gUMa/4JLIv9/Uyr/e1sz+XZkOvVwbkHxbHlI7WiDTepkjFHnYZVV5V+dWONdpVrhW61c3lq2&#10;XtxZwF/aWc5g1VniYNFZ72HKWvRiwlz0Y7xd9GS3XvNktl/zZLZf82S2X/Nktl/zZLZf82S2X/Nk&#10;/1wkA/9jJgT/byYF/3svC/+CORH/hkEY/4dJIP+FUSj4glkw8n1gOO13akDocnVH5G5/TeFpiFLd&#10;ZpFX2WOZWtVgoV3SX6hgz12xYs1cu2PLXMdkyVzbZcVd62W/XfJmuF/xZ7Ng8WevYfFnrmLxZ65i&#10;8WeuYvFnrmLxZ65i8WeuYvFn/10kA/9mJAT/ciQF/34uCv+HNxD/iz8W/4xHHfmLTyXyiFYt7INd&#10;NuZ+Zz7geHFG23N7TdVug1PQaoxYzGeUXcllnGDGY6Njw2GsZcFgtWe/X8FovV/Qabpg5mm1Ye9q&#10;r2Lvaqtj72qnZO9ppmXwaaZl8GmmZfBppmXwaaZl8GmmZfBp/14jA/9pIgT/diME/4IsCf+LNg7/&#10;jz4U/ZFFG/SRTCLtjlMq5opaMt+FZTvXfm1F0Hh2Tct0f1TGcIdawmyPXr9pl2K7Z59luGWnaLZk&#10;sGqzY7trsWPKbK9j4WyrZO1tpmbtbKNn7WygaO5rn2jua59o7mufaO5rn2jua59o7mufaO5r/18j&#10;A/9rIAP/eSIE/4UrCP+ONAz/kzwS+JZDGO+WSh7nlVAm4JFYLteKYTrOhGpFyH5zTcJ5e1W+dYNb&#10;uXGLYLVukmSybJpnr2qjaqxorGypZ7Zup2fEb6Vn2m+iaOtvnmnsb5tq7G6Za+1tmGvtbZhr7W2Y&#10;a+1tmGvtbZhr7W2Ya+1t/18jA/9uHgP/eyEE/4gqB/+RMgv/lzoP9JpBFeubRxrjm00h2pZVLc+P&#10;XjnIiWdEwYNvTbt+d1W2eX9bsXaHYK1zj2WpcJZopm6fbKNsqG6ga7JwnWvAcZxr0nKabOlxl23q&#10;cJRt63CSbuxvkm7sbpJu7G6Sbuxukm7sbpJu7G6Sbuxu/2EhA/9wHQP/fiAD/4spBv+VMQn7mzgN&#10;8J4+EeegRBbfoEod05pSK8qTXDjCjWRDu4dtTbSCdFSvfnxbqnqEYaZ3i2WidJNpnnKbbZpwpHCX&#10;b69ylW+8c5NvzXOScOZzkHDpco5x6nGNcetwjHHrcIxx63CMcetwjHHrcIxx63CMcetw/2MgA/9y&#10;GwP/gB8D/44nBf+XLwj4njYL7aI7DuSlQBLapEYczp5RKsWXWje9kWJCtYxqTK+HclSpgnlbpH+A&#10;YJ98iGWbeZBql3eYbZN1oXCQc6xzjXO4dItzyXWKdOJ0iXToc4h16XKHdepxh3XqcId16nCHdepw&#10;h3XqcId16nCHdepw/2UfA/90GgL/gx4C/5AmBP+aLQb0oTQJ6aY3C+CqPQ7Up0QbyaFPKcCbWDa4&#10;lWBCsJBoS6mLb1Ojh3ZanoN+YJmAhWWUfY1qkHuWbox5n3GJeKlzhne1dYR3xXaDeN91g3jodIJ4&#10;6XOCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nGCeOpx/2cdA/93GQL/hRwC/5MkA/+dKwXxpDAG5qoz&#10;CNyuNwzPqkMaxaVOKLyfVzWzmV9Bq5RmSqSQbVOei3RamIh7YJOFg2WOgotqioCTboZ+nHGCfad0&#10;f3yzdX18w3Z8fdt2fH3odH186HN9fOlyfXzqcX186nF9fOpxfXzqcX186nF9fOpx/2kcAv95GAL/&#10;hxsC/5UjA/ugKQTuqCwE468vBdeyNAvLrUEZwahMJ7ejVTSvnV1Ap5lkSZ+Ua1KZkHJZk415X46K&#10;gGSJh4hphIWRbYCDmnF8gqR0eYGxdneBwHZ2gdZ2doHndHeB6HN4gOlyeH/qcXh/6nF4f+pxeH/q&#10;cXh/6nF4f+px/2sbAv97FwL/ihoB/5ghAvijJgPqrCcD37QpA9K1MgrHsEAYvKxLJrOnUzOqols+&#10;op1jSJqZaVGUlXBYjpJ3XoiPfmSDjYZpfoqObXqJmHF2h6Jzc4audXGGvXZvh9J2cIfodHGF6HNy&#10;hOlyc4TqcXOE6nFzhOpxc4TqcXOE6nFzhOpx/20ZAv9+FgH/jRgB/5seAfSnIgLmsCAB2rohAc24&#10;MQnCtD4XuLBJJK6rUjGlplo9naJhR5WeaE+Om25XiJh1XYKVfGN9k4RoeJCMbHSPlXBwjaBybYys&#10;dGqMu3Vpjc51aY3odGuL6XNtiepxbYjqcW2I6nFtiOpxbYjqcW2I6nFtiOpx/3AXAv+BFQH/kBYB&#10;/54aAfCrGwHithYA070dAci7Lwi9uDwVs7RHI6mwUDCgq1g7mKhfRZCkZk6JoWxVgp5zW32cemF3&#10;mYFmcpeKam6Wk25qlJ5xZpSqc2STuHNjlMtzY5TmcmWS6nFnj+pwZ47qcGeO6nBnjupwZ47qcGeO&#10;6nBnjupw/3MVAv+FEwH/lBQA/KMVAOqwEgDZvgwAzcEbAcLALQe4vToTrrlGIaS1Ty2asVY5kq5e&#10;Q4qrZEyDqGpTfKVxWXajeF9xoX9jbJ+HaGiekWtknZxuYJyocF6ctnFdnMlxXZzkcF6a63Bglutv&#10;YZXsb2GV7G9hlexvYZXsb2GV7G9hlexv/3cSAf+JEQH/mREA86gOANe1CgDPwQoAxsUYALzEKgWy&#10;wjgRp79EHp67TSuUuFU2i7VcQISyYkl8r2lQdq1vVnCrdltrqn1gZqiGZGKnj2depppqW6WmbFil&#10;tW1XpsdtV6bibFek7Wxan+1sWp7tbFqe7Wxanu1sWp7tbFqe7Wxanu1s/3wQAf+OEAD2ng0A2K0J&#10;AM24CQDHxAgAvsoUALXKJwSryDYPocVBG5fCSyiNv1Mzhb1aPH26YUV2uGdLcLdtUWq1dFZltHxb&#10;YLKEX1yxjmJYsZllVbClZlOws2dSscZnUrHhZ1Gv8WhTqvBoVKnwaFSp8GhUqfBoVKnwaFSp8GhU&#10;qfBo/4IOAP+UDADbpQYAzrEHAMW7BwC9xwcAtdAQAKzQIwOjzzMMmc0/GI/KSCT/4v/iSUNDX1BS&#10;T0ZJTEUAAwmGyFEufcZYOHbEXz9vwmZGacFsS2TAc1Bfv3tUW76EWFe9jVtUvZhdUbykX0+8s2BN&#10;vcVgTb3gX0y88GFNt/ViTbb1Yk229WJNtvViTbb1Yk229WJNtvVi/4kLAOGcAwDQqgUAxbUFALu/&#10;BACyywgAq9gNAKPZIAKa2C8JkNY8FIfURh9+0k8pdtBWMm/PXjlozWQ/Y8xrRF7Mc0lay3pMVsqD&#10;T1LKjVJPyphUTcqlVkvKs1dKy8VXScvgVknJ8FhHx/pZSMX7WkjF+1pIxftaSMX7WkjF+1pIxfta&#10;95EEANSiAgDHrwQAurkDALDEBQCn0AkAn+EQAJjhIQOP4DAJhuA7En3fRBt13k0kbt1VK2fcXDJi&#10;22Q3XdtrO1nacj9V2npDUtqDRU7ajUhM2phKSdqlS0jbs0xH3MRMRtzeTEba7UxE2PlPQ9j7T0PY&#10;+09D2PtPQ9j7T0PY+09D2PtP25oAAMqpAgC7swIAsL0DAKXJBQCb1gkAlOgUAYzpJQSE6DMLe+g8&#10;FHPoRBtr6EsiZOdSKF7nWS1Z52AyVedoNVLnbzhP53c7TOeAPUnniT9H6JRBROifQkLprENB6bpE&#10;QOrNREDq5ERA6PVEQOf4Q0Dn+ENA5/hDQOf4Q0Dn+ENA5/hDzaMAAL2uAQCwuAEApMQCAJnQBQCP&#10;4QoAifEaAYHxKAV48jIMcPI7E2nyQxli8kofXPNQI1bzVydS814rT/NlLUz0bDBJ9HMyRvR7NEP0&#10;hDZB9Y43PvWZOT32pDo79rA7Ove/PDn4zzw49+g8OPfsPDj37Dw49+w8OPfsPDj37Dw49+w8v6oA&#10;ALGzAACkvwAAmMoBAIzYBACE+g4AfPsbAnT7JgVs/DAKZfw4EF79QBVY/kcZU/5NHU//VCBL/1oi&#10;SP9hJUX/ZyZC/20oQP91Kj3/fSs6/4YtOP+RLjb/my80/6YwM/+yMTL/vjIx/9AyMf/WMjH/1jIx&#10;/9YyMf/WMjH/1jIx/9Yysq8AAKW6AACYxgAAi9IAAH/fAgB5/xEBb/8ZAmf/IgRg/ywHWv80DFT/&#10;PA9P/0MTSv9JFUf/TxdD/1UZQP9bGz7/YRw7/2YeOf9tHzb/dCA0/30hMf+GIy//kSQt/5slLP+l&#10;Jiv/ryYq/7snKf++Jyn/vicp/74nKf++Jyn/vicp/74nprYAAJjCAACLzgAAftsAAHX5BwBr/w8B&#10;Yv8WAlv/HgNU/yYFTv8uBkn/NQhF/zwLQf9DDT7/SA47/04QOP9TETX/WBIz/14TMf9kFC7/ahUs&#10;/3IWKv96Fyf/gxgl/44ZJP+YGiP/oBoi/6obIf+tGyH/rRsh/60bIf+tGyH/rRsh/60bmr4AAIvK&#10;AAB+1wAAcOMAAGf/BABe/w0AVv8SAU//GQJJ/yADQ/8nBD//LgU6/zQGN/86BzP/Pwcw/0QILv9J&#10;CSz/Tgkp/1MKJ/9YCiX/Xgsj/2QLIf9sDB//dA0d/30OG/+HDhn/jw8Y/5kPGP+bEBj/mxAY/5sQ&#10;GP+bEBj/mxAY/5sQ/0wqA/9IMwX/TzQG/1Q3CP9aQQ7/XEoW/1pUHf9XYCT/VGsq/1B4L/9NhDP/&#10;So82/0eZOf9GoTv/Rak8/0SwPv9Dtz//QsA//0LJQP9B1UH/QeRB/0HuQv9B9kL/Qf1C/0L/QflE&#10;/0H0Rv9C70f/Qu9H/0LvR/9C70f/Qu9H/0LvR/9C/00pA/9KMgT/UTIG/1c2CP9cPw7/XkkW/11T&#10;Hf9aXiT/V2kq/1N1L/9QgTT/TY03/0qXOv9Inzz/R6c9/0auP/9FtUD/RL1B/0TGQv9D0UL/Q+JD&#10;/0PsQ/9D9UP/Q/xD/ET/Q/VH/0PvSP9E60n/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E/00pA/9MMAT/&#10;VDEF/1k0CP9fPQ7/YUcW/2BSHf9dXCT/Wmcr/1ZzMP9TfzT/T4o4/02UO/9LnT3/SqQ//0isQP9I&#10;s0H/R7tC/0bDQ/9GzkT/Rd9E/0XqRf1F80X7RftF90b/RPBJ/0XqSv9G5Uv/R+VL/0flS/9H5Uv/&#10;R+VL/0flS/9H/04pA/9PLgT/Vy4F/10yB/9jOw7/ZUYW/2VQHf9hWST/XWQr/1pwMP9WfDX/U4c5&#10;/1CRPP9Omj//TaJA/0upQv9KsEP/SrdE/0nARf9Iykb9SNtG+kjnR/hI8kf1SPpG8Un/R+pL/0jj&#10;TP9J3k3/St5N/0reTf9K3k3/St5N/0reTf9K/08oA/9SLAT/WiwF/2EvB/9nOg7/akQV/2pOHP9n&#10;VyT/YmEr/15tMf9beDb/V4M6/1SNPf9SlkD/UJ5C/k+lRPxOrUX7TbRH+ky8SPlMx0j2S9RJ80vl&#10;SfBL8EntTPlI6Uz/SuFO/0vaT/9M01D/TdNQ/03TUP9N01D/TdNQ/03TUP9N/1AoA/9VKgT/XSkF&#10;/2UtB/9sOA3/b0IU/29LHP9sVSP/aF4q/2NpMf9fdDb9XH87+1mJP/lWkkL3VJpE9VOiRvRSqUjy&#10;UbFJ8VC5Su9Pw0vuT89L60/iS+dP7kvkT/hN30/+TtVR/0/OUv9QyVP/UMlT/1DJU/9QyVP/UMlT&#10;/1DJU/9Q/1EnA/9YJwT/YScE/2osBv9xNgz/dEAT/3RJGv9yUiL/blsp/WhkMPllcDb2YXs7816F&#10;QPBbjkPuWZZG7FeeSOpVpkroVK1M51O1TeVTv07jU8xO4VPfTt1T7U/YUvdR0VP9UspU/lPEVv9T&#10;v1f/U79X/1O/V/9Tv1f/U79X/1O/V/9T/1InA/9bJQP/ZSQE/24qBv92NAv/ej0R/3pGGP94TyD7&#10;dFgo9m9hL/FrbDbtZ3Y86WOAQOZgikXkXZJI4VuaSt9Zok3dWKpP2leyUNhWvFHVVchS0lXbU85W&#10;61PLVvZVxlb9Vr9Y/Va6Wf1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1X/1MmA/9fIgP/aSED/3Mo&#10;Bf97Mgr/fzsQ/4BEFvt+TB70e1Ql7nZdLelxaDTkbXI74Gl8QdxlhUbYYo5K1F+WTdFdnVDOXKVS&#10;zFqtVMlZtlbHWcJXxlnQV8JZ5li/WfNZu1r7WbVb+1qwXftarV37Wa1d+1mtXftZrV37Wa1d+1mt&#10;XftZ/1YkA/9iIAP/bSAD/3cmBP9/MAj/hDkN/YZBFPWFSRvuglEi531aKuF4ZDLcc2461G53QdBq&#10;gEfMZolMyGSRUMVimFPDYKBVwF6oWL5dsVm7XbxbuVzJXLdc4Fy0Xe9csF75Xatf+V2oYPlcpWH5&#10;XKVh+VylYflcpWH5XKVh+VylYflc/1giA/9lHgP/cR8D/3skA/+ELgf/iTYL+Is+Ee+LRhfoiE4e&#10;4YRXJtl+YTHReGo6y3NzQsZvfEjCbIRNvmmMUbtmk1W4ZJtYtWOjWrNhrFywYLdermDEX6xg2F+p&#10;Yetfp2H3X6Jj91+fZPdfnWT4Xp1k+F6dZPhenWT4Xp1k+F6dZPhe/1sgAv9oHAL/dB0C/34jA/+I&#10;KwX9jTQJ85A7DuqQQxTij0oa2opUJdCDXTDJfmc6w3hvQr50eEi5cYBOtW6IUrJrj1avaZdarGef&#10;XKllqF+mZLJhpGS/YqJk0GKgZOdinmX1Yppm9WGYZ/Zglmj2YJZo9mCWaPZglmj2YJZo9mCWaPZg&#10;/10fAv9qGgL/dxwC/4IhAv+LKQT5kTEH75U4C+aWPxDdlEcX0o5RJMqIWy/Cg2Q5vH5sQbd5dEiy&#10;dXxOrnKEU6pvi1embZNbo2ubXqBqpGCdaK5jm2i6ZJloy2WXaONklWnzZJNq9GORa/VikGv1YZBr&#10;9WGQa/VhkGv1YZBr9WGQa/Vh/18dAv9tGAL/ehsC/4UfAv+OJwP1lS4F65k1COGcOwzWmEMWzJNP&#10;IsSNWC69h2E4toJpQbB+cUirenlOp3eAU6N0iFifcZBbm2+YX5huoWKVbatkkmy3ZpBsxmaPbN9m&#10;jm3xZYxu82SLbvRjim70Yopu9GKKbvRiim70Yopu9GKKbvRi/2EcAv9vFgL/fBoB/4geAf+RJALy&#10;mSsE554xBd2gNgnRnEEVx5dNIb+RVi23jF83sYdnQKuCbkilfnZOoHt9U5x4hViYdo1clHSVX5Fy&#10;nmKOcahli3C0Z4lww2iHcNtnhnHuZoZy8mWFcvNkhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GOEcvRj/2Ma&#10;Av9xFQH/fxgB/4ocAfyUIQLunCcC46IsA9ikMgjMn0AUw5pLILqVVSyzkF03rItlP6WHbEegg3NN&#10;m4B7U5Z9gleSeopcjniSYIp2m2OHdaVmhHSxZ4J0wGiAdNVogHXsZ3928mZ/dfNlf3XzZH9182R/&#10;dfNkf3XzZH9182R/dfNk/2UZAv90FAH/gRcB/40aAfmXHgHroCMB36YmAtKnMAfIoz4Tv55JH7aZ&#10;UyuulFs2p49jP6CLakabh3FNlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfnmvaHt5vWl6edFpeXrq&#10;aHp68mZ6efJlennzZHp582R6efNkennzZHp582R6efNk/2cXAv92FAH/hBYB/5AXAfWbGgHnpB0B&#10;26sfAc6qLwbEpj0SuqFIHrKdUSqqmFk0opRhPpyQaEWWjG9MkIl2UouGfVeGhIVbgoKNX36Al2N6&#10;f6Fmd36saHV9u2lzfs5pc37oaHR+8WZ0ffJldXzzZHV882R1fPNkdXzzZHV882R1fPNk/2kWAf94&#10;EwH/hxQA/5MVAPGeFQDjqBYA1a4bAcqtLQbAqTsRtqVGHa2hUCmlnFgznphfPJeUZkSQkW1Li450&#10;UYaMe1aBiYNbfIeLX3iGlGJ0hJ9lcYOqZ2+DuGltg8tpbYPmaG6D8mZvgvJlcIHzZHCB82RwgfNk&#10;cIHzZHCB82RwgfNk/2sUAf97EgH/ihIA/5YSAO2iEADerQ4A0LEZAMWwKwW7rTkPsqlEG6mlTieg&#10;oVYymZ1eO5KaZEOLl2tKhpRyUICSeVV7j4Bad42JXnKMkmFuipxka4moZ2mJtmhnichoZ4njZ2iJ&#10;8mZph/NlaobzZGqG82RqhvNkaobzZGqG82RqhvNk/24SAf9+EAD/jRAA95oOANunCgDTsAsAyrQW&#10;AMC0KQS2sTcOra5DGqSqTCWbplUwk6NcOYygY0GGnWlIgJpwTnuYd1N2ln5YcZSGXGySkGBokZpj&#10;ZZCmZWOQtGZhkMZmYZDhZmGQ8mVjjvNkZIz0Y2SM9GNkjPRjZIz0Y2SM9GNkjPRj/3EQAf+CDwD/&#10;kQ0A3p8JANOqCQDMswkAxLgTALq4JgOxtjUMp7NBGJ6vSiOWrFMujqlaN4emYT+ApGdGeqFuTHWf&#10;dVFwnXxVa5yEWmaajl1jmZhgX5ikYl2YsmRbmMNkW5jeY1uY8GNclfViXpP1Yl6T9WJek/ViXpP1&#10;Yl6T9WJek/Vi/3UOAP+GDQDrlggA1aMHAMytCADFtgcAvbwRALS9IwKruzIKobk/FZi2SCCQs1Er&#10;iLBYNICuXzx6q2ZDdKlsSG+oc05qpnpSZaWCVmGjjFpdopZcWqKiX1ehsGBWocFgVaLcYFWh72BW&#10;n/dfV5z3X1ec919XnPdfV5z3X1ec919XnPdf/3oMAP2LCQDamwQAzqcGAMSwBgC8uQQAtcEOAKzC&#10;IAGkwTAImr88E5G9Rh2Juk8ngbhWMHq2XThztGQ/brJqRGixcUlksHlNX66BUVutilRYrZVXVKyh&#10;WVKsr1tQrMBbUKzaWk+r7ltPqvpbUab6W1Gm+ltRpvpbUab6W1Gm+ltRpvpb/4AJAOGSAQDRoAQA&#10;xqsFALy0BACzvQMAq8cLAKTJHAGcyCwGk8c5D4rFRBmBw00jesFULHO/WzNtvmI5Z7xpPmK7cENe&#10;undHWrmAS1a5iU5TuJRQULigUk24rlRMuL9US7nYVEu37VRKtvlVSrP+Vkqz/lZKs/5WSrP+Vkqz&#10;/lZKs/5W+ocCANaYAADJpQMAva8DALO4AQCpwgQAoc0IAJrQFgCS0CgEis82DIHOQRV5zEoecstS&#10;JmzKWi1myWEyYchoN1zHbzxYxnY/VcZ/Q1HFiUVOxZRIS8WgSknFrktIxb9LR8bYS0fF7UtGw/lN&#10;RcL/TkXC/05Fwv9ORcL/TkXC/05Fwv9O35AAAMyfAAC/qgEAs7MBAKm9AgCfxwUAltIJAI7aEgCI&#10;2yQCgNoyCHjZPhBx2EgYatdQH2TWWCVf1V8qW9RnL1fUbjNT03Y2UNN/OUzTiDtK05Q+R9OgP0XU&#10;rkBE1L9BQ9XYQETT7EBC0vZCQdH+REHR/kRB0f5EQdH+REHR/kRB0f5E0ZgAAMOlAAC1rgAAqbgA&#10;AJ7DAgCUzQYAitkKAITjGAF95CYDdeQyCG7jPA9n40UVYeNNG1zjVSBX410kVONkJ1DiaypN4nMt&#10;SuN8MEjjhjJF45A0Q+OcNUHkqTZA5Lg3P+XLNz/l5Dc/4/M2PeL7OD3i+zg94vs4PeL7OD3i+zg9&#10;4vs4xqEAALerAACqtAAAnr4AAJPJAgCI1AYAf+4OAHntGwFx7ScDau4yCGTuOw1e7kMTWO5LF1Pu&#10;UhpQ71keTO9gIEnvZyNH728lRPB3J0HwgCk/8IoqPfGVLDvxoS058q4uOPK+Lzfz0C838+cvNvHz&#10;Lzbx8y828fMvNvHzLzbx8y828fMvuacAAKuwAACfuwAAksYAAIbQAQB73QUAdPcRAG33HAFm+CYD&#10;X/gvBlr5OApU+UAOUPpHEUz6ThRI+1UWRftbGEL7YhpA/GgcPfxwHTr9eB84/YIgNv2NIjT+mCMy&#10;/qQkMf+xJTD/vyYv/88mLv/jJi7/4yYu/+MmLv/jJi7/4yYu/+Mmra0AAJ+3AACSwgAAhs0AAHna&#10;AABw8ggAaP8RAGH/GgFa/yMDVP8rBE//MwZK/zsIRv9CC0P/SQ1A/08OPf9VEDr/WxE4/2ETNf9o&#10;FDP/bxUw/3gWLv+CFyz/jRkq/5kaKf+kGij/rxsn/7ocJv/HHCb/xxwm/8ccJv/HHCb/xxwm/8cc&#10;obQAAJO/AACGygAAeNYAAGziAABj/AcAXP8PAFX/FgFP/x4CSf8mA0T/LgRA/zQFPP87Bjn/QQc2&#10;/0YIM/9MCDH/UQku/1cKLP9dCir/ZAso/2wMJf91DSP/fw4h/4oPIP+VEB7/oBAe/6gRHf+xER3/&#10;sREd/7ERHf+xER3/sREd/7ERlbwAAIbHAAB50wAAa+AAAF7tAABW/wMAT/8MAEn/EgFD/xkBPv8g&#10;Ajn/JwM1/y0DMv8zBC7/OAQr/z0FKP9CBSb/RwUk/0wGIv9RBiD/VwYd/14HG/9lBxn/bggX/3gI&#10;Ff+DCBP/jQkT/5YJEv+eCRL/ngkS/54JEv+eCRL/ngkS/54J/0ItA/9CMgT/SDIE/0w2Bv9OPAj/&#10;UEcO/1BSFf9OXxr/S2sf/0h3JP9Fgyf/Qo4q/0GXLP8/oC7/P6cv/z6uMP89tTH/Pbwy/zzFMv88&#10;zjP/O98z/zvqNP878zT/O/s0/zz/M/48/zP8Pf809j//NfU//zX1P/819T//NfU//zX1P/81/0Ms&#10;A/9EMAT/SjAE/040Bv9ROgj/U0YO/1JRFf9RXRr/Tmkg/0t0JP9IgCj/RYsr/0OVLf9CnS//QaUw&#10;/0CsMf8/szL/P7oz/z7CNP8+zDT/Ptw1/z3oNf898TX/Pvo1/T7/Nfs//zT4P/828kH/N/BB/zfw&#10;Qf838EH/N/BB/zfwQf83/0QsA/9HLgP/TS4E/1EyBf9UOQj/V0QO/1ZPFf9UWhv/UWYg/05yJf9L&#10;fSn/SIgs/0aSLv9FmzD/RKIy/0OpM/9CsDT/Qrc1/0G/Nv9ByTb/QNc3/0DlN/1A8Df6QPg390H/&#10;NvZB/zfyQf847EP/OepE/znqRP856kT/OepE/znqRP85/0UrA/9JLAP/UCwE/1UvBf9ZNwj/XEIO&#10;/1tNFf9YVxv/VmMg/1JvJf9Peir/TIUt/0qPMP9ImDL/R580/0amNf9FrTb/RbQ3/0S8OP5Exjj8&#10;RNI5+UPiOfZE7jnzRPc58UT/Oe9E/zrrRf875Eb/PONG/zzjRv8840b/PONG/zzjRv88/0YrA/9N&#10;KQP/VCkE/1ksBf9eNQf/YUAN/2FKFP9eVBr/Wl8g/1drJv9Udir/UYEu/06LMf5MlDT8S5w1+0qj&#10;N/pJqjj4SLE590i5OvZHwjv1R8078kffO+5H7DvrSPY76Uf/PedH/z7hSP8/2kr/QNhK/0DYSv9A&#10;2Er/QNhK/0DYSv9A/0cqA/9QJwP/WCYD/14qBP9jMwf/Zj0N/2ZHE/9kURr/YFsg/1xnJv1Zciv6&#10;Vn0v+FOHM/ZRkDX0UJg38k6fOfFNpjvvTK087ky1PexLvj3rS8o+6UvcPuVM6j3iS/U/30v+QdxK&#10;/0LUTP9DzU3/Q8tO/0PLTv9Dy07/Q8tO/0PLTv9D/0ooA/9UJAP/XCMD/2MoBP9oMAb/bDsL/2xE&#10;Ev9qThn+Zlgf+WFiJfVebSvyW3gw71iCNOxWizfqVJQ56FObO+ZRoz3lUao+41CyP+FPu0DgT8dA&#10;3k/YQdlP6EHUT/RD0E7+Rc5O/0bIUP9GwlH/R8BR/0fAUf9HwFH/R8BR/0fAUf9H/00lAv9XIQL/&#10;YCAD/2gmA/9uLgX/cjgK/3JBEP1wSxf3bVQd8mheJO1kaSrpYXQw5V5+NOJbhzjgWY873VeXPttV&#10;n0DYVKZC1VOuQ9JSt0TQUsJFzlLQRstS5UbIUvJIxVL9ScJS/0q8VP9Kt1X/SrZV/0q2Vf9KtlX/&#10;SrZV/0q2Vf9K/1AjAv9bHgL/ZB4C/20kA/9zKwT/dzUI/ng+DvZ3RxTwdFAb6m9aIuRrZSngZ28v&#10;22N5NdZggjrSXYo+z1uSQcxZmkPKWKFFyFepR8ZWsknEVrxKwlXJS79V30u8Vu5MuVb6TbdW/02y&#10;WP9Nrln/TaxZ/02sWf9NrFn/TaxZ/02sWf9N/1MgAv9eHAL/aBwC/3EiAv94KAP/fDEH+H46C/B9&#10;QxHpekwY4nZXH9xyYSjUbWsvz2l0NstlfTvHYoVAxGCNQ8FelUa/XZxIvFukS7parUy4WbdOtlnD&#10;T7RZ1U+xWupQrlr3UKxa/1CoW/9QpFz/UKRd/0+kXf9PpF3/T6Rd/0+kXf9P/1YeAv9hGQL/bBoC&#10;/3UgAv98JQP9gS4F84Q3CeqEPw7igUgV231THdF3XSfLcmcwxm5wN8JqeDy+Z4BBumWIRbdjkEi0&#10;YZhLsl+fTa9eqE+tXbJRq12+UqldzlOmXeVTpF70U6Je/1OfX/9SnGD/Uptg/1KbYP9Sm2D/Uptg&#10;/1KbYP9S/1gcAv9kFwH/cBkB/3kdAf+AIwL4hioD7YkyBuSKOwrciEUS0YJQHMp9WibEeGMvvnNs&#10;N7lvdD21bHxCsmqERq5njEqrZZNNqGSbT6VipFKjYa5UoWG5VZ9hyFadYeFWm2LxVZli/VWXY/9U&#10;lWT/VJRk/1OUZP9TlGT/U5Rk/1OUZP9T/1oaAv9nFQH/cxcB/30bAf+EIAHziiYC6I4uBN+QNgfU&#10;jEERy4dNG8SCVya9fWAvt3hpNrJ0cT2ucXhCqm6AR6ZsiEqjao9OoGiYUZ1noFOaZqpVmGW1V5Vl&#10;xFiUZdtYkmbvV5Fm/FePZ/5Wjmf+VY1o/lWNaP5VjWj+VY1o/lWNaP5V/1wYAf9pEwH/dhYB/4AZ&#10;Af2IHQHvjiIB5JMpAtqUMQbOkD8PxotLGr6GVSW3gV4usX1mNqx5bjyndnVCo3N9R59whEucboxO&#10;mGyUUpVrnVSSaqdXkGmyWY1pwFqMadVaimrsWYpq+liJa/1Xh2v9Vodr/laHa/5Wh2v+Vodr/laH&#10;a/5W/14XAf9sEgH/eBQB/4MXAPmLGgDrkh0B4JgjAdOYLwXKlD0OwY9JGbmKUySyhlstrIFkNaZ+&#10;azyhenJCnXd6R5l1gUuVc4lPkXGRUo5vmlWLbqRYiG2vWoZtvVuEbdBbg27pWoNu+FmCb/xYgm/9&#10;V4Jv/VeCb/1Xgm/9V4Jv/VeCb/1X/2AVAf9uEQH/exMA/4YUAPaPFgDnlhgA25wcAM+bLQTFlzsN&#10;vJNHGLSOUSOtilksp4ZhNKGCaTucf3BBl3x3RpN5fkuPd4ZPi3WOUohzl1WEcqFYgnGsWn9xulx+&#10;ccxcfXLnW31y9lp8cvxZfHL8V3xy/Vd8cv1XfHL9V3xy/Vd8cv1X/2IUAf9xEQH/fREA/4gSAPKS&#10;EgDjmhIA1Z8ZAMqeKwTBmzkMuJdFF7CSTyKpjlgroopfM5yGZzqXg25AkoB1RY1+fEqJfIROhXqM&#10;UoJ4lVZ+d59Ye3aqW3l1uFx3dcpcd3blXHd39Vp3dvtZd3b8WHd2/Fd3dvxXd3b8V3d2/Fd3dvxX&#10;/2QSAf9zEAD/gBAA/4sQAO+VDgDfng0A0KIXAMahKQO9njcLtJpDFqyWTSCkklYqnY5eMpeLZTmS&#10;iGxAjYVzRYiDekqEgIFOgH+KUnx9k1V4fJ1YdXuoW3N6tlxxesdccXriXHF781pxe/tZcnr8WHJ6&#10;/FhyevxYcnr8WHJ6/FhyevxY/2cRAf91DwD/gw4A9I4NANuZCgDUoQsAzKQVAMKkJwO4ojYKsJ5C&#10;FaeaTB+gl1QpmZNcMZOQYziNjWo/iIpxRIOIeEl+hn9NeoSIUXaCkVVzgZtYb4CmWm1/tFxrf8Vc&#10;a4DfXGuA8lprgPtZbH78WG1+/FhtfvxYbX78WG1+/FhtfvxY/2kQAf94DgD/hQwA4pIIANWbCQDO&#10;owkAx6gSAL2oJQK0pjQJq6JAE6OfSh6bm1InlJhaMI6VYTeIkmg9gpBvQ36Odkh5jH1MdYqFUHGI&#10;jlRth5lXaoakWWeFsVtlhcJbZYXcW2WF8FpmhftZZ4P8WGeD/Fdng/xXZ4P8V2eD/Fdng/xX/2wO&#10;AP97DADyiQkA2ZUGAM+eCADJpggAwasQALirIgKvqjIIpqc+Ep6kSByWoVElj55YLoibXzWCmWY8&#10;fZZtQXiUdEZzkntLb5CDT2uPjFJnjpZVZI2iWGGMr1lfjMBaX4zZWV+M7llfjPtYYYr9V2GJ/Vdh&#10;if1XYYn9V2GJ/Vdhif1X/28MAP9/CQDfjQMA0pgGAMqiBgDCqQYAuq8OALKwIAGpri8Goaw8EJip&#10;RhqRp08jiaRWLIOiXTN9n2Q5d51rP3KbcURumnlIaZiBTGWXilBhlZRTXpWgVVuUrVdalL1YWZTU&#10;V1mU7FdZk/lWW5H+VVuQ/lVbkP5VW5D+VVuQ/lVbkP5V/3MJAPWEBADYkQMAzJwFAMOlBQC7rQQA&#10;s7MMAKu1HAGjtCwFm7I5DpKwRBeKrU0gg6tUKX2pXDB3p2I2caVpPGykb0FoondFZKF/SV+fiExc&#10;npJPWJ6eUladq1NUnbxUU53RVFOd61NTnPhTVJr/U1SZ/1NUmf9TVJn/U1SZ/1NUmf9T/3gGAOGJ&#10;AADQlgIAxqEDALypAwCzsAEAq7gIAKS6GACcuikDlLk2C4y3QRSEtUodfLNSJXaxWixwr2Aya65n&#10;OGatbjxiq3VAXqp9RFqphkhWqJFKU6idTVGnqk5PqLpPTqjPT06n6U9NpvdPTaX/T06k/09OpP9P&#10;TqT/T06k/09OpP9P+n8AANiOAADJmwEAvqUCALStAQCrtQAAob8EAJvBFACUwSUCjMAzCIS/PhF8&#10;vUgZdbxQIW+6WCdquV8tZbhlMmC3bDZctnQ6WLV8PlW0hUFRtJBETrOcRkyzqUhKs7lISbTOSEmz&#10;6UhIsfZJSLD/Skiw/0pIsP9KSLD/Skiw/0pIsP9K4oYAAM6UAADCoQAAtqkAAKuxAAChugEAmMMF&#10;AJDJEACKySABg8kvBXvIOw10x0UUbsZOG2jFViFjxF0nXsNkK1rCay9WwXIzU8F7Nk/AhDlMwI88&#10;SsCbPkfAqD9GwLhARcDNQEXA6D9EvvZBQ73/QkO8/0NDvP9DQ7z/Q0O8/0NDvP9D1o0AAMabAAC4&#10;pQAAra4AAKK2AACYvwIAjcgGAIPRCwB/0hoAedIqA3LSNwhs0UIPZtFLFWHQUxpcz1sfWM9iI1TO&#10;aSdRznEqTc56LUrOgzBIzo4yRc6aNEPOqDVCzrg2Qc/NNUHO6DVAzfU3P8v+OT7L/zk+y/85Psv/&#10;OT7L/zk+y/85ypYAALyiAACvqgAAo7MAAJi8AACNxgMAgs8HAHjZCwBz3hgAbt4mAmjeMwVi3j4K&#10;Xd5ID1neUBRV3lgXUd5gG07eZx5L3W8gSN54I0begSVD3ownQd6YKT/epio+37UqPeDIKj3f4yo8&#10;3fErO9z7LTrc/S463P0uOtz9Ljrc/S463P0uwJ8AALGnAACksAAAmLoAAI3DAACBzQIAdtcHAG7o&#10;DwBp6BsBY+gnAl7pMgVY6TsIVOlEDE/qTA9M6lMSSepbFUbqYhdE62oZQetyGz/rex0864YeOuyR&#10;IDjsniE37awiNu27IzXuzyM07uYjNOv1IzTr+CM06/gjNOv4IzTr+CM06/gjs6UAAKatAACZtwAA&#10;jcEAAIDLAAB11QEAaeEGAGTzEQBe8xwBWfQmAlT0MARP9TgGS/VACEf2RwpE9k4MQfdVDj/3XA88&#10;92MROvhqEzf4cxQ1+H0WM/mIFzH5lBgv+qEZLvqvGi37vhos+88bK/vnGyv76xsr++sbK/vrGyv7&#10;6xsr++sbqKoAAJq0AACNvwAAgMkAAHTTAABn3gAAXvIIAFn+EQBT/xoBTv8jAkn/KwNF/zMEQf86&#10;BT7/QQY7/0cHOP9OCDX/VAkz/1oJMf9hCi//aQss/3IMKv99DSj/iA4m/5UPJf+hECT/rhEj/7oS&#10;Iv/KEiL/0BIi/9ASIv/QEiL/0BIi/9ASnLIAAI68AACBxwAAc9EAAGfdAABZ4wAAU/0GAE3/DgBI&#10;/xYAQ/8eAT//JgI6/y0CN/8zAzP/OQMw/z8ELv9EBCv/SgUp/1AFJ/9WBiT/XQYi/2UHIP9uBx3/&#10;eQgb/4UIGv+SCRn/ngkY/6gJF/+zCRf/twkX/7cJF/+3CRf/twkX/7cJkLoAAILFAAB00AAAZ9wA&#10;AFjjAABN8AAAR/8CAEL/DAA8/xEAOP8YATT/HwEw/yUBLP8rAin/MAIl/zUCI/86AiD/PwMe/0QD&#10;HP9JAxn/TwMX/1YEFf9eBBL/aAQR/3IFD/9+BQ7/igUO/5QFDf+eBQ3/ogUN/6IFDf+iBQ3/ogUN&#10;/6IF/zkvAv88MAP/QTED/0Q0BP9EOgb/REUI/0VRDP9DXRH/QWkW/z52Gf88gRz/Oowe/zmWIP84&#10;niH/N6Uj/zerI/82siT/Nrkl/zbAJf81yib/Ndcm/zXlJv817yb/Nfgm/zb/Jv42/yb8Nv8m/Db/&#10;J/o2/yj6Nv8o+jb/KPo2/yj6Nv8o/zkvAv8+LwP/RC8D/0YyBP9IOAb/SEMI/0hPDf9HWxL/RGcW&#10;/0JzGv8/fx3/PYof/zyTIf87myP/OqIk/zmpJf85sCb/OLYm/zi+J/84xyf/ONMo/zjjKP847Sj+&#10;OPco+zj+J/k5/yf4OP8p+Dj/KvY4/yr2OP8q9jj/KvY4/yr2OP8q/zovAv9BLAP/RiwD/0ovBP9M&#10;NwX/TUEI/0xMDf9LWBL/SGQX/0ZwG/9DfB7/QYcg/z+QI/8+mCT/PaAl/z2mJv88rSf/PLQo/zu7&#10;Kf87xCn/O88p/jvgKvs76yr4O/Up9jz+KfQ8/yrzO/8r8jv/LO87/y3vO/8t7zv/Le87/y3vO/8t&#10;/zwtAv9EKQL/SikD/04sBP9RNAX/Uj4I/1JKDf9QVRL/TWEX/0ptG/9IeB//RYMi/0ONJP9ClSb/&#10;QZ0n/0CjKP9Aqin+P7Eq/T+4K/w/wSv6P8sr9z/cLPU/6SzxP/Qr7z/9LO0//y3sPv8v6z7/MOc/&#10;/zDnP/8w5z//MOc//zDnP/8w/0AqAv9IJgL/TiYD/1IpA/9WMgX/VzwH/1dHDP9VURL/Ul0X/1Bp&#10;HP9NdCD/Sn8j/UiJJvtHkSj6Rpkp+EWgKvdEpyv1RK0s9EO1LfNDvS3yQ8gu8EPXLuxD5y7pRPMt&#10;5kP8MORC/zHjQv8y4UL/M9xD/zTcQ/803EP/NNxD/zTcQ/80/0MnAv9LIwL/UiIC/1gnA/9cLwT/&#10;XTkH/15DDP9bThH/WFgX/lVkHPpSbyD3UHok9E2EJ/JMjSnwSpUr70mcLe1Joy7sSKov6kexL+lH&#10;ujDnR8Uw5kfSMOJI5TDfR/Iy20f7NNhG/zXVRv820kb/N81I/zfNSP83zUj/N81I/zfNSP83/0Yk&#10;Av9PIAL/Vh8C/10kA/9hLAT/YzUG/2RAC/9iShD6XlQW9VtfHPFYayDuVXUl61N/KOhRiCvmT5Et&#10;5E6YL+JNoDDhTKcx30yuMt1LtzPbS8I02UrPNdVL5DXQS/A2zUr7OMpK/zrISv86xkv/O8FM/zvB&#10;TP87wUz/O8FM/zvBTP87/0ohAv9THQL/WxwC/2IiAv9nKQP/aTIF/2o8CfloRg/yZVAV7WFbGuhe&#10;ZiDkW3El4Vh7Kd5WhCzbVIwv2FKUMtRRmzTSUKM10E+qN85OsjjMTrw5yk7JOshO3TrET+07wU75&#10;Pb5O/z28Tv8+uk//PrZQ/z62UP8+tlD/PrZQ/z62UP8+/00eAv9WGgH/XxoB/2cgAv9sJgL/by4E&#10;+XA4B/JvQgzrbEsS5WlXGd9lYh/aYWwl1F12KtBbfi/NWYcyylePNchWljfGVJ05xFOlO8FTrTy/&#10;Urc+vVLDP7xS0z+5Uug/tVL2QbNS/0GxU/9Br1P/QaxU/0GsVP9BrFT/QaxU/0GsVP9B/1AcAf9a&#10;FwH/ZBgB/2wdAf9xIwL9dSoD83YzBet2PQrjc0cP3G9TF9RrXh/OZmcmymNxK8ZgeTDCXoE0v1yJ&#10;N71akTq6WZg8uFigPrZXqEC0VrJCsla9Q7BVzEOtVuNEq1bzRKhX/kSnV/9EpVj/RKJY/0SiWP9E&#10;olj/RKJY/0SiWP9E/1MZAf9dFAH/aBYB/3AaAf92IAH3eiYC7XwuA+R8OAfcekQN0nVPFstwWh7G&#10;bGMmwWhsLL1mdTG5Y301tmGEObNfjDywXZQ/rlybQatbpEOpWq1Fp1q4RqVZx0ejWt5HoVrvR59b&#10;/EedW/9Hm1z/Rppc/0aaXP9Gmlz/Rppc/0aaXP9G/1UXAf9gEgH/axQB/3QXAP96HAHyfyIB54Ep&#10;At6CMwTTf0AMy3pMFcR2Vh6+cWAluW5oLLRrcTKxaHk2rWaAOqpkiD2nYo9ApWCXQ6JfoEWfXqlH&#10;nV60SZtdwkqZXdZKl17sSpZf+kmVX/9Jk2D/SJJg/0eSYP9HkmD/R5Jg/0eSYP9H/1gVAf9jEQH/&#10;bhIA/3cVAPt+GADtgx0A4ocjAdaHLgPMgz0LxX9JFL17Ux23dl0lsnNlLK1vbTKpbXU3pmp8O6Jo&#10;hD6fZoxBnGWURJljnEeXYqZJlGKwS5JhvkyQYdBMj2LoTI5j+EuNY/9KjGT/SYtk/0mLZP9Ji2T/&#10;SYtk/0mLZP9J/1oTAf9mEAD/cREA/3oSAPeCFADohxcA3YscANCLLAPHiDsKv4RHE7h/URyxe1ok&#10;rHdiK6d0ajGjcXI2n295O5ttgD+Ya4hClWmQRZJomUiPZqJKjGatTIpluk2IZcxOh2bmToZn9kyG&#10;Z/9LhWj/S4Ro/0qEaP9KhGj/SoRo/0qEaP9K/1wSAf9oDwD/dBAA/30QAPOFEADkixEA1o8XAMuO&#10;KgLCjDgJuohEErOETxusf1gjp3xgK6F4aDGddW82mXN2O5VxfT+Sb4VCjm2NRYtslkiIa6BLhWqq&#10;TYNpt06BachPgGrjT4Br9E5/a/9Mf2v/S39r/0t/a/9Lf2v/S39r/0t/a/9L/14QAf9rDgD/dg4A&#10;+4ANAOqIDQDbjwwA0JIVAMeSJwK+jzYItoxCEa6ITRqohFYiooBeKpx9ZTCXemw1k3dzOo91ez6M&#10;c4JCiHKLRoVwk0mCb51Mf26oTn1utU97bcZQem7gUHlv8k55b/5NeW//THlv/0t5b/9LeW//S3lv&#10;/0t5b/9L/2APAP9tDQD/eQwA7oMLANuLCQDUkQoAzJUTAMKVJQK5kzQHsY9BEKqMSxmjiFQhnYRc&#10;KZeBYy+Sfmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKmTnZys1B1csNQc3LdUHRz8E90c/1N&#10;dHP/THRz/0x0c/9MdHP/THRz/0x0c/9M/2IOAP9vDAD8ewoA3oYGANWOCADPlAkAx5gRAL6YIwG1&#10;ljIGrZM/D6aQSRifjFIgmIlaKJOGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXp5j0l2eJlMc3ekTnF3&#10;sVBvdsFQbnfZUG53709ud/xObnf/TW93/0xvd/9Mb3f/TG93/0xvd/9M/2QNAP9yCgDwfgYA2ogF&#10;ANCQBwDKlwgAwpsQALmbIQGxmjAGqZc9DqGURxeakVAflI1YJ46LXy2JiGYzhIZtOICEdD17gntB&#10;eICERXR/jUhxfZdLbXyiTmt8r09pe75QaHzVUGh87U9pfPtOaXz/TWp7/0xqe/9Manv/TGp7/0xq&#10;e/9M/2YKAP91CADhgQIA1IsFAMuTBgDEmgYAvZ4OALWfHwGsni4FpJs7DJ2YRRWWlU4ej5NWJYmQ&#10;XSyEjmQyf4trN3qKcjx2iHlAcoaBRG+Fikdrg5VKaIKgTWWBrE5jgbxPYoHRT2KB605jgflNY4H/&#10;TGSA/0tkgP9LZID/S2SA/0tkgP9L/2kIAPt4BADchAEAz48EAMaXBQC/nQUAt6EMAK+jHACnoiwE&#10;n6A5C5ieQxSRm0wciphUI4SWXCp/lGIwepJpNXWQcDpxjnc+bY1/QmmLiEZlipJJYomeS1+Iqk1e&#10;iLpOXIjOTl2I6U1dh/hMXYf/S16G/0tehv9LXob/S16G/0tehv9L/20FAOp8AADViAAAypIDAMGa&#10;AwC5oAMAsaYJAKmnGQCipykDmqU2CZKjQRKLoUoahJ9SIX6dWih5m2AudJlnM2+XbjhrlnU8Z5R9&#10;QGOThkNgkZBGXJGcSVqQqUtYkLhMV5DMTFeQ50tXj/dKV47/SliO/0lYjv9JWI7/SViO/0lYjv9J&#10;/3EBAOCAAADPjAAAxJYCALueAgCypAAAqaoFAKKsFQCbrCYClKs0B4yqPw+FqEgXfqZQHnikWCVz&#10;ol4rbqFlMGqfbDRlnnM5YZ17PF6bhEBamo5DV5maRVSZp0dSmbZIUZnKSFGY5khRl/VIUZf/R1GW&#10;/0dRlv9HUZb/R1GW/0dRlv9H9ncAANiFAADJkQAAv5sBALSiAACrqAAAobAAAJqyEQCUsyIBjbIw&#10;BYWxPAx+r0YUeK5OG3KsViFtq1wnaKljLGSoajBgp3E0XKZ5OFilgjtVpIw+UaOYQE+jpUJNo7RD&#10;TKPIQ0yj5ENLofRDS6D/REug/0RLoP9ES6D/REug/0RLoP9E430AAM+LAADClgAAt58AAK2mAACj&#10;rQAAmbUAAJC5DgCLuh4BhLotA325OQl3uEMQcbZMF2u1Ux1mtFoiYrNhJl6yaCtasW8uVrB3MlOw&#10;gTVPr4s4TK+XOkqupDxIrrM9R67HPUeu4zxGrfM9Rqv+PkWr/z9Fq/8/Rav/P0Wr/z9Fq/8/2oMA&#10;AMeRAAC7nAAAr6QAAKWrAACasgAAkLoBAIbBCQCBwhgAe8IoAnXCNQZvwUAMacBJEmS/URdfvlgc&#10;W75fIFe9ZiRUvG4nUbx2Kk27fy1Ku4owSLuWMkW7ozRDu7I0QrvFNUO74jRCufM1Qbj9N0C3/zdA&#10;t/83QLf/N0C3/zdAt/83zosAAL+YAACyoQAAp6kAAJywAACRuAAAhsACAHvIBwB0yxIAcMwiAWvL&#10;MANmyzwHYctFDFzKThFYylYVVMpdGVHJZBxOyWwfS8l0IkjIfiRFyIgnQ8iVKEHIoio/yLErPsnE&#10;Kz7J4So+x/IrPcb8LTzF/y48xf8uPMX/LjzF/y48xf8uxJMAALafAACppgAAna4AAJK3AACGvwAA&#10;e8cDAHDPBwBn1g0AZNcaAGDYKgFc2DYDWNhBBlTYSgpQ2FINTdhaEErXYhNH12kWRddyGELXfBpA&#10;2IccPdiTHjzYoR862bAgOdnDIDnZ3yA51+8gONX5IjfU/yM31P8jN9T/IzfU/yM31P8juZwAAKuk&#10;AACfrAAAk7UAAIe+AAB7xgAAcM4DAGXWBwBd4w4AWuMbAFbjJwFS5DICTuQ8BErkRAZH5U0IReVV&#10;CkLlXAxA5WQOPuZsEDvmdhI55oAUN+eMFTXnmRY056gXMui4GDLozBgx6OUYMeb0GDHl/Bgx5fwY&#10;MeX8GDHl/Bgx5fwYrqIAAKGqAACUswAAiL0AAHvGAABvzgAAY9YBAFjeBQBU7hAAUe8bAE3vJgFJ&#10;8C8CRfA4A0HxPwQ+8UcFPPJOBjryVQc38lwINfNkCTPzbQox9HcML/SCDS30jw4r9Z0PKvarECn2&#10;vBAo9s4RJ/fmESf18REn9fERJ/XxESf18REn9fERo6gAAJayAACIuwAAe8UAAG/OAABi1wAAVt4A&#10;AE7wBwBK+hAARvsZAEL7IgE//CoBO/0yAjj9OQI1/j8DMv5GAzD/TAQu/1MFK/9aBSn/YgYn/2sG&#10;JP92ByP/gggh/5AIIP+dCR//qwke/7oJHf/JCRz/3Qkc/90JHP/dCRz/3Qkc/90JmLAAAIq6AAB8&#10;xAAAb80AAGLYAABV3gAASeQAAET7BQA//w4AO/8VADj/HAA0/yQBMf8rAS3/MQEq/zYCJ/88AiX/&#10;QgIj/0gCIP9OAx7/VQMc/10DGf9nBBf/cgQV/38EFP+MBRP/mgUS/6YFEf+yBRH/vAUR/7wFEf+8&#10;BRH/vAUR/7wFjLgAAH3CAABvzAAAYtgAAFTfAABH5QAAPvEAADn/AQA0/wsAMP8QACz/FgAp/xwA&#10;Jv8iACL/JwEf/ywBHP8xARr/NgEY/zwBFf9BARP/SAIR/08CEP9XAg3/YQIM/2wCCv95Agn/hgMI&#10;/5IDB/+dAwb/pQMG/6UDBv+lAwb/pQMG/6UD/zExAv82LgL/Oi8C/zsyA/87OQT/O0MF/zlPB/84&#10;XAr/NmgN/zR0EP8ygBL/MYsU/zCUFv8wmxf/L6IX/y+oGP8urxn/LrUZ/y68Gf8uxRr/Ls8a/y7g&#10;Gv8u6xr/LvQa/y78Gvwv/xn7L/8a+i7/G/ou/xz6Lv8c+i7/HPou/xz6Lv8c/zMvAv85LAL/PS0C&#10;/z4wA/8/NgT/P0EF/z1NB/88WQr/OmUO/zhyEf82fRP/NYgV/zSRF/8zmRj/M6AZ/zKmGf8yrBr/&#10;MbMa/zG6G/8xwhv/Mcwb/zHdG/8x6Rv9MfMb+jL7G/gy/xv3Mv8c9jH/HfUx/x71Mf8e9TH/HvUx&#10;/x71Mf8e/zUsAv88KgL/QCoC/0ItA/9DNAT/RD8F/0JKB/9BVgr/P2IO/z1uEf87ehT/OYQW/ziO&#10;GP83lhn/Np0a/zakG/81qhz/NbAc/zW3Hf81vx3/Nckd/DXYHfo15x33NfEd9DX6HfI1/x7xNf8f&#10;8DX/IO80/yHvNP8h7zT/Ie80/yHvNP8h/zgqAv8/JwL/QyYC/0YpAv9JMgP/STwF/0hHB/9GUwv/&#10;RF8P/0JqEv9AdhX/PoAY/zyKGf88khv/O5oc/TqgHfw6px37Oa0e+jm0H/k5vB/4OcYf9jnTH/I5&#10;5B/vOfAf7Dr6H+o5/yHpOf8j6Dn/JOc5/yTnOf8l5zn/Jec5/yXnOf8l/zwnAv9DIwL/SCIC/0wm&#10;Av9PLwP/UDkF/05DB/9MTwv/SlsP/0hmE/9FcRb8Q3wZ+kKGG/hBjhz2QJYe9T+dH/M/oyDyPqog&#10;8T6xIfA+uSHuPsMh7T7PIeo+4iHmP+8h4z75I+E9/yXfPf8n3j3/KNw9/yjcPf8o3D3/KNw9/yjc&#10;Pf8o/z8jAf9HIAH/TB4B/1EkAv9VLAP/VjUE/1U/Bv9TSgr+UFYP+k5iE/ZLbRfzSXca8EeBHO5G&#10;ih7sRZIg60SZIelDoCLoQ6cj5kOuI+VCtiTkQsAk4kPMJN9D4CTbQ+0l1kL4KNNC/yrRQv8rz0H/&#10;K85B/yzOQf8szkH/LM5B/yzOQf8s/0MgAf9KHAH/UBsB/1chAf9bKAL/XDID/1s7BvxZRgn2VlEO&#10;8VRdE+1RaBfpT3Ia5k18HeRLhSDiSo4h4EmVI95InCTcR6Mm2kerJ9hGsyjVRrwo00bIKdFG3CrN&#10;R+wqyUb3LMdG/y7ERv8vw0b/L8JG/y/BRv8vwUb/L8FG/y/BRv8v/0YdAf9OGAH/VhgB/1weAf9g&#10;JQL/Yi0D/GI3BfRgQQjuXUwN6FpYEuNYYxffVW4b21J3H9hQgCLUT4kk0U2QJ89MlyjNTJ4qy0um&#10;K8lKrSzHSrctxkrCLsRK0S/BS+cvvUr0MbtK/zK4Sv8yt0v/M7ZL/zO2S/8ztkv/M7ZL/zO2S/8z&#10;/0oaAf9SFQH/WhYB/2EbAf9mIQH+aCkC9GgyA+xnPAblZEgL32FUENleXhfSW2kczlhyIMtWeyTI&#10;VIMnxVKLKsNRkizBUJkuv0+hL71PqDG7TrEyuU68M7dOyjS1TuE0sk7xNa9P/TatT/82rE//NqtP&#10;/zarT/82q0//NqtP/zarT/82/00XAf9VEgH/XxQA/2YYAP9rHQH4bSQB7W4sAuVtNgTda0MI1GdP&#10;EM1kWhfIYGQdxF1tIsFbdia9WX4pu1eFLLhWjS+2VZQxtFScM7JTpDSwUq02rVK3N6xSxTiqUto4&#10;p1LtOaVT+jmjU/85olP/OaFU/zihVP84oVT/OKFU/zihVP84/08UAf9ZEAD/YxIA/2oUAP9vGQDy&#10;ch8A5nQmAd10MQLTcT8Iy21LD8VpVhfAZmAdu2NpIrdgcSe0XnkrsVyALq5biDGsWY8zqliXNadX&#10;nzelV6g5o1azOqFWwDufVtI8nVbpPJtX+DyaV/88mVj/O5hY/zuYWP86mFj/OphY/zqYWP86/1IS&#10;Af9cDgD/ZhAA/20RAPpzFADrdxgA4HkfANR5LQLLdjwHxHJIDr5vUxa4a1wds2hlIq9lbSesY3Ur&#10;qWF8L6ZfhDKjXos1oV2TN55cmzmcW6Q7mVqvPZdauz6WWsw/lFrlP5Jb9T6RW/8+kFz/PZBc/zyP&#10;XP88j1z/PI9c/zyPXP88/1URAP9fDQD/aQ4A/3EOAPV3EADmexEA2X0YAM59KgLFezkGvndFDrd0&#10;UBWxcFkcrW1iIqhqaSelaHEsoWZ4L55kgDObYoc2mGGPOJZgmDuTX6E9kV6rP49euECNXshBi17h&#10;QYpf80CJX/8/iWD/Pohg/z6IYP89iGD/PYhg/z2IYP89/1cPAP9iDAD/bAwA+HQMAOl6DADefgwA&#10;0oEVAMiBJwHAfzYGuHxCDbJ4TRWsdVYbp3JfIqJvZieebG4sm2p1MJdofDOUZ4Q2kWWMOY5klTyM&#10;Y54+iWKoQIditUKFYsVChGLeQ4Nj8UKCY/1BgmT/QIJk/z+CZP8/gmT/P4Jk/z+CZP8//1kOAP9k&#10;CwD/bgoA6ncIANt9CADUggoAzIQSAMOFJAG7gzQFs4BADK18SxSmeVQboXZcIZxzZCaYcWsrlG9y&#10;L5FteTOOa4E2i2qJOYhokjyFZ5s/gmamQYBmskN+ZsFEfWbZRHxn70N8Z/xBfGj/QHxo/0B8aP8/&#10;fGj/P3xo/z98aP8//1sMAP9nCQD3cQcA3noFANSABwDOhQkAx4cRAL6IIgG2hzEEr4Q+C6iBSROi&#10;fVIanHpaIJd3YSaTdWgrj3NvL4txdzOIb342hW6GOoJtjz1/a5k/fGujQnlqsEN4ar9EdmrURXZr&#10;7UN2a/tCdmv/QXZs/0B2bP9Admz/QHZs/0B2bP9A/10KAP9pBwDsdAMA2nwEANCDBgDJiAcAw4oP&#10;ALqLIAGyii8Eq4g8CqSFRxKdgVAZmH5YH5N8XyWOeWYqindtLoZ1dDKCdHw2f3KEOXxxjT15cJZA&#10;dm+hQnRurkRybr1FcG7RRXBv60Rwb/pDcW//QXFv/0BxcP9AcXD/QHFw/0BxcP9A/18IAP9rBADh&#10;dgAA1H8DAMuGBQDFiwYAvo0NALWPHgCuji0Dpow6CZ+JRRGZhk4Yk4NWHo6AXSSJfmQphXxrLYF6&#10;cjJ9eHk1eneCOXd2izxzdZU/cXSfQm5zrERsc7tFa3PORWtz6URrc/hDa3P/Qmxz/0Fsc/9AbHP/&#10;QGxz/0Bsc/9A/2EFAPpuAQDdeQAA0IICAMeJBADAjgQAuZEMALGSGwCpkisDopA4CJuNQw+UikwX&#10;johUHYmFWyOEg2IogIFpLXx/cDF4fnc1dXx/OHF7iDxuepI/a3mdQWh4qkNmeLhEZXjMRWV450Rl&#10;ePdDZnj/QmZ4/0FmeP9AZnj/QGZ4/0BmeP9A/2QDAO5xAADYfAAAy4UCAMOMAwC7kQMAs5QJAKyW&#10;GAClligCnZQ2B5aSQQ6Qj0oVio1SHISLWiJ/iWAne4dnLHeFbjBzg3U0b4J9N2yBhjtpf5A+Zn6b&#10;QWN+qENhfbZEYH3JRF995UNgffZCYH3/QWF9/0Bhff9AYX3/QGF9/0Bhff9A/2cAAON0AADSfwAA&#10;x4gBAL6PAgC2lQEArpgGAKaaFQCfmiYCmJkzBpGXPwyLlUgUhZNQGn+RWCB6j18ldo1lKnKLbC5u&#10;inMyaoh7NmaHhDljho48YIWZP12EpkFbhLRCWoTHQ1qE40Jag/RBW4P/QFuD/0Bbg/8/W4P/P1uD&#10;/z9bg/8//2oAAN54AADNgwAAwowAALmTAACwmAAAp50CAKCfEgCZnyMBk54xBYydPAuFm0YSf5lO&#10;GHqXVh51ll0jcJRjKGySaixokXEwZZB5NGGOgjdejYw6WoyXPViMpD9Wi7JAVIvFQFSL4UBUivM/&#10;VYr+P1WJ/z5Vif8+VYn/PlWJ/z5Vif8+728AANZ8AADIhwAAvZEAALSYAACqnAAAoKIAAJmkEACT&#10;pSABjKQuA4WjOQl/okMPeaBMFnSfUxtvnVogapxhJWaaaCljmW8tX5h3MFuXgDRYloo3VZWVOVKV&#10;ojtQlLA9T5TDPU+U3zxPk/I8T5L9PE+S/zxPkf88T5H/PE+R/zxPkf885HQAAM+BAADCjAAAuJYA&#10;AK2cAACjoQAAmKgAAJCqDQCLqxsAhasqAn6qNgZ4qUEMcqhJEm2nURhpplgcZKRfIWCjZiVdom0p&#10;WaF1LFahfi9ToIgyT5+TNU2foDdLnq84Sp7BOEme3ThJnfA4SZz8OEmb/zlJm/85SZv/OUmb/zlJ&#10;m/8523oAAMiHAAC8kgAAsZoAAKagAACcpgAAkawAAIexCACBshYAfLMmAXayMwRxsj0Ja7FHDmaw&#10;TxNir1YYXq5dHFqtZCBXrGsjVKxzJlCrfClNqoYsSqqSL0ipnzBGqa0yRam/MkSq2jJEqO8yQ6f7&#10;M0Om/zNDpf80Q6X/NEOl/zRDpf800IEAAMGOAAC1mAAAqZ8AAJ6lAACTrAAAiLIAAHy5AgB2uhEA&#10;crshAG67LgJouzoGZLpDCl+6TA5buVMSV7haFlS4YRlRt2kcTrdxH0u2eiJItoQlRbaQJ0O1nSlB&#10;tawqQLa+Kj+22Co/tO4qPrP6LD2y/y09sf8tPbH/LT2x/y09sf8tx4kAALmVAACsnQAAoaQAAJar&#10;AACKsgAAf7gAAHO/AwBqxAwAZ8UaAGPFKAFfxTUDW8U/BVfFSAlUxFAMUMRYD03EXxJKw2YVSMNu&#10;F0XDeBpCw4IcQMOOHj7DnB88w6sgO8O8ITrD1SE7wu4hOcD5Iji//yQ4v/8kOL//JDi//yQ4v/8k&#10;vZEAALCbAACkogAAmKoAAIyxAACAuQAAdb8AAGrGBABezAgAWc8SAFfQIQBV0C4BUdA5Ak7QQwRL&#10;0EwGSdBTCEbQWwtD0GMNQdBrDz7QdRE80YATOtGMFDjRmhY20akXNdG7FzTS0hc10OwWNM/3GDPO&#10;/xozzv8aM87/GjPO/xozzv8as5kAAKahAACaqQAAjrEAAIG5AAB1wAAAascAAF7NAwBU1AgATN0N&#10;AErdGABI3iYARt4yAUTfPAJC30UDP99NBD3gVQU74F0GOeBmCDfgbwk14XoKM+GGDDHhlA0w4qMO&#10;LuKzDi7jxw4t4+MOLeDyDizf+w8s3/0QLN/9ECzf/RAs3/0QqKAAAJynAACPsAAAg7gAAHbBAABq&#10;yQAAXs8AAFPVAQBJ3AYARekPAELpGQBA6iQAPeouADrrNgE47D4BNuxGAjPtTQMx7VUDL+5dBC3u&#10;ZQUr7nAFKe97BijviQcm8JcHJfCnCCTxuAgj8cwIIvLlCCLw8wgi7/UIIu/1CCLv9Qgi7/UInqYA&#10;AJGvAACEuAAAd8EAAGrJAABd0AAAUdcAAEbdAAA/6gUAPPYOADn2FwA29yAAM/coADH4MAAu+TYB&#10;K/k9ASn6RAEn+koCJftSAiP7WgIg/GMDHvxuAxz9ewMb/okEGf6YBBj/qAQX/7cEFv/IBBb/4AQW&#10;/+QEFv/kBBb/5AQW/+QEk64AAIW3AAB4wAAAaskAAF3SAABQ2QAARN8AADrkAAA19wMAMv8MAC7/&#10;EgAr/xoAKP8hACb/JwAj/y0AIP8zAB7/OQEc/z8BGf9FARf/TQEV/1UBE/9fARH/agIQ/3gCDv+H&#10;Ag7/lgIN/6QCDP+wAgz/vgIM/8ICDP/CAgz/wgIM/8ICh7YAAHm/AABryQAAXtMAAFDbAABD4AAA&#10;OOUAAC/wAAAr/wAAJ/8IACT/DgAh/xMAHv8ZABv/HgAY/yMAFf8oABP/LQAR/zIAEP84AA7/PwAM&#10;/0YBCv9PAQf/WQEE/2UBAf9yAQD/gQEA/48BAP+bAQD/pwEA/6kBAP+pAQD/qQEA/6kB/ywvAf8w&#10;LAH/MiwC/zMwAv8xNgP/MEED/y9NBP8tWgb/K2YH/ylzCP8ofgr/J4gL/yeRDP8nmQ3/Jp8N/yal&#10;Dv8mqw7/JrEP/ya4D/8mwA//JskP/ybXD/8m5g//JvAP/ib5D/sn/w/5J/8P+Sb/Efgm/xH4Jv8S&#10;+Cb/Evgm/xL4Jv8S/y4sAf8zKQH/NSoC/zYtAv82NAL/NT8D/zNLBP8yVwb/MGQH/y5wCf8sewr/&#10;LIUM/yuODf8rlg7/Kp0P/yqjD/8qqRD/Kq8Q/ym2EP8pvRH/KccR/ynTEf4p4xH7Ku8R+Cr4EPYr&#10;/xD0Kv8S9Cr/E/Mq/xTzKf8U8yn/FPMp/xTzKf8U/zEpAf82JgH/OSYB/zopAv87MgL/Oz0D/zlI&#10;Bf83VAb/NWAH/zNsCf8ydwz/MIIN/zCLDv8vkw//L5oQ/y6gEf8uphH/LqwS/y6zEv4uuhL9LsQS&#10;+y7PE/gu4RL1Lu0S8S/3Eu8v/xPuLv8V7S7/Fuwu/xfsLv8X7C7/F+wu/xfsLv8X/zQmAf85IwH/&#10;PSMB/z4mAv9BLwL/QTkD/z9FBP89UAb/O1wI/zloCv83cw3/Nn4O/zWHEP00jxH8NJYS+jOdE/kz&#10;oxP4M6kU9zOwFPYztxT0M8AU8zPMFPAz3hTtM+sU6TT2Fecz/xfmM/8Y5DL/GeQz/xrjMv8a4zL/&#10;GuMy/xrjMv8a/zgjAf89IAH/QR8B/0UjAf9HLAL/RzYD/0ZABP9ETAb/QVgI/z9kC/s+bw75PHkQ&#10;9juDEfQ6ixPzOZMU8TmZFPA4oBXuOKYW7TitFuw4tBbqOL0W6TjJFuc42xbjOeoW4Dj1GN04/xrb&#10;N/8c2Tf/Hdc3/x3WN/8e1jf/HtY3/x7WN/8e/zsgAf9BHAH/RRoB/0sgAf9NKAH/TjIC/008BP9K&#10;Rwb6SFMI9kZfC/JEag7vQnQR7EF+E+pAhxToP44V5j6WFuU+nBfjPaMY4j2qGOA9shjfPbsZ3T3G&#10;Gds92BrWPeka0j31Hc49/h/MPP8gyzz/Ick8/yHJPP8hyTz/Ick8/yHJPP8h/z8cAf9FFwH/SxcB&#10;/1AdAf9TJAH/VC0C/1M3A/dRQgXxTk0I7ExaC+hKZQ/lSG8R4kd5FN9FghbdRIoX2kORGdhCmRrV&#10;Qp8b00GmHNFBrh3PQbcezkHBHsxB0B/JQuUfxULzIcJB/iPAQf8kvkH/JL1B/yW9Qf8lvUH/Jb1B&#10;/yW9Qf8l/0IYAf9JEwD/UBQA/1YZAP9ZIAH/WigB91oyAu9YPQToVUkH41NVCt5RYA7ZTmoS1Ex0&#10;FtBLfBjOSYQbzEiMHMpHkx7IR5ofxkahIcRGqSLCRbEjwUW8I79FySS9Rt8luUbvJrZG+ye0Rv8o&#10;s0b/KLJG/yixRv8osUb/KLFG/yixRv8o/0YVAP9NEQD/VRIA/1sWAP9eGwD5YCMB72AsAeZeNgPf&#10;XEQF2FlQCtFXWw/MVGUUyFJuGMVQdxvDT38dwE6GH75NjiG8TJUjukucJLhKpCa2SqwntEq2KLNJ&#10;wymxSdYprkrqKqtK+CupSv8rqEv/K6dL/yunS/8rp0v/K6dL/yunS/8r/0kSAP9QDgD/WRAA/18S&#10;AP9jFgDyZR0A52UlAN5kMQHUYj8FzWBLCsddVg/CWmAVvlhpGbtWcRy4VHkftlOBIrNSiCSxUJAm&#10;r1CXKK1PnymrTqgrqU6yLKdOvi2mTs4uo07mLqFP9S6fT/8unk//Lp1P/y6dUP8unVD/Lp1Q/y6d&#10;UP8u/0wQAP9UDQD/XQ4A/2MPAPlnEQDraRUA32ocANNqLAHLaDsExWVHCb9iUg+6YFwVtl1lGbJb&#10;bR2vWXUhrFh8I6pWgyanVYsopVSTKqNTmyyhU6Mun1KtL51SuTCbUskxmVLiMZdT8jGWU/8xlVT/&#10;MZRU/zCUVP8wlFT/MJRU/zCUVP8w/08OAP9YCwD/YAsA+2YMAPBrDQDkbQ4A1m4WAMxvKAHEbTcE&#10;vWtECbdoTw+yZVgVrmJhGqpgaR6nXnAhpF14JaFbfyefWocqnFmOLJpYly6YV6AwlVaqMpNWtTOR&#10;VsU0kFbdNI5X8DSNV/0zjFj/M4xY/zKMWP8xjFj/MYxY/zGMWP8x/1EMAP9bCQD/YwgA62oHAN1u&#10;CADYcQoAz3ITAMZzJQG+cjQDt3BBCLFtTA6salUUp2deGaNlZR6gY20inGF0JZpgeyiXXoMrlF2L&#10;LZJckzCPW5wyjVqmNItasjWJWsE2h1rWNoZb7TaFW/s1hVz/NIRc/zOEXP8zhFz/M4Rc/zOEXP8z&#10;/1MKAP9dBgD1ZgQA320DANVyBgDQdQkAyXYRAMB3IgC4djEDsXQ+B6txSQ6mblIUoWxbGZ1pYh2Z&#10;Z2oilmZxJZNkeCiQY38rjWGHLopgkDCIX5kzhV+jNYNerzaBXr44gF7ROH9f6jd+X/o2fmD/NX5g&#10;/zR+YP80fmD/NH5g/zR+YP80/1UIAP9gBADoaQAA2nADANB1BQDKeAcAw3oPALt7HwCzei8CrHg8&#10;B6Z1Rg2hc1ATnHBYGJduYB2Ta2chkGpuJY1odSiKZ3wrh2aELoRkjTGBY5Y0f2OhNnxirTd6Yrs5&#10;eWLOOXhj6Dh4Y/g3eGT/Nnhk/zV4ZP81eGT/NXhk/zV4ZP81/1cFAP9iAQDhbAAA1HMCAMt4BADF&#10;ewUAvn0NALZ+HQCvfiwCqHw5BqF5RAycd04Sl3RWGJJyXRyOcGQgim5rJIdsciiEa3orgWqCLn5p&#10;ijF7aJQ0eGefNnZmqjh0Zrk5c2bLOnJm5jlyZ/c4cmf/N3Jo/zZyaP81cmj/NXJo/zVyaP81/1kC&#10;APZlAADdbgAAz3YBAMd7AwDAfwQAuYAMALGCGgCqgioCo4A3BZ19QguXe0sRknhUF412WxuJdGIg&#10;hXJpJIFxcCd+b3cre25/LnhtiDF2bJI0c2ucNnBqqDhuarc6bWrJOmxq5Dpta/U4bWv/N21r/zZt&#10;a/82bWv/Nm1r/zZta/82/1sAAOtnAADZcQAAzHkAAMN+AgC7ggMAtIQJAK2FGACmhSgBn4Q1BZmC&#10;QAqTf0kQjX1SFol7WRuEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCbNmtvpzhpb7U6aG/H&#10;Omdv4jpnb/Q4aG//N2hv/zZob/82aG//Nmhv/zZob/82/14AAORqAADTdAAAyHwAAL+BAQC3hQEA&#10;r4cHAKiJFQChiSUBm4gzBJSGPgmOhEcPiYFQFYR/Vxp/fl4ee3xlInh6bCZ0eXMqcXh7LW53hDBr&#10;do4zaHWZNmZ0pThkc7M5YnPEOmJz4Dpic/M4Y3P/N2Nz/zZjc/82Y3P/NmNz/zZjc/82/2EAAOBt&#10;AADPdwAAxH8AALuFAACziQAAqosDAKOMEwCcjSMBlowwA5CLPAiKiUUOhIdOE3+FVRh7g1wdd4Jj&#10;IXOAaiVvf3EpbH15LGl8gi9me4syY3qXNWB5ozdeebE4XXnCOVx53TldefE4XXj+N154/zZeeP81&#10;Xnj/NV54/zVeeP819WQAANxwAADKegAAwIMAALaJAACujQAApI8AAJ2REACXkiAAkZEuA4qQOQeE&#10;jkMMf41MEnqLUxd1iVobcYhhIG6GaCNqhW8nZ4R3K2ODfy5ggokxXYGUM1uAoTZZf683V3/AOFd/&#10;2jdXf/A3WH79Nlh+/zVYfv81WH7/NVh+/zVYfv816WgAANR0AADGfgAAu4cAALKNAACokQAAnpQA&#10;AJaWDgCRlxwAi5crAoWWNwV/lEEKeZNJEHSSURVwkFgZbI9fHWiOZiFljG0lYYt0KF6KfSxbiYcv&#10;WIiSMVWHnzNTh601Uoe+NVGH1jVRhu41UoX7NFKF/zRShf8zUoX/M1KF/zNShf8z42wAAM55AADB&#10;gwAAtosAAKyRAACilQAAl5kAAI+bCwCKnRgAhJ0nAX6cNAR5mz4Ic5pHDW+ZTxJqmFYXZpddG2OV&#10;Yx5flGoiXJNyJVmSeyhVkYUrUpGQLlCQnTBOkKsxTJC8MkyQ0zJMj+0yTI76MkyN/zFMjP8xTIz/&#10;MUyM/zFMjP8x3HEAAMh+AAC7iAAAsZEAAKaWAACcmgAAkJ8AAIeiBgCBoxQAfKQjAXekMANyozsG&#10;baJEC2ihTA9koFQTYJ9aF12eYRtZnWgeVp1wIVOceSRQm4MnTZqOKUqamyxImqktR5m6LUaa0C1G&#10;mOstRpf5LkaW/y5Glv8uRpb/LkaW/y5Glv8u0XcAAMGEAAC2jgAAqpUAAKCbAACVnwAAiqQAAH2p&#10;AAB3qxAAc6seAG+sLAFqqzcEZatBB2GqSQtdqVEPWqlYE1eoXxZTp2YZUKduHE2mdh9KpYEhSKWM&#10;JEWlmSZDpKgnQqS4KEGkzidBo+onQKL4KECh/ylAoP8pQKD/KUCg/ylAoP8pyX4AALqLAACvlAAA&#10;o5oAAJigAACNpQAAgqoAAHWwAABsswwAabQYAGW0JwFhtDMCXrQ9BFq0RgdWs04KU7NVDVCzXBBN&#10;smMTSrJrFkexdBhFsX4aQrCKHUCwlx4+sKYgPLC3IDywzCA8r+ggO673ITqt/yI6rP8jOqz/Izqs&#10;/yM6rP8jwIYAALOSAACnmQAAnJ8AAJCmAACErAAAebEAAG23AABhvAUAXb0SAFq+IABYvi0BVL44&#10;AlG+QgROvkoGTL5SCEm+WQpGvmAMRL5oDkG9cRE/vXwTPL2IFTq9lRY4vaQXN721GDa9yhg3vOcX&#10;Nbv2GTW6/xo0uf8bNLn/GzS5/xs0uf8buI8AAKqYAACfnwAAk6YAAIesAAB7swAAb7kAAGO+AABY&#10;xAQAUMgMAE3IFwBMySUASsoxAEfKOwFFykQCQ8pMA0HKVAQ+ylwGPMpkBzrLbgk4y3gKNsuFDDTL&#10;kg0yy6IOMcuyDzDMxw8wy+UOL8n1Dy7I/REux/8SLsf/Ei7H/xIux/8SrpcAAKGeAACVpQAAia0A&#10;AHy0AABwuwAAZMEAAFnGAABOywMARdAIAD7VDgA91RoAPNYmADvXMQA52DsAONlFATbZTQE12VYC&#10;M9peAjHaaAMw23MELtt/BSzbjQUq3J0GKdytBijdwQYo3d4GJ9vvBybZ+Qgm2P4JJtj+CSbY/gkm&#10;2P4JpJ0AAJilAACLrQAAfrQAAHG8AABlwwAAWckAAE3NAABD0wEAOtkGADXkDQAz5BYAMeQgADDl&#10;KgAu5jMALeY8ACvnRAAq50wBKOhUASfoXQEl6WcCI+lzAiLqgQIg6pEDH+uhAx3rsgMc7McDHOzh&#10;Axvq8QMb6fkDG+n5Axvp+QMb6fkDmqQAAI2sAAB/tQAAcr0AAGXFAABZywAATNAAAEHVAAA43AAA&#10;L+ECAC3xDQAr8RMAKPIcACbyJAAk8ysAIvQyACH0OQAf9UEAHfVJABv2UQAZ91oBF/dlARX4cgEU&#10;+YEBE/mSARL6ogIR+rMCEPvGAhD73QIQ++kCEPvpAhD76QIQ++kCj6sAAIG0AABzvQAAZsYAAFnN&#10;AABL0wAAQNkAADXeAAAs4wAAJvEAACT+CgAh/xAAH/8WABz/HAAZ/yIAF/8oABX/LgAT/zUAEv88&#10;ABD/QwAO/0wADf9WAAv/YgAJ/28ACP9/AQf/kAEF/6ABBP+uAQT/vAED/8cBA//HAQP/xwED/8cB&#10;g7QAAHW9AABnxgAAWs8AAEvVAAA/3AAAM+EAACnlAAAh7AAAHv0AABr/BQAX/wwAFf8QABL/FAAQ&#10;/xkADv8eAA3/IwAL/ygACP8uAAb/NQAD/z0AAP9GAAD/UQAA/10AAP9rAAD/ewAA/4sAAP+ZAAD/&#10;pQAA/6wAAP+sAAD/rAAA/6wA/ycsAf8qKgH/KyoB/youAf8mNAL/JT8C/yNLA/8hWAP/IGQE/x5w&#10;BP8dewT/HYUF/x2OBf8dlgX/HZwG/x2iBv8cqAb/HK4H/xy0B/8cuwf/HMMH/xzOB/8d3wf/HesH&#10;/B31B/kd/gb3Hv8H9x3/CPYd/wn2Hf8J9h3/CfYd/wn2Hf8J/ykqAf8sJwH/LicB/y0qAf8sMgH/&#10;Kz0C/ylJA/8nVQP/JWEE/yNtBP8ieAX/IoIF/yGLBv8hkwb/IZoH/yGgB/8hpQf/IasI/yGxCP8h&#10;uAj/IcEI/yHLCPwh3Aj5IekI9iH0CPMi/QfyIv8J8SL/CvEh/wvwIf8L8CH/C/Ah/wvwIf8L/ywm&#10;Af8wJAH/MSMB/zEmAf8yLwH/MToC/y9GA/8tUgP/K14E/ylpBf8odQX/J38G/yeIB/8mkAf/JpYI&#10;/yadCP4mown9JqkJ/CavCfsmtgn6Jr4J+CbICfYm2QnyJugJ7yfzCe0n/QrrJv8L6ib/Dekm/w3o&#10;Jv8O6Cb/Dugm/w7oJv8O/y8jAf8zIAH/NR8B/zcjAf84LAH/ODcC/zZCAv80TgP/MloE/zBlBf8u&#10;cAb+LXsH/C2ECPosjAn4LJMJ9yyZCvYroAr0K6YK8yusC/IrswvxK7sL7yvGC+4s1AvqLOYL5izy&#10;C+Qs/A3iLP8P4Sz/EOAs/xDfLP8R3yz/Ed8s/xHfLP8R/zMfAf83GwH/OhoB/z0gAf8/KAH/PzIB&#10;/z0+Av87SQP/OVUE+zdhBvc1bAf1NHYI8jN/CfAyhwrvMo8L7TKWC+wxnAzqMaIM6TGpDOgxsA3m&#10;MbkN5THDDeMy0Q3fMuUM3DLxD9gx/BHVMf8S0jH/E9Ex/xTQMf8U0DH/FNAx/xTQMf8U/zcbAf87&#10;FwD/PxYA/0McAP9GJAH/Ri4B/0Q5AvxCRAP2P1AE8T1cBu08ZwfqO3EJ6Dp6CuU5gwvjOIsM4jiS&#10;DeA3mQ3fN58O3TemDts3rQ/ZNrYQ1zbBENU2zhDRN+MRzTfxE8o3+xXIN/8Wxjf/F8U3/xjEN/8Y&#10;xDf/GMQ3/xjEN/8Y/zsXAP9AEwD/RRMA/0kYAP9MIAD/TCkB+kszAfJIPgLsRkoE50RWBuNDYgjf&#10;QWwK3EB1DNk/fg3VPoYP0z2NENE9lBHPPJsSzTyiE8w8qRTKO7EUyDu7Fcc7yBbFPNwWwTztF748&#10;+Rm7PP8aujz/G7k8/xu4PP8buDz/G7g8/xu4PP8b/z4UAP9EEAD/ShEA/08UAP9RGwD7UiMA8VEt&#10;AelPOAHiTUUD3EtRBdZJXAjRR2YLzkZwDstFeBDIRIASxkOHFMRCjhXDQpUWwUGcF79BpBi9QKwZ&#10;vEC2GrpAwhq4QNIbtUHoG7JB9h2wQf8erkH/Hq1B/x6sQf8erEH/HqxB/x6sQf8e/0IRAP9HDQD/&#10;Tw4A/1MRAP9WFQDzVxwA6FYlAOBVMQHXUz8Cz1JMBcpQVwnGTmENw0xqEMBKchK9SXoVu0iCFrlH&#10;iRi3R5AZtUaXG7NGnxyxRacdsEWxHq5FvB+sRcwfqkXjIKdG8yGlRv8ho0b/IqJG/yGiRv8hokb/&#10;IaJG/yGiRv8h/0UOAP9LCgD/UwwA/1cNAPlaEADrWxQA31ocANRaKwDMWjsCxlhIBcFWUwm8VFwN&#10;uVJlEbVQbRSzT3UXsE58Ga5NhBqsTIscqkuSHqhKmh+mSqMhpEmsIqNJuCOhScYkn0reJJ1K8CSb&#10;Sv0lmUv/JJlL/ySYS/8kmEv/JJhL/ySYS/8k/0gMAP9PCAD/VggA9VsJAOleCgDkXg0A1V8VAMtg&#10;JwDEXzYCvl5DBbhbTgm0WVgOsFdhEqxVaRWqVHAYp1N4GqVSfxyiUYYeoFCOIJ5PliKcTp8jmk6o&#10;JZhOsyaXTsInlU7WJ5NO7CeRT/snkE//J5BQ/yaPUP8mj1D/Jo9Q/yaPUP8m/0oJAP9TBQD4WgQA&#10;4l8DANpiBgDUYwkAzWMSAMRlIwC8ZTICtmNABbFhSwmsXlQOqFxdEqVbZRahWWwYn1hzG5xWeh6a&#10;VYIgmFSKIpVUkiSTU5smkVKlJ49SsCmNUr4qjFLQKopT6SqJU/kpiFT/KYdU/yiHVP8oh1T/KIdU&#10;/yiHVP8o/0wFAP9WAQDpXQAA3GMCANFnBQDMaAcAxmgQAL1qIAC2aS8BsGg8BKplRwmlY1ENoWFa&#10;Ep1fYRaaXmkZl1xwHJVbdx6SWn4hkFmGI41YjiWLV5cniVehKYZWrSuFVrosg1bMLIJX5iyBV/cr&#10;gFj/KoBY/yqAWP8pgFj/KYBY/ymAWP8p/08CAP1ZAADiYAAA1WcAAMxqAwDGbAUAwGwOALdtHQCw&#10;biwBqmw5BKVqRAigaE4Nm2ZXEZdkXhWUYmUZkWBsHI5fcx6LXnshiV2CJIZciyaEW5QogVueKn9a&#10;qix9WrctfFrJLnpa4y56W/Utelz/LHlc/yt6XP8qelz/Knpc/yp6XP8q/1EAAPJbAADeZAAAz2oA&#10;AMduAgDAcAQAunAMALJxGgCrcSkBpXA3A59uQgeabEsMlmpUEZJoXBWOZmMYi2VpG4hjcB6FYngh&#10;gmF/JIBgiCZ9X5Epe1+cK3hepy12XrUudV7GL3Re4S90X/MudF//LHRg/yt0YP8rdGD/K3Rg/yt0&#10;YP8r/1MAAOheAADZZwAAy20AAMNxAQC7cwIAtXMJAK11FwCndScBoXQ0A5tyPweVcEkLkW5SEIxs&#10;WRSJamAYhWlnG4Jobh5/ZnUhfWV9JHpkhSZ3ZI8pdWOaK3JipS1wYrMvb2LEL25i3i9uY/IubmP+&#10;LW5j/yxuY/8rbmP/K25j/ytuY/8r/1UAAOVgAADTaQAAyHAAAL90AAC3dwEAsHcHAKh4FQCieSQA&#10;nHgyApZ2PQaRdEcLjHJPD4hwVxOEb14XgG1kGn1sax16a3Mgd2p6I3RpgyZyaI0pb2eXLG1noy5r&#10;ZrEvaWbBMGlm2zBpZ/AvaWf9LWln/yxqZ/8ramf/K2pn/ytqZ/8r/lgAAOFjAADPbAAAxHMAALt4&#10;AACzegAAq3oEAKR7EgCefCIAmHwvApJ6OwWMeEUKh3dNDoN1VRJ/c1wWe3JiGnhwaR11b3Agcm54&#10;I29tgSZtbIspamyWK2hroS5ma68vZGq/MGNr2DBja+8vZGv8LWRr/y1la/8sZWv/LGVr/yxla/8s&#10;9FsAAN1mAADLbwAAwHYAALd7AACvfgAApn4BAJ9/EACZgB8Ak4AtAo1/OQWIfUMJg3tLDX56UxJ6&#10;eFoWdndhGXN1ZxxwdG4fbXN2ImpyfyZocYkoZXCUK2JwoC1gb60vX2+9L15v1C9eb+0vX2/7LV9v&#10;/yxgb/8sYG//LGBv/yxgb/8s614AANhpAADHcgAAvHkAALN/AACrggAAoYIAAJmDDgCUhB0AjoQr&#10;AYiDNgSDgkAIfoBJDHl/URB1fVgUcnxfGG57ZRtremweaHl0ImV4fSVid4cnYHaSKl11nixbdasu&#10;WnS7L1l10S9ZdOwuWXT6LVp0/yxadP8rWnT/K1p0/ytadP8r5mEAANFtAADDdgAAuX0AAK+DAACm&#10;hgAAnIYAAJSIDACOiRkAiYkoAYOJNAN+hz4HeYZHC3SFTw9whFYTbYJdF2mBYxpmgGodY39yIGB+&#10;eiNdfYQmWnyPKVh7nCtWe6ksVHu5LVN7zi1UeuotVHr5LFR5/ytVef8qVXn/KlV5/ypVef8q4WUA&#10;AMxxAAC/egAAtIIAAKuHAAChigAAlYsAAI2NCQCHjhYAgo8kAX2PMQJ4jjsFc41ECW+MTA1rilQR&#10;Z4laFWSIYRhhh2gbXoZwHluFeCFYhIIkVYSNJlKDmilQgqcqT4K3K06CzCtOgugrToH4Kk+A/ypP&#10;gP8pT4D/KU+A/ylPgP8p22oAAMd1AAC6fwAAsIcAAKaMAACcjwAAj5EAAIaTBQCAlBIAe5UhAHeV&#10;LQFylTgEbZRCB2mTSgtlklEOYpFYEl6QXxVbj2YYWI5tG1WOdh5SjYAhT4yLI02LmCVLi6UnSYu1&#10;KEiLyihIiucnSYn3KEmI/ydJh/8nSYf/J0mH/ydJh/8n0W8AAMF7AAC1hAAAq4wAAKCQAACVlAAA&#10;iZcAAH6aAAB3mw4Ac5wcAG+dKQFrnDUCZpw/BWKbRwhfmk8LXJpWD1iZXBJVmGMVU5hrF1CXcxpN&#10;ln0dSpWJH0eVlSFFlaQjRJSzI0OUyCNDlOUjQ5L1JEOR/yRDkP8kQ5D/JEOQ/yRDkP8kynUAALuB&#10;AACwiwAApJEAAJqVAACPmQAAg50AAHSiAABuowsAaqQXAGalJQBjpTEBX6Q7A1ukRAVYpEsIVaNT&#10;C1KjWg1PomEQTaJoE0qhcRVHoHsYRKCGGkKfkxxAn6IdPp+yHj2fxh49n+MdPZ30Hj2c/x88m/8f&#10;PJv/IDyb/yA8m/8gwnwAALWIAACpkAAAnpYAAJObAACHnwAAe6QAAG+oAABjrAQAX60RAFytHwBa&#10;risAV642AVSuQANRrUgFTq1PB0utVwlJrV4LRqxmDUSsbg9BrHgRP6uEEzyrkRU6q6AWOauwFzir&#10;wxc4quEXN6nzGDen/hk2pv8aNqb/Gjam/xo2pv8auoQAAK6PAACilgAAl5sAAIuhAAB/pgAAc6sA&#10;AGevAABatAAAU7YMAFG3FwBPtyQATbgwAEq4OgFIuEMCRrhLA0S4UgRBuFoGP7hiBz24awk6uHUL&#10;OLeBDDa3jg40t50PM7etDzK3wQ8xt94PMbbyEDC0/BEws/8SMLP/EzCz/xMws/8Tso4AAKWVAACa&#10;mwAAjqIAAIKoAAB1rQAAabMAAF63AABTuwAAR8AFAEPCEABCwhsAQMMnAD/DMgA+xDwAPMREATrE&#10;TQE4xFUCNsRdAzXEZgQzxXAEMcV8Bi/FigYtxZoHK8WqCCrFvggqxdoIKsTwCCnC+wkowf8KKMH/&#10;CyjB/wsowf8LqJUAAJ2bAACRogAAhKkAAHivAABrtQAAX7sAAFS/AABJwwAAP8gEADbNCQAzzhEA&#10;Ms8cADHPJwAw0DEAL9A6AC7RQwAt0UwAK9JVACrSXwEo02kBJ9N2ASXThAIk1JQCItSmAiHVuQIh&#10;1dICINPrAiDS9gMf0f8EH9H/BB/R/wQf0f8En5sAAJSiAACHqQAAebEAAG24AABgvgAAVMMAAEnH&#10;AAA+ywAANdABAC3VBgAl2wsAJN4SACPeHAAi3yUAIeAuACDgNwAf4UAAHuFKAB3iUwAc414AG+Nq&#10;ABrkeAAY5IgBF+WaARbmrAEV5sABFOfdARPl7wET4/oBE+P6ARPj+gET4/oBlqIAAImpAAB7sQAA&#10;brkAAGHAAABUxgAASMoAAD3PAAAz0wAAKtkAACLeAgAe6woAHOwQABvtFwAZ7R8AF+4mABXuLQAU&#10;7zUAE/A9ABHwRgAQ8VAAD/JbAA7yaQAN83gADPSKAAv1nAAK9a4ACfbCAAn22QAI9e0ACPXtAAj1&#10;7QAI9e0Ai6kAAH2yAABvugAAYsIAAFXJAABHzgAAO9IAADHYAAAn3QAAH+EAABnoAAAW+AYAFPoN&#10;ABL7EgAQ/BcADvwdAA39IwAM/SkACv4wAAj/OAAG/0EAA/9MAAD/WAAA/2YAAP93AAD/iQAA/5sA&#10;AP+rAAD/uwAA/84AAP/PAAD/zwAA/88Af7IAAHG6AABjwwAAVssAAEjRAAA61gAAL90AACXhAAAc&#10;5QAAFOkAABH3AAAP/wEADf8JAAv/DQAI/xAABv8UAAP/GAAA/x4AAP8jAAD/KgAA/zIAAP88AAD/&#10;RwAA/1QAAP9jAAD/cwAA/4UAAP+XAAD/pAAA/7IAAP+yAAD/sgAA/7IA/yIpAf8jJwH/IygB/yAr&#10;Af8cMQH/Gj0B/xhJAf8WVgL/FGIC/xNuAv8SeAL/EoIC/xKLAv8SkgL/EpkC/xKeAv8SpAL/EqkC&#10;/xKvAv8StgL/Er0C/xLHAv8S1AL9EuUC+hLxAvcS+gL1E/8C9BP/A/QT/wP0E/8D9BP/A/QT/wP0&#10;E/8D/yQnAf8mJAH/JiQB/yQnAf8iLwH/IDoB/x5GAf8cUwL/Gl8C/xhqAv8XdQL/F38C/xeIAv8X&#10;jwL/F5YC/xecAv8XoQL/F6cC/xetAv8XswP+F7sD/RfFA/oX0QP3F+QC9BfvAvEY+gLvGP8D7hj/&#10;BO4Y/wTtGP8F7Rj/Be0Y/wXtGP8F/ycjAf8pIAD/KSAA/ygjAP8pLQH/JzcB/yVDAf8jTwL/IVsC&#10;/x9mAv8dcQL/HXsD/x2EA/8djAP+HZMD/ByZA/scnwP6HKQD+RyqA/ccsQP2HLkD9R3CA/MdzgPw&#10;HeED7B3uA+ke+QToHv8F5h7/BuUe/wblHv8H5R7/B+Ue/wflHv8H/ysfAP8tHAD/LRsA/y4gAP8v&#10;KQD/LzQB/yw/Af8qSwL/KFcC/yZiAv0lbQP6JHcD+COAA/YjiAP1I48D8yOVBPIjmwTxI6EE7yOo&#10;BO4jrgTtI7YE6yO/BOojzATnI+AE4yTtBOAk+QbeJP8H3CT/CNsk/wnaJP8J2iT/Cdok/wnaJP8J&#10;/y4bAP8xFwD/MhYA/zUcAP82JQD/Ni8B/zQ6Af8xRgH7L1IC9y1dAvMsaAPwK3ID7ip7BOwqhATq&#10;KosE6CqSBecpmAXmKZ4F5CmlBeMprAXhKbQF4Cq9Bd4qygXbKt4F1irtB9Iq+AnPK/8KzSr/C8wq&#10;/wzLKv8Myyr/DMsq/wzLKv8M/zIXAP81EgD/OBIA/zsYAP89IAD/PCoA/js1Afc5QQHxNk0C7DRY&#10;AugzYwPlMm0E4zJ2BOAxfwXeMYcF3DCOBtowlQbYMJsH1i+iB9QvqQjSL7EI0C+6Cc8wxgnNMNgJ&#10;yTHqCsYx9wzDMf8OwTH/D8Ax/w+/Mf8PvzH/EL8x/xC/Mf8Q/zYTAP85DwD/PhAA/0EUAP9DGgD/&#10;QiMA9UEuAO0+OgHnPUYB4TxTAt06XgPZOWgE1DhxBtE4egfPN4EIzTeICcs2jwrKNpYKyDadC8Y1&#10;pAzFNawMwzW1DcE1wA3ANs8OvTbmDrk29BC3Nv8RtTb/ErQ2/xOzNv8Tszb/E7M2/xOzNv8T/zkQ&#10;AP89CwD/Qw0A/0cQAP9IFAD1RxwA60YmAONEMgDcREEB1ENNAs9BWATLQGIGyD9rCMU+dAnDPXsL&#10;wT2DDL88ig29PJAOuzyXD7o7nxC4O6cQtjuwEbU7uxKzO8kSsTvgE6488RSrPP0VqTz/Fqg8/xao&#10;PP8Wpzz/Fqc8/xanPP8W/z0NAP9CCAD/SAoA/0sMAPpMDwDsTBQA4UodANZKLADOSzsByUpIAsRI&#10;UwTAR10HvEZmCbpEbgu3Q3YNtUN9DrNChBCxQYsRsEGSEq5AmhOsQKIUqkCrFalAthanQMQXpkDZ&#10;F6NB7RigQfsYn0H/GZ5B/xmdQf8ZnUL/GJ1C/xidQv8Y/0AJAP9GBQD/TAUA8U8HAOZQCQDjTw0A&#10;1U8VAMxRJwDFUTYBv1BDArpPTgW2TVgIs0xhCrBKaQ2tSXAPq0h4EalHfxKnR4YUpUaNFaNGlRah&#10;RZ4Yn0WnGZ5FshqcRb8amkXRG5hF6RuWRvgclUb/G5RG/xuTRv8bk0f/G5NH/xuTR/8b/0IFAP9K&#10;AQDyUAAA4VQBANlWBQDTVQkAzFUSAMNWIgC8VzIBt1Y/ArJUSgWtU1QIqlFdC6dQZA6kTmwQok1z&#10;Ep9MehSdTIEWm0uJF5lKkRmXSpkalUmjG5NJrh2SSbsekEnMHo5K5R6NSvYei0v/HotL/x2KS/8d&#10;ikv/HYpL/x2KS/8d/0UAAP9NAADlVAAA2VkAAM9bAwDKWwYAxFoPALtbHgC1XC4Br1s7AqpaRgWm&#10;WFAIolZZC59VYA6cU2gRmVJvE5dRdhWVUH0Xk1CEGZBPjRqOTpYcjE6fHopOqh+ITrcgh07IIYVO&#10;4iGET/Mgg0//IINP/x+CUP8fglD/HoJQ/x6CUP8e/0cAAPNRAADfWAAA0V0AAMlgAgDDYAQAvV4N&#10;ALVgGgCuYSoAqWA3AqReQwSfXU0Im1tVC5hZXQ6VWGQRkldrE49WchaNVXkYi1SBGohTiRyGU5Ie&#10;hFKcH4JSpyGAUrQif1LEI31S3iN8U/EifFP+IXtU/yF7VP8ge1T/IHtU/yB7VP8g/0oAAOlUAADa&#10;XAAAzGEAAMNkAAC8ZAIAtmMKAK9kFwCpZScAo2Q0Ap5jQASZYUoHlV9SC5FeWg6OXWERi1toE4la&#10;bxaGWXYYhFh9GoFYhhx/V48efVaZIHtWpCJ5VrEjd1bBJHZW2iR1V+8kdVf9I3VY/yJ1WP8hdVj/&#10;IXVY/yF1WP8h/00AAOVXAADTXwAAyGQAAL9nAAC3aAAAsWcHAKloFACjaSQAnmgyAZlnPQSUZUcH&#10;kGRPCoxiVw2IYV4QhV9lE4NebBaAXXMYfV16Gntcgx15W4wfdluXIXRaoiNyWq8kcVq/JXBa1SVv&#10;W+0lb1v8I29b/yJvW/8ib1v/IW9b/yFvW/8h+k8AAOFaAADPYgAAxGcAALtrAACzbAAArGoEAKRr&#10;EgCebCEAmWwvAZRrOgOPaUQGimhNCYZmVQ2DZVwQgGRiE31iaRV6YnAYeGF4GnVggB1zX4ofcF+U&#10;IW5eoCNsXq0la168Jmpe0SZpXuwlal/7JGpf/yNqX/8ial//Impf/yJqX/8i8FIAAN1dAADLZQAA&#10;wGsAALduAACvbwAAp24BAKBvEACacB8AlHAsAY9vOAOKbUIGhmxLCYJqUgx+aVkPe2hgEndmZhR1&#10;Zm4XcmV1GnBkfh1tY4gfa2OSImliniRnYqslZWK6JmRizyZkYuomZWL6JGVj/yNlY/8iZWP/ImVj&#10;/yJlY/8i61UAANhgAADIaAAAvG4AALNxAACrcwAAonEAAJtyDgCVcxwAkHQqAYpzNgKFckAFgXBI&#10;CH1vUAt5bVcOdmxeEXNrZBRwamwXbWlzGmtpfBxoaIYfZmeQIWRnnCNiZqklYGa5Jl9mzSZfZugm&#10;YGb5JGBm/yNgZv8jYWb/ImFm/yJhZv8i6FgAANNjAADEawAAuXEAALB1AACndwAAnnUAAJZ2DQCQ&#10;dxkAi3gnAIZ3MwKBdj0EfHVGB3hzTgt1clUOcXFcEW5wYxRrb2oWaW5xGWZuehxjbYMeYWyOIV9r&#10;miNda6clW2u3JlpryiZaa+clW2v3JFtq/yNcav8iXGr/Ilxq/yJcav8i41sAAM5mAADAbgAAtnQA&#10;AKx5AACjewAAmHkAAJB6CwCKexYAhXwkAIF8MQF8ezsEd3pEBnN5TApweFMNbHdaEGl2YRNndWgW&#10;ZHRvGGFzeBtecoEdXHGMIFpxmCJYcKYkVnC1JVVwyCVVcOUlVXD2JFZv/yNWb/8iV2//Ildv/yJX&#10;b/8i318AAMppAAC8cgAAsngAAKl9AACffwAAkn4AAIp/BwCEgBMAgIEhAHuBLgF3gDkDcoBCBW5/&#10;SghrflELaH1YDmR8XxFie2YUX3ptF1x5dRlZeH8cV3iKHlR3liFSdqQiUXazI1B2xiRQduMjUHX1&#10;I1F1/yJRdP8hUXT/IVF0/yFRdP8h2GMAAMVtAAC4dgAArn0AAKWCAACagwAAjYMAAISEAwB9hRAA&#10;eYYeAHWHKwFxhzYCbYY/BGmFRwdlhE8KYoNWDV+DXA9cgmMSWoFrFVeAcxhUf30aUX+IHE9+lB9N&#10;fqIgS32xIUp9xCJKfeEhS3z0IUt7/yBLe/8gS3v/IEt7/yBLe/8g0GcAAMByAAC0ewAAqoIAAKCG&#10;AACViAAAh4gAAHyKAAB2jA4Aco0aAG6OJwBqjjIBZo08A2ONRAVgjEwIXItTClqLWg1XimEQVIlo&#10;ElGIcRVPiHoXTIeFGkqGkhxIhqAdRoavHkWFwh5Fhd8eRYTyHkWD/h5Fgv8eRYL/HkWC/x5Fgv8e&#10;ym0AALp4AACvgQAApYcAAJqLAACPjQAAgY4AAHSRAABukwoAaZQVAGaVIgBjlS4BYJU4AlyVQQRZ&#10;lEkGVpRQCFSTVwpRk14MTpJmD0ySbhFJkXgURpCDFkSQkBhCj54ZQI+tGj+PwBo/j9waP43xGj+M&#10;/Rs/i/8bP4v/Gz+L/xs/i/8bwnMAALV+AACqhwAAn4wAAJSQAACIkwAAe5UAAGyZAABlmwQAYJwQ&#10;AF2dHQBbnikAWJ40AVWePQJSnUUDUJ1NBU2dVAdLnFsJSJxjC0acaw1Dm3UPQZuAET6ajRM8mpsU&#10;OpqrFTmavRU5mtkVOZjvFjmX/BY4lv8XOJX/FziV/xc4lf8Xu3oAAK+FAACkjAAAmJEAAI2VAACB&#10;mgAAdZ0AAGigAABbpAAAVqUMAFOmFwBRpyMAT6cvAEynOAFKp0EBSKdJAkanUARDp1gFQadfBj+m&#10;aAg9pnIKOqZ9Czimig02pZkONKWpDzOluw8zpdQPM6TuDzKi+xAyof8RMqH/ETKh/xEyof8RtIIA&#10;AKiMAACdkgAAkpcAAIacAAB5oQAAbaUAAGGpAABVrAAAS68FAEewEABFsBwARLEnAEKxMgBBsjsA&#10;P7JDAT2ySwE7slMCObJbAzeyZAQ1sm4FM7J5BjGyhwcvsZYILrKmCC2yuAksstAILLDsCSuv+Qor&#10;rv8LKq3/Cyqt/wsqrf8LrYsAAKCSAACVmAAAiZ0AAH2jAABxqAAAZK0AAFmxAABNtAAAQrgAADu6&#10;CgA4uxMAN7weADW8KQA0vTIAM707ADK9RAAxvkwAL75VAS6+XgEsvmgBKr50Aim+ggInv5EDJr+i&#10;AyS/tAMjv8sDI77oAyO89wQiu/8FIrv/BSK7/wUiu/8FpJIAAJiYAACMngAAgKUAAHOrAABnsAAA&#10;W7UAAE+5AABEvAAAOsAAADDEBAAqxwsAKMgTACfJHQAmyScAJckwACTKOQAjykIAIstLACHLVQAg&#10;zF8AH8xsAB3NegAczYoAG82cABnOrgEYzsUAGM3kABjM9AEYyvwBGMr/AhjK/wIYyv8Cm5kAAI+f&#10;AACCpgAAda0AAGizAABcuQAAUL0AAETBAAA5xAAAMMgAACjMAQAg0AYAGdULABbXEAAV2BkAFdki&#10;ABTZKwAT2jQAE9o9ABLbSAAR3FMAEd1fABDdbQAQ3n4ADt+RAA7gpAAN4LgADODSAAvf7QAM3vcA&#10;DN37AAzd+wAM3fsAkp8AAIWnAAB3rgAAarUAAF28AABQwQAARMUAADjJAAAuzQAAJdEAAB7VAAAW&#10;2gEAEd4GABDnDQAO5xIADegZAAzoIQAL6SkACuoxAAnqOwAH60UABetRAATrXgAD624AAeuAAADq&#10;lAAA6qcAAOu8AADr0gAA6+kAAOzvAADs7wAA7O8Ah6cAAHmvAABrtwAAXr4AAFHFAABDyQAAN80A&#10;AC3RAAAj1gAAG9sAABPfAAAO4wAADO4CAAr2CgAH9g4ABfYSAAP2GAAA9R4AAPUlAAD1LgAA9TcA&#10;APZCAAD2TgAA9l0AAPZuAAD2gQAA9pUAAPenAAD3twAA+McAAPjQAAD40AAA+NAAe68AAG24AABg&#10;wAAAUsgAAETNAAA30QAAK9cAACHcAAAY4AAAEeQAAAznAAAH7wAABPoAAAH/AwAA/wgAAP8NAAD+&#10;EAAA/hQAAP8aAAD/IQAA/ykAAP8zAAD/PgAA/0sAAP9bAAD/bAAA/4AAAP+SAAD/oQAA/60AAP+z&#10;AAD/swAA/7MA/xwmAP8cJAD/GiUA/xUnAP8RLgD/EDoA/w5HAf8NUwH/C18B/wprAf8KdQH/Cn8B&#10;/wqHAf8KjgH/CpUB/wqbAf8JoAH/CaUA/wmrAP8JsQD/CbgA/wnBAP4JzAD8Cd4A+QnrAPUJ9gDz&#10;Cf8A8gr/APEK/wHxC/8B8Qv/AfEL/wHxC/8B/x8jAP8fIQD/HiEA/xkkAP8XLAD/FTcA/xNEAP8R&#10;UAH/EFwB/w5nAf8OcgH/DnsB/w6EAf8OiwH/DpIB/w6YAf8OnQH/DqMB/g6oAfwOrgH7DrUA+g6+&#10;APgOyQD1DtsA8g7qAO4O9QDsDv8B6w//AeoP/wHqEP8B6RD/AekQ/wHpEP8B/yIfAP8iHAD/IRwA&#10;/x8gAP8fKQD/HDQA/xpAAP8XTAH/FVgB/xRjAf8TbgH/E3cB/hOAAfwTiAH6Eo4B+RKVAfgSmgH2&#10;EqAB9RKmAfQSrAHzErMB8RK8AfASxwHtEtgB6RPoAeYT9QHkFP8B4hT/AuEV/wLhFf8C4BX/AuAV&#10;/wLgFf8C/yUbAP8mFwD/JBYA/yUcAP8mJQD/JDAA/yE7AP8fSAD/HVQB/RtfAfkaaQH3GnMB9Bl8&#10;AfIZhAHxGYsB7xmRAe4ZlwHsGZ0B6xmjAekZqgHoGbEB5xm6AeUZxQHjGdUB3xroAdwb9QLYG/8C&#10;1Rz/A9Qc/wPTHP8E0hz/BNIc/wTSHP8E/ykXAP8qEwD/KRIA/ywYAP8sIQD/LCsA/yk3AP0nQwD3&#10;JU8B8yNaAe8iZAHsIW4B6SF3AechfwHlIYYB5CGNAeIglAHhIJoB3yCgAd4gpwHcIa8B2iG4Atgh&#10;wwLVIdMC0SLnAs0i9APKI/8EyCP/Bccj/wbGI/8GxiP/BsYj/wbGI/8G/ywSAP8uDwD/MBAA/zMU&#10;AP8zGwD/MiUA+jAwAPIuPADsLEkA5ypVAeMqXwHgKWkB3SlyAdooegHXKIIC1SiJAtMokALRKJYD&#10;zyicA84oowPMKKsDyiizA8kovgTHKMwExSniBMEq8Qa+Kv4HvCr/CLoq/wi6Kv8IuSr/Cbkq/wm5&#10;Kv8J/zAPAP8yCwD/Ng0A/zgQAP85FQD5Nx4A7zUoAOczNQDgMkIA2zJPANUxWgHQMWQCzTBtAssw&#10;dQPJMHwDxy+DBMUvigTEL5EFwi+XBcEvnga/L6YGvS+vBrwvuQe6L8cHuDDdB7Uw7gmyMPsKsDD/&#10;C64w/wuuMP8LrTD/C60w/wutMP8L/zMMAP82BgD/PAkA/z4MAP09EADvPBUA5DkfANs5LQDSOjwA&#10;zTpJAcg5VAHEOV4CwThnA783bwS9N3YFuzZ9Brk2hAe3NosHtjWSCLQ1mgmzNaEJsTWqCq81tAuu&#10;NcELrDXUC6k26gymNvgNpTb/DqM3/w6iN/8Oojf/DqI3/w6iN/8O/zcHAP87AgD/QAMA8kIFAOlC&#10;CQDlPw4A2D4WAM5AJwDHQTYAwkFEAb1BTwK5QFkDtj9hBLQ+aQaxPXEHrz14CK48fwmsPIYKqjuN&#10;C6k7lQynO50NpTumDaM6sA6iO7wPoDvND5475hCbPPURmjz/EZk8/xGYPP8RmDz/EZg8/xGYPP8R&#10;/zoBAP9AAADvRQAA4UgAANlIBQDTRgkAzEUSAMRHIgC9SDEAuEg/AbNHSgKwRlQErEVdBapEZAen&#10;Q2wIpUJzCqNCeguhQYEMoEGIDZ5AkA+cQJgQmkChEZhArBKXQLgSlUDIE5NA4RORQfMUkEH/FI9B&#10;/xSOQv8TjkL/E45C/xOOQv8T/zwAAPlEAADkSgAA2E4AAM5PAgDJTQYAw0sPALtNHQC1Ti0Ar046&#10;AatNRgKnTE8EpEtYBqFKYAieSWcJnEhuC5pHdQ2YRnwOlkaDD5RFixGSRZQSkEWdE45FqBSMRbQV&#10;i0XEFopF3BaIRvAWhkb9FoZG/xaFR/8VhUf/FYVH/xWFR/8V/z8AAOxIAADdTwAAz1MAAMZVAADA&#10;UwMAu1EMALNSGQCtUykAqFM2AaNSQgKfUUsEnFBUBplPXAiWTmMKlE1qDJFMcQ6PS3gPjUt/EYtK&#10;hxKJSpAUh0maFYVJpReDSbEYgknAGIFK1hl/Su0Yfkv8GH5L/xd9S/8XfUv/Fn1L/xZ9S/8W/0MA&#10;AOZMAADWUwAAyVgAAMBZAAC6WAEAtFYJAKxXFgCmWCUAoVgyAZ1XPgKYVkgElVVRBpJUWAiPUl8K&#10;jFJmDIpRbQ6IUHQQhU97EoNPhBOBTo0Vf06XF31OoRh7Ta4Zek69GnhO0Rp3Tusad0/6GXZP/xl2&#10;T/8Ydk//F3ZP/xd2T/8X+EYAAOJQAADQVwAAxFwAALteAAC0XQAArloGAKZbEwCgXCIAm1wvAJdb&#10;OwKSWkUDj1lNBotYVQiIV1wKhlZjDINVag6BVHEQflR4EnxTgBR6UokWeFKUGHZSnxl0UqsaclK6&#10;G3FSzRxwUugbcFP5GnBT/xpwU/8ZcFP/GHBT/xhwU/8Y70kAAN1TAADLWgAAwF8AALdiAACvYQAA&#10;qF4CAKFfEACbYB4AlmAsAJFgOAGNXkIDiV1LBYVcUgeCW1kKgFpgDH1ZZw57WG4QeFh1EnZXfRR0&#10;V4cWclaRGG9WnBpuVqkbbFa4HGtWyx1qVuYcalf3G2pX/xpqV/8Za1f/GWtX/xlrV/8Z60wAANhW&#10;AADIXgAAvGIAALNlAACrZQAAo2IAAJxiDgCWYxwAkWQpAIxjNQGIYj8DhGFIBYBgUAd9X1cJel5d&#10;C3ddZA11XGsQc1xyEnBbexRuW4QXbFqPGGpamhpoWqccZlq2HWVayB1lWuQdZVr2HGVa/xtlWv8a&#10;ZVr/GWVa/xllWv8Z6E8AANNZAADEYQAAuWYAALBoAACnaQAAnmUAAJdmDQCRZxkAjGgnAIdnMgGD&#10;Zj0Cf2VGBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4IWZ16NGWVemBpjXqUcYV60HWBe&#10;xx1gXuMdYF71HGBe/xtgXv8aYV7/GmFe/xphXv8a5FIAAM9cAADAZAAAtmkAAKxsAACjbAAAmWkA&#10;AJJqCwCMahYAh2skAIJrMAF+ajoCemlDBHZoSwZzZ1IIcGdZCm1mYA1rZWYPaGRuEWZkdhRkY4AW&#10;YmOLGGBilxpeYqQcXGKyHVtixR1bYuEdW2L0HFti/xtcYv8aXGL/Glxi/xpcYv8a4FUAAMtfAAC9&#10;ZwAAsmwAAKlwAACfbwAAlGwAAIxtCACGbhMAgm8hAH1vLQF5bzgCdW5BA3JtSQVubFAHa2tXCmlr&#10;XgxmamUOZGlsEWFpdBNfaH4WXWeJGFtnlRpZZqIbV2awHFZmwx1WZt8dVmbzHFdm/xtXZv8aV2b/&#10;Gldm/xpXZv8a21kAAMdiAAC6agAAr3AAAKZzAACacwAAj3AAAIdxBQCBchEAfHMeAHhzKgB0czUB&#10;cHM/A21yRwVqcU4HZ3FVCWRwXAtib2MOX29qEF1uchJabXwVWG2GF1ZskxlUbKAbUmuvHFFrwRxR&#10;a9wcUWvxG1Jr/hpSav8aUmr/GVJq/xlSav8Z1FwAAMNmAAC2bgAArHQAAKJ3AACWdgAAiXUAAIF2&#10;AQB6dw8AdngbAHJ5JwBveTIBa3g8Amh4RARld0wGYndTCF92WgpddWEMWnVoD1h0cBFVc3kTU3OE&#10;FlFykBhPcp4ZTXGtGkxxvxtLcdkbTHHwGkxw/RpNcP8ZTW//GU1v/xlNb/8ZzmAAAL5qAACycgAA&#10;qHgAAJ17AACQegAAhHoAAHp7AAB0fAwAb34XAGx+JABpfy8BZn85AmJ/QgNffkkFXX1QB1p9VwlX&#10;fF4LVXxlDVJ7bg9QencSTnqCFEt5jhZJeZwXSHirGEZ4vRlGeNUZRnfvGEd2/BhHdv8YR3X/F0d1&#10;/xdHdf8XyWUAALpvAACudwAApH0AAJh/AACLfwAAfn8AAHOBAABsgwkAaIQTAGWFIABihiwAX4Y2&#10;AVyGPwJZhUYDV4VOBVSFVQdShFwJT4NjC02Daw1LgnQPSIJ/EUaBjBNEgZoVQoCpFkGAuhZAgNIW&#10;QX/tFkF++xZBff8WQX3/FkF9/xZBff8WwmoAALV1AACqfQAAn4IAAJKDAACFhAAAeYUAAGqJAABk&#10;igMAYIwQAF2NGwBbjicAWI4yAFWOOwFTjkMCUI5KA06NUgVMjVkGSYxgCEeMaApFi3IMQot9DkCK&#10;iQ8+ipgRPIqnEjuKuBI6is8SO4jrEjuH+hM7hv8TO4b/EzuG/xM7hv8TvHEAAK97AAClgwAAmYcA&#10;AIyIAAB/iQAAc4wAAGWQAABckwAAV5UMAFSWFgBSliIAUJctAE2XNgBLlz8BSZdHAkeXTgNFllUE&#10;Q5ZdBUGWZQY+lW8IPJV6CTqVhws4lZUMNpSlDTWUtg40lMwNNJPpDTSS+A40kP8PNJD/DzSQ/w80&#10;kP8PtXgAAKqCAACeiAAAk40AAIaOAAB5kAAAbZMAAGGXAABVmwAATZ4GAEmfEABHnxsARqAmAESg&#10;MABDoToAQaFCAT+hSQE9oVECO6FZAjmhYQM3oGsENaB2BTOggwYxoJIHMKCiCC6gswguoMkILp/n&#10;CC2d9wktnP8KLZv/Ci2b/wotm/8Kr4AAAKOJAACXjgAAjZMAAH+VAABymAAAZpwAAFugAABPpAAA&#10;RacAAD6pDAA8qhQAOqofADmqKQA4qzIAN6s7ADWrQwA0rEsAMqxTATGsXAEvrGYCLaxxAiusfwMq&#10;rI4DKKyeBCessAQmrMUEJqvkAyWp9QQlqP8FJaf/BSWn/wUlp/8Fp4kAAJuPAACRlAAAhJkAAHie&#10;AABrogAAX6YAAFOqAABIrQAAPbAAADSzAwAvtQ4ALbUWACy1IAArtikAKrYyACm3OgAot0MAJ7dM&#10;ACa4VQAkuF8AI7hrACK4eAEguIgBH7iZAR25qwEcucABHLjfARy28gEbtfwCG7T/Ahu0/wIbtP8C&#10;n48AAJSVAACImwAAe6EAAG6mAABiqwAAVrAAAEqzAAA/tgAANbkAACy8AAAkvwYAH8INAB3CFAAc&#10;wh4AG8MmABrDLwAZxDgAGMRBABfESgAWxVUAFcVhABTGbwATxn8AEsaRABHHpAAQx7kAD8fUABDG&#10;7gAQxPoAEMP/ABDD/wAQw/8Al5YAAIucAAB+ogAAcakAAGSvAABYtAAAS7gAAEC7AAA1vgAAK8EA&#10;ACPFAAAbyQEAFMwGABDQCwAO0READdEZAA3RIQAM0SoADNE0AAvSPgAK0kkACdNVAAnTYgAI03IA&#10;BtSEAAXUmAAE1KsAA9XAAAHV3AAB1e0AAdX2AAHV9gAB1fYAjp0AAICkAABzqwAAZrEAAFm4AABM&#10;vQAAP8AAADTDAAAqxwAAIcoAABnOAAAS0gAADdYBAAnbBQAG3A0ABNwRAAPdGAAB3iAAAN4oAADf&#10;MQAA4DwAAOFHAADiVAAA42MAAON0AADkiAAA5JsAAOWuAADlwQAA5dUAAObnAADm5wAA5ucAg6QA&#10;AHWsAABoswAAWrsAAE3BAABAxAAAM8gAACjMAAAf0AAAF9QAABDZAAAL3QAABeEAAADkAAAA5QcA&#10;AOYNAADnEQAA6BYAAOkdAADqJQAA6y4AAO05AADvRQAA8FMAAPFkAADxdgAA8ooAAPOcAADzrQAA&#10;9LsAAPTIAAD0yAAA9MgAd60AAGq1AABcvQAAT8QAAEDJAAAzzQAAJ9EAAB3WAAAU3AAADuAAAAjj&#10;AAAB5gAAAOoAAADuAAAA7gAAAO8EAADwCgAA8Q4AAPMSAAD0GAAA9iAAAPgqAAD6NQAA/UMAAP5S&#10;AAD/YwAA/3YAAP+JAAD/mgAA/6YAAP+wAAD/sAAA/7AA/xYjAP8VIQD/ESEA/w0kAP8JKwD/BjcA&#10;/wNEAP8AUQD/AF0A/wBoAP8AcgD/AHsA/wCDAP8AigD/AJEA/wCWAP8AnAD/AKEA/QCmAPsArAD5&#10;ALMA9wC7APUAxQDzANEA8gDkAPEA8QDvAPoA7gD/AO4A/wDtAP8A7QD/AO0A/wDtAP8A/xkgAP8Y&#10;HQD/FR0A/xAfAP8OKQD/DDQA/wpBAP8HTQD/BVkA/wRkAP8EbgD/A3cA/wOAAP8DhwD/A40A/QKT&#10;APsCmQD5Ap4A9wKkAPUCqgDzAbAA8QG4AO8BwgDtAc8A6wHjAOoB7wDoAvsA5wT/AOYF/wDmBv8A&#10;5gb/AOYG/wDmBv8A/xwbAP8bGQD/FxgA/xUdAP8TJQD/ETAA/xA9AP8OSQD/DFUA/wtgAP8LagD9&#10;C3MA+wt8APkKgwD3CooA9QqQAPQKlgDzCpsA8QqhAO8JpwDtCa4A6wm2AOgJwADmCc0A5AniAOIK&#10;8ADfC/sA3gz/ANwN/wDcDf8A2w3/AdsN/wHbDf8B/x8XAP8eEwD/GxIA/xwZAP8bIgD/GCwA/xU4&#10;AP8TRAD+ElAA+RFbAPUQZgDzEG8A8BB3AO4QfwDsEIYA6hCMAOkQkgDoEJgA5g+eAOUPpQDjD6wA&#10;4Q+0AOAPvgDeD8wA2hDhANUR8ADSEvsAzxL/Ac4T/wHNE/8BzRP/AcwT/wHME/8B/yISAP8iDwD/&#10;IQ8A/yIUAP8iHAD/ICcA/x0yAPgbPgDyGUsA7hhWAOoXYADnFmoA5BZyAOIWegDgFoIA3haIANwW&#10;jwDbFpUA2RabANYWogDUFqkA0haxANAXuwDOF8kAzBjeAMgZ7gHFGvsBwxr/AsEb/wLAG/8CwBv/&#10;AsAb/wLAG/8C/yYOAP8lCwD/KAwA/ykQAP8oFgD+JiAA9CQrAOwhOADmIEQA4R9QAN0fWwDZHmUA&#10;1R5tANIfdQDQH30Azh+DAMwfigHLH5AByR+XAcgfngHGH6UBxSCtAcMgtwHBIMQBwCHWAbwi6gK5&#10;IvgDtiL/A7Uj/wO0I/8EsyP/BLMj/wSzI/8E/ykLAP8qBQD/LggA/y8MAP8tEADzKxcA6CgiAOAm&#10;LwDZJj0A0idKAM0nVQDKKF8AxyhoAcUobwHDJ3cBwSd+Ab8nhAG+J4sCvCeSArsnmQK5J6ACtyep&#10;A7YoswO0KL8DsyjPA7Ap5gStKfYEqyr/Bakq/waoKv8GqCr/Bqgq/waoKv8G/y0FAP8wAAD/MwIA&#10;9jQGAO8yCgDoLhAA3CwYANEuKADLLzcAxjBEAMEwTwC+MFkBuzBiAbgwagK2L3ECtS94ArMvfwOx&#10;L4YDsC+NA64ulAStLpwEqy6kBakvrgWoL7oFpi/KBqQw4gahMPMHnzD/CJ4x/widMf8InDH/CJwx&#10;/wicMf8I/zAAAP81AADvOAAA4joAANs5BADWNQkAzjQTAMY2IgC/ODEAujg/ALY4SgGzOFQBsDdd&#10;Aq03ZAKrNmwDqTZzBKg2eQSmNYAFpDWHBaM1jwahNZcHnzWgB541qgicNbYImzXFCZk13QmWNu8K&#10;lDb9CpM3/wqSN/8Kkjf/CpI3/wqSN/8K/zMAAPY6AADkPwAA2EIAAM5CAQDJPgYAxDsPALs+HQC1&#10;PywAsT86AK0/RQGpP08Bpj5YAqM9XwOhPWcEnzxtBZ08dAacO3sGmjuCB5g7igiWO5MJlTqcCpM6&#10;pguROrILkDvADI471QyMPOwNijz7DYk8/w2JPP8MiDz/DIg8/wyIPP8M/zcAAOo/AADcRQAAzkkA&#10;AMVJAAC/RgIAukMMALNEGQCtRScAqEY1AKRFQQGgRUsCnURTAppDWwOYQ2IFlkJpBpRBcAeSQXYI&#10;kEB+CY5AhgqNQI4Li0CYDIlAog2HQK4OhUC8D4RAzw+CQekPgUH5D4BB/w+AQv8OgEL/DoBC/w6A&#10;Qv8O+jsAAOVEAADTSwAAx04AAL5PAAC4TAAAskkJAKtJFQClSyMAoEsxAJxLPQGYSkcClUlPA5JJ&#10;VwSQSF4FjkdlBotHaweJRnIJiEZ5CoZFgguERYoNgkWUDoBEnw9+RKsQfEW5EXtFyxF6ReYReUb3&#10;EXhG/xB4Rv8QeEb/D3hG/w94Rv8P8D8AAN9JAADNTwAAwVMAALhUAACxUgAAq04FAKROEQCeTyAA&#10;mVAtAJVQOQGST0MBjk5MA4tNUwSJTVoFhkxhBoRLaAiCS24JgEp2C35Kfgx8SYcOekmRD3hJnBB2&#10;SagSdEm2EnNJyBNySuMTcUr1EnFK/xFxS/8RcUv/EHFL/xBxS/8Q7EMAANlMAADIUwAAvVcAALRY&#10;AACsVwAApVIBAJ5TDwCYVBwAk1QpAI9UNQCLU0ABiFNIAoVSUASCUVcFf1BeBn1QZAh7T2sJeU9y&#10;C3dOew11ToQOc02OEHFNmRFvTaUTbU2zFGxNxRRrTuEUa070E2tO/xJrTv8Sa07/EWtO/xFrTv8R&#10;6EYAANNQAADEVgAAuVoAALBcAACmWgAAn1YAAJhWDQCSVxkAjlgmAIlYMgCGWD0BgldFAn9WTQN8&#10;VVQFeVRbBndUYQh1U2gJc1NwC3FSeA1vUoEPbVKLEGtRlxJpUaMTZ1GxFGZRwxVlUt4VZVLyFGVS&#10;/xNlUv8SZVL/EmVS/xJlUv8S5EoAAM9TAADAWgAAtV4AAKxgAACiXgAAmlkAAJJaCwCNWxYAiFwj&#10;AIRcLwCAWzoBfVtDAnlaSwN2WVIEdFhYBnFYXwdvV2YJbVdtC2tWdQ1pVn4PZ1aJEWVVlRJjVaEU&#10;YlWvFWFVwRZgVdsWYFbxFWBW/hRgVv8TYVb/EmFW/xJhVv8S4E0AAMtWAAC9XQAAsmEAAKhjAACd&#10;YQAAlV0AAI1eCQCHXhMAg18gAH9fLAB7XzcBd15AAnReSANxXU8Eb1xWBWxcXAdqW2MJaFtrC2Za&#10;cw1kWnwPYlqHEWBZkxJeWaAUXVmuFVtZvxZbWdgWW1nvFVtZ/RRcWf8TXFn/ElxZ/xJcWf8S3FAA&#10;AMdZAAC6YAAAr2QAAKRlAACZZAAAkGAAAIhhBgCCYhEAfmMdAHpjKgB2YzQBc2I9AW9iRgJsYU0E&#10;amFUBWdgWgdlYGEIY19pCmFfcQxfXnoOXV6FEFtekRJZXZ4UWF2sFVddvRZWXdUWVl3uFVdd/BRX&#10;Xf8TV13/Eldd/xJXXf8S1lMAAMRcAAC3YwAArGgAAKBoAACVZwAAimMAAINlAgB9Zg8AeGYaAHRn&#10;JwBxZzIAbmc7AWtmQwJoZksDZWVSBWNlWQZhZF8IXmRnClxjbwxaY3gOWGODEFZijxJUYpwTU2Kq&#10;FVJiuxVRYtIVUWHtFVJh+xRSYf8TU2H/ElNh/xJTYf8S0VYAAMBfAACzZgAAqWsAAJxrAACQagAA&#10;hWcAAH1pAAB3ag0Ac2sXAG9rJABsbC8AaWw4AWZrQQJja0kDYWtQBF5qVwZcal0HWmllCVhpbQtV&#10;aHYNU2iBD1FnjRFPZ5oSTmepFE1nuRRMZ88UTGbrFE1m+xNNZv8STmX/Ek5l/xJOZf8SzFoAALxj&#10;AACwagAApW8AAJhuAACMbQAAgGwAAHdtAABxbgsAbW8UAGlwIQBmcSwAZHE2AWFxPgFecUYCXHBN&#10;A1lwVAVXcFsGVW9iCFNvagpQbnMMTm5+DkxtihBKbZgRSWynEkhsuBNHbM0TR2zqE0hr+hJIa/8S&#10;SGr/EUhq/xFIav8Rx14AALhnAACsbgAAoXIAAJNyAACHcQAAenEAAHFyAABrdAcAZnURAGN2HQBg&#10;dygAXnczAFt4PAFZd0MCVndLA1R3UgRSdlkFUHZgB051aAhLdXEKSXR8DEd0iA5Fc5YPQ3OlEEJz&#10;thFBc8sRQnLoEUJy+BFCcf8QQ3D/EENw/xBDcP8QwWMAALNsAACocwAAm3YAAI51AACBdgAAdXYA&#10;AGl4AABjegIAXnwOAFx9GQBZfiQAV38vAFV/OAFTf0ABUH9IAk5+TwNMflYESn5dBUh9ZQZGfW4I&#10;Q3x5CkF8hgs/e5QNPnujDjx7sw48e8gOPHrmDjx59w48eP8OPHj/Dj13/w49d/8OvGgAAK9yAACk&#10;eQAAlnoAAIh6AAB8egAAcHwAAGN/AABcggAAV4QLAFOFFABRhiAAT4YqAE6HNABMhzwBSodEAUiH&#10;SwJGh1MCRIZaA0KGYgRAhmwGPoV2BzuFgwg5hZEKOISgCzaEsQs2hMYLNoPkCzaC9gs2gf8MNoD/&#10;DDaA/ww2gP8Mtm8AAKp4AACffwAAkH4AAIN/AAB3gAAAa4IAAF6HAABVigAATowGAEqOEABIjxoA&#10;R48lAEWQLwBEkDgAQpBAAECQRwE/kE8BPZBWAjuQXwI5kGgDN49zBDWPgAUzj44GMY+eBzCOrwcv&#10;jsMHL47hBy+M9Agvi/8IL4r/CC+K/wkviv8JsHYAAKV/AACYhAAAioQAAH2FAABwhwAAZYoAAFqO&#10;AABPkgAARpUAAEGYDAA+mBQAPZkfADuZKAA6mjEAOZo6ADeaQgA2mkoANZpSATOaWgExmmQBL5pv&#10;Ai2aewIsmooDKpqaAymarAQomsAEJ5neAyeX8gQnlv0FJ5X/BSeV/wUnlf8FqX4AAJ6FAACSiQAA&#10;hIoAAHaMAABqjwAAXpMAAFSXAABJmwAAQJ8AADeiBAAyow4AMaMXADCkIQAupCoALaQyACylOgAr&#10;pUMAKqVLACmlVAAopV4AJqVpACWldgEjpYUBIqWWASCmqAEfpbsBHqXXAR6k7wEeovsCHqH/Ah6h&#10;/wIeof8CooYAAJeMAACLjwAAfZEAAG+UAABjmAAAV50AAE2hAABDpQAAOKgAADCrAAAorgcAJK8Q&#10;ACOvFwAhryEAILApAB+wMQAesDoAHbFCAByxTAAbsVYAGrFhABmybwAYsn4AFrKQABWyogAUsrYA&#10;E7LOABOx6wATr/kAE67/AROu/wETrv8Bmo0AAJCSAACElwAAdZoAAGifAABbowAAUKgAAEWsAAA7&#10;sAAAMbIAACe1AAAguAAAGLoHABS8DgATvBUAErweABG9JgARvS4AEL03ABC+QQAOvkwADr5XAA2+&#10;ZQAMv3QAC7+GAAq+mQAIvqwAB77CAAe+3wAIvvAACL36AAi9/AAIvfwAk5QAAIeZAAB6nwAAbKUA&#10;AGCqAABTrwAAR7MAADy2AAAxuAAAJ7sAAB++AAAXwQAAEcQBAAzICAAIyQ4AB8kUAAbJHAAFySQA&#10;BMosAAPKNgACykAAAMtMAADLWQAAy2gAAMt5AADMjAAAy58AAMuzAADLyAAAzOIAAMzvAADM8QAA&#10;zPEAipoAAHyhAABvpwAAYq0AAFWzAABIuAAAO7sAADC+AAAmwQAAHcQAABXIAAAPywAACs4AAATS&#10;AgAA0woAANMPAADUFAAA1RoAANYiAADXKgAA2TQAANo/AADcSwAA3FoAAN1qAADdfQAA3ZEAAN2k&#10;AADetgAA3sgAAN7eAADe4gAA3uIAf6IAAHGpAABksAAAVrcAAEm8AAA8wAAAL8QAACTHAAAbywAA&#10;E88AAA3SAAAH1gAAANsAAADeAAAA3wMAAOAJAADhDgAA4hIAAOMXAADlHgAA5icAAOgxAADqPQAA&#10;7EsAAOxaAADtbAAA7oAAAO6UAADupQAA7rQAAO7CAADuxgAA7sYAdKoAAGayAABYuQAAS8AAAD3F&#10;AAAvyQAAJM0AABnRAAAR1gAAC9sAAAPeAAAA4QAAAOUAAADoAAAA6QAAAOoAAADrBgAA7QsAAO8P&#10;AADwEwAA8hoAAPQjAAD3LgAA+TsAAPtKAAD8WwAA/W0AAP2AAAD+kwAA/qIAAP6tAAD+rwAA/q8A&#10;/xAfAP8OHQD/Ch0A/wEgAP8AKAD/ADUA/wBBAP8ATgD/AFoA/wBlAP8AbgD/AHcA/wB/AP4AhgD8&#10;AIwA+wCSAPkAlwD4AJwA9wCiAPYApwD1AK0A8wC1APIAvQDxAMkA7wDcAO4A6wDtAPcA7AD/AOsA&#10;/wDqAP8A6gD/AOoA/wDqAP8A/xMcAP8RGQD/DRkA/wYcAP8DJQD/ADEA/wA+AP8ASgD/AFYA/wBh&#10;AP8AawD9AHMA+gB7APcAgwD1AIkA9ACPAPIAlADxAJkA8ACfAO4ApADtAKsA7ACyAOoAugDoAMYA&#10;5wDWAOUA6ADkAPUA4wD+AOIA/wDhAP8A4QD/AOEA/wDhAP8A/xUYAP8TFAD/DxQA/w0ZAP8LIgD/&#10;CC0A/wQ5AP8BRgD/AFEA/gBcAPoAZgD2AG8A8gB3AO8AfgDtAIUA6wCLAOoAkQDoAJYA5wCcAOYA&#10;oQDkAKgA4wCvAOEAuADfAMMA3QDRANsA5gDZAPMA1wD9ANUC/wDUAv8A1AP/ANQD/wDUA/8A/xgT&#10;AP8VEAD/Eg8A/xIVAP8RHQD/DigA/ww0AP8KQQD5CEwA9QZXAPEGYQDtBmoA6QVyAOYFegDkBYEA&#10;4gWHAOAGjQDfBpIA3QaYANsGngDZBqUA1watANQGtQDSBsAA0AfPAM4I5QDMCfQAygv/AMgM/wDH&#10;DP8Axwz/AMYM/wDGDP8A/xsOAP8ZDAD/GA0A/xgRAP8XGAD/FCIA+xEuAPMQOgDtDkYA6A1SAOUN&#10;XADhDWUA3g1tANsNdQDYDXwA1Q2CANMNiQDRDY8A0A2VAM4NnADNDqMAyw6rAMkOtADIDsAAxg7P&#10;AMMQ5gDAEfUAvRL/ALwS/wC7Ev8AuhL/AboS/wG6Ev8B/x8KAP8cBAD/HwgA/x8NAP8dEgD4GhsA&#10;7hYmAOYUMwDgEz8A2hNLANQTVgDQE18AzhRoAMsUbwDJFHcAxxV9AMYVhADEFYoAwxWRAMEWmADA&#10;Fp8AvhanALwXsAC7F7wAuRfLALcY4gCzGfIBsRr/Aa8b/wGuG/8Brhv/Aa0b/wGtG/8B/yIEAP8i&#10;AAD/JQIA/CQHAPchDADsHRIA4RocANgaKgDQGzgAyx1FAMcdUADDHloAwB5iAL4eagC8H3EAuh94&#10;ALkffgC3H4UAth+MALQfkwCzH5oBsSCjAbAgrAGuILcBrCHGAash3QGnIu8CpSL9AqMj/wKiI/8C&#10;oiP/AqEj/wKhI/8C/yUAAP8oAADyKgAA5SsAAN8oBQDcIQsA0iEUAMkkJADDJTIAviY/ALonSgC3&#10;J1QAtCddALInZACwJ2wAridyAa0neQGrJ38BqieGAagnjgGnJ5YCpSeeAqMoqAKiKLMCoCjBAp8o&#10;1QKcKewDmir6A5gq/wSXKv8Elyr/BJYq/wSWKv8E/ygAAPUuAADlMwAA2jUAANAzAQDMLQYAxioQ&#10;AL4tHgC4LiwAsy86AK8vRQCsME8AqS9YAKcvXwGlL2YBoy9tAaEvcwKgLnoCni6BAp0uiQKbLpED&#10;mS6aA5gupASWL68ElS+9BJMvzwSRMOgFjzD4BY0x/wWNMf8FjDH/BYwx/wWMMf8F/y0AAOo1AADc&#10;OgAAzj0AAMY8AADANwIAuzMNALM0GQCuNicAqTc0AKU3QACiN0oAnzdTAZ02WgGbNmEBmTZoApc1&#10;bwKVNXUDlDV8A5I1hASQNY0EjzWWBY01oAWLNasGijW5Bog1ygeHNuUHhTb2B4Q3/weDN/8Hgzf/&#10;B4I3/weCN/8H9DIAAOM7AADSQQAAxkQAAL1DAAC3PwAAsTsJAKo7FAClPCIAoD0wAJ09OwCZPUUA&#10;lj1OAZQ8VgGSPF0CkDxjAo47agOMO3EEijt4BIg6gAWHOogGhTqSBoM6nAeBOqgIgDq1CX47xgl9&#10;O+EJezzzCXs8/wl6PP8Iejz/CHo8/wh6PP8I7jcAAN1BAADLRgAAv0kAALZJAACuRgAAqUEEAKNB&#10;EQCdQh4AmEMrAJVDNwCRQ0EAjkJKAYxCUgGJQVkCh0FfA4VBZgODQG0EgUB0BYBAewZ+P4QHfD+O&#10;CHo/mQl4P6UKd0CyCnVAwwt0QN0Lc0HxC3JB/wpyQf8KckH/CXJB/wlyQf8J6TwAANVFAADFSwAA&#10;uk4AALBOAACnSwAAokYAAJtGDgCWRxoAkUgnAI5IMwCKSD0Ah0dGAYRHTgGCRlUCgEZcA35FYgR8&#10;RWkEekVwBXhEeAZ2RIEIdESLCXJElgpwRKILb0SvDG5EwAxtRdkNbEXvDGtF/QtrRv8La0b/CmtG&#10;/wprRv8K5UAAAM9JAADBTwAAtVIAAKtSAAChTwAAm0oAAJRKDACPSxcAi0wkAIdMLwCETDoAgUxD&#10;AX5LSwF7S1ICeUpYA3dKXwR1SWYFc0ltBnFJdQdvSX4IbUiICWtIkwtqSJ8MaEitDWdJvQ1mSdQO&#10;ZUntDWVK/AxlSv8LZUr/C2VK/wtlSv8L4EQAAMtNAAC9UgAAslYAAKZVAACcUgAAlU4AAI5OCQCJ&#10;TxQAhVAgAIFQLAB+UDcAe1BAAXhQSAF1T08Cc05VA3FOXARvTmMFbU1qBmtNcgdpTXsIZ02FCmVN&#10;kQtkTJ0MYk2rDWFNuw5gTdEOYE3sDmBN+w1gTf8MYE3/C2BN/wtgTf8L3EcAAMdQAAC5VgAArlkA&#10;AKJYAACYVgAAkFEAAIlSBgCDUxEAf1MdAHtUKQB4VDQAdVQ9AXJTRQFwU0wCbVJTAmtSWQNpUmAE&#10;Z1FnBmVRbwdjUXgIYlGDCmBRjwteUJsNXVCpDltRuQ5bUc4PWlHqDltR+g1bUf8MW1H/DFtR/wtb&#10;Uf8L1koAAMNTAAC2WQAAq1wAAJ5aAACTWQAAi1QAAIRWAwB+VhAAelcaAHZXJgBzWDEAcFc6AG1X&#10;QgFqV0kCaFZQAmZWVwNkVl4EYlVlBWBVbQdeVXYIXVWBCltVjQtZVJoNWFSnDlZVuA9WVcwPVlXp&#10;DlZV+Q1WVf8NV1T/DFdU/wxXVP8M0U0AAMBWAACzXAAAp14AAJpdAACPXAAAhlgAAH9ZAAB5Wg0A&#10;dFsXAHFbIwBuWy4Aa1s3AGhbQAFlW0cBY1pOAmFaVQNfWlwEXVpjBVxaawZaWXQIWFl/ClZZiwtU&#10;WZgNU1imDlJZtg5RWcoPUVnnDlFY+A1SWP8NUlj/DFJY/wxSWP8MzVEAALxZAACwXwAAo2EAAJZg&#10;AACLXwAAgVsAAHldAABzXgwAb14VAGtfIABoXysAZmA1AGNgPQFhX0UBX19MAl1fUwNbX1oEWV5h&#10;BVdeaQZVXnIIU159CVFdiQtQXZYMTl2kDU1dtA5MXcgOTF3mDk1d9w1NXP8MTVz/DE5c/wxOXP8M&#10;yVQAALlcAACtYwAAn2MAAJJjAACHYgAAfGAAAHRhAABuYgkAaWMSAGZjHQBjZCgAYWQyAF5kOwBc&#10;ZEMBWmRKAlhkUQJWZFgDVGRfBFJjZwVQY3AHTmN6CExihgpLYpQLSWKiDEhisg1HYscNR2LkDUhh&#10;9gxIYf8MSGD/C0lg/wtJYP8LxFgAALVgAACqZgAAm2YAAI1mAACCZQAAdmQAAG5lAABoZgUAY2cQ&#10;AGBoGgBdaSUAW2ovAFlqOABXakABVWpHAVNqTgJRalUDT2ldBE1pZAVLaW0GSWh4B0dohAlGaJIK&#10;RGehC0NnsQxCZ8UMQmfiDEJm9QxDZv8LQ2X/C0Nl/wtDZf8Lv1wAALFkAACmagAAlmkAAIlpAAB9&#10;aQAAcWkAAGdqAABibAEAXW0NAFluFgBXbyEAVXArAFNwNQBRcD0AUHBFAU5wTAFMcFMCSnBaA0hw&#10;YgRGb2sFRG91BkJvggdAbo8JP26eCj1urwo9bsIKPG7gCj1t9Ao9bP8KPWv/Cj5r/wo+a/8KumAA&#10;AK1pAACgbgAAkW0AAIRtAAB4bQAAbG4AAGFwAABbcgAAVnQKAFJ1EgBQdh0ATncnAEx3MQBLeDkA&#10;SXhBAEh4SQFGeFABRHdXAkJ3XwNAd2gDPndzBDx2fwY6do0HOXacCDd1rQg3dcAINnXeCDd08gg3&#10;c/4IN3L/CDdy/wg3cv8ItWYAAKlvAACacQAAi3EAAH5xAABzcgAAaHMAAFx2AABUeQAATnsFAEp9&#10;DwBIfhgARn8jAEV/LABDgDUAQoA9AEGARQA/gEwBPYBUATyAXAI6f2UCOH9vAzZ/fAQ0f4oEMn+a&#10;BTF+qgYwfr0GMH7aBjB98AYwe/0GMHv/BjB6/wYwev8GsGwAAKR1AACUdQAAhnUAAHl2AABudwAA&#10;Y3kAAFd9AABPgQAAR4QAAEKGDAA/hxMAPYgdADyIJwA7iTAAOok4ADiJQAA3iUgANolPADSJWAEz&#10;iWEBMYlsAS+JeAItiYcCLImXAyqIpwMpiLoDKYjUAymG7gMphfwEKYT/BCmE/wQphP8EqnQAAJ57&#10;AACOegAAgHoAAHR7AABofgAAXYEAAFKFAABJiQAAQYwAADmQBQA1kQ8AM5IXADKSIQAxkikAMJMy&#10;AC6TOgAtk0EALJNKACuUUgAqlFwAKJRnACeUcwEllIIBJJSTASKTpAEhk7cBIJPPASGS7AEgkPoC&#10;II//AiCP/wIgj/8CpHwAAJeAAACHfwAAe4AAAG6CAABihQAAV4kAAE2OAABCkgAAOpYAADKZAAAq&#10;nAkAKJ0RACadGQAlnSIAJJ4qACOeMgAinjoAIZ5CACCeSwAfn1UAHp9gAByfbQAbn3wAGp+NABif&#10;nwAXn7IAFp/JABae6AAWnPcAFpv/AReb/wEXm/8BnYMAAI+GAACChgAAdIcAAGeLAABbjwAAUJMA&#10;AEaYAAA8nAAAM6AAACujAAAjpgAAHKgLABqpEQAYqRgAF6khABaqKQAVqjEAFKo5ABOqQwATq00A&#10;EqtYABGrZQAQq3QADquGAA6rmQANq6wADKvBAAyq3wAMqfIADaj8AA2o/wANqP8AlooAAImMAAB6&#10;jQAAbJEAAGCVAABUmgAASZ8AAD+jAAA1pwAAK6oAACOuAAAbsAAAFLMBAA+1CgANthAADLYWAAu2&#10;HwAKticACbYvAAi2OQAHt0MABrdPAAS3WwADt2oAArd7AAC3jgAAt6EAALa0AAC2ywAAtuUAALXx&#10;AAC19wAAtfcAj5EAAIGUAABylwAAZZwAAFihAABMpgAAQasAADevAAAssgAAI7UAABq4AAATuwAA&#10;Dr0AAAnABQADwQ0AAMERAADBFwAAwh4AAMImAADCLwAAwzkAAMREAADEUAAAxF4AAMVvAADFgQAA&#10;xZUAAMWoAADFvAAAxNEAAMTmAADE7gAAxO4AhpgAAHmeAABrowAAXakAAFCuAABEswAAN7YAACy5&#10;AAAivAAAGb8AABHCAAAMxQAABsgAAADLAAAAzAcAAMwNAADNEQAAzRYAAM4dAADPJAAA0C0AANI4&#10;AADURAAA1FIAANVhAADVcwAA1ocAANabAADWrQAA178AANjOAADY3QAA2N0Ae6AAAG6mAABgrQAA&#10;U7MAAEW4AAA4vAAAK78AACHCAAAXxgAAEMkAAArMAAAC0AAAANQAAADXAAAA2AAAANoFAADbCwAA&#10;3A4AAN4TAADfGQAA4SEAAOMqAADlNgAA50MAAOdTAADoZAAA6XcAAOmMAADqnwAA6q4AAOq6AADq&#10;wwAA6sMAcKgAAGKvAABVtgAAR7wAADnAAAAsxAAAIMgAABbMAAAO0AAAB9QAAADZAAAA3QAAAOEA&#10;AADjAAAA5AAAAOYAAADnAQAA6QcAAOsMAADsEAAA7hUAAPAdAADzJwAA9jMAAPdDAAD4VAAA+WYA&#10;APl6AAD6jgAA+p4AAPupAAD7sAAA+7AA/wsbAP8HGQD/ABkA/wAcAP8AJQD/ADIA/wA/AP8ASwD/&#10;AFcA/wBiAP8AawD/AHMA/QB7APsAggD6AIgA+ACNAPcAkgD2AJgA9QCdAPQAogDzAKkA8QCwAO8A&#10;uADuAMMA7ADRAOsA5gDpAPMA6AD+AOgA/wDoAP8A6AD/AOgA/wDoAP8A/w4YAP8KFQD/ARQA/wAY&#10;AP8AIgD/AC4A/wA7AP8ARwD/AFMA/QBeAPoAZwD3AG8A9QB3APMAfgDyAIQA8ACJAO8AjwDuAJQA&#10;7ACaAOsAnwDpAKUA6ACsAOYAtADkAL8A4wDMAOEA4gDfAPAA3gD7AN4A/wDdAP8A3QD/ANwA/wDc&#10;AP8A/xATAP8NEQD/BhAA/wIVAP8AHgD/ACkA/wA2AP8AQgD6AE4A9ABZAPEAYgDuAGsA7AByAOoA&#10;eQDoAH8A5wCFAOUAiwDkAJAA4gCWAOEAnADfAKIA3QCpANoAsQDYALsA1QDIANIA3QDRAO0A0AD5&#10;AM8A/wDOAP8AzQD/AM0A/wDNAP8A/xEPAP8ODQD/DA0A/wsSAP8HGQD/AiQA/wAwAPYAPADvAEkA&#10;6gBTAOcAXQDkAGYA4QBtAN8AdADdAHsA2wCBANkAhgDWAIwA1ACSANIAmADQAJ4AzgCmAMwArgDK&#10;ALgAyADEAMYA1wDFAOoAwwD3AMIA/wDBAf8AwAL/AMAC/wDAAv8A/xQLAP8QBgD/EAkA/xAOAP8O&#10;FAD/Ch4A9QYpAOsENgDjA0IA3wNOANsEVwDWBGAA0wRoANAEbwDOBXYAzAV8AMoFggDJBYgAxwWO&#10;AMYFlADEBZsAwgWjAMAGqwC+BrUAvQbCALsI1AC6CekAtwv4ALUM/wC0DP8AtAz/ALQM/wC0DP8A&#10;/xcEAP8UAAD/FgMA/xQJAP8RDgDyDhUA6AwhAN4KLgDWCzsA0AxHAMwMUQDJDFoAxg1iAMQNagDC&#10;DXEAwA13AL8NfQC9DoMAvA6KALoOkQC5DpgAtw6gALYOqQC0D7QAsg/BALEQ1ACuEesAqxL6AKkS&#10;/wCoE/8ApxP/AKcT/wCnE/8A/xoAAP8bAAD5GwAA6xkAAOUUBgDlEA4A2Q4XAM8RJgDIEjQAxBNA&#10;AL8USwC8FFQAuRVdALcVZAC1FWsAtBVxALIVeACxFn4ArxaFAK4WjACsFpQAqxecAKkXpgCnGLAA&#10;phi9AKQYzwCiGucAnxr3AJ0b/wGcG/8BnBv/AZsb/wGbG/8B/x0AAPchAADoJAAA3SUAANQhAQDP&#10;GwgAyhcRAMIaIAC8HC0Atx06ALMeRQCwHk8ArR5XAKseXwCpH2YAqB9sAKYfcwClH3kAox+AAKIf&#10;hwCgII8AnyCYAJ0gogCbIKwBmiG5AZghygGWIuQBlCP1AZIj/wGRI/8BkCP/AZAj/wGQI/8B/yIA&#10;AOspAADdLgAAzy8AAMctAADBJwMAvSINALYjGgCwJSgArCY0AKgmQAClJ0kAoidSAKAnWgCeJ2EA&#10;nCdnAJsnbQCZJ3QAmCd7AZYnggGVJ4sBkyeUAZEongGQKKkBjii1Ao0pxgKLKd8CiSryAocq/wKG&#10;Kv8Chir/AoYq/wKGKv8C9CgAAOMxAADRNgAAxTgAALw2AAC2MAAAsisJAKssFACmLSIAoi4vAJ4u&#10;OgCbLkQAmC9NAJYvVQCULlwAki5iAJAuaQGPLm8BjS52AYwufgGKLoYCiC6PAocumgKFL6UDgy+y&#10;A4IvwgOBMNoDfzDvA30x/gN9Mf8DfDH/A3wx/wN8Mf8D7S8AANs3AADJPQAAvj4AALM8AACsOAAA&#10;pzMEAKIyEQCdNB0AmTUqAJU1NQCSNUAAjzVJAI01UACLNVcAiTVeAYc1ZAGFNGsBhDRyAoI0eQKA&#10;NIICfjSLA300lgN7NaEEeTWuBHg1vgV3NtQFdjbtBXQ3/AV0N/8EdDf/BHQ3/wR0N/8E5zUAANI9&#10;AADDQgAAuEQAAKxCAACkPgAAnzkAAJo4DgCUOhkAkDomAI07MQCKOzsAhztEAIQ7TACCO1MBgDpa&#10;AX46YAF9OmcCezpuAnk6dQJ3On4DdjqIBHQ6kwRyOp4FcTqrBW87uwZuO88GbTvqBm08+gZsPP8F&#10;bDz/BWw8/wVsPP8F4jkAAMxCAAC+RwAAsUgAAKVGAACdQwAAlz8AAJI+CwCNPxUAiT8hAIVALQCC&#10;QDcAf0BAAH1ASAB7QE8BeUBWAXc/XQF1P2MCcz9qAnE/cgNwP3oDbj+EBGw/kAVrP5wGaT+pBmg/&#10;uAdnQMwHZkDoB2ZA+QZlQP8GZUD/BmVA/wVlQP8F3D4AAMdGAAC5SwAArEwAAKBKAACXRwAAkUMA&#10;AItDCACGQxIAgkQeAH5EKQB7RTQAeUU9AHZFRQB0REwBckRTAXBEWQFuRGACbENnAmtDbwNpQ3cE&#10;Z0OBBWZDjQZkQ5kGYkOnB2FEtghgRMoIYETmCF9F+AdfRf8HYEX/BmBE/wZgRP8G1kEAAMNJAAC2&#10;TgAAp08AAJtNAACSSwAAjEcAAIVHBACARxAAfEgaAHhIJgB1STAAc0k6AHBJQgBuSUkBbEhQAWpI&#10;VgFoSF0CZkhkAmVIbANjSHUEYUd/BWBHigZeSJcHXUilCFtItAhbSMcJWkjkCFpJ9ghaSf8HWkj/&#10;BlpI/wZaSP8G0UUAAL9MAACyUgAAo1EAAJdQAACNTgAAhkoAAIBKAQB6Sw4AdkwXAHJMIwBvTC0A&#10;bU02AGpMPwBoTEYAZkxNAWRMUwFiTFoCYUxhAl9MaQNeTHIEXEx8BVpMiAZZTJUHV0yjCFZMsghV&#10;TMYJVUziCVVM9QhVTP8HVUz/B1ZM/wZWTP8GzEgAALxQAACvVQAAoFQAAJNTAACJUQAAgU0AAHpO&#10;AAB1TwwAcE8VAG1QIABqUCoAZ1AzAGVQPABjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNZUHAEV1B6&#10;BVVQhgZUUJMHUlChCFFQsQlQUMQJUFDhCVBQ9AhRUP8HUU//B1FP/wZRT/8GyUsAALlTAACrVwAA&#10;nFYAAI9VAACFVAAAfFAAAHVRAABwUgkAa1MSAGhUHQBlVCcAYlQxAGBUOQBeVEEAXFRIAVpUTwFZ&#10;VFYBV1RdAlZUZQNUVG4EUlR4BVFUhAZPVJEHTlSgCExUrwhMVMIJS1TfCUxU8whMU/8HTFP/B01T&#10;/wZNU/8GxU4AALZWAACnWgAAmFkAAItYAACBVwAAd1QAAHBVAABqVgYAZlcQAGJXGgBgWCQAXVgu&#10;AFtZNwBZWT8AV1lGAFZZTQFUWVQBU1lbAlFZYwJPWGwDTlh2BExYggVKWI8GSVieB0hYrghHWMAI&#10;R1jdCEdY8ghHV/8HSFf/B0hX/wZIV/8GwVEAALJZAACjXAAAlFsAAIdbAAB9WgAAclgAAGtZAABl&#10;WgMAYFsOAF1cFwBaXCEAWF0rAFZdNABUXjwAU15EAFFeSwFQXlIBTl5ZAkxeYQJLXWoDSV10BEdd&#10;gAVFXY0GRF2cB0NdrAdCXb4IQl3aCEJc8QdCXP4HQ1v/BkNb/wZDW/8GvVUAAK9dAACfXwAAkF4A&#10;AINeAAB4XQAAbVwAAGVdAABfXwAAWmAMAFdhFABVYh4AUmIoAFFjMQBPYzkATmNBAExjSABLY08B&#10;SWNWAUdjXgJFY2cCRGNxA0JjfQRAYosFP2KaBj5iqgY9YrwHPGLWBz1h7wY9Yf0GPmD/Bj5g/wY+&#10;YP8GuVkAAKthAACaYQAAi2EAAH9hAAB0YQAAaWEAAF9iAABZZAAAVGYJAFFnEQBOZxoATGgkAEtp&#10;LQBJaTYASGk+AEZqRQBFakwAQ2pUAUJqXAFAaWUCPmlvAjxpewM7aYkEOWmYBThoqAU3aLoFN2nT&#10;BTdo7gU3Z/wFOGb/BThm/wU4Zv8FtF4AAKdlAACVZQAAhmQAAHplAABvZQAAZGYAAFloAABSagAA&#10;TWwEAEluDgBHbhYARW8gAERwKQBCcDIAQXA6AEBxQgA/cUkAPXFRADxxWQE6cWIBOHFsAjZweAI1&#10;cIYDM3CVAzJwpgQxcLgEMHDQBDFv7AQxbvsEMW3/BDFs/wQxbP8Er2QAAKFpAACPaAAAgWgAAHVp&#10;AABraQAAYGsAAFVuAABNcQAARnMAAEJ1CwA/dhIAPXccADx3JQA6eC0AOXg1ADh5PQA3eUUANnlN&#10;ADV5VQAzeV4AMXloATB5dAEueYMCLXmSAit4owIqeLUCKnjMAip36gIqdvkDKnX/Ayp0/wMqdP8D&#10;qmoAAJptAACJbAAAfG0AAHBtAABmbgAAW3EAAFB1AABIeAAAQXsAADp+BQA2fw4ANIAWADOBIAAy&#10;gSgAMIEwAC+COAAugkAALYJIACyCUAArgloAKoJkACiCcAAmgn8BJYKPASSCoAEjgrIBIoLJASKB&#10;5wEif/cBIn7/AiJ9/wIiff8CpXEAAJNxAACDcQAAdnEAAGxyAABgdQAAVngAAEx8AABDgAAAO4MA&#10;ADOGAAAtiQoAKooRACmLGQAniyIAJosqACWMMQAkjDkAI4xCACKNSgAhjVQAII1eAB+NawAdjXkA&#10;HI2KABuNnAAZja4AGIzEABiM4wAZivUAGYn/ARmI/wEZiP8BnXcAAIx2AAB9dgAAcncAAGV5AABa&#10;fAAAUIAAAEaEAAA8iQAANIwAAC2QAAAlkwIAH5UMAB2WEgAclhoAG5ciABqXKgAZlzIAGJg6ABeY&#10;QwAWmE0AFZhYABSYZAATmHMAEZiEABCYlgAQmKkADpi/AA6X3QAPlvIAEJX8ABCU/wAQlP8AlX0A&#10;AIV8AAB4fAAAa34AAF+BAABUhgAASooAAECPAAA2kwAALZcAACaaAAAenQAAF6ADABKiDAAQoxIA&#10;EKMZAA+jIQAOpCkADqQxAA2kOgAMpEUAC6RQAAqkXAAJpGoAB6R7AAajjgAEo6EAAqO0AAOiywAD&#10;ouYAA6HzAAOh+wADofsAjYMAAH+CAABxhAAAZIcAAFiMAABNkQAAQpYAADiaAAAvngAAJqIAAB6l&#10;AAAXqAAAEasAAAyuBwAHrw0AA68SAAKvGQABryEAAK8pAACwMgAAsDwAALBHAACwUwAAsGEAALBx&#10;AACwgwAAr5cAAK+qAACvvwAArtkAAK7rAACu9AAArvQAh4kAAHiKAABqjgAAXZMAAFGYAABFnQAA&#10;O6IAADCmAAAnqgAAHq4AABaxAAAQtAAAC7YAAAW5AwAAugoAALoOAAC6EwAAuxkAALshAAC8KAAA&#10;vDEAAL08AAC+SAAAvlYAAL5lAAC+dwAAvowAAL6fAAC9swAAvscAAL7eAAC96wAAvesAf5IAAHCV&#10;AABimgAAVZ8AAEmlAAA9qwAAMq8AACi0AAAetgAAFbkAAA68AAAJvwAAAsIAAADEAAAAxQQAAMYK&#10;AADGDgAAxxIAAMgYAADJHwAAyicAAMwwAADOPAAAzkkAAM9ZAADPagAAz34AAM+TAADPpgAAz7gA&#10;AM/IAADP2wAAz9sAd5wAAGihAABbpwAATq4AAEG0AAA0twAAKLoAAB29AAATwAAADcQAAAbHAAAA&#10;ygAAAM4AAADQAAAA0QAAANICAADTCAAA1QwAANYQAADZFQAA2xwAAN0kAADgLwAA4jwAAONLAADk&#10;XAAA5G8AAOWDAADlmAAA5akAAOW2AADlwwAA5cMAbKUAAF+sAABRsgAARLkAADW8AAAowAAAHMQA&#10;ABLIAAAMywAAA88AAADTAAAA2AAAANwAAADfAAAA3wAAAOEAAADjAAAA5AMAAOYIAADoDQAA6REA&#10;AOwYAADuIgAA8S4AAPM8AAD0TQAA9V8AAPZzAAD3hwAA95kAAPilAAD4sAAA+LAA/wMXAP8AFQD/&#10;ABUA/wAYAP8AIwD/AC8A/wA8AP8ASAD/AFQA/wBeAP8AZwD9AG8A+wB2APkAfQD4AIMA9gCIAPUA&#10;jgD0AJMA8gCYAPEAngDwAKQA7gCrAO0AswDrAL0A6gDLAOgA4QDnAPEA5gD9AOUA/wDkAP8A5AD/&#10;AOQA/wDkAP8A/wcTAP8AEQD/ABEA/wAVAP8AHwD/ACsA/wA3AP8ARAD+AE8A+gBaAPcAYwD0AGsA&#10;8gByAPAAeQDvAH8A7QCEAOsAigDqAI8A6ACUAOcAmgDlAKAA5ACnAOIArwDgALkA3gDGANwA2gDa&#10;AOwA2AD5ANYA/wDWAP8A1wD/ANgA/wDYAP8A/woQAP8DDgD/AA0A/wASAP8AGgD/ACYA/AAyAPcA&#10;PwD0AEoA8QBVAO0AXgDqAGYA6ABuAOUAdADjAHoA4gCAAOAAhQDeAIsA3ACQANsAlgDYAJwA1QCj&#10;ANMAqwDRALUAzgDBAMwA0QDLAOcAyQD1AMgA/wDIAP8AyAD/AMgA/wDIAP8A/wwMAP8GCAD/AgoA&#10;/wAPAP8AFQD8ACAA8QAsAOwAOQDpAEUA5QBPAOEAWQDeAGEA2wBoANcAbwDUAHUA0gB7ANAAgADO&#10;AIYAzACMAMsAkgDJAJgAxwCgAMUAqADDALEAwQC8AL8AywC9AOMAvADyALsA/QC7AP8AugD/ALoA&#10;/wC6AP8A/w4FAP8JAAD/CQUA/wYLAP8BEADwABkA5gAlAOEAMgDcAD8A1gBJANEAUwDOAFsAywBj&#10;AMgAagDGAHAAxQB2AMMAewDBAIEAwACHAL4AjgC8AJQAuwCcALkApAC3AK4AtQC5ALMAyACxAN8A&#10;sAHvAK8B+wCuAv8ArQP/AK0D/wCtA/8A/xAAAP8OAAD/DQAA9gsDAPIHCgDiAREA2wIdANIDKwDM&#10;AzcAyARDAMQETQDBBFYAvgVdALwFZAC6BWsAuAVxALcFdgC1BXwAswaDALIGiQCwBpEArweZAK0H&#10;oQCrB6sAqQi3AKgJxgCmCt0ApQvwAKMM/QCiDf8AoQ3/AKEN/wCgDf8A/xEAAPwSAADsEwAA4hMA&#10;ANsPAwDWCQsAzggUAMYKIgDADDAAvA08ALgNRgC1DU8Asg5XALAOXwCuDmUArQ5rAKsOcQCqDngA&#10;qA5+AKcPhQClD40ApA+WAKIQnwCgEKkAnxC1AJ0RxQCbEd4AmRLxAJcT/wCWFP8AlRT/AJUU/wCU&#10;FP8A/xUAAO0bAADgHwAA0h8AAMkbAADEFAUAwRAOALoSGwC0EykAsBQ1AKwVQACpFUkAphVSAKQW&#10;WQCiFmAAoRZmAJ8WbACeFnIAnBZ5AJsXgACZF4gAmBeRAJYYmwCUGKYAkxmyAJEZwQCQGtgAjRvu&#10;AIsc/QCKHP8Aihz/AIkc/wCJHP8A9B0AAOQlAADTKQAAxyoAALwmAAC2IAAAtBkLAK4aFQCoHCMA&#10;pB0vAKEeOgCeHkQAmx5MAJkeVACXH1sAlR9hAJQfZwCSH20AkR90AI8gfACOIIQAjCCNAIoglwCJ&#10;IaIAhyGuAIYivQCFItEBgiPrAYEk+wGAJP8BfyT/AX8k/wF/JP8B7CUAANstAADJMQAAvDEAALEu&#10;AACrKQAApyQFAKMjEQCeJB0AmiUqAJYmNQCTJj8AkSZHAI8mTwCNJlYAiydcAIknYgCIJ2kAhidv&#10;AIUndwCDJ38AgSeJAYAokwF+KJ4BfSmrAXspuQF6Kc0BeCroAXcr+QF2K/8Bdiv/AXUr/wF1Kv8B&#10;5SwAANA0AADBOAAAszgAAKg1AACiMQAAnS0AAJkqDgCUKxgAkCwkAI0tMACKLToAhy1DAIUtSgCD&#10;LVEAgS5YAIAuXgB+LmQAfS5rAHsucwF5LnsBeC6FAXYujwF0L5sBcy+oAnEvtgJwMMkCbzDlAm4x&#10;9wJtMf8CbTH/Am0x/wJtMf8C3zIAAMk5AAC7PgAArD0AAKE6AACaNwAAlTMAAJAxCgCMMRQAhzIg&#10;AIQzKwCBMzUAfzM+AH0zRgB7M00AeTNUAHczWgB2M2EAdDNnAXI0bwFxNHcBbzSBAW40jAJsNJgC&#10;ajWlAmk1swNoNcYDZzbiA2Y29QNmNv8CZjb/AmY2/wJmNv8C2DcAAMQ+AAC1QgAApkEAAJs/AACT&#10;PAAAjTgAAIg2BwCENxEAgDccAHw4JwB6ODEAdzk6AHU5QgBzOUkAcTlQAHA5VwBuOV0AbDlkAWs5&#10;awFpOXQBaDl+AmY5iQJkOZUDYzqiA2I6sQNhOsMDYDvgBF878wNfO/8DXzv/A187/wJfO/8C0TsA&#10;AMBCAACwRQAAoUQAAJVDAACNQAAAhz0AAII7AgB9Ow4AeTwYAHU9IwBzPS0AcD02AG49PwBsPUYA&#10;az1NAGk9UwBnPVoAZj1hAWQ9aAFjPXEBYT57Al8+hgJePpMDXD6gA1s/rwRaP8EEWj/dBFk/8gRZ&#10;P/8DWT//A1k//wNZP/8DzD8AALxGAACrSAAAnEcAAJFGAACIRAAAgkAAAHw/AAB3QAwAc0AVAG9B&#10;IABsQSoAakEzAGhBOwBmQkMAZEJKAGNBUABhQVcAYEJeAV5CZQFdQm4CW0J4AlpChANYQpADV0Ke&#10;BFZDrQRVQ78EVEPaBFRD8QRUQ/4DVEP/A1RD/wNUQ/8DyEIAALhJAACnSwAAmEoAAI1JAACDRwAA&#10;fUMAAHZDAABxRAoAbUQSAGpFHQBnRScAZEUwAGJFOABgRT8AX0VHAF1FTQBbRVQAWkZbAVlGYwFX&#10;RmwBVkZ2AlRGgQNTRo4DUkecBFBHqwRQR70ET0fWBU9H7wRPR/0ET0f/A09H/wNQR/8DxEUAALVN&#10;AACjTQAAlUwAAIlLAAB/SgAAeEYAAHFHAABsRwcAaEgQAGRIGgBhSSQAX0ktAF1JNQBbST0AWUlE&#10;AFdJSgBWSVEAVUpZAVRKYQFSSmkBUUp0Ak9KfwNOSowDTUqbBExLqgRLS7wESkvTBUpL7gRLS/0E&#10;S0r/A0tK/wNLSv8DwUgAALJQAACgTwAAkU8AAIVOAAB7TQAAc0kAAGxKAABnSwQAYkwOAF9MFwBc&#10;TSEAWk0qAFhNMgBWTToAVE1BAFNOSABSTk8AUE5XAU9OXwFOTmcBTE5yAktOfQJJTosDSE6ZBEdP&#10;qARGT7oERk/RBEZP7QRGTvwERk7/A0dO/wNHTv8DvUwAAK5SAACcUQAAjVEAAIFRAAB3UAAAbkwA&#10;AGdOAABiTwAAXVANAFpQFABXUR4AVVEnAFNRMABRUjgAUFI/AE5SRgBNUk0ATFNVAEpTXQFJU2UB&#10;SFNvAkZTewJFU4kDQ1OXA0JTpwRBU7gEQVPPBEFT7ARBUvsDQlL/A0JS/wNCUf8Duk8AAKpUAACY&#10;VAAAiVQAAH1TAABzUwAAaVEAAGJSAABcUwAAWFQKAFRVEgBSVRsAT1YkAE5WLQBMVzUAS1c8AEpX&#10;RABIV0sAR1hSAEZYWgFEWGMBQ1htAUFYeQJAWIYCPliVAz1YpQM8WLcEPFjNBDxX6gM8V/oDPVb/&#10;Az1W/wM9Vv8DtlMAAKVXAACUVwAAhVYAAHlWAABvVgAAZVUAAFxWAABXWAAAUlkHAE5aEABMWhgA&#10;SlshAEhcKgBHXDIARVw6AERdQQBDXUgAQl1QAEBdWAA/XWEBPV1rATxddgI6XYQCOV2TAjhdowM3&#10;XbUDNl3LAzZc6AM3XPkDN1v/Azhb/wM4Wv8DslcAAKBaAACPWQAAgVkAAHVZAABrWQAAYFoAAFZb&#10;AABRXQAATF4CAEhgDQBFYBQARGEeAEJiJgBAYi4AP2I2AD5jPgA9Y0UAPGNNADtjVQA5Y14AOGNo&#10;ATZjdAE1Y4EBM2ORAjJjoQIxY7MCMWPIAjFi5wIxYfgCMWH/AjJg/wIyYP8CrlwAAJtdAACKXQAA&#10;fF0AAHBdAABmXQAAXF4AAFJgAABMYgAARWUAAEFmCgA+ZxEAPGgaADtoIgA5aSsAOGkyADdqOgA2&#10;akEANWpJADRqUgAzalsAMWplADBqcAEuan4BLWqOASxqnwErarABKmrGASpp5QEqaPYCK2f/Aitn&#10;/wIrZ/8CqWEAAJVgAACEYAAAd2AAAGxhAABiYQAAWGMAAE5mAABHaAAAQGsAADpuBQA2bw4ANHAV&#10;ADNwHgAycSYAMHEuAC9xNQAucj0ALXJFACxyTQArclcAKnJhAClybQAncnsAJnKLACRynAEjcq4B&#10;I3LDASNx4gEjcPQBI2//ASNu/wEjbv8BoWUAAI5kAAB/ZAAAcmQAAGhlAABeZgAAVGkAAElsAABC&#10;bwAAO3IAADR1AAAueAoAK3kRACp5GAApeiEAJ3ooACZ6MAAlezgAJHtAACN7SAAie1IAIXtcACB7&#10;aAAffHYAHXyGABx7mAAbe6oAGnu/ABp73gAaefIAG3j+ABt3/wEbd/8BmWkAAIhpAAB5aQAAbWkA&#10;AGNqAABZbAAAT28AAEVzAAA9dwAANXoAAC59AAAngQMAIoMNACCEEgAfhBoAHYQiAByFKgAbhTEA&#10;GoU5ABmFQgAYhkwAF4ZWABaGYwAVhnEAFIaBABKGkwARhqYAEYW7ABCF1gARg+8AEYL7ABKC/wAS&#10;gf8AkW4AAIFtAAB0bgAAaW4AAF1wAABTcwAASXcAAEB8AAA3gAAAL4MAACeHAAAhigAAGo0GABWP&#10;DQATkBMAEpAaABKQIgARkCoAEJEyABCROwAPkUQADpFPAA2RXAAMkWoAC5F6AAqRjQAIkJ8AB5Cz&#10;AAePyQAHj+YAB470AAiN/AAIjf8AiXMAAHtzAABvcwAAY3UAAFd4AABNfQAAQ4EAADmGAAAwigAA&#10;KI4AACGRAAAalQAAE5cAAA6aCAALnA4ACZwTAAicGgAHnCIABpwqAAScMwADnD0AAp1IAACdVAAA&#10;nWIAAJxyAACchAAAnJcAAJuqAACbvwAAmtsAAJrsAACa9QAAmfgAgnkAAHZ5AABoegAAXH4AAFGC&#10;AABGhwAAPIwAADKRAAAplQAAIZkAABmdAAASoAAADqMAAAmmBQADpwwAAKcQAACnFQAAqBwAAKgj&#10;AACoKwAAqTQAAKk/AACpSwAAqVkAAKloAACpegAAqY4AAKmhAACotQAAqMsAAKfkAACn7wAAp/MA&#10;fYAAAG+BAABhhAAAVYkAAEmOAAA+lAAANJkAACqeAAAhogAAGaYAABKpAAANrAAAB68AAACyAAAA&#10;swcAALMMAACzEAAAtBUAALQbAAC1IgAAtisAALc1AAC3QAAAuE4AALhdAAC4bgAAuIIAALiXAAC4&#10;qgAAt74AALfSAAC35gAAt+oAdogAAGeLAABakAAATpYAAEKcAAA3ogAALKcAACKrAAAZrwAAEbMA&#10;AAu2AAAEuQAAALwAAAC+AAAAvgAAAL8GAADACwAAwQ8AAMITAADDGQAAxCAAAMUpAADHNAAAyEIA&#10;AMlRAADJYgAAyXUAAMmKAADJnwAAyrEAAMrBAADJ0QAAydkAbpMAAGCYAABTngAARqQAADqrAAAv&#10;sAAAJLUAABm4AAAQvAAACr8AAAHBAAAAxAAAAMgAAADKAAAAygAAAMwAAADNAwAAzggAANANAADR&#10;EAAA0xYAANYeAADaKAAA3TQAAN5DAADfVAAA32cAAOB8AADgkQAA4KQAAOCyAADgvgAA4MMAZp8A&#10;AFmmAABMrQAAP7QAADK4AAAkvAAAGL8AABDDAAAIxwAAAMoAAADNAAAA0QAAANUAAADYAAAA2QAA&#10;ANsAAADdAAAA3wAAAOEEAADjCgAA5Q4AAOcTAADqHAAA7ScAAPA1AADxRgAA8lgAAPNrAADzgAAA&#10;9JQAAPSjAAD0rgAA9LIA/wATAP8AEQD/ABEA/wAVAP8AHwD/ACwA/wA5AP8ARQD/AFAA/wBaAP4A&#10;YwD7AGsA+QByAPcAeAD1AH4A9ACEAPIAiQDxAI4A8ACTAO4AmQDtAJ8A7ACmAOoArgDoALgA5gDF&#10;AOUA2wDjAO0A4gD7AOIA/wDhAP8A4QD/AOEA/wDhAP8A/wAQAP8ADgD/AA0A/wASAP8AGwD/ACgA&#10;/wA0AP4AQQD7AEwA9wBWAPQAXwDxAGYA7wBtAOwAdADqAHoA6QB/AOcAhQDmAIoA5QCPAOMAlQDh&#10;AJsA4ACiAN4AqgDbALQA2QDAANYA0ADTAOgA0gD3ANEA/wDRAP8A0AD/ANAA/wDQAP8A/wANAP8A&#10;CQD/AAoA/wAPAP8AFgD7ACIA9wAvAPQAOwDwAEcA7QBRAOkAWgDlAGIA4gBpAOAAbwDeAHUA3AB6&#10;ANoAgADYAIUA1QCLANMAkQDRAJcAzwCeAM0ApgDLAK8AyQC6AMcAyQDFAOIAxADyAMMA/gDCAP8A&#10;wQD/AMIA/wDCAP8A/wMGAP8AAQD/AAYA/wAMAPkAEQDxAB0A6wApAOcANgDjAEEA3wBLANsAVADV&#10;AFwA0gBjAM8AagDNAHAAywB1AMkAewDIAIAAxgCGAMUAjADDAJMAwQCaAL8AogC9AKsAuwC2ALkA&#10;xAC3ANoAtgDtALQA+gC0AP8AtAD/ALQA/wC0AP8A/wQAAP8AAAD/AAAA/wAGAOwADQDlABYA3gAi&#10;ANcALwDRADsAzQBFAMoATgDGAFcAxABeAMEAZAC/AGoAvQBwALwAdQC6AHsAuQCBALcAhwC1AI4A&#10;swCVALIAngCwAKcArgCyAKwAvwCqANEAqADoAKgA9wCnAP8ApwD/AKYA/wCmAP8A/wYAAP8FAADx&#10;AwAA6AAAAOEABwDVABAAzQAbAMcAJwDDADMAvwA+ALwASAC5AFEAtgBYALQAXwCyAGUAsABqAK8A&#10;cACtAHYArAB8AKoAggCpAIkApwCRAKUAmgCjAKQAoQCuAKAAuwCeAc0AnQLmAJwE9ACbBP8AmgX/&#10;AJoF/wCZBf8A/woAAPEOAADkEAAA2Q8AAM4LAADIAwsAwgATALwCHwC3AywAswQ3ALAFQgCtBkoA&#10;qgZSAKgHWQCmB18ApQdlAKMHawCiCHEAoAh3AJ8IfgCdCIUAmwmOAJoJlwCYCqEAlgqsAJULugCT&#10;C8wAkgzlAJAN9gCPDv8Ajg7/AI4O/wCNDv8A9hEAAOYXAADWGwAAxxkAAL4VAAC5EAAAtwoNALEL&#10;FwCsDSQAqA4wAKUOOwCiDkQAnw9MAJ0PUwCbD1oAmg9gAJgQZgCXEGwAlRByAJMQeQCSEIEAkBCK&#10;AI8RlACNEZ8AixGqAIoSuACIEssAhhPmAIUU9wCDFf8AgxX/AIIV/wCCFf8A7RoAANwhAADKJQAA&#10;uyIAALEfAACrGgAAqRQGAKUSEQCgFB4AnBUqAJkVNQCWFj4AlBZHAJIWTgCQFlUAjhdbAIwXYQCL&#10;F2cAiRdtAIgXdACGGHwAhRiGAIMZkACBGZsAgBqnAH4atQB9G8cAfBziAHod9QB5Hf8AeB3/AHgd&#10;/wB4Hf8A5SIAANApAAC/LAAAsCoAAKcnAACgIwAAnR8AAJoaDgCVHBgAkR0kAI4eLwCMHjkAiR5B&#10;AIcfSQCFH1AAgx9WAIIfXACAH2IAfx9pAH0gcAB8IHgAeiCBAHkhjAB3IZcAdSKkAHQisgBzI8MA&#10;ciPfAHAk8wBvJP8AbyT/AG4k/wBuJP8A3SkAAMgwAAC3MgAAqDAAAJ4uAACXKgAAkycAAJAjCgCM&#10;IxMAiCQfAIQlKgCCJTQAgCY9AH0mRAB8JksAeiZSAHgmWAB3Jl4AdSZlAHQnbAByJ3QAcSd9AG8o&#10;iABuKJQAbCihAGsprwFqKcABaSrbAWcq8QFnK/8BZiv/AWYq/wFmKv8B1C8AAMI2AACvNgAAoTUA&#10;AJY0AACQMAAAii0AAIcqBgCDKRAAfyoaAHwrJQB5Ky8Adyw4AHUsQABzLEcAcSxNAHAsVABuLFoA&#10;bSxhAGstaABqLXAAaC16AGcuhQBlLpEBZC6eAWIvrAFhL70BYTDVAWAw7wFfMP0BXzD/AV8w/wFf&#10;MP8BzTQAALw7AACpOgAAmzoAAJA4AACJNQAAgzIAAH8wAQB7Lw4AdzAWAHQwIQBxMSsAbzE0AG0x&#10;PABrMUMAajFKAGgyUABnMlcAZTJdAGQyZQBiMm0AYTN3AF8zggFeM44BXTScAVs0qgFaNbsBWjXS&#10;AVk17QFZNfwBWDX/AVg1/wFZNf8ByDgAALc+AACkPgAAlj0AAIs8AACDOgAAfTcAAHg0AAB0NAsA&#10;cDUTAG01HQBqNScAaDYwAGY2OABkNj8AYzZGAGE2TQBgNlMAXjdaAF03YgBcN2oAWjh0AVk4fwFX&#10;OIwBVjmZAVU5qAJUObkCUzrPAlM66wJTOvsBUzr/AVM5/wFTOf8BxDwAALJBAACgQAAAkkAAAIY/&#10;AAB+PQAAeDoAAHM4AABuOQgAajkRAGc5GgBkOiQAYjosAGA6NABeOjwAXTtDAFs7SgBaO1AAWDtX&#10;AFc7XwBWPGcAVDxxAVM8fAFSPYkBUT2XAU89pgJOPrcCTj7NAk4+6QJNPvoCTj7/AU49/wFOPf8B&#10;wD8AAK5DAACcQwAAjkMAAIJCAAB6QAAAcz0AAG08AABoPQUAZD0OAGE+FwBePiEAXD4pAFo+MQBY&#10;PjkAVz5AAFU/RgBUP00AUz9VAFJAXABQQGUAT0BvAU5BegFNQYcBS0GWAUpBpQJJQrUCSULLAklC&#10;6AJJQvkCSUH/AklB/wFJQf8BvUMAAKpFAACYRQAAikUAAH9FAAB2QwAAb0AAAGhAAABjQQEAX0EN&#10;AFxBFABZQh0AV0ImAFVCLgBTQjYAUUI9AE9CQwBPQ0sATkNSAE1EWgBMRGMASkRtAUlFeAFIRYUB&#10;R0WUAUVFowJFRrQCREbJAkRG5wJERfgCREX/AkVF/wJFRf8BukYAAKZIAACUSAAAhkgAAHtHAABy&#10;RgAAakIAAGNDAABeRAAAWkULAFZFEgBURhsAUUYjAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhI&#10;WABHSGEARklrAERJdgFDSYMBQkmSAUFJogJASbMCP0rHAj9K5QI/SfcCQEn/AkBI/wJASP8BtkkA&#10;AKJKAACRSgAAg0oAAHdKAABuSQAAZUUAAF5HAABZSAAAVUkIAFFKEABPShgATEohAEpLKQBJSzEA&#10;R0s4AEZMPwBFTEYARExOAENNVgBCTV8AQU1oAEBNdAE+TYEBPU2QATxNoAE7TrECOk7GAjpO5AI7&#10;TfYCO03/ATtM/wE8TP8Bs00AAJ5MAACNTAAAf0wAAHRMAABqTAAAYEoAAFlLAABUTAAAUE0FAExO&#10;DgBJTxUAR08eAEVPJgBEUC4AQlA1AEFQPQBAUUQAP1FLAD5RUwA9UlwAPFJmADpScgA5Un8BOFKO&#10;ATdSngE2Uq8BNVLEATVS4gE2UvUBNlH/ATZQ/wE3UP8Brk8AAJlPAACJTwAAe08AAHBPAABmTwAA&#10;XE4AAFRPAABPUQAASlIBAEZTDABDVBIAQVQbAEBVIwA+VSsAPVYyADxWOgA7VkEAOlZJADlXUQA4&#10;V1oANldjADVXbwA0V3wBM1eMATFXnAEwV60BMFfCATBX4AEwVvQBMVb/ATFV/wExVf8BqFIAAJVS&#10;AACEUgAAd1IAAGxSAABiUgAAWFMAAE9UAABJVgAARFcAAEBZCAA9WhAAO1oXADlbIAA4WycAN1wv&#10;ADZcNgA1XD4ANFxGADNdTgAxXVcAMF1hAC9dbAAuXXoALF2JACtdmgEqXasBKl2/ASld3gEqXPIB&#10;Klv+AStb/wErWv8Bo1UAAI9VAAB/VQAAclUAAGdWAABeVgAAVFcAAExZAABFWwAAP10AADpfBAA2&#10;YA0ANGETADJiHAAxYiMAMGIrAC9jMgAuYzoALWNCACxjSgAqZFMAKWRdAChkaQAnZHYAJmSGACVk&#10;lwAkZKkAI2S9ACJk2gAjY/EAI2L9ASRh/wEkYf8BnFgAAIlYAAB6WQAAblkAAGNZAABaWgAAUFwA&#10;AEheAABBYAAAOmMAADRmAAAvaAoALGkQACppFwApah8AKGomACdqLgAmazUAJWs9ACRrRgAja08A&#10;ImxZACBsZQAfbHIAHmyCAB1slAAcbKYAG2u6ABpr1AAbau4AHGn8ABxo/wAcaP8AlVwAAINcAAB1&#10;XAAAaV0AAF9dAABWXgAATGEAAENkAAA8ZwAANWoAAC9tAAAocAQAI3INACFyEgAgcxoAH3MhAB5z&#10;KAAddDAAHHQ4ABt0QAAadEoAGXRUABd1YAAWdW4AFXV+ABR1kAATdKIAEnS2ABF0zwASc+wAEnL6&#10;ABNx/wATcf8AjmAAAH1gAABvYQAAZWEAAFtiAABRZAAASGcAAD5rAAA3bgAAMHEAACl1AAAieAAA&#10;HHsHABd9DgAWfRMAFX0bABR+IgATfioAEn4xABF+OgARfkQAEH9OAA9/WgAOf2gADX94AAx/igAL&#10;fp0ACn6wAAl9xgAKfeQACnz0AAt7/QALev8AhmUAAHdlAABqZQAAYWYAAFZoAABMawAAQm8AADlz&#10;AAAxdwAAKnoAACN+AAAcgQAAFYQAABCHCAANiQ4ADIkUAAyJGwALiSMACokrAAmJMwAIiT0ABolI&#10;AAWJVAAEiWEAAolxAAGJgwAAiZYAAIipAACHvgAAh9oAAIbsAACG9QAAhvoAfmoAAHFqAABnawAA&#10;W2wAAFBwAABGdAAAPHgAADN9AAAqgQAAI4UAAByIAAAVjAAAEI8AAAySBgAGkwwAApMRAACUFgAA&#10;lB0AAJQkAACVLAAAlTUAAJVAAACVTAAAllkAAJZpAACVegAAlY4AAJShAACUtQAAk8wAAJLmAACS&#10;8gAAkvcAeHAAAG1wAABgcgAAVHUAAEl5AAA/fgAANYMAACyIAAAjjQAAG5EAABSUAAAPlwAACpoA&#10;AASdAwAAngkAAJ8OAACfEgAAoBcAAKAdAAChJQAAoi0AAKI3AACjQwAAo1AAAKNfAACjcQAAo4QA&#10;AKKZAACirQAAocIAAKHcAACh6wAAoPIAc3YAAGZ3AABZewAATYAAAEKFAAA4iwAALpAAACSVAAAb&#10;mgAAFJ4AAA6hAAAJpAAAAqcAAACqAAAAqwQAAKsKAACsDQAArREAAK0WAACuHAAAryQAALAtAACx&#10;OQAAsUYAALJVAACyZgAAsnkAALKOAACxowAAsrcAALHKAACx4AAAsekAbH4AAF+CAABShwAARo0A&#10;ADuTAAAwmQAAJp4AAByjAAATpwAADasAAAeuAAAAsgAAALUAAAC3AAAAuAAAALkCAAC5CAAAugwA&#10;ALsQAAC8FAAAvRsAAL8jAADBLQAAwjoAAMJJAADDWgAAw2wAAMSCAADElwAAxKsAAMS8AADEywAA&#10;xNoAZYkAAFiOAABLlQAAP5sAADOiAAAoqAAAHa0AABSxAAANtgAABrkAAAC8AAAAvwAAAMMAAADE&#10;AAAAxQAAAMYAAADHAAAAyQQAAMoJAADLDQAAzREAAM8YAADSIQAA1S0AANY8AADYTQAA2V8AANpz&#10;AADaigAA254AANuuAADbugAA3MMAXpYAAFGcAABEowAAOKoAACyxAAAgtwAAFbsAAA2+AAAEwgAA&#10;AMUAAADJAAAAzQAAANAAAADSAAAA0gAAANUAAADWAAAA2QAAANsAAADeBQAA4AoAAOIPAADlFgAA&#10;6CAAAOwtAADtPgAA7VEAAO5lAADvegAA748AAPCfAADwqwAA8LMA/wAQAP8ADgD/AA4A/wASAP8A&#10;HQD/ACkA/wA1AP8AQQD/AE0A/gBWAPsAXwD4AGYA9gBtAPQAdADyAHkA8QB/APAAhADuAIkA7QCP&#10;AOsAlQDqAJsA6ACiAOYAqgDlALMA4wDAAOEA0gDgAOoA3wD5AN0A/wDdAP8A3QD/AN4A/wDeAP8A&#10;/wANAP8ACgD/AAkA/wAPAP8AGAD/ACQA/gAxAPsAPQD4AEgA9ABSAPAAWgDtAGIA6wBpAOkAbwDn&#10;AHUA5QB6AOMAfwDiAIUA4ACKAN4AkADcAJYA2gCdANgApQDVAK8A0gC6ANAAygDOAOMAzQD0AMsA&#10;/wDLAP8AywD/AMsA/wDLAP8A/wAIAP8AAwD/AAUA/wAMAPwAFAD3AB8A8gArAO8ANwDrAEIA5wBM&#10;AOQAVQDgAF0A3QBkANoAagDYAHAA1QB1ANIAegDQAIAAzwCFAM0AiwDLAJIAyQCZAMcAoQDFAKoA&#10;wwC1AMEAwwC/ANoAvgDuAL0A/AC8AP8AvAD/ALwA/wC8AP8A/wAAAP8AAAD/AAAA+QAHAPEAEADq&#10;ABoA5AAlAN8AMQDbADwA1wBHANIAUADOAFcAywBeAMkAZQDGAGoAxQBwAMMAdQDBAHoAwACAAL4A&#10;hgC8AI0AugCUALkAnAC3AKUAtQCwALMAvQCxAM8ArwDoAK4A+ACuAP8ArQD/AK0A/wCtAP8A/wAA&#10;AP8AAAD9AAAA7gABAOMADADaABQA0QAfAMwAKwDIADYAxQBAAMIASgC/AFIAvABZALoAXwC4AGUA&#10;tgBqALQAbwCzAHUAsQB6ALAAgQCuAIgArQCPAKsAmACpAKEApwCrAKUAuACjAMgAogDiAKEA8wCg&#10;AP4AoAD/AKAA/wCgAP8A/wAAAPYAAADqAAAA4AAAANMABgDJAA8AwgAYAL0AJAC5AC8AtgA6ALQA&#10;QwCxAEwArgBTAKwAWQCqAF8AqQBkAKcAagCmAG8ApAB1AKMAewChAIIAoACKAJ4AkwCcAJ0AmgCn&#10;AJgAtACWAMMAlQDcAJQA7wCTAPsAkwD/AJMA/wCSAP8A+QUAAOoLAADcDQAAywoAAMIFAAC8AAoA&#10;tgARALEAHACuACgAqgAzAKcAPQCkAEUAogBNAKAAUwCeAFkAnABfAJsAZACaAGoAmABwAJcAdgCV&#10;AH4AkwCGAJIBjwCQAZkAjgKkAIwCsQCLA8AAiQXWAIgG7QCIB/oAhwj/AIYI/wCGCP8A7w8AAN4U&#10;AADKFQAAvBIAALMQAACuDAAAqwYNAKcDFQCiBSAAnwcsAJwINgCZCD8AlwlHAJUJTgCTCVQAkQpa&#10;AJAKXwCOCmUAjQprAIsKcgCKC3kAiAuCAIcLjACFDJcAgwyiAIENsACADcAAfw3YAH0O7wB8D/0A&#10;ew//AHsQ/wB7EP8A5hcAANEeAAC9HQAArxwAAKYZAAChFQAAnhAEAJ0NDwCYDhkAlA4lAJEPLwCP&#10;EDkAjBBBAIoQSACIEE8AhxBVAIUQWwCEEWEAghFnAIARbgB/EXUAfRF+AHwSiAB6EpQAeBKgAHcT&#10;rgB1E74AdBTVAHMV7gBxFv0AcRb/AHEW/wBwFv8A3B8AAMYlAACzJQAApSMAAJwhAACWHgAAkhkA&#10;AJEUCwCNFBQAiRUfAIYWKQCDFjMAgRc8AIAXQwB+F0oAfBdQAHoXVgB5GFwAdxhiAHYYaQB0GHEA&#10;cxl6AHEZhABvGpAAbhqdAGwbqwBrHLsAahzQAGkd7ABoHvsAaB7/AGce/wBnHv8A0SYAAL0qAACr&#10;KgAAnSoAAJMoAACNJQAAiCIAAIYdBgCDGxAAfxwaAHwdJAB6HS4Adx42AHYePgB0HkUAch9LAHEf&#10;UQBvH1gAbh9eAGwfZQBrIG0AaSB2AGghgQBmIY0AZSKaAGMiqABiI7gAYSPNAGAk6QBgJPoAXyT/&#10;AF8k/wBfJP8AyiwAALYvAACkLwAAli8AAIwtAACFKgAAgCgAAH0kAAB6Ig0AdiMVAHMjIABxJCkA&#10;byQyAG0kOgBrJUEAaiVHAGglTQBmJVQAZSVaAGQmYQBiJmkAYSZyAF8nfQBeJ4oAXSiXAFsppQBa&#10;KbUAWirKAFkq5wBYKvgAWCr/AFgq/wBYKv8AxTEAAK8zAACeMwAAkDMAAIYyAAB/LwAAeS0AAHUq&#10;AAByKAoAbygSAGspGwBpKSUAZyotAGUqNQBjKj0AYipDAGAqSgBfK1AAXitXAFwrXgBbLGYAWSxv&#10;AFgtegBXLYcAVi6VAFQuowBTL7MAUy/HAFIv5QBSL/cAUi//AFIv/wBSL/8AwTYAAKo2AACZNgAA&#10;izYAAIE1AAB5MwAAczEAAG8vAABrLgYAaC0QAGQuGABiLiEAYC8qAF4vMQBcLzkAWy9AAFkvRgBY&#10;L00AVzBTAFYwWwBUMWMAUzFsAFIydwBRMoQATzOSAE4zoQBNM7EATTTFAUw04wFMNPYATDT/AEw0&#10;/wBMM/8AuzkAAKY5AACVOQAAhzkAAHw5AAB0NwAAbjQAAGkzAABlMgIAYTINAF4yFABcMx4AWjMm&#10;AFgzLgBWMzUAVTQ8AFM0QwBSNEoAUTRQAFA1WABONWAATTZqAEw2dQBLN4IASjeQAEk4nwBIOLAB&#10;RzjDAUc44QFHOPUBRzj/AUc4/wFHOP8BtzsAAKI8AACRPAAAgzwAAHg8AABwOgAAajcAAGQ2AABg&#10;NgAAXDYLAFk3EgBWNxoAVDcjAFI3KwBQNzIATzg5AE04QABMOEcASzhOAEo5VQBJOV4ASDpoAEc6&#10;cwBGO4AARTuOAEQ8ngBDPK4BQjzCAUI93wFCPPMBQjz/AUI8/wFCO/8Bsz0AAJ4+AACNPgAAfz4A&#10;AHU+AABsPQAAZjoAAGA5AABbOgAAVzoIAFM7EABROxgATjsgAEw7KABLOy8ASTw2AEc8PQBHPEQA&#10;Rj1LAEU9UwBEPlwAQz5mAEI/cQBBP34AQD+NAD9AnAA+QK0BPUDAAT1A3QE9QPIBPUD/AT4//wE+&#10;P/8BrkAAAJpAAACJQQAAfEEAAHFBAABoQAAAYTwAAFs9AABWPgAAUj4FAE4/DgBMPxUAST8dAEdA&#10;JQBGQCwAREAzAENAOgBCQUIAQUFJAEBBUQA/QloAPkJjAD1DbwA8Q3wAO0OLADpEmwA5RKsBOUS+&#10;AThE2wE5RPEBOUP+ATlD/wE5Q/8BqkIAAJZDAACGQwAAeEMAAG5DAABlQwAAXUAAAFZAAABRQgAA&#10;TUICAElDDABGQxIAREQaAEJEIgBBRCoAP0UxAD5FOAA9RT8APEZHADtGTwA6RlcAOUdhADhHbAA3&#10;R3oANkiJADVImQA0SKoANEi9ADNI2QA0SPAANEf9ADRH/wA1Rv8ApkQAAJJFAACCRgAAdUYAAGpG&#10;AABhRQAAWUQAAFFEAABMRgAASEcAAERHCgBBSBAAP0kYAD1JIAA8SScAOkouADlKNgA4Sj0AN0tE&#10;ADZLTAA1S1UANExfADNMagAyTHcAMUyGADBMlwAvTagALk27AC5N1QAuTO8AL0z9AC9L/wAwS/8A&#10;oUcAAI5IAAB+SAAAcUgAAGZJAABdSAAAVUgAAExJAABHSgAAQksAAD9MBgA7TQ4AOU4VADdOHQA2&#10;TyQANU8rADNPMwAyUDoAMVBCADBQSgAvUVIALlFcAC1RZwAsUXUAK1GEACpSlQApUqYAKVK5AChS&#10;0gApUe4AKVD8ACpQ/wAqT/8AnEoAAIlKAAB6SwAAbUsAAGNMAABaTAAAUUwAAEhNAABDTwAAPVAA&#10;ADlSAgA1UwwAM1QSADFUGQAwVSEALlUoAC1VLwAsVjcAK1Y+ACpWRgApVk8AKFdZACdXZAAmV3IA&#10;JVeBACRXkgAjV6QAIle3ACJXzwAiV+wAI1b6ACNV/wAkVf8Alk0AAIROAAB1TgAAaU4AAF9PAABW&#10;TwAATVAAAEVSAAA/UwAAOVYAADNYAAAvWggAK1sPACpbFQAoXB0AJ1wkACZcKwAlXDMAJF06ACNd&#10;QwAiXUwAIV1WACBeYQAfXm4AHl5+AB1ejwAcXqEAG160ABpdzAAbXekAG1z5ABxb/wAcW/8AkFEA&#10;AH5RAABwUQAAZFIAAFtSAABSUwAASlQAAEFXAAA7WQAANVsAAC5eAAAoYAMAJGIMACJjEQAhYxgA&#10;H2QgAB5kJwAdZC4AHGQ2ABtlPgAaZUcAGWVRABhlXQAXZWoAFmV6ABVliwAUZZ4AE2WxABJlyAAS&#10;ZOcAE2P3ABRi/wAUYv8AiVQAAHhVAABrVQAAYFYAAFdWAABPVwAARlkAAD1cAAA2XwAAMGIAAClk&#10;AAAjZwAAHWoHABlsDgAYbBMAFm0aABVtIQAUbSkAFG0wABNtOQASbkIAEW5MABBuWAAPbmUADm51&#10;AA1uhwANbpoADG2tAAttwgALbOAADGvzAA1r/QANav8AglkAAHJZAABmWQAAXFoAAFRaAABKXAAA&#10;QV8AADljAAAxZgAAKmkAACRsAAAdbwAAF3IAABJ1CQAPdw8ADncUAA53GwANdyMADHcqAAt3MwAK&#10;dzwACXdHAAh3UgAHd18ABXdvAAR3gAADd5QAAXanAAB2uwABddUAAXTrAAJ09gACdPwAe10AAG1d&#10;AABiXgAAWV4AAE5gAABFYwAAPGcAADNrAAArbgAAJHIAAB51AAAXeQAAEnwAAA1/BgAJgQwABYER&#10;AAOBFgACgR0AAYEkAACBLQAAgjYAAIJAAACCTAAAglkAAIJoAACCeQAAgo0AAIGgAACAtAAAgMsA&#10;AH/nAAB+8gAAfvkAdGIAAGhiAABeYgAAU2QAAElnAAA/awAANnAAAC10AAAleAAAHnwAABeAAAAR&#10;gwAADYYAAAiJBAACiwoAAIsOAACLEwAAjBgAAIwfAACNJgAAjS8AAI45AACORAAAjlEAAI5gAACO&#10;cQAAjoUAAI6ZAACNrQAAjMMAAIzfAACL7gAAi/YAbmgAAGRnAABYaQAATWwAAEJxAAA4dgAAL3sA&#10;ACZ/AAAehAAAFogAABCMAAAMjwAABpIAAACVAAAAlgcAAJcMAACXDwAAmBMAAJkYAACaHwAAmyYA&#10;AJswAACcOwAAnEgAAJxXAACcaAAAnHsAAJyQAACbpQAAm7oAAJrQAACa5wAAmvEAam0AAF5vAABR&#10;cgAARncAADt8AAAxggAAJ4cAAB6MAAAWkQAAEJUAAAqZAAAEnAAAAKAAAACiAAAAowEAAKMGAACk&#10;CwAApQ4AAKYSAACnFwAAqB4AAKomAACrMQAAqz4AAKxNAACsXQAArHAAAKyFAACsmwAAq68AAKvD&#10;AACr2QAAqugAZHUAAFd5AABLfgAAP4QAADSKAAApkAAAH5YAABabAAAQnwAACaMAAAGnAAAAqgAA&#10;AK4AAACwAAAAsAAAALEAAACyAwAAtAgAALUNAAC2EAAAtxUAALkdAAC7JgAAvDMAAL1BAAC9UgAA&#10;vWQAAL55AAC+kAAAvaQAAL23AAC9xgAAvdcAXH8AAFCFAABEiwAAOJIAACyZAAAhnwAAF6QAABCp&#10;AAAJrgAAALIAAAC2AAAAuQAAAL0AAAC/AAAAvwAAAMAAAADBAAAAwwAAAMQFAADGCgAAxw4AAMkT&#10;AADLHAAAziYAANA1AADRRQAA0lcAANJrAADTggAA05cAANOpAADSuAAA0sQAVYwAAEmTAAA9mgAA&#10;MKIAACWoAAAargAAEbQAAAm5AAAAvQAAAMEAAADEAAAAyAAAAMsAAADNAAAAzQAAAM8AAADQAAAA&#10;0gAAANQAAADYAAAA2gYAAN0MAADgEQAA4xoAAOYnAADnOAAA6EoAAOldAADqcgAA64gAAOubAADs&#10;qAAA7LIA/wANAP8ACwD/AAsA/wAQAP8AGgD/ACYA/wAyAP8APQD/AEgA+wBSAPgAWgD2AGIA8wBp&#10;APEAbwDwAHUA7gB6AOwAfwDrAIQA6QCKAOgAkADmAJYA5ACdAOIApQDhAK8A3wC7AN0AywDbAOYA&#10;2QD3ANgA/wDYAP8A1wD/ANcA/wDUAP8A/wAIAP8ABAD/AAQA/wANAP8AFQD+ACEA+gAsAPcAOAD0&#10;AEMA8ABNAO0AVQDqAF0A5wBkAOQAagDiAHAA4AB1AN4AegDdAH8A2wCFANkAiwDVAJEA0wCZANEA&#10;oADPAKoAzQC1AMsAxADJAN0AyADxAMcA/wDGAP8AxgD/AMYA/wDHAP8A/wAAAP8AAAD/AAAA/wAK&#10;APgAEQDxABwA7AAnAOkAMgDmAD0A4gBHAN0AUADZAFgA1QBfANIAZQDQAGoAzgBwAMwAdQDKAHoA&#10;yQB/AMcAhQDFAIwAwwCUAMEAnAC/AKUAvQCwALsAvQC6ANAAuADrALcA+wC2AP8AtgD/ALYA/wC2&#10;AP8A/wAAAP8AAAD9AAAA8wAFAOkADgDhABYA2wAhANUALQDRADcAzgBBAMoASgDHAFIAxABZAMIA&#10;XwDAAGUAvgBqALwAbwC7AHQAuQB6ALcAgAC2AIcAtACOALIAlwCwAKAArgCqAK0AtwCrAMgAqQDj&#10;AKgA9QCnAP8ApwD/AKcA/wCmAP8A/wAAAP4AAADxAAAA5QAAANcACgDNABEAxwAcAMIAJgC/ADEA&#10;vAA7ALoARAC3AEwAtABTALIAWQCxAF8ArwBkAK0AaQCsAG8AqgB0AKkAegCnAIEApgCJAKQAkQCi&#10;AJsAoAClAJ4AsgCdAMEAmwDaAJoA7wCZAP0AmAD/AJgA/wCYAP8A/QAAAPAAAADhAAAA0QAAAMYA&#10;BAC9AA0AtwAVALMAIACwACsArQA1AKsAPgCoAEYApgBNAKQAVACjAFkAoQBfAKAAZACeAGkAnQBu&#10;AJsAdQCaAHsAmACDAJYAjACVAJYAkwChAJEArQCPALsAjQDPAIwA6QCLAPgAjAD/AIwA/wCMAP8A&#10;8wIAAOIHAADMBwAAvwQAALcAAACxAAgAqwAQAKcAGQCkACQAoAAuAJ4ANwCcAEAAmgBHAJgATgCW&#10;AFQAlQBZAJMAXgCSAGQAkABpAI8AbwCNAHYAiwB+AIoAiACIAJIAhgCdAIUAqQCDALgAgQDKAIAA&#10;5QCAAPUAfwD/AH8A/wB/AP8A6A0AANAQAAC+EAAAsQ4AAKgNAACjCAAAoAIMAJwAEwCYAB0AlQAn&#10;AJIAMQCQADkAjgFBAIwBSACKAk4AiQJUAIcCWQCGAl8AhANkAIMDawCBA3IAgAR6AH4EhAB9BY4A&#10;ewWaAHkGpwB4BrUAdgfIAHUI4wB1CfQAdAr/AHMK/wBzCv8A3RUAAMQXAACxFwAApRYAAJwTAACW&#10;EQAAlA0EAJMIDQCOBxUAiwkgAIgJKgCFCjMAgws7AIELQgCAC0kAfgtPAH0MVAB7DFoAegxgAHgM&#10;ZwB3DG4AdQ12AHQNgAByDYwAcA2ZAG8OpgBtDrUAbA7JAGsP5gBqEPcAaRD/AGkQ/wBpEP8A0B0A&#10;ALkeAACoHgAAmx0AAJIbAACLGQAAiBUAAIcRBwCFDhAAgQ8aAH4QJAB7EC0AeRA2AHcRPQB2EUQA&#10;dBFKAHMRUABxEVYAcBFcAG4SYgBtEmoAaxJzAGkTfQBoE4kAZhOWAGUUowBjFbMAYhXGAGIW4wBh&#10;FvYAYBf/AGAX/wBgF/8AxyIAALAjAACfJAAAkiMAAIkiAACCIAAAfh0AAHwZAAB6FQ0AdxUVAHQW&#10;HwBxFigAbxcwAG4XOABsFz8AaxdFAGkYSwBoGFEAZhhYAGUYXgBjGWYAYhlvAGAZeQBfGoUAXRuS&#10;AFwboQBbHLAAWhzDAFkd4ABYHvQAWB7/AFge/wBYHv8AvycAAKkoAACZKAAAiygAAIInAAB7JQAA&#10;diMAAHMgAABxHAkAbhwRAGscGgBpHSMAZx0sAGUdMwBjHjoAYh5BAGAeRwBfHk0AXh5UAFwfWwBb&#10;H2IAWSBrAFggdgBWIYIAVSGQAFQingBTIq4AUiPAAFEj3QBRJPIAUST/AFEk/wBRI/8AuSsAAKMs&#10;AACTLAAAhi0AAHwsAAB0KgAAbygAAGslAABpIgUAZiEOAGMiFgBhIh8AXyMnAF0jLwBcIzYAWiM9&#10;AFkkQwBXJEoAViRQAFUkVwBTJV8AUiVoAFEmcwBPJn8ATieNAE0onABMKKwASym+AEsp2gBKKfEA&#10;Sin/AEsp/wBLKf8Asy4AAJ4vAACOMAAAgTAAAHcvAABvLgAAaisAAGUqAABjJwEAXycMAFwnEwBa&#10;JxsAWCgkAFYoKwBVKDIAUyg5AFIpQABQKUYATylNAE4pVABNKlwATCplAEorcABJK3wASCyLAEct&#10;mgBGLaoARS68AEUu1gBFLu8ARS7+AEUu/wBFLf8ArjEAAJoyAACJMwAAfDMAAHIzAABrMQAAZS8A&#10;AGAtAABdLAAAWSwJAFYsEABULBgAUiwgAFAsKABOLS8ATS02AEwtPABKLUMASS1KAEguUQBHLlkA&#10;Ri9jAEUwbQBDMHoAQjGJAEExmABBMqgAQDK7AD8y0wA/Mu4AQDL9AEAy/wBAMv8AqjMAAJY1AACG&#10;NQAAeTYAAG41AABmNQAAYTIAAFwwAABXMAAAVDAGAFEwDgBOMBUATDEdAEoxJQBIMSwARzEyAEYx&#10;OQBEMUAAQzJHAEIyTwBBM1cAQDNgAD80awA+NXgAPTWHADw2lgA7NqcAOza5ADo20QA6Nu0AOzb8&#10;ADs2/wA7Nv8ApjYAAJI3AACCOAAAdTgAAGs4AABjNwAAXTYAAFczAABTNAAATzQDAEs0DABJNBIA&#10;RjUaAEU1IgBDNSkAQTUvAEA1NgA/Nj0APjZEAD03TAA8N1UAOzheADo4aQA5OXYAODmFADc6lQA3&#10;OqUANjq4ADU6zwA2OuwANjr7ADY5/wA3Of8AojgAAI45AAB+OgAAcjsAAGg7AABfOgAAWTkAAFM2&#10;AABONwAASjgAAEY4CgBEORAAQTkXAD85HwA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3O1MANjxc&#10;ADU8ZwA0PXQAMz2DADM+kwAyPqQAMT62ADE+zQAxPuoAMT76ADI9/wAyPf8AnjsAAIs8AAB7PAAA&#10;bj0AAGQ9AABcPQAAVTwAAE46AABJOwAARTwAAEE9BwA+PQ4APD0VADo+HAA5PiMANz4qADY/MQA1&#10;PzgAND9AADNASAAyQFAAMUBaADBBZQAvQXIALkKBAC1CkQAtQqIALEK1ACtCywAsQukALEL5AC1B&#10;/wAtQf8AmT0AAIc+AAB3PwAAaz8AAGFAAABZPwAAUj8AAEk+AABEPwAAQEAAADxBBAA5Qg0AN0IS&#10;ADVDGQAzQyEAMkMoADFELwAwRDYAL0Q9AC5FRQAtRU4ALEVYACtGYwAqRm8AKUZ+AChGjwAnR6EA&#10;JkezACZHyQAmRucAJ0b4AChF/wAoRf8AlUAAAIJBAABzQgAAZ0IAAF5CAABVQgAATkIAAEVCAAA/&#10;RAAAO0UAADdGAAA0RwoAMUgQAC9IFgAuSR4ALEklACtJLAAqSTMAKUo6AChKQgAnSksAJktVACVL&#10;YAAkS20AI0t8ACJLjQAhTJ8AIUyxACBMxwAgS+YAIUv3ACJK/wAiSv8AkEMAAH5EAABvRAAAZEUA&#10;AFpFAABSRQAASkYAAEFHAAA8SAAAN0kAADJLAAAuTQcAK04OAClOEwAnTxoAJk8hACVPKAAkTzAA&#10;I1A3ACJQPwAhUEgAIFBSAB9RXQAeUWoAHVF5ABxRigAbUZwAGlGvABlRxQAZUeQAGlD2ABtP/wAc&#10;T/8AikYAAHlHAABrRwAAYEgAAFZIAABOSAAAR0kAAD5LAAA5TAAAM04AAC5QAAAoUwIAJFQLACJV&#10;EAAgVRYAH1YeAB5WJAAdViwAHFYzABtXOwAaV0QAGVdOABhXWQAXWGYAFVh1ABRYhwAUWJoAE1es&#10;ABJXwgASV+EAE1b0ABRV/wAUVf8AhEkAAHRKAABmSwAAXEsAAFNLAABLTAAARE0AADxPAAA1UQAA&#10;L1QAAClWAAAkWQAAHlsHABpdDQAYXRIAF10ZABZeIAAVXicAFF4uABNeNwASXkAAEV9KABFfVQAQ&#10;X2IAD19xAA5fgwANX5YADV+pAAxevgAMXtoADV3wAA1c/AAOXP8Afk0AAG5OAABiTgAAWE8AAE9P&#10;AABIUAAAQFIAADhUAAAwVwAAKloAACRdAAAfXwAAGWIBABNlCQARZg8AEGYUAA9mGwAOZyIADWcp&#10;AA1nMgAMZzsAC2dFAApnUAAJZ10AB2dsAAZnfQAFZ5AABGajAAJmtwADZc8ABGXpAARk9QAEZPwA&#10;d1EAAGlSAABdUgAAVFIAAExTAABDVQAAO1gAADNbAAArXgAAJWEAAB9kAAAZZwAAE2oAAA9tBgAL&#10;cAwACHD/4v/iSUNDX1BST0ZJTEUABAkRAAdwFgAFcB0ABHAkAANwLAACcDUAAHA/AABwSgAAcFcA&#10;AHBlAABwdgAAcIoAAG+eAABvsgAAbsgAAG3lAABt8gAAbfkAcFYAAGNWAABZVgAAUVcAAEdYAAA+&#10;WwAANl8AAC5iAAAmZgAAH2oAABltAAATcAAADnMAAAt2BAAFeAsAAXgPAAB5EwAAeRkAAHkfAAB6&#10;JgAAei8AAHo5AAB6RAAAelAAAHpfAAB6cAAAeoMAAHqYAAB6rAAAecIAAHjfAAB47wAAd/cAalsA&#10;AF9bAABWWwAATFwAAEJgAAA5YwAAMGgAAChsAAAgcAAAGXQAABN3AAAOewAACX4AAASBAgAAgggA&#10;AIMNAACDEAAAhBQAAIUZAACGIAAAhigAAIcxAACHPAAAh0kAAIdXAACHaAAAh3sAAIeQAACGpQAA&#10;hboAAIXTAACE6gAAhPQAZWAAAFxgAABRYQAARmQAADxpAAAybQAAKXIAACF3AAAZewAAEoAAAA2D&#10;AAAIhwAAAooAAACNAAAAjgQAAI4JAACPDQAAkBAAAJEUAACSGQAAkyAAAJQpAACVMwAAlUAAAJZO&#10;AACWXwAAlXIAAJWIAACVnQAAlLIAAJTIAACT4gAAk+4AYWUAAFZmAABKagAAP24AADV0AAAreQAA&#10;IX8AABmEAAARiQAADI0AAAaRAAAAlAAAAJgAAACaAAAAmwAAAJwCAACdBwAAngsAAJ8OAAChEgAA&#10;ohgAAKMgAAClKQAApjYAAKZEAACmVQAApmgAAKZ9AACmlAAApakAAKS9AACk0QAApOQAW2wAAE9w&#10;AABDdQAAOHsAAC2BAAAjhwAAGY0AABGSAAALlwAABJwAAACgAAAAowAAAKYAAACoAAAAqQAAAKoA&#10;AACsAAAArQQAAK4JAACwDQAAsREAALMXAAC1IAAAtisAALc6AAC3SwAAuFwAALhxAAC4iAAAuJ0A&#10;ALixAAC3wgAAt9AAVHYAAEh8AAA8ggAAMYkAACaQAAAblwAAEp0AAAyiAAADpwAAAKsAAACuAAAA&#10;sgAAALYAAAC4AAAAuAAAALoAAAC7AAAAvQAAAL4AAADABQAAwQsAAMMQAADGFgAAySAAAMouAADL&#10;PgAAzFAAAMxkAADNegAAzZEAAM2kAADNtAAAzcAATYMAAEGKAAA1kQAAKZkAAB6gAAATpgAADKwA&#10;AAOxAAAAtgAAALoAAAC+AAAAwgAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM4AAADQAAAA0gEA&#10;ANUIAADZDgAA3RUAAOEhAADiMQAA5EMAAOVWAADmawAA5oIAAOeWAADnpQAA5rAA/wAJAP8ABQD/&#10;AAYA/wAOAP8AFgD/ACEA/wAtAP8AOAD9AEMA+QBNAPUAVQDyAF0A8ABjAO4AaQDsAG8A6gB0AOkA&#10;egDnAH8A5gCFAOQAiwDjAJEA4QCZAN8AoQDcAKoA2gC2ANcAxgDVAOEA0wD0ANIA/wDRAP8A0QD/&#10;AM8A/wDKAP8A/wABAP8AAAD/AAEA/wAMAP8AEgD6AB0A9gAoAPMAMwDwAD4A7ABIAOgAUADlAFgA&#10;4gBeAN8AZADdAGoA2wBvANkAdADWAHoA1AB/ANIAhQDQAIwAzgCTAMwAnADJAKUAxwCwAMYAvgDE&#10;ANQAwgDuAMEA/gDAAP8AwAD/AL8A/wC+AP8A/wAAAP8AAAD/AAAA+gAHAPEADwDrABgA5gAjAOIA&#10;LgDgADgA2wBCANUASwDRAFIAzgBZAMsAXwDJAGUAxwBqAMYAbwDEAHQAwgB6AMEAgAC/AIYAvQCO&#10;ALsAlgC5AKAAtwCqALYAtwC0AMoAsgDmALEA+ACwAP8ArwD/AK8A/wCwAP8A/wAAAP8AAAD3AAAA&#10;6gACAOEADADXABMA0AAdAMwAKADJADIAxgA8AMIARQC/AE0AvABTALoAWQC4AF8AtwBkALUAaQC0&#10;AG4AsgB0ALEAegCvAIAArQCIAKwAkQCqAJoAqAClAKYAsQCkAMEAowDcAKEA8gChAP8AoAD/AKAA&#10;/wChAP8A/wAAAPcAAADoAAAA2QAAAMsACADDABAAvQAYALkAIgC2ACwAtAA2ALIAPwCvAEcArABN&#10;AKsAVACpAFkApwBeAKYAYwClAGgAowBuAKIAdACgAHoAngCCAJwAiwCbAJUAmQCfAJgArACWALoA&#10;lADPAJMA6wCSAPsAkgD/AJIA/wCRAP8A9wAAAOcAAADTAAAAxgAAALsAAgCzAAwArQASAKoAHACn&#10;ACYApAAwAKMAOACgAEAAngBHAJwATgCaAFMAmQBYAJcAXQCWAGMAlQBoAJMAbgCSAHQAkAB8AI8A&#10;hQCNAI8AiwCaAIoApwCIALUAhgDHAIUA5ACEAPUAhAD/AIMA/wCDAP8A7AAAANMAAADBAQAAtAAA&#10;AKwAAACmAAcAoAAOAJ0AFgCaACAAlwApAJUAMgCTADoAkQBBAI8ASACNAE0AjABTAIsAWACJAF0A&#10;iABjAIcAaQCFAG8AgwB3AIIAgACAAIoAfgCWAH0AowB7ALAAegDCAHkA3QB4APEAdwD9AHgA/wB4&#10;AP8A3goAAMQLAACyDAAApgsAAJ0IAACZBAAAlQAKAJEAEQCOABkAiwAjAIkALACHADQAhQA7AIMA&#10;QgCCAEgAgABOAH8AUwB9AFgAfABeAHsAZAB5AGoAeAByAHYAewB0AIYAcwCSAHEAnwBwAK0AbgC+&#10;AG0B1gBtAu0AbAP6AGwD/wBsA/8AzhAAALcRAACmEgAAmhEAAJEQAACLDgAAiQsDAIcFDACEARMA&#10;gQEcAH4CJQB8Ay4AegM2AHgEPAB3BEMAdQVIAHQFTgBzBVQAcQVZAHAGXwBuBmYAbQZuAGsHeABq&#10;B4MAaAiQAGcJnQBlCawAZAm8AGMK1ABjC+wAYgz6AGIM/wBiDP8AwxYAAK0XAACdGAAAkBgAAIcW&#10;AACBFAAAfREAAHwOBgB8Cg4AeAoWAHULHwByCygAcAwwAG8MNwBtDD4AbAxEAGsNSgBpDU8AaA1V&#10;AGcNXABlDWMAYw5rAGIOdQBgDoEAXw6OAF0PnABcEKsAWxC9AFoQ1gBZEfAAWRH9AFkR/wBZEf8A&#10;uRsAAKUdAACUHgAAiB4AAH4dAAB4GwAAdBgAAHEVAABxEQkAbxARAGwQGQBpECIAZxEqAGYRMgBk&#10;ETkAYxE/AGIRRQBgEksAXxJRAF0SWABcEl8AWhNoAFkTcgBXFH0AVhSLAFQVmQBTFakAUha6AFEW&#10;0gBRF+0AURf9AFEX/wBRF/8AsiAAAJ4iAACOIgAAgSMAAHciAABwIQAAbB4AAGkbAABnGAQAZhUO&#10;AGMWFQBhFh4AXxYmAF0WLQBcFzQAWhc7AFkXQQBYGEcAVhhNAFUYVABTGFwAUhlkAFEZbgBPGnoA&#10;ThuIAE0blwBLHKYAShy4AEodzwBJHesASR37AEkd/wBKHf8ArCQAAJglAACIJgAAeycAAHEmAABq&#10;JQAAZiMAAGIhAABgHgAAXhwLAFsbEgBZHBoAVxwiAFUcKQBUHDAAUx03AFEdPQBQHUMATx1KAE0e&#10;UQBMHlgASx9hAEkfawBIIHcARyCFAEYhlABEIqQARCK2AEMizABDI+kAQyP6AEMj/wBDIv8ApicA&#10;AJMpAACDKgAAdioAAG0qAABlKQAAYCcAAFwlAABZIwAAVyEHAFUhDwBSIRYAUCEeAE4hJQBNIiwA&#10;TCIzAEoiOQBJIkAASCJGAEcjTQBFI1UARCReAEMkaQBCJXUAQCaDAD8mkgA+J6MAPie0AD0nygA9&#10;KOgAPSj5AD0n/wA+J/8AoioAAI4rAAB/LQAAci0AAGgtAABhLAAAXCsAAFgoAABUJgAAUSYEAE4l&#10;DQBMJRMASiYaAEgmIgBHJikARSYvAEQmNgBDJzwAQSdDAEAnSwA/KFMAPilcAD0pZgA8KnIAOyqB&#10;ADorkAA5K6EAOCyyADcsyAA3LOYAOCz4ADgs/wA4LP8AnSwAAIouAAB7LwAAbzAAAGUwAABdLwAA&#10;WC4AAFMrAABQKgAATCoAAEkqCwBGKhEARCoXAEIqHwBBKiUAPyosAD4rMwA9KzkAPCtAADssSAA6&#10;LFAAOS1ZADguZAA3LnAANi9/ADUvjwA0MJ8AMzCxADIwxwAyMOUAMzD3ADMw/wA0L/8AmS8AAIcx&#10;AAB3MgAAazIAAGIyAABaMgAAVDEAAE8vAABLLQAARy4AAEQuCABBLg4APy4UAD0uHAA7LiIAOS8p&#10;ADgvLwA3LzYANjA+ADUwRgA1MU4ANDFXADMyYgAyMm4AMTN9ADAzjQAvNJ4ALjSwAC00xQAtNOMA&#10;LjT2AC8z/wAvM/8AlTEAAIMzAAB0NAAAaDUAAF41AABXNAAAUTQAAEsyAABGMQAAQjIAAD8yBQA8&#10;Mg0AOTMSADgzGQA2MyAANDMmADMzLQAyNDQAMTQ7ADA1QwAwNUwALzZVAC42YAAtN2wALDd7ACs3&#10;iwAqOJwAKTiuACg4wwAoOOIAKTj1ACo3/wAqN/8AkjQAAH81AABxNgAAZTcAAFs3AABUNwAATTYA&#10;AEc2AABCNQAAPTYAADo2AgA3NwsANDcQADI3FgAxOB0ALzgkAC44KwAtOTIALDk5ACs5QQAqOkkA&#10;KjpTACk7XgAoO2oAJzt5ACY8iQAlPJsAJDytACM8wgAjPOAAJDz0ACU7/wAlO/8AjTYAAHw4AABt&#10;OQAAYjkAAFg6AABROQAASjkAAEQ5AAA9OQAAOToAADU7AAAyOwgALzwOAC09FAAsPRoAKj0hACk9&#10;KAAoPi8AJz42ACY+PgAlP0cAJD9QACNAWwAiQGgAIUB2ACBAhwAfQZkAH0GrAB5BwAAeQd4AH0Dz&#10;AB9A/gAgP/8AiTkAAHg6AABpOwAAXjwAAFU8AABNPAAARzwAAEA8AAA4PQAAND4AADBAAAAtQQUA&#10;KkIMACdCEQAmQxgAJEMeACNDJQAiQywAIUQzACBEOwAfREQAHkVOAB1FWQAcRWUAG0V0ABpFhQAZ&#10;RpcAGUapABhGvgAXRdwAGEXxABlE/QAaRP8AhDwAAHM9AABmPgAAWz8AAFI/AABKPwAARD8AAD1A&#10;AAA2QQAAMUMAACxEAAAnRgEAJEcKACFIDwAgSRQAHkkbAB1JIgAcSSkAG0owABpKOAAZSkEAGEpL&#10;ABdLVQAWS2IAFUtxABRLggATS5QAEkunABJLvAARS9kAEkrwABNK/AAUSf8Afz8AAG9AAABhQQAA&#10;V0IAAE5CAABHQgAAQUIAADpDAAAyRQAALUcAAChJAAAjSwAAHk0GABtPDQAYUBEAF1AXABZQHgAV&#10;UCUAFFAsABNRNAASUT0AEVFHABFRUgAQUV8AD1JtAA5SfgANUZEADVGkAAxRuAAMUdEADVDsAA1Q&#10;+gAOT/8AeUMAAGpEAABdRAAAU0UAAEtFAABERQAAPkYAADZIAAAvSgAAKUwAACRPAAAfUQAAGlMA&#10;ABRWCQARVw4AEFgTABBYGQAPWCAADlgoAA1YMAANWDkADFhDAAtYTgAKWFoACFhoAAdYeQAGWIwA&#10;BVifAARYswAEV8oABVfmAAVX8wAGVvwAc0YAAGRHAABZSAAAUEgAAEhIAABBSQAAOkoAADJNAAAr&#10;UAAAJVIAACBVAAAaWAAAFVoAABBdBgAMYAwACmAQAAlgFQAIYBwAB2AjAAVgKwAEYDQAA2A9AAFg&#10;SQAAYFUAAGBjAABgcwAAYIYAAF+aAABfrgAAX8QAAF7iAABe8AAAXvgAbEoAAF9LAABVSwAATEwA&#10;AEVMAAA9TgAANVAAAC5TAAAnVgAAIFkAABpcAAAVXwAAEGIAAA1lBAAIZwsAA2cOAABoEwAAaBgA&#10;AGgfAABpJgAAaS4AAGk4AABpQwAAaU8AAGldAABpbQAAaYAAAGmUAABoqQAAaL8AAGfcAABm7gAA&#10;ZvcAZk8AAFpPAABRTwAASk8AAEFRAAA4VAAAMFcAAChbAAAhXgAAGmIAABRlAAAQaAAADGsAAAdu&#10;AwABcAkAAHANAABxEAAAcRQAAHIaAABzIQAAcygAAHMxAABzPAAAdEgAAHNWAABzZgAAc3kAAHOO&#10;AABzowAAcrkAAHHSAABx6wAAcPQAYVMAAFZTAABPUwAARVUAADtYAAAyXAAAKmAAACJkAAAbaAAA&#10;FGwAAA9vAAALcgAABnYAAAB5AAAAegYAAHoKAAB7DgAAfBEAAH0VAAB+GwAAfyIAAIAqAACANQAA&#10;gEEAAIBPAACAXwAAgHEAAICGAACAnQAAf7IAAH7KAAB+5QAAffEAXFgAAFRYAABJWgAAP10AADVh&#10;AAAsZQAAI2oAABtvAAAUcwAADncAAAl7AAADfwAAAIIAAACEAAAAhgEAAIYGAACICgAAiQ0AAIoQ&#10;AACLFQAAjBsAAI4iAACPLAAAjzgAAI9GAACPVgAAj2gAAI9+AACPlQAAjqsAAI3BAACN3AAAjOsA&#10;WV0AAE5fAABDYgAAOGYAAC5sAAAkcQAAHHcAABR8AAAOgQAACIUAAACJAAAAjQAAAJAAAACSAAAA&#10;kwAAAJQAAACWAwAAlwgAAJgMAACaDwAAmxMAAJ0aAACfIwAAoC4AAKA8AACgTAAAoF4AAKB0AACf&#10;jAAAn6IAAJ+3AACeywAAnuAAU2QAAEdoAAA8bQAAMXMAACd5AAAdfwAAFIUAAA2LAAAGkAAAAJQA&#10;AACYAAAAnAAAAJ8AAAChAAAAogAAAKQAAAClAAAApwAAAKgEAACqCQAArA0AAK0SAACwGQAAsiMA&#10;ALIxAACyQgAAslQAALJpAACygAAAspgAALGsAACyvwAAsc4ATG4AAEBzAAA1egAAKoEAAB+IAAAV&#10;jgAADpUAAAaaAAAAnwAAAKQAAACoAAAArAAAAK8AAACxAAAAsQAAALMAAAC1AAAAtgAAALgAAAC6&#10;AAAAvAYAAL4MAADAEQAAwxkAAMUmAADFNwAAxkkAAMZdAADHcgAAx4oAAMifAADIrwAAyLwARnoA&#10;ADmBAAAuiQAAIpAAABeYAAAPnwAAB6UAAACqAAAArwAAALMAAAC3AAAAvAAAAL8AAADBAAAAwgAA&#10;AMQAAADFAAAAxwAAAMkAAADLAAAAzQAAAM8DAADSCgAA1hAAANwaAADdKgAA3jwAAN9QAADgZQAA&#10;4XsAAOGRAADiogAA4q0A/wACAP8AAAD/AAMA/wAMAP8AEwD/AB0A/wAoAP4AMwD7AD4A9wBIAPMA&#10;UADwAFcA7QBeAOsAZADoAGkA5wBvAOUAdADjAHkA4gB/AOAAhQDeAIwA3ACTANkAnADWAKYA0wCx&#10;ANEAwADPANoAzgDxAMwA/wDLAP8AywD/AMYA/wDBAP8A/wAAAP8AAAD/AAAA/wAIAPsAEAD2ABkA&#10;8gAkAO8ALgDtADkA6ABCAOMASwDgAFIA3QBZANkAXwDWAGQA0wBpANEAbgDPAHQAzgB5AMwAfwDK&#10;AIYAyACOAMYAlgDEAKAAwgCrAMAAuQC+AM0AvADqALsA/AC6AP8AugD/ALoA/wC2AP8A/wAAAP8A&#10;AAD+AAAA9AAEAOsADQDkABQA3wAfANsAKQDYADMA0wA9AM4ARQDKAE0AxwBTAMUAWQDDAF8AwQBk&#10;AL8AaQC9AG4AuwBzALoAeQC4AIAAtgCIALQAkACyAJoAsQClAK8AsgCtAMQArADhAKsA9gCqAP8A&#10;qgD/AKoA/wCqAP8A/wAAAP0AAADuAAAA4gAAANUACgDNABEAxwAZAMQAIwDBAC0AvwA3ALsAPwC3&#10;AEcAtQBOALIAUwCwAFkArwBeAK0AYwCsAGgAqwBtAKkAcwCoAHoApgCBAKQAigCjAJQAoQCfAJ8A&#10;rACeALsAnADSAJsA7gCaAP8AmgD/AJkA/wCZAP8A/gAAAO4AAADeAAAAywAAAMEABQC5AA0AtAAU&#10;ALEAHgCuACcAqwAwAKoAOQCnAEEApABIAKIATQChAFMAnwBYAJ4AXQCdAGIAmwBnAJoAbQCYAHMA&#10;lwB7AJUAhACUAI4AkgCZAJAApgCOALQAjQDIAIwA5gCLAPkAigD/AIoA/wCLAP8A8AAAANsAAADH&#10;AAAAugAAALAAAACoAAoApAAQAKAAGACdACEAmwAqAJoAMwCYADsAlgBBAJQASACSAE0AkQBSAI8A&#10;VwCOAFwAjABhAIsAZwCKAG4AiAB1AIcAfgCFAIgAgwCUAIIAoACAAK8AfwDAAH4A3QB9APIAfQD/&#10;AH0A/wB9AP8A4AAAAMYAAAC1AAAAqgAAAKIAAACbAAUAlQANAJIAEwCQABwAjQAkAIsALQCKADQA&#10;iAA7AIYAQgCFAEcAgwBNAIIAUgCBAFcAfwBcAH4AYgB9AGgAewBwAHoAeQB4AIMAdgCPAHUAnAB0&#10;AKoAcgC6AHEA0QBwAOwAcAD7AHAA/wBwAP8AzQQAALcGAACnBwAAmwYAAJMEAACOAAAAigAIAIYA&#10;DwCEABYAgQAeAH8AJwB9AC4AfAA2AHoAPAB5AEIAdwBHAHYATAB1AFIAcwBXAHIAXQBxAGMAbwBr&#10;AG4AdABsAH4AawCKAGkAmABoAKYAZwC2AGYAywBlAOcAZQD3AGUA/wBlAP8AwAwAAKsNAACbDgAA&#10;jw4AAIYNAACBCwAAfgcBAHwBCwB5ABEAdwAYAHUAIQBzACkAcQAwAG8ANgBuADwAbABCAGsARwBq&#10;AE0AaQBSAGgAWABmAF8AZQBnAGMAcABiAXoAYAGHAF8ClQBeAqMAXAOzAFwDxwBbBOQAWwX0AFsG&#10;/gBbBv8AtRAAAKESAACREwAAhRMAAHwSAAB2EQAAcw4AAHIMBABxBw0AbgQSAGwEGwBpBSMAZwUq&#10;AGYGMQBkBjcAYwY9AGIHQwBhB0kAXwdOAF4IVQBdCFwAWwljAFoJbQBYCngAVwqFAFYLkwBUC6IA&#10;UwuzAFIMxwBSDOQAUQ31AFEN/wBRDf8ArRUAAJkXAACJGAAAfRkAAHQYAABtFwAAahQAAGcRAABn&#10;DgcAZgwOAGMMFQBhDB0AXwwlAF0NLABcDTMAWw05AFoNPwBYDUUAVw1LAFYOUQBVDlkAUw5hAFIO&#10;awBQD3YAThCDAE0QkgBMEKIASxCyAEoRyABJEeUASRH3AEkS/wBJEf8ApRkAAJIcAACDHQAAdh4A&#10;AG0dAABmHAAAYhoAAF8XAABeFAEAXhEKAFsQEQBZERgAVxEgAFURJwBUES4AUxE0AFEROwBQEkEA&#10;TxJHAE4STgBMElUASxNeAEkTZwBIFHMARhSAAEUVjwBEFZ8AQxawAEIWxQBCF+MAQhf2AEIX/wBC&#10;F/8Anx0AAIwgAAB9IQAAcSIAAGgiAABhIQAAXB8AAFkcAABXGQAAVRYGAFQVDgBRFRQATxYcAE4W&#10;IwBMFioASxYwAEoWNwBJFz0ARxdDAEYXSgBFGFIAQxhaAEIZZABBGXAAPxp9AD4bjQA9G50APByu&#10;ADscwwA7HOEAOx31ADsc/wA8HP8AmiEAAIcjAAB4JAAAbCUAAGMlAABcJAAAVyMAAFMgAABRHgAA&#10;TxwCAE0bDABLGhEASBsYAEcbIABFGyYARBstAEMcMwBCHDkAQBxAAD8dRwA+HU8APR5YADweYgA6&#10;H20AOR97ADggiwA3IZsANiGtADUhwQA1Id8ANSHzADYh/wA2If8AliMAAIMmAAB0JwAAaCgAAF8o&#10;AABYJwAAUyYAAE8kAABMIgAASSAAAEcgCQBEHw8AQh8VAEAgHAA/ICMAPiApADwgLwA7ITYAOiE9&#10;ADkhRAA4IkwANyJVADYjXwA0I2sAMyR5ADIliQAxJZoAMCWrADAmvwAvJtwAMCbyADAm/wAxJf8A&#10;kSYAAH8oAABxKgAAZSoAAFwqAABVKgAATykAAEsoAABIJQAARCQAAEEkBQA/JA0APSQSADskGQA5&#10;JB8ANyQmADYkLAA1JTMANCU6ADMmQQAyJkoAMSdTADAnXQAvKGkALil3AC0phwAsKZgAKyqqACoq&#10;vQAqKtoAKyrxACsq/gAsKf8AjSgAAHwqAABtLAAAYi0AAFktAABRLQAATCwAAEcrAABDKAAAPygA&#10;ADwoAgA5KAsANygQADUoFgAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0cALCtRACssWwAqLGcA&#10;KS11ACgthQAnLZcAJi6oACUuvAAlLtgAJi7wACYu/QAnLf8AiisAAHgtAABqLgAAXy8AAFYvAABO&#10;LwAASC4AAEMtAAA/LAAAOywAADcsAAA0LAkAMiwOADAtEwAuLRoALS0gACstJwAqLi0AKi41ACkv&#10;PQAoL0UAJzBOACYwWQAlMWUAJDFzACMxgwAiMpUAITKnACEyuwAgMtQAITLvACIx/AAiMf8Ahi0A&#10;AHUvAABnMAAAXDEAAFMxAABLMQAARTEAAEAwAAA7MAAANjAAADMwAAAwMQYALTENACsxEQApMhcA&#10;KDIeACcyJAAlMysAJTMyACQzOgAjNEMAIjRMACE1VwAgNWMAHzVxAB42gQAdNpMAHDalABs2uQAb&#10;NtIAHDbtAB02+wAdNf8AgjAAAHEyAABjMwAAWTQAAFA0AABJNAAAQjMAAD0zAAA3MwAAMTQAAC41&#10;AAArNQIAKDYLACU3EAAkNxUAIjcbACE4IgAgOCgAHzgwAB44NwAdOUAAHDlJABs6VAAaOmAAGTpu&#10;ABg6fwAXO5EAFzukABY7twAVO9AAFjrsABc6+gAYOf8AfTIAAG00AABgNQAAVTYAAE02AABGNgAA&#10;QDYAADo2AAA0NgAALjgAACo5AAAmOgAAIzsIACA8DgAePRIAHT0YABw9HwAbPiUAGj4tABk+NAAX&#10;Pj0AFj9HABU/UQAUP14AFD9sABNAfAASQI8AEUCiABFAtgAQQM4AET/rABI/+QASPv8AeTUAAGk3&#10;AABcOAAAUjkAAEo5AABDOQAAPTkAADc5AAAxOgAAKzwAACc9AAAiPwAAHkEEABpCCwAYQxAAF0MV&#10;ABVEGwAURCIAE0QpABNEMQASRDoAEUVDABBFTgAQRVsADkVpAA5FeQANRYwADUWfAAxFsgALRckA&#10;DEXlAA1E9gANRP8AdDkAAGU6AABYOwAATzsAAEc8AABAPAAAOjwAADQ8AAAuPgAAKEAAACNCAAAf&#10;RAAAGkYAABVICAASSg0AEUoSABBKGAAPSx4ADkslAA1LLQANSzYADEtAAAtLSgAKS1YACUtkAAhL&#10;dAAHS4cABUuaAARLrgAESsQABUrgAAVK8AAGSfoAbjwAAGA9AABUPgAASz4AAEQ+AAA9PgAANz8A&#10;ADFAAAAqQgAAJEUAAB9HAAAaSQAAFUwAABFOBQAOUQsAC1EQAApRFAAJURsACFEiAAdRKQAFUTIA&#10;BFI7AANSRgABUlIAAFJfAABSbwAAUoEAAFGWAABRqQAAUb8AAFDcAABQ7gAAUPcAaEAAAFtBAABQ&#10;QQAASEEAAEFBAAA7QgAANEMAAC1FAAAmSAAAIEsAABtNAAAWUAAAEVMAAA5VBAAKWAoABlgOAAJY&#10;EgAAWRcAAFkdAABZJQAAWS0AAFk2AABZQQAAWU0AAFpaAABaaQAAWXwAAFmQAABZpQAAWLoAAFjV&#10;AABX7AAAV/YAY0QAAFZFAABNRQAARUUAAD9FAAA3RwAAL0kAAChMAAAiTwAAG1IAABZVAAARWAAA&#10;DVoAAAldAwAEXwkAAGANAABgEAAAYRQAAGEZAABiIAAAYicAAGIxAABiOwAAYkcAAGJVAABjZAAA&#10;YnYAAGKLAABioAAAYbYAAGHPAABg6gAAYPUAXUgAAFJJAABKSAAAQ0gAADpKAAAyTQAAKlAAACNT&#10;AAAcVwAAFloAABFdAAANYAAACGMAAANmAQAAZwYAAGgLAABpDgAAahEAAGsVAABsGwAAbSIAAG0q&#10;AABtNAAAbUAAAG1OAABtXQAAbW8AAG2EAABsmgAAbLAAAGvIAABr5gAAavMAWE0AAE5NAABITAAA&#10;Pk4AADVRAAAsVAAAJFgAAB1cAAAWYAAAEGQAAAxnAAAHawAAAW4AAABwAAAAcgMAAHIHAABzCwAA&#10;dQ4AAHYRAAB3FgAAeBwAAHkjAAB6LQAAejkAAHpHAAB6VgAAeWgAAHp8AAB5lAAAeKoAAHjBAAB3&#10;3wAAd+8AVFEAAExRAABCUgAAOFUAAC9ZAAAmXgAAHmIAABZnAAAQawAAC28AAAVzAAAAdwAAAHoA&#10;AAB8AAAAfgAAAH8CAACABgAAgQoAAIMNAACEEQAAhhUAAIgcAACJJQAAijAAAIo+AACJTQAAiV8A&#10;AIlzAACIiwAAiKIAAIe5AACH0QAAhugAUlYAAEdXAAA8WgAAMl8AAChkAAAfaQAAFm8AABB0AAAK&#10;eQAAAn0AAACBAAAAhQAAAIgAAACKAAAAjAAAAI0AAACPAAAAkAQAAJIIAACTDAAAlRAAAJcVAACZ&#10;HQAAmycAAJs0AACbRAAAmlYAAJpqAACZggAAmpoAAJiwAACYxwAAl94AS1wAAEBgAAA1ZQAAK2oA&#10;ACFxAAAXdwAAEH0AAAmDAAABiAAAAIwAAACRAAAAlQAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoAAA&#10;AKIAAACkBQAApgoAAKgOAACqFAAArR0AAK0qAACtOQAArUsAAK1fAACtdwAArJAAAKunAACrugAA&#10;q8sARWYAADlrAAAucQAAI3gAABl/AAAQhgAACY0AAACTAAAAmAAAAJ0AAAChAAAApQAAAKgAAACr&#10;AAAAqwAAAK4AAACvAAAAsQAAALMAAAC1AAAAtwEAALkHAAC8DQAAvxMAAMIfAADCLgAAwkAAAMJU&#10;AADBawAAwYMAAMCbAADBrQAAwbwAPnIAADJ4AAAngAAAHIgAABKQAAAKlwAAAJ0AAACjAAAAqAAA&#10;AK0AAACyAAAAtgAAALkAAAC7AAAAvAAAAL4AAADAAAAAwgAAAMQAAADGAAAAyAAAAMsAAADOBQAA&#10;0Q0AANYUAADXIwAA2DUAANlJAADaXgAA23UAANuMAADcnwAA3KsA/wAAAP8AAAD/AAAA/wAJAP8A&#10;EAD/ABkA/gAkAPwALwD5ADkA9ABDAPAASwDtAFIA6gBZAOcAXwDkAGQA4gBpAOAAbgDeAHMA3AB5&#10;ANoAfwDXAIYA1ACOANEAlgDPAKEAzACsAMoAuwDIANIAxgDuAMYA/wDFAP8AxQD/AL8A/wC6AP8A&#10;/wAAAP8AAAD/AAAA/gAFAPcADgDyABUA7gAfAOsAKgDpADQA4wA9AN4ARQDZAE0A1ABTANEAWQDO&#10;AF4AzABjAMoAaADJAG0AxwBzAMUAeQDDAIAAwQCIAL8AkAC9AJsAuwCmALkAtAC3AMgAtgDmALUA&#10;+wC0AP8AtAD/ALMA/wCuAP8A/wAAAP8AAAD4AAAA7QAAAOUACwDdABEA1wAaANIAJADPAC4AywA3&#10;AMcAQADDAEcAwABOAL4AUwC8AFkAugBeALgAYwC2AGgAtQBtALMAcwCxAHkArwCBAK0AigCrAJQA&#10;qQCgAKgArQCmAL4ApQDbAKQA9ACkAP8AowD/AKMA/wCiAP8A/wAAAPYAAADmAAAA1wAAAMsABgDE&#10;AA4AvgAVALsAHwC5ACgAtwAxALQAOgCwAEEArQBIAKsATgCpAFMApwBYAKYAXACkAGEAowBnAKEA&#10;bACgAHMAngB6AJ0AgwCbAI4AmQCZAJcApgCWALYAlQDMAJQA6wCTAP0AkwD/AJMA/wCTAP8A9wAA&#10;AOQAAADQAAAAwQAAALcAAgCvAAsAqwARAKcAGQClACIAowArAKIAMwCfADsAnABCAJsASACZAE0A&#10;lwBSAJYAVwCVAFsAkwBhAJIAZgCQAG0AjwB0AI0AfQCMAIcAigCTAIgAoACHAK8AhQDCAIUA4gCE&#10;APcAhAD/AIQA/wCEAP8A5QAAAM0AAAC8AAAArwAAAKYAAACeAAcAmgAOAJYAFACUAB0AkgAlAJEA&#10;LQCQADUAjQA8AIwAQgCKAEcAiABMAIcAUQCGAFYAhABbAIMAYACBAGcAgABuAH4AdwB9AIEAewCN&#10;AHoAmgB4AKkAdwC6AHYA0wB2AO8AdgD+AHUA/wB1AP8A0AAAALsAAACrAAAAnwAAAJcAAACQAAIA&#10;iwALAIgAEACGABcAhAAgAIIAJwCBAC8AfwA1AH0APAB8AEEAewBGAHkASwB4AFAAdwBVAHYAWwB0&#10;AGEAcwBpAHEAcQBwAHsAbgCHAG0AlQBrAKMAagC0AGoAyQBpAOgAaQD5AGkA/wBpAP8AwAAAAKwA&#10;AACcAgAAkAIAAIgAAACDAAAAfwAGAHsADQB5ABIAdwAaAHYAIgB0ACkAcwAwAHEANgBwADwAbwBB&#10;AG0ARgBsAEsAawBQAGoAVgBoAFwAZwBkAGUAbABkAHYAYwCCAGEAkABgAJ8AXwCvAF4AwwBeAOEA&#10;XgD0AF0A/wBdAP8AtAcAAKAJAACQCwAAhAsAAHwKAAB3BwAAdAQAAHEACQBvAA8AbQAVAGsAHABp&#10;ACMAaAAqAGcAMQBlADYAZAA8AGMAQQBiAEYAYABMAF8AUgBeAFgAXQBfAFsAaABaAHIAWAB+AFcA&#10;jABWAJsAVQCrAFQAvgBUANoAUwDvAFQA+wBUAP8AqQ0AAJYOAACHEAAAehAAAHIQAABsDgAAaQwA&#10;AGcJAwBmBAsAZAAQAGIAFwBgAB4AXgAlAF0AKwBcADEAWgA3AFkAPABYAEIAVwFHAFYBTgBVAlQA&#10;UwJcAFIDZQBRA28ATwR7AE4EigBNBZkATAWpAEsFvABKBtQASgftAEoH+QBKB/8AoRAAAI4SAAB+&#10;FAAAcxQAAGoUAABkEwAAYBEAAF4PAABdDQUAXQkNAFoGEgBYBxkAVgcgAFUHJwBTBy0AUggzAFEI&#10;OABQCD4ATwlEAE4JSgBMCVEASwpZAEoKYgBIC20ARwt6AEYMiABEDJgAQwypAEINvABCDdUAQg3u&#10;AEIN+wBCDf8AmhQAAIcWAAB4GAAAbBkAAGMZAABdGAAAWRYAAFYTAABUEQAAVA4IAFMNDgBRDRQA&#10;Tw0bAE0NIgBMDSgASw0uAEoNNABJDToARw5BAEYORwBFDk8ARA5XAEIPYQBBEGwAPxB5AD4QiAA9&#10;EZgAOxGpADsRvAA6EdYAOhHwADoS/QA7Ef8AkxgAAIEaAABzHAAAZx0AAF4dAABYHAAAUxsAAFAY&#10;AABOFgAATBMDAEwRCwBKEBAASBEXAEYRHgBFESQARBEqAEIRMABBETcAQBI9AD8SRAA9EkwAPBNU&#10;ADsTXgA5FGkAOBR2ADcVhQA2FZYANBanADQWugAzFtMAMxbuADQW/AA0Fv8AjhsAAHwdAABuHwAA&#10;YyAAAFogAABTIAAATh4AAEodAABIGgAARhgAAEUWBwBDFQ4AQRUTAD8VGgA+FSAAPRUnADsVLQA6&#10;FjMAORY6ADgWQQA3F0kANRdRADQYWwAzGWYAMhlzADAagwAvGpQALhulAC0buAAtG9AALRvsAC4b&#10;+wAuG/8Aih4AAHggAABqIgAAXyMAAFYjAABPIgAASiEAAEYgAABDHgAAQRsAAD8aAwA9GgwAOxkR&#10;ADkZFgA3Gh0ANhojADUaKQA0GjAAMxs2ADEbPgAwHEYALxxPAC4dWQAtHWQALB5xACsfgQAqH5IA&#10;KR+kACggtwAnIM4AJyDrACgg+gApH/8AhiAAAHQjAABnJAAAXCUAAFMlAABMJQAARyQAAEIjAAA/&#10;IQAAPR8AADoeAAA3HgkANR4OADMeEwAxHhoAMB4gAC8eJgAuHy0ALR8zACwgOwArIEMAKiFMACkh&#10;VgAoImIAJiJvACUjfwAkI5AAIyOiACIktQAiJMwAIiTpACMk+QAkI/8AgiMAAHElAABjJgAAWScA&#10;AFAoAABJJwAAQycAAD8mAAA7JAAAOCIAADUiAAAyIgYAMCINAC4iEQAsIhcAKiIdACkiIwAoIyoA&#10;JyMxACYkOAAlJUEAJCVKACMmVAAiJmAAISdtACAnfQAfJ48AHiihAB4otAAdKMoAHSjoAB4o+AAf&#10;J/8AfiUAAG4nAABgKQAAVikAAE0qAABGKgAAQSkAADwoAAA3JwAANCYAADAmAAAtJgMAKycLACgn&#10;EAAnJxQAJScaACQnIQAjKCcAIiguACEpNgAgKT4AHypIAB4qUgAdK14AHCtrABsrewAaLI0AGSyf&#10;ABgssgAYLMkAGCznABkr9wAaK/8AeicAAGoqAABdKwAAUywAAEosAABDLAAAPisAADkrAAA0KgAA&#10;MCoAACsqAAApKwAAJisIACMsDgAiLBIAICwYAB8sHgAeLSUAHS0sABwtMwAbLjwAGi5FABkvUAAY&#10;L1wAFy9pABYweQAVMIsAFDCeABQwsQATMMcAEzDlABQw9gAVL/8AdioAAGcsAABaLQAAUC4AAEgu&#10;AABBLgAAOy4AADYtAAAxLQAALC0AACcvAAAkLwAAITAFAB8xDAAcMRAAGzIVABoyHAAZMiIAGDIp&#10;ABczMQAWMzkAFTNDABQ0TQATNFkAEjRnABE1dwARNYkAEDWcABA1sAAONcYADzTkABA09QAQNP8A&#10;ciwAAGMuAABXMAAATTAAAEUwAAA+MAAAODAAADMwAAAvMAAAKTEAACQyAAAhMwAAHTUCABo2CQAX&#10;Nw4AFTcTABQ4GQATOB8AEjgmABI4LgAROTYAEDlAABA5SwAOOVcADjpkAA06dAAMOoYADDqZAAs5&#10;rAAKOcEACjneAAs58QAMOPwAbi8AAF8xAABTMgAASjMAAEIzAAA7MwAANjMAADEyAAAsMwAAJzQA&#10;ACE2AAAdOAAAGTkAABU7BgASPQwAED4QABA+FQAOPhwADj4jAA0+KgAMPjMADD48AAs/RwAKP1IA&#10;CD9gAAc/bwAGP4EABT+UAAQ/qAADPrwABD7XAAU+7AAFPvcAaTMAAFs0AABQNQAARzUAAD81AAA5&#10;NQAANDUAAC41AAApNwAAIzgAAB47AAAaPAAAFj8AABJBBAAOQwoADEQOAApEEwAJRBkACEQgAAdE&#10;JwAGRC8ABUQ4AANFQgACRU4AAEVbAABFagAARXwAAEWQAABEpAAARLkAAETRAABE6gAAQ/UAZDYA&#10;AFc3AABMOAAAQzgAADw4AAA3OAAAMTgAACs5AAAlOwAAID0AABpAAAAWQgAAEkQAAA5HBAALSQkA&#10;B0oNAARLEQABSxYAAEscAABLIwAASysAAEs0AABLPgAATEkAAExXAABMZgAATHcAAEuMAABLoQAA&#10;S7UAAErOAABK6QAASvUAXzoAAFI7AABIOwAAQDsAADo7AAA0OwAALjwAACc+AAAiQQAAHEMAABZG&#10;AAASSQAADksAAAtOAwAHUAgAAlEMAABREAAAUhMAAFMYAABTHwAAUyYAAFMvAABTOQAAU0UAAFNS&#10;AABTYQAAU3IAAFOHAABSnAAAUrEAAFHKAABR5wAAUfQAWT4AAE4+AABFPgAAPj4AADg+AAAwQAAA&#10;KUIAACNEAAAdRwAAF0oAABJNAAAOUAAAC1MAAAZVAgAAVwcAAFgLAABZDgAAWhEAAFoVAABbGgAA&#10;XCEAAFwqAABcNAAAXD8AAFxNAABcWwAAXGwAAFyBAABblwAAW60AAFrFAABa5AAAWfMAVEIAAEpC&#10;AABCQgAAPEIAADRDAAAsRgAAJUkAAB5MAAAXTwAAElMAAA5WAAAKWQAABVsAAABeAAAAYAQAAGEI&#10;AABiDAAAYw4AAGQRAABlFgAAZhwAAGcjAABnLQAAZzkAAGdGAABnVQAAZ2YAAGd6AABmkQAAZagA&#10;AGXAAABk3gAAZPAAT0YAAEdGAABARQAAN0cAAC9KAAAmTQAAH1EAABhVAAASWQAADVwAAAhgAAAC&#10;YwAAAGYAAABoAAAAagAAAGsEAABsCAAAbQwAAG8OAABwEgAAchcAAHMdAAB0JgAAdDIAAHQ/AAB0&#10;TgAAc18AAHRyAABzigAAcqEAAHG4AABx1AAAcOwATEoAAEVKAAA7SwAAMk4AAClSAAAgVgAAGFsA&#10;ABJfAAANZAAAB2gAAABrAAAAbwAAAHIAAAB1AAAAdgAAAHcAAAB5AgAAegYAAHwKAAB+DgAAgBEA&#10;AIIWAACEHgAAhCkAAIQ2AACERQAAhFYAAINqAACDgQAAgpkAAIGxAACAyQAAgOUASk4AAD9QAAA1&#10;UwAAK1cAACJcAAAZYgAAEmcAAAxsAAAFcQAAAHUAAAB5AAAAfQAAAIEAAACDAAAAhQAAAIYAAACI&#10;AAAAiQAAAIsEAACNCAAAjw0AAJIQAACUFgAAliAAAJYsAACWOwAAlkwAAJVgAACVdgAAlJAAAJOn&#10;AACSvQAAktUARFUAADlZAAAvXQAAJGMAABppAAASbwAADHUAAAR7AAAAgAAAAIUAAACJAAAAjQAA&#10;AJEAAACTAAAAlAAAAJYAAACYAAAAmgAAAJwAAACeAAAAoAYAAKILAAClEAAAqBcAAKkjAACpMQAA&#10;qUMAAKlWAACobQAApocAAKeeAACmswAApccAPl4AADJjAAAnagAAHXAAABN4AAAMfwAAA4UAAACL&#10;AAAAkQAAAJYAAACbAAAAnwAAAKIAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUC&#10;AAC3CQAAuxAAAL4YAAC+JgAAvjgAAL5LAAC9YQAAvHoAALuUAAC6qQAAurkAN2oAACtwAAAgeAAA&#10;FoAAAA2IAAAFjwAAAJYAAACcAAAAogAAAKcAAACsAAAAsAAAALMAAAC2AAAAtwAAALkAAAC7AAAA&#10;vQAAAL8AAADCAAAAxQAAAMgAAADKAAAAzggAANIQAADVGwAA1SwAANRAAADUVwAA024AANSGAADU&#10;mwAA06sA/wAAAP8AAAD/AAAA/wAFAP8ADgD/ABUA/AAgAPkAKgD2ADQA8QA9AO0ARgDpAE0A5gBT&#10;AOQAWQDhAF4A3gBjANwAaADZAG4A1QBzANMAeQDQAIAAzgCIAMsAkQDJAJwAxgCnAMQAtwDCAMwA&#10;wADsAL8A/wC+AP8AvQD/ALcA/wCyAP8A/wAAAP8AAAD/AAAA+gABAPMACwDtABIA6AAbAOUAJQDk&#10;AC4A3wA4ANgAQADSAEcAzgBOAMsAVADIAFkAxgBeAMQAYwDCAGcAwABtAL8AcwC9AHoAuwCBALkA&#10;iwC2AJUAtAChALIArwCwAMIArgDjAK4A+gCsAP8ArQD/AKkA/wCmAP8A/wAAAP8AAADyAAAA5gAA&#10;AN0ABwDSAA4AzQAWAMoAIADIACkAxQAyAMAAOgC8AEIAuQBIALcATgC1AFMAswBYALEAXQCwAGIA&#10;rgBnAKwAbACqAHMAqQB7AKcAhAClAI4AowCaAKEAqACfALkAngDSAJ0A8gCcAP8AnQD/AJwA/wCZ&#10;AP8A/AAAAO4AAADdAAAAzAAAAMEAAgC6AAwAtgASALIAGgCwACMArwAsAK0ANACpADwApgBCAKQA&#10;SACiAE0AoABSAJ4AVwCdAFsAnABgAJoAZgCZAGwAlwB0AJUAfQCTAIcAkQCTAJAAoQCOALEAjQDG&#10;AIwA6ACLAP0AjAD/AIwA/wCMAP8A7QAAANgAAADFAAAAtwAAAKwAAACmAAgAoQAOAJ8AFQCdAB4A&#10;mwAmAJoALgCXADUAlQA8AJMAQgCRAEcAkABMAI4AUQCNAFUAiwBaAIoAYACJAGYAhwBtAIUAdgCE&#10;AIAAggCMAIAAmgB/AKkAfQC8AHwA3AB8APUAfAD/AHwA/wB8AP8A2QAAAMEAAACxAAAApAAAAJwA&#10;AACUAAMAkAAMAI0AEQCLABgAiQAgAIkAKACHAC8AhQA2AIMAPACCAEEAgABGAH8ASwB9AE8AfABU&#10;AHsAWgB5AGAAeABnAHYAcAB1AHoAcwCGAHEAkwBwAKIAbwC0AG4AzABuAO0AbgD+AG4A/wBuAP8A&#10;xAAAAK8AAACgAAAAlAAAAIwAAACGAAAAgQAIAH4ADgB8ABQAewAbAHkAIgB4ACkAdwAwAHUANgB0&#10;ADsAcgBAAHEARQBwAEoAbwBPAG0AVABsAFsAawBiAGkAagBoAHQAZgCAAGUAjgBjAJ0AYgCtAGEA&#10;wgBhAOQAYQD4AGEA/wBhAP8AtAAAAKAAAACRAAAAhgAAAH4AAAB5AAAAdQADAHEACwBvABAAbQAW&#10;AGwAHQBrACQAawAqAGkAMABoADYAZgA7AGUAQABkAEUAYwBKAGEATwBgAFYAXwBdAF0AZQBcAG8A&#10;WgB6AFkAiABYAJgAVwCoAFYAuwBWANgAVgDxAFYA/wBWAP8AqAEAAJQFAACFBwAAegcAAHIGAABs&#10;BAAAaQEAAGcABwBkAA0AYwARAGEAGABgAB8AXwAlAF4AKwBdADAAWwA2AFoAOwBZAEAAWABFAFcA&#10;SwBWAFEAVQBYAFMAYQBSAGoAUAB2AE8AhABOAJMATQCkAEwAtgBMAM0ATADrAEwA+gBMAP8AnQkA&#10;AIsLAAB8DQAAcA0AAGgNAABiDAAAXwoAAF0GAQBcAQkAWgAOAFgAEwBXABkAVgAgAFUAJgBTACsA&#10;UgAxAFEANgBQADsATwBBAE4ARwBNAE0ASwBVAEoAXQBJAGcARwBzAEYAgABFAJAARAChAEMAsgBD&#10;AMgAQwDmAEMA9QBDAP8AlQ0AAIMPAAB0EAAAaREAAGARAABaEAAAVg4AAFQNAABTCgQAUwYLAFED&#10;EABPARUATgEbAEwBIQBLAScASgIsAEkCMgBIAjcARwM9AEUDQwBEA0oAQwRRAEIEWgBABWQAPwVw&#10;AD4GfgA9Bo4APAefADsHsQA6B8YAOgfjADoH8wA6CPwAjhAAAHwSAABuFAAAYhUAAFoVAABUFAAA&#10;UBMAAE0RAABLDgAASw0GAEoKDABJCBEARwgWAEUIHQBECCMAQggoAEEJLgBACTMAPwk5AD4KQAA9&#10;CkcAPApPADoLWAA5C2MAOAxvADYMfgA1DI4ANA2fADMNsQAyDccAMg3jADIN9AAyDf4AiBMAAHcV&#10;AABpFwAAXhgAAFUYAABPGAAAShYAAEcVAABFEwAAQxACAEMOCABCDQ4AQA0SAD8NGAA9DR8APA0k&#10;ADsNKgA5DTAAOA43ADcOPQA2DkUANQ5NADMPVwAyD2IAMRBuAC8QfQAuEI4ALRGgACwRsgArEcgA&#10;KxHmACsR9gAsEf8AgxYAAHIZAABkGgAAWRsAAFEbAABLGwAARhoAAEIYAAA/FwAAPhQAADwSBAA7&#10;EQoAOhAQADgQFQA3EBsANREhADQRJwAzES0AMhEzADAROgAvEkIALhJLAC0TVAArE18AKhRsACkU&#10;ewAoFIwAJxWeACYVsAAlFcYAJRXkACUV9gAmFf8AfhkAAG4bAABgHQAAVh4AAE0eAABHHgAAQh0A&#10;AD4cAAA6GgAAOBgAADcWAAA1FQcANBQNADIUEgAwFBcALxQdAC0UIwAsFSoAKxUwACoVNwApFj8A&#10;KBZIACcXUgAmGF0AJBhqACMZeQAiGYoAIRmcACAZrwAfGcQAHxniACAZ9AAgGf8AehsAAGoeAABd&#10;HwAAUyAAAEogAABEIAAAPh8AADoeAAA3HQAANBwAADIZAAAwGQQALhgLACwYEAAqGBQAKRgaACcY&#10;IAAmGSYAJRktACQaNQAjGj0AIhtGACEbUAAgHFsAHx1oAB4ddwAdHYgAHB6bABserQAaHsMAGh7g&#10;ABod8wAbHf8Adx0AAGcgAABaIQAAUCIAAEgiAABBIgAAOyIAADchAAAzIAAAMB8AAC0dAAArHQAA&#10;KB0IACYdDgAlHRIAIx0XACEdHQAhHSQAIB4qAB8eMgAeHzoAHR9DABwgTQAbIVkAGiFmABkhdQAY&#10;IocAFyKZABYirAAVIsEAFSLfABUh8gAWIf4AcyAAAGQiAABXIwAATSQAAEUlAAA+JAAAOSQAADQj&#10;AAAwIgAALCIAACkhAAAmIQAAJCEGACIhDAAgIRAAHiEVAB0iGwAbIiEAGyIoABojLwAZIzgAGCRB&#10;ABckSwAWJVcAFSVkABQmcwATJoUAEiaYABEmqwARJsAAECbdABEl8QASJf0AcCIAAGEkAABUJgAA&#10;SiYAAEInAAA8JgAANiYAADElAAAtJQAAKSQAACYkAAAiJQAAHyUDAB0mCgAbJg4AGScSABgnGAAX&#10;Jx8AFiclABUoLQAUKDUAEyk+ABIpSQARKVUAESpiABAqcQAPKoMADiqWAA4qqQANKr0ADSrXAA0q&#10;7gAOKfsAbCQAAF0mAABRKAAASCgAAEApAAA5KAAANCgAAC8oAAArJwAAJycAACIoAAAeKQAAGyoA&#10;ABgrBwAWKw0AFCwRABMsFgASLBwAES0jABAtKgAQLTIADy48AA4uRgANLlIADS5fAAwvbgALL38A&#10;Ci+SAAkvpQAJLrkACC7QAAku6QAKLvcAaCcAAFopAABOKgAARSsAAD0rAAA3KwAAMSoAAC0qAAAp&#10;KgAAJCoAACArAAAbLQAAGC4AABUvBAASMQoAEDIOAA8yEwAOMhkADTIgAA0yJwAMMi8ACzM4AAoz&#10;QgAJM04ACDNbAAY0agAFNHsABDOOAAMzogACM7YAAjPNAAMz5wAEMvMAZCoAAFYsAABLLQAAQi0A&#10;ADotAAA0LQAALywAACssAAAmLAAAIi0AAB0vAAAZMQAAFTIAABI0AwAPNgkADDgNAAo4EQAJOBYA&#10;CDgdAAc4JAAGOCwABDg0AAM4PgACOUoAADlXAAA5ZQAAOXcAADmLAAA4nwAAOLMAADjKAAA45gAA&#10;N/IAXy0AAFIuAABILwAAPzAAADgvAAAyLwAALS8AACkvAAAkMAAAHzEAABozAAAVNQAAEjcAAA85&#10;AwAMOwgACD0NAAU+EAADPhQAAD4aAAA+IQAAPigAAD4xAAA/OwAAP0YAAD9TAAA/YQAAP3MAAD+H&#10;AAA+nAAAPrAAAD3HAAA95AAAPfIAWjAAAE4yAABEMgAAPDIAADUyAAAwMQAAKzEAACYyAAAgNAAA&#10;GzYAABY4AAASOwAADz0AAAw/AwAIQQgABEMMAABDDgAARBIAAEUWAABFHQAARSQAAEUtAABGNgAA&#10;RkIAAEZOAABGXQAARm4AAEWCAABFmAAARK0AAETEAABD4wAAQ/IAVTQAAEo1AABBNQAAOTUAADM0&#10;AAAuNAAAKDUAACI3AAAdOgAAFzwAABI/AAAPQQAADEQAAAhGAQADSAYAAEkKAABKDQAASxAAAEwU&#10;AABNGQAATiAAAE4oAABOMgAATT0AAE5KAABOWAAATWkAAE19AABMlAAATKoAAEvBAABL4QAASvIA&#10;UDgAAEY4AAA9OAAANzgAADE3AAAqOQAAJDsAAB49AAAYQAAAE0MAAA9GAAALSQAAB0sAAAJOAAAA&#10;UAQAAFEIAABSCwAAUw4AAFQRAABVFQAAVhsAAFcjAABXLAAAVzgAAFdEAABXUgAAVmMAAFZ3AABW&#10;jgAAVaUAAFS9AABT3QAAU/AASzwAAEI8AAA7OwAANTsAAC08AAAmPwAAH0IAABlFAAATSAAADksA&#10;AAtPAAAFUQAAAFQAAABXAAAAWAEAAFoFAABbCAAAXAwAAF0OAABfEQAAYBYAAGIdAABiJgAAYjEA&#10;AGI+AABhTAAAYV0AAGFwAABgiAAAYKAAAF+3AABe1AAAXe4AR0AAAD8/AAA6PwAAMUAAAClDAAAh&#10;RgAAGkoAABNOAAAOUQAAClUAAARYAAAAWwAAAF4AAABhAAAAYwAAAGQBAABlBAAAZwgAAGgLAABq&#10;DgAAbBIAAG4XAABvIAAAbyoAAG82AABuRQAAblUAAG5oAABtfwAAbZgAAGywAABrygAAaugAREQA&#10;AD5DAAA1RAAAK0cAACNLAAAbTwAAE1QAAA5YAAAIXAAAAmAAAABkAAAAZwAAAGsAAABtAAAAbwAA&#10;AHAAAAByAAAAdAIAAHUGAAB3CgAAeQ4AAHwSAAB+GAAAfyIAAH8uAAB/PQAAfk0AAH1hAAB9dwAA&#10;fJAAAHuoAAB6wAAAed8AQ0cAADlJAAAvTAAAJVAAABxVAAAUWwAADmAAAAdlAAAAagAAAG4AAABy&#10;AAAAdgAAAHkAAAB8AAAAfgAAAH8AAACBAAAAgwAAAIUAAACHAwAAiggAAIwNAACPEQAAkhkAAJIl&#10;AACSMwAAkkQAAJFXAACQbQAAj4YAAI6fAACNtQAAjM0APU4AADJRAAAoVgAAHlwAABViAAAOaAAA&#10;B24AAAB0AAAAeQAAAH4AAACCAAAAhgAAAIkAAACMAAAAjgAAAJAAAACSAAAAlAAAAJYAAACYAAAA&#10;mwAAAJ4GAAChDAAApBEAAKYbAACmKQAApjoAAKVNAAClYgAApHsAAKOUAAChqwAAob8ANlcAACxc&#10;AAAhYgAAF2kAAA9wAAAHdwAAAH4AAACEAAAAigAAAI8AAACUAAAAmAAAAJsAAACeAAAAnwAAAKIA&#10;AACkAAAApgAAAKgAAACrAAAArQAAALAAAACzBAAAtwwAALsSAAC7HwAAuzAAALtDAAC6WAAAuXAA&#10;ALeLAAC3oQAAt7MAMGIAACVpAAAacAAAEHgAAAmAAAAAiAAAAI8AAACWAAAAmwAAAKEAAACmAAAA&#10;qgAAAK4AAACwAAAAsQAAALQAAAC2AAAAuAAAALsAAAC9AAAAwAAAAMMAAADHAAAAywMAAM8MAADT&#10;FQAA0iUAANI4AADRTgAA0GUAAM9+AADNlgAAzKkA/wAAAP8AAAD/AAAA/wADAP8ACwD8ABEA+QAb&#10;APcAJQDzAC8A7gA4AOkAQADmAEgA4gBOAN8AVADcAFkA2QBeANUAYwDTAGgA0ABtAM4AcwDLAHoA&#10;yACCAMYAjADDAJcAwACjAL4AsgC8AMgAugDqALkA/wC4AP8AsQD/AKoA/wCnAP8A/wAAAP8AAAD7&#10;AAAA9gAAAO0ABwDnAA8A4gAWAN8AIADeACkA2QAzANEAOwDMAEIAyABIAMUATgDCAFMAwABYAL4A&#10;XQC8AGIAugBnALkAbQC3AHQAtQB7ALIAhQCwAJAArgCcAKwAqgCpAL0ApwDeAKYA+QClAP8AowD/&#10;AJ0A/wCbAP8A/QAAAPYAAADrAAAA3wAAANEAAwDKAAwAxQASAMMAGwDAACQAvgAsALkANQC2ADwA&#10;swBDALAASACuAE4ArABSAKsAVwCpAFwApwBhAKYAZwCkAG0AogB0AKAAfQCeAIgAnACVAJoAowCY&#10;ALQAlgDNAJUA8QCUAP8AlQD/AJAA/wCOAP8A8wAAAOYAAADRAAAAwgAAALgAAACxAAgArQAPAKoA&#10;FgCoAB4AqAAnAKYALwCiADYAnwA8AJ0AQgCbAEcAmQBMAJcAUQCWAFUAlABaAJMAYACRAGYAkABu&#10;AI4AdgCMAIEAigCNAIgAmwCGAKwAhQDBAIQA5gCDAP0AhAD/AIMA/wCBAP8A5AAAAMsAAAC6AAAA&#10;rAAAAKIAAACcAAQAmAAMAJYAEQCUABkAkwAhAJIAKACPADAAjQA2AIsAPACJAEEAiABGAIYASwCF&#10;AE8AhABUAIIAWgCBAGAAfwBnAH4AbwB8AHoAegCGAHgAlAB3AKQAdQC3AHQA1ABzAPQAdAD/AHQA&#10;/wB0AP8AywAAALYAAACmAAAAmgAAAJIAAACKAAAAhgAIAIMADgCBABQAgQAbAIAAIwB/ACoAfQAw&#10;AHsANgB6ADsAeABAAHcARQB1AEkAdABOAHMAVABxAFoAcABhAG4AaQBtAHMAawB/AGkAjQBoAJ0A&#10;ZwCuAGYAxwBlAOoAZgD/AGYA/wBnAP8AuAAAAKQAAACVAAAAigAAAIEAAAB8AAAAdgAEAHQADABy&#10;ABAAcQAWAHAAHQBwACQAbgAqAG0AMABrADUAagA6AGkAPwBoAEQAZwBJAGUATgBkAFQAYwBbAGEA&#10;YwBgAG0AXgB5AF0AhwBbAJYAWgCoAFkAvQBZAN8AWQD4AFoA/wBaAP8AqAAAAJUAAACHAAAAewAA&#10;AHMAAABuAAAAagABAGcACABlAA4AZAASAGMAGABjAB8AYgAlAGEAKgBfADAAXgA1AF0AOgBcAD4A&#10;WwBEAFkASQBYAE8AVwBWAFYAXgBUAGgAUwBzAFEAgQBQAJEATwCiAE4AtQBOANAATgDwAE4A/wBP&#10;AP8AnAAAAIkAAAB7AwAAcAMAAGgDAABiAQAAXwAAAF0ABABbAAsAWQAPAFgAFABXABkAVwAgAFYA&#10;JQBVACoAUwAwAFIANABRADkAUAA/AE8ARABOAEsATQBSAEsAWgBKAGMASQBvAEcAfABGAIwARQCd&#10;AEUAsABEAMcARADoAEQA+gBFAP8AkgQAAIAHAABxCgAAZgoAAF4KAABZCQAAVQcAAFQEAABSAAcA&#10;UAAMAE8AEABOABUATQAbAEwAIABLACYASgArAEkAMABIADUARwA6AEYAQABFAEYAQwBOAEIAVgBB&#10;AF8AQABrAD4AeAA9AIgAPACZADwAqwA8AMEAOwDgADsA9AA7AP8AiQoAAHgMAABqDgAAXw4AAFcO&#10;AABRDgAATQwAAEsLAABKCAIASQQJAEgADQBGABEARQAWAEQAHABDACEAQgAmAEEAKwA/ADEAPgA2&#10;AD0APAA8AEMAOwBKADoAUgA5AFwAOABoADYAdQA1AIUANACWADQAqAAzALwAMwDYADMA7wAzAPsA&#10;gg0AAHEPAABkEAAAWREAAFERAABLEQAARxAAAEQOAABCDQAAQQsFAEEHCwA/BQ4APgMSADwCGAA7&#10;Ah0AOgMiADkDKAA4Ay0ANwMyADYEOQA1BD8ANAVHADMFUAAxBloAMAZmAC8HcwAuB4MALQeVACwH&#10;pwArB7oAKwfSACsH6wArB/cAfRAAAGwRAABfEwAAVBQAAEwUAABGFAAAQhMAAD4SAAA8EAAAOg4B&#10;ADoNBgA6CgwAOAkQADYIFAA1CBkANAkfADIJJAAxCSkAMAkvAC8KNgAuCj0ALQpFACwLTgArC1kA&#10;KQxlACgMcwAnDIMAJg2VACUNpwAkDbsAIw3SACMN6wAjDfcAeBIAAGgUAABbFgAAURcAAEgXAABC&#10;FgAAPRYAADkVAAA3EwAANREAADMQAwAzDggAMg0NADANEQAvDRYALQ0bACwNIQArDScAKg0tACkO&#10;NAAoDjsAJw5EACUOTgAkD1kAIxBlACEQcwAgEIQAHxCWAB4QqQAdEL0AHBDYAB0Q7gAdEPkAcxQA&#10;AGQWAABXGAAATRkAAEUZAAA/GQAAOhgAADUXAAAyFgAAMBUAAC4TAAAtEQQALBAKACsQDgApEBIA&#10;KBAYACYQHgAlECQAJBAqACMRMQAiETkAIRFCACASSwAeElYAHRNjABwTcQAaE4IAGRSVABgUpwAX&#10;FLsAFxPUABcT7gAYE/oAcBYAAGAZAABUGgAAShsAAEIcAAA8GwAANhsAADIaAAAvGQAALBgAACoW&#10;AAAoFAEAJhMHACUTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULgAcFTYAGxU/ABoWSQAZFlQAGBdh&#10;ABYXcAAVGIEAFBiTABMYpgASGLoAEhfSABIX7AATF/oAbBkAAF0bAABRHQAARx0AAD8eAAA5HQAA&#10;NB0AAC8cAAArGwAAKBoAACYZAAAkGAAAIhcEACAXCgAeFw4AHBcSABoXFwAZGB4AGRgkABgZLAAX&#10;GTQAFho9ABUaRwAUG1IAExtfABIcbgARHH8AEBySABAcpQAPHLkADhzQAA4b6gAPG/gAaRsAAFod&#10;AABOHwAARR8AAD0gAAA2HwAAMR8AAC0eAAApHQAAJR0AACMcAAAgGwAAHRsBABsbBwAZHA0AFxwQ&#10;ABYcFQAVHBsAFB0iABMdKQASHjEAER46ABEfRQAQH1AADyBdAA4gbAANIHwADSCPAAwgogALILUA&#10;CyDKAAsg5QAMH/QAZR0AAFcfAABMIQAAQiEAADohAAA0IQAALyEAACogAAAmHwAAIx8AACAeAAAd&#10;HgAAGSAAABYgBAAUIAsAEiEOABEhEwARIhkAECIfAA8iJgAOIy8ADiM3AA0jQQAMJE0ACyRZAAok&#10;ZwAJJHgACCSLAAckngAHJLEABiTHAAYj4wAHI/EAYh8AAFQhAABJIwAAQCMAADgjAAAyIwAALCMA&#10;ACgiAAAkIQAAISEAAB4hAAAaIQAAFiMAABMkAwARJQgADyYNAA4nEQANJxYADCcdAAsnIwAKJysA&#10;CSg0AAgoPgAHKEkABihVAAUpZAAEKXQAAymHAAIpmwABKK8AACjFAAEo4QABJ/AAXiIAAFEkAABG&#10;JQAAPSUAADUlAAAvJQAAKiQAACYkAAAiIwAAHyMAABskAAAYJQAAFCYAABEoAwAPKQgADCwMAAos&#10;EAAILBQABywaAAYsIQAFLCgAAy0wAAItOgABLUUAAC1SAAAuYAAALnEAAC2EAAAtmQAALa0AACzC&#10;AAAs4AAALPAAWiQAAE0mAABDJwAAOicAADMnAAAtJwAAKCYAACQmAAAhJgAAHSYAABknAAAVKQAA&#10;ESsAAA8sAwANLgcACTAMAAYxDgADMRIAATIXAAAyHgAAMiUAADItAAAyNgAAM0IAADNOAAAzXQAA&#10;M20AADOBAAAylgAAMqsAADHBAAAx3wAAMfAAVicAAEopAAA/KgAANyoAADAqAAArKQAAJygAACMo&#10;AAAeKQAAGioAABYsAAASLgAADzAAAA0xAgAKNAcABTULAAI2DgAANxAAADgUAAA4GgAAOCIAADgq&#10;AAA5MwAAOT4AADlKAAA5WQAAOWkAADl9AAA4kwAAOKgAADe/AAA33gAANvAAUSsAAEYsAAA8LAAA&#10;NCwAAC4sAAAqKwAAJSsAACAsAAAbLQAAFy8AABMxAAAQMwAADTUAAAk3AgAFOgYAATsKAAA8DQAA&#10;PQ8AAD4SAAA/FwAAQB4AAEAlAABALwAAQDoAAEBGAABAVAAAQGUAAD94AAA/jwAAPqYAAD69AAA9&#10;3AAAPfAATS4AAEIvAAA5LwAAMi8AAC0uAAAoLgAAIi8AAB0wAAAYMgAAEzUAABA3AAAMOgAACTwA&#10;AAU+AAAAQQQAAEIIAABDCwAARA0AAEYQAABHFAAASBkAAEghAABIKgAASDUAAEhBAABITwAASGAA&#10;AEdzAABHigAARqIAAEW5AABF2QAARPAASDIAAD4yAAA2MgAAMDEAACsxAAAlMgAAHzQAABk2AAAT&#10;OQAAEDwAAAw/AAAIQgAAA0QAAABGAAAASAIAAEoFAABLCAAATAsAAE4OAABPEQAAURUAAFIcAABS&#10;JQAAUjAAAFI8AABRSgAAUVoAAFFtAABQhAAAT50AAE61AABN0gAATe4AQzYAADs2AAA0NQAALzQA&#10;ACc1AAAhOAAAGjsAABQ+AAAQQQAADEQAAAdHAAACSgAAAE0AAABPAAAAUQAAAFMCAABUBQAAVQgA&#10;AFcLAABZDgAAWxEAAF0XAABdHwAAXSoAAF02AABcRAAAXFQAAFtnAABbfgAAWpcAAFmvAABYywAA&#10;V+oAPzkAADg5AAAzOAAAKzkAACM8AAAcPwAAFUMAABBHAAALSgAABU4AAABRAAAAVAAAAFcAAABa&#10;AAAAXAAAAF0AAABfAAAAYAQAAGIHAABkCwAAZg4AAGgSAABrGQAAayMAAGouAABqPAAAak0AAGlf&#10;AABodQAAZ48AAGaoAABlwgAAZOMAPT0AADc8AAAuPQAAJUAAAB1EAAAWSQAAEE0AAApRAAAEVQAA&#10;AFoAAABdAAAAYAAAAGMAAABmAAAAaAAAAGoAAABrAAAAbQAAAG8CAABxBgAAdAoAAHYOAAB5EwAA&#10;exsAAHsnAAB6NQAAeUUAAHhZAAB4bQAAd4YAAHafAAB1twAAdNIAPEEAADJCAAAoRQAAIEoAABdO&#10;AAAQVAAAClkAAAJeAAAAYwAAAGcAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAH8A&#10;AACCAAAAhAMAAIcJAACKDgAAjhMAAI8eAACOKwAAjjsAAI1OAACLYwAAinwAAIqVAACIrQAAh8UA&#10;NkcAACxLAAAiTwAAGVUAABBbAAAKYQAAAWcAAABtAAAAcgAAAHcAAAB7AAAAfwAAAIMAAACGAAAA&#10;iAAAAIoAAACNAAAAjwAAAJEAAACUAAAAlwAAAJoBAACdBwAAoQ0AAKUUAACkIQAApDEAAKNEAACi&#10;WQAAoHAAAJ+LAACdogAAnbcAMFAAACVVAAAbWwAAEmIAAAtpAAABcAAAAHcAAAB9AAAAgwAAAIgA&#10;AACNAAAAkQAAAJUAAACYAAAAmgAAAJwAAACfAAAAoQAAAKMAAACmAAAAqQAAAKwAAACwAAAAtAcA&#10;ALgOAAC6GAAAuicAALk5AAC4TgAAt2UAALZ+AAC1lgAAs6sAKVsAAB5iAAAUaQAADHEAAAJ5AAAA&#10;gQAAAIkAAACPAAAAlgAAAJsAAACgAAAApAAAAKgAAACrAAAArAAAAK8AAACyAAAAtAAAALYAAAC5&#10;AAAAvAAAAMAAAADEAAAAyAAAAM0HAADSEAAA0h0AANEvAADQRAAAz1sAAM1zAADLjQAAyqEA/wAA&#10;AP8AAAD7AAAA+gAAAPwACAD4AA8A9QAXAPQAIADxACoA6wAzAOYAOwDiAEMA3gBJANoATwDWAFQA&#10;0wBZANAAXgDOAGMAywBoAMkAbgDGAHUAwwB9AMEAhgC+AJIAuwCeALkArgC2AMMAtADoALMA/wCv&#10;AP8ApQD/AJ4A/wCbAP8A/QAAAPcAAADyAAAA8AAAAOcAAwDhAAwA3AASANgAGwDWACQA0gAtAMwA&#10;NgDGAD0AwgBDAL8ASQC8AE4AugBTALgAWAC2AF0AtQBiALMAZwCxAG4ArwB2AKwAfwCqAIoAqACX&#10;AKUApgCjALkAoQDZAKAA+QCeAP8AmAD/AJIA/wCPAP8A8wAAAOwAAADjAAAA0wAAAMgAAADBAAkA&#10;vQAPALsAFgC5AB8AtwAnALMALwCvADcArAA9AKoAQwCoAEgApgBNAKQAUgCjAFYAoQBbAJ8AYQCe&#10;AGcAnABvAJoAeACXAIMAlQCQAJMAngCRALAAkADIAI4A8ACNAP8AigD/AIUA/wCCAP8A5wAAAN0A&#10;AADGAAAAuAAAAK4AAACoAAQApQAMAKEAEgChABkAoAAiAJ8AKQCbADAAmAA3AJYAPQCTAEIAkgBH&#10;AJAASwCPAFAAjQBVAIwAWgCKAGEAiABoAIcAcACFAHsAgwCIAIEAlgB/AKcAfQC8AHwA4wB8AP0A&#10;fAD/AHgA/wB2AP8A1gAAAMAAAACvAAAAowAAAJkAAACTAAAAjwAJAI0ADgCLABQAigAcAIoAIwCI&#10;ACoAhQAwAIMANgCCADsAgABAAH8ARQB+AEoAfABPAHsAVAB6AFoAeABhAHYAaQB1AHMAcwCAAHEA&#10;jgBvAJ8AbgCyAG0AzwBsAPQAbAD/AGsA/wBpAP8AwAAAAKsAAACbAAAAjwAAAIcAAACAAAAAfAAE&#10;AHoADAB4ABEAeAAXAHgAHgB3ACQAdQAqAHMAMABxADUAcAA6AG4APwBtAEQAbABJAGsATgBqAFQA&#10;aABbAGcAYwBlAG0AZAB4AGIAhwBgAJcAXwCqAF4AwgBeAOkAXgD/AF4A/wBdAP8ArAAAAJkAAACK&#10;AAAAfwAAAHcAAABxAAAAbQAAAGoACABpAA4AaAASAGcAGABnAB8AZwAlAGUAKgBjAC8AYgA0AGEA&#10;OQBgAD4AXwBDAF4ASABdAE4AWwBVAFoAXQBYAGcAVwByAFUAgQBUAJEAUwCjAFIAuABRANwAUQD5&#10;AFIA/wBSAP8AnQAAAIsAAAB8AAAAcQAAAGkAAABkAAAAYAAAAF4ABQBcAAsAWwAPAFsAFABaABkA&#10;WgAfAFkAJQBXACoAVgAvAFUANABUADgAUwA9AFIAQwBQAEkATwBQAE4AWABNAGIASwBtAEoAegBJ&#10;AIsASACdAEcAsQBHAMwARgDwAEcA/wBHAP8AkAAAAH4AAABwAAAAZgAAAF4AAABZAAAAVgAAAFMA&#10;AQBSAAgAUAANAE8AEABPABUATgAaAE4AIABNACUATAAqAEoALgBJADMASAA4AEcAPgBGAEQARQBL&#10;AEQAUwBDAF0AQQBoAEAAdQA/AIUAPgCXAD0AqwA9AMMAPQDmAD0A+wA+AP8AhwAAAHUDAABoBgAA&#10;XQcAAFUGAABQBgAATAQAAEoBAABJAAQARwAKAEYADgBFABEARQAWAEQAGwBDACAAQgAlAEEAKgBA&#10;AC8APwA0AD4AOgA9AEAAOwBHADoATwA5AFkAOABkADcAcQA2AIEANQCTADQApgA0ALsANADdADQA&#10;9QA1AP8AfgYAAG0JAABgCwAAVgwAAE4MAABICwAARAoAAEIIAABABQEAPwEHAD4ACwA9AA4APAAS&#10;ADsAFwA7ABwAOgAhADkAJQA3ACoANgAwADUANQA0ADwAMwBDADIATAAxAFUAMABgAC8AbQAuAH0A&#10;LQCPACwAogAsALYALADQACwA7gAsAPwAdwoAAGcMAABaDgAAUA4AAEkOAABDDgAAPg0AADsMAAA5&#10;CwAAOAkDADcFCAA2Ag0ANQEQADQAEwAzABgAMgAdADEAIgAwACcALwAsAC4AMgAtADgALABAACsA&#10;SQAqAFIAKQBdACgAawAnAXoAJgGMACUAnwAlALIAJQDKACUA6AAlAPcAcg0AAGIOAABWEAAATBEA&#10;AEQRAAA+EQAAORAAADYPAAAzDgAAMQ0BADALBQAwCAoALwYNAC4FEQAsBBQAKwMZACoDHgApAyMA&#10;KAQpACcELwAmBTUAJQU9ACQFRgAjBlAAIgZcACEHaQAgB3kAHweLAB4HnQAeB7AAHQbGAB0G4wAd&#10;BfMAbQ4AAF4RAABSEgAASBMAAEATAAA6EwAANRIAADERAAAuEAAALA8AACoOAwAqDQcAKQsLACgJ&#10;DgAnCREAJQgWACQIGwAjCSAAIgkmACEJLAAgCjMAHwo7AB4LRAAdC08AHAxbABsMaQAaDHkAGAyL&#10;ABgMngAXDLAAFgzFABYM4QAWC/AAaRAAAFoSAABOFAAARRUAAD0VAAA3FQAAMRQAAC0TAAAqEgAA&#10;KBEAACYQAQAkEAQAIw4IACMNDAAiDA8AIAwTAB8MGAAeDR0AHQ0jABwNKgAbDTIAGg46ABgORAAX&#10;DlAAFg9cABUPagATEHsAEhCNABEQoAARELMAEA/JABAP5AARD/IAZRIAAFcUAABLFgAAQhcAADoX&#10;AAA0FwAALxYAACoVAAAnFAAAJBMAACITAAAgEgMAHhEGAB0QCQAcEA0AGw8QABkQFQAYEBsAFxAh&#10;ABYQKAAVETAAFBE5ABMRQwASEk4AERJaABASaQAQE3kADhOMAA4TngANE7EADRLFAAwS4QANEvEA&#10;YhQAAFQWAABJGAAAPxkAADcZAAAxGQAALBgAACgXAAAkFgAAIRYAAB8VAAAcFAIAGhMEABkSBgAX&#10;EgsAFRIOABQSEgATExgAEhMfABETJgARFC0AEBQ2AA8VQQAOFUwADhZXAA0WZQAMF3UACxeHAAoX&#10;mgAJFq0ACBbBAAgW3QAJFe4AXxYAAFEYAABGGgAAPRoAADUbAAAvGgAAKhoAACUZAAAiGAAAHxgA&#10;ABwXAAAZFgEAFxYDABUWBAATFgkAERYNABAXEQAPFxYADhccAA4YIwANGCoADBkzAAwZPAALGkcA&#10;ChpTAAkaYQAHG3EABhuDAAUblwAEGqoAAxq/AAMZ2gAEGewAXBgAAE4aAABDHAAAOhwAADMcAAAs&#10;HAAAJxwAACMbAAAgGgAAHRkAABoZAAAXGAEAFRgCABIZBAAQGwcADhsMAA0cEAAMHBMACxwZAAoc&#10;HwAJHScACB0vAAceOQAGHkMABB5QAAMfXgACH24AAR+AAAAflQAAHqkAAB69AAAd2AAAHewAWBoA&#10;AEscAABBHgAAOB4AADAeAAAqHgAAJR0AACEcAAAeHAAAGxsAABgbAAAWGwEAExsCABEcBAAOHgcA&#10;DB8LAAogDgAIIBIABiEXAAUhHQAEISQAAiIsAAEiNQAAIkAAACNNAAAjWgAAI2sAACN+AAAjkwAA&#10;IqcAACK8AAAh1wAAIe0AVR0AAEgfAAA+IAAANSAAAC4gAAAoIAAAIx8AACAeAAAdHQAAGh0AABYd&#10;AAATHgAAER8CAA4gBAANIgcACiQLAAYlDQAEJRAAAiYUAAAmGgAAJiEAACcpAAAnMgAAJz0AACdJ&#10;AAAoVwAAKGcAACd7AAAnkAAAJ6UAACa7AAAm1gAAJe0AUSAAAEUhAAA7IgAAMiIAACwiAAAmIQAA&#10;IiEAAB4gAAAbHwAAGCAAABQgAAARIgAADyMAAA0lAwAKJgYABigKAAMpDQAAKw8AACwSAAAsFwAA&#10;LB4AACwmAAAtLwAALTkAAC1GAAAtVAAALWQAAC13AAAsjQAALKQAACu6AAAr1gAAKu4ATSIAAEEk&#10;AAA4JAAAMCQAACkkAAAkIwAAISIAAB0iAAAZIgAAFSMAABIkAAAPJgAADSgAAAoqAgAGLAUAAi4J&#10;AAAvCwAAMA4AADIQAAAzFQAAMxsAADMiAAAzKwAAMzYAADNCAAAzUAAAM2AAADNzAAAyigAAMqEA&#10;ADG4AAAw1gAAMO8ASSUAAD4mAAA0JwAALScAACgmAAAjJQAAHyQAABslAAAWJgAAEigAABAqAAAN&#10;LAAACi4AAAYwAQACMgQAADQHAAA1CgAANwwAADgOAAA6EgAAOhcAADofAAA6JwAAOjIAADo+AAA6&#10;TAAAOlwAADpvAAA5hgAAOJ4AADi2AAA31AAANu8ARCkAADopAAAxKQAAKykAACYoAAAiJwAAHSgA&#10;ABgpAAATKwAAEC4AAA0wAAAJMgAABTUAAAE3AAAAOQIAADsFAAA8CAAAPgsAAD8NAABBEAAAQxQA&#10;AEMbAABDIwAAQy4AAEM5AABDRwAAQlcAAEJqAABBgQAAQJoAAD+yAAA+zwAAPu8APywAADYsAAAv&#10;LAAAKisAACUqAAAfKwAAGS0AABQvAAAQMgAADTUAAAg4AAAEOgAAADwAAAA/AAAAQQAAAEMCAABF&#10;BQAARggAAEgLAABKDgAATBEAAE0WAABNHgAATSgAAE00AABMQgAATFEAAEtkAABLewAASpQAAEmt&#10;AABIygAAR+wAOzAAADMvAAAtLwAAKC0AACIvAAAbMQAAFTQAABA3AAANOgAACD0AAAJAAAAAQwAA&#10;AEYAAABIAAAASgAAAEwAAABOAQAATwQAAFEHAABTCwAAVQ4AAFgSAABZGQAAWCIAAFguAABXPAAA&#10;V0sAAFZeAABWcwAAVY0AAFSnAABSwgAAUuYAODMAADEyAAAsMQAAJTIAAB01AAAWOAAAETwAAAxA&#10;AAAHRAAAAEcAAABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABZAAAAWgAAAFwDAABeBwAAYQsAAGQO&#10;AABmEwAAZxwAAGYnAABmNAAAZUQAAGRXAABkawAAYoUAAGGfAABguQAAXtwANTcAADA1AAAoNwAA&#10;IDoAABg9AAARQgAADEYAAAZKAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGQAAABlAAAA&#10;ZwAAAGkAAABsAQAAbgYAAHELAAB0DwAAdxUAAHcgAAB2LQAAdj0AAHVPAAB0YwAAc3sAAHKVAABw&#10;rwAAb8kANToAACs7AAAiPwAAGkMAABJIAAAMTQAABVIAAABXAAAAXAAAAGAAAABkAAAAaAAAAGsA&#10;AABuAAAAcQAAAHMAAAB1AAAAdwAAAHoAAAB8AAAAfwAAAIIEAACGCgAAig8AAIwXAACLJAAAijMA&#10;AIlFAACHWwAAhnIAAIWLAACDpQAAgrwAL0AAACVEAAAcSQAAE04AAA1UAAAEWgAAAGEAAABmAAAA&#10;awAAAG8AAAB0AAAAeQAAAH0AAACAAAAAgwAAAIUAAACHAAAAigAAAIwAAACPAAAAkgAAAJYAAACZ&#10;AgAAngkAAKIQAACiGgAAoSkAAKA7AACfUAAAnWcAAJqBAACamQAAma8AKUkAAB9OAAAVVAAADlsA&#10;AAViAAAAaQAAAHAAAAB3AAAAfQAAAIIAAACGAAAAiwAAAI8AAACTAAAAlQAAAJcAAACaAAAAnQAA&#10;AKAAAACjAAAApgAAAKoAAACuAAAAsgAAALcKAAC7EQAAuh8AALkwAAC3RQAAtVwAALR0AACxjgAA&#10;r6QAIlQAABhbAAAQYgAAB2oAAABzAAAAewAAAIIAAACJAAAAkAAAAJUAAACaAAAAnwAAAKMAAACm&#10;AAAAqAAAAKsAAACuAAAAsAAAALMAAAC2AAAAugAAAL0AAADCAAAAxwAAAMwBAADTCwAA1BUAANMm&#10;AADROgAA0FEAAM1oAADLgQAAypYA/AAAAPYAAADyAAAA8QAAAPMABQD0AAwA8gATAPAAHADtACUA&#10;6AAuAOIANgDeAD4A2QBEANQASgDRAE8AzgBUAMsAWQDJAF4AxgBjAMQAaQDBAHAAvgB4ALwAgQC5&#10;AI0AtgCaALMAqwCxAMAArwDmAK4A/wClAP8AmgD/AJQA/wCPAP8A9AAAAOwAAADoAAAA5wAAAN8A&#10;AADZAAkA0gAQAM8AFwDPACAAzAAoAMYAMADAADcAvAA+ALkARAC3AEkAtQBOALMAUwCxAFcArwBd&#10;AK0AYgCrAGkAqQBxAKcAegClAIUAogCTAKAAogCdALYAmwDUAJkA+QCWAP8AjQD/AIgA/wCEAP8A&#10;6AAAAN8AAADZAAAAyQAAAL8AAAC4AAQAtQANALMAEgCxABoAsAAiAK0AKgCpADEApgA4AKQAPQCi&#10;AEMAoABIAJ4ATACcAFEAmwBWAJkAXACXAGIAlQBpAJMAcgCRAH0AjwCLAI0AmgCLAKwAiQDFAIgA&#10;7gCGAP8AfwD/AHoA/wB4AP8A2QAAAM0AAAC7AAAArgAAAKUAAACfAAAAnAAJAJkADwCZABUAmQAd&#10;AJgAJACUACsAkQAxAI4ANwCMADwAiwBBAIkARgCIAEsAhgBQAIUAVQCDAFsAggBiAIAAawB+AHUA&#10;fACCAHoAkgB4AKMAdwC5AHYA4AB1AP8AcgD/AG4A/wBsAP8AxwAAALUAAAClAAAAmQAAAI8AAACJ&#10;AAAAhQAEAIQADACCABEAggAXAIIAHgCAACUAfgArAHwAMQB6ADYAeQA7AHcAQAB2AEQAdQBJAHMA&#10;TwByAFUAcABcAG8AZABtAG4AbAB6AGoAigBoAJsAZwCvAGYAzABlAPUAZAD/AGEA/wBgAP8AtAAA&#10;AKAAAACQAAAAhQAAAH0AAAB3AAAAcwAAAHAACABvAA4AbwASAG8AGABvAB8AbQAlAGsAKgBpADAA&#10;aAA0AGcAOQBmAD4AZQBDAGMASABiAE4AYQBVAF8AXgBeAGcAXABzAFsAggBZAJMAWACmAFcAvwBX&#10;AOoAVwD/AFYA/wBUAP8AoQAAAI4AAAB/AAAAdQAAAGwAAABoAAAAZAAAAGEABABgAAsAXwAPAF8A&#10;EwBfABkAXwAfAF0AJQBcACoAWwAvAFkAMwBYADgAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEAUABt&#10;AE4AewBNAIwATACfAEsAtQBKANwASgD6AEoA/wBKAP8AkgAAAIAAAAByAAAAZwAAAF8AAABaAAAA&#10;VwAAAFUAAQBTAAcAUgAMAFIAEABSABQAUgAaAFEAHwBPACQATgApAE0ALgBMADMASwA4AEoAPQBJ&#10;AEMASABKAEYAUgBFAFwARABnAEMAdQBCAIYAQQCYAEAArgBAAMsAPwDyAEAA/wBAAP8AhQAAAHQA&#10;AABnAAAAXQAAAFUAAABPAAAATAAAAEoAAABIAAQARwAKAEcADQBGABEARgAVAEYAGgBFAB8ARAAk&#10;AEMAKQBCAC0AQQAzAD8AOAA+AD4APQBFADwATgA7AFcAOgBiADkAbwA4AIAANwCTADYApwA2AMAA&#10;NgDoADYA/gA2AP8AfAAAAGsAAABeAgAAVAMAAE0DAABHAwAAQwEAAEEAAAA/AAEAPgAHAD0ACwA9&#10;AA4APAARADwAFgA8ABoAOgAfADkAJAA4ACkANwAuADYAMwA1ADoANABBADMASQAyAFMAMQBeADAA&#10;awAvAHsALgCOAC0AogAtALgALQDdAC0A+AAuAP8AcwEAAGQFAABXBwAATQgAAEYIAABACAAAOwcA&#10;ADgFAAA3AwAANgAEADUACAA0AAwANAAPADQAEgAzABYAMgAbADEAIAAwACQALwApAC4ALwAtADYA&#10;LAA9ACsARQAqAE8AKQBaACgAZwAnAHcAJgCJACYAnQAlALMAJQDPACUA8AAmAP8AbQYAAF4JAABS&#10;CwAASAwAAEAMAAA6CwAANgsAADIKAAAwCAAALgYCAC4DBgAtAAoALAANACwAEAArABMAKgAXACkA&#10;HAAoACAAJwAlACYAKwAlADIAJAA5ACMAQgAiAEsAIgBXACEAZAAgAHMAHwCFAB8AmQAeAK4AHgDH&#10;AB4A6QAfAPoAaAkAAFkMAABNDQAAQw4AADwOAAA2DgAAMQ0AAC0NAAAqDAAAKAsAACcJBAAmBggA&#10;JgQLACUDDgAkARAAJAEUACIBGAAhAR0AIQAiACAAKAAfAC4AHgE2AB0BPwAcAUkAGwFUABoBYQAa&#10;AXAAGQGCABgAlgAYAKoAGADBABgA4QAYAPQAYwwAAFUOAABJDwAAQBAAADgQAAAyEAAALQ8AACkO&#10;AAAmDgAAIw0AACIMAwAgCwYAIAkJAB8HDAAeBg4AHgURABwFFQAbBRoAGgUfABoFJQAZBSsAGAUz&#10;ABcGPAAWBkYAFgZSABUHXwAUB24AEweAABIHlAASBqcAEgW8ABIE2QASA+8AXw4AAFEPAABGEAAA&#10;PBEAADURAAAvEQAAKhEAACYQAAAiEAAAIA8AAB0OAgAcDQUAGg0HABoLCgAZCg0AGAkQABcJEgAW&#10;CRcAFQkcABQJIgAUCikAEwoxABIKOgASC0UAEQtRABAMXwAPDG4ADgyAAA4MlAANC6cADQu6AA0K&#10;0gANCuoAXA8AAE4RAABDEgAAOhMAADITAAAsEwAAJxIAACMRAAAfEQAAHBAAABoQAgAYDwQAFg4H&#10;ABUOCQAUDQsAEwwNABIMEAASDBQAEQwaABENIAAQDSgADw0wAA4OOwANDkYADQ5RAAwPXgALD20A&#10;Cg9/AAkPkwAJD6YACA65AAgO0AAHDugAWBEAAEsSAABAEwAANxQAADAUAAApFAAAJRQAACETAAAd&#10;EgAAGhIAABcRAgAVEQUAExAHABIQCQARDwoAEA4MAA4ODgAODxIADRAYAA0QHgAMECUADBAtAAsR&#10;NgAKEUEACRFNAAgSWgAHEmoABhJ8AAUSkAAEEqQAAxG4AAMRzwACEegAVRIAAEkUAAA+FQAANRYA&#10;AC0WAAAnFgAAIhUAAB4UAAAbFAAAGBMAABUSAwATEgUAEhEHABARCQAPEQoADRELAAwSDgALEhEA&#10;ChIVAAkTGwAJEyIACBMqAAcUMwAFFD4ABBVKAAMVWAACFWcAARV6AAAVjgAAFaMAABS3AAAUzwAA&#10;E+kAUhQAAEYWAAA7FwAAMhcAACsXAAAlFwAAIRYAABwWAAAZFQAAFhQBABQTBAASEwYAERIIAA8S&#10;CAAOEwkADBQKAAoVDQAIFhAABhYTAAUWGQAEFx8AAxcnAAIYMAABGDsAABlHAAAZVQAAGWQAABl3&#10;AAAZjAAAGKIAABi3AAAXzwAAF+oATxYAAEMYAAA5GQAAMBkAACkZAAAjGQAAHxgAABsXAAAYFgAA&#10;FRUCABMVBQARFAYAEBQGAA4VBwAMFggAChcKAAcZDAAEGg4AAhsSAAEbFgAAGx0AABwkAAAcLQAA&#10;HDgAAB1EAAAdUgAAHWIAAB11AAAdigAAHKAAABy2AAAb0AAAGusATBgAAEAaAAA2GwAALRsAACYb&#10;AAAhGgAAHRkAABkZAAAXGAAAFBcDABIWBAAQFwQADhcEAAwZBQAKGgcABxwJAAMdCwAAHw0AACAQ&#10;AAAgFAAAIRoAACEiAAAhKgAAITUAACJBAAAiTwAAIl8AACJyAAAhiAAAIZ8AACC2AAAf0QAAH+0A&#10;SBoAAD0cAAAzHQAAKx0AACQdAAAgHAAAHBsAABgaAAAWGQEAExkBABEZAQAOGgEADBwCAAodAwAH&#10;HwUAAyEIAAAiCgAAJAwAACYOAAAmEgAAJhgAACcfAAAnJwAAJzIAACc+AAAnSwAAJ1wAACduAAAm&#10;hQAAJp0AACW0AAAk0QAAI+4ARB0AADkfAAAwHwAAKB8AACMeAAAeHQAAGxwAABgbAAAUHAAAERwA&#10;AA4dAAANHwAACiEAAAYiAQADJAQAACYGAAAoCAAAKgsAACsNAAAtEAAALRUAAC0cAAAtJAAALi4A&#10;AC46AAAuSAAALVgAAC1qAAAtgQAALJoAACuyAAAq0AAAKe8AQCAAADYhAAAtIQAAJiEAACEgAAAd&#10;HwAAGh4AABYeAAASHwAADyEAAA0iAAAKJAAABiYAAAIoAAAAKwIAAC0EAAAvBgAAMAkAADIMAAA0&#10;DgAANRIAADUYAAA1IAAANSoAADU2AAA1QwAANVMAADRmAAA0fAAAM5YAADKvAAAxzQAAMO8APCMA&#10;ADIkAAAqJAAAJCMAACAiAAAcIQAAFyEAABMjAAAQJQAADScAAAkpAAAFKwAAAS4AAAAwAAAAMgAA&#10;ADQBAAA2BAAAOAYAADoJAAA8DQAAPhAAAD4UAAA+HAAAPiYAAD4xAAA+PwAAPU4AAD1hAAA8dwAA&#10;O5EAADqrAAA5yQAAOO0ANycAAC8nAAAoJgAAIyUAAB8kAAAZJQAAFCYAABAoAAANKwAACS4AAAUw&#10;AAAAMwAAADUAAAA4AAAAOgAAADwAAAA+AQAAQAMAAEIHAABECgAARg0AAEkRAABJFwAASCEAAEgs&#10;AABHOgAAR0kAAEZbAABFcQAARIsAAEOlAABCwwAAQegANCoAACwqAAAnKAAAIicAABwoAAAWKgAA&#10;ES0AAA0wAAAJMwAAAzYAAAA5AAAAPAAAAD4AAABBAAAAQwAAAEYAAABIAAAASgAAAEwDAABOBgAA&#10;UAoAAFMOAABUEwAAVBwAAFMnAABTNAAAU0MAAFJVAABRagAAUIMAAE+eAABNuQAATOAAMC0AACss&#10;AAAmKwAAHywAABguAAASMgAADTUAAAg5AAACPQAAAEAAAABDAAAARgAAAEkAAABMAAAATgAAAFEA&#10;AABTAAAAVQAAAFcAAABZAQAAXAYAAF8KAABiDgAAYxUAAGMfAABiLAAAYTwAAGBOAABfYgAAXnsA&#10;AFyWAABbsAAAWc8ALzAAACovAAAiMAAAGjMAABM3AAAOOwAACD8AAAFEAAAASAAAAEwAAABPAAAA&#10;UgAAAFUAAABYAAAAWwAAAF0AAABgAAAAYgAAAGQAAABmAAAAaQAAAG0FAABwCwAAdBAAAHQYAABz&#10;JQAAcjQAAHJFAABwWQAAb3EAAG2LAABrpgAAasAALjMAACU1AAAdOAAAFDwAAA5BAAAHRwAAAEwA&#10;AABRAAAAVQAAAFkAAABdAAAAYQAAAGUAAABoAAAAawAAAG0AAABvAAAAcgAAAHQAAAB3AAAAegAA&#10;AH4AAACCBAAAhgsAAIoRAACJHAAAiCsAAIY9AACEUgAAg2cAAIGBAAB/mwAAfrIAKToAACA9AAAW&#10;QgAAD0gAAAhOAAAAVAAAAFoAAABgAAAAZAAAAGkAAABuAAAAcgAAAHYAAAB6AAAAfQAAAIAAAACC&#10;AAAAhQAAAIgAAACLAAAAjgAAAJIAAACWAAAAmwMAAKAMAACiEwAAoCEAAJ8zAACdRwAAml4AAJh3&#10;AACXjwAAlacAI0MAABlIAAARTgAACVUAAABcAAAAYwAAAGoAAABxAAAAdgAAAHsAAACAAAAAhgAA&#10;AIoAAACOAAAAkQAAAJMAAACWAAAAmQAAAJwAAACgAAAAowAAAKcAAACrAAAAsAAAALYEAAC8DQAA&#10;uhcAALkoAAC3PAAAtFIAALJqAACvhQAArZwAHE4AABNUAAALXAAAAWQAAABsAAAAdAAAAHwAAACD&#10;AAAAiQAAAI8AAACUAAAAmgAAAJ8AAACiAAAApAAAAKcAAACqAAAArgAAALEAAAC0AAAAuAAAALwA&#10;AADBAAAAxwAAAM0AAADUBQAA2BAAANUeAADTMQAA0EgAAM1fAADLdgAAyI4AAAAAAAAAAAAAAAAA&#10;AAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJE&#10;RUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouM&#10;jo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV&#10;1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////&#10;/////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8g&#10;ISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdp&#10;amtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cx&#10;s7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6&#10;+/z+//////////////////////////////////////////////////////8AAAAAAAAAAAAAAAAA&#10;AAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRF&#10;RkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yO&#10;j5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW&#10;19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////&#10;////////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygp&#10;KissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFi&#10;Y2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqb&#10;nJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU&#10;1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAAB&#10;AAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4PEBESExQV&#10;FhcYGRoaGxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktM&#10;TU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SF&#10;hoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2t7i5uru8vb6/&#10;wMHCw8TFxsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP09fb3+Pn6&#10;+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0e&#10;Hh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNV&#10;V1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHC&#10;w8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs&#10;7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwN&#10;DQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIz&#10;NDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWX&#10;mZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb&#10;29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9&#10;/f7+/9rLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyq&#10;nIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiI&#10;y7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLL&#10;ujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIve&#10;qJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Ol&#10;h9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKs&#10;xrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trL&#10;CRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN&#10;4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9Gw&#10;oofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQ&#10;tMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvo&#10;zQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZ&#10;j+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofV&#10;rZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCz&#10;aLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ46&#10;6cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Ol&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I&#10;2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7&#10;rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQ&#10;YNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2aud&#10;idyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5tnLCRvnzg056M0QYNzJDZLLuzCrxrhPtMCzZ727rnvE&#10;tamIy7Kmh9Gvo4fVraCI2aueidypnIrep5uM4KWZj+OhmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOSh&#10;mJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5NnLCRrkzg05584OYNrK&#10;DJLLvC6rxblNtMC0Zr26rnrFtamHy7Gmh9Guo4fVrKCI2aqeidynnIrepZuL4KKajeKemY/jnpmP&#10;456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/j&#10;npmP49jLCRrhzww55c8OYNnKDJHLviyrxblMtb60Z725rnvFtKqHzLCmh9Gto4fVq6CI2aieiNul&#10;nYndo5yK35+ai+GbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZ&#10;juKbmY7im5mO4puZjuKbmY7im5mO4tjLCRrc0As549ANYNjLC5HLvyurxLpMtb2zZ764rnvFtKmH&#10;zLCmh9Gso4fVqaCH2KafiNujnYjdoJyJ3p2biuCYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h&#10;mJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4dfMCRra0Qs43tEMX9bLC5HL&#10;wCmswrlNtryzaL63rnvGs6mHzK+mh9Gqo4bVp6GH2KSfh9qhnofcnp2I3Zqcid6Vm4zglZuM4JWb&#10;jOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM&#10;4NbMCRnZ0Qs42tMMX9TMC5HJwCmtwLlOtrqzab+1rnzGsqmHzK2mhtGpo4bUpaGG16Kghtmfn4ba&#10;m56H3JediN2TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96T&#10;nIvek5yL3pOci96TnIvek5yL3tXMCRnY0gs32NMLXtLMC5PHvyutvrhQt7myar+0rXzGsKmHzKum&#10;htCnpIXUo6KF1p+hhdicoIXZmJ+G2pSeh9yQnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K&#10;3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3dTNCRnW0gs31tQLXtDLCpXEvi2u&#10;vLhRuLeyasCzrXzGrqmHzKmmhtClpIXToKOE1Z2ihNaZoYXYlaCF2ZGfh9qOnonbjp6J246eiduO&#10;nonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J29PN&#10;ChjV0ws21NQLX87LCZfBvjCvurdTuLWybMCwrX3HrKqGy6enhc+ipYTRnqSE05qjhNWWooTWk6GF&#10;14+ghtiLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZ&#10;i6CJ2YugidmLoInZi6CJ2dLOChfT1As10dMKYsvMCZm+vTOxt7dVubKxbcGtrX3GqqqGy6SohM6f&#10;p4TQm6WD0pekg9OTo4TUkKOF1YyihtaJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mh&#10;iNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI19DPChbR1As3ztMKZcbKC525vDiytLZY&#10;uq2xbsGqrn3Gp6uFyaGphMycqIPOl6eDz5Omg9GQpYTSjaWF04qkhtOHo4jUh6OI1IejiNSHo4jU&#10;h6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1M7QChXO&#10;1Ao6ytMKaMDID6G1uz60rbVbu6mxb8Gmr33Eo62Ex52rg8qYqoPLk6mDzZCohM6Np4TPiqeFz4em&#10;h9CFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI&#10;0YWmiNGFpojRhaaI0czQCRjK1Ao+xdMKbbjFFqWuuUS1p7Veu6OycMChsH3Dn66ExZmtg8eUrITJ&#10;kKuEyo2qhcuKqoXLiKmGzIWph82DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2D&#10;qInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzcjRCRvF1QpCv9MKcrHEHqeluUm2obZgu56z&#10;cL6dsX3Bm7CEw5WvhMSRroTGja2Fx4qthseIrIbIhqyHyISricmCq4rJgquKyYKrismCq4rJgquK&#10;yYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKycTSCCDA1glI&#10;uNQKeKnPF5ievkeumrZiupi1cbyXs3y+l7KEwJKxhcKNsIXDiq+GxIivh8SGr4jFhK6JxYOuisWB&#10;rovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGu&#10;i8WBrovFga6Lxb/UByW61wlOrtoLcKDbE4eXzTmaksNYqJG8bLKRt3q5krSDvY6zhr+LsofAiLGH&#10;wIaxiMGEsYnBg7GKwYKxi8KAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC&#10;gLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwvfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+&#10;on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0g&#10;U+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPY&#10;rYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOS&#10;itCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/&#10;vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3&#10;KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY&#10;2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCx&#10;j4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCI&#10;w7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzM&#10;qESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vS&#10;sIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mb&#10;iMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESq&#10;xqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfA&#10;EBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN&#10;1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2vfADxX4wBYw+b0gU+q4J3zMqESrxqVdtMKkcLq+on+/vKCIw7mbiMe3&#10;mIjKtZWJzrOSitCxj4vTsI2N1a+Kj9etiJPZrYaY2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quG&#10;ndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2vfBDxX3wRYw+L4fU+q4JnzLqUOrxqZc&#10;tMKkb7q+on6/u6CIw7mdh8i2mofMs5eIz7GUidKwkorVro+M162NjtmsipLcq4mZ3aeInNuniJzb&#10;p4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic2/bBDhT3&#10;wRUw+L8eU+q5JXzLqUKrxqdbs8Klbrq+o36/u6GIxLieh8m1nIfNspmH0bCWiNSulInXrZKL2quQ&#10;jdypjZLfqI2a36OLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc&#10;3KOLnNyji5zco4uc3PbBDhT2whUw978eU+q6JHzLqUGsxqdas8Klbbq+o32/u6OIxLegh8m0nYfO&#10;sZuH06+ZiNatl4naq5WK3KmTjd+nkpHipJGZ4KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNyg&#10;jpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3PXCDhT1whQw9sAdU+q6I3zLqkGsxqhZs8Km&#10;bbq+pH2/uqSHxbehh8qzn4fPsJ2H1K6biNirmYncqZiL36eYjuKll5LmoJaZ4JyTm92ck5vdnJOb&#10;3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3fTCDRT1wxQw&#10;9sAcU+q7InzKqkCsxqhYs8KmbLq+pHy/uqWFxbajh8uzoYfQsJ+H1a2diNqqnYrdp5uM4KSajuKf&#10;mI/jnZqY4ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmX&#10;m92Zl5vdmZeb3fLDDRT0wxMw9cEbU+q8IXzKqz+txqlXs8Kna7q+pXu/uqaExbalh8uyo4fRr6GH&#10;1qufiNqnnYndpJyK36Cbi+Cbmo3il5qT4Zecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve&#10;l5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3vDDDRT0xBMv9cIaUuq9IHzKqz6sxqpWs8Koa7q+&#10;p3m/uqiDxbanh8yypYfRrKKH1qigh9mknojcoZ2I3Zycid6Xm4vgk5uP4JKdl96SnZfekp2X3pKd&#10;l96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3u3EDBPzxRIv9MIZ&#10;Uuq9H3zKrDysxqtVs8Koarm+qXe/uqqAxbWph8yvpYfSqqKH1qWghtihn4banZ6H25mdh92UnYne&#10;kJyN3o6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92O&#10;nZPdjp2T3erFDBPyxREv88MYUuq+HXzLrTqsxqxUs8Kpabm+rHO/uq1+xbKph8yspYbRp6OG1aKh&#10;hdeeoIXYmqCF2pafhtuRnojcjZ6L3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P&#10;3Iuej9yLno/ci56P3Iuej9yLno/ci56P3ObFCxPxxhEv8sQXUurAG3zLrzisxq1SssKrZrm/sG++&#10;t61+xrCph82qpobRpKSF05+jhNWbooTWl6GF2JOghdmPoIfZi5+K2oifjdqIn43aiJ+N2oifjdqI&#10;n43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2uHGChPwxxAu8MYWUerB&#10;GXzLsDWrx69PssOwYLi8smy/sq1+x62phsynp4XPoaWE0pykhNOYo4TUlKOE1ZCihdaNoYbXiaGI&#10;2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvY&#10;h6GL2NvHCRLuyQ8u7sgUUevEFnzMszCrx7FMscS4Vre2sW7Brq1/x6mqhsujqITOnqeDz5mmg9GV&#10;pYPSkaSE046khdSLo4bUiKOI1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWj&#10;itWFo4rVhaOK1YWjitWFo4rVhaOK1drICRLryw0t68oRUOvHEnzMtiqqyLdEsLq2WbqvsXDCqq1/&#10;x6arhcqgqoTMmqiDzZaog86Sp4PPj6aE0IymhdGJpYbRh6WH0oWlidKFpYnShaWJ0oWlidKFpYnS&#10;haWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0tjJCRHfzQss580PT+jLDnvN&#10;vCKowrw8sbG1XrypsXLCpq5/xaKthMecq4PJl6qDypOqhMuQqYTMjamEzYuohc2IqIbOhqeHzoSn&#10;ic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJ&#10;z9XJCRDYzwor2tMLTtjQC3rNwxaos7pGtam0Yr2ksXTBobB/w56uhMWZrYTHlKyEyJCrhMmOq4TK&#10;i6qFy4mqhsuHqYfMhamIzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyD&#10;qYnMg6mJzIOpicyDqYnMg6mJzNLLCQ/U0Qop1dULTNDQCn64vyWuqLhPuKG0ZryesnW/nbF/wZuw&#10;hMOWroTFka6Exo6thceLrIXHiayGyIesh8mGq4fJhKuJyYKrisqCq4rKgquKyoKrisqCq4rKgquK&#10;yoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKys/MCQ3Q0gooztQKUsXRCoOqwy2o&#10;nrdXuJu1aLuatHW+mbJ/v5exhMGTsIXCj6+Fw4yvhcSKrobFiK6HxYauiMaErYjGg62KxoGti8eB&#10;rYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx8zN&#10;CQzL0wotx9QKWbLYC4CezSuamMFQq5a4Z7eVtXW8lLR+vpSzhb+QsoXAjLGGwYqxh8KIsIfChrCI&#10;woWwicODsIrDgq+Lw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zD&#10;ga+Mw4GvjMOBr4zDga+Mw8fPCBDF1Ak0uNkKW6LnEnaX2iWJkM9FmI7HXaONwW6rjb15sYy6gbSJ&#10;uIO3hreFuYS2hrqDtYe7grWIvIG0ib2AtIq9f7SLvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6z&#10;jL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvsLRBxa91gg6p/EOVZvxG2iR5i14id1A&#10;hYXVVo+Dz2eXgstznX7IeKF7xnykecR/pnfDgqh1woSpdMKFqnPBh6tywYircsCKrHHAi6xxwIus&#10;ccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrP+4FA7/&#10;uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWF&#10;k820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrD&#10;upGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSb&#10;crbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n&#10;/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820&#10;g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGL&#10;xriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbC&#10;m3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7Qq&#10;RvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bP&#10;s4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriN&#10;jci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5&#10;wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvev&#10;Nmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ&#10;0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0f+4FA7/uB0n/7UpRvewNWneqEGQx5xhscSccbbCm365v52Gvb2aicG7l4nEuZOKx7ePjMq1&#10;jI7MtImQzrOHktCyhJXSsYKZ07GBntSugKLUrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyA&#10;o9KsgKPSrICj0qyAo9KsgKPSrICj0v+5Ew7/uRwn/7YoRvewNGrdqECQx51gscSccbbCnHy6v56F&#10;vryciMK6mYjFuJWJybaRisy0jozPsouO0bGIkdOwhpTVr4SZ1q+Dn9eqgqHVp4Ki06eCotOngqLT&#10;p4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki0/+5Ew7/uRwn/7YoRvexM2rd&#10;qT+Rx51gscSdcLbCnnu6v5+DvryeiMK5m4jHt5eIyrWUic6zkIvRsY2N06+KkNauiJPYrYaZ2aqF&#10;ntmlhKHVpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi&#10;1P+6Eg7/uhsn/7cnRvexMmrdqT6Rx55fscSdb7bBn3m6vqCCv7ugiMO4nIfItpmIzLOWiNCxkorT&#10;r4+M1q6MjtisipPbq4mZ3KaHndqihqDWoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSg&#10;hqLUoIai1KCGotSghqLUoIai1P+6Eg7/uhsm/7cmRvayMWrdqj2Rx55escSdb7bBoHi6vqGBv7uh&#10;iMS4nofJtZuHzbKYiNGwlYnVrpKL2KyPjduqjZLeqIya36KKndqeiaDWnImh1JyJodSciaHUnImh&#10;1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1P66EQ7/uxom/7gmRvayMGrdqjyR&#10;x55dscSebrbBoXa6vqJ/v7ujiMS3oIfKtJ2Hz7Gah9OumIjXrJWK26qTjd6okZLipJCZ4J6Nndua&#10;jKDXmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1f67&#10;EQ7+uxom/7glRvazMGrcqzuSx59dscSfbLbBonS6vqR+v7qkh8W3oofKs5+H0LCch9WtmojZqpmK&#10;3qiYjuKll5Pmn5WZ4JqRnNuXj5/Xlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHV&#10;lo6h1ZaOodWWjqHVlo6h1f27EQ7+uxom/7klRvazL2rcqzqSx59cscSgarbBo3O6vqV8wLqlhcW2&#10;o4fLs6GH0a+fh9asnonbqJyL36SajeGfmY/jnJqY4ZeWnNyUk5/Yk5Kg1pOSoNaTkqDWk5Kg1pOS&#10;oNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1v27EQ39vBkm/rkkRva0LmrcqzqSx6Bc&#10;scShaLbBpXG6vqd6wLqnhMW2pofMsqSH0a6ih9epn4jbpJ2J3qCbiuCamozhlpuT4ZWbm92Sl57Y&#10;kZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg1/y8EA39&#10;vBkm/rojRva0LWrcrDmSx6BbscSjZrXBpm66vql4wLqpgsW2qIjMsKWH0qqih9emn4faoZ6H3Jud&#10;iN6WnIrfkZuQ35Gdmd2Pm57Zj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf&#10;14+Zn9ePmZ/Xj5mf1/y8EA38vBgm/boiRfa1LGrcrTeTx6FascWlY7XCqWu6vqx1v7qtf8WzqYfM&#10;raWG0qeihtaioYbYnZ+G2pieh9uSnYndjp2N3YyelNyNoJ7ZjJ6f14yen9eMnp/XjJ6f14yen9eM&#10;np/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f1/u9EA37vRcl/bsiRfa2K2rbrTaTx6JZscWn&#10;X7XCrWa5v7FwvretfsawqYfNqqaG0aSkhdSeooXWmaGF2JSghtmPn4fai5+L24ifkNuIoJjYiKGd&#10;14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd1/q9Dg36vhYl&#10;/LwgRfa3KmrbrzSUyKRVscarWLTDs1+3u7Juv7KtfsesqYbMpqeF0KClhNKbpITUlqOE1ZGihdaN&#10;oYbXiaGJ2IahjdiEoZPXhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSi&#10;l9aEopfWhKKX1vm+Dgz5vxUl+r0fRfa4J2rbsDGUyKhNr8eyTrLBuFi4tLFwwa2tf8epqoXLoqiE&#10;zp2ng9CXpoPRkqWE0o6khdOLo4bUiKOI1YSji9WCo5DVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV&#10;gaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1fTADQz3wBMk+b8dRPa6JWrasi6Vyq9Arci9Pa+3&#10;tl26rrFywqmtf8alq4XJn6qDy5mpg82UqIPOkKeEz4ymhdCJpobRhqWH0oSlitKBpY3SgKWP0oCl&#10;j9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0uzBCwz1whIk9sEa&#10;RPe9IWratCmWzbwoqbu7Q7OutWG8qLFzwaWuf8WhrYTHm6yDyZarg8qRqoTLjqmEzIuphc2IqIbO&#10;hqiHzoOoic6Bp4zPgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+A&#10;p43PgKeNz9/ECQvyxRAj88QWQ/TBHGnewhWPwcAjrK+5TLamtGW9orJ1wKCwgMOdroTFl62ExpOt&#10;hMePrITIjKuFyYmrhsqHq4bKhaqIyoOqicuBqovLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqM&#10;y4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy9rFCArryQ0i7sgSQu/GFWjQ0gqHsb4vrqW4VLiftWi8&#10;nbN2v5uxf8GZsITClK+Ew5CvhcSNroXFiq6GxoithsaHrYfGha2Ix4OticeBrYvHgKyLx4Csi8eA&#10;rIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx9XGCAnZzAog5c8NQNjV&#10;C1+91guIpcQ0ppy3WriZtWu7l7R3vZazf76VsoXAkbGFwY6xhcGLsIbCibCHwoiwh8OGsIjDha+J&#10;w4OvisSCr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vE&#10;ga+LxNLICAfTzwod1dQLPcLZC2Or3hCDm84zmZTEU6aRvmevkLp0tJC3fbmRtYS8jrOGvoyyhr+K&#10;sofAiLKIwIaxiMGFsYnBhLGKwYKxi8GBsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCx&#10;jMKAsYzCgLGMwoCxjMKAsYzCgLGMws7KCAbO0QocxtcKQa/qDmGd5hx4kNoyiIvSTJSJy1+ciMZu&#10;o4jDeKiFwHyrg79/roC9gbB/vIOxfbyEsny7hrN7u4e0erqItHm6ibV4uYu1eLmMtni5jLZ4uYy2&#10;eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtsnLCAbI0gkis98JQqD8FVqT&#10;8Chqi+Y5d4TfSYKB2FuLgNNpkXzQcZZ5zXaadst6nXTKfZ5yyX+gcciBoXDHg6Jvx4WjbsaGo23G&#10;iKRsxYqlbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWL&#10;pcTOBwq32Qcmo/sOPZb/Hk6N+i9bhvI/Z4DrTnF75Vt5duBlgHHdbIRu2nKIa9l3i2nXeo1n1n6O&#10;ZtWAj2XUgpBk1ISRY9OGkWLTiZJh0ouTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh&#10;0oyTYdKMk2HSjJNh0oyTYdKMk/+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGX&#10;i7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt5&#10;2Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3&#10;faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+x&#10;GAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaU&#10;xbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/&#10;k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpc&#10;l8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLK&#10;t3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/&#10;sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmD&#10;lsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9&#10;vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iV&#10;crDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3yn&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xFwn/siIe&#10;/64wOv+pPVnso0p52JtbmMeVcrHFl3u1w5iDuMGZiru/lYu+vZGMwbuOjsO6ipDFuYeSx7iElcm3&#10;gpjKtoCby7Z+nsy1faPMs3ynza98qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698&#10;qMuvfKjLr3yoy/+yFwn/siEe/68vOv+qPFnspEl62JtamcaWcbLEmHi1wpmBucCbiLy+l4q/vJSL&#10;wrqQjcW5jI7Ht4iRybaFlMu1g5fNtIGazrR/n8+zfqTPrn2mzqt9qMyrfajMq32ozKt9qMyrfajM&#10;q32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozP+yFgn/syEe/7AuOv+rO1nspEh615xZmsaXb7LE&#10;mXa2wpt/ucCch729monAu5aKw7mSi8a3jo3JtoqPzLSHks6zhJbQsoGa0bKAn9Kuf6PSqn+lz6Z/&#10;p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzf+zFgn/syAe/7At&#10;Ov+rOlnspUd61pxZmsaYbbLEmnS2wpx9ub+dhb29nIjBu5iJxbiUisi2kIvLtIyOzrOIkdGxhZXT&#10;sIOa1LCCoNWqgaLTpoGl0KOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82j&#10;gafNo4Gnzf+zFQj/tCAe/7EtOv+sOVnrpUZ71pxYm8aZa7LEnHK2wp17ub+fg768nojCupqIxreW&#10;icq1korNs46M0LGKj9Ovh5TWroWa2KuDn9emg6LUooOk0J+Dps2fg6bNn4OmzZ+Dps2fg6bNn4Om&#10;zZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4Omzf+0FQj/tB8e/7EsOv+sOVnrpkV71Z1Ym8eaabLEnXC2&#10;wp95ur+ggr68n4jCuZyIx7aYiMu0lInPsZCL06+MjtatiZPZrIeb26aGntmihaHVnoWk0ZyFps6c&#10;habOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzv+0FAj/tB8d/7EsOv+t&#10;OFnrpkV71Z1XnMebZ7LEnm62wqB3ur+hgL67oYjDuJ6HyLWah82yl4jRsJOK1a2PjdmrjJPdqIqb&#10;3qKIntmeiKHVm4ek0ZmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bO&#10;mYemzv+0FAj/tR4d/7IrOv+tOFrrpkR71Z1XnMecZbLEn2y1wqF1ur6ifr+7o4fEuKCHybSdh86x&#10;mYjTrpaJ2KuTjNyokJLho46a356Mntqai6HVl4qk0ZaJps6WiabOlommzpaJps6WiabOlommzpaJ&#10;ps6WiabOlommzpaJps6WiabOlommzv+0FAj/tR4d/7IqOv+tN1rrp0N81Z5VncedY7LEoGq1wqNz&#10;ur6kfL+7pIXEt6KHyrOfh9CwnYfVrJqJ26mYjOCll5PmnpSa35mRndqWj6DWlI2j0pOMpc+TjKXP&#10;k4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz/+1Ewj/tR4d/7MqOv+uNlrr&#10;p0N81Z9TnceeYLLFomi1wqVwur6mer+7poPFt6WHy7Oih9GvoIfXqp6J3KSbi+CdmY7jmpuZ4JWW&#10;nNuTk6DXkZGj05CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+l&#10;z/+1Ewj/th0d/7MpOv+uNlrrqEJ81aBRncefXrHFpGS1wqdtub6pd7+7qYHEtqiIy7Glh9GroofX&#10;pZ+I256diN2Xm4vgkpuT35KcnNyPmJ/XjpWi042TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCN&#10;k6TQjZOk0I2TpNCNk6TQjZOk0P+1Ewj/th0d/7QpOv+vNVrqqEF81aJOnMehWrHFpmC0wqppub+t&#10;c767rn3EtKqHy62lhtGnoobVoKCG2JmfhtuSnYndjZ2O3YyemNuMnp/Yi5qi1IqXpNGKl6TRipek&#10;0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0f+2Egj/txwd/7QoOf+wNFrqqUB9&#10;1aRJnMikVbDGqluzw69jt8CzbL22rnzFsKmHzKmmhtCjpIXUnKKE1pWhhdiPn4faip+L24efktqI&#10;oZzXiJ+h1IecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0f+2&#10;Egj/txsd/7UnOf+wM1rqqj591qhEm8moT6/HsFOyxbhZtbmzbb+xrX3GrKqGy6Wnhc+fpoTRmKSE&#10;05KjhNWMoobXiKGK14WhjteDopbWhKSf1ISio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPR&#10;hKKj0YSio9GEoqPRhKKj0f+3EQf/uBoc/7YlOf+xMVrqqzx+16w7mcqtRK3JuUWuvbhZuLKyb8Cs&#10;rn7GqKuFyqGphM2bp4PPlaaD0I+lhNKKpIbThqOI1IOjjNSBo5HUgKSZ04CmodGApqHRgKah0YCm&#10;odGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0f+4EAf/uRkc/7ckOf+zL1rprTl+2bQv&#10;lsy4MqnCvUCws7ZduqyxccGnrn7FpKyFyJ2rg8qXqYPMkqiEzo2nhM+Jp4bQhaaI0IKmi9GApo7R&#10;fqaU0H2nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz/+5Dwf/&#10;uhcc/7kiOf+1LVrsszB63cAfkMnDIai1uki0q7VivKayc8Cjr37DoK6Expmsg8iUq4TJj6qEyouq&#10;hcuIqYbMhamIzYKois2AqI3OfqiRzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmW&#10;zXypls18qZbNfKmWzfy7Dgf8vBUb/rsfOP+3KVrwvSR039MOhrnBKqqquU+2pLVlvKCydL+esX/C&#10;m6+Ew5auhMWRrYTGja2Fx4qshsiHrIfJhauIyYKrisqAq4zKfquPynyrksp8q5LKfKuSynyrksp8&#10;q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSyvG9DAb5vhIa+r4bN/y6JVrnzhNoyNkLia3D&#10;MqehuFa4nbVou5uzdb6Zsn/AmLGEwZOwhcKPr4XDjK+GxImuhsWGrofFhK6IxoOtisaBrYvGf62O&#10;x32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx9/ACAX1wg8Z&#10;9sIWNu7IFVDN3AxmtdoPiKLJNqCavlawl7dquZW1dryUtH6+lLOEv5CyhcCNsYbBirGGwYixh8KG&#10;sIjChLCJwoOwisOBsIvDgK+Nw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36v&#10;j8N+r4/Dfq+Pw9nCBwXkxwsY78gQNNHaC0W66Q5opt4YgpjRN5WRyFOhj8JlqY6+cq6NvHuyjLqB&#10;tYm4greHuIS4hbeFuYO2hrqCtoe6gbWIu4C1ibt+tYq8fbSMvHy0jb18tI29fLSNvXy0jb18tI29&#10;fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvdTEBwTWywkV09QLJ73iDEmp9BRlmeYleI7cOYaI&#10;1E+Qhs9gl4TMbZyDyXWgf8d4on3Ge6R6xX2mecSAp3fDgah2woOpdcKEqnTBhqtzwYercsCJrHG/&#10;i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+Lrc/GBwLQzQkSwNkJ&#10;LKz3D0ib+h5cj+8xa4bnQnaA4lB+ft1fhXvZaYp31W6PdNNzknHRd5Rw0HqWbs99l23Of5lszYGZ&#10;a82DmmrMhZtpzIecaMuJnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1n&#10;yoydZ8qMncrICAHC0gcTruYJLZ3/FUGR/yhQh/o5XIHzSGZ87VRud+hedXHkZXpt4Wt+at9wgWje&#10;dYRm3HiFZdt7h2Pafohi2oGJYdmDimDZhYpg2IeLXtiKjF7WjY1e1o2NXtaNjV7WjY1e1o2NXtaN&#10;jV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjcTKBwOx2gQVn/8NKJL/HTeJ/y5Dgv89Tnz9S1d3+FZf&#10;b/NdZWjwYmpk7WluYetvcV/pc3Nd6Hd1XOd7dlvmfnda5oB4WeWDeVjlhXpY5Ih6V+SLe1bjjnxW&#10;4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfP+qHAX/qicX/6c2L/+i&#10;REr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6e&#10;wbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/&#10;h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKC&#10;tMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6&#10;nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9&#10;ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9&#10;voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSS&#10;ibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qGwX/qicX/6c1L/+jREr6nVFl&#10;6ZdeftuUbZTPknemxZKBtMSTiLbDko24wY+PusCLkby/iJO+voWWv72CmMG8gJvCvH6ewrx9ocO7&#10;e6TEu3qpxLp5rcS1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw/+r&#10;GwX/qyYX/6g0L/+kQ0r5nlBl6Zhdf9qVaZXNlHSoxZR+tMSVhrbClYy5wZGOu7+NkL2+iZK/vYaU&#10;wbyDl8O7gZrEun6dxbp9oca6e6XGuXqqxrV6rMaxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3E&#10;sXqtxLF6rcSxeq3EsXqtxP+rGgX/qyUX/6k0L/+kQkr5n09m6JlcgNqWZpbMlXGpxZV8tMSWg7fC&#10;l4u6wJOMvL6Pjr+9i5DBvIeTw7qElsW5gZnGuX+dx7h9oci4fKbJtXqqybB7q8ese63FrHutxax7&#10;rcWse63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxf+sGQX/rCQW/6kzL/+lQUr5n09m6Jlb&#10;gdmYY5bMlm+qxZZ5tMOXgbfBmIm6v5WLvb6RjcC8jY/CuoiSxbmFlce4gpjJt3+dyrZ9osu2fKjL&#10;sHupyqx8qsiofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxf+sGQX/&#10;rCQW/6oyL/+lQUv5oE5n55pZgdmZYZfLl22rxZd3tMOZf7fBmoe7v5eKvr2TjMG7jo7EuYqQx7iG&#10;k8m2gpjLtX+dzbR+o86xfKbOrH2oy6h9qsmlfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6s&#10;xqV+rMalfqzGpX6sxv+sGQX/rSMW/6oyL/+mQEv4oE1n55xXgdmaXpfLmGqsxZl0tMOafbfBm4W7&#10;vpmJv7yVisK6kIzFuIyPyLaHksu0g5fOs4Cd0LJ/pNGsfqXPqH6nzKR/qcmhgKzGoYCsxqGArMah&#10;gKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxv+tGAX/rSMW/6sxL/+mP0v4oE1n551Vgdmc&#10;XJfKmWisxZpytMOcerjAnIO7vpyJv7uXicO5k4vHt46Ny7SJkM6yhJbRsYGd06yAotOngKXQpICn&#10;zaCBqcqegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxv+tGAX/rSIW&#10;/6sxL/+nP0v4oUxn555TgdmdWZfKm2WsxZxvtMOdeLjAnoG8vZ6IwLuaiMS4lYnJtZCLzbKLj9Gw&#10;hpXVroSe16eCodSjgqTRn4KnzZyDqcqag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qD&#10;q8eag6vHmoOrx/+tFwX/riIW/6swL/+nPkv4oUto559RgdmfVpfKnGKsxZ1stMOfdbjAoH68vaCH&#10;wbqdiMa3mIjLs5OJz7COjdStiZTZqIad2qKFodWehaTRm4WmzpmFqcqXhavHl4Wrx5eFq8eXhavH&#10;l4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx/+uFwT/riIW/6wwL/+nPkv4okto6KFPgdmgU5fK&#10;nl+sxp9ptMOhcrjAony8vaKEwbmgh8e1nIfNspeI0q6Ti9iqjpPfoouc3JyJoNaZiKPSl4imzpWI&#10;qcqUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx/+uFwT/riEW/6wv&#10;L/+oPUv4okpo6KJNgNmiUJfLoFysxqFls8OkbrfApXi8vKWCwrikh8i0oIfOsJ2I1auZit2ll5Pm&#10;m5Gb3ZaPoNeUjaPTkoymz5GLqMuQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQ&#10;iqvIkIqryP+uFgT/ryEW/60vL/+oPEv3oklo6KRKgNmkTZbLolirxqRhs8SnarfAqXS8vKl+wrio&#10;h8izpofPrKKH16Sdid2amo3hlZqb3pGVn9iPk6LTjpCl0I6PqMyNjqrJjY6qyY2OqsmNjqrJjY6q&#10;yY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyf+vFgT/ryEW/60uL/+pPEv3o0lp6KZIf9qnSJXMpVOq&#10;x6hcssSsZLbBrm67va94wLashMmup4fQpqOG1Z2ghtmTnYndjZ2U3Y2dn9iLmaHUi5ak0IqTp82K&#10;kanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyf+vFQT/sCAW/64uL/+p&#10;O0v3pEdp6ahEfturQ5TNqUypyK1UsMazXLPCt2a5t7B3wrCrhMmpp4bPoaSE05eihNaOoIfZiJ+P&#10;2oehmtiHoKHUh5uk0YeYps6HlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanK&#10;h5Wpyv+wFQT/sCAV/64tL/+qOkv4pkRo6qtAfdyvPJLPr0KmyrVJrca8UrG5tWe7sLB4w6ushMmk&#10;qYTNnKaD0JOkhNOLo4bVhaKM1oKilNaDpJ3Ug6Kk0YOeps6EmqjLhJqoy4SaqMuEmqjLhJqoy4Sa&#10;qMuEmqjLhJqoy4SaqMuEmqjLhJqoy/+wFAT/sR8V/68sLv+rOUv4qUBn6687e962M4/SujShzMI5&#10;qru6VbWwtGq9qrB5w6ethMefqoTLmKiDzZCnhNCJpYbShKSK04CkkNN/pZfSf6ag0H+lps6AoKjL&#10;gKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy/+xEwT/sh4V/7ArLv+sN0z6&#10;rDtl7bU0eOK/KYnYzCCYvr89rrC4Wbips2y+pbB6wqKuhMWbrIPIlKqEyo6phMyIqIbOg6eJz4Cn&#10;jc9+p5PPfKiaznypos18p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeo&#10;y/+yEgT/sx0V/7EpLv+tNkz8sTVi8b0qcubNH4DIzCGbsbxFsqi3Xrmjs2++oLF7wZ6vhMOXroTG&#10;kayEx4yrhcmHqofKg6qJy4CqjMx9qZDMfKqVy3qqnMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5&#10;q6TKeaukynmrpMp5q6TKeaukyv+zEQT/tBsU/7MmLv+vM0z9uStd68ofadLfEX+5zCecp71MsaC3&#10;YrmdtHG9m7J8v5qxhMGUsITDj6+FxYquhsaGrYfHg6yJx4Csi8h+rI7IfKySyHusl8h5rZ7Hea2e&#10;x3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex/+1EAP/thkU/7UkLf+0LEnyxR9U&#10;1t0SYsHfE4GszS6an8BPq5q4ZbeXtXK7lrR8vZWyg7+RsYXBjbGGwomwh8OGr4jDg6+JxIGvi8R/&#10;ro3Ffa6QxXuulMV6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxP+3&#10;DgP/uBYT/7cgLfm/H0Hc2RFExOsSZrHfGIGg0DOVl8ZQo5PAY62Ru3Gzkbh7uJC2gruOtIW9i7OG&#10;v4iyh8CGsonAhLGKwYKxi8GAsY3BfrGPwnyxksJ7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXB&#10;e7GVwXuxlcF7sZXBe7GVwfS6CwP9uxIS/rsbLOXQDzLI6Q9KtPIVZ6LiIn2W1jeNj85PmIzIYaCK&#10;xG6misF4qoe/fa2EvoCwgbyCsX+7hLN9u4W0e7qHtXq5ibV5uYu2d7mNtna4j7d0uJO3dLiTt3S4&#10;k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt9y+BgL4wA4R7sgOIsvbCy62+BFMpfUd&#10;Y5foLHWN3z2Bh9hQi4PTYJKCz2yXf81zm3zLd515yXqgd8h9oXXHf6NzxoKkcsWEpXDFhqVvxIim&#10;bsSKp23Djadrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqNfABgHb&#10;xggOy9MKFbjoDDKm/xVKmPomXI3wN2mF6UZ0f+RTe3zfYIF43GiFdNptiXDYcYtu1nWNbNV4j2rU&#10;e5Bp036RZ9OAkmbSg5Nl0oWUZNGHlGPQipVi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCO&#10;lmLQjpZi0I6WYtCOltHCBgHNywkFutoHGaj+DjGZ/x1Djv8vUYX6P1x+9E1kefBYanPsX29t6mNz&#10;aedpdmflbnll5HJ7Y+N2fWLieX5g4Xx/X+B+gF7fgYFd34OCXN6Gg1vdiYRa3Y2FWt2NhVrdjYVa&#10;3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhcvEBgC70QYHqecGGpr/EyuO/yQ5hf82RH7/&#10;RE15/1FVcftXW2v3XWBl9GJkYvJoZ1/wbWpd73FsW+11bVrteG9Z7HtwWOt+cVfqgXJW6oRyVemH&#10;c1TpinRT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdbzJBQCr2wEI&#10;mv8LFo//GSOF/ystfv85N3j/RkBw/05Haf9UTWL/WlJe/mFWWvxmWVj7a1tV+XBdVPh0XlL3eF9R&#10;93tgUPZ+YU/1gWJP9YRjTvSHZE30i2VM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85BmTPOQZv+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qR&#10;scSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHni&#10;j3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4&#10;rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7&#10;Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566&#10;wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSI&#10;lLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ&#10;2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzA&#10;d7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+hGAP/oysQ/6A6Jf+c&#10;SDz/l1ZT+JNjaOySaXrhkXOK2I98mNCOhKTKjoytxo2QtMSKk7fDhpW4woSYucGBm7rBf527wH2g&#10;vMB7pLzAeqe9wHmsvcB4sL29eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8&#10;uHizvP+hGAP/oyoQ/6E5Jf+dSD3/mFVU95RhaeuUZnvgkm+M1pF4ms6QgqbIj4mwxI+PtsOLkbfC&#10;iJS5wYSXusCCmrzAf529v32gvr97pL6+eqi/vnitv714sb64eLK+tHmzvbR5s720ebO9tHmzvbR5&#10;s720ebO9tHmzvbR5s720ebO9tHmzvf+iGAP/pCkQ/6E4Jf+dRz3/mVVU95ZeaeuVY3vglGyN1ZJ1&#10;nM2Rf6jHkYeyxJGOtsONkLjBiZO6wIaWvL+Cmb2/f5y+vn2gv717pcC9earAvXiwwLh5sMC0ebG/&#10;r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyvf+jGAP/pCkQ/6I4Jf+eRj3/&#10;mVRV95dcaeuXYHzflmmN1ZNyncySfKrFkoW0xJKMtsKPj7nBi5K7wIeVvb6DmL+9gJzAvX2gwbx7&#10;pcK8eavCuXmvwrR5r8GwerDArHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuy&#10;vv+jGAL/pSgQ/6I3Jf+fRj3/mlNV95laaeuZXnzfl2WO1JVvncuUeavFk4K0xJSKt8KRjrnAjJC8&#10;v4iTvr2El8C8gJvCu32gw7t7psS6eq3FtHquxK96r8Kse7DAqHyxv6h8sb+ofLG/qHyxv6h8sb+o&#10;fLG/qHyxv6h8sb+ofLG/qHyxv/+kGAL/pSgQ/6M2Jf+fRT3/mlNV95pXaeubW3zfmWKO1JdrnsuV&#10;dqzFlIC0w5WIt8GTjbrAjo+9vomSwLyFlcK7gZrEuX2gxrl7qMe0eqvHr3utxat7rsOnfK/BpH2x&#10;v6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv/+kGAL/picQ/6M2Jf+gRD3/m1JW&#10;95xVaeucWHzfm16O1JlnnsqXc6zFlny0w5eFt8GWi7u/kY2+vYuQwbuGlMS5gZnHt36gybZ8qcqu&#10;e6rIqnysxqZ9rcSjfq/BoH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv/+l&#10;GAL/piYP/6Q1Jf+gRD3/nFFW955TaeueVXvfnlqN1JtknsqZb6zFmHm0w5mCuMGZiru+lIy/vI6O&#10;w7mIkse3gpjLtX6hza98p82pfanKpX6rx6J/rcSff6/CnYCxv52Asb+dgLG/nYCxv52Asb+dgLG/&#10;nYCxv52Asb+dgLG/nYCxv/+mGAL/pyYP/6Q1Jf+gQz7/nVBV959RaOugU3vgoFeN1J5fnsqba6zF&#10;m3W0w5t+uMCbh7y9l4rAupGMxbeKkMq0hJfPsoCj0qh/pc+jgKjLoICrx52BrcWbga/CmYKxv5mC&#10;sb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv/+mGAL/pyUP/6U0Jf+hQz7/nk5V+KFO&#10;aOyiUHrgo1KM1aFbncueZqzGnXG0w556uMCehLy8m4jCuZWKx7WNjc6whpbUqYKg1qGCpNCdgqjL&#10;moOqyJmDrcWXhK/CloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwP+mGAL/&#10;pyUP/6U0Jf+hQj7/n0xV+KJMZ+ylTXnhpk6L1aRWnMyhYarGoWyzw6J2t8CigL28oIfDt5qIyrKT&#10;itKsi5TboIef2JqGpNGXhqfMlYaqyJSHrMWTh67DkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoew&#10;wJKHsMCSh7DAkoewwP+nGAL/qCQP/6YzJf+iQj7/oEpU+aRKZu2nSnjiqUuK1qhRms2mW6nHpWWy&#10;xKdwtsCnery8poPDtqKHy6+diNall5Xml4+e2pONo9KRi6fNkIuqyZCKrMaPiq7Dj4mwwY+JsMGP&#10;ibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwf+nGAL/qCQP/6YzJf+iQT7/okhU+aZHZu6q&#10;R3fjrUeI2a1LmM+sVKbIrF6vxq9os8Kxc7m+sn3AsqqHy6WihtWUnIvej5qd2o2VotOMkqbOi5Cp&#10;youOq8eLja3EjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwf+oGAL/qSQP&#10;/6cyJf+jQT7/pEZT+qlEZO+tQ3XksUKF27RElNK1SqHLt1Oryr5frb23briysHzCqaqGy5ylhNKN&#10;oIfYhqCX2YeeotOHmKXPh5Woy4eTqsiIka3FiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQ&#10;r8KIkK/CiJCvwv+oGAL/qSMP/6cyJf+jQD7/pkNS+6tBY/CxP3Pntz2C3r47j9bEP5rMxUqmvLxd&#10;srG1b7uqsH3Do6uEyZang86KpIbTgaOQ1YGln9KCoaXPgpyozIOZqsmElqzGhZSuw4WUrsOFlK7D&#10;hZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw/+pGAL/qiMP/6gxJf+kPz7/qEBR/K88YfO2OXDq&#10;vzd948o1h9TRN5W+wkupsLlgtai0cL2jsH7Cna2Ex5KqhMuIp4bOgKaN0H2nmNB9qKTOfqSoy3+f&#10;qsmAm6vGgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxP+qFwL/qiIP/6gw&#10;Jf+lPj7/qztP/7Q3Xfa9M2rryjF13NopgsTOOJmywU+rp7hjt6G0c7yesX/BmK+ExI+shMiHqofK&#10;gKmMzHypk8x6qpzLeaumynqnqsh8oqvHfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9&#10;nq3EfZ6txP+qFgL/qyEO/6kuJf+nPD7/sDZM/LowWe/ILGLe2Sdty9wmhrbMPJuowVSrn7lmtpu1&#10;dLyZsn+/lbCEwo2vhcSGrYfGgayLyH2skMh7rJjIea2fx3etp8d3qqzGeaWtxHmlrcR5pa3EeaWt&#10;xHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxP+rFQL/rCAO/6stJP+rNjv/ti9I88QoUeDWJlbM5CJx&#10;u9ooiKrMQZufw1epmbxpspa3drmUtIC9kbKFwIuxhsGGsIjDga+LxH6uj8V7rpTFeq+axHivoMR1&#10;r6fEdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw/+sFAL/rR8O/6wrJP+w&#10;Lzf6vyVB5NEgRc7kHVu96SJ0rdosiZ/ORZmXxlqkk8BqrZG7drOQuH+3jbaEu4m0hr2Fsoi/grGL&#10;wX+xjsF8sZLCerGWwXmxm8F4sqHAdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safB&#10;dLGnwf+uEgH/rx0N/64oJP+4JDHqyxo10OIXQ7/wHV6v6CV1oNsxh5bRSJSQylyejcVqpYvBdqqJ&#10;vn2vhbyAsoK6g7R+uYa2fLiJt3m3jLh3t4+5draTunW2l7p0tp26c7ekuXO3pLlzt6S5c7ekuXO3&#10;pLlzt6S5c7ekuXO3pLlzt6S5c7ekuf+wEAH/sRoN/7ElI/PEFyfU3xArwe8XSLD3IGCh6itzld85&#10;go3XTI2I0V2Vhsxqm4TJdKCAxnmkfcR9pnrCgKl3wYOqdcCGrHO/iq1xv42ub76Qr26+lK9svpmv&#10;a76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr/+zDgH/tBYM/LwXGtbWCxbD&#10;7RAwsvwZSqL5JV6W7TNujOVBeoXeT4OB2V6Kf9Vqj3rScJN2z3WXc855mXHMfZtvy4CdbcqEnmvJ&#10;h59pyYqgaMiOoWfHkqJlx5aiZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMec&#10;o/S2CgH/uBIL1cwKC8TbChmy/BEzo/8dSJb8LFiM8ztlhOxJb37nVXZ642B8dd9ngXHdbYRt23KH&#10;atl2iWjYeotm132NZNaBjmPVhI9h1IiQYNOLkV/Tj5Je0pSSXNKZk1zSmZNc0pmTXNKZk1zSmZNc&#10;0pmTXNKZk1zSmZNc0pmTXNKZk9y7BADYwwcExNEIB7PoChyj/xQxlv8kQ4z/NFCE+0JaffZPYnjx&#10;Wmhx7l9ta+tkcWfpaXRk5252YuZzeGDld3lf5Hp7XeN+fFzigX1b4oV+WuGIf1ngi4BX4JCAVt+V&#10;gVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgdS9BQDEyAcAtNkFCqP+DRyW/xos&#10;i/8rOoP/OkR8/0hNdf9SU279V1hn+l1cY/diX2D2Z2Jd9GtkW/NvZVnyc2dX8XdoVvF6aVXwfWpU&#10;74BrU++Ea1Luh2xQ7ottT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2QbsbA&#10;BQC00AQBo+MCCpb/EBiL/yAkgv8wL3r/Pzdy/0g+av9OQ2T/VEhe/1lMW/9fT1j/ZFJV/2lUU/9t&#10;VVL+cVdQ/XRYT/x4WU77e1pN+39bTPqDXEv5hl1J+YteSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBf&#10;SPiQX0j4kF9I+JBfSPiQX7XHAgCk2gABlv8GB4r/FBGB/yQaef8zInD/Oypo/0IxYf9KNlz/UTtX&#10;/1c/U/9dQlD/YkRO/2dGTP9sSEr/cElJ/3RKSP93S0b/e0xF/39NRP+DTkP/h05C/4tPQf+RUEH/&#10;kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUP+REgH/lScL/5U7HP+TSy//j1lD/4xk&#10;VPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2q&#10;zHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/&#10;lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3&#10;n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHA&#10;qsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP&#10;2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrE&#10;ccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuM&#10;a2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCy&#10;q8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+SEgH/licK&#10;/5Y7HP+USzD/kFlD/49jVPqOaWTxjXBy6Yt6fuKJgonchYmS2IKOmdR/k57RfZeiz3ubps15nqjM&#10;d6Kqy3alrMp0qa3Jc62uyXKyr8lxt6/IcbyvwnO9rr50va++dL2vvnS9r750va++dL2vvnS9r750&#10;va++dL2vvnS9r/+TEgH/lycK/5g7HP+VSzD/kVlE/5FgVfqQZmTwj21z6I13gOGMgIvbiIeU1YWN&#10;nNKCkaHPf5amzH2Zqct7nazJeaGuyHelsMd2qbHGda2yxnSys8ZzubPCdbqzvHW6s7h2urO4drqz&#10;uHa6s7h2urO4drqzuHa6s7h2urO4drqzuHa6s/+UEQH/mCcK/5k7HP+WSzD/kllE/5JeVfqSZGXw&#10;kWp0549zgeCOfYzZi4WW1IiLntCFkKTNgpSpyn+Yrch9nLDHe6CyxnmktMV4qLXEdq62xHW0tsF2&#10;t7a8d7e2t3e3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3tv+VEQH/mScK/5k7&#10;HP+XSjD/k1hE/5RcVfqUYWXwk2d055Fwgt+Peo7YjYOY0ouKoM6Hj6fLhJOsyIGXsMZ/m7PEfZ+1&#10;w3ukt8J5qbnCd6+5wna1ubx4tri4eLa4s3i2t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ew&#10;ebe3sHm3t/+WEQH/micK/5o7HP+XSjH/lFVE/5ZZVfqWXmXwlWR055Nsgt6Rdo7Yj3+Z0Y2Ios2K&#10;jqnJh5KuxoSWs8SBmrbCfp+5wnukusF5qrrBd7G6vXi1urd4tbmzebW5r3m2uKx6tresera3rHq2&#10;t6x6tresera3rHq2t6x6tresera3rHq2t/+XEQH/myYK/5s7HP+YSTH/llNE/5hXVfqYW2Xwl2F0&#10;55Zogt6Tco/WkXua0I+Eo8uNjKvHipGxxIaVtsODmbjBf566wXuku8B5q7y/d7O8uHizu7J5tLuu&#10;ebW6q3q1uah7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uP+XEQH/myYK/5w6HP+Y&#10;STH/mFFE/5pUVPqbWGTwml1055hjgt6WbY/Wk3ea0JGApMqPiazGjY+zw4mUt8KEmLrAf568v3ul&#10;vr95rr65eLK+snmyva16s7ype7S6pnu1uaR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4&#10;pHy2uP+YEQH/nCYK/5w5HP+ZSDH/mU9E/5xSVPudVWPxnVpz55tfgd6ZaY/WlnKaz5N8pcqRha3F&#10;kI20w4uSuMGFlru/gJ2+vXulwbt5r8GyerDArHuxvqh7s72lfLS7on21uaB9trigfba4oH22uKB9&#10;trigfba4oH22uKB9trigfba4oH22uP+ZEQH/nSYK/505HP+ZRzH/m01D/55PU/ufUmPxoFZy6J9b&#10;gN+dZI7Xmm2a0Jd3pMqUga3Fkoq1wo6Qub+Hlb29gJzBu3unxLN6rcSre6/Cpnyxv6N9sr2gfrS7&#10;nn+1uZx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uP+ZEQH/niYK/504HP+aRzH/&#10;nEtC/6BNUvyiUGLyo1Nx6aNXf+ChXozYnmeY0Jtxo8qYe63FlYW0wpKNur6Kkr+6gZvFt3ypyat8&#10;q8ekfa7DoH6wwJ1/sr2bgLO7mYG1upiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2&#10;uP+aEQH/niYK/544HP+aRjL/nklC/6JKUf2kTWDzplBv6qdUfeGmWIrapGKW0qFrocuddavGmoCz&#10;wpiKuryOj8K2g5nLrH2mzqJ/qsmdgK3EmoGwwJiCsr6Xg7O8lYO1upSDtriUg7a4lIO2uJSDtriU&#10;g7a4lIO2uJSDtriUg7a4lIO2uP+aEQH/nyYK/543HP+bRjL/n0dB/6RIUP6nSl/0qUxt66tQe+Os&#10;VIfcq1yT1Kllnc6mb6fIo3qww5+EuLuWi8SwjJnOoIOk0ZmEqcqWha3FlIWvwZOFsb6ShbO8kYW0&#10;upGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uf+bEQH/nyYK/583HP+bRTL/oUVA&#10;/6ZGT/+qR132rUlr7bBMeOazT4PftFWO2bVfl9O1aaDOtXanwat8trCfhcShlZLOlI6j0pCLqMuP&#10;iqzGjoqvwo6Jsb+OibK9joi0u46ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uf+b&#10;EQH/oCYK/582HP+cRDH/o0M//6hDTv+tRFv4sUVo8LZIdOm7TH7jwFGH38ZbjtbIa5TGvXGmtbN4&#10;taWogcOUn43NiZyi0oeUp8yIkavHiY+uw4mOsMCJjbK+ioyzvIqLtLqKi7S6iou0uoqLtLqKi7S6&#10;iou0uoqLtLqKi7S6iou0uv+cEAH/oSYK/6A2HP+eQjH/pUA+/6tATP+xQFn6t0Fk871Eb+7FSXfl&#10;zlJ83dZif8zOaJK8xW6kq7t2tJqxf8GKqorLf6edz4CfqMyCmavHg5WtxISTr8GFkbG/ho+zvYeO&#10;tLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u/+dEAH/oiYK/6A1HP+gPzD/pz09/648&#10;Sv+1PFX6vT1g8MZCZ+bRSmze3k52zdpXh77QYpauxW6lobx5spW0g72GrYjGe6qUynirqMl7oqvH&#10;fpytxICZr8KBlrDAgpSyvoOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvP+eEAH/&#10;oiYK/6E0HP+iPC7/qjo7/7I4R/y7N1HyxTpY5tFBXNveQmnN4kZ8vtdRjK7MX5uhw22omLx5spG1&#10;hLuFsYnCfK6RxXiun8V1razFeKWuxHqgr8J8nLDAfpmxvn+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ay&#10;vX+Wsr1/lrK9f5ayvf+eEAH/oyUJ/6I0HP+lOS3/rjU4/7gzQvTDM0rn0DhO2d45WsvmPW6+4EKA&#10;rtRQkKHLX52Yw22okb15sYu4g7iDtIi9fbGQwXmxmsF1saXBcq+vwnWor8F3o7DAeZ+xv3ucsr17&#10;nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvf+gEAH/pCQJ/6MyHP+oNCv/sy80+b8tPOnN&#10;L0DZ3i9Kyuc0X73qOnOv3kGDodNRkZfLYJ2QxG6mjL96rYa7gbN/uIe4eraNu3e1lbx1tZ+8crSo&#10;vW6zsr5xrLK+dKeyvnajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvf+hEAH/pSMJ&#10;/6QxHP+tLif/uSkv7sgmM9rcJjfK5yxPvfIyY6/oOXWh3UKEltRTkI/NYpqKx3CihsN6qIC/gK17&#10;vYWxdruLtHO5krVxuZq2cLmjtW25q7ZquLS4a7K2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6s&#10;trhurLa4bqy2uP+jEAH/pyIJ/6UvG/+zJyL0wiEm3dgdJMvnIzy98ipTr/MyZqHnO3aV3kaDjdZW&#10;jYfQZJaEy3Gcf8h4oXrFfqV2woOpcsGJq2+/j61sv5aua76drmq/pq5ov66uZb24sGW5u7Blubuw&#10;Zbm7sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sP+lEAH/qCAI/6wmF/y7HRrj0RMZzOUZKb3yIkGv&#10;/SpVofM0ZpbpP3SM4Ut/hdtZiIDVZo980W+Ud852mXPLfJxwyYGfbciHoWrHjKNoxpKkZsWZpWTF&#10;oKVkxailY8aypGDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pv+oEAD/qh4I/7Md&#10;EezJDg/O4w4VvvIYLa/+IkOh/y1VlvQ5ZIzsRW+E5VF5fuBcgHncZ4Z02W6KcNZ0jmzTeZFp0n+T&#10;Z9CElWTPipdizo+YYM2VmV/NnJpezaKbXc2rm1zNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpc&#10;zbSaXM20mv+rDwD/rRoH8sANCM7TCga+8A4ar/4ZMKH/JEOV/zJSi/g/XoPxS2h97FZwd+hfdnHk&#10;ZXps4Wx+ad9ygWbdeIRj3H2GYduCiF/ah4ld2YyLW9iSjFnXmI1Y1p6NV9aljlbVrI5W1ayOVtWs&#10;jlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWsjv+vDQD/tw4DzckIAb7YCQmu/RAcof8cL5X/KT+L/zdM&#10;gv5FVnz5UF519FlkbvFfaWjuZG1k62pwYepwc1/odXVd53p3W+Z/eFnlhHlY5Il7VuOOfFXik31U&#10;4ph+UuGeflHhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf/G0CADOwAYAvc4HAa7g&#10;Bwug/xIclP8gK4r/LziB/z1Dev9JS3P/UlFs/ldXZftdW2H5Y15e92hgW/VtYlj0cmRW83dmVfJ7&#10;Z1PxgGhR8IRpUPCJak/vjmtO7pNsTO6ZbUvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9u&#10;S+2fbtG5AwC8xQUArdYDAZ/4CwuT/xYYif8kJID/NC95/0E3cP9IPmj/T0Ni/1VHXf9aS1n/YE1W&#10;/2VQU/9qUVH/blNP/3JUTv92VUz+e1ZL/X9XSf2EWEj8iFlH+41aRvuTW0X6mFxF+phcRfqYXEX6&#10;mFxF+phcRfqYXEX6mFxF+phcRfqYXL29AwCtzQEAnt8AAZL/DQiH/xkSfv8pG3X/NSNs/zwqZP9D&#10;L17/SjRY/1A3VP9WOlH/WzxO/2A+S/9kQEr/aEFI/2xCRv9wQ0X/dERE/3hFQv99RkH/gUdA/4ZI&#10;P/+MST3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSq7FAACe1wAAj/UAAYb/DwR8&#10;/xsLcf8kEWf/LBdf/zUcWf89IVT/RSZP/0spTP9SLEj/Vy9G/10wRP9hMkL/ZjNA/2o1P/9uNj3/&#10;czc8/3c4O/98OTr/gTo4/4Y6N/+MOzb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+S&#10;PP+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF&#10;426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHO&#10;aNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6&#10;gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQ&#10;ktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0&#10;/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5Dd&#10;Z7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+E&#10;EwH/hSIG/4Y1FP+ERiT/gFU0/4RdQ/+FZVD/g21d+IB1aPJ9fnHseoZ56HeNf+V1k4XicpiJ4HCd&#10;jN9uoo7dbKaQ3Gurkttpr5TaaLWV2me7ldpmw5baZsyW02jPlsxpz5XIas+WyGrPlshqz5bIas+W&#10;yGrPlshqz5bIas+WyGrPlv+FEgH/hyIG/4c1FP+FRiT/hFQ1/4hcQ/+IZFH+h2te94NyafGAfHPr&#10;fYV753qMguN3kofgdJeM3nKcj9xwoZLbbqaU2WyqltlqsJjYabaZ12i9mddoxprTaMyazGrMmcZr&#10;zJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmv+GEgH/iCEG/4g1FP+GRiX/h1M1/4tb&#10;Q/+MYlH+impe9odxavCEenTqgIN95X2KhOJ6kIredpaP3HSbktpxoJXYb6WY1m2rmtVrsJvVarec&#10;1Gm/ndRpyZ3Ma8qdxmzJncBtyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnf+HEgH/&#10;iSEG/4o1FP+IRiX/ilI1/45aQ/+PYVH+jmhe9otvau+HeHXphIF+5ICIhuB8j4zdeZSR2naaldhz&#10;n5nVcKWb1G6qntNtsZ/Sa7ig0mvCoc1sx6HGbsehwG7Hobtvx6G4cMehuHDHobhwx6G4cMehuHDH&#10;obhwx6G4cMehuHDHof+IEQH/iiEG/4s1FP+JRiX/jVE1/5JYQ/+SXlH+kGVe9o5sa++LdXboh36A&#10;44SGiN5/jY/be5OU2HiZmdV1npzTcqSf0XCqotBusqPQbbqkzmzEpcZvxKS/cMSlunHEpbVxxKWy&#10;csSksnLEpLJyxKSycsSksnLEpLJyxKSycsSksnLEpP+JEQH/iyEG/4w0FP+KRiX/kE80/5RWQ/+U&#10;W1H+k2Fe9pFoa+6OcHboi3uA4oeDid2DipHZfpGX1XqXnNN3naDQdKSjz3Gqps5vs6fNbr2ox3DC&#10;qL5xwam4csGptHPBqa90wqitdMKnrXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp/+KEQH/jCEG&#10;/400FP+LRib/k040/5ZTQv+XWFD+ll5e9pRkau6SbHbnj3aB4YyAityHiJLYgo+Z032Vn9B5nKPO&#10;daOnzHKrqstwtKvIcL+sv3O+rLd0vq2ydb6srna/rKp2v6uod8CqqHfAqqh3wKqod8CqqHfAqqh3&#10;wKqod8CqqHfAqv+LEQH/jSAG/440FP+NRSb/lk0z/5lQQf+aVU//mlpd95hgae+VaHXoknCA4Y97&#10;ityLhJPWhoya0oCToc57mqbMd6KqynSrrshyuK/AdLyvt3W8sLB2vLCrd7yvqHi9r6V5vq2jeb6t&#10;o3m+raN5vq2jeb6to3m+raN5vq2jeb6to3m+rf+LEAH/jiAG/480FP+PRCX/mEoz/5tNQP+dUU7/&#10;nVdb+JxcaPCaY3Tol2p/4pN1ityPgJPWiomb0YSQo81+mKnJeaKux3WtscR0urO3drmzr3i5s6p5&#10;urOmerqyo3u7saB7vLCffL2un3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rv+MEAH/jyAG/5A0&#10;FP+SQyX/mkgy/51KP/+fTk3/oFNa+aBYZvGfX3LqnGV945hviNyTepLWj4Sb0IiNo8uBlqvHe6Gx&#10;xXawtbp3t7avebe2qHq4tqN8uLT/4v/iSUNDX1BST0ZJTEUABQmgfLmznn26spx+u7Gbfrywm368&#10;sJt+vLCbfrywm368sJt+vLCbfrywm368sP+NEAH/jyAG/5E0FP+UQyT/m0Yx/6BIPv+iS0v/pFBY&#10;+qRVZPOkWnDromF75J9phd6ac5DXlX6Z0I6Io8qFk6zEfaC0vXiwua95tbmme7a4oX23tp1+uLWb&#10;f7m0mX+6s5iAurKXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sf+NEAH/kCAG/5E0FP+X&#10;QiT/nUMw/6JFPf+lSEn/qExV/KlRYfWqV2zuqV1356hjgeGkbYvWnnmWy5WDosCLjq22g5q2rn6q&#10;u6R8s7yefrW6moC3t5iBuLWWgbm0lYK6s5SCurKTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgrux&#10;k4K7sf+OEAH/kSAG/5I0FP+ZQSP/n0Ev/6RCO/+oRUf/rElT/q5OXvWwU2jsslpy5LNhe9uvboTM&#10;pnaUwJx+orSSiK6pipS3oIWkvZmCsb6Vg7S7k4S2uJKEuLaRhLm0kIS5s5CEurKQhLqykIS6spCE&#10;urKQhLqykIS6spCEurKQhLqykIS6sv+PDwH/kiAG/5M0FP+aPyL/oT8u/6dAOv+sQkX/sEZQ+bNL&#10;WvC3UmPou1lr371kctG2bILErHOTtqN6oaqZg66ekpC3lI2fvo6Lsb+MibO8jIm1uYyIt7aMiLi1&#10;jIe5tIyHurOMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qyjIe6sv+PDwH/kh8G/5Q0FP+cPSH/&#10;ozwt/6o9OP+vQEL/tERM9bpJVey/UVzkxlph2MVib8m8aYG7snCSrap3oKChgK2Tm4u3iZabvYOV&#10;r7+EkbO8ho61uYeNtreHjLe2iIu4tYmKubSJirqyiYq6somKurKJirqyiYq6somKurKJirqyiYq6&#10;sv+QDwH/kx8G/5U0Ff+eOyD/pTkr/6w6Nf+zPT/7ukJH8cFITujJUVLf0VtZz8pgbcHCZ4CyuW2Q&#10;pLF0n5eqfauKpIi1f6CXu3ifrL58mrO8f5W0uoGStriDkLe3hI+4tYSNubOFjbqyhY26soWNurKF&#10;jbqyhY26soWNurKFjbqyhY26sv+RDgH/lB8G/5YzFf+gOB//qDYp/7A4Mv+4Ojv2wD9B7MpHRePW&#10;VEXW2VdYx9Bea7jIZH6qwWuOnLpynI60eqiAroWydquUuG+rqbpypbW6d521uXqZtrd9lre2fpO5&#10;tH+RurKAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sf+SDgH/lR8G/5czFf+iNR7/qzMn&#10;/7Q0L/m+NjXtyT044tZIONngTUXN31ZWv9hcabDQYnuhyWiLk8NvmYW+d6R4uoOtbriTs2i4qLZp&#10;sri2b6e3tnOhuLV2nLm0eJm6s3qWu7F7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sP+T&#10;DgH/lh8F/5kzFP+lMBz/rzAj/bovKfDGMi3j1Dss1uBAOsvlSEzA4U5cs91WbKXYXXqY0mWIis5t&#10;lH3Jdp9zxIOnbMCRrGe+oa9lvravZrS7sWuru7FupbuxcaC8sHOdva90mr2udJq9rnSava50mr2u&#10;dJq9rnSava50mr2udJq9rv+UDgH/mB4F/50xEv+pLRn/tCoe9cIpIuTRLSHV4DMsyeg8P77oQ1Gx&#10;5UlhpOJPcJffVn2K2mCIgNNrknjNd5pwyIKhasWOpWbDm6hlw6ynYcK9qmO4v6tmsL+saaq/rGyl&#10;v6ttosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCqbaLAqv+VDQD/mh4F/6IsEP+tKBX7uyMY6M0g&#10;F9XfJR3I6DAxvO85RLDsQFWj6kZkl+hNcYvjVX2B3GGGedVsjnLRd5VszYGaZ8qLnmTIlqBhyKOh&#10;YMizoV3Hw6NfvsSlYbbDpWSww6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpf+XDQD/&#10;nB4F/6YmDf+0IA/vxhcP1t0WDsjpIyK78y42r/Q2SKLyPliX8UZli+tPcIHlWHp632SCc9ptiG3W&#10;do1o03+SZNCIlWDPkphezp2ZXM2pmlvOuZlZzciaWsXKnFy9yZ1euMmeXrjJnl64yZ5euMmeXrjJ&#10;nl64yZ5euMmeXrjJnv+aDAD/nx0F/6wfCPi+EwjY1gsEyOgVE7r0Iieu+i05ovo2Spb6P1iL9Uhj&#10;gu5SbXroXHVy5GR7beBtgGjddYVk2n6IYNiGi13Wj41a1ZiPWNSikFfUrpFW1LyQVtTNkFbN0ZJX&#10;yNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk/+cCwD/ox0E/7USA9TJCgLI2gsGufQWF6z/&#10;Iyqh/y47lf84SYv/QlWC+ExfevJWZ3PuXm1r6mRyZudsd2LkdHpf4nx9XOGDf1rfi4JX3pODVd2c&#10;hVTcpYZS3K+GUty7hlHczIVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahf+gCgD/rRMB&#10;1MAIAMbOCAC54wsIq/8XGZ//JCqU/zA5iv86RYH/Rk96/VFYcvhYXmv1XmNl8mVoYO9sa13tcm5a&#10;63lwV+qAclXph3RT5492UeaWd1DmnnhO5ad5TeWvek3ku3pM5MV6TOTFekzkxXpM5MV6TOTFekzk&#10;xXpM5MV6TOTFev+kBwDYuAQAxMQGALfTBwGq8w0Lnv8aGpP/JyiJ/zM1gP8/P3n/Skdw/1FOaf9X&#10;U2L9XVde+2RbWvlqXlf3cGBU9nZiUvR8ZFDzg2VO8opnTPGRaEvwmGlK8J9qSe+na0jvsGxH7rds&#10;R+63bEfut2xH7rdsR+63bEfut2xH7rdsR+63bN2vAADFvAQAtcoEAKjbBQKc/xALkf8dF4f/KiN+&#10;/zYtdv9BNm3/SDxm/09CYP9VRlv/W0pX/2FMU/9nT1H/bVFO/3JSTP94VEr/flVI/oRWR/2LWEX8&#10;kllE+5haQ/ufW0L6p1xB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXMi2AQC1wQMAp9EB&#10;AJnrBQKP/xIJhf8gEnz/LBtz/zUjav89KmL/RDBc/0s0V/9SOFP/WDtP/149TP9jP0r/aEBH/21C&#10;Rf9yQ0T/d0RC/31FQP+DRj//ikg9/5BJPP+XSTv/nko7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7&#10;/6NLO/+jS7a6AgCmygAAmNwAAIz/CAGD/xQFeP8eDG7/JhJl/y8ZXf83Hlf/PyJS/0YmTf9MKEr/&#10;UitG/1gtRP9dLkL/YS9A/2YxPv9rMjz/cDM6/3U0Of96NTf/gDY2/4Y3Nf+MODP/lDgz/5g5M/+Y&#10;OTP/mDkz/5g5M/+YOTP/mDkz/5g5M/+YOafDAACX1AAAiOQAAID/CgFy/w4CZ/8TBV//HQlX/yYN&#10;Uf8vEUz/NxVH/z4XQ/9FGUD/Sxs9/1AdO/9VHjn/WR83/14hNf9iIjT/ZyMy/2wkMf9yJS//dyYu&#10;/30nLf+EKCv/iykr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKf92FQL/cyAE/3IxDP9x&#10;Qxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat17mCw&#10;du5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDjedVg43nVYON5&#10;1WDjef92FQL/cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0&#10;ZZxu8mOhcfFipnPvYat17mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg&#10;43nVYON51WDjedVg43nVYON51WDjef92FQL/cx8E/3QxDf9yQhn/dE8n/3hYM/95YD//d2lK/3Nx&#10;VP9xfFz7boZj92uOafRplG3yZ5tx8GWgdO9kpXbtYqp47GGweetgtXvrX7x86l7EfepdzX3nXdl9&#10;4V/efdpg4HzRYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhff93FQL/dB8E/3UxDf9zQhr/&#10;d00n/3tWNP98X0D/emdL/3dvVf5zel76cYNl9m6Ma/Nrk3DwaZlz7mefd+xlpXnrZKp76mKvfelh&#10;tX7oYL1/6F/FgOhe0IHiX9qA22HegNJi34DLY9+BymTfgcpk34HKZN+BymTfgcpk34HKZN+BymTf&#10;gf94FAL/dR8E/3YxDf90Qhr/ekwn/39VNP+AXUD/fmVM/3puVv52d1/5dIFm9XCKbfFtkXLua5h2&#10;7GmeeetnpHzpZal+6GOvgOditoLmYb2D5mDHhOVf04TdYdqE02Pdg8xk3ITGZdyExWXchMVl3ITF&#10;ZdyExWXchMVl3ITFZdyExWXchP95FAH/dh4D/3cwDf92Qhr/fksn/4JTNP+DXED/gmRM/39sVv16&#10;dGD4d39o83OIb/Bwj3TtbZZ56mudfOhoo3/nZqmC5WWvhORjtoXkYr+H42HJh+Bh1YfVZNqHzWXa&#10;iMdm2YjBZ9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiP96FAH/eB4D/3kwDf94QRr/gUkn&#10;/4ZSM/+IWkD/h2JM/4NpV/x+cWH3e3tp8neFce5zjXfrcJR86G2bgOZqooPkaKiG42aviOJkt4rh&#10;Y8GL4WLOi9hk1ovNZtaLxmfWjMBo1oy7adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjP97&#10;EwH/eR0D/3owDf98Pxr/hUgm/4pQM/+MWED/i19M/4hnV/yEbmH2f3hq8XuCcu13innpc5J+5m+Z&#10;g+RsoYfiaqiK4GevjN9luI7eZMSP22TSj85n04/GaNOQv2rTkLpr05C1bNOQtGzTj7Rs04+0bNOP&#10;tGzTj7Rs04+0bNOPtGzTj/98EwH/eh0D/3swDf9/Phr/iUYm/49OMv+RVj//kF1L/45kVvyJa2H2&#10;hHNr8H9+c+x7h3rodpCB5HKXhuFun4rfa6eO3WiwkNxmu5LbZcqT0GjRk8Zq0JS+a9CUuGzQlLNt&#10;0JSvbtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk/99EgH/exwD/3wvDf+DPBn/jUUl/5NN&#10;Mf+VUz7/lFlK/5JgVf2PaGD2inBq8IR5dOt/g3zmeoyD4nWViN9xno3dbaeR22mxlNlnv5bUZ86X&#10;x2vNmL1szZi2bs2YsG/NmKxwzpepcc6WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlv9+EgH/&#10;fBwD/34vDf+GOxn/kUMk/5ZLMP+YUDz/mFVI/5ZcVP2TY1/3j2tp8Ip0c+uEf3zmfomE4XiSi91z&#10;nJDabqaV2GqzmdZoxZvJa8ubvW7KnLRvypyuccqcqnLLm6Zzy5qjc8yZonTNmKJ0zZiidM2YonTN&#10;mKJ0zZiidM2YonTNmP9/EgH/fRsD/38vDf+JOhj/lEIj/5lHL/+bTDv/nFJG/5tYUv+ZX134lWZo&#10;8ZBucuuKeXvlg4SE4HyPjNx2mpPYb6aZ0mu1nc5qyJ++bsifs3HHoKxyx6CndMifo3XJnqB2yp2e&#10;dsubnXbLmp12y5qddsuanXbLmp12y5qddsuanXbLmv+AEQH/fhsD/4AvDf+MOBj/l0Ai/5xELf+f&#10;STn/oE5E/6BVT/yeW1r1nGJl7pdqb+iRdHnhin+D2YOKjM97lZXIdaCcw3Cuob5vv6OzcsWjqnTF&#10;o6R2xaOgd8ahnXjHoJt4yJ6ZecqdmHnKnJh5ypyYecqcmHnKnJh5ypyYecqcmHnKnP+AEQH/fxsD&#10;/4EvDf+PNxf/mj8h/59CLP+iRjf/pExC/6RSTPekWFfvo19h56Bma+CacXXVk3yBy4qFjcOCj5a7&#10;e5qetXanpLB0uKeodsKnoXjDpp15xKWaesWjmHvGopZ7x6CUe8melHzJnZR8yZ2UfMmdlHzJnZR8&#10;yZ2UfMmdlHzJnf+BEQH/gBsD/4IuDv+RNhb/nDwg/6FAKv+lRDT/qEo/+qlQSfKqVlLqql1c4qlm&#10;Zteib3LLmXiBwZCBjbiIipevgZWgqHyipqN6sqmeesGpmXzBqJZ9w6aUfsSkkn7Fo5F+x6GQfsif&#10;kH7JnpB+yZ6QfsmekH7JnpB+yZ6QfsmekH7Jnv+CEQH/gRsD/4QuDf+UNRb/njoe/6Q+KP+oQjL/&#10;rEc79q9NRO2xVE3ls1tV3LBlYc6obHHDn3SAuJZ8ja6PhpiliJGhnYOdp5eArauTgL+rkYHBqY+B&#10;wqeOgcOljYHFo42BxqKMgcifjIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn/+CEQH/gRoD/4Yt&#10;Df+WNBX/oDkd/6Y8Jv+rQC/7sEU48rRLP+m5U0bhvVxN07ZiYMataXC7pXF/sJ15jKWVgpebj42h&#10;k4qZp4yHqauIh7+siIfAqoiGwqiIhcOmiIXFpIiExqKIhMigiITIn4iEyJ+IhMifiITIn4iEyJ+I&#10;hMifiITIn/+DEAH/ghoD/4grDP+ZMhT/ojcb/6k5JP+vPSz3tUIz7btJOeXCUj7awlhMzLpgX7+y&#10;Z2+zq25+qKN2i52cfpeSl4mgiZKWp4KPpat+j7qsgI3AqoGLwqiCisOmg4nFpIOIxqKEh8ighIfI&#10;n4SHyJ+Eh8ifhIfIn4SHyJ+Eh8ifhIfIn/+EEAH/gxoD/4sqDP+cMRL/pTQa/6w2If6zOijzu0At&#10;6cNIMeHLUTfSx1ZLxcBeXbi4ZW6ssWx9oKpzipSke5WKn4aegJuSpXmYoqp0mLerd5XBqXqRwqd8&#10;j8OlfY3Fo36MxqF/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn/+FEAH/hBoD/44oC/+f&#10;MRH/pzIX/7AzHfm5NiLuwj0m5s1HJtvTTDXLzFRJvsVcW7G+Y2ykuGp6mLJxh4yseZOBqIKcd6SP&#10;o3Cin6dsorSobp/Cp3KZw6Z1lcSkd5LGoniQx6F6jsifeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsme&#10;eo7Jnv+GEAH/hRkD/5EmCv+hLw//qy4V/7UvGfS/Mhzpyzoc39lEHdHaSjPE0lJHt8taWanGYWmc&#10;wGd4kLpuhIS2do95soCYb6+Nn2itnaNkrbKkZarFpGqixaNtncaicJnHoXKWyJ90k8mddZPKnXWT&#10;yp11k8qddZPKnXWTyp11k8qddZPKnf+HDwH/hxkD/5UkCf+kKw3/rykR+rspE+zILBPe2DcQ0+FB&#10;HsnfSTC82lFEr9NYVqHNX2aUyGV0iMRsgHzAdIpxvX+TabuMmWK5nJ1eurGeXbjJnmKuyJ9mpsif&#10;aaHJnmudyp1umsubbpnLm26Zy5tumcubbpnLm26Zy5tumcubbpnLm/+IDwH/iRkD/5ojB/+oJwr/&#10;tSIM8cQgDODVJAnR4TAUx+Y9JL3jRjSy4E5EptxWUpnXXWGM0mNvgM9renTMc4Rryn6LYsiMkVzI&#10;nJVZyLGWV8jOllu7zZhessyZYavMmWSmzZlnos2YZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2XZ6DN&#10;l/+KDgH/ixgD/58hBf+uIAb4vRgG49ETBNDhHgnF6i4Zuuk6KbDnQzmk5EpImOJQVozgV2KA3V9s&#10;dttodWzacn1j2H6DXNiMiFfYnYtU17CNVNjNjFXL049XwNKRWrjRk1yy0ZNfrNGTYKrRk2Cq0ZNg&#10;qtGTYKrRk2Cq0ZNgqtGTYKrRk/+MDgH/jxYC/6UeA/+1FQPaygsC0OEOAsTrHg247ywdre43LqLs&#10;QD2X60hKjOlPVoHoVmB2515pbOdlcGTmcHde43x8WeCJgFbel4NT3aaEUdy4hVHd1IRT0NqHVMbY&#10;iVa/14pYuNaLWbbWi1m21otZttaLWbbWi1m21otZttaLWbbWi/+ODQD/lxIB/60VAdm/CQDMzgkA&#10;w+sOBLb1HhGr9SwhofQ3MJbzQD6L80hKgfNQVHfzV11t811kZfBmal/tcG5a6npyVueFdlPlkXlR&#10;5J57T+OsfE3jvXxN49l8UNjgfFHO4H9Sxt6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6BU8Tegf+S&#10;DAD/oA0A27cGAMrDBwDA0gkAtfQQBqn7HxSf/CwjlPw3MYr8QT2B/UlHeP1RUG79V1dl+l5cYPZm&#10;YVv0b2VW8XhoU++Ca1DujG1O7JdvTOujcUrqsHJJ6sFySOrYckvj5HJO2OZzTtXndE7V53RO1ed0&#10;TtXndE7V53RO1ed0TtXndP+WCgDerAIAy7oFAL3HBgCy2AgBp/8SCJz/IRaS/y4jif85L4D/Qjl3&#10;/0pCbf9QSWX/Vk5f/15TWv5lVlX8bVpS+nVcT/h+X0z3h2FK9ZFiSPScZEbzpmVF8rNmRPLBZ0Py&#10;1GdF7udnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hnRuvoZ+6iAADNtAIAvL4EAK/NBACk3gcBmv8V&#10;CZD/JBWH/zAgfv87KnT/QjJr/0g5Y/9OP13/VUNY/11HU/9kSlD/a01N/3JPSv95UUf/glNF/4tU&#10;Q/6UVkH9nldA/ahYP/yzWT78v1o++9FaPfvbWj3721o9+9taPfvbWj3721o9+9taPfvbWtKtAAC9&#10;uAIArsUCAKHVAgCW9wsCjf8YCIT/JhF8/zEacf84Imj/Pilg/0UvWv9MM1T/UzdQ/1o6TP9gPEn/&#10;Zj5G/21ARP90QkH/e0M//4NFPf+MRjv/lUc6/55JOf+nSjj/sUo3/75LN//CSzf/wks3/8JLN//C&#10;Szf/wks3/8JLN//CS7+zAACuvgAAoM0AAJLeAACJ/w0Bgf8aBXf/Iwxt/yoTZP8xGVz/OB5V/0Ai&#10;UP9IJkz/TylI/1UrRP9bLUL/YS8//2cxPf9tMjv/czM5/3o1N/+CNjX/izcz/5Q4Mv+cOTH/pDow&#10;/687MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7MP+yO7C4AACgxwAAkdgAAITvAAB8/w0Bb/8RA2b/&#10;GQZe/yEKVv8pD1D/MhNL/zoWRv9BGUL/SBs//04dPP9THjn/WSA3/14hNf9kIjP/aSMx/3AkL/93&#10;JS3/fiYs/4cnKv+PKCn/lyko/6AqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKqHCAACR0QAA&#10;guEAAHj/AABs/wgBYP8NAlf/EQNP/xgFSP8gBkP/KQg//zEKO/84DDj/Pg41/0QPMv9JEDD/ThEu&#10;/1MSLP9YEyr/XRQp/2MVJ/9pFiX/bxck/3cXIv9+GCH/hRkf/48aH/+RGh//kRof/5EaH/+RGh//&#10;kRof/5EaH/+RGv9oGQL/ZCME/18vBv9eQBD/Y0sa/2dUJf9oXS//Zmc5/2RyQf9ifUj/YIdO/12Q&#10;Uv9bmFb/Wp5Z/1ikW/9Xql3+VrBf/VW1YPxUvGH8VMRi+1PNY/lS3GP2UuZj8VPqY+xU7WPmVu9i&#10;4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj4FfwY/9pGAL/ZSME/2AuBv9fQBD/Zkka/2pTJf9rXDD/&#10;aWU6/2dwQv9ke0n/YoVP/1+OVP9dllj/W51b/1qjXf1YqV/8V69h+1a1YvpVvGT6VcRl+VTOZfdT&#10;3WbzU+Zm7lXqZudW7WXhWO5l21nvZttZ72bbWe9m21nvZttZ72bbWe9m21nvZv9qGAL/ZiIE/2Eu&#10;B/9gPxD/aUgb/21RJv9uWzD/bGQ6/2luQ/9neUv/ZINR/2GMVv9flVr/XZxd/VuiYPtaqWL6Wa9k&#10;+Vi1ZflXvGf4VsVo91XPaPVU4GnwVeZp6VfqaOJZ7GjbWu1p01vuadNb7mnTW+5p01vuadNb7mnT&#10;W+5p01vuaf9qGAL/ZyIE/2IuB/9jPhD/bEYb/3FQJv9yWTH/cGI7/2xrRP9pdkz/Z4FS/2SLWP9h&#10;k1z9X5tg+12hYvpbqGX5Wq5n+Fm1aPdYvGn2V8Zq9VbRa/JV4WzsV+ds5Fnpa9xb62vUXOxszV3t&#10;bM1d7WzNXe1szV3tbM1d7WzNXe1szV3tbP9rFwL/aCED/2MtB/9nPBD/cEUb/3ROJv92VzH/dGA7&#10;/3BpRf9tc03/an5U/2aIWv5jkV77YZli+V+gZfhdp2j2XK1q9Vq0bPRZvW30WMdu8lfUb+5X4m/m&#10;WeZv3VzpbtNd6m/NXutwx1/rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcP9sFwL/aSED/2UtB/9r&#10;OhD/dEMb/3lMJv96VTH/eV08/3VmRf9wcE7/bXtW/2qFXPxmj2H6ZJdl92GfaPZfpmv0Xa1t81y0&#10;b/JavXHxWcly71jac+ha43PeXeZy017oc8tf6HTGYOh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0&#10;wWHodP9tFgL/aiAD/2YtB/9vOBD/eEEa/31KJf9/UjH/fls8/3tjRv92bE//cXdX/m2CXvtqjGP4&#10;ZpVo9WSdbPNhpG/yX6xx8F20c+9cv3XuW8t26lvdd+Bd43bTYOV3ymHleMRi5Xi+Y+V4umTleLpk&#10;5Xi6ZOV4umTleLpk5Xi6ZOV4umTleP9uFgL/ayAD/2gsB/9zNhD/fT8a/4JHJf+EUDD/hFg7/4Fg&#10;Rf98aU//dnJX/nF9X/ltiGX2apJq82abb/Fjo3LvYat17V+1eOxdwXnsXNB6413fe9Rh4nvKYuJ8&#10;wmThfbxl4X23ZuJ8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifP9wFQH/bB8D/2ksB/93NA//&#10;gTwZ/4dFJP+KTS//iVU6/4ddRf+CZU//fG5Y/XZ4YPhyhGf1bY5t8WmYcu9moXbsY6t562C2fOle&#10;xH7nXth/2GHffspj34DBZd6BuWfegbRo3oGwad+ArGnff6xp33+sad9/rGnff6xp33+sad9/rGnf&#10;f/9xFQH/bR8D/2srB/97Mg//hjoY/4xDIv+PSy3/j1M4/41aQ/+JYk3/g2lX/XxyYPh2f2f0cYpu&#10;8GyVdO1on3nqZKp96GG3gOZfyILdYduDzGTchMBm3IW4aNuFsWrbha1r3ISpbN2DpmzdgqZs3YKm&#10;bN2CpmzdgqZs3YKmbN2Cpmzdgv9yFAH/bx4D/28pB/9/MA7/ijgX/5FBIf+USiz/lVE2/5NYQf+Q&#10;YEv7i2dV9YRvX/B9emfrd4Vv53KQduNtm3zeaKaB2mWzhNVjxIbPZNqHwWfZiLdp2Imva9iJqm3Z&#10;iKZu2oejbtqGoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uFoG/bhf9yFAH/cB4D/3IoB/+CLg3/jjYW&#10;/5VAH/+ZSCn/mU80/5hVPvqWXEn0kmRT7YxrXeeFdmbhf4Fv23iMd9Nyln7NbaGEyWqticVou4vB&#10;aNCMtmvVja5t1Y2nb9aMo3DWi59x2IqdcdmJm3Lah5ty2oebctqHm3Lah5ty2oebctqHm3Lah/9z&#10;FAH/cB0D/3UmBv+GLA3/kTYV/5lAHf+cRif/nUwx/J1SO/ScWUXtmWBP5pRoWd+Oc2PVhn1uzX+H&#10;eMZ4kYDAc5uHu2+njLZttI+zbMiRrG7SkaVw05CgctSPnHPVjZl01oyXdNiKlnXZiZZ12YmWddmJ&#10;lnXZiZZ12YmWddmJlnXZif90EwH/cR0D/3gkBv+JKwz/lTUT/5w+G/+gQyT/okku96NQN++iVkHn&#10;oV1K351nVNSVb2LLjXhuw4WCebt/jIK1eZaJr3Whjqpyr5KmccGUoXPQlJx00ZKYdtKRlnfTj5R3&#10;1Y2Sd9aMkXjYipF42IqReNiKkXjYipF42IqReNiKkXjYiv91EwH/chwD/3sjBv+MKQv/mDQS/588&#10;Gf+jQSL7pkYq8qhNM+qpVDziqVtE16NjU8yabGLCk3Vuuot+ebKFh4Oqf5GKpHuckJ54qpSadruW&#10;l3fPlpR50JSRetGSj3rTkI561I+NetWNjHrXi4x614uMeteLjHrXi4x614uMeteLjHrXi/91EwH/&#10;cxwD/30hBf+OKQr/mzQQ/6I5F/+mPh/3qkQm7q5KLuWxUjXcr1lBz6hhUsWgaWG7mHJusZF6eamL&#10;g4OhhY2LmoGYkZR+pZaQfLaYjX3Nl4x+z5WKftCTin7SkYl+04+JfdWNiH3Wi4h91ouIfdaLiH3W&#10;i4h91ouIfdaLiH3Wi/92EgH/dBwD/4AgBf+RKAn/njMP/6Q3Ff6qOxvzr0Ei6rRIKOK5UC7UtFZA&#10;ya1fUb6lZ2C0nm9tqpd3eKGRgIKZjIqLkYeVkYuEopaGg7KZg4TLmISDzpaEg9CUhILSkoSB05CE&#10;gdSOhIDWjISA1oyEgNaMhIDWjISA1oyEgNaMhIDWjP93EgH/dBsD/4IeBP+UJwj/oDIN/6c0E/qu&#10;OBjvtT0c5rxGIdy/TCzOuVQ/w7FdULeqZV+tpGxso510d5mYfIGRk4aKiY+SkYKMn5Z9iq+YeovH&#10;mHyJzpZ9iNCUfobSkn+F05B/hNSOgIPWjICD1oyAg9aMgIPWjICD1oyAg9aMgIPWjP94EgH/dRsD&#10;/4UcBP+XJgf/oy8L/6swEPWzNBTruzoX4sREGNXESCvIvVM9vLZbTrGwY12mqmpqnKRxdpKfeoCJ&#10;moOJgZaOkHmTnJV0kqyXcZLDmHORz5Z2jtCUeIvSkXmK05B6iNWOe4fWjHuH1ox7h9aMe4fWjHuH&#10;1ox7h9aMe4fWjP94EgH/dhsD/4gbA/+aJQb/pisJ/q8sDPG5Lw7mwzYP3c08Fs7IRynCwlE7trxZ&#10;TKq2YVufsGholatvdIumd36BooCGeZ+LjXGcmZJsm6mVaZu/lmuZ0JRulNGScZHSkXOP1I91jdWN&#10;dovWi3aL1ot2i9aLdovWi3aL1ot2i9aLdovWi/95EQH/eBoC/4wZA/+eIwT/qiYG+LQlCOvAKAjh&#10;zTAH1NI3FMjNRSe7yE85r8JXSqO9X1iYuGZljbNtcYOvdXt6q36DcaiJimqmlo9lpaeSYqa9kmOj&#10;0pFnndOQapjUj22V1Y1uktaMcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYiv97EQH/fBcC/5AX&#10;Av+iIQP/riAE8rsdBOXKHgPa2yQDzNk1EsDTQyS0zk02qMlVR5zEXVWRwGRihrxrbXu4c3ZytXx+&#10;arOHhWOxlYpesKWMW7G8jVuv1Y1fp9WNY6HWjGac14tomdiKapbZiGqW2YhqltmIapbZiGqW2Yhq&#10;ltmIapbZiP98EAH/gRQC/5UVAf+nHQL8tRYC68YQAdrbDwDN4CUEw982D7jbQSGs1UszoNFTQ5TN&#10;WlGJyWJdfsZpZ3TDcXBrwXt4ZL+Gfl2+lIJYvaWFVr67hlW924ZYs9qHXKvah1+m2odhoduGY53b&#10;hWOd24VjnduFY53bhWOd24VjnduFY53bhf9+EAH/hxEB/5oRAP+tFADavgoA0c0KAMvkEAHB5CUH&#10;t+M1E63hQCGj3kkvl9tSPovXWUuA1GBXdtFoYW3PcGllzXpwXsyGdVjMlXlUzKZ7Uc28fFDM4nxT&#10;weB/VbffgFix3oFaq96BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgf+ADwH/jg4B/6INANu1&#10;CADOwQgAxtAJAL7pEgK06SUKqugzF6DmPiWW5Ucyi+NOP4DhVUl24F1Tbd5mW2Xdb2Fe3XpnWNyG&#10;a1PclW9Q3aZxTd67ck3f4XFO0ed0UMbmd1K+5HhTuOR5VbLjelWy43pVsuN6VbLjelWy43pVsuN6&#10;VbLjev+DDgH/lgsA3asEAM24BgDCxAYAutQJALHvFAOn7iUNnu4zGpTtPSeK7EYzgOtOPnbrVUds&#10;6ltOZOpjVV3qbVpY6ndeU+qDYk7qkWVK66FnR+yzaUbt0GlI5uhpS9nrakzP7G1Ox+tvT8DqcE/A&#10;6nBPwOpwT8DqcE/A6nBPwOpwT8DqcP+JCwDpoAEA0LEEAMG8BQC3yQYArtoJAKT1FwWb9ScQkvU0&#10;HIj2Pid/9kcydvZOO2z2VEJk9lpIXfZiTVf2a1FS9nVVTfeAWEj4jVpF+JtcQvirXkH3vl9A999g&#10;Q+7sYEfj8V9I2/FhSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY/6VAADUqQAAwrUDALXBAwCq&#10;zwUAoOcLAZj9GgaP/ikQhv81G37/QCV0/0Yta/9MNWP/Ujpc/1k/Vv9gQ1D/aEdM/3FKR/97TEP/&#10;h05A/5RQPv+hUj3/sFQ7/8NVO/7hVTz58FVA8PRVQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3&#10;VNuhAADFsAAAtboCAKjHAgCd1gQAk/wOAYv/HQaD/ysPev81F3H/PB9o/0ImYP9JLFn/TzFT/1Y1&#10;Tv9dOEn/ZTtF/209Qf92Pz7/gEE7/4tDOf+YRTj/pEY2/7JHNf/ESDX/3Uk0//BJN/74STf++Ek3&#10;/vhJN/74STf++Ek3/vhJN/74ScmrAAC2tAAAqMEAAJvPAACO3wEAh/8RAX7/HQR1/ycLbP8vEmT/&#10;Nxhc/z4dVv9FIlD/SyVL/1IoRv9YK0H/Xy0+/2cvO/9vMTj/eDM2/4I0M/+NNjH/mTcw/6U4L/+y&#10;Oi7/wDsu/9M7Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPLiwAACovAAAmskAAIzZAACB9QMA&#10;ef8QAW7/FgNl/x8GXv8nC1f/MA9R/zcTS/8+F0b/RRlB/0wbPf9SHTn/WB82/18hNP9mIjH/biQv&#10;/3clLf+AJiv/jCgp/5cpKP+iKif/rSsm/7ksJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLaq3&#10;AACaxQAAi9MAAH3iAAB1/wUAaf8MAV//EQJX/xcDUP8fBUn/JgdE/y4JP/82Czv/PQ03/0MPM/9J&#10;ETD/TxIu/1UTLP9bFCr/YhUn/2kWJf9yFyP/exgh/4YZH/+RGh7/nBse/6UcHf+wHR3/sB0d/7Ad&#10;Hf+wHR3/sB0d/7AdHf+wHZzAAACMzgAAfN4AAHD1AABl/wAAWv8GAVH/DQFJ/xECQ/8XAz3/HwQ4&#10;/yYFNP8tBjD/Mwct/zkHKv8+CCf/Qwgl/0kJI/9OCSH/VAkf/1oKHf9hChv/aQsZ/3IMF/98DRb/&#10;hg0U/48OFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oPFP+aD/9cHAL/VyYD/1EyBv9OPAj/V0UQ/1tO&#10;Gf9cWCL/W2Mr/1lvMv9Xejj/VIU9/1KQQf9QmUX/T6BH/06nSf9Nrkv/TLRM/0u7Tf9Kw07/Sc1P&#10;/0ndUP9I6VD/SPJQ+0n2UPZL+VDwTftP6k/7UOdP/FDnT/xQ50/8UOdP/FDnT/xQ50/8UP9cHAL/&#10;WCYD/1IyBv9ROgj/WkMQ/19NGf9fVyP/XmEr/1xtM/9ZeTr/V4Q//1SOQ/9Sl0f/UJ9J/0+mS/9O&#10;rU3/TbRP/0y7UP9Lw1H/S85S/0rfUv9J6lP9SvJT+Ev2U/FN+FLrT/pS5VD6U+JR+lPiUfpT4lH6&#10;U+JR+lPiUfpT4lH6U/9dGwL/WSYD/1MxBv9UOQj/XUIQ/2JLGv9iVSP/YF8s/19rNP9cdzv/WYJA&#10;/1aMRf9UlUj/Up5L/1GlTv9QrE//T7NR/067Uv9NxFP/TM9U/0vgVf9L61X6TPJV9E32VexQ+FTm&#10;UfhV31L5VtxT+VbcU/lW3FP5VtxT+VbcU/lW3FP5Vv9eGwL/WiUD/1QxBv9YNwj/YUAR/2VJGv9m&#10;UyP/ZF0t/2JoNf9fdDz/XH9C/1mKR/9Wk0v/VJxO/1OkUP9Rq1L/ULNU/0+6Vf9OxFb/TdBX/03i&#10;WPxM7Vj2TvJY7lD1WOZT9ljfVPdZ11X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ01X4Wf9fGgL/WyUD&#10;/1UwBv9cNAj/ZT0R/2pHGv9rUST/aVot/2ZkNv9jcD3/X3xD/1yHSf9ZkU3/V5pQ/1WiU/9TqlX/&#10;UrJX/1G6Wf9QxVr/T9Jb/E7kW/hP7VzwUfJb51T0W95V9VzVVvZdzlj3XctY913LWPddy1j3XctY&#10;913LWPddy1j3Xf9gGgL/XCQD/1YvBf9gMgj/ajsQ/29EGv9wTiP/b1ct/2thNv9nbD7/Y3hF/2CD&#10;S/9cjk//WphT/1egVv9WqVn/VLFb/1O6XP5Rxl78UNZf+VDnX/JS7l/nVfFf3VfyYNJY82HLWfVi&#10;xVv1YsNb9WLDW/Viw1v1YsNb9WLDW/Viw1v1Yv9hGQL/XSMD/1otBf9lLwj/bzgQ/3RBGf92SyP/&#10;dVQt/3FdNv9sZz//aHNG/2R/TP9gilL/XZVW/1qeWf9Yp1z+VrBf/VS6YPxTx2L5Utxj81PoY+lV&#10;7mPeWPBk0FrxZchc8mbCXfJmvV7yZrte8ma7XvJmu17yZrte8ma7XvJmu17yZv9iGQL/XiMD/14q&#10;Bf9pLQj/dDUP/3o+GP98SCL/e1Es/3haNv9zYz//bW1H/2l6Tv9khlT/YJFY/12cXP1apWD7WLBi&#10;+la7ZfhVymb1VOBn7FbqZ99a7WfQXO9pxl3var9f72q5YO9qtWHvarNh72qzYe9qs2HvarNh72qz&#10;Ye9qs2Hvav9jGAL/YCID/2InBf9uKgf/eTIO/388F/+CRiH/gk8r/39YNf97YD7/dWlH/290Tvtq&#10;gVX4Zoxb9WKXX/NfoWPwXKtm7lq2aexZxGrpWNpr4Vrqa9Bd7G3FX+xuvGHrb7Zi7G+xY+xurWTs&#10;bqtk7W2rZO1tq2Ttbatk7W2rZO1tq2Ttbf9kGAL/YSID/2YlBP9yJwf/fjAN/4U7Fv+IRR//iE0p&#10;/4ZVM/+CXj37fWZG9nZwTvJyfFXubYdc6miSYuZknGbjYaZq4F+ybd1dv2/aXdNw0l7qcMRg6XK6&#10;Yuhzs2Toc61l6XOpZulypmfqcaRn6nCkZ+pwpGfqcKRn6nCkZ+pwpGfqcP9lFwL/YiED/2kjBP93&#10;JQb/gi8M/4o5FP+OQx3/j0wm/41TMPmKWzrzhWNE7X9sTeh5d1XjdIJd3m6NY9lpl2nTZqFuz2Os&#10;ccthuXTIYcp1xWHldrlk5newZuV3qmjmd6Vp5naiaud1n2roc55r6XOea+lznmvpc55r6XOea+lz&#10;nmvpc/9mFwH/YyED/20gBP97IwX/hy4L/484Ev+TQRr/lUoj+pRRLfORWTfsjWBB5YdpSt+BdFPW&#10;en5dz3SIZcpvkWzFa5txwWimdb1msni6ZcJ6t2Xde65o43unauN7omvkep5s5XibbeV3mW3ndphu&#10;53WYbud1mG7ndZhu53WYbud1mG7ndf9nFgH/ZCAD/3AeA/9+IgX/iywJ/5M3EP+YQBj9mkgg9JpO&#10;KeyYVTPllV083Y9mR9OIb1PLgXlexXuDZr91jG65cZZ0tW6heLBrrHytart+qmrSf6Rs4H6ebeF9&#10;mm/ifJdw43qVcOR5k3Dld5Nx5neTceZ3k3Hmd5Nx5neTceZ3k3Hmd/9oFgH/ZCAD/3McA/+BIAT/&#10;jisI/5c1Dv+dPhX4n0Qc76BLJeefUi3fnVo305VjRsqObFPDh3Veu4F+Z7V7iG+vd5F1qnOceqVw&#10;qH6hb7aBnm/Kgptw3oGWcd+Ak3LhfpFz4nyQc+N6jnPkeY5z5XiOc+V4jnPleI5z5XiOc+V4jnPl&#10;eP9pFgH/Zh4D/3YaA/+EHwP/kioH/5s0DP6gOxLzo0EY6qZIIOKnTyfYolY2zJpgRcOTaVK7jXJe&#10;s4Z6Z6yBhG+mfY12oHmYfJt2o4CXdLGDlHTFhJF13YOPdt6BjXbgf4t34X2Kd+J7iXbkeol25HmJ&#10;duR5iXbkeYl25HmJduR5iXbkef9pFQH/aR0D/3gZAv+HHgP/lSgG/54yCvqkNw/vqD0U5qxEGt2t&#10;SyTQplQ1xp9eRLyZZlK0km9drIx3Z6SHgG+egop3mH6UfZJ7oIGNeq2EinnAhYh63ISHet2Chnrf&#10;gIZ64H6FeuJ8hXnjeoV55HmFeeR5hXnkeYV55HmFeeR5hXnkef9qFQH/axsC/3sXAv+KHAL/mCYF&#10;/6IwCPWoMwzrrjkQ4rNBFNaxRyPKq1I0wKRcQ7aeZFGtmGxcpZJ0Zp2NfW+WiIZ2j4WRfYqCnIKF&#10;gKqFgX+8hoCA24WAgN2DgH/egYB+4H+AfeF9gH3je4B85HqAfOR6gHzkeoB85HqAfOR6gHzkev9r&#10;FQH/bRkC/34VAv+NGwL/myQD/qUsBvGsLwjnszQL3bo6ENC1RiHFr1EyuqlaQrCjYk+nnWpbnphy&#10;ZZaTem6Pj4N2iIuOfIKImYF8hqeFeYa5hneH14V4hd2DeoPegXqC4H97geF9fIDje3x/43p8f+N6&#10;fH/jenx/43p8f+N6fH/jev9rFAH/cBgC/4EUAf+QGQH/nyIC+qkmBO2xKQXiui8G1r82D8q6RCC/&#10;tE8xtK5YQKqoYE6ho2damJ5vZI+ad22IloB1gJKLe3qPloB0jqSEcY22hW+O0YVxi92Dc4nfgXWH&#10;4H52heF9d4Tje3eD5Hp3g+R6d4PkeneD5Hp3g+R6d4Pkev9sFAH/cxYC/4UTAf+UFgH/oh4B9a0g&#10;Aue4IQLdwyYC0MM0DcS+Qh65uU0vrrNWPqSuXkyaqWVXkaVtYomhdWuAnX5yeZqIeXKXlH5tlqKC&#10;aZWzhGeWzYNpk96CbI/fgG+M4X5wiuJ8cojjenKH5Hlyh+R5cofkeXKH5Hlyh+R5cofkef9tEwH/&#10;dhMB/4gSAf+YEwD/pxkB77MWAeLAFQDVyh4ByccyDL7DQByzvkssqLpUPJ61XEmUsGNViqxrX4Gp&#10;cmh5pXtvcqOFdmugkXtmn59/Yp+xgWCfyoBinOB/ZZfhfmiT4nxqkON7bI3keW2M5XhtjOV4bYzl&#10;eG2M5XhtjOV4bYzleP9uEwH/exEB/40QAP+dEAD6rBEA2rsLANXJCwDNzhsBwswvCrfJPRmsxUkp&#10;ocBSOJe8WkaNuGFRg7VoW3qycGRyr3lra6yDcWSrj3ZfqZ56W6mvfFmqyXxap+J7XqDje2Gb43pj&#10;l+R5ZpTld2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd/9wEgH/gA4B/5IOAPKjCwDZswkAz74JAMvM&#10;CQDE0xcAutIsB7DPOxalzEYmmshQNY/EWEGFwV9NfL5nVnO8b15ruXdlZLiCa162jnBZtZ1zVbWu&#10;dVS2yHVTs+d2V6vmdlqk5nZcoOd1X5zndGCa6HRgmuh0YJrodGCa6HRgmuh0YJrodP9yEgH/hgwA&#10;+5gJANmpBgDOtQcAxsEHAMDPCQC62xMAsdopBafYNxKc1EQhktFNMIfOVTx9y11HdMllUGzHbVdl&#10;xXZeXsSBY1nDjmhUw51rUcOubE/EyG1Owu1tULjrb1Ow63BVq+pwWKbrcFmj63BZo+twWaPrcFmj&#10;63BZo+twWaPrcP93DwH/jQgA3qACAM+uBQDEuQUAu8UGALXTCgCu4RYBpuEpBp3gNxGT3kIdidxM&#10;KX/aVDV111w/bdVkSGXTbE9f0nZUWdKBWVTRjl1Q0Z1gTdKwYkvTyWJK0u1iS8jyZk2/8WhPuPBp&#10;UbLwaVKv72lSr+9pUq/vaVKv72lSr+9pUq/vaf9/CgDtlgAA0qYBAMSyAwC5vAMAsMkGAKnYCgCh&#10;5xkCmecqCZDnNxSH5kIffeVKKXTkUTNr41k6ZOJhQV7ia0dY4nVLU+GAT0/ijVNL4ptVSeOsV0fk&#10;xFdG4+lXRt32WUfQ91xJyPdeSsH2YEu99mBLvfZgS732YEu99mBLvfZgS732YP+JAADZngAAx6wB&#10;ALm2AgCuwQMApc4GAJzkDACV7x0Dje8sC4XvORV870Eec+9JJ2ruUC9i7lc1XO5fOlbuaD9S7nFC&#10;Te98RknviUlG8JZLQ/CmTUDxuU4/8ttPPvD3TkLm+09D3ftRRNT8U0XP/FRFz/xURc/8VEXP/FRF&#10;z/xURc/8VOGVAADLpgAAu7AAAK67AQCiyAIAmNUFAJD4DwGJ+CAEgvguC3n5NxNw+T8baPlGImD6&#10;TSha+lQtVPpcMU/7ZTVL+204R/x3O0P8gz0//ZA/PP2fQTr+r0M4/8ZEN//qRTb8/UU78v9EPur/&#10;RD7m/0Y+5v9GPub/Rj7m/0Y+5v9GPub/RtCfAAC9rAAArrUAAKLCAACVzwAAit0DAIT/EgF7/x4D&#10;dP8qCWz/Mw9k/zsWXf9DG1f/SiBR/1EkTP9YJ0j/YCpE/2gsQP9xLjz/ezE5/4gyNf+WNDP/pDYx&#10;/7Y3L//QOC7/7zkt//85Mf//OTP8/zkz/P85M/z/OTP8/zkz/P85M/z/OcGoAACvsQAAor0AAJTK&#10;AACH2AAAffMHAHb/EgFt/xoDZf8kBV7/LQpY/zYPUv89E0z/RRZI/0wZQ/9TGz//Wh48/2EgOP9p&#10;ITX/ciMx/30lLv+KJiv/mSgp/6cpJ/+5Kyb/0iwl/+8sJP//LST//y0k//8tJP//LST//y0k//8t&#10;JP//LbGuAACjuQAAlMYAAIbTAAB54QAAcf8IAGf/DwFf/xUCV/8eA1H/JgVL/y4HRv82CkH/PQw9&#10;/0QOOf9LEDb/URIy/1gTL/9fFSz/ZxYp/3EXJv98GCP/iRog/5gbH/+mHB3/tx0c/8oeHP/mHxv/&#10;8B8b//AfG//wHxv/8B8b//AfG//wH6S1AACVwgAAhs8AAHfeAABr9AAAYv8DAFn/CwFR/xEBSv8X&#10;AkT/HwM//yYEOv8tBTb/NAYy/zoHLv9ACCv/Rggo/0wJJf9SCSL/WQog/2ILHf9rDBr/dg0X/4QO&#10;Ff+SDxT/oBAT/60RE/+6ERP/wxIT/8MSE//DEhP/wxIT/8MSE//DEpe+AACGzAAAd9sAAGnnAABc&#10;/QAAVP8AAEv/BQBD/wwBPf8RAjf/FwIy/x4DLv8kAyr/KgQl/y8EIv81BR//OgUd/z8FGv9FBhj/&#10;SwYW/1IGFP9aBxL/YgcQ/2wHD/93CA3/hAgM/5AIDP+cCAz/oggM/6IIDP+iCAz/oggM/6IIDP+i&#10;CP9QIAL/SyoD/0Q2Bf9HOgb/Sj8I/05JD/9PVBf/T2Ae/01sJP9KeSr/SIUu/0aQMv9EmjT/Q6I3&#10;/0KqOP9BsTr/QLk7/0DBPP8/yz3/Ptw+/z7oPv898z7/Pfs//z7/Pv9A/z76Q/899ET/Pu5G/z/u&#10;Rv8/7kb/P+5G/z/uRv8/7kb/P/9QIAL/SyoD/0U1Bf9KOAb/TT0I/1FID/9SUhf/UV4e/09qJf9N&#10;dyv/SoMv/0iOM/9GmDb/RKE4/0OpOv9CsDz/Qrg9/0HBPv9Ayz//QNxA/z/pQP8/9ED/Pv1B/0D/&#10;QP1C/0D2Rf9A8Eb/QelI/0HpSP9B6Uj/QelI/0HpSP9B6Uj/Qf9RHwL/TCkD/0c0Bf9NNgb/UTsI&#10;/1VGEP9WUBj/VVwf/1JoJv9QdCz/TYAx/0qMNf9Ilzj/RqA7/0WoPP9EsD7/Q7g//0PBQf9CzEH/&#10;Qd5C/0HrQ/9A9UP/QP1D/0P/Q/hG/0LwSP9D6kn/RONK/0XjSv9F40r/ReNK/0XjSv9F40r/Rf9S&#10;HwL/TSkD/0oyBP9QMwb/VTkI/1lDEP9aTRj/WVgg/1ZkJ/9TcS3/UH0z/02JN/9LlDr/SZ49/0em&#10;P/9GrkH/RbdC/0TBRP9EzEX/Q99F/0LtRv9C90b/Q/1G+Ub/RvBJ/0bpS/9H4kz/SNtN/0jbTf9I&#10;203/SNtN/0jbTf9I203/SP9THgL/TigD/04vBP9UMAb/WjYI/15AEP9gShj/XlUg/1tgKP9YbS//&#10;VHk0/1GFOf9OkT3/TJtA/0qkQv9JrUT/SLZG/0fBR/9GzUj/ReFJ/0TvSv9F+Er7R/1K8Ur/SehN&#10;/0vfTv9M10//TM9R/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/TP9UHQL/UCcD/1IsBP9ZLQX/XzII/2Q8&#10;EP9mRxj/ZFIg/2FcKP9daDD/WnU2/1aBO/9SjT//T5hD/02iRf9Mq0j/SrVJ/0m/S/9IzEz/SOFN&#10;/0juTfxI+U7yS/xN5079T91Q/VDSUv5QzFP/UcZU/1HGVP9RxlT/UcZU/1HGVP9RxlT/Uf9VHQL/&#10;UScD/1YpBP9eKgX/ZC8I/2o6D/9sRRf/bE8g/2hZKP9kYzD/YHA3/1x8Pf9YiEL/VZNG/1OdSf9R&#10;pkv/T7BN/066T/1NxlD6TdlR9kzqUfJN91HnUPpS21L7VM5U/FXHVv1VwVf+VbxY/lW8WP5VvFj+&#10;VbxY/lW8WP5VvFj+Vf9XHAL/UiYD/1omBP9iJgT/aiwH/3E3Dv9zQhb/c0wf/3BWKP9rYDD/Zms4&#10;/2N3Pv5fg0T7W45I+ViYTPdWoU/1VatR81O1U/FSwVTvUdBV61HnVeZS9lbaVPlYzFb6WcNY+1q8&#10;Wvtat1v7WbNc+1mzXPtZs1z7WbNc+1mzXPtZs1z7Wf9YGwL/UyUD/14jA/9nIwT/cCoG/3c1Df96&#10;QBX/ekod/3hTJv9zXC/8bmY3+GlyP/RlfkXxYYlK7l6TTutcnVLoWaZV5liwV+RXvFjiVsxZ3lbk&#10;WdhW9FvKWPddwFr4Xrhc+F6zXfherl74Xatf+VyrX/lcq1/5XKtf+VyrX/lcq1/5XP9ZGwL/ViMD&#10;/2IgA/9sIAP/dSgF/30zC/+APRP/gUcb/39QJPl7WS30dmI27nFtPupseUXmaIRL4mSOUd5hmFXb&#10;XqJZ1lysW9NbuF7QWsZfzVrfYMha8mG+XPVitV70Yq5g9WKqYfVhpmL2YaNj91+jY/dfo2P3X6Nj&#10;91+jY/dfo2P3X/9aGgL/WSEC/2YdAv9wHgP/eiYE/4IxCf+GOxD/iEQZ+YZNIfKDVivrfl405Xlp&#10;PeB0dEXab39M02qJU89mkljLY5xdx2GmYMRfsWPBXr9kvl7SZbpf7GayYPJmq2LyZqVk8mWhZfNk&#10;n2X0Y5xm9WKcZvVinGb1Ypxm9WKcZvVinGb1Yv9bGgL/XB8C/2kbAv91HAL/fiQD/4cuCP+MOA77&#10;jkIW8o5KHuuLUifkh1sw3YFmOtN6cEXNdXpOyHCDVcNsjVu+aZZgumagZLdkq2e0Y7hpsWLKaq5j&#10;5mqoZO9qombvaZ1n8GiaaPFnmGnyZpZp82SWafNklmnzZJZp82SWafNklmnzZP9bGQL/XxwC/2wY&#10;Av95GwL/gyED/4wsBv+RNgv1lD8S7JVHGeSTTyLcjlgt0odiOsqBbEXDe3VOvnZ/VrhyiF20bpFi&#10;r2ubZqtppmqoZ7NspWfDbqJn4G6eae1tmWrubJZr72qTbPBpkmzxZ5Bs8maQbPJmkGzyZpBs8maQ&#10;bPJmkGzyZv9cGQH/YhoC/3AWAv98GQL/hh8C/5ApBPqWMwnwmjwO55tEFd+aSx3TlFUsyo1fOcKH&#10;aUW7gXFPtXx7V694hF6qdI1jpXGXaKFuomydbK5vmmy+cJhs2XGVbetvkW7sbo9v7WyNb+9qjG/w&#10;aYtv8WeLb/Fni2/xZ4tv8WeLb/Fni2/xZ/9dGQH/ZBkC/3IUAf9/GAH/ih0B/5QmA/abMAbrnzgK&#10;4qI/ENifRxzNmVIrxJJdObuMZkS0h25OrYJ3V6d9gF6ieYlknXaTaZhznm2UcapxkHG6co5x0XOM&#10;cupxinPrb4hz7W2Hc+5rh3PvaoZy8GiGcvBohnLwaIZy8GiGcvBohnLwaP9eGAH/ZxcB/3UTAf+D&#10;FgH/jhoB/pgjAvGfLATnpTMH3ag5DNGjRRvHnVAqvpdaOLWSY0StjGxOpod0V6CDfF6af4ZklXyP&#10;apB5mm6Ld6ZyiHa2dIV2zHSEd+lyg3fqcIJ37G6Cdu1sgnbvaoF28GmBdvBpgXbwaYF28GmBdvBp&#10;gXbwaf9eGAH/aRUB/3gSAf+GFAH/kRgB+pwfAe2kJwLiqiwE1qw0C8unQxrBok4puJxYNq+XYUOn&#10;kWlNoI1xVpmIeV6ThYJkjYGMaoh/l2+DfaRyf3yzdH18yHV8fehzfHzqcXx77G99eu1tfXnua315&#10;8Gl9efBpfXnwaX158Gl9efBpfXnwaf9fGAH/axMB/3sRAf+JEwD/lRUA9aAaAeipIAHdsCQB0LAy&#10;CsasQRi8pkwns6FWNaqcX0Gil2dMmpJvVZOOd12Mi4BkhoiKaYGFlW58g6Fyd4KwdHWCxXV0g+dz&#10;dYHqcXZ/6293fu1teH3ua3h88Gl4fPBpeHzwaXh88Gl4fPBpeHzwaf9gFwH/bhIB/34QAP+MEQD/&#10;mREA8aQTAOOuFgDWthwBy7QwCMGwPxe3q0slraZUM6ShXUCcnWVKlJhsU4yVdFuGkX1if46HaHmM&#10;km10ip5xcIitdG2IwXRtieRzb4fqcXCE7G9yg+1tc4Hua3SA8Gl0gPBpdIDwaXSA8Gl0gPBpdIDw&#10;af9hFwH/cRAB/4IOAP+QDgD1nQ0A46kMANm1DADPuRoAxbguB7u0PRWxsEkjp6tSMZ6nWz6Wo2NI&#10;jp9qUYabcll/mHpgeJWEZnKTj2xtkZxvaZCqcmaQvnNlkeFyaI7rcGqK7G5siO1sbYbva26E8Glu&#10;hPBpboTwaW6E8GluhPBpboTwaf9jFQH/dQ4B/4YNAPiUCwDcoggA1K0JAM+4CgDJvRcAv7wrBrW5&#10;OxOrtkchobFQL5itWTuPqmFGh6ZoT3+jcFd4oHhecp6BZGubjGlmmpltYpmob1+ZvHBemd9vYJbs&#10;bmOR7W1mju5rZ4vvammJ8GhpifBoaYnwaGmJ8GhpifBoaYnwaP9nEgH/eQwA/4oKAN+aBADTpgcA&#10;zLEIAMe7CADBwhMAuMIoBK6/OBClvEQem7hOLJG1VziIsV5CgK5mS3irbVNxqXZaa6d/YGWlimRg&#10;o5doW6Oma1mjumxYo9xrWaDua1ya72pflvBpYZLxaGOP8WZjj/FmY4/xZmOP8WZjj/FmY4/xZv9r&#10;EAH/fgkA8ZAEANaeAwDMqgYAxLQGAL6+BQC4yBAAsMgkA6fGNQ2dw0Ibk8BMKIq9VDOBulw+ebdk&#10;RnG1a05rs3RUZLF+Wl+wiV9ar5ZiVq6lZVOuuWZSr9tlUqvyZlWk8mZYn/JmWpvzZVyX82Rcl/Nk&#10;XJfzZFyX82Rcl/NkXJfzZP9wDQD/hAQA3ZYAAM6jAwDErgQAu7cEALTCBQCuzQwAp84gAp7NMQqV&#10;yz4Wi8hJI4LGUi56w1o4csFiQGvAakdkvnNNXr18U1m8iFdUu5VbULulXU67uV5NvNtdS7n3X06x&#10;9mBRqvZgU6X2YFWh9mBVofZgVaH2YFWh9mBVofZgVaH2YP93CADrjAAA05sAAMaoAgC7sQIAsrsC&#10;AKrHBgCi0woAndYaAZXWLAaM1DoRg9JGHXrQTydyzlgxas1gOGTLaD9eynJFWMp8SVTJiE1PyZVR&#10;TMmlU0rJuVRJytxTR8j3VUjA/FhKuPtZTLL7Wk6t+lpOrfpaTq36Wk6t+lpOrfpaTq36Wv9/AADc&#10;kwAAyqIAALysAQCxtQAAqMADAJ/LBgCW2QsAkeAbAYrfLAaC3zkOed5DF3HdTSBq3FYoY9tfL13a&#10;ZzVY2XE6U9l7Pk/ZiEJL2ZZFSNmmR0baukhF29tHRNj0SULT/01Eyf9PRcL/UEe7/1JHu/9SR7v/&#10;Uke7/1JHu/9SR7v/UuaKAADPmwAAv6cAALKwAACnuwAAnMYDAJPRBgCL6g4AhegfAn7oLQZ26DgO&#10;buhBFmbnSh1f51IjWedbKVXnZC1Q520xTOd4NUnnhDhG6JE6Q+igPEDpsj4/6ss+PujvPj3m/z89&#10;4P9CP9f/REDO/0ZAzv9GQM7/RkDO/0ZAzv9GQM7/RtaTAADEowAAtKwAAKe2AACbwQAAkMwCAIbZ&#10;BgCA8hIAefIfAnHyKwZq8jYMY/M/El3zRxhX808dUvNXIU30YCRJ9GkoRvRzKkL1fi0/9YsvPPaZ&#10;MTr2qTM49740NvjhNTb1+TU18/80N+z/Njnl/zg55f84OeX/ODnl/zg55f84OeX/OMieAAC2qQAA&#10;qLIAAJu9AACPyAAAg9QAAHnoBwBz/BIBa/0dAmT9JwRe/jEIWP47DVP/QxFN/0sVSf9TGEX/WhpB&#10;/2MdPv9sHzv/diE3/4IjNP+QJTL/nycw/7AoLv/IKS3/6ios//8qLP//Ki/5/yov+f8qL/n/Ki/5&#10;/yov+f8qL/n/KrmmAACqrgAAnLkAAI7FAACB0QAAdd4AAG36CQBl/xEBXv8aAlf/IwNS/ywFTP80&#10;B0j/PApD/0QMP/9MDjz/UxA4/1sSNf9jFDL/bBYv/3cXLP+EGSn/kxon/6IcJf+0HST/zB4j/+0e&#10;Iv/9HyL//x8i//8fIv//HyL//x8i//8fIv//H6yrAACdtgAAj8IAAIDOAABz3AAAZ+kAAF//BgBY&#10;/w4AUf8VAUv/HQJG/yYDQf8tBDz/NQU4/zwGNP9CBzH/SQgu/1AJK/9XCij/Xwol/2kMI/90DSD/&#10;gg4d/5IPG/+iEBr/shEZ/8gSGP/lExf/+hQX//oUF//6FBf/+hQX//oUF//6FJ+zAACQvwAAgMwA&#10;AHLaAABk5AAAWPUAAFH/AQBK/wsARP8QAT7/FwE5/x4CNP8lAjD/LAMs/zIEKP84BCX/PgUi/0QF&#10;H/9KBRz/UQYa/1kGF/9jBxT/bgcS/3wIEP+MCA//nAgO/6wJDv+7CQ3/0wkN/9MJDf/TCQ3/0wkN&#10;/9MJDf/TCZG8AACByQAActcAAGTkAABU6wAAS/8AAET/AAA9/wQAN/8MADH/EAEs/xYBKP8cAST/&#10;IgIg/ycCHP8sAhn/MQMW/zYDE/88AxH/QgMP/0kEDf9RBAv/WgQJ/2YEBv9zBQP/gQUC/5AFAf+c&#10;BQH/qwUB/6sFAf+rBQH/qwUB/6sFAf+rBf9EJAL/Py4D/zw2BP9AOAT/QT0G/0FFCP9BUQ3/QF0T&#10;/z9qGP88dxz/OoQg/zeRI/82myX/NaQn/zSsKP80tSr/M74r/zLIK/8y1Sz/MeUt/zHxLf8x+y3/&#10;MP8t/zD/Lf8z/y3/Nv8s/jj/Lfk6/y72O/8u9jv/LvY7/y72O/8u9jv/Lv9FIwL/Py4D/z40A/9C&#10;NgT/RDsG/0RDCP9FTw3/RFsT/0FoGf8/dR3/PIIh/zqPJP84mif/N6Mp/zasKv82tCz/Nb0t/zTI&#10;Lv801i7/M+Yv/zPyL/8y/DD/Mv8w/zP/L/82/y//Of8v+Tv/MPQ9/zHxPf8x8T3/MfE9/zHxPf8x&#10;8T3/Mf9GIwL/QC0D/0EyA/9GMwT/SDgG/0hACP9JTA7/SFgU/0VlGv9Cch//QH8j/z2MJv87mCn/&#10;OqEr/zmqLf84sy7/N70v/zbHMP821TH/NuYy/zXxMv81+zL/Nf8y/zb/Mv86/zH6Pf8z8z7/NO1A&#10;/zTqQf806kH/NOpB/zTqQf806kH/NP9HIgL/QSwD/0UvA/9JMAT/TDUG/009CP9OSA7/TVQV/0th&#10;G/9IbiD/RXsl/0KIKP8/lCv/Pp4u/z2nL/88rzH/PLgy/zvDM/86zzT/OuE1/zruNf86+DX/Ov81&#10;/zr/Nfs+/zXyQf8360L/OOVE/zjhRf844UX/OOFF/zjhRf844UX/OP9IIgL/QywD/0gsA/9OLQT/&#10;UTEF/1M5CP9VRQ7/U1EV/1FdHP9OaiH/S3cm/0iDK/9Fjy7/RJkw/0KiM/9BqzT/QbQ2/0C9N/8/&#10;yTj/P9s4/z/qOf8/9Tn/P/85+0D/OPFD/zroRf884Uf/PNpI/z3VSf891Un/PdVJ/z3VSf891Un/&#10;Pf9JIQL/RCoD/00oA/9TKQT/Vy0F/1k2CP9cQg7/W04V/1hZHP9VZSL/UnIo/09+Lf9MijD/SpQz&#10;/0ieNv9Hpjj/Rq85/0W4O/9FxDz/RNI8/ETlPfhE8j31Rf488UX/PuZI/0DcSv9B0kv/QcxN/0HJ&#10;Tf9ByU3/QclN/0HJTf9ByU3/Qf9KIAL/SCcC/1ElA/9YJQP/XSoE/2AzB/9jPw7/YkoV/2BVHP9c&#10;YSP/WW0p/1V5Lv9ShDP/UI82/U6ZOftMojv6S6o9+Eq0P/dKvkD1ScxA8UnhQe1K8EHqSvxC5Er/&#10;RNhM/0XMT/9GxlD/RsBR/0a+Uf9GvlH/Rr5R/0a+Uf9GvlH/Rv9MIAL/TCQC/1UhAv9dIQP/YycE&#10;/2cxBv9qPAz/akcU/2dSG/9jXCP/X2gq+1x0MPdZfzX1Voo58lSUPPBSnT/uUaZB7FCvQ+pPukTo&#10;TsdE5k/dReFP7kXdTvtI1E//SchR/0rAU/9KulT/SrZV/0q0Vv9KtFb/SrRW/0q0Vv9KtFb/Sv9N&#10;HwL/UCEC/1oeAv9iHgL/aSUD/20tBf9xOQv/cUQS/29OGvtrWCL1ZmMp8WNvMO1gejbpXIU75lqP&#10;P+RYmELhVqJE31WrRtxTtkjaUsNK1lLYStFT7EvMU/pNxVT/TrxW/0+1V/9PsFj/TqxZ/02qWv9N&#10;qlr/Tapa/02qWv9Nqlr/Tf9OHgL/Ux4C/14bAv9nGwL/biID/3MqBP93NQn/eEAQ+XdKGPJzVCDs&#10;b14o52tqMOJndTbeY4A82V+KQdRdk0bRW51JzlmmTMtYsE7IV7xQxlbNUcNX5lG+V/dSuFj/U7Ba&#10;/1OrXP9Sp13/UqNd/1GiXf9Qol3/UKJd/1CiXf9Qol3/UP9PHgL/VxsC/2IXAf9sGQL/dCAC/3kn&#10;A/9+Mgf5gDwN8X9GFep7UB3kd1sm3XNmLtVtcDfQaXo+y2WERMdijknEYJdNwF6gUL1dqlO7W7ZV&#10;uFvFVrVb31ayXPNXrF39V6Ze/VahYP5VnmD/VJxh/1OaYf9TmmH/U5ph/1OaYf9TmmH/U/9QHQL/&#10;WhkB/2UVAf9wFwH/eB0B/38kAv2ELgXzhjgK6oZCEeOESxnbf1cj0XliL8t0bDjFb3ZAwGx/Rrxo&#10;iEu4ZpFQtWObU7FhpVauYLBZq1+/Wqlf1FumYO9bomH6Wp1j+1mZZPxYlmT9V5Vl/lWUZf5VlGX+&#10;VZRl/lWUZf5VlGX+Vf9QHQL/XRcB/2kSAf90FQH/fRoB/4QhAfeJKgPtjTQH5I09DdyLSBbRhVQj&#10;yX9eLsJ6aDi8dXFAt3F6R7JuhE2ua41SqmiWVqdmoFmjZatcoGS5Xp5kzV6bZOpemGb4XZRn+VyS&#10;aPtakGj8WY5o/VeOaP1Wjmj9Vo5o/VaOaP1Wjmj9Vv9SHAH/XxQB/2wRAf94EwH/gRcB/4gdAfKP&#10;JQLnky8E3pU4CdOQRRXKi1EiwoVbLruAZTi0e25Br3d3SKp0f06lcIhToW6SV51rnFuZaqdelmm1&#10;YJRoyGGSaeZgj2r3X41r+F2La/lciWz7Wohs/FiIa/xYiGv8WIhr/FiIa/xYiGv8WP9UGgH/YhMB&#10;/28QAf97EgD/hRQA+o0ZAO2THwHimSgC2JkzCMyVQhTEkE4hvItZLbSFYjeugWtAqHxzSKJ5fE6d&#10;doVUmXOOWJVxmFyRb6RgjW6xYottw2OJbuJih2/2YYZv91+Fb/ldhG/6W4Nv+1mDb/xYg2/8WINv&#10;/FiDb/xYg2/8WP9WGAH/ZBEB/3IOAP9+EAD/iBEA9ZEUAOiYGQDdniAB0Z4xB8eaQBO+lUwgtpBW&#10;LK6LYDenhmhAoYJwSJx+eU6We4JUkniLWY12lV2JdKBhhXOuY4Jyv2SAc95kgHT1Yn909mB/c/he&#10;fnP5XH5y+lp+cvtZfnL7WX5y+1l+cvtZfnL7Wf9YFwH/ZxAB/3UOAP+BDgD/jA4A8ZUQAOOdEQDW&#10;oxsAy6EvBsKePhK5mUoesJRUK6mQXTaii2Y/m4duR5WEdk6QgH9Ui36IWYZ7kl2BeZ5hfXirZHp4&#10;vGV5eNlleHn0Ynl49mB5d/heeXb5XHl1+lp5dftaeXX7Wnl1+1p5dftaeXX7Wv9aFQH/aQ4A/3gM&#10;AP+EDADvkAsA3ZoKANmiCwDQphgAxqUsBb2iPBC0nkgdq5lSKaOVWzSckWM+lY1rRo+Jc02JhnxT&#10;hISFWH+BkF16f5thdn6oZHN9uWVxftNlcX7yY3J99mBze/dedHr5XHR5+lt1eftadXn7WnV5+1p1&#10;eftadXn7Wv9dEwH/bA0A/3sLAPaICQDckwYA1Z0JANGlCgDKqhUAwakqBLemOg+uokYbpp5QKJ6a&#10;WTOWlmE8j5NpRImPcUyDjXlSfYqDV3iIjVxzhplgb4SmY2yEt2RqhM9kaoTwYmyC9mBtgPdeb3/5&#10;XG99+ltwfPtacHz7WnB8+1pwfPtacHz7Wv9fEQH/bwoA/34IAOOMAwDWlwUAz6AHAMqoCADErhMA&#10;u60nA7KrNw2pp0QZoKROJpigVzGRnF86iplnQ4OWb0p9k3dQd5GAVnKPilptjZZeaIujYWWLtGNj&#10;i8xjY4vuYWWJ919nhvheaYT5XGqC+lprgftaa4H7WmuB+1prgftaa4H7Wv9iEAD/cgcA+IIDANuP&#10;AgDPmgUAyaMGAMOsBgC9shAAtbIkAqywNQujrUIXm6pMI5KmVS6Ko104g6BlQH2dbEd2m3RNcJl9&#10;U2uWiFhmlZRcYpShX1+TsmBdk8lgXZPtX16Q+F5hjPlcY4r6W2SH+1plhvtZZYb7WWWG+1llhvtZ&#10;ZYb7Wf9mDQD/dwMA44cAANOTAQDKngQAwqcEALuvBAC1tg0ArrchAqW2Mgmdsz8VlLBKIIytUyuE&#10;qls0fahjPHalakNwo3JKaqF7T2WghlRgnpFYW52fW1idsF1WncddVp3rXFea+ltalfpaXJH7WV6O&#10;/FhfjfxXX438V1+N/FdfjfxXX438V/9qCgD/fAAA3IwAAM2YAADDowMAuqoCALOzAQCsvAoApr0d&#10;AZ68LwaWujwRjbhHHIW1UCd9s1kwdrFgOG+vaD9prXBFY6t5Sl6qhE9aqZBSVaieVVKnr1dRqMZX&#10;UKfqV1Cl/FdTn/1XVZr9VleW/lZYlf5VWJX+VViV/lVYlf5VWJX+Vf9vBADmggAA0pEAAMadAAC7&#10;pgEAsq4AAKq3AQCiwgUAnMQYAJXDKgSNwjkNhcBEGH2+TiF1vFYqbrpeMmi5Zjhit24+XbZ4Q1i1&#10;gkdUtI9LULSdTk2zrlBLtMVQS7PqUEqx/1FMq/9STqX/UlCh/1JRnv9RUZ7/UVGe/1FRnv9RUZ7/&#10;Uf92AADdiQAAypcAAL6iAACzqgAAqbMAAKC8AgCYxgYAkcwSAIvMJQKEyzQJfMlAEnXIShttx1Mj&#10;Z8VcKmHEZDBcw202V8J2OlPCgT9PwY5CS8GdRUjBrkZHwcVGR8HqRkS+/0lFuf9KR7P/S0mt/0xK&#10;q/9MSqv/TEqr/0xKq/9MSqv/TOl/AADRkAAAwp4AALWnAACqrwAAoLgAAJbBAgCMywcAhNUNAIDV&#10;HgF51S4FctQ8DGzTRxRl0lAbX9FZIVrRYidV0GssUdB1ME3PgTRJz443Rs+dOUTQrjtC0MY7Q9Dq&#10;OkDN/T4+y/9AQMP/QkG9/0NCuf9EQrn/REK5/0RCuf9EQrn/RN2IAADHmAAAuKMAAKurAACgtAAA&#10;lb4AAIvIAwCA0QcAeOENAHThHQFu4SsDaOA3CGHgQg5c4E0UV+BWGVPgXx1P4GkiS+BzJUfgfihE&#10;4IsrQuCaLT/hqy8+4sEvPuLlLzzf+jE53v80Odn/NjrQ/zg7zP85O8z/OTvM/zk7zP85O8z/Oc2S&#10;AAC8oAAAragAAKGxAACVuwAAicUAAH7PAgB02gYAbusRAGjrHgFi6yoDXew1BlfsPwtS7EgPTexR&#10;E0rtWhZG7WMZQ+1tHEDteB497oUhOu6TIzjvoyQ28LYmNfHSJjTv8yY07P8mMuv/KDLn/ysz5P8s&#10;M+T/LDPk/ywz5P8sM+T/LMGcAACwpgAAo64AAJa4AACJwwAAfc0AAHHYAABn5gYAYvYRAFz3HQFX&#10;9ycCUvcxBE34OgZI+UIJRPlLC0H6VA4++lwQO/tlEjj7bxQ1+3sWMvyJGDD9mBku/aobLP6/HCv/&#10;4x0q/PodKvr/HSr3/xwq9/8dKvf/HSr3/x0q9/8dKvf/HbOjAACkqwAAl7YAAInBAAB7ywAAb9YA&#10;AGPfAABb9QYAVf8QAFD/GQFL/yMCRv8sA0L/NAQ+/zwFOv9DBjf/Swc0/1MIMf9bCS7/ZAor/28M&#10;KP98DSb/iw4k/5wQIv+uESH/xRIg/+kTH//8Ex7//xMe//8THv//Ex7//xMe//8THv//E6apAACY&#10;swAAir8AAHvKAABu1QAAYN8AAFTnAABO/wQASf8OAEP/FAA//x0BOv8lAjb/LAIy/zMDL/86Ayv/&#10;QQQo/0gEJf9PBSL/VwUg/2AGHf9sBxr/eQcY/4oIFv+bCBX/rQkU/8MJE//jCRP/+AkT//8KE///&#10;ChP//woT//8KE///CpqxAACLvQAAfMgAAG3UAABf4AAAUeYAAEf1AABB/wAAPP8JADf/EAAy/xUB&#10;Lv8dASr/IwEm/ykBIv8vAh//NQIc/zsCGf9CAxb/SQMT/1EDEf9aAw//ZgQN/3QEC/+FBAr/lgUJ&#10;/6gFCP+5BQf/0AUH/+MFB//jBQf/4wUH/+MFB//jBY26AAB9xwAAbdMAAF/gAABQ5wAAQu0AADr/&#10;AAA1/wAAL/8CACr/CgAm/w8AIv8UAB7/GgEa/x8BFv8jARP/KAEQ/y0BDv8zAQz/OQIK/0ECB/9J&#10;AgP/UwIA/14CAP9sAgD/fAMA/40DAP+dAwD/rAMA/7UDAP+1AwD/tQMA/7UDAP+1A/85JwL/MzIC&#10;/zU0A/84NgP/ODsE/zZDBf8zTgf/MVsJ/y9oDf8tdhH/K4QU/ymRFv8pmxj/KKQZ/yitGv8otRv/&#10;J74c/yfIHP8n1B3/J+Qd/yfvHv8n+R7/J/8e/yf/Hv8n/x3/KP8d/yv/Hv8t/x/8L/8f/C//H/wv&#10;/x/8L/8f/C//H/86JwL/NDEC/zgxA/87NAP/OzkE/zpBBf83Swf/NVgK/zNlDv8xcxL/L4EV/y2O&#10;F/8tmBn/LKEb/yyqHP8rsh3/K7se/yvEH/8r0B//KuEg/yrtIP8q9yD/Kv8g/yv/IP8r/x//LP8f&#10;/y//Ifwx/yL3M/8i9zP/Ivcz/yL3M/8i9zP/Iv87JgL/NTAC/zsvAv8+MQP/PzYE/z49Bf88SAf/&#10;O1UL/zliD/83bxP/NX0X/zOKGf8ylRv/MZ4d/zCnHv8wrx//MLcg/y/AIf8vyyL/L9wi/y/qI/8v&#10;9SP/L/4j/y//Iv8w/yL/MP8j+zP/JfU1/yXwN/8m8Df/JvA3/ybwN/8m8Df/Jv88JgL/OS0C/z8s&#10;Av9DLQP/RDIE/0M5Bf9DRQf/QlIL/0BfEP8+axX/O3gY/zmFG/83kB7/N5og/zajIf81qyL/NbMj&#10;/zS8JP80xiX/NNQl/zTmJv808Sb/NPsm/zX/Jf41/yb6Nv8o8zj/Kew6/ynmPP8q5jz/KuY8/yrm&#10;PP8q5jz/Kv89JQL/PSoC/0MoAv9HKQP/SS0E/0o2Bf9KQQf/SU0M/0daEf9FZxb/QnQa/0CAHf8+&#10;jCD/PZUi/zyeJP87pib/O64n/zq3KP86wSj/Os0p/zrhKf467in7Ovkp9zv/KfY6/yvwO/8t6D3/&#10;LuE//y7bQf8u20H/LttB/y7bQf8u20H/Lv8+JQL/QSYC/0gkAv9MJQL/TykD/1IzBf9RPgf/UUkM&#10;/09WEv9MYhf/Sm8c/0d7IP9FhiP/Q5El/0KaJ/9Boin/Qaoq/UCyK/xAvCz7P8gt+D/bLfRA6y3w&#10;QPct7UD/L+s//zHkQf8y20P/M9FE/zPLRv8zy0b/M8tG/zPLRv8zy0b/M/9AJAL/RSMC/0wgAv9S&#10;IQL/ViYD/1kvBP9ZOgf/WUYM/1ZREv9UXRj/UWod/k51IfxMgSX5Soso90mVK/VHnSzzR6Yu8kau&#10;L/BFuDDvRcQx7UXTMehG6DHlRvYy4kX/Nd9E/zbTR/83ykj/OMRK/zi/S/83v0v/N79L/ze/S/83&#10;v0v/N/9BIwH/SR8B/1EcAf9XHAL/XCMC/2AsA/9gNgb/YEEL/15NEf1bWBj4WGQd9FVwI/FTfCfu&#10;UIYr60+QLulNmTDnTKEy5UyqM+NLtDTiS8A14EvPNdtL5jbVSvQ40Ur/Os5K/zzETP88vU3/PLhP&#10;/zy0T/87tE//O7RP/zu0T/87tE//O/9CIgH/TBwB/1UYAf9cGQH/YyAC/2YoA/9oMgX/aD0J+mZI&#10;EPRjUxfuYF8d6l1rI+ZadijiV4Et31WLMNxTlDPZUZ021VCmONNPrzrQT7s7zk7JPMtP4T3HT/I+&#10;w0//QMBP/0G3Uf9BsVL/QK1T/0CqVP8/qlT/P6pU/z+qVP8/qlT/P/9GHwH/UBkB/1kVAf9iFwH/&#10;aB0B/2wkAv9vLgP5bzgH8W5EDutrThXlaFsc32RnI9pgcSrUXXsv0FuFNMxYjjjJV5c7x1WgPcRU&#10;qT/CU7RBv1PCQr1T1kO5U+1EtlP9RbNU/0WsVv9Ep1f/RKRY/0OhWP9CoVj/QqFY/0KhWP9CoVj/&#10;Qv9IHQH/UxYB/10SAf9mFAH/bRkB/3IhAft1KQLydjMF6XY+C+JzShLbb1ca0mtiI81nbCvIZHYx&#10;xGF/N8BeiTu9XJI+uluaQbdZpES1WK5Gsle7R7BXzUitWOhIqlj6SadZ/0ihWv9InVv/R5tc/0aZ&#10;XP9FmVz/RZlc/0WZXP9FmVz/Rf9LGgH/VxMB/2EQAP9rEgD/chYA/3gcAfV7JAHrfS0D4n45B9l7&#10;RhDQdlMayXFeJMNtaCy+anEzumd7OLZkgz2yYoxBr2CVRaxen0epXalKply2S6Rcx0yiXOJNn133&#10;TJxe/0yYX/9KlWD/SZNg/0iRYP9HkWD/R5Fg/0eRYP9HkWD/R/9OGAH/WhEB/2QOAP9vEAD/dhMA&#10;/H0XAO+BHgHkhCcC24Q0BdCBQw/IfE8ZwXhaI7tzZCy1cG0zsWx2Oq1qfz+pZ4hDpWWRR6Jjm0qf&#10;YqVNnGGxT5lgwVCXYNxQlWHzT5Ni/06QY/9MjmT/S4xk/0qLZP9Ii2T/SItk/0iLZP9Ii2T/SP9Q&#10;FgH/XBAA/2gNAP9yDgD/ehAA9oESAOmGFwDeiiAB0oowBMmGQA7Bgk0Zun1XI7R5YSyudWo0qXJy&#10;OqRve0CgbIREnWqNSJlol0yVZ6FPkmatUZBlvVKOZdRTjGbwUYtn/1CIZ/9Oh2j/TIZo/0uFZ/9J&#10;hWf/SYVn/0mFZ/9JhWf/Sf9SFAH/Xw4A/2sLAP91DAD5fg0A8IUOAOOLEADWjxoAzI4uBMOLPQ27&#10;h0oYtINVIq1+Xiune2czondvOp10eECZcoBFlW+JSZFtk02NbJ5QimqqU4dquVSFas9UhGvuU4Ns&#10;/1GCbP9PgWv/TYBr/0yAa/9KgGv/SoBr/0qAa/9KgGv/Sv9UEgH/YQwA/24KAP14CQDogggA3IkJ&#10;ANiPCwDQkxcAxpMrA76QOwy2jEgXrohSIaeEXCuhgGQznHxtOpd5dUCSd31FjnWGSopykE6GcZtR&#10;gm+nVH9vtlV9b8tWfG/rVHxw/1J7cP9Qe2//Tntv/017bv9Le27/S3tu/0t7bv9Le27/S/9XEQD/&#10;YwoA/3AHAPB8BQDchQUA1IwIANCTCQDKlhQAwZcpA7mUOQuxkEYWqY1QIKKJWiqchWIyloJqOZF/&#10;cj+MfHpFh3qDSoN4jU5/dphRe3WkVHh0s1Z2dMhWdXToVXV1/VN1dP9RdXP/T3Zy/012cf9MdnH/&#10;THZx/0x2cf9MdnH/TP9ZEAD/ZgcA/3MEAOF/AQDWiAQAz5AGAMqWCADEmhIAvJsmArSYNwmslUQU&#10;pJFOH52OVyiWimAxkIdoOIuEcD+GgnhEgX+BSX19i014e5ZRdHqiVHF5sVZvecVWbnrmVW56/FNv&#10;ef9RcHf/T3F2/01xdf9McXX/THF1/0xxdf9McXX/TP9bDgD/aQQA9ncAAN2CAADQiwMAyZMFAMSZ&#10;BgC+nhAAtp8kAq6dNAimmkETn5ZMHZiTVSeRkF4vi41lN4WKbT2AiHVDe4V+SHaDiExygpNQboCg&#10;U2t/rlVof8JWZ3/jVWiA+lNpfv9Ranz/T2t7/01sef9MbHn/TGx5/0xsef9MbHn/TP9eDAD/bAEA&#10;5noAANaGAADLjwIAxJcEAL6dBAC4og4AsaMhAamiMgehnz8RmZxKG5KZUyWLllwthZNjNX+Razt6&#10;jnNBdYx8RnCKhUtriJFPZ4edUmSGrFRihr9VYYbhVGGG+VJjhP9QZYH/T2Z//01nfv9MZ37/TGd+&#10;/0xnfv9MZ37/TP9hCgD/bwAA4H4AANCJAADGkwEAv5sDALihAgCxpgsAqqgeAaOnLwWbpT0PlKJI&#10;GYyfUSKFnFkrf5phMnmYaTl0lXE/b5N5RGqSg0hlkI5MYY+bT16OqlJbjr1SWo7eUluN+FBci/9P&#10;Xoj/TmCF/0xhg/9LYYP/S2GD/0thg/9LYYP/S/9kBQD1dAAA2oIAAMuOAADBlwAAuJ4BALGlAACp&#10;qwcAo60aAJysLASVqzoMjahFFoamTx9/pFcoeaJfL3OgZjVtnm47aJx3QGOagUVfmYxJW5iZTFeX&#10;qE5Vl7tPVJfcTlSW9k5VlP9NWJD/TFmN/0tbiv9KW4r/SluK/0pbiv9KW4r/Sv9oAADleQAA0YcA&#10;AMWSAAC7nAAAsaIAAKmpAAChsQIAm7MVAJWzKAKOsjYJhrBCEn+uTBt4rFQjcqpcKmyoZDFnp2w2&#10;YqV1O12kf0BZo4pDVaKXR1Ghp0lPobpKTqLZSU6g9UlOn/9JUJn/SVKW/0hUkv9HVJL/R1SS/0dU&#10;kv9HVJL/R/9uAADefwAAyo0AAL6YAACzoAAAqqcAAKGuAACXtgAAkboQAIy6IwGFuTIGfrg+Dne2&#10;SRdxtVIea7NaJWWyYitgsWowW7BzNVevfTlTrok9T62WQEytpUJKrblDSa7YQkir9UNHqv9ESaX/&#10;REug/0RNnP9ETZz/RE2c/0RNnP9ETZz/ROp1AADShgAAw5MAALedAACspAAAoqsAAJizAACOuwEA&#10;hcEMAIHCHQB7wi0DdcE6CW/ARRFpv08YY75XHl69XyNZvGgoVbtxLVG7ezBNuoc0SrqVN0e6pTlF&#10;urg6RLrXOUO49TtCtv89QrP/PkSu/z5Fqf8+Ran/PkWp/z5Fqf8+Ran/PuB9AADJjQAAu5oAAK6i&#10;AACjqQAAmLEAAI65AACEwQIAeckHAHTLFABwzCYBa8s1BWXLQApgyksQW8pUFlfJXRpSyWUfTshv&#10;I0vIeiZHyIYpRMiULELIpC5AyLgvP8nXLz/H9TA9xP8zO8P/NTy+/zY9uP83Pbj/Nz24/zc9uP83&#10;Pbj/N9GGAADAlQAAsp8AAKWnAACarwAAjrcAAIO/AAB4xwMAbs8HAGXXDQBj2B0AYNgtAlvYOgRX&#10;2EYJU9hQDU/YWRFL12IVR9dsGETXdxtB14QePtiTIDzYoyE72bciOtrVIjrW8iM31P8nNtL/KTTR&#10;/ys2yv8tNsr/LTbK/y02yv8tNsr/LcWQAAC2nQAAqKUAAJytAACPtgAAg74AAHfHAABszwIAYtYH&#10;AFrkDgBY5BwAVOQpAVDkNQNM5T8FSOVJB0XlUwpC5lwNP+ZmDzzmcRI6534UN+eMFjXnnBcz6K4Z&#10;MunGGTLo6hkx5f4ZL+T/HC7k/x4t4v8gLeL/IC3i/yAt4v8gLeL/ILqaAACqowAAnasAAJC0AACD&#10;vQAAd8YAAGvPAABf1gAAVN4EAFHwEABN8BsASvAmAUbxMAJC8joDPvJDBDvzSwU481QHNvRdCDP0&#10;aAkw9XQLLvWBDCz2kQ4q9qIPKPe3ECf41hEn9vQRJvP/ESbx/xEl8f8TJfH/EyXx/xMl8f8TJfH/&#10;E62hAACgqQAAkrMAAIS8AAB2xgAAac8AAF3YAABR3wAASe4EAEb8DgBC/RcAPv4hADv+KgE3/zMC&#10;NP86AjD/QgMt/0oDK/9TBCj/XAUl/2YFIv9zBiD/gwcf/5QIHf+mCBz/vAgb/+IJGv/5CRr//wkZ&#10;//8JGf//CRn//wkZ//8JGf//CaKnAACTsQAAhbsAAHbGAABp0AAAW9oAAE7gAABD5QAAPvsBADr/&#10;DAA2/xMAMv8bAC//IwAr/yoBKP8xAST/NwEh/z8CH/9GAhz/TgIZ/1gDFv9jAxP/cAMS/4EEEf+T&#10;BBD/pwQP/70FDv/gBQ7/9gUO//8FDv//BQ7//wUO//8FDv//BZWvAACGugAAd8UAAGjQAABa2wAA&#10;TOEAAEDnAAA38wAAMv8AAC7/BwAq/w4AJv8TACP/GgAf/yAAG/8mABj/KwEV/zIBEv84ARD/QAEO&#10;/0gBDP9SAQn/XQIG/2sCBP99AgL/kAIB/6MCAP+2AgD/zQMA/+wDAP/sAwD/7AMA/+wDAP/sA4i5&#10;AAB4xAAAadAAAFvdAABL4wAAPukAADLuAAAr/wAAJv8AACH/AAAd/wgAGv8NABb/EQAT/xYAEP8a&#10;AA7/HwAL/yQACf8qAAb/MAAC/zcBAP9AAQD/SgEA/1YBAP9kAQD/dQEA/4gBAP+aAQD/qgEA/7sB&#10;AP+7AQD/uwEA/7sBAP+7Af8vKwH/KzIC/y8xAv8wNAL/LzkD/ytBA/8nTAT/I1gF/yFmBv8gdAf/&#10;HoIJ/x6OC/8emAz/HqEN/x6pDv8esA//HbgP/x3BEP8dyxD/HdsR/x3oEf8d8hH/HfwR/x7/Ef8e&#10;/xD/Hv8Q/x//Ef8f/xL/If8T/yL/E/8i/xP/Iv8T/yL/E/8vKwH/LjAC/zIvAv8zMQL/MjYD/y8+&#10;A/8rSQX/KVYG/ydjB/8lcQj/JH4L/yOKDP8jlQ7/Ip4P/yKmEP8irRH/IrUR/yK9Ev8ixxL/ItQT&#10;/yLlE/8i8BP/IvoT/yL/E/8j/xL/I/8S/yP/FP8k/xX+Jv8W/Cf/Fvwn/xb8J/8W/Cf/Fv8wKgH/&#10;MS0C/zUrAv83LQL/NjID/zQ6A/8yRQX/L1IG/y1gB/8sbQr/KnoM/ymGDv8okRD/KJoR/yiiEv8n&#10;qhP/J7EU/ye5FP8nwxX/J88V/yfhFf8n7RX/J/gV/yj/Ff8o/xX/KP8W/yf/F/wp/xj2K/8Z9Cz/&#10;GfQs/xn0LP8Z9Cz/Gf8xKQH/NCkB/zkoAv87KgL/PC4C/zo2A/85QgX/N08G/zVcCP8zaQv/MXYO&#10;/zCCEP8vjRL/LpYU/y6eFf8tphb/La0W/y21F/8tvhj/LcoY/y3cGP8t6hj/LfUY/S7/GPou/xj5&#10;Lf8a+S3/HPMv/xztMf8d6jL/Heoy/x3qMv8d6jL/Hf8zKQH/OCYB/z0kAf9AJQL/QSkC/0IzA/9B&#10;PgX/P0oG/z1XCf87ZAz/OXAP/zd9Ev82iBT/NZEW/zWaF/80ohn/NKkZ/zOxGv8zuhv/M8Ub/TPT&#10;G/oz5hv3NPMb8zX+G/E0/x3wM/8f7jP/IOc2/yHhN/8h3jj/Id44/yHeOP8h3jj/If81JwH/PSIB&#10;/0IgAf9GIAH/SCUC/0ovA/9JOgT/R0YG/0VSCf9DXw3/QWsR/z93FP89ghf+PIwZ/DyVGvs7nRz5&#10;O6Ud+DqtHvY6th71OsAf8zrOH/A64x/rO/Ef6Dr9IeY6/yPkOv8l4Tr/Jdg8/ybQPf8mzT7/Js0+&#10;/ybNPv8mzT7/Jv85JAH/QR4B/0cbAf9LGwH/TyIB/1ErAv9RNgT/T0EG/0xNCf9LWg78SWYS+Edy&#10;FvVFfRnzQ4cb8UKRHe9CmR/tQaEg7EGpIepAsiLoQLwi50DKI+RB3yPgQe8k3ED8J9hA/ynUP/8q&#10;z0D/KsdC/yrCQ/8qwEP/KsBD/yrAQ/8qwEP/Kv88IAH/RRoB/0sXAf9RFwH/Vh8B/1gnAv9YMQP/&#10;VzwF/FVICfZSVA7yUGET7k5tF+pMeBvnSoIe5UmMIOJIlSLgR50k3kelJdxGribaRbkn2EXGKNRF&#10;3CnPRu4qy0X7LchF/y7FRf8vwEb/L7pI/y+1Sf8utEn/LrRJ/y60Sf8utEn/Lv9AHQH/SRYB/1AT&#10;Af9WFAD/XBsB/18jAf9gLAL6XzcE811CCO1aTw3nWFwT4lZoGN5TchzaUX0g1k+GJNJOjyfQTZgp&#10;zUygK8tLqS3JSrMux0q/L8VK0DDCS+gwvUv4MrpK/zO4S/8zs0z/M65N/zOqTv8yqU7/MqlO/zKp&#10;Tv8yqU7/Mv9DGgH/TBMA/1QQAP9cEgD/YRcA/2UeAftmJwHyZjED6mU9BuNjSgvcYFcS1V1iGdBa&#10;bR/MV3cjyFWAJ8VUiSvCUpIuwFGaML5QozK7T600uU+5NbdPyDa0T+I2sU/0N65Q/zisUP84p1H/&#10;N6NS/zagU/81n1P/NZ9T/zWfU/81n1P/Nf9GFwH/UBEA/1gNAP9gEAD/ZhMA/2oZAPRsIQHqbSsC&#10;4Ww3BNlqRQrQZ1ISymNeGsVgaCDBXnImvVx7KrpahC63WIwxtFeVNLFVnjavVKg4rVSzOqpTwjuo&#10;U9o7pVTwPKJV/zyhVf87nVb/OppX/zmXV/84l1f/N5dX/zeXV/83l1f/N/9JFAD/Uw4A/1wMAP9l&#10;DQD/aw8A+m8TAOxyGQDidCMB2HMyA85xQgnHbU8SwWpaGrtnZCG3ZG0ns2J2LK9ffzCsXoc0qVyQ&#10;N6dbmTqkWaM8oVmuPp9YvT+dWNFAmlnsP5hZ/j+XWv8+lFv/PJFb/zuPW/86j1v/Oo9b/zqPW/86&#10;j1v/Ov9MEgD/Vg0A/2AJAP9oCgD6bwwA83MOAOV3EQDaeRsAz3kuAsd3Pgm/dEsRuXBWGrNtYCGv&#10;amkoqmdyLadlejKjY4M2oGGMOZ1glTyaXp8/l12qQZVduEKTXctDkF3oQ49e/EGOX/9Ai1//Popf&#10;/z2IX/88iF//O4hf/zuIX/87iF//O/9OEQD/WAoA/2MHAPpsBgDncwYA3XgIANp7CwDRfhcAyH4r&#10;AsB8Owi5eUgRsnZTGaxyXSGnb2Yoo21uLp9qdzObaH83mGaIO5VlkT6RY5tBjmKnQ4xhtEWJYcdF&#10;iGLlRYZi+kOGY/9ChGP/QINj/z6CY/89gmP/PIJj/zyCY/88gmP/PP9QDwD/WwcA/2YDAOxvAgDc&#10;dgMA1HwHANGACQDKghQAwoMoArqBOQezfkYQrHtRGaZ3WiGhdGMonHJrLphvczOUbXw3kWuEO41q&#10;jj+KaJhChmejRIRmsUaBZsNHf2bhR39n+EV+aP9Dfmj/QX1n/z98Z/8+fGf/PXxn/z18Z/89fGf/&#10;Pf9SDgD/XQMA/WkAAOFyAADWegIAzn8FAMqDCADFhhIAvIcmAbWGNgaug0MPp4BOGKF8WCCbeWAn&#10;lndpLZJ0cDOOcnk3inCBPIZuiz+DbZVDf2yhRXxrrkd6a79IeGvdSHhs9kZ4bP9Ed2z/Qndr/0B3&#10;av8/d2r/Pndq/z53av8+d2r/Pv9UDAD/XwAA8mwAAN12AADQfQIAyYMEAMSHBgC/ihAAt4wjAbCK&#10;NAWpiEEOooVMF5yBVR+Wf14mkXxmLYx5bjKId3Y3hHV/O4B0iD98cpJDeHGeRnVwrEhzb71JcXDZ&#10;SXFw9Edxcf9EcnD/QnJv/0Fybv8/cm7/PnJu/z5ybv8+cm7/Pv9WCgD/YgAA5m8AANd5AADMgQEA&#10;xYcDAL+LBAC5jg4AspAgAauPMQWkjD8NnYpKFpaHUx6RhFwli4FkLIZ/azGCfXM2fnt8O3p5hj92&#10;d5BCcnacRW91qUhsdbpJa3XUSWt18kdrdf9FbHX/Q21z/0Ftcv8/bXL/P21y/z9tcv8/bXL/P/9Z&#10;BwD/ZQAA4nIAANF8AADHhAAAwIoCALmPAgCzkgwArJQdAKaTLwSekTwLmI9IFJGMURyLiVokhodi&#10;KoGFaTB8gnE1eIF6OnR/gz5wfY5CbHyaRWl7p0dmerhIZHvQSGR78Edle/9EZnr/Q2d4/0Fodv8/&#10;aHb/P2h2/z9odv8/aHb/P/9bBAD3aQAA3XYAAM2AAADDiAAAu44AALSTAQCtlwkAp5gaAKCYLAOZ&#10;ljoKkpRFEoySTxqGj1cigI1fKHuLZy52iW8zcod3OG2FgTxphItAZoKXQ2KBpUZggbZHXoHNR16B&#10;70Zfgf9EYH//QmF9/0Fie/8/Y3r/P2N6/z9jev8/Y3r/P/9eAADpbQAA1nkAAMiEAAC+jAAAtpMA&#10;AK6XAACmmwQAoJ0XAJqdKQKTnDcIjJpDEIaYTRiAllUfepRdJnWSZSxwkGwxbI51NmeNfjpji4k+&#10;X4qVQVyJo0RaibRFWInLRViI7URYiP9DWYb/QVuD/0Bdgf8+XYD/Pl2A/z5dgP8+XYD/Pv9iAADk&#10;cQAAz34AAMOIAAC5kQAAsJcAAKebAACeoQAAmKMTAJOjJQGNojQGhqFADYCfShV5nVMcdJtaI2+Z&#10;YihqmGouZpZyMmGVfDddlIY6WZKTPlaSoUBTkbJBUpLJQlKR60FSkP9AUo//P1WL/z5WiP89V4f/&#10;PVeH/z1Xh/89V4f/PflnAADddgAAyYMAAL2NAACzlQAAqZsAAKCgAACWpwAAj6kPAIuqIQGFqTAE&#10;f6g8CninRxJzpVAYbaNYHmiiYCRkoWcpX6BwLlueeTJXnYQ2U5yROVCcnztOm7A9TJzHPUyb6jxM&#10;mf88TJj/PE2V/zxPkf87UI//O1CP/ztQj/87UI//O+ttAADTfAAAw4kAALeTAACsmgAAop8AAJml&#10;AACOqwAAhbALAIGxGwB8sSsCd7A4B3GvQw1rrk0UZq1VGWGsXR5dq2UjWapuJ1WpdytRqIIvTaeP&#10;MkqnnjVIp682R6fGNkam6TZFpP43RaP/N0ag/zdInP83SZr/N0ma/zdJmv83SZr/N+J0AADKgwAA&#10;vI8AALCYAAClngAAm6QAAJCrAACFsQAAergEAHa5FAByuSUBbbkzBGi4PwhjuEkOXrdSE1q2WhhW&#10;tmIcUrVrIE60dSRLtIAnSLOOKkWznSxCs64tQbPFLkGz6S1AsP4vP6//MT6t/zJAqP8yQab/MkGm&#10;/zJBpv8yQab/MtV8AADCigAAtZYAAKidAACdowAAkqoAAIexAAB8twAAcL4DAGjCDgBmwx0AY8Mt&#10;AV7DOQRaw0QIVsJODFLCVxBPwV8US8FpF0jBcxpFwH4dQsCMID/AmyI9wK0jPMHEIzzA6SM6vv4m&#10;OLz/KDe7/yk4uP8qOLb/Kzi2/ys4tv8rOLb/K8mFAAC5kwAArJwAAKCiAACUqgAAiLEAAHy4AABx&#10;vgAAZsUDAFvLCABXzRMAVs4jAFPOMgFQzj4DTc9IBUnPUghGz1sLQ89lDkDPbxA+z3sTO8+JFTnP&#10;mRc3z6sYNtDDGDbP6Bg0zfsbMsv/HTHK/x8wyf8hL8j/IS/I/yEvyP8hL8j/Ib6PAACvmgAAoqEA&#10;AJapAACKsAAAfbgAAHG/AABmxgAAW8wCAFDSBwBH2gwARtwYAEXcJwBE3TUBQd1AAj/eSwM93lUE&#10;Ot9fBjjfaQc133YJM+CECzHglAwv4aYNLuG8Di3i4A4t3vgPK93/Eirc/xQp2v8WKNr/Fija/xYo&#10;2v8WKNr/FrOYAACloAAAmacAAIuwAAB+uAAAccAAAGXIAABZzgAATtMAAETbBAA/6Q0APekXADvq&#10;IwA56i4ANus4ATTrQgEx7EsCL+1VAy3tXwMq7msEKO54BSbviAYl75oHI/CuByLxyAci8O0HIez/&#10;ByHr/wgg6/8KH+r/Cx/q/wsf6v8LH+r/C6ifAACbpgAAja8AAH+4AABxwQAAZMoAAFjQAABM1gAA&#10;Qd0AADjkAAA19gwAM/cUADD3HgAu+CcAK/kwACj5OAEm+kABI/tJASH7UgEe/F0CHP1pAhr9eQMY&#10;/osDF/+eAxX/swQU/9MEFP70BBP8/wMT+v8DE/n/AxP5/wMT+f8DE/n/A52lAACPrgAAgLgAAHLC&#10;AABkywAAVtMAAEnaAAA+3wAANOQAAC70AAAr/woAKP8QACX/FwAi/x8AH/8mABz/LQAZ/zQAF/88&#10;ABT/RAES/04BEP9ZAQ7/ZwEM/3cBC/+KAgr/nwIJ/7UCCP/VAgf/9AIH//8CB///Agf//wIH//8C&#10;B///ApGtAACCuAAAc8IAAGTMAABW1QAASN0AADviAAAw5wAAJ+4AACP/AAAg/wQAHP8MABn/EQAW&#10;/xYAE/8bABH/IQAO/ycADf8uAAr/NgAH/z4ABP9IAAD/VAAA/2IBAP9zAQD/hwEA/50BAP+yAQD/&#10;ygEA/+oBAP/zAQD/8wEA//MBAP/zAYS3AAB0wQAAZcwAAFbYAABH3wAAOeUAAC3qAAAj7gAAHP0A&#10;ABj/AAAV/wAAEf8EAA//CwAN/w4ACf8RAAb/FQAD/xoAAP8gAAD/JgAA/y4AAP83AAD/QQAA/00A&#10;AP9cAAD/bQAA/4IAAP+WAAD/qAAA/7oAAP/DAAD/wwAA/8MAAP/DAP8kLwH/JS8B/ygvAf8nMQH/&#10;JDYC/yA+Av8aSQP/F1YD/xVkA/8TcgT/En8E/xKKBP8SlAT/Ep0F/xKkBf8SrAb/ErMG/xK6Bv8S&#10;wwb/E84H/xPfB/8T6wf/E/YH/xP/B/8T/wb/E/8G/xT/B/8U/wj/E/8I/xX/Cf8V/wn/Ff8J/xX/&#10;Cf8lLgH/KS0B/yssAf8rLgH/KTMC/yQ7Av8fRgP/HVMD/xthBP8ZbgT/F3sE/xeHBf8XkQX/F5oG&#10;/xehBv8XqQf/F7AH/xe3CP8XwAj/GMoI/xjbCP8Y6Aj/GPQI/xj9CP8Z/wj/Gf8I/xn/Cf8Z/wr/&#10;GP8L/xr/C/8a/wv/Gv8L/xr/C/8mLQH/LCkB/y4oAf8vKgH/LS8C/yk3Av8nQwP/JFAD/yJdBP8g&#10;agX/HncF/x6DBv8ejQf/HpYH/x6eCP8epQn/HqwJ/x6zCf8evAr/HsYK/x7TCv8e5Qr/HvEK/x/8&#10;Cv4f/wr9H/8L/B//DPwe/w38H/8O9yH/Dvch/w73If8O9yH/Dv8qKgH/LyYB/zIkAf8zJQH/MioB&#10;/zE0Av8vPwP/LUwD/ypZBP8oZgX/JnIG/yV+B/8liQj/JZIJ/yWaCv8loQv/JagL/ySwDP8kuAz/&#10;JcEM/yXODf8l4Q38Je8N+Sb6DPYm/w31Jv8P9CX/EPQl/xHyJv8S7Sf/Eu0n/xLtJ/8S7Sf/Ev8u&#10;JgH/NCIB/zcgAf85IQH/OCUB/zkvAv84OwL/NUcD/zNUBf8xYQb/L20H/y55Cf8thAr/LY0M/yyW&#10;Df8snQ3/LKUO/SysD/wstA/7LL0P+SzJEPYs3RDzLewP7y34D+0t/xLrLP8U6iz/Feks/xblLf8W&#10;4C7/FuAu/xbgLv8W4C7/Fv8yIwH/OB0B/zwbAf8+GwH/QCIB/0ErAf9ANgL/PkID/zxPBf85XAb/&#10;OGgI/TZzC/s1fgz4NYgO9zSRD/U0mRDzNKAR8jOoEvAzsBLvM7kT7jPFE+s01xPnNOoS4zT3FOE0&#10;/xfeM/8Z3DP/Gtsz/xrUNP8azjX/Gs41/xrONf8azjX/Gv82HwH/PBkB/0EWAP9EFgD/Rx4B/0kn&#10;Af9IMgL/Rj0D/0RJBfpCVgf2QGIJ8j9uDO89eQ/tPIMQ6jyMEug7lBPnO5wU5TukFeM6rRXiOrYW&#10;4DvCFt870hbaO+gX1Dr2GtA6/xzNOv8eyzr/Hso6/x/EO/8fwDz/HsA8/x7APP8ewDz/Hv85GwH/&#10;QBUA/0URAP9KEwD/ThkA/1AiAf9QLAH9TjcC9ktDBPBJUAfrSF0K50ZpDeNFdBDgRH4T3UOHFdtC&#10;kBfYQZgY1UCgGdNAqRvRQLIcz0C9Hc1AzB3KQeQexkD0IMJA/yK/QP8jvUD/I7tA/yO2Qf8js0L/&#10;IrNC/yKzQv8is0L/Iv89FwD/RBEA/0oOAP9QEAD/VBUA/1YdAP1WJgHzVTEB61M9A+VSSwbfUFgK&#10;2k5jDtRMbhPQSngWzUmBGctIihvIR5IdxkeaH8RGoyHCRqwiwEW3I75FxSS8RdwkuEbwJbVG/yey&#10;Rv8nsEb/J65G/yeqR/8mp0j/JqdI/yanSP8mp0j/Jv9AFAD/SA4A/04LAP9VDgD/WREA/1wWAPRd&#10;HwDqXCoB4ls3AtpaRgXSV1MLzFVeEMhTaBXEUXIZwVB7HL5PhB+8TYwiuU2VJLdMnSa1S6cns0ux&#10;KbFKvyqvStEqrEvrK6lL/CymS/8spUz/K6NM/yqfTf8qnU3/KZ1N/ymdTf8pnU3/Kf9DEQD/SwwA&#10;/1MIAP9aCwD/Xg0A+WAQAOthFgDhYiEA1mIxAc5hQQXHX04LwlxZEb1aZBe5WG0btlZ2H7NVfiKw&#10;U4clrlKPKKtRmCqpUKIsp1CsLaVPuS+jT8svoFDmL55Q+TCcUP8vmlH/LphR/y2WUv8slFL/K5RS&#10;/yuUUv8rlFL/K/9GEAD/TgkA/1YFAP5eBgDvYgcA52UKAORmDgDWZxkAzWgtAcVnPQW/ZUoLuWNV&#10;ErRgXxewXmkcrFxxIalaeiSmWYIopFiLK6FWlC2fVZ0vnFWoMZpUtDOYVMUzllThNJNV9jOSVf8y&#10;kVb/MY9W/zCNVv8ujFf/LYxX/y2MV/8tjFf/Lf9JDgD/UQUA/1oBAO5iAADfZwMA2GoGANVrCgDN&#10;bRUAxW4pAb5tOQS3a0cLsWhSEaxmXBioZGUdpGJtIqFgdSaeXn4pm12GLZhcjy+VWpkyk1mkNJBZ&#10;sDaOWcA2jFnbN4pZ8zaJWv80iFv/M4db/zGGW/8whVv/L4Vb/y+FW/8vhVv/L/9LDAD/VAAA+14A&#10;AOJlAADYawEAz24FAMxwCADGchIAvnMmAbdzNgSxcEQKq25PEaZrWRihaWEdnWdqIpllcieWY3oq&#10;k2KDLpBgjDGNX5U0il6gNoderTiFXbw5g13UOYJe8DiBX/82gF//NIBf/zN/X/8xfl//MH5f/zB+&#10;X/8wfl//MP9NCQD/VgAA7mEAAN1pAADRbwAAynMDAMV1BgDAdhAAuHgjALF4MwOrdkEJpXNMEJ9w&#10;Vhebbl8dlmxnIpNqbyePaHcrjGd/L4lliDKFZJI1gmOdN4Biqjl9Yrk6e2LPO3pi7jl6Y/84emP/&#10;Nnlj/zR5Y/8yeWL/MXli/zF5Yv8xeWL/Mf9PBwD/WQAA5mQAANdsAADMcwAAxHcCAL95BAC5eg4A&#10;snwgAKx8MQOlej4Jn3hKEJp1UxeVc1wdkXFkIo1vbCeJbXQrhWx8L4JqhTJ/aY81fGibOHlnpzp2&#10;ZrY7dGbMPHNn6ztzZ/84c2j/NnNo/zVzZ/8zc2b/MnNm/zJzZv8yc2b/Mv9RBAD/XAAA4mcAANJw&#10;AADHdgAAwHoAALp9AgC0fwwArYEdAKeBLgKgfzwImn1HD5V6URaQeFoci3ZiIYd0aSaDcnErf3F6&#10;L3xvgzJ4bo01dW2YOHJspTtwa7Q8bmvJPG1r6TttbP45bWz/N25s/zVua/80bmr/Mm5q/zJuav8y&#10;bmr/Mv9TAAD0XwAA3moAAM1zAADDegAAu34AALWBAACugwkAqIUaAKKFKwKbhDoHlYJFDpB/TxWK&#10;fVgbhntfIIF5ZyV9d28qenZ3LnZ0gDJzc4s1b3KWOGxxozppcLI8aHDGPGdw5ztncfw5aHH/N2hw&#10;/zVpb/80aW7/M2lu/zNpbv8zaW7/M/9WAADrYgAA2G4AAMl2AAC/fQAAt4IAALCFAACohwYAookX&#10;AJyKKQGWiTcGkIdDDIuFTROFglUZgIBdH3x/ZSR4fW0pdHt1LXB6fjFteYg0aXeUN2Z2oTpjdrA7&#10;YXbEPGF25Tthdvs5Ynb/N2N1/zVjc/80ZHL/M2Ry/zNkcv8zZHL/M/9YAADmZgAA0nEAAMV6AAC7&#10;gQAAsocAAKuKAACijAIAnI4UAJePJgGRjjQFi4xAC4WKShGAiFMYe4ZbHXaFYyJyg2onboJyK2qA&#10;ey9nf4YzY36RNmB9njldfK46W3zBO1t84zpbfPo4XHv/N117/zVeef80X3f/M193/zNfd/8zX3f/&#10;M/5cAADhagAAzXUAAMB+AAC2hgAArosAAKWOAACbkQAAlZMRAJCUIgGLkzEDhZI9CX+RSA96j1EW&#10;dY1ZG3GMYCBsimglaIlwKWSHeS1hhoMxXYWPNFqEnDZXg6w4VYO/OVWD4ThVgvk3VoL/NVaB/zRY&#10;f/8zWX3/Mll9/zJZff8yWX3/Mu9gAADbbgAAx3oAALuDAACyiwAAqJAAAJ+TAACUlgAAjZkOAIma&#10;HgCEmi4Cfpk6B3mXRQ10lk4Tb5VWGGqTXh1mkmUhYpFtJl6PdipbjoEtV42NMFSMmjNRjKo1T4y9&#10;NU+M3jVPi/c0T4r/M1CJ/zJRhv8xUoT/MVKE/zFShP8xUoT/MeplAADScwAAwn8AALaIAACskAAA&#10;opQAAJiYAACMnAAAhJ8KAICgGQB8oSkBd6A2BXKfQQptnksPaJ1TFGScWxlgm2MdXJprIViZdCVV&#10;mH4pUZeKLE6WmC5LlqgwSpa8MUmW3DBJlPYwSZP/MEmS/zBKkP8vS43/L0uN/y9Ljf8vS43/L+Jr&#10;AADKeQAAvIUAALGPAACmlAAAm5kAAJGdAACGogAAeqYDAHanEwBzqCQAbqgyA2qoPQZlp0cLYaZQ&#10;D12lWBRZpGAYVaNoHFKjcR9OonwjS6GIJkihlihFoKYqRKG6K0Oh2ipDn/UrQp3/K0Kc/yxCm/8s&#10;RJf/K0SX/ytEl/8rRJf/K9dyAADDgAAAtowAAKqUAACfmQAAlJ4AAImjAAB+qAAAcK4AAGqwDgBo&#10;sR0AZbEsAWGxOANdsEMGWbBMClWvVA5Sr10RTq5lFUuubxhIrXkbRa2GHkKslSA/rKUiPq25Iz2t&#10;2CI9q/UjPKn/JTun/yY7pv8mO6T/Jjuk/yY7pP8mO6T/Jsx6AAC7iAAArpIAAKKZAACXngAAjKQA&#10;AICqAAB1rwAAabQAAF65BgBbuhQAWbskAFa7MQFTuz0DULtHBU27UAdKulkKR7piDUS6bBBBuncT&#10;PrmEFTy5kxc5uaMYOLm3GTe61hk3uPQaNbb/HDS0/x4zs/8fM7L/IDOy/yAzsv8gM7L/IMGDAAC0&#10;kQAAppgAAJueAACPpQAAgqsAAHaxAABrtgAAX7wAAFTBAwBMxQ0AS8UZAEnGKABIxjUARcdAAUPH&#10;SgNAx1MEPsddBjvHZwg5x3MKN8eADDTHkA0yx6EOMci1DzDI0w8wxvQQLsT/Ey3C/xUswf8WK8D/&#10;FyvA/xcrwP8XK8D/F7iNAACqlwAAnp4AAJGlAACErAAAeLIAAGu5AABgvwAAVMMAAErIAgBAzQcA&#10;OtIOADnSGwA40ygAN9M1ADbUQAA01UsBM9VVATHWYAIv1mwDLdd6BCvYiwUq2J0FKNmxBifazQYn&#10;1+8GJtT/CSXS/wsk0f8MI9D/DSPQ/w0j0P8NI9D/Da6WAACgnQAAlKQAAIasAAB5tAAAbLsAAGDC&#10;AABUxgAASMsAAD7QAAA11QQALd0KACzhEwAr4h8AKeMqACjkNQAn5D8AJuVKACTmVQAj5mEBIedu&#10;ASDnfgIe6JACHemkAhvpvAIa6uICGub8Ahnl/wMZ5P8EGOP/BRjj/wUY4/8FGOP/BaOdAACWpAAA&#10;iKwAAHq1AABsvQAAX8QAAFPKAABHzgAAPNMAADLaAAAq3wAAJe4JACPwEQAh8RkAH/EiAB3yKwAb&#10;8zQAGfQ+ABf0SAAV9VIAE/ZfABL2bgER94ABEPiUAQ/5qgEO+cYBDvntAQ32/wEN9P8BDfP/AQ3z&#10;/wEN8/8BDfP/AZmjAACLrAAAfLUAAG2+AABfxgAAUs0AAEXSAAA52AAAL94AACbiAAAf6gAAHPsG&#10;ABn/DgAX/xMAFP8aABL/IQAQ/ygADv8wAA3/OQAL/0MACf9OAAb/XAAE/2wAAv+AAAH/lgAA/60A&#10;AP/KAAD/8AAA//8AAP//AAD//wAA//8AAP//AI2rAAB9tQAAbr8AAGDIAABS0AAAQ9cAADfdAAAr&#10;4gAAIuYAABnqAAAV+QAAEv8AABD/CAAO/w4ADP8RAAn/FgAG/xwAA/8iAAD/KgAA/zMAAP89AAD/&#10;SQAA/1cAAP9pAAD/fgAA/5UAAP+sAAD/xwAA/+gAAP/6AAD/+gAA//oAAP/6AIC1AABwvwAAYckA&#10;AFLTAABD2wAANeEAACnmAAAe6gAAFe4AABD4AAAO/wAAC/8AAAj/AAAE/wYAAP8KAAD/DgAA/xEA&#10;AP8VAAD/GwAA/yMAAP8rAAD/NgAA/0MAAP9TAAD/ZQAA/3oAAP+RAAD/pgAA/7gAAP/PAAD/zwAA&#10;/88AAP/PAP8cLwH/ICwB/yEsAf8eLgH/GjMB/xQ8Af8PRgH/DVQC/wthAv8JbwL/CXsC/wmGAv8J&#10;kAL/CZkC/wmgAv8JpwL/Ca0C/wm0Av8JvAH/CcUB/wnRAv8J4wL/Ce8C/wn5Af8K/wH/Cv8B/wr/&#10;Av8K/wL/Cv8C/wv/A/8L/wP/C/8D/wv/A/8fLQH/IykB/yQpAf8iKwH/HjAB/xg4Af8UQwH/EVAC&#10;/xBeAv8OawL/DncC/w6DAv8OjQL/DpUC/w6dAv8OpAL/DqoC/w6xAv8OuQL/DsEC/w7NAv8O3wL/&#10;DuwC/w74Av8O/wL/Dv8C/w//A/8P/wP/D/8E/xD/BP8Q/wT/EP8E/xD/BP8jKgH/JiYB/yglAf8n&#10;JwH/IysB/x4zAf8bQAH/GU0C/xZaAv8UZwL/E3MC/xN+Av8TiQP/E5ED/xOZA/8ToAL/E6cD/xOu&#10;A/8TtQP/E74D/xPJA/8T2gP/FOkD/hT2A/sU/wP5Ff8D+RX/BPgV/wX4Ff8G+BX/BvgV/wb4Ff8G&#10;+BX/Bv8mJgH/KiIB/ywgAP8rIgH/KCYB/ycwAf8kPAH/IkkC/x9VAv8dYgL/G24D/xt6A/8ahAP/&#10;Go0D/xqVA/8anAT/GqME/xuqBP8bsgT/G7oE/xvFBPwb0wT5G+cE9Rz0BPIc/wXxHP8G8Bz/B+8d&#10;/wjvHf8J7xz/Ce4c/wnuHP8J7hz/Cf8qIgH/Lh0A/zAbAP8wHAD/MCIA/zAsAf8uNwH/K0QC/yhR&#10;Av8mXQP/JGkD/yN1BP8jfwT+I4gE/SORBfsjmAX6I6AF+COnBvcjrgb1I7cG9CPBBvIkzwbuJOQG&#10;6iXyBugl/gjmJP8K5CX/C+Ml/wzjJP8M4iT/DOEk/w3hJP8N4ST/Df8uHgD/MxgA/zUWAP81FQD/&#10;OB0A/zgnAf83MwH/ND8B/zJLAv8vWAP7LmQE+C1vBPUsegXzLIMG8SyMBu8slAftLJwI7CyjCOos&#10;qwjpLLMI5yy+CeYszAniLeII3i3xCtss/gzWLf8O1Cz/D9Is/xDRLP8Qzyz/EM4t/xDOLf8Qzi3/&#10;EP8yGQD/NxQA/zoRAP88EgD/PxkA/0AiAP8+LQH/PDkB+jpFAvQ4UgPwN14E7DZqBek1dAbmNX4I&#10;5DSHCOI0kAngNJgK3jSfCtwzpwvaM7AM2DO7DNUzyQ3SNN8NzjTwD8o0/RLHNP8TxTT/FMM0/xXD&#10;M/8VwDT/Fb80/xS/NP8UvzT/FP82FQD/OxAA/z4NAP9DDwD/RhQA/0YcAP9GJgD2RDIB70I/AelA&#10;TAPkP1kE3z5kBts9bwjYPHkK1DyCDNE7iw3PO5MPzTqaEMs6ohHJOqsSyDq1E8Y6whPEOtUUwDvr&#10;Fbw6+xe5Ov8Ytzr/GbY6/xm1Ov8Ysjv/GLE7/xixO/8YsTv/GP85EgD/Pw0A/0MJAP9IDAD/SxAA&#10;/0wVAPVMHwDrSioA5Ek3Ad1JRgLVR1ME0EZfCMxFaQvJRHMNxkN8EMNChBLBQowTv0GVFb1BnRa7&#10;QKYXukCwGLhAvBm2QMwas0HmGq9B9xytQf8dq0H/HalB/xypQf8cpkH/G6VB/xulQf8bpUH/G/89&#10;EAD/QgkA/0gFAP9NCAD/UAsA+VEPAOtQFQDhTyAA2FAxAM9QQQLJT04FxE5aCcBMZA29S20Qukp2&#10;E7dJfhW1SIcXs0ePGbFHlxuvRqAcrUaqHqtFth+pRcYfp0bgIKRG9CChRv8hn0f/IJ5H/yCeR/8f&#10;m0f/HppH/x6aR/8emkf/Hv9ADQD/RgQA/0wAAPhSAgDoVQQA4VUIAOJVDQDVVRkAzFcsAMVXPAK/&#10;VkoGulVVCrZTXw6yUmgSr1BxFaxPeRiqToEaqE2KHaVMkh+jTJwgoUumIp9LsSOdS8Akm0vYJZlL&#10;8CWWTP8klUz/JJRM/yOTTP8ikU3/IZFN/yGRTf8hkU3/If9CCgD/SQAA/1EAAOZXAADdWwEA1VwF&#10;ANJbCQDLXBQAw14oALxeOAK2XUYGsVtRCq1ZWw+pWGQTplZsF6NVdBqgVH0dnlOFH5tSjiKZUZck&#10;l1ChJpVQrSeSULwokVDQKI5Q7CiNUf4ni1H/JotR/yWKUv8kiVL/I4hS/yOIUv8jiFL/I/9FBwD/&#10;SwAA8FUAAN9bAADTYAAAzGEDAMhhBgDDYREAu2QkALVkNAKvY0IFqmFOCqVfVw+hXWAUnlxoGJtb&#10;cBuYWXgelViBIZNXiiSQVpMmjlWeKItVqSqJVLcrh1TLK4VV6SuEVfwqg1b/KINW/yeCVv8lgVb/&#10;JIFW/ySBVv8kgVb/JP9HAwD/TwAA51gAANlgAADNZAAAxmYBAMFmBAC7Zg4AtGkgAK5pMQKoaD8F&#10;o2ZKCp9lVA+aY10Ul2FlGJNgbRyQXnUfjl19IotchiWIW5AohVqaKoNZpiyAWbQtf1nHLn1Z5i18&#10;Wvose1r/Kntb/yh7W/8ne1r/Jnpa/yV6Wv8lelr/Jf9JAAD7UgAA41wAANJjAADHaAAAwGsAALpr&#10;AgC1aw0Arm0dAKhuLgGjbTwFnWtICplqUQ+UaFoUkGZiGI1lahyKY3Igh2J6I4RhgyaBYIwpfl+X&#10;K3teoy15XrEvd13EL3Ve4i91XvktdV//K3Vf/yl1X/8odV7/JnVe/yZ1Xv8mdV7/Jv9LAADwVQAA&#10;3l8AAM1nAADDbAAAu28AALVwAACvbwoAqHEaAKNyKwGdcjkEmHBFCZNuTw6PbVgUi2tgGIdpZxyE&#10;aG8ggWd3I31mgCZ6ZIopd2OULHVjoS5yYq8vcGLBMG9i3zBuY/cub2P/LG9j/ypvY/8ob2L/J29i&#10;/ydvYv8nb2L/J/9NAADrWAAA2WMAAMlqAAC/cAAAt3MAALB0AACpdAcAo3YXAJ53KAGYdjcEk3VC&#10;CI5zTA6JcVUThXBdGIFuZRx+bWwfe2x0I3hqfSZ0aYcpcWiSLG5nni5sZ6wwame+MWln3DBpZ/Uu&#10;aWf/LGln/ypqZ/8pamb/KGpm/ydqZv8namb/J/9QAADnWwAA02YAAMVuAAC7cwAAs3cAAKt5AACk&#10;eAMAnXoUAJh7JQGTezQDjnpAB4l4Sg2EdlMSgHVbF3xzYht4cmofdXFyInJveyZvboUpbG2QLGls&#10;nC5mbKowZGy8MWNs2TBjbPQvY2z/LWRs/ytka/8pZWr/KGVq/yhlav8oZWr/KP1TAADjXwAAzmkA&#10;AMFxAAC3dwAAr3sAAKd9AACefQAAmH4RAJOAIgCOgDECiX8+BoR9SAx/fFERe3pZFnd5YBpzd2ge&#10;b3ZwIWx1eCVpdIIoZnOOK2Nymi5gcagvXnG6MF1x1DBdcfIuXnH/LF5w/ytfcP8pYG//KGBu/yhg&#10;bv8oYG7/KPFVAADeYgAAym0AAL11AACzewAAq4AAAKKCAACYgQAAkYMPAI2FHwCIhS4Cg4Q7BX6D&#10;RQp6gU4PdYBWFHF/XhhufWYcanxtIGd7diNjeoAnYHmLKl14mCxad6YuWHe4L1d30S9Xd/EuWHb/&#10;LFh2/ypZdf8pWnT/KFp0/ydadP8nWnT/J+1ZAADXZgAAxXEAALl6AACvgAAApoQAAJ2GAACRhwAA&#10;iokMAIaKGwCCiysBfYo4BHiJQgh0iEwNb4dUEmyFWxZohGMaZINrHmGCdCFdgX0kWoCJKFd/lipV&#10;fqQsUn62LVF+zi1Rfe8sUn3/K1J8/ylTe/8oVHr/J1R6/ydUev8nVHr/J+heAADQawAAwHYAALR+&#10;AACrhQAAoYkAAJeLAACJjQAAg48IAH6QFwB7kScBdpE0A3KQPwZtj0kLaY5RD2WNWRNijGAXXoto&#10;G1uKcR5XiXshVIiGJFGHlCdPhqIpTYa0KkuGzCpLhe4pTIT/KUyD/yhMg/8nTYH/Jk6B/yZOgf8m&#10;ToH/JuFjAADJcAAAu3sAALCEAACmigAAm44AAJGRAACEkwAAepUCAHWXEgBymCIAb5gwAmqXOwRm&#10;l0UIYpZODF+VVg9blF0TWJNlF1WTbhpRkngdTpGEIEuQkSNJkKEkR5CyJkWQyiZFj+0lRY3/JUWM&#10;/yVGi/8kRor/JEaK/yRGiv8kRor/JNhpAADDdgAAtYEAAKuKAACfjwAAlZMAAIqWAAB+mgAAcJ0A&#10;AGufDgBonxwAZqAqAWKgNwJfn0EFW59KCFieUgtUnloOUZ1iEk6caxVLnHUYSJuBGkWbjx1Cmp8f&#10;QJqwID+ayCA/mesfP5j/ID6W/yE+lf8hP5T/IT+U/yE/lP8hP5T/Ic1wAAC8fQAAsIgAAKSPAACZ&#10;lAAAjpgAAIOdAAB3oAAAaaQAAGCnCABdqBQAW6kkAFmpMQFWqTwCU6lFBFCoTgZNqFcJSqhfDEen&#10;aA5Ep3MRQaZ/FD6mjRY8pp0XOqavGDmmxxg5peoYOKP/Gjeh/xs3oP8cN5//HDef/xw3n/8cN5//&#10;HMR4AAC1hQAAqY8AAJ2VAACSmgAAhp8AAHqjAABuqAAAYqwAAFWwAABQsg4ATrIbAE2zKABLszUA&#10;SbM/AUazSQJEs1IEQbNbBj+zZAg8s28KOrN7DDezig41spoPM7OtEDKzxRAysukQMbD+EjCu/xQv&#10;rf8VL6z/Fi+s/xYvrP8WL6z/FruBAACujgAAoZUAAJaaAACJoAAAfaYAAHGrAABlrwAAWbQAAE63&#10;AABDvAUAQL0RAD+9HgA+visAPL42ADu/QQA5v0sBN79UAjXAXwIzwGoEMcB3BS/AhgYtwJcHK8Cq&#10;CCrBwggqwOcHKb39Cii8/wwnuv8NJ7n/Die5/w4nuf8OJ7n/DrKMAACllAAAmZoAAI2hAAB/pwAA&#10;cq0AAGazAABauAAAT7sAAES/AAA6xAIAMMkIAC7KEQAtyh0ALMspACvLNQArzEAAKs1KACjNVgAn&#10;zmEAJs5vASTOfwEjz5ECIc+lAiDQvQIgz+QCH836Ax7L/wQeyv8FHcn/Bh3J/wYdyf8GHcn/BqiU&#10;AACcmgAAkKEAAIKoAAB0rwAAZ7YAAFu8AABOwAAAQ8MAADnHAAAvzAAAJ9AEAB/WCgAb2hAAG9sa&#10;ABrbJgAa3DEAGd08ABjdSAAY3lUAF99iABbgcgAV4IUAFOGaABPisQAS488AEuD0ABLe/wER3f8B&#10;Edv/AhHb/wIR2/8CEdv/Ap6aAACSoQAAhKkAAHaxAABouAAAW78AAE7EAABCyAAAN8wAAC3QAAAk&#10;1QAAHNsAABXfBQAU6Q4AEuoUABHrHQAQ6yYADuwwAA7tOgAN7kYAC+5TAArvYgAJ8HQACPGJAAfy&#10;oAAF8roABPHkAALx/QAC7/8AA+3/AAPt/wAD7f8AA+3/AJWhAACGqQAAeLIAAGm6AABbwgAATcgA&#10;AEDMAAA00QAAKtYAACHbAAAZ4AAAEuQAAA/wAQAN+QoAC/oPAAn7FQAH+xwABPwkAAH8LAAA/DcA&#10;APxCAAD8UAAA/GEAAP11AAD8jAAA/KQAAPzBAAD86wAA/P8AAP3/AAD9/wAA/f8AAP3/AImpAAB5&#10;sgAAarsAAFzEAABOzAAAP9EAADLXAAAn3QAAHeEAABXlAAAO6AAACvEAAAj9AAAF/wMAAf8JAAD/&#10;DgAA/xIAAP8XAAD/HwAA/ycAAP8xAAD/PgAA/00AAP9fAAD/dQAA/40AAP+mAAD/wgAA/+cAAP/8&#10;AAD//wAA//8AAP//AHyzAABsvAAAXcYAAE7PAAA/1gAAMd0AACXiAAAa5gAAEeoAAAzuAAAF8gAA&#10;AP8AAAD/AAAA/wAAAP8AAAD/BQAA/woAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zkAAP9KAAD/XQAA&#10;/3MAAP+MAAD/pAAA/7kAAP/UAAD/3gAA/94AAP/eAP8YLAD/GSkA/xkoAP8VKwD/EDAA/ws4Af8D&#10;RAH/AFEB/wBeAf8AbAH/AHgB/wCCAf8AjAH/AJQB/wCcAP8AogD/AKgA/wCvAP8AtgD/AL4A/wDI&#10;AP8A1wD/AOcA/wDzAP8A/QD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8bKQD/HSYA&#10;/xwlAP8ZJwD/EywA/w40AP8LQAH/CE4B/wVbAf8DaAH/AnQB/wJ/Af8CiAH/ApEB/wKYAf8CnwH/&#10;AaUA/wGsAP8BsgD/AboA/wHEAP8B0QD/AOQA/wDxAP8A/AD8Af8A/AL/APwD/wD8BP8B/AX/AfwF&#10;/wH8Bf8B/AX/Af8fJgD/ISIA/yAhAP8eIwD/GCcA/xMwAP8RPAH/DkoB/w1XAf8LYwH/Cm8B/wp6&#10;Af8KhAH/Co0B/wqUAf8KmwH/CqIB/wqoAf8KrwH/CrcB/wrAAP8KzAD/CuAA+wrvAPcK+gD1C/8B&#10;9Qz/AfQN/wH0Df8C9A3/AvQN/wL0Df8C9A3/Av8iIgD/JB0A/yQcAP8iHQD/HiIA/xwsAP8ZOAD/&#10;FkUB/xNSAf8SXgH/EGoB/xB1Af8QfwH/EIgB/xCQAf8QlwH/EJ4B/xClAf0QrAH8ELMB+hC9AfkR&#10;yQH1Ed0B8RHtAe4R+QHsEv8C6xP/AuoT/wPpE/8D6RP/A+kT/wPpE/8D6RP/A/8mHQD/KBgA/ygW&#10;AP8mFgD/Jh0A/yYoAP8jNAD/IEAA/x1NAf8bWQH/GWUB/hlwAfwYegH5GIMB9xiMAfYYkwH0GJoB&#10;8xihAfEZqAHwGbAC7hm6Au0ZxgLqGtkC5hrrAeIb+QLgG/8D3hz/BN0c/wXcHP8F3Bz/Bdsc/wXb&#10;HP8F2xz/Bf8qGQD/LRMA/y0RAP8tEQD/LhkA/y0iAP8sLgD/KToA/yZHAfokVAH2I2AB8iJrAe8i&#10;dQLtIn4C6yKHAukijwLnIpYC5SKeAuQipQLiIq0C4SO3At8jwwLdI9YC2CTqA9Ik+QXPJf8GzSX/&#10;B8sl/wjKJf8IyiT/CMok/wjKJP8IyiT/CP8uFAD/MRAA/zINAP80DgD/NRQA/zUcAP8zJwD6MTQA&#10;8y9BAO4tTgHpLFoB5SxlAuIscALfK3kC3SuCA9oriwPYK5IE1SuaBNMrogTRK6oFzyuzBc0rvwbM&#10;LM8GyC3nB8Qt9wnBLf8Kvy3/C70t/wy8Lf8MvCz/DLss/wy7LP8Muyz/DP8xEQD/NQwA/zYHAP86&#10;CwD/PBAA/zsVAPg5HwDvNysA5zY5AOE1RwDcNVQB1TVgAtE1agPONHMEzDR8Bco0hQbINI0HxjOU&#10;CMQznAnCM6UJwTOuCr8zuQu9M8gLuzThC7c08w20NP8PsTT/D7A0/xCvNP8QrjT/D640/w+uNP8P&#10;rjT/D/81DgD/OAcA/zwCAP9ABgD/QQsA+kEPAO0/FgDjPCIA2j0xANI+QQDMPk8CyD5aA8Q9ZAXB&#10;PW4Hvzx2CLw8fgq6O4cLuDuPDLc7lw21Op8OszqpD7E6tBCvOsIRrjrZEao77xKnO/8TpTv/FKQ7&#10;/xOjO/8Tojv/E6I7/xKiO/8Sojv/Ev84CgD/PAAA/0EAAPVFAADmRgIA4UUHAONCDQDVQxkAzEUs&#10;AMZHPAHBR0kCvEZVBLlFXwa1RGgJs0NxC7BDeQ2uQoEPrEKJEKpBkRKoQZoTp0CkFKVArxWjQLwW&#10;oUDQFp5B6hecQfwXmkH/F5hB/xeYQf8Wl0H/FZdB/xWXQf8Vl0H/Ff87BgD/PwAA+UYAAOVLAADc&#10;TgAA000EANFKCQDKShQAwk0nALxONwG3TkUCsk1QBa9MWgirS2MKqEpsDaZJdA+kSXwRoUiEE59H&#10;jBWdR5UXm0afGJlGqhmXRrgalkbKG5NG5huRR/kbj0f/Go5H/xmOR/8YjUf/GI1H/xeNR/8XjUf/&#10;F/8+AgD/QwAA60sAAN1RAADRVAAAylQBAMZSBQDBUREAuVMiALNVMwGuVEECqlRMBaZTVgiiUV8M&#10;n1BnD51PbxGaTncUmE5/FpZNiBiTTJEZkUybG49Lph2NS7Mei0vFHolL4h6HTPcehkz/HYVM/xyF&#10;Tf8ahUz/GYVM/xmFTP8ZhUz/Gf9AAAD8RwAA5VAAANVWAADKWQAAwloAAL1YAwC4Vw4AsVkeAKxa&#10;LwGnWj0CollJBZ5YUwmbV1sMl1ZkEJVVaxKSVHMVj1N7F41ShBqLUY0ciFGXHoZQox+EULAgglDB&#10;IYBQ3SF+UfQgfVH/H31R/x19Uf8cfVH/G31R/xp9Uf8afVH/Gv9CAADwSgAA31QAAM5aAADEXgAA&#10;vF8AALZeAACxXAsAq14aAKVgKwCgYDoCnF9FBZdeUAmUXFgMkFtgEI1aaBOLWXAWiFh3GIVXgBuD&#10;VokdgFaUH35VnyF7Va0ieVS9I3hV1yN3VfIidlb/IHZW/x92Vv8ddlb/HHZW/xt2Vv8bdlb/G/9F&#10;AADsTgAA2lgAAMleAAC/YgAAt2QAALFjAACrYQgApGMXAJ9kKACaZTcClmRDBZFjTQiOYVUMimBd&#10;EIdfZROEXmwWgV10GX5cfRx8W4YeeVqRIHdanSJ0Waokclm6JXFZ0iVwWvAjb1r/Im9a/yBwWv8e&#10;cFr/HXBa/xxwWv8ccFr/HP9IAADnUgAA01sAAMViAAC7ZgAAs2gAAKxoAAClZgUAn2cUAJppJQCV&#10;aTQCkGhABIxnSgiIZlMMhGVbEIFkYhN+Y2oWe2JyGXhhehx2YIQec1+OIXBemiNuXqglbF24JWpe&#10;ziZpXu4kaV7/Impe/yBqXv8fal7/Hmpe/x1qXv8dal7/HflKAADjVQAAz18AAMFlAAC3agAAr2wA&#10;AKdsAACfagEAmWsRAJRtIgCQbjEBi209BIdsRweDa1ALf2pYD3xoYBN4Z2cWdmdvGXNmeBxwZYEe&#10;bWSMIWpjmCNoYqYlZmK2JmRizCZkYuwlZGL/I2Ri/yFlYv8fZWL/HmVi/x1lYv8dZWL/HfJMAADf&#10;WAAAymIAAL1pAACzbgAAq3AAAKJwAACZbgAAk3AQAI9yHwCKci4BhnI7A4JxRQd9cE4Lem5WDnZt&#10;XhJzbGUVcGttGG1qdRtqaX8eZ2mKIWVoliNiZ6QlYGe0Jl9nySZeZ+olXmf+I19n/yFfZv8fYGb/&#10;HmBm/x5gZv8eYGb/Hu9PAADaXAAAxmUAALptAACwcgAAp3UAAJ10AACUcwAAjXQNAIl2HACFdysB&#10;gXc4A3x2QwZ4dUwJdHRUDXFzWxFucmMUa3FrF2hwcxplb3wdYm6HIF9tlCJdbKIkWmyyJVlsxyVY&#10;bOglWWz9I1lr/yFaa/8fW2v/Hltq/x5bav8eW2r/HutTAADTYAAAwmkAALZxAACsdgAAo3kAAJl5&#10;AACNdwAAh3kLAIN7GAB/fCgAe3w1And7QAVzekkIb3lRDGx4WQ9od2ETZXZoFmJ1cBlfdHocXHSF&#10;H1pzkSFXcqAjVXKwJFNyxSRTcuckU3H8IlRx/yBUcP8fVXD/HlVv/x1Vb/8dVW//HeVXAADNZAAA&#10;vm0AALJ1AACoewAAn34AAJN9AACHfQAAgH8HAHyAFQB4gSQAdYIyAXGBPQRtgEYHaYBPCmZ/Vg1j&#10;fl4RYH1mFF18bhdae3caV3qCHVR6jx9ReZ0hT3muIk55wyJNeOUiTXf7IU53/x9Odv8eT3X/HU91&#10;/x1Pdf8dT3X/Hd9cAADIaAAAuXIAAK56AAClgAAAmoIAAI6CAACAgwAAeYUCAHSGEQBxiCAAbogu&#10;AWqIOQJnh0MFY4dMCGCGUwtdhVsOWoRjEVeEaxRUg3UXUYKAGk6BjRxLgZseSYGsH0iAwSBHgOMf&#10;R3/6Hkh+/x5Iff8dSXz/HEl8/xxJfP8cSXz/HNZhAADCbgAAtHgAAKqAAACfhQAAlIcAAIiHAAB7&#10;iQAAcIwAAGuODQBojxoAZo8pAGKQNQFfjz8DXI9IBVmOUAhWjlgLU41gDlCMaBBNjHITSot9FkiK&#10;ihhFipkaQ4qqG0KKvxtBiuEbQYj5G0GG/xtBhf8bQoX/GkKE/xpChP8aQoT/Gs1nAAC8dAAAr34A&#10;AKWGAACaigAAjowAAIKNAAB1kAAAZ5QAAGGVCABelxQAXJcjAFqYLwBXmDoBVJhEA1KXTAVPl1QH&#10;TJdcCUmWZQxHlm8ORJV6EUGViBM/lJcVPZSoFjuUvRY7lN8WOpL4FzqQ/xc6j/8XOo7/FzqO/xc6&#10;jv8XOo7/F8VuAAC2ewAAqoUAAJ6LAACUjwAAiJIAAHuUAABulwAAYpsAAFeeAABSoA4AUaAbAE+h&#10;KABNoTQAS6E+AUmhRwJHoVADRKFYBUKhYQc/oGsJPaB3CzqghQ04oJQONqCmDzWguxA0oN0PNJ33&#10;EDOc/xIzmv8SM5n/EzOZ/xMzmf8TM5n/E713AACvgwAAo4sAAJiRAACNlQAAgZkAAHOcAABnnwAA&#10;W6IAAE+mAABHqQgARKoSAEOqHwBBqysAQKs3AD+sQQA9rEoBO6xTAjmsXAM3rGcENaxzBTKsgQYw&#10;rJEHLqyjCC2suAksrNkILKr1Ciuo/wsqpv8MKqX/DSql/w0qpf8NKqX/DbWAAACoiwAAnJEAAJGW&#10;AACFnAAAeKAAAGulAABfqAAAU6wAAEivAAA9sgAANrULADS1FQAztiEAMrYsADG3NwAwt0EAL7hL&#10;AC64VQAsuGABKrhtASm5ewInuY0CJbmfAyS5tAMjudIDI7f0BCK1/wUhtP8GIbP/ByGy/wchsv8H&#10;IbL/B62KAACgkQAAlZcAAIidAAB7owAAbqgAAGGtAABVsQAASrQAAD+3AAA0uwAAK74DACTCDAAi&#10;whQAIsMfACHDKgAgxDQAH8Q/AB7FSgAdxlYAHMZjABvHcwAax4UAGceZABjIrgAXyMsAF8bxARfE&#10;/wEWw/8CFsH/AxbB/wMWwf8DFsH/A6ORAACYmAAAi54AAH2lAABwqwAAYrEAAFa2AABKuQAAPr0A&#10;ADTAAAAqxAAAIsgAABnMBAAT0AoAEdIRABDSGgAQ0yUAD9MwAA7UPAAO1EgADdVWAA3VZQAM1ngA&#10;DNaNAAvYpAAK2L4ACdnmAArW/gAL1P8AC9L/AAvS/wEL0v8BC9L/AZqYAACOnwAAgKYAAHKtAABk&#10;tAAAV7oAAEm/AAA9wgAAMsYAACjJAAAfzQAAF9EAABHWAAAM2wUACN4LAAbfEQAF3xoABOAkAALh&#10;LgAB4joAAONHAADkVgAA5GcAAOV7AADmkgAA5qoAAOfIAADn8AAA6P8AAOj/AADo/wAA6P8AAOj/&#10;AJGfAACCpwAAdK8AAGW3AABXvgAAScMAADzHAAAwywAAJc8AABzUAAAU2QAADt0AAAnhAAAC5QAA&#10;AOkGAADpDQAA6REAAOoYAADrIQAA7SsAAO83AADxRQAA8lYAAPNoAADzfgAA9JcAAPWwAAD20AAA&#10;9/MAAPf/AAD3/wAA9/8AAPf/AIWnAAB2sAAAZrgAAFjBAABKyAAAO8wAAC7RAAAj1gAAGdwAABHg&#10;AAAM4wAABOcAAADqAAAA9QAAAPQAAAD1BQAA9QsAAPYPAAD2FAAA+B0AAPonAAD8NAAA/0MAAP9V&#10;AAD/aQAA/4EAAP+aAAD/sgAA/88AAP/tAAD/+QAA//kAAP/5AHiwAABougAAWcMAAEvLAAA70QAA&#10;LdgAACHdAAAW4gAADuYAAAjqAAAA7QAAAPAAAAD4AAAA/wAAAP8AAAD/AAAA/wAAAP8GAAD/DAAA&#10;/xAAAP8YAAD/IgAA/zAAAP9AAAD/UwAA/2kAAP+BAAD/mQAA/68AAP/DAAD/1QAA/9UAAP/VAP8T&#10;KAD/EyUA/xElAP8NJwD/Bi0A/wA1AP8AQQD/AE8A/wBcAP8AaQD/AHQA/wB+AP8AiAD/AJAA/wCX&#10;AP8AnQD/AKQA/wCqAP8AsAD/ALcA/wDAAP8AzAD/AN8A/wDsAP8A+AD/AP8A/wD/AP8A/wD/AP8A&#10;/wD/AP8A/wD/AP8A/wD/AP8WJQD/FiIA/xQhAP8QIwD/CigA/wAwAP8APQD/AEsA/wBYAP8AZAD/&#10;AHAA/wB6AP8AhAD/AIwA/wCTAP8AmgD/AKAA/wCmAP8ArQD/ALQA/wC8AP4AyAD9ANkA+wDpAPoA&#10;9gD5AP8A+AD/APgA/wD4AP8A+AD/APkA/wD5AP8A+QD/AP8aIgD/Gh4A/xgdAP8THgD/DiIA/wos&#10;AP8HOQD/A0YA/wBTAP8AYAD/AGsA/wB2AP8AfwD/AIgA/wCPAP8AlgD/AJ0A/wCjAP4AqQD8ALAA&#10;+gC5APcAxAD1ANIA8wDmAPIA9ADxAP8A8AD/AO8A/wDvAP8A7wD/APAA/wDwAP8A8AD/AP8eHQD/&#10;HhkA/xwXAP8XGAD/Ex4A/xEoAP8ONAD/DEEA/wpOAP8IWwD/B2YA/wZxAP8GegD/BoMA/gaLAPwG&#10;kgD6BpkA+AafAPYGpgD0Bq0A8ga1APAFwADtBc4A6wXkAOkG8wDmCP8A5Qr/AOQL/wDkC/8B5Av/&#10;AeQL/wHkC/8B5Av/Af8hGAD/IRMA/yARAP8bEgD/HBoA/xokAP8WLwD/EzwA/xFJAP8QVQD8DmEA&#10;+Q5rAPYOdQD0Dn4A8g6GAPAOjgDuDpUA7Q6bAOsOogDqDqoA6A6zAOYPvQDlD8wA4Q/jAN0Q8wDZ&#10;Ef8B1hL/AdQT/wHTE/8C0hP/AtIT/wLSE/8C0hP/Av8lEwD/JRAA/yQNAP8jDgD/IxQA/yIeAP8f&#10;KQD/HDUA+RlDAPQYTwDvF1sA7BdmAOkXcADmF3kA5BeBAOIXiQDgF5EA3xeYAN0XnwDbF6cA2Rix&#10;ANYYuwDUGcoA0BrhAcwb8wHJHP8Cxhz/AsQc/wPDHP8Dwxz/A8Mc/wPDHP8Dwxz/A/8oEAD/KQsA&#10;/ygGAP8rCwD/KxAA/ykXAP0mIgD0Iy4A7CE7AOYgSQDiIFUA3iBgANohagDWIXQA0yF8AdAhhAHP&#10;IowBzSKTAcsimwHJIqMByCOsAsYjtgLEI8QCwiTbAr4l7gO7Jf4EuCX/BbYl/wW1Jf8GtSX/BrUl&#10;/wW1Jf8FtSX/Bf8sDQD/LQUA/y4BAP8xBQD/MQsA/S8QAPErGADnKSUA3ygzANgoQgDRKk8AzSta&#10;AMkrZQHHK24BxCx2AsIsfgLALIYDviyOA70slgO7LJ4EuSynBLgssQW2LL8FtS3RBbEt6gauLvsH&#10;qy7/CKku/wioLv8IqC3/CKgt/wioLf8IqC3/CP8vCAD/MQAA/zUAAPY3AADqNgIA5zMIAOQvDwDZ&#10;LhsAzzEsAMkzPADENEkAwDVVAbw1XwK6NWgCtzVwA7U0eASzNIAFsTSIBrA0kAauNJkHrDSiCKs0&#10;rAmpNLkJpzTKCqU15QqhNfgLnzX/DJ01/wydNf8LnDX/C5w1/wucNf8LnDX/C/8zAgD/NQAA9joA&#10;AOU+AADcQAAA1D0EANI3CQDLOBUAwzomAL09NgC4PkQBtD5QAbE9WgOuPWMErD1rBak8cwanPHsI&#10;pjyDCaQ7iwqiO5QLoDudDJ47qA2dO7QOmzvFDpk74A6WO/QPlDz/D5I8/w+SPP8OkTz/DZE8/w2R&#10;PP8NkTz/Df81AAD/OQAA6kEAAN1GAADQRwAAyUYAAMZBBQDAQBEAuUIhALNEMgCvRUABq0VLAqdF&#10;VQOkRF4FoURmB59DbgidQ3YKm0J+C5lChg2XQY8OlUGZD5NBpBGRQbASkEHAEo5B2RKLQfESiUL/&#10;EohC/xGIQv8Qh0L/EIdC/w+HQv8Ph0L/D/84AADzPQAA40cAANJMAADITgAAwE0AALtKAgC2Rw4A&#10;sEkdAKtLLQCmTDsBokxHAp5LUQSbS1oGmUpiCJZJagqUSXEMkkh5Do9Igg+NR4sRi0eVEolGoBSH&#10;RqwVhUa7FoRG0RaCR+4WgEf/FX9H/xR/R/8Sf0f/EX9H/xF/R/8Rf0f/Ef87AADuQwAA3EwAAMxR&#10;AADBVAAAuVQAALRRAACuTQsAqE8ZAKNRKQCeUjcBmlJDApdRTgSUUVYGkVBeCY5PZguMTm0NiU51&#10;D4dNfhGFTYcTgkyRFYBMnBZ+S6kXfEu4GHtLzRh5TOsYeEz+F3dM/xV3TP8Ud0z/E3dM/xJ3TP8S&#10;d0z/Ev8+AADoRwAA1VAAAMZWAAC8WAAAtFkAAK1WAACnUwcAoVQVAJxWJQCYVzQBlFdAApBXSgSN&#10;VlMGilVbCYdUYwuEVGoOglNyEIBSehJ9UoMUe1GOFnhQmRh2UKYZdFC1GnNQyRpxUOgacFH8GHBR&#10;/xdwUf8VcFH/FHFQ/xNxUP8TcVD/E/VAAADkSwAAz1QAAMFaAAC3XQAAr14AAKdbAAChWAMAm1kS&#10;AJZbIgCSXDEBjlw9AopcRwSHW1AGg1pYCYFZYAx+WWcOe1hvEHlXdxN2VoAVdFaLF3JVlhlvVaMa&#10;bVSyG2xUxhtqVeYbalX7GWpV/xdqVf8WalX/FWtV/xRrVf8Ua1X/FPJDAADfTwAAy1gAAL1dAACz&#10;YQAAq2IAAKJgAACbXAAAlV4QAJBgHwCMYS4AiGE6AoRgRQSBYE4Gfl9WCXteXQt4XWUOdlxsEHNc&#10;dBNwW30VblqIF2talBlpWaEbZ1mwHGVZwxxkWeMcZFn6GmRZ/xhkWf8XZVn/FWVZ/xRlWf8UZVn/&#10;FO9GAADaUgAAxlsAALphAACwZQAApmYAAJ1jAACVYQAAj2IOAItkHACHZSsAg2U3AX9lQgN8ZEsG&#10;eGNTCHVjWwtzYmIOcGFqEG1gchNrYHsVaF+GF2ZekRljXp8bYV2uHGBdwRxfXeEcX134Gl9d/xhf&#10;Xf8XYF3/FmBd/xVgXf8VYF3/FetKAADUVgAAw14AALZlAACsaQAAomkAAJhnAACPZQAAiWYMAIVo&#10;GQCBaSgAfmo1AXppPwN2aUkFc2hRCHBnWQptZ2ANa2ZnEGhlcBJlZHkVY2SDF2BjjxleYp0bXGKs&#10;HFpivxxZYt8cWWL3Glpi/xlaYf8XW2H/Flth/xVbYf8VW2H/FedNAADPWQAAv2IAALNoAACpbQAA&#10;nm0AAJNrAACJaQAAg2sJAH9tFQB8biUAeG4yAXVuPQJxbkYEbm1PB2tsVglobF4MZWtlD2NqbRFg&#10;aXYUXWmBFltojRhYZ5saVmeqG1VnvRxUZ9wcVGf2GlRm/xhVZv8XVWX/FlZl/xVWZf8VVmX/FeJR&#10;AADKXQAAu2YAAK9sAACmcQAAmXAAAI5vAACDbgAAfXAFAHhyEgB1cyEAcnMvAW9zOgJsc0QEaXJM&#10;BmZyVAhjcVsLYHBjDV1waxBbb3QTWG5/FVVuixdTbZkZUW2oGk9tuxtObdkaTmz0GU9r/xhPa/8X&#10;UGr/FlBq/xVQav8VUGr/Fd1VAADFYQAAt2oAAKxxAACidQAAlHQAAIl0AAB8cwAAdnUAAHF3EABv&#10;eB0AbHkrAGl5NwFmeUADY3lJBWB4UQddd1gJW3dgDFh2aA5VdXERUnV8E1B0iBZNdJcXS3OmGElz&#10;uRlIc9UZSXLzGElx/xdKcf8WSnD/FUtw/xRLcP8US3D/FNRaAADAZgAAs28AAKh2AACdeQAAj3gA&#10;AIR4AAB3eQAAb3wAAGp9DQBnfhkAZH8mAGKAMgFfgD0CXIBGA1p/TgVXf1UHVH5dCVJ9ZQxPfW8O&#10;THx5EUp8hhNHe5QVRXukFkR7txZDe9IWQ3ryFkN5/xVDeP8URHf/FER2/xNEdv8TRHb/E81fAAC7&#10;awAArnQAAKR8AACXfgAAin0AAH9+AAByfwAAZoMAAGGECABehhMAXIchAFqHLgBYhzgBVYdCAlOH&#10;SgNQh1IFToZaB0uGYglJhWwLRoV3DUOEgw9BhJIRP4SiEj2EtRM8hM8TPILwEjyB/xI9gP8SPX//&#10;Ej1+/xE9fv8RPX7/EcVmAAC1cQAAqnsAAJ+CAACSggAAhYIAAHmDAABthgAAX4oAAFiNAQBUjg8A&#10;Uo8bAFCPJwBPkDMATZA9AUuQRQJJkE4DRpBWBESPXwVCj2gHP49zCT2OgAs6jo8MOI6gDTeOsw42&#10;jswONo3vDjWL/w41if8PNYj/DzaH/w82h/8PNof/D75tAACweQAApYIAAJmHAACMiAAAf4gAAHKK&#10;AABmjQAAWpEAAFCVAABJlwkAR5gTAEWYIABEmSsAQ5k2AEGaQABAmkgBPppRAjyaWgI6mmQDN5pv&#10;BTWZfQYzmYwHMZmdCC+ZsAgumcoILpjtCC6W/wotlP8KLZP/Cy2S/wstkv8LLZL/C7Z1AACqgQAA&#10;nogAAJONAACGjgAAeI8AAGuSAABflQAAVJkAAEmdAABAoAAAOqINADijFwA3oyIANqQtADWkNwA0&#10;pEEAM6VLADGlVAEwpV4BLqVqASyleAIqpYgDKKWaAyelrQQmpcYDJqTrBCWi/wUloP8GJJ//BiSe&#10;/wcknv8HJJ7/B69+AACjiAAAl44AAI2TAAB+lQAAcJgAAGObAABXnwAATKIAAEKmAAA4qQAAL6wD&#10;ACquDgAprhgAKK8jACevLQAmsDcAJbBBACSwSwAjsVYAIrFjACGxcQAfsYIAHrKUARyyqQEbssEB&#10;G7HnARuv/gIarf8CGqz/Axqr/wMaq/8DGqv/A6iIAACbjwAAkZQAAISaAAB2nwAAaKIAAFulAABP&#10;qQAARK0AADmwAAAvswAAJrYAAB65BQAYuw4AF7sWABe8IAAWvCoAFb01ABS9QAATvksAEr5YABK+&#10;ZwARv3gAEL+MABDAogAOwLoADsDhAA+9+wAPvP8AELr/ARC6/wEQuv8BELr/AZ+PAACUlQAAh5sA&#10;AHmhAABrpwAAXqwAAFKxAABFtAAAOrYAAC+5AAAlvAAAHb8AABXDAAAPxgUAC8oNAAnKFAAIyh0A&#10;B8onAAfKMgAGyz4ABctLAATMWgADzGoAAsx+AAHMlAAAzKsAAM3IAADM7QAAzP8AAMv/AAHK/wAB&#10;yv8AAcr/AJeWAACKnAAAfKMAAG6qAABgsAAAUrYAAEW5AAA5vAAALr8AACPDAAAbxgAAE8oAAA3N&#10;AAAI0QAAAdQJAADUDgAA1RUAANYeAADYJwAA2TEAANs+AADcSwAA3VsAAN5uAADehAAA35sAAN+0&#10;AADe2QAA3/cAAN//AADf/wAA3/8AAN//AI2dAAB/pQAAcKwAAGGzAABTugAARb8AADjCAAAsxgAA&#10;IckAABjNAAAQ0QAAC9UAAATaAAAA3gAAAOABAADhCQAA4g4AAOQTAADlGwAA5yQAAOkvAADrPAAA&#10;7UsAAO5dAADucQAA74kAAPCiAADwvAAA8OMAAO/5AADw/wAA8P8AAPD/AIGlAAByrQAAY7UAAFS9&#10;AABGxAAAN8gAACrMAAAf0AAAFdUAAA7aAAAH3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gUAAO8M&#10;AADxEAAA8xcAAPUgAAD4KwAA+zkAAP1KAAD+XgAA/3QAAP+NAAD/pgAA/8AAAP/hAAD/9QAA//UA&#10;AP/1AHSuAABltwAAVsAAAEfIAAA4zQAAKtIAAB3YAAAT3QAADOIAAAPmAAAA6QAAAOwAAADwAAAA&#10;8wAAAPQAAAD2AAAA+AAAAPoAAAD9BwAA/w0AAP8SAAD/GwAA/ygAAP83AAD/SgAA/14AAP92AAD/&#10;jwAA/6YAAP+6AAD/0QAA/9EAAP/RAP8PJAD/DiIA/wshAP8DJAD/ACkA/wAyAP8APgD/AEwA/wBZ&#10;AP8AZQD/AHAA/wB6AP8AhAD/AIwA/wCSAP8AmQD/AJ8A/wClAP8AqwD/ALIA/wC6AP8AxQD/ANMA&#10;/wDnAP8A9AD/AP8A/gD/AP8A/wD+AP8A/gD/AP4A/wD+AP8A/gD/AP8RIQD/EB4A/w0dAP8HHwD/&#10;ACMA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlQD/AJsA/wChAP8A&#10;pwD+AK4A/QC2APwAwAD7AM0A+QDiAPgA8AD3APwA9gD/APUA/wD1AP8A9QD/APUA/wD1AP8A9QD/&#10;AP8VHQD/ExoA/xAZAP8LGQD/AB0A/wApAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD+AIMA&#10;/ACKAPoAkQD5AJcA+ACdAPcAowD1AKoA9ACyAPIAuwDxAMgA7wDcAO4A7ADtAPoA6wD/AOoA/wDq&#10;AP8A6gD/AOoA/wDqAP8A6gD/AP8YGQD/FhUA/xMTAP8OEwD/CxoA/wckAP8CMAD/AD4A/wBLAP8A&#10;VwD/AGIA/ABsAPgAdQD1AH4A8gCFAPEAjADvAJMA7gCZAOwAoADrAKYA6QCuAOcAtwDmAMMA5ADU&#10;AOIA6QDhAPcA3wD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8bEwD/GhAA/xYOAP8SDgD/EhUA&#10;/w8fAP8MKwD/CTgA/wZFAPsDUQD3AlwA8gJmAO4CcADqAngA5wKAAOYDhwDkA44A4gOVAOEDnADf&#10;BKMA3QSrANsEtADYBcAA1gXQANMG5wDQCPgAzgr/AMwL/wDLDP8Aywz/AMsL/wDLC/8Aywv/AP8f&#10;EAD/HgsA/xoHAP8ZCwD/GBEA/xYZAP8SJAD6EDAA8w4+AO4NSgDpDFYA5QxhAOIMagDeDXMA2w17&#10;ANkNgwDWDYoA1A2RANINmQDQDqAAzw6pAM0OswDLDr8Ayg/QAMYR6QDCEvkAvxP/AL0T/wG8E/8B&#10;vBP/AbwT/wG7E/8BuxP/Af8iDAD/IQQA/yAAAP8hBQD/HwwA/xwRAPYYHADsFSgA5RM2AN8SQwDZ&#10;E08A0xRaANAVZADNFm0AyxZ1AMkXfQDHF4UAxRiMAMQYlADCGZwAwBmlAL4ZrwC9GrsAuxrLALgb&#10;5QG0HPYBsh3/ArAd/wKvHf8Crh3/Aq4d/wKuHf8Crh3/Av8mBgD/JQAA/yYAAPsnAADxJQMA8CEL&#10;AOgcEgDeGR0A1BstAM0dPADIH0kAxSBVAMEhXwC/ImgAvCJwALojeAC5I38BtyOHAbUjjwG0JJcB&#10;siSgAbEkqgKvJLYCrSXGAqsl3wKoJvMDpSb/A6Mm/wOiJv8EoSb/A6Em/wOhJv8DoSb/A/8pAAD/&#10;KAAA9i0AAOcwAADfLwAA2SsEANYiCgDOIxYAxiYnAMAoNgC7KkQAuCtPALUsWQCyLGIBsCxqAa4t&#10;cgGsLXoCqi2BAqktigKnLZIDpS2bA6QtpQSiLbEEoC3ABJ8t2AScLu8FmS7/Bpcv/waWL/8GlS7/&#10;BZUu/wWVLv8FlS7/Bf8sAAD/LgAA6jUAAN05AADROQAAyjYAAMcvBgDBLREAujAhALQyMQCwND4A&#10;rDVKAKk1VAGnNV0BpDVlAqI1bQKgNXQDnzV8BJ01hASbNY0FmjSXBpg0oQaWNK0HlDW7CJM10AiQ&#10;NewIjjb+CIw2/wiLNv8Iizb/B4o1/weKNf8HijX/B/8vAADyNAAA4jwAANJBAADHQgAAwEAAALs6&#10;AQC2Ng4AsDkcAKo7LACmPDoAoz1GAJ89UAGdPVkCmj1hA5g9aASWPHAFlDx3BpI8gAeRPIgHjzuS&#10;CI07nQmLO6kKiTu3C4g7yguFPOgLgzz7C4I8/wqBPP8KgTz/CYE8/wiBPP8IgTz/CP8zAADsOgAA&#10;2kMAAMpHAAC/SQAAt0cAALFCAACtPgoApkAXAKJCJwCeQzUAmkRCAZdETAGURFUCkUNdA49DZAWN&#10;Q2sGi0JzB4lCewiHQoQKhUGOC4NBmQyBQaUNf0GzDn5Bxg58QeQOekL5DXlC/wx4Qv8LeEL/C3hC&#10;/wp4Qf8KeEH/CvY2AADmQAAA0UgAAMNNAAC5TgAAsU0AAKlJAACkRQYAn0YTAJpIIwCWSTIAkko+&#10;AY9KSAKMSlEDiklZBIdJYAWFSWgHg0hvCIFIdwp/R4ALfUeKDXpHlQ54RqIPdkawEHVGwhBzRuAQ&#10;ckf3D3FH/w5xR/8NcUf/DHFH/wtxRv8LcUb/C/M5AADgRAAAzEwAAL5RAAC0UwAAqlIAAKJOAACd&#10;SgEAl0sRAJNNIACPTy4AjE86AYhPRQKFT04Dg09WBIBOXQZ+TmQHfE1sCXlNdAt3TH0MdUyHDnNM&#10;kg9xS58Rb0utEm1LvxJsS9wSa0z1EWpM/w9qTP8Oakv/DWpL/wxqS/8Makv/DPA9AADbSAAAx1AA&#10;ALpVAACwWAAApVYAAJxTAACXTwAAkVAOAIxSHACJVCsAhVQ3AIJUQgF/VEsDfFRTBHpTWgZ4U2II&#10;dVJpCXNScQtxUXoNblGED2xQkBBqUJwSaFCrE2ZQvBNlUNgTZFDzEmRQ/xBkUP8PZFD/DmVP/w1l&#10;T/8MZU//DOxBAADUTAAAw1QAALZZAACsXAAAoFoAAJdXAACRVAAAi1UMAIZXGQCDWCcAgFk0AH1Z&#10;PwF6WUgDd1hQBHRYWAZyV18Hb1dmCW1WbgtrVncNaFWBD2ZVjRFkVJoSYlSpE2BUuhRfVNMUXlTy&#10;E15U/xFfVP8PX1T/Dl9T/w1fU/8NX1P/DedEAADPUAAAv1gAALNdAACoXwAAnF0AAJJbAACLWAAA&#10;hVoKAIFbFgB9XCQAel0xAHddPAF0XUYCcV1OBG9cVQVsXF0HalxkCWhbbAtlWnUNY1p/D2FZixFe&#10;WZgSXFinFFtYuBRZWdAUWVjwE1lY/xFaWP8QWlj/DlpX/w1aV/8NWlf/DeNIAADLUwAAu1sAALBh&#10;AACkYgAAl2EAAI5fAACFXAAAf14HAHtfEwB4YSEAdWIuAHJiOQFvYkMCbGFLA2phUwVnYVoHZWBi&#10;CWNgagtgX3MNXl59D1teiRFZXZYSV12lE1VdthRUXc4UVF3uE1Rd/xFVXP8QVVz/DlVb/w5WW/8N&#10;Vlv/Dd5MAADHVgAAuF8AAK1kAACgZQAAk2QAAIljAAB/YQAAeWIDAHVkEQByZR4Ab2YrAGxnNwFq&#10;Z0ACZ2ZJA2VmUQRiZVgGYGVgCF1kZwpbZHAMWWN7DlZjhhBUYpQSUmKjE1BitBNPYswTT2LtEk9h&#10;/xFPYf8QUGD/DlBg/w5QYP8NUGD/DdlPAADDWgAAtGMAAKlpAACbaAAAj2cAAIRnAAB5ZQAAc2cA&#10;AG9pDgBsahsAaWsoAGdsNABkbD0BYmxGAl9rTgRda1YFWmpdB1hqZQlWaW4LU2l4DVFohA9OaJIQ&#10;TGehEktnshJJZ8kSSWfrEklm/xBKZv8PSmX/Dktl/w1LZP8NS2T/DdFUAAC+XgAAsWcAAKZtAACX&#10;bAAAimsAAH9rAABzawAAbW0AAGhuDABlcBcAYnEkAGBxMABecToBXHFDAllxSwNXcVMEVXBaBlJw&#10;YgdQcGsJTm91C0tvgg1Jbo8PR26fEEVusBFEbscRQ23qEERs/w9Ea/8ORWv/DUVq/w1Fav8NRWr/&#10;DctYAAC6YwAArWwAAKFxAACScAAAhW8AAHpvAABucAAAZXMAAGB1BwBddhIAW3cfAFl4KwBXeDYA&#10;VXg/AVN4SAJReE8DT3dXBEx3XwVKd2gHSHZzCUV2fwtDdY0MQXWdDj91rg4+dcUOPXXoDj5z/Q0+&#10;cv8NPnH/DD9x/ww/cP8MP3D/DMVeAAC1aQAAqXEAAJx1AACNdAAAgHQAAHV0AABpdgAAXnkAAFh8&#10;AQBUfQ4AUn4aAFF/JgBPfzEATYA7AEyAQwFKgEsCSH9UAkZ/XARDf2UFQX9wBj9+fAg8fooJOn6a&#10;Cjl+rAs3fsMLN33mCzd7/As3ev8LN3n/Cjh4/wo4eP8KOHj/Cr5kAACwbwAApXgAAJZ5AACHeQAA&#10;e3kAAHB6AABkfAAAWIAAAFCDAABLhQoASIYUAEeHIABFiCsARIg1AEOIPgBBiUcBQIlPAT6IWAI8&#10;iGEDOohsBDeIeAU1iIcGM4iYBzKHqgcwiMAHMIfkBzCF+wgwg/8IMIL/CDCB/wgwgf8IMIH/CLdr&#10;AACqdgAAoH8AAJB+AACCfgAAdn8AAGqAAABegwAAU4cAAEqLAABBjgIAPZAOADuQGAA6kSMAOZEt&#10;ADiSNwA3kkAANpJJADSTUgAzk1wBMZNnAS+TdAItkoMDK5KUAyqSpwMokr0EKJLhAyeQ+gQnjv8F&#10;J43/BSeM/wUnjP8FJ4z/BbF0AAClfgAAmYUAAIqEAAB9hAAAb4UAAGOIAABYiwAATY8AAEOTAAA6&#10;lwAAMpoHAC6bEAAtmxoALJwkACucLgAqnTgAKZ1BACidSwAnnlUAJp5hACWebgAjnn4BIp6QASCe&#10;owEfnrkBHp7dAR6c+AIemv8CHpn/Ax6X/wMel/8DHpf/A6p9AACehQAAk4sAAIWKAAB1iwAAaI4A&#10;AFuRAABQlQAARpkAADudAAAyoAAAKqMAACKmCQAfpxEAHqcaAB2oJAAcqC0AG6g3ABqpQQAZqUwA&#10;GKlYABeqZgAWqnYAFaqJABSqngATq7QAEqvTABKo9QATp/8BE6X/AROl/wETpP8BE6T/AaOGAACX&#10;jAAAjZEAAH2SAABtlQAAYJgAAFScAABIoAAAPqQAADSnAAAqqwAAIa4AABmxAAASswcAD7UQAA61&#10;FwAOtSEADbUrAA21NgAMtkEAC7ZOAAq2XAAJtmwACLZ/AAe2lAAGtqoABbbFAAa26gAHtf8ACLT/&#10;AAiz/wAJsv8ACbL/AJqNAACQkwAAhJgAAHScAABloAAAV6QAAEuoAABArAAANbAAACqzAAAhtQAA&#10;GLgAABG7AAAMvgIABsALAALAEQABwRkAAMEiAADCKwAAwjYAAMNCAADDUAAAxF8AAMRxAADEhwAA&#10;xJ0AAMS1AADE2gAAxPYAAMP/AADD/wAAw/8AAMP/AJOUAACHmgAAeKAAAGqmAABcrAAAT7EAAEG1&#10;AAA1twAAKboAAB+9AAAWwAAAEMMAAArGAAADygAAAMwFAADMDAAAzREAAM4YAADOIQAA0CoAANE1&#10;AADTQwAA1FIAANRjAADVeAAA1Y8AANWnAADWwgAA1ukAANb9AADW/wAA1v8AANb/AIqbAAB7ogAA&#10;bKkAAF6wAABQtgAAQroAADS9AAAowQAAHcQAABTHAAANywAABs4AAADSAAAA1wAAANkAAADaBQAA&#10;3AsAAN0QAADfFQAA4R0AAOMnAADlMwAA50IAAOhUAADoZwAA6X4AAOmXAADqrwAA6s4AAOvvAADr&#10;/gAA6/8AAOv/AH2jAABuqwAAX7IAAFG6AABCwAAANMMAACfHAAAbywAAEs8AAAvTAAAC2AAAAN0A&#10;AADhAAAA5AAAAOUAAADnAAAA6QAAAOsHAADtDQAA7xEAAPEZAAD0JAAA9zEAAPlBAAD6VQAA+moA&#10;APuEAAD7nQAA/LYAAPzSAAD97QAA/fQAAP30AHGsAABhtQAAUr0AAETEAAA0yQAAJs0AABrSAAAQ&#10;2AAACN0AAADhAAAA5QAAAOgAAADsAAAA7wAAAPEAAADzAAAA9QAAAPcAAAD5AQAA+wgAAP4OAAD/&#10;FQAA/yEAAP8vAAD/QQAA/1YAAP9tAAD/hwAA/6AAAP+2AAD/ygAA/9QAAP/UAP8LIAD/Bx4A/wAd&#10;AP8AIAD/ACUA/wAuAP8AOwD/AEkA/wBWAP8AYgD/AG0A/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA&#10;/wCgAP8ApgD/AK0A/wC1AP8AvgD/AMsA/wDhAP8A8AD+AP0A/QD/AP0A/wD9AP8A/QD/APwA/wD5&#10;AP8A+QD/AP8NHQD/CxoA/wQZAP8AGgD/AB8A/wAqAP8ANwD/AEUA/wBRAP8AXgD/AGgA/wByAP8A&#10;egD/AIIA/wCJAP8AkAD/AJYA/wCcAP4AogD8AKkA+wCwAPkAuQD4AMYA9gDZAPUA6wD0APkA8wD/&#10;APIA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8QGQD/DhUA/wgUAP8AFAD/ABkA/wAlAP8AMgD/AEAA&#10;/wBMAP8AWQD/AGMA/gBtAPwAdQD6AH0A+QCEAPcAiwD2AJEA9ACXAPMAngDyAKQA8ACsAO4AtADt&#10;AMAA6wDPAOkA5gDoAPUA5gD/AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AP8SFAD/EBAA/wwPAP8D&#10;EAD/ABUA/wAgAP8ALAD/ADoA/wBHAPoAUwD3AF4A9ABnAPEAcADvAHgA7QB/AOsAhgDqAIwA6ACT&#10;AOcAmQDlAKAA4wCnAOEAsADfALoA3QDJANsA4ADYAPAA1wD+ANUA/wDUAP8A0wD/ANMA/wDTAP8A&#10;0wD/AP8VEAD/EgwA/w4JAP8LDAD/CRIA/wMaAP8AJgD9ADMA9ABAAO8ATQDrAFgA6ABhAOUAagDi&#10;AHIA4AB6AN4AgADcAIcA2gCOANgAlQDUAJwA0gCjANAArADOALYAzADEAMoA2QDIAO0AxwD7AMUA&#10;/wDEAf8AwwH/AMQB/wDEAf8AxAH/AP8YCwD/FQUA/xAAAP8QBgD/Dw0A/wwUAPwHHwDxAysA5wA5&#10;AOIARgDeAVEA2gJbANUCZADSA2wAzwN0AM0EewDLBIIAygSJAMgFkADGBZgAxAWgAMIGqQDBBrQA&#10;vwbBAL0I1QC7CewAuAv9ALYM/wC1Df8AtA3/ALQN/wC0Df8AtA3/AP8bBQD/GAAA/xcAAP8WAAD7&#10;EwYA+hAOAO4MFgDjCSIA2gkwANMKPgDOC0oAygxVAMcNXgDFDWcAwg5vAMEOdgC/Dn4AvQ+FALwP&#10;jQC6EJUAuBCdALcQpwC1EbIAsxHAALIR1QCuE+4AqxT+AKkV/wCnFf8ApxX/AKYU/wGmFP8BphT/&#10;Af8fAAD/HAAA+h4AAOseAADjHAAA3xUFAN4ODQDTDhgAyxEoAMUTNwDAFEQAvBZPALkXWQC3F2EA&#10;tBhpALMZcQCxGXgArxqAAK4aiACsG5AAqxuZAKkbowCnHK4Aphy8AKQdzwChHuoBnh78AZwf/wGb&#10;H/8Bmh//AZoe/wGZHv8BmR7/Af8iAAD/IQAA7CcAAOAqAADUKQAAzSQAAMocCADEGRIAvRwiALce&#10;MQCzID4AryFJAK0iUwCqI1wAqCRkAKYkbACkJHMAoyR6AKElggGgJYsBniWUAZ0lngGbJqoBmSa3&#10;AZgmyQKVJ+YCkif5ApAo/wKPKP8Cjif/Ao4n/wKOJ/8Cjif/Av8mAADyKQAA4zEAANI0AADINAAA&#10;wDAAALspAgC4Iw4AsSYcAKwoKwCoKjgApCtEAKEsTgCfLVcAnS1fAJstZwGZLW4BmC51AZYufQKU&#10;LoYCky6QApEumgOPLqYDjS6zA4wuxQOKL+EEhy/2BIUv/wSEL/8DhC//A4Mv/wODL/8Dgy//A/sp&#10;AADrMQAA2TgAAMk8AAC/PAAAtjkAALAyAACsLQsApy8XAKIxJgCeMzQAmjRAAJg1SgCVNVMAkzVb&#10;AZE1YgGPNWkCjTVxAow1eQOKNYIDiDWLBIY1lgSENaIFgjWvBYE1wAZ/NtwGfTb0Bns2/wV7Nv8F&#10;ejb/BHo2/wR6Nf8EejX/BPUtAADkNwAA0D8AAMJDAAC3RAAArUAAAKc6AACjNgYAnTcTAJk5IgCV&#10;Oi8Akjw7AI88RgCMPE8BijxXAYg8XgKGPGUChDxtA4I8dQSAPH0EfzyHBX08kgZ7O54HeTusB3c7&#10;vAh2PNUIdDzxCHM8/wdyPP8Gcjz/BXI8/wVyO/8Fcjv/BfEyAADePQAAyUQAALxIAACwSQAApkYA&#10;AJ9BAACbPQEAlT0QAJE/HQCNQSsAikI4AIdDQgCEQ0sBgkNTAYBDWwJ+QmIDfEJpBHpCcQV4QnoG&#10;dkGEB3RBjwhyQZsIcEGpCW9BuQptQdAKbEHuCWtC/whqQv8HakH/BmpB/wZqQf8FakH/Be03AADW&#10;QgAAxEkAALdNAACrTQAAoEoAAJhHAACTQgAAjkMNAIlFGgCGRigAg0c0AIBIPwB+SEgBe0hQAnlI&#10;VwJ3SF8DdUhmBHNHbgVxR3YGb0eAB21GjAlrRpgKaUamC2dGtgtmRswLZUbsC2RH/wlkRv8IZEb/&#10;B2RG/wZkRf8GZEX/Bug7AADQRgAAv00AALNRAAClUQAAmk4AAJJLAACNRwAAh0gLAINKFgB/SyQA&#10;fUwxAHpNPAB3TUUBdU1NAnNNVQJxTVwDb01jBG1MawVrTHMHaUt9CGZLiQlkS5YKYkukC2FLtAxf&#10;S8oMXkvqC15L/gpeS/8JXkr/CF5K/wdeSv8HXkr/B+M/AADLSQAAvFEAALBVAAChVAAAllIAAI1Q&#10;AACHTAAAgU0IAH1PEwB6UCEAd1EuAHRSOQByUkIBb1JLAW1SUgJrUVkDaVFhBGdRaAZlUHEHY1B7&#10;CGFQhgpfT5MLXU+hDFtPsg1ZT8cNWU/oDFhP/QtYT/8JWU//CFlO/wdZTv8HWU7/B99DAADHTQAA&#10;uFQAAKxZAACdVwAAkVUAAIhUAACBUAAAe1IEAHdTEQB0VB4AcVUrAG9WNgBsVkABalZIAWhWUAJm&#10;VlcDZFZeBGJVZgVgVW8HXVV4CFtUhApZVJELV1SgDFVTsA1UU8UNU1PmDFNT/AtTU/8JVFL/CFRS&#10;/whUUv8HVFL/B9pGAADDUAAAtVgAAKhbAACZWgAAjVgAAIRXAAB7VAAAdlYBAHFXDwBuWRsAbFoo&#10;AGlaMwBnWz0BZVtFAWNbTQJhWlUDX1pcBF1aZAVbWWwGWFl2CFZZgglUWI8LUlieDFBYrg1PWMMN&#10;TljkDE5Y+wtPV/8JT1f/CE9W/whQVv8HUFb/B9NKAADAVAAAslwAAKNeAACVXQAAiVwAAH9bAAB2&#10;WQAAcFoAAGtcDQBoXRgAZl4kAGRfMABiXzoAYF9DAV5fSwJcX1ICWl9aA1hfYQVVXmoGU150B1Fd&#10;fwlPXY0KTV2cC0tdrAxKXcEMSV3jDElc+gpJW/8JSlv/CEpa/whKWv8HSlr/B85OAAC8WAAArmAA&#10;AJ9hAACRYAAAhV8AAHtfAABwXQAAal8AAGVhCgBiYhQAYGMhAF5kLQBcZDcAWmRAAVhkSAFWZFAC&#10;VGRXA1JkXwRQZGcFTmNxBkxjfQhJYosJR2KaCkZiqgtEYr8LRGLhC0Rh+QpEYP8JRGD/CEVf/wdF&#10;X/8HRV//B8hSAAC4XAAAq2QAAJtkAACMYwAAgGMAAHZjAABqYgAAY2QAAF9mBgBbZxEAWWgdAFdp&#10;KQBWajMAVGo8AFJqRQFQakwBTmpUAkxqXANKamUESGlvBUZpegdEaYgIQmiYCUBoqQo/aL0KPmje&#10;CT5n9wk+Zv8IP2X/Bz9l/wc/ZP8HP2T/B8NXAACzYQAAp2kAAJZoAACHZwAAe2cAAHFnAABlaAAA&#10;XGoAAFhsAQBUbg4AUm8YAFBvJABOcC4ATXA4AEtxQQBKcUkBSHFRAUZxWQJEcGIDQnBsBEBweAU+&#10;cIYGPG+VBzpvpgg4b7sIOG/bBzhu9gc4bf8HOGz/Bjlr/wY5av8GOWr/Br1cAACvZgAAom0AAJFs&#10;AACCawAAd2sAAGxsAABhbgAAV3AAAFBzAABMdQoASXYTAEd3HwBGdykARXgzAEN4PABCeEQAQXhN&#10;AT94VQE9eF4CO3hoAjl4dAM3eIIENXiTBTN3pAUyd7kFMXjXBTF29QUxdP8FMXP/BTFy/wUycv8F&#10;MnL/BbdjAACqbQAAnHEAAItwAAB9cAAAcnAAAGdxAABccwAAUXcAAEp6AABCfQMAP34OAD1/GAA8&#10;fyMAO4AtADqANgA5gT8AOIFIADaBUAA1gVoBM4FkATGBcAEvgX8CLYGPAyyBoQMqgbYDKYHSAyl/&#10;8wMpff8DKXz/Ayl7/wMpe/8DKXv/A7FqAACldAAAlXYAAIV1AAB4dQAAbXUAAGF3AABXegAATH4A&#10;AEOBAAA7hQAANYgJADKJEQAxiRsAMIklAC+KLwAuijgALYtBACyLSgAqi1QAKYtfACiLawAmi3oB&#10;JIuLASOLngEii7MBIYzOASGK8QEgiP8CIIb/AiCF/wIhhf8CIYX/AqtyAAChfAAAj3sAAIB6AABz&#10;egAAZnwAAFt/AABQggAARoYAADyKAAA0jQAALJEAACaTDAAklBMAI5QcACKVJgAhlS8AIJU4AB+W&#10;QgAelkwAHZZYAByWZAAal3QAGZeGABiXmQAXl64AFZfJABaV7gAWk/8BFpL/ARaR/wEWkP8BFpD/&#10;AaV7AACZgwAAiYEAAHuAAABsggAAX4QAAFSIAABJiwAAP5AAADWUAAAtlwAAJZoAAB2eAQAWoAwA&#10;FKESABShGwAToSUAEqEuABGiOAARokMAEKJPAA+iXAAOo2sADaN9AA2jkgAMo6cACqLAAAui5gAM&#10;oP4ADZ//AA2e/wANnf8ADZ3/AJ6EAACSiQAAg4gAAHOIAABliwAAWI4AAEySAABBlwAAN5sAAC6e&#10;AAAkogAAHKUAABWoAAAPqwQACq4MAAetEgAGrRsABa0kAASuLgACrjkAAa5FAACuUgAArmEAAK5z&#10;AACuhwAArp0AAK60AACu1QAArfQAAK3/AACs/wAAq/8AAKv/AJaLAACMkAAAe5AAAGuSAABdlgAA&#10;UJoAAESfAAA5owAAL6cAACWrAAAcrgAAFLEAAA60AAAJtwAAAbgJAAC4DgAAuRQAALkcAAC6JQAA&#10;ui8AALs6AAC8RwAAvFYAALxnAAC8ewAAvJEAALypAAC8xAAAvOsAALv+AAC7/wAAu/8AALv/AJCS&#10;AACDmAAAc5sAAGOfAABVowAAR6gAADutAAAwsQAAJbQAABu3AAASugAADL0AAAW/AAAAwwAAAMQC&#10;AADFCgAAxQ4AAMYUAADHGwAAyCQAAMouAADMOgAAzUkAAM1ZAADNbAAAzoMAAM6bAADNtQAAztoA&#10;AM72AADN/wAAzf8AAM3/AIaZAAB3oAAAaaYAAFqsAABMsgAAPrYAADC5AAAkvAAAGb8AABHCAAAK&#10;xQAAAskAAADMAAAA0AAAANEAAADSAQAA0wgAANUNAADXEQAA2hgAANwhAADfLAAA4ToAAOJKAADj&#10;XQAA5HIAAOSLAADlpQAA5cAAAOXmAADl+AAA5f8AAOX/AHqhAABrqQAAXK8AAE22AAA/vAAAML8A&#10;ACPDAAAXxwAAD8oAAAfOAAAA0QAAANYAAADcAAAA3wAAAOAAAADiAAAA5AAAAOYDAADoCQAA6Q4A&#10;AOwVAADuHgAA8SsAAPQ6AAD1TQAA9mEAAPd5AAD4kwAA+K0AAPnGAAD55AAA+fMAAPnzAG2qAABe&#10;sgAAT7oAAEDBAAAxxQAAIskAABbOAAAN0gAABNgAAADdAAAA4QAAAOQAAADoAAAA6wAAAO0AAADv&#10;AAAA8QAAAPMAAAD2AAAA+AMAAPoLAAD9EQAA/xsAAP8pAAD/OwAA/08AAP9mAAD/fwAA/5kAAP+v&#10;AAD/wwAA/9YAAP/WAP8EHAD/ABkA/wAZAP8AHAD/ACIA/wArAP8AOAD/AEYA/wBTAP8AXgD/AGkA&#10;/wByAP8AegD/AIIA/wCJAP8AjwD/AJUA/wCbAP8AoQD/AKgA/wCvAP8AuQD/AMUA/wDZAP4A7AD9&#10;APsA+wD/APsA/wD7AP8A+gD/APQA/wDwAP8A8AD/AP8HGAD/ARUA/wAUAP8AFgD/ABsA/wAmAP8A&#10;NAD/AEIA/wBOAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD9AJAA/ACWAPoAnQD5AKMA+ACr&#10;APcAtAD1AL8A9ADOAPMA5gDxAPYA8AD/AO8A/wDvAP8A7gD/AO4A/wDqAP8A6gD/AP8LFAD/BhEA&#10;/wAQAP8AEAD/ABYA/wAiAP8ALgD/ADwA/wBJAP8AVAD+AF8A+wBoAPkAcAD3AHgA9QB/APMAhQDy&#10;AIsA8ACSAO8AmADtAJ8A7ACmAOoArgDoALkA5wDHAOUA3gDjAPAA4gD+AOAA/wDgAP8A4QD/AOEA&#10;/wDhAP8A4QD/AP8NEAD/CQ0A/wEMAP8ADAD/ABIA/wAcAP8AKAD8ADYA+QBDAPYATgDyAFkA7wBi&#10;AOwAawDqAHIA6AB5AOYAgADkAIYA4gCMAOEAkwDfAJoA3QChANsAqgDYALQA1QDAANIA0wDQAOoA&#10;zgD6AM0A/wDNAP8AzQD/AMwA/wDMAP8AzAD/AP8QDAD/DAcA/wMCAP8ACAD/AA4A/wAWAPYAIgDw&#10;AC8A7AA8AOkASADlAFMA4QBcAN4AZQDbAGwA1wBzANQAegDSAIAA0ACHAM4AjgDMAJUAygCdAMgA&#10;pQDGAK8AxAC7AMIAywDAAOUAvgD1AL0A/wC8AP8AvAD/ALwA/wC8AP8AvAD/AP8RBQD/DgAA/woA&#10;AP8IAQD/BAoA+AAQAOkAGgDjACgA3gA1ANkAQQDTAEwAzwBWAMsAXwDJAGYAxgBuAMQAdADCAHsA&#10;wQCCAL8AiQC9AJAAvACYALoAoQC4AKsAtgC3ALQAxwCyAOAAsQHyAK8C/wCuA/8ArQT/AK0E/wCt&#10;BP8ArQT/AP8UAAD/EAAA/w8AAPINAADqCgAA6QMJAN0AEgDUAB8AzQEtAMgCOgDEA0UAwANQAL0E&#10;WQC7BWEAuQVoALcGbwC1BnYAtAd9ALIHhACxCIwArwiVAK0JngCrCagAqgq1AKgKxQCmC98ApA30&#10;AKIO/wCgDv8Anw7/AJ8O/wCfDv8Anw7/AP8XAAD/EwAA7xgAAOQZAADbFgAA0hACAM8JCwDICBYA&#10;wQokALwMMgC3DT4AtA5JALEOUwCvEFsArRBjAKsQagCpEXEAqBF4AKYRgAClEYgAoxKRAKESmwCg&#10;E6YAnhOzAJwTwwCbFN4Alxb0AJUW/wCUF/8Akxf/AJIX/wCSFv8Akhb/AP8aAAD0HQAA5SMAANUl&#10;AADKJAAAwh0AAL4WBAC7EBAAtBMdAK8VKwCrFjgApxhDAKUZTQCiGVYAoBpdAJ4bZQCdG2wAmxxz&#10;AJocewCYHIMAlx2NAJUdlwCTHqIAkh6vAJAevwCPH9gAjCDxAYkg/wGIIP8BhyD/AYcg/wGGIP8B&#10;hiD/AfoeAADrJgAA2i0AAMowAAC+LgAAtSgAALAiAACuGwwAqB0XAKMfJgCfITMAnCI+AJkjSACX&#10;JFEAlSRZAJMlYACSJWcAkCZuAI4mdgCNJn8AiyaIAYonkwGIJ54BhierAYQnuwGDKNEBgCjuAX4p&#10;/wF9Kf8BfCj/AXwo/wF8KP8BfCj/AfUkAADjLgAAzzUAAME4AAC0NgAAqzEAAKUsAACiJgYAniYT&#10;AJkoIQCVKi4Akis5AI8sRACNLUwAiy1UAIkuXACHLmMAhi5qAYQucgGCLnoBgS+EAX8vjwJ9L5oC&#10;ey+nAnovtwJ4L8wCdjDqAnUw/gJzMP8CczD/AnMv/wJzL/8Ccy//AvAqAADcNQAAxzsAALo/AACs&#10;PAAAojgAAJwzAACYLwAAlS4QAJAwHACMMikAiTM1AIY0PwCENUkAgjVRAIA1WAB+NV8BfTVmAXs2&#10;bgF5NXYCeDWAAnY1iwN0NZcDcjakA3A2tARvNsgEbTbnBGw2/ANrNv8Dazb/Amo2/wJqNf8CajX/&#10;AuowAADTOgAAwkEAALNDAAClQQAAmz4AAJU6AACQNgAAjDUNAIg3GACEOCUAgToxAH87PAB8O0UA&#10;ejxNAHg8VQF3PFwBdTxjAXM8agJxPHMCcDx8A247hwNsO5QEajuhBGg7sQVnPMUFZTzlBWQ8+gRk&#10;PP8DYzv/A2M7/wNjO/8CYzv/AuU1AADNPwAAvUYAAK5HAACfRQAAlUMAAI5AAACJPAAAhDwKAIA9&#10;FAB9PiIAej8uAHhAOAB1QUIAc0FKAHJBUQFwQVkBbkFgAmxBZwJqQXADaEF5A2dBhARlQZEFY0Gf&#10;BWFBrgZgQcIGXkHiBl5B+QVdQf8EXUD/A11A/wNdQP8DXUD/A985AADIQwAAuUoAAKlLAACbSQAA&#10;kEcAAIhEAACDQQAAfkEGAHpCEQB2Qx4AdEUqAHFFNQBvRj8AbUZHAGtGTwFqRlYBaEZdAmZGZQJk&#10;Rm0DYkZ2BGBGggReRo4FXEWcBltFrAZZRr8HWEbfBlhG9wVXRf8EV0X/BFdE/wNYRP8DWET/A9o9&#10;AADERwAAtU4AAKROAACWTAAAi0sAAINJAAB9RQAAeEYCAHRHEABwSBsAbkknAGtKMgBqSzwAaEtE&#10;AGZLTAFkS1MBYktaAmBLYgJfS2oDXUt0BFtKfwVZSowFV0qaBlVKqgdUSr0HU0rcB1JK9gZSSv8F&#10;Ukn/BFJJ/wNSSP8DU0j/A9RBAADASwAAslEAAKBQAACSTwAAh04AAH5MAAB4SAAAckoAAG5LDQBr&#10;TRgAaE4kAGZOLwBkTzkAYk9CAGFQSQFfUFEBXVBYAltPYAJZT2gDV09yBFVPfQVTT4oFUk6YBlBO&#10;qAdOTrsHTU7ZB01O9QZNTv8FTU3/BE1N/wROTP8DTkz/A85EAAC8TgAArlQAAJxTAACOUgAAg1EA&#10;AHpQAAByTQAAbE8AAGhQCwBlURUAY1IhAGFTLABfUzYAXVQ/AFtURwBaVE4BWFRWAVZUXQJUVGYD&#10;UlNvA1BTewROU4gFTFOXBktTpwdJU7oHSFPVB0hS8wZIUv8FSFH/BElR/wRJUP8DSVD/A8pIAAC5&#10;UgAAqlcAAJhWAACKVQAAf1QAAHZTAABsUQAAZ1MAAGJUCABfVhIAXVceAFtXKQBZWDMAWFg8AFZZ&#10;RABVWUwBU1lTAVFZWwJPWGQCTVhtA0tYeARJWIYFR1eVBkVXpQZEV7gGQ1jSBkNX8gZDVv8FQ1X/&#10;BERV/wREVP8DRFT/A8ZMAAC1VgAApVoAAJRZAACGWAAAe1gAAHFXAABmVgAAYVgAAF1ZBABZWhAA&#10;V1sbAFVcJgBTXTAAUl05AFFeQQBPXkkATV5RAUxeWAFKXmECSF1rA0ZddgNEXYMEQl2SBUBdowY/&#10;XbYGPl3QBj1c8QU+W/8EPlr/BD5a/wM+Wf8DP1n/A8FQAACxWgAAoV0AAJBcAACCWwAAdlsAAG1b&#10;AABhWwAAW10AAFZeAABSYA0AUGEXAE5iIgBNYiwATGM1AEpjPgBJY0YAR2NOAEZjVgFEY14BQmNo&#10;AkBjcwM+Y4EDPGOQBDpioQQ5YrQFOGPNBThi7wQ4Yf8EOGD/Azhf/wM5Xv8DOV7/A7xVAACtXwAA&#10;nGAAAItfAAB9XwAAcl8AAGhfAABdYAAAVWIAAE9kAABLZgoASWcSAEdoHQBFaCcARGkxAENpOQBC&#10;akIAQGpKAD9qUgA9alsBPGplATpqcAI4an4CNmmNAzRpnwMzabIDMWnLAzFo7QMxZ/8DMWb/AzJl&#10;/wMyZP8DMmT/A7dbAACpZAAAlmQAAIZjAAB4YwAAbWMAAGRkAABZZQAAUGgAAElrAABDbQQAQG4O&#10;AD5vGAA9byIAPHArADpwNAA5cT0AOHFFADdxTgA2cVcANHFhATJxbQExcXoBL3GKAi1xnAIrca8C&#10;KnHIAipw6wIqb/8CKm3/Aips/wIrbP8CK2z/ArFhAACkaQAAkGgAAIBnAAB0ZwAAaWcAAF9oAABV&#10;awAAS24AAENxAAA8dAAAN3YKADR3EgAzeBwAMnglADF5LgAweTcAL3k/AC55SAAselIAK3pcACp6&#10;aAAoenYAJnqHASV6mQEjeqwBInrFASJ56QEid/8BInb/ASJ1/wIidP8CI3T/AqxoAACdbgAAim0A&#10;AHtsAABvbAAAZWwAAFpuAABQcQAARXUAAD14AAA2fAAALn8CACmBDQAnghQAJoIeACWCJwAkgi8A&#10;I4M4ACKDQgAhg0sAIIRWAB+EYgAehHEAHISCABuElQAahKkAGITBABiD5gAYgf0AGYD/ARl//wEZ&#10;fv8BGX7/AaZwAACVcwAAhHIAAHZxAABrcQAAXnMAAFR2AABJeQAAP30AADeBAAAvhAAAJ4gAACCL&#10;BQAbjQ4AGo0VABmNHgAYjicAF44wABaOOQAVjkMAFI9PABOPWwASj2oAEY97ABCPjwAPj6QADo+7&#10;AA2P4AAOjfoAD4v/ABCK/wAQif8AEIn/AKF6AACOeQAAfncAAHJ3AABkeAAAWHsAAE1+AABCggAA&#10;OYYAAC+KAAAnjgAAIJEAABiVAAASmAUADpoOAA2aFAAMmh0AC5omAAuaMAAKmjsACZpGAAiaUwAG&#10;m2EABZpyAASahgACmpsAAJqxAAGZzwACmfAAApj/AASX/wAFlv8ABZb/AJmBAACHfwAAen4AAGt+&#10;AABdgQAAUIUAAEWJAAA7jQAAMZIAACiWAAAfmQAAGJ0AABGgAAAMowIABqUKAAGlEAAApRYAAKYf&#10;AACmKAAApjIAAKc9AACnSgAAp1gAAKdoAACnfAAAp5EAAKaoAACmwwAApekAAKX8AACl/wAApP8A&#10;AKT/AJGHAACChgAAcoYAAGOIAABVjAAASZEAAD2WAAAymgAAKJ4AAB+iAAAXpgAAEKkAAAusAAAE&#10;rwAAALEGAACxDAAAshEAALIXAACzHwAAsygAALQyAAC1PwAAtU0AALVdAAC1cAAAtYYAALWdAAC1&#10;tgAAtdwAALT3AAC0/wAAtP8AALT/AIuPAAB6jgAAapEAAFuVAABNmgAAQJ8AADWkAAAqqAAAIKwA&#10;ABawAAAPtAAACbcAAAG5AAAAvQAAAL4AAAC+BgAAvwwAAMAQAADBFgAAwh0AAMMnAADFMgAAxkAA&#10;AMZRAADHYwAAx3gAAMeRAADHqQAAx8cAAMfsAADH/gAAx/8AAMf/AIOXAABxmgAAYZ4AAFKjAABF&#10;qQAAOK4AACyzAAAgtwAAFroAAA69AAAGwAAAAMMAAADHAAAAyQAAAMoAAADMAAAAzQMAAM4JAADQ&#10;DgAA0hMAANQbAADYJQAA2zIAAN1CAADdVAAA3mkAAN6BAADenAAA37UAAN/ZAADf8wAA3/8AAN//&#10;AHefAABopgAAWa0AAEqzAAA7uAAALbsAAB+/AAAUwgAADMYAAAPJAAAAzAAAANAAAADVAAAA2QAA&#10;ANoAAADcAAAA3gAAAOAAAADiBQAA5AsAAOcQAADqGAAA7SQAAPAyAADxRAAA8lgAAPNvAAD0igAA&#10;9KQAAPS/AAD03wAA9PMAAPT0AGqoAABbrwAATLcAAD29AAAtwQAAH8YAABPKAAALzgAAANIAAADX&#10;AAAA3AAAAOAAAADlAAAA5wAAAOkAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYHAAD5DgAA/BYAAP8i&#10;AAD/MwAA/0cAAP9dAAD/dgAA/5EAAP+pAAD/vgAA/9gAAP/bAP8AGAD/ABYA/wAVAP8AGAD/AB4A&#10;/wAnAP8ANgD/AEMA/wBPAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD/AJAA/wCWAP8AnAD/&#10;AKMA/wCrAP8AtAD+AL8A/QDPAPsA5wD6APgA+QD/APkA/wD5AP8A9QD/AO4A/wDpAP8A5wD/AP8A&#10;FAD/ABEA/wARAP8AEgD/ABcA/wAjAP8AMQD/AD4A/wBKAP8AVgD/AGAA/wBoAP8AcAD/AHgA/QB+&#10;APwAhQD6AIsA+QCRAPgAmAD3AJ4A9QCmAPQArgDyALkA8QDHAO8A4ADuAPIA7AD/AOwA/wDsAP8A&#10;6wD/AOUA/wDgAP8A3gD/AP8DEAD/AA4A/wANAP8ADQD/ABMA/wAeAP8AKwD/ADgA/wBFAP4AUAD7&#10;AFoA+ABjAPUAawDzAHIA8QB5AO8AfwDuAIYA7ACMAOoAkgDpAJkA5wCgAOYAqQDkALMA4QDAAOAA&#10;0wDeAOsA3AD7ANsA/wDaAP8A2gD/ANkA/wDUAP8A0gD/AP8HDQD/AAkA/wAGAP8ACQD/AA8A/wAY&#10;APsAJQD4ADIA9QA/APIASgDtAFQA6gBdAOcAZQDkAGwA4gBzAOAAegDeAIAA3ACGANoAjQDXAJQA&#10;1ACbANIApADPAK0AzQC5AMsAyQDJAOQAyAD2AMYA/wDFAP8AxgD/AMcA/wDHAP8AxwD/AP8KBgD/&#10;AQAA/wAAAP8ABAD/AAsA9AASAO8AHwDqACwA5QA4AOIAQwDdAE4A2QBXANQAXwDRAGcAzgBtAMwA&#10;dADKAHoAyACAAMYAhwDFAI4AwwCWAMEAngC/AKgAvQCzALoAwgC5ANsAtwDwALUA/wC2AP8AtQD/&#10;ALUA/wC1AP8AtQD/AP8MAAD/BAAA/wAAAP4AAAD2AAMA6AANAOAAFwDZACQA0QAxAM0APADKAEcA&#10;xgBRAMMAWQDAAGAAvgBnALwAbgC6AHQAuQB7ALcAggC1AIkAswCRALIAmgCwAKQArgCvAKwAvQCq&#10;ANAAqADrAKcA+wCmAP8ApgD/AKUA/wClAP8ApQD/AP8NAAD/BwAA9AkAAOoJAADiBAAA2gAHAM8A&#10;EQDIABwAwgApAL4ANQC7AEAAtwBKALQAUwCyAFsAsABiAK4AaACsAG8AqwB1AKkAfQCoAIQApgCN&#10;AKQAlgCjAKAAoQCrAJ8BuQCdA8wAnAToAJoG+QCZB/8AmAj/AJcI/wCXCP8Alwj/AP8QAAD3EAAA&#10;6BQAANwVAADOEQAAxg0AAMIECwC8ABQAtwEhALIDLgCuBToAqwZEAKgITQCmCFUApAlcAKIKYwCg&#10;CmoAnwtxAJ0LeACcC4AAmgyJAJkMkwCXDJ4AlQ2qAJQNuACSDcwAkA7qAI4Q/ACMEP8AixD/AIsQ&#10;/wCLEP8AihD/APsTAADtGgAA3SAAAMwhAAC/HQAAtxcAALMRAACyCw0Aqw0ZAKcOJgCjDzMAnxA+&#10;AJ0RRwCaEVAAmBJXAJYSXgCVE2UAkxNsAJITcwCQFHwAjxSFAI0VjwCLFZoAihWnAIgWtQCGFskA&#10;hBfnAIIY+wCAGf8Afxn/AH8Z/wB/GP8Afxj/APUaAADkIwAAzykAAMAqAACzJgAAqiIAAKUcAACk&#10;FQgAoBQTAJsWIQCXGC0AlBk4AJEaQgCPG0sAjRxSAIscWQCJHWAAiB1nAIYebwCFHncAgx+AAIIf&#10;iwCAH5cAfiCjAH0gsgB7IMUAeSHkAHci+QB2Iv8AdSL/AHQh/wB0If8AdCH/AO8hAADbKwAAxzEA&#10;ALYxAACpLgAAoCoAAJsmAACYIQEAlR4QAJAgGwCNISgAiSMzAIckPQCFJEYAgyVOAIEmVQB/JlwA&#10;fiZjAHwnawB7J3MAeSd8AHgohwB2KJMAdCigAXIorwFxKcEBbyngAW0p9wFsKf8Bayn/AWsp/wFr&#10;KP8Bayj/AegoAADQMgAAwDgAAK43AAChNQAAmDIAAJItAACOKQAAiycMAIcoFwCDKiMAgCsvAH4s&#10;OQB8LEIAei1KAHguUQB3LlgAdS5gAHMvZwByL28AcC95AW8vgwFtL5ABay+dAWkvrAFoML4BZzDb&#10;AWUw9QFkMP8BYzD/AWMv/wFjL/8BYy//AeIuAADKOAAAuj0AAKg8AACaOgAAkTcAAIozAACGMAAA&#10;gy4JAH8vEwB7MB8AeDIrAHYzNQB0Mz4AcjRGAHA0TgBvNVUAbTVcAGw1ZABqNWwBaDV1AWc1gAFl&#10;NYwBYzWaAmE2qQJgNrsCXzbWAl028wJdNv8CXDb/AVw1/wFcNf8BXDT/AdwzAADFPAAAtEEAAKJA&#10;AACVPgAAizwAAIQ5AAB/NgAAezQEAHc1EAB0NxwAcTgnAG85MgBtOTsAazpDAGo6SwBoO1IAZztZ&#10;AGU7YQFjO2kBYjtyAWA7fQFeO4oCXDuXAls7pwJZO7gDWDv/4v/iSUNDX1BST0ZJTEUABgnSA1c7&#10;8QJWO/8CVjv/AlY6/wFWOv8BVjn/AdQ3AADAQQAAr0QAAJ1DAACQQgAAhUAAAH4+AAB5OwAAdDoA&#10;AHE6DgBtPBgAaz0kAGk+LwBnPzgAZT9AAGRASABiQE8AYUBXAF9AXgFdQGYBXEBvAVpAegJYQIcC&#10;VkCVAlRApANTQLYDUkDPA1FA7wNQQP8CUD//AlA//wJRPv8BUT7/Ac87AAC9RQAAqkcAAJlGAACL&#10;RQAAgUQAAHlCAAB0PgAAbz8AAGtADABnQRUAZUIhAGNDKwBhQzUAX0Q+AF5ERQBdRU0AW0VUAFlF&#10;XAFYRWQBVkVtAVRFeAJSRYUCUUSTA09EowNNRbQDTEXMA0tF7QNLRP8CS0T/AktD/wJMQv8CTEL/&#10;Aso/AAC5SAAApkoAAJVJAACHSAAAfUcAAHVFAABuQgAAaUMAAGVECQBiRRMAX0YeAF1HKABcSDIA&#10;Wkg7AFlJQwBXSUoAVklSAFRJWQFTSWEBUUlrAU9JdgJNSYICS0mRA0pJoQNISbMDR0nKA0ZJ7ANG&#10;SP8CRkj/AkdH/wJHRv8CR0b/AsZDAAC2TAAAokwAAJFMAACESwAAeUoAAHBJAABpRgAAZEcAAF9J&#10;BgBcShAAWksbAFhMJQBWTC8AVU04AFNNQABSTUgAUU5PAE9OVwBOTl8BTE5pAUpOcwJITYACRk2P&#10;A0VNnwNDTbEDQk3IA0FN6gNBTP8CQUz/AkJL/wJCSv8CQkr/AsJHAACzTwAAnk8AAI1OAACATgAA&#10;dU0AAGxMAABjSgAAXkwAAFpNAgBWTg4AVE8YAFJQIgBRUSwAT1E1AE5SPQBNUkUATFJNAEpSVABJ&#10;Ul0BR1JmAUVScQFDUn4CQVKNAj9SnQM+Uq8DPVLGAzxS6QI8Uf4CPFD/Aj1P/wI9T/8CPU7/Ar5L&#10;AACuUwAAmlIAAIlRAAB8UQAAcVAAAGhQAABeTgAAWFEAAFRSAABRUwwATlQUAExVHwBLVikASVYy&#10;AEhWOgBHV0IARldKAERXUgBDV1oAQVdkAUBXbgE+V3sCPFeLAjpXmwI4V60CN1fEAjdX5wI3Vv0C&#10;N1X/AjdU/wI3U/8COFP/ArpPAACpVgAAlVUAAIVUAAB4VAAAbVQAAGRUAABYVAAAUlYAAE5XAABK&#10;WQkAR1oRAEZaGwBEWyUAQ1suAEJcNgBBXD4AP1xGAD5dTwA9XVcAO11hADpdbAE4XXkBNl2IATRd&#10;mQIzXasCMV3CAjFc5QIxW/wCMVr/AjFZ/wIyWf8BMlj/AbZUAACkWQAAkFgAAIBYAABzVwAAaVcA&#10;AGBYAABUWQAATlsAAEhdAABDXwQAQGAOAD5hFwA9YSAAO2IpADpiMgA5YjoAOGNCADdjSwA2Y1QA&#10;NGNdADNjaAAxY3YBL2OFAS5jlgEsY6kBK2O/ASpj4wEqYvsBKmD/AStf/wErX/8BK17/AbFZAACe&#10;XAAAi1wAAHtbAABvWwAAZVsAAFxcAABRXgAASWAAAENiAAA8ZQAAOGcKADVoEgA0aBsAM2kkADJp&#10;LQAxaTUAL2o9AC5qRgAtak8ALGpZACtrZQApa3IAKGuCACZrkwAka6cAI2u9ACJq4AAjafkBI2f/&#10;ASNm/wEjZv8BJGX/AaxgAACYYAAAhWAAAHZfAABqXwAAYWAAAFdgAABNYwAARGYAAD1oAAA2awAA&#10;MG4EACxwDgAqcRUAKXEeAChxJgAnci8AJnI3ACVyQAAkckoAInJUACFzYAAgc20AHnN9AB1zkAAb&#10;c6MAGnO5ABlz3AAacfcAGnD/ABtv/wAbbv8BG23/AaZmAACRZQAAf2QAAHFkAABmZAAAXWQAAFJm&#10;AABIaQAAP2wAADdvAAAwcwAAKXYAACJ5CAAfexAAHnsXABx7HwAbeygAGnswABl8OQAYfEMAF3xO&#10;ABZ8WgAVfGcAFH14ABJ9iwARfZ8AEH21AA991QAQe/UAEXn/ABF4/wASd/8AEnf/AJ5rAACKagAA&#10;emkAAG1pAABiaQAAV2oAAExtAABDcAAAOXQAADF4AAApewAAIn8AABuCAAAUhQkAEYYQABGGFwAQ&#10;hx8AEIcoAA6HMQAOhzsADYdGAAyHUwALh2EACodxAAmHhAAHh5gABoauAAWGyQAGhewAB4T/AAiD&#10;/wAJgv8ACYL/AJVxAACDbwAAdG4AAGluAABcbwAAUHIAAEZ1AAA8eQAAMn0AACqBAAAihQAAG4kA&#10;ABSMAAAPjwMACpILAAaSEQAEkhgAApIgAAGSKQAAkjMAAJM+AACTSwAAk1kAAJNpAACTewAAkpAA&#10;AJKmAACRvwAAkeUAAJD6AACP/wAAj/8AAI//AI13AAB9dQAAcHQAAGJ1AABVeAAASXwAAD+AAAA0&#10;hAAAK4kAACKNAAAakQAAE5QAAA6XAAAJmwAAAZ0IAACdDgAAnRMAAJ4aAACeIgAAnysAAJ81AACg&#10;QgAAoFAAAKBfAACgcQAAoIcAAJ+dAACftQAAntoAAJ32AACd/wAAnP8AAJz/AIZ9AAB4fAAAaXwA&#10;AFt/AABOgwAAQYgAADaMAAAskQAAI5YAABqaAAASngAADaEAAAakAAAApwAAAKkDAACpCgAAqg4A&#10;AKsTAACsGQAArSIAAK4rAACvNwAAr0UAAK9UAACvZgAAr3sAAK6UAACuqwAArskAAK7vAACt/wAA&#10;rf8AAK3/AIGEAABxhAAAYYcAAFOLAABGkAAAOZYAAC6bAAAjoAAAGqQAABKoAAAMrAAABK8AAACy&#10;AAAAtgAAALcAAAC3AgAAuAgAALkNAAC6EgAAuxgAAL0hAAC+KwAAwDgAAMBIAADAWgAAwW4AAMGG&#10;AADBoAAAwboAAMHjAADA+QAAwP8AAMD/AHmNAABokAAAWZQAAEuaAAA9oAAAMaUAACWrAAAarwAA&#10;EbMAAAu4AAACuwAAAL4AAADBAAAAxAAAAMUAAADGAAAAxwAAAMgFAADKCwAAzA8AAM4VAADQHwAA&#10;0ysAANU6AADVTAAA1mAAANh3AADYkgAA2KwAANnJAADZ7AAA2fsAANj/AHCZAABgngAAUaQAAEOq&#10;AAA1sAAAKLYAABy6AAARvgAACcEAAADFAAAAyAAAAMsAAADPAAAA0gAAANMAAADWAAAA2AAAANsA&#10;AADdAAAA3wcAAOINAADlEwAA6B0AAOwqAADtPAAA7VEAAO5nAADvgQAA75wAAPC3AADw0wAA8OwA&#10;APD0AGemAABYrQAASbQAADq6AAAqvgAAHMIAABDGAAAHygAAAM4AAADSAAAA1gAAANwAAADgAAAA&#10;4wAAAOQAAADmAAAA6AAAAOsAAADtAAAA7wAAAPICAAD1CgAA+BEAAPwcAAD/LAAA/z8AAP9VAAD/&#10;bgAA/4oAAP+kAAD/ugAA/9EAAP/hAP8AFAD/ABIA/wASAP8AFAD/ABkA/wAlAP8AMgD/AD8A/wBL&#10;AP8AVgD/AGAA/wBoAP8AcAD/AHgA/wB/AP8AhQD/AIsA/wCRAP8AmAD/AJ4A/gCmAP0ArgD8ALkA&#10;+gDIAPkA4gD4APQA9wD/APYA/wD2AP8A7wD/AOcA/wDiAP8A3gD/AP8AEQD/AA4A/wAOAP8ADwD/&#10;ABQA/wAgAP8ALQD/ADoA/wBGAP8AUQD/AFsA/wBjAP4AawD8AHMA+gB5APkAgAD3AIYA9gCMAPUA&#10;kgDzAJkA8gCgAPAAqQDuALMA7QDBAOsA1gDqAO4A6QD+AOcA/wDnAP8A5QD/AN0A/wDVAP8A0QD/&#10;AP8ADQD/AAoA/wAIAP8ACQD/ABAA/wAbAP8AKAD/ADUA/wBAAPoASwD2AFUA8wBeAPEAZgDuAG0A&#10;7AB0AOsAegDpAIAA5wCGAOYAjQDkAJMA4gCbAOAAowDeAK0A3AC5ANoAygDXAOYA1AD4ANIA/wDS&#10;AP8A0gD/AM4A/wDJAP8AxgD/AP8ACAD/AAMA/wAAAP8AAwD/AA0A/AAWAPcAIgDzAC4A7wA6AOwA&#10;RQDoAE8A5ABYAOEAYADeAGcA2wBtANkAdADVAHoA0wCAANEAhwDPAI4AzQCVAMsAngDJAKcAxwCz&#10;AMUAwgDDANwAwQDxAL8A/wC/AP8AvgD/AL4A/wC9AP8AuwD/AP8AAAD/AAAA/wAAAP8AAAD2AAgA&#10;7gARAOcAGwDhACcA3QAzANkAPgDTAEkAzwBSAMsAWQDIAGEAxgBnAMQAbQDCAHMAwAB6AL8AgAC9&#10;AIgAuwCQALkAmAC4AKIAtQCtALMAuwCxAM4AsADqAK8A/ACtAP8ArQD/AK4A/wCuAP8ArgD/AP8C&#10;AAD/AAAA/QAAAPIAAADoAAAA3gAMANMAFQDMACEAyAAsAMQAOADBAEIAvQBLALoAUwC4AFoAtgBh&#10;ALQAZwCyAG0AsAB0AK8AegCtAIIArACKAKoAkwCoAJ0ApgCoAKQAtQCiAMYAoQDjAJ8A9gCeAP8A&#10;ngD/AJ4A/wCeAP8AngD/AP8GAAD7AAAA7gUAAOIEAADVAAAAywAGAMMADwC9ABkAuAAlALQAMQCx&#10;ADsArgBFAKwATQCpAFUApwBbAKUAYgCkAGgAogBuAKEAdQCfAHwAngCFAJwAjgCaAJgAmACkAJYA&#10;sACVAMEAkwDcAJIA8gCRAP8AkAD/AJAA/wCPAP8AjwD/AP0KAADwDgAA4REAAM4QAADCDQAAuwcA&#10;ALcACgCxABIArAAeAKgAKQClADQAogA+AJ8ARwCdAE8AmwBWAJkBXACXAWMAlgJpAJQCcACTA3gA&#10;kQOAAJAEigCOBJUAjAWhAIoFrgCJBr4AhwjYAIYJ8ACECv8Agwv/AIML/wCDC/8Agwv/APYQAADm&#10;FwAA0hwAAMAaAACzFgAArBIAAKgNAACmBw0AogUWAJ0HIgCZCS4Algo4AJQLQQCSDEoAkAxRAI4N&#10;WACMDV4Aiw1lAIkNbACIDnQAhg59AIUOhwCDDpMAgQ+fAIAQrQB+EL4AfRDbAHoR9AB4Ev8AdxL/&#10;AHcS/wB3Ev8AdxL/AO8XAADbIQAAxiQAALQjAACoIAAAoBwAAJsXAACZEQQAmA4QAJMQGwCPEScA&#10;jBIyAIkTPACHE0QAhRRMAIMUUwCBFVoAgBVgAH4WaAB9Fm8AexZ4AHkXgwB4F48AdhicAHQYqgBz&#10;GbsAchnUAG8a8QBuG/8AbRv/AG0a/wBtGv8AbRr/AOcgAADQKQAAvCsAAKsqAACeKAAAliQAAJAg&#10;AACNHAAAjBcMAIgYFgCEGiIAgRstAH4cNwB8HUAAeh1IAHkeTwB3HlUAdh9cAHQfYwBzH2sAcSB0&#10;AHAgfwBuIYsAbCGYAGshpwBpIrgAaCLPAGYi7gBlI/8AZCP/AGQi/wBkIv8AZCH/AOAmAADILwAA&#10;tDEAAKMwAACWLgAAjSsAAIcoAACEJAAAgiAIAH4gEgB7Ih4AeCMpAHUkMwBzJTwAcSVDAHAmSwBu&#10;JlIAbSdZAGsnYABqJ2gAaShxAGcoewBlKIgAZCmVAGIppABgKbUAXynLAF4q7ABcKv8AXCn/AFwp&#10;/wBcKf8AXCj/ANgsAADDNQAArTUAAJ00AACQMwAAhjEAAIAtAAB8KwAAeSgDAHYnEAByKRoAcCol&#10;AG0rLwBrLDgAaixAAGgtRwBnLU4AZS5VAGQuXQBjLmUAYS9uAF8veABeL4QAXC+SAFovoQFZL7IB&#10;WDDIAVYw6QFVMP4BVS//AFUv/wBVLv8AVS7/ANAxAAC9OgAAqDkAAJc4AACKNwAAgDYAAHoyAAB1&#10;MAAAci4AAG4uDQBrLxYAaTAhAGYxKwBkMjQAYzI9AGEzRABgM0sAXzRSAF00WgBcNGIAWjRrAFk1&#10;dQBXNYIAVTWQAVQ1nwFSNbABUTXGAVA15wFPNf0BTzX/AU80/wFPNP8BTzP/Acs2AAC4PQAAozwA&#10;AJI8AACFOwAAezoAAHQ3AABvNQAAbDMAAGg0CgBlNRMAYjYeAGA3KABeNzEAXTg6AFs4QQBaOUgA&#10;WTlQAFc5VwBWOl8AVDpoAFM6cwBROn8BTzqNAU46nQFMOq4BSzrDAUo65QFJOvwBSTn/AUk5/wFJ&#10;OP8BSjj/Acc6AACzQAAAnj8AAI4/AACBPgAAdz0AAHA7AABqOAAAZjgAAGI5BwBfOhEAXDsbAFo7&#10;JQBZPC4AVz03AFY9PgBUPkYAUz5NAFI+VQBRPl0ATz9mAE0/cABMP30BSj+LAUg/mwFHP6wBRT/B&#10;AUQ/4wFEPvsBRD7/AUQ9/wFEPf8BRTz/AcM+AACvQwAAmkIAAIpCAAB9QQAAc0AAAGs/AABlPAAA&#10;YDwAAFw+BABZPg8AVz8YAFVAIgBTQSsAUkE0AFBCPABPQkMATkJLAE1DUgBLQ1oASkNkAEhDbgBH&#10;Q3sBRUOJAUNDmQFCQ6sBQEPAAT9D4QE/Q/kBP0L/AT9B/wFAQf8BQED/Ab9BAACqRQAAlkUAAIZF&#10;AAB5RAAAb0QAAGdCAABgPwAAW0EAAFdCAABUQw0AUUQVAE9FHwBORSgATEYxAEtGOQBKR0EASUdI&#10;AEhHUABGR1gARUdhAENIbABCSHgBQEiHAT5IlwE8SKkBO0i+ATpI3wE6R/gBOkb/ATpF/wE7Rf8B&#10;O0T/AbtFAACmSAAAkkcAAIJHAAB2RwAAa0cAAGNGAABbQwAAVkUAAFJHAABOSAoATEkSAEpJHABI&#10;SiUAR0ouAEZLNgBFSz4AQ0tGAEJMTQBBTFYAQExfAD5MagA8THYAO0yFATlMlQE3TKcBNky8ATVM&#10;3QE1S/cBNUv/ATVK/wE2Sf8BNkn/AbhJAACiSwAAjkoAAH5KAABySgAAaEoAAF9JAABVSAAAUEoA&#10;AExLAABJTAcARk0QAEROGQBCTyIAQU8rAEBQMwA/UDsAPlBDADxRSgA7UVMAOlFcADhRZwA3UXMA&#10;NVGCADNRkwEyUaUBMFG6AS9R2gEvUPYBL0//ATBO/wEwTv8BME3/AbRNAACdTQAAik0AAHpNAABu&#10;TQAAZE0AAFtNAABRTQAAS08AAEZQAABCUgMAP1MNAD1UFQA8VB4AOlUnADlVLwA4VTcAN1Y/ADZW&#10;RwA1VlAAM1ZZADJXZAAwV3EAL1eAAC1XkQArV6MAKle4AClX1gApVvUAKVX/ACpU/wEqU/8BKlL/&#10;Aa9RAACYUQAAhVEAAHZQAABqUAAAYFAAAFhRAABOUgAAR1MAAEFVAAA7WAAAOFkKADVaEQA0WhoA&#10;M1siADJbKwAxWzMAL1w7AC5cQwAtXEwALFxWACtdYAApXW0AKF18ACZdjgAkXaEAI121ACJd0gAi&#10;XPMAIlv/ACNa/wAjWf8AJFj/AKhVAACSVAAAgFQAAHFUAABmVAAAXFQAAFRVAABKVgAAQ1gAADxb&#10;AAA2XQAAMGAFAC1hDgArYRUAKmIdACliJQAoYi4AJ2M2ACZjPgAlY0cAI2NRACJkXAAhZGkAH2R5&#10;AB5kigAcZJ4AG2SzABlkzgAaY/EAG2H/ABtg/wAcYP8AHF//AKFZAACMWAAAe1gAAG1YAABiWAAA&#10;WVgAAFBZAABHWwAAPl4AADdgAAAxYwAAKmYAACRpCQAhahAAIGoXAB9qIAAeaygAHWswABxrOQAb&#10;a0IAGmxMABlsWAAXbGUAFmx0ABRshgATbJoAEmyvABFsygARa+8AEmn/ABNo/wATaP8AE2f/AJld&#10;AACFXQAAdVwAAGhcAABeXAAAVVwAAEteAABCYQAAOWQAADJnAAAragAAJG0AAB5wAQAXcwsAFXQR&#10;ABR0GAATdCEAEnUpABF1MgARdTsAEHVGAA91UgAOdV8ADXVuAAx1gQALdZUACnWqAAh0wwAJdOcA&#10;CnP9AAtx/wAMcf8ADHD/AJFiAAB/YQAAcGEAAGRhAABaYQAAT2IAAEVlAAA8aAAAM2wAACtvAAAk&#10;cgAAHXYAABd5AAARfAQADX8MAAt/EgAKfxkACX8iAAh/KgAGfzQABX8/AAR/SwACf1gAAX9nAAB/&#10;eQAAf44AAH+jAAB+uwAAfeAAAH33AAB8/wAAe/8AAHv/AIlnAAB4ZwAAa2YAAGFmAABUZwAASWkA&#10;AD9tAAA1cQAALHUAACR5AAAdfAAAFoAAABCDAAAMhgIABokKAAGJDwAAiRQAAIobAACKIwAAiywA&#10;AIs3AACLQwAAi1AAAItfAACLcQAAi4YAAIucAACKswAAidMAAIjzAACI/wAAh/8AAIf/AIJtAABz&#10;bAAAaGwAAFptAABObwAAQnMAADh3AAAuewAAJYAAAB2EAAAViAAAEIwAAAuPAAAEkgAAAJQGAACV&#10;DAAAlRAAAJYVAACXHAAAmCQAAJguAACZOQAAmUcAAJlWAACZaAAAmX0AAJmUAACYqwAAl8gAAJbu&#10;AACW/wAAlf8AAJX/AHt0AABvcwAAYXMAAFN2AABGegAAO38AADCEAAAmiAAAHY0AABSSAAAOlgAA&#10;CZkAAAGcAAAAoAAAAKEAAACiBgAAogwAAKQQAAClFAAApRwAAKckAACoLwAAqD0AAKlMAACpXgAA&#10;qXIAAKiJAACoogAAqLwAAKflAACm+wAApv8AAKX/AHd7AABoewAAWX4AAEuCAAA+hwAAMo0AACeS&#10;AAAdlwAAFJwAAA6gAAAHpAAAAKgAAACrAAAArgAAAK8AAACwAAAAsQQAALMKAAC0DgAAtRMAALYb&#10;AAC4JAAAujEAALpAAAC6UgAAu2UAALt9AAC6lwAAurEAALrSAAC68wAAuf8AALn/AG+DAABfhgAA&#10;UYsAAEOQAAA2lwAAKp0AAB+iAAAVpwAADawAAAWwAAAAtAAAALcAAAC7AAAAvgAAAL8AAADAAAAA&#10;wQAAAMMBAADEBwAAxQ0AAMcRAADKGQAAzSQAAM4zAADPRAAA0FgAANBuAADRiAAA0KQAANDBAADR&#10;5gAA0fgAANH/AGePAABXlAAASZoAADuhAAAupwAAIa0AABazAAAOuAAABrwAAADAAAAAwwAAAMYA&#10;AADLAAAAzQAAAM4AAADQAAAA0QAAANQAAADWAAAA2gIAANwJAADfDwAA4xcAAOYkAADnNgAA6EkA&#10;AOlfAADqeAAA65QAAOuvAADrzAAA7OgAAOz2AF+eAABQpAAAQqsAADSyAAAmuQAAGb4AAA7CAAAE&#10;xQAAAMoAAADNAAAA0QAAANgAAADbAAAA3wAAAOAAAADiAAAA5AAAAOYAAADpAAAA6wAAAO4AAADx&#10;BQAA9Q0AAPkWAAD8JQAA/TkAAP5PAAD/ZwAA/4IAAP+dAAD/tQAA/8sAAP/kAP8AEQD/AA8A/wAP&#10;AP8AEQD/ABYA/wAiAP8ALwD/ADsA/wBHAP8AUgD/AFsA/wBkAP8AbAD/AHMA/wB6AP8AgAD/AIYA&#10;/wCMAP4AkwD9AJkA+wChAPoAqQD4ALQA9wDCAPYA2gD1APEA9AD/APMA/wDzAP8A6QD/AOAA/wDY&#10;AP8A0wD/AP8ADgD/AAsA/wAKAP8ACwD/ABEA/wAdAP8AKgD/ADYA/wBBAP8ATAD/AFYA/gBfAPsA&#10;ZgD5AG0A9wB0APUAegD0AIAA8gCGAPAAjQDvAJQA7QCbAOwApADqAK4A6QC6AOcAzQDlAOkA5AD7&#10;AOMA/wDiAP8A3gD/ANEA/wDMAP8AyAD/AP8ACQD/AAQA/wABAP8ABAD/AA4A/wAYAP8AJAD9ADAA&#10;+wA7APcARgDzAFAA7wBZAOwAYADqAGcA5wBuAOYAdADkAHoA4gCAAOAAhwDeAI4A3ACVANoAngDW&#10;AKgA1ACzANEAwwDPAN8AzgD0AMwA/wDLAP8AywD/AMUA/wC/AP8AvAD/AP8AAgD/AAAA/wAAAP8A&#10;AAD9AAsA9wATAPEAHgDtACoA6gA1AOcAQADiAEoA3QBSANkAWgDVAGEA0gBnANAAbQDOAHMAzAB6&#10;AMoAgADIAIcAxgCPAMQAmADCAKEAwACtAL4AuwC8ANAAugDtALkA/gC4AP8AuAD/ALcA/wCzAP8A&#10;sAD/AP8AAAD/AAAA/wAAAPkAAADuAAUA5QAOAN4AGADYACMA0gAuAM8AOQDLAEMAxwBMAMQAVADB&#10;AFsAvwBhALwAZwC7AG0AuQBzALcAegC1AIEAtACJALIAkgCwAJsArwCnAKwAtACrAMYAqQDkAKcA&#10;+ACmAP8ApgD/AKUA/wClAP8ApAD/AP8AAAD/AAAA9QAAAOoAAADeAAAA0AAKAMgAEgDCAB0AvgAo&#10;ALsAMwC5AD0AtQBGALIATQCwAFUArQBbAKwAYQCqAGcAqABtAKcAcwClAHoApACCAKIAjACgAJYA&#10;nwChAJ0ArgCbAL4AmQDYAJcA8QCWAP8AlgD/AJcA/wCXAP8AlwD/AP8AAAD1AAAA5wEAANQAAADJ&#10;AAAAwAAEALgADgCzABYArwAhAKsALACoADYApgA/AKMARwChAE8AnwBVAJ0AWwCbAGEAmgBnAJgA&#10;bgCXAHUAlQB9AJQAhgCSAJEAkACcAI4AqQCMALgAiwDNAIkA6wCIAP0AiAD/AIgA/wCIAP8AiAD/&#10;APkGAADpDAAA1A4AAMMMAAC3CQAAsAIAAKsACQCmABAAogAaAJ4AJQCbADAAmAA5AJYAQQCUAEkA&#10;kgBQAJAAVgCOAFwAjQBiAIsAaQCKAHAAiAB4AIcAgQCFAIwAhACYAIIApQCAALQAfgDIAH0B5wB8&#10;AvkAewP/AHsE/wB7BP8AewT/APEOAADeFQAAxRUAALQUAACpEQAAoQ4AAJ4KAACbAwwAlwATAJMA&#10;HgCQASkAjQIzAIoDPACIBEMAhgVLAIUGUQCDBlcAggdeAIAHZAB/CGwAfQh0AHwIfgB6CYkAeAmW&#10;AHcKowB1CrMAcwvHAHIM5gBwDfsAcA3/AG8N/wBvDf8Abw3/AOgWAADQHgAAuR0AAKkcAACdGgAA&#10;lRYAAJATAACPDgMAjgoOAIkLFwCGDCMAgw0tAIANNgB+Dj4AfA5GAHsOTQB5D1MAeBBaAHYQYQB1&#10;EGgAcxBxAHERewBwEYcAbhGUAGwRogBrErIAaRLHAGgT5wBmE/0AZRT/AGUU/wBlE/8AZRP/AN8e&#10;AADGJAAAsCQAAKAjAACUIQAAix8AAIYbAACDFwAAghIIAH8REgB8Eh0AeRQoAHYUMQB0FToAchZB&#10;AHEWSABvF08AbhdWAGwXXQBrGGQAaRhtAGgZdwBmGYMAZBmQAGManwBhGq8AYBrEAF4b5ABdHPsA&#10;XBz/AFwb/wBcG/8AXBv/ANUlAAC9KgAAqCkAAJgpAACMKAAAgyUAAH0iAAB5HwAAeBsDAHYZDwBy&#10;GhgAbxwjAG0dLQBrHTUAaR49AGgeRABmH0sAZR9SAGMgWQBiIGEAYSBpAF8hcwBdIX8AXCGNAFoi&#10;nABZIqwAVyLAAFYj4QBVI/kAVCP/AFQi/wBUIv8AVCL/AM0rAAC2LgAAoi4AAJIuAACFLQAAfCsA&#10;AHYoAAByJgAAbyMAAG0hDABqIhUAZyMfAGUkKQBjJDEAYiU5AGAmQQBfJkgAXSZPAFwnVgBbJ10A&#10;WSdmAFgocABWKHwAVCiKAFMpmQBRKaoAUCm+AE8p3gBOKfcATSn/AE0p/wBNKP8ATij/AMgwAACw&#10;MgAAnDIAAIwyAACAMQAAdjAAAHAtAABrKwAAaCkAAGYoCQBjKBEAYCkcAF4qJQBcKy4AWys2AFks&#10;PQBYLEQAVy1MAFUtUwBULVsAUy1jAFEubgBQLnoATi6IAEwvlwBLL6gASS+7AEgv2wBIL/YARy//&#10;AEcu/wBHLf8ASC3/AMQ0AACrNQAAlzUAAIc1AAB7NQAAcjQAAGsyAABmLwAAYi4AAF8tBQBcLhAA&#10;Wi8YAFgwIgBWMCsAVTEzAFMxOgBSMkIAUTJJAFAyUABOM1gATTNhAEszawBKM3cASDSFAEc0lQBF&#10;NKYAQzS5AEI01gBCNPQAQjT/AEIz/wBCMv8AQjL/AMA4AACnOAAAkzgAAIM4AAB3OAAAbTcAAGY2&#10;AABhMwAAXTIAAFkyAgBXMw0AVDQVAFI1HwBRNSgATzYwAE42OABMNz8ASzdGAEo3TgBJOFYARzhf&#10;AEY4aQBEOHUAQziDAEE5kwBAOaQAPjm4AD050wA8OfMAPDj/AD03/wA9N/8APTb/ALs7AACiOwAA&#10;jzsAAH87AABzOwAAajoAAGI5AABdNwAAWDYAAFQ3AABROAsATzkTAE05HABLOiUASjotAEg7NQBH&#10;OzwARjxEAEU8SwBEPFMAQjxcAEE9ZwA/PXMAPj2BADw9kQA6PaMAOT22ADg90QA3PfIANzz/ADg7&#10;/wA4O/8AODr/ALY9AACePgAAiz4AAHw+AABvPgAAZj0AAF49AABYOwAAUzoAAE87AABMPAgAST0R&#10;AEc+GQBGPyIARD8qAEM/MgBCQDoAQUBBAEBASQA+QVEAPUFaADxBZAA6QXAAOEF/ADdBjwA1QqEA&#10;NEK0ADJCzgAyQfAAMkD/ADNA/wAzP/8AND7/ALFAAACaQAAAh0AAAHhBAABsQQAAYkAAAFtAAABU&#10;PwAATj8AAEpAAABGQQUAREIOAEJDFgBAQx8AP0QnAD5ELwA8RDcAO0U+ADpFRgA5RU4AOEZYADZG&#10;YgA1Rm4AM0Z8ADFGjQAwRp8ALkazAC1GzAAtRu8ALUX/AC5E/wAuQ/8ALkP/AKxDAACWQwAAg0MA&#10;AHRDAABoQwAAX0MAAFdDAABQQwAASEMAAERFAABBRgEAPkcMADxIEwA6SBwAOUkkADhJLAA2STQA&#10;NUo7ADRKQwAzSkwAMkpVADBLXwAvS2sALUt6ACxLiwAqS50AKEuxACdLygAnS+0AJ0r/AChJ/wAo&#10;SP8AKUf/AKdGAACRRgAAf0YAAHBGAABlRgAAW0YAAFRGAABMRwAAREgAAD9KAAA7SwAAN0wJADVN&#10;EAAzThgAMk4gADFPKAAwTzAAL084AC5PQAAsUEgAK1BSACpQXAAoUGgAJ1B3ACVQiAAkUJsAIlCv&#10;ACFQyAAgUOsAIU//ACJO/wAiTf8AI03/AKFJAACMSQAAekkAAGxKAABhSgAAWEoAAFBKAABJSwAA&#10;QEwAADtOAAA1UAAAMVIEAC1TDQAsVBQAKlQcAClVJAAoVSwAJ1UzACZVPAAlVkUAJFZOACJWWQAh&#10;VmUAH1Z0AB5WhQAcVpgAG1asABlWxQAZVukAGlX/ABtU/wAbU/8AHFL/AJtNAACGTQAAdU0AAGhN&#10;AABdTQAAVE0AAE1OAABFTwAAPFEAADZTAAAxVQAAK1gAACZaCQAjWxAAIlsXACFcHwAgXCcAH1wu&#10;AB1cNwAcXUAAG11KABpdVQAYXWEAF11wABVdgQAUXZUAE12qABFdwgARXecAElv+ABNa/wATWv8A&#10;FFn/AJRRAACAUQAAcFEAAGRRAABZUQAAUVEAAElSAABBUwAAOFYAADJZAAArWwAAJV4AAB9hAwAa&#10;YwwAGGQRABdkGQAWZCEAFWQpABRlMQATZToAEmVEABFlUAAQZV0AD2VrAA5lfQANZZEADGWlAApk&#10;vAAKZOAAC2P5AAxi/wANYf8ADWH/AI1VAAB6VQAAa1UAAF9VAABWVQAATlUAAERXAAA8WQAANFwA&#10;ACxfAAAmYgAAH2UAABloAAATawUAEG0NAA5uEgANbhoADG4iAAxuKwALbjQACm4+AAhuSgAHblcA&#10;Bm5lAARudgACbooAAG2fAABttgAAbNYAAGzzAAFr/wACav8AA2r/AIVaAAB0WgAAZloAAFxZAABT&#10;WQAASFoAAD9dAAA2YAAALmMAACZnAAAfagAAGW0AABNxAAAOdAMACncKAAV3EAABdxUAAHccAAB3&#10;JAAAeC0AAHg3AAB4QwAAeFAAAHheAAB4bwAAeIQAAHiZAAB3sAAAds0AAHXwAAB1/wAAdP8AAHT/&#10;AH5fAABuXwAAYl4AAFleAABNXwAAQmIAADllAAAwaAAAJ2wAAB9wAAAYdAAAEncAAA17AAAIfgAA&#10;AoAIAACBDQAAgREAAIIXAACDHgAAgyYAAIQwAACEOwAAhEgAAIRXAACEaAAAhHwAAISTAACDqgAA&#10;gsUAAIHrAACB/gAAgP8AAID/AHdlAABpZAAAX2MAAFJkAABHZwAAPGsAADFvAAAocwAAIHcAABh8&#10;AAARfwAADIMAAAaHAAAAigAAAIwDAACMCQAAjQ4AAI4RAACPFwAAkB4AAJEnAACSMgAAkj8AAJJO&#10;AACSXwAAknMAAJKLAACRogAAkbwAAJDlAACP/AAAjv8AAI7/AHFrAABmagAAWGsAAEttAAA/cQAA&#10;NHYAACp7AAAggAAAF4UAABCJAAALjQAABJEAAACVAAAAmAAAAJkAAACaAwAAmwgAAJwNAACeEQAA&#10;nxYAAKAeAACiKAAAojUAAKNEAACjVQAAo2kAAKKAAACimgAAobMAAKDYAACg9gAAn/8AAJ//AG5x&#10;AABfcgAAUXUAAER5AAA3fgAALIQAACGKAAAXjwAAEJQAAAqZAAABnQAAAKAAAACkAAAApwAAAKgA&#10;AACpAAAAqgAAAKwGAACtCwAArxAAALAVAACyHgAAtCkAALQ5AAC0SgAAtV0AALVzAAC1jgAAtagA&#10;ALTGAACz7QAAsv8AALL/AGZ6AABXfQAASYIAADyHAAAvjgAAI5QAABiaAAAQnwAACaQAAACpAAAA&#10;rQAAALAAAAC0AAAAtwAAALgAAAC5AAAAuwAAALwAAAC+AgAAwAgAAMIOAADEFAAAxx4AAMgsAADJ&#10;PQAAylAAAMpmAADKfwAAypsAAMq4AADK3QAAyvUAAMr/AF6GAABPiwAAQZEAADOYAAAnnwAAG6UA&#10;ABGrAAAJsAAAALUAAAC5AAAAvQAAAMEAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4AAADQAAAA0gAA&#10;ANQFAADZDAAA3RIAAOEeAADiLgAA40IAAORXAADlbwAA5owAAOaoAADlxQAA5ecAAOb2AFaUAABI&#10;mwAAOqIAACypAAAfsAAAE7YAAAu8AAAAwQAAAMUAAADJAAAAzQAAANIAAADWAAAA2gAAANsAAADe&#10;AAAA4AAAAOIAAADkAAAA5wAAAOkAAADtAAAA8AoAAPQRAAD4HwAA+TIAAPpIAAD7XwAA/HoAAP2X&#10;AAD9rwAA/ccAAP3kAP8ADgD/AA0A/wAMAP8ADgD/ABMA/wAeAP8AKgD/ADYA/wBCAP8ATQD/AFcA&#10;/wBfAP8AZwD/AG4A/wB0AP8AegD/AIEA/QCHAPwAjQD6AJQA+QCcAPcApQD1AK8A9AC8APMAzwDx&#10;AOwA8AD+AO8A/wDvAP8A4wD/ANcA/wDOAP8AygD/AP8ACgD/AAYA/wAEAP8ACAD/ABAA/wAZAP8A&#10;JQD/ADEA/wA9AP8ARwD+AFEA+wBZAPkAYQD2AGgA9ABuAPMAdADxAHoA7wCBAO4AhwDsAI4A6gCW&#10;AOgAnwDmAKkA4wC1AOIAxgDgAOMA3wD4AN0A/wDdAP8A1AD/AMkA/wDCAP8AvgD/AP8AAwD/AAAA&#10;/wAAAP8AAQD/AA0A/wAUAP0AIAD6ACsA9wA2APMAQQDvAEsA7ABUAOgAWwDmAGIA4wBoAOEAbgDf&#10;AHQA3AB6ANoAgQDYAIgA1ACQANIAmADPAKIAzQCuAMsAvADJANMAxwDwAMYA/wDEAP8AxAD/ALsA&#10;/wC2AP8AswD/AP8AAAD/AAAA/wAAAP8AAAD3AAgA8AAQAOsAGgDnACUA5AAwAOEAOwDcAEUA1QBN&#10;ANEAVQDOAFsAywBiAMkAZwDHAG0AxQBzAMMAegDBAIEAvwCJAL0AkgC7AJwAuQCnALcAtQC1AMgA&#10;swDmALIA+wCxAP8AsAD/AK4A/wCqAP8ApwD/AP8AAAD/AAAA/gAAAPEAAADlAAIA3AANANMAFADN&#10;AB8AygAqAMcANADEAD4AwABHALwATgC6AFUAtwBbALUAYQCzAGcAsgBtALAAcwCuAHoArACCAKoA&#10;iwCoAJUApwCgAKUArQCjAL4AoQDbAKAA9ACfAP8AngD/AJ8A/wCdAP8AmwD/AP8AAAD8AAAA7gAA&#10;AOAAAADQAAAAxQAIAL4AEAC5ABkAtQAjALMALgCwADcArQBAAKoASACoAE8ApQBVAKMAWwCiAGAA&#10;oABmAJ8AbACdAHMAmwB7AJoAhACYAI4AlgCaAJUApwCTALcAkQDMAJAA7ACPAP8AjgD/AI4A/wCO&#10;AP8AjwD/APwAAADvAAAA2wAAAMkAAAC9AAAAtQACAK4ADACpABMApQAdAKIAJwCgADEAnQA6AJoA&#10;QgCYAEkAlgBPAJQAVQCTAFsAkQBgAJAAZwCOAG0AjQB1AIsAfgCJAIkAiACVAIYAogCFALEAgwDE&#10;AIEA5ACAAPkAfwD/AIAA/wCAAP8AgAD/APQCAADgCQAAxwgAALcHAACsAwAApgAAAKAABwCbAA8A&#10;mAAXAJUAIQCSACoAjwAzAI0APACLAEMAiQBJAIcAUACGAFUAhABbAIMAYQCBAGgAgABwAH4AeQB8&#10;AIQAewCQAHkAnQB4AKwAdgC+AHUA3QBzAPQAcwD/AHMA/wBzAP8AcwD/AOkNAADPEAAAuRAAAKkQ&#10;AACeDgAAlwsAAJMGAACQAAsAjAARAIkAGgCGACQAgwAuAIEANgB/AD4AfQBEAHwASwB6AFEAeQBX&#10;AHcAXQB2AGQAdABsAHMBdQBxAYAAbwKNAG4CmgBsA6oAawO7AGkE1gBoBvEAaAf/AGcH/wBnB/8A&#10;Zwf/AN8UAADDFwAArhcAAJ4WAACTFQAAixIAAIYQAACEDAIAgwYNAIADFAB8BR4AeQcoAHcIMAB1&#10;CDgAcwlAAHIJRgBwCkwAbwpTAG0LWQBsC2EAagtpAGkMcgBnDH4AZgyLAGQNmQBiDakAYQ27AGAN&#10;2ABeDvMAXQ7/AF0O/wBdDv8AXQ7/ANQcAAC5HQAApB4AAJUdAACJHAAAgRoAAHsXAAB4EwAAeBAG&#10;AHcNDwBzDhgAcA4iAG4PKwBsEDMAahA7AGkQQgBnEUkAZhFPAGQRVgBjEl0AYRJmAGASbwBeEnsA&#10;XBOIAFsTlwBZE6cAVxS6AFYU1QBVFfMAVBX/AFQV/wBUFf8AVBT/AMoiAACwIgAAnSMAAI0jAACB&#10;IgAAeSEAAHMeAABvGwAAbhcAAG0TDABqFBQAZxUeAGUWJwBjFi8AYRc3AGAXPgBeGEUAXRhLAFwZ&#10;UgBaGVoAWRliAFcabABWGncAVBqFAFIblABRG6QATxu3AE4b0ABNHPEATBz/AEwc/wBNHP8ATRv/&#10;AMMmAACqJwAAlicAAIcoAAB7JwAAciYAAGwkAABoIQAAZh4AAGQbCABiGxEAXxwaAF0dIwBbHisA&#10;Wh4zAFgfOgBXH0EAViBIAFQgTwBTIFcAUSFfAFAhaQBOIXQATSGCAEsikQBJIqIASCK0AEcizQBG&#10;I+8ARSP/AEUi/wBGIv8ARiH/ALwqAACkKwAAkSsAAIIsAAB2KwAAbSoAAGYpAABiJgAAXyQAAF0i&#10;BABbIQ4AWCIWAFYjHwBUJCgAUyQwAFIlNwBQJT4ATyZFAE4mTABMJlQASydcAEknZgBIJ3EARid/&#10;AEUojwBDKKAAQSiyAEAoywA/KO0APyj/AD8o/wBAJ/8AQCf/ALctAACfLgAAjC8AAH0vAABxLwAA&#10;aC4AAGEtAABdKwAAWigAAFcnAABUJwwAUigTAFApHABOKSUATSosAEsqNABKKzsASStCAEgsSQBG&#10;LFEARSxaAEQsZABCLW8AQC19AD8tjQA9LZ4APC2wADotyAA6LesAOi3/ADot/wA6LP8AOiz/ALIw&#10;AACbMQAAiDIAAHkyAABtMgAAZDIAAF0xAABYLwAAVSwAAFEsAABPLQkATC0RAEouGQBJLyIARy8q&#10;AEYwMQBFMDgAQzA/AEIxRwBBMU8AQDFXAD4xYQA9Mm0AOzJ7ADkyiwA4MpwANjKvADUyxwA0MukA&#10;NDL/ADUx/wA1Mf8ANTD/AK0zAACWNAAAhDUAAHU1AABpNQAAYDUAAFk0AABUMwAAUDAAAEwxAABJ&#10;MQYARzIPAEUzFgBDMx8AQjQnAEA0LgA/NTYAPjU9AD01RAA8NkwAOjZVADk2XwA3NmsANjZ4ADQ3&#10;iQAyN5oAMTetAC83xQAvN+gALzb+ADA1/wAwNf8AMDT/AKk2AACSNgAAgDcAAHI4AABmOAAAXTcA&#10;AFY3AABQNgAASzQAAEc1AABENgMAQTcNAD84FAA+OBwAPDkkADs5LAA6OTMAOTo6ADg6QgA2OkoA&#10;NTpTADQ7XQAyO2gAMDt2AC87hwAtO5kALDusACo7wwApO+YAKjr9ACo6/wArOf8ALDj/AKQ4AACO&#10;OQAAfDoAAG46AABjOgAAWjoAAFM6AABNOgAARjgAAEI6AAA/OwAAPDwLADo8EQA4PRkANz0hADY+&#10;KQA0PjAAMz43ADI/PwAxP0cAMD9QAC4/WgAtQGYAK0B0AClAhAAoQJcAJkCqACVAwQAkQOUAJD/8&#10;ACU+/wAmPf8AJj3/AJ87AACKPAAAeD0AAGo9AABfPQAAVj0AAE89AABJPQAAQj0AADw+AAA5PwAA&#10;NkEIADRBDwAyQhYAMUIeAC9DJQAuQy0ALUM0ACxEPAArREQAKkRNAChEWAAnRWMAJUVxACNFggAi&#10;RZUAIEWoAB9FvwAeROMAH0T7AB9D/wAgQv8AIUH/AJo+AACFPwAAdEAAAGdAAABcQAAAU0AAAExA&#10;AABGQAAAPkEAADhDAAA0RQAAMEYDAC1HDQArSBIAKkgaAClIIgAoSSkAJ0kxACVJOQAkSUEAI0pK&#10;ACJKVQAgSmEAH0pvAB1KfwAbSpIAGkqmABhKvQAXSuAAGEn6ABlI/wAaR/8AGkf/AJVCAACAQgAA&#10;cEMAAGNDAABYQwAAUEMAAElDAABCRAAAO0UAADVHAAAwSQAAK0sAACZNCQAkThAAIk4WACFPHQAg&#10;TyUAH08sAB5PNQAdTz0AHFBHABpQUQAZUF0AF1BrABZQfAAUUI8AE1CkABFQugARUN4AEU/4ABJO&#10;/wATTf8AFE3/AI9FAAB7RgAAa0YAAF9HAABVRwAATUcAAEZHAAA/RwAAN0oAADFMAAArTgAAJlAA&#10;ACBTAwAcVQwAGlYRABlWGAAXViAAFlYnABVWMAAUVjkAE1dCABJXTQARV1kAEFdoAA9XeQAOV4wA&#10;DVegAAtXtgALVtQAC1b0AAxV/wANVP8ADlP/AIhJAAB2SgAAZ0oAAFtKAABRSgAASkoAAENKAAA7&#10;TAAAM04AACxRAAAmVAAAIVYAABtZAAAVXAcAEV4NABBeEwAQXhoADl4iAA5eKgANXjMADF49AAte&#10;SAAKXlQACF5iAAdecwAFXoYAA16bAAJesQACXcwAAl3uAANc/wAEW/8ABVv/AIFOAABwTgAAYk4A&#10;AFdOAABOTgAAR04AAD5PAAA2UQAALlQAACdXAAAhWgAAG10AABVgAAAQYwMADGYLAAhnEAAGZxUA&#10;BWccAARnJAACZy0AAWc3AABnQgAAZ04AAGdcAABnbQAAZ4AAAGaVAABmrAAAZccAAGXrAABk/AAA&#10;ZP8AAGP/AHpSAABqUwAAXVIAAFRSAABLUgAAQlMAADlVAAAwWAAAKFsAACFfAAAaYgAAFGUAABBo&#10;AAAMawEABm4JAABvDgAAbxIAAG8YAABwHwAAcCcAAHEwAABxOwAAcUgAAHFWAABxZgAAcXkAAHGP&#10;AABwpwAAb8EAAG/nAABu/AAAbf8AAG3/AHNYAABlVwAAWlcAAFFWAABGVwAAPFoAADJdAAAqYQAA&#10;ImQAABpoAAAUbAAADm8AAApyAAAEdgAAAHgFAAB4CwAAeQ4AAHoTAAB7GQAAfCAAAH0pAAB9MwAA&#10;fUAAAH1OAAB9XgAAfXIAAH2IAAB8oQAAfLoAAHviAAB6+gAAef8AAHj/AG1dAABgXAAAV1wAAEtd&#10;AABAXwAANWMAACtnAAAjawAAGm8AABNzAAAOdwAACHsAAAJ+AAAAggAAAIMBAACEBgAAhQsAAIYP&#10;AACIEwAAiRkAAIohAACLKwAAizcAAIxGAACLVgAAi2kAAIuAAACLmQAAirMAAInYAACI9wAAiP8A&#10;AIf/AGhjAABeYgAAUWIAAERlAAA4aQAALm4AACRzAAAaeAAAE30AAA2BAAAGhQAAAIkAAACNAAAA&#10;kAAAAJIAAACSAAAAlAUAAJUKAACXDgAAmBIAAJoYAACbIQAAnC0AAJ08AACdTAAAnF8AAJx2AACb&#10;kQAAm6sAAJrJAACa8AAAmf8AAJj/AGVpAABXaQAASWwAAD1xAAAwdgAAJXwAABuBAAAShwAADIwA&#10;AASRAAAAlQAAAJkAAACdAAAAoAAAAKEAAACiAAAApAAAAKUBAACnBwAAqQwAAKoRAACtGAAAryIA&#10;AK8wAACvQQAAr1QAAK9rAACuhQAArqEAAK6+AACt5gAArPwAAKz/AF5xAABPdAAAQnkAADV/AAAo&#10;hQAAHYwAABOSAAAMmAAAA50AAACiAAAApgAAAKoAAACuAAAAsAAAALEAAACzAAAAtAAAALYAAAC4&#10;AAAAugQAALwKAAC+EAAAwRcAAMMkAADDNQAAxEkAAMReAADFdwAAxZMAAMWvAADF0QAAw/IAAMP/&#10;AFZ8AABHggAAOogAACyPAAAglgAAFJ0AAA2jAAADqQAAAK4AAACyAAAAtwAAALsAAAC/AAAAwgAA&#10;AMIAAADFAAAAxgAAAMgAAADKAAAAzQAAAM8AAADSCAAA1Q4AANsYAADdJwAA3joAAN9QAADgaAAA&#10;4IQAAOGhAADhvQAA4eIAAOD0AE6LAABAkgAAMpkAACWhAAAYqAAADq8AAAW1AAAAugAAAL8AAADE&#10;AAAAyAAAAM4AAADRAAAA1AAAANUAAADYAAAA2gAAAN0AAADfAAAA4gAAAOQAAADnAAAA6wUAAO8O&#10;AAD0GQAA9SsAAPZBAAD3WAAA+HIAAPmQAAD5qwAA+MQAAPjhAP8ACwD/AAgA/wAJAP8ADAD/ABIA&#10;/wAaAP8AJgD/ADIA/wA+AP8ASAD/AFIA/wBaAP8AYgD/AGkA/wBvAP8AdQD+AHsA/ACBAPsAiAD5&#10;AI8A9wCXAPUAoADzAKoA8gC3AO8AyQDtAOYA7AD7AOsA/wDrAP8A3QD/AM4A/wDGAP8AwgD/AP8A&#10;BAD/AAAA/wAAAP8ABQD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD9AEwA+QBUAPcAXAD0AGMA8gBp&#10;APAAbwDuAHUA7AB7AOoAggDoAIkA5wCRAOQAmgDiAKQA4ACwAN0AwADaANwA2AD0ANUA/wDTAP8A&#10;ywD/AMEA/wC7AP8AtwD/AP8AAAD/AAAA/wAAAP8AAAD/AAoA/QARAPkAGwD2ACcA9AAyAPAAPADs&#10;AEYA6ABOAOQAVgDhAFwA3gBjANwAaADZAG4A1QB0ANIAewDQAIIAzQCKAMsAkwDIAJ0AxgCoAMQA&#10;twDBAMwAwADrAL4A/wC9AP8AvQD/ALQA/wCuAP8AqwD/AP8AAAD/AAAA/wAAAPoAAADyAAUA6gAO&#10;AOUAFgDgACEA3QArANsANgDTAD8AzgBIAMoATwDHAFYAxABcAMIAYQDAAGcAvgBtALwAcwC6AHoA&#10;uACCALYAiwC0AJYAsgChALAArwCuAMEArQDgAKsA9wCqAP8AqQD/AKYA/wChAP8AnwD/AP8AAAD/&#10;AAAA9wAAAOgAAADcAAAA0AAKAMoAEQDFABsAwgAlAL8ALwC8ADgAuABBALUASACyAE8AsABVAK4A&#10;WwCsAGEAqgBmAKgAbACnAHMApQB7AKMAhAChAI4AnwCaAJ0ApwCbALgAmgDQAJkA7wCYAP8AlwD/&#10;AJYA/wCUAP8AkgD/AP8AAAD2AAAA5AAAANIAAADFAAAAuwAFALUADgCwABUArAAfAKoAKQCoADIA&#10;pQA6AKIAQgCgAEkAngBPAJwAVQCaAFoAmABgAJYAZgCVAGwAkwB0AJIAfQCQAIcAjgCTAIwAoQCL&#10;ALAAigDFAIgA5gCHAPsAhgD/AIcA/wCHAP8AhgD/APgAAADlAAAAzQAAAL0AAACzAAAAqgAAAKMA&#10;CgCfABEAmwAZAJkAIwCXACwAlQA0AJIAPACQAEMAjgBJAIwATwCKAFQAiQBaAIcAYACGAGYAhABu&#10;AIMAdwCBAIEAfwCNAH4AmwB8AKoAewC8AHoA2wB4APUAeAD/AHgA/wB4AP8AeAD/AO0AAADRAgAA&#10;uwIAAKwBAACiAAAAmwAAAJYABQCRAA0AjQAUAIsAHQCIACYAhgAuAIQANgCCAD0AgABDAH4ASQB9&#10;AE8AfABVAHoAWwB5AGEAdwBpAHUAcQB0AHwAcgCIAHEAlgBvAKUAbgC2AG0AzgBsAO4AawD/AGsA&#10;/wBrAP8AawD/AN8LAADCDAAArgwAAJ4MAACTCwAAjAcAAIgCAACFAAkAgQAQAH8AFwB8ACAAegAo&#10;AHgAMAB2ADgAdAA+AHMARABxAEoAcABQAG4AVgBtAF0AbABkAGoAbQBoAHcAZwCEAGUAkgBkAKEA&#10;YwCyAGEAyQBgAOkAYAD8AGAA/wBgAP8AYAD/ANAQAAC2EQAAohIAAJMSAACIEQAAgA8AAHwNAAB5&#10;CQEAeAMLAHUAEQBzABoAcAAjAG4BKwBsATMAagI5AGkDQABnA0YAZgRMAGUEUgBjBVkAYgVhAGAF&#10;agBfBnQAXQaBAFwHjwBaB58AWQewAFcHxgBWCecAVgr7AFUK/wBVCv8AVgr/AMYVAACtFwAAmRgA&#10;AIoYAAB/FwAAdhYAAHETAABuEAAAbQ0FAG0JDQBqCRQAZwodAGUKJgBjCy4AYgw1AGAMPABfDEIA&#10;Xg1IAFwNTwBbDVYAWQ1eAFgOaABWDnMAVQ6AAFMOjwBRDp8AUA6xAE4OyABNEOoATRD9AE0Q/wBN&#10;EP8ATRD/ALwbAAClHAAAkh0AAIMeAAB3HQAAbxwAAGkaAABmFwAAZBQAAGQQCABiDxAAXxAYAF0Q&#10;IQBbESkAWhExAFgSOABXEj4AVhJFAFQSTABTE1MAURNbAFATZQBOFHAATBR9AEsUjABJFJwARxWu&#10;AEYVxQBFFegARRb+AEUW/wBFFf8ARRX/ALUfAACeIQAAiyIAAHwiAABxIgAAaCEAAGIfAABfHQAA&#10;XBoAAFsXAgBaFQ0AVxYUAFUWHQBUFyUAUhgtAFEYNABPGDsAThlCAE0ZSABLGlAAShpYAEgaYgBH&#10;Gm0ARRt6AEMbiQBCG5oAQBusAD8bwgA+HOUAPRz8AD4c/wA+G/8APhv/AK8jAACYJAAAhiUAAHcm&#10;AABsJgAAYyUAAF0kAABZIgAAVh8AAFQdAABTHAsAURwSAE4dGgBNHSIASx4pAEoeMQBJHzcARx8+&#10;AEYgRQBFIE0AQyBVAEIgXwBAIWoAPyF3AD0hhwA7IZgAOSGqADgiwAA3IuMANyL7ADci/wA4If8A&#10;OCH/AKomAACUJwAAgSkAAHMpAABnKQAAXykAAFgoAABUJgAAUSMAAE8iAABMIgcASiIQAEgiFwBH&#10;Ix8ARSQmAEQkLgBCJDQAQSU7AEAlQwA/JUoAPSZTADwmXAA6JmcAOSZ1ADcnhAA1J5YANCeoADIn&#10;vgAxJ+EAMSf5ADIm/wAyJv8AMyX/AKUpAACPKgAAfSwAAG8sAABkLQAAWywAAFUrAABQKgAATCgA&#10;AEomAABHJwQARCcNAEIoFABBKBwAPykjAD4pKwA9KTIAPCo5ADsqQAA5KkgAOCtQADYrWgA1K2UA&#10;MytyADErggAwLJQALiynACwsvAArLN4ALCz4ACwr/wAtKv8ALSr/AKEsAACLLQAAeS4AAGsvAABg&#10;LwAAWC8AAFEuAABMLgAASCwAAEUrAABBKwAAPywLAD0sEQA7LRkAOi4hADkuKAA3Li8ANi82ADUv&#10;PgA0L0UAMy9OADEwWAAwMGMALjBwACwwgAAqMJIAKTClACcwugAmMNwAJjD3ACcv/wAoL/8AKC7/&#10;AJwuAACHMAAAdjEAAGgyAABdMgAAVTIAAE4xAABIMQAARDAAAEAvAAA8MAAAOjEJADcxEAA2MhYA&#10;NTIeADMzJQAyMywAMTMzADA0OwAvNEMALTRMACw0VgAqNWEAKTVuACc1fgAlNZAAIzWjACI1uQAh&#10;NdkAITT2ACI0/wAjM/8AIzL/AJgxAACDMwAAcjQAAGU0AABaNQAAUTUAAEs0AABFNAAAQDQAADoz&#10;AAA3NAAANDUGADI2DgAwNxMALzcbAC43IgAtOCkAKzgxACo4OAApOUAAKDlJACY5UwAlOV8AIzls&#10;ACE6fAAgOo4AHjqiABw6twAbOdUAHDn1AB04/wAdOP8AHjf/AJM0AAB/NgAAbjcAAGE3AABXNwAA&#10;TjcAAEg3AABCNwAAPDcAADU4AAAyOQAALzoCACw7CwAqPBEAKTwYACg9HwAmPSYAJT0uACQ9NQAj&#10;Pj0AIj5GACA+UAAfPlwAHT9pABs/eQAaP4wAGD+gABY/tQAVPtIAFj7zABc9/wAYPP8AGDz/AI43&#10;AAB6OAAAajkAAF46AABTOgAASzoAAEU6AAA/OgAAOToAADI8AAAuPgAAKUAAACZBCAAkQg4AIkIU&#10;ACFCGwAgQyMAH0MqAB5DMgAcQzoAG0RDABpETQAYRFkAF0RnABVEdwATRIoAEkSeABFEswAQRNAA&#10;EEPyABFC/wASQv8AE0H/AIk7AAB2PAAAZj0AAFo9AABQPQAASD0AAEI9AAA8PQAANj4AAC9AAAAq&#10;QgAAJUQAACFGAwAdSAwAG0kRABlJFwAYSR4AF0kmABZJLgAVSjYAFEpAABNKSgARSlYAEEpkAA9K&#10;dAAOSocADUqbAAxKsAAKSsoAC0nsAAxI/wANR/8ADUf/AIM+AABxPwAAYkAAAFZAAABNQAAARUAA&#10;AD9AAAA5QQAAMkIAACtFAAAmRwAAIUkAABxLAAAWTgcAE1AOABJQEwARUBkAEFAhAA9QKQAOUDEA&#10;DVA7AA1RRgALUVEAClFfAAlRbwAHUIEABVCWAANQqwACUMUAA0/oAANP+wAFTv8ABk3/AH1CAABr&#10;QwAAXUQAAFJEAABKRAAAQ0MAADxEAAA1RQAALkcAACdKAAAhTAAAHE8AABdRAAASVAMADlcKAAtY&#10;EAAKWBUACFgcAAdYJAAGWCwABVg2AANYQAABWEwAAFhaAABYaQAAWHwAAFiRAABXpwAAV8AAAFbl&#10;AABW+QAAVf8AAFX/AHZHAABmRwAAWUgAAE9HAABHRwAAQEcAADhIAAAwSgAAKU0AACJQAAAcUwAA&#10;FlUAABFYAAANWwIACV4JAARfDgAAXxIAAF8YAABgHwAAYCcAAGAwAABgOwAAYEcAAGBUAABgYwAA&#10;YHYAAGCLAABfogAAX7sAAF/iAABe+QAAXf8AAF3/AG9LAABhTAAAVUwAAExLAABESwAAO0wAADJO&#10;AAArUQAAI1QAABxXAAAWWwAAEV4AAA1gAAAIYwAAAmYHAABnDAAAZw8AAGgTAABpGQAAaiEAAGop&#10;AABqNAAAakAAAGpNAABqXQAAam8AAGqFAABqnQAAabYAAGjdAABo9wAAZ/8AAGb/AGlRAABcUAAA&#10;UlAAAEpPAAA/UAAANVMAAC1WAAAkWQAAHV0AABZgAAAQZAAADGcAAAZqAAAAbgAAAG8DAABwCAAA&#10;cQ0AAHIQAAB0FAAAdRsAAHYjAAB3LAAAdzgAAHZGAAB2VgAAdmgAAHZ+AAB2lwAAdbEAAHTTAABz&#10;9QAAc/8AAHL/AGNWAABYVQAAUFQAAERVAAA5WAAAL1sAACZfAAAdYwAAFWcAABBsAAAKcAAABHMA&#10;AAB2AAAAegAAAHwAAAB8AwAAfggAAH8MAACBEAAAghQAAIQbAACFJAAAhi8AAIY9AACGTQAAhV8A&#10;AIV1AACFjwAAhKkAAIPJAACC8QAAgf8AAID/AF9bAABWWgAASVsAAD1eAAAyYQAAJ2YAAB5rAAAV&#10;cAAADnUAAAl5AAABfgAAAIEAAACFAAAAiAAAAIoAAACLAAAAjQEAAI4GAACQCwAAkQ8AAJMUAACV&#10;GwAAlyYAAJc0AACXRAAAl1YAAJZsAACVhgAAlaIAAJTBAACT6gAAkv8AAJL/AF1hAABPYQAAQmQA&#10;ADZpAAAqbgAAH3QAABV5AAAOfwAAB4QAAACJAAAAjgAAAJIAAACWAAAAmAAAAJoAAACbAAAAnQAA&#10;AJ8AAAChAwAAowgAAKUNAACnEwAAqRwAAKooAACqOQAAqksAAKphAACpegAAqJkAAKi1AACn3QAA&#10;p/gAAKb/AFZoAABIbAAAOnAAAC52AAAifQAAF4QAAA6KAAAHkAAAAJYAAACaAAAAnwAAAKMAAACn&#10;AAAAqgAAAKsAAACtAAAArwAAALEAAACzAAAAtQAAALgFAAC6DAAAvRIAAMAcAADALQAAwEAAAL9V&#10;AAC/bgAAvosAAL6oAAC+yQAAve8AALz+AE50AABAeQAAMn8AACWHAAAZjgAAEJUAAAecAAAAogAA&#10;AKcAAACsAAAAsAAAALUAAAC5AAAAvAAAAL0AAAC/AAAAwQAAAMMAAADGAAAAyAAAAMoAAADNAgAA&#10;0AsAANUSAADWIQAA1zQAANhJAADZYAAA2nwAANqaAADbtQAA29kAANvyAEaCAAA4iQAAK5AAAB2Y&#10;AAASoAAACqcAAACuAAAAtAAAALkAAAC+AAAAwgAAAMgAAADLAAAAzgAAAM8AAADSAAAA1AAAANYA&#10;AADaAAAA3QAAAN8AAADiAAAA5gAAAOoKAADvEwAA8CUAAPI6AADzUQAA9GsAAPSJAAD1pQAA9b8A&#10;APXdAP8ABgD/AAMA/wAFAP8ACwD/ABAA/wAXAP8AIgD/AC0A/wA5AP8ARAD/AE0A/wBVAP8AXQD/&#10;AGQA/wBqAP8AcAD9AHYA+wB8APkAgwD3AIoA9QCSAPMAmwDwAKYA7gCzAOsAxADpAOQA5wD5AOYA&#10;/wDlAP8A0wD/AMcA/wC/AP8AuwD/AP8AAAD/AAAA/wAAAP8AAgD/AAsA/wASAP8AHQD/ACgA/wAz&#10;AP8APgD8AEcA+ABPAPQAVwDxAF0A7gBjAOwAaQDqAG8A6AB1AOYAfADkAIMA4gCLAN8AlQDcAJ8A&#10;2QCrANUAuwDSANQAzwDyAM0A/wDMAP8AxQD/ALoA/wC0AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAYA+QAPAPUAFwDzACIA8QAtAO0ANwDnAEAA4gBJAN8AUADbAFcA1wBdANQAYwDRAGgAzwBuAMwA&#10;dQDKAHwAyACEAMUAjQDCAJgAwACkAL0AsgC7AMYAuQDoALgA/QC3AP8AtgD/AK0A/wCnAP8AowD/&#10;AP8AAAD/AAAA/wAAAPUAAADrAAEA5AAMAN4AEwDZABwA0wAmANEAMADMADoAyABCAMQASgDAAFAA&#10;vQBWALsAXAC5AGEAtwBnALUAbQCzAHQAsQB8AK8AhQCtAJAAqgCcAKgAqgCmALsApQDaAKMA9QCj&#10;AP8AogD/AJ4A/wCaAP8AlwD/AP8AAAD+AAAA7wAAAN8AAADQAAAAxwAHAMEADwC8ABcAuQAgALcA&#10;KgC1ADMAsAA7AK0AQwCrAEkAqABPAKYAVQCkAFoAowBgAKEAZgCfAG0AnQB0AJwAfQCaAIgAmACU&#10;AJYAogCUALIAkgDJAJEA6wCRAP8AkAD/AJAA/wCMAP8AigD/APwAAADsAAAA2QAAAMcAAAC6AAAA&#10;sQACAKsADACnABIApAAbAKEAJACgACwAngA1AJsAPACYAEMAlgBJAJQATwCSAFQAkABaAI8AXwCN&#10;AGYAiwBtAIkAdgCIAIAAhgCMAIQAmgCCAKoAgQC+AIAA4ACAAPkAfwD/AH8A/wB/AP8AfgD/APEA&#10;AADYAAAAwgAAALMAAACoAAAAoAAAAJkABwCVAA4AkgAVAJAAHgCOACYAjQAuAIoANgCHAD0AhQBD&#10;AIQASQCCAE4AgQBUAH8AWQB+AGAAfABnAHoAbwB5AHoAdwCGAHUAlAB0AKMAcgC1AHIAzwBxAPEA&#10;cAD/AHAA/wBwAP8AcQD/AOEAAADEAAAAsAAAAKIAAACXAAAAkQAAAIsAAgCGAAsAgwARAIEAGAB/&#10;ACEAfQApAHwAMAB5ADcAeAA9AHYAQwB0AEkAcwBOAHIAVABwAFoAbwBiAG0AagBrAHQAagCAAGgA&#10;jgBnAJ0AZQCvAGUAxgBkAOgAZAD9AGMA/wBjAP8AZAD/AM8FAAC2BwAAowgAAJQIAACJBwAAggMA&#10;AH4AAAB7AAYAdwAOAHUAEwByABsAcQAjAG8AKwBtADIAbAA4AGoAPgBpAEQAZwBJAGYATwBlAFYA&#10;YwBdAGIAZQBgAG8AXwB7AF0AiQBcAJkAWwCqAFkAvwBZAOEAWAD4AFgA/wBYAP8AWQD/AMIMAACq&#10;DQAAlw4AAIkOAAB9DgAAdg0AAHEKAABvBgAAbQAKAGsAEABpABYAZwAeAGUAJgBjAC0AYQAzAGAA&#10;OQBfAD8AXQBFAFwASwBbAFIAWgBZAFgAYgBXAGwAVQB4AFMAhgBSAJYAUQCnAFAAuwBPAdsATgL0&#10;AE4D/wBOBP8ATgP/ALgQAAChEgAAjhMAAH8TAAB0EwAAbBIAAGcQAABlDgAAYwsDAGMGDABhBBEA&#10;XgMZAFwEIQBbBSgAWQYvAFgGNQBWBzsAVQdCAFQHSABTCE8AUQhWAFAJXwBOCWkATQl2AEsKhABJ&#10;CpQASAqmAEcKugBGCtgARQvzAEUM/wBFDP8ARQz/ALAUAACZFgAAhxgAAHgZAABtGAAAZRcAAF8W&#10;AABcEwAAWhEAAFoOBgBaDA0AVwwUAFUMHABTDSQAUg0rAFANMQBPDjgATg4+AE0ORQBLDk0ASg5V&#10;AEgPXgBHD2gARQ91AEMQhABBEJUAQBCmAD4QuwA9ENwAPRH2AD0R/wA9EP8APhD/AKkZAACSGwAA&#10;gRwAAHIdAABnHQAAXxwAAFkbAABVGQAAUxYAAFITAABSEQoAUBAQAE4RGABMESAAShInAEkSLgBI&#10;EzQARxM7AEUTQgBEE0kAQxRSAEEUWwA/FGUAPhVyADwVgQA6FZIAOBWkADcVuQA1FdgANRb1ADYW&#10;/wA2Fv8ANxX/AKMcAACNHgAAeyAAAG0hAABiIQAAWiEAAFQfAABQHgAATRsAAEwZAABLFgYASRYO&#10;AEcXFQBFFxwARBgkAEIYKgBBGDEAQBk4AD8ZPwA9GUYAPBpPADoaWAA5GmMANxtvADUbfgAzG5AA&#10;MhuiADAbtwAvG9MALxzzAC8b/wAwG/8AMBv/AJ0fAACIIgAAdyMAAGkkAABeJAAAViQAAFAjAABL&#10;IgAASCAAAEYdAABFHAIAQxwMAEEcEgA/HRkAPh0hADweJwA7Hi4AOh81ADkfPAA3H0QANh9MADQg&#10;VgAzIGAAMSBtAC8gfAAtIY4ALCGgACohtQApIdAAKSHyACkh/wAqIP8AKyD/AJkiAACEJQAAcyYA&#10;AGUnAABbJwAAUycAAEwmAABHJQAARCQAAEIhAAA/IQAAPSEJADshEAA5IhYAOCIeADYjJQA1IysA&#10;NCQyADMkOQAyJEEAMCRKAC8lUwAtJV4AKyVrAColegAoJYwAJiWfACQlswAjJc4AIyXwACQl/wAl&#10;JP8AJST/AJQlAACAJwAAbykAAGIqAABXKgAATyoAAEkpAABEKAAAQCcAAD0mAAA6JQAANyYGADUm&#10;DgA0JxQAMicbADEoIgAwKCkALygwAC0pNwAsKT8AKylHACkpUQAoKlwAJippACQqeAAjKooAISqd&#10;AB8qsgAeKswAHirvAB8p/wAgKf8AISj/AJAoAAB8KgAAbCsAAF8sAABULAAATCwAAEYsAABBKwAA&#10;PCsAADgqAAA1KgAAMisDADArDAAuLBEALSwYACwsHwAqLSYAKS0tACgtNAAnLjwAJi5FACQuTwAj&#10;LloAIS9nAB8vdgAdL4gAHC+bABovsAAYL8oAGC7tABku/wAbLf8AGy3/AIwrAAB4LQAAaC4AAFsv&#10;AABRLwAASS8AAEMvAAA+LgAAOS4AADQuAAAwLgAALS8AACswCgApMRAAJzEVACYxHAAlMiMAJDIq&#10;ACMyMQAhMzkAIDNCAB8zTAAdM1cAGzNkABo0dAAYNIYAFjSaABQzrgATM8gAEzPsABQz/wAVMv8A&#10;FjH/AIcuAAB0LwAAZTEAAFgxAABOMgAARjIAAEAxAAA7MQAANjEAADExAAArMwAAKDQAACU1BgAj&#10;Ng0AITYSACA3GQAfNyAAHjcnAB04LgAbODYAGjg/ABk4SQAXOVUAFTliABQ5cQASOYQAETmYABA5&#10;rQAOOMcADjjrABA4/wAQN/8AETb/AIMxAABwMgAAYTQAAFU0AABLNAAARDQAAD00AAA4NAAAMzQA&#10;AC01AAAoNwAAJDkAACA6AgAdOwsAGzwQABk9FQAYPRwAFz0jABY9KwAVPjMAFD48ABI+RgARPlIA&#10;ED5fAA8+bwAOPoEADD6VAAs+qQAKPsEACj3kAAs9+wAMPP8ADTv/AH00AABrNgAAXTcAAFE3AABI&#10;NwAAQTcAADs3AAA1NwAAMDcAACo5AAAlOwAAID0AABw/AAAXQQYAFEMNABJDEgARQxgAEUMfABBE&#10;JwAPRC8ADkQ5AA1EQwAMRE4AC0RbAAlEagAHRHwABkSQAARDpQACQ70AA0PgAAND9gAEQv8ABkH/&#10;AHg4AABnOQAAWToAAE46AABFOgAAPjoAADg6AAAzOgAALTsAACc9AAAhQAAAHEIAABdEAAATRgMA&#10;D0kKAA1KDwAMShQAC0obAAlKIwAISisAB0o0AAVKPgAESkkAAkpWAABKZQAASncAAEqLAABKoQAA&#10;SbkAAEndAABJ9QAASP8AAEj/AHI8AABiPQAAVT4AAEo+AABCPQAAPD0AADY9AAAvPgAAKUAAACNC&#10;AAAdRQAAF0cAABNKAAAPTAIAC08JAAdQDQADUREAAFEXAABRHgAAUSYAAFEvAABROQAAUUQAAFJR&#10;AABSYAAAUXIAAFGHAABRnQAAUbUAAFDYAABQ9QAAT/8AAE//AGxAAABdQQAAUUEAAEdBAABAQAAA&#10;OUAAADJBAAAqQwAAJEYAAB5IAAAXSwAAEk4AAA5RAAALUwEABlYHAABXDAAAWBAAAFgTAABZGQAA&#10;WiEAAFopAABaMwAAWj8AAFpMAABaWgAAWmwAAFqBAABZmQAAWbEAAFjRAABY9AAAV/8AAFf/AGVF&#10;AABYRQAATUUAAEVEAAA+RAAANUUAAC1HAAAlSgAAHk0AABhQAAASUwAADlYAAApZAAAEXAAAAF4E&#10;AABfCQAAYA0AAGEQAABiFQAAYxsAAGQjAABkLQAAZDgAAGRFAABkVAAAZGYAAGR7AABjkwAAY60A&#10;AGLMAABh8gAAYf8AAGD/AF9KAABTSgAASkkAAENIAAA5SQAAL0wAACdPAAAfUgAAGFUAABJZAAAN&#10;XQAACGAAAAJjAAAAZgAAAGgBAABpBQAAagoAAGsNAABtEQAAbhYAAHAdAABxJgAAcTEAAHA+AABw&#10;TgAAcF8AAHBzAABvjQAAb6cAAG7GAABt7wAAbP8AAGz/AFpPAABQTgAASE0AAD1OAAAzUQAAKVQA&#10;ACBYAAAYXAAAEWAAAAxkAAAGaAAAAGsAAABvAAAAcgAAAHQAAAB1AAAAdwQAAHgJAAB6DQAAfBAA&#10;AH0WAAB/HgAAgCgAAIA1AACARQAAf1YAAH9rAAB/hAAAfqAAAH2+AAB86QAAe/8AAHr/AFZUAABO&#10;UwAAQlQAADdWAAAsWgAAIl8AABhjAAARaAAAC20AAANyAAAAdgAAAHoAAAB9AAAAgAAAAIMAAACE&#10;AAAAhgAAAIcCAACJBwAAiwwAAI0QAACQFgAAkh8AAJIsAACSOwAAkk0AAJFiAACRegAAj5cAAI+0&#10;AACO4QAAjPsAAIz/AFVZAABIWgAAO10AAC9hAAAkZgAAGWwAABFyAAAKdwAAAn0AAACCAAAAhgAA&#10;AIsAAACOAAAAkQAAAJMAAACVAAAAlwAAAJkAAACbAAAAnQQAAJ8KAACiDwAApBYAAKYhAACmMQAA&#10;pkMAAKVXAACkcAAAo44AAKOrAACh0AAAoPUAAJ//AE5hAABAZAAAM2kAACduAAAbdQAAEXwAAAuD&#10;AAAAiQAAAI4AAACTAAAAmAAAAJ0AAAChAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIA&#10;AAC1CAAAuA4AALwWAAC8JQAAvDcAALtMAAC6ZAAAuYEAALeiAAC3wAAAt+oAALf8AEZrAAA5cAAA&#10;K3cAAB9/AAAThgAAC44AAAGVAAAAmwAAAKEAAACmAAAAqwAAALAAAACzAAAAtwAAALcAAAC6AAAA&#10;vAAAAL8AAADBAAAAxAAAAMcAAADKAAAAzQUAANEOAADUGQAA1CsAANRAAADTWAAA03QAANOSAADS&#10;sAAA0tMAANLyAD55AAAxgAAAI4gAABeRAAANmQAAA6AAAACnAAAArgAAALMAAAC4AAAAvQAAAMIA&#10;AADGAAAAygAAAMoAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADfAAAA4wAAAOcFAADrDwAA7B8A&#10;AO0zAADuSwAA72QAAO+CAADwnwAA8bkAAPHYAP8AAAD/AAAA/wAEAP8ACQD/AA4A/wAVAP8AHgD/&#10;ACkA/wA0AP8APwD/AEgA/wBQAP8AWAD/AF4A/wBlAP0AawD7AHEA+QB3APgAfgD2AIUA8wCNAPEA&#10;lwDuAKIA6wCvAOgAwADmAOAA4wD4AOIA/wDbAP8AywD/AMEA/wC5AP8AtAD/AP8AAAD/AAAA/wAA&#10;AP8AAAD/AAkA/wAQAP8AGQD/ACMA/wAuAP0AOQD5AEIA9QBKAPIAUgDuAFgA6wBeAOkAZADmAGoA&#10;5ABwAOIAdgDfAH0A3QCGANkAjwDVAJoA0QCnAM4AtgDLAM4AyQDwAMcA/wDFAP8AuwD/ALQA/wCt&#10;AP8AqQD/AP8AAAD/AAAA/wAAAP8AAAD7AAIA9gANAPEAEwDtAB4A7AAoAOkAMgDjADsA3QBEANgA&#10;SwDTAFEA0ABYAM0AXQDLAGMAyQBoAMYAbwDEAHYAwgB+AL8AhwC8AJIAugCfALcArQC1AMEAsgDk&#10;ALEA/QCvAP8ArAD/AKUA/wCgAP8AnAD/AP8AAAD/AAAA+wAAAO4AAADkAAAA3AAIANMAEADPABgA&#10;ywAiAMkAKwDGADQAwQA9AL0ARAC6AEsAtwBRALUAVgCyAFwAsABhAK4AZwCsAG4AqgB2AKgAfwCm&#10;AIoAowCWAKEApQCfALYAnQDRAJwA8wCbAP8AnAD/AJYA/wCTAP8AkAD/AP8AAAD2AAAA5wAAANMA&#10;AADGAAAAvQADALgADQCzABMAsQAcAK8AJQCuAC4AqQA2AKYAPQCjAEQAoQBKAJ8ATwCdAFUAmwBa&#10;AJoAYACYAGYAlgBuAJQAdwCSAIEAkACOAI4AnACMAK0AigDDAIkA6ACIAP8AiQD/AIcA/wCFAP8A&#10;ggD/APMAAADjAAAAzAAAALwAAACwAAAApwAAAKEACACeAA8AmwAWAJkAHwCYACcAlgAvAJMANwCR&#10;AD0AjgBDAIwASQCLAE4AiQBUAIcAWQCFAGAAhABnAIIAbwCAAHoAfgCGAHwAlAB6AKQAeQC4AHgA&#10;2AB3APcAeAD/AHgA/wB3AP8AdQD/AOYAAADLAAAAtwAAAKgAAACeAAAAlgAAAI8ABACLAAwAiAAS&#10;AIcAGQCFACEAhAApAIIAMAB/ADcAfQA9AHwAQwB6AEgAeQBNAHcAUwB2AFkAdABhAHIAaQBxAHMA&#10;bwB/AG0AjQBsAJ0AagCvAGkAyABoAO0AaQD/AGkA/wBpAP8AaQD/ANIAAAC4AAAApQAAAJcAAACN&#10;AAAAhgAAAIEAAAB8AAgAeQAOAHcAFAB2ABwAdAAjAHMAKwBxADEAbwA3AG4APQBsAEMAawBIAGoA&#10;TgBoAFQAZwBbAGUAYwBjAG0AYgB4AGAAhwBfAJYAXQCoAF0AvgBcAOQAXAD7AFwA/wBcAP8AXAD/&#10;AMIAAACqAQAAmAMAAIkEAAB/AgAAeAAAAHQAAABwAAQAbQAMAGsAEQBpABcAaAAeAGYAJQBlACwA&#10;YwAyAGIAOABgAD0AXwBDAF4ASQBcAE8AWwBWAFoAXgBYAGgAVwBzAFUAgQBUAJEAUgCjAFEAtwBR&#10;ANYAUQD1AFEA/wBRAP8AUgD/ALYHAACfCQAAjQsAAH4MAABzCwAAbAoAAGgHAABlAwAAYwAHAGEA&#10;DQBfABMAXQAaAFwAIQBbACcAWQAtAFgAMwBWADkAVQA/AFQARQBTAEsAUQBSAFAAWgBPAGQATQBv&#10;AEwAfQBKAI0ASQCfAEgAsgBHAMwARwDvAEYA/wBHAP8ARwD/AKwMAACVDgAAgxAAAHUQAABrEAAA&#10;Yw8AAF4OAABbDAAAWgkCAFkECgBXAA8AVQAVAFMAHABSACMAUQApAE8ALwBOADUATQE7AEwBQQBK&#10;AkgASQJPAEgCVwBGA2EARQNtAEMDegBCA4sAQAOcAD8DrwA+A8gAPQTqAD0F/AA9Bv8APgb/AKQQ&#10;AACOEgAAfBMAAG4UAABkFAAAXBMAAFYSAABTEQAAUQ4AAFAMBQBQCQwATwcRAE0HFwBLCB8ASQgl&#10;AEgJKwBHCTEARgk4AEQKPgBDCkUAQgpNAEALVQA/C18APQtrADwLeQA6DIoAOAycADcMrwA1DMcA&#10;NQzpADUN/QA1Df8ANgz/AJ0TAACHFQAAdhcAAGkYAABeGAAAVhgAAFAXAABNFQAAShMAAEkRAABJ&#10;DgcASA0OAEYNEwBEDRoAQw4hAEIOKABADi4APw41AD4PPAA9D0MAOxBLADoQVAA4EF4ANhBrADQQ&#10;eQAyEIoAMRCcAC8QsAAtEMkALRHsAC0R/wAuEf8ALxD/AJcWAACCGQAAcRsAAGQcAABZHAAAURwA&#10;AEwbAABHGgAARBgAAEMVAABCEwIAQRILAEAREAA+EhcAPBIeADsTJQA6EysAOBMyADcTOQA2FEAA&#10;NBRIADMUUQAxFFwAMBVoAC4VdwAsFYgAKhWaACgVrgAnFccAJhXqACcV/wAoFf8AKRX/AJEaAAB9&#10;HAAAbR4AAGAfAABWHwAATh8AAEgeAABDHQAAQBwAAD4aAAA9GAAAOxcHADkWDgA4FxQANhcbADUY&#10;IgAzGCgAMhgvADEZNgAwGT0ALhlGAC0aTwArGlkAKhpmACgadAAmGoYAJBqZACIarQAhGsUAIBro&#10;ACEa/gAiGv8AIxr/AI0dAAB5HwAAaSEAAFwiAABSIgAASiIAAEQhAAA/IQAAPCAAADkeAAA4GwAA&#10;NRwEADQcDQAyHBIAMB0YAC8dHwAuHSUALR4sACseMwAqHjsAKR9DACcfTQAmH1cAJB9kACIfcgAg&#10;H4QAHx+XAB0fqwAbH8MAGx/nABsf/QAdH/8AHh7/AIkgAAB1IgAAZSMAAFkkAABPJQAARyUAAEEk&#10;AAA8IwAAOCMAADUiAAAzIAAAMCABAC4hCgAsIRAAKyEVACoiHAAoIiMAJyIpACYjMAAlIzgAIyNB&#10;ACIkSgAhJFUAHyRhAB0kcAAbJIIAGSSVABckqgAWJMEAFSTlABYk/AAXI/8AGSP/AIUiAABxJAAA&#10;YiYAAFYnAABMJwAARCcAAD4nAAA5JgAANSYAADElAAAuJAAAKyUAACklBwAnJg4AJSYTACQnGQAj&#10;JyAAIicnACEoLgAgKDYAHig+AB0oSAAbKVMAGSlfABgpbgAWKYAAFCmUABIpqAARKcAAESjkABEo&#10;+wATKP8AFCf/AIAlAABuJwAAXygAAFMpAABJKgAAQikAADspAAA2KQAAMigAAC4oAAAqKAAAJikA&#10;ACQqBAAiKwwAICsRAB8sFgAdLB0AHCwkABstKwAaLTMAGC08ABctRQAWLlAAFC5dABIubAARLn4A&#10;EC6SAA4upwANLb0ADS3fAA0t+QAOLP8AECz/AHwoAABqKgAAWysAAFAsAABGLAAAPywAADksAAA0&#10;KwAALysAACsrAAAmLAAAIi4AAB8vAAAcMAkAGjEOABkxEwAXMRoAFjIhABUyKAAUMjAAEzI5ABIz&#10;QwARM04AEDNbAA4zaQANM3oADDOOAAozogAIMrkACDLZAAgy9AAKMf8ACzH/AHcrAABmLQAAWC4A&#10;AE0vAABDLwAAPC4AADYuAAAxLgAALS4AACkuAAAjMAAAHzIAABszAAAXNQUAFDYMABI3EQARNxYA&#10;ETcdABA4JAAPOCwADjg1AA04PwAMOEoACzhXAAk4ZQAHOHYABTiKAAM4nwABN7UAATfTAAI38QAD&#10;Nv8ABTb/AHMuAABiMAAAVDEAAEkxAABBMQAAOTEAADQxAAAvMAAAKzAAACUyAAAgMwAAGzYAABc4&#10;AAATOgIAEDwJAA09DgAMPRMACz0ZAAo9IQAJPSkACD0xAAY+OwAFPkYAAz5SAAE+YQAAPnIAAD6G&#10;AAA9nAAAPbIAAD3QAAA88AAAPP8AADz/AG0yAABdMwAAUDQAAEY0AAA+NAAANzQAADIzAAAtMwAA&#10;JzQAACI2AAAdOAAAGDoAABQ9AAAQPwIADUEIAAlDDQAGRBEAA0QWAAJEHQAARCQAAEQtAABENgAA&#10;REEAAEROAABEXAAARG0AAESBAABEmAAAQ68AAEPNAABC8AAAQv8AAEL/AGg2AABYNwAATDgAAEM4&#10;AAA7NwAANTYAADA2AAApNwAAIzkAAB47AAAYPQAAE0AAABBCAAANRQEACEcHAANJDAAASQ8AAEoT&#10;AABLGQAASyAAAEsoAABLMgAASz0AAExJAABMVwAAS2gAAEt9AABLlAAASqwAAErKAABJ7wAASf8A&#10;AEn/AGI6AABUOwAASTsAAEA7AAA5OgAAMzkAACw6AAAlPAAAHz8AABlBAAATRAAAEEcAAAxJAAAI&#10;TAAAAk8FAABQCgAAUA0AAFEQAABSFQAAVBsAAFQjAABULAAAVDcAAFREAABUUgAAVGMAAFR3AABU&#10;jwAAU6gAAFLGAABS7QAAUf8AAFH/AFw/AABPPwAART8AAD4+AAA3PQAALz4AACdAAAAgQwAAGUYA&#10;ABNJAAAPTAAAC08AAAZSAAAAVAAAAFcCAABYBwAAWQsAAFoOAABbEQAAXRYAAF4dAABfJgAAXzEA&#10;AF49AABeTAAAXl0AAF5xAABdiQAAXaMAAFzBAABb6wAAWv8AAFr/AFZEAABLQwAAQ0IAADxBAAAy&#10;QgAAKUUAACFIAAAaSwAAE04AAA5SAAAKVQAAA1kAAABbAAAAXgAAAGAAAABiAgAAYwYAAGUKAABm&#10;DgAAaBEAAGoXAABrHwAAaykAAGs2AABrRQAAa1YAAGpqAABqggAAaZ0AAGi7AABn5wAAZv8AAGX/&#10;AFFIAABISAAAQUYAADdHAAAsSgAAI00AABtRAAATVQAADlkAAAhdAAABYQAAAGQAAABnAAAAagAA&#10;AGwAAABuAAAAcAAAAHIFAABzCQAAdQ0AAHcRAAB6GAAAeyEAAHsuAAB6PQAAek4AAHliAAB5eQAA&#10;eJYAAHezAAB14AAAdPwAAHP/AE5NAABHTAAAO00AADBPAAAmUwAAHFgAABNcAAANYQAABmYAAABq&#10;AAAAbwAAAHIAAAB2AAAAeQAAAHwAAAB9AAAAfwAAAIEAAACDAgAAhgcAAIgMAACLEQAAjhgAAI4k&#10;AACOMwAAjUQAAIxYAACLbwAAiowAAImqAACIzwAAhvcAAIX/AE1RAABBUwAANFUAAClaAAAeXwAA&#10;FGUAAA1qAAAFcAAAAHYAAAB7AAAAfwAAAIMAAACHAAAAigAAAI0AAACOAAAAkQAAAJMAAACVAAAA&#10;mAAAAJoFAACdDAAAoBEAAKMaAACjKAAAojoAAKFOAACgZQAAoIEAAJ6gAACdwQAAm+4AAJr/AEZZ&#10;AAA5XAAALWEAACFnAAAWbgAADnUAAAV7AAAAgQAAAIcAAACNAAAAkgAAAJYAAACaAAAAnQAAAJ8A&#10;AAChAAAApAAAAKYAAACoAAAAqwAAAK4AAACxAwAAtAsAALgRAAC5HgAAuS8AALhDAAC3WgAAtXYA&#10;ALSXAAC0tQAAseIAALD8AD9kAAAxaQAAJW8AABh3AAAPfwAABocAAACOAAAAlAAAAJoAAACgAAAA&#10;pQAAAKoAAACuAAAAsQAAALIAAAC1AAAAtwAAALoAAAC8AAAAvwAAAMMAAADGAAAAyQAAAM4KAADS&#10;EwAA0iMAANE3AADQTwAAzmoAAM2KAADKqwAAy8sAAMvvADdxAAApeAAAHYAAABGJAAAIkQAAAJoA&#10;AAChAAAApwAAAK0AAACzAAAAuQAAAL4AAADCAAAAxQAAAMYAAADJAAAAzAAAAM4AAADSAAAA1QAA&#10;ANoAAADeAAAA4QAAAOUAAADqCwAA6xcAAOorAADqQwAA6l4AAOp6AADrmQAA67UAAOvVAP8AAAD/&#10;AAAA/wABAP8ABwD/AA0A/wASAP8AGwD/ACUA/wAvAP8AOgD/AEMA/wBLAP8AUwD/AFoA/QBgAPsA&#10;ZgD6AGsA+AByAPYAeAD0AIAA8QCJAO8AkgDsAJ0A6QCqAOYAvADjANwA3wD3AN0A/wDMAP8AvgD/&#10;ALUA/wCwAP8ArQD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFAD/AB8A/wApAPsAMwD3AD0A&#10;8wBFAO8ATQDsAFMA6ABZAOUAXwDjAGUA4ABqAN0AcQDaAHgA1gCAANIAigDPAJUAzACiAMgAsgDF&#10;AMkAwgDtAMAA/wC7AP8AsAD/AKgA/wCkAP8AoQD/AP8AAAD/AAAA/QAAAPoAAAD4AAAA8AAJAOwA&#10;EQDoABkA5wAjAOUALQDeADYA1gA+ANEARgDNAEwAygBSAMgAWADFAF0AwwBjAMAAaQC+AHAAvAB4&#10;ALkAgQC3AI0AtACaALEAqQCuALwArADhAKoA/ACoAP8AoAD/AJkA/wCWAP8AlAD/AP8AAAD5AAAA&#10;8gAAAOcAAADbAAAA0QAEAMoADQDHABQAxAAdAMIAJgC/AC8AuwA3ALcAPwC0AEUAsQBLAK4AUQCs&#10;AFYAqgBcAKgAYQCmAGgAowBwAKEAeQCfAIQAnQCRAJoAoACYALEAlgDMAJUA8QCUAP8AkQD/AIsA&#10;/wCIAP8AhgD/APcAAADsAAAA3gAAAMkAAAC8AAAAtAAAAK8ACgCrABAAqQAXAKgAIACnACgAogAw&#10;AJ8AOACcAD4AmgBEAJgASgCWAE8AlABVAJMAWgCRAGEAjwBoAI0AcQCLAHsAiQCIAIcAlwCFAKgA&#10;gwC+AIEA5ACAAP8AgAD/AHwA/wB7AP8AeQD/AOkAAADXAAAAwQAAALEAAACmAAAAnQAAAJcABQCU&#10;AA0AkgASAJAAGgCPACIAjgAqAIsAMQCJADgAhwA+AIUAQwCDAEgAgQBOAH8AVAB+AFoAfABhAHoA&#10;aQB4AHMAdgB/AHUAjgBzAJ8AcQCzAHAA0ABvAPYAbwD/AG8A/wBtAP8AbAD/ANoAAAC/AAAArAAA&#10;AJ4AAACTAAAAjAAAAIUAAACCAAkAfwAPAH4AFQB9ABwAfAAkAHoAKwB3ADEAdQA3AHQAPQByAEIA&#10;cQBIAG8ATQBuAFMAbABaAGsAYgBpAGwAZwB4AGYAhgBkAJcAYgCqAGEAwgBgAOsAYQD/AGEA/wBh&#10;AP8AYAD/AMUAAACtAAAAmwAAAI0AAACDAAAAfAAAAHcAAAByAAUAcAAMAG4AEQBsABcAbAAeAGsA&#10;JQBpACwAZwAxAGYANwBkAD0AYwBCAGIASABgAE4AXwBVAF0AXQBcAGYAWgByAFkAgABXAJAAVgCj&#10;AFUAuQBUAN4AVAD7AFQA/wBVAP8AVQD/ALYAAACfAAAAjQAAAH8AAAB1AAAAbgAAAGkAAABmAAEA&#10;YwAJAGEADgBgABMAXwAZAF4AIABdACYAWwAsAFoAMgBYADcAVwA9AFYAQwBVAEkAUwBQAFIAWABR&#10;AGEATwBsAE4AegBMAIoASwCcAEoAsQBJAM4ASQDzAEkA/wBJAP8ASgD/AKoBAACUBQAAggcAAHQI&#10;AABqCAAAYwYAAF4EAABbAAAAWQAFAFcADABWABAAVAAVAFMAGwBSACIAUQAoAFAALQBOADMATQA4&#10;AEwAPgBLAEUASgBMAEgAVABHAF0ARgBoAEQAdQBDAIUAQQCYAEAAqwBAAMUAPwDqAD8A/wBAAP8A&#10;QAD/AKAIAACKCwAAeQ0AAGwNAABhDQAAWg0AAFULAABSCQAAUAYAAE8CCABOAA0ATAASAEsAFwBK&#10;AB4ASQAjAEcAKQBGAC8ARQA0AEQAOgBCAEEAQQBIAEAAUAA+AFoAPQBkADwAcgA6AIIAOQCUADgA&#10;pwA3AL4ANgDjADYA+QA2AP8ANwD/AJgNAACDDgAAchAAAGURAABbEQAAUxAAAE4QAABKDgAASA0A&#10;AEcKAwBHBwoARQQOAEQCEwBCAhoAQQIgAEADJQA+AysAPQQxADwENwA7BD4AOgVFADkFTgA3BVcA&#10;NgViADQGcAAyBoAAMQaSADAGpQAvBbsALgXdAC4G9QAtB/8ALgf/AJEQAAB9EQAAbBMAAF8UAABV&#10;FAAAThQAAEgTAABEEgAAQRAAAEAOAABADQYAQAoMAD4JEAA8CRYAOwocADkKIgA4CigANwsuADYL&#10;NQA1CzsAMwtDADIMTAAwDFYALwxhAC0MbwArDH8AKgySACgMpQAnDLsAJQzdACUN9QAmDf8AJw3/&#10;AIsSAAB3FAAAZxYAAFsXAABRGAAASRcAAEMXAAA/FQAAPBQAADoSAAA5EQEAOQ8IADgODQA3DhIA&#10;NQ4YADQOHwAyDiUAMQ8sADAPMgAvEDoALRBCACwQSwAqEFUAKBBhACYQbwAkEIAAIxCTACEQpwAf&#10;EL0AHhDgAB4R9wAfEP8AIBD/AIYUAABzFwAAYxkAAFcaAABNGwAARRoAAEAaAAA7GQAAOBgAADUW&#10;AAA0FAAAMxIEADISCwAxEhAALxIVAC0SHAAsEyIAKxMpACoTMAAoEzcAJxQ/ACYUSAAkFFMAIhRf&#10;ACAVbQAfFX4AHRWRABsVpQAZFbsAGBXeABgV+AAZFP8AGhT/AIIXAABvGgAAXxwAAFMdAABKHQAA&#10;Qh0AADwdAAA3HAAANBsAADEaAAAvGQAALhYAACwXCAArFg4AKRcTACgXGQAnGCAAJRgmACQYLQAj&#10;GDQAIhk9ACAZRgAeGVEAHRldABsaawAZGnwAFxqPABUaowAUGboAEhnbABMZ9gAUGf8AFRj/AH0a&#10;AABrHQAAXB8AAFAgAABHIAAAPyAAADkfAAA0HwAAMR4AAC0dAAArHAAAKRsAACcbBQAlGwwAJBwR&#10;ACIcFgAhHB0AIB0jAB8dKgAeHTIAHB46ABseRAAZHk4AFx5bABYeaQAUH3oAEh6NABEeogAQHrgA&#10;Dh7YAA8e9QAQHf8AER3/AHodAABnHwAAWSEAAE0iAABEIgAAPCIAADYiAAAyIQAALiEAACogAAAn&#10;IAAAJB8AACIgAgAgIAoAHiEPAB0hFAAcIRoAGyIhABkiJwAYIi8AFyI4ABUjQQAUI0wAEiNYABEj&#10;ZwAQI3gADiOLAA0jnwAMI7QACyPQAAsi8AAMIv8ADSH/AHYfAABkIgAAViMAAEskAABBJAAAOiQA&#10;ADQkAAAvIwAAKyMAACgjAAAkIwAAICMAAB0kAAAbJQcAGSYNABcmEQAWJhcAFSceABQnJQATJywA&#10;Eic1ABEoPwAQKEoADihWAA0oZAAMKHQACiiHAAkomwAHJ7EABSfMAAYn7AAHJv4ACCb/AHEiAABg&#10;JAAAUyYAAEgnAAA/JwAANyYAADEmAAAtJgAAKSUAACUlAAAiJQAAHScAABkoAAAWKgQAFCsLABIs&#10;EAARLBQAECwbABAsIgAOLCkADi0yAA0tOwALLUYACi1SAAgtYAAGLXAABC2DAAItmAAALK4AACzJ&#10;AAAs6wABK/wAAiv/AG0lAABdJwAATygAAEUpAAA8KQAANSkAAC8oAAArKAAAJycAACMnAAAfKAAA&#10;GyoAABcsAAATLgIAEDAIAA4xDQANMRIADDEXAAsxHgAKMSYACDIuAAcyNwAFMkIAAzJOAAEyXAAA&#10;MmwAADJ/AAAylQAAMawAADHHAAAw6gAAMPwAADD/AGgpAABYKgAATCsAAEEsAAA5LAAAMisAAC0r&#10;AAApKgAAJSoAACArAAAcLAAAFy4AABMwAAAQMgIADjQHAAo3DAAHNxAABTcUAAM3GwACNyIAADcq&#10;AAA4MwAAOD4AADhKAAA4WAAAOGgAADh8AAA3kgAAN6kAADbFAAA26gAANv0AADX/AGMsAABULgAA&#10;SC8AAD4vAAA2LgAAMC4AACstAAAnLQAAIi0AAB0vAAAYMQAAFDMAABA1AAAONwEACjoHAAY7CwAC&#10;PA4AAD0SAAA+FwAAPh4AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD53AAA+jwAAPacAAD3DAAA8&#10;6QAAPP0AADv/AF4wAABQMQAARDIAADsyAAA0MQAALjAAACkvAAAkMAAAHjIAABk0AAAUNgAAEDkA&#10;AA07AAAKPQAABUAFAABBCgAAQg0AAEMQAABEFAAARRoAAEYiAABGKwAARjUAAEZBAABGTwAARl8A&#10;AEZzAABFigAARaQAAETAAABD6AAAQ/4AAEL/AFg0AABLNQAAQTUAADk1AAAyNAAALTMAACY0AAAg&#10;NQAAGjgAABQ6AAAQPQAADUAAAAlCAAAERQAAAEcDAABIBwAASgsAAEsOAABMEQAAThUAAE8cAABP&#10;JQAATy8AAE88AABPSgAAT1oAAE5tAABOhQAATaAAAEy8AABL5wAAS/4AAEr/AFM5AABHOQAAPjkA&#10;ADc4AAAxNwAAKTcAACE5AAAbPAAAFT8AABBCAAAMRQAAB0gAAAJKAAAATQAAAE8AAABRBAAAUgcA&#10;AFQLAABVDgAAVxEAAFkXAABaHwAAWSkAAFk2AABZRAAAWVQAAFhnAABYfwAAV5oAAFa3AABV4wAA&#10;VP0AAFT/AE49AABDPQAAPDwAADU7AAAsPAAAJD4AABxBAAAVRAAAEEgAAAtLAAAFTgAAAFEAAABU&#10;AAAAVwAAAFkAAABbAAAAXQIAAF4GAABgCwAAYg4AAGQSAABnGAAAZyIAAGYuAABmPAAAZk0AAGVg&#10;AABldwAAZJMAAGOxAABh3QAAYPwAAF//AElCAABBQQAAOj8AADBAAAAmQwAAHkYAABVKAAAQTgAA&#10;ClIAAANWAAAAWgAAAF0AAABgAAAAYwAAAGUAAABnAAAAaQAAAGsBAABtBQAAbwoAAHIOAAB1EgAA&#10;dxsAAHYmAAB2NQAAdUYAAHRZAAB0bwAAc4sAAHKpAABwzQAAb/cAAG7/AEZGAABARQAANUYAACpI&#10;AAAgTAAAF1EAABBWAAAJWgAAAV8AAABjAAAAaAAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsA&#10;AAB9AAAAgAMAAIMIAACGDQAAiRMAAIodAACKKwAAiTwAAIhPAACGZgAAhYEAAISgAACCwgAAgfAA&#10;AH//AEZLAAA6TAAALk8AACNTAAAYWAAAEF4AAAlkAAAAaQAAAG8AAAB0AAAAeAAAAHwAAACBAAAA&#10;hAAAAIcAAACIAAAAiwAAAI4AAACQAAAAkwAAAJYAAACZBwAAnQ0AAKEUAACgIQAAoDEAAJ5EAACd&#10;WwAAnHYAAJmWAACZtQAAluUAAJX+AD9SAAAyVQAAJloAABtgAAARZwAACW0AAAB0AAAAewAAAIEA&#10;AACGAAAAiwAAAJAAAACUAAAAlwAAAJkAAACcAAAAnwAAAKEAAACkAAAApwAAAKoAAACtAAAAsQYA&#10;ALUNAAC4FgAAtyYAALY5AAC1UAAAtGoAALKJAACwqgAArs8AAK31ADdcAAArYQAAHmgAABNwAAAL&#10;eAAAAIAAAACHAAAAjgAAAJUAAACaAAAAnwAAAKQAAACoAAAArAAAAK0AAACwAAAAswAAALUAAAC4&#10;AAAAuwAAAL8AAADDAAAAxwAAAMsFAADRDgAA0RsAANAuAADPRQAAzV8AAMt+AADJngAAyL4AAMXp&#10;AC9pAAAjcAAAFnkAAA2BAAABiwAAAJMAAACbAAAAogAAAKgAAACuAAAAtAAAALgAAAC9AAAAwAAA&#10;AMIAAADFAAAAyAAAAMsAAADOAAAA0QAAANYAAADbAAAA3wAAAOQAAADoBgAA6xEAAOojAADqOgAA&#10;6VQAAOdyAADlkwAA47MAAOPUAP8AAAD/AAAA/wAAAP8ABAD/AAsA/wAQAP8AFwD/ACEA/wArAP8A&#10;NQD/AD4A/wBHAP8ATgD/AFUA/ABbAPoAYQD4AGYA9gBtAPQAcwDyAHsA7wCEAO0AjgDqAJkA5gCn&#10;AOMAuQDfANUA2wD3ANYA/wDAAP8AsgD/AKoA/wClAP8AogD/AP8AAAD/AAAA/gAAAPwAAAD8AAMA&#10;/gALAP8AEQD/ABoA/QAkAPkALgD0ADgA8ABAAOwASADpAE4A5gBUAOIAWgDfAF8A3ABlANgAawDU&#10;AHIA0AB7AM0AhQDKAJEAxwCeAMMArgDAAMUAvQDrALsA/wCwAP8ApAD/AJwA/wCYAP8AlQD/AP8A&#10;AAD6AAAA9AAAAPEAAADyAAAA6gAFAOcADgDiABUA4QAeAOEAKADYADEA0AA5AMsAQADIAEcAxQBN&#10;AMIAUwC/AFgAvQBeALsAZAC5AGsAtgBzALQAfACxAIgArgCVAKsApACoALgApgDcAKMA+wCfAP8A&#10;lQD/AI8A/wCLAP8AiQD/APkAAADvAAAA5wAAAN8AAADPAAAAyAAAAMEACgC/ABEAvAAYALsAIQC5&#10;ACoAtAAyALEAOgCuAEAAqwBGAKgATACmAFEAowBWAKEAXACfAGMAnQBqAJsAcwCZAH4AlgCMAJQA&#10;mwCSAK0AkADHAI4A8ACNAP8AhgD/AIAA/wB9AP8AfAD/AO0AAADgAAAA0QAAAL8AAACzAAAAqgAA&#10;AKYABQCiAA0AoQATAKAAGwCfACMAmwArAJgAMgCVADkAkwA/AJEARACPAEoAjgBPAIwAVQCKAFsA&#10;iABjAIYAawCEAHYAggCCAIAAkgB+AKMAfAC6AHoA4QB5AP8AdwD/AHIA/wBwAP8AbwD/AN0AAADL&#10;AAAAtgAAAKcAAACdAAAAlAAAAI4AAQCLAAoAiQAQAIgAFQCHAB0AhwAlAIQALACCADIAfwA4AH0A&#10;PQB7AEMAeQBIAHgATgB2AFQAdQBbAHMAYwBxAG4AbwB6AG0AiQBsAJoAagCuAGkAzABoAPYAZwD/&#10;AGUA/wBkAP8AYwD/AMoAAAC0AAAAoQAAAJMAAACJAAAAggAAAHsAAAB4AAUAdgAMAHUAEQB0ABgA&#10;cwAfAHIAJQBwACwAbgAyAGwANwBqADwAaQBCAGgASABmAE4AZQBVAGMAXQBiAGYAYAByAF4AgABd&#10;AJIAWwClAFoAvgBZAOkAWQD/AFkA/wBYAP8AWAD/ALkAAACiAAAAkAAAAIMAAAB5AAAAcQAAAG0A&#10;AABpAAEAZgAJAGUADgBkABMAYwAZAGMAIABhACYAYAAsAF4AMQBcADcAWwA8AFoAQgBYAEgAVwBP&#10;AFYAVwBUAGAAUwBsAFEAeQBQAIoATwCeAE4AtABNANoATQD7AE0A/wBNAP8ATQD/AKoAAACUAAAA&#10;ggAAAHUAAABrAAAAZAAAAGAAAABdAAAAWgAFAFgADABXABAAVgAVAFYAGwBVACEAUwAnAFIALABR&#10;ADEATwA3AE4APQBNAEMATABKAEoAUgBJAFsASABmAEYAcwBFAIQARACXAEMArABCAMkAQgDxAEIA&#10;/wBDAP8AQwD/AJ4AAACJAAAAeAMAAGoEAABhBAAAWgMAAFUBAABSAAAAUAACAE4ACQBNAA0ATAAR&#10;AEsAFwBKABwASQAiAEgAJwBHAC0ARQAyAEQAOABDAD4AQgBFAEEATQA/AFYAPgBhAD0AbgA7AH4A&#10;OgCRADkApgA4AL8AOADoADgA/wA5AP8AOQD/AJUDAACABwAAbwkAAGIKAABYCwAAUQoAAEwIAABJ&#10;BgAARwMAAEYABgBEAAsAQwAPAEIAEwBBABgAQQAeAD8AIwA+ACkAPQAuADsANAA6ADoAOQBBADgA&#10;SQA3AFIANgBdADQAagAzAHoAMgCMADEAoQAwALgALwDeAC8A+QAvAP8AMAD/AIwJAAB4DAAAaA0A&#10;AFwOAABSDgAASw4AAEUNAABBDAAAPwoAAD4IAgA9BAgAPAENADsAEAA6ABUAOQAaADgAIAA2ACUA&#10;NQArADQAMAAzADcAMgA+ADEARgAvAFAALgBaAC0AZwArAHcAKgCJACkAnQAoALMAJwDRACcA8gAn&#10;AP8AJwD/AIYMAAByDgAAYxAAAFYRAABNEQAARREAAEAQAAA8DwAAOQ4AADcNAAA2CwQANggKADUG&#10;DgA0BRIAMgQXADEFHAAwBSIALwUoAC4GLgAtBjQAKwY8ACoGRAApB04AJwdZACYHZQAkB3UAIweH&#10;ACIHmwAgBrAAIAbLAB8F7QAfBv4AHwf/AIAOAABtEQAAXhIAAFITAABIEwAAQRMAADsTAAA3EgAA&#10;NBEAADIQAAAwDwEAMA0GADALCwAvChAALQoUACwLGQAqCx8AKQslACgMKwAnDDIAJgw6ACQMQwAj&#10;DE0AIQ1YACANZQAeDXUAHA2IABoNnAAZDbEAGAzKABcM6wAXDfwAGAz/AHsRAABpEwAAWhUAAE4W&#10;AABFFgAAPRYAADgVAAAzFQAAMBQAAC0TAAArEgAAKhADACoPCAApDg0AKA4RACYOFgAlDx0AJA8j&#10;ACMPKQAhEDEAIBA5AB4QQgAdEEwAGxBYABkQZgAXEHYAFRCJABQQngASELMAERDOABEQ7gASEP4A&#10;EhD/AHcTAABlFQAAVxcAAEsYAABCGQAAOhkAADQYAAAwFwAALBcAACkWAAAnFQAAJhQBACUSBAAj&#10;EgsAIhIPACESFAAgEhoAHhMgAB0TJwAcEy4AGhM2ABkUQAAXFEoAFhRWABQUZAASFHQAERSHABAU&#10;nAAOFLEADRTKAA0U6wAOE/4ADhP/AHMVAABhGAAAUxoAAEgbAAA/GwAANxsAADIaAAAtGgAAKRkA&#10;ACYYAAAkGAAAIhcAACAWAQAeFggAHRYNABsXEgAaFxcAGRcdABgYJAAWGCsAFRg0ABQYPQASGUgA&#10;ERlUABAZYgAOGXIADRmEAAwZmAAKGa0ACRjGAAkY5wAJGPoAChf/AG8YAABeGgAAUBwAAEUdAAA8&#10;HQAANR0AAC8dAAAqHAAAJhsAACMbAAAhGgAAHhoAABwaAAAaGwUAGBsMABYcEAAVHBUAFBwbABMc&#10;IgASHSkAER0xABAdOwAOHUUADR5RAAweXgAKHm0ACR6AAAcelAAFHaoAAx3CAAMd5gAEHPgABRz/&#10;AGsaAABbHQAATR4AAEIfAAA6HwAAMh8AAC0fAAAoHgAAJB4AACEdAAAeHQAAHB0AABgeAAAVHwIA&#10;EyAJABIhDgAQIRIAECEYAA4hHwAOIiYADSIuAAwiNwAKIkEACSJNAAciWgAFImkAAyJ8AAEikQAA&#10;IqgAACHAAAAh5QAAIPgAACD/AGcdAABXHwAASiEAAEAhAAA3IgAAMCEAACohAAAmIAAAIiAAAB8f&#10;AAAcHwAAGSAAABYhAAASIwIAECQHAA4mDAAMJhAACyYVAAomHAAJJiIACCYqAAYnMwAEJz0AAydJ&#10;AAEnVgAAJ2YAACd5AAAnjwAAJqYAACa/AAAl5AAAJfkAACT/AGMgAABUIgAARyMAAD0kAAA0JAAA&#10;LiMAACgjAAAkIgAAISIAAB4hAAAaIgAAFyMAABMkAAAQJgIADigHAAsqCwAIKw4ABisTAAQrGAAC&#10;Kx8AASwnAAAsMAAALDoAACxFAAAsUwAALGMAACx2AAAsjAAAK6QAACu+AAAq5AAAKvoAACn/AF8j&#10;AABQJQAARCYAADomAAAyJgAAKyYAACYlAAAjJAAAHyQAABskAAAXJQAAFCcAABEpAAAOKwIACy0G&#10;AAcvCwAEMA4AADARAAAxFQAAMRwAADEjAAAyLAAAMjYAADJCAAAyTwAAMl8AADJyAAAxiQAAMaIA&#10;ADC8AAAw5AAAL/sAAC//AFonAABMKAAAQCkAADcpAAAvKQAAKSgAACUnAAAhJgAAHCcAABgoAAAU&#10;KgAAESwAAA4uAAALMAEABzIFAAM0CQAANQwAADYPAAA3EgAAOBgAADggAAA4KAAAODIAADk9AAA5&#10;SwAAOVsAADhuAAA4hQAAN58AADe6AAA25AAANfwAADX/AFUqAABILAAAPSwAADQsAAAtKwAAKCoA&#10;ACQpAAAeKgAAGSsAABQtAAARLwAADTEAAAo0AAAHNgAAAjgEAAA6BwAAOwoAAD0NAAA+EAAAQBQA&#10;AEAbAABAJAAAQC4AAEA5AABARwAAQFYAAEBpAABAgAAAP5sAAD63AAA94wAAPPwAADz/AFAvAABD&#10;LwAAOS8AADIvAAAsLQAAJywAACAtAAAaLwAAFTEAABEzAAANNgAACTgAAAU7AAAAPQAAAEABAABB&#10;BAAAQwcAAEULAABGDgAASBEAAEoWAABKHgAASigAAEo0AABJQgAASVEAAElkAABIewAASJcAAEe0&#10;AABG4AAARfwAAET/AEozAAA/MwAANjMAADAxAAAqMAAAIzEAABwzAAAWNQAAETgAAA07AAAIPgAA&#10;A0EAAABDAAAARgAAAEgAAABKAAAATAQAAE4HAABPCwAAUQ4AAFQSAABVGQAAVSIAAFQuAABUPAAA&#10;VEsAAFNeAABTdAAAUpAAAFGuAABQ1wAAT/sAAE7/AEU3AAA8NwAANTYAAC80AAAmNQAAHjcAABc6&#10;AAARPQAADEEAAAdEAAAASAAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFgCAABbBgAAXQsAAF8O&#10;AABiEwAAYhsAAGInAABiNAAAYUUAAGBXAABgbQAAX4kAAF2nAABczAAAWvgAAFn/AEE8AAA6OwAA&#10;NDkAACo6AAAhPAAAGEAAABFDAAAMRwAABksAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAA&#10;YwAAAGUAAABnAQAAagUAAG0KAABwDgAAcxUAAHIgAAByLQAAcT0AAHBPAABvZQAAboAAAG2fAABr&#10;wQAAafEAAGj/AD9AAAA5PgAALj8AACRCAAAaRgAAEkoAAAxPAAAEVAAAAFgAAABdAAAAYQAAAGUA&#10;AABoAAAAawAAAG4AAABxAAAAcwAAAHUAAAB4AAAAewAAAH4DAACBCgAAhQ8AAIcXAACGJAAAhTQA&#10;AIRGAACCXQAAgXYAAH+WAAB+tgAAfOcAAHr/AD9EAAAzRQAAKEgAAB1MAAATUgAADFcAAANdAAAA&#10;YwAAAGgAAABtAAAAcQAAAHYAAAB6AAAAfgAAAIEAAACDAAAAhgAAAIkAAACLAAAAjgAAAJIAAACV&#10;AQAAmQkAAJ4QAACeGgAAnSkAAJw8AACaUgAAmGwAAJaLAACUqgAAktQAAJD6ADhLAAAsTgAAIFMA&#10;ABVZAAANYAAAA2cAAABuAAAAdAAAAHoAAACAAAAAhAAAAIoAAACOAAAAkgAAAJUAAACXAAAAmgAA&#10;AJ0AAACgAAAAowAAAKcAAACrAAAArwAAALQJAAC4EAAAtx4AALUwAACzRgAAsWAAAK9+AACsoAAA&#10;q8EAAKnuADFVAAAkWwAAGGEAAA5pAAAFcQAAAHkAAACBAAAAiAAAAI8AAACUAAAAmgAAAJ8AAACk&#10;AAAAqAAAAKkAAACsAAAArwAAALMAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMsAAADRCgAA0xQAANEl&#10;AADQOwAAzVQAAMpxAADIkgAAxbMAAMPeACliAAAcaQAAEXEAAAd7AAAAhAAAAI0AAACVAAAAnQAA&#10;AKMAAACpAAAArwAAALQAAAC5AAAAvAAAAL4AAADCAAAAxQAAAMgAAADMAAAA0AAAANQAAADaAAAA&#10;3wAAAOQAAADqAAAA7gwAAO0aAADsLwAA6kkAAOhlAADmhgAA5KUAAOLGAP8AAAD/AAAA/wAAAPwA&#10;AQD8AAgA/gAOAP8AFAD/AB0A/wAmAP8AMAD/ADoA/wBCAP8ASQD+AFAA+wBWAPkAXAD2AGIA9ABo&#10;APIAbwDwAHYA7QB/AOoAiQDnAJUA5ACjAOAAtQDbANAA1QD2AMoA/wC2AP8AqAD/AJ8A/wCaAP8A&#10;lgD/AP8AAAD7AAAA9gAAAPMAAADzAAAA9gAJAPoADgD9ABYA+wAgAPcAKgDyADMA7QA7AOkAQwDm&#10;AEkA4gBPAN4AVQDbAFsA1gBgANIAZwDPAG4AzAB2AMkAgADGAIwAwgCaAL8AqgC7AMEAuADpALYA&#10;/wCnAP8AmgD/AJIA/wCNAP8AigD/APoAAADxAAAA6gAAAOcAAADnAAAA5AABAOAACwDbABEA2gAa&#10;ANsAIwDRACwAygA0AMYAOwDCAEIAvwBIALwATgC6AFMAuABZALYAXwCzAGYAsQBuAK4AdwCsAIMA&#10;qQCRAKYAoQCjALUAoADYAJ4A+wCVAP8AiwD/AIUA/wCAAP8AfgD/AO8AAADjAAAA2gAAANMAAADG&#10;AAAAvwAAALkABgC3AA4AtAAUALQAHQCzACUArgAtAKsANACnADsApABBAKEARgCfAEwAnQBRAJsA&#10;VwCZAF4AlwBlAJUAbgCTAHkAkACHAI4AlwCMAKkAiQDEAIgA7wCFAP8AfAD/AHYA/wBzAP8AcgD/&#10;AOAAAADQAAAAxgAAALYAAACpAAAAoQAAAJ0AAQCZAAoAmAAQAJgAFgCXAB4AlAAmAJEALQCPADQA&#10;jAA6AIoAPwCIAEUAhwBKAIUAUACDAFYAgQBeAIAAZgB+AHEAfAB9AHkAjQB3AKAAdQC2AHMA3wBy&#10;AP8AbgD/AGkA/wBnAP8AZQD/AMwAAAC+AAAAqwAAAJ0AAACTAAAAigAAAIUAAACCAAUAgAANAH8A&#10;EQB/ABgAgAAgAH0AJgB6AC0AdwAzAHUAOAB0AD4AcgBDAHAASQBvAE8AbQBWAGwAXgBqAGgAaAB1&#10;AGcAhABlAJYAZACrAGIAyQBhAPYAYAD/AFwA/wBbAP8AWgD/AL0AAACpAAAAlwAAAIkAAAB+AAAA&#10;eAAAAHMAAABvAAEAbQAJAGwADgBrABMAawAZAGoAIABoACYAZgAsAGUAMgBjADcAYgA8AGAAQgBf&#10;AEgAXQBPAFwAVwBaAGEAWQBtAFcAewBWAI4AVQCiAFMAuwBSAOkAUgD/AFAA/wBPAP8ATwD/AK0A&#10;AACYAAAAhgAAAHgAAABuAAAAZwAAAGMAAABgAAAAXQAFAFwACwBbABAAWwAVAFsAGwBaACEAWAAm&#10;AFYALABUADEAUwA2AFIAPABRAEIATwBJAE4AUQBNAFsASwBmAEoAdABJAIUASACZAEcAsQBGANgA&#10;RgD8AEUA/wBFAP8ARQD/AJ8AAACJAAAAeAAAAGwAAABiAAAAWwAAAFYAAABTAAAAUQACAE8ACABP&#10;AA0ATgARAE4AFgBNABwATAAhAEoAJgBJACwASAAxAEcANwBFAD0ARABEAEMATABCAFUAQABgAD8A&#10;bgA+AH4APQCSADwAqQA7AMcAOwDzADsA/wA7AP8APAD/AJMAAAB+AAAAbgAAAGEAAABYAAAAUQAA&#10;AEwAAABJAAAARwAAAEUABQBEAAsAQwAOAEMAEgBDABcAQgAdAEAAIgA/ACcAPgAsAD0AMgA7ADgA&#10;OgA/ADkARwA4AFAANwBbADUAaAA0AHgAMwCMADIAogAxALwAMQDnADEA/wAyAP8AMwD/AIkAAAB2&#10;AwAAZgUAAFkHAABQBwAASQYAAEMFAABAAwAAPgEAADwAAwA7AAgAOgANADoAEAA5ABQAOQAZADcA&#10;HgA2ACMANQAoADQALgAzADQAMgA7ADAAQwAvAEwALgBXAC0AZAAsAHMAKwCHACoAnAApALUAKQDc&#10;ACkA+wApAP8AKgD/AIEEAABuCAAAXwoAAFMLAABKCwAAQgsAAD0KAAA5CQAANggAADUFAAA0AgYA&#10;MwAKADIADgAxABEAMQAVADAAGgAvAB8ALgAkACwAKgArADAAKgA3ACkAPwAoAEkAJwBUACYAYAAk&#10;AG8AIwCCACIAlwAhAK4AIQDMACEA8wAhAP8AIgD/AHsJAABoDAAAWg0AAE4OAABFDgAAPQ4AADgN&#10;AAAzDQAAMAwAAC4LAAAtCQMALQYIACwEDAArAg8AKgESACkBFwAoARwAJwAhACYAJwAlAC0AJAA0&#10;ACMBPQAiAUYAIQFRAB8BXQAeAWwAHAF/ABsAlAAaAKoAGgDFABoA6wAZAP8AGgD/AHUMAABkDgAA&#10;VQ8AAEoQAABAEAAAORAAADMQAAAvDwAALA4AACkOAAAnDQEAJwwFACcKCgAmCA0AJQcQACQGFAAi&#10;BhkAIQYfACAHJAAfBysAHgcyAB0HOgAcCEQAGghPABkIXAAXCGsAFgh9ABUHkQAUB6cAEwa/ABIF&#10;5AASBfoAEgX/AHEOAABfEAAAUREAAEYSAAA9EgAANhIAADASAAArEQAAKBEAACUQAAAjEAAAIg4E&#10;ACENBwAhDAsAIAsOAB8LEgAdCxcAHAwcABsMIgAaDCkAGQwxABgMOQAWDUMAFQ1PABMNXAASDWsA&#10;EA1+AA8NkgAODacADQy+AA0M4AANDPUADQz/AG0QAABcEQAAThMAAEMUAAA6FAAAMhQAAC0UAAAo&#10;EwAAJRMAACISAAAgEQAAHhEDABwQBQAcDwgAGw8MABoOEAAZDxQAFw8aABYPIQAVECgAFBAwABIQ&#10;OQAREEQAEBBQAA4QXQANEGsADBB8AAsQkAAJEKUACBC8AAcQ3wAHEPQABw//AGkRAABYFAAASxUA&#10;AEAWAAA3FgAAMBYAACoWAAAmFQAAIhUAAB8UAAAdEwAAGhMCABkSBAAXEgYAFhIKABUSDgAUEhIA&#10;EhIYABETHgAREyUAEBMuAA4TNwANFEAADBRLAAsUWAAJFGcABxR4AAYUjQAEFKMAAxO7AAIT3QAB&#10;EvQAAhL/AGUTAABVFgAASBcAAD0YAAA0GAAALRgAACgYAAAjFwAAIBcAAB0WAAAaFQAAGBUCABYV&#10;BAAUFQUAEhYIABEWDQAQFxAADhcVAA4XGwANFyIADBcpAAsYMgAJGDwABxhHAAUYVAAEGGMAAhh1&#10;AAEYiwAAF6EAABe5AAAX3QAAFvUAABb/AGEWAABSGAAARRoAADsaAAAyGgAAKxoAACUaAAAhGQAA&#10;HhgAABsYAAAYFwAAFhcCABQXAwASGAUAEBkHAA4bCwAMGw8ACxsTAAobGAAIHB8ABxwmAAUcLwAE&#10;HDgAAhxEAAAdUQAAHWAAAB1yAAAciAAAHKAAABu5AAAb3gAAGvYAABr/AF4YAABPGgAAQhwAADgc&#10;AAAvHQAAKRwAACMcAAAfGwAAHBoAABkZAAAXGQEAFBkCABIaAwAQGwQADh0HAAweCwAJHw4ABiAR&#10;AAUgFgADIBwAASEjAAAhKwAAITUAACFAAAAhTgAAIV0AACFvAAAhhgAAIJ4AACC4AAAf3gAAHvgA&#10;AB7/AFobAABLHQAAPx4AADUfAAAtHwAAJx4AACIdAAAeHQAAGxwAABgbAAAVGwAAEhwAABAdAgAO&#10;HwQADCEGAAkiCgAFIw0AAiQQAAAlEwAAJRkAACYgAAAmKAAAJjIAACY9AAAmSgAAJloAACZsAAAm&#10;gwAAJZwAACW3AAAk3wAAI/kAACP/AFUeAABHIAAAPCEAADIhAAArIQAAJSAAACAfAAAdHgAAGh0A&#10;ABYeAAATHgAAECAAAA4hAAAMIwIACCUFAAUnCQAAKAsAACoOAAArEQAALBYAACwdAAAsJQAALC4A&#10;ACw6AAAsRwAALFYAACxpAAAsgAAAK5oAACq1AAAp3wAAKfsAACj/AFEiAABEIwAAOCQAAC8kAAAo&#10;IwAAIyIAAB8hAAAcIAAAFyAAABMhAAAQIwAADiQAAAsmAAAIKAAABCoEAAAsBwAALgkAADAMAAAx&#10;DwAAMxMAADMZAAAzIQAAMyoAADM1AAAzQwAAM1IAADNlAAAyewAAMpcAADGzAAAw3gAAL/sAAC7/&#10;AEwlAAA/JgAANScAAC0mAAAnJQAAIiQAAB4jAAAZIwAAFCQAABEmAAAOKAAACyoAAAcsAAADLwAA&#10;ADECAAAzBAAANQcAADcKAAA5DQAAOhAAADsVAAA7HQAAOyYAADsxAAA7PgAAO04AADtgAAA6dwAA&#10;OZIAADiwAAA32wAANvwAADX/AEcpAAA7KgAAMioAACspAAAlJwAAISYAABsnAAAVKAAAESoAAA4s&#10;AAAKLwAABjEAAAE0AAAANgAAADgAAAA7AQAAPQQAAD8HAABBCgAAQw4AAEURAABFGAAARSEAAEUs&#10;AABEOQAAREgAAERbAABDcQAAQo0AAEGrAABA0gAAP/oAAD7/AEItAAA4LgAALy0AACkrAAAkKgAA&#10;HSoAABcsAAARLgAADTEAAAk0AAAENwAAADoAAAA8AAAAPwAAAEEAAABEAAAARgAAAEgDAABKBwAA&#10;TAsAAE4OAABQEwAAUBwAAFAnAABPNAAAT0MAAE9VAABOagAATYYAAEykAABKygAASfgAAEj/AD4y&#10;AAA1MQAALi8AACkuAAAgLgAAGTEAABIzAAAONwAACToAAAI9AAAAQAAAAEQAAABHAAAASQAAAEwA&#10;AABPAAAAUQAAAFMAAABVAQAAWAYAAFoLAABdDgAAXxUAAF4gAABeLAAAXTwAAFxOAABbYwAAWn4A&#10;AFidAABXwAAAVfIAAFT/ADo2AAAzNAAALTIAACQzAAAbNgAAEzkAAA49AAAIQQAAAEUAAABJAAAA&#10;TAAAAFAAAABTAAAAVgAAAFkAAABbAAAAXQAAAGAAAABiAAAAZQAAAGgFAABrCwAAbxAAAG8YAABu&#10;JQAAbTQAAG1GAABrWwAAanUAAGiUAABmtgAAZOkAAGL/ADg5AAAyNwAAKDkAAB47AAAVPwAADkQA&#10;AAdJAAAATQAAAFIAAABWAAAAWgAAAF4AAABiAAAAZQAAAGgAAABrAAAAbQAAAHAAAABzAAAAdgAA&#10;AHkAAAB9BAAAgQsAAIURAACEHQAAgiwAAIA+AAB+VAAAfmsAAHuKAAB6qgAAd9YAAHX9ADg9AAAs&#10;PgAAIkEAABdGAAAPSwAAB1EAAABXAAAAXAAAAGIAAABmAAAAawAAAG8AAAB0AAAAeAAAAHsAAAB+&#10;AAAAgAAAAIMAAACGAAAAigAAAI0AAACRAAAAlgMAAJsMAACdEwAAmyEAAJozAACXSQAAlGIAAJN/&#10;AACQoAAAjsUAAIzzADFEAAAlSAAAGk0AABBTAAAIWgAAAGEAAABoAAAAbgAAAHQAAAB5AAAAfwAA&#10;AIQAAACJAAAAjQAAAJEAAACTAAAAlgAAAJkAAACdAAAAoAAAAKQAAACoAAAArAAAALIDAAC3DQAA&#10;txcAALUoAACyPgAAsFYAAKxzAACqlAAAqbQAAKXlACpPAAAeVAAAElsAAApiAAAAagAAAHMAAAB7&#10;AAAAggAAAIkAAACOAAAAlAAAAJoAAACfAAAApAAAAKYAAACpAAAArQAAALAAAACzAAAAtwAAALsA&#10;AADAAAAAxQAAAMsAAADRBAAA1Q4AANMdAADQMgAAzUsAAMpmAADGhwAAwqkAAMHLACJbAAAWYgAA&#10;DGsAAAF0AAAAfQAAAIcAAACQAAAAlwAAAJ4AAACkAAAAqwAAALEAAAC2AAAAugAAALwAAADAAAAA&#10;xAAAAMgAAADLAAAAzwAAANQAAADaAAAA4AAAAOYAAADrAAAA8QYAAPATAADuJwAA7D8AAOpbAADn&#10;egAA5JsAAOC7AP8AAAD7AAAA9gAAAPMAAAD0AAUA9gAMAPoAEQD/ABkA/wAiAP8ALAD/ADUA/wA9&#10;AP8ARQD8AEwA+gBSAPcAWAD1AF4A8wBkAPEAagDuAHIA7AB6AOkAhQDlAJEA4QCgAN0AsgDYAM4A&#10;0gD2AMEA/wCtAP8AngD/AJYA/wCQAP8AjAD/APoAAADyAAAA7AAAAOkAAADpAAAA7AAFAPIADAD4&#10;ABIA9wAbAPUAJQDwAC4A6wA3AOYAPgDiAEUA3QBLANgAUADTAFYA0ABcAM0AYgDKAGoAyAByAMUA&#10;fADCAIgAvgCWALoAqAC3AL8AtADoAK4A/wCdAP8AkAD/AIgA/wCDAP8AgAD/APAAAADlAAAA3gAA&#10;ANoAAADbAAAA3AAAANgABwDRAA4A0QAVANIAHgDLACcAxQAvAMAANwC9AD0AugBEALcASQC1AE8A&#10;sgBVALAAWwCuAGEArABpAKkAcwCnAH8ApACNAKEAngCeALIAmwDVAJkA/ACMAP8AggD/AHsA/wB2&#10;AP8AdAD/AOIAAADTAAAAygAAAMcAAAC8AAAAtgAAALAAAQCvAAsArAARAK0AGACtACAAqAAoAKQA&#10;LwCgADYAnQA8AJsAQgCZAEcAlwBNAJUAUwCTAFkAkQBhAI8AagCMAHUAigCDAIgAlACGAKcAgwDC&#10;AIIA8AB8AP8AcwD/AG0A/wBqAP8AaAD/AM8AAADBAAAAuQAAAK0AAACgAAAAmAAAAJQAAACRAAYA&#10;kAANAJAAEgCPABkAjgAhAIsAKACIAC8AhgA1AIQAOgCCAEAAgABFAH4ASwB8AFIAegBZAHgAYgB2&#10;AGwAdAB5AHIAiQBxAJ0AbwC0AG0A3wBsAP8AZQD/AGAA/wBeAP8AXAD/AL4AAACxAAAAoAAAAJIA&#10;AACJAAAAggAAAHwAAAB6AAEAeAAJAHcADgB4ABQAdwAaAHQAIQByACcAcAAtAG4AMwBsADgAawA+&#10;AGkARABoAEoAZgBRAGQAWgBjAGQAYQBwAF8AfwBeAJMAXQCpAFwAyABbAPcAVwD/AFQA/wBSAP8A&#10;UQD/ALAAAACfAAAAjQAAAH8AAAB0AAAAbgAAAGoAAABmAAAAZQAEAGMACwBjABAAYwAVAGMAGwBh&#10;ACEAXwAnAF0ALABcADIAWgA3AFkAPQBXAEMAVgBLAFUAUwBTAFwAUgBoAFAAdwBPAIkATgCfAE0A&#10;ugBMAOkASwD/AEkA/wBHAP8ARwD/AKIAAACNAAAAfAAAAG4AAABlAAAAXgAAAFkAAABXAAAAVQAB&#10;AFQABwBTAA0AUwARAFQAFgBSABsAUQAhAE8AJgBOACsATAAxAEsANwBKAD0ASQBEAEcATABGAFYA&#10;RABhAEMAcABCAIEAQQCXAEAArwA/ANcAPwD/AD4A/wA9AP8APgD/AJQAAAB/AAAAbwAAAGMAAABZ&#10;AAAAUQAAAE0AAABKAAAASAAAAEcABABHAAoARgAOAEYAEQBHABYARQAcAEQAIQBCACYAQQArAEAA&#10;MQA+ADcAPQA+ADwARwA6AFAAOQBbADgAaQA3AHoANgCPADUApwA1AMYANAD1ADQA/wA0AP8ANQD/&#10;AIgAAAB0AAAAZQAAAFgAAABPAAAASAAAAEMAAAA/AAAAPQAAADwAAgA8AAcAOwAMADsADwA7ABIA&#10;OgAXADkAHAA3ACEANgAmADUALAA0ADIAMwA5ADEAQQAwAEsALwBWAC4AYwAtAHMALACIACwAoAAr&#10;ALsAKwDqACsA/wArAP8ALAD/AH8AAABsAAAAXQEAAFECAABIAwAAQAMAADsCAAA3AAAANAAAADMA&#10;AAAyAAUAMgAJADIADQAxABAAMQATADAAGAAvAB0ALQAiACwAKAArAC4AKgA1ACkAPQAoAEYAJwBR&#10;ACYAXgAlAG4AJACCACMAmQAjALMAIgDeACIA/wAjAP8AJAD/AHcAAABlBAAAVgYAAEsHAABCCAAA&#10;OggAADUHAAAwBgAALQUAACwDAAArAAMAKgAHACkACwApAA4AKQARACgAFQAnABkAJgAeACUAJAAk&#10;ACoAIwAxACIAOQAhAEMAIABOAB8AWgAeAGkAHQB8ABwAkwAbAKwAGwDNABsA9gAbAP8AHAD/AHAF&#10;AABfCAAAUQoAAEYLAAA9CwAANQsAADALAAArCgAAKAkAACUIAAAkBwIAIwQGACMCCQAiAQwAIgAP&#10;ACEAEgAgABYAHwAbAB4AIAAdACYAHAAuABsANgAaAD8AGQBKABgAVwAXAGYAFgB4ABUAjwAVAKYA&#10;FADDABQA7gAUAP8AFQD/AGsIAABbCwAATQwAAEINAAA5DQAAMQ0AACwNAAAnDQAAIwwAACEMAAAf&#10;CwEAHgoFAB0ICAAdBgsAHAUNABwEEAAbBBQAGQQYABkEHgAYBCMAFwQrABYEMwAVBDwAFARHABMD&#10;VAASA2MAEQN1ABACigAQAaIADwC8AA8A5QAPAP4AEAD/AGcLAABXDQAASQ4AAD4PAAA1DwAALg8A&#10;ACgPAAAkDgAAIA4AAB0OAAAbDQEAGQ0EABgMBwAYCwkAFwkMABcJDgAWCRIAFQkWABQJGwATCSEA&#10;EgkoABIJMAARCToAEAlFAA8JUgAOCWEADQlzAAwIiAALCJ8ACge3AAoG2wAKBfYACgT/AGMNAABT&#10;DgAARhAAADsRAAAyEQAAKxEAACUQAAAhEAAAHRAAABoPAAAYDwEAFg4EABUOBwAUDQkAEw0LABMM&#10;DQASDBAAEQwUABAMGQAQDB8ADwwnAA4NLwANDTkADA1FAAsNUQAJDWAACA1xAAYNhgAFDZ0ABAy0&#10;AAMM0gACDPEAAgv/AF8OAABQEAAAQxEAADgSAAAvEgAAKBIAACMSAAAeEQAAGxEAABgRAAAVEAIA&#10;FBAFABIQBwARDwkAEA8KABAODAAODg4ADg8SAA0PFwAMEB0ADBAkAAoQLAAJEDYACBBBAAYQTgAF&#10;EF0AAxBvAAEQhAAAEJwAAA+0AAAO1AAADvMAAA7/AFwQAABNEgAAQBMAADYUAAAtFAAAJhQAACET&#10;AAAcEwAAGRIAABYSAAAUEQMAEhEGABERCAAQEAoADhALAA0RCwAMEQ0ACxIRAAoSFQAJEhoACBIh&#10;AAYTKQAFEzMAAxM+AAITSwAAE1oAABNsAAATggAAEpsAABK0AAAR1wAAEfUAABH/AFgSAABJFAAA&#10;PRUAADMWAAArFgAAJBUAAB8VAAAaFAAAFxQAABQTAQATEgQAERIHABASCQAOEgkADRIJAAsTCgAJ&#10;FA0ABxUPAAYWEwAEFhgAAxYfAAIWJwAAFzAAABc7AAAXSAAAF1gAABdqAAAWgAAAFpkAABW0AAAV&#10;2QAAFPcAABP/AFUUAABGFgAAOhcAADAYAAAoGAAAIhcAAB0WAAAZFgAAFhUAABMUAwASEwYAEBMH&#10;AA8TBwANFAcACxUIAAkWCQAGGAwAAxoOAAEaEQAAGhYAABscAAAbJAAAGy0AABs4AAAbRgAAHFUA&#10;ABtnAAAbfQAAG5cAABqzAAAZ2wAAGPkAABf/AFEWAABDGAAANxkAAC4aAAAmGgAAIBkAABsYAAAY&#10;FwAAFRYBABMVBQARFQQADxUEAA0WBAALFwUACRkGAAYaCAACHAoAAB4NAAAgEAAAIBMAACAZAAAg&#10;IQAAISoAACE1AAAhQgAAIVIAACBkAAAgegAAH5UAAB+xAAAe2wAAHfoAABz/AE0ZAAA/GwAANBwA&#10;ACscAAAkHAAAHhsAABoaAAAXGAAAFBcCABIXAgAQGAEADRkBAAsaAgAIHAMABR0EAAIfBgAAIQgA&#10;ACMLAAAlDgAAJhEAACYWAAAmHgAAJycAACcyAAAnPwAAJk4AACZgAAAmdwAAJZIAACSvAAAj2gAA&#10;IvsAACH/AEgdAAA8HgAAMR8AACgeAAAiHgAAHRwAABkbAAAWGgAAEhoAABAbAAANHAAACx0AAAgf&#10;AAAEIQAAASMCAAAlBAAAJwYAACkJAAAsDAAALg8AAC4TAAAuGgAALiMAAC4uAAAuOwAALkoAAC1c&#10;AAAtcgAALI4AACusAAAq1AAAKfsAACj/AEQgAAA4IQAALiEAACYhAAAgIAAAHB4AABgdAAAUHQAA&#10;EB4AAA4fAAALIQAAByMAAAMlAAAAJwAAACkAAAAsAQAALgMAADAGAAAzCgAANQ0AADYRAAA2FwAA&#10;Nh8AADYpAAA2NgAANkUAADVXAAA1bQAANIkAADKoAAAxzwAAMPoAAC//AD8kAAA0JAAAKyQAACQj&#10;AAAfIQAAGyAAABYgAAARIQAADiMAAAolAAAGKAAAAioAAAAtAAAALwAAADIAAAA0AAAANwAAADkD&#10;AAA7BgAAPgoAAEAOAABBEgAAQRoAAEAlAABAMQAAQEAAAD9SAAA+ZwAAPYIAADyiAAA6xwAAOfgA&#10;ADj/ADooAAAwKAAAKScAACMlAAAfIwAAGCQAABIlAAAOKAAACioAAAUtAAAAMAAAADMAAAA2AAAA&#10;OAAAADsAAAA+AAAAQAAAAEIAAABFAgAARwYAAEoKAABNDgAATRUAAEwfAABMKwAASzoAAEpMAABJ&#10;YQAASHwAAEebAABFvwAAQ/MAAEL/ADYsAAAtKwAAJykAACMnAAAbKAAAFCoAAA4tAAAKMAAABDMA&#10;AAA3AAAAOgAAAD0AAABAAAAAQwAAAEYAAABIAAAASwAAAE0AAABQAAAAUwEAAFYGAABZCwAAWxAA&#10;AFsZAABaJQAAWTQAAFhGAABXWgAAVXQAAFSTAABStQAAUOoAAE//ADMwAAAsLgAAJywAAB4tAAAW&#10;LwAAEDIAAAo2AAADOgAAAD8AAABCAAAARgAAAEkAAABMAAAATwAAAFIAAABVAAAAWAAAAFoAAABd&#10;AAAAYAAAAGMAAABnBgAAawwAAGwSAABrHgAAaywAAGk9AABnUgAAZmoAAGSJAABhqwAAX9wAAF3/&#10;ADEzAAAsMQAAIjIAABk1AAAROQAACj0AAAJCAAAARwAAAEwAAABQAAAAVAAAAFgAAABbAAAAXwAA&#10;AGIAAABlAAAAaAAAAGsAAABuAAAAcQAAAHUAAAB5AAAAfQYAAIINAACCFgAAgCQAAH41AAB8SQAA&#10;e2EAAHh/AAB2nwAAc8YAAHD3ADE2AAAmOAAAHDsAABJAAAALRQAAAksAAABRAAAAVgAAAFsAAABg&#10;AAAAZQAAAGkAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4AAACCAAAAhQAAAIkAAACOAAAAkwAAAJgG&#10;AACcDgAAmxoAAJgrAACWQAAAklkAAJFzAACNlQAAi7UAAIjoACs+AAAgQQAAFUcAAA1NAAACVAAA&#10;AFsAAABhAAAAaAAAAG4AAABzAAAAeQAAAH4AAACDAAAAiAAAAIwAAACPAAAAkgAAAJUAAACZAAAA&#10;nQAAAKEAAAClAAAAqgAAALAAAAC3BwAAuBEAALUhAACyNQAAr00AAKppAACoiAAApqgAAKLRACNI&#10;AAAYTgAADlQAAARcAAAAZAAAAG0AAAB1AAAAfAAAAIMAAACJAAAAjwAAAJUAAACbAAAAoAAAAKMA&#10;AACmAAAAqQAAAK0AAACxAAAAtQAAALkAAAC+AAAAxAAAAMoAAADSAAAA2goAANYWAADSKQAAzkEA&#10;AMpcAADFfAAAwp0AAMG9ABxVAAARXAAAB2UAAABuAAAAdwAAAH8AAACIAAAAkAAAAJgAAACfAAAA&#10;pQAAAK0AAACzAAAAuAAAALoAAAC+AAAAwgAAAMYAAADKAAAAzgAAANMAAADaAAAA4AAAAOcAAADt&#10;AAAA8wAAAPQOAADyHgAA7zYAAOxRAADobgAA5JAAAN+xAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJ&#10;CgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BS&#10;U1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJma&#10;nJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj&#10;5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////////&#10;//////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0u&#10;LzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3&#10;eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/&#10;wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////&#10;////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkK&#10;Cw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJT&#10;VFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqc&#10;nZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk&#10;5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////&#10;/////wABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0&#10;NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xt&#10;bm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWm&#10;p6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f&#10;4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAA&#10;AAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAh&#10;IiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFla&#10;W1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKT&#10;lJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvM&#10;zc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgID&#10;AwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQl&#10;JiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhq&#10;bW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zN&#10;zc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz&#10;8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMT&#10;FBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+&#10;P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqs&#10;ra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi&#10;4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//pSUG/6Qw&#10;Dv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmonc&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOr&#10;dre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a&#10;8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+m&#10;Ohj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9&#10;pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRl&#10;cOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/&#10;sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnC&#10;t6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTC&#10;bIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj&#10;/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9&#10;y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbX&#10;unCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tL&#10;Mv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7Gd&#10;gtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZ&#10;zLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/B&#10;VUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG&#10;/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOr&#10;moncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/piUG/6QwDv+nOhj/skMi/7xLMv/DVEX8xl1a8chkcePGaofWwG+by7hy&#10;rMKxdLq7rXfEtKl7zaujf9SinoXbmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7h&#10;mZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuH/piUG/6UwDv+oOhf/s0Mi/75LMf/FVEX5&#10;yVxb781jcePMaYjVxm2cyb9wrr22crq0sHXDq6p4yqKlfNGZoYHYkJ2J3ZCdid2QnYndkJ2J3ZCd&#10;id2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid3/piUG/6Uw&#10;Dv+qOhf/tUMi/8BLMf3IU0X2zVtb7dFhcuHQZ4nRy2udwsBurba3cbissXPBo6x2yJqoec6SpH7U&#10;iaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJ&#10;oIXYiaCF2Imghdj/pyUG/6UwDv+rOhf/tkMh/8FLMfrLUkTz0Vpa6tlgct7WZYnLzGqcu8Ftq6+5&#10;cLaltHK+nK90xJSrd8qLp3vPhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB&#10;1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdT/pyUG/6YwDv+tOhb/uEIh/sRKMPfOUkTw1lha&#10;5+BectbaZIjEzWmatMNsqKi7b7KetnC6lrJywI6udsaGqnrKf6d/zn+nf85/p3/Of6d/zn+nf85/&#10;p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf87/qCUG/6cwDv+u&#10;ORb/ukIg+8ZKL/TTUUPr3Vda4+Zccc7bZIe9z2mYrsVrpaK+bq+YuW+2kLVxvIixdMGBrnjFe6x9&#10;yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3J&#10;e6x9yXusfcn/qCQG/6cwDf+wORX/vUIf98lKL+/YUELm41VZ3OhbcMbdY4W20WiVp8hroZzBbaqT&#10;vG+xirlxtoS1dLt9sne/d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnew&#10;fMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfML/qSQF/6gwDf+zORT+wEIe881KLendT0Dh6VNZ0+pb&#10;b7/fY4Kv02eRoctqnZbFbaWNwG+rhr1xsH+6c7V6t3e4dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7&#10;dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7v/qiQF/6kvDf+2OBP5&#10;xEEd7dJJK+LjTUDb71JYyu1abbfhYn+o1meNm89ql5HJbZ+IxW+lgsJxqXu/dK12vXewcbt7s3G7&#10;e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7&#10;s3G7e7P/qyQF/6svDf+6OBLzyUEb5NpJKNjoTEDO81FXwO9Za67kYXqg3GeGlNRrkIvPbpeEzHCc&#10;fclzoHjGdaNzxHimbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKlu&#10;wnypbsJ8qW7CfKluwnypbsJ8qW7CfKn/rSQF/7AvC/vAOA/q0EEX2uJGKMzuTEHD+VBVtfNYZqXp&#10;YXSX4Wd+jdtrhoXXb4x/1HKRetF1lHXPeJdxzXuabMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+&#10;nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpz/ryME/7YtCfHINgzd3D0T&#10;zepGKsH2S0C2/09RqvdYYJvvYWuP6Gh0heRte3/gcYB53nSDddx4hnLae4lu2H6La9aCjWvWgo1r&#10;1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvW&#10;go3/sSME+r8sBuPULwfO5jsWwfNFK7T/ST2o/05Mnv1XWJH2YWGG8Wlpf+1vbnnqdHJ16Hd1ced6&#10;d27lfXlr5IB7aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8&#10;aeOEfGnjhHxp44R8aeOEfGnjhHz/tSID68siAtDjJwfC8ToZtP5CKqb/Rjmb/01Fkv9WT4b+YlZ+&#10;+mpcd/dwYHP1dWNv83hlbfJ8Z2rxf2ho8IJqZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bv&#10;hWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWv2whsB1N8RAcLvJgu1/Doap/8+&#10;J5n/RDON/0s9hf9VRXz/YUt1/2pPcP9wUmz/dVRq/nlWaP18V2b8f1hk/IJaY/uGW2P7hltj+4Zb&#10;Y/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hlvU&#10;zwoAxO0SArX7Jg2o/zYZmf87I4z/QSyA/0o0eP9TOnH/Xz9s/2lDaP9vRWX/dEdj/3dIYv97SWH/&#10;fkpf/4FKXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+E&#10;S17/hEte/4RLXv+ES17/hEv/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ&#10;2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2&#10;Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF&#10;/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6&#10;g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7&#10;mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/&#10;uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50t&#10;DP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HF&#10;t3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6b&#10;f6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P&#10;+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+e&#10;OBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+X&#10;y7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bI&#10;k4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7Zm&#10;Y+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/&#10;qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9&#10;oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sx&#10;wo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+fOBX/qkAe/7NJK/+5Ujz/u1xP+rplZO24&#10;bXjhsHOL1ah5nMyffarFl4G1v5GFvrqMicW2h4/MsoOW0q+BoNanfqLTp36i06d+otOnfqLTp36i&#10;06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otP/nyIF/54tDP+gNxT/q0Ae&#10;/7RJK/+7Ujz/vVtQ+r5kZOy8bHngtXKN0613nsqkeq3CnH65vJaCw7eQh8qyi4zSroeV2KaDndqh&#10;gqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGC&#10;odX/oCIF/54tDP+hNxT/rEAd/7ZIK/+9UTz/wFpQ+sFjZezBanreuXCP0rF1ocioeLDAoXu8uZt/&#10;x7SWhM+wlI3Vq5GX2qCJnNyaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDX&#10;moig15qIoNeaiKDXmoig15qIoNf/oCIF/54tDP+iNxT/rUAd/7dIKv+/UTz/wlpQ+cRiZevFaXve&#10;vm6Q0bZzo8audrO+p3nAuKN/ybShhs+snI3Vo5aU2pqRnNyVjp/YlY6f2JWOn9iVjp/YlY6f2JWO&#10;n9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9j/oCIF/58tDP+jNxT/rkAd/7hI&#10;Kv/BUDz+xVlQ98hgZuvKZ3zdw22Rz7xxpcW0dLW9sHnAtqx/yK6nhc+loYrVnJyR2pWZnNyPlJ/Y&#10;j5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9j/&#10;oSIF/58tDP+kNxT/sD8c/7pIKv/DUDv7yFhQ9ctfZunPZnzcyWuSzsNvpsG6crW2snbArKx7yKSo&#10;f86cpIXUlKCN2I2fmduKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf&#10;2Iqcn9iKnJ/Yipyf2Iqcn9j/oSIF/6AtDP+mNhP/sT8c/7tIKf7GTzv4y1dQ8tBeZufUZH3az2mT&#10;yMVtprq7cLSts3O/o612x5qoes2SpX/SiqKG14SgkdmEopzXhKKc14SinNeEopzXhKKc14SinNeE&#10;opzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNf/oSIF/6AtDP+nNhP/sz8c/71HKfzI&#10;Tjv1zlZP7tVdZuTaYn3T0miSwcZspLO8b7GmtXK8nK90xJOrd8qLp3vPg6SB1H2ii9Z7o5XVe6OV&#10;1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldX/oiEF&#10;/6AtDP+oNhL/tD8b/79HKPnLTjry01VP6txbZuDgYX3M02eRu8hroqy+bq+gt3C4lbJzwI2udsWF&#10;qnrKfqh/znimh9F1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWl&#10;j9J1pY/SdaWP0nWlj9L/oiEF/6EsC/+qNhL/tj4b/cJHKPXNTjnu2VRO5uNZZdjiYHvF1WaPtMpq&#10;n6XBbauZum+0kLVyu4ixdcCBrnjFeqx9yXSqhMtxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvM&#10;camLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8z/oyEF/6IsC/+sNRH/uT4a+cVHJ/DRTTjp&#10;4FJM4ulXZM7kX3q912aMrcxqm5/EbKeTvm+virlxtYO2dLp8s3e+drF8wnGvgsRurofGbq6Hxm6u&#10;h8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8b/pCEF/6Ms&#10;C/+vNRD/vD4Y9MlGJerYTTbi509M3O9VY8bmX3i02mWJpdBplpjIbKGNw2+ohb9xrn67dLJ4uXe2&#10;c7d7uW61gLxrtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5r&#10;tIW+a7SFvmu0hb7/pSEE/6QsC/+zNQ/7wT4X7c9GIuHfSzTY609Mz/NUYrzoXnSr3mSEndRpkJHO&#10;bZmHyW+ggMVypXrCdKl0wHiscL57r2u8gLJou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuE&#10;s2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLP/piEE/6grCv+4NA3zxz0U5NhFHtbmSTXL8U5M&#10;xPdTX7HsXXCh4mR9ldtph4rVbo+C0HGVe810mnbLd51xyXmgbcd9omnFgaVmxIWmZsSFpmbEhaZm&#10;xIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhab/qCAE/64qCPy/&#10;MwvpzzwQ1+FCHsrtSTW/+E1Kt/tSW6bxXWmY6WV0jOJqfYPdb4R82nOJd9d3jHPVeo9v032RbNGA&#10;lGjQhJZlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eX&#10;Zc+Hl2XPh5f/qiAD/7UpBvDIMQfa3TMMy+pCIb72SDWy/0xGqf9RVZv3XWCO8GVqhetscX3ncXZ3&#10;5HZ6c+J5fW/hfH9s34CBad6Dg2fdh4Vl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXc&#10;iYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYb/rR8D+b8lA9/WIgLL6DIPvvRBIrD/RTOk/0pBnP9R&#10;TY/+XVaF+WZeffRuZHbyc2hy73hrbu58bWztf29q7IJwZ+qFcmXqiXNj6Yx0Y+mMdGPpjHRj6Yx0&#10;Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHT/thwC6M0UAczmHQS+&#10;8zESsf8+IqP/Qi+W/0g6jf9QRIT/XEt7/2dRdP5uVm/8c1ls+3hbafl8XWf4f15m+INfZPeGYGL2&#10;iWFh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaM&#10;YmH2jGLzxA8AztoLAL3zHQex/zIUo/86H5X/PyqJ/0YzgP9POnj/W0Bx/2ZFbP9tSGj/c0pm/3dM&#10;ZP97TWL/f05h/4JPYP+FUF7/iVFe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe&#10;/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1HMywkAvuYMAa//Hgmk/zATlf81HIf/PCR8/0Qrc/9NMWz/&#10;WDVn/2M5Y/9rO2H/cT1f/3U+Xf95P1z/fEBb/39BWv+CQVn/hkJY/4hCWP+IQlj/iEJY/4hCWP+I&#10;Qlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEL/mR8F/5YrC/+VNhL/oD4a&#10;/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nA&#10;dKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WR&#10;psuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jt&#10;o3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hH&#10;Jv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8&#10;vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//&#10;mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuA&#10;lazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h5&#10;45t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+u&#10;UTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGy&#10;vrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F&#10;/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazH&#10;fJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/&#10;h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/&#10;r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5cr&#10;C/+XNhL/oT4a/6pGJf+wUDT/sVpF/7BkV/esbWnsp3d74Z59itmWg5fRjomiy4iOq8eCk7HEfpe3&#10;wXqcu753or+8darCtXGuw7Nyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gz&#10;cq/Bs3KvwbNyr8H/mR8F/5cqCv+YNRL/oz0a/6xGJf+zTzT/tFlG/7RjWPaxbGvqrXV936N7jdWb&#10;gZzNkoaox4uKscKFj7m/gJS+u3yaw7l5oce1dqnKrXWsxqt2rcSrdq3Eq3atxKt2rcSrdq3Eq3at&#10;xKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcT/mh8E/5gqCv+aNBL/pT0Z/65GJf+1TjT/t1hG&#10;/7dhWfW1amzpsnN/3ah4kNOffqDKloKsxI6Ht76IjL+6g5HFt3+Yy7R8oc+reKXPpXmqyKR5rMak&#10;eazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMb/mh8E/5gqCv+b&#10;NBH/pj0Z/69FJf+3TjT/uldG/7tgWfS5aW3ntnGB3Kx2k9Cke6PImn+xwJOEvLuMicW3iJDLtIaZ&#10;zrKGpNGkfKTRn32pyp59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarI&#10;nn2qyJ59qsj/mx8E/5kqCv+cNBH/pzwZ/7FFJP+5TTT/vFdG/r5fWfS9Z27num+C2rF0lc+oeabF&#10;n320vpeBwLmUisa1kZLLr42Yz6qKodKegqPTmYGozJiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiC&#10;qcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcr/mx8E/5kqCv+dNBH/qTwY/7JFJP+7TTP/v1ZG/cFe&#10;WvPBZm/mv22D2bZzl82td6jEpXu3vqGDwLabicaulY/MqJGVz6KOntKZh6LTlIanzZOGqMuThqjL&#10;k4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMv/mx8E/5kqCv+eMxH/&#10;qjwY/7NFJP+8TDP/wVVG+8RdWvPFZW/lw2yE2LtxmMyydavDrXy2uaWBv7CehsaomYzLoZWS0JuS&#10;m9OUjqLUj4qmzo+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qo&#10;y4+KqMv/mx8E/5oqCv+fMxD/qzwY/7VEI/++TDP+w1VF+cdcWvHJZG/lyGqF1sFvmsq5dKq+sHq2&#10;s6l/v6qihMainYrLm5qQz5WXmdKPlKLUipCmzoqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyK&#10;j6jMio+ozIqPqMyKj6jMio+ozIqPqMz/nB8E/5oqCv+gMxD/rDwY/7ZEI/+/TDL8xlRF9spcWu/N&#10;YnDkzWiG08VtmsW8c6q5tHi1rq19vqWngsWdoojLlZ+Oz4+cltKLnKLThpWmzoaUp8yGlKfMhpSn&#10;zIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8z/nB8E/5opCv+iMxD/rTsX&#10;/7dEI//BTDL5yVNF881aWuzSYHDg0GaGzshsmsC/cam0uHe1qbF8vp+sgcWXqIbKkKSMzoqildGF&#10;oqHSgZymzoGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGa&#10;p8z/nB4E/5spCv+jMxD/rzsX/7lEIv3DSzH2zFJE8NJZWejaX3Db1WSGycxqmbrDb6itu3S0orR5&#10;vZivfcOQrIPIiamJzIOnkc9+ppzQfaSmzXyiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjL&#10;fKKoy3yiqMt8oqjLfKKoy3yiqMv/nR4E/5spCv+lMg//sTsW/7xEIfrGSzHz0VFD69pXWePfXW/T&#10;22OFws9pl7HEbaekvHCymLV0u46xeMKGrX3GgKuCynqpis12qJTOdqmjzHerqMp3q6jKd6uoyner&#10;qMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMr/nR4E/5wpCv+nMg//szsW/75D&#10;IPXKSy/u1lBC5uFWV9zkW27L3mODutFolKnHbKObvm6ukLhxt4a0dL1+sHjCd658xnKsg8ltq4zK&#10;bauZyW6sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8f/&#10;nh4E/50pCf+pMg7/tjoU+sJDH/DOSi7n3U9A4ulSV9LoWm3B4GKAsdRnkaHKa56Uw26oib1xsIC5&#10;dLZ5tne6dLR7vW6ygcBqsIjCZ7CSw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCW&#10;w2awlsNmsJbDZrCWw2awlsP/nx4E/54pCf+tMQ3/ujoT9MdCHejVSivf5Ew/1+xRVsnuWWu342F8&#10;qNhni5rPa5eNyW6gg8Rxp3vAdKx1vXiwcLt7s2y5gLZouIa4ZLePuWO2kbpjtpG6Y7aRumO2kbpj&#10;tpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbr/oB4E/6EoCP+xMAv7wDkR7M5CGd/f&#10;RyjT6UxAyvFRVb7yWGit5mF3nt1nhJLVbI+Hz2+WfstznHjIdqFyxnmkbsR8p2nCgalmwIasYr+N&#10;rWG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j67/oh0D&#10;/6YnB/+3LwnyxzgN4dhBFNLmRirH8ExAvvhQU7L1V2Oi62FwleNne4rdbYSB2HGLetR1kHTSeZNw&#10;0HyWbM5/mWjMg5tky4idYcqNn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJ&#10;j59gyY+fYMmPn2DJj5//pB0D/60mBfu+LQbm0DQI0+I8FsfuRiu7+Uo+sP5PT6b6V1yY8WFojOto&#10;cYPmbnh74nN9dd94gXHde4Rt23+HatqDiWfZhopk14uMYdaQjmDVkY5g1ZGOYNWRjmDVkY5g1ZGO&#10;YNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY7/pxwD/7UjA+7JJgPV3ykHx+w8Gbr4RCut&#10;/0g7o/9NSZr/V1SN+WFdhPRqZXzwcGp27XZucet6cW3pfnRr6IJ2aOaFd2bliHlj5Ix6YeORfGDj&#10;knxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknz/qxsC98Ad&#10;AdncEgHH6ygKuvc7Gqz/QSmg/0Y2lf9MQY3/VkuD/2FSe/1rV3T6cVxv+HZfbPZ7YWn1f2Nn9INk&#10;ZfOGZmPyimdh8Y5oX/CSaV/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf&#10;8JNqX/CTal/wk2r/txUB1s8LAMfqEwK59ykNrP85Gp7/PiaS/0Qwh/9LOYD/VEB4/2FGcv9qSmz/&#10;cE1p/3ZQZv97UWT/f1Nj/4NUYf+GVWD+iVZe/o1XXf2SWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2T&#10;WFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1jWxAgAxtQJALj3FASr/ykOnv80GJD/OiGE/0Ep&#10;ev9JMHL/UjZs/146aP9oPWT/b0Bh/3RBX/95Q17/fURd/4BFXP+ERVv/h0Za/4pHWP+PR1j/kEhY&#10;/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEjExwcAt9sHAan/&#10;Fgaf/yoNkP8wFYP/Nhx3/z4ibv9HKGb/UCxh/1ovXf9kMVv/bDNZ/3E1WP91Nlb/eTZW/3w3Vf9/&#10;N1T/gjhT/4U5Uv+JOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5&#10;Uv+KOVL/ijn/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLh&#10;ho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6Vk&#10;TP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/&#10;mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9z&#10;qaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L&#10;3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+h&#10;blv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX&#10;/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXN&#10;ca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICV&#10;k9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3&#10;m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kx0E/5ApCf+PNBD/mjsX/6JE&#10;IP+pTS3/qlg8/6hiTP+kbFz1n3Zs7Jl/euSRh4beiY2Q2IOTmNN+mZ/Qep2kzXaiqct0p6zJca2v&#10;x2+0ssFsubS8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7H/&#10;lB0E/5EoCf+RMxD/nDoW/6RDIP+sTC3/rVY9/61gTf6pal70pXRu6p99feGWg4vZjoqW04eQoM6B&#10;lafKfJqtx3ifssR1pbbCcqu5wHC0u7dutbmzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4&#10;tbNvuLWzb7i1s2+4tbNvuLX/lB0E/5IoCf+TMg//njoW/6dDIP+uSy3/sVU9/7BfTv2uaF/yqnJw&#10;56R6gd6agI/VkoeczouMpsmEka/Efpe1wXmcu752o7+8dKvCtG+uw65ys7yrc7a4q3O2uKtztrir&#10;c7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrj/lRwE/5IoCf+VMg//oDoW/6lCH/+w&#10;Si3/tFQ9/7ReTv2zZ2Dxr3By5ql4g9uffpPSl4Ohy46JrMSGjrXAgJS9vHuaw7p6o8W3eavHrHOs&#10;xqd1sb+ld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbr/lRwE&#10;/5MoCf+WMQ//oTkV/6pCH/+ySiz/tlM8/7ddTvu2ZWHwtG505K11htmke5bPm4Clx5KFscGKi7u9&#10;h5TAu4WdxLaCpMewfqrIpXeqyKF5sMGferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96&#10;s7yferO8n3qzvJ96s7z/lRwE/5MoCf+XMQ//ozkV/6xCH/+0Siz/uVM8/7pcTvi6ZGLvuGx147Jz&#10;iNipeZnNn36pxZiEtL+TjLy4jZPBs4mZxa6GociqhKnJn3ypypt9rsKZfrK9mX6yvZl+sr2ZfrK9&#10;mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr3/lhwE/5MoCf+YMA7/pDkV/61BHv+1SSz/&#10;u1I8/b1bTva9Y2LuvWt24rZxidWud5vLpXyqwp2DtLmWibyykZDBrIyWxqeJncijh6bKmYCoy5aB&#10;rsSVgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb7/lhwE/5Qn&#10;Cf+ZMA7/pTkU/65BHv+3SSv/vVE8/L9aTvTBYmLswWl34btwi9KxdJ3HqHuqvKCBtLSah7yslI3C&#10;ppCUxqCNm8mci6TLlYaoy5GFrcWQhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+Q&#10;hbG/kIWxv5CFsb//lhwE/5QnCP+aMA7/pjgU/7BBHf+4SSv/v1E8+sJZTvLEYWPpxWh33b5tjM20&#10;c53Cq3mqt6R+tK6dhLymmIrBoJSRxpqRmMmWj6HLkIuozIyJrMWMibDAjImwwIyJsMCMibDAjImw&#10;wIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMD/lxwE/5UnCP+bMA7/pzgU/7FBHf+6SSv/wlA7&#10;+MZYTvDIX2PmyGZ42MFrjcm3cZ29r3epsqd8s6mhgruhnIjBmpiPxpSWlsmQlJ/Li5GozIeOrMaH&#10;jbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMH/lxsD/5UnCP+d&#10;Lw3/qTgT/7NAHf+8SCr8xU879slXTu3NXmPiy2R40sRqjMS7b5y4snWprat7s6OmgLuboYbBlJ2N&#10;xY6blMiKmZ3Khpmoy4KTrMaCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/B&#10;gpKvwYKSr8H/lxsD/5UnCP+eLw3/qjgT/7VAHP++SCn5yE46881WTerTXGLez2J4zcdoi7++bpuy&#10;t3Oop7B5sp6rfrqVp4TAjqOLxIihkseDn5rJgKCnyn2arMZ9mK/BfZivwX2Yr8F9mK/BfZivwX2Y&#10;r8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8H/mBsD/5YnCP+gLw3/rDcS/7dAG/3BSCj2y04579NU&#10;TObZWmLY1GF3x8tnirnDbJqtvHKnobZ3sZixfbiPrYK+iKqJw4KokMZ9p5nIeqelyXeirMV4n7DB&#10;eJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMH/mBsD/5cmCP+iLwz/&#10;rjcS/7k/GvnERyfxzk046ttTS+DfWWDQ2l92wdBlibPJa5mmwnClm711r5G4e7aItYC8gbKGwHuw&#10;jcN2rpbFc66hxnKtrcRyqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmw&#10;wHKpsMD/mRsD/5gmCP+kLgv/sTYR/r0/GfTIRyXr1E025eNQSdnjV1/J3150utdkhqzPaZadx22j&#10;kcBxrIa7dbN+t3q5d7R/vXKyhb9tsY3BarCXwmmxpcFstLK9bLSyvWy0sr1stLK9bLSyvWy0sr1s&#10;tLK9bLSyvWy0sr1stLK9bLSyvWy0sr3/mhsD/5kmCP+nLQr/tTYP+cE/F+7ORiPk3Ewy3edPSc/o&#10;Vl7A5F1yst5kgqPUaZGVy22cicVwpX/Ac6x3vHexcLl8tWu3gbhntoe6Y7WQu2G1m7xjt6a5Y7em&#10;uWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prn/mxsD/5slB/+rLQn/uTUN&#10;8sc+FeXVRh/a40kzz+tOScbtVF236lxuqOJjfZrZaYqO0m2UhMxxm3vIdaFzxHimbsJ8qWnAgaxl&#10;voeuYr2OsF+9l7FevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68&#10;nrH/nBoD/6AkBv+wLAj5wDQL6c89ENrfQh3O6UkzxPFOSLvyUlqt8FtpnudjdpLgaYGH2m+JftRz&#10;kHfRd5VxznuZbMx/nGjKg55kyYigYceOol7GlaRcxpukXMabpFzGm6RcxpukXMabpFzGm6Rcxpuk&#10;XMabpFzGm6RcxpukXMabpFzGm6T/nhoD/6UjBf+3KgXwyDIH3Ns1DM7nQh/C8Ug0uPlMRq/3UVWi&#10;9Vtile1kbYrna3aA4nB9ed51gnPbeodu2X6Ka9eCjGfVho5k1IuQYdOQkl7RlpRc0ZuVXNGblVzR&#10;m5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5X/oRkC/60hA/i/JgPi1CUDzuUz&#10;D8LwQiG2+kczq/5LQqL+UE+X+1tai/VlY4LwbGp67HJwdOl4dG/nfHds5YF6aOOEfGbiiH1j4Yx/&#10;YOCRgV7floJc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoP/&#10;oxkC/7YdAenMFwHP4x4DwvAzErX6QCKp/0Qwnf9JPZX/UEiL/1tQgv1lV3r5bV109nNhb/R5ZGvy&#10;fmdo8YJpZvCGamTvimxi7o5tYO2Sbl3sl3Bc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOub&#10;cVzrm3Fc65txXOubcVzrm3H/rBUB88MQANHaCwDB7x8GtPszE6j/PCCb/0IskP9INof/Tz9//1pG&#10;eP9lS3H/bU9s/3NSaf95VWb+fldk/YJYYvyGWWH7ilpf+o5bXvqSXFz5l11b+JteW/ibXlv4m15b&#10;+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m176uQ4AzcsJAMDmDQGy/CAIp/8zE5r/&#10;OR2N/z8mgv9GLnr/TjVz/1g6bf9jP2n/bEJl/3JEYv93RmD/fEdf/4FIXf+FSVz/iEpb/4xLWv+Q&#10;TFj/lU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU3NwQYA&#10;vtAHALH2DgKl/yEJmf8uEoz/NBmA/zsgdv9DJ23/TCxm/1QwYv9gM17/aTVc/283Wv90OFn/eTlY&#10;/306V/+AO1b/hDtV/4c8VP+LPVP/kD1S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/&#10;kz5S/5M+Uv+TPlL/kz69xQUAsNcFAKP/EAOZ/yIJi/8pD37/MBVz/zgaaf9AH2L/SSNb/1EmV/9a&#10;KFX/YipS/2krUf9vLFD/cy1P/3cuTv96Lk7/fS9N/4AvTP+EMEv/iDBL/4swS/+LMEv/izBL/4sw&#10;S/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izD/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/&#10;nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthr&#10;wpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/4v/iSUND&#10;X1BST0ZJTEUABwn/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KI&#10;i3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0&#10;/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjV&#10;acyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+E&#10;NA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Go&#10;jt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3Hs&#10;gpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51i&#10;Qv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacya&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4koCP+FMw7/&#10;kDkU/5hCHP+eSyf/n1Y0/55hQv+abVD/lXdd94+BaPGJi3Lrg5J7532YguN4nYjgdKOM3XKokNtv&#10;rZPabrOW2Gy6mNZrwpvRacqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbK&#10;nMpmypz/jBwD/4knCP+IMg7/kzgU/5tBHP+iSif/pFQ0/6JfQ/+falH9mnRf9ZR+bO2OiHjnh4+B&#10;4oCVit17mpDad6CW1nSmmtRxrJ7Sb7Kh0G25o89sw6bFZ8OmwGnHocBpx6HAacehwGnHocBpx6HA&#10;acehwGnHocBpx6HAacehwGnHocBpx6H/jRwD/4onCP+KMQ3/ljcT/55AG/+lSSf/p1M0/6ddQ/+k&#10;aFP8oHJi8pp8cOqUhX3ji4uI3YSSkdh+mJjTep6f0HWkpM1yqqjLb7CryW24rsJpvLC8a8Cqt23E&#10;pbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKX/jRsD/4snCP+MMA3/mDcT&#10;/6BAG/+nSCb/q1I0/6tcRP+pZlT6pXBk8J95c+eYgoHfj4iN2YiPl9KBlaDOe5unynahrcdzqLHF&#10;cK+1wW23t7lruLWzbr2usHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBw&#10;waj/jhsD/4smCP+OMA3/mjYS/6I/Gv+pSCb/rlE0/65bRP+sZFX5qm5l76V3duWdf4XclIWS1IyM&#10;nc6EkqfJfZivxHietcJ1p7nBdLG7uHCzu7FvtriscbuxqXO/q6lzv6upc7+rqXO/q6lzv6upc7+r&#10;qXO/q6lzv6upc7+rqXO/q6lzv6v/jhsD/4wmCP+QLw3/mzYS/6Q/Gv+rRyb/sVA0/7FZRPywY1X2&#10;rmxn7ap1eOOhfIjZmIOW0ZCJo8qHj63Fgpe0wn+guL58qLu7erC9sXSyvalytLumdLmzo3a+raN2&#10;vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq3/jxsD/4wmB/+RLgz/nTYS/6Y+&#10;Gv+tRyX/s080/7RYRPq0YVbzsmpo7K9zeuGmeovWnYCazZSGp8aNja+/h5S1uoKcubV/pLyyfay+&#10;q3mxv6N2sr2geLi1nnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va//&#10;jxsD/40mB/+TLgz/njUR/6g+Gf+vRiX/tk4z/rdXRPe3YFbwtmhp6LNwe96qd43Qn3ydx5eDp7+Q&#10;iq+4i5G2soaYuq2DoL2pgam/pX6wwJx5sb+ae7e3mH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27&#10;sJh9u7CYfbuwmH27sJh9u7D/kBoD/40mB/+ULQz/oDUR/6k+Gf+xRiT/uE0z/LtWRPW7X1btu2dp&#10;47Vufdasc4/Ko3qdwZuAp7iUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZZ+sMGUf7a4k4C7spOAu7KT&#10;gLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7L/kBoD/44mB/+VLQz/oTUR/6s9GP+z&#10;RiT/uk0z+r5VRPO/XVbqv2Vq37hrftCvcY/Fpnicu59+p7KYha+rk4u2pY6Tu5+Lmr6biaLBmIis&#10;wpCCr8KPg7W5j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurP/kBoD&#10;/44lB/+WLAv/ojUQ/6w9GP+1RSP/vEwy+MFUQ/DDXFbnw2Nq2rtpfsyycI/AqnactqJ8p62cgq+l&#10;l4m2npOQu5mPmL6UjaDBkYypwouIrsKKiLS6ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqI&#10;ubSKiLm0ioi5tIqIubT/kRoD/48lB/+YLAv/pDQQ/649GP+3RSP/v0wy9sVTQ+7IW1bjxmFq1L9o&#10;fse2bo67rXScsaZ6pqeggK+fm4a1mJeOu5OVlb6Okp3BipKnwoaOrsKEjbS7hYy5tIWMubSFjLm0&#10;hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubT/kRoD/48lB/+ZLAv/pjQP/7A8F/+5RCL8&#10;wUsx9MlSQuvNWVXfyWBqz8JmfcK5bI22sXKbq6t4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJelwoCW&#10;r8J/krO8gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLX/khoD/5Al&#10;B/+bLAr/pzQP/7I8Fv+7RCH5xUsw8c5RQefSWFTazl5pysZlfL29a4ywtnCapbB2pZyqfK2TpoK0&#10;jKOJuYagkL2Bnpm/fZ6iwXuer8F5mbO8epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6&#10;l7i1epe4tXqXuLX/khkD/5AlB/+dKwr/qjMO/7U8Ffy/RCD0yEou7dNQP+PYVlPT0l1oxcpje7fC&#10;aYuqu2+Yn7Z0o5WxeqyNrYCyhaqHt3+njrt6ppe+d6agv3Smrb9zobS7dJ64tXSeuLV0nri1dJ64&#10;tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLX/kxkD/5EkB/+fKwn/rDMN/7g7FPjDQx7vzUos&#10;59pPPd3eVVHN2Ftnvs9ierDIZ4mkwm2XmbxyoY+4eKmGtX6wf7KFtXmwjLh0r5W7cK+fvG6vrLxt&#10;q7W5bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubT/lBkD/5IkB/+i&#10;Kgj/sDIM/rw6EvLHQhzo00kp4eFMO9TjU1HG3Vplt9VgeKnPZoedyWuUkcVwnofBdqZ/vnyseLyE&#10;sXK6i7RtuZO2aricuGe3p7hnt7e2aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fosrux&#10;aLK7sWiyu7H/lRgD/5UjBv+lKQf/tDEK+ME6EOvOQhjg3Ucl1eVLO8vnUVC941ljr95fdKLYZYOW&#10;02qPis5vmX/Ic6F1xHinbsF9q2m+hK5lvYuxYbyTsl+8nbJfvKyxYr++rWK/vq1iv76tYr++rWK/&#10;vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq3/lhgD/5khBf+qKAb/uTAI8Mg4DeHYQBPU40UmyutL&#10;O8HsT0+z6FdgpuVfb5riZnyO3GyGhNVxj3rQdZVzzXqbbMp/n2fHhKJjxoqkX8SRplzEmadaw6Sn&#10;WsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKf/mBcC/54gBP+vJgX4&#10;wC4G5tAzCNXhPBTJ6kUov/JKO7XxTkyp71Zbne1faJLqZ3OH4218ft5ygnbaeIhw132Ma9SCkGbS&#10;h5Jj0YyVX8+SllzOmZhZzqKZWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2r&#10;mljNq5r/mhcC/6UeA/+3IwPtySYD1t4pBsnpOxe+80Qps/hJOqj3TUif9lVVlPVfYInxaGiA7G9w&#10;eOh1dXLlenlt4n99aeCEgGXfiYJi3Y6EX9yThl3bmYda2qGJWNmoiVjZqIlY2aiJWNmoiVjZqIlY&#10;2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIn/nBYC/60bAvbBHQHb2hMByegpCb3zOxmy/UMopv5HNpz9&#10;TEOT/VVNiv1fVoH5aV159XBic/J2Z27wfGpq7oFtZ+yGb2Tri3Fh6o9yX+mUdF3omXVa56B3WOam&#10;eFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnj/ohUB/7cVANjPCwDK5xMC&#10;vPMpC7H9Oxmk/0Ammf9FMo//SzyH/1REf/9fS3j/aVBx/3BUbP12WGn7fFpm+oFcY/iGXmH3i19f&#10;9pBhXvaVYlz1mmNa9KBkWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjz&#10;pWX/rRAA1sMIAMjTCgC79BUDr/8qDaP/NxiX/z0ii/9DLIH/SjR6/1I6c/9eP27/aENp/29HZv91&#10;SWP/e0th/4FMX/+FTl3/ik9c/49QWv+TUVn/mFJX/55TVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NU&#10;Vv+jVFb/o1RW/6NUVv+jVFb/o1TZugUAxccHALnZCACs/xcFov8rDZX/MxaJ/zkefv9AJXX/SCtt&#10;/1AwZ/9aNGP/ZTdg/205Xv9zO1z/eD1a/30+WP+CP1f/hkBW/4tAVf+PQVT/lEJT/5pDUf+fQ1H/&#10;n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0PGvgUAt80FAKrkCAGf/xkGlP8o&#10;DIf/LhN7/zUZcf89Hmn/RSNi/00mW/9WKVj/XyxW/2gtVP9uL1P/czBS/3gxUf98MVD/gDJP/4Qz&#10;Tv+IM03/jDRM/5I0S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljW3&#10;xAMAqdQCAJz5CwKT/xsFhf8jCnn/KQ9u/zEUZf85GF3/QRtX/0oeU/9SIFD/WSJN/2AjS/9mJEr/&#10;ayVJ/28lSP9zJkf/dyZG/3snRf9+J0X/gihE/4coQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+L&#10;KUP/iylD/4spQ/+LKUP/iyn/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP&#10;/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+T&#10;SSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jA&#10;geZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD&#10;/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pu&#10;cal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aE&#10;WfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/&#10;lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZn&#10;x4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4An&#10;B/99Mgz/iDcR/5A/GP+VSSL/l1Qt/5ZfOf+Ta0X/jndR/4iCW/qEjGT1f5Rr8Xqbcu52onfrcqd7&#10;6W+tf+dssoLlariE5Gm/h+Jox4ngZs+K1mPWjM9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrP&#10;YtiKz2LYis9i2Ir/hBsD/4EnB/+AMQz/izYR/5M+GP+ZRyL/nFIt/5pdOv+YaUf/k3RT/o5+X/eI&#10;iWnxgpFy7X2Yeel4n3/ldKSE43CqiOBtsIzea7eP3Wq/kdtpyJPVZs+Vy2TRk8Zl1I7GZdSOxmXU&#10;jsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7/hRsD/4ImB/+CMAz/jjUQ/5Y9GP+cRiH/oFAt&#10;/59bO/+cZkj/mHFW+5N8YvSNhm3uh4536ICVgOR6nIfgdaKM3XKokdpvr5XYbbeZ1WvAnNJpyZ7J&#10;ZcmewmfNmL5p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZP/hhsD/4MmB/+F&#10;Lwv/kDQQ/5k9F/+fRiH/o08t/6NaO/+gZEn/nW9Y+ph5ZfGSg3Hqi4x85IOSht99mY7aeKCV1nSn&#10;mtNwrp/Rbbajz2vApcdmwqfAaMaiu2rLm7dszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6W&#10;t2zOlrdszpb/hhsD/4MmB/+HLgv/kzQQ/5s8F/+hRSD/p00t/6ZYO/+kYkr8oWxZ95x2aO+WgHXn&#10;j4mB4IeQjNqAlpXVep6d0XWlo81wrKjLbbWsx2u+rb1ov6y4a8Oms23In7BvzJmwb8yZsG/MmbBv&#10;zJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJn/hxoD/4QlB/+JLQv/lTMP/508Fv+kRCD/qkwt/6pX&#10;O/6oYEv4pWpa86F0au2cfnnkk4aG3IuNktWDlJzPfJuly3ejqsd0q63Ec7Wvv3C8sLVrvLCwbsGp&#10;rHDGoqlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypz/hxoD/4QlB/+LLAr/&#10;lzMP/587Fv+mRB//rEss/65VO/usX0v1qmhc7qZxbOegenzfl4KK1Y6ImM2Fj6HHgJenwnuerL14&#10;p6+6drCxt3W6sq1wurKpcb+spXTEpKN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJ&#10;nqN1yZ7/iBoD/4UlB/+MKwr/mDIO/6E7Ff+pQx//r0ss/7FUO/ixXUvxr2Zc6qtvbuGjdn/VmX2P&#10;zJGEmcWKjKK+hJOouX+arbR8o7CwequzrXm2tKZ0ubSidb2vn3fDpp15x6CdecegnXnHoJ15x6Cd&#10;ecegnXnHoJ15x6CdecegnXnHoJ15x6D/iBoD/4UlB/+OKgr/mjIO/6M6Ff+rQh7/sUor/bVTO/a1&#10;XEvus2Rd5a5sb9ulc4HOnXqPxZWBmb6OiKK3iJCpsYSXrqyAn7Gofqi0pX2ytZ96uLabebuxmXvB&#10;qJh8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqL/iRoD/4YlBv+QKgr/nDEN&#10;/6U6FP+tQh7/tEor+7hSOvO5WkvquGJe4bFqcNOpcIHIoHePv5l+mbeShaKwjIypqoiUrqWEnLKg&#10;gqS1nYGutpl/t7eUfbqzk3/AqpJ/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/&#10;xaP/iRkD/4YkBv+RKQn/nTEN/6c5FP+vQh3/tkkq+LxQOvC9WUvnvGFe3LVncc6sb4HDpHWOuZx8&#10;mbGWgqKqkYqpo4yRrp6JmbKZhqG1loWrt5OFtreOgbm0joO/q42DxKWNg8SljYPEpY2DxKWNg8Sl&#10;jYPEpY2DxKWNg8SljYPEpY2DxKX/iRkD/4ckBv+TKQn/nzEN/6k5E/+xQRz/uUkp9sBPOe3CV0rk&#10;v19d1rlmcMmwbYC+qHOOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qpt4yKtLiIhri1iIe+rIiH&#10;w6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6b/ihkD/4ckBv+UKQn/oTAM/6s5&#10;Ev+0QRz8u0go9MNOOOvHVkrgw15d0bxlb8Sza4C5q3GNr6R3mKaefqGemoSol5aMrpGTlLKMkZy1&#10;iI+mt4WPsbiCjLe2goy+rYOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6b/&#10;ihkD/4gkBv+WKAj/ozAM/604Ev+2QBv6vkgn8cdON+fMVUjcx1xczL9jb7+3aX+0sHCMqal1l6Cj&#10;e6CYn4KokZuJrYqZkrKFlpq1gZWkt36Vr7d7kre2fZG9rn2Qwqd9kMKnfZDCp32Qwqd9kMKnfZDC&#10;p32Qwqd9kMKnfZDCp32Qwqf/ixkD/4kkBv+YKAj/pS8L/7A4Ef+5QBn4wkcm7stNNeTQVEbVy1tb&#10;x8Nibrq7aH6utG6Lo65zlpqpep+SpYCmiqGHrISfj7F+nZi0epyhtnibrLZ1mre2d5i9rniWwqd4&#10;lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqf/jBgD/4ojBv+aJwf/py8K/7M3D/y9&#10;PxjzxkYj6tBMMuDVUkXPz1lawchgbLTAZnyoumyKnbRylZSweJ6LrH6lg6iFqn2mjK94pJWydKOf&#10;tHGjqrVvpLm0cKC+rXKdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3Kdwqf/jBgD&#10;/4wiBv+dJwf/qi4J/7Y2DvfBPhbtzEYg5NhLLtncUETJ1FhYu81ea67GZXqiwGqIl7twko23dZuE&#10;s3yifbGDqHaviqxxrZOvba2dsWqtqbJprbexaqm/rGumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmum&#10;w6ZrpsOma6bDpmumw6b/jRgC/48gBf+gJgb/ri0I/bs1DPHHPRPl00Qc3eBILdDhT0LC21ZWtNNd&#10;aKfNY3iayGiFj8Nuj4XAdJh9vXqedrqBpHC5iahruJKqZ7ecrGW4qK1juLatZLXBqWWwxaRlsMWk&#10;ZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaT/jhcC/5MfBP+kJQX/sywG98EzCejOPA/c&#10;3kAZ0OVILsflTUK54FVUrNtbZZ/VYXSS0GaBh81si37KcpN2yHmZb8aBnmrFiaJlxZKkYsSdpl/E&#10;p6ddxLSnXsPEpF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKD/kBcC/5gd&#10;BP+pIwT/uSkE7sgxBt3aNArQ5EEbxutHLrzqTEGw5lNSo+NaYZfgYW6M3Wh5gttugnrZdYly1XyP&#10;a9KCk2XPiJdgzY+aXMyXnFrLoJ1Yy6udV8u6nVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZ&#10;zMyZWczMmVnMzJn/khYC/50cA/+vIAL2wCUC4tMkA9DjMgzF7EAduvFHL7DvSz+l7VFOmutaWo/q&#10;YmWF6GpufedydXXjeHtv4H6Aad2EhGTbiodg2ZGJXdiYi1rWoI1Y1qiOVtW0jlTVwY5U1cGOVNXB&#10;jlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY7/lBUC/6QZAv+3HAHpyxYB0eEdAsXsMQ669UAe&#10;rvdFLqP1Sjya9FBIkPNaU4bzY1t+8mxid/FzaHHuem1s64BwZ+mGc2PnjHZg5pJ4XeSYelrjnntY&#10;46V9VuKvflThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH7/mBMB/60UAfPD&#10;DwDS2AsAxOweBLj2MRGt/T4eov1DK5f8SDeO/E9BhfxZSX38Y1B3/G1WcPt0Wmv5el5o94FhZPWH&#10;Y2HzjWVf8pNnXfGZaFrwnmlY76VrVu+tbFTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRt&#10;VO60bVTutG3/oxAA8bkMAM7JCQDE3wsAtvcfBqz/MhKg/zsdlP9BJ4r/RzGB/045ev9YP3P/YkVu&#10;/2xJaf9zTGb/ek9j/4BRYP+GU17/jFRc/5JVWv6YV1n9nVhX/KRZVfurWlT7sVtU+7FbVPuxW1T7&#10;sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVvwrwgAzb8HAMDNCAC07g4Cqf8hCJ//MRGS/zcah/8+&#10;In3/RSl1/00wbv9VNWn/YDll/2o8Yf9xPl//d0Bc/35CWv+EQ1n/iURX/49FVv+URlX/mkdT/6BI&#10;Uv+nSVH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUrPuAQAvsMFALLUBgCm&#10;/hADnP8jCJD/LQ+E/zMWef87HHD/QyJp/0onYv9SKl3/XC1a/2UwWP9tMVb/czNU/3k0U/9+NVL/&#10;hDZQ/4k3T/+OOE7/kzhN/5k5TP+gOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+m&#10;Okv/pjq/vAMAsMoDAKPcAwGZ/xIDj/8iCIL/KA12/y8Sbf83F2X/Pxte/0ceWP9OIVT/VyNR/18l&#10;Tv9lJk3/bCdL/3EoSv92KUn/eypI/4AqR/+FK0b/iStF/44sRP+ULEP/mi1D/5otQ/+aLUP/mi1D&#10;/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi2xwgEAo9IAAJXrAwGM/xMDgP8cBnT/Iwpp/yoOYP8yEln/&#10;OhVT/0IXTv9JGUv/URpI/1gcRv9dHUT/Yx1D/2ceQf9sH0D/cB8//3QgPv94ID3/fCA8/4EhO/+H&#10;ITv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCL/eh0D/3YoBv9yMwv/fDcP&#10;/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1&#10;aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b&#10;5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3Si&#10;XfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/&#10;gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd&#10;5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/&#10;Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr&#10;82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/&#10;ehwD/3cnBv90Mgv/fzYP/4Y9Ff+LRx3/jlEn/4xeMf+Jazz/hXdG/4GDTv99j1b/eZhc/HWgYfly&#10;pmX3b61p9WyzbPNquW/yaMBx8GbIc+xkzXXoYdR241/ed9td43nVXeV21V3ldtVd5XbVXeV21V3l&#10;dtVd5XbVXeV21V3ldtVd5Xb/exwD/3cnBv93MAr/gjUO/4o8Ff+PRh3/kk8n/5FcMv+OaD3/inRI&#10;/4aAUv+Bi1r8fZVh+HidZ/V0pG3ycapx8G6wdO5rtnfsab566mfHfedlzn/iYtaA2V/dgdBf4H7M&#10;YON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje8xg43v/fBwD/3gmBv96Lwr/hTMO/407FP+S&#10;RBz/lk4n/5VaMv+SZT7/jnFK/4p9Vf6FiF75gJJn9HuabvB2oXPtcqd46m+ufehstIDmabyD5GfG&#10;huFlz4jZYteKz2HZiMhi3YLEY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H//fRsD&#10;/3kmBv98Lgr/iDIO/5A6FP+VQxz/mkwn/5lYM/+WYz//km5M/456V/yJhWL1hI9r8H6Xc+x5nnro&#10;dKWA5XCrheJss4ngaruM3mjGj9pm0ZLOYtGSx2TVjMFl24a9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m&#10;3YK9Zt2CvWbdgr1m3YL/fRsD/3omBv9/LAr/izEN/5M6E/+YQhz/nUsm/51WM/+bYUD/l2xN+5J2&#10;WveNgWbyiIxw7IKUeed7m4HjdaKI33GpjtxtsZLZa7uW12nImcxky5vFZc6XwGfSkbpo2Iq2aduG&#10;tmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24b/fhsD/3smBv+BKwn/jTEN/5U5E/+bQhv/&#10;oEom/6FUM/+fX0H7nGlP9pdzXfGSfmrsjIh154WRgOJ+mIndeKCR2HKnl9Jtr53PbLmfzGvFoMNn&#10;x6C8aMubt2rQlLJs1Y2vbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2Yn/fhoD/3sl&#10;Bv+DKgn/jzAM/5g4Ev+eQRv/o0km/6ZSM/2kXUH3oWdQ8ZxxX+uXe23lj4N63oeLhtV+kpHPeJmX&#10;ynShnMdxqp/Db7OhwW6/o7prxaOza8ifr23NmKtv0pGpcNaMqXDWjKlw1oypcNaMqXDWjKlw1oyp&#10;cNaMqXDWjKlw1oz/fxoD/3wlBv+GKQj/ki8M/5s4Ev+hQBr/p0gl/6pRMvmpW0HzpmRR7KJuYeWa&#10;dnDckX5/0omGi8uCjZPFfZWZwHidnrx1paG5c66ktnK5pbJww6arb8aiqHHLm6Rz0JOidNSOonTU&#10;jqJ01I6idNSOonTUjqJ01I6idNSOonTUjqJ01I7/gBoD/3wlBv+IKAj/lC8L/503Ef+kPxn/qkck&#10;/a5PMvatWUHvq2JS56ZrYt6ecnPSlXqByo2Ci8OHipO9gZGat32Zn7N5oaOvd6qmrHa0p6p2waij&#10;c8OloHXJnp53z5acd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pH/gBoD/30lBv+K&#10;Jwj/li4L/582EP+nPxj/rUcj+7JOMfOyV0HrsWBS4qpoZNaicHTMmXeBw5J/i7yLhpS1ho6ar4GV&#10;oKp+naSme6ano3qwqaF5vKmbd8GomXnHoJh6zZiXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GT&#10;l3vRk5d70ZP/gRoD/34kBv+MJgf/mC4K/6I2EP+pPhj/r0Yj+LVNMPC3VkDntV5S3a5mZNClbnPG&#10;nXWAvZZ8i7WQg5SuioubqIaSoKOCmqWff6Oom36tqph9uauUe8Cqk33GopJ+zJmRf9CUkX/QlJF/&#10;0JSRf9CUkX/QlJF/0JSRf9CUkX/QlJF/0JT/gRkD/34kBv+NJgf/mi0K/6Q1D/+sPRf+skUi9rhM&#10;MO28VEDkuF1R17JkY8upbHPAoXOAt5p6i6+UgJOoj4ibooqPoJyHl6WXhKColIKpqpGCtauNgb+r&#10;jYHFpIyCy5uMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5X/ghkD/38kBv+PJQf/&#10;nC0J/6Y1Dv+uPRb8tUUh87xLLurBUj/gvFtR0bVjY8atanK7pXF/sp53iqmYfpOik4Wam4+NoJaM&#10;laWRiZ2ojYenq4qHsqyHh7+shobEpYeGypyHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bO&#10;l4eGzpf/ghkD/4AjBf+RJQb/niwJ/6g0Df+xPBX6uEQf8L9LLefFUT3cwFpQzbhhYsGwaHG2qW9+&#10;rKJ1iaSdfJKcmIKalZSKoI+RkqWKjpuoho2lq4OMsKyBjb6sgIvDpoGLyZ2Bi82YgYvNmIGLzZiB&#10;i82YgYvNmIGLzZiBi82YgYvNmIGLzZj/gxkD/4IiBf+TJAb/oCwI/6szDf+0PBT3vEMe7sRKK+TJ&#10;UTvVxFhPyLxgYby0Z3CxrW19p6dziZ6ieZKWnYCZj5qIn4mXkKSDlJiof5OiqnySrat6krusepHD&#10;pnuQyZ58j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZj/gxgC/4QhBf+VJAb/oisI&#10;/60zC/63OxL0wEIc6slJKODNTznQx1dOw8BeYLe4ZW+rsmt8oaxxh5ineJCQo36YiaCFnoKdjaN9&#10;m5aneJmgqXWZq6pzmbirc5jDpnWWyZ52lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaV&#10;zZn/hBgC/4cgBf+XIwX/pSoH/7EyCvu7OhDxxUEZ589IJdvSTTjLy1VMvcRdXrG+Y26luGp7m7Jv&#10;hpKudo+JqnyWgqeDnHuki6F2opSlcaGdp26gqalsobapbaHDpm+dyZ5wnM2YcJzNmHCczZhwnM2Y&#10;cJzNmHCczZhwnM2YcJzNmHCczZj/hRgC/4oeBP+aIgT/qCkG/7UwCPbAOA7ry0AV4dhGINPYSzbF&#10;0FRLt8lbXKvDYmyfvmh4lLlug4u1c4yDsnqTe6+BmXWtiZ5vq5Kia6qcpGiqp6VmqrSmZqvFpGim&#10;ypxppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZf/hhcC/40cBP+eIQT/rCcF/bov&#10;Bu/HNgrj1D4Q2N9DH8veSjS+1lJIsNBaWqTKYGmYxmZ2jcFsgIS+col7u3iQdLl/lW63h5pptpCd&#10;ZbWboGK0pqFgtbOhX7bFoGGxzJpirs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5X/&#10;hxcC/5EaA/+iIAP/siUD9cArBObPMQbY3jgPzOVDIMPiSTO23lFGqdhYV5zSXmWQzmRyhstqfHzI&#10;cIR0xneKbsR+j2jDh5RjwpCXX8GbmVzBpppbwrObWsPFmlu+z5VcutKRXLrSkVy60pFcutKRXLrS&#10;kVy60pFcutKRXLrSkVy60pH/iRYC/5YZAv+oHQL+uCEC7MkiAtndJQTM5TcRwupDIrfnSDOs5E9E&#10;oOBWU5TdXWCI2mNrftZqdXXUcH1u0neDZ9F/iGLQh4te0JGOWtCckFjQp5FW0LWSVdLHkVbN1I5W&#10;yNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1ov/ixUC/50XAf+vGQH0wRgB3dgRAMzl&#10;JgXB7jcTtu9CI6vtRzKh60xAlulVTYvnXViC5mVheeRsaXLkdG9s43x0Z+KEeGLijXte4pV+W+Ce&#10;gFjfp4JV3rGDU96+g1Le0oNR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IL/jxMC&#10;/6QTAf64EgDWzAsAzOQRAcDvJge19TgVqvRAIp/zRjCV8ks8jPFURoLwXU968GZWdPBuXG7vdmFp&#10;735kZe+GaGHvjmpe7pZtW+2eb1jrpXBW665xVOq4clLqx3NR6dVzUenVc1Hp1XNR6dVzUenVc1Hp&#10;1XNR6dVzUenVc1Hp1XP/mBAB/64OANTBCQDJzwkAvvASArP5Jwqp+zgVnvs+IZP7RCyJ+ko1gfpT&#10;Pnn6XUVy+mZKbfpvTmj6dlJk+n5VYfqGV1/7jlpc+pZbWvmdXVf4pV5V96xgU/e1YVL2wWFQ9spi&#10;UPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymL/owsA1rgGAMbEBwC71AkAsPwUA6b/KQuc&#10;/zUVkP87Hob/QiZ9/0kudf9RNG//Wzpp/2U+Zf9uQWL/dURf/3xGXP+DSFr/i0lY/5NLVv+bTFX/&#10;ok1T/6lOUf+xT1D/u1BP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1HarwIAxrwF&#10;ALnJBQCt2wgAo/8XBJr/KwuO/zESg/84Gnn/QCBw/0cmaf9PK2P/WC9f/2IyXP9rNFr/cjZY/3g4&#10;Vv9/OVT/hjtS/408Uf+VPU//nD5O/6M+Tf+qP0v/s0BK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK&#10;/7lBSv+5QUr/uUHItQIAuMEEAKvQAwCf6wkBlv8aBYv/Jgp//y0Pdf81FWz/PRpl/0QeXv9MIlj/&#10;VCVV/10nUv9lKVD/bCpO/3MrTf95LEz/fy1K/4UuSf+ML0j/kjBH/5kwRf+gMUT/qTJD/64yQ/+u&#10;MkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjK4ugIAqsgAAJ3ZAACS/wwCif8aBH3/IQhy/ygM&#10;aP8wEGD/OBRa/0AXVP9IGk//TxxM/1cdSf9dHkf/YyBF/2kgRP9vIUL/dCJB/3oiQP+AIz//hiQ+&#10;/4wkPf+SJTz/mSU7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niarwQAAndAAAI/h&#10;AACG/w4Cev8VA27/HAZk/yMJXP8rDFX/Mw9P/zsRSf9CE0b/SRRC/08WQP9VFj7/Whc8/18YO/9k&#10;GDn/aBk4/20ZN/9yGjb/dxo1/3waNP+BGzP/iBsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40b&#10;Mv+NGzL/jRv/cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/&#10;cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ&#10;8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35f&#10;Kf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d&#10;8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/&#10;cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9m&#10;w1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5Vnx&#10;X+VZ8V//cB4D/2woBv9rMQn/dTYN/3s8Ev9/Rhn/g1Ah/4FeKv9+azP/e3g7/3iGQv91kkj/cptN&#10;/3CkUf9trFT/a7JX/2m5Wv9nwVz8Zcde+GLMX/Vg02HwXt1i7FzkY+hb6WTiWu9k4FrwYuBa8GLg&#10;WvBi4FrwYuBa8GLgWvBi4FrwYuBa8GL/cR0D/20oBv9uMAn/eDQM/387Ev+DRBn/h04h/4ZbK/+D&#10;aDT/f3U9/3yCRf95jkz/dplS/3KhVv9vqVr+bbBe/Gq3YftovmP5ZsZl9GPMZ/Bh02nrX95r5l3l&#10;bOBb6W3ZXO5o1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72f/ch0D/24oBv9xLgn/ezIM&#10;/4M6Ef+HQxj/ikwh/4pZK/+HZTX/g3I//39+SP98i1D/eZZW/3WfXP1ypmD6bq1k+Gy0aPZpvGv0&#10;Z8Vt8GTMcOth03LlX99z3lzldNZc6HHPXu1szV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e&#10;7mv/cxwD/28nBv90LQj/fjEM/4Y5Ef+LQhj/jksh/45WK/+LYzb/h29B/4N7S/9/h1P+fJJb/Hic&#10;Yfl0pGf2cKtr822yb/FqunPvaMN262XMeOZi1XreX998013je81f5nbHYOpwxmDsbsZg7G7GYOxu&#10;xmDsbsZg7G7GYOxuxmDsbsZg7G7/dBwD/3AnBv92Kwj/gS8L/4k4EP+OQBj/kkkh/5NULP+QYDf/&#10;jGxD/4d3TfuDg1f4f45g9nqXZ/N2oG7wcqhz7W6veOtruHzoaMJ/5mbNgt9i2ITRX9yFymDgf8Vh&#10;43q/Y+h0vmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XL/dBwD/3AmBv95Kgj/hS4L/403&#10;EP+SPxf/lkgg/5dSLP+VXjj+kWlE+ox0UPWHf1vygoll7n2Tbup3m3XncqN85G6rgeFqs4beZ72K&#10;2mXKjdJi1I7IYtiKwmPchLxl4H63ZuV4tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5nb/&#10;dRsD/3EmBv98KAf/iC0K/5A2D/+WPhb/mkcg/5xQK/+aWzj5l2ZF9JJwUu+Me1/qhYVq5X6NdOB4&#10;lX3bcp2F1G2ki9BqrY7NaLeQy2jDkchn0ZK/ZdSPuWfZibRo3YKwaeJ8rmrkea5q5HmuauR5rmrk&#10;ea5q5HmuauR5rmrkea5q5Hn/dhsD/3ImBf9/Jwf/iiwK/5M1Dv+ZPRb/nkYf/6FOK/ugWTj1nGNG&#10;75htVOiQd2LiiH9v2oCHe9J6j4PNdZeJyXGfjcVuqJHCbLGTv2u8lb1ry5W2adCUsWvVjaxs24ao&#10;beB/p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt4nz/dhsD/3MlBf+BJgf/jSwJ/5Y0Dv+d&#10;PBX/oUQe/qVMKvelVzjwomFH6ZxqVuGUcmXYjHtzz4WDfMl/i4TDepOKv3abj7pzo5O3cKyWtG+3&#10;l7FvxJisbc2YqW/TkKVw2Imhcd6CoHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H//dxsD&#10;/3QlBf+DJQb/kCsJ/5kzDf+gOxT/pUMd+6lLKfOqVDjsqF5H46FnV9qZb2fPkXhzx4qAfcGEiIW7&#10;f4+LtXqXkLF3n5StdKiXqnOymadyv5qkcsuaoXPQk5501oybddyEmnXegZp13oGadd6BmnXegZp1&#10;3oGadd6BmnXegZp13oH/eBoD/3YkBf+GIwb/kioI/5syDP+jOhP/qEIc+K1KKPCvUjfnrFxH3qVk&#10;WNGdbWbIlXVzwI58fbmJhIWzg4yMrX+Tkal7m5WleaSZoXeum552upydd8qcmXfPlpd41I6VeNuG&#10;lHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg5R43YP/eBoD/3gjBf+IIwb/lCoI/54xC/+mOhL+&#10;q0Ib9bBJJ+y1UDbjsFpG2KljV8yha2bCmnJyupN6fLONgYWsiImMpoSQkaGAmJadfaGamXuqnJZ7&#10;tp2Ue8aeknvNmJF805CPfNmIj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchY983IX/eRoD/3oi&#10;Bf+KIgX/likH/6AxC/+oORH7r0Ea8rRIJum5TzTftFlF0q1hVselaWW9nnBytJd3fK2RfoWmjIaM&#10;oIiNkZqFlZaWgp6akoCnnY9/s56NgMKei4DMmouB0pKKgNiJiYDbhomA24aJgNuGiYDbhomA24aJ&#10;gNuGiYDbhomA24b/eRoC/3shBP+LIgX/mCgH/6MwCv+rOBD5skAY77hHJOa9TjPbuFdEzbBgVsKp&#10;Z2S4om5xr5t1e6eWfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+FhL+fhYXLm4WF0ZOFhdiKhITa&#10;h4SE2oeEhNqHhITah4SE2oeEhNqHhITah4SE2of/ehkC/30gBP+NIQX/mygG/6UvCf+uNw72tj8X&#10;7LxGIuPBTjDVvFZDyLReVb2sZmOzpmxwqp9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqjnYGKrp9+&#10;iryfforKnH+K0JR/idaLf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yj/ehkC/38eBP+Q&#10;IQT/nScF/6guCP6yNg3zuj4V6cFFH9/FTC/Qv1RCxLddU7iwZGKuqmpvpKRxepyfd4OUm36KjpiG&#10;kIeVjpWCkpeZfZCgnHqPq554j7mfd5HKnXmQz5V5jtaMeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJ&#10;eY3YiXmN2In/exkC/4EdBP+SIAT/oCYF/6stB/u1NQvwvj0S5sdEHNrJSS7Lw1NBvrxbUrO1YmGo&#10;r2lun6pveJaldYGOoXyJh56Dj4Gbi5R7mZSYd5eem3OWqZ1xlraecJfInXKWz5VzlNWMdJPYiXST&#10;2Il0k9iJdJPYiXST2Il0k9iJdJPYiXST2In/fBgC/4QcA/+VHwP/oyUE/68sBve6MwnsxDsP4s5C&#10;GNPOSCzGx1JAucBaUa26YV+jtGdsmbBtd5CrdICIqHqHgaWBjXqiiZJ1oJKWcJ6bmWyep5tqnrSc&#10;aZ/Fm2ye0JRtmtaMbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2In/fRgC/4caA/+YHgP/&#10;piMD/7MpBPPAMQfnyzgL3dg6Fs3SRirAzFA+s8ZYT6fAX12cu2VqkrdrdImzcX2Br3iEeq1/inSq&#10;h49uqY+TaaealmanpZhjp7KZYqjDmGWn0ZNmo9aLZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZ&#10;iWeh2Yn/fhcC/4sYAv+cHAL/qyEC+7kmA+3HLATf1TEG0945FMbYRCi50U47rMxWTKDHXVqVwmNn&#10;i79pcYK7b3l6uHaAc7Z9hm20hYtos46PY7KYkmCxpJNesrGUXLLClF6y05BfrNmJYKrahmCq2oZg&#10;qtqGYKrahmCq2oZgqtqGYKrahmCq2ob/fxcC/5AWAv+hGgH/sR0B9MAgAePRIAHT3ywGyeI7FL7f&#10;RCWy2Uw4pdNUSZnPW1eOy2FjhMhobHvFbnVzw3V7bMF8gWfAhIViv46JXr6Yi1q+pI1YvrGOV7/C&#10;jVi/14tZuNyFWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YP/gRYC/5UUAf+nFgH9uBcA&#10;6csRANPfFgHI5ywHvuY7FrPkRCWo4Us1nN1SRJHZWVKG1WBdfNNmZnTRbW5sz3R0Zs58eWHNhX1c&#10;zI6AWcyZg1bMpYRUzLOFU83EhVPN3YNTxuB+VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD&#10;4X3/hxMB/5wSAf+uEQDawgoA0NIKAMfoGAG87CwKsus8F6jqQyWd6EgzkuZQQIjkWUt+4mBUduFo&#10;XG/gb2Jo33doY95/bF7eiHBa3pFzV96bdVTep3dS37R4UN/EeE/g3nhP1uV1T9PndE/T53RP0+d0&#10;T9PndE/T53RP0+d0T9PndE/T53T/jw8B/6QOANu4CADNxQkAxdUKALrxGgOw8i0MpvE7GJvwQSSR&#10;70cvh+5OOn7uWEN37WFKcO1pUGrscVVl7HlZYeyBXF3sil9a7JNhV+2dY1Xtp2VS7bNmUe7AZ0/v&#10;1GhO6+ZoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaE3o6Gj/mQsA3a4EAMy8BgDByQcAuNsK&#10;AK34HASk+C8Nmfg5F4/4PyGF+EYqfPhNMnX3Vzlu92A/afdpQ2T4cUdh+HlKXfiBTFr4iU9Y+JJR&#10;VvmbUlP5pVRR+q9VUPq7Vk76yldN++NXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76Vfl&#10;pQAAzrQEAL+/BQC0zgYAqusNAaD/HwaX/y8NjP82FYL/PR14/0QkcP9MKmr/VC9l/14zYf9nN13/&#10;bzla/3Y8WP9+Plb/hj9T/45BUf+XQlD/oENO/6lFTf+zRUv/vkZK/9BHSf/cR0n/3EdJ/9xHSf/c&#10;R0n/3EdJ/9xHSf/cR0n/3EfRrgAAv7kDALLFAwCn1QUAnP0PApT/IgaJ/ysMfv8yEnX/Ohhs/0Id&#10;Zf9JIl//USVa/1ooV/9jK1T/ay1S/3IvUP95ME//gDFN/4gyS/+QNEr/mDVI/6E1R/+qNkb/szdE&#10;/784RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOET/xTjBswAAsr4CAKXMAQCZ3QMAkP8SAob/&#10;HwV7/ycKcf8uDmj/NhNh/z4XWv9GGlX/TR1R/1UfTv9dIEv/ZCJJ/2sjR/9xJEb/eCVE/38mQ/+G&#10;J0H/jihA/5YoP/+eKT3/pyk8/7AqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCqzuAEA&#10;pcYAAJfVAACL7wQBhP8TAnf/GgRt/yIHZP8qC1z/Mg5V/zkRUP9BE0v/SBVI/08XRf9WGEL/XBlA&#10;/2EaPv9nGjz/bRs7/3McOf95HDj/gB02/4gdNf+PHjT/lx4y/6AfMv+kHzL/pB8y/6QfMv+kHzL/&#10;pB8y/6QfMv+kHzL/pB+mwAAAl84AAIneAAB//wcBdP8QAmn/FQNf/xwFV/8kCFD/LApK/zMMRf87&#10;DkH/QQ89/0cQOv9NETj/UhE2/1cSNP9cEzL/YRMx/2YUL/9rFC7/cRUt/3cVLP99FSr/gxYp/4sW&#10;Kf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFin/jhb/ZiAD/2EqBf9hMwj/aTYL/249D/9xRhX/&#10;c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zUSv9b&#10;3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD/2Eq&#10;Bf9hMwj/aTYL/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE&#10;/2HCRv9gyEf/Xs1I/1zUSv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3s&#10;VfhN7FX4TexV+E3/ZiAD/2IqBf9jMQj/azUL/3A8D/9zRRX/dU8c/3ZdI/9zbCr/cHox/22HNv9r&#10;lDv/aZ8//2ioQv9msEX/ZLhH/2PASf9hx0r/X8xM/13TTfxc3k75WuRP9VnqUPFY71HtV/RR6Vf5&#10;UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VD/Zx8D/2MqBf9lMAj/bjML/3Q6D/93QxX/eU4c&#10;/3paJP93aCv/dHYz/3GEOf9ukD//bJtD/2qlR/9orUr/Z7ZM/2W+Tv9jxVD/YctS/V/SVPld3VX0&#10;W+RW8FrqV+tY8FjnWPVX41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lT/aB8D/2MpBf9o&#10;Lgf/cTIK/3c4D/97QhX/fUwc/35YJP97Zi3/d3M1/3SAPP9xjEL/b5dH/2yhS/9qqk//aLJS/2e7&#10;VP9lxFb+YspY+WDRWvVe3FzwXORd6lrrXuZZ8V/iWvVb3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX&#10;3Fv5V9xb+Vf/aR4D/2QpBf9rLQf/dDAK/3s3Dv9/QRX/gUoc/4JVJf9/Yy7/e3A2/3h8Pv91iUX/&#10;cZRL/2+eUP9splT/aq5Y/Wi3W/xmwF36ZMlg9WHQYvBe3GPqXOVl5VvsZt5a8GPYW/Rg0V34W9Fd&#10;+FvRXfhb0V34W9Fd+FvRXfhb0V34W9Fd+Fv/aR4D/2UoBf9uKwf/eC4K/382Dv+DPxT/hUgc/4dT&#10;Jf+EYC//gGw4/3x5Qf94hUn+dJBQ+3GZVvluolr4a6pf9miyYvRmu2XzZMVo8GLQa+pf3W3jXedu&#10;21vqbdNc72jNXvNkyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91//ah4D/2YoBf9xKQf/&#10;eywJ/4M1Df+HPhT/ikcb/4xQJf+JXS//hWk6/YF1RPp8gE33eItV9HOVXPFvnWLvbKVn7Wmta+tm&#10;tm/oY8By5mHMdeNg33fWXOR4zl7pcslf7W3EYPBov2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0&#10;Y79i9GP/ax0D/2cnBf90Jwb/fysI/4czDf+MPBP/j0Ub/5FOJf+PWjD8i2Y7+IZxRvOBfFHvfIda&#10;7HaQYuhxmGnlbKBw4Wiodd5ksHrbYrp+2GHHf9Rh2n/LX+F+xGHld79i6XK7Y+1ttmTxZ7Zk8We2&#10;ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk8Wf/bB0D/2omBf93Jgb/gioI/4oyDP+QOxL/k0Ma/5ZMJP2V&#10;VzD3kWI88oxtSeyGeFTnf4Ff4niKadxyknLWbZp40mqifM5nq3/LZrSByWW/g8dkzoTBY92DumTi&#10;fLZm5nayZ+pxrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvaq5o72r/bRwD/2wkBf96JAX/hSkH&#10;/44xC/+UORH/mEIZ/5tKJPibVDDyl18965JqS+WKc1jegnxk1XyFbs92jXXKcpV6xm6dfsNspYK/&#10;aq+EvWm5hrpox4e3aNqHsWjega1p43qpa+h0pmvsbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbaZs&#10;7W3/bRwD/24jBP99IgX/iCgH/5EwCv+YOBD/nEAY+59JI/ShUi/tnVw95ZZmTN2Ob1rTh3hlzIGB&#10;bsZ7iXbBd5F7vHOZgLhwoYS1bqqHsm20ia9swYqtbNKKqGzchaVt4X6ibuV3n2/rcJ9v63Cfb+tw&#10;n2/rcJ9v63Cfb+twn2/rcJ9v63D/bhwD/3EiBP9/IQX/iycG/5QvCf+bNw//oD8X+KRHIfCnTy7o&#10;olo935tjTdSUbFrLjHVlxIZ9b76AhXa4fI18s3iVga91nYWrcqWJqHGvi6Vwu4yjcMuNoHHZiJ1x&#10;34GbcuR6mXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcplz6XL/bxsD/3MgBP+CIAT/jiYG/5cu&#10;CP+fNg79pD4V9KhGIOysTS3jp1g82aBhTM2YalnFkXJlvYt6braFgnawgIl9q32Rgqd5mYajd6KK&#10;n3WrjZx0t46adMaPmHXWi5Z23YOUduJ8k3bndJJ26HSSduh0knbodJJ26HSSduh0knbodJJ26HT/&#10;bxsC/3UfBP+EHwT/kCUF/5otCP+iNQz6qD0U8axFHuiwTCvfq1c70qRfS8icaFm/lW9kt493brCK&#10;f3aqhYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMKQkXrVjY9624WOeuF+jXrmdo165naNeuZ2jXrm&#10;do165naNeuZ2jXrmdo165nb/cBsC/3YeA/+GHgT/kyUF/50sB/+lNAv3qzwS7rFDHOW0Synar1U6&#10;zaheSsKgZli5mm1ksZN1bqqOfHajioN9noaLgpmCk4eUgJuLkH6ljo19sJCKfb6Rin/Tj4l+2oeI&#10;ft9/h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+5Xf/cBsC/3gdA/+IHgP/lSQE/6ArBv+o&#10;Mgr0rzoR67VCGuG4SifUs1M5yKtcSb6kZFe0nmtjrJhybaSTeXWejoF8mIuIgpKHkIeNhZmLiYOi&#10;joaCrpGDgryRgoPOkYOD2YiCgt+BgoLkeYKC5HiCguR4goLkeIKC5HiCguR4goLkeIKC5Hj/cRoC&#10;/3ocA/+KHQP/lyME/6IpBfysMQnxszkP6LpAF928SCXPtlI4w69bSLmoYlavompip5xwbJ+Xd3WY&#10;k358kpCGgoyNjoeHipeLg4igjn+Hq5F8h7mRe4fLkXyI2Il9h96CfYbken2G5Hl9huR5fYbkeX2G&#10;5Hl9huR5fYbkeX2G5Hn/cRoC/3waA/+NHAP/miID/6UoBPmvLwfuuDcM5L8/FNjARiTKulA3v7NZ&#10;R7SsYVWqpmhhoaFua5mcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejniNqZB2jLaRdI3IkXaO2Ip3jN2C&#10;d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjeneK43r/choC/38ZAv+PGwL/nSAD/6kmA/azLQXq&#10;vTUJ4MY8ENLERCPFvU81urdYRq+xX1Slq2ZgnKZtapSic3OMnnp6hpuBgICYiYV6lpKJdZSbjXKT&#10;po9vk7SQbZTFkHCV2Ipwkt2DcZDje3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43v/cxkC/4IX&#10;Av+SGgL/oB8C/60kAvK4KgTmwzEG28w1D8zIQiHAwk00tLxWRKm2XlKfsWRelqxraI6pcXGGpXh4&#10;f6J/fnmgh4N0nY+Ib5yZi2ubpI1om7KOZ5vCjmmd2Ipqmd2Ca5bje2uW43trluN7a5bje2uW43tr&#10;luN7a5bje2uW43v/dBkC/4UVAv+WGAH/pBwB+7IgAe2/JQLhzCoD1NEyDcfMQR+6x0wxrsFUQqO8&#10;XFCZt2JckLNpZoewb26ArXZ1eap9e3OohIBtpo2FaKWXiGWko4pipLCLYKTBi2Km2Yhjot6BZZ7j&#10;emWe43plnuN6ZZ7jemWe43plnuN6ZZ7jemWe43r/dhgC/4kTAf+aFgH/qRgB9rgbAefHGgHb2RwB&#10;zdYwC8DSPx20zUovqMhSP53DWk2Sv2FYibtnYoC4bWt5tnRxcrN7d2yxg3xnsIyAYq+Wg16uoYZc&#10;rq+HWq+/h1uw2oRdrOB/XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xj/ehUC/44SAf+f&#10;EwD/sBMA78AQANnUDADO3xwBxN0vCbnZPRqt00gsoc9QO5XLWEmLx19UgsRlXnnCbGZywHJsa756&#10;cma9gnZhu4t6XLuVfVm6oX9Xuq+AVbu/gFW82X9WuON6WLLndViy53RYsud0WLLndFiy53RYsud0&#10;WLLndFiy53T/gBIB/5QQAP+mDwDjuAsA0sYKAMzXCwDD4x4CueIxCq/gPRik3UYnmdlON43UVkSD&#10;0V1Pes9kWHLNal9ry3JlZcp5amDJgm9byYtyV8iWdVTIondSyK94UcnAeFDK23dRxuhzUsDrb1K/&#10;7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb1K/7G//hw4B/5sNAN+uBwDQvAgAx8kIAMHbCwC36CADrecx&#10;DaTmPRmZ5EQmjuJMM4TgVD573lxHc91jT2vcalZl2nJcYNp6YFvZg2RX2YxnU9mXalDZo2xO2bFt&#10;TdrCbUzb3GxN2OxqTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8Gf/jwsA6aQEANG0BgDF&#10;vwYAvM0IALTpDgGq7iIFou4zDpftOxmN7EIkg+tJLnvqUzZz6Vw+bOlkRGfpbEli6HRNXuh8UVro&#10;hVRW6I5WU+mYWVHpo1pO6bBcTeq+XEzr0l1L6uldSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPz&#10;XErj81z5mQMA1KwCAMW3BAC5wwUAsNIIAKf2EQGe9SQGlfUyDor1OheB9UEgePVIJ3D1UC5q9Fo0&#10;ZfRjOGD0azxd9XQ/WfV8Qlf1hERU9Y1GUfaXSE/2oUpN9qxLS/e5TEr3yE1J+OBNSPfzTUj39E1I&#10;9/RNSPf0TUj39E1I9/RNSPf0TUj39E3aowAAx7ECALi7AwCtyQQAo9kHAJr9FAKS/ScHh/4vDX3+&#10;NxR0/z8bbP9HIGb/TiVg/1cpXP9gLVn/aTBW/3EyU/94NFH/gDZP/4k3Tf+SOUv/nDpJ/6Y7SP+x&#10;PEb/vT1F/8w9RP/mPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z7LrAAAubYBAKzCAQCg0AIA&#10;leUHAI7/GAOE/yQGev8sC3D/NBBo/zwVYf9EGVv/Sx1W/1MgU/9bIlD/YyRN/2smS/9zJ0n/eilI&#10;/4IqRv+KK0T/lCxC/54tQf+nLkD/sS4//7wvPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/&#10;zTC7sQAArLwAAJ/JAACT2QAAifwLAYD/FwJ2/yAFbP8oCWT/MA1d/zgQV/9AE1H/RxZN/04YSv9W&#10;GUf/XBpE/2McQv9pHUD/cB4//3gePf+AHzv/iCA6/5EhOP+bIjf/pCI2/60jNf+4IzX/uSM1/7kj&#10;Nf+5IzX/uSM1/7kjNf+5IzX/uSOttgAAn8QAAJLSAACE4QAAff8NAXL/EwJo/xsEX/8jBlj/KwlR&#10;/zMLTP86DUf/QQ9D/0gRQP9OEj3/VBM7/1oUOf9fFDf/ZRU1/2sWM/9yFjH/ehcv/4IXLv+LGCz/&#10;kxgr/5wZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxmhvwAAkswAAITcAAB49wAAbv8K&#10;AWP/EAJa/xUDUv8dBEv/JAZG/ywIQf8zCTz/Ogo5/0ALNf9FDDL/Sg0w/1ANLv9UDiz/WQ4q/14P&#10;KP9kDyb/ag8l/3EQI/94ECL/gBEg/4gRH/+RER//kREf/5ERH/+RER//kREf/5ERH/+RER//kRH/&#10;XCID/1ctBf9YMwf/XzYJ/2M9Df9lRhL/ZlAX/2VeHP9kbiL/YXwn/1+KK/9eli7/XKEx/1uqM/9a&#10;sjX/Wbo2/1jDN/9YzTn/V9g5/1bgOv9V5jv/VOw8/1PxPPxS9T34Uvk99VH9PfNR/z3zUf8981H/&#10;PfNR/z3zUf8981H/PfNR/z3/XCID/1csBf9aMgf/YTUJ/2U8Df9nRRL/aE8X/2hcHf9mbSL/Y3so&#10;/2GILP9flC//Xp8y/12pNf9bsTf/Wrk4/1rBOv9Zyzv/WNU8/1ffPf9W5j7/Ves+/VTwP/lT9T/2&#10;UvlA81L9QPBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/PvBS/z7/XSED/1gsBf9cMAf/ZDMJ/2g6Df9r&#10;QxL/bE4X/2xaHf9qaiT/Z3gp/2SFLv9ikTL/YZw2/1+mOP9erjr/XbY8/1y+Pv9byD//WtJB/1nd&#10;Qv9X5UP9VupE+VXwRPVU9UXxVPpF7lT+ROxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0L/XiED&#10;/1ksBf9fLgb/ZjIJ/2w4DP9vQRH/b0wX/3FXHv9uZyX/a3Ur/2iCMP9ljjX/ZJk5/2KjPP9gqz7/&#10;X7NB/167Qv9dxET/XM5G/1rcR/5Z5Ej6V+pJ9VbwSvBV9krtVfpK6Vb+R+dW/0XnVv9F51b/RedW&#10;/0XnVv9F51b/RedW/0X/XiED/1krBf9iLQb/ajAI/282DP9yQBH/dEoY/3VVHv9yZCb/b3It/2x/&#10;M/9pizj/ZpY8/2WgQP9jqEP/YbBG/2C4SP9ewUr/XctL/1zaTfpa4071WepP8FfxUOtW9lHnV/tO&#10;5Fj/S+FZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0n/XyAD/1orBf9lKwb/bS4I/3M1DP93PhH/&#10;eEgX/3lSH/93YCf/dG4u/3B7Nf9thzv/apJB/2ebRf9lpEn+Y6xM/WG0TvtgvFH6XsZT+V3UVfVb&#10;41bvWupY6VjyWeVZ91bgWvtT21v/T9db/03XW/9N11v/Tddb/03XW/9N11v/Tddb/03/YCAD/10p&#10;Bf9oKQb/cSsH/3gzC/98PBD/fUYX/35QH/99XSj/eWow/3V2OP9xgj/8bY1F+mqXS/hnn0/2ZadT&#10;9GKvVvNguFnxX8Fc8F3NXu1c4GDoWuxh4VryYNpb9lvTXPpXz139U8xe/1HMXv9RzF7/Ucxe/1HM&#10;Xv9RzF7/Ucxe/1H/YR8D/2AnBP9rJgX/dSkH/3wxCv+BOhD/g0QX/4RNH/+DWSj/f2Yy/HpyO/h1&#10;fkP1cYhL8m2SUe9pmlbtZqJb6mOqX+hgsmPmXrxm5FzIaeFb2mvdWupr01zwZs1e9WHIX/lcxGD8&#10;WMFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+VcFh/lX/Yh8D/2MlBP9vJAX/eSgG/4EwCv+FOQ//iEIW&#10;/4lLHv+JVij6hWIz9YBuPfB6eUfsdYNQ6XCMWOVrlV7hZp1k3mOkadtgrW3XX7dv1F7DcNFe0nHN&#10;Xedxx1/ua8Jh8ma+YvZhumP5XLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fj/Yx8D/2YjBP9y&#10;IgT/fScG/4UuCf+KNw7/jUAV/49JHvqPUyj0jF807oZqP+l/dEvjeH5V3nKGXthtj2XTaphqz2eg&#10;bcxlqHDJY7FzxmK8dMRhyXXBYeB2vGPqcbdk72q0ZfNlsGb2YK5n+VyuZ/lcrmf5XK5n+VyuZ/lc&#10;rmf5XK5n+Vz/Yx4D/2ghBP91IAT/gSUF/4ktCP+PNQz/kj4U/JRHHfWWTyjukVs054tmQeCEb07Z&#10;fXlY0XeCYMxzimfHb5NsxGybcMBpo3O9Z6x2uma2eLhlwnm2ZdV5smbmdq5o7G+qafBpqGn0Y6Zq&#10;91+mavdfpmr3X6Zq91+mavdfpmr3X6Zq91//ZB4D/2sgA/94HgT/hCQF/40sB/+TNAv/lzwS+JlF&#10;G/CbTSfol1k04ZBiQteJbE7Og3VYyH1+YcN4hmi+dI5tuXCWcrZunnWybKd4r2qxe61pvXyqac19&#10;qGrjeqVs6XKibO1soG3yZp5u9WKebvVinm71Yp5u9WKebvVinm71Yp5u9WL/ZR0C/20eA/97HQP/&#10;hyME/5AqBv+XMgr9nDsQ9J9DGeyhSyXjnFYz2pZgQc+OaU7HiHJYwIJ6Ybp9gmi1eYpusXWSc6xy&#10;mnepcKN6pm6sfaNtuH6hbcd/n27gfpxw53WacOtvmXHwaJdx82SXcfNkl3HzZJdx82SXcfNkl3Hz&#10;ZJdx82T/ZR0C/28dA/9+HAP/iiIE/5MpBf+bMQn5oDkP8KNBGOemSSPeoVQx0ppeQMiTZ03AjG9Y&#10;uYd3YbOCf2iufYduqXqOc6R3lnigdJ97nXOofppxtICYccKBlnLYgZV05XiTdOpxknXva5F18maR&#10;dfJmkXXyZpF18maRdfJmkXXyZpF18mb/Zh0C/3EbA/+AGwP/jCED/5YoBf+eLwj2pDcN7Kg/FeOr&#10;SCDYplIwzJ5cQMOXZU27kW1Xs4t0Ya2GfGingoNuon6LdJ17k3iZeZx8lXelf5J2sIGQdb6CjnbR&#10;go5443qNeOhzjHjtbIt48WiLePFoi3jxaIt48WiLePFoi3jxaIt48Wj/ZxwC/3MaAv+CGgL/jyAD&#10;/5kmBP6iLgbzqDUL6a09E9+vRh7SqVEvx6JaP76bY0y1lWpXro9yYKeLeWihh4FunIOIdJeAkHiS&#10;fZl8jnyigIt6rYKIeruDh3rNg4d84nyHfOd1hnzsboZ88GmGfPBphnzwaYZ88GmGfPBphnzwaYZ8&#10;8Gn/ZxwC/3UZAv+FGQL/kh8C/5wlA/ulLAXwrDQJ5rI7ENuzRB3NrU8uw6ZZPrmfYUuwmWhWqJRw&#10;X6GPd2ebi35uloiGc5CFjniMgpZ8iICggIR/q4KBf7iDf3/KhIGB4X2BgeZ2gYDrb4CA72qAgO9q&#10;gIDvaoCA72qAgO9qgIDvaoCA72r/aBwC/3gXAv+HGAL/lB0C/58jA/ipKgTssTEH4rc5DdW3QhzJ&#10;sE4tvqpXPbSjX0qrnmdVo5huX5yUdWaWkHxtkI2Dc4uKi3iGiJR8gYaegH2EqIJ7hLWEeYTHhHqG&#10;4H97heZ3e4XrcHuE7mt7hO5re4Tua3uE7mt7hO5re4Tua3uE7mv/aRsC/3oWAv+KFwL/lxwC/6Mh&#10;AvStJwPotS4F3r01CtC6QBvEtEwsuq5WO6+oXkmmomVUnp1sXZeZc2aQlXlsipKBcoWQiXd/jZJ8&#10;e4ubf3eKpoJ0ibODcorEg3SM4H90i+V4dYnqcXaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wz/&#10;axoC/30UAv+NFgH/mhoB/6YeAfCxIwLkuykD2cIwCcu9PxnAuEoqtbJUOqqsXEehp2NSmaNqXJGf&#10;cWSKm3drhJh/cX6WhnZ5k497dJKZfnCQpIFtkLGCa5DBgm2S3X9ukeV4b4/qcXCO7Wxwju1scI7t&#10;bHCO7Wxwju1scI7tbHCO7Wz/bhgC/4ASAf+QFQH/nhcB+6saAey3HgHgwyEB0sYtCMbBPRi6vEko&#10;r7dSOKWyWkWcrWFRk6loWoulb2KEonVpfp98b3idhHRzm415bpmWfGqYon9nl66AZZi/gWWZ2H9o&#10;mOV4aZbqcWqU7WxqlO1sapTtbGqU7WxqlO1sapTtbGqU7Wz/cRYC/4MRAf+UEwH/ohQA9bAUAOa+&#10;FADZzBUAzMorB8DGOxa1wUcmqrxRNp+4WEOWs2BOjbBmWIWsbWB+qnNnd6d6bHKlgnJso4t2aKKU&#10;eWShoHxgoK19X6G9fl6i1H1hoeZ2Yp3rcGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubGOb7mz/dBMB&#10;/4cQAf+YEAD+pxAA57cNANbFCwDQ0BEAxc8oBbnLORSux0Ujo8NPM5m/V0CPu15LhrhkVH61a1x3&#10;snFjcbB4aWuugG1mrYlyYauTdV2rnnhbqqx5Wau8eVis0nlaq+hzXKfsbl2k72pdpO9qXaTval2k&#10;72pdpO9qXaTval2k72r/eREB/4wOAP+eDQDcrggA0rsJAMzICQDH1g4AvdUlBLLSNhGnzkIgnMpM&#10;L5LHVDyIw1xHf8FiUHe+aVdwvHBeart3Y2W5f2hguIhsXLeSb1i2nnFVtqtzU7e7c1K30nNUt+tv&#10;VrLvalev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8Wf/fw4B/5MLAOGlBQDSswcAyb4HAMLLCAC8&#10;3Q4AtN0jA6raMw2f1kAclNNKKorQUjeAzVpBeMthSnDJaFFqyG9XZMZ2XF/Ff2BaxYhkVsSSZ1PE&#10;nmlQxKxqT8S8a07F02pPxe1oUMDzZFG99WFRvfVhUb31YVG99WFRvfVhUb31YVG99WH/hgoA8JoE&#10;ANSqBADItgYAvsEFALfPCQCw4xEAqOMlBJ/iNQ2V4D4Zi95IJYHcUDB42lg6cNhfQmnWZ0lj1W5P&#10;XtR2U1nTf1dV04laUtOTXU/ToF9N061gS9S+YErV2GBL1O1eTNH3XEzM+VpMzPlaTMz5WkzM+VpM&#10;zPlaTMz5WkzM+Vr/jwMA2qIAAMqvAwC9uQQAtMYFAKvUCQCk6hQBnOkoBpPpNA6J6D0Yf+dEInfm&#10;Tipv5lcyaeVfOGPlZz1f5G9CWuR3RVbkgElT5IpLUOSUTk3kn1BL5axRSeW7Ukjmz1JI5uhSSOT4&#10;UUjh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T0jh/E/hmQAAzakAAL6zAgCzvgMAqMsFAJ/aCQCY8hgC&#10;kPIqB4byMw588TsWdPFDHWzxSyNm8VQpYfFdLV3xZjFZ8W41VvF2N1PxfzpQ8og8TfKSPkvynUBJ&#10;86lBR/O2Qkb0x0NF9N9DRPTwQ0Ty+kJE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kLRogAAwK4AALK4&#10;AQCnxAIAnNIEAJLtDACM+xwDgvsoB3n7MQxw/DkSafxBF2L8SRxc/FAgV/xZI1T9YiZR/WooT/1z&#10;Kkz+eyxK/oMuSP6NL0b/mDFE/6IyQ/+uM0H/uzRA/8s0P//jND//7zU//+81P//vNT//7zU//+81&#10;P//vNT//7zXEqgAAs7MAAKe/AACaywAAj9oCAIb/DwF+/xwDdf8lBmz/LQpk/zYOXf8+Elj/RRVS&#10;/00YT/9VGkz/XBxJ/2QeR/9rH0T/cyBC/3wiQf+FIz//jyQ9/5olO/+kJjr/ryY5/7onOP/KJzj/&#10;3Cg4/9woOP/cKDj/3Cg4/9woOP/cKDj/3Ci1rwAAp7oAAJrGAACN1AAAgeYBAHr/EAFw/xgCZ/8h&#10;BV//KQdY/zEKUv85DU3/QQ9J/0gRRf9PE0L/VRRA/1wVPf9iFjv/aRc5/3AYN/95GTX/ghkz/4wa&#10;Mv+XGzD/oRsv/6ocL/+1HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxyptQAAmsIAAIzPAAB/&#10;3gAAdv8FAGz/DgFi/xQCWv8bA1P/JAVN/ysHR/8zCUP/Ogo//0ELO/9HDDj/TQ01/1MOM/9YDzH/&#10;Xg8v/2QQLf9rESv/cxEp/3wSJ/+GEiX/kBMk/5kTI/+jFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+r&#10;FCL/qxScvgAAjcsAAH7aAABw5gAAZ/8AAF3/CgFU/xABTf8VAkf/HQNB/yQEPP8rBTf/MgY0/zgH&#10;MP89CC3/Qwgq/0gJKP9NCSb/Ugok/1cKIv9dCyD/Ywse/2sLHP9zDBr/fAwY/4QMF/+ODRX/lQ0V&#10;/5UNFf+VDRX/lQ0V/5UNFf+VDRX/lQ3/UiUD/00vBP9RMgb/VzUH/1o8Cv9bRQ7/Wk8T/1ldF/9Y&#10;bRv/Vnsf/1WJIv9TlSX/UqAn/1GoKf9QsSr/ULgr/0/BLP9Pyi3/TtYu/07kLv9O7S//TvMv/034&#10;MP9N/DD/TP8w/Ez/MPlM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y//UyQD/00vBP9UMAX/WTQH&#10;/106Cv9fQw7/Xk4T/11aGP9bahz/Wnkh/1iGJP9Wkif/VZ0p/1SmK/9Tri3/UrYu/1K+L/9RxzD/&#10;UdIx/1DhMv9Q6zL/T/Iz/0/3M/9O/DT7Tv80+E3/NPVO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO&#10;/zL/UyQD/04uBP9WLwX/XDIH/2A4Cv9iQQ7/YkwT/2BYGP9faB3/XXYi/1uDJv9Zjyn/WJos/1aj&#10;Lv9VrDD/VbMx/1S7M/9TxDT/U841/1LeNv9S6Tf/UfE3/1H2OPtQ+zj3T/849E//N/FQ/zXwUP80&#10;8FD/NPBQ/zTwUP808FD/NPBQ/zT/VCMD/1AtBP9ZLQX/XzAH/2M2Cv9mQA7/ZkoT/2VVGf9jZR7/&#10;YXMj/16AKP9cjCz/W5cv/1mhMf9YqTT/V7A1/1a4N/9VwTj/Vcs5/1TaOv9U5zv/U/A8+1L2PfZR&#10;+z3yUf8971L/O+xS/zjrUv8461L/OOtS/zjrUv8461L/OOtS/zj/VSMD/1IrBP9cKwX/Yy4H/2c0&#10;Cv9qPg7/a0gT/2pTGf9oYR//ZnAl/2N9Kv9giC//XpMz/1ydNv9bpTj/Wq06/1i1PP9XvT7/V8c/&#10;/1bTQfxV5EL5Ve5D9VT2RPBT/ETsVP9B6VX/P+ZV/zzlVf875VX/O+VV/zvlVf875VX/O+VV/zv/&#10;ViID/1UpBP9fKAX/ZysG/2wyCf9vPA3/cEYT/3BQGf9uXSD/a2sn/2h5Lf9lhDL/Yo83/2CZO/5e&#10;oT79XKlB+1uxQ/pZuUX5WMJH91fOSPVW4ErxVuxL7lX2TOlW/ErlV/9G4lj/Q95Z/0DdWf8/3Vn/&#10;P91Z/z/dWf8/3Vn/P91Z/z//VyID/1knBP9jJgT/aygG/3EwCP90OQ3/dUMT/3VNGf91WSH/cWcp&#10;/210MP1qgDb6Zoo8+GOUQPZhnET0XqRI8lysS/FbtE3vWb1Q7VjJUutX2lPnVulV5Ff1VOFZ/U/b&#10;Wv9L1Vv/SNBc/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c/0T/WCID/1wkA/9mIwT/byYF/3YuCP96&#10;Nwz/e0ES/3tLGf97VSH+d2Mq+XNvMvZuezryaoVB72aPR+xjl0zqYJ9Q6F2nVOVbr1fjWbha4VfD&#10;Xd9X0l7aVuZe1lnzWtJc/FXNXv9QyV7/TMVf/0nEX/9IxF//SMRf/0jEX/9IxF//SMRf/0j/WSEC&#10;/18iA/9qIQT/dCQF/3ssB/9/NQv/gT4R/4JIGf2CUiH3fl8r8nlrNe1zdT7pboBG5WmJTeFlkVTe&#10;YZlZ2l+iXNZdql/TXLNh0Fu+Ys5bzGPLWuJjyFzxYMZf+lrBYP5VvWH/Ubpi/025Yv9LuWL/S7li&#10;/0u5Yv9LuWL/S7li/0v/WSEC/2IgA/9uHwP/eCME/38rBv+EMwr/hzwQ/ohFF/eITiHwhFsr6n5m&#10;NuR4cEHfcnpL2W2DUtNpjFjPZpVczGSdX8lipWLGYK5kw1+4ZsFexGe/XthovF/rZrpj91+2ZPtZ&#10;s2X+VbBl/1CvZf9Pr2X/T69l/0+vZf9Pr2X/T69l/0//WiAC/2UeA/9xHAP/fCID/4QpBf+JMQn/&#10;jDoO+Y5DFvGOTCDqilgr44RiN9t+bEPTeHZMzXN/U8hvh1nEa5BewGmYYr1moGW6Zahot2OyarVi&#10;vmuzYs5ssGLla69m9GSsZ/hdqWj8WKdp/1Omaf9Spmn/UqZp/1Kmaf9Spmn/UqZp/1L/WyAC/2cc&#10;Av90GgL/fyAD/4gnBP+OLwf9kjcM9JRAFOyVSR7kkFUq24pfN9GEaUPKfXJMxHh7VL90g1q6cYtf&#10;tm6TZLNrm2evaaRqrWetbKpmuG6oZsdvpWbfb6Vq8Wiia/ZhoGz5W55s/VaebP5Vnmz+VZ5s/lWe&#10;bP5Vnmz+VZ5s/lX/XB8C/2oaAv93GQL/gx8D/4wlBP+SLQb5lzUL75k+EuebRhzellIp0pBcN8qJ&#10;ZkLDg29MvH53VLd5f1uydYdgrnKPZapwl2imbZ9so2ypbqBrtHCeasJxnGrXcZxu7muab/NkmW/4&#10;Xpdw/FiXcP1Xl3D9V5dw/VeXcP1Xl3D9V5dw/Vf/Xh4C/2wZAv96GAL/hh0C/48jA/+WKwX1mzMJ&#10;6587EOKgRRnXm1AozJRaNsSNY0K8iGxMtYJ0VLB+fFureoRgpneLZaJ0k2mecpxtm3ClcJhvsHKV&#10;br1zk2/Qc5Ry626Tc/JmknP2YJBz+lqQc/tZkHP7WZBz+1mQc/tZkHP7WZBz+1n/Xx0C/24XAv99&#10;FwL/iRwC/5IiAv2aKQTxoDAH56Q5Dd6lQxfRn04nx5hYNb6SYUG2jGlLr4dxVKmCeVukf4Bgn3yI&#10;ZZt5kGqXdpltk3WicZBzrHONc7p0i3PLdYx253CMd/Boi3f1Yop3+VyKd/painf6Wop3+lqKd/pa&#10;inf6Wop3+lr/YRsC/3EWAv9/FgH/ixoB/5UgAvmeJgPtpC4F46k2CtipQBbMo0wmwpxWNLmWX0Cx&#10;kGdKqotvU6SHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qnSGd7Z1hHfHdoV65HKGe+9qhXv0ZIV7&#10;+F2Fe/lchXv5XIV7+VyFe/lchXv5XIV7+Vz/YxoC/3MUAf+BFQH/jhkB/5keAfahIwLqqSoE4K8y&#10;B9KsPhXHpkskvaBVM7SaXj+slWVKpZBtUp6MdFmYiHtgk4WDZY6Ci2qKgJNuhn6dcYJ9p3R/fLR2&#10;fXzFdn1+4HN/f+5rf3/zZX9+915/fvhdf374XX9++F1/fvhdf374XX9++F3/ZRgC/3UTAf+EFAH/&#10;kRcB/5wbAfKlIAHmriYC27QuBs6vPRTDqkkjuaRTMa+eXD6nmWRJoJRrUZmQclmTjXlfjoqAZImH&#10;iGmEhZFugIOacXyCpXR5gbJ2d4HCdnaC3XR5hO1seYPyZnqC9196gvheeoL4XnqC+F56gvheeoL4&#10;XnqC+F7/ZxcC/3cRAf+HEwH/lBUA/p8YAO6qHAHisyEB1bcqBcmzOxO+rkgitKhSMKujWj2inmJH&#10;m5lpUJSVcFiOkndeiI9+ZIONhml+i49teYmYcXaHo3Nyhq91cIa/dm+H13Vzie1tc4jyZnSH9mB0&#10;h/dfdIf3X3SH9190h/dfdIf3X3SH91//aRUB/3oQAf+KEQD/lxIA+aMUAOquFQDduRcAz7ooBMS3&#10;ORG5skYgr6xQL6anWDudo2BGlZ9nT46bblaImHVdgpV8Y32ThGh4kYxsc4+WcG+OoHJsja10ao29&#10;dWmN0nVskO1tbY7xZ26M9mBujPdfboz3X26M919ujPdfboz3X26M91//bBMB/30PAf+NEAD/mxAA&#10;9KgPAOW1DQDVvxAAyr4mA7+7NxC0tkQeqrFOLaGtVzmYqV5EkKVlTYmibFWCn3NbfJx6YXeagWZy&#10;mIpqbZaUbmmVnnFmlKtzY5S6c2KVz3Nml+xsZ5XxZmiT9mBokvdfaJL3X2iS919okvdfaJL3X2iS&#10;91//bxEB/4EOAP+RDgDyoAwA2q0JANO4CgDOww4AxMIjA7m/NQ6vu0IcpLdMKpuzVTeSr1xBiqxj&#10;SoOpalJ8pnFZdqR4XnCif2NroIhnZ56Ra2OdnW5fnalwXZ25cFydzXBfn+trYZ3yZWKa9mBimfde&#10;Ypn3XmKZ915imfdeYpn3XmKZ917/cxAB/4UMAPqWCgDbpQYA0bEIAMu7CADGxwsAvccgArLFMguo&#10;wUAZnr5KJ5S6UzSLtlo+g7RhR3yxaE91r29Vb612WmqrfV9lqYZjYaiQZ12nm2pZp6hrV6e4bFan&#10;zGxYqOloWqf0Y1uj+F5co/ldXKP5XVyj+V1co/ldXKP5XVyj+V3/eA0A/4sJAN+cAwDSqQYAybQH&#10;AMK+BgC8zAgAtc0cAavLLwmhyD0Wl8VII43CUS+Ev1g6fLxfQ3W6ZkpvuG1Qabd0VWS1fFpftIVe&#10;W7OPYVezmmRUsqdlUrK3ZlGzzGZSs+ljVLL3X1Wu+ltWrftaVq37Wlat+1pWrftaVq37Wlat+1r/&#10;fgkA8pECANahAgDKrQUAwLcFALjCBQCyzwkAq9QXAKPTKwaZ0DoSj85FH4XLTip9yVY0dcddPW7F&#10;ZURoxGxJY8JzTl7Be1NZwYRWVcCPWVK/m1xPv6hdTb+4XkzAzV5MwOpcTr/5WU+8/lVQuv5VULr+&#10;VVC6/lVQuv5VULr+VVC6/lX/hQIA3ZgAAM2mAgDBsQMAt7oDAK7GBgCn0woAoN0VAJndKASQ2zcO&#10;htlCGX3WSyR11FQtbdJcNWfRYzxh0GtBXM9yRljPe0lUzoRNUM6PUE3Om1JLzqlTSc65VEjPz1RI&#10;zutTSc74UErL/05Kyv9NSsr/TUrK/01Kyv9NSsr/TUrK/03njwAA0Z8AAMOrAQC3tAIArb8DAKPL&#10;BgCb2QoAlOUaAY3lKwaE5DUNe+M/FnPiSB5s4VImZuFaLGDgYjJb4Go2V+ByOlPfez1Q34VATd+P&#10;Q0rgm0VI4KhGRuC4R0XhzEdF4OhHRd/2RkXe/0RF3v9ERd7/REXe/0RF3v9ERd7/REXe/0TZlwAA&#10;x6YAALiwAACsuQEAosUCAJjRBgCP6w0Aie4fAoDuKwZ47TQMcO09E2jtRhli7U4eXe1XI1ntYCdV&#10;7WgqUu1xLU/teS9M7YMySu6NNEfumDVF7qU3Q++zOELwxDhB8N85Qe/vOEDt/ThA7P84QOz/OEDs&#10;/zhA7P84QOz/OEDs/zjLoAAAuqsAAK20AAChwAAAlswBAIvZBQCE+BEBfPgfAnT4KQZs+DIKZPg7&#10;D175QxNY+UsXU/lTGlD5Wx1N+mQfSvpsIUj6dCNG+n4lRPuIJkH7kyhA+54pPvyrKj38uSs7/csr&#10;O/3iKzr89Cs6/PcrOvz3Kzr89ys6/PcrOvz3Kzr89yu9qAAArrAAAKG8AACVyAAAidQAAH7oBQB3&#10;/xIBb/8cAmf/JgVg/y8IWf83C1T/Pw5P/0cRS/9OE0f/VhVE/10WQv9kGED/bBk9/3UaO/9+Gzn/&#10;iRw3/5QdNv+gHjX/rB8z/7kfM//IHzL/4iAy/+cgMv/nIDL/5yAy/+cgMv/nIDL/5yCwrQAAorcA&#10;AJXEAACH0AAAe90AAHL9CQBq/xEBYf8ZAlr/IgNU/yoFTv8yB0n/OglF/0ELQf9IDD7/Tg47/1UP&#10;OP9bEDb/YhE0/2kRMv9yEi//exMt/4YUK/+SFSr/nhUp/6kWKP+zFif/whYn/8cWJ//HFif/xxYn&#10;/8cWJ//HFif/xxaktAAAlsAAAIfMAAB62gAAbesAAGT/BQBc/w4BVP8UAU3/HAJI/yQEQv8sBT7/&#10;MwY6/zkHNv9ACDP/RQgw/0sJLv9RCiv/Vwop/10LJ/9kCyT/bAwi/3YNIP+ADR7/jA4d/5cOHP+h&#10;Dhv/rA8b/64PG/+uDxv/rg8b/64PG/+uDxv/rg+XvAAAiMkAAHnWAABr4wAAX/YAAFb/AABO/woA&#10;R/8QAUH/FgI8/x0CN/8kAzL/KgMv/zAEK/82BSf/OwUl/0AFIv9FBiD/SgYe/1AGG/9WBxn/XAcX&#10;/2QIFf9tCBP/dwgR/4EJEP+LCRD/lQkP/5gJD/+YCQ//mAkP/5gJD/+YCQ//mAn/SScC/0QxBP9L&#10;MQT/UDQG/1I6CP9SQwv/UU4P/09cE/9Naxb/THkZ/0uHG/9Jkx3/SJ0f/0imIP9HriH/R7Ui/0a9&#10;I/9GxiP/RtAk/0bgJP9G6iX/RvMl/0b6Jf9G/yX/Rv8l/0b/Jf9G/yT9Rv8j/Ub/I/1G/yP9Rv8j&#10;/Ub/I/1G/yP/SScC/0YvA/9NLwT/UjIG/1U5CP9VQgv/VE0P/1JZE/9QaBf/T3ca/06EHf9MkR//&#10;S5sh/0qkIv9KrCP/SbMk/0m7Jf9IxCb/SM0m/0jdJ/9I6Cf/SPEo/0j5KP9I/yj/SP8o/kj/KPtI&#10;/yf5SP8m+Uj/JvlI/yb5SP8m+Uj/JvlI/yb/SicC/0gtA/9QLQT/VTAG/1g2CP9ZQAv/WEsP/1VW&#10;E/9UZhj/UnQb/1GBHv9PjiH/Tpgj/02hJf9NqSb/TLEn/0u4KP9LwSn/S8oq/0rZKv9K5iv/SvAr&#10;/0r4LP9K/yz9Sv8s+kr/K/dK/yn1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj/SyYC/0srA/9SKwT/&#10;WC4F/1s0CP9dPgv/XUkP/1pUFP9ZYhj/V3Ed/1V+IP9TiiP/UpUm/1GeKP9Qpir/T64r/061LP9O&#10;vS3/Tccu/03TL/9M4zD/TO0w/Ez2MfpM/jH3TP8x9U3/L/JN/y3wTf8r8E3/K/BN/yvwTf8r8E3/&#10;K/BN/yv/SyYC/04pA/9WKQT/XCsF/2AxB/9iOwv/YkYP/2BRFP9eXxn/XG0e/1p6I/9Yhib/VpEp&#10;/1WaLP9Toi7/Uqow/1GxMf9RuTP/UMM0/k/ONftP3zb4Tus39U71OPJO/TjwT/817lD/M+tR/zHp&#10;Uf8v6VH/L+lR/y/pUf8v6VH/L+lR/y//TCUC/1EnA/9aJgP/YCgF/2UvB/9oOQr/aEMP/2dOFf9l&#10;Whr/Ymgg/192Jf9dgSr/Wowu/liWMfxXnjT7VaY2+VStOPhTtTr3Ur479VHJPfNR2j7wUOg/7FDz&#10;QOlR/T7oU/875lT/OONV/zXhVf8z4VX/M+FV/zPhVf8z4VX/M+FV/zP/TSQC/1QkA/9dIwP/ZSUE&#10;/2otBv9tNgr/bkAO/21LFP9rVhv/aGQh/mVxKPtifS34X4cy9lyRNvNamTryWKE98FepQO5VsULs&#10;VLlE61PERulS0kjlUeVJ4lLySN9U/ETdVv9A21j/PdZZ/zrSWf840ln/ONJZ/zjSWf840ln/ONJZ&#10;/zj/TiQC/1ghA/9hIAP/aiME/3ArBf9zNAn/dD4O/3RIFP9yUhv7b18j9mtsKvJndzHvY4I37GCL&#10;PeldlEHmWpxF5FikSeJWrEzgVLRO3VS/UNtUzVDXU+JR0lTwTtBX+0rOWv9FzVz/Qslc/z7FXP88&#10;xVz/PMVc/zzFXP88xVz/PMVc/zz/TyMC/1sfAv9lHQL/biED/3UpBf95MQj/ejsM/3pEE/p5Thv0&#10;dlsj7nFnLOlscjXlaHw84WOFQ91gjkjZXZdM1VyfT9Jap1HPWbBTzVi6VMtYxlXJV9pWxVfsVcNb&#10;+U/CXv9KwF//Rr1g/0K6YP9AumD/QLpg/0C6YP9AumD/QLpg/0D/UiEC/14dAv9pGgL/cx8D/3om&#10;BP9+Lwb/gTgL+4FBEvOASxrsfFcj5ndjLeBxbTjabXdA02mARs9liUvLY5FPyGCZUsVfoVXCXapX&#10;wFyzWb5cv1q8W85buFvlW7de9VW3Yv9PtWP/SrJk/0awZP9DsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0P/&#10;VR8C/2EaAv9tGAL/dx0C/34kA/+ELAX+hzUJ9Yg+EO2HSBjlg1Qi3n5fLtR4aTjOc3NAyW58R8Rr&#10;hEzAaIxRvWWUVLpjnFe3YqVatGCuXLJguV6wX8derV/fX6xi8VmsZf5Tqmf/Tqhn/0qmZ/9Gpmf/&#10;RqZn/0amZ/9Gpmf/RqZn/0b/Vx0C/2QYAv9wFgL/exwC/4MiAv+JKgT5jDIH7447DeeORBbeilEh&#10;1IRcLcx+ZjjFeG9BwHR3SLtwgE23bYhSs2qQVrBomFmsZqBcqmWpX6dktGClY8Jho2PVYqJl7V2i&#10;aftXoWr/UZ9r/0yea/9Jnmv/SZ5r/0mea/9Jnmv/SZ5r/0n/WRwC/2cWAf9zFQH/fhoB/4cgAv+N&#10;JwP0ki8G6pQ4C+GUQhPWj04gzIlZLcWDYze+fWtAuHl0SLN1fE6ucoRTqm+MV6dtlFuja5xeoGml&#10;YJ5osGObZ71kmWfOZJhp6GGabflamW7/VJdu/0+Wbv9Llm7/S5Zu/0uWbv9Llm7/S5Zu/0v/WxoC&#10;/2kUAf92FAH/gRgB/4odAfyRJALwlywE5Zo0CNyaPxHPlEwfxo5XLL6IYDe3gmlAsX5xSKx6eU6n&#10;d4BTo3SIWJ9xkFybb5hfmG2hYpVsrGSTbLlmkWvJZpBt5GSRcfZckXL+VpBy/1GQcv9NkHL/TZBy&#10;/02Qcv9NkHL/TZBy/03/XRgB/2sTAf95EwH/hBYB/44bAfiVIQHrmygD4aAwBtWePRDKmEoewZJU&#10;K7mMXjaxh2Y/q4JuR6Z+dk6he31TnHiFWJh2jVyUdJVfkXKeY45xqWWLcLVniXDFZ4hw4GaKdPRe&#10;i3b8WIp2/1KJdv9OiXb/Tol2/06Jdv9OiXb/Tol2/07/XxcB/24RAf97EgH/hxQA/5EYAfSZHQHn&#10;oCMC3aUrBM+hOw/FnEgdvJZTKrSQXDWsi2Q/podsR6CDc02bgHpTln2CV5J6ilyOeJJginacY4d1&#10;pmaEdLJognTCaIB022iDePJghHr7WYR5/1SEef9PhHn/T4R5/0+Eef9PhHn/T4R5/0//YRUB/3AQ&#10;Af9+EQD/ihIA/5QVAPCdGQDjpR4B16goA8ulOQ7Bn0Ybt5pRKa+VWjSnkGI+oYtqRpuHcUyVhHhS&#10;kIF/V4x/h1yIfZBghHuZY4B6o2Z9ebBoe3m/aXp51ml8fPBhfn76Wn59/lV+ff9Rfn3/UX59/1F+&#10;ff9Rfn3/UX59/1H/YxQB/3IPAf+BEAD/jREA/JgSAOyhEwDfqhYA0awmA8eoNw28o0Qas55PJ6qZ&#10;WDOjlGA9nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo5ffoCXY3p/oWZ3fq1odX69aXN+0ml2ge5ieIL6&#10;W3iC/lZ5gf9ReYH/UXmB/1F5gf9ReYH/UXmB/1H/ZRMB/3UOAP+DDgD/kA4A9ZsOAOimDgDZrw8A&#10;zK8kAsKrNQy4p0MZrqJOJqadVjGemV47l5VmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaVYnSEn2Vx&#10;g6toboO6aW2Dzmlvhutjcof5XHOG/VZzhf9Sc4X/UnOF/1Jzhf9Sc4X/UnOF/1L/aBEB/3gNAP+G&#10;DQD2kwwA3qAJANapCgDSsg0Ax7IiAr2vMwqzq0EXqqdMJKGiVTCZnl06kppkQouXa0mFlHJQgJJ5&#10;VXuPgVp2jYlecoySYm6KnWVrialnaIm4aGeJy2hpi+ljbI35XG2M/Vdtiv9SbYr/Um2K/1Jtiv9S&#10;bYr/Um2K/1L/axAB/3sLAP+KCgDimAYA1qMIANCsCQDLtQsAwbYfAbi0MQmusD8WpKxKIpyoUy6U&#10;pFs4jKBiQIaeaUiAm3BOepl3U3WWflhwlIdcbJOQYGiSm2NkkadlYpC2ZmCRyWZikudiZZT4XGeS&#10;/Vdnkf9SZ5H/UmeR/1Jnkf9SZ5H/UmeR/1L/bg4A/38JAPGOBQDZmwUAz6YHAMmvBwDEuQgAu7oc&#10;AbK4LweotT0Tn7FIIJauUSuOqlk1hqdgPoClZ0V6om5LdKB1UW+efFVqnIVZZpuOXWKamWBemaZi&#10;XJm0Y1qZx2NbmuVgX5v3W2Ca/lZhmP9SYZj/UmGY/1JhmP9SYZj/UmGY/1L/cgsA/4MFAN+TAQDR&#10;nwQAyaoGAMGyBQC7vQQAtL8YAKu+LAWiuzoRmbhFHZC1TyiHslcygK9eOnmtZUJzq2xIbqlzTWmn&#10;elFkpoNWX6SNWVyjmFxYo6ReVqOzX1Wjxl9VpORdWKT2WFqj/1Rbof9QW6H/UFuh/1Bbof9QW6H/&#10;UFuh/1D/dwcA8IkAANaYAADLpAMAwa0EALm2AwCywAQAq8UUAKPFKASbwjcOkcBDGYm9TCSAulUu&#10;ebhcNnK2Yz1ttGpDZ7NxSGKxeUxesIFQWq+LVFavl1ZTrqNYUK6yWU+uxllPruRYUa72VFOu/1BU&#10;rP9NVKz/TVSs/01UrP9NVKz/TVSs/03/fQAA348AAM6dAADDqAIAubACALC6AgCoxAUAocwPAJvM&#10;IwKSyjMKicg/FYHGSR95xFIocsJaMGvBYTdmv2g8Yb5wQVy9eEVYvIFJVLyLTFG7lk9Ou6NRTLuz&#10;Ukq7xlJKu+RRTLv2Tk26/0tOuf9JTrn/SU65/0lOuf9JTrn/SU65/0nvhQAA1JUAAMejAAC6rAEA&#10;sLQAAKe/AwCeyQYAldQLAJDVHQGJ1C4GgNI8EHjQRhlxz08has5YKWTNXy9fzGc0WstuOVbKdz1S&#10;yoBAT8mLQ0zJl0VJyaRHR8mzSEbKyEhGyuZHR8n3RUfI/0NIx/9CSMf/QkjH/0JIx/9CSMf/QkjH&#10;/0LejQAAy5wAAL2nAACxsAAAproAAJzEAwCTzwcAit0MAIXfHQF+3ywFdt43C2/eQxNo3U0aYtxV&#10;IF3bXSZY22UqVNptLlDadjJN2oA1StqLN0falzlF2qQ7Q9u0PELcyDxC2+U7Qtr0OkLZ/jpD2P85&#10;Q9j/OUPY/zlD2P85Q9j/OUPY/znQlgAAwaMAALKsAACntQAAnMAAAJHKAwCH1gcAgOkRAHnpIAJy&#10;6SwFa+k2CmTpPw9e6UgUWelRGVXoWhxR6WIgTulrI0vpdCVI6X0nRumIKkPpkytB6qAtQOqvLj7r&#10;wC497NsuPervLj3o/C495/8tPef/LT3n/y095/8tPef/LT3n/y3FnwAAtakAAKixAACcvAAAkMcA&#10;AITSAQB63wYAdPQTAG30IAJm9CoEX/Q0CFr1PQtU9UUPT/VMEkz1VRRJ9l0XRvZlGET2bhpB9ncc&#10;P/eBHT33jR8795kgOfimITj4tSI3+cgiNvnjIjb48yI29/wiNvf8Ijb3/CI29/wiNvf8Ijb3/CK3&#10;pgAAqa4AAJy5AACQxAAAg88AAHfbAABv9goAZ/8TAWD/HQJa/ycDVP8wBU//OAhK/0AKRv9IDEP/&#10;Tw5A/1YPPf9eEDv/ZRI4/24TNv93FDT/ghUy/48WMP+bFy//qRcu/7cYLf/IGCz/4Rgs/+8YLP/v&#10;GCz/7xgs/+8YLP/vGCz/7xirqwAAnrUAAJDBAACCzAAAddkAAGnkAABh/wkAW/8RAFT/GQFO/yIC&#10;Sf8rBET/MgVA/zoGPP9BBzn/Rwg2/04JM/9UCjH/Wwsu/2IMLP9rDCn/dQ0n/4AOJf+NDiT/mg8j&#10;/6YQIv+zECH/wRAh/9AQIf/QECH/0BAh/9AQIf/QECH/0BCfsgAAkb4AAIPKAAB11gAAZ+IAAFvx&#10;AABU/wYATv8OAEj/FAFC/xwCPf8kAjn/KwM1/zIEMf84BC7/PgUr/0MFKP9JBiX/TwYj/1YHIf9d&#10;Bx7/ZQgc/28IGf96CRf/hwkW/5QJFf+fChT/qgoU/7MKFP+zChT/swoU/7MKFP+zChT/swqTuwAA&#10;hMcAAHXTAABn4QAAWOgAAE77AABI/wAAQf8KADv/EAE2/xUBMf8cAS3/IgIp/ygCJf8tAiL/MgMf&#10;/zgDHP89Axr/QgMX/0gEFf9OBBP/VQQR/10FD/9nBQ3/cgUM/30FCv+JBgr/kwYJ/5wGCf+cBgn/&#10;nAYJ/5wGCf+cBgn/nAb/PyoC/z8wA/9EMAP/SDME/0k5Bv9IQgj/Rk0L/0VbDv9DaRH/QXcT/0CF&#10;Ff8/kRb/PpsY/z6kGP89qxn/PbMa/z26Gv89wxr/PMwb/zzbG/885xv/PPAb/zz4G/89/xv/Pf8b&#10;/z3/G/89/xr/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/QCoC/0EuA/9HLgP/SjEE/0w3Bv9LQAj/&#10;SksL/0hZD/9GZxH/RHUU/0OCFv9Cjxj/QZkZ/0GiGv9AqRv/QLEb/z+4HP8/wBz/P8kd/z/WHf8/&#10;5R3/P+8d/z/3Hv8//h3/P/8d/z//Hf9A/xz+QP8b/kD/G/5A/xv+QP8b/kD/G/5A/xv/QCoC/0Ms&#10;A/9JLAP/TS8E/081Bv9QPgj/TkkM/0xWD/9KZBL/SHIV/0d/GP9Gixn/RZYb/0SfHP9Epx3/Q64e&#10;/0O1H/9CvR//QsYg/0LRIP9C4iH/Qu0h/0L1If9C/SH9Qv8h+0P/IPpD/x/5Q/8e+UP/HvlD/x75&#10;Q/8e+UP/HvlD/x7/QSkC/0YqA/9MKQP/USwE/1MyBv9UPAj/VEcM/1FSD/9PYBP/TW8X/0x8Gf9K&#10;iBz/SZIe/0ibH/9HoyH/R6si/0ayI/9GuiP/RsMk/0XNJf9F3iX/Reom/EX0JvlF/Cb2Rf8m9Ub/&#10;JPRG/yPzR/8h80f/IfNH/yHzR/8h80f/IfNH/yH/QigC/0knAv9QJgP/VSgE/1gvBf9aOQj/WkQM&#10;/1dPEP9VXBT/U2oY/1F3G/9Pgx//To4h/02XI/9MnyX/S6cm/0quJ/9Ktin+Sb4q/UnJKvpI2Sv3&#10;SOcs9EjyLPFI+yzvSf8q7Ur/KOxK/yfrS/8l60z/JetM/yXrTP8l60z/JetM/yX/QygC/00kAv9U&#10;IwP/WiUD/14sBf9gNgf/YEEL/15MEP9bVxX/WWYZ/1dyHv9VfiL+U4kl/FGTKPpQmyr5T6Ms906q&#10;LvZNsi/0TLow80zEMvJL0TPuS+Q06krwNOdL+jPlTf8w5E7/LeJP/yvhUP8p4VD/KeFQ/ynhUP8p&#10;4VD/KeFQ/yn/RiUC/1AhAv9YIAL/XyED/2QqBP9mMwf/Zj0L/2VIEP9iUxX/YGEb/F1tIPhaeSX1&#10;WIQp81aNLfBUljDuUp4z7VGlNetQrTfpTrU5506/O+ZNzDzjTOA9303uPNxP+TnZUf811lL/MtRT&#10;/zDTVP8t01X/LdNV/y3TVf8t01X/LdNV/y3/SiMC/1QeAv9cHAL/ZB8C/2knBP9sMAb/bToK/2xE&#10;D/1qTxX4Z1wc82NoIu9gdCjrXX4u6FqIM+VXkTfjVZk64FOgPt5SqEDcUbFB2VC7QtZQyEPTUNxE&#10;z1DsQ8xS+D/LVf87yVf/N8hY/zTHWf8yxln/McZZ/zHGWf8xxln/McZZ/zH/TSAC/1cbAv9gGQL/&#10;aR0C/28lA/9yLQX/dDcI/XNBDvZxSxTwblgc6mpkJOVlbivgYXkz3F6CONhcizzTWpQ/0FicQs5X&#10;o0TLVaxGyVW1R8dUwEnFVNBJwlPmScBW9UW+Wf9AvVv/PLxc/zm7Xf81ul3/Nbpd/zW6Xf81ul3/&#10;Nbpd/zX/UB4C/1sZAf9kFgH/bRsC/3QiAv94KgT/ejMH9no9DO94RxPndVQb4XBfJdprai3TZ3Q0&#10;zmR9Osphhj/HX45CxF2WRcFbnki/WqZKvFmvTLpYuk24WMhOtljfTrRZ8EuzXP1Fsl//QLJg/zyw&#10;Yf85sGH/OLBh/ziwYf84sGH/OLBh/zj/UhsB/14WAf9oFAH/chkB/3kfAv9+JwP5gDAF8IE5CueA&#10;QxHgfFAa1ndbJM9yZi7JbW81xGp4O8BngUC8ZIlEuWKRSLZgmUqzX6FNsV2qT65ctFGsXMFSqlzU&#10;Uqhd61CoYPpJqGP/RKhk/0CmZf88pmX/O6Zl/zumZf87pmX/O6Zl/zv/VRkB/2EUAf9sEgH/dhcB&#10;/30cAf+DIwL0hiwE6og1B+GHQA7WgkwZzX1YJMZ3Yi3Ac2s1u290PLdsfEGzaYRGr2eMSaxllEyp&#10;Y5xPpmKlUaRhr1OiYLxVoGDNVZ5g5lSeZPdNn2f/R59p/0Oeaf8/nWn/PZ1p/z2daf89nWn/PZ1p&#10;/z3/VxcB/2MSAf9vEQH/eRQB/4EZAfuHIAHvjCcC5I4wBdqNPQzPh0oYx4JVI799Xy25eGg1s3Rw&#10;PK9xeEKrboBGp2yISqRpkE6gaJhRnWahU5tlq1WYZLhXlmTIWJRk4ViVaPRQlmv/Spds/0WWbf9B&#10;lm3/QJZt/0CWbf9Alm3/QJZt/0D/WRUB/2YQAf9yEAD/fRIA/4UWAPaMGwHqkSIB35QrA9OROgvJ&#10;jEcXwIdTIrmCXCyyfWU1rXltPKh1dUKjc31HoHCES5xujE6ZbJVSlWueVJJpqFeQabRZjmjDWYxo&#10;3FqNbPJTj27/TJBw/0ePcf9Dj3H/QY9x/0GPcf9Bj3H/QY9x/0H/WxQB/2gPAP91DwD/gBEA/4kT&#10;APKQFwDllhwA2ZkmAs2VOArEkEUWu4tRIbOGWiytgmM0p35rO6F6ckGdd3pGmXWBS5VziU+ScZFS&#10;jm+bVYtupViIbbBahmy/W4Rt1VuGb+9ViHL9Tol0/0mJdP9EiHT/Q4h0/0OIdP9DiHT/Q4h0/0P/&#10;XRIB/2sOAP94DgD/gw8A/YwQAO2UEgDgmhUA05wkAsiZNgm/lEMVto9PIK6KWCunhmEzoYJoO5x/&#10;cEGXfHdGk3l+S493hk+LdY9SiHOYVoRyoliBca5af3G8XH1x0Fx/c+xWgXb7T4N4/0qDeP9Fgnj/&#10;RIJ4/0SCeP9Egnj/RIJ4/0T/XxEB/20MAP96DQD/hQ0A8o8NAOeYDQDbnw4Azp8iAcSdNAi6mEIU&#10;spNNH6qPViqjil8ynIZmOpeDbUCSgHVFjX58Sol8hE6FeoxSgniVVn53oFl7dqtbeXW6XHd2zVx4&#10;d+pYe3r6UX18/0t9fP9GfXz/RX18/0V9fP9FfXz/RX18/0X/YRAB/28LAP99CwD1iAoA35MIANib&#10;CgDTogwAyaMfAb+gMge2nEATrZdLHqWTVCiej10xmItkOZKIaz+NhXJFiIN6SoSAgU6Af4pSfH2T&#10;VXh8nVh1e6lbcnq4XHF6ylxyfOhYdX75UXeA/0x3gP9Hd4D/RneA/0Z3gP9Gd4D/RneA/0b/ZA8A&#10;/3IJAP9/CADljAUA2JYHANGeCQDOpQoAxKYdAbqkLwaxoD4RqJxJHaCYUyeZlFswk5BiOI2NaT6I&#10;inBEg4h4SX6Gf016hIhRdoKRVXKBm1hvgKdabH+1XGuAyFxrgeVZboP3UnGE/01yhP9IcoT/R3KE&#10;/0dyhP9HcoT/R3KE/0f/Zg0A/3UHAPaDBQDcjwMA0pgGAMyhBwDIqAgAv6kaALWoLQWspDwQpKBH&#10;G5ydUSWUmVkvjpZgNoiTZz2CkG5DfY52SHmMfUx0ioVQcIiPVGyHmVdphqVZZoazW2WGxVtlhuNZ&#10;aIj2UmuK/01siv9IbIn/R2yJ/0dsif9HbIn/R2yJ/0f/aQsA/3gEAOWHAADWkgMAzZwFAMakBgDB&#10;qwYAua0XALCsKwSnqToOn6ZFGZaiTyOPn1ctiJxfNYKZZjt9l2xBeJVzRnOTe0tukYNPao+NUmaO&#10;l1VjjaNYYI2xWV+Nw1pejeBYYo/1UmSQ/01mkP9IZo//R2aP/0dmj/9HZo//R2aP/0f/bAgA/nwA&#10;AN6KAADQlgIAyJ8EAMCnBAC5rgMAsrIUAKqxKAOhrzcMmaxDF5GoTSGJpVUqgqNcMnygYzl3nmo+&#10;cpxxRG2aeUhomYFMZJeLUGCWlVNdlqJVWpWwV1mVwVdYld5WW5bzUF2X/0xfl/9HYJb/RmCW/0Zg&#10;lv9GYJb/RmCW/0b/cAMA64EAANaPAADKmgEAwaMDALmqAgCxsgEAqrcRAKO3JAKbtTQKk7JAFIqv&#10;Sh6DrVMnfKtaLnaoYTVwp2g7a6VvQGejd0Rion9IXqGJTFqglE9Xn6BRVJ+uU1OfwFNSn91SVZ/z&#10;Tleg/0pZoP9GWZ//RVmf/0VZn/9FWZ//RVmf/0X/dQAA4IYAAM+TAADEnwEAuqcBALGuAACptgAA&#10;ob0NAJu9IAGUvDEHi7o9EIO3SBp8tVAidbNYKm+yXzBqsGY2Za9tO2CtdT9crH5DWKuHR1Wqk0pR&#10;qp9MT6quTU2qwE1NqtxNTqrySVCq/kZSqf9DUqn/QlKp/0JSqf9CUqn/QlKp/0LyfAAA14wAAMiZ&#10;AAC9owAAsqsAAKmyAACguwIAl8QJAJLFGwCLxCwEg8I6DHvBRBV0v04dbr1WJGi8XSpju2QwX7ps&#10;NFq5dDlWuHw8U7eHP0+3kkJMtp9ESratRki2wEZIt91FSbbyQ0q1/0FLtf8+S7T/PUu0/z1LtP89&#10;S7T/PUu0/z3igwAAzZIAAMGfAAC0pwAAqq8AAKC4AACWwAMAjMoHAIbNFACBzSYCesw1CHPLQQ9s&#10;ykoXZslTHWHIWyNcx2IoWMZqLFTGcjBQxXwzTcWGNkrEkjlHxJ87RcSuPETFwTxDxd88RMTzO0TD&#10;/zlFwv83RcH/N0XB/zdFwf83RcH/N0XB/zfViwAAxZoAALekAACrrAAAoLQAAJa+AACLxwQAgdAI&#10;AHjZDgB12SABb9gvBGnYPAlj1kYQXtZQFVnVWBpV1GAfUdRoIk7UcSZL03spSNOFK0XTki5C1J8v&#10;QdSvMD/VwjE/1eEwP9PyMD/S/S8/0f8uP9D/Lj/Q/y4/0P8uP9D/Lj/Q/y7KlAAAu6EAAK2pAACi&#10;sQAAlrsAAIvEAACAzQMAddgIAG/kEQBq5CABZOQtA17kOAdZ5EELVeRLD1HkVBJN5F0WSuRlGEfk&#10;bhtF5HcdQuSCH0DkjiE+5ZsjPOWqJDvmvCQ65tMkOeXuJDnj+iM54v8kOeL/JDni/yQ54v8kOeL/&#10;JDni/yS/ngAAr6YAAKOuAACXuAAAisIAAH7MAABz1gIAaeUJAGTvFABf8CABWfArA1TwNQVP8D4H&#10;S/FGCkfxTgxE8VcOQvFfED/yZxI98nAUOvJ7FTjzhxY285QYNfSiGTP0sRky9cUaMfXiGjH08Rkx&#10;8f4ZMfH/GTHx/xkx8f8ZMfH/GTHx/xmypAAApasAAJi2AACLwAAAfsoAAHHVAABl3gAAXvUKAFn8&#10;EwBT/B4BTvwnAkr9MANF/TkFQf1ABj7+SAc7/k8JOP9XCjb/Xgsz/2cMMf9wDS7/fA4s/4kPK/+W&#10;ECn/pBAo/7QRJ//HESf/4REm//IRJv/2ESb/9hEm//YRJv/2ESb/9hGnqQAAmbMAAIu+AAB+yQAA&#10;cNMAAGTeAABY5wAAUv8JAE3/EQBH/xkBQ/8iAT7/KgI6/zIDN/85AzP/PwQw/0YFLf9NBSv/VAYo&#10;/1sHJv9jByP/bQgh/3kJH/+HCR7/lQod/6MKHP+xChv/wAsa/9YLGv/fCxr/3wsa/98LGv/fCxr/&#10;3wubsQAAjbwAAH7HAABw0gAAY94AAFXkAABL9QAARv8FAED/DgA7/xQAN/8bATP/IwEv/ykCK/8w&#10;Aij/NQIl/zsDIv9BAx//RwMd/04DGv9VBBj/XgQV/2gFE/90BRH/ggUQ/5AGEP+dBg//qQYO/7UG&#10;Dv+6Bg7/ugYO/7oGDv+6Bg7/ugaOugAAf8UAAHDRAABi3gAAVOUAAEbrAAA//gAAOf8AADT/CQAv&#10;/w4AK/8UACf/GgEj/yEBH/8lARz/KgEZ/y8BFv80AhT/OgIR/0ACEP9GAg7/TgIM/1YCCf9gAwf/&#10;bAME/3gDA/+GAwL/kQMB/50DAf+hAwH/oQMB/6EDAf+hAwH/oQP/Ni0C/zkuAv8+LgP/QDID/0A4&#10;BP8+QQb/PEwI/zpaCv84aAz/NnYO/zWDD/80jxD/M5kR/zOhEf8zqRL/MrAS/zK3Ev8yvxL/MsgT&#10;/zLTE/8y4xP/Mu0T/zL2Ev8z/hL/M/8S/zP/Ev8z/xH/M/8R/zP/EP8z/xD/M/8Q/zP/EP8z/xD/&#10;Ni0C/zssAv9ALAP/Qy8D/0M1BP9CPgb/QEoI/z5XC/88ZQ3/OnMP/ziAEP83jBH/N5YS/zafE/82&#10;pxP/Nq4U/za1FP82vBT/NcUV/zXQFf814BX/NusV/zb0Ff82/RT/Nv8U/zb/FP43/xP+Nv8T/Tb/&#10;Ev02/xL9Nv8S/Tb/Ev02/xL/NywC/z4qAv9DKgL/Ri0D/0cyBP9GPAb/RUgI/0NVC/9BYg3/P3AQ&#10;/z19Ef88iRP/O5MU/zucFf86pBb/OqsW/zqyF/86uRf/OcIX/znMF/853Rj/OekY/znzGP86+xj8&#10;Ov8X+jr/F/k6/xb4Ov8W+Dr/Ffg6/xX4Ov8V+Dr/Ffg6/xX/OSsC/0EnAv9GJwL/SikD/0svBP9M&#10;OQb/S0UI/0hRC/9GXg7/RGwR/0J5E/9BhRX/QI8X/0CYGP8/oBj/P6cZ/z6uGv8+thr/Pr4b/z7I&#10;G/891hz+PeYc+z7xHPg++hz1Pv8c8z7/GvI//xnxP/8Z8T//GPE//xjxP/8Y8T//GPE//xj/PSgC&#10;/0UkAv9KIwL/TiUD/1EsBP9SNgb/UUEI/09NDP9MWg//SmcS/0h0Ff9HgBf/RosZ/0WUG/9EnBz/&#10;Q6Qd/kOrHv1Csh/8Qrog+kLEIPlC0CH2QeIh8kLuIu9C+SLtQv8g60P/H+pD/x3pRP8c6ET/G+hE&#10;/xvoRP8b6ET/G+hE/xv/QCUC/0ghAv9PIAL/UyEC/1cpA/9ZMwX/WD4I/1ZJDP9SVRD/UWMU/09v&#10;F/5Nexr7S4Yd+UqPH/dJmCH2SJ8i9EemJPNHriXxRrYm8Ea/J+9FyyjsRd4p6EXsKeVG+CjiR/8m&#10;4Uj/JN9J/yLeSf8g3Un/H91J/x/dSf8f3Un/H91J/x//QyIC/0weAf9THAL/WR4C/10mA/9fMAT/&#10;XzoH/11FC/9aUBD9WF4V+FVqGfVTdh3yUYAh70+KJO1NkybrTJop6UuiK+dKqSzlSbEu5Ei7L+JI&#10;xzHgSNkx3EjqMdhJ9i7US/8r0kz/KdBN/ybPTv8lzk7/I85O/yPOTv8jzk7/I85O/yP/Rx8B/1Aa&#10;Af9XGAH/XhwB/2MjAv9mLAT/ZjYG/2RBCvpiTA/0X1kV71xlG+tZcCDnVnsl5FSEKeFRjS3eUJUw&#10;3E+dMtlOpTPWTa010023NtFMwjfPTNE4zEzmOMlN9DXHT/8xxVH/LsRS/yvDU/8pwlP/J8JT/yfC&#10;U/8nwlP/J8JT/yf/ShwB/1QXAf9cFQH/YxkB/2kgAv9sKQP/bTIF+Ww9CfJpRw7rZlQV5WNgHOBf&#10;ayLbXHUo1ll/LdJXiDDPVZAzzFSYNspToDjHUqc6xVGwO8NQuzzBUMk9v1DfPbxR8Du6U/w3uVX/&#10;M7hX/y+3WP8tt1j/K7dY/yu3WP8rt1j/K7dY/yv/TRoB/1cUAf9gEgH/aBcB/24dAf9yJQL7cy4D&#10;8nM4B+lxQw3iblAU22lcHNNlZiTOYnAqyV96L8ZcgjPDW4o2wFmSOb1Ymju7VqI+uFWrP7ZVtUG0&#10;VMJCslTUQrBV6kGuV/k8rln/N61b/zOtXP8wrV3/Lq1d/y6tXf8urV3/Lq1d/y7/UBcB/1oSAf9k&#10;EAD/bRQA/3MaAf93IQH0eSkC6nozBeJ4PwrZdEwTz3BYHMlrYiTEaGwrv2V1MLtifTW4YIU4tV6N&#10;PLJclT6vW51BrVqmQ6tZr0SpWbxFp1jMRqRY5UakW/ZAo17/O6Nf/zejYP8zo2H/MaNh/zGjYf8x&#10;o2H/MaNh/zH/UxUB/10QAP9oDwD/cBIA/3cWAPt8HAHufyQB5IAtA9p/OwjPekkSx3VUG8FxXyS7&#10;bWgrtmpwMbJneTavZYA6q2OIPahhkECmYJhDo16hRaBeq0eeXbdInF3GSZpc30maX/JEmmL/Pppj&#10;/zmbZf82m2X/M5tl/zObZf8zm2X/M5tl/zP/VRMB/2AOAP9rDgD/dBAA/3sSAPWBFwDohB4A3ocn&#10;AdGENwfIf0YRwHtRG7l2WyO0cmUrr29tMapsdTananw6o2iEPqBmjEGdZJREmmOdR5dip0mVYbJL&#10;k2HBTJFh2EyRY+9HkmX9QZJn/zyTaf84k2r/NZNq/zWTav81k2r/NZNq/zX/VxEB/2MNAP9uDAD/&#10;dw4A/38PAPCFEQDjiRYA1osjAcuINQbChEMQuoBPGrN7WSOtd2IqqHRqMaNxcTafbnk7nGyBP5hq&#10;iEKVaZFFkmeaSI9mo0qNZa9MimW9TYll0U6JZ+xKimn7Q4tr/z6Mbf86jG7/N4xu/zeMbv83jG7/&#10;N4xu/zf/WRAA/2ULAP9xCwD/egsA8YIMAOiJDQDdjg4Az48gAcaNMga9iUEPtYRNGa6AViKnfF8q&#10;onhnMJ11bzaZc3Y6lXF9P5JvhUKObY5Gi2yWSYhqoEuFaqxNg2m6T4FpzE+BauhMg235RYRv/z+F&#10;cP87hnH/OIZx/ziGcf84hnH/OIZx/zj/Ww8A/2cIAP9zCADzfQgA3oYHANmMCQDVkQsAypIeAMGQ&#10;MAW4jT8OsIhKGKmEVCGigF0pnX1lMJh6bDWTd3M6j3V7PoxzgkKIcotGhXCUSYJvnkx/bqlOfG23&#10;T3ttyVB6buZNfHH4Rn5z/0F/dP89gHX/OoB1/zqAdf86gHX/OoB1/zr/XQ4A/2oGAP92BgDkgAMA&#10;2YkGANKPCADPlAoAxZYbALyULgSzkT0Nq41IF6SIUiCehVsomIFjL5N+ajWOfHE5inp4PYZ4gEKD&#10;dohFf3WRSXxzm0x5cqdOdnK1UHRyxlB0cuNPdnX2R3h3/0J6eP8+e3n/Ont5/zp7ef86e3n/Ont5&#10;/zr/XwwA/2wEAPV5AgDegwIA04sFAM2SBwDJlwgAwJkZALeYLAOvlTsMp5FHFp+NUB+ZiVknk4Zh&#10;Lo6DaDSJgW85hX92PYF9fkF9e4ZFeXqPSXZ4mUxzd6VOcHeyUG53xFBtd+BPcHn1SHJ7/0N0fP8+&#10;dX3/O3V9/zt1ff87dX3/O3V9/zv/YQoA/28CAOh8AADZhgEAz44EAMiVBgDDmgYAu5wWALOcKgOq&#10;mTkLopVFFJuRTh2UjlcmjotfLYmIZjOEhm04gIR0PXuCe0F3gIRFdH+NSHB9l0ttfKNOanywT2h8&#10;wVBnfN1Qan7zSW2A/0Nugf8/b4H/PG+B/zxvgf88b4H/PG+B/zz/ZAgA/3IAAOF/AADTiQEAypID&#10;AMOYBAC9ngQAtqATAK6gJwKlnTYJnZpDE5aXTRyPk1UkiZFdK4SOZDF/jGs3eopyO3aIeUByhoJE&#10;boWLR2qDlUpngqFNZIKuT2KCv09hgtpPZITySWaF/0Nohv8/aob/PGqG/zxqhv88aob/PGqG/zz/&#10;ZwQA9nYAANyCAADOjQAAxZUCAL6cAwC3oQIAr6QRAKikJAKgojQImJ9AEZGcShqKmVMihJdbKX6V&#10;YjB5kmk1dZBwOnCPdz5sjX9CaIyJRmWKk0lhiZ9LXomsTV2JvU5cidZNXorwSGCL/kNii/8/Y4z/&#10;PGOM/zxjjP88Y4z/PGOM/zz/agAA5noAANWGAADJkQAAwJkBALifAQCwpQAAqKkOAKKpIQGaqDEG&#10;k6U+D4ujSBiEoFEgfp5ZJ3icYC1zmmcyb5huN2qWdTxmlX0/YpSHQ1+SkUZbkp1JWZGrSleRu0tW&#10;kdNLV5LvR1qS/UJck/8+XZP/O12T/ztdk/87XZP/O12T/zv/bgAA4H4AAM6LAADElQAAup0AALGj&#10;AACpqQAAoa4LAJuvHQGUri4EjKw7DIWqRhV+qE4ceKZWI3KkXSptomQvaaFrNGSfczhgnns8XJ2F&#10;P1mcj0JVm5xFU5uqR1GbukdQm9FHUZvuRFOb/EBVm/88Vpv/Olab/zpWm/86Vpv/Olab/zrxdAAA&#10;2YMAAMiQAAC+mgAAs6EAAKqnAAChrgAAl7UGAJK2GACMtSoDhbQ3CX6yQhF3sEwYca5UH2ytWyVn&#10;q2IqYqppL16pcTNaqHo3VqeDOlOmjj1QpptATaWpQUulukJLptFCS6XtP02l/DxOpP85T6T/N0+k&#10;/zdPpP83T6T/N0+k/zfkegAAz4kAAMKVAAC2nwAArKUAAKKsAACYswAAjrsCAIi9EgCDvSUBfLwz&#10;Bna7Pw1vukkUarhRGmW3WR9gtmAkXLVnKVi0byxUs3gwUbOCM02yjTZKspo4SLGoOkayuTpFstE6&#10;RrHtOUew/DZHsP80SK//M0iv/zNIr/8zSK//M0iv/zPbggAAx5AAALucAACuowAApKoAAJmxAACP&#10;uQAAhMADAHvGDQB4xh4Ac8YuA23FOghnxEUOYsNOE13DVhhZwl4dVcFmIVHBbiROwHcoS8CBK0i/&#10;jC1Fv5ovQ7+oMUG/ujFBwNIxQb7uMEG9/S9BvP8uQbz/LUG8/y1BvP8tQbz/LUG8/y3OigAAv5gA&#10;ALGgAACmqAAAm7AAAJC4AACFvwAAescEAG/PCQBr0RUAZ9EmAWPRNARe0EAIWdBKDFXPUxBRz1sU&#10;Ts9jGEvOaxtIznUeRc5/IELOjCJAzpkkPs6oJjzOuiY8z9QmPM3vJTvM+yU7y/8lO8r/JTvK/yU7&#10;yv8lO8r/JTvK/yXDkwAAtZ4AAKimAACdrgAAkbYAAIW/AAB5xwAAb84EAGTWCQBe3hEAW94gAFfe&#10;LQJT3zoEUN9EBkzfTglJ31cMRt9fD0PfaBFB33ETPt98FTzfiRc64JYZOOClGjfgtxo24c0aNt/s&#10;GjXe+Ro03f8bNNz/GzTc/xs03P8bNNz/GzTc/xu5nAAAqqQAAJ6rAACStQAAhb4AAHnHAABtzwAA&#10;YtYDAFjhCABV6hMAUesgAE3rKwFJ6zUCRew+BELsRwU/7E8HPe1YCTrtYAo47WoMNu50DTPugA4y&#10;7o4PMO+dEC7vrREt8MARLfDeESzu8REs7P4RLOv/ECzr/xAs6/8QLOv/ECzr/xCtogAAoKkAAJOz&#10;AACGvQAAecYAAGzPAABg2AAAVd4AAE7zCgBK9xMARvgdAEP4JwE/+DACO/k4Ajj5QAM1+kcEM/pP&#10;BTD7VwUu+18GK/xpByn8dAgn/IIJJf2QCST9oAoj/rAKIv7ECyH/4Ash/fIKIPz8CiD8/Aog/PwK&#10;IPz8CiD8/AqipwAAlbEAAIe7AAB5xgAAbM8AAF/ZAABS3wAASOgAAEP/CAA//xAAO/8ZADf/IQA0&#10;/ykBMP8wAS3/NwIq/z4CJ/9EAiX/SwMi/1MDIP9cAx3/ZgQb/3IEGf+ABRf/jwUW/58GFf+vBhT/&#10;wAYU/9YGE//pBhP/6QYT/+kGE//pBhP/6QaXrwAAiLoAAHrFAABszwAAXtoAAFDgAABE5gAAPPUA&#10;ADf/BAAz/w0AL/8TACv/GgAo/yEAJf8nASH/LQEe/zIBG/84ARn/PwEW/0YCFP9NAhH/VgIQ/2AC&#10;Dv9sAgz/ewML/4sDCv+aAwr/qAMJ/7UDCP/CAwj/wgMI/8IDCP/CAwj/wgOKuAAAe8MAAGzOAABe&#10;2wAAT+IAAELnAAA27AAAMf8AACz/AAAn/wcAI/8OACD/EgAc/xgAGP8dABX/IQAS/yYAEP8sAQ7/&#10;MQEN/zcBCv8+AQj/RgEF/08BAf9ZAQD/ZgEA/3QBAP+CAgD/kAIA/5wCAP+mAgD/pgIA/6YCAP+m&#10;AgD/pgL/Li8C/zMsAv83LQL/ODAC/zc2A/80PwT/MUsG/y9YB/8sZgj/KnQJ/ymBCv8ojQv/KJcL&#10;/yifC/8opgz/J60M/ye0DP8nuwz/J8QM/yfODP8o3gv/KOkL/yjzC/8o+wv/KP8K/yn/Cv8p/wr/&#10;Kf8K/yj/Cv8o/wr/KP8K/yj/Cv8o/wr/MC0C/zYqAv85KgL/Oy4C/zo0A/84PAT/NkkG/zNWB/8x&#10;Ywn/L3EK/y1+C/8tigz/LJQM/yycDf8spA3/LKsN/yyxDf8suQ3/K8EN/yzLDf8s2g3/LOcN/yzx&#10;Df8s+g3/LP8M/i3/DP0t/wz9Lf8M/Sz/C/0s/wv9LP8L/Sz/C/0s/wv/MisB/zkoAv89KAL/PyoC&#10;/z4wA/89OgT/PEYG/zlTCP83YAn/NW0L/zN6DP8yhg3/MZAO/zGZDv8xoQ//MagP/zCuD/8wtQ//&#10;ML0Q/zDHEP8w1BD/MOQQ/zHvEP4x+Q/7Mf8P+TH/D/gx/w73Mf8O9zH/DvYx/w72Mf8O9jH/DvYx&#10;/w7/NSgB/zwlAf9AJAL/QycC/0MsA/9ENwT/QkMG/0BPCP89XAr/O2kM/zl2Df84gg//N4wQ/zeV&#10;Ef82nRH/NqQS/zarEv82shP/NboT/zXDE/81zxP8NeET+TbtE/Y29xPzNv8T8Tb/EvA2/xLwN/8R&#10;7zf/Ee83/xDvN/8Q7zf/EO83/xD/OSUB/0AhAf9FIAH/RyIC/0kpAv9KNAT/ST8F/0ZLCP9EWAr/&#10;QmUN/0BxD/8+fRH/PYcS/z2RFP48mRX9PKAV/DunFvo7rhf5O7YX+Du/F/Y7yhj0O9wY8DvqGO07&#10;9hjqO/8X6Dz/F+c8/xbmPf8V5T3/FOU9/xTlPf8U5T3/FOU9/xT/PSIB/0QeAf9JHAH/TR4B/1Am&#10;Av9RMAP/UDsF/05GCP9LUwv/SGAO/0ZsEftFeBP4RIIV9kOMF/RClBjzQZwZ8UGjG+9AqhvuQLIc&#10;7T+7Hes/xh7pP9Ue5T/oH+JA9B7fQP4d3UH/G9tC/xrZQv8Y2EL/F9hC/xfYQv8X2EL/F9hC/xf/&#10;QB8B/0gaAf9OGAH/UhsB/1YjAv9YLAP/VzcE/1VCB/9STQv5UFoO9U1nEvFMchbuSn0Y60iGG+lH&#10;jx3nRpcf5UWeIONEpiLhRK4j4EO3JN5DwiXcQ9Am10PlJtNE8yTQRf4izUb/IMxH/x7KR/8cyUj/&#10;G8lI/xvJSP8byUj/G8lI/xv/RBsB/0wWAf9SFAH/WBgB/10fAf9fKAL/XjID/V09BvZaSQrwV1UP&#10;6lViE+ZSbRjiUHcc306BH9xMiiLZS5Ik1UqaJtNJoSjRSakpz0iyKs1IvCvLSMksyEjfLMVI7yvC&#10;SvwowEv/Jb9M/yK+Tf8gvU3/H71N/x69Tf8evU3/Hr1N/x7/RxgB/08TAf9WEQD/XhUA/2IcAf9l&#10;JAH+ZS0C9GQ4Be1hQwnmX1EO4FxdFNpYaBrUVnIe0FR7IsxShCbKUIwox0+UKsVOmyzDTqMuwU2s&#10;L79MtjC9TMIxu0zTMrhM6TG2TvgttFD/KrNR/yezUv8kslL/IrJS/yKyUv8islL/IrJS/yL/ShUB&#10;/1MRAP9bDwD/YhIA/2gXAP9qHwH2aygB7GsyA+RpPgfcZkwN02JYFM1fYxvIXG0gxFp2JMFYfii+&#10;VoYru1WOLrlTljC2Up4ytFKmM7JRsDWwUbw2rlDLN6xQ4zeqUvQzqVT/LqhW/yuoV/8oqFf/JahX&#10;/yWoV/8lqFf/JahX/yX/TRMA/1YOAP9fDQD/ZxAA/2wTAPtwGQDvcSIB5HEsAttwOgXRbEgMyWhU&#10;FMNlXxu+Ymghul9xJrZdeSqzW4EtsFqJMK5YkTOrV5k1qVahN6dWqzilVbY6o1XFO6FV3TufVvA3&#10;n1j+Mp9a/y6eW/8rnlz/KJ5c/yieXP8onlz/KJ5c/yj/UBEA/1kMAP9jDAD/aw0A/3AQAPV0EwDo&#10;dhoA3XclAdF2NgTIckQMwW5QFLtrWxu2Z2QhsWVtJ61idSuqYHwvp1+EMqRdjDSiXJQ3n1udOZ1a&#10;pjuaWbE9mFm/PpdZ0z6VWuw7lV37NZZe/zGWX/8tlmD/KpZg/yqWYP8qlmD/KpZg/yr/Ug8A/1wK&#10;AP9mCQD/bgoA9nQMAO94DgDhexIA1HwgAMp7MwTBd0ELunRNE7RwWBuubGEhqWppJ6ZncSuiZXgv&#10;n2SAM5xiiDaZYZA4ll+ZO5Reoj2RXq0/j127QI1dzUGMXug/jWH5OI1i/zOOZP8wjmT/LI5l/yyO&#10;Zf8sjmX/LI5l/yz/VQ4A/18GAP9pBgD0cgYA4ngGANt8CQDZfwwAzYEdAMR/MAO7fD8KtHhLEq11&#10;VRqocV4ho25mJp9sbiubanUvmGh9M5VnhDaSZYw5j2SVPIxjnz6JYqpAh2G3QoVhyUKEYuRBhWT3&#10;O4Zm/zWHZ/8xh2j/Lodp/y2Haf8th2n/LYdp/y3/VwwA/2EEAP5sAwDkdQEA23sFANOACADQgwoA&#10;x4UaAL6ELQO2gTwJr31IEqh5UhmidlsgnXNjJplwayuVbnIvkW15M45rgTaLaYk6iGiSPIVnnD+C&#10;ZqdBgGa0Q35mxUR8ZuFDfmj1PH9q/zeAa/8zgWz/L4Fs/y+BbP8vgWz/L4Fs/y//WQsA/2MBAPRv&#10;AADfeAAA1H8EAM6DBgDKhwgAwogYALmHKwKxhToIqoFGEaN+UBidelkfmHdhJZN1aCqPc28vi3F3&#10;M4hvfjaFboY6gmyPPX9rmUB8aqVCeWqxRHdqwkR2at1EeGzzPnlu/zh6b/80e3D/MHxw/zB8cP8w&#10;fHD/MHxw/zD/WwgA/2YAAOdyAADaewAAz4IDAMmHBQDEigYAvIwVALSLKAKsiTgHpYVEEJ6CThiY&#10;f1cek3xfJI55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwl0B2b6JCc26vRHFuwEVwbtlFcnDxP3Ny&#10;/zl1c/81dnT/MXZ0/zF2dP8xdnT/MXZ0/zH/XQYA/2kAAOJ0AADUfQAAy4UCAMSKBAC/jQUAt48T&#10;ALCPJgGojTUHoIpCDpqGTBaTg1UdjoFdJIl+ZCmFfGstgXpyMn14eTV6d4I5dnaLPHN1lUBwdKBC&#10;bXOtRGtzvUVqc9VFbHTvQG52/jpvd/82cXj/MnF4/zFxeP8xcXj/MXF4/zH/XwIA92wAAN53AADQ&#10;gQAAx4gBAMCNAwC5kQMAspMRAKuTIwGjkTMGnI5ADZWLShWPiFMciYZbIoSDYiiAgWktfH9wMXh+&#10;dzV0fIA4cXuJPG56kz9reZ5CaHirRGZ4u0VkeNFFZnnuQGh7/Tpqe/82a3z/Mmt8/zJrfP8ya3z/&#10;Mmt8/zL/YQAA6m8AANl6AADMhAAAw4sAALuRAQC0lQEArJcOAKWXIQGeljEFl5M+DJCQSBSKjlEb&#10;hItZIX+JYCd7h2crd4VuMHOEdTRvgn03a4GHO2iAkT5lf5xBYn6pQ2B+uURffs9EYH/sQGKA/Dpk&#10;gP82ZYH/M2aB/zJmgf8yZoH/MmaB/zL/ZAAA5XIAANN+AADHhwAAvo8AALaVAACumQAAppsMAKCc&#10;HgCZmy4Ekpk7CouWRhKFlE8Zf5FXH3qPXiV1jmUqcYxsLm2KczJpiXs2ZoiEOWKGjz1fhZo/XIWo&#10;QVqFt0JZhcxCWoXqP1yG+zpehv82X4f/Ml+H/zJfh/8yX4f/Ml+H/zL9aAAA4HYAAM2CAADCjAAA&#10;uZMAALCZAAConQAAn6AJAJmhGgCToCsDjJ84CIWdQxB/mkwXeZhUHXSXXCJwlWMna5NqLGeScTBk&#10;kXkzYI+CN1yOjTpZjZk9V42mP1SNtkBTjctAVI3pPVaN+jlXjf81WY7/MlmO/zFZjv8xWY7/MVmO&#10;/zHtbQAA2XsAAMiHAAC9kAAAtJgAAKqdAAChoQAAl6YEAJGnFQCMpycChaY1Bn+kQA15okoUc6BS&#10;Gm6fWR9pnWAkZZxnKGGbbyxemncwWpiAM1aXizZTl5c5UZalO0+WtDxOlsk8TpboOk+W+TZRlv8z&#10;Upb/MFKW/zBSlv8wUpb/MFKW/zDmcgAA0IAAAMKMAAC4lgAArZwAAKOhAACZpgAAjq0AAIiuEQCD&#10;riIBfa0xBHesPQpyqkcQbKlPFmeoVxtjp14fX6ZlJFukbSdYpHUrVKN/LlGiiTFOoZY0S6GkNkmh&#10;tDZIocg3SKDnNUmg+TJKn/8wS5//Lkuf/y1Ln/8tS5//LUuf/y3deQAAyYYAALySAACxmgAApqAA&#10;AJymAACRrAAAhrIAAH22DQB5th0AdbYsAm+1OQZqtEMLZbNMEWCyVBZcsVsaWLBjHlWvayFRr3Ml&#10;Tq59KEutiCpIrZUtRa2jLkStsy9DrcgvQqznL0Or+S1Eq/8rRKr/KUSq/ylEqv8pRKr/KUSq/ynR&#10;gAAAwY0AALWYAACpnwAAnqUAAJOsAACIsgAAfbgAAHG+BgBuvxUAar8mAWa/MwNhvj8HXb5IC1m9&#10;UQ9VvVkTUbxgF068aBpLu3EdSLt7H0W6hyJCupQkQLqiJj66syY9usgmPbroJj24+SU9t/8kPbb/&#10;Iz22/yM9tv8jPbb/Iz22/yPHiAAAuZUAAKydAAChpAAAlqsAAIqyAAB/uQAAc78BAGjGBQBgyg4A&#10;XsodAFvKLAFXyjgDVMpDBVDKTAhNyVULSsldDkfJZhFEyW8UQcl5Fj/IhRg8yJMaOsiiGznJsxw4&#10;yckcOMjoHDfH+Rw3xf8cNsT/HDbE/xw2xP8cNsT/HDbE/xy+kQAAsJsAAKSjAACYqgAAjLIAAIC5&#10;AAB0wAAAaMcAAF3NBQBT0woAT9cSAE3YIgBL2DAASdg8AkbYRgNE2U8EQdlYBj/ZYQg82WsKOtl2&#10;DDfZgg412pAPNNqgEDLasREx28cRMdrnETDY9hIw1v8TL9T/Ey/U/xMv1P8TL9T/Ey/U/xOzmgAA&#10;pqEAAJqpAACNsQAAgLoAAHTBAABoyQAAXM8AAFLVAwBI3AgAReUSAEPlHgBB5ioAPuY1ATvnPgE5&#10;50cCN+dQAzToWQQy6GIFMOhtBi7peQcs6YcIK+qWCSnqpwoo6roKJ+vWCifp8Aon5/0JJub/Cibm&#10;/wom5v8KJub/Cibm/wqooAAAnKcAAI+wAACCuQAAdMIAAGjKAABb0QAAT9cAAEXdAAA+7gkAPPIR&#10;ADnzGwA28yUANPQuADH0NwEu9T8BLPVHASn2TwIn9lcCJfdhAyP3bAMh+HoEH/iJBB75mgUc+asF&#10;G/rABRr63gUa+fIFGvf9BRn2/wUZ9v8FGfb/BRn2/wWepgAAka8AAIO5AAB1wgAAZ8sAAFrTAABN&#10;2gAAQt8AADjlAAA1+wcAMf8PAC7/FgAr/x8AKf8mACX/LQAj/zQAIP87AR7/QwEb/0sBGf9TARb/&#10;XQIU/2oCEv94AhH/iAIQ/5oCEP+rAw7/vgMO/9UDDv/tAw7/8AMO//ADDv/wAw7/8AOTrgAAhLgA&#10;AHbCAABnzAAAWtUAAEzcAAA/4QAANeYAAC30AAAq/wIAJv8LACP/EQAg/xcAHf8dABn/IwAW/ykA&#10;FP8vABL/NQAQ/z0ADv9FAQz/TgEK/1gBB/9lAQX/dAED/4UBAv+WAQH/pgEA/7UBAP/GAQD/ygEA&#10;/8oBAP/KAQD/ygGGtwAAd8EAAGjMAABa1wAAS94AAD7kAAAy6QAAJ+0AACP/AAAf/wAAG/8FABf/&#10;DAAU/xAAEf8UAA//GAAN/x0AC/8iAAj/KAAF/y4AAv81AAD/PQAA/0cAAP9SAAD/XgAA/20AAP9+&#10;AQD/jgEA/5sBAP+pAQD/qwEA/6sBAP+rAQD/qwH/Ki0B/y4rAf8wKwH/MC4C/y41Av8pPQP/JUkE&#10;/yNXBP8hZAX/H3IG/x1/Bv8digb/HZQG/x2cB/8cowf/HKoH/xyxB/8cuAb/HL8G/xzJBv8c1gb/&#10;HeUG/x3vBv8d+QX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/LCsB/zAoAf8z&#10;KAH/MysC/zExAv8tOgP/K0cE/yhUBf8mYQX/JG8G/yJ8B/8ihwf/IpEH/yGZB/8hoQj/IacI/yGu&#10;CP8htQj/IbwI/yHGB/8h0Qf/IeIH/yLtB/8i9wf/Iv8G/SL/Bvwi/wb8Iv8G/CL/Bvsi/wb7Iv8G&#10;+yL/Bvsi/wb/LigB/zMlAf82JQH/NycB/zUtAv80OAP/MkQE/y9RBf8sXgb/KmsH/yl3B/8ogwj/&#10;J40I/yeWCf8nnQn/J6QJ/yerCf8nsgn/J7kJ/yfCCf8nzQn/J94J/yfrCfwn9gj5KP4I9yj/CPYo&#10;/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CPUo/wj/MiUB/zciAf86IQH/OyMB/zspAv87NAL/OUAE/zZN&#10;Bf80Wgb/MWYH/zBzCP8ufwn/LokK/y6SCv8tmQv/LaEL/y2nC/8trgv/LbUM/y2+DP4tyQz7LdkM&#10;+C3oC/Qu9AvxLv4L7y7/C+4u/wvtLv8L7C7/Cuwu/wrsLv8K7C7/Cuwu/wr/NSIB/zseAf8/HQH/&#10;QB8B/0ImAf9CMQL/QDwD/z5IBf87VQb/OWII/zduCv82eQv/NYQM/TSNDfw0lQ36NJwO+TOjDvcz&#10;qg/2M7IP9TO6D/MzxQ/yM9IP7jPlD+o08g/nNP0P5TT/D+Q0/w7iNf8O4jX/DeE1/w3hNf8N4TX/&#10;DeE1/w3/OR4B/z8aAf9DGAH/RhoB/0kjAf9JLQL/SDgD/0VEBf9DUAf/QF0J+z5pC/g9dA31PH8O&#10;8zuID/E7kBDvOpgR7TqfEuw5phPqOa4T6Tm2FOc5wRTmOc4V4jnjFd458RXbOvwU2Dr/E9U7/xLT&#10;O/8S0jv/EdI7/xDSO/8Q0jv/ENI7/xD/PRsB/0MWAP9IFAD/TBcB/08fAf9QKAH/TzMC/00/BPtK&#10;Sgb1R1cJ8UZkDO1Ebw7pQ3kR50KDE+RBixTiQJMW4D+bF98/ohjdPqoZ2z6zGtg+vRrWPsob0j7f&#10;G84+7xvLP/sayUD/GMdA/xfGQf8VxUH/FMRB/xTEQf8UxEH/FMRB/xT/QRcA/0cSAP9MEAD/UhQA&#10;/1YbAP9XJAH/Vi4C+FQ5A/FRRQbrT1IJ5k1eDOFLaRDdSXQT2Uh9FtVGhhjSRY4a0EWWHM5EnR3M&#10;RKUeykOtH8hDtiDGQ8MhxUPTIcFD6SG+RPcfvEX/HbpG/xu5R/8ZuEf/GLhH/xe4R/8XuEf/F7hH&#10;/xf/RBQA/0sQAP9RDgD/VxEA/1sWAP9dHgD5XSgB71szAudZPwTgV00I2lRZDdNSZBLOUG4Wyk53&#10;GcdMgBzFS4gewkqQIMBKlyG+SZ8jvEinJLpIsCW4SLwmt0jLJ7RH4yeySfMlsEr/Iq5L/x+uTP8d&#10;rUz/G61N/xqtTf8arU3/Gq1N/xr/RxEA/08NAP9WDAD/XA4A/2ASAP1iGADwYyEA5mIsAd5gOgPU&#10;XkgHzVtUDcdYXxPDVmkXv1RyG7xSeh65UYIhtlCKI7RPkSWyTpknsE2iKK5NqyqsTLYrqkzELKhM&#10;2yymTe8qpE/9JqRQ/yOjUf8go1L/HqJS/x2iUv8dolL/HaJS/x3/Sg8A/1IKAP9aCQD/YAsA/2UO&#10;APVnEQDoaBgA3WckANJmNQLKZEQHw2FQDb1eWxO5XGQYtVptHLFYdSCuV30jrFWEJalUjCinU5Qq&#10;pVKdLKNSpi2hUbEvn1G+MJ1R0TCbUeovmlP6KppV/yaZVv8jmVb/IZlX/x+ZV/8fmVf/H5lX/x//&#10;TQ0A/1UGAP9dBQD7ZAcA72kJAOlrDADhbBAA020eAMlsMQLCakAHu2dMDbVkVxOwYWAZrF9pHahd&#10;cSGlXHgkolqAJ6BZhyqdWJAsm1eYLplWojCWVawylFW5M5NVyjORVeUzkVf3LZFZ/ymRWv8lkVv/&#10;I5Fb/yGRW/8hkVv/IZFb/yH/TwsA/1cCAP9hAgDqaAEA3m0EANhwCADVcAsAy3IbAMJxLgK6bz0G&#10;tGxJDa5pVBOpZ10ZpGRlHaFibSGdYXQlml98KJhegyuVXYstkluUMJBbnjKNWqg0i1m1NYpZxjaI&#10;WeE2iFz0MIhd/yuJXv8oiV//JYlf/yOJX/8jiV//I4lf/yP/UQkA/1oAAPVkAADgbAAA13EDANB0&#10;BgDNdQkAxHYXALx2KgG0dDoFrnFGDKduURKia1oYnmliHZpnaSGWZXElk2R4KJBigCuNYYgui2CR&#10;MYhfmjOGXqU1g16yN4JewjeAXtw4gF/yM4Fh/y2CYv8pgmP/JoJk/yWCZP8lgmT/JYJk/yX/UwYA&#10;/10AAOdnAADbbwAA0HQCAMp4BQDGeQcAvnoVALZ6KAGveDcFqHZEC6JzThKccFcYmG1fHZRrZyGQ&#10;am4ljWh1KIpnfSuHZYUuhGSOMYFjlzR/YqI2fGKvOHpivjl5YtU5eWPvNHpl/i97Zv8rfGf/KHxn&#10;/yZ8Z/8mfGf/Jnxn/yb/VQMA/2AAAONqAADVcgAAzHgBAMV7AwDAfQUAuX4SALF+JQGqfTUEo3pB&#10;Cp13TBGXdFUXknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmLMXtnlTR4Z6A2dmasOHRmvDlzZtE6&#10;c2ftNnRp/TB1av8sdmv/KXdr/yd3a/8nd2v/J3dr/yf/VwAA9mMAAN9tAADRdQAAyHsAAMF/AgC7&#10;gAMAtIEQAKyCIwGlgTIEnn4/CZh7ShCSeVMWjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXVs&#10;kjRza543cGqqOW5quTptas46bWvrN29t/DFwbv8tcW7/KnFv/yhxb/8ocW//KHFv/yj/WQAA62UA&#10;ANtwAADNeAAAxH4AALyCAQC2hAEAroUOAKeGIACghTADmoI9CJOASA+OfVEViXtZGoR5YB+Ad2cj&#10;fHVuJ3l0dSp2c30uc3KGMXBxkDRtcJw3am+oOWhvtzpnb8s6Z3DpN2lx+jJrcv8tbHP/Kmxz/yhs&#10;c/8obHP/KGxz/yj/XAAA52gAANVzAADJewAAwIIAALiGAACxiAAAqYkNAKKKHQCciS4ClYc7B4+F&#10;RQ6Jgk8UhIBXGX9+Xh57fGUieHtsJnR5cypxeHstbneEMGt2jjNodZo2ZXSmOGN0tTlhdMk6YXTn&#10;OGN2+TJldv8uZnf/K2d3/ylnd/8pZ3f/KWd3/yn/XwAA42wAANB2AADFfwAAvIUAALSKAACsjAAA&#10;o44KAJ2OGgCXjisCkIw4BoqKQwyEh0wSf4VVGHqEXB12gmMhc4BqJW9/cSlsfnksaH2CL2V8jDJi&#10;e5g1X3qkN116szhcesc5XHrlN157+DJfe/8uYHz/K2F8/ylhfP8pYXz/KWF8/yn1YgAA3m8AAMx6&#10;AADAgwAAt4kAAK+OAACmkQAAnZIGAJeTFwCRkygBi5I2BYWQQQt/jkoReoxSFnWKWhtxiGEfbYdo&#10;I2qGbydmhHcrY4OALmCCijFdgZY0WoGjNliAsjdWgMU3VoDjNliB9zFZgf8tW4L/KluC/ylbgv8p&#10;W4L/KVuC/ynsZgAA2HMAAMd+AAC8hwAAs44AAKmSAACglQAAlpgBAJCZEwCKmSQBhZgyBH+WPgl5&#10;lEgOdJNQFG+RVxlrkF4daI5lIWSNbSVgjHUoXYt+K1qKiC5XiZQxVImhM1KIsDRRiMM1UIjiNFKI&#10;9jBTiP8sVIj/KVWI/yhViP8oVYj/KFWI/yjmawAA0HgAAMKDAAC3jAAArZIAAKOWAACamgAAjp4A&#10;AIefEACDnyAAfp8vAnidOwdznEUMbptNEWmZVRZlmFwaYZdjHl6WaiFblXIlV5R8KFSThitRkpIu&#10;TpKgMEySrzFLksIxSpHgMUyR9S1Nkf8qTpD/KE6Q/yZOkP8mTpD/Jk6Q/ybecAAAyX0AALyJAACy&#10;kgAAp5cAAJ2bAACTnwAAhqQAAH6mDAB6phsAdaYqAXCmNwRspUEJZ6NKDWOiUhJfoVkWW6FhGVig&#10;aB1Un3AgUZ56I06dhCZLnZEpSJyeKkacrixFnMEsRZzfK0Wb9ClGmv8nR5r/JUea/yRHmv8kR5r/&#10;JEea/yTUdwAAwoQAALaPAACrlgAAoZwAAJagAACLpQAAf6oAAHSuBQBvrxQAbK8kAGivMgJkrj0F&#10;X61GCVusTw1YrFYRVKteFFGqZhdOqm4aS6l4HUipgyBFqI8iQ6idJEGorSVAqMAlP6jfJT+m9CNA&#10;pf8iQKX/IUCk/yBApP8gQKT/IECk/yDKfgAAu4sAAK+VAACkmwAAmaEAAI6mAACCrAAAd7EAAGq2&#10;AABjuA4AYbgdAF64LAFauDgCV7hCBVO4SwhQt1MLTbdbDkq2YxBHtmsTRLV1FkK1gRg/tY4aPbWc&#10;HDu1rBw6tcAdObXfHDmz9Bw5sv8cObH/Gzmw/xs5sP8bObD/Gzmw/xvBhgAAtJMAAKeaAACcoAAA&#10;kacAAIWtAAB5swAAbbgAAGK9AQBWwgcAU8MUAFLDIwBQxDABTcQ7AkrERQNHxE4FRcRXB0LDXwlA&#10;w2gLPcNyDTvDfg84w4wRNsObEjXDqxMzw8ATM8PgEzPB9RMywP8UMr//FDG+/xQxvv8UMb7/FDG+&#10;/xS4kAAAq5kAAJ+gAACTpwAAh64AAHu0AABuuwAAY8AAAFjFAQBNygUARM8MAEPQFwBC0CUAQNAy&#10;AD/RPQE90UcBO9FQAjnSWQM20mMENNJuBTLSegcw0ogILtKYCS3TqQks074KLNPfCSvR8woqz/4L&#10;Kc7/DCnN/w0pzf8NKc3/DSnN/w2umAAAop8AAJamAACJrgAAfLYAAG+9AABjwwAAV8gAAEzNAABC&#10;0gMAOdkJADXfEAA03xsAMuAnADHhMgAw4T0ALuJHAC3iUAEr4loBKuNlAijjcQIm5H8DJeSPAyPl&#10;oQQi5bQEIeXNBCDk7AQg4vsEH+H/BR/g/wUf4P8FH+D/BR/g/wWkngAAmKUAAIuuAAB9tgAAcL4A&#10;AGPGAABWywAAS9AAAEDVAAA23AAAL+UHAC3tEAAr7hgAKe4iACfvKwAl7zQAI/A8ACHwRQAf8U4A&#10;HfJYARvyZAEZ83EBGPOBARf0kgIV9KUCFPW6AhP11gIT9O8CEvL8AhLw/wIS8P8CEvD/AhLw/wKa&#10;pAAAja0AAH+2AABxvwAAY8cAAFbOAABJ0wAAPdoAADPfAAAq4wAAJvQFACT7DQAh/BMAHv0bABz9&#10;IgAZ/ikAF/4xABX/OQAT/0EAEf9KABD/VQAO/2EADP9vAQz/gAEK/5MBCf+mAQj/ugEH/9QBB//r&#10;AQb/9gEG//YBBv/2AQb/9gGPrAAAgLYAAHK/AABjyQAAVtEAAEjYAAA73QAAMOIAACbmAAAf8AAA&#10;HP8AABn/CQAW/w4AFP8TABH/GQAP/x4ADf8kAAv/KwAJ/zIABv87AAP/RAAA/08AAP9cAAD/awAA&#10;/30AAP+QAAD/owAA/7QAAP/GAAD/1gAA/9YAAP/WAAD/1gCCtQAAc78AAGTJAABW0wAAR9sAADrg&#10;AAAu5QAAI+kAABrtAAAV/QAAEv8AABD/AgAO/wkAC/8NAAj/EAAE/xMAAf8YAAD/HgAA/yQAAP8r&#10;AAD/MwAA/z0AAP9JAAD/VgAA/2YAAP94AAD/igAA/5sAAP+oAAD/sQAA/7EAAP+xAAD/sQD/JSsB&#10;/ygpAf8pKQH/KCwB/yMyAf8eOwL/GkcC/xdVA/8VYgP/E3AD/xJ8A/8ShwP/EpED/xKZA/8SoAP/&#10;EqcD/xKtA/8RtAP/EbsD/xHEA/8RzgP/Ed8D/xHrAv8S9gL/Ev4C/xL/Av8S/wL/Ev8C/xL/Av8S&#10;/wL/Ev8C/xL/Av8S/wL/KCkB/ysmAf8sJgH/KykB/ygvAf8iOAL/IEQC/x1SA/8bXwP/GGwD/xd5&#10;BP8XhAT/F44E/xeWBP8WnQT/FqQE/xaqBP8WsQT/FrgE/xbAA/8WygP/FtsD/xboA/8X9AP/F/0D&#10;/Bf/AvsX/wP7F/8D+hf/A/oX/wP6F/8D+hf/A/oX/wP/KiYB/y4jAf8vIgH/LyUB/ywrAf8qNQL/&#10;J0EC/yROA/8iWwP/IGgE/x50BP8dgAT/HYoE/x2SBf8dmgX/HaEF/x2nBf8drQX/HbQE/x29BP8d&#10;xwT/HdQE/h3mBPsd8gT3HvsD9R7/BPQe/wTzHv8E8x7/BPIe/wTyHv8E8h7/BPIe/wT/LiIB/zIf&#10;Af80HgH/MyAB/zImAf8yMgH/Lz4C/yxKA/8qVwP/J2QE/yZwBf8lewX/JIUF/ySOBv8klgb/JJ0G&#10;/ySjBv8kqgb9JLEG/CS5Bvskwwb5JM8G9iTjBvIk8AXuJfoF7SX/Busl/wbqJf8G6SX/Bukl/wbp&#10;Jf8G6SX/Bukl/wb/Mh4B/zYbAP84GQD/OBsB/zojAf85LQH/ODoC/zVGA/8yUgT/MF8E/y5rBf8t&#10;dgb9LIAH+iyJB/krkQf3K5kI9SufCPQrpgjzK60I8Su1CPArvwjuK8sI6yvfCOcs7gjkLPoI4iz/&#10;CeAs/wneLP8I3iz/CN0s/wjdLP8I3Sz/CN0s/wj/NRoA/zoWAP89FAD/PxcA/0EfAP9BKQH/QDQB&#10;/z1BAv86TQP8OFoF+DZlBvQ1cQfxNHsI7zOECe0zjQnrMpQK6TKbCugyogvmMqoL5DKyDOMyuwzh&#10;MsgM3zLcDNoy7A3VM/gN0jP/DdAz/wzOM/8MzTT/C8w0/wvMNP8LzDT/C8w0/wv/ORYA/z4SAP9B&#10;EAD/RRMA/0gbAP9IJAD/Ry8B/kQ7AvdCRwPxP1QF7D5gBug8awjlO3YJ4jt/C+A6iAzdOZAN2zmX&#10;Dtk4ng/WOKYQ1DiuEdI4txHQOMMSzjjTEso46BLHOfcSxDn/EcI6/xDBOv8PwDr/Dr86/w6/Ov8O&#10;vzr/Dr86/w7/PRMA/0IPAP9GDQD/SxAA/04WAP9PHwD9TikB9Ew0AexIQQLmR04E4EVbBttEZgnW&#10;QnAM0kF5Ds9AghDNQIoRyj+RE8k/mRTHPqAVxT6oFsM+sRfBPrwXwD7LGL0+4hi6PvIXtz//FrVA&#10;/xS0QP8Ts0H/EbNB/xCzQf8Qs0H/ELNB/xD/QBAA/0YMAP9LCgD/UQ0A/1MRAP9UGADzVCIA6VIt&#10;AeFQOwHaT0kD0k1VB8xLYAvISWoOxUhzEcJHexO/RoMVvUWLF7tFkxi5RJoZt0OiGrVDqxu0Q7Yc&#10;skPEHbBD2R6tQ+0dq0X8GqlF/xioRv8WqEb/FadH/xOnR/8Tp0f/E6dH/xP/RA4A/0oIAP9QBgD/&#10;VQoA/1gNAPdZEQDqWBgA31ckANRXNQHMVUQExlRQCMFSWwy9UGUQuU5tE7ZNdha0TH0YsUuFGq9K&#10;jRutSZUdq0mdHqlIpiCnSLAhpUi9IqRIzyKhSOgioEn4Hp9L/xueS/8ZnUz/F51M/xadTP8WnUz/&#10;Fp1M/xb/RwsA/00CAP9UAgD3WgQA610HAOddCwDhXBAA010eAMpdMAHDXD8EvVpMCLdYVwyzVmAR&#10;r1RpFKxTcRepUXgap1CAHKRPhx6iT48goE6YIZ5NoSOcTaskmk24JZlMyCaWTOImlU71IpRP/x+U&#10;UP8clFH/GpRR/xiUUf8YlFH/GJRR/xj/SQgA/1AAAPtYAADlXgAA3WIDANZjBwDUYQoAymIZAMJj&#10;LAG7YjsDtGBICK9dUwyqW1wRplpkFaNYbBigV3QbnVV7HZtUgyCZVIsillOTJJRSnSWSUacnkFGz&#10;KI5RwymNUd0qjFLyJotU/yKLVf8ei1b/HItW/xqLVv8ai1b/GotW/xr/TAQA/1MAAOxcAADfYgAA&#10;1GYBAM5oBQDLZwgAwmcWALpoKAGzZzgDrWVFB6hjUAyjYVkRn19hFZtdaBiYXHAblVp3HpNZfyGQ&#10;WIcjjlePJYxXmSeJVqMph1avKoVVvyuEVtUsg1fvKYNY/iSDWf8ghFr/HoRa/xyEWv8chFr/HIRa&#10;/xz/TgEA/1cAAOVfAADYZgAAzmoAAMdsAwDDawUAvGwSALRtJQCtbDUDp2pCB6FnTQycZVYRmGNe&#10;FZRiZRiRYGwbjl90HoxeeyGJXYMkhlyMJoRblSiBWqAqf1qsLH1auy18Ws8ue1vsK3xc/CZ8Xf8i&#10;fV7/H31e/x19Xv8dfV7/HX1e/x3/UAAA9VkAAOFjAADSagAAyW4AAMJwAQC9cAMAtnAQAK5xIgCo&#10;cDICoW4/BpxsSguXalMQkmhbFI5mYhiLZWkbiGNwHoVieCGCYYAkgGCJJn1fkil7Xp0reF6pLXZe&#10;uC51XswvdF7pLXVg+id2Yf8jd2L/IHdi/x53Yv8ed2L/Hndi/x7/UgAA7FwAANxmAADObQAAxHIA&#10;AL10AAC3dAEAsHQOAKl1HwCidC8CnHI9BZdwRwqRblEPjWxZFIlqYBeFaWcbgmhuHn9mdSF9ZX0k&#10;emSGJ3djkCl1Y5sscmKnLnBiti9vYskvbmLmLm9k+ShwZf8kcWb/IXFm/x9xZv8fcWb/H3Fm/x//&#10;VAAA6F8AANdpAADKcAAAwHUAALl4AACyeAAAq3gNAKR5HQCeeC0Bl3c6BZJ1RQqMck4OiHBWE4Rv&#10;XheAbWQafWxrHXprcyB3ansjdGmDJnJojSlvZ5ksbGalLmpmsy9pZsYwaGbkL2po9ylraf8lbGn/&#10;Imxq/yBsav8gbGr/IGxq/yD/VwAA5GIAANJsAADGcwAAvXgAALV7AACtfAAApXwKAJ99GgCZfCoB&#10;k3s4BI15QwmId0wOg3VUEn9zWxZ7cmIZeHBpHXVvcCBybngjb22BJmxsiylqbJcsZ2ujLmVrsi9k&#10;a8QwYmvhL2Rs9ipmbf8mZm3/I2du/yBnbv8gZ27/IGdu/yD2WQAA4GUAAM5vAADCdgAAuXwAALF/&#10;AACpgAAAoIAHAJmBFwCUgSgBjoA1A4h+QQiDfEoNfnpSEXp4WRV2d2AZc3ZnHHB0bh9tc3YjanJ/&#10;JmdxiSlkcZUrYnChLWBwsC9ecMIvXXDfL19x9Spgcf8mYXL/I2Jy/yBicv8gYnL/IGJy/yDvXAAA&#10;3GkAAMpyAAC+egAAtYAAAK2EAACkhQAAmoUDAJSFFACOhiUBiYQzA4ODPgd+gUgLeX9QEHV+VxRx&#10;fV4YbntlG2t6bB5oeXQiZXh9JWJ3hyhfdpMqXHafLFp1ri5ZdcAuWHXdLll28ypbdv8mXHf/I1x3&#10;/yBcd/8gXHf/IFx3/yDqYAAA1WwAAMV2AAC6fgAAsYQAAKiIAACfiQAAlIoAAI2KEQCIiyEAg4ow&#10;An6JOwV5h0UKdIZODnCEVRJsg1wWaYJjGmaBah1igHIgX397I1x+hSZZfZEpV3yeK1V8rCxTfL4t&#10;UnzaLVN88ilVfP8lVnz/Ild8/yBXfP8gV3z/IFd8/yDlZAAAz3AAAMF6AAC2gwAArYkAAKOMAACZ&#10;jgAAjY8AAIaQDgCBkR0AfZAsAXiPOARzjkIIbo1LDGqMUxBniloUY4lhF2CIaBtdh3AeWoZ5IVaF&#10;gyRUhY8mUYScKE+EqipNhLwqTYTXKk2D8SdPg/8kUIP/IlCD/x9Qg/8fUIP/H1CD/x/eaQAAyXUA&#10;ALyAAACyiAAAqI0AAJ2RAACTkwAAhZYAAH6XCwB5lxkAdZcoAXGXNQNslj8GaJVICmSUUA1hk1cR&#10;XZJeFVqRZhhXkG4bVI93HlGOgSBOjo0jS42aJUmNqSZIjbsnR43UJ0eM8CRIjP8iSYv/IEqL/x5K&#10;i/8eSov/HkqL/x7VbgAAw3sAALeFAACsjQAAopIAAJeWAACMmQAAf5wAAHWeBQBwnxMAbZ8jAGmf&#10;MAFlnjsEYZ5FB12dTQpanFQNV5tcEVSaYxRRmmsXTpl0GUuYfxxImIseRZeZIEOXqCFCl7oiQZfT&#10;IkGW7yBClf4eQpX/HUOU/xxDlP8cQ5T/HEOU/xzMdQAAvIEAALGMAACmkgAAm5cAAJGbAACFnwAA&#10;eaMAAGqnAABlpw4AY6gcAGCoKwFdqDYCWadABFanSQZTplEJUKZZDE2lYA5KpWkRR6RyFESkfRZC&#10;o4kYP6OXGj2jpxs8o7kcO6PSGzui7xs7oP4aO5//GTyf/xg8n/8YPJ//GDyf/xjEfAAAtokAAKqS&#10;AACflwAAlZwAAImhAAB9pgAAcaoAAGSuAABasQgAV7EUAFWyIwBTsjABULI7Ak2yRANLsU0FSLFV&#10;B0WxXQlDsWULQLBvDT6weg87sIcROa+WEzevphQ2r7gUNbDRFDWu7xQ0rf4UNKz/FDSr/xQ0q/8U&#10;NKv/FDSr/xS7hQAAr5AAAKOXAACYnQAAjKMAAICoAAB0rQAAaLIAAFy2AABQugEASbwNAEi8GQBG&#10;vScARb0zAEO9PQFBvUcBP71QAj29WAM6vWEFOL1rBja9dwg0vYQJMr2TCjC9pAsvvbcMLr7QCy68&#10;7gwtuv4NLLn/DSy4/w4suP8OLLj/Diy4/w6zjwAAppcAAJudAACPowAAg6oAAHawAABqtQAAXroA&#10;AFK+AABHwgEAPccGADjJEAA3yRsANsonADXKMwA0yz0AM8tHADHLUQEwy1sBLsxlAizMcQIqzH8D&#10;KcyQBCfMoQQmzbQEJc3OBCXL7gQkyfwGI8j/ByPH/wcjx/8HI8f/ByPH/weplgAAnp0AAJKjAACF&#10;qwAAeLIAAGu4AABfvgAAUsIAAEfGAAA9ygAANM8EACvUCQAm2Q8AJdkZACXaJQAk2jAAI9s7ACPb&#10;RQAi3FAAId1bACDdaAAe3nYAHd6HARzfmQEa36wBGd/EARje5wEY3PgBGNv/Ahfa/wIX2v8CF9r/&#10;Ahfa/wKgnAAAlKMAAIerAAB5swAAbLoAAF/BAABSxgAARsoAADvOAAAx0wAAKdkAACHeBQAe6A4A&#10;HegVABvpHgAZ6ScAGOowABbqOQAV60MAFOxOABLsWgAR7WcAEO53ABDuigAO754ADvCzAA3wzQAM&#10;7+wADO38AAzr/wAM6/8ADOv/AAzr/wCXowAAiasAAHu0AABtvAAAX8QAAFLKAABFzgAAOdMAAC/Y&#10;AAAl3QAAHeEAABjsAgAW9wsAFPcRABH4FwAQ+B4ADvklAA35LQAL+jUACfs/AAf7SgAE/FcAA/1m&#10;AAL+dwAA/YsAAP2fAAD8tQAA/NEAAPztAAD8/AAA/P0AAPz9AAD8/QCLqwAAfbQAAG69AABgxgAA&#10;Us0AAETSAAA32AAALN0AACLhAAAZ5QAAE+oAABD6AAAO/wYADf8MAAr/EAAH/xQABP8aAAH/IAAA&#10;/ycAAP8wAAD/OgAA/0UAAP9TAAD/YgAA/3UAAP+KAAD/nwAA/7MAAP/HAAD/5QAA/+UAAP/lAAD/&#10;5QB/tAAAcL0AAGHHAABT0AAAQ9YAADbdAAAq4gAAH+YAABbqAAAQ7QAADPoAAAn/AAAG/wAAAv8E&#10;AAD/CQAA/w0AAP8QAAD/FAAA/xoAAP8hAAD/KQAA/zQAAP9AAAD/TgAA/14AAP9yAAD/hwAA/5oA&#10;AP+qAAD/uQAA/7kAAP+5AAD/uQD/ICkB/yInAf8iJwH/HyoB/xkwAf8SOQH/EEUB/w1TAf8MYAH/&#10;Cm0C/wl5Av8JhAL/CY4B/wmWAf8JnQH/CaMB/wmpAf8JsAH/CLcB/wi+Af8IyAH/CNYB/wjmAf8I&#10;8QH/CPsA/wj/AP8I/wD/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8J/wH/IyYB/yUkAP8lJAD/IycB/x0s&#10;Af8YNQH/FUIB/xJQAf8QXQL/DmoC/w52Av8OgAL/DooC/w6SAv8OmgL/DqAC/w6mAf8NrQH/DbMB&#10;/w27Af8NxQH/DdEB/w3jAf8N7wH+DfoB+g3/AfkO/wH5Dv8B+Q7/AfgO/wH4Dv8B+A7/AfgO/wH/&#10;JiMA/yggAP8oIAD/JiIA/yIoAf8gMgH/HD8B/xlMAf8XWQL/FWUC/xNxAv8TfAL/E4YC/xOOAv8S&#10;lgL/Ep0C/xKjAv8SqQL/ErAC/xK3Av8SwQL/EswB/RLfAfkT7QH1E/gB8xP/AfIT/wHxE/8C8BT/&#10;AvAU/wLwFP8C8BT/AvAU/wL/Kh8A/ywcAP8sGwD/Kx0A/ykkAP8oLwH/JTsB/yJIAf8fVAL/HWEC&#10;/xttAv8adwL/GoEC/xqKAv8akgL/GpkC/RqfAvwapgL7GqwC+Rq0AvgavQL2GsgC8xrbAu8a6gLs&#10;G/cC6Rv/Augb/wPnHP8D5hz/A+Uc/wPlG/8D5Rv/A+Ub/wP/LRsA/zAXAP8xFQD/MBYA/zEgAP8w&#10;KgD/LjYB/ytDAf8oTwL/JlwC/yRnAvwjcgP5I3wD9yKFA/UijQPzIpUD8iKbA/AiogPvIqkD7SKx&#10;A+wiuQPqIsUD6CLVA+Qj6QPgI/YE3iP/BNsk/wTZJP8E2CT/BNck/wTWJP8E1iT/BNYk/wT/MRYA&#10;/zQSAP82EQD/NxMA/zkbAP84JQD/NjEB/zM9Af0xSgH4LlYC9C1iA/AsbQPtK3cD6iuABOgqiATm&#10;KpAE5SqXBOMqngXhKqUF4CqtBd4qtgXcKsIF2irSBtUr5wbQK/UHzSz/B8ss/wfJLP8HyCz/B8cs&#10;/wbHLP8Gxyz/Bscs/wb/NRIA/zkOAP86DQD/PhAA/0AWAP8/IAD/PSoA+Ts3AfI4RAHsNlEC5zVc&#10;A+M0ZwPgM3IE3TN7BdoygwbWMosG1DKTB9IxmgjQMaEIzjGpCcwxsgnLMbwKyTHKCsYy4QvCMvEL&#10;vzP+C70z/wq7M/8KujP/Cboz/wm6M/8JujP/Cboz/wn/ORAA/z0LAP9ACQD/RA0A/0YRAP9FGQD3&#10;RCMA7kEvAOY/PAHgPkoB2j1XAtM8YgTPO2wGzDp1B8k6fQnHOYUKxTmMC8M4lAzBOJsNwDijDb44&#10;rA68OLYPujjDD7k41xC1OOwQsjn7D7A6/w6vOv8Nrjr/DK06/wutOv8LrTr/C606/wv/PA0A/0AG&#10;AP9FBAD/SQkA/0sNAPlKEQDtSRoA40YmANpGNgDRRkUBy0VRA8ZEXAXCQmYIv0JvCrxBdwu6QH8N&#10;uD+GDrY/jhC0PpURsj6dErA+phOvPrAUrT69FKs+zRWpPuYVpj/3E6RA/xKjQP8QokD/D6JA/w6i&#10;Qf8OokH/DqJB/w7/PwkA/0QAAP9KAAD3TgIA7FAGAOpPCwDjTBAA1kweAM1NMADGTT8BwExMBLtL&#10;Vwa3SWEJtEhpDLFHcQ6uRnkQrEaAEapFiBOoRJAUpkSYFqRDoReiQ6sYoEO3GZ9DxxmdQ+Aam0Tz&#10;F5lF/xWYRv8TmEb/EZhG/xCXRv8Ql0b/EJdG/xD/QgUA/0cAAPdPAADlUwAA3VUBANdVBgDVUgsA&#10;y1MZAMNUKwC8VDsBtlJIBLFRUgetUFwKqU5kDaZNbA+kTHQRoUt7E59KghWdSooXm0mTGJlJnBqX&#10;SKYblUiyHJRIwR2SSNgdkEnvG49K/hiPS/8Wjkv/FI5M/xKOTP8Sjkz/Eo5M/xL/RQAA/0sAAOlT&#10;AADeWAAA01sAAM1bBADKWAcAwlgVALpaJwCzWjcBrlhEBKlXTwekVVgKoVRgDZ5TaBCbUW8TmFB2&#10;FZZQfheUT4YZkk6OGo9OmByNTaIdi02uH4pNvCCITdAgh03rH4ZP/BuGUP8YhlD/FoZQ/xSGUf8U&#10;hlH/FIZR/xT/RwAA+E8AAORXAADVXQAAzGAAAMVgAgDBXgUAul0RALNfIwCsXzMBpl5AA6FcSwed&#10;WlQKmVlcDpZYZBGTVmsTkFVyFo5UehiLVIIaiVOKHIdSlB6FUp4fg1GqIYFRuCJ/UcsiflLnIX5T&#10;+R1+VP8aflX/F35V/xZ+Vf8VflX/FX5V/xX/SgAA7lIAAN5bAADPYQAAxmQAAL9lAAC6YwIAs2IP&#10;AKxjIACmYzABoGI9A5thSAaWX1EKkl5ZDY9cYRGMW2gTiVpvFoZZdhiEWH4agleHHH9XkB99Vpsh&#10;e1anInlWtSN3VsckdlbkJHZX9x93WP8bd1n/GXdZ/xd3Wf8Wd1n/FndZ/xb/TAAA6VYAANlfAADL&#10;ZQAAwWgAALppAAC0aAAArWcNAKZoHACgaC0Bmmc6A5VlRQaQY04KjGJXDYlhXhCGX2UTg15sFoBd&#10;cxh+XHsae1yDHXlbjR92WpghdFqkI3JasiRxWsQlb1rhJXBb9iBxXP8ccV3/GnFd/xhxXf8XcV3/&#10;F3Fd/xf9TwAA5VkAANNiAADHaAAAvWwAALZtAACvbAAAp2sLAKBsGQCbbCoBlWs3ApBpQwWLaEwJ&#10;h2ZUDINlWxCAY2ITfWJpFXphcBh4YXgadWCBHXNfix9wXpYibl6iJGxesCVrXsEmaV7eJmpf9CFr&#10;YP8da2H/G2xh/xlsYf8YbGH/GGxh/xj1UQAA4lwAAM9lAADDawAAuW8AALFxAACqcQAAom8IAJtv&#10;FwCWcCcAkG81AotuQAWGbEkIgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXYacGR+HW1jiB9rY5MiaWKg&#10;JGZiriVlYr8mZGLaJmRj8iJlZP8eZmT/G2dk/xlnZf8YZ2X/GGdl/xjwUwAA3V8AAMtoAAC/bwAA&#10;tnMAAK51AACmdQAAnXMFAJZzFACRdCQAi3MyAoZyPgSBcEcIfW9PC3ltVw52bF4Rc2tkFHBqbBdt&#10;anMaa2l8HGhohh9mZ5EiY2eeJGFmrCVgZr0mX2fWJl9n8SJgaP8eYWj/HGJo/xpiaP8ZYmj/GWJo&#10;/xnsVwAA2WIAAMdrAAC8cgAAs3cAAKp5AACheQAAl3cBAJB4EQCLeCEAhngvAYF3OwR8dUUHeHRN&#10;CnRyVQ5xcVwRbnBjFGtvahZobnEZZm56HGNthB5gbI8hXmycI1xrqiVaa7smWWzTJlps7yNbbP8f&#10;XG3/HF1t/xpdbf8ZXW3/GV1t/xnoWgAA0mYAAMNvAAC4dgAAr3sAAKZ+AACdfgAAkXwAAIp8DwCF&#10;fR4AgX0tAXx8OQN3ekMGc3lLCXB4Uwxsd1oQaXZhE2Z1aBZjdG8YYXN4G15ygh5bco0gWXGaIldx&#10;qCRVcbklVHHQJVRx7iJWcf4eV3H/HFdx/xpYcf8ZWHH/GVhx/xnjXgAAzWkAAL9zAAC0egAAq38A&#10;AKKCAACYgwAAi4EAAISBDQB/ghoAe4IpAXaBNgJygUAFbn9JCGp+UAtnfVcOZHxeEWF7ZhReem0X&#10;W3p2GVl5gBxWeIsfU3iYIVF3piJQd7cjT3fOI0937CFQd/0eUXf/G1J3/xlSd/8ZUnf/GVJ3/xne&#10;YgAAyG4AALt3AACwfwAAp4QAAJ2HAACShwAAhIcAAH2HCQB4iBYAdIgmAHCIMgJshz0EaIZGBmWF&#10;TglhhVUMXoRcD1uDYxJZgmsVVoF0F1OAfhpQgIkcTn+WHkx/pSBKf7YhSX/MIUl+6x9KfvwcS37/&#10;Gkt+/xlMfv8YTH7/GEx+/xjVZwAAw3MAALZ8AACshAAAookAAJiLAACNjQAAfI0AAHWOBABvjxIA&#10;bZAhAGmQLgFljzkCYo5CBF6OSwdbjVIKWIxZDFaLYQ9Ti2gSUIpxFE2JexdKiYcZSIiVG0aIox1E&#10;iLQdQ4jKHUOH6hxEhvsaRIb/GEWG/xdFhf8XRYX/F0WF/xfNbQAAvXgAALGCAACnigAAnI4AAJKQ&#10;AACGkwAAeZUAAGyXAABmlw4AY5gbAGGYKQBemDUBWpc+A1eXRwVVlk8HUpZWCU+VXgxMlGYOSpRv&#10;EEeTeRNEk4UVQpKTF0CSohg+krMZPZLJGT2R6Rg9kPoXPo//Fj6P/xU+j/8VPo//FT6P/xXFcwAA&#10;t38AAKyJAAChjwAAlpMAAIuWAAB/mQAAc5wAAGSfAABcoAkAWaAUAFehIgBVoS8AUqE5AVChQwJN&#10;oEsESqBTBUigWgdFn2MJQ59sC0Cedg4+noMQO56RETmdoBI4nbITN57IEzed6BI2m/oSNpr/EjaZ&#10;/xE3mf8RN5n/ETeZ/xG+ewAAsYcAAKWPAACblAAAkJgAAIScAAB3oAAAa6QAAF+nAABSqgAATasO&#10;AEurGgBKqycASKszAEarPQFEq0YBQqtOAkCrVgM+q18FO6toBjmqcwg3qoAJNKqPCzKqnwwxqrAM&#10;MKrHDDCp5wwvp/oNL6b/DS+l/w0vpf8NL6X/DS+l/w22hAAAqo4AAJ6UAACUmQAAh54AAHujAABv&#10;qAAAY6wAAFevAABLsgAAQbUGAD62EQA9th4AO7YpADq3NAA5tz4AN7dHADa3UAE0t1oBMrdkAjC3&#10;bwMut3wELLeLBSq3nAUpt64GKLjFBSi35gUntfkHJrP/Byay/wgmsv8IJrL/CCay/wivjQAAopQA&#10;AJeaAACLoAAAfqYAAHGrAABlsAAAWbQAAE23AABCuwAAOL4BAC/CCQAtwxIALMMeACvDKQAqxDMA&#10;KcQ9ACjFRwAnxVEAJsVcACXGaAAjxnYBIsaGASDGmAEfxqsBHsfBAR7G5AEdxPgCHML/AxzB/wMc&#10;wf8EHMH/BBzB/wSllAAAmpoAAI6hAACBpwAAc64AAGe0AABauQAATr0AAELAAAA4wwAAL8cAACbL&#10;BAAe0AoAG9ERABrSGgAZ0iUAGNMvABjTOgAX1EQAFtRQABXVXQAU1WsAE9Z8ABLXjwAR2KQAENm7&#10;ABDZ3gAQ1fMAENP/ABDS/wEQ0f8BENH/ARDR/wGcmgAAkaEAAIOoAAB1sAAAaLcAAFu9AABOwQAA&#10;QsUAADfIAAAtzAAAJNAAABzVAAAV2gUAEOILABDjEQAO5BoADuQjAA3lLQAM5TcAC+ZCAArmTwAJ&#10;510ACOdtAAbmgAAF5pUABOarAALmxAAB5uYAAOf5AADn/wAA5v8AAOb/AADm/wCToQAAhakAAHex&#10;AABpuQAAW8AAAE7GAABBygAANc4AACrSAAAh1gAAGdsAABLfAAAN4wAAC/EIAAnzDgAH8xMABPIa&#10;AALyIgAA8ioAAPI0AADyPwAA8kwAAPJcAADybQAA8oIAAPKYAADzrQAA88YAAPTlAAD09gAA9PsA&#10;APT7AAD0+wCHqQAAebIAAGq6AABcwgAATskAAEDOAAAz0wAAKNgAAB7dAAAV4QAAD+QAAAroAAAF&#10;8wAAA/0BAAD8CAAA+w0AAPsRAAD7FgAA/B4AAPwmAAD8MAAA/TwAAP5JAAD+WgAA/m0AAP+CAAD/&#10;mAAA/6wAAP/AAAD/2AAA/+QAAP/kAAD/5AB7sgAAbLsAAF3EAABPzQAAQNIAADLZAAAm3gAAG+IA&#10;ABLmAAAM6gAABe0AAAD0AAAA/wAAAP8AAAD/AAAA/wQAAP8JAAD/DgAA/xIAAP8YAAD/IQAA/ysA&#10;AP83AAD/RgAA/1gAAP9rAAD/gAAA/5UAAP+mAAD/swAA/7sAAP+7AAD/uwD/GyYA/xwkAP8aJAD/&#10;FScA/xAtAP8KNgD/BUMA/wFQAf8AXgH/AGsB/wB2Af8AgQD/AIoA/wCSAP8AmgD/AKAA/wCmAP8A&#10;rAD/ALIA/wC5AP8AwgD/AM0A/wDfAP8A7AD/APgA/wD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/&#10;AP0A/wD/HyMA/x8hAP8eIQD/GSMA/xMpAP8OMgD/DEAA/wlNAf8HWgH/BGcB/wNzAf8DfQH/A4cB&#10;/wOPAP8ClgD/ApwA/wKiAP8CqAD/Aq8A/wG2AP8BvgD/AckA/wHbAP8A6gD8APYA+AD/APcC/wD3&#10;A/8A9gT/APYE/wD2Bf8A9gX/APYF/wD/Ih8A/yIcAP8hHAD/Hh8A/xgkAP8VLwD/EjwA/xBJAP8O&#10;VgH/DGIB/wtuAf8LeQH/C4IB/wuLAf8LkgH/CpkB/wqfAP8KpQD/CqsA/wqyAP8KuwD9CsYA+wrU&#10;APcK5wDzCvQA8Ar/AO8L/wDuDP8A7Qz/Ae0M/wHtDP8B7Qz/Ae0M/wH/JRsA/yYYAP8lFwD/IRgA&#10;/yAhAP8eKwD/GjcA/xdFAP8UUQH/El4B/xFpAf8RdAH/EX0B/xCGAf0QjgH8EJUB+hCbAfkQoQH3&#10;EKgB9hCvAfQQtwDzEMIA8RDQAO0Q5QDoEfIA5hH+AeQS/wHjEv8B4hL/AeIS/wHhEv8B4RL/AeES&#10;/wH/KRYA/yoTAP8pEgD/JxMA/ygcAP8nJwD/IzMA/yA/AP8dTAD/G1gB/BlkAfgZbgH2GHgB8xiB&#10;AfEYiQHvGJAB7hiXAewYngHqGKQB6RisAecYtAHmGL8B5BjNAeAZ4wHcGvEB2Br+AtQb/wLSG/8C&#10;0Rv/AtAb/wLQG/8C0Bv/AtAb/wL/LRIA/y4PAP8uDQD/LxAA/y8XAP8uIQD/LC0A/yk5APkmRgD0&#10;JFMB7yJeAesiaQHoIXMB5iF8AeMhhAHhIYwB4CGTAd4hmgHcIaEB2iGpAdghsQLVIbwC0yLJAtAi&#10;3wLMI/ADyCP9A8Yk/wPEJP8DwyT/A8Ik/wPBJP8DwST/A8Ek/wP/MA8A/zILAP8zCAD/Ng0A/zYS&#10;AP81GgD9MiUA9DAyAO0tPwDnLEwA4itYAd0rYwHZKm0B1Sp2AtIqfwLQKoYCziqOA8wqlQPKKpwD&#10;ySqjBMcqrATFKrYEwyrDBcIq1QW+K+sFuiv5Brgs/wa2LP8FtSz/BbQs/wW0LP8FtCz/BbQs/wX/&#10;NAwA/zYFAP85AwD/PAgA/zwNAP07EwDxOB0A6DUpAOA0NwDZM0YA0TRSAc0zXQHJM2cCxjNwA8Qy&#10;eATBMoAEvzKHBb4yjwa8MpYGujGeB7gxpge3MbAItTK8CLMyzAmxMuUJrTP1Casz/wmqM/8IqDP/&#10;B6gz/wenM/8HpzP/B6cz/wf/NwcA/zoAAP8+AAD6QQEA8UEGAPE/DQDmPBIA2zofANA7MQDKPEAA&#10;xDxNAcA8WAK8O2EDuTtqBbY6cga0OnoHsjmBCLA5iAmvOZAKrTiYCqs4oQupOKoMqDi2DaY4xQ2k&#10;ON4OoTnxDZ86/wyeOv8LnTr/Cpw6/wmcOv8JnDr/CZw6/wn/OwIA/z4AAPdEAADmRwAA30gBANpG&#10;BgDZQAsAzUIZAMVEKwC+RDsAuURIAbVDUwOxQlwErkJlBqtBbAepQHQJpkB7CqQ/gwujP4oNoT6T&#10;Dp8+nA+dPqUQmz6xEZo+vxGYPtQSlj/tEZQ//A+TQP8OkkD/DJJB/wuSQf8LkkH/C5JB/wv/PQAA&#10;/0MAAOlJAADeTgAA008AAM1OAwDKSQgAwkkUALtKJgC1SzYAr0tDAqtKTgOnSVcFpEhgB6FHZwme&#10;Rm8KnEZ2DJpFfQ6YRYUPlkSOEJRElxKSQ6ETkEOsFI9DuhWNQ80Vi0ToFYpF+hKJRv8QiUb/DohG&#10;/w2IRv8NiEb/DYhG/w3/QAAA8kcAAONPAADUUwAAy1UAAMRUAADAUAQAuU8RALJQIgCsUTIAp1E/&#10;AqJQSgOeT1MFm05cCJhNYwqVTGoMk0txDZFKeQ+OSoARjEmJEopJkhSISJwVhkioFoVItReDSMcY&#10;gUjkGIFK9xWASv8SgEv/EIBL/w+AS/8OgEv/DoBL/w7/QwAA7EsAAN1TAADOWAAAxFoAAL1aAAC4&#10;VwEAsVQOAKpWHgClVi4An1Y7AZtVRgOXVFAFk1NYCJBSXwqNUWYMi1BtDohPdBCGT3wShE6FE4JO&#10;jhWATZkXfk2kGHxNshl6TcMaeU3fGnhO9Bd4T/8UeE//EnhQ/xB4UP8PeFD/D3hQ/w/9RgAA508A&#10;ANZXAADIXAAAv18AALdfAACxXAAAqlkMAKRaGgCeWyoAmVs4AZRaQwOQWUwFjFhVCIlXXAqGVmMM&#10;g1VqDoFUcRB/U3kSfVOBFHpSixZ4UpUYdlGhGXRRrxtzUcAbcVHbHHFS8hlxU/8VcVT/E3JU/xFy&#10;VP8QclT/EHJU/xDzSAAA41MAANBbAADEYAAAumMAALNjAACsYQAApF4JAJ1fFwCYXycAk181AY5e&#10;QAOKXUoFhlxSB4NbWQqAWmAMfVlnDntYbhB4WHUSdld+FHRWiBdyVpMYb1afGm5VrBtsVb0ca1bV&#10;HWtW8BprV/8Xa1j/FGxY/xJsWP8RbFj/EWxY/xHxSwAA31YAAMxeAADAZAAAt2cAAK5oAACnZgAA&#10;n2IGAJhjFACSZCQAjWMyAYliPQKEYUcEgWBPB31fVgl6Xl0Ld11kDXVcaxBzXHMScFt7FG5bhRds&#10;WpAZalqcG2hZqhxmWrodZVrRHWVa7htlW/4XZlv/FWZc/xNnXP8SZ1z/Emdc/xLtTgAA2lkAAMhh&#10;AAC8ZwAAs2oAAKtsAACiagAAmWcCAJJnEQCNZyEAiGcvAYRmOwJ/ZUQEe2RNBnhjVAl1YlsLcmFh&#10;DXBhaQ9tYHASa195FGlfgxdmXo4ZZF6aG2JeqBxhXrgdX17OHV9e7BtgX/0YYV//FWFf/xNiX/8S&#10;Yl//EmJf/xLqUQAA1FwAAMRkAAC5agAAsG4AAKdwAACebgAAlGsAAI1qEACHax4Ag2ssAH5rOAJ6&#10;akIDdmlKBnNoUghwZ1kKbWZgDWtlZw9oZG4RZmR3FGRjgRZhY4wYX2KYGl1iphxbYrYdWmLMHVpi&#10;6hxbY/wYXGP/Flxj/xRdY/8TXWP/E11j/xPmVQAAz18AAMFoAAC2bgAArHIAAKR0AACacwAAjm8A&#10;AIdvDQCCbxsAfXApAHlvNQF1bj8Dcm1IBW5sUAdrbFcKaWteDGZqZQ5kaWwRYWl1E19ofxZcaIoY&#10;WmeWGlhnpBxWZ7QdVWfKHVVn6BtWZ/sYV2f/Fldo/xRYZ/8TWGf/E1hn/xPhWAAAy2MAAL1rAACy&#10;cgAAqXYAAKB4AACWdwAAiHMAAIFzCwB8dBcAeHQmAHR0MgFwcz0CbXNGBGpyTgdncVUJZHBcC2Fw&#10;Yw5fb2oQXG5zElpufBVXbYgXVWyUGVNsoxtRbLMcUGzIHE9s5xtRbPoYUWz/FVJs/xRSbP8TUmz/&#10;E1Js/xPcXAAAx2cAALlvAACvdgAApXsAAJx8AACRfAAAgngAAHp5BwB1eRQAcnojAG56LwFreToC&#10;aHlDA2R4SwVhd1IIX3dZClx2YAxZdWgPV3RwEVR0ehNSc4YWT3OTGE1yoRlMcrEaSnLGGkpy5RpL&#10;cvkXTHL/FUxy/xNNcv8STXL/Ek1y/xLUYAAAwmsAALV0AACrewAAon8AAJeBAACMgQAAen4AAHN/&#10;AgBufxEAa4AeAGiALABlgDcBYoBAA19/SARcflAGWX5XCFd9XgtUfGYNUXxuD097eBFMe4MUSnqR&#10;Fkh6nxdGeq8YRXrEGER65BhFefgWRnn/FEZ4/xJHeP8RR3j/EUd4/xHNZQAAvXAAALF5AACngAAA&#10;nIQAAJKGAACGhgAAd4YAAGuGAABmhw0AY4cZAGCIJwBeiDMBW4g8AliHRQNWh00EU4ZUBlCGWwhO&#10;hWMKS4RsDEmEdg9Gg4ERRIOPE0KDnRRAgq4VP4PCFT6C4hU/gfcTP4H/EkCA/xFAgP8QQID/EECA&#10;/xDGawAAt3YAAKx/AACihQAAl4kAAIyLAACBjQAAc44AAGWPAABdjwkAWpAUAFiQIQBWkS0AU5A4&#10;AVGQQQJOkEkDTJBQBEqPWAVHj2AHRY5pCUKOcwtAjX8NPo2NDzyNnBA6jawROY3BETiN4RA4i/YQ&#10;OIr/DzmJ/w85if8OOYn/DjmJ/w6/cgAAsn0AAKeGAACcigAAkY4AAIaRAAB6kwAAbZUAAF+XAABU&#10;mQEAT5kPAE6aGgBMmicASpoyAEiaPAFGmkQBRJpMAkKaVANAmVwEPplmBTuZcAc5mHwIN5iKCjWY&#10;mgszmKsLMpi/DDKY3wsxlvULMZX/CzGU/wsxk/8LMZP/CzGT/wu4egAArIUAAKGLAACWkAAAi5QA&#10;AH+XAABymwAAZp0AAFqgAABOogAARaQJAEKkEwBApB8AP6QqAD6lNAA8pT4AO6VHATmlTwE3pVgC&#10;NaVhAjOlbAMxpXkEL6SHBS2klwYspKkGK6S9Biqk3gYqovUHKaH/Bymg/wgpn/8IKZ//CCmf/wix&#10;ggAApYsAAJqRAACQlgAAg5oAAHafAABqogAAXqYAAFKpAABGqwAAPK0AADWvDAAzsBUAMrAhADGw&#10;KwAvsDUALrE+AC2xSAAssVEAK7FbACmxZwEnsXQBJrGDASSxlAIjsaYCIrK7AiGy2wIhr/MDIK7/&#10;AyCt/wQfrP8EH6z/BB+s/wSqiwAAnZEAAJOXAACHnAAAeqIAAG2nAABgqwAAVa8AAEmxAAA+tAAA&#10;M7cAACq6AwAkvA0AIr0VACG9IAAhvSoAIL0zAB++PQAevkcAHb5SABy/XgAav2wAGb98ABi/jgAX&#10;wKEAFsC2ABTA0wAVvvEAFbz/ARW7/wEUuv8CFLr/AhS6/wKhkgAAlpgAAIqeAAB9pAAAb6oAAGKv&#10;AABWtAAASrcAAD66AAAzvQAAKsAAACHEAAAZxwUAE8sLABHMEgARzBsAEMwlAA/NLwAOzToADs1G&#10;AA3NUgANzmAADM5wAAvOgwAKzpcACc6sAAjOxgAIzugACM37AAnL/wAJy/8ACcv/AAnL/wCYmAAA&#10;jZ4AAH+lAABxrAAAZLMAAFe5AABKvQAAPsAAADLDAAAoxgAAH8oAABfNAAAR0QAADNYFAAjZDAAG&#10;2RIABdobAATaJAAD2y4AAds5AADcRQAA3VIAAN5iAADecwAA3ogAAN+dAADfswAA384AAODuAADf&#10;+gAA3/8AAN//AADf/wCPnwAAgaYAAHOuAABltQAAWL0AAErCAAA9xQAAMckAACbMAAAd0AAAFNQA&#10;AA7ZAAAJ3QAAA+EAAADjBwAA4w0AAOQSAADlGQAA5iIAAOcrAADpNgAA60MAAOxSAADsYgAA7XYA&#10;AO6MAADuoQAA77cAAO/RAADv6wAA8PYAAPD2AADw9gCEpwAAda8AAGe3AABZvwAAS8YAADzKAAAv&#10;zgAAJNIAABrYAAAS3AAADOAAAAXjAAAA5wAAAOsAAADrAAAA7QUAAO4LAADwEAAA8RUAAPMeAAD0&#10;JwAA9zMAAPlAAAD6UQAA+2MAAPx3AAD9jQAA/aMAAP62AAD+yQAA/98AAP/fAAD/3wB3sAAAaLkA&#10;AFrBAABMygAAPM8AAC7UAAAi2gAAF94AABDiAAAJ5gAAAOkAAADsAAAA8AAAAPYAAAD2AAAA9wAA&#10;APgAAAD6BwAA+w0AAP0RAAD/GQAA/yMAAP8vAAD/PgAA/08AAP9iAAD/dwAA/40AAP+fAAD/rgAA&#10;/7oAAP+6AAD/ugD/FiMA/xUhAP8SIQD/DiQA/wYqAP8AMwD/AEEA/wBOAP8AXAD/AGgA/wB0AP8A&#10;fgD/AIcA/wCPAP8AlgD/AJwA/wCiAP8AqAD/AK4A/wC1AP8AvQD/AMcA/wDWAP8A5wD+APMA/gD+&#10;AP0A/wD8AP8A+wD/APsA/wD7AP8A+wD/APsA/wD/GiAA/xkeAP8WHgD/ECAA/wolAP8EMAD/AD0A&#10;/wBLAP8AWAD/AGQA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA/wCxAP0AuQD7&#10;AMMA+gDQAPgA4wD3APEA9gD8APQA/wD0AP8A8wD/APMA/wDzAP8A8wD/APMA/wD/HRwA/xwZAP8Z&#10;GQD/FBsA/w7/4v/iSUNDX1BST0ZJTEUACAkhAP8MLAD/CTkA/wVGAP8CUwD/AF8A/wBrAP8AdQD/&#10;AH4A/wCGAP8AjgD/AJQA/gCbAPwAoQD6AKcA+ACuAPUAtQDzAL8A8QDLAPAA3wDuAO4A7AD5AOsA&#10;/wDqAP8A6gH/AOkB/wDpAf8A6QH/AOkB/wD/IBcA/x8UAP8cEwD/FxUA/xYdAP8TKAD/EDQA/w1B&#10;AP8MTgD/CVoA/whmAP8IcAD+B3kA/AeBAPoHiQD4B5AA9gaWAPMGnQDxBqMA7waqAO0GsgDqBrsA&#10;6AbIAOYG3ADkBuwA4gj6AOAK/wDeC/8A3Qv/AN0M/wDcDP8A3Az/ANwM/wD/IxIA/yMQAP8hDgD/&#10;HhAA/x4YAP8cIwD/GC8A/xQ7AP8SSQD8EFUA+A9gAPQPagDxD3QA7w58AO0OhADrDosA6Q6SAOcO&#10;mQDmDqAA5A6nAOIOrwDgDrgA3g7FANwO2gDWEOwA0hH6AM8S/wDNEv8BzBL/AcsT/wHKE/8ByhL/&#10;AcoS/wH/Jw8A/ycMAP8lCQD/Jg0A/yUTAP8jHAD/ICgA+xw1APUaQgDvGE8A6hdaAOYWZQDjFm4A&#10;4BZ3AN4WfwDcFocA2RaOANYWlQDUFpwA0hejANAXqwDOGLUAzBjBAMsY0gDHGugBwxv4AcAb/wG+&#10;HP8BvRz/Arwc/wK8G/8CvBv/Arwb/wL/KwwA/ysFAP8rAwD/LQkA/ywOAP8pFQD3JiAA7iMtAOch&#10;OgDhH0gA2x9UANUgXwDRIGgAziBxAMwheQDKIYEByCGIAcYhjwHEIZYBwyGeAcEipgG/Iq8BvSK7&#10;ArwjygK5I+MCtST0ArMk/wOxJP8DryT/A68k/wOuJP8DriT/A64k/wP/LwYA/y8AAP8yAAD/MwIA&#10;+TIIAPcvDgDrKxYA4SciANgnMgDQKUEAyypOAMYqWQDDKmIBwCprAb0qcwG7KnoCuSqCArgqiQK2&#10;KpACtCqYA7MqoQOxKqoDryu1BK4rxASsK9sEqCzvBKYs/gWkLP8Eoy3/BKIt/wSiLP8Eoiz/BKIs&#10;/wT/MgAA/zMAAPk4AADpOQAA4jkAAN41BwDeLg0A0S8bAMkxLADDMzsAvTNIALk0UwG2M1wBszNl&#10;ArAzbQKuM3QDrDJ7A6sygwSpMooEpzKTBaUymwakMqUGojKwB6AyvgefMtEHnDPqB5oz+weYNP8H&#10;lzT/BpY0/waWNP8FljT/BZY0/wX/NQAA/zgAAOo+AADfQgAA1UIAAM8/AwDNOAgAxTgVAL06JgC3&#10;OzYAsjxDAK48TgGqO1cCpztgA6U6ZwOjOm8EoTp2BZ85fQadOYUHmzmNB5k4lgiYOKAJljirCpQ4&#10;uAqTOcoLkTnlC4869wqNOv8JjDv/CIw7/weMO/8HjDv/B4w7/wf/OAAA8T4AAONFAADUSQAAy0oA&#10;AMVHAADBQQQAuj8RALNBIQCtQjEAqEM+AKRDSQGgQlMCnUFbA5tBYgSYQGoFlkBxBpQ/eAeSP38I&#10;kD+ICo8+kQuNPpsMiz6mDYk+sw2IPsQOhj/gDoQ/9A2DQP8Lg0D/CoJA/wmCQf8IgkH/CIJB/wj/&#10;PAAA60MAANxKAADMTwAAw1AAALxOAAC3SQEAsUYOAKpIHACkSSwAoEk6AJtJRQGYSE4ClEdXA5JH&#10;XgWPRmUGjUZsB4tFcwmJRXsKh0SDC4VEjQyDRJcOgUOiD39DrxB+Q8AQfETaEXtE8Q96Rf8Nekb/&#10;C3pG/wp6Rv8Jekb/CXpG/wn1PgAA5kgAANNPAADHVAAAvVUAALZUAACwUAAAqUwLAKJNGACdTigA&#10;mE42AJROQQGQTUsCjU1TBIpMWgWHS2EGhUtoCINKbwmASncLfkl/DHxJiQ56SJMPeEifEHdIrBJ1&#10;SLwSdEnSE3NJ7hFySv8Pckr/DXJK/wtySv8Lckr/CnJK/wryQgAA4EwAAM5TAADBWAAAuFoAALBZ&#10;AACpVgAAolIHAJtSFQCWUyQAkVMyAI1TPgGJUkcChlFQBINRVwWAUF4Gfk9lCHtPbAl5TnMLd057&#10;DXVNhQ5zTZAQcU2cEm9NqRNuTbkUbE3OFGxN6xNsTv0QbE//DmxP/wxsT/8LbE//C2xP/wvuRQAA&#10;3FAAAMlXAAC9XAAAtF4AAKxeAACkWwAAnFYEAJVWEgCQVyEAi1gvAIdXOwGDVkQCf1ZNA3xVVAV6&#10;VFsGd1RiCHVTaAlzU3ALcVJ4DW9Sgg9tUY0Ra1GZEmlRphRnUbYVZlHLFWVS6RRlUvsRZlP/D2ZT&#10;/w1mU/8MZlP/DGZT/wzqSQAA1VMAAMVaAAC6XwAAsGIAAKhiAACfXwAAlloAAI9aEACKWx4AhVss&#10;AIFbOAF9W0ECelpKA3dZUQR0WFgGcVhfB29XZgltV20La1Z2DWlWfw9nVYoRZVWXE2NVpBRhVbQV&#10;YFXIFl9V5xVgVvoSYFb/D2FX/w5hV/8NYVf/DGFX/wznTAAA0VYAAMFeAAC2YwAArWYAAKRmAACb&#10;ZAAAkF4AAIleDgCEXxsAgF8pAHxfNQF4Xz8CdF5HA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRa&#10;fQ9iWogRX1mUE15ZohRcWbIVW1nGFlpZ5RVbWvkSW1r/EFxa/w5cWv8NXFr/DVxa/w3jTwAAzVkA&#10;AL5hAACzZgAAqWkAAKBqAACXaAAAi2IAAINiDAB+YxgAemMmAHZjMgBzYzwBb2JFAmxhTARqYVQF&#10;Z2BaB2VgYQhjX2kKYV9xDF9eew5dXoYRWl6TElhdoBRXXbAVVl7EFlVe4xVWXvcSVl7/EFde/w5X&#10;Xv8NV17/DVde/w3eUwAAyF0AALtkAACwagAApm0AAJ1uAACTbQAAhWcAAH5nCQB4ZxUAdGcjAHFo&#10;LwBuZzkBa2dCAmhmSgNlZlIFY2VYBmBlXwheZGcKXGRvDFpjeQ5YY4QQVWKRElNinxNSYq4VUWLC&#10;FVBi4RVRYvYSUWL/EFJi/w5SYv8NUmL/DVJi/w3ZVgAAxGAAALdoAACsbgAAo3EAAJpzAACPcQAA&#10;f2sAAHhrBQByaxIAbmwfAGtsLABobDcBZmxAAmNrSANga08EXmpWBlxqXQdZaWUJV2ltC1Vpdw1T&#10;aIIPUGiPEU5nnRNNZ6wUS2jAFEto3hRLZ/USTGf/D0xn/w5NZ/8NTWf/DU1n/w3SWgAAwGQAALNs&#10;AACpcgAAoHYAAJZ3AACKdgAAeXEAAHFxAABrcQ8AaHEcAGZyKABjcjQAYHI9AV5yRQJbcU0DWXFU&#10;BVdwWwZUcGMIUm9rClBvdAxNboAOS26NEElumxFHbasSRm6+E0Vu3BJGbfQRRm3/D0dt/w5HbP8N&#10;R2z/DUds/w3MXwAAvGkAALBxAACldwAAnHsAAJF8AACGewAAdXgAAGt3AABldwwAYXgXAF94JABd&#10;eTAAWnk6AVh5QgJWeEoCU3hRBFF3WAVPd2AHTHZoCEp2cgpIdX0MRXWKDkN1mQ9CdakQQHW8EEB1&#10;2RBAdPMPQHT/DkFz/w1Bc/8MQXP/DEFz/wzGZAAAt24AAKt2AACifAAAl38AAIyBAACBgQAAcoAA&#10;AGV/AABdfwgAWX8TAFeAIABVgCsAU4E2AFGAPgFPgEYCTYBOAkt/VQNJf10FRn9mBkR+cAhCfnsJ&#10;P36ICz19lww8facNOn26Djp+1g06fPENOnv/DDp7/ws6ev8LOnr/Czp6/wvAaQAAsnQAAKd8AACd&#10;gQAAkoQAAIeGAAB7hwAAbocAAGCHAABVhwEAUIgOAE6IGgBNiSYAS4kwAEmJOgBIiUIBRolKAUSJ&#10;UgJCiVoDQIhjBD2IbQU7iHgGOYeGCDeHlQk1h6YKNIe5CjOH0wozhvAJM4X/CTOE/wkzg/8JM4P/&#10;CTOD/wm5cAAArXoAAKKCAACXhwAAjYoAAIGMAAB1jgAAaI8AAFqQAABPkQAAR5IKAESSEwBDkx8A&#10;QZMqAECTNAA/kz0APZNFADuTTQE6k1YBOJNfAjaTaQM0k3UDMpKDBDCSkwUukqQGLZK3BiyS0QYs&#10;ke8GK4//BiuO/wYrjf8HK43/ByuN/wezeAAAp4IAAJyIAACRjAAAh5AAAHqTAABtlQAAYZcAAFWZ&#10;AABJmwAAP5wBADmdDgA3nRcANp4iADSeLAAznjUAMp4+ADGeRwAwn1AALp9aAC2fZAErn3EBKZ5/&#10;AieekAImnqECJJ61AiOezgIjne4DI5v+AyKa/wQimf8EIpn/BCKZ/wSsgQAAoIgAAJWOAACLkgAA&#10;f5YAAHKaAABlnQAAWaAAAE6jAABCpAAAN6YAAC6oBQApqQ8AKKkYACeqIgAmqiwAJao1ACSqPwAj&#10;qkgAIqtTACGrXgAgq2oAHqt5AB2riwAbq50AGquxABmrygAZquwBGaj9ARin/wIYpv8CGKb/Ahim&#10;/wKliQAAmY8AAI+UAACDmQAAdZ4AAGiiAABcpgAAUKkAAESsAAA5rgAAL7AAACazAAAetQYAGbcP&#10;ABi3FwAXtyEAFrcqABW3NAAUuD4AE7hJABK4VAASuWIAEblxABC5gwAPuZcADrmsAA25xAANuOcA&#10;Drb7AA61/wAOtP8ADrT/AA60/wCckAAAkpUAAIabAAB5oAAAa6YAAF6rAABSrwAARrIAADq1AAAv&#10;twAAJboAAB29AAAVwAAAEMMGAAvGDgAKxRUACcUeAAjFKAAHxTIABsY9AAXGSQAFxlcAA8ZmAALG&#10;dwABxosAAMagAADFtgAAxtIAAMXvAADF/AAAxf8AAMX/AADF/wCVlgAAiZwAAHujAABtqQAAYK8A&#10;AFO0AABGuAAAOrsAAC6+AAAkwQAAG8QAABPHAAAOygAACM4BAAHQCgAA0BAAANAWAADRHgAA0icA&#10;ANMxAADUPAAA1UkAANZYAADWaQAA1nwAANaSAADWpwAA1r8AANbgAADW8wAA1v4AANb/AADW/wCM&#10;nQAAfqQAAG+rAABhsgAAVLkAAEa9AAA5wQAALcQAACLHAAAZywAAEc4AAAzSAAAF1QAAANsAAADc&#10;AwAA3QoAAN4PAADfFAAA4RwAAOIkAADkLgAA5joAAOdJAADoWQAA6GsAAOmBAADpmAAA6a0AAOnF&#10;AADp4gAA6fIAAOn1AADp9QCApQAAca0AAGO1AABVvAAAR8IAADnGAAAsygAAIM4AABbSAAAP1gAA&#10;CNsAAADfAAAA4wAAAOUAAADnAAAA6AEAAOoHAADrDQAA7REAAO8YAADxIQAA8ysAAPY4AAD3SAAA&#10;+FoAAPltAAD6hAAA+psAAPqvAAD6wgAA+toAAPrfAAD63wB0rgAAZbYAAFa+AABIxgAAOcsAACvQ&#10;AAAf1AAAFNoAAA3fAAAF4wAAAOYAAADpAAAA7QAAAO8AAADxAAAA8wAAAPUAAAD2AgAA+AkAAPoO&#10;AAD9EwAA/xwAAP8oAAD/NgAA/0cAAP9aAAD/bgAA/4UAAP+aAAD/qwAA/7kAAP+8AAD/vAD/ESAA&#10;/xAeAP8MHgD/BCEA/wAnAP8AMAD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIMA/wCLAP8AkgD/&#10;AJgA/wCeAP8ApAD/AKoA/wCwAP8AuAD/AMIA/wDOAP8A4gD+APAA/QD7APsA/wD7AP8A+wD/APoA&#10;/wD6AP8A+gD/APoA/wD/FBwA/xIaAP8OGgD/CBwA/wAhAP8ALQD/ADoA/wBIAP8AVQD/AGEA/wBs&#10;AP8AdgD/AH8A/wCHAP8AjgD/AJQA/wCaAP4AoAD9AKYA/ACsAPsAtAD5AL0A+ADJAPcA3AD1AOwA&#10;8wD4APMA/wDyAP8A8QD/APAA/wDwAP8A8AD/APAA/wD/FxgA/xUWAP8RFQD/DBcA/wUdAP8AKAD/&#10;ADYA/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/ACCAPoAiQD4AJAA9wCWAPUAnAD0AKIA8wCoAPEA&#10;sADwALgA7gDDAOwA0wDqAOcA6QD1AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AOUA/wD/GhMA/xgR&#10;AP8UEAD/DxEA/w0ZAP8KJAD/BTAA/wE+AP8ASwD/AFcA/gBiAPoAbAD1AHUA8gB9APAAhADuAIsA&#10;7ACRAOsAlwDpAJ4A5wCkAOYArADkALQA4gC/AOAAzQDeAOMA3ADyANoA/QDYAP8A1gD/ANUB/wDV&#10;Af8A1QL/ANUC/wD/HhAA/xwNAP8XCwD/FQ4A/xQVAP8RHwD/DioA/ws4AP0IRQD4BlEA9ARcAO4E&#10;ZgDqBG8A5gN3AOQEfwDiBIYA4ASMAN4EkwDdBZoA2wWgANgFqADVBbEA0gW7ANAGyQDOB+AAzAjx&#10;AMkK/wDHC/8Axgz/AMUM/wDFDP8AxQz/AMUM/wD/IQwA/yAGAP8cAwD/HQoA/xsQAP8YGAD/FCMA&#10;9hEwAO8OPgDqDkoA5Q1WAOENYADdDWkA2Q1xANUNeQDTDYEA0Q2IAM8NjwDNDpYAyw6dAMoOpQDI&#10;Dq4Axg+5AMQQyADCEN8AvhHyALsS/wC5E/8AtxP/AbYT/wG2E/8BthP/AbYT/wH/JQYA/yMAAP8j&#10;AAD/JAMA/yEKAP0dEQDxGhsA6BYnAOEUNQDaE0MA0xRPAM4VWQDLFWMAyBZrAMUWcwDDF3sAwReC&#10;AMAYiQC+GJAAvBiYALsZoAC5GakAtxm0ALUawgC0GtYAsBvtAa0c/AGrHf8BqR3/Aakd/wGoHf8B&#10;qB3/Aagd/wH/KAAA/ycAAP4qAADvKgAA5ycBAOciCQDkHRAA2RsdAM8dLQDJHjwAxCBJAL8gUwC8&#10;IV0AuSFlALcibQC1InQAsyJ8ALEigwGwIooBriKSAawjmwGrI6QBqSOvAacjvAGmJM4BoyToAqAl&#10;+QKeJf8CnSX/Apwl/wKbJf8CmyX/Apsl/wL/LAAA/y0AAO0yAADiNAAA2jMAANMuAwDSJQoAySUX&#10;AMEnJwC7KTYAtipDALIrTgCvK1cArCtgAKorZwGoK28Bpit2AaQrfQGjK4QCoSuNAp8rlQKeK58C&#10;nCuqA5ortgOZLMcDlyziA5Qt9QSSLf8DkS3/A5Au/wOQLf8DkC3/A5At/wP/MAAA8jMAAOQ6AADW&#10;PQAAzDwAAMc5AADDMQUAvS4RALUwIQCwMjAAqzM9AKczSQCkM1IAoTNaAZ8zYgGcM2kCmjNwApkz&#10;dwKXMn8DlTKHA5MykASSMpoEkDKlBY4ysQWNM8IGizPcBok08gaHNP8FhjT/BYY0/wSFNP8EhTT/&#10;BIU0/wT8MwAA6zoAANxBAADNRAAAw0QAAL1BAAC4OwEAsjcOAKs4HAClOSsAoTo4AJ07RACaO00B&#10;lzpWAZQ6XQKSOmQCkDprA445cgOMOXoEijmCBYk5iwWHOZUGhTmgB4M5rQeCObwIgTnTCH867gh9&#10;Ov4HfDv/Bnw7/wV8O/8FfDv/BXw7/wX0NwAA5UAAANJHAADFSgAAvEsAALVJAACvQwAAqT4LAKI/&#10;FwCdQCYAmEE0AJRBPwCRQUkBjkFRAYtAWQKJQGADh0BnA4U/bQSDP3UFgT99Bn8+hwd9PpEIez6c&#10;CXo+qQl4PrgKdz/NCnU/6gp0QPwIdED/B3RA/wZzQP8Gc0D/BnNA/wbxOwAA30UAAMxMAAC/TwAA&#10;tlAAAK5PAACnSgAAoEQHAJpFFACVRiIAkEYwAIxHPACJRkUBhkZOAYNGVQKBRVwDfkVjBHxEagR6&#10;RHEFeUR5BndEggh1Q40Jc0OZCnFDpgtwQ7UMbkTJDG1E5wxtRfoKbEX/CGxF/wdsRf8HbEX/B2xF&#10;/wfsPwAA2EkAAMdQAAC7VAAAsVUAAKlUAAChUAAAmUoCAJJJEQCNSh8AiUssAIVMOACCS0IBf0tK&#10;AXxKUgJ5SlgDd0pfBHVJZgVzSW0GcUl2B29IfwhtSIoJbEiWC2pIowxoSLINZ0jFDWZJ5A1mSfgL&#10;Zkn/CWZK/whmSf8HZkn/B2ZJ/wfoQwAA0k0AAMJTAAC3WAAArVkAAKRYAACcVQAAk04AAIxODgCH&#10;TxsAgk8pAH9QNQB7UD8BeE9HAXZPTwJzTlUDcU5cBG9NYwVtTWoGa01yB2lNfAhnTIcKZUyTC2NM&#10;oA1iTK8OYU3CDmBN4Q5gTfYMYE7/CmBO/wlgTv8IYE7/CGBO/wjjRwAAzVAAAL5XAACzWwAAql0A&#10;AKFdAACYWgAAjVMAAIZSDACAUxgAfFMlAHlUMQB1VDwAc1NEAXBTTAJtUlMCa1JZA2lSYARnUWgG&#10;ZVFwB2NReQhhUYQKYFCRDF5Qng1cUK0OW1HADlpR3g9aUfUMWlL/CltS/wlbUf8IW1H/CFtR/wjf&#10;SgAAyVMAALtaAACwXwAApmEAAJ1hAACUXgAAiFcAAIBWCgB6VxUAdlciAHNYLgBwVzkAbVdBAWpX&#10;SQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdwhcVYIKWlWODFlVnA1XVasOVlW+D1VV2w9VVfMNVVX/&#10;C1ZV/wlWVf8JVlX/CFZV/wjbTQAAxVcAALheAACtYgAAo2UAAJplAACQYwAAg1wAAHtbBgB1WxIA&#10;cVsfAG5cKwBrXDYAaFs/AWVbRwFjW04CYVpVA19aXARdWmMFW1prBllZdQhXWYAKVVmMC1RZmg1S&#10;WaoOUVm8DlBZ2A5QWfINUVn/C1FZ/wpRWf8JUVn/CFFZ/wjUUQAAwloAALRhAACqZgAAoGgAAJdp&#10;AACMZwAAfWAAAHVfAwBvXxAAa18cAGhgKABmYDMAY2A8AWFgRAFfX0wCXF9TA1tfWgRZX2EFV15p&#10;BlVecwhTXn4JUV2KC09dmQxNXagNTF66Dkte1A5LXvEMTF7/C0xd/wpMXf8JTF3/CExd/wjPVAAA&#10;vl4AALFlAACnagAAnW0AAJRtAACJbAAAeGUAAG9kAABpZA4AZWQZAGJkJQBgZTAAXmU6AFxlQgFa&#10;ZUoCWGRRAlZkWANUZF8EUmRnBVBjcQdOY3sJTGOICkpjlwtIY6YMR2O4DUZj0Q1GY+8MRmL/Ckdi&#10;/wlHYv8JR2L/CEdi/wjKWAAAumIAAK5pAACjbgAAmnEAAJByAACEcQAAdGsAAGlpAABjaQsAX2kV&#10;AFxqIQBaai0AWGs2AFZrPwFVa0cBU2pOAlFqVQNPal0ETWplBUppbgZIaXkHRmmGCURplQpDaKUL&#10;QWm3DEBpzwxAaO4LQWj/CkFn/wlBZ/8IQmf/CEJn/wjFXQAAtmYAAKptAACgcwAAlnYAAIt3AACA&#10;dgAAcHIAAGVxAABccAcAWHARAFZwHQBUcSgAUnEzAFBxPABPckQBTXFLAUtxUwJJcVoDR3FiBEVw&#10;bAVDcHcGQXCEBz9wkwg9b6MJO3C1CjtwzQo6b+wJO27+CDtu/wg7bf8HO23/Bztt/we/YgAAsWsA&#10;AKZzAACdeQAAknsAAId8AAB7fAAAbXoAAGB4AABWdwEAUHcOAE54GABMeCQAS3kuAEl5NwBIeUAA&#10;RnlIAUR5TwFCeVcCQXlgAj94aQM8eHQEOniCBTh4kQY3eKEHNXizBzR4ywc0d+sHNHb9BzR1/wc1&#10;df8GNXT/BjV0/wa5aAAArXEAAKJ5AACYfgAAjYAAAIKBAAB2ggAAaYEAAFuBAABRgQAASIAKAEWB&#10;EwBDgR4AQoIpAEGCMgBAgjsAPoJDAD2CSwA7glMBOYJcATeCZgI1gnEDM4J/AzGBjgQwgZ8ELoGx&#10;BS2ByAUtgekELX/8BS1+/wUtff8FLX3/BS19/wWzbgAAqHgAAJ1/AACSgwAAiIYAAH2HAABwiAAA&#10;Y4kAAFWKAABLigAAQYoCADuLDgA5ixcAOIwiADeMLAA2jDUANIw9ADOMRgAyjU8AMY1YAC+NYgEt&#10;jG4BK4x7ASqMiwIojJwCJoyvAiWMxgIli+gCJYr7AyWI/wMliP8DJYf/AyWH/wOtdgAAo4AAAJeF&#10;AACNiQAAgowAAHaOAABpkAAAXJIAAFCTAABElAAAOpUAADGWCAAtlxEALJcaACuXJAAqly0AKZc2&#10;ACiYPwAnmEgAJphSACWYXAAjmGgAIph3ACCYhwAfmJkBHZisARyYwwEcl+UBHJX6ARuU/wEbk/8C&#10;G5P/AhuT/wKnfwAAnIYAAJGLAACHjwAAepIAAG2VAABhmAAAVZsAAEmdAAA9ngAAM58AACqhAAAh&#10;owoAH6MRAB6jGgAdpCQAHKQtABukNgAapD8AGaRKABikVQAWpWEAFaVwABSlgQATpZQAEqWoABGl&#10;vwAQpOIAEaL4ABGh/wARoP8BEaD/ARGg/wGghgAAlYwAAIyRAAB/lQAAcZoAAGSeAABYoQAATKQA&#10;AECmAAA1pwAAKqkAACKsAAAZrgAAErAJABCxEAAQsRgADrEiAA6xKwANsTUADbFAAAyxSwALsVgA&#10;CrFnAAixeAAHsYsABbGgAASwtQAEsNAABLDvAAWv/gAGrv8ABq7/AAau/wCYjgAAj5MAAIKYAAB1&#10;nQAAZ6IAAFqnAABOqwAAQa0AADWvAAArsQAAIbQAABi2AAARuQAADbwDAAe+DAADvRIAAb0ZAAC+&#10;IgAAvisAAL42AAC+QQAAv04AAL9cAAC/bQAAv4AAAL6VAAC+qgAAvsIAAL3kAAC99gAAvf8AAL3/&#10;AAC9/wCSlAAAhZoAAHigAABqpgAAXKsAAE+wAABCswAANbYAACq4AAAguwAAF74AABDBAAALxAAA&#10;BMcAAADJBwAAyQ0AAMkSAADKGQAAyyIAAMsrAADNNQAAzkEAAM5QAADPYAAAz3IAAM+HAADPnQAA&#10;z7MAAM/OAADP6wAAzvgAAM7+AADO/gCImwAAeqIAAGyoAABerwAAULUAAEK5AAA1vAAAKb8AAB7C&#10;AAAVxgAADskAAAjMAAAA0AAAANMAAADVAAAA1gYAANgMAADZEQAA2xYAANwfAADeKAAA4DQAAOJB&#10;AADiUQAA42MAAON3AADkjgAA5KQAAOS6AADl1AAA5eoAAOXzAADl8wB8owAAbqoAAGCyAABRuQAA&#10;Q74AADXCAAAoxgAAHMkAABPNAAAM0QAABNUAAADaAAAA3gAAAOEAAADiAAAA5AAAAOUDAADnCQAA&#10;6Q4AAOsSAADtGgAA7yQAAPIxAAD0QQAA9FMAAPVmAAD1fAAA9pMAAPapAAD3vAAA984AAPffAAD3&#10;3wBwrAAAYbQAAFO7AABFwwAANscAACfMAAAb0AAAEdUAAArbAAAA3wAAAOIAAADlAAAA6QAAAOwA&#10;AADtAAAA8AAAAPEAAADzAAAA9QQAAPcKAAD6EAAA/BYAAP8hAAD/LgAA/0AAAP9TAAD/aAAA/4AA&#10;AP+WAAD/qAAA/7YAAP+/AAD/vwD/DRwA/wobAP8CGwD/AB4A/wAkAP8ALgD/ADwA/wBKAP8AVgD/&#10;AGMA/wBtAP8AdwD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCsAP8AtAD/AL0A/wDJAP4A&#10;3QD9AO0A/AD6APsA/wD6AP8A+QD/APoA/wD6AP8A+gD/APoA/wD/EBkA/w0XAP8GFgD/ABgA/wAe&#10;AP8AKgD/ADcA/wBFAP8AUgD/AF4A/wBpAP8AcgD/AHsA/wCCAP8AiQD/AJAA/gCWAP0AnAD8AKEA&#10;+wCoAPkArwD4ALgA9gDDAPQA0gDzAOcA8gD2APAA/wDvAP8A8AD/AO8A/wDvAP8A7gD/AO4A/wD/&#10;EhQA/w8SAP8LEgD/ABIA/wAaAP8AJQD/ADMA/wBAAP8ATQD/AFkA/wBkAP0AbQD7AHYA+QB9APcA&#10;hAD1AIsA9ACRAPMAlwDxAJ0A8ACjAO4AqgDsALMA6gC9AOgAywDnAOEA5QDxAOMA/QDjAP8A4gD/&#10;AOEA/wDhAP8A4AD/AOAA/wD/FBAA/xEOAP8NDQD/Bw8A/wIVAP8AIAD/AC0A/wA6AP8ARwD5AFMA&#10;9QBeAPIAaADwAHAA7QB4AOsAfwDpAIUA6ACMAOYAkgDlAJgA4wCfAOEApgDfAK4A3AC4ANoAxQDW&#10;ANkA1ADsANIA+QDRAP8AzwD/AM4A/wDOAP8AzgD/AM4A/wD/FwwA/xQIAP8PBQD/DgsA/wwRAP8H&#10;GgD/ASYA/AA0APQAQQDtAE0A6QBYAOYAYgDjAGoA4AByAN4AeQDbAIAA2QCGANYAjQDTAJMA0QCa&#10;AM8AoQDNAKoAywCzAMkAvwDGANAAxQDoAMMA9gDBAP8AwAL/AL8D/wC/A/8AvwP/AL8D/wD/GwYA&#10;/xcAAP8UAAD/EwUA/xENAP8OFAD5Ch8A8AYsAOYDOQDgA0YA3ANRANYEWwDSBGQAzwVsAMwFcwDK&#10;BXoAyAWBAMYFhwDFBo4AwwaWAMEGnQC/BqYAvQawALsHvAC5CM0AuArlALUL9wCzDf8AsQ3/ALAN&#10;/wCwDv8Arw7/AK8O/wD/HgAA/xsAAP8bAAD6GgAA9RYFAPYRDQDrDhUA4gsiANgLMQDQDD4Ayw1K&#10;AMcNVQDEDl4AwQ5mAL8ObQC9DnQAuw97ALkPggC3EIoAthCRALQQmgCyEKMAsBGtAK8RugCtEcoA&#10;qhLlAKcU9wClFf8AoxX/AKIV/wCiFf8AohX/AKIV/wD/IgAA/yAAAPAjAADmJAAA4CEAANwZBQDb&#10;EAwA0BEZAMgTKQDCFTcAvRZEALkXTgC1F1cAsxhgALAYZwCuGG4ArBl1AKsZfACpGYQAqBqMAKYa&#10;lACkGp4AoxuoAKEbtACfHMUAnhzfAJod8wGYHv8Blx7/AZYf/wGVH/8BlR//AZUf/wH/JgAA9CcA&#10;AOYtAADaLwAAzy0AAMonAADHHwgAwRwTALoeIgC0HzEAryA9AKshSACoIlIApiJaAKMjYgChI2kA&#10;oCNvAJ4jdwCcI34AmyOGAJkkjwGXJJkBliSjAZQksAGSJb8BkSXWAY4m7wGMJ/8Ciyf/Aoon/wKJ&#10;J/8CiSf/AYkn/wH6KQAA7DAAAN02AADNOAAAxDcAAL4yAAC6KwIAtSUOAK4nHQCoKSsApCo4AKAq&#10;QwCdK0wAmitVAJgrXACWK2MAlCtqAZIrcQGQLHgBjyyBAY0sigGLLJQCiiyfAogsqwKGLLoChS3O&#10;A4Mu6gOBLvwDgC7/An8u/wJ/Lv8Cfi7/An4u/wL0LgAA5DcAANI9AADFPwAAuz8AALQ8AACvNQAA&#10;qS8LAKMvFwCeMSYAmTIzAJYyPgCSM0gAkDNQAI0zWACLM14BiTNlAYczbAGGM3MBhDN8AoIzhQKA&#10;M48DfzOaA30zpwN8M7UEejPJBHk05gR3NfkEdjX/A3U1/wN1Nf8DdTX/A3U1/wPwMwAA3T0AAMpD&#10;AAC+RQAAtUYAAK1DAACmPQAAoDYGAJk2EwCUOCEAkDkuAIw5OQCJOUMAhzlMAIQ5UwGCOVoBgDlh&#10;AX45aAJ8OW8Cejl3Ank5gAN3OYsEdTmWBHQ5owVyObEFcTnEBm864gZuOvcFbjv/BG07/wRtO/8D&#10;bTr/A206/wPqOQAA1UIAAMRIAAC5SwAAr0sAAKdJAACfRAAAmD4BAJE8EACMPR0AiD4qAIQ/NQCB&#10;Pz8Afj9IAHw/TwF6P1YBeD9dAXY+ZAJ0PmsCcj5zA3A+fANvPocEbT6TBWs+oAZqPq4GaT/AB2c/&#10;3gdnP/UGZkD/BWZA/wRmQP8EZj//BGY//wTlPQAAz0YAAL9MAAC0TwAAqlAAAKJPAACZSgAAkUQA&#10;AIpBDQCEQhkAgEMmAH1EMgB6RDwAd0REAHVETAFyRFMBcENZAW9DYAJtQ2cCa0NvA2lDeQRoQ4MF&#10;ZkOPBmRDnQdjQ6sHYUO9CGBE2QhgRPMHYET/Bl9E/wVfRP8EYET/BGBE/wTgQQAAykoAALtQAACw&#10;UwAAp1UAAJ5TAACVTwAAi0kAAINHCwB9RxUAeUciAHZILgBzSDgAcUhBAG5ISQFsSFABakhWAWhI&#10;XQJmR2QCZUdsA2NHdgRhR4AFYEeNBl5HmgdcR6kIW0i7CFpI1AhaSPEHWkn/BlpJ/wVaSP8FWkj/&#10;BFpI/wTbRAAAxk0AALhTAACtVwAAo1kAAJpYAACRVAAAhk4AAH1LCAB3SxIAc0wfAHBMKwBtTDUA&#10;a0w+AGhMRgBmTE0BZExTAWJMWgJhTGICX0xqA15McwRcS34FWkuKBlhLmAdXTKcIVky5CVVM0QlU&#10;TO8IVE3/BlVM/wZVTP8FVUz/BVVM/wXVSAAAwlEAALVXAACqWwAAoFwAAJdcAACNWQAAgVMAAHdP&#10;BABxTxAAblAcAGpQKABoUDIAZVA7AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1hQcQRXUHsFVVCI&#10;BlNQlgdSUKUIUFC3CVBQzglPUO0IUFD/B1BQ/wZQUP8FUFD/BVBQ/wXQSwAAv1QAALJaAACnXgAA&#10;nWAAAJRgAACJXQAAfFcAAHJUAABsUw4AaFQZAGVUJABiVC8AYFQ4AF5UQABcVEgBWlRPAVlUVgFX&#10;VF0CVVRlA1RUbgRSVHkFUFSGBk5UlAdNVKQIS1S1CEtUzAlKVOsIS1T+B0tU/wZLVP8FS1T/BUtU&#10;/wXMTgAAu1cAAK5eAACkYgAAmmQAAJFkAACGYgAAd1sAAG1YAABmWAwAYlgWAF9YIgBdWSwAW1k2&#10;AFlZPgBXWUYAVllNAVRZVAFSWVsCUVljA09ZbANNWXcES1iEBUlYkgdIWKIHR1mzCEZZyghFWeoI&#10;Rln9BkZY/wZGWP8FR1j/BUdY/wXHUgAAuFsAAKthAAChZgAAmGgAAI5pAACDZwAAcmAAAGheAABh&#10;XQkAXF0TAFpdHgBXXSkAVl4zAFReOwBSXkMAUV5KAU9eUgFOXlkCTF5hAkpeagNIXnUERl6CBURd&#10;kAZDXqAHQV6xB0BeyAdAXugHQF38BkFd/wVBXf8FQVz/BUFc/wXDVgAAtF8AAKhmAACeagAAlW0A&#10;AIptAAB/bAAAb2cAAGRkAABbYgUAVmIQAFRiGwBSYyUAUGMvAE5kOABNZEAAS2RIAEpkTwFIZFcB&#10;RmRfAkVkaAJDZHMDQWN/BD9jjgU9Y54GPGOwBjtkxgY7ZOYGO2P6BTti/wU7Yv8FPGH/BDxh/wS+&#10;WwAAsGMAAKVqAACbbwAAkXIAAIZyAAB7cQAAbG0AAGBrAABVaQAAT2gNAE1pFwBLaSEASWorAEhq&#10;NABHaj0ARWtEAERrTABCa1QBQWtcAT9qZQI9anACO2p9AzlqjAQ3apwENmquBTVqxAU1auUFNWn5&#10;BDVp/wQ1aP8ENWj/BDVo/wS5YAAArGkAAKFwAACYdQAAjXcAAIJ3AAB3dwAAaXQAAFxzAABRcQAA&#10;SHAKAEVwEgBDcR0AQnEnAEByMAA/cjgAPnJAAD1ySAA7clAAOnJZAThyYwE2cm0CNHJ6AjNyiQMx&#10;cpoDL3KsAy5ywQMucuMDLnH4Ay5w/wMub/8DLm//Ay5v/wOzZgAAp28AAJ12AACTegAAiHwAAH59&#10;AAByfQAAZHwAAFd7AABMegAAQnkDADx5DgA6ehcAOXohADh6KgA3ezMANns7ADR7RAAze0wAMntV&#10;ADB7XwAve2oBLXt3ASt7hwEqe5gCKHuqAid7vwIme+ECJnr3AiZ4/wImeP8CJ3f/Aid3/wKubAAA&#10;o3YAAJl8AACOfwAAhIIAAHiDAABshAAAX4QAAFGEAABHhAAAPIQAADOECQAwhBEAL4QaAC2EJAAs&#10;hS0AK4U1ACqFPgAphUcAKIZQACeGWgAmhmYAJIZzACOGgwAhhpUAIIanAR6GvAEeht4AHoT1AR6C&#10;/wEegv8BHoH/AR6B/wGodAAAnn0AAJOCAACJhQAAfogAAHGKAABliwAAWIwAAEyNAABAjgAANo4A&#10;ACyPAAAlkAwAI5ATACKQHAAhkCUAIJEuAB+RNgAekUAAHZFJAByRVAAakWAAGZFuABiRfgAWkpAA&#10;FZKkABSRuQATkdgAE4/0ABSO/wAUjf8AFIz/ARSM/wGjfQAAmIMAAI6IAACEjAAAd48AAGmRAABd&#10;kwAAUJUAAEWXAAA5mAAALpkAACWaAAAdmwIAFp0MABWdEwAUnRsAE50kABKdLQARnjcAEZ5BABCe&#10;TAAPnlgADp5nAA2edwAMnooAC52eAAqdsgAJncwACZzsAAqb/gALmv8AC5n/AAuZ/wCchAAAkYoA&#10;AIiOAAB7kgAAbZYAAGCZAABUnAAASJ8AADygAAAwoQAAJqMAAB2lAAAVpwAAEKkFAAurDQAIqhMA&#10;B6obAAaqJAAFqi4ABKo4AAKqRAABqlAAAKpeAACqbgAAqoEAAKqVAACpqgAAqcEAAKjkAACo9gAA&#10;p/8AAKf/AACn/wCViwAAjJAAAH+VAABxmgAAY54AAFaiAABKpgAAPagAADGqAAAmqwAAHa0AABSw&#10;AAAOsgAACbUBAAK2CgAAtg8AALYVAAC3HQAAtyUAALcvAAC4OQAAuEYAALhUAAC4ZAAAuHYAALiL&#10;AAC3oAAAt7YAALfTAAC27wAAtvwAALb/AAC2/wCPkgAAgpcAAHSdAABmogAAWKcAAEusAAA+rwAA&#10;MbEAACazAAActgAAE7gAAA27AAAGvgAAAMEAAADCBAAAwgsAAMMQAADEFQAAxBwAAMUkAADGLgAA&#10;yDoAAMlHAADJVwAAyWkAAMl9AADJlAAAyKoAAMjDAADI5AAAyPQAAMj9AADI/QCFmQAAd58AAGim&#10;AABaqwAATbEAAD+1AAAxuAAAJboAABq9AAARwAAAC8MAAAPHAAAAygAAAM0AAADOAAAAzwMAANAJ&#10;AADRDgAA0xIAANUZAADXIgAA2i0AAN05AADeSQAA3loAAN9uAADfhQAA35wAAN+yAADeywAA3uYA&#10;AN/0AADf9AB5oQAAa6gAAFyvAABOtQAAQLsAADG+AAAkwQAAGcUAABDIAAAJzAAAAM8AAADTAAAA&#10;2QAAANwAAADdAAAA3wAAAOEAAADiBQAA5AsAAOYQAADoFgAA6iAAAO0rAADwOgAA8UsAAPFeAADy&#10;cwAA84sAAPOiAADztgAA88kAAPPhAADz4QBtqgAAXrEAAFC5AABBvwAAMsQAACTIAAAXzAAADtAA&#10;AAbVAAAA2gAAAN4AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4AAADwAAAA8gAAAPQGAAD2DAAA+RIA&#10;APwcAAD/KQAA/zoAAP9NAAD/YgAA/3gAAP+QAAD/owAA/7MAAP/BAAD/wQD/BxkA/wEXAP8AFwD/&#10;ABoA/wAhAP8AKwD/ADkA/wBHAP8AVAD/AF8A/wBqAP8AcwD/AHsA/wCDAP8AigD/AJAA/wCWAP8A&#10;mwD/AKEA/wCoAP8ArwD/ALgA/wDEAP4A1QD8AOoA+wD4APoA/wD5AP8A+AD/APgA/wD2AP8A8wD/&#10;APEA/wD/CxUA/wUTAP8AEwD/ABQA/wAaAP8AJwD/ADQA/wBCAP8ATwD/AFsA/wBlAP8AbgD/AHYA&#10;/wB+AP8AhQD+AIsA/QCRAPsAlwD6AJ0A+ACjAPcAqwD2ALMA9AC+APMAzADxAOMA7wDzAO4A/wDt&#10;AP8A7AD/AOsA/wDsAP8A7AD/AOsA/wD/DREA/wkQAP8ADwD/ABAA/wAWAP8AIgD/AC8A/wA9AP8A&#10;SgD/AFUA/QBgAPoAaQD4AHEA9gB5APQAfwDzAIYA8QCMAO8AkgDuAJgA7ACfAOsApgDpAK4A5wC4&#10;AOUAxQDjANoA4QDtAN8A+wDeAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/Dw0A/wwLAP8DCQD/AAwA&#10;/wASAP8AHQD/ACkA+wA3APgARAD1AFAA8gBaAO4AYwDsAGsA6QBzAOcAegDlAIAA4wCGAOEAjADf&#10;AJMA3QCZANsAoQDZAKkA1QCyANIAvgDQAM4AzgDmAMwA9gDKAP8AygD/AMkA/wDIAP8AyAD/AMgA&#10;/wD/EQgA/w0CAP8HAAD/BQgA/wAOAP8AFgD3ACIA7wAwAOsAPQDoAEkA5ABUAOAAXQDdAGUA2QBt&#10;ANUAcwDSAHoA0ACAAM4AhwDMAI0AygCUAMgAmwDGAKQAxACtAMIAuADAAMcAvQDfALwA8QC7AP4A&#10;uQD/ALgA/wC4AP8AuAD/ALgA/wD/FAAA/w8AAP8NAAD/DAAA/wcJAPgBEADoABoA4wAoAN0ANgDY&#10;AEIA0gBNAM4AVwDKAF8AxwBmAMUAbQDDAHQAwQB6AL8AgQC9AIgAuwCPALkAlwC3AJ8AtQCoALMA&#10;swCxAMIArwDYAK4C7QCsA/sAqwX/AKoG/wCpBv8AqQb/AKkG/wD/FgAA/xIAAPcSAADsEQAA5g4A&#10;AOUGCADdAxIA1AMgAM0ELQDIBDoAwwVGAL8FUAC8BlgAuQZgALcHZwC1B24Aswd1ALEIewCvCIIA&#10;rgmKAKwJkgCqCZsAqAqlAKYKsAClC78AowzUAKEN7QCfDv4AnQ7/AJwP/wCbD/8Amw//AJsP/wD/&#10;GgAA9xkAAOoeAADfHgAA1RoAANATAgDODAsAxwsWAMANJQC6DjIAtg4/ALIPSQCvEFIArBBaAKoQ&#10;YQCoEWgAphFvAKQRdgCiEX0AoRGFAJ8SjgCdEpcAnBKiAJoTrQCYE7wAlxTQAJQV7ACSFv0AkBf/&#10;AI8X/wCOF/8Ajhf/AI4X/wD6HQAA7iMAAN8oAADQKgAAxycAAMEhAAC9GQUAuRIQALIVHgCtFiwA&#10;qBc4AKQYQwChGUwAnxlUAJwaXACaGmIAmRppAJcbcACVG3cAlBt/AJIciACQHJIAjxydAI0dqQCL&#10;HbcAih7KAIgf5wCGIPoAhCD/AYMg/wGDIP8BgiD/AYIg/wH1JAAA5SwAANMxAADGMwAAvDEAALYt&#10;AACwJQAArB0MAKYeGAChICYAnCEyAJkiPQCVIkcAkyNPAJEjVgCPI10AjSRkAIskawCJJHIAiCR6&#10;AIYkgwCEJY0AgyWYAYElpAGAJrIBfibFAX0n4gF7J/cBeSj/AXgo/wF4KP8BeCj/AXgo/wHvKwAA&#10;3TMAAMo5AAC+OwAAtDoAAK02AACmLwAAoSgHAJsnEwCWKCAAkSktAI4qOACLK0IAiCtKAIYrUgCE&#10;K1gAgixfAIAsZgB/LG0AfSx1AHssfgF6LIgBeCyUAXYtoAF1La4CdC3AAnIu3QJxLvQCcC//Am8v&#10;/wJvL/8Bbi//AW4v/wHoMQAA0zoAAMM/AAC3QQAArkEAAKY+AACeOAAAlzEBAJEuEACMLxwAiDAo&#10;AIQxMwCBMj0AfzJGAH0yTQB7MlQAeTJbAHcyYQB1MmkBdDJwAXIyeQFwM4QBbzOQAm0znQJsM6sC&#10;ajS8Amk01QNoNfECZzX/Amc1/wJmNf8CZjX/AmY0/wLiNgAAzD8AAL1EAACyRwAAqEcAAKBEAACY&#10;PwAAkDkAAIg0DQCDNRcAfzYkAHw3LwB5NzkAdzhCAHQ4SQByOFAAcThXAG84XgBtOGUBbDhtAWo4&#10;dQFoOIACZziMAmU4mQNkOagDYjm5A2E60ANgOu4DYDr/A186/wJfOv8CXzr/Al86/wLdOwAAx0MA&#10;ALlJAACuSwAApEwAAJtKAACSRQAAiT8AAIE6CQB7OhQAdzsgAHQ8KwByPDUAbz0+AG09RgBrPU0A&#10;aT1TAGg9WgBmPWEBZD1pAWM9cgFhPX0CYD2JAl49lgNdPqUDWz62BFo+zARaP+wEWT/+A1k//wNZ&#10;P/8CWT//Alk+/wLWPwAAw0cAALVMAACqUAAAoFAAAJdPAACOSwAAhEUAAHpABgB1PxEAcUAcAG1A&#10;KABrQTIAaUE7AGdBQgBlQUkAY0FQAGFBVwBgQV4BXkFmAV1CbwJbQnoCWkKGA1hClANXQqMEVUOz&#10;BFRDyQRUQ+kEU0P9A1ND/wNUQ/8DVEP/AlRD/wLQQgAAv0oAALJQAACnUwAAnVQAAJRTAACKUAAA&#10;f0oAAHVFAgBuQw4Aa0QZAGdFJABlRS4AYkU3AGFFPwBfRUYAXUVNAFtFVABaRlsBWUZjAVdGbAJW&#10;RncCVEaDA1NGkQNRRqEEUEexBE9HxwROR+cETkf7BE5H/wNOR/8DT0f/A09H/wPMRgAAu04AAK9U&#10;AACkVwAAmlgAAJFXAACGVAAAe04AAHBKAABpSA0AZUgWAGJJIQBfSSsAXUk0AFtJPABZSUMAV0lK&#10;AFZJUgBVSlkBVEphAVJKagFRSnUCT0qBA05KjwNMS58ES0uwBEpLxQRJS+YESUv6BElL/wNKS/8D&#10;Skv/A0pL/wPISQAAuFEAAKxXAAChWwAAmFwAAI5cAACDWQAAdlMAAGtOAABkTQoAX0wTAFxNHgBa&#10;TSgAWE0xAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU1OaAFMTnMCSk9/AklPjQNHT50ERk+uBEVP&#10;wwREUOQERE/5BEVP/wNFT/8DRU7/A0VO/wPETAAAtVUAAKlbAACfXgAAlWAAAItgAACAXgAAclcA&#10;AGdTAABeUQcAWVERAFdRGwBUUSUAUlIvAFFSNwBPUj8ATlJGAE1TTQBMU1UASlNdAUlTZgFHU3AC&#10;RVN9AkRTiwNCU5sDQVSsBEBUwQQ/VOIEP1T4A0BT/wNAU/8DQFP/A0BS/wPAUAAAslgAAKZeAACc&#10;YgAAkmUAAIhlAAB9YgAAblwAAGNZAABZVgMAVFYOAFFWGABPViIATVcsAExXNABKVzwASVhEAEhY&#10;SwBHWFMARVhbAURYZAFCWG4BQFh7Aj9YiQI9WJkDPFiqAztZvwM6WeADOlj3AzpY/wM7V/8DO1f/&#10;AztX/wO8VAAArlwAAKNjAACZZwAAkGkAAIVpAAB5ZwAAa2IAAGBgAABVXQAATlsMAEtbFABJXB8A&#10;R1woAEZdMQBFXTkAQ11BAEJdSABBXlAAQF5YAD5eYQE8XmwBO154AjlehwI3XpcCNl6pAzVevQM0&#10;X90DNF71AzVd/wI1Xf8CNVz/AjVc/wK4WQAAqmEAAKBnAACWbAAAjG4AAIFuAAB2bAAAZ2kAAFxm&#10;AABRZAAASGIJAERiEQBCYhsAQWMkAD9jLQA+YzUAPWQ9ADxkRQA7ZE0AOWRVADhkXwA2ZGkBNWR2&#10;ATNkhQExZZUCMGWnAi9luwIuZdoCLmT0Ai5j/wIvY/8CL2L/Ai9i/wKzXgAAp2YAAJxtAACTcQAA&#10;iHMAAH1zAABycgAAZHAAAFhuAABNbAAAQmoDADxpDgA6ahYAOWogADhqKAA2azEANWs5ADRrQQAz&#10;bEkAMmxSADFsXAAvbGYALmxzACxsggEqbJMBKWylAShsuQEnbdYBJ2vyASdq/wEnav8BKGn/Aihp&#10;/wKuZAAAo2wAAJlzAACOdgAAhHgAAHl5AABteAAAYHcAAFN2AABIdQAAPnMAADRyCgAxcxEAMHMa&#10;AC9zIwAucysALXQ0ACx0PAArdEQAKXRNACh1VwAndWMAJXVvACR1fwAidZAAIXWiACB1twAfddIA&#10;H3TxAB9z/wEfcv8BIHH/ASBx/wGpawAAnnMAAJR5AACKfAAAgH4AAHR/AABnfwAAWn8AAE1+AABD&#10;fgAAOH0AAC99AgAofQ0AJn0UACR9HAAjfiUAIn4tACF+NgAhfj8AH39IAB5/UgAdf14AHH9rABp/&#10;egAZf4wAF3+fABZ/swAVf84AFX7vABZ8/wAWe/8AFnv/ABd7/wCkcgAAmnoAAI9/AACFggAAe4QA&#10;AG2GAABghwAAVIcAAEiIAAA8iAAAMogAACiIAAAgiAUAGokOABmJFQAYiR0AF4omABaKLgAVijcA&#10;FIpBABOKTAASi1gAEYtlABCLdQAPi4cADoqbAA2KrwAMisgADInqAA2H/AAOh/8ADob/AA6G/wCf&#10;ewAAlIEAAIqFAACAiAAAc4sAAGWNAABZjwAATJAAAEGSAAA0kgAAKpIAACGTAAAZlAAAEpYGAA6X&#10;DgANlxUADJcdAAyXJgALly8ACpc5AAmXRAAIl1AABpdeAAWXbgADloAAAZaUAACVqAAAlb4AAJTg&#10;AACU9AAAk/8AAZL/AAGS/wCYggAAjogAAIWMAAB3jwAAapIAAF2VAABQmAAARJoAADibAAAsnAAA&#10;Ip0AABmeAAASoAAADaICAAejCwABoxAAAKMXAACjHwAAoycAAKMxAACkPAAApEgAAKRWAACkZQAA&#10;o3cAAKOLAACjoAAAorYAAKHSAACh8AAAoPsAAKD/AACg/wCRigAAiY4AAHuSAABtlwAAYJsAAFOe&#10;AABGoQAAOaMAAC2kAAAjpgAAGagAABGqAAAMrAAABa4AAACvBwAArw0AAK8RAACwGAAAsCAAALEo&#10;AACxMgAAsj4AALJMAACyWwAAsmwAALKBAACxlwAAsawAALDGAACw6AAAr/cAAK//AACv/wCMkAAA&#10;f5UAAHGaAABjnwAAVaQAAEeoAAA6qgAALawAACKuAAAYsAAAELMAAAq1AAACuAAAALsAAAC7AAAA&#10;vAcAALwNAAC9EQAAvhYAAL8eAADAJwAAwTIAAMJAAADDTwAAw2AAAMN0AADDiwAAw6EAAMO4AADC&#10;1wAAwu8AAML6AADB/gCBlwAAc50AAGWjAABXqAAASa0AADuxAAAtswAAIbYAABa5AAAOuwAAB74A&#10;AADBAAAAxQAAAMcAAADIAAAAyQAAAMoFAADLCwAAzQ8AAM4UAADQHAAA0yYAANYyAADYQQAA2FMA&#10;ANlmAADZfAAA2ZQAANmrAADZwwAA2eEAANnwAADZ9AB2nwAAZ6YAAFmsAABLsgAAPLcAAC66AAAh&#10;vQAAFcAAAA3EAAAFxwAAAMoAAADOAAAA0gAAANUAAADWAAAA2QAAANsAAADdAAAA3wcAAOEMAADj&#10;EQAA5hkAAOkkAADsMgAA7UMAAO5WAADvawAA74QAAO+cAADvsgAA78YAAO/dAADv5ABqqAAAW68A&#10;AEy2AAA+vAAAL8AAACDEAAAUyAAADMwAAALQAAAA1AAAANkAAADeAAAA4gAAAOUAAADmAAAA6AAA&#10;AOkAAADsAAAA7gAAAPACAADyCQAA9Q8AAPgXAAD8IwAA/zMAAP9GAAD/WgAA/3EAAP+JAAD/nwAA&#10;/7EAAP/AAAD/xgD/ABUA/wAUAP8AFAD/ABcA/wAdAP8AKAD/ADcA/wBEAP8AUQD/AFwA/wBmAP8A&#10;bwD/AHcA/wB+AP8AhQD/AIsA/wCRAP8AlwD/AJ0A/wCkAP8AqwD/ALQA/gC/AP0AzgD7AOYA+QD2&#10;APgA/wD3AP8A9wD/APcA/wDwAP8A7AD/AOkA/wD/AxIA/wAQAP8AEAD/ABEA/wAXAP8AJAD/ADIA&#10;/wA/AP8ATAD/AFcA/wBhAP8AagD/AHIA/wB5AP0AgAD8AIYA+gCMAPkAkgD4AJgA9gCfAPUApgD0&#10;AK4A8gC5APAAxgDuAN4A7QDwAOsA/gDqAP8A6QD/AOkA/wDnAP8A4wD/AOAA/wD/Bw4A/wANAP8A&#10;CwD/AAwA/wATAP8AHwD/ACwA/wA6AP8ARgD+AFIA+wBcAPgAZQD1AGwA8wB0APEAegDvAIEA7gCH&#10;AOwAjQDqAJMA6QCaAOcAoQDmAKkA4wCzAOEAvwDfANAA3QDpANoA+QDZAP8A1wD/ANUA/wDVAP8A&#10;1QD/ANQA/wD/CQoA/wEFAP8AAwD/AAkA/wAQAP8AGQD7ACYA9wA0APQAQADyAEwA7gBWAOoAXwDn&#10;AGcA5ABuAOIAdADgAHsA3gCBANwAhwDaAI0A1gCUANQAmwDRAKMAzwCtAMwAuADKAMcAyADgAMYA&#10;8wDFAP8AwwD/AMMA/wDDAP8AwwD/AMMA/wD/CwEA/wMAAP8AAAD/AAMA/wALAPMAEgDuAB8A6gAt&#10;AOYAOgDiAEUA3gBPANkAWADUAGAA0QBoAM4AbgDMAHQAygB7AMgAgQDGAIcAxACOAMIAlgDAAJ4A&#10;vgCnALsAsgC5AMAAtwDUALUA7ACzAPsAswD/ALIA/wCyAP8AsQD/ALEA/wD/DQAA/wYAAP8DAAD3&#10;AAAA9AADAOcADQDgABgA2gAlANMAMgDOAD4AygBJAMYAUgDDAFoAwABhAL4AaAC8AG4AugB0ALgA&#10;ewC2AIEAtACIALIAkACwAJkArgCiAKwArQCqALoAqADLAKYA5gClAPcApAD/AKMA/wCiAP8AogD/&#10;AKIA/wD/EAAA+wwAAO8OAADmDQAA3wkAANoABgDQABEAyQAdAMQAKgC/ADcAuwBCALcASwC0AFQA&#10;sgBbAK8AYgCtAGgAqwBuAKkAdQCoAHsApgCDAKQAiwCiAJQAoACeAJ4BqACcArUAmwPGAJkF4gCY&#10;BvQAlgj/AJUJ/wCUCf8AlAn/AJQJ/wD8EQAA8RUAAOMZAADWGQAAzBUAAMcQAADEBwoAvQMUALcE&#10;IQCyBi4Argg6AKoJRACnCU0ApApVAKIKXACgCmIAngtpAJwLbwCbC3YAmQx+AJcMhgCWDJAAlAya&#10;AJINpgCRDbMAjw3FAI0O4gCLEPYAiRD/AIgR/wCHEf8AhxH/AIcR/wD2GQAA5yAAANYkAADIJQAA&#10;vyIAALkcAAC0FAEAsQ0OAKoOGQClDycAoRAzAJ0RPgCaEUcAmBJPAJUSVgCTElwAkRJjAJATaQCO&#10;E3AAjBN4AIsTgQCJFIsAhxSWAIYVogCEFbAAgxbBAIEX3QB/GPQAfRn/AHwZ/wB8Gf8Aexn/AHsZ&#10;/wDvIQAA3SkAAMotAAC+LwAAtSwAAK4nAACoIAAAoxcIAJ4WEwCZFyEAlBktAJEaOACOGkEAixtJ&#10;AIkbUACHG1cAhRxeAIQcZACCHGsAgBxzAH8dfAB9HYYAfB6RAHoengB4H6sAdx+8AHYg1AB0IfAA&#10;ciH/AHEi/wBxIf8AcSH/AHEh/wDoKAAA0jAAAMI1AAC3NwAArTUAAKUxAACeKwAAmCMCAJIeEACN&#10;IBsAiSEnAIYiMgCDIzwAgSNEAH4jSwB8JFIAeyRZAHkkXwB3JGYAdiVuAHQldwBzJYEAcSaNAG8m&#10;mQBuJqcAbSe4AGwnzgFqKO0BaSn/AWgp/wFoKf8BaCj/AWgo/wHhLgAAyzYAALw7AACxPQAApz0A&#10;AJ85AACXMwAAjy0AAIgnDACDJxYAfygiAHwpLQB5KjcAdyo/AHUqRwBzK04AcStUAHArWwBuK2IA&#10;bCtqAGsscgBpLH0AaCyJAGYtlgFlLaQBZC60AWMuygFhL+kBYC/9AWAv/wFgL/8BYC//AWAu/wHa&#10;NAAAxTwAALdBAACsQwAAokMAAJlAAACQOgAAiDQAAIAuCAB6LRIAdy4eAHMvKQBxMDMAbzA7AG0w&#10;QwBrMUoAaTFRAGcxVwBmMV4AZDFmAGMybwBhMnkAYDKFAV8ykgFdM6EBXDOxAVs0xgFaNOYBWTX7&#10;AVk1/wFZNP8BWTT/AVk0/wHSOAAAwEAAALNFAACoSAAAnkgAAJVGAACLQAAAgjsAAHk1BABzMxAA&#10;bzQaAGw0JQBpNS8AZzU3AGU2PwBjNkYAYjZNAGA2VABfNlsAXTdjAFw3awBbN3YBWTeCAVg4jwFW&#10;OJ4BVTivAlQ5wwJTOeQCUzr5AVM5/wFSOf8BUzn/AVM5/wHNPAAAvEQAAK9JAACkTAAAmkwAAJFL&#10;AACHRgAAfUAAAHM7AABsOA0AaDkXAGU5IgBjOisAYDo0AF46PABdOkMAWzpKAFo7UABYO1gAVztg&#10;AFY7aABVPHMBUzx/AVI8jQFQPZwBTz2sAk4+wQJNPuECTT74Ak0+/wFNPv8BTT3/AU09/wHJQAAA&#10;uEgAAKxNAAChUAAAl1EAAI5PAACESwAAeUUAAG5AAABmPQsAYj0UAF89HgBcPigAWj4xAFg+OABX&#10;PkAAVT9GAFQ/TQBTP1UAUkBdAFBAZgBPQHABTkB8AUxBigFLQZoCSkGrAklCvgJIQt4CSEL2AkhC&#10;/wJIQv8BSEH/AUhB/wHFRAAAtUsAAKlQAACeVAAAlVQAAItTAACAUAAAdUoAAGpGAABhQggAXEER&#10;AFlCGwBXQiUAVUIuAFNCNQBRQj0AT0JDAE9DSwBOQ1IATURaAEtEYwBKRG4BSUV6AUdFiAFGRZgC&#10;RUapAkRGvQJDRtwCQ0b1AkNG/wJDRv8BQ0X/AUNF/wHBRwAAsk8AAKZUAACcVwAAklgAAIhYAAB+&#10;VQAAcU8AAGZKAABcRgUAV0YPAFRGGABRRiIAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdI&#10;YQBFSWwAREl4AUJJhgFBSZYBQEqnAj9KuwI+S9gCPkrzAj5K/wI+Sf8BP0n/AT9J/wG9SgAAr1IA&#10;AKNYAACZWwAAkF0AAIZcAAB7WQAAbVMAAGJPAABXTAEAUUoNAE5KFQBMSx8ASksoAElLMABHSzgA&#10;Rkw/AEVMRgBETE4AQ01WAEJNXwBATWoAP012AT1OhAE8TpQBO06lATlPuQI5T9QCOU/yATlO/wE5&#10;Tv8BOU3/ATpN/wG6TgAArFYAAKFbAACXXwAAjWEAAINhAAB4XgAAaVgAAF9WAABUUgAATE8LAElP&#10;EgBHUBwARVAlAENQLQBCUDUAQVE8AEBRRAA/UUwAPlJUADxSXQA7UmcAOlJzADhTggE3U5IBNVOk&#10;ATRTtwEzVNEBM1PxATRT/wE0Uv8BNFL/ATRS/wG2UgAAqVoAAJ5gAACUZAAAi2YAAIBlAAB0YwAA&#10;Zl4AAFxcAABRWAAAR1UHAEJVEABAVRgAP1YhAD1WKgA8VjIAO1Y5ADpXQQA5V0kAOFdRADdYWgA1&#10;WGUANFhxADJYgAExWJABL1miAS5ZtQEtWc8BLVnvAS5Y/wEuV/8BLlf/AS5W/wGyVwAApV8AAJtl&#10;AACRaQAAh2oAAHxqAABxaAAAY2UAAFhiAABNXwAAQ10CADxbDQA6XBQAOFwdADdcJgA1XS4ANF02&#10;ADNdPgAyXUYAMV5OADBeVwAvXmIALV5uACxffQAqX44AKV+gAChfswEnX8wAJ1/tASde/wEnXf8B&#10;KF3/AShc/wGtXAAAomQAAJhqAACObgAAg28AAHlvAABubgAAYGsAAFRpAABJZwAAP2UAADVjCQAy&#10;YxEAMGMZAC9kIQAuZCkALWQxACxkOQArZUIAKmVKAChlVAAnZV8AJmZrACRmegAjZosAImadACBm&#10;sQAfZskAH2brACBl/gAgZP8AIGP/ASFj/wGpYgAAnmoAAJVwAACKcwAAgHUAAHV1AABpdAAAXHIA&#10;AE9xAABEbwAAOm4AADBtAwApbA0AJ2wUACZsHAAlbSQAJG0sACNtNAAibT0AIW5GACBuUAAeblsA&#10;HW5nABxudgAabocAGW+aABhvrgAWb8YAFm7pABdt/AAYbP8AGGv/ABhr/wCkaQAAmnEAAJB2AACG&#10;eQAAfHsAAHF7AABkewAAV3oAAEp5AAA/eAAANXgAACt3AAAidgcAHXYPABx3FgAbdx4AGncmABl3&#10;LgAYdzcAF3hAABV4SgAUeFYAE3hjABJ4cgAReIMAEHiXAA94qwAOeMMADnfmAA52+gAPdf8AEHX/&#10;ABB0/wCfcQAAlXgAAIt8AACCfwAAd4EAAGqCAABdggAAUIIAAESCAAA4ggAALoIAACSCAAAcggAA&#10;FIIJABGDEAAQgxYAEIMeAA6DJwAOgzAADYM5AA2DRAAMg1AAC4NdAAmDbAAIg34ABoORAAWCpQAD&#10;grsABIHbAASB8gAFgP8ABn//AAZ//wCaeQAAkH4AAIaDAAB9hQAAb4cAAGKJAABVigAASYsAAD2M&#10;AAAxjAAAJowAAB2NAAAVjgAAD48DAAqQDAAGkBEABI8YAAOPIAABjykAAI8yAACQPQAAkEkAAI9W&#10;AACPZQAAj3YAAI+KAACOnwAAjrQAAI3PAACM7gAAjPsAAIv/AACL/wCUgAAAi4UAAIKJAAB0jAAA&#10;Zo8AAFmRAABMkwAAQJUAADSWAAAolgAAHpcAABWYAAAPmgAACpsAAAKcCQAAnA4AAJwTAACcGgAA&#10;nCIAAJ0rAACdNQAAnUAAAJ1OAACdXAAAnW4AAJyBAACclwAAnKwAAJvGAACa6AAAmfkAAJn/AACY&#10;/wCOiAAAhowAAHiQAABqlAAAXJcAAE+aAABCnQAANp4AACmfAAAfoQAAFaIAAA6kAAAIpgAAAKgA&#10;AACpBAAAqQoAAKkOAACpEwAAqhoAAKoiAACrKwAArDYAAKxEAACsUwAArGMAAKx3AACrjgAAq6QA&#10;AKu8AACq3gAAqfQAAKn9AACp/wCJjgAAe5MAAG2XAABfnAAAUaAAAESkAAA2pgAAKqgAAB6pAAAU&#10;qwAADa4AAAawAAAAsgAAALUAAAC1AAAAtQMAALYJAAC3DgAAuBIAALgZAAC6IQAAuysAALw4AAC9&#10;RwAAvVgAAL1rAAC9gQAAvZkAAL2wAAC9zAAAvOoAALz3AAC7/gB+lQAAcJsAAGKgAABTpQAARqoA&#10;ADitAAAqrwAAHrEAABO0AAAMtwAAA7kAAAC8AAAAvwAAAMIAAADCAAAAwwAAAMQAAADGBgAAxwwA&#10;AMgQAADKFgAAzCAAAM8rAADQOgAA0UsAANFeAADScwAA0osAANKkAADTuwAA09gAANPtAADT9gBz&#10;nQAAZKMAAFapAABHrwAAObMAACq2AAAduQAAErwAAAq/AAAAwwAAAMYAAADJAAAAzQAAAM8AAADQ&#10;AAAA0gAAANQAAADWAAAA2QIAANsIAADeDgAA4RMAAOQdAADoKgAA6DwAAOlPAADpZAAA6nwAAOuV&#10;AADrrAAA68IAAOzVAADs5QBmpgAAWKwAAEmzAAA7uQAAK7wAAB3AAAARxAAACcgAAADMAAAAzwAA&#10;ANMAAADZAAAA3QAAAOAAAADhAAAA4wAAAOUAAADnAAAA6gAAAOwAAADuBAAA8QsAAPUSAAD4HAAA&#10;+ysAAP0+AAD+UwAA/moAAP+DAAD/mwAA/64AAP++AAD/ygD/ABIA/wAQAP8AEQD/ABMA/wAZAP8A&#10;JgD/ADQA/wBBAP8ATQD/AFgA/wBiAP8AawD/AHMA/wB6AP8AgQD/AIcA/wCNAP8AkwD/AJkA/wCg&#10;AP8ApwD+AK8A/AC6APoAyQD5AOEA+ADzAPcA/wD2AP8A9QD/APEA/wDpAP8A5AD/AOEA/wD/AA8A&#10;/wANAP8ADQD/AA4A/wAUAP8AIQD/AC4A/wA8AP8ASAD/AFMA/wBdAP8AZgD+AG0A/AB1APsAewD5&#10;AIIA+ACIAPcAjgD2AJQA9ACbAPMAogDxAKoA7wC0AO0AwQDrANUA6gDsAOgA/ADnAP8A5QD/AOYA&#10;/wDgAP8A2QD/ANQA/wD/AAsA/wAIAP8ABgD/AAkA/wAQAP8AHAD/ACkA/wA2AP8AQgD7AE4A9wBX&#10;APQAYADyAGgA7wBvAO0AdgDsAHwA6gCCAOgAiADnAI4A5QCVAOMAnADhAKQA3wCuAN0AuQDaAMoA&#10;1wDkANQA9gDRAP8A0AD/ANAA/wDPAP8AywD/AMcA/wD/AAMA/wAAAP8AAAD/AAQA/wANAPoAFgD2&#10;ACMA8wAwAPAAPADtAEcA6QBRAOUAWgDiAGIA3wBpAN0AbwDaAHYA2AB8ANQAggDSAIgA0ACPAM0A&#10;lgDLAJ4AyQCoAMcAswDFAMEAwgDYAMAA7wC/AP4AvgD/AL0A/wC8AP8AvAD/ALwA/wD/AgAA/wAA&#10;AP8AAAD/AAAA9AAHAO0AEQDoABwA4wApAN8ANQDbAEEA1gBLANEAVADNAFwAygBjAMgAaQDGAG8A&#10;wwB1AMEAewC/AIIAvgCIALwAkAC6AJgAuACiALUArACzALkAsQDLAK8A5wCuAPgArAD/AKsA/wCs&#10;AP8ArAD/AKsA/wD/BAAA/wAAAPYAAADuAAAA5wAAAN8ADADWABUAzwAiAMoALgDHADoAwwBEAMAA&#10;TQC8AFUAuQBcALcAYwC1AGkAswBvALEAdQCvAHsArQCCAKsAigCpAJIApwCcAKUApgCjALMAoQDD&#10;AJ8A3gCeAPIAnQD/AJwA/wCcAP8AmwD/AJsA/wD/BwAA9gkAAOkLAADfCgAA1QQAAM4ABQDGABAA&#10;wAAaALsAJwC3ADIAswA9ALAARgCtAE8AqgBWAKgAXACmAGMApABoAKIAbwChAHUAnwB8AJ0AhACb&#10;AI0AmQCXAJcAogCVAK4AkwC9AJEA0wCQAO0AjwD8AI4A/wCNAf8AjQH/AI0B/wD5DgAA6hIAANwV&#10;AADNFQAAxBEAAL4MAAC6AgoAtAASAK4AHgCqACoApgA1AKIAPwCgAEgAnQFQAJsCVgCZAlwAlwNj&#10;AJUDaQCTA28AkQR2AJAEfwCOBYgAjAWSAIoGngCIBqoAhge6AIUIzwCECusAggv8AIEM/wCADP8A&#10;gAz/AIAM/wDxFQAA4B0AAM0gAADBIQAAuB0AALEXAACsEAAAqAkNAKIHFgCdCSMAmQouAJULOACT&#10;DEEAkAxJAI4NUACMDVcAig1dAIgNYwCHDWoAhQ5xAIMOegCCDoQAgA6PAH4PmwB8D6gAexC4AHoQ&#10;zgB4EewAdhL/AHUS/wB0E/8AdBP/AHQT/wDoHgAA0yYAAMMqAAC4KgAArigAAKcjAACgHAAAmxMD&#10;AJYPEACQEBsAjBEnAIkSMgCGEzsAhBNDAIIUSwCAFFEAfhRXAHwUXgB7FWUAeRVsAHcVdAB2Fn4A&#10;dBaKAHIXlgBxF6QAbxi0AG4YyQBtGegAaxr8AGob/wBqG/8Aahv/AGob/wDgJgAAyi0AALwxAACw&#10;MwAApzEAAJ8sAACXJgAAkB8AAIoXDACFGBYAgRkiAH4aLAB7GzYAeRs+AHccRQB1HEwAcxxTAHEd&#10;WQBwHWAAbh1nAG0ecABrHnoAah6FAGgfkgBnH6AAZSCwAGQhxQBjIeQAYiL6AGEi/wBhIv8AYSL/&#10;AGEi/wDXLAAAwzQAALY4AACqOQAAoTgAAJg1AACQLwAAiCgAAIAhCAB7IBIAdyEdAHQiJwBxIjEA&#10;byM5AG0jQQBrI0gAaSNOAGgkVQBmJFsAZSRjAGMlawBiJXUAYSWBAF8mjgBeJp0AXSetAFsowQBb&#10;KOAAWin3AFkp/wBZKf8AWSn/AFko/wDPMgAAvjkAALE9AACmPwAAnD8AAJM8AACKNgAAgTAAAHkq&#10;AwByJg8AbicZAGsoIwBpKCwAZik1AGUpPABjKUMAYSpKAGAqUQBeKlcAXSpfAFwraABaK3IAWSx9&#10;AFgsiwBWLZoAVS2qAFQuvQBTLtwAUi/1AFIv/wBSLv8AUi7/AFIu/wDKNgAAuj0AAK1CAACiRAAA&#10;mEQAAI9BAACFPAAAezcAAHIxAABrLAwAZy0VAGQtHwBhLigAXy4xAF0uOQBcL0AAWi9GAFgvTQBX&#10;L1QAVjBcAFUwZABTMW4AUjF6AFExiABQMpcATjKoAE0zuwBNNNgATDTzAEw0/wBMNP8ATDP/AEwz&#10;/wDGOgAAtkIAAKlGAACeSQAAlUkAAItHAACBQgAAdz0AAG03AABkMgkAYDISAF0yHABaMiUAWDMt&#10;AFYzNQBVMzwAUzRDAFI0SgBRNFEAUDRZAE81YQBNNWwATDZ3AEs2hQBKN5UASDemAEc4uAFHONMB&#10;RjjxAUY4/wFGOP8ARjj/AEY3/wDBPgAAskUAAKZKAACcTQAAkk0AAIhLAAB+RwAAc0IAAGk9AABf&#10;NwYAWjYQAFc3GABUNyIAUjcqAFA3MgBPODkATThAAEw4RwBLOE4ASjlWAEk5XwBIOmkARzp1AEU7&#10;gwBEO5MAQzykAUI8tgFBPdABQT3wAUE9/wFBPP8BQTz/AUE8/wC+QgAAr0kAAKNOAACZUAAAj1EA&#10;AIVQAAB7TAAAb0YAAGVCAABaPQIAVDsOAFE7FQBPOx8ATTsnAEs7LwBJPDYARzw9AEc8RABGPUsA&#10;RT1UAEQ+XABDPmcAQj9zAEA/gQA/P5EAPkCiAD1AtQE8Qc4BPEHuATxB/wE8QP8BPED/AT0//wG6&#10;RQAArEwAAKFRAACXVAAAjVUAAINUAAB4UQAAbEsAAGFHAABWQgAAT0AMAEw/EwBJQBwAR0AkAEZA&#10;LABEQDMAQ0A6AEJBQgBBQUkAQEJRAD9CWgA+Q2UAPUNxADtDfwA6RI8AOUSgADhFswE3RcsBN0Xs&#10;ATdF/wE3RP8BOET/AThD/wC3SQAAqVAAAJ5VAACUWAAAi1kAAIBYAAB2VgAAaFAAAF1MAABTSAAA&#10;SkUJAEZEEQBERBkAQkQiAEFFKQA/RTEAPkU4AD1FPwA8RkcAO0ZPADpHWAA5R2IAOEhuADZIfAA1&#10;SI0ANEmeADNJsQAySckAMUnrADJJ/gAySP8AMkj/ADNI/wC0TAAAp1QAAJxZAACSXAAAiF0AAH5d&#10;AABzWgAAZVUAAFtSAABQTgAARkoFAEBJDgA+SRYAPUkeADtKJgA6Si4AOUo1ADhLPQA3S0QANktN&#10;ADRMVgAzTGAAMkxsADFNegAwTYsALk2cAC1OrwAsTscALE7pACxN/QAtTf8ALUz/AC1M/wCwUAAA&#10;pFgAAJldAACPYQAAhmIAAHthAABwXwAAYlsAAFhYAABOVQAAQ1EBADtPDAA4TxMANk8bADVPIwA0&#10;UCsAM1AyADJQOgAxUEIAMFFKAC5RUwAtUl0ALFJpACtSeAApUogAKFOaACdTrQAmU8UAJlPnACZT&#10;/AAnUv8AJ1H/ACdR/wCsVQAAoFwAAJZiAACNZgAAg2cAAHhmAABtZQAAYGEAAFVeAABKWwAAP1gA&#10;ADVWCAAxVRAAMFYXAC5WHwAtVicALFYvACtXNgAqVz4AKVdHAChXUAAmWFoAJVhnACRYdQAjWYYA&#10;IVmYACBZqwAfWcIAH1nlAB9Y+gAgWP8AIFf/ACFX/wCoWgAAnWIAAJNnAACKawAAf2wAAHVsAABq&#10;awAAXWgAAFFlAABGYwAAO2AAADFeAwAqXQ0AKF0TACZdGwAlXiMAJF4qACNeMgAiXjoAIV5DACBf&#10;TAAfX1cAHl9jABxgcQAbYIIAGWCVABhgqQAXYMAAFmDiABdf+QAYXv8AGV7/ABld/wCkYAAAmWgA&#10;AJBuAACGcAAAfHIAAHJyAABmcQAAWG4AAExsAABBawAANmkAAC1nAAAjZggAH2YPAB1mFQAcZh0A&#10;G2YlABpmLQAZZzUAGGc+ABdnSAAWZ1MAFWhfABNobgASaH8AEWiSABBopgAPaL0ADmjgABBn9wAQ&#10;Zv8AEWX/ABFl/wCfZwAAlm8AAIxzAACCdgAAeHgAAG14AABgdwAAU3YAAEZ0AAA7cwAAMXIAACdx&#10;AAAecQAAFnAKABNwEAATcBcAEnAfABFxJwAQcS8AEHE4AA5xQgAOcU4ADXFbAAxxaQALcXoACnGN&#10;AAhxoQAGcbYABnDSAAdw7wAIb/8ACW7/AAlu/wCbbwAAkXUAAId5AAB+fAAAdH4AAGZ+AABZfgAA&#10;TX4AAEB9AAA1fQAAKnwAACF8AAAYfAAAEXwEAAx8DAAKfBEACXwZAAh8IQAHfCkABnwyAAR8PQAD&#10;fEgAAXxVAAB8YwAAfHQAAHyHAAB7nAAAe7EAAHrLAAB56wAAefoAAHn/AAB4/wCWdwAAjHwAAIOA&#10;AAB5gwAAbIQAAF6FAABRhgAARYcAADmHAAAthwAAI4cAABqHAAAShwAADYgBAAaJCgABiQ8AAIkU&#10;AACIGwAAiCMAAIksAACJNgAAiUIAAIhOAACIXQAAiG0AAIiBAACHlQAAh6sAAIbEAACF5gAAhPgA&#10;AIT/AACE/wCQfgAAh4MAAH6HAABxiQAAY4sAAFaNAABJjwAAPJEAADCRAAAkkQAAGpIAABKTAAAN&#10;lAAABpUAAACWBgAAlgwAAJUQAACWFQAAlh0AAJYkAACWLgAAljkAAJZGAACWVQAAlmUAAJZ4AACV&#10;jgAAlaQAAJS8AACT3wAAk/UAAJL/AACS/wCLhgAAg4oAAHWNAABnkAAAWZQAAEyXAAA/mQAAMpoA&#10;ACabAAAbnAAAEp0AAAyfAAAEoAAAAKIAAACjAQAAowcAAKMMAACjEAAApBUAAKQcAAClJQAApi8A&#10;AKY8AACmSwAAplsAAKZuAAClhAAApZsAAKSzAACj0AAAo+8AAKL8AACi/wCGjQAAeJEAAGqVAABc&#10;mQAATp0AAEGgAAAzogAAJqMAABulAAARpwAACqkAAAGrAAAArQAAAK8AAACwAAAAsAAAALAFAACx&#10;CwAAsg8AALMUAAC0GwAAtSQAALcwAAC3PwAAt1AAALdiAAC3eAAAt5AAALapAAC2wgAAtuQAALb1&#10;AAC1/gB7kwAAbZgAAF+dAABQogAAQqYAADSpAAAmqwAAGq0AABCvAAAJsgAAALQAAAC3AAAAugAA&#10;ALwAAAC9AAAAvgAAAL4AAADAAgAAwQgAAMINAADEEgAAxhkAAMkkAADKMgAAy0MAAMtVAADMagAA&#10;zIMAAMycAADLtQAAzM4AAMzpAADM9gBwmwAAYaEAAFKmAABEqwAANrAAACeyAAAatQAAELgAAAe7&#10;AAAAvgAAAMEAAADEAAAAyAAAAMsAAADLAAAAzQAAAM4AAADQAAAA0gAAANUDAADYCgAA2xAAAN4Y&#10;AADiJAAA4zUAAORIAADlXAAA5nMAAOaNAADmpQAA5rwAAObTAADn5wBjpAAAVaoAAEawAAA4tQAA&#10;KLkAABq8AAAPwAAABcQAAADHAAAAywAAAM8AAADUAAAA2AAAANwAAADdAAAA3wAAAOEAAADjAAAA&#10;5QAAAOgAAADqAAAA7QYAAPEOAAD1FgAA+CUAAPk4AAD5TQAA+mMAAPt8AAD8lQAA/KoAAPy7AAD9&#10;ywD/AA8A/wAOAP8ADgD/ABAA/wAWAP8AIwD/ADAA/wA9AP8ASQD/AFQA/wBeAP8AZgD/AG4A/wB2&#10;AP8AfAD/AIIA/wCJAP8AjwD/AJUA/gCbAP0AowD7AKsA+gC1APkAwwD3ANsA9gDwAPQA/wDzAP8A&#10;8gD/AOwA/wDiAP8A3AD/ANYA/wD/AAwA/wAJAP8ACAD/AAoA/wASAP8AHgD/ACsA/wA4AP8ARAD/&#10;AE8A/wBZAP4AYQD8AGkA+gBwAPgAdwD3AH0A9gCDAPQAiQDyAI8A8QCWAO8AnQDtAKUA7ACvAOoA&#10;vADoAM0A5gDoAOQA+gDjAP8A4gD/AOAA/wDVAP8AzgD/AMsA/wD/AAYA/wABAP8AAAD/AAQA/wAO&#10;AP8AGQD/ACUA/QAyAPsAPgD3AEkA8wBTAPAAXADuAGMA7ABqAOoAcQDoAHcA5gB9AOQAgwDiAIkA&#10;4ACQAN4AlwDcAJ8A2QCpANYAtADTAMQA0ADeAM4A8wDMAP8AywD/AMoA/wDIAP8AwgD/AL4A/wD/&#10;AAAA/wAAAP8AAAD/AAAA+wALAPYAEwDxACAA7QAsAOoAOADnAEMA4wBNAOAAVgDcAF0A2QBkANUA&#10;awDSAHEA0AB2AM4AfADMAIMAygCJAMgAkQDGAJkAxACjAMEArQC/ALsAvQDPALsA6wC5APwAtwD/&#10;ALcA/wC2AP8AtAD/ALEA/wD/AAAA/wAAAP8AAAD2AAAA7gAFAOcADwDhABkA2wAlANUAMQDSADwA&#10;zgBGAMoATwDHAFcAxABeAMEAZAC/AGoAvQBwALsAdgC5AHwAuACDALYAigCzAJMAsQCcAK8ApwCt&#10;ALMAqwDFAKkA4QCnAPUApgD/AKUA/wCkAP8ApAD/AKQA/wD/AAAA/AAAAPEAAADoAAAA4AAAANQA&#10;CwDMABMAxwAfAMIAKgC/ADUAvAA/ALgASAC1AFAAswBXALAAXgCuAGQArABpAKsAbwCpAHUApwB8&#10;AKUAhACjAIwAoQCWAJ8AoQCdAK0AmgC8AJgA0gCXAO4AlQD+AJQA/wCVAP8AlQD/AJUA/wD8AQAA&#10;8AUAAOMHAADVBQAAzAAAAMUABAC+AA4AuAAXALMAIwCvAC4AqwA4AKkAQQCmAEoAowBRAKEAVwCf&#10;AF0AnQBjAJsAaQCaAG8AmAB2AJYAfQCUAIYAkgCQAJAAmwCOAKcAjAC2AIoAyQCIAOcAhwD5AIcA&#10;/wCGAP8AhgD/AIYA/wD0DAAA5BAAANESAADFEQAAvQ4AALYIAACxAAgAqwARAKYAGwChACYAngAx&#10;AJoAOgCYAEMAlQBKAJMAUQCRAFcAjwBdAI4AYwCMAGkAigBwAIgAdwCGAIAAhACLAIIAlgCAAKMA&#10;fgCxAH0AxAB7AuEAegP1AHoF/wB5Bf8AeAb/AHgG/wDqEwAA1hoAAMYdAAC6HAAAsRkAAKoTAACk&#10;DQAAnwUMAJkAFACVAB8AkQIpAI0DMwCLBDwAiAVEAIYGSwCEBlEAggdXAIEHXQB/B2MAfQhqAHsI&#10;cgB6CHwAeAmGAHYJkgB0CqAAcwqvAHELwQBwDN8Abw32AG4O/wBtDv8AbQ7/AG0O/wDhHAAAyyMA&#10;ALwmAACxJgAAqCQAAKAeAACZGAAAkxACAI4LDgCICxcAhAwiAIENLAB+DTUAfA49AHoORQB4DksA&#10;dw5RAHUPWABzD14AcRBlAHAQbgBuEHcAbBCCAGsQjwBpEZ0AaBGtAGYSwABlEt8AZBP2AGMU/wBj&#10;FP8AYhT/AGIU/wDWJAAAwyoAALUuAACqLwAAoC0AAJgoAACQIgAAiRsAAIITCAB9ERIAeRIcAHYT&#10;JwBzFDAAcRQ4AG8VPwBtFUYAbBVMAGoWUwBoFlkAZxZhAGUWaQBkF3IAYhd+AGEYiwBfGJkAXhmp&#10;AFwZvABcGtgAWhvzAFoc/wBZHP8AWRz/AFkc/wDNKgAAvTEAAK81AACkNgAAmzQAAJIxAACJKwAA&#10;gSUAAHkdAwBzGA4AbxkYAGwaIgBpGysAZxszAGUcOwBkHEEAYh1IAGAdTgBfHVUAXR1cAFweZABb&#10;Hm4AWR95AFgfhwBWIJYAVSCmAFQhuABTIdIAUiLxAFIj/wBSI/8AUiL/AFIi/wDILwAAuDYAAKs6&#10;AACgPAAAljsAAI04AACDMgAAei0AAHImAABqIAwAZiATAGMhHQBhISYAXyIvAF0iNgBbIj0AWiNE&#10;AFgjSgBXI1EAVSNYAFQkYQBTJGoAUSV2AFAlgwBPJpMATiejAEwntQBMKM4ASyjuAEsp/wBLKP8A&#10;Syj/AEso/wDDNAAAszsAAKc/AACcQQAAkkAAAIk+AAB/OQAAdTMAAGwtAABjJwgAXiYRAFwmGQBZ&#10;JyIAVycrAFUoMgBUKDkAUihAAFEoRgBQKU0ATilVAE0pXQBMKmcASypzAEkrgABIK5AARyyhAEYt&#10;swBFLcsARS7sAEQu/wBELv8ARS3/AEUt/wC+OAAAsD8AAKRDAACZRQAAj0UAAIVDAAB7PgAAcTkA&#10;AGc0AABeLgQAWCsOAFUrFgBSLB8AUCwnAE8sLwBNLTYATC08AEotQwBJLUoASC5SAEcuWgBGL2QA&#10;RS9wAEMwfgBCMI0AQTGeAEAysQA/MsgAPzPqAD8z/gA/Mv8APzL/AD8y/wC7PAAArUMAAKFHAACW&#10;SQAAjEkAAINIAAB4RAAAbT4AAGM5AABaNAAAUjAMAE8wEwBMMBwASjAkAEkxKwBHMTIARjE5AEQx&#10;QABDMkcAQjJPAEEzWABAM2IAPzRtAD40ewA9NYsAPDacADs2rwA6N8YAOTfoADk3/AA6N/8AOjb/&#10;ADo2/wC3QAAAqkYAAJ5LAACUTQAAik4AAIBMAAB1SAAAakMAAGA+AABWOQAATTUJAEk0EQBHNRkA&#10;RTUhAEM1KABBNS8AQDU2AD82PQA+NkUAPTdNADw3VQA7OGAAOjhrADk5eQA4OYkANzqbADU6rQA1&#10;O8QANDvmADQ7+wA1O/8ANTr/ADU6/wC0QwAAp0oAAJxOAACSUQAAiFIAAH5QAABzTQAAZ0gAAFxE&#10;AABSPwAASDoGAEQ5DwBBORYAPzkeAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc8UwA2PF0ANT1p&#10;ADQ9dwAzPocAMT6ZADA/qwAvP8IALz/kAC8/+gAwP/8AMD7/ADA+/wCxRwAApE0AAJlSAACPVQAA&#10;hlYAAHxVAABxUgAAZEwAAFlJAABPRQAARUADAD8+DQA8PhMAOj4bADk+IwA3PioANj8xADU/OAA0&#10;P0AAM0BIADJAUQAxQVsAMEFnAC5CdQAtQoUALEOXACtDqgAqQ8AAKUTiACpD+QAqQ/8AK0L/ACtC&#10;/wCuSgAAoVEAAJdWAACNWQAAg1oAAHlaAABuVwAAYVIAAFdOAABNSwAAQ0cAADpDCgA2QxEANEMY&#10;ADNDIAAyRCcAMUQvADBENgAvRT0ALUVGACxFTwArRlkAKkZkAClHcgAoR4MAJkeVACVIqAAkSL4A&#10;I0jgACRI9wAlR/8AJUf/ACZH/wCqTwAAn1UAAJRaAACLXgAAgV8AAHdeAABrXAAAX1gAAFVVAABL&#10;UQAAQE0AADVKBwAwSQ4ALkkVAC1JHQAsSSQAK0orACpKMwAoSjsAJ0tDACZLTAAlS1YAJExiACNM&#10;cAAhTIAAIE2TAB9NpgAeTbsAHU7dAB5N9gAeTP8AH0z/ACBL/wCnUwAAnFoAAJJfAACIYwAAfmQA&#10;AHRjAABpYQAAXF4AAFJbAABHWAAAPFUAADJSAgAqUAwAJ08SACZQGQAlUCAAJFAoACNQLwAiUTcA&#10;IVFAACBRSQAeUlMAHVJfABxSbQAaU30AGVOQABhTpAAWU7kAFVPZABZT9AAXUv8AGFH/ABlR/wCj&#10;WQAAmGAAAI9lAACFaAAAe2kAAHFpAABmZwAAWWQAAE1hAABCXwAAOFwAAC5aAAAlWAgAIFcOAB5X&#10;FAAdVxwAHFgjABtYKwAaWDMAGVg8ABhYRQAWWVAAFVlbABRZaQATWnoAElqNABFaoQAQWrcADlrV&#10;ABBZ8wAQWf8AEVj/ABFY/wCfXwAAlWYAAIxrAACCbQAAeG4AAG5vAABibQAAVWoAAEhoAAA+ZgAA&#10;M2UAACljAAAgYQEAGGALABVgEAAUYBcAE2AeABJgJgASYC4AEWE3ABBhQAAPYUsADmFYAA1hZgAM&#10;YnYAC2KJAAphnQAJYbIACGHLAAhh6wAJYP0ACl//AAtf/wCbZgAAkm0AAIhxAAB+cwAAdXUAAGp0&#10;AABccwAAT3IAAENwAAA4bwAALW4AACRsAAAbawAAE2sEAA5qDAANahIADGoZAAtqIQAKaikACWoy&#10;AAhqPAAHa0cABWtTAARrYQACa3EAAGqEAABqmAAAaq0AAGnGAABp5wAAafgAAGj/AABo/wCXbQAA&#10;jXMAAIR3AAB7egAAcHsAAGN7AABWegAASXoAAD15AAAxeAAAJ3cAAB12AAAVdgAAD3YCAAl2CgAE&#10;dg8AAHYVAAB2HAAAdiQAAHUsAAB1NgAAdUEAAHVOAAB1XAAAdWwAAHV+AAB0kwAAdKgAAHPAAABz&#10;4wAAcvcAAHL/AABx/wCSdQAAiXoAAIB+AAB2gAAAaYEAAFuCAABOggAAQYIAADWDAAApggAAH4EA&#10;ABaBAAAQggAACoIAAAKDBwAAgg0AAIIRAACCFwAAgh4AAIImAACCLwAAgjsAAIJHAACCVQAAgWUA&#10;AIF4AACBjQAAgKIAAH+6AAB/3QAAfvQAAH3/AAB9/wCNfAAAhIEAAHuEAABuhgAAYIgAAFKKAABF&#10;iwAAOYwAACyMAAAhjAAAF4wAABCNAAAJjgAAAo8AAACQAwAAjwkAAI8OAACPEgAAkBgAAJAfAACQ&#10;KAAAkDIAAJA/AACQTQAAkF0AAI9wAACPhQAAjpwAAI6zAACN0AAAjPAAAIv+AACL/wCIhAAAgIgA&#10;AHKLAABkjQAAVpAAAEiTAAA7lQAALpYAACKWAAAXlwAAD5gAAAiZAAAAmwAAAJ0AAACdAAAAnQMA&#10;AJ0JAACdDQAAnhEAAJ4XAACfHwAAnykAAKA1AACgQwAAoFQAAKBmAACfewAAnpMAAJ6rAACdxgAA&#10;nekAAJz5AACc/wCDiwAAdY4AAGeSAABZlgAAS5kAAD2cAAAwngAAI58AABegAAAOogAAB6QAAACm&#10;AAAAqAAAAKoAAACqAAAAqgAAAKsBAACrBwAArAwAAK0QAACuFgAArx4AALEpAACxOAAAsUgAALFa&#10;AACxbwAAsYgAALGgAACwugAAr90AAK/yAACv/QB4kQAAapYAAFyaAABNnwAAP6MAADGmAAAjpwAA&#10;F6kAAA6rAAAFrgAAALAAAACyAAAAtQAAALcAAAC3AAAAuAAAALkAAAC6AAAAvAMAAL0JAAC+DgAA&#10;wBQAAMMeAADFKwAAxTwAAMZOAADGYgAAxnoAAMaUAADGrQAAxsgAAMXlAADF8wBsmQAAXp4AAE+k&#10;AABBqAAAMqwAACSvAAAWsQAADbQAAAO3AAAAugAAAL0AAADAAAAAxAAAAMYAAADGAAAAyAAAAMkA&#10;AADLAAAAzAAAAM4AAADQBgAA0w0AANgTAADcHgAA3i0AAN9AAADgVAAA4WsAAOGFAADhnwAA4bcA&#10;AOHPAADh5gBgoQAAUqcAAEOtAAA0sgAAJbUAABe5AAANvAAAAb8AAADDAAAAxwAAAMoAAADPAAAA&#10;0wAAANYAAADXAAAA2gAAANwAAADfAAAA4QAAAOMAAADmAAAA6QEAAOwLAADwEgAA8x8AAPQxAAD2&#10;RgAA91wAAPh0AAD4jwAA+aYAAPm4AAD4yQD/AA0A/wALAP8ACwD/AA4A/wATAP8AHwD/ACwA/wA5&#10;AP8ARQD/AFAA/wBZAP8AYgD/AGoA/wBxAP8AdwD/AH4A/wCEAP4AigD9AJAA/ACXAPoAngD5AKcA&#10;9wCxAPYAvgD1ANIA8wDsAPEA/gDwAP8A8AD/AOYA/wDcAP8A0gD/AM0A/wD/AAcA/wAEAP8AAgD/&#10;AAYA/wAQAP8AGwD/ACcA/wAzAP8APwD/AEoA/gBUAPsAXQD5AGQA9wBrAPUAcgDzAHgA8gB+APAA&#10;hADvAIoA7QCRAOwAmQDqAKEA6ACrAOYAtgDkAMcA4gDjAOAA9wDeAP8A3QD/ANkA/wDMAP8AxQD/&#10;AMEA/wD/AAAA/wAAAP8AAAD/AAEA/wANAP8AFgD8ACIA+QAuAPYAOQDzAEUA7wBOAOwAVwDpAF4A&#10;5gBlAOQAbADiAHIA4AB3AN8AfgDdAIQA2wCLANgAkgDVAJsA0gCkAM8ArwDNAL4AywDVAMkA7wDH&#10;AP8AxQD/AMQA/wC+AP8AuAD/ALUA/wD/AAAA/wAAAP8AAAD+AAAA9wAJAPEAEQDrABwA5wAoAOQA&#10;MwDhAD4A3QBIANgAUQDTAFgA0ABfAM4AZQDMAGsAygBxAMgAdwDGAH0AxACEAMIAjADAAJQAvgCe&#10;ALsAqAC5ALYAtwDIALUA5gCzAPoAsQD/ALAA/wCwAP8ArAD/AKkA/wD/AAAA/wAAAPoAAADxAAAA&#10;6AADAOAADQDYABYA0QAiAM0ALQDKADcAxgBBAMIASgC/AFIAvQBZALoAXwC4AGUAtwBqALUAcACz&#10;AHYAsQB9AK8AhQCtAI0AqwCXAKkAoQCnAK4ApQC+AKIA2ACgAPIAnwD/AJ4A/wCeAP8AngD/AJwA&#10;/wD/AAAA9wAAAOsAAADhAAAA1gAAAMsACQDFABEAvwAbALsAJgC3ADEAtAA6ALEAQwCuAEsAqwBS&#10;AKkAWACnAF4ApgBkAKQAaQCiAHAAoAB2AJ4AfgCcAIYAmgCQAJgAmwCWAKcAlAC2AJIAygCQAOkA&#10;jwD8AI4A/wCNAP8AjAD/AI0A/wD4AAAA6QIAANsDAADMAQAAxAAAAL0AAgC2AA0AsAAVAKsAIACn&#10;ACoApAA0AKEAPACeAEQAnABLAJoAUgCYAFgAlgBdAJUAYwCTAGkAkQBwAI8AdwCNAIAAiwCKAIkA&#10;lQCHAKEAhQCvAIMAwQCBAOAAgAD1AH8A/wB/AP8AfwD/AH8A/wDuCgAA3A4AAMoQAAC+DgAAtQsA&#10;AK8DAACpAAcAowAQAJ4AGACZACMAlgAsAJMANQCQAD4AjgBFAIwASwCKAFEAiABXAIYAXQCFAGMA&#10;gwBqAIEAcQB/AHoAfQCEAHsAjwB5AJwAdwCqAHUAuwB0ANQAcgDwAHIA/wByAP8AcQD/AHEA/wDj&#10;EQAAzRcAAL8ZAACzGQAAqhUAAKMQAACdCgAAlwEKAJEAEgCNABsAiQAlAIUALwCDADcAgAA+AH4A&#10;RQB9AEsAewBRAHkAVwB4AF0AdgBkAHQBawByAXQAcAJ/AG4CiwBsA5gAawOmAGkEtwBoBc4AZwfs&#10;AGYI/QBmCf8AZQn/AGUJ/wDWGgAAxCAAALYjAACrIwAAoSAAAJkbAACSFAAAjA4BAIYHDQCABBQA&#10;fAYeAHkHKAB2CDAAdAg4AHIJPwBwCUUAbwpMAG0KUgBsClgAagtfAGgLZwBnC3AAZQx6AGMMhwBi&#10;DJUAYA2kAF8NtgBeDc4AXA7tAFwP/wBbEP8AWxD/AFsQ/wDNIQAAvCgAAK8rAACkKwAAmikAAJIk&#10;AACJHwAAghgAAHsRBQB1DQ8AcQ0XAG4OIQBrDioAaQ8yAGcQOQBlEEAAZBBGAGMQTQBhEFMAXxFa&#10;AF4RYgBcEWsAWxF2AFkSgwBYEpIAVhOiAFUTtABUE8sAUxTsAFIV/wBSFv8AUhX/AFIV/wDGKAAA&#10;ti4AAKkyAACfMgAAlTEAAIwtAACDJwAAeiEAAHIaAABrEwsAZxMTAGQUHABhFCUAXxUtAF0VNABc&#10;FTsAWxZCAFkWSABYFk8AVhdWAFUXXgBTF2cAUhhyAFAYfwBPGY4AThqfAEwasABLG8cASxvpAEoc&#10;/QBKHP8AShz/AEoc/wDBLQAAsTQAAKU3AACaOAAAkDcAAIc0AAB9LwAAdCkAAGwjAABkHAcAXhkQ&#10;AFsaGABZGyEAVxspAFUbMABUHDcAUhw9AFEcRABPHUsATh1SAE0dWgBLHmMASh5uAEkffABHH4sA&#10;RiCcAEUhrgBEIcQAQyLmAEMi/ABDIv8AQyL/AEMi/wC8MgAArTgAAKE8AACXPgAAjT0AAIM6AAB5&#10;NQAAbzAAAGYqAABeJAIAVyANAFQgFABRIB0ATyElAE4hLABMITMASyI6AEkiQABIIkcARyJOAEYj&#10;VwBEI2AAQyRrAEIkeQBBJYgAPyaZAD4mqwA9J8EAPSfjAD0o+gA9KP8APSf/AD0n/wC4NgAAqj0A&#10;AJ5AAACUQgAAikIAAIA/AAB2OwAAbDYAAGIwAABZKgAAUSULAE0lEQBLJRkASSUhAEcmKABFJi8A&#10;RCY2AEMmPQBCJ0QAQSdLAD8oVAA+KF0APSlpADwpdgA7KoYAOSuXADgrqQA3LL8ANyzgADcs+AA3&#10;LP8ANyz/ADgs/wC1OgAAp0AAAJxEAACRRgAAh0YAAH1EAABzQAAAaDsAAF82AABVMQAATCsHAEcp&#10;DwBFKhYAQyoeAEEqJQA/KiwAPiszAD0rOQA8K0EAOyxIADosUQA5LVsAOC5mADYucwA1L4MANC+V&#10;ADMwpwAyML0AMTHeADEx9wAyMf8AMjD/ADMw/wCxPgAApEQAAJlIAACPSgAAhUoAAHtJAABwRQAA&#10;ZUAAAFs7AABSNgAASDEEAEIuDQA/LhMAPS4bADsuIgA5LykAOC8vADcvNgA2MD4ANTBGADQxTwAz&#10;MVkAMjJkADEycQAwM4EALzSTAC40pgAsNbsALDXbACw19QAtNf8ALTT/AC40/wCuQQAAokgAAJdM&#10;AACNTgAAg04AAHlNAABuSgAAYkUAAFhAAABOPAAARTcAAD0zCwA5MxEANzMYADYzHwA0MyYAMzMt&#10;ADI0NAAxNDwAMDVEAC81TAAuNlYALTZiACw3bwArN38AKjiRACg4pAAnObkAJjnYACc59AAoOf8A&#10;KDj/ACk4/wCrRQAAn0sAAJRPAACLUgAAgVMAAHdSAABsTwAAX0kAAFZGAABMQgAAQj0AADg4CAA0&#10;OA8AMjgVADE4HQAvOCQALjgrAC05MgAsOTkAKzpBACo6SgApO1QAKDtfACc8bQAlPH0AJD2PACM9&#10;ogAiPbcAIT7UACE+8wAiPf8AIz3/ACM8/wCoSQAAnU8AAJJTAACJVgAAf1cAAHVWAABqUwAAXU8A&#10;AFNMAABKSAAAQEQAADZABQAvPQ0ALT0TACs9GgAqPiEAKT4oACg+LwAnPjcAJj8/ACQ/SAAjQFIA&#10;IkBdACFBagAgQXoAHkGNAB1CoAAcQrUAG0LRABtC8QAcQv8AHUH/AB5B/wClTQAAmlMAAJBYAACG&#10;WwAAfVwAAHJbAABnWAAAW1QAAFFSAABITgAAPUoAADNHAAAqQwsAJkMQACVDFgAkQx4AI0QlACJE&#10;LAAhRDQAIEU8AB5FRQAdRU8AHEZaABtGaAAZRngAGEeKABdHngAWR7MAFEjOABVH7wAWR/8AF0b/&#10;ABdG/wCiUgAAl1gAAI1dAACEYAAAemEAAHBgAABlXgAAWVoAAE9YAABEVAAAOVEAAC9OAAAmSwYA&#10;IEoOAB5KEwAdShoAHEohABtLKAAaSzAAGUs4ABdLQgAWTEwAFUxXABRMZQATTXUAEk2IABFNnAAQ&#10;TbEADk7MAA9N7gAQTf8AEUz/ABFM/wCeVwAAlF0AAItiAACBZQAAd2YAAG1mAABjZAAAVmEAAEpe&#10;AAA/WwAANVgAACtWAAAiVAEAGlIKABZSEAAVUhYAFFIdABNSJAASUiwAEVI0ABFSPgAQU0gAD1NU&#10;AA5TYgANVHIADFSEAAtUmAAJVK0ACFTFAAlU5wAKU/sAC1L/AAtS/wCbXQAAkWQAAIhoAAB+awAA&#10;dGwAAGtsAABfagAAUmcAAEVkAAA6YgAAMGAAACZeAAAdXQAAFVsFABBaDAAOWhEADloYAA1bIAAM&#10;WycAC1swAApbOgAJW0UAB1tRAAZbXgAEW20AA1uAAAFblAAAW6gAAFvAAABa4gAAWvYAAVr/AAJZ&#10;/wCXZAAAjmsAAIRuAAB7cAAAcnIAAGdxAABZcAAATG4AAEBsAAA1awAAKmkAACFnAAAYZgAAEWYB&#10;AAxlCgAHZQ8ABGUUAANkGwACZCMAAGQsAABkNQAAZEAAAGRMAABkWgAAZGkAAGR7AABkjwAAY6QA&#10;AGO7AABi3QAAYvQAAGL/AABh/wCTbAAAiXEAAIB1AAB4dwAAbXgAAGB3AABSdgAARnUAADl0AAAu&#10;dAAAI3IAABpxAAAScQAADXEAAAZxCAAAcA0AAHASAABwFwAAbx8AAG8mAABvMAAAbzsAAG9HAABv&#10;VAAAb2QAAG91AABuigAAbaAAAG22AABs1gAAa/IAAGv/AABr/wCOcwAAhXgAAH17AABzfQAAZX4A&#10;AFh+AABLfgAAPn4AADJ+AAAmfQAAHHwAABN8AAANfAAABn0AAAB9BQAAfAsAAHwPAAB8EwAAfBkA&#10;AHwhAAB8KQAAfDQAAHtAAAB7TgAAe14AAHtvAAB6hAAAepoAAHmxAAB4zgAAd+8AAHb+AAB2/wCJ&#10;egAAgX8AAHiCAABrgwAAXYUAAE+GAABChwAANYgAACmHAAAdhwAAFIcAAA2IAAAGiQAAAIoAAACK&#10;AAAAiQYAAIkMAACJDwAAiRMAAIkaAACKIgAAiiwAAIo4AACKRgAAiVYAAIloAACJfAAAiJQAAIer&#10;AACGxgAAheoAAIX7AACE/wCFggAAfYYAAG+IAABhiwAAU40AAEWPAAA4kQAAK5EAAB+SAAAUkgAA&#10;DZMAAASUAAAAlgAAAJcAAACYAAAAlwAAAJcFAACXCwAAmA4AAJgTAACZGgAAmSIAAJouAACaPQAA&#10;mU0AAJleAACZcwAAmIsAAJijAACXvAAAluIAAJb3AACV/wCAiQAAcowAAGSPAABWkwAASJYAADqZ&#10;AAAsmgAAH5sAABScAAAMngAAA58AAAChAAAAowAAAKUAAAClAAAApQAAAKUAAACmAgAApwgAAKcN&#10;AACoEQAAqRkAAKsjAACrMQAAq0EAAKxTAACsZwAAq4AAAKqaAACqswAAqtAAAKnvAACp+wB1jwAA&#10;Z5QAAFmYAABKnAAAPJ8AAC2iAAAgowAAE6UAAAunAAABqQAAAKsAAACuAAAAsQAAALIAAACyAAAA&#10;swAAALQAAAC1AAAAtgAAALgEAAC5CwAAuxAAAL0YAAC/JAAAvzUAAMBHAADAWwAAwHIAAMCNAADB&#10;pgAAwMEAAL/jAAC+8wBqlwAAW5wAAE2hAAA+pQAAL6kAACGrAAATrQAAC7AAAACzAAAAtQAAALgA&#10;AAC8AAAAvwAAAMEAAADBAAAAwwAAAMQAAADGAAAAxwAAAMkAAADLAAAAzggAANEPAADVGAAA2CcA&#10;ANk5AADaTQAA22QAANt+AADcmQAA3LAAANzJAADc4wBdnwAAT6UAAECqAAAyrwAAIrIAABS1AAAK&#10;uAAAALsAAAC/AAAAwwAAAMYAAADLAAAAzgAAANEAAADRAAAA1AAAANYAAADZAAAA2wAAAN4AAADg&#10;AAAA5AAAAOcGAADrDgAA7xkAAPAqAADyPwAA81UAAPRtAAD0iAAA9KEAAPS2AAD0xwD/AAkA/wAG&#10;AP8ABwD/AAwA/wARAP8AHAD/ACgA/wA0AP8AQQD/AEwA/wBVAP8AXQD/AGUA/wBsAP8AcgD+AHgA&#10;/AB+APsAhAD6AIsA+QCSAPcAmQD2AKIA9ACsAPMAuQDxAMsA8ADoAO4A+wDtAP8A7AD/AOEA/wDS&#10;AP8AyQD/AMQA/wD/AAEA/wAAAP8AAAD/AAQA/wAOAP8AFwD/ACMA/wAvAP8AOwD9AEYA+gBQAPcA&#10;WAD0AF8A8gBmAPAAbADvAHIA7QB4AOwAfgDqAIUA6QCMAOcAkwDlAJwA4wCmAOEAsQDfAMEA3QDd&#10;ANsA9ADZAP8A1gD/AM8A/wDEAP8AvQD/ALkA/wD/AAAA/wAAAP8AAAD/AAAA/wALAPwAEwD3AB4A&#10;9AAqAPIANQDuAEAA6QBKAOYAUgDjAFkA4ABgAN4AZgDcAGwA2gByANcAeADUAH4A0gCFANAAjQDO&#10;AJUAzACfAMkAqgDHALgAxQDNAMMA6wDAAP4AvwD/AL4A/wC2AP8AsAD/AK0A/wD/AAAA/wAAAP8A&#10;AAD5AAAA8gAGAOsADwDmABkA4QAkAN4ALwDaADkA0wBDAM8ATADMAFMAyQBaAMcAYADFAGYAwwBr&#10;AMEAcQC/AHcAvQB+ALsAhgC5AI4AtwCYALUAowCzALAAsQDCAK4A4ACsAPcAqwD/AKoA/wCoAP8A&#10;owD/AKAA/wD/AAAA/wAAAPUAAADrAAAA4QAAANYADADPABMAygAeAMYAKQDCADMAvwA9ALsARQC4&#10;AE0AtgBUALMAWgCxAF8AsABlAK4AagCsAHAAqwB3AKkAfwCnAIcApQCRAKMAnACgAKkAngC4AJwA&#10;zgCaAO4AmQD/AJcA/wCWAP8AlgD/AJMA/wD9AAAA8QAAAOUAAADZAAAAzQAAAMQABgC9AA8AtwAY&#10;ALMAIgCwACwArQA2AKkAPgCnAEYApABNAKIAUwCgAFkAnwBeAJ0AZACbAGoAmgBwAJgAdwCWAIAA&#10;lACKAJEAlQCPAKIAjQCwAIsAwwCJAOMAiAD5AIYA/wCGAP8AhgD/AIYA/wDzAAAA4wAAANEAAADF&#10;AAAAvQAAALYAAACuAAsAqAASAKQAHACgACYAnAAvAJoANwCXAD8AlQBGAJIATACRAFIAjwBYAI0A&#10;XQCLAGMAigBqAIgAcQCGAHkAhACDAIIAjwB/AJsAfgCpAHwAuwB6ANUAeADyAHgA/wB3AP8AdwD/&#10;AHcA/wDnBwAA0QwAAMMNAAC4DAAArggAAKgAAACiAAUAmwAOAJYAFQCSAB8AjgAoAIsAMQCIADkA&#10;hgBAAIQARgCCAEwAgABSAH8AVwB9AF0AewBjAHoAawB4AHMAdgB9AHQAiABxAJUAcACkAG4AtABs&#10;AMoAawDqAGoA/ABqAP8AagD/AGoA/wDaEAAAxhQAALgWAACtFQAApBIAAJwOAACWBwAAkAAJAIoA&#10;EACFABgAgQAhAH4AKgB7ADIAeQA5AHcAQAB1AEYAcwBMAHIAUQBwAFcAbgBeAG0AZQBrAG4AaQB3&#10;AGcAgwBlAJEAYwCfAGIArwBgAMQAXwDkAF8B+ABeAv8AXgL/AF4C/wDOGAAAvR0AALAgAAClHwAA&#10;mxwAAJMXAACLEQAAhAwAAH4ECwB5ABIAdQAbAHIAIwBvACsAbQEzAGsBOgBpAkAAZwNGAGYDTABk&#10;BFIAYwRZAGEEYABfBWkAXgVzAFwGfwBaBo0AWQecAFcIrQBWCMEAVQnhAFQL9gBUC/8AVAv/AFQL&#10;/wDGHwAAtiUAAKkoAACeKAAAlCUAAIshAACDGwAAexQAAHQOAwBuCQ0AaQgUAGYJHQBkCiUAYgot&#10;AGALNABeCzoAXQtAAFsMRwBaDE0AWAxUAFcNXABVDWQAVA1vAFINewBQDooATw6aAE4OrABMD8IA&#10;TBDjAEsQ+QBLEP8ASxH/AEsQ/wC/JgAAsCsAAKQvAACZLwAAjy0AAIYpAAB9JAAAdB4AAGwXAABl&#10;EQcAXw4QAFwPFwBaEB8AWBAnAFYQLgBUEDUAUxA7AFIRQgBQEUgATxFQAE4RVwBMEmAASxJrAEkS&#10;eABIE4cARhOXAEUUqQBEFL4AQxXfAEMW+ABDFv8AQxb/AEMW/wC6KwAAqzEAAKA0AACVNQAAizQA&#10;AIExAAB4KwAAbyYAAGYgAABeGQEAVxQNAFQUEwBRFBsATxUjAE4VKgBMFTEASxY3AEkWPgBIFkQA&#10;RxdMAEUXVABEF10AQxhnAEEYdABAGYMAPxqUAD0apgA8G7sAOxvbADsc9gA8HP8APBz/ADwc/wC1&#10;MAAAqDYAAJw5AACROwAAhzoAAH43AABzMgAAai0AAGEnAABZIQAAURsJAEwZEABKGhcASBofAEYa&#10;JgBFGy0AQxszAEIbOgBBHEEAQBxIAD4cUAA9HVkAPB5kADsecQA5H4AAOB+SADcgpAA2ILgANSHW&#10;ADUh9AA1Iv8ANSH/ADYh/wCyNAAApDoAAJk+AACPPwAAhT8AAHs8AABwOAAAZzIAAF0tAABUKAAA&#10;TCIFAEYfDgBDHxQAQR8bAD8fIgA+ICkAPSAwADsgNgA6IT0AOSFFADgiTQA3IlcANiNiADQjbgAz&#10;JH4AMiSPADElogAvJbYALybSAC8m8gAvJv8AMCb/ADAm/wCvOAAAoj4AAJZCAACMQwAAgkMAAHhB&#10;AABuPQAAYzgAAFozAABRLgAASCgBAEAkDAA9IxEAOyQYADkkHwA4JCYANiQsADUlMwA0JToAMyZC&#10;ADImSgAxJ1QAMCdfAC8obAAuKHsALCmNACsqoAAqKrQAKSrPACkr8AAqK/8AKir/ACsq/wCsPAAA&#10;n0IAAJRGAACKRwAAgEcAAHZFAABsQgAAYT0AAFc4AABOMwAARC4AADwpCQA3KBAANSgVADMoHAAy&#10;KCMAMCgpAC8pMAAvKjcALio/AC0rSAAsK1IAKyxdACosagAoLXkAJy2LACYungAlLrMAJC/NACQv&#10;7gAlL/8AJS//ACYu/wCpPwAAnUUAAJJJAACISwAAfkwAAHRKAABqRwAAXkIAAFQ9AABLOQAAQTQA&#10;ADgvBgAyLQ0AMC0TAC4tGQAtLSAAKy0nACouLgApLjUAKS89ACgvRgAnME8AJTBbACQxaAAjMXcA&#10;IjKJACEynQAfM7EAHjPLAB4z7QAfM/8AIDP/ACEy/wCmQwAAmkkAAJBNAACGTwAAfFAAAHNPAABo&#10;TAAAXEYAAFJDAABJPwAAPzsAADY2AgAuMgwAKzIRACkyFwAoMh4AJjIkACUzKwAkMzIAIzQ6ACI0&#10;QwAhNU0AIDVYAB82ZQAeNnUAHDeHABs3mwAaN68AGTjIABk46wAaOP8AGzf/ABs3/wCjRwAAmE0A&#10;AI5RAACEUwAAe1QAAHFTAABmUAAAWkwAAFBJAABHRQAAPUEAADM9AAAqOQkAJTcOACM3FAAiOBsA&#10;ITgiACA4KAAfODAAHjk4AB05QQAcOksAGjpWABk7YwAYO3IAFjuFABU8mQAUPK0AEz3GABM96QAU&#10;PP0AFTz/ABY7/wCgSwAAlVEAAItVAACCWAAAeVkAAG5YAABkVgAAWFEAAE5PAABFSwAAOkcAADBD&#10;AAAnQAUAID4NAB0+EQAcPhcAGz4eABo+JQAZPi0AGD81ABY/PgAVP0gAFEBTABNAYAASQXAAEUGC&#10;ABBBlwAPQawADkLEAA5C5wAPQfwAEEH/ABBA/wCdUAAAk1YAAIlaAACAXQAAdl4AAGxdAABiWwAA&#10;VlcAAExVAABBUQAANk4AACxLAAAjSAAAG0UJABdEDwAVRBQAFEUbABNFIgASRSkAEUUxABFFOwAQ&#10;RkUAD0ZQAA5HXgANR20ADEd/AAtHkwAJR6cACEe+AAhH4AAJR/YACkb/AAtG/wCaVQAAkFsAAIdg&#10;AAB9YgAAc2MAAGpiAABgYQAAU14AAEdaAAA8VwAAMlUAAChSAAAfUAAAF04EABFMDAAPTBEADkwX&#10;AA5MHgANTSUADE0uAAtNNwAKTUIACU1NAAdOWgAGTmkABE57AAJOjwABTqQAAE26AABN2wABTfIA&#10;AU3/AAJM/wCWWwAAjWIAAIRmAAB6aAAAcWkAAGhpAABcZwAAT2QAAEJhAAA3XwAALVwAACNaAAAa&#10;WAAAElcBAA1WCQAJVQ4AB1UTAAZVGgAEVSIAA1UqAAJVNAAAVT4AAFVKAABWVwAAVmUAAFV3AABV&#10;iwAAVaAAAFW2AABU1AAAVPEAAFP9AABT/wCTYgAAimgAAIBsAAB3bgAAb28AAGNuAABWbAAASWoA&#10;AD1oAAAyZgAAJ2UAAB1jAAAVYgAADmEAAAlgCAADYA0AAF8RAABfFwAAXx4AAF8mAABfLwAAXzoA&#10;AF9FAABfUwAAX2EAAF5yAABehwAAXZwAAF2yAABczwAAXO8AAFv9AABb/wCQagAAhm8AAH1yAAB1&#10;dAAAanUAAF10AABPcwAAQnIAADZwAAArbwAAIG4AABdtAAAQbAAACmwAAAJrBgAAawsAAGoPAABq&#10;FAAAahoAAGohAABpKgAAaTQAAGlAAABpTgAAaVwAAGltAABoggAAaJgAAGeuAABmygAAZe0AAGX8&#10;AABk/wCLcQAAgnYAAHp5AABwewAAYnsAAFV7AABIegAAO3oAAC96AAAjeQAAGXgAABF3AAAKdwAA&#10;A3cAAAB3AgAAdwgAAHYNAAB2EAAAdhUAAHYbAAB2IwAAdi4AAHU6AAB1RwAAdVYAAHVoAAB0fAAA&#10;dJIAAHOqAAByxAAAcekAAHD7AABw/wCGeQAAf30AAHZ/AABogQAAWoIAAEyCAAA/gwAAMoQAACWD&#10;AAAagwAAEYMAAAqDAAACgwAAAIQAAACFAAAAhAMAAIMIAACDDQAAgxAAAIMVAACEHAAAhCYAAIQy&#10;AACEPwAAg08AAINgAACCdQAAgowAAIGkAACAvQAAf+MAAH75AAB+/wCCgAAAeoQAAGyGAABeiAAA&#10;UIoAAEKLAAA1jQAAJ40AABuNAAARjgAACo4AAACPAAAAkQAAAJIAAACSAAAAkgAAAJIBAACSBwAA&#10;kgwAAJIQAACTFQAAkx0AAJQoAACUNgAAlEUAAJNXAACTawAAk4IAAJKcAACRtgAAkNgAAI/zAACP&#10;/wB+hwAAcIoAAGGNAABTkAAARZMAADeVAAAplgAAHJcAABGYAAAJmQAAAJsAAACcAAAAngAAAKAA&#10;AACgAAAAoAAAAKAAAAChAAAAoQQAAKIJAACjDgAApBQAAKUdAACmKgAApjoAAKZMAAClYAAApXgA&#10;AKWSAACkrAAApMkAAKPrAACi+gBzjgAAZJEAAFaVAABHmQAAOZwAACqeAAAdoAAAEaEAAAijAAAA&#10;pQAAAKcAAACpAAAArAAAAK4AAACuAAAArgAAAK8AAACwAAAAsQAAALIAAACzBgAAtQ0AALcTAAC5&#10;HgAAuS4AALpAAAC6VAAAu2oAALqFAAC5oQAAubsAALreAAC58gBnlQAAWJkAAEqeAAA7ogAALKYA&#10;AB2oAAARqgAAB6wAAACvAAAAsQAAALQAAAC4AAAAuwAAALwAAAC8AAAAvgAAAL8AAADAAAAAwgAA&#10;AMQAAADGAAAAyAMAAMsLAADPEgAA0SAAANEyAADSRgAA010AANR2AADUkgAA1asAANXEAADU4gBb&#10;nQAATKIAAD2nAAAvrAAAH68AABGxAAAHtQAAALgAAAC7AAAAvgAAAMIAAADHAAAAygAAAMwAAADM&#10;AAAAzgAAANAAAADSAAAA1QAAANgAAADbAAAA3wAAAOIAAADmCwAA6xMAAOwkAADtOAAA7k4AAO9n&#10;AADwggAA8JwAAPCyAADxxQD/AAMA/wABAP8ABAD/AAkA/wAPAP8AGAD/ACQA/wAwAP8APAD/AEcA&#10;/wBRAP8AWQD/AGAA/QBnAPwAbQD6AHMA+QB5APgAfwD2AIUA9QCMAPMAlADyAJ0A8ACnAO4AswDs&#10;AMQA6wDhAOoA+ADpAP8A5wD/ANkA/wDLAP8AwgD/AL0A/wD/AAAA/wAAAP8AAAD/AAAA/wAMAP8A&#10;FAD/ACAA/wArAP4ANwD6AEIA9gBLAPIAUwDwAFsA7gBhAOwAZwDqAG0A6ABzAOcAeQDlAH8A4wCG&#10;AOEAjgDfAJYA3QCgANsArADYALsA1ADRANMA8ADQAP8AzgD/AMgA/wC9AP8AtgD/ALIA/wD/AAAA&#10;/wAAAP8AAAD/AAAA/QAIAPcAEADzABoA7wAmAO0AMQDoADsA4wBFAOAATQDcAFUA2QBbANYAYQDT&#10;AGcA0QBsAM8AcgDNAHgAywB/AMkAhwDHAJAAxQCaAMMApQDAALIAvgDFALwA5QC6APsAuAD/ALcA&#10;/wCwAP8AqQD/AKUA/wD/AAAA/wAAAP4AAAD1AAAA7AADAOUADQDfABUA2gAgANQAKgDQADUAywA+&#10;AMgARwDFAE4AwgBVAMAAWwC+AGEAvABmALoAbAC4AHIAtgB4ALUAgACzAIgAsQCSAK4AngCsAKoA&#10;qQC7AKgA1QCmAPMApAD/AKMA/wChAP8AmwD/AJgA/wD/AAAA+wAAAPAAAADlAAAA2AAAAM4ACQDH&#10;ABEAwgAaAL4AJAC7AC4AtwA4ALQAQACxAEgArgBOAKwAVACqAFoAqQBfAKcAZQClAGsApABxAKIA&#10;eACgAIEAngCLAJwAlgCZAKMAlwCyAJYAxwCTAOgAkgD+AJEA/wCQAP8AjQD/AIsA/wD5AAAA6wAA&#10;AN0AAADPAAAAxgAAALwABAC1AA0AsAAVAKwAHgCoACgApQAxAKIAOQCfAEEAnQBIAJsATgCZAFMA&#10;lwBZAJYAXgCUAGQAkgBqAJAAcQCOAHoAjACDAIoAjwCIAJwAhgCqAIQAvACCANwAgQD2AIAA/wB/&#10;AP8AfwD/AH4A/wDsAAAA2gAAAMkAAAC+AAAAtgAAAK4AAACnAAkAoQAQAJwAGACYACIAlQAqAJIA&#10;MgCQADoAjQBBAIsARwCJAE0AhwBSAIYAWACEAF0AggBkAIEAawB/AHMAfQB9AHsAiAB4AJUAdgCj&#10;AHUAtABzAMwAcQDtAHAA/wBwAP8AcAD/AHAA/wDfBQAAygoAALwLAACxCQAAqAQAAKEAAACbAAMA&#10;lAAMAI8AEwCKABsAhwAkAIQALACBADMAfwA6AH0AQQB7AEcAeQBMAHcAUgB2AFcAdABdAHIAZABw&#10;AG0AbwB2AGwAggBqAI8AaQCdAGcArgBlAMMAZADkAGMA+gBjAP8AYgD/AGMA/wDQDgAAvxIAALIT&#10;AACnEgAAnRAAAJULAACPAwAAiQAHAIIADgB+ABUAegAeAHYAJQB0AC0AcQA0AG8AOgBuAEAAbABG&#10;AGoATABpAFIAZwBYAGYAXwBkAGcAYgBxAGAAfABeAIkAXACYAFsAqQBZALwAWADcAFgA9ABYAP8A&#10;VwD/AFcA/wDGFgAAthoAAKodAACfHAAAlRkAAI0UAACFDwAAfgkAAHcBCgByABAAbgAXAGoAHwBo&#10;ACcAZQAuAGQANABiADsAYABAAF8ARgBdAEwAXABTAFoAWgBYAGIAVwBsAFUAdwBTAIUAUgCUAFAB&#10;pQBPAbgATgLSAE0E8ABNBf8ATQX/AE0F/wC/HQAAsCIAAKMlAACZJQAAjyIAAIUdAAB9GAAAdRIA&#10;AG4NAgBnBgwAYwMRAF8CGQBdAyEAWwQoAFkELwBXBTUAVgU7AFQGQQBTBkcAUQZOAFAHVQBOB14A&#10;TQhnAEsIcwBJCYEASAmSAEcKowBFCrYARAvQAEQM7wBDDf8AQw3/AEQN/wC5JAAAqikAAJ4sAACU&#10;LAAAiioAAIAmAAB3IQAAbhsAAGYUAABfDwUAWQsNAFUKEwBTCxsAUQsiAE8MKQBNDC8ATAw2AEsN&#10;PABJDUIASA1JAEYNUQBFDloARA5kAEIOcABADn8APw+QAD4QogA8ELYAOxDRADsR8QA7Ef8AOxH/&#10;ADwR/wC0KQAApi8AAJoyAACQMgAAhjEAAHwtAAByKAAAaSMAAGEdAABZFgAAUREIAEwPEABKEBYA&#10;SBAdAEYQJABFECsAQxExAEIRNwBBET4AQBFFAD4STQA9ElYAPBJhADoTbQA5E3wANxSNADYUnwA1&#10;FbMANBXNADMW7gA0Fv8ANBb/ADQW/wCvLgAAojQAAJc3AACMOAAAgjYAAHg0AABuLgAAZSoAAFwk&#10;AABUHgAATBgEAEYUDQBCFBIAQBQZAD8UIAA9FScAPBUtADsVNAA5FjoAOBZCADcWSgA2F1MANRde&#10;ADMYagAyGXkAMBmKAC8anQAuGrEALRvKAC0b7AAtHP8ALhv/AC4b/wCsMgAAnzgAAJQ7AACKPAAA&#10;gDwAAHY5AABrNAAAYi8AAFkqAABQJQAARx8AAEAaCgA8GRAAOhkWADgZHQA2GiMANRopADQaMAAz&#10;GjcAMhs+ADEbRwAvHFAALh1bAC0dZwAsHnYAKh6IACkfmwAoH64AJyDHACYg6gAnIP4AKCD/ACgg&#10;/wCpNgAAnTwAAJI/AACHQQAAfUAAAHQ+AABpOgAAXzUAAFYwAABNKwAARCUAADsgBwA2Hg4AMx4T&#10;ADIeGQAwHiAALx4mAC4fLQAtHzQALCA7ACsgRAAqIU4AKSFYACciZQAmInQAJSOFACMjmQAiJK0A&#10;ISTFACEl6AAiJf0AIiT/ACMk/wCmOgAAmj8AAI9DAACFRQAAe0QAAHJDAABnPwAAXToAAFM2AABK&#10;MQAAQSwAADgmAwAxIwwALiIRACwiFgAqIh0AKSIjACgjKgAnIzEAJiQ5ACUlQQAkJUsAIyZWACIm&#10;YwAhJ3IAHyeDAB4olwAdKKsAGynDABsp5gAcKfsAHSn/AB4o/wCjPgAAmEMAAI1HAACDSQAAekkA&#10;AHBHAABmRAAAWj8AAFE7AABHNwAAPjIAADUtAAAsKAkAKCcPACcnFAAlJxoAJCchACMoJwAiKC4A&#10;ISk2ACApPwAfKkkAHipUAB0rYAAbK28AGiyBABkslQAXLakAFi3BABYt5AAXLfoAGC3/ABkt/wCh&#10;QQAAlUcAAItLAACCTQAAeE0AAG5MAABkSQAAWEQAAE9AAABGPQAAPTgAADM0AAAqLwYAJCwNACEs&#10;EgAgLBgAHy0eAB4tJQAdLSwAHC40ABsuPAAaL0YAGC9RABcwXgAWMG0AFTF/ABMxkwASMagAETK/&#10;ABEy4gASMvkAEzH/ABMx/wCeRQAAk0sAAIlPAACAUQAAdlIAAG1QAABiTgAAVkkAAE1GAABEQwAA&#10;Oz8AADE6AAAnNgMAHzILABwyEAAbMhUAGTIbABgyIgAXMykAFjMxABU0OgAUNEQAEzRPABI1XAAR&#10;NWsAEDZ9AA82kQAONqYADTe8AA033QANNvYADjb/AA82/wCbSQAAkU8AAIdTAAB+VgAAdVYAAGpV&#10;AABgUwAAVU8AAExMAABCSQAAOEUAAC5BAAAkPQAAHDoIABY4DgAVOBIAFDgYABM5HwASOSYAETku&#10;ABA5NwAPOkEADjpMAA07WQANO2gACzt6AAo7jQAJPKIABzy4AAc81QAIPPAACTv/AAo7/wCYTgAA&#10;jlQAAIVYAAB8WwAAclsAAGhaAABeWAAAU1UAAElSAAA+TgAANEsAACpHAAAhRAAAGEIDABJACwAQ&#10;PxAADj8VAA4/HAANQCMADEArAAtANAAKQD4ACUFKAAdBVgAGQWUABEF2AANBigABQZ8AAEG0AABB&#10;0AABQe4AAUH8AAJA/wCVVAAAjFkAAINeAAB5YAAAcGAAAGZgAABdXgAAUVsAAEVXAAA6VAAAL1EA&#10;ACVPAAAcTAAAFEoAAA5ICAALRw4ACEcSAAdHGQAGRyAABUgoAANIMQACSDsAAEhHAABIUwAASGIA&#10;AEhzAABIhgAASJsAAEixAABHzAAAR+0AAEf7AABH/wCSWgAAiWAAAIBjAAB3ZQAAbmYAAGVmAABZ&#10;ZAAATGAAAEBdAAA1WwAAKlkAACBXAAAXVQAAEFMAAAtSBwAFUQ0AAVARAABQFgAAUB0AAFAlAABQ&#10;LgAAUDgAAFBDAABQUAAAUF4AAFBvAABQgwAAT5gAAE+uAABOyQAATusAAE37AABN/wCPYQAAhmYA&#10;AH1pAAB0bAAAbG0AAGFrAABTaQAARmcAADpkAAAvYwAAJGEAABpfAAASXgAADFwAAAZcBgAAWwsA&#10;AFoPAABaEwAAWhkAAFkhAABZKQAAWTMAAFk/AABZTAAAWVoAAFlrAABYfgAAWJQAAFerAABXxQAA&#10;VukAAFX7AABV/wCMaAAAgm0AAHpwAABycgAAZ3IAAFpxAABMcAAAP24AADNtAAAoawAAHWoAABRo&#10;AAANZwAAB2cAAABmAwAAZgkAAGUNAABlEQAAZBUAAGQcAABkJAAAZC4AAGQ6AABjRwAAY1UAAGNm&#10;AABjegAAYpAAAGGnAABgwQAAX+YAAF/6AABe/wCHbwAAf3QAAHh3AABueAAAYHgAAFJ3AABFdwAA&#10;OHYAACt2AAAgdAAAFnMAAA5zAAAHcgAAAHIAAAByAAAAcQUAAHEKAABxDgAAcBEAAHAXAABwHgAA&#10;cCcAAHAzAABvQAAAb1AAAG9gAABudAAAbosAAG2iAABsvAAAa+IAAGr4AABp/wCDdwAAfHsAAHN9&#10;AABlfgAAV38AAEl/AAA8fwAAL4AAACJ/AAAXfgAAD34AAAd+AAAAfwAAAH8AAAB/AAAAfgAAAH4F&#10;AAB+CgAAfg0AAH4RAAB+FwAAfiAAAH4rAAB9OQAAfUgAAH1ZAAB8bQAAfIQAAHucAAB6tgAAedoA&#10;AHj1AAB3/wCAfwAAd4IAAGmDAABbhQAATYYAAD+IAAAyiQAAJIkAABiJAAAPiQAAB4oAAACLAAAA&#10;jAAAAI0AAACNAAAAjAAAAIwAAACMAwAAjAgAAI0NAACNEQAAjRcAAI4iAACOLwAAjj8AAI1QAACN&#10;ZAAAjHsAAIyVAACLrgAAis0AAInvAACJ/wB7hQAAbYgAAF6KAABQjQAAQo8AADSRAAAmkgAAGZMA&#10;AA6UAAAGlQAAAJYAAACYAAAAmgAAAJsAAACbAAAAmwAAAJsAAACbAAAAnAAAAJ0FAACdCwAAnhAA&#10;AJ8XAACgJAAAoDQAAKBGAACgWQAAn3AAAJ+KAACepQAAnsIAAJ3oAACc+QBwjAAAYY8AAFOSAABE&#10;lgAANpkAACebAAAZnAAAD50AAAWfAAAAoQAAAKMAAAClAAAAqAAAAKkAAACpAAAAqQAAAKoAAACr&#10;AAAArAAAAK0AAACuAQAAsAkAALIPAACzGAAAtCcAALQ5AAC1TQAAtGQAALR+AACzmgAAs7QAALPV&#10;AACz8ABkkwAAVZcAAEebAAA4nwAAKaIAABqkAAAOpgAABKgAAACrAAAArQAAALAAAAC0AAAAtgAA&#10;ALgAAAC4AAAAuQAAALoAAAC8AAAAvQAAAL8AAADAAAAAwwAAAMUHAADJDwAAyhoAAMssAADMQAAA&#10;zVYAAM5vAADNiwAAzKgAAMzCAADM4gBYmwAASaAAADqlAAAsqQAAHKsAAA+uAAAEsQAAALQAAAC3&#10;AAAAugAAAL4AAADDAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzwAAANIAAADVAAAA2QAAAN0A&#10;AADhBQAA5g8AAOceAADoMgAA6UgAAOpgAADrewAA65cAAOyuAADswgD/AAAA/wAAAP8AAAD/AAYA&#10;/wANAP8AFQD/ACEA/wAsAP8AOAD/AEMA/wBMAP4AVAD7AFsA+gBiAPgAaAD2AG4A9QB0APQAegDy&#10;AIAA8QCHAO8AjwDtAJcA6wChAOkArQDnAL0A5QDYAOQA8wDiAP8A4AD/ANAA/wDEAP8AvAD/ALYA&#10;/wD/AAAA/wAAAP8AAAD/AAAA/wAJAP8AEQD/ABwA/QAnAPkAMgD1AD0A8QBGAO0ATwDrAFYA6ABc&#10;AOYAYgDkAGgA4wBuAOEAcwDfAHkA3QCAANoAiADYAJEA1ACbANIApgDPALQAzADJAMkA6QDIAP8A&#10;xwD/AMEA/wC3AP8ArwD/AKsA/wD/AAAA/wAAAP8AAAD/AAAA+AAFAPIADgDuABcA6gAiAOYALADh&#10;ADcA3QBAANgASQDTAFAA0ABWAM4AXADMAGIAygBnAMgAbQDGAHMAxAB5AMIAgQDAAIoAvgCUALwA&#10;nwC5AKwAtgC+ALQA3QCzAPcAsQD/ALAA/wCoAP8AogD/AJ4A/wD/AAAA/wAAAPkAAADvAAAA5gAA&#10;AN8ACwDWABIA0AAcAMwAJgDIADAAxAA6AMAAQgC9AEoAuwBQALgAVgC2AFsAtQBhALMAZgCxAGwA&#10;sAByAK4AegCsAIIAqQCMAKcAmAClAKUAowC0AKAAywCfAO4AnQD/AJwA/wCZAP8AlAD/AJEA/wD/&#10;AAAA9gAAAOoAAADdAAAAzwAAAMcABgDAAA8AuwAXALcAIACzACoAsAAzAK0AOwCqAEMApwBJAKUA&#10;TwCjAFUAogBaAKAAXwCeAGUAnQBrAJsAcgCZAHsAlwCFAJQAkACSAJ0AkACsAI4AvwCMAOIAiwD6&#10;AIkA/wCJAP8AhgD/AIMA/wD0AAAA5AAAANQAAADIAAAAvwAAALUAAQCuAAsAqQASAKUAGwChACMA&#10;ngAsAJsANACYADwAlgBDAJQASQCSAE4AkABTAI4AWQCNAF4AiwBkAIkAawCHAHMAhQB9AIMAiACB&#10;AJUAfwCkAH0AtQB7AM8AeQDxAHgA/wB3AP8AdwD/AHUA/wDlAAAA0QAAAMMAAAC4AAAArwAAAKgA&#10;AACgAAYAmgAOAJUAFQCRAB4AjgAmAIsALQCIADUAhgA8AIQAQgCCAEcAgABNAH8AUgB9AFgAewBe&#10;AHkAZQB4AG0AdgB2AHMAgQBxAI4AbwCdAG0ArgBsAMQAagDnAGkA/QBoAP8AaAD/AGkA/wDVAwAA&#10;wwcAALYIAACrBgAAogAAAJsAAACUAAAAjQAKAIgAEACDABgAfwAgAHwAJwB6AC4AdwA1AHUAOwB0&#10;AEEAcgBHAHAATABvAFIAbQBYAGsAXwBpAGYAZwBwAGUAewBjAIgAYgCXAGAApwBeALsAXQDcAFwA&#10;9gBcAP8AWwD/AFsA/wDJDQAAuRAAAKwRAAChEAAAlw0AAI8IAACIAAAAggAFAHsADQB3ABIAcwAa&#10;AG8AIQBsACgAagAvAGgANQBnADsAZQBBAGMARgBiAEwAYABSAF8AWQBdAGEAWwBqAFkAdQBXAIIA&#10;VQCRAFQAogBTALUAUQDPAFAA7wBQAP8AUAD/AFAA/wC/FAAAsBgAAKQaAACZGQAAjxYAAIcRAAB/&#10;DQAAdwYAAHEACABrAA4AZwAUAGQAGwBhACIAXgApAF0ALwBbADUAWQA7AFgAQQBWAEYAVQBNAFMA&#10;VABSAFwAUABlAE4AcABMAH0ASwCNAEkAngBIALAARwDHAEYA6QBGAPsARgD/AEUA/wC4GwAAqiAA&#10;AJ4iAACTIgAAiR8AAIAaAAB3FQAAbxAAAGgLAABhBAoAXQAQAFkAFgBWAB0AVAAjAFIAKgBQADAA&#10;TwA1AE4AOwBMAEEASwBIAEkATwBHAVcARgFhAEQCbABDAnkAQQOJAEADmgA+BK0APQTEADwF5QA8&#10;B/gAPAf/ADwH/wCyIgAApScAAJkpAACOKQAAhCcAAHsjAABxHgAAaRgAAGESAABaDQMAUwgMAE8F&#10;EQBMBRcASgYeAEgGJABHBioARQcwAEQHNgBDCD0AQQhDAEAISwA+CVMAPQldADsKaAA6CnYAOAuH&#10;ADcLmQA1C6wANAzCADMM5AAzDfkAMw3/ADQN/wCtJwAAoCwAAJUvAACLLwAAgC4AAHcqAABtJQAA&#10;ZCAAAFwaAABUFAAATA8GAEYMDQBDDBIAQQwYAD8MHwA+DCUAPA0rADsNMgA6DTgAOA0/ADcORwA2&#10;DlAANA5aADMOZgAxD3QAMA+FAC4QmAAtEKsALBDDACsR5QAsEfoALBH/AC0R/wCqLAAAnTEAAJI0&#10;AACHNQAAfTQAAHQxAABqKwAAYCcAAFghAABPGwAARxYAAEARCQA7EA8AORAUADcQGwA2ECEANBAn&#10;ADMRLQAyETQAMRE7ADARQwAuEk0ALRJXACwSYwAqE3EAKROCACcUlQAmFKkAJRXAACQV4wAlFvoA&#10;Jhb/ACYV/wCmMQAAmjYAAI85AACFOgAAezkAAHE2AABnMQAAXS0AAFQoAABMIgAAQx0AADsXBQA1&#10;FA0AMhMRADEUFwAvFB0ALhQkACwUKgArFTEAKhU4ACkWQAAoFkoAJxdUACYXYAAkGG8AIxiAACEZ&#10;kwAgGacAHxm+AB4a4AAfGvgAIBr/ACAa/wCjNAAAmDoAAI09AACDPgAAeT0AAG87AABlNwAAWzIA&#10;AFItAABJKAAAQCMAADgeAQAwGQoALBgPACoYFAApGBoAJxggACYZJwAlGS0AJBo1ACMaPgAiG0cA&#10;IRtSACAcXgAfHWwAHR1+ABwdkQAaHqUAGR68ABgf3QAZH/YAGh//ABse/wChOAAAlT0AAItBAACB&#10;QgAAd0IAAG1AAABjPAAAWTcAAE8zAABGLgAAPSkAADUkAAAtIAcAJx0NACUdEgAjHRcAIR0dACEd&#10;JAAgHisAHx4yAB4fOwAdH0UAHCBPABohXAAZIWoAGCJ7ABYijwAVIqMAFCO6ABMj2gAUI/UAFSP/&#10;ABYj/wCePAAAk0EAAIlEAAB/RgAAdUYAAGxEAABiQQAAVzwAAE04AABENAAAPDAAADMrAAAqJgMA&#10;IyILACAhEAAeIRUAHCIbABsiIQAaIigAGiMwABkjOAAYJEIAFiVNABUlWQAUJmgAEyZ5ABImjQAR&#10;J6IAECe4AA4n1gAQKPQAESf/ABEn/wCcQAAAkUUAAIdIAAB9SgAAdEoAAGpJAABgRgAAVUEAAEw+&#10;AABDOgAAOjYAADEyAAAoLQAAICkJABsnDgAZJxIAGCcYABYnHwAVKCUAFCgtABMoNgASKUAAEilL&#10;ABEqVwAQKmYADit3AA4riwANLJ8ADCy1AAsszwAMLO8ADSz/AA0r/wCZRAAAj0kAAIVMAAB8TgAA&#10;c08AAGlOAABeSwAAU0cAAEpEAABCQAAAOT0AAC84AAAlNAAAHTAFABYtDAAULBAAEy0VABItHAAR&#10;LSMAEC0qAA8uMwAOLj0ADS9IAA0vVQAMMGMACjB0AAkwiAAIMZwABjGxAAYxywAGMesABzD8AAgw&#10;/wCXSAAAjU0AAINRAAB6UwAAcVQAAGdSAABdUAAAUkwAAElKAABARgAANUIAACs+AAAiOgAAGjcB&#10;ABI0CQAPMw4ADjMTAA0zGQANMyAADDQoAAs0MQAKNTsACDVGAAc1UgAFNmAABDZxAAI2hAAANpkA&#10;ADavAAA2yAAANugAADb5AAE1/wCUTQAAilIAAIFWAAB4WAAAb1kAAGVYAABbVQAAUVIAAEdPAAA8&#10;TAAAMUgAACdEAAAeQQAAFj8AABA8BwALOg0ACToRAAg7FwAGOx4ABTsmAAQ7LgACOzgAATxDAAA8&#10;TwAAPF4AADxuAAA8gQAAPJcAADysAAA7xQAAO+cAADv4AAA7/wCRUgAAiFgAAH9cAAB2XQAAbV4A&#10;AGNdAABaXAAATlgAAEJUAAA3UQAALU4AACNLAAAaSQAAEkYAAA1EBgAHQwwAA0MQAABDFQAAQxsA&#10;AEMjAABDKwAAQzUAAENAAABDTQAAQ1sAAENrAABDfgAAQ5QAAEKqAABCwwAAQeYAAEH5AABB/wCO&#10;WAAAhl4AAH1hAABzYwAAa2QAAGJjAABXYQAASV0AAD1aAAAyWAAAJ1UAAB5TAAAVUQAADk8AAAlN&#10;BQACTQsAAEwOAABMEwAASxgAAEsfAABLKAAASzIAAEs9AABLSQAAS1cAAEtnAABKewAASpAAAEmn&#10;AABJwAAASOQAAEj4AABH/wCLXwAAg2QAAHpnAABxaQAAaWoAAF5pAABQZgAAQ2QAADdhAAAsXwAA&#10;IV0AABhbAAAQWQAAClgAAANXAwAAVwkAAFYNAABVEAAAVRUAAFQbAABUIwAAVC0AAFQ5AABURQAA&#10;VFMAAFRkAABTdwAAU40AAFKkAABRvQAAUOIAAFD4AABP/wCIZwAAf2sAAHduAABvcAAAZXAAAFdu&#10;AABKbAAAPWsAADBpAAAlaAAAGmYAABFkAAALYwAABGIAAABiAQAAYQYAAGALAABgDgAAXxIAAF8X&#10;AABfHgAAXigAAF4zAABeQAAAXk8AAF5fAABdcgAAXYgAAFygAABbuQAAWt8AAFn3AABY/wCEbgAA&#10;fHIAAHV1AABrdgAAXXUAAE90AABCcwAANXMAAChyAAAdcAAAE28AAAxuAAAEbgAAAG4AAABuAAAA&#10;bAIAAGwHAABrCwAAaw4AAGsSAABqGQAAaiIAAGotAABqOgAAaUkAAGlaAABpbAAAaIMAAGebAABm&#10;tQAAZdgAAGT1AABk/wCAdQAAenkAAHB7AABiewAAVHwAAEZ8AAA5fAAALHwAAB97AAAUegAADXoA&#10;AAR6AAAAegAAAHoAAAB6AAAAeQAAAHkBAAB4BgAAeAsAAHgOAAB4EwAAeBoAAHglAAB4MgAAd0EA&#10;AHdSAAB3ZQAAdnwAAHWVAAB0rwAAc84AAHLxAABx/wB+fQAAdYAAAGeBAABYggAASoMAADyEAAAu&#10;hQAAIYUAABWFAAANhQAAA4UAAACGAAAAhwAAAIgAAACIAAAAhwAAAIcAAACHAAAAhwQAAIcJAACH&#10;DgAAiBMAAIgcAACIKQAAiDgAAIdKAACHXQAAhnMAAIaNAACFpwAAhMUAAIPsAACC/gB4hAAAaoYA&#10;AFyIAABNigAAP4wAADGOAAAjjwAAFo8AAA2QAAACkQAAAJIAAACTAAAAlQAAAJYAAACWAAAAlgAA&#10;AJYAAACWAAAAlwAAAJcAAACXBwAAmA0AAJkTAACaHwAAmi0AAJo/AACaUgAAmmgAAJmDAACZnwAA&#10;mLoAAJfiAACW+ABtigAAX40AAFCQAABBkwAAM5YAACSXAAAWmAAADZkAAAGbAAAAnQAAAJ8AAACh&#10;AAAApAAAAKUAAACkAAAApQAAAKUAAACmAAAApwAAAKgAAACpAAAAqgQAAKwMAACuEwAAriEAAK4z&#10;AACuRwAArl0AAK52AACukwAArq4AAK3NAACs7wBhkQAAU5UAAESYAAA1nAAAJp8AABehAAANowAA&#10;AKUAAACnAAAAqgAAAKwAAACwAAAAsgAAALQAAACzAAAAtAAAALUAAAC3AAAAuAAAALkAAAC7AAAA&#10;vQAAAL8BAADDCwAAxRUAAMUlAADGOQAAx08AAMdoAADGhQAAxqIAAMa8AADG3gBVmQAAR50AADii&#10;AAAppgAAGagAAA2rAAAArQAAALEAAAC0AAAAtwAAALoAAAC/AAAAwQAAAMQAAADDAAAAxQAAAMYA&#10;AADIAAAAygAAAM0AAADPAAAA0gAAANYAAADbAAAA4AwAAOEYAADjKwAA5EEAAOVaAADmdAAA5pEA&#10;AOWsAADlxAD/AAAA/wAAAP8AAAD/AAEA/wAKAP8AEgD/AB0A/wAoAP8ANAD/AD4A/QBIAPoAUAD3&#10;AFcA9QBdAPQAYwDyAGkA8ABvAO8AdADtAHsA6wCBAOkAiQDoAJIA5gCcAOQAqADiALcA3wDNANwA&#10;7gDZAP8A2QD/AMoA/wC+AP8AtQD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8ADwD8ABgA+AAj&#10;APQALgDwADgA6wBCAOgASgDlAFEA4gBYAOAAXQDeAGMA3ABoANkAbgDWAHQA1AB7ANEAggDPAIsA&#10;zQCVAMoAoQDIAK8AxQDBAMIA4wDAAPsAwAD/ALsA/wCwAP8AqAD/AKQA/wD/AAAA/wAAAP8AAAD7&#10;AAAA8wABAO0ADADoABMA4wAeAOAAKADaADIA0wA8AM8ARADMAEsAyQBRAMYAVwDEAF0AwgBiAMEA&#10;ZwC/AG0AvQB0ALsAewC5AIQAtwCOALQAmQCyAKcArwC3AK0A0ACrAPIAqgD/AKkA/wChAP8AmwD/&#10;AJcA/wD/AAAA/wAAAPQAAADpAAAA4AAAANUACADOABAAyQAYAMUAIgDBACsAvAA1ALkAPQC2AEUA&#10;swBLALEAUQCvAFYArgBbAKwAYQCqAGYAqQBtAKYAdACkAHwAogCGAKAAkgCeAJ8AnACuAJkAwwCX&#10;AOcAlgD/AJUA/wCSAP8AjQD/AIoA/wD8AAAA8AAAAOMAAADUAAAAyAAAAL8AAwC5AA0AswATAK8A&#10;HACsACUAqQAuAKUANgCjAD4AoABEAJ4ASgCdAFAAmwBVAJkAWgCXAF8AlgBmAJQAbACSAHUAkAB+&#10;AI4AigCLAJcAiQCmAIcAuACFANYAhAD2AIIA/wCBAP8AfgD/AHwA/wDtAAAA3QAAAMwAAADBAAAA&#10;uAAAAK4AAACnAAkAogAQAJ4AFwCaAB8AlwAnAJQALwCRADcAjwA9AI0AQwCLAEkAiQBOAIgAUwCG&#10;AFkAhABfAIIAZQCAAG0AfgB3AHwAggB6AI8AeACeAHUArwBzAMcAcgDsAHEA/wBwAP8AcAD/AG4A&#10;/wDdAAAAyQAAALwAAACxAAAAqQAAAKEAAACZAAMAkwAMAI4AEgCKABkAhwAhAIQAKQCBADAAfwA3&#10;AH0APQB7AEIAeQBIAHgATQB2AFIAdABYAHIAXwBxAGcAbwBwAGwAewBqAIgAaACXAGYAqABlALwA&#10;YwDhAGIA+gBhAP8AYQD/AGEA/wDNAQAAvAUAAK8FAAClAgAAnAAAAJQAAACNAAAAhgAIAIEADgB8&#10;ABQAeAAbAHUAIwByACkAcAAwAG4ANgBtADwAawBBAGkARwBoAEwAZgBSAGQAWQBjAGAAYQBpAF8A&#10;dABdAIEAWwCQAFkAoQBXALQAVgDQAFUA8gBVAP8AVAD/AFUA/wDBDAAAsg4AAKYPAACbDgAAkgsA&#10;AIkFAACCAAAAewACAHUACwBwABAAbAAWAGgAHQBmACMAYwAqAGEAMABgADYAXgA7AF0AQQBbAEYA&#10;WgBMAFgAUwBWAFsAVABkAFIAbgBRAHsATwCKAE0AmwBMAK4ASwDGAEoA6gBJAP4ASQD/AEkA/wC5&#10;EgAAqhYAAJ4XAACUFgAAihMAAIEQAAB5CwAAcQMAAGsABgBlAA0AYQARAF0AGABaAB4AWAAkAFYA&#10;KgBUADAAUwA2AFEAOwBQAEEATgBHAE0ATgBLAFYASQBfAEcAaQBGAHYARACFAEMAlwBBAKkAQAC/&#10;AD8A4gA/APgAPgD/AD8A/wCyGQAApB4AAJgfAACOHwAAhBwAAHoYAAByEgAAag4AAGIIAABcAQgA&#10;VwAOAFMAEwBQABkATgAfAEwAJQBKACsASAAwAEcANgBGADwARABCAEMASQBBAFEAPwBaAD4AZQA8&#10;AHIAOgCBADkAkwA4AKUANgC6ADYA2wA1APQANQD/ADUA/wCsIAAAnyQAAJQmAACJJgAAfyQAAHUg&#10;AABsGwAAZBUAAFwQAABUDAEATgYKAEoCDwBHABQARAAaAEIAIABAACUAPwArAD4BMQA8ATcAOwI+&#10;ADkCRQA4A00ANgNWADUEYQAzBG4AMQV+ADAFkAAvBaMALQa4ACwG1AAsB/AALAj/ACwI/wCoJQAA&#10;myoAAJAsAACGLQAAeysAAHInAABoIgAAXx0AAFcXAABPEgAASA4EAEEKCwA+BxAAOwYVADkHGwA4&#10;ByEANggmADUILAAzCDIAMgk5ADEJQQAvCUkALgpTACwKXgArC2wAKQt8ACgMjwAmDKIAJQy3ACQM&#10;0wAjDfAAJA3/ACUN/wCkKgAAmC8AAI0yAACDMgAAeTEAAG8uAABlKQAAXCQAAFMfAABLGQAAQxMA&#10;ADwQBgA1DQwAMwwRADEMFgAvDBwALg0iAC0NKAArDS4AKg01ACkNPQAnDkYAJg5QACQOXAAjD2oA&#10;Ig97ACAQjgAfEKIAHRC3ABwQ1AAdEfIAHRH/AB4R/wChLwAAlTMAAIo2AACANwAAdjYAAG0zAABj&#10;LwAAWSoAAFAlAABIIAAAPxoAADgVAAAwEQgALBAOACoQEgAoEBgAJxAeACUQJAAkECoAIxEyACIR&#10;OgAhEUMAIBJOAB4SWgAdE2gAGxN4ABoTiwAYFKAAFxS1ABYU0QAWFfEAFxX/ABgU/wCeMwAAkzcA&#10;AIg6AAB+OwAAdDsAAGs4AABhNAAAVy8AAE4rAABFJgAAPSEAADQcAAAtFwUAJhMMACMTEAAiExUA&#10;IBMaAB8TIQAeFCcAHRQvABwVNwAbFUEAGhZLABkWVwAXF2UAFhd2ABQYiQATGJ4AEhizABEZzgAR&#10;Ge8AEhn/ABMZ/wCcNgAAkTsAAIY+AAB8PwAAcz8AAGk9AABfOQAAVTUAAEwwAABDLAAAOicAADIi&#10;AAAqHgEAIhkJAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj4AFRpJABMbVQASG2MAERx0&#10;ABAchwAPHZwADh2xAA0dywANHewADh3/AA8d/wCZOgAAjz8AAIRCAAB7RAAAcUMAAGhCAABePgAA&#10;UzoAAEo2AABBMgAAOS0AADEpAAAoJQAAICAGABodDAAXHBAAFRwVABQdGwAUHSIAEx0pABIeMgAR&#10;HzwAEB9GABAgUwAOIGEADSFxAAwhhQALIpkACiKuAAkixwAJIucACiL7AAsh/wCXPgAAjEMAAING&#10;AAB5SAAAcEgAAGdGAABcRAAAUj8AAEk7AABAOAAAODQAAC8wAAAnLAAAHicDABYjCgASIQ4AESET&#10;ABAiGQAQIiAADyInAA4jLwANJDkADCREAAslUAAKJV4ACSZvAAcmggAGJpYABCasAAMmxAAEJuUA&#10;BCb3AAYm/wCVQgAAikcAAIFKAAB4TAAAb0wAAGVLAABbSAAAUEQAAEdBAAA/PgAANzsAAC02AAAk&#10;MQAAGy0AABMqBwAPKA0ADScRAA0oFgAMKB0ACyglAAopLQAJKTcABypCAAYqTgAEK1wAAytsAAEr&#10;fwAAK5QAACupAAArwQAAK+MAACv2AAAq/wCSRgAAiEsAAH9PAAB2UQAAbVEAAGNQAABaTQAAT0oA&#10;AEdHAAA+RAAAM0AAACk8AAAgOAAAFzQAABExBQAMLwwACS4QAAcuFQAGLxsABS8jAAMvKwACMDUA&#10;ADA/AAAwTAAAMVkAADFpAAAxfAAAMZEAADGnAAAwvwAAMOEAADD1AAAv/wCQSwAAhlAAAH1UAAB1&#10;VgAAa1YAAGJVAABYUwAATlAAAEVNAAA6SQAAL0UAACVCAAAcPgAAFDsAAA45BQAJNwsABDYPAAE2&#10;EwAANhkAADYgAAA2KQAANjIAADc9AAA3SQAAN1cAADdnAAA3eQAAN48AADalAAA2vQAANuAAADX1&#10;AAA1/wCNUAAAhFYAAHxaAAByWwAAaVsAAGBbAABXWQAATFYAAEBSAAA1TgAAKksAACBIAAAXRgAA&#10;EEMAAAtBBAAEQAoAAD8OAAA+EQAAPhYAAD4dAAA+JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dgAA&#10;PYwAAD2jAAA8uwAAPN4AADv1AAA7/wCKVwAAglwAAHlfAABwYQAAaGEAAF9hAABUXgAAR1sAADpX&#10;AAAvVQAAJVIAABtQAAASTQAADEsAAAZKAwAASQkAAEgNAABHEAAARxQAAEYaAABGIgAARiwAAEY3&#10;AABGQwAARlEAAEZgAABFcwAARYkAAESgAABEuAAAQ9wAAEL1AABC/wCIXQAAf2IAAHdlAABuZwAA&#10;Z2gAAFtmAABOYwAAQWEAADReAAApXAAAH1oAABVXAAAOVgAAB1QAAABTAQAAUgYAAFELAABRDgAA&#10;UBEAAE8WAABPHgAATycAAE8yAABPPwAAT00AAE5dAABObwAAToUAAE2dAABMtQAAS9gAAEr1AABK&#10;/wCFZQAAfGkAAHRsAABtbgAAYm0AAFRrAABHaQAAOmcAAC1lAAAiZAAAGGIAABBgAAAJXwAAAF4A&#10;AABeAAAAXQMAAFwIAABbDAAAWg8AAFoTAABZGQAAWSIAAFktAABZOgAAWUgAAFhYAABYawAAV4EA&#10;AFeZAABWsgAAVdIAAFT0AABT/wCBbAAAeXAAAHNzAABocwAAWnIAAExxAAA/cAAAMm8AACVuAAAa&#10;bAAAEWsAAAlqAAAAagAAAGkAAABpAAAAaAAAAGcDAABmCAAAZgwAAGYPAABlFAAAZRwAAGUnAABk&#10;NAAAZEMAAGRTAABkZQAAY3sAAGKUAABhrQAAYM0AAF/xAABe/wB9dAAAd3cAAG55AABfeQAAUXkA&#10;AEN5AAA2eAAAKXgAABx3AAARdgAACnUAAAB1AAAAdQAAAHYAAAB1AAAAdAAAAHQAAABzAgAAcwcA&#10;AHMMAAByEAAAchUAAHIgAAByLAAAcjsAAHFMAABxXwAAcXQAAHCOAABvqAAAbsYAAGztAABr/wB7&#10;ewAAcn4AAGR+AABVfwAAR4AAADmBAAArggAAHoEAABKBAAAKgQAAAIEAAACCAAAAgwAAAIMAAACD&#10;AAAAggAAAIIAAACCAAAAggAAAIIFAACCCgAAgg8AAIIXAACCIwAAgjIAAIJDAACBVgAAgWwAAICG&#10;AAB/oQAAfr0AAH3mAAB8/AB2ggAAaIMAAFmFAABLhwAAPIkAAC6KAAAgiwAAE4sAAAqLAAAAjAAA&#10;AI0AAACPAAAAkQAAAJIAAACRAAAAkQAAAJEAAACRAAAAkQAAAJIAAACSAgAAkwkAAJQPAACUGQAA&#10;lCcAAJQ4AACUTAAAk2IAAJN8AACTmAAAkrMAAJHYAACQ9gBqiAAAXIoAAE2NAAA/kAAAMJIAACGU&#10;AAAUlQAACpYAAACXAAAAmQAAAJsAAACdAAAAnwAAAKAAAACgAAAAoAAAAKAAAAChAAAAogAAAKMA&#10;AACkAAAApQAAAKYHAACoEAAAqBwAAKgtAACpQAAAqVYAAKlvAACpiwAAqKgAAKfHAACm7ABfjwAA&#10;UJIAAEGWAAAzmQAAI5wAABSdAAAKnwAAAKEAAACjAAAApgAAAKgAAACsAAAArgAAAK8AAACvAAAA&#10;sAAAALAAAACyAAAAswAAALQAAAC2AAAAtwAAALoAAAC9BwAAvxAAAL8fAADAMwAAwEkAAMBiAADA&#10;fgAAwJsAAMC3AAC/2ABTlwAARJsAADWfAAAmowAAFqUAAAunAAAAqgAAAK0AAACwAAAAswAAALYA&#10;AAC7AAAAvQAAAMAAAAC/AAAAwQAAAMIAAADEAAAAxgAAAMgAAADKAAAAzAAAAM8AAADTAAAA2gcA&#10;ANsTAADdJQAA3jsAAN9TAADgbgAA34wAAN2pAADdwgD/AAAA/wAAAP8AAAD/AAAA/wAHAP8AEAD/&#10;ABkA/wAkAP8ALwD8ADoA+QBDAPUASwDzAFIA8QBZAO8AXgDtAGQA6wBpAOkAbwDnAHUA5gB8AOQA&#10;hADiAI0A4ACXAN0AogDaALEA1QDFANIA6ADQAP8AzwD/AMQA/wC4AP8ArwD/AKkA/wD/AAAA/wAA&#10;AP8AAAD/AAAA/wACAPsADQD3ABUA8wAfAO8AKQDqADQA5gA9AOIARQDeAEwA2wBTANgAWADUAF4A&#10;0gBjANAAaQDOAG4AzAB1AMoAfQDIAIUAxgCQAMIAmwDAAKkAvgC6ALsA2QC5APcAuAD/ALQA/wCp&#10;AP8AogD/AJ0A/wD/AAAA/wAAAP8AAAD2AAAA7gAAAOcACgDhABEA3AAaANcAIwDQAC4AywA3AMcA&#10;PwDEAEYAwQBNAL8AUgC9AFgAuwBdALkAYgC4AGgAtgBuALQAdQCxAH4ArwCIAK0AkwCqAKEAqACx&#10;AKYAyACkAO0AogD/AKIA/wCbAP8AlQD/AJEA/wD/AAAA/AAAAO4AAADjAAAA2AAAAM0ABQDGAA4A&#10;wQAVAL0AHgC5ACcAtQAwALIAOACvAEAArABGAKoATACoAFEApwBWAKUAWwCjAGEAoQBnAJ8AbgCe&#10;AHYAmwCAAJkAjACXAJkAlACoAJIAvACQAN8AjgD7AI4A/wCLAP8AhgD/AIMA/wD4AAAA6QAAANwA&#10;AADMAAAAwQAAALgAAACyAAoArAARAKgAGAClACEAogApAJ4AMgCcADkAmQA/AJcARQCVAEoAlABQ&#10;AJIAVQCQAFoAjwBgAI0AZwCLAG8AiQB4AIYAhACEAJEAggCgAIAAsgB9AMwAfADxAHsA/wB6AP8A&#10;dwD/AHUA/wDmAAAA0wAAAMYAAAC7AAAAsQAAAKcAAAChAAUAmwANAJcAEwCTABsAkAAjAIwAKwCK&#10;ADIAiAA4AIYAPgCEAEQAggBJAIEATgB/AFMAfQBZAHsAYAB5AGgAdwBxAHUAfABzAIkAcACYAG8A&#10;qQBtAL8AawDmAGoA/wBpAP8AaQD/AGcA/wDTAAAAwwAAALUAAACrAAAAowAAAJsAAACSAAAAjAAK&#10;AIcAEACDABYAfwAdAH0AJAB6ACsAeAAyAHYAOAB0AD0AcgBCAHEASABvAE0AbQBTAGwAWQBqAGEA&#10;aABqAGYAdABkAIEAYQCRAF8AogBeALYAXADVAFsA9wBbAP8AWgD/AFoA/wDFAAAAtgIAAKkCAACf&#10;AAAAlgAAAI4AAACHAAAAgAAFAHoADAB1ABEAcQAYAG4AHgBrACUAaQArAGcAMQBmADcAZAA8AGMA&#10;QQBhAEcAXwBNAF4AUwBcAFsAWgBkAFgAbgBWAHsAVACKAFIAmwBRAK4AUADIAE8A7gBOAP8ATgD/&#10;AE0A/wC7CgAArA0AAKANAACVDAAAjAgAAIMCAAB8AAAAdQAAAG4ACABpAA4AZQATAGIAGQBfAB8A&#10;XQAlAFsAKwBZADEAWAA2AFYAOwBVAEEAUwBHAFEATgBQAFUATgBeAEwAaABKAHUASACEAEcAlQBF&#10;AKgARAC/AEMA5ABCAPwAQgD/AEIA/wCyEQAApRQAAJkVAACOEwAAhBEAAHsNAABzCAAAbAAAAGUA&#10;AwBfAAsAWwAPAFcAFABUABoAUQAfAE8AJQBOACsATAAwAEsANgBJADwASABCAEYASABFAFAAQwBZ&#10;AEEAYwA/AG8APgB+ADwAkAA7AKMAOgC4ADkA2QA4APUAOAD/ADgA/wCsFwAAnxsAAJMdAACJHAAA&#10;fxkAAHUVAABsEAAAZAwAAF0GAABWAAYAUQAMAE0AEABKABUARwAaAEUAIABEACYAQgArAEEAMQA/&#10;ADYAPgA9ADwARAA7AEsAOQBUADcAXwA2AGsANAB6ADIAjAAxAJ4AMACzAC8AzgAvAO8ALgD/AC4A&#10;/wCnHgAAmiIAAI8kAACEJAAAeiEAAHEdAABnGAAAXxMAAFcOAABQCgAASQMIAEUADQBBABEAPgAW&#10;ADwAGwA6ACEAOQAmADcALAA2ADIANAA4ADMAPwAxAEcAMABQAC4AWwAtAGcAKwB2ACoAiAAoAJwA&#10;JwCwACYAyQAlAOoAJQH7ACUB/wCiIwAAligAAIsqAACBKgAAdygAAG0lAABkIAAAWxsAAFIVAABL&#10;EAAAQwwCAD0HCQA5Aw4ANgESADMBFwAxARwAMAEiAC8CJwAtAi0ALAM0ACoDOwApBEMAKARNACYF&#10;WAAlBWUAIwZ0ACIGhgAgBpoAHweuAB4HxgAdB+cAHQj4AB0J/wCfKAAAky0AAIgvAAB+LwAAdC4A&#10;AGorAABhJgAAWCEAAE8cAABHFwAAPxIAADgOBAAxCwoALggOACsHEgApBxcAKAgdACcIIwAlCCkA&#10;JAkwACMJNwAhCkAAIApKAB8LVQAdC2IAGwxyABoMhQAYDJkAFwytABYMxgAVDeYAFQ35ABYN/wCc&#10;LQAAkDEAAIY0AAB8NAAAcjMAAGgxAABfLAAAVScAAEwjAABEHQAAPBgAADQTAAAtEAYAJg0LACQM&#10;DwAiDBMAIQwZAB8MHwAeDSUAHQ0sABsNNAAaDj0AGQ5HABcOUwAWDmEAFA9xABMQhAASEJgAERCu&#10;ABAQxgAQEOgAEBD7ABEQ/wCZMQAAjjUAAIQ4AAB6OQAAcDgAAGc2AABdMgAAUy0AAEooAABCJAAA&#10;OR8AADEaAAAqFQEAIxEHAB0QDQAbDxAAGQ8VABgQGwAXECEAFhApABUQMQAUEToAExFFABISUQAR&#10;El8AEBJvAA4TggAOE5YADROrAAsTwgALFOMADBT6AA0T/wCXNQAAjDkAAII8AAB4PQAAbz0AAGU6&#10;AABbNwAAUjIAAEkuAABAKgAANyUAAC8hAAAoHAAAIBgDABkUCgAVEg4AFBISABMTGAASEx8AERQm&#10;ABEULgAQFDgADxVCAA4WTwANFlwADBdsAAsXfwAJGJMACBioAAYYvwAHGOAABxj1AAkY/wCVOAAA&#10;ij0AAIBAAAB3QQAAbUEAAGQ/AABaPAAAUDgAAEczAAA+MAAANisAAC4nAAAnIwAAHx8AABcaCAAS&#10;Fw0AEBcRAA8XFgAOGBwADhgjAA0ZLAAMGjUACxpAAAobTAAJG1oABxxpAAUcfAAEHZEAAh2mAAEd&#10;vAACHN0AAhzyAAMc/wCTPAAAiEEAAH9EAAB1RQAAbEUAAGNEAABZQQAATz0AAEY5AAA+NgAANTIA&#10;AC4uAAAlKgAAHSUAABQhBAAPHQsADR0QAAwdFAALHRoACh4iAAgeKgAHHzMABiA+AAQgSgADIVcA&#10;ASFnAAAheQAAIY4AACGkAAAhugAAIdsAACHyAAAg/gCQQAAAhkUAAH1IAAB0SgAAa0oAAGJJAABY&#10;RgAATkIAAEU/AAA9PAAANTkAACs0AAAiLwAAGSsAABIoBAANJAoACSMOAAYjEgAFIxkABCQgAAIk&#10;KAABJTEAACU8AAAlSAAAJlUAACZlAAAmdwAAJowAACaiAAAmuQAAJtkAACXyAAAl/gCORQAAhEkA&#10;AHtNAABzTwAAak8AAGBOAABXSwAATUgAAERFAAA8QgAAMT0AACc5AAAeNQAAFTIAAA8uAwAKLAoA&#10;BSsOAAEqEQAAKhYAACoeAAAqJgAAKy8AACs5AAArRQAALFMAACxiAAAsdQAALIoAACugAAArtwAA&#10;K9YAACryAAAq/wCMSQAAgk4AAHpSAABxVAAAaFQAAF9TAABWUQAATE4AAENLAAA3RwAALUMAACM/&#10;AAAaPAAAEjgAAAw2AwAGMwkAADINAAAyEAAAMRQAADEbAAAxIwAAMSwAADI3AAAyQwAAMlAAADJg&#10;AAAycgAAMocAADGeAAAxtQAAMNQAADDyAAAv/wCJTwAAgFQAAHhXAABvWQAAZlkAAF5ZAABVVwAA&#10;SVMAAD5PAAAyTAAAKEgAAB5FAAAVQgAADkAAAAg9AgABPAgAADsMAAA6DwAAORIAADkYAAA5IAAA&#10;OSkAADk0AAA5QAAAOU4AADldAAA5bwAAOIUAADicAAA3swAAN9IAADbyAAA1/wCHVQAAf1oAAHZd&#10;AABtXwAAZV8AAF1fAABSXAAARFgAADhVAAAtUgAAIk8AABhMAAAQSgAACkgAAANGAQAARQYAAEQK&#10;AABDDQAAQhAAAEEVAABBHQAAQSYAAEExAABBPQAAQUoAAEFaAABBbAAAQIEAAD+ZAAA/sQAAPtAA&#10;AD3yAAA8/wCEXAAAfGAAAHNjAABsZQAAZGYAAFlkAABLYQAAPl4AADJbAAAmWQAAHFYAABJUAAAM&#10;UgAABFEAAABPAAAATgMAAE0IAABMDAAASw4AAEsSAABKGQAASiIAAEosAABKOQAASkcAAEpWAABJ&#10;aAAASX4AAEiWAABHrwAARs0AAEXxAABE/wCBYwAAeWcAAHJqAABrbAAAYGsAAFJpAABEZgAAN2QA&#10;ACpiAAAfYAAAFV4AAA1dAAAGWwAAAFoAAABZAAAAWAAAAFcEAABWCAAAVgwAAFUQAABUFAAAVB0A&#10;AFQnAABUNAAAVEIAAFNSAABTZAAAUnkAAFKSAABRqwAAUMoAAE/vAABO/wB+agAAd24AAHBxAABm&#10;cQAAWHAAAEpvAAA8bQAAL2wAACJqAAAXaQAADmcAAAZmAAAAZQAAAGUAAABlAAAAYwAAAGIAAABi&#10;BAAAYQgAAGENAABgEAAAYBcAAGAhAABfLgAAXzwAAF9NAABeXgAAXnQAAF2NAABcpwAAW8UAAFrt&#10;AABZ/wB7cgAAdXYAAGt3AABddgAAT3YAAEF1AAAzdQAAJnQAABlzAAAQcgAAB3EAAABxAAAAcQAA&#10;AHEAAABxAAAAbwAAAG8AAABuAAAAbgIAAG4IAABtDAAAbREAAG0aAABtJgAAbDUAAGxGAABrWAAA&#10;a20AAGqGAABpoQAAaL4AAGfoAABm/gB5egAAcHwAAGF8AABTfQAARH0AADZ+AAAofgAAG30AABB9&#10;AAAHfQAAAH0AAAB9AAAAfgAAAH8AAAB+AAAAfQAAAH0AAAB8AAAAfAAAAHwAAAB8BgAAfAwAAHwS&#10;AAB8HQAAfCwAAHw8AAB8TwAAe2UAAHt+AAB6mgAAebYAAHjfAAB3+gBzgAAAZYEAAFaDAABIhAAA&#10;OYYAACuHAAAdhwAAEYcAAAeIAAAAiAAAAIkAAACKAAAAjAAAAI0AAACNAAAAjAAAAIwAAACMAAAA&#10;jAAAAIwAAACNAAAAjQQAAI4MAACOEwAAjyEAAI4yAACORgAAjlsAAI10AACNkAAAjK0AAIvOAACK&#10;8wBohgAAWogAAEuLAAA8jQAALY8AAB6QAAARkQAAB5IAAACTAAAAlQAAAJcAAACZAAAAmwAAAJwA&#10;AACbAAAAmwAAAJwAAACcAAAAnQAAAJ4AAACeAAAAnwAAAKEDAACiDAAAohYAAKMmAACjOgAAo08A&#10;AKNoAACihgAAoqIAAKLAAACh6ABcjQAATZAAAD+TAAAwlgAAIZkAABKaAAAHmwAAAJ0AAACgAAAA&#10;ogAAAKQAAACoAAAAqgAAAKsAAACqAAAAqwAAAKwAAACtAAAArgAAAK8AAACxAAAAsgAAALQAAAC3&#10;AQAAuQ0AALkaAAC6LQAAukMAALpbAAC6dwAAu5QAALuxAAC50gBQlQAAQZgAADKcAAAjoAAAE6IA&#10;AAikAAAApwAAAKoAAACsAAAArwAAALIAAAC3AAAAuQAAALsAAAC6AAAAvAAAAL0AAAC/AAAAwAAA&#10;AMIAAADEAAAAxgAAAMkAAADNAAAA0gEAANQPAADVHwAA1zUAANhNAADYaQAA14YAANejAADWvQD/&#10;AAAA/wAAAP8AAAD/AAAA/wADAP8ADQD/ABUA/wAgAPwAKwD4ADUA9AA/APAARwDuAE4A6wBUAOkA&#10;WgDnAF8A5QBkAOMAagDhAHAA3wB2AN0AfgDbAIcA2ACRANMAnQDPAKsAzQC9AMsA4ADJAPsAxwD/&#10;AL0A/wCxAP8AqQD/AKMA/wD/AAAA/wAAAP8AAAD/AAAA/AAAAPYACwDxABEA7QAbAOkAJQDkADAA&#10;3wA5ANoAQQDVAEgA0QBOAM8AVADNAFkAywBeAMkAYwDHAGkAxQBvAMMAdwDAAH8AvgCKALsAlQC4&#10;AKMAtgC0ALQAzQCyAPIAsAD/AKwA/wCjAP8AnAD/AJcA/wD/AAAA/wAAAPoAAADxAAAA6AAAAOAA&#10;BgDZAA4A0gAWAM4AHwDIACkAxAAyAMAAOgC9AEEAugBIALgATQC2AFMAtABYALIAXQCwAGIArgBp&#10;AKwAbwCqAHgAqACCAKYAjgCkAJsAoQCrAJ8AwACdAOYAmwD/AJoA/wCUAP8AjgD/AIoA/wD/AAAA&#10;9gAAAOgAAADcAAAAzgAAAMYAAQC/AAsAugARALYAGgCyACIArgArAKoANACoADsApQBBAKMARwCh&#10;AEwAnwBRAJ4AVgCcAFwAmgBiAJkAaACXAHAAlQB6AJIAhgCQAJMAjQCiAIsAtQCJANMAhwD3AIYA&#10;/wCEAP8AfwD/AHwA/wDyAAAA4wAAANIAAADFAAAAugAAALEAAACrAAcApQAOAKEAFACeABwAmgAl&#10;AJcALQCUADQAkgA6AJAAQACOAEUAjQBKAIsAUACJAFUAiABbAIYAYQCEAGkAggByAH8AfQB9AIsA&#10;ewCaAHgAqwB2AMQAdADrAHMA/wBzAP8AcAD/AG4A/wDfAAAAzAAAAL8AAAC0AAAAqwAAAKEAAACa&#10;AAIAlAALAJAAEACMABcAiAAeAIUAJgCDAC0AgQAzAH8AOQB9AD8AewBEAHkASQB4AE4AdgBUAHQA&#10;WgBzAGIAcABrAG4AdQBsAIMAagCSAGgAowBmALgAZADeAGMA+wBiAP8AYgD/AGAA/wDMAAAAvAAA&#10;AK8AAAClAAAAnQAAAJQAAACMAAAAhgAHAIEADQB8ABIAeAAZAHUAHwBzACYAcQAtAG8AMgBtADgA&#10;awA9AGoAQgBoAEgAZwBOAGUAVABjAFsAYQBkAF8AbgBdAHsAWwCKAFkAmwBXAK8AVgDLAFUA8gBU&#10;AP8AVAD/AFQA/wC+AAAAsAAAAKQAAACZAAAAkAAAAIgAAACBAAAAeQACAHMACgBvAA8AawAUAGcA&#10;GgBlACAAYwAmAGEALABfADIAXgA3AFwAPABbAEIAWQBHAFcATgBWAFUAVABeAFIAaABQAHQATgCD&#10;AEwAlQBKAKgASQDAAEgA6ABHAP8ARwD/AEcA/wC0CQAApgsAAJsMAACQCgAAhgUAAH4AAAB2AAAA&#10;bwAAAGgABQBjAAwAXwAQAFsAFQBYABoAVgAhAFQAJgBTACwAUQAxAFAANgBOADwATQBCAEsASABJ&#10;AFAASABYAEYAYgBEAG4AQgB9AEAAjgA/AKIAPQC4AD0A3QA8APgAPAD/ADwA/wCsEAAAnxIAAJQS&#10;AACJEQAAfw8AAHYMAABuBQAAZgAAAGAAAQBZAAgAVQANAFEAEQBOABYASwAbAEkAIQBIACYARgAr&#10;AEUAMQBDADYAQgA8AEAAQwA+AEsAPQBTADsAXQA5AGkANwB4ADYAiQA0AJwAMwCxADIAzgAyAPEA&#10;MQD/ADEA/wCmFgAAmhkAAI4aAACEGgAAehYAAHASAABoDgAAXwoAAFgDAABRAAQATAAKAEgADgBE&#10;ABIAQQAWAD8AGwA9ACEAPAAmADoALAA5ADEANwA3ADYAPgA0AEYAMwBPADEAWQAvAGUALgBzACwA&#10;hQArAJgAKgCtACkAxgAoAOoAKAD+ACgA/wChHAAAlSAAAIohAAB/IQAAdR8AAGwaAABjFgAAWhEA&#10;AFINAABLBwAARAAGAEAACwA8AA8AOAASADYAFwA0ABwAMwAhADEAJwAwACwALgAzAC0AOgArAEIA&#10;KgBLACgAVQAmAGEAJQBwACQAgQAiAJUAIQCpACAAwQAgAOQAHwD5AB8A/wCdIgAAkSYAAIYoAAB8&#10;JwAAciUAAGkiAABfHQAAVxgAAE4TAABGDgAAPwsAADgFBwA0AAwAMQAQAC4AEwAsABgAKgAdACkA&#10;IgAnACgAJgAuACQANgAjAD4AIgBHACAAUgAfAF4AHQBtABwAfgAaAJIAGQCnABgAvQAXAN8AFwH1&#10;ABcC/wCaJwAAjisAAIQtAAB5LQAAcCsAAGYoAABdJAAAVB8AAEsaAABDFAAAOxAAADQNAgAtCQkA&#10;KQUNACYDEAAkARMAIgIZACECHgAgAiQAHgMqAB0DMgAbBDoAGgVEABkFTwAXBlwAFgZqABQHfAAT&#10;B5AAEgelABEHuwAQB9sAEAjyABAJ/wCXKwAAjC8AAIExAAB3MgAAbjEAAGQuAABbKgAAUSUAAEkg&#10;AABAGwAAOBYAADESAAApDgQAIwwJAB8JDQAdBxAAGwcVABkIGgAYCCAAFwknABYJLgAVCjcAEwpB&#10;ABILTQARC1oAEAtpAA4MewAODJAADQylAAwNuwALDdkACw3xAAwN/wCVLwAAijMAAH82AAB2NgAA&#10;bDUAAGMzAABZLwAAUCsAAEcmAAA+IQAANh0AAC4YAAAnEwAAIBAFABkOCgAVDA4AFAwRABMMFgAS&#10;DBwAEQ0jABANKwAPDTQADg4/AA0OSgAMD1gACw9nAAoQeQAIEI0ABxCiAAYQuAAFENQABRDvAAYQ&#10;/wCSMwAAiDcAAH46AAB0OwAAazoAAGE4AABYNQAATjAAAEUsAAA9JwAANSMAAC0fAAAmGgAAHhYB&#10;ABcTBgAREAsADg4OAA4PEwANEBkADRAgAAwQKAALETIAChE8AAgSSAAHElUABhNlAAQTdgADE4sA&#10;ARSgAAATtgAAE9EAABPuAAAT+wCQNgAAhjsAAHw+AABzPwAAaj8AAGA9AABXOQAATTYAAEQxAAA8&#10;LgAANCoAACwmAAAlIgAAHh4AABYaAgAQFQkADBMOAAoTEgAJFBcACBQfAAcVJgAGFS8ABBY6AAMW&#10;RgABF1MAABdiAAAYdAAAGIkAABifAAAYtQAAF9AAABftAAAX+wCOOgAAhD8AAHtCAAByQwAAaEMA&#10;AF9CAABWPwAATDsAAEM3AAA7NAAAMzAAACwsAAAkKQAAGyQAABMfAgANGwkACRkNAAYZEQAEGRYA&#10;AhkdAAEaJAAAGi0AABs4AAAbRAAAHFEAABxgAAAdcgAAHYcAABydAAAcswAAHM4AABvtAAAb/ACM&#10;PgAAgkMAAHlGAABwSAAAaEgAAF5GAABVRAAAS0AAAEM9AAA7OgAAMzcAACoyAAAgLQAAFykAABAl&#10;AgALIgkABSANAAEfEAAAHxQAAB8bAAAgIgAAICsAACE2AAAhQQAAIU8AACFeAAAicAAAIoUAACGb&#10;AAAhsgAAIc0AACDtAAAf/ACKQwAAgEgAAHhLAABvTAAAZk0AAF1LAABUSQAASkYAAEJDAAA6QAAA&#10;LzsAACU3AAAcMwAAEy8AAA0sAgAHKQgAAScMAAAmDgAAJRIAACYZAAAmIQAAJikAACYzAAAnPwAA&#10;J00AACdcAAAnbQAAJ4IAACeZAAAmsAAAJcwAACXuAAAk/QCISAAAf0wAAHZQAABuUQAAZVIAAFxR&#10;AABTTwAASkwAAEFJAAA1RAAAK0AAACE8AAAXOQAAEDYAAAoyAQADMAcAAC8LAAAuDgAALREAAC0W&#10;AAAtHgAALScAAC0xAAAtPQAALUoAAC1ZAAAtawAALYAAACyXAAAsrwAAK8sAACruAAAq/gCFTQAA&#10;fVIAAHVVAABsVwAAY1cAAFtWAABTVQAAR1EAADtNAAAwSQAAJUYAABxDAAATPwAADT0AAAY6AAAA&#10;OAUAADcJAAA2DQAANQ8AADQUAAA0GwAANCQAADQuAAA0OgAANEcAADRXAAA0aAAANH0AADOVAAAy&#10;rQAAMcoAADHuAAAw/wCDUwAAe1gAAHNbAABqXQAAYl0AAFtdAABPWgAAQlYAADZSAAAqTwAAIEwA&#10;ABZJAAAORwAACEQAAABCAAAAQQMAAD8HAAA+CwAAPQ4AAD0RAAA8GAAAPCEAADwrAAA8NwAAPEQA&#10;ADxTAAA8ZQAAO3oAADqSAAA6qwAAOcgAADjtAAA3/wCBWgAAeV4AAHFhAABpYwAAYmQAAFdiAABJ&#10;XgAAPFsAAC9YAAAkVQAAGVMAABBRAAAKTwAAAU0AAABMAAAASgAAAEkEAABICAAARwwAAEYPAABG&#10;FAAARRwAAEUnAABFMwAARUAAAEVQAABEYQAARHYAAEOPAABCqAAAQcYAAEDsAAA//wB+YQAAdmUA&#10;AG9oAABoagAAXWkAAE9mAABCZAAANGEAAChfAAAdXQAAElsAAAtZAAACWAAAAFYAAABWAAAAVAAA&#10;AFMAAABSBAAAUQkAAFANAABQEAAATxgAAE8iAABPLgAATzwAAE9LAABOXQAATnIAAE2LAABMpQAA&#10;S8IAAEnqAABI/wB7aQAAdGwAAG5vAABkbwAAVW0AAEdsAAA5agAALGkAACBnAAAUZQAADWQAAANi&#10;AAAAYgAAAGEAAABgAAAAXwAAAF4AAABdAAAAXAQAAFwJAABbDQAAWxIAAFscAABaKAAAWjYAAFpG&#10;AABZWAAAWW0AAFiFAABXoAAAVr0AAFXoAABT/gB5cAAAc3QAAGl1AABbdAAATHMAAD5zAAAwcgAA&#10;I3EAABZvAAANbgAABG0AAABtAAAAbQAAAG0AAABsAAAAawAAAGoAAABpAAAAaQAAAGkDAABoCQAA&#10;aA4AAGgVAABnIQAAZy8AAGc/AABmUgAAZmYAAGV/AABkmgAAY7cAAGLhAABh/AB3eAAAbXoAAF96&#10;AABQegAAQnoAADN7AAAlewAAGHoAAA55AAAEeQAAAHkAAAB5AAAAegAAAHoAAAB6AAAAeAAAAHgA&#10;AAB3AAAAdwAAAHcAAAB3AQAAdwgAAHcOAAB3GAAAdyYAAHY2AAB2SQAAdV8AAHV3AAB0kwAAc68A&#10;AHLTAABx9wBxfgAAY38AAFSAAABFggAANoMAACiEAAAahAAADoMAAASEAAAAhAAAAIUAAACGAAAA&#10;iAAAAIkAAACIAAAAhwAAAIcAAACHAAAAhwAAAIcAAACIAAAAiAAAAIgHAACJEAAAiRwAAIksAACI&#10;PwAAiFUAAIhtAACHiQAAhqcAAIXHAACE7wBmhAAAV4YAAEiIAAA5igAAKowAABuNAAAPjQAABI4A&#10;AACQAAAAkQAAAJMAAACVAAAAlwAAAJgAAACWAAAAlwAAAJcAAACXAAAAmAAAAJgAAACZAAAAmgAA&#10;AJsAAACdBwAAnREAAJ0hAACdMwAAnUkAAJxiAACcfwAAnJwAAJy5AACb4gBaiwAAS44AADyRAAAt&#10;kwAAHpUAABCWAAAEmAAAAJoAAACcAAAAngAAAKEAAACkAAAApgAAAKcAAACmAAAApwAAAKcAAACo&#10;AAAAqQAAAKoAAACsAAAArQAAAK8AAACxAAAAswkAALMVAAC0JwAAtD0AALVVAAC1cAAAtI4AALSs&#10;AAC0zABNkgAAP5YAAC+aAAAgnQAAEZ8AAAWhAAAAowAAAKYAAACpAAAArAAAAK8AAACzAAAAtQAA&#10;ALcAAAC2AAAAtwAAALgAAAC6AAAAuwAAAL0AAAC/AAAAwQAAAMQAAADHAAAAywAAAM0MAADOGgAA&#10;zy8AAM9IAADQYgAA0IAAANCdAADQuAAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYX&#10;GBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5g&#10;YWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeo&#10;qqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx&#10;8vT19vf5+vv8/v//////////////////////////////////////////////////////AAAAAAAA&#10;AAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8&#10;PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOF&#10;hoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zN&#10;z9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////&#10;/////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcY&#10;GhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBh&#10;YmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iq&#10;q6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy&#10;9PX29/n6+/z+//////////////////////////////////////////////////////8AAQIDBAUG&#10;BwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/&#10;QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4&#10;eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7Cx&#10;srO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq&#10;6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADASEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkq&#10;KywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFi&#10;Y2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqb&#10;nJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW&#10;19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJ&#10;CQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0t&#10;Li8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOG&#10;iYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW&#10;1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5&#10;+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRka&#10;GhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpM&#10;TU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7&#10;vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp&#10;6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////4oHwSUNDX1BST0ZJTEUACQn/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////T/////////////////////////////////////////69H/////////&#10;////////////////////////////////9+n+////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////4c3X////////////&#10;///////////////////////////dr5a39P/////////////////////////////////////FjGin&#10;5//////////////////////////////////////MnImk5///////////////////////////////&#10;///////6zrvG9f//////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////3MW99f////////////////////////////////////+/k3qFxf//&#10;/////////////////////////////////9uQWz1lqPb/////////////////////////////////&#10;/rx1NABUm+v/////////////////////////////////05R+SSxOmuz/////////////////////&#10;///////////Y1MqzfmVtpfn////////////////////////////////////0xa6vyf//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////8NbG7P//////&#10;/////////////////////////////+a7kXRjq/f////////////////////////////////2xJpz&#10;RSY0fcz///////////////////////////////+1gFUwCgAZYLL/////////////////////////&#10;/////890NQsAAAAKUqf//////////////////////////////5Y0AAAAAAAAT6f/////////////&#10;////////////////9mkdAAAJDAYJUrH/////////////////////////////yzsOEzVMW01MXsP/&#10;////////////////////////////qWA2YIaftqypuNn/////////////////////////////4JeN&#10;vuX//////////////////////////////////////+35////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////r2cq8x///////////////////////////////////z5qBbVpG&#10;iOr////////////////////////////////EfD4mEAAAVLD/////////////////////////////&#10;/+CDPAAAAAAALoft/////////////////////////////6xTEAAAAAAAF23W////////////////&#10;////////////+4AxAAAAAAAACWHM////////////////////////////0loCAAAAAAAAAF3M////&#10;////////////////////////qDUAAAAAAAAAAFzT////////////////////////////fQ0AAAAA&#10;AAAAAFTW///////////////////////////ufUUAAAAAAAAAAETU////////////////////////&#10;///8qmQvAgAABCI3SVjO////////////////////////////6aRrQSg/Y3+Vp7ra////////////&#10;///////////////////VsqyyzOT6////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////lu5d3Ysj/&#10;////////////////////////////////255nNgoAAoz////////////////////////////////I&#10;fz8FAAAAAF7P/////////////////////////////9mBOQAAAAAAADyq////////////////////&#10;/////////55MAAAAAAAAACOQ////////////////////////////3G8aAAAAAAAAABB9+f//////&#10;////////////////////r0gAAAAAAAAAAABv7v//////////////////////////hBMAAAAAAAAA&#10;AABk5v/////////////////////////sUQAAAAAAAAAAAABX3v////////////////////////+4&#10;FQAAAAAAAAAAAABI1v////////////////////////90FAAAAAAAAAAAAAA4z///////////////&#10;//////////miWhMAAAAAAAAAAAAjxf/////////////////////////fm1wsAAAAAAAAAAANuv//&#10;////////////////////////77F9VTkiEQcBAhEisv//////////////////////////////37+l&#10;mZiaoKy92v//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////476dgHz7////////////////////////////////8reE&#10;VzAOAB2s///////////////////////////////SikwVAAAAAABy8///////////////////////&#10;/////9Z/NgAAAAAAAABLyf//////////////////////////+pE+AAAAAAAAAAAvq///////////&#10;////////////////wFoAAAAAAAAAAAAalf//////////////////////////jSQAAAAAAAAAAAAI&#10;hP/////////////////////////nXgAAAAAAAAAAAAAAd/////////////////////////+0JQAA&#10;AAAAAAAAAAAAav////////////////////////99AAAAAAAAAAAAAAAAW/T/////////////////&#10;//////0rAAAAAAAAAAAAAAAATOv//////////////////////6UAAAAAAAAAAAAAAAAAPOH/////&#10;/////////////////zAMAAAAAAAAAAAAAAAALdn/////////////////////mYphJwAAAAAAAAAA&#10;AAAAJ9f//////////////////////+2+iVUnAAAAAAAAAAAAJdz/////////////////////////&#10;/sqddl1KPDItLDA5R97///////////////////////////////3m3dbS0NPZ5P//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////v&#10;1LvW/////////////////////////////////+e4j2pLLxVv////////////////////////////&#10;///koWc0BwAAAAA8yf///////////////////////////9aCOwAAAAAAAAASl///////////////&#10;////////////7YUxAAAAAAAAAAAAb///////////////////////////pkIAAAAAAAAAAAAAUOH/&#10;///////////////////////saQAAAAAAAAAAAAAAN8n///////////////////////+zLwAAAAAA&#10;AAAAAAAAIrb///////////////////////95AAAAAAAAAAAAAAAAEKf/////////////////////&#10;//I0AAAAAAAAAAAAAAAAAJn//////////////////////6kAAAAAAAAAAAAAAAAAAIz/////////&#10;/////////////0YAAAAAAAAAAAAAAAAAAH//////////////////////3wAAAAAAAAAAAAAAAAAA&#10;AHT/////////////////////lwAAAAAAAAAAAAAAAAAAAGr/////////////////////zgAAAAAA&#10;AAAAAAAAAAAAAGP//////////////////////ykiAQAAAAAAAAAAAAAAAGH/////////////////&#10;/////7mjgFc3FwAAAAAAAAAAAGj///////////////////////////rTrpSGfHVxcHJ3gZT/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////27qdgmlp0///////////////////////////////yJNlPRkAAAAdnv//////////////////&#10;/////////9uOTBMAAAAAAAAAbv//////////////////////////23wsAAAAAAAAAAAARdf/////&#10;////////////////////iyoAAAAAAAAAAAAAIrT////////////////////////CRAAAAAAAAAAA&#10;AAAAA5f///////////////////////99AQAAAAAAAAAAAAAAAH///////////////////////+c2&#10;AAAAAAAAAAAAAAAAAGr//////////////////////50AAAAAAAAAAAAAAAAAAFj/////////////&#10;/////////0YAAAAAAAAAAAAAAAAAAEf4////////////////////6QAAAAAAAAAAAAAAAAAAADXp&#10;////////////////////lgAAAAAAAAAAAAAAAAAAACXb////////////////////vAAAAAAAAAAA&#10;AAAAAAAAABjO////////////////////6wAAAAAAAAAAAAAAAAAAAA/C////////////////////&#10;/wAAAAAAAAAAAAAAAAAAAAq5/////////////////////ycAAAAAAAAAAAAAAAAAAAq1////////&#10;/////////////3AAAAAAAAAAAAAAAAAAAA25/////////////////////+CcjHBVQjMmGxQPDQ4S&#10;Gia/////////////////////////////+eTY0s7My8zP1uD8////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////69O84///////////////////////&#10;/////////9KphWVILBIBhf////////////////////////////GrcTwPAAAAAAAAT+D/////////&#10;////////////////1X81AAAAAAAAAAAAH7L////////////////////////jdR0AAAAAAAAAAAAA&#10;AIn///////////////////////+QIwAAAAAAAAAAAAAAAGf//////////////////////9VDAAAA&#10;AAAAAAAAAAAAAEj2/////////////////////4oAAAAAAAAAAAAAAAAAAC7d////////////////&#10;/////zgAAAAAAAAAAAAAAAAAABfI////////////////////vgAAAAAAAAAAAAAAAAAAAAS2////&#10;////////////////nAAAAAAAAAAAAAAAAAAAAACl////////////////////ugAAAAAAAAAAAAAA&#10;AAAAAACT////////////////////3AAAAAAAAAAAAAAAAAAAAACC/////////////////////wAA&#10;AAAAAAAAAAAAAAAAAAB0/////////////////////xMAAAAAAAAAAAAAAAAAAABo////////////&#10;/////////0IAAAAAAAAAAAAAAAAAAABg/////////////////////3oAAAAAAAAAAAAAAAAAAABd&#10;/////////////////////9EAAAAAAAAAAAAAAAAAAABh//////////////////////8kAAAAAAAA&#10;AAAAAAAAAABm///////////////////////JrJmJfXZxbGlnZmdrcHqM////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////4sWqkXlhd///////////////&#10;///////////////dpndQLAwAAAAAMcT/////////////////////////4JJOEwAAAAAAAAAAAI//&#10;///////////////////////ScB0AAAAAAAAAAAAAAGD//////////////////////+5vDwAAAAAA&#10;AAAAAAAAADfi/////////////////////5YcAAAAAAAAAAAAAAAAABTA////////////////////&#10;/0AAAAAAAAAAAAAAAAAAAACj////////////////////rgAAAAAAAAAAAAAAAAAAAACJ////////&#10;////////////ngAAAAAAAAAAAAAAAAAAAABy////////////////////vAAAAAAAAAAAAAAAAAAA&#10;AABf////////////////////2gAAAAAAAAAAAAAAAAAAAABN////////////////////+gAAAAAA&#10;AAAAAAAAAAAAAAA7/////////////////////w4AAAAAAAAAAAAAAAAAAAAq+f//////////////&#10;/////zMAAAAAAAAAAAAAAAAAAAAb6f///////////////////14AAAAAAAAAAAAAAAAAAAAP2///&#10;/////////////////48AAAAAAAAAAAAAAAAAAAAG0P///////////////////9AAAAAAAAAAAAAA&#10;AAAAAAAAyv////////////////////8rAAAAAAAAAAAAAAAAAAAAyP////////////////////+A&#10;AAAAAAAAAAAAAAAAAAAAy//////////////////////3FgEFBQMBAAAAAAABBg0Yy///////////&#10;/////////////Ovh2M/Mzc/Q0tTX3OLq////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////Haxv//////////////////////////////8cajhGhNMhgAFav/////&#10;/////////////////////7l8RhgAAAAAAAAAAHH////////////////////////XfC8AAAAAAAAA&#10;AAAAADvj/////////////////////99kCQAAAAAAAAAAAAAAAAy1/////////////////////3QD&#10;AAAAAAAAAAAAAAAAAACN////////////////////xRUAAAAAAAAAAAAAAAAAAABq////////////&#10;////////mQAAAAAAAAAAAAAAAAAAAABL////////////////////tgAAAAAAAAAAAAAAAAAAAAAw&#10;/f//////////////////1wAAAAAAAAAAAAAAAAAAAAAZ5///////////////////9gAAAAAAAAAA&#10;AAAAAAAAAAAF0////////////////////w4AAAAAAAAAAAAAAAAAAAAAwf//////////////////&#10;/y8AAAAAAAAAAAAAAAAAAAAAr////////////////////1IAAAAAAAAAAAAAAAAAAAAAnv//////&#10;/////////////3kAAAAAAAAAAAAAAAAAAAAAjv///////////////////6UAAAAAAAAAAAAAAAAA&#10;AAAAgP///////////////////9gAAAAAAAAAAAAAAAAAAAAAdP////////////////////82AAAA&#10;AAAAAAAAAAAAAAAAbf////////////////////98AAAAAAAAAAAAAAAAAAAAaf//////////////&#10;///////XDQAAAAAAAAAAAAAAAAAAaP//////////////////////cAAAAAAAAAAAAAAAAAAAYf//&#10;/////////////////////1A8Rk5UWV1hZGhscHZ+if//////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////79W7o4tzWpX///////////////////////////i/jmRBIQUAAAAA&#10;AFL8///////////////////////3nVYYAAAAAAAAAAAAABfB/////////////////////+VsFgAA&#10;AAAAAAAAAAAAAACN/////////////////////2MAAAAAAAAAAAAAAAAAAABe////////////////&#10;////nQAAAAAAAAAAAAAAAAAAAAA1/P//////////////////oQAAAAAAAAAAAAAAAAAAAAAR2f//&#10;////////////////ygAAAAAAAAAAAAAAAAAAAAAAu///////////////////7gAAAAAAAAAAAAAA&#10;AAAAAAAAof///////////////////wwAAAAAAAAAAAAAAAAAAAAAiv///////////////////y0A&#10;AAAAAAAAAAAAAAAAAAAAdv///////////////////00AAAAAAAAAAAAAAAAAAAAAZP//////////&#10;/////////28AAAAAAAAAAAAAAAAAAAAAUv///////////////////5QAAAAAAAAAAAAAAAAAAAAA&#10;QP///////////////////7wAAAAAAAAAAAAAAAAAAAAAMP///////////////////+oOAAAAAAAA&#10;AAAAAAAAAAAAIv////////////////////9EAAAAAAAAAAAAAAAAAAAAFf//////////////////&#10;//+BAAAAAAAAAAAAAAAAAAAAC/X////////////////////ICwAAAAAAAAAAAAAAAAAAAuz/////&#10;////////////////XgAAAAAAAAAAAAAAAAAAAOX/////////////////////yRwAAAAAAAAAAAAA&#10;AAAAANr//////////////////////50BAAAAAAAAAAAAAAcOF8X////////////////////////V&#10;ubzBx87V2+Hm7fT7////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////438//&#10;////////////////////////////7MaliG1UOyEHADLe////////////////////////15JZKQAA&#10;AAAAAAAAAACg//////////////////////+JNgAAAAAAAAAAAAAAAABn////////////////////&#10;/2YAAAAAAAAAAAAAAAAAAAAy9v//////////////////lQAAAAAAAAAAAAAAAAAAAAADyP//////&#10;////////////pwAAAAAAAAAAAAAAAAAAAAAAoP//////////////////1wAAAAAAAAAAAAAAAAAA&#10;AAAAfP///////////////////wAAAAAAAAAAAAAAAAAAAAAAXv///////////////////yUAAAAA&#10;AAAAAAAAAAAAAAAAQ////////////////////0gAAAAAAAAAAAAAAAAAAAAALP//////////////&#10;/////2oAAAAAAAAAAAAAAAAAAAAAGP///////////////////4sAAAAAAAAAAAAAAAAAAAAABfP/&#10;/////////////////68AAAAAAAAAAAAAAAAAAAAAAOH//////////////////9UAAAAAAAAAAAAA&#10;AAAAAAAAAM////////////////////8kAAAAAAAAAAAAAAAAAAAAAL7///////////////////9U&#10;AAAAAAAAAAAAAAAAAAAAAK7///////////////////+LAAAAAAAAAAAAAAAAAAAAAJ//////////&#10;///////////LDgAAAAAAAAAAAAAAAAAAAJL/////////////////////VwAAAAAAAAAAAAAAAAAA&#10;AIb/////////////////////qgoAAAAAAAAAAAAAAAAAAHn//////////////////////20AAAAA&#10;AAAAAAAAAAAAAGb///////////////////////dVAAAAAAAAAAAAAAAAAEX/////////////////&#10;////////aiMrNT9KVWBqdX6HkZz/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////+jP&#10;tp2DaU65/////////////////////////+yyg1w6HQIAAAAAAAB7///////////////////////F&#10;bSkAAAAAAAAAAAAAAABA/////////////////////4MbAAAAAAAAAAAAAAAAAAAHy///////////&#10;////////kgAAAAAAAAAAAAAAAAAAAAAAmP//////////////////pAAAAAAAAAAAAAAAAAAAAAAA&#10;av//////////////////3QAAAAAAAAAAAAAAAAAAAAAAQf///////////////////w4AAAAAAAAA&#10;AAAAAAAAAAAAHf///////////////////zkAAAAAAAAAAAAAAAAAAAAAAOj/////////////////&#10;/2AAAAAAAAAAAAAAAAAAAAAAAM7//////////////////4UAAAAAAAAAAAAAAAAAAAAAALf/////&#10;/////////////6gAAAAAAAAAAAAAAAAAAAAAAKP//////////////////8sAAAAAAAAAAAAAAAAA&#10;AAAAAJD//////////////////+8WAAAAAAAAAAAAAAAAAAAAAH3///////////////////8+AAAA&#10;AAAAAAAAAAAAAAAAAGz///////////////////9pAAAAAAAAAAAAAAAAAAAAAFr/////////////&#10;//////+ZAAAAAAAAAAAAAAAAAAAAAEn////////////////////SFgAAAAAAAAAAAAAAAAAAADn/&#10;////////////////////WAAAAAAAAAAAAAAAAAAAACn/////////////////////ogAAAAAAAAAA&#10;AAAAAAAAABn/////////////////////9VYAAAAAAAAAAAAAAAAAAAT/////////////////////&#10;/7svAAAAAAAAAAAAAAAAAAD4//////////////////////+rKQAAAAAAAAAAAAAAAADP////////&#10;////////////////yUcAAAAABxMgLj5SaITt////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////9NXJ////////////////////////////&#10;+tKwknddQigMAABK////////////////////////xX1FFwAAAAAAAAAAAAAR2P//////////////&#10;/////8RQAAAAAAAAAAAAAAAAAAAAn///////////////////ogwAAAAAAAAAAAAAAAAAAAAAaP//&#10;////////////////lAAAAAAAAAAAAAAAAAAAAAAANv//////////////////2gAAAAAAAAAAAAAA&#10;AAAAAAAAB+z//////////////////xUAAAAAAAAAAAAAAAAAAAAAAMT//////////////////0gA&#10;AAAAAAAAAAAAAAAAAAAAAKL//////////////////3UAAAAAAAAAAAAAAAAAAAAAAIP/////////&#10;/////////50AAAAAAAAAAAAAAAAAAAAAAGn//////////////////8MAAAAAAAAAAAAAAAAAAAAA&#10;AFL//////////////////+cPAAAAAAAAAAAAAAAAAAAAAD7///////////////////8zAAAAAAAA&#10;AAAAAAAAAAAAACv///////////////////9YAAAAAAAAAAAAAAAAAAAAABj/////////////////&#10;//+BAAAAAAAAAAAAAAAAAAAAAAX///////////////////+sAAAAAAAAAAAAAAAAAAAAAAD/////&#10;///////////////eIgAAAAAAAAAAAAAAAAAAAADy////////////////////XAAAAAAAAAAAAAAA&#10;AAAAAADf////////////////////nwAAAAAAAAAAAAAAAAAAAADM////////////////////6EoA&#10;AAAAAAAAAAAAAAAAAAC3/////////////////////6AWAAAAAAAAAAAAAAAAAACc////////////&#10;//////////96AgAAAAAAAAAAAAAAAAB3////////////////////////egsAAAAAAAAAAAAAAAVM&#10;/////////////////////////6JXaHSAjZyrvNDn////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////+3j////////////////////&#10;///////So3pYOikjHBYOBgAAn/////////////////////+sUg4AAAAAAAAAAAAAAAAAaf//////&#10;////////////5EMAAAAAAAAAAAAAAAAAAAAANP//////////////////eQAAAAAAAAAAAAAAAAAA&#10;AAAAAOP/////////////////zQAAAAAAAAAAAAAAAAAAAAAAALL//////////////////xMAAAAA&#10;AAAAAAAAAAAAAAAAAIX//////////////////08AAAAAAAAAAAAAAAAAAAAAAF3/////////////&#10;/////4MAAAAAAAAAAAAAAAAAAAAAADr//////////////////7IAAAAAAAAAAAAAAAAAAAAAABz/&#10;/////////////////9sDAAAAAAAAAAAAAAAAAAAAAAL///////////////////8qAAAAAAAAAAAA&#10;AAAAAAAAAAD7//////////////////9PAAAAAAAAAAAAAAAAAAAAAADn//////////////////90&#10;AAAAAAAAAAAAAAAAAAAAAADU//////////////////+bAAAAAAAAAAAAAAAAAAAAAADA////////&#10;///////////EBwAAAAAAAAAAAAAAAAAAAACt///////////////////wMwAAAAAAAAAAAAAAAAAA&#10;AACa////////////////////ZwAAAAAAAAAAAAAAAAAAAACG////////////////////owAAAAAA&#10;AAAAAAAAAAAAAABy////////////////////40QAAAAAAAAAAAAAAAAAAABc////////////////&#10;/////5EGAAAAAAAAAAAAAAAAAABB/////////////////////+tfAAAAAAAAAAAAAAAAAAAd////&#10;///////////////////KSwAAAAAAAAAAAAAAAAAA////////////////////////y1cAAAwYJDE/&#10;TmB0i6fH///////////////////////////X5/L/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////r1M3Hwr66t7Owramopf///////////////////91+Uz8wIxkRCQIAAAAAAAAA&#10;ANv/////////////////dgAAAAAAAAAAAAAAAAAAAAAAAKf/////////////////ugAAAAAAAAAA&#10;AAAAAAAAAAAAAHX//////////////////wcAAAAAAAAAAAAAAAAAAAAAAEb/////////////////&#10;/04AAAAAAAAAAAAAAAAAAAAAABr//////////////////4wAAAAAAAAAAAAAAAAAAAAAAAD9////&#10;/////////////8EAAAAAAAAAAAAAAAAAAAAAAADb//////////////////EZAAAAAAAAAAAAAAAA&#10;AAAAAAC+//////////////////9EAAAAAAAAAAAAAAAAAAAAAACk//////////////////9rAAAA&#10;AAAAAAAAAAAAAAAAAACN//////////////////+RAAAAAAAAAAAAAAAAAAAAAAB5////////////&#10;//////+3AAAAAAAAAAAAAAAAAAAAAABm///////////////////eIQAAAAAAAAAAAAAAAAAAAABT&#10;////////////////////SgAAAAAAAAAAAAAAAAAAAAA/////////////////////dwAAAAAAAAAA&#10;AAAAAAAAAAAr////////////////////rAoAAAAAAAAAAAAAAAAAAAAW////////////////////&#10;50UAAAAAAAAAAAAAAAAAAAAA/////////////////////4oAAAAAAAAAAAAAAAAAAAAA////////&#10;/////////////9ZNAAAAAAAAAAAAAAAAAAAA/f////////////////////+nLgAAAAAAAAAAAAAA&#10;AAAA1f//////////////////////mCoAAAAAAAAAAAYYLUVg4P///////////////////////6hj&#10;dIGPnKu7zeL6////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////ny7epnZWOiYSA&#10;fHh0cGxoZZD/////////////////vGpILRkKAAAAAAAAAAAAAAAAADH//////////////////wAA&#10;AAAAAAAAAAAAAAAAAAAAAAP//////////////////0IAAAAAAAAAAAAAAAAAAAAAAADc////////&#10;/////////44AAAAAAAAAAAAAAAAAAAAAAACy/////////////////84AAAAAAAAAAAAAAAAAAAAA&#10;AACN//////////////////8pAAAAAAAAAAAAAAAAAAAAAABr//////////////////9aAAAAAAAA&#10;AAAAAAAAAAAAAABO//////////////////+GAAAAAAAAAAAAAAAAAAAAAAA0////////////////&#10;//+uAAAAAAAAAAAAAAAAAAAAAAAe///////////////////UFwAAAAAAAAAAAAAAAAAAAAAK////&#10;///////////////6PQAAAAAAAAAAAAAAAAAAAAAA////////////////////ZQAAAAAAAAAAAAAA&#10;AAAAAAAA////////////////////jgAAAAAAAAAAAAAAAAAAAAAA////////////////////vBkA&#10;AAAAAAAAAAAAAAAAAAAA7///////////////////8U4AAAAAAAAAAAAAAAAAAAAA2P//////////&#10;/////////4sAAAAAAAAAAAAAAAAAAAAAv////////////////////8xDAAAAAAAAAAAAAAAAAAAA&#10;of////////////////////+RGQAAAAAAAAAAAAAAAAAAev/////////////////////ydAoAAAAA&#10;AAAAAAAAAAARX///////////////////////6HQTHyw4RVNicoWbtNL1////////////////////&#10;///////X6PT/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////v38/Hu7Ovr7PH//////////////////9mymYd5bWRdVlFLRkE8ODItKCPE////////////&#10;/////0slCwAAAAAAAAAAAAAAAAAAAACS/////////////////4gAAAAAAAAAAAAAAAAAAAAAAABm&#10;/////////////////9cAAAAAAAAAAAAAAAAAAAAAAAA9//////////////////8zAAAAAAAAAAAA&#10;AAAAAAAAAAAY//////////////////9sAAAAAAAAAAAAAAAAAAAAAAAA//////////////////+d&#10;AAAAAAAAAAAAAAAAAAAAAAAA///////////////////JDAAAAAAAAAAAAAAAAAAAAAAA9v//////&#10;///////////xNQAAAAAAAAAAAAAAAAAAAAAA3///////////////////WwAAAAAAAAAAAAAAAAAA&#10;AAAAy///////////////////ggAAAAAAAAAAAAAAAAAAAAAAt///////////////////qQYAAAAA&#10;AAAAAAAAAAAAAAAAo///////////////////0y8AAAAAAAAAAAAAAAAAAAAAjf//////////////&#10;/////14AAAAAAAAAAAAAAAAAAAAAd////////////////////5MHAAAAAAAAAAAAAAAAAAAAXv//&#10;/////////////////81DAAAAAAAAAAAAAAAAAAAAQP////////////////////+HEAAAAAAAAAAA&#10;AAAAAAAAHP/////////////////////YXgAAAAAAAAAAAAAAAAAAAP//////////////////////&#10;v04AAAAAAA4cLD5SaoalyP///////////////////////8J8jJqntsXW6P3/////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////+7h18/Jw766trGtqaempqeu////&#10;/////////////76GbVtMQDcvKCIcFhALBAAAAAAU/////////////////9cFAAAAAAAAAAAAAAAA&#10;AAAAAAAA//////////////////80AAAAAAAAAAAAAAAAAAAAAAAA9v////////////////92AAAA&#10;AAAAAAAAAAAAAAAAAAAA0v////////////////+wAAAAAAAAAAAAAAAAAAAAAAAAsv//////////&#10;///////hJAAAAAAAAAAAAAAAAAAAAAAAlv//////////////////UQAAAAAAAAAAAAAAAAAAAAAA&#10;fP//////////////////eQAAAAAAAAAAAAAAAAAAAAAAZv//////////////////oAAAAAAAAAAA&#10;AAAAAAAAAAAAUf//////////////////xyMAAAAAAAAAAAAAAAAAAAAAPP//////////////////&#10;7ksAAAAAAAAAAAAAAAAAAAAAJ////////////////////3QAAAAAAAAAAAAAAAAAAAAAEP//////&#10;/////////////6MWAAAAAAAAAAAAAAAAAAAAAP///////////////////9hMAAAAAAAAAAAAAAAA&#10;AAAAAP////////////////////+IDwAAAAAAAAAAAAAAAAAAAP/////////////////////LUwAA&#10;AAAAAAAAAAAAAAAAAP//////////////////////pTgAAAAAAAAAAAkdNE5rjP//////////////&#10;/////////5k5Q1Ffbn2OoLXL5f/////////////////////////////r+f//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////rzLmsoZmRi4aBfHh0cGtoZmZo8f////////////////9hRTIjGA4G&#10;AAAAAAAAAAAAAAAAnv////////////////9+AAAAAAAAAAAAAAAAAAAAAAAAdf//////////////&#10;///DAAAAAAAAAAAAAAAAAAAAAAAAUv/////////////////7NwAAAAAAAAAAAAAAAAAAAAAAMv//&#10;////////////////agAAAAAAAAAAAAAAAAAAAAAAFv//////////////////lgAAAAAAAAAAAAAA&#10;AAAAAAAAAP//////////////////vxsAAAAAAAAAAAAAAAAAAAAAAP//////////////////5kIA&#10;AAAAAAAAAAAAAAAAAAAAAP///////////////////2kAAAAAAAAAAAAAAAAAAAAAAP//////////&#10;/////////5ACAAAAAAAAAAAAAAAAAAAAAP///////////////////7ksAAAAAAAAAAAAAAAAAAAA&#10;APT//////////////////+hcAAAAAAAAAAAAAAAAAAAAANn///////////////////+RGAAAAAAA&#10;AAAAAAAAAAAAALz////////////////////KUwAAAAAAAAAAAAAAAAAAAJ3/////////////////&#10;////mC4AAAAAAAAAAAAAEClGZsT/////////////////////7n8dDBooN0ZXaX6Vr8zu////////&#10;/////////////////+egqrnI2On8////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////fXw6+bi39vY1NLR0NLX4P/////////////////O&#10;nop8cWlhW1ZRTEhDPjo2Mi8uMf/////////////////SJREDAAAAAAAAAAAAAAAAAAAAAP//////&#10;////////////QgAAAAAAAAAAAAAAAAAAAAAAAP//////////////////fQAAAAAAAAAAAAAAAAAA&#10;AAAAAP//////////////////sAsAAAAAAAAAAAAAAAAAAAAAAPb/////////////////3TkAAAAA&#10;AAAAAAAAAAAAAAAAANz//////////////////2IAAAAAAAAAAAAAAAAAAAAAAMX/////////////&#10;/////4kAAAAAAAAAAAAAAAAAAAAAAK///////////////////68iAAAAAAAAAAAAAAAAAAAAAJn/&#10;/////////////////9ZIAAAAAAAAAAAAAAAAAAAAAIL///////////////////9yAAAAAAAAAAAA&#10;AAAAAAAAAGn///////////////////+hKAAAAAAAAAAAAAAAAAAAAE7////////////////////T&#10;XAAAAAAAAAAAAAAAAAAAADP/////////////////////li4AAAAAAAAAAAAAABUyUnf/////////&#10;////////////4HITAAABDx8vQlhwi6jI7P///////////////////////8pvbn6OnrDD2O//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////+eDSyMC6tbCsqKWin52bm5ygp///////////////////gmRWS0M8NjArJyIdGBMOCQQA&#10;ANT/////////////////kgAAAAAAAAAAAAAAAAAAAAAAAK3/////////////////zB4AAAAAAAAA&#10;AAAAAAAAAAAAAIv/////////////////+1IAAAAAAAAAAAAAAAAAAAAAAG3/////////////////&#10;/4AAAAAAAAAAAAAAAAAAAAAAAFH//////////////////6kbAAAAAAAAAAAAAAAAAAAAADr/////&#10;/////////////9BCAAAAAAAAAAAAAAAAAAAAACP///////////////////VoAAAAAAAAAAAAAAAA&#10;AAAAAAz///////////////////+PFAAAAAAAAAAAAAAAAAAAAAD///////////////////+4PgAA&#10;AAAAAAAAAAAAAAAAAAD////////////////////lbQMAAAAAAAAAAAAAAAAAAAD/////////////&#10;////////nzcAAAAAAAAAAAAAABAvUHT/////////////////////3XIUAAAAAAYXKkFadZS22v//&#10;/////////////////////7xYRFRkdYaar8jj///////////////////////////////SzeHx////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////8+/r7/f//////////////////////7rmonZaPioaCf3t4&#10;dnRyc3V4f5D/////////////////6086MCghGxUQCwcCAAAAAAAAACP//////////////////2kA&#10;AAAAAAAAAAAAAAAAAAAAAAD//////////////////5sKAAAAAAAAAAAAAAAAAAAAAAD/////////&#10;/////////8g5AAAAAAAAAAAAAAAAAAAAAAD///////////////////BjAAAAAAAAAAAAAAAAAAAA&#10;AAD///////////////////+KDgAAAAAAAAAAAAAAAAAAAAD///////////////////+wNAAAAAAA&#10;AAAAAAAAAAAAAAD////////////////////VWwAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;////hRoAAAAAAAAAAAAAAAAAAAPs////////////////////sUkAAAAAAAAAAAAAABg5XYH/////&#10;////////////////5XseAAAAAAAMIThSb4+z2f///////////////////////7tYKTlJWmyAl7DN&#10;7f////////////////////////////+znrTF1+v/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////67+fh&#10;3NnW1NLQ0NDR09ng6/f//////////////////7iKfndxbGhkYV5bWVhXV1leZXH/////////////&#10;/////78xHxYQCgUAAAAAAAAAAAAAAAD//////////////////+1WAAAAAAAAAAAAAAAAAAAAAADo&#10;//////////////////+CBAAAAAAAAAAAAAAAAAAAAADM//////////////////+rLwAAAAAAAAAA&#10;AAAAAAAAAACz///////////////////SVwAAAAAAAAAAAAAAAAAAAACb///////////////////3&#10;fBAAAAAAAAAAAAAAAAAAAACF////////////////////ojcAAAAAAAAAAAAAAAAABSuU////////&#10;////////////y2ECAAAAAAAAAAAADCxQdp7R////////////////////9Y0wAAAAAAANIztXdpm+&#10;5f///////////////////////8NjGCo7TF90jafG5/////////////////////////////+of5ao&#10;u9Dn/////////////////////////////////////f//////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////dzsW/vLm2tLOxsrK1ucDJ1eP/////&#10;//////////////+XbGReWVVRT0xKSEdGSEtQWWah//////////////////+nJg4HAgAAAAAAAAAA&#10;AAAAAABW///////////////////OUAAAAAAAAAAAAAAAAAAAAAA6///////////////////0eQsA&#10;AAAAAAAAAAAAAAAAAAAh////////////////////nzIAAAAAAAAAAAAAAAAAAAAO////////////&#10;////////xFgAAAAAAAAAAAAAAAAIMVqE////////////////////6X8fAAAAAAAAAAAGJ0txmsLp&#10;/////////////////////6dJAAAAAAIXL0poiq7V/P///////////////////////9N1HiY4Sl51&#10;j6vL7/////////////////////////////+ucoWYrMLb9v//////////////////////////////&#10;////3+//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////v7KqpqOhoJ+foaOmrLTAzd3s////////////////////ilpTT0tI&#10;RkRDQkFCQ0dOWWl9////////////////////ni4GAAAAAAAAAAAAAAAAAAAA////////////////&#10;////w1YAAAAAAAAAAAAAAAAAABVB////////////////////53saAAAAAAAAAAAAAAk0YIu0////&#10;/////////////////58/AAAAAAAAAAQlSnGZwuv//////////////////////8ZmDwAAABMqRGKD&#10;p831/////////////////////////+uONSs+UWiBnbze//////////////////////////////++&#10;dn+UqcHc+f//////////////////////////////////0tjz////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////28vDv7+/x8/j9////////////////////////////&#10;+LCfmpeWlpaYm5+krLbC0eHu/////////////////////o5QSkdFRERERUZHS1FaaIOp////////&#10;/////////////6ZBAQAAAAAAAAAABzZjj7rh/////////////////////8ZlCgAAAAAABCdMc5zE&#10;7P///////////////////////+WILwAAEypEYoKmzPT///////////////////////////+rUDZK&#10;YXuWtNb6///////////////////////////////Sh3yYscvp////////////////////////////&#10;////////1M7t////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////t5ePj5Obo7fH5//////////////////////////////2xlJKSlZmdo6myvNDt////&#10;//////////////////////+dU0dJTVFWYHOKr9b8//////////////////////////+yVgAaNVBt&#10;i67S9//////////////////////////////Nbz5fe5m31/n/////////////////////////////&#10;///un4OmwuH/////////////////////////////////////487r////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAD/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////wAA&#10;AP/uAA5BZG9iZQBkQAAAAAL/2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEB&#10;AQEBAQEBAQECAgICAgICAgICAgMDAwMDAwMDAwMBAQEBAQEBAQEBAQICAQICAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABQIAT8CZAQBEQACEQEDEQEE&#10;EQD/3QAEAE3/xAGiAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAA&#10;AAYFBAMHAggBCQAKCxAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQz&#10;F1JxgRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9Pj&#10;KThm83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK&#10;1NXW19jZ2uTl5ufo6er09fb3+Pn6EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEU&#10;cQhCgSORFVKhYhYzCbEkwdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeE&#10;haOzw9Pj8ykalKS0xNTk9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY&#10;6Pg5SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6vr/2gAOBAEAAhEDEQQAAD8AtI/uJsW5UbL2pz6y&#10;f7uYe40kBfV9n/j+Pr7BAeTTrMhxQUr6gk4/z5Hy6zTFtbgmtumaUGkV/wAHVek+5N8eSG28N0iN&#10;2Y6huDLEGxAYMRWX02vx9Bx76bYuxlNv7mbUFhb/AI93E2vf/qC+lwf8fdQ0kgqHJzX5/wCH0I+X&#10;n5dVFtA/CBP95H+b5/n090W7N4Ron+/v3QFudQOfzPKhSSQ61JBa39fyPeP+4uxyDbZu1PqLkbew&#10;/BubEXo1/H+t/t/fgXU0LEnNOP5jz/y+nDjZbS3NV+mTUK/hGflSh6f23nu8GG27dzhgpFjn8sFI&#10;Gk6+KywYDj6fn31/cLY4Yn+5u1bfQ227hxxcc8Uf+H1t7uJG0Itc8fX/AFceH+bra21sNBNslPPt&#10;Hn5cMelOujvfeb8/3v3OSGtYbgy4/tcAXq7ckf1+n+Hvr+4WyL2Gy9qfq4H93cPe1yOf8iH0/wAf&#10;bLz6QW8Q0p8+PH1/wY6bNvbE9sCfko6c4N3b0kBDbs3RyeD/AHgyyso1fS33dtSgnm3N/rx7xf3G&#10;2MWDLs3aYDNYj+7+HUqFu19P2h4sbC/4v7ZkMmhgzliFxxNScUrj7TTzp0o+ltNH9gh4fhGf5dKi&#10;j3jvCNUH96tzAHkk5/KDTp5u3+VkEi9ufp/sffv7jbIQ2Oz9rEj/AFO38QQbAfg0Ok6r2+o9sgGR&#10;SyrQGvHjn1zUUpX+fVGtbZsfTJn+iK+fy6mvvXeQZVG7dzE2W5GdyfqAPNj90ouR/vJ94jsjYrEM&#10;2zdqePTp1LtzEtchrAl/swL6l+nvzCWIMiu3jaq0JpQEVwPSh418+A6slpCx0/TJrJ4aVpSmPL0/&#10;w9TIN37ymIB3XuQLY3YZ3J/UEgaiKs2JI+n59wTsfZLI5GzdpaVBHG3cMoJ9ViT9nc/nn/e/ao1W&#10;WNTI+tjXiT6VAH+r8urG2tc0hQE+dF/YOnek3fu7n/f2bhAsQxObyQAuxGrUalr2vcfjjj31/cPY&#10;5UBdnbVJtqZW2/iQDyfSCtFcgDm3P4t7qZ3RmLkheAIr+2h4elTTzrSvTZgtAB/i6enAef2j1xnp&#10;0i3Vu530puvcjkFCFkzuUtzzo1GpAIC825HI/wBb32+w9kg6js/anJGk/wB3sRcLpAOq1JYcn2j8&#10;dmGldVAM54mtceZ/w9MG3tw1DbpQUoaD1z5fz6WVDuXdgdDJuncWr0sqjNZRrABRpf8Aytgty3+3&#10;HvAdjbHLsRs7aepbG52/h/xbhf8AJPp/vvz7uhlVEVnfwmJFBX9p/wCL/wAHWha2tVHgJSpHwiv2&#10;8P8AV+zpTNuvdPjv/ebOgqoYuc5kf6Xso+6uNJ4/1/fCTZGyQOdn7VJcrbTt7DGyng3tR+luf8Db&#10;3dNWo6CQq1rUtk/KpyMfMdVktYAdIto9WMBQf8nXODdW7G0s+58+SwIRhma+2lQAWAFUwVv9f3El&#10;2RsoG42ZtZUvwBt7EliTYkH/ACPkg3/x97jBY1Muqamc0AHqM8D+zq30dtQEW6E181Apx+VadP8A&#10;Fu3dKIB/eTcIUkW/3MZDUSBwCDPwfxfg/wC9+4L7D2VcAbO2uBzb/fv4nks2rgfaG9lI59rUuGCs&#10;xkGuo/Kgpn8/I/Lj5NPb21Dqgj40yo/PyP8Ah9KdS13Vug8Dce4CtmN/4xkfqbm6n7kDTY3v/wAU&#10;9xpdkbItoTZ219RB5O38T+FuB/wEOkD+n/Gve08b+0kc+EPIE+tK+VfLP2/OrawQaSGtkx5hRw/Z&#10;/n6d4N07k4X+8meEjKCG/i9d9NOo/wDKSbtYX5v/ALa3uB/cnZSNzs/a1zwbYDEEE355+z44H49q&#10;mUzR1DnR8/5Yr/h/Lz6Z8C2Yhmtk0kDOkf5vLpQ0u690rIituHOagxHGWyHJJsdV6kDQD+mw4P8A&#10;sfcV9lbK9Vtn7WOpwf8Aj3sUdN1+nNHf6g+7KxIy5BCnz45/Zwp+fXjbQFW/QTV9gx/g+3pSJuHc&#10;50n+8GcvwD/uVrvSBa1iak3bk8Hg+8R2ZsoqpG0NrfkNfb+IP0tz/wAAr3s3vYR/EdWkNcEUJrmu&#10;ONPLH+z1r6a3JCNAurhhR/q9ep/94NyJEoGfzmr1C38Urvp9b3M/pJX+n4H+HvFLsvZdwqbS2xYK&#10;OG2/i7/4mxpLjkcG3vcQrV3Byx4Ef4R8uIqeqi3ttQ/RTRX0XqfTbj3J9P4/myedJ/itexF7f0nv&#10;/UDjn6e4r7K2Z6r7S2wBYfXBYm17kCw+04tf28TQJoya5oPL7fOtD69ekt7bisMYNc9q/wAqA9O9&#10;Fntx6/Vn82x02UHK5AH6C5KtUDgh/rce4zbK2aD/AMejtgG9h/uBxPNxz9aTj3v4lILHP24/Z/q/&#10;LphrW3qQYEDHPAf5PXp7h3FuLgjPZhl59P8AFK71abgE6qjmxB5+nHuOdkbNW5/uhtksRe/8CxVg&#10;LfT/AICcH/e/e2kqFUSAL8h/Pjkf6j1Qw2wH9inD+EfLp1h3DuJyGOdzIUf2Tkq7k3a17zG/4vz9&#10;R7htszZd2J2jtjiw4wWJ/PN7/a39uFZqJoY0zxr9lOmjbx4McCZPmo/zYp0/0+cz2j1ZzMG//Vzr&#10;bj/YCex1D/eveCTZmzSCf7p7Y55W2BxV+P6f5L9L+7rh0XuGaHPXnt7cuA0SaRx7RSv+U0/2enWl&#10;zeeUH/c3lzbkFshXNo4J5In4sVt+b+2mfZ2zgWA2ntkC1yy4HF8/Uav+AtwDf2vWgVJK1+TH+X+r&#10;5dJJo7ZR2wrSnoPt8h69KihzGcYevMZYM3pBXIVltQ5+vmH4/HN/9h7bm2hs821bS2ze9+MBjBxY&#10;i3FIDzbmw9rUjIB0t2U8yDmoznGPKp6bW3ipmFdJHoKf6vPp0GZzdh/uYygIbkivrOAOCLiW/N/c&#10;eXZ+z+QNqbb0k/8AOhxf14uL/afQe3EjrpLfGOOfLOePn+zpt4IWZtMK8a8B5g9TqfNZpTYZjJm9&#10;xc5CrsOD9AJuDf8Aw/HuG+ztnrz/AHV21x9f9wWMP+3/AMk/PtxVLsVCk1wP9j+XTDwxCn6Q009B&#10;5en7R0oafNZnSp/i+Tte/NfV8ggcD921zbgf4e4Eu0NoKfTtTbgU/U/wTGG3FiP+Av5PtZHEWU6y&#10;DMPKmT5j5f8AFdNtbwUAMS6zngP8Hr/m6fKbLZc6Scrk9J+l8hU2BBNyVM4PP4v+PbRVbQ2iwuNq&#10;7bt/QYXF8n1flabkj2rto1RmUk+L9nAY8j6/n+XSN4Y9LM0a0A9OBx8v9XDpU0mZzFx/uTyVuLWr&#10;ar0/Xm/k+h9tb7P2lb/j1tum3IH8Dxp/3j7W/wBfawRxspNACfsz/q/yjpG8MDA6o1AJwaAcfT/V&#10;59KCnzmY1LGMpkAC2kj72o/P+Jktcc+26TZ20yONsbeH1/5cmNPN+PpS2PtVF2lSVUg+gAxT1wfl&#10;/k6LnijGVhGBn86V8v8AVXpSQ5jJJcnI5EkWIH3tUR9b8Lrb6f7D22TbT2kpIO2Num1z/wAWTG/j&#10;/qmP9fZtHCrKBGtAfSn8vlgfL8uk8kEK6mRPL0Gcf5enmnymVZVY5Gu+o5arnPB/LDyE3/r7bJNp&#10;7UAH+/a26bfX/cNjbj/1WufasLGzMBAKfYKH5cMdJpFTQy0FaYwP8nT1TV+TJuchXWtYN93U245N&#10;iW/33+PuBNtXairf+7W3xwP+XLjfrYHgfbn8e3FijapECn/Ufl+z7ekz+GRo0r5nH2ceHy/aen+i&#10;qslJIF+/q7f41M3B4tf9zj20zbX2sEYjbWA/P/Lmxv1/Nj9sb+1sMEbMNUa6vs/Z6U6QS+GEb9MC&#10;hp6/6sdKeCqry6L97V6R/wBNM5I54+sh+vI9u20NpbUmrnZtsbfbTc84XHEC30FjTD6Ej2j32KOO&#10;MYUJT0H+rP8AL16XbHGstwKqvp5dJXtDK5OkwSRw5CtSSQhbpV1CNZmseQ4/Huw7p7rvZMsLSy7N&#10;2rMQiWMuAxDixFibNSNYkn3jFztesshWOVkSvlUGoz/kpj+fU77Tbw+C7fToRSg7R8j6Z8x1r2fN&#10;3fW6aUxU9LuPNU8rSVLlYcxWwj1BlUft1CAkax9bfn2O0fX+xX/5gvanClrf3dw6k3YXA/yQ/wCH&#10;09l3ivFBEA/GmePlgnh8/wA/XoJ7rb2z3sxWJKVPkPXrWk7K7G7Aq95ZuRd87xRUrqzSibnzcahV&#10;qHj0hfvyLhVA49yG2HsVaWR12VtS4Rv+YcxBYab/AEP2d7lvp9ePZDvUkw0ASmpb1xn1HoB/OnHo&#10;Q8twW7FwYEOPRSM/aOjKfEje+8spupYq7eu7ZI40jIE25MtINQlHF5Kw21MP+RcewwqtpbJedo12&#10;ZtQMr2529iAGBaw+tGLsLW/J91tVkWMtJI2gj19BX9nA4oOhK1vaaWrbporg6VzX0xw4efV30VXu&#10;OPG0tRHuTOyKKaMkfxjInUGCgNf7m5Nz+b/717z/ANydjxwSSnZu1iwRiCMBiSLrc8/5GQABb6fk&#10;fkce6RyStNo8UgVA9CK4x8+Jzxrmhz0zHb2umQPboGrjtApX8j64rk+dDnpsqszuioqcfTLuLcJ/&#10;fDHTmshpKLc6DarBtxY/63Huvnv3Zm15hmK+La23Y4YYapozFhMdGPSrMf00o+h/w95IcgCJvobP&#10;BmqoauePD+VfP06jLni0VrS9nSJVjSNiaCn7CB/m4dXr/CzM12PoNtYuoyeQqJ66eiZvuKypmLM7&#10;xjnySueV/wARz71Nu/pcfVdiZzwUVFHGMhUIqRU0CIumZgLKiAAW9j7mcxDcHhWNQAaYFPl/m656&#10;SzzyXFzJ4rULmmTwqfLq+RF0oi/6lFX/AGwA9nl+Fe0MPUYOuyNViMbUHzIgaehppfovNjJE3sYb&#10;BawptdSi1bhUA/6v29HXKfiy3VxKZWNPU9Jfd9QYcYFUsDLIFBUkHi39Pr9fZ7pNvbb/AOefwl/o&#10;f9xdAOP+pAN/Zr9LEo/sk0146R/m/wAvQ+eRgEqxrQip8vzr6dBlAZmawkkCggn1ta3+te3tirdv&#10;beF9OCwv+P8AuMoRbn638PB49u/T25Us0S8aCgHp5/t6KriRlNdZ06vI5+Q48KdKKhMjEDU3+xYn&#10;6f72fafmwG3wTfBYa/4/3GUK8f1/zFvx7q9tCIx+itPkAfl6dFckzCpBP8z0ooyx41Nb/En/AF7n&#10;+ntrmwe37c4PEf4WxlEbgc/8cCB719JArf2SsAPMDH8v9Xz6YaaQY8Rjj1P+r5dTogwAJP5PHN+O&#10;Ob/kH2xzYPBXe+FxP9eMZRD/AB5/Z/3r2oEECf8AEdNR+Q/zDpA88gb4ySfKpx1Mjubcn+n+J/xv&#10;7ap8Nghe2FxIH4/3HUYvb8/5g/097Fvbin6CVr6D/UOqNM4/0RgT8z/LqQBb8k/6/tlqMRgQxIw2&#10;KAN72x1H9f8AA+Efk/091MUB4wJT7B/m/wBjpK88tf7Vv2nrv2n6zC4QcLiMX9Pxj6T6f04h+ntg&#10;wwMoPgpWnoPXpI9w7iokIP2n16mRLpX/AFzf2n5sXhRY/wAHxhuP+dfSfm358X9P6+2xDBqoIl/3&#10;kdU+olDD9VqfaR1k9tVVicMEe2Jxn5tagpbX+o+kX0492MMJUExJw9B/xfTLXEoXErA1Pmeve03P&#10;i8RyoxeOub3P2FN/X+viH59sCGHzhSn+lHSYzzAGsr/tP+fr3tufF4i7EY3GA88fY03PH1BEX1/H&#10;vS2kJFWhWo+Q6oJ5q18V8/M/5+ve01WY7FAuP4Zjxe5U/ZU/1tx/uq3HtqS3iyDEv7B0nlnuAaeO&#10;/wC09e9pqrx+MNwMdQj6/wDKHT8n/qX7YkjhIC+Ev7B1QTz+cz/tP+fr3vZ5/lPU20d0/Fqjoq/b&#10;G26+s25uzLY9pavBYupl8c+qREaWWleRwtuASbfUe8V/d61NnzrZ3CdqT7eKgEjMcpHDgMECvnSh&#10;66Ffdynh3L2ySGULJNbXkyHVQkBtLgZzQ6jx88enWob/AMKHcTuLb3cmwtyYXM5rFU+5tj0TTjG5&#10;OtoYXqMdWZHGSFlp54laQwRJfj8j8n3Yq2wtjJuModm7UC1OFZl/372ICNLS1sVk0miPrENQfpzY&#10;ewmZZFMEgJ0M1KcfwmprWg9OhxvVnEdjlKwLWOc+Q8j9n9P+Xy61et5b133m/gtnjFvTdZy3WfyE&#10;pZJ6pNyZmOrgwe58BW0wjd1rfKYJMrTKBcgarAe1litibCaIatlbSNgyknbmGIYFixHFAxF0NvYd&#10;3wTJdNokahAPE4oKeZpxFf8AiumNjSGTbIQYVJDEVoPnivQH9b9ob+qti44Tb53hI1JlqmndjubM&#10;lilTDJ6Wb7wtpK/71x7w1XX+xkmLjZW0lCmwI27hjdTpF+aIg8g/6/tZZzNJAI2kYlhniMiv+x/I&#10;dF93bQiRv01/YOg9z/YHYUGTqSm+95IqNdLbozhBAYLx/l3+J/HtrqNg7Fv/AMebtS5P/POYgLxa&#10;5H+R/Q6vZzZyPpp6D1z54PQevIYhIaRrSvp0FWf7H7FSqcjf+9gGa4turOhRwrXA++tYlveIbB2K&#10;f+YM2ne1x/v3cPax+n/KJ7VmSQGhJ01/4vpFoUkUQU+wdM57J7HKrbsDe1+P+Yqz30+v/K/9PfJd&#10;h7E/54vafA+v928P/wDUfvyFy9AxFfmempo00A6F/YOmvLdm9jxws43/AL3OhGLf7+vOi/pPHNf7&#10;7bYWxef9+XtO1if+Pcw/+p/H+R+3yW0kajq+359JljQlexa19OmGh7N7JmkpJB2DvVfHNZh/ezP+&#10;pGIbgffm31Pvguwtig3OzNpm1jf+7mIFuSPzR+0sjvpopPH16WFEotIxT7OlfTdmdjqxb/SBvYgO&#10;AP8Af1578XuSPv8A+vvKuwtiB1P9y9p/W/G3MQSPUOQPs/aZ2cqRrNPmccOHRnt4iWaNjEtAw8h0&#10;tsN2h2LDX0kzb83o2iWNip3VnTcrKpNwa8+k2t/re9Yn/hQj11h9q7V6X3fi8Disa1B22cVVSY/G&#10;UlEGo9ybNrJNM5p4I9SefE8A8Bv8fY95auUm2OaSOmlJ04elJgc1PmB9uPQdEnvnaW9xDtlzbALG&#10;8MgAUAZIRxw/5pNnr6OX8hDtlux/j3kUqcrXZOpiw+3dByFXPVVETYfMbsx1ZFedi8YhhqqQWIFw&#10;QRddJ968gjpZKdH+3p7sqniGMj9IP+p/x9yTZlZbRTpGr7PTrC93mWUr4jYJ8z/n6vx9t8sNMBf7&#10;eH82/Zj/AN70+3HRFU9o/Z0+skmayt+09e9slVDBcHww83+kScDi/wDZ9l8yR4oo6VQySGv6jftP&#10;XvbLLFBqb9qOw/5tp/T/AFvp7Z0qFHYKdLkklonef2nr3tumWEA2ij+nB8a8f7xf2mcKDQAcfTpd&#10;GzkjuP7eve27TFrv4o/+SFv/AEv9Pr7ppxpoK9KNUmnT4h/b173/AP/QtwjbV+o3bkf4ckkci4/P&#10;+HsDyJ4anSKR4+358f8AZ/w9Zr6wA1BQn/Ueq5ZZUaUBSWKmzBrf2SD9FPouvNuTf/b++yv+uf6c&#10;8f77j839t1HGlP8AV/q8h9nWyQaEAD/Vx6cIp1UFAyryQbpbjgkBlJBBF+b/AF/r76+gAIFvqOf6&#10;3v8Aj6WP496plmUnV54/Z/mz/LraqwEjYr6+f+rHUtZPK4AZrLYH/auFJsLlvrbmwuffVxfn6H6/&#10;7G3+Kj6e9tUJg5A/1eR/n+0dbbgDkLT9v+bPGvWWntLIhAuFcqbKbalYHSV02NyfwfeItci9woZD&#10;YnhrWKqLBr2P+sCfz7ZkUhToy2R9leJ8qfbmnp15QQ3aPl+fSqo00yes31amuy208gafoTcsDx/S&#10;3uOArO2rkkm1r39PJ/wH6h78zPHFGIwKCnp54/ycPzpXq5qooB/q/wBXl/l6ekAZ2ZvwSqgLexHP&#10;+pX9NgL++Af9K6SBqvwL2BP6Ta5IHH0/r7tIlNbmTyp6VNOIrQevHjTrVWUivrx+wcf8nWaLnTdb&#10;kkEH62VmvY2F7WAH+x98WYsouqKpYHgOxsVuLszWBsP99z7S0AkYK7lwCPIeeaAD5/6qCrkRDHAI&#10;x0pKONQql1QKxB0hedRUsupix+hXi5I/2/uGqsCQjHT6SVQk6vUAVax/Wq/1+hP19rHdCqmRe4Vo&#10;TimK1HyJ9PIcOHVWIVQWHwnifL/V8uskasHBRmPIJVCxNiyhlY3vqIW/Avc/X30tgGurK4PoBQk3&#10;a/1I40n6C/8Aj/X3WYk6QGUxn4jUUxw+w+tK+WcZbkenaMmuft4/Zw/P9vT5j4Qz+XS62bVGrIxY&#10;lgL86uUI/TexFjx7wO5BYk6jwpFhqW2q1wPxxyfdBGpVEAovHjg8P5+g/nTplmUgLTNP9mn2+nS6&#10;oACqu1teo3NtDoqof7XpKq3P45P9feG1ySblrqTz/iP9cc6f9h7c100qpHhitP2H7PX8/wDC3r7g&#10;a9tD+z86ef7enTQfETazMARfUbhX0lroLKdK2v8Aj+vvkzo31jsbsQ11DaiLCwZr6eCT/X2kKyIW&#10;/W1IQBTNKVqeA48APTzyOt0wO6o+3/Nx6dqeJBHGAmllsxv/AKoAW5LC9lN+fr+L+4NwJG8hJJZW&#10;P9Tduf6kjn/ePatgxhXwFAoCPsoMH0r8/U+fWzkalPaD/q/kep8KhjdixVtBBADcDVdbC5YXHA/w&#10;/HuPMRYajqIu2hjqHqsDaxQgiw/w93gDqzCNKA41AU4faCKZOaV6bYkVqBk+nl6+fyHTnDoNtTMQ&#10;ALAi972/VYqVJ4/23+w9xJHst9esWublQAdCgDTpJBvq+h/p7tpDPpEdHrQUqTxOa1FRSnEepFem&#10;ywLYXu4f4B6/6vLh09U6XNydWoKSXAQiy6ilv7J1D8W/2/uE7sUe7AtZSLAagOePzb/Wv7UhEEiI&#10;EOnI44J9f9mn5dMGlCOIp/OtT0paSCwWW/CaSLgagjfWzWDfQnj82Htsclb3NgDxp5JNwbkk/nT/&#10;AIe1vaeCZI8+AFOAH5/z+wdO1opNAprj9v516VFMnkVL6RZ7kWY3NwSePrf/AAuP8f64h9CD+Bxf&#10;6m9v9hf/AHj3V6Ehh58c+lc/6s1+yvTYAoaHH28P59T1+pW66dZuQoJHA4vw3HH+w99Nc3JP44uB&#10;+LHm3ugYJojUYJzQnzxiv2/bjposI0WPRRfOmf8AV/sdTaZbqSBpPqsCByDc344H0/1vcKVw1zq+&#10;lrW45sb8D8WA9uKPD0hY/Xj/AKvt8j9nVCApFK/7P+qnkelHRQM36+eFJsBp0/4Nxe973v7iMTfl&#10;rcXu1/yf6i/t2oC0CZrwH+bH+f5cOm2NDpYVNeHn/kx+XTrEhOoqLjgA2uPSo+jGwvYn8e8chsDe&#10;9uOQeeQLc8cH8fX3tFDKrKRqA9Mfs9RxNadNl9QFF8v9XzqOptOrGUIi3Bb8EAW9Vx9fwB9fcBmu&#10;p5+pGokW/INibk6j9PajQQ4xUAYzXy8sAUHE/M+Z6ZBFSFbhn5Y/1fy4HpQwjTYEBTaxPI/K3Ugm&#10;/Nj9R/tvcOVxpYB76RYXPClhwDzzz7eiRiyM0dCxz6mnGnpj+fTbEkFtVD/q4/b5dPtNGFsFCgi9&#10;mWxIU3sW+v1YfT8e2uaQBmuP9e3BXT9L8H6W/wBf2pEJKLmn25rX8/Pyx0w1AAf2+f8AL7f8/Sqp&#10;QNCBOb25A4NxfgN+ogEcf4+22SUsePoPqL2N/wDXBJI9r7a3EaEtSvD1+zBAz0zICAHWumoHD/V/&#10;sevTr4wAOPr9LKCOb3/2ItwPeB3ABuRxx+f6/wCNuAfajvLABTQ5p8vyr5cfn1ouVxkrxA8/9XrX&#10;HUqmgLMDfgEXJt+V44uTc/8AEe4DOxJueCSLMR/rW4I/w/Pt9UQLqBoQPIfn6H/AKdJHY11P5Zp+&#10;Vf8AVSnSjijtYW/FwFBINzwwsbH22Sy3ugvbSfqtgTqPP4uCB/t/a2KPPiEDXq9eAp+ec/s6aaQK&#10;SwXNf2cP9R/ydKGGEIiGx9VgQBcj6EHkhgBa3tsqG/siwFhcC9/xyefzb2rjrhmJ1Z9Pngfy/wBn&#10;pLLJKAQrAGop9lKf6h0oKSMBAdOq9rEkEfj6Ai449t8j2Bsf9cnn6/Tm/wDvr+1IQHQhTHH04faP&#10;l0jlKGPw3ORkcf2f6q0Pl0+0cPqDNb6/6k35H+t+L/7f23ySWVvwWW1xybC/5/H09v8AhgaKgFVa&#10;tPn/AJeP8q9JZGK6QrAnhSny/wBWP59Kamh1uDchrW54t+m34Nr8/wC3/PtlqZBck2FzySByB/t7&#10;nj2ZWivhdRwv8zxHlTjw/LpAWQoENNYoPt+39uR59Kini1abKfzzxYC5IP5Fmtb22SPz/vP0+n+8&#10;i3tWB2lGP+rz4j/L0knK6WAYaSfPAx6f6j09wRkBRY8/gC9vpb6H+o/p7gTkW/rb/e/6f4f8a9vx&#10;lhpHBq/yzw9eFB9vSOWQFM4bh+2v+b8uPT/QxlGNwCptZuNQ59JP44BH+x9sdS30A4sDb6fU/wCx&#10;49mEVVLODw48f9X8+iyZ3i7NXE5pXGB/qr0rKKJW+vJYj6ixIHLW4t+P8Pa12DTmaqvYkPIoNjwR&#10;qBI4/wAB7D3Mc4SMLxahHDhxp/P/AFU6E/LESTXC0GQ3+D/Lwp0E/ddd9piCzMq+CCWUFrDnxn/G&#10;30/wBHuynq6khp8QpICsRHZCLuwYte/4Kix/3r+vvGLmX6m43AAAsKkE8FFAKU8x6cPn6dTza0gs&#10;wamlPsyOGf5dawHzk3nDHm6ovVBI6ZahiFKmS5Zzyuoi3o/33PsZogVjZyCNKiw4ZSLKRY83IPP9&#10;fZXJpLJEDxJzkHz/ANken7egNcnXLKxpXz61/M5MaqtyVbJzI0kkrE2YMXbWWubm7Nz9B7b4gXp5&#10;4xbVYngW/BBGq5N7g2HF/bu7RJJ4LMCU4Z/KmMCnCp8ul3Ll3puWQ/CSB0Ifxx3ZJgd4QMjgCSoi&#10;VtIH4kU2BJJuQvAtz/r+wuyEX29ZK5J0qx4H6bWABsbjgj/H2XxIWjRNA1HgfOufT7R6fl0MWUsp&#10;7cVx5n/V9nDrYj2bnBm9uULhtQNNHypuNJSO/wBb6TqU/wCPP5v7bKmsP2TRqSXdWC8/UEcqQFtx&#10;9B/X2+sarcs+mgBFfkfWpNTXz9OND5NvISGTIOrzyfnX7eB/OvSyxGJ8mTo5JQVijZXBYadaK19B&#10;FrLyOPp7Jp8jKZcV1/ubIsvjMGKyEms/TmCQ3HH5b6+5v9rZhdcw2qk1yDTH4aHOfIf6s9ATn8C1&#10;5Q365zVbd/LPDH7K/wCqvVs3wszRzHZ+ysMjF4mzGNjMd2sqQzJdluP0tGCf9cf63vS97LrWr97Z&#10;KTVq8mQma4/2qZr/AJ5sfY+3qQz7tMQa93+Xrm1HlJXbia1/n1sbe7bPh/jTR9cRVBUq9TKzfjn6&#10;WY/7c+5V2yIR7XZqSMiv8j+XQs5QjUw3Mo82/P8AL9h6Qe9pbR0cX+qZ3I/1rAf61/Zrahyp5Ngb&#10;2+vA/wBh7UgoBU5P+H9vQnkIyNZND/qH5dI6mS6+leb82A/r/tz7ZKqQHgeoE3/pf/EkfUX91Yad&#10;WO4A0zX+WfLz9ekMpQsdTUYCnrn06faOMjn6XP0tbj6fX+pPtOVLC5P0+vF7/kH6f439qakDT5f5&#10;OiyRSa9+P9Vf9Q6f4FuQLA82+n+HP+w9s078m5t/tv8AXH1+nvxXUO0eQ/1HpC5IGtSSRj/ix/g6&#10;cgL2H+9+2iocEEi30/P+P1/wJ9+FSqL0nepPHBz/AKvTqTCCBzxa4/3m/tgrZbK31Gnk/wCJ97OP&#10;Lh69MOy6QAKt/k6ze0vPUG/JuB9R/sPzz/h7SFySyDz6RtJ8QIoScdS44wtieT/sCPz9D7a5pLgn&#10;kWHH0/41z78xOErnz6ZdyPOvWX2n5pAeb3sDwR/hYf7178NdGAGemKtQ5x1720VUx0kE/wCB544H&#10;P9Ofehp4Fe6h/wBX7OmmbOkde9pyaUrq9V7c3+v9SeP9b3RV1BiB+X+o9JznHl1720yS3v8AVbm9&#10;x9L/AOsLcX90qdJOrGP9WeqlqAmuR172nq6S5P8AXm/1/px+f8PbUlBqzVemWya+XXvaclYtfkf7&#10;1/xN/aRmwdIp9vVSdOR173sG/wAlbdIm2V27tJ5V1UGYxeXiibnSk6NBIwB/SpZxcjn3jr752LGb&#10;lTckBw9xEaE+ao4/OqtQcPs6zZ+6ZuIk2vmraS1Sk0UgU+jhkP8AgHl+zrW6/wCFD+0IqrYPRO8G&#10;gVhHns7tuoqNClo1kGOrqZCxHCNrm4v/AI+7q8jZMrgqpudc9RRsw+l6rHyujEXuQZYB+f6c+4vj&#10;Z2tI9Bog7qH5NSg8vP09TTrIXco9UHMFqCNPxD54JFPs0j9vWmVgsYuR6w+b3XJXyz02Awu98cio&#10;CP8AfpbvpJqmZFvdSuOqySb/AKeL+1djJLeSMxm5dASCRa9weQHPATiw+p9ku9xVNvOJO3S3z8hT&#10;zHGuc8B0GOXX1WdzHXIao/l/h6J91DVeXbmfoWHrppaOsjAOkjRIkUjarMb6Afx+T7y1ikMtmFnQ&#10;qPwSQ3JI08Acj6e27Fg0dWTIbPmBjFM5Pnx6d3FKSg0/1U6i7tg8eQLLfTJHIBq4ZmNzciw4BNvp&#10;7ZJ4wqngck/S54Nvzaw5HsQWcviMM4H+H7OgveCtKdAvuCPSxYWF7H+p+i/X+jAj/be8CkWH4IFu&#10;fzaw4+l+P6e17L3VrXPReKklfL/P0n0ceMMePqP9t/xQe+YK/T/HkD8cD/efdQSrAgUoOm3DMrKO&#10;HUKvXzwtGB+u4PH1BUg8/wBffTNz6foBa5/p/S319u6wUo2WJ6aijYHIwOmmjoDBJ5CTYEekfmxB&#10;/wASPp/X3xAuo44+n1vzcX/x+ntlu06jx6eAZqetOlJAFCNccn9NvwdQJJ/1x7k06CQhbhDYnUeL&#10;AAXNx9Ppfj8e0N3J4Sh9JZajHqTX/ivl0cbZbtNOkUa1cgn/AC+fS42pQzZXIQ0sK3qGjkeO5sP2&#10;k8hJJsANKk8fX8e6FP5/nWGQzvxM3Nn44Kio/u3uHZ+8KafUkhp6nG5hcXkqYoQ0q+LEZOaYEWCi&#10;6/W9xjyJcQX227xaxMPFSLUFCnKhlOoHhgalNBnBrTqnuzbs3KW2XjrWOG5iVjTgXR4QvrSsimvC&#10;p633/wDhNz3Dhtw7SyHX8rUdHuja23sjtutxlPBJTmqhglwmbhz1jGImkmjRqef1M7zxNJ+khV1H&#10;KCVjQUnFrwRk3+vKD+vIsPcrbcCLVdR49YL3Sj6mbNe4/wCHra198J2NgPxf/er+35WFNPn1oUA+&#10;Z697ZKh7/wCsL/7b+v8AsfZY2pjk56WRoQAPxHr3tkkNr2/P/G/e2ND0vjXUa9e9tVQ1x/vv6k/7&#10;D2iqSxJOR0vjGOHXvbbrGu1x/vP6tVre6eKNdPl/s9KKGnDr3v8A/9G26D1KttfpGljyEP5JFiLe&#10;whddjsSFyajgSPl/q9R1m0aL3Up1WNSzNKWNiCzhCxJCm17Npsum4N+CRx+OL8yNNlJPFgCATe3A&#10;v+Ln2lJLln0gVJJ4Y9afL/i+qhmq1QBU16UVJxxqGr0EE/nn6FjrdSVFvpyPfBm5VfyQb8LY2I/1&#10;RNvr70qVR3rgEeZ86+n+frQApg+fTtABEQgALFW1EhvSwVEIHp5J1jm3+8++jdr2+n05sNJF/wDX&#10;a/8AX34sFAr8Xy86n50FPTq9TQajw9Pn9uOnOmi0PGSLBXIAJuWJQX5NjcED635/3jFf0orcqhF7&#10;3uSCxIGoqNOkG/8AvftiRVDSNEaMw/2PIE1rT/NWp6sDiimg9PP9vl0o4GZgL82+lgALkA6rE2sw&#10;B/B9420a2ChmCjSrcKAVAa7c3P6rEfUH3VRL4SM5VdRqRk1BNKDyHCteHHrxUkAk0FSfX/ivt6c0&#10;ANgLuyqVDarBWFr39XK2YfT3GJGlgS3JT0/p1C9+LMpt/sDz/T25Lq1rRRgNnjTHzB9fIjHr1ttJ&#10;qPPp0pFQAt9QdA0glfo/rsV0i/p+h9xpCzE3JUKqKB+hSwLAL6v6An6f4e/R0TSRRmYsa8SBQVOP&#10;nTj8+tio0muaUH7M9O0aM8Rj0sBGIgq6ggYi7BbEcs+on/G499xtbhtP6QwQrzcDi1v08/X/ABHu&#10;k0de5K8SCQf2/b6j5eVOtsNINGGa8P8AV/qHTjTg6m1kBCNWhSWY6b2N1BU3KkfnkfW/vE6P/ab9&#10;POon6fTnm9/x7v4sQAKpXV5f5P8ADTPTDUKg1qf9j/V8un6jDMpUGygjSbC2ksdJF9TNcEXuL3v7&#10;iy8uASAxOo2J5AAPOk+nhufdoyFQsikoBQVoOJI8+OQKcfz6acqKBa0H+HPA/wDF9LChS8cav6XJ&#10;JlK3IuNLC5BA5b/fC1veAvpZRY3CgLbVcgX403t9RwbA+98BIQRk1IxSv2/sJHD0HWgv8XCvAf6s&#10;E9P0VOJFQm4WxAYFtRF7ADV9FJ1f64t7xs3A+gALAar3ABsOCoPA/r/r+2wh1ManUQOHDP5kcfT7&#10;OtHJ1avUYyPy/wBX59OaEEACzWJ/B5A1cfp+hA4P+P8AtsTn0v6g+tgAbgBfyebjgW/r+fdsOYwB&#10;pCjPHP8AI5z6daqGUqnEY/1fP8h1NgjMbMDYluFJFrEn/XX6gD6m1/cZhqb1HVe7fq+i/RihFr6v&#10;9t7UK4jQ6QVpQcOJ8gwzSn7fXzrokAmvy8/KmfXqWqksoPq1uL/QAC4uYzfSSDxb3BkJ+oZSPwfU&#10;wW4BtYAqTzb3sEFipiNfTAJ45qSCAaV/lnpK5z2j1PCmBn+Z/bXpRUcJZS/kUhdI1HkAE8gnSyMQ&#10;WPP1Nhx7b5GYav6W1fQD/Ag/k2/4n2soO2lONKVP7R/Phn5dN0zXTQEkkV4fP/Y6VdHEGWMnngMx&#10;GkDiwHFrWFxa/wDT3DaxIP1uPz9LAXtx/Un8n8e3Klag8QfI+Zxx+z09fPPVuLamjFBTif8AZ6Uc&#10;MbFbhCFFgOOb8X9Jtcf0/wAPz76134I+h/V+b3F/zyQR7aZCudVBTh5f8VTy6o9Qwo/b/Lhjy4dT&#10;EhPp0hmN+eTwPoRYEN6R/wAb9xpHIuAf1fi/H4DcEf4/19uoFbQaUZD6eXlny4en5+XTbtQAjJJH&#10;DhT/AD/6vTp4p4ADdlJuAASbAN/gFJuACPr/ALD3AYHnUbcccC9wB9fbutdQ0jVnOTSny/ydNg9w&#10;AyNVelDCCqiNRa/P4J+t7AXta31P194WN73sD9VN+DcD+thz7unaTpyDx+VD+ZFMenWmZgzFBmh/&#10;y/LHlk+fTiqGy/SwIBB/1rfQHnn/AGPPuNI2lLEk24PN7sBa4N29urV3BUinEeWD9tPn0yWNKfh/&#10;y+eT8+nKki9WsLYcC4A4tzb0lgP9sPcZpBoIYC9jYACwBPB4+n+PvxRlesbGleJJGQOGf5U9f20W&#10;qFUL1ama4r/q/wAvT/SReR11ABb6j6QxsCov+QWuR9fbW8li9/rc2JAuPqP6AfT6fX2u0/px0rp8&#10;wCf9nz48OkrPQMtBoB/4rPSjpog8ukAfW2qykEBiP6cmxtz9PbVM1tYtf83/AAbmwvxwSB7XRAP4&#10;bagPICnCn55+00+zpiQCqjWB6in+Xp/p4yGUWI/tMT/t/wALYcHj3CLWH9Pp9ef6Hi/PtVp1k4JA&#10;/IeY/lxNf9nquqig18v9jp2jX1LcizXIsovybAW/xt9B7iyvx+fpf+gItaxuBb2oigA4kaz+0Gta&#10;ihz6GvTLkVKgHUfL8x6A+lOneFdRAVTpDW4+n1vbkct9f8P6+2uomYKQGIN9JA/AtyQD+be1sUUe&#10;v+zBxUcfXgT/AMV/h6T6gtCuSR/h8j6f6j0pKGmB0Mf0g83s1z/ZPC/QE/X23E/0YjgWJJHP1Nub&#10;H/H2qwMMgOTw/wAuK/Z0mZtQIZdRBOKDhX7Py6fkRm5tzaw4uNJPpueP7P8Ah9P8fcGQ3YsT9f8A&#10;Aiw/3n8e3wdKhF46vkc0/LpPI9CygGgODg/s/b0706D9tQBfi9uAR+QLg+2+cg35t/r3vf8AJFv6&#10;e1UIYAYqx/1fz+WOkJ1CRtI1H9g/b9tOn+kjIsCDYfVtJ4W/I/Vc2/3x9tszgKeeL25P5H4+otx7&#10;WLGWK9oqM4zT1ORnOOkjvxDk0HpmmfL/AFcOPSkoo7EC5H+BNr3twOTwwHtmlJNrn/H6sRyAeL/T&#10;6/j2tjoFLDyxwANa08uOPX/Z6SSECsnkAAK0/bgV6VFKACAQLEnTp5+n4v8AUfT/AFh7a5XCn62u&#10;Tf8AIP8AT6W49qgupWbTUj8vLjnoveXSQDlvT5fMnz/Z0oaOBXPq5/TYHg8H/D6H3Ble4Yg2AuOT&#10;x/jY2sPp9Pb0aFSK5Y54cPmcnHz/AM/SZmDAAZq32fI4z+2v+Hp9hUBgpHAsFP1J/wBT9f1G4+vP&#10;PtnlBN+fz9frc/1/H1v/ALx7MInQ9ijAr8sfz6ROrMaUNQeH+z8v2celFTgqQxv9Lm172APHAH+p&#10;+n+PsWurqUNWREKP16ub/wBSLWAve34HsD82TM0UisxODwxw4HjTy9Plnob8nw1k1MtKHhXy9fT7&#10;a9Fm+SeU+1wdUSdIWIAHnn6k/i9v6/6/uyfZMCRYmmunrIiYNb6qQLgabfQG5/1/eP24K63EzB+z&#10;uBHz/P7Kfl1MFxRbQLXuP+X7OtPz5ubrlyW9MzSGQkR64VsfpHJNIrIVB9TBb3Nj7EpQVgMzDSHc&#10;hQLG1wQCQdVwfz9Lcew8SGmEC92lc1x51+XD+eeglKCPFJXieqvMopjWukKlQzuosAbDQVFwdQ0k&#10;39tEMgSYqpuruqgsdAB1W5IFivPP+Hs5uITNa6pB3BDgZ8v21x+3om2m8+lvVLYFekDsXcX8F3ND&#10;Jrsq1iOCzaBZZARqI4Nh/tx7SO5MbN5HkjivqUvb6W5U24ILEr9f9649hq3dEcJI50hqY+w5r5Z4&#10;f4c9SkreLCkoeox8vz9f9X2dbEPxw7HxGd2vj42q4xOlNCW1yW4FrqRrvckH8/W/F+facx2AqqqW&#10;7RMmi72J+o0i17f0P9efb015CDpWXUpNOHoT+w+eMf4OtxW6lixcA5Na+Qqc/PoxO8e0cFtTFGf7&#10;uBZnUKD5VNrDmxH4LX4PPslP8wCqj2r0PvCsI8Ty4qqiU8oLzekWuAf0tb/XPuavZNWbmCaRnqsE&#10;MjfsjI8qjjnPoKHj1HnvZP8Au3233mUuKyKFFMfEVBGPzpx4dWW/yitwHsfvHDVyOZqagoq7JFgQ&#10;yAwU9XKhvdrfuR2H9f8Abe9JDL1bV26p3Jv5K173/AMjfS/9b/09j55DNuZoO4t/l65ygAWppxIx&#10;1tNe71fjpjxj+ssFHYKZKaOQi1rllB/3kH3NIqlrbIOAUfbw4/6vt6F/Kyqm3eMSaMf21GOg33m+&#10;qsp0/KRBhc/S7G9vz+PYx1puDb/Yn86efz+ffgQooTRvL0r0ayk0FTTPTRRCxXgn0/QfX6XP+v8A&#10;X2wVElmtcfj/AG354Fhe490GrS58z/h/4rpDMfU4NeHr/PpQ06Djg/gcgc2F+D/sfbLUOGvptxe3&#10;J/rxx/T2+tYxTjXj+fHpGzNpPd06QABj/rWF7f776D2xTPcEE8/0v/j+bn26AVrU1UjHl0gkqQKc&#10;DU/yp5dTUHP+tb+n59tE7Wtf6j6/61/rza/uq00D7Oqdp0gHiOpi/T6WF+P9Y8+07XSatXItY/7b&#10;6c8m5t7o5AxpwekkhUmlO3h1yX9S2+tx/vftMTg2LcE8j8c/U8cfTn218jT5dI3AJNf9Xl1P9tcr&#10;kKdZ/BuP6iwH45IB9tlasT+HpkkZFOve2Od9Nx/aN/8AYf63+9e9ksBprjppmIqp8v8AJ172wVEl&#10;w1j+fof6Wt/rX+nuniEAgevSZiQKnr3tPVEhXUTawuPT9eL8j/efdSaKEbzpn/iummOB8+ve2SWQ&#10;m4ufoSBf8f19tuBgqtPL9vTLDhjr3tnme4Zjax/VwbgE+2TQISTn7etYoDq/1efXvbDO1iSALfkf&#10;1vx/sefacscUPDrTGgp59e93GfyXNzfa9w9lbXaRV/jOzDVxRs5UPJQ1Uch02tZgi8H3C/vbAZOW&#10;dtuSD/i+4wnGaB1kQk18qkV49ZS/dQv/AA+bOYNv8pbHV6fBIpwfXPVLf89raQz3wsGcWFZJtqdg&#10;4SrDFNTRw5LH5WhcpYgqzT+IXBuDY/j3scZRR9rTzMbGiraCpY8H0JWIJIzbggxSEH8G39PcDx1N&#10;soU4GoD1qFwc5GR6VFfXhmZeKsm7Txk0WaIj8xTP7A32V60SuvJw/fG+8BLBFLB2z1bvnawiazKJ&#10;sngpxAwKnS5jqcd/X8X9qGhcRVUwZ7agf7PJIIfnnjgH2j3SMzWFuyxjtzxxSlMevkeo52JxBeXF&#10;s5ywI/Z1X51ZMMfufLYaokdWrEq6DSV0nyxuSFIN9Bup9u1QFaInkegOpFrkW55P59X4I+n+Pskt&#10;GIlC4pq/1f4POvH5dH97BriDH41wehC3XjWkomkdWSopf25VtZ1ZLgar/QEAEEfX2nJOVYH635v9&#10;bAk/48+xZbYcMOFPL546B12CpcUpmvRds2hHlVgQSQeRcgXN7/0PuIRcAX4vcfg8WP59mSn4sd3R&#10;WMmvoekiAALf6/8Avr8f198ueLA3HLGw4vf6Ef0I90px1HBwP9R69Whz58OuJXVa/wDW/wCOLj/D&#10;6j31YXA5P1PPH++A92yQTQAU69QnJHXaxAEDTySTc/8AIv8AE++XC/nm17Ac8Hg3+l/dCS9MYrT9&#10;vy6sFIPy6zKLMB9ABfji/wCP9hb3Po9KsxYg+hj/AGgTcD0+knSWt+SB7JtzaXQoRDXUB5eWa54/&#10;kD0LuXIbaVpS8gDkUpwIBGWHRgencTiMlWVjVlfTU7+DwuJnaJ6ekqY3jqK2PS4ZvCAF0ghvXx7J&#10;h89eo6/vj4m97bLSNKrKU+zM/lsTTeFHlmanopKr7Y3HqaONGZCgJZkFuOQZ8gbhb7RzjtEM+LO+&#10;DWr1JoGl7UPDHeUHdQUPrTo29xtnfefbrfbCzBM6W/jR6RUl4R4oBFCanRQU4mnW05/KJ7q2R8ev&#10;ld8f4MVTltudxyY3rLMZuJ1hxy5Ovw1fiKDcUsaSyIiV+UMAmVyppTK5e+kn38/gUNbjKSjgyELQ&#10;1X2lNLLGwIKNNCkjIQbG8bMVIPIIIPIPvIeO2ktoVWcENQV8qfL9uOucss0M9xO8LVi1kA/IEjre&#10;v9wJZeL/AFufx7TyOKmrHHWkUs3XvbLO3Fj+fp/rX9pBUsfQdGEYqx9B1720ztb/AFwP+J5/3g+6&#10;Sngv59LoR2/aeve2iVuWF/bJNAR+I9Ll8vXr3tssden/AGH+xvb/AG3tB+KvnXpRilfLr3v/0rbo&#10;XvxxYAn6D63AvYkEjm/sH3MWgayTUmnn/kGPSvWbfAE18v8AV5dVh0CM0i+kEX+gAUkKbqbcErY+&#10;+ZAW4VR9Prfkn/Yfjj2mL66GRzWvp/n+3+XTQ8j0pqQNqXTbnUxvci9mUA2ItY8D/g3+343t9QCC&#10;D9bi1mS1zyPp/r+66dS1GKH/ACN5f4eH29XU51UBp+Vfl090xBmF+PSAQb6LkgXDelQQb3vyQefp&#10;7xlbq1gQbX/rYkXB5UWF/wDH/H37XpkSpBH+TzHH/J8utHJwBSnTpFeQEjXwzWJ+pcEG2rRxfTzz&#10;9B7wSk3ufo1rD6DSrKWItb9Vjb3RHDVAGR+2pBpWteFc9b4jFOn6CHQqm/6r3ub2XUNQF7Ek6bWP&#10;vHYMLBTcs7aRYcFb35sNPp+n1591MjIdTvQaVFTU5r+2uePDBr69WDUNBX5/l/q/z9PCQr9FW/LN&#10;bj6W/pyABpv/AF+nuPMwHLIeCAOV9S2021XIuQ30/wB8KpqNQk2TX1weJNONK+f8/XYahXHrn8uP&#10;7f59O1KgYx/tC30JNhrOpQoLMQlwn+8/j6+8B9duW0i4v/qLcgFjxck/gj3df09VFGs+Xr86D7PM&#10;H1PlTZrrApSvyofL/L0o1hQpbll0sHYFQV/tD1cm4U86Tb/Y8+8jalAtZVMZGohQ2nXzf6sDY/7f&#10;2ymli9SWcNWgrSuny8qY/Z1QMaOfl/L5dTArgq9kBVSpOm7AlwR+k3Fv8ORx/U3wMfSQtgBcluCW&#10;sFvcEcMddx/t/bxUFlZ+OMelSfMHhih/YOqsCVBK0yOPp9tfPpwoDpDKEDAMQCWJufSLcoVL+q/0&#10;/wBh+PcWaSRFK2DeQ6QRwbekEi19JH4sObce6COGWQNqZSmaH8+NeNfmTSuTnpp/iA0k+f8Ah/w9&#10;L7ERNHB6gkmsXuDzdtFrMAoNlP8AsP6e26RihswAbVwoJBXTf9XIBN/oOPaqPRIaqxK6akkDNfTB&#10;p8zn/BShK1ozV/1fz6UCRft6m0gX0hVY3Fr/AFI4tY++zKAdLDll5Bu3/BiAoA4Lf1HP9fbQhZxV&#10;G7FbB4fZWucgenD0xT2utADwp6/z9epKBYgGYAs10Okk8tx/ZOklT/hxb3DVwNS3Gn6m9rhh9OPT&#10;9b+1UitRHIPicBSuQeOc/wCauPTpkalOTjhnGfy/1Vx1MhiDtYMFQ2vqsLXH15NrkD/efccA6j6i&#10;W4YD8cn+pBFr/wC9e7NMD26B4XAk/L5DzIp1pqhz5Gmc8P5f5qdOa0oVQ5ZhIG9KpYg/U3uTcBb3&#10;vY+48hVtX+FjYqFYkBUFgPwbfU/X3uFZAUNag1zWoySf25pQcKU6ZNWI7jShp/L/AFYPT9GViiRA&#10;pDHQbAc3025u7awFub3+pvb6+4E39Lkkgfj8aRf/AB+o/wBf2prpo2kAA14/M0/l/qGAWwQtG8/t&#10;/wBgcfPPSmxi6gpXm9kFrnTYWHFhdgf9h7b2Laubjn+puBp4HH0Ht5aFNQI4Z+Zrxz5/6vPrTE6a&#10;LJg8fPifn9v5dK6BFSMWUs5ZdF+bjm9yoF9X4+v+xHvizr/Q8n9VuRY8EcX/AKH3oxSeUgovl5ZH&#10;D/D/AJutFWyoJ0jFfKlPT16mQxg2Z09RsVFx/X66rr9NI/x9x3a3H0t+b8A/UfkD8+7kVJbBJ8vW&#10;mPQ+nrXqjNpFK4/Z/qrT5dOVNGptYm1wQQBexX+txyT7jO1gf9f6/wCv9CPpz/j7oKMU/wBXDiPP&#10;H8/8HTZYNob09ft6f6dLP9DwgH1H15sLDjhbce8Bvybji/0vb6W/I9uEgDFc+v8AxdemNPaaMfP8&#10;/wDOOp8aaiqlOS45/JN+Sxtzyf8AX9t0rck8kmxIv/RQL2HPJ/3r2uiBI0AUXNDT1b1OMf4Dwz1p&#10;9S6ioIA/1eeP2f4elBDEoKgW+ttJuw1aL/QWvwP9v/sfcCR7aT+q/wBAAAR/Um1/p7USLRitdLD5&#10;kg/Z9vSdmYEVJr61+0dKDHReVG9KhTY3GngL+DYAWW39PbfO6kEi/wCbBrjkAenTa3t6JZCQrAVx&#10;XTStPWta/b1Q51jyFMinnXz9fy6UdPCqaQCeCbs345seCAAAfp/j7a3c/wC35A/A/wBh7MAqkcc8&#10;P+LP+qvr0mcgs7KuP2/6s9PUUQB+lwoBJFgSP9vyL/T3gcgf6/P1IH45PP0t7URaiKMaig+z5fM1&#10;rXrRZSNRFQPT7acOHHPU+NATdLhVP1H+u3AuNJt9f8PcWQg8m4sCLc2J/wBbg/n26oZdWg1BzX5f&#10;6h8+kprrBBXTUnj/AJCKeXTpTKzMq/QsQPpexAB+guOT7Z53Akax4Bt6v9ve5vx/j7MIA0kSFuJH&#10;l6fyqf8AN0nY6x3kFj6AUp6fM/8AF9Kqmi0KBY8EcgWIsLMALGxJ/wCK+4Lj1ckWA/r9P9cc3Pt/&#10;WQnYO818uNfn/k6YZwhIC5J+Xn6Hyx6/yPT3CvpufyQAL8XH4/H+9/j3FkYc3/1vUfr/AE+nH096&#10;0sFIWh4HHz4/Ovr0nZqIyq/Chp6ev5+p4jp1pFBkBP0BNza4uAR9CRYe2yZgAbkmxNgOD9b/AEtb&#10;8+zGEalUgdxHE8OFPX/Vg8Oi6XSFaQ+Z9RTGP9R+zpS00TPKLAAXJ4Nz9Cfr/X/H23yHV9bD6cX+&#10;ov8Am/1PtQqkBxk1B/I/5ukrlmD+nD16fYf2yum4t+SObcf7D6H21TrY31XFj9OB9eBcfkj/AGPt&#10;dCaIQqgMPzPAeR+fTTFhUNjH2f5un+kcGwI+pvyOQCfyQeOPbNOQPr/S/wDT/eLc29qip0rUVNf8&#10;w418/wA+i2cNrGrI/wBX+rz+XSwxoP0Xjix4J+gBP04H/Ee2qSQk3vcfQcf6nm4+t7X/ANv7VqI0&#10;HhnBGa+eeAOBQf6sdInfvWqUof2ZPGn/ABXn0oooeLgct/Ti4On+p/qP8OPcGZgQW/x+v0/H+9j/&#10;AGHtVFqU6KYA/wBX+r/iumZDpDNSo/b519Pl/qz050q86T9bKdI4A5NrW/437HLqNb1MHHJK/Xm1&#10;9P4/1r+wHzcoKSmv4f55xX+X7fs6kbk2OrgmShp+Zx8/2dEr+WNSYMJkPrYeW1uBZY25NuSAV/r/&#10;AE92SbXhAoKOM8mwsPr6SoAFjYm3uBNylKrM64AH2ZHz6k28wIwBgAcOtMP5QZBq/svNo5Zj9/Iq&#10;m1wFBJuPVdtRPP8Ah/sbrqQBIQLljoOn6aQVAI9JuLewvbkyTk0AFRX1zjj/AKvl0H7pB4cj9E9z&#10;0KJSVElyzHXb6EAj6WB/H+829p2ysTpNrk/T8H8Hni/sVx6lWMOOo+uGZZXZTSnRXstUNBWPNAxV&#10;ldmUglbWa/8At+Px7lJOzAxTosgAAW/qJF9Sgi1xZj/Xn2V3+02spWRaqSSfSnr8sgenQm2bmWaO&#10;Pw5QSB0YTqT5A7p2rEaenqpwARH6ZSq3UAEW1C7c/wBQPea3jv4FSNXIBQD6ckhSbXChSRYce0UN&#10;nax0EiFpFBNfXgCQPUkA5z9g6M7zmK4lEccYoC3+EZ6Wm9fkBvfcxggkyNSKeSeOMRmWQ6NbXI1H&#10;1BQp+l/r7qL/AJv2Z/g/QFRTxnxmtlWF9JHqU6XBJHqbUD+fp/h7mn2UVXm5vuq1KWwCg14l1B+Q&#10;4H5njnoEfeOuHt/bPb4C3fLcR1/Iav8AID/h63Qv+E4OFrqoblz2RLyzUuz0dJX9RX7mpjgKq5ux&#10;1JUX/H196YOOY1W5YlvfXXIB/wAhS2/3m/sYbegn3WLGWcD+fWCtwum0JAyR1tk+9hbqymFFsbBw&#10;gadNFCLW+oEaWtxx7nOYUEdDUaR/g6GOygxbXAoPl+zBr/I8egy3MfJlrfXxoi/UcBubW4vx7WFU&#10;wIIB5/3sj/b/ANPbajzJNCPXNPXgOlUpRnY0OryHy9a8OGPt6hU6lSpsLAj6/jn+n559p+qYG/14&#10;FhfkW/1z/iPbPepC1Gf9X+DoucmuQBx/1Y6UcC8fS35A/wBf/kXtPVEum4/Njf8AItyP9fj2+o+F&#10;ATx6TSyBVJH+r8unZF4AAFzyf9e3J9tEjA/T8XuTYH/Ef4Ae70IUCuPT/V/k6QipyeH59SUX8f7H&#10;+v8AvP0vb2zVjEEj+vP1/wBa31v+PdsFAfl/xfTEh8hxp1I9purcG68/8R/j/tvbDMV1YFK/n0mY&#10;kKDTFfz4dZYhd/8AW5+v0/x9ssj/AFUfkHn/AGP0/FvdK+v+X/i+k2OPUv2zVZ0g/wCHBH0/1/8A&#10;bX904jBz1QkgdvxE9e9pmpkOoj6W44/5F+fdajuJPHpIxr/h697YaxiQbfQfVfza/wDxB91yVIAy&#10;OHTbHFD/ALHXvbLO+oA/UEEkcD8kc+2u5e6mOmG7a149e9sVQ9webG4A/wBb8X/xNvdD5V4dNkjt&#10;BJoB1721zm8bWJHH+t709QuaZHVFHEEDr3tO1TFV4N+f+JB/w9pG01p15qYB697sf/lJZx8b8vcL&#10;QguRm9uZnHOim1w0BZWPBH7ZbV/sPcZe7sSychb27UBiEcgJFfglQ0/Ph+fpjqd/u23fge59hGrd&#10;s1vMvy+CufkNP+XquX+bFt1dx/A3vKMrGz4nG4XNxeVlRVehz2OQsGbgMI6hrfnnjn3tb16s9LJE&#10;wP70DRggCyh4tOs30k2IuPpb3jVZvGEkAIpUHz8v8Hz459es/wC6iEl5FMp+CteOfl+dT/xXXzqq&#10;Ojmj7V2XuylkEcu18vNNURhj/lJpsp54qPQrq7pVxVEiWNlZfSbBvfOnMpp6eR1/yiOGKOpCMGtI&#10;ihS4ZeCZCtx/rkfj25BLExmty40ajSvmDn9n+o8adRzvu3zWF8bqIkI51AjyNMj5Z/l6dFE+Q+xJ&#10;9k9j5PdO3IpF2xufJ1ef29NBTzUZo46ioaaXGtTyqJqebGTyGKzAh0AYcHh1pq6RYyHs3GpdRu1/&#10;TcKvFlJHN7/049ornbYBKPBBAJzTh50JPrnyp6562N6kkiAnjo48x5/b0jR2TW19IDloQamKFEFV&#10;GfXOIgAFniYhXtb6m/0t/rQZ5DIS2mxfSeBYfqJFgL/UE/j2Z2sPhUXVUCvE/l/m8+ii6uPHOFz0&#10;G+dykeSe6RWZxdjGoUG51AhVJ5+v494NBaw4FiDzYckW/tW/HtYZVTUQCfsz/g6Lwjs1NPDpOR0k&#10;8rKoTRcjmRhGvNvy5AHvxta17Wt+bH62+l+fr70Cak0NT8uveD3GpH7esn2Lg6WlhTmxbyK4/HI0&#10;/X/effE2W1yLgiwBNyOb3P0Bv7sCzA0BoR1vQlaeJjrG9NHGwV6uK1xcorG4/PH+B/1vfr3J/r/h&#10;Y8D882/r72QVXTTH+fpnVHqNHx1wPhVjolDLcjUbLcAj6g3Avf8Ar7yKyKSQx5uCNPNiB9Tc/n2x&#10;IkjKAY/Q8ft+X+XpVDIquKSUp/q8j070M0NPKsiVjoDcEGFtLIbGxZJg2ljb6f09851E8Mggangq&#10;pqaWmeapharhancWMc9KslOJYrXBGsagSPz7JLvbmmkVnLeCrhqIAG1cKhicH56SQQD5dDrZeZDb&#10;xm2aSJweGosAPllTUH0J4YBHR4Pj18mU66loMZnof70YagyFJk8bjJN3VW0XxlXTTmcVGNycm0ty&#10;JSylgChe8cbjUBywOsp8s/5HW99z7q3Nu/ozsbr1/wCNZrKbgpdi7nizO0KimXM1MtfNi8PkHTN4&#10;mWnSukc0qSSQACQqW4W09WHuZsW5wRpu1hc284ory0EqFgAGZgpWQEnLARUWpIJGesauZPu+7++5&#10;bnuvKt5bS2U8rOtux0Mmok6I2GtWA4AtoFOJ63qPit/woL6S31s7aFJ3d053Xsqvhx1Hjs/2Ts6L&#10;bne/X4fHUMMdZuHNZDr2sg31C9UUM1QlNtibxMzcKosNfXvX45dx/HfdFXs7tzZGY2hnKU6vDXQh&#10;qapgZmWOroq2AyUlZSVGkmOWN2R1FwT7FzWkF7Zx3+23kVxZN8LxsGQkeVRkMPNWowOCAajqDdx2&#10;7ctg3SbaN8sZLXcUGUkFCR5Mp4Oh8mUlT5E9X19X9rdb917JwvY/U29tu9gbG3DAZ8TuXbGSgyWO&#10;qClhPSytE3losjRSHx1NLOsVTTSgxyxo6lQXie+oX/p9P99/r+yihAoT59bj+HoQPbXN9W/PJ/1h&#10;9OP9fj2mlLGopmnRhH8K0697ZpTpLH/E2/x/p/t/bD4oScU6WBSSM9e9t2v13ub3v7T1bVqoP9WO&#10;lWk6a0x/qHXvf//TtpWKSKQWAIItqvdbWP8Asb39haSeGaFixNa8POv+rP7fl1mwCQHJ/wBX+r/U&#10;OqzqGAoVtpNhe+k8EEcBufSf97957m5v6iVvYXS/1IF735I+vHsuop4HSuqlTmnlWn5/PraqNNSQ&#10;M0/2af7HSoSB1jEZANrG3PrJa/DMbngWtb8j3xNgDey8cgkki/4v9bE2HvxqWWhJpwNAPXy/afz8&#10;x14+WagZ+WeptOBxwbMwU31W1DQbk8k2H9Prbj3h1AGz3CkfW2osAdRH1IFwfbUhYDXFQvX1pTyH&#10;l+zOeqipoVbu/wAH+r+fSppKUG0eo6Rz+k25U3Isben+lvx+T7ilrAgf6gAliBY6iSAPzp+v+9e7&#10;BSzqzfxeWailM/b/AJKkdOIKnJovH+fT7FGsa6TpN/SB/ZJGokcLwV0/m/8AsPfDmxWxOpWsRx6j&#10;9PXqFhwePr73IyqQwOQw45xXPb68KHh/h6tQAMVw32/5OpcaagdRAFubAA8gKCDb6c/69/cd2AHI&#10;GkKyBj9dQu6/Q/g8e6gO7kgnUWBp5UOD5efHqxqaKWxT/P8A6uPT9SgRpHwBdWQPazBls9xyTpAW&#10;31/p+PeEDmK/1NjaxvqFmPNgSOR7eZhpnA4Corjgajh64Pl+3qtUoBiprxpgV+f+Tp7jC+JSSw8r&#10;LpU3NyOWJ0qW5vzfm34HvJpDsOLIBIx+n0Gkg39TWPPHAJ9pnkMUbGv6hKj/AAilMDHr3Y+XVJGC&#10;gU+R8/8AV/M9OMUCysgH0CsX5sfRY+l7cqbcjj6+8bSLbTawPpsbfki7HTbVbT9bn6+6iNi2stVh&#10;mufTgK1px4Y4ftbJFO+vEf4MDAx0900axx6tKgMNIDKOLMLubqDqUAc3v/j7hSMSGBYm4FwAeVBu&#10;VHIH6gL/ANb+3fDFQwQChxX1px9eBPnQUqR6tSKpc49P8Hz6V1F6FVDq9Qu1vooBHH1IB9I+ouf6&#10;29xCtnNraVufUwV76VItzYqObfS3vYJaMEghyQMAkUqa19Dw/wAvr15gQaolB/xdelAHEaotlIsG&#10;I1KhBADDj6ni34/H59xmuGs31+hZSOWAA034uBx7UrpMZdPh8ga4r5+fz/z06q4BoTQcP2/7HUgK&#10;XdUPLMUbgjkg3vZQDzb/AGP9PcRxa4ZVOo8XOkgG5BBNz9R/hx7vqLABHPb6Z+RBpQcMilR0watr&#10;xiooK/t4fyp08RRqpZ2UD6izD0gfUEaibAsoHK/n/X94DKTwoH5FweSn4/qfUPz9fdvpQP1Hc8Bg&#10;+vn+w+X+z1WSMmrnJx/g6cFkLMosFAN/2/VwWJCMCCCpS5B+v4/p7wvYr9PSpBJ13+um34HANx7d&#10;XUjE6jVuA009fmc0IP8ALpp6UJzSuP8AJ08Qor+MBUOhbFgWKhbi7DUF06mBt/vHtvkclmI+hKkX&#10;BFhY2IIP5v8A7H25oBQFqVFQRX58P5fs/LrVAxr+HhwFPy6VlFGqqqqukAabgAEMosbE/kXufzfn&#10;6+4T8Xv/AKrTcXJ08/hfr9fz7UJ36cYIrTAFcDz/AMh/w41UvqLLgivD7OH+x5YHSjiGgBvyCF9J&#10;P1sxAI/Ve6j6/wDFPeBjYAjn8XN78/4WuPp7dYfHU0PH5Y9M5/L16p3LVjQfyp60z04U7CS3HpHF&#10;rC55Ni1uL6fwSefeItYn83Fzyf8AW/1vp/xX21J3oGByMDh/q4/L5fY2yEqTkYH+qnz+z5dOlNHp&#10;OmyKCfovH+Ok2P4X629wpHXkcG30/wBsQbk/n6+/BX0gGoJ/4sU/l03mtHrgj/Y6VNJDdtQF/wC1&#10;qBHBNravpwAOfre3PvAsmo2I4uebi1gLi1r6hf8A3r3aSEooYPQ0GM1r+fD7eq5amlscf249OnSO&#10;JUvpuzX5YWPp+nFjYfTkfn+vuLJo5YPcn6BeB/r6rf09q4y48ONoTpHEnj/h/wAnTLaC3CuP9X8+&#10;p0C+sm4JuPoNQuP8NOi/PIPtvYXWx1cj6NcWv/xU+1TgiQv2mnpwwf21HDGOk9PM59PQDP2nFPXp&#10;+ppLKEBZOQAWCg3K2DA8DTwTz/t/bTNbUQeSDccXPI4/Itx7MEZuKCikZz+0cP8AUOqNjUqjHCn2&#10;eVelFTKQlr/gAGzc2AsWJ5AIP5HtvJAH1v8AU8i3+t/hbj2sdHkkPZQAgYPDy/bx6Y4BlQGox0+0&#10;4CoAOfTY254t9Of9c+4znn8/4mw4uBcD8AEe1AXAKnhX+RPH/V/st9zUIbA4jP8Aq4npwj4BGkf6&#10;4JtZje/0Oo2PP+v7jyjjn0i/0+lzY3t/sffoySzBRVqceNBXj/q/w9MEkyUFaivzx9n+rh8+nOl9&#10;LK5uSSb8C3On63BFzc8+2ibjVYf4m/8AU3NzYW/417MExo1sKf6sf6vPph1UOiswAHD7cfsP2cOl&#10;PRkSEAfi1rg8j6XIuSbE35/p7bpJNVyL3/PAF/8AY3/r7ULHoHdTTT1/2OPSbvRZCfgqaGtKkH/V&#10;wx0oYYr2FrDnlhwLg8/i4FvcWYkiw5H5IsSLcW5P+Pu0XxozYb0yAa+Y6Rswr+qpBoQRQgZzj+Vf&#10;59PVLGo1Ag2+gH5BFz6tP1/2B9tc3Jvz+R+fxY/4Xv8A717NYqLQUFKg+Q41B/Z6048Okk4eiVpp&#10;44r86/soM/s6fqW9jzf6G1ifoCABwb/n8e4jHg3/AK2H5sLc/UD+vu5EQNCTgVPlny/wdIQwR9LD&#10;P+cGn+r/AA06eEDNpKgHVe3J5uR9OP6c/wBPbVUtYN9QASAP9Tz9dXPB/wCI9rhpopBBrT8/kR8v&#10;8vVJm0glqU4/5T+z8+n3Hxkt/Vr2vxwSAP63vdh7TlXKLkfj1Dn/AHkX5sfamNW7WrXh9mPswa4O&#10;fIdE1xIWyj91ONP81P8AiuhFxdOFRT/asL2455H5H0HI9tLyi3/G/r9CR9D/AL17UxRvqq6mp/zk&#10;f6hw6RGUkq3rx/wcOORTz8+lGlN6eGAt9OCPwLWK/W/+v7jSyXFzb/Yfn8gXv/h7fQBdSq54+Z4c&#10;a9Mu76SRwGB6fP8AZ5/t9epsFPpYaRe6/m1rD8WtwT/vfswHURH3UA/qY7Gx5Fl1c2P49gLmxSY5&#10;DXtz6YyaY4/z6lHkvuADcBT5086eR/1fLoh3y7B/gNfZQbJUmx4sfE2n6kD/AIrb3ZJt7mkogQSN&#10;CWP1K8A3/J+l/cD7n2pcaTQiv5/6sV6kq6FD+X+TrS6+QVpN/wCemcatWYkjAtwBZ2Y/Q/pK/QcW&#10;9rSYlaXUAOVUepTwpVRdTYEXI5+p9ha2CteaCxwfI+dTg5/Zw/ngO3zhYHx0VPc0xixczALybWK8&#10;gEWJX/D68nn2nv7TWH4vYDjVweCfpyT/AF9jCELpQE1/w04cP2dRzeManPn0UrcUjiaUpwdbcWJu&#10;SSSl735/HvLESGJ4/wAefoLf71cj2lv84HDy6csPxVGK9O20NQQOw/XI5a/pta68g/i1vbmqBjGw&#10;UaNepybiyoATf6em31vf2QNIVLqWOsLQU8yeH519OhHBC009rGCSdYp0LFDQtW5DFQouoPWwki30&#10;tyRe4+l/qfdDv87XONS9YYugVwolrihAJBPiglGlhcAlbf4f7f3OfstGv9Wecb2p1EotT6Mxeo+0&#10;j18sYI6Bv3qJRDy3yxZE1BnNc/wpw/n19Dj/AIT97UGE613VVGPQ425gKXmxZfLKr6S2lTf/ACb/&#10;AIryPepPs4ifdePU86snSj/bzrz7FuwjVu9qCP8ARB/hHWFl+NNpQenWxj72LdnR+HauHW1rUUPA&#10;+v6Rz/hxx7nCcqdK5pQZ+0DobbWpG2QCn5/b/qr0F2dN8zU/mxUf7YD6fT3NqXte9h9eD/xIt7ZZ&#10;9Y0rXQD/AJM/6v5dNSg62oTin7f+K6y0qXsfrfkcXPH9SfyLe09Vu1yQeLfjkfW/5HI92rGUVQBq&#10;zx49I3zkLnPHj0+U6eoAg24/3gXF/acmbWWuTxzb8fnj8f092jHcDqwcdIWLmoOc06clIBuf99zb&#10;/evbezgah9SPx/ifx/tvdyDWlcHz/PphhkjiepajgH6fT/bAfn/XPtmrCNVr8f71cH+hNwAPeqgY&#10;8z0mkpU04065+0xVMAWuSf8Aiv8Ar/19tEgdg8+kzE4FKKR/xf8Aqr1JgA0k/m//ABHtoZrn8j6n&#10;6ni3+xufbJ8gGr0wf6JqKdZ/bNWHmynjk/X8/wC9+/ccOKVp03LQ/F172laprlv6/nn/AIr9fr7a&#10;alQK46S41UPXvbJUseAPox5/xsfz7qaih0Yp0mYjWTXHXvbRUNdTa1+QOT+Pp/gPehX+HtI/w46q&#10;TQGtade9sE7XJ+tvoSP6gcWFvrY+2s1JY5r6dNAD4q5B4de9tk5upBuBewtb/efdHOD14eYp172n&#10;6w8Afn6/77j2mPH5V6o2ft697sZ/lKbfyGb+YOEr6LQlPtva+ey2SqJSVigpVhjhIZxYLJK8mlOe&#10;SbfX3HXunLAvJO9RSmolEcYAySzyoBjzpQsfRVJOAepz+7ja3Fz7l7fLBGSsFvO7UqTTwyoA48Sw&#10;HVZ3837feK2F/L+71qcjS1uRqtx0OB2ngMVjYmnr8tn8tn8fNRUNLBHeWZ2iopZGVAWKRtYe9tOK&#10;nT1OrI3k0xkD1ehkXSVQf2WBNjcD/Ee8XGuEaCGFlrCoqCcAnNat5+XkfsJx1nPd3F34rInbLWuk&#10;UdgOOVFdNB/FTHXzQs9l94Um5sjUU6TYLcceQlrJcTTl67N0BilM+mpxlMk02OkpDEdYqxDpH6gA&#10;b+8sdKra1hN49NwItJUKL2MhQ6FPP+rZhf2090LcRmRArk/iqCT8q9x/3lRjHp0H54b7dJGPjM6A&#10;09QPkSDoH2Akj06DXNxby7FyFRPW5rJZ5YG0MwkSphpQ2kBJ5oJ/4PQlgvMcc8ri3Kn35oIYkBZy&#10;W0aQqhSFc6GuXI5Df77+ntxLq4ndtCUTVWpqCRkUA8qf6sZ6am2q3tVAlmBk9Bmn2nA/YPz6TGT2&#10;hicLGqVddHVVaJY0tMwnWmkYLdZpwkUDMfyoRv8AXvx7jtExJVRqAva3FiOLfTg/19qUuEHczaa+&#10;uf8AV+3oqnijXCLU18v9WekTkKSJCUgiMj6gqrEDYEk/6lblrH8D8+8BgkUnWoj+nMpC/q/TdnKg&#10;8D2oa/s1UVnBGeFK444H29MJtm5XJrb2MzD5I1P2gdccV172FuN/9wOyd05gM1kaiweTq47n6KJY&#10;KV1JAH9fp7xMadANVTTNc8aJ0kJuBewhLni49sfvW2DkANq9NJ+fGv2dGEPKu+SkUsCK/wARVf8A&#10;CR0KmG+KHyHzMflg61zNNEFLvJlmosJHGodU1PJl6qiHDcW+vvKiI4V4xLKulyPHSVrnSjWLG1KV&#10;NuPz9Ofp7qd5iTUukg44lQKkcB3V/wBkUGenjydurf2k0MY/pOP8lepFT8Re1BO1Pmcp19t5klWO&#10;aPKdhbTjenZoWqAKhaTJ1TQAQoWOqwBIF9RAPibKzLDVPZFcItM6uQxsRpfxgML83IA/J+l/HdXL&#10;KpgaleJyPl6/4CflxpQcnyU1Pu1qMfx/7HHrjB8R6kyrHV9ydKUivLLE8p3ys0cSxN+7OzUlDMWi&#10;IF1dNWv8XPHvzqmmF1hqWEoJIEUIeM2FxKGqVVfr9QSOPr78NznJlUwHUtPXPpp7an7OPy6cTlRE&#10;b/ks2xFOOr/YGeuVN8ZcZFV1EEvePUsMdMR46l87lKmmql/f1PS/ZYqqOlNAuJBGx8i8fXTJgpfK&#10;GtFPEFAdjMsA1KRyqCCecm3H1t9fr7TybtKtGliIrgZrQ14mtKflXpz+rVETRuEBYngGz/KvUjK9&#10;B0mLESYjtPr7dEzyaWTC1mbWQKIw6upyWEx0bo97CxvquDb3HdqOFplmr6eDQrMRLIEYRnlm5H0A&#10;Ukm9rj3f6/WsJFrqNRgZz5YGc+VRwrjpbDy/vcFDb3egH+F6cPOlR/qB6VO3/jl38qw1G1qTPtT1&#10;U/gpqrDzVSwTTegKsU6NFTyPaRfo39pQfqLk8+ZXxR6m+XnVOe2tvHK02J3DR4bKVWyd4Q08NfU7&#10;dzMNLNJS1cEE0lM1XQtLEDU0qTxR1MWpXB4sebDzTuvLMzCws2ezldVljOofFpGoafxqSNJYNw01&#10;AJql5n9vf687amy8ywp4qqxhuFp4kTgYNQcqTQOopUedQCL3P5S3y9+bfwY7d25sPL9aRbw6k35u&#10;DF4nfuDMLY/KIs84x9Nl3r6KpmoaXKY9XJimqKQvc+MuY3dG+dvuSLPbV3/vDYG5aemgz20dxZnb&#10;uTFCZjQvWYevnoZpqI1CJO1FUND5IS4DNGwJHuUpL27S8MVwgrqIIGKGv2n/AIrrDbcNhisIm8OQ&#10;sEYrnjUGhB+YIIOPLr6FUMsc8UU8TB4po0licfR45FDow/wZSD7wSn0kfn/X5+h5/Ps1IoSp4dEy&#10;0BX06ye2KoNl/wBj/Ucj/jR9pZwKDpcnn172239X+x/4i39PbFe7RTNP9npZTt0+dP8AZ697/9S2&#10;+MWUnXc8cH6qPqQPqTb2CrlizKpjIHywD/q/2eHWa4JOGGP8P+r18uq4sbGfHEynUGIN5PUwF1a7&#10;3v8A1+v+H9ffC4DNweT9b/XkHm54Fh7boxVe4U9Py/1fLHWwrcC3b6D7Pn0pgo8Y/FlBBN/r9eLf&#10;Tk/6/vzHki1+bAn6Dj62uPfgpKiTVQAVIHHj60/4vy63Sq660Wn+r9nXOAabqQpDfQsLD1cXFzc2&#10;B/I49w5w1mQXGqMqCAdROm35t9Sfr7rE6lkc8FatPICv+QeXW0Wio1c+WeljQJ44gRzdCoPpOooA&#10;bL+QPzb6H3hB1R6CP3OUsPqTcAszAen/AGx92aqThlP6NNVf20AHn5VyMdbGoUbUK/Ph/g+XTiiA&#10;x6jwdTD8/qYA8/4hbj6X/wBb3ic+vSdRsGH6vr+L3H0UN/h+PdQf030MACRmnDz/AG0+fnj5bK1G&#10;WFfUf6s+vU+KMehiDcWsATbSAAR6j9SPz/vfvG7BhpYBSgYliRdmCi/1AHqt+b8+6JG6sXRiVYgA&#10;egrj14fKn5dXKFgaNjH8vL+fr59PkZVVjQqkRW5u1rsyCxFtIHN7c2/2PvyFuSy6mVdIvYaXIuxV&#10;gRcKAPr78wXUFR9KE1NM1XgKjPGp4GuPLr0YIPcRpFeHn8/2fn05LIzlFZWKxadR+hLli3oOpQ0e&#10;m34+tv8AYYdY0/Xl+PoDYD6E2FhwfqOPdnjOpsYXPpX5can7OP7K9MEkaq11U+f8/wA6eXT5TNfS&#10;w9IYaBb8C5sbgc/U3t9fcd3NiBa5P6iTdWZVU2/wB5/3r6+9qilgfIDh6gEkV+Z4fsrgdNkngMSf&#10;6iK/b/q4dKunpQiKRqHqcXJH0bSHIALBgAovz/rG/IwvY308ORwbm5CgNe3NuR9OPdQ2n4q6a5Hz&#10;NfP7Dx8vmD00DWpKmn+f/D0+RAuQbAqtwrBbG5AU3F7H/YXBH9Pp7xM5ILFVFyNOk8jgckXUHg2P&#10;uyxLq0q5Izx4GtcVoSOFRw/wdOqNRGKmvn/h+XyPDiOpqswCkgagFF1FzcAcgXt9T/j7jSHlrKt7&#10;3YkjUAykmwvcGx/HNvdqKET9RqUwADTBHn58PnnppwA2nUTnFBgfn6/t6e6IPJLdlAuf7R5sRdgQ&#10;pNj6uB+P6+22RrtzcWIGq9uL/Qj8qD+PaiImhagZiDj5/I+RI8/5+XTJY617QaGvT/4l9MaG4/bL&#10;fW5jv6oyTq4VieLH6e8F/wAiwIsPr9OeBcDgkA29qKdulqmtSPngVNCeANK/PrTCqsST5041/wBX&#10;5/4OpJRQykfptpY29RPqJvZQLlmb62sAP9hilcomkHT6jcfUMbcE3F/z/vHuqxCWTxGFe3BrkCvl&#10;T7P59NVLGrGhP8/ThX/D0/0MZjQhwVdjdtQH1Ata9yCLn8WHuDISdQIPJBHIN+PpYH8/8R7c00IY&#10;MMV4V4V41NOHp5k9adWXUFAyv5j+Xl0pqMhAtgDpW41fS5NiLXNrc8/X3Ec+vnji4IvyfodV/rx7&#10;eTEQYCuaUx/L/V/sN9oo1B6fz8v8PT7CjP6eFFmc/UgC3AJA08g/X3GewJFzzxcH83/23uxckAny&#10;41xj/N0w1Vx8+nqmjIUEIqgEFQLFvoPVcD6g/wBPcZ2AH9fzc/43seR9AD7oCWqASD8v5j8/LprW&#10;x1acHA/2B/q8unylgJbWf0f2QCf0j+vBtcj3AewPqAFzxp+uo88i3Av/AFt/vPtSGdvgJOPP0Hoa&#10;/wCCuPs6bLVcLRSRQZ+X+x0o6RQF/ANxcgX/ANj+Rc3/AD9T7juwDBR/UC9xc2/H0B/Pt6NWZHct&#10;QUOKVp8+rFgv4z/k48Dw4+VOnGy8KFJa4bX9NQ49PFrW/wCR+8LstzYA/mwsALX45vx/re7opVF8&#10;RqD8zXhnFOHz/Lz6bYr8JyKAeRxg1/2Mf5epkCMzKUUW4B5VTc3K6TYq1z9f6Ae4LszXUcHUARcE&#10;kC1+eLi39fa0CNGWRgKaDTBoCa09aef+rPVKgO2qgOfs4eXy/wAnTxTIQLEFruG5sT/Y5OkAfX6c&#10;H21z39XFv6Dm3IAv+Pb8AUKACDjPD1OP9XHpMdVC1fKv+TpS092l/tBb/wBD+LWI45/1vbTIwAPN&#10;rt9LjkWPH0P0v7N4wxaMulQEGaVofX7aZx69Mlu8ljgU/wBX2Upwz9vDpRQISPTctz/UXF+LqCLC&#10;4/2PvAX5H5uPoL244B/xtb3YagHJwtfP5/zzX06ZQr5U0Vx5/wCb/B1PWC624uC2n/VE3Gof0HP+&#10;8/T3ilNwbW5v+bfX68D82/x9uRAIatXA+3h6/wA/Lh1U1Yq64FP2j/V8uHUqnW5twDrBIsLC3Ci7&#10;XNrmx4+vtnqWN9NrFbj/AB1cgkj/AGH+PtagUqZA1VbPypxH+r7emZdHhmq1FD9nSsxsYFuObEW/&#10;UL+m55Fuf9h7aXb1Ejn8Dg888/0HHt5gfCCN2mv7P8uft/LorcEpQqAa/wCoeZNf9Q6VtNFcrfm1&#10;mIva/wBLXIF+T/vXuOzFgbggWAt9eRyLgkEE29vRRqjKVk1MK54Cny4jH2fy6YYNpwRxrUihP7K8&#10;K8PQdOWkIAdCqCSf6sOfy31K8/n3DmsOQCCfpyCPr/h/X2sjdsL4gIHHiM0yPTpNMCQArjArXzzX&#10;gP8AZ8+nSjFybg6frwPob3BDAkjn21TNpv8Ap5P9b8H+vFuCv+v7M0CthtRAHA+Zz8z/AKuHSFiF&#10;4lioOftHnxPljGOn+BGYiwAIuBb8WHIB+vtoqXLHn8Lf6D/Hn29HGmk0GNXCv+D9lOk8xGklQaf8&#10;Vj/i+lPQx2Kg24YFrcX/AKW5t9fz+facrAPrckj888/i4NyPqfauB2PaqgK3H5Z/zf4eiScFjlSE&#10;JA8h5Zof9X7OhExpChSQL/Tkf7f62+lvx9PbLI5AFr8Ejm9v9v8AT6H2tMYU8aFhmnH5Y+2tfTz6&#10;Tt4hUEnJPGn2f5Qa4NMdKaACQ/iwX08Anjn+lwfx/t/cRm5Ivzf6/WwvyOb/AE9qAMMwjpgfnjFP&#10;z6bOkkqK6SRX/Y/P/VnpxSPQL/11G30H1+n4ufZk+oIA1XCwJ4Mahfx/ZH++/r7jvmuVxBorXzr+&#10;fCn+rz6lfkxSrA1PEcf5Cn7Oq6vmJWmn29kmIB/ZrWJLfQCCS54vxdfdlO1lU0dNfmTxgIpP1sFY&#10;cah9QP8AW/1/ePXMLSJLKAKQ+Z+3HGh9ft+zqRr0EOABgdaZveUiVO781IpLM2aqWTn62DseFCgD&#10;g/19qeuKrCvqBLKLqW/TZQACA1ixDf7G3sl20O8rdpAB404548OA+3zPQV3I6YXJ4eX8/wCXRPd6&#10;SCOgbm+otZdVgp0k2tfkm/8AS3tPgeuwOkC/0+vNvr9R+fYwjICVIqeo9uany4HoqmYVpHYXIGv6&#10;qbFQGHN/UPbvQUwmjmlNwEkCNY+ogKjagtuRY8Ackg2+nsLb9ukVlNBHNIo1KSK/aRStf2+gIJ4j&#10;oUcvbLNfwvMiVRTT5DHn5efRg+k+ot0dhUNRUYDC1+UWknMU8lNEfDC2iOUNNKVEUZcSekEgsVNh&#10;7UFNBFEpqgxULHMxLi9isbtytriyoT9LXsD7Bm5bukttcRRsj6QPhPzA41PmQONaVI6Gm27LLDdQ&#10;MyMFVv2+fRpdg9C7po+xNn4zKYTJY16zM0sNqulmCyayraonCaJBpU8g2JsDb3pB/wA57+Yhi+wO&#10;1cz0jsbGw1NHsDNVtBns9UylxVZZAYqikooIiEjipGYq7Eks44sBdspOXBJyTyymwBRJuN0kUs5N&#10;dMdUqsQ82YKe5m4HAXrF73c3x/cXfxt8KlNl2yWSMP8AilkB0uR5BFKlQeJNT19Kv+XD8Yz8duic&#10;HPkqkybh33hcDnK2hWMRxYegkozVY2iY6i0la9PViSo+ixudAB0lmpz6R3cm4d84SinjSKqlylE6&#10;FL6HUVCFxYkkEA/7H2I+T7kz7zaxuo16gfyH+r+fUFc07G23WIlRi0PDPGp4dWF+9mPbJC7cxS/g&#10;UcVv9bSv+829zxPqJoEqaD/BTo3sdLbfbrwotePQV5YH+LVb2NzJY3BJH0/5F7y1QHJtf/H/AA/o&#10;OTyD7ZTUqovBTn/B/q/LpqRD2jVUEf6q/wA69SaUi9rgHgCw5BN788ce09V/U8f1/B+oPNvqbn34&#10;klaAGoH/ABX+DpBIKADj0/0o5J/wuLH/AFvr7TUgsSdX9fqR9P8Ab+1CtqXgAAfy/PpAGJqGWg6c&#10;FtwPqx/3j/eufbVNJYtf6C/+xtcn/Y+9KKDHH/V/q+3pPWnUz2yVUwN/xe9vxx9P9a9vdWoQKZp0&#10;xI1SB172mauQlyD/AFF/99/T2nNCdVOHSSoJ+A1HU2MWReb8X/2/PHtrLEMQTcfjgf8AGrgD3Smo&#10;rnj0zx+zrn7aqvktb62P+H4seSf6j3vC1JpQ9NOKE4x172k6k2v/AMG/2J5/H+HPtlmJY5zTpK2a&#10;rnV172zVR/rfni/P+At+fp7oWJWoWgHTBNcgcOve2afnSP635bj8E3tzz78vmOHVGNKn/B+XXvbT&#10;NqtIPqODf+h4Bt9Ob+6EKCDmv+r/AFDpoUya5r172zy8Dj/eR+bH68+2nzQDrfp172v+m+kd9fIL&#10;f2L6+2DjzVZKukU1ddKrCgxFEDaavr5gNMUMS/QEjUf9v7LNwvbXarW5vb6XRaRrqZsk/YoGWY8F&#10;UCpPQh5W5U3nnLe7fY9kti91Iak/hRRxdz5KPM/kKnHQW9z9zdc/H/rfc3a/au46TbGy9qUL1uSy&#10;FSymWZ7EU2Ox1PqWSuydfLaOGFOXY82UFhtI/D74Qdb/ABExb1mNnfdPZ+48akGZz+Srft0qDAWq&#10;ZKTE4wMFpqGnlW+tLyso5bmxxk5054u+aytha25h2dZgVBXUxIFA717agFtKkaQT+JgG6z19vvaX&#10;YPbizkunvpJN2kipPNlRoFGKRgZRdQGqn6jCmVGOtID+ZD/NH7H+fFPndrJLuTpX4ddc5Sn3DulN&#10;rYvI1G5dx0fkkxWPfeu/qIMuLqMpHkfGmIxyoxWfTI0gDuD7UySsnkrJfSiBnKKI4y+pbpFCo/QT&#10;/S7EKLknn3Hly8NggWMh9xckAtViMHh6U+wAEk4Bp0MLNZN+vFijtGi2FK0VRoDkfxN+InzySPty&#10;denGyP3fvU4fZ+ya/ZvQuGqZDS4TFvDiBl46eQCCs3buStZP4zl6+2txJLKYRdYl+rHPUZTJLKsW&#10;LwcbRCFlaurqtKam16kIeOKNHcgK17Ex3/p7DvhAo0t3eO0moHTQ6uDChJqKEjiTjGcdDSOwREa2&#10;TSiBcKlagegFCx+ZoONejm7Z6f6qGP8Asd1dnY3bYeU09DsTrHbNVurNxUTNCVjORqKqhKVrxEBn&#10;hoq4F7sxPAMaOfLVSkVGQxyzI7a1xNA048bqpCPUV008AcXtdSBzyP6X1Elfp0maI044FQTwCgY9&#10;amuMfNO+27VbRCS6Rag1rI2kH/a1r+Wio6k5vrD407AUz5XrzLeKammlo67vXsul2vVzSqVLVkG2&#10;drQ4/cU0MqspjjfFNqJIN/qMzwRamklmrJwxCGCetlWIchzIsVKix6GYm4Ei2/xt7fhsbyYJGy6f&#10;MnFT5Bc6qECmSDXzpXpJLzBsdj/YaKjyjT/n5ilc+ek+h49BTkvk/wBVbDgen2jjdg0FRR+SOim2&#10;F1VTzVKllAPl3Xu2uwNdU6rH1yYyUi/Ba/vEGpk9KUsAC8RsIlDqv10kyioLKG/r+OOB7NodkdaM&#10;9zRvMAVz68aV+ymc5PQfuOd3IKW9s5zxZwKfkiqfT8XQAbp+bO48oksFJT7nrDLLrlkzm85KamlI&#10;DqoWg2ZhtpTRKquOGqpD9eeTfI1ZMwADJGVGkGJTHwbcWVhGxY/4f7b2rj2i0j+ISMDnLf5gCAPt&#10;/b0ST807pMCAkSqT/Drp+chc/n0A+W+QO+clMzxUu3qZWZ2SOXDNuMI0gOpg+8KnckhkJ51E3vz9&#10;ffnqKk3YyH1EhtICX/qGKqvB0/T/AA9uxWVgAiJECVGKkt+eSfXjxz0WybruktK3DqPLSAv/AB0D&#10;pC5Hf2/cg0jyZSvpFl1a1xlLRYSAk/2fFiaaihVRp4AFh7xNK7cu7Ne/JLN/j/bbVbn2rSKKMARw&#10;ooHyA/wDovke5lOqW4kb7Wr0kaqrztcfLXZPLVLXuWqshPKTzq/tliR/j74Aknhz9TyDYC/AJBPH&#10;J97bQNOpB+z09OvJDI/wk1+3/P1yo6OunI8UszkG7a6ngEmxJLt9ST7zpTynkk8mw9X1P4BFwST/&#10;AMT7SS3UCfCo4enl69GcW3XrFW8N6f0T/wAX0tKDbG4ZQs329dMCQqtTVBZvqDayh25/23ubPiYs&#10;lSVNJXQR1FNJTvHLDVRpNHKrAx+GzJqAbWfpa1/ZK25LayxTW/8AbCQEaSQR56uNK4H7OhHtUF4s&#10;qwtcSxI9AddHU/auP8PRhOos3v8A2TunD5Pa+891df5KCqo54Mu9Q1RBTzQyxmOZ6dEpWmgjf1ae&#10;f8b+6ff5iPy72p8KOu0rqbYW/arGw5CPFU1NgaKnnwhqK5pnD1L1lZGcZSyyxEGUFH8liA5axlzl&#10;C0O82l7zRukySoSAQKmcOR2FiKDSBStWYEGlAQCCzn3m88k2Nhte37exu52orYS3wKmpOshiANIG&#10;WNT5Gu7d/K0+L+8/kvBUdud8dvdddl5t6WkqKuvwNBJFu+OPxKlCZTT/AGmPrKel1eK8yTxxIwRb&#10;Xt70l+0ty4nsrtzffa+IwMu3qLsDJjc8WLnqWrJIazKJ9xlZDO4HNVXs8jKAEVmIQBLKBfp+supr&#10;ySOhcAjBA4cQD5GnDy8iR1htuu6S3HiwOFVhPKSqmoFWqBWgrxOaD7K9bSdBSJj6GioI2Z46Kkpq&#10;SN3/AFulNCkKs/8AtTKlz/j7QkrAX/wtz/Xj/jft8g6s16QIDg/LqX7Ypm4t/hf6/wCBsP8AD6+0&#10;M3EAcanpZGvDr3uBfn/H+ntPU66efr/q/wA/SzOrr3v/1baor8sD6Tcqtitj9DYqLNyfYSvNOFYU&#10;cUqcH5jiajHWbHElmFB5/wCHz/Z1XLigVMa/6qP0A6gbkqfrbSxX8Xtf/X99ki5tb6H6f64uQCP9&#10;59pBgCteI4/7H2cK/Pj1bUooM/Yf9jyx0q1v4wum7DksFvZQORcEW/4j+vvrTwWta5Atc/kFhfgW&#10;/wBf3ZpK6VPp6elB/qH2/PrzGoq1NR4f6v8AV59dwRAm9+Qbk3H6rnSVX+yWIIvzybW9xix5vbVw&#10;dQsSAFIsOAT/ALc+2nVS9RhOFPU14nNP2AD5+u6Up6fy6VVKGCBQWLAHgHSbC9wL2Y/65/23uI7M&#10;hYr+o/Tkta3Hqvxc/Tm1vbgCSCjfBj5fsHp9lfXqxINK8B+Q6e4xwgI5Bb6i2olSRdhextzza49x&#10;tTF7cIPoEGrjkHgWYHkf7H3cqpViSWbjU0zx45BHGvE09OrnVVVGRT8uB/z/AOo8Z66tMSIALtpC&#10;qrA3ZVB/Qv50/wBOb/7f2oF3YgMGHBJAAP1uOLEk/wBR+f8AX9t+HpjjCmhBzSpr/sU9D5cOHWiv&#10;ZqApmlONccfl+3p5hW0rFgDdAqEaQCwJAWzH6sSCOL8++OvTZBfgMW+gAYPxcfT6WAsb8e7eEZCZ&#10;WpWopxqQR5fzJr6/l1TNR50+0f6vn1MijsyKCSz3eUWuLrwPqF5FwAVJ+nPvqTn1Jz6ASWXi+o6r&#10;25Fxf2mVwBplFO44BzwxQ8DTGPtHr0wT2gip/wBWPt/w8elbRUmvTY3Cqj3IYA8WJYWJ03BvcfX/&#10;AGPuLqGr9QJAOsAXAIsAfyeFFvb5D6TVCFPAnj6/Zxz+3rVQwP8AFigp5+tf9npUoEAVQ2p73KKR&#10;pu31W36lN+Pzx7wuwYlbEWNrD9JOoAFx+FAP+9e6DUGDEjhxOTw4D5/n6+vXq1pqyePz6c40CxKg&#10;Ba3IH6bX/B59I5+nvDIXGqwuR9foAANJ/SBYEgEHnk/4+3UWJqEsQPLBJzUcePGhGMCvkT1pgCC6&#10;/HQ/6h1KiDGxspP9r1DR/ZP+vYnj/H3BqJhZlJBvY61UE3HBBN+A3+B4t7utu2pCgz6E0FDn9o8q&#10;jz/azISW0q2T/q/n69KKgKj1OCCy2uoDHgG4uLjTzc/4D8+27kBrk/oDKos3qubfUXAIN+PapiDo&#10;0jg5BPDFBX7aZGfsp6snzoDX5Yrw418v83SigW76SLh0DtYFnBFvSTcaeLC4Jtf3xJNiAbi63sTe&#10;wB5Auefxx/X34AalYrRqH7PzP88+nTNcmhqfT0/1cepkUS3YyWe7KFU21MpPpuBwWUfW9/r76lXS&#10;A1xe45t/Qg/0te4P+v79bsHLR6cU9c5r/sfZ6Dj1ah4lq49c/Z/qHTgxYeq/1PFgR9LDmwuOQf8A&#10;YH3AlsQSSQfx/wAG+hsPwL/09qAPDNEUHhXyx/l/PHTYJOhs6jT1A/2eNP8AZ6eaF5H0g3Fzq/Fv&#10;1carni/+x/4n3BkAsPqdP+0m30v/AF/Hu6VyDQV4Z/4rj5f7HTDArnyPlWv2/Z0r6WRiPpyLCwAH&#10;Bt9SFYFRb/X9xmYXPP8ArEj9PA4sebce22DUx+eeP+TpurMPl/h6UFOlwtgQGJ4+hJFyfVcFfr/T&#10;23SsxP1+pIBGkn8fW/tRGqKPhzgnj+zH+U+fVDgE0Ab7P8vz6UtNFptzpsOBb8kEfU3v+fp7wOrA&#10;EfX1Kb/Q8f4cA2/2PvYmjJRqaRpYUrX/AD0r+X58evLSgANGJ/4vp8p4iVNv1ahp9Isb8XvbizW/&#10;J9xC9za97Gw4ABJ/oeT+fawJpQNSmoV8zQD1GB8hmvTeg6CVpqGa0HDiB9v2Z+XU2OLWxvyqMt/p&#10;csbAj6i9wTc88f7D3EZhr/Ck2Fv68/U8c/X2+AxhKnuHmfy4cfl+3qjNXUTQ1wcelKD9nTtFGocO&#10;Ba11W5Nj9QCCRa4U3H1v7jEj1C/0IAJte34H0N+B+OPb3d+kSvFSTk8fP/ijnPVFHh6Q3Hj/AIfk&#10;f2efTlHHpJJ031AABQSFZSL/AFB5+n5tb23TlrMTdh9CL8i5BsR+Pr7UQ+HqTTRW4g0wf8/+rPSd&#10;w1NJH+b7f83T5Sg3sxYn8X/xHHIJ/pcC3tmnBBtxbnT/ALf/AF/rf2cRyB21UOrFePp/Phj8uk82&#10;Kj8f+x/sY6VNEoEWo8m+k88/434/tD+vN/cQtpb6Di4P0v8AU/T+p9vhPEjYBzQkca/Lj/gH+TpO&#10;qlVPCpz51H21r6+QHToqcC/9DYAEWv8A6o8af99/h7xyTDTZbcE2v+R/W3vccDJXxCa08vL0z6Yp&#10;1tmcBwcn1HUmOK8l7aueSFAB1G+n8C9z7aKgsLEH/EHn1G4Jtxbj2ti0OHLCtePDHl/l6TSPUsDU&#10;KTnyoPy+37f2dKaijKEDTYekHVfi17j6EgG3tskuQbHi5H9Tckfj8e3IivijXxwa8BQdFwFSy/jq&#10;P8BI/b/l/ar6eyIvF+AbW4VuQbEXsSD9Pcdj/wBCm4+tufoeb3t7eUaT8tY+VajiMUpWvnx6YLai&#10;wUkNX884r5jJ416mqA1/qCBwLnj83JuOfcOZgD9Bb8XNv9vxa9/atBX4n7fs/nxHl0kmNXUefyof&#10;8v8Aq9PV2o0Ogemzk883uOAACFvyB9L+2epcfT6G5v8AT6f6/J5HtbCADqVqrT1Of20GM8Okvn6r&#10;/lz/AJz/AJulNQR/2rciwHA4ubn6E/g8/n20zPxa9zyb3t+BwOL8kf6/tSkbMajFcflnJ8vn0glB&#10;1cQKgD19SSR0qKGIXDWPBuLAWJ+hH5vz+PbTUAFef6XB/wAT9LfS/B9vQ/pO54mvyHAfmMHpHMmq&#10;MmpIBB9Ptp/q/bgdKulckrbgfS3J+p/JAv7YKgaTx/S355/oL/gG/s0hZGCMwxWvkf8AVT1+zpDP&#10;lVUjtrT7OGaVPl5/7NFXRBr24JsD/rE8tcc88W/qD7biw1EA/kA82/Pq445v+fagAnSa8QaeYr5c&#10;eH2dJKA6X41OKcM4z6fZ/qL7o9AJ/Ck2/wBcXBH+t7NT0xGDUQH+zeP83uQb/wCH+HuMub30wyKK&#10;68flj/NX/D9sx8lklVLCpIr/AC6q8+a07LgMqLkH7euH0sbGF0sb3t9D/vvpYvtxGNJQkC1kRTe/&#10;C2sx4BGlfr9ePcD79KiyXSk1rU+WTXHzqeHDPUgXprKwHWm32uWn3PlLAD/czXEnknSXfWfSbBVI&#10;+lvalreaeP0hVtbyWtf0mx+l/qLAf09kW24uJRrq3HTxpkY9POv29BXdD+hJivRUd8AnHcKttb2e&#10;31uh5BtcWt9PbJb1fW/5PHDfQW+p/A9ihKU4Cv8Ag8+o9mJzUHj0VvIXEr8FxqN7D688fS9tNr++&#10;8hWzUOIM8eJrq6IzOrVGMDyVMMkmlSksaMjeJ0sVPq5vx7jfmVVm3yOA30KyiFTomKhSFLHUhbBN&#10;ahhVfw8c0mbktvC5dVihAMrZXJIqONM8aj7Or3v5Y2z8duDq6eWtztPtdhuPKpDV1KyfY5QNBSIU&#10;q5UhnSKppWXSnkW2g3B/qlM5vCoxu0Nz5w4/I0hxG3MhOpyCyQyShpIYmYI5WQeMuG5VQfp/U+yi&#10;12QXF1bWJuoCLi5jUrEVYAhWcVpVchSuGJHxeg6F+ofRzTEMBGjNkUBxXAx+3q1rY/U+GzvenTW1&#10;0zOM3H93veK9VSMpgp0FHURiKN2jh+4eaeZGsFIAWx+o9/MG+S+cfcfyC7ozMjtI2Q7N3rUamvch&#10;9wV9vrf6Acf4e8rt/IO87kFFFErD9hp/k65/bYddnHN5yMzk+pd2cn89XW8xQ0kWPoaOgp1CQUVL&#10;T0kKDgJFTQpDGoH4CogHuL0BO8Hau0ylwXydOlwbGzSoPZnyWSOYbFQaamp/l/ydEPOyg7BcMfJl&#10;P7COpXvaz229sDilPB+yg+v1IMYNyPeQlwrVbSfQVr9mP8teg7ZEtYwrWp0gU/1DHQb5NR/E6k2u&#10;PKx45/rx9Tf6e5c7H824H4tc25HA49tqAahT9nHj55PVpaqDQ44dd0683+vPP0IsSAB/vP8Ar+2C&#10;pYHgE/71zx9Pe6sWz5fL7ekTsWrUDp8p15vza17/AOJFuPadnuCwsOL/AOuAD+bXsD7eA1p8Wf5f&#10;6h0Xmj4B8/8AVT/D1Pj4a/8AvvqD7T1U+k2/1yTexJ5H5vx705+fl/m6SSHjU46me2Goa9+R/h9P&#10;6f8AFR+fbIqTqBx0m1An4sfLrkoJI4/P/I/afqTdmtYn6D8j/W/p7YrX7f8AV6dJtQBxUdTh9P8A&#10;e/8AX/Ptu1gNY/kH+l+eAOf9f34aUAoteq+pHXvbRWEi9yLW/rb8m/8Asfe5Kaag59KdMSMQK/i/&#10;1Dr3tLVbC/8AX6n+n+3/ANce2mArUAA/6vXpKQacKHr3tknk1Xufp/T6g8Em1wePbZ4aePVCABhe&#10;ve2udvyfwAo+v+8cc8D34rg93+o9MupJJ697bZ2WzKLfQMSR/jzb83v7oTU0Ff8AUOmq+Qr172n5&#10;n4a/4v8A05PtMxoXNetkgCp8uve9kv8AlE9abcxXR2Q30cbJTbq3huevo2yFZHHDJVY3GrA9NHj5&#10;nAY00ms3te5U3v8AT3jp7ub5fru9ltLdm2RwCRqEkl3JUFqUqF00WppkkUr1np92rY7XbOR9w5h+&#10;l/3Y3VwyliM+EgAUKRmmotXyr9g61Of+FFvcO94dzbE6yw1WuR2XtDYp3/uHbtJB9/F/GM3kcvhk&#10;rs/TfuxaqPG0kbU/lQCATeVTd7i2+h2licXkajPSh5sjVMx+4qZTMYFbgw06sq+OPSbWH44/14jk&#10;3O4u1WzixGoAwKEj5mpz6V9K549TDfSSXsjLHEDXDHywBjOKY4DrVL7L+S/afZ/XuA6YpIcXievs&#10;HHTLV4bAUi43G56spPC6Vu4JJSi5CVZ18rl9Kmb1HkCynFVDoDRlNJBGl0eN9RubBHQkgFuDb6D2&#10;VizldiXRwwPEUIoMVrXzpkfPHTFxdCyWMSSKT6asD5UXJxxFQPz6Lln8vPtZ4KKvyOKrnjijIo4c&#10;x5MdTCRVcUxp8O0kkrIG5USKoPBF/phkl8zqRTpIQFUNIgYKQ3pkj1FtLG31/wAfdxYW8QLSSmgJ&#10;OT6jIPD9ny4dJ/3/ALnNGbexUhan4RpHCmOosPdPZE1JPhdly1WJo6yIQ1a7epXw8VTAq2JmkpXW&#10;omhsNTeZmB+pv9feGRnvaSRTIAA0aA+j/YCyLbj839roVj0gxRkQ1wTTP+X18uiC7a4ZqXV0zSHy&#10;U1P50x0Debkyjzv/ABrMzVORf/O0dIxnlUkA+uSMiFfxe7E+8DRcfRhcA+ok8nULAn6WH49qknFR&#10;kEAnhQeh/n6/Py6Lmt3A8QrRfnx/Z0kqnFOIzNJBIikf7vlLubkqOLDSBq+nvARp1LYG9/rckn+o&#10;JIt+PasNr0MCR9nl0lFAfmT8umcCKNmQRLfkcpqPBIuCSABz9R74l7cD0i36bC3vYFfiofn1XWc4&#10;x109S6myAIB/Z4IP0/ofp771kcEkjULj8/69rfj+nvYjTiAA1Dn/AGf8o6c11A1HPWY1LfR5Li/K&#10;k8/Xk2tyQR9PfRIP1uP8LWt9OPfqNTHD/D0yZPLUOo7TI4Pqvc/TSbWIsRx+ffH+oAt/he3H45PH&#10;197rSlWx/q/2et546sdYbAMdJIs3Ok86eLHVcj6+5dPUmMgktydVrkg3I/DKy8H8ke0V3ZiYUVRg&#10;U9P8BB/Z0YWd7LBIhEpCVrSvSvwG5K3E1MMkdbUxorB2VZWKleOLMHUAX/p7wZA1qyfdU1RL9uqo&#10;ZRG6mSLT6/IyMFD/ALlg1ri31H9CBrVY1aMx0Ysacck4oMkgUqRwOcUxWV9t3Wx3CCKJmXWOIoQf&#10;mcin+Xz6tX6H7N6t39h6DbO5qPB5Hcv2yRQQZfGSBa2KBFUJHVCEU6VSxfo1OnrQEG5IJZvkL0ft&#10;/wCTPX25Ng7pFJFPU4nINi8ytHQzVlLXfblqOUR1VNU0RKTxjV+0AVbjkXAq5V5quuRdwgv7dGkt&#10;ZXRJYmypQnu0gmupQQVqTlBUUahLudOSdq582K92LcGoxWsUgC6o3HwstQTx4jFVwCK9XT/CD5H1&#10;fwm37gd37PgyVVszM5HHYvd2ymyc5wwxtXURU1fUxnyNUK8UE5kg8j1GioRGZSgCnQY+TPUme6X7&#10;X3bsPcNAmPyW3sgaMrBAaWjr6VjMtJkqClu6UtNUrSuDErMsUisAdJX3kjvAgkkhubZlNrLGrxsM&#10;BkYGhA8vQjgCMV65yttW47FuF/sm6Ai9tpnRyfVW9TxBBDA+YNMkHrd32rubDbz21gt27eq46/Cb&#10;jxVFmMXVxMrJNRV9OlRC11LAOFezC/pYEfj2WipIBAAFh9R/vX+PPsOM/cSeJ6M48jJ6f/bLOefo&#10;B9B/W/tDLXUPz6Vxmgr173C/tX/4n839p6fq00jT0q/LHXvf/9a24RoAoAb03Frn6tzz/X/Y+wTJ&#10;NI7SFyKE8aDyx/qp/n6zZGphqp9uMY6rwpY/H49H1KCxBYhSpsdSEqx/pfnn3wsRf8gj8GxPIJFr&#10;ccD/AA90JDaaYI+WOGM+eTnj/m9QVwf5f6vPpQRsqC9wSwHAcepdQDAi7GxA+t/x+b++na/JubD8&#10;2JuFUk8W/PvSqFxSnnivCpH+rP8Ah63oBAqMAD/Vx6nwoG0MF48gU/RSCUCq1rNYWHA+n+29xX/I&#10;PFv7K/6oA/Xgj6n6cfX3UeTDgfM+ny/zmvDrxOnI9OlBBpuFNzwADcNdrfXnUDf3ElkVXIJAUt9N&#10;Kni63sxI0XtyfexC7qCqksF9SM0PEefHpyjaanyH+r7elBARoUtexJBtY+kNyB9Rxb/YD3GIu7XI&#10;UaiR6dRH0445uDf/AG3t4HTGlFJYD1pXjn88dOmtSCKsM/6v8PTqkJEiOxsJAXUkBgLqrrYcE2Oo&#10;E8cj/b8GdtJQILk2DkEmwbUPSb3+h/x592WNQ3iPIaAVoKDypxHDiB6Yx00+ruDHh6cP5fl+zp3g&#10;EhW2gEtbTIQWAuzMCUdUU3uP9vb6+/Myi4vcAtfn9diedNwRf/iPbQaTiq0OPlQ4/FT/AFV8uHVV&#10;kPEDu86f4a/y/wCL6faCkDMrtqt6uALDSpfSoX6EWH1vyP6+47OwvcqCbquq41KeGBAJu3PuxRGK&#10;kVIFCaeXofLH+z00wIGpeNOHy418ulPSU5jQFFFiW5YcHSWsosDcG9/of9f3hlOleCxdgB6TzbVf&#10;kgXuefe1fU5BChR6/Z88fl+fTZcUJK58/mCP9R6eIacgaizspNlW/wCQblgRcg34/r7wkGysCV1G&#10;xuLkD/Am3NlPuqspd0YAgDGeP208qkf6q02lcCg4f5/8/TioOlTyC1tVgfqP9e9yLfn3idlQEEse&#10;TrJP1LBiABY/pt+P9497VZJCCqqMDT5UAPHiOPz8vUdNlgGNQKZzw/zdT4tIIBuPwxuti1hdSBc+&#10;kf1/J5t7aZWQ8C/JJH0A45/JA/HswJnFGIyMHjXhTiK+vAdMltJIzX+dP9Xz6UOPgV3sAXutuSBY&#10;kgX0cvpH5J/xH+vg1lrAkgALYDg3B+l/+C8+/GNULFUBJY/s9aetf9Q6oSSCunH+AevSigVVCkks&#10;UVSDcMdQ/Silgxso/Jtf3xZv9Ytp4ufob2/1K3v7oq04EhQc/Oor6kinVFBLEKRjH7QP8H+Xpzii&#10;8jK5tyAVJNxbX/iFUnSb/wCB/wBh7xM3pW5tpH1vyNNr2ta7E8/4e3l+NyACWJ4+deH5Ux+R49Vf&#10;VqY19c0H+Sn8v29ZGhAYIC1l/Sfzptdrkk2sebD/AHj3DYBuEH9SbgfS/wBR7ck1RqDO1QQKcf2f&#10;6qfn5MOzRsiMMEcTX/L9lenSgdvPpCkaSqmxN/z+efre/wDvXuJIT+ef6W/3g8W55/w96AShpxp/&#10;q/L9vy4dMVU10jNP89eltRxlTYEDldXFwQbcX4N+Px9bf7D3AZrX4/rf6WHP+vz70RXgc0+ecf6v&#10;9R6q5YfCc/5PXpU00XpB5FjdfwfSDwQRySP9j7iMV1EkC6/Tnk3BP9Rzb+vu9H0hVJIbjjHH7P8A&#10;B02c0HHFT+37D0/04JFjwQOByCSf6AH8/n3EdmIIJ02X8m+on6W/rc+1OiJCrBS1W8hSgr1XWA8b&#10;A4x88j/i8U6d4PI7BQdNluTdeLLyL2sBY+26R11XNiOdI4DFv9cW4HtegdVKpUMOJFaAfz+3qp1q&#10;QBg/L+X7B/Lp+ih1FSTwx1sD+QOTwEF9QuPwDf8APuGxbV+Lm91PIAY3B4/IX/be1Q8JVDl6KKZ4&#10;VoM/z+WT59eLqtCWrmhz/h+WOnGJDpChWJLXJ/5CsLHgadJP5499n0o3+Bax5HPI/J4Av/r+0/iC&#10;aZc40jjnGCMcPL7M/PpvUtRqIKgf6sUp1LWPQATybhmsQCbkqTqF2+pv9TY+22Z73/x5tbj+n9Pr&#10;7WRrpoPIY+f+HplqVFB2/wA/Lp3pI72e1rW/PIJ5H0+oI/2wHtpnH5+o5B/P54+g+vPs1jqumgNa&#10;A/5/8Hn0xMWBkIWlK08q44/Z9vSnpCNdv03uAB6R9L3sT+n6/wC+59tjk3J55+n9b/Q/k/4+zJQK&#10;ECmP5/KnyqM/P16SiuC54gf7H8qZ+fT1Go0i/P0v+QASLHlbc6be8LkBQf8AYX/HN7g/149+Iqz1&#10;OfTz8v8AV9tOHVKLrkUMNVOHnTFf+L6nU4OsCx+hIHHNhf8A2r9R+nttnN7WIv8AUn6n+p/P4v7e&#10;XtLsY/KgA/YPL5f7PSSeSTUTSqkcBw444DzHH/D59KWiUXAv+fqx4FwQfqbk8/g/09t/5tcgm/P4&#10;4I0jn8e3paaA/h1UAADz4Gpx/k/wdJ+8a9anSM4pwp/kH7KYxjpQxH1BRbi30HJBFyD/AEsOfzb3&#10;EawJ54/w/pa+n/X9qe4oCR9lfWtK/wA8fs6TurUNfiPpxrwqfTHD5jpzjBJW1yTc+k8ccgn+ot7b&#10;5WuSf1D+v5+pB/H+I9v1GmjEL8vLI/zg/Lovm7iKgBcin+xxp+VOlDSw6dPJ1HliPrxYg3v9QPz7&#10;Zp5Lswvyfr+P8OP9Yj8e1cMZKqSB8sev+fBz9ny6SSkU0hv8PD/VTj0p6SIhFNj/ALdgebWJ55vY&#10;j21zHkAEfnj/AAAvc3/x/HtUnfnTQ/6hjyHSCSrnVoyRT7PL5DpUUcarFyAwPLE2/wBY/nkcf7C/&#10;ttqGsvFr3/xA4+v+9fX2riWr6Sh00OeNaj8vt+dOmZRGCFZxpA/yf5ONPOnT7SJ9CefwPoLWJsba&#10;ibW9p6pYXt9CbC4+v1t9efx7MoQEAU5C5+wf5z0VyOCA2WAzSpNBT5Uz0saFTbUT/W/9G+hHBtf+&#10;ntqc2cAfki3F+ePyT7UMCF7uPyPl+zpIxNVVmFPQfM/4c9KCJFaNmP4DG34+h/A9m06WUtLB9LXh&#10;NgR9L3/3kn3FvN5AjkJB1mvH9g/l+3qaOTE/SQqT/q9PyI6qt+bzImEyYvpC09dzz/xxbgG5HFv8&#10;fr/t7HNv8UlMNQCqp9QJA9Uf6bfVueLXPP8AX3j/AL3/AGsjFCZCox9jcfljzpwrkceh9cCrnUDw&#10;/wBX2dabnZbE7kzK6yijLZAnk2sWl545NyOB/sf8CpK4r9tCGU+mw+t7jTa9ib6R9f8AY+yXbQ31&#10;NwyOM/yNa8fU8Pyr0E9zqYWpwz0VXejhseqkWtI/+8qwvza4sP8AHn2nlHJ54H0/2B+v+ufYs1cD&#10;TNOgFODqweP+boruQW8rKDYavqeLg244+t729qrGUtPNimcmVZVmljJglkhfQRGUDmN01p5AbXP1&#10;9xXzde+HvIgliiePw0Ya1VqGrV01BINONK/z6mTk1Gi2a2kjlYamaoFKVDEg5BoafLy6tg+HNJuP&#10;FdeYTM7bzGax0eTrMxT5Gnon8tBNUUtUBG09LMk1K0gikTkqGt+f6I3sjCQ5fY+8MXEZJmr9pZxG&#10;eWokmlLwwReJC0pdmXytb+gIH09tcp35td52q4aGKKOG/t8JGqijs9TQcO0VGc1JyT0MptTW00es&#10;l3ikXPHKnHy4inCo6tL6E3jldod/9Fbsy+aylVNH2HQRK1Y6RU5p41p2qEEEEMMR1uygmxNl+th7&#10;+WV3vSNQ919uUbAg0nZO9qYg/UGDcWQjIP8ArafeVO+0/fW7UOPqJP8Ajx6597Yunb7NfMRgfs6+&#10;hWrBlVh9GUMP9Yi49vfx1pvue2dpC1wmUpWP/nREP94v7OuRl1cx2JpkEnoPc8SaNhmX+J1H8+u/&#10;e1ThV0YXHrb9NHAOB/zbUEccfX/Yn3P9y5jdiB5/5ug/asVtYVVs6Bx/z9BzWqGyFQDz+6355vyf&#10;9j77newJJ+ot9b/QWuP68e20JAqF4Gvpxz/q/wBjqsr1GktnqRDGB/XmwH+wv9Pz7T07WuL/AJ/x&#10;FyD+Pr72DqJYnz+3+fSI1p8WT+fl09RLpQcWJ/3r8f7x7ZahjyR9Rck/1HJ+vt0E6SC+Twp+fSN9&#10;KqOH+r8upUQ5vew/3sg+0rWtct6v9c/8R/t7+6sdJWoHSORgCBgAdSvbHK3+v9Pybn20SWUacV/L&#10;pG2ogaD5+lOs8S3/ANvfjn/YEj+vtkmOlvqTyb8f8U9stUUpSvH/AA9Mk1z506k+2aaQ6hb6D/ef&#10;96/r735NX1/Z02TQk4qP9X2de9tlXICtifra5/2HAP5JPui1IIOc1/1ft6ZYllJ4/wDF9e9pyqHJ&#10;N7+k/wCuP+Ne9FdNK/F6f6v8/SdsaST172xS2bn8Am/0+tvr/rX9tHVXFAf9Xz6bJYY697a5zyBy&#10;Lc8D/X+nvzFR5Z6bYr3evXvbRUSXZrG1gV+lrkf73z7aGBUnNOmqUzXr3tO1EjcgW5Nuf9jyP8fa&#10;T8ZLdeJpQ9e97GX8qT5PbKn6Zn6k3PVUsG59hZKWpwtKkCNkazFZSpJaop1JTzQ0rEeTm6AEnj3j&#10;n7t8qbpcb7ZcwbWrPbTQ+DOC9ApSpjOTQagdINKagR5jrOP7u3Pm23fKf9Tr6YJf2kjFB5vFI2ok&#10;cKlWZq+dDTh1rSfzuvgj2T29vHAdw9X1MsVBufAQbX7E+9rp6fA0z7didsQa8U1NVVMX8Vo28MYV&#10;GjnljCNZtF7qzMkyRzRzfceeMSQ+KxUpIqMpsOFGhgTb3ENg6OuE0ouGLfKtePE1Byf83U77vFdw&#10;xTGGOiD4QMk14Y4AV8/y60ie6Nn7y2ZLuPGT4X+Dy4euem+xo7S1c1XLOtPFHeN3WkpEldbgG9/S&#10;efcfISjEvFGY1qKllUtGS4ijJB9GqNXMr6SOBYXP19sruX7xjma31LDqIBwS1POjEUzXiPI46Zse&#10;UpQUud2mq7AHQM0rnuJx0/dN/Eas3BNHnOy8ytHRJTpV1GMxzxySxNLGZwlbUSEwxRJEVJZdfLW4&#10;5tMMpZIQpKTup1qhtpB4VALEi1/x73YwOqSTXaVQGtWH51/2OirfrlVkXb9tcADGlBnI86Zr0EXe&#10;uaxlFuKXY/XNZRw4XHyCghg2/pD1p0AO1ZNHqqKmoaX+1YD/AA/JmUlAdP7rgEqSwBBb8BwdSi4F&#10;x9L+277dELnwkNAaA+XqKUP+EDpiy2K6jpJK1GIrT+ef9Q6QuA61zNPGJ8jJ4XlhNRNCwJkSL+08&#10;5liisDf/AFXPuPVlQ5CgFQ1hySCw+oUfhbk+37QMUGuoelT9nz+eOkt7HpJRRUDH+qnSZz6xiSWC&#10;ns0SsFDEkgtYXC/0W97c29t0i/ltNyeACf6cix/oT7OYGFaKCaCpr/LoPygRsSFzXoNa6PxSDhQS&#10;7LwTwRy3+2J94rHnjgfU/wBLX9vEjApQ+nTA4E+fUP1Hnkm/15vf/X9+/p9PVf8AJv8A43Fvpz7s&#10;DTVXy+XW2FNJJqadekjOkcm5Fz/xP4PHvwX6kc2/Dc3Jt+f9h7sKsQp4V8umnKqBih6bZKgQfVj+&#10;Ta2rj8k2H9PfYBHJtxfj6i/4+lve2U0AIP8AgPVBLnT1zhro5Z41jYWJI1MLLqBI/I1Ag/4e/alb&#10;Ta/HAuRb6WA+p/r7b0Ouot556dVs8eHTwroziMG2k2W54NgVAvc/UHj3mEhU3WwIFz6RY2I+vP8A&#10;j/Xn2neFHUq9TU041I/1fnTpXDcNE6lSQQfXp6xtZWUtVHPQyNFPCyyRuhKHXG4ZWVgbqwaxuCD7&#10;443GY2lllqI1CmVdPgIaSLSRYxx69WgSX4F/6D2R7hDcysiUqqmtagEfM+un14U6kvbeZITDDGw0&#10;3RNCTw8s8P5dWHUnzE3dujamH29nq00+fjmiiqsskKUwqKhJoylbO1LFDG0k8aDXcMS2r8Ej3rC/&#10;z3Pje24dh5fvzYO18lS57r6oiXO1yYWqi/i+0qioiGZaUzUyvMmHqFSsdwNEUcDNcWI9zdyvuc8/&#10;Kw22a8jkvLZQ8YDKzKlaMlAT2haP6gKeIz1DPvRypZXm47fzJDZMCQI5yF0qwpRX/paHIQN5q5pw&#10;630/5MffWRzfSu1+pd8752xuHdIwA3BisdjNzYXOV+MjIWSqoCuHqauOOkmp3E0YdwylHtfVc6oG&#10;KyhydMHkb94W1AfS/N+Pr7U212zF0lPdTrHe/sxZykKOw9Xhe805Nze1h/h+Pr/t+fbzGrAV+XSa&#10;MV0jr3uFfn8fW9vx9b/T23X9TgaU6U+X5de9/wD/17a1kDAkA6Qbfj8/SwBNuD7BUsLR0DONZz/n&#10;/wBX2Hz6zW8hRsn/AFHqvmmGpgUU8Rpc6RfWbkkv6r3Yf63H49+1FrXAF2IJv9RwCTwbHj8e6FFR&#10;Wo5JpUY+3HHPl1YcDQ/6v9VOnNdJlClSg0rqa5I4ANzqA9Ra4H4t7xFLXA4ZlvwVI/Uw5A/T+k/X&#10;3ZpGcA14NitR5A+fHGcfLq4y1VoDX/ih9vTtTJpe7W4Zr2Nr+qwPpCtweB7wkK1vxwAbkkAD82N7&#10;3Bv+PbWtlWgGAflxP7KelTXPp1vgvDH+oj/N8+nuBAWvf1H8kE2sb2tZgdK/Qce4Ezmz8gi/quQD&#10;b0hbKxBZjb/ePd0jUOgAIby4kVzXIrQfP506cqFPGo/1fLpTU+ooTdSoF3IsOCA4AX03PH0H494R&#10;drMwPqBNrG97FrN9Pqfpz7s2lNSqwoGGf2Co/wAuMefTf8dSfix/n/l+XSjpofKIw2kWUjTpKkWB&#10;JBNgVA5Iufzx9ffiOL2FjcKCw9JtyeL35U/7D214gDsKmoAJIBznhnhxH2GvWi2kkkGg/LNSP8nT&#10;/HCVRLBQCbBLj6W/oBcEC/8AsPeMtqJVQBYepmbgEgfQEkG9iP8AD8e6BNIDyEk1wAKnz44r5gnj&#10;Xzp00tDRqZHpny/2TXpRiPxiNY0B+o0k6NTABhpuTqsVP15HA/HuE5vNxayAAem97i2ocknVe/B9&#10;vamET8e75/nT0xwyPt8utODVmJNOHy+eelLTU6CCFW/VxI1wCyu3HJP1b0j/AG3vG2ptJ+vqCCx9&#10;XB5FySLXb36MqC4Ymuktnhwx5caDrROnBOT/ACH+odTJAYkATSt2ABC3tz/QE3BLf63vzcEKdQZg&#10;AfqfVf8ACWHJC+/IAQ5UrpU1/L/TV+fV1CioLZH7PPrmBZQSGLOtybj6k6eEtfkL7iyEAEaja5DE&#10;LpDOfqTzaykfn/D2/QmhK8AKAmpA8qeea+Xz9OmpCDjioH+r/B9nU+kUs4uBZ2vwOOLljZiOLD6G&#10;1h/T20SEFm+g9RstrWBuST9bi1vz7XJqCg1OB5+ZFKDy8/8ALxwOmGbJJIweB+WPXgT/AKjw6VVM&#10;ijRpAu4TUQxPpJLEC5awGn8XvY/j3i4INiDyBxY8/Xm31BF/dCWBAoa0PH/MfTHp/LpODXFeA/n/&#10;AKvs/l0o4ohzr4TUf0klgSL2LqOA4vf6j3jY2GpvqeRwb8cLa/Gkf4j6+6g94Sgr5/bXPzrT0NKU&#10;4Y62Bjuor/z6c4Y/Il0YAX+vOpltfjj8kf7z7wlrgAng/Ukj1EngsALAg+7HBZkGQcDOBTyrxx/P&#10;j1rUPiBHzr5/6v8AD1NjjsSzKS2ki4AJsCTclRYXP+t/vXvFIQAVufwQb/S4/oRz9ffquSGZQcfn&#10;jy44/wA/W5j2A6an/VWufLp0oIAzK309XAAsCSfSb2I+pPtskazHjg/7E/n8C1rkfX281WReGsY9&#10;P5/KtKcf2dFzCoXOeHSxpowRa50te55sSCCWJPHNvcN3vqvwB/T62KgkfQf7b+vuqoQEpx/y1oP9&#10;VOmO41BHd0paeK3+1XHIA4JFzcH/AAP5/p7iPwPTwTq/UCTYcXAJ/wB5/PtTFSR6ScBTgQBnjWg/&#10;l5ZHVioBaoFaf6gfT/J06woVFz9bjkLcEC+kLcA+r/ffX23ubkDkW/V9Cfpze5P1/wBb2YjSpY1B&#10;9PTjg4H8yem1ZGYANiuPKg/Ifzrx6eaZDpDfl+Rc8tbVdbX1XItb/X9w5OGUWI9Q+gNrE8jj/X59&#10;uqS6TEuD2+ZzUDB/zdVbJYCpb+Xr/sV6eoF0iOwsw4vbhluPoeQwNvzf3HmIHK8N/h/S1vzx9B7d&#10;iV3FHzH+QNeP28erN8NSR/nNPt+Xl516c4Sig2vqZrC4Yi17Nf6q1/8AH/ifccudNzccWBuDY/TS&#10;SBb6H/X930KDpVvPINR+ec+X2H8um3OTqP2/6v8AV69TowWckqPyV0sD6eCQDYWvc/m4/wAPbfIT&#10;f+gv9Tf8H8Dji/tWpQDAqfSvyzmvp/g6TFq8DU/lx/Z09UyklSLAjT+PoW+lwR9fp7gTEEWvx/Uf&#10;UH6f6w9rIwwo2kmnrnHH/UfPpl0amakep9PT/VxHT1TrpcG9y5UAWtzwCQARfj/be2uQgHgXH1PI&#10;vx9bXJKg+18QfTqLUYcMU4/yJH2fb5dMsSq0xj+dcV/1DpSJpK2tckBb/q+l+Tx9Tf8AH9PcViGD&#10;f7zZubC/+29u6iGpWjfy4/6v9jpkuy+Iurvrj9v7aY6nwwsrIbXBtxpv9VH5tze39PcCQ/7z+PyA&#10;R/r839v0qCcY/n9noekkwYmuoBhivzHp8/T59KCAEEEWsv0FuAwPBNjY/wCt/X3ClNhawtYEj8/g&#10;WNvp/wAa93iUu1QTUEgV/bX0PDP29JGywBqAKivDjx48af5ePT7TKFHqN2Zr3FraSGNl1E2sCR9P&#10;z7gSkgNa3H1/p+Rzz/T2+HH4q5/aP9X7KfLpPIyavDFCMUyfT5fy8vy6UNJALoR9RYj+hFha31/L&#10;W9tcxsGsbf7wPxf62JI9qgakKwzj5/YaDFDnIzWuMdICCh8SuPn+f7AT0oaZNRU8WY/X/bCwJNwP&#10;+I9sspuxBvbk2t9fwfrwfp7Mo00qh8wBkeXD5Y6Suo1V1CgzxqBw9OBp/n6UsAv9P+KWBa4+n1/2&#10;1/bc59RtyB/txf8A1rDj28GqCWYgj/V9vDpOzg91KEGn2cP59KeKPTGoFxe97km/0/qObkW5t7ba&#10;ni5uR/rDnm4/wt9fatAdSqKV+ZI4f6iPz6L5TUGoqfMfL1H+qvTzRAtYaNXNuLWv6SVHP1/2PtOV&#10;BsTybkni9/8AW+n19miNqzThjyHD5+gr+f59F0godTLXIz/h4+XnmteHn0taFRpXj+yObkX/AK3B&#10;JsQPr7b2N2T/AAYf7E8AcXvz7uxprHkf9R6SuVMlK4JP7fX8jTj5evT5Eto5W5A8Zve30Jufxa9z&#10;/tvZvOlF9UHJ58J4+tg3A/P5HuKOcWrrFMVIz/h/Yepo5IFI1Xh65rmny+X+rPVTnzlbThsox0m1&#10;PWaAfpzDYnixsQf6/ge7FsBf7Sj0+kGPURxa6hQD9Prfn+nuBt+0rPda8kUA48CST+VMeuepAuBW&#10;SQHrTp7CjabcuZtc2ytcTzzZJZQLkhjbkf63tSVes0qHVcsv4FgyhFsQBf8ATe/+39kdgYvqJQEo&#10;o9c0NTX9v88dBbckHgNX16K1vGIigbm7apAbXAKi9rKLfpv/ALz7Ttje4P5H+2/PFvYtVgBRl4jq&#10;P5lAJp/qx0VnIqPM1iPSwsfoL/61v6+1HjoZZKKTwxVErl72pijSAoObxGSnZQY1JB1OLj6A/WKe&#10;disW4200kkIiMdP1O0ZOKMVcHLU+FSPUjhMvI02rZ/BCNqVyagDzPz4/yp+fVx38v7cdA+w6jbtR&#10;LkKSekyFXkI5oaKpyFNIJdGu8VLMrxMiQXPobV/X6A4noiaHN6o54/Jt+sjb7pgHcOHYn9uWVb6L&#10;A2ewsBa5Pssgcx29nJqjZjepTw8hdIpTKj8VSOzNSa0AHQtaUG4gUkkhW+R4cKZ8+GOjaZje9PW9&#10;z9VYejq5pI8LuOlyAeemkoVeWoraKx8T+NzeOnCi4UgfW9z7+WD8nF0fIzvZOfT272ILf0tuzKj/&#10;AIj3ltvRB3bcSP8Afz/8ePWAVl/uNHX5/wCE9fSHx7F6CiYm5akpmJ/qTChv/sb+334rU33PcG2k&#10;06itbTP9OfTUw39iT2/jL8xW7AfCp/LHQS59NNoiWuDMvUv3tH48aMbRL+BTxDmxH6FH5tcAn3Ot&#10;x3yyA/BThw9T+eB+3ontq+DEPw6eHDPQd1VjWVLD9XnYXHPp1W/5BPHuLUng/jj/AHu1v9a5Puik&#10;0Kotf9Rrx4/Z/k6bkWmokdTIbcf7wb/m/BuPzb2w1N/r+Bf6D8fi/wCb+7rpBbtNSf8Ai+kEgGl8&#10;5Pz/AMHTun0U/X6E/wBPoPp/h7Yp3Chj/W4H+xv/AK3Ht0qMADI8z/q+3pMwoAOBGf5dS4ufV/sP&#10;pza/H+29paqa5PJuxJ55P9f8Px7o2mhJHSKWlT2+Qx1m9sVQ2gHm54t/xX/Ye22PAgf6j0ick17c&#10;dTIraBYWve/+uDb/AF/afmkBY8k8AEcC9v8AED6W/wBv7aZGFC2R/q/4rpk+ZJr1k9tUz2uebAi3&#10;FjY2B+vN+fbbDFQft/ydNt5GvHr3tmncsTyRcnk/7e1/9j78TQfZ/LplsnT5Dr3toqWBP+H0YX/r&#10;/S/PvVO7QD21+XTTDFK5697YpRpY3tYk2P8Atvxf3VwurtpQeXz6q1KCnl17201RPqJBH10/QEfj&#10;8fi/uroSq+WP8nSVvIU49e9sExJuL/SxPAvcc3/23thuBr6f4evA0rUde9s1RbVc35/I+luSLj6f&#10;n2nZeDDgOI/w9UYcCBnz697sw/lU9N03YnyCl3BlhUNidoYCuypjhmkhWodqimo0iqAmkTU8s0wU&#10;qWsdJ9x57lb++wcsTSQKDeXLCKOvAEkFjSmSFrStRWlesgfu38rJv3PBvroH6aygaSlaBmqEAPqO&#10;4mhwaUyK9VrfzYe+8j0B8Ot4ZrB1EFJuDemYxWwsPVzQrM1C+Uhr8pkMhTqxtHVUWKwszxSWJjkA&#10;I9ViNpgVVPjpYWY+MRQypDCv6SxiVlBH0SyxBQL/AJ4/p7xdlgke2RVGp2PdwrxznzPdXgPnw66B&#10;T26zo5YYLLT1NDX8+Hp+XXz/AAbayfax3arxSSQ1WXweQqstPM61MdPHkaqOJUZmjZlqKgOZXOtQ&#10;E5XUykY8fW1NexyMtQZijyQqGuQk506tPNmWKMgG97Hj6j2ns9thSV4BbhY1ANR2hsk8Bn1pnNSe&#10;B6IOa96ktLNIY5P8ZmFK/wBAVr6/YPXJPTZ82d9xdSbKxXX239VJuHesUNROss0eRqaTalJTmg11&#10;MtQXMdVmqyPUAiKFiitqvx7UuNgJkMpFmBvG1hwfUGbn0khT9Pp7rvd2BCLeNsNgj5caeoz58fyr&#10;0GuV7GI6twu1rGtaccn8v8vRDuj9qUT1FXu7cEDTUOMjeWEMWvU1lzpAAH7gX6kH0/1Ht5LooYEK&#10;6qshvYandtIuoJKqQR/T2HooJHdWDFcgcTQAV4+ZqD69Ca/uRFbMaAM/H7KYH5DoWt5Z2ChwskSp&#10;EJsi7yzBEjDJCUAjp4/SCohAAtYAfj+vtncKwII02UaeLWa5B/wJ5HsQLqVgVNSWzniP8Pr/AC6C&#10;MqltRpU8ei1VC+XUWBB0+bkAWJ4H4tcW9tkxNxybC3BFuW5vcAX4Hs8s9Ok1A1H/AADy8+g5cCpI&#10;A6DXLHVN6bgXLAHjlzc/QC/HvHyBf+v/ABIHt7tZiB0xSgz8+oYfxRgn+0T/AF/p+ffIklTYAlb3&#10;Njb6f1+nFvddIVu44PW0Xifl1ljk8qvZR6B6j+DwSSSeLce+cf05ve9ufp/gP6+7EGpK8OkM3xDH&#10;STyTAPpUc2Ym3Frnlv8AYce+2tb/AFjb/iv+393UkcfMdM1p03xHkLflfVa1rXBtpt9eDzfn3j0q&#10;Bf8AN+P6c/X35y1cHHSiJtTUIz090lU7OqSc2Fg3N7Djn63PPvyjhj+pQBYH6/X8Ack+n/ePbDN/&#10;Z5oxPH/P+3pWIzxBHStoZGibyxnWqgWV7BiLngWH19P+8e8qenVz6QAbX+pP+AJt9f6e2ZSH01He&#10;cVpwp88enr0sjkI0A+Xp0pafJRNdJFIAs4KtZhcCxFtXPP5/p7RHaGx8d2N15vHZORwtHnKXde28&#10;/tqroK6Gnko2o8/jJ6CuaSCqgnp5ytM72DIRfng2YEd1O1hfbZuYuSkFvNG7UqTIFcHQdJqFeulh&#10;XIJWhBKmSuXY4uYNv3bab5jIZrd4xqPAOhSoqCKgN24406uh/lI/JGXqzvnDZncO6q2ljxGb23uK&#10;lmrJZTCf7s1kclJj3kNTTXpKtpxFJGG0vGtmDKNJ+Yt2T11luk+6+y+pMyHWv2DvXcW1ZmdGT7mL&#10;E5KopqStVXRH8VdSRxzISBdZAfz7muTTFcI0D6oqgqf4kOVbGKMpB9KGvWGW+2UtuLi1ulpdQSNG&#10;/wDp42KPT/bA0+XX01MBmqDcuCwu48W7yYzP4nHZrHSSLokegytHDXUjyIGYI7U86ki5sfz7Z5rm&#10;55/1v9hb8ezdh3FqcegjHTUop59O3uDxf6G1/r/tV7Xvf3SjafiGv/J9nSny45697//QtkiL6W0W&#10;JDXB/JAUXuf9b/b+wlcrEHjElQtMj0JPl1mooAGeOf8AJ0QbHq4DyaTYMGL29OkBbXu3kJsTcH/b&#10;+8xZ9Isbkc/65P1JuCfof8faFRFqYsKJ/gA/Z5itcfLra8C1Pz/1ft6cjEyhWteVgpIW5e/P6hY8&#10;abA8C5PPvE/BJIuPxb82v+oXF7+76tSqqk4Ffln8jjj/AJun0JK+ekZ/1fI9OlMjWOrSSWCn0kE6&#10;bc345N/x9P6+4zueSqENZGHqP0N7XsNICj6+9AJqCSSDTUg4HkBX554j/BWnW2IaME/CP9gfzoOn&#10;+CA+EMqk2s1wTyX4FhaxYX/p7b5gHJ9Ooknm4Itxp54J/J9vxuUOpXoop8jXNf8AJ/qp05mmkH0q&#10;RSufz/LpSUsJFN6ramuv1UgDSLfQlhpNwR+T+P6cdDWUG3AaTk2sFBb1Fjyfx/X227rko3EheFTU&#10;4wAOHn5CvVZQNChXBFftNfPgP83SlxkJWNGYCxS6gE8BiSf1FRqVbDkfj34EF4xfUAGK25uQPpwR&#10;e2o3/wBh7TMHEUx00NRXyoPX+WM+vlUdMMxoq0FKn/L/ADHl+fSnijTXEqWN2HqKKVDAc8m7CzXP&#10;IP49xSDeykKRGDp9QvZze4UktqJP+w9q1ZQmqRCVLnOPNcUrgUx58em+8FtQqD5/lxP8/Pp10lJg&#10;qn6RrpW7Po/wuFufobcD/eT7jM2qRgW0pc8gnixA+o+nA4JI90aNVRXCVloMUGag+X+EAH18utOU&#10;AVj5eX+ry+X+bpSxEhFUt9B6iS17r9QW5K/7x74i5PpJCgcMbn1KQxXj6Fj/AI+9AAU1r+oTw4YI&#10;Ir9gFf8AYHXs1UGmeBr/AKvLrO51ILW0gj1XuNVxYXva5IH+PvqSQXJ18AoL/r5sVsVJFrH/AHg+&#10;9RxvTT4eTq+XDPEcaj+Y689aOxbh/h8+pKqrorB/0hW/SP7XpKWcgcEHj8X9ts8i3JZSVexBBsbC&#10;wBIUkcXt9fauJXoFV6OtR9tckCoH28Bx6TFxxC4b+deI/Zw+3p2p40RUcx3En05sw0WF+G5uPoOf&#10;cCWxcgElSoAIAA9NtQLMG/r/AK4+nt+JmCAkAOGJpk8ScgAj0x+3PTTN3VqK0r68Dn/Y+fHpX00a&#10;xQLfm8a8ALqDDSAvINyR/tuePcdzyxHI4K3Ykmwt/U8/T3YkqsQamqtCAP8AUacT1rJK+gGQBx4U&#10;+f256fqWMSHgMF03Jb6tzyDwPyLfW3PvAWNgSbi1g31/PqA/FwSfeiAZCKd3Ejh5VBPoCAPP/L1Z&#10;14EkkjiK0454np4WIiJQn1F73uRcngLq/of9t79eyEW5J4vyfxqv+Lf0/wBv7aY65dQ9MjgPlTzr&#10;xqfy6b7TrPhivp5ft9eP+DqQkSk2YccEMBclSvpIDH8394GJ+t/VYDkDgfj6i9gPbgppOKpWuCf8&#10;/mc9eZl0kAj141449acenSCNwwGkBT6RYDnT+RwBYhT/AI+2ueQBiv8AUG1v6gjn6C9/byoxUEcV&#10;PnnjX9n+x0jKkMFUd3zyPl0ssfDrAk/qSukjS3FgRe54JJ/p7iOQwI5+hv8A4Dg/1J/PvSkqyvjj&#10;/PpOC2rVx/1Z6UtPBqtYAlSWUWB9Ive4uLXt/re4Uko02vzx9fqAfzx9f9f2uitnVhJTGfsqP8vy&#10;HWmTt1sakmn+oD9v+HpwjGq0Sjn6D0qGIPA9X00m3uASdX0IF73IseLgWt/rce17EKgGoVIpjI9S&#10;D+Zz8/s6bjXSwA4n1+Va/wCT16d6WEsdRALKLKBYXuVsykqCt1+pt9PcZ2Xg2P5ABZvpz/sL+3Fq&#10;3YWHAVNB5UP+r7ertpUgMaAf8X59O0MJQEm+gk8Fj6QSbMtyTyCP6/X3El/AFvTzYkkcH62H1v8A&#10;717diIKtWoZjT+Xz6YbT8Pl5f8X5/LpzRD5Bb9AFwWFvyWa1iCDcfk3v+f6QpHuDcW5/r9b3+lz/&#10;AIe1ax6aEMDjhT09aD/P/PqhYae4ZI+f+rh+z8+nKmW7Ws1+PryQSBf83t/S/uK7WB/r/t73+l7c&#10;8+9olSKDt4+lBWn2ef8As9N1qpVQa0r5/PNa/sx+fT9AnAB4FwLC5uwViQCDe3H09wXZSbc6bG30&#10;FvpzY2vYH2YDxQjMrUIIrxINK4xwqfy6ZdiRpQEH7f8Aiz/qznpzgjKlQQNRPB/tfUn62a17f4G/&#10;trmsNQ+puSebcXW34AF7+1ylmVW00Wg9eOa+vDpI2opQrTgK/wAvL/COlBSqGK8ki9gLX4t9frc/&#10;T3AZrX1XsLi1+OT9OCbe3SafBSpp/qz0lIcAaPhPy4/mcU6foYi2m30AFifqQBwRwCbH3EkYFr2s&#10;Lf1+nFgLgccce3FRgjVNSP58f+L/AD6ZOvVpK91KmnA19PX/AFV6dqdB+CBc6WFgTY2uSD9fp9Pc&#10;GQ2uRyObj6f8V44/2HtyIlqRMSGPCn8s+uafPpFJqAbUgHdX514UH8ulFDGRZ9INlX6/Um3qOkcj&#10;6/7D23OdPBAFvrz/AF+l+fr9fa4EOxCOT5444wcfs/Zx6TzFmBpUmlTUUzwxgeXT9CtwHsfoOLXA&#10;Fg1vp9P6e2+bm/8AW/P/ABIv/wAb9vKQnxEnHmf2eX2+VPQ+XSSrnivHP7enqmIGniyg8kckDm5t&#10;+LWBt7Z5fqTcW+nH44/P+39rUZiQKHhw9ekrGrFfUf6uH+qnSlg9LAc8H8i/Nwfpzfge21+Cf6f4&#10;XPH+8n6+3G7yoUUNcVoP8NP9X7OkbmpHka4Pr+3/AFfbw6VcI9IL3PFzxzquP6e2yraxJAvxz/U2&#10;v9Pz7WQgPp1sdWKU4fZ0hmo1ChwCTXy/zfLh/n6eqBLHTp4v9P8AFrWJva17j6/n2nagm9jzfmxH&#10;0I5HP9bG1vZsqrpVuD5/MH/isf5+kMxBPrT+fl9noR0sqL6cfpsB9eeODf8A297+2821qT/W1/8A&#10;ev8AD6+9VZiyr/qA49IAWMjAvgkf4f8AivSvT4gHhc8CyuByfyL/ANAeB/xv2cDpO3lpza4Ph4+p&#10;N2/J+v59xdzpqMJzRgTn7Kfl5fy6m7kfMXxef+Af5adVG/Od2/hOSW50tBWWW4F7wvpNyTwCB7sS&#10;wB/yCm+oBVB/Ucgccn9Ooe4F34VvZSaFtNf58ftp0P7g0lPr1p79gyaNx5kWPqy9cgYAcappAR9B&#10;w/tS1XopVBAt6lF/UdQA02JIa2kH+v19kln+pcuUJ1UBxjHn8q16C25NWCQdFW3fLfHyrpWwaRQe&#10;SNQubC9mAAH+PtPKDew+lz9b88f69x7FYKgAtxp1H84ar6vM9FYyNzM4/wBqPHI/P4J+ht7VONp4&#10;pca0co1JrZjosWBZ1VRZlkJJJH45+nF/cd8zu37yR1IDUAzwNASTgjAofPHGhp1KnJ0kiWCBKitf&#10;tNGP+QcOrCfiZncrgcSj4qWaKR4qmaX7cNrY+UxqCbFgx4ta17W/PtzRIloK2HSGZsfXIQRG5YJC&#10;TyECH0X5Onj2G7tWVYnRisSyxkULACp8qk8aYAOfToVRzSNfQ6idfDhT7f8AVXox229yZDJdx7Pq&#10;8jI8uQm3DRQu8iIsrf5RCf8AC+jm7HUR9ATb38qT5PMH+Rve7j+12/2Mw/pY7tyxFv8AD3lrvON1&#10;3AV4SsP2E9YLWRrbRmvmf8J6+pljlKY+hQ/VaOlU/wCusCA/717ED4Z0gqe5MPcXETRP/rWmQ/8A&#10;Eexf7crXeJX81j/z9Av3Aalht6+RuB/g6me9nCnAFDTC9rQrb+g0254vewHuaZal3qo409a18v58&#10;ekMQpBFX+HoN5eayo+o/dbkfgBj/AE/HuBNze/At/Tm3+uPqL/737aJZdApVz+z/AIv/ADdJ5QQf&#10;9VP+Lp/g6covpa/0/wB5tcf7x7YKo2H+HJ/w4X+tvrf28gqV+XH+fSGQ0qNOT06Jwq3+tvp/T/D/&#10;AGHtLVjn1Xvb6fk8H+tyByPb5NSNAz6evSGZq0Kg1A6noLKPacqW+vAsT9bnjjj8e2mepArnpExq&#10;1dVG6yAX/r/sOfbBWtYEfi3I/rxb6e2GcYP4ukrtmoOepkf6B+fr/trm3+8e01LISSQR9eeTfi3+&#10;3B0+9BS3n5Y6YwWanDrn7iSGyFiOOR+f9b/eL+6OcEcSeqnSMde9sMzAark8X/Nj/h71QProOH+r&#10;/P8Al0wTxI697aJpf1gX9V/6n82/Nr+6LqKinHpO4qak4697Z6hrC/1tY/74/wCt7bUVDN8+qHGR&#10;1720VLiRbXt9eLk88n+n491dtfcR5dNE8SR172wzkAWHH44v+L/n22aVpTHW85697apj6P8AeByb&#10;Hn2wQPM8OtNjr3vYj/kwbReHrbtHftZSmIVm9afZWHqni8ZajwuOpK3ORLKkimoibMZAD1JdHUgM&#10;QQPeOXvDufj7rte16x4cSvIw88aVjYYpTWZx69vnimc/3WNoMXLnMW8NCA01ysSHzIRQ7U+VXWuP&#10;s61ff+FGfZ1dJjek+lcRNO874zcfYeSxsXicVRq5ZMFhanS0IkR6Knw2VB0yaWSZiyjSC1y+YMEW&#10;Jqq6axMIlmp9Q4Dz6Y4jpDgM2gggfg8/j3GkIBSGM1GsZI+Vflwrx9RjgesiDeu24vbhdSKpr8io&#10;P+UgH14daoHUec3bm/kpieuNtuxx7fw7Abiog8aRyUWCAyubUs3kSJnqxJGxHJ1H+vE6hp1paHHU&#10;w9LLSQPIgBB886CeoZtQ16/NIb359+tD+jPOBUNI1Dx7eC08j204fLqO+YZzdbzKgJ0pRAPsGeHq&#10;anoj/wAvd5VXYHyX7Dq5qqWppsVuGbbmMjZlKRUGB/3FwQ06R2SODXTEgDkkknkk+1nSxmMKBpXx&#10;xKjggn6APJoNzc6lI+nH19gi+u0mmnapI11BFOJJUVxwoQTn5U49D6w20xbfaQ6AJGox+eKn/Dw6&#10;HbbGxavG7L2zjfAtLV5UJXzxSH95qaGNaqQ6Ga7F3fSFsBf/AHjjMytECQVu59SgrfgaSBdjc/U3&#10;9q7VWViFYHAwc/b6fZ/LPRXvURSUR04Y/wAP+wOge7OgenyLUcgsY3AJjPNnBZQbHhgtr8e2xhoB&#10;IYtyf1LY/wCAAsATpb/Y+zhSJKLpAx5H/i6ZH5dBuWQCJzWjA06Bmpk8UM8monS2gAgg24sBf63v&#10;7gzfq/IFvxexNwLfj9Ps2t/7MD8Vfzp6/nw6IJjUsPLoOMjIPK5OrSbWA+l9Vv8Abj3wN2Qciw/H&#10;9LG31tz7dULG7NQ1PSbUcKR01SVbShUYNYCwva1he5/qTx76K/Q/0+v1ta/5Fxf3YP8AEPXh17XQ&#10;EfLrj52jQgAi9xf6hhyfp/re+QsRzYC9/r9P6fqP149uBilKGpp/xfDpG4YsaAnplmQySlyGI/1r&#10;i4OoED/XHvs2v9Qbf4j/AG/196DAgEmnVSjmg0nrh4pNRGh73/KkfTj8/Qe/caeDY/Xm9v8AW4Pt&#10;tiS2VqOnokZKlh1OpoZIz+k3PH0Nhwf6j/D3wAa+qzHjmw4v9OB9Obe9MVoVBAPz6UgkDtGOnuB5&#10;BaySfT6Bb3P0/wAb/T3mjDE3sxsSCLH6f1HF7f717TTMoWhIyBTP+z0ojjlNGWNtP2Gn29PVLT1z&#10;jyLS1Wi9tXhfSeOWBK20rcf61/bvQFkkVnUol7NI5WMRqwKB2Mll9Oq9vyPYe3dIpraWPWrYJAFT&#10;UjNBTOaUr5cR0MeW5Lu2vLeSCFy2oVoK488dGA6brtxYndOEqsNQZCom+9pYqmOlpDVv9tLJ4Jga&#10;co/kLJJ9F5/oR7+ex/Og2rSbZ/mP9s1lAkX2m7afEbiiki8IeplhFVturnnWBQoles29J6jfyKA4&#10;NmHuZtt8ebYOV5powsz7dAcZqNFF45rp0g1zUEHIPWP/ALnwrFzdzeEP6LXhdcUprRC3kMmTWajj&#10;Wvn19Xv4MV2Rr/iL8f5surx5GPrfBU9RC7Oxp0p4WjoqdRJdo44ceIlWO58KgR/2be62ZFKgg/U2&#10;/J/J/wBv7ENKR1IzTqHwfMdGv9t2r1aP9q/xvbV9b+/aM6/Kn+rHSymK+dOve//RtmI0o+ngkDkf&#10;4Wtb8W+nsF+JqlQy8B/l4/n1muBUkf8AFdEXgpiyoiqbBg4FytwUJ+jFP0n63v8AX3wWYWKgHUBc&#10;fQD0nn9Qt9f9e490eCWqs7jQxp5niKj+X2dbVXHA1FadOaooa6qxC8aGUcfQfVQWJINze/P094rs&#10;Ra/J4UEjjngfjge7PoU/D2qM0rn19f8AV8unFFCwIP2f6vt6mwoSxBAu7EgcD/XFzpFyP96/r7hz&#10;E3IBYEc/ReVNuDYcFef8f9t70hQ0bSpB+Zwc5HyPl/s9XOlmUEf6qdKWCMqqqSeAtrAWsB6rEkm/&#10;9f8AePYJdk/Iv49dOZTHYTt/vfp3qrN5Og/i+Mw/ZHZ2ydjZTI4zzz0YyVDj9zZzF1dbjzWQSRea&#10;NGj8iOt7qQH0huSJDFBqrjh86/YMDyPp0W3e7bXtsnh3+520ExyBJIiMwrxAdhgUpjFceXQ69e9E&#10;d19p46oynV/Tna/ZGHx9aMdksrsHr7du8MZjsiKSOrFDW5DbuIyFNS1zU1RHJ4ZSsmiUNaxFw8/2&#10;ev4QXVV+Y3xXIPJ1/IbqPTfTYgk7u+hB9tPa3jLI7QNUcKK1eNcCn2ft9OkTcz8uk1PMFjj/AIfF&#10;/g1dC3S/Dz5ZxJHGPi38il0iwv0p2UotYC5P92Qt/wDX59mB2nvTZ+/cFR7m2Luvbe9Nt1utaLcO&#10;083i9x4OrQKGf7XL4isrcfUWBF9EhsCL/X2mkiYO6sCCSDTINfLAAPn/AJK8ejOOe3vIRLZ3CyRF&#10;sMhDA8OBWvrT06DTK7X3Ls3OVG3t37bz+1s9jxqqsNuXD1+DylLrUkfdY3K09NWQEsnpvGo9JPt9&#10;ViqmQMQdLMLLz+k/4C17X+nt2VUr4BWuQOOOP2mtK+tePr1eqRkKany9Mf8AF/4OsMETvIJDYLrB&#10;HHN76bCwU+rT9T6T7iMV5ZFIJ55N78gXDAW+v4/w9+AegSRwQPl/k/y/Ph1Rg3GlTxPT+F5DKCNV&#10;ieTY2NuDb6f4f4e+Be2om3pDelNL2AXm4PIJt/tvdgnwKpPdTJqvn5ft68RhSfL/AFf8V1I0FgG0&#10;qAPoLBxckkcG4Cg/k2t/r+40jXBex4FwLKQq/hbD6c3/ADfn2+Aq/pk9p86mta8a+dRTypj7OmWZ&#10;Qr6j6ceA/wBXGg6m06GTUdJ1DkrYW+gBtxqAU3/2J9wJbk82Ckkj68EgG9r8GzW+o9uJRD2kmSn+&#10;WlK+lRXgT+WOmXA8RaitK0P8v50B6UFImsqpUaNQAUC9uAwex1a2Kn6E2AA/2EQkm9gQbAm9rC5s&#10;QL2HPtQaKRqIK1xxr61x6f6uPTRYjitAaU+2v+r59P8AAj2CjllDauTaxWygnSOf6W+vvBMt7kX0&#10;Kef9tz9SBf8A4j3WNzVQTQn/AA1/M0/y9eNCB5R1/wAJAHH546UtKAASFJNlH4uLlrD8LyB/h/X3&#10;hZT/AGQLABrXDD6kcfVQf+Ke2tYPxsSxNK0I9PzPn+3r1DpzX0rwyaHNMnz4/wCbp5hBUabWZuCS&#10;RwCpP14ANh9f9t74jkEmy2TgH0/QixFtN/8Aefe3qGUCpDNmmftHnT+VMfZ1rBcrUBfM+X2cf2VH&#10;WVBzZQLrb6+kng2Ive9hb6/j/D3Fc/W55texvfkf2vpa4H49vMWCKqrReH8/LjX88+nl022sgCmT&#10;8vInGfsznp8ookZwSSSGAA1WsQAb2Fhbn8XHtrnbkC1w39NI+v4/xJ9uKB3yBhqUZ4n/AIr/AIrp&#10;LKcj1H+fpZ45LoqWOlm455Nr2/wvYe2yRgC9xpB4Fi31J4uOPrYe1ia3WAISxX1pwHGnHhn59U1U&#10;QaBWlc/6uI+fSnghVFcE6ToJNtRJJ/DfQXOr/W49x3JUXv8AQcfn8/km1gAPapAHOgDtLfkMeVPt&#10;88YGOPTbK0YYAAD9oGc/z6kwLpOo+k6bXHDNb8i4P5TmxB/3r3GkuoBuQzW+hPBNhZuLgXB/2Pt7&#10;UrEkgaBWtQPtqM0rw/LPy62WANR5/wCr1p6eVfMdPFJGWJU/k3UCx9NtFrG30/2Nvrxz7hGQcA35&#10;NrXJ4v8A1J/x9uGN1DuMYzw+fp/xfTTMRitBSh8z546e41Q6VH9QRZdN/wBFjyL3/wB49wnZi1uE&#10;4IuByTyOObjj2sUJp1N3+dK8Bg5x+zpO4IXJPD+Vf82epccOhbi/I/B/LN9bXH0HPPvDIbC1/wA/&#10;T/Y/4e7DuPpj/J/scft607aZFrUr8/Pjmh8vy6cadTrDFQfzf/EWHGo8/wC8+4cvKkj6j/G35H+3&#10;9uQAq6ajVWp/gr+XHPp0ydRoyg5/zfLhWufs6e4hb6iwvc/61wCB9CSAPcQ8fjjn8n/EfT6Xtz7W&#10;IAVw51Y9OPH7aeXr6/NsgDgfn/q/1V4dOCEFhYcgjm9iBYAj/YH/AFwbe22pFiSf7X4+hNxz/sAf&#10;auF20pHGKBMVz6j/AA/6q9Ju4IBHggHOaeRp5celDQprUNzf/WGkf1PPF7/717a2PBuR/hYD/Y/U&#10;g3PtQ6h2FPM9JZjUVIrXHHA9B9n+qvHpSwAqAPyFubm545+oAFh7iyEHgH82/JsBx9B9bf737uoK&#10;gl1FafzP+r04dMlcgFc0B/M+la/8UenSlRiQbXF9X1AsRa12vwLf7x7hzMBcg/Q/1sLWsfxY8W9u&#10;QI+FeukivqfUfZmvDpDLp05yQD5eYI41xxx/g6UcCqzLYC5FjYEE3te//G/bXK+pv1f04/29v6cE&#10;fT2sXWgP6XbTj5eQwMnB9Pz6SOSJDpUFSBgcOHEfnxoPkelBBEAoHHJIsRc8gkg2+p/rx9fcCV7s&#10;R+Re1vpzx/gOWJ9qlWixycU86/Lj5elP246Tg6Qak0oOGT516coIz6bi4vexH9nj6i7W/p/r+2qY&#10;lb2+n4/pf/Ymx9rl7qkk8PIf6j5dJJSKkkkD9mOlJRKHlUE6QP1MfqLW5vyAQfp9fbbJ9Cfzz9Of&#10;pf3ftDaFHlw/1f6vz6SO5XUoH2Z8q/5elTBe4/C3Av8Agcj8EfXn2zzyXJtfm/J/1hyPa6FSyAuw&#10;x/L/AFf8X0WzOcKQNJ/bxrn5dKKkiCkEDn6cfp+h/wARz7T9Q3P0P1uDz/vd/ZqikCuoVI/1Y/Z0&#10;gndlBo2BX/D6Up+38uldRoAB9OSePz9Rx9CR7h8l1+tiwP8AQi3+F7Wt71SiMWIqPy4/5ekSnuV6&#10;ksCBn7c/OuOnfhUYKCD42vYlr8E2v+oqQLc+zg9Kr+7BYC2mE/S39rj/AGPHuLucCfBYE51Efs6n&#10;Xkhv0ApWjV/yceqhfnK6/wAKyV9RPhrrD6n/ADcl11DTYWuPdhuCQmCj03No7XU2JIQDgggj6/19&#10;wXvUqAXNfUYIqKVPlkfy/aOh9cULkEVHWnz2HEZNzZg2K/7laxrj0uD5JdPIYEW1c/4H2pKhFjpI&#10;wp1NyS9rf5xdS2sPyR+fZHau0t5MWGmOnDj8Jof82OgnuH9lL+fRVd1xiOhlItcyS8i/GoFv6gcn&#10;2xrxwTxcD+twBz/vXsS8cjjT7KdAKckk14E9FdyFxMw5ILgGx+nIsT/tv9v755TcS4XEwgJqkeZr&#10;WAv9VKsxPF1bkcEj8e4y5giNxvxh8XsEa1A+YNR+YpXgDnjnqaOU4kttgtrhwD4jEH7NRHn9nH/D&#10;1fZ/LZ+PsG9+ro9z5ClQCskygpqie4SSKnqWp1WMGwYxzxsDwQCf629uWLzv8SoamZdZVMdWIUKB&#10;STJE8mpje7B2W1x9Le2o7ANayQuR4vjoQa1pQ6aDGKA1oeNa4HRjuDrHcbfMowWI+00+X2H9o6w/&#10;ILrodTd7dT1FPTrHQVu4qdJGiI0SyGpop1V/3NdwEa97WAt9ffywPke/k7/7rkvcv2t2Ax/9CvK8&#10;+8n95/5Kt/in6rf4T1gvthJsbYniV6+nZCNMMS/XTGg/2ygexf8AhEVHcNCWt+iMAH8kycfXj6j2&#10;N/bP/kqXVeGgf5egR7h0+m2mvDx/8nWT3suRMRSwIbi0KW4/H+xFjxb3L8qfqFhwJPyHp+3pGGrF&#10;GQwpT/Vwpxp0HcljU1B/pK9j9Te9/wDYAD/W9ttUQBx/rE8fS3vVHZlZaUr/AD6TSEqfXPThAL2U&#10;3ubfX/A+2GpPFr2J/wBb8cX+l+fx7ulAGA6Q3VWGocAf83Tqn1H19pOvvq/wNyLc/wCwFj/r+3Qr&#10;ADR5YOekLqRx48Pn1OX6D/WHtN1P1Nxx+D/jb225WpBPHpEzBtS6j8/Tj1kS9xYA3NvafrzcH6X/&#10;ANf/AAIHH0HPthjQ0B8qdJmOOOOpgFh/T2npAOWJ5P5Frf71f8e6qTWg4nptTkL59d+4kxXQwJtx&#10;f+v05/H497oaA0z1VsrQ0697YJbG44/r/tgf979trU1oMD/V5dMZA/Lr3tlnJINrcX0ix+n/ABv3&#10;4VUlW+LNaenTFAMuft697Y6lvUb24+n+xte3to8GycdMknIp1721SNpuqnjkkA/Qn6j+n+w90AGl&#10;jSvTZHxDyPXvbLUMDcXvb/er/wBfbbDV8zXpz59e9s9Q/qCi9gbX/wCDf8a9tsTpLU6ac16972rf&#10;5Y+14E+He2aaOR4Dmd7793DUyUxCSPWnd0reqRSr/uQ0EaEG/p4+g4xW9wrkR863zmNWdIETzpp8&#10;a4bAoRUMSa1GR+R6R/d8tFtvavaXLU8W4nkOeDCUqD+xFHljrTn/AJ4/aNftT5yYTKvT0VdBtHq6&#10;h2xSU2UijqKGKn3VtnPLUVLQSrKshpJN3zSqug/uKPoTf2fHfGTiiTC4On8LvX5jG09ZCzkMKSNo&#10;vIAI0JVGHH0vb/eAjaq0sN3JKxrHCxFB+Ig6c14njWtB/hkc2wjuHuC1XmlA88AkGuM8PPqmn4Nd&#10;OVMW8O3vkTm0ydHTUe0975fatcaWA0k+QqpqpHrP8qmheR6IU3CEaHLn1Ei3sSET/KwQNKCWwJuF&#10;CKeFB+v6f9iB7Su6rt4Rcvo4Cla+tP8AUK9RuqyS7sZJKl/GJJ/21a9UQ04rMlv2qyVc8sslTn6m&#10;tqqqcuGlaSueoklLMAxeRm1W+vt/jUqJRIGBJ1lufGWKMNOkA/kKPp9fwfYMEK1HhkEVpTGoCozX&#10;9pOeHmOpSm3VUEJiBCqtASfsz0fDcvZqz/waWhiaIY/EJT+ecrGGqGAeUrGtwLFQFI/JPuLNURxq&#10;Y1JGlWYLZQBckgHmwOkf7z/X2c29pM5EhANSBWpJ/wA/H8senQP3LckmkaSVwWPoc9Fc3ju2KurK&#10;ipqamN5mLkqjRghT9AEB1C9v6cE+2tpSwJVSSb2FtX0sbX/FifZulsEYeIwAqPlx/wAPQaluC9Sq&#10;mlfToJKvKPOrrDFK6kmxCauAfyT9AL+451MbHixNtVub2uLgcci/tcmmMalz608vTifs6RMCeOOk&#10;7LDNKSX0R8kjyN/rXuVW1+PfRsosXJ+pYLc/j/G3PH4Hv1WY1WMZ4E0/ydVWOMnufy8h1wjoqYkm&#10;Wp5HNoYjIRe4tqdltf33YW5DH6WH5/x44Itb6e/EvWila5r/AKv8vWwIg1DU9ZkpKEN+4KiReLD0&#10;o3+P0Pp5H+298TpJIUNf66SNP54IIJvwffgJKDUVHzGetN4SkER1HzPXCcY+L9NLLpubiWUWItcf&#10;T/eePfNrHVZdJItYsT9LDgk8X97SOQBe+or6AdJ2uE1UEY6b5MpQF2C0YjFvqmp1uOPqx/PvwuPq&#10;oYcf77i3vbxFsayP9Xz6stymAUHXOny9HqIkpkA/BkU/g8C0bKF/1/fJZkUkGPjgldTAfUc3RgRc&#10;/wCPth7WRs+J3etP84p/LpVFdL20gjp+f+fp+os5R3GmgpHW4Fn+5sSCD+pKlCD/AKx9z4qySEEo&#10;j/nQEYhVRrXXSWJYEf4j2UXG2pcUDTAGmdQBqwrnh5Y8v8/Rza7wtuQTZGnykdT+RqR/I9Chtvft&#10;Nh5Ukl2+skatdWx+e3DiagIxUsIpkq6yGNmANiYmFz9D7Drd+zv76gxZDM53E/tPDFX7S3LuvaOT&#10;hDEhbjG5yfDVpjULbz0kqkqAVt7MNuSTZ6tbW1tNGSCUnhhnjPqRri8RK1OFkXiTWvRzJve17nCU&#10;vpr2FwpVWhmeNlr+KquoYj+mjfZnq0L46/zI9idGY6neg65o9wZSnqxVNiu1+v8ApPurb1VNFpeJ&#10;nzOc2ZtTsGkjkcWcUeWp5UXlZC1j71sf5hP8mTuDfm5909y9PbjzXdGVfHRx/wAH3vWYaHf9PRUU&#10;lRUDH7frKBaPE7kNQ8pYrPFj5QzkrrZnvMW389cv7hBbRb1Zx2m4rCEVow3gAKK0Uaax1JIVS0gG&#10;k94qK4/c6e1W/wA9/LuPKvNLbpDLIXeGdwtwW0+UgAjkI4AaYjwFHOetur4D/wDCgr4Ydu7e2R1t&#10;3TuDrv489hVQhxFFBhVz2P6hVymuBZspm8RR0nX3mkfxrT1NbX0kZBZ64agBqm5ozYXO5XbmYoMl&#10;hs3hcjV4jL4jM0FTi8ri8rj6iSkrsdksdWxw1lBXUVVE0csUqLJG6lWAII9uS7hbuwaFqwtwI4UP&#10;n+f+DqMX2i+twy3EWmVSQV8wRgg/MeY8utiuKWKeKKeCWOaCaNJYZonWSKWKRQ8csUiEpJHIhBVg&#10;SCDce4XPktf+1qvYW02v9f6/j25VdGvGmn+r/P0z+Hh5U6ye/wD/0rZ7roZVOq2oFrcAn6hiAbkD&#10;/bewO9TIC60qOHrThStPP9vr1mwCrGnRJYEK+PSUIDCwuRwzXY2BaxJP+29xSWDcKdOmxNtQuWI5&#10;tfg/Xni/v1FaOhkGqtaVocD/AFDGaU6utNNKiv8Aq8+nYAL+ANRvewHNjz9bc/n/ABHvzg8cgkC3&#10;JBBIAPBJty3P+x91R1FeIUn54HzoPTHVlb4uNT/If6sdTY4iz6gFb+gub6rc2B1Hng/63PuBIbli&#10;eFF7kfm39CALHi1/6+3I60Shqx8v9ivzrT06cBIK92aD+X+qvHp9QAWWx9IX6CwPFrXP+x/r7oe/&#10;n3dD9Tbg+IW7PkBmNm0Vb2/sSp642ntHerZDLpW4Xbeb7FolyWJgooMjHh6mCqXNVNzPTSuDKSrA&#10;qpBvt0zLKkAPbU1xSpA4nHy8uoy91Nr26Xl+bdXtwdxiMaI9ThTIKildOanyPVmP8lz5ed3bc/mF&#10;bL+IlLQZrGdG9k4zsnd2XqGhx0mFz25tu9W5LNUlQKibGy5KKrpThIE0xVManxcggsDVj/Kd/lW/&#10;HH5z/F7sPs/tjN9n4Pe2F7l3Z1xha7ZW4sJjsXQ4nG9fdb7ix1dU4nLbazIra2HLbtqTIWlSOSJU&#10;SykFiov76e2uEjiVSCoOQak1IoMj0/y8OgFyNyTtHMuzXd5fSTrcrcNGCjAAAJGwwVNTVj58P29H&#10;h/nU/wA7z5Cfyy/lh1v1B1r1Ns/f2wNw9D7O7ZzuQ3JjM5LN/Fcz2V2ptPJYZMrjMrQRUUH8J2NT&#10;Oh0M8ckxY3BA9oP+U3vbsH4lfzRs/wDFGLdNZmNlZ/sHuHo3f9DSakw2dzfWEW8xtzedJiampMFH&#10;kYM9tJVWfUZosfW1EYL6tLXv41ubISlQHABz8+IOPQ+nHpLyRdXmw85zbEJy1s8ssMgHBjHr0vT1&#10;1Lx46SR59Hi+b42F8wf5aPXPy9pdrJg89lep+lO/9gtXmOTOYDA9vY/ZmVye0a7J0kQarp/4Hu79&#10;yIAQS11JC9lsGGyzVfzR/grS90S/Hmo73hg7eh7O/wBDc+1JOue3Fhg7HTdI2XLt6Xc52EdookW5&#10;waZq1q8Y9OZTP4gX9kosrkoJxDWOhatVyPLFRTGfypQdS8edeW13L91jcgL7xjFp8OT49WjTq0aP&#10;iwW1BcVrTPVLVL8A/lrP1XD3NF1JLJ1xJsJezYtwJvXriSZ9lNt87pGbiwf97n3HLJJgj51pVo/v&#10;WuEERkOj27Zz+ZJ8JcF3VivjrVd+YKu7gze88P1zj9qbf27vndVP/fjcGZp9tY3bNZunbG1sxs7F&#10;5QZ6rSlqUqshCKOTUKgxaWK1SyuZVWdYKR4Na8QDXgc8BUf5fNyfm/lyO/Tav3opv3kEelVdu5jp&#10;CllUoDqoDVhTzpnrFhvhH8pcl1Xk+6IeoszTdb4va+U3rV7gzOZ2nt+YbVw+KqM3XZ2mwGd3Djdy&#10;5CgGJgeeFoKOU1KWMAkLKCJnfPy4+Nnxgp8dL313Fs/rmXKwPVYnE5Srqa7cuWpIpGp5q7G7UwdL&#10;lNzZDHwVA8bzw0jQq/pLX49ueHPOpMERJJPyp6ZPqOPHpVum/wC07MifvG+jiYioBPcRSmFFWI8i&#10;QKA9IrqL4393d6z1cfUvWu496x42VKfIZPH08NNg6GpkhEiUtduHKVFBgqOrlibWkUlQsjJ6gLew&#10;76O/mDfDL5KbgptpdM9/bQ3TumvjqZcdtfIUu4Nlbmyi0Ws1SYnAb6w228tlZoYkaUx08MkngRpb&#10;eNS4fMNxBGryxUYfOo/bwHSLbOatg3ZhBYbrG1wcgHUjfOgcKWx6Dhnh0tu0/hr8mukcTUZ/svqH&#10;cuA29SyQJX56jlw258HQNU6RA+Qy+0spnsfQxSSOsYeaVE8rBL+RgvsMP5gvz56g+GPWO4aPc+er&#10;v9MW7tj7kn6l2Xi8dmXrs3m3gqsZj8nLnKWgkw+CxWIy8sUlVNPUJOkanxRyyFEZ6CB55FYH9Kuf&#10;sp6Hjnou5q5nsNjtJEndjevEfCQA5JBAJNKAA0qSa04AnoTfhx8Sux/klvTCVGCw1MeuNvbowsPY&#10;W5a+sxaU2Kxazw11ZRpi56xMjla7IY5HSCGKF42c2kdEDOKj/wCVb/NX6U6v+Pe8MB81flFvzKdp&#10;1nc24MvgJ+xKPu/t3NJ1/PsjryixUVLuWg25vWGhxS7jx+VKUJqo3ilaWXxKJg8iu8tpWcGCMUp5&#10;UGan1I6A/J/OljZ7VPFv+8SNem4Yr4gmkbRojAowV6DUGoKihqaZzY/87fgP2TvfuDbuY+NHRm06&#10;DYdP1rh8blYdnVPWXXmLbd0O6N41VfJPhKnMbZkqa5sPWUAeqFO4eNUj8jeMqmwD3f8AIzoz444K&#10;k3J3d2ftPrbFZSeenxR3FkAldmKinQS1MOEw9LHVZnMy0sTAyClp5TGHXVbUty+KKSbTSpINCc+n&#10;n/l4/Z1Ju4brt+0wrcX16kUZNAGJqaeQFCWp50Bp+zqqXqvp7s/uHLVOI6y2Pnt51tDDFNWpiaXX&#10;S4yGZ2jp5MlkpzT47HJK6FUM0sevSbXsbBr0R84vib8nMrUYHo7u/au99x0lJNXSbXaDN7Z3PLj6&#10;V9NXXUm2934nb+cr6KkZh5ZoKeSOIOpcgOpLvhTwhvEgoD5g1yf+KHSbbuY9l3h2Tbb9JJQKle5W&#10;IHEhWCkitOAIFR0v+0fjF330tRQZTs3rTPbZxFRUR0i5sS4zN4NKqZdUFNUZnb+QzGMpKidb+OOW&#10;VWfSwUHSbDh2R2f111DtLIb77S3rtnYGz8WFFZuHdWVosNjkmkV3p6SOasmj+8yFUEKwU0Qknmca&#10;Y0ZuPbKeIXCqrM1fX8j5YyM/LpXd31pZ25uLy5WOBadzEAfZnzqOAyfLpBbK2Juvfu4KPauytt5n&#10;dW4axS0GLwePqsjVvEhCyVEiU8bCKlgWQGSaQrHEDd2A59kZxv8ANn/l453Ovtyi+TO2Ia8SiH7n&#10;L7W7F2/g2fUF1DdGe2djdsmK9vWKzRa5vYE+1aWs6CNjGfsxj/VU9EC878rvKsabsmulDVXUH/bl&#10;QuPt6NZU/BP5Y4vGfxap6bzLUrIZRFj83tLKZMLYcfwTF7hq8wJNIPpNOG4ta5Hstf8AND/mRdT9&#10;M9Hbz6w6w7IyFb332VsrB1Owa3r+szNMmC2rvWOjrKTsrHdiYiOPER0su3JJZ8XNjq2aoqJ2iKaI&#10;9cyPW9sxkR2HYB/Otf8AL0R8380WNjYz2tpdMdyljXRprhXyJBIMAacppJNaUpkgdvhb8St8b87C&#10;2/vDeO0KSm6z2luLIwbng3RBj5nyOZ26Z6ap2jVbVr2avadcwiRVsdXTRxRxBw2p9KMG38tX+ZX0&#10;BVdAfHrpbun5B7m3N8n9y7nzmzq2i3jhO396bkzO5N6dvbnpuv8AH5LsCq2xmcHVfdYTM4qCGabK&#10;mCjgKRSvCsLKiqRGLP8AwU9BT/DX18uknLHNe2ttm2WF9uTvu7MyEMsjsWaVtA1lSMhgKlqAUBpT&#10;AgfLH4j9mQdn9pdgdfdXYfD9P4nDY/O0tRgMjsbb+LocZgNi4aXc1XRbYgy1DkIDDkaCtkkjjo1k&#10;qJAzormQFrsNybgxG1Nu57c+4a1MZt/bWGymezmSmSaSPH4jDUc2QyVZKkEcs8sVJRU7yFY0ZyFI&#10;VSbD36JR4iyahWv8qEkgeRx69D13SJZ5rhgsaKWJJJ0gcTQDJxn/AC9V/YfGV2byONw+LpDV5PL1&#10;lHjMfSxsiyVFfkKmOkpKcNK0UStUVE6qCxUAm5IAPutt/wCcJ/LpIGn5Ec8A/wDGJO8/p9DYnrIE&#10;ce1QCkjVwqT/AKvL/N0FTzvywdP+7Q1OT+nL/wBAHP8Ag8ujd0vwb+UsTEt1dYaVH/H7dd6bhQPo&#10;N3FrX/2/sdO9/m98YPjVLs1O7uzk2VJv/D1Od2lENndgbjbKYqkajWorGTaO1c+2OVTkIgBVCB3J&#10;OlTpezhHhroDGlft6X3+/wC17SbcX934YlUle121Aefappx8+kZ1x0F212sM5JsHaJzq7brIsbm5&#10;BnNt4taOsmEzRU4OazOOFSSKZyTCZFFhci63UHSHyq6C+R+zdzb/AOnOw6fdOztm5KpxW58/XYLd&#10;OzqLC1lJi6fNVK1f998HtucUtLiqpJpKhUanRCbuCrAPKwLE0FP81Kkg/wCGvXrPeNu3OGW4sbnx&#10;IVNGOllCkAGp1qvkRnh1C37092R1fnsRtrfO2psTnM5SxVmJxsGRw+bnroJqx6GExf3fyGUi801Z&#10;C8axFhIxHC2IuAGX/mifAjC7h/uzWfJHaU2R88kH3GJwu9c/t7yRqWZv724LbGS2r4SB6ZfvfG54&#10;Uk+7NKuFqK+o/L/D0Wzc1cuiQQNuiVr5KxH+9Kun+fQrY74lfIatxv8AFYer8zFS+NZPFW1uBx2R&#10;sxIS+GyGWp8xrU/VPBqA+oHPs4myd/bI7O2tit69ebpwG9dpZuEy4vcW28pSZbF1ioxSVI6ujklj&#10;SopplaOaJtMsMqlJFVwQFEGpTXX2H04fZ/sdG8F3FdRpLbOr2rcGWjA/L8vMeRr6dBDn9vZza+Vq&#10;8HuTD1+DzWPYR1eMylLNR1kJIBjkaKZEYxSodSOAVdCGUkEH2Sfan80L4L763ptnr7afeUeY3bvH&#10;c+G2btrFx9c9uU8WU3JuHK0+Fw1BHla3YNNh4I67KVcUYqJahKZQ+tpFQFg7HNC36aynUTQYOakD&#10;/Z6Dqc07JPOltb3+qR2CqNEgqzEAcVpx+dOh5yXxS782/g8luPM7CahxGExdbm8pVNuXZ0r0uMxt&#10;JLXVk7UkG4Za12gpImYxpG0pI0hS1h7fe7v5gXxG6B35Xdads9uR7U3tjaDGZDIYNNj9k7halpsv&#10;SpW49pa/a+zs3ig9RRyLJ4/P5FVgWAuPav6mG3Jjnl/UU4weHkTQef8AqHW77mHarGVrW8vNN0ua&#10;aXPHhUqpH8zx6k9d/Hztvfu36fc+09otlcHVT1VPBXtnNuY8Sy0kxhqEjpsrmaOsKQzoV1aNJINi&#10;bH3n7Q+b/wAX+ndodU787H7OG29qd17cO6+scp/czsDLnc23xjNvZk5AUGB2plMnhwuN3XQSGPIQ&#10;Ukw+406NaSKj8l1BEod5aK+Rg5H7PmOkt1vW32kUM012RFMNSHS/cKA1oAaYI40/w9OO1ekezd35&#10;bdOC27tj+I5XZWR/hW5qX+M4CkGMyBqchR/b/cV2UpqarvUYqddVO8qft3vYqSyZf58fETB9XbS7&#10;my3deEoevt9VGapdoZCfDbtXN56XbmWqcFnDQ7IG3Tvgw4zKUrRzSNjVjQNG5bxyxO/murcQrKZF&#10;0twJBqaGnAVOPnTFOk8u9bakMN79aogeoXDgmmCdNCxzg1HCh8x0/wCO6J7Xq9y5PaNPs6tmzuDS&#10;iky9PHW4pqOiXIUkVdSCozRr/wCCh6qmlDIq1BYkMLalYAaOrO2Ngd4bAwHaXV2f/vRsXdH8U/ge&#10;d/hWawn338GzeR29k/8AcZuHHYnL0v22ZxFRD+9Tx6/HrXUjK5M4Zop4tcbAx5px8segPrxHVhdw&#10;31ss9vLqjZia0IqASDggH18umfN7UzuzM9XbZ3LQ/wAOzWPNN97R/c0lZ4TW0dPX0xNRQ1FVSSl6&#10;Wpjf0SNp1WNmBAWMjWJv9f8AWA4Fwb8e1wwooOwfM+eRx4eeOm9ZIKjhSgOeHH5U8+vQpYCwve3A&#10;sSebEXHJ9Xtula4PI/3nkfT/AG/1t7Vouij6TU/y/wBjhX5dJnBRtVD/AKvz/wBXp0706WC35sAL&#10;8cm4v/r8e4Erk3P+I/P5B5/A54/p7dRQPiwaeXDpM5Lt3nyNf+Kr/PpQUcFiGIII/ryCrLwQRf6E&#10;3/HtudjYm9vSLn8/1v8Ank+3yI1OkHIbFP2fsp0kcDKlu6v7KA8B/n48elBTqSF9JsQQRbSAL2IH&#10;H4P+v7Y5303uOb/kc3/x+vPszVP0wVc0A9cf6vy6K5WciqyYAPD/AFetPl0qaJdZAtwDyf8AAD68&#10;i4+v+w9sEzgk2P0BAvc/T6c8nk+1wFNJC9+K08ukM34SfiJzSmPlT/Vx6V9NF6bEfgk/69hxb/Af&#10;4e4/9tbHm4t+P97HvauGrqBI+fSZGfUiimnV5/P5/L8vs6czHphkP09D8C3Fgb/nj6cj2cjpQeum&#10;J/pDb/YEf8V9xTzlUK2nK1Of29TvySP0YyDx/ZWnVO/zocNicoq21eGuBW35ZZLDUbcAH/Y8e7Dc&#10;AuqClf8AFiGIuFsV+tuOQPcDb7IAJ0rVqY8zx4fn/qIOeh5P8R+zrUP3zC7bjy4AP/FzqwdZGnhn&#10;5DEXAF/682HtTVdjSDTZgEQIwUA/QAf0Nyg9kW29t2+qoapqKk/6sn/Y6DW4geDJ8+irbzjH8PqC&#10;oBAdwCAAeTYWBAP6VPtP8fUX/r/rf63sUgsdPz6j2X4m6KnkBaZ7X/Vz/wAi/wCK+w53hWaWqKd0&#10;V41npHQyLe+qhpSwTUR6VlB+hFz9fp7BF/HLHvrzEkaosUJ4BmArTiT8+H5jqadgenLG3ilQoOPz&#10;NcV9T1tpfyw8Pjsn8Reo6ugqAKuCm3jSZJU8epapt4ZybS/DOjClniIva4IP+HtSbOrGqqOZfDoi&#10;ix0wCjgGSXzKgILcXGo2Bta3HtiyhaOe+cyghmTPH4aE5pngBWla+fSjdpf8X21iAKzD/jrDH+Wv&#10;n0EX8xqjxuFqOjpDM7ZeTtqJokJjBajioXWSTjQ6hZpori9rn38vb5Hx+Lv/ALrT/U9rdgr/ALbd&#10;mW/3j3khvR/3bbiP+HP/AMePWDu2GthbH+iOvorwnVDE3+qijP8At1B9ib8N5/B2ziiPrJUUkf8A&#10;t6gXt/sPYy9t2I3aVf4gB/h6BPuIP8T21q8Jv8NB1k97NERH20H4PjS3Njp0i4t/S49zLLXxGTio&#10;+zj+zj0ii1FFJH4R0H7j/KJifzK9x6ubN+P9v/T3Bqhe55JA+n0H9f8AbW96DMoRABQnj5/l8/nX&#10;pM4aoJx1MhI+vI+n+uP6Efgnj2w1Y+jXsf6fUD/fX9++El/wg9I7jAIpn/D06Jzp5P45/wBh9fz7&#10;S2QI0j6Xv+P8R+fboY5IY0J/w/LpDIcEjzH+fqePoP8AWH+9e0pUG5vyOfyOAP6G/wDre2W8gDnp&#10;CxxTFes8Iux/1v6/n8f6/tiq2BVub21cfQ3vz+D7aJyK+X8+kxFPLqV7T8h5It9P6/1/p9P8fewM&#10;nUaE9N0wa4PXvcKovotzzySD+LfQn/X90atc/Z0yfPPl172wSHSxJ/I/3k8f0PtrgKV8+mySqig8&#10;+ve2iqcKSbf6/wDSw/Nyfp70WJozH/iuk/lWvXvbBUG7MB9Rb/Wvx/h/h70wUITU9NSGnA5697ZZ&#10;G+p/2PP+xP8Ah7p5GnDqi+vn1720znkkHg/8SLj2y2SR8/8AV/g6uTwH29e9s9Q4K8fgk3/wvx/v&#10;A91YftPl+XTbEHj173uFfy86TEp8Uurnw2poa6hr6+dR9EyGQrqmqrgoUkBTJKTf62PvEn3KuHg5&#10;83GNwqgRxny+FhrBNf6THHqSK566ZezS2ye1nLUsD/pNExNaYYyMWH7Qftz1osfz7zmqr5h9k1uf&#10;ApaHH4nZdBgUhZwKigXaOMmgnCF111kkvlBsD+nj2bKfbGNq9wjN/cl6ujeGRo1Mchp51XTA0wLO&#10;U8qgkcA3H1/HsMQ3cy2rWIChJAeFBUU7gMA0Bp5Up+3ocT3cNtbG9uYiqigFfxY/DjP2CnVS3+zY&#10;bv69+Oke0MvtGrxu0MnFPgqLI5uly1HBufHVdbJU1xwzJBTUlfUUX7iSWq7MZF9Gtb+1nKzaxIS0&#10;YkuytJrW7KFP1j1EBgeL2v8AQX9oohHo8FAHkTBCUNPtqAMfnTz6A0yvLruUTwYa4MhCkgk8F+I/&#10;lXqrbIY6uqhWbgp6b+7+G8j1FHXbjq4cTPVxVEzeIY3HqzZTJseLiBJQoFzYe5CU8k6s8k0qx6Q5&#10;1g6VH9QNTElh/UL+PaWS8htWWOOBDLqpilT9uABT7T546VQbbcXgjeadzGeHEA/YOJHzNOnPHbOy&#10;+4ooamvyeUahlTVC8yTwxTorab0dMzS1FRGwH6nWnFvyPeZ4aeG7KBIrJ+OSByAxY6gNFxf6k8/6&#10;/tpLm6uKK3YQ37fOgGONMeQx9nT89hYWYKmMtMPlj/CW/mB1mye39q7d1ximNfWqg1LpCRR/kPJJ&#10;I9RU6oz9dMgB59xRoOoMAGJJUIP8bm1wDbj/AF/ali40NGaqONfsp6n1+zHRXLJABqKgA+Q8ukTP&#10;U0frZ1RQ5IRIRyTe+kXJYqLfkk+8DQzSKdEbaQbllHpUfS973Cj/AB49q47m2t2DSzrX5n86fb0W&#10;sk87MsULMSeABJ6TLY7MZmYwYrD5CukkfSkFHSTTyMSTpCRQo0hHP9PcAvTozLNW0cLD6rJV08Zv&#10;cD9Jk1WFv6e3Zd0tI1V1JYfIE/soOnodi3h6aLCQA8CRp/w06Efbnxm+RW6An8F6d3/LBKQEq5ds&#10;Zeko2JZRzW1dLT0qoQw5LgD6+4cmWw0QYS5OFWU/RIaycsQeSrQU8ij6XuSPba7nrI8O3dlP2KB/&#10;vRH8q/Z0ZRco7057o1QepYf5K9DTiP5dnyxyYSRtg0uKjfRaXLbt2nSsC41BjEc21QgCnm6cE2+v&#10;HuL/AHhxClvGa6pKgk+KhkF7Bje8zRWPH5/r7q25OPD7ECkjiw+XkBnj/LpR/UrcZNOq5jyPLV/l&#10;UV6EWi/lYfIjIrqymf64wYsGP3+6ppTf1XW+LxmSXUljf/ifeWPP00zhYcTuKoJ4bTjYQwY/QL/l&#10;p1/X8D2w+6sik+PbpTh+pinqe3t/Pq6ch3BIDXQH+1J/wkU/y/l09n+VNvfHiOTcHdfTWJgcAuTl&#10;dwzyqSxWyrJgKVWN7f2ub+8v8Ul50YDNFQbFpoqanANyvqLTOByP9h7TPvigEtdwhuIAJY8AfID/&#10;AGfKvSr/AFv3ViGuTUf0P+hunqj/AJWMLuiVHyD681nTeOiocrWtdvoqoZIZGJ/Fwtz/ALC8Qbjx&#10;61S0lT/D6GqZfKtNkM/jqSpZFIvIIXZpWiUnk2I4Pvb7pc+A08cE0kPDUkLuvmKahip8s8SOlK8j&#10;wozI25IsgFQpKg09aaj0tqT+Uxlnopcvj+x6/N4ylkSB63CdaZ+spI6hkEiwtUPk6eDy6TcDULrz&#10;9PcnKbp2/haKSuyGTxXgiW7ClzeJlbWI/IYtMlTTPJIFB4AJ/wBf2jttwv72dYbfb59bH8UUvCtK&#10;jsagJoBXBr5dWuOSo4FaU7nEI14kkfnTuFf8PWTb38pvsreOZjwe29wZYVDlNJzPXu4MbFoeRIhI&#10;81DVZaFI1Z/UXZdI5+nsEKn5YdI00vhqK7Ps9zqaixtBWQqoIsztHmdS3I4BW/uRIeQOfZUMsVtb&#10;BRT45GU1+zwj+2v29A6d+XIZFRt21epVa0/Yx9OjU03/AAnC+YGRpxUUm5utPtyFJiyVfurE1chY&#10;CQJDFVbbeGRhxcmQICfr7iR/KnrDK16UO0MvjMhWD/l05mplxGaqJCwVFoaRiGqGI4uqsAfwfy//&#10;AFD5khgaXfoXhU/jjCyRKvElzxCj50qPPo92huTr+dbbbuYY23Ov9mx8Nz66VYamHzFR0JWD/wCE&#10;+HbOzMZJXdrR7nxUaSLJT7o2PT0e5dtUVLHG5mmzFSNDULrIyMhMiDQpBFyCuon/AMKD+vuvab5N&#10;9e9v7Ewj4bOdn7Xq6bsuSJaCKgzO5cBU0y4fPxxUcNPK2SqsDXJSVUrrqkWgidyZGcsZbBs24bfs&#10;ULXUyvE8riMCvYoC0UksSasWIOAAQBgDqJvdoWFrzS8EUJS5a0WSQ1BWRgSpkWnmRpDVpUiuWLHr&#10;cO/lJY7s/bPw82t1/wBm51Nxt1tmKvY+ysnK+Rkyv9yMJisNDjaXMtkp66b7mLImreFEqZaelo5Y&#10;aWAR09PEgo00t4739Xjt/sf9f6exJpf6fwvx/wCry6g6o8Xh21r1Zv7/AP/Tth1X+lhxpt+BYXGo&#10;/k2H5+vsCOKsSxr5/wDFfKucfy6zaVQQCx8/l0TWKPQigXFrElh9SLXva6glTb+nvEHFzYNdTYkC&#10;/wBV/qTb+l7+7vGxVasKMMVPz9B+dD59eahUKpov+r0z1LRVt9TbUWJHqIF7H1E/2jbjm3vEvrFi&#10;CAbjVcHi5UMR4/SoB4v/AE/w93kAVxTJxUZHlWnxZODWnrjj1YVAOn4vs/2ep8XojLD02/T+SLHn&#10;kiwsWH/IveN4yfJY3HD/AEFgCQLWW31P1/2/toOqiMldLDH28fM/y/Z14jBLGnTjExYrfkG55vcA&#10;LzcDkqB+eTz/ALH3Tx/PVAH8t3tkD6/3s6luOLD/AIyPt3TawtyPZjtzMb9NWQa0P5Gvn69AL3Ox&#10;ylfA574v+ri46sf/AJTqf9jIfis9jf7LvS97fpbo7eugiw/Nv63/ANb3r/8A8tj5o/OX4+/G7fnW&#10;fxU+HW6O9cRuTtncW417Tx3XvaG9sDtbeuW2Z19gqjA167Nx64KSfEYrB0Vc0NRX08iLXI8o8JXU&#10;a3lrbSzrLPc6DpApUCoqfX1J/l1FPJ/MXMm07TdWmx7A9yjzs3iiORwrFEXSdApgBWoWHEVx1eX/&#10;ADJvjp/L+7a7j23uv5l/Lvq7o6XG9UYnC1fWu9Oy+qNh5rcmxqTdG+shBnqD+/OVjza0uTymSrqO&#10;Oanop45JKKRIiZlbTYJ/KU/lrfJHaHyRy3zd+W+In2fuln33ltp7ZzdZRSb4z++exkymN3ZvTcuO&#10;xsk1NgKB8VnclFFTTMlZPPV+UwxRRxtMnvLyGSA21qwYAZpwApj9mPl8+hTyJyhu8O7PzHvSeHPV&#10;yqsRrZ5KhnYA9oozUBySa0AAJrF+fX82n4vdodV4X4Cfy8a6n7N2xsnau2YN17w27j6+l6s21s3r&#10;LGUH+jfrDaWazUVJUbpyUuaxOLkmq6VJKCmpaHwrPPPLKtPX1/Pp2RtDp/51bJyvVG3MT1xkNx9K&#10;bS7PzNbsijj2zPX9iVfavbMFVvdpMSKRo9zVS4KkeStj0TyTQLKzGS7lRtLM9oVkNaNShNcaVx/s&#10;dBb3Otrfb+ZbZ7GFYWe2SQlBpJkMktXx+LtGeNRXj0fX/hPZ3x3L8mfg/wBuR/I8tl851z8mt99H&#10;0eDzMs+ZpMfsLDdQdKZmj2s6ZWauE+Ihn3hWIlOxaFYJfGqhAFFvmc/kb9abV+UPxz7x+P8AvWl6&#10;w2N0rnupd17i2BmsbuHe+f37ufrrsV955fcM+8MhuiMY/IbrxUdLRvGlJ9tTS0/kjj0P4lSQ7izx&#10;yxTdzEkVwoFRSn7Qf29Dqb25sYN52jctsuRBbW7RMUYM5kdH1k6y1AXFBSlARUDyFJ3xU/4UW92d&#10;wbG72+Kvyz6gl3L2l2xB29j8B2Dt/J4fYm3us9lbo67osBidnVGwotr1NVk02tlRXVgqnyIqKmCq&#10;WOQ64jLJS78Mdo4P+aB/M93duX5D1FdvDZ+XXsPtHIbbmyWWx0OR2xgKqlw+w9iUtXR1NLlcXt3A&#10;wZjHxrFHLFK1JRGNn1yMxMp9Vva0iND6gV+ZPp1HvL1vHzlzhPLupaS3OuQrUiqqQETFCFWq8KYF&#10;PPq+b+Zb2527/LS/lkbZx3w/2zRJ3HV7i606e2tkDisdmBiM/uSmyWe31vuux9Ur4zKZjIUu3Mif&#10;JKrwx1lakugpGE9iX/O8+I/UXw87T+O3Y3xy2+OqI+xKDek8+F2vkctBS4bd/VeV2ZX0O7MC1TWV&#10;NRg66ph3pTKFpZYoUkoElSNJWkeRrbp2nidJHDlQM+ZBrx6V+4ux7fsF9tdztEZh8QNUKSKNGUId&#10;cnSTrHA0BWoFakgL/IE+bPy0+Y+yvlj0/wDOGlh3LuzpfJ9X1GMzWXwmLppdwbI7nxXYlDUbay0d&#10;FElDnKPG1nW1S/lmjeV48k0UjuiRpHZH/MRp9kfIj+T9iPldvbY+2sr3NL0t8dc3i98VeGomz22M&#10;rvbsjqWn33Tbdr9BmxmPytTkq2JliKCWCUhlFyoaty0d34AeiAkU+VDT/V6dCnmjwd25GXe7m3Q3&#10;308BD0GpS8kWsKfIGrfl0Q74o9p/JzpT+e3sf4f4fKZnavxOyfcHyWw38Jx1fUfwnsqDYnx/7ozW&#10;0v7yxmYrXVO36nD0M6q62jqqZWDMVBIJfyOfin8be9Pib2Hu3uLpDrfsnc2O+RG7Nu0Oe3htTF53&#10;J0mCo+tupcnT4iCrrYJZo6CnrsvVTLGCFEk7t9WPu99PJFIgjb8PCvzoPT/L9nSD282Xadx2K7mv&#10;ttimnF0yhmUEhRHGaCorSpJ/b69Go/nA/Kv5ydM/P3pLrrorPbp278fs90Ds/cW/spgcxW42Ci3T&#10;Wdkdx43LVDLTVkKCo/geExYLmNjp0i5AsK1fmR3P173d/Nc3dU/KHO5UfHzq7uOt6tzWMoIc9Urj&#10;ev8AqjIVuGymAxlJglbPRJu3c2Jqnq5qQrP5cjLLFJGqxmNVEjJajwx+oVr+Z6CW/bhabhzpMd3c&#10;/uqCfwyBqwkZIIGnu72BJIzViQRillvV+ze5Ou/5XkeR+GW39vZj5I9j9N0fYXW8+ercFRYzK737&#10;NpKDI4TcuWrs5PDgXh21trLwz08NUxhaOgjhkR2Z1cKfk13B8YOsvml113r/AC/avKYPYO2I9ib2&#10;mxtPidzbdhwu+8LnspBuXA4qh3U8WRmwec27QUkk8Zb7SU5GogAEYZB6FJXgZLlRU+tDj59It3v9&#10;ntN/tdx5YLJaoEalGFHBIZRqoaEAV8jqI4dO3wO2V85d+/Dbe/V/8zfBbSTufIbm3xtKgr8Dm9rb&#10;iptydaZLb+363a25cnU7Rlq8XQ53GblyWSpIwAKpI8ZT1DDW4YnK/nGdhbp+QH8xHY/xXl3DW4vZ&#10;Gy8j1JsLHY1ZJ2xtFuntyDbebzO75aNrQ1WU/hO76GnDgMFgowi2LSXpajTA0rUL92aUwCej3nu7&#10;n3Tmm32hpCsEZjQDyDSaSWp60YD7B9vSK+EVHg+hfgz2f8mMft6HcW6P7pdtdhSpH4Rkcxi+pqLc&#10;UGP2hBWJqlp6WbLbVqvSbHz1LMQQEtaX8of5KXx47C6Y2psH46be2v0xv7a+4MTWS9jZf+8W4cru&#10;Pb8GKy1FmcVuWVshLLlanK19ZTVglKp4JaYLD44S0RTRXjhg0hqhx8uhfu3IW13W3W9ttsUdvco4&#10;/UOolloahjXJOD8iKCgNOtazo7+fr/MM+MPa1R2t8+9h5bsjpTsnbmYx+3tgbQpNsbPbb+7qvKYb&#10;J4LIYeaWOf8Ah1HiMPTVVI1NMzvPHUh5NcyiUE5/nD/GnY3SnwK+L00+3dp5LuHYm4OheiNwdqY3&#10;DR0md3Ft/YvQ/YOKlx4r5lbIpgKrKbahqoqaRzoMaX9S39qLeQtMQAQhUt+08eiDnfarbb+XNoPh&#10;ob6NoYjIBllSJxT1pVeH2dWzfysPl/8AI75A/wAx/vDEZrDZnaXxU3t0d253z1ntqtrVq4H3buju&#10;TpWsgqKxoZTSPmMTgt51lNJJEio5kcjgj2af+Up8Xfjrub4Y/G3ubcPSvXGZ7XpszvvcEHYeR2vj&#10;KndkWc2l3fvuDbGVTMyQmsWuwMOFpFpZNWqEU8YW2ke32NTKA5qAMDy/4vh0ccmbNtk+wbXfPYxN&#10;e1dtZUagVlcKQacRQU9KdAd89/lb/MN27/Mu7d6L2lBm0+IEtV1vhJq2Gsqo8f8AwDc/RfX+S3lT&#10;GEV6QeCfcuYr45F8WltbXBuT7ubyuMxubxmRwuax9Dl8Pl6CrxmWxOSpIMhjcpja+B6Sux+RoapJ&#10;aWtoaymmaOaGVGjkjYqwIJHugwA49cVx5E4r9n+qvQ1YLKjRsoKHBWgIKkZFKZB9M/z6TmayW6MH&#10;h8rl9kxtLu/EUNRktriKqko5BuCjUy4kx1cTxSUsyVyIyyIyshAIItf3pnfPfprBfAz+YXtjsHB7&#10;D29XdM7k3Dt/t3b2w5Nv4eq2nUYF8klH2N15T4GsWTDRUaVUdWtNTCKGGipK+lWJUEaMFAOpQQtB&#10;/q/y9QdzDZR8u8yw3KWymxZlkVNI0kV700nFONBigIp1al/LQ+V3Znz9+C3Zuzd+Vi7C+WXU1TvL&#10;pXf8zV+VEuJ3cMZLleq+wJ6iH/cnNjsljKyjNTIk08lVVY+sOo6tIPl/Ok7G2l2piPib0R1Dhtq7&#10;n3t3fV7e3jtrPUeHx0ueGwc9JBhOt8RicpJQyZPG7d3tuDNy1ASnaME4mzAqWVtpqK1diXP+T8uh&#10;Hz1dR3ibNt9oqPc3GlgQBXQcIAaVAcknB/D01fBg706kxfeXe3euSfZ3XfS3WeXqexaH76qahi33&#10;t6jqdx9kZKSL72OhnbZW3sAYh5gxlOTBVgY7+0t/NmxmI+Hnw7+OPxP6khoNsYbf1TWf6Rcnt/GQ&#10;YXIdjDqrA7VgydfuqooYohkqjcu59zUmSqzOWlkmpolBESMhUMSkeimCf20/1fy6Y5xVNl2Ta9ms&#10;gEjkrrIFC/hhaliOOpiGNfMDy6CH+TP3d3n85N5dz/Kn5F7QosDDDXU1d0lhjXVGRXAbU31kdwT4&#10;1aaOunllpzh8Vhnoqd0WNGjkkcrqYEDX8QP5Xfxd7H+DGycrvLZNPmu0u4uun3ZJ2VPlM7DmNsZf&#10;ctNXVm1XwENPXx0FBT7Xp6ulEkIgeKulhY1CzIwQXSJSqggVI/P5edPXpXsvKu03OxQNcQhrqeLV&#10;rqaqWrppmgC4rjPmD1XX8zf5sn80zYnzc7vr+jtiQVHxU+Nvb9TsWt2z/dXFV43lgOvq6ix/YE1f&#10;k6lkytZUbjq6GuMc0DxmggljERSRGkYlP8hrtjcOJ7z7R6YeuqZNn7y65qt8R41naWlo93bRzm38&#10;ZDX08LsY6R8hgc/UR1MkYDTGmplfUI0KWsqGWh4AV/mPn5joh5BvJEvruxLHwZI9VPRlIFfzUmv2&#10;D06vs/mnYbMUXRMPYmw8PQ5Xs/BV9XgdrUNWUhTNSZTB5nJUuKqZ9UbSRRZHEJIilgEV5SpBY3Cf&#10;5BbP2lsL+dNs3auxdsbe2btfG/JL4jy43bm1sNjtv4HHyZTHdM5fIvRYjE01Jj6Q12Vr56mbxxr5&#10;J5ndrsxJ2QEvowBQB14flw6SbjFBb87QxQRqkIubegUAAVEZNAMcSTw49MnwK7e7W74/lWYXs7vJ&#10;DH2pmtjfJvDbyharq64wVmyez+4diUdOauvqayqm8GJ21TpdpWA02UhQADFfz89q7Wxm4vjZuzGb&#10;dwmP3Tuun7dpN07iosXR0ua3HTbbi6ng29DnMnDClZlUwcGSqI6QTu/28czKllJHtRuaU8ByBVtX&#10;pXFKV/2fn0s57iRJNulEaiV/EqRSrBdGmp4mlTSvDPQK/wAozufvje/bPza6m7aw1Ng9m9R1fRmW&#10;6fpqarqKgVe3uxajuxcpk5Inqqilppa6bZNMzCJIyzAlwTY+x0+XewtlZ/8Ak49Wb3zW1sFkt4bD&#10;+O3xVfZu6KzHUs2e21/H6vpvCZyPD5Ro/vKKny+LrHhqYlcRzKQWUsqkKroRna4SVBcKtD6V016f&#10;3WCGTlO1mkUGZIYdJ4kavDBz5YxTHHqVt/svvba/8zDrfr3ZuJ83R3ZfZXyIpO48p9zKBR1W39id&#10;p7p2Sv2azpE5l3HhIEEjRuV1lQRqPsl/wO+BmwvmP8NOz8zlcrV4btvG9py9e9db3y9Xm85hdhbY&#10;wVP19v7KY/F7Qp8zi8c/94qjdeWjndiSklWJUAYSeVJZ2i3VvJx8UGgPGgFDwqBnPRLtGzxbptdw&#10;5Yi5VyqsakKoCsaCoGatX7a06Bz+at/No7f/AJdfyz6l29tro+t7O6Jj6npe0+7ZMUYMBVZWt3hk&#10;u0Outp41d5zYTNw4mrw+W2XQ1za4XM9NF4PSHV478fiT0PV/GT479f8ASGQ3LTbuqtk/3r824aPG&#10;y4imyH95d77l3dH48dPW18tMaSLPrA15X1mMsLatIFFlBJbQx26MCUJz61Ppn7OPz6FlnZHbrCK3&#10;eUMI9QqKCtWJ4Z9acf5dJ7o35g0/zv23XfJah2TV9d4vfGVSlxmza7MQ7hr8NTbbweG2/MKvNU+N&#10;xMFe9bkMdPUKVp49EcqoQShZh8nJufr/AK/DWP8AsOfp7NYFDECqlfz/AOK/4rpwgUFCKVOOH7fK&#10;v+qnRgKZbEH+n44XUOebcW+l/wDX9tsjfj+hJtze9/8AY/X2qALA1pppT5fP06RymtWwKf5+Hlkd&#10;PtLGpYAkkGxJFgbWsv0v/sPcCRrMfUSPrYXtY/1tb3cAkq1M8PLy9M/n8ukhLMdQFW8v9jpSU6XQ&#10;KEAbjkckm/H6gxt/xPtumewIvyb/AJA+v14/wt/T2qGQnYCoz+X2+XHpLM4oSrcPspxqKfn/ALPT&#10;zSwnUDY3tptZiBY2/A54/wBf2yVLc/X63N/95545tf2ZKrAawK6f5+X8/XoumlcEAV1qfQfMY/4r&#10;pTUCKLLb8C9r8nm9ueBf6fX2yy2P1uBf8c354A/w59q9RTAALn/Uf9npBMSrLQfqfy8zX7fXPr0q&#10;qUHgAEkWuLcW4/AH149xi1nQi5OoLf8A1NyORx7bzQqcA5+306S1ZSAeBqfKh/1enoendlDRy3PH&#10;jYH/AB4IN+bezkdKE3piQbjxAC4sbsPqLk+4u5y4SVIoSfy/wdTxyOxEKhq8RxGKU8vn1Tr86FDY&#10;3JBbW8FaxYW+qxNqN+bsLe7D9ui1NT2axCgOp+mlubkEE8Lzxz7gPmFqlxoBQjtPnqHl6ZPrj7Op&#10;Fl+Ly4f5P8/WozvZCu4cySdJ/ilYbE8FXeSxC2ubA82/p9fapqRakHAAULHYElQQT+kjg8L/ALA+&#10;yGxJN41SSTVvn+f7fzFOgruJPgyZznoo+8bjH1AsthKyGxuAA1rLa4PK+02P1FTf6X/29/6exh+C&#10;NgRX/V69R9PhiOipZLieT+hY/T/g30H5/PHvhkNtxZmghlCL5VdkZmVQSFkZhqNmJsGsP6D/AGHs&#10;FbzMq7m+piGCilCTgimOHmK48/sPUt8pXI/c0cLnC6v2V/z/AD49XNfy/Pkpleo9gnBztNU4Kaor&#10;aqGmD6DBWGUCV01ejS4Ivz9Px7cKHER4elMCFFkannDgfp1CCUrchBcgS/0tx7as2EsEp0llLLnz&#10;pUDArwqv8/Lq+6zrLd7dGBVQ/D1/Z/L+fp0mfkn3Xku3O4ev6ypmZMdiNwwmjpZXZ1R6mqpmmnlN&#10;iPI6otz+QPfy2PlBA0PyH7vRgQy9s9hK1xbkbryn+295E72P9225U4eM/wDh6wr2g/4jCvp/nPX1&#10;UqJxJR0kg5ElLA4tyLNEjC1/8D7XXw6Qt25gjbgVtFfj/poHsYe24/3cSEj8I/y9A73DINlt4PHx&#10;h/k6k+9myMWgg/I8SD/WJW/45PuZnA8VzTJNfyB6LIz+kBSnb/LoP5CTNMCf92uLj8Ek8gW/4p7h&#10;VR5P4vbj+n+HPv2lQoLCpAOf8uMdMy6sCuKdS4P7P+uP9b6n+vPHtgrTZTzb/eTz/vHPu6FSrPSo&#10;9PLpHOw0oaV6do+dP+tbj8cfj2j65rkf6x4v9B9fr+ffmoq9owPl0Xy8FGafZ1P9pioBAPB5W/P9&#10;f9j7Tg11D546SM+XFeB6zwgXB/1/+JH+9e0zWOAWFyBxYXAP54P+x9t5ySfL/N0kc+ZPUn2zFtRI&#10;5vf/AFX+H9Pew2Vz/LpoN5de9xahrKPrwOTxyL8e9E1JBHE9ULU48T172xVAvzzYn/YDj6W49tMM&#10;mvkemXYgeWOve2KpJIN+L2/HP4HHP096p2CuaHpquMD1697YJ7rcg/Uj6EEfj/X59+0kcRj59Jm7&#10;Qa8eve2Vz6m5/Nrf0+nP+8e6+ZKmo6tig697hSWsbfUcf7AW/wCKe2CT6f6uP+Xr2a5GOve2Z4ZJ&#10;5hDCpaSRlVVUcszcD+v190qqgMWAFM1+Xz8uqEEkBQSx8vPr3va4/l09edo4f447GwfYeRqdq4yi&#10;jqspQbZo0koM/WYbJzzy46qz1SzCsx9DUQxaooI/G7qLu3JT3jD7k7htU2/PLt9uJr5oxE0jEFFK&#10;E4ApQuAwBOaYBzWnR32P2nmDZ/b3a4N/rFCpd44QP1CkjEgv5gk1oFoaE6j5dac387D5F9C7b+Qu&#10;dzXXnWuM7Y7ZgwdDs/J9gbhoo94bL2vujbawUtbtzYe1ysuE3BvzG09fTx11RVrUpjnOlYxJGxFg&#10;+Mrad6lqTAJHFjcVOFq6inEapU1boxNFE8dnkCD1TOptf035uI8a0ErGG5c6GWoBrSgIoaH1NcNU&#10;kUOKCo+3bcEtLcXRtwdxeqxcWK8KkZwQCCaAGpAPHrXW+QmQ3H1111ju2+7sZNnPkV2/j6nHdabf&#10;y9Rk6/cWytuLK33G76+GeeanwNRDRvFFjqKjgpWjkkLkjQyBVKojD1E92cqnjSMLJIA9ir2N0Sy8&#10;DUeL+y3cNxhijSysyaAnVTA7eIHCvqafkOkOwbDfXN3+892t2IORrOSfUg1bHoePRWOhOg97b23Q&#10;u+ew8ZH9pUf5XSz7xyTwpW1cuswz1lOy1+UnijtwrxjWfqf6s2Tzu52qEp8Lt6lli/3bPkq91aQF&#10;fxTUNHVtdrj/AHZbm/8ArFNou3LCXnunWSnbpUtTPqzp/wAdJ8j0NWtJUJkLVBHqEAHkAO78sD59&#10;WZ7a+NPTC0tdne3u9svBUTftLhNjbcw+IpKEI/iSkGW3PkhE1HTxLpRY6aOzXPJv7hV+U3FjaaSt&#10;zeT21t6gaMeSpyEtHj4YAfSG+5yVVHGyvfi/Fh6R7ct/8bmWK0t7qecNhVDNWmSKIK1XzxUH4j5d&#10;JjabTbqZrhYtGNTMSwHGtWJoD/tQB59O+2egfh7nchHgev8Ar/sTuLcbCRJIts025uwcplXYMI2q&#10;8dtXEZCCmFwbGAxofryBwhdwd29d7eofucrvtsmyhUSDaWOr8kZSHVL09ZjaWLGszAnlp1U/W/s4&#10;2/kvm7cpzFb7SYwc6p5AlKgkBkY6gK/0SRwpQdIZ925W26B55VjaNTgoniV+wKDSp8zQfMCg6M/1&#10;n/L433vHNUmP2R8PNvbNoi/ryHcs2ycMuOiUeRqiXE7ty+c3lDIsQJ0pig5/tAEn2FWb7/xc1RDF&#10;hdi7kzck7CKCu3Fm6LDwszKAsypS0+emenDcgO0Uh+lgfqI7L26vlhnku+YLa2VTVkhheVgAfOrR&#10;AMeBIDL51I4Uk5sSKRI7HZ5G1kAF2SNcigPaJG/I/wAuj69d/BLP4nF6t39s9b7JioKYy1GD612j&#10;kdx+MIDqoY58gdh0cNQgQNqjp54gT9SBq9wo+yd91FMWp9ubfpHSoijljoKDKZGW9Q+iKOKplrpI&#10;5LaTqbwKGvewA9uf1W5dE6+Lut1LWMkeI8SDtFTVFjBqagKCxpSmSadPfvq/aMymzi1AgUAZjmlK&#10;GhrTgOzT+dOldWdBdKY2paPIb73jPTy0tTVRVeRzeA2/TaKGn8lXV1USYuOekjW5fStd6bWJYkH2&#10;1VG7O41hjNTXy4SSurGWjgptoYlZTDE2q8TPh6qWWQxixuxuWAFzx7NY9i5IaU+BZC4EcPeXuJSA&#10;WxSniqq5z6Cnlk9JPr9/YKzXAidmoKRqaKBWmVfuoPWhPADj1PoOufiLPLUrQUNHvCkwlJBPlq+b&#10;tvcv2YrJowUNf9tu7HQwxa5AQBGGVBqYeOxL3hM72IzeDKbryNL/ABCVo6KDI1ZxGSqo4UGtqTHU&#10;6004Cn1FvEtg5vxwCvc9q5cBD2m0QlolGoxqHRWY073NRU+QDEEgU86v219uMjaLi7YFz2Bu1mHn&#10;QYpgVxTpJbu2n8cmpzV7f6swO4KfC0iVObr8Nhf75bXxjSvI0EdduPJtk8TLKyFotJqnYtHbl25z&#10;LFunPzHF1e8p4Isk09DTTVOWn8QqJAxalar8oUVAHAUOxPIH9PflXbrBEvIdjV7iKjsoQfCD8Wmh&#10;Gk8akChAPCnTkjzTgxy3LDxCVGaEH0rXJNB69NFXlenutMVNunEdKUVQNtU9HmsnR7e2Hjf4q9BC&#10;UQZKHBCjhrXoTIwvKIBGoOoi3JBvsX44ZzddJUYEZTFM1Mj1VVU1OQyJkpmj9CxmVaV4kq6lDdV9&#10;dlBJI4LD3l73EsNulW+ntpqSgKFVVINQCTkiqg4JpWpFDxABnNXJb8yWbWSzr4ikHUzOCpHmCBQk&#10;gn149GQ6O/mMda7Iag3mu1t4R0GVrYsHg6Kg29tyBc1BVGVzV0VGc1HWy4jFyxeN5SKcNIQiLI11&#10;UvOR/l/dgRMlbj8DjcvSMqzJVQ7hohVVJMMYAjFcuLhiJtp/caU2/pbgfWfvLylcsyS3Lx3AwVMR&#10;wanJ0s5IAA4aanBFKEwzuPszcWchJ0yAUo3jUY+oAZFC+udR8qdGDk/n4fCrAVD4rsDsrPbBzC1U&#10;9HJS5rq3ectDRyQymNlnqNvY7cstUwjdXvGsKlbEHkglF7m+O25thrLk97debkw2Pp7pBkajFvW4&#10;ZZ3ksifxbH1NTjfLwAo16mB5559j/aN72HfQse1bvbXEtK6ARrp6lMOPWtDjJzXqKubeUtw2gyTX&#10;u2XEVktBqHfHUnGp1dkBJwowT5VPVkvxk+cvxn+UccdH0f8AILqbtDNikOQrdu7d3bRLvGkoY1VX&#10;q6rZORiod1UVMsjWkeakRUc244HspUeXlxIeHEvm6KFvJI08VS1KhZGsYJKanZJZoyptZ1K6f9t7&#10;M5WQEAQsSPMjHl/nx9nUeQ3k8Kt9PcyopPkxFaeoB+dPMU6OfJSw1JQ1MNPNo0sokiSXSbgh1Z1O&#10;hwyggjnge8mKqMkJoKs1uRmqll88UFdUM1PCRYprDSSJJpbmy6QLAg+3otDACSNiCPPiP9X29bhk&#10;vUljniunaZTUVPp/q+XXUscJSSMxxiN1KvoVdTBhyLAAD0k/19kW/mRdijeo65wWbklqc9t6nqag&#10;iacTMiNHBB9wjB3vFUmMixAvo9gLnK12+1s7WNEAkMhcAAClBxIFONcEUqfXj0J5+Y913vdLdruV&#10;i8FqImYmteFPzxXpo23tvE7apqynxFLBR01dkKjINDTwJAgkqCNQ0IB9NP5ufdVGrnVp4ta2r/H/&#10;AG/uONI+GuePS7TjTqz0o/f/1LXblgfqNSg3IsxOq/5/x/1vYHICv60J+fl1m1g0qf2dE+RSV0WC&#10;kqoIFgL3X0jk/n/ePfCyhy5uCTqJI082/B+nJtY+76nMYRaEAUArX/Z4Vx69bGMhuH/Ff4P59SEX&#10;hTYhfqbXUkkgX/HF/wDHke8YNmIOkAelfpc2J4K2VeT/ALH/AHn3rUCusFixFSPLy4HPlXj/AJur&#10;IMVCkmn+r/Uep/hbQiC1tQKkA8XX+2TYjkD6f0949ekuxtcqRzexAuR9RewIvx7bceIqoCaVBx6/&#10;56YyOq1qDnP+z/q+XU6nj9UY0G/K2NlP09XNmHN/95/r716P5/nyo602r8ecj8TclBueTs/tKk2L&#10;2DtmopMVRybWhwO3OxEfIfxXLS5OGtpa1jt2dYoo6WUMWS7AElTXa7N/qjdEAUqCK/LHDHmKnqKv&#10;dTfLGLbZdkYP9bPodSANGlZM1NePaeANcdXf/wAnr4sdlby+RfWHyjw1TtePrHpbM9l7W3bT1uTr&#10;YNzzZXdvUuVw2MGFxUeKmpaynSq3PTtK0tVB441cqGIAeu3+UT/NM+NPwj+Oe9+pe5qHs6Tc24O7&#10;dwdh4+r2dtXE5zDDA5nYnXW2aeOeqqdz4mtjyMGQ2jUtLH9uyCJ4irszMqLdx2+S7lR1I0BQKV8w&#10;a8KdBHkPnTZeXdpubHcln8ZrhnGhQVoUjUVqwNQVJ4cKceHQ7/zlv5Ie+/5k3yg6/wC+ds7kwGOx&#10;W0+ids9TVeKyW5qvCVktVt/sDs/eUlSkEe3cpTyQ1EO/Y40fzKxaJgVUBWbcQF2ANzZixDkAkAE2&#10;1cD6/wDFP6eyCV0idgUGoAdtfPHCh8j+VK4z1Ph7AQwJYH/VT/J5da/nT3Ruwel8I+G2HiBQpUSK&#10;2QyUrNUZLJSJqINXUyAFlCn0qOAfp70R/wCd98htifIT5uZH+4tPuGAdH7MqPj1vB9wY+kx61W++&#10;t+1+1n3FU4L7XJ5Jq3bpbORJT1Ewp5pWR7wqoUsJdqt3t7Wj07m1CnoQKeQ9OsZ/cbdLbdOY3FuH&#10;rbR+A+oAVeOSTVpoT25wcHjjrbe/kpfGLsX40/F7sWq7Dq9sVSfI3vrI/J3YS7ayVdkpKTrrsfpj&#10;pHDbdpdyitxOLTH7oFRs6qkqKaBquCKKSK07Ozom2f8ADb569IfOrE74zHS9Fvuhpevazb1BuGHf&#10;OAxmEqUqNx0uSqqFKJcZnc/DULHHiZRKfIoVradQNwXS20lqAzsC5r58T+dOpw2LmjbuZI5321ZQ&#10;sJUN4igHINKdx9DXh1rx/M34D7r+JMD5Dfe3+uZ97762nvWpwO4dmTT5OukOJo4aSreprazDYeqh&#10;lmbIReMFGLLe9iLHWM3J1731/Jy+fmW70oup89vzoKvyu9RhcziYq9Ntbh6p3tUVFSm2a/dVNj6+&#10;i25vTaBFK7wViJ5anHpIqtSzLITJXivrfw/EpIKV9ajz+w/4Oobltdx5E5mfchYtJtbM9CPhaJye&#10;0sAQrLjB4la/Ca9XL/FH5X/G7+c38Ctm9R1fbG2tnfKHZ+C2dRdgbDztXjYt7bb7e2JjY8Lkd5Yn&#10;aNVX0eR3JsLeheraCsoTKsFNkWp5HSsgkiXF8mOy/kD/ADtu/wDqHb3SPSW6tndZ7Ex2Vw+Nz243&#10;rMltvbf95slQTb23xvHdNHjqfAYuHwYCkgioKdp6uoahEcRmnlWJLRRw2CSuzLqJFaCn2f4ePXt3&#10;u9z9wt0sYtt2147OMEAnKrqI1u7AaR8IAAqTpoKk06W+F3H8UP5IXRvcPZ/yE7r2nnO0N8w4KY7J&#10;29UY2l3/ANgy7Ppc2NhbB2Dsypr5NxZeoeu3ZWyS186Q0NElc01Q0FPG8rbBHzv+NObzf8sTsH4x&#10;9PY7I7iyOyeperdu7MxUFN95ms9jelNx7Cz0OOpqWFxJWZvK4LY7RQxR6nkqHVUVyQpLoW0Xniyt&#10;3FqnPqpGK8AOP516k3mTZ5ZOULrZ7FS8kUMaqKZIiZGoPViq0A41PVAfTXy2wPXnzz/l8/Lj5GZL&#10;FbLxu9e5e4c/2TmaypGN2/tXM/InqzsjasuWyNdURmKg2/gdx9lxS1E0oSOGkhd5GjVWZdeD+Wv/&#10;ADKN+/Cbr/sH420Hxd3f3HvHcHZGS33h8Nhctmdv7poM/lNubV2lksFmduQ7L3RlJaeJdr0bxGKG&#10;OdZJpEdTqQqZXNsk7JKZAAKcfkag8eot5S5tueXbe52tdnknuGmLqASrBiqqQV0MT8I8uPHy62f/&#10;AJpfDTZXyyy+1u64PkFtfr/aKdew7Um3LLTYncO2q3BpkdwZzHZ7C7gXdODxcnkGfqdWqdoXjjRl&#10;YWbVO+eHxn7c+OfzLj+ZGL+Ov+lnpDtLdNB3VVbS3rsF93bXpM1vmhXMdhdZ9tbamxdcu3suubyV&#10;e1PJW0qqDJFLFqqYJY4/QTJLE0PiEOMVrxp5gnj8+Poer8ybTfbVv43+PavG26ZxLpdNagvl45VI&#10;NDqJpqHoeIIBCf5ZPzQ6b+Wfwhzn8vXNfKn/AEG/LDonCbq+OtPurZG/aPa2+K3B9aZ2r2/1Z3H0&#10;pmajIUybxwY23icYlZT0c8jWimhmEdJU080o+dU/NDo/v/f/AFvtjqT+Sz03lNvZzc23qPfe5Mb1&#10;Bsvfhwe26vMRUG58ji4sB0jh8ZGMHQ+WZKutq44XeMpJHFYt7rJCyqxe8YU+dPs869GNpv8Atu6X&#10;FrFZcgQGJnUOwjV6AkBiNMIApmhJpxFB0De6v5XPy/6eg3Nvju3/AIUCfJefcGHoK2q6/wBix9kb&#10;76owu6dw4yjbIbdxG4KOu+QWcatg3FUqkFTRUOOeoEUmtJpr6fbz/Ol+FvddP3zgPmh0ftjcO7qG&#10;px21f78LtPFVGdz2yd57AMFPt7ddRi6JKqtn29XYSgokM6QPFRz0DmoZVmiv60lTwxE5Axjy4/I8&#10;Or8/bFf/ALyh3/b4mkBVS+kElHTg1OOmgHlimeI6Un8pX+Y70Rjcl3x/Lu+Tm9ts9ebpxvYG6sl1&#10;DUb+zNLtzbPZnXPZtHDWZvZWPzWUekxke68XuOsr5UpJKmOfI0mSjWljd6aeyp2v/Pp7Y3phKLaW&#10;0PhTnd7d1RJSY3LUW2dz7iyuHbLo5p6yqpdoYjYeT3VF95VQlIsc9UXgZypqZTH+5o2SA1MgCf6v&#10;y/Pq8PuNfTx+DDsLSX9ADpZiK8CQoQtnyBOPU06NV2Z/KL6GzKff9s9zbNfqWGeTK4V97bdwKS09&#10;M8Yek/38OW3PSYIvDTSgtWRwhZVAIhQP6Db/AM5XrHsL5B/BHbWZ2FsrdFVmdpdhbB7fzuyP4NPU&#10;7xoMC+zN4bey1FU4WjM1UMltybe0ctdHEsrQx00xI0ozLq3Ajn9VoQD5ev8Ag8/Xo555tLvc+XYZ&#10;Le3YmORJCtKsF0sCCvGq6+7jwPRRfh53b058T/mz1jg+yN5bP2htLsLr3tnoXaO7a3M0mG2TFuR8&#10;/wBb7u28gzVf4MfBj9wU/XM1HQNNJCstRVQIG1uqNW1/LY/md7w6t6u6l+IeG+L28uz8ptfe9Zhq&#10;jc2zcpmKiuxe2N8diZXc2cymW2lQbNz1a+T24+4K/TGJ6eGeKnQO0RWRiuZRVmJ4j5f7Ff2/y6Cn&#10;K/Nk9nZ2myR7S80iyU1KThWcsSVCk1FT5ioGSM9Wi/Kz4i7c3lu/e3fNX3Pt3aWO3Ft+jytLjc5T&#10;45aKvy+39o4/D4umxueqc/j6U0OZixNIdYjldHmYqJAyj3tQyXFyf+K/n6CwPI/2/vYKN4YB7f8A&#10;OPmf25pT9vUvSFeI+HHD1PyJ+X2f4eqdYAVLG31Btfj6fW5H+Nv6cj3UX/OU+Np71+JWY3nhqJ6r&#10;fHQlXUdk4YwxeWqqtpimWk7ExAazMlL/AAGKPKvoGp5cPElwCbvNprpUU0ilAP8AVTif5dArnfax&#10;f7LJNGp8e2Osf6UYcfs7v9qB1B+JHZjfEL+ZD1vvieVKHqH5p0FF8du0mklMOPxnadPVS1/Re7p1&#10;BSOSvq9wyybeQyMESLcE0liVW1On8m/rDdXyG+UuM7c7ArqrcW1/ix1ziMTtl8lGJoKDKVUGTwHW&#10;23KZUiihWlwNA2VyELFmkiqKOE2OrUu4hqkQHh0COSLSXct4jvLli0NpGoX5HKxr9gGpvy6Pr/PR&#10;7Fp9s/HzYXw362X+Eb6+dPb5x+6f4ZJ4qmLqrZ9Zh94dy7jnfyPODmakYXDzIFWKekydQCw06Htz&#10;/m+fEXe/yj6H2zmursS+4exunc/lNxUG2abnJbl2tnMbFS7qxOChJH3efSbF0FVTwX1VCUskMQea&#10;SJGflTUDp8hXPp+WOhdzjs1xu1hHJaqXuoGqF82UjuC+pwDTzpQZoOilfHv5rdWfy8fkB1DtHt3J&#10;Jsn49dw7Gn6mqN6zxaNu7C33tzIYqu2Bm901KBv4btepoZcnQ1dVp0UklbDUTslNFPIlV3Sv82Ds&#10;3oT4z0fxZy3RO8J+8dmbby2xdhZmolr8RNRUMi5CPA1mb2lU4gbgGV2dDL4o4ILLVJRpqeFtZ91j&#10;m0LQIfEpg/6s/wCfoJ2XN11t+1rtTWMn18alFNSMZpVaVqvCnmBmnVtu4/h91B2punK9ybX7P2RW&#10;9Kb/AMrV733VPiKzEZvA5eTNzff7kqMdumhyU2AqsbuSpqJJnnkdliNQ1hIukezZfyXPhT2R0029&#10;vkT23t/JbKy++dqR7H2JtPOUtRjtxJtapzGOz+ez+exFUkVTiI8rkMDj0oIplSoaKGWVkWOSFpHo&#10;IpYkM2k5xT5Vyaeef9no05M2K6s1n3G7Qo0iaVU4bTUEkg8NRApX0JOCOq3fmf8AzHeqPk/8uerv&#10;iR8c904rs3afS7bt7P7p7F2tV0uY2UN8Db1Zs/Z2zts7joJZ6HPT4Wh3LlZMrPTvJRpUVFPAkjzw&#10;1KQka/mjbd7F+P38xrG/KH+6Vdk9q1W5ek+z9oZSopqqPbWUy/V+I2Zi6ra9XmYYp4aWuOR2SDLE&#10;x8609SkgQqyktz6knEumq1H50p6cP8nRBzTFcWHMI3LRqiLROp8iUCihI4Gq8ONDXo1X8onuzqbu&#10;r4mdk/GDH71wlN2Z1Z2b8ltj732gMlR/3uocP2R2nv7fmH3ZT4CeWKtqsHUY3f3giqkRqZqqjmiL&#10;h0ZQEX8w75Ed+fMHafV3dW8vj5X9L9LbPzWd2bsfI5GsyGSqNxbq3xjqDNZYpmMri9sPnKA43YaG&#10;CWjxaU0DRSo88kjBUvdSyzxxuYisKmgqa5Pzx6enr0h37cL7doLW7msTFaIxVScklwCc0WoomKLQ&#10;ZyejK/Fza3xs6U+TPb/Vm1O9Md2J8k+wurdj7x31sPHtR6dq9a9R7gzm38Hk56DGNlY8DkKncHcM&#10;qTRVuRNTUxSQPFTpHG8khoO+Pm909vL+VD1901iaDe67uz22OvOj6SSswmLgxEO7/jjD8e91b+qq&#10;mtiz0864GrxudphjZlheaolYrJDCFLBVNc27bdGihhIVC8MErpJz9hxxPr0vvd4tZuW4LRA4kKJH&#10;wwWi8IsTnhQjSRk+YHT9tXoretB8r5N6zVGB/guB3RubsKtSOvq2rJMJ2PiO1dt4GGmgbHiNslFk&#10;SWqY2dI441JV3NlMn+UD8y+pOp9nw/GjdNLvFuwu1O+qjI7XqcXhqCr2x4d1bY2HtbHJk8lJmaat&#10;pJosltyZpgtLIqxNGVZyWVHNpuYYwLd1Piu+DQegpny8/wBvTfLW528EY2+VnEkk1RQCmQoGTwyP&#10;Q/l5svzK+NlX2rnM7vnM4jaW4Ng0PWOAxGZw2evU1NRNtjcG+M7VMcbNj5qSog8G4oPATKD5FkuF&#10;ABbY+nAsR+QQAPwD/S3P9P8AD2KomIpSuihNf8tcfM5r0MJKdx1Ek1Pzz5+n21r9mR0R7ZWz9rbG&#10;w1PgdnbexO2MHTu8sGJw1HBQUETzMXmZKaAKiPI5ubD1H+vtonuCb/Qn6cfQDgf4f8b9rYiCCQKN&#10;9vGv+r/VjpOxoDxP/FfLoR6RQSpsLgc2DfS5/wAbH/eePbbJex4N/SbH6/gjn/X9qUCgqSRU14em&#10;f9X/ABfSF9KkkEEmv+Wv2/Kv+Xp+pL6+Lg2t9L2DC39Da97n/W9tkrfq/wB5Nv8AH6fm/tRGrVR2&#10;I+Q4+ueIp/qx0lJanCsmKD8uPl0p4VuoABva1jdbH+v0vYEj8D20TMS355+g545sf9f2vjNEbgDX&#10;PCp8+kkr6VarZ8/s9f5/LpQU0agAH+yP6WW/1uxFz/vPtsmI5P4/w5P4/qT9fatWZif4v5U4/LIx&#10;0XSk11HjSn5fLp8pEt+PqAQSCOfVf6AXPN/r7aZSCb/0P+P5ufp/gfahlIVagZ/2MfZ9nSOYgArQ&#10;Aj8/PPHy9adKSiDavodIHP8AQcEHkfS4/wB59wS/7if4SL/W5F7Wt+Pp/vPtsoDqC1Lf6vM8fln/&#10;ACdJGNWVg9amlfSmfP8A4rp7CXjcG1vG3H0AuDb6X+oPs5fSUt2gJUfWAD/X1cH6D/iPcW84oCna&#10;3Ctf9WeFep65H/sgtM+v+o9U8/OqnIxmT+oUQVhsLC14ySP8Lgfj3YbgT/k0Nxw0Wk2JNgBpFwSL&#10;3/H+v7greQanS3crA8B8jxHp5/Z1IspKyCvkKnrUN389twZslTY19XyWOkBZX+oLfn88fn2q6kD7&#10;KO3qBcEEHSpsDc8X/Jt+ORx7ILEkX0wOCF88nJ4fsziuCa8egruOIpafn0ULeNjQTFfUPPIb/gkE&#10;i/0t9eP9h7YALEg825P0/wBe39PYoDVVCBx6j2fJY9FYyd/NIOAdZJsB/X8D6jnj2rccGONRljuB&#10;5FLE3Gu4tZS6J+Tcm9ufcacxzNHurx0YntNAM0zXIBPpQCla8OpY5ThhG0xu7qXfV21pQaiM49R1&#10;Y18Ytv4io2RR1tfm8TRy1aVyRw1dUUaFEqDD64SukSSOjNcg2UA3/BjVy8wgguHjmDD9JDeEq5Os&#10;BlYgcg/Tn6+zDZZWlt7zUnhsCtK5qNVRShIIrwI444dU3tVjurSWNgSZCKA/n/q+zpr7Tx2Owe9N&#10;r5DGZWiyS/xhDMlLM0nhkhMT+Vi6q6KQDe4uCD9ffzDfnBtGq2x8o+9aOrheIy9rb9qUV1K+ibc+&#10;SkQgEfRkcEf195E7sWG63evhIQ4+YYA16wt2+Uxz7jZEfqQXMqEcD2yMOvrN9f5aHP7C2RnaeRZa&#10;fNbQ21loJVOpZYclhqKsikVvyrpMCD/j7kfDmkI7Sw82n0/xHHxD/G8ju3+2AH+39jf23XVusrV8&#10;qfyb/P0C/cCXUm3R/i8Sv8wB0rveyjF/wGh/P7SH6XtdRa54P09zFMR4z0wAT+f5f6vPplSPDj4g&#10;lf8ABWv+qvQfN/npr3OqVv62sDY/19t1UeW4+nH5H+P5HP0/2Hu+aKHNanGK+VPy6YerOAP9X7Op&#10;0AHA/BsBb8f0t+faerjwefoLn/ih9+GkdtMHhnounHfWnbnp4i/V/Qcf8a9pCr+v+wvzx/rf7Dj3&#10;5yCrduf9VekMhqGNKjqX7T9SCQf9YqBcn/XNz/j7Tt8NMV6RyU1LSles8P1/2J/3o/8AFPaMryfI&#10;R/hbm/Bv/wAU900aKEZHSWQ14cepPtmdmSQ835H1Nrg/1/1r+691AVX/AFfb00zadOOve8M7ar82&#10;v9Abf7b8i3vb1ABPl5V6q5pTr3tnqTZRzwAb8/jj/iR7oyu5LFaGvTUprwGP8vXvbFObg8fW5Fvw&#10;eT/vXui5NNPTJoAc0697YqpeG/33+P8Arm9vfmACitaH+XTLlaCpPXvbDKbEkm3+P+2v9faZyVLa&#10;eI60SQp0irDr3uFJIAP6H8m/9TcX91yyjhXraksgLDJ697Pd/Lf6SxPc3yJw1TuCKCr2/wBfqu8c&#10;tjJlDx5FaPyx0EDoRaSJMk0LlTwSo/F/YE9x95l2Llm4ubaUJdu4SM/02DUP+1+P/a+vU0+wfKNv&#10;zVz9ai9jD2NmhuGQ51aSAq08xrZSR5gdEV/mO97ZboD4o7/3JtioraPee6xS9ebOr6C61ONze6kq&#10;IZclBMLNT1ePwtNVy0zr6lqUjt/UbY8VLhc5gqRqbRV4vLUcVRDPT64IzSo4MMXiUJKDExYeMqNN&#10;jcD6e8ThNfRXpiKaZoX0NqoaMAQc1zWgqampp10In3WziieWSZPAA7Ywe5sClBggcD188XeHY+5v&#10;jz2rviu3lnht3fexdxZamh2ZVrSZjcWRzWWhjebKQvKtfj6WhqaSRJRWws0k0ZVkl5F3fy4DbmP8&#10;1T9viKOCwiabTDELnRaOIWaeQ6SSVVnJ/wBj7S3EtxLJHaJcByRlVyxoK5NKgfaQvz4dEFmtxcu1&#10;7FauVBABY9qg+S6qD8hU9F62Zt/vj5TdhZjd23dob57N3dkat3/i1brrKDExTS+iCDIZqemwuPp6&#10;YGyp5FCC2kD2Feb7uoY6mah2xiJMu6CxyFYy0dArJbXMkNzU1CWt9fESRx7XWnLskkUc19IIQakK&#10;O5yDWgPBV86CrGhz59GTyMHCfUyyP56TpUeXEkE/kB8sdW09YfyoN5zUFDuLvnuuv2ilQkfl2bsd&#10;avIZpHeNXSjlzksj4qjqPortHS1MS/hyPYc1++Oxd1VSQwV2SpMeCi1ibfpZKCKn+ilWrKZ5azQ+&#10;m5P3K3I+ns3i2rY9vt5JDHG9xQlPEYGvz0mgxXHafSuOtqWLhkrQ8aV8uB1GrfsYevR4tlfE74e9&#10;GUQr8jtDaed3ZOPFisr27mYN65jLSwoJdVNiNxRR4GPIQmME+DFW5BLE+05uCjxe2hPmdwtjsXJX&#10;EGPKZGohM9ZkjURwJF5KufyyT2ZCXct6Dxq9mG2ncd08G0sg8qxj+zUYCBeJoAKGhAAoagVp1W9k&#10;s7APc3ZjjBp3uV7moAAWbNeFM+Xp0OWw92V/YbwbL60jz+5afBuYa3bu3aDI0+NwWCajqMk9SKfE&#10;UE9JTUA0yrHHTxqGnDBihBIR2dqsTW5LH4rMJQZegjkpKWozOFystUtNX5SvkpaGjqMLBSa5nnlg&#10;eO9tOq9jYexBtVve2NrdXu3TyQzurMIpEAYrGoZyshbFAQacaYIr0TX9zDJLDbzqj2xIVmV66XZt&#10;IBjANdRx6DOMVIp7Qi3XR7dzu49sR5vaGd8WYyON2jvfatPhWyOG21haatyucot5V+XampaSjirY&#10;ptTOHMRQuAWHvNS9n7QTcP8AA9q7IospV0GSp8ZV5TcVbkMHgoxT2lrqjGVtRR1FJXnGoSZB6NIS&#10;xOqwPjyzu5243+5b28cckZcJGqySEthFZQSRqNKFT5j5gNJzHaSXz2W12OuWKVY2Llo48CrFGKMH&#10;Mf4gCAD+IHpIZ/4z905TY0+7O0O/Nz7Qw2RwFdncbtbrXbmA3fvmoSsUxYeDN0NLU4vLYb+8axmK&#10;NbVcbyTkrpRXb2/5DL1O0qH7rbkkdTuLee4snDU4LL7iqK6ko46OrqqYZPBRYyCClekk8TFZz4oY&#10;yQw+rKUlta2u8vo3UlNtsLNCJ44tJZmVT4chYk1GpV0jUTmtSFKmEs81jFqs0Vry5mNY5JCVoK1a&#10;MBaaTTHAeZz0iNv7Nh7c3KmF7BoJMX1t1BsbaGSwW79q9bY3C5/NfxfB4bJvtTsSbeNTlc1QZyCW&#10;b97Hos9fPEPE4BVZWBbGdmRpkKrZNN2DUw0WJrETc+ZrErcrkaLGyTUgNFipZNGQidyz0y1hfSXT&#10;XEHOmwxveXAYV3wbEjX0sdYYgVRWko5DyKDpA/GUoCRVGoA3QUg5htlnn2SHe2Eds/6zyamcLVaq&#10;vBhxKeKSfVK4odDPfHWmr8Pju18l0NhKnL5vHvPsTZeJbC7XweUzC0mSMWX3bTUy1G38hE8cENeM&#10;U1OxQSCOoeEeU+xOg3Funba4nwx4XsjHtm2ep3Rmc1NURbWhp6aAFJZJZoIRWBJ1Z4SQQQplJLKP&#10;YWfbto3T60Uudruvp8W6RhfqCxPAKNRSqUrn8Wmh1Ho9+tv9s+mWPw721M51SvJ/YigBqSRViPw4&#10;pSpyR0XfKdc9cdhS7m+5rd5/HXM/3OjpaPYGxNnY7G5Tsaeqra2QVVAoxmUrXxsc8M0dNVoFVw0n&#10;2y6IXPsUdv5PZW72jqsPn6QZFaeHJ1CJQUU1BHURPLSJW4nJTUUlM2iaRQlOWZgLPYkB/YXv7fft&#10;kVob7b2MIYxrVyGKsNWiRA1cqrdwxxWoypEFpdWO4spsrtH7Q+AGWoJFVcggnVUAAk0oeAHRU+wd&#10;td09TPUYvdWwc1UbNrqqr21QZFdw7lpdwz0NT9plJsTu3bWNzlNk4hJSI00+XSGBWlvFaOJ2hCS+&#10;RvbOB6n6m3n2BufPy4fG7KxCK9VRfbTTmvy6Q43GTeGEF1q6rI3ASQKLuUAJ9Jd5N2394bxt1k8C&#10;GGaTU/iYURwsXZQK9w0sgGnuOGB4EFPO/MVtyvyzu+8XMxjMEQFVoTrYhI6KQaHURSoA9TQHpQ/C&#10;/oip7H772dtbC7WochQdg5SrzWaqdxnc0VHFgtt1U2W3FQx1+RiMNZSQYuVIlNI85mnWFm0XBIz/&#10;ABo3/Dvr40dZ9nZmeopIt10NfkFyGdlSmatx1NlK7H0uSZZAiRR1MNEHFrBtRb83IT5it7eD3J5v&#10;2XZlDW1sY9IQVKs8SS6DnjSQceAoPKnSHad0n5l5Q5U3gI6m4ty/fhgNbKrscDuVQa/5M9Vi/wA6&#10;P49ZTbXzly/TPVW3juUUdHhpMJtXYmFrK449twYvH5isolpqKmnqJZoKysaO7M7IqBWK2sC3fLD5&#10;GbYquvd39dbIWj3XlNz4+sxORyFRGJsHiaOp0qalGkj01tXE6hovHqCSKrBrgH3M/txyBui7ztW/&#10;bt/i0FsVeNQaO7ivxUNQuaEUGoEqRpNCC+ed72yz5f3LbLBFut1uYGiNaGOMMKFj5Er+ECuaHy6P&#10;1/Jo/lD9s9d98da/KfviTO9UJsHJf3h23tSPIpHu7ceSemeNKCugxswGEwU9NUNHWQ1UhkqYWeF4&#10;1Uk+6T32j1Ls6j/im+JquKCngvU12fzcGHoTKfW01PqanQ0/lJ0q13HvI2RJ5vFkWVSinjUaafPI&#10;A+0/4T1jBFtnK22KJN58YnSAQXC1alaqKAlTniCQetyiszW98t5E29Ph6dWnJjeKhnr5IINWkQ1k&#10;jVAp0qQtmJACfj/H2Tfuv52dDbBxVZt3qXZVFvvdT+RYtwV01THt7GOwZAUeMU1ZlTESLKviU2/W&#10;ebh2/wCYLSxr4dwJ5h+FfhBz8T+f2L50z0xcXuyy27wbLsdGJ/t5mY0wcJGNOr7WIGM14dOGL25v&#10;efKQ5LPbvaGhiRQcHisfRxrUsuhtdXWTrVNFqZSGWK+pWNnU2tSrvfeO4N97iyG5ty10mQyuRnaW&#10;aVjaONP9109PGPTBTwL6UQWCqLe473HcLrdJ5Lq6esjeXAAegHoPL+dT0itLeO1iCJU1NSTkk+ZJ&#10;/wBVOhK9ovxjV9fT9bX/ADf+lrW9lmrypnox8XtrTu697//VtZlsE0HglgBY/XkXAtza3+8ewZDq&#10;8TxKYAzUfI+v+bjSvWbekqdVRT59FCjVWBv+CNNv6kjjgE24/qLe40smiyk3XmwF+NNz9Cl78fn3&#10;dVaQnSvdTPDzx608/LqwDOCDXTTy8v8AJx6doIfTclvqoBuCLXUi/wDjqHuNrF7o5YE6jqOr6tq4&#10;AUGxI/1/d31sAJE0sBTGPKnGp+XWwSKUOf8AUPt6cqanGsA2ZbhubWa1wAbabE2PHHHvKDe7EC/J&#10;BH9hbgD6nnSePaKQFBoRuzgfmfy9eP8APpmQ6GfRwp649f58elNR0kAZJQqmQEsDq1WJAsA7C7ae&#10;b3t/vHuM97CzDTfg3uLf42Pp5/r9fbiFSzdnfTOKfsrx/Lqiq1SaAE8T8j0UnvT4i7n723HUZKr7&#10;Xr8VtxRTSY/a0lAazH0FRTwCGSdLVCp5Kghmvp/J/wBf3wLBSQ5LXvoI9VydS2PN+Lf7G/tuQF1H&#10;hJQilRwpwNRimf5UJ68xZj2+Qzw/bT1/PHXHrP4adm9dVWFiwvyFz1Nt7EV0FW+BpqKSGgqadZ1n&#10;qaXx/csiJUaW1G35/wAR7gSSGxAJLceoabEWuSLW4/1vrf28sQOkuAFPEGuDUgA18/PJxTqh7g1T&#10;jzHH1P8Am+zqw/KY2qymEy2Loa+XG1tbjKmko8pCFMlFNUQGKOrhCkeqB21La3I94WlXTY/pCKAp&#10;uwJI5Ck8tY/X/H26InBYqe/UTUYIzgmmBUcPlnyPVIiuk5AFPzNanH2dVkx/y3N0vug7zHeuRTc3&#10;3zZEZ3+EynI/eNcedaj7rWZRexPvAPUzWNrgixAAtbnnj6e7OfDjjDJWmcHz4f6v83TTGijQBT09&#10;K0FerF+nth7k2Fsyn2xuvedZv/KwVFW9Rn8nGUnngmbVFBKrGQ6IYyV/2PvBIwUNwv1B5vcgWuBb&#10;izg/7D35SSyccj+ZrQnzqP59MlnR2AwPXHpTz/2a9Em7V/l1ruHfdXv/AKi33NsDLVtfNXT0Yiqf&#10;t6aumZmqZcdV0ckc9OspYnRe1zb/AFor/m9v6rz9L8E/QG3t2oI7amuDT/i6fy8+tMagefmeFT9n&#10;Tj1T/LieLfdHvruvsOr7DrcbVw1kePMdSIK2amlV6cV1VWvLUSQIeTGOD9Pp7xB76V5AsCSQn6iD&#10;e9lN1JH0v7ZdaGVlAL1PmeAPlUjNOJ+fWlcA6QpDV/z9HL+UHxmw3yP6+x+0JMp/d3JYKtSv2/ko&#10;6cTQUkwp/t3pp4FsTSvFYenlbce8crEPpAvZQjNYHVcfkf63u0SBow7Gh1Fh8qH/AD/L7T1ZseeR&#10;mtP9Q/PopXS/8vLtHrnc+2slk++K1du7Zy9Nl6Xb+DTKJSVbQS+U08lNVVK0yRz2IYaTcH3CeS4N&#10;+PT+L/UfX68gEi9/6+3lQBlpU93n6H7MVAoKemOm2bVSM1xSnz4cT8sfl0u/kD/LVw/aW86zsTrX&#10;eB2DuLJ1P3mUpWp5pcdJkWsz5ClkpZI6mjnmflgDYm549w5CeDf6Hg/m3BI/3n2oQx6SBx8x/IH/&#10;AFca8B1Q0Kli1SSMehpj7Py4+nUbp/8Alv8AYO2uwNs757B74zWbm2plKbKY6koGyE5llo5FZIJZ&#10;8rUy+OKQAqwUH0394He4B+ps3+BAH4FuSbn214emo4Cox5En86fl/g6Y0hEIYZLU+0/tx6/5ujF/&#10;LD4F7M+TVZS7ppMu+zt/UVJHS/xuKn+6pMpTx8wR5OmXRJqh/syKbgG3+tEf03Iva4F73tz6r3Fw&#10;Cbe3K6qAnvofLjjHDBxX/L8k+mpNK0OP8PRZdn/yuu40yOIg3T8kss22sRVUlVBj8O2bkeP7SZJY&#10;Uigraz7WMqE44YD+nuBM/JVQDYckg/2hxb8Cx9rraMKuqRiCTwHy/wBj9vDr2sigrxznj8urBvlT&#10;8ScX8muqMJsOt3FU4vO7WlpavB7lngWpY1UVItHM1fToVLxVkXL6TcNyPcJrI5uwB455vxbgmw4/&#10;w59qYyZVBVT4efl/n/yD59NIWqKGlP2ftofPjw6KH0R/LM7e6x3VtTKZX5EVybc2pm6XNUu2dvJl&#10;loap6aYSvTzUtVVijjiqD6WsjcE8e8MrXNtN1soIPAGo8EC4vYfn24ijSpEtHJY/M6eOaGlfIHjw&#10;8+tNWoXXRTnjX5+mero6VCusONXpTU1iPUTbnkEfW5t9P9t7pY/mgfIz5NUm2+yvjF0V8Tu7t9w7&#10;92Pj8TWd47K2pvXc22aHDbpV4d14LH0e3NmZGnq8vLhlmoJCclGYBVmQqWVUZ5CxWuk6m4/Pj/q/&#10;LoB81bru6QXe02G0XEglShlVWZaN8QFFOaVHxCla0x0bzpTrn4oRQ7J7j+TnyE6N2Bg+vd/YnelD&#10;sztDeux9mPBujZWTpcvsvO1uS3XufFQ0dLS5+nhq4gadvM0Hj1WJIA/+TbX9odO4mt+PW+Ph93n1&#10;rVbnym6ewNx94b52lu/bm18jXUdFiqDAbcenz+zcVDj2jxtMY4Ivv5dc/lkVbysqKINS1XSa+f8A&#10;l4/L+XRZyUbqyVtuudmuIgxZ2lZGAJAAC0ZRTHlX1Pn0n/lfsvpT5D/JBvm5sD5mdDd9YPa/XO3e&#10;mOseqOrd2bK3jPsqnfJ5fN74z7bg2rvncEGayWZy2QDzyCipnhpVhgcsIFd78Ha3+JH4PB/p/Qm3&#10;Pt4xkGrGikcfL/CPT16kBwAAx8uP7D9g49Ey+Q/xy2H8netsh11vqGaKnmmSsxOVo9H8Qw2UjV/B&#10;W0RZWUldVmU2Drce4XDMbkXN/wAj/fce1bM0ag6TpHyPn+Xn8vz6ZLF2BAA/2a+nD7c9VIQ/ygO9&#10;cLQ5LZm1vk9JjeucpUM9ZgxDm6WOqp5DZhVUFPVrQSSOgAP0Vj9ffGxNySCf6XHJ/px/r/7D3Yla&#10;BUBUefH/AFfPhnqjRqaBSQPl/wAV1Zn8OfhT198QNt5Cj2/V1G4t27hFOdxburoFhnqo4bGOio4U&#10;LCloo5CSFBJZuT7aahtTH6g3/wAP6/g+18KFFBIBFP8AJ5j59JpMMzUwBQ+mK+mDjomPyG/lFZns&#10;/u3N9vdU9swbCfc+UbN5CiqqOv8AvMXlZ/8AgVPia7HTRyhJWBf1EFWNrm/tpmJubWBvx9Px/rEC&#10;1h7fDKdIcErXP7POtTX06RsQ60DVPr9o4GtT5/sp69ccx/I1xudoMBXR997gO9IfNVbm3HlsbJk2&#10;ytYXjNK9AJaxZ6VKUqeWd2a/uLJcizE8AGxAJvzcA/X3aKRUk7IxUmlRUCnlx/P7ekWpQzLqHH7A&#10;PnT9v28ejN9pfy2e1+2ejevumM98p9yVFFtNsp/H62rxk1XHuyGaohlxEVfSmtW8eHjj0xhi3HuL&#10;K9xf88f8SB+Prb2qVFRlUDtIP+f7P9VD02+jUaEEEAfPj5DGP+K6ZfjH/K17W+OG7dvZLavyv3JH&#10;s7G7jo89ntj0GGmocRuJYWUT09XEK541+6jQIx0k29t8rC31uSSDb6cE8f7G3+29uiviLVf0wK5+&#10;YFD/AD9aV6RuxdvioAPM08hTFOrv6eMgEA2JXg3ub8/S3/GvbVObhvoPryGvfj8f69vZhGBQle4f&#10;Z6En/LX16acErWua+f5ccV/z9PNIPUPqb2va/B+n1HF+B9PbRK/H9ePrf6fi5/p/h7WKCdIrQGvl&#10;/qqeiwuKgIQAwPln5kdKuihI9Z5tbg/k8G1jf8Eg/wCP09tcpN7g/g/kg8j+yP8AH2+FAGkjhn/i&#10;/s6SSsNR01B45zgD/JTpS04Gm9r3I4/Ivx/rG/8AseB7bZL3P+8k3H4uLgX+tvaxCqxgFe7NPtP2&#10;5+zpJI8bEMpr5n58D9v/ABXT3TL9DyR/sLCxsbXF7AE+2uc/1P1t+Pzbm3Jt7WLQVKD+flU/n50p&#10;0gl1N3KO0Kc18q8fXieHz6faQEA8f1/NjxYeoWH9PbNK3J/A/wATx/sPpbj2pILKFYZ/wf5/58a8&#10;ekMurShbjWv+ofb59KmkQAcc8i1gCW+vBJuLk/6/ttLnyoDf9an6/wCIt/vXv2kaCSOH2/y+3pCK&#10;gjBpr4fyx+3p7C/tM3+0MDf+hW/44+p9nL6QcFqccX1Q/kkW1cH8Wt7i7nJf05eNKHy/4utep85F&#10;FbcAt3cf9X5U9Pl1UJ854yuKyjeogU9db6FjeFlItew5/wBcce7GtvFRDSg/UpY2QtYADk/ngj6W&#10;+v4/HuAt9R2SYqMcckDNfL8sVrw8xx6ki5ajEivDrTm7Hn0blzAJuGydYoCgkBRK5Goj/Un6/wCt&#10;7VdWwNEg4/UpuLjkAgg8nhh7DlihW9kOfhP+T/B/n6Cl+QIZe40z/l6Kdu570E9+bySPxewN5B9L&#10;k20gf7Hn2nAB/W9zf/eTb88XA9i5SewUpQU/1evQCnbLnh0VzJtaWQ3/AC34/wAbjnm3+t7WOFqU&#10;koBTEL5Ink8ZLwgFHKsy/vNHpbWTaxub/Qj3HHM1hNHuj3ak+A6jVh/iFR+ENUUpWopjiCepL5au&#10;4TtsakkSpUUpWo4g+vn/AKq9Hh6L3PhhsugopmlGUxjVcHhjp6eoWWjmkNRHKBJLHJ5RLK44BIFv&#10;x9OOUngMkES+qSNXeYlo3LBU1xJrRmF11HVyfbuy210ltdTOAsL0CfEBUmjHSQMGgpgdJd4uYDJb&#10;pGxMuoscUp5D+f8ALqJvnK4iuz+Eo6KeWeuFcamqDwxo0ECqn2yFkkku5aVyy/QAe9FH+dZ0VRbZ&#10;+Tm4M9QQiOPdjS56TxxqE+4rJ2ecjTwQ0hJB95OyW67ryzytu8ZPieB4T+tYgEBPDOkCtfOvWHnP&#10;xXl33B3dI6CK5pNT+k9SafKvX1Cf5ZXaNT238Hfj3uOvbXk8VsPD7OyT3uXqdpUUGGjcm1iz0VPE&#10;SRwSb+yAfFrDpjewttIAdTZWB2NuTawH+P8AX2Mvb6DwdwRR6En7adRZzNeG9ubdiagMP8PR8vew&#10;aotBAeVPiXgj9XAsPcry/wBpINAKk8R5fOvR3lI1X8NB+WOg9+ssnq+jupH/ACET+bfT2z1PBP0/&#10;p/vH9P8AY+7lnemmtQP2dMltQJB7v83TnTi7Lxbm/Nj9Of8Ae/afrGuG/wBsebH82I/2/vfaO7Tk&#10;cOOei2U6ZD/g6dIvrexP0/43/sfaTquWbj8cH+n1H+H592ehzq/2ekrCqtQ9x6l+09UcNYH8Ef0+&#10;t78D+ntgkKQaZ6QNWpBHd/xXUmH6fT/Y/wCsfaQyC3kcg3IN/wDbH6X/AMPemyRkE6f8PAefSR8e&#10;Wes/thcjV9eTa4/xvcD+lre2g1FAY+v+TpMGINTStfLr3uNJe4t/Q/61v+K8e6VY4r28ertnjw69&#10;7bKv0oRbmxtxwOP+Jv7sWBYVFPtPHpqTLAg49Ove09Lx9eB9P9bn8X/rf3StWrSg/Z/l6aalOve2&#10;qp5BHH04/wAbg/T/AA97emmqDOOmmpQkjr3tNVPJI/wPNuOT+PaOQitCc8etFwilieve2mpOmy88&#10;jkAA3Itb+lvdUPHqivqWtcde9nE+CXyFX48d4U2fq46OXEbkw9btrIR5GR4aEtWDXRNVzR3eGA1a&#10;AM4BK3v+PYX5v5bh5r2Wfa5ZTGxdWVhSoZTUceFRVa+pr1Kfs/zwOROcI9zlVWtZoXhepoKNQqSa&#10;GgDBSSAcVwRXoqfzO+NOJ+V3ReZ6qyeVyuCqVzW391YPNYT7c5XGZnbletVDPRRVYNJUTS0ck8Ii&#10;l/al8mhyFYn3s89adq7mz+1I8xR4jA7fwmVX7vF09DWz5WrgqauOGXISCsZhTsi1vkCaUsyi55Nz&#10;ifzVy/abZus23G/nmu0oJCRpDAYQZOr4aV4DOPTrodsV6u+7dbbtJt8KQyRqU7/FIJFWofgIDVCk&#10;A4zjgNVn5E/BroTG9uY7/SDkd29udkbLootvZPL7wweDwOAfCYyor6fCUke2KHGoTPLiZoXaSpkq&#10;J4XWyOALKlt3fxbN5BZshlHqZJSXfzI819KmxUh1EbIp/wBYezLYjb2FrIbeyUHhjFftrxqaca1x&#10;6dL7tpZ5QrT0QcBSmBwoBQCnqAR8ujGdVjZeysCmK2ptqHB4ygSOnpqXGtBjIKRWfUymKnpmFQkx&#10;W+oWa97nm3tixsGD25uTbrbhx+RrcBkZ50yNVQwySpA0IXxiqUFZBCXcM1iCUBA59mjy3+67df8A&#10;0c6LfwhSkZIUsDWuggEVFKfbSuOkEwW0e0PhlklDCtKhSoBBanzIx506UXY0/Y/YPU/Z9L09ufae&#10;2u0cZhkOzv71uhpWqax3V5adZtSzzpDCyQsyOkczIzqV4J2sPkdq5TGBNv5DFVNGV8cUNC8SIo4J&#10;X7XSskcqDggqGH59xtcC5il8K6gaOTiQ4zUVAqeBBpxyD1uyF2l1FcXDeIuqlVyNPCgUfCB6ED7O&#10;tUbefWfyy6z7Wi3h3vtrtOfcdPk2Fdu6sXM5SmfF10zx1FVis3R/dUVNSiKdmjWJ0RARZQOPZYO0&#10;2ho1OS/hhzwoMrj1x2M/iEn2U9aaqqjro8lTxUFVJSpRRIrKXCqygcgkex1ykZJXNot2IA8bl5At&#10;GCUBVkYsoOpqjFT+Qr1bf2EEfjLbGbS66V1UUliQQ1A1AuSMEGlOtiL4pwV+ZpIMC+432JWbi2fl&#10;n3FuOo23EcxjcUmLwsuAO2cpWbgx9NmajOrVHzJEGeKqeQaXswBY90d2bd3WMHJldo5HYBWWWSkl&#10;25l6eXI5RtvZCQSUmTpFheEUK0FPI8xqbFPLdRqGpZN2rk/c9pW5jt94S/qoBWZSAolTLqQ9SxZl&#10;oFNKCjHFDHl7zhYXaWjX9lcWTs5ZCkgLkwOdQcKD+mVFW10wf4uFi/VPw0351PLvqLA9vY3vI5CX&#10;VWUnZm1J49vbT/vvhomgqtpZBJ0np6x8pUQxUqY7yeQwFXIV9DCZv75EbX2lJhJo9sVW68dkMVo2&#10;tMgNJI+Pq8fiRNFNkJaqWKvirss6rK4VQ2ggaiOQnsft9u26QX6tuQtLmOU+MgOruWSTTSg7CsZq&#10;vdXuB8qA95i542/ZDZubOS4jmj/QKgCqlUxrLHUGZlFfP5kZLv0t8BexOwoN3wzdn47rrdNDuuCv&#10;7NCU9Ll6AbnxmT3BBR5Gg2tFi8e+BqsLtiJmpKeeWdYvICdKSGwQbzjzf91sHufsespMhlt8ZPCU&#10;OWm2IYKmXrjY8OQTI0OEoo8XMm4anK0+SgqYoak0xjdtfkX0D2L9lms4t0vdq2aFoY7KKR40uNQF&#10;3cmPQzkupXQUkRiAQ3cjKoBYdBXdDexbVDdcwyLLc3c8aTNbdxtLbxA6RqY6TOyvqAk0tVj3IQB0&#10;abpiXbn9/d+dddEYDL4HbPTm390ZbDL23R5+jpu9u6sjhajD5vd+Vym46KPYcu1azDS4+oqKaGvh&#10;qYoxGYTFHKVErcGU2tNnMjJSbQrs5VZCtjj25T9k5xNvNS4nFQ45m3HkI6+uMKUNF440SN4Ua9KH&#10;dSjIwttdtvK7bapd7vHFDEpM30kfiBpHdz4UYRS1WLMxqCf1MU81l9cbdJPOx2l55XcCMXUiw0jQ&#10;IWmOok+GpGFKV7NRFCD1k2lt/seHZmAhruz8XsegwmL+43zWfH7Zg35DmNwZ2fMp/cXBTYjCNXSZ&#10;bItJLJPUU9Sw/wAv8MEiyJIpeG3TuehxMu3Hz+ycrt5/s231US5mHFUVfDX4+qpqOt2Xi1zEOLxm&#10;GlnanNRM4kNXKGCxG4BL/wB3WMt5Df8A013DfjUbZViaQrpcMyTsVaR5NQcRA1EakMXBAIVjcNyt&#10;Y4bGW/2+WzZR9UxdUEiuhCvAuvSiE6dRNQ7BqJnpHR9VdZ53eOH7Sj6/7Q2z2NTw5Sm6lRdj1O4t&#10;x4hsRlKKuyOH7Y3bJtOu3Nld3U1GKlaOhWpi/h1HZZKgHU6uVRu/aW1I8Rtza9btXH7cx1VQZfMV&#10;+36dM7lIaSmoMTItI+fqaqGjx2SqlqIHIJkc0wd1A5szb7Rum7jcNz3b6h90kV0VZiY4yWaQ6vDU&#10;EsgGqlcatK5BBK9902nbfots2y6torCF1aQxgSHSqR6VMmrSjNqWtdTGOp9emKh6r7K7NrNzdh7/&#10;AMb2dnd/ZXF5/Z+1tv75yVRsfaNTkK/MbihOQXYeMx9VlMzhMUaaoRJAsCiteKOS9kKle/mHmLK/&#10;DL5M0tfunEZeOvw+J3XTVGPysb1dHWYDfGyMxgkqca1VU1ENNJkAItSAKZqR2YqHCum2WzMl/sDL&#10;Yy23goydykJURzElZAFDH9NXNeKSgAGhChn3MuYTyRzXHLeJOZVViFYFv7WILVak6e4rXA1ITxYD&#10;oWvh1g8fT/JHoGSj693dsaTauM3Ptd49wbWq6XHV5qOt+ynrZqTclPQ0FDUZGnlxEEzRTySutJko&#10;USJzG0sNOy/zN12FtHb+yMJkd07zxW2MDj8HisdVVxx+DpYcbSQ01PHT05MzrEqQgGyrqvf3LRt+&#10;T9tubq8gsVlvpZAzyIiqxPDLnP2E1+zrFyx9zOb4dvsttSWSSzhhSNFlaioqDSoCqCaAeVQOPVxO&#10;U+PXUuV3Fkd2tsrbtFujLVM9Vk9x0OIoYs7XzVLtJPJVZNoWqJXkkOq7Xsfp7K/2B/M2793ZSTY/&#10;Cx7d2pSyEqs1BjhU16KQf0VVY0yxn83VQQfz7ak5gKVNnYRoBwLFpD+xjp+w6a+nSa/5o5n3eMRX&#10;26hIPSJFX/jR1NT7COlLgepdibdqPu6DDF6uxBqKurqqguD/AMdIGlFG5txcxk2Hsh+9eyd+9hVz&#10;V+9N15zcFUSbHJZCoqEjBN9MUbuY4kW/AUAD2SXt/f39Wnu3cenAf7yKD/VnoojtoQ5moXlP42JZ&#10;v2mp6ESKGGnjWKCKOGJBZIokWONB/RUQBVH+sPYbzi7EkcDj8Ef63+v7LZEounzI6Xpw456ye4Li&#10;5P8Ajf6iw4FxY/k29owKYp06DTr3uLbn/eP95v7a0/q0+fT1eylOve//1rV5C6ILvyGBHP4vqXgW&#10;Go3/ANb2C4/DeU6Y8EEH9lD+WPXrNoAdzZr6evRTET6jVfQAbAfTkfUX4Jv/AL78QpSQDZfQCxPq&#10;1MWJBJJ/F7f778Orodu6T9Q08qAADgPWnr/qLtVoamgpw/PH+zTp4pkIKBRb6D/FtTWudQ41E/Q8&#10;c/n3wsobSrEaiDqIGlByv9Bf8f196JZk1vGCwrgcScH1Pz9P2DrVVIFPj+Q9Pz6UcUKaljTXyUdj&#10;6rIQLAgFY72HN/r/AMTyBaxZ29QuqhQCrEEc3N2u1h9PaabSAFjQBDkk4I/yUGemCRQ40g8f8n5U&#10;6fMeh8qh76lJREW5jkNioLNxdnsv/FfZXu6fmZ8Xfj1uWi2V3d3hsfrTdmVwFHunH4Hc1dUU1dVb&#10;ercjlsTS5eGKKlnU0lRkMLVwg3vrp249qIraUyK0VuWjUkVFOODQn7f8Py6Jty5h2faZUtty3GKG&#10;ZkDBWNDpJIB4cKg/s6NP1H8Xe/u6duV26uqeqt2b729Q5qp2/W5bBUcU9JTZmmoaDJVGPkdqiLRV&#10;RUGXp5iLcLOvPNvYrda9p9e9z7FwPZXVm6sTvrYW5GyhwG6cDO8+LyZxGXr8BlPtZpEiaQ0OZxVT&#10;TuCotJCR9PrQxMkkoJ0yaQCCDj9nCtRn/Celdtd2e5WyXtjcLLbvWjDgdJKmnDzFPtB6Re9evd59&#10;Wbpy2xOwdtZHae78G9Ccrt/KJFBkaE5TGUOZoFqoxIwAqsZXQzJyS0Uo+nPtYTH1cKpASw/2HBA0&#10;kXAbj3uPMZ1OQdWfsI459R/xXDp99RBYIMf4P+K6gQJp0Na/CsCLj1XtY2Fza/1+nPuGSWcjm6ty&#10;b+kHg/SxH0/1vahCEWqnBXA8/wDD+0dNgjUR5+X7PIenyr8+nRYwQDYX1C78Dj/WsBc2vyffEsoN&#10;wNQJJPBP5HH0HP8Atv8AX970yMBVqEAeY/ln+WfsHTenJbBUf6v9Q/PrnGFDEWUqSeALfXhQzN6e&#10;D+QB7ivcAA88hja1gTfgKRwVP493SjkvwxQetPt8wf8AUB029SFY0Pp9n29OlOHUBU4UlrsLAG9/&#10;WdQ1Bh9LfT+vuNLIbaT/AIn/AFlFzp/wNz78I+4svy/acV/YP9VeqkupDE54Cnl0raCBY0ViLlyQ&#10;GtyR/rf0PHP9P9YewU7d+RXRPQn93h3V2vsTq8bs/i392zvXcNDgTnTgv4d/GTjRXSx/dfwz+NUo&#10;m0X0fcR3/UPfo45n7kqSPKlfszj09fLouut323bfAO43kcGuunWaatPE5pWlR+0dC515092j2r/F&#10;h1r1/une4wJoDmRtvEVmU/hQyYrBjBXGlWQQfe/w2cxXtq8TWvY+3TqzunqfvLb9buzp7sPafZe2&#10;sfmanbtbntnZmlzmLo87SUONyVTiZ6uikljSvgx2XppmiJuI50P0b3fwpEFCpHnQ0FRU1Occc14/&#10;y6ds7+w3KN5rG8SaINpLKdQqBkGlRUBgfXgeut7dab76xy1LgOxdo53Zmaq8bBlqTF7hx1Rjq+ox&#10;lTPV0UFdFTzqsr0klXjp4lcAAvEw+o4EKQg+qxDEW+h5HABuD/T8e9gMvYWHh1rxHHNR/s/4a9KG&#10;omoahxP7MVGeFfLpspFvYgG4X1EWte3pNhp9KgfT/H/A+wd7l7z6l6A21Q7z7m3/ALf662xks7Tb&#10;ZoM1uOokpqOqz9Xj8llaTFwyRwzH7ubHYaqlUWtogbnj25CmsmNEP+TPr69F24bjZbdEs9/crFbs&#10;QoLHGognTgegJ6FXrnrHfXaOXqMD19tbJ7tzNHjJ8zUY7ERiWoixdPVUdDPWurSLaCOryEEZN76p&#10;F4t7TnTHyY6F+RX95T0h2ntbsr+54ww3P/diqlqThf7wfxX+Cfe+aCHx/wAR/glX4wL3+3a9re/O&#10;jxALIlO48fyr/kz0ks932/dFkXb7pJtBGrSa6dXA8POhp0ot/dOdn9UPhf8ASPsrNbQOfFe2H/jc&#10;CwnINiTRfxH7YRSyB/tP4jBrv9PKPr7GZuWb8BSRc31AW/px/T25UrooMsK0FKcfz6X0JbCY8h/k&#10;Hp0ladRpuzD02GokkFgL6RYDkg8+4Dm+q3F+SPpex/tC1iefZkhIKVNRSgNa0qPI8fLpo/EWwQR5&#10;eX2H/Y/w9OkINmOkmxB+h5swPIsRaxP+H0HuJIwOoAjjkk3uCRYW+o/HtwIy+ExXPl9lfP8A1fPP&#10;VWY6AAKH9nn9nr090gGl/ooYc2IsbX0soAFv1WP49xHci5vyQdX0+nFh9LWFv959qfDV/iU9pFK8&#10;Pmf9Q8vs6aPcA7V1Vx9nr8+nOljaMKwIKva4BOqwvYEXFiS3+29t0jaiPoOQSB+bXuLfkk/6/t9T&#10;pLdpIpSv208/kPmOPDphno+kg6QeP2f6hwp0Sv5Efy/Os/kxvFt5743dv7HTHH0mOGHwmWihwoSi&#10;1mOf7OaKWITsXOo/639Pcdja/wDhx/rX9vqDJQqCSa/y6oDrkUVPh1/aOuHx3/l1dWfHHfeO31sr&#10;enYVZPQQVcS4TLZiKTCVH3sRheaehgijjeRQLgkXB59w5T+o/i4/re/0/IItY+3UrSOMijGvp+Va&#10;Gtek8poraqVqfT/Jn9vD06sepV+hP+p/rxyCzWtpAF1/A9xOQPqL/j/iL/6w9qzRnwCFr/q/b1RW&#10;XBL0+XD8qftHTjYXF/8ADnng3UED6/X2Uncvz0+HWzNx7g2juj5Cdc4Xcu1szk9u7gw1Zk5xV4nO&#10;Yatmx+VxlWkdK6x1WPr6eSKVdR0yIR9R7SPLGCQZe7z9fQ1+fy/Lonl37ZoZJIZNyjEimhBJqCCa&#10;gg8DXHQw4v49905rH4zNYjrnclbi8rRUeSx1dDSoYauhq4I6qiqoS0qs0NRTyKyG3KkH8+zRVLXY&#10;/QWv9AB/gL8/W305/Ps0hQBRnJpxJ/1D54+XRhIQAeFDwGfzx+3/AAdIbHDgD62+nIIP1udX9oXP&#10;+8D2Uzsb5k/F/qneWZ2D2J3bsjaO8sD/AA/+MbezFdPBkMd/FMZRZrH/AHESU0ij7zF5CCdPVzHK&#10;p/PtwXVoipHLIoI8q54Yr6Ur/LoM3G7bfA5t57mNZUAwSa5ANDj0I/Z9nQ+7W6h7L3RhqTPYDZuZ&#10;ymIr/ufs8hSwI9PUfbVU1HUGNi41eKqp3Qn/AFSn2OmB3HhN37fwO7dtZKmzW29z4bGbhwGXonZ6&#10;PK4TM0MOSxWSpXZVZ6avoqqOVDYEqwJHtbDoMaFGzSoPEeR/wDFf9jpwypJHHOrVQrqBHChpT9gy&#10;OPSZqcbW4mvrsVk6eSir8fW1NBX0kg0TU1ZSzvS1VNIqm3kgnVlcXtcWv+fcqWTgnm31F/6259rE&#10;XuKsBXhjHnjgP28Om3IUuNINaCufKv8Ah885PThTwqAvJ5PP1II+gvcn6f09tskguQeTbkj6n0/1&#10;H549qY1bQSxOkkUySOI8jUU/zdJyWUsR9nmeJ+f+odPUcQ1KFFlBAY8fUg2/JP4/H49wpX1Kfp9B&#10;/sPr+f6+3408MqKnif8AJ5fy6ZdiQDkNQfZ5eX+Wnn07U8Wk3uwIPBNyOT/S/wBfbPKwLG17XIt+&#10;Bbj8cc39qwjAgll4g/PJr/qp6Dy6LZNQGSNVePy8/wDV8qdK+kA0rcchSdV/qSi/Uf1sPbbKxAY/&#10;UixuRawH05HP059qFGphWgBqPt9cfb0ikUnUrEFP5EV8vsz5eR6fYAoCAah+LLxpv/xBv/tvcKRg&#10;Tb8fT/Xv/h/vj7UJH26nY1HDjj/V+Y6bYqNVRQf4P2cenSAFRwOCb8/6xB5/J/H+sf6+2mpFgQBx&#10;wOLk2/4j/ePauEUdmL4Py/ydIpezuFfzHGmP9Va56f6FtWnUNJ/JJ4uOP8L2/qfbLPf1H+nP+v8A&#10;4fn8+1AYggD4P8H+odFUwbSp/CPP+f8APHp0rqLTpUW544/pe1z9R9P9jb20M1nQjg6hwP8AA+1A&#10;Woehrg5/1f6q9I+0yAfiBpwrmtKjh/Pp8RbxyflSrXH9bC1xf8KT/T2cro1v3Kf6nmMf42Bv/rfX&#10;3FfOhAikrQf7J4/zr/m6nPkFuylcg+f+r/UcdVHfOuFnw2Ut9ftqx/6XKwlgCfwSVt+L+7IdvgPT&#10;Uq6wt4r2uVOqwNy45Go/Tn3AO9MUEsnhls0rxxU+RxjFajqUrhayMRx09aaHZVNq3Rm1uwtk60hS&#10;xXhKhgbEWI1XPI9q2rANLGwQDSQODdfSFAOm9r2P+wt7DdiWF1IpkJ1L6Zyc5pwqPzr+fQVvgfDl&#10;4Uz/AJeio7tQCinOn9EjqfoU4/On6c35/wAfaeAF+OOSP63sf+J9ipGNAWzgf4OgFcLl+ivZMDyy&#10;AcDUwv8AT6E8/wC359yoCyoNFhfVf1ab/S1/6gaQf9f2X3Sq8h8T5eVfWv2HJH2enS61nkgjOhjw&#10;6V+Ar6ugpR4HK6kuQHKm/p/pwbWv/rj32CVaRipIWGS1hf1CM2+n4N7/AOt7pOAYI1V/icV+zVn/&#10;AFevV4pnkuNbGrU/y9LTY009du+i8xLM7qAOTZtS2/J4N/ep3/O5p46ntHCzMgJXAouoj1C0n9Ry&#10;LW95B8sRn+oG2LggTzftqD/qHWL/AL3uf67Wx1cLZP8Ajxx19Qn+SxGYfgnseI/RNw58LzeymLGk&#10;D6n/AH3P5900fHen/wCMmbcIBFslF+PoASf9hx7F/IoKbotBih/Ov+HqJLt/1LYeWofnnq2J/wBL&#10;f8FP+9H3fCw/yeAn/jktrH6XA/x/PuSnVlZipUAnhTyr8vn8+hq50wQheJHpj1/b0HUf/AiYck+V&#10;7G55sSPr9B9PbFVmwNr2JIsfoD/sDz7dVaMCtKgeXGn5/wCDpDIxoSWzTNOPTzTC7X545/4j+nN/&#10;acqebjk82/ofyP8AC3+HvXlgA9FrYYgAdOsfFjf/AIoPx/gfabqxZm/2I/2xv/xPvRfC1yPs6TPx&#10;I4jjw6k+03VWJ9PB5ube0raq1J6RyahluB6kQn6j/Ecf77+lvaUqxZm+t7Nfi/P9L/6/uoJrQNQd&#10;JJKefDqR7YJ0P6iLENfj8X4+n4t7sStWFcAf7P59J2orVFa+vXvcNzwPx9frxx/vPvRyKg4rw/1f&#10;4etEA1Pn1722VJ1DT+Tyf8P+R+6yUoSDXPTRAGa9e9sE6/48C/1/1/x/r29tE1Okrx/zdNMQKU69&#10;7ZKpiOPrquD/AIcfm3Jtf24xAUGtB1R2BHEU4de9p2pBDXB4N/8AH6c2/p7Suq6tTZA/n0mkGvSf&#10;wgde9tFQNTC1/wA/T8fS39f6e2lGGNQOHVk0r28DwPz697a6jjSR/rf48X/4n3YrpYgHy/yDrbYB&#10;FeJ697OR0R89e6eh6GDbtLW0+6towm8WDzgeZqRdWorR1ass0QP9CSP9h7Cu/co7Fv7rJuNiDcAU&#10;EinRJSlPizqA8gwPyp1KnJXvFzjyVALCzuln2kGohlqVH+lPFfsGPl0Wbu74j9Kd91Ayu89vzUe5&#10;khWBN1bdqv4XmnijUrFHWnxz0OSSJTZfuIZGVeFIHHuw7Zf83LrGpijTsHrXL0U+ldcuHqxLHruA&#10;1vJrNrD/AA4+vuO772jhdtW3cwTxZOHRZF8+Gkqf5fsp1Om0/eh2yRVXe+WZBIPOKSo+fawB/n0Q&#10;DfH8qjOrrbqru+DFqxYij3ntFa9QtroprcNX0ZbS39IBa9/Zu9vfzG/hvv8A25UY6l3O20NyPRVA&#10;xybopZ4aKPJeCT7YVtVAJC1K82kSFU1BLlQT7Bj+1XM1lfwT297HcWusa9LGNylRUKr6VDAVKgvS&#10;uCaHqStv+8F7c7raNEt69pdUbQsyMF10wC6BgF9T/l6IhL/LQ/mHde9r43PTbh627b6p/jGO/juM&#10;2bXxYPdn8ANZGcmcVQbuXHUxy0VEXMKmsaN5AoawJISuA7y6tqjSV828MCMrT1K1ZqcLuCI00s4I&#10;YSoUqAWjYWBBFmt9B9PY8vOTt+lhNukIktCgFGVG+2maiueNSOBqR05t3uPyZK0V1cb7brOrauyS&#10;gqSfWhIya1qCejz7l+O/bSLk8XgtoZis2zksbLjYqTO4KKWuhoJFKimmKw1EPlhYkqUIte2o2uRO&#10;yHaEm/JJ831T2Bt2DOYi02Q27UFchNuKb7ijkjkeWCdGhpYaSOoaRtSvrC2LAshIrHlWDY4Y9s5m&#10;2WSSzloqyr8MQ0sCKV4klVWlR3ZwuTW95sh37Vc8nb/am7gUloTRhLlT3HUCqhdeRkmlPMMXjE9D&#10;0PVf2+0vkD0/u/NbM3JJPFh+waHx42i67pJKfIpPSyQzQyPNlcjlaikFOBHJCE1MywsiSe0zQfxt&#10;6PMb37Gm2Jtqhqp88TR7rrhS4fNb0yJhx22sft6aPJCeoxFRW0kMkMSFzNUy3RQx0obTzWVr9BtG&#10;zvdSyAW41xLqaKEPWTxapQOQzAal1cPlUtifcZLefdt/exto5Gl7Jj2PcNpWFYTrqYiUVqcS51LQ&#10;0ottz5PZOKr9l9Q9Kx9ybzzFLHsXFrlOucelZufZvWNDM1TuzO71OSwseMx26lps3LQzzTCCRKRE&#10;ikLWtMXLP9wbbxm48dP8kNzbx2lRYTG5BsfBjcfRQ4D+KVUM+SxW2Ns7WpcPUZHJT6oI1pZ2fRKY&#10;UvIsrgexXJtrbdtkk/J0VrO08q1eQvqapo8jyVJdgNVVVWOWCgnHUa3HNlhFu8S+4O439o1vC7Kq&#10;KohDtV1higEbM3ABJS1CFGpgx6NpT9N5XbHX2Xn+JO1usN01+7dw4Kiy+T3NlsrlNz5SnpJ4cPnd&#10;z7w33UbopzSzCiNQ9TRU1JNPEZ5EhpZlXxkQejur+ouvqml7moN8ZXGZbu3a9HtrE0O/qWaiyeJg&#10;nyOb3DWRQ0VJkMr/AHXy0WUmWemmco5p5gHI8gPsI8w7jue+3l1ZS8rtq2yYO5idisioOwFZFjVw&#10;RJL4yCtGShqVAIs5H2Hljlsw8yRb9Ih3qIxpHcLodS5LvQhn8NtSq6PqoAQCSXHQJ/I/tLvbtPIZ&#10;TpuPqBM5RdKZ6LeW9sv1ruJsjgspHjYaOm27jamj3Nids/3xwNXicvW02Uo6aEsmRpz40P2jqAQ7&#10;yzmfeLMUOBzu2d2YSk3Ft7r+ig/vZU1W58RRy56jXceYqqN0qJchX0VHkI445KDzUkcFVKt1I8pH&#10;WxS22i3aOyaC+mHiv+lojZtNCtQvEUqA4VyyqaLgdAfn2/vNG5RWu4291tyTR2iATlrhP1AZZGBJ&#10;LuutUDRao1jkYUBqQbf494egpotu5HLbK3TsvdOYxNT2VnnTZlNhtn5SXI4tqOhw9DXUtNpwuPQ0&#10;xq2pMuaHMTVVHA8oEY8PtFdabn2vjOzN14fd9Hs/c+4cdRvVbXiwWJbN7GopcZmQdu4LN4vJVRr6&#10;LMYmmp1/fggkZXdQhCkkO7pbXt1t9qtrMyRNMPGYP4ciqdQPhMA3eGYMQ1PxEFSApIuX7/ZbDmPd&#10;7XdLS3ub9Yj4IjjMluGQjwo5Eejqy6RR1VmyAK6sr3s3bm8t39bbbpdrZPde1sPV16rvHIVO4F21&#10;2D/BK6gqlrsxiMnivPjqmprJ6hJJKeeWlpigZ7akSMmkrcpjdn4zC5RdjyPkclnaerxWzdvY93xl&#10;HLnpXgz+XqNt1WThf7SCGaJY5KnzwpC2gKfShKFtZdze6sTuZayWFopJW062VR+mniKoGTr8TQQx&#10;IBXJJ6k2e7i2G22u/OwEXsk6sltBq0q0ppLK0BYEUBQAvqVQaDT5lIo8FmN65ncGBg7OmfDYPbYx&#10;O4uztx5Wni3NkY9stSz7Ow1Pv2gwrUy1H3UdVV1sdCaKseePy3LF29ke/mk777ErOjtwVY27iKnb&#10;pxUuxd35PG0ceMxuCmyG+On6nbONhloq4rl6+rjjq5HJRoYhTKiKlpGlK9rtbfZoZrK2ZnjmCzDx&#10;ZGaTUxZCwVsgdzV7Sc9xGoL0GPdi53e+s2neJBBF4kMrpHpRADbTRxhg51uzI2aBVXUFUEFmFn4Z&#10;dc7B2RU5GhwuXzVTNlZMb2FgYd2bkq8zujKyiLfe183mGx2TpIZsThI4s2qRaAaiRnDTTMjxQx6z&#10;rpcPxcn/AHv6D/W9u1qwJwP9XHrHJWyucDqxP23yxgAi3P149tOuQRwr8vn/AJulaOTT0697gOl+&#10;fz+f9gPx/r+2mOhvl0oSQqSDw697b5QbMBybX5A/x/P+AHtmb41Ne046VqRqHp1723uBp5H0+n+9&#10;f7b2ndKVYUp0pFajHXvcXT6v8P8AW4t9be2aCuquadO+VOve/wD/17VpZPRx+bEgDgAcHVbgG/8A&#10;vPsDogqx8xUDPr6ef2/n8+s2gDkEEnP2ef8Asfn0ViJGDgMD+PwDax1XJsV/Fv6+4KlrerkD1D6m&#10;/On/AGJv7fdEPwClcEcPKv8Ag6sACO5ceY8vs9f2dPeN1NUgMWNkNtP10kqDzb9H9b/j/X99E3DW&#10;1XEgB1AWCkMSvAv70i6TGGpQrinGuBXP+qg60lRSvHHD/Dn/AFU6VaoiA21Wufrq/wBhY/m5t/rH&#10;6Wt77/SNQ+v9CTp+jFdIuPoOD7YY+ICjHApnFfIGp/mP29NHu1VIJHDh9hr/AIR+3qbSronBF+Sb&#10;csQH40Ec2AH5PvW1/wCFGXTnWUfQXVvfUe06FO4P9Mmz+qZN8LUZBMjN17U7F7i3XJtialWsXF1F&#10;HHuLGxVMcklO1RC+tY5FSWVXOdpmmeeRWf8ASKkgY4gqKn50Pkafy6iH3Y2+z/dllungj676hItd&#10;TXw9EraSK0+IAjGM0ND1bR/Ii+RvyFqPnR3J8VdwMtF8c4vjvvXu3aGPFNSuMhv7E9i9EbKmzaVz&#10;RPWwyDEboq4JYlkWOUCNnVikbKvf5a/zq+JXxV/lr/FzEd9d4bW2Nna2m7hrYtrpT53dm7PsKj5C&#10;dqxU2QqNo7Kw+5NyUlBUSA+KolpUhkCOVYhGtS8tZ57y5MUNaFc8PwiuTQUp/PpVyfzJsWx8o7Mu&#10;57kkcx8Xt7mahnkzpQMaHOaf5aDH85fiV8jfkH85+/cn1B1TuHdmIpZut6SXPNUYnbm3DWQ9Mddy&#10;TUcW490ZPB4SorYVA8kMVQ0ialBUFhe5bpnvnp75F7Kouy+kd/YPsLZVTV1OOXM4ZqmJqXIUZjaq&#10;xmVxmQpaHMYXJQpKkhpqyngn8Usb6NDqxQvDMiyQSRnWckcfI/8AFGlRxp0PLLcrDd7VbrbrpJbY&#10;kjUK44mhFAQRjBAIB9M9Vudh9R9k9Kbsm2T2ttDK7K3NSQQVbY3KrAy1FDUlvt67H11DPVYzK0E0&#10;kcirPTTTReRGTVrVgA378+YPxm+L5ov9PHcm0uva3LUkuQxeFyE9blt0ZDHwyNAa+j2rt6jzG5Km&#10;hEyFBKlIY2kUqCWBHtdDHJIgSNCSpoaAAA8T/k6Rblv+zbMU/eF+sWocDl8YNFALU4UNPlXy6XfU&#10;nxr7075NS/UvWm4t5UdDUJS1eVpY6WgwVHUugaOjqdwZiqx2EgrPE2oxvUB1RgxAUg+83Qny2+OP&#10;yioMjWdCdt7T7FOESCfNYzHSV2N3HiaatbTSVWV2vn6PE7kx1FUSKUjmmpI4mkVkDFlYCrQNC58b&#10;VkY/IYz1rbN82fd1c7bfLNQZAww/hLBgCB8yPl5dce3fjr3Z0PNQ03bXXGd2UMk80eOra1Katw+T&#10;qIH1T0tBnsPVZHCV1RCjKzRx1DyKrKxAUgnn358sPjp8Y6LG1/fPbm1Ouv4ukkmJxuVqKuuz+Xgg&#10;bRUVOK21hKXKbjyFLTysFklhpniRiAWBIHukMErgrFFjyPp9v5V8uPVNy3nbNnjVtxv44ia6QTUk&#10;cKhQCxHHIFK8enLpv4/9xd6S1tN1T17n96Pj5I0yVXQxU9NhsfLMplSDIZvKVFDhqOeVF1RxvOrs&#10;nIBHPsG+mv5jvwl+Qu56PZPUvyA2nnt25SdqfD7czOM3ZsTL5qpVdZosHQdgbf2vUZqtZQWWClWa&#10;VkViqkKxCprSVau6Hh8q1+ZH2+vr8ui+y5p5d3WYwWW5I1w3wghkJPy1qpP2CvA46GfsH4a/Jrp/&#10;B1G5ewOpc9idv0ESzZDM42uwO6sbjIWOj7nJVW08vnY8bTK1gZagxxqzAE3YAk//AJ43S3W++PhF&#10;vruHcu3jX9i9JSbQfrXcS5TMUrbfXsDtfrTam8KdsbTV0OIyUGZwsyowqaeYxvFG8ZRlB9uWhMdx&#10;GiMQjVqMEUoSKcfOvn0Re4Vha3HL097LHW5ttOg1PaJJI1bANDqFeNcjFKdIf+XJ8nvk71x/NP6Q&#10;+ONBFiMf8afkXSdh0m5mfF42syWdy3WfRHavYmEMWUljkyWKnxmew8ZAiaNZIJZEYMG4Kd/Jd776&#10;o+Nn8uvt/tTufdA2hsjF/KndVDU5b+FZrNSSZCv6o6ZXHY+nx+Bx+Tr5qqumi0R2i0ayAzC4Pt29&#10;SWS4CRrUlBT5dxr+VK9EvIO52e0cr395fzaLcXjCtGOSkOKKCcitPnTq0/8AmOdU757l+XXXmx+u&#10;sIc/ues6PwtVHQGux2NjFDS757ENXVS1eUqqKljipVk1P69Wm9gefZfPid/Nj2xP8/fkN298gO8u&#10;y9kfGbd+y94UHVGw9x1/Zm99p4HKpvXrmLaD0fXu06PdWN25uCs2dg8jUT1EFEkMEtRUxfcM015n&#10;ZbYiCNUjUyjjgehx0WbNzrEeZN0vdy3CWPaJI2EaNrdQdaaaIoYKxVSSQABUiucjF3h8E8xB8V+p&#10;dgdW9abO3J3Jt/cW36rfW6cRTbN23ncpRttzd77gFTuzOVGErMxiqfcGSpIYopKhpJUihk8SiP8A&#10;bt7+XdX8cPmx/Ls7e7fwkNF2n19heou7e0epdyVeO3ZtiXGb96x2n2DhaLclBjstT7a3BS1eE3Fh&#10;6uDx1dOIKmNWDRy08g1p4g8dyFJo+K/yx6f6uPQ23x9q5h5Zv7yGk1ssMssbEMpDRq4BAOk1Ugih&#10;GfmDmmqXsn5e/C35z/FHrfbe2aXA4vsP5CdEdMd+TSVGEzzY/ZvbnZHXtFJihUY6rymNZcpg89HM&#10;ksLu8Euj1JIhtTD/ACLO9uoPj9tb5j707m7E2x11tx5/j1R0tduLIJTy5Ou094S/Y4bGxLNlM5Xr&#10;CrSGCjhnmEalyulSQru0MhiCrU5/ZT/iuPQC9vdwsNth3ye/uUiirCKseP8AbVAHEn5AE9XffzJe&#10;tN+do5voHb/X+1MxuzLJF2nPPTYqlaWOkpi3W6fc5Crcx0WOpS9lEs8kaFiFBuQPew58f/mr8Yfl&#10;RVZrHdD9u4XfWXwNMldlMIcVuXa+epsa0y038TXA7ywe3cxV46OoZY3qIIJIY3kRXZTIgZI8XglW&#10;aPspnicmuBn5+fnw6krb+YNp3ZXTbr5XlAyKMpFa5owU0+eQDThXqrvsb489x9MQ4+o7L2PkNt0e&#10;TnalocgK3D5jGTVSp5vtGye38hlKCGreBWZYpJEkdUYqCFYgybudTDglSFF9R5P9ef0+1yIoRCGI&#10;RgSeHD/P8ujQqa1Z69vrjPr0GUKnStwpZmBtf+0thxyCASQT/wAU9lT73+anxc+NmQhw3dfc21dl&#10;56opVrk24sWY3JuVKKYOYayo21tLF57PUtLUhT4pJKdFlsQpNj7fRUr8LaQc14+XD14f4OiPcd62&#10;rapPD3K9VH4hcs32lVBalOFR0OfW3QXcfa1JJkNgbFy2fx0cpp/4mHosVhjUxnTJBHlc3V43Hyyx&#10;3HkVJSyX9VvbZ0j82fix8ksnNhOlu6Nsby3BDSTVx228Oa2xuiaipwPuayj21vDFbfztbS0drzSR&#10;U7rErKXIDC6qGjhERaN6fmePHy/n03Yb9tW5FlsL5JJgK6TqVsce1gpOD5dPG/8AoHuHqmmXIb92&#10;HlsHipJ4qcZVXoMtikqJrCOCbK4SsyWOgmnf/No8qs/IUEggJzvv50/Fb4wbuxexu8u002RuvM7d&#10;pt247EjZfYe5nqNv1uTy2IpskarZ+0twUNOk+RwtVGscsqS3hJ0aSpK2WVU7Gb7PkAcf4DWnSW+5&#10;g2na51iv7kpKyhgCrtVakVOlSMkEcQcdKXrb499u9s4Oq3D1/tA5/D0WSlw1VWfxzbOJCZOGko66&#10;Wl8WbzGNqJTHTV8LMyKyesAG9wGLfX8xH4Xdc4HaW494d+7ToKHfG2sFvDblFQ0G59wbmqNubnx1&#10;NlcHlMls7buCy27tvxZChq0dUyNDSyr6ldVZHCssQirpkArk1/lgCuR8uqXHMWx2qQSS36hXQMuC&#10;TpYVUlVBcV+YH+Z7238Z+8dzZHM4zEdcZmpn2/la/CZKaeoxOOxUeRxFTNSV9JTZvJ5GjwuTemqI&#10;mUtTVEyHgqSpBI9dV9y9Xd7bNpd/dRb2wu/NpVdVPQLl8JPIyU+RpUhlqcbkaOpipshisnTw1Mbv&#10;TVUUM6JKjMgV1JfiYkqRQhfP/V5/6h1e1vba8SOe0nSSIk5HypUHzBp5EdIvc2xt1dfZyfb288FX&#10;7fzMMQqBRVsah5KabyJFVU80LSU1ZSSyRMqyxO8bFCAbgj2Bnb3zs+JPRO6X2R2n3btTbe7oWpVr&#10;NvU9NntyZPEtVxxS0y52m2pic42BlmgmSUCt8DeF1k/QwYvPKsMul5hozXzNT+XDpHcb/t+3zrBd&#10;X6IaHtFWIrnOkGn50xnh0IO2Og+5N+bbn3BsnYWVzFIaarbH1k02PxNDXywLKuijmy9Zj1rk+4j8&#10;ZaHyLrBW+oEe9Xj+a7H8a8r3jtHsT40ZLaGZwXaWy6/eu+cts7PVGYpcnv7I7y3GcxkMtRVNdVSY&#10;DPVkPikqaQxUjFmErRBpCzF114ZkDRmtRU/bU9RnzV+7XvLe525kIljLOVNauXapIqdJ4VGPWmej&#10;X/yn+x/mTvHrjuraHzR65yHWu8+pO3V2N1/iK3DNjoa3rOPZm28hgq/FZRFai3LivuKqeKOsp5qi&#10;ING0Wu8ZVdyOdv1EfW4Nhaw4PP8Ah/sPYlUGg1EcOPqcf6s9SrK/BcYX1zxrnPz8+iP45L6RY6QS&#10;PyCV5uD/AKomw96wf89fq7YO098dHdj7d21SYne3aa9nL2BnaeatM+5jsui6rx22JK2mlqpaGKfF&#10;UGVnhWSGKKSSNlWQuI49JPuscatDIgy4NfnSgHUa84wW8c9pPFHSWTVqPrpCBT+wno5n8tLtjvvd&#10;3ZXyt6w7Lw1NjupeqoulKromthSEy5Sj3w3bUm+nmqYyZJBDk9s0RWNreIysQBrN7Hen/nP8Teiv&#10;jf8AGHZ/Z3de2cDumH49dHw1uAx1FuLd2UxU03WW2pI4c7SbMwu4ZMDK0Vm01ogIRlb9LKScw39p&#10;BBZxzzZEa1HGmB6f6vXo4h3fbraw2+C4ul1+DGKZJHYP4Qafn+zqPk+oe2Owt89n53BbMyFTQDs/&#10;s2mpq2eWixFNVU+N35n8fDNRSZmsoVrlkgp1JaHWC97fTiwHZm+dodlbSw299hbixO69o7ipVrsL&#10;nsPUpV4+vg1PC+l1s0c8E8TRTQyKksEyNHIqurKDeKWJylxC7EcQR6V/yV/1Z6MFlhnAlgfVG3Ag&#10;+X+xnoNMjhsvgclU4TOUFTjMrQyeCsoquMxzQSAK30N9SSIwZXUlXQhgSCD7Ajur5e/GvoHIrhO2&#10;e3dsbUzn28dU+3FGT3BuSClnQyU1TVbd2tj81m6SCqjGqJ5YEWUfpJ96N/aWjM13OokIHqT+YFT/&#10;AC9KefRfPf2lpqS4uVEnkMk0+YA/ydCLtDrHfm9IDV7a2xkMjRlzH98fBQ455UYrJHFXZCekpJWj&#10;b9QVyV/NvffUPyp+PfyAmqKTqDtbbO8slSUSZCowkD12I3HFQOyqa1tubgosTnRTQO6rLIKfTC7q&#10;shUsoKy0v7S8c/TTqzUrTgf2HP8AqHSeK9t7vV4FyC/pn09Dn/Z6cM/1zvTZnjfc23K/FwyzGFKt&#10;/DVULTryIxXUc1TR62AJUa7sASLgGwV9r/PX4odLb8zvWnZna/8Adreu3f4Yc1hP7jdkZlqIZnD0&#10;Gex18jt/Z2VxMxqcVlIJrRzuUEmltLBlG33narOQQ3M4E68Rpc08xWgp8J8ui6a/treYxvNRx8j5&#10;+tB6GuPPpdbc6k7A3LiKTNYPA/eYus84par+K4SnEv29RLST2iq8jDUKUqqd19SAG1xcW99b7+c/&#10;xL663aNjbu7v2pQbmSoNJV0VDFms/S42qIF6bMZnbuKyuEwk8VwJFrKiAxm4ax9vPvO220zxNeos&#10;tccSB61IBA/b0na8tkdleYaz9pz51pjpyxPV2/svjxk6DbFfLRGMSRySNTUjzLfiSCmrKinqalWF&#10;7GNGv777J+afxW6qFF/fTuzZtJLkKGhydLR4Oeu3nkJMdkYoZ8dXNjNl0O4MhDR11NMksUjxKkkT&#10;a1JX1e1Um87dZCl1uCayKihLGhzWigmmcVH8uqS3FvDQmceIRxBqc/tx6dTcH13vbOiT+HbayLrF&#10;NLFK9VHFjoRLCSskQnyElJE8sUiFWUMSpFuDx7E/rXtjrjuja0W9Ord34jee2pauooGyWKll/wAm&#10;r6YRvPQZCiq4qfI4yvjimSQw1EUUvjkR9Oh1Ymdjd215G9xbTB4B5r8uIINCPnX1+fVHljlWsTgo&#10;P8g/LqJkMNltuZD+GZqgqcdWeNZfDOq3eN7hZYpI2eGeIspXUrMLgi9wfYf9w/Ivo/otaVe1+ydu&#10;7Oqq+nkq6HF1UtVX52rpI2Mb1VPgMPS5HNz0nlUoJFpyjMCoJII96vN326w0/VzopOaHJNPMAVP8&#10;qdFlzKGajgcOFOJrx/1fs6WW2NuZ/P8AkOJxtVWJE6xyTxhY6dHKghGqZ2jhEmk3ILXHB49tPVHy&#10;A6Z7yiq6rqfsPBbyGNMMuRoqN6qjzOOgqDanqK/A5alx+Zo6eZwVWSSnVGcFQSykBVYbpYbmkps7&#10;hHIXIGCPtBofkKinl0VvUzIdPEjhwrXgPT/VTpVZHA5nCRFMvj56JnWQRMwV4ZCo9SxzRPJC5F7k&#10;Br25+nuyfpAXMH9Q8XAvcNqI9x5zo2gOSp00NKgcDw6nnkUKYdYFcCnGnD/P6eXVPXzlXViMnyvq&#10;patmN/6Qk8EC2oAf617e7KNt38NPYXvCunUoNwIwrC5H+H0949b9/ZPVqUfND5k1Hn/qx5dSpN8W&#10;eI/1f5etN7sxR/ejNnSNX3tarem/0eS4uARyTzzzb/X9q2rLGnRDcLoLAJci90IItqVvob3vb2Hr&#10;AKs7yChaoFTT0PHgR8qUx0Fr8Exzmmeie7tLNTVakMAryEWv+WX8AkEXHtPafVbk/jng/i30tz7F&#10;aE0RuFc/yp0AbjtL9FbyllllB5sWHPP0/r/tvciNf2ha2oXKk3+ovb8H6e0Nw/8AjBLV0njT+fSm&#10;GhWlMf8AF9KfFxhqSMWu2gEG1wBoYAng/Tj3zuPLIR+YZAL/AEFo2J/249szrWwFc0YcPPuH+Wh6&#10;tb9s+Rjpa9dvo3zifwGqIfqBbiWP8H+oJH+v71Uf50lOZOxMUWXn+BqfwOGlLA2AuBc+8iuU4weQ&#10;rKnAXE37e0ft6xe989X9cbViceAv+Ej9vr19Rb+THIknwd2YU+g3BnL/AEH1jx5Fv9gfdNnx4pwO&#10;yNvkg8ZGM/7e4/P+PsaclxMu4gjhpNPt6iG5as9qAcah/h6taf8AQ3/BW/3o+7yDc0sWoi4iT6fj&#10;0/n8+5CmqHOk8Tj/AFf4eh3IVEaaa6NPn/k/y9BxELVU39BI3+w9R/4n2nakXLDkjjjj+n5H0/1/&#10;dlLKlWoJOH2j/Vw6RyEkGvxHj/q/wdPtPweDxb8/71/t/afqbqGuOb3P9f6/j/A+/d32Kf2dFxqD&#10;Xy8/SvTnFYkf776C/wDvZ9pysJZv6gj6Hg/65HA+g92KroAocfs/1f7HSaRhWv4qfl1J9pupHJ/1&#10;v98f9t7TMpWtFp9vSOQgDt9P8vWeE2/2J/4p7TNWvqJ/1rkW+hv/AMV9t5YADAGPma9JX4/LqT7Y&#10;pwCTq/H0t9ef9ufx7qVVQGUVHTLAj4cde9tMxIIvaxN+fzbi4/1vbLHuP5f6v5dME0ZgvXvbVUEf&#10;qF7fS4P9DY/7C3twUAIXpo/Gyk5697ZZza4/x/317e9nNDpwM/b03Wh7qcM9e9sVWoU3/sm7WJHP&#10;+A+n9femDMlAR/qp8uP8ukzgilCKf8V172yzreMn8j/W/wAef6+080bM66cDpttSt/R49e9sc/pv&#10;wb+kX/2xP+NvbAqcUFOr18UsT5HHXvbZMt1JFvx/r2v+fetRJBatevFqAA1r172xzN6j/UMfr/vv&#10;6e6MaH7T14Z697apxy30+t/+K+2mzx49bYDr3tmq1ub25sLEXuP6E+2aZIPDz61SlK9e9xFrq6FS&#10;sFZVQgfQRVEqWI+nAcAe2JIyvlx63SlKnHXvY9dC7q7Qk/0rbL69ysTbq3z1pkMfh6fLy66aqqcV&#10;lsTmqiKKWoLR09e2Io6oQObAyEKSAx9pLu3MtvJ4bkXEZVkrQgMCFOGDAjQzVqCPM9Dfkm9uobzc&#10;rG2YAXdpJGwwCwUiSikkAN2GnqcefSb3FjcPVSYDKZhSRtrPQ5fHyh51WDI1WPyW3oZJEg/z0WjO&#10;OCrgxqxDn9AIH3vr55dX4qLZ2O622ji+ytlbFovuM1ks5t96yHa3ZVPlIsZRY+Clpt3bbyJoabIy&#10;PVu89JNpqjC9NL4vR7D77hDYte3Fsglj8Q1ZaEBgyhAVLK2pTUEheGkgk56lPeOYbS7TZttsrCB5&#10;YolkiS4WQUJjkLaCjgMgw41E/qDt7BToNtqddbojrt5Zrcu5KvF5bceXrIIm2rWU8kFTtulqKM4K&#10;evizmHrkos7BRwy0rGj8cTUjqXDVI8qghku7Kvf81Rvvcm2Wye0abe+fxOb3nu2KZNw10WMeenji&#10;2nVy7m+5koKR8FDpeONJRPEyynxlkJva7k11GskcCx2MZIJICkaS1Qg1EhewAGleNSBwi/dZLmSW&#10;Ofc2+plmKu0hZ3kIdRpUsSDqVQpxwJyxBp0LmPxdBiKWHH4mlpsZj6aER0mOoKamo6ClHkllcwU9&#10;PBHHEZnlJYD0k8gA3JSW8O4exd0ZSkm3dQ4zD0G2cFjaraVBh4s1FlIFyFLtbIyz1eTyuXyOQioi&#10;hnp53pq2OXWIVYllDDYubq4kMs8KxsuV0ghsldWoklgKGh0kHVp9DRNu+5fURWod3NzEigAFii1P&#10;lUl8hVzX88CmalooKRZfGAXncyzylIUeeRibvIIIoYyefwo/r9SfZoOom3HS9pUNbT4TO5XEZzC7&#10;VqMluN8SuSzsOHzMlJWrPh66RWy0kFGZ5qWZ1SZkEQClj+4x34GsTtEq1VVGs0pgVAJ+IqBQGvAD&#10;0r0u2CW6h3qyLRyvbyqhkKqXkVHYEtHUEinDUuo8ck56atxNCMLXyF6SOSGCrNNHXVS01DLWJTzi&#10;nhrSZ4YpKeR7MUdgLWJtbg31TsqDojuLZ3aE8O3Yc5vva8i5WXdmVyGYqINjYTJS/e5bbu18ZV/a&#10;wboy1fl4pKny0soeKCLwRxsJVcPzwWO+tfGO8mLQnwmALKNYAfSp0ivc4VijBWBKsSMdTAYLnkTd&#10;dk3OS2tA14rSO8xMkggJVSwRWxI4o2koQCDpVTrHQBjP4XvXa2/tq4PJ7ikTaeQG3q1MBC2Fp6vc&#10;MdD/ABFcVHmq+lEc+NonEUTPDURlSx8jkNE5MZtztcdo43I7h3fnN30e2sxuCba2IbN4NtvZXK5q&#10;jr6KehwFTWz4mKPC4mvrMasccCVFDUTVQVIx+9+4WCzs7CO0h2i0jiuozqausKF742kUE1ZhqK6n&#10;DDSSDwFBvt3MT8ywz3W9bjcDarqcxR6owjPINLJG0nh0jQ6QKCSNtXCgarANlOp8P1DJt7A9WbP2&#10;dR7iweJXcmYgpMtV1eMw+HqYMxhMpuuHbE2cXJZvPwvmG/yyrx2Qg+2JMpZoowhMf5iHfeBPS3dv&#10;x3xe3dy/x2ho+u96Z+TBbfFVtDF1a5CHsOoev3BLkakrLT4DBsv7Yk0lViD6vMQRSNYrcG78SSTc&#10;IoTQupDCIOkfDSigVQmhFSzCgOACrnfmD6mz3Pk62smVmkhd/DCmISOplYFtbNhSAMEDTSuGJW/Q&#10;XVFZWbm2v3PV5U5n7XG7s2tja/LT1tPnH2/S1j4SiAx8eIxtH4aitx01SxYKsgnEgX/NrHrwgh11&#10;C9j6vatRXXXrHogq2k8R0d73CqFvzz9Ofp/sPbTBSp1GlOlER8uve2sjmwH5Nv8AifbTAGhb06Vn&#10;1697hVAF+Lc/1+l+b/7x7ZkClKgcG6UwntFfXr3tpdTyp4P+2/x90IDDjjpaD5jr3vBY3tbn2loN&#10;enyr07XFfl173//QtOZj425Ch7WvwFAsRxexsf6/n2DCieIoUEyA1PnWv+xx8qfLrN1ASSBxHRYq&#10;cMXAcWQLoNrfRSNZAA4+nH5BH0v7xKf21F78EgCxa5Yi3pNgpPPI/HvUi0lkalDX7BSnHIyfsPme&#10;tMKAkkAngR0/UCqJQVKnULaVsWBOnULJcKCBcXHvosAv0JsLX4Aa31N7rfURf3TQ/i11AE+XGny4&#10;GlB/Lh00SdRLN3cfn6iv2DpSJpkjFjf86hc6iByRYWPI+lvr74t6gXYC3BUfkcAkfT/D68+/AhCI&#10;o2OvIPp6f6h1r8Q0/F6+XpX9nUmAFpEFjpLcfUfWxuTY2/B+nJA90B/8KNSD8I+rLD6fKfZAubG3&#10;/GJO7za/+x/p7MdmBF3NVvwHH+2Ar/L1z1FnuwB/V20ocfWpw4f2Uw/yHq1v+Sjb/hx/KG9/+cHu&#10;5ubk/wDNePjAbXPPF/dfPxt/lqfFnf38oXf3y03VtzcuX7yn6a+RnY+G3NJu7PUWO2llenM52TRb&#10;eosLtzE1eOwNbj8pTbDgFaMnBkJWapmMTxftCNdLeXCX4gqBDqUDhU1pX5+eKf5+gvtHJ+zXXIl1&#10;vk8THcfp55A2phpMRkChVBAIOgV1BuJIIphffMH+a98+epv51vU/xA2LgttYj4kN8jPid0vuWvm2&#10;RQZGt3vjfkDiOpZ90VuQ3VkkrMnjMjt/IdkVMdAcZJRRB6KJZ1lvKHF3/hNjlclPivmJgpKuaTE4&#10;7IdEZahoDYwU2RzNL3BSZWsjAXUJaylwNGjkm1qdPpY3d3EqnhMfPHGnmP8AP0s9pZJDFv8AFkoD&#10;CQPQkSgn9ij9nRqP550eJxL/AB23NUpDSyrie4o8rkSCHbFYJuuchSxzOTbw0UmTqnUcG8zf7CpP&#10;qvvn4897/wAwDeHyD+euSyWc6iz2b3vun+DDG7qy1JXOrPQdabNfHbaVs5DtrbeNlgMcJZY3jx6R&#10;VJkWSRZFTRyJbiODD+v+E/n0CLHctp3Lmifc+ZnLWDM7Uoxr5RrRe7Sopj+jQ1qQTgfKzq75j9Pf&#10;y/8AA9O/y19vbZh+QlBFsPbUGRz2X2lh4cNi2P8AEey94Cu3TUQYCr3Hmaqmkh1gSSLLkWmgVDEj&#10;xiJ8fe0uoerv5vHWm4fh1lMxF0Lvnu/Yewts0lRSZvGGTafccO3dsbr2zV4zcbplpcPt7c+46pKQ&#10;Vmt9OPp6hdTrG3ukis1m3jjvCkn8vmPl0o2y8sLPnmzl2Nm/dclyiKMjsl0qykHNFZjSv8IPp00T&#10;bJ+R/ZH8qLJ4z53bf21jflDtXqTfG6OwY8DkcFmsYm6erczufLbQ3Nj8ptkz4VMlunZ236Cqq1oy&#10;sccuRqKYhV1qLt/nn8S/gnmfljgPkd8tfllj9p5FX2FVL0Ru/J7bq8RmNobKjoxJt+mwNGF3rFtb&#10;clRS1ctU4WRGqq6YKxDCL2jt5ZfCEUMVVNe4evr1IfMmyctSb3Fu29b2EPYfBYrQqlO0L8eljWp9&#10;WP2da+Pxx/mRfzQMx1p2T8W/gb/L+y28MPh5t+bfpvkqKLdeIhwu9M+KqKPctRncxSwdd1OfwLVF&#10;N9rStULK9LSR6lFjKKCP5kG8/ihivldsTsD4EVG1cdsrDbF2PuWtm2JiM/t3AYztvAbz3XUyS0OK&#10;zFBh5KKeHB4/CTP9nGlO0hLBvMZT7X26ymJlnrWp4+lPz+fUZ813GyrvVtdctaBbrEjHQCqiUOxw&#10;CBTAThj869bBf8p7G/PjcPxL7B2p/M52/WUHbk3bG+ds4ODK5La2bq850tk9i7EOOrKnIbay+epK&#10;pZ905PcFMv3UgqRFCoaPxCIttDfzm7D+Wx8j/wCp/wBD5F//ABPXV1+P6Aey20YtdRU+EA1/Yf59&#10;S9z6wPKm66Tj9L9vjR/Lj9vDqir4fLb+ab/LrY/q/vZ8lgfwLH4i93HgE/W/sjn8jXqvrjuP4D9p&#10;7J7V2VtvsDaNT8q90V9RtzdeLpsxiJa3H9W9LS0VU9FVo8LVFLIxaNrXVufb19KY5QVJDhain5/y&#10;rx+XQc9vbS1vuW723vbdJYPrC2lhUEiOLy6NR/Pp7v8Ak18fu2Nm9gfFgZOl39B0jjaHI53EVElN&#10;X7f27NuvsyTJZCGSOaEtZIrEEkf1HurD+SJ011T3h8rOwtp9wdfbU7I2zj/jzuzcNDg934ekzeNp&#10;M7SdkdT42ly1PS1kcsUVfBQZaphWQDUI53X6Mfaq8d440MZo2ofszXoHcgWNpuG83MF7axyxfTMQ&#10;HAIB8SMVz50JFfn0fb+eT3h8rOgvih1xvH4frk37MyXyM2ptrNR4qpnpZ5Nj1nWPb2UyayvBU0jt&#10;AM9hsYSpYjUFNjYW2hfk317sfqv4D/KHYXW208HsfZeB+MfyJGG2vtvHU+KwuM/ifX2+czkjRUFM&#10;qQU4rctkZ6iTSBrlmZjyfaSM1kQtJVqjz41IoPnTqW94tra05c3i1s4kjt0tZqKoAGVYmlPmSfzz&#10;nqkXrjsPuDtTd3ww3933JXTdt7i+Yvwwn3q2RmlqKtMjR/IHrbG00E00sszsKbG0kMcd2OlEAHA9&#10;60n8mX4SfH/5fZvvvKd97ezO7sf1bS9ZQ7f23R7mzW2MPWTb6PYZyVZmKnbNXidwTzUK7PpxTLDX&#10;QRDyy+RZLpoWXUrxKpTzr/sdRTyLsG273JuL7lCzpCEoAxUd+upOmjGmkUoR51r5Wt/z3Pnl81fh&#10;ZtLoLH/DPa2MyGY7PHb2V35vGt2lTbvq9nYrrWPrN8XFQ0GVWqwMQzv99qwytU007kUSiLR6yYH8&#10;vfbFL07/ADmH6m2dV10G1Nq9r/KjrCniqZ/NU1+1dl7V7Yiw1Lkp2UtPIk+16Kd24LTQg/1HtxmJ&#10;hDNxoOHVeWoFseejZQk+Ck1xHnzVFkpXP9EHjxHRrN+di5rv3+VN1N3jvmhx0W9O0egfi929nIcf&#10;A9Pj8bu7sWi60zme/hVM7u9PSxzblq4YkYsVifSSTz73G5OS5LAHm3+xP1P4v7pEdIhAQ8BX/Y86&#10;dTQGGrAoPT+YweqbmYRQzSMx0RB5CABysSFuRZebA2H+w96/Pdfxj/l09b/MPdnfnyf+UW3d1blz&#10;+4dx7t3H0X2DLgdy0dP/ABzF1dDg8XX4LbcFRuKHG7Xp6mlOMp6yncyQ0cYYSWLhWgUChqKY/Z9u&#10;eo5vtq5atd7m3Ddt2V5mYs0T6SBVaAEDuotRpBBwB9vST29/MQ/m/wDyD6mynR3wZ+Aud2htDbrU&#10;W1dn/JXIJnNrUmQj25nKebNZLHV+9IcRs3JVe5RRVMVW1FVsYJKsvdDZDU1Rbm6Ywv8ANy6uzfxK&#10;qsXS9NZP5EdD4zaEm3qbMY7Drj96Q7F2/wBi0OMosvBQZGkoJcznMzTLC0aQojaY1MGgHa01qBwr&#10;0DhJYrzjaNtBH0LXMQXSCBRtAcAGhpUsKcPTHV7Px+i+T2e/lkBfnThI8V8laXrHuap7Jxn3GCrP&#10;FUbW3bv2q67rnqtvV2Ww9RUVOysRhKx5I53kMjkyaZtara1/Pu2Bsn/ZeutezxtTAx9iJ3TtfY39&#10;9UxtLHuWTZ9TsTtXOS7aqMska1dRh1y+PiqUgkZkimUsgUu+p6ehFS1XJyf9n/V59Cvn+2gG3Wt0&#10;Yx9T46rrpkrokNK5xqHCv2dV3/yve+/kRU/zCO2Pjhu3Epi/j8Pjju7tjYM6VNRL/Gd04HsXpXaU&#10;+RaA1MlJBOlBu6qjciNJHUR3JCj2U349/wAvv42b0/lab3+T+6duZ7MdxT9Sd/b8w+fl3XnaKg2x&#10;leq8p2HQYCnxGBxNXj8NV0VXFsyBqtclDXs7zS6GjGgJZIozA0hFW0nz4emP9XHol2/l/bZ+V5tz&#10;kjLXngyvXUe0oXC0UUFO3Na+f5JP5cfzMf5gPVn83Xq34wbF2VgMP8QpPkX8VOm9xbrqdlQ5Op3n&#10;ju9qTqmXdU9TuXIPPUYyvwlbv+spqJseaaNJKOMSiQ6w2T+TF2bletOh/wCYPvKOZqmj6t2DtHsv&#10;GYyVRJSplMVs7urKV8wjCMxavh2rSRyfW6wqLfW9rWpS4r8IFT+QNOqcoXD29hv8oYaIo1ehGahZ&#10;Dj7dIrXGB1av84NuUO4d/wDxyxEqrDNuzcmU2nUVatoleDI5/YmPooNTEKPHUZqUobizSHnn2XL+&#10;Vj8W9i/NDvPtbdvyBbKb4xGzcZS7qzGGqMvkqCbeW8d65qvMeQ3BlsbVUeWmoqf+H1k80UM0LT1D&#10;xa3MQkik1aRJNI/iVoBX8/8AV+Xr0X8s7ZBu97dy7gS6ItSM9zMeJpkjBPlmlcVBLD/OW+Y/yg+H&#10;PVHRWxvhNsHHZvtLtrdOfxMNZLgY89TbQ6/67wWNqsvHisTOyY2HJZGrzuPgiqKkTRU9Mk4WIzPF&#10;LCg/5snxz6j+MvyW27svpfbc209qbj6j2/vmrwb5nMZumpc7kt5b/wAFWNj6nO1mQyNPRS0e26dh&#10;A0zpHIX0aVIRa3ccaNH4YoCgP51I9T6evTPNW3Wm27jHFZx6YXiD0qTQlnGNVTSijpd/yX/lv8j/&#10;AJifGvtLe3ykxFPguzuvvkZujqYYuLC0uCnpcFg+r+oN10wr6ajgpoairly29K1xNoDNC0aksV1N&#10;uTzN+Ppc3I44P9TYexPWpIDVA8zX/Vw/1DqUbiQMxQ+tP5fn+eeinUURVQSLW/I+tgOfrcH1D+t/&#10;euT/AD+Dc/E8f0/07fg/06a/P0J9k27Kqi1K0yGrQ/MfmPz6j/nL/lm0GP1P8KfypwxXj1YL8CL/&#10;AN5+673H+4HqS1wA2n+I9s2vY/Qewx7r+BHx32B/K+wHyNwODzr9w1nXXQ/YtZuyv3PmKhZqvs3J&#10;7Do8/gUwEdTT7ZhwlMm8ZvtiKI1qeCLVUP8Aua3ZrG2j2tbgIfH0oa1P4qVFOFKH0r0mutosYdhW&#10;9QN9UY4mqSfxU1CnCnd6VwM+td3Rn8yT539p/wA3Gp+NOf6mx22fiBQdx/J/pZNzHazpPl36awXb&#10;OQ2luun3JUs1clZma/rqmjdVc0cqVUgWMN4yhjf5UvZFfsP+Xf39vupl+9h6n3v3JuTFUlUHkp4K&#10;LbXUmx96NQCKDTM9NPlJqiRgp1Fp2seRZds8ske2XEgGoIXNPQBQx/Zk0+3pRsUxi2i5mYBhG7kA&#10;/JAT8/Xqxv5LUmOyXyD2ltw/5NNntv7ApqmVWSMz1G5957l2zQkSS3j+4f7FIlvYcL7If/LE6G2d&#10;8vu9O4OwPkLDUdlNtvG0e5q6gzldXKm495bzzVa5zeckop6V6+noosXUk0rMIHedNSFE0e0WyWkd&#10;9cXEt0NekVoa5JPE06J9ntkvri5luVMhArT1J8z+w/5ui8fze/kn8u/jV1v0P1z8D9jUeS7F7N3J&#10;ualrckcPSZWl2psLYGExTVlLS01fIlHR1eXye5aJUqpNTRxU8qrZ5A6o355deYP4PfNbZm4uhYH2&#10;jSRbe2Z27t/CUldXzUmFyH8f3Ft/K4aGasmqatsNmZdqzPNTvJLEYK6SEAQ2iXW7Qpte5QvZ9q6V&#10;cDODUgjPkaZ+2nDpncoksb6N7bC6VYD04gj9oPS5/lNfIrv35i/Ejfq/Lza8GD7h667j3x0hvFUx&#10;MGI/jEGO2psXe+GzjY6B2pIaqnx/YENOssIQSNRLLy7F2MF/Oq2psijyvx37C23tjD4fcHY9B2TV&#10;bpzlFjaWhy25ocPSdXf3ekz89MobIVeLpMtNHHJIXkVH0aiqqAYc0xxVsp4wNb66mgBNAlK+tKmh&#10;OadO70qhoJAgDNqz5n4eP2ZpXNOlr8E+xe+Nw9zfLDrrsrAU+L6p64i6Wq+jsrDUSVDZ2k3b/pVj&#10;3vMxaaSOFKXIbYodMapHbyFiCWv7Bf5XfEvpjqb4I/GHvDZmGytL2N2I/V0m8c1W57KV8OXHYHU+&#10;d3vkoFxU9QcRj4cdl8Si0n21PDIIHZZnmazBjc9usbbZdtuoY2F0+nUSxNdSauHAUPCmc5r0lube&#10;GOztpUH6rUrk5qteHAU8ugJ+GvzY+Yne38yD5XdF9m9V02z/AIu9W0feGG6q3YNu1FJU7j3H1D3l&#10;tTrXHV6Z+aS9dFuTbuWrauSIhk1QI0RRVcMKnTPwk6A3n/Le3L8gc5t3L1HbK9ad072otyrubOQQ&#10;YvI9bZrfcGGpaPBU1bBgpaCspNrQR1IqaeokbyOyOhK6TGy2Tb5uWpdwkiJu/DkYNqOChelBwzpz&#10;UHzoR1uO3gNi0rKfFoaGp8q+XDy+fr0CHyO/mMfOjZ/80jZ/xh6o6coqv4w7d73+NXV3Z/YVXtmf&#10;KrkcR3fjOq67cNWuZBjbEVm2YuxpDA0L6RJTKZlZCykQP5I+RrJMd8k8TJUyNjqOt6kyNJSEjwwV&#10;uTg7IpshUIALiSrgxNMjc/SFfarkY6k3SNj+n+n+06+H20Ffs6rYs2mVfw1H7c8OraPktkaHHZDZ&#10;hnKwyyYjeOQnqmOlEx+Dl2z5TKx4CQtmNQ+lgT7rp2L2z0/2x8u9y9wfLKurcp17lsnunPDG/ZZ7&#10;I09Uys1JsjbTUWEH8UjwmFoZIdERZUZKNY5i4d1cO295ZXm8y3u8NqtyWNKMQfJVxmgH+DNfNEzh&#10;5GeSuekh8x6X5e7X+MTYP4Ibb2nlu+psttbF0T7yyeBxuIwmAaZ6zd2fklz9ZS4usyMiU32yJeRw&#10;1YZEX9sMqr6j3113sf8AmG7Jy/x0rsinU+6e0dqbUwlPLT5SgL7f7GTDYTPYSoocy65B8biM3mZ1&#10;pxUamtSRSi7Kh9qrG6tbXmm3k2l2+ieZVHEdslAwzmgJNK+gPTempABPEfbx/wAvSk6Bn+RGV+Iu&#10;1Kz5iYPbG3PkNj9s7mm7Lodq5HGZPb8ddt7P7giwWaoK7DTVOMEmd2jQUNfPHA+iCeqkhsukgbrf&#10;RoA+3DWJLRfUWtz/ALC5A9rOeq9zKaD7f9Xy6nXkLSsaAk1J/L1+z/N1Th85H/3F5UqLqtLWn6Aq&#10;bU5WxF+VJv8A4+7JtvFxTQE8DwRkg3a5KDgaVuC1v9f3j1vHhMSq5Os5FBSh+ZzT9nDh1KM7VlAU&#10;1603e1ZWTc+bYG4FdWE2BLcyEm9mJBccf1sbf66qrmRqfSvpHjUFjcqNViqgiwGoH+nPsl2xJFuS&#10;zZzgeeMEkZ4U9cZ6DF8WEctSPP8Ay9E93bKGpqoKR9Wu3JW5Ysqg34Fv8PaeT9X5v/if8Pp9PYuP&#10;4KnFP8vQCuqjUOiu5e4lmt9dRBH1IFz+P9Y+5cXKcXuALfWw5u3H0+l7eyi5xNkjTX8/l/kr0utx&#10;+mPs6WmGANFHa+oQxm5J/wBTc25tz+P6++LLqYi5uVkuL2sNJIsSRzz72CRbvUDTgD/Z6tEo+pQU&#10;yf8AP0ptnnxbywrgtcVMbn6iw8q2tfSf9696vX85iiL79oHIvpwyi5uT+tjyTzc/X3kbyUobkGx0&#10;sK/US+WPw8KfaB1jL7+QeFzVYseH04/wnr6gP8kup+5+De1DYrp3HmbA3vYxUQubk/XR7pj6AptP&#10;YmCNjxXr/wASTa3+Psb8oo0e4LWhAVv8H2dQdWtxbYFdQ/wj16t0f9Df8Fb/AHo+7pNX+TR/X/Nq&#10;RY3vYfmwI4t7HpAaQClDqI/bXh59D9jWNBjgP9Xr0Hii1RJ+byH/AG91PJP5/wBb2xz21H/E/T3R&#10;gwbJ8+kbagHLHIH+r/VXp8gHAtxYX/r+B/rf19sVXbm31+n9bfT/AFv6e3claMTTz/1fn0hdgW44&#10;J+zqdF9fza9v9v8AX2l6rgX4J5+t/wCnJ4496lrRRSg/2ei2auo1WlMdS/aenIJv/wAGH+2/w+g9&#10;sMCCA3TbGmkVr/L/AIvrPGLH6c3H5/p/t7e0/VAEPe/0P4NiBe3P+w907SStcU/4vpO2KAHqT7Ts&#10;w5PNv8eLcfS31+l/fgvYDTH+qv8AsdNn5jr3tnqB6uAPqf8AAX/H1PuqqpGvzI6SmqqPWn+r+fXv&#10;bTKt9V/z9f8AEH/Yn36oJoVz02WJpQ4697aZ0ve39eB+CbfXn+z7qy4BPD/V/q+XTTUYUr172npw&#10;fWrG5H9bAfTg+9E5wKCn+XpNnKn4eve2iU+kgf0/41/h704AIpw6rRs6R172zzLf8i9weR/Q/wCJ&#10;9oZDnC0qP+L/AJ9eFQrggZHXvbPNwHBFuP8AE/8AGvyfbbHKsfiJ6Z8U1UUFSeve2CpGkk3+pv8A&#10;63HusvlTpSDTr3tpclmN7fQX5HNvp+OPr7og7mr6de41PXvcCdfQTb+lz/Qe2WGajqoNceXXvbRI&#10;OSOORf8AwIJ5v/iffjVkxxr/AKvy69WoqeHXvbhtqoFNWZKQ56o2s392d0iLcdHJ46nCzR7fyE0G&#10;QhfUuh6aaEMOR9PqPqE08bSRXKmbwyY37gQCp0k1BIxSlR5jyoc9GO2SeHf2jLHqOsdue4+S4z3H&#10;GDXOOve0Ttzviu39h+zulaCPZ2wdkbvXJ7j7F7VrtlLPl6qeukx/2IzBo6TIy0mObdb0kcdUrxv4&#10;/wB+R9d/YAbd3vFn2q2gCW718SYqPxAdzin8VB4jGtO89xPUsxW91tVnt11eXKtLJKoKKutiqksE&#10;Enc4UAfCgA1NQ1FawJsdTzV1LkZDVPUUSyLTRrW1cdIjTJJFLK9Ck8dHUTmKUqHlR2QfpK3NwPo+&#10;wtwZPaTdPZXctFkcNjM9BV4Oknqqqdo8jkaWqevy2Lmxhlo6f99ifEXId5wXUSByC+OR21bY91Ga&#10;SdtSSasGJZNFQBXOnNCwrShomvYJIltt0hhnW1AdylBpQghdOmShyBRmAHwkrVSOp2lQxYKAzBVZ&#10;rDUQpYqCfqQpY2/pc+xv6hq+pf7ybmot3ZnfOaoqLFY3F9dB4MRjocpumnWjonhyOVyjVUFLCstS&#10;EEDKEkVgSVIUexFtlxYRXUtbiWUAhULgKGNBXuPE6qChKjNeOOiC5tYpLV57610SsjtSEioLNqUu&#10;GrSMKGPbUn1XPWGcVJMH2zQKPOpqTOkjk0wVy6wCN4wJ2fSAzEqoubHge7KurN9ds5Q5aTaNHXbb&#10;3RsvCY/Bx5TdOOaojp8PCsc+LgpKQpBV0+efEy+REgqIKSQRxyu4Vr+xo6yXUM8YtwATkSAkZGBp&#10;NKtShpUIK8aEdX2Hc97t7gT2sjJfW0IQOwBKqAdIWoqrU4UotM482TNYfAZOhfF5eigqsdX1Reeh&#10;N0p6uWR7zGsijeNKqKR29YkDBibEEkD2fbBFqWs6v7s3fic5kNzbl2bFDlZZKwYXcuAlhyH8dqtv&#10;U9TjDlUoMFWwUztXCGsCTx6IwX1XQP6DMNz25bVIfCK/qMFYDtQ0K1YVDEj4iutKsDQdTVE5spuW&#10;ect3uZ7m7ubfu0s0To6SM+hGXUVjZAddGVij6RWrKC3V2OpNyYnsfqDake09r02ByUVJQrNhIdyY&#10;qejyeJpaaHJVmNrJqKlqs3Q5iS0CyCVIqqlR2EgRdSS6733B2HuCsrd/RS1Cz77zlTtyio64UO2d&#10;qUaT7gyWGo/vd05CmnpN5YmfBeWsSnR5BA1PLGgjYn2sPiW1n4drGssiKi6ypOFGkArQajpB1Kgo&#10;CahQpBBXs+72vMV8LzmHxhW9ZowHCww11SABpWUrIrpU0qfDp6kFRbl2tktl7ZON2cuFSop9tYjH&#10;ZTIyYKor9ybpkpJaLGVUuTxuCxsjZWiq6CrdVZiqR1Mj3svqHvkPtLOdrdU/IdcxvDrzrvYu8et6&#10;HZWDzeGyFqmbsPb6ZPPRUGZpaOCoramiztG9NBVNFDI0WN+7dQwJHsOb3JFBYrs9vNM90wDjxASw&#10;SRtLVehXTwCrWoLCtPjUVNHdbi3MG87jcbfbbDJFFChhkB13MH60a6B3a5F+JwCPDB+LIKD2nNjN&#10;n5/rXY2Gx3Ye8N647MZXc80G4aaekGF2Ruo1mFzeVkzdfEmMgwuInUPFRCXz1FTHHGVV5IyNYPFR&#10;V1PRrSZOGamyNC8tBkKeoRo6inrqGV6Osppo3AZJaeqgdWB5BHsm2+RmgV3OCBn5jHUFbzAtvuNz&#10;Eq6aMcfI5H8j0c33mnH9oWNrjkfS/wBD/sPa0rrVtXCvSKI+XXvbU4Nzq4+v+t9fr/X6H2mCrQ6W&#10;7vTpaKEYPXvcOdQbEWNj/iObf8U910k1DjB/1f5OlEJpVT59e9tUiEG9/qf9b/Dj/Y+01dJKEZHS&#10;1GqKefXvcfSddvz+r6D/AFrX/wBb3rQurX05UU697//RtLflGUgXsSp+p+liDyFsWH9P9t7BwIWV&#10;GjbtqMf5eFajP+z1m8hxQDuP+of6vTos9KhKuXCq1ha5sQ2o8C5IKkEX/wBcWt78QyqhUWudYutg&#10;ASRq9RudRT8+20KSNIJGFaU4+g4YHlXy/wAnXuwqATQ1P+r8unmhDBGZbkhwUUiyaTb1C5PDSKAL&#10;m1/pz74m34JBIAA5t+LGxJsbX+ntlmpTUAaEmvn51FQPs4jzOek5ZQKYJFPt+f5evSlpI2YSMbqu&#10;kWUElRpUBbKwNgbf1I/w/rxl1FfxwD9fyfxcgknj36AqJKVOf8H7PXqq8Wz/AKv+Lz05Uq2AkKKT&#10;eyAAML/k2BJBFr3PPHvWJ/4UZ/ITYi9fdV/FD7fcJ7NfeOyvkMatcfSf3Sj2ImD7s63FM2VbJjIf&#10;3hl3DIXWnFGYRTIXMwbSjH20oXZ5wOwal+ZNQRwHkPOv5dQ37sbrbfS2OxgN9XrSeoA06KTR8a11&#10;V+VKZr5dXm/yS/jhv+Xv3cvy4FVttersb032d8cpaJsjW/3vl39m96fHzsynq4MSMWccdtxbe2/M&#10;stQ1aswqpI0WBlLyJg/l/fIXYvY/8lz5WdCYCn3BDvf43/F75Jrv6fJY+kp8FVr2/R/Ize21X23X&#10;wZGrqciseKopI6sT09I0NQulRIpDn11CybnDOcq5X+RUf4TXrXLG7Wt17fbztkYb6m0s7jXUCh8U&#10;TsmmhJNPOoFD68eoP8y7pfdWy/5kHxH7dzMmDm2t3X84PhbLs6Ojq6mfL0r9b9lfHTau4Bm6SWhp&#10;4KGR8hURtTeKaoEsLXYowK+yh/8ACfr5Kde9S9ydodIbppdyy7x+SNZ1nQde1OKx1JV4Kmqut8V2&#10;1ms+m5K2XKUlXjlnoc9F9sYaeqEjI4fx2XUs3GF5YlKnC1r+dP8Ai+g/7Y7va2N/ebdMrGe7MYSg&#10;7QYxKTqNcYbBofy6NF/P06H392b8Va7s3aEuGGH6V2D2zVbpp62uq6bMzpvU7Ax2IbA0sFBUQVzx&#10;1GGlE4kmgKK6ldd20l/7O+Pe/v5YfzJ3HvXsD4rbb+RnxvbLbtbbNLvvZFDurrXc/XOaqGrsYsea&#10;yO3N04LZm/tp0ogSR6ikeWmkhk0xyUk6ySOK6XcGgTFZMcDQ1/I8D0WXu1XPJ+/yz3WzJd7VVtOt&#10;Q0bIcjJVgjr8xUUOCpr0w/Hz5e9efzl/5fm1dhdN/NbcvxO+Y1HtvZCb9qev92thu2th9rbbpY8Z&#10;n6ir2cNxbXzfYPVm+K1aqSE01ZFDUxVEWqohrqZ4orLvhz8p+qfkT8k+p8Z1f/KB6t6666XPU2Vy&#10;PeuF6f2rmct1/k6HHy5jaO8aDcuD6h2vhNqCg3TBRlKj76SdUIngdZVVPaaeNkVi14S9D214+uK5&#10;oK/zr0K9i3iy3XdrRbTkeGK01VMqxKTGQKqwYRqFo1M6uGRnohXa/wDLz+SXxm2FvDf3eP8APV+Q&#10;ndm/cfDJUxfHXN9r712tsjsTbsdYmO3rs/K7HzHeW8q3da1m1JqpvBHjKelE4EM8bxlpPdYnzMwe&#10;7Oi/5pW+O0PlD03nu5+tsz3dkd04bbuYpK6LAdldc5b7hNhbeweVkp58ZmH2vgXoqT7G8kb1GMal&#10;nQIXHtWg12wjifS+nj6H1/P16CW/xT7bzjcXm82DXFo1wWAIOmRD8CqeB0igp6rpPn1av8P+6Nof&#10;NH+V9jdrfCfvvaHSXc1J1S+1a/NQfwrPbg6d7QwORSHemW3dtBK2jyuOpdz5imq6lK1xE/2mUjrK&#10;d2fxkgr/ADGqyffG++tu5sD8NqL4X9Vb42VWba662ZR7b2/s+Xff9ys5V5TPdg5HbmC25tT7atr0&#10;3zQ0qTyUbpUUlLB4qmoRLra2GlWUza2rk+ny/wBX7Oi7mom4ubXcI9hG32UsZWNAoXXoNS5UBaE6&#10;wK0yAKE9Cl/K8gyPX+0u6+gOx/nc/wA8fkH172Fh989vbsWoz1fjuqabsratDhdndW4SvzG5t30/&#10;8Mo/9GOSyD00NbHJDXV1S89JTPMPJdz/ADQ/5iHQvcv8urGYvaWO7EirPlxQpkerxmdvYiiTH0/S&#10;ffe1Id6DeL0+5K0YqV6jalSlH9r98KgvGW8aliiK1t5Y7jNNK8fzrSn8seX+GQOcOZ9tv+V40gWU&#10;G9FYwQBTwpl1au40+EhQK1xnqvH4u/ATu7b/APMU6Y7ArshsH+A/Djce9qntZYM9lpK7Ijuz409g&#10;7W2amyqdtuomWaOs3lSSVn3b0AggjlKmR1RHRP8Awn4+SGwaLZG+/ihNTbk/0m5bf29O7qSrXHUb&#10;bTbZybS6q2jJBJlf4mK9M5FlcQ7GE0fi8LowlLFlVy+iq6TE0UCnzrn/AFf6spvbTdLYQT7MVf6s&#10;yvMCANOnTGpzWtajhTh59DJ/Op6g3TUbWzXecc2H/ubQ9RnreeBqypGdGfM/YefWVKH7P7Rsa9FX&#10;qPJ5/J5FYFAApNWPxZ7e7L/lO/MPes3Y3TGe3XlZds7s6frNuVMtbtOtzuMr917azGM3Vs3IzYrM&#10;UuVpshkNpUbU7Rx1EFTS1TBHDlGCm4iW6iKa6UNfs+3oHbRe3XJu93P1dgzuUaIrlSQWUhlNCDUq&#10;KcQQejtbgrunP5oPxS6+3r0729tlNuV9Ztfs2LKYqrx+6U21lv7sZmhyezt6UNNX4+rwmYw0O4aq&#10;Grgn+3qKeqpbPGAGX3ff8ivn7i9wfyx+w+2u4emuyumsz39h+3Pjvs7Ytdj58lXQ7j3v1/2BDsnc&#10;dXXbgx+yJZ9nZLD437ioroaR9EmuOGOfSCU0MDJKQpUxilfy/b/qHUjbnzCknKl1f7hYywPcrJCi&#10;EEkMyPoarBOwgVJAPmBXqr+n+GOe3D8rurOueqexth7+pOl+2/j18hd0bofIDH0E21Oq+3+vNy73&#10;wlDBhH3Wg3ZTGGSCko5Zo1kcxmaSAMStYP8AIJ782P173H2j0bnqfPvvL5Cpstth1WPoKWowVOep&#10;dsdw7t3PHuCtkyNPWY96jEZBfszFT1CyyoyuY/SWVTo7FGU4HEevCnQT9t9xgttwutufV491p0UG&#10;P01kZtRrUYOMH506sE/mt9YZ7dfT2O7FoGxR2/1fhN7x7lhrKiaPIyrvqp2VgsScXTrSy09UqVtK&#10;fuNcsRRGBUPyAWPanfeyPjJ/OC7Z7x7Hps9VbM2V8nflkM1BtigpMnmyNz1Xbmz6B6OhrchiqadI&#10;cpuCB5rzoywK7KHYKjOFWEWhD3UoOieHcYNp52vdwulYwR3dxUL8XcZFHGnmwr8ulB0p1puDt7+U&#10;x8WeudqSYunzu4PiD8SP4e+XqJqTHKMPsbq3O1KTVFPS1ssTPRYuRY7RsDIVBKi7DdNoMnT5fHUG&#10;UpfIlPk6CkyFMJlVJBT1tPFUQrIgZ1R/HKLi5sb8+6hZAqELqWvzr55/1Y6m8yGQRui0JAPrg5z1&#10;StuWth2hjNyZTJLeLbFHk6yuWBgyyJh4ZZqlIri7BxTsBcAkf7H3o07COQ+MHzV3NWfMb455r5BZ&#10;iXN78hyGz9yYV6z++e7clkHrIN+4fHZnHZDD71oa2UvPGrx1FLJT1nmW7pH7UDByOoEt9W1b7Kd6&#10;21rlyz1UiupifjAIIYHj5ihr1dFvbeFZ84/g5tjM/wAuv5XbF6Nqcnj9hZWg35RR0W5qfZ+2IqEx&#10;Zbrrc9Hictj8vsjP0SMIZfVBV09XQGBlCPIR121uubqv58dUd/b6+OUvxf2XJv3o3vHE9Hbcw+Fx&#10;9dgOt9m5/A0Es9Btujodo0OOz25ZNhV1bJSVFLjXauqHaQKH8rbFA6l17aiv2davZTa8wWm4XG2f&#10;SQeJFKIlABVFIGFooDHQSQQuTnjXpX/FjHS7w+GW++jaL5Qw/Lzs7Y8XcXS/Y3fGSiydDRZrtXc9&#10;JkN5SYaSefJ7rdsLs3E9lYzGwSUtbkYoqGljjVtcbQx2YfzqPlh1j2j0H8e+sdt0u6l3F2LD1X8r&#10;8DUZLFUNLiousN17M7R2/iaXJVEeWqKin3W9dk0aSkSGWBI0Y+cnSrP3HhDR4ZORXI6E3O+72l3Y&#10;bdawh9cmi4GABoZXABz8VTwGOOei5/B3409hba+WG5u7sjVbZOz9g9Ydy/GnN0tPkq2XPS9h1XZP&#10;SW7VqsfRti0o59sxYvZdUr1D1MU3mkiVYGVndFb8He9dl7+/lH/JjpTCU+ej3j0B8cPkCN8S5Chp&#10;YMLUr2pT99bt2zJt6thyFTUVyRY2ldKrzQUxinWyh1Ic3jYPCyVppQ/me4/4OrbHew3HKe52cYYS&#10;29tLrNBQ6/FZaeuMGtKeQ8+g+/mFdeZnb/yh+NG/Mi2Olw3YfzT+Gb7fWnnlkroG2j3H0bhcp/EI&#10;Hpoo6d2qpVMJSSXVGbkqbr7JF/KG7N66irvkT8V95x55c78v9pYfr3aNdj8VR5DBUS4nZ3b8O423&#10;FLPkqSppUfHbpRqcRQVAlKOrlPTq1ZsKvCa9/wDmPH9v8uiPlK5h1bhtUmrxLxAi0GMLJXVkH8WO&#10;PDPRmP5qVLvravRsHyI2StHPL8a4q7s+toXr6mhyldJhtybEz2OgxJhpZ45JJJttujl3j0a1I1c2&#10;Cb46d09+fyq/kDvjA746drc9U7koP7oZzZeRra7b9Jul8XlIqnA7l2TuuHB5uDKQo1TItPNDS1UM&#10;8FcylVk0lKo0lpJJHJGcihFSPsII/wBkZ4dJLG7v+V764juLMlmGkqSVrQ4ZWANflggg+vQgYvcX&#10;xn/mV9L9f9ydL9qYHN4miopcxh9x477DJ5vZabkpKc7g2nvnbDZKlrts5lZcPEtZSVT088U9DdS0&#10;YJZI/wAxXsjvzvnf/Xvf3dXS0/SOG3lsyq2j1Xt6tav/AInkNp7MzlZnKrI5P+LpQ5SqqWyO/wA6&#10;KtsfjoKmnaMwwlVMj+unkkZJJI9I00A+z1/b8umN/ur6/nt7y8tPBBjCoM1Kqa1Nc1JbjQA+Q8+u&#10;fwcpfjbsXN/JXpro3uWn7f3xt7tHB9m98GhloqvG7P3l2JsrEbOweAx9ViqdsXDH/d7p1HmoxW5C&#10;qpaoS+eSMyJDHt1dC947N+R/Um0u6tgU+cpdpb0XNtioNy0VLjc1Edv7kzG1sildR0WQylLCwymE&#10;m0aKiRWj0tcXsBNDKk0MbB6KwOM19Ps8j86dSTbXkG4W0V3Ah0ODStARQkZ8uKn7eiJb02Nmeut3&#10;5bZedeily2ENAKuTGzyVFCwr8dR5SnME09PTTsv21dHqLIhVrj8X965388Pu/Z2++2+uOmcJBm03&#10;b0Qm7m3rU1tFTQYSc9o7c6p3TtxMDVx19RVVzQYuhb7vywQCOR1VDJ6ipJukil44ADqjrWo9Qvn5&#10;/sFOgJzXeJNcQWoDCWHVqrSneEIoeJwM1GMUr1YF8Juvs5t/H7x7Arpce2E7Cxu0qLBxU9RNJkIp&#10;dlZvsSjyzV8D0sUUEUk2YiEGmWUuFbUEsNRh+xO7tnd2/wAkzc52fT5ynPUm1fjx0juoZyipaIyb&#10;x2BuHoNM1Pifta6vFXg51ykTU07mKV1J1xIRb2qaYS7RIFJ0rpWnzGmvn9nSmW5jueV5PCr+mI0a&#10;vqpStPUZFOgjwHXeY6++Z2xos4cZLJuvsruXsLEvjppagJht44Du/IY1akzUtM0GTSnZlnRQ6q1w&#10;ruOSgf5PPaHW27+oO3vhrn6bcJ3V2HkOyt6VlRDQ0h2++w8/sXYOwclTjJtkPu4s2tRTynxGl8fj&#10;dGEhOpVts8sTwy2TlqsWOOFNIH2/lw6Tcv3EL28+3ODqcsT6aSqg541x0Fv82/G9mdedV7/+SuwW&#10;x0lZ1/sbr+fb1OZql8n/AHr2BvndG+onnokphE+KaKphuyzF2KyAqoAZir9K7r7p/lP9+b7pO1er&#10;M9ufYe5cZ/dyvyuJWooMFuSkoch97tjd+0dx1FHUYmrljEskb0UzxyxLVyRzeKZAPdLOa42K5dpo&#10;C0LClfI5qCDw/I+tDnovt3udjuZfGty0ZFPkfQg8K/L50PQ29K/I340fzQOl9k9ndF9jbeO6cdRG&#10;ryuzMhW0Mu/utsllYaRdybP3rtiKpjy+MZazHRiOsSM0dctMk9M80Dq5dqnZ/cH81H5bYnseTrjP&#10;bG6YxtLtnDV+ayy1r4rC9c4KtnylTjaTcE1HR0WZ3VuSpytZLT01GpEUlWGb9iKSf294c+/7ikxg&#10;MdoAoJzQKOOfNjUmg8z6Z6q4l3a8WUxlYAAPsUfPzJqeHr0FHyb+Xvx5/lm9M7r2nQb621un5Ndv&#10;bkqW2L1Zt+sxlZvLcfau6MNhdl4Xcea21SVM2RwWydtUmCoXrq+uCLJDRmGEvUyw05U386HubaO9&#10;u1OveocNBmk3V0iu623lPW0dNBh5j2Xt/q/cu30wlXHWzVNa0ONom+68kEAjkZVQyeoh/mu6SW4h&#10;tAD4kJavp3hCM1zgZwKde3qZHmSFa60rX89JHRt/h3sfO4HbVVu7KSUhod27Q2Fi6GJJpXyEdbtC&#10;q3rT5k10LQJFDG9Tl08RWSRn0vqC2F8Pyh7l2l3H/K1+Op2nBmoP9Fna/U3TW5RmaOmozJu3Yvx5&#10;3CuYnxf21dXCqw0y5KJqeZzFI6k6o0It7vuN5Fdcs2Ijr+nNGhqPNImqRxxnH+Dpu5nE23W4T4VZ&#10;VOPMKc/n/n6eurtl5PZfeW8Icq1C8u4Mf2TvGgailklVcTuvtGHK0Mc5lggMdYsTDzIAyrIDZmFm&#10;I7fD/uPae9f5Y/yB6kxEGZj3T0n0L3cu75a6jpocTOOyIO6Nz7efB1cVbUT1qpj6Z0qfLDTmOYWU&#10;OpDE12a7in5Y3G0SviwW8uqvDv8AEYUzn58P2Z69byhrOWKnwxt6/wBI9BJ2D1vmtr965feeWbGT&#10;YjtHvvpPcO2kpZppq2nptr0PRmza1crDLSwxUtV/GNvSyQiJ5laBkYsrFkUuH8oDu/Z3XnZG/eq8&#10;9Bm33J3bU7HpNnT4+ipajFQT7Jx3YmTyy5qqlr6eoohLS5ePwGOGcOysG0WXUg5MvbaC7mtJlYyz&#10;lNOMdocmprUcRSnz4dJbR1VmUkhjw9POv+x0tfm9sTcm5ur9z7i2+9PbbXVHbONli88seRkr9zUu&#10;1zijQRpBJHLpfCSh9ToVZksGudINb96d3b8Gfklm9y7u6FwvcvSzZDcRwUO6tsUme2VnNmZOZqqh&#10;EeTrMNnsVtnd23oBErtNTtJC8b2R6eUM6Oeym2DdHmn21Z7DUaBlqhU5GaEKwxxFePkek7q0bMCP&#10;PolHQ/yt2b/NP+GWE2H1L8tsz8ZPl3hsPtui34Nq5eji7N2R2btaH+FbjqKzY+QymFr999bbtq4q&#10;mWJoKiOKWKeImograd44zofHHvbYXcfdvXtDsb+XfsTZ2zxl4K6r7RxfXeByFftOupqR8jt7cdLm&#10;cZ17g8XghR52GnKzfdPKFIliZXAX2JNq3G2v9xgW25WjjtuJkEakoQKqwYIoXupmvDIPScr+oGDk&#10;D0z/AKv9joBKf+Wp8rtgbhxe9O1f5xvyC7P3fHuTA1sPTVbuzdexOs98bex+Upl3btXL7JbtvcUO&#10;4Y8ptdakmOKghgM1knjkjLv72eOjrhqc2+hjvfnj6ng2/p7I+e2HhsobjWn7fX8/Kv2dT1yKv6K0&#10;Wq4I/wAn2dJ35up5cZlB/ZFNVE88EGMgEqAQ1hz/AIe7K9v2+ziJAHjjiuwBClSFJuEGoale3I94&#10;37m+qYIrYYmgrkHhxOMEVoD+VOpQuPiBAo3+r/Vx608+46Ix7iz7aSGTIVJLafSVaQMxsigi6Hk8&#10;/wC3t7fqsE06elipAbUwFhe1rWAH1/2Iv7bsSFuX7hrGKCufXjX/ADdBe+xHIK+vRHtzj/JagAEj&#10;UxLH6D8D+nN/bCtr2+nPFha/9L8fkD2KUB7CfT/V/sdAG6xqI4dFjzR0yTXt6WPIvyCwA/3r/efc&#10;iMHxg+q9yrC7G5HNr3sL+y+5I8c1pTiDjHS2AkoBXy6V2GYmjQKT/mlFiW+qqLck2tb3ljAaRUA5&#10;NlPBB06CG/J9VvaeYkW8khbsFT6itaj0x/qp0sslDX1uCDx/1DpTbWYf3swtgQwqYlHpINi121D6&#10;XH1960v85ClWTfNLa3GIWx+pPrbk8fX3kZ7eY5CtDpz48mPt09Y+feRtRFzJt7KpH+LL/hP58evp&#10;3fyMp2l+De3VZixTceVuf6ExUtxxx+PdLXQ1IF7Bw1x9K1RcfkXP+x9yByutL5a5Ok4/2OsbYz4l&#10;3bDOWH+Hq5B/0N/wVv8Aej7uAc6aeIW/sJ9PqLj6/Xg29jlg0jknFK8fPz/ZX/VXofEigJOafz/l&#10;59B4gvUSf4O1v9gSbW/NvbBUEX/A5/2/9D/r292DEpTiAOP+xXh0kcGjk6iv+rHT3Tj8/wBAB/xo&#10;8f4e2GsIJ/wNz/Xj8/4XPttSQfXpCzdzNTHTlCPzb88/7bj2l6scf4c/7E/4D6/j3aQmhFDWnSF3&#10;J1ahny6ke2Ga2k2uTc2P1vc/T/A+07GtQ1NXTDtxrTVjh5U6zJ9VNjYC/wDsT+ePrYD2w1S21N+C&#10;CP8AWsD/ALHn3RVOlmPw16balP8AP1K9p+YfqI/rb6f4c/63A96UAE8dH+ry+3pggYB9eve2uZSQ&#10;eb2Fvob8c/48kH3pQOIH5f4Py6Tuoqade9s04Avx9LjVY8H/AAsf8PfljCjL0X7emGpxLUI697aZ&#10;7c3P+v8A1ub8j+lgPemDYB8+qMFFCfOvXvacrrXJA/wvb8fQ/gci/vxwoU8R0mc49f8AVXr3thlY&#10;3P8ArcD+t/6cfgn20R3UqaDqlStQOHXvbfKoFzz/AI3/ANY/UAfX2jnjZnUj0/Lpth8Pr1720TL9&#10;Rf6C/wDr2BPPtskiuMnj1USkPWgz172n6ldTH/bG3+t79TJ/b0pUChqeve2Z1IJHH0P+8cH3WmKE&#10;deI8j173DmH7bf63HH+P+8/T2yahevCq8OHXvbLICDf8WNj/ALH20wojGnH/AIrrVDw697U3W+Kw&#10;2d7A2rgdxq74DcGWiwOZjjUuz43MpJja1AoVnbXT1LDgE2P0J91CKzokiBonGkjyIYUIP21p0YbW&#10;IzuVgJZWSLxkqw+JRqHcPmvEfMdR6t54qSqkpY0mqY6eZ6eKRgiSzpGzRRu5ICI8gAJuLA+ybd/b&#10;N2ztXt2p2L1ruXJ5ujxmJGB3Jk9wYeswaPNgKisSKtloauKRDh6bbdFQtHKisHMJksC1jE3MFtbL&#10;ui2tnMSQgVzICAGSoqaimkKFAKjIFQKmnU47bJHDtdxPeKZIVuHaF1pqfxHPwgHUrM7GqsQe6mAK&#10;DlTvNJTwSVEH208kUbzU/lWbwSsgZ4fMgCSmJiV1Dg2uOPYVYHAZSmyP8YFFRCCPIx4+nhpKuGaA&#10;5GupZHolgCTyS1CXkV7x6/ECNRXge0ENlMkzTFVKhivawIDmoUA1zQ5qCQMVPXt0v7Wa1NkZ3LmP&#10;UxZSDoVgHrig4EZpqPCtes3s1HVeKrdtZCsbf+3ZY81iqAVbYfMRy0MmMgenqpBlpKCYxiSsjqKC&#10;Dho2VtYL2IB9jnYreeKUruFuBMqaqPgIKfFTFTgDhk0qePUb7/PB4xXb2LWxYrUA5bHbXjQBjQHF&#10;K+XXvdjvx+ztZV79wVPk96Y1YstTVe6sZHBkzTZXMV1dQQY+mwmSWN5Y6msoqeiJfVErhkfTxz7G&#10;cMi/C0i0YEgDB0tTyFakAZNBwNcAnpnl9pH3W1WS6KjLDuPc1KBSRWnpw6bMv/xb6j9hZxoAdGjS&#10;ULFqBkcxyPGHWNATa/49jD3hLh67KdMQb5jqcf8A3TyOQzuFpP4nX0+HyuawZGPxOCMgepimp3xl&#10;ctMHrPBHK4lOkohuxeQ2rxK16/arFloSBULSpIwQAxPcfyNOhPuu53cbbRHMjKEiZSrZDaHGmNa1&#10;IFFVA3bU6gcdNGCoYKaTOPRvAUrq1J1enSMSq9TTRzVFTVFYKdBUTVk0kpQF/SVa92IBsKjcS73w&#10;ezNzUWDjwWNj3JV752nicDTYzKT70wWDo5aHJTVUGKpJbNuHB5ObVGary1JpiodlBUlFtDDEjBLl&#10;nRSFLqwahcnSATUUrQ0BwGGWpmT5dzfc7fZb2LbVgHjtcwxKiMZ44V0vqVVNNSMwIZ+/w2FcU6Be&#10;gwUGFyW56Ko3Hk8rkv4HR4HP5zK11bFS7erdwLJV4ZaOtyFQaXw43IRxvAKanX7X7xGKgu3sfdjZ&#10;Loeo3PD0FnsztzJw7nwWS3ZuKgTNYqvr6fErTUlLjYK+iSvhyYo8jQ5YU8ckdO5K0umSQllIDfNN&#10;3u0Vqdxso9e5RqEjixVgXo7lTxUMtVY1WhNMChHnLacmtdQ8pTyxyWFzG8sjKwZVKIpjRmquSkhC&#10;6QWATLcKFg7Ufvx8Rlu5toUVdR7n2o1PtvBYeuxctCtZBUZE0+ayUVBLR1omamyWO83+VSLRv9yW&#10;VY9BEmvx/Mu6th6o+ZncuFoqGChxWdyeF3vjEpnR4pv75bcxOczNR6Wdlefc9TXlg1m13NrEe0Oy&#10;3A3DYrG6APcDWooRRiOHkB5DyFB1DPuxti7Rz/vtpGmmJikij1EiBiacfiJGc46NH8RuxpO1/jl1&#10;bvWYS+eqw1fgal50eOaeq2Vn8vsqpq5VdI9T1s+3mm1ABH16l9JHsgkg4Yfj8n8+1B+LtPQAStVP&#10;Rjvbcy6rm31/P+J9p3TS5CnIHSwGlKHr3uLJECGtxf8A23/Iz78G1KAfiH8+nUkyD5jr3ttmjsRf&#10;mx/p/Tn/AG1/bE1TV1HDj0tR6jUvXvcHx/u/m1r3t+L3/wB79s6+ytOntXZXr3v/0rTQ37ZVtIur&#10;fUEEEFbKL/XUbjk/X2CXT9YMtTQ+WRShz8qYOBw4/LOEAEHupTz/ANX2eleGc9F0oAGDRtpAkAPq&#10;HqBXhbA2Dar2Bv8A7a/PAEfpF/qVAI/o34X6/Qf0+nvZUnuenAGv2j1/2eP5dNMoBBIyRxzn/B06&#10;woqelQ6l2sGUKOA/IKkjmzf0vbm35PVtRJ5C6/z+NICqT+RYj/Y+2pG0BcVfTxHzqSPTz4+XTDAZ&#10;BH5j/V/n6UMAC6lLWUqANYNybW4sTa4X+g+vvE/9oE2JFjY/S9gv+Nufp/Qe9x0GgquAaio40qT/&#10;AIOPqaZ6rQAFfs/aa/6q/OnTxDDwQzatSISpbhCSo9VuWZQTx+Cf8fcWTlbi+lhyQNJaxB5J5Nxf&#10;/Ye7MKNVqaweHECvpTGDTz4+fVAFYg0Nflw/L86eZ6JJ3n8KM33xvut3PXdq1uPxISJMRgZ8caym&#10;xCJBFHMlMxqkVWnePW3pFyfcMtoGqwvzyhJ+gLWb/G/FiB/h7vp8UslSRTg3D0x8vOtT88nrxZeN&#10;Pn8uH+r7MdCLQ/EzPj4+57o7N9m1ebiy1XRS4zO1dCznDUFI8Lx4ynpmmZjEPFwNQAJ9x3JZTYBi&#10;SOWsPqL8XsCQODx7ulI5O4lFpwGeGPtzx4/5umGkrqqDp+3/AFf4fnTrP8Z/iDnOhM1kZj2dVbn2&#10;tkaOppqvaT0Jo8bUVVWioa5keeSNpVjGk+m5Bt7wMpeXlQoFuBa1rE3H+xYfT3pWEUBAYs1fP58R&#10;/Lz/AMvVFU1FMqD5541/zdBF2Z/LZGW3nWbt6k342xlrquWrOOnSp0Y6eZjK/wBhWUEqVMcLM/C/&#10;i/B9x5B6frawIB5sSn5+vJYn28G76lKgn+R/bQCn5eVanppqqHqeyuPn/q8+hJ+PPwb3J1v2BR9g&#10;737dy+6cnRU1bSnHwCqkpKqCthenngqp6+omleJ0e/AHI/BHuITcML/Qj6ixNwPoPryfbrD4Kipo&#10;eBrSlfywOqV7asaj7a0x/sdB9mP5ZW7KLsPKbr607e/upi8jX1dVCyU9fT5nH01fM8k9LHU0U6LK&#10;gWQhbkaha/vDJpAJ5LEBbcjSQCwJJ/UOfxb6e6hnoqigHxE+oqBTHA/bXietsTQBst8vT/L5dKev&#10;/lZ/c5vE7jwPdOdx+eo46eqq8zX0T1+SnzkMnkbJQ1f3IaD1AaFuSNPJ9t8hGkgCxN7n634+hANu&#10;PatQwcOzVGKeXnx/1V6pKQNJJNPs+3/Y6E/tf+XjvnuuXb43T8gstX0mAw9DQwUmRxb1kRrqanEN&#10;XkkR6oaKiusC1xf/AB9x+LEn68E3Nvpe/wBL3+vvRqxUA0TNMfZT5/5/TpoAFwG+H1pn/V/hr0ab&#10;40fGLN9GbF3N15ubsnIdibezVL/DsZQ1VM1LT4HHS081PV0lFG80qok3lJNiLH3i1cMOPoDb+luQ&#10;AfoAQfp71pBMZYmlaft4kj5Hzp+fVFXKDX2jy4Vrx8/LoidT/Ki35gt6ZHMdad3f3Vw9bVVAgZKf&#10;J0eap6ComZ2oXnoJ445xGDYXIDEfT3CqGVtQBPAvewt9AbX+n19vW6OrpWhBNKZ+yv7M/LqmWqGo&#10;fl/s9Gm338Bd77/6b2F1DP39uCLF7XTINnZ6yikrE3NNW1Qq6f7yL7wNKmPkuIzISbG/+tDcg2As&#10;BYAnm1/Tfj82PtSoZdRJJepI/nTPz6YC5jBrWhz+fr9tB+fSy+KHwW3N8Z8luFF7myO5dp7gwuRx&#10;821RjHo8bHkq+FYBmTEamSNqinjFvoCR+fca9/8AkIiwuQbgk/1+ht7UEaKCmVBJOCKGn+fj8/Pq&#10;hcpUEGgySfT5/MjP7Ogp6p/lfbn6o7QpOydrd/ZHGTR5v7/I0OPwj0bZPGvXffVWHqJY6whqee2k&#10;3uPz7gMpLXU6iOCCeP8AjfuxmQKVdSqngQPz/wBQ6StTUSAaAYNKHz/1enVyWQwlLm8LkcHkEE9F&#10;lsbU4yvTVZnp6ulelm0ngi6SHnn3CkGkkHixP0JP0AHFx+faxCZFUqKg+uME+dP5nryerGo8/wDV&#10;9v2dUgxfyhOwNs79yeb637+fZ+38hVVSpJRU2RpdwwYurkaSTHvNRVMVPP41bSLkBiL29xJP029R&#10;+vI/w502sfx/X2rgNHqSo+R+eK1r/g6bLHOqhU/6q8f2dLaq/k+SY7eGL3nsTv3ce3cvjxRVoy9X&#10;jnrc4c5GpNZlEyC1cTx/czXKix0g2N/cZjxx+Pqfz/xS3+t7VU05Y01HA+f+Gv2npgnJI+E1p9v+&#10;f/P0IHfP8r3fHyC3Nj85uz5G5irpsZiMdj8bj8jhnroaKWmoKenr6un11ipG+Sni8r2H6m/w94G+&#10;tvyfr9Rx6f8AiD7oPMgdvl/OvTKyBq8T/qP+boeMT8Dd0H4m7u+Me5O68nueLPV2PfCbkyGMaQbb&#10;xWOlp5IcPSULVLE0ytAbeoBb/T3ElBsQPr/UcX4HFvx9ef8AD29HpDBmOPT0rX1+zHVTRyGUnHpn&#10;5EV+zrB8QP5d2c+NGT3DS5DunIb4673Rg8ti8v182Kagw9XU5OFaZ8jJH91OhqhT6lB0359tkvB/&#10;rwfr/gT/AK/tandSmOHD7OPSauplFaMAMedaeuOiw7i/ktbjouw8jn+oe85Nl7byNZPNFTyUuShz&#10;uLoayUvNj4azH1EC1MMStpXWRcfX3gJBX6cfS30/1hb+t7+7BSHPf38f9X8v8Hn02QykVYiUg5+0&#10;+tP9XDpWZf8AklUMOe2/uPZffe4Nv5nFwUNVV5muxbV2UqdywSvLNmYKxKtHpiXsUX1EEcn231F+&#10;RcE/i3F/of8AWJ49qoApcSaTp05r/qr69IHAqjFOPpmnV4/Ue1c5sfYG1Npbl3NVbyzmAxFPj8nu&#10;iuVkrM1UwIVeuqAzSMkkoIJ5J9wiwX834tySLG35+lyfz7dKkimmgr5AH/PQDy/PpMmp2cEVX/Z6&#10;rM+XX8rXdny07VyfYGZ+QmSxOCYou3Nn1eFfJUO24TDFHURUDNWRoq1MketrAXJ/w94ZGuGPJt/h&#10;x+LcfT24BQIFFAfOuc/Ov59VIahUrSlc4x/sf5ehTwn8vLdh+IO8/ijunvfJ7qi3DX498DunI4t5&#10;BtjEYySmmhw1JQNUtqpVemsBrAW/09tkrD/A3J/Fv9hfj/kftWjEEpwApTz/AJdJmrqYasAeXCnr&#10;Ty/ydZfhV/LQ3F8U8zn4Ml3jkN/9bbowmVxua62lw7Y/BVtXlIVpmyUsLVNRE1SIAVPpuR+fbbPc&#10;aj+P8LWJA/rfj6e1sWkqo4tmv7f9ny6o2BUGrH1+39nRcN8fyUdzYHsfJ77+L/f+Q6pgylRVTJjq&#10;lMnDV4qGrkZ5aCjyeHqIZpqMM1kWRfSLf04apLfn8/gfkH+lx9SPaxCy6gjUIya/LHl8+i6UL3ZO&#10;r/UPyz0YT4f/AMn/AG7032lSd493di1XcvYmNrf4ti0mgnTF0uZ/s5atkr5J6zJ1kRN4/IQqtz+P&#10;bc4te/HJH+uRx/hx7eUksGU1FBWnzFaf5+kDoivViaUH8/L9nHp6+ZP8pfd3zD7byfYWb+R+WxG3&#10;j412vsqswT5TH7WpzDElVFjmNbHGn3U0WpiFBJ+v+MGWw1c/8F/Fja3Isbn/AHr2qUFwtFz5/YSO&#10;Gcf5c+vTLVrpVzSn2fPj5D/Cft6Wcv8AK03tnPh5mfiju75HZjc9LUbu2/n9u7lymEeoG2cPgYys&#10;W3qGgetP+SMzXHrAX8D22yH6/g2a/P1HP+8H/iPa0tTJA01ximeH21+fz6TSal19hI/wn/P0pPi5&#10;/K43l8fOpO7Om6v5D5Xd+zO2tjZLa+LwsuEekxW0cpmAy1mepaM1kiTVEqMAy3XVb21zNxx9Af8A&#10;b8f8Rf3satQqTUL8vLH+r9g6RsWBND3ef7f8H5fLpg+FH8oDenw87bxO/cD8mstldrmYtu7YtJt5&#10;sZjt3UqwTw09Lkz99LHJHC0txqU/0/PtpqORb6/6/wDXg/1Ata/tUDRicDA/zen2HjTovlqxYEYq&#10;PInHD/Uekn8ov5E+G7M7Uynb/wAdu15Onc3ncnNmq/CVFJWPjqLL1UjTVddhK/GTQ11D55WLGPkB&#10;ibH23AKZEJ+gdT+fwRz7uQyowK1anHFMk9IUqGUA/L9v+rHS2+Jn8nDtPp3urZvefbfyq3PvnPbD&#10;yByGKxONOWnpqweKSGSkrqvPVlTItJPE5DIic3+vs4nSjWam1H0loxc255H1H4J9xJz0P03MSdwH&#10;D/V+3qfeSwTFGfD78cPMeg/1Y6NF8yoVkoMorAE+GrH1taytxxbgD/b+7KcA6/aQfqb9hb6GFmNl&#10;Um62IHFvoTx/re8ar7X4zVovf5jI4kDNR8+NKH7epOmUFNVeI/1f6vn1qM94UITN57R5H/ympBKG&#10;wJWRkJBT1c6AP63P+t7UMgf7exBsI1UXvxezWvYXtf8Aw97hMf1GsEV1V/Zj/J8+gpff2cvrn/L1&#10;XZuVW+3rFIawZh/T+1cqbD8X/Nv9v7ZDdWA/1l/2/wDvBt7E0RDAMPSv+XoB3QrqHz6LPmoz5pVP&#10;9ptINv8AarXH4uL+5MRtGT+Lk/4g/j82/HstuRrmUcCf9X+Xp62+HPDpR4YaaWME8BE5sQ3IA4P0&#10;50+8tyJI2QkM1uDYH88g/wBObe2AgaCZZACorw6NNvf/AB+1AP4v9X+DpVbek07nwpRtJNVEbcf6&#10;uxsefTY/7b3rg/zfoRNvOGRANIxUR+nHqLtf1X4sfwT/AF95J+3wZeQrbXlhcSDywBpHl+ZznyPU&#10;JfegSm+7acVFsP8ADw/y/ZTr6b/8iVr/AAhwgF7f3iyD2IYcvDTXPq5NyDz7pa6Qh8e+8SdP/KYp&#10;v9OB9LA/j2PuWQfrdWKgdYqWoLXcJODqHD8uron/AEN/wVv96Pu2Nj+xGeP82p/HNhYW/qfY1f4g&#10;M1z9g/1f5uh/JgKCfL59B7H/AJ9+P7bfn/E3+ntP1DXJ/wCDf4f71/sPeypFRTHGv+r5dIpNXead&#10;tP8AV/h6e6cWH0/Fv96P+t+fadqRcn8cf61vwD/r+65NWJBUeXSImvcSKA+n7enKL8fX6f8AG/8A&#10;D8e0/VfkfX/W4Nj/ALxf/inu7Giigz0icAmpGf8AV/L/AD9Z/afqF5P+uP8AH6XLA/7H2yRShHmP&#10;T/V9vTLEE0Fany/LrPGeP9uP6cn6W/2/toqVuh5HH1+n5/A49tHLAaiVBH+o9MMRiox1J9pqc8sB&#10;/Xgf61+ebf1970nz4ef+r9vTD5FTg0697a5T9SPp/X+o/PvZIpwoadMtxIPH/iuve2ScfUX+pPP9&#10;fxf/AA+vupYEjt7R5dMN+IAZ+f8Ag697Zqni9ueBc/4/j3SvxRtw/n+3y6YxTTqqB172na6/J+vP&#10;5FvyL2490KildWemmGQA3r+XXvbFKCAbf6/+8W/1vbZAqS3n8uqsCQTTH+ry697b5CFvf6/Ui/8A&#10;gR/T6G/ulag47PLppDn5de9s840auTYiw5/1/wDXP09pZCdRzmvV2CuoNe4de9s9QP8ADm9725uB&#10;9PdCSaMeP+Tra1Pc3xenXvbZ4xqJtexP4H5P+3PHv34i1OnSeB697iTqLkAcAWI/1wP9v7rRTUU6&#10;q3Xvadqk0SN+F4I/2P1/3n2wFqCKV61TJ88de9vuwPu49+bRloXSKuj3Fi5aB5WsiVq1cTUrOVDk&#10;J9wFvwePdoiFmhOMMOPDyx/q9enbZnW4t2U0cOKfbXHGg64uqsjq4DIysrg8gqQQwI/II9lkwfcO&#10;c7I3VDkexcbtvLZqsx+8KPZ+eyNZUbcw7VeWqa+srU3XmKWtp55MZi50aWkpSBHFLNGWTxyNqiaD&#10;ebjcb+Nr+OBm8N1Bcsimp1VZ65CkHSrVXIFAOpi3PY47W2KWtxM8RkRp0JDOCaUeNQBRiXJJ1AUU&#10;itBTrsKFUKvpCgAAW4AtYfniwt7Ua4OTondyZneeFxsMsGJyceHxKUVRlMZtfd1OmMWmyeSzLuMh&#10;SJuCnhesgipkZHaZQmlCQDDwP3RLBfOqaAnaANSKykDMhqw8QgvpQUq1FIHRS8km7QT7fEsn18bp&#10;q1PoeRKkgeEDpbw6/EW4UJr137ftwbxTN0+1Z6ePBZvL7gxFJWZGfG0GjOU+RjaWSrepqlmqMnUm&#10;enl0yCo0jggLYX9m/wC8YpFtXjWGSaTSSVA11X4sglmBBpR6YJxStAzJZyobxHLrHExFW4HJ8+BP&#10;nUVrx697OF0h1dvTc9dtvPwx9e7b25h67DvPm1jy9TuGtoKuX77K1NPSY1auAViUYFIyztSwrMFY&#10;OoF2EMS3pkVo4bZYtOD3GRqkGo8hWgHcwocilMubNtcV48Nw9z4caSAMckilTWgBJI8ySoGBTieo&#10;FfWPSQsYqWSsmKOYoEeKJZHFgqPNM6ogYtzYO2kEhWIsTPb72ljd9drUe6Ny7Bz9B1VsfatFWbv7&#10;H3tkIKbHZrae4IqjI43HjDYt8hVZGvwtbLVzTqVVzJEgYt5Lsxc0edfqbMaVWjMTpSTFaUzUVILa&#10;gukmhyKgd3m2i+vbe/aCb9yJpLyTA6/DkaqOSAasauF0lixU6qHikKTKy4/FfYfcYaXdVXDkhQYT&#10;ETaqeTJ4uELU0tK9YKZkpYyItTTLEsQcW9JUezI4GHrWDfFNksQ+U2luXD5raGPx2Yq9o5HM4mfZ&#10;2ByVUk23tsYjIxx0O36HKbcr5KKWsWCIpPXeNiXjVDS7ieeFhBChllQA1OdQTgNVaGlfho2kg0LG&#10;ii3bLrYI94gfXNbXUFxGI3MTSI0AcqY40YdiOlFJIpqeh05qgdz47fFZtatov4djsxRZPA5FaugT&#10;OJhayhzlRRU9YmQyGTo3dat6XJtJ6aaVVWOIOC5KhRq6IoqjJ99bo3/vbqrBbNzeIyG5tnYHK4ir&#10;gw+c3dtyYUWLxorcjR0kVbk6OmgllqhDU38MsiBY9Ufkcj3/AG6SblwSF0Mh0MZSolOhG1jzyCVI&#10;SpHyFRUDfkme6uOe76/vtpjtBDJOkYjZojIHCIKqB36E41zVlHlQlv8AkHGaPoFNq7L3lV5WbMQb&#10;eylZk8rQx7vpsVDjGq9wPVTwPWeLGx5jIUkUIiRlRUWQarMW91J/ziKaiovmPnMdQ5KDLR4/Ymw4&#10;Gq4KiOrHllxUla8L1MRMc7w/dBdXB4sQCCAS8uTS3fLO2zzWxhlbxKoV0EaZXAJU0IqKMB6EUqKE&#10;x770hI/cfdo45/EjWGAVqDnwlJFc5z9vr0JXwIzVfuL4o9X5vJYSfb1ZkJd9yPiajH1OKlgii7H3&#10;dTU0xx1ZeopFraaBJwrXBElwSpB91RyLcH/Wt/t/b5FGqB1GCGhHRwvbcQRcc/nj8XH+8e9MqHUx&#10;OTT9nSwU697xPypB/wB9/sfdCEUU44x1dfiHXvbbML2/2I/3gW/2/tkpUfaP9X+DpXCOP2de9xdA&#10;1Xvx9L8fS/0/r9f959s+G9PD0inr0/mlOve//9O0u91YgAng8qmn9a3ew+h/1vYJC0damg+01+E9&#10;v2H509Os3AMMCpr8vz49F6p10R6wCrWUqNANwzIS44C8MLAj6f7cD17g3ALiS+u4FwqjkNYi1zzx&#10;7ppoV0kiMrSnzJ4EV/Zn7fTpvFB25/1Y/ljqfc312UOZA7WABZQo9QF7mNgpBFuR9PfBwNJVT+P1&#10;fXkDn8Dg3+vvwb9TU64ByOGP9igx1R/T5/6v9Xz6fqddSLYg3BVGtq9Vr30jTdQeDb8e8EhX1OAz&#10;WC8W4uq3v+bci3+w92iD9sRKrk+fqf54zj160NKCpNM+vz/wef2dKeDSyJ6T/qSRz6QQFJ/2kAn8&#10;/j62594JnITSpsSQRyTZeORa/wBQT7rpUyFnU6c+mTn/AC9N9pfAz5fb+XShx6BAoDA2A5OoaQ1m&#10;C6jduAB7b/IPoLknWLt+bgj6C2n68i/19vNE6EsaaBTh5cPWtfKn8vTpo1DVPqf9XHpRKquCL2I1&#10;ct9LAekgLY3a5F7D3HcfQWsPpYgm1gpuLDkt+Pp7cMlSxD93GooPXB+X7eqMTqVtXCtOHz49T4oS&#10;gUOLryCGVrXOg6lC3IY3t/sPeHUxN+dJBOpfVyAAVIs1/UPz78yIKCi6l8jjBzUGo/w9V1HUoAwp&#10;9P8AB/n6mxlrg/uWezXXkqVAX1WVvTYA3sPr9Pr7Kh2l84vil0z2pt3o7s/uja+0e0d1fwz+F7Yr&#10;4c3UGAZucRYn+OZnHYms2/tT+JsQYBlKuj8iMrrdWUl6KzmdmmT4R8sVA+3P2j7OiC/5g2axvI9t&#10;u9wSO9fgCDitaaiBpWv9IjHy6Ml158WO/OydgZjtDZPWec3HsTCfeCtz1JNiog/8MXy5E4nG1WQp&#10;8vnTQKpWX7GnqSjqQTcEAzl1NweQLj6Ei9r/AOvx7ccuoVsAn50NP8Hl0a4ohalP8nr6dBJBGOF+&#10;tgpuRyNII4+p51f639feOS7EHgAWsT/QG1+AST/j7ZUqFZBWp4j/AIsj9nl8+rax3KrAjz8v8P8A&#10;q/b0+0p0KoHJIaxsAtwRYXt+Lkf4+yh9nfOX4i9O72znW/Z/fnX+yt8bd/hpzm2M1kJ6fJ4w5fEU&#10;GexgqY0pZAprMPk6eoSxN45VP59ro0mdY2CEjhXj6/lSvz6Ir3mHZLG5e1vdyjjuY6VBORUA8KHi&#10;CD0ZjYfxk773/trGbx2T1burce2cwKs4vMY+kiloKw0FfU4ytEMrTI7CmrqKWBrrYPGbezEbY3Nt&#10;/eu2tu7x2rlKXO7X3bg8TuXbWboXaShzWAz1BTZXD5SidkVnpMhjquKWMkC6ODYe6HUgbt7vP5Ur&#10;mtfLpfBMtxDHcwvqikUEMKUKsKhgfQj7D0HGXweV29m8tt7OUc+LzOByeQw2Yx1WqrU47K4yqmoM&#10;hQVCKWVJ6argeNgDYFf9j7dj+ebXJH0+t/oPrx9Pde0ae2uAePD7erEhQmn4ia/L7D+fXGIEsTYE&#10;j6m34HpvYH9V7f7H3EcKT9dJFvoFsD/jqvwSPbpeQAkrqU+pP8qHpt17mJIIGfnw8s/6v8CgpEAA&#10;XgeqwsDfhSFubKv+9+4LXuefoLfW4+n+J9Vz/t/ZgpUgEqRXPp5/LhTj8umhRnIpQ1JrQ5zxp/k8&#10;unEDTwLEX4+v5HP15sb+40guDcgXIAFha9iLH6nm/t2NtPwg1Cmp+VQfsxTh/h6q+ovStWPn5U4D&#10;pxp47kE/6oBVsxFyARYkD66v8b+2+Q6b2Nv6kHg83v8AU2F/6+1KjXmQA48xn0/wD/Z6Sl9THUTS&#10;mOH+rA6UNPcsLfQMQB9AFANlF/Te5/F78ce4bXY6m+pJ51Xsf6WGm3+t+fbyFU7U+ED0pj7TX9o/&#10;l1UV466cPTh/kr6+vp06AWAB5+g4Or/EfUXvf+p94ZWvb824Nrf7T+P6gX97gUrqKig4/wDHv5E0&#10;4f4Om2pqGk0wMn/V9nU6NSbXJuVPPP5H1v8A66/7z7hN/hYCwB+g4H5+gv7Maqa6lJbiPPP21NOk&#10;2tdTH188+pH5dOcKkNa7fUr+Rf6GzAkWBP8AX6cce47W1D6fnnm/FiAPz+ffiGKMSD9n+fpppNPc&#10;QePCopw8/Lzr07R8KALgg8cgg6vqSf7Vre4krLc35FmJIH9RYWHPNwPbsSuFqMcMfYc5xXBP7Omm&#10;IKn8Lgf5ONPln7Rw6dqZQR+bgjni7Hkgn8gD23OTy4BHJA/I+nruef8AU+1ACsVjJqePz+Xp6/7P&#10;SZ6OVQAaq1rn8uPmelDS2UcBQCACOfyR+LkqPr/th7wsRpJP1U/kjj8j6c8+3EU6go+Fh5D9vHGP&#10;59UQODQY1J5D/P6V+Va9TOWZPUeLgg/1BUC/154+v09t04/PB+ht/vfN7+1kbaWCjHl/LGP9X+dH&#10;IW1Fgx01Ppj5Ef6qdPlFyCGuDyBcj63N/wAAH/Ye4D2JJtf6WsQf9p5vxwPapSwAQn1r8uJ+3J6Z&#10;BOgd1ONfl5/bk/Lp9hWyX+liRyCL3/2/IP8AsPcWVv8AX/PHF7/42A/Jv+fbqqc6aD/Bj0yfsz6d&#10;Jix8MHAFf9X7R/g6dKWMagxF/V+o8cMDb8Hkkf4fX20zPzyfp+b8WN/oD/Ue1McVT2jj/kpx8vn+&#10;3pok6tQAJJz60x/q+fSmpkLJYXJ/Frfi/wBfpzb3AlcHVb6Hixt/QD6nji/tUisAuomo8x9vp+zP&#10;TMz6lJ1EZxTz/wBX59O1PGQFHBNz+SB9bkX44t/sPcB/6f8AEX4v+fqbH2o8ix/yCp+3H29IzUBn&#10;cefHHy+zp+pQFtYXsRaxJseb2/PH1/rx/sPcCT8/1BIH+sD/ALD+vtTGApDEihAJHzP/ABXz6SSN&#10;pPEFvnTzwfT06eYdTcWJIB5FubWuPqBf/ePbdNxe4BA4Unk/05+tvp9faqIlmUBqHiR9v2Y/LpKy&#10;aS5pUnP7OFOPl+XT1CLgD8n8D6Eraw5IY3H1+ntsmPH+xt/r35P4v7UA0bC1/wAwxX9vr0ifSmoK&#10;1QM/s+Xr8v8AB0oKYEst+LWP0PBJFh9Rzzz7apAeb/6r6f71bk+1Ix+EcPnnpFp0vhiQF+wfZU+d&#10;Pn0/w/j/AFhYgEkWPPFv8PbdPe5BN1Fr/wCt+bfT+nN/d6IFqBR/83Cuft6QvQd64atM/I/6uH8+&#10;lFSH0qbctc/7cH/D8XFufbU5tIljcqyj/H6/7b2qw6yE1AKn0/Z/qp0iLt4ytQeGXA4/sx+zp5iW&#10;8MhINyh5+vGn6/7cH2cHphyppP6lksCb3N7i9+P9f3EPPSqyTV+AA1PoPPhn5UHU8ckNpRGI4efH&#10;H+z/AIOqsPl/Ez0+TsCbR1AAHFyYja1/SeQPx7sk2yZGo6crqYGnVbWHpLuWuP6EL7xu3JoBO6MA&#10;CHOfUBQP2Vp1LTOrIw09tP8AVj0+fWpj3zBIuZ3GWHpapq+AQ1i88rHVqsQfTxbj2sJ4lSmJV7t6&#10;RyNItzqt/q/p/vHtNaTO9yuuOi0PnX0p9nQQviQkmPXqs7dKIsFYFJJEjC301eok/gX4/p+R7T5+&#10;puLngf0+gHP1Nrn2KkqKUNAfz4+XQFuBUmnRZssAZ5OOSxF+RbSQL/U2v7lxG0ak3AuCLgEAEgau&#10;f8fZbONUrAfFTy9cmmOrR10MKYHT5QErSx3BChE5IUgLZRq5/wBf3xLgTKdVhcWNuBc3HH5HH+8+&#10;7rGTbuujNDX1/wCL/wA3Szb2K39qQc6h08bdn07pw/qPFShHFh+q44uL8j/efeu7/NspzNuxHtx/&#10;DkPBOk8yEH8/qDc8/X3kj7er/wAgeBPNZn4jPBQR5cCD1D/3m6vu22OVqwtxnh+dPt/n19OX+Q5M&#10;JPhJh1up052rI0/SzRxkH/Y3vxxzx7pc6ZgZN74w2tarHH5P14H9eT7HnLsYF0ePA9YpWYrdQ+ur&#10;q65/0N/wVv8Aej7tHItBGAPqg/3gW+pP5v7GDd0rs0nd/q/zdD1xUCpqaDoP0N5m4sA7/wCvax4/&#10;1ufbHUAc8D8f7Hj/AI378rBiTUny8v8AY/2OkUteANFP+r/V/m6eYDbg/wC935sPr7T86nk2+l+P&#10;oB9f6n8+7duBSlfPpEQuoDpxj/s/6/8Ar+0/Vi30/Ooj+lv6/X8e/EHSF0nPH14dJJBQmrVNM/5K&#10;f7PUj2n5udX+vx9bfX+t7W/2PtPwJwTx6TOdNBQn/Vj/AFfLrKn5Nv6D/eLfkW9stXwv9QeD/tv9&#10;cfX3oDuNOP8AxX+X5efTTDDVwepf++/3309pioB1Nx9b2/F+Pxwfbp86D7ek5pgHjXy697aZWNio&#10;H9Txa4+o/wBa3uh0ltVe0j/Nj+XTDfEST/q9Ove2uW2k3P8AT/iPyPbYBck9NsoNTXPp172yTrbV&#10;weT9B+P625/Hv3cdRc/5ekxZmGkj+fXvbJOlx+W4P+P4BsfdQpXUCaseH7emivEVOrr3timiILek&#10;G35/Fvp+P9f229TSvxf6uHWjmopU/Pr3tpqFPN7Hi/8At/xz+PaKXsKstQPl5dMmiEgrk9e9tE/I&#10;IPA0/Uc/7Ycf09tNSuoVIP8Al62ukZBycU+3r3tolJ9QIJH4P+P9Tf6e60ooGnuPW0pjgH8+ve26&#10;Qhbk/Tm/+Fif6c+/A0GONOrgnXp8vXr3uBKy8kG9x/vP0/Pup7QG6sfWvXvafqSXYk8i9l/pwSAR&#10;/r+2ATknA6pkDr3tR9c00c/YeyUlZ44m3ThDM0dvIkaZCnkcpwfXpU24PPtyIHxY1BNdQ4ceP+o9&#10;LLAIby1WRuzxFr9lRX+XXCQsI5CgBYIxUN+ksFNg3+BP19l87JJ2Rk+0paDIbNr6ravYc2F23iIM&#10;VjKHMYfbe58tmtyUubyFLUYuWkyMVZj6+lpDOrNV0s7CGUqiLeM9wunsjeRtLbvcpKwVRGoKKzFi&#10;WDJQkh1UYLA1VsA9SoNvs7+aydPqY7eVDkuzeKI1otFB1BV0s2knA00GQOuSkkAsNLEAkA3sbci9&#10;hex9pfJ7lxG/s/S5HeNPi6iDKz7QnyuaqzW/f12TpcbhKHITVdYKxYIpZaSiZVSnjaBacD9vWSfb&#10;QltbuaI3iQ+GzRkuwapai6hqqABjAVSoU+ZNQgkO42Yke1mnNyiyrpqDRAzUIBDMQKjLENqwDQAd&#10;d+zUZrdOfpM1QSbLpaLD5bF7c3FFBk8thduS/wC/YydJjYsTjcRNhahZKeuH8RkaKSRDPHArOpUN&#10;b2MZLi5LJHaqFkETAM6LwBGlVKN2knhUatIOADToKRyxRxtLM7VwAAQD3VqTVCDRQR5GrDOCOuiA&#10;eD/UH6kcqQR9P8R7GrpjdGcwrxbTpa2vxlfPj8dUS7aaviFJIs9HFV0+NaaOGaVauesqWjqIXTy0&#10;ySKwvpb2c204CrH4RMqx1IqDpzUKTkVz3V+HFTQ9UsZrmCdoYbpgkjUoPxjjw+deB4V6xyxQyaWl&#10;jRjES6MyqzRNYgvGSCUbT+R+PZycR2lk6XrPP7b29PTdj74252NtbCVG30rZNpUtRJit5437yjny&#10;FZRxiuxstBLUQtDSs8MsKmMEh7Fu6cXTGe1Ja5RShz4eSQHCkjGkVNBqDcBnqS9o3a4tdmu9sncT&#10;Tm6j0qD+FHDKrfiZJB2FVOBqJHCoe5jbEeR3HR5pb4qmgweYinySAtVh8lSiPyU0bSNS0NZQGCOf&#10;zTQylmUKB9SDCbk7YzeT7No+ouudhZLam6sviMjU0W8chtGvzmwcXJlslRz5GU02FzUcwWsrMtBM&#10;sszMW+3nVk1q7KQ9+32BacyykBjUJUVjoq62DKKscgYDM2CBjqS7nmC8v9/Gy7BtYsr5u0SSITGP&#10;qHZ3ZI0Y1SoUl+8KRQrVqgEMdsXG4LaGR3ZvzeVRuHA4tkyc0bV2Ppq+uh21jBSY6kr8vXQYqM1s&#10;UEM8fgiNMrGQFZtIAKwqeuB2J8ktsVlFFvKSbbM+7cVRZ3Fdi1u2cbUV+1904MKMttmnpK4ZFM/J&#10;SvJNK766SOjSGbU0lvdbqb6fluHcr9QE+jDMpcsqh1r4ZRWUNj0qDQqMEUVQWD79z/bwW4uRJBcS&#10;qsiSiPU1u9CWqjOA9aMATQBddWGUVkd903XHx1m3HlqjAY/G5LbWEyuQwz7Yk3D/AA2n3nhklp8P&#10;QNBmMNRVzUH3GiHVGI6htRjVUYKlSf8ANvwmFw/zD3S+Hgipnym0NiZDK09NKs1FFlW29T0s32bq&#10;B+1LT0sUjf6qRmb+1YBvlzX/AFa2yaWSR2bXl/jAEjhQQaHC0HypTPHoCe8sdnD7i7utlGERooWY&#10;DhrMa1IwBkUJ+dehC+FOWyub+NPXmQzNXW19W1RvalirMjTmkrp6DH9gbpx+NaopSzfbFKGmjRI7&#10;+iNVH1HurqQEf65P0/P9faiSlGpnPUaKMA9Gp9wJhYg/1H0/x/3x90UArkZ6VRmoPXvcZhcEf4e9&#10;uECZp0+p4de9wpFuLH83A/1/xb2mwykgEkHp9Woajr3uN42tf/YWv/j/AEt9PbXiZpTHTvjDhQ9e&#10;9//UtLb9LAckEpawBKg3Pp0ix4/x9ghaBwzVAIBrk0PAZrwz8us3CBGW7mqT+ylKf5z0XoqSjAFr&#10;oDERwhZRa+oJGqlkIIvc2/PvuxOu319ZU6kII9P0Hr1fW3NrW911gBC2UFARQ1HGleFMjyqTXy6o&#10;cVNK0xSn7K8PT/Vx6fYULnSAAeDq1IwP54/VquP9a1uLjkYpSTcAixuOLH1c2sAFHv0QFVcqdQ/w&#10;Vzmp/wA/7Oq1ZqO1NRBz+Z6e6ZP0uxsFJY6WBI9NhYGxb1Hn/Ae8TXUMCSupQTwD/h9ADZgT/j/v&#10;fuhYHQQNRUkcT/sYPDy/ZTppmLL21LHB/melXRwFruFsGJP4K+oG3Bvc25/p7IV3z/Ms+Enxm7Dy&#10;PUvd/dibO7BxOPxWTyO3Y+ve1dzNSUecpEyGMkmyezdi57CiSroZUl8X3HlVGXUq3F1cVreXOme3&#10;j7CeJI8sfiJPr/h6DG4838u7RcvZX+6eHdqASPDlalRjKKw/KvR0em/gv8o+8dk0PYnV3Vj7p2bk&#10;KzI0VDmn3l19gBU1WLqpKSvSKg3HuzD5ErT1aMnk8IjZlbSSQbCL058wvjZ8hOq90939Vdq4bK9U&#10;bEzWbwO7987hxu4uu8Ht3I4DBYXc+aOWn7Fw+1ZaLH4zB7gpaiatdRRqkpHl1RyBXBBcW0jQSoWL&#10;KOGfMj9poKUFR54PSjb9/wBp3Oyn3Czv1axjYh3ZWQAhQzVMgWgAINaUzk8aJzsj42929Pb/ANvd&#10;XdgbByWK7D3TQYzMba2nh63C70y+bosxlMlgsWcZHsjJ7iSpq63K4ephjpdf3LNGP27OpZa9e9+d&#10;Gdu0+4Juqu6epu0IdpwUlVuiXr7sbaG9IdtUtfHXyUNTn5NuZnJJhoK1MXUmF6kxrKKaTSToe3ng&#10;aN0PgmOopUjPGlOGfy9T07bbjt194psNwgm8NQXKSI+kGvHSTStDQn0Pp0nt49Sdr9dyYuLsPrLs&#10;LZUu4Z6iHb8G8tlbk2s+bmojS/dx4hc7jqJsjJRvkYVkWHyMhmjDW1qCTTYv83D+Xx2LvbZ3Xeyv&#10;kAM3u/fm6MBsvaeGPVPdmOGV3NurLUmDwOMGQy3W1DjKD77K10UfmqZ4aeLXqkkRAzBTLt9xJHIZ&#10;IyD61BPzOD+XQftedeV7q4gs7fdC08rqiDw5RVnNAMxgCpIFSQONejM7o/l5fMXYm1Ny703H09/D&#10;9u7P27l9zZ+vG/8Aq2t+ywu38bU5TK1v2VBverrqv7ahpJJPHBG8z6dKI7kA0v8Azy2f/Ko7n+be&#10;8uzO0PmtubrvdGE3VQ7O746qoOie390pl9y9VR0fX+SxmE3vj9pnG7etjtqxUNRJT0+Wp5JIWmhf&#10;139r7U3aW8apCGTTg1HmK/4egBzNDydf8xXF3d780UyuEmjEUrVaPsIVwtFwoU0DCuQeh3+AfdH8&#10;67YHSOB6yf8Al1bQ3j1Nuioyu6ulO/W+SPR20KzafW/Yk9XvPDZDcXVNRvKv3NuypafPPV08c0mE&#10;rIY6hYaiEmIj3Yx/Nk/mI9d/HLqHsno7Zu9txUPyc3htmgots0W1F3JgspsnGbklg8u+X3pSU9JS&#10;Yqakwy1DUIoqt61q0RgLGgeWOlrbtK0crjtApTH20/1DoUc6c0221WVzt1tcON2eMBdNQUDfj1il&#10;MVpQ1r+ZEv4A/D/ePcPYWzO0Nw7ZxFX0ht7O1lVm6vPNhspQ7mrsLHMI9sLtmomqKiujqcn4RVGp&#10;p1plpi51OxVHCz+WR/M4+PVZ8efjv0h3f8id07o+U26Nz57ZldRbzwfcW9ty5rcu9+4t0UvXeNyX&#10;YdVtfN4Or+6weZxUEM0+V8FFTlIpZIVhZU1c203jPJHGohFD5eQyaY+fkekfKXNu1vtm1WG47q77&#10;y0jLRlldizyMEDSaSDVSoFWIAoDSmBH+bHwo7dpO2e4+z+run8HhekcFt7HbkoZdt5TrzbGEocTt&#10;nrrCT7sqaPaMGdxmSp/DlcbXSyJHQCWplDOiyGRSxE/+FDXUXW+zd/8Ax97S2vtaiw+/e307ZTsn&#10;cVNUV7VG7DsKh6fxe05a+lmq5MdFU4fH5eogWWCGKSWNlWVnEcelVYs9JUbgpFPzqeg37nWFvb3e&#10;33kcIW4nMuthXv0eFpJFaYDEYA+fl00/8J/PlF8kO5cr8zekO+KKjw+B+OtZ0bJ1dgaWmgT+HYnt&#10;Ou72rszP92oaoqoMm2zqOZVeRkSQyFApdr2mdIfzCvhl8ePi38SNkdtd97V29u+D4zfH6Cv23jKD&#10;dG9MthZ5+p9pyRw7go9i4Hc0u3Jmis+mvFOwRlY2V1JTmGWSWWiEJqOcep/aP8h+XQv27mbY9s2f&#10;Zra+3FEm+khqoDOQfDWgYIG0/wC2pinWHsj4pfITtjunvjcmxOr83lsDJ3J2nLS5esqsNt2hyUUe&#10;+s6jyYqo3NlMNHl41e63pjKCylRcg2sv2F2DsntfZ23+weuNz4feWy9z0keRwW48HVLV47IU3maK&#10;QxutniqKWoieGaGRUmgmjeORFkRlDYGhnV8GhH8v2/8AFj16FkNzBfW8V3aTLJC3Bl4Z/wAx4imD&#10;givRStx7U3HsbOZPau7cLkNv7jw07UuUxORgaGrpZvGkq6gbpJFNFIskbqWSSN1dGKkEqGvqqWgp&#10;aqvraqloqGjp5qqsrKuZaalpKWmR56ipqaiVlip4KeFCzu5CqoJJA592iYagpDE/l6D7Pmftp1WQ&#10;qA+qSg4mtP58Pn/g6wUdNPVSQU1NHLUVNRKkVPT08bzVE00khjjjijjDPLLKzhVRQSfoBew9167l&#10;/msfy+ts519uZH5K7WmyUVUaV5cFtnsHdWF8yOqORuba20Mxtk04b/dv3ZjIudVhwrijlWqyITUH&#10;IIx6cc1+wU6DU/OHLkMrRHdULA0qquwNf6Srpx9vRssR8K/lBmMdHl6XqPMRUZiSoWLJ5fbGGyDI&#10;QXIOHzGcocssh59Bg1jgaefZwevO0euu4doUG/erN6bc37tDKtIlHuDa+Tp8nj2ngYLVUc8lO7PS&#10;ZCkZgk9NMsdRA3pdFbj27CDqVWFAB55rj0+Xy/PHRtbXlvfQi6tJlkhOAQa/aPkRwp5eY6BXc+z9&#10;1bDzNVtveOAyu2c/SCN6rGZemnoaqOOUloqlI5Bpmo5wLxTRl4pALqT7Qne3f/UXxs2Q3ZHdO749&#10;lbL/AIxj8CuXkwu4s+z5jKrUSUNFHjNrYjOZeZ5o6SV7pTlUWNmYgC/tchPhjWADwx6cMfPjXyz5&#10;dJNw3Kz22Brq9lCQagtaE5NeAUE5z5U49LXrbrPevam4htbYGFfP537OpyjUIrsXjR9jR+Naipes&#10;zFbj6GNEedFAaUMxYAAn6F46h/mPfDDvnsTb/VHVHcp3Xv7dRy5wGAHXna2CNf8AwLB5PcmUtldy&#10;bGw+FpftsLh6ib96pj1+LQmqRlRnEcswRKaiKZ4cM16LrTmfZNwuI7S0vddw1aDRIK0Go5ZAMAHi&#10;fs6Fne/xZ72652xkt57z2L/B9t4Y0RyORG5tn5A0v8RyVJi6IfZ4rcFfXzGSvr4o7xxPp1amsoJA&#10;65b5D9A4XfK9a5jvPp3EdjvlcXg4+vsl2Zsqg3tJnM19n/BsMu1anORZ45XL/wAQg+2pxB5qjzR+&#10;NW1rdSkiKvguKtwJJ9ftHl5dKpdz2+O4Fq19CLonTpLrqqeA0k1qcUFM14dIag6x7HrtvHdWP6+3&#10;tWbXWiq8idyUm087UYFaCi8xrq85iLHtj/s6QU0nmk16IvGxYjSfYN99fPL4ofGneVL193Z2vDs3&#10;eFdt6h3TT4ePZnYe6G/gmQrcnjqKqnrNnbR3BjqSWeqw84EEsyVARVkKCOSN3s00cZCljQE4zXPn&#10;6ca1Hy/Loq3Lftt26aO2vrgJKKNpCuxpU0NQpGaGoJB8+hG62+PHcHaODl3LsXaD5rCwZKfFS1jZ&#10;rbeJH8QpYKSomijhzeZxlVKiQVsZMiRtEWJW5ZWAWuE+UvQG4Okcb8jqTs/A0PSuVOSGN39uRMnt&#10;DH1MuJzuU2zW0yUO7KHCZpaz+OYapp4oWpRLUNHeJXVlZnTJAI2AYEMPsHH5jyNfT9h6dXdLCazG&#10;4/UKLI1oxGmvdT8VDggimK+WOm+s6l7Gx2/anrSbamRm3xQ/afdbfxjUmaqo1rMfS5SCUz4eprqE&#10;w/w+ujkdxMUjDesqQQC74r+aJ8Cdw5tNvUHyN2zBkJJkgWfN7b37tvBh3ZUDNufcW08XtmKHUw1S&#10;NViNRclgASPJew6lSnZ9pxX7fL8+ir+s2yO/hpeqT6kMo9KVKgfz+XDoWZ/il3/jKB8jUdcZN4FT&#10;yGKiyW38nXMqK3pXF43L1eTaS17KISxPFjf2LXyJ+WXSXxh2DQ9h9o7oenxG4Y5hs2nwOPr8/Vby&#10;roqBMjTY/BTYqnqccGraWVHjnqZ4KXQ2syhQSFEsyQhHbKH86/6vy+fSi/3O022FJ7hv0WHbQVJP&#10;HGOPoagU49J/rXqXe/Z+cqNu7Wxgkrsa0ZzD5Cenx0WFgNQaeSavSqeOqIgmQho40eW4toJt7ou/&#10;l1fzMdo7X3R8ltxfL/vve2Ppd85/Zma6v2/umbtXs/E7ep3yPZFdunD7Wp8Ph90U22MfQR5XFQFB&#10;FRJURRQhFYQWjQWt2AZDPIc0pxNOPD5Z6A2z7+ivfybneP3kaAS7hQS5YAUIAFRjFf8AAfP5EfGj&#10;LZPGdaY7qHYWFqJMFj8zRboyGKj2ptiqyMi0+2oMXWZWSsrcXLlKmoakq3DFpzGzuWIL3a+vO9/9&#10;Nbd6qwHdu4+xNvbb6u3Zgtv7k27uzcc8uApctid2YyDM7fajoMvDRZdq/J4yqSVKI061ijUGiVlY&#10;A/SeILFNI4WPFCceWDkfs86AY6GU17bLbrdNcKts2khjitRUGhFcj86UBHRHMTsDeFdunIbMx2Ay&#10;NfubFV+Qx2SxOPVchJSVmKqpKSvE09I89L4aWqiZDMJGhJ5DEEH2D3Vvzp+JXdO6Ydk9a937Xz26&#10;6qaamx+BrKfPbZrstUwKZJKbBR7tw+CTPT+JS6pRmdnRWZQVUkOw31rcsUSZddaDFCf9XnT7eiyD&#10;dNuui0aXatIfUEH8qgV8+FehB3F0n2ps7GNmdx7MydFjIlSaorYpqDI09JG5KiStOLq637JdbAEz&#10;aQGIB5I9qDv/AOV3QfxkG1T3hv0bHG9zmxtj/fsbz3I2UO3P4Oc0Qu0dvZ80Yof47Sc1AhEnlGjV&#10;pbSpnuLayCLcy0LVpgmtPmoJ8/59VvL+2swi3UmlXrTBNaUrwB9R13sDrLevYbZI7Pwn8X/g4of4&#10;iVyGJx60xrvu/tb/AMUr6ETNMaOX9Gu2k3tcXDfN/O74mYbrLancWU7lwdDsHfVRmabaWRnw27Fz&#10;Wcl29lqjCZs0Wyl2+d7eHGZOlMcsj45Y1DI9/HLGzqF3Gxjt453ux4TDGGqSDQ4I1YNfL0zw6QPu&#10;VkIY5/HCxtwNDkDBFKVwflTz8+ltj+nOyqnP5La0G1auXN4ZKR8nAlVjDSUa11NHWUnly33wxANR&#10;TSBlUTliQRa6sAM/Vvamwu7NhYLs3rLO/wB5tj7m/in8Dzf8MzOG++OGzGR2/kf9x24cficvTfbZ&#10;fFVEP7tPHr8epNSMrExt5obmFJ4H1RNwNCOBocGh4g8R8+rxzieAXMPch8/sOaAj5HiOmPPbcy+0&#10;83Wbfz9GMfl6D7f7ujE9LVeI1dJDXU489FNUUz66apRvS7EarGxuAtpDax/2B/1rfm39b+1IjMiS&#10;IoqwHD5149UIJVo61+Q4V/Py/kCD11S21fUAHkAcX+v5v+LX9t8rqSebgc3t+f624FyPb6RyBQhy&#10;9f5cPnwz+XSeQhSFyJCeHl0+06ghW02BXgXN+CSeeeDf/Y29t073BF+Bc/7A2/1jf2vgTT3FQGP+&#10;Q/589MAsHIU0OKDywDX/AFf5+nenSzD6kH6H+g+hvweLf7Hj22Sm5t9fz9R/X/D28A6hiCQeA/1G&#10;v29F8hIqwUDyp8v846UFKnqv/T6mw+v9SbC1/wCg9t0puQf94PNvz+AOPammCAaHH+rzz59NEgIy&#10;L+3H7KGuR9nT1EALgn8j/An/AG/tum5va/8AsR9foOOffuBFQKn509c8PPovegohNTXy/wAuP2D9&#10;vShpW4S/BH5HPHJsSOQFuR/T2zyC0in6trH+2uPz/gfa1DVWSv6Y/kf+K6LCpM4bTiuftr/qHT/C&#10;QYnuf7DWNxb9Jvx/xS/s3PTTeqjBPGtLg25PpB/ofz/re4l57+CUqvdo45+0D8v9nqdOS2XwogqV&#10;INDX18h/q9Oqv/ltFelyurg+OYLYf2SjG4N/r6fdlO1pHFDSmMkkQKGA1LYCQAN/raDY/wCPvGrc&#10;Y43uZBMANTVBNDU6akf71w/y06mBu6Jiw7iM8eP+r/B1qWfIYPFltxkEgrPXKwQtcBZ2jVrXvbS1&#10;/wAX9rWoBEJ1F2ZeOVC6eEJPpJvf2ltGBlUqqiMjyJNeNBn0/wBXDoHXrDRLnqrncrfs1uouXErg&#10;Ai2kg8m/1Nx9fx7YCLMwt9Df/ev949iZTWNWJ8ugRL8RHlnouGSX9+Tj6M30H4vY/X8Em/uUhBiF&#10;7ix41LwQoU34P0DH/ePZfNi5OnIIzQ+Zr/OnTsa1jJ+Q/wA3T/RreiQ/TSqWuOCAF+n4tf3icBZk&#10;N/oUNwpI+tgbc3HtVCxeCVSD58Tn9vTtlX6628qsOpGDGndGHsePuYjcDj6nm3IP090BfzWabzbk&#10;U6R/xblubaf92yEmxva7H3kZ7dAHk0Cv+jN51/CuPyH7c+vUU/eUjLXu2yDgYPT5+vX01v5Bs/k+&#10;F2NTVf8A3N1bHixJKqGJ5JuSt/8AD6e6W+paUJvPHEAf8Cha3I4P+Nr+5A2RdM+MH/P1ifaAm6iP&#10;oerx3/Q3/BW/3o+7JiT4Ij9P2wR/tv6exQRR3Xj3en+E9DpjRQCKn16QCC8z2FvUx/2F7cf717Za&#10;kXP5+nI4/N+fbhotWxqHD/VnpIxI1VPb6/s/l0605A4ta4+o/wBf6fn6+2Sa1mH+uP8Ae7ce/FiF&#10;+KhPRezAgcAK9OCX+vP++/p/rH2nKsKTzbj6fj63Fhzz7sKaatx8uk0xAI0jiP8AB1MHtinQamA/&#10;p/r/AO3tex91dWAAqK+v+bPDpI9QKf6v+K65p/r/AOw/r/xX2x1ijSR/vdueD/T37TpJatGP+r06&#10;aYVJFeH29S1Nx7TFUCo+lxzf8f4D8/4+9hDk/iPmP29JXUUJ8+uXtik+hv8A1PA4t9P6H2mJIJ7R&#10;Wvp616ZOK4697gH9Vh/S9v8AX/4p9PeiGYElfl02wZ8Hy697bKqIAEgf73Y3+o+tre2ySTjgemTR&#10;aFRgn/V/q8+ve2V15JH+2taw/wBc2HutWoAeH+rPVCaUNPOv59e9tFWltWnkfU/n883P+w97IA7i&#10;ueH/ABX29NPQFSOve0/UIOb/AEte39R/T/W49pnQ8FFW+3h0065r59e9stSo0XFhyOf9f/D6WHtJ&#10;R01MTWnH+Xn8+mjqXI697aJFtwbHn+n/ABv22h1kg1r15CXaow3XvbVMv6geL3/2B5Hu9MGvl0qp&#10;gmlaf6v9X2de9s7j6/i1v959tOSQD148Ove26aMnmwI+v0tYE2sPbVa0qKde4gZz1731jq6oxOWo&#10;MnSyeGooa2mq6eX6+OWmlSRG/wAdLL7spKFHVu5SD+w162hKurKMg1697ffmH8eOy+sdg02/8RX0&#10;+8sfvzYW0IuzcrS4yhpKyjzOHiiyT5+asZRVSLW4WkoYaiBT6yjTOGJ9Ef8AMm27nGt1e2167rSl&#10;xRY0LMnaXb8RVitaKQS2TUUHU5We3Q2kvLn7wjAV49cTBmdayAFYM/A4DatXnTjnpgwu4aTNVGWp&#10;oo5aefFZKroGiqNKS1EdJM1M9dCgYlqSSqikRW/2jm309kT64wKSS0uO3aKykpFbIR0FfiXp8hVm&#10;smo6aooaYUtRX0mPfH1c8q+WUsToX0my8h3a7cOVW5r4VG0laMaqAdOliF0n+IjNMcMoOYb238WW&#10;Wwl72VdSlacCy1rhtQoBpqKVJoSadP8A7NFV7bzmeyOzkx+5cbT46ipaWkEeOw1NNlshFHRPT00l&#10;fUQ0ZqpK6GmpZEAMj3CrpOkKfY4a2ed7T6a/VUAJYBQSw0gA1C1LUHAVzkYFeo+S7gSO6Sey8Sdy&#10;AjaiAlCSaqOJJpxFevezQbQ6t3lPVVFbT5KXIT4KnwOTxmXjy8uKcZqaokx82PfKztOzUUKUlUoc&#10;On64degW9iWCG6RF0t4hAUghioNfiBY1qDQmtfNar5mkNlLO008b0ZKGtVXuJoMn7CDT5cK9cHdE&#10;4c/VWNtLMWCi7WVQSeD9PZzc7g91YLDU+Eo9y1MO790tis5LkKXF1MlfUxbby1JPnKOgyWSgix5q&#10;GpXMELKPM8cvlRTpHtdO7MngpKyzKAx0inA92W+VUqc5qAeHQxe1vtuhWM3Be9uQslRqDdhyVcgV&#10;IJFKV1DOR0w0tZQ5KWR/Cqw495qNg0tPJFpqVi/XTwPJpjlSwIkC6SCCAQbDfvHuml2X1Hn2yG69&#10;1VW6dtbf23lWpNvwYXFbp2T9/ULUYDJ5iOF6LIQZvczZLwSvFERIYl006gsWC5trWCaaaZw9q+oO&#10;CytWqlNOmtKa0JGoVyQKAYlG95jls+W1tHvbj99xrCyGNFja3LNqjeQ1BLyeLpdhwoNS8T0BcfXl&#10;DmN/DKR7d22+1a18tj85/GZ581DvFJ6aWjqsdT46oiq6AYzDS4pJIoJQsd5JNDGxUPveG49w4Ta9&#10;Puf4+dxUOyu0sXVZSpysG46jbbbcy8tblMdNuXbucy+XxGUjxxqKSNpS8E8EskouzAconnt7/drW&#10;4sJoYltkZDGDQApGciSq6guTkaCDQBqHBlvO5W+ym13TlvmN4d8HjGZWK6WklKmRQWGjUSuo9w1f&#10;aKdJHbmy6zdjZfbXbnWeIzXX0Mm2/wC6z0tDVyRpS4Khq/4NkGxdPN/EAlKZTFCEgDU4YD9N2alP&#10;5wbiye8u8K7deZzm3c9kdwbY2fkparaWUjy+3EifAUkdImKr6eaellp6ijjjqB4SI7zXABJ9sTW9&#10;raQx29nMXs0FFJOo8anJ45JNc1JqMUPUO80bluG8cw325bq0P10qxFxEQUH6SUAyRwAqPUnz6Mrs&#10;TA4TbG1cXgtuUldQ4XHNkIqKlyVPUUtZEsmTrZ5vLDVQ09QFepldkZ0BkjKtc31EmzLfn/X/AD+P&#10;9c/X2WMNQHr0R5FB59K73GkQH8f7e3I/1/bDqw0V49PKStKnr3uFLHpN7cfkfj/fG/vQAYENxHSm&#10;NtQOc9e9xHQH6f1/5H7ZKGNmLEV/w9PqdJzx697jaTe1v99/xT3Xt+Lp3HGvXvf/1bSywC6ZAPos&#10;ha41EfgAi+nkfTk+wQqNr8SJvMrShpXzqPPHA4Hn5DrNtaZBOf8AVjovkbAL6kFlVZA7aVNmCkfR&#10;gVZxcWF7j316uSy6QP03Kk2FwOQFP5H190fwyAEapPGgPHFeNR6jH29NdrcK/lXj9nAjp/oQzG7I&#10;yhdKKSwJKhfqoChrlSPqL24HvGeWPpQ2I06gLf7C/wCQG/rf3UHSgBdhUGtDn86eRp6U9OtYApXy&#10;/Z/m6U8EdxFpAsDwOGOqyXA4bgHm97/QH3HkBNiD6r3twQp5NhYH8j+v197BVANX9nT51Ix5E+ny&#10;6ZGlMk9tM1/zelOlLSg2kXnUxI4Pp/pe4B0k6ifza3vXK/4UK/GnbWc6B2j8ldtbRwNJvbYfYWLw&#10;vYm6sfg6Cj3BnNl7wxa7fxk25c7SUq5DNwYDcmKxNHQJVyOlLHXOsRTUVc22a4IneFqhGHaK4Gn0&#10;HkacfU9RR7p7VDNtsG7xW6LdRygOwAqUYaQWIFTpYKBXhqxTh1YT/JD+cfbGG+fvYPwh7Xmlous+&#10;wesNy7u6BppstX1VLNujY2TptwZSnxOMqq2TH4987tKvzldWGljSSV8ahkVgNSFG3H8ldsYn+QDt&#10;/Fbaxu3dtbw37vuh+O26V2/jcfjJsrnNu51s5kM7lUoIY3ymbzfT+zcfT11ZUgzMKlQXP7N16wv+&#10;82YmqAE8a8aUHyGqvRDNusSe2MIh0pNLKIGCgCrKa1NBkmJBUmpzk8OrLMN01uus/nK5D+P1+W3D&#10;tnbe3Mv3jgGy9VWVceM2pkNuw4mixtA1XNJFRUOH7b3lUfaU8BCBIWYICZbB/wDyWqjcHxt+ffZv&#10;xm7Qp6Gjqex+pMtiMliqkJJTTZzb+MxHZmFkm+7iVJKR9gz5YyxOqgia5NkIZy9Amt0lTNGqOP2e&#10;Xz6S8gGbaeZrzZ7xQGmgII+agSDj5aNVR8/l1i/mi77ovkh/Ls2v8sfjmJdx1O0d2S5vZ082iLyw&#10;zZjN9cZimkanqSInh33jaJVlSQm0HABb0mM/kz9V7C78+VXzH+XtdsDZ/wDdXE78kxPS+KO1cWuD&#10;2hVbl3bkd30lZtLF/ZR4/AZfZe2sDh4KaphhjqoY65tDoXk11vC6x28Ku1eJoaE0/nk+n+Doz5Bs&#10;rbc9633efpVMKyUiGkUTUxYFRTtKqqgEAHJzxqWr+az3l8iukekfhX8S9mz5DcO/c11BkN3fJLMP&#10;uGviqKuXbmysRtLH4/KVhr3qcvjewN/ZbOPJBLNLTsuLs6vZGQiv8+vrjYXXPzT2yuw9nbd2am9e&#10;itt783ZDtvFUmIp8/vPMdlds4/L7nyNNRRwwTZrK02HphUz6Q87RB3LOWYv2Dl4CS1RqNPsxToOe&#10;5FrbWvMEYtoUQSW6u2kABmLyAsafiIAqfMivRnf+E+PyG7z+Q/w17Rre/wCaoO8OqPlDvPpzEY6o&#10;qqysOC2ltvqfpTcOLwkEtbPUzLR0Vdu2r8KBzHHE6qgCgAWaf8KEuq+t6L47bA7ipNkbap+08t3x&#10;sbZeU3/Di6ZN1Vu04+s+3chHtypy4T7uXELW4unmEJYoJIUNrge09i5MzJqNNJNPLiM/z6F3udZ2&#10;o2m03AW8YvWuUQuB3FfDlIWvpUA0+zogf8kr5AfKPP8A8wztfoDftTlcP8dMD8Zu0t99d7XWqlbA&#10;ZfdFF3B0DhRu37ZppI/4rBi9x1kAcKpCVLj8+xb/AJQnxV+Nu6PhN8aO69xdI9a5ntymzG/txU/Y&#10;2R2ti6nd0Od2f3rv6n2vlkzUsBrFr8FDhaNKWQOGhWmj0n0j2zdyzLPKgdvDxj5Fc0/y4Na/I9Ku&#10;SNn2uTl/a9xl26Jr0M7Byo1VWV9JDEE1XSKHPl6dJ3+YJ8r/AJ7YT+Z13n0FhclubH/EBsfsPEK1&#10;JlKuHFT4vc3QXX+T3Tj5KVa9IGpchujM5CKZPHaTW173v7J1/wAKQL/84aXFr/7MQb/1JPRpPPtX&#10;YkFpqH+Efsr0R+6hLHYjSn9t5f8ANHo0v8isW+UP8yexv/v1PhH+b/8AKN8oD/t+f9f2E3fX8uT4&#10;x9bfykNt/KHbu39xP3fW9YfHTs+u3nkt2ZyqWet7ZyvXdFuPbke3Iqum2nBgKWLfE32pFCa+P7eL&#10;XUv+4Xsk8jXPhse2rClPTh/gPSLcuVtptOS4d3iif68wQSFix4yMgK6fh09xpiuBU8ah10P/ADUP&#10;nvvj+eNJ8M+ytt7Y2x8Vs32z8r+qdl46n2XS0lbmMJ0XtntnO7R3xBu2paqz9TnMz/o5pWqkFQuP&#10;eKtl8dOn7ZQ/X8gHK5HIfCne9HWVU1TBg/kbvbF4iCSzJQY6Xr/qrNy0kAABWJ8tmaqc3v65m55H&#10;tm8p466jRNPrTz/2P8vl0IvbeR32CdCaqt09OHDRGaftJP29Gd/miUNNS/IfblRTQJDLk+ptuVlf&#10;LGLPVVce6d7Y6OaYk8stFQQxi1vTGODz7s9+UvV+2u5/j92l1hvHf9d1btLd23Bj90b6x9bh8ZNg&#10;tv0+QosjmGnrs6rYimxWSoKKSjrDPZTSVEo1ISGHlZ/FApqySCSfyH2+dehbvdkl/t15aS3HhQSL&#10;3PUAgAgmpNRlQa/KvVVG+flTvH4f13X/AGp1r0vWd9djrvCmxmzOtKLGZ7KDN52so6unomNJtqmq&#10;8zJVUdTMk1KtOjyNUxoACLqddHdPWn8obov4p9/9aY7ujrfvjurKbT7HzfWu/J8ZXZXeNFvWn2eI&#10;Nh7cwW5NoUNdg6Ogi3djY5FK1ENLUrVP59cOpiuBkYiopT5YPr/sY8z1F01pyXYbPuFol/FcX5SR&#10;kehLatPYqsopTUOOAa5xno1/W3yF/wCFAvyB+VHxi7RzPxMrvjl8aKnsDqXb3cvXVTmMHTSU3XFf&#10;v2Juyt6Zjb++Mrht4Q5GHYmTlvT/AGs1XTyUSmGMSsIwJX/CePcGVqNufK7a01U7YTDZnpzcFBR6&#10;n0QZXctF2VjsvUqC+hWqqTalCrEAEiEXJAFngBUGnfXH8+nfbmRjFu8Z+BWiIHlVhID/AMdX9nVl&#10;X80DFUiZnpXLpCorshj9+YysnFg8tFiKnaNZQQ3ClyIZ8zUkDm3kNrc3vk7s6f2P3t1punrTsDbu&#10;C3FhdxYjLUNMM7h8fmf4Hlq7FZDF0W5cPHkIZhj8/hRkXlpKuEx1FO51Rup59vhdbUJIWnpjh/q/&#10;z9SBfWcG4Wk9pNCHjZTSoBo1KahXzHkcEeXVFfyI+THyF+JOA2/3X8ftvLuCp2jnqLK78jbIVlBf&#10;ZWNqqSuyFDUCiqIJaqiyTUgimjZZYinLIwFverh/JZyVD1Z81OyuoexMBgIN0f3U3ljKDJZagopc&#10;xtXfnWeSqaTO02GyddCtZiEqtrVWdirGhaJ5YoQsg0agKIVBYN1FPJDpab1d2V1GviaGAJAJV0OQ&#10;CeFV1V+Q62DfnJmq3tb43dM9z9WZqor+vNx1u191ZRYZpkpM91n2JtF89trLvBSVD01ZURbgjwjQ&#10;o/ljC1Lsp1KpNefdW6t/b87T7B+bmIEa4DMfJ3NrtrJyLK32Gfo6j+/W0McYXjj8lNQbapqZRqYS&#10;aYQGFzf3WhAD+Veg3ey3E91cb2n9mbo6T6Edyj8lp+zozHXO5tgbfq9qfDbKzyJ2LRfG3Eb/AM1h&#10;kEISfaVVlD1/uHICVJXaOaTdUki8IUPluG4t7uD/AJlFTtL5b/Jn+X91LtHDYdJO5Nt7Q7F3Pn6L&#10;H0x3BV7B7LyeNGJXI5ymgp8nU0O2Nq7ezFXFD5lCidnCpdT7WTKsksKIuGofnQ/6jToW8zSQ7tuO&#10;wW0MYrKiuxAGoq5xU4J0qGpnz6re6b7E7X+K3Qv8wnureFFHUYDpSkrNudKbcarkCbj7D2ztzIee&#10;jnpGqJ6Wlm3f2DuLB4qNvECChuX5AsI+f3xM+NXZPUPW23uze4sV8XOp+rMxnK3BYzB/3L2ps7IZ&#10;XOU1OIoI8JkaelppsrQRpVtSxUIErtX1LMkjPcPzRxuMvoiXy+fCo/1cOj3ftosJ7aBLq9W2s4ia&#10;AaVUkj0OPXh6nHVT/Wv8zb599N7x2ts7rz4VZv5R/JjtLZWHzHYsVJBvnL0204hWzxwI+awMOTWj&#10;x7IYDWVFfPHTQCCIGRAPdJH8wWL+XZivjp1LtL4qZvYe5O4tl7s2zgN1bl2rhc/j8xuraVNsfcdP&#10;uPcO48lUUEWGzFVkd1UeMnLGonmikndYT4zLZJKIRHRGBcMOFeFM/Lj0Ct9GwrYW8W2PG10jqCVB&#10;BZdB1EmlDVgDxJzjFerSf5Z+7v5xO5/lN2vkvnv1hTbA+O26ut93br6/oKfNbNy8W09/z9ibMbaW&#10;x6f+E5uo3BHHQ7GyWZRnlooYpfskaVlkMatYn1HtLafcP8lmi3H2ZtfBbzzXXXx9+S+Q2Nkc9j4M&#10;jU7Vymxp+1sDtbK4SSqEslBksTjcBSJDLGVKeJdNgAPa5FWSyUutSEYj8tWR+z+VOj21iiu+Uke5&#10;iV3jt5iteKldYBH2ACn2dBv8yO4fkz0x/MZ6E2n0HhpoOsO0Pkx8c9u977io7iSj2jvPfPV9PuPG&#10;1CrLFG1Lm4c/UrISjkCUn68+yY/yVOiOme7B8l/9LvWWzOxv7sjpv+7397sFQ5o4Y5n/AEq/xU47&#10;7yKU0wyH8JpvNptr8CX/AEj21t0SS+LrQEgrSox51/1f5uiXlSztLsbh9TbrIy+Hp1AECuuuTwrQ&#10;fs6E7+dR8hfnZ0RU/GJfhVt+qz67s/0zDs5adplFLHg36kGz3fxVtH6pP4zldJOq2k/T8hL/ADXd&#10;74rKfL/aPQFXVnaPSPQW2+sNkY/b+Bo5Y8VtXDZ7B7f3Dm8pi8VTxTCSqo9qZaipYUhjdRT4+GNE&#10;1B9Wr+RXuUirSBABjyHn0k5jljbc4rOoW0hRFoOAqASQPkDT8gOjw/EmDf0PxWyXatPgKXcHfG/N&#10;u7p3VJjspW09Kue39jqPI02P25kMpUVMUVFRVe76OZZZJZUEbVMju4UAgCvnFuP4Wybn6l3J8GpM&#10;ttyTDY7I028KeDH72whx2V2/VYOp2VuSirt2SHIT5ys89YJ54JNYeiilc+RyzN3jWhMTWdQRWvEU&#10;pwOfPpDuj7YXt32uq0BrgjhShz58f2A8egp/lpH+ZxU4LurEfzMdudeU9RNlNq13U+Q2fmdm5g5L&#10;GZum3RDv3bmZodo1NVR0tDg5aHFvSmYXmGQmRSUist0nz+p9s9y/ywMZ3xuza+DyXYLdX9Bb229u&#10;esxdGc9tyu7G3N1YdzRYjIKjVGPgytHmZYaiCOTwyLa4JRCBDuYSXaUneMGQohBoO3UVJ/bUjoRb&#10;v4U+yx3LoDMUQg0FRq0k0+0YPRZuv+2+9dg/zJekelNjYWmqPjbvrdPfey+ytxrUzySQbn602F25&#10;ldv44QieOMtHm9kxr5ZImb9QBUkj3X18GPgtsX5f/D3svL5TKVeI7YxvaEuwOvd65WqzebwuxNs4&#10;Sn2BvvJ0GM2lT5jGY5/7wVG6srHO7E6JKsSoAwk8qXatqj3Hb52JpOH0qTU6QNLYFQM1av29E23b&#10;bHf2MpLUnDkKcmgGlsDhmrV6Qn81v+bN3X/Ll+XHTeHwfSsvYvxym6rp+we4Jsd4sDkdw7m3dX9p&#10;7F2xgafes+IzVNiKrA1ezMdkWU08j1FOpgJUOjpfL8Tuiqz41fH3YHSdfuOm3bV7K/vV5dwUeNlx&#10;NPkP7xb23Hu2Mx4+eryElOaWPPCA3lfWYi3ANgLtttvobOK2L6tOrNKcWJ4fnTj0e2UBtLZIdYLC&#10;tcU4k/mOPGpz0tOqPlHSfM/ZeG+SWO2fWbCx/ZdLRV9FtGuy8OercJHi8bQ4R4KjKwY/GQ1rzVGM&#10;eYMtPFZZAtiQSR/m+hJNuODz9bG5vy1z7Mo2YSBYwan7OHpTh6dXlZmciM0alP8AUOH5dC9RqLWJ&#10;B0nnkm92P4N/6fj20ubD+p5/oPpfnkj2qGou34c/P/J8+kT1P9phq59Pz/MdKeFF0qOGVgGBFjYn&#10;9XAXni/tqmY825v+bj+n+uL39r4gKqCaHy49JmYKNP4h/n86fkfs/Pp+plGi/Ave/wBRze4AFrm3&#10;/Ivba76V5P0N/wDbn8+3sNIfSlP5f6qE/wCx0lbwy7EE14Efl9tfzNOn2njNlIA9XJ/JFrD83+q/&#10;nj3Gc35+v+H+Bv72KDLED/V/q+zpOxGGYjAwfKo/wfPpwjUlgLf8ki/0tz9LA29t85ABPHIItxYk&#10;8Wv/AI+7KNVAErSh8/L7ei92opLfFUHzGflX9o+3p/pQeFuQfwbAkf42tbjj20Of3U+n6v8AeSRz&#10;9BYX9q4lJSVix0kf4P8AY6RSP3mlcsB+wj/Dx6e41Hjc/X0strEADQbf6/19m06cNpKQDg6lAINj&#10;+pf+Ke4l53xbzljUUzUVHn/lNK+nU5cklPDBIp+dfs8h5/PqtD5YoXpckdN/25iOWDLaFv08n6W/&#10;1ufdl21k00FLICpRoo0LOXLlQw5GkmwLDgcH3jLuEwe7khbUJgSQAABUj58eOTn0PUyPpeILXvK/&#10;yH50rkev5dam3yOo7ZLcMiBWVqisDE6i9i9izafSCSPobE/j+vtbVKn7fk+oINV/wwsTc/Qf6w/2&#10;/tiycG4wBpJxT08qf5z+zoF3tKSMBxr/AJuqqNzR/sVl76g731WvfX9SbG1x/T2nCbsSSeT9R/Sw&#10;P9PYsQUjVQBjHQIlILmnRbMkf3pPzdzz9Ba9xx/sPcuA3XSOfUfwRa9ibH/Eey+7UeJ4hHl+3pyM&#10;kRkfLp1x0hNOE+o/Fx9AbHj/AFwPfGUAshJb1abn+i3AsOP6H25bs2iQBRVeH25z+3/Y6fsQPr7W&#10;vHV+zp3wiBtyYkm9mmS/0+lwLfQWsGt/sfdEP80alMufDAH040Dn6ka3+v154/wHvJL21oeVJBUE&#10;mb7QO1Tjh/n+fUZ/eQTXcbaVGfAA/wAB/wBXn19Lr+QHNq+HlDDwNGVqyRx9dRH+8A/7f3Sv1jTt&#10;Hu+hJH6aof48XP8Ah7kDaV03CmtR9n+HrEa1H+NxZxq6vdf9D/8ABG/3o+7B9QMEdvqEHP8AsOLE&#10;3+t/YkGoyVYmmf8AD0NiajJoMf7OOkEo0zSD6XY/6/0uf8fqPbTOPqP+I/1z+fx7c7R3Ed3+bph3&#10;pk4/wdOMHBB/H9Pz/vH4v7TtW2lmF+D+Px/j9fpz/j70VrQ/5P8AV+zotdRX8/Tp2iF7f7z/AMQD&#10;7TlS925/JJHqBt/sCPbhAoM5A4U49JHXjQ8McOpHtukNyR/h+P6cf0NvdKf6KDUA/s/b/h6Yata/&#10;Pr3tkqlup45Nzb/Hg/7Ee/SPVQw8z59J2rWtePUyP8j/AFrD2mqtRawvzf8AH54I/r72XbKnyIz5&#10;U4dMv5ilCOsntNzrYtb6c8fj62B90cCoZTRgeP8Aq/l0nIOSeNeve4AUX5IFv62/3j6/ke6OSpBU&#10;6h5ef8um6mpannQfZ173Dql9J+hXnkfW/wDgPp7pUUyaH/V59Ny0CkkGnXvbDMtr/wCx5/p/X6D3&#10;QilHwR/q49MtpFPTr3tkqDw45P1/BtYg2Fve34gEjy+z/V5dNvThxNMde9ssyhuPobfS34HN/wDe&#10;PadqVajdNmmOPHr3tlqBx9De44t/t/8AW9sHSGfUwpp/n1U6DqAHXvbNKlmJN7XPH+9f4+0eoKRo&#10;7W/4rpkkLRVw3r17221SfkCw+lgDyfr9be70NMmvSpKjtZqt172yzpxwCBf+n0+vH+8e6laggEdb&#10;NK0r173BdLi30+p/1zYjk+2ymkVYV/1enWuGeve2mo4J/HI4+n490oCeGOt1Oqg4de92v9w9kfG6&#10;r+CWw4u/DuKmgysG1JsRXbAikqNxjKYeCXbVVNlIlC08OM+5jkhq3n1CSlmdI1aRlUhLd0aHcZL2&#10;7lJ2eirIvdWrBTqQqDgAlWqNJB0nu0Vygtdw2Dc/bnYNru0YcwOuu3MWnUWhRoiX1kKKUwfi4Fci&#10;oKfSbX7QpfkNm9w7VyVLUbOixwxm5qDdAqY6KN8tW4zPL/dmopo6iolrEo6mQ6LJCkkYEjAOvvWv&#10;x9atHks1Pt6MLg6DLZRsVBTVspeWN/vYKKUjIeSpnmioHXXZF9IBYAn2AYZwkk30+lYAzaQrZOoE&#10;VAfUxAXjjgRWhz0GNygSeO1S9Y/VyxJqLKO2hUkdlAAW4VJzWnRsPdgHx1hzkezcpvfE5LcP3OJz&#10;WOipsdjcZR5l8rTw4bLyDHeCoqKWaGspiwmgEbqXZVUf4SPsbMLHx/El0K2AFVtQC4UamQgjJABF&#10;TQUIr1G1/AUu5xHGBOrKoI4amJJbjxoPOvnivXRseDY3B4P5HAPH5HPPsSqTeW5cpuDI4Cl2J2Dh&#10;hBXkbhqdx00VPjmrWyEEEiyGnjggp6yoMvkeMlrN+SSfZ9abjJcTfTrt1wFByzqAoOBQEEipqKge&#10;oyeiy6s5UjM31SNrejKCdVfMsNIA9CDU/KmevAggFSCCAQRyCD9CCOCCPdnG2tsY/dGxcdt3dTVO&#10;SpcRWU+QpoEaqr8jDLTPishR1mJq4shTS05x89CjJDd4Z2lCnQU5NbyGOlVVSCBUVNKqarU14gZx&#10;woOpJ2WBb7a4LG/kdkikZlGWcVVCTGda6aUHae1tRGCK9B5m558TmpMjjKemR62jihqJp6kUFJJU&#10;U0tWtNDX3o6nyx1DVBLTLpmgEIsHVyntRtgN1dkU+y937w2V/dJK3Jy0W4MfnNoR5TL7qTEPIlFR&#10;7iGESp/yjGrQrWY95JpoKeOpQs1yLEEMdmDLawLpdVU6H0Np1M2klqtSjLXUWI+08BdPa7vvx2bd&#10;t229YUaUq5MLGScLwWVVFagKGjBwKqScg9ImizWz9qtubB7b3EMjVxUkVfHiV3JQJQ4CCplqFjrM&#10;Z/EK77ekpKusqmSXw3Mk0LBY9QYe4eO+O2a7Z2nHt3rGsxu2t15fcOZ3Lu1cttTDZ3auXr6nC19H&#10;U5GrxVdQtjY8h/eQ0WQ11D1f7ULKAVufet6uLXZbdp3uI4bBzn9MNrJqdOjAJJ8zU4pU1yl2flC5&#10;5v25LbZzXdvGaSQSAGHC0LGi4JNKBtQAOoZGWbszuzAdLzZHPdhT01PsyDH0VJj6nHJM241qJ6gM&#10;kCQDJNU1sMkJZNUUUbedEVidYK0W9/YebC9vdjYOeelqJMJu3N4ZZaGho8XjzHi66ahj/h+MxsFL&#10;jsdj9MP7MFPFHBDFpWNVUAAovYfBCrQ6aCgPGn+fGcD7B1F12rw7luULlC6TuCVFFJDEEqKCgNKg&#10;UFBinQ/YKqhrsJh66mjqoqesxWPqoIq6WWeuihqKSGaKOsnnlnnmqkRwJHd3dnBJYnn2CLxleCP9&#10;j/j/AIey4ALX/VTqtfn06+8DKCAfp/vh/h7pp1LXrYb16974PGLf65H19sSLVSRxHVlck1697hSR&#10;gE8X554/PP0/qfaYqX7TgjpQjE4r173C8Xq1WP8AW/8AsL+9ae6lRSvSjXileve//9a0xioZCobk&#10;XFzbkiyjkEEXvcj2BlEmmUMRxzT7c+lDwpX86dZtNqFSFz5/8VjNegA8qQxwEAnUqjSAQVuAUDFw&#10;eGJN7f7z75y3Yarm72AAF7cC6gkamtY/19p00qRGQO05r/hIrQV6aatQGwwp/qpX5f8AF9KWlFrN&#10;9DIpcKAAbnlUHpB4H0v/AMa9x2KiS44GnhWuCeDybgWZj+fexqMJDHOriOAyMceAzj5n1y2xIDCn&#10;b8j/AC/afXpV0cRJS2giwIH5IsDc2H9LW/5H7hNZgACQzazpuVAKll9XNrn/ABPt1mZQS4BUU9Cc&#10;0OPP7aZ/LpsnHCrf8V54x/PpQwRgN+2DckqfqQx0/kswsBbj+v8AQ+y0/MTpaP5EfFrvjpzweet3&#10;11ruLG7fVo4HWLd1HRvmNk1TRzlY3+y3bjaKUjUhOj0ujWdX7WfwLmEY1Bq4rX0P5EcOizf7Bd12&#10;XdNuoNckJ0iowwFUNOFAwHnX59Avuzsab4yfJT4d/MmlLU1L0J3vtCo31UxtUQyS9W7lr0292JRG&#10;akDzx/ebLymRpwdEqgzeqORbxtoRfFHH7u7x7T+O/wAQq1xN13uP5LYPdmXwNRDUuEqs0m2dvb4y&#10;FVTGYRuKbY+13BjCRu2hlZ7adAsnIijmnX+0CH+VSP5nrGPZUuNxvNr2Imtq92GKnhU6Vcn/AGi/&#10;5z1vafKOq2z1P1h3n8ocY8sHYWJ+PWc2TtvP0M9OGHlqMpktk09FUJE0itU74z9Mwl1yIoKsiXvr&#10;s1/nZUG7Pjh/MLwHfewp4sRmezuoqHLQZeGKUFc5S4LcPT2445NEkQlqk2hBRHUCFInUMrWbUj24&#10;xS2nhAHSp/2f8PQv9wUn2jmiLc7YgPNACCPWjRNwpnRT9o6p7/kAtt7tL4B9xfEPfSVFdjPjr8ld&#10;8bJhw0k8RK7F3Ll8B3btOWnYxOYKKp3VnMqgBBa9O5RhddF5X8mzpUdN/AfqaWopBTZztx8v3LnH&#10;8QjaoXec0EO1JtXLuJNhYnEm7fW5txYlNeyBpydXwmn8vP1Hn6CnUhcibcLHlqyJGmaesrHhXXhM&#10;+faF6KL89+x5O2vmj3tuFJHqsTsfKY3pHbOuQy/a47q5J6Xc9Ki/ohC9oZXPuFXk6wT6ifes9/Ob&#10;+SXX/wAlvmF/FevabclPS9T7ATo/c53LjaLGvUby2N2b2fWZuow6UeTyZqsGV3BCkM8vglkdHvEq&#10;hWYzs4/Dhx8JNR9hA6iTnzdbbdt9L22ukMfhNqFO5JJK0ye3Ipw+zq5L+Tz8WeyPi38fu3IeyKva&#10;tS/ffyKzvyL2Um1snXZMUewd89QdLbdwlLuA1uJxS0O4hWbJq5JqeA1MMcMkREzOzpHcv/Mq3T/w&#10;4z/LK2t3X8bNq76z2D213Vjt+1W2sht2L++kmE2ljuw+uNxyJgsJks4Zf4VkdzLVSGCWotRwSSEB&#10;QWVJb6YLpo3IB0+v2H5Y6HXNcq80cpQ320wyMqXAcqV7yqh427VJ4E1xXGeqqPjpufan8vP+bF19&#10;1t8ld57I2fP2V8eOzOosTu2fca0OyqXdW6dy9O9nbYpqzP5uixVPSnOUGwpKGAVIpw9fVQxBi7qj&#10;E7/ll/zSd49VdVdRfDrDfFbefamV2tvqtwtRujZWUzNRX4rau+ux8rujPZTL7Qx+y8/WyZTbb7hr&#10;9EYqKeGaKmQO8RWRi7c29XeYz0UrwNPT16JOU+cJrOysdiXZ5JikhGpSTRXcsxKhGNV1NioBpmme&#10;rNvmb8Its7931vv5GV3e+2dk47cW2KPK0uI3DS46KiyWZ2zs2gwmIo8XuOp3LiqT7DNx4qkJk8U0&#10;kbzsVEgZFCU/4UDd/bH7C7p6t6IwNPuBN5/HZN6Nv2qyFBSU2BqG7d2t03u7a8e3q2LI1FXkHp8R&#10;jm+88tNTLFK6qhl9RXdghEbSEUDf5zX+Z+fSf3L3K3ub+026NWFxa6tdQAv6ixMunJ8hnAz69B1/&#10;Ju+NXYPW24vlB8ktwVe2ZNgfJvEdF4jrqkxuSrqrctNP0Pl++ds7zm3Nj5sXTUONp6vJbrp/sDDV&#10;1TzpHK0iw6UEhluze/tkd9/yD93nZNPnqb/QxtD4ydBbvXcGPo6F5d8dcbm+OCZ6pwzUeRyArdv1&#10;C5aFqWeQwyyKTrijYEe6rGUvQTUk1NfKhrQdG95uVtuXtzObdX/Qjt4X1UHfG0FaUJqucHB9QOi1&#10;by6q3D1h/PP+EMm43xMz9g9l/MDs7AyYqpnqQm2d3/Hz5JyYyHIeejpDT5WNqBxPEvkjUgaXYG/t&#10;q/kA/I3YNFsrfXxVmptxf6TMrv3efdlFVrjqRtqHaK7T6s2i0D5QZMV8eaiyuJdjCaTxGFkYSk6l&#10;V25Q6lkr28D8x5j9nDpn223K2EU20HV9UZWlGBp06Y141rWo4UpTz6OL/NB6m3PU7h233Uk2J/ud&#10;RbY2/wBeTwGqnGcXPtm96ZxZVo/szTNjXoq5V1+fX5FYFALFjzfzoOve2eyfhNm8b1Jj87mpcR2D&#10;s/c2/Nu7dparI5XP9f4qHOpXU0WNolkqq+nxW5arF5OZERykNA0hGlCQzbuyzCOUg0X9mARX8v8A&#10;V59CDn2G8utiljtNTFZVLqoyUANcDJAYq3yC9EK+Ifyd6F+PvzB6i2p3dnMDtBu2Nt77wWwN47ry&#10;NDiNuYLfUCYqbHw12YyTw0OMqNw4mPIY2ld5IlkqaqOEHXKqnX6+Ku8tq7o+M+//AI0bH/l5UXeP&#10;yQ3TS9h7dfvHI7dwuTl2Gm4MXWUVDuioz+4tsZKp2Jl+voq0GmjjrcZTmpghlMyTvYmGklgQ3Ua7&#10;RcQSbVc7VDy2J90cOvikA6NQ+KrKdBTyyvlkE9Hm+a21O3tlfI/Yny133/M8oPjh8Huv8r1JvnL9&#10;I4vG5OHLdgvtLO4vK5PY1LkNt7txr7z232xNjxFUgUGUqHo6yop1pZoFB9mC/kK987J2B3B2h0dn&#10;afPvvH5BpsxtiVGPoKSowUDdTbZ7f3ZuZNw1suRp6vHtPicgv2fip6lZZVZXMfpLXUd6kDP+r9vR&#10;h7fX8MF7d7c4bxrkLpoMfprIxqajy4YNT0YX+ZD1tuDc+yNndg46XGrgesmzy7kiqaiWLJSDemX2&#10;NhcQ+MgWllgqViraY+fXLEUQgqH5A2uZDx9ObcXJJB/2/Nh7UUoxo1V+ymP8lT+f+DqWq0ViSSKV&#10;9Py6pM3Rtqi3dtPcW1snCs9FuDC5DE1ULi6mKupJaY6lt9VEn1P/ABHvTJ/md4HdHxU/mHb67C2H&#10;KcNN2Vt2fsbbtYIiionZu085sLf7rJRy0/lnrM8M1JzpI86+RZBdpGnGlzQU+XUJc0JLtfMVxcwd&#10;plXWMfxqVf8AadR/PqzH+TDuek7t/lzbe6N7AL5HNfGjsHdfxw3ZTvNI0xo+sNz47d/WS+KtjmeC&#10;np+t81t+BdLSRsadjE0fEcRmqn4zhP5F9Lnv4dANxpvtfkq6CB/MVqd0nr1a3y3BMp6veOcsV0+J&#10;dFjYP7U6AbM57gdVP5Y/Lj0aHaz/AFE8TSNYk8b5/For/vFD9nRdM12xPiP56Ox+0TX1n91d3U26&#10;fglLVNOvgixWL69g7Rx+MaEqVFI3yBxVXTxoG1monMlxdo/aS/ky7e3J3p8ppe2d5yLkqD41dG4b&#10;ZG1JmhZkxc+TpZ9mbRoVeWSTQy7UjzpuDy/ChV4FbViZ0LE8Kf5P2U6Scnxy326C6lNRbQqq/Int&#10;Uf7zq6NJ/NKmxWF2N1D0Dt9JIP8AT733Wdrb9pjKBHktp9SLj9855njjRRIp7GqdpWQi1gSxLWuv&#10;/wCfP1123k+wOoOw6PF5/MdOYjr7I4Np8fRVlfh9q71XcWTyOersxLTpLDim3DgJcYkUs2hZlxrh&#10;SfGwFrwyMyluAHpQevl9vSnnu3u2ubWfSzWix0qBgNWpJpwqCvH0Pp00/wAtD5YdBZfsTvj411G5&#10;dt7b732nuXa2STC5vJ43FZvfm081tyk/hn91qWrlgqs//dvMpWJVQ0/lenNdCzKomUkmPyQ3rtHu&#10;z4obZr+kvgTj+jtndU12yMz2H8gI8Jg6OpzlTV0FVsym2pRbsO3Mbnd44/N7g3TBWzNJkayo1QU8&#10;k0CKolFZGEkA0W9AtCWp+VK+n+Xoj3CWO82xGs9kEMMRUtJQZqNOkNQFgSQeJPAn16dvjZs/unoH&#10;5s1NF8sP5klH3tuXvHCdo7P6B+LmI2/lMBSU1Jja7HdmZLsDOYSk3Tl8NjM7tPZmw6nHwyNjaWmR&#10;a6qigqmeXwNaB/Lg37gvkL/La7b+KWx4MzF2VsLqTtjZOelytFRU+Bqcn31ku6chsqXB16ZKSaui&#10;igl0VfnjpPFKpA1KQ/tXbMklq8XBlUiv+mrQfZ0INiuYrzl+62yNSJ0idSTwrJ4hWmeHrwz+3pG/&#10;zI8jH8ed74v5Lb2emk2DhOzumOzJ46CWolyceC6c3h1Rkt1LVwCjfwzNBj3MAi85dSDa/p91afBH&#10;5db2/l+b47e2PunoTdO8Nw9iJtWgrNnS1WR2hu/EZ3Y026vsYUoKnb2ZnqqSui3NVCZRT+QGJHQs&#10;oZWYtLl7NpF8KrNT7QRWn+HoN7PucuyyXUMtkzvJpwaggrqpih/iPl0f3s3Z3Xfy12V1/wBj9edv&#10;bSyGzMfTZWtxO8tu12L3XtPMYnckeEllniyuOy0NIstP/C4Sv71h5GVwGtYa/wCYN0T3X2Fubq/5&#10;57Z6N3ElB2Ps7Yee7R64zO167clfsDfe0IKTDfw3eu2K3EUORymy8xhsPRRLUVNDHDPEjrOsSywi&#10;R68glLxXSwnuUEilaEeopw4dKt6s7u4e33mO0Ol0UutCdLLijCgwQBmlD50qOiJ/G75p9C7V7W+R&#10;X8uzt7vHD7B3lhtw5qo6R3t/fCk2TD2D1p2Xt+DIyzdb71fINj8f2NtLdVdk5BTQVRqozLDNSiZo&#10;anwuOG+bXVe/6THbf6w/lG9M7p7BMwx+YgxfWm2dx46DKUphSsp6PB4Tp05dTKzljHPVRvRgqHM3&#10;L+3FvIpNKptSM/nQDjj0Wvrjyr00u5QTYh2CNpfMBQRX7Alf83z6LXuf+VZ8wKevr872r/Pp+T22&#10;uqqQ1GTwMuCzma62z74qsSZsfLnN6Qd30mGqko4ggaRaF4q0hnRKa4T2ej+bB3H191z8McV0j/db&#10;LbUyndeA2xS9bbXxWAxmNwOzcZ1Xu/qrc2V2/mKOnqqGLbcGHwk8NHSU1JTTIsqCILHGmoGu73EE&#10;dgsCoytIBpFMAKVOc4oMAZ6Md8uYYtvFsEKmULpA4AKVOfTFABnod/5fnx27OxOQ6JyW5uxMf2hl&#10;+kNy7q3D2f2NlM7mMvmexMjv/r7t/bS7pospkUydduTKZzcW5lrauqrapZJo3kmaSSQhXJ7/ACj/&#10;AJidT9VbQi+N26KXd7dg9o97T5DbFTjMPQVe2xFujbOxtsY+PJZGXL09bSTRZHb0xmApZFWJ42Us&#10;Syqzy/fwQUtZA3ivJigxkKBmvqM4/b0V7LfQQILZywleWoNMUoBxqD5Ho7HzB+OtN2/NU7j3JgNo&#10;7n2Vhtm0MWUxG44VrZHqMJlNwZRpoqCehnppgsOVTxnyBtYYWHBOxczEH/bEH+lvx9Pzb2NuKGhz&#10;6epPQgkJkDBXq2cetRx41x0Tbau1Nu7NwtDt3a2Fx+3sFjV8ePxWJpYqGgpEd3dlhpoUSONGkYk2&#10;H59t85NrDkG30+vP+82t7Vx6CCzAaqn7P+L6YJBYdw1eflX519T/AC6W9KpVgLabG6gngC5IA/oC&#10;P949ts3PFuSPqB9P98D/ALf26jlCHr25r9vSeWpI08eOTj8/s9elHT/Tk2IsVBt+TyB/iT9PbNP/&#10;AGvyL3/1iT/X/C/59mkdKRuDRiv+o0/zdImNH1ZLUH+CmB0/0v0UDjnn/D6gi/5HH+w9tcpNyPpy&#10;P6/0v+Pzb3ZDUEkVfP8AqH59IS7MzkpUkH0x9lOP+z0pIRwtgDxx9Dbn/H6ge47njk3H4t/j+L/6&#10;w/2HtypJoq5P2+Xy6bkJpqCUqfT/AA4/4vj1NgW7Hj/Eg83tccW/oT/rW9t0503F+ObfT/W4/JPP&#10;+HuyGSQAhc0r5/P8ukM+qhZePn+f5fn0/wBOg4/rwLHj6cgn+lrfm/tpka8qkW/Uv+uDf/X9mAGm&#10;Jh6qf8Hy6LfErNECpH28enyJP2pB+BG3I/Pp/r9R/tvZtOnv1UbA2JZR/rcr9f8Ain9T7iPndqRX&#10;KlakL/k/1H7Op05IB8NFXVXH2+vn5U6rQ+WClqXJqfp4p+VB9QKsCARze3APuzDaZ/yCjJ8ZYwRq&#10;Ax9RBve2q1jc/wBf9j7xf3NC15cINfhhyagYGB6cR/qI6mfQzQmgPDHoP9WOtT35HqseQ3CwERZp&#10;6pQGkPr9UjLp45t/tvz/AEsvp/VSMCbFfUg/VZRwqAn9Qta5+pP+x9o7Q6LtCBhhQ+WfNvlny8h+&#10;XQOu6FJKfPqp3cZWanrje2iSUp/a4DkKo1XNiP8AY3+t/aYNrk/Tm4HH+tb/AJN9jFKkKta/6uPQ&#10;GmFG4evRaMqP3ZDa3qNhb6fUc/jge5MRsjG/0Avf6Wtc2H1APtDOA0qCnH09evRZDU+LqbQE+Gwb&#10;kAcN+mxW/wDr2N/r7zvHd0vquCTwtzcEEWHqtx7SwzkRyAUpT1p5H7K9G+3QsLy2+3pebex7/wAf&#10;xN1OvzoRZS51a0sLAH8N+fdHP8zaHy5tzY/8ALfQDjVxYC31B/3n3kr7UkScqOCf9Gz9tB61pThQ&#10;efUZfeJQeLYNpwI+B+wfb+zh19I/+QbeD4q01P8ApByE7qtubF2DXsADd1P+w+vulnrulA3ZSE/X&#10;7n+n9Dz9fzx/vHuT9sUeMAOsPLX/AHKVaefV9EptG9/9Qw/24sP95Ps8QOmNbc+lbf7FePp/j7ET&#10;VY+gz/h6GjkEAE0NBw6Qqj9x2/2og3/2/wBeOT7baj6H8D/X/wB5/wBb3vtJNBU+Z6ZcdxBOP5dO&#10;NP8Aj/Y/j/X/ADb/AA9piuPPBIsLfkfXi9r8+9FcrQ8ei5xqLU8yfQ9OsH5/x/417TUpuxPJ/wB8&#10;B/vfvR1CnSFqrWhp1n9wZrEfkW/P+B44PuhqM1Gf+L6ZbiadclNiP9e3+39s07WF+Tb/AAuTb+v5&#10;/wB596JDEBxQV4f5B00a8Ccf5epSfn/ffX/D6e2KpCm55/3gWNv8fra/u5qcLwr59J5dXy49ZPac&#10;qVNze/1/P1It9fbTnFAPPpO57sDr3tukU/jgWNx/U8W59+BBZQoyOq4qCeHXvcKoJ0H8sR+ngfT8&#10;f7Dj3pomNar58R69NOtQTTr3tP1P0Itbki3ujZ7anpo6eABJ697TtQzEFRcgH8/gWN+T7qD8S/Lp&#10;hnNSA3+Tr3ttcavrb6cc83/H+wt7aPmB1WlRp697ZKi4b82txxf2lliJaooCT9n+HpoLUHtz9vXv&#10;bbKuq4P9eDa3P9f9b21oousEV60dJVcd48+ve22oU3ZSeCB/t7X/AN7Fh/r+9UAGonu4fLj1cDJY&#10;nv697aJYzzcXP1txe/8AvXutASSCSOtKtZNYaq8Ove2yWMjULckEf7Eg+9stKjzH+rHTtDjr3tqq&#10;ASGvyf8Abcj6fTj2nodXHA6vwpTA697jfJzfcuU6d6V6mxmJzYzG46GY1GXjnniwsuO2/vbdIoca&#10;KGOOWPIT5LKbjVaiRyggekpeGJ9IS5smP0dptMMchnuW1Ej4aKdIWlMlmI9ApC8TwlTlaSE2FvuU&#10;6qEsoCmTTUTJO+tcjKq2fUCg+GvUCkozTVOTn8zSLkKyOr8bciBkx2PoPGn+pQih12/1UhP9LE8T&#10;LbFweFwOL2vS1ce567cFTFvWaofIrEaAUIooMdRSVAhjEYqamdpAI2JYJ6yB7CLXG3WkNpDYppvC&#10;7CUjXXSVoFqwGCakjT5cejCa03fcGvLjdSPpo4dUBGj1VgSqk57eJpjgOPU/2ZboHsPFbTymJqc3&#10;RyY3B0OUyuPy246bJVdFV4+lrsXVU6S0tIsgo6zIUcrCSPUhY3C3BCkCXabyGII0sSog1KZC7LSg&#10;BFF4MQT+QI6Cd1CYb5X8V2eRQ2lBVqHBoRwpkjPEeh64tcqdNtVuA36Sf6Hg2B+ns42E3QN5fxrL&#10;YzcWW7A2jU5rGUOMzm6Hb9rLVlBU4/F1c2OldTTv4UkjqKnxkSCAOSTz7GVrJb36RXMc4miLDSTk&#10;BqVpwGk0oCSoqOHRVdPdiW6hlVmhDgEvSuoggVzgkcTXhiuOuEapGqII4omCWEcQGlVUi6pZE9Cs&#10;/wDQfX2ZTKSb52ztPcmN23ixuWoq81trZWTFHvLE4iXHYDP/AGrZ3IUVVSz181HVrQZmGKGOenWf&#10;SFbSysG9v7hLLJGYYIy7tIFpqVaCorQrU1Hp2t5edQLLCK4sLe6UtXVpiLI4NFdakABhTXVEBJ7Q&#10;SaMMdM04osjVUBlBApmlrooqmhlAepgJWnmLTxIB9qytIApuW0sCAAWN9vbuzEZTL9cddLunFPuf&#10;Y+SxGXpsdHn5sdRS53JbXqNu1dHl0xVdHJlaiDE5czLSzosRlmgcF2AIDm17JYwS315PII72ZyoB&#10;birM5oBWhwewHI06gDVW6l3mDnmWeflvZbaaJ57QxMM6Y2k8IRkMVPcwB1HgBqK5DHotWz+lsHis&#10;t2Rv2TGVVP8A30p8hj6hpKalqcqMLQZ2pzdItDTV9LKtFSVFS2vS3lL2VtMbIhAu9F/w/bXdG5sn&#10;S4qvyNHuI5eh3Hi6nN5OTG4Z5sfDDQ5GipGJxuPoKvHSLWDxqHE0TqwOokJOb7T94cqogumjmUxy&#10;I9asXQghApr8RUKxH8VccehF7fPHt3PW5SRWjm3uDKkseolUJHY4xoCuhDjLMpDClDXoI/k7hcnu&#10;noHF0a7op8Jm8HWbTzu3sz/CaWrrMu+Kr6cV+DFNUVIqJ8g80L0Uml442FRHLdmW3vWp+RmSw2d7&#10;m7FzGBTIxY3JboyNbFBl4IKXJ0k9TJ5a6jroKWOOniqKGuMkTBFAuntVeUlcB31NpGfy6xl3Ca3l&#10;3ndJbVHW3edyquFDKC1SpC9tQajGMV6P5haaqosNiaOukp5a2kxlDS1ktJ9x9rJVU9LFFPJTfdy1&#10;FUKd5UJTyyPJpI1MxuSAkkVxbn8/8U+l7D2UyqUOk8PXqgYAjpz9xXiKgcH/AB/x91Cg0zUDq4Kt&#10;w6974NGdP1+vJ/w5/wBh78EIDYx1YYp173FdL/T/ABP0v+P949pZIw/cPir1YNXjx697jeEX/P8A&#10;tzb/AF7e6aXr5cONPLp7xW9Ove//17TWKF2GkLpsvDkAFW1Hj9Jvf/H2BVEiwqxfVqqfhrgig+Yp&#10;nzHWbR7VY8fmMj/UM/7HQAALLLZ0sVVQApH6lJYDSSFflh/hz77ZtSBV0l2ICgeoAjUb2HAvf2wy&#10;6JGeSugCpritaDFeNOFOmZWGomuaV+38uPSoogD4lDcDSAqgOLAlSbKDcPc/m1vcJxJqvbSVFjqU&#10;G9ibWuVANh7eZ4zDQGoLVweHD7cV9emncFQSfOv+rj0sseujTe/6FQHSP6eq5AJ4P+v/ALx7jN6l&#10;JBINgdfq+mnn8nn88e2w2ll1LUZBGONfsH2Z6pXJZkxQ8OP+AU/y9KOOOxJt6Tyv1FwF9X04Gm3+&#10;vz74qbjm7A8gtcm97WuRf6H36QacJQHhjGOP+r5+tett8JC8D8/sx69ITtLrrH9r9f7l2HlJTT0u&#10;4MfPSrVmIStR1BIamqVU6DI8EqBvxwLe22QlSbFV0ng2vcmxINuDe3tbGFaLKklq/kPl5jj/AIOm&#10;SudVOFRwPn5f6uHRPfj7/L/oulezsN2JWb6G4/4JFVNS0Bw4pl+7qYDDHP5RUy+qIMxtYHj8e2+Q&#10;lrMWJOoaiSBzyTa5FvqP9f2qiUR6kVQF0mgoT+3HyP2DpllBVV+df8PTx3z/AC/KDvXs7Jdj0++m&#10;23/F46EV+LGI+78lRSRiKWYVCzx3M0YH1F+Of6+8WsCQt9T6r3+gJII55H197ZWaFFY0jqOHmKEf&#10;6j02GJId/wCzr9vR/sVsEYLrCDrvbWQkwz47ag25jMvBH+7Qzx0Zpo8iiKwJkjlu4Grk+8BN7cG5&#10;vYj/AF7XHH9f9t72xCkksNPz+zI49bbSCdWIz5+f2enVbUP8sDdv97f77p8gcou7P4j/ABIZ0YaT&#10;+J/ek3NV92awMZAPzfke8Dm+oX4UGwIXgngk2sDa3+v7omCjU7jxIJ/2fn+3PVQAyivpxGMU/wBX&#10;y6Nz8j/hzF8hOs9lbXyO7pKXeWyKdI6LdFXSNUJlJWpIqetOQgDCS1W8SuSpOlveJyoHI+g/P+PA&#10;/pYH3eIOz44E/wCyf9Xn1UspYFlAoaVGa4J8ifl0Dfx++AHaXVm79sbhzffORqcPtOperx22sQMk&#10;uOmDo8XglhrKv7eKFlkPCrxbj3hZh6r2t/h9CSDp/J+nH9eT726udGknV519MV+X2cOAx1V9TA0P&#10;p6nHHz4f4eHTXvX+V7ujsHfOR39me/slUZuryb1tHXVOFaoq6GOKpeWgp6ec1ayKtCgAT6WCj23v&#10;+Tf8EXI5va35+lvbq4IFKtUcDin5U49UY0qADWn+r/D8+jLd1/B/Od49N9WdYbj7Yq5sz17UVVTW&#10;7vr8W1ZVZ16iAwqZoWqQ0ZRLW9TE29xWJBIuSNAPP9dR5H+2/wB99fdnAKg0AbUf8Ax/q/2OkxPw&#10;gE0A/M+Q9fn6Doc/iB8bdzfG3beT2rm+zsh2Fh5JaP8Au/R1dI9JTbdpoVfzUtFA80wWKdnBIFrH&#10;3EOkA2vcksbng3Iv+D9Le1iCaq62HhgUFBkcafbWv+qnVG+A0J7jivy/1fZ+zpu+avw/xny02pgc&#10;fBnjtjdG1quoq8NlJqY1VHLFWRhKykrIVZJFifxoQVOpSPp7iNyLte9ifyQQP+QtV7fT2pQlGJjI&#10;KVHpUH9lKV446S6m4h8cfL/BgYPHHRM9pfynd11m26na3ZnfmcyuGo6KeHbOAwy5P+BYyvdT4Kue&#10;krqnxvBC/PjQKG/qPbdPIW9PJC6Tck3Hpt9Bf+ntZDGoYPUBzUYwDn8vX06qWDMDq4DGaft9a9G2&#10;+GnwX3X8U9z12STujI7o2jX0dUlRsz+GmgxsmTmWNUyrIKqdDUxLHYGwuPcaUXDfptpY3J5BJ4tz&#10;9fd07CgIOsEAgedOP5dVkBFaj/Pxx1ZdASQTbi7Ear35/PFvrcCx/HuDIb6bG/1uAbC31555t7WQ&#10;RlPEDr9hIz+XTWnTU1xX8/y6qa+Tn8q3E/IbuDcHamN7LXZbbkjo3yOIXBrkUfIU8AgmrFmWqhAN&#10;VoUlSL3/AD7wN9B/T/ipP5P1+nt4duscWP8AkFeA6Zq6+ISvA19cH/V+Q6M9vr4Q7f3r8SMB8Wot&#10;wLjYtu0WGWi3T/D1mdcnjJvPUV/2OtSprWkcEa/z7jML/W40m5sD9bG3J4P193ppWtAQVoK09c4r&#10;j+WP29MEPWNWNVx8vzp5fZxP5dNvwa+A2J+HeS3nmzvL+++a3ZTUOPhrWxQxhx1BSu08kMYEsxcz&#10;yEEnj9NvcCZjci4H4Nxwf94Njz7UKi0XiaGop6ft6bOpXwvbX0+X25HoP2dBb8yv5XdX8ju1l7j6&#10;+7Epdj7lr4KCPN0+So6qenkq8aix0mSoamieOeCpCIoI55W4t7guTc/q/wBv/avx+APz/sfbnbQZ&#10;Ff8AJ+0/6vn0lbIXywTnjT/Z/aOAz0HuW/kx5bfO1qJ9/wDyK3NuHsSOriDZ7J09VlsTSYhYmT+H&#10;UVJW1hnVjNY+RmHC2t7isx9QH0uedQv9ACOf62/3n26wUhWI7qcOHz/y+fScSd5kK1J4jgP83+qn&#10;R/elPhRk9kfHLfXxz7M7VzHZ+3d3UM2IxldV0jUsu2cPJSingosdG09QEipJ0EiC4AK2t7iuf1fm&#10;/Jt9fp+fx9fbi1rEvACgzwp/xXr69VYkPpUaQBxPAfL1yP5+XVcO2v5LPcOzs/kk2b8nG2ttjJTm&#10;OpbC0uax+XqserFokrIqOshpZ5o0NrkkX59x3bSP+Nkcf7Dn6e1MamRtSA5+z7PP/J/sdISVaqxo&#10;QpyPzx546PT8jf5X2y/kR1p15g8pvXJ0faHXO16HbVH2TPRx1FRuGkoorRx5+l8gMw1DUrhjInP9&#10;T7b5CLc/m1rj8A/jj6f8R7V9xcla4409f28f8vDrcigAla/On2Yz+Xl51p0Tfbv8lfvGqajwG7fl&#10;VWjZNMyomKxP94pmSnRwfHBR1WQWgiOgf0sD+Le4Mh9LXOrV/rkcjjn8e1WhdcZCUKjywa1Fft8+&#10;kTpQ6qgsP9VPn0ej5N/y2N2/InY3VXW1J8iNyYDZXXO1qHAVWJyGOGTj3NkMYQtHnMlFFU0sArYY&#10;CFW6nSPbPOxueLEXva3+w4/pa3tbCgADFzoNOOft/P8A2OkkgAUajRcU/nWhPE/t+fXviL/LL7Z+&#10;Lu9tp5DFfKzcuW67wWXnyuU60gxM1DhM2amN0ljkQ1skUJlchmbTyV+nuA5vf8WFh+RYDj62B49u&#10;EICCxOQfln8vnx/zZ6RPpZg6tUZ/1YH+r7Mi6iniuFsR9OTyQB+ngEGx/wCKe4czXBt9SbA3ufqQ&#10;eb35t/T2/EmkgFhpGeFB5H/Kfzpjpk1JGB/q9afb06wC7XKnkaT+lvxcEi1voPbfKdIN/qBYm+n/&#10;AAt+L3PtRGQxIUgAtWnHP+QZ6Yk06lpQGpp6euK/5/8AN08wKbD6sAOL82U/QmwPPH1/4p7Z5zx+&#10;P9j/ALxYH2YKgYivEf6v9X8+kjEa1Ut2j0/1f6vPpRUptY8kFtX4sPoTyLhhfn/Y29tk35IsfwP9&#10;65/2/Ht9cnSQQB/q/wCLHn0mJIXTkDz6UEJIAvcf2j/j+ePx+PcU2sSfoPr+f6WP+vz7u4YAaa+I&#10;fs/PpHKXz3YPD7fz+z9tOnKHllFhcG4vx/jwfx7bKn/X/FuPqTe4PP493iJTVgip/IDhTHqKdF0j&#10;6atqBB/lSnp8v9jp/pbGw/pp+v8ArW+vPI+ntnc3dLc8rYf05Fx+Pa0LoR1FABWpPn/qx0WtQvU4&#10;Fc/Zw9ePShiF43JHOgrxb6hRb0+zadPn1UduPWthwSOR/sPqPcT87EeFcE1rTj6/5eB/1U6nbkUF&#10;Bb1Jpj88f6h1Wh8rVBgyasAR4aheSRxpvfg2t/t/dm+0WZKGlfV9YR6nCstyqWB0g3sB/rj3i7uE&#10;cc1zIhQ/FwFQfOvGnEnPkepnbSLcfEBo8vnmvpxOetSr5UVJo8ruNtQX96suSOLn0ofSHFrf48f7&#10;H2sJJiV0l25OnWy3A03B5sNK39uRwBTqWMYFaA04/wCE9AiaSolp8+qiMrWmQ1UetjqkkUsyggaW&#10;a9rWsAfbM1ixt9Pofp/Vv6cEez2ElYxX4uPQTuPjPr0BmZs08tvwzWNha/I/F7/4+8sK3VhcWKjV&#10;b/edJ/AIHti4NJEqDqqaf7PTcZND6DrLR8ILX0kLqJFrH/Aj/VHj25KSSrg/7rPBXmwAH6hybk+y&#10;VgqrIjLQ6vX/ACHHQp2ukl3bEDNR/k6GjZyNV7hwvhDu0s0QVVQMzElQLAckkkf4+6Of5kPilzMu&#10;lr2pCAL3I/qP6EAt/vHvKP2sLDlVnNMuT/PH7QAftqeoq+8TpL2ZpSi5/IY4/l19Hb+RZQ1GN+Nt&#10;PSTwtCVqCQrDmz2ezNzyuq3HAHumLYyBd0Ux/wCmjkf8hN/vPuUdrc+KSf8AVQdYc2wK3hPo3V68&#10;ovHIP9ob/evZzAR4k+p9KD/WIH+9ez8li1CADX/D0LmJYKBwAPSLIs7839X+9f63Htum5vfi1+P6&#10;jkj6f4e9UAlxwxT0qQBT14npomhYA1HAfbw6nQWAB/JA/rfk2vz7TVf+Tzf1f4Wsfr/X8e9j41HR&#10;Y+SaClOnSH6H/ff4+0/KPzx+Sef8fqR7vg1ZjwJ6RVB+I4B6ze26b+oHFvpf6EEf4/1/x9p9B1Mo&#10;49NMCrN5ddj6/wDIv+J49sVTcavx9b3P+P4J+vHtsg0ZhwBr+zpk6a049TE/T7ZZxx/QD6j/AGx+&#10;n+w9uI6lKk1P+z8umnNc8QfTz65+2OcX9X9Pqfpb+nFyeL+9tRS1Bg/5emZGpig697amA1Hngj6f&#10;j/En/H3qhKhUXNaV6ZI4gevXvbfMPyfoOPr/AF/P0596I7Cn4uP7P9X+z02xxpFa9e9sVUPqf8Sb&#10;X+t7D/e/bYXWGb0/2P8AJ0mLhvh9Ove0/Kuljf6EHn88g/717bauAeIPTTUKmuWHXvbY631Aj/Hi&#10;3H+t/T3U6aU1Vr1oFaAN59e9tM6DniwH+9f6xB/p7TyoJFHrXqlExU4r1723SR6ebfkc3vcWtf8A&#10;p7TFDGVJ9etaNIFOJp1721zgGwNuSP8Abc2/2PvWn9Rn/CQevaaTtThT/N1721SrZj/T6f7yffhg&#10;mn29biFFz1723zoPr9Dcc/4c/wC8+/HiT06civXvbTUQaiQPrcn/AHj2nkHeT5daJrjy697Ntj6z&#10;Y9L8Fe38pnMfiNxb/wARLujbmxMLWT00OVxuG3PHtqq3JuqgZCMtHSbdrqOmld4fQtQ8Ic+oeynd&#10;p7xIGigh1WwtZ2dq0K6fDAUHiCxct25Ij6lnlZ9kXky9lvNMm8i/jigQ0OlJdDSTaaVOjw9IrVQX&#10;INAx6CvMybyftjamPxcMtNs2TbuVzO58uIpnSavxE5x+G24sjJJRxSZJtwyVT6rSNHQHSQQCKfdg&#10;7Zr8JhsPna3YG5cuubzMb47OY6WCWmxeKo6WtGSFTCkVUyVccVT94gnWJQkEbm6sCI922wmtreG6&#10;fbJ2aV6q6EEKgBBqBUggnX3AcB64Xb9dQ7jNeQR7xCkUMRDKQe9wQaA4BGApKkkVYU49Cp7Mfgev&#10;stic5jMDMtTkcfUz0G56CeGvgyFZksdUrE0VZk5aCGsY1QpoBJIugrFJ6ivAIFtptsyOkbIXFQ4J&#10;apIYIe5lU1pQcAVDEmldJEfXl2ZnWQRqrMKaVWmkE1omTQZI8yBjHXvZsdhT7D3HQ9k7EyeYy+zN&#10;wx5xEwWUwuNqlqX2/isi1NU0bx5iOKrhrUjgmU1Ip1UuzWsLez6ydZ45rNbjwX1Z0Kysqg8e9a1N&#10;CpOlaipUkDL0CbaqXK3hkFwdLRmmtGH4lahBBoajzqKMOPUWZqxZqfwRwSU58wqvJK8cyei8DwKI&#10;pElvINLhilgbgm1iZnbGC3evbNR/d/dlFmOuW2nT4LMbbq6aPFSvnqGZoKHKvkJMcxyFQcWPG7K4&#10;ikMMZVxf0rms795mlhuR9KqlShHcXDZK9tWqtMHtwKcehBYGL6xrOEKwY0LFigKhQqggggkEBgw4&#10;1pUUB6hVk0cVGKmqieGSFvIhWM1MsbEjW8SxkuFZWII+tvqPai6g6d2HufsTJ/JLMrgdu1hyFRFT&#10;1+4ayvoaKl3LT5HM7bpMflaWrpKOmqKemr6KCmX1MZKp9CghUZimddvMn1kdt4lyycQWUkdqOD8N&#10;cGoqSe2oHwnoVcrbRLeXsu7bndx21pFIzqJSdCzOWEYYUNV1AA0PHyIrRB7+3LLhcbT7exuOzmZy&#10;ORhWlaDALA+VOMiNJHk5aRnnj8FeKGd3jJAtoZgQQp9m+643d2qd05Tae7MLtnJZLGptqZsltKfJ&#10;UkeYx8wqXgrI6mqroYqGjo6uj1VEULVErQ1Cqyf2S5d2dsLZLmZ2W0o9MEBTU6u0muo0og7qEVB8&#10;iO+X945om3afYryztZb6Aw1MTENKlSVcNqFEVgNYUaiHpSmOgQ33tHr+TaUO5abLZjC0VRFnRSRZ&#10;qjp66lo8hXR/a19JU4irxVVLNlJIdawGaURpJAHEn9s68PdtPURdtdmJWUrUVSd+7tkno2kWVqKS&#10;XPV8j0jSINEppmcpqHDFb/n2X3aKjoFNQFABpStBx6x33AynctxaWDw5vqJKrx0trNVr50OK/Lo2&#10;9A8ctDRyQzrVRSUlO8VSg0rURvCjJOq3NllUhgP6H2D8iW4P0/2P++/HtFMqFPs4dWRw3DiOpfvC&#10;0d7f7V/T+ntMYmBQ4oergkGvXveJoQLjn/fD/ife2qrFSMdOh6kCnXvcZoCASLfT8E/7H2wUrqp8&#10;I6cBB697iaR9bf7Hn/be61PV9R4de9//0LT3UBFOkhyASSQwtpJJuSbD/bewEjlnkHiViBIFMZr+&#10;Vfyr+3rNlqEkVoo9CRw8/LoC4IgTEdADMgY2HAYjVdW9eleR+RyPeK4J5tYm7fQn8qTq4I/2H091&#10;YMgJVsjA/kRjz/Pj5dJ/hWgYafLzP+Tz6UVLpDLrUkafX+r9ViCboy/Vh9AbH3ikGonnSDYfq0i5&#10;4H5NiPpe/PvSakjHbqYZ4Vxx+VQeIFPMDz6qUZkIpU/4AM/6vyHStpjeQAftgiwDMVS1z9CCVHAP&#10;Nzf6+4RFgy2W6rzcksACGJ9Rtq/oPd1apRiWCMfQU4EeXl6+nDrRK6NNSK+Z+f8AP7OlFwBwAzKB&#10;e5LfUg/puQbgf0PuDU1VPR01VU1lRFBTwRST1FRUSRxQQQxK7yTzzSsI4oYY0LMzEKqi5P19vBC7&#10;RlFoo/wedKf6q16rIw06q4xkkcP8nTnDDLPNDTwRy1FRVGOCGCJHeaWaRgkUccaKZJJJGfSABqJI&#10;AHsp1d86vhfj9yNtWr+V/wAeKbPR1D0s1FUdt7GjipaqNXMlHVV75sY6lrUeMp4pJVkEto9OohSq&#10;W2ndD4kEgHrStc+gGfn8s8eg8/MuxLM0D75aiWv+/E4/bUiuKEGnyFT0ZGi+KHyemwsefo/j93DV&#10;YtqdJ46iLrndjGamk0FKiCm/hv3k9MVcOJI42QrdyxUE+3jvj5X/AB1+NWzMB2B3X2lt/ZW1N2VM&#10;FJtfJeDL7kfcjz0sVckmBxu08fn8vl6RaKVJnqIIJKeKORGd1DqS7FDcvJ4agmma4BHGnkPsp17c&#10;t62varWO43C9WOKQgKcsWwTVQoJI+wUzU06xdOdAdw927izG0esNh5rcef2/BNPnsf5KHDQ4RYql&#10;6SRMrXbir8Vj8dUmpiaNIZZVleRXVVJVrez3yk+O23erNnd3Z/uTr/BdTb9moKTZ/YGb3BR4vbmf&#10;rMlRZLI0dBQ11cacHIyUWGrGancLPGaWVXRWjdQ9DHIZJIpFaoNaUP8AkJ8+vfvfa4rSDcJ7+JLO&#10;RhodmorVFcH1oDjyofn0+4TofuHK733D1jiOt915PsDaUVVPuPaWLxNTWZnEwUVVR0lTV1NJTLKx&#10;olqcjTqJlJicVEbKSrqS5dR/Irorvpdx/wChbtnYfaP91RiRuUbJ3FQZ04P+PNkTh/4kaCSb7X+J&#10;Lhqvw67a/t5LfpPtieGTXHVCtM1I9BTzp5nq1pum27isg26+im0U1aGrQmoFfStD+zrlvrqDtHqU&#10;4f8A0l7A3Tsj+8DZBcKNzYmrxJyv8K+zbItRfdxxCoNCchT+XT+kzLf9Q9i6x+nBFwfx9ALGwJII&#10;BJ9701qQQSp9ftGaAjhT+fHpdQaaef25/wAHSPh9LEF+DyAApU3seVJBIFvz7xn8fkC31+h/rc/W&#10;3+39+FNTGtGz9v7P+KHVGXuUggH1+fkMfLp4QlUItew0/wBPp/a+oF+eP8PceQWuLH8AWP0A4/p/&#10;X/intwEuwOocDWo4n9v7P2/brQASBSunP2nz/wA3ThTACNSP9VxYk2FropCjj0/Xj/Y+4MnIIJuD&#10;+VB+oAP0t9QPbkfayMuGBxUgeZz/AMV02xoBpFH/AOLz/Lj0ooebfquEIYcG4+pHP1/p9fcOQ3W4&#10;utj/AEBv/X6fkD2oVQJSpIao9afZ9or/AKh03JIO1iBThSv+rj8unmBiEv8A61lbgD6g/n0E29xZ&#10;b/2vSBz9B+nnjjn/AIp7UwBNIEQLE4OTxx/q+eM+XTJKGgUjIx8vt9P8Pl04K3rsxA0qoH0N/wAX&#10;F/ov+t/tuPcSYgD+n9L/AFJF+P6WJ9qIQxqMkmtQPQ+YrmtM/Z003cCzMK8Tx+Zx6+v2cenOl9b3&#10;Njp0kMf03Fh6wAT9Vsf6+0/k8lj8Tj8hlstXUmNxWMo6rI5LI100dLRUFBRQSVVZXVlTMUip6Wlp&#10;42eR3YKiAkkDn2rAIC+ZUfy8/l+dOkpcABpXAVRUk8ABk8fIeZ9OlXQUlTW1VLR0dLNU1tbURU1N&#10;BTxtLNVVNRKkNNTwxRhpJZ5ZpAiKASSfZc+jvl78b/kxkNz4ro7tbC79ymzhE+4MdR0OexNbSU8k&#10;7UseQp6fcOIw8+VxLVA0CspFnpNbKPJdlvdKGigAkn/Vj7ei6w3rbN1aWKwuFkZOIAIp8+4Cor5i&#10;o4dC92D0l2p1PSYmt7B2dkNtUeaDDGVM0+NrYJ5UQSPSyzYuurUo6wQnV4JvHNYE6eGsYZ7LqB9L&#10;X/oB+f631H/jftSup1iKdyhfUny9OA/2D0qejK1ASfs48Py6DqmQljdSBc8WN2+tmvYFgD9P9bm/&#10;uKbD/Y/1H+P0t7UOWbOnI9D8sf6v59MipLgZA+ZPzHHp2jUi3P1J4P0BI+pIt/X8+8DH9Vr8WH9f&#10;dmPwggUOfT16o7FiDTJ8gfPjjp0hXhTfm35sfTx6eAOP97v7bZzzf+vA4H5v+fx/xPtTAo4BgeHA&#10;mmP9Xnw4DpOcGrN58c0pXzGM/t/b0oaYWjF1I5P6gQTex+n0tb+ntue63tyb2Nz9eRc/ngXvf2sq&#10;rGhPbSo+WOH2n09RnpM7iSjcQBUcaCowK+vDp9pFaym9rnmy3H9rTx9Lki3Bvz7jN9CTxx+T9f8A&#10;YWtf/D3UNUgIKrX8/wDV86f4cMtjgPz4UH7f506eFUi31/1hfSLcfnk394Cf944/4p9b/g+9hQSA&#10;eOf9WKfy6TN20ABqccfL/V59S1B5t/rn6AXHBPP+P+8+4spH0sAQb3+t7/k/7f6e1cStq1FiUI+z&#10;50H+x/l6Zk7i3Eg4p6U/zefTlT/pFhz+nV+OFPIIA/p7hSXuoIHN/wA2/oB/tvauMqdeknFPKp+f&#10;7af5um6xswB4GnzPzPD+R/Lp4hAVdbX5B1C/pNr+knkE/wDFPcWZeGF+B9P9t+bHke1MZYGNyKMf&#10;kPP7RjpPRvizWgFf9X+qnTlSyLcALYfX8k+k/wCxB+vtjqPqRb+nP9T/AFvcki/9PZgoKL3Ma5x6&#10;D7PLz6RykKh8ShFP8Fa4+X7elXQ3exBIF+DyT/Vj/rn/ABt/xPttfk/S/Nv95+oF/wA+3wVXSDw4&#10;4/wdFxPhrozSvl58MdKWOwAsRwv0PHJF+fpfSf8AjfuLKT+Strfj6Dji/Nz/AL17vHpCtQEZ+018&#10;+A/wmvp1UlQpZQQeGP8AVT8z05QAFhx6h9RwLrY2Fj/r3/PtsqGAP9fp/tuebX/Fvau2DEGhoASf&#10;zxivz6SPq4A0I4cRxzx9f+Kr0/U6XC/S5Ata3LXAtyBYH/ePbVMbmwP5/wBb6/S3+HtdGW0UMYoR&#10;WvH7ekjsdJqBQg5yT8+n6nUKVtdgoAt9foQT+LXPttl/Va454tb6f0+vHtxMqTQ4/wBR4dMgOyPU&#10;EUp50rnPDOfT/D0/Rj03seObg2vzz/je3uM/p/31j9COPx7uWDggg19fzHpX04/y6SuaqUIoRXH2&#10;f6vXj6dOFOCxBHJFhbg2uAObn6C31/PtpqiBbjnn/W55+pte3u8WptZBGjgPU0p5U9OkEql6VI08&#10;Py/1ft6UdKptxcfT82HH1555ufbPIf3EP4DDiwv+r8G9uD/r+zBamFhrrq8/2fZ/hr0WHWrmi5Lf&#10;On+Dift6UMKjxyXuD425PINkIufrww/2/s2/ThGqlNxw4AuPwCB/iPcRc8LqinGSNP8AMZ9ccacD&#10;5HPU68kKvhpgDA8/9VPTqs/5XgiHIC1v2pze/wCoOhQ2IF+B9OPr7s42brbHQKQxBjDcBCTZAdJF&#10;zYWHB4va3+tjFuoiS9d0oCKDzHHFa+fHP21AxmZJWC2+oLkoM/6v83Wov8tpW/iW4BIDpaorLKNI&#10;voU/UXNg5HH9bWv7UjXu9/7TGxa9ybg8m5HIH9fa0MvZp8gKgcBxH8vs6j95MyL6HqnmslYy1Q/J&#10;lksxNySWvz9RyPbbrR3kWNXBjkRHLRSIrMUSS8TyKqzIUlA1IWUNdb3BANIw6opcg1U0yD5kUNOB&#10;wcHyofPoOTggk17qn8v9X+foPdwYmooYMZkJZsbJBmoqqopYqPL4uvrYI6SvqcbKMtjqKsqK/B1E&#10;k9MzRRVscEs0BSaNWhkjkbJ+NI4ve5+l+Li5Fja/uv4yzZ/1Z6bjegIPHppgf0hb8kD/AGIsT9R+&#10;AQPbvTIJFl/1YhdgeQL2W/8AUG4Nv6X9hfdZTbxkk/pl6H+dP8FT50r6VA05VjSa/TVwRa/zA6NJ&#10;8d8emW33idQ1PQxpUqObBvPBBcggi9pLC/5Pui3+YneTMVLAC4p2sVBsfUGUD6fUH3lL7Uuo5TVa&#10;nSD58QeH+Q9RF94Y/rQMPhp+zGDn7cdfSA/k40/2vRwiPF6jyAA8FWVLFbgE8W55v/X3TvtGN13L&#10;TsfT+8CPr+Db/efco7crK+gDNesO4VP1QJ4l/wDi+rnH/Q3/AAU/717N6rWp4/z6bmx+n9B/ri3s&#10;RBfTBNPz6FNaBSAKnpHOoMsg5ADMfp/j+PcGQ3Bv/j/sSR7uAAVIya0/1ft6bkNDhe77epUItx/i&#10;Lf61uf8AX9p6uuWP9fpx/sRx/sPfgQCAcDP+f/D0WkEah9vTlD9D/vv999fbDKosT9Dzc/7D6cHj&#10;ge9kVBp0jZaktX8h1n9trn9Vx9R/TkgA/wC9e26H4iTT/Vjqp+IEt3f5+ve2OqQtcH8/W3+P/Ee2&#10;n7asMj/UOkzfaK06mR/pt/j/AEt/vj7ZagDn/Af0+n0+o+n0HuyjVQJQA/6vMdNvwHWT2ySj9Q55&#10;5HH+P45P596MhKhQMfb/AKgOkpYlSAOve2x47345/wB8D78yk9w/n/qp1phkkeXXvbbULwwJvYfW&#10;35sD9PdQMofn0nkUFRTgeve2SdDc6rX/AKC/9Ppz+ePe2MfGN6j08+qFQxHp172x1UYZeF5tz/qr&#10;c8WBufbLKdVDivD/ACdMulCADx697ZXUBiADx9b/AOva4/w90rQUJqa9MHGPOtOve4k0dwT+Pqf9&#10;691YEt8PEf6vs68VOKLj8+ve2mZWIsRxf8D/AH3PHtJIypIzfip/PHTTZavn1720zoD9P9e5Fjxb&#10;jn+o90YMQr+ZxT/V9nVwSq0697bZgTa4HF7j/ef96HvwTSAF49bRAAQPPr3uHKn1+n1PHP5+vB/B&#10;96LKwUL5dXRweHDr3tqkiP1/Iv8AQEj/AGJ+nttgSPn1Yg1r172gd/bsxlJjG2vhMBDkt71Gy+wx&#10;l87LUVUD7c2hmaOhpIpoYwFpJmmr6eS+pmdeLKNQJDu9zRkPaQ2iyXzW0upqkGOM6QGpwNXHDj/I&#10;9C/YEZLWG9lkK2S3ka6eIkfB00BqCqFjUih1D069/vX/ACP2GnxmqIsDlN5rvuTI5fGZHbFVjaTH&#10;YrNQp94Tk6PFT5iOOWphpK5cIEMvid1MiRkW0+wzsMVxbS3sd/KzxOnwrJg0bSZDUqGC6RWpB01q&#10;Dw6EvM1ztkgtXtLUqgB19pQqXXUqnFcgk04EkZ49dG/4NuR9RfgEXH1HJH+29qDYNZl9rbh/vVjx&#10;R5Roq8x7eoa+rhxeQ3FR0cqY+SqosVRVJrEpKnGxM4YftMQEDlrAr7HxLVnuAwcM3arEI7KvFlQE&#10;kigqKdp4BiaVDl5o1QKmBGO4gFgpapCsxoa6sHOM9d+zUdYblw9CKzM1vXVLgajcuz94ZfFSSzNX&#10;NWJu7IzjL1rVTq+Xx0VQ1LUmBZCwCxtb0sT7ElgITCZP3eIpHjJyeIdtTVb4hqqTQjhjBAPSQ3r2&#10;08vjASKYmVR5cAgp/pVGlTnh51JOORPIFGorpkjclSLnQwcKeCLMQL/4H2b/AK7p9o7V8H8Lq8tm&#10;sJW0GytnUmdpaySuyOKk23t3J/e12c2vW1U4jxs8MskP3iJGjVLR2sV4NorUWQRYSzxkjuBZ6aVI&#10;7wSdOAKlck/k3Qi2+4sXlkkLa4nMaB1IDoQp8QmLJKkEitRSlQRQjplrDXzMkcSxpPClVPJSyx1P&#10;2tVEZ2WiVctHFHHTVGuJGeMCQ6WIZSCH9ufymH+mSjotu7X3tuvZW4EqqSlx9JT4yPKbc3lPH9vU&#10;FVpIIKimqaTCVVapq6iVoqeCXSWa6AgsmtPGtligvpIyeGkeJU0rVgQ1RgCpKqDmtehJzRutlu88&#10;B8JzKlE8NiQkoGaKYzQFaksTUVyQcnpM7H2/WbXpaqmqxRzwS1E1XHUxLIK2lVhpMdWalzK8UiRr&#10;4gtyvIP4sYH4odj5OXby5HOVW3X3HictTYHOz4vJYvK4vCblopMdk2nr63HzDEUlNPC8QaO5F5BF&#10;YsSA3fVvLEWM1HlAbWsbAnKMGStQKjWpABBFTntyI/bjc5LKWa6eRFk1qgkNAiPqDK5YHQFNMkEh&#10;iNPmaBn3zs2l3hiBipDkGppsbk/vqCk+5FbmMfV42vxtTj8bHTQS5GoykcdUZU8eloLCQkaR7pD7&#10;7ykOe7i7Iy8ABGR3jn6uUqyPHLVTZKd6yaFo2aMwzVZd0sSNLD2kvERdEUYoFAHnwAA6hvc7hrzd&#10;t2u2pWS5kfHA6nJJHHBOR8qdGBxdDDjMZjsbThhBj6CjoYA5ZnENJTxwRh2YBiwSMXJ5v7BySBmt&#10;ZGt+bKfrz/h7QAFa+fSRHCk0Ir1P94HpytiVIv8A1Bv/ALYgHj3sjWRUcOnVlYkjr3vj4Aw4P5vf&#10;8Ef0/wBv7pMWppA+3rxlYEAjr3uLJAQTxf8A2H4/2PtMykBaYY/5+nklFMHr3uJ4Re1vxf6G31v7&#10;rpPGnd0o8QUr/wAX173/AP/RtPcApc+nSv1BNlBB1Cx4P+HsAIzCSgowZuFMk1FP9n5V+wZr6q5Y&#10;Agj/AFft/wBXyBWmjPEhJHjTSLGyqDYyXuTfjj/A2943uR6X+vAseSCG+jfgk8fX3VKK41R8PUed&#10;R5eg45+zpOUJqCc/Z/q/n0/Uw1tbUAQoPpNvSeA1zzy1hxb3glA02J4tZSdLC1gSW4H6W93QtU0+&#10;08R68OPEf6vLrYY5Ga+eT6f5fPpS0JJbVYNdjawueFQlSdX4/wBf3CkeyX4IFxe1xb9P0vYkKf8A&#10;H3pUrJprRzT5GvHjTFT8hTieqOKAmq145HmM8fL9nSsgA0A6Q6jVqsNRF7CwuwvyP8feur/Pp+ZO&#10;ztrdG1fxW2L2RW47ubdm7dk1fY+zKDEbux80vS9fg93ZWplfdK4mn2rU0eV3HjsVT1NDHkHqZqeZ&#10;0kgMJlsIdtt5TKJJYaRKDpNQcmnlxxT/AGeop9zOYYI9uOyW1yVvXdC6gMKxEMT3U00LBQQGJIPC&#10;lerof5R3xo3Ln+2aPv8A3Tsenr+scBtrdlPs3dNVkdtVVPT9o4/L7Yx9JAu3myc244aukweSyU8F&#10;U1EtPDNArLKsvj1VCdCbH/k/bz+Hex8L313XuLpz5ZV2dzmT3zvLFbO763rU4fE0W+s9DhNuUGDw&#10;e3Ml1ZPR5rYVPQSGojjqKunqahmeTUrU6mMjXizMUj1Q4pkfKp9cZ8+gLtttyLcbFax7luD2+9lm&#10;LsFmegDtpUKFMdClMipBOT5dCp8pO1f5+HW/zu7DzXxf+LnXvyM+DlBgtuYnrnZWV7L+PPWeRzmX&#10;rutNr1W4905Xce696Ynsylq8F2fVZSnSmdaekqqKlRUiCutU1hHzr+LfwL6j6Z+Ovw478+bfYHW2&#10;/wDpfH7v391jubcvUu+e1Zn667W3FJS5jC1eH2BgYcPFi/7w7CZMcr5OOroVpmXQ8DoCmt5Znkmm&#10;igBViAcgZHnnJwehLzFtHLVnt+17FuPMEsVzbhnjZonkOiRqEURaU1J21YEUPkeiO/Eb52fzXO6O&#10;5ey/l/8AGD+W3sjuXonuLb+ydp9k7Np+9us+isri+29j4KLJ0+Tos92juJc7PVUeB3qgr9GDno8h&#10;50KyxTxyWNbun48/EXsL+TPX4TrXLZPubqDpfpbvjtbpzsDKw7w2TkqntXYdD2vW5Leb4Crh2zk4&#10;PDv6XMRChrqWSlalkZAJomSVm9cyXoJw7MAR5Uxj9hHDP+Q3m2rZbnkRktHaext7eaSJzqU+IniV&#10;bSdJHfqFCKU8iM9JzsL5S/PTqH+aH8fszlNj7c6xzHe/yB+OXTfyW2nHU7X3vFtvYfa+7eqNuQbT&#10;x+doKvM0FQybSqKJlyNFMJBVRo5KOGjBK/8AhOhlsdgMP84s7mKlaLE4XG9CZbJ1jRyyrS4/HU3f&#10;NZW1Bip45qiQQ0sLtpjRna1gCbD29uWomBVHcdX8qfl0Q+10ixR8xMxooWE19ABMT1aZ/OHoKvK5&#10;P4u4yghNTX5Kv7Vx1FTiRIjPV103VdNTRCSR44kaSaRQCxAF+SBf2i/mB/Nk23v35y/F6s6P7v7L&#10;2t8ZOqN+9e1Hb+4duZTsLam2uwsVJ2RhMrv2TL7ExMdJlt37Yw+zsYadYarHzzVomqooqd43QzuR&#10;Wx8CUSRDxGHA58sZ/wBX+ZrfOdYrrmLZ2sNwlTaIZU8VlLqrjxAXqgy6hBShUk1IApxVfx4+BeZ2&#10;r8Yu7qbs/rLZmc7q33tfd0PX2JzNBtHPZradcuzslQ7WGP3RXS1NBt/N5HcNb5WeCriSm8cDyTK6&#10;t4r0Np/zMfhFvfrbtbt7a3dgyXXfSC7GPaG4G657boRtf/SRnKnbWygMVkth0ebzZzebopIAMdTV&#10;ZgK6p/EhDEta1uKiN0/UNaHAJAyeHDj5/l1IUPNfL91aX19FuAa1ttGtjHINOtiqY0AnUwpgGnnT&#10;qtTN/DP5KbY3fsXYGb63NFu3so7kGy8Qu8NiVYzf9z8ZDmdyf5bSbrqMbjv4bjahJT93NTiW5WLW&#10;QQJXXn8x34U9s7R7K35snvjAT7Q6ipNv1nYWd3DgN77Eo8BBuqbKUm3RGN9bY23NmqjLVmGqIYoa&#10;BKqYziOMqJJoVkcFrKhTxSdROBxr+z08/Kny6rac1bBeR3V1FuQMMNC5IdQNVQp71BJJFKLX8qjr&#10;Juj4h/I7YWf2dtbcXV2Tiz2/psrT7Ux2Kye2tzTZWTBR0U2X8h2xmsxHjoaGmyEUrSVbQp4y7Bis&#10;chRUdB/NT4zfKWm37W9E9o0+9KTrGDCVW+62o2tvXZ9Ht+n3FHnpcVVVFXvrbW2aeppqmLa9czyU&#10;7TRwJT3lKBkLXWB4iBOnaa07jwHyH28OPV7Df9r3dLs7deeIsNNR0uoGqtMsq47W4V4Z6w9mfHfu&#10;PpWba9P2XsyXbtRvJ8hDtmnjzO3M/PlqjFvi466CKDbWXzUsM0L5mmCrKI2kaWyBiGCgZuT+a3/L&#10;52zn323kvkvtebIx1LUskuC2z2BuvBrMkiqbbo2ttDMbbaEOf86KsxEAnVYH2oSGUAkxZGAa0P20&#10;Py6LpucOWoT4Em7IxGKBXZfKpLKpX18+hWw/wl+UmZxUeWpOocxHRyQrUCPJ5fa+EyXjZSyg4bNZ&#10;3H5cS2HKeHXza1/Zk4/kt0VW9NZX5BY3tDbGb6cwmOqcpl9+7fqZtw4nHUtE8UNalVBhKevyMVdQ&#10;S1CrUUpg+6hc2eNSCA6kQjdQVoD/AIa/n6fl/hMRu23mxl3D6tGs1FdY7lFONdIJqDgilR5joK/9&#10;EPZcO/KPq+t2dmKDf9fVw0lDtnKxR4yuqpqlJJIGglyUtLSPTVCITFMJPDIBdXI59638n81nbe6v&#10;5n+0+z5+6Oy9k/C/bOLz22arCzZDsV9nbkFP1bvOhx+68z1Pt2DIyVNTlew8vTGlMuNmq4YoKWec&#10;QtERArVAR38a8eP+TqLv63Ry81QXZvpI9lQEUOso36bdxjFclyKdpIwTSmLbKb4XZfAfD3NbQi2B&#10;tLcHf2XrcZl46+Ol2qmexQk3lgKiqwlDvXKTUyRxUW1qGbzaKyOB3kmjj8gcGS6HdHy1+HHe/wAS&#10;O7+zKjtSorvjf9jnumOz960Wz+x8XWYio3xi8FtitxtHha3Z0G7aislp+x8esVRS4+ogR6oEt+1L&#10;oVF1YmvCnQ3m3rZdw2e/ujdf7rKGJ2CuKF6A4K6vxihCnj8uqk+++svnL0tntgba+OfUuM3P8pKv&#10;cm2t4dd7Ize5dhnEZDHbbrcvuWprsjmMhvDF7So6KOm2VW+RKzJ0skgjKJ65Ig1b/wDKS6u+EfXv&#10;d/ZlV0B8pc18gezsp1tkoosVWdQ786xpNsdZx7v2jLmJqio3Rikx2eysu4Tho2kjqKd9GopS6TIy&#10;eRVyV7m9OGOgvylZ7FbXt0+3bq1zeeGaDw3TSmpa/EKMa6RxHrTzBu+2u5fnl291PhW+Xfwyw3xH&#10;xeH3hioKKHG989b93nee6pNu5sLkKaTYtfNLtfGx0f33jpKhKllNtdS50hrfe8flF8fPjlDQTd29&#10;sbV2FNlYHqsXjMnVVFbuHJ0kcphlrMdtnDU2S3DXUMU40NPFSvEr+ktf2rSYRxn4V+X+rP8Aq+dO&#10;hZfbrYbaK310sZbgCak/MKATT7BSvQTdedRdldnTVCbC2dmdxx0brFV1lJFFDjKSZ18ggqspWzUm&#10;Mp6h4yGWN5lcjkC30QHTPzr+JXyCzdNtjqXvDam5dzVqVMmP21W0+d2juHJCkLtUpjMHvXE7cymS&#10;miiRpDHBFJJ4VaXT41LDYkikaqkAnjX9mBT8+ktpvmz7g4jtLxGmb8OVY5zhgCcVOP8AB0s96/Hz&#10;uTrigkym8thZjF4qDxJUZOnkx2ZxlKZlAjNZkMDWZOkpEd206pHVdZC31Gxj9+fOX4sfGLduM2N3&#10;h2muyN1Znb1Pu3HYj+5nYW5nqNv1mTyuIpckavZ+0s/Q06zZLC1UQjllSX9knTpKkuyTJHQPSpUU&#10;x5cD6+n7eqbhve2bVKsN9c0kZAwXSxxUivapHEEdTOueg+2u1MLVZ7Ye02zuJoMnLh6ms/jm28Us&#10;WShpKOulpPDmczjZ5SlNXwuWRCg8gF73AS2/v5hHw167we09ybs762pQUW+NtYLd+3KKiody5/ck&#10;+3NzY6mymDymR2dt7BZXdu346+hrEkVMhRUsq+pWVWRwr63FqiAM/bx86+v2+nl9vn0lvN92eKOE&#10;y3qiN1DADUWo2RUAFhUU4gfMdKrbHx37r3FXZXG4rYGWmnwOUr8Nk5p5sXj8ZFksVUSUdfSU2ZyN&#10;fS4fItTzwspamnmU8EEgqSOHVvcXWPeOzqbfvU29cLvraVVUy0K5bCzSulPkKZIJKnG5CjqYqfIY&#10;vJ08VTG701TFDOkcqMV0spKmJxKNUK145r/qpilfy+zq0N3b3iCaycPFnI448j5j7CP8nTDuLZO5&#10;djZmTA7tw1bgctFGlQ1HWRqDJBIZFjqYJYmkp6qmkaJwJYmdGZWF7g+19c2A5N/rzf8A3vg+1DIu&#10;osMen+r/AIrzr5dbZNWTxr/l/b/qp01j6fg2sP8Aifpe9mPso/bvzs+JPROfq9q9n93bXwe58fZc&#10;lt/GUe4d45jFyuyKtPlcdsrDbiqsXWWcMYahIpRGQ+nR6vaeS7gQhJJaHBzUn7KAdFd1u22203h3&#10;V4qkAV4sRngVUH+fQu7T6O7Y3zQRZXbOycnW42cf5NkKiXH4ejqlCm8tLUZutx8VVFcEB4yy6ri9&#10;+PbZifnz8P8Acm2t57twPee1MrhtgYA7o3b9nS7hkzGI28mWxmCbL/3aGF/vJXUQzGYpKYtTUk1p&#10;qmJfrIt1cV3aFWb6rtQVNB5cK044J4gdMPu22SJK8V0rKg1GgPCoBJFK8TTA8/s6dJejO2sbkcNi&#10;shsjKUlZnq/+G4sTSY8UlVkDS1Nb9n/EfvP4dDIaOlmktLKl0jY/2TYONu/zP/g3u7cWC2tgO7v4&#10;hndy5nGbfwlB/o17epRW5fM1sGOxtGamt2BT0VP9zWVCJ5JpI4k1anZVBIum47dULFdapGKj4WGf&#10;2DzPSRd72p2WNLslzQDtcZOKAlcZPSxrvjf3Ni8fW5Ku2b9tRY6jq66snG4dqSmClpYXqKmUpFnZ&#10;Z5NEMZNkVmNrAE8e173X86fix8et5Dr/ALf7TTaO8DiKLOfwhdl9h7hZcXkpKmKiqHrtrbSzmNja&#10;d6OT9pphKqgFlCspKifcLO1kEVxMQcGlCfzwKflUcOr3W6WFo6wzXFDg0oxoPLgpH869Nuy+mOyN&#10;8Yf+N7V20clihVz0X3TZfB0IappxGZ08OSydHUnT5F9QTQTxe4Nn7DfKHoLdXUad84vszA03Uck+&#10;QpIt67iiymz8e9Zja6oxlVSJSbsx+EyzVprqWSKKIU/kqXW0Qe4uZR39rJAbsz/onixqKkH+kflj&#10;18vTpJLd2s1uboT1j4VPE0/01Mgj7fTqeOvN6Yncp2bVbfq23KqQSNiaGSnycqxTwpPHKZsbNV0/&#10;h8MoZm1ERg+orb2AFF/Mn+EOSr5cdT9+7fjnheKN5K7bm+sXQlpld1aHKZPa1JjJ0AU6mSVljNgx&#10;BIHtsb3tJqFvBq+xqftoPSppw9a9FZ3GzI/txqr8/wDMPToTG6P7VgiWaXZ1YYyHKrFW4meWy2/X&#10;BBkJahW1HgMoLfjj6AH/ADAfnp1n1p03uLZHXG/a6t7g7F2bg6/Y9bsufMUf8J2zvCGkrqLf1HvS&#10;gigoIKeXASvNj3oqqSolmeMqETVIje9b3b29rNBDLW4kUadNcBs69XDhkUNfs49Jb69jWIpHJ+oR&#10;igpg+df8FOlv091HmszuOhyuZxUcW3sLkquLKR5NKaTz12OeSKbESY2V3mdlq1CTCVAiqGvc2UoT&#10;4H/PXpip6W6U6q7X7s3BuD5A57PZfa9XSbpxPZu685lM5urs3cEGy6Gu3pUYDKYqpNRicrjoopZc&#10;iYaWEpHI8YjZUvy/vlm1pZWd1eE37NpoQ5YlnOkFqEcCoyaAYqKdJLa6QpDG0lZa0yKnJxnpVdmd&#10;W7ij3NubO4PbNLQ7TpKenrYpaGowlDSxUtDg6KTIzw4yOshnjVKmGYsohDySAsA1wWsW7W7r6o6U&#10;xdNm+1d/bd2Rj66WSDHnM1miryc0KLJNFisXAk+TybwRkGQU8MmgMNVri4rn3C0sYVkvZljBqBU5&#10;PrQDJ/IdKHljVAXYAHhXjw/b/m6DTb+3M3uCdqfCYyqyMqBWm+2jvHCpJAM87FYYg9rDWRfm309h&#10;71L8q/jx3tk58T1T2ngN05qnp5atsEY8rg889JA2moq6bCbkx+Iy1VS07EeSWKF0j1KWIDKS1Zbx&#10;t+5ao7W8V3GacDT/AErAEj1x0l8dZQe+tP29KXMbL3Vt2BZc1hqijgZ1jFRqgqKbyODpjaopJJoE&#10;d/wGYE24/wAEN2j85Piz07vbNdc9jdo/3d3pt4Y45jDf3L7DzH2f8YxNBnMfqyGB2llcVMajFZKC&#10;W0c7lBJpbS4IFLvmLabG4a2ub0LMlKjQ5pUVFSE9CDgn/J0nkmIJXUK8OHAfbSvz4np8wPX+7s1Q&#10;QZTG4k1FBVGX7eoNdjYA4gmlp5LQz1sU62mjZeVF7XHHvBvv5rfFjYG6jsndXc+1qLca1Apaijoo&#10;sznaXHVVgWgy+XwGLyeGws0QYB1q6iFkPDWIsH5eYNntbnwbjcoxNw4FgPkSoIGeOo9IJRJUUcGm&#10;Dxzx/wAvT1iNkborqQVtNhapqYprV3MNO0i/h4YqiWKaZWtcaVIP494uwvmF8ZusGov75dy7RpZa&#10;2kosjS0uFmrd35CTH5COKooK5sds+jz9dDS1tPMssUjxhJIjrUlefam65g2SyA8e+jDMAaAl8EYw&#10;gJoRkY4HpAI2MgKJ21FTX/YB6d8ftTcWSilFJiap9JlibzJHSJ5Uurp5Kx4UZlcEMAeGHuwX4o9s&#10;9cdzbaod49WbvxG8tuPXzY58hiZZSaTIU3ieox+RoqqKnyGLr4opo5PDURRSeKRHC6HQmNearm1v&#10;rWS5hmEkVOIwKj5Yp+Yr59TlyKySInhU1efyP+o8KfPqsT5i4XL7fbI0eaoKjH1DUUtRFHUIoE1L&#10;IHAngkGuKeJnVhqViupSp5BHu4HZ6BsZS3Ac+OMgkDUovdr30to4I4v7xq3HWl5MalRU8K0OKD1F&#10;eBGfz6ma4bw7fA/D9g+2n+DrTn+XeUibPZ+BSGtNUoBdSyrqZDqH6luF/I9vwuuu3C3bjkG17grw&#10;P6D2YOVbw9WXxn5+df28Oo8chnl+WeqiqliJ6oi2nW9rXBsSTcA8fT3DPJv/ALSp54vfTcf7e/te&#10;g0jT55/y9EUxBZvt6DbKtrkfi4LXvYj8qT78AT/Xi4BABt9Lk3tcAe/Mc8R/qr/OvTKp5ivWGnjZ&#10;grD6fTi1wdIuSLfpAPuf5Y6WCrqXYiKKmeRz/Z0hVYhlIII9Nxfi49h2/R7qNYKDWWx61GrNfLjQ&#10;keR9K9DflJ2gv1J81pno2Xxfjrf9Km1qCgRpKjNZCkxMcQVmEr188EUaGMfq/csV/oQCOfdA3zz3&#10;FPkM9W6kUxWYIq/lePqebEg+8q/beO3teV7ZYgdRGan7fKgB4Z6hH3+vZZL+OJgNNPs8sfs9fmOv&#10;pm/ywtiRbM6Yo6UySNWHR92XvbzaEDBAb6QDe3usbadPHPmqWpjtZ5bqD+CGsw/xIIP+t7k6xUNK&#10;tD20rX9nWKscZe4VlB49WfTm0Tn+gv8A7yPZnCP2lW36UA/3r+p4t7PPwMdWT/PHR93ACvHpIXvI&#10;T/Vj/tzf/ifcGW4Fvr/X8jj6/wCP197WhAbTjy4f6uHSZ2CcR5/6v5fs6mxWJNyCf9jx9eB+CLe2&#10;OrH1P5uR9P8Abfi3vRPAH4ekT5YZNPn1OhPP+x/3se2CYWBseOebcH6f1F/blaAU4efSZwqkLQ16&#10;k+2iY2N/xptxbj+v1t+fbTPSqgZH+rh0wwGo1xTgOve2mXkt/tv949tEAgUwDx4/7PTDZpXzH8s9&#10;S0I4H5/J55IuLW9s9Qo9QH5/IFvqD9f6+6qFpQVp009dDdvWX2npL3Iv9L24tY/73x7t2qxFM0/1&#10;f4emioUAEUr173EYeqxvf8cg/wDFRe3uwYaacemmwpK+vz/2Ove2ydRrY/S/H/Gxxb6e6EE9tM1/&#10;wf8AF9NsNY4d3XvbPUKLt/QWPP8AW1vyB9SfdVbIBQVr/q4dJ+C0Ip172yVEd+efp/ZI+v8AT/bD&#10;3VwqsNI/b1V0XDajTr3tinT1f0ABBuLkkWAH+xPtsnPHFemCQWNT/h697hOLAgfX/Cxt/hfgE+6u&#10;C1O7rWT+LPXvbXMgJI5+v+9/n/YfX22ATSox69V0qKg1qOve22SNrngk/k8c/wCNz/re25CEAGOt&#10;FUGCade9t0qC5Nvxe/8Ar/4f65HtkCgKu9D6Urw+fD16uAGWnmOve2yoXn68ji39Of8Ab+9EdocA&#10;U/1Z68AKVHDr3uFJpCtzxawNvpf+nupFBnq+evewi7o2XV1HWme7Npc5Fio9oH+7lTjoaMTZDcE2&#10;94/s6OkM7MEjoKGnx9VPJdWZWClRqIZAnzXbt+7n3IXBQxKyaQoJbxaKKseCgVPCoNCKcQOOSQkl&#10;ybeWBHjaeI1ZiNJTU4KqOJIUgmoAGDUNTrGZFEqRG+p45JBx6dMTRK1z+DeYWH55/p7D/rTbvWGL&#10;2V1N2Bv3F7qpsFFuHK4nfVXtytgqKivxU1XST0L0tA0sEnkWWEROokRV8wJINvYW263sI7HbdwuY&#10;pEjVmVyGw1fhJp3adQIOmhGrzI6Ee43E1zvu4bV4muBpFalF1BVUahHqIAYKzGrHNBQ9dT+cQzGm&#10;ETVAik+3WdnSFp9DeITPGsjrEXtqKqSBewP09nZ3t1tgtyUOw81selxZ25uhcbtKgrMquO21k9v7&#10;Ypn17bp9xVUtaZJK/Ntj4okYmFyyt62VTYcy29o8FpLbRo7yIqlv7I4FQmSWJNAFWitUVJNOghNb&#10;3Eza4ZqRM50qaZOoqpkNSoZhUluBIYV64pKwT99dMqRLJIsXkmUtp1SiD9tZJlR+BZdR44FwPYX5&#10;ram7Ost4YPrvNUENBk6aKlbJNhtyGWKroK6YUcWNmpXEgURU+tlWSpZBrJAGoe6LHcW8kFssIoB+&#10;GQ0YEKoGllrQUxVjTNOkV9bNayTw3QKXOsVBCsaEVrqUkedMDrunqIauCKpp3EkEyh45AGUMp+hs&#10;wVh/sR7NVlqjB0VFl8/jV8mzaanoMdubbu4cNU5I1WPqXNDuCXEYOKljyki09bTpKalwyxU/lAOm&#10;wJy7IykSqWhVhrDqWFPkuG+IjLAigNMUPSuPw0eaezokJCjSxFSSe4gEVA458iaVp12uvhZDdi8j&#10;K0YZVCBj4w1yRqCMAb3DEXt+AfnbTbA7J60WNdoZXcsuIZ8XQ1dBGKSOKWsp62iWeGrmhSoSklpD&#10;UxuPJErRxJcsSLJ2mC3sIhmUQSDg3mFw1KmvEIQc/HgV6l3bV2jfuV3t5dmnubu27A0elRqcNRi2&#10;SRp1AqaL2rxJHQG587p2/vymrIt3bexGCy0MlXUUGWhqJ6meChNJHWQUkaVlPTpOs0sDJJ45nvPK&#10;AFHLROu8P1l1TDsPB7S6N3DXVU2Yix1bLUZrCY3FxyQl8Rmdw50bhytHDmNwLPHUTERhpZUR2Cgc&#10;guurea1ju12+4Eduw4qFqDxyxda47TRWZmNeOejDZ25csJtl18oXEl+rqhZpFWMlf03LCRgpkwxV&#10;aqAFGmgFemTeFD2DnqPc8UHaOIxeC/h01ZCMLgausz0HlaLJUFPBVYlvvKbES4+SBHmSOqqHZ+Cb&#10;hSRvGfBfc++uzN3Ue2sJWw4JN15uPGReFXWGiOTqTTwhoAIZfGjBbx+g2449rntrKOIX11dRxWpG&#10;qtaL5EkV8s1p8uori5L5h3jfL/b9m2+Q26Tuor5KGoAW+GoFAaGh8vLoStydqbI2Ltml3HvjdGGw&#10;dK+Npq6aaon+1R/JTJNI8NNUN91HESTYONSjhub+z17R/k/bpyFFDJW0M0UkkSyaZdEZGpRYm9yg&#10;N78/j+vsN3PPXt7YN4bX5lk1EVQVFf8AL1Jm3/d15ruY1kup44iR+I0p6ceHVe2/v5xPwp2DVVlN&#10;Xdi0dWKB2SongmiSElXeM+F3Npv3UKenUNQtxY+2vsD+TzvPGY2erxNK9U8UMjBIFV5LquoXUWPN&#10;v6e6R84cj7hJ4abiYGY0BcUWv21p07f/AHdebbaJ5rO6imIFaKanrF1P/OT+DfbWajwGH7RxtDkp&#10;njSNKyogMZMjrGNTI+pQGPNx7ot+U/V29fjZno8buTF1VEaiR1pfuIXjjn8Z9QRmADECxNj9D7Y3&#10;4z7RFb3tvIstpIcMMq3yrw6jO05ZvYd1uNi3eBor2MVIIoSAaVHqK+fVne3tyYHdmIpM9trLUGbw&#10;9cnkpchjqmOqppRxcCSJmAdb8qbEfkewJ2tvbF7mTxalpsgos1M7D9wflor21D+o+vtPYbnb7gv6&#10;Z0z+an/J6j/B0m3nl+92dtZUtbHgw8vkenv2r/tvxz/W9h/X+lvZl5cM9EfjGvDHXvf/0rUmCnS3&#10;AH1Ym68kE6SObnn8fn3HKF/1Fodfl58KZ8vtz5dZqL3LVPIf6v8AD0EsVgsf0IN2c3sfXqP9D+o/&#10;T/ifeG9wzD0qwsBexb6/QHjV/iCfeyKFEJq6k+VQOHnxp8iB02KnJavTvSxnyEgNpdUHHpBNuD9C&#10;P1cm4/1x/SHL+CtijGxubm39eVHJYe3vEFHRydYGKCn+XyHWtTE9pzTh/h6VlBDfSyi12B9QN1H6&#10;badJB1gfi/14P9W+Qln0KLx2vqXULaifUbgiw/wt/wAR7fj0Kmtz+vWlDTyAx+fzBP8Ah6YYgBjT&#10;gKY8uOP89elBGrqAbkKOfzYeu/05U/p+vH1965f/AAoh6k65oPjlsHuim2Ltum7UzHf+xtkZLsOP&#10;FUqbrr9pRdZdw5BNt1OYCmslxCVuKp5RAWKB4ENrgezfZ51aUwI/aEJ0+QqVofTOfL9nUVe6VhaR&#10;7Va362yC9NyiF6DUV8OU6a8aVFafLqxv+SP3h8j8p/MI7U6E3LlszF8a8D8Xuwd+bHwH8Qnbb9Xv&#10;1e1fj/i6vNnHedqY5ajoM/XQrN41cR1DqDZj7En+U18I/ir29/L++P8A2L2R8cup9+703CO1Bmt1&#10;bl2Xh8vnMqcT3X2RhMb97kKqneeo+xxGMgpo9TeiGFFHCj3q/vTBPcp9QVIoRngNI/Zn5dLuSeXN&#10;mveVtsvLvaYZbh/FqzICTSWRQKn0AHHgKDov/wDNA+ev8xzqb+aT3H071FvLd+B+POCzfS8GN/g+&#10;frqGnx2Nz/SHV+4N1S0tPBkIkiY7iy9dIQI/U5ZuSSfYd/8ACifrLY0Pxt6v7ZOytvU/Zv8Ap32l&#10;sJ99piqSPdU+zKrrvtzOybYqs1HDHW1eFGWxcFTHBKzpFMhaMLqfVbZ5Q0rok5ZNJPy4gV/yY6Qe&#10;6dnAu2Wl4bdPrPqETXQaipSU6a8aVAx6joZf5FPyU+QGY/mCd2fGLdynE9H0fxu3129srC01ZUyY&#10;7IZ3Edq9IbRptwpRfcPQwV7YvddXDK6RxyOpQPcKtlN8Qw//AAwDuogGx+Lvzh/r+kbl7/BI/wAA&#10;W9vSiNr/ALnyHT9tAR+ZA6c2RdXtrKS3Czu/+PTHoTPnq6f8OldWrcFx82f5e3AKlhfeXx/+o+qg&#10;D/e/ZUP+E5GOocvj/m5i8nSwV2MyVF0Bj8jRVUYlpquhrYe96aqpaiMgq8E8EjK6nhlJHtzdCR9P&#10;SuqppSny9T5/6qdE3tYiSJzAkgqp8AU4gg+MDX8ujF/z/wDdvaOxthdB7o6awq57sXEz9p1W3qE6&#10;tUdTFU9VP99FpeImag0iRfUPUoP49ka+T3TPVO1/51G2ulNu9e7TwnUlT8h/iLt2o65x2Ho6baE2&#10;C3fgelajdGJkwsca0bUGfmzdW9VGV0zGpk1X1H2qidjZFy5LaWz5+f8APoO73t9lBz9Ht8Vsi2X1&#10;NsNAAC0ZYiwpwzU19anpffBP5DfJXsb+Q3mfkTufdG4N5fKKPof5zbjxe4MvWy1Geqewtgdj/IbF&#10;7AovvPKsqnCybax1DTWceKGmjVSAo97ZmG+GXxO27tPe2w8D8eeosTszsdMLFvnbdFsrCw4ndJ25&#10;LX1G3ZctSLS+OoqcDU5OomopuJaWaVniZW9XssWW57S5YsKn5Af6v5dTQmw7PFb3FtDtkIglprUI&#10;oDaalajzoSSPStRTrXT338+/5l2I6F2t3puat3HUd0de57ccrjJ5zJGbaO0q2KlTJ1+MVMl9woy0&#10;NDClVGGKTRRhXUgEe9Qb+Tt8dervlL8kd69Xd04zL7l69xHT+a7LO0aTceawOHy279t7u2XtPb2Q&#10;zcWFrKKTIjCYzsDJtTqzgJJMQSY2ljkNbuRoo1dcNWlaV4/8UOoO5I2yy3bdZ7TcFZrVYC+kEgFg&#10;yKCaEVoHan/F9bMP89j5f/IP4QfDzbPdHxkxOKqOzcp3RgOuK7cGQ2zSbln2psLNbG7C3nubJUsN&#10;XDNHSRVOS6+xtPM7AppkH0kEbpdl8ef5TFJ8a/j78vesOyfkpDFs/wCRG3euaDOb827g6LYtRsjb&#10;3XmR3fkc22Qrdz5vPYZ8buXH7mNHV+UxJHSGYa7urolluNc8emM6kJ4jj/lxSv7Oh5t3Jg2rbd6t&#10;bndP0LpUBcLo0qhYmpZmFG1UNeA8/SmfsL/hQFlfkbhel/kB018L9zZbsTqfsXcW1trdSVe5Mj2T&#10;/fPce88VgP4dPCNm7RwuaimwtThxLTJDBLJNVeKy2BUkW3T1p/KE6K+KXyB60x3dXW/e/deT2p2P&#10;m+tN+T4quy+8aTesGzxBsTbuC3Ls+hrsFRUEW78ZFIjLUQ0tStXIJy8OpiqVpmkQsh0H8qflxP8A&#10;xXQdltuS9u2fcbUXsVzuDI5R6VYNp7AGWopqA8wDU1qKnozXW/yF/wCFAvyC+VPxi7RzPxNr/jl8&#10;aKjsDqTb3c3XVTmMHTPT9cV+/Ym7L3pmNv76yuG3fDkYdh5OW9P9rLWU8lEphQSsIgrP5BdDiuxu&#10;tfmT1HvzEY7dnXFVXdOV1btPN0qV+Gr5t00fZVBnEraGoL01RDXU20MerqV5+3W9wBa8kZeRCrgN&#10;Q8fy6d9vEjurXe7K5QPATF2ngdWsH+Sj9nRpv56+++8Om9qdLdqfGnByZHuCmbe1DS19KSlbisVi&#10;G2zVxZOmdHhkE2MfNVLrdrAyGw5NyR/Grp/q3cv85LcnTW4NgbVzPVFN8gPllgIOvMjiKSo2nDhN&#10;pYLuWo2zio8M8bUiUOCmwtI1LGF0xNTx6baR7eagwGIFaV48TToh2yztJOdpbKS2RrMXNwNBAK0U&#10;SaRThQUFPs6Ffubvj5RYn+R11j8gup6vKbm+U+a+Lfww3l/EpJ5Rl83u3fdV0h/pHydTOk9PK1XW&#10;4rP5WeY6xqLNe97Ha4x3xd+O2J623D07iek+t6Hq3dWUfN7h2FS7UxUe2Mrm5IMZTfxqrxQp/tzl&#10;4ocLSCOpAWaI0sTIysikPBQgIJx1LKbVtqW0lktjGLVzVk0jSTgVp64FDxwPTrXi7q+ef8xXrfo3&#10;rn5IZjHVUnc+ATJ0u/snlsjXGt2htqCsq/4ZFSGHIfcigqHyMpljDPGyzOGUhiDrDfyDUZ/mF2QF&#10;vx8a94MbC/A7R6c+v+Fz7rG6x6yy1BUj7Pn+Xp59RXyCT+97oAYNqwP2eJHnra//AJkdRDSdF7Zq&#10;KiaOCGLtLDSSSykKiImz99O7MSQLKik/7D2HPxJ2vhv5j/8AMc3VuLvmort17Uyo352TX4CWvylB&#10;HX7cwdRTYrZWyqappKimyWNwGEhytBGsUcscjUtGY2fU7MXIVEsvdw+3pPs8Scy8yyybgS8LanIq&#10;RUA0VR5gCo/IdAT/ADJO3+7vgn8A8FD8RNoUuT7sze7evuqNpM+Lo8zFiMtuCnyme3hvCtx0x+xy&#10;NfNj9uV4DyaoY6qrSUqyRhCv/wCcT8XOrPin2T0Lv7oHBjrNN90W7pZ8RtzIZSCnxW6utcltGuot&#10;0YU1FXUT4atqIt306haWWOJJKFZERJGd5LXEfheGaUY14cPl+fr09zhtdptVzY3G3p4WvVhTwZCp&#10;DDODRhwoMVoDXoBP5IHzD+YPykwXyj6i+cmAp5N9dL5Dq2uxWVqsHQY857Zvb+N7BpGw1dFRXoct&#10;T42t64qHEzI0jpXmN2ZURUML/NRqNtdu/wAvX4kfJ3L7VwCdvb4yvT2Ozu9YcTR024Jcbn+oexNy&#10;7h24clBGtTNt7+91CamngdjHGw1IqF3BcuGR4YnAGs8f9X8/8/Szmh4rzYdp3J41+scoC1ADQoxK&#10;1HlUVH7fPCk+GO/e9tn/AMzzv34vVuMNN8ZMJ0z2RvbYuQFZUVAyO9dr9r9TbUjMsLVD09PWQbc3&#10;TNHKfGskhQXZgo9hv8f/AIA/G7eX8rzevyb3Rt3PZjuGfqbvzfeIz0u6s5RUG2cr1blOwqDAQYjA&#10;4qrx+Hq6Kri2bA1WuRhr3d5pdDRjQEeitI2snnYVeh/Klek1jsNhNy1LuciM114MrVqaKULgUAx+&#10;EVrXovHyr/mUfzAOvv5tnXXxd6168w9B8S8d8g/ix1PvfedRsxcrPurDd6UnVFRuqqn3DXtJLjKr&#10;BVHYdTT0slAYEjlpE8wk9YYSf5BOSrpcX8qMPLVStjKCu6YydHRm3hp6/LQdo0uRqoxYMJaunwtK&#10;j8niBf8AG7206j44HCgx9oP+r9nV+SixXchkqNGPtDg/4B1Z/wDPSGmSt6rqBEi1dVT70glm/tSU&#10;1DLtSSCJyTbRDLkJCP8Ag597AO5483NtvcEW2pY4NxTYPLR4CefQIYc09BULi5ZfKkkQiirzGW1K&#10;y2HII49mzFiGApqANM/4ehhKzkSJEtJQpp6ZGDn59Vl9hdkbR6d2Xnezd9mf+6GzKRM3uAUqNLUy&#10;YylqIjVR08cbo0k88TFUAYG5HvS7+LPeXVfxu7X7O/2bf40U/eOZy1auOykO/cdjMtujYu5cfkss&#10;+55Jtr74oqrDZbKZ2qrV+6kqzDVQy0imOUCSUMG7eWOF5PqINRPrxGc4Pr1FVjdwWU1yNwsRLI2O&#10;4AlTU1w2CT51yKY6tB+V3X/yQ+SvT/Vm6P5fnyr2F1LSPQvuHH5STCVO5+v+09pZ7GYmbas9Bu7a&#10;GSjymBocTBTO9O9JBW09XFWMJIwYoiLfPgB1J8F+2O4u7+1OmdxnceG3zsvP7f3b8W+zeudv0NDt&#10;LAbo3ztLd1JU0WMetzOFzO2sLktsU9LClP8Adw0srx6pIm8KMdbbBZzzyyRt2kZQjyqD9hGPn/g6&#10;P9rt9suLq5ntGqjqQ0bKO0Fg3DgQNOKVp68Oqw/kX8gf5tvU/wAc8jtLtPoPrmfuXq87Yz+wO8eq&#10;Ox8vuPanbLYjEZfC7qqpKSsxW2twbb3EKStepamqY6SWojk/aidRIwrdw218D8Cv5mWP21vTDYnI&#10;dXUm/YYcfLuLG0OXoqPrjsBg+09zxyZI1hhrth1FZTTyVcbLUrUYqXTyxQokVdu3YK61h1eY/CeB&#10;z6evy6JAi7XvOhlBhD4qPwngc+a/4R0f742fJXcX8wv+XHtPurYj0m3u3Mjgxi99bdinrooMV2h1&#10;1mIcb2XtJoo46aeOHc9LQVTY+KS6JBk6VpGYAt7OB/Mqx2L+S/zj6A+Kez8ZiIMzGcXUdm7qxeIx&#10;w3LHHuIRZSop8pkxRtkqiHZXW2IbJ00Ly+AjI8jhSpju0Yu9ztbGMKCaaiOPdnJpU0XP59L94UXe&#10;521jGoDY1EDOfU8cKKj7ekZge5t4/Ez4qfLL5R79p6Ws2zs2gEHRWzDWVIXdGbhxtHiMDTVDLU+C&#10;nl7B7d3LTYVVjj80KUZkGryafab/AJzvXeU2Ltn474fYO1oNsdEbch3ZjYsLtXFpjdqYbedQ2Kaj&#10;fJ09BTxUcWRyWGjl+zknLSzeOrKnUZS1uY4GhisViSlqAcAUAbHEDzOf5/PprmCJohapGmm2ANAM&#10;Cv2D/Vx6wfyvPkluLsyDMbL+SNZt7b3y8y2zMF2Rm9l/xNHytZsXIZTM0Edbg4KurnrK2lw9TBTf&#10;xJYdS0jVlKJLa4x7AbKd5fy7fkT15tbq7c3Tz/ETc1BkMRMnZnX+yNt7qoleGjq6Cro8/uOj/h+9&#10;8vhqmeqSZzW01XKPEGaYMC5Z+q2S9gS2ltvppQa61UEcKUJHcR9oPReZrC4jWNofCf1AFPzNK06Q&#10;O49mfzp/jfvvc/ZOzN7dFfO/rNaXMCDqTN1ma6M7HlpmraWtoarCU88G4NjHN0uPp5oBGmUp4pJJ&#10;RogYEIpjP5oHSvWPX/w1+POa2zR7c3JubB5jprq6l7aosdQpmd37G2505vWlxb/xGkmqw+GyowtN&#10;WJCk8sIIQqzABvZhzDaW8O02MkSgupjTXQVZQjeY8jQGlT1fcI4UtoNGZBQV9Rp/1efSs+HnyB+V&#10;PY/zl3ftHfPXVRsT47Zf47bm7TxUNSal56buHK9gdUiv23VvVrSzpV7dxu4spTuGpoHdkYuqsNIM&#10;H/Lb+PfR2f8Ait0T2nm+qtjZTseDJ7wzcO9q3b9BPuSLL7b7b3jDt/IplJIjUrV4eLFUy0731RiB&#10;AP0j2dct2Fk+12N01pG11ViGK1YESNQ141FBQ+Q6pbRI8EZKDVnNPn+38/Loq3yo+TH8zDbv8xHf&#10;/UnWPXrZv4jpvHqvETbnkjkdaPb+f6h63ye+o43OQjRYKfPZavuviILM31ufdTfyZ7O2b2p/MK3J&#10;P33lsgOnNg9mVewMrQ0kWXnWh2f15WVWMyGHoabEg5eNdxZ3HTtUSUxE2utkeN0UIUCu5XUN3zC5&#10;3FybOOXQRn4UNCBTOSDUjOa9I5GVrj9ViYwafkP8/VwG/V7owPxB3Zk/ipgdv7j76zewhlur6TcN&#10;fiqHB126Ny/afw7MZOtytVTYk0mHxdd92kc8gjlFMsbBixVg7707I6H2L8ntl9sfD2evxW0MCm09&#10;0S0MOOzuGixe7MXl6+LOYigpNwMlbLisrhaOmeZCft5DWTRW0XUM7jdbdb7tBebGSIF0twIowJqA&#10;DmhFPlkj5dVkaNZQ8GFwekV8EYfm3nvjvnsH/MH2/srE90Q713Nh8XUbMyuBy2M3B15Nhtv123s7&#10;WttyoqsdQZanztfkqMxjTKIqCKZlvIGY7X853Ze0cHuLo3duF23hsTuXeadmpu3OY+gp6TI7k/u9&#10;H1vBhJM1UQJG+RnxsGRmjikl1SLG+i+lVAP+ereGKawmSNRNJr1EedNFKnzpUjz6tc0LA07vP/V/&#10;qz0n/hj2X3puvuf5SbH7E25R4rqLYtH0rk+hs3TyvNNuXHbyi7O/vnUTkzypEtJXbbodEarGVEpJ&#10;BLX9gl8ovix0/wBWfCL42dz7Pw+Upewd/t1pJu7MVmdyVdFlhvzq3Nb0yMK4uec4qghx2VxiLS/b&#10;QROIXZZWlazBBu+0WNpy/tV/bxkXEhTUxYmuuMsRTgKEYoOHGvSY4YCvEdF9+H/zP+Yfef8AMS+U&#10;nSfZfUNPsr4t9Y0fduE6q3kcBWU1TuncvUfd21et6CvTPTyhayHcm3srW1jw6WTVAjRFVVwwj9Rf&#10;Dford38vbcPe2awGVqO0h133BvGj3Gu4s1DDja/rzMb3hxNLSYSnrIMJLRVlLtmGOpFTT1Eh1uyO&#10;hK6Taw5d2u45Rl3SSFjf+DM+rUcGNnpRQaUoorUHzp0maRhKFB7aj/V8ugX+Q/8AML+c21P5mu0/&#10;jT1N0hSVvxi2z3p8bur+0uzavblZlVr8T3bjershuCrjyqyxLh6nbEHYj+J4iVEtMplDIWUnT/4T&#10;rV9dUV/ybwz1Mj42irumcjR0bWMMFdlYuz6XI1KADUJaunw9KjG/0hW3+Mezsf3TfoxPh1U/Ye7P&#10;8s9Sz7Z913foxOgeGfs+IH9v2Hh0ZP8Amr1NNj9p7AqBGi1lTjt+apje702ObaWiJyPqqSZRio/q&#10;597mmAiSPHUyJyRSqTwRwS4HF/yP9v7hidZPHMkhopk9a0oB/l/w46mzc5DEumoAC06+f38o9zis&#10;3nuanRidFVVclT9XeYcXNwfp/Tn6+5AjKqGDWIv+OTf/AA5v7NXlEjFDHUH9n7egUyt+o2nj1X3L&#10;AwWSUNydTHgX4ueL/q49xADxcFTzcm/NyTf+h9rwQfgIYDyH+r/V8uiCc5Pqf83QbZAHyNcMDdiS&#10;R9ebn/efeeK9hxcPqt/U2At/T6n2kuSKnPctP8J/wDq0SVUU6m42BmCix0sTfi/0AAP+sSPfsrSS&#10;1mDzNPTi1RU4evgpSTb9+SkqFjF+eTKB/rj2USOFliDmsYlBamcalz+w/kehTtNYZonrk46N78WM&#10;/jtl99dObryzJHisL2JsmvyTvbQuNp8/RPkWtZtRSlWQ/wCNvevJ82i0uYnlCSJqiJMTBg6NxdWB&#10;5J95RcgCWPle0iYjWoIJ8jTBp/kxw6gX34BbcoyG/D54zgY+X+br6hHwYWnj67nSCWKeL7x2gmid&#10;Xjlhf1RsjIWFipv/ALH3XxsGNo6qHWPUKuZgCOACwYfX8e5O24kCPyb/AGSafz6xqtaiUBvi1H+f&#10;D/COjx1JtC/+II/3gn/iPZmG5iBFrlebf1/H9Dc+xClKEMKD5/6vLo7YCtCT/wAV5dJEfq/5CP8A&#10;vPHtulUc25tfn63+tvz/AF9uKS65p+XTEhLFicVINPn/AMV1NiNuAeDz/seP9f8AH+9e2SrtfjkG&#10;/IP9f94+vujE/CT6/wAukJJJKkefU6Lk/wCxvf8A1ube09UGwIsbX5v+OeP8fx7crRQfPpL8NQae&#10;ZHUr20TBm+l+fr9PxYfn/H20+DUDFB/g6TsSPzHXJbXuTa3+8+2qTg2/p/je/Fv9591Svca44f6v&#10;s/n00aVqfkOpMYHJ/wASP9je5/3n21VI4+ht/X/ePz/vh7tQ1YUxWoz/ACFOmyK6q16y+0/MpBNh&#10;b+v1/rbk/n3Ug1Gpcn/V/k6ZNSwDcOve4TAm9+LcD/iv+x97oOA6r2/FXz697bZ73P8AQ2v/ALzb&#10;/Y8e9PpBDAfL5/6j0y6rQ0GOve2udefp9B/t+f6/Q8e2nbIUgf6vLphwPTHXvbNUix5/qxA4+hv7&#10;0SDUaeIGfsp1oEcOve2adbtf88W/x4t/t/bdKinof5dMOK+QrXHz697bJEIN7W5Ita3AuebcfQe/&#10;NQVArX/VnpnIJqOve2+aPn8/4j/H6f19tmgpTPWqHDDh1722Sg2/1r/X6cf15vzf23LUUfTXNOtq&#10;utwT6f5uve4P28tS8ccEbPIygKqi5Y8X+n+t+fab8SseNT69XVDqJoeJ697XOE6m3RndLw0M+hxq&#10;BCHkG4PJ4B9vi2ldA+jsH+TpXDt88oAjjZvsHXB5Y4gWkdEA+pZgPr9Pr7c8/wBH7jwtDJWVVJUR&#10;xxKXZ3BsFAve1v8AD3prV41J8/5dKZtpvLdNUsDqKZNOsUVVTTkiCeKUj6iN1a3+vYn2V/sSrxa9&#10;S75pMvg8nmaKj3TtCshhoHmii80EG5Kd6mukVGjjooYp2B1cFnFje3sJb5dQSbXeI1s0qxyISBWn&#10;4qkkYoBxriuOJHRjy+k4u1SK6EMxYEMfLBFM/iIOKZ/n1ntyD/QEf7cqf+I9lswuDXF9WYff220y&#10;Wchx/Zan+71PTQVyYyYvj65Z62pSCt+2j/h9HLTJHLEys9Wr6SVFwH4CJtVvd2qyOxuKhQFbQQwP&#10;xBW4CoAIOXrpqo6G0ouLjd7lNwaOJhbBC5qNQ0NQgGgILlWJ/oU4VHXfuxmL5j9YYnYabc3P8WqW&#10;o3dLWU+O3hP2Dm8jldW4YsPR1VHkaajrMVTyVeWqIZPv5NEarTeQG9+SMF3tCVW7ieOhAMbqhIcZ&#10;OrXGxc00/Aq6anVxHT6X22bfYG2g5Ut7i7kQs08ksh1LTw/ECY8MltXFgGJAUUNSgKnau6azPrkp&#10;OxMzR4aGZZqbb+Lw+ApUstS8xp63I1VFkKmrpWp9EWkLE9lLa7t6efSW38BvsZXrusz0vXu4ty4/&#10;A5HCZbHyQTZqrx0mTrcjNjvupIK7KUL577xgiFli5sgsACdq0bRmCOV1kISoVh4hFSRWpZqGprUn&#10;FdNDjoH7Baxbjcy2V3KIZJKCNipKMf4O0V1NUafImgYeqtytdJjaR65aWWripwz1McMkEbxwAapK&#10;m9RLDEUgVdTC+rTcgEixXG3/AI/dzbPwk1RhclQ9v47a3a2Ow+W21t7dFLV7vw+2GrVlzOVzFRU1&#10;FMzVHlq53WiKiQII9Z0G6pIZbrbZIbQSm5bUKAvpcrwLM7YLAsW00BFV4ihAlj5L3G7hlvIdDRwz&#10;lJkgo7Lp4EIKaVdhpJJNGq7AKR0n5N84GGvo8fWy1WJbJY9K7HZDK0ctDiqpnQSNRw19QY6eSvgi&#10;dHaPUAwcBGZgwWxjqiTc+wNy5ybD7JGK2fldr0PkochvGgqhlclSVWXhkhmvFUUmKydVQzLUF4mM&#10;RS/AfX7vuVsNzt44rrVFMpBDLU6WAqaIDUg6SDRitaEgY6k/k5tz5Z3G+ksNn07TJbAMjzgiUqXp&#10;3UKJIVzQClKnzPQH9o4XbPYOFxtHmNxefcGI3C9Ti8tQbdrWnwhnNKZHjxkU8VXWYyCeKOJtTsZJ&#10;CikmwPsU9mrN23gKPJ7dzUFPkMFWU+SC4fMYTN0j4aeiy2Jlgyz5TEy0s2PgrMj+5LSCKeKWK+tR&#10;ce0W67jbWd7ELl1FtPXyI1OCDpXTUglVagBGrSACakdCXY7duadsjlsLtVuoGDUWRHAQrJGPEEiU&#10;IBahZaEHJoOgz3xX47p3Nxrm6Wqqdv7lp6ykklOGyNB95uGmqsVk4osTVYfJvXRVVTDjNUcE5aOe&#10;6xgmzq41dZdbbv2ni9iZHE0ldVxS7N2tX01TFFUzLVvVYzH1FXWia9mV5ZXLk3vxc8ewjzBzJa7j&#10;NPti3CLBFNNFKC1CCjuoBGSGIVSAQa1NAOpA5R5avdo2/ZLyBQTJawNXNSGjRi1a+bEmtMnGOi39&#10;v91dQbyXtPau+c/g6Krxm/d4bZrqXKVePp5okxuXyeLx1G0FSQZHeKCMJpYEsSLEni4HZ5yI21j5&#10;Mm0crPTwGneMSoRC8YMSsxqJjNPFGFDONIZgTbnjGiC6S7u7hYqgq7VBocg91e0UUmpC5IBXNKdS&#10;nzNA1lDBPI1ZGFPMCh4HJ4+R9ePWhz/M/wBo7D2V3RlcjsemrKH+J1VQuao5q1JKM5CQI33+Poaa&#10;joRjhLIGtETItrXJYMzKASOz8eoMdLIxUr6tN73ta17/AOH9R7MzAix0cYpUGh+f+yP8h6B9heXi&#10;TiSEtUH/AA9Vlbez+fpMpHWYmaqgnjlRdcE7o6GTj9aMrAEA3P0A+pHuo7+bt8PNrfJDoLMKuHpq&#10;HeWFgfK7X3DS04Waky1FEWpo6/xEPNj65NcMvpJUS6xcoB7Hntxur3sl3ypdXRNlONSashJBqNUx&#10;g5GoV+EGg1EVt7pcs2+/8tQ8xwW6/wBYbEFldQAXUCrxSEfEGHAn4Wo1aAg7sv8Awnq+Xu8I8jWd&#10;V7v3u+YwWfngiTBZbISTDGVjQIIK/GeeRzTT+W4cKdEqa10atDr8/TM4rN7J3JkMPkI5cfmcFkZ6&#10;SpjDeqKppJjG+l1NmXWlwRwR7PriC62q+kgc6LqJqYPmPQ+h/wAHWOUEtpu1ikqgPbSrwPzwQR6j&#10;gfn1uKexi/0rN/dPz6B/Hdf2n09H6L/eW+trfj66vYn/AKxJ+7dWkfW100zTh8X+x6+fUf8A9TP9&#10;3Xgav91tNVfOlfg+3/J173//07UAHZNTcIw1Ncng6bj8/S/uO3KJJpjzIMDHHNP9X8+s0V1UBHCn&#10;y9fT9g6CSn1FRqY6GXU12JKkgNYgBQFX/eAfp7xyA6IwSCQCwUXFy2r/AABYD8/4n3RHGuZgp01o&#10;T6Up+yvlXyHWieJpj+f8v8vSmx8QZUBuWOkL9fULufUDcWsLf7b23y6iQunlmNtJsR63Y30sf7I/&#10;pf3dCurtOAKZzXAGKj1+Z/z1ILUan/F/6uP8ulrTokULzSuI0RQxcnQFVOWLtqBHo/3g+3bG4cyg&#10;yyfoI4uPqOBYah9L/T6k+1Iq5VGU66+R/wANP51p1bXHENU7/wCr/V5Y6Ln2x31jtqRzU+Pq6dXj&#10;9LSMyjWQunUBwwFxwRfUR71i/wDhR18kes32B1/8PaWm3N/pYw/Y2xO+a2qfF0a7R/uRLs7t/ZqQ&#10;xZn+KHISZ58xlo28H2YiEKsxluArH21WzCV7pqVK6f5g8OFOFOoa90+YLO7trbZY1b6pJklrQadO&#10;iReNa1qRinlx6up/4Tu9T9v7/wC2d6fNirr9qTdHzdX9rfHigpkzFe2827Gn350Nvk1DYJsWaCPb&#10;q4Hb1QGqfvhL9w8aCDSWZXj+Tp/Ng+LnWvx/+LPwc3bhe1YO4qvf2W66oMtTbUwVbsSv3D3F3hun&#10;LbSaDNQ7vbMQ42Jd7UUFZJPjYWhnEmlZIlEjI932Y3Utzd6uwqK58lGcU449eHRdylz1Bte27dsr&#10;xvrVmWtARV5GYZrX8Xp/n6QP853+Wl87s78gflr89OudzdOTfHnb/XOP7XrMFU723HjuxsZtjpTo&#10;TalBvpKrAz7JTBT5Kao2Lkaqhhp8rOs8DRapIpnaJIn/AApI+S3VdRsPr34gUNFupe3cV2NsXvrI&#10;1r4yhTZi7Hk2Z27sxKaLLfxU5F8/LmcxGwpxReEQRuxmDaUZrl+yuo7qW6dl+l8MoB511Kf2UHH1&#10;Py6d9xOZ7Pc9ttdpSNhdrMkpNBp0hJVpWta1YYpTjnpv/wCE0vSnd3Y/ce7Pn9msjs2bpSXo7tH4&#10;uUNIMzkm39J2PN2R0L2M9S2B/gpxUe1oMDtydXqWyP3H3MsSLAyl3jLZ8cf5jXx12B/Jj7E+OW4M&#10;Z2VJ2Thev+4+hZpsftvC1O3Jd6/JqT5Ibs65rabKTbopqo7dosXQyjKztTJPTSoVignBVmUXFleN&#10;vUUqaPAZg/Eg0QIrVFMmpxnh59a2jmvaLX2/u9pmSb6xYpYcKunXceO0ZqWrQCuo0BFMA9WK/K34&#10;D/Iztj+Zv1b25tbLdcw9eP3R8d/kGIMvuHMUmai2L8YN0/HiPsqikoafbNZD/eSuqf8Ai006zNT1&#10;XkUzT09m0oX/AIT1/I3rPq/ubtPobeFJueXefyXrOssf1vVYjGUVZgKar61xHb2c3DHuaumytHW4&#10;taihzsP2rQ09UsjJIH8dlLPb+lyIobqAjw4q6s5o2kCnkfPj+XSP2u3SztNwvdsuFc3F54YjoARV&#10;BKW1GophhQgH8uhu/nR9Udh7n6j2X3JtSpwEW0+i8fv6t37BkshWU2Ynp975HrfEYF8FRQ4+opch&#10;4KzGTfciWenMashXXdtCd/m9bE7V+L380PGfLpthZLObCn3Z0B25svMVFDkI9nZbM9TYTYeIrtl5&#10;TclElRT0eRmzOwSZYiyVK0tZFIqEMrM7td3Ff2LQiYeNRlPrQ1oaEeh9KVHTXPVrfbPzgu+G3Z7Y&#10;vDIjUOgmIIChbgDVOHGhGOizfyEO9Omfkr/LIzHxGoewsHie2dh5n5R9b792iuWxsm98biO1+0Oz&#10;N84jfGN2xVS09dW4E4bshIoqlFkpWrKGaNpFdWRbc+k/5wOB7F6l7y+QHZ/xd7d6l6W6b2719mKX&#10;eNEajesG98hvjeuP2PJhMDXZDbuw9sNkKDJbjxk0ca5GSSWjeaZggiAZh7Z4pYrdLkM7k4wKUAPz&#10;NKA+XE9Dex54iu9v3Xc7rZJ4NvgVGD5fUXcLpUlUWoLLQasipxToB/lV/Li3XNDgfjL1h371N2D3&#10;R3lSdjbSg25l6n+6Me0VwOzMjuaHL7hpsdlt77jgx1RRYaujkl/hwEdRHFGutpCV1yP5UXy76m+F&#10;/wAit4dodx0u8KrbG4emNx7AoRsvD0GbyUOdye9uvNyUs1ZSZDM4RExv2G1KlGkSSSQTPEPGVZnQ&#10;5u45ZY1WKldWa+lDwwc1p+Veop5M3yy2HdLi7v1cwvbsg0AE1Low4kYopz/xYva+fXx23n8m+lsR&#10;13smLatTXUu/8XuHK0W8Kyoo8TW4ODbO7sJWUytBjcoJqlqjPQsI3REaNXOrUFVtjf8Am7bU7M+Q&#10;v8urF7t6DxG683ic7mOre1ty7bxWNqarcee6myOByGWSlnwuNarqKmTEZnMYfJ1cMQmEKUEjklYy&#10;wKbK5WOcRyyjTkU8g3+StDknNRjqUedba93LldbjbkkaN2jlZQMmMqTSgrWhKseOFPp1r8/BTvP4&#10;wfDb517Y6X7Vi6+6sq95Rdo7G2/uqolxm3Nl4ntbb1bj6KIVOar46Ggo5Nw46hyeMo5pmi809VDE&#10;LPKqmgv4m7q2zu/4zdg/GPYP8umn72+Su6qXsTbkneeQ25hMm/X6Z/F1tFQbpqtw7j2vk6jYOY69&#10;jrgaeNK7F05qYIJTOk72JnO2h1le5CwjNPX/ADj9vUa7PLHcbTcbTa8sfUbq2sGUqDoqKBixU6Cl&#10;cZUVANanqyz5ubd7W2J8k9gfLTsH+aLivjV8H9hZTqTfOU6NxtDkoMz2M+1M9isrktjUVZtvd2Nl&#10;3ttvtmbHeKptQZWoajrKinWlmp1BBhf5Aneeytkd0dndD5uDcLb1+Q67MbYNRjqCkqMFA3Ue1+4d&#10;37oj3DXS5CCrxzT4euX7Pw01SssqMrmL0lr3TiJPGZVKKM1+dB8v8PRj7c30EN/dbdJr8e5C6KAU&#10;/TWRmqa1GDigNT6Y6Fz+bJsPcGW6Yx/aFDLi0231ViN4LuhKqqmhyjHfdbsnbuDbFU6UksFUqZGI&#10;io1yxFEYFQ/IAFd35Ps3+Xd/NW3x8g94dZZbcGEPdfbfYm2ErlrcBg98bP7jpt4JN/d/dAosjQSZ&#10;HE4ffE0ZKLOIa+kKTRgBkG4ZkniBiK1pw9CPlx6L9wN3yzzdPuM9qzx/USOtagOsmqtGoRUBiPOj&#10;DPSI/l79l9P/ADt/lbdKdWdcdmbfg3Lszo7qzqLfuJoMhQZnc2w96dLUu3Nt1C7m2wKmjylBQ5vJ&#10;bMSpgMqxCfH1iPDI4Kudhbpz+ZrtfJ/F3tb5Z97/AB37d6W66663ttjbWHoBj5tyZbfeM3ScXjsb&#10;m9tVefxPXuHyBg3DVy01ZHBNNFSoI2aUs5UFV14rypawSqZmU5rgeeaEn5j16k/buZrZtnvt63La&#10;p7azikVQKFi4fAK6gg+ImuaDGanqp750/CfsHtHc2O+FHQfdXU3YnZ3dGwdzVLz5PMf3ewGz6/bf&#10;3eUyOO3R/d+XfeWxqSYOiWend6QTVDa1WKyajrm/yWfkR1j8dvmQKztGk3RV0Pb2wG6L2n/dfGUO&#10;Ukp98787Q6tqcDUZpK3KYv7TACPA1CTzxfcTRu8doWUsyLdyS5aBWtmAdW1GvoAa0+dadRdyHudj&#10;te+a79XMc0XhLpANHaSMqTUjt7TUip4Y6uw/m/dW9q9n/C3ejdS1O3aXKdczZ7tPdDbiytbiVk2P&#10;tLq/scZ2PDy0eMyf3OcEuRp3hgkEMciI/wC6rBVYa+yelvkB/J4+eOa7mj6l3Dvr4+5DL7zO3dyY&#10;anyH91twdWbxqaioj21X7rpsfXUO2967QtTNLT1qxmWooFlVWpJklO7DcY5kQCQC6AoVPH7QPMHi&#10;CK9K73br/k7f5L4WbS7WzNpZa6TG2dJYAhXXFQfMV4GvRVfgL89PjN/N9+E/Xuy6ftfam2/k/szb&#10;+08f2N1tn8jjKXfOA7U2fiI8HlN4YbalVW0uR3HsTeXlqZKSuofNHDBXmnldKyCWFUl8gd798fzj&#10;u9OrMF0r0xujanXGy6HJYqgz24PvMhtzbo3FkaKTd+893bnpKCHBYyLw4OlgiooGmqZ2ohHF5ppF&#10;iUzlnEpQMQGA9RnzJ8uk169/zluFpFYWTrbqCATwFTV3ZgKDgMCpxQVOOhu3b238Vv5RfVHafbnf&#10;vbW1avsXduOwMUWyMFV4yLsPsObaUOcbZGydkbRnrWz+XqZK/dlW0lbMkVDRR1hmqHggjeUmW/nT&#10;b0666o6G+PPwcwybln3XsCl6p39iK6poaT+AN1ttLZnZ/UWMjqMl/EfvP7xzZGhVzAKVovCrOZQ2&#10;lGdluFlhjjVAAPT5VGf8PS/nN7eysdu2RSxmjCODTt0ASIM1rqqOFOHn0hP5XOE7L7d3TQ/MPdqY&#10;Kipt2dcdn7b3djIqqrXMQ9jdnby6f7XqFose1AKf+AUlHQ1CGV6hJQ7RKImBZkUnwj7v2d2B/KX+&#10;SfTGCp87Hu74/wDxz7+XfU2QoqWDC1C9pU/fO79svt+thr6mor0jxtLIlV5oKZop10qHUh/ay2nT&#10;6OeGp1aD/l4dV2e6S55Y3C1j1a7e3l1eh1+KwI+wDPDpT/MXYOV258n+nN7ZRsY2I7H+TXxgn24l&#10;PNNLXpJtHs3ozBZP+JQPSxxU0gq2VoSkkoeMgkqQV9lY/kkd/wCxus+0+xun9x02fk3V37VdfUWx&#10;6jG0FJU4eCo2Fjezctmkz1XLkaaqoBNSZqI05igqA7I4bRZdWtrkCytFU6npT0wDx4dFPKV7Fb3M&#10;9swbxZtIWlKVUMTXIPninz6Nr81+v85uXbm2t546THridgUu5XzkdTPNHWyJuKs2nTULUECU00VR&#10;olx7+TW8ZUMpGrm2zjvmpzNDsreFbtxahtw0e1twVOBSkpFr6t81BiayXFLTULwVKVtS1csYSExu&#10;JGsulr2J0WcKxT4/s+VMfs+fHoeXEji3lYf2hXApU100oB9ufPj1TV3ng+q90dWbm2z3dncftvq3&#10;cCY/D7vzeWyEuJxlHia3K0KTNX5WKopZMdSMvpknWWFoUJYOlrjWc2V88OssptrcG3P5l3xj3B2z&#10;2xJnXg29uyPo3rvb251wsOGwlDDgMhUVtR15msbkIMnSTytJRgtoqFTSFREBPHdRaDHfW5L6uOkV&#10;p+0fb0Aod3tzG8e+WBknJwfDUGlPWqHj/q4dMnZH8pr5I7I3hsbff8kD5q7T+PXxxqNqip3L13nP&#10;kb2/v7reu3VUbl3HlKzd+2qRcR3VtXOYuqweRpKcRVjLaWjaXyF5ZJGXP8pj4878Pya7F+ReM693&#10;X1V0OuJ3xidh43dqZGKvy1BuzcFFV7a21RVGQjpajclBtvBUytV5MK9O9XTxKNUjsYlezwuLuS5E&#10;ZWDIAPz4DPGg8+vbFaS/W3F4sTR2lGAB8wTULnjQefrTqyvtj5Ldc5nYux/jBmO6uve8fkztfZmz&#10;Mv3bX9cyYufD0GfwmHhwm6dx5bG4ipr6TZdVu/dL1E1DhJpFq4aKRyyrGsbSjV/O1+PY3V1hsz5E&#10;YOjeTM9Y1se0d4vDFrefY26K1f4RXVUoBdYtu7tlWKJQALZmVmPpHtXv1r4kCXa5ZDQ48j+Z4H/D&#10;0p5kstUCXiGrIaH7DX/Aaf70eq5f5YW8n+Hn8xTur4hZR1oOovmPi6vvbpMTSGGix3cezce535tn&#10;Fw3jgNRuvY9PLVzE6nA25Toi+tj7CP8Ak6dcbn7L7B7f+W/Y9bVbhzMMFL1rtzO5NFkqq3N1FBjK&#10;rc+QDrHDFHPiduUuMoo2QNqhrZkOm3q3y5C0s099N3NTSK+uK/IUFBX5npBscbyzy3krVf4RXzOK&#10;/sFOjW/zLMrjuye7/i58J9tweHZ+0quX5Wd04+lfTRrgtuV+V271BtqtUPK9RTbj3vLmMlLFLoCS&#10;4WmkXXcaDI/zHPkF3x0f2N0x/dLa+T3j0LmaZZe49st1ph957f3DSUO68VUVeFqczlcBXristX4C&#10;KaKCP7uBbyeXTqVXUw3e7uraW00RlrQ/2gChgaEVFSMGlaZ6f3a4nilt9ILQfiGkHzyMj7afbXoH&#10;N3fCP4afLrdHZMe4+w8VsT5vbb6+fHdAbmxndO6eud9dd5XIbX3VT7X3bjtrbY3ZiJ9x4Ck3JX09&#10;TVOKCrfTSGHWElkikqg+Tu8Pjj8sv7o7d+GHxL37tbtOXdMT7grMJsvB4DF1GJmoKqknwx25sfN5&#10;3CLfKT0tQ2QqEoFpIoJNd1lZkIr6Sy3IRR7Xtrrc6skKAKU9FJHHNcUA6I7lre4Ci0tmElc4AFKe&#10;gr9tehH+C/X3zq/l4Qdjb1/ml/zEOl9+fHbH7GqaTZtNubfm4txbkot002Xx+Rp9wT7+7O2dszdN&#10;XKu3qSuo0wtPNmp8jUVcPi0vAiTWE/NH40do038tjpnrOix9buzefSVb13uDd2NwUNRm6o02L2lu&#10;rbmbpsTHTmSpr6HblTutAJI0a9HSNIERAdIg3bbpxy9aW6Ve4iKlgucBWB+eC37BXpVdwutjFGfi&#10;Slf2f7P7Oh52F8yej6Xtjq3ufP7lx2x+tPkZT7t2rsTcu9Kum2tj4q/dDYTd21DnanIvHR4mr3LT&#10;bPNPHFPLH/l1ZHDrZyAxZ/gl/MA3N17151v8ZsZ8fd0dgV+392VWKmz+1shk5qvH7e3dvfI5/L5D&#10;Jbbo9rZirfIYN81WaU80MUscChmjKuxTbBv8lvBbbYm2vK6uRVSa0ZiTVQp4VPp/h6RQXBWNYliJ&#10;YH1xn1HRyuxOo8TX5Ld3YK72x1BS7php8zBHWCkFJLV0e1MNgaCGhyTV8EMlJXxYeCQPZzqlOkMN&#10;PsPPmn8euxPj78tcr8gsX1LR9s9Tbq3nJ2BJRZba43Zs+qyOe8lVvDau9caKOvgx8lXk6mrmpJ54&#10;vGyyxSxFpopERne9tudu3h9wSy8WzZ9dCupan4lYUI41oSPQjIPTU8ZjkLBew/6qdVmfBz5n9Z/K&#10;z4577+E25fkBX/Hr5adWS7x6hWbHbno9r9jwY3bG4auHrTsbrSTLzU8e7Kak2/BjoMjRQl5Fkgng&#10;nSOmqIJZBF6/+TvVXb+79lYLrr+WB1pX4bK53C027c3Q9cbY3acVhKjJR0mdrMfHiOrcbQoMVSiS&#10;RaiqqEjZkKuiWv7XWu7Wl9Pbw2vKcJjZgGPhq9ATQkUjHAeZI62JVIAFutPWn+anQNbl/lb/ADQw&#10;hye5u0/54/yRXOUdJNT7D27g9w7s6e27m8/Av3OBotzU9J3ZkIslBmKzTBUU9NRNU+J7pNJwntH/&#10;AM4XuDau8+z9hdT4iHLrubphd0Nu6eso6aHEzHsbA9abjwKYaqjrZ6itaHHUbfc+SGBY5GVUL8kJ&#10;edL2Oe7t7NQwlg1aq8O8Iwp58PUD8+mpH16cUIGerqvjlsbKbXxtXmKyejmosvtPZGCozDLK1Sar&#10;Z9Tu+lyU1RE8KpFDM+UjMRDuzWbUFsLx/kt29tXt3+Wb8fztaHLwHrLtDqzqHca5ekp6Qybp2V0F&#10;n0y02N+2rKxanETDIRtTzOY5HBOqNCLe3N2vIbzlHbGgBAimjiaop3pCdVMmoNRQ4+wdNmnENnGP&#10;8vE1/YOnPr7a1ftXszcFPkjRvLlouw9z0bUcjyKMbubsVcvRpMZIYSlWsMyiVQGUOOGYckZ/if23&#10;tfeP8uHvXqvFQ5aPc3TfSHco3ZJW0lPDi517Bg7f3JgnwtVFWTz1YShp3Wo8sUBjlFlDqQxOti3G&#10;3n5P3SxUMJre1lDYFD4njMtDXOOOBQ8K9IphSaNjhSRw41+f8vs6DTc+wMttzs/d26cmcbNjOyO8&#10;em9ybfSmlllq4KXb2P6U2dUjJxS00MdPVLl9tzSRCN5VMLIxZWJRc/8AIM+QOxesu/N5dObkp9wy&#10;br+QeQ69xuxJ8Zj6SqwsFXsPHdmZjMruGrlyFPVY9ZqLLx/btFBUB2Vw2iy6okv5FTa75WGSAfyA&#10;auaj1GPP9nUo+29/b228GzmVjLcFQlOFVDk1NQRx9D/LoCv5pvWe5d2dMxb+w82LTDdY4DedRuKO&#10;sqZ4a+SPctXsukxzYyCOkmhqfHPjX8uuSIoGUrq5tva4yL/IYbFixpotPqKFTf1AldV1ueP9b/bR&#10;I0oSVQQukOa4rXGDQ0ocZ+39s1bsWMz6eNP8w6+bz33USVm/d2EF9bZKfSuoi1pWJUkX1INXudPG&#10;Y4VuiliAw5b9Nz+eL/8AEe9wSrJLIFkYKDQ8OP8Aq/b0RTKRFWmKdF7yNL4KEMUViV+o1/pNz+bA&#10;3I/rxf2x/W54PJ5/wueBzb6f4H2IANIUAUoP9Xl/l6DEy6j/AEugXrlLyuf1HUf9tci3J/AHuZEB&#10;Zf6WAPH5P5/re3+9+yydm1uCc1/1flX/AAdKLZRQAjPSiw8S+Nbi/oUE2JsT9SP6nj/efbki6lW4&#10;BAJXTpa9rEXBXgAXtyPz7LHYAuKkMRWtR/Ov+Q+XR9A4RY3HEHoRcXMYZKOoTTqpp0aPhgwMbAgh&#10;ltYA/wBR+fdKvz12vQQ5OSZKdVZoWYtpALXAIP0H9R7yQ9prqWfY5IpWB0OcemeHn516jv34soGh&#10;t7rRSUKM48806+kV/J27HyW7upKIVFdLVU8lNSSRGRy40GnDqUP1I0n/AGH9PdQu34hFmii2AFTw&#10;CP8AWt/T+nuZNuZi1CuAesO0CrMTxUV9Orvp7mE/7UOf9Yg/8T7H8H9peB+gC/IvwPz/ALH2Jx6A&#10;nV/q8ujY0ApmvSSIOs/j1G4/pyTb/ePcKS1j/sf99/vHvwDhv9X2/wCr7emmJFKNQf6v9Xy6mRfX&#10;gAcn/WI9stYAfpa9wT/gfeitScZA/l/s9IXH6moDJr+z1z1OhPP++/ofadqASWH+uT/Swv8A7z73&#10;WqAdIXr8LfFwHUr20SAhv8PybcC1/wCo/oPdCtI/I16aI7eve2ic2Yn+p/w4/wBt9PbTFgFx58fX&#10;pkgEnNepkX6fpb6f8i/1x7bKhuAv5/2315/3gD3YaiCTWvTRNCaevWT2xzgk/wCw/r/r3P8Aj7tI&#10;K0q9PT59UrxB697hSAAX/r/sOR/T/be9CpFQaH/J8+m2p3AmnXvbbMo+n44/3sG3H+PurE1UAjNf&#10;+L/PptwRw49e9tcwB4I/ra3+8/X20ykktXpOwY1OKde9s1Sl78Xte3+J/wCRe6NUAd3HqqrXNfP+&#10;XXvbVIq2Y2F7cH+n44+vI9+00OCaenHqrDr3tskQNcHkA8D6c82+nvTVBNfIdMsla54HH59e95aX&#10;B19eyrDA5DGysAbnngge6YevW0hd1NF697V9B1Rm6+1qOchtOkhWAJNv6jj3ZoWZSK8DX5f5OjC2&#10;2q5lyiEtX/N1jeaKMXeRFH5JIsLfW/8AT2b/AKG+I2U3HlKV6nHSzMXUHUp0rdgCLkWsALf0v7Kb&#10;/dNt2OCS5vZlwK04mo/4sY4nhnqT+TfbHdeYLhC0DCA1qTwFPT/Vnovfd3yP2B0vt2uzOdzNFHJS&#10;wySCN5kFgik6jz9Bb/D3dZ118Ltq7cwMFZmqWJZlgR2UoCyDSG/Tb1G5/Nre4J5l95rv6h4NtULD&#10;Wij18sny4VHH/Nl/yv7P8ubdbJ9RbK9woFSc0P8An61pO3P50G8OyuzqzYnTxkrqCkrXp6rIU5CU&#10;agMylI5RqMtiQpKg83/2IQ9z9A7MytBXYykhKeaCSEMEWy6lZdQUgHgm3s45S9wtxuHQ7hF+mSRT&#10;zp+X7R0l5y9t9hv7SS1ghKSlWAI8uH+r8+rAfjN8sOzYGoK/c89NkIHaKSqiJlBYSAF4jIxKi4HB&#10;t9R9ePdH/wAk/ilvHY/THZOMxO35MnBuibE4eXI0rqrU1IuXir4q+BVDuZQYDEyleElYn6e5CmFt&#10;d2N9Dt04f6jNA2lwpOagg1pwxjhSox1ibvXI298nQfvK6sdVqk0ffxUUbUPnmgGaUr1cHsPuvr/s&#10;etpsbt/ORnM/ZSZCXDTAxViRxiOOZWVl8coiM4N0Y3tf6X9ka+NXRnd3XmK7M3lg8vD1/sSn23kq&#10;LeO5qqipN2bKyGOpKWmhpcfXSvBlzLuHIZyrESpTU6sjKNJBFvYc27a5tpmYzTLbFhhKiQMFAapq&#10;a6lNWakYoAKUGChlut43a0utws42G3RQss8zpSMa2p4I0qykMdAQGrh21VHHpd5nL7dgyWDwuRq6&#10;N85ka5ajA4gVtNDl6iWjjnmqq+ipnqaeoeloKFJnqHW6mEOhDFxGw7/J/tXL4bdW4qzG4DYVHj6j&#10;a0G3MKcnRRZyPMZGvo6bDT7owTygmiyvjoa9VjKCN4WRyXJA9ie+uby2S4WR4hVm0mQHUxc4FOAK&#10;hW7KUKhTXiOi3d76Kfd7jw7CMR+EkbBKOtEQI0i1HaWpUMaacnj1nwmOmo8ZDT1OQr62QVlXX+Wq&#10;YQ1MaVddPX0+Pm8BGuKgiqFhsWOoR88G3tP9VUWEz+5+sMVXfwjEb23jQrT7KbDYT7XJVsuIjb7n&#10;JZysTN46sxY2vGq1DCKNElgl/bJkJHvSXu32qJJcTx+O0RK9oqdC5ZtLAih8gBWtFJPAv2Xa7neL&#10;2zt4UZVMqqCuArMSFZ21jSQF1BlGVWvl04ZCrSgoqutmQyQUtNPUTIo1SNHDGXaOKPSRI8gUgAkX&#10;Jt7Mj8Nuh+69tbv7Ajz/AHP1/D2XWZs7mye3cNnsXWYbN4bKo1DLNlcZFDBVzvQ/cM8U0nkhjd49&#10;RZkPsqWFtuSS73mZZkkcsywpTSKAqzKArqe3SCfQKK06lPlXYb673u6g5b3iCzvIIk1LLMkqzaid&#10;ZIBZMatX8IJqFBoOge7W33tLCbexdZuXaW6c/hcjUyIk+L2/kBWYmpgUS00jidaCvx8tXJGUTSUk&#10;dQQAwNjYBFuhem585trMVex6/amZrf4FRZTLSyQ1GWroIJMg1VTvEI0pg0cErI6lkMAHqF9Ps0Nv&#10;Fvce2Xkks8F6AHCVAIUimlq44fFWtD5+oxi3KTkW43Ha7g2M2yTSiMSOSGkamoOCtAFOaUqunGoE&#10;9A5ldrUneFNsvfEDdgbR3hgaVM6MViqmmjp8cldA1LNhstBWI0VbNTn9UB0yCojJ0nTcFM6lz8/X&#10;XaW6Jm6S3PidmZjP5HB7Y3Rhq+XMyvg9x189HPPW7cmxuLqKLCN4hVs71M8gVrQqwQqpXvX1MCSS&#10;/QCWMSVqpUtVRq1EEKUA8OlCZD3UUUB6BvJ95Y7PvtxKm0XEdrK7qpCsSI5CY07O3Up1aqk4AxwN&#10;Bw3vga/d+z6PEtn8MMxQrislVpKaeKObN4Wajr2lFRG85oGgq4h+mNlUPZuCLbXnVVLQx9M9Q1GN&#10;ppKXHzdc7LelgnppKaqiilwGOdYqqndUeGYWN1b6Mf8AW94YXN4Lvm7nQOxab95XRPChHivlflQi&#10;unNBQjB6zWSZ4Nl5eitSY7YWFvpFSCAY0oCoqAfUeRB9OvmofzRszval+aXyLpsznIJKyn7o7DWo&#10;rsNl6qupZHO8a9I4EkgkaCNeDo1BCLWNiLe5mEkaXG5BSqU0dFmshR01MEVI0pqSpeON0sgP7i3O&#10;ken1fS3vVtdTLzPcWX0v6JgRy4rUs6BjXNOPmRWgGa46N+abOOTly3uXNJ1FRwoaGn8xnP8AsdcP&#10;nX1rtuP499O9lzbuq9xb1zuyNoZnK5HJ1qVlTXVtRjaR6unkWSMtIlIrhBqZ2JUhrg8OcGihSaod&#10;IDDUSAzuiI7yOy08cZe2mSSVo4ljBvxYcgD3bmVru5Nmlg7pLEamtQAO6p9KAkk+Z9Djor5IigSG&#10;b6go00hovzxWg/b50zw4dAH8JYNtZxMxgN+1UefrqnCzYbYlJUZRGWCiimrM9VYLFGqWT+H0wyeY&#10;lqpIkjWN5ZJ2HqLN75Z3buP3BQ5TGZqmhrceyRU9ZR1BDgU1TG9wzatS8XAYA8/T+vu22bybWbap&#10;tval82pgw/jUgcP2Eg5oM+nS9rf6eO/W8YGybUAlKqfUf7bgKHA6dOv95dlfHTc+T7E2luvL7L+w&#10;yVZkdnVuPjY0rVuNrIJhEGnpvDXRz+Ex2BMaBr8XF9Ff+dD/AC1t5dC9w5nvLrHaOaynRe+plyFd&#10;k8fFLkqbZW5qqZ1rMZlpI1ebH0WQmdZKZ5gsZeQxKxIA95ALfvzNaJujMG3hEpcRigY6aATKtcow&#10;pqKiisMhQV6xK5k2SLk7crpbWBhyxPJrhkJJWN5MvA5IqpDVMZbDKQASVz9AX+Ul/ND6v/mC9H4S&#10;hrd67di+SmyMRT0naXX7EYXO14pkjij3zgcJWOJcngMgGRauajMsVHWErKsCzU6vRP8Awiu+38P2&#10;0uvVqvob9H0v9P68eyrWurif2dEf1tv4nieMtKevVu3v/9S1F1IU+okCwUauSCRyFJvZb/jm3+8R&#10;uJdTCiAE1JxwPzNPOnnitPXOaFH1aa9tOH+X/V/xYX00AJNy1hYxgsSCCwuQtiOL/wCtYHn3wqLW&#10;DLcgAcW5S1wVvxa9+P8AfWatalnU6QxJHyb0Pzp5/bT0rVe0tgaj/qr/ALHn0qKWJkSxD6RZgv8A&#10;qALMQDpsA9/yOD/sbOOPx8c5R5EBA9TcBWKkEE2/Nvp/j7dtvFaaQKx08AOIBqDT5flSnVzIlvA8&#10;rtRQOH8/8nQGd+dswbK21UQwTpFP4buUK3b0/UKQPSNX1PBP+x9q+ERovjRSqqNI4Fzx9Cb/AO25&#10;9mDxeGUkqpcmuK/4Kf8AFcOgDuO7tIzOzUQcB1StvrszJ7jr6qtrq6cU7St44zI121E8klhww/2/&#10;vOBdCQLBbX+n5JPNj9R7ZZj4qq5qx4dB25vJLhWAPYPXoou+do129a+atOcqIqCMq1NQyR64ac6A&#10;rlBqA9ZFzx7xXuR+Ofp9Lm3/ABX2oKFQSRWo/Z0XVq3HpN4DaGSwlXTk7iqKikpmKmhKFYnFj6VB&#10;YgC5v7kQuyONHP0UKCfyf6cD6Djn2kuY0kjbxMDiSelu2XEsFzGYyeIr1IqOuqzcGcFTLnptM1QF&#10;gh8Jl+2jdhaNAWA0g88f09hn3FuKbbkEVXDIIalVQ6HOjWCTqQuTwCvIPP159hrlTb1vtxlthGXt&#10;2ZsjIoBXUBTJB8scMdTDcXDQ2MUrGjaK5NBQiuPn5UOOPr1sNfFv+Xfv35S9MbZ2RkO8s1jMJSGS&#10;pnimxMmSgnjmWE0VHNCKmNjDQeP03Nhe4Hsu9P3lXMNElM7WupX9tlDDj02H+t+fx7kx+SLNf1Fu&#10;Cua1zWnzz/kPHy8g3/WTUX/RaoFSfmK5/l9nl1Zb8b/5K+b+Pm4Kysq+7U3htWvx9Qkm1UwsuOpW&#10;rqgIEyP700yLLGiW4Fz7cou71ItJRycaQLhSD9CxJDKPUOPdP6nYXTeKCak8RT0wQTjjXA9R06nM&#10;KqlHjYetAP58f8nRYu1/5Am+q/snMb16m7gw+2MdlMjVZSGkyNPkEyONnrHaWpjpavHspkhMjtpB&#10;AIHB9ua92UJIL0siXBGnSPzwCfUORz9Pab+pkjJQXSsKjJrx+WPM08vy61/WK3IOoMEB8x508uP+&#10;rPAdCG38l3uAdOTdZr39Wvk8nnJcrms00FTJHU0UtMIJsMEkqhPLTSOQx1N9ffNe6cF9ZEcWJuWQ&#10;k2J54uRxz703Jd85KrMmRwBpkfOma4+z8+tHmOweqsaU8v8AVg/6qdBnsT+RT331nkFrtnfICpxK&#10;TVNJJkIMXjXpkyENNKJPDOq1vrUrqAuPzb3xk7n2swGuoCFT9AmkD/Vahfgkjn29ByRvAqUhDIfM&#10;tU8cUqOAriv7etLzLt2Qrnj6H/Yx/g6MR8pv5R3YvyG2lgMZS5P+F7m2y7PjcpLTtUUlQJaeKKqh&#10;rI0k12qGjD3XkH8e+l7e2pLcJVwqSfxxqBVRYgEG/p/1vdv6mbsNJeFmA+fnX7Kef+XPTbcy7XIq&#10;FbgFx5/Z8uB4/wCqnRTsH/Ij+QX8BqMF2D2hlcji6WjmiwGGxYyJw1BVuP2aiWmq59LpFJz41UX/&#10;AKj3kbtDab2/y2EHSoH0F7Ei5BJt6v6+6Lynuw1AwEqCa5GPkDjy9K9X/f22VOq4FAuf+LB8+Pn0&#10;OPxs/lM97/HvL5GVt95bcW1cnQVtPVbVix01FjpquqRY/vyhllTzrELfS/P198oex9qAqwrYWIP0&#10;1IByAPrzcG3u0nLG7jUv07KDXIqTiv2Up69ej3vbUYfrqDU0z5eXn6/t6LTur+R/39R74ym5+t99&#10;T7Yx9fXVNZCslLkafKUMVfK0lRTR1GPkQSxqXIF7XHBv7UlF2ztqCwWohtdFIL3umolrMSObf7b/&#10;AGHsvflTeVbUIyXoxBAHGlBj/iickcelo37bS1DMCfl+z8vz4/n0tN4/ye++Nz9VYbrqr7U3C32d&#10;dX1uarK3H1lR/F0rzHItLMpmMpgp5kJTWzX9iFhuytuZQiKGpiuWJBFvrYi5te5B+v8Arfj2V3G2&#10;bzt5V7uFs0FD9owK/wAv5V6o0m3X1VjlXWTTjxr0Us/ya+2+oKuryce8Z8njlp6pp8bFjZqSOqlK&#10;FYZW/fcegEn+tva+hlhqY1DESU8zFlbn+1Yj8Dhj9bj6fj6+2ZoY7qMywqPqFWh4eWPnkZpQ5PE8&#10;Oi/XebTcokn9kTg/Z1V32Z8cd6dUdhmpo8pkNo5Jq0zwVMP3EXimZyWkp6iBopY9TXuOOPx7AvtQ&#10;YvbsbV0nijUgyXDEFgFQkEEfqub8e1/LMN3fXIs0LVrTgKDJ8/TyzU/mOl+6XNtDbfUM1ARx/wAn&#10;ljq37+X98AKjvneuH7C7T3jluwZaGejrKbGVBneOuqaZw1LHkKuslmnmp4pFuYlKg/7H2Uqt7c2w&#10;spi+9p1ZSVsWCm4v9WPPAPuaLfkrcihkaJjU19f5cMkfl59R4/O2yI5i+oBYVrmuP2/L8urhPlB/&#10;JS7q+Um7KTcTdq5XbO0KDHUNNg9mPhpshjcTNBTLBPU0irVxJG9SLA+ji1vfCHsPb+QsI6yFix+g&#10;df63P5/H+393PK24WzMTAaAf5PkKZ+0Dp9OZNruXXwrha04Y8/Qef2V6U+x/5TvcvW/xs7Q+Pm5O&#10;1sxufEb2x0OM2/X1mJnSl2bRqUaSCjomnfXTyyDVpDKAfciStoKwEwyRm/8AQj1X+n+twb+2lt54&#10;6eLGajhUcOP7fTPTz3FrL3MwLj0Naf5OkL8Of5Z3Y/w57Fj3NT94ZjNbUniqhm9kRYiXHYzMVbwf&#10;bU9XVf5XIjy0ZPpJW9uPbbPFYMRZlsbchubG3+ub+3kerR+TeZ4Yr/g/1V9UUyjVGCMg5NaY/wBn&#10;qwb5B9NUfyJ6a3p09kcxUbci3hj1ojlqemWqlo5I5o6hJPA7Ksil4wCCQbe4JJ5F2va3NrXPFyPx&#10;fn6/j2roAU06aVqaVBx5V/Z+fSSpwGGPLiMelfl6evVS+2P5WHy76+25Vdede/MaXAdcVRqkkwtN&#10;RZamBpshdaxY6eKV4onqI39QRgCT7iytb6cgX/HH1/IA+n+9e1UOhga4Jp554eX5/bXOek7inEEP&#10;xpWv+ry/w9WL/Br4IbK+GW383Di81Vbu3vu54Jd0brroVpzOlOWeKioaYGTwUySyFzdmZibk390F&#10;/wAzTuj5Q9tYbfHxi6y+Jfeku0Kfd+LXO9p4TZe+dy4XfmBwZp8xR0WBhw+zPsUx9TnVp5pJxXVA&#10;vReMKdbFSTdbi7mSSyhspCNQq1CageQovr518v2BDeri9n8Wyhs5TGCKtQmo4ilFGK8M+XVqO08V&#10;8Iusd+dQfIj5EfI7487H3xsGDdEvXFD2T2f15sOs21nt14St2vmpTLuvdVFLUVibdyNVEsKxKy/c&#10;67gotx+/lebl3lg+pqLonc/xm7W6SHXWD/i1XvLsHCbhw+P7B3JuHOZCqzVRj0zu1sA0VWjyqywC&#10;WpaCmCR6isasxpsZlW1+lkspYtArqYEBiTniB/sdX2iR1hW3a1ePQOJB7mJNeIxT5cPPpL5XrXYd&#10;T213B8ndtfILrnv2t+Qm5cRVYas6+yG38ljtm9a7T23jcFsna1DX4Hcu5KPJUFHS0ckk1bGYY66t&#10;mln8aNKyi0KRgTyRb6Wv+P8AYn2fRjRihLEcf83+ry6WsdLmpo9PT1p5/n/k6qj+bX8sbc/yc7p2&#10;/wB+9cdzz9ab825icXQY4SYySaGlqMVJJJSV1LX0k8dVBPeQ34I9wZufp9ASOPpcWJ/x9qo2AUBm&#10;NaeY9aj/AAdJpZAqsxNW/ma/8Ufy49Asn8n7vXubdm1675bfK/L9pbU2tVpVUmDoKasaaZLq9RTx&#10;z17CKj+7Eeh3Cs+nj21Tt+B+OeR+f6g+10B+MnOaVHCgPAjpE541FVPzwMVp64/1Dq0D5X/BzYvy&#10;g+N1F8e4q19l0O2Uw0ux8lTQ/cpgqrB0v2mPEtMzJ9xTPAdEgFmN7jn22yte4H0/oeefp+Pp/wAT&#10;7UUpRsavz4Z9f5/7I6RuSaAnzqP2n9o6q96C/kmd/dXbo25JV/LmvxGyNv7koNxDb+zos3TRV0+O&#10;q4qoRy0FRXRY0fciMB7qwIJ4PuBLaxuf8f8AbfgX/rf26pIPGrcOH+H8v9XqnZmwaAmmMftr9g4f&#10;n0Zj5v8A8mPZ/wAnN/TdxdY7+fq3svJCnl3E8tC9Vhc7k6ZI0XMsKKWKqx2SkMV3aPhjz9fcB+Te&#10;3FyLn6+oG9z/AK/u2qgI88H9np/q+3pMWcEgkA0H8vQef+ryz0DXTf8AJB7nxO/9n7y7f+X248/S&#10;bIzeLzmJx+ClztXO02JqoqqmiEmcrpYaZCYwCVQ2BPuNJcDi39L/AO3P45HvQVZJCDU/L+Xn/g6b&#10;lCFiKEVH5+mOh7+av8nnevzM7dr+xdwfJ7M4rbscVNDtfZeQwD5ah2xClLBDWLQMa2GNPvpofI5C&#10;C5PtrnJW/N+eT/sLj6f19q4UWtOC0x8/29IJSw4GjD8yfL/Vx6Xb/wApvfOf+F+a+Iu8PkxmN1U0&#10;+8tvbi2zujK4KSoXa2F29Hph25QY+StbTSMWJHrAT+ntrduRz/aHH4I/pcD8e1bk8GGAf516Qkkz&#10;VoSQ358R0qvil/Kh3r8cune+Olaz5I5beWye4Ng5baeJwc2CejxGzstl1kSr3DSUJrZo5aieNgrq&#10;uksBz7OT8fZSMlRn/ao7XP51Kb/Q/ge4X9yI0exlIrQDP2cPlwqP8nU/+3jqyqVGPy+X+DA+X8uq&#10;vaP+VXuf4PZLP7mxnf8AXbq29ksTXUmb2lDgnxVBmKhaaaPH1VXasnWSSgaRinpuLn/H3aphZS1F&#10;TuGN/FH+lRZbhV5tZgTxb6c+8Zr+NQ7LpGnPE/accRT9uP29SPuqqLhvy613+6YWj7A3QDfUuXnv&#10;YXt67Ne9nBLf1sbn24VbF4mU6bgulrH6LcXXUo/K/wBfbNkqxyqyk0oDWvmaYNCfI+nRRcsEip8u&#10;gQzj/wCQujabnUAPpwv5Xgcj2xFQoLMvBseP7PPP45J9iON9WlFfhUfb6dBFwxc4NegTqI7yyEoW&#10;LEG4+oJPI4HJJ9yYgdOocjggf10hLW/1/aGdh4hU4bgfzJ6V24ovT/jU0xXA+mng/U6Qtrfi5PuS&#10;sh4ALK1tWn82Nrlfpzb2k8IZLAFa0r/n+XS6KQswSv8Aq/Pp8pqhvIsasym4bT9CL2DFb2ube6kP&#10;nwuqo+n0hZbG3IVEsbcglveQntRGosruhqTIeHqSceuOFOgj71VbZ7TW1WKD0HBRx8zT/Ca9fQj/&#10;AJCNZPUdD7ckmLamxVByxLEr9uFuTc8ED3SziQRuBlA/3ff6/wCN/wDG/HubrADxT8z/ALFesMmG&#10;mcjrY/l/4Di/9OP+ST/iLcexwLftKDf9IHP054+o/pb2IVYilPn9nA/Z0ZMVqek1p9bkfQsfzyOf&#10;6f059wpXFj/QX/I/r/U8f7z7dVj8VRw9KdNO4ADA8fz8j/qp1MjTSP8AE2/rf/fX9s1S4/Nx/ieB&#10;e4/3ke6Enupk/wCqvSN2DMxHD+f+o9S4lI545t/tr/i39R7T873ZgObn83H+PA592BoAT6f6v+L6&#10;Ssus660I/wBXzHUj3AmP+w5+n9fybC30910jurkU9fP7emJBQce0Af7HXvbJORc/nn3TTWopkZ9f&#10;59MuACQBStD1Kh+l/wDffX+vtmqbXJ/1/wDef+J91Vm7Qa0r/wAVX/D01WgAr1m9s8j+pQPybfS4&#10;tz9fr9bf63vxYEEsufIivTVBQnz697jycEX44+gBFv8AW/1vfviQBeIP/FdUIrgft697bZxwQCDz&#10;+Rzfn/D+vvz8OBx/q+3+XVZTTFOve2qY2DH682/1+f8AH+g+ntohSDTiOk1AKmvXvbNOebf4X/2/&#10;+9e6sFoKGvVBgVrx697b5FBOlR6ieALm/wDvHH19tA1BLEU60ASa9e9r/ZPXWQ3FVRfsMyOwNirH&#10;034HA+tvbqIz11Yjrx/1eXS/b9tmunVAKliKdRqqrp6KF56iRY40UszMbAAfkn8e7Aeq/jLLXzUM&#10;T4uZzURSuJxTO8EaxGHUs1QAyQPK0gKKxu+k2/SbE+68x7bssJkklSqjIJyfsGK/4OPU5coe1l5u&#10;Mtsbi3OhwTwNABStSBQEg1HrQ+nRTe3flNs7YGNyU4y+NWegkp4GgkrIEq5pKkTlXpaNmM9TFD9u&#10;fKyAiMsmojWtz07P+LmIpqqhhq6aEyNz49I50qSOTYE/0H1sD7ine/dLw4JWtUIUmgPkaEVxxpwJ&#10;PzHWQOyez+1Wbw+PCp4Hh/lOT1WX2T/MMzFRic7X4Sokjpcei+Sdb2iE7MkTHTwLlTyTYXH5t7sR&#10;6x6i23syjgWlx9OasJr8qqCyC2piRqTSeeDyPcB79zhue7mW8ubgrATTSeHypg1yPt8vXqYLHZbL&#10;aYorLbIEWQihIHAfafM+vHrVz+dvzf7U783bU9e4jceSGNqKk01YaSeSEyRBdLQ/tsrqkiEjg8j/&#10;AGF1DvfcVBi6Z6Rpk8jIVZfwgAIAP09XNwPpf2FdvWbdJxIEJRWx8yfTiaeR86cOhEYI7ODw9Q1n&#10;yxXy+f2fYOlr8Rvjbn8f9vmhj6iFatVlUTEPMEAPqlktGryF/Vew+nPssWVq8JVTSS1JjlNyQSo0&#10;ldV/Vex+n9OPclWBu7WKMQqyMfLNa08gK8D656IpYrdnPi0xn18v8nn1b1t7be/KKCOjoHlhiChN&#10;Sgk3N+dVkB9J/qePz7Lv8jMXT756X7E2dtuWmx+czW2clS4WuZhAlFlRAXpKgyqCIwki2J44J5H1&#10;9jPleXdLbe4J2nZK6lLVqQHUqDShJ0khsAnAABwOgN7i7VFvPJvMG22gT6mSE6CaAalIYVNcA0pX&#10;y6Nt8VaDcWxO69iby3JXV82PpcjNS18KpNUE0uVo6rGk+CNry+CaqSWwudUfAZuDp64bsTevXu2c&#10;n1Vn6/P7h6yod35/DZLCSTZ6XZ1ZoymPztFXZefHSwU2qLP2qrKwkkWNEidGPI3k1bc2m6iM0KzO&#10;hZtZRBqDhmYAAUaStAakUCg/CcE5b7cby2NvaXrR2vhKzQBwI2apBUICNROhTq4j4jjI2CZMbjpa&#10;2HJS0FFJkaZGjpsg9LA9bTxusqMkFU0ZniRkmcEKwBDsPyfdsnZPwl2B0Tj+mfkJJWdd5jFzV2Hw&#10;mxNt70zNam1UhyOBl3/hF31kK/XUUFBMMctOHmZ5CKhAD6x7etdy2Lc9yvbCG2eK6s45IxK3ZGND&#10;tECrsHqwZTRjroQQBUECQd45GvuU9v2PmOW+tZ9rvruFlgkrpOqJp08f4SqMvay17gQ3RY9l/JDb&#10;nbu/+0ekMbg+xNrbk2PgM+ma3OuPoKWnSej3BV7Nqp9mV5lya5PIUORieWGX7aSJJItLKzDQRq7g&#10;fuHevcmK3tn+jNobb2V1th58PktybSamho4qNqnDNTYKkyBphRV+ErnV0lcsrT+GLVY6B7Otnt7G&#10;ztLWzS4e8aXWwe4l1zuSwrRWUUXGploArKtVXB6Vc0yc07lvg3XcuVYrbb9tCI5gVfAZATRWeulg&#10;K6FIU1U5PDr3SGO61692fSbFwHcG4t157f8APlNy0Ddi7kfI77qstkqFqvJVMOGrVpMzjGiSleoe&#10;mMaLC8cj6QQ59o/pbE9Z1/yazeU3Xu/qs7cWlyNZhMZSYuhXM4DbW26HH0VZgKzLtlFq/wCMT1tZ&#10;FVlUSSKnjozwPLzbfX3SzsLiSz8Ka9I0xBEGpQCAwL6hqOo5ABFCFAGrX0h5Ph5XuedTNe3dsm1I&#10;skpBHboQUWMEFdElGH8f9m3qOlV3Dk+x8Z1DWRbIw+Zy+/qtcZiaOWjanvDkqx1aoytQDTzh8OJo&#10;zE4McbCOYWCkXGPs7L9V7o3LTdZ7ixLbT2zW5vGZDZs+70xVHtbNiooHoKba0WbzUksb53IY2pYt&#10;TU8kbzmMf2Qw9nkk0MFtDHuTI0vh6WYqojdj8QQGtT/Qy2PSo6L9zG1bvuJ2iG0lttvWdJIdZGnQ&#10;FoFZiSQWDCpVqFgurOelPtqk3HhsLRZnNZCLcm4IsQ9FuWTE087GoygqGkqJaGgpYYhLT09cH8KP&#10;CZoonYKTcgnewODzHWe283g6BFxbJhxTYWmujzihp6aekNJHQ0yGNsdQU24qaOM3DIPVxqYgKV23&#10;epNtuYSssI1CoHbq1LpIIpSjQMcAKKFeFCZssrTc+V9s3exVlik8DsqauaKQVotRpVbhVBrXANKV&#10;PRUdw5ravae6NoVtRGuRoqLOxSZhooXpKKiq2qIK6hdq+qeCWGurJtoVbSQhNEoURsSVQNsARUK4&#10;nBbfxCsZP4Xh8TjneM3DCjo4oL2uQgJQED+pvyTf3hVtFz9bc7lucmlVmnkkFRSmti3+Wn2CnAU6&#10;n7d4JIXt7KNGZFRVAA4hBStPlQ/ZQ9fNb+WOTyW8O79+1tJQZOeTdG99wZ37OkSSrlnWpzWVnkdN&#10;EaedaRjJ6woUEObA39919JBBQwyQRmFaiV5peXEcksipqk0KzR6mUA8WJ+vtVskpfc7/AMbS0ygL&#10;UAagq1oCSA2D6+eOk/Nb3DWFtbmU+CAMflToPPkDuDdWS2Zs7b2SzOQmwuHx0EdBjqqpd4KZXABj&#10;SJXYqEdGCqf0D6WB9xKX7WohlpIamkmqKepgFTThknkpagx0ldAlZTJMk0Zlo50lUNYlHRv0sCVO&#10;5ylmkaRCsbRsATwK1dG0mhWquuk8aFWXiCOm+XIHie3nhUOEahpU0IXVThUHSQ2aYI9QTM6f2nvT&#10;r2v2Fvmba+7I8Lkoq/JbbzFNS5Lb9NuKgjXK4ifI7ezOQxmiuxv3VBVwPNDG6+WCWElJFbTOyZdk&#10;qnDL5JHjWfTpJ0D/ADYJsTwTe34B9p9hhhhkso2U0VSVORU5r/mrn5HpzmO7uLi1lNtqEFQSD/On&#10;Sd7l3Xntw4vI/wAKlq6XB+cSJiZ5hKKZysYmaBSmmJ6iSMM5j0lrDVc29oHdNNt3LY0bR3njsXm8&#10;Nvpp9sVG3s3RjIY3OpV43IVtbja+kkhmp5YXw2PqZGWWyMsRBINvYoSRohLuG2M6TWhD60KgqNax&#10;1UtxGt1BArUE0B4EIw2k11/uu3NFa2uUYFHGsP8ApsQrKKkhgp4jh+QLx8V8J8jMTvfKdo9Ubryu&#10;wtwdG7MyHeGT3phc4KDP7Kx2GqMXt/b2WlpaHJUmcng3Bu/cmHxPigjqSUySvNC1MJfevz/wz30F&#10;/s7f92vtn/0R/wAI/wBIv91vNNq+08/3P9y/vtfm/h/8S9Hk1+b7DjV5Ofc1/wBYtu/qP/W791L+&#10;+fqfp9NOzxa08XT6U7tFNPiYrp7uoS/1oIv68/R/USf1a8H6vRqNdFdPgaqatOrNa+J4OK+L3dbx&#10;/wDw9D25/wAMw/7OP/dDB/7M35v9EP3n28H9yf77eT7P/TJ/BfHb+E/wD/cv/CfD4/4p/knj+349&#10;/wD/1bUS2pbNcjXpBbSCqkqVB9P4BP55HuMSCkgZQNRWuK5IBqePmaH5H9gzOGokVFa5+39h8ukB&#10;TKqwuwFrMEK8gaGcAL9Gva/+P0/N/eEq7yRonLaiSv01KDyBcWubcX559uhlRJHc0UileNCRxxn0&#10;rQ0x887KlVFGzSg+X208+nkSRQUNRMw/4DRNK41KL+MsSbs2ki63A+v+H49rmlp1ghRCCJHTUeBc&#10;AjkXF/8AVfj/AIj2psFPhmbioNPPPpg/6vPzPQY5j3MRBbdWzjqlr5cdqnK7jnwqSsEikYyoshKu&#10;qki3A5vf683H19ylVgSFFgAL/XkD6XuRb/be15ow1vnqObm58QmpwOq+cxmHnlMY9IuCPzf6AX5/&#10;p+ffMXtb6EWsP9va9z/h7bkWjhgcHqkEqkH0p1Doa1XBjJBK8MoJIt+L3/w998XNx+b/AO3sLA3F&#10;rn3dR2p01LqGVbqBWkpK+lgigEj6C35J/wBbj/Ye3LFwrJWoCDpRHlY3IsE08g3uNOq/+w9kPMlw&#10;9rtk0qHvYhRiuTXiPnw6EHKcEd5u8UUx7QC1KVrToY/j1haLdPYuLxmQYtTQl6qVAbtIkMkGuNTz&#10;YhHJP+sfeuz/ADq/nTvT475aj2Js1YqXO1yJV01fLCk4+w8IiKiCYPCHinWzsdVwRYcmw39p0sNs&#10;5Lt+apbZJ92uJ5IwHqVXSxNVoQe4EccLwAOD0Efe/nHeLbfNu5O2SQ2weATPKMnSdSaVHD4gT5+V&#10;PPr6WH8n/wCJXWOI6LxXZxpVyUeZgpaGhwk4K0+OraKlpZq6qlkikV6hpDOiohOkeosGupGvpt3+&#10;b/8AKfCRrC+TwORjChCa7C0MkoKkekyRwxM1iPqTcj6n3I0nMdtcszXWxQP3EihI4+tONPLFeoig&#10;3XnixQRW/NspQCgDxxv248ytTwHGp6tvyvQPUGamNRX7JoWlLl70tbl8cgY3J0w4/IUsKqSfoFt/&#10;h7FDGfzpu/olUZDDbRqf6sMXJExt/ilQF/3j35N+2ENWblpSP+ajf5D0+ea/cdBp/fsEo490EfH8&#10;qU6YJvi90rKSU2rPT/8ALHPZ42/1vPkZv6+xBxv86/sFtCZPZW3pvoGaITQ3H50kyMVP+39qRv3J&#10;xbUeXpUH9GRqf6vz6uee/cZKljYyLx/s6cBTyPTS/wATeoSdUVJn6Y8/5rNysOf9pnhmFh7Fbbv8&#10;4ykyjqMxsIRFrBmpMgAOQBbS8YAH1/x9+O88nkKsdvcI3zIahrXBoK+mTw6qfczmeBaX+x28i04o&#10;zCh9QM/8Vjy6wv8AFTYKKFocjnaYA3tLNS1QP/qvCRc8+xtwv8yzYW4LCfAZOiL2NlmhkVdX4uHH&#10;4PusW/bGpCxXEvb6gelOAPTbe6cEh/X2l0+YYHPn5DrnH8acJT2MGdqWsAB5qGG/F/qyy8/7b2qa&#10;75xbJipGrKWnr3l0lkjDRgtweDaT+g+nPtR+/wDbVGvx2MIp5f6vPz6am9xrIK0iWz6j5E8B6f7P&#10;TtT9BYtV8dTXxzRWsbUg1/Qi4LOfUB/r+w3k/mO7XuYjgsosqNoZVlivZeLgmS1j7s3NGxKdSGTP&#10;y8/+K6LW9yZSB/iLUHDNepMfx/2whN6yd1JuFelhNub8+vn8e1ntz57bSzELXo8nDLqVVjZ49QJs&#10;Bez2sf6+1dvzBtN13q7fs4nOPL/N1eH3KVSxezcOfQ/bTyx/g6iVfx7wEzKYatVUX1K9InIJH00y&#10;H+nsbNmfKfC5zIU9DKlfEtUwSKRiGaOTSXHk9XAKX59qra4stwdoIpVE2kkVUUbNCtBwOR5efRvY&#10;+4cM8iRyxOIyR5jHHiKcPX/i+kvuX43Y+SkaoxM1KamNSXglhMaSoBwEYX0stvzwR7FbLfI+bbda&#10;i4n7gyRadQLFQxuCt7G9iOD7abbLSaNlvAsq1JIp8qmlcVHl6cOjq99yjts0UdgpZxQsfKn+XoN6&#10;X4fba3Rjp490RUxFTGyL4ow7oGBU2YgDm5P092C/FT5Q0naanBZGCSnykNkXVIGjkYINP1/qBb/X&#10;9xbzryla7DaHftpkMm2N8a0o6VOftFTX7K9THyHz5bc9W1xttzD4e4R0INQa/MfI/lTrXJ/m+/ym&#10;YMHt4782dkKZ6NZJJYmelZJIZVJKxTiO9wA1tQ+gINuPfvmLlsqu3Xq8c0zxCnmjdgjIQyXWzaWs&#10;SB9D7X+1cVp+8p6gKxAZaGvGh8xj5j+XSf3Wm3Gx5fMdm1AoINPXpX/yPuv8Lt9/7pbrSmOfxGRR&#10;ZlnCjyx8GCaIONTxuLWPP/E+9ZDu7uHsDbWTnqcblsnROXmDIJHaA6JGFykl1vcf0595AX+73dgE&#10;MdNByARX/V/L/J1gHe7jfteNruJEav8AE3+Cv+odbdlNjMdBTxQxUVKIlRQq+CIgDSLf2f6ey9Yv&#10;509obcrY0rpfv4kcHzK7QTWB54UNExsP6eyBOewrPFf2YPkSvD81P+fo6sb3fI1E1rubah5En/CD&#10;/hHWCq2/hK2NoqvFUE6MCCJKWJvqLcErcH2d7p3+YzS5GSlp868iEkRysZAJY7kcmMtZx/Wxv/h7&#10;OYrzl/ekroEZYcRkV8qjy4/PoU7d7k8wbTKke4Bnh9eP/F+fz6CDd/x82JueKUwUEWNqn1EPEitE&#10;WK2GpSpYAW/BPu1DrTvLbe/aCnqcfkKeqWZRysilgx5sw1X/AOJ9k278rPADLAAY+I00pSgH5U+0&#10;dTvyr7gbfv6oolGvGDxH868OiG9qfG7L7OearpYTPRElo5oFYx21XJLBR6h9bEX9jakyzhZImuL6&#10;rgjj/H88g+wm0Xg6lkXBFKf4PTy8vt6HOtWiJRxqYUPqR+WM8ei4vSy0jfb1CmOQHRdlIFjww1fT&#10;m/uLILc3Fj+P8eBa3+29qVOosKHWP9k1r+3phxSMsDn08+HTlSX1Kbav9Uwv9dRPP+39ttQSLgg3&#10;/BHFr/j68n2shAbSRQLXNc19D8hk/Pj0wrVIHljjWvn/AJzk+VR1WN2r/KC+NPde+tx7+3ru/uyo&#10;y+5cxWZiooqXeuKGIoaiucvLBiqOr2zVtR0qk2VAzWH5NvbVJ9SbcC/0Fzfn6/gjj2pClVw1PLjj&#10;/Vn/ACdIZQVWSlQ9fPh9nzP59Gq+JXwb6t+IEu4D1vufszNwbmpKOjqaHfO6KbOUGPho5HkhOKpq&#10;XFY2OiJZyHtcW9wnbTzbn+hB/wCIuLn3oUZtJeq+oOf50I6QtIAGBatRx/n+X8j0e6CG4XSPrzyv&#10;AH9Qf7QA/p/vPuDKbA8ki/8AiLjj68H+n+w9qYu+hIA/ycaef/F9MSK1KrSo+frw9eHnU1Py6eKd&#10;AukC9yFPFjz9G08fT20zsCSbf4m39Lf7z7MYItK93E1x5+nSNhl6vVhjh+X+rHSgptQK/wCpta/1&#10;5Fyf9YEf8R7bXJufrzzb+nPFrXuP+J9vhRRdIFK/Z+3h0nfTqWiivD/P0906gqTx/QfQkcc/6x/4&#10;j3ClJNuOLG/9OBe4P0A5/wBf3caKPnNR/PpNIVViSw1Yp65PTrTqL35Njx+fr9QR9eQP9b3DJP1+&#10;n+2I45v/AI/0+vu5MdGpwr6efD/Vjpgacs3wV+zOR8/l/n6d1H4BF7D8/wBkWsLNa3PuO/IJsTa/&#10;A/3rn/X91UhHbNMcT+2vTR0NjgfKuKnOadT4/wCzzYGw+g4H0/1vx7aKhr34P14/oePpz7XwhXfS&#10;WBFP9R6Qzv3DSQc59f8AUf8AY6fKVCtiL2Nh/hYH/b/j20SMRKn+uB/vJtzx9PazSBE1DVTmvpjj&#10;T58fs8ui0r4b0UnjWv8Aq/1f4elDAFaOQkDhTYAfUkHj8/717OT8fz/uQpPoSCtv6XtcfX62JHuE&#10;/cfFhJxANK/ZUY/McOp/9uSSFYgjOPsp/qp68PLqq75xrr23lVNuYKgkkngFZFuTb0jgn3a3iSrY&#10;+kAPqaFQ3H1tyLk6baVH9ePeMLlxJISKqDj88YGeJPmM/t6k3dCBMxrin+b/AA9aLHyERIux90Ko&#10;Ck5WpubNyA7EX1lbEL+b+5NR5H1gkEc2Y2vchdVxcfWxP9fau3EUSoQpDVFR8hWn7MCnD8+g9MwK&#10;tmh6LPlpHljkUsLAGzEAG7aSeP8AfG3tqNwWDEMDcEcEcfS3BHHsyBBVSoIby/2eiJ0OogHoN5ad&#10;jNJqa4uLEEH/AAsOOCD7mxBdICjSCvJAP4IHJUki9h7QTa9bFzUg8D/mPHiejCGL9Mepp0pKSnXw&#10;xgC10W9gfwAL3BJ5sPc6mp2kmV1FwL+rg3A44H4uP8L+0F3cJDbyK5ofT5/6vn0qtLJmmqDxI6UG&#10;CwctXk4igDapUH01agDpsAef0j/X91N/PeNWq2t9TFJxb8gCwIPN+L+8hPZks9hdq3ANT/ZFPtHQ&#10;U964hHs9qjCgC0zTOB9vX0A/5FqGj6cwEA/QtFSCPjkKIdPq45N1/wBgB7pXoYBHn34+sxtxbkMf&#10;px9OePc/2akSqVGCPX/V8+sKXDC54Zr1sfSODBb82Y/7Cxt/rfX2LT3Ean6cWuPpx9Bbjj2dqQGC&#10;kitPP5+f7el1c5GSP9Xrnphj5dvyNRH1I55HPP09t0t9J/2/FrfX/H3auBT/AD/b0hcAHSFPmP8A&#10;V8+pg/F+R7Yqpibg/gkXt+L/AOsfdRTUCD0magBB4/6v8nUyO1uPpx7Z5eGvb6g8j/bEW/1vdyQ3&#10;c3TCjWp1N59ZPcKbkE2Fvz9OP6i1hb3o/CGApjy/l/q/4vpthSmT8vTr3tmqBe5/1rX5H+x/BHuh&#10;1Nopx8/U56ZIWhpTVXqTETwPxYkk/X68fm/tonF1e9r8f8R9PyfftS1NAR/sV8+mWFCKU49Z/bNP&#10;6W55P1/2JP8ArX/HvTKWIANB/q/2emiDwU5697htyNS8f0/23+w90ZgToYA8PL06qTVgGGOve4M3&#10;5/Ite/0v/jx70zN5niOm3Y+fXvbS/Km/+vf62+v+9W9tOADSvl/q/n0ncgEAV697ZZx6v9h/sfrx&#10;72SWUGvWuI697XOwdl1O5clCTExi8i6QVvexAvfgcj+nusUYYjPYOP8Ah/w8OjLbrCS8mjRVqa/t&#10;/LqLWVcNFTyVM7KkcalmZjYAD8k/0926fHr48/efZSz0mmIBDzFybkcD08knj2CedOdLbY7eeOCQ&#10;GUCnkMDz4+ma9ZWe2vtn4pjvLyIAfP0p/qPVVvzF+YmN6/xldjsdWD7oh4UWOUBjJYgDSrBr/wCw&#10;4Hu03avXWOwNFDFFTwR+JD/YGoslhytrsTfgD/X94sbxzTdbpO7vKxDEfZQ18+A4ZJ+zrLDatlgs&#10;4Y40iCqMUA/1f6sda43anyNz+885Vz1GQqZ5Jp5CEEzMI1FiNKAfRb8fS/sQMHgacZczqscgSOFE&#10;uFYAp5CG0tdV1eS1+Przx7BV/fSzwxxuWWhb1rkrWhFCT28Plg16Pkt4lMsg4Cg+YI/Z6/n+XQU9&#10;j9j1uH6yr4fLJGa6SWaUGQp5Y0gMarMGPriV0DAG9yb2H4EqtqnoaGtant5I4VRAtiVsFZmVlFlL&#10;ILf2Sbf4+0V/btLb2YkB0MTUmo9QARxOc/ipX5CpVt9ylxfXhWnaD/q/Z/hx5dVbfGt8VvvvivGT&#10;ljeKnr5piH0yF5XljswdjZdEai/I1eyK77rM3kcnVcysC4Oo6r83NrXABH+8H3KfLNlY29nG5IVz&#10;XFRTGP5/kfPoo3C5uJpWMbEAHGeA4f6sAnrap6hpdmYHbuMSMUoSKnjXUFSwAUN6fqeL/QXA9hfU&#10;YHcVSsn26kztFKaf7hmELS6T4xJpu4RpLA2F7ex1BdbXEKzSKApFacQPP9n+odEEkN7MkgRqTEGl&#10;agV+foOh0g39sbHy0/3kn+QieH7x6NInqFpvKPuDTrIBEZli1FQ5AJHtyPVNTuHC1+JyjMYcnj6i&#10;grUglkQmKtp3pagRSraWOyymzCzD63v7Yk5mtbO8iliiqFaoqOIB1Dh60Hp+zq1xsbbhZ3FheSDT&#10;NEytSvBlIND5edPPA6RNb8nMLs3cOPzWB8byYXK0uSoHqViKiSgq46ql+4huYnOuNdSA8/T6e9ZL&#10;4Y5zrLZHyo+Q/WPfxhn6smqt+bfGPzMtU0G36PYu78bU4erxONNPVS5jcEdDIviWKF5n0k2axHsY&#10;bzuO7Rx3w2u8VLtJi0UbZjYIKCMhyahllDdtHJRaVI6w25MteU7De7za+Y7RBsbWrpLI7d6yLKKO&#10;KDVrBjKqBQ0YkYrW97uePszNdaxZrpTJQQ77opsbuHb1LNFRT4zciy0c8P8AA8lJW1tHS0+KrkyC&#10;yyTGUFBECp1WYW39/wDe+Z3n0kG2rsfbG8uk8rWUm18BvLsChw23sr/DqbLVWaw5x23K3XWZKslw&#10;tHQx0bzx0rJTwtMVVZSAr5c5et7TcobmaWm7ToLmeESMY2JTQWAbDL4pZyCFoxDVbSKDznnnK/v+&#10;TXG3bVFNyk7rBDc3CxxydrlkCRaq1ESxqjlVIRS/48Ez+Pnx12ls3vGg3FuPem4du99VWIm7F3z1&#10;lszcO6MxsaqmyuBx+3svX1+RrsUMdDQ1G66/J1s9GlQ8c2QqoR5JftEZ69OtO7fklvPtTbHU/Y2Q&#10;2Jkdob/3lDRUtLDHkTmHwlflKyow2Qerd8mtJFF/D5CIfKtLCI2BYSaT7EDiXbJrm7ks7cLCkjqs&#10;fiagFVpAaZ7iFbLcCoUMcDqLNt5m3vmPctn5bvNwllgvZ4lcSiPTV3UHS+XWNKnQuqgOSPPo8W4N&#10;p7I2Pi87v/HYCCgyW1NsZvIRz4xZ0cxUGInlmP8ADoJBSVddPTwBDI0TTyCy6iDb2Osvx66l2B8n&#10;dnb8r+v8nXy1GU37g83ianbdUI6qmiNREd1UdRRTrTSpkq/F6qZqgmOemnHMepNTVxbLve3Luloy&#10;QXzw1EgHwsSrgN5V4Bic0OMkL0K12Xa+V+dbC1vNvuZ9pkupg9u0R0lYw6LMhr3KTVlzQg1Pl0h6&#10;bfG6Ow+oc1X7Tz+3cNuOXb2FqsXnqbLU1VBjsllIKbIzYnLxyUcrY3IUNJKIKgmN2ilc6VLoR7n9&#10;+P1X2rVY3Y28cK4o3rcQcc+V2ZTmgi3FLLNHOKc0kxliasw5Kpad1Rqg+ot6fZ1Ht8f7vEN9pkiZ&#10;vx1cACp4+uCPmDXuJ6K+bN52zdtyhsQs8E6qoVvBCd5NCAUNdLJpOnUw1H7B0oOttubl2viaqrqJ&#10;qLKzzVFW5VNyZXJmXGRw+SjjNRX0sNO1bTV0ksbSinp9USKNPszmRxm19nUe35amg3W9DkxtjauG&#10;j2vUZZ4CN1ZGgpcZVS4Wkqkf7SGujpY5naP/ACajZ7qRqX2RvO6eNNEBpilbWKM+lVNPIUGWLF6U&#10;ovHTWkm/SbfY2+3vLFcGKZIoItDvQ+KVZCUDcKoqmvwg0A8ugGh3JujdM+cNHXbSirNv1mdzWXi3&#10;LjqASUz7ddYK+lXKfaTUiNDjqqqmjfVY1CB/JHGGc7GuS0w1CRK91jihm1a29agRBdTEa2ch9XIH&#10;5Jtf3gFy7fWkm2xyGMESsVGBggHNOAXtC4J8gK06y13OxvGnadJgGTAp6GvAjgDq/wAHp186bt3q&#10;7s6u3tuXLfxB6at23NXwCngq5YJoaPKVWUealoJIRpjjkbKzOV4v5B/U2a6lmqaaGJX0vG7syjjV&#10;qIUMbC+rmxBI/wBb2Ltulgt7q5kNCrgAH0pmg+XoaH7c9BLmHbLx4UER1Cg/4v8Ab0Uvt3rrd/2V&#10;N46eoeNIoE0yJLdgka/vsbelnkuCL/X/AFvbb4RRQVUkVNSw18syVM0qU8PlqpI6eGCKSqlQJJUy&#10;pT0qRIWLFURVFgB73uAjmnSa2LGAoQcmg7iTpGQKltRxkmuejPldXhtWiuhR/Q+eKcfsAHngDyA6&#10;Hn42ZnN5XH4PZfZ24s7Wba2/HFhMDhMpma2poMFiq2pyVdNQYVK2Z4MNjmyuRqKqSGARxGeeSQqX&#10;dmPCKesmklMifsPbUqtZrsQha9wAnNvyAT7LzPJDLbGJ+9fUY9QvrX04E9H7W9p4YieNSvpToxeX&#10;6y6pG0qvHTU6zVrCoMPhRH1xrGX85MSqSqKhLG+lR9SByQX7s7v2/wBUYSSqr5I3yUcLtRRy2aNW&#10;s6xK8IdGNza4/wB45I9yLyNynu/MFy8ekR2LEl3zUKSM1pk6eHp5ntr0DOY7vZtigbdr+RVZV7Km&#10;gPD0yePAf5K9GC+Fv8r2H5odi4/cNAcrHsjH1OPoMslOVx09bJRU9LLl2hrIkqYRQtlAxHpUnR6d&#10;Jswrb/095/8Avp/pb8r/AMT8Pg0c/wDFr0fbfa6L6vHo9Wj6fj3kB/VPbv3D+4fCX92avi/4ZXV4&#10;npWuK8adRx/W79b9++GPF8P4K40UpppT8+FPl1tXf7ID1L/svf8AsnH8Hg/0f+L/AICaV0/xT7n+&#10;JfdeXx/8C/Nx5ra/7X19/wD/1rUJo1B1XJVyStrjg2PIBJHp+n+29xrBOzDRpAkUZrnh+Xrxx5V6&#10;zRDBq6DQ0x0Hka2RRcOhYyXHAH0AQ3Vixv8Agf1H+HvnRxqaumLWCeVG1ubC9zzdWAsFP1+puL+6&#10;XEreFMoqZKEaVHlj1FePzoKGnXlFT3Ghof2U9Pl6ddbhZo9t5VlJBNIzFpCeX0sCAqNb9Nz+PqL2&#10;9r8rpm0k/pCqo/GnSLAf6kezG2cGwidRgipPzqa/b1FXMWv98XMde0cP59a4/d0lZJ2hn4ajyEpU&#10;OkauWJ0liVIuSB77F0LAqT6ifSNQNxfix+vtQkkbKlHHDzx0H5bWfUD4R4DoHK/CZZpvItHK6lQb&#10;KhJPpH9rhRf8c29+BJvdW5+hIt+knmxsfz7tM8ZRVRhX7f8AV6dejgljbW6EL1Ao8Rk6SSSepp5I&#10;0J4JVgSLH/C36j76FhcsRa9+f9bi3+397jBYKVGadNzGjUHDrFkpbFkJ/WvA/N9P0/r/AK/49zKa&#10;XxzxMOfVY6PVdGBVxe3Fwx9lu6wrc2c0XGo88ZGR5+RAPRlsMs1tuUE8SnWD6caihHSx6lyeU2/v&#10;HGZyjjqI6iGpuAiN6opFeKVCGFtLpIRYj3RV/Ol+CVZ8lsJtneuzqqnTeG3DWwyQVYaGLI4/Ix09&#10;6UzKsjRSU81CjRsQw9TA21XB37U3VluO2XfJ93OttLDM0sEjZUkjvViOFagigxQ+XSX3r5L3Te22&#10;bm3YY1fcoIikkfAvGaEaT6qa8cHUeHX0av5GvzEjrerj1nv2b7PHVNHjcptyuRWWkxtfDD9lkaSp&#10;gOucfxGJIW8gJCNCAQdZZdZfF/yre76kCGokoo62SZtcEPklSK5IC+QIQzADm3HPuX15RhEYMu8x&#10;1AyRwx6aqE/bQdY+iLnK4mEcHLT1GKFs/wAhTj1sUT712nTQfcz5/GRQFdfkeoVV02vfnn6e1vF/&#10;J8+RdVCJaChiq/xYK4Yn6jjQOD7TTcsbbExVuaLVf9MwA+yvAdGMfLnuPIWKcqMQP6VB/PpD1/f/&#10;AExjJfDkOxtsUcliSs1cFIA+pPoPAPtOVf8AKM+V9NMVj2NWVCIT+5FoKsPwFGoNex/p7RnliFgG&#10;j5k24ofWdB/l+XVW2X3CQNq5Ku8eYFRjzB4H8q9Y4/kN0bKVC9r7GDMLqsm4KGJyP66JZUYf7Ee5&#10;+K/lZfKGjcfc7ByUSg/qOnmzAkgAk82/1/fv6mSN3vvdh+UyH/Ax6KLrZOfbiqjk+8U/ND/h6mp3&#10;t0xLfxdpbEksbft7mxL8n6fpqT9fY27a/l1d9Y9kas2pkYvoCFhZyD/jYfQe2jyTRtf70tCflNGO&#10;NP6Q/wBXp0StyRztORr5euFr6qf2Y6zf6beoTcjsjZzWv+nO0D/Q2P6ZjexPsZZPgX3B/Dkkj27k&#10;ZGhj0ui08usm4+i6OT9B7v8A1UjQrAdytvEYY/UTjk+bU6f/ANbPnDw9X7mmOOAU/wCrGcf6jF/0&#10;8dNiUQt2RtJXP01ZilVP9i5fSL/4kewmn/l/96S1slWuyc14NfJFHPq4Gm5UqL/T20eSZQGQ39sW&#10;NcCWMnP+2+f8ukC8kc5Cg/q/c6R6xt/m+fU3/TV1DqVP9J2xAzfQHdOGH+91YAv/ALz7FnYXwJ7c&#10;jdqms2pmKZLxBPJQ1Ab9plOoqEP1tbn2pt+WFskP1O526vqrTxUxg4+I8a1x0tt/bjm25Pdsk4A9&#10;UI/4v8um2v8AkB0pjX8dT2hsnyf6iLcOMnP+3iqHW/8AsfZ4OpvhzvOHMU89ft+uhgp2pwZJaaVV&#10;LIArMLqp9Ye1re32lsdpZrqfco9ffpUMCeHHHoV88dD7l72o3qS7jN3YvHHitRShzX5/IevQUdh/&#10;Mfo/amIqJKXf228hWvEwiip8pSyaWYcayJCq2+v19mO3f8Q93PMuQxuFqp4ikSMngdZF03sQNJBH&#10;J/P49t7fzls92WjnvY45CTWpxwFc4+X7ehTzD7Qbgziextyw0gEefrUY8/ToB9lfzEukJ9WLzu9M&#10;JQ1iySGOU5CkMLryVRpBISJP8Lf63sx/xL+N+5Nl7k/juUoZ6GKGeNyssbKZAHUlQCLnUPYa5+5r&#10;2+TYG2XbZ1mlmBFVNQuDknhjobe2HIF9y5fT7rfII+0YOKY9MdV9fzNP5gnSmV6syG18burDVsj0&#10;dXPIBV08rB1jvEqxh9bO5I/2/uxDc3V+I3tt/KYTLRlkqZS0EgA8kWsaS6qw9YuRqHF/9h7iK232&#10;+5cu9tvbNwXRDqB4H5VBxwOn09OpfuLLbN+jubS7zDIDmg+z7P2/PrWr+Pv8wDK7A7fpN7bYqWp6&#10;aCmoKSopNREFetJLIxeQWViwD21Cx/x91F/IT+Vhlt6UOSn2fkMVXVUTztHSVsbUVRMsgMgjikTz&#10;RM4JsC2kH3PO1e8fLu62tjDvdtLbSFaBgPEQcR3fAwHngGg9M9Y3c6fdwa78a55d3GFpyarGwKk1&#10;9GznFM0/LrZi6M/n+/HyrymM2l3Ni81tWSpipYRuXGtT5jGwzsoRpKukEkOQii4u2hZWU3sG969/&#10;yE+AvbnVeQrI89tPJ0AhaQxuaWZ6eYLf1w1SK0LKfxzY/i/sZDabHfLdr7Zb6K5gIwYiGI/0y/Ep&#10;+TAdY0b5ypzZyVObfetpmiFcEqSpHqGFVNft6vN6m716g702/BufqXsLa++sPOit5sFlKepngLKG&#10;8dZRa1rKOUA8rJGpHuuTcO3s/s2uZZYqmiqImvZleNhY/QgaTa3sOz2d9tMg7WUg1H2dN2t3a7iv&#10;hTKK8KHiOhZ9j50H8ptz9a7kxztW1BpBURrV07TsIZotQDXHIEoB4PsZ8sc3tHKlpemtu2CD/hHp&#10;5/6h0nl2++2eZdz2mYhkNaZyP28Mf6qdQ8hj6PKUk1DX08dTTToUkjkUMCCLXFwdLD8H3s09Ad24&#10;jsvbOOydFUK61UKMUL3eOQqNcbfQhg3s55i2NE8O6tzWJhWvrn/JX0/z9ZB8g87Rb1ZxxysPqUoC&#10;DxB4VoT5dVu9/wDSz7dq5srjI2egqAzoyIDp5vpa19LX+o/PsyzlXUOv0bnnkcrb+p/A9gyFXV2j&#10;cjA8sedfQfM9Sdx1Fjgmvpn8h0UtAYrqQQ6ek3sDxYfUki1x/vfuDUKrKOeSObAXP+sD9Le1MFY3&#10;evwgj1xx/P8ALz446YYFQxr2U4+lPXz+XTrTSFrWFv8AAn83sLm4AJI/1/bPOCCeTcD8/n6D6j/A&#10;+1qMHWukUY/5OkUzUDdtQ38sH+df9RJ6U9H6iv0/x5+puAb34PBv/vr+2yW4/H+F/wA8Dn8Di/vy&#10;JGzhfEyc/t4dJNSiqu9R/grX/ivs6VdMSVFgbAWI45+l7C973FvcGUnTb6ci1iL8jn/W+ntfgamp&#10;Wo/ykD7fL5fy6TTJUGSOtT+zjTh/hPp0504u45Fl/Uf62/BI/SRfn/W9tkgv/trG4/Nv9iPaxCUG&#10;Mqcih8vzP7ekRLAUb1/wcR09wab/AE9VxyL2Ibm5Fr2uL+25+SRz9f8AW/x4Ht6tAowAT9v86dJ2&#10;AyQBQ8P89f8AVTp9gI0C31twPzyf6f65/wBh7iyj6c/n88/j/ePr7cU0BBFR+z88dJnJXxFpgU/1&#10;VHEDqfAdNja4/Fv9f/bfj3CfgG/+I/3j/H3vSFCkCpJ6TkKg1FQQSD+Xpx6eYizsACQALH/eCeB+&#10;CT7iO1gSL3+l+OP8bfnn3ViHKg+X+f8AZ025qDQ9vpT51+ypH+bp0iT6AkEHnjj+otawItz/AE9s&#10;01rm355IP+2uBz7M4dOkljw8xj8vz/ydIpm/HpwPT9ua4/4r59PVKTwtx9fr9f6fW30t7bn/AM4v&#10;1P0t/X6j8cGx/wBt7cOkKVA/F/L/AFV/aOi5hR1UigD5zxH+D18+n6H/ADbn6HQf9ZTa5P0PII/r&#10;7OH0Myx11IWOlRp1G/05Wx/re309w37hHVaOFFWx8qkeWfn/AKqdT97euFKCoJHlwBHpUf8AF9Vd&#10;/NaGSp23lUjBeQxTALY8AxycjT9Bccn6C/u1HDyq+Mh0MJP8nQk6dWoWXTewsPqOOSLe8bNP+MKW&#10;GgFqcaUOa8cnganAPAdSduyUrIBRSB/g60YPlDh67Hb/AN1vPEQhyFQwlADIyliVFxwP1f149ugc&#10;MjKSHZVYk6h+LfgAXY3t/X3542V0YDSpIpj1+3yx9n+UNkAoT5EU/wAP29FMdhJTPchnEbXYt9Sv&#10;JP59R1W/qfcIqFDixsPwWF/xa9vanUztGQRq+zomkcCThTpEVMqQOwI4OokFhccgjge5K6VCAyIw&#10;0qx03FgR+lifo1/aWQlmkIjYGpGfX1FPLpakyqAA2oU8unuKoijEarUQzKIkYtESFUstyjFudS/n&#10;2+4nxyM6eO/oLaXPp1Ipa/54sLcj8+w7vhkjgWQSZ1UqBmhx/h6EGyss06rWoPQt9XGlrs7S0zpd&#10;ZHQBSf7dxdr3NvSv9Dz+PdSHzvfXkZ47WKpITpA08hQdNv8Ag1/eRXse7HaZpATk4znGc1+ynQP9&#10;7anbwgHBaD8qH0639f5N2LTF9cYiNAqp4aQBQgU2CkA3ACsGNzxwb+6alpz/ABxmte0ouf8AY8i3&#10;Fz7yPsMrppQiueBxnrB2UgXZBNBU9bBRN4r/ANU/3tfYistokNrcD8c/Q/7bn2dU1Ak0Ygev2U/l&#10;0pKAVq+f9X+TpjD/ALjW/r/Tki/P+3Ptrnuv+8/Qnn8G/wDh73xPGp/2K06RTgqWNARSvD1r04r6&#10;iP8AH/kfthnub/jm5sSP9h/j70uDn1p0mYA1znPUyP6f7H/iB7bJFuOP9e/+sDfn29wHTOrzFacO&#10;ufuFOFtcDg8j/XuR/Q+2mJAp69JzWgVsmv8Aq/1f5uve2Oo/NvyT/vA/p9Bf2w2pe2uemmA4Hj/g&#10;rnqVFzz/AEFv9e3/ABHtonY8gfQEj/Yfn/Y+9UIOp24j/Z9OqEUOOs3tllN2LfX6/wCHBN/8fehU&#10;gVbJ9P2fLpOx4CvXvcE2uR/Uf7D/AGP4492HZSlKdb+Y8uve4MzEA8XI/ob839+05NTjppl7gCez&#10;r3tskB9QP15PH5uCbe22KhPSvTUhAHGleve8VBjpclkIKSNCxldFY/Ww1ci1jyfbeSFB4V8uqwxm&#10;SRUHmRw68TYEn6Dk/wCw92dfGrp1sjVY8Gm1LrjZ7pfm4BsbWtb639kvMu8xbJtUragshXH+yPX7&#10;Oshvazksbhe21xPHWMMPL0z5/wAvn0SD5b99Y/rPZ2Vf7tYZUpJTcOF9QQ2sb3Fvdze0sNjto4uC&#10;jpKdJJ4Yl8kihQiPp/DBblhb6e8SOYN0n3a7ee6moHbC5qRXzFaDrN7bbKLbraOCCMACmfz8vKtP&#10;2darvZm5d3d47nr8tV1tVSYeapl+3Z5LyOnK3hU3vr/1X4/Htt3N2K+GUeVyPIxCQRA65CvHHKlb&#10;j/W972rYBuWtxEBGoFXbgtc/n9vl1W/3cWIMsqlj6eZoa8Pz4+XS16x+L1DuCQ/ZWnnWNnnnqG9K&#10;8Aa5WF2F2+gFyT+Pqfaj6v7JxucrZKPzeOoJIETSqHU2U2ax0gnT+T7LOZ+VbnangvHi1QGhJ04P&#10;EYGSR9g9SRQ9b2zfINxDwow8U8R5g0/weY+3oLPmX8bd17f64rJaSB5KZKeoMc9PHJ4ioVQNLsqC&#10;4P1v/Qex/qrOk+q7LLTnTe9mOlkPN1Nzz7I7hElsI6UGh6+WOB4ZHRTYPLa7vdRNwep/Z1rs9IZD&#10;L7M73NGRLFNV1fhcOXT1LK0Z1AsuoK31/Bt7KduqojocrIEjV9culySBoAuLqNPAv+fY12i2F5bA&#10;kkKOApx4Y+Zp5dbvpmEwSgFTSny+f+rz62nupKfJZfZuPapqmjkho0eMKz+syKrlpmaX1AD9P04/&#10;w9pipykULGRYfVpCBrF/UW0x2UWNix5JsAOSQOfZpb2ZcEl8jNPlSp+VR5Cuf8LL3vhrqwX9KH5f&#10;lk9CrSbYrauOKgmrwYpJ2qH1SRQABF1MDPIWsvhjuAASTwASbe3+hy9SYonhTx3ZSCIxe/qBufVy&#10;L/4+y67sIVklWY6qA1Ffspj040pT16WW92WFaDUT/h/Lyr0hMttPG/cTxzzmQlCE1zGwW9yw5Q3v&#10;9Tb6e9Q7+ZfjsHt/5m7trc5AuIxDPR1uFo9mYWQb+y+4sfj6zJLkoKsosUWGo5K2OeZ4nWaeeDxE&#10;FV1LNTLDLt3Ll5dydslqlNAJuGeMMahwPgXHAgsRQk06wY9wIvB505xtbC38KUXfcWKpbqjrHk1o&#10;C7MSCxBGSQNQqNoj4n5Goy3xw6drqqtmyFRJsrGxS1U8omkY0plpFi8gJvHTJAI0H1CIB+Pdlfxv&#10;6T7v3f8AG6Cr7c/uz2bsztKjod8V+26qimpN9YHNY/ZcuCw+KrJajVOZsyFbyu8R0tSGNA12Zbpf&#10;2VlulvFuMjLfrbhe5GEbpL4LSa61V2j0gszaShbIo1QN+WOUeY925SunuUgv9jvJHuNBcm4WSGOS&#10;KAqaDSJaAAgGojoARUAGeyO8OoNu96phky+e2Z2Zs/E0W0/4rW43x9fZXbW6s9tjcG4FkYzJRZKq&#10;25HFEXtJTS00mR1MHBQgo+Bj2VtbEw7Z7L2LtjpLd9PV1unF47IZve2aoNpUlfi6jZlLPI1fj5ML&#10;nq+vNbUT6XWmKhAscbhh7G22xSjxPq4IIrcgBEVi5ADGg1AiopkYoDkHy6iLcItisFTb7u2lst0F&#10;S7MkjyAARFQF11R9RkLEsAVC9q+ZuaSoylWTl8LmKXc2GrIaQ4yJZaGkpPMZckMhVDL0dFVCtxhj&#10;+2WnRI2dXSRmllDgRn3693hTYqoxvY/dHXuRw9ZHtXF7P6vr6/bWfyFcdtVMWTiqquWuq8nUx0El&#10;ZNh8RI+uBkp2jKmaQSj2Hb3b/r2ktdlvYBomZrihGpC7I/hsQNWasWXtYGlWYZEx8tcx/QG23/nT&#10;l+aNhaxQWbtDIdUIWQFtTPRSdMWSrU1EVo1Oit9g7Iye6FqdldLb7xYgG7s7ubsugxu5sFSVdHuG&#10;rzWAr/4dW0mLwUlTJSVdFLkkmgeandpNDEs8YKM/U/ffSG7N45GDd245n/gW6tv4OkqavGwJTvld&#10;xVlHi6GPzyRxCNRU1SQs8alVkJ+ikEnO/TTw2ckey+GLoqVNSQQaEjT8VSSaAMaVNCc06K+T+aeW&#10;d03mQ8xXkpRLhBE7KtKudNWYZVV4MeA44x05dxbC7WxOxKiDqWhxArDhMm2YpVyeThlIo6SSqjgx&#10;0ShjX1FZONChnVjwOT7FzssZpuxNm5eHKbEqen6mrw2ZwuJmwOVq9z1W4qLddDnMY8tZHOmCpqGn&#10;w9AxhilhMw1LyGAsGNujubva7q1kj035j0S6hnWVSrIdVPjBqdNS3oAQw45qZ4t42u8W5tm5Zd45&#10;IAEZnMglVwGNAnwU06iOwsCK8Ax6hpPNsPe+2cjj93U3ZuP25mtu7qyRy1JDj6bXturxU9Vipp6t&#10;8syDJzqZpYUN62PypL4v1bClfjKbF09BjaGApR0NDSUNFSpJUSLTUsEMVPGEkq5Z57RwxgjVJIxJ&#10;5JN/eDWzrJd2b3sj1upJC7udI1szFjUKACSSanSuBjBB6yy+pVJ5rbUFWPAr6CgAzk1p5nA9a9aD&#10;2d7oye5u29/TbxykK1tZmdwZKqqKuKkR6mtE1XKFK4+loKJDVzoBpghjijLXVABp9p6Wiq4GaenZ&#10;9ZJI1yMAoKMPUFAU6Gj4HJv+fZzrQUjlSmOIGDkcM+YND8jw6d1pIF7gwoeGa/aOhAw+9dobpoqO&#10;ir5cbLQRuIzAYaZ65RFdwxlkiMkaStVOeG0nSQV9I986PzFv3w7M8mpTdmUrZCALg2Fxfi//ABTQ&#10;n0voVyAq5+R4Hz8hihpn86ttGmkAUDDJ4Yx/m/4qvUDfeAwLYcVmDgxkCRiGmGilx8coRDNOjL44&#10;o5XYvKS0hDPZQLkAe2PeuTyOFxtZk8c0Z8dJO32a07GqMqxAwmmn+5SKxIfUrxtqdkKsoQ6zTbV8&#10;W6gt51qpcDWSNOSK6hpJxQUKsKKGDBiw0Vl1rE0nxBVNQfM8BmtABkUpn1HSu+LvWvW/befoNqbz&#10;pq9qtMtjDLXnMNHh5qBp66GrSvxq0b1KmQVNNZ450VBE945DJdKW/kE24N6bhfK7kyFS1LTS+RIZ&#10;pCI10HgaB+2SlrX/AB/j7zB5LsoI9rSxtYlWOmSMA4yT50P8/l5Y0e4sFxuV6Jr1z9PGe1ScAj9g&#10;/wCKI63R/hftzrTpnrvH7M6zwGOxwMCoRj4B5GuTpLSW8zXJ1c/1+l7+ycf6bdv/AOkT+4H3Mf23&#10;8I+2+41jR/EvudWm39NHp/4N7kjwLb6L6Lwhr+Klc8KUrwr5/Z1Cf9ebf+sH7s8QfQeF4dfLXWta&#10;+lO2vDo8H9wKj+E/xez/AMc+/wD4l4vTf7XweP7S301/2/6/j3//17VQo0tqYqpJa1vqp02Itq/J&#10;/wAPcWuza1KKGkApx88+tP8ALx4jrM8igJPxD/Zr6f6vToOqcC6BmIW9+Vv/AEUEqA1mIF7i1rf4&#10;e+ERaJ1sVAVmYXjvYg/Q3N7m/wCP6/j3eTTKNbBtRAB7v54FMU4/4ePW0+MPU1qPs+3/AFZ+XU2r&#10;iE1HUUx06WhYBfEW9BB5Ab1WYt+foB+OR7XtIy1KJKLsQBrAUWP1P0Xnj6W/Hty2uv0PAJApwzn9&#10;p/lXj0Fd/wBtEl1HegZ/2eqWPk51S+F35LnEgcw1L+VXERVSP1EEBADdV/qfof6e1MjxTAGKMEsL&#10;aeNIAUiMEA86XYk8XufYYvxf2urVL2qePnxq1MeYAp8hxFOjPbI7CVdMqqDj7f8AAePUvq7H9f5e&#10;JYM0qRzaNJuqBV0gqgaza2IdmP0/NrfS/UkazReIokbBQPIoFgoY6Teyk6v6c3H+t73Y3c0cnjys&#10;xUn4STxpn14fyxXj1Tc9ttJoWSECpGMefy6xdmdebanQ0e3NEgkiPjeKNRwzECzAKWuG/p/X+g9x&#10;Bj4VK+aQkaC1kAuCApN7nkXNj7X3PMjRrIIFFdVM+fH0/aM/4cEtnygkjK05qM8ekHsv4t5DPVEE&#10;lVDIsMgN3eP9P0sb/S1zb/X95RNTROYYY1BUaSXuSB6FBJNhc3J+vA5FvYek3a8uQJGLHVkUxXiT&#10;wzTh5HODWvQwsuXLG0KsEGsf5v8AV/xXRxttfErbm3Kda7I1FMjU6q5V9BP6VsGFguonk82t9Pp7&#10;CTsraVTuqnnVEaeBYwmh9POkE3AAPpBP+x59qNr3h9qmt5m7J2aoIqeOKGvn8vLB6NmtvqYhGBVQ&#10;CPkP2/6h1cP8J+09o9YUtPj4chBG9IHDyeVI/GigcgByAo+oP5HA9hdt749U1MkdaaWEzDSxVoRc&#10;tISbjjT9B+Te/sQbx7g3bf4trdUNcg+Q/nx40HDpNb8vWcWl/DUSDjgf5fPo4u6fnxj8pU1+Nj3A&#10;hpodcR01TEXW8calg+gFgDbkD/eD7MvtHZ+N2/SIKqjpHlYaXVqeEkC4sqNY2Njb+g+vHsCXN5uG&#10;8SFYZpBADVTVv2kemCcU40z0vuruDb4OwCvHh/P/AC0xxp1UL8r/AJZy1VfNNhs7XJIiyrJ9pX1F&#10;z/bPqhl0u5Y/U3/rcfhVzQ4FTKVoKEGR1AJpYm4CRn9NkCEsBf6i/tVabfuemFHuJCFUk9xGSWHH&#10;JOCfQ0pXh0GLjmiRiWQY+yn5/wA/LqtbN/K7flVO01LujNxKoWJbZKtIIF3LsnnADMXtwSOP68+2&#10;5sdt1lKnG0sj6tWqWmhvqYAtcsms/pva/ta9pukjB2umVNNO1jwFaUAx50rT/B0yvMYOWjU/aP2d&#10;SMP8xOyMVbxbozMhVyxE+RripNhe4M9gpKk2uPba+39qtYnF0oF2JVoQCrEBQQFDMFIvb6C49qPA&#10;3k4+sYmgAIPEDJqaAV9Tk0OetnmOCo8SFK040H+x0tIPn12fSgf7+LILqYkg1dY1h/ZCh5pCFP4v&#10;wPx/T3F/uxtRLgUdKSSCCkRUXuAeABfj6/S/tTTd3A73AFeJBPn/AKhx+wZ6sOY7AAfpqM14U9fT&#10;p0/4cJ7GJ/c3NVksqrdpqi2kBVINi/IH+A+n9Pcr+A7Z0mNaWmVWv6PEWCk25AYWYXH9R7SrbbqG&#10;Euty486gE/aRwP5U8+tf1ks3JColD8s/t/2Oo83z435WSKJN0VKh7Kx8s7MCCoBXUrekhfpx9ffC&#10;faeMEZeCni0qtwwjPqsGJuWX0m3++t7LLu/3AERamqxpSvDI8gcj/PjPA5s7yC6XQCKHyHD/AFV8&#10;v8vRlOnvlNW5+ph/jG4DP6o/U8sqggglkOsC4JP4/H+39x6HDRQEqkKRhSyhhEb3F2Bf0kt9f6f4&#10;e6QS3MpBmLOSQSC32A0yKetajjX7FrNFAGLFa4r+Vf8AP9uehE7d7jxj0FRNBmUDCFgmmRxpPqYD&#10;hSGIIA+h9qVaeIIqyRRlivqLaWtpuWAZiLAj8abj8W9rBCXdjGTpr5VFa4BoOP21zxJPRFPu6xO7&#10;F+4+fCvVeGW7rr6Kd5IsnLrRyyN5mYxkM0nDarD/AFgP9b3GqXgRTHTpHcgLIy3UAXL8DkFjqIJv&#10;zb2c7davGVeUkLUlRjjgfsxUDyr0Gdx3hrlljD9p6L52D2nl94TiOryM1SdAjbXPJIAqkkKLki7X&#10;55+g9zKZIlUj9KizqdVza1hqGjken+v19pb4zSuGPc5qCKefyNfn6Z/b1uyufCJOrh1C27lUxvrj&#10;YqqqrhrglhbnUtgACVv/AIH3EGQjaV49BMJNiSTf/UsQQOL88e1h2p44Yn1DxqeQ/MefljP/ABfS&#10;eXe3N0aNQg/b0y5DsaepzchWZtEboAS5uSLBjx+GBP1/PtL732xs/dWEq8TunDUGZoKuJ1eKtgjc&#10;x+UMA8TOpZLDkEEcj2xYb1vOxX8V1tN9JBdqfwH4gtKhvI14EEHHlnoXwWlrv23vBu1pHNZupBV1&#10;Br60J4fkerQvg92V31tLcuJ3z1hvTP7Ulx9XC61VDWVEMdWwYs0M1MshjqqVkQhkZWU3+nvXI/mG&#10;/wAuDEZHC5jevWmNaaKjikqJKWnhD1FLGLlgxiU+WAAXv9Vv/Tn3lXyXz1t/Pdiuz76iQ8wBe1hh&#10;ZfsrkMDinA0qONOsQPeH2UfYhJzRyfE7WajVJEuSg8yPVR+ZHHreO+CP8wqn7jpML113LWY3DdkV&#10;CClxWWaRKOh3LUxgaaUpK4SDJzJyig2lI45496v+9Os8vtTK1NFW0c9PPDKVZXiZGVla1+QDf29u&#10;fL1xt8hTQSVOCPlmvWP9jvgkBhmw4wQcdWz+z/8Awi7zyOxs1jtvZOqcUs1QqqJJLCz2AIuQAVP1&#10;/wAPckcubh9fto2u5IEgBGfn5/6vTpBt+5y8v7+l9aNS1dxUeWcHpO7q27R7owlbia2NXWeFxExA&#10;Jjl0+hhf/Ec+9kHZmfp9wYelrI5VcSRI4K8g3Uf0t+D/AIewlvlnNY3TxrHxOK+maHz/AMHWYuwb&#10;om6WEFytCGUUHy/z/t6qA7Q2fUbR3JW0UsToiTOosp5s9rC54Nrc3/p7UdQBckfptx/QW/4k29ls&#10;LkqqPXxPy/1UFfL/ACdG7moNARUZ4V6RdGRpUqLWYA/X6j8kEckj6+2KfjUP9f6kfU82t/j7MKEg&#10;GoJH+AY6Rz1IAqDTPA/4T/mPStoSDoP9b8/T6C9yPr9B7aph+NXJNwPoObkX/wAfb8RYmpi7AOOK&#10;mmMfZ5/4eHSB3+MjGP5/s/M9KuCxYFdQ/JBubA/4j0gHV7b5/p9eb/W1+bWvzz7WQsQQCMU/MgHh&#10;jA4+nSKVjQjVWlPs+0/4enmBBybfm+m9vqCQPx9ALDn6e26Zubi7XH4HJ4+pHB9vQxhFbVQLXjX5&#10;8P8Ai/PpMSWDd3b9uP8AN/qr8+nqmBI+hBHDL/Q/W35vx/vftvcAE2+l/wA/1P8AxFvarW7qC4Ab&#10;5fKv7OkxOA1fL9lK49D/AJvt6eKf6D6kC9j/AIccfS5I/wB5v7iy/W/H++/BA/rz7cjB0kfhP+r/&#10;ADdJ3AYmvCmaY8uNTjGDStft6coQfSLmxa/1P1F/9649ts/IFzcEW+n0PIuRb8+3YyAHIAFDivnn&#10;Ir/q+zh0nZmT4TjV64Nc0r8vPp9pU/w54B45tY/T8g8cD6e4EjixW4+gIHJtY2t7ssdKuw+R+fn0&#10;haq+KWBp5fZj546eFW2ng/U3/HP5/HJJ/wCK+4Eh+t+BYn6c35/1x9T7fSPVQomaj7Kf4a46YID6&#10;iRqP5+oFQfs/mPTpxhJAXST+QAT+Rza1gPqP9tf23PYOn0vrUfj6Xuf96Fvb4UnWpB+z/Bn/AA9I&#10;lWTWFoaauB/lnPlx/l0+xEeJze1425txfSQeP8fz7Mf15mv4TJjlVhecORfi4jeO978m5c39xvzT&#10;ZpcW0zMtGWgr/tTwA9KDqZuVLz6SS3DihZccP8n+rND0R7u3aA3XBnRIpaKlEauNN+Z0nADXutiI&#10;+P6f73Zz1tuwZHF0qyyr6oIRbhAra1RQWbki9uB9feKO7Wb2e7CEISDKRWpNagmoHD1z1PsaJuW2&#10;OBl/DJH204j5Y8+tXn54/GSinxe+svRQBKzHUOVyqsIolsMfTSzshZQNJYp/rexej/zZBAFgSCDq&#10;Fy63tZeBcn/Yj36X48Mfs4cAfnn0+z8ugGoJRq14da5yhjSyBh9F4a4YH1KDbgWAJ/2/tvkLqbMf&#10;9e3JN/z9L2549mFuInBKj7OiG7qZWNM9BxmPIsxBuBYX5JJBNwTcX99rdl/oF9KldN3PB+hudVvw&#10;fdZdCyHzJya1x+zy+zpsFlUBesELSNEtrgAaARb1G17+q9jb2osGreaUgC3jkbU5AvYC30IPP+HP&#10;sKcyMhtUBYg6gKD8/UdCnlgEXcVQTnodek0lXdGNJQuDUg6n49JIN+Gvcgnkfj3U784YfJlqz+yd&#10;B/bBuqiwAXk3BH5vz7nr2QJO0IpyhPE8T519DX9nD8iX3oQG0Y6eANf5Z9KU4/Onrj6Ef8pudYdj&#10;YyNRbSkIvfUOFvpBPIIDWA/3r3UMtMoyjGwuJGP+2IP1/wAb+8mbFQrNpB008/n/AKj1hBMn+MMC&#10;Tx6vvMh+2B/taBf/AGAvf+n49qmS4QA/UKPp/rA/4f19m7hamo49aalWp5+vTPH+oH8D+n+v7ZKo&#10;c3t9L/4/X/euPfo1Kr0iuDkU+z/V+fTrGR6eeOPzxcf8U9sNT+oj6XP/ABIP+x92XhQDOOkrKGCj&#10;06moeP8AW9t8nI4v+bW/1vpyOR7dpirdMg6ARxFfy/2OuXttnay/7D6cj/H6C/09sMRq1AZ6YPxG&#10;gznr3tkqDzYn/fH+gt9OPeiWKkqgx/Py/wAvTODUgU/1fb1MjvY355/3r/e/r7aKi/P0sTfjmx49&#10;tlH0hV4kf5vt6oc8Bn/P1k9ssxIJA5NyDYH/AB/2319siQABaZB6ZNCdR697hng34/4m/wDxT2oT&#10;uTJ8+tHINeve4MwuSfoODb/Yn3pwWqSe0f5um3q3E9vXvbfJ9f8AC1gf+J+ntvScivA1P+qv+rh0&#10;xpBBrxpX/V9nXvY2dLbNfN5anqGjY6qhNAAsSqsDb/Ae6oQqyzs3YAeP+XoUcs7U+4X0MaqTU/5u&#10;kxu7OQ4DCVtfM4QRQSMC30uFNv8AbH3fT0LsSDb+HobKIq6tj/ZOka46aMxrUSrrUrb9xV/qS3Hv&#10;Gz3L5l+olmC1MUdBTyLkHSDT7CfkB59dAfb3luDa9ttkCUlZa8PLA+dOIHr6cMayvzS7arux955T&#10;G6mqNr4OUNmZPK6wPPOtSaGiJimik1ymFnFrr6LN6TpJw8dtgTwgAgIf9U1r8G/L82v+b39wFNuM&#10;sk4qrNN6gV/weZ9KU6lnwYowKgBAa1NeAH/FeVOqp98d04vZrVMs89LT01P9A8ixRRxcjjWbBY1N&#10;ief6+wm7i6myVbiP4higWkWmeFhCpaSn8rQnzELfSXS6hrcMP68ex1yhzNHttx4N8SR4mrJ7TQMK&#10;fPSaMRXhxxToL7xtsW5xSC0mBlC0rnGTWmfs/wAvl0PXwc+eXWm5d81Wz8hWUlMfuKaeAVcyRrlY&#10;6dZ9UNO0nEipKE1L/aVuOLkFu6u2TncHuKKaOKpUCRVZ2V1EjK3PrNix/J+p9yBzRzHZ321ujyqX&#10;Nc8WFR86/YPLyHQO5c2O7229aQVC1zUHJ/PiR/qz1aT8k+0tjbv6+raOqnxk4akllSmEkDrHGIkG&#10;nRFxEoFh+APdlOLi8+HpagTLJ56eGUuJDKrh4kAaNiWVrrY8cfn3BkM2qa4tpIGHcw4U4E8RigxT&#10;oZ7qyxXFteKtRQZFO4Hj/q/z9aYfybnGyu7Y8rSQxwHbNbNQR0aU8dNNS04yVZVzU9QqRJKakVdX&#10;KXMoaRTx+AAhc51vSZaoMin1u4duAAGN72ZiR/S9uDf/AG6+y3S7sEAFBGK086/kPz45xw9G3Wxu&#10;qSNJpfif2ED/ADdHe6y/mGUG3sJDT17ySTU9DTwOiK+hI0SOAMxC6UXUVAP0ubAg/WNB1Njo9PmK&#10;nTZmCvbm1vqCtvV/iB7ebfb2TV4ZIrjIr8+BB8vtPWjDtqL3yfz/AMH/ABZ6cMx/M8p4w4pg+teU&#10;aw4IsCG1PwW/qBYf4+3+l66w0MIh0hyWHIDajf6f7sLXv/S5I9pZN0vjI0rOQAPlinHypw9QKHpx&#10;JtvVlSBSTX1z/q/IdAdnP5i2681kYWxUep5GaApLK3idJhoUsItBVlax1BuB/X3qkfzoOp8R1t8o&#10;oe+afOinkl2bS4ihoqeDzZLb+SpMJDJBnKGPx1FOUlZZjPZQ5juq8yFhkLyVGlzyhtm73Er/AFlv&#10;4qVoTT9UurJVWoFBo1VpjSDnrDn332+a05yeS1lHg7l4JMYIDa400Ucmna9Aw4d2TWvW73/JN7qy&#10;3dfwB6uy2cxlbQ5Pb2W39t+eqqRaHIQw9gbpqaJ6bU7y6aWhnjiOrgqqkHmylC2Z31P2nuo7l3T3&#10;1J0l1osOSl2jWYnBV9Pl8jg9nzU0G1arPNLUxRfx7JV+6qpYdDCGOWSTQACPYzt9y8XVdzX8XhEk&#10;JVApZNSKrO8iijUJqoqCAKAmnUZmY3e8tYy7pcbdBGudALkPCJHjVVibJGpqMTgsxNOrOs1jPssZ&#10;UzYvamP3Pk6qVqeWgrqqkooZqbNVNDBmjLX19NWCPHrS0ySSwrG5nWnRQjNb2LeI68p/754evqer&#10;c7vbcO6sUmbquyUov9ItPuymx8WHqdtbsyu32/h0tDjKmsNRBSpLNUK88DVEiWZQpqFtBcuzRIXY&#10;qGlBVwdAXSWXUCGND4dAdNNWKghqHbr4zbcDt9zPOUaUNpefxNbACXw6AhTQKasdRzkdZqjMYqio&#10;q96nNYXHY2kqosUqy1kODjxjx0kJnxs+RNTLEtWiMXTxLCUQqo+nkNilBVdh9k9SbhyXd+docPuO&#10;hpcjSdeZDFYCkwmKpceix400klHU1EgkyUdRPFWNCVZizSIZNKLcq22x/cW5W1jtdvGfqGLXRAdi&#10;pK1WQiSuoUVxxCgaKA0Y9TM91unNXKu63vONz4V7ErCyfw44104UoRWhapVtPxYI1cASmUeL231V&#10;2lhMF0xiIMnjdyZMVfaNMM/ndw5ilqquGorsHmga2fIyU9DNT0dRA8jVCwRkxBIWMjuCidOfFTeu&#10;C37uLAYHduNm6/3FRz11biaKmyWJ3FV5eQUWQpM9T5nHmlNHMubp5rRwvLDBTFY2Avcme4xfuzxr&#10;w3Sx2hk1FQh1VNC1ZAQBwPDyqgBHGPeWeStwvNyudrhuxJatCMhipOkBoyAAKdygVBNACG+IdDzv&#10;Ptjbe1tuR7jzlPUUyU1UkVpBTSJBM7mmqopSZwfTTSmysqtLqBQGx02LQ5KvrdtdSbJraXB07rW4&#10;uDdVXjpZslQJVUU22qeoosXX5Sc1kjLU0dXUKxLOadnFgov7DCWUtpfcw72ty4coSiAAKzEytXTT&#10;gAUVSKmq1arGonL6p73auS9ilghVC8YmdSXRHjaJAEd2JLH9RzSv4hwFQTyLCRYrc/eXZRrc9X17&#10;bcr6jamOr1OKqUSqxu9K5q6uoMXTwU4oKmHKUNGBLGi+anhY/vEg3jbg7N2pDUAjJU0sRSMGWJ43&#10;VImKmxfUWLD/AGkWsPeGmycvb3Ht0aRWb+ItcGoqwBGBwzSueFePplDNHZfVSzzXAOtq18v8PH8u&#10;tIzBfBfsreO7s7ndw4avx81bmK0xQtQ1HlZWnM/lb9rQ8QaXSpBBYr+kDn2mV7V2k5qPssnSVUkM&#10;bSQxCpijlqGUNppj5QqRMzC2s8C/+HJ5Hsu7tHGm47bIik0Y0qqnzaoJJp/D59NH6Ilzb3yagpNK&#10;46VeW/lyds4ytoa/Gy5DDQVlXHSVdTNg62eHH0E89OGyHgiUirKQTPIY4/WxQC4LC3Cv7U2bj6eC&#10;aoytJHNN/nESphc0rrTySyvNodQIfIgQst+XAA59mFtyvuN07m2sXdRgVU0IrRcnJp+RJFa4p1SS&#10;5SHQZbmPQ1ASCMY4E18v5npK7f8AhB8o87nK/DR4aslw2NKzjLNR1tJU5+lmyVBRHH4iGWnqoKfM&#10;1FJUPUIszrGkcUgZ/TyXTuP5SbJxmDqYcfXUtRoSQGSVkIH7YFhcgf1t/T2PeV/bTdLi9WS5hKDF&#10;c0HE1xk4xU+vHiegzvfOWybHZzSz3yFgvyoflxqTWgPn5Hz6tC+C38qHubH7tos72CtZRuZ4XWkp&#10;IpIjoV45VFVNqGpIiCBfgD3r8/Jz5ZPk56ykxFUv+7Y1MUgCpe41elhduePwD7ya2yxt9ls0hTMl&#10;ATx+X/FDrBz3F90Ljf7mWC0crbgkCh4544+WB1tsdJ9FYHqnB09OkQqcmY4/NPMA7JpUAIpI40/7&#10;z7qo/vrk/wC9P8c88nn8nk8mttWryatV73+vuvjy+P8AUY01p1CHiPr8fV3Vr0P/AL//0LUSp1FS&#10;foqFiQH4AuCCx+pPuMg40a6ebUzp88jA4U/zj16zQUEAZBp+XQdwA+RQNIFowTYOCxA0spfXchr3&#10;/A/3j3gJbguysoZgAyi9voWsLfW/+8+3gsfcscZVyBkE0r5DNfT/ACdbbSBSlCfP/V8unmLWQGLB&#10;xwukkMSAbM3NmsS3N/8AH8/V/wARkDAwV5NA9I4JF/UoP1PAIH9SPaOSIBwVjqCTUYPkSOHEjzwK&#10;fl1pkSeFo5FzQ/P7P9X5dAN3b1xDuzCVS+JXYpqjYfrRgBdl4GlfTf8AxsL3HHtXxylmVw3pc6tV&#10;wQODYGxJ5YW59mBVGgNFq4FKefHPoOGccOgFfRzWd0dNQvVLu8MLldpbkqaWVJIEjqXAexRSBwDY&#10;8qH/AKfS3t+Uxyw+l/qVQiw5K6Px9R6j+LewncwTxzH9LgCR8q1/yfb0eWF4g0ljkDz/ANX5joVN&#10;hbqoqaWCWrk1kFVbXpvdQLgg302P+H0/w94RSr5A7MpGsre6kEaRY88Hg24PtAkTsrJpatK0yKGv&#10;D1/aP8HR69/AiVBwPL5/6vl0Y3Kdy4/H45RRVCelQiqhT0kLe4ceqx/oPp7yCSnhdr2ZrsV02Nw6&#10;oPoAQG4559rE2yWSNSqgCgrXjgnz40zj5cPXopu9+ADIjAKPLjT8+PHoDdz97ZGsLxR1biMAhESQ&#10;n6qvBI9IIIuL/Q+5UdbEQyIzrcaSNK8gEnj9s2Hq/pf23NtTExvIisQag540/wBN8vX556Qwb5cL&#10;8DmpHr0haHtbORPMlHkKyIzLpfxM3KaidIZRcXv/AE5952r/AAlB45LyJYFRdiGIBXkWHP149srs&#10;6ThyZEohqQeAoCa/5s9bfdbunnT8+vSdi7kitoeuYzIRdEdiwY8rz9G4vwL+8aVkBUSSISVvfUOC&#10;WvchSW4ubn+vt6Tb5428KKQCtOB4U+f8vlw8+rG5urhe5W+z/VTrC2YzOZjMlRT1cltWryoRcsCT&#10;p1Hnn/ffX22VT+pimkW/WC6qbcXNj/X8D/D2b2aKVUSGqnhgn/B/M/PoquLa7aumM5z0i8pgc20j&#10;lKGRGY8hiFJufqQbcMB/vHvEgOi6gICbBmFxwdRb9J4+v193lePxSGk1MBUgYPpTjx4daTa7xlLB&#10;M/t/1ceu6fZW5p4A8ePnAP1OhnAAGpiSqt9L8/098HicFiGjfgAetfTe31BJJ4P+3H+Pt2KWJggI&#10;Kkk+Rz+dPt/1DCGfar8nI8vn0m8lszcKOwaFgNIP0YheAbkfU2B9xHSZGN1/1ig4IBvyQbcD2vR7&#10;dlGg/t/2fX/L0Wy7feigVCeklVbX3CjFUpp5D9AUjcC31/1j9f8AX98QJBbgj1XsxFjcfT1EAE+7&#10;s0Jr3gin+rgK06vFtO4tRvCPUqg2Pu6qZTDQVLENfTof/Y86dNxb6e3CnraimVgJPS9+CSba7BrH&#10;kXsB7Kbuysbtl1KKr9nkDT59CCystzt6EVx0LW29rdhYnmnoshFxyfDPYXABLWBI5UfX3lNdIAWV&#10;gZDfSeL2u1gLji2rn/X9tx7Zb1oE/SFK/bQehzwx8h09dXN5Gp8RjT+X+z1l3Dltz0o0ZOWqR7kp&#10;5QwW1mPpDLcEarnj6n23y1c0uokte4IGo8cfQf2QAvs1hsIItIAGmlOH+o8egpdXsrvQk16BbL7h&#10;rqiV11Sagw+pP5uOLiwFv9t7xLYG972cEm9zwCfqOPbj6u4UoCtBj7P9X5dUjLijlT1GpfMCJmDk&#10;FySx1G9rm4P05H095Gnb9ANl+lrXNuRzzzz7bS0X+0Yd3+r9nV5LtwCgND1nqs5KimBGZSfT/QC4&#10;sOL3JJ/2HvuljV5QLLbUi3JYc6v6/W3PvV7I0ceqprQ+h8ur2UeuVC+RUV6y7cpFnromlAdTLESS&#10;Tckvyb/X8n3i3DTNNTuAy2UMGXm5sNRCi17c2FrXJ/p7CgTxWUrGTIeH7acf55rSnr1LW3ASWyou&#10;SBj/AIv/AD9XD/EjfNLtmqx9PUymOkWZWmlv+3EoS7albSqqqG17/S3tMYDByWd62JXVw6mLSzDT&#10;IhWzLYC7A8+zB0CqgRtLCmaivaa4Jyaca+vV3uVt41LBQafLy+Zr0PvyI+TeKoHan2lVS+SlZZPv&#10;Y2ZLy2sSjJp0sSLD8C34/NQv8yn4Sbe3Ptys7N2pgqSKoAZcqlNCoKVJBYVFo1OhJz+Pw3+v7yc9&#10;reeP3pC/Ku9TF71U1Qu3xFR+CpoTQZr+XDJxA99vbOy3WCfnPl+1Ec6E+OqjjXIeg9fP9vV/38h3&#10;+a1U97wVXxf7hz8tbu/b0TSbBzWUqllqctho11NipKiRzLNUY62lb3Jjsb8H3qu7m2vV7N3GVWNo&#10;JqKpDo2kgq8b8X+nNx7G11G+33iTKTUNX+f+brEFCxVoJvs/1V62jvd6Hwk7R/vTs2ggmmJqaf8A&#10;yaaMuOJIwoKgcnk/T2Jd6WPcNrtb1D2lcnjQn1/y+vU/+0e9sFfbZn7g3D8uie/KfZsdfioc/FAp&#10;kjj8UzhbtqjbUCbc/oP+392ITsHTWv5Xi/PNuT9bD6+4/hUqfDc/swDnh6+lflx6yDPwAkDIp/sf&#10;mf8AUeq66YeOZ0JtocrwLcE3uf63I/p7Ypjyfzz/AE4FvyPp7XAaa9oAp6/8XjosmorsdAoB60OP&#10;8IPy/n0rqS5jQAsD9bj6H0jUTyOTf8+2idyLi4H0v+Rzzx/T+ntwokmlipJz/q/1fPpBM2osAOIr&#10;9lP8P+x0scfH+RewAPBF7c2uPob/AOsPbTM3JH9Rwbi9if8AC/H9P8PZnFEuH0jUPLPl5UJ4/wCX&#10;pHK1FGaj5j06fqYXsLkaTf6W4te4I/Fjfg+4MjWF/wDH6Dg88fkWt7c0B6ow4cPMY/1evTMi1qCR&#10;5/P/AFcfy6eYQFYWt9T/AIG31Fzxb6+4Lmw4F7/7b/D/ABPt0L3UfyHSagZ2VjQ/z/Lp3jFwASB+&#10;f9cfmwubWP8Aj7jv9TYH88ED8f8AFPbimvFsf6v+KHy6YZTnuGn5faf8Bxjy6koQNJuOCPpx+f8A&#10;Yfnj23TA3P1I/H1/1+Lf1t7dVVpUED1+zh9n+x0mZe1qHS3+r5f6vPz6UFM6lR+Ta/1tcj+vF/bU&#10;17nj6/1+n0P+tf25X8GK1rj/AC9FsprRX4fLjx8/l9nn09rx/rj6H/fX59xH/P8Aj9Ljnjgc/m9/&#10;aqOpqR8Q4/6v9Xn02Wdg1CPDrw+eK/l+zz6nJwV1X4sfTwDY2JseCdIP19wGBMg44DA3t9OR/re3&#10;X7E1F6Aj5/PyyKf6uPSbT3Lmvyrj0/z/AOfp5QjQy/kob3t6uOPoQbkexr23SmeXCNGCXjFQq/1A&#10;cwc3H9LewTuzA2l6p/iXhw+Fvs9OpQ2ONnntKKNVD/k/zGv5dFd3vkY6GHdYmIWGVKN2JNrtG1Uu&#10;k8m5tKfp/h7sd6ioKlKKiaYWiX7d7mxs0ckcnAI0jSBzf3ivzQ8E280Wpl8T5ioIIyeOeIp8vyyE&#10;2cmGxbxG/AeNR5HHr9nWvb88N84/G7Q7GekljWaXbe5YI1DrqZ5cbVxsioX0sbNz/T2Z9SGiGn6H&#10;lr2+rBTwdRsPr/T6+yRwVlbVxGB+Vfl/qoegimA4AxTrUf4NOwUcMpLFiOSSpNuePp/h7b6jgEA/&#10;Vhf6G4tY24/N/ZhaVZq0/Djy6ILygdvXoM8+wRnAve/qNwRyCOOPp75RWKLyWI4HA44AtcWNr+27&#10;kMsjmgA88/6h03AQ3nx644p1YRKSSWUC9gBYD6X4I59qvHMsNI0wYoCCGOlbWIPqfX6QNQP5/wB5&#10;9gHmNzrMTqDThk8fQack0pin24HUkcrQKZUYkf7Pypno6/xu23/Gty4uOFGZ5J4gSEFlJf8Azjkj&#10;hbi17j/ilP8A80MlHUZerPl8jMpuQfzYcg/6/wDsOfeTHszbtHtMf6QQAmleNPn/AIOJ6AnvRNH4&#10;BXFKEVr6eVPtBB+z0yN+X+V9t+bFbLoYiraFSnYHkAnRdrXCgizD/Y+6ohJ/uUP1t5G+t/8AEn62&#10;95I2cmWAAFM/5usJbhgbo8BU9XiFf8lB/wBoI/26m/8Are1HJ+B9Pp+f9j/rC/s3byOqq9UNQSag&#10;jpqW3+P+2H9QB+b29tNUOCQPqf8AX4+v597RWClS2KV6TzZVhnHl5dOELErz+Dx/vv8AX9p+qUXP&#10;0+lx/hwOL/7x7qdStQHpCwx04x35/wBh/vrf4+2phfjjkk2P0YD6gDm1vailRkV6ZpUE0wRjrJ7b&#10;5FP5H+P+t/T2nk7QdJx/q/z9MSLQdrVH+r/P172xVCkM3/FCePoPpa309t6NQcUq3lkD/D0m0MK4&#10;zXqXGbjj82/I4/r/AI8e26YGwsD+Qfr/AIH/AA9tCMZHmOOeq8Ca9ZfbLUpZieeRz9NI/wCR+9rp&#10;diQDq/1DpsjIIPXvbewvb6f7cjj8/wCxt7eYkCoPTT6gAVPXvcWVfxb/ABsOfz/X/W91amo0GK9U&#10;K+gGB/qx173FELTTQxDkySqtvzYmx+ntl6LqB4jHVFUGQITU1697s4+KuzIpanHSyRDREY5JDp+i&#10;qLlj9ACB7DXNd+9htFwqAiRloD8yOH5kHrI32g2Nbi8ildO0cf8AD/m+zohnzY3++29i5ClppitR&#10;PTukSggN5H9Kjg3J9Xu6nYeMY00LJGEEgUqCCWSCNQYwLcCyH6Ack+8K+YrsT38us6gh04OCxweO&#10;TU+dcADh1nPtNssUCfpnTT/Vx8hXrVq723MmFo65ZKnXUKk1VVO9y0tXMS8hcqwICNcf46eB/QcK&#10;SIhEgRGJQAG4Y8rqB/H14/2J9praGO2hN3IwGrhkDBof8v5f4Q3v1881wLOF+xTU0+fD/V+XWur8&#10;keychvLd8236SomemppjJVBSdLSH9KHSLMB/jb/G/t5pkdFsWJUXDelinJYG4PpNrf0PPtJeTQyO&#10;BoGo8Mivl+Y4+o/ZwLreGeJWda6qVBGOgRxmKzGPh+8geeMxkOk0PlTxurE61IsAwIB4vz7bHpqe&#10;KRpjSxtKJG0yGPlAwFwo5tcn/evamK3t3IKUXUmQKd2cZ8/9knPVpd/3KJRG7ZGK4rT7RSvSsyPy&#10;M7jhw0W3q3d+cqcXSt44aWSpl8QVAAgdUIMthb9Zb6D24RP51CTNZChXTC8kLhWRkYJJHIksb6Tc&#10;FCrLa4IPtJd26QRy/ToQx4k0I41B4EUB41qDWlCOrWN8byceOwLEefr01bK3nW5XcmPrMpLR1lXD&#10;UQ1FLHkqGjylFJNGwKx1eOycdXQV0DMBqhmieN1GllIJHvqtqqaF2EsqJpVbMZNB9SfUva+gi4Nz&#10;/X2hs56BEIJJJqCK4B9K8fSg49HE21a18RDpfjjFPP16HgdC7r3RTNmNv0UyyiRJqZ8cslKyy6lk&#10;SSneAL4gpI0hf0kcfj2xHcm26dXEmVozEijXedAoNyG4LEn6j/YD2ePb7nPpkjtmE5Jpg1wMeX2/&#10;meitdq0ssk0g0VPEjqBifhz3NU5Kmjn2DuSohqjG/lNDLKGEjkFzYs7673FwPpf+vsq/fXyO25tX&#10;C10dHlY5Jo2ZAlMUXXp/SfIrX0Xv/r2/x9jjkz2v3jfL2Oe7haOz06jqJP29p8zj0oCacOkPMvOu&#10;w8rbdKgmQSAcARxA8/2jFOtjn+W1/LWz8+Sw1Zmtjw0crxQ1MuQylCgamLBTZFdWZpEtYggeof09&#10;6/3yC7lx/atZvWOXBbly1dj9m1GSmzFDTww4nGUWOqZKGOCl3HPHOuK3SKbJz1FLJpZl+3B4JW+T&#10;+3bfabFt8myW8cgj8N2JAoTWobTJnS9Kso+Qr5HrCjnDmsc27hfbtJbs8sKL3GjRhEJoDUYqGOa5&#10;oBk9befTfVVH05tnFbVxU1JFj2q6yqkhQtTyy19dDFJUPFChWF4w1Cto1UWDs1xb1U/bJ2Jnth53&#10;Fdl9M9g7JwtbUQ4nOVrb2yNLnN0Y/J5LNyVlJhGpGFVkucfjRHLJDF5JRNIxOkqVIY9oljna82m6&#10;ijZwpYSkNLVjqKnNQKYNAa1bV5dA2DeTFJaXV4KmBh4ZjKoqlaioXSdThgCaAAAacAmo2VUFPWQT&#10;0VVF5qergmp54nVvHLBLH45Y2ZbWDpIR9Qfrb6e7BfkR8wKLtTYm2ds7g3y3TucpshS0GDxM25Nw&#10;0EG68RS5v+JUlfkqqhoy+AkzaGliqYpIWhWCHx38a6hu1tdu2a3nNxuCx7hdSpIdTaCQmkKqlBUA&#10;0YnUDl2DHzIy3/nneed7a1toopIktBo8Ma2jkjYsTJID2q3wgfgUKtAAvQP9a9J7U6vzO7srhaOk&#10;qqnd2cOdmyFTj8fHlMawx1Jjo8TS1sNOlRNjIzHUTqXYyeWrlLF2kdiia3dVX0XVdlVfyM2RtLHd&#10;X7piq5cPRYXG0+eyEOVmroJNsz5bKl6lcpWwCgofu3EBRxMulm8ZjKiTcLm3txdXMNsdpDg+IGLF&#10;gzaQrBQxYgGoJFKhaE0Y9E9vbHbdxu9s3DaZC13C4WOqEpLpEkbK9aaVIGrPctTipHQgVHkz1Ni6&#10;zBZfwzUOTpZp3eKojiq6SOZ6TLUVVRv4nSSWmMvj1LeOdVPFr+7AdgdibNyGGpMBhdy1dHmKqpqJ&#10;Zhiq6qetianx2NrtvPjEbHTxVGEyLMFAXxhnDAgEkA0laznd7vVC1uoC9zCg1MQ1KmtRwxg501Km&#10;g92PebFbC12u3vZo9yaZi2h2DgxqhhCdj1ikPEYqVNcU6Bzem0c/U7hrs1VYXD5nDUNBi1pqfJ0d&#10;DJj6mnyFVkKbcz12vKUksWTx+OYSRzMkkfjcBdTBgHzO911GK6W37vLde2t17dzOL3BuPa+Np91Y&#10;vGYqtlyEGTlxWNrMLUY55EyGDaklMlNLMkVRNTDyPckkldjpbf4rOBSkSdzajqDKDXUMntcqApqa&#10;ilQKU6Em88zz2PIu77ruUUybmZniQOgRlc4VVIALLGpIqVDHS3c3xEOMX1nj5OzdrUW3MriajbVP&#10;jKLN18eLyVRkYq6gg1S1DZDGz1MsdA+SyyRlDDI8SAgCNQAor+f5fbzdb/xapGlvTaZx6fxe5PsY&#10;tJaVKfTIF/0v+xmv+r547nn3mOgA3OT9p6NEvX+zFLMNt4nU36mNFAxN/wDFkJ9tc3yz3nIzsMrV&#10;Xf6sJ2vYW+t7cD200tvJkwIKY4daXnjmAhq7jLqP9I/s49TI9nbXiVFTA4sKn6R9nBYHnn9H159s&#10;tR8oN5VGoSZiqIZbaTNf/X5va/PtkNGtVVBp+z+fDpqbnDfJ6h9wkK0plj9vCvU2Lb+DgIMOJx8R&#10;H0KUsKkcW+oW/wBPYTbs7o3LnEeObJVbq9wQZHIAN+GFyPr739Q1GWPAPp6+vRHc7peXJJmmZvz/&#10;ANX+XpzjiiiGmONIx9LIoXj/AGAH9PYI1tZUV0jSTyO5N7hjfkm54JNufaB1fGpqk9Fxqc9ZPbfp&#10;9V/z9P8AfH3Xy04r+X+Hrers00Ffy697/9G1I2YkgIxKDi5I9QNuGNxb/WP19xhUoAGZlAc/Lgfk&#10;KfzHDHr1mgAGBANGB/PpC0y+Riq2ZliBtybgqbFgT9QwN+GHvBIdI+hUWt+baf683+tr+7x0bzDZ&#10;/Ovpin2fZ1QnQacc0/y+VOnqKOxUC6k82spHJtezcWOm1vzc+44mEZ1BxqtdeCQQeTzYgj8WPtQ6&#10;M4C+GdJOcjB4DhTPnUf5OvLWvw/8X1LFJFUq8UygxsukggWYG7Hgi9+QD/vFvapoM8APHNYnTflb&#10;liF+nPAsR/S/tFGjwadBPh6qYOAK/wA/8HHqk9rBdIUlQagPL/Vx/wBnoqnc/wAZ8bvRaitoqaL7&#10;hlaTXoUSsVF/oRp9QPHBP0H9Palpq2CVQ0UujgXBJPNuAeAeQP6/T2680ZNJlDE/l/nH2f5s9B+4&#10;2OePuhY0P+r7P9Veq693/GnfG255vsKaqMaE6UCsSoW4AIIVrAAc3N7+5QlaZgnnRowSNYY6ByAe&#10;ACQR/rW+vuxNtDGZFjImPl+Lz8zQH/D0gfbd0ZqNWteggreu9/8AlNPUUVYQpILLHIyi5UGwCsL/&#10;AOw/r7y3gh5nm1AHjSzKjG92VrDUb6v8B+L+0U18Cp8BArUzWhIxgjNOI+Z86dP2mxSFtcwPHz/z&#10;fl0rdpdB7tzdVGJMdVPrkUapA6JcHlW9NwePrYD8X9t9TuSho9ZTxMtzZhdWuT9P6abH839lkguZ&#10;1WusN6HhQDj618sU+fR/DtlnahWcAin7P2dHd60+FtTWTQy5KmVlezECPTzqBAJsFKsDcfX6/Tj2&#10;kKrsKNGVQUJVgUK3Ug/ixBuB/tvamHaro6yuqjA1BFR+f+o9KpXtFagjWua1Hy4/6j0c/FfCDa7w&#10;Q+ehi0pGjB7RLeQBQbca1LD/AAF/9b2zSdiyWsoFybfQm3JH10gNx+fa4bHMZAXZqAeoFcV4eR/Z&#10;/g6aN5App4SkDgSKDI/bX+fS5ovhdsuGLT9rTKQWB9K3C3K21BTxyPr7iN2NOb2Q8n8/TSSeDZFF&#10;wx/2PtR+4nFAZSAB/OnzY+XHrwv4VqDGop6g1+01z69PUHw52RGQfsqZ25YlooyzAEsSSqhuLfTj&#10;3Bl7FqOSdV7+om9tJ59KqUBPPHB/1/dhsDyMoRsDgPn8yanyz/lOevLuQ0gacY4Zpn7a9LPHfEvZ&#10;sEPjNBTNrQC/iTWAARp4FtIJvz+D7kRdmTKbF7IAAEFgb25vYqQf9Y/T22eWZmBIHeSckkj5U44/&#10;Lj1X66NmdpI1oeFf9VP5dNWS+HWyanUWx8TCxIIgjBIuCwuEHJH+29+l7KYKTezFbAMxI1X1MR+r&#10;+ybc/j2pi2OaoUsfDDZoKGlKAH8849D02dwtqCsSgV4Up+f+bpORfBzZ0k11xkbah6bxowVixJNm&#10;Qfj/AIj2nK3tCqLek34VuQ6kFTfgk/0v7MouW9aaS2kZGKcCKZ/l6f4ek/70jAbQoA0+n5fZ/lp0&#10;K22/hRsqhUSvi6UtqVuUiIDL+fSF08N/Q/159tkfZ9ZqS7em7cXIF73uTax4PtTJysf1AxOugzk+&#10;X+fh5dM/vejlNPr/AKv8NOl3J8Q9lGDRDjqYGxIAVFuLi44Xkm3N73t/sPa0wvYi1KqJ2AGpF4+g&#10;U/qvzcc/X2Xz7RPYSNoqRQnPmRwpXpV9XZ3QEciA58/9X+Dop/cfwX27nKOdKXHoJWNo/HEq+NXP&#10;6jZdRJawP5/1vys/744dRqeSNiyAgox+vHNrnT/re0f+OsulIirBs1H24rTP29IW2bajKZaAr6V/&#10;wn/V/h6Ic38tSvlybzCOoeEa2jPjZNTAhhYEXBCk8D2/47PUmRjdY2UoSGUDTbQtram0j1W/oR9e&#10;fZexkiuIS6nxMgnPE14CvCvqDwqOlEu02j27GEUIr/q/w06Dftf4d1ex8LVzRQuTBEX06I1skakk&#10;sVC2IUfn6X9uTxkWkAOhgGH5t/aAuPxz7MY5lIaEt+oDT/Jw/L7eo9vbRoZiR1WNuHBS0Va7hWCh&#10;mDL9bMrWsD9Sv49yqRWeQ6VLKuksQSLD+t/xdrf19or5ljj1O1HNaf8AFfZXpbtUTyyqKY6UOy6C&#10;ora2GOONmTVGARxa5+tza5B/1/eWrPkUKoXkqzWI9NvqLEA8In45v/h7Dckywv3VLZA+deH7S3ni&#10;lM1qOpRsIjDCoda/6hT9v+CnVknUG16hMcXnJhg0eSeS9iqKgbSCPwRGAf8AH3m0slOZGBR1Dstj&#10;f66dIItwp1f4A+3tv/UnSOoKGgNfzr+ePnToo3u6VInFeA/n/wAX/qx0Dne+YpKU1MNPLcQ6yrAj&#10;k6bC62Fgb3/APtL53b9FvDbWe2vko1kpM5jammcsA+h5IX8bqCLakkIYf4gexOL6XZ9z23d7Zv1r&#10;aUGnCoBFQfOlMH8+gZtrJdm8sbvus7hSjA+jY4fLiOkB8O+/NydA9+7F7X29Vy09VtrdGNyp0yMo&#10;qKOKdFraOXQR+1VUjOp/PPvTd+bnSVRsXf8AuGjlpTGabIVUZIW2rTK1m4ABDIAbj+vvMCaeHeNr&#10;tN1gNVljVh+YqRTyoa+Q6wG9wOWJuWOZdw290wjnSacQTg/n19ZDoDtfCd39Pdf9obfqY6nG7v2z&#10;icxE8b6wDWUcUzoWufUrMb+0/wDB3dc+3t81OAnlKU9cUnp0vwJU/bktz+VIPs02FjcbZuFi4qy9&#10;wHnT0zjiMdNcj3/0O/2jFiEfB/wD/UelJ2bh1zWy81S6QzpTNPHcXsYuW/r/AGb+75aKX7ighe/1&#10;jHNx9LXHP9Dx/sPYNnVVupK5Gr5/Z/Ly6zEhIktI2c11Djnj8uqfMtStQ5iqhC6dMzgmwBAVm/A5&#10;Bv8AXj23zm+r6fUf7x/iRwfbqAhVwRx8/wDN0zMCTqUUWnmeOfkf9R6eqHjRe5vYg8fU3LG1+Ppw&#10;PbHUkXPP9Tz/ALbn6ke1EcbsFotNP+f+fRPKwBxUeXpQ1PrSv7adLfHlUSw51XHPP0B/p9Px/sPb&#10;RJa5P4PAtf8A3m5uQD7M0VytCTXPEZxn/AM/PpK1dODimfP5/ZU+fT/TmxAIAsAR+Tc24W973v8A&#10;7D3GexFjf8Djj/WJJ/1vdmD+KWAFc8f8FP8AV+fVHJAJZciv/Ff5unGJrBSGP45FuP6G/wCbe4jD&#10;6/1/1/8AiRb25RcEk06T6QdBpUeRPH5/6vy6dInJUcDjg24H+HB/B94ig/x/Jvc/U/77/be9ZJOK&#10;Dh+X+r+dOtSKzE0zHSnDNBw6kKx+vF+BwLcD/D/X/wB59t0wsOfzx9P979v5amny6Rz1LFRin7P9&#10;VOnqiNz/AEv+f6j+g+trn/bj20yLY8f8R9bW/p9Bb2oJJ1VArWueP+rh0WyipbWBqJx9nlw+Xz8+&#10;lBE10HNxaxv/AF/2N/8AinuHIpI+nH/Ef71+PbsLhW017q/z/wBX+z00SNOGBfP+r+fr9vU9DYm3&#10;FgP9hc2PH+JPuEV9S/Xgj/H8j+nt2SoU+Yp/n6SgZGMVGcf4aCnDp3jcNG1rcqf8B9B/Ukkgn/A+&#10;zPdT4v8AiFXj7rqCahbn6uVbm4NrlPcX84XptrK40sAag+XChHkR5H58B1NfJtqJntjQGgNfXy4U&#10;6IF8ldxJgsXni7mMTw6tQJBHiEwvcAcDV9Pz7tD2biI6PFU6oug+FCSoKsreltJBXStwOSfxb3jH&#10;dtLPe+M4qofHmCM1PGvHgB8+psnljtLQhqg6aftHHrTw+aveEdTm9z47+ISTyuMhR6NTAJ54XiCh&#10;W4LAP9WsAQPYgRhmVrkckqAbWuEjHJ1ML6r+005RSoAOBWufVvKgPCn+DoGggq3r1T5ctC51KS11&#10;F7BTZY+SSxAa9/8AEjn23zDk3seTb6cAHn8fU+zC1cCtCaUHQfvKAt0GWfX1MT+CRaw4s3P099Q3&#10;C2HquwsLf1IsP8ef6e93ekvqrQUP+r/i+m7dcjTw6j4iJi0ekG11IsP62+pv9fblmqmWmwshjADe&#10;FAoAFyW9VvoT9FP5H9fcebmEN4oYkjWfXyx604keR8x5dS5yzEUtWkC1f+fqR8+rgv5fu1aTM7rg&#10;nqRGFgSJtTBbqTpdr3W59I45/PHPulz5ZztLl60lmYa5ANYIP4IuCOOD9P8AkXvLL2oQjZLcFRq0&#10;1xn1GP8AP5nh5HqE/eNpHRhqJXNB6evH5/n1vW/AGjp6Xa9IkAVI1jhChQq3A/2A/Lcce6zpKkR5&#10;QDi5bj839X4/2HudLMgALU+Z/wBX8usP7ohbjj6k9WwIt6dQf9QP8PoP+K39rGOUTRhxa4/3q3F/&#10;p7NloVHr/h6qCG4VoD0zunjcj8NYggf48gce4k444/oR/sT+Te/593UanNOAP+r/AGOrEZOR5dSo&#10;CLW/Nr83/B/1rfn2yVkYIsBb8f8AE3/2HvxoKGtc9FZBB+LHHqbEbfn/AJF/sPbOyaTb8D/YfXn/&#10;AG1/bqnzIz1QritOFepXuFMluf6/8iFxbj/effmIPHy/1f6vs6T1DBtJ4f6v9nr3tlqYv6G5I/pb&#10;jj/iPadqDVQdv+rPSaQCv2HrLEQDz/gf9t/yP21Sp6eLXvbn/A+29NGHGo6aOK9Sgb/7x/vIuPbR&#10;OmrUPqP8fp+OPp7sQVNVXurn/P1o0OPLrv20tHYG4+gvz+f8SPwBb3ZRUuxHn01Xy/D173HkUfX6&#10;Ef7G/wDX/X59+PEKw6qwDdp4f5uve3HbVH99naOEDUolUm3JBJAuP9a/tMx1MvErX/B07ZRF7mNS&#10;vnT8usUzaIpG/op93TfGXbJixlIQml6l4oVPH6DZpRfm3pBHuJvcjc/predmwsUZNPRshT86Ej/U&#10;Os1vaDaFgtIJtGWwf8Py+Q6pW+eW9EnyzUBl1w0MUlVIqmwJS6xISfoGlsf68e7X9pUUdNSovAIR&#10;SvFgdQuQCRYC35/x94eSiS4uo24gnNT6YrT16ybJMFrIRxA4/lw/LrVs+XG/nhoM6+soUinYFVb9&#10;JDE+r6aFH45/r7X1PD4m1BwXJuvpBU3FizAi39D7NbucPEE8OiAUOTUAeQp+fQBhXxLx5ZfiZv8A&#10;iv8AN1Q/jg+Q3JU5GslDTVlY812AIPkcW1KRyVFvfF5DTO7amChUULYsCeS2lRwhL8Dg3H19h+eb&#10;XoLKCSSSa0pThx44yeGaAV6GdtbW8lsoYD7Rx+X+r7Oj1bF2JjdyYCPHwQQM0SyuJPBCJmepSIOj&#10;1Cp5XjQxDSrEhbsQAWa8X+LUciWJGrUCSSo0kEqQwNze39Dx/tvb6zzW7nWSFpTgTXFRQj/KM/tH&#10;TE2w21xUthiSfs/Z1xzHxFrc6iy0tMxM37ihNCD1nTqYFtRJDXAF7f19pbObxw2BjllMzSeNXYqL&#10;aeVuPwWFgfqB7ObOaXclRWgpIxArX504efDgTn7OixOXrWzn+qe5OgGtPs9D/np9vSu6o/lib+3L&#10;uugqIst9ljhKk/gnpnM59f6Y2BRAADwf9h7rF+S/y3qsIJ6HDVYgZn8ZZOHEdrCx4a7D6kfj3PHI&#10;3t1t0cL7pusGtzlVJxX/AAYI/LqLPcr3OTZleys3/VJofkPME+tPn1t4/Ar+WbtXDYHEV+86Ja9K&#10;GjgNpokC1FSsdgzIFJaNCb+q+o8/T3XLuP5k55SaSLJSsqraRg7+pyLuL6ibKx/P59zHt+zbLDpb&#10;6RTIfsx6YFPIU6x13n3k3ub9NLgAD/USPtPy6tww/wAQuocZP90du0ckqsPGGhh0xoosAoKPb/eP&#10;ZW+wPkRmNxmaNql3WVSDeR2b/WP4I/3j2JknjgQJDGFUA0oPX59RNvfNu4btJI9zKzAmvHoftt7K&#10;27tSnSmwuOp6SNBYeOJENrW50qPx7hdU7y29PsvsXDbwTK1FHuzKYPALTYppi6x5nHbgjrK2qigS&#10;WVqakp6XU9kP4/wILppT4kMjLqj1EEUrgg49ADnPl6jpfyxf2A2jf7O/Z2+oeJVVTTiJaucNUL24&#10;8/Lr2cx2Tq83t+rx5oUXGxZWeolq6bzu2t8YkdLTuHjNPJVR+QF7+kL9D9PZLM3sDuHozsDdcmIw&#10;G3NtbE2pmKbG7W3bUx0dXunfNNkqlsbhKpDVieWOpkx/lmVVigFOqOPURf2HI03azvNVvZ26bcHC&#10;hu15CKdtWpggD09aVwQ3vW22+0ofDurh76KQ5ZQselmOlkDCp1Dux5VrQgDp7xtfHlKClqtKxtU0&#10;8ck1MJo52ppiiGopJJIWaN5KaV9D2NiR/T2Lwk2lmqGlh7Zze3tx7627kqXHrjq2pxU1JXVuIxlW&#10;aahzE0lEKLGxVFQiQVEqVAA5Di5Ps1c215CsW4yRTTAk0bRRmCk5r8OrJNK5wRQZKoJ1jdpLici6&#10;UhQATQhQaBj6YAJBqPMHqWQVAEShUIZiQACC7gllHPqsWNipuf8AbG1OLqzafyK6kx2a3ztHZWV6&#10;g3PjKHA0T4OtyORNDlqStRlpny7UsEpgqq9wIhTurIYVJIv6Q69zt9tO/LyMkjsniMjFSGiIJBSl&#10;MKVxQCjAnNBTI/aNn/rTs9nzBe2UEGy0WKKSFnMsUynTpLkatLsxWimnrjolm4O0qfr/AH/mOvcL&#10;uLcGZ7LpYn3jkMPnYcRBjNwbZq6ZWq6rFU9FWU6LLg6aijMk0saG8hA1FtPtBbF6r7H2Vurbkew9&#10;rT43B0GWxWOgenWFqkUW36GgpoqDJrXYyuqq3b+QmjZNIWFo4o/I7gkEmdy2zWO3XKPIEstDM3cB&#10;QEEU4HzJA+EghSKVB6Cuz8t84We+bde7TYSKBcItSKk+Eqgh6qSY28xpHb3N69CtvLsLqjP7UzWJ&#10;3TujDiGrwFXLKEyEUDxQ5CKpWB8dPHWpHHm6aBl0GOXyeU6YyTqAevnVksgvR0WGz9FQUWWpNyRw&#10;VKY0Va0k9cuQmlpK2Ez3Q3xbyJIENlkJH+szy1awpJdX8EzPBLGpStO1aAEU4juGNROOjf3mvr6T&#10;k6zs9ytUiuIrwq4QMEZwW0spIANYya0/ET0E3xixW3/76br3JtnKZTMYPMbcw8mGqcy9BJkaKiZK&#10;Na7G1TUmmZj/ABCnEsbSrqaIryRYmkwoLW4vcgAfm/8Aj+bexCTpNaYHWLgFIyTw49Hc9x2jBuPr&#10;+D/h9D/xI91alcda7sHr3vH4wLcf7Gw5sD9R70FVqknPXgK1JPXvcSWIEkEf0PHH0+lwb39tsOIH&#10;5dboDWnXvcdk/BHP14v/ALH6e6jtPbg/6v8AVjqtSvXveHx+r6em39R/vvr/ALx71Q/FXv8A9X+T&#10;rVeve//StTZSusgjSunSBYeiwvYEc2v7i0SaxGCDratfPOf2cPX/AD9Zogmi14nz/wA/SKpUCubf&#10;qGgA8AFLAgf2iPzx9bgc29xpSyqTp5ALXF7adQP1PP0Nvr7djKO+kOKYHzrQj8vUY6bY1xThxPH/&#10;AIrh0/08RUfQkcurAAgKz6rrf9Vr/wCubf7dta6G/wBRpsCSAbk8i5AXV+fyDf2uDCRWAHdq+fpj&#10;50P7cdWAbSRQEA/Ov+x/scOneBCpjB+mkGwOm4Dcix4Ok+4ckhaRgp0n8kHgi4sfp9QBext7dSNU&#10;jFQSDw9a5/ymlRX/AA9MOQreGCSMmoP8v9Xyr08Qx6rA24ve7EHT+fqSGsDc8/j35MrVR3IlBtpP&#10;5B+q+nUBYDi3+391exjqF0tpz5/I5oc14ny8uvCV1Qqz1FOHlX1weP29dy7cw2UX/KqGlk8oKuTE&#10;jaWsTYMtwb2Fr/T3Li3JWoT6mI0sBZtIHpIJ40huT/T21Ntsegd1KMK8SeOB50+2vVhcsaALUVH+&#10;A/n00N1HtasmFsVRqxRiAY1Uci2q9hdh/sb/AE5+vuLNuWscFPI/+p+v44FySTc24Hvf7rgzI0Y4&#10;V8+JrgUp9p/zVPTb3LUYaaVH5cDQY/bnj0osR1ZgqFl8FPSxkN6StNECVAADFiGsxH4t+PbBVV00&#10;50l9C+q4uTwTxyD/AIW9rYoY41ZvD1Pj09M+X51+wV6TGZiurSSB/Ko9D+3zr0KeHwNDQlRFH6hb&#10;1f8AIX+Avpsb2+ntrduPoLtzc2uSBck8ce1ISoc6iFXyAPA8PP5fZ5dMPpdjR8/L8/nx6W0CEMgB&#10;Zj/aBf0i1uBwAwuxJ/3i/uI3I+pU3uAdJuSb/UfX6f7b24Hp5VXh9n7ft6bVjSr8K/6v9XHp2ijG&#10;rn/EjiwIsL/4EH+n49t7sSwBPBBH5ubck8W5t/vXt9KhWZBnj9n+x+3jx6oGZkJJrXH7B/Ly6UkM&#10;S6AWH5H0Cgc3BA4Nrn+vHuJKQvAI55IuL3AAte97e1MDGRgzA4HGn2+XD7ePHy6okgqFFCpJHqfP&#10;j5f8X06xRgLew1A6Qf8AEn1HkD1G3+2/1/cSRmIYA8ahpGofn+v1sOT7VxqiFGbjQ14+Xpwzw9ek&#10;zB+6rDTXgPX7P8PTnCgbgryLkal+oJUH634uT7jO5RSGYG3AtYk3v+PqLEe7geNQxrQnjXAFPQ/5&#10;K/7FNQ0UK8KcfL/V5fs8+nWCMK9mUAcEWPq1leLgX+v/ABH9PbTIf68cfS5sef8AED8j6+zAHuwa&#10;540yMfKvlwH2dNF8E8fX9n+qnT9AoEa8D9NrFuOb2BvpPBP+w9xGP0AtqJ4H0PJI4sfwPb6oO5mL&#10;eEOJ/YfQ8emzXJJ/1efz6dY7gAtb6DULi1hYn6++S1E0XMcrA2vdTb/io4FvemtketYf0/Qk/wDF&#10;5z/g8uqK5QHSM19af6v9VeujRUtUAKiKOQk2DGNTwCOef6G/4/1/eI5eu8iqJ3Fio4J+v+qPI/w9&#10;3/dtsYm/RBqf5en+r7M9NNdTaxGrGpI8x/kH+z1Kj2vho43lNLFxG2okILkLqt+kjnnk/wBfY/8A&#10;XklU6x+V3Y6QbE/0dG5t6QSf8P8AevcebzBALjXGmNQHy4EGnmQM+ePsPQu2vU0UgkJ4H7Bj/VTq&#10;tX5ifwuHb+ap0ipoQ1LV6mRUVwFUMF1/qA+g9mJ0eSFCeCioBa1iBc834P8AX/Y+w7HII5SAfiJr&#10;X/VjoMX0IkZ2rjj/AKvl1rG7xxaPka5l0+MVEttI9BAkY2AP1W3N/bhTonjYg6dQViByrA6goYAc&#10;MP6Dm/8AvJRuEkupV01IqM8QcVpngfninn6LdpjiQVCgNj/Z6UnXVNi6ScTz+NdDRuF40MLmwYaS&#10;t/6j+v8At/ffhjLF2JAcKyk3KEG6kf2hwOQPxb88eywQSs6mmrSSCMA+RHp9hPn8s9CabdILeOpI&#10;4f4P9X+rzMrlO48Zg8BNQ0bRI7xehgeCSoVkJB+ptxYcD/eWyuq/MwSL/NLwONJYiwJcLwLHgfTj&#10;2Ltq20WsWuQfrHj5088V/aeNf8EabxuzXbmNT21p0QDsfsGfcNbOqzM6vIwJLc2/x0kcj/eB7x0k&#10;njsRbiRefVxwbk2tzce3L+EyHzypxj1/2ekFlK0UiGuB/q/wdJfbVc9O8UnI0yo2rngkjm4/Fx7o&#10;l/m27CoKDLR7pp6aO+fxKVZEcY5qYC0EtzpF5GCgn6/W9/eQvs/uj3vJ8233JYvZzFM+YbuXzOPI&#10;cOFPSsM/eI22FhtG8rH+rNEFJ9dBpX+Y4nr6PX/CbzvTJ9pfDGo2ZlKp6mTq7c9bt+jaSUyOmKqY&#10;qfJ0EQVuUjiWsaNfxaPj8j3r59Z7wqNo9m7dyPheOGPLwQTaSB+1USeBgRYAW1/7x7kDY75Yd6ii&#10;+FJarnzOSP8ABjrFyyne1uLa7WlUcGn2H/L1sQVUCVVNPTPYpPDJC1+RaRCpuPz9feyVsLKJm9sU&#10;FbEwIlpYnv8An9I4NuRbm/tFvkC2e4SoakF6j88jH+D8us2OW75b/ZLa5Sp1L58R61/bj5dU+9uY&#10;STbu+8pQzDSI6mTTe2lgSdLLc3sQBb+v59vdQv1H0+n+2Fzc/wCxHtBCSD3Zp0vagDBwC3Cnyrn5&#10;Vr0maRyApBItZuDbn/YfS9/bJOnLH6D+vP8Ahx9OQfawHtQ6jqI4fYT/ALHRVPHU0pQ+X5/b0tKC&#10;awsQLfQ3H+rGkW5utj/r+2udLf63+A4+g+p5J9qoZGcNrXPzPqc04j9nHoukQdwWvkcnh64Hr0o6&#10;eTlQpBBBFieTbkAXK/W/+A9wG4HJ4tyeQPzxf6e1I1NkAE1xWnn+X+rj1QDUFFQSP9Q+Zx8vnTp2&#10;U3H5/pwPwDcWAJsef9j7hsb3+n+2PH9Pzf25oK8an9n+b/J0wy6SKf6vX/V/k6cID+kXsBza9/qA&#10;AATce8Lm30/1wP8AbW/23vxY5qM14/4f9X+TqjyMqk14Gnl6f7PUxV/1vwP9f63A/wBt7bZj9B/j&#10;z/vv9j7UIRltYAp+f+rGP5dIpHDEkHIH+T0P8iPt8x0+0iWUfnmw/pYG/J/P+w49t0+m45uefrwB&#10;zx+LfX3eEM4IK0UfKp/1H+VekTkUAUZH5+nH1x09Q6gCT+bW54+lz9Bxx7hsPz9Pz/UcD+n9CD7d&#10;jGoEAZ/1fz+3HSZiSDwOMeX+CmfLJ4jpwj/xBFiAbW5v9Cb3/I9wmF3Fv9UP95PHP9SPamoVC0nk&#10;MfP8vt/4rpOmg0ZvMjgcDP8AOn8unNCfGyr+Uc2IsQAtifrc/T2bzowr9/Sqb86CfwLaiLDkfg+4&#10;b9wVP0MmkANTH8jX5fs6nvkIoVjjK5C+foaZx/hxTqsr5mhhgcpNckJHKoHJ5KORq+l7W/3n3aXi&#10;YVGOp1jAU+BWYW0khryMzXubAcX/ANb3jek7By0uV1UHn8gB/q9epF3klxTOBgfz60Yfll5avsTc&#10;6kP+3kagh7MF9DMzf4G6/wBD+R7cIL6Dqvp/2wJ0kfS/0Ut/vI9uXRGoaaav24r6/On8j0HUNFJA&#10;zTHRPUJELXva3+IBOnm9yPoW/wB594tNxe31Nwbjnk/n6fQ+7LIFYivAUI/L/Y6JrkEuat/l6ReS&#10;jLnSRwSTe4JN2/xNvp78qmyjn0n8H/U2v+OeR/vHvbyAu7YoR/hr05bChVvL/P1nxsBUIxvxa39D&#10;pI1fUc2K+3yqgWpowjIrN4zpQqTfSmlbi59PPPFvYA3UFWdgxCauP2mp/P0yD/g6lLllqxGNmpWn&#10;+r8/t6s2+G26ZNv5+ltKYlnMYZVYoANIUEi5FrfXgiw91BfLzAinrqxwtyUf1cWJ/UeBwPz/AI8+&#10;8ofaC6+o2uFSQvdwzWnlk0Pp8vPz6in3dsVeznlANSTTjTNKfOv7Ot4b+XFvX+LYCgUTa1Yxstzx&#10;pHpIWxK8NYf7D3UXXRyLljcWAkIH+t/xon3kNaU1MpB/1fz8/PrCO9Di5I0+ePy6u8hIMKH8aBf/&#10;AG3PtbY9CsRv/a5/PAPH9fZ1EDoyMdXjUhcDPn+zpoqiNa2P0Bsfz9b8/wCw985Byf8Aej/vj7sw&#10;YIxpQ/5/837etSAsAM8PLy+Xr16Ii/8At+R9bj6/n+17aqhQb2vf6f77/W977iM9JZgwpQDR69T0&#10;PI5H+J/HtnmQi9h9b2vxYf7Ef8U9+KAHjk9JqDu9epaG/H5+v+v/AK/+PtrmFkt9Te4J/wBt/gfb&#10;tVODWlOqOAoApxHXP20TrfkC31/4qQPoBz7aJ1hgRx/2ekjmoJIPXJTYj/Egf7yPbROB9f8AXFrf&#10;0/3vge2WDFdR4Ln/AFf6vPprD5PEcf8AV/h/l1KjP4t9P+Ne2yUfUf1F/wDYX5uLe/JIr0JNCPT7&#10;em/y6ye29oxYm9yf8CD/AI2Fv6j3YFXFQDmvTZX5GvXvbXUEj/ev95PuwwO6gFft6riny697E3qL&#10;BTZLcEUwjZk86IpK3Dc824HP/E+0jjTrcj4VP7f2ny/l0e8u2L3e4QoqVBb06T26MlFi8LXVUrhF&#10;jp5WuWt9EP8Avfu6TqvL4zZsWFpKy3l+1SpEQsCPM/jWV7/RbKQP6+4I57s7neIrwwPRS+k+p0it&#10;B+eT6dZ38lS2+0W9vBKKNpBPDFftpnAAxXHVD/yA2nuDtfIbsymJGqljq5MctU5cxqYIjLLCmi5d&#10;28q8fQW592Ode5+g3FRwvSspYWLor30qFABsCCCQv1/3j3jdd7fLt087vWgGKjNSfI+lT6/n1LN3&#10;eLcbe8sZ7WND+df9X5dauP8AMR2TujrmGWjy0EkdPlKyOlgq11LFJwpaMAixlMEd/oRb2J1SPEvk&#10;jUaIpNElz9A4YKwuDr9SgFSfoSb8EFFasZnWGXMjrUeXw8fl5ihx5eooEJCI1aQtQr6f8X6ef+oU&#10;31bUtJTZCveompZMfCrUaxUyTx1dbJV06fbVEhqYHo4BReaTyBZzrjVNFnMiNhKViJEWAI9JIViT&#10;YDRpswNySfx/tvr7cv8AbnjZp0GK1oaeZzXHAY9ePE8CbbPvsOnQ9NVfM9Df0d39Q7eLUteJHeQR&#10;LTzJUBEiKghw8LI7SmQNwQyFbfQ3uExk9u1LpK1K7K1iQoYsG1WK6Lki/wBbi3tPE3iSIJaeQJIA&#10;pSta0APpQ19cZ6EZu4WDt4wFRSuK8D8vsp/g6se69+Vey8XFTpm0hlpgzMk1O4eWO5DBZIme0ikC&#10;9rXU/wBbewQ3nsDcVZTVccYkbVGxBAuDqA4vqtYf1J9ibZ9yt7WaCdk7Q328K54V/L8+kNzDJcxN&#10;4UoJOBU5p9mfsp+fVm3R3y66Skq8Wq5/DpJeK8MkyQTgk3syMFBIN+Of6e6ke++g90VWRqaqtiqV&#10;hR2kYlGAsLkckG1w3vJ/lzfNv3S1ghgnQGvl/P8AKvHrF/3D9v8AcLu6uL0dydx/l9nDrZP+Mnyi&#10;6y3DtnG47FZSikmaKFESCaJizMALaVNyx/H+t7qZ7CxVNgctXUhqImkimkUjyKSo1cg88Ee5ANst&#10;u7AcMca9YnbzZpa3EkbN+oDTqwemmWoghnW+mWNJFuCOGAI+oH1B9hBKmsala+pixP1HP9P9v7Ua&#10;W0qBSg6DZFSwYYpTrN7Md8aWrqbKbvfHVlJR1wxNG1FJXU7VFHHWNUSU8M8ugeSLwecksvq0M3tp&#10;xSGddVOGc4IrQ4zxp8vXoackmVb65a2nVJljFKrUV1AVOCQAKmo4CvSb3RDT1FDBDVUs9XTSVSie&#10;Cnm8UkkaQTzmPSXRZxIYgNBNibf0v7Kx8x+xN2777Agy9ZtqfAfw7ILFU1rSvSxV8xoqFqLNUuNr&#10;ZRJjcXXywuaKnCmQv5WNr8BzcC9r9PawWzhImoWZqnIDKcsCBkhRQN2sTTzvzFucu+7reblfxLHd&#10;OoJVQwrTtqop2rQVx2ipzUnrvaO3KHaW3sbt3GSzzY/FwtTUj1Uqz1IgErskc9QoBqZYQ2gyN630&#10;3Yk3Pt9ruwImxvXce9tjbi3Vld2xV8uW27t+ZqbF5aHPU02Opt05ugpUaSmkqKbGzyyyKYg7C49T&#10;+1c11EI7eCe1lcSYZEJK9/FmUYCkVqaitSF7j0WwHxyslxECVRpNJcoH4KCukE6y3kKVpqNBU9Px&#10;RrMsbCP9ADaQxWxuVseCNJ4/pf8A2Hu0Hr7srsLaHQ1btTo6mSfblHQ5EUHXmcoBDHtjK008OQNf&#10;TVNPUvO9UTVWjGlDJHblVW4RXfLex3G5W27CzRdwRVVXyGKCv6TZpozXQO3NcVp1NPL3NXNVhyjc&#10;WHLZaXbwslYJIwTDJqEniI4bUWGrUNXxeYwOitb96W6k3T2rg9+b+wlNj95Ytaekx26qHK1FL/eL&#10;G11LWY07bzFJLB9u+NAg1mPUxSUqVcFyGGfqzvTbG3cvsHdXbu5anE0dVt/dtTm8rm4Mzgn21KKz&#10;A0dLj4qZKdcdlaiSrqYRKxkYorWUMznQR83bbJdbNuFrtltAkoMbqCdAcA1qwINB3MoNahgKY1Aj&#10;fkrnK0tdz5e3Dmnd5F129yHeRZF8JiY1VFVBSQswFeOlak5J6B7vvpHc+4didi7V6c2ri4K7+J7M&#10;fD4lKvblXTbljWOvmyVTXVWWqvuNvQ0tNUyLDdoWlnjAH7XqKE/mhyU2C2DtLBiuWpl3Lu6bN0Cp&#10;4XL4zE42tE0zywvIuh5s3ThLWBCng2v7p7c367jb3jrDpEESxsaEDUSKrkA1BRq19RTou+8kg27Z&#10;9jsZLjXLc3ryrXiERCDXJxWVdNAMDz49I3+XlV1u4X3flqvGT4mq27hcVtzLU1R97Gf4nXVHkEcc&#10;FVBAVeCLAEy6tTq0qgEAkCjrRY3HJ5/wHqIPPH149jwfGK8esR6jga9We+4br6iD/Ug8Wv8Ai/44&#10;91cEkeVevMNIFPPr3voxj0m5HBtbn/A/UH+nt0FgOFQerJU1IH+br3vBLHzyD9QwP+9f77+nujqC&#10;RjrTEgigz173EMRI+ouD/T8W/qR7aZASc568SDXr3uN4jq03/wAL82ve30v7pTzoeq501pjr3v8A&#10;/9O1LVYn0X0qFUGxIubNz6rg3+nuLnjqoIl4sSfIYGMYyPX/ADdZoUbSKN/PpIY+SzBfGCFVdSkh&#10;rDgkKU9XJYXFzb8W9wpSpUhrhm/SCx9P1BK3vwTx/re3Iw4cNHlRxxx9K09B8/8AP00TpZiqmp41&#10;HH7fs9OlRAo0KpXltIH5UC4vo9ViSf8AeR7gOSddrni5Kk3/ANSLjSAPobn2sA0mMkivpinrg1Ne&#10;I8utioalP5mn7f8AJ/l6coFuukg2W6j0kcXN/wALYG30/B9wHuC5s2plBYA3YMQRcgcqQv1H09qa&#10;a0jBddKsaEigIBBpnBFa0PGvp006MytVsVPED/LUAdPVOtmPpLGyA2NyupdNwQA62HH4AA9wZSLl&#10;QAFuOf0kj6m1+QRyf6+1MeqolLGtOHGh4eXl5Zx/kadu7UtAtBj/AA0p0/UcX7PCDh9KsWVdQtcL&#10;ZtPqJ/oSSP8AXPuOzWJ5uALk6bmygXA+jWb8+/AalNOJNKVHn5+mPKnTOt6u2r9lPn0oIVKuD/tK&#10;ANpJ+lzYMDq5/wASefcSQ3sVvyOedIvb/XuRYce7ii1D8K4xU0r+weX+rh5go0mhILftrw/Lh8un&#10;yki1W4BKE3F/0kEm1z+pRf3Ed+OB9fr9bi/14+lr+3FUqau1KcPQ0wM/Z/m6pqda6uFPyrWg/bx6&#10;U0EGsqwXn0FueQtrlQAb6geDa39fcbVqB4JP6bMPr9P8TzY+3XAQ0qAOOP8ABX7RT/AemnIUtqUU&#10;p+0/5+nVI2Fm9R1WuDxa36rCwtf+nPuPIdIFje4I/PHB5B+g+nvQJJIdaAU/P5f5+m3c+EARTH+T&#10;p1pI9V/yVYkAj+pHFuSePbfKbWAsQtyxP+2B+n502+vtQgBLE1DGgAH+D8qg8Pn9rQZqdnECnz8/&#10;z8/5dKSlDDSLkgnkfQp9GY/g/q/I/PuCXBItwbkn8A82HH1Nz7WFGANTUUx68K8f9Xl00WbtQKKU&#10;qPLHzPkMfbjPTvFFwWAsAQDYllJ4BFgCb2AH/FfxEmOo6v06bEj6i4/21/b9uVRWjrqrUV+3/V/L&#10;pgBWDNTNeAP5cfL59OwhYkNZVNxdVQALzYBRfglQLXPJPHuNPIdIH+J/1xb68fQfX27bxorsytWg&#10;/LP+Hhj5/wA9edKClP8AV9vDHz6dIYy5OpNIup5+v4A5Df0/P/I/bbMfqFPLKQPwTyfyLgf8VHtf&#10;DxDyCoBFfTh/P0+wnpvSDq86f8X07QpzpCgKOR6fpduQw4Nrj6e8BFiBckMpvyD/AE/r+R/xPt0P&#10;rUuUAYMPIj1/l8qeXz6ThmarNkDh9vn+Xr1MVbfX6AAC59J4tbTzx7jMdIsbfk8Hi1j+eQPahgJC&#10;WRjQ0/aCKH/UOqiTUBpJqppw8+nKljYkGwazC1xY+qxvYWPH+29uuDxEmQq4yVJAYabfUHUD9F+p&#10;AP8AX8+0G43y28LRJQZzUY4ep4fM0rjpVaWviSrUitB8s5+R/wA/SY3zvGm21ial3lKsIJWb1Lq4&#10;S11JBP1I/p/T2azaeE+xgic8DTquwPMllA1Arc/T/be46mbx5WJWprTFMLUnBGPz/wBRE7FLC0zT&#10;WRTj+f8AL516oB+Y/wAg6epXJY6nqx5X+4jCEroduVZip9QS5HH5F/8AA+xHWf0qouGCi300nRfg&#10;/wCpOn/efaN7YBmb/QyT9or6euf5dA+4uviPz4dUx5PPNNrZibliwJ0n/WBNv9Sf9v77SskjRlVn&#10;X6kWJ41C1/6/0P8Ar+25LBJZVYop4fyz9nr+XRaNxZQaHur0k03dLRxyqksim59IY/n0nkkm30/w&#10;94ZKmd7KXdgAFAJsAOeAPoDf8+1UNnapViqqak8PPHHotuL64nBBY6ekfl915GuVoxNIV0lQur8D&#10;8f0v/tj7xqpd1X9OogHnV9bcm1/ob+1EsiRQMy5oD8uH+of4Oi6CKSWdQcV6SmMpJchk4YpW0eZx&#10;ckE2AVmNhbmwH+39qKioaaWMRvcGT0CW9vG9wAzKCPSo5IHNr/T2D9w3G8ikM8dOzJWnxCmQPmc0&#10;8q0r0MtvtLY6YnXiOP8Al/b0YjauAwkohpKqJhHORC86sfJGzMAJCvCsFJDEf0v7rz/mE9M1nZvX&#10;OPqaKnFRV4I10Eyx3YmGYRm4C31BJYj9L/n3MHtHzJaWO4blt1xIUgvUjZNXkw1eflUMPngY6Cvu&#10;pydJzJyiIrYarq0duHmD8uPl1tnf8JuvkXgum929m9Q7lyMVNR7nr6OSmqHkVaY1tAJqdHUO40ea&#10;Bwf8bWJ9600/xpzS7qjR6GWFYa+J2kZSioI5VfXci40gX95Cxba31tvNGe0MCD6Uz/xXWD0vK+5R&#10;XjWssTBg1DWtOPrw/wBWOt2mLcGHmolyENfTS07xiRHjlR9QIuAtibk/0+vu5Tpw4zE7YosTLXU7&#10;1MESo0azISGVbW4NwePafmyG8uJ/HjgPh0Arp4/4f9Q6yq5INnYbLBY/VRmZVowBBP5Z+fVWnySp&#10;c9mN6VWZpsTXJQOQIqg00qqyA8nWUAPH9D7EbIJHq1xkFTbkEEE24/rf2H7UuEKScc4p5cT9nQmu&#10;VDKNJwc1GePz8v8AY6B7DSz6USZGEq/W62sQbf04HHtOzLcG/B+lz+Bex/29/ZlGwBUBqrnh5mmP&#10;2U6J3NSVdu1fz8sev244fl0uqZrgBbg8XudIBuRyOOLkc29tUwPHH5/2FuefofapKFsEcK/7HSCb&#10;QNZDZp/qGfyr0paRrpduOTYG3PqHqFiAL/7a3ttkBBt/yda3Nh/gfpf2tRlpUrQ1/wAJOf8AN0lN&#10;WXDUP+r7M+np0+QnUL8n0glQy2PJ/qb+r23OdOo/0v8Ajn/iRyPb5JqFH+x/k6TyMQsajgKfOtON&#10;Dj/UPXp6pwGVfpckE/61uB9QRz7gyMTf/A/73+ODyD73pXXQVr/qz8uk5ZWOscP81PKnl59PEMYB&#10;U/ki4B5H1t/hY+4DsSWNxe3/ABBt/rge3SAUFQ1B/sdJGK/EQNOryNPzz09QJp0Lxb+l+SOf8PcC&#10;RrtcW/2JueP63tx7djUGivX/AFft6TSEq3CuPT9nD1404+fTtGo+hNh9P9ibn6AH3EkNrf1IIt/s&#10;Prx/ifamIEaiK0B/1fyHn0nYEAEHt/PH/F8c8OpcQ1cC9rg8/wBPoPqDYAe4eqzA83uP6/k+3HDM&#10;KV7a4qa8Pl+fSVTUqBQd3E5rx8vs/wA/TqqgI30/zZ5tYfT8t/X2bjpHUa6kK3HKXNuCC/Ki/INh&#10;7h3nvwzaShqFgTT5YqD/AD+Y6nrkEKZUUAatP5Gmf+K6rQ+YrBNvZZGtZopioBNgQjDnmxH+A92l&#10;4cEYuBhEbyQJfUSBcLb0v9SE/p7xtUVugZJhVT5UJIrXK+VfXy/Z1Ju8ylYimrFB9ufl1o2/LbJM&#10;u89z4uF5GpVy1bUJTsumOKomCJLJG5AYsEA4+ht7eIj6L3AIZTwCdJIHFvp7rcKNdKVWhHpXjn/V&#10;/wAUGARp/KnRJif2j9Lgj6i5BsOCPz9PeNkP1HJsSL2WxvcCwvYEj3ZWFdJNBWnmcev2jpG9t4jN&#10;TpkkoPOS2ks1hYm4AOq4AUc2PPvMImC3YFLC+ofkEXX/AA5PtpnVmopDVPD7MH/VjpRHbaRTGOnS&#10;HHPHGoIK6VFmH54ug4FvV/re3R20Rx2s0iKoNiWKsTpv/S4R2Fj+efwPYU3EKy3AaoiYnjioArT1&#10;pUA1HlitCeh9y52odZoaft/1fLo7PxuoZDlKVtREkaxopF30uzBAbAgagpYAH882491hfL+BJ6qr&#10;IAOpXsQP1C2m55P6gPeQvs2xFggckUI/InIH5dAn3WTxbIjgSfKnp+3Get0P+V7VSUuGoUJso0i5&#10;PIUWBNyBfUxNuPp/X3T9lscn8WYgAAO1xzYeq4/Jt7ybta/iGQf9jrBncrcC7cHyPWw/jakvj4n+&#10;oMa/69rAf7c29uiRCOOw5P54N+OD9bHkezkMTpFKYr5f8V0lIoD/AMX/AIPPqMX8jt9SQbFuAOef&#10;cOUG5Bvb8c/4fW/vYXuB/wBX+rP+Hpo0C6qdw/1U6kRtax4tyR/xscfkfT21y/7EXIN7/n6/7G9v&#10;diQTjpJLQP8AP0p1P9tE45H45Jvz/Qjn/Y+9EE0rX/V6dMFaqRXjjqXH9f8AYf8AFPbPOdQY2I5s&#10;L2F+RyNLHg3/ADY/737sKU0gcPz6ZmUroqc06y+2qUHn/eubk/7z/vftsgVHcQflw6SvRh8Wflw+&#10;3rsfUf77/e/bRNe7A8WuB+fr9fdAR3en2fy6Y1HVkdSYzbj8Gx5/3gf7z7apjzf8m/0/3u/tgCrH&#10;tpmvWtJoaiues3tvlawP4BuTz/rf7Ee1CUIpTI/1f5em2GM8eve8mJw8mZrY4IwWUsoY/wCv+OP6&#10;X591YknSvGlT8v8Ai+nIIZJnVVXPWOWRYkZ2IAUE8/4e7Efjz1FLPV0LpSnTrjYnSbX4v9R+bfT2&#10;Feat6ttosZdb0Ok/b/xeQa/l1kN7Y8lT3d1BcyRHSDXh+z8+iJ/K3vbFbM2xkqb7xI5vBIB61BLW&#10;K3+vCgezk57rfKU+8JZPC5gbGYqKlsrlEaETGRdHFv3Xv/jf3Cr8y281hbS+LVQXrQjiSMk+ukAc&#10;fLrIluXZYdxnmqSnhxhSPKgz+eqp+XVevV/fu2Mv1KsKVcCZFNzbklyiStGk0sdRJF4ZE1sC4MC2&#10;uOQPp7Ox0NtzIYqOWqqA8cRpRHYgqWk8iyAgMLAEA/j6e4g5k3OK7eSJBqOvz4ZweGaj7ePQ0ht5&#10;LfbZRMx8hn1zU/l69a+f84bsjaO4dr4DCUlTTvl4tyLkURHR5UpIaGphf1fWzyyi4+nH9fY+VU3k&#10;R1JBvpZzz+q5H0H+pJP0/wAPZfaQ+E8RUEAVAGOH+zj5cegpfXFVcA4JpT/BXrWh3HlBLDURBgQx&#10;UsFvybkKCF/A1ccfT3jo8fLVtJocRxxpraRyAFX9QVbka3/p7c3Ddbexji8VC8rmgAHHyqacB69J&#10;9r2y5uDJMr6IVOT6n0A/w9NmzNm5nNNV11PUJRUNL6nmkuxkYi6wwx3HkYD68i3t0SjkkYIJS2hg&#10;T6bAL/qrkn02B/2Pshl3S3jQyGIdwoM+fpjzyPLhw+Qpt9svwxq36a+f+T/B0PeK2BvBZgkkkwhp&#10;yNTrc3B0gfTyKVFvwTY/n2z5uvo8cIo5540ao8hV5HUJHFGjO7FSGvaxA55J9sLftHBJOkRYghdI&#10;FSWJpxqKYyccBniOhFt+3uZkaZiqAE19f9WP5dHG+OHxt3d2fuaRl+9ocdg6UV1ZVL5EnlLzxQxU&#10;6cH1zTS2AP0UE2sPdI38335g4745fG3L5nZ7Us2/N2ZOHZ+1pXjinSirayKeWpyMg1WcUFBTTSKp&#10;FmkVQRY+5m9tlu9uhvt8v4cQBREpwGlkBK1UitFA18eIp8xFvvFvy2e1WuybZPpvr5iusEEpEoJk&#10;YYOSKID5M1fLrbV/lM/EXctJ2ZPubeEuSOztl4ODIpjauaWWDJ5ysn8OHp5/UE8MSQyzsPUHWLSR&#10;Zvej4e9uzKrPz5/J7qy2SrayqeqrGq6lpVqHlfXJqQ+kXJ4tYD2NhzXvbXHjy3rPngaU/Z1i5c8n&#10;bJPA0QtQJCPiqS1fUkmp/PrZhAAAAFgOABwAB9AB7P10/wBuU276CCmqZQK0RjUjlQWP0Nj/AF9y&#10;lsO/R7jb9p/UHEHqFt62afaLt4ZRWOuG+XXvZsdqdtYbqI5TPZJ6lpclj1x2KoaaKnkfKVr1ELNj&#10;4mq5I4I6qal1+Im5BBIBsfZxe3ltbRq05wzAKuO88dIqyjVSuCcivpTp3YL2WwuLieINr8IjArQE&#10;irHjQAVz1DraOKujSGUEosyTcO6EPEGaNgUKk2ktcXAIv7S216N/lZtPuLdO4P4bis1h98YOHbVL&#10;lqjIz5jZ+2Vky1YRi6KgSWskavyk1JTeaKJ/2o5RYeQEB+1kTfw8dxGUjWUhKhi8ekqVoRQplj8y&#10;qmppwEj2X1dtue4R3cP1muI5aoWKTxdSqtKuK6Fyp0kCoFR1Bed6CtxNCvmemno66NitMGElXT/Y&#10;vA81UDHBTsacTtpNvKfp+mxTlN03nPjxn6zGx9nVW+K3Pn/f1YaLKy5mioGx+RkhoYpZnhiqIppP&#10;uATEG1IFBY/TTbb9lezuPqxuM8sLNlGYkGvCvA4wcjH+Eu5knntZINudbNZowVYW4pwPByDQkmrU&#10;AxU14nqXjq9MnSpWRU9XBFIFeH7yHwSSI8aOJViLM6odem7BSSCRdbE2VfDqs3q26txZHIb+x+6N&#10;j7ty2Gym58LXYPIJm9g0mNwFPQfZYeTGgwmiy9ZSSs00i+KnADf5x2Jb3vbbwfU3cd14kpqYUbso&#10;5QLp9GA06gDSvw0NepZ9qd2uJLuCEPCduZ1N2dMjSKq6yCAAVUFf09XBQtTk06Lx8kKCik2jJWU1&#10;JUnd+Oo8hFsdBXYiioMhmMi1LH9tVHJzIKxaeRY5jTAxzThWWO/qKn9o9xbB3D2ZL1usuA3jgKrc&#10;1TVbQyOQwsUdMwpFOZEValXHFK8kORxzzq31dYFJAAt7DN3Z7nDy1Hu8xlttz+mAnVXDkMO0sukl&#10;a6ewADDGtadTVZb5y1uPNj8tTC3vbZrpntWaOi9o8YqxNMiRWYMPj0jAFOiXZHbfae0uiqDujMUG&#10;6Out6UeyMVB2JtHEbqkrataqaWPCIcTNQVFZQLKMbXolkv8AbPM5iYv+4K3v5jm/6vfe79jNksHB&#10;trK4vDZ2grMNRV9NkaE09JnqnG4fMUtRSrEoXP4THU9Y0boskTSlGLaQ7CDkjZE2LYbi0hbXE1wz&#10;Bjx7grEMc/CzMBnh24II6x99/N+l37e9jknthDdQ20iOgYMMTOEcEAYdFVqYpUDIoejV/DDrQdY9&#10;ZZnFw7sye9qDL7sqM9i9wZygqsdm2pMphcLWVGJylNVX0zYHMT1dIhjZozHEv6W1ItZjIQeB9bWH&#10;HAt+fwPYqoaaiMdQRgCpHRvPcYx8k2N/8frz7qwDcTjq5cGg9Ove+PjHHBuBYE82/obHj34UAFa9&#10;VHEde94pIiSeSTe/0+t+LfX8e9ECpBz1aorUjHXvcVoyP6i17/15/wCK+2yCDjrR9KivXveDxj68&#10;Xv8A0H9fr79500549e697//UtVfgkhSRpva4/Ba63PGkk+4oU1QAuA2r58CBmgzWnl+XWZ9QK5x6&#10;ZBz/AKuHSTokOqMKNQ03Yg8lww9JJNghP9OOf6+22ZgbK1yy8ci4JH1B+ovYXP19q4o2XVImEbPo&#10;fy4fYOHVAFYMQ1D/AD/1fs6VMLq4RSfUgK2+ot+o3uBpUf1/p7b5RZiGsL/TnkfkkAqObL+L8/X2&#10;tjkOjUmaf8Vxrwz/AKs18e2p8/L/AC5r9prx6dYoNbgLfkk+omwOk+r+1yf96/1vcGRwQyqW1AWK&#10;6hqYaSeb3uQPr/T2+qldLSaaE8aYBr5cKA/zx0mcppZHPcf8Pl8z09wqoYBVa6gXBtchtJufy2gf&#10;7b8e4Ev1GoG2nUBqHHBPP6h9Bb2oTCnSRqDUJofUZHA/5+mpFPE/n5UoelBQRcG59L2awst/yqsL&#10;Hn082+gHuK5FrqSoI5FxcAj824I+vtwBh2uAWrQGnnX9vmP82OtA6a4o3D/DnpQwgar2P6fpc8gj&#10;Tz+kD6W/HHuJJ+khSLqbA8arFuAPrz9Pd1PcpkU9w4cBw/wfb/k60DkYqCf8lf5/Pp9poyJPyFYh&#10;i/qsLlQW/Fwv4t9P8fcNnAvb+hubi/8Ah9f6k+70kY5OPTy/1UGOGemg5wCe41+z9v5f5ulVDCgt&#10;wt7qVbSQRz+k/VjbV/r2+vuM5HAJ4BuSD9Dxbn6/7D3ZSwLMvEgcRWo+w/LqoJowGVwf8P8Ak6dY&#10;o7gqV/BP+p551LcHkXP55NvcaU/Uix5uD9SQOTcmwJP+v7tGysQGJC0ofKlfSn+b8+HSbxNXaGov&#10;+r/V5j+XTpTRMg/2oghVs/NyD9DyP9h+fcGckC97EgBxzzxx/h7VwaWZlC1AyvDH+X/B1ogk6kB1&#10;gfy6faWOwDMQLl1Yj6W+pFwRc/8AFfbc7EFbA/4kEg3sSLEH+vtYCtJCWFKYFPyzUfb/AJOkzupc&#10;gGqVNB6fbUZ9ePl9nSgghddK2IJcFm44UaT9QQBcDm/59xJnsLqfyAfzb88f63u1uNT6WXIFft+3&#10;7emgxPBcf4fL/D09xwCxNzZxxwRawt6bfQ2HP+HuBJITfVf/AFyTzfgHn/fEezFFA0hAOHkB9pGP&#10;Q/s61UqAaVp5dT44rWF2LfTk/kHixY2swF/cSRz/AIXsp4+psTxf/gvtRHGCVqTpqRmlBgZH5+X7&#10;emGbLE1AU+tQeHD7M44fkOnKKIgH08g3ve5tfm/pv9f9vf3GL2P4Nxckckf6x+v49mIj1R1qQVNA&#10;DgH8v+L+XSZn1d4OAcg04Z/mDg0/LrKIgxVrelxf6G9wCxH4Aux4594ddyoJtdgLWH9Rf6fT6+9v&#10;DTuHxetT6eh48K9Nq7V0hsk14evrXjSn206dIlMcchCnhGsSOTYtbgWseP8Aef8AbDdsCjgYoX0k&#10;kg6SBYkn8X/pf3Hm9zP4oVV+VanH2/5+hbtSoAewcKDj/P8Az9EK+Uudr6TC5MxSvGkVPMxKX/Ss&#10;Z/JPP9R9Rf2YuKEwxIttP6fz9LWsvP4uPZbE8ZwMkA/z8/8AVXpBvMj6yQaKOHWrn3Tnsjm9x1tX&#10;NI7Uy1EiIS3+pk4vckfW9voOfcpAw1X/AMDb6i4+ot/sfaeZkbTp4cP9R6Cj6nNVNcdAFMJZNRS5&#10;PLWNmNuR/X8k+/c35FieDe/At9LfixHvahSvHh/P/P0VTK4bSy9tekRXxzRO/kUi/wDr2P8AX/iv&#10;vq4B+vP+sP8AX9+0kjAx+zpkkBqV6ZiAB+Sb254/x+h5vb37UFIP9CCLf7fm1j9R79oMilBkUNf8&#10;HWkkZWVlIDg9ZoJmpp4p4r+SF1ZDpuCQbkG1iVI49vVDVFUb1NquNKaQwAtZnYg3vz9Pzbn2Hdws&#10;1aRV0DT5mtK+YAB/w/s6FW33AcKXVgx4ADobds5W8Kyyx1SzPZo4Yo9SAfTWXPPP1A94cnj4MrSV&#10;WPr4UqEniHBjLXR9eoldXp/Sf6/Ue0DgosM9rKUCsRxAoRSnlnjxx+3gIttupI2kjuBWCQV+R/2e&#10;jV/HXuDdHUHYNBuWhmkjaSohn86mSMSIHtIrWf0sn+25Huqj5VdSUmGZ5KCBYKWpXyO8aorstySp&#10;KqNQFrf8b95Je2HNNxeW7RXMhNytRktWnyzg+fz+Q6jH3S5egNkZ7SICAjuNO4ivyFfQ/wCx1vH/&#10;AMrv5dydy4CGfI1z1dbRstJHC0zzRRyCNDqKuzaSQ4+v0t7rWSWs2zmYpsW8sEaVCJLCrEJKjNyx&#10;T6Bxf6jmw59zTC7CRIS7PA9RRiTQjzFf8Hnx6xbjnudsvFktyVo3zFc04f6q9XuVNHQbpwckGSig&#10;qPNTsyuyqTE5UkKrckKR9fZ1NvZCeuxVLNUX1yQI7XvquVtb8fn2HNygSC9lEfwgmn5mvD8+p+2y&#10;eaaxt3fiUB9ONDX9nVbO9MPSYvP19NShVjgqpI108rpBt/gOT/X6f4e5s7H6HkW4/A+vHAPNvbEP&#10;8R4j/KOPCn+r16szBWOkmtM4+R+XyzQnptpo7hFFhqtccX/r9fxe3ttlPJt+OTf/AJJ/pa/PtXEO&#10;3Uxrqr/hJ+2nSCY6yaio1fl5nh+VPU+tc9KCJRpUAsNJAvfkkqPr/U259tsp5+h5P4tfj62PI9qo&#10;xSQLqpxpXh68Mf6j0wwz208/Wlc/nT/Vnp6gB0fn8c83K6voQeQbD21zC4I4/P1v/vQ/ofb5bS4b&#10;iPkBw6Tu1CWAOmvkBw9c04/5en+k9KoTcfpH++J/r7b3HBH5/wACQf8Akft1GyGp2mvSdjSpT086&#10;fl09w2IXkWJAtYWHP0P9PcSVefze1/r/AFHP+vz7qGfJrUV9P8A8qft6Qu4QEn4qV6eICDYC31Nx&#10;fjg25/wI/wBh7bnP+w/HNzz/AK/5tb2oSpZqjPHH2Ef5ekRYBqM3bX1/L/P05xrc/liBfj8/1PJA&#10;+tvcOQkkAfUWH9bkn/H+n9PayJlUEliVP+Cny/w/z6bkkJdY1HE+X+wQP2+vHpwiXTdiCAqk8/QB&#10;fqSb/W319v8Ahtu1ORnjCoxLFbi3Avz/AEFrH2V39+lvC7EjQASKccfn9n7R0abbscty6krqAIxw&#10;zWtOPofs6Sm5d60GEp5DLOkfpYXY3vxY35JN/wCnH09nh6Z2RLBU0heJ0UBSTYi9v6cFbknn3A3O&#10;+/LMk0cTjXX5H09M/ZnieshuUtoltPDbRTtqeFRx/P8A4v7OqcfmX3TQQ7fzM7zxyxRJOQA3I1Iw&#10;0qLk/QD3YFQxino4k/SUpUiN1JQkENbkaSbni/0v7h2NHZhXuJkLcc5qPWv20406Pd5kjaR6Nn/V&#10;/q/LrTK+Q+5qHcu9dyZCORCJ6iYxuqkK51agLEfU3sQfz+fblTori50hrEgBuTcgAgeoDTb/AA4P&#10;uly7oSoqU4ZHCn7Dnz45HRHHpKNnouNLDBPE2pkV7EgA8m//ACUBb6WsOPbhSQhkYudRYggCxYEC&#10;+m5UAHn8fj2V305jkVYlooGeND86Vr/s9KUhQsVDdOmLx0EgOp1dmcWta6W/s3K8G5P+Fvcn+yWa&#10;NNA1EKxYsQADpIsVBA5H4t9PZeZCG0pI2s0yMCvCvqQf21pXo1FkGVRShoP9X/F9CFT7bSpWIaVs&#10;Qp03DsQStl0WsLA3F7C3059tk87LHJIzC0URALEk+RkYAqW9VrsD/wAgj6H2k3AA+HCiGkjVIGMK&#10;Qc0xwBH5+Y6FO1QiBAFzq8hilCD0dP497Wp6OqppPU0utFX6F/IVswGojUGDK39bC/8AUe6yPlPk&#10;6SoraiEVEeo6hywA4VQQPx9b/wCHvIn2otZ4bJW8E0HH7anOST8v8/Ue+5UiG2kjMoUGtc/Iface&#10;XW3b/Lk25kMft+jrnp6grJoeNVjdiIyWYX0oiLcm9iSSPdT25Mnt7H5NkrczQU8hc6IpauJJW5+o&#10;QsG+o95M2UFyyhtGn1rTP5H/AFfl1hNvVxt8V9Kv1SDuPz8/z6v0waZGXGwEUcvqjUglSqkWHKlt&#10;N/8AYe+4aqkq0JpZ46iMrqR43DixAuNSk3F/9jz7MVDghnJNOPAcOHROWikFYWB+zqY8c0JBkiMb&#10;airCzc/4/wBL2/1xf3EqBYkD+t+Pxa4P+P8Ar+3TU6fSlK9MMornNOpUR/wHFjb63PFx7aJRcEcf&#10;6/0/I/2HNvbzUFCPT/P/AIOmJNJox4+n+HpyH4/HtnnHLf6xt/hx/vHulCANQNOJ/wBX8ukgH24+&#10;zqVH+Bc/j/YkD8/n2zzj0ng2tz/r2+n4/PuwAIPr/q+3pPIKEVOSP9VOPl1m9tco4vz/AL4f0tyf&#10;bJeoIxn7P9Q6TsSQQcde9tM/1Jueb2+v9f8AWH9fdQADVj5dMNgZOf8AV5dSY7Gx/AH5/Fv+N+2m&#10;Y88f7a/1A/I/P9fdVNSzsPKnp/q4dePBgTnrP7aKk2J/IseL8cn6f7b3oOylQw7SeP59MsM0r172&#10;KfVUVO9dAZLHVOoNyLga+T9f9p+vvRc0matKD06PeX0SS7gV+BbP7ek/uSSWPF1jRXLrTyMg/q2l&#10;uPp/gPdnm088KGnxmCwbyUpmh89fV0jmCq8Ysi08E6WeEytfU6kOAPSQeRFvNcEixtcTnXK7aVDU&#10;ZVAyWKnBIxQEUOCQRjrMfle7jgtbWytKqAupypIJ8gKg1oaZpkinAE9VVb82FT7gy2f3jvSmpstT&#10;4uVafB4fIxipxr1R1u1bW0kiPDVJCoGiN1aMkksDYD2eXp3GJka6i+6M9RTteOWOqnmqWVhEZA4k&#10;qGklA459XP8AX3jrzNdzlJbNZAXHcDQA01AEGgA88Y49TTtTKITNQ6QvA/lxrn/i+qYfnhvgdY9c&#10;7q3RhoMdhMjjadamlkxVJS4umqGaVYljakoUgppDqYBfSLW/xHs4q00NFTpT0ieGNbtxqA44Ksbk&#10;8ngewZZoAzM6hnwPKv28P29Eu63ss5KphR5dai3dPae7uzc5U5jPZGqrJmaQp5XkaOJLm6ICSArE&#10;/QDnj3CL3C6ircEEDVc35AN29nSx0MmhSvmDj/N0EpmcNQg5PRZq2eUMscgPLWPDKTyDa7MPz7Um&#10;LL6EQMEUCb1AKbSuLpHr0lbELe9zx7BXMDsshZIdTnRxr8IJq2moNc0oQM1r6dSJsdtElmEuHoQS&#10;KCn2/Meeejn9Obbwn8Dvn8mtNJTz1lN9jSzQFTKqxymR6+NaqF42DEHQW+gsf6ckZxVRs05FNEsl&#10;4lRAJpnkjMbzWZXXwFGAsdJ8huLqPZdcWk0tpIyRUunxxJ0rpNdBofiBGDntFDRj0fW93aIyxtJV&#10;B/l/w0HDHn0OOD31sLEr/CDpq40r6SenylRLMktN4xUiopmp7w01VDUyyxP5GXXH4rLwTcEe5dtZ&#10;TL0tPLjJzE9NBUR2jZwWjPIHJtyHA/r7NuV9xisGe2vLeqvIr1NMN58PsJ4U406U3a/UprtW7aZ/&#10;aag/7HVx3wG7V2FjavLVVfLT1QyclLBJ50MhkaJyyyvJIePTICbH6/196in86raG7cvsjb7slVUU&#10;e0t0VFZUxLqdIhU0U8HmYH/Upfn/AB95YRW8V9ycZbVQXWRJMChK6Sp4ehOBTFT69Yae5tzcWHOW&#10;1veNS1IliB4AFyjL+0ig+3rcg+JtZtzJdfDJ4BYFGRShmnMQUGRYopki1BQOIi7D/An3rLlWDabE&#10;Ne1rc3HsF9FlRxBx0af2YvoGHKNuamWl8xjJGrTq08WP+H9PYt5RWdtypH8AGfT8+o35/Nu1koIH&#10;jVx69e92oybXnzOycxl5Ytv1cO2ZcHVVGP3DSx1UU7VtTNTRzU6yRTaZoQGU6bOUdgD7lu+hEljW&#10;VY2iVgSsihlPHNKGh8gcGppXqL7OCY293dRS08LSCOBbUaUFPsz1waQK6RkMTIHIIF1GgAnUb3F7&#10;8ewdyO6sRtauSh23jMZs+qzeYgyYrMc1bDkMnLS05pUp455ap3/hsUZIMUemMnk3PssQ2FjOqWsU&#10;MMjsStCRqoADxYnTQcB24rTHVHmvJ42KxsY4uJH4RX18gSa/M165+3mgxFM228/UGgyeCkrqqnyc&#10;O4qSuqquM52TJvkq2rmqauYGox1a1UFkQNobxhSbE3VLbAW8kUQa3YMGBBLANUsTViKqxPA9ppSl&#10;KA6Nw0jSS3EettIFaDFBThT04EcDQnOeve7FP5a9Xt7ZfbPZuZ7R3VuHGbL3zSYDEJmPs1ye2M7h&#10;IcNQ0FDg4KOOiDUOXx+4PvKmoaGoKTQ1MatHqbUI/wCbNr3+YXr7Q3j7sLiKWIMdKAIlAwJNAfiX&#10;SFPxB8MBWffZXfeX9t3Aje5mtttktnhkOjWsrvLqCnSpIIGjJNKArozUlQ+ZG2Oxty9PVj9Q7Nxu&#10;9uzNvZag3BtGgrtwQ7Zlx1fRLUCbJ0eSqAac1X2TywRxyaELyhi1ksbbz1z1/j9/1q46tzckTZ8b&#10;V2lmMbSebF1uYnhy1THkZKaMzCjeppZJWkZkCxwxqxYAm6d+Yd8m2C0nm8JZZLUzzxMxJVAwJUfD&#10;XIoxpktQHUQep9Xlnly05hZ4fH1/UeBA6jUnjOsjFiorR6MwY0ChRXzNSGUveHc+W6bwdfubbW1K&#10;DJjZdN2F2ds7cOZNJuDbuApWwNNXYGnrJIEhyzYyvEKQBJ9VVVO6LG2gBaSPmpmt85Pvnc2H3Vjs&#10;dDittUmFxm1srRtIlTmqF8Lj6zJ1tdTkGKJoc9UVVLGENvFTqSLm5kfZGmG1wDwkFs3cpBJJ1AEk&#10;6uHdX/UR1iR7xXN1PzncwXrariCJUJC6VNKkEeooRU4zjqzn4+0eCp+q9vVW3YaimxmZauzMVNU1&#10;H3ElOayslCxF/wAfsxISDyWJP59lFkhI5BIsbf7D+g/qPZqKvRTx+3qJyKA+nQ0+4UiC9gTcfjn+&#10;l/8AWtb22cE09c9VHXveHSf6fj/D3uuOPVsimeve+BS3+vb+v1/HvQFethvLr3uO0QI9P1H+9/4/&#10;U+/MK00nJ62ePHPXvcfwt/qT/vH9b3/2/tvS1aZ1dbzXgf29e9//1bUXZ1/Rc8amNhwoNyePopI5&#10;A49xYiRNUygcaD5nyH2/b9nWaGniSfP/AFHpN0qSDQFDWsGNlsUU3sSG1E2UAXP0/wBj7bKoD0tZ&#10;QH03/PIbknUdSg3/ABYe1ts7d0eokrX5cR8sHhXzP+Dps4XJJqafb/q/b/g6UMEYAB4sQNJsSBa1&#10;yb8mxuB/sP8AX9trlNZKtfjm1uQR+GBH4JH+A9q/1ViCyJSn+T1Gft+3po1AbUPl+eePH+X+XpQ0&#10;kSM4cE6mLGxupJItZWchQAL/ANLH3ClYAEBiCWuD+QxANrkqQCD+L3v7ciAJB0DTpyPIjh88+flS&#10;memJHj00UDVw/wAHn/g6eUjJYcniRWBJ9QItYrYD0jV9T9Rf/H3DYn1c82Gm/wDUm5sR9fr7VVVd&#10;FEyCa/ZwHHh/h/b1RWANKDUvr9uf9WT8+n6iXjTwoW31BA12JYnTe/BI5/w/w9w+Q1m4vYEm/wCe&#10;LHkH267KYzo4CpAr6ZrwPkB/h6tq7iOHH5ZH+fpQQL6lseebixA44NrA3vc/09x2OnWDpYjSfSRY&#10;i39bAWA91CljGwJUGvEZr9lTnz/2OKeQaaDXQV8/s/w56UdKnIazEABTz+CwbV9BYE/ke4L88jji&#10;xH1+vNwAP8fbyk1KPwrUeXAcD+z0+3purMBqA01r/h/y9KWNV4IIKkXI1H88kg829Rv7jMeD+QbH&#10;+tj+L/4D34R91SBXI+R/1f7A68EAL1p3V+z06dImuQPoLX9N7/U34Jvq/wAfcWRl+pIIIsPr/U/U&#10;gc3t7fRTQhKhv9j0J4D0/wBjprtVGYk8PLA4Z/1Dp3gFiAbEBh/iNPpNv6A29wZufpayjgf1Jtcf&#10;8nf7x7Uw9inVXW5pX0+f8v59NysVSSla1p9nz/2en6BBqW1tKnV9APoTwPzYj23zMbcctY2H55J/&#10;PI+ntVGqlxrXsFBn7PT7ekqlW8s0p8/t/wCL6UNOBp0qTck/hhwtyLNaw4v/AMR7bnub/i/0ve39&#10;R/S3H+HswQotCMgceFf9kfOvD8x1Ria8DTzoc8f2Hp2RGst9IJW4/rck/W4NyLi/uLJzYGw+nH1+&#10;n4uR9OPdo20FioJrUV/4r7f2fb0zjIDGlf58fSnn+zz6cYxq0i9iCslgWH04sf8Affj3Df6/1/ob&#10;/wC2/PI9r46AUoQSeFPXz+X556ZbUDQmurj+3y9D/h6dIhe3+xb+lh6SRwCfVa39PcZjp5Frg2/2&#10;BFrWP9fa2P8AUNGrpIr+YPy/1Y6RlVdjQAA8fn/xX+bqakQAFgSLD6WH0sARYc6QPz7jM+lh+QDf&#10;/Yg/gD8Gx92cMUwQD/n+Z8xgft6oVIYN26gRwOM+efMf5enKCDWrL9Lrpt/gRa39fx/T2K+yspom&#10;jALAKRqsRwCCBYH6fi39PYG3e30FWIBavz4inEj86+tMeXQq2y4IKaqU4Hj8/wBv2D7eik/IPYy5&#10;fA5eBwLTUk6amRHOlo3J0KR9fpY/Xn8+zW0cy1FAsqsSyqNeojg+m1gOeLWP+PsIxSMbkKygKeFB&#10;x41z8+Pnj9nTO+6UhamTT061UvkdtJdk5nMY/wBTgzSTQA2Y6GkJFuFLFbAH6f4e50BDMt7WuASe&#10;OD9Pr/T/AHv3S4BVWoDXoJ2cqMQSeiq4aqhqSl3UE2Dg3J/PN7/UD/efbyaammsQB9ASQb6hYnSN&#10;V7XB/HPsiF3dQhhXHD0p88enz/ydGxtoJV7kBPS3lw+LrYxqiRuVOvhtY0m4sxP1Bvxzx7xrjIi1&#10;gTfnTYCxsP8AE3PHt194m0Co7fPPr0wdrg1CkfTb/c3GmSyxIb3taP08W/qzAn3kSgpVvrUEHT9X&#10;/IQi4J0qATzwb+2JN0vGA8Nzivl8/wAzgYyOlEG2wE08Efs49O9Bs/GauaKIm6/RRa+lhydK/qP0&#10;5v7mosagAeBWB03jRTqUen6W/qbn639lUs0zsxJkKkVoScVz/sfLh0dpbw6AQulxToSaXE4xKVCI&#10;aennjVUciPhwifVfTYaiP9j74s6tICCQgDL5IyRc6yPzY8g/S/Ht2KGRYn1UMpIOlgOFPl/qxw6T&#10;3Mn9mkYJABzT7P5dNGVrU8lLBTLIIaUSsZ4xo1SO68D6HRpH09gN3vtTEbn2vNBXIfNFFIYJwoMs&#10;bagGve4MbEc8/T2LOUd7uNn3WNkSsbEVANAcY/MeWOP59K77a4t22eSK7rSho3nkfOv/ABf59Xbf&#10;yj+zOwOv97LXYXKF8XWTQLkcVVtIYKhEbTHJH42Vo5xYgMD+n6gj3UHn+r8NjNwmStkmq9M4aKLS&#10;qQFwwIDBQ17H+p95XbRv4vbWNraKkgByzVIx9g6x13DkrbrO/wDElJeNWqB6+lccf5V/nuh7V7x3&#10;NuHZyNQ01LjzJSFamdZHmmVSli0ZbQqGxuCFv7EeGnWnpYxGgUWAVVGkIFHAH+wv7Thy8hMklWOf&#10;Xjjz/L+XQgECwwDRg4wPIEfl8ugLr65q7JzGR2kKynXI5JaRmcM7E/gsx/3n3Fl/Ubf0/H4HB4N7&#10;+3o8xKrGmc1+VR5eX+QdIySdSscfP8/8/TlT3UggaittPJtz9Cbgc2PP/Ee22QEEm9r/AOseLGw/&#10;Bvce1cRWuBWn28a5+VB/q+RfKVUMmitD/sZ9f2dP8VmUX5PHHI/xH0HAI4/1r+29zf8A2H0/1iPr&#10;/vPtUCK+Ickfs/y/6vl1Q9zF9Q/1f6v59O9OulbXPIv/AEIJ+o5/K/7H22vcEn8g8m1vz9Bb8X9u&#10;OK6aCimlKH7f8A/2Okcoqw0/2f2+gNMn/P0+wG6WN/8AD+v4sxB/wv8A09wJByeePwf8P6/6x9qF&#10;yFFM+fTUoRiAqCoA+zOf2jp4pzx9Re36RyQfx/vP+8+4cvI4t9Df+ot+T/re9KlCW0kE0p/q/wBR&#10;6Qyfp+JpPf8AP/Z6d6Y8gN9L8c/X6mwta1z9f6e2prD68f48/T6/Q/j/AG3tQAQ9QAc/tP8Aqr69&#10;IpsfhBp/h/4qp8+HTzFy3H+24+n5H1+vvHSgNVRKwuL/AKTc6j9T+fofr7UToqwPXifP0GKeXl01&#10;bKrXELM/mTXy8vs4dZq1mjopnT6qh5Btbgm1vr/xHs3fUm2qavmpleINqEZPpP1JHAtci59w/wA5&#10;btLbI7JIQAxFcfPOcdT1ybYQzrG4Wo9fn6n1/wA3VYHys7FyO2sRlZ4ZyrwJOyK0hUEICQBYi+qw&#10;t/h7sW2xtahxEFOYadVZUUEFNOolQOTqa4DEf7Hj6+8d7uaTcJpJJbiuagg1868KClRX/Dw6lWeS&#10;3sI6qoD04+X+Dz/1enWqT8nvlvuTKnLYyeacLUSzReJ5v2k5aMG1wSykgj/Hj6+1nM6XCR6tAVQb&#10;n6tyWa35+v8AT27axSKpeUjxKk8OA8hX/Z6BV7O07M2nFT1UFufMSZWqnqBdvKxZj9NTOS7en/XY&#10;/gW9xxIyfjSNVjfUCbWv9Wtz7UtCklRqq1Plj+Veidp2jFK4p0gZ8jNTcXOkHgHVybck+qx5PuZT&#10;1Jj0kWJN1te9zdbngmxFvx7Lrm18QOrV0j/BnH8/PpTb3ragDx6dMVn5IpE+mo+m311cqLm35Ht9&#10;UPLCHEkcIlYAIVVibKLE3vY6gbf7fj2E7l1gnaMQtIUGTUjzzwp5U/wUPmOrEI8IeVyGpUUoQPtP&#10;7OjZbHgx9Tjo6nKV01PLKqNHDAIisYK3UyNJG7lgW+nA/wAf6QauDXS1MDlPMyAxuP0sVU3/ACbH&#10;nkW4/wAfaa4jlm8O5hVgi1qvmK8PLh5j8+HR7aThJFjD1DfD9vp8vX06ND07vzF7V3ng6KsqUrMf&#10;W1lP4qlk0FdEi+eGZQdAdb8kXDDm31967H81XsnePVGJTF7QV4M7uOKueXNoglkx1PHdWakDLIv3&#10;Tm9nI9IFxza2UvtkzHla43cRFpFk8KIH8J0hixHDgRjrFz7xnMN9tUu27bZMU+pDM0gOdIoCq5xW&#10;uSKdb238r2gwW9+u67ditDUUeEkx2LoKFLNC1RNStUyVc6WGtY00qim6liSfoPeqRl95b7qs9Lk8&#10;nufPZCoepLyvkMhU1EkhZyWIeV2Zbn6Wtb2u/fe/i4DzblOyA1pWlPkP9k9Yvi2224tyGt0MtCdX&#10;nX7ercQAAABYDgAcAAfQAe7VfidvTcGWovsslUT1SKiBJJ2LnQFVhe5/Ut7X/I9zPy3fXF3aDxwS&#10;/qfPhT/N0S7VK8d08KH9Ovn+zqDkIo3p3ZwLoLhvyP8AgvI59nkmu1j/ALc/TgD/AAH+HsRkhUIY&#10;dn+r/D0JHoCT8sdJqP62HB4/1/r/AMR7apRzzx/tyLXDc+/KX0nUaj5/s6TymsbEH5HGfTj+fTkp&#10;uB/vP+v/AMT7ZqiwP+Nv9v8AXj/X4971MVP+XpIMA0NB1Lj5/wBtfn+v9R7aJz+oWJ/UfpwLf1+h&#10;97+EZpU+nTEhGKP3f6uHWb2zyt9R+D9PqAPp+f8AY+2286L0nehYjT9p697aZiCePx9f99x7bJIU&#10;k+Y6YYhupUQ4Nxx9OPz/AF59tNQbamuR/T/jX1v71HUjiNPp1QnPDrN7ZaljY888jnjj+tv9cD3t&#10;xqpqwvp/l6abFTQgde9vmzc0+Oy0CByA0ing8jnkWP0t7aLAsVp2t9nHj0psLrwLhaEg+XUargWo&#10;gkjYAgowIP0IIsR7sx6YK5yalNRUvTToQYqkgOrK2m6yIWUOo/HPsE830S2llaLWpXgDQg0oaGn2&#10;VxnrKb24uhuDRF5Ckq4B41B9RjHA9V8/JSoqNp4ysegoIcjTTIRPQMxhYuupkkSZFfxMbjmxHHu3&#10;Xo7blJjKI18tb/EK2ZNCtoVI4EGj/NQrIx1WuLs3+8ce8TeZ74S3Uttb2xijVvM1LccV0igJocAm&#10;mK1z1k5a2bw7aD4+tmOTSnzFPz/PHWnv/Nk7L3juyjoNsUuNXAbSpKgVVfSQGeqqcjVBj4Xra2VI&#10;UaOmsWEaKq3ILaiBYxihZPSzG4uG1FSGOqxIHoAFuPpYfX2E5GeIGRFFDwpUUxXJz9tK1PDHROiI&#10;XKlgTX0618o6eGWpemkYsQzXuFfVdh+LKOBxwPfE00JBYIP0tz6fSbE8Lxe490XcZ1Kqz/iHrn8+&#10;lH7tjlFaCmr06d02NTVxEkcDMt73EalgSL+lbAHm/wDW/vkgan4jZXTgtpNmUlLKUUnxlCrcn68n&#10;2lupPqyJHGluGeBANeIGqtRw4Up0cWkcMEDW7LT0NB+f2fl0LuzcdicVjp8PVQ1COSZIKqOJGUOy&#10;KXimiZowiem4YEkn8D31IQCXdmFynChjY6ublAxGo8W55/J9+SdYoylVFK1JI9McaVoP+KGetCya&#10;SUrGo1cfs/P/AFfyPWROv6/cGXhpsPRSVDyMgBjjb6u/pLFQ2gE8f7zf8e0vmqoVUTxKlrhrFfoo&#10;AAYWIbn6g2H49pjf20OlkTxJBTiBUk5GcY4EVPnTj0JLO1khjCyHyJ+VfQ0/aPz9OrGfjh0Zu7bl&#10;RS1uay5xdKQHeBHkWOSMOjqhUGzMWjsbDSLe6ovmX0btjsDFZbH5jHx1VLkIZY6yOaAFJvIHVtN+&#10;VYAAg/W/PvJX2p5rkmsks7mFWTTSlSaDHEcDxPy/PqD/AHZ5M27f7KUMT4iioahqCODA8RTiM+Xy&#10;62o/5eveGW2xTw7emrTksUGFJDFLMpdYVVfr6iWAcG30I96y3Yv8szaFLuCrqcNvSXHUDVDstBPR&#10;CQxqWNoVmjkAcL9P0qbe5Xk5O5bv3NwjywBs6QQQPlkf5OsRLu45h2Yvai/imRTQFgdVP20P7Or1&#10;MTnIcrSxVKQTRCVA2ltLabgHk3H9f6e3HbPx62Z1PEY8fP8AxOuVdL1ssKpdja+hLtYXH1PNvZ/t&#10;2x7btKeHZxHURktx/l1H27z3VxMZby48R/TgB9nT2p1AGxF/6/X2YnZ1VhdrdY7133lKPB5el29u&#10;TbkVTtvN0wqKfPRTJV+CjubGFY5WeQsvrspt+fau6YRoAuQQ1TjFAOFa0OcYPA/Z0ZbEILfZtz3Z&#10;1jkWCeEeE4JEmrXjBBFKEnPDpOZaollydDgohkKY5XE5yYZegkgR8Y1E2LhWQLURzRvM7V4MeqN0&#10;DL6gb+yZ7m3J1/vjcWJ3bUR1uV3fVQ7i21S7WqqCmpts43FZqor8kIqI4409jBDKKOKb0yR0lOLk&#10;uQfYbu0267nt7iSV5bjQUCsKLQ1cg6QBQgEFgF7VArU9F0u5SNb3EcUCIHlDsFAAUAkLpNa0XUKL&#10;THHiB0oUXQqpdmVERQzuzyNpFiXZuWawBuSSSTf/ABHXGZnHVXXGMpIp6TaVBt2gxm3stLjsdTZD&#10;ENWU0ZlzeQw4q6jymhxcNKRUKzqPJpB1LqHsySV1hUEIkK6QdOkoAqAOVBNaKQQcca+XWndLi3jk&#10;SZkNQpFASWJrqHzoBq4CpHXrEE/Vibsp+gFgAEYjk3JJHHsxP8vzpLeO4qLd2V2FJAvSuydpQbll&#10;XsGlqWrxuWLP5OamqsRRwJQGhqzioVlkmnEsVRZECFbkAfcNzsOXJdrt4ZJGh3CVYoYySXDjV4gK&#10;6Qyg/phjk1cMukggy97acubtzPLzDuIeEWllH40niDUusEeGY9JChwEJNQykKQa1FC5/ITujZXVX&#10;+j7Bbll3D/Ge0d1JszblJtlKc19Q1TAY62StkqRphxEJqoVldCs0bSq6FdJYHX617Ax1R8h914/b&#10;uezqVW+L9h7saukSkx+AyFDg8LtDB0uKxAaopZKLOR4s+aOKaOdUgl1j1CyjceX7faNp8LwzKVGY&#10;yxdQGYcNS1FWBZQrFVkRKmh6kLlfmlN056v1trqWITg3DlgqhJEjWNQqAnV4nBgCGAqCR5BL2j1p&#10;FjuiaKgzu2MLl6jalBRbbwyQ1FbkK6txEuRimqpqnNy0NFLTZCko4JJopZYpoDWWktdvZJ/nnFmI&#10;u7Kpc1WY3ITjDY00ldi6FcZTVWOYzSUkpx6llo5dMjKy6mNxckkn2MuXjAeXdvNvEyREt2sxZgdR&#10;qpY8dJ7QRggClOoW9649wi56uU3G5SWcQR0ZFCBl0inaMLmuKmnma9DN8W5sFUdJbQl2/isxg6Qr&#10;kUqsRns1PuLJ0GVhyNTBlIKjOVBMmTH3kbMktlVkI0qq2UEckBtfj6j/AA/H/G/ZiBTP+r16iQUG&#10;K56MH7gMh1fTj8f8SOR9CPfvzz1RlIxTr3vC0ZFyDxbVz/T88j8+6aHyVqetcKfPr3vCw4+nII4P&#10;+9e2xjB696de94SpI+h/pwL/ANfz9PdwQK8Otigr173xtz+f9f8A3wt71X7a9e1efn173//WtLnF&#10;hKpNyVYsePp/i1gAikc3+vHuNLck+C+mgBAH7PSuSRwpwznj1mgaAKckf5q8Ptzw6YKcKLAfp0g/&#10;XU9tStYH63HAN/rx7hzaguoAEgcAkgH9X6Qbgix/oPe4ypbQxIUnjThw408/29NNSmaaf8vSkpra&#10;QRYgAcH6n1E+nk8Xtx9PbPJ/ZIItexX6Ec/UHlSLX+vPH+v7Xg/2iOpyOPEfYeBHlWlOP2UZJALC&#10;h48f83z+zpT04IWBkI1LpCqLFjx+pQt7m7GwN/of8fcZzbyXDksvJ51fo41DgL/tvdwKmLS6hQeF&#10;McfI5J/b0y2ijaCOHkP8PHp1gHBNm1830n1Aeg+oFwPGLf0PuE+nQ9gQeLc8WJ4t/UgH8e1n6gdM&#10;1XzxmtP8tPP5Dz60eJ41xXyP+D/L09Uvh9NtAN7jm62seDxpDBSRY8/n3Fbh+bMbi2o2uf7P9LH+&#10;n9R78TqjIXUooakVOPP/AGT606r2ivmPOvClf2cf9Q6UFMNNjdG4HpJAF/SOLk3/ABb3DfVZiL+P&#10;+gvxyP6E/wBkD3cadSrjxQOOM/tFPXpp2ftBHcKfng/y6VFGsQVSxQu7D0g8oObcrZgS1v8AW9xe&#10;Be99XJ/r/Qgf7b24+shQv9n/AKs9N5IAA7fP+eePT7Ho+l1vx9QLWFh/Uc3Nzz/vHuMx49PI/Oni&#10;1zzewtYe3aGlXNDTzyPl58f8nW2BoQ+BTHD9tSc/y6mwfr/rzYXvcgcA3t/gD+P+Kw3/AE2A45AJ&#10;PHA+o4+n093zr1Me/iaD58D8/wBnSdKEEE0pxPqfX0/b/l6UVHy3q0qvAGq17Aek3BuVPPuHJc/m&#10;1hxbVc3H+0re4F/ahKCmkVJOa0/ymnp6f4eqS6Qzh6asU9fnnH+f7OnyE+v1/QMCNIvf1AWIvxcD&#10;/Hn23S/m3P14PH1H9fx/re1IBL0c0Ap8/Pz9fmekYGe7jT+Vft/1DpRUmjSukepj6rm7LbgaT9QD&#10;a4/Ptvk/P1tb/Y/42uOQfa6GmnHH5cP5dUFASFyD/scfs6c4/re9gfw3JvYXH9AR+OeR7huWPAH0&#10;5ub8kkXA4+o/PtWgiUlmNa4oKYABoeP7KjrRIrJ28aVp6f4Op8Oo/wCC8Enk3vckFTYD6f1PuK/1&#10;ubC6345sT+LE8W9rIqgEAkkNTPp64Gf9WekudRIoWwPTGc4H2dOMFtNv6E8rwp/rx/rW/wBv7iPb&#10;kKfUbXI+v4/2P0HtxGYVLKfD/l5/lx6owcsCTRTx9fy9OnmEcJyluBYH/Y3uCeSTz7iPos1gb/S/&#10;4vfk/T6e3R9QSmsjw9P50p+zpM2piABQH/VnNBmvTxAAGXkagVNuOST6QedRtf8A2/Htb7KgZqgN&#10;5YlvIosZEve45ILDi/8AX2GeYJAVClHqBXhQfZWnGnkP29HO3xuXYlho+ZpnP+zig+3j0CvdtbDB&#10;h6hRTVM16VwzQ088gBER5OhSApP9fZvsOGFDwf7B1f2hYXP1+ttR54+vsF22gCLXQ0bH8vyJp+wf&#10;b0/zHI3hR9hoF8h9lK+VetTH5xV/l3vV+KkqY7CoaQtTTLqDH9JBQW5P5+ntyiL2JCm97L9Cbj82&#10;Jv7MJ4oTTVKtPPNOP+bqNUkl19qNx8geqyI8hXRVbLS0da+k2DRUs0gIH1IKIQw9ulJJKsqkoWYE&#10;WV0YcG19JLcngf63sPX0UBhdUkAQg1KkHPzAH2/b0JbC4uaDxIW019D/AJuhc2zksnqi+5oaprMo&#10;IlpZkBQm5KlgFvaw/wAP9a3tRLf6KZAzEcgMQAb/AFvyLf631+vsJSAVq+jQAeNK1x6cfXj9nQmh&#10;eLtIj8uhkpaql9JFK+olLjS17Hn+1Zgf9h74SJEbh5QGB+pW5ILcXLWPAsLf0t7orXAKlIiVp6/L&#10;yp65P21Bp0Z280XEQ/yx0ucXksYgu+OVnBPBichrkfgr+Bx+P+KeaNVi1FywIOpGY6VuFtpIHJAH&#10;PP8AvfvUcjGcKEowIoQMnjxH+x/g6daRWUaI6NX/AFcep+RrYZ6U+KhihLE3DK0aofSQVLsAWIH9&#10;f97t7kKwCxrGHKWZgSt+CbhFL2AAF78/X3ooSZHlI8TAIr5+pA8zimPs6J5GbWQqkHzp0G1bLIZl&#10;SONlS5OoIWU3/AduAo/1/ZZvkFns3isJVRYXDZHJSlHZpKWirKhVuWOkPHA9/wAXt9Dx7H3Jdntt&#10;zfWz7jdJGgHAlVB8s92PlX7T0q3O7urPZWe2tpJXPkilqfLtr1fj/KA622juHL/xfeG/NsYJJMl4&#10;ocdX7jxNHXqsRW8jUNVWQSxRyEnSxUg/ge6rajc25a/OvT5/b9dSRSS2FRUY6rpvDYkqWaWJVNyP&#10;9e/+v7yYsLTaFsgbCddYyNLKQfIjjjGfQ/KnUBndd1nvTFuO3TJGTglGAHpxAFOtvKk2NsnDbVSp&#10;2hvDF5KSGmUtS02bx1f9x6PUFFPPIwbQfxxb2KEVPBJRKXmjR9J/VIitx+LFr2P549pBNKs6hY6r&#10;XFQaf4KH5Z6EjRxGId414pWlK0x5/n+fRcqmsq4MvKI6aolDSXcwQySKOTxdIzpIX+v49sFRHoIC&#10;uGt/aVgwPB+tjxa/swVqks4Gk/lTh/q/PommUKzBmBHEkZx6U6XVBN5kVjDLE3F0kRkN+ALFrfk3&#10;/wBh7aZ7Wa4N7km5sb2/1ifqf6e10OoNHTK0x6ceH+o+Y6LiwD1C91RT/N5Y/wA9OlHT/p9JHBUf&#10;4n08nk/S1vbXIbA2B4PH5/P+H1PswRUOlnYUPl/qp0nzq1GlNPD/AFeVfXp9i1WA/Ok8kn+o/rf6&#10;/wC+/p7gyfU3P+v+Df8Apcn3atOK4r61/wAHTP4f6NTT0/zfZ9nTvS2sLfWw/H0v/sLk3/23uBIB&#10;c2tf6C1vpzz/ALD26MgV+Cnnw/1V6TlpOBrSnp5+QGOnaC5K3H+PNxfnkfUW9wZfp/rj0n6gcfj3&#10;qTT21pgjjxOc/wCrj0klIxqXFfU/zPl/h8un6kvfi5I4bSeD9QD/AK/1/wB79tsl7n6/4/63+BB+&#10;lvbnZoGqnnT/AFf4fTosm0BiSKnyHnX/AIr14dPUH6l5PHJ4+qi39f6n8e82IpYqiui8s8MKax/n&#10;Jo4zyf8Aa3FgL+3LuSRbZgFJYeYGMU4epI6UbfbrLdo0kyKajiRX51qQeH7BnPUHceQmo8VUGmo6&#10;uqk8TWFPTzzm1uOI0f6H3Yf0TjsdG8JNZRNZY2tHV07ubBeLByDc/Qe8bvcCe6klAEThzgalIAr8&#10;8HHmf2nrJjlCCGKBAJVbGKEHNc8DnqhL59bn3Au3swI8Hn2UJVgtFh8lfgOdRC0r3Uk2A/437PEo&#10;iSljWEsy3XQ45WyuLk6bjl7fX3GtvqMzPKEB0moFOJXyz5CvD59Lt7lnqwVG0V9Dw+WOtNzujJ5q&#10;oy+TFXQ5SJHrnZTV0dTDpVahri0kQ06pRyPpc+5VIkTSJ5WRQQb6mAA9VhfUeCT7reyTpDJ4KMTU&#10;cBnh8v8AV69EkDFsOpA6B7GeKZ1FSBEpBL+S6KDci12Itf3MMNEWszwBR9GEqWtqA/SHBJ5/3j2X&#10;i53EKNEUuo+Wk+nrSgH+f5dKXis2oXkUfaR0+PRYBzeeooVX+r1MKjk2N1MlyR/xHvwp8b9FeLXc&#10;cioWxb/EAkAW+nvRut2Iq8T6Kf77NQPlwr/qHXvBsCUPiRj/AGwr1zXF7WummtxXkvxavp9X9RYB&#10;yo449yf83GqRgvFydSMWTR/QMAwB1XuORzx/QE02uWaWSU0mrShwa/MGh4UzxxQiuSMLM2zQoZBR&#10;wKfI+h8scD/Loz2yzgZMfRCQJDJFDpkWQM0MiqoCyROqlGElr2/BP9PfTIn9piVDhVF7LYg8tpYA&#10;2AHP+PHttZJvDYFaMUJJpn7BUVFSTj5Z6dDJ4sJC8B+37BT7a9PxFB/GsZLj1piKapJo1ZwBPOdB&#10;YRRa1ErAIBxzz9PdY38xPYPxz3fseCXsXe+39o7ho4Z/7uCfL4ikkrZCjeWGamraym8lJx65AwsS&#10;eSfc0e0N/wAxWy3VkduebYZZdUsj6gImAwVcA/qEH+z0sSoGFFCIq96dk5S33aE/rFu0FjuiK5gL&#10;yIlagdul2DMK0qQRp4/I7SP8lDuP5rYbfOS25jOoM7uvpDKnGru7N5XCZ3E0OCljWVaOrw2XXHTU&#10;U9eacn9hrB4+b8AnU+3N0N08N0zyzd2dX0+KFUzR0uO3fha2aQCQkI8xrFSHUPoPV/rn3PA27lW5&#10;kSZ9xVCPwkqtf2n+VOPWCk+1z2jyQxbnBJHnuRtQp+Xy/wBVetummrPuYkl+0rINYBMdRD4pUuL2&#10;dCx5H+x9nU6cwewcFRJTbPy+My4VV11NBXUlcGAFuGpZZRY+xxZCCKNUtSrRimVzUfb/AJut7XFZ&#10;QsQkyvN5nFfn1GrmlaJhpKpY3J+lyP7VwBx7H6blb83t+Rbi/wCP6+zZNRQUrq/n+fRtKEpgin29&#10;MEfDci4/P5H+B4v7aJ7/AF/IB4/BH5uPyB7cNchvXpJLpCAV4n9mP8PDpxjtpFvoef8AW/w/1/bJ&#10;Uk3N72+n0/B/P+IA9+AY51Y6SkkhmPE/6h9nU2L6fj6D/jfP+v7Zp/z9b/Qf6x+pH+3/AN493qQO&#10;3/V9vTJ1auJp/KnkOs3tomvze4/pb/WPPP8AgefbL14VJ9cdJWrkj1697Zqj6/ng/m/+wv8A7D2m&#10;YsQSooekxzqJwepkdrcf4f7b8e2qUkr9Dx9ODyLk8cj8/wBPeyWJAkGa+f5daIoTQ56ye2SpJvyG&#10;/P8AxF+b/Xj3ck6DTDY6aPDj1729bNxkFZmqR6iuoqVFcHTPV08LN/rCSQE/48e2XIZ84A/w/wCr&#10;/Z6U2MKSXUeqVBUjiQP256jVcphp5XWOSRlRiEijeRjYE2CqrEk+7UOncXRU0eMenr6GYGS8qw1d&#10;PNZEQsA6xyOw1WsP6nj2CObbmX6O8RYJfhABCt5kVIxSn8RrgVz1ll7bWMMS2LG8hYk+TKSKfIH4&#10;j5fPqtb5HZqtrJMzT1OLydMsdN/k81TQ1dPE8rvo/bllhVG03v8Amw5sbe7WuoMjLLTwQSUmQEA0&#10;6JJ6OohhIbSLrN4hHZQfoTaw/p7xC3+2EW4u1tND4hOdDBiKVrUVJzwqM1+fHKG2bXZOqKQtOLY8&#10;v8PWrz/Md2xiTsrctfX5fAfcRUdQ6Ux3BjfuJqhl0wLHSSVUdRrDFWACgi/I49mOiSLWT5AXKISO&#10;FsT6jceqx4Atf2RXEs5hVBERGGOeP88Y4+XQetkAnOp8da0mJpYBmJGqKmInVqZDLEoDa/0/qIJI&#10;+n498pAzAqGKjUbNYKC4DBC3pIHoP0vcj/b+yY6lkD0BOnhxxioGfXzpQH8h0JYBAiVajH/V5V9f&#10;y6NTtWXAQUH7sMU0hCgmMqbMNegsqiU/2vTzza/uMIn1f582I9ZAU2AAP04HP+v9PbuuYrXw8g48&#10;q5/b/s0r0r1QVGMk/nxH2efSokr9rjQFoizH9RETWUgrcpdArHUfyRx7j1EDuqxtOyq2lPLIwVVB&#10;N9Sq4Qgg/kEj+pvb2klYgNJ4a1FTpByTwyQSPnQgfZSvSuKRAhMK/sFT5/b86dC711nMZR1Rahxd&#10;ZMyRo7fa4+erncqC0ccKRwFyXa4Fr8X9wXSjhRbtHIfGqtdhIb6mux5I/Ve17c+3tv2+zndxPeRp&#10;R618RFrgY414YI/M1B6QXu43MGpobGaQYwEYkU9aLU1PTj2J3V3Tj1So211l2PXJJCypSUOwN4zf&#10;aokjJFc/wdo5jMEDqUJAuBcH2B/bWD2nmdvZWPKZbGYys8fkgfLV+Poog4VI2jRppIiFt6xqLkm/&#10;NrD3KXKZfar+0n2sC5i4FYau2mvGi1qa4OBTHQOvNwfckuLbcLB4FKNR3Uov2EsBTzNa8a/kYH4B&#10;/Kb5bp3TtLB5b4791ptWaadK/P0XVnYk9M8yPUVkUuTk/hM1PSMyMtOugRRlUS6lyztQL8maHbOy&#10;DW1dJlhuFzVNFBBtWGq3TUF31aW+229DkpkjABu7AIv5I95V7NePe7fBcXds8IoO1lYNU+RWmrHr&#10;Sn7R1h97kWO17XcN9FepcOzHEZD0+3RUD8zn59b3nx13puTem1aOrz21dwbXZKWEvDuPC1+DqWcj&#10;6LTZOClqGuQfovH5+o91sZXcNdkJnkOJzVNGxugrsTkKJ9N+NUdVTwyIePowB9nayN4pUK1PWh/z&#10;ft8+oGu5JXd9SkfaCP8AP0Zf21Zik2jUbakyG+KrN0uIpKvKUcS4p3kqRWZzaefo2rKHESzwUuSz&#10;ONjhDRPIshpIZJZQv1PtHvUdkYI5blz4o1BQDnuUhiq1FSF86HSM44hZsvhiOUXbyCy1DUQoYaqH&#10;Rg0GWoOPCv2dY5DKAPEqO114kdo1060DnWqSHUIyxAtyQBcDkE4wwMsWNjwFY2PFFNRjCeXHz19Z&#10;XUtLSVccKUtQbzHI1MoVmkuQw8hAP09h+BSyQCGQJKtKBgWYjSworEg14knNRrxk9JZmcz3T3EbG&#10;Rqk6SFCsWHEAUoPJceXWT2dur25172LsmjzOc3XuPrdcHj1j3BtvAxSUYzNPi8UIczJDVUk1NDWY&#10;XNvLK8/nPjSUtf0xsQcXNra3cFJbiSKlS2k6RTtBBKkVjzXuwKVFCOji1bbZIvqzKIZlj0eGY9eq&#10;ijvjzQFiMk8CTxHUJpKyKQRpT/cxuzN9w08cQiVpSfG6aC58aNZSobUBzY/WzH4md27qwO+drdd0&#10;3R/alT15v3ZWNw/YXaGDxW4NxbY2lktruq7Nqt2LRUtXg9s4vOU+ayctTW1TxVFYYIIwZEgJSMvc&#10;O3gtLy0u1ZJt1WKR7dC6ktKmkyRomrDsgGgih1EAgnPWSHstv9yynbV2CdNrm+minmVXZEI8TwZZ&#10;Cq6Y4y1Q7k1oVPBMkN+ZnWG2N2Y/bOaynZWztv8AYG2shuXL9YYLdmYxmEkzoq48ZJunD4ZJshBl&#10;srl44qKiFL9tdYJG0uhM8bwmu3th+u8VvaLcHWtZt7I7hxFRkMhvPb2GytHWbhyeXliEVPQYmnhq&#10;FSslDSs8iw/5to/VyeDLZb3eLzZDFzBA8UEiARNJHTStCSZNVNJBAUa/iJFT59DHd7Llq05hXdOV&#10;Z7WTcoDI9zDFIrzSuVARUSo1EMSXC8Kd1DwBjqTcvcGZ6/zOy+68VubGbXzkeMw/W+9crgKjH7Sx&#10;22KAM9Xldy1klO8uIjmhpolgmryqVMcw8PoXU1SPzSrKuu7caeqx9XjL7Z254aKtKvUwRvRCR4pp&#10;oy8U8sU7ujujMpdTYn3JG0oibPaJG4ZQzVOAD3NwpgeXAnHn1i97vTzz86TyT28kTG2gor5YAxKS&#10;GPAkMSCRio6sI6LoqfH9bYikp8jRZYRZHcglyOORoqKrl/vHlbzU0DkyU8LppKxtZlWwIv7J297c&#10;Wvfj/Xt/xT2+x7SKefUYH+fQve4z8j+nP+H0vwOOPr7ouoccn/L/AMV1X0oc9e94WAJbkCw/2B4+&#10;n9PbqmTFK/6vXrTUJ+fXveFgh+psf9e3F/6e9HQePxf6vLqnXveNlHN2/wBva978D63vf22R5g46&#10;9U+Q697wWGr8f7f83/r/AF91/D1vr3v/2VBLAwQUAAYACAAAACEAVklNwd8AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPT0+EMBDF7yZ+h2ZMvJjdAlFckbIxJpqNJ0Wz8TjQLhDplNDCop/e2ZOe&#10;5s97efObfLvYXsxm9J0jBfE6AmGodrqjRsHH+9NqA8IHJI29I6Pg23jYFudnOWbaHenNzGVoBIeQ&#10;z1BBG8KQSenr1lj0azcYYu3gRouBx7GResQjh9teJlGUSosd8YUWB/PYmvqrnKyC5uqlfn4t53S/&#10;+8TD9IO3u6kalbq8WB7uQQSzhD8znPAZHQpmqtxE2otewSq+YSfvuZzkJEm4qxSk8fUdyCKX/z8o&#10;fgEAAP//AwBQSwMEFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0o&#10;JuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO5&#10;0gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCS&#10;MvgOm+oaNPCu5V+PdS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANr2PfsNAQAAFAIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA+AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/0JWSroCAAD0BQAA&#10;DgAAAAAAAAAAAAAAAAA9AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAgEfPcJOCDACT&#10;ggwAFAAAAAAAAAAAAAAAAAAjBQAAZHJzL21lZGlhL2ltYWdlMS5qcGdQSwECLQAUAAYACAAAACEA&#10;VklNwd8AAAAJAQAADwAAAAAAAAAAAAAAAADohwwAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgA&#10;AAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAA9IgMAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHNQSwUGAAAAAAYABgB8AQAA5YkMAAAA&#10;" stroked="f" strokeweight="2pt">
                 <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A06026" w:rsidSect="00DA27AD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adelle Basic Rg">
     <w:panose1 w:val="02000803000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000087" w:usb1="0000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="447155A7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7436D8E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4819F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFAC9C52"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1381,123 +1531,128 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="757560897">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1782531565">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA27AD"/>
+    <w:rsid w:val="00216BA5"/>
+    <w:rsid w:val="007D7F41"/>
     <w:rsid w:val="009A6CEB"/>
     <w:rsid w:val="00A06026"/>
     <w:rsid w:val="00B01585"/>
     <w:rsid w:val="00DA27AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3390948C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14BEE009-8E2E-4CF5-ADA7-758A5E0DC07C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1829,50 +1984,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1884,51 +2040,51 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA27AD"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2181,51 +2337,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>5</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>