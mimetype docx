--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -1,959 +1,899 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="202DC530" w14:textId="74BF4174" w:rsidR="00243619" w:rsidRDefault="00C00A61">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="202DC530" w14:textId="290E3D82" w:rsidR="00243619" w:rsidRDefault="009D0678">
       <w:r w:rsidRPr="00C00A61">
-        <mc:AlternateContent>
-[...379 lines deleted...]
-      <w:r w:rsidRPr="00C00A61">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="142D5A1E" wp14:editId="148DB129">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="277A97CC" wp14:editId="7F133547">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>5358130</wp:posOffset>
+              <wp:posOffset>733425</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>8990965</wp:posOffset>
-[...59 lines deleted...]
-              <wp:posOffset>8277225</wp:posOffset>
+              <wp:posOffset>8105775</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1038860" cy="1509395"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1038860" cy="1509395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00CF5FA5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F278C3" wp14:editId="67111376">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F278C3" wp14:editId="3C81724D">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>609600</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3028315</wp:posOffset>
+                  <wp:posOffset>2838450</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6547104" cy="5191125"/>
+                <wp:extent cx="6546850" cy="5105400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6547104" cy="5191125"/>
+                          <a:ext cx="6546850" cy="5105400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4528643A" w14:textId="74C68488" w:rsidR="00CF5FA5" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
+                          <w:p w14:paraId="4528643A" w14:textId="66503F2A" w:rsidR="00CF5FA5" w:rsidRPr="009D0678" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:suppressAutoHyphens/>
                               <w:spacing w:after="450" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
-                                <w:sz w:val="46"/>
-[...4 lines deleted...]
-                            <w:r>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Putting </w:t>
+                            </w:r>
+                            <w:r w:rsidR="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
-                                <w:sz w:val="46"/>
-                                <w:szCs w:val="46"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
-                                <w:sz w:val="46"/>
-[...4 lines deleted...]
-                            <w:r>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">your home </w:t>
+                            </w:r>
+                            <w:r w:rsidR="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
-                                <w:sz w:val="46"/>
-                                <w:szCs w:val="46"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
                               </w:rPr>
                               <w:br/>
-                              <w:t>on the market</w:t>
-[...1 lines deleted...]
-                            <w:r>
+                            </w:r>
+                            <w:r w:rsidRPr="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="D12229"/>
-                                <w:sz w:val="38"/>
-[...2 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">back on the </w:t>
+                            </w:r>
+                            <w:r w:rsidR="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="D12229"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="D12229"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">market </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3999EAE6" w14:textId="2F5E7040" w:rsidR="00CF5FA5" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
+                          <w:p w14:paraId="2A8D65F7" w14:textId="5CBD8E57" w:rsidR="009D0678" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>I noticed your real estate listing has</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">been withdrawn from the market. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2CB35357" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0D8D6B82" w14:textId="2824F40D" w:rsidR="009D0678" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t>If your intention is to sell, I’m confident I can market and locate a buyer – giving you a high likelihood your property will sell and close escrow. I am a dedicated real estate agent, conscientious, organized and ready to make all the difference when it comes to locating a buyer at the right price!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="34FCEC94" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="3D12BB09" w14:textId="129E1440" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Let me help you market your property so buyers notice. As always, properly staging your home makes the best first impression, and setting the right asking price entices serious buyers to make an offer. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="012D7B17" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="6211BE97" w14:textId="558727E7" w:rsidR="00CF5FA5" w:rsidRDefault="009D0678" w:rsidP="009D0678">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:suppressAutoHyphens/>
                               <w:spacing w:after="270" w:line="276" w:lineRule="auto"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                               </w:rPr>
-                            </w:pPr>
-[...92 lines deleted...]
-                              <w:t>Choose an agent with a proven track record. Call me today, and let’s put this plan to work to sell your home!</w:t>
+                              <w:t>Choose an agent with a proven track record. Call me today for a free consultation. We’ll put together a plan which works to attract buyers ready to buy your home.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="16F278C3" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:48pt;margin-top:238.45pt;width:515.5pt;height:408.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWPnr+LgIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X/yxpF2NOEXWIsOA&#10;oC2QDD0rshQbkEVNUmJnv36U7KRBt9Owi0KRNCm+95j5fd8qchTWNaBLmk1SSoTmUDV6X9If29Wn&#10;L5Q4z3TFFGhR0pNw9H7x8cO8M4XIoQZVCUuwiHZFZ0pae2+KJHG8Fi1zEzBCY1CCbZnHq90nlWUd&#10;Vm9VkqfpTdKBrYwFLpxD7+MQpItYX0rB/bOUTniiSopv8/G08dyFM1nMWbG3zNQNH5/B/uEVLWs0&#10;Nr2UemSekYNt/ijVNtyCA+knHNoEpGy4iDPgNFn6bppNzYyIsyA4zlxgcv+vLH86vljSVCXNKdGs&#10;RYq2ovfkK/QkD+h0xhWYtDGY5nt0I8tnv0NnGLqXtg2/OA7BOOJ8umAbinF03symt1k6pYRjbJbd&#10;ZVk+C3WSt8+Ndf6bgJYEo6QWyYuYsuPa+SH1nBK6aVg1SkUClSYdtvg8S+MHlwgWVxp7hCGGxwbL&#10;97t+nGwH1QkHszAIwxm+arD5mjn/wiwqAWdBdftnPKQCbAKjRUkN9tff/CEfCcIoJR0qq6Tu54FZ&#10;QYn6rpG6u2w6DVKMl+nsNseLvY7sriP60D4AijfDPTI8miHfq7MpLbSvuATL0BVDTHPsXVJ/Nh/8&#10;oHdcIi6Wy5iE4jPMr/XG8FA6wBmg3favzJoRf4/UPcFZg6x4R8OQOxCxPHiQTeQoADygOuKOwo0s&#10;j0sWNuP6HrPe/goWvwEAAP//AwBQSwMEFAAGAAgAAAAhANmt0KzkAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo0yikTRqnqiJVSAgOLb1w28RuEtVeh9htA1+Pe4Lb7s5o&#10;9k2xnoxmFzW63pKA+SwCpqixsqdWwOFj+7QE5jySRG1JCfhWDtbl/V2BubRX2qnL3rcshJDLUUDn&#10;/ZBz7ppOGXQzOygK2tGOBn1Yx5bLEa8h3GgeR1HKDfYUPnQ4qKpTzWl/NgJeq+077urYLH909fJ2&#10;3Axfh89nIR4fps0KmFeT/zPDDT+gQxmYansm6ZgWkKWhiheQLNIM2M0wjxfhVIcpzpIEeFnw/yXK&#10;XwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWPnr+LgIAAFIEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDZrdCs5AAAAAwBAAAPAAAAAAAAAAAA&#10;AAAAAIgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="16F278C3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:223.5pt;width:515.5pt;height:402pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYJPU5GAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6127tpuuvI7cRK4q&#10;WUkkp8oZs+BFYhkK2Lvur+/A+qtJTlUvMDDDfLz3mN12jSZ74bwCU9LhIKdEGA6VMtuS/nxefrqh&#10;xAdmKqbBiJIehKe3848fZq0txAhq0JVwBJMYX7S2pHUItsgyz2vRMD8AKww6JbiGBTy6bVY51mL2&#10;RmejPJ9mLbjKOuDCe7y97510nvJLKXh4lNKLQHRJsbeQVpfWTVyz+YwVW8dsrfixDfYPXTRMGSx6&#10;TnXPAiM7p96kahR34EGGAYcmAykVF2kGnGaYv5pmXTMr0iwIjrdnmPz/S8sf9mv75EjovkGHBEZA&#10;WusLj5dxnk66Ju7YKUE/Qng4wya6QDheTifj6c0EXRx9k2E+GecJ2Ozy3DofvgtoSDRK6pCXBBfb&#10;r3zAkhh6ConVDCyV1okbbUiLJT5j/r88+EIbfHhpNlqh23REVVeDbKA64HwOeuq95UuFPayYD0/M&#10;IdfYN+o3POIiNWAtOFqU1OB+v3cf45EC9FLSonZK6n/tmBOU6B8Gyfk6HI+j2NJhPPkywoO79myu&#10;PWbX3AHKc4g/xfJkxvigT6Z00LygzBexKrqY4Vi7pOFk3oVe0fhNuFgsUhDKy7KwMmvLY+qIXUT4&#10;uXthzh5pCMjgA5xUxopXbPSxPeqLXQCpElUR5x7VI/wozcTg8RtF7V+fU9Tls8//AAAA//8DAFBL&#10;AwQUAAYACAAAACEAduhjx98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KjT0EIV4lRVpAoJlUNLL9yceJtE2OsQu23o17M9we2tZjQ7ky9HZ8UJh9B5UjCdJCCQam86ahTs&#10;P9YPCxAhajLaekIFPxhgWdze5Doz/kxbPO1iIziEQqYVtDH2mZShbtHpMPE9EmsHPzgd+RwaaQZ9&#10;5nBnZZokT9LpjvhDq3ssW6y/dken4K1cv+ttlbrFxZavm8Oq/95/zpW6vxtXLyAijvHPDNf6XB0K&#10;7lT5I5kgrAIeEhXMZs8MVzl5nDJVTOmcSRa5/D+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAYJPU5GAIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB26GPH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="4528643A" w14:textId="74C68488" w:rsidR="00CF5FA5" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
+                    <w:p w14:paraId="4528643A" w14:textId="66503F2A" w:rsidR="00CF5FA5" w:rsidRPr="009D0678" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:spacing w:after="450" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
-                          <w:sz w:val="46"/>
-[...4 lines deleted...]
-                      <w:r>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Putting </w:t>
+                      </w:r>
+                      <w:r w:rsidR="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
-                          <w:sz w:val="46"/>
-                          <w:szCs w:val="46"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
-                          <w:sz w:val="46"/>
-[...4 lines deleted...]
-                      <w:r>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">your home </w:t>
+                      </w:r>
+                      <w:r w:rsidR="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
-                          <w:sz w:val="46"/>
-                          <w:szCs w:val="46"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
                         </w:rPr>
                         <w:br/>
-                        <w:t>on the market</w:t>
-[...1 lines deleted...]
-                      <w:r>
+                      </w:r>
+                      <w:r w:rsidRPr="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="D12229"/>
-                          <w:sz w:val="38"/>
-[...2 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">back on the </w:t>
+                      </w:r>
+                      <w:r w:rsidR="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="D12229"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ITC Avant Garde Std Md" w:hAnsi="ITC Avant Garde Std Md" w:cs="ITC Avant Garde Std Md"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="D12229"/>
+                          <w:sz w:val="52"/>
+                          <w:szCs w:val="52"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">market </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3999EAE6" w14:textId="2F5E7040" w:rsidR="00CF5FA5" w:rsidRDefault="00CF5FA5" w:rsidP="00CF5FA5">
+                    <w:p w14:paraId="2A8D65F7" w14:textId="5CBD8E57" w:rsidR="009D0678" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>I noticed your real estate listing has</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">been withdrawn from the market. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2CB35357" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0D8D6B82" w14:textId="2824F40D" w:rsidR="009D0678" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t>If your intention is to sell, I’m confident I can market and locate a buyer – giving you a high likelihood your property will sell and close escrow. I am a dedicated real estate agent, conscientious, organized and ready to make all the difference when it comes to locating a buyer at the right price!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="34FCEC94" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="3D12BB09" w14:textId="129E1440" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Let me help you market your property so buyers notice. As always, properly staging your home makes the best first impression, and setting the right asking price entices serious buyers to make an offer. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="012D7B17" w14:textId="77777777" w:rsidR="009D0678" w:rsidRDefault="009D0678" w:rsidP="009D0678">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="6211BE97" w14:textId="558727E7" w:rsidR="00CF5FA5" w:rsidRDefault="009D0678" w:rsidP="009D0678">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:spacing w:after="270" w:line="276" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009D0678">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                         </w:rPr>
+                        <w:t>Choose an agent with a proven track record. Call me today for a free consultation. We’ll put together a plan which works to attract buyers ready to buy your home.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C00A61">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79384CFF" wp14:editId="72457B91">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1905000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8115300</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3162300" cy="1514475"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9" name="Text Box 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3162300" cy="1514475"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4E2DA12A" w14:textId="77777777" w:rsidR="00C00A61" w:rsidRPr="009D0678" w:rsidRDefault="00C00A61" w:rsidP="00C00A61">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>Your Name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="478C9BF4" w14:textId="06C1903E" w:rsidR="00C00A61" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="00C00A61">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7847B55B" w14:textId="77777777" w:rsidR="00C00A61" w:rsidRPr="007562E8" w:rsidRDefault="00C00A61" w:rsidP="00C00A61">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Brkr Name</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Brkr Lic #</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="79384CFF" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:150pt;margin-top:639pt;width:249pt;height:119.25pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDicOZmaAIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm/UzaS2vI9dRqkpR&#10;EtWpcsYs2KuyDIWxd91f34FdP+T2kqoXGJhvhnl8w/S2qQzbKR9KsDnvX/U4U1ZCUdp1zr+/3H/4&#10;yFlAYQthwKqc71Xgt7P376a1m6gBbMAUyjNyYsOkdjnfILpJlgW5UZUIV+CUJaUGXwmko19nhRc1&#10;ea9MNuj1rrMafOE8SBUC3d61Sj5L/rVWEp+0DgqZyTnFhmn1aV3FNZtNxWTthduUsgtD/EMUlSgt&#10;PXp0dSdQsK0v/3BVldJDAI1XEqoMtC6lSjlQNv3eRTbLjXAq5ULFCe5YpvD/3MrH3dI9e4bNZ2io&#10;gbEgtQuTQJcxn0b7Ku4UKSM9lXB/LJtqkEm6HPavB8MeqSTp+uP+aHQzjn6yk7nzAb8oqFgUcu6p&#10;L6lcYvcQsIUeIPE1C/elMak3xrI659fDcS8ZHDXk3NiIVanLnZtT6EnCvVERY+w3pVlZpAziReKX&#10;WhjPdoKYIaRUFlPyyS+hI0pTEG8x7PCnqN5i3OZxeBksHo2r0oJP2V+EXfw4hKxbPNX8LO8oYrNq&#10;upauoNhTpz20QxCcvC+pGw8i4LPwxHrqIE0yPtGiDVDVoZM424D/9bf7iCcykpazmqYo5+HnVnjF&#10;mflqiaafiAxx7NJhNL4Z0MGfa1bnGrutFkDt6NOf4WQSIx7NQdQeqlca+Hl8lVTCSno753gQF9jO&#10;Nn0YUs3nCUSD5gQ+2KWT0XXsTuTaS/MqvOsIicTlRzjMm5hc8LLFRksL8y2CLhNpY4HbqnaFpyFN&#10;tO8+lPgLnJ8T6vTtzX4DAAD//wMAUEsDBBQABgAIAAAAIQCA8A7T4gAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTE/LTsMwELwj8Q/WInGjdoPShhCnqiJVSAgOLb1w28RuEuFHiN028PVsT+U2szOa&#10;nSlWkzXspMfQeydhPhPAtGu86l0rYf+xeciAhYhOofFOS/jRAVbl7U2BufJnt9WnXWwZhbiQo4Qu&#10;xiHnPDSdthhmftCOtIMfLUaiY8vViGcKt4YnQiy4xd7Rhw4HXXW6+dodrYTXavOO2zqx2a+pXt4O&#10;6+F7/5lKeX83rZ+BRT3Fqxku9ak6lNSp9kenAjMSHoWgLZGEZJkRIsvy6QJqOqXzRQq8LPj/FeUf&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOJw5mZoAgAAPgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIDwDtPiAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAAwgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4E2DA12A" w14:textId="77777777" w:rsidR="00C00A61" w:rsidRPr="009D0678" w:rsidRDefault="00C00A61" w:rsidP="00C00A61">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...7 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>Your Name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="478C9BF4" w14:textId="06C1903E" w:rsidR="00C00A61" w:rsidRPr="009D0678" w:rsidRDefault="009D0678" w:rsidP="00C00A61">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
-                      </w:r>
-[...8 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
-                      </w:r>
-[...8 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C00A61" w:rsidRPr="009D0678">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
-                      </w:r>
-[...8 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7847B55B" w14:textId="77777777" w:rsidR="00C00A61" w:rsidRPr="007562E8" w:rsidRDefault="00C00A61" w:rsidP="00C00A61">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Brkr Name</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
-                      </w:r>
-[...44 lines deleted...]
-                        <w:t>Choose an agent with a proven track record. Call me today, and let’s put this plan to work to sell your home!</w:t>
+                        <w:t>Brkr Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00C00A61" w:rsidRPr="00C00A61">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="142D5A1E" wp14:editId="445854AC">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5358130</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8990965</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1666875" cy="610870"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="10" name="Picture 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1666875" cy="610870"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00CF5FA5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454A9B72" wp14:editId="5A3A40F3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="5029200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -1015,165 +955,168 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="18002B2C" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.75pt;margin-top:0;width:612pt;height:396pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQD8354QJwMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4&#10;T21HztxYdaosaadK1Vq1nfpMMI6RMDAgX5v233cBO6naapOm5YFc4HI/Dofji8t9J9CWGcuVrHB2&#10;lmLEJFU1l+sKf3u6Hp1jZB2RNRFKsgofmMWXs48fLna6ZGPVKlEzgyCItOVOV7h1TpdJYmnLOmLP&#10;lGYSNhtlOuJgatZJbcgOonciGafpp2SnTK2NosxaWF3GTTwL8ZuGUXfXNJY5JCoMtbkwmjCu/JjM&#10;Lki5NkS3nPZlkH+ooiNcQtJjqCVxBG0MfxOq49Qoqxp3RlWXqKbhlIUeoJssfdXNY0s0C70AOFYf&#10;YbL/Lyz9ur03iNdwdxhJ0sEVPQBoRK4FQ5mHZ6dtCV6P+t70Mwum73XfmM7/QxdoHyA9HCFle4co&#10;LBZFMc5TQJ7C3iQdT+HSfNTkdFwb674w1SFvVNhA+gAl2d5aF10HF59tJbi+5kKgWgO8ENko98xd&#10;G8DybQxOPVxw2X8nVbyIpaKbjkkXmWWYIA5obVuuLaQpWbdiAJS5qWMS6BEq9Ol8t+G2f47P52k6&#10;HX8eLSbpYpSnxdVoPs2LUZFeFXman2eLbPHLl5jl5cayW0WJWGo+UC/L31T7LmP6RxBJE8iHtiRQ&#10;PAIGBQWMhxIBbo+br9Ua6m8Y/MB2hjnaerMBSPt1cD5u9Ac94N5LSD9K5ecxk19JPEciK4LlDoJF&#10;7wfWALmAB+NwLeFZs4UwsVpCKaAdwbQtqVlcnqTw60lyPBHaERICnqrtY/cBvGS8jR2rjN2Foyyo&#10;wrGw9E+F9WAOJ0JmJd3xcMelMu8FENBVnzn6DyBFaDxKK1Uf4OkBewOLrabXHB7ALbHunhgQIaA2&#10;CKu7g6ERaldh1VsYtcr8eG/d+wOBYBejHYhahe33DTEMI3EjQTWmWZ57FQyTfFKM/fN5ubN6uSM3&#10;3UIBqUAZoLpgen8nBrMxqnsG/Z37rLBFJIXcFabODJOFi2ILCk7ZfB7cQPk0cbfyUdPhvfoH/rR/&#10;Jkb3KuCAuV/VIICkfCUG0Tdycb5xquFBKU649niDagbi9ArvZfnlPHidvkOz3wAAAP//AwBQSwME&#10;FAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMw&#10;EEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1&#10;MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI&#10;+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIde&#10;vjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAKaJy/zaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tOwzAQRfdI/IM1SOyoQ2h5hDhVQeoOCbUgdTuJhyQQj4PttuHvma5geXSv7pwpl5Mb1IFC7D0b&#10;uJ5loIgbb3tuDby/ra/uQcWEbHHwTAZ+KMKyOj8rsbD+yBs6bFOrZIRjgQa6lMZC69h05DDO/Egs&#10;2YcPDpNgaLUNeJRxN+g8y261w57lQocjPXfUfG33zsDu6XPX4qqOr4t5WOvvmxjs/MWYy4tp9Qgq&#10;0ZT+ynDSF3WoxKn2e7ZRDcILKRqQf05hni+EawN3D3kGuir1f//qFwAA//8DAFBLAwQKAAAAAAAA&#10;ACEAxGtygZPMCACTzAgAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAA&#10;BPsAAAM5CAYAAABxYzQGAAAAGXRFWHRTb2Z0d2FyZQBBZG9iZSBJbWFnZVJlYWR5ccllPAAAAyFp&#10;VFh0WE1MOmNvbS5hZG9iZS54bXAAAAAAADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1w&#10;Q2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8i&#10;IHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMTQyIDc5LjE2MDkyNCwgMjAxNy8wNy8xMy0w&#10;MTowNjozOSAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJodHRwOi8vd3d3LnczLm9yZy8x&#10;OTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9IiIg&#10;eG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvIiB4bWxuczp4bXBNTT0iaHR0&#10;cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL21tLyIgeG1sbnM6c3RSZWY9Imh0dHA6Ly9ucy5hZG9i&#10;ZS5jb20veGFwLzEuMC9zVHlwZS9SZXNvdXJjZVJlZiMiIHhtcDpDcmVhdG9yVG9vbD0iQWRvYmUg&#10;UGhvdG9zaG9wIENDIChXaW5kb3dzKSIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDoxMEZDMTk4&#10;NDM3NTUxMUU4OTE2OEVBQTUwNkY3MTcyQSIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDoxMEZD&#10;MTk4NTM3NTUxMUU4OTE2OEVBQTUwNkY3MTcyQSI+IDx4bXBNTTpEZXJpdmVkRnJvbSBzdFJlZjpp&#10;bnN0YW5jZUlEPSJ4bXAuaWlkOjEwRkMxOTgyMzc1NTExRTg5MTY4RUFBNTA2RjcxNzJBIiBzdFJl&#10;Zjpkb2N1bWVudElEPSJ4bXAuZGlkOjEwRkMxOTgzMzc1NTExRTg5MTY4RUFBNTA2RjcxNzJBIi8+&#10;IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiA8P3hwYWNrZXQgZW5k&#10;PSJyIj8+0teisgAIyQhJREFUeNrsvQmTLEl2nXevR0QuVfW2bsxgTDIsFE0UAG0UuMhgEBeQlBEQ&#10;CY4g7OBgCNGMpv+rHwIB6FeVmRHhfuV38SUiI2vp7tkAvz05WZWVS6yez7849xz8f//+rxG0atWq&#10;VatWrVq1atXqb0f1CO6PfxPod38I1A354RAICO0Xij/nH6l6TnjdZ1SvAdQ3dTeeivHvFG/Ir4lP&#10;iksXb/oadAj6I+bn6m94483qZYhvl9cHZTnkP1sQl56M5b315vS58hJn9/o6JL132Mmyped3XRcf&#10;0+c65+It/t6hfkr6mPh8CrS5ifSBcPW4bvuQt17aK7r+wR7BauVp9Rlkq189ZvswVL/LO/D+p/R+&#10;+nM6DvR9SJdNHgvyBrzf0vLyZ4Q53oKX2zh58HOAaZ7tZw+Tn8EHkmPN+/R5VO0+zPtBHwi6XXUD&#10;yv6Mmzb+vcuvcVh2esgbL4AtvmyPdNx6/rxgj1dbzg6XvP34Z1m++LqJX+89xFXR9YmPeR/gdJnh&#10;MgU4jx4+n6Z4H+DpMsHjeYJL3A683vEufmZ8Ph9/ZOdYva90SXXb2/LLf4T5+CxbaHtannYtbfxZ&#10;zisg/ey8nYg3a9lmcaO6QNdnVPVAqI4fB9vHsPuawxFReOMrcPO369WnzeevzzfePi7uhT6uYw8z&#10;HFyAASfYuRn2HR9/8RameAzE/TlN8RiY5HiQ49zOQT63O6fnetfF47TrQY7QeLASoI0jPWDfx33S&#10;g4+3iQY4hy7ucwenuYvHFwKfiXqoOntnWwty+j71UUt8HtByXzs9j4c4xu/6Du72PXx6OMDHdwf4&#10;8v0evvvFB/jOxwd497CLf4u3w06Wt5fl1y0l5x7CYrzlFZPz0Om6OFfO1TKEunze1buAytvp8+R8&#10;JhnnAbf3TqCgYwNBHn/4XKTqu4q3v5zb8Vz08jf+GXR8iftnmuZ4To5wuQS4xPtxnGCM5+8YxyF5&#10;Dtn4Y+ORvJ7P93jez3ye8zkfnzt70qOE93f8cfJ6/o88PsTn8Hte+H3jsSHjQbzNQY8M/Q5C6ON3&#10;wX5wcH/k7T7Au7sdfIi3d/cHeYxvw9DJPkvjGdnKk4wbXvc7Hxxxs/Gx5vg7h3dE/Mscx9en0xhv&#10;l7i+cbyNYw+/TrZzp/vrsOfPiZ/97gh3xwMcdn083lu1atWqVatWrVq1avW3ovB//jlwf/FfIPzi&#10;r9qsyS8nyTJD2Jx+vXk6HxKguzHdTu9I9pkyWQ309anBBoAo3CtO6HXOFidtOsOkNPmML8B6gsVL&#10;LhDL1UvJxAMSYwvxzZz8SaGgTBoxLCAks4QEFnWyj4XMyJx3BeZsxXE9Ya42CFYAaL1lqQKxGfIl&#10;eks87fPyyrB6brBJJWagV24Z8KV7nlQjFOiXYGCCVTIRnuV3nhBPcRLME+fZB5s460Tbh7IMNcAk&#10;AyeyPGldbZt1HSkEQJ1AJ9DhA6zAMqVDW/e/AUxeHn59CJShnnxWdZySbRvSA0WXU2CdAoY5vhdP&#10;/vm9vK0bg0ye6I8TxPX1MtGfg25tHyjvA4VaFZqiJUS7jbbQgB9W+wkyySa6/R5Y/Y23Ge9rDNdI&#10;bAv4EcLVcXcFz6o3ow3Mti5HW7DfLaBf+v2bAcHn8OByOTsBygBD3GO7+PMAU7yfYe9m6OPZ4jKS&#10;JehAwZCcREHPB2UwJOAPnRPgrZAlKIxhMM3jheuhC7u4XSe7yDLDEHqY4rjC9/y8EBx4TBAMDXSh&#10;bGeGgnmEic+R4xQLAHQG69zQwy5+5HHXw8N+gA8PO/jOxyN88f4evvPpCB/vB4U9hx6OQ6cXJhhS&#10;yvikY56M3el7QMZHkHVTVmcgGpfwjlY7nlbbPV80sYsuYOc5LC5V6P/zxZRyocHAvQF+Pt6dI9lW&#10;fIIH5+N2DbI9fDyfuqBg29nFmL7zMPQOxrgtvIw/Xr4D+H0U+MXXCiSMf4s/BI86XjEwnPl3vUAw&#10;C9yFPJ7x8yev+/48znC69PD54qE/jwIUeRyQbdfF/dv1Al7fHQZ4uNvBRwaw8XZ/f4C7A++PXVxO&#10;B70AW9Tx2o55HoO8XEDhsQvz9xVDWjlXeNvEld7H9QP0sO95+TsbL/SKF4PcIR4PDHf3wxBvffy8&#10;rsG+Vq1atWrVqlWrVq1+5uvowP3H/x3g3/5xnBx1BjveNoFO6ihcAQYywIJJhpFhlkGUQDohzrNu&#10;3HpzkNnqcxP2myByG/ThAjsIQhNshvZwSBNQKtNMgY6mwkogkGrgB5XaJaEqniwGnYzKNJ8SmsEl&#10;8au2iUA+wsXsmOEV0Qvrd4VRtpV85WcqyjsoAC9tqzSR5sl60JVYwb4aHBaISVnlFwzyqQTFe53k&#10;sipOFH086TV1nyj7QjClygagFNDn7LGEOgw18XaLs96uQ4W1cYKPPNk3Husc2LbX3wmKek8mzBn0&#10;Bf3stG28ASubNAMWiDmTYg8GAvw6L6DP27qxmoeVfSRqnvijKIFY5cN/ZzXfZNIefr2nao0M8smu&#10;tn3niZZQhCgfswXq2jKvIRwa7qEXwCFtg/euOn4C3AJ8sIny8AaZR1hDQJJxgOwc32KcrpyF8OKK&#10;VJ9Er3g+Xb1WwVXHcCj+0McDYecC7HCEPUM49NCBl8cx4a9AeR8URZ2z88/WkoGR7UT0fDx3srLM&#10;qfgQ8/y+rPabprgtBhmRHA3Q+RlC1wH/5xgx0izAS/AiqvZQNhoahWU1bpfEiaZCFqDrBOwchh7u&#10;9z18eDiKqu/T+yN8+eEu/n4HD3d72O0HOPQ99L1TKMYgL6uAu7iuoWyrDPqwqGixwDuANG6FcmEA&#10;y3mYlk+hIOZxdvFdgViN2SvFdb66AEX9GoKe86jgi9WXIe4/lLE4/r1jeK3r1U0z9KyaY1UmQzAy&#10;YMtjjcl/Z6/fb4G8wLVgsI/fi8E9b2cGgXxui8LT25gSfx+JVb4TPJ0cDEM8huI2vYyzXVTRLxJW&#10;9t3tO3h3v4f3rOh7OMCH93cC+o57BnBxz/eq1BP1Mh/XqGM7L8fs4+88rohiUL9bFAw6u9DUw0AT&#10;MLIOrpfn1ZDf9SjA87BTRd8wuLicTdnXqlWrVq1atWrVqtXPdOFv/NeAf/7/QPjOL+ikimhz2pwn&#10;+InZWcuQAIsAG6DP7kOZiC1a6sISHeSWQlgrPnBB6hYtvHmyiJuKn6t1XbfxVp8UbsFBpAxiFCiG&#10;DOJ0mTdQA0MrniTzZNy4XVL3sSKQ0t8RYUvnlFp68zqhTijTHDgxUYFRa1yRtystFYBYgb2FwiYs&#10;HqdQ2kIz2Es/h6p9Dkt7aYJ8aUkohNIG51Ut5/PElEz1NsFoir5p8qKGYRhSL+8aKlEFGagGfdzi&#10;KMDPCfATQRWFDJt8KK8Q9RoDtoAGM61tWJQ2QSbq9TEsn99dt1CnduOJW3KDKXpmVSteRm8tewz7&#10;4s8zg7448Q8KCUXRx69HyKq8jIAT5wjXx60yyPosKjgtZLB+ddIqEMGXQVlWVN1AYfW+wNcQ9Zvn&#10;YX2uhnwOP/dKeub8vnXuP6f4u60Q5PMuCOjrGeixGgpnad3dc/suAzn+OyvAnKnK5GW+qMGsNZwo&#10;rNYJE2UGL8DLx83t5Rd0qsub43+BIQ2Mss4K9Abo47HNF2J4TEGn0Eb/purAEPfxjAr/uD1Ytqcp&#10;U7V9GKGP77vbdfDxrheo9MXHO/jelw/w3S/ewcf7A7yPt+NhJ22+rOxidVjG0ELPyNR7rjo+9O9F&#10;pZyQHWUFbGnxT23HtER3DCHT8encZsv4FlzG6uRQoG3L2qmqz4tSNchXEDLcI4WvvF/4d253nYdO&#10;W659J8o4vdBianJKMJ/sfFfgx0MF3wvkyypAVdiRjWnBICC39Z6nGU7nER7PMzxyK+3ssw2AtEDH&#10;5TgMTiAft+6+Z9j37h4O+04UmH3c12IP4XChfpQLFF7HTrmQMs029haIyj/u+HXS1huXtePjtFcg&#10;zZ/Nj8ftteNjYz/Avu/i/h+gG5qyr1WrVq1atWrVqlWrn8361IP7T/8Bwm/++6yYoVWblQIWujn5&#10;p0p9tsRWlCd2WL2O4DlFECzex8FSJVdPMMUbak0dtrnZBol7Q6XWXlNTZV8sg6JFiKjqvgyJUF2n&#10;tBU0QQS32MZpa/A2fJHD0HMrp7Akt73mZSDIc+287qqyIVjCq9rzihbegAYuatBnE/esDAymiUx/&#10;M/AR7OcptbXN3trfDPoZGPPi2TfrZ8THWUrFu3pIfYeL3YGwNv2SbSzQy0FgKOfBIIVyZqxWlMzz&#10;LEFMATIQtHV4DgZoYOEVKNNqntBXbEhUNAbt5nmp6Es38enyIB5frOg7G+RUxQ9UCklcHp4GRXgv&#10;zdYi6ZKKLxEVW5/k1PajLLfhr/lNa+Hlh2igslIQ4gbUgW3F3803f+UFgDXs5PPcMejDIKDvAJO2&#10;7BLfq6KvQ4P+JgEO1lIaDEaHCiLXVzgE4if9ml1IEBFZUGUWvyefSwIRBfiDKZpH1moJrGOFH/gO&#10;nO8F+CEOAgE7BmbUAXWdHrv8tzzexlezWmsY4P1xgC/f7eDT+wN8/HCEn4s39od7uGMVGcOe+D59&#10;b2ApWRi4av/TEkTDy4rLIuquzqvkcZpbhHHhhbrcn7jp31cfjqroBRtT2caQ4vawVmaGfNyOzfup&#10;I3kut/my3YJA27gcXi4SVJASCuwTgJZ9APuFClrHR23jpRkFMAbfW4s/CIS78wNcjj3cn2c4xe0/&#10;8ngxqZrYTuS43Xt4eHeU1t2H4wHe3x1g2DF46+J+78q+sO3FSzgLvGR1Ynw/h+Kt6G2cBgPP3ut2&#10;Z9jLUJn6To/AOEYO7O8Xjxf+meEuewKKom/oxVO2wb5WrVq1atWqVatWrX7GCv/1fwv0p/8F/Ifv&#10;ZBVGpiOLGTbBUuy3BEsQNlSAtGyLCytWQBt6waykqH6+NRlf/O66b7Qdat2PW8FMrCeq4gPlcvuk&#10;9bZmWLc9+Qyi0OkSSBUPrc5ebm2LqFAn+UK9pFCiBP7qoAxwlb9dgXewGcxQYF0NBmvQtwn51kAw&#10;Q7Gk2gll35vKJUE9Vu2xGT4rXNi/juEYt7GKoo+DDESRorCMwU/HHmU9Ajed9SlUoEiCqlSCYu4v&#10;LW0il9JJfjoGBdDaTtGAmZCVi2RG/fzzbOuaWvKSIiu3eqNOlJP/IthzBfaJusc8vMzA/yIm/iDt&#10;yZO0J5uaMb7bJKouVRbW6ibx56OybzxmhzINesgwY3lGJADtrDkWS2PsFUFPOrMc7oFpk9KV6rUc&#10;0y53iIZvbQCqlWHFvTNB6KopeYH71szbfQuLUqv/+HhhTtwJ6AtwYJ8+52GQ1l0N4+gqHWZpSQ2l&#10;BT6PDQRrK8NgfmpkXn5pXWZR+FVEMzsDOPmZ/TtdUvcKeO4E8jliv78xnjM8rvTQDXs5CtizTpbL&#10;9fI+DIu4FfR4HODD3RG++LCHLz7ew8f39/Dp/R28P+5hJyEQQwniSPse8Bq4L0b4xZmS1183QSig&#10;bykzzqAPE+RzuAj1yO+/aOFdg76ydJmDC9wLelGD9AJMsnjwaQzr1f9VLSVV2edCt7AnAFPHyeUA&#10;CUrh9+x0FwvEVUU7WXiHKJMHg/nBlH0yVjsZI45+gONBx0NR4VlrcFJW73Y9HA67+BwN5ThI+25q&#10;pSYF3fnqkq71IFfFgoybs4/Pk5s3KwVdFh4U0UaH3r4vtR1YwzmGvpcLaUPHkHewz+N27wb7WrVq&#10;1apVq1atWrX62anv7cH9xR+D//V/WYG5otSgylCfPc9oEcuZ1De19x7llkOEG+26z83567bANElG&#10;M5On1K7r8nNrRd8V6CNtc7oCeuGVcj7E5TQW4WriCTVMS16ELyqrTE2XIF9q5cVqYpkMAmEZQrCE&#10;fMttTpYwSRk01D585pG1WOayI2V5KkD4POQLpoYLuQWutPQaaAslvMKbookBH4O980XTdtmnitvZ&#10;eLIrYRZB4RhYYqZ2kHYwDIIroOc3ZJVJsjXE6tBLx2VQHsKT2RBCVjHNGUuheR2mp5tCx4OZ7euE&#10;PS61TL5nazlObcgJbiCmVN8C/ETZN4fsNcjrfRlZ1Qea6um1JZhB3+QVCOrkO5hadtlCjoSrMBJn&#10;ilJtU5bWPcIFkKZMPnXNuxUWoRpq47JtHWp2AGt/SFweN69RzW6AvNfBtiVYTOu1iXhoCdCo4mOb&#10;xP21iyyhDyAAhEGfBHCgl3sJ5HBekGsnjnuhGusUsiImEEkvrqtcOFiPS5icP3F5JQLtxApVPAUf&#10;Ewx03Kyv6Hr1u2N1n5+gx118bC+efT0nq3cIu8HB4TjAw70l7358gC8/3MOHd3fw/n4Ph/0gPm3s&#10;HcctnSloA0q0xmp/0cYIj/lYXD+FVs+zYV799Jx60eUk9IV69RnNIBYfwaz6TsOy+BkqhA312EhV&#10;iy+SwFv5+kvedtUYmI7CLik0IRSFMJF643Eoil0YEL88vs3BAjOSiprgYGE+96Ap3iG1eQdLAGfI&#10;3DsFfgz5djvxzuu6tG0CLNOja708qzzjuMl+kKHLgR1sicBjbRePDwqzwMC0PTunyj3eVj237DpV&#10;+vHndVggbIN9rVq1atWqVatWrVr9DBT+7v8E4ff+b/B375eKPKTNuRu3kiXAJyACq/atBHnAMiaS&#10;0oWWE24kuskIFpDMuTxRlMkNFr+62qMPNyBfDfgWARcbf1+DP7cSP12DDsrKkytIUrWXXa8cZW81&#10;MmUOJEBnrVia82HrJkmSIbf00qpVtcyeU0BGWAI/C3MgWvrtZcVNZcpXt6iWll3K2y0FTixaXSU0&#10;Q0FHNoKvPi+L7UjhWUqhZd+6p9ME58soJvWn0YvHHSvqJNQCSiKswBYXH6fe1DycXurl534pmdR9&#10;aao9tG3TmczPp7biGodRAaTqvQUlkIPbcE2ZI2q9mduJZ4F59f5GM7xPSDjE45NBn2cFX9B2PQ7k&#10;YMDJwE+Viwr75vhZI6v/GBASQqDr/OoE3VOoxnNwTfwew2uSerU6uAZkC6a0YmQrEVZtsfYjLaLl&#10;ki/yelZjFFXKOcLb6/fStlHVE6v3ggVyBDiyN5+k7c7i0edwjs/yohhLadsIlRKNj4t4/DhpsfUv&#10;wv+wAmDJIoDVnW51AUTbTzGnLsuBKUE1pgaMByCyGiv+13mGO7wurOYDaevk9s1hmOB+P8D7g5O0&#10;3U/vOAhiD3c7hF2vkI2jP0Q9yH52kuZrieC0dVCULZ0ud9SC7DT8IW0pucHaddUvTrY/lhCQnHyO&#10;aOneqwMTMSv1ip+rnZ8d5rFf/iIeh3ZhAhNQ14tavbT6djlEKF/EkPTasuyU4V+Xx5KkwOXXOFNa&#10;MyTz3GbNx0uyCkgBPzTIEqVkc1ECJh9RU0IzfOOWXQZ9O/bL40CO5LNHy0tKteKVl42BKe8vxy29&#10;AhFRQjvkIoiMayCekOmrWZV7ToGf08/oUMFw2nc8PjbY16pVq1atWrVq1arVT3P9Nw8AP/wBzP/g&#10;H+mk7LUpu75mTZQ71EJOfbyGdxn9VG2WL86+sxcf5lZZVEMnUU7kII4N6Lal5Kuh3xr8LV5DW1NX&#10;eDZjlFB90m47D67oQ510m3z9lMuBdpt6mZAySFOQRCvlDJjSJVSAtWqrNdWaKNHSx4cEBasJ+VWb&#10;77Uvnyr4KjgWzHvM7nniPRsEFKAWDAaTrlkOuuAWV/aou3gYpwmeLhM8Po3weBrhPGpAxxxCBphJ&#10;P8QT230v9EK2hTOFEKuS5rlKBM0qHFoEaQgmsXyJOuiDpGXWAiz4YyURWNeTl5Mn4AwgvU+egqrA&#10;4xvlzIBeQE/XlSQaUfN4XVcNHwkSwiEefV7TdmdR9SlEZDWnt+0IhEueR6oX04k21kGnGUgtJLPV&#10;CWiaI11OeFlVu+7WTXqfpR/e6ll444S48XDOWqihIhVQCxI8cR3Gs6UKLM9bEkdcD0Ip0IXWr8Vt&#10;SMVwg1NbSWwiDfRVij6aoXcK+ToKuTWekKr9grmdlMcu8Fv0Eq2F93q7bS0dn0PO6Cst1LzVsc7L&#10;bUnOzKucAB9VtjJ8csT+fQp5+7i8u/he7DfICkUGmJ2Ay4mpZaUS9eJjx+dZSPYN4bmjCbMaOx8/&#10;WC2rHdOQfDwlxANz4i6aXDepyPJFlRoY8jmfxq7U7mtjwOLwrL4bFmN/GmOSOtwujsjxVzlXKNiz&#10;C07BxtSUz04aRFW3I+cxkj0SKVjgB8nxxCB+Duq3GLoNv1sT6fV5X+phz8phTgVm4CcKOwa4prLT&#10;A6LyrK3bqBOQ7Tq7gKHtwc7H47dTewFuUU7nXvZEtE3GCc3ZitGXiz88pjXY16pVq1atWrVq1arV&#10;T2Pxv9T/4DfA/86fAQyHAqyegW8BaXO6r3/chneYo2FzD9VqAr96v2qi5hbvs0rVJSM3yZspJTLa&#10;Mmwp+m6BvwT83JaUb/18vP0c3AARmLVRYYVbEhQyUBd00iZzVxey+T6SV6gpipplEImRugLrkmIE&#10;whLy1RBXWnT9aopOVZtaDQFTQq3PrbhJyZdbeoPPgC8IBCNLpPQiYirKOVXM8d+5ZZdTaBnw/dVX&#10;Z/j8NMLT2cPTZdT2V1+2Eu8TVhQNPQjUG3bcThuft1d1Cy9Lzy1misM0yIAKQEhAjiNBUGlsSYU2&#10;nzofygRWgKQvCbwC9sRgX9N0Wdk3zuoxWLIeZlHC2BxZJuKQvPoskVc9Crl9V9+XweZo4C94Mr8w&#10;sBbu5PuVT60FJatb4l2tHsVqf7ra8y+9UVi07iIs237X51x6y2uQts30wo2TgRavTZ52uIASDC4I&#10;Ma93akl+qe0WFx5q1XiC64W4XtftBFfK4EcBH6tCVcE3SNruLB59vaj5GOLMiQZVtgaqB3R2vopC&#10;tGrjZWVooJBhXyCsu1wrELXcfum8CzakyHhFS99TqvKbVQWsikMMPUg+L7ez+0nHEbk44BV4XxDG&#10;eI6N8fw6P3ZyPvE4we3sHNwxcepr34tPnJMDHeWeVlYFWb3nlsfq8/vRlJBkVgwZ8MHiIo6O8U7H&#10;zLTJso0DXH9OPgUwv81VngwZ2BJI2C2U7Orr6WyMtUMot/2nlvIu9V/nfRRsQFehJwoUFXtFsQDg&#10;4wgFwoWcQryEczXYTketKu1UzccBQ/I7KxPd1jfP8lylBF15nEEvYwMHdgT282NfvqTCXiXcUFD/&#10;VB4AZfyeTXHN/qOzb7CvVatWrVq1atWqVaufuvofvgD4wV+A/8VfLfNkWrXs5snH9syermfdRXm0&#10;TcmuE3KT+sP+7m5AtbUvXz2TkfmJKy1biOvX4iasI3pdQ9/69dfuUiUGoZ6w4QI4rJwKk7lW5R1X&#10;oJu9o7WxdjIpV/M5mbMZ9FssE1WttivQlyBfCLQw96uDB6iKeS0BFGvfvtK2m9rUUqsugwtpWbVJ&#10;4TyrQg/s+UFSblVVwrBM2nenCR5PMzyeJ/jqaYanywznUVtZJagAVMHJsIVVURLaEbfZjmFgry1v&#10;u17h1dATDB6t1berUnNDBXgKMHGmpMoAEkxQFxS8CbQMCvn48cnUiAL8Rg3ZmLwq9gqInkv726xg&#10;kQEet+pqq5yC0IvARE3jFXVf/Lu08Ko9oUAh6YivFUg5OMOgWtUhfrtbHEWVVifX8iQ/bECB+pj2&#10;1ee8rhUYK1BIm+DvOtzDZQXsEgLquUwZhK884ejZBbk6J4q/W9gcV2idkYEFXfWo7o58/O1diMfd&#10;BXYcxEE+7uP4OE069pjiVX0iVcGGXQ2sEnxnD8hZ/NGC+bcpbVYAnTSsz7ZnB1W/EVbQb3WM5HAI&#10;u/gh5w90YkXHHnRIs+xXP/Jx3gH5SZaJ15WIbxd57Px0gtP9Ee7ujrA/HGA49HC328M8mFdc10n6&#10;L9rY6wBzwnG+aIIVtEJcucmtvxtw4XuJiDf10QKGk2crhmdUqq76TqiO1yrsBNPhgbj4u461JRiK&#10;eshtwwsLBDuQkloRE4A2H1a+WMPBSzqmsbKvl/FA1H60TEnKbcJmiZEVsF1v/oXOwjMS6Ku/99yt&#10;U6FA4o5EpSoXaKpvW0JvHoZofqNklgacCjzJ75KWHn/m0CROSL9cLg32tWrVqlWrVq1atWr1U1OH&#10;+A/8P/ktmP/NH2gSY2pVqltv10byN2btaaKScZCBPqwmL4C1ImXZhZc/DnE14V4Gb6T+L6RCIbCe&#10;/K+UbqntaZs33m7rpdcGdWxAzqpDrVrkui8Pq1AByjAjUZosiGTVjSiBSL2YDPglX/qkRKGrFuOi&#10;MltDPlXkkYGNbQVfgnyh8uYrvn1UBXxAAX3WniZQLH0mWKpsAFP3qRm8qtwUDjIEvMRJ4/k8iU/f&#10;Z1b0jXO8efHxS555vFvFO4sTeJ22JPbBwex4suni86SBEugcn7frwfdOnks05QnrNQ1K64FVYrAB&#10;P0oKOyiJwbOX5yiU45a3WVpxZw4X8bq9All0Ard6dkH9zaT1TRVds71WjPHlPUhTeUOwlmVL7aQC&#10;e7PX5coPLyR1rLXypj8FWvlLJkWmPeiovB4N+iUvQ8BViy6vk7uOv3A3gcq22tdd04YFs1sr+67U&#10;SLAV/6CqKbR1FO+4chIvoN4mocfS3EwGlOpGbyQN4UAL2RiAVNFHY7yfYEAvijcXJkjYNGCoT+Xs&#10;2yj+dmhJ2EGpMcox5kGbQg2G28piMrGr2peDjaFE1fbZSiNP1JKWYw4abGP42DnMLa3qTToJiAph&#10;FKUfxXXyfoTpcgQfz8unwxMcnvZwOB7heNjDMd5/Phzgbr+H/Y7bSHsYeg7u6A1ym7cb+xIqXrSB&#10;mOyCCV3FaSy/A0x1a62jBQKCebQuo4uLSi+5GKaE7GcCYGhFxQmrr6lt78D0JZdVhKE6oSg1Iptn&#10;Itb7wrz6qDObA329tlab5yGPU/X5YcnAZMA470NnLbuSslyfm9sJxZsgPIdBF49VgY5yUcPnsVDG&#10;zkkVnfM4xTEq3uIAOE2jAL5pHOFs9w32tWrVqlWrVq1atWr101D/9L+C8Kf/GcLP/1KeD4ak5Kta&#10;iZ4Vz9C2cqeWFhFtJCQ6qCIRroFADfiu1BzoFh+xmPKtE3fteQmWvbZugb7ciobPOfVd84ry/JUq&#10;EKmae+XoWMjOauhUSsb2Xj4pZiyoooJ+18u/BHzKDWkVvFFASWnP3fDsSz5/FeDLKkCqknitdXe2&#10;1tcwaXvXTKrs8+bnx0DLmwpOFHGjhxOr+c4ePp/Ur4+B33mcpTUsKZwU5nDbmYIKVsaxao6VSvPQ&#10;wRhQU273JGrAbjTAUin2UifrQnWZ2nYtDTNYEmYwk36fIJ7BOLLMA1l+Vrew0o+992RCTLadvRxv&#10;fLz0TtVcrPRSdQyIClBAp/leaauyqh8n2zcelrw9wQxyaVIPObGZVv55iItMHVW61oAs+5wVZax6&#10;y2HNPCrAgvl9ts4Rqh53bwgCAXhdPnX9mq46x3xSkJmal9ZY8SblT+ef7ZtqGbJqUrz5uHXXC8TZ&#10;c+ouTNDTBIPT1l3xsgNvULF8emL76LD4qOXxknfiDGGeZTkk6IDbKO2VqqAtF020RZcy5JV03nTR&#10;5EplXJk3ro4LZwnRPatjXe2DV4JotLmdJGBkujCAP0PXP8Vz8hH2ww6G3SCqvsNuF+/3cLg7wt3x&#10;KG29DP/2Av4Gae/dxftB7ncCANkPzqW02IBQBeKq32Y6xAzAoalyU8rv8iJQUna7vP9qFldIbtq/&#10;W0cevhAis0xxwepijhxrlFTkZHTdLWBhQpkZ/Nmb8BgjgRzOgC8Uv8EU3FGn+ybFH1obuBr2qUOp&#10;XvDR46eAUPMrra+GQRm/k4qUxIZglpuOPZPcczpwsHRgaSvmizV+FCXzxBdlLud4bIxwPp0z5JvG&#10;i1zwaLCvVatWrVq1atWqVaufZH2M/yT/s/8D5t/899WstwZ9K8j3jDSubv3cek5WjqFbttKuplRI&#10;S3J3q003T8ir9N5NyLcxiSvqOCqAw9Icb7XwptcslgHrKefbI0fTZ+XwE0nKLDCytIQpNJLJXNBt&#10;IkBtBf2S+q8GfWnZ1/uIQp0kidlHqt7fVLWQAdQikxKtTKZSKYmUVBR9oQ6vYBjmpVV3tlZYTrMV&#10;Fdusra/jOMNXpxk+nyeFfeMET6Om86ZcjkXbnSWRelH2MfzTtkhP6QCaBdCxWsaRtsrmFbHWN/UX&#10;S2mXZAEc3MaoykPx6DOCHbTZTtt5zWxfAjas/VZbeL2sT4J9IVRJ0U5VW8krawZL9uXPAlMOhqQm&#10;1MWcjQkFo0aLRGZaCpKSl5mjKhRgdQ4scBpeQzppY74Ks3ieZdMNeO4dXsH7q3Eh0HOn6qtRoavG&#10;A8qQ7XWK3LxNV2ubLdIEepEAPVbwDfF+T2cBfT0ECa7gVldpSqfyuZKGmzzsDLzmjB/28wNVa3XS&#10;2qutrwXCQG57h6C+kAGKP1w6HoCoxsDV2HJrk2HxRzVVWGeqMD3uvfgEBguk4PRgkGOax+0RLueL&#10;KPR6Vu5x+qvcD3A4xJ8Z8O13sN/tBQAeucU3/nx/pxAwP9Z3Av66Id7zZwv4s/RYwNKCar6GnRqS&#10;Zu/VK4X3K46TtU/ji4q3Zw45rOE0VmMjVi2z9bKlASSrBAv0Y7DHXomcxqshHZb866z116UjsPLZ&#10;TEFUGfZjPvfRjrdlS3pRLuc28aBj8sSAT1pvFdSNE/8ef+aWcvMq4BFQxihr12UV8+l0jsfCWQDf&#10;yH6qrGyOr2dAyOvVYF+rVq1atWrVqlWrVj+p+q2/D+EP/zOEj9/NSbh5fhhKO9hSKORyS5tFLlYS&#10;CtyiWUtT+eyTVbWbBW0NLJN12lTzYa1IWgR14POkYGPSe0vZtwZ9tWIpA7jkxeYwA0KdytGroF8N&#10;FWuPwAT80BoFpRXQFS8rtAmbT6b6aJ/EnnU+TWiZAvjV+tBVoi6Y9102lwdarXsxh6dFi2tlNg9o&#10;cE/pg3r5QVaKSMstc4rZQi3sXlVwwfyd9F5A3wRwunjx6Xtk0Bd/Po0AF4GD2krL69gbBHB2z6CN&#10;H5sYunB7m1egMmYoGLfVbOsYFMZxMUDoO8iKGG+G8wr5Qlb4eVsvbWU2AGLt0qrs03UlacklaeUd&#10;2feKFXuECwUl+jX+VliokEVppkBC0hZUn9tpoYQJZMCHxVdsdah7rHzuasgDRbG5hmRmD1d9XDn/&#10;izfnjRjqhToyLEFh3WbM213O93L+zg42gSAGXG2p52EfLpJ301hSVMZ0c3ioAnwMmLt8gSFImzjD&#10;FQbqrODbszdf3JF7Dl6JRx03jPNBgxLHoPskmKlaAj8OV0EmpJHact4z7Bn6+N5LfzUGMAJ7vSqu&#10;emv5ZujP5w2Z76PAZJfSWqmCUdb6qyaPZQw18JiUsJKoapG/Aez4szRpFfh5WX5puWewPs8y/I7d&#10;DrqLgT9W8J0GAXpD/P2w3ysI3A9w2B1gf3eAu+MBdocDPNwd4XBg5R8/fy8qQYadfdwGh76XjdX1&#10;g15YQcvVtgtEWa22ka4uIzC5m3zzGwG+W4BwpZhMkA7N50++y0jpuyR+i0LY6SWDWv7O33/ePDmt&#10;NTu1/iLV38wlYaZW+OpiubLvqf4uLym5eoFolgsTI0M6thyI95d4ezo9wRQHYW7HnedRbiW0x5TO&#10;fFGG/8ZAMN4Y/M7zFB+bLGCkrFSDfa1atWrVqlWrVq1a/bjre3ugP/998P/Lb6V/xpfJMFWzo2dV&#10;MVR6AzPQwyXke2XdUgXVqo1boO/rVqgSdmt493Uqq/NeCf2kNY5ucNHUxxVWoR1gk0jCChSq0i+F&#10;fG6EHVcKvbBqva32PF0r92DDk69APlqYxqeJpbTAJsUbgzHxnAsC8lhB4q31dbLE3dGryo9bdEeB&#10;fgCns7btPl28hHKceCI6QQkbiNtmMiiUlDQM7WbUdFGNkWXPuw6QJ7SSYOxlW4m/nvlQ8SR6cJ2A&#10;wgRhUjvuXAVwCACx9Qup61LRHOQMBUht0fr+k0+twAnc2Tb0tAyIMeVd+rt4BSZ/S/FrK36PC+1b&#10;neHyLJnYBlx444U1sqdlPkY+xuhWsOeN8720oy8VgngD2C0zoF/Ce68rlw6LFwGONVo63Q/O1HwM&#10;1hn07QT0qTdfT3P8m4/nsZcQCEyqQOvnRPOjE2CVWy4LCu0MxDKwdpKeOojPnWA4V5KzWRXr7fxh&#10;0DxLO/sEoVf1qvfq8yeQTlJ9KSfuFlJry2RbQEGfja9YNSwHNI/J0u6e9mvIlgJB2+c58MafYXad&#10;JkxfOuiHDs6ul/bc5Ne345TegVV/d3A47kXxd7g7wMPxThR+0gbM9/F5DP/G+Hdu+x0GL22//DNv&#10;LfHlc1QFTdShOpQRL+ItX0ZnX2n0jYHfy18ub8KHeXWw47b3zlTTtFrNa31tGksETNehPGCKZ9Jj&#10;jagorEV9zKo9bsu+XESZx3DvFO+fHh/jWDuKOo/Vfs7CnnK7MOmYHmaFhd7COORccZqCrOpM9SRt&#10;sK9Vq1atWrVq1apVqx9n/bv/Eebv/xDo4cPVxDq3vWFJHHyO9dVwsPZZetOMHK/b+5LPUJriJNCX&#10;23Nr3yX69iZudUvv13l+rYwTo/tnHA6D6jwWMC2nSGaVRkhSD/UTCxqqgAlMUmppo8UEcM1bqYJ0&#10;CWzWabrVnD6DwSXcg/UTFgnNwVJ2A6WJpQZuSEKtBVewh904a8jGNAU4z8mHj+B8ugjou8T34VAO&#10;VvM9iaoviKpP389CRmRyS9pmiroNuc2QFX2Y6FZQRRar41iJNZoKRtrXKEFVBoQBOo/ZA202SDcJ&#10;WLHPtGAShiiOXN4OPkXZmhKPrO1RgExIiZUkLm4h1Lq7CmBXhvhlH6B8FlaQjCogswqpff74vAHX&#10;nrWuC/n0337tCkGn8y/gdqKtC7o+9TqvPQO3Ud8zFwHeEJaTFG4dkKll6Znn2XEl56bXsYlYzTdJ&#10;2+5AE+zdKD938bhyouoLqwjukhqMFsziIClR85mnYRVxPOs79q/jllhLsJUACwP61gY/G1QR/8uZ&#10;VbAGWwSQz9pa6U0pS97SnS1UISfJUlG3Wctu1zlTz6HBPG/hNYpGpQWdQobD4hcnqjqzBuA1s+8L&#10;ac/3fGBd5ABTgBlvrP7rHex3n6XVV8HfHu72qvKTtl4Bf3tR/h1Z8XfYCQg87HeiEBSfv/ja+P8Q&#10;OiiK5jQWVcE0RDdgriWW54sp3+L3Rr74ki4cITxvblsddFdnKNr3XCi+jCmpdzF2mCIzRYdre3cK&#10;RzL7AIF7c4bF0+Ucx99JwB5DPvZgfHz8LNCPPfcu1oo7C8AL8n20k33YybGCoppcbrcuHr+i/ebn&#10;2vdUqgb7WrVq1apVq1atWrX6cdQv34P/wZ9B+JV/vPgHeT3DTkmcYAELdXLh4hWh+MwVYYIpknJe&#10;xvZnGMbKHlm4AgQ15AOAa9D3HOBDuPmZ64fSU8OqTfetqbv189fg76WogWASrcRC0rxchTjBVrNS&#10;s6C1hwkI1MRQWCWjYpVRSut9RlQpx3AJ9m5AvcW65oTlJTRUxZvgNYhzRYFe2adv5naxSQIzzgzv&#10;GPpNQUI4zvz4RAL1pPV1YrVf/NtI+txR23u1vRZLwnPQVFSSVE9ul1VA4tBacuNfRtlcXtR5jiUz&#10;FKzt2JdWQABRJmlrNCpUEcVK8eET1V2GVZVkZ0YFXAmogLbszgny2TYOIax3RMldppQOukqVJQRf&#10;0zFc0oF6PyULMCxvn6EOEVQhGqbysZ/dBvZKjDlAUafWXCRrqgiLtBJTgIXbPPFCJWF1YdsrsFYa&#10;+lV679axHGrPzPr8XTipXZ/17gUCkzSenbVeMvDrYYIdzgL6BhxF3cf+fNwXjtbimN8XFSeqsql4&#10;J8o2NXLD25b96jgYQxVsg4ZXdL365hmIw5TkbGEwApHnIK20CvwMpDM852N1nsxLTYMWGA4y/GPP&#10;QE+W+mspwHLAul593+ziQrB2futwj6+ZpSVWrQXKHlHFX7IzmOO26hRs8u73IY9Bfoo3fsxdBGJe&#10;ztqqLCm9ww72w179/XY7uD/wzwc4Hg9w93AH+/0R3r07wv3dvYDAu2OAOztGdm7IoLGk3dp4e+vq&#10;lHNQPPtWzhNvgnrPgD40GwM0+OhWxC+345rqLrUnQ+rJpwx5Q27FphTLkYOQzGrRQntI1MsaJKRw&#10;jy+s8D0nmnsOy+DjgFtz4/Ex8oWUp0d4fHySYI3z0wnO55O0807clquDt3w3s3ckt1XP7DGa/EHt&#10;+1nHzrg/q1R5pKSe9VlM2mBfq1atWrVq1apVq1Y/ymKRwO/9U5h+508Bh6NOael6OrwEeQi4UhAt&#10;wjdenhZtToryhNotPcGeC+K4An3fsDCDBrwCglspveEt8G/1XIcvQ8mU0Gj8Lkd3dlSUe8F59YKC&#10;4kFX/PngGrxu9vIGWHXjXv1Cy//bTHfNwC95+WWfPlWTiJeTeX6dJw2qGC9BVH2n+DdW7l1G9uYb&#10;44RzFuXe6TILvLjMFnAhyr9g7bTKEBJGgGRBJpssiDcdQzdmGb0plDrpkySZjHJ7b1+HUJg6KRle&#10;oSmg5pR+a2oq9a+3MAwysErXx3PahCm4Awz0BZXYAK12eNhATHQFgd94juGSpNMND0u8zcA33h0z&#10;Z6TqYkC4PXJscxZ622njcAsZXicm558XicDlde7Z0Wjj9FCUBb2pqAT0hdlA3whDvN+5IGEczpKk&#10;sT4msHj0YU4spmKCaE9kPzv2tWMFH6fY9sMu/q6edUmp5VbSMG8XX3pvXnrSYk4aAmPqPjl+p0kS&#10;UhnwCPhj6Mdt9POk7b4MCsV7UDe6ClXJgkC0LVi8BgNlwJvHjI2jRsFfHJuCW44RdiDOoL6L3KrP&#10;4A/jOY+iEjvDxVJ5uVX3cUjBHge4/+oIx+MePn++gw/vPsL9wxnGh3uBmQ90J+fZIEpIVfgRbB8v&#10;i2PZlH+Cu7+Buq+2md0CfikoA/C5M1ibyhX4YbbASJrTBPTIVJXB9j1draSGD2mYjwLekb3zJBE3&#10;jqvjWeAeq/YY8F3Giyj3BPBx+y4HcXC4hgQfeflchtR9/K4VL1NTnQ6iOHXQ9Z0EyGBxgyzjPlnY&#10;k0DpWYNk5tBgX6tWrVq1atWqVatWP6qiX/0E05/9OYRf+JXcyqXznZXmrG4/lUnghvn5a9uSCK/m&#10;UAgpYdHmvpY2iOYFhKZf2Ari+KagjyysIr1PUtyl1qMr8PBGZd/zEINuzxpXuM/R0pfN8lt1mh2q&#10;wJINxpP/ttpVuX03edkBViq1BEcIrpcGMzkJK8CSjeNtYiqKkll0bTLhlFZYBnWzj5NLD2cGd1Oc&#10;ZI4ens5znGhOouQ7xd9FuTfzzzNMIQE3lMniyBNYns76tJ6rlnOny+FIVX4yMXaq9uGMDpp1XVRF&#10;qoDPmY+UhVWqCseCSbideOagjVkDRELeZsWbcHm80GJ3+rxfdfKbPM62YUmOEhY1YH6/xdvjq1kf&#10;vCItt37WaxBHUhDlAFFYZ72+rvA1QwhuQ9SsOntmvWpfzCIuxPwaTGFCUNRJaZxb+wYy4OMWVUnc&#10;ldZdvl1gJ/cckOHFpy8tBIrE1H42U76i6KNKdknW0ooCt9inbsdhFLujtO/23WBpvKp4xioAp/BC&#10;yp6RdQo0STbILMCPwY2fRjkPLwb7pmlUZdfIv6sXG1mytyR5u3J8+oCV+jcBLAf1HqDV2OUzN1sq&#10;gnk7unRVh1StRpY2m8Idxk6TgDmtl1N59/0OTvuDePvd3R/g9HiG+/sHeHr3AKcvPsk63sfXHQUM&#10;7gWYlu2+Pn7dcplX5+/XVfctPsMuTkmo0qLVftknT5WpKtoXoIzvIeQ0X/X81G0v24etBIIC2uKp&#10;WuwTgjzPy2czCD1f1GuPFXvcovv58SneK9gTqHeZRL3HkI9BsKh859nSfp14LPZ9ulevRGnfdfql&#10;LWDV2oXl80W9HbKS0BtwJIOTvD4N9rVq1apVq1atWrVq9W3XIU5b//Cfw+Vf/h5gnEgSrifstFDr&#10;LKZvFWijamZ0U1lDRcFGK4Wecb3yuVilTWJFrqj40L0W8m0q8Lb8muL7UJVOWxSGdNVqu4A5C6VK&#10;6rMNt9/fvK9uQZrFMmysW6AaKKU4gdxTZ95a2rp6m86sWWJRFIW18oauoSGsWVMd4mGT5+TplZWe&#10;Pk381LvPizJPQd5jnFSen2Z4ipNMCdw482QziJLvEh87V627k9e2WW83XokZUjsjXTedegW2XpZV&#10;Qw1kYszpvJU3m7Rlgnby8VR1ZugXzBPNnjP5kmya2nATKAqAm4wWsfLUk8VN7WtVBm7yCoQq2ZZo&#10;sfETdMxwC5YticvQnBqM0TYx22xlL2+AV2C38gSkDdVeVpziEq6FJeCp+QarudJL8KUDLW3LLciZ&#10;WoRXjy8AH62Sf7dI4gqGy+KL72M8mxLM5LAN0FQV9uPjtl1u4R1oFlVfH3+XgAhT9Mmxg9o+6Tql&#10;OC4bH1CRKHKATNfJ+ctKKUmhPRykfXcY9qKmEqhSjdECJZ2tEaUkXaw6Q9FUtzokMejuvYeB4Y8p&#10;/XbSxjkZCLrExXuMP8flkMfOtnlJVYMZ7vkMqMull7AIicmHfQkuluCgjnC5H8zLUlVrqqiTVmJT&#10;sfF51sX1CrYNe9+Dd5c4fkwwzmeFlDw2XE5wZlWan9RPbhxhfniQc4TbgXvzHXTmdWjBvdtjMC3T&#10;a9VnD96k8NMxenk08fedAr9yVi3GCnCLhGrK507xOaXkuci3ie0NRtmvDNTI+9V3nXk5xm3B+49V&#10;0gz2To9PcXuNGrbx9Cj+fJMEbozi6ygXMcJsPpLxaGWoJ+26Gg4ziH+kE/WlS0nStr0YLMoFFW8+&#10;kTnsYxLYJ8njIeSNy+Nrg32tWrVq1apVq1atWn2LRf/oezD98Q9h/u4vbU52RKuRJCJ4O711/QDd&#10;MrY3+RTltjW3GbhRQ8Bl+27x7vu21HxbQG4LVOJqjXOqbpqyG6AjfMZxPfjsoZa89m5uyy3wt7GP&#10;sqSqZlvBlD+wHYRAIWxDqRWYhc3Pg5sAMefBUihJtJa2m1I/RWEEmryrir4ZHuOk8/Nphs9Po6bq&#10;TkFgn7TzskffNGsqL8OJEAxaKFzLIRqkgRrhGU0ZWosyhtsaMmYlbkaBNZRSSfM+RVEjpjCCoNb0&#10;BttWhv91ex4tVXtkdFQCVF7sw132cV93FNbqWLpxgl57gr30UVvvgwsGt9yGi6Ddl4SGt0JQb6gh&#10;4YZ/36vGuBvvXz/+mvZhvcCgMkzGMazo4+bTPbftwiiAz+Ek3o8qvc1xzBlSdnlEw02fQG6J7NAJ&#10;mOKgCYZ9HDrhul68+gS6uIwITQNtQJGJX2cXNlhZJQvcZRcC/ntKzRXgvmNQ5KH3MwzzAGE3yfmo&#10;MKcT6CcttCOaYiwlTiu898E+39lnJ2AeaPt7oVrhHEYUKrs683Uk28fiCWihOigwMEhrqIB9HgPs&#10;Yg+PjyQ+hDNczhc4cWvqNCkQG9+panGc4Xh3hP3OlGidbjMGp3puhnL9A2s3x5AV07K24bmRevt7&#10;jLK8LpTvNJd8EQ0ghuobp0o6DwbuKCSPPQV86q036s0AHa+/hPWEcjFA1MgC2WYBe9KSm+5PJ1Ht&#10;8WtZyekr1R0vec/bt9spiOs0NdexstQSdB0WMK4+kdre6w1E8vqyZyQfUwL7gs8hMnLOWTJwJ2nM&#10;fYN9rVq1atWqVatWrVp9K/Whg/mPfxvG3/idm/1JaN5jZK22jjbn+EtQsvEUvPolJebiFYS6FbiR&#10;JuoCVZx7NszCvSIhl5/zmhZcyo5STg3wN58Tll526eet93eYQy8gbCNRgrekh9IKtcCSBi3aHNfg&#10;br1DKe9BXdVutVfhylOuWrEcAlLUUwlqoUw4CTWAQgIpJH1XQd9TnGg+nb2Avr9+ZEVf/H3y8JjS&#10;dyedrIqSzqsCSDzpTcUXboDIrDXCJbBNrbC4STvjq7zugY4KVCZX9gxZsEBqvxXF09axTkuwRFQr&#10;IDHDdHDPMCzchqpYDBlXajiX4cCK4r5I4AhvfWjV9hhg0ea6aezntnHIAnCt1VFu69jH9Wptjjlv&#10;gX1bm4Be8X4uqcC43dSFeGx4a9fV1t0+XETZx42qjtvAgzVfuopzuQL5aqGyM5DcsZpv18Ou38Hh&#10;eC9gardnQLWXcVESThmToQVIJK+8oAo7Vlih9ZxLyzp2qmIlTeom+2RRF7JSro+PDV780jiVl6ZZ&#10;2ix3+11cjh3sWQEm3m1Pqvbyk52HqixDb3CH4ae1lm4ev1uBs+H6eVgtH1SB1CmJHCwBGCilz5Is&#10;+0ST+hKKsu+sIRKcIHs6wV//zTt4//4dfPp4hvu7o4R67FJq78BefjtLGXZVm6+Gj6SgjkUy71uO&#10;u6S8rsZjWgE/SKnhKVQDrEXXQlbEMsDadGeDcvOkajwBdryeF70lpVyHaVkVKCZV3ZjhoPr1XeLP&#10;ycOPTI3Pbbk71O9nJ23TTrxNweAe2TiiKk+vFgwC9GZTEIaiMKRQYLddAeD3c4MCbYbKu95CWBrs&#10;a9WqVatWrVq1atXqmxf9878H4//1Q/Afv7uAIgswgmUmTzbZrr3lyX4I9SycbH4Eyw5WlyZyGeTp&#10;RCq1HuIK3t0K26h5ReJ5aX65BfjWyblvAwRUAQpUdd2ibfcZQvAMRKzTeNdQb8kSXxG7QFg13m5r&#10;LrF6n7BWsC07RCuVYHq939gumJNB6vY0wV3p0EmAzyaxIav8vAA/VgfJZDBowAWrVaSNl1t34wT0&#10;M8O/kYM4vKj5WN3H4RtBUIqmb2i6Zu1hV28WuglNKwHNdhpn5apP9RngyUAh5HZMrFok8TVHlBjz&#10;KzWXcwjXtnuU5bSUzsHK5J+qc5Ww2nm4sd9dvW+o7tBewTbK3nSuequwVrQmsoe0thjL4wVVBxbe&#10;IHL50Q0pHS6wNS72Xy3sq1N60ZXzJizGmyqw4popLrYBVu9PVJ4TFm2cJBDPWSCHtO2aom8II3Q4&#10;x+Wa5XN1O3q9QFIp8VKiM1dnjwUDIgr6dgI/Dsc7OBz2MOwOcBj2orJTtV5X8bP4XxdMRYgC9To0&#10;L1NpU9c2VUnrlYs1fR5XncpiFaq5Ib7PDB2fS52Hjn0G+wm6Ia7Z/gK7KS7TUy8tngKL/AhzPD8l&#10;4ddpIiurGymrB9PxlnwsLdU3fT+knbnRO0t27jl0G+cT5XOz4H1nKtkgKd2cPowjQnfhZfVye3o6&#10;weXpKd4/wcP9vXj63XFqLyf6HnawZ7i6j/f9IOm/gynX2DePHTvdBvB7CQ4vvybIWoVNyc3LH+qL&#10;IZB7ncnUcTLWsacib2NurTVId2JPvXh/PsX7J2295d8Z+Pl5tBRcElgs4S1xeYMFYUj4ildlHYM+&#10;HntdAo+uhGmo5562mNcWALIaQUZfUf7x/h/Zc9WSnOW9196ycsg6gYYa4OEEQEuAB/8+dHKvqdKu&#10;wb5WrVq1atWqVatWrb425Pv5Pfg//T6M//BfvBJ4VZDE1+2gznyVlhP1hbin9uQy0OfybNsSKLMy&#10;CZ+FfOuSiS9df84aFnaL5M2vH6SR22hpidXwxnu/RplHKz8/uup9pE3shzfA4c09t0jPdaun0NWr&#10;dO5JV213NZBKL0VYKgoxA1iq380UHgq6tB1NvfpmgX6apjtNOkHn9F3x6BtJ03nN32+W5AVKgkjQ&#10;iI8tWPTMNqe37W+CpXF/3rvit+W+1rGUEBYDMxc2kJi19dKt5cZvf1xITYph8RhuqPbotSv5zGGJ&#10;b3hp5btHt4gdLDIhHK5YJsCqZftlUEM31kNa7onh1gSdefSxXx8iH52zAcHaXxHNm7OMcgUEaavk&#10;wJCv76U9chgOAvmO7NO3P4jyidN3MY25WJShgrzMu1R3lan9+PMSoHJ2ozTWGuyLn8fjuUsK2YAK&#10;MJHVyz1gp2orvvXxvORAkP3M5yd7up0lEILbP9kbT9o+Jb1X2z/ZL24mVYvpm+uOD/UGlfHFr5mr&#10;XVZRgCeeo7RlKLlqfqYgIT0MFSfzVMW4LSe5QDDD6fQE53g7Pj3C4XiE++Md3N3dwfH+Tn4+3sfH&#10;DtwyfYBhN0jiMfsj8j4ZBjL/RG01JfvOw3xq6IFHL4wzsm9S+6+1J5eW/pCVfKyUm0YNxuBtej5r&#10;Ci63JnOQBoPLx8fP8HQ+w+nxUf4+jRqiwvuP/fQ4uGTuZ1XQcauw+ZFmtWAIAt70cLEkZ4f5+7i0&#10;EBfFXw7/kLTzoPucW4kZ/lmLbvLrE+8+p225AvB6vg2mEsR4vCvYQ1TvRLKLBNwm3mBfq1atWrVq&#10;1apVq1Zfo8Jv/xqMv/sDCPcfnm2BXUCMG+26XnVVpnKxeSVchQou1HwuTX5l0moaJVoCPlhBvqTG&#10;ww1VHtYRIkgVMLuxXg6/HvQzKEc1ECsztWfhHoUbbb+0DfJg4aOHm/thufyhep5bALkCKBYxA4tl&#10;WG8vVZ6Fqk3T3WA2rmz6eg22WjqBbDpcJrnJ7068nVhpwuq9+LdL/P0yUbwFCeNgfz4xe5c24KSM&#10;o+U2Q7o6RDGHg2wEpBBl37ZFWEO1rvyzKFxDTWeoSjN2poric+B1ICmY4klVoprGSu42fUMqE+9v&#10;GgOKdS/lamuheR6Wc5Sq4w9X9OJ15w4hvor93YJ9tAEG8RngiSYZc1W7cbjubN7YKTd45K314nMj&#10;MOhjJd8lfl68Z+CHk4R1pPHQpZgWVMCRwamEcmgftKSXsj9f14u6bL+/g37Yiy/fYX+Ajv35cFBP&#10;uWqdseJdiAxhkrUBlvGVx1BWAaIqCMkurtRKT1Zc8Ubq4n/YBUHnPF7xOnA7K38uQ5phPwt49Kbi&#10;ukwXCOMs6r7LPEpLKYM//jk9h1OIU+tooFngflIwXu+CkuChHcgBSro4rnY5VlDQsGBuQ7WgHpCY&#10;blEdXuKy8XZ+fDrD7vNj3LZ7gam8PscDp/ge4O5BAeD9/b3BwIO0+DL4O94dJIQiwT9t9+1M7ZeW&#10;tVLeXvUpuzwCllhczCBNAdqsqeKTV+88AXsnuFwucDqd5Pb4+GiA7yQqvpO07p5kW1s6CuyHHije&#10;VJkX5Hs3hYNQBYHdM99T3vab+gJS9vALpPtSn1RSgDWwBDUdmgHf0Mv24d8Z8knbuUHHLgFoOwYY&#10;Gk4CCmf5PuDPbbCvVatWrVq1atWqVau31C/dw/SnfwTzr/yT2xPv1B71zKy8hiGOVNmUnu9WHl21&#10;kq8O20CbdOTlwGvAlyAfuqL8czdwQYB1Uinm5ya9xRpo1dDvyrcPt2f8tKI2VQPks2DvFnxMTy0J&#10;x2EB9+oEVgVEbgEcClRJE8iwSCit34sVEwv4QmWrXYn7ajgms22f13nhCehCya91FsaBbplOvNoG&#10;YuCfIZ/6PYn/F7eYBU7ZDeLPxy1sczLgBzBFH2QvwLCkStWUulChMvkukq/MZ2sPw2fUeS712N7Y&#10;hw7xTd5xzlp/E/ArSbqrfvfqWJTtGVTDeA1gVy3lCNvkCvFZ6kZQpWNXyqm6QRzWodMlW2Hh37ex&#10;ZIv9VZ8P7pa3YZVKe0vFijeuQmD1q1svAykEd29SFtr5R7Oe9+QB5zE+eo7rco6bdhRVH6frqojO&#10;oLZ5nFkWkYyPQXikV3VT38OOAzjYO45bd4+sKttDPxxEyccAsEAlXB6/aalIwRH7B+YEXEwtpwo9&#10;5fWovmuQlyah36CmlKRHJEO/YLpTeZ/4Ws8edoHVherrx8msu3kff57Fb/MwXkTlx5CPFWic5Mu/&#10;X7wCQFF/MSyaOIF1WgT1zKSpvuw7GAwy+2CBDzyOk1sQXgWBndno6XPSftXxJNgFDN0egjbnDibZ&#10;P5O0vToGUOyDGLc5g8wjB6CI0o89/I5wuDvCAyv+WPl3d68KQAZ/+15A4GGn8HVgEDr05fsJHSzM&#10;GbLnoK/OGUsMJwvaYFXcOEnw0MUUfOfxLAm5T/HGikQGfOenk7bwns4SrDFJoq4COP50bvHe9zvY&#10;DwooGfqJGpRDNVwBxTnRN6QE8WCp6LoskyTkKuibq6Rcvpdj2wBr8jd0BvIY4gnM6zs7bpffA2Tr&#10;zYm8MvbP3nwEg4A+Sf31qmpssK9Vq1atWrVq1apVq9cUe5h//5/A+Nt/ArQ7Pj/BTX5br1QQJUhy&#10;1apbPZhA3ybkg+023VrJV4O7W8v8qgTNqjXptUWVjo+q/uQEHLYg3/ozwlUf5nLSXkOkQNUkcQOO&#10;BPKbcGMZKLudrpseWIqzVstMNlmtlYXVsZDwYAapYshv+yqbnYUFWyLCnBZKyYouAbygSZ7s3TfP&#10;6rUlgM9An/e0VGZBWMLGDZC0XN1QrS++Ob31R1YpYKYGjsuI0gp6VecF68Ew3F6NW+ftrZSc6z7D&#10;V2Cv8mgG+AJ567e8fo1bwfivW24BEF5ezvo8SV3/V7Ej7rkxQPdHlxOlZ0B/iccw387xT2M8tOa4&#10;n3QbyPiWFMsG+jrX5Q/trDWVFU+7YYC7uwMcGTTF2/5whD6O0aweS6ANTAGqalbIUI7ymBM0/CO1&#10;LxMWm1VJOcV1iHNudy5gkCqgTdr2KfSc9GzvVDlH1EHoOAxjANer2muIt92+gL8dt5NOo7Sh7v0k&#10;Hn8Mc/g+TJoU60OCO1795BgEoqkgxQNTfQTlIgyC9W6jBkPk9lm0FFjIPndkFzwSYwt5m3iFmvFz&#10;RFk2xxfFZbmczqJePDFwfXyEPYd1WGjH8Rhv9/eS3PvueA/3Dw8S6nF/d5BkZPH32w/ii9f31uLr&#10;MKt9dXnKBZv0nSFqZoZ0HJQhPnwXSccd4/KwnyDDvkeBfCc4Palyj5V+4/ki2y557oGNvUM3SOs3&#10;H0vH3V72hbR9W7tsOvskIVdCNEL27+MlZFVdkH2i7c78OyUIKIo9hcSdBJeo556z1Nw6kRdd+bz0&#10;nRFS26/dEkgMSfGZ/jb7xXnZYF+rVq1atWrVqlWrVi/Bql/5CPN//AFMv/hry8ktwUKVlr2SXpcw&#10;UEG5DVBRtQjVkC/DO3jZh2+t5nsJDqz//lao9xwgyObptA0C15AvVMDmajFMoVXDqPxeVCG1RYAq&#10;5k+rQRdtAKHUrpXfKYTFR+f3DOqRVERbpvGx/tql4u9qJThyoAQ4YEkprmVarlreBEworTODPGvj&#10;FR8+Cd+IN4Z8rO5g5Z6p9ZI3X4KFIQHTV4C7etFD1X77U8D6ltsmpXU+ty6W5umCu628fe643+4x&#10;fBHs042NhrT9cbferlaZYnj5/W+fmTf6ePF1p3VS/S234TMXE6z9nN0iudWS/AXm8QSdPwH6J/A4&#10;gh/0eGYfMn1jJ+2xOtaV9Fb5S3x8t9NWx+PxCO/fvZfW0Yf7d7CLv+/kgkyn6aseijeaJbKG3F6v&#10;42JgQB+XS5idtIXXZ2DGstdjpLO1DmktbefxMVZt4hl81kjzunWiFCT73CBELdgyDvMMw66Hed6L&#10;yo9VXLN5z03W6ssedPx7Uv+NkuQ6L/zg9OJKuSrBw5izobOrQ3OqdfLiARo0GTunm+tYEUx6WsAb&#10;yHk0O07u1eUZLw5OTycY9jtVXHKb7998huP+AH91p2q/u+NBwj0e3t0L8Ls/7uGwv9PU4rhfh94u&#10;aNmFpaQylOUS6aGp2KRdVwGo+O1dznDi9OCTtuaOl0t8PN6fx7jdJvEOZRAnsJg/R9KWUUMtGLgx&#10;fNsx4OtVVdeZajNfMJktJVe9T2dTZyZFX7DEXB8oJ81rKnGvgI/bcYe++uzSkkt2MS4kPbApFoME&#10;Ls3qPThrgMskcFc9HFVdiDmd2oGuD4PTBvtatWrVqlWrVq1atbpV+/iP7z/8F3D517/PLuzXU1lc&#10;N71pW2FwS28sgpIM+hoVX5pibrXsPgf51p58tZqvDvB4Ge7QAv7x72kisn58sfZrapFIQFim0Iq6&#10;JUM+yIETCtYos5R1O279mTXYy9vPWjQpxbzqD/anIim80hMm4BJgEwCl7lvCZQBEqBVvVbuZdNhW&#10;MkHaZKClpbOGw6Js8nbcYFoNrEJMdNKe4Bb/feT2Pm7bHeNEkEM4ZlaaBIF/qoCBnEhLcbmCS3B1&#10;mRebwhAWiby0BI8uHdR5G1TOZYg/9lO0BkDwjOoU6w5a2964cVylN906xumVcI824BfeCGiBV8Ky&#10;+mNzgjDRNq+jG9yyfvyW0+gtLz/caPVFXILfujUWNSEZTekW5Hdu353i8c0+dZd44H4Gmr6Kj13i&#10;seel/bwbHIRurymjDhagT3z8UEHfsOskAfaB/eEe7uH9xw/w8PAe3j28g35/B103yHJMnCo7KSQZ&#10;LWRCwU1S2aXzNkh7v581Al1gYGr9tlbeBPwAXc4INoxW9Tljhog1K+TGXoF/4hmo4Ep+ZRjv9PPF&#10;IsB3QNwaO+9lWQX2BIV6gc9tP8E8KjCVVFmBfpOkx57l99mUX/H9plmVaKYuEydBshZ4O+cZapHF&#10;R4d8TtuFCixjzHLnlnTrYCngfDR5bjeWfTVKAIYo2QZuSeUWa1bvqW/f4XAQQCttvaz4u1PF317a&#10;sNlnsTcY6kzJp98XAjPJWmcZfMZt4TmAiNtz2Xdv1HZnhnyi3vMGQIPty7jt7+MyCBTj70ZWEppd&#10;An93ppZZ8d1k1aCopUN+D4GtrKykYECUYOHdSXpRbqcLH9fBCXTjY7HvUFqdGSgWiwb7vjAFoKoF&#10;DSR6DesIZs/A+9mb56r8HyfwCvTutZ3a2tk5LIYVrQIX27/gWrVq1apVq1atWrXamPP++s/D/Cd/&#10;Af57v3zdrnYL4thkcAHykhILcRGMsVbxVfPCAudWLbtuw4tv8ekV5NP3qxJ6V/fPgb416EgKixr4&#10;LSpAleq6er8qibVu2y1KPlOZ0RLyiX8crdAcrcGMtbSa3C615UFStfASZ6UgLQBIAoJhQWxps5UV&#10;EzOkJSYkm9gLlMtJsMQBo5CVhVBvmNSeZduVChBAAwq8udQv0FmwBJm/XnXQsdIENYWXf2WFCQMM&#10;VvQx0GC/Plb4TV79pFhp4tO+3JRKLsFeFcb6unNlfTz/JM/b1Nr7danhM4+v4eDtceAN7/+1lvU2&#10;zLyCjC9wvHR8wYuvuPEcvAaOCahmCMzbitV8gdNmR8DxHG+fwV8+x/snRnIC+yZyomwdOh33NCVc&#10;21HlsoUolTWMg/3eGPS9e/cA796/h0+fvoC7h3eiFFOPNYVYfe/Bc5qsHyCeGIBTJ0Ec3pRTKdzB&#10;BUuothXAKuE8pfEqCKLVRZ71yH21M8o1BzuxAsMlXkcVqUHHCr+giixKvn8dk6Zelq9n9di8g7Dj&#10;83yCeTcLbOI2X/6dIf88j7DnQAqGXaxi47Tfy6RenvF5ohKTfRAE9rNdQNyM0gYsZM3WyVNmUAu1&#10;8ub3TvquMO9MBVfBRoMgF70mz9tvhvGk4O/pfJBW2cNhJ+2+fHswPz8O++CQj0P8Oys2+84V4GrK&#10;vtnUj+JhyBDMPA4Z8HmfAjEU6AoY5hTg9H2K2gqu3ovrizGqIIRgCbk8bnKLtCkmGb7J9pFtmKwx&#10;tDU3gUNRCIr/Hqv3MAeQ9JI8bKptUZF6PQ6IqgAP3beqPtW/zwL7TL3ni9WDi9tGwF58352lPPOf&#10;hr4ToCnwkj0G2z/jWrVq1apVq1atWrWq6kMH/o/+LUz/27/Tf8yvFBoJ8uhDtdecwZQt36ps53QN&#10;+Oq3rpV8CQgmNd8tyLcGfG+BfFfG3/CyJ9828KNNLrAGfVstuyH5Z1GZQGrSaqjgXh0KgQvgltR8&#10;2l6GGS4kaBjsOR7DUnHl85Klt1Ew67YB6GJnhiozt0oQzusSEtCkDBVlHVxRIJZtr8si81lLWWHj&#10;fDSFn4AHCTNAbfU1JYi26Kpqj0MkBfLN7F/l4SI/e1H2scovGAgtyQrbe7b0hTpJEX078PvJl/CU&#10;rwH88K2Pb5w7L34GVUqw14DAF/nhtnq0btGt06OX2SJYBcVUfnx1y/YtPrl+n/VSUEX9BNYF8egD&#10;P8aD9QI0nQAuj/H+DBR/R5hgjv+pmi+Ov8FBx+cYoaUzK+Tj80e84A47SXz98OEdPLx7Bx8/fpJ7&#10;9urjZFhg/zVOz2Vk183gWf3EJwmDHpyg77x4qs0MXlJyqin5RB3KxMuAexk/0za0RFiHm0cH2pUE&#10;WkNBU9M5l9rndTt1NtZ3HeU2UFkmVm45MvjE0MiroCv0MOw04GPwgyjcdrtZANc8XmDP7Z6seOP2&#10;1t0ZxtHDmS8Sxb/xaOit5XT5vTALOJJx2UTWSJhZn4PbthQSzJT2vJk5kvmNygUbg1T8rHFCUcad&#10;4jY87XYwMOyL949fPYlKcxf3q4LAA+wktMPaXDnNGDEHEoGlzZJ49pG1+mrLK2//Hrm9myR8xyWV&#10;bpXiHEzNqanDtk2yJ56243qTQ6eWZmlCD3pM8HJpq6yCNv4+HgTwdRkQO4erbyq0IBASvz1W64nX&#10;KrdhG6QM1mIuh46pZp3B5q4f5NwQzz/+mZcBdNtIEnQ6RrEoIRvsa9WqVatWrVq1atUqTVz+2S/D&#10;/Ad/AeHTz8vEQCd0tAB8t8CZ+uVANRFcAoPyD/GXAV+CeOuW3eTDtwX36mVbL99Lv9ePJWXfWuF3&#10;BQEzWINnpU0Z9CXxnqVGKoSj3EJWgF7lCUULhGMCuWCTaVPv5WRZS/r0qu4KISyTNheMq/zkF5DC&#10;Ac30AmBJy7VUHKqyzyZr1h44m7t9nn7N1+AH0qQQFSSoqs/bJLWiDAb5QgoVILDJqfr0XSYP43mC&#10;8zjL7TLqhHIUA3nMLWf6+hsJCzXRRjuet6DfqrV3c7/faDGtK2x/8jU8yR/7Oijm4E3BvlewDN4I&#10;Lt0rlqvu7Lxqrc2qy9ctHW1dUaDnz+817ZOnd3gF7Oo0Y7wRcHJzOWmp+FMVqZfWXcdhHOMJwvgI&#10;MD2Cnz4DTmcBgBSf48X3TRWr08jH/xz/TgKDePs45NRXJ4EPHx7upXX3iy++gPcfPsHdw1HCOfr9&#10;0UIeelH2CbTuOpi7WRReXe/199lDF28XVoPNXpPQJfhAl1eUV559+3h0GAzIoabwSmq6qvJknOcx&#10;I+0/h7mFOYGwVF262ECS9QTFL7NAf1b78XjIy6ieeT6+vYNeTvbe2j2dwrQ+xMeHOKb4HNQxTQdr&#10;OWXFG3vYHeM6zrC7nOGrz5+BzggXf4aZTQxt5NNkYyfjpnMGKZPCN6Wr4/qcrHZ3bZ96ZeNA1Rji&#10;VWEcFOCJGu98glNnKj7294v7mr3zOFF5GDgsg2+sYhugl5TadK5hDruQbc4/M+Dtkg8jXQlUgwFB&#10;vWmYxWhKx5lULVifR2hnBQdnoKnyU6IzA7belHW9c5acbT3nKZ096AUZsnReLynH2hI8B0vqtYCP&#10;FPgk7bgM9CzAo3e9KkCdtgNLy7F5/KXxEJPS29p/fZgzsGywr1WrVq1atWrVqlWrn9uB/8H3Yf71&#10;f1Umv1VoRnaUWxiEVcmpmeiBKVG2KQbdAG5rJV9+OwN9ScnnOrcJ99bQ7jVwb1NN9AqFUqiSdevW&#10;1sXbbCj6yIBeoGwepwmzBv+yNxOVRclKQEnPTeq0kCealABYBobFOJ4qSEWJbOVuYapAYL1ywbwV&#10;b5GnpVIqvZMuv8sTR1GeiIdVUhkGS7+8hirOVCfaehVEGcrP8tayCNYAZhLGuHy63cSLz2ugAYM+&#10;9iYbvYYRsF8f+3ZNuih6Y8iHFVt6Lc2SlOa3t5reVL7hDcB3s7P466neKCfcvlJ19yMeYnABB93L&#10;K754Br5qP30bK7ZgJPVFC9r+qO3NS9Ax6Alz3P5zfM4Yx8pzPF5PEKYnoPkMOI8CPKA6/8mRgDj2&#10;W+Ohrhf45QX0MQDZc+vuvXr0ffz0ET58+qReb4cjDPuDpKeiQKC+rAtDPw5h6DWVluE6q8s6C18Y&#10;3cjGfjCDKo45aMKzryCrb7sCaXkkDgxijMxroIIqACmDO8pfBARJdZ3AX5J3l1TtlYki1AEgTnwA&#10;u3wMs6+fhvK4nB4s6jMXoAsDhMFDv9OWU06FnYZ9vI0w7CYBaAyDCEqyLYdNpNbYTtaHX+tq8fG2&#10;xeQ3COeRLAlWL3pVPHObr+tIAkcYZjH8Y6XchVtv+86AX69hH66T4A71o+PHdwrFul6+J/U6EGqY&#10;R6Cc5BtMwactwBroIQo7g3D1cS8tuZK+q623BexZmAYfRxasgR0WmCvt2D4HM6WEXO+r0BR5PBT1&#10;XobAztp9neynznz9+DH2U+yScWU1FtQBHgp6bbwfR2kzDub/2GBfq1atWrVq1apVq7/TFX7712D8&#10;/g8B7z9UQRk1NEj/1i6tTC49iNfhnLg2/l/M668BX4aLAIuW3Rr0pVTddaLua35+FgS8BZ6sVH2U&#10;M15tOyY/u+ALDkygL4TszZeFQ4RZxZdgWA3iiFKbIVWbjqrJau0DqDhEABhABQ9dAXtUmhsTFAT1&#10;xdfGZJ6EB9yELynrV1urCvDNu1Nas8xPCnRS50VtYYmWobRy1VO27MXI+7XTlsXcApYCAuQZy20a&#10;7H293bhdl72rLtLOG+TGVlyzJfSy6pAnhx4Q3q55g1UE8dd5OS7g6BbEcvgMIXg9i74CieGVxz7S&#10;jy9iGL/JubkF1+F22AhWg9nrEnu3l+cG91vldiQrgOSzN0NHM2CYADl91z/F8+QcbwzTZrmJis6g&#10;mHjKuU7CKDjQgM8jJ8EDHez3PTzcH+Hju3t4/+kDvP/wEe7u78Tzrd/tBYzwmNmZJotVVc7On06g&#10;oa2bwZMuqfMYjqBeUAgSdnGBaTyrKs2hwBcvYKkHN+yBOmVw6unX6fo7A4A5zGJ5psv/10auwVCa&#10;K56udbS7pvty6IKpkhkySRsoJlPTeOdELcivY7DjTBnIMIr6uLxxvXpRzE36XSKgytRoHbfUXgwa&#10;Gj6iyoogjW+wcdHoNefJraRqSscRyVgrFx+4vTqug6jfGKgxrOx7mOMT552Dad7BEPcLh3vsBwaA&#10;DDZ7U78N6szKINTbuMtAb5xgJvXCCwbaQgjFGzYp6VISblyinSjq4vsOChNZYSeeuc7l9t/aPoMM&#10;DicPQU5MTkEewVqKvU++rSF/56kiUcNAZH+xgm8YrBV4UJhox2j6PPlW8drGLRd42IfRQKIEkcy6&#10;rrMpFdN3VIN9rVq1atWqVatWrf5OFv3CHfgf/BFMv/K/LiesrkxycGlypVCmmskt/mwtlwJwqKjz&#10;qDMDc4E3LgOPrO+olHjrtt2ud3k5EuirlXuLdttnoMFiorneDiEsVmKdqlvSKksQQ52YGzaVfbVC&#10;LynRSpIgWTJk8taDQFlxRmkyjJrump+T1GmmKCQok7aQJ1/FW0lbVX2BecmDiiqASKpUzN3B9fKn&#10;VjxpRevMi1EN+nWfufzctE85ECO1A05zSsINlrxZWuN07khmPu/0MTboT3DXawsvptZwNFWivQdP&#10;6qZAWd13ksTRIAq/C3t1eV0Wn9qnwYz30z7G1/vMpQ31Gv8+9yqUhC9gpfVnbz8/4U+3CWbL8rjX&#10;ruON82d9LuTz7hm4gd9yKvFLcBCfg6tvhJi3wnhvKiyxJFI7yZyd5UTk+z2M7NQWnxNvcI5/HcWL&#10;0uMc99Mcf47nFrmEw6w1vWxOHrYYhOy5dZdDOD5+go9ffhLQ9+7+AQ6He+gPB2upHLTN0a7A9Fha&#10;HSF5Z/amoIqPzagKqM534Mb4d0lxfYLL+VHDHsKkYQusJBv2MHCLKQddDEfoLEBCztXO6SUFu9Cg&#10;tnXFngAwjRr1gWkqP1YDO1ri2jS2pfGmUo/3XVIEO73YIUpkbk3mz+rU27PTkAkXOuhm9vcbDPo5&#10;BWb7PTw98TqeBXSOki7rLRgi5Isn9bkUqDrO074Rq4TlEeOS7cCzx78BN2eKbN5PfJEjvlkn4/0k&#10;oUL8vRmC05CMuB5TN8G062E3B9gHryCOIe4urrOkE5MEFY3sWTheFISlK0t8PLjU9qu+d0xsB6cK&#10;vc6pik7adEXdZ0o/Vgxmb1QSpba0yfKFHdl2vN0mHY+nFKFOeZyTkBmGrK4X1Z4oBvm+76RNV4Ef&#10;2md2i8CfIBdxZlUDMsibi0qQAd+UvlcYKuaodf23QOfU56/BvlatWrVq1apVq1Z/t4rnfv/nP4bx&#10;d/4EaH9fQTZcKo3SFAyh+sf7S6m29qw86UmTvwLoSnJpckLXxNgtb751qu4a9sFGy+5LcO8lqPMS&#10;BAi53XYJgOrWXV2IpOhT4AWVqo/RV5rUUwJ7RXRRIN6V117IXn+WL1BaAAkN8qkCggVDC6iXUkct&#10;DEQn5EGWSSCitLyGDO7K5qCcwqkKPPXVY4Ao81SDhLNMAIMq7WZt5ZpkokYGphLSsAkgqmKHU0g7&#10;ay8MlqLIvYLyWQyIoTouDXzNSdUn7VsE55EELl44hdcUfZO0Eqszl6zr1xT1ZcBE2/mj4Sd8Ooe3&#10;AL2vc0pU7cB4I5kXEH+Kx7tqmW+c3/RNQGXIImfo4i9dPPE6nGGgCXrg2xj/donHtiq4uG1zFG++&#10;KnAGgrVJgnmWKRTZDz3c3+3h/cM9fPjwHt7H28dPX8C9KPruDPQNqr4y0IdZAVyPp+ptiZVCSyEL&#10;91+yMuoCl/EEl8sJzk9P8eezwD7hg8MufsYI87SP9zvYHTz0xD6COwGXQ9jHe8UqAqvAPDIlXAOz&#10;Ym7hi1iIWXUkqd8crYdjTOncRfEHMhbZxZBOwZ/8X8ft004gqidNhQ2eW48VYkkLLPvhxRvDPm6f&#10;vcR7ToH1lgjLIEnHbJ+97lIbf522npXcWD+GWRH58nGTrDKoUvzZ+Uyq/Auo4+cMqvLUFlket3ey&#10;NVhVN1xGgWjikco+fOMcx8LRLhihwNpdr+m1rJzjtmDX6TGWoKVz1zEzqpgeZc9JGIil5iZFHX+n&#10;TbNut3QBS49DbfUV5SHaZ4mPpCoru86ZZUMnx2Cd7z6bClEVg5o0HOYC+mbxvzTVOpbzteejq1eo&#10;2Dv7fFYMtn/ttWrVqlWrVq1atfq7UvTffYD5z34A8y/993kSvGy3qkAfps4qrJIYi3IPb02s3Uq7&#10;lIUOCAtdk0EnrFRi6wCOdaruFehz3z7m2FIypQkQBVoywRU8qD36NMWQSjpt8tcLqWXWvLoADLip&#10;eqKoYpI3USjAz4CVvocrQhOCrHLjqXatDqL0+aa6UJUblkRGa+VNy5dUjGGVb5pSHVmBwntGfy+Q&#10;kpVz7JUnk0T20ONW2qC+SiGUFFY0ZRF7knWyD9W7SsGwtnexmkfVmgkwlTa4ED+bJ7w80VR/PhDI&#10;x6q+c/zlzOqWYLAvmDLSthvdCtX8OlG6iC8C4h9luR8TaEyfQ5XX2lY3bNgAgfgT2jaL3fQaKLlo&#10;+4UXgeDycfWu6zhUhu/Rw44U8g1osA9n8M4DdqTnHgMqgS3B8H0v59IgQQQODvsB7o8HePfwAB/e&#10;vYcPH9/Bpw/v4YsvPsHD3T3s9kfYceuu09bdNFbmZGEsKbqq7MUyeKAmuopqahqlbZcB3/n0BOPT&#10;I5xOj6IMY/DC0Ky7XASOMWzpOoaAcb3mAxAHh3Bj/C6u93C0Y8VVYyNKq20GqAvbSh0D9SqEXRES&#10;OFlUfpRDJsw1Np3HLiUpo3oKkj3bYZUCzqupuelgYAnEE66XddnF7Xs576Vteorrxx6GrPDjewZ/&#10;cm/BH6n9VdtD1TNUQztMnx5KWjFhUX4/D/xswOFxn9WdOaGI8ndhOixnSbaY9GJcfN9OwNck4UO7&#10;Ub3+9CzV7xSBgcjQExSADRr8cdjvYD/sJDUXzYuPy1swhyr2NNhitsTclNIr76uJKeaHR/nCkHPa&#10;yp1Sclmxx3Av+/wlRaFd3OHPJktn914vMPnkKegtQMTUfKy05P1AlGC1XSpMbcYM+nr9mZejN+8/&#10;VY9jg32tWrVq1apVq1at/g7UPk5Afv+fweVf/T4Q++NQCW1ATJNBysCP0iQLMfumoSUyYpL7IdZW&#10;RNVEGXM7k7xrBf9qeMZZeV1Xe/gtFYO1mq+GfVuTdnzFpFwnvuHZiX5JwoXqvn5Klt4tVB7Jpy+n&#10;7poXVPLES0/2CYpQMiq31EJrzRUVW/bp08/ydctkej+o/P5CCeQQ/yRrF57N2w4yZkvLo+qb9HeZ&#10;yNlyMCwUkcxV+qRCN2cTRPbKYlgX7DiQ9Y3/47au2Vpok3eeeuv5vJ/Yi2xgiMCdZHLvxPgfBf6p&#10;7xQsOuHsOOO2tlm3O088z7O2rbF68DSGrOw7Tfp7sG1AJiKl5UFaWlGJXg36ivMgbrZvvxW+fRNU&#10;TZX/4K3PDd/SZ7n12baxvbrngCi8vZ32tVC+Tsxes9vXqvQWbb8VyazDaHB9EQCLLxiCl3OipwkO&#10;DPnoDD2qsq/jFl5Wr7Kqr3cwY68ABbW7N9hJypCPuQ23mb57dydqvi+//AQ/9+VH+PjFFxLGwa28&#10;h7t76Pd7TV912hqJ6cIAqrqKqj3G55V43TmDNZxaO14kDOLx8TN89Vd/CZ+/+mt4evwreDx9BWdW&#10;unHQAfvgxZfN8Q3YQ5BfwyqxcTrBYX8Av98B+QuEwx30w0WOAF4m9vHT7wcGmMHAnbM94vLRgsk7&#10;oKsTyytvP7uoUGwlvA3GFQhEsBZYbSnmfcfQCJyNjfId5ATQ9RJS0kPvd+JxuD9MAs08t/1PrFyc&#10;xOuOVXEM+ximiXKNHxdfuEngIKfpggsmnCO5BRv30aC4dE4HNK87t/yuITtbeNu4KtCq0++3DlXx&#10;J0eFL3YQDC553dCUc5wy3A2dBWYkdZ6+l3g0sjoUBvNslA5ugWHc0syQmN+W15MDO7Qld5T1lMCL&#10;5LVHSdVdqexz662COwFu4oPYZ789act1kFPZffpulQCYOYeFyAUxgXvePtPA6uq7nGHeTqAeGtTT&#10;VmCFiAr46n8fpM9qsK9Vq1atWrVq1arV3+qif/hdmP/kP8H8vb9XTWgriGKz+eLTZ8AOCugzQ778&#10;N235rbMX00Qgva+BRPlHeMUIqA4kWLdFXgdsPN8yrKAKzWD8RbC35a23oeJb3wcq71VUbwXypUlJ&#10;HcbhU8tuVs+pfsfbJEQAX27r1eTEkIzMK7hIsO5rg0qlZ0pD0tdLWysFUbvJ+0tLFFjLbgoI0ffw&#10;pgSU9iiDZ6oGRPMSXCIebbNWJSJPuHqHxXsPMac/cvsuA76JgcKkCjtWmrAnVjJ57xkGxsnnTgzm&#10;eSanbX/MImYox0+gAo5FBTSiLqe1lYmCb1LId5b2XVX3jbMpDNM2pU0+/HbgVSsM11DtJ6RgQ2ty&#10;fgtkDN8icHzTOPRMOvBLf3PVzD/gdUvxeozAb7agt4jg4v0dWSs7eBgkiCPe0yX+PMIu3ndyzHMa&#10;r3qZCScnPYY4aEEud+DOYB8J7OPHH+4P8PHje1HyffnlR/jyOz8nsO/+4R0cDkdJ3nVusGRy8+hz&#10;mpi+Ci61MUpPfD7LvPjyXeB8OsFXnx/hb/7yL+Gv/vr/g8ev/kZu/LjALVG0edsvXr3j/Axu5vCQ&#10;URSB42Un6ae78xPsdgeFjz239g7S6t91+7g8vcGYDsjCHsC8Cev9nvcf3ghwyv281VCOFc1MXn6o&#10;6sJUnoJBQ1OPc9o3e+P1gywzB5Iw3Dpwq+ikMO8iAEzB3xjXVcIuJv15GifZDt5CITwk9XawMbb4&#10;qKbeXB2x6uQRzNAv+ZF2lnac/UuhfC8o91S3Voa2DLb4IkfXxWNrRFHRQfbG06Ajbreeu3g8ssLQ&#10;AjGS+nqIy8+fQ9Km69XjbxpN1Tjb8qrHIX9WH/fhYAEaGtqhLbmq7O40MNmUpOoSoduE31s+Y55M&#10;sWdqvQT2JLndywWm9O8K9Q40gGdBKgIP422wZN7UKrweM0JO5/3/2Xu3J1mW/b7rl1lVfZn7rH2E&#10;ZBBGVuCbhIVCYBlJEEiWjWQpFMI6yD5YJoK/kQeC4I0XXngjCD+YFwJ4cQTae625dXdVZf5cv1tm&#10;VnX3zKy199naEpn7zJmZXj3d1XXrzk99L9ICTPCywr466qijjjrqqKOOOv5qjqtpYvbP/zH0v/WH&#10;szy8jAkyqEPtrEQFcqWiz0o3HNiH+nJC7RLgk7sa5GvS/NiVZR9zT928NVOvzCc1wSuTeSiUNfAW&#10;6HsD8tnvp8BfTHl4C+K2+GnWumu0rrDFojPwJJZWFsKpKi9CttMaaECljNbAmyaIsLQSqx1KH48b&#10;HYM21Y6mqAhJUKLzUsnX48lelLZa1HINXYaoE75yHco+QJNM1FwmmUTaNhs0Q2+kx1fQRzBOJpky&#10;oU1uvun7wFJGtQPTenAGVH2y7KXmYsUqUVWJDPgon4qej2Hf9FzTSj0QAAxOVIv45RF9XwQCEf9C&#10;8vtUu/SDPx291g78nn8ri8LfahhGhXFfxPpKNZ87Y+/lcxmBozAdJaQgGuXLDdDFA9t3OW8yDnqg&#10;Sg4ccRwC5dDRq+ggkKpVz1XrdQPbdQfXN5fw4f5Wvj7cw/3dHVxeXcF6s2brLuXQkaqJiz3YEimN&#10;58tzmug+vcA6AkWc59bDwRR9nz4K6Ht6nL6e+PZx+vdILcFaoJQ0VpwVp+ebGEQhOAQuuAihheGw&#10;12y/NYM0KgsZW2oU3qjlsmNVo4uNwDla7nRu82mBnQma9edU/O0L03qO/0wXPRL0o9GANQ9x43Cc&#10;1hU1hXNuIQElp6UgUWBcxA7iajpvDiuGRSuy9ppVlhR++4PaZgc49AdVww0Mybhxls65PjAoG1V9&#10;yOpkWvMEsrzuU97eYzHZroHhHaoSrgHvinOJ5bta3qu97JjjIEgZT3DL+xyD4UfP5/5m5cUOS5bt&#10;oYf9ivL61tB1nlV4fNGH4xCk0Za3qyoEKd+PrL9UwrKihtzp98ZKNEzNrSdneVeQ/ULa16VAoyfI&#10;Rxddxp4t0qbuRlUngu5lpBLkTEWvmYrcBixgj54vxUco7E0XGfXiFpd3aPMvg2j6ndSKw1BhXx11&#10;1FFHHXXUUUcdf/VG/K2/DsN/899DvPtZWBTqHv2Cs8CyDPpsUuu4QCORu+KuLrXzpjw551VBoflD&#10;mDP4ToKKE8o9vmr/Hm2OAr+T1twF5Fuq9exnNwN2GRXEEuJZTt4SENrkJcKsXCPG/NxOVXNB789C&#10;kyBAMMQioy+YcRfTRDUvjU2nli8vpueL3IQr4I7g1xgtyF2LPsyeC6rio7Zcvh3gMAJPGEdbhigb&#10;GV3UJZKJMcM+ysD3kpPkxwhS6igriNQ/I5VjTBOtIeTCjqiUMXopBGidQTtZpzRJa9V6aIrHoJlQ&#10;nJHvfNpKUVcN5/SRbXcUYLnToo4RLeTdSTfA5wCfb5vBR8dDAfx8sU/HGdQurOz45Ro0f4Tu9THf&#10;hIPlvvV5LcPxC+7jFwuWsI3/vNf4nttPbU82klqBQGnXPbNOvHt9+zO3wcCWXT8d2Ss3Qhv3DPtE&#10;0UeAr9dn5iMuW8UVWpH6rOucqKLY/upgs27h6nIL9/c3rOy7ub2F2/sPsL28gdVqC6tuA023YrWc&#10;gT5ZeMmSozKE8nXx+cHpxQVSOh0OcNjv4dPjMzx8+ghPD5/ghUDf4yMcdlTO0adogZyVCXMQR+er&#10;BiXrjmyYGBj2te0ITTu99nY3nR/WYhWdljW0e1b8hW4NPuqyE8iJnYB/U76Z4s/lizi42E/TpSlf&#10;nh/n2yoqKaReV1To5+lcIpkDRSog8vkNeV3S37SsXGaIGaftSEq/sBL78nrNsCz2I3RUXMK21wH2&#10;fS+qNQVLIbYMVMkS61jJHVTFrWfxqOUb3hmNBrCcRcusLXJQ83tU1Gs9el+UCyN8kQ5lvYVR30Oj&#10;vC4+vwey7w4MeHvaHg2BtB1sWlGFSgO6F4U5jvz3DPe6Di42G1Y+UpMxKQfpb3NbsirXg+b8qXJ9&#10;1KbcaHmqg0BE2lei5s7m4i2x4jaNQE55jgZWtG+0kinoF4UulhtI0JBLO6Lm+41iO2awOQZVtIuy&#10;vcK+Ouqoo4466qijjjr+6owfTROUn/wh9P/p74pldmE9Q5entgXekwmQszy+fH+z5ljcUno4dDOY&#10;kaGdV7cVak788X0+Z5znLngMLxdg79zP89tyU6QpBjBiapBM2XwnQF9Z2MErLkZbyzIxK+y7GCXj&#10;SSYrUZQ2CvsgaKEG4MnXK3M4NwNeBh14DqUW2sCgTyAbKzZCTCAy6PyYbg/aZDsE+y7KQLEBGxgR&#10;W2BSJhbbkKy3DSlHSNlH9jPyJ3JrLrDCgoEfPwcwfCNloRS9NGmyylNYJyo+MULKBJj/RpcpqrU4&#10;4JgmxQZUSTV4YFWfqPsOY1Y3ktUtIKbMqXP7yZvQ70vAXwH8zgE+xB9Oc+28SgffDQxPH5Hu5LpO&#10;8Mm/vS79DNx8d5mD6E4UCp0Bf2fXFYOXAJ6zwKiEo4dm2jdb7LmEo42HaQ8fwLEyLurBGfLaMWWi&#10;9+npSWXFSqqulZy+6ytW9P3oZ34ksO9KMvo6KuMg8EKqPvFNpjVNqjBcwrEoyi9R9I1w2EsJx9PT&#10;I3z65ht4oJy+pyd4fPjE1l1WRJG6S7urZxDU7KamLg6aKcfnvIFPSFLeIRbPpuklG69dQdMduLTB&#10;t2tYdSuq9mX4N9Lr0KZWLhjBRi5paFGHg2X79QL8eJcKnuz9BhFSVEBRic5Qzaeyj4ZLPfhRvNdz&#10;tRYeNZqRSurDNkIzva5uOs+vo1h24/Qa18OlAL7p54tBbL2i8uvZ5ksqNoKmDJ9GtUOrrVWs1LJt&#10;uJQIDSwvEmcx23hFQefVqupTnmTqL8ZcaCzZeJilb3QhhE+8AQ6+Z85M5+xdJwCPsh65VIPO423D&#10;jb2raXus19S4LIUedFGH1aH8/jJI1p4CTftOSj0u0ghapKFKcVOTE7hrnSj0uLiDoCNZdDtp5vWq&#10;6iutuRI1EdJjUgMw2amtvIMv6BRFHkr0Z/mI/Bz1E2EdddRRRx111FFHHX8VRvyv/g4c/ujPAC/v&#10;4ShE3y0m42av1ay+MrvPzSbDLv9BkgK6hawIk8UmfVvYcN0XBqa5d1Rv4Gdm8QlIwBkBnTft5vIN&#10;h/Z/c9B3CkiK8CXO5qhm340K0tBAEE/GA6voosI3fJUvLSe+NklFUbHFDMpCAFX4QbL4IrfTyqbj&#10;Ag26P6nhovweVK0REnRUgICWCZg3v2fgh/JFu0LLK4UnrgzuYn48UXz6XLhRiOfyc5DySEyDgZV5&#10;+jWKLTmiZXw5ea0gluFByznMsmvLHwo4+f3TM3cSTOG7K2S+/5EVeW52TJ9aXP8q7Dv1mF8ODb+r&#10;9eTTseih3DP8m88/B6CCW7gLGhqys+PIdl3+TuCPQB8OYm+Mo4IatDrc/Lzea3kRQkeQpVuxRffu&#10;5oZVfTe3pOy7g6urK9hsKaOPrLCtqOK8T0vuyjDUk+dAOT8cOKPvha27nz59ZPvu0+MTPD5TGceB&#10;23jFwikty94t9tUi39VrDiuCZsyxFTWmDNCmmY5OKrIYGwjttJ4o867poO2oDIPgzkq+ViuxI4cV&#10;OAKDvlV1H2X8BS3VKFppy5ILyCGcooKLCfoZlE1KRHtTQoXNhXrXWSmSXIlIcQ1m83XcBEt2aVKb&#10;kZpx2tYdKdW0xXcYOd+Q7Lv9vp/OR3uGgIf1QVSSIfC65dZjzaqLhZLW6W+Nl4TcElSpiLLYU/Wv&#10;7D4YTsDrrBTm9RIxPQipDClHkQAdWZTJpkugj3JTsWu5dIR/5scVNSGi2JgxNvIauLAkqsV55HMz&#10;Kxf1gpBlmgq4a/h1gX4OEEgtRRuNgr1UqqFrIuhjhZTrF1hFOURSigtcZAU8vSco0PX0QyPWYz6s&#10;vIDDRgFmhX111FFHHXXUUUcddfylHvjzFzD+ix9D/3d/XdR8vpgEFgAiKdiU1YlKwGesZgUabgnn&#10;jqpZYSb/A2/NHAnPHYXlL6tQTwKs8tYi5DzP+I5gBM6rcmePehLuFXdIqjwoMvnKxWS7VF4ymmQc&#10;Zx9qDh3K6yaVDVmsDE6JcSykx2bbbhQLFAYn9iez2KpakOFWdKfIp4LVYnVofhMBNs4tilEbDvNt&#10;AgJF7cZlHNNz96rm439n+6vTvCVV3Skws+IQmzRyxpKfllktuWTpJQVMw7mOMRWYkKJPXcC8TrRD&#10;IEHhqAZSsv6SEy0AJksvA0iz5UaXlsEmyaz8K9SJUX8XQeZM1pN+w7MwWTYgvgPgnSHNr/9+Yq8/&#10;B77fU/KxVL4ZkJoBqiMbqp8fwThX8J0Ccg7Pt13Da+vytcfUXNDXRnhta+HxugtFO/K5rRiLB/Dv&#10;eh3z9WN5iJ6gHhVxAFl4D7AiNR+r+wj4HaaHH8GzEikU61ksmgYZvWadkSKWrJTr1Qq22xVcXl/C&#10;/YcbuLmRnL7LyxtYby+5NdY1YsHk4+gI9Kl6SsPcONdylPNZ35O9dA+H/Qs8Pj7Cw8dvxL77+Ame&#10;n55h2O9h7Pd6IQK5SOQI9BWlTL4ozGiK5ld5v/Cq+hs5T1HUxAMDm6YJXOjhSdXXEvibvkbJ9muo&#10;0COuIFAuXLOCtols8URS+/HWVTCKsiX0haZzkYuxOB+2KTPVKaRMu7paZl2h+OMGY1ccIY1cONEc&#10;BrY/U+4dBv2dznXTMpPNF0MHXUeZfSt+jd2KVH1bKSyZvjbrPVtZ+349vfYD5+JxlpyCvwHlHO0U&#10;crl21KPUp+gFsHXKlmPNOCQFNcr9nAJjOBEnm9MWozY1e7kapKVKrFTk9ynPajlS8w3jgdt9WanY&#10;9CkzcBz3vC/NG3SlTdqrYtY3YvVtNGuP3xesJVgz/kqEzwpAVj1K5iBbc1UhanZg+9nyCe1v+fFB&#10;VILSBCwKwUYbgb2WiVA0RIV9ddRRRx111FFHHXX85RzTp+fwx78G/e//BOJ6q7MWl/P1FAh9l6bB&#10;o14MScpWGw3oxHY+MT+N4pZwoZiSl6CwVOjN7JXlMp1Q8bkz/x4LHIQFDCgrW3nia2i0WMZToM+7&#10;AhrqxMd7aYHUqblX0sUT4IwXM+jj/DxVNkRQXcUSohRNycRWbaKq7mEGe2rLZeUeTfajTFhNKRf0&#10;OcbgJG8rOrXbqjJOlS0htfbaz6oSKUhoq6qNhsP3BfotM5ZkiinWLFcANbOeBfYhO5mEqm2YlpMs&#10;W4OqFEe1OkddjtFahFU9OEZMLcNmPS531m+tDXtLkbrM+fsWFmB/7rnKxymzLVUlusy3NJswJrIh&#10;E/70+JZlh/gDPKW5z9oUfgbz3RlA+uWvs+F1FPiI7GCAFYE9KuHAA7RwmL5TPtvIdlbHAZMxteBg&#10;ijQot02Uko5VC+uuhYsLsu5ewvXNDfzoq6/g9u4erq6uYXt5Cav1mosuuJnUaRmHHFFz7OsymBdI&#10;FVmRRZDvZffCuXwfv/kaHj5+4jKOp8cHOBz2bDslaypnCCIerV/LXp3HNRjgcbNthpA4kkQWON0q&#10;pNgNDQQ6V5CttWlh7BvO9/OcIddN62LDlt/YTF9tx4UeZPHl7DYnNl+z6trFKrBCqbKxtzjvo+bX&#10;zWMscLYxsKDTThVzjROwRvsTNwjH3LJLv3MpBghUpExCyeQLbLPm9c45fiPbermwg5STlF9Hdl8r&#10;+Jj+3fekBBT1H0pbU2olj4uTv4dS5Td/C8RFxASmBg9IMJMLQWI+PKLIMNmNTReBope/ofM4qUcb&#10;L2VIBGk5XxaleInXPkp8AylSuVCksey9RoFfo/uqrNOo+XkSYxFlXYxSZkLqSNTzu0BEyfsbuQCm&#10;aGoBUKVeKyrB6ftaLe1c6EF5fwSHnU9qQV5vHirsq6OOOuqoo4466qjjL9/Av3kD/X/7L2D4hV/K&#10;eXnojty27rtFfTJlOgJ+WSFhEy5nWXjLGWTEs498Cm7MRQvxJP84VeaBi+bao+cqrLrplbmi6NGJ&#10;YlDylZoF4GtE5Qc5OZDnF2yD4tlUIUBx2h7qJUhf1RhYvJCgkymGbjzZi0lZNwd+kCbfBv3YBgxq&#10;E45ifaXiDZrDc24fh/MjK+U4kYugHyk0EFOunkzGIEE+VKhmWX0ED20lGWYwYEcKFbLykmWr0WZd&#10;mZlHVvtFzRUkNaDB02gZYGr/InUfrRe2/5qyjyeAkGDfmPL4ZNvz8kVTEOWMwSLZ/luBPvfa/vlT&#10;O6hPQ72zwNFlpdwpcOcKS9+X2ui/7+E/+4x0XtF36vzgvmBLEgAi6y7ltzUgBRwrUvhRQUc8yAUJ&#10;tpIaZMGkJHYL+ztDiNZzjh3Zc29uruH27hbu7q7h/v4eLi8uYTPdvt5sWdHHeWegZRzo1HIqRRal&#10;+pJtkHReoeM/HGDo9wn0ffr4zfRFhRwPsNs9s613oMIJVbAlS6uqEFOPCBxDPoQTV4/ESTkzPDvL&#10;LWX4OCoEnM6LpNgiKEQZf207He8dK8k6tvVSRtwGHGe5NdOxvpY21kaaYJ0Ta6+j3AA+D84vALFb&#10;2uV8RkxZdnoydoWyr8hMQD9/L+PW3ATvW4herMLcaxyCZgbqa4ySGUeqRQJolL1IeXKrQRR/w3oD&#10;kbL9yALb97DuD7Cb1j9vzwNl6glwE4m2vj06Veri/DiPZ85pMxEuxtkNDPy8FsG4rGQWNfu0fD1l&#10;FTq2BVN+JOUttmSLpbIXtPd6KdWg3D0CbB235XrNZ1TIpq25opLW87oqANna3A9saaYG4wPte9oS&#10;zMdF2bdiCSGcB+u1SMQzUKR9hOzHvpUSEX5OgpLelw5oUYLrdqmwr4466qijjjrqqKOOvzyjcxB+&#10;/Jtw+Id/Mn1I7yCLdXzK4cvgbWnFc7My3XNg4yyEiC5nr0W0cL6sHkRRdYgCRUsuFhDCfQk4UfUC&#10;uqWCKR6RmLdUhGdYY1r+BAN0BujO1oFm5YiVxSYISpOgaeodnEC0hi1UgSfqbHGjyVdqmY1JuRZS&#10;/pwT6BZxphhzrFqI2mbopOTTzFpkZR0C21r7gFrQkcGe2V7pq+fnEbiHhWqOvo9RMQXncHlrMGFF&#10;onXi0nSXJpHB5XysSHYwFyWLyZRjrK6QMHrKVvJKP1T0wxNdsf8yUlSQN1ftsVXXljMVfqAub7bu&#10;oluAXedUnXke5J0yjLozgM3BG82+S5i2vO8p97pz5wHf50Kyc4pC584e4fQ3r6n7yty9+IXLQ4/v&#10;dTki4hdl+L0GAq04wiPOoId/BeNmg+MZuId5z2hckOINatwlZZ9Zd0Gy+pzud6JMdgnUUOGENxiJ&#10;0mRN/0xKtk3bwHa7hZubK7i7u4X7uxu4vr2FCyrj2FzCersWkOI8K5b4XFTmt5noSXcmOddGboIl&#10;lfB4GOD5+QVeHj/Bp4+f4OHjx+nnJ9jtXjhLjqBLZPurWl5dXmNkf0xsDLI627anW5xW04UmKO20&#10;TQE63bwsgxvARblF7xWebK3tyOUPBJpwNa3TsYVAgK8bGKL5dsUWXSsnYeToW34/IBUak6wo1IjO&#10;ey5Cel05CsIVh0UJ+JxwNpdV5Jb1hxIKB1zSawW6ZBVmK61aSxVG8e90jif4Nb0WgrkE+1YdKdlW&#10;0E23jf0G2sNe7MsEcqfH3O2BC19IS0j/45ei77NRz71e32d5G2Azi6RYvp8e2e+TjVaAv7etTuf/&#10;AblVmC3FG7XCsgUXBF56Kbkgdel6+urMLttKo7JcdNILNTgmZR5t14O28dK+RqrG3fS6SW06cMZh&#10;TDZwAodElimzkRqpnROQSM9D0FHWVaOFL53kASpYdGaPt/eCoHl/VNyBUt5RYV8dddRRRx111FFH&#10;HX8pBv7Kj2D/z/8lhL/2i5Dj9tyRascmWVjkWX32c6FMDtDkEiXQU8+WTUbYVjojarHgGX7OGmIB&#10;7Uq/0iv9BXmOForbXGHD/VLd1ZfDFSde2pRBJwH3urZVZdZww6OAskZzk1p6DU7y86jN0gWdfqHY&#10;b6VJV+Ovyjwmp+oPs9GJ1EYUlE6h2AjQD1a6EUXNpxbfwUo7UCDaGAyUISvkgj5VCLkVOKJponRy&#10;WHIqm0wrSwoaGN8olBS1T2S7MYFNaUrEtG+acMi7mJUmJexTWy43DOtkjid16niLYCUfDs6W27oz&#10;xQWv7Q2LrEmzaaOBjfcqBo/ANB7vdUcS2Vdg4VvP8YXQ0L/jvv69dt8Tj+WXNuef0nDu/Zo9d6Y1&#10;uNxDCL5wCYe27lIBR4sDW3cJ9hGclvORZN3Jdzm3eQXdscjXpNsIYGxXK7jYbuDqhlp37+H+qw9w&#10;d3sLl1TGcXEBq9VGsu28z2Uc7vQyGuRDK8Q5DKLoo9bdh4/w9dd/zmo+su4+Pz/DgTL6qDwjhoS6&#10;EwwqVXxYdDIVm7VUby935jINUdMcTqxx0NZur8VBotol2IWeFH+jZvuJvbcZVpzp530HgRtkW8n8&#10;Y/vv9G9uBV0j6i+DeaFxDHnsXBLThSIsgL0p/BQQe4Nmc5WoNAK7fJ4CyVNtlBSyylDPn6A2X3pC&#10;3zb8ulq2rnbQ8Tl9hLgWu2+3Xk/LL6pFeh3U2hs0m44LMpxexFlIz7l0Q8//gFnpN4voLKz6vixW&#10;ISUemmIRObOPyi96VnhSNh5lE47yfk95e90BVqSwbClXkizn07rutJ2XlO2cbRhYlSkN7yODvF6B&#10;3o7an8myTHZxaiqm+9FeghQBMS3HZsX7+nYtj7tadWLrVluwKfq8WXMJ8npVaeprp+ZjjAIsgzbQ&#10;j6Si1IbgEauyr4466qijjjrqqKOOH/q48jD+6e/C/jf/IBdhzGxW8+nrd5/Th7Mw9vmETyZPMYXY&#10;L8pAMGrLok0YXcoUwvcQGJVd4OJZI+BpaY5/zyv/bsBDo1NDyXdyqVmW+aeXQHWzqZI8pLU8Q4r4&#10;ahqBV800aWkI+kk+EVtTWfWG8wkr5CxCUWroRBOy8m4IBvWC5PaNwKCMFHPyb/JYPQGzIIH3rJTj&#10;lkiXAJ+t6RgXduplV4qVcVgnjBeg6dWWRgrGRieuoQzVp3s5VRShFQBoOL6+FmkSVZChhaYRFPTZ&#10;vrMAfb4AcyV4ePfWLtRLrtiPnKk40/6Lr8LCUwpA95by7y9qHCkQ3bsg3g9l2EWJLxn+ld2A4Rzl&#10;9LFld2DA10E/nd96btz1LqQ4gORNZ5Dfqo0UE1AjqEMwY911cHmxheuba/66+3AHt3d3cEkZfRtr&#10;3SUFVZM12KVNdXHCdKoK5mIeskrud7DbTV9PT/Dxm28U9D3B7uWZ/40gTESuwrE+7yPQlze3FQ6d&#10;fk9xhZ3XW3mEWovnDnRRcDm29GcbrV2kYBssPT4p8gjSNQM0sWGQ07SkkBtZWeZDwwCQbL+RAOB0&#10;zmy0GbjR3o5AW22UxUoXJsh261W9V8RKICygH6umRZmeoSfmhnkFfKRZpB/pdTZtZEUz5wqSOo7P&#10;S3xlgy908Hs1EoyM0IwNYBulLZZzTiWTkEDXSI3Fg2T90XYkhdwYpfV55CanhGZn4O91UJ+3Q6PW&#10;bMf2ZKc5fGKvHfqRizna1oPVJtFFLC67oDzFjqvWJaah0XWnRVCBIB7Zc6fH2ZM993CA/iCWZVLy&#10;7WmfOwys2uTohulBqHmagOfFdg2b9QYupv2e7LkrVgt6UUYSDm6k3MolhfC0aYegZVSSSRnHwO91&#10;BEvHqOUhBDGLHMMK++qoo4466qijjjrq+MGO+Bs/D7s/+e8gfvjZZV1Eat51eDwZsxDzkyo5i2da&#10;/ItlLM2BnapmEPV3nxicgRApvZAZctSZSVNANYzjmZm6O4PfMOUXeVfmkeHcAVnc6go2eOox39Um&#10;eqKAI8MEhZn2+gsLEZh1WieHdneaILLCwyOHoFMuHylR6H4rXdiIDU9Y2kC2JWAlHguFVPUisFBa&#10;gRGzAdXKF9DaG6cnHkaEPrXYxulnUeiNqdBCcvFYKcdOurIQBFNLoqkn8DU8igXwNODHCprArZVe&#10;izRC2WZs1m61m3uXJ9qpgESbQa0cxEEu6ICiJdgeJ56CvQrmvPjfWM3oIpwFdOVr894lGFH+oyss&#10;r+6Mag8VELj3IGWzR0KRNehegYNfiqlfgZPfK8g7sRxvqQrnGZ3utO32jKLvc+3CdDzR0U/7MKn5&#10;qIyjhRHWpOhzZOPtoaESDhikJRYxlwgEVSsT6NNnRi4ycJzjuaZ8vvWKAcfd3R0XcNx9dccW3mu2&#10;7m6mf9+wNbW1xt3lPpZ2VrWsa6EOqfRiH+DQ7+CFCjmeH+Hx4wM8PTyyom/38gK7fc/FCHQQcMxC&#10;6m92C5vtqT3tWAXJx64quxmE68UgB36mPCa45xE0aw+4tTudO32+qGC2YVJHRyhU0ZTrNo7Tam2g&#10;69cA64Htr7gW2NpOXyNlg65B7kPntZbOc17yQgkKQSPnR4epwAQhg3vLKkxrxGCgnhcX7SqSf6nN&#10;6wTy+B3Dy3sng0DXaAaq032qYdUiAUcCmmvn1ZYqX92qlfbbw0Fg3/QzNfaS4o6bjBmsjZJvZ9Zh&#10;J3mlRk6jngxJjcrr2oCrqjY9g0FSyTXcwAuqHI9qqSb415PykJR61DRM20otu61CPoJ+ODp+DHpu&#10;BnzU9Lzrp32PYKXk8h32h2nZD9O+eJDXMIy8ZkkRSO99mzUB7w1nUxLc3lgOn2+hOIlO75XS1o7R&#10;MviQFXus4OOW3iEp+Oh9NWIAczl43T9ZOVk/QtZRRx111FFHHXXU8UMb+GGabv7kD+Dwa7+rkyJ8&#10;dXI+m4xhicXmNh/UyXG+TVojPVp7p2P7mcfcVjFXKkW1zKkSDVFDwFG8a6qeCHguJ6x4JDyNkxJn&#10;KeyaUAA/BoFFoBi6tyHIDPydU//FcAT+StCXZY2WxqUTquLRY7GeBR6p8g+lGpCsRl1LWVPcPasw&#10;q5tenhe1xHRb1EA7KaTAZK8l5QKqPy6mrL6Y1G5038No9l3J7mMrrLb+BlV1RCsQsJILnQIHZ3lX&#10;S7R6foS0k+j2BVHpJBFK0QK5CJcqfoyzvD2n+wZaPl+xr2AJPuCMOmuxff0bUld36vvCwsiTaXX1&#10;xXg+h/Lz9XqYbJ/fGqZ9V1DumHh/Jw/9ueUb8UjJ9tMDk8KeBDU10zHYuZHz+VbuwPZdr427rNyK&#10;Wtig+2g0kqwKP7aVkqq19azS225XDDdu727g/sMHuLm+huvbO/6+2VxAu+q4VZRtu9jAUjdtjy2Q&#10;O6ubCHyQNZcy0fYvL/Dx49fw9PAJHj89cOMugT+yUJIKimMGsChtUdiOpw4GJxDa8l8NCvJZ3wnU&#10;Q5czOFOen9N2XJRchwbzscjP5d3J9ytIyyQ2fQKSIz0PKZ65apzyQadtEFq2N7fjGnDsp9t72Gz7&#10;6T49r0Mq+GDlnLZROLsQRhc5gl58wFwIgXDc1svnHFcWPhS5sC6HGc6Uzpjf95xmkEbIOYBSutFM&#10;m1bAsCP1IpdMkKpvI0UeBPwImlG2Hf/es9W2J9Uat/YOss3HIODPYSpY8ariE1VzzDmL2o9O4FOy&#10;7hzDR3qfC5yT5+VCT5THogtEDNQiKgQMDPG4uX16HaTEs+IOUQUO0j58GFh1N5Cyb9of97TP9Qd+&#10;XbR8ZMu92Kxhu9nAxcUWLraiYqVjA7SYaYwDv67U/htE8QlB3t9ErR7Egm7/ripMBnyUcek9F3cw&#10;qCS4SMrE+lGyjjrqqKOOOuqoo44f0gj/6G/B7o/+DPDyThV4pjpYzMENzvil+gKPgrphgdJSSaRa&#10;gjhJyYAfupw3pSqBFC9WKKv49iBh55Q9pzPm1Nh6CrQFPA0oS/uURQFy2H2hYJgVMAQ4Kux4P0Uo&#10;2YZbzjnPQAVRDJh91qAhRluPWffIyhQoQt29V2Da8EsJIFCRMpHoNax1ZmiTF9qoPai1dvoitZ7Y&#10;hb2EqtOkyGy3kFU+BPQOll2kWXdBGxVHtgfHlLOYuz8wGw7NLoa5QhRPTc6Ptm226EbE1IbJt3C4&#10;vTuCzi7BUllhvI406zG6HLIfU7muS1AXz4CjuABLGN8Hqbyf55WZOukU0VsI/hIgc8Vxka3u5+pi&#10;3MllfiW28m1G99rfvnWcvAXzvo0Fucwl/MzjtSmC3xSfpH3hWzPNuR5YGQ4dzKOUb8QeOtdzKQcV&#10;cdBXJNVqhKKgQbexK8mkZFMSaFh1Defz3dzcSOvu7Q18+OoruLy8gu3lJVxsLtjSSGqsRhV92Jhy&#10;Oqb1lV+utMASzCcQQ7bJw8sOnnc7hnyfvvlzeH4kRd8zvDw/SEZfFFto3jEwZbktj0m71UNu3bXM&#10;VcmJ83KsFPZ7U/M5LSpipa8d7+X70swtPFd5lheTvClc6XgKcoRI/iHBPs+ZfGQ7HfsOhkMH+90a&#10;1hdbtsNyply3htV6yypJstcS8LIyDiuooiIHUl2XF8VMCS/XcUrLvj9BqrE4eDG9O/BvjeQNNHqx&#10;KM7gm2YHNnKRjBqJ27ji8347/bwmdd1wwao5VsVpg+/AZRfyO9+muYsjK9uCKp/xKAtUkxUYtpGN&#10;nBSFNFr6N3q/GCJ0XCQyyoUlel/pyQa7l5KL6XUcDsP0/nNg9eF2ezHt02v+G+vGYmA4PbZjaNgx&#10;tORiGbI2e+SLXav1avrbNefz0XseXwyk10CFJgSirYE+CMTm+AbOsT1+53Ha+Nt6KemQIo+WYTl9&#10;Z9jXSUswt/jWj5N11FFHHXXUUUcddfwQBv57W+h/8l/D4Zf+QTE3wnfMk0sEcZzBtBRUocP5fSS+&#10;Lc1dTMBggijEYo5vN3hTRhCbcvrhPE8gQ4k2zgnpEBaQZd7gm5RlJ2RTOFuwsxjHSGJ+Hu9PIBiX&#10;RRvJxhVmtl6fpoo4Vwam1Z6LCGaikMJmmOKxfF42LrGYHo9sTqvOs62X9UVsgx14skmZfiOriby2&#10;DIIUfIAp4FzO5WPoJwUdLIpRZYmI7UTFgWrZBoNpbo6Mvk2nAgLMSiyweCA8sccKuUNVq+TnFcab&#10;sRq6DGf8WdRVKCwjfrYOzC3t7W4Bg6yx0+ueUOYDOpdy0GwZ41Eb9utayfes7hmc/haKu9kaeweE&#10;+6z7f0cNw/Pn96cfEvEkOH17Pz2tYHTTcU+5fJ7sul6+0zGKaNbdmEtrHObsSBSoQ+UMDdsVW1Yy&#10;XV1dwf09WXcv4f7uHq5vbmFD+XzrDTSrlWTOFSVGGpxQHBsGx0Ryy4qm6QTQ7w+zMo7HhwfO6Ht5&#10;loy+/rDnrDQN/pRl926h8i5gnyr4DKaIC1TsxI2fnxessEkiDVzRyCugzxcXfdzcmz47+WNxbk1H&#10;iJ6rXbLsFxcnmqAXlwKfnxl8ke2VM+fIKr2Gdr1liyeXnDTT781K1qmei7lp2ftc6oQp+TTlJDon&#10;oIkt+cU5SSCmVa/HvP5cfh8giEhAFqO9r/h5pIUTFXPkXL9pGSlHlX5rpvN+aAHbFXTTa+vYAjtA&#10;mF4T5eJxph+/1kG+RwGBQa2tbOeO+dxH7ym0b3Wtn9ZJC2u2y654MXvdvtzUPq5S0Qyy5XZ6rCHC&#10;Acmu/sLqPNGBOwaQF9sr2E7LRDDNuRW00+NSozI9IinvRFVHEJNN8awmJMDXqtqSllGKPEbNc8RU&#10;toURUmkU/RsXdbSN7B8M9aShmizJpNyj10jPRzZgek8mwEo5g9wP5aUluMK+Ouqoo4466qijjjr+&#10;Ysf0WXb8o1+F/T/5CeD64mgaqlFDSVlnJQBsp2UVlJPcIINReGamrpNJA35Rs4fkMXLuXooPo8ml&#10;n6MzU1Zxiap9SDd1S8BTMYEyaTwxJccF7Duyj+IrMATfAUmK9l5RpYDmCxbeUl+UnLAduVhnC+D3&#10;HsiVJoaIqaDjOKvMp5B8zwHzMkEcSZ0w3XXNZkEBfjgEbn+kjCqnrbQSRi7NkGxxQpmcWptvP+0P&#10;cZx+NqiXih0xq/egsB6ewWKf1T4Li7IEPE5MXBYMpKeNuQUTC+Qx3z8+s3XGF5jhjMIP4TMe0hWL&#10;jHC2AXimaD1SxH37U8XJVt830eeXgcXveNHfB/8+F2AWj+fftwKPoCDnlFJWWTxAnL5I2UTa2uim&#10;LwJMeuzZsrllnmWUBlXXkIpK2kupiOPy8hJub2/h/u4Orm9vOKvvYnPJSjSvjaMCyLQcothykWXW&#10;vrj4IaCRoA6BvsNhx3l8D58+sqqPbbtPT/Cye+L8N4JAnIGHp6CwS6DKyjjEou743GTrlc5LbnY8&#10;KQzzXv/W5ZZqLtwRaInL+t5TO5E+BuDifG8xBXbecfn9jyyefEYnJVogoEWwz09fLTRdx1BsRZbS&#10;zQHabgOr9QChWclrctLoipqH2Gi2nl1OQMxxEBp3B+Wp++hYdpq26dxM4WfQVDIJ8YhCs1WbLLV0&#10;zqYLbNM+4ymzdVq22EhOIQFPsvniemQrL70OAmShF1XfGHr5eSW3D2zzHRX8SaMvF2p0DYOw7XYD&#10;W2oBJtXbtAwD2VubPcO1YRhVTScy8UHhI8dGTOvyMK2Aj5qLd7i6gLGffr68mB5zC+vOM2RFztvz&#10;DAbHoUv5ggLtkNV/BiEZzg4cCigQlPd9L/mWDPh8ek+kVmbO89P8QMn2E0syK/e0kb7hpt6suKdt&#10;xQVU0zJU2FdHHXXUUUcdddRRx1/YiP/hNRx+8hMY/8bfO6IQpWDs1Gy7BH5m0ZLf3RvTdqfgAlUh&#10;5zLFiDKbTQqeiKkBOBYT5uSwURvmkd+zbElV6GaQ8AT2g1PJZ/NswfmEy70DCmCyV4rOiiYwpq7j&#10;NljQchG22cLMnnYKn+RA9xLCyrpI+YNRIR9D10wFEgAEbZnVmaQo7XSyLP2DEKaJYjvdNHidSHvZ&#10;pqSxoDkMKff6AGlSRs/Hyj7KXIriAByTVbcEfF/CZty7Aczb8AxP7sqnFG+laJMhrPtydHUuo9Gd&#10;fKQiG27xgrBQ7znLI1u0/5b76LEV2CmrL/b8d8jRzu73M+Xhidu/h8bfk6cn920MyT/tBcZUsiOw&#10;RyDaGA7gxz3gSJlpT9Mpr5+23wheG1Rbl9t1sThfseG1EVjWrlpu3L2+voQP9/fT9yu4vacijg9s&#10;291uLjn3jNRIdM6RWIBGyhtOHA9J4cyt1IFVvYfdHvYvz/D0/MxKvm+++f/gmco4np9Z1cd2zyhN&#10;pcum4rJd12CdT3DOpZbvxicNc1b6JcWfqNVc7ikCmEVMZJDI560zV2gwgbFMzlEDWJO2r1D28S3R&#10;2re1vCNqcRQpmMnOSm2tZAsdKROvh2H/Ar5bSZsvZbq1Yu11VKRCgMppvqDlE75yFpNm3vJShIIq&#10;vR1LmWQBLfUNsIjVyIo/aX2Wyz7cUE7buZHzNcSWAV7bIUO8NbXOMkyTDD/K7qPcvPHQT/vuwCUe&#10;pPqLdBWI1OINWclbWK1WcHm5havtBe+btIj7XT/tLy8M6rhMS0Euq2cHp4Ug0/NObyb7MPD7DcGz&#10;/WFk0Gw5kJy/N+3TDa1fhdwxbhi+HUipyHZcAeEEV0VNLupI0utxTiWVaEzL0bWStUhQj8tL1Jpr&#10;4I8VsATHdd90+pkEoxU/Rc46DFo4wkUetP7qR8w66qijjjrqqKOOOr730ToYfvybsP+dP4HpU/l8&#10;+uwkR28OLGBB/05PptOcxJ/HGkWn7UlrpVs+dIiAswfMttcjnpAEDplihGSnxdnrmmdvnS/rOAlG&#10;ZuvHn2VAOK9UTapFYZjZjsn5e2rbspgxVygoxem8BH0nlrdQ8+VeEQVu2iwo682lFl1W5SVoCMXf&#10;5a0R9T6BlX3axKlsNkQRVXI+X5HfxOUWzp+BPu+XyZ1rn12OOdxyZx/H/v61woUMufEN0PfmXjDb&#10;XV6Le0N3ogTixNzfO6fGNgGJwTZQ8bKXoC83+c7XjQN8E1/6mYU1nj7yTwB+d26l4vz4Splm8f37&#10;wPth4re08Z7JC3xFQHq8cmZQ1Ov20YslpOgju+t4AOx30/cdDOPz9I/9dI6O0EQPbRdF4axffL7A&#10;EuoCwwrKJru+3MLdzS3c3N1wVt/t7R1c3VzBanXBNlOyl3oFPdTeO5OWuUZt/1nOxsU5Cu4Ohz0c&#10;9jt4enpiNd/D44Nk9D0/8+1hyEUOOX8Oisw4l7elgruUx8dOyTYdl3b+E7V3hnxosjfnZvtFub/T&#10;vu6dm4Fql3uKZb0X2y6643xNVx73BUiUw6dJrasJGnJ2bZy2HSkxB2io3GJoGPpR02vDsKgDxwUO&#10;lOu24ksrQMpt2g4iSdRSD7XrnrnoAyeUkk6zbi1r1i2ppj+xk6KckFjlyQVJ1N4+qjW4YTBJKj36&#10;Dk2YdkfkXLqRCp201COsO4Z+DNaotATks0NL5TBdy+UwF5dXcEW5ho3Avf3uAOvVk6gJR65+lwtP&#10;KAUf1GbM+xHKtqf9r2cL+Qu3IwdWjAaGafR6yJLe8TptYYPShEuvl+6HZPFVJR5vM1L0+ZYzBMlW&#10;nFqJW8kUpPu2rcJwteJ6y1bgDF/pjafXzBm0dGFLf6bnE1v3KDA0VthXRx111FFHHXXUUcf3POLf&#10;+wp2/+xfwvhzv5gmNlCUGgC4d4tyju+n9plwYpKyAIBcrKGWXtRJsHymdmnSAAWyKx+gfN5T8Gd+&#10;S8yQMZ6/19sjFM952hp8ijXYms3ITgFajCpa9JACj3SCAQs13MxCHeewpLTKmZLO7HemPBDQF7MS&#10;RQPQaXJK4C6oGmHUBl7O26MWSSRrlVPAJ18J+okoidcKN+yyKkbtv9Nrig6TPc3hZ5lWPwv+ffbf&#10;f8aWN+D6bcfbnQ6OW3vn98MFwD4PGeMiuzHiwut5rgH6HTeXx+Ess0/3Q+/n+6QpGWN8B0BDnEE+&#10;a5g+Wuf4PSn03rlvIZ6seH4nY5Tj0FFBQOjBjXvw/RPE/dN0cL1AGF6mxRihnQ62Adtp05Ht0UFL&#10;Tbkq4Iqc0ScXB6Rxdw2XV5ec0Xf34Q6+uv8AVzc3cHF1zYq+brViyGGgT5RJdGZo5hzJNprBFy1O&#10;GPsDHHY7eHx6hE8fKaPvE7w8kXX3ke28g7W2RrtgoblzLrfSOgV73N9aqPUan8+QbMX1Reu4NfNq&#10;24MrMvq8O9e4/orBfKH0i1juu9mqzyraUiGYTcQKSrX51mCl95pNKHCKG5KnkyYVQHgn1mMudWjJ&#10;8rvmIg+CfjBtWy7zYBjlNSy0kW2LRZFVoZg/Ov+lq2tWLOSK9+Lz73Nlwa+dIsiyKvvXtG4aKaji&#10;VuLQSFRuO52nYsuwr1t1nN9I7yVysEd+rcQvKf91vdlyKcb1Le2Da27/jSPA4XkHD6s1Q7axOEnw&#10;++G0MFwOojEWdi7j9l3KiuXG+CjtuKPk7jFonB5vtdpM65WA3ZrhKpduULs1qfW4UMNzxh9BSMpS&#10;5FINBXuNNvMmuCdHKR8Pvbbwcj8vahZtag1Gfg8lOMmNwqR2JMioDVQV9tVRRx111FFHHXXU8f2M&#10;Cw+HP/0dePmNP9AsOLWS4rwd8kjt47Kqzb2GSQqeg7PJ85kiC5vMROl6tUlVmT039+nFY+CQIEA8&#10;ywPQwZvp+TO44OdB7k4nU7O8soUM6fT80uxZKBMIgznWJMzzGbWy+bKMZFapmpYv8kRkbjmOC+iZ&#10;86UEukbNQ2IlH0hTY9AmT56kRGnXHOgrUAZVmH6mVl2adAVu4qXcJmpODFrAQdZd/q7FG6IaxAz9&#10;Ukae+6GZKNP+86rRfNbei8dw8DXw5E433fo3k+xcsmdikqy6s+yJ1X1li6jLoCKeeBp/Fjudud2V&#10;DaUL+FnsdNIkjAJsSiUq4qxlOJ7JLeTJtc86XKe2ZHfOInx8qvl88Eo8KS5rctxJTofvJaTL5XVu&#10;sWXnVmhkvfEwrcvddDA9Ax4ep68nVvbBsINxOr8cRoIfnRROYMNlA9JZ4RmoUFkAwYqL9Rqub6/g&#10;5nr6uruFH334ADcf7uFiewmrjTSYcnFB0xSvy+uFlZwzls5vTuz9dO4gqLHf7Rj0PRHo+/Q1fPrz&#10;r+HlWRR9+90zZ/TxhQRu2rWWmUZy41DOgI1GAbB9FFzK5Mv7rkvZqs5lFV/aDxpRvPlC1TcD0Eu1&#10;6AnFN6Zt51Ljt9N22nxGiDNYKFZjlyzFZt9cCAw1+7A4hxMU4q8gANWLfZu2A1lbW4JdvoOGSitI&#10;8UeKS1I2erGTOoZTzaxVabZHFa7drJTkOuKM+OhOCrxwIQp0xxkVWfmsDb5OlXUOLVxgeg24AiZ2&#10;BMn4ISIY66RsvKaV3LvNdgXr6TVuLzZst72a9kPaV6ngZP+yh6tpX728uuLbNmtqMO54PVMJxm44&#10;cJZfT8pBDPL+M0osxdCLirAnqNZLSQq1Ql9dXk5fOO3rG4Z5XScFGrQfrQiwqnJPLLqdrGfbgNYQ&#10;X8A95LgKsSbzF7f1Sr4gsHo98PthVCie9i5VUrL9txZ01FFHHXXUUUcdddTxfYzwD34env/pn8Fw&#10;/3N5/pCmuS5BJgfunFYlz2NPTpKPK2sdWMGCOzEfnv41zpVuTu1f8+cv1XzxFdaCC1tuoXYrAWSp&#10;QDoHXsJikujsxlyqgenDvTs1v5+vIbPGFfmEqfzXCRzztvZnRRCYJqkGUuICPc0UfRF1IuLU6qSQ&#10;hdV6QSfwAuREzaegj5oVp+8E94YQ4TBIcDr9PATJ6CMVHwep6/rg51C4GIoWQwN8uARZml/4Qx4G&#10;+XzKY4pZ0VPsx8ftHe4kDDoFjRwssrNKK7Z7T7XFHPiBAlbab6IzjAMnlHyfl2Pnz7WYQlbuCV6I&#10;8lRe8x7t76MoPHPbqrU3Z57unWmlMFvUiVeoapaVoZxBeSbDrFw2zCjndWvwt1SYOvd54O8kXqXS&#10;GyrdOAAS3Bv300276djcQxwOXADhp/tQRuYwSOkGrS+6taUtQ/ZesiK2DWw2a7i+3MD97Q2XcdxM&#10;36/v7uHi4pohH6mpnIGN4ljkgtjo5lDVlLhRzxfcurufvnbw/PwIjw8f4enTpwT6yLo7DlLEcRSa&#10;qlZS4Smi1rPt3WjpUAn5TL1mWXLoXM73m1kpXSr1ObtHWwO5XS3CXB4FbnkcOoYySS1Iy6ZXXryq&#10;CnM5SN626VSO5WMu3jkJgHJhRYQwnUgZGraqlpzOLS1bY6mEaQA3Sq4fK/x8x3Zrss9yviIvX6PL&#10;4aG8HmTKQtpH+BhUYDoGLU1CgfXxRByBK7bVLG0iNbXLAcu4UAsoaO9tVP1H9+tax2Uc1HhLSr9W&#10;22+7TTftnytYbVZwud1wZh/9Hb2Fd6xsXLGllraLNBe3/Pzcarx75pZnavI9TPtXQ2cVXWdc/DLS&#10;+9AIz2GvynZpeXecg+hgs0a26NJjtQxXN9mayxDZ64W2KBfDgrQrc4M8qdsJ8pFNmSBj3yvskybm&#10;nMcgWcK0zVorPSGA3cg24z2cGnzrR8866qijjjrqqKOOOn5qAONDBy9/+vvw/Ku/wx+EvWazma1S&#10;5k94BCFmE9eysRBgDihKo9BCAuWWxRdYTo5ViecWOXSAC+VePAnwzFq4zN3L6rv8nLEsZ1SVH75z&#10;0l8GuNtzutJG61wxSSonhK6AEgR1gjT2WTFHAYR4MhhEtUOtt9PMSssXQMLV7bWldVm0y1ohB4O8&#10;wOsjohRn0Mwq6MQ9KOSjCUsCd6M065KSTyY3AIdRWnWpgKMfkGEfNSSyjXeaBJPSgq1v1uerADBG&#10;XGxtPAnTfujAbw61fLY1gpvv3s6dhD0+ZfPh+bZa3RGjWyK4+KVLmp47nt2l8RwxhMUBeASs/MnX&#10;oKCBAu6dKPwYOui5gq12CMkSyHFz6BNw8KZ4VVhhlsjUTBr1UHUK1t+EbKI4TLmfyzxLl9VccEJx&#10;6s7AuqR8e+dWwNO4X454ajllZDdO6+kwHYu7aZn30/rZTcfbARoqOOByArEM4oBc0tF6ryUD1MLR&#10;MSzrGs/W3evLSy7iuLu/h7u7W7iijL7LK9hst6waM/uiKNJcOjXxFtH8vxLyoVp3KUut7w/QH3bw&#10;9PgIj58+wgO17j48wPPTE+z3eynjCEM6M7liJbhim1pLrkA+JxmQ3mfXrFfoh4le6fuSm0HBvKHc&#10;ScCXcCoubtPvDJGt5MbiFUorLrhUbGGZgdYOjC5mhV/5zDE3q5vSli3Wek8BUXI3ZAvoIBcRaD23&#10;0m7sCA75kY8lKu/wjeY4UmMvKf4aVfthk9ahLZt3UirRdm3KpePlJ+vpGBX8oQI/KEo+ilUTXwk2&#10;YBUs7T+Yz2+6TkgoupqWb7MmO2wDK7LqUv7dqhGL7PS6SOFHQLpdr6Z9dsXrpO06zpckOEggmlpu&#10;V1TeMb0OytJ7fOj49920j7WHAxz8wMcEjCPXB49aFtPTOvSiyIvpQiEdORdw1dAxsuZG4LazrL5G&#10;QCtdxCJbcN/L+yABvqTek5INuw8pB2OISbHMakFu5u1EJTg9Jik1nRZ5WKmH13VbYV8dddRRRx11&#10;1FFHHT+V0f/234SHP/wJhMt7LbtF5kg5Py0DsZKZ+RNw7S1sgIu2DOc8LLoDi4mSyxM9tn8VEw98&#10;XzxXakstlBWmeMDi9aBaTUvlYbK7nsExR5FIkAEF56bjXA1zhH14mTxn9EVuTNTAeg2G94WyL4fR&#10;a66eFxrZBK9wDIpWS1M5FdstWuahNOVyfhFlB5kNL4rKI4wCAAP/WxALLmcOSVYfqfj6UcBfTy2I&#10;w/R9dGxp6mkypCUckssnFl4SXARweaLFykN8FYwsgd+ysfMLcPYrAOjbjVjkSXlXlJ0kK6Cx8Fwf&#10;Y8JM95qSLvHhOINz7guX3+DFlzTP+td2/OK4LY8FE1gRbOg4iwwEOKill/a9QCqjoErQKPuNKUJB&#10;QQ4ZAcma2vAX2d4095HD+KPsq97yJo9f81Fxi3bBhPLmuIC3CIWK7BhyRpcvYHiDT26+T7t4Gu7h&#10;q+s5KuQbGPQ1sZ8efz8dR2SBpWKDEQYf2L5LqWRyjHix2U/roYsxZXwSJLnabODm5poBH6n5fuZH&#10;P+K8vtXFBaw3F5wL1zivoK9Jr7ncjtbCbRZrsftHBhz9/gV2uwM8PT3A4zdfw8Onj/zz0+MTK/qG&#10;/sBgsrxYU8KzEvKxeo6aTNHrbQLVGJ550XajKegsN+0IpuesPJwBWH+CX1tGq1cVqigD0/KB5Ahy&#10;PqpuZ9e4+evwuThJdhG7UAPJ8snAi+zKelZIyxzze6JTe62zyng9nzNU0rgF7wYIrOCT7cVwr5Es&#10;P1a9cQ4d/bwCbFpRH3IDc0fsl6ETqelatgJL3AQde6EZwdFVG2pLHyVvLkV5GuBFZXex2KHnVzW4&#10;oTdRVN02dNzSfrjdrGDNqr4W1gTwGHYR0BPw1aw6zin0Xct5gATH2um2QCrAjgBgOz3GFjbbC1it&#10;1nB5eQlPnx7g48ev4ePDA7c+v7R7fvpDv4fekbJPgCpBzLDr5T1skBy/6WhJhSFOj13ahiuQCzcU&#10;R7HvB95/e/o+DtyiK8VScf65AkXpyaCVLfNN+lpTBiZb46mIpOOmZd52qoC0Io8K++qoo4466qij&#10;jjrq+G4hxV/bwOOf/jE8/+3/TEQTycKjajGwIgCX7XM2C2Y7IJ4ECu/DDsczX5wjwXlz4BLguTwp&#10;PVeCOivnYIVgqQR06YN6NLBXLEhSNbo8YXuNHxVFjAIqTLWi6eZ+YbPNYEE+7BPoQ7Om6QsMhk9c&#10;aenVzDN9zpHgAE0wY4FKXTG3TY26YhWLmsMHatGliQ9NJOlnskLRZG9k8BfUDoUKBAVqkQpr6AXs&#10;kY135OBxyS8aNedv1FyuqD5Jse3GvMrcwsjG+W7xVeD3ftDn3gH7Pudx8GiZ3vxLVQPF1F7qFCng&#10;K6UAp5fdARzZzmGx7t79ilw2DpdC2BIkepyD+VNP7RbQ304ZZQu01eQ4UEhH8Kl1nJHVNpKFR/cZ&#10;x2k/b7SshfdHLxN0moSr8oXy3ShQf0WKnkZUM/RMvO8FB8NAlZqBH4esrQKGBeC0uhLNcs2tmKSI&#10;m568xZw5GBcnjjfXKrqTJNW73IAbUhZd0W6MeLbIpWMkHqB1I3TxAA320+P10+8DjE1g1Rg2ESKt&#10;LwKnURRhUtLg04IQBCLl08VmBddXl3B7dwt3d/dwe38Dl9fXDPnazYYhCkEoyyxzCzWcSxdeNAvO&#10;ibqJijgiwY/DHl52O3h5foKHh29Y1ffERRw7VkOxdVd3NIf5Ak7ZsmtgrlGgBgb6vD5nU1jY1cZ7&#10;FvR5l5rN0eTZDucoEHNmHrXb5sdTtZs38GkQd3HRKR1zi5xMn8F/aeP32iCLC1swclal7OsME+l5&#10;6W9ZqS3q7XxRiv4vsGLaobTG0p7CFu/pb5pp/yCFH4ZWcv0IYqnSj4DZOL2GzlEO4HTfbjoGW+D1&#10;TQ9LEOpgl9sOKFl+miXIa3L5Pm9KcqOZLoNtUyKjSmZdK9t1vSKF3no69j0DP1IXEhhr0n7HKYUM&#10;m6WUxevFMm285Se4YlhpEO1iu4WP6y3v500nj98+PuluQn+xlzZcen9DAZhkkd7jQXID6RgK8r5D&#10;+5HEV0z79UrCMkgwOfQD7A8E+3p5P9TjlpabSlSa1utx4dhWTdC80Xbh1ktjLxfesLJPrMfe3hsi&#10;cgQGv6dOT1ZhXx111FFHHXXUUUcd39nY/ZNfga//4T+DuNnyhAHlUyjwxXmamHnMJRBe1Bw2F7SM&#10;vSOHK76NVMoJpTXynoU0KmtzM7tcyWDwCFaUj1PkYUv2ToJObg4D9XkwFjMXsqK+8ZpKRYcrXkmj&#10;M0OepHmxRIc0IVUrNGrjZLRJNQr4Q59D3H2GqwzEdIJl7ZWYXn8UAANFhlqRJxhM7sQNhWoVi5pt&#10;NIrygb72XLARxI4bxMbEIBA0b48svBH0/gD9CKLyY+gitw08edFGXi01NqUfpu2g+XHOfY97/Jc/&#10;1znWFmN88xkFLMRvt+Q/hfU0g3UlpFvYcg3suRPAr3yhSwWdNzubXiggZd+qJVgHsGk953yxjXya&#10;CIfoGe7ZfthPq6sd5Xil+7Wtg03npom917+VNmfa9wg478m6x7ljkZWCtsD0Y9s4tcXLMRecwPEe&#10;ZN9O4qT3RBWegaKJolpGnB3qcXkug6LNPJ+kBBBGseLGcToH76EjVd/0RQo/jz3vQ4FgaWz44HJd&#10;CwNBN10QskpS2y7ll61XLVxsNqzgu7m9gtu7G7i7v4PrmyvYUhnHegNNt2L7ZLKgFgUPeQMvVM6j&#10;qIHDcJjOEwd4eX6B50fJ6KPWXQF9z3DYkXV3Py3mCLllCOcFFskOmws4nDXJunlunu2LeOJY4AQD&#10;7+Z+07LZXK2kXp+LHr+xi0Q+t/16KFt/vV02EYDt8kWvsmCBAwpStmoZX+GSivrUoetsefmhG7W6&#10;O34PlrceD7kapdwn9bJTUNutqgjZ5h+m/Sa2nOtHJRPUgktQjFtmp/uEkSCUE1hIUIpiIMjOG6Y9&#10;i9Vm0/OHmJY3qb8RZwp1LC8kFQ0/uBBOsqqPrLedWFkZ9BHw4+ILp1ZkbXt2hZK/ONR427QCzST3&#10;zrPyj+Bet17B+mLLmX9N1wr0I1gYRe3q05L1fH5hdSm9pmkf3u8O/C/DILl7DAWHkb/CNqqN17GK&#10;nay6qPtuy229rcC7VizJdF+2RfPyaeFGK1Zprw3TBFRt3xE18sggkQpDArcF9xX21VFHHXXUUUcd&#10;ddTx7cf4N67h6z/+MTz/+78sICoIVOIr86C2OgZZyT/L2XPRQsZR7VeWxYYZFrg50TuJV7CAdOUk&#10;e5bR5gplScxkYTbpKCZXcTlTLy1cxfKl6US03zlGXCY1BUiTBw3Ht516MTFPHAUAqkHVGxS1QgRp&#10;02XVhk4CA7oMP53AATa/OrX4BCiC6DG3w3qn1iq162KegAYToxSvP6r1V7KgJPePraFR8vYItBz6&#10;kZV9u8Mo1t3RijqcWCVJc0TgDyXLj0LJ+xHZzstlHSGmAg5SAg5RFIEjA78ogA8+X1/3nvy+0o7t&#10;TzAbd/Qv8fgnxAWwwi+ChLF4Jrewub3F7JaKr1OQD19ZF3b/JVo8laU3K5I+o7RNIG+p5FuCr1PN&#10;wgU4IchAsO5i1cJm1UxfYusljMyqU9on0XFzJlnDe1WLoqrWCBJup7+7WLdsQ6S5M8Fj2l/3fTM9&#10;1sATbbaRawYlT7SpBICUQJrtRvvmEDzfjxV+pFRTRa+frTs8e6XCnwB/EU+3KHN7MBZXC5bbVzdO&#10;QypGsu7GadKPPaxwN03+D9MX5fb107kl8Bc1mE4naHArghGtPqQs8arz0/rp4PLyAm6uLuD+/pa/&#10;Ptx/gA9fkXX3ElbbC1hvt2zzFEVfk4Dbkdc4SiSoWA1B8zzpYkAPu5cX2O8E9H36+DWDvt3zM2f0&#10;kYWS7kOwyaO8b3iLFXBFxl6Caqbw0zgCd+KijXvlKNQYCKcqMZ8swRnksUGWgZ1nW6mpC12xn7ZF&#10;bh+fcy1XD3J5E7tY0fSObDrmc6tDg3+CB6Obxw9kQ7/AnwQ0ox6bTizFdNGGVX6o1lKFR5Bg7BzM&#10;ixp6kOs6fuTtQyAzjAT8ptvHafnGw7QMm+m9ZQD6r5veZIIL3Orbuo7XV9vIC2yn45Ou4GAC/BL5&#10;UF4Vw/IE52GR45cLtlhdyjl4DZdvrAnQ0bFIltZWXpO188rK8UlZaUGfBmpxeiMki7KnAppWii3W&#10;mzXnTVL+30btvdv1BUO29XoD7eNDsoDT+9O0StR+i2LRnY6vcdQm31HAG30R8GOVYLPi7SNgT5ab&#10;MjEpR5DUkvQaGs1IbLIfXZvF9VwSgr7fqkp+VKBI75fTc5FqkDIASTlYYV8dddRRRx111FFHHV88&#10;cJoofvqDX4d/8+t/CNCtWc1HNpnGIzdiOp1TiL0OswIF1S4VFZaR+iziDJ/NP+rjEfQ7u0yFbG72&#10;GJiFg7NHxBPVDnxTLCbaLucdHUl2snU3z7+j3nbcDbtctpM0xKBayIiFwBgJJ7Cw8dIkL+oMySsI&#10;lDlNtkWjN2gaRWmCAg0lL0lmRTzZTK2Wbo49WT0XUsaSNU2KQgPUugvajiuQj+AKKf/6aRJyOMjX&#10;oA28YnlUFSBIgDzl+AngQ2khVAUEKwEV9BnwG6NOsMpCFFsfn6FWe7VlVdepqehOsbAjx2UhQ/GG&#10;p06Btc9S1KFkwOEctvl5pfUZonYe7n3JfT53+HMQsDwol7DvleWhPMmW1HmsrDMQ1cDVpoXLbQdb&#10;UuhNk3eD+GKhI9jXwr6PqfEZ9fggYLddS8A/qdZaJyB5d/CwbgXsNe0Iuz7wfhhRlIOkxCH1TedF&#10;mUUlMg3tk/sDX9Qwq6fT8hhg9H+83Q12ZlvnAjAvchDL1ebNgl+W9bCCCxnweAIZpOgLNOGnnL49&#10;rFTVR2U9Po7SXeykpITO49JnDAxPCCQQwKL1cnWxhuvrS7i/u4OvPnyA+69u4e7mHq5ubmG9ITCy&#10;YdVX4zPoK0stMCnUrMlVzu2RG0hHGA897Klx9+kJnh4+wePjAzx++oZ/3+1fON9sHAa+fwJn6Xt5&#10;YUNAH2qfa8oiVQ1s0Qec31VcYf91CsFAWmW9qsO8WkKTkkrzABsDMF5LP1KLbwHii/eaBCf1zMLZ&#10;dmDWdNnwsewSV6DHSl/dR6TQJKpdnlNZwSfBoqoNG8kxdd7gl7bAQpll6GdqRVm6mPZLkwjyvjxt&#10;o0BFHDiwyrWJjdh7aWnHadsEUWSup/2AcvS6bsPlLKQuZBA6PSABZclbBX4X4ss0EWYXznBx8kCz&#10;aDu1a3M2p+NyGIZ8BPy4iEPAmbOilfRI/jhXs1CvEzjUM+z00aWT3M+VtPoS2KM26e3FFWw3F+A6&#10;Ok98w4UgUlDTTOeUPeyppXpaF9IUH6XDgzP4DnxxoJ/OHcNh5P38goprVtJQTfmA/DiUG7ha8XfO&#10;DaXXYZmsINmhtKwEDy3fVgo9Ro3DCPJvrJ4fYT9th6GnUg8p96iwr4466qijjjrqqKOOLxr7v/0V&#10;/F+/92PY/egXWG1BodxNclfJh+6WoB4H5kvWlSsmE+jN4OVU8RcXbCT3wFohwTGQcfNguxP4w+Fx&#10;Qysu2QhaK2TRohtsgu6Kyde8MIBv1kloeswoKjr+/hqEOWZ7xb0dFDOvdCdnRiKnP6stl6d9lrOl&#10;kwXv8yQS08RXJ09RLEQEJKC0v6mNTJoxIQFYtNZHnTRymL7CDAGgAvkwiu1xIGXfNAHZ9SNn8R20&#10;fINVepo7F6IBGeCQ8lGtvAeyXdL9SclnUFABK8NCyNAR4ZUmRzjOMoQ3tgQuCisi29nmEqAGi3ZW&#10;nMOW5QOlNtUvgGkO0SIu5bGxtPqd3o++G8h5+v7+O2oyPpsveObm0cs5pI0CS2jCT5lbm0ZUZ1cX&#10;09e2getNx6qfrpHtxYAuCuTbTxNhstcRSKZ9ie5C99tOE+2Vtnk6nlwHhgkvzSgWUS8ttD1J+9T6&#10;3ilcaJ2Bdg3DbzwrCe06wbDIGzzaD12GdqV6KeLx1YBzKjTn5xZFAn0NI/QBOlb0HaDDPQO/RmEf&#10;n0e4ddsiFJAVRtQ8QFCIihVi9AxoLrZruKG23dsbuL+70Zy+O7i6uhHQt15N627FgFDUWBmenToX&#10;2wWQyK2k0zbZ7aE/HGD3ovl8Dw/w8miNuy8wkCVxoAZZse66smncLc//7zimnNqvAZK6jWGYKvhY&#10;FeglZ4/z/jSj0Wsjsam6rPwj55zmS1LuREEL22JTM85r2Y1Y7Ct6QYX/PmTn8uz1+KzWsyZfBC3K&#10;kPdTOl7GKKAavc9FId7KQrwq671EbxTLIPmyckUuREWTdM6mi0ykyhwbVrDRdqLmZDouV+stdCuy&#10;1q5IwjY9TsPncFrHjeYtaIRgfk93OUNxXqxl9mxS3zm21VJ2Hef1raSYgo5F73MZi5XaiJ13JhXW&#10;ii6cnfeclooQGWvAJRiIcCM5eXwBwUlj7/Q7auVJu5PH6wfJwZWsPFHdHQ4DN/ZKhIC0W3M+3/YS&#10;3BXy8ULWYbIh22vyeuGOG+xJrRdEtRc4/3bg38cgKnoCfKglQgQX+Tk0LiOqKpctwfVjah111FFH&#10;HXXUUUcdnzPixsP/84//c/i/f+m3JeuGcny8fkCOnnP5KBKbpgak0Gq8hOFzjlxhG+VsOs6RizmM&#10;P+Wf41wOZB//jXTkZPIUnp6mzK5Qps0iAN1iSjXXsMUIRZOhNc3G2W0ZPS5uk6pPMKcrW1tPQCh/&#10;ZnJXPmLEAlD5JdbRZt2YWx+9VEpyiJ3BAwZFaLlRWKhWMC1IUGeTTxNRa/ET4CClG5gKIVhgAiG1&#10;34LCvqi2OpqkYJAmXlL2kTKPSzcoA22UrL4xOAniT+29molGmWopow/ZEklKwUEbgznjz8omdT3H&#10;NHVzRzGP5eT+JGh5DxRTpeQR5Cpn82chnjuCh6e3+9vIzunOmGDiglS7WR8zvhvwzf/9bRD6rnPD&#10;e2Df2a312t9kUOi0QXezamG7buFq28HNRQs32xUr+1SQJW3PINbdYexgHHXiLXybYd9qJVY6YwUh&#10;UC7WKKotVb42foD1KKUHBlc6zQYL2rZNxwRZiHsGbZJ5Rva8sYAnJ9uOl8ojbVaO+OrmnF+jmEUW&#10;kPJq5PKNBkdYUREHlXKQdTeOojjVzDShLijnEsrmm/6TRmsBW6Rwur7YMOj7cE/5fPfT93u4JtC3&#10;vWTYZy2gvIV8mZt3vH/ZRQFURdLhsIPD/hmen3fw+PgJHj5+hOfHB3h5fobd7pltiFTYkco44ESB&#10;RXGhp/HuxJ6m4EctvQz1LKeNAV5TfHeSk5ZUfhki2d8WCCrtmK7MajUnrR6j/DcYz8C8/D29V6Be&#10;tClAn1l20WrrXc6k9fxOK0VNpngkJbdDA3rTOghS1GHvt+AzwDSFfSrDpfWCFozgjt+b2IIr50RE&#10;Ak4jl6ZwIce+YUDarnawWneiWGvX0/FKqrWVKCxRNc+Ir7wHlhe79Bzs5ZgjEE8qPFLgUVmFV0Vf&#10;CYFNRdqUmbz2ozViuxMAnpW8YuuV/YkKaaQIg495Btstt3hT6+/DI10koH11P72/DfwQYXRa3hHY&#10;1ovUdh3kQgFB65HvF1K5jqiEqexELujQqqf3TG6kntbrQH8TBPgFLfMQ+3tMQNgOMGnnbVW96Vjx&#10;WGFfHXXUUUcdddRRRx3vHl//8r8L/8dv/DG8XP0MtNNn2G76UIutF6lMC8kvS4UQlAfnVe3ix6At&#10;eSCTQ5rQNJAMVvyB3Rpy1Wpj5MCXKjcslG9mV4XC9IsLQ5CbB4GX08B0r+hULaYKwqjB8ab2M9jn&#10;sHDlOn2umCds6LMiA0srcW5+jbN5Ps4AQNksG/XPWV0Yy+mgNkc2ZlUT6549DscWqdLDaXZfdAIm&#10;fJo0y4O7IJPRwKvJykNkkhmiqQhEVResDTLIcoRymbQBlcFfFIgngEUepx+lZIMsTgL2FJJo/h6r&#10;AqfbDlHg4qBlCogZ7IkiKCY1n00Y0zpx8RVYJYowvwTH74RbX2RxdafB3HK58s+nWnrdyb9EZbaN&#10;7oc4ywP8aZSTvA4u3WeC1Fg8Xn4N5+/fYIaVrMqaficLbauwjoDf9cUari7XsGYQaE3MCqIJIGtL&#10;NIbcakrnJm70LSDy/jDChpRIBF2ohZQuRHjJmhxjVm6l6H9TxylQ5+LeRgtyyHLMQEX1f7481uVi&#10;iIO5ephBOGRFIEJprD8Pgx03Mo/T+VgsuwT8Olb1HabbBwV9o6qNBfQJz5SLMymKwLVcXEIQYr1d&#10;wz0r+m7h7sP0df8Bbm7vYLO5lAIDBn1q3fU+n7eXiBYxlS8hNyKPrAQ7vLzA4+MzZ/M9PHyEp08f&#10;YU+5ffsXzTwLWSG7bMgtG5X0ooYomO28KKo8AigtA2JT8Kk9V7+b9Zi3HYM+bbBV5VvK6PP5+Zeg&#10;CGFxGCPq4rnZOd3hXLWHuRY33U6Wbl+APkskzWq7eGJ5XILQTvMJo5ZJMMTkHSSIqs9b43CTLwyB&#10;vH1bQ7JlWgr29TOw7AtVMWetqsqcAJW9LXbdCwMsVvkRLOvWDPuappuWodXPBk1+H3cNQGpnzkrX&#10;VFJF+ZzURkuwb72CVdMybGus4dgKWhbnPlqiLh0jsi1VnCvbkM4HPr8+UbnLz/Q8XIxBwKwViEbW&#10;WyqoIRvudvp+sV3BNx8/wePqaTpvTMfcvoHdfi8XAei9btrPR1ovLKJ9kUgLVf+xBZdUgE62rJTa&#10;NBKB0UvRRn/oxaLLYC/m44CAaiOfobjIgwCla/h82FihB4M/X2FfHXXUUUcdddRRRx1vj/G6g//9&#10;v/ht+Nd//e/DihQQo0A6z+6vmPAZ+sgTFlLEWbYcTRwow8/KORxbzVSdRq2WKIH6oAUSYivKOCbC&#10;vJSAJ1IeC/vvkpEUCrYzM+Q0RY8FKNEwdNW2iTkvmMqvnHw7VUlEBYBOVYCj2Pj4yr7N4WIKBHdF&#10;npBYyVSTpmUYArDECmvaCpoYZahlgM0lFR/btFTJRL8HzWoikGf5TGQB4/XsJJuJMxSD5idiYWyi&#10;/CzN4qOsM7LRxtHstTEp/QSEupnS0ZR2qEpAsvES1BsY8knZhoC8KI8XJbNrSOUbblbAEUIuOTC1&#10;I2j5yGz2+RkgLp5qX37nOA+63gP9TjVCvw3moisVeYu8tyL/67sDel/2eOVyvGVPTMzeVEjuNFA9&#10;pcRkOOMwgQGCAXydofWa5QWw7hq+qGA2RtTwf1OqCqAXmGHHD63okZQ4035KwIfswmSzGzqENTqe&#10;gA+0xgNm+7gp1BRQm4pQMt5iKk+I3qUstaZ8fVFPU5o7Z/lsjkEjSgg/5I4LWyen9KCE6NvpGG/J&#10;hhv3sAJp3SW4R4UcjvLDGBgEvUgRRbEMRTusl0w0VgORvXm9gcvrC7i9u4a7D3dwd38L19ei6CPo&#10;QYUCBEBSjgCeK35xKbNP7IgBAjWG7nfw8vwED58+cuvuy+MntvJSwQCDPqIlptzVYyhl5AHmJnDj&#10;RWbNdaIwJAjiTMXH2WwK96iMQZtOWdGnVl7OZ2Romfct4U4+QSwGX4VKD1P7bZEIOLNeY7bcF0Av&#10;79qyT5bFR3k/tXUW00WODKVQAKWCKm6onWUPajQGr5fA73FiOzaFo8vHkEK+VIhVtDvbRTA+YrT4&#10;YnaZAmWfR7bGB22sjdDvnYJ0z1Cu7SSTru3W04J13NbrvWT6gZcmWi6PMgAJap/m98ncBE373HrV&#10;sOWVoZYq7ux9bP5upJEU8f0nemfK96gKW7LwKli9cWKLpUIPx+pFau5tGWqu1yt4fHmZXvMjr9PD&#10;wUEPlKOHYuUdR1b6sTo9KeedFlXJ+ynlA/qmkxb76U2Tsv7476Ics6LaE+UkP3/biuq4oTbylawP&#10;Wud0XDLL1uWsH13rqKOOOuqoo4466nht/L+/8ovwv/7y78PL9haaYCoyZJDDdhEnV/yp9TXwx38P&#10;aAUQKIo+A18E/dhSBJKnQ9DQWfOgxxRCnpo6LYxdqinT5JQmPMEd2+O8TpzzTcUErYCCkqlXTARm&#10;CjKzm8lkNbDETCEXuGyp0nleLPzCVDQRLVdO/8brcnqfm1ldaZXymIpK+Pn1MSW/J0BWChZqDi/2&#10;aHoZ9JycxNRoxL4qFERJqTmIQdWTTks6bHLoixD5KNZZyQoS+yNNNsleyxbcKM24pm60ZkXI2FJC&#10;5hXqRbX+Dqr2M8jHj69Qb4guN+3q/dkWaeo9BX1RH7vMdUqTaBdncHiJmIyrRSz3k+8mfw7dSZ51&#10;BGROQ8AS/B3/m4NlNKA7vt9JVd17Gn8Lz2FaRwuz+6uP/dbjvwUW82twn/EXsbDqJfjlJFdPJr8C&#10;fBpVZRllm3NhD7mAQI41R6I3guLegGTh6bcjno8PtaMSAOT9OWrepO7vurT0OBFMCeVS2UZahMYV&#10;KitIoIcA+RghXfAQAKiAs1hXSR1GF1KoNAFzGUcXqXG3nw6LcXrpvRQvJIVySHAfy5ZT+m9aT6Tq&#10;u9xu4OLiQu27d/DVV1/B5dUVK/qorbRtOlYS5QKbU1vQ6lClxEdsiCMc9nv+en56hoePn1jN9/L0&#10;CV6eSdG3h7EfuFzAFftaoxdG8i0C/lyZ3ecbzeETyEfQElgt5VK7KSv7FJiIm7XJKj7n03nV8lBd&#10;0ZjLKkGEQnmeTvkpNxRjUUaiCj87L9m+mjNhMVupo+PtKBdZRP0YFCbLbSHlOHrNDexagcemSkyt&#10;rS6XVIxOikOiXXiLmRyLELMA/DNWqUAYSlWlO9rOHP6gBxaBcCqOQG2I5eKX6Tl6WvcEkDvK8OtU&#10;cTZ9n35203dS9Xm+z5pvo+3mfMv7IlmU6T2O23YJ9HEeZ1HIITvu4oKLwlOXL0CmI5hAmxerMsIy&#10;VzJRTmk2jtq83VnJmMDithVVHVmJtxuBmNvpeFl/+sSlLlCkj/BzB3k7lqKNgZW7KHSXjwe26E63&#10;UfMvKQYJz9F7I1t8GZS2Cqk7zgwkuCdKx1aBn4BA2+etPdpeWYV9ddRRRx111FFHHXWcHLsPW/hf&#10;/v4/gn/94e+IgmYYYYUtT4Qdf9hGzu5hFRl9TO5U2aUfuPnfQXL7DFz4IM27NonjCUujE6tGVIHN&#10;NOlOKgJvqjj54JwBQTHRczmTD3N/ReYhmkHlCj7ideYUI2oBgldI5kX1opZcCfmXiVmwfLpS3YF5&#10;QotqFZRmPpcUeQQ8xXqFyVblba5BE0tVUBjwY7thoUay25aBaLTevL4oVuaMkJR7HDvErZIyWTEo&#10;yhYfDWWXQkafOag+JxVrUM4e2W9pAkelBpShN+jExUo50srHY+upZPIFbdoVqDKqEsqy+EzNZxZL&#10;Wmfy2jGBPoT5y0ZrGC5n3K/WoGT0cFaG9w7uV1qA4zsY1mc9/Az8zR/GlwLVWdb8UUd1WSP9Dmym&#10;iinnjpY9P4xs2zx5fU2leOK1nFkJ6N+2Sp+0Tmv+ZFoeVZeiAmPeL6KH2Gi2n6rNElBTUFIud1C1&#10;DYN1VGCRoL6XyTkH5gcu+BhV6cdNsqZG5TIZATSiLpP9l9SGcQYZs7LX6zI1XvIH6U4c5k9gZhCr&#10;JseARjzJeBtWFgeGLQ0BvrCHBnsp46DGXcrow0HPaahlHOmkoyjOMxRhux8BhM7Der2Gm9tLuLki&#10;2+4dfPjqK7i+uRMYsdmwksmrCsuUV1FbgMsdKUUioK47HGHYH2D/Qhl9Yt39SI27Dx9h9/Iirbvc&#10;MBp0HUIukii2m10sSfpOyyL1Xi2MUqZAeW5EfpsC+KWyDf0OhdJZnKM+fS9Xujg+Y351roB3CdyB&#10;hbyCK9NaC0WfPQZv0xhminFWfKm1c9Sfe1ZCxqQcdZoB2K2kJGK1knw2AuCtQh4sLt6w0tuZstQr&#10;AMOcY+oXuxbmTFwke7MWdCQL/ew8JfZ2ygO01x/1/YNy/EiVBlqQIc7TPW8LBlSsHiXgt5p+bkWN&#10;Ruq06WucbqffKe+PAV+7mV6nl+bdruUGbVFnWg+HRQBg2ljpDOjsfSJmvK37EZePOJet1cvzvffl&#10;3pws4FzMQ2q69YotvZvNGr6+vJy+Xwismx5zTdCS9r/dtD/1B1YF8/am7Tsd2/vpOKXPMsP0hkp5&#10;h9Sie3UpGZjUAizK02kdTI/dMNjt+LgkNSGr+0yVqipWN8sqlH3KrMIV9tVRRx111FFHHXXUcTT+&#10;1a/+R/A//8J/CS/0YTuodZU+HIcgwIrsotP3JmpOFcoEVCYLqE1/Cv6CfSAX+5ypcBgsMQCMoqgJ&#10;otAJpdrMRy2RkL9ndRwrAS0QvijhS+outcg6q2+wDCINWHc5Q8km1U5tojm3T7LlTKUWbNJlUwBT&#10;GQYppwAtrZDSCcfADBQgNOCSiEryxOR15nB3VQ6p9ZfEfEHLL4LaYkVpWExAuaE0pgxEA3w2IRwb&#10;KznhuKY0gfZqo07A0cdZiQW9xpFBX+SAcVItUYtuz5bcKPBTJ3Y2AVzWYyAD3jz5JygzKMAcWSnp&#10;UzbZiIUNUssOUNe/tTovR0y3F0q9M5l9TqUf8Uz+3WuQrhzhC4+js3l258Cjc+/SHMZTy16AHHgz&#10;R+8NbaM7hpznVtO77MRvFYQgHgO/4rF9ehiv8C5LkURxpzmTUfL86Bgy4M13pQmymwMLAcuBV5Xt&#10;26bSo9xIsuHx8aBt0b2CQWuNNjUf/2w0lsGGgMalhdCgI4f9e8nX4mZhDQ0cpwP1oCUGdP5ookFd&#10;d0ROG76QEsCTchpIyffCeX0ee4Z+ZOGVPNEgFxEWF0VYcehjyvgimLLZrhk63Nzcwv39nbTuXt9M&#10;t18w6CPoQFZXPvb8vCl9vi0F8tFFEwZ9YYC+P7Ci7/HxCZ4eHuDhUay7Ly8vcOj3DDzI4ivZg3Zx&#10;yM+Ux0kVzexKcWVqzJV2ZFAQYllmAvN8hiOWawf5IojFRywt9yE1M7lZjERS58Ws0rN/pgthVqjB&#10;uXkIKf/VbmMAqkUx0t4qIDDwvidwlN57+jiyrTNooYlZYzdsy53WVRv4d6XaWUyJWvaALvnAk2ZX&#10;ZGpSxAGLMhXLotQcSlPWJyV4qarVzwAE1ucXvyBdHJMG31HfZ0cYqcDGi1XXceZey9ZVgnqk/GNr&#10;OEG+sJ7+lkDXdjoG6YIcIStRrVHmH7+hEcZilVzB+TS3EZwpduXCER3nnS6r5NZ6+KwEBCe2ZMkQ&#10;7GDjLnj5CXwzWO7kNdDz07ajbUKfe1jlz1AX03EROQt0ej89jLxuaPtikM8Ll1xGE2BDbcat2JdJ&#10;wUdqWlIQchswwWvIF1/4QmAYk1KUHp8ei5t7h77CvjrqqKOOOuqoo4468vj071zD//Qf/x78q8v/&#10;gD9O+mCT6elDLapV1EuhAn1nZYxmF43RIFK2zoqlJptp6K6safAKnzwIDPMSrE//5s2u6YSysD1P&#10;J2MumuIjsiKuAUjZdPx8NFHxCvgal7KLYvQMCs3mg86dgBQ6ybQwb5CJv9hOZYLPMK9sVyyLGFDv&#10;y5MctUKhhpgrmGw4OH36UN56fR7L7JMfOddHm2rN+ipQIiYLYwIv3kCXWKYkdyqq6oHsRvaaXFI6&#10;CGxAAX4aXm/qGZsgyetV1R3bcB3DjOUy5Rdu+MmlxsiYguet/AQSzAtqfzOwF3WiZorBWDzy+doN&#10;haO6/kOucTlCWjPd4QnIdqyOOzXfw8+DWwX4WDxZWv6Tz3+OAzp8pVQkT7S9KvacK0BjadUtntcv&#10;CmPK5bHI+2UeZtrdYzwCWcvVF0slIr59ewn8DPT5EvT4bGVNJtE4hwyRjzmBGrQP0/GAsUklFFrU&#10;KevC1FQEV2iCPIwC+APmkh5tyomqJg1qSx+jNVXL8WoXHRrvExAJLjd0O5Vs0tJLuYiVDniGkqj8&#10;il4OW+C9KmRjSq5LFmNa+IYgXwis6iMlX6sZfQT6HCn6hIKqYjdon5AvVF0osHF6HoIIl5dbuLi8&#10;gNubG7j/cC+g7/JKQN96I43FtHclAGeXUWxfNqDBXcJ8zh3Vpkj5fIfdDp6fn+DTx2/g+ekJXh4f&#10;pt9F0RcIckzL2CTYNo8YcKWyzKGqkr1YQhnitXy+axpT7kmxgty/URWl15xItU8v9tvsy8W8j1qe&#10;KYbCRq+RC0VsQLqMZIBJ1aB0xyHI7xJPMKpSL+r7SlbuERhiaKwRCvLzyH/PYHB63LYldVvDoK0j&#10;qI1ygaRRRR+4opXWYVa9e9v1s7w9gb7iXMYMl+MyfDoLSLyGy3fQdxQWdnu5f0wqTFXaqaLT1gO/&#10;c5G6bqR79aLW730qdmGVH6nWONuvg9VqM913M62bw/SA16w4pYtXQzsdz2E6rl0ra52bgwsbc5Fp&#10;aQUjw3RfPx3XI1td5V2CAHsKI3GQylTSeohLCb1Gfmhun5yHND/Picqv6zbpXEaZgqx41fPB7nCA&#10;/aFX1eaYgBy324e9lNbQth56gYNRPicR6JPHQnKk8+cZOmNzrAXZf/nC3MgXIg0cUosvn5voIl0/&#10;VNhXRx111FFHHXXUUYcoAf63X/tP4H/8ud+Cg58mUTSrJfWdOFpTSh2LKgi0AdlZpg+X0wRrjK4I&#10;2ifgNsyByCJCTOZxQeBUo1f6CVKNOtnXyYPXO7OKwUyEXnLp8jzFaw6gTKnZFqf5f1RCger38Rwo&#10;6OfKmxxOBjJF1Tw+52YqN7KvUpMelU6MEReAJFuBonNqV9UA+WhNilGzlLzkGxKE5CZcbSJW0IbJ&#10;yhpUQee0yEKVH2ZPpkmNFxWD18mc2ZoaXqdeVD++cGkmkYfYvQgQEmgYOLcqpgkdqo2WJqKjWpdF&#10;bRiTcoCUi3w/wNxEDL7IpYoKRwqYZO3CCukC2S1RIHIEzNbgBIQc4FFjbd6ZbOL6FnaLJ1RHMn/D&#10;OSWzZ/Enb15wt7e1dzgDs1nZ4Yo9LjdJLx7fn3gd0b/5nKZudLrwpZVQMsfiTLwkrNmfAKlxtlzO&#10;HTcFO396RZ2yIC9vnyVlleWq5SnDzXP9+MKAqr66Ro7zVi8QgAF6dKoqk2PGO1HZUrxc1AA9rxcQ&#10;eN9Ti3k/TZBJudqPEorfD6rkBQEVBk5EHRb5AkOw9aKgr1E7aeuz6o3D9impC2MWX1EWV0NWP7HN&#10;rgj6eeT9vR8l+yxQplgjFwt845KlmlR8XgzH0EHPeXyAvYA+VfWRfZchC/2tqQu9MR6cWXep3ZTa&#10;UrfUunt3wwUct7fT14d7uLq6YYXRervRNtKGAQfq/ukQklyQ9xfbHYIqdoeBizbIuvv88gQvZN39&#10;9JFh3+7lGfbT77vdC0MOakj2eqZMSkavcLewYps82atdV7LMVrJdmkLx6XyRXebzbc4lxfmsxKnY&#10;tYWHxwIAoUSCKghElxpa5FyYRH5q0SUwqApQPo+PCvdoXyBrJWfaifXbVF50rh30PgT6GN6gWMOt&#10;SZohUjvCJq6m70GLO4zm6XIWjbzGLb3m9XGmYdT3AMuK9E1xiUtfozeIrueApsDtbnZCAgvMY0u3&#10;XbA6fTLU0il5D5HWW3qwkbfd6AZwByr7aiXfb7WGnlpvLzbTfnSYvvawvbiAw2ED/cXldNysRflG&#10;AJr+pqi+4fceu0xE54jpOMOw4s8QfCkxdtBCx6pC/hRj+cHpUpU7ccHIwLNPl5+6tZa98DHUccEG&#10;wdhutWH7bTstP50jHwleTvv6qttzY+8YWz7HDGHkdUzNu1xUReedXhqo6baRADioi0E3QRgV9FEM&#10;xoHu3wsk7HtVf0oOYNALlAQEK+yro4466qijjjrq+P/5+Dc//yP4H/7u78H/uf5Zm7moii41GySV&#10;lYSgS+OsD62IAGhWGXTCoWAhRrOlzqVBmKykwGo9sgXTBNaAVeuz3yxrhTSjR9Ux9vfyPag6UCCa&#10;wDL5S1GuBJkgsvJDVIMxihoO1AIreEPUKAaDaGowsv3UsaV1+mwtdlbKBwuhxB6iNFHLsL1mKbLw&#10;amfKKgoqFaF5BwM/U5iouoAAGD0AW12DU/UQaM6dSyHtUktrEy0vriavoI++x8iTGbM1u2KuJm3H&#10;/5a9d/GVZVnvg76q7ul5rOfe517JXCOLa4KtGDu5tglyEBjJ2DEC/lajGyMSCxxFKAkICYIEAhQp&#10;UhIhINg+e6/XPPpRH/W9qqp7etZa+5xz7XvtrqM5a+1ZMz39qKqe71e/h8gAiTVSUaFlBuRiPygy&#10;WS5YVZZsDD0G5jR1mSTLmEElZjIpa492ujcp3wTiMQ4QJraUsUHUGwqNJXM5bda58xTeUuJ8qep0&#10;Z7HNE8QpoU5fgpK/P17iTIyJF1Js3VwS7TvSe0NmlZ2l2zop3BHeA1T6NwNMztJy3Wtn/nKsB85f&#10;4CwfdsJ8I89QY+UQUNbogxlylfrfOR3Xk/MUgnjbcRCCko7pVV3IwTMs4Q0qXx/kYTJcmpPWlYZR&#10;EEsQBkndDmpJoJ6Z9Dux9ZyyhjsNJcIgad2VemhyanAdt0keebWkByMvn0i4T1cHzdzO/oEkD6W/&#10;+0BefPQ4xX8fGexz4cj/pkUWBmmUUYWYGbMuzasi3SXG0Hq1gu12C7e3V3Bzewt39/dwd3cXf7+D&#10;7WYXj6VhqSKx+lB93wygLmX0fHzOJSCEgL5Ogb794Rlenh7h6fGRffpeXp7g8LKHtj0yCymoBNEA&#10;Ujt3xujzhdmqMbjF00yku5TEzCw+EDmyIlQpqMKb/UThXao7LXLWsz6dg5d0aSKDewr8BZWMe1vA&#10;cJjOd6+WDwTmyHkYNIiIPB+VjUWAX2/MUBB2ltkYEOCMGuiAwrBmWM3LvSr5mqqnpICYCn5iXt1J&#10;oF5Qn1Zm/wmYWinQ5/R6IhR+iCDMWDuXoxnKto2oC4EhhR8J2zKz5Z1OOrLUpSM9YEoW5qHlHYOf&#10;sr9xf/qOr2l7OsEQ+0d1aqA9HqBrD3A8bmOf3Ma/7WFNgFqzZh878vlbMXCnYCwqiMry2Z59Atv1&#10;Kp7zq/hcz554vIsUcBLfN6ABzGOYb7SYMZ6IUyiJXzloFEDmwBOV6DdNxf56DAquxKewfiG/wbgv&#10;XctMP3o/9QcCh8kLlPYt9Mry1HArgx+Dmvn2NfJ9meat9nCCY9uyPJ76Wa+LcWxZEfLEuoB9S1va&#10;0pa2tKUtbWl/RdvQePhHP/rb8Eff/1vQT4IWsrG8FBaUwotagFWD+sIFKUYITxuoGh/0O30YVLop&#10;hYSBYEkapIWbSX6FNZOlcEXNL7iHV9meywWgSGjUu463I95zVPxXyt6rqbipLLkW9ZjEq8ir3AsL&#10;N7YUqstAlTChKHGTvoy3sXI/tEHlVSpFBjHYB1cat0thKGBfSLJWk+uytTodTyUllhmYm0+g+fQJ&#10;CGFAX+Dic1B51BgmUXBMj7FyAoBUvlcmD2S5EhhLBvkc8esTyyOo559TgERSiC0XJJgE0kR7msQb&#10;wAzPzZtKgjfMc9DYfCayRfWkE/+ibHQfLAFSgcZLcBHCWDg8AgBfx/qksEUtocI8cFY+/x7Yz33h&#10;86lmvCDjZbnbDIvv0r64V8IxLHxzjB36NMzdRVA0S3lLPPMMg/xC36szLJMB3VGFPT5HCrDVypij&#10;/rmuFCRrSNLoYcMMHy8sn0rGPzO+is8TO80gI31Q1iCKL2aS0wVhZCWvL9sHpym1K9lXlgkTqxk1&#10;ZdaZbFRSyWtlnvH7K2Makg+pnNGqkPAS0MeBA0lWTHJFB50GewRU1jBKYJEw+1oGG304xQ/fx7k4&#10;jvPQxv3vZAEGZM5wFg5U+LLxuOckT2Ej3VxdiUff/Q18+OoruL29h6vdToC+9ToeR63HMtcBMuMr&#10;zZtB/MO6voPTcQ+H/ZHBvYfPn+H56Sn++xn2zy9wak8s3TWgz6tkmedjZwm/Xr1Oze/U7hteAzlq&#10;YfPxIoUvkmOrZOmQgD6dmJP7QiGHdgW4l9K9AVKgQ9BUXAueAk1iHgYLT1LPPZW2Elh3agdmZh27&#10;ViW5FLZBbC0F+mzxRrfL4N0g2x80kZzvmYNBvgJaVpqGbgFVbqLTxcKyAdMNVETvHIpFQLV554J6&#10;HbpyMYKOr2L2ogGZad6E7JMZiq7AVhmoOnQsw35cPn9p4g4ZSHXF9eA/98K4dT3vHZ2/6nSE0yH2&#10;o8MLrNcNNJstXD1dxb65gc0uPrZXcS5Yx7G/SqFQPZ9zAk87/gwKMWm2a9i1AjBfxf4edsiAYaiQ&#10;gTjQPhWK639xkSMoU1LPdkXIvV9LH+bUaMfycgKgaVPrOM62TQOPqxW8HI9wiA/vXwAPR/G27cQK&#10;hQJsGNhFYYQKCIos/Wb2azw9TRyT9L2E+tT+cGJQlMYa9S8naxk8/6zYt9Kxb+UC9i1taUtb2tKW&#10;trSl/RVs/+qHP4C/+9d+D/5V83H+S23xvZe+Bg9UUA1SHLUsLZEitTLzLBeLHtXLCftA/epIrlKC&#10;VC77PLEcy9IjkjR3XFB6jdY103Z+lmVcIQVOVB6S8X1jBSBL/AJ/+a1V9sdshvh5lRbkLEqr5FNc&#10;wTwTDxxJ12Sj9HjcxOzbtwr+9YMy0gSg8ElqY8BXKOSsxrDRgjVJb0XGnDzINLAElB3Sa5LtgC77&#10;3GH2Piw0moqTmJxwgDoYy8mp4T1mryoFgGqf2V/m3cXsSS/sRzQmn3n4aQiBFKoK7oE37gsojqIM&#10;FWRG5KCAiO1nKpJUJu3Uny9oyIL5+k0BpYnrXrpWvvg/FgEdYwZPWaiV4FoZdhJmwT73hWMKvwAH&#10;GwF8HtN5uuTL594DohXbFoAgpPIfC3ahpcUmaHdqKxggAQmlH9vos0Yy/XkZL44AzXOcCBXMEgBH&#10;2WLJ+85pHwYGx7axaiUGHxXvVysH280Krjbx9+0KdtuKZXWrWnzcViajFdREAmAsDTVASiEWubqM&#10;8ZDk6DJuQcdLw+er4nRNYgnLnGVzGot5eYx6S3U1lg9I4d07p4B63L/43KbxDPBtCaysyS9PjnVQ&#10;ZhiFIW1qke+xM5nZAYRY8AeR7frhGA/uFKfcTtl8fQoaIWBQL6D2g8D7T5PVSsHF1bphj76PHz7C&#10;ze0NS3iv7z9IImizhTr+3fmazztPkInUVei/3XgawkHSP4nRRwDN89Mze/Q9PnyCx0+f4YWku/F5&#10;Cunge0MvYEZmkIm/nsynagvhS2muGwN+BAYyg09fowEOyXe1ALBGcna6o4T876As4lCk5vJijfr0&#10;Bb2PGUjHQJ+BxObXyG8UT0BiaxEDnNhbp1MLp26QuZPAvqCpuwooQzBzjCrN/XbfwNJHztiqOAHy&#10;GBAXUNPriph5ubogz/dgYKiXsCtLL04px8p+LIJWzD7D7tkih3aFDYcsTBEYPwyYFnHKQCzQa+ht&#10;O5qoHJR9ZoAf6D3AWXCJSWm7TvYx7gyFuFTsXycpvZvYdzfNGja7bZwPtszeA2bDk3S1Y6CQmX3U&#10;52lBYLuGm7sbTpU+xv5+OnXsR7kmmTr1dwoGAbUT0T51cbpl/z7VOOjiHs8J67V8X/Eyvpp13N84&#10;uL/ebXhc7eK+PsXx8Pz0IpJ4uucemZsLLcqKGsl0jzSeB/HiozMj7FAB+8g/k4BN8QPudfzE+UTB&#10;SpIR07EQm7DixON6AfuWtrSlLW1pS1va0v4qtXa3gv/2R78N//DD34AA47TNSy0xTEj6SUXEYImu&#10;Ih0lpouY6wcuMgjk6Y3ZhaDeRlPgwDyk8DxQtAAIeJtgzAL13CMpmkMtXIT5w4xDYq5UEhLCAJ8z&#10;po9Txk1gGaCZ4nPNQ6bhxCZQRol9gedgih5Y1neMPw+xaKPC7TQAM/sSGMoFlDmgi35GzN1DStdN&#10;IRwgsj/xPVSATsEpNoHX+kcCOtTTblC2HxdDjgsYUQeOpdGVhp3UsVhhZo8XL63aAhhR/X9UutzZ&#10;ueV0xMDvd1qceQUug7Kf6LNj7SESIwMyg0t+eKLcVRkvSdbo/KmfVS5iS2BpzNJjoA9UAgziH+nL&#10;45v4yrmSQDLxlzsDlkaFWolPXWDWvWNAXAL1vik4iBM/rDFB7+LRvLptYen4MzAvj6UMxk0/wXuY&#10;gI8F82duvy7Krd2rZ80rddejgjNevflo3PIYlgWFdY2wbWoG867XK9iuPdxsG9huKrjdNXAVi+td&#10;/H1TrzhVVrqFhkQoON+Z52TCJrX3WDKq4DXJ0zLxpOLmmkpevo7bb80LEAcN75D+7c1nNIWjEFGP&#10;PPkCoEowCYQkRiIBfsJMFHkwNfJrowUAYhuFiiS7fZxrWwl1oEcfR2x/jBs9AQ5tHCwtA32DMvpQ&#10;pcoo6KZ4/oEBOwOzfJpVLUEcuy3c397C/fc+wv3dPVxf38D2+go26x0zklbMdqp5HNaF9D0UEFpK&#10;EKdZJgiTjQIB2uMenl+e4dOnr+HlKUt4ic3XdUdJKdckbm+wnCbrih+fU7aeJe1mZqLYHrhCxqsp&#10;uyxJdaPXpmlXf8Ek1xSpJBiQmthnQfuCeOwFZSmKF1rIgN2gklwF+xDVr7Fe88BhFl+8SRwOHRzo&#10;fLSDBnCExHAnNrTDAuiCImXGFZEnKdXeQqOypBkUBHWJ/WjnBjREBRRGlHmagVD0CXj2PgN4vvRW&#10;VRp49k8sQ0wy9hg0TYbY4ahM2uAEdBymc0AZbgJ2LzAPWmNLGqipYKt6BvLPY5uo/QT61Q8rBtII&#10;8COvPGHRadp7J354SGBYvDcTg3V3tYHn5yt4enqC+5c7OH08xutyB9dXtzBcDbDFLeBqxUzWSm8C&#10;/pKMFzIonBbw1P6j2TScAF3FcUafW6/iHBXH2u3dHcvlH+M4eNh8ZhCOwTj/rEFDnsM5gAH7wP7A&#10;xO6j80D+ffQgxuhNfA35aApYWDOgSO8ldiKNWZK0N82aQVH2PqwWZt/Slra0pS1taUtb2l+Z9s9+&#10;+Rfhv/y3fhf+pL76ovfxl3gtTLyCMm2IXzLj99GuAvGME86E1dkaLoFcCA5KTpFixwp9YWOp5/oI&#10;kXGpIO+g9IlyRQBByeqrjdXmxdOrUolu5WTlmwqSmoNAxByfTLtrZtYJo6iupBDxyoyQ5N3AjD5J&#10;owUx8A/C8uuH7EeHg5P9GhmUKztBvZxGz6nr3QhYK1IT6FA7Bb/MnD1YDWTXYwrOqGUivbeNr6p9&#10;SMy+3rmxXNoSec3/kGSAaV8qPtciLw4qRRYvs0H9A016O6g8Oe2TMhKZCagMvZDYf/rGiSc+YMlo&#10;y8ClAQswsl97D5w3g0OV/bh8yRcic1/C2nvtvV/+eneGqRlR5rX3OshFKM6eQXz1eJwbX9+zfblw&#10;ZFOwHief7lA9yBJ+IDJZZvOp/J5ZKpxGKfLd3crDblPH4r6Gq00F1/H3640AfFebNWzXBPR5Bvpq&#10;L7YBlFNL44ekojSGWgL01BNLCLnms6nAb8BiN11ieIGFOigldk1gfyzoTxUqYO/V2zRfGwM52Gex&#10;EjkqHQcx+TaxQN+wDDken5eEcEn/7AHjnNTHOa9xcd7DLp6rNu73Ke53C647MWuJQD5K3UXy+CKp&#10;IutP1SvVmJEqSfQ6lxIYQEAfM5yur5jNR2m7Hz9+gKvdDWy3V/FvWwYnGAJiplQGfqaQtiuYYAQy&#10;EhBBQB+x9vYve3j6/ADP8fHy/MLS3ePxAH08BgL6mA1pEagowREm0/Wasmu/+5S+XCTHOvHo80nO&#10;61MwhYxrV+BmyryzOUuvqbEgB9T+gEEDkQZlMYvPHvvnDbLY0XFQ08B+rQTMtkEAKae2CfVK9isE&#10;9XbtBfQ7WeJuCidXb8OC6Y6Qmd9pnKTbiRuB8DlBV5hzGrmS0ufZb9Nlf11XuTTZeWU++oIlCRoq&#10;5c/mkclYd/I9wOYGVgWrH2TaYR0jWKZCoYZf6fMO4Mw3FHWVy1iUwZmlhfoagv7N9kplqgJqCQOV&#10;PWR7YWRKunNgq4zVegX7wxba9sCBFgSqUSKuBG51el/r47jesZ+f3Aylv/DIdRPP4VAmT5eMV/Xx&#10;i3PDGhq+Bndww+OOpLy0CEdhOCtfJcsLA6EZakaan4RpjOqTS8xQu+eypDf+cnM1QLPewm7tGNwT&#10;7801ewSu6hV/Bvls8thZwL6lLW1pS1va0pa2tL/87eVuA3/0N38X/snNL30j+MFjNmWXRFZhXhEI&#10;VvdqCo2WcquFlCjm+DUhgX1uQgjKwkNU6RGV6Q6L4sFiBbFkBLrEUhOfLGX5OfGgqzRsouYqKEhh&#10;UJkkUMC9yorwyopKTKv0LM2LX7oPsSDYK6OPij0C/CiZt1epKmZ3cgEuDRxR5spUaivHrAWEk4Kv&#10;UhpQVVDKevMNIymsonwhGR85kXkVrw/KufHK/CMJLZnGV2A+XZBAvEqtFcF8EpVVxew/0jM6r6yv&#10;kEDGTpkuzN7TosOAGgOOjDHVG6gbBOQTppHWQ+GcSWbgL7+ypKG5Arb60tCMC819i9e4b/hZ+A3e&#10;O7cdTkAeYeI4C/Sdfdbk3E2vwCiJs7gmEoKCMzBP+Xp3NkeEuaOdnAwTzdfejPBRUqrZmw806KKK&#10;hayDDUl44+DdrUmyW8efFbP6rjYr2Kwr/kkF9Yr9+gSsFs/DQWRwKGDLwGCNgX00f4UU8pP5xRZR&#10;4NQ/S1Y3qiCLCIJQxlcS885LsV1hSIV7EkyjSqhpzNVOgUsnIN+KpLzI+8sp2DxXELhEstw4V5E8&#10;tzvGQRcL/dMJ+sMLDARQEPOHgHnyiOPzOShYPgOmelQwzLFsl8A+Avpub644gOPuPj4+3Evi7mYH&#10;WwotILaR0xAOBWoczoHcmIBQDpBgoK+F44GAvQM8Pz3C54cHZvPtDweW7nJaqLIPU9AGg7x+BPT5&#10;AuhLP0Ep2AnwqjIoyIs6Iok0mwKdfiHlx6sUlxedzCOPrCUQ1RsVxSNN7QpIPik2ChakoQEbvUh3&#10;mT2W0tKRwTQCWTauZikoBJGF0xzMc6GGHGGS4uL5/Q9xlh2rgetJmmv9U1LYzXt2HLnOS25q3yDz&#10;qSYlo7IJNURD/GpL5m/hVTq58OjKmcJuwuoTS+PL+9Fc4nWB0PBcZhLqvSNtk653CDlxfbRKEPLU&#10;her6ahJo+q/t+O+n6pRBe00QEwBXwVQC+061MuNalu8ejz2Dge2JmKhHTUw+wW7XMRDdNBvOul65&#10;Fd+jKeDk/NKcP5esKehy0JjD+P6tYxYePUDlvXXTpDnS+qslHxP7lRJ5Ow3YGDpZBAj7vdzlg7Dg&#10;d714c255YYTAPcfMvpoWO2oNqnHy2gXsW9rSlra0pS1taUv7S9z+11/7FfiDf/O34cHvchEx+fkl&#10;jeVNTla4UeW8VChVaqJv2I4xuyRNVr3crPhKX5CNDygOYwZMmNJzmGMOacCCBXyw3xwXHsKyYCmv&#10;gn+VMQe9+NKxyXktvn5VYr+FxK6rVCZGBQqbZsfjO8a6gvz6ToOk1zLgZ9JUk4jpnmZGIhTFy7jA&#10;YzDTwDYnkichugyj4grV8LwvGXThQjyFl785ZU9U7LEICvY5ZmGkUI5gxBBJBU661UGLLJdd7AXc&#10;LfwL1cvP2Ahe91kdzopADgELS7bUnADUTkso2REliOQEBDRD+XcDZBdCK9zIW+5LAcS3pao487mj&#10;fYFvAFpa2IAPl/dn9rPg7Fj95BxeSuY1cNW/es5dAvguUikRChZYZi4ZsEeemQS6M8DnZSaovTCU&#10;NvRYibcdMfdutytmxe3Yp69h8G+9ErYfMQAZvC+YRhyoEGQMt5SOGn9ph1AA1coArs2fEgXUYcAH&#10;4dQJ2CMBHSh+gN4nCTBdlhWF/qhEniWTrpdEbN524AdJd+mxIclug9Co9yAHCqF4cwXyJyNwLxb6&#10;jkC9bg94OEF3PMBx/wLt6cDyRBqfDGp6DVrw6tOG5pOGGmYkbOimXsF208B6Q0DfNXz4cAcfv/oI&#10;N3cf4OrqBra7HaeasjSyqlkOm8EXAWlGFFi08QjsH9j28ZweidF3gOfHB3jkxyM8fP4E++dnOJyO&#10;zKzk9HIs5nbn08IKM7IrWQCpFMRjia4GSJhvn6Wjmt+qAH4rSR2vvPZxBfsq8b0bBpm/WGJMoCQB&#10;efT7oJ57g9gSdCrTJeaeJDFL3+l7+Z3YYibFDYOFL6kvYy2AZdXnuZnDiTRd1wIqEMfMYl/MFxcF&#10;o2UqdRF+YecNS5mtz7Lo9EKlvzs0C4ygzO7CA3E6bG3MFostl/B7XuQhlp0uEpWsw7RfKgkGlx1A&#10;RR2Aymqcn4NSfzFvQ725MEtyUD9FuTsqAO0SY47AM3PWaH3HfbQnoG/fwuF4Ynbfy8sRXmIfPcY+&#10;erg9wP3NgQH13U68/MJqyym/NacY5zTr19adEuhI/YFYh3UFPfXt1Yq99JpVw4CfSG4rliKzpJfm&#10;xJcK9upF6XufgoP6TiXjxFrkoLAWjrtW+5eGkjEAXvF00MtyId/O6VwtYN/Slra0pS1taUtb2l/C&#10;9vn7N/CHv/q78L/sfsGgmyIy1n1j8CE4SHF8nVMJL63ax8K291p0mQwHNNBBC+8MFBWAgROoiIoL&#10;F0qoJ3OQAuAoJM9si7gQil/8uUBU4K7mwlDBQMt5VfYfF+LxizRJ8Oh1tOBeKZMNkledwiMokppj&#10;LPhO9CVb03EN6DO/JuP0YFGkOEuUNdQS5zGcXlf0ef/Lc2xsN42IRPPrK4vFcyJE4ieFgpVT6blj&#10;AFOlzcw4csbECCnJMEuNBZQ0dSOqFI5ZEyZxdG6M66TUxfG1AjcG9tLvbhzgKIWdy/9274HaLlZd&#10;F+Cp+aTdi6DXiMtyIb33AvD31md+U9Bvbjvuwj6GmRBVd8bYmT9uA71fK25N1ufxFV9BA/CF4pMA&#10;aAH8KvbDIxN9Kng9yXZBmH3rlWNAb9coo29DjxWz44jpt2F5HMlTqyTbz+cmqDROvdiCME6pYCa/&#10;taAhOWRoX9n8xcCbJG23BPZRoir3+573i4AgAnboU4jlFXilQ6X/6NIsQEA7P+KHNvFvDXv9xeMk&#10;wI/TrwcZ6ywxDsw4Cm0LSGAeAX/tAfrTgb3vjocjHF+e4Hg8xn0feH4jbzECWFjCyIPSFysnOq6Z&#10;SUggX8OA3t3NFVxdXzGj7/aeGH3XHEzQrBsGJUhiCCaJLb3VEMe9ysl+D3wO43k4dizRJdDk4eEB&#10;Hh4f4Pnhkdl9JOnlFFF9rUlHLd3XApVq3WEG+iqvQBTToyS1nF7vcho7JBZgLayuSkFBp/MtM9hC&#10;QRYT1jFJNvfxPLcamkGS7i5o+BAgS28JYBlUnkskRA510ZRclleCpOYOo/4dz7UmLst9w3FQFWpC&#10;sAF9U1/OM79cxMTIG43V5MeX73kugeeQ03b1My2eBPT+x8torlLwLnsgugm7rLj5jOYS9POBRWhM&#10;faH0F6w+LOTHrgDB8j6ncCAMEg7infgoMrg8zC6eGMuP17X0/6CetliEV6GyBd2g+0HWgiSlZp/F&#10;VqS75MN7PLC0l6TxHfXV7sQsYPZpjK/fbONnNcR4jeMMq+wP66pXE3tLtQIdbN3UkiruxI+S/PyM&#10;Bk+ybwOHBaL37K15jPvS+p6BvVaTwru2F0sNBs/Fs5h7Li208nYkDjvUgVngEpbTL2Df0pa2tKUt&#10;bWlLW9pfpkZfnP/HH/06/OHP/RYcfDNCJYTQhSN44JtAEMbeEt8eSucV5KaOX5YrlcUF9ZHqVPpr&#10;zIZsVSSlzpBM28bCQPny7sZAUvGF2inLhH8PIb23I9bLoIw+0MTeuFNUrEkoR2CvQQP4yLvPZDne&#10;T8CZuO8nZfP1JMtSdG8wQ3E7JhibqKUAALwM82AoTj+lO07Rm4AjPzyYfEaYAXsQ7TyiGrIT80iY&#10;Rg5y8q359sEEYLSAEJbfYja556RJLeIChlFxKseCr3eWS3+agGPocrGUk6Dddzc23CX40L2rz18E&#10;tF55x+XP/Ba437uObx4EHIGrEzBzQuJ69TOCuIPpa/NVKtXFwWXo0KeEW0j+kUSKaiqRnq2cBOd4&#10;ZswBs/ZYuruu4Hq3gl1TcagFAWci2fUp6MbWLxzqvJCYqOoBpnNFB8Lek5Re8RT1ChRS/yeQr+3U&#10;b40ZXkFAhkFCgDhEQ33gmEkb/1QTu8gJ8MDzDfYs7eU03UFtBZBkfeTt58EImoP614WOfnYMKjK7&#10;l1CmoPLY04kBvwPJYGPhTwU+7ROZ/xPQVWPFgUQSbgJp4YBTizc1bLcN3N5dw+3tXXzcwP1XH+Hq&#10;5gY262tmGFGKqQcD1+aF5wbguzQPC7PqdDzB/rBnBt/D0yN8YqDvExyeBKQk9pTFTySkCgrPuEpS&#10;YMEXjL4UGiH9Qxh7KjlV1ji/hq0QzLPPglUqnS+kP1rSq/ivIi/YHAmcPHWwjw9iTIkUV1LDmcFn&#10;QF8wWwKZ543hPEoL98X0DcYOHR9nuTA1Hbcjnm7hZYqz43dOnu/0mDWsw+ZThOTVaee6dy4x65zJ&#10;d51LbLVR8zPLGmXXQAMJkQG14LKPYOk56O0Y9V5tlhwpqMnLDCLjSD1zzRcwOH1/L9ch2V7Y3Rbz&#10;opKtZGmie9CQDwzKGozbb+n+Gvts23XxEWR8k2Q2jq+h7+HUxn7BUnPx8Tv1HdyjhGWsm00cJ5TW&#10;6zUFOozSnl9bcLLj5gyeFYVp7PhLhjHjefwpW3ilvpqP+2dojnXsoyeZK/uK95VAzRY7Ce7QxgsX&#10;OofxnBePsaobvvYEXJNUeQH7lra0pS1taUtb2tL+krT/7+e/gh//9b8D/+fm5+T7ZlG9+wsMs28G&#10;mii7IVCqKzH6pHAj0KctDK2dhnqY31goV8SpinK5CJggZcm02353EzQtB/zl97K0qw+JoWeBITBA&#10;kv06TqzFZPDuC4mReJQp64G+hAc1aleWH/s4qR+hJcxmkG0EnU0yhucBFsDRIRcvKthxBmbgK0ys&#10;4lQGY7SE8jxqXzDyi9Ni1sCYZBI+TqhNiZAK8AUseZc4ulYj4GiGDuYm/8I3OuOUJYeIP7Fx437m&#10;R/7rTN1L/QbfcR7Qzf9FeCiS+Asqq4fzbqxgEipwI2ACJ+0qKCW+fOK3JyCeyl4pfKOpErtvw2w+&#10;CeFo6Gelfn+l7ycY41bmImZnDRKAwQytEBJ7j15XDVmuasnTLXt09gzsSaqnjitl/nIBzrSmHuqg&#10;gB357cWf9LzDjse/JIN7lgFWfqVy+hqwE+CI50ZNMKfzWHmXsjAI0CPJKafbdh2DfiwpTgznICno&#10;NfMgmTlUaQIrndfNZg1XuzX783346iu4vb3l369vbmGz27GBf00ARlUpYzQHXBhHMa05mG0q/Rha&#10;OMZzw+y4/R4eH0i2+zk+nuDh89fw/EQsxBOHcRDz0QKQvPqUyiKDeu35zPRjgImlyVXy4rPUWFfK&#10;QzV8hNhPkiKuoRgMdlV6W8FiMhSGsgC5FOoa4OXYwUvc/6EXJidZEwT1WB2GLLm1xR5b3JFzgMlU&#10;wJGq2pfzJZ7ZFbzWjNXn/IUFt0Qzz4sGaHJd8yb0UARtxHNCDDSTmzILcxB5NDk9Op/ANgmWKV43&#10;M24LzEogW+cBy6kgqD+lMvOFXXlZ9m+MzWDMO+MnevkqwIBVziwpZMRyL3t9PUn8I8UrVpnsds/S&#10;dGqarXoOVxHQ7xTH1P75wADw09M+Pl4YpL5/foK7Dx9ZQn9795FlvZtmA02zZXAONPE4A5hvLWZx&#10;XLO8l75vVE77uIf1ZgMrCu1YNXG8XsFuu4Xt4wM8PT9DczhA/VKz7Jg2ccJjnI8k+Ro5kVtk6UMc&#10;jziIVJ3kx5u4zTiTJr/JBexb2tKWtrSlLW1pS/sZb0Msfv/Rr/8W/L3v//vQjeR+3w2MEZybRQTo&#10;C3VABYtMhjQBeoJxysIMvINwURKDEzCsfHeS7GE+QgG6VMSnAEQOAo3FtMprCfTqVRbl3ZDqQlds&#10;WwqXXotHMevv0eVERYDE/CjhK2HAKcw4b3WUPK/mIBQH7gz8C++gcZmh+jTZOCgQGDTMhBk6zqV+&#10;QXs7YAm9GVMvZFkU5vODOAbpxsmr+G7wbNoTnHtvdAYug/1VqPKbnyP3KvA6B0qLZLFyJXShPRxN&#10;Uupyyqhuo04sIFCwXZhdBPJRmAR52hGYt2tWHMYh0t0K1quK5b6NevNZqIx10CTlQxlhgyVIo1ML&#10;AQHXWH6qHm0MnDiX2Mgc3oAyY3n1uBwM7HaC8HtmIsV5Qxl4EGLBHQ7COgo9v5aBPvYOpTTMSpi1&#10;BMSox5ZTIIChA++VkRWL8yoH8PSDeHVxMiwnCcffi7m19r2AZZXJVh0DfuRJuonnjDz6iM334e4G&#10;bj58hOurq/j8FQcE+Eq8wbL8svB8VEYSbVvmj6BzgjDh2uMRTsc9AxIPj5/hiWS7zw8C9B0OcDpR&#10;6EEvYJKvRW5r0lGf5YwliOdd4c/n9ZggB3WAsfZcBpVcJSAhoktgIoqiVOWcLm1TZjrHwB4FZ3TE&#10;3uxE3j1on0CVvGLIie+lRWqyayjCotwFD7fwzoWJkYTWjX93aVTl9HrvclIvnz9QBiQYEOoS612A&#10;YzlX6H1iv7kR1TBMPuV8vziV1oA+X8HIM5b2YVD4041lwejy/d2gY1eEbLFfLbHqBUlUlp9YcrBi&#10;AMJ4PkOx+Rhw7p6pVwdlQW9INhjKcmf2pnjY9T6If2PbwmnVcnjHYb9n8K8PHZzIE+/Uiucjim9n&#10;2PV87VfNhucpF+/zwfwUcX4CTd8N0r1Z+jVxgddbuY+SV6YRaylVlxN1Vyv22GwenySh3Mt8AMw4&#10;PQkLNe7/8YgKRss8QyDg1VXHc1hd9dw3aN5bwL6lLW1pS1va0pa2tJ/h9n/98AfwB7/0d+BfNB/P&#10;/ma1MBMQLq66D18E8I1e43Xb+r08TD2eAC4DfW8BQvg6XDTdLa5TjWk2PSb1q3NacAgohrmc0ITQ&#10;DNAVIivMktZQevXhdI/E/y4UyYiF4os/5GzbZ35u+AbW5WYBMqnR59h05+Bhkks7p0WRMvpMlhvs&#10;7xfkY++5dm8VubpR6jvBve8TnAP4Ljl4X8oUdO6b5vH+RYJ/3+0eniVQgjsPEk0m9SrPtELcCRPQ&#10;K2hjjmaV9jP6SUCeJNY62DTye1NLMi9JfWtOtvQs4QXbto0JHZNmXG8BHcSAYeZWwJSay3579No+&#10;KFWvl7FChTMBeRzaM7AXIUsJQ+Dn48v4b/ya0LP8Vlh6PQN99NpKj2XFvnoVG/DXtXrsabiEnT3a&#10;rlffsaDJtm3XM9hwOB7Zs2vQRNdgFgJOJMY1JfMO8XwOZEWwYjCIPpNYfdc313Bzew23d7dwc3cP&#10;V1dXsNpsoV41cd8qBfqKbOWMDo2tB1S3yn5ncb8oiIOAkeeXZ3h6+AyPnx/Yn+/l+QleDnuW9gYC&#10;+hR4KScQ7/wI8AOVkXqlSzplTnqT9xpAaP5y5g+pz1nKqzACfZJzJ4AOcx8NFh7EwG9mLYdgNgyy&#10;KOUKu4gQylWO984P8+LOREB/xSMzDTD1pcNXAX2fgXQQht8ozCM973W1yI28GCd8//ycy+nqeUMG&#10;MPo0BwdDVYeQ32zsczrHgIWlBCQA3vowTOaLHP7rMqNfpduUhksX1wevMVgTGn25WOVQmegK4CZ2&#10;exCQUNm7ZODZdh6qU88JuMd2zSAfMeWI6Xci5mcY1MOxZ68/YvRv4+/b1Rqw3nAwDPhxQvn8jSZ7&#10;iYp8XdJyN7hhFm6lix7E8Fuv1zxXrB/XPG/Q/tN8hzqnEfhIQDV755I0/dQlgJX2kxOv4+dt1zv2&#10;43RkkbB8RV7a0pa2tKUtbWlL+9lr7XYF/+A3/iP4448/EmnOhWreMKLLRvslQ6zYigvF92k8L0ys&#10;YKUiQwE/tJTA74CBNf0CjSoVdO8AmWZUsanQN9P2VO5o4Ylq+11+soWDmOTICslLkiJ0uVC5dArK&#10;K4Ujz7QwC6h8q3No/mpBQRkQFqCDfD5gVNtjPhBX9iGfa1HdTyxV4ZPONeL4WZ/C4azHcRInAwNe&#10;ZcV/fsw959wyiXyL5jUBNriJ1JeL9CAJkSB+UlUB2nAitPPJr6/in/Qg0Cpw6m3TeLjSMI71WiS8&#10;BPrVK/F189qtvMtedahgXlDftV5N+eWnSPlcQAXrOgYOmJ2n473SQAOSEA91DyFOagSsURFN26H+&#10;SwCgsGMJECTm78B+fa5CASScyChJskfAJAWIUAqn/Nsr24mCIQSMpH2jwAcKsqDC/eXlAM9Pe3h8&#10;fmE5LEmKJZVTQEk7Ptpv8hob4k6Tz5hj1uMGttsN3N5cwYcPt3B3/wE+fPURrsmjb7OL+7Fm2S7t&#10;C7qxW6MBP2MgXH3qQBNADwT0vcDj50/K6HtiGe/zEyWaxr/Fv9M+IYF9FXkw1gpLOZXdFim6Kul1&#10;+m8KahEimsgbfeEp5zSSgt/DCzIapORz2IQvPAe9zlAG/ojnn4V4uMTwI1BkMOk3aKIyGuCEo8Wa&#10;KeCX7A8ujY23blRn9y3MARfOjYG74n7oZha5LKmc5lDz23OjAPjxgpLD7KGIBsDaApAC0cZuhPSc&#10;XUl5nsZvsLRf8oxzQwJzAfI5NBZkZonjKIBJAplkkYlf6817LzMnua9qIBj3IWLaT86dLb6l21cC&#10;G4MAjzQn0LaGQRmcyExVOtfHFmAf/7c/nOBw7OEpjsGXl5f43CH26xO8xD7/IY4lkqb317cQNtew&#10;2QYeb/SNgZi73vm3PfxKcJPTekl+v2W2JDH8mvUams02Ptbw8PVn2Kw3vN36s8B1BqBSHyBQb+AF&#10;BwddO/Cc0cefp1PPgOXtTQs7vBbwcLlVLW1pS1va0pa2tKX9bLV//su/CH/wi78H/7q+eaOIKAC/&#10;S989sSjy3HloQQJ3zr7OTgzdXVCZU5YbjaAfdwGZe2cxBONPO0e08DUZqZsUsvmtxmqjfwx2pM6P&#10;Pm3M5hOpMpY64zEylqRP08+DZJw+VyBajuErSKIycKRAI8ahT2V6ujp+DCxaDRU08MTh/BnSEi0b&#10;zOM5szOFc3zJ5cPzw8h2jGWvUu8nk2JfuH4XLvnlKz+Snc9LkC/uOrpXO6wvIGIwwMDNbxvx8uci&#10;TsfT6+Dt3HbfC/xOX++TJ9jkHF/ccIbEQ0lImsAPYrgvzBVhsITEbKPSmEA1DpJQnzkK59g0FQN7&#10;22YlvnxNzc+vavX0U8BGQCJImvWgSLbJMRn4C5J2SyAfcmLnIIw+AsdILjj0nJrLYAWIQpGlklTA&#10;U3gAM387TuFlQE/9+cS/ko5Fx6oy0YxdxhJZAqKogK80iZPCPejzB0oDFp+tgX22evHnazs4KeDw&#10;tH8WWWFLIRLC1ikvYg7tUR8zBQ4oeff6egs3N1dwQx5993fsN9Ywo28dz+GKmT6QmHIm253MsWjp&#10;qcI2JHnjcf8CL3GfDk9P8JkYfY8P8PL4wlJelu62J+hOLYOWtAFKPjcBofkq+hLYc5hkvCZrpsRj&#10;TkYvEmOFOuVSSIfMaDkIAi2itwiGANRwCGOFmURUgT6TLaMzzikmb1kbfThzi8PJPVKYcw4uuZM6&#10;PF/Y+DZLGejy4lBQZiOHkxitzqS3Nkb4ljykBbIAZTS3zO9Ok5Btkc8s5pyvZsc8JDDQ5UVEr3zd&#10;KesXBVRLTHJL0sVsGeHZK1M8K4P1bcTzecsViCtCIdyFxBxM31X0SZz44bog+xM0gIWDWGy+jmOY&#10;GLWdevm1pyOPV2BQvY1/O/J2CFgn8N0Aw6ZqSJULtdxp0715/vq54tsC8jigE9LE/9hXsSYGcM3z&#10;5TqO1aYWZp/X8cOp0cOgaeCdpPKipPF2LS0etJJMzMc8iI0BXi1g39KWtrSlLW1pS1vaz0rb323h&#10;j379P4F/cvvXx7XIhcJ8lP53QZVbQnh+4skVSlbXGRjhIOtvMPkMTcG5b8yfchOpzrciYl3wBcRz&#10;cEPCZ8P4bQoGZgBvGAF3Y0DJTcIq3MX996XBe/DKRBEQw5hQvth38x4ziIylu+oTmCXDbv74HM6C&#10;p2c9ZgLCoSbzlkUnpCL5AqDqSgaKGaXnlMaSoplsG7EEH/yY2YLlZ2NxrRzMp+ri7LVPvlLhy1mE&#10;5XVIIKAbh+A4FQgKqDqFxsMZoFbuF47CdMK7u7GbFNqJIVqA+OFVwLBIDS0/pgA15lpIAIZFOoxd&#10;/S3503PitWN5GnvzcUAHCIgXK9tN/Eczkuw6ZvrR6wgQrDWQoKq8+sB59Xwbj082/u+Rk2Jx6IT9&#10;QkERQ89Feoi/U0o3di0lYMTXdszuIfAuVARNSfBDpYwxlv76nr0+OW3XZ6mrRB7QMF2NFgec+ap5&#10;l5CTgSWwHYOOnaZ99pQKSgV7HwTQI4nsqWczfnp0vbIRzxjVQRlyFT9I3kxyPTLlJ6nuzc013N3f&#10;c/ru1e4G1sQUakQaCMoYcz6vmKCrRn3L7iN0vmh/23gOD4cj7F9e4OXlGR4fvoaHT5/hmf79/Mxp&#10;vOTR17dyXAEGOX+WkaHgEIOzSZarQJ/PjDv+Pc0LPvnKyRzoE9vNQEo0ZuAMqwo1hdxARJEMY5YD&#10;+yrNA56tDFAWTWixyvS2bmaI4HgtJfnaqX443Qv8zOKEMthGz/ly3LkMWqKDMwjRzd8aU5CUc/l+&#10;5Mv7z2QM2xxj2nkFT9NCD84tC2pKe7ldb6fJ8/U0IBYLQDVonwoqq0WNrmcmH5gnIo7PrwK1g1x1&#10;GT98aaSvSEhJ4N/Je2/OgcQCOqAAGwWeH9I9MSQWsMh73SDp2IH9MSWFm8nAlM5NQPyJ5g/g9N72&#10;Q8ds3+v42m0cd5uwhVCvofFVYkG6NKfj/OJJMdlWNDZR5Lr2J88pvU7Ac+1wNGfQNmr/Aof2CPVQ&#10;aQhHL8Ej3cDjFtWmgAKG6PkF7Fva0pa2tKUtbWlL+xlo/9uv/gr8+Bd+Bz7X21mwYA7ggQvyW/8e&#10;DyK45KnmzsG410CBQltrKYLvoSO5KUAxRtSKF+FZQfat4EDnElAyhAxsejcFM+Y8zOS0BDcGe7zL&#10;3mLOzXv2UbHJSX1s3K8m9WRw70IKH+jVq0e8A30uMEtAsNjmoJ6K7ixEAS70lxLUcxlMmjlTVnhP&#10;+1YpSZshB4p30QQIC1w8+mJfFURyOCpwOWASxiy0t/syjoAALlL9eJ/DBeDPj/qgLyvKBHjV5fYt&#10;/MTDeQQuZhnc3D6Otg/+C4HxwrdOwwxeBTPd+fWBAryd7uVb5xhLsE/9LwV/QAX6CMjzsFZwjwhm&#10;BPSR+Tw9T/5865q8pmpYNxX/TmEcBPytTAacs68FpPPivyYguDBc+iBsOSrKu66Fvm2hZfBMGDsD&#10;MdC4MO401VKkfD5osisQACnJuVQl89iopG9CCqeRcAsjSIm8DtXeLktzjWEoHoLKtCEWHwF9cb+O&#10;bSsBHL1IdXtOAR4Y+BNjfg8DsRnrOo5ji0QlUMDxY71uYLtZw+3uCj7c3cH3v/oI9x/u4MOHrzh5&#10;d7MlueEWPLGFfKVAnx/1jTkvTzoWAhDo/NF5JFDv8dMn+PzwNYdxkHR3v98r0HdiMIRDRGhkopjg&#10;rQgMVeAzAagK2Hr93QBTSd7NCb2CnVVFGIfTs14EQHgJnfAKsJB8Ohj9jiXPrrA49bnPuwlYf2Fs&#10;OJwJEfIuyUvPboUZp8xAnAaRDAPt6zBaDBvBcF+yiKUhHAhj+rDL6VI2w6Yk7EFf4NUDj8HQxJ5M&#10;UF5m95150foc/JE085Y87HJSMriCkWmgHWg8l8jok5WGTT5p3nKF755TZqbdFi3cRUBTuuYsYR3k&#10;mIJ6NzK7b8rqs+vFRo3q4RkkxIcZfsSWw5CY1T17+QU4nnru18f42JO0/nnPst6X/TM875+k39+1&#10;cH11DcPVAJsNLQxIwjV57VXF+RjdhXD8fcyk5r6O/TgecLOV+36zWnFgh6srBvJpTvI8j4rc90Bj&#10;L85llBp+ivPJMe5bNwgL+BD3l30/D+Q/2C5g39KWtrSlLW1pS1vaT3N7+N41/Nd/8/fhn+5++EV1&#10;f6oOwjkONgI6XmF5sdwEDSTB8Wo1CutsHixys7+H0s/7S/3ZSoDvmyYLTFkb790FF0YFIs6CNU6c&#10;0kEK3lHQorKv5BAmbBq9QOSnxRgDgR/sW7Ziw/1KpWLENuACpBug7XsufMxgniqhIQEzoegEmJMY&#10;EyAFIwAtF6w4Sf7F9Jp87JjA33ESb2a4jRhimBmlLuTnh1ck3SntOLu2pzNmwQ+XsmNwtvdl4Ky/&#10;cL39SN7rZzceRsdbjp/5rjovg/WjfQ/GVJyACFjU1CUwWoKSIwBOwwQ4dXmGhclAKRYgbgHA581b&#10;rI07A/cuCoyNwWXMHg3gyNJ+ARWItLJZOdg2NWxrB+uVj/1cGH+rSll+BAYy0CfBFisvILnXgSMF&#10;OrB3XjbhR2UPEZDWcbImAWgEUpG8dH/csxeeAGwnCMSio9cS047AdRDDfA6tgIaBKU7hrXwCFoeQ&#10;011Tn1ZgQaTCQ9zmwDgXDgrsGZPJzrHuK7H4hAU3sNcWg3y9SnpJrht/MvuxrtL1Y2gm+DT/VvE8&#10;bePJubrawe3tDj7cXsP3v/cRvvf9j3D34Su4vr2F7faKgT6WBfqVptKWAK8/l9fz4gal/vZ8ro7M&#10;6HuGh0+f4OtPfwbPj4/w8vTM0t0T+fd1J5YeB2JRKqDpNGVVwi0yOJWZmRU/POTk2OTdl7z38u8l&#10;m8+kqvRcBT558VHaLxgY6HWxIxioVKn3rEsA3LtuABcWjiQIIc+LRRZTmhfc3K0HYcZ/4vzfLt2R&#10;5x3gjMmcw4oKL8IUeuIL7zrL9M0AIc0nfD8vGZG+4INPGWmapq3uh2ktgvdkUMai94lh6Y05yfed&#10;ID9DkaybQHPM9GCbl5yy/7xOjhYaY4xQYiSGcqFNj98E2Sj3sJCARfmdA3vUjiO4LIGX0A4JykFO&#10;piew3nEYDaV1twSk7Vs47A8Mzh+Z4frC/Z6k9vcf7nlu2V31cBXHGzQbnb/j+aD7efl1Ay/d8gTI&#10;ZBC8SKG+qQTMblYNh3eQ92dTN/D54RM874lVq56CcZxyowTh9hDnv7jf/YmPoYtjdAH7lra0pS1t&#10;aUtb2tJ+Cht94f2ff/Sb8Ic/+A/h4FYTKc5lSWAGckyq9AaO9Qrghcl/qGBxlYwCxAxezDHvQBgq&#10;k6fky/6X6HLHb34fqHf5oF59L2L2KWRvPnCJXVJALSXSUiBm4qPnigJzBAi5GVDIif8YhwNUnoGQ&#10;290adusVG/yvVzXvA3l4vRwqeImFxssJ4dQF6GKBLWbp8TyXYA5AKs0cToDecPlaz/UFPAPG5kDi&#10;C/bkZGlW0l+0rTDDZQFhAjKeg1l49nzJZLvcb8/23yGUWBTMXE+85GcYxgy+ORDQ9vkSE256nKRE&#10;C+4cvU64Nr4ddpN8ORHPTf1nEmucURvtaBO46jIM7WDWn9NdHGIq5U3+oIV8kIBsYvBx367gal0J&#10;2EeP+OE1+/Y5ZrVyOAcFdVS6kEAeWbFo9r3I64yNxDLNIAw/Bu+I0UcgeCzI+76LhfiRAyOO7Ulk&#10;biSdJZle3ykTb2AWHwFnNSf91pyWS7JYm98E/Mryw55DNQKDe0EZSskbUNN/QUE9BgOdStGdstlo&#10;nyuSJQaoKrpWEvBhE4tTEIdN+asqLUxUPEbqFFBETL+rbQN3t1dwf3vNYRwfv/oKvvr4Pdhe38Bu&#10;ewXr7Y4XDyT4wmW2WiXgMZaGCwpMMvOQGYYt7F/2cDzsOWn38eETPD08iGyXnt/HB7EmCbjsJbwk&#10;DAKWMOtOJyJJX3bJp9ElFp5Kej0kVlgK2HCZKWZSXaWKal8Sth8fR0oTLhl7FkIk90hQAMokvBJk&#10;gRNPWRuwbsy8slRpwNlbzPm6k+xHmEmsdpqYgbP3X68MR4XAzsI5XD52/Rg0mbNKZxO27twZOi9g&#10;mE/7AKmf6faKdOjRwlWx+KFOiTC1/WPAFs0/0RXAG72v4uCOwCONpPJeboQhyH4HtJWktCQTivWy&#10;PEfn/uA4DESCxOTnIOCumwCVDpIMnv+jf9P8gVgk9Go4CzP9FLQ0m4y4EyRfZ8ZqF3hMkKS9jfde&#10;Yv0NPcoCQnye3t9TiM9wA8MuwHYdN0PsPuZYi+VAQTMdT85FWomuY0Ed7/l8Xr2cc2PDMscy/ljR&#10;gsjzGlZxbK72B5YB2y2d5iYK/wnkPUiLEGGR8S5taUtb2tKWtrSl/dS1P/3BR/jDX/3P4J9tfsDA&#10;U/5KaKv2Pi2Mz0AKU8czfp2/VLBcCozwU2DKwUCslxE1rGTtudnt4yzQNWaWvIn7FSmwr7/MZGph&#10;Xup7ARBEyGwnKw7KoiYxJ2Y5Tj5tQxhiQWoa97YHG52yldYCVAuta4SrxsHtJj6ua04k3W0aNtY/&#10;Hj08PHv49EjXYIBD3Ll962OhoV5bDpNfYGL5BRNXDjAnDX1/KMN55xFAK6hvkxt5+RkQOO2HCYic&#10;+DEaryTg26hsGHfeBKyVLoGXJKy+8N26FAByienqcfblX9R8OO/Xc8DgpTE5xxLhdOVknzkGCnCG&#10;6ujcmPE3gevStZnLV2bvsSRTnL7CpLxeUniVjVMps48AvzWz+gC2GwnkqNWjUv6O4s/HYRg6hjh5&#10;sk0G/Oy9xqAm8r5QMduz955431GCbU8Mv1PL7LTh1AlbLf6dGK8EtrFdGdbMvGHmLHsJrhIA0dPc&#10;QSDiIOEdA8t91cyffw5noLgrAJnKCVPQpdAOYaQRcNChHKcrPeTK7bA0dYBGZawVJfcSU0sojSxt&#10;3jQN7LYbuLshoO+e2UW39x9ge3MT54orWK+3KQ1YELUqY1HokkccFqm1LDVmtmHLkkDy53viII5H&#10;ePj8GZ6enli6ezocWTZIwGrXt+LtBzDyFwzayc1PjoCKSj0GmdWnAS2G0TAQCKWnn1OmmaXLooJ2&#10;WCw2KYDoMuKWmMVemFp86EMpLU001ImT3WU/V2PQlUw3f+lmZaG1aALWyWB1FyYOj2PLh9lx78YY&#10;UfGNoDKfQxx7d6KD5OVnoBwDpaOFkGri7pfBtSmk6XxOVi/TepPdYMGexAK85dNOfZHDQiZuhBjO&#10;QdYQkvyYQa5gnpnUz8Rb0ZeLbxzEEnJOS3mvKBh+DLa6IhXY9L4K6GJQOS+d4F5AeDpMYvjRQkEX&#10;96M9CXuY+j2zX08nBgJP7QFONy0vSNC2N6sNYEP7tgIh2ruUejw/sSvj0e5P7N8Xx/BmDVd63gPP&#10;X8ChRZvHLS9ObJonWD2Td58uNDBDuIv3yDgvhjgvtmEB+5a2tKUtbWlLW9rSflraEIu5//43/jb8&#10;/e//FgyWiFem5ULJHHCJtWfylDkgzUCl8ntmVUAdY6+wGaCg+LfHMeWnTCItfx0u1ENlxl+vQIeD&#10;GUPy14C8KXCGxfNGW3uV2YdQVgZSNIyZeol15sVZag48yvsxTSU+d7kLRWCFFXbM4FA5IkkH6/jv&#10;dSz0t/HN1/EL/d0G4e7awdV2xav7/U5CDGro+VHtBz6UE3kXDSJRHRSUZdCRvYgqBWVKeCt7WLlp&#10;sXux/g3JOH+EH2kRPXVvHLGjEvBXyHiLz3IXGKHneuMMurky2XbOhwvPuscYRPPT/JcL8liYR8j9&#10;BTCx3IVqhpmYJHGIk/AUN5LTTkX3030sAWxv84D6b+EMKHnpkM5CA+YYt3MgJ+bEXRw5qhmT2GsS&#10;r/ixNexDJYy+7aaGbVOxZx8DcKDhJ4yRGDgnHndBf6eQDfI75KTbdCmQC3FUGSwOgwBRvQReEMuF&#10;QHbzTgu+GgVCCKPWABBitcVCmaV8Qc37BQAY1MgfdF/Fe9QALA2Q8OYRV4JSvkRRGeyjeZq3PwwJ&#10;iMiRO5iAGeoM7HWIFYOizNyN14rCOK52a7i+voKvPn5gsO8jefXdf4Cr65tY/G+FGcQSWK/MLxyH&#10;rSjgZz6gSOnA/cCy3ePpAM9PD/D4+RN8Ijbf46PId1/2cDoe+Px2+hhMJjkMSZZZsoidAb5egFUD&#10;+ljOixkY4v80FMV85eScyhxJDDE0D0wF62q6NxIjrqoLoM9S0pN+OC28pAUdmJ1SXm2v3UoS2y3T&#10;Y+Nu4cjLFJP1qJsE6WiIDuZJx88MteQFqHOH8wVYmYJ98kQ4dfFIgF8K/3CZ7efdhdWEccCU9Go/&#10;AqUNmEty/SI8xYF57HkOuCGAnH0jKZGagT8F8FCB1KDgZDrZAtYmTNGpfJcWAgj4ckH7hufFgWD7&#10;g1gsbOVlG5HpMt6YGZaY568y1Zfl+CgAYvAKoJG0PT6Oe7EHOB2P8Pz8HMfKM7TEgI2/f/U98dHr&#10;u1O8ZyvDdkPAe8NzoLdk6TCmlWOhjsiEa8c+lBT/Q36d1zQXUIBRHP+73RVcff0pzqUNPKzXHOYx&#10;6HGxZymFEdEZ6CStegH7lra0pS1taUtb2tJ+Ctr//cN/A/7uL/2n8C/X35/FGbL/2bk8dLKof1bJ&#10;+GkpEfwX7599IQ1uHgApAbtRDTEXImGsjkkh9i5mWTzY4M/Tfk0OJR8ZZiEOnHos6YkbuzhVibVU&#10;4WWWWAnpeZwUgGcYiYRPYAlsKkOJipUV6INS+eg4euCHD5QSSpKgmqWNdxsP7dbB0CIXLlQo1B1C&#10;F3eljSe1NzZCkOstxZIbATJYAMXocIzvlUHLo3Td8r35/35kQH5ebHJS4wxudEH0O+43Z8yxEdJ0&#10;DmJduk7uXGeLABd9/y52OzdbFY/7NV56fQnjYZJspqCEEcjmLgMLo890M+dm/u1n48rN76S7sM8F&#10;rpsUaVgGtRjwqAwWz8EcAdaxsKdkXX4QYy0WphTSQf9mPz4nQBoBekRRReyZqddTii4Bd4NIcEFZ&#10;ecTEYwN8b0ftk28esc0IVCAgzXGRS2wYZ6+avx5B5gpEY/agprMGGIfhqixXAUwCrZg55wWUMm9C&#10;2Q7o+2UwCmiJAhYQ4/AkYSG9GuqzrDCEnFktyQqQc38lmZOOe7dbw83NFdze3MBX3/sKPtzfwe3t&#10;LeyurgVYYBafT3LXEszOEJEltwprkYDRrj3B/vAC+/0LPD48wueHz/DyIB59z/sDHI579i8jSTSD&#10;sQSkKONxrmuJRaB4jlXeGIueg0Wceu8ldl/y6HMqeTbWH9M9+bp5CiOyw2HPA6/C0vGEPiayuuxT&#10;CO4iezzfncaetGM/PjeTeJ/HayisCryx4Ebz43k4jy9StLG4F45k8E7lygpY15V4FFYMNmsQEMun&#10;swci37eYDWpQZzGv+Jxu7DQx2hXrVKhztsNSDuxyloabgFTUVYmF6gcFI33yTuRgDTpqDaui1w70&#10;dwL/vHjoySqkzIPmvykM9ZAWFIbCqyHJsxFSOEc6Y5gXmgxoHpwrwjryWMCz+0qW9oqnoL4eRd5u&#10;Y5X9NntZkDhRwM6pZ59OCvVoeb6K5yHIa0jaexX3dbOOY6yitF4ZE2DhUFgAfJPJyVKhmeFHwVXr&#10;Jp3bVVUnaxQ66V282ZPFRzt08fdOFkaISdw07AG4gH1LW9rSlra0pS1taX+BrdvW8A9/87fhjz/+&#10;+kieU34dle+gpdP3GHRzF0qYS22oSiCgfG1RkIyoR9X8a94Bkzgokh9xArbBKCTxou/fuPrKPCIc&#10;eQaeuSudb6YsCouwjuDG56FMucViOx7ntZwIM0BoacEdcgEXvGynik8SmLiCPj4GaEIHnoI3WoSe&#10;/MbcCxzwClZ4UoZALPpjkbGte2hXLfR1G7fVQ71y0IYK6kCSXvryH/sUCPBH3mBhRstZgn5YpmnM&#10;k+OSZ+F5z3wDIJsAVJcYnDln9R2wm3PffLC5C+y/b7HJcp9Lxt/ssRirRKW33zQ9Gt+pI3av9NUM&#10;6n7J6Tb5acElUszBW7qnStObWGWu47SxI9nuSiTqqyowq5glacyYEwbeQB5wVFCTN1Z75AAN8tdj&#10;loom75K3XqDginoNblUpG7LndGoCnRxnMQgYx/Z5jhI7Qyrug/r8CZiQr4eAe+bVpexjp2xJ7xSI&#10;qhODzyvD1bNMVmTlXpmAkgosQSIEhlEqZiAfvPjEiUG1Th7kI0hJvMTwo0d5VfQzE9hHfofNisNL&#10;bq6v4O7+Fm7ubuHjR2Lz3cJmt4P1esNyZOYhc1KtKxjEmDiY9MugqT7sddj2cIrn+7R/gefnJ3j8&#10;/AAPj5/hmVh9T88cTNCejsKWtNTgQX4XoG/ensCDAaEK4FWayEtgqc8cX28dpgiXSACd9wmwxKxE&#10;Tj5+/FpblDCbBbVRYKagMqi8c5lZp/Jf2jYa+a+fMO5KqekrHn6J5ezyPtmaA+q8mlh9zkJ7/PnY&#10;077GEJUX9nylibvk4+dN+lxLGqs8VuKBqKDuq8HboMx1H1Tq6yasbDfCAxNgl+6pBhzn96WwrnLR&#10;oGAQuonPoC0OMORJ13KQcSQefSKXN6BPQHJkoF6CcMZMZ2eJxCHvtEsxyDn0ZXACMjscRqD3+HeG&#10;I8V7E4qFF9TzkuYFCu0IvIjWK8DdtgG6U8thO8dTx6xYBs/jvHWvaeCB54I+jt147putJn47DQRy&#10;b998qG/VdUYq3U6OPT5PycE0Lk8c0iGsQpavx2Pfbrc8Nsm3cwH7lra0pS1taUtb2tL+gto//+Uf&#10;wo//2u/Bv65vRyySkpVRfp8OOAcqlf5CZkMzp8fEC78WYRpF1TOMCqDiyzbCLCA3lP5jo+TaLB91&#10;Ix878wE7Dz7AolA4KyQnIOC895o/AytKLAsxo4MIpv6dZwKaysrNQC75E0sfu/MWCr+eCqWeJQnj&#10;ynXQENAH8SeewFHAQCzADyTBOVTQ7h/g8LKNX9530KxW9M0fsEeohhNsq1h0bAC2sZY5xO3uYhXV&#10;xcL1GDxLe09DYAkSMSPI14/Te82nqDh35fmfQMxzKNOEQfp+lAxfS3idj558G1NG/Eb7Mq2x8B2o&#10;m38H2PYmCOdyCMoZUeg78AR8B+p3FryBMH/93cwrQQt8r+ETHnJiLoHXdRwAREYhiS6l7jYM9CHc&#10;xEdTD3F+aSUJl6RxVDSTbJfZMhSkcUrMGWKncJiGUp6I0VRXPqVXJ1ZtKDtlKHNyhOGq0ragD2Te&#10;LqTkUtCgmNppsqmxnXwOfmDAoDQw1WKfWG6owGGvYKIxBOmzSFpMwB6lARM7kQC+jtk/wvQTINPA&#10;hDJJxSVQixKLm2YN200D17truP9wC/f3t3D74R7u7j5I6u5G/LsE/FIwB2eiP5UUFTSkgPz5XvZ7&#10;aI97eHp6hIdPX8MDMfoocffxkdM+u9OJU3fpujDYF5SJaBJgk0KGQoKolG2RSwvQ5xWUqvRclgm7&#10;/F+lTFcwj8OcYF769fkEKFlwhIXNuMLLrsqeiCZz1bRfA6GcAU8ok7FDnCyBzOPwTpErhJQrUXC1&#10;Mc+pDhMIaTdNY+85C2YwYI2sIhRYtn1mQFT9H72yIaumjuOJQm4kSCYBz95nz9kEOtLzIfklcN8I&#10;2bsAzVPSj1b9ZuZIlwNeJkEYycdvGDRUJScDEzgZ9HMxZJPQlC5NzDMLpkns+kFxPcwhWcb2U5Ce&#10;Q3ns3wqMu+F88kJdEByUqcfAojIC0bap9D2EzBZExFEPSHYLTvA2theI99gwHCTlO46PU0teocc4&#10;lp7Z1/Kwf4Gn56f47xfx9bu9j2P3Bq6uetis1hCqRuaXyo/6mbsA00qHrcj+T4C7eNPfxR+cOH6K&#10;2z3s4eblmVOx61UFm+06J3fHCXgB+5a2tKUtbWlLW9rS/pzb4W4D/82v/w7847t/d/TdLsn7zlhH&#10;WYLFK+ST1IvgEPAbsoRKgGoYKR4v0rze2M4UJqhmgTd053LX9+A++C5Qx53hQcwy0arXGCkpobA4&#10;xzgBogTQMIbMDIiKY/5U9qubhFA4A00JcBigjlXK2hGrr4s/idV3BB8I4OhgfxqgWzk4HWo47g+x&#10;oH+Jhd4aVpRuEN/da4Rt45Tt4YUJ0dKX/fjz0Mc+1sUCZ/CczkdsP/EfE4lvQCykY+4doNDrZxlf&#10;QfWcc98IjDtjnc2e+nkmqHMXmGwXP+rtfXvXdt7c4VfOoDt/+hK59XzQuHfs8XkIQIAsKUM4D9zI&#10;cAxq35Y0TM8m+QSSyYNK6dqLdFeCZjxs4h82a4RtLPjX8fmGwAACn9lTSlgpgWW6LSBJ41iCJom3&#10;9GBGHe0oSYFXK+nnq4aloMxcCyKxM8ktqlyWmH4McsfCvCPWoIJwDOyxl50rEmFz0IPPSQP5HBQg&#10;n+2XyXNZemxAgAJVlXOjAAUKLQp9YPYPSfy6XliNwxCSjxjq/lnwhHPi1+fripO4t1vx6Lu9uYUP&#10;H7+C+w93cH1zDVdXV7BqNizrA2/S3UyBwwkL2dhLgRmFPfuOEdD3/ESMvs/w8PkTe4/tn4nRt9fw&#10;gY5fz+AlKksSx4y+c8waExDEMl4nXokG9NG+SpAQJjafSyByAfT5fMfzCuh5V6CJ7IugLEGn2eMY&#10;zmSaI4+76cwWlKHG25Y5dAT4TW/GkBOpsViMSkw5M5Tsx5/PqeRF+IjXlFVOrPVQMEblvJ2BfU5C&#10;G1Zxfq9XK01a9npexqnALgF3BfOtXARLsvMJI7CcM125zcJTLkmBJZQlpyH7lPCbFjVUvmu/Jza9&#10;Xa8grEVejgoyDjkUZ5ocbkcVcNSnnX7nCOW+n82Dcl4HDG/O7K6Y7wzMxeIlCBkk7ClpJ96nnxX8&#10;Jin88XRkQJ/GyvHYckgQzUPsI0qsOxr322tYxznR1dT3a/YxnGJ7yVPTF9cwCDiNCuhXCqJTmjgx&#10;ehtaDMAd+3Vehy11Fgkgojlz+bq9tKUtbWlLW9rSlvbn1/73v/Er8ONf+B34XO0usqfOACuXZaUu&#10;JZe+HSoQvhBf8RcVuu9yNZsNpxi9IhvswdRVcM6vD2dAo/Bu6KWoE6C06xaPI1+YxE8/zU1COdCk&#10;Ym+eD8xMxhE70zwEyYOPEvKE0beBE4N9q9DFHWxjFdHyCv1Avj/xqdPJxccR9vsVS/Wa+OW9qsXw&#10;nn30fA1NtYLGr8FVA4Mebdzilhh+K/IJi4+hgrZDBvpI+tMOwngamPkERYruNwDg3ka83vxbeVYR&#10;X+txc9fpS0Hg7765N8fJREzr5k/snJrLuXnADt3bAPmXSOzL6zpNGzVvNK9AHyXoUqJsRSCMF+B6&#10;FZ+jB3l3kScfg33EQopDoFnV8rfY2RwlW7LUVYA+CarouSMyw85rQYs+JW46LWopjMFJ3ctMM5GR&#10;kkefAFGWnomaTNljSCESTtlG7BvnaHsupUhLQEeaMRMQ7gg46otZYxCQa8DMjvUmE60qlQ963UcH&#10;FYFq/QFaL76CJtm1wA+bv/k4lDrE0kz67FoCTYilc3N7A7fxcRcfBPTd3NzG57cZ6OPwC/WnC5en&#10;ZtSQEEo3plRdAvQeHh/h6fMneHx4gMfHJ9i/iHSX/cjUo49Ayt7kxlgwoBQAYUl24Z1nv1cahMKe&#10;cwb0VQJQjYEylaLyqooCUOprlliAWAB9GgAjQJ8+nB9RpM4MA9J73ezISMRQN2bFJxAvTMYwQmIP&#10;VnrP8wp2CVlQgkjIZ5E7pQJkHFJipoY8luS81LWCONzffQKeifHoLfyk8klCW06D5ZzCWSyVm73v&#10;IlgqbPaDdLYv70i6541U6t/HY98J4Gdy6lKOnRKSlQ2climL5QY9kca6Q/UlFK/ZoOm5rDsXX04M&#10;77pHJRYfmFMingNqb6zmhEKujSn0KP+b/Ajp/iz7eWIQvyVQPN5bCdw/sYy348WIA4GA3SmO+yH+&#10;7OH6qgPcXcf3rmTxAmReQnx91g6WGAyYwov4+0Qd54lNw+Elq3XDHqTO1Uk6v4B9S1va0pa2tKUt&#10;bWl/Du3x+9fw9370+/A/Xf3bFwpyLFgJ02+l598E/SUfLl2Wft3Hb/4bry8SEsJoFf2CV91ZUAaO&#10;xK2Xvr1On2KzeCsicK5YyYVCgC8PV3AFkmTvx8mZH8VHOJyIul6RehZhFlhoUsusP4UpmAG1wh5W&#10;roeNa+OjgzrQo41f3lvoQ8cBBYFBP4RYT8BhBbCqSbp1gNWqZmYHsZxWsVCg5+MTUKMwrfi5eHCb&#10;poZdPI/D4KGlB4F+sRhpW4Rj/P1AksJBzL17LRIDTgJw3dvMNDdO9Di/wiOJ9qsQ2Kvg1nvQNndh&#10;P93EVP6bA3mXakT37leEV+HLmRGLDtwcWP4lTdk06Mp9yaV3rcCDT/JcPBvttXoMUiIsy3WZmQoM&#10;9Hk3sOckPx/f2MTXr+N2iNG34mJzEKCQGHegHS30AgTEfsuAR33e58ZWk44L3S4oqIeSQsPpnuZh&#10;gDjyb6voP94wZm8zZfJ5TXsNelEkhVPlt8oWxAToiduYQfeV+r4xCEkABQPwFf97ZcAege6nlqWv&#10;bdXJgkMQf0AIIc9FRTKnMNxQQL7NBnbbDVxfb+Hjx3u4v7+Hm9s7uLu7i3+7grpZQ0Of6eRz+YrN&#10;hC7xgkWQRGxiTRGLkvz5SG5ILL5Pf/on8PT4BM8vT/D09AwnTho9QRtf1/XiP2YS6HRfCEMxrHHi&#10;+SoMVQYvFAiT0A0N1VAfPo9Ff/Zew36ybNdrmqvEWLgJSu6SRx4qK1MAyDDqs6M05LP5e44JVgJS&#10;E373JC13FABiARrM0uPewZd41TTcFwj0Y/DX5RANZuZRf6zUr08Zjn46wZpnXNDQCrJkGIQBl+Tf&#10;6Z7j8wKTmQU69eoLup8alJFk6cYMdD77wk2+JSS/PlekyTvxPIQyCEsZnHIdhbUoQR1BF2K8AOgK&#10;lnswqz5j9SEvYBml0Gs4xgitThJek9gGDbMIufu5cq4tAlIIBEOn8u1QLMzZvdvNYIHSv9MCnnn5&#10;6f8pBfd00vAOYvB1Eij0vH/m8XU47OEpjq39/om9MT/cHeI9+B5u4/W72l3JfvoVp+7yGKHrXNKu&#10;IUvlBainkJBOWLlty2xoOmUE8tGFbVLnz3L5Bexb2tKWtrSlLW1pS/sJNvry9k9/4zfgv/r5/xhe&#10;fHMRGnhvHY8z4FP5BdWntMVJuumoCHQzW5ysvTv3FjY4yTv4Av82OEd+km37bMjBuQTxi0Ab3VnU&#10;ImMagDeVs84my76HKeXGEJZXgEmcpAYO42iSdLeFGjsGQ6gcd8yaIY3twPIf9jQjGSABEMQcqDqo&#10;WgL5egYVqlULm/WaPb3qQGm+yGmkzYpW+D1sHHOvYIgdkGS8beegXSPsT/GzTx4Osbg6dvH5ATW9&#10;V/Y6ODcbdHLeSXFyHd2rHeRLIyW+HIF7GwH+cvLfd8EWdG9+/iUYHt2X75WfOehRIi3mlORaC/aG&#10;kz4dS2QJbHdqhCW2VoHfS4I7r0CfZ+CaPPh6qGKf8/FBbL9V3A4BfTU/BAwToFAAk4qKZS9FvcxT&#10;9Znc3WSt7InHIFxhscUEOJSxEjTFExRzUW842n+sqnlQHs18n4AsAQ1RPeyYdRfG7KEslTSARsAp&#10;Nr6nf1eepXjiv2UAkiQL5wUGTFOawQYGniUvOk6tFYBr3TQM9N3eXnPy7of7e7j98BFurq5hu72O&#10;473hsB5hy1XF3DTxWFSmHx0RzR99d4LT8QDPLwd4eXyCh8ev4enhUfzFXl4YmCAQoT+1PPdw8q6y&#10;EOVQBBC1cylyZrlohL9UOF4YcSpp9XJxBOgTx8SUtmuLLgY+mSxUQkuNHjbDw3MCZokUuMrAVQFK&#10;ZmK1g2mW9fQng6KWLutB5bxQ7BOOLBpSiApdt3rFD2JjMuBHsvP44Z1+gp0/7icO0zlJoRLqdWt+&#10;gAOD4UPygKR7QdD7InIATexeTS2S9VGwy3mHd5YwbJOJz9E6Wfnq4FUPEJxMrc6PJ1SEBOIyM9NS&#10;gZ3TEGsF+SwhN4HyIk0dIPcBT8AyA4ZEpgwCGqf+R5+l0vkwjBfpENI1MutC/iwIs19gxj2qBBSn&#10;9htuunKkPoOQ1mPZs7NHYRnjUdj1fcthNrTPBMq1xxMv3jGQ3nZ8bQk077cBNvH+TTFdVah1IUKv&#10;DeOvMmMwo5hsAMgj8HSEQxzHLBvuWlYB0Hw00MKfspL5uClFGGEB+5a2tKUtbWlLW9rSflLtz37w&#10;Af7w1/5z+D+2P/8mboBfCixcAFJKq3colF3+4rddZ052r+zDpfSA71Y6ifCTk2I69R7CmeP9SXwu&#10;srwNmQlUQ8+PBloO4yBmXxNO8SeBJj1/oSeZDzJrRpMuB5HlBmUzEPMhVIE9tLpY7K9INtQNnMzb&#10;rBtoYoFBQACutrAmEIYYA+s1VKuGi1IK7yCW36YiqSXC+hTgOW76FCur+Cuz/wZlViK+h0XmfkZG&#10;If5E99k7mE08fjcYNwH2SpgZJ5Rd94aXn8OZ8WRpuQTZOQHsKhAWLwFxDNDVAVYUdCv1uprkh/TT&#10;BWHuUbFdYR/7SC+AX/xJIDawjBegIRCMPKQq4AK0qYL4kekhococE5iifpmYjPORxwD77tHPIGCT&#10;hQNYyqxTjzDCeVD94SpOx1XfPOXjMWg49En+Fs7ODyp4qOE5SYYooEXtRT5cVeY551IaMbO4POjx&#10;SGiHGPjLg5l9Q6fyXAFAB2ZEDQJiMM4QVF5M7F3Pqbvsz3d3A3f3d3B/Q4EcX8HV1TUHcQjQVzF4&#10;Jn6CCCNPNhxL4o0NRA9i7ZFM9+nhAT5//gQvj4/w+PzEDCQCDgiIoHRRkuy2vcmktR8ESOcTEygr&#10;gGZwCSfR8eBV3loljz6XwiSUkecKXrrlRtj5BUhhGjgHkrspkFf8JPCT5s8Rw/wcCB05ZWCxGKRj&#10;yBsxznz4tG84ZRI6BYGpP7JMPV63lTKupV8IoNXz4skgnmvOn01LqOnBvZhOCnAUzLdygN6AaE2d&#10;Jw9Iuvx9v0pS19fwOQF8C+YohmKyGAdmve2WW5wjA9QUkDKvSQv9qDhp1wlwR+zbJO828DEz1lzx&#10;8RbMJSa5Pof80vkMKoEHHcsW1oEyfhU3PXcedQFeiyuW7wTG9EMovXvfkzfPgBztHy2o0RXfn8Qz&#10;dBBLgdOx4xAPOvUnButOsqgQxMIgBB3btUDh9oVNp2FhBNOYbFsOAtm/EDP3OW5zDydi4NLfSBFA&#10;55lYvL30f5bdx89YwL6lLW1pS1va0pa2tO+4DSsP/8Nv/hb8/Z/7Dwh2kS+h70sK+FYYBhbQlbPk&#10;wlkg6twcrUz0PX/NFzK08I0nf8L+anjhuYuJqjjzbucugoY4ipCdl556LVeF0dfxg8A+YvQ1KP+u&#10;OLMwqB+RsPpYTgim9hM2Vs/FdAeB5E6VeKN1nYe2apkxUp1qWMdHU6+hWR9h1+1hHQsIxFhEEPtv&#10;vWFpL3GxNnEbVw3AwyoWsMcAhzY+2znupcegTBICJgqJ3qWslr8IuM/h+Zl37jXXqZJZ94WJve+W&#10;/bo3cPk5yf0FPz7E0d+cswCNKUNQR3sy5MIU5uNS35PNsheYMvMIpBM5LkJDoG/t2Wdv2xDg5Bjw&#10;o8o0FKCb9MuOJXnCWepleyCyXkmOraRg5QcwU5AZTCqVQ8iA0WAeXMMw8sRyCipRoWoooHm6+SoD&#10;LTbCmIVVhGokeafKZdknT3+azNMroOc1GIK90FTuJuSnCnydwT0JSagSOEiNfez6TphXlKwbBBzj&#10;0BBOwRbAj15De0TyewbfCDQaHPROwkTowngGjOK5W69gt9vB/f0dfPjwgX/e3IhH33q9ZaleTewd&#10;Z/6hWGT3Zh9XSaCVMB7aD0rdPR33nLz7+PkBPn39p/D8+AAvz8/wRFLD45FBPmL1sUyQGH0EkGro&#10;SQJFMaNj/DmoabYmoVX9oUk/nSbylvJdBv8ww5Oo8nBjYvkimAMtsRYnngsa8GEotowPl2wTBOgN&#10;2T+uAP3Ohj8WYKGzUA7xG2RCohfwyvpdpaAV9UUB9SqoG8+LLWtiWFeSiuyJSh3HFtbSJ3o3MBjD&#10;nzZgCmZhmSpLx3uRlmrScZKSBxkr4jNLRxbn8CaolFqZf66cL/DsOCXswalc3bGclTpeGnNw2UZg&#10;xKz0LnktYnGXA/aIy2xFZ0ESXpiW4vdZ6b2sTD7We7LT0GC79nzjM8APJnG1wt8TBm7IoR0jWW4Y&#10;zafO3pdSNybBNRhGZ29+zsfz86NsQtSk3kGlx6fQclAHS3pZcntikI7G2MvLnr0yKaX3dDrAh8MB&#10;7m8/wHUc59tNH+/Rm3juGu5n1FtkLumhPXUcnPP8+BTfL0m/+6cn9tYk2fAxbm9oB14wpMVASvru&#10;GHDsFrBvaUtb2tKWtrSlLe27bP/PD38Ofvwr/wX8y+Z7l6ClAkyYhwwQL0NXOd108oppoKcbf0Ud&#10;xUvMyW/PgMFLGmB8Gzxxr73tJw8RXYbpynM8/tKfWVPzIClOztcl+NMVQRyeZbsdNEjMvha2GshR&#10;MexGRclwJl2eMRQEK+0HS/9z4gHYeQky8KcKTocKVk0LzeoYC4kmFg8H2LY7gKsrfj+ZgTdkCL52&#10;sF5VDOxsYjH63HrYHAd4aQM0HUIbN90GYZuEJI5SX79XAbN5ZsglNtoYspspxM+CO+bDKTKQi/Ns&#10;RPzm/c29M6TGu++wl16quRHOQ2ycBRfkqljK7UHtxESuW6mnHgNz9Df2ygMOiVnHv27ji6/YBxI5&#10;JIMDLqivOfXE035nMjqHAtpUXpJjudhXDzungQy8jT5DsByiESQlFweTFOck7Jy/QKmjXur3JDWs&#10;OBygmoCmqNRXTiNXCS6DXQET2wyDSWXlzBBLj3z2vAKIYKCfnmNUgInlp7qPPTNwdPyRxF7ZcqDs&#10;txTaoUwsu7rE1COAru4B6jg23cFDFwtzIEAtbos+k5KGN9sNXO22cHd7C3cf7uGrj1/Bdfx9u97A&#10;drvjscuAozfwxU1sBTCtZqCmFJOMsG9bBgeeXyh19xG+/rOv4fnhEwN9+8M+hXGw3xgDlD0DBQz4&#10;j4ARDUsIJpucOOCZ11oaD169+oTlxZJdX2VQrZgUjMnnXQZ4LJk4/67+g7Kl8bgo/fdSIMskg1YB&#10;YSze46ua/SaZ+JUkxyZHFSafsRE5/ZSlyPr52sf5+dqzjyofa12x1BZQWKm9Ai9BAxUYpBpsHDA8&#10;K4AdCvsP1dMSFcQKJitVeXpQWfX8XJr7RT6/tkBiLPYwO+G4NxYqnKYDZ0QUivPsi3uoS759wuoU&#10;JE/GtoCwxuwb3d8sFMfAREEo06Jl8HHeCsIIpaUwuiai5EU+n+m8QCgYj5jvHfjGF6/iXKD6JALm&#10;MJTkJYvj44cypVhDa4SkOUCrjPy+HeL9uGWw7xDH4cvzCxz3RzgejvD09ASH7+3hq+4I11d3MOyu&#10;Bdgnu5e4L3038PueHp/j4wEe49il9Oz98QW6/YmZfTRmu75jT14MPYcXDcoO7QdcwL6lLW1pS1va&#10;0pa2tO+iddsa/rvf/G34B9//WwqSlDjD/BfqMdPs8hdQ9wYa4UdeM0Vhc6G9R7Y6TuUMF6DHd6Ek&#10;Z9AGftlb39cmEraLZ81dACrd+6BIJZIAzhyM8ooYUOEQA2LyMaNPJLwrPHGYgbxGCyWXPb3AWEuu&#10;dJoKWmMLQDLAUOS1ILMiPKrnGK3m9y1/6acVfoyFpo+/+/i3etPAbrOJRW7Dqb5uLeAMe62RF1v8&#10;WcefL51jNkpFRvDkIYUiOSRAxePE4dG9H8hyX/Da6fPOvfY6fL1Pf3F/+vPjLrpZUHzOowxG6Zbi&#10;AemKQINslO8YhEMGPzmhka4/9CynA5bfDnydV7EYXMf3b1wNO1/BpiKgrxdvMQKqqN/VBDj07ETv&#10;TIsbxPYdvQCs3I8rn5jBDBIRq8XSNA3sc5jYSIZNikrSGHbi68aMOswyv7IuN7mvAGpS2AfIjKGg&#10;yagMLHlhq8ZBJ76ZBowbSMNSWIX/C3kqjykU6VxHjD06bUlaL6DCgEHBBczXAgzoNJmx08RSgJrO&#10;32l8VSsFFLccxLGD25tbuLu7hfuPX8ENAX3bHaw3a3D1KslhEw0OJ2Cf7r/gqQMngRKr6EgBAY9P&#10;8Pj0EH8+xsdneCGwYJK4OzD7sVemGWgicb5WDvH8WniYXYSykBQ7B1VK5K3U7y2jL85NwCqc+J6W&#10;IN00VIP7icua0tGI8WB8McGZ7LprQimHmtCGq7Rln2TEkqTLYF4lx1LpNS2cGaXPGRAZBAClOZeA&#10;O2JHdq1INgmIkXOL7OcYBkOEMLF4OUEalJmJefEHE9inhLcU1DH+FsHnGr2CUv5dd2oD0t6S8jqv&#10;4T4Fyc+lBSkcb8tiiU3qDrowhWO2vMPzwBRnQRvs3afGeF5e5+N1GrzIdT1KWi99TGcYuzIhIfOH&#10;k7WCm5DyshT9HAVMQD1mr8XxeHMXv6dlmbJ88aNU3p7v1RIuROOKgN+2E/CXFhBOLaX2Slrvxw8n&#10;GOLPm+t7wNVO/P6OLct2Hx4e4es/+VN4iOO33Yvsvo1jt1Ng3hYfJKVXGNLmX7mAfUtb2tKWtrSl&#10;LW1p37L9i1/+Ifz43/l9+H9X9+Mv05i/dpeeXPn5zGwZeW07d4GlhK9+e/8mAN9reYSzr/qmks63&#10;jMC/ZcPS5em9iOFc4qwye/CVr/Xl68myqFKGigF9FFpQE8gXizvy6CPAr2avvoGBOa/Jw2lTGIqi&#10;SSWXHoT9kczbQdkf0pkwReiKmXmIBSrLIwdhNjHPicEdKRDXXRMLkJ6TPquwAlc1sKFETyS5p2cW&#10;GHtLxc89xirqyD6Cnj+CEnsH8/KjQoaLqUI+isasc18CCX8LEO6nv+F7GLDT/otZSljOHd76lgUD&#10;EIalYFsGNSTJwmsfFAYfAXsE+Lbxz+Qf17HnHnn1NSTfjRe78fQ7Ab6UJlsz6AuFPI1QnVBZIIOb&#10;MF4c+4A5jQogshsz3gAUhPMZtK4ytcqktOaLBwbAVQp2K+Bknn2QUjx11kzJ2rp1BfMIzKFtcHiG&#10;Nw+xgolbgEvGoupVEjlY6qx6pAVlImICCDAxkBjTSKEcwvwy3zfnTLYKKZCAlM8DrrjQJ4IejdV1&#10;fBCrb3e1g5u7O/bou7ul1N0b2O6uYL1umIG4Ui/Ci/g1Zlko7TOzfE4HOB5OcNw/w+PDAzw/xcfj&#10;I7w8PXMS75GAPgb7emafDb34g4ovIiQjvgzMSuppKKfXERnZp9TndL4VWBVvOJ9M3hxkoKvIIh6D&#10;+ywFlQ+hbYQpGOPMj9Kf33nSfUY/z2dmofSxmtmW7J2o8lgWEOtrGRCuXAFCuQzy6aa5V5BEXJOe&#10;VsYEJz+9OGkTCEPnlgIUWgZURU5uKbAWBsJjDDWB3hLni8MJNg9oqI5z0zAWl1hnLIlOUVM+J8iC&#10;rU7h+N5V3tJ9GbpRRiUnU5Az50O6pgSCWwBQySq0hUKcBKwkqbXLAB8DnZOvF8FNwrKUoYwF0JtS&#10;eSXCIo/TkAnDNgUHDG/cTzDd71Hvl2jXnOeWvJDqSrbpJDgs45+yHwMzm3v+axx1vF3y2ZUkXwGE&#10;W/Lwo0UEAt1bCcfZNicGb0/7No7dZ/izP/0aPv3Zn8IjgX3E5us6CfhQ9m0I+duK3SOICUy7uYB9&#10;S1va0pa2tKUtbWnfsB1v1/DH/97vwj+++7U3Aa85j+jRovOsr9clcGqyHYcJqrsM5c1/0fUFCsnl&#10;AuZC463tuC9lQTk38z545z6/telx6fguw/HZz0Q9n7M8h1SM5vOHWmIFBj4ocVc8+sSbb82Mvk7T&#10;TMUrLe2v+V0Vu0YSqKqupZTwQQqBgOdwbHEotLovoRoo1bqTNEwfBAAiRsGxaeB4ahnsa7ZbWK02&#10;DDasYvG7WxNgAbFodfDSAbzEz93WJOdF8QGiRF9l9VHyYIeaEszMPyvivr1c9r1Y8NvS4Gm/eBto&#10;e7P/IX7RuBoV0Bf8L3HuuJRJlZzpPKok18GK2Jde5LOcyMwFvqQ5B/X/ckxF6+LPngvNaqDfO2Z7&#10;kpy39sLmXK88bOJ136wq9nNcNzX77hlcQIVz78SA34UMSktBLZ5ozDQKEtARDAwehPnGzDqf/c2k&#10;7vdJqsukVvpNfde8Aka9Anzcp+M+D72a7+dcAQHVVEZc1Zpi6T1743GhW+cSV2SPIh1m9kv8jI59&#10;CEHllYFRdQNeJD27ADxUplwVbDUnOk9m9LkUJlEskig4GIqUX/Y+pDkgFuFxCMbzX8P2asd+XR8/&#10;fICb+1u4vb6BLY3N+IIVH4P4nxmIwwCEyZv/f/be9ce2ZbsPGlU1H2t19977HDtxFFs2siAxIOA6&#10;xpYTxcKJsEJeRFEC/gAREvyHkERYCAmB8gkRCYSCyAcUwQdAIvees/fu7vWYs6qo8Rtj1Ky5evXu&#10;3ufsax/7zjp33X7s1XPNR82qOX71e+Tl8yy9mIHL8yMDfff08eMjpH8/+ebHdPjIUt4HpO6yhxgz&#10;isDoAxM44nplYyvi2pLIW/UDkq1H5IVxlihXSavIURdJp1PGabZzpdJYBiJ4scCTLUZIUrO3IIzs&#10;axhLsPvHOwW8hDnmVl5sF+AjAKikoGvWgA357M53APo4SGPklFIFeC00xPsFwPFkQcNyHflOyvOs&#10;Es2klgqpylLjPFAeyrnkQFQeHwH0TQD6WEo9xUgr+fMF3pZdk3DSJgG7hclbiY3ZNXOdW5Kem2Di&#10;OlMYqKaptpakW5mi/G/hEmi13VgDnu3CRZXu6ok3mW9lOyrQm1Vue+lMQbrYJVL9FeqIjsZzalwb&#10;NfJkJvJ6Dn5RENj7pOxEXz0Ojf2bsjEil3NbF2CueBavd28t183ZLWNXe16ahzgDMS+DSBhMJ+0v&#10;fL9xGi/3j8PhCFnv/f2DpOzy919/pD99PNJ+uCv9v8zXjyd6/xP22fyWPrz/lg7HR5H/s1dqUIk8&#10;j7HmMepkPAxuAds3sG9rW9va1ra2ta1t7Tu0//1H/yb9V7/6e/RNuKGLhAx9+M7PPk9+aY5Szmuw&#10;6xVwyerbXGU0C6PQ5zV77UsCcz8deeRPS3L56e1KeSrBB17DOBjg6+hAfZ7x6lxU97u0SDJJGAf4&#10;PX9VEgSYP8q0i1GpNk5S9WYtNp3LDfMiV+VWVnN3lkExwySWYuhUigv+HF8KzxNeM43ld7vdkebd&#10;rXiKlRezWVInMs6hFBDHUqNM8EPqyzYFUuK65RT49/zy8CXiFMJ4CUA49xI+vQLYPtfO8dr7W0wv&#10;u+eAvO/TDdx37ytXzse63syVGSbMPClUGWDqnPQN9tjrQ6Zd4K8OL/wbhzEw8OAmiLpxpcDki8gD&#10;5TAXBv6YnYJkaK6bATjxawDYy16OXfA1fCYmAYCSAs1ZfceqhLYCTQKMGQBVwwv4ruAEWy7Mg7Dt&#10;0oKgNP6XxkoRwMgpIzWrt1luAIYa0GEFbdDiNgjQ5w1o0JRaCfoQ4BHstUmk7Qxexyb9tFbrCiBW&#10;dqFf2F6dhjMIcNKCAAqGZQ3ZSQKg8XFG8xNjAA7BF/IeDi7pupFu9iN8+b6CdPdrur29of1uT+N+&#10;L4m7FKo33JMllpW0OSPVk8GlCYmdD/Sepbvv3yN59wFhHI/w6IN32DxVoG9CyIgEeRj7KTehDXwm&#10;oosV6Es5rxirSQYx9dpzTzBtsCvDIqGVLSbt59IdfCPDdSr5rUCUblOuhzJL+Stkq1RBvbWX3BIh&#10;YUxZeMhxfwzsVdrLOBoTFlNag4qk8vCzyXLVHgFp6VH6Je4LvE1jJZgdrSzVwXuVUs9LSIsCqTnn&#10;FSfcQMXKInfPJHVbsMVLo067iJDTIqt2To/Rq9+Hnlvco24lrV0W46jpC5fc/wuWKXz5Ful2pgUU&#10;X6KTI1U80+Xq1ahKfekL6gMgWSIK1qpHIqSplTlI1X3Q62JCugTvEi3y2c984nKVp7wsLFgndFf8&#10;eQFgNwtxC0vV+iuh7ziTcYNJLAsNAOjLfYv5+jTj/uXOebc/lPulp+PjBEDwfDyUufcsKepBAoMY&#10;tO7hPRrQr3EuODCmhscoc3p7VN/a1ra2ta1tbWtbe327/1N39Ae/8dfpn775116s+19iKvlPeMB8&#10;Tru+ndex/HITjiDPtU/d9Z4DUlZbX73nUyyo/CT599p+foqQ9Z0zF/LzZyQ3zIlMn175z61XEf6G&#10;ww84dGMCm29IZ+qdSCbZLy2o3NVJGUOr9EfUX16kwGzwXh7PO6jEBGyZQqTzPOFvOkjHvBTmWi2j&#10;OOGqJMl5Ry3MTAT28nGzFOUMALLZ91mS/abdqXw/AoAAu28YUSCwlJMLia5cnB0zAnMoLwcGX+Lv&#10;y/6cSmFX6pLyynSYEp3K55+dmMmna+DaH5IFXnY/gMHBPV9XOloX+07l4ibnNo8rk2EJEzRKcm75&#10;nmW7Y+lIQ+8A+I0A/UikpknCFaJL4CEFBigCg2dOQXvenhSAHQcKcHLuMIAJZ5JXATIy/J8gEYsa&#10;pGH+V0lADq/yTi7og8lxGUgxyV4D3DBybSCcwDyxBhAA6M6L91vFbAy7BjNMMIoQOmEJcm/vNAQA&#10;gJjJMHPt5xnBIgLmzAZ6N1JKOx5PxtIRUI8MNGSGoHr+CfjudYSlGsCRSFg6c5JE4ZQlwCSpd1ZS&#10;INGCFoylNICFWK7B0NPd3S18+tif7/buBozbftyVazPU/couL+OxJuTk5g4TzCki/RM+XodHsPc+&#10;fPst/PnuOcGTE3cPR8gFJ04HZVZfUuluEgCrAn01fVe9QqtoOV3gT2uwl6K6N2ZSBmOuYF0bziHE&#10;Mi9ArltEpy2bLytT0uWFL5xVirqkD9OzAJhzi8w8O1/nYPOdy00KFjwKDeRLysTMxgBNmmqsoHCS&#10;RGeQQi2MhRlW3JeQyitJzJaOLbJv8/NzK5DbmSy3uZJOj289MS7sTZevP08o3K7wttxAlcFXcSdj&#10;YKqc3lKoV5TB9Rh2ycF/Nj/JLEeMmW6efd4CWso5dOKPyeNRTQ+3vuMtPZuWUB2b25L6wlqasIUw&#10;83X1uvBlM6prdyxXWbsFZ+T6dfneAHv7nQYINyzPxYOygnvtIpVbANEGAl+dH0euHhffc5nP+/Gs&#10;fUOMCHi84Z8RmuQ6ijcT9d2Oc3zAAuT37PqBE38odApac9iWsvu8+p3i1Nv3apewgX1b29rWtra1&#10;rW1ta6/Eif6X3/wN+oe//Ffp0Q/0JDK1PhHrg2J2L4IbmV7LxnOfxEvyVVbf69APYfPYinm+ICm6&#10;pwmgr0Y9rhViJol5+bizux6ykV8JaLYpxNlRU8S6T+JQ+dkwiDVT05h6DM9x4m6XJ2H15SMN+VSK&#10;wKkCNtV3zVF1BjIfJbC2uvLQPgxUJVckaY1s8n08lW2qJAyysInZOEEAhUDKkpDvQyM1AqNDGQRp&#10;TrXYPp/mUmuUbXZnOh7KPg89jbsdjcNIoe9LMTFTF3oxsUfxwIyBrmzH0aSv45TocM70cCI6zJmO&#10;LF0rr3MUp6iY6QIOvX61fgjtu1hJPh9ILFWqu6iQu1VqaFgYZUpU8kjKFYk3++w59tkjDk1J+Lkv&#10;v2ewbxcY6Au0Kxsc+qBBHOXaz5zMrD5osXxS30lhColkrwsCVBlIzvzxnLBiIrzbJpHgJgl6MZll&#10;e7BCulqKSS4sO3jKyXYZ2JhVBgv8qMrAcwWTYlqfbD7+oOmdXgE3gD7G4qm+f8Dj8N2MpEkFsmf1&#10;86vblXvH/N3g/xWTrYoA9Oy8Ju4G8XCTQIYAibOBUHbYSRcn+PPYgyvFqZwvNcTX1FX4FJp0Nxr0&#10;sviXse9e1mCIoVybodxvX729ozdvv6Y3b27p5vZW0rLLfUeVnXixiJIW6CerzJqvG+/D4eFAj5y6&#10;e38Pud+3P/kxPTzcw6Pv/vGR5tMJfoHsIceSUgOxGLmy0waQTvtlyuar9tI4HWtfFuZnWPxHFbUF&#10;6Ot8ZUrKX0kIUA3rsH9T8lmdTr1r8JNWyx2UPeZXGHslYTlhQ9uYLww9YcDGNNN5Zr/CKEBwmtUG&#10;Qa6dgURZgUukGyvwZyFJFd3iS5X8ivHoW9mzQaUuPxlj3OoCXw/Dur6y5yoA7FqAjqzvurr8Z+Cb&#10;ALGLz6ZJpB1dT55fL1osYLN3i5xccEVf2Wwm75W7xyuIXuapTgAtzyAp6OkGbjLgm5awnopJyofH&#10;GkYjAFuqbFBj4bolXVlDffge9jMirKp0uMrqZUBqvAxpSZe+fB66MAKRBYWnC5ArZ0FIkIUX2N68&#10;OTcQtRpfwge3nJCp/MmJU3WHMhcPJzrsDnQYH8vzBMvCHdh9fXk26INEJjmWoQ+dhMxoorglideU&#10;brcOV9vAvq1tbWtb29rWtra1F9pPfulr+sc/+tv0v+1/+fWwxWss7L4Q1elyO4uB/it2zorzNhWg&#10;eU9+knT48jG6TzD7Xgb63CdP8aXR/ssg7cuS0tddNncBUgjQ16t0d3AnsPo4cbdzJ4R0eDIGx7XN&#10;SPHKD+38wG6yHBRq5WGeWXTM2unHiFTH/nymwOwcBg5YFqgeQJTFO89YTlIP1uQPFLSWLAg/dfZ9&#10;4wI2JBT+/SnQ8XiikSWEI7P8BmV9DbJProdvXNlRFI3M9Dv3no59orEPdH+MVOoUOjphfbEEjo97&#10;yu6TEtrrSbQ/HTBvDcZRBZ7MW8x9IVagT8v2JGRF/KXAECMNZnHG/FAJt8sq3U1ghgY5yzVgg5kx&#10;A4N9SM715TXQnos+Jp8Fha85GGAW9gtQQfVttG5mQMXSK0glrjNZGijkikmSHcWUnsQfyy1yVvtd&#10;sORcLciFeZRV+js3ibnUGN+3hXHQc+TFg1ABN28hDsE3oR/iDkfJwBoBYZiF6NVzb5EISqoqM10R&#10;xmAJqkNouoCFaJhnoK/9NJuXWBaWlvlsRfj9TSJ3nZW9B+l0A+Lo19DIf4NK6urPXLjDH7FcwxtJ&#10;2/XlPkNohNcgDueaoIZlLGw4XgpMRUn3PB3p8PgR/nwf+MXS3Y8f6OPDAx05dfd4lHRYZjfq31Ay&#10;1tPC5qufYWzTdAE2Nqi4secM6HM4D+EiCMHV4xGsL9TzDKKWGkFKn9J7Ji9j2GpmYyA72SynoIr3&#10;i99fMwOmGvyh0JBS4nDs5TywlPl0LK9JwhBwTc1Pb1awL1k4SSM5VxZqVoDIGIe5SSoWxuvFfJdd&#10;Ddl43XT/ZajQllBdz45bB9VY0vGrlhpXc7ZbZaC4JrxEtinjQvZibOGSx/zBvHc3Z9wT4pU5XeRi&#10;uTonYr8bYNWpvDcyu5eZ5lHOk/eWDr6wh2fXhIfoOE/JpNS0jIB1AcJ2Q/tLDZFpnoGInvGayFeu&#10;nl9N8aTekV4l6sErMy8IkDf2Iw1hoLEr863vy7NDIPmvjBPK3hM2Yzl/vVgjWJo4gHNLzG52TcBn&#10;Aao3sG9rW9va1ra2ta1t7ZkWy8PV//ibv01/8Gd/h84u0B+aJvELABw5v+LBND8v7n0eyXsNFvYK&#10;MO8LgKV/+M34aplEcMuhB+zLd0bibsin8sAeyacIfx0G1hw1pt6uKaKZiccyp/LAz555I0v4Qq+e&#10;YZqCGxP1pUAdhhGAH0v8zt0BRStLe+dJvNR8jCpNdCLfVHABD/5qup81WZQ/GFIlk2sGtxjKnwYa&#10;Rg7uONJuvy+f21Mqr924F5lyNyLEY+Bwh74UKl1GsisnuHanWfocs/ySq0U39kGLuFaGt5jXpSv9&#10;lup5/hR4+znX7CoIqOBf42v/CX/Kdt9a9/aE7RgbLGigAJ9+9tQLQcIdgrdUXfW+42JUQ1TYZ69j&#10;Xz1Ivu37BGCwd+bzRrQr15/DVIaOFV3MTBOAJCfxeMzKFo0KSOAaRAmGkIRZZZamuEqOdCrnNLAK&#10;pa8X83fuo8zggzxMGSSVOUoCJCYN7UhgmmmCblOBepNm4gOChF14kQ8Lqw55qOj7WQvxSYE8Btuc&#10;gjUGImYtaAVctf1Wthd7TjJ4qGEjYMoy2y4s/Wex4VKAUkNBENigQJrJO5nNx2wgDr9ggJRaL0Hz&#10;KAR46CrTxvwETcooIKYa5jOLtw+CgwXpL9Sk1VKTfkpPpJtOfAHLfvL9yom7p8Mjffz4kb799id0&#10;//6DSHc5iONwpCOnfTLIp/e3gLEyVjhlIi4Jx24xIVQGsninpYvkXQW4Gu80V+WjqWHltfeKX5hH&#10;lmisoRFy+FlBxRVVrQlA8NUrMTnf+Bguwsr1rWmjRKr3rfQlAfw40ZR9HFn+LOEpCuCl5UZvT7uA&#10;mH7lV3j5JGB8Op+vjDN5YRouoPL1llYJr3kFOK2Y4Q2QvhbdugU40wsRPIe3CIgbvKdPRVg9ObbL&#10;xTl36RmZ6hnIxsbT+xBhG52EZzB8leA2EXUBzItHJywp5D1ObQPcBZs4XgC6ASziBeSD5D6ZPYb2&#10;xZXcdlnmkOnGtej2kiS9QvXcCrBtzzlVL8M2hCk99Td06gGqIB8D+nz/74YBfqks3X/z5obeMsuX&#10;Jf13b+jm5hZz8K68mHXP5888J7EwqNJ4Sw6mOer4G6s3pKSLSzL6BvZtbWtb29rWtra1rV1p/++v&#10;/hn6h//W36Z/Mf7C1QfjF0GHz6YpvTZJ93VImXMvo2f2CF19jC6T5mhZwf9hti95zl7+LJHtikff&#10;kM80uDPkuiMd8XNg+SWnnjqqjK1qzOdIWUjGVOioH0cw6oRNN1Y5oTzMO/XtSzTOHKpxpvN4KgX8&#10;juZSxIvZ/hlF/KzFKxmzRMGXrMydCpoYfFaKAC4gGARgD7SuFINdN9HhdKTd8SgBDuXrbuxLQbKn&#10;aTeVfR1oP5bjHnZg/PFBjgMXL45uBqL7jqWoEz0cZzrMwnKblbMW1LjdXsnQFsPLWtmiowYEfCYP&#10;2fnPuGzp+vfPbMOll4E/NlQ3hp7IZVOVmXZqi8Xntw8SqjEE9twz4ERZJjFpQIsEaMCfD2y+GfJv&#10;Dg8IWtj2peBj+WfP14PZYXzNFD0UplEk86mao/j3GbgrKb0aNtBIcy1h1vy1JBSiGRc03dFSdF02&#10;VpmAe5Mxw+wujPI5dsm8ULYk4MKJB56vn+sr4JG9COcYiIrniKTcrMy5Baxsr+cSPGBm9QD22HNS&#10;v3d5CbYQDzCR284aMmLAHqkcWFKEhS0IAKpiAAamKKDIx9R7lR2rH2ETQOHX5mG0QE5SjCO4gTq8&#10;RWTBc/WNyxq84VZBE/UIKnAfAVKxBP9Ajw+P9HB/Tz/58b+kD99+Q/cfP9Lj4yMdjwL0IbRjOpXx&#10;gf9uUsBUxqN0KdO1AJaKAScLYL6kNmm/EKpbIGPBLf9m0l1jlCEpNJssV/tRTXFtoFNPT4Colllu&#10;zMv1WO/o0iwTTMM6f8n7ol7zGYBfhH/hpDLdbD6U+bqPq4Cf6VWzUboy7+YLv87XPjeYg6K3+yQ3&#10;EJ+7mJtMaqrJxwaeOgNtdSx5Ms62i1HUJNZeHIdvxksLBMkXf+/UR9Ep4w4s2xQA5vIYxWEmDLzb&#10;cG9y8ayp8aa9zTb+pKSeh1S9bu0rg+sxu5bAvALnAChaZ47m3ZdrknJK5seYKzvzdfAnVdDv6aXO&#10;urAhIUjC7HVg7HPaOVh8ZRy/ub2hm5s93d4w2HdH796+oTd3t3R3d0e3d29gqTGMo3jyha6ykeVz&#10;mZEvKeXMouY55GzjfdIwIpWmp43Zt7WtbW1rW9va1ra2bvO+o3/yW79L/+0v/DbF77OhNoGzFbH9&#10;kIzL9IE9X5XFpqZU8fTDdFz7oifj2Qd7a2IzH8HoY6BvSCf48w1I353AyuLz1rnG81BNnLLKeRG+&#10;wAmo5WGeGXMdHux3WLVHKq5bCtjYsydZ+dw+lddQCoWRutOxFO/lb4Yj5LfncAQ7j4t7Bu+qOb0m&#10;SlowAV/rCBKFpgSqBJGvLsd/sGzYTw5+ZFxkMCPoUAqU3elM+9OJ9uNAaV8+Y3cD1h8DfqMvhcjg&#10;ytdyTPx55fBDYllzoofEUl6WVAacMXjVaUQJh4yYvHR+7nR/DqD3yct6fTv+hV6A6/3MviFl1IXq&#10;i9f5XGW6zMTjc8whK2PPoQwM9hHAvqAu9GBheAVe+AJD8h2rdLeVyDKoxy9mgw0I1xApcMoTsRJO&#10;JKUZSY4xNiwPLmhNZpipJtmSyVsRquEXz6uUruAO6nWVY2WBAZRyDUfTpNAA3nTEcFLoW6JwMOZa&#10;ZZHlJd3XfgbQGquEsoLVyvQRlpwxAIOy6coLYLWm8YJlJx6C8A9kmStCM2YUwVnBnRo4khaAzy61&#10;7avXz5TvfQVTIDNGkI1b/LIagTSYSkmK8jRnYToiATjiXV0p9vnn8TjSfj+v2WKasv2E0arAIx/H&#10;eTrRVO5JBvo+vP9A77/9hj58U14f39PxcKRTGR+kLwgwaOOABYZEA1ZUJn0tgCE/gdCuJUMs/+oQ&#10;xKASZkfVuU38IUmJfb7ej87SFlx1M5XxaOF/rkIRakZJ0mRa59d7rUnKT0OqlN1cU5NzDU0xua6B&#10;mi1wXbvqi7hcrlNlrjDcmpWY2zc8gyWBpeqezj9LT8j1ml1f/Hh6taq0tgJ9y5zvVunglzYbbn1s&#10;T55p3AXRzy0J85Dgs6eAfEa28BvNq+exRABAgj+pK4MZ/C6dEB/ZGiNe9jeV52bvPhna1eBtWJjw&#10;miBtr2QBLLqIEPOSrGxYtXv1k0IVcas/pDAVMabqIgQvPHRljuRQnl2ZO5mpx2y+m92I5O3bu1u6&#10;2e/o5uYGrD7+N07j5kU/CekR9t6MRBi5f6Kyi/l1Ps+S9gymqlgM8PFMuohgCwMb2Le1rW1ta1vb&#10;2ta2pu3//LV/hf7LX/tb9P8MX/0Rgk1/iJ/nLmNG8pMH2kUCc7XcecX+fwnpc/5DOG/5k/8mPj78&#10;8BwRxtEpwNeXrz6L11q4sBtc6qgkXD0XAOoxcMeMuXF/Q/2wQ1HAIIDTotUKJ/YnEs/7TDMXRpAn&#10;lk88H0tR0IExcDwGOh2lkjtxcTApQBNzLWQA+qjJPdgM5KlarU/KQkya9Bu5ICvHCJlwQFExcYLv&#10;2ANEgGdZmlCo9EM5BvYb4yPe89+KnMorUMOBHVEyWDV1NYPVFxVv5NyQ3olkGful4RXusqrL6XsA&#10;gUv/9S/Qa1rvqZWgkK+DX8BvMO5qcm4GwIcwFi/JuV2pXBkA3Jd/l9RclpZ6KbjB6ivnxat0NuUa&#10;giNlsRSMkM2qf6PjBEYvbMjZJKZcrM7KUmOGR4yaBrqwVJz2Sed89dNiJppTX7lgTJoKeCzsF5GF&#10;LadrKYY9qIte/fHgxcbsFQ3tqCnkftFkm/zWAL4aaKEpzravCxtJPifYDaUSNq+gHsBWldDKtVKZ&#10;OBfyLqNfzQi0mYXJxecnxYbFY2TbpP1CAiSCgpQ1zTIIY68CJK5N11ySilMU70MU4hraYbJRC34g&#10;n6v8zvO9DNBRF1syXYzC61AbBrtQ2E9yLz4+HOj+4z19++038Oe7v2dG34FODPJN6ufZSFQliMLG&#10;g1SvSWpXoPSaeevvrkFPskGDOke4XOW4SHrW5GKwkkOnsmST7vqaBmveihlhBknxvtyAVa6i8K1k&#10;Pre3fW6DCJ4CfiZJzp+wsAA71TJs9eOXZNVPsPZXgKL0BwCIvgWbVGb+3LySG/nzhdz0pYW5p2Oa&#10;I1eXLbR/Gemy2iQIoAp+34XVxuot1z7mmVEy2wJWXkatTIsEXXwwNW0lCx8e6zs5q+xawqOQFK6E&#10;4pQsaKxhfOesIPBih9GGbVWrknRp+ZA1/GMBP23ho4ZWJU14bvyNrT9cMkXzalSy94sXIQJELHmY&#10;Qb6eGXwdFsN2YMPvaH+zoxsG+27Kz/s93ZZ5/+72Bgt++92ufBX7DJ7PeSHDYY4ENb6GG/GQKYy9&#10;CNsNZvbPGtrF4H+bEC5+rHL8G9i3ta1tbWtb29rWfubb8e1I/91v/R79D1//6Kf2GbWA+B7Y1BMM&#10;xL34WP7081+7v+7lnV2VU88FarjPC9H4XDjvNce1PMR/qoBaH4jgIJZGrMwt9unLEyS7HTP6WLpL&#10;DPwllWhqQmP1ORJAB/LO0MMDj1M3+3FP4+6W+p0w5DjtdqnZtBRURpEUVwTWVO46BHb001CK+hMM&#10;vHuEaXTw9jGQEKAcgw5xrkwGp6ZlwmIyGZ9KKgFUkJlboRCdzw6yK07njZzieeohfWMQYXc+IeHz&#10;7i6CmchMxZu+bOeGpZQDAK7xlOg0Jcg9OQgCBbGDQBXgH3tIcYjHhAJFEnyxzwr+Jfc8uGeC09cw&#10;b71KxdxF3e0umbeajCsJtxIc0ClzC2wgl5a+4B3YnV6DOAK8GzPCNODTx8EtgdNzfTkXHh57XYgC&#10;BnPxGgQYQpppkmvOjLScmjHCNeABwBsBTSNZ4AZVj6aUFnYa2GMMuJDIKYMxoarUzq/6ARhoGtCR&#10;aihB6wam4CB8CT36mQPw5sAA7fjnrEEdMVbp8Kn0E1Kwi1RSlhXtyU3aak0IBkhgjDkNbPC+Jk12&#10;3rcaVxK7KmXraTHvkhyL+Oux3FXCNLKGaaC/a2hGBVQdqXl+J6CVF5mueGcufSQ2cnh8ZTaNeo7N&#10;6n+JsBzz0DJgR8+7z8JCDD4oi1fAS+caDzWTShvwpCxNBuv43js8PkCm+/DxI/34Jz+m9++/ocPH&#10;e/pYXszsNQ9PgJsNUuuDgW4ChCUF+nI0dmUSZll0/D8BkPIVnCpnBXDyij0mgOkCjxsIa7wydzne&#10;ZpXu5/WHPMHwW0k4qXfe5ZvcM+N6ZQa6iwUsDWhRlnF2Lfh7GQ5ifnmJrvEGn6OarSC8/IyE163B&#10;wIVN6a7PUReTfa6hG+1fueqptzruFfNvGVwMKHRtaHq2420AxQvmvyTh5kqBdJacbf85XRCIzOIO&#10;Aurl9tZNGMUT0sc9QG+570kWqXR/Enwdxds0R+l/3q3ybp/IuqU3a6J0G7CRSJl8SUN/hOluY4qz&#10;a1XPHzXef8sJahc54MuKlO1yP5cBn+fy/Z4Z+yNAvrtbDr0q39/s8fOu/NuIhb4Rfny8cMfMPwbI&#10;M+bCMnYdy31O57poYExkCQqaERZ0Pk2Q6jPLF/MCJ6nT4i1Zg27clsa7ta1tbWtb29rWfsbbP//R&#10;v0H/6Ff/Gv2ku614i4Rq+qeMomeArWsr5J8Enj4DePPPFDbppwDwfWcA8xOIXP7Sn/O5AKmd788g&#10;UOQr0RBcRHfpRD4dywP/GUBfTyew2pyL6s/nFOhT7y+AfJK0y6v4N/tbGpHCuS/FwYiHfTzom7yu&#10;diIz/1bzfmWzJJ8ENAiBIgd7hA4soR7fl88pRfbheKBj+eDTNEkBzn4+TajAkr5sgFlamIRROIg4&#10;Xj4WAHWdAEqzhTywJJJBvzPAxPHmFqwFCUYohc/O0eAH2g8JYAsXMOcq14xIZWQ4cUqejqWqO5WC&#10;cCq7cCo/C6CVkfgb8/P3U752bzx3/7hWfablLdhgyx3UAdBKAHsY6OlRxOnfNuASzp2m6Ho3w6PR&#10;RWHysfyW+8Ggkl42Y2fZ7dDxeckAxYJXsIvTKTG8cO5uFE89NVjHR8UGAsitkTxVNq4xDh0poMeh&#10;D1U+6VdgJjwSa2qtGrmTU6msvFJavLqcJmo6la969fRbJcsGV+/NqMmPklSb4E03TbFeKafMMMup&#10;7HRbztJqLeSiHd+aMZXL9zPYc4Q+Zf5UYIdpYEdO1Ztf+5r2ZP4sfRnAB3atBpAYU7COYZUNJCB0&#10;ygrunefqh8hSOb4fjD3TetaJTFVAAPEVDPicngGBgV8DAAH25eJxIbj12FQTflViyudxms6luH+A&#10;P9/Hbz/Qe07b/eYn9PDwkQ4HYfQllesL6LgMI5BNZpHvJ+7f2eOcedyLyzlGMrOCN546Wsm06+FJ&#10;X3U14cSvABVLHDVQGaEpLPWHD6nOqRaqYlkg/hLechX4q3Jd6/qqCTZgKVdwqZ0n3IsTcR1d1fOt&#10;tbFoOb1PXROfGY/S62Y5XIdLNv2KxeYuwL5nwoXsHLk14Oice1GPKtLzJgTj4iIvicoLpzdn9zzj&#10;z1FNUBbZtvpy8ozIY2qW8QJOEjx/8aIGjpNl7QFzStCfTELtdb5yGFPdc1DrlTkhKxDpGpm4HUNS&#10;CWzEHLMYZF4cCzXyfJszdPHBgng6TQ/nRTYeSwYG+ca+zOs7enN7C1Dvpnx/y3P9OIK5x/d6p8w9&#10;LCp0HcbEM49lkZOJzzXReVYGNxYTzJqBhCHM4x6zeyHf5fs+2eKkAHysEBCrkACv1w3s29rWtra1&#10;rW1taz+T7f5P3dJ/85t/nf6nN7925YF48RdaHujX8Jrz/tpT/zMgoPts4Krder7yWa75rFU63g84&#10;JfhzALr2WNwnHvRzW9w1qOsC2n0mo3FVeZvZU8QDucvloTydSzFyKNf/XC7SvDLlrruCYkoKKmby&#10;sXzndn9Hb969o/3NHaS7zvciz4vi6+U0KVKOIax7ghPpmzBuOOHVQKwlvVCK7R6JucE9lO8faWKG&#10;1+lc/n2urCRR67kqD7IiDwEFqG6SJpZy4eTRz1gMxIyfuWzrrHmRSSWCUVNYx90IIINBlJuR/epC&#10;Oa4A9oSkXjoJKtCilwG9Yzn2w8wMQCpFj6OHsmE2GxfIKgCkMuP8ZCmQJv0jkarBn8kAeudaUlzt&#10;El6BCPZU9CqPTXqlPRh54r3HQB2AOUhvvQRt4FhnSc+Ff5Iw8jouUhkwCRzSIgAfnzP+W75dx5AA&#10;dvB2OrAFU0WwwNLQwICk/koCyKq/VHv/Z/Mtc8qecupdJ8eaGqBKkhqppqnWMIZGcurTwjq1QAJh&#10;4iiLxUmyrQ/CWMkqYRUQZ2E6TYmqNBcFp7LbajIvPOp8TaIdnAVaMFtUJbl8HKFbCnJlUTIzbzqL&#10;NFaCTPIqcETASdmPoPsvexfquSH17nMKUPrgKhtRZMDLeZDdj9jmnNXvMJoUXoDYaZaADWHYCGPR&#10;zpd5IAoYoNvXJOMAsC+ItyCnKjO7t5PzSypLXMY7SQ4GJJsEvDufDnQqr8fHI318/5Hef3xPDx8+&#10;4ufzkSV8em+nFgI3GCzo/Z6FYeXNgTVV7hYSUNFHFjko2FTGbL4Ye11FYFNNZfYk53WRQPpFRmrb&#10;AbOY77Z5jcTj+oVGPu9WlMGsaHE2j0CnybiW8uyu4zZ281eGqlOW7wpDMz/apEsrTR/PLdRmiRdp&#10;PVNognFrO4D79GLBTcm7F4sTT5f9cl4n0VreTSYLyBGZbqpgp28OPAhLsWUsr9htroJCtuxxwX1b&#10;HVt+qj6ukvlMqqGOcnTGduP7AuCymQRG7ue8rYDPDY7v9RlzWQyyF0HBLaQE5w7efbH8H4BBUmCa&#10;x0xloDLjLddrkas9RNZxDmm/DEq7XFnB0uMjmfbbxebcu6QyfeN6qrzYfELxHmEwY0z0HuDeCGZe&#10;AIsPnnzlZw7euLu7Ld/v4Gs74l6XRN1g7FQeS3jsmubKkE3qpylegoQxAKw+skCn9SWKOnSx7Bc9&#10;OMg4w+cQ+1XByLCBfVvb2ta2trWtbe1nq/HD4f/67/4F+ke/8lfp3o9PQL1nAahXYEZP3qPbda9I&#10;8lsDea95U5uOl77MufmBZHBcAnQvynwvvPLapMDvBTqi4ptZ01qeuZnN9lgKk0MpG8r3XFR4KXrR&#10;qZzKKxnkUHYDFwU37NFzs6c3797Su3df065870OPAoLJT7NKDScU2V5KmIvLma0fARwQlgzBK28N&#10;PC/ggoAKbNbPxQZ/hecXAMUJgIVg07myMlrgz8zyJciAqtfazEAjmwedJk37E/beeTfTjhOD9wlF&#10;TwgCaHReirVhCM0nBIAqHN5xU74e5kyHU6ZT2Wx/SnQs+3NMDPpNdMb5cCgeO01wXYXrZvNy0vCU&#10;6gGm5a8TbzkJDxDvPPG+i1LYaRXFPowM+IVSmO5LYcZpt2DoBQU7OABjVjYZzsUM1mNQgKqrEi8B&#10;dCABDhYooeywaCELmgKbhGWSNSHUwFecKRTMJsFtgDYNP6i65KxATqbq1ScgWBOroNeO2pRXsBZD&#10;A1I3skdlpLnGpy5l8X2zeyJbuIYZzlnRmmIdkbjglJRaD0AvmBdeAxry95DVqT/gpMBnspTaLCBW&#10;Xq9m1PvdfAfhc9gJiMisQWp8/SrryLXsJDlPDCryvcfeV8bUE+AsKnPQVQAW180YkI4qu8dDlssA&#10;skqQvQaI1OvkmtO7cIYtpMTCbsFw0vMXVYo7H890OjzQ4fFIDw/39P7De7p//5GOp8fyOpbzNQEE&#10;sTFPwF71IfR2/RVIYTDZiawy1GTl8nPgPhdqCAiRpTY348Eam9N+4daBuESNq196AiC5Oob5ymD9&#10;1AzQyrXlLo/iO6djbZvZ69wXeCh4suC03pvXzNmuWR/K6kn56WNszuczE7KAbNeTya/v7fOf087x&#10;Et/jG2AxPQH6cl5kvJLpGxrAtwVyVRrN8u1cxnew1ROsD9gbz6kXJn+mLx0ugfFHCqRn3ENgPQbC&#10;AhEARGaUu4j+yf/I22bQUJeklqTrdHmEiyIjU5OofXEp6vqpMue92R1gP9Qb1C2sZrbg4DGFZbj8&#10;vbw4cGMA4MeLXey/tysvXvTiuZ9Bfv58ZueeeaEQi1wi/bewGD65KbUE7hXVtD7myXgjfn497sWh&#10;Bn6ZLQCHOMn7GIj08FHdwL6tbW1rW9va1rb2M9O+/aWv6R//+t+kf3bzK83DlF9YA68E1z77PZ+Z&#10;LJo+41H+u2z/swHN54qzz/nczw1ZeIa5eLmfObeshZfBS+de3gcuVJwWvS6yDPZENJXi+nRfipny&#10;lWW8vUN+qoQNevXYisr0kxX2/f6G3n71jt6+eUPvyte7u7eQ9EgKoXj0nM8TQjCyreAz8ONzU4SR&#10;2W2pzEu7apBs4B4yTikCGOzoB2HYnc8nmsqLvX0Oh67KAc/noKDfLMXYUtmJZZ+vVZICQwLYIbiD&#10;jcMRnxsBUjLQdzpNeI2nM91wmMcgPoL7213ZN5Et3XTDIomzBOjMEt5Ed+U8HPtMjxMHWhDdn2Ya&#10;Zk+P7HvH5CpihqCkqybYivlaxFWcSstWbxJU9eBz6nvYK9NuDJqODAOns6R7ZvHc6zhog9/n1WdP&#10;WRHoB36Gv5Skuc7UWL4L+GCu+6ocA2AG6XM5N+qnlFVySslYdhHnwECtYCERKpP1DWvKrZhOmu/Z&#10;hl7U7ZEW51oOV3ZKG2zhq7TUu4bFpFIxqmm4EUBbVEYgznfK9f4BsOT187ToDKXArdJMp+EiYLj5&#10;CjZG9e4T3zv1l4M8NlYPvqTxqb6C2J36wAm4B3koHw/L1LwwWsAWdLJP4rpobMCkQKXsf4ryOQD3&#10;FOzjz2YpMsvIc16COMCg1WvRgbI5rAAAp/LgTs9nC9CgiynDUcJORNY8xZ6G8j3StccdZYDvEeeT&#10;k6v5OppEbzqd6OHDB7r/+JE+3t/j+yPL9Ms9zfdyTNKnTMod9Xo7HTiEXazgGsiOHJ6zMIchkWTQ&#10;HjsrI16q4KoAoujjmmyTaOkz3jXhKBcD7irwYQW4GgvP6/l4CfCjxj1SU47dCptWsIbUXy0rcBfp&#10;iWOge8VKUSuB/UwAEQsPGoL0WUtv7vtFTLkLIPa5fat5wavgk9awIq8VCDlfLALpxfON/2cD/I5D&#10;R/MkSdyUJ4B1CMtxOqaksCzcZQGanfn9QVAewHKXACGGs6YFmMNYKqxOAIPR9r59CEjNM4NTMHtZ&#10;kLA0csyTYXlmsNRoCxfyNl6x9L5TL74y/owqxeX5e9d3APvYd2/k3/HPo9hyYH4r+3GcRJor4H2W&#10;NHBN/005VZBUxpO1x6qAepJwLhYdPN4MCOUKuhgjlhNB2cocCOIhmedFD3LyXBI2z76tbW1rW9va&#10;1rb2s9BS7+if/tZfoj/4xd+By5o920vRQSvZTXoNQPVK4Mo/A969/ACfntY9+hnfdZurff5ccPAV&#10;7wdA5v2XAyRb5qL7DgAlfTfGh3h9KbDBwE48kz8dKZ3vaT5+LMXygc4+AsgC0ED8gD+DYSWSWvZp&#10;G5BWe/fmhr766q58/Ypu39xh5b8rxQIkhtzvzjMZ9jTPnQBRwCVm6QU5X6/iACoFqb8Y5Ci/4v3h&#10;ImHqJikShoFOpxHegH0n4N/pdCrf90jzk9dJ2E1pXvqZxBWKp5rThNSUqlwWwFISGsIZ8sZEZ3tN&#10;mU57YTowoCKG5CPusXE3iNzP++qtxZ5208zS2USDn0VmW16cbstsu0P0NOcBBdTMRu4ksiUhx6l/&#10;FwMnXthqPYq2JH5fWgAHV7bnE43ld0OfwMhzHBiSOIZYCjD+GaEa5XN2SJbtpcBT20SAKl5lt8lV&#10;aV2tg3NNGBEpmYJ6Eo6SIIVOtAC2CwxC6EMMTzrRwmnhSTUUw+71xV+PaqqsyIuppkwGHSCEsSch&#10;Gg5yXCke/UqO6xQkVO859cKTdNlYJemxjo0iq2MwpQKHWuh73XdIGDNVX8RcAT5hMjpN4sXpiknD&#10;LTRUgll9zD4rx8Rg2sDsFAbSGOjrxf8NgTENQ9AKX6dyPgOGGFybYtSwioiAGUvhjJqSS3o+sR9x&#10;kWhCClw9r6R4BpgI/zllJgKXVcC0MvWS+vtpfynHM0P+rz9n8fDkpGqkbe5nATj5fecJVXlOZ3gC&#10;cto2p2weDwe6ZzbfwyMd7h/osfzMAP6pvN9YpjxmKDQq80aS6xFTB19JAKt63zHAuaC1ItGXJGIS&#10;+WNUua16MFbQDwndXu4dS0Q2mzcsloncmtnGUdlaScH5tEy2OiYL+Oica5KRowKBYQH5GqYZPipZ&#10;MnzC+3IDantHKsC8YLG17p7KCJQFB4hJF48/6znuejauNyku7rB0FZb0TeiFh+mm0yT0TwN1wlR0&#10;12d0Y9fa6cP9tZwjX6+7styyjh2uCezQ+1yyl6IAWXrsFkax7M2STmz3v7OjWykJFhDXKcDOF7vv&#10;GMCXfjLxOT5Lv4c3nwF6vHzD/qxIMRaQLde4FC/zIRbNQvVgSGW+BbjMKB33+xBFQny5CIj9jBpw&#10;Y4m9C8CJOcFrInYFEmkJBLIFIgXwx7EH2Bb6jnbM4OO5tB+Qtsusbx4beHxlaBnjDc9NZTw7teO2&#10;zuM5LSm+ZKxtHcvwHNGL9y4Df2DpMXM/iGSYGcMdvEZ7sImXscj8UyVoyPqL9egtjXdrW9va1ra2&#10;ta39iW//8l/9M/Rf/9v/If0fwy+IH0rzwEokBXL7zNi6pcXvwNQLF0XAk21+D3AtfO422/TCL8T+&#10;e36X/ZcHGf8ImhRgSUCkxEb8x3KCH2me7ilN5Ws6wk9oDmPpH5mmXgt/LRi4ENjdjHT35pbevntb&#10;Xl/R3d0byHeHYRQ2EIlpfs9QQZ6p54fyuQN4g2RULhuSFKf8Mwp6Zu+13oQt8yJ06ksXq9QTvj2l&#10;OJhRRHQ0ndko/AzAj1/zuXx/DnSGjPEEeS8XKyyvykELwmpybpKpJNJLNQ+PoiOFtJdDC4Q5ONJ5&#10;nCDDPZWfx+FM+5sdCvqul/RBFElmk89MyM4raCJMk4DirhSPSOqN2J+opS2z/JDeCzBBwK+ggRqj&#10;p8rwM7csBv8QuOEi0nK5EJc9PylAM4NZEgCP8XXsIOnFtoJX0JAL0/JvQC+EDTirx56FRZjPW8wC&#10;KOUmnAKMFKfhFk48yozt5PNyOXMNJTCJZ1pM8w3gU9pY1orWMnPB/vBWQAYUhGThGqvif0ngFe9A&#10;k87G+hnmA2kyPWyXzGfPVzmZvQcgXtb0WEjVlCGmBWdWH0KTL+OwLLSF+5Gy29C/mI1S+gezZoZS&#10;WLPhPBfCQVmPuWE6LoV8uYLTrDJcOXcMoEl6pYJ7eRE357SMznx9ILl2QQppkx8HARel8A5N2uwC&#10;eJu0HQBmFOAQLMEk/oXyuXrmgwAzAtYQWKWSDFq2gXTrs3oDlvvmcBCw7/ERQN/x/rHcq6dyf00A&#10;6c0bsR17MWaVD2G/M6bnOtM7w1uN1ONOASHvax9KmpDMYEpysbKNkhMgvSq1U16Zzq2Yxiodhx2B&#10;BvkY2cpAmKeLKnnpv04WGZyPAtrlT/u0/iBa/s4kwNU2sDzwhLnu1vORE6aZ3W823+Ssae1unV6e&#10;m8WulF1N7DbgPehcvXgdNgsQLjdLEbn+zrVgkrJbxdeTIFftlKGYuN+W350ORGfdyhxt5ImQjEf9&#10;ykzIBOZxFJ9S3k/4m/rKOmQAmu9Nvn/4/rL0avfMs4TT7I1Ux8u8SJRV6h7M89AtUKmwqGXMZ5Yw&#10;M/M5gANsvvLa9cKs64POXwyUsh3FNGPenSePcUueg/Q8BZ3njLHtlKXMAB+He4CR18HXt+tknpYF&#10;BnmPfc/jEm93wMnWBHFl/rVBOnXhR/0++XxtYN/Wtra1rW1ta1v7E9niTaD/+S//Lv33v/CX6DFq&#10;GiUkfibCS83jbJs9dx24o0+Aa/4KwEcv/O5zmr+ynXzx79cYBLIyn35qIJu/AMniM/tATfHxQ29g&#10;rzC0lCcK8VSK+AOAPn+6p3gSsI8ZJudSqQxuLA/iifo0kmOPHJh030Ky+9W7d/Tu668A9nFK324Y&#10;tUBSo3ou9nuijn2IogcrbdIKObKZn5Me6iB5DAAYlVu1iqNF0QJA0Gsh41FQ8Ik/l0KECwoG2ZhB&#10;NE6zyHsZlCvfnw7MIDrD049f/B4DEyCz80+jHSU12GvAhKSsIsmWWUoTs/sSpMmPpdrjJMIdS3oP&#10;I1h+LIG62e0hgRoR5tGha/YZCkmARSEx0OZozwUjEyu5EHQCSkD+VIqdOTl8tvUtrnmYacHWgHz8&#10;KB6TsMQywjPmci2nKs/O8SzH55Kc38AyXknP5XqKQzrgk5UX3zZhaWUNcCANjlCPN008xnlrfKwk&#10;uIG/diqb9dUsyqv8UOS9SfeXj3G6cndLESeJz16LX78weLyvBaBSPGqYB8AvGx0APqVaCEpBnNQg&#10;PiozRs4hClVowWzbAh62wKFIcWfsv/ndYXtaecacV0nl3tIuvZe0Tt6WMt2CnwHOsefhOHaSYrnr&#10;0X/5/WDBqbR4Vt9D87wTPzoBo/G5OD7dL/UaRL9w6qfXeWUmKnipgBmK6mDsQWH4VDYYh2VUUG+G&#10;5DepNNtkwDktrDbwwLwU5JCSK3DQl3tAJIEDbq/z8Qigb1Ygj8M4puMJ/oWQ856E7ZdiK1OsULLl&#10;JGh6fJbuZf0wC9OJPz/muISu5sWfEX8DaXzC8eeqZ43oewnXRyTAbjWGm9xbAdcoY8Fc7us5ZrNy&#10;/KQPbG59ASUJp3oc0g84aKpllCHfIX/+vrZ/sQDJfmWFaAAfEmA7AX/6MAAAsuAZuyB5leOrrMXc&#10;iIpxX8q7APiFsNoT567F+LrKdqMqORXfUwRADAELShwEwYtcXgN1zruBDg8DPdw/CFv9mCExJx3P&#10;JUxE94uvOR+fEz87ZwsDWKgM8hDG4y6PSyHj/vcaupFbUJTvtSRjmVOgGazenCrTr4KlFVD1NUhL&#10;xiAZHyRhl+0oOvjyjQrKDbwQEBRMJGVjlnuMF8gC/AmDjDOdhPJ0mtzrwRLWxQPeLm9PJcBB/fZ4&#10;ju5s7LEEcV2skYVEf+E7ujwIGhubxx2ez7GAoItvG9i3ta1tbWtb29rW/sS1b370K/RP/sLfo//L&#10;fQUAAg9l6j1WTemZ1aBAGB6Br1Qlz4F6K3DvIgzimid3biIAHb0cwPFd4jauwnnPsO3Sxd89B9R9&#10;TsvP7EPyjfT5Uyw/lSi+xlPvxX35xPmt229ZjymrmEhg4K78Ww9ewrG87UA+nSD75FeKkpibkDTL&#10;IE+Ho+dV/ZvdSHd3e/rqq7f07ue+prd3LN3d07DbCdAcpFJAf+AH/7MTfz7+dYhg1pynY3lYn4DL&#10;QNYJ0KVDUqH3WXwCtU/hlJJJ6iTAgrkE2QtrauQCKomU0wdm1kX4+QnwN8Hfj8GEoR9pKEXb4+kR&#10;jLBpPsNTkAs3pwW5JP+K1Eq8zpJ46fG9g5pHgisE/GAwpENS6Gk40fE80Z5f4wh/P5Y4T8OEYmpk&#10;EFSBsR0XPAy6nMs+dYl20ZfzrXJTn6pOdUqS4Ghemx7JhCzjVQ8qBaGYreiSAFyZ2YKkwJpH7IfA&#10;GgrGWXEVvCXmRuGWqBSUonkuZbBlLLQkVWafJqAq4CYsO/BXKihLTaIwwEFl8ME3LglYhOKTJJRF&#10;/OmsSFUpK9haJvtdwIKW6cXJynNN45UCeEFfFgYIaVqngF29prWShrx4+Ry3fA6uRNawFvQB9aLi&#10;QjPK/kclbHoRJ1ewospevYDR6JN6ngNfq/JvcxCvKZarDWOHPsn7zuDxFMUnEh5zOF8K7AnsSJZB&#10;4s1wn+QYOr+k5QZLzO0WKZwxbmxshsyvApT8mbkCjCwHZmBv0s936gnoDE3Q8QXJnV5AAxTwzBLq&#10;xNuLf8eSdi72jf03l/vkeDwB6GMwnvuuhGQogxMS9dJ7yzbkc70At9zHkq+eibhHuLv7XK0IGPCL&#10;Pml4h5ndyWidVD4LEnHUICC+h9Sb0fukoIwCPdn6ONWkbEoqq88icq1BQNrvjNW3AvAUcBRYJ+o4&#10;nAVszur7RhbEoX8fdMyu7DOjBUqoEe6ppNusnnLGhlvz4bH1tMyDiyugprHWmUxnxewrE4yaBUKJ&#10;2HVLEE718iQNObK75so85H2Vw9q+mlfkAkQTxn4D+3ixpGdpKUvcOfxB2Wjr5wknIG9lSns9J37x&#10;96vsM1rAroulzXYuNnYhB0CAlRbCsj+9x8LNDS/edJImfS5jOo9/Is8vc2ZXzmN5DssKMPIexSZF&#10;HIswUe4ZLHBZVjTbOvB95zV0gwHnOWPhIRoLlYSFijEvyXgwZ02zzhVFVrBMZcrk6tTPTN7Fy0+O&#10;jYE5ZtExow8Aa+8xFomNgIxjct0YwOvEuqMXZjCPXcwUBnPPSzIuA3m9MvnYAxAsPv5+EEafAIyh&#10;SnwXgO8yJsZAdJlvsvpqRmUVn+D/y4z6Ezw/Y5njN7Bva1vb2ta2trWt/Ylp8eue/sV/8Dfpn/3i&#10;X6QPh5noGF/IsBOT6PwM9y5cAbSebOMJsuSuvie71+f7veZzv0+7tv3wAtD5fT4rvga4c/6LMf8u&#10;Va5PgL7L/eEkVvVWczRRn8/UxXP53Ynt/VH0csEcXbbIVwF/kvBEWZrKPnW3tzf0jlN3v3pHt/sb&#10;Gve3NI47lQY6NZNv5HedyPlQ3DBgUh7Q0yShGjFp8QspTykKSoGXghQWIrFb9y0nGr3FcAnedUGZ&#10;fqU46kS2GfpIgwJYYTiVQq0UBiOHBZQi5aGnY38sn+8hGZzprP1DCjcurKJzVUKaFBBDSa4m7CmU&#10;Yiw69XAsW5g8WErMYDrsdrQvn8PAxn6/Azg6jVFYE10vKcJlX+/8SMepFF1JQyhMuuXFfBzcSwMM&#10;skiLO5BABCBhgIbBiJkZTXNSyZ0mkpaCkYvOzPvoaQXSIKxHpabmcVWZYylVgCFq0WgSxMrgMkZN&#10;sKAE07alRtKqwQ3ZmHwiBRbeJtXj7CHdEnDPm0+TJkY6Rw0gJWAUJ9hKIIVU6qmhVqXVQoWrx2rM&#10;wDbEwEAI9CkcZ4Q5viQfKyiC9GCRoMJnL4p0GUUw1J6SjNubv56Ga3TKWCE9jqysHj7PDFp5llrz&#10;sfZyvQGEMVPodC4F7AxmHSmoSFVuqOCqsmIcXXgKegn0QMKmF6kzmFFt2iuzO2c5dwyEw08sK6A9&#10;q88fQKy5SrVlKFgSO5HArEEifIziwTWA9QRwBFJkYbIiTIM9MznlmYvzxyOCN05I2D1hn5CszYDD&#10;MABsij4I305TnBnYS+pjB9DUklP1GiQLdGmYmPDym/VrNOAKpgLN+3MFndoQ56zbUqM+8TtMIomO&#10;yrDkMzgkAcUpv5yiTiblb75mv/aHkwl68ftbJfB+z/mi5cTlZm+VU928Ue4gBPo0fnYSCqIWB37x&#10;wIsrkCwLGNwmGTfp3eScemouHm4A+njuVC9MgP6Qe+o9hORpX8H5yly7PLi8POcwXpZSE1vSsMSu&#10;yawv58qgCxidSVCHjvY7mTc4nOO2zH9eU3iZAcfBM8JWlQUysKx1Yk5O7SJ8dT69CHpRz0bup5x1&#10;nkTOW60f1EPQW3/QBVtYCJic3sKLdMytYUKOFt9J/Wo+eJJqGwDK88IU5qVBAM2O72WT1ep1Il24&#10;YFY5ADywAUO1BGDgDwnwDOiZRNfLWMB/23UWuKFhRg3AZ3Jc82fNjR+sMamzLoBw+BaPWwz2HU8n&#10;OhyPsOo4b2Df1ra2ta1tbWtb+5PSHn73X6d//ju/T/9fuqN0XGzla+pkXgtd6sN4LfiebvO1IFtY&#10;xcO6K9tZ9EyvYe39tN2K2u0neupbSPQMU/A7fla4Ah6GK6DilwI580ruki+A1+vQrAfYMlGfjtTl&#10;Mw35QCEdSmFypsmzb1y5iqXASl72MqinDsuXGLh69/YNgL6f//rn6d2btzTeaiBH6NcMS1cJVnQu&#10;RdDM4QHn8mDOKZuPH+nx/p5O5fspiQdX6DlkY6IYSvFRiisGFKAlcqEpTvUYvGYUZmFqOHigCbsn&#10;lMJKiIULIMYFzDyMtGMpL8sLy2ehWBgf6XB4oOMBpoGVOQMOVST5nYI/JjUWlo8wnlhqy0UJABdP&#10;KEiOpQDkxN7HUkzt9vtybh7pcbdHwTjuR7op50pktOJRdDt2wnpTrzWn3nGpQecslXfxmcooMB0H&#10;E/hUtjUD3HNmn5879agTEInBm2ihF1xElYLJN4mVlpgLKXBeinMDkbwx+YwJhf/LNbwjK5Bn5zwp&#10;U0sId8aoUVmrJisCKGoSX7MCSktoqP5XGW7qTQVAMlbQxoAFr6/QAFNErVGgbo/ZilmCJVISL7oF&#10;tMk119Qbq0XxNmytk8RfAbuCsuh6FM7emZH/cq8hlzaLLJelqww8870Aj8Wk/nAIDhFgcZ4kMRem&#10;/C5X+aKk8ArbRnywemUlUgVHzXNyAffyEkyiDL08S0CIgK8ihxMQlipj0sBZ3ubgxMcvKBsH4AeY&#10;PQ5SXUmq1ZTesEAp6E8cYoME4JnOfF8cTuV+Zzn9CWAfM1F5e77cj0HlfgwoZEWZorKW4H1IImUW&#10;30TlcCXtk2GJjchRffhUSs3MVGNcCkPS1cAMpyw+kWALoJJVjp2bRGgkNc8SSIJwFe715XwwuBMV&#10;DL5Ejkxy3I6FJh2XaxUqA6uCYbT4Ctod4JXpKkE8dr995myhiyNmgWE8u2SMX8rrOURDRQxWqyEQ&#10;jUQ06/4KK1KCFzD/eQH7IT81D81OgOlOF4EMeDIQHn9PS6ADMxuHLihjLCzyXUsiujr3at8TrT/m&#10;gDalfJEA01V5qP0+6FgEz9VhoF3pk9zfIUcfA8KgeG5iRhxSpcNQWauJWao8JjNLj2XqwE4T+iQf&#10;IPormKrrZw/micKPNQv7PTIwiDklgOEu3nhyziQUh3BPCPM2geWXVLqczT5Ajz2EhXU7gnUnx8PH&#10;x/P5iGMcYDcxqHdfp3JbZujaAkZwAuojzCeIpDnU4Ayn+yr+uV4tArymh6ungQLBTsORUk1ujyZB&#10;ruClzFcI/MlR2fMRY8j5eML4eSzz64EXDk5nyHlntvHYSoOtbW1rW9va1rb2x7nlX7qhH//936f/&#10;+5d+g+4fywPOIcLAX9I6EwAIPFSl9QOtAICtxIiWou7aB7nGODsv6XuvQaXalfN1sMbLBUqLHVp6&#10;oafrgNXl7ryGS/gdyqTvBPj5Z/bR06tP46uby685r1K4cXEdAOaUB+N0oj6fqIvH8pB8KK8z5ELw&#10;1O+ZYcASWI/OtN/1tCvFzu2epbs3dHvHXn1v6fbNLY03N+Xf9uqtpKv1WYXCnHwL9dusK/MTzPeP&#10;RwHYTsd7pHDCjJwLgmknPj/juXzuDbl+pDAM8BYEo4ELRdOGMiAGiZNyVb0wcKTYWSRsXEX1gY9Z&#10;pEUR3kGSBBiGDswqkx1z+ic8ylJaMXUgC2SPQGWyJKs54bukIJkGRvAxO8isSkGlTD8ODDkdS1Fy&#10;s6P9udy3pxPd3u7Fyy95GKQDyNGOUYF6T1WillYgvQJr5a4aHHs8RQoq+2UWDGT7ZT/YI7F8XCmO&#10;zKsuoWAyaRQ1bDdmOfEmOvNEq4W3q3J8cJp803fTAr8C8EipemeZzNTJCoGChYukjLebkc4r584Y&#10;VUnTfsE2s1CKvHjDpZqcKhI5p+EcrpECi5WfFviJqon7AnqJ/BIFugaj2MgVvJjPS/HaKbhmo9li&#10;cO/apEj1+jNgOyqAFjXIxPwOp3IxONyFA0LYJ9GHXoAW9R5kGWMoF6BHejP/S68gmvghBt2v3oBF&#10;Yw0q2JQ14GTSawyQKiUFI1IjQU4ahOKUDbewf6C6V99F/As+V5Mxg/jxBexuh76mkDvG9zSpT6Ky&#10;cxj45kJ9AvOJ2Tjn6svH+9Y5Ya+aeX+vAANf6tMpKBjOvl8s1TZvPmHTJhU1AwydxauRfcTIp3od&#10;kr6fj4Vlr2u/11w93gz8M1KaAIW5Bj7k2SnjUcYGPtaQ5H1Z701vISpLzxTJtYYMGCBYQ2uUtbow&#10;tlwdz21BQebgsMhnTU6cqYJtovZdGHTGZLN0VEnxXmYc17B7l6ggQ7vSaqXINUJfZqYJeLSw5fjc&#10;xyxsrjCIrBoUbpWOeudXARcmMfcG/JOr4J1vnIRFIKz3qErYqYakuAoaUcNTxEIPnn2CQbRUlz6c&#10;X+aDK3JRIyVXuTv3xTI3MNAHFjj72o3CdoOXXfWp4/lnot000lzmQZ7fZvZL5T54PJE7E7zkUhcg&#10;+eW9mDE2dtxlZdx0Mq8kGxejeLLyM50xEk1OG+H/J6xbXhSYFRRL6h0KwLAy59iP1cM3k2W3DOjt&#10;djuAliODlwP7yo4A/fbK6uOX3ItyzGBUaro5FmiCJeJ21aPVqSmI/k/Gei/Av9PFnhSXtOuYlIGt&#10;i1sJSd4Z4wMvEMwWNDRbgnnEuMlj9fkcMY9O7eLB+ahBOXED+7a2ta1tbWtb29of08Z+ZH/nN+nb&#10;3/sH9G0aKD6eUFDJw54ZxWdzf/mM7bomm24NGuX8xQ/hRaCrBa78M+/NnwDZtvYMyIliKQLk44RW&#10;lu6ybLfDa6IOgQUJzAvISwcxIEciXilc9qVAuLvZ083tDZJ339zdle/vaNzvUTQES+htJJJkoBGb&#10;ZzMD4XQsD+ePdHi4p8f7j3R8eKBz+fn4eJQkTyQDMjhwLrs6Y58ZOBu5tIbHmnqrubAU6Cv9lkMR&#10;ve64i+QX3JLRUxcXiah5CvHf9aWwOTLgxywBZu8oqyi3x6RFKX5nnuvGtYkqpVLQD6BKKYqSppae&#10;T0GBv1KsTOIluGfWXykmmarBxaRT8GshoiyyO3wGgzRO/fsstbbp+WDLqeyVC9GJ5bt5rsEa8JSK&#10;6+gbYTS5GqrhTa9rbJ5kHnFaqLnqDFWLbwkadgLGggLXK2vK10TN5SOV0WF+gUmCIKgyDNW/LTUS&#10;cB2npJg1ppOBUb76UOGVhYYH4AUskajJqTMKy6l58TUwrzjISJnRUgpgGPGDySoJuQuw4BZJszIG&#10;IYeNQtUBsJdmkfxqgMdsTMQsRvIIoCj/1nfqwehNWlf6CiRyQYpj7rNBjhNhGtVvjCSlxfDWJJL1&#10;2YBLTvvV4jdpMAnk2AClaeUlChakphkLQ1FABQE4g3pqkdwjCppVWTLPSdNUQ0/O0ZJ6RWaX57yw&#10;duxczGI1AaYgM4QAOjDbdaBhN4I1xbJAvm4L4OpqwICiSav+jlNvVEp0zAXScyuATO/bC7pzWnKL&#10;BdBWChvAspRV1j/rceh1dU8Xkeiq1NbVfuJq2qv117yEVVwk0j7BpF690uRemHkbFnirhc0NCmis&#10;sGwmmcp0DQ2zVPsKJK/lz/gayvgQ6s4H7SteA2B4bDOgfP2QYazSJQ2ZYa2JAtjKKer9VN+LaPdn&#10;J3xH7XE0IOqLJ1XGbfGs62jP4Neul/lNpasG6pvXIJhtZazIe1pAdfZOxXgdwOxjUBbS3pwV5tNF&#10;k7I9Hn4wunvxVmVfWAmf8lXqLJOB13vOyT1ezgd8PZlZqrYJxrbulYXLXnoM8I3lGNhL94YX6m5v&#10;sWjHPpq7cQc7CfhqDoOyagXIMwsCSwYmzEte90fBWS+rPsksH0jXk5OMNWmW9HkL8sHYoHJdSw3H&#10;AgiPw8o8ny0AKUnSdU5RgcAzxkR+z/kkzxMM9vFcOs8aFkW0gX1b29rWtra1rW3tj1/Lf+4dTf/g&#10;P6fDr/46xWMprh4nLaKSrO5GkaEtj1zK4mrM3F4DhGVatGc+uy+eD+hfscVLP8HXyIDbBMytPXNe&#10;GehD6u5MfToB6NulA2S8vhSyIU+aZJyxms9sg74GGBDtbwZ6x8m7797Q11+9o3dfvaFbLhx2NxRY&#10;yqfFu/U9S8DkwgRJuOxh9/hI9x/e0/v335Sv39Ljw0eAf6eTBAFkeCQdsb08n8nFicoHlMrhRL6/&#10;gUeQU7aVg2RsMdCv/XdVLQuDxgKacTRefL9GS1oEmFO2G3r4EPbHRzofRGbIhQdYSU6YBqQprjkv&#10;ckdj8kAGCBKkq8UrUlW5UA0OX8+Tg/yIgb7zqZMgBjYZL8XXfjfSvnwWgx0MsDIbSJJ2jZGZKmBC&#10;yvgRpkSSpF01HHM+L0Co+h0lZVEg/ZePuwsVMLMwDaceSaRYCeSlml4bnYIeCiwygJfU06oGUSjQ&#10;awrupKBUR4t0LkKOm5tU11T99syriaqIWZNwDdRz1MiAqUoxV1C/ycCUyWc+T3ztmFnGkkuAfOXr&#10;eVqYfvw5DOx1fkQqJbNdmAEDFg9ka50yw8wjK6q3nUhhmRGJ4zIwVov+CsRWoCprgrAC494kuh6F&#10;eQ+/uqAJt8J0xXaaY7RE3vl4FrZiJj0+Yc6yF99s+1XTgZewCvFEDOqVpqmnvfiPMfjolRV0OSon&#10;ZevFKS2JxlHkwAgHYPBB+6jD9W382wyL4/sOYJ7KNjtN/Ry6mt7L+5aUIFolosGCThICexzSiBdp&#10;Nvp61Q4vIJpJwuPF5OAuZxk+z1H96ZIZROZ6HZL1J15Y43tNvRfzsxPOmi3ralKsW1h8q0HKK7NT&#10;JrzsqILrr1lCq7J+UXrWT38tWlhlxWyF0HhDhso2dRqQQQhxGMAI6wWYzXwdS78IE8ZaXlhoz+sK&#10;8LRLFOP6XslpSV/W8YqPY5c6sF8ZbOPx02T4zvlPPtDY8oi7PP5PnA/zTeT7gcF9DgbpBumb/BI2&#10;mxNGax2PlJnpWeIrvrHGLH7AOSrz3UPZVpn7GJTiICZhE4uUn5OjmQUpCwE8XvnK5jSQ0imTDsFV&#10;en6TAtJRF0MMSOVkb17gYXYezydjOQa2i7i9Y6Dvhm73O7q7vYENBzODeT6toTohaJKuWQbYglqo&#10;izILU1TGaGNLYyy3hTENQ4pRrRLs+qZYw2xi+72GEEUbr3ncilHnLJ1bjZU9y7Muj72wmkBSVY9x&#10;gdFf3vcN7Nva1ra2ta1tbWt/fFopvub/+N+j01/7Tyl3gzzsepO4BPD42BMHEkmtd4OU/+o51Ph9&#10;NSv3rykhklsbSL8E2uVPIG3uMygKrQQ4rXyE1nX958iK4zOQYW4SE933QAqfEBWIVqDTpXG7a4rw&#10;l8HPhayhXvIvnG8r9ZagAvgH4cVhHMfyOtCQzgD6QjpBIhsMaDF/I5+rfxIXDczqe/f2DiDfu3fv&#10;6PbNW9rtbmHK3/mhAgTOAi1IGE5IqpzOdH58oI8fv6UP335LH9+/p4f7ezocjnQ6TjQzk48/fUo0&#10;cUIh5IbM6DgjqXeYZwp9+b7fAQgMfo9CDF5+Xo9Si7Uql/YmX2v9DLWID1KwMZjZRZb1ClPlDC+y&#10;gU79QQAh9hY8nahXGRHkRLOGcVg6rV50I0wlL1hAcMJkQMGGEE5hgjBL4chsq7kT0Kh8znEcyrZv&#10;AZbsGLhnE3jeLvsmWoCEesrlyuJt+5NIt0Sam/RvUmXIsecTS8+iGig6AFsC9kDaifTVc2Um1hOp&#10;503UwTUKV2R56rXnNCgiNJ6CYBcruBgpr5J8o6bx1uPRMBHr40G96czPyytzz8Yv9C2VDifzo6vG&#10;9Fl8/LQIBjjKzJBJ2G7MgjnPIn8zABQS1bL9cRylsB/Fv4rTI4MX2TiDZ6xGj+qlNzFDbZqXZGJl&#10;+oRm1SHkhcHl1btKB0+RozFzlUdxH5RFI+wnozZFisrOy5UBA68u9a6KWQIr8F5ly9QEYhtJ67ZD&#10;9UhDMm9o/bVMDuxXnm0MfkWVIaMw5/M3S7AKJPdZLCPmZEmZ1hdVTu01DdhbWIkX437+XAteCF4B&#10;1b5h7pnMPFY3OZNtRzUr8zkv3pXaf5zJsM2jjwHoJFEcVxe1vOrxFTCUAFRXgzfyKn06V1k2qSxR&#10;EpB9k+yqSd0aoJKcpYYv6dLerBQqk5YWkG6ZXAVwtAUTCzFoUmcq3FIX89wKPszNDwCpXUX02ixc&#10;ST+nXD1fnUoy5f7z1efQqcee64TdBiCcrRbg59bBm05yeYRhmiVyVs6dXj+T4i6p3LmOAckCgTT5&#10;OivblQWv3RAwj+C96i9qwSB2Wirr10w6nIUUrePus41fzTwq11N6b1BQGaEcnL7LQDR7cTphuIYG&#10;lAXw5WR8xvkyRqwmzXIi/fiwgz/r4fFAjw8P8KZln8q59LtwyrX7sZw3seclb4/tJrBIxOMqB9OI&#10;LQOk62BIZjDbAeqVa5GV+cvee5wevNuNCIJiYI9tIthH983tDcA+vm47hIwMOKauCzVsCf0sS59M&#10;bnE1RhJ7DVVa2Ou8z8IUFxZv0kRqGZeoGbNytUpImmiO9Hi7/pYirEnTTvtqp+nr/HbuZ/j8rsxT&#10;BhLH5XkLLEr1BtzAvq1tbWtb29rWtvbHoqV/50/T4ff/C5p/6c+jaJJVzrVXFWm6rhlpW6qkFM14&#10;UpO64Qkc9JmSV7d4iLn8/QG9793cIr1qD8R/NhdxMbJ/bvefw9R8YxLevsddAVTdRXbg554r91LS&#10;7gWQ2NaNnn3BwOqbINlFIEcS6S4kvSRgECVJRwVTSxk1XGRwQcAFxNu3t+X1lt68e0u3d3fw6GP2&#10;A4MHCz7rV+eEH+4ZMDueDnT/+EAf3n+gj/cf6LF8fyiFz1z+LUdlIamEjh/+EbswS2ovJEClWOiG&#10;XgDAeaQ0cFE4ILWXGUmOk23JzO/dJ5Kg9V0MjCmQk/2M5EP5fQDYxxIoLmAG9tkbTpIgGo4AAB0H&#10;mMyTgEkMPFTpvGlQmyKkSZDF0XBBxQAfg34zVSDDwhJqsiLtsMUEibEUmYrrVGCrPSQkvuIchgo6&#10;Vsmnpl+GHReQHfYJHnBeCkhmXXJohFRRuUo1ncoN4clUjfRFkpsBlIaGPOQqeJYUhKrFexLJWk3i&#10;Fb0evpqnnyRw+gpGCDC1jDlZpXtR5WIAYbJ5w1EDUCqF02Sqmp5KCpZGBRuTboOPDYy6vq9+cVzo&#10;87WatVglDsrQz4jKRJmVmYJx1kIrFJSFDNpLaAYKUL42wanMXRiSp3O57+IZ3l6G9ECiRgpClv5w&#10;ZGapsV6UDZOiJVY2PqXq51XBxCwSWae+aJDzdcp6URZmy/9eckvU3w9AorL2IDlOYCJN07wKoajZ&#10;DZaIq/dVp3JkBHh03ZL8qaAj/7ulaQtTKixol8p8Z5WbRwu/sHMfFyA3KDDKPnJ8TjmMAXJeZdRC&#10;Fk4ia5Rkz/V4nF9YYTHGrvXZ9i9yEwRjJ8LkjSIj/9Q6jrHCdMZasd/o1TPzkwR29V0kesrIx3Xm&#10;69CE8ZiPHkDesASYEGlftuAc7UfGMvN6vwwK9JEChXJPGotYQ28gXSVh11rIUaKaAC43p4L2USW6&#10;elyMP+G5R/0uLxfQXno+0Ieh5WRpyNCTuXSl6vYV9DSg2uu9tPpcYzxaajqJr6n3vT4bCGuVGZD9&#10;ICEfvGD2+LGnh7I9DpM48WeVezxNsoCb9BnPWb/1ch9jjvEJDEdSAJ3nhAyPV3kf5LrMRh47YfLd&#10;3tLN7U7YfDejAH3szYd9Ug/QlsGLuUABZp3DZruWUcFaS6NWLz2WEDMjf5rPIr81L8u0AOSYI2tK&#10;uiVbX5x+HhtqKJOApc7Z+Q/1T7HIZX0+N7YdCrDDR9JtYN/Wtra1rW1ta1v7obcbT4f/6Pfo4S//&#10;XQAZQQEBeXi1FesGWGo995wAXsHpyrpbFw+O1ml0+Tuw2bK7XpY8u6Wcr4Jwl7Eg9p70mhCPywf7&#10;F3bieXAtXy2OXgOqpQs/sddWI58PR37ev2RI2KR4ZwzPJ/HpY48+BvtG/go2n0p3+X2UalKkVzZV&#10;KAUFG5SPyhRgoO/dV+9QSIw7ZtaNUswriGEyKAOk2KPodJ7ocDwC3Pv44T3df5T0XZbuHs9HgHfs&#10;7eOMVWgAGaSRzBboAK4xCBJjD9Cv7ybq4pnScEuBGUbdQD0X+8xygJG9glLBrfrscsa8AuNZZazC&#10;ygkKdHr4LblyjmZJOy1F7TRMABtn9hzsPM1TJwbh8EuKYBslZa4s94b4wJnasO2bAl4sXlUxqjSL&#10;xPtthu9ZBlsDUisG/cwricGjmFZXPyjDBAAaA4NO5W6ZKkuT/+MiEXI0Bep4HwKYW6boDaiyBcgI&#10;evwekn5S6WwkkWslSV0R+XIyRkeq8lFhnKXV2OMU4OMOGlh2ZZ6LwbJvF+80lmu5bGyqrCw9cSXN&#10;Fo2bGqBDZdlSNHaKHS0+dgIC02LYD+mxSGUNcIGnHsznZgVvlrFJjld+AumkV/YTJI4dQHH42qmP&#10;l/mFiQeeAK/wWD1HAVVmqqNxBSHzBBCYDeg5xEbka+azt7ZV8+qtVQtjA2QVXAvqLQawhhYGW2Vf&#10;KsMqWmBHTLWoN4+tKgGPC+PKZItgBGkSpzExIYnvhBUFTz71dpNx5enQhbAYsnRoBfqSgggcZsPn&#10;YToD9DNwdvF948JewHFezJigf/UUOVikjHEtMFdBAuzHwgq6PiNkMkG7+SbWFGc795YWbeO+d6+2&#10;kHA1EdZd8PFe42i7fkv1I7T3+0WSa0Ea6Jeccs3XUX0WzUPPwk2CSsmDEzBJsm384pVocmwLILI+&#10;hKhUpz6kE4JXEEaRVKppfYj7cMo6NqTKXrUkVqogZJs87prQmQakfPU82nolvnBaXftM5cUqwtiu&#10;ds+1noqXEmsF+vlcQdrsZRsIuAjyO2YOMwu+H0fYWfC9wQE0nk50LnOcsLYDpRDh2+myLOCAeVz+&#10;YwkrL0bMvBhV9ivueKy5IV5rG8s8vd/dIERrX7Z/y9665YUgDoRzjAD5vIK3rguL32yWVHazA5Bk&#10;bhJ/U76v5iXcSHxPJRX9PCWE7QjjfaoLLikviwBZF5yC3vwYn4MsCgS/eBIKG1LYvrJAELAIIEOW&#10;9LtqI9GO+zpEB7dsawP7tra1rW1ta1vb2g+2zb/9y/Th7/xnNP/8L6q3j6xocjEM/xOWVrHUyPxa&#10;skiF8EDlxE/GQ0KkJugKNsy58Q1yeeFfmSIuu+8ETL0G4kqaCvj0b58D2a4XPfkV+5Y/E0n7Pq6E&#10;L7Hz3GuAyu8J+LXgbU0V1AABcDQ4nc6ku8zoY6AvylcHkI3qyjjwMRIsiYsVltbtb1gOdENvvrqj&#10;r7/+mt7c3dLILIGbW5H/MbVAwzKkMNM0yjSjSD88PtDjA4N8H+jD+2/p8eNHeuBQjtOB8qSG5cmA&#10;N6om+0Y+ygpE5VJg+F7YhymcSkG5o34SMM73e0pItN1BTgymHxe3COEQSatp4IRfN68YMAwQOjUf&#10;Z4BxUCYcALch0jCKxxskoMcDdac9nbnIOZVzyjLfSbzgLAAj5dwo7rQ4kfSKFbCdcxBZpJ9xT8/l&#10;+pxL7bw7R/HymyJ8sViGBU8z+Cp1UpxzcAEfASJA7W6OcixJOb4Ig9D7XQFZrwEmnj22ElXwhlkp&#10;A6ATV4EiSWLs6rgBI3X2MIziM5h1bDJz9pQvC/alEKshKVyKVUn6wswVHz+R9p4twAJgZXoSte1N&#10;WqigpflVCaPOJH1ewimSF7CPzMfPPML0ujgB7Hhs5THSV78ovncCpGReQb+efSI7r6CHsucYEOmZ&#10;5WiJla7aEMCKPws4KYCZ+P0xAD4xKMKsvnJvot+lQJHvB072PCec3wSpcZQxXo93Cc4Q38Ue8le5&#10;Vt4CIIxZDHBRgDSA5Wc5x5BZavqlGeFLMS9/mlUaa8EREmLTVWATDMFuYe0hmdQtnmEiZyQx9ldf&#10;SQQs8LzFYCKpRF+lgWASpkUWzecFLMJZjftV0svspYGvAY53ALOPt8V/z+c0nE4AmpD+PTl4+4kB&#10;HjWhEGZw4LFNYeEJ+Iv1tOxq+ixVB1z5OVkSsII9Zq/gGjAJ97UCaqEZpVMD7rW8/NCAfb59vySw&#10;UH4ycwaVINfkHAVxl3wSahhSHe7lnsZdpDB78UE0BqpXTz7va4L6JSHRIk6csrWwgJCWsdNrwjez&#10;g4/HI3xZz1GSlsEAIwGKjY3rGsbkNdsMGyJFHitGFCnNuoii1hf5KUBq28K4n+JToM++5uuTqlPJ&#10;tXgeLrYPXoFc8tflEbmmG2dh/5H553UAr+bBY1GA5bPH3YCFs/F+Rzcsry1feV48lXuYz119JnIC&#10;jscQZczk5zlegMqy7bFXwbKTEC2k6I49Qjd27KPYS/jG2I8YHxCoAga7MN4hzT9OKlXPKrnN8B89&#10;z7roECfxgUZwRhbfWWWd833J61SwtOB5USW84JUjsCWoZN8WAgT0tATxToNdsJBkrHMNPrHFQ2+y&#10;Yj0rmRZw+NriNVWPwy2gY2tb29rWtra1rf0AW/q5nh7//t+i+1//94VxQsIcY+YevH/gX1QeHs2f&#10;KiVKtYRYUtgA2GRdDc2kUgoHhlfSp+nLVW5PP90U2+/DZHv6bP55UqcfYnOfOCvXwMrXeAkulnRW&#10;/DDIFwHq9XnSxN3ySmeAXVz+S5hEQsFpgDGkQ+ZXVAoHBvo4kOPtV1/RHXv0lZ9HyIF6AY2cFdTC&#10;HiP1TGMAjL2JDkje5VCOD2D0PTzcoyC0xD3u4/izFuSzokeZJ8JIESmYpKuWIiiqN9tcCoZZvMMg&#10;8+mZwTiWv+rLn0Zh7WmqoaR4cv6BprVaYAEpwxXFpfouJQ/QEPLAUnR1XSl2hgjvoH6cxHuJGX+l&#10;YOnOpcg9dzSdJsXcNFm2HksTOuGoMsYEFBVmFZggpcCK6oM0nQcUWbtzD8nnfmSvJU5MlIRd6sUX&#10;LOgJwzYBVMjCgFMghVlMYFoaaMD+Wm6Fx6kMlDC+jJDmCZDUcZquXQNNeoWc83wGMJXg17Yuu4Oa&#10;yDsF3QAk5Jatg4FN2Z/CoBLp6KSFpaRLCsCTquQY8tBO5IPiqdWp/5tU6PB3snRa3T77P0aVhOKc&#10;stzsbOb2WcExAfvANEE4QSnSnTDmgkp6qwxWmU4IKlCAQBhRqV4D8XmL1cPOWJrMykmams7nDvtS&#10;fudDQmpxn3IFO5wu2HgAuh3mAIDaloDahSrHDQiqkYHDwFFj60FaZ6b289yAbiqvjlRZk8ZsdAYG&#10;Q8bYVSmdB+tGzjeK815SO716q1lAS53PGAggTdWMKuvU9FBLRE4KNOY5NRLwXEMbos5dDBRwCW9y&#10;a2EBCcAIJiaDfcczHcq/H04KKKbrDPEn0tdnl1AqPUk9ABX8VCA/K2vTXWybVoCdgBXJQkRemAzz&#10;Gtr4DrOKWRGo75yCKLxogxCa8j1yRbwAkvY5WcfAtALg88pvb/HETNi2gS5eg88nXfA46yvGufpx&#10;WnpuDYtJy6KOBSct4GKuTDp5zvGrZ4FPKhHqhsSPMaeL9N3qCSmf5L7HWX5pHhZmucihGfROZf5w&#10;ALhG8YQ9jNSHHvfXw+ODLhSwpYIAYsMUcK905zJ3M3MuyO9hw0AjxkK+DiwN7hGsE8Dgw33BiwDd&#10;kqaLcSiL36j4f84itY2z2kYsSd6wdNCxVxZ2ZkjjbUwTk0RhOUdlanLjxYDq09lZ8I7YYUDyzf6O&#10;tkjlZRGl03u5Sv3VDmFJVdcgGwP5LMHdKM7Wt+y+zLKfG9i3ta1tbWtb29rWflDt9Ff+PH371/8T&#10;mm9/Tgzv81OZLQyc4WeUZGW2yuOUmSO1P/4+qdE4byihANWUQRUoVTZY/sPx2Pt+stVFX5Ne89D9&#10;rIz3mQIrX3/P56qbP/dvP+fUWzH20rG6pkj1CAiYaaAJqbulvNAgjgmQscgps/qiCctDwCOCZJQL&#10;h5ubG3r7bpHuAujb7USq6EKT4KhMpqRA3yzJu6cjJxF+pI8I5PhIx8dHePSx3w8n1oLvBr+oNkhG&#10;WUUrzZ8yxqIUm8xIciopZDbCoNKwADbJRLkvD/xpJ2AQvLTAV2y2rww/l42aowEYTYHh5TyKnVgp&#10;RFInn+EYBDqDWTQMRzqfejqdRhog7y3HfPKS+srMN5VJkn6WJMo2gTNN8VJTDM+kyYQCKpxKwTWe&#10;Nb1xGuk8MvBXPjv3YFFlLeqrzrMeY40ZUIabdRYpOpGbmwxcygBSKEiSr9fi0ZhdAPWyeKgxSJWq&#10;nMoLC9SkrBrsYgy3pP3c51zZH1JsKsiTNI0RYNhEZwY7OVl8mmvS8dCr6XrvaeBz3vXS/zQUZH3f&#10;JQWXZJszwjQmsDAZgECoivPKgHbiKccm9wzYliJ8HKRARTHaBy1WGdwSoE+YOwvNEGMzn0BL4WWQ&#10;A8CVAFuzAnyQH4P5ImEoMLKfxYfMKUDulWHFx8cpx5wMbaaPotxuZLo22JPeBwys8LbBvOTgjwXg&#10;TCpjzsa+1HuHVN5tYQwAIhiYUMP+oKzOGrLBMnK+GbyBnEvSq/EYowKJSNdUsGA25p5efwYW4ANY&#10;w0TWgIwROS08xFJCwTbFuDTWAAQ+D3xczOrjBG8fZFZgRmRU0HV6Dsxzr5uHrvniGSDnX5xghAHq&#10;0lqC+sWXqbKOwXlZRvJ63Rj06YeZpjJeMM2XGXPRxtQFmVVwNK2APQnNiBL+Ajam9HevkmBHZS6A&#10;5NPhOsPHcpI+kOyYNUiogoiNf6YsTiz2mjZ26YiJcYMuz3++nAJVXlxpe64Brhem4LIgkZ88V7x6&#10;8XChb77iYUCT0bNX39xBfeUESB/ZI7Tr6lx7Kq+HXU9HsFN5/mCfWGbHa0jUmceWs6RM2zzd6TjF&#10;CzhePRnL9+ZXy9cD11YBvVkBPUsTl1Rc8+Rc3oPrHaMmptup1UXjkPU5oaus1KAPEZ2m+/a6ONL3&#10;ku4LwM+LCsB8ELu6eCALCeJxKr57bROrC5Nxu+oDvMyc6t8aNbCovH8D+7a2ta1tbWtb29oPoqU/&#10;u6Nv/97fpfs/9xdrUuJ1MEpWqasBdlrs1dUmGv4myUckqkasvjuwhPj/qrQrr2WrNTzgk4+6V55s&#10;Wx+ufMHE++L44SIs8s9BgvllQDE/Jxh2L4N36ZV7eW3X/DPb8F/i1FxQILMVoaWD9KXMHbLKdt2R&#10;+llSd5nO4514KFYPcy4UOpGgcUjBnpP8bm/pzdu39NXP/Xz5+oZ2u70kMJaixHwhpdiWo0NAqoI6&#10;x9MjPd4/0sPDR7r/5hv68P4bun94oOPxAcBL1mCF9qq45sy4RmNuzDIr1FA0Oom7zfMkss/yfccF&#10;QHcqv97TkJLIfaOAOOy5xyw/MSP34mPYeSuL5d5yyjDUe6wG0vBJ7b2Rt2hXCpRuLgUNAzvlfJxP&#10;I+3KMR1Z0ns40DAy4HeiU3dEim9SkMeYPU5ZlCJ7pRoukSuAxGxMZtKd1J+wo/ORC78dPfYn2o/l&#10;5/2OxqHHtdjD06+DfN8M92uhZCmIqQX7GPSM0GpbAidkrLUqDgrcRMVH1YssadIoS7EYV+gXjySw&#10;zbxfvMjsPPI2AOJJv5gQxCL+hDOYmALKWRAE2GcMDOmVQaJlP6i5/YDvu05lu2TnUAGKqEmdKVUA&#10;EWyVeZakYpX5jr2wXaqMLKhhPReonMCrjBgxew81dAG93LzsFDwVGVuTyNtImsnClOCBF+EIiftO&#10;PRdZiceyVgb7xD9Rkj+ZOeoG5qUO4hdX/anURS4beCiFedLPhT/aJD5pkwFuSKtYJOUMO/Tm6Qdw&#10;T/zExJexQ9HOoK/vhLVHyvJ1Ojel6rcm4EA2lhDARQHYpnlaQM4oacKkTL2sxnnGBiJLA/YGggRl&#10;mYqnmAB8ck5kPzuAJAAGNJ2ZgRF/OOGUR/iLRXgddgw0qvxZ3AU8xj6++WKkykiOVSbuaBGtVo6c&#10;3CtA7KIMlIs4eLXIYom7Cwjh68Kaq/5lEuWjjpHLXKygbhUpmhw+X8wsXu5Tl5cFQesZTpOAzetu&#10;2TcPwEn6r/TFpAsJ2XwiTSlQZd08nktCLqnNAhYkeAEJ93yq3qZAmfjfZw2PobwwsFNqxnZlni6j&#10;/MXsfrlSpmzxZOdwQe1yY1Dsmvnd2USrjgnms+dcYxiykjXkFZCYdHQ00xFngR60sF4tIVnYZHpe&#10;vYQn+7r95YFE1sKE9Q6ArLyZQeu5nxDcwT6wPN+ebvd0e7ihM98/8Lk9lfnyAMbq8SiLZOyLx/ND&#10;tSow8F+Zyny9OPU+qaWCpOBmALGTjg02LmD85YWzuEh5zWvPQjswBoTl/pREbU0WD2ahIF6lYF73&#10;IhmHBQSn2sO/VJnBumBh3r7BWMKdMcEbOxKVBE8xaQCTBuxY6EsSRiKY/VHsB4wJzuPRBvZtbWtb&#10;29rWtra1P/L2+Dd+RD/+K79PaXezmH3TNbAvaxqZePVZsh3lBnNzrW8JiaQqqjxPjF6Q8MarwtdZ&#10;Z/kpm+6TIFMLVaWm6PgEGEXX3/ScKNe9dl+sAGjAx5/FJnUN+ylJGAeSd+kMwC/kc/k5oohxBvoa&#10;7cGku8rWYXYTA33C6GPp7p0AfTd7GlQ6J9Waq+CKMTgmfhCfTvDpOx4e6P7De/rw8T09Pj7S+Xik&#10;6SSG38YyskzMa76J2a1TE72xFr2vsnMDlDzAKV/9rc7l9z3Lk2OHAiHkURgG1GuyrUjdsoJ/SPME&#10;6CZ6PZHEploBOnIVneX96p1IjrjK4CKIC7fA4Buzzk49TNiDl5IenkaJAae5Uk1yMsmwobRLbG+G&#10;F2dkz3u2cxOQzgsritlV89RDBslg33juKe9HGuNAvYJTAoQJYGpAnwEzNlTk3C2AsxajSSWRauop&#10;QA73IxeU8ehoCCK/SiqlDYL60mK9p2w27guQq57B0ptMUhqjpIMraFSBqiiSYM2IQXHZ9168pzTJ&#10;Eiw7lelGk3Br8m/ODZNIxwD0Er4GZTu5Yz9CZWjCa06YJ5C5dZrAq0xGYbj6BrRMlZHIXQIecjim&#10;qabkirRN/CSZcxIs0VMTZwdm9TgNqlCqGMAxBj9d0rRaTWXVMI2ooGIWY0Ww9YS5kiCBlbASSa6G&#10;fF3BSPPoEy9XTWIGiKdej0GPXeV1QeW6ffCN51io4JAxJedkASlSdJ+NqTf//+y9+68kzZYVtiMy&#10;sx7nnH59945lDwY/kJEw+AG2B0tgMNJggwcD40GAB2wLyf+2f8CShYRn7u0+j3plZoRzr712ZGSd&#10;Ot39fffescRktErn0XWqsjIjI2KvWI+RPnlM60RgzQx0FjQnzIV+20VK/hoDBQgMtJVsGOAfJYHR&#10;pcTOcCbgA3aoZKYILxM3Is+9+RwqiGOScKimRcHJPPt85Vuzz2sOXuNJsjc2b8zrL7490S23+a7G&#10;vBKHPMNQVTDF/NzKCfSNidOlxZkehObROPWXi8nkLwPBf5fpOnjMnYeBSdmDEP3JMwMQY6R6V7bO&#10;zPPgkuJOWqVEM1jnamwHazNfT9TLjbtiOBvI2vI55o3Jf2FDEiuQzzeICMCFEGbp55sLk7S4uLfW&#10;E8WrF5Yo8TVOeb2JSJ9BzHYxGqC47ej5Od3r20a2p42cpnFuGM5gqnabs21AxBfMHefpvZoxwi/V&#10;ZPexeMSOyYI1EIxCVviQeH8mS8OFlL+koGcpl4ZAtPugRga0GPuuIcPWGKImuW2KnD/QExK+vWTh&#10;4t5t5/s3hCWL1kO8CtDnG3pBuIFhHoFpHIrtgW2w8LPi/wemlNtnGsh8x8ZRWpl9a1vb2ta2trWt&#10;7f/HNvxH7+UXv/8Hcvhzf9kWPmEZUxFerRS5BE1CL6JcGCbVfrbJO9wTDIWVcQtGmSUtb0pcF4vd&#10;66LlVqlSgzKVT9P3cOBq1lu+WuMvGHHXnLj8JvhXv2v8U9y3wOpD6IaBfR3AvvNUoE4/px5gmPWR&#10;sRQ/UARGk5hqSuD+/k7evX+Qjx/fy/30VaW8u/2ei/12Zi7kUDyZEgsLZTldTgd5eX6Wpy+P8vT0&#10;KEdl9B2VoXBm6qeBPE3lr3QL8AulIAxzkqjfK1XaJIp6epUhGFI/YzDjfgW1GgYkZJVFbjKYCUGL&#10;ldbuEzASUyhsIyvD09wZoxn4Z74PSEKtMU4UOdhOP4MZdjE5rQIXF5qia1F0UkaGSrIGLfEGfoxc&#10;sEQrvLz4CgYYJQOmhjwWj62zvp0WM72x34ZNO53vdvr+Ir0CYp0Xjw2kr8XrkGANwIqmeVW0AtzK&#10;FmwBdg+fm/MsiYPCNAewUKxQbkqhq2dEAbBMdpDLZmHqTg8+L4IbBIPQq296TM+E3QCYhfD/yuY3&#10;2LK4bFv6tTGpNaf5fFVJsXN/iPYe9LMLLtd0EDQa+8SDPQAklWKTYHIeWTCTIUh2pAUOGEtmpHeh&#10;s+0iwT19703T0ZMqgj3qIJ/2jcDk04GFeX/R4v1SjCqLn1aOABQv07V1dlw/0CCfvmkGtsQ5z5Wp&#10;l/BZDHEu3hvznnRGZMdQHRwPQEYyeApEowy+npI+evyNZOyNI30yM1ialuBLGbab/RcLilDY6soE&#10;aln8u48cgD0FdPHVEp+7kuw9m+0vN76ETLQRLKczQnMGOZ97S/c+98ZsIpiufUfBldBxQ4rXUs+9&#10;Hsv058XLcFwgNbcQGw2dNYuMm1T4sASs8lc3qfKrz7WAEIl1pVzHEbjlwPJV4NbhUlYfT3wTZjRJ&#10;vCamaljSGffliD7s90/x5CN4lwi2pQKc8/swrzPqmIScl79zSmIu+zn59bj+NWAs55LyrYxEPzcp&#10;1FqG12sKB9bnTU+//+1AYiWtrTdRpQJWneWN85nyDSC13lid33tex8zgZrV/Mx+js9T1vlRPWBzb&#10;dH/FbQG2L2e1yDgiQOfS2Xg+A58MF9L+f8lk6g1IxR3JjDYJPcExSqWRll6dcPfWgxVCYJAOU3IR&#10;vNN0nMssEdfGjlisDBpaKDjDNrqMuIB7sXjvzXNJKpsnSIvX8b83sF40jIifbcDvCeb1Q7F80MAQ&#10;D+uxJODeNrKK7+3sKbmCfWtb29rWtra1re1PvCm75PAP/pr88V//fckqLSxL11BYIEWB57KebHbV&#10;MEMuhQ6sdxDUAe8+lt/w8/MCgfJAL+hB3sHiK1WLr+ui4+sMusxaI34FUFvscn8F+CvPmwlTb75m&#10;ktmXa8hvv2asFrLfLq/eggq//trf29J3vPr3SIOb8PV3djZPYS+AydVLm87Tz6epYDlPx95Pr5Nm&#10;Roz2mGDocYT827xz1Avr4X4vnz59kB8+fZL3Hz7I7u5OttNDfcRi0y4KJQTHeFExjPAVgnz3cJCn&#10;X36WL09f5OX5qbD6Bpry44oGYUKplGCQBX0kRMpoCZA0c2Vl7AOCb+L3TPRSDc8pgBWLWgXJZNMh&#10;mKSJSRpNSNTog435KOXRPKf6NBoDNjVI3izRGsHJGXNB2USnuZioD/JelTDBgN38mJQt1Z276dx0&#10;CPRQc3X1SAJIRdaKsPihQIyyOwJZTAdWQAzFmrL1hojX2F60MGxknF5/tzP5qflzdWD/xbgstuYC&#10;jF5o9H4LDCVh3K4MagdA5o/Q78/CEBq7b+MMOGQkpxrQOiKUxQBflVJaYuNIwCci4diSWQMlpz3M&#10;9/XzJR2XWDGD7dWYd5MHMOhDGZKyAIXNqNQYJmYID1lqF61YZXEKwC3f2EDheAb2GsG9kUw9B6QH&#10;lzm6RLhiX5GjhGuMIAuVNytDbmPJl0ivjaGElEQec6K0sR/sHhghu6dPI6RoU1+civfTeQBArkB6&#10;nzyYJpl/J0GDTbTEVTBseA4gsePvTVrNn1vvtx456izOjATOxM9poIF9dg1iSS7PHUf6Ss6+f8YG&#10;C0x7jsVjryXojOvYzSxKA3BnQ34HQaM4uBcKKJcYRJUY6KHyxQGswYSCH7JwTTUeLBG0P5s/o4KA&#10;CPIEI7Szs04WKq6vgiOXAbJ7pMcyTVstAVKqg47ktTcDpP4Ueb5lGJtrUIv6TvyFMattTvdtF5OE&#10;egDI7dkqvwKS5k05Ox6MGaFKtqasE9cQwTTWl87wlLTrCfCySs82NXMq4N28xTZLisGQTKGEZ7gV&#10;hJBJGzx4I1kK9K2Jt0QVuZ9edlCTib3ViciewEtGZeB4KQR1gsy+kZkfPBLoblzloK8Q53WBgZCp&#10;hKXkfHVkwZ5fEnmrh52b5mpdpPNYXDIgXQac5zG4oIU2aTOUKpucVQz8ilHH3TP66OF4RLDV8eUZ&#10;31+m/qr3Y0/wvWw6EADTe1M9Skvqsd/nZGRj0yYaO68Ngem4zuJrbRMs2uaKS+ojpfQ4n43NyTiv&#10;ZtRq8nCfDmJbAbehHEdh4GLOE8wLBkYH9jdjdyOcaWD672BzCDYYGBLiHqAm3eUGVgnZqoBXHXvX&#10;cmNta1vb2ta2trX9SbbhL/1MfvGP/rmcfus/tkWXL9bDDMjFeOVhQwN8cCaYLgi2BRbxxroYyQIq&#10;hvmpkv1+Bd4KV74+3wOMfSuF7ubzw21Z8k9t8Suu6jVO+tbx/DgQUH7yX8Tw4+DBID/N6NCjMQKB&#10;GkhFx/P0/Xn6jaXuKsdNGQSaylqKWdAXAv14Alhhd3d7eXj/IO8/fpi+vodsF4EcXYfCPcSZaQnP&#10;Ikkz0Nerx9BRTocXpO4+PT+C3Xd6OdFvbrDkvzRDnDHOybtz9cfPFT0llfIeL97EgB37u1j6MkCf&#10;qoO6vBf3wCDc7TfJj0oIx0urEa9ILG4s1cbec4y4v0zurKBhdWzep2MVJAAQwQp2ofRRi6PzQjbZ&#10;Uq6k9+xUrPUBoAQUVQr8EWizsBw7r0Umj/NlYD+ema2o18M6a2E0NhZyMRVBaoaunnbb6bVbhli4&#10;IbpvJBSvp8jUQ/6fs4kzAKvp/aZzpr5vxczePQ4pxYR/G4BeZcIYK2OgjKoELygO2tgxoFhU7Z++&#10;ogJJ0zm48Po4iOahAtE9nghGWrgQQb6GTDZn5jk7JRrrUL0ZPanWpahSgxZFjmsgSGIiMFh6YwUw&#10;ERAZi4eb98VAryq785p2Do5AGELTFQN9LaDz/M60YLBzdDpfpuL9AvBF+0BQaXmOJqcUA9tG/p/2&#10;Y/d3Ux87eCZ6IjFSN7uSnh0BqsWy6RGl0uoRDFKgABzsnEuARz9YuEJiavBAv8PMonqE9H4edJoS&#10;FCIwOWvaDc9FRNKoyXKbIutTIKFTYN3B2XiVZBvIWHfWIJiis9QZ4LEyexD+0KN/mjyV/nPJNh70&#10;n/Z9DXKJ9BrUsIDAPqjXHyzAaUzaHjfsJ5F+fjZ/jvQTdd/JxXibPc/7WxPf21PHcqMtcNPk2y/o&#10;jOb8I+apRD8+gCcMz0iUW2dHu2W5VsD4kt5eP6Rch32lcoj+uQzgeWsSzov7scBCQWZG4PVde0Ni&#10;HegXKxX721POI9K7EYVh4GRoykYKvI6jbaLohzQYNnMuybP0Piw3JkOtjiiHFkqa9/IzVYxBJv76&#10;cwrbz5mQvC2dBKn9/nQ4ydPLUR6/PMnh+Qu8bjXRvu/P9MZkEMo4b/LafKpMvBmhbsiSbRluEyjX&#10;bzlewLc0UEpbMfU8XMmBPk9VDw7I2wTtCJ/v+gDI8801IYMPKb+0kRjo44iNFOEGSvI+qsD9SGDa&#10;GHxgr4/GTkyV9NxPrlsUeHAR2IeU+69g39rWtra1rW1ta/uTaXdRXn7/b8uXv/b34YkVc7zyL+FS&#10;MFaL4TznxXkipxfESOQd6I00JhrvRzJQhAsnLrxzuHqfvEgWDF8tG/INgNB8vUL6epTH/LZRfhzs&#10;9tNBse95xbeOJodfv/D3N20bWBbd2aR7mX1BwxCa/jT1heO0mD5Phc1lqnxGgGUpGnvCGRWZsm9l&#10;gu3vd/Dme//+nTw8vJt+fjDpbkdGH4upTLaKMkQTwWdlmfXnoxwOL/Ly9CiPj1/k8GTJu8qcGS/m&#10;05fmGMZF1VRYfR6IEWZwJUQp4QDmozfLNf1v3UTdd/XNd5/SRrDjKFkWk/n0pwDp0jny3AEY25JF&#10;aUXiMP29FhrKJBnZ32ewk4VftGI3JZcRZ5hZ6T2yLcizsRg7JodqwmKQqXDT1yDYZeBLdT0J+AGM&#10;yxX8z7RMBO8Mlo4JFt3lgmCH7aaRvrtMx7udfh4Brmw2SBchKyOU89WQDWeyV1lI08gBlS45MCQo&#10;okqiMMHsVKX/1oQ3gGJaKPJ+NeDRQE9IihWC7i9kiVkxbF58VjwDJC3FJ6Vj9JJyENBlZe555d5R&#10;oZn7QyoVt4cPEOArsrDRjN8JwLgtQpEvN5Y+GyWUwjgwOKKl1BTHJ2TNVYb8AMHHS2El6uYMGC36&#10;PaSnPWSVYKqAstRK50Us/BazJVhqAjTDOwDaMi23bVqy5AKTsU2OWwJtKHfGR0qWfJvSnLTq8uRE&#10;FiOCPihfllxvHvkxNQZIeliHXgMGs5g0mr6HBPsQbtLYMTch8t4pkIvJvYWAQO/eXAP9JS10Q9mN&#10;Y5pZlslZhQzUQJq4kV0N1FC2bkM5pP5M9mDD8wOAeroGKjFXsO+wMbm1gvQ5RIZUMMwDHHl509ft&#10;hhXdYo6yOSXe+Otcgnpy/Rfh9UwWrkCx74oPlvmpeSZu2u/cgs8Dd2QG+mqgLr0C16r06cpRg2Hf&#10;1Tyal+rmb02C9bCXKK8tQKK/RKikwtVZiVc+gJ4CDpm4Bt2wf5agDgL5yhbT8Vr7H1m9oQIhzRNy&#10;HidrlYDNU6+l5RKWm5pGPqxODA6iPlG5jPP1uda/0Q2Al8NJDo9P8vhlmkdfHtFXL5djYRgnMgib&#10;lps4cmVvQSAdY0Tj8tyIsQLsbGW+tV01rjbcBHJvzFA23hxUvTZSKb6gKRU2qDFJLaQFno9DYvq2&#10;hYEMTGk2gJ5j8mjAJaT0HIdqcG/MskiZR+J703JzoyWbuSkWI57wu4J9a1vb2ta2trWt7Tfeht/5&#10;M/LlH/1v0n/67aX0NTsfa17ozWtDk0SZ744VbVhTq49JNlNxDTdUj5YLJA8NfpdsW7VaT0bInlDM&#10;Vot7mIiH2SdssUitV7HVDrwClL7odjncdyXuvkGxCzc8h/yHW0zA8CaKdpubGOIbB1fLg2JYFmDf&#10;KFB+FVbgd2SUfEdIyfJv3ZcpECwJAPouki8nGc4vEoajXNL06AaFemyRDMms0Qi0htloMbDdyP39&#10;Xj5+/CAfP31iIMd72d/tIeuFZIlsrtrfyFhB5qlzPp3APnieipOnL5/l+elJnqaf9fcK6qCIp/ec&#10;V21NjOXzAXDToiOH2WetIYuKdLSZ6TcHH3hBgt/RlX0GAc0zPjvYMxURl+n1Gz2IYzZ2GWTFvezv&#10;76enDFOxsAWwidceGQTBqjQHvzdZpMbAMImGIAuTZ7N50qlGa0twXcGZ2J0RBKHpiirxVQ9DlSA2&#10;KimUnqB9EgqczH8rV/5S0fTukfcVCr+sBZLSFgc5Rkty1Yem9na7nWyGs+zTFkCmBqvoSw1aHAUB&#10;K7ilLEsKS4sBHWOhn+CWKd6JcQbzci5OoHZdKK3WtEllACI0QoMqwC5UwKctzGUdx4RBMV3rUlcC&#10;Q9FScBuCMF64KtgUGSDhQRaRkl67zglMRDNU8yI+ceOk6HXtmjPKPFcJ3wCjGpc1i8yG9XMSrYJv&#10;sRT3kYmXYwntsNrXClZ4wyVjp7knmqMWXvD2gxXCyrgVygDBxpnO1T52su2mS7EbyXAU+mNZfwtM&#10;t6yBGLC1dI64mI+eyZBHAPKJcj8PZbBzkArYSUEpr28ES9TYsrEAfE0z++0ZmGeMSpj3d+0Myoc5&#10;TCJD8prQT+FFqGAL2YMOviIRNHE8wfMM/NGAgTo9viGY05TEXvYJsjgbnpuWnoSQIgYHQ42xp2nF&#10;l4sFgjQArKXc2wBhVUY9KsO3ZTqO5+7mGTir7AZynDcq7JZlHypI2BymkdOMvCUk+jbiKtQYXtMB&#10;c3WHlZE/heLzewtvLFJofq5cNvhCSQQf3e/xas4p+4MLq7q8RO/InkucZ3PxpzNp77fY/9nHEpXb&#10;1i8fGCCUZOHf6hkgUlJ8cwH6YEmiQBWTXLVPbjYtNlZ2utHRcUNA6F049TdNtgXYhOHUrk9OmdfL&#10;GOKWbhuLB2J9nkKck48tpbuap52ZXq4x/28cyqau32UhVKuO4F6pAgb8cLH5VG0f1BoDzF8Fr/XN&#10;2zl0xxLFrb8JrRJ8HA5+zxLkzrxnLPVWirVCoH/g7EWYl6A1xrSRSddijM9MBi7lyBhjnBmMz0Eb&#10;AHi29hh3ekpzEzcVfC2RFhsspYvNPp/sUQ03FlrOcUhpL8nplkYfKUtemX1rW9va1ra2ta3tN9ry&#10;p6mY/ye/J89/9XcN2EDN6YWnr15TWSgnAnpzTWoLZzOf546pFnOK57iUVxdNI6W9SPoUgihCwMBe&#10;Z+DfW2H6ujCo4bLwRjpeDkuW4BUWuPzsP5K0F74XMbsBFP5Y+lx+AwT8VdJ7w7fYFhVgI9f+7xU7&#10;71ug4qtzxrAIlITYTT9LuBwlnZ8kHb5MvztCXnmeOkyr7KDWZH5dMP+7hkDfO2XzfXgvP//Zz/B1&#10;f/9OHu4fkHyqMsRQGZo70KeAggIWl948r06HZ3l6fJRHAH2PkBwp0KcsheQL/OoCehhAKZhcKNXW&#10;zDMmqcbIZNlAoC9QIh1mYCaHV6yXHOYiscAhifeSMg2TFHkRCHnbQbbbqQBP+rk7CzLQrAgFAabi&#10;YUzVaxaTyVDM3PF5GvevMp+00GTZbqL0DkRM5zS0nXSXC5gVZ0o5YzxRqjgUb6NrnDyiwDSmCmp+&#10;sFQGepiZn9mZPnHKGNscT7LZbeS028pmus4K3O6m3+/GHj5mXbfFsXebFsxGLXabMNsI5ESJ5GiB&#10;IqMCEykUKasL0xQL6RDN2eG6mOddAtvYC3PzfIqFQQQARpmIIpAdRzd8b8zPLZRgUoYmFNaRFdc6&#10;psVkdgaSRibQMrCjuj+iA8FNU7owgFdpKyDP+l7TNDOT5/q+jPOdmSk1VTm29usLgKsewR3GhqMf&#10;WjnmxNc0ppG+jrICG/bzIUbIds0jywpzvS87smkxP4xpsSExUp7pQR0jUyv7PsGvztNw5xRmB/aW&#10;YTfBZXthZlDq+THptTFkAOYxebMhuBAppTYp4iKqycCzcSyhHkjSROCIBXyMeoyD+ewZICwlyVtc&#10;zugFv/5z6WHTlHCVthxbtCRllx02Dc+1zPL/bB6lePnR+tPAMBHt0mCcejqzggh9awCk9/No3mIG&#10;3YVXk13I32duMW+S+djXFhm0949waydMPDyiMo5jgvqtbbF8MznktRy5EtDa+SYI5/fQVyYegjG8&#10;NWK9foivn389juUlKzKHPEubk1Syfm7YOIDmG4yhHAY2A8AapRXFFuxm9Z7t5F4Tyrdb9BWwsy8a&#10;UjJgU3RU5jtCwae+r2ssjOMG6vrmAhFYuxxlk+Pba5PgjEntmylXaGYq3wbHj28yBO2DK0Ct42rO&#10;OwsGUm8/3q82NwrHLA/iaZdsPGf4+uwUZ6sG9559tdGYPJF+JMg3B8Eh3XckM5jSfrNCMNuG0TcV&#10;hnkeg2drGkvyOjYbJBfmpN+v7i3rY7BtIDRFnhsJ6gPEna6pWSZ0UCS0YPCaLUVDqxEQy9cyZG1r&#10;W9va1ra2tf0m2vi3/4I8/8P/Q8aHT2BSYRHV6GKnKb5TYO6NeTaryVzIlqI1VgBdYApvAtCXilcf&#10;gT4aUsObxkpDLKjVR6znst7q5atd2/C6MPiqbxzYhks24i3xa8ryBmBY1zG1dOXqfX8E8JavvHXm&#10;g/hqtXLjjd5g+dXPqD5sTj+iQ3wPOll9Dl1Y1xnEt1iKXpx5Aae+c1HBBw3jSKepbx1lUNnP9Lu2&#10;UxHnZuoTrXKjJMEw34zrldH37t07+fj+HeS7dyrdvbvDIrohW6Y+H84GQR/sB8iLTscXeX55lpeX&#10;J3k5PMvxeJTD8URGQnpVZIIlJMYOySwQQY5xBhe9hKxeYsnPEAkD+trim+fhHRYMW4EhlAWbB1zl&#10;JVUVvtkTas9nOUfznZPpsd3fs+jrjFkGnzx7oZHXJtBDz3NEinOietw1wsIxg7mjn0ttlBKYig3u&#10;Iffyi80ZAKACLONwkXi+GLsoDaWoEp4r/RwtWE1SAgKUrZGRLGq+iX0YpdEk3EFlvVvZTJ9Nwdh2&#10;28h++nm328rd+Q7y3u1m+nm/k27o4Pm22+7xetYH5wCE7EVqjot7PFIupmb9ev71NbWCbsDyGC3d&#10;OIdZHsebSMFOeF1p8YbPHmXbbgBwtfSLsiRGSw6VwQI/PLDBAyo8dVE8qTOlSnrnUtiWLLTGEmid&#10;KRoIJIsBgrPZp5SwALdOgO9j4jkZzd3r4obxBKzgszeTv4wlRJapBoYUSXJjibMKUCj4NVyma6VA&#10;WLqY3x7TOBFM0vD8IYDJU1JzKaohnQcz1cAz/F+fCkCbCBDhvmhmwKkw4CAF7uC1B2ChkkV3TEAG&#10;+FiNQWUjx9MvDUFjWqaBAgDSlK060BtuGEvoR2ED03sLwK8X/kxK7sjSjUzujQQ94EuIYwt2jnhe&#10;gyy9bjPlx3hvmZM7BzIJtU/1032hQQY6fp019KC/GPDovpGFNUwNaHZ0JhrUmhcOd/LdthSVN6Ys&#10;pKJN8fFdsuvlKvU3lHHzTTTtrekwVJtxFdoWSh/LV4w++co8GOY526Wti9m0ZsW9PsYFgSxL8Xhb&#10;7obl0v8daZuB1TAnUEfzz0Qf2em4tpG7vfrP7vC92lDoQukSVZZtQSznsbE1UjTvUwXlEkOeolSB&#10;ZrVX4ne1yqJFQf7I/ogJbqw0sFKsKhYxLPTRVeaaBi5d7tVGY2bcNpVfaYs5ck6jr6/BWK2BBg7Y&#10;ZjdRnWMdX0ay6kaX4dpYh80aBC7NTGj92wvCbTI8M3E/cwfsQq9Wcc/N5GnQ9CVMM7Kp93EoXoEt&#10;pbg+JrnPZ1xYd4A5TFZxB+bmhgnjzZJxHecU5BXsW9va1ra2ta1tbb/Wln97L/3/+gdy/Et/Awuc&#10;mH2XOjo/AwujVApnY8sN2QA9ocxxwBMGS+EUKYuuxJ3VixZ6YPgFPJcb4gb2MSp3yHOhrUyTes0s&#10;VQH+/ctYX9inei1+lRd4VRBeYV3hq8XD1xOB8+wtbxKfWD/zBm0uziyccM1QrI7/9icNX6mYbgB/&#10;byYohtd433d4Lpk0yl9h6Ym28HaaftEqKDX2APoknaYi+zAVM8fp61nS5ThdrqnYnfraJVrKXwxq&#10;3r8B2LRH8u6DfHg3PT59kr369N3dA+hTZpuEJfDpwJ0u8lEwaYrl8SCHlxd5+vKIUI6jevQd1aOv&#10;JxDCIoOgW/B7wUG8yPLKffmKLxvTJSVSctQam48edqGwEyoRY5gLrVil84U8Xy/4OvHSZBZIeowq&#10;pzWGZj+93kE27XSuunH6XWtJpigdUunnhZN7RQALpZ9kU/k6W2f686hhwJSG9g1lqwq6Xs4Aes5n&#10;BTOmAu98RIGlYIlGtGYZ6WnXAJDRYqihJ1xzsc9sqYRCoAfUKjmNCrhORfDZ0mkPzVH2u60cdmfZ&#10;7rey22xl3+9lt7WiWEEaFF30Z8LYM5o0FYS0MVnIS+MAMCWwupEx8vpNBViaCukxaDHYzCmekgoo&#10;EBAUY6WYftUiXYNgzNevwVMVfHl5zvg8GqagYBY+WzHJDwvZI3wBFbjy4pceTipFbTW4QxmVBLLq&#10;gJ/EAnskI8+ZhIW1Qh/McbSC1X5PIKliFKKIldkDMRbwqmEysANomyJf14L60l4kKOA0piKThl+V&#10;sjQvViyDDZcU8MxI4czK5lRgamRybk7F/0royWbkL0rfWk/StIJa/QaVTalFM5hsDb3tGKZh91ZT&#10;+e578inZhJQDW/JnT5DPvRDJJqSkL5PR430gleHMJdJCKaJ5/bnkG2maXWcppfx95+b7lPg7C91B&#10;ClxDnCcDm0dlOI4W9KF9WwE+CzewBN8LQeThbAm1Fybxgnmn440CQTHRV3MGlxFI4ynVZXJiaAX6&#10;eeL+HZlhBPWYl26bFLnOn7c5O8stspenw7pSOC5yeQs/j1TYmUQeKlCP5yybP9yYzfIjVSEhuYqR&#10;eb3lFV6FUni4BI4n22cOupmZ5xji2m9w8Zmih1IEUztQ2uxqaWyI5urTh/k8JAbf4PVdtosxMcp2&#10;28pm203zmm5cbDDWKbNPrSp800SvPwClvgEjzVl4s4NiMv40fWl9vZBLbC83kehfugioqAPCwbrn&#10;+VBMDhsVOqdaGrMs8NZQEu19x0A/437XTXPonYzTZ3Ff01B5q2KzNuTilerkWBsG7FwlD6nKQvls&#10;KqEg7rGXmTgOmb/OIbi3bROhzx7QY0E5A6XQQt/P2nsyk/kec5jH2G6ONvH5vXUG7XRdTHLd0lOw&#10;oa8twb7G+qyPXebq0MxjQmOMv1ebqVx3r2Df2ta2trWtbW1r+7W19D//FTn93r+QcffOmBTUoGRK&#10;d0JJexvJEsgoBgbbDC2SLGyUUp5mfnu2kAKTQ8VeA4guJZU3wUPFDawD16Kz5mRaxlmRwXQ8A1/C&#10;r+Uz5+sCoDAFKiQtfAM8/M5W2xm9DU+Gm8DZbAh4FUjyRiZHzl85hu8FRX9t7ZoVONInThfVgzTp&#10;gkdIp+lxmI79BNAvp4uleJJl1V+mUkOLTC10ukZ2ux1COD798FE+/uxnAP3g0TcVSDHYYrr+zJnJ&#10;ehnMmKkwPh0QxqHefI+ffyGP09eX5xc5vhzl0p/N94q7+XBbiywAs7AAZpqph24YfciAkMJWIPDA&#10;nX1IYyWUZEBjZs0piTnMoB/8xyjjdN2XA4DZg2rEfQDtAyrTR1hvjZ0x5DTRM+gjDIztaKb7NFS2&#10;TLPvYIlWiJngQAA4NrKKL9LSaLLBYSpaFBAbVYrUaYHaI5TgfN4CmLhceoAXCUiagYcqT9tvjIkF&#10;aPKi7Lc7edkoo/KEv1FWH0A69fPUEeA82OecDvWlfZHt9H4bBfi0IL7fy93UF/b7vew2O1x/eOgp&#10;PZFeZLGxuNUQpGICW4HqLJjG6IZ2HvE7DWgYix+ToZ0zwuZQQrsxJs5uvyVzq8VnPk3dWBlYCoSx&#10;KsXLNGbUVjz7CkDEfrNp2yL7ssCIxpKb4yzjzUygBfBTmcMPnr5LMCvXARWhkhXSYqH4x3lYhRak&#10;bZxZKgA/TQaLpGAWtfoiel9ezgqUGcIR6c2Kvjf1w3M6I21W77WTMs+GgdLoVBLX55AdKYmgoTEG&#10;jMumAXp2BuRtAOhZUMuGfa6hfM5liwXyyCbHM6aegftg70F+axJhnL9LX4I/hKDpYgDlPQjAXDca&#10;6DsYKQ12gLGDt5qxHltKhoP4mOBosxjginRtBu309PvrTUaofUbPnwJ9/eDBIwOup3mI8boPI735&#10;MsALZWr2ZGCl0AK8SorOq9ub3sO4j12GnorUOOPaNSXQBchOjrNENi8tEGwloJsH46vNpev9oEyL&#10;zFSbpVZgW6g22ArV3IOJXOkroZrTcrXJNYMiNcXOx8J8Yyr7Hg5h2TzMN7wGb821fo/BB3VG+EZK&#10;/a9DSyKja9GH4c/XyJbMT53TlNG3mcaw3Va/dpD0tgT79N4eukQ/x8g08gx7hMS5KRFOdQ/Zrx37&#10;zU3C4P3AAS5TdAAMDdwigjdnQp/OvJ8TQ5aGae7UG189PBXw2t/tLORnnEFPZ9SmLCWsJlFmi40I&#10;3QjOva0Nx8xQDLK0q+fb3yT6ZRozHMFvZAxjA4mbEh7q437S6uEcCd5hHNdNgm62AvBzjBRkWjS0&#10;nlrOMB9IdBmwAfsGju3RN+4kF6/g4s8Z3SdxsTDhZ7Jr7KFhK9i3trWtbW1rW9vafvX259/J+C/+&#10;dzn9+b9iqZuZi3OtrFNmKqLv2tKYPRkzCJ7HYJFYUuPI5DEkNgbfoTVJRiqeKQFS3pzo3Zes+BzJ&#10;mkjuSZZtkeaggy/rE6W7PxWSijncBvwq473fRAptzj8FeCOkExZW498E9b7nGN58/xpATL/ec+DS&#10;Jy/I9Ko3+TI9zlONcZGooJ9cFAJC8aLFigFTVjhpV1Rw5G53Jw8P9/Lu/XtIeO/v72Q3PTabLaRx&#10;tRQJjBQu9BV81iKgP5/keDrKkWDfy8uzHF/Mo08LlpHhBGEBrZrUPFO6NHuj2TlzT7VZqotfEriT&#10;yttPSupuIJDoIIX7/sCMPBAIbKTQ+kKBqWZya65eR0km5uQ14OJBCjl93tj2YGTZi0UU66aLzMbi&#10;KYKvUKKoQzHFV98mlfC6Q6EVMFq0bKcnKNhjAQ3TfT0VPtuug+xs2O7Mj2/saY4+AnS7228Azpmn&#10;mhWxFzVz399DSn06XeR4VtDvIJfzCLmVsq8UzADHeOoel8sg3fkCCe3xfJDDZgeg7+5Bgb/9dAwb&#10;A95a8z9S9mHbWqGHPkSJ9ZxMvOykgQnKCjo0DBVZhBExFESf18VQUiDBTG4C4BMFxmDC3mma8MB0&#10;2Olc6/EoUNU0YPTUfk4A/ygPyy75I43TGHvGetTz0RO8ugwOCo0FEPDwDttgiCUgIjYuNzX2Wcfw&#10;kK4kBwem5YaZQej+X6TSJFLveh7DBeE107GoXBnsW/V3HAAwKYB1VNafJvYCeJMS5qB9Ud9fYSML&#10;NWmNwVdSKZtSRLcqyW9CSab18Jsgc7Ko+3S5jYQCBApG9sMFQJ9JYfsCkGYm46qdxJw6OgfvlMRe&#10;JCRb8icKekrxQmHsNXy++XMJQb7gjCUh0ECT/5QZ6EG2pYJ3CviNZPPpuewvQwlJSc6+TPS39es8&#10;Ggif6DnWAyDJSGnFpluwsRPz6HSOB38+U0bNm9Ayq1NzZREgskjAXYJ0em+MkPkHjok1Rbi2bAjy&#10;2nqjoHUeIuFg3jj/TQy2ZuDo6Oh6AUtzgfgq+tyNORJWBUEWLLvv2Zp6pRb4CkqYK9DPuuMsJV4s&#10;NXyc5r2lIP6WDL4dxogtgL0OjNWOUtCmsMn0xTy1OzK0ovavE4L44DQ7AE724fcvjtxQMJbQKQxu&#10;iWlYHixCGYaHbCXYMKh3q0rK1XrjTEl5wtolOYNPhH6uUhh7PZNvsVExGgiorNqRoHZPu42UjMU6&#10;5rn/2xrUgcLBfCkJ4meyRK1jhRLiofcr/AQDwTsylhsCroGSWgVYPWjLNkHaYhHQNoF2DdyEaWQR&#10;8FT3DP1MTRMKU9n6io03gyd0C9nEycLrAOqqT/FanaxtbWtb29rWtraf3NppAfaP/7pc/sd/Lrnb&#10;eGTnvOPPBEjzJYpcoOm6rzHJRCk06MWXDfzDQmXk3wn/htLfkX59/WgynBEP/VsWNpDUTMV8MgCx&#10;x8OBKiYuVrKzm8jVwrTZfZBqL7TRSohcP+P1gv8WumYL+PCNYuHt9N6STJjzTQnuLQHt9eu9magb&#10;wjeP4a2/XoSavKFG/snwqhdbbqyfp8Vx7qevGiTRSwePvrM04wW/z9NDsZgW6XuWQigEITZgUO3l&#10;/uFO3r1/kPfT4+HhQXa7OwBMChjkyv8qhlgM/VEsjJpieYFU9/DyDKDv+emLvDwf5HQ6yKAefVXx&#10;n0sARyiAWHQwrKF0zSWP/KzREdPsi38CLu7DxoAOBGMEFm0eqOAphPwbZwcWxVzxSEoA4K6xWfMW&#10;Mmkegh+U5aP+YMmYYMLXMxCynYqwziR/eK9MTykhY8TSHDNzG5UkoZLAnFvIuAyAZlJi9CLJDMyb&#10;DYMLkrMjEzzgABDebeVhv6P0tsN4AI/Edwd5ma6HXpfD6SjPx72cjlY8qi9ZVGBJpdUEQJTpqQDe&#10;+Rzl2Jxlvz3J4XiAp99WmX7KHlTPv635I6kcDkBB3mAs2nQGKCUFbaBUG42pMo5z+jHZMoXx4iyN&#10;xc1iBeYw9eUINWCgh9eAz7vbNDCoV+ZXpnE7fPgI6oH51YQKWycreqTJPGVxDliPCmKNPQJaFBQa&#10;yZysE1Zdjqyvj+tDRl7r7JTAwIrWQGl9jha7pVNxDDHp3IhwCh+/UYwjJXeQ06FH2mY/3TeXfDFw&#10;Tsf0oSHr2zyxVEYHQTs9qgCMsaA2eWsAyAEgjwm0GxTeFm4BEDxXJx6svVw88wB0Zmc02rEpeKBh&#10;BgoUKEiAzyEGmPomhs8Lei97cqYemxbyGE86O8a2Ma9CMH5aS2r2+9hTtd2VTN97ZDCVyQkNvIAM&#10;d7gYoNebnDDxHsFxMzBgxLETzoJctbJ6QPJ8QxYjzwP8cCNAQku3N/DvfNG+kvE7CxmZ34ciSdyT&#10;nqo65lpOaedTyLLP9COdO5kz1kKRhxoeFsn/v42uZQJ9SIn1DR8P1Akzi7D0wsY3HhtJnD9zjIt5&#10;tAB/+fYGVkw1Q//al+/1H6TgI15ignYubDJfNrQcYzNT4WtE0KS92RJY1R+1mYOAtJ8psG4hDZ3s&#10;p3HwXhPHdYNk04KtqrLQtkpfjm77IDZ24L6Jdm+bBHS8Os9xsVMXQi5jVr0uCAvGZgIb3jZ3a9ST&#10;oU0y7yz5/KP9DgDbaEz5Ht63B7nAGkM9JM8YEweG3EC+n2w86QlaY9NiIOiOgKAEcM8SvgfM13of&#10;98PMbjWQLzmGx02UV34sxpTWPttYAnAgI0/HGdzPCrZuOo7DJrm3sdE2HCxkKcy2AL4p45t5jfnx&#10;Bkqis3dcSuF1/er+wMMwH5eBnKnInvH5sfkw2gYKlQz6WVewb21rW9va1ra2tf209p//XIY//Jcy&#10;/Pt/kQtZGv5r4RBykUFlD9ZQpkQyua0ZmWd6pGQszgzAI9uAgRuSbEHo/mDG4MsA8lTeNZAZOPL9&#10;lYVgO7syvaYAROwJMELyUaSOUb5OOfs6fBe9FGEAwvfs9ufw65W2wpy/XnTL9wF/v/r7vnHG8m+y&#10;s2Wy0MwDMkgvTbZHm0/SpOP0OE91nbH7lBG0QRiEpgxGGaOxae7vtvJO2Xwf3snHTx/lZz/7mXyY&#10;vt7d38t2u8Ni3UCquegr8qDRign1klMGnwJ8X778EuDS0+NnOR6OSJV1I29j22UAYqXfEOSLvH6B&#10;cqYQZlacghOJrD4FdEIbKeeZU/uCS3edodQ2hUUBYI+JHJATeVFdhwrg6/Q+MTP8M5uRurNJstFl&#10;M0BV8/Mb4jCDVC4vbjrJDdOK9ee2w/k2uZIdL86hAgQM6rCk0dHia2lCCeLY9J4AR/T41Ew+Z5Df&#10;GhZGHcASM2ff7jbTtdzLXsG+6bl6zMN07g/Hozw/GsvyBdfoUZ5VVn3U71/koKCfynyVPTIYqw3y&#10;LpWKTh9MGYGbw1Qoq/xNJXHqdaUSWyT5ToW1Mv62W0h/VS43bHYo7jaQFHd23Qp4lAqIBKZGMv8l&#10;qXz+6mRbLbj7sz0fklxsTIy4hirJi9PxjGlb/i4RWEmUliuLwy4b2ZiUuQ6Ul+bkTDT3nxr5cwYI&#10;0nifawk8g9loHnJgCrYdZafKYqGkPMxgthWhBiSOye8ZY5/1TJ9077jkUlwt2lVyfTnj98r2ino9&#10;9fNvDKRo4Gml130L+T1Yeh3TJ+l5hePrmiIndmZYKONztgK/AqsGnifMC1oY04vPgFoDAmDAr4Dg&#10;aEwZu4eN0RM7A2096ENv6pbm+nZ+GoS1mBcXvSlr6Z2Dr9k8LEYW6yMl1QlsPZMdKmNPw2pG+u7Z&#10;31Fi7AMyGYCZG2PODsJ7N+S2ga1n97YCJ4p19Lg+Isdzb9YE0w9nlc8P5vundgS6uQGpoydep0Sn&#10;PuvjDTGKZrR+aCBELBs8+eZcejU7+SAV/wTWLmStCsO/5rnSk2XCG1P/LDVeAvbf12J4Y63gbHUn&#10;wIkUnzaXKrfRWLUdvCYjvOwedNNjGgfv73cYg3Sjyrwx6ctJD1iXggfIaAWbLIH3coyDhTeNFc6X&#10;rjfyqvSeUH0YkYrPHb6xnlqyJhNVFyqBVwD7xM2z8zSGK0tbQT/t38roNdafWw4o+G7376D2Ddon&#10;aT2gQJfey/2C0WpgNv5v9ITwVDykozNqGVbU0G+0beZwnI6pt7ABaDqMOxiXN/Y7G6fI1o1NkfGG&#10;6OCeJSEL2ZUzczVVSdn0Px3y7J9KeXFJZOeGBPwFCfYD+FdmNsc3gH0cO3T+WMG+ta1tbWtb29rW&#10;9uPaPkr+Z78rp7/1B1P9Gin3CmVhb0UM/fcG88gbKbXtk8sLBrL5siWbjW4Iz/9nMl1RRgUD9EYA&#10;DwlMPVMSxVLU6uJRNz8H8xLH+12wC6y4Ri6svnkB++OqimvXOF/qpiC3w23DV7Grb0Bb4UcdUA5z&#10;FVEDf7mWQ6Ufh8b9WBZe/rX79F1/XBddZUvdVcAvXcDoa9NpKjTPSEDNylIIxqDoFBxSpt702Tfb&#10;jdzd78Hk+/D+/fT1gzxMXwHgTA+V+Xka5CLMxD2BpiJXixBl9D0/P8vT06M8fvliLLLDEQb3APrG&#10;UWo5WlxwuCgXjC4Fd/mtPy8WkC+651h0GVZTfPsspZMgoLJUGsrViq9feG2aHnJJ2QzuD5WFsSGV&#10;kXziz5GJtM5ISbTid6M0SCfHqbic7t+oqYAbe/9OmQwZBVJHT71hjHIJFr6jgMZAL0G8XiRLJ5t5&#10;f0OvKAWfVIq27cxfcdM1lKUFS9Al4KbStcAkRWWEvEzXVH0UFZB9eXySJ7Avn+Xx/hES3+cX9Vk8&#10;wNtPfdfA2hp7+Jads4FBjQIe0/ucuqNJ4lRarGEe+yNCNFQyd7dX4O8M4LEftizCdwb8iICJ5Sm2&#10;KZiHIdTUbbMo/oWFL4I/KAtNCAGxEhrXjIU/vNRY1Cpzb05YTYUBl1gUei0JP7BA9pN73CUhS9RS&#10;jTtK0VqmQGpBq7Jll6ZFJkLaWFMxxvS9HSwbCZ4p85UBEEkL9Ww+WObF6p5aZK3p/cpiVb9XYqB0&#10;5oGIlMrp2m+ms6YeY4FJo+ppp0EEOC7tD5TD15spCtJlT8CF2T7lt9gAGsxvb7QwC5d0Ss7LTYsY&#10;mDJtzEZ9p4ZsRwCMPC8tJctg9AULkGmUUdgE8+q6CjEysMxk1GDl9LN/nnklTueRkuHRzxHksyNA&#10;Pw+r4iQG/0xxWWbTzcARb3AnLKFvKFgolOZOPyvAp3L246WX8/EMObcyGRVgAesTwMlQvB1lcDnw&#10;SFadgRFA5WMCyILeUTHpbwNHfq6rkKwwp+KG8PZGnLMgf1WfjOxAH20MUrkvbrreLr6L4adtnhlL&#10;PL224/DNHwCnBngW+X2WIu3U/m+bEB1sDO4e7gH0qe2AsvqMsWk2ANi0yqFs9hRLCswbLYEsWgdk&#10;Su0HcZPDosatBAy8RqF8rYHZXBiaX4d1DWu15GwAU7rxopsxL09ymObVi1pj6O9OB/Q7SHsvNq8O&#10;yRLXLaV8tPFbnzMOlKcbS1Dv8wFjoJu1hMKQM+AtFlBPrRqMjWss5ZYbCu7vWST4ZHEjTKlIdBma&#10;1dg5bttmttoo5you+pyHzNi9M9JjTwBeZh2jaB9gYwUZexhjk4XtMEREz8lA9qKlotvz1G7ANpns&#10;fKxg39rWtra1rW1ta/v+9jt/Rs7/9P+U/ud/1jz1mLjJPD6Ad5nG0vASQiCmfX8mm6/HgkSlByz+&#10;UAhaou5I4M4kTPZ1TqALZjROWZIl81pCoBU0wYqnktgbwSYa4QM9J7aFXyl54tpwm65lufJYCSZZ&#10;lrzMx729o5+/C4xbyGu96H6LzRfCTVAxVYvO8CbumL8CtL1+yhLgCzc/l3zL7ydcS4yXZurBC3F4&#10;QSb4CbW5l07BvenRjSdpRwX9RqQ3N9nYJvAu27QwilPcSllaH1W2+/GDfPzhI5J37+8eZHd3B080&#10;k9c6u24G+WCAP5iX0EHZYi8v8vz4Gcm7h2cDjtSnb+BOusvjglSF0SKJOaEAyHjMAB2CBODjpT5k&#10;rRl6R5P+BffyCnyeguwNU0bdE0k8/TBQ9jVfN1PdGWXDiSspu9l4RpELVp9LOe1mNt+mGqxUkGYk&#10;qydQnglp2jidQ2XvDVMhtKOsVKbilOcgmhwtdGrCDngChQpq2cYM2nEMLmAmm8IAvQ18qZRN1xHw&#10;20OytgHjDWxAZTMioOBONvdTAXx8L6eTynqf5WG6Pi/PT3L3+bMcnqZr9nKUL1++yMvhRQ7Hk5yU&#10;HaIyUi0gPWBBwTNlBffKeulR+HXTNd5Nz99MfUCZfgr27aYi+26/xc8I9tgOBIFaWbiCIlykQf+F&#10;RLcCz1L2MZTjHQzSBpyXIpwLI9kcJlk7X8449ktvMrbEAIkK1y2Sby0820Dfwch0x+BSWOtLHQMr&#10;AKJpX9u0xkgBIGuIA2RvFaPEQUeEQ+D3Fxaf9oDkbpQil0s16pPnot8DCbw+BhOpMR87yHCnonob&#10;DLTXIhws1mBSeGPtjLaRA5bgYPYPKJoT2GlgwSkbSFlwowU+aRGcKgu3huEZzsRpyaAFIIIn2Lmz&#10;0JE5hKQBmB0ZkjN7goowdTaRoUPwE4X8aKw9SGMV8Lj0ZBla+nCmZ6KQHZkXslezF2gpkbf7f94Q&#10;gFVASmDXKnsWcyTBYOs3SU7ni5x6DTzpIW1Xf9HjyTwJ9XxdEJAwljADnKvRwFoZezKLzCuVuwXo&#10;3zgDbSaLt6eENy9nlFRtOFTuoSGG5exKGatwv6Js1NUbMSEzfGihGZUiVfZnJvpWVin2xVPTNz04&#10;x0CuKrO3r43j9dbenD3hkl9/H/eTA3suXwd+0LtUjFlnBN84H2dM8waNzx98bwDInbFp1VbgTlnN&#10;+y1COPb7aXzU9N29MV3xatn+TsMtMMcwojaTMgh2PO6nCHZ4w7CHoGNwNO1DquZin3/DHIVMZQS3&#10;duNyTTTLfW2e45KIgToMA7pYf9ME+8PxRU769flxGqefwc6+MKRDnwf57WD3L1h9g/lVzsD4YPOb&#10;0GcUgR+ZmyMMKuI86+NLRx9NeO01Jv3Xc9yQpWsgfsvwnmBzsm96FGC9oecnpb7crqvyqUkUNeYu&#10;AGUH7rjWTYMxsJHuC4a5jU22Jp7BfuFntSRgY0/ruD+QpZzdFkFsU7tEHOtYsVYta1vb2ta2trWt&#10;7ZvtYyf9H/59Of3Xfw9L/PHiUqKlIXdi4qaWnQrmYYGWjWmnPkAX7MLa98PIsA0wVGgKz8W0SXdf&#10;g1iJbD+wSRLVOCHT08/APAR3YKlpxxOurVjeAPXeypy79ezXANm3aQbhNjJ3E2y8fv0YvgbFfV/7&#10;nuzet17/e1h7C4wxhx+BoYavvCvP7XS9Gy0okbzbSwvZ7omMvpPE3MOrL2QzqgZwMAqTPwV+Ru/e&#10;3cunTz/Iz37+UT798Enev38vd3f30qlE0pMvQ1wcr5nvDwCDjnXq7uPj9PgsR/j0HS1AYkyz95ab&#10;m/MEtBXQqmmWQo8zicYaUAAjRk8ubZheSvCh7SgXNCaTy42E7LdrKooDZpbsaAVDnvNFLSDHJYte&#10;CHraak7LvpBT8f0z4DOZ7HEcWTixeEdip7LRRnh8bVoTSQEqRMFlB6TFFwCNXj+nSfBJXSnvq6AJ&#10;GF2bVnb7neyn66MPS6qNAPvAGlTfJLDPOrCr9KOoxFZ9/Po7ZXy8k8uHD0hx1aLyh5/9DMyRL49P&#10;8mG6fpD4IljlALamBnqcVE4KFsnA8AICJb2lxh6OZwRiKItGPf22PDYF/vY41j1YhwpENgSMvEhc&#10;fL7QyshCWCrwwO/AAXJ1JnFG2h5Mx6TgjIKTx5eTvBwPAGyKbDwa+KtF/wZsFStYkULbWZiH++0V&#10;QKsxObYygSC5DmGR1juQZdhDLpbIIjGpp8lLe4zpzvhyOR36GAMRApGLOTgmzqGyGvow3c/eYf0z&#10;4D5QUK9tmbg8M2QNTOxL4NPIVFw9HrBdevOqGvKA30ei14kbBhJmgLx1s3yC6g4wNk1bin6XRAYm&#10;4np6qQ9dDjQqTGJpnj3T5A2cdSa7SRB5HgFWDLPUcEjLezjY5wVIQdalg3tNY6xfS1e25FvfxBpo&#10;NwBf0TEj+EQDauAxer6AMaV9+IJ+NABQUcAY4Ap9zUamlw/0QVPfSE9AFjKRMjcSIj3YzG+Sn59z&#10;tG0mXM2N9CV1j7zwzTngp892b3rOMq3VN8scqmquIrsc2Hu9XshFcrvcs1rmCc+MrlTobXExx2cb&#10;y/EmsdzrAOtaG9uNUWaMW/UN/fD+Tj5N89g7PO7kftdhE2vXteZJmHI11tefP3FbkjNEdADMv48V&#10;tJeX4GlNC/zmSqFusTpdXJsxuVpZ1S+POhZ/pt/tkz2mcRobCJcTxlzz6MuFATxSGQJQa5yvFsjS&#10;AOs7Y7+7P54H4BDEaxmGocw84Vhp1h28n5ici4RcbqpFhgw1ZO1JE0smciji71zsLwDWJZs7R/os&#10;JEpP4IPLucXGTxsXzr2N4yNZx4ngnsvlbcPCQEGhPQJAwOoyRK4HYkcpMb0CV7BvbWtb29rWtra1&#10;fbWl//4/kZff/5dyuf8BixNLLTOZWiopt8lkeVBFWWCGFhxnsArC9DXTIFngLYLfjy63TQ5DVExB&#10;YTlRSVLJOkp59uhL9CkaXUasst4Uyu89JEQinxu+Bi197y+X9cn3gIPfW8qEm6/5ViBG+HEl0rfz&#10;M67W9KGqj26fiBjeeM0fWbuFm68RilE1oVtp0gDprvrztcMJgF8jvQQk8I5l4Y3FfpPABtLiXYGY&#10;D8ro+/Rh+vpJHu4fIAFVwMYTMb04y/RAsyRLTePU1N0DAKPHqTB5fDKgSKW7CiQpy8BQq7kEMFYB&#10;hblhKeUpgQr0vGvJGlJgI7AYaRpnEZjRtwORmSmffoJnxkgNtBbjvcXFz/xw7kHo4F0m+1bPX02y&#10;DBUYDaA9L+5GyqnFEHd1zxynV1C20vQnfTMVsq2ZwbdtnllIcbTPqDLVbLKv7IVhTAS46DelIF7b&#10;wYtqQ+88A/uM9RUptYJkUtyjjBLgqYDTwklBt22/AWiovoyndx/l/YdnSHs//+KXkGMfnp7h8fd8&#10;eEbqq0qBLxdLiD0dzU8KJvGmB4VkFSDK9BztA8ddOz2sL+3B9LsDC3HTbQG0DZ0Bf8pATEj3Nb/P&#10;lqDurZs4FNYfBjuT5g6JoRK0QThPj9MFBbG+RkcfO33v/WZvfnHT+xvwyHMKNij7E1CXWDy63NvP&#10;U6ThHzVacMfZgzwG898Dw3A0UK2k9uYZQBEHvJtQALO2Ys7hvk7G0BEGJFgKbsPXCAzxGGbjfN/M&#10;yZn+W5S2kh1jCcMDwzVGS2IF0B4ot2sgAbbzYKCZJhp3ZO3oeTKWY0tArWbo5plRVvxhRwONlK2u&#10;YBnPnwVo0LsOMkNKcZP5jOUKAMDcR2l1kQiHmV0E9lFrjCMwCaNJiXHP88YHGDuYV5cy8xQ4UGAP&#10;zD0F+I5ngMTni/bnC1ihKtE942/OxhbSz8FwA2ffg1koqQTkANQnkBt4/4+JzDc9x/QRtHMSCgCZ&#10;bw32ALpTGat//S3PYNUCpKsHuFwSw9+ak+ZwLln+XXmLsABbMLSPed5sAYsvliTuWp7cOAge+LfR&#10;k7QD2aMRQRwb+Id203zVycf3d/Lx4zuAfcp4huyeIJV9Ptqa2MxAzz+ZY9fJDjXWapw3pXgcqYCS&#10;b0B3zmQMN1KWby4eHeizfqP9S31R1T/1y+fP8os//qPp6y/kOM2tOsdqur2DXonA3pxyzfdkirCF&#10;WzhDWQrbDhsZ0YC+7AB5axsfkZ/bU6+dESuVx6evBTzV3LqrW25UMGp2MI5+oDmXTRmw9QbbbMj0&#10;njZLgTyPoZAo9/je/DEvJWkbmzfZ+mdZDbstR3aZdSD73zYJjVHeYJOs8ZAgDWpZS5i1rW1ta1vb&#10;2tZ2c7n87+7k+M/+QJ7+0//Oir+zBV+YTGoqMJhghn++qAu2u6813HnIWMTojn9PsG+qT62YQFER&#10;FqBdWc25l1eeWUomCkmz2TpNl/VXKcSy8jRIKBWsw3zBrFBrgicDz2v/BcgUXoNYSa4th/IbENxS&#10;zlpkoD8G6ZJrBuLsaxR+JGj4rfdZ+PrJ6+Tht8CH73z5n1ybzf4+8wJXkxA1tEFBvo5Mvnb6vk3n&#10;qcDsUYxGMtJ0YY1Mu+lrG43VpKyrh4d7+fD+QT59+jQVSu/l7uFBtru7IlV0Rl8u8kIrUDQhVIM3&#10;lHFwUDbYVKA8Pz4jeVdN7BVcCAyGaat03FQCNSiDjUJGUQO54II1wIV5cMYOWQZgxEWTWQEcjEuG&#10;RUmyrAuhbHeKA+j2u1SkosWjjAWFF/TDaIbl+tw2sHDSM0nZXAjplUl9JptWWU4oyIYexzSMl+nm&#10;z/RGStJtNHBig9c3LzZVFAcD5RXgSxQEoiie4zDhHdcZi069+5ByqGElMEFvERhhPDlNXG6cRzj9&#10;XoGekWytBn1AE3XVl/H+7iyX873cvbwD4AsZ2eEgv/zlL+V0PMIkXq/1SdMgT2f58vIE+baCJgrw&#10;wV9tsPOlhVobp6LtHOVy6mW7Octhd5LD/ggfv52+53aHZF89/m7YTM/ZSJc303VQKkonQf0Bydq6&#10;hr1zSSuldRaYdyxWp+/Vy1DBuK41YAj+hSp13qif152dM3gddovqPTG5VQOObINlBvZGskaU7WUJ&#10;uIMl1qahFK+WCNsbq5qDKbAGyIVjYdbAxyoiYcW8r4IVpQFziDFZ4F03vdbpcjLgpzFPPQWsgjLQ&#10;NDxAJdoE0sBwGSy1GN9L5etaCm4bPRoyGRvKbZUB6t6E8P5rpp+7WEA+uw5CthyL7Ar4N69BgouD&#10;eY4NLOoHhpIA7B6HSobLIJLC/XFPumDjUxMIvMbCtoQv5Xbq38EARwAYoSmJrIm7Yj2l0mf1lzxo&#10;H53637mX4+kE9p6Cfdp3AfZdLMFX+7X225Gy4sFDW5CWbGMeeMDjSCYkHykVyHOe4wwAdMwrE+Ea&#10;GdSS2TFCMTQoE5tBUY70h0oiK7ls2hRMLVejnPvdxfj2JphYSM5YgXOeB4uPwnmmgcR1mP8/Sdmc&#10;kStMMEiWOQfFjqYp9gymI4gMXnJVp46j43ScY9MU/8Qudra+AKk7MO11uj884KFln+1MKr7fdBg/&#10;NAhit1fP2Z3c32soxx3Swc12wgJ3dF6ZgVgDXz3pNbsxIefIQLahycAtBGl0+XSBs3KR/WI7d4Gb&#10;huL9Gip59G0mpM2vo5h/pm6SvKjv7dMTNlyevnyZ+uw05p6PxkoF6D/7OCJ4h3607lnr96slC3cA&#10;ThvOpTk6A7bhufZNh4bJw3MabvBUe5mDlj3MxNPN9TT0fbYNrex2C84O5T3OzZiRHrBg7I62WWip&#10;uqlI4UfKkc/6/IsnDY8lMKmsw5CmzGTfWKX4+lmN9vlbSLw3s+8qNn0C0tObldm3trWtbW1rW9va&#10;brXz3/0v5I9+9w9l2D1IPo8lXXLw1NxkPnwqFUKdn1g4Egw0QC9PhUjG4k2lvD1kGKGYtI/0/hkq&#10;MUTIS2lPgtDL16mEghwgFPMBcyfpRKaAr9jyDaCqLqCX0ke5CenViXuhBgqviou5Rl+CMT9GwfrK&#10;tDv/BgMvakaC3AYbf8NQ8s3jcZ8iLKSn4gDS3cTU3fFUpLvteAabL07/ZznNJtHThTd2+ZUVMS16&#10;7+8V6HuQ9x/ey89/69+RDx8+ysP7B9nsdpaoBymjFY6+eEdBOJpJvTK3NIhDU3efvnxGYfI8/U6L&#10;aPXayuNs+m3nMhbAwH9n0kT3TDOQwX2A1FDf/McCQSwz2zfPMC744xyysWTwLU/nmHIJ4RAWIJng&#10;jpRAhEwfIHp5jebN5fKvAAltg2CTzVStdiMwKUvRtSBBXBf4c7E61nOOIooSRvMXAqovw0UDLKbr&#10;t9lNRUtnZbF7tIUEqC4VX0aTlILRogCdgjObLfwUwUxToI9eZQt/KGdk+h0OY3oLaNHzLUwHTml6&#10;/6lw1nFor96Npw9g8R0PJ/nZb/1cTtNXZZg8Pz8BANTHR8jLDNx9UW8pZf7ptR8tHVVPrYZ6qKz1&#10;1FykPZzlsD2CHabMGz3+Ow302Bo7EWzSrfkMDtNXZeLp59rAM5JiVXqUCZnSPn4pCKGgmfslaAms&#10;IACwZAUG1ENQwcStpQeDtUL5dWGS8GtmcTp4EZoM7Blzoix47jPOrENqbI54DgJilOhCMArXTIEK&#10;o9sQIA6WJN14KjQBEgUIzgqMXSSpF6b6xun3hcFL7G5I+Ltc/Lik3J/iPoeBRa8eT+sBBQYaGyu0&#10;A3BigSMbsKZU/t04W9b94kLF2ktpITk0Py0DyC7w/RvNM2v01OGE5+Sx2kXK89yD+59BPAgFiGbu&#10;3xCkxbjQeDCAAf8o3JFWYpOISwO17yJQpjdW6enSgyn1cpzGqZcDmHvKTlXfMx2flI15IaBg/l6D&#10;sfiYOjzmXFh7kooYkZYYFRPuBou89M1fcZpSAHVGA+MSaKsYyTkX5K/45f24N5pfwwGaehoOr7wy&#10;lklbsX7PwoYLAFbaxhl6JvHWTQoZO4xveTTWnYJ7YLc2tgm0aZs5/KE14BdfOz7ahuPGhunfLe7v&#10;+wcbTzSFHKTcJIWlbUcdi31EcqCvyEw5x3EdNQuXHVzLhQAZgnxF7pAL0PnW9Q+kCBqZ0UBHsHF1&#10;00BBaU2vn8ZYZc6r3yfk9tygCdzsgUcnJbQKjrvMv94k83NoAJ7Nn+6lmOMsrY6cK3KIy9AMkSKV&#10;LbdutoTqoiYZ88x8TvYZMhO0x8KINsbe2A+UH5Ml7d62HFfcY6/nroRvBjSehO72Ag7WdcY+xjnQ&#10;37nfJFl9nZ4TZW+3tjnQNR0BUfMhXcG+ta1tbWtb29rWNhdY/8E7+X//4T+RL3/2L9vCeCpeEwMw&#10;wHKjVMc998DY6wPAvoFpuTAQBuNBkLRrv7eQAEgUsrH6MgGtsZj3VMKZ8jtmheZq5ZmZgKtLpCiF&#10;Qlf7xL2Fk9XAVqrBtjz/X3rjb1INFN5CCA2hmw8g38b1FhhNojH91aI5vV2vvIkWqn/aqxMQbsN3&#10;Kb3hqfcdaN/3PD28FdBxHcYRrl4pG1cLELD69MGf7wxj+CYdAPi1SN1VwOKijl84WaMYcKS4XUvm&#10;joIs7z+8kw8f3stH9ej7+HEqlB5ku9+bD1jbELSajxeL8anjniB509TdR/nyiz9CoIMyEZ6mx/ls&#10;/lYeAmIJu3lmCjQz0Df7AFqxovLSUqiQjSYsVITSPS8kvcA21okDeTVzggWbs1rJrk2U3cHwnx5e&#10;IwtChCtooiFlRQh4ADBvKZ/ddAK3m+ncbbcS9gzZyE256sqayITobvaJZPJGM/EXyl0vU8F6AWgH&#10;2apGrKTItG2UORZOg+CIDNDTil5LQGxbk7QVNmSoQ0/CjVI0s6CbDf4BqPACNxuR7fT51QNwuNzJ&#10;uw8q1f5oPmbKgjo8gQ11PL7IL3/xWV5enpDm++Xxizw9PkNqdjqav5+bpA8IfchgNYLtOb2/gjHK&#10;rnt5fsHXvbL9kOC7NZ8tJAk3YJypz6CCUdoPIC8laOX9yyX7SCRG6muYCv9uGnt3AAcVMDSvwBas&#10;R/M3NbaIgj3aZ4/wb7vAFH7MS6YP+gwlw/iZEkcAdN6HI8MomNwpzIWB7LqlEb6D1D6fVPd7EzOT&#10;gDMMNYNF8lp6Nf0JEcqk/fKsQOrJwPFo6I4z7kyGHAvbxUz0G4LnTMhthamZrRnvU94XQqhwvWxS&#10;3JFSXAaNKKhpQHgy+bKCu4P5OCaGQgmBx0S/yyKFpD9YrEz+G5dOM9SjJcNolh+aZyL+NfP9nwi2&#10;6v1zQajGAGBamXvK2gPYd7rIYfr5WcFo9RU9qUR3xEaFys117s1DZgJsKtJn9+lMORXgtJ52fUxZ&#10;bJi9QthCucecXXkdGpVvTMSuKM3lvdNybos1u9XZo7OfKMKvdIsgxuVclGf/tFSlM+eF6jbNYBU3&#10;SG6DhrnaTJDC/EZqeOQqJRrQt0Fi+AZM2+22KYm7ulmShw0ifvUtEC7kHpBTP9g1ZtsAPz712Gyj&#10;ScqVyaxsVH1dTQHfmi+f/r0CPsoObjdmCxAQyiEzcFfNGcL0bpPRMnm4eDomsGNzMhk+ANeSyp6r&#10;3pB5cR1hr7/Pr6/xrQC0MKfQhhiKPYUyjjsmC7etpeX6mOcsPZ8nGzJbAXBV90kM8zjg8vAwD23l&#10;Myd6BhrYOZaNguybYmQsW+BbLnMTwPwhFaDfLQMsndoAc4CAuQL+RvO19bk5MtE7is/pgf68ZmsQ&#10;yOxt+Tv3q7WxoyU7uZl9TMOcEN4yURi+g+ynLdUBPj+uYN/a1ra2ta1tbWuTPC2kvvxPvyP/+r/9&#10;X2RoOiJztmhKvsieFhIWFKnG3wr4ZQB+Z8hzgwyQKzhrTwAigOXHIi4T9MukKNUym1DBcInvK3kJ&#10;BuVlpGmRkKWr39/8fN8KuAhvAGz5NlCIP0nuzRMWEpdYwtBu0/ZeeeTl18ce3zjMdGVDFBY4mu/R&#10;h1eSy+vWhNsfssoRoBh6+drXgGO4BXTKlddRyCW4ArCmBw8UHywvJBOBW5XlXtARNG03TkW/sviQ&#10;vpuV0TcgqANyL3ozkpuHha4ulPe7HYC9dwr0ffokH959kPv7O9nud+bdoyACWXiWY+EG9JZ02mtY&#10;w/FFXhTg0RCH6aGML5XKKSgAQmm+Os9usM7+bVZNDpQ0BPWimYYX7z3Qo3hB7BGvOmByP8ASpDHL&#10;cq04sRrMC3f3BvPkPn0glXRk0ASNzvX7UwnQQZzCVEg2cj9ksA+3KZRCDmKxkIsPVS5XuUrHzMbL&#10;Crw31VA9lPvKvMGs6GnUfREbA1q4RyRAmoRMC7k2GPPFvNOsqHEJc6jSKutO6PENofgmmgcgCsgF&#10;IG4gozFIjAWhwNdmOxVvd73c9wr8PUCifToc5f7de3j6fXl8lPun9/L0+QuYfur196Ry36mfXCjn&#10;BisujTRn14K6N5P5y4Di/nzayPZ0gcRXAT8F/zRdU1k7ymzbbvYobtWbMNCHqWFQC3cEzHh9+lwK&#10;wDZJP8NgkkLKucDkUyZ1b354Krc9whD/CGBSfdtSynNYRpyN+REi01Y3NnwlQ5G5GxMuFia1+SNG&#10;FvDsu4EMay+qR7Jjpr4z6MuHSAnkzL5VBmQYjP1k3lobMKQ8kbo22EcxTKkjZM3sJwY0GmMWn611&#10;P66ZAeom+WNJsPS02TlYxFiOxkwFI1JluQR0EyXwxqoxppJ7rZmxv30e+Kgpe1DZWU1TAI7GQQwf&#10;I2IsUnwfVwHIT+PPmA181GMzb9ALZOVPhwMA6Zfp+5eDSc0VyEVoy/GE49V+lwj2+1xrYI6DHfZm&#10;wYGuUHJVq/loZhMHBy48vfZqzkhpCbTXGzeWJH1rGsqWXpstkTu82pzKX9lscsHv9QZTqMDGvADs&#10;CpMt29jkoFgTl7LTmH0MTzbqxTz7gSLZNKLzNryuek33GwvpUV/YDYC71hiTm41YaJHdnyY5jcWr&#10;cwN2p4F/m3aD+xffbzrOY53J/+HzqQDgzKKF5Fc3j4LNIWppgnsQqbrziNfMYojp1I4lTR0hMkx3&#10;9fCMsuYSynODzLLgXCXyBtNcSJ6BWfPVzWXNUFKKa403w3oUIO02DT6fzslm39jbRl9jlhWWxj0H&#10;G8Uwg2VCmwkHswLHFN89HdPcz0eZ7T3gI0n/wJwCN55NsZIYmDHQbw8bJT5WwGPPQoEA+g8jw5tS&#10;YVlnZxm7L7Sz8mW+5yNtBYplANYDLT0EpQB7en3bjizfwvaNc6KwMxcrqbGBnZXE19ng1ZC+trWt&#10;bW1rW9va/pS281/4Qf7vv/dP5fG3/rwtXgZj09kihsUAqwCwV5SxMwaAffo4qlRXZboO9DF1DItJ&#10;MWP/QNktFl0hM3U3mi9dWgJFUnnjvOnL44vIJN8pIwrfwAPz7fLiCgRckudoon+rHLk2sA63j2cu&#10;fMLrHfEbYOWr3+fXAFtdBqW343VvHsqb56cG8t6QHi9AFRYOTZDZGFxyYUpYjp3u2CcmOg6EFxUk&#10;UqDvLAGS0JM0wxl+fQjhQOLuIC75NjAnGZgmJn/db3coIt6/fyc/fPxh+vpB7u7fSbfbo3DyhD6h&#10;h1ORPzEwQGVFh+OLPCNxV9lcXwDunE8nSHRC9tPhxUz1mSkhdmAk0Oy7JSsB7KPQAt+z9MBY+lEU&#10;DzmYU269VybKfRzk9vAZFPTZEq1VapR5j/ZIkB3ABlKJqQJOPdP8lJXbu6n/YCyPRHTyYb/Bfbnb&#10;TgXN3tO2HYSk52UgFpCMPeNsxExGUqbHUx7dN1Clj1rMjBXACWgHLMGxMB+d5ZQhabPiuGERWwOL&#10;36/fu/aazDIXqFE6yVrMK4NUzdzTBkyNiyb/Tufs7u4OoR6Hhxd5//GDvP/yQT7fW6iHJkc+fXk0&#10;ae/R2FYXLaBpvm4MEANr+qyyS8E1UBkwDPenQvewNQ8/sPz2GuxxRnG/2eyM9aLSLJVINybzjV7U&#10;BpP7gRE3lXLGiJkBay3gLWCkNzCoH5j2OBJoJ4ukdfZIXEij7S1iYZ007MORfgq5jDtuqeDSV0rc&#10;IG9OFXNsxHUYdNyHHM98y5QJFfIWx3NR2bdIKYhR4DojjjJn990DUN61ld+mLBiFVn8TCB8IjGcL&#10;zDCAb8S5GRi2AqCvSFbzYkzVewqQWSQIDf+wOBvkU4aL80hGDkCa6Xj1juk6BgBUYAQ8v/TYepfa&#10;2yZZZnK2ArQKEjuId3g5mgffdC2fweYzZp/+v97j57Nd6xKYQmY9AhcSr1mswLcyp9fzIjfTiPoY&#10;AJNeTReZzK6cc/Evy+W8heUE+XrquJ68ypyXw7Vf7HyfB7L3a79AjAfXmy03Z/CreZ+sqOARFmFm&#10;1UNs3VpwRgzNgnEVCU5b2ENT2FbwFVWPzO0WoP0W6eAWGGTnxbYidQzbEMACcN16QISx/DrKujVM&#10;Cn29o7QX0vPIOSXS3sGk/207M9/05tR3amzyKD7Fy/WNAVyWGM00WEpNkwOhHNelCjvKVUJ9Ltde&#10;Zn+7iiUsi/9nn6BdC8J+2Kf02HXMu5/m6Hb6rAquBzKyK8SK93dztVyatyHNW3colgcWKCRlTBos&#10;FpobzYn/bx7TI+Xr2BQrYRk9mY4MRYL8lhtk41iF61ifj+IpvdY33H4jkIkOf9AKtHNpckumXnDG&#10;HhOAtc91DFJy1uIcqBRfyelfzW9+P7mFx7Q+X8G+ta1tbWtb29r+lLa8jfJvfu9vyr/6z/6uJAVL&#10;xlT8uHMJw+CKLgST846CFN3TVKicpgXjVFNOX7Ncku2owsA9eyIojfer5Wau0JE5fdd9XeaFqfko&#10;5SsJaE0hiK8kQ18t+r/x3O9N6b2ljo2yDLlY/uWMBFXOhAvyg7MrUvVm8RXAF25BhNXnCwwjWUpo&#10;f7StEUG5VCrCGeX01MSayRErUmXO81GqXMpZWK2YpNIW7smS9NTAPI4A+ppgZu0m4VOJ7HF6jzO+&#10;NsMJvnwx62NAEEcMBtAYSDczCZRVc7fbwZ/v3Yd3COP4MD3u7t7J7s78zAzoq88MJU6jAmMXAH0q&#10;21SA7/MvfyGff/GL6fsnADowtk9kijEN0EHnUDyDrDgxqY6xDlr6zDVFvmdMPyQo1v3Oi6Sp9cmK&#10;H/PzIVuq+IOZPNe8MSkfzUIppkAirwDP5TLAsF+Bn5MyzAaT60Jmr7L7wZM3Db2E39p0rXaaIJuq&#10;PoCKuCFy7CzcUMczFulhYACDA6jlphkJBNVFWjAJGFJ3IUnLqiOG8ChqfyMQl4N93iYmMFhCuKLC&#10;OrWx8mGyXhwLgLwEqgvvZSYJNuxPaXrv6VjydjpWZevc3cnDuwfIKDXF+dMPP8jh5Rnsvs+fP8vx&#10;+QU/Pyvj6nKytNPzEczAC66BMRotNdYKa/VSOzFRWMEBleRpkMfdfiedAn9gCu1KArGCCEN3KSw/&#10;AH3ZmUpjCRdIGlpBlqYCQfreKkPVn/WUgSGE4rMFcwTegW1b2KjXPlYLGCXPflOQuSbaMTCNF55U&#10;8MycwSb9XaD/W4OUW5MVKtanhvLaj7Z3We4GFuM6sJDRKPRB65gwqcVxR49NfU6oUlytsBdIEnt6&#10;Y42jgX2ebIkwC5W4gsFjScoujaewzsYzyizdG7JtpIB1gPmaWHpXqkAHgC4d0y87S5AOFfitrCDM&#10;jRp8kobi7wXG4GBSQADFYJZe4MV3PF3kqIw9BfgA9lnCLsB7BQQHGxOsfzmzd05hTZXf4yJgIdAb&#10;N+YFOBAcnNGxOifuo82srpKqWvu/JZeP8p6kpHlxc4Y35uK8gBmvZqzwavMo1VLiEG7OucGTZ4Xs&#10;vDBzkF0+agByKxv0uVACZQyIEzJq5zTcFqBMMMYV2KMGtKnUFq/TmbQWIC+AnJbnIBXABmBxdCsC&#10;Ajs6B1KW78nZkPSqz2Qze7Z5knkooI+HNURpgnPB4xLwqTbZynmlf1/BnnMdTEYAdQzYAImUEHgf&#10;Xk5U3GTLDiomY1Enf484x9F40vZo3pEaeKV9V/9epfZqGRHjHpssDgTirblh7EFZiYBkCczxfutr&#10;TgJxHj5j45TNcz4+4XfJQTsL2dA7eOwNJL8g4XugvNel67zXK4VLw+AMvS4KzG0I8JrHbFf+zxl9&#10;ztDzjZWWcv6GDH9fN5hXIa0suAgMb9q25HI9a8a/bfaNxcdRP+8K9q1tbWtb29rW9qewnf7Lf0/+&#10;1d/5p/L47re5+yoWmJG5Q5pn8CbHeW2urD749I2CcA4F+QZ63wBA4N/Ci6/IOmJVcIc3wbblgua1&#10;5105ELlpifcrtreZdeGbx3slpy1MgTfc7a50sKECEMObdMD89QMLM6NvwUR8++O+8esroLBOqC0y&#10;nrwMSBBng1COSZgFflRTL+iiL3ptJ7yLBvA1kLISMOSu/CVNxaycp750lDAcwPIL6s0H9pJLi1J1&#10;DoN5uk0LbAX67u/v5d2HBzCxHt5/kP3dvezutmARmazPzop/fAPRBkjfhvMZhuHqzff4+TMAv8PL&#10;AaytYSrARy80GUAgzn6Syq+PibDmDyb0ELPwDZfxMgoSstgIjyEGIIixe7Bwp0zIWQZ9ph+QAuyj&#10;gS5g9YxWzIwl0ToAjFevTGUCnc4KYqp80/y7wOggM0GB+zGzk2h1sGmKBN/ZD5kAkI0DYdbeG/WH&#10;cjhj5plE14khcdGrkvD4ksm03SsJdR2YnFsczDh1iNxpX9BADWWvdXhPLfRTdEjGSkyEoygzUos3&#10;Jqm+bnps43fcU6ysGinXtg0mnwOjTIv53Vbu7vdTn3iQ4/MBwS/aP54Pmuj7gr5zBvuKbD9NcVZ/&#10;P3305pWXnE3SG4CpwF97bgDwnM8nAH3HqWA87fcW6KFy362BgEjynR4KDAUC6C6zXgAoxMAhhW3N&#10;+F2cldRtEAygYFSraZ5NKKDZyFh0c3CYQZ5EYGukfA1hFcnCHlA4I+hh9oTT/j7LJe0+bxt6LwII&#10;24LBpBI2Uq0IWNIzjKzbIn1t2Qdp3B+NVsrNJLtXLp6IOxqDcUyzP50lYWYCryZl7rXPiQE4KqFU&#10;0KGJzsBpsSngzKvI+73h+wOMVxbQ9FBZP/qxMpPGUKpz/SwN5JUGwsPXcTRAAT6PPF4D+ZIx8/qR&#10;zOKzHE497t/DaeoXCiDrOVf2Ec7/aNdkdC8yemjyq7Gc3Rdv3sgKMiem1jLXV/dDHfaA6z+z+VLK&#10;FZMvz3OGyzSZ9BqYtFU2nnwjQNyr16T02kdwtUOdjlptqvmRJbirlk1HyR5+spy73M9Mx7PBM3gZ&#10;mIRrPfX37dSfhq6RHqepKx6Qm9YZpQ389tpogJ4yNlumvrZk4YFt15rnYteZ1BYgT0l1DiUkA/2o&#10;9nTk/xtwr6BemO4Hvd8N+NtsPECmMY8298x02Tg960xpb8E3wk2QnCsgiMES6neXCwhrHrEmH258&#10;tqKXJs8pNg5zBRbOY4uHueg81MTEOcLeHwnr09yeos5PoELaulI3Ofoz7DF0Mw0M+eGMzQl9Hz0n&#10;I1nAxgCkMoQhGOCdJwvIEG5y6YfDvVN888wz78J7C/ccGbujA4nuYevWFxwqkayNgCJLpo+c11sq&#10;AJoQC1gc3HOx8eTsFpsxDUFeBGioBLeySbBxpCHQZ/3IbRFimKXJMxZv99uYZ+m5VD6j5frquCv0&#10;FSRzMlN6DB/B0ZLVV7BvbWtb29rWtrY/RS1/aOUX/+B35V//xb8l6pbTeOIi1xBjssXFkH13k6wx&#10;MWBAGRPn6QFWnwZwDMpCUhAwcMEm3OvNRf6XnKR3y5zuT/rzXyECIf9UyPA7Pke4Kqjy64gOf0oO&#10;4SfEC4abP4Y3QEj5OnS4hEiqNb5Lcq2wmgs8SDh5lb2YCTlRoJulU4nutPjfxAESzc5UKJDnbaKx&#10;fcyg3kDA4ZLgIXeQqTAYjtNiXx8nBgYYeCgF7HE1qDHS9gBi7uT+3YN8/PBB3mvq7vS9JpSqeXps&#10;W7JyIhf5qSThKVNGCxAN5EDy7ufP8qgSzadngDijMhLYT0wsHCirYrqozIWce61FNxQvjAwy+5D+&#10;ySAOB8fcb88NvlVmCIbjABDD5bcoZgaG4ujv9B7UP1O2bTZmm/sXjcq8VaN+ZQgpG2jwQiejCPaa&#10;MBEc0ju2SZ50GgxYD3Eu+GLkgMACU4EdSigzCxv8WXDgofLBKp5N9EsC+NIXGRWCGTIllufps7UC&#10;Flg/dZhhum59tNcYoQmfzq+zjqZzrJ8dICM3KYTg4xwg8iPYv/w7FNL0o9LiqVOwqjM2HEC/7Rby&#10;3rv3D1OfOeKhvmrH8/T98wvAvuPzM0Dix8dHeSZgDB9IDXdB8dkXVpTKe7UwVTnmqbugiDzsT2T1&#10;Te+lKbu7Ldh/lsy5pYzQWEZlHHGQRwE29M9O2tRUzFMPjDAZoYMDI49jZEKrS8YHL+xR3I/wrlPA&#10;D4w597YqbNSEY2jpHQWPRXiMGfzdQp7cQJa43e3weRRQC2L2sAgGsbLe2N5kmyKqB16P+hajhR+E&#10;GYjsHdgj0w0SavWsc08tgsJjMtmiS2P1/Os9vG31vKrH5x7nO0Ka2Rn7OPIellgYzAieQhJvQjCG&#10;XncF4pSzqgDK/jxdLwVndcwh51uZQ+rJqMdwAtA4APC7FLDPivIivT8qyGdAvTIzDRxMZCqaMNQC&#10;lqodOaDUCfdEKnHFoRy3s6Zitrl5DvapACKZwzrsdrXrHxz8F5nlu7n2xKvM3grW9A3BPW0rDLjN&#10;BAJlTnH25ySqDCpguzJEFTeEmGe+WUfgUyq8FKe+uGX4kCa063V1mTJAmDYSyLPQiI6+eOaX15gn&#10;pstmCdg1lf+ae7IVlpZ7YVapvbY5ZFYFCvqo554xQZXhawEcXWvBG7g/cyhjUaCVgd/r0WW2Mi6U&#10;GHWaNQh3CsDpPhOuH+esRNYgZci41zWtvBgpZ66Tknl2aj/yJGRMVjr2RxvHOd+DhQ1GewdvwNBq&#10;OE9ja0v1iVWW8ZEbH9M8q6E3w2D+tzoe9ujjvQF+I9eg9M5Mo93nxohNDJxKDMoYi+cmPEovF/ru&#10;kYXMDYSclhuEgSw6C4UK2JDMJRwkluCfLdmVkcCeXWcbR7XP+gZMwwR5Z+tJ8TgNRYI79w1nUs8b&#10;Z7Onpt3fGJNHWxwYW8+2zY3pbx6c9bnwc4BgIcqzEzcYVrBvbWtb29rWtrY/Je3yN/5D+Td/5x9P&#10;heSnacGnUo1shubToqPXB2lcicm5mbqfVAqGDCngKWkox/QV/n3GBOlTWWJLtflYZKH5FeD1q7dZ&#10;onTboy6/gXTNaYxvP6f+/ewrNC/QlimAN4IKvwoq5Ap0WwKAbx5zzl8FKxdq5wWn8Ntgx3VYbhZn&#10;UVCwFkzCFsJ8xNGNsrWwp7yrBdNLvbdGdUObav1xeihYkmWrMr7Giv8Oi2UL0yhJxAq6Re2BKrWb&#10;CujhMBUJR2N96es25u+WxEBCD/fQ4kiN0d+9e4A334ePH+SHH36AR99ufye77QZ/G8Oy9DRpkS2M&#10;L5ejvDw/IoDj8+dfypdf/rE8Pz7L4eVFLsqsUcmfyIKdF4uf0Lw7D/YimX8N/fkskMMku9FT8prZ&#10;aDtXrAlj613APHpRWaiGP/SWwgmPvTEg+fqigAPk9AH3HUD24OEFHY5BiwVl851O06O39OxEeTYK&#10;dWfrEomH7K/0TjINUHQ3s1cQ2CXRrfwBZljYgkl6I72VkHt7BaIn709gH5G9CPBiZMLpdI6n4u+Q&#10;LmB95PGslAsLuui3MuzuZDNsCSaxwHYJ3LABKOgAWAhhIemN4S2Y+wb4zjEkUEcFg35nNyqQ2yXp&#10;FHCbitPd3Z2BOACRLChhgAz8gMRe9fQD2Pf0hL708vJSQEGEeqAoMxYGWHEIOlJeawZjDOwRDbDY&#10;q8TPQgC2CmrvdgY6avputwE4ECGTzWSvTkXollLrCgfxsUbPu7LILDGdXnHZU2YpmZPqEronn4OB&#10;yf2qGBhCv7OG7L0YvTC2ZGplFkGiuDEJsYZnzHJvvkVk4Z7MczLnuW/4hOJsGXS2QkIzwNHM9S0l&#10;0/y5fAJKReIGaSA+34DzoYCLsjU1yOfh4V423c5YO8o4LJOEF9kKdmYAb+ajd5Bffv4iX56eId/u&#10;NTV8+tv9fno9BWc3O/zsLCj4gmH+HOxYCU7YsaeK1aevP0Cuq+zPy+j+hwbo5RkfKCAdxu+U5qCC&#10;nKrk0Vx+5z2dAkm+wMzgA7BQ6IC52lbxmTwXOff1vOIpx37vxTc2n+afncVnrxPLxDxves0q1IaB&#10;EBSHBpdS+1wayjrDDULMC9iOGTkuOk/cbaaf7sHyHu53pQ9HMvc23BDSOQqguAev+Pgd/KslZmMv&#10;hLYNcyJsYCjMHGwkcWbPRsqD9blgBHYNPR4NZGw8rbk8v6nWNqlM0plhUlBbuLxVKmuLLMUrVoG4&#10;hM9mx5jVEzWZhcCw6XwfBrtpCuj7msatO1r6Czac/zNTtG3MMhadMvh1uB4uTMDeXGzcVJa5JoEr&#10;yDfNaTrunc4HMJpT3yM92jwqBwu+opwdNhWJ1g+Qt5v8fqQMN5FFDJa0jleDh2oY8CUEq2cGXSxp&#10;tpZia+E/Hn6BPhvMf68jEOrBKOaZ2BS2ZUN7AU0nV5m/pSK792lYzDfzNBiqFV+oQHYGGNHGwGX5&#10;CTJ/HW9tjgAxMQ8LX1Ydi7ABkGxDZBxmBrGCozbOr2Df2ta2trWtbW3/1rfxtzbyx//gf5Avf+G/&#10;st3xcTQD6sYWxti7Hd3jg7v4ZMq494rWXM7iu6QwPQj0kQUoUslH9S0q4sFsDBNuA3YhS23xFX4k&#10;wy1fB0Ncr6/eBAtv/JxvBHlUvkf5hhq5sAND+C5Asz5eBxDD7SfehOsWkuErwHO2qA+vDjTJEtRb&#10;Pn9uLtyMhRnh4ZwsnuBDJ/TbE/PcA1CgQQw9CoFW1Csm4f9309eWu+cNCD9TgQPD+9FjMrHgD0l3&#10;9xXgOsvlYqCXMnZMJqbymo1JeZVtgjTCWMINHt4p0PdePk6P/f2DbO/uAIhoQmeRQQUvgG1R3Y8m&#10;mYPc8uVZnhSY+fwkL/BhewEjTovwXHlfFUZhnM35RWazfgFroy3AXqRPk9n6GwCohYEzWSzxVHlB&#10;ZhyuC/yX40keNQF4+qrSTk1T7VOcHgEA3zAVakPW8iogGCezH3RdlK2yo8CoMBKGJwoCUAszGB6u&#10;7rdY9RdyQHjOvICJ4rnHWQNGohWc0YM5ZAZ/b95clDN6ymvxdcKAM3JzoSHzzwoV+Ccp22+/A+uj&#10;O20A6AnkZwJJKozedztLL1TWmJrb6/mlabpep1QhJDHI4nPe4h/BEF7SDHYT7NBrmbIwHVjlfZ1s&#10;UgfW2+6yB9Ckj4f30zU7nuXD+49giqrn4/PT8/RQlt/z9H8HhCyctQBW0E8N4C/msZdY3A56H4V+&#10;+qiWpKvBDwcN89jt5aCpn/r93th+yvRTU/+xNa+4poSmGNjmGzUKmABYutDzDTJcZ+ela3x2Tnx0&#10;WFevtRa/QqYRU5Ijit5QgkQK4wkpwpnASKSHGn29RuuXHiqBIl2lwj0L/NEK10xvwBZKZAN0Q5HT&#10;mtzQ+3pGfzF27HyFpaRjm4Q1Fy+3ptkgHGC7sfOmLB2cM54vlykrOGdSYTLvpvHi6flJvjw+y+fp&#10;2h5OL3hPvf8u52m0U+Bi2xcZoIcC9APT6pmA3V/omYmwEGUYG8sPwMZo0n2dh1NoygjuLHlhWmqu&#10;2GzOxjOWZZ5B9nILGnvW7n8D+jIBsTJjeMJ8lusdIKnxOE9WLZtLIRdGmwK3i1j3Oqke0t30Gg3x&#10;8VOWYRrzJqH257HMnZH2IHN4mIeLVBtwBew3AG+77fBJ9ZqnlIq8t/G0ZwBBgTJujnsMWiihS7WF&#10;A++PkkhdpcVm3xDzWCFDxI3RB6lnAxahpp+bX5+HO8RCYQ/YABqK9524LYqee/ewc1/XKiTHrTUM&#10;dJzuxd4YlLgu2ZKBM5iKHVjKvjYLCtw1oYC5gexLY601xSfQrTrATMYGwDR2TY9wSeZjC+DrQHad&#10;pktPY9jBUst1LNM5DZskatuh9hi9+eU62xWemw72jbYxAYm+BiDlORSoXnulHArgiTULbDTawsCE&#10;V2k7M/RUsh3BjDYwz+dqY3maHDdSyt3wPo70N9XLo+dOx71AGXLgxke5F1PtVD3D7DnPwTfusWsJ&#10;4JTjUupf7BIGs0tI9EDtCxDYl40DsJgJAmIs9xCS0fx8V7BvbWtb29rWtrZ/i9v/89/8Ofm//urf&#10;lObdR9lNhUmDgmwLpkikpAQLOt+11QWDsq6mxdNQ1uKxJJyhOBxpnExWX85XjLpFCfJ9bWHx9Wsy&#10;4ws/+nVeg4avCuAbxxhcPJNfY3W3mHrhGor7/9h78xdbli09bEVk5t5Vu4Zz7n0STcttIdxqLA/d&#10;RrTctFstBEb+pcHoB+O/1XgC/dJGGBubtoyRDTYyHsD93rvn1LSnjAjn+ta3IiJ31bnvCfXMzkvd&#10;OrVr2DlERsb61jd0LJV3QKj/TP/v8uP7/i2gM8r7xONwCXSIjQUPzoDfli5ugxl743UF8qKBf7q8&#10;hWRPmVmqqYyzmu0sNb4CyjN+f6Jcd6PhHPAYygCbIEebzeRfi131O1OJjxYGb4c3gHDqpzdBymQL&#10;bmUH6uhSaaUyIpzV993nT/L5u+/go3azuwMAMngIhkOabu6tQN/ZzML3by8AYp6/foVP39PzVzCw&#10;lL1jDANbQEeOp1CBUCsSPYlW2UtmhxQ7Ft/QDNqHEUVcIEtk9BRe9R0D2GYghwKcKg98elMJ6LPs&#10;1ctNGT5ZQasICHUmkw9JtmRiDmOikbsW2gmMvcTwGzOzLxdX+RffCk1ZHtsNESkNg8SsMQCjM7y+&#10;AdRH05lC7ujeWn5RjL3FgjUlShpPFmqwfD7c7mR3u1+OcVvZE6iJRwtsUABMGVpauJ63t2C7AQgM&#10;JldD2ALYHfpeBIpC6QC9uL73RdbhHqG9ijJXz0EZgZjqGFCfqnHMLFJn2Zxu5PZOgeIHyMofH1/A&#10;6Ht5eV2u6Rewwt7g62fsTWUEHvc25uHdthTF50TJrLLc5rKMgRNYX29vR7D7lE1ys7sBy29bU31v&#10;AGjAKH6ayPI0cAwpwzNBxcMJycFnSuQsPXKgWTyL3jA0RlOMZL+ECiJYgRsr68WTQlWuW4FjJ+C5&#10;BJTPCmX1KHiLVFyV7s2pJmUa0zBXKZ5fo7POI0OGp6MX3+KNoiRV4pYo18NzjDBWAWOQoGKyazry&#10;mAbKIy3wZgYTKTGVO2WTFyayaJx9dwAYv1xLALg6V+zNI2xjwQxgBqmOETJm2lQ6ILmcFAD1yRLs&#10;FdSDNJ9AIl6H7DjAiy+HJkcv2QBTf05kD8coLYxESq6+es7Sq400hLkUJn7znqsNrhZ60CfcRzYI&#10;wELOBOtIYw8e1hPI82VjYAitAdIaVu+7cJ7KLg4ey0WmRPe8K6F9xnPM/XtXz8iKeHKGc5BewNpT&#10;gFPnj5w2VQnsHn8DGbEO7GHfTHNbmdu16UFgr9A+INR08dI9a2NtbOg189RdBY8UuNd/32wmSmkj&#10;wSkeAKX0AQ0aG6+4ph6C42EM7MLqnFO6NGnsooLvxUKk4OmI8TEwrTeg0bvZLOMwj3yWhWUc6jUe&#10;V4snlyErQOpBE5N7bOrYmA2YgtWFMrJDZmiG2b4ApFs+NFFaGxtnBAedcF/p/X5AaMfJ5reTAVgW&#10;zkHvPgcxOUf48IidJx78QANf69K8R6bfxsGAVYShXKTiBvovGgOQfnzBntfWyAg4l0OcLEAjGtsb&#10;zbAO3JOuyeq+hn7dMoH1xDR08/AUsvJy9RcF03eZ90/HGc2eM8+HNR3chmOGB6J5Es5MZOdt2yPc&#10;9F7Ufb2Cfdftul2363bdrttfwe3pJxv5w9/8LfnjT78qmx/eZHcs5vt0s5H7XWaAwo1JISk/BCti&#10;NCZFYSGfihX2cDhxG6+cq69OpJwo5FAlQ1jadGG6vxTo9i8p773M8PsT3UJfkHTMiPLtXQ8fgGxF&#10;vi0RDh/Q9lbyj0u0NPwCIHS1n0E6X/Qmp/4AD4yrIBGCd2Ly2xF+e/ZZHX0gw40Bslw1LnfWn0JQ&#10;Xs1q4Z6HGat9WKnHbN1xyH0zpVXRim6yZxTg0qRJNaVXgOvr8xMAP13sQlo2mbcXCg0uyG8RxnEr&#10;j4+P8t1Pvpfvf6JAn0p3CfQ5INCxHDG+q3R3eb+XZ3l+/gqPvh9+9jP49L29vcl+bwCMG9J7/Ru7&#10;AVC9+RTEI8MDki9ngQzGhMA5dmYT01SH6tcX6dfTpGgafKM+XcoMe92rzOksb8psyMvZC6MkBTei&#10;hWVoMcQLCCBhRMjOUvx0Cbk1r+Ey0CaHBsyHj5DxUD03xaWTYp5gJc5Ma2wJpibHdpZfG5KlY55G&#10;MktSSG3MFZfOGihj4I0WiMbqPB8OMmxe5QWptZvKMMSpIwtjizALY71pIIv6r03bWwQv6OvK7sTY&#10;GSb6xIWOHSbmdSZDd9/mD/sOZvwfKlioRaAULRit8aH3wLB8PU1ZtnmLMX67u5WHT48WuqCA3sv3&#10;8GTbaxDMi4K5B4Bvex2Ly4dK3XQMvioIiATo2bysAP4pgKP+kicrvJ9fMJ9r2MXNdpLd7Q7A37RR&#10;KekNPqPItUhZY5WRMYvAh6VwjGEE40X/ngKGeq8qYIfE0U3zrhsqk0+qZDsEJnhWBlNh44PpujMl&#10;d7OBoF74qlE/AL9kPoCZxviFYQGFATLRwxZ4pXzOmFOqbCnzPeT0A8YuWS3OgCILyJkyyjyONazU&#10;vAg1CEN/X+9NnCO1FECacjI2kYOFyQBBeOq97ZfrdgRD6XyCTX5L4WTQh0qwMV4V4ITP5AxmvMrx&#10;FXg9niyd96gyRfo2mn+fMXIzQ07cY89B09wBO4WJzJKMtZfp8VUscav+TpA+VKOT6hYyvvOHTyoC&#10;V6GmxpemH+aV9uYH/c7c4sCTyT3kpPubMYaaCOxMyvdNqO7eC+uGFUCMlZ9GWN+sTCIWZ7nFQHn5&#10;Mlcs92f3Y1V2HLoAjcI5r/kIRub3OPuwJfzKYKCs0ZrLqgFYG3uB0s9hZOKuekXSDzJ4A6qzWGDa&#10;Ui7dNe2k2SbfLW3M988lfYZTSj8wCX7AvMdrEA3cV3Y9XrlZ/sYyX503g9woCMoTmaSFgUQyIIVN&#10;HawVswHSWZsHCs4roPesPqVvDIRyD8ozPCtPYMmfarDNzLnBJO3qZXmsvrT1DEazhPB1kQF8kR6K&#10;Bj4iCVc/YHkw1MRxgPm6BpgoQaYXY6BXooekRIKsbSxYkIupxzkuPHDLE4trE6w0YK+YD3Cm96jP&#10;GTOZijPZe5Dgqqfoma+lROkyz9Uyv2iDT+XRR5U1p7mGWWVpYUw+ZrCbgwHsJkluib8+tq9g33W7&#10;btftul236/ZXaNN15x/95q/JP/3+b8lZl0rqO3YcsPhQ1shu3ppBMz24po0Veuqlpd3RCX435nkD&#10;vtHyc2r+r4vciYUeVEWB/lCQ4RkoVnKggXgnK/1lAjD+FXz8wjvW0rtapS7sfwwr+6DeePdVnxIo&#10;v8RxxUtfo18EGq6Rwo/3uZMWhm/8rSauKjXlzQJg7YvBAbDQ72NC6IICWpDghoyPLTz31Hh/thRC&#10;BmWMnpQ5tDCPQq+vnCNZPZmpoNkGTi0uPclzhmwHyaX7k7y8HeRZC4aXPbx8ID3Ewno2Riq8+0YD&#10;N3a3SN59/PQgnz89Lv++B9A3dUCfy6wqYUUZO1kN709gVb28mHRXU3fhq0agT/dJQjNw14JqwN/R&#10;EmhsqZEO4uGcmPwK/8WhFhH2b/MHMpmvNP87nBMzdl92igycADnrnEy2e0QAh7KBAkzRs/qAZcrr&#10;CSRQKIbvO9hbSpPnAdgjAOzd/6FedQPqlc1bi+ASGiO1asxp8B8sedcYQkshMvCQvEBm8T30Rbg4&#10;yzBjrCQyQ1q8S0sKBfDDujkfDDyOyvogA6N6gIJmZNK7cbuMh9sb2W5uEdJys3xstjdys72V2+Vj&#10;VJafetypv52yA1WClcdqxF6q6tDTlJPfMZAOtuTSlv5pCeaUL9qNhMkXhZhec5WejsUkY8uYnOcb&#10;yM2VhaogkY6zg7L7zsbqe1nG4evLMgZfjAX4BOBvL2/KdN2/wbsRYS2Qu5GhRpaeFrmvy7FoqMek&#10;bNebreyX99LPej9sNCl0sEJ+BrMtk607Qso2ERS9udlURuA0WnCAe4ZFelEZIBEoCZXqvQjoxwE+&#10;SXgfvb/n01w9pZyxhyIfALYBfVZXEwD3UIwQqhk+Rk5ltxgDsDSzP/PvKubbpaAiUT4mjdq0Y+95&#10;rsW5ZHtNQbYQ9mAVBbLFdN/BOjyd8TNgxBWzuyhz7hi+0rFEGRQDFtRkY2yYjH1bgY8CPz5YFKg/&#10;43LtztnfZ+b5Mw8vAz2cEkiWUOmCNYolk4K9pwAlrQlKTtV+o384lJhbhkbnRVHv+njBymUEKAJ0&#10;yOZr2azh3TMtxBZGEcjkdqCkhm7UVNnS63PfPb1sWuuo/pyHQ6wPwG7/Y025Cqv9CnV+rGsVBtj4&#10;g7XhyC1JHL6wsc1j0dmL3iwL3hKTFnXP424duibhFD4rIwMaIoKpyDhEKmxG2Eq9n+hf6x6Z7pHn&#10;QTiX4Sj9OiggXdrun4mSfnweNwT9YmVdwtJgsGNAgjalzYXXpgc4AcwyVAKvuZ/ziaES2Xz5NIjo&#10;We0n9DmqQTjLPOcyXCTmzuYnl+DzR2YbPffgX+pDMYaOmTdVFr37gGLOpz8ojlFZzqOxi3X+kzDV&#10;tGS9VAA9CcRXwHAwADY4il1RZvNoLcGfSPYtJG7jARrEV7i5zLznGJBRzCYBx0xLh5mJwu7PakEa&#10;lsR9nptHoVkYpJrSfWaAld+rNcXZAz+WdUjcBCoHPByE52yaalMxXsG+63bdrtt1u27X7a/O9uVf&#10;v5M//Dd/U/5F2QDY0wIpRi1yTIarhaKaIhvBJkEiuU1bpCN6matMLhmSSWGyFXCQShR6Mi2LoLMC&#10;QTnCt2+DcI7AD3odUdabpbHKrH4of2LH+hFT7T0Q+BEE9q+2hY/oBt+GGz+G4cIv+5vfpvMFFmL9&#10;12tAsNRiBixOlU9G+6kh0mcv2M+gaU9z/pDUI2+G3942aNCGwG9vg5/NMDIHS0ENxk07A2ADRefy&#10;cabJeyat0wBgY5KWjswIzzyVxamfD5gy5nOmoJ8GYuj3Mv21VBKXrQpG0aLspbu7nTwo0Pf9d3L/&#10;8AhWlwIbNRiAJu7uP5Szgw9ngCcvr8/y9PWLfH16Wj5/leeXV6Sqnsg4cH+dJCaNU48tHfNeWEVK&#10;GaunE0zpQzX9NmYLP7u8N5p8F0UHc32rjC6OAIm8AgOXEkDGJGfAJ+BbApDICDew3+VhmuyLfl1F&#10;WqFigaQOFrTzP/ehNmFVWq8LyBAupN7hotQnw88ZOsU8jSoTiD+jr6UcMTYi5XDZvfZLVd+1YhZA&#10;Bj3F5rmez8BjwesMOdHi7225firf3e1u4de4hbz1Ru4UAL7RBNhbjJHtpONkgiR4or+csrCKy1lr&#10;aMCPGxE4lmlJ5b3vWOBrdpaGYRn7eaC0dmOg0+1Zdg8q130Am0Pl6/vHR3lRVt9SLCsIff9sadDq&#10;8feqAKCCgwj2OCHEw8E0l3rpPazf03Ox19Tem735Waq8efm4mW6M4delQ+q9MsEHUIHSLWTAg3qH&#10;wfeQEnXO5QpGnDKBJZWSMaSj5CZP88TbRNBPmZlzLp18vlTPTH1RZYajBwd4SvBAv6zB2IQ2FJa/&#10;C5P/A1iOXiQbLlKqaf9ssb71Gk2DhdYI5xtP5dUxqJ+DAnqiz8nl/ccZbEULbbKHl36aotPZDehO&#10;QwF7Rn31xmFvEnHXg0Z6UaqEniEjul/KclJbAHzsCdqqbO9o7Eb4cBGsywzKcGDPJYDZNMDG8HLW&#10;ov4rtbTR3ANGl5YQOjtRz5tDawd9i3Zfn1FZGpidpQPmLxph/b9L/wfChR2FdB6+In2Ml0kPL4A+&#10;uXzPi7T53KN2NqGEwufbcm1y9Q50MC90wCHBLPfh8yZdXFkJ1nd8F47Vd+awXiodYMS04XoOClju&#10;geClXsW5dM3DnCqT3EM23gWh5FUnsfqputzUfOdMonq7zHGThsSMxiZ0hm4YTXoKX9JsYHkZNFyr&#10;T1l+v9ryxG3Jbc2Sxfwx1T9OPUhfvr6icfb0pp63RzmcjxaikQsl7DbG/ZFXlQFhqOxjY9YZ29j2&#10;nSxjBmdENn3MV4/AljL8Rnt2bmCXMZBR2QDmyM8A+MTOVfFr60nxDLpxX0sfww78eZNB8T5IacX8&#10;ZW2tYk0I3NO4vw20g9TWbQlqai4bF/TSLdICkOyznSA833K2Yx1MRbAZpxoaA0a2sjiDNUABgtK6&#10;BPYVfJ5dwb7rdt2u23W7btftL/mWN0H+1//g35I/+mu/jiTIsiy8MoyRZ/h3mUm9SoZGk1lqYaQJ&#10;gqel+L1dCmItkJXRMbGLqoVSmVFMJCxKrYM+wXx7krSsHg7FZBxnBHdoYMcgJ/Ubyp4SmsHmwftm&#10;qWb43wL8QvklCH7vPf9FflTM+ycr8zW21EcVUfiWYHf1rxw+gvHCRz/+4c9EB3DC+v3DBTARxUE8&#10;8xRDIu5gBVAEeCeQ5gZ680VP11sWpCEqGDzTly+T1Zdl475n0cI5Rh1XxUIVQkkobLSwV6++OZN1&#10;UkyKBDDKmWFxnaQ5z9YN1+RJ9faxdD92s4tUME2LdvU4Uo+yx/sH+fTpUX7yk+/l4fFR7pavN7c7&#10;S8ULDegzDpgVJJDFHDVF08CUr1+/yJcffoCE9+XlCWDjeSbTqEgFGdwDC5I1D+PogD54orlBe/Bz&#10;FMyzC7thjJLoYR4sOgr9oFAFhQaagTWioIMWLXFrYMKQmZo7WvCNXh2yyt6VzSXUutB8u7qS9KNq&#10;uXwc5tJVlJaCymM3tolLKEMXcNHSJkt3Uwcv3INlaib3CfOqGvL/sC7nHWQ1mqijaqv5A0AwU5kN&#10;Kx1x3t9etAjcyKThFct4ubm5W8aGhbjcLmPkVlN9lzF0C8nrnRWT0wY+poNLv4Yoze+rO39dsR07&#10;GWGp4EbHujF9HhmguHQyaACJ3hfbLVlcc5WxHo+fKQ99A+Pv+UUZpy9g/L082ZhVnz9l+inwp1LY&#10;w8FSfc/ZmHLazNEC7/B2tDTJjRX6CnwC0FO523JOXOo7IDx0NHYuhh2ZY4lJvYlBNgwM6ZMgk1Fz&#10;KOdLJskvLs3v7n16l6GZBCk7vbEKpfBasE5a4E9g6ui107GFtEtIjxPu2xf8zb2Bo6eDMWgy2YLK&#10;iNH3ni2gQ8cKwnluNpArOhen0ENNWXE0oWDyvLKsBBK/SHZegKw5VJZRjPYM1CIf3mNnTWU+yLhc&#10;C8hGGeChjYpnvS4A4QZIfFWKr2zh49kaGQhJ0UL/bF5rc8feEwIi4vNPbum3fYjKJZ89EkHJA5lX&#10;QS4y2TPpq8sMUwITp0v1ynsHJq3/MMEHm0/NioF2EdIBXO4P+oHC9tIR0y3tsJcX4R+eC+5QmbN5&#10;bRTlul4A8B9KZ/hrfpoA/PRwiwGcofrnree3QjausdDX6cuVQMjvV8NJKXxvQTNGn7Gha6KE7kRW&#10;m9NiHoPquajsa/VcDWnuriGbGy12pnNVjdUL1e+dYDR9BkRY48RlyriHNOFX5cLDSL+6kaAX74VI&#10;5nc0exbdr35edTAeLFEJFYh2vzm1W9A5QNnJOi+9Pj9jrlJWn4bWvO73AP9qSAVkwwHBHXEiTxJN&#10;mpEhPgZECtmHEwMy3FdvHJik68E/I/8NFu1YvfowxwzDCufG8zm+f7p50ImFYwjmBJPNpyrLFQfP&#10;gzFujYkoCA7JHiqEVO2TJW4T4IP1AhNxdY7355qHZlyu99wT1UKluJqrfoRDPR8akqJWCwOToQFc&#10;0i4E4SNga7qawG+8K9h33a7bdbtu1+26/aXefviN7+SP/u7fly+bnZSlEPSuP/VWBhJox1GMGYU0&#10;QsiSzAT4VqVNy0Kl3O9kWn4HMi4sPGyhHDVxE0ujhOIFpswq/w2DJQwuS5PjuBQ6kGSKHJeF43FZ&#10;aGw0PVTNx7MxyVKXzKufEmRwXNSHLqHvwvMurACz0MmDPwLd/nS38EvAiisw7huC4HCRk1HCj0OT&#10;sf5M84sJ7l0kVhw5SwPOLsquogxXE28V2NsycCNGA/sGePJ54AavxWBG2IVJj9tgkm0UE2SRRdZN&#10;yUGqcm6eMp7O16EiAGRK6+RbIZabH1whu4KXMdBvJtNIfzPaQlaDB5SlpB5od8tY/fRwv3y+B1tr&#10;3FpKa6yS08ZGc/PrI9gHewAmmor6/PULWAjKmlKQ5Xye6btmSdSZLBrr4JdqCg7wTIsWBFKMVWZo&#10;RQWBRj2egUyFgQbubkBPr7PCAtPOT14VxmDuxRHFTwYelnjf9Z5ZFwAdT3KfLptZNJCD9eF94iEh&#10;HzJMQ8sRlE7W2/4ZGiOHQN+ll5bn/NZd9kHksjCXTAVSh/pJwlMXq9F/Yyw5A6pQ9pfSyZilZw1x&#10;Ocl4OshhOYev2zeZNMBiq2NnB9Bvu93J7u4OANhGv77ZQQK8gfxyA9kbmBFCsOri/g9R3lkElIoQ&#10;hI/npWCBNh5UogCTFnhl2oC1Om2NYbfb3cjpuIzth0f5/PgKZh/APv0AUP0MZioSo9XbT1OjNdU3&#10;nKzYVA86SJ9ngFJa9G03BwB8m42y/CbcM7vdCenZgQ0AFK3Ls2BA0WigdWGa5vlsRvAqg4WMln5i&#10;zfrNnisSmeQcTN4OwFukBuVYYW5ARGTxbgCrAOwLI4MSOHYgDy48uZTvwvMLIKkBDhb4cTKwrxgj&#10;F7JJIftYGS/L1/qzAA/JlBudCQPZ2wbJvMNkab84B3qPBwMWhoGzrJ6LowF0gQxie3aJAZ0aoGKu&#10;abIfEl5X1s/pZAyfo/sU0ncQ49tTTUtaAfCFicIGAjVftvCBhNYl8TqnG9gZaqujR7YaCE+mdVg/&#10;0Ur8BpM1U8LoDChP7y0tBENKS8QNF8Bh9UOrqR+xNipieT8vFbLiME8Wen1mWTECTT7P/VmFejS/&#10;UrxP5vwTezsOSxVvJ7GTxfYq4UxgMr+3I7ExP9szN7SrUByoI/PaGe3BUGWmK9MJkMny7JKYpQa9&#10;XKOEKo2O3kjSZwn9M43FZ8+fwQFpeNWZZNmBNPdSjHHorqfLUNt8WijvT+5Bx/AIMEqRjGts2kw2&#10;sT5TFezbL3OSzkHHvQHxOpZ1PaGs2jI2wGqIHuLjjHd7PY7c12HifGBsNZf043eDHZ9Lcj0JPNCH&#10;0FnA9XkTh2pEeU5MC+mm7JI71QnC4M/WfMlsOHKO0w4APPg4D+qxz5TbG6CX8PMWdGTKiDOVAed5&#10;7lKnGShFUHNgIEgv7x4JZFpT0GTK5oEZmuegJjfTBxQNmjjSS5HMRWnP5fagylew77pdt+t23a7b&#10;dfvLuKXdIP/8H/y2/It/7e+YxFEluh0joJRczbuxyFEvEOvTWus/FKYMspO5/K56XaE4G21BsXyS&#10;uCxyIhkdppk5Y2FaWNgtZSWkvaeQ5Khyz2VXtsuC5TwHOWuhuazQTmcDg5IbGZNNIZT5oePJ4rJ0&#10;/fFL4e3q6/DncNJ/5D1z+EUJGn0xc1mq9a+v3y52xVItkBiq4FJdB/wirn9iyiFyW+HPt9EPpOoW&#10;yHA9uW6IBv4NLK5QOCnIlE/WbZdCRk4XHgJGZ6lG8I4q1VADT4RYB5xyfyP9hzLlPZT4aHKvjjuV&#10;qaBIGAyAWL6vYN/N7UbudnfwO3t8fJDHh09y//nz8voOzFTtdoPlEHsbeE/0myFpP6IweZGXr1/l&#10;6w8/yLMy+ugv5MmA/TUxxpIZ++t/Kt3TMzLWdF1fnA9czEfKpK27DjbT0GRWQnaisUxGcXacFfNG&#10;xzFj+IFOUdESd4OdTg3myKWx6Aq9+sCMi2vZW6HrXPaAjncp0aXznhSwBQcWsGUFPq9Ze4b/2agM&#10;ElagtqezBnmfVlNcLlhWrxjgl0uvEHSsowF99YV1oe3HgeE3N3ASYRAaAHI8WrF02KDwVKbX8+YJ&#10;Xn4a6LHTII+7HcI8dBxpgvOtyl/1+yp/22wxpqZhpHecSYgNgAjmVbqSKv5iG8/QqEso9HF3kaGo&#10;cl/dRyQKL+Nxs4zrWQHttwckTL99/iT7t1f5+vUZgPX+5RWM1C9PT8u4fl3G8R7m+PvjGcCn+sJh&#10;ngVz9oAAnHHa0+9SwyV2crqzoI7bmxMkxiOYsSpp3Zi/pz42ElNukxX63nABiCCdD1sfTOOJ08NY&#10;jfRNnmtg3sAAEB9PYViHIdlUZIX0aTaZoPrbWYrnqQJ9Lok7JU/ZTWgMmEQ5Wlr3jaVyA2CbydLV&#10;dFZNDWYIiXo5xsEkgwaeDATz2TBgCr2mQ89kPCa+f072PRjxRwsRUdafAp64D8GCcq/CbKwgSpAT&#10;GX02lnO98YKUBqqVdid6gwTzRumZY0ZAA9BS/TBbuBA4cqHJ+I2W1uEBHai35qI3NntjF8oH3nHG&#10;diudT8MqtKqbDcLl3HApjS0dAAYG5o88R6U/X1WX20lzRWgeunp+F1mnFYWc17Ld+j0y3ILNRd6U&#10;KiGv99fBxxI5RxBrLHZebGak56NnKoVmk9BSsEO9j9xfLjJ8wZ85Q2z32uAMri4JvbLOGYoSIuXg&#10;Ka/AVL9+DmwVB/PImAVrNmWmv9JbTsEttRBgmIx6TSqr77g8V0+nA9YJdv9ZU8HBOmVdW0J1qH62&#10;gzN8OV+EYap+nTG6bD501grsE3mYytAGbuzGkKZbF8xTHmARKphegzSKsZMzbQBqE4MgXQagl80W&#10;gIhgoq/gmWtheGxmNiHqgzTXc+qgtzUOjKmsc436pIJNPg41aGR0ZmI0L22T4Bpzr6Whe9BIrMBt&#10;DOsbuLABswI2y5XZd92u23W7btftuv2l2376W39D/tm/9/uy394S4LEPT+mKHQuL+Ix10LOZQat0&#10;TGW4NRlNJUjLAu4WXiL3S4GUIffSRdh2WYRJyhcr9oi/n4MxPA7nIsdlUagBHoflAwDfJiBBVH1p&#10;0maALxKKT7E/NyOlMSKlEMWUersFTxsMVT6xYvC1XIkVKPjLbB9JhEP5Np6Xwy9C/Nb7VsM0yjeS&#10;QEJ3EKGrhHrUpbTurAF6pRoyR8hpPf3WWAEDQQMrUNCiBqirjmxq/j2EJNulMFGbeE1cVqBvQoeZ&#10;BcHye5spdkXWci1iYZpv7lIcQzWITzmvwT2RKtU0HzlLf0A6M9NXcYgzwzEogUHhfkr47Al8bjSN&#10;8z8as0XH4f3tVj59epDvP3+W77//iXz3/fdyf3cPKaaCMxZ2sTadB9smnyGdO+338vaq0t0f5Kea&#10;uvvlBwRzvL2+QQ6Z6Svm5z5RkggwwUHpbABZ4GJ77AsV2/lauAlTege+Jlysh+r/FQh2LPcipKwJ&#10;DCHIexW2jerLN5qcFygob5wmYvNSVOjAxNCEUOXiDhJUoVjnS1TCu1tKeqy2ixsUqSEv9D7TwIrQ&#10;imqAPZHFdYnv/P1K/y7RfNoQiuFgESNiLkmHubz3+PRjCfnSj6zQ5L60jO5gBXxQo/gQKwA1qMRN&#10;U2c3xhKFpHcZQ7uHe4B+dzqmbpX1twPwpj52AK3Uc88LUkqmWpoo75lfCPh1HmlEFapHYDSRPlgd&#10;04jADC0adw8aQvOIUA8NsgGLRhmqL6/y5ctX+E6qt9/zi8noVFanTD+V+x7PRxSvYKDMZznN6lcZ&#10;5KC+fwfzwNMPTbYeaXQ/QApoIR2BCZSlQ0L0FWe+aTGKc0OmnhWxYwXcIKv3dFYW7L0ZnD2SFNQT&#10;JljS1woMogwwYWZargKZ+rUDwCG4A1tjfeo9pUX17dbSiO/v7mS32+Hew31BqSSkgpOl5SLJU491&#10;HCpY4vOBfkaK6LyMoeOZnqIaIvQqX1W+iDCfM5k8OgZnOcckUdl/Yve+eQoK/bjsZ1ZebKWBbri3&#10;OPsLGbH9fREp4ffneu5Y7pYdkDkfGLAXY14BV6F+DpWwmi/vJQf1gqwSe1swSJN55ipZJ+BY5ENw&#10;vgHdcfUoNHb6LwjXCivoAo2XWEJ7hnIehQdbLnX/G2ZXCG5JxxoufIbV1oc4gy+7XyO7VmCAESBu&#10;+5Yt0dl3YaD0O2a7apHBCQyzclDOPsyjrgZ2OABGqSpkrWMH2DlYThl5jO1eCiE238VObo2mR0lk&#10;PxP09fTmziNOx60DepCz1hAJBmgpIKbjla8VD56AVNWYvkeEcMzwirtVhv3Uml+WEjsgyKr62g6h&#10;Jnk7YKmM3kA7jB4kRvMolDpqozcDIJtPFhSlYJ0CeXqNAcTRSzDZWsP87wpTb425mCpgZ+Dmmang&#10;yl7U4wMrL619L3P1x6SFRHffglWrz8HRmJbOr48D5dSTAXxgjqtdwWSyXJPhxpqkG7iujpQe+30K&#10;h18dEyXUhOD+XrPgo8ZerFJkgvVXsO+6Xbfrdt2u23X7S7Idv9vI//L7vyf/76/8xvLAPwPQ0e53&#10;wsIu1UIShsVaqBS3mmnfA5sqmheSebLQO02Lq7MxFbTAudlZoRuQ6Laxom7w4oOgnC4yXHKkRU42&#10;o2INE9AFTFZqoC4sh5H+OwNtuIL5/MH7yRJHlUGi3oDwB0wBLESUPkneyRDLOxDvW8jcN/wBf4Qd&#10;+JGt2b/En66/Gy+wvD6wIPRAZXT+VEsojOLJiRl+e8rE0+AUU7JkFhDBOuUO+BWy+kYLZtHADfXd&#10;G6AoLQD5psEKSC0wpphM2qXpktGlZK0YKqtatLwDRqsXW5QK2jhKapLTXBfHWkCA3bIU66elsj9T&#10;1ma+kskYBQpeKlC8GSHjAfi4HPDuZrsU7Tv57vMn+fz5O/leffo+fTJJ5s0NGEOBEtrKFuFCXsGO&#10;w17Nwl/l6cuT/PznP8iT+vQpG0p9hU7HTrprDLvCwsAYOjPG3cBrZH5JIwob+A+BkTDUotyNv52B&#10;4ZTI6nmHlfzQJFWo8Bt8V70XC6W3eg/hnjL2q/uOBUrfAGhG7DXZcyRVFumAr/U9Uy4BKS/mQwMS&#10;V6Ahfft61bBJpUYUknaYzVz9HWrXsw+y+YZpMeOJvMLUTMPNzD+qMpGkrFl8uf075/4QSgcFsshR&#10;lkUwVodwfqqxAjAwnwD8KeCjwJoy/TTRVyWu94/3kPbe3t4i4dk8727B+AMDDvNhrNIzZ5s0P7X4&#10;jSmjVB8/A/pC+3kydcEaihPGkI5jlZiq/DbdneV+uYc+qV/cSb0n9/LdT17A7nt5Xsb31yf58uWL&#10;BXy8PsuXZ5P76jjXgvxwoifl8v4nTdEsx+r3peyPjXZltsvO3AzoxsQxmNl7tCgZSOUos5vo7zoy&#10;3GQzGkAZmAbp0nYHeAqZ5tlTKQEqmL8VTOqXjxO9ZBO9sFCgK8Z9ttRu/T09bQrSqQm/+oOqnPCg&#10;x8BUU73PNuprtZuW+eFGdsv1BLMPzyFefo7X7a1JtVU+3CKWA95bwb3j0YAMZUyqZyD8yZZzqQFC&#10;kFG/vi1fK5Py0ABVeJVaqnkLjQhMDC4r0Nu7SaG7t0IntYw9unQx9zoTNq6eY3nd0II1gL1nrjaS&#10;+V14hyn9eO8wwTsTDHM5fan3WG54mUtsQ2tPrRXsnmjaNcdic1IlFfBb+SANeexCSarPGllzkV0B&#10;YzWmOr+FTmqMt3KfNDYQ3X+uEJ0vLupkEyt0QGxwNmNu1y+S4Qswj/eFMVlD1wAKlGfyOR3XjHAk&#10;xPL3wEBmgrwz90IN4GifHXBfB53YOky7qs5cg9OyAlolVRsLrBMZZlPISnO2roHrDezDs5n+cs7o&#10;Kw6c8dmayG7FUFfbFg09Wp7dO8xhA9YdHl6DYyxtveNWEJg33eaCTR/xJk/JZLs649zWg3WWh3XI&#10;2YC7QoYt2Xk6ZxgDd+Z5yDXAJydnLrbEY1W3OJvRAM4WGjPwee6+gXbPxPpMd49BGwexfoafYDTf&#10;wQjAb0Owz1jOaJSMsa4ZJHxgEhPerVjXTxOyCNO8Pp7cgZtXsO+6Xbfrdt2u23X7S7L9X//+r8s/&#10;+7d/T5Ia9MpsMrJC6YWCeWD0heaHhG6xdWfTGGoHH2bx7PBC5qc+K1ggHmzhsHyh3kLq5Tff2WIr&#10;3gQL70BCWmzMAi744OcGyY0t0uBhoitwsLwyvE8skGBTvbxUbqHgogZ6HM4ipxTktCwIz8vntCyE&#10;TskYEZp+aGBHs+0mMmD7VsqPBHv8YubfOnjgGz/jXmo/4hPYZ2aUVsuZx0ww6UgMLjmhtw/ZE8bg&#10;M089S1hM9rNi7LxpeV3BPj3PCMwYBIEbluraggrgIaSLvGjACIp0NRCv4KAVXEMFS+iRxloofhQQ&#10;QhALKaoSOrkyfyeazAjFeTbmRWGd5kQDLLTVoB4yvITPmQw/9/lzHzRIW8SYDAow393fyuPDPcA+&#10;BfruHx6Qtjptb8Cec/8fXwBD8grwQNNODwD6NOTg65efy/Py8fT0DADkfLZCoYWFBEp/srEXZhbv&#10;pQdvjJkRGM4R+FExrY6x4Ey/IdK3T+KFl47VPRgrPgb7osdBMHykKq9t3nfGcIMnZ+xcp+IvOaGE&#10;Bv5lFq693R5doyhN9oJMfyaBnQHCIwu14GmWZJ+EcAGKd56MhZ51kYyvHMKqcI3B5ccDQhOkFvkZ&#10;Rb0WdWA45BW0VyXCWfLaYJ0NA3UtLUzFzGfdmROKMT1fykx7e34Fk0+97b5+seTem2Wc3T0+INQD&#10;wJ9KfVXyq2y/0dIup8EAI2O7Rb8wq3kilI6JQaZcCM2rcuWX6MmvounMdix6noc8Ys5WKdh2Gbfb&#10;ZT92y73w+PYItt+n71/k05fPSJZWAPD+h6/w93tdPp6U7fe2kf3JmGgmMR/AuolVYmuhHZrKCznx&#10;cmzwLhxiZemhqNX7ktJXk8sGsAEDPbSkWi/SzD+b9G1WXz36/p3OpyrBNdlcqjI6l6fbJW5gEMz6&#10;FVAECFHgjRURVKNBU4HsGN23Ecew2VoYiQK5FVxXcFoLcX2GjXb8NvebXB9Jx8v8pAED+7e9vB0O&#10;Jo9WC4CDJYYrE1lZkYflGXk8Hu2YCIbkZEBuJmPTLm8XDlEsSMYeDAytKlI99j66P9e+exeAXyfT&#10;rZJ3bZP5fdM90ypgF/LFsytXoE+/53+zjdeyet/+WdtCAJxtxrlAQQ9xCeb7Sak+H6R7UBBwrIEh&#10;naS4WhG4yZpOBAP9Or0r4Z6ouVlLEKWDBYL/bvZnfWksrdW+EfCMdTbx3ekCpujBNgLsDxibKgtX&#10;T7WRrG6XZMKjjuBeZIiGS20HevHVhlBo86wxukIXoFK6ec1YZlVKXWayRj3pNZnkPCUGSaTGZHMW&#10;H+4185izECoCYkyGVqS9uFVHbmPFQixc9kzLCmX5Ll9tLv1Kw8d2LOIMeMp0C+XNntSd+fcdzIJ3&#10;LiXvmU0DmzMEjW746vI+nMk8VFbfmf56hXJbCxCycTAzxRrq25Q6UJzWJcEYzC0oxJJuRw8KQbMj&#10;1oZHpHIiDCP99wz0s7TgyMTgjQWrBLMz8JvA1wXVl7P72pPQrWm//jlV49jcZc2QtLqGnFPnq2ff&#10;dbtu1+26Xbfr9hd6e/uVnfyPv/cP5f/7/tcQtjAgJdc6tZBg8KEuAIGWRcdushTcnMFIgHn5bCbC&#10;7r+j33OAxDDDRO8SS0bVokc/IPFVKdX9Dgulu7hbFi/NT8aM1RNYICajOtuib6CvG/RFMwqbqAXx&#10;kJlqGLCP542CenEp/ors5yLHZc11UqbfbJJVBf7OSD9zsM/kcsJFkLBgpvKGnCQKln4E51thdqUF&#10;g/xiz61fEkfxwMEuTGO06t7AMaR8RoJ/toh2Xx+TixpTL5bT8v0kNyrDFQP6NkjCtYWlGpeP8LjJ&#10;BHDNZB0AUsr0E8oVsKvWacV8qEKVphiAO4vLj0IH9K1RTJcprc5mZYdZHRZYjwEkyxkLWw2IMd+s&#10;s7F1cmrm/sHgtAzTamNEaKGusiD16Pv8+ZN8991nuf/0ILvdLRhYE8HnSHDJZHdWKCiYcDoe5PD2&#10;hmADTd1V1pMCfSpv1OACS8mzgsVZN0iOJkMnVQP9Br9VaRUBkEjpkYFUgSbwoSYmetKgs/5KjJXZ&#10;oj+bHQzqJchGeaj8ktLstap0vUrSghf1CmIUFjbLK2Op3ok9kNRL05upvSUlDjR/D85gGAJZR+Fi&#10;3Ptr5mEXQ2y2fp5I2zhH1ZcKmFsxf6yGAYYKdBRnupHtaL5k0a9QJRoNigCmKiyvRbBLDnOHVBT6&#10;lGFvOG+kYgWr8o+XsgjzShxOsh8OVthpeu12ks3NFhLxmy87SEGR5PtwJ/e7e0v2vTHgD6EX05ZF&#10;3UAAYKzG+MYyWpe7TapmF8HB9DWuU1qIiYYMKCtr1PvffhMMN4RtTAgbudurt9+DfFruFQ3v+HL/&#10;M3l9VWnvk/ywjH+A3BrksTwPlD2ox4lAkOVY7pbf1wAT9cZUkE/BPgB+BPtQuBLw07neJWd9UrEw&#10;XdgB89TJcPWeV4B/Pp6ZUmnFaalsFHqiATywBgmYUjSrjx1oUHgCx9OMc6P3uu5G8vlVn4NjaP5W&#10;QaolAYphbYxlBU+LnKNJarVoVhavsvbU2/Dl7c2YfBqA8rbHayol1mcijic1mWCeUx1vjYEVa5Ks&#10;MCykZFlRvvucXE9paizcspoTpGtllNadYDYtOWwOhnA+zsXNU/s/U97NCQ3MI3O2SJXCr5+HnSXD&#10;paeue9QxUGII5umL81ECexsXiduU8BauXXqwrd+H9/vpoFMEe6wGkjHQqYJ3fi6kUJKZK6Djv7MK&#10;kqrvb37GOV+y/wtTY42wDWbraAEw2iDYQgFhgJB5UkoFoPtE8+px6U2y2mght/vS7LCYZ2wNJGJg&#10;S3aAmUy85OERvLdUtp9yrt/LfK5lrgWdBSZcKyRZy7RL97Bwlmmdp7jfYWi2DSHEJlYQ8uLoGSvd&#10;HFhZev5eXI8W7muuwSAG9EGKm1Jlq5lkNZGBnyvAlRNTwivLNtMepHRBUh2jNcTqrztSslLnbLFm&#10;yLQsQnUetGsdEfgzcC6MTG3HHOPWHpQoe+q42T9YA3AcuqZY90x1YL6HtgHgcT2XzdyzehAiKIQA&#10;5ZkWAprqrU0IlSHrtdaGaubY0HNwBfuu23W7btftul23v4Cb1rn/2+/+pvxPf/t3ZJgi2HzK0opY&#10;iCVKLAw0wUJl2IDVoObqWOuCOacFyrIQWIo8lTSqL4n5riXa1nhX3bqeYDUti4NBvfyUwaAfx+Py&#10;cYCRe0G393ZZAI3wvQJwBflWpIRKF70zOq3qlWaJqhELRJWSjmOC/C8EA+2UC7j8qJwmkVtl9s0i&#10;h7kgTfKoMl8F+xToyyrvjQALshssl2YW7rJHgAlc7OvCzbvx4WPSxDsE8FukKF/s5nLB/gtx9Tu6&#10;SPYgCks8LGBljcLUW5WhRfPaGzwJN5YawgGWXklMdjsvf2KGFHfS4hxsPnruDfSdGkv1qzNWBEFW&#10;jU1xhk0PH+SmzgrVe4nySYJ8LdUtVCaEA2Eub+nLUEukpDm4Z6+CMDOafEZlwmfKr3ILg5EiXZHs&#10;3W4B4KLj60aBvvs7+fTpEzz6Hr77JPcPjwD7NhP9xBxghPyOsmD4a+0RxvH05av8/Gd/DLBD2X3q&#10;a3Yk0OcgY2aIDVikyU3IySQo2d13WH67QX4D/JpRuBV0kUAYCgBNJWUhrx58Ju0aumTIeAk9d+8j&#10;TFcuTd57sWXH+2p4B8Hl4qyQC4Cu+DgLLMZDBTG1UNlqQApBq4ly4wbWBZrPDwZOR5OZF2eghKEC&#10;VxgTFywFvI/KGYNJ2Ujz4zGbxN/AcPP1m3NmIqwZ3w/guSabT2ImGBFXBXsNJgjGeDQyT8FcIQ4G&#10;S6nypjNBXsV9FQQycDaYXH40/6kNU3I1MENBP02A1s83O02DvgPbb7e9kdvbO5m2xozTZFeV+1o4&#10;xYj7PHrhi+sTu/zPNctP+jus84XCWdbrN9GbTP/2aIy8m9sst/e3cvdwD2+//dsbQD9l+H394QsC&#10;PtSv8uX1FYw0nY8V7NtpwI0mXGvIDViNW7v28LLbGHBTgW2poJQFR2Q7byy0z8kABjBsskngZwZA&#10;Kdh3IpNWn0Ep59V9b/eUFclaYNtx2Ueg91km81ZtB5SNpD5dJ6Ro0vMVYUSD3zbiMzMYPNpYUlBE&#10;f74RevC9OZl37av68R3OYPS9vL2CxbenlNeYiS4Z5Dzvad89YOTHMqK7xXttENK0+jv3gw5RrfxX&#10;KNtqfLs01wz1yOjnnFwy5zKpwVzv36CzjPio8eXAHc+h2yFWf9xA584VSYtzCJ5lA73r6EUnDdzs&#10;00Kl8xosIh/6265Sh2kxaIx1PtgynnLitPTM7kZ9tjhTyxuE0ttU9AuBIO/gTybpOg7r4I8B3has&#10;cAOAb5Ttcq8o61c9QG90/RWM6WfKTG+KSAX1mgzXwonqPujzNXBFRhk7riNlp1ISgT2T5wK0OxvA&#10;U8CQNfsOA9cZqjHzvuQ9amu8uTJva75zrwtGsyUyqbnUxHSf12vEsEj3nJJVMFPxRPvc2HoevuZe&#10;mM7W0zVl4n7OPCaw6l2aC3YeZcNpphdvblLsEurfywT5ACayoR2Z5DtNDrzFFhrkUlz3TCSAOQ12&#10;/+ozceLz0K8/Gh9sdNjap/A5aQAiQD1ae6wAPunOWSGj1Fl7BO/q+UmpnSP6fKIZnzwtuDS/7dmu&#10;ua7RLSHYANP5nCpgegX7rtt1u27X7bpdt79g25e/+Vn+8O/9I/nZ/V+T2zjLlE4ogiHRFGMTlGLM&#10;CJgDBy+OliLz5hYLDF3cjeelSN2c5KCLnH2Q07JAQWqg2ILCzdetoIjKcwGDxM2ZkSAIWURiMIMt&#10;vu7ub7Cg3yzvCX8WXQQB/MvmNbX87jRF60ImAwSMCaLLmdl8yyjdyJCoCjyjjsvvq2QVH1qML/t3&#10;XP5+jgb2mZxXCFhakMKMQi+guB8QeLB8ZkHqIN2PEfbyRUHhv3CpRHTQL7yDZmoF30mvsqXvgX1R&#10;ANZFeu9tl2ME2BfIEIjmCTeQ8YfUuMiwFWWNKFioHntDAasJxQQYRDDQqQm3AcOj1KCOwqq2vMc0&#10;m8ccpWZjGKqkptrGOcDnCW9lfdwlNiNyZ4DF9tdxPGBk5uKRGRWg6gvLHn1VYEHlUOq1dXd3Kw+P&#10;D/L999/JvQJ9d/cV6ItDY9TZNUwEGWYA3EjdfX6Sp68/yNevX+T56SvYTpbmee7IGsYDVbBg9nCA&#10;M6VCyXwu7V3GegJcrhYZuGHw1mAFrjNbPJCDLI3iDC1PzuE5imKAt5uJeaBkTdrtjOhL7Nl4DeyL&#10;Rvwy8/KVr5MxfzwBcdJvjxytOj/g2Jj2iAIngtGmBaxJ9kczU5eWhgjAisCuM3wC5bx2zd2/MFCS&#10;3I+73KVPUvLnaYvEPHOR7tyU1fiAP1gZLGQoMrwH1eRojBexFGoPV/DB7n5bzihxoC97Udr5HFHk&#10;J2fswtnODebVF5wTMHjudmDDKbv0DuDzndzf3y3/fkDAh6b7avG/2d5C6qsNkGnYGBuu+jPlRnJy&#10;0PPHzMvKGgnx1GedJzCJ6D02MvWShvCKW04TfaF0vpkGyJLVj06vDQALZe/dGMinTJXNaJI0S44O&#10;7pSAewQpl5wXTCrIAJvl753Odu+AUXNONW17nnMHws/G5mGKsRXOzaQejCgkd7KgHpu3Za4+YQwF&#10;WO5jlS6rHP/tbQ92nz63cmxgqXluWnpoZhiVSvstxdf8yzRUQ1877I8I21Bw77Bf/ray+NRfVItn&#10;bXIRYKiWe6GTX5eu8cN7Auz14OAI5wkySu3mjlVmbsdXmNbKV3KuYJOz+TTwyBhnqUHC7mfXAXz1&#10;NcnSuHdds6AImzE+iYSK7MUK1kSTGZfcQ24fNspcZhpoJyEOeHpTpHtmtmdPC4CSDxoZpvTv/P4I&#10;2sHHMxo70exg00qOWy6Qw5YW/P4+Knx2vmv/mc8J98OYoj6vK9CHoIVljry73YLNd7PcP9oMcJm7&#10;2TyEepw+HvqHn/smgk+XGQDSeQl6Uwz3lLLglzFcgzPAXNM1oD7Ljvb6OVO2eyb7i2y43HzswPGn&#10;JLYNWwaLDEOds42YSquErolVQckYemi4goa5Pz6mV1d2WWlBGe6Z56zYmSDfUZvSCmDNRyhMfF3q&#10;7LzijL/aJOzAU4Z/CIE9/T0EYOhzb2OJ6tq0mUZjY470Taxy6yF20moP6olo9kQP3qpAduRapWOk&#10;d7570RskoWfqBvNixTl1+bFd75p6nJzNSBbjnJrSYG7SawVGT7Ox99Sm5ETQ70QFTybQCbDfLRCu&#10;JdV1u27X7bpdt+v2F2PLU5T/4fd+V/7p3/htGZdic5eO5sMWUk3As66lJaSZrM0MgqetFZjmZRat&#10;o6edP2WYjNaZHA9LYXRcCpnZQA9JthgTZ5rkXOV1pZzJFuDPoFjXxZp6L+2woNBF7u3Gkhvd40SB&#10;rswCXiWoJXKh4yCEyx9jYIc5w2wd0tR5+RDzndPQCOVCbSgvRYkTmdSqLL/ld4+zdT7PqCEjOv1I&#10;+lUQEAVSrMCVMneq71i39o8d6Je7uuZSROUQTWRhZ1iVMfnA3XDfPJ5HY5dk7PkI1okCmEk2PKYR&#10;5t7W/VXJ8ma0xD6hNwtYlJMFmmjYRgQQ6swLk7Bp5775GZWaIhvqojuTcSWNoiDOsnCZaGNAxOIM&#10;sVIlj8G78/TsK1zw9yyOVkz65wLGJgBHdtqd2aG4UB4ifXJ4ToN5QaoMaocUzR1CElS+e//pk4Un&#10;dECfS0drYUuzcZXZ7d9e5UmBvp//XH744efy9YsBfSrDU9YAj5TXPFfAx/yO3Nya3lUISxiqd5jl&#10;DRCgEgclIjXklKwF6TzshCw+Fgi8AFE68/5vQNHVeop+lX6uqpQdt1ND/+gk1dgWLLS1sFE8bI5N&#10;MuvFSGSRh5Tn5X/KVpmQHEhvIgdyJXRG/F0YiUgNRrHxb+fhHcBMNpt0+ysO8qW235ZGnKWd7LL2&#10;MiNQAtmm3mMKSmnJHHmf51SDSqR04ZvSkglr4Edu0rjkCZVk0jQBoI3X4Em+y/jcLmPpaSnyNeDh&#10;7u5JNirp3d3AS/Lu/sHAv7t7mxs11VfZc5sb+AMqCxrSWM5/YDhWz8H4TaSvn686QZydDp2rNalR&#10;DfqRjJtkyiNAiHS+RQH4+PkR86nKdI/zjOvqoQIaMqJsugagW8PgNGc2eBiyA1+sGfOwPjsyvaFS&#10;9QTjfdThK5Vht9xHm+UZUUIDmz191A38DQcni4hgmMnRTH54hkeeyfNfAfJpOu8RQRolnxHMUQYb&#10;BzNZMFoA6+BT2fCBLHVL20wA8s7njNc1kVjBhuPJQIejFtostpHGbTHcTQrrgDclqAZsz3ygAGK3&#10;OaqYLNDn6OYvSbkpx6IxpnMLgwi9DL8la4Y+OKnkymJva4OeQVXWjK0f9a8N65EW2JoJ8d0YDN/8&#10;C+3Cu0VITSWN0ljcsfllhI/aUX4Oi7wT8jYaYCCwmRvo6b6dq3kqrKXI3ZS7DtEJFxJ7H6f0y4RF&#10;ymBgvzJ9tyOSvDU8aoMAnYngUvSlgc3RgWFLen9IaywUqinMnw6dVyTHp2Sg1uzNVrL28LW/puCO&#10;znPqSUvQ3WSuuQUXpVSJ885GVwC3Jfi2eV3oMRvrHNxd5dXQWctw3T/QfSFdZpsoNca+zgyPc39B&#10;B/rguTkTuOT9eDrjHlfAMnEucWsMHedDlcAy3Zjzl8lnh8oADlyT2LpY7Qi4Pp7s2RY7Rl9kSjvI&#10;+XzWxU7OK9Guu4N57fz0wHR5Lx2p58juajToU8c+TNYYySXXoJOZHqZ6jubqsZjr3GfJwcnYe8Wa&#10;KuqtrWxqO4dnKvkLj0G4VgpXsO+6Xbfrdt2u23X7i7D98W/8qvxnv/UH8v9Mj7I5vy1LhMNSxC5F&#10;lRpRxwyJh3u7AYMIJp/VQnLYqgzLfJfUPF0X21o/jNOygFqKv2EyHyld8Bymo8TD67I+2ZvECsm3&#10;qWY1eNc5seOs66BjcTJAaabqTENMWuzemnRlJFtDC5+Rv5HAIBxoNG/fD5SyRAWzlJGn30vGRFCy&#10;Sh6zTACMFOhYFkBxgICP2hgDI1WmrPug8l9dIBXz90tpRNdYHdnOsy1+9O/EQiahOImmtPpBWsKh&#10;b8NFjRDpD2QJuIlsPAPtwOQjGAZGFVZdZxhnq0H9iKCNDBm2Bl5uIhNxIZeMSyEcatKxMlvMe8/2&#10;1yXXVeZHRoR2v6VjdjQPHOb9xsCis/O7CqGGsPQFlMoj3fewru07hVGoZtutyx994UtGlMtSHAyy&#10;XS0EHG0BrsCmAhIoUGjCjYXpOJokajsB6Hv8/CDfff5OHj5/lof7ewAmN2AfDezctyAUk8Cc5bAU&#10;7Pu3Z4B7P/z0Z/L1h5/LkyaTvrzIYb83jzB6B3kIrvv+5LMZkjsIJASccM6dNdOFawSy+oy9F+GT&#10;6HLqyARCZ+Th++7lVXG/+K7Urkw+Lz4JIlSGAEMeFJAN1H0P4j5QsfoJDqOxT5Cyqov9k4LJqfpY&#10;VqnhQIYSCyMF27fKXAFrdKyMhlBBuDXAWIM7uL+RfnvlXSBvqOxT3F860LWI7YCdXiqs97gWvIYJ&#10;MOSgZIJ4bYAFl5MtPxOzJSn7uQWDJdITTEH+EtagAo37hSFA4kmjya59Ts68WeYXsG7O9dq/Dm+4&#10;R0ewRb7IuIzZm92N3CrjTyW96oH3+AiJrHroqYT29u5e7m7vEAByC8bfBvJeMIGG2MZOQ1K7YlI+&#10;ZOfW80JUeKZM1SSz9FvV86zzEhJqb5Z9HZZny1zVoj4o4f80O/iQaOdgc7yQaWR+WcamVnDBJHgt&#10;JMCv4cCkSmMHOjuPgRUErXBbdYMks8lkUsNzLXQzfbxcsobQDE0XPhqjT59D+ovTGGBx0DN2tag+&#10;HE+4lgrm6b8V2FNbCwUXELCBjxnf0+M3Lz5Lv065jUe/AB62VMjCa0EspQLswgZKBY9WsdEEQnyO&#10;ofS2XdSL0AjOQeYjx8ASaQEazk4N3e8U98fLvXywl/SbnF4YBpXjR4CaWULUMZjffbvdRnLhDSgO&#10;ADl4mSxICMy8ZC2PKoMuXQCF/9FYE3fb+/D+DGsAq/qXVrnpeyiyziv9DBBKB0Ve/nwhi9kaqcri&#10;02e9ssJ2txuwYbc3GwD8WzRGjC1m/omJnnpSG5kG8KUqs9ZmqTeTlLHn4S7O2qtWEvDgOxsgpiCP&#10;SlgV0Fdgx5to9Lar4STuk+uWCrTWkM7/tD8vgUER7iPowHFeSUkbcOWNEkiFyUJMTNMGezcxJIKg&#10;lAJQ+mwGiEkbEMwvs88p1oQ1cNP8NK0JaACr0E4CMlw0rCcw6iakaJss1wMwJqoTBioOBm9kTAYM&#10;Kijr/qP1Ue6einIhG/fAr4uE3NCNx1K9ZztFRzbvUD2CVCW4/FjOw5ky3NmBO15nA3H5ujM4u7CN&#10;GbYuXJcnY0hj3aOsYylcY1sIm66v6znRZ7meo2t5dd2u23W7btftuv35bfPdKP/t3/8P5Q//+m8v&#10;D/2jyGkv5fy2POz3Mo9L0TUmMy2PodaBCjZMXGhubu+XIu7G2CMK/I0DwSsDUYYxVWmCMvBGeOwZ&#10;m+oUjxKWAkjhvtlT/FKp3nQZnnrLQkJTcxU4OJ6wgAdYUyxR95yMH6dAY+HCuMCzrIkfg4dOBO98&#10;ExiLhWw2kwXquutUJvqMnE3qoQsbTaWUEenCBraYSElVrmD2YT90ETSg671PJiE9L793MvXxsvCM&#10;MrOTXlaywVbBDN+4RioRMwafSXFVemsfZEUFk+sOwQM/lnO27I/+nnbtQz5Vb74R6boGzEyQQtPr&#10;Rdl/YIcZyKDgbjaB8rLf0jx8uoRKTw4sPbDiUkshw4KAHBgqyf2dmjF6qCxFBwhjZTGuQIfOc8l4&#10;ngXpvefK0CskMoTqlYNrq/56wUIw5lMCY9Q8iIyJoEmeE0MR7ne3cv+gjL7v5OHTJ7lTRt/t7TK2&#10;pyrrCx4CQQ9AZRtp0X7Yv8rz86t8/foV/mTK7tNwjqMCfeeZSZQup7L/pdIYCin3iZblA1WlA18E&#10;AELkWCQA6nddlM5knUV1cN/HYQX02Tm1qj3ElkzYF60VIyTrwNl0LlGPTMSFj6ZKTTWtdTDvqExw&#10;fB5SlYy6pCx3BzjwNQ9K8KAT6WRwlTFTKFlKdBeMjdVX5NshNthnLXIJZKp0PFWJMAvSFJq0L5Qu&#10;uyAKM07ZjLBzkb1IY2qt3dgZQS/aPDA8cTBWr5QVy6d0DFYUrQQoUmrMq8zAgkxAHR5p9NWCX+l4&#10;APAHgFXlfArm3d0C+NOxu7u/k8dH95q8w2t3d49yu1NG0C3Yd4POyShoJwZKjDXgh6e73e+dJ5az&#10;nAw418LR0qeVua2elRpOczrq2D+i0Gx+WZkMIi/qKSUrNLtnomfpKHqliyHPXcCDjaUmYTe24Aj5&#10;G5g1w0jgocJMFs4BtsrcwnAc5KCsLXVp2JVFqGneh+XYDnuAd8rw091CAq/61Y4WlDBw7IPlnGek&#10;6yr77+1g8t8TGDEZAN+JoIR+nTAH6Jga633VM2+bJC8LNa7G5JWu61AHrD0fMeYCXeV4zYz5ZLLn&#10;0PmZ5X4WrwEz7Z3dYqEPOpDSB3lEJrvzK8d4/LvhAraoYQoXXpFBVgnaFRTu78fSGmUeJuJy+eYh&#10;yGP17CZnJWYH2ggQdmDVar4oXfp4YWJrbia0K3Cvm3hicOiv1DWM+0xWyK98BPIJbRvcD9eY9htl&#10;40623rq9MZuDm5vlQz3gML0b0JUoxW2prwb8mT3EbPcZ2G4nytxnysoNYFcA/ZTss8pyZ0/NVXar&#10;mBQ+l3YvOuCMxlMYapLvwCbKECayzMPqXJXSOpuh0i49SENlw6XJf8nY9UCM0vnGAYzUeZNhW4n3&#10;6JmJuJYU2wVd9ZNvbgxrW3cFJjjDtNeeZww/GRVc1fM/2j2ORPBxZAquAYEDGeqwFSHLfBgIfNGn&#10;T//WJetzhTGXj30sV//mWgdAHkNDijeSvNlKsDfVoK9crQNmSrDnszVl5hPDipL5K8KLsf4NB/fy&#10;KlWbrTVT0kybGvYRmfg70spBLXYiwdAr2Hfdrtt1u27X7br9OW3/92/+uvzn/+4/lp9On0TmVynn&#10;g5Tj61J8vC415Zuue2TYGOtLFNzTgnlyOcktGE+bm93yMzcATcIwrhYoQQtIdjyjJ+LijyqDZ1oK&#10;no3E/R6FUzjZgvzsLDJKZEB9Wf62LkjC0eUa9m1dqCozQhcld8vPbdMGUkAtgFFGKODHLn2gEX30&#10;sIC60LfF5wTIMcoWgNok5ymCgaGFaTB0UhwHcalJmqz4VDDsNAf7vCySt7MFexyWXUPabzZWWVLj&#10;/9kAB0/rywQ4CmlXofPds0VgBoA3EMybwiwb+AoqYAE+EUC7KbYCC8EOrvpKLG6ChW9EgoPKnFDg&#10;L9CLCKcjGaiIxV62RfLsBt11mddZmXXgXCqdFJFjwBkzzgDE35fGEDHWWTb2zUB/t1pcrs3T/e8a&#10;NsV0y9WiOFiyHRlhFWBWUHYwL5lpY7IjSEtZHA0jgb5bCxh4/PS4fHxCQqh6n7mfWOhlRB1LQINg&#10;1KPv6/NXefrhB/n6858hmEM9+5QJdKK8pQcr7dxQVjT356wXb5dWyPp714JCjKU6hgq6SegBwdIK&#10;ZCGzSUJ10XI2y3uZWmhXOHpwgcmsWLlxjLmnWiSb1mTQeq40OEc7+gocJzDk1KszN78mg8NqwQWg&#10;i8W4ns/tckxpO1Zmx6VHU2MrpgsPrPjthJuG+NGvzq3fYw1AiYC2W+GtHpwW5ONXwyOuDchTYDpm&#10;aYCfD1U9J1qU6v3HhM5AJmAITb4exBWqDvhJTY70eaGZp+ca9qHAof8cksZZaI2vB3nT4vQrQz2W&#10;sbu738nu7l7uHx8B9KnUV8E/MAA1QffWwGxlnRhzdUKar0qqTeo7vBN6N9l5gYRLx3fSEKXTEUFM&#10;CoYd+aHAnxaW6uukibJ6fU8Az+gHxpROPw8+RgrZZMHZu8C3BxbRDB+Ixh4aR2eVMr0SrJKR3n9W&#10;eOt7nAAAmAk9km9dUqv7c25FrzGFyF7hv41RboFU6B/AkHCL/dL33O22eO5oMrKC3joPgcU8m5H9&#10;6WzBBqdTWeaLDAmvJsCfESziUjtpDNwKBktj21VVpicsd2BUvTapSzG185fr3yM4NhtwItnSyf0Z&#10;04C5aM8KkeoJVvi8Mjyvsbhs6DapaqjJGrJSYspFOn3oaNvhA6ks2KB9YEwMlJ+2YJI6ZxZPUuY9&#10;RSCEyFT9fgVEQmtc1UZV6emrvedel92baTfhlO5Ar9RL6utluAeCL6Q+zMJFe6wXOEdaC8DGYLAw&#10;jlv3MR2VybusvQDIF0jHeYgE0efGFAdz6wyQrEpxZ7K40rkC2zPHPcD3lCrrvlDGCr+60ljGhbYt&#10;APPGTbVi0NkTPqs+iOJQAb7YeKg8H4HMWjYLPdhFm4pnZ5Ix3VXBcH1+eriH3i9VVpoJZJ3Z/E24&#10;z7J7Cmb7eW8KxBpqMfC5ac+vwRNweSwWgmJ+e5tNC+rR+xpA/mAKEm0ohNDmHse7yWVczo+BfZFm&#10;zEPoPSBLkzzLeu63kJcKfaOh7fNAdrYxPUDr2CbArSoVD0kxa5EzwU9jKMN/kb6jJ1ggJAP+u+ZN&#10;4S3sPpF6NCMapqGFiURP/WVjFd6y5hkJ5uPyPHEwVH/mCvZdt+t23a7bdbtuf8bb8fNW/pvf/wP5&#10;7/7637VSdz6A/RXyYVks7SWd35ZF1h4+TEO2hRyIBltj7tzdPcj9UizuHh5lmG6QcIuQAV0zpCYr&#10;gBIH1ZFBQpqIm+YNFgwn9TDZH5Amt38bZL8spDSBt5QDFmwpWNdaaIovkF8IvPDSabaCSeVQB0v5&#10;fVs+3y2F6+NS0E4KRmqCcNRES2+k24KoZ6WZwTYXnujINsbAROCosMBCaeCSMMrCcvUnGiRN0dh8&#10;y74elkLusJyH7XK82i0/pwjGBtSak4V8zPTGg5E8u7FYxLPgqwBCMiZGXBb3URM7l7+0LSozFtlA&#10;Kj0wXTcA9BtiSzzEon3UdaKzEsy/0PwITUuqHV1dxKXQ+8EUek9letTErpqzAqbVOFxsMpwgeMpb&#10;aewt92L0cw/RIJkiA4HUwcMTWMjlsjY473vLVRrEn3eZL4A+Luw9/VXfeSiRkhkzzM7wIDQQS+VR&#10;d8rou78Dm++7776TnUofldW3Mfn5wMTbKO5/VbCgVrnifv8qTy/P8kU9+n76U6SPfvnyFcAH2J4q&#10;RY8tqEVHD1gLszGcnMFA6lYDtpgEW72KDKWjf48bd1N7jTCW0LzmWIg2qWJYnzvpvJTEANeaxTEI&#10;C5iluFSfqNHAbvPiaemCeAckM5ukeAQ7couO/jTENowGSzxEgnU2xtZMT8lcPKHR5GubZZwelwJB&#10;/ZPAql0jdQY2pIYirB31MpNCGBpS2hHHDv4A60qsUFPANKRAH69ezmugIMYyJdcOEDYs1sE/wd9w&#10;bEJlzinYfFdik0gbDpKX+9hkVi4tl+T3lFQ2Wybz0zympEpMC+8LMDBWheIszqoNDPXQcT1tl2ui&#10;Kb4KXKvHl45xAH/3yzx5L/efPgMEvN3t5FHH/O090nz1d9V6QYE/u96j7aAyoMl4O0GCukdIxf7t&#10;ZRnvBzns3/BZ5/ETPOoM4NOvVaZqjDmTy1VGGecY3Ybg8tuIZwqYIkPzxxrJmgsoygeTOg6WnhvA&#10;5Av4PfeGzD1AcDRm3X5/QPLtQb1jFYzsEjjhV1XO4iZ3EzynbCAhGVltH5ZzWpbnTGJ4wkBGHwCa&#10;0RiSKv9WYPGknnwH8+LbL1/rxxlsvgw2eMqW8F4MXZaWo+BstXb/Bxb2kNFjsKQqV/VwlzLbviZY&#10;VgzVp7KC7DZ4mERayBK0t/DHdmC6eB/24f5yPkd01nUE7px1t/bmc48x+wt5dSuvnh2XmHwHUl7g&#10;b6stl1yZ0XifnKgKyLDfAKudgLL5CurXBNcDAXXf9xJbQNTlW17sYw076o+3Z25XX8527KVL4w3S&#10;S5CbDyiY+oOAbb88epaPKDdTwLhDSrgei0p152LTRpAKypk81fzmMM96oEwy8EvSTIBnpi9f7nwu&#10;QwXG3h18cc9UAVMr8t4TejUDzBoGBkhI9Tp0n1L34C25AVqFKdQm2y/1Op7pY6nNX2UHn0/WKJhd&#10;WuxMNUj8pYaJCOdCY/E1ltxIn9NxNJBug39PxjqLlJiOQwXssEaYhgpUjZDvkqFGSWoNw+hoq2vX&#10;iMDw61gbw86cLSm3hgnBTkHCMe/fVFZjujAgo3SSaZwjAHpnvObeewbuFWNjzh1Lkyx5zBEA96yB&#10;nd2vUddHAxt3w1RZicZI5JwWmzchmhkVPPVzZ4CgB48Y43GsHoRXsO+6Xbfrdt2u23X7M9z+j9/5&#10;Tfkv/s5/LC/jbik856V4OC/LkuPyWQuz/VLsHJeF4VHy+QjWwVkf+Mvi5WZ5ZG+Q/mZSx8fHz3Kz&#10;FJHK5lPgKpxzDVXI9PhxdpB6xmlBA4na8tpOC8izMTDQNdSFxbiX49se+3g6HeAN46mAChqh8NVC&#10;5mzJvQAX1T9me4uFkRZXZ5ilF7m720m+UbZKlO1oixOTM3KFXA2rY5V3BHFAijJdXRyNLoVyhkuT&#10;OKJn7Wt7FIllWewsBeJsC+th2ffT8hubZeE0o5hazoKauLt3nxu5w7eQ69WYa+oakoOVTRKTGuQt&#10;f+kIL74hJHjuKTtPQZWx+vWp917z3zKgggy0YJyl2ZlEwEUUyDUvOF0QjtEjFsShQppS07CdG1gA&#10;LE5dhird5ySdT5Qv8IMRqsqlksuloB1D5TLIwJfSAxfS0UHJSFaBs13EjdndUC8ZW4bFkJn1UyKl&#10;nXtnS0xbhHHc3d/Jp0dl9N3Lbhnjm81Q0/JCaMwt88HRv3ky767XV3l+epKnL1/k69cneX59weu6&#10;KNdxEYYG9BnrpKV7luyS1ebBk0vnVRVa+EWsvnueJkvAypbrXeHZpLh+NSODZdaMvk5jR4abMxV0&#10;ga9Ax2Y7LUXlsnhnEIuOeSsCWAAOlAcziGMKzZsLYnLIGA1MOVcwpUBGmSgz8xRLjLjl/jgtVe7Z&#10;AfBS8xk6n6ML+RMZRzgPsYWPxBXwUDWDAKxccoVXFfArTJTOBhZn908ki6oCfv3gFZvLYi4tUBR/&#10;vkmji7RxideSSdUjkpZN5qy/n3rIkh5+JbtNUq4sPwskp/y1pvh6WiTPZWgSVwBhKqvePMmk8+HO&#10;JL63u3uA28piVU/Kx8dHMP4e7h+NEbhTj8pbhHxYAWgFHxoA2rwgUPby8izPz18B8u3f3vA5IZnR&#10;fO/OTMlN1X+rTQiFxfDI+bmCBfB8stCMDaTFg8mLKRELlOgPHjxTA2s6lXw2mSF8A5d92R9O8vKm&#10;XnsHNIfe9kc5qhT3fDLQgew9x60i04PHaMBpgCeXsQiRWg3AlhYQ3X2j11bnxPMxobFzXN53r40p&#10;hm4cz1bYzwhxCmTqlDrGq+9d9uCMFttkgfUEwMm4KkzOBKCXA0MSDPRqPnJSQ2IIr4n34HLvo0Yf&#10;1+omF31ubqCW2yE4M6+Q6VbP/WX6bFyHuVw2HFrTbQ0ylUsbg9g9Hy4lmQ6c93Jn3jwmEZ+RHFvS&#10;pj5jQ84XRD76nn6Q/Vv4PAmBzUs/Lh/HRdaNMLH5oPCelS6wxEFX4b9DbRwGAmUR9gKafD9Ffb7b&#10;8z7kIx6eSa01FIsGi6+x8IyNminRLcbE59gC2OchHClT2uzMPbcJaKiVgeljBWndg1dgGTKAwQWf&#10;uThS9u/H7g3BJiXNDGwwj82EYWspuZQYJ0+4tfGMJg88LLVxcAA4r4Cf+XeSqXcx/4fqB2n7F7p1&#10;wrih1QzDMTwoIzIAKrCZACsMPsO8saCApv5+ZBNR2Ahy308H4P3av/c1NYltcl9Rf9XDuLLUtGDM&#10;A8Xktg7cZaYY9yw9XXtoA+E0HxEG5v6m7nEtXdhXZYYnX1c0knwkGKnz1TgGC3cZx8bKJygKEI/A&#10;qCUFWwheZfcNLWQkxsb082e0K2CuYN91u27X7bpdt+v2Z7C9/cq9/JPf+8fyP3/377AQ0ITWJEM5&#10;y6issWVBmZfPoWhiaIJUwNbv9vBWUO5mewPW0+PnzzB/1+RdwEyQmSXIoZTJIwS0sJTFwpcLKrGQ&#10;jBw7dobKf1nsKXPDJBXLXz0HdHVDaN43sTTWQz5RrjGTZXUyY3hItpZF4m4pasv98rNLgbuNJic2&#10;ea+AiYeCKEplf+QoFVy0hW40Q2+npHWeZbX6cvBFF8H03VJD/duxgImni1DISMkYzLGGfFpObrYE&#10;ZEgtKPWEzHYgHwkLwOVocUkGrNjgvBZN1quefAOBICQPp9DYScWLRDfops9ObuvyurgX6VhNF4tW&#10;SlY9XKJwUYqFa7IrUy4X4AQGKjfLbYpKS1t0LzIHnyC3cxCqpva57FpqwRUozaugVayOP/Q9w7/E&#10;/M/oR2Q6bgOq1Exfu9A0PVeprsp2b+80xfQWDKitepkNJsdzOUuh7yCYSucjQjc0kOP1+Vmev3yR&#10;l6cXeX15AdNJxy0SkePQeRWVDig0oMYLL6nMyMbAMZC5eWC5hHcIDcgLDnzq9enkrtLJAWOMa8BL&#10;OvlucQSs0KvN/n5kB3+r+xmU2WDSIjAfmnVeE6+ikAsorJXeew7GJNX7Ue9LlXAeu9RUXBNiA37N&#10;BjIEMn221hJdemoiW/r9GDXW4bAq/ktFCEINLjBgrQWKgJGi+0S/KYAd+WP/rhUKwNTqd5QjBwfp&#10;Wwl5O6kdxWVtNH6H3xvTwiHxLc5UjWQiOUDg58oYONVvik0Vu7/pH1kocK8so+Uby7l/G/cG4mrB&#10;e7OM79ut7OBPqWDfDs2bT8ucrvfBw/Kahnrc3z0g5GOrfqzTloBlgARMAbNXBfq+PsnXpy+V0Zcw&#10;/2b6hxHsD11aMo37GyOEqbja9KGh/UCQEoBfMDmje1Q237fOs43/y9XHyua8E9jflpZ72B8tJAOs&#10;w+Xrs6VI6u+pB6p2s5y9pt6mA59NKtHVc4amALwpGRNVgjFndG5PuR7zGWxzk8sdk4EXCvCB2bhM&#10;SaejhQXgd7ifc3IwzEBbmwMc7KV01WmqnG8rAc0lqQRSyyXcQF+/altBv8+BzwWAl6WbX6onbwf0&#10;5VyBvsbUW3soSscQbJcnf3MtUnpZbfcrnRh+dZdjPEkDn+CXSaaxs+PgO9sx2y2c4kxgzNhshaDU&#10;JU/PrBGifJT128tua7OkSGVeV4xTWpPDvANTx9DK1Rajsvvq+oHgaeKzuEwS5kIZuPkA57mxwKxJ&#10;klvyNJ8jCFwgyJtyqTcH7E6K+Q1YgzNU4EqlpjpRDf381aHmto6wNYn57xoQ1HxSA4GuzMRfHDbm&#10;onnu/C+zJbymeq/Y6xaI43NZqtLc80GVGgf4BULGy+ejgUqeWDvY85nS25FMbSgE4lA999SSYNps&#10;4Scb0MQayUY3O4CBifZoWtFfcBz8nmlsz7Aa78aszpU+vgaP/fGVGMqV/Rplkxsr4J/ca5G+iDOv&#10;K/wVszXNy2xzCth4kO7aeTvCkuBYgTy3p0G6eu+vF9iscNsNZ+VzDTWwsadr+wm+hBPW4OM0UoLr&#10;AVy2LhiYOmwy/1CDVeDbKy1sxBN5fZl8Bfuu23W7btftul23P8VNm/f//Pd+R/7Lv/0Hchg2JhfS&#10;D02szSeZ8lGGclq+Pi0rnwQWn1ZA6DKLyVm34wYpj7cPDxZe8Pggt7d3WCSYB53+XgYLSFNcY2du&#10;jeJe1yAKVg0FxbVqa3WxNnBhMcKEeiNHeH3YAkQLyCEeml8cklzJTKAETD2xlLUGv6WTJaIq0KcS&#10;rSMlWlhogamyLGhyYNcWqzzr/uv30T0XAyFrQIgCgAMWWj1O1TfyPRhAGJyBdTIX0EENmcsZIN7k&#10;eEM0+WhgcAUM2TVkYvmsC0BIZQb9W/QL02NVguOy79DtqKS5jJA3h5IIFjFVMbuBWKBHYaiymVTN&#10;1C1td+DCFp3srrirBbQn3WWTHwkXn5kd+0C/Qch56yJZWoHozCMGJToAUTquQOTvFhYXJQQyBWIF&#10;9YCxNm5I/YyEUslr4KpWYc0Vzer4CGamWnjJZlMZiwNkPRPYTkgsVdaTMvpub+oCtyZ4smibUbjM&#10;YDG9vL6A0fdFU3efvi4fTwD6zseTSa9D9R6v1yCfU+cnlGqB3uR6Xri75EnZX3mdDBmtmAHIGUOT&#10;8XZAl6eSIlHZYQz341t+NztoMoixhFjQWLfe/A4n+Lcp+zNhPKo0CGEtmUyi1Nhk9r4KvrPIGkf8&#10;nIIbxy6YIJXmy2YwBn2gEE+8nI8xSvXQ96uL6xcoC1+DxbVAjS6ZDTQTixepso3Zh5/JVtQpwDnH&#10;k3nTATA11lZwiVY1o6fEPxnIEDwEoGZod15cuj+5H5tEvTApDhaa4wmmuHcK0kkx56QO7Aie9mnv&#10;UbLL20tj+3mAENk81U/PQz1wn55x73rFOoxPMkzGqNaGiIZ0aKjH42ey+5a5/fFB//0gDwr4qeff&#10;8gH2x7K/ykRWYO/1+YVBNC+Ye/2YjRnkQB6LRmfPKBuI3lgjkykR2ITxFqpHoPtbFp6HnFvqbmYC&#10;J4AyhnlYymgiE8aCMSBlA+B3snF4MlN6BSK0JtX3BXjAuWZgyvU0CIM+DOxTJpMzrzLHhMoh9edP&#10;pyxHBT9P5jFmgRvJGElnSxhWdiFA/mQefTm3AJoKFXhgkIN29Vi7wj1nhj0buOJsNpfUhi6VtpC1&#10;G/xeIOM5OAVWz6tKs3uZcGCKb+mBHhFH90MOXQ5FZwtglOvGzs2xMto+cAWtd2Op4HhzFF3lkna3&#10;7xDWIR6VR1Yc7LBnhmIdm4EJtYM1w/xZqUCZDOO6IdU3uUoLl+oBfpyTvAZ0Qmiojp1Bay7hCIy6&#10;bXLblDvwz8BH+yOJKfEmyy7WwVvm+hHMNs0vVT6UzrEnp0obom/AZynVp05EOu++0gGnoSaIxzBJ&#10;tTQtoTXZarhDCxZpxycr9qYQXPPfm2uifamSYGeUIdhmZuLrcs+Zx94MMFLnD3/+WdPHwVoPm7H1&#10;h/pDL48gXNNgfh9mwwHm2WgMQ4BVBt4NFdgyf+QI1r4x83U8TGDoUjUxMNyqjvfgWVZsYoVL2Jwy&#10;ZEsBrkx8VzMkP4p2HryZB69ENPiWc6DhI4VWBrpmZfr4fMpIPvaQjOQefDPnutpwzbR9yTifnuq8&#10;qWEhI9mJsTZTAGZ6eAbWPbH6GQ8TG+6j+hNOtE0Y+ftDUxbE92a4DuzZEAvV2sLP1eyM83IF+67b&#10;dbtu1+26Xbc/te3pb34v//Xv/ifyvz/8G1zA2uJXpbtTUaDvIFPaLwW9gn1naC2ToX1IoNVFz267&#10;hcTx8dNn+e7zJ6aU3sukhu5gLiUZtRvr6XsMBvDCezY6HlNeTXKI+kAlq9lANzNXtwJUF2magDZO&#10;G9m/PmOxaD4zeSXxrJ5Pumg72+JKvfHM3PmM5MQzU8cel8/n3S08/abNYEXnQCSGjD0DCcx4H4ls&#10;SLHN1c/Pau5maA5zs8qgYVmvC2vIbwI88TSl0VhabVGtgJ/KhAFwxSYNTaN5CKJAIYOiUKIVjH5S&#10;k2D1OuoCeqZ3iy6sQ24LdGd9AegSyk1KY0wMlKVEsp4KYwZcNjYzLbNUI+k+OqIwNTdUhuDorCgH&#10;5Dz5sDC4YyVNbZ57ANUIvjqzK8Y1w6KkxAVkl1BKdkv05F8yErxr7Z460T39YugWpELQY4Jf5Obm&#10;Br5mWyRJT8YQiEPFDv16G1vhjACCt7dXedLUXQ3k+PIkL88vkB5Z6q6dJWOdSJXYmNdQoSxnrsye&#10;er5q/diKfI8/8fRTxs7Qn3DkVxfpuQRNnYkTmcobKlDwSzYJAEYneq6Zh56CZDNlVzk36TYkQss5&#10;3xYFxycrfhBak+SYje10nMlICV1RWohPDw0UyG75eenlRSZNqccz2DiIscqaawLzB4I8q5c9fqSX&#10;gA4Iq4HcuhjTTBkVKuvz6xJqpKeB1NnNmHKp91FmwrdJaU3ijLGrIFZqYEh25kwN+GhjGH6CwZg0&#10;pto0eWFiyI7Nee3cV5Crl25VHyxjuXmxqZcvEVzG+Fje5PnpFQXxdDPJ7U9vEUqjc72Ce5D4PtxT&#10;5vtJdst9orJaQTDS2WR2bwcpy5jXozdPLJPJBQ1xGpvf5UbN/Edjl1hS9kCgmo2X0CJpPLDIWHoJ&#10;Uj9Jib5dZjSvx3wmY0iL3kIfsObjNZsfKhlPevI3mrq9tbEwMkXT/QjNs8rYQt7EiV1KaGaqpzFr&#10;zvK2/M39/iR7BRGPJ8iED6ejJfxSvpwY7pQ8JCJzLtTnijdSMl3zOtZXordc7gAnZ4PDVzVboFLj&#10;FGX56HaRKlUf6j0jaMR1qbvKMO0gjcoBdkaapx3rmIp51UH0EI+KRVKGKnzd09J9LnHLBlselMqv&#10;i3V3hm9PRvGDYxN7ZMdOPqsgj4Yq3IwWZLFRFvdo/mMjPSCHYai/G8hqrm6D7XFOWS+PMZZ14in9&#10;BZo/7WzAFa8vntEORIsjcQbW2fHnus88K1jHRB0zyw8c8zLfnmNLt61NuLIKrWp+rpFgrVRf1bBy&#10;wejmQLCXhdCUj8O11LSFGhdriuIBls2GIJfKUj93QHs6m49eYsDGTH9OnSvcdw9SVfjqVW05rsPA&#10;uWF0sEqTb8kqG3kv2jphrExbgFGDef6u2Gq8r6eN+8/Za0UaHTZU2xBnrYb6TAq+vgy5Nt70HgPI&#10;djY1iTcbPDnerk0yUB9hKOYZeSawCaDznBgAZL9vrD9aM2Rj+WH+S2kFroUOebXU+wH2KyGaj7YH&#10;YyA5GInB1sS0Od5Yj77GGh3kZKN38HVSJLuabL53kfalNb3oM9EasEU4Z1G23T2HCpsUV7Dvul23&#10;63bdrtt1+xPe8ibKH/3+78s/+Vv/kZzD2Ks2ZVDft6UYUjbfkI/Lg/gI8G8Qk7XqmluN8ovKdidl&#10;9G2N5aGMj8fPkH9tbrYoEjVdNqRUF8tcPnZAUKkhHVoSBiTr2oJRV2pabGiohBrmm7RrYIfdC/iw&#10;FFBHfMwA7mamqAqSx0IoVfqILeVqbGyAXCaDzkydtai6zbey3ejiZBKzU8ts6dbcPUfEeg/mWnTY&#10;QiZUCYtXCaUruMzvP8gmeJHPRXkMax9vsRog0XPGmIazvedsqWuQQQxtwWZkIpOrHE+FISYFXmiB&#10;oFmgx5WjJ4PL/RqBzEAaD0ERB2Aa0Jc7z7wYe0+xTB+ygHMR3TeuSrMoR3VTdMquSgVVpclDtPCm&#10;NMcBsrq4DMWS6Jy9xGRTO7+xylnHcaxsokA/u0i5Wqg+jbICHIXJzDXoQhe8Y0DR4cY2fVhJoVeZ&#10;evEd98bqUzbfy8srGKgA+rqxOUCm6eODhZ6zHaU05lVfXLh0L9DvDcwP0g06I/XSzOuqT47eC16s&#10;WKEQG4jNYqbRZcLKPLEQpHXDepfZapGmx6QySEgRk0nB5ypHsv0C0y2YHIq0LDpRMcGS94v0puSl&#10;JQwH9/MKaz4FZGzO1ON95Puu1zh7YIlL6b2CX8mVG/htXn1eEM8GAPs4TPS6BMPP2HbwW4xDk/a7&#10;ZK/Lpw3i4Qqc73J/c2cbg1rIRZsnLZBDWqR3KNUnrRV0/pdbcvClvLA2O7pEY6kNkFwZgJr03ECx&#10;Fpqj11Uwt54RiDIeRtm/HeXt+U2ebp7g2adgNnz9lnn/+8/Plk6tPn7jxGChhHO2vdmgCFcfLH1e&#10;jPTHcoN7k3mNxtCJ7kEZK8MXxaF4UJExsdV7TBlOlhTKBMmZJv0KoFESbvYEgQBFrknSPo9EAHwT&#10;goyEjJ8A+X533yNZNNZiVYE/M7Av9NAyn6yDBo4oS/V4lNfDLG/7Az4QxDGbXD2TFX5Obpjf/MgS&#10;mUCFvl2lpjAbQCwdy6l0yZgO+jfqtANUjXG8HhzSseI6oIBeh9VWwEFmufzZXp5vzLbmBuqYd6ly&#10;9W4P7fVoDHwHscx6QPqdogyXGUvSpel0IEPs/z20xPEQmrWCrxHsW8aa1+Tam5sJjFVl8ysAjWAG&#10;ZTFNQ5VixxC+sXiifUKVGef2oHawNpunaJXqgv2fGbJjCc65mNdaoDefn9fgdhouTfVnK8YKFQdi&#10;LN5BPfp4jJWD2c3pQ9cYK85UrA2e7pBEVmEvwkaGBTrkDrBqdhiZlgulewZmsmkt+KHAnxMss2JS&#10;VDR5ZvNJnJ3JPafmRdf5rsbgSdoEp0YL/NgwCRfglc4lDIrQ71tAhrOGjZVrcwxQv+rlGWgbQHO6&#10;6kfrzwMHrGr6uQdkCTFNpjmDIQzQtmAeUpawHqNJa7OFalQPRMF1P8+pBYrUudeSkH0+yfTr9fs/&#10;hHbTYj3EZoixEG0tg4CQyDCzaHObyo3jZEFaIxPIAXaOZocDj8Vg5yHQYzRQ5hxrwrkrBFgn+KOs&#10;go2xBnxAgpyyVJZrlyLfn4dUZcvWtLmCfdftul2363bdrtuf4Paz3/hV+a/+3n8q/+fdr3YJqIXy&#10;3eXB6yBfPuEjwKdvrqbekC6FCR+32w0kjmrg/vBJvZx2MHCHPGJZXPji0IE9XRwVdHtnY8xoRzU7&#10;IDY4eQ6FRxbKTosuOPS9JywKbrjAGFiMHQ+TnJbFi5qrh6XgEi1U51S7qX0BDBBQO6vL+xwOUr3o&#10;dBEGlk12ScWNbJYKcNTuPaS6uSWm1Q43NLVdlidVTZ6sl93gvwF1FbgQT2QLTWq5kkI075/lgoAZ&#10;aYmKxg7SfTzBWNyYYkcon6dlYScGRsAfOyxFrLIubAFoi2KTpiGRUxN26RGzrFG515mLNV8AF4CG&#10;pUvRQ1kBX6d10mBvjI4SyNI+1L0GwMuafGHHPXBfDVhzgK957rkXnxe36Pp38qjs9EBnVcXmyTNS&#10;jiIEvExO3Arj4Kb0TC4tcgEMY2E/Uf58afhOtgeZbUgfVc+vtzd5fjVW38vyWVNINQUabCMLKzU/&#10;yNA8a1K5YNMR7BRnWvHwjL2Vq+WO+UE5SFg6uW+Tq8I3CuBmZ1zuGjcWxYVS0Og2jpdMD3ommZcV&#10;wT5lHzAJ8UyZ4nnOnYzUMUjbH5DilhfG0q5d6cz265jpAYMVxPXeLasBEKWylIwZG1Eoq2+lAQYu&#10;wWzph9JJv0sHEjT13VrCZ+MyQk4blnkvOwMy5TZXldwAvyRVsisM8HifzEhgu2PuZfoe6jxciPsV&#10;Z0NfHHstomRtYFhbEmUN/hmYxMYGzfeR+Jztnk9+G+VCTLLUhF+w0M4JgUDzcRnLJ86VDJnRMlCb&#10;NsOyw9PO5GKavBxvI5lxI9h7m+2IgA1PdPQgFGc+ekDHOZ8rUJkJTs5qPH86mCUDQz5msLoTA43o&#10;C5YZusPkYjOIj5WtDSuAuKmhHpEMroEMck/wRYCJStqLgRrKxgnw3TsjUR1A9+GM1PcD2HsH2e/N&#10;HuKNjD58P9k+1v1MJsVT0a3bLAQWw7nzqXMrirJKiigV81pD3+/vDmMjpVX4hoctxGz3I6wSotSm&#10;QwkNEPJwCGtcXQSwrnpfZRU+XWN/vKGyQpUyz60143pgp/eBi0xkQpOgdNLZ0FieAwEK2Dv47/h9&#10;OjBJ3QMZcH7PeF2ZT/e7rTyoPcOtslVvAPxttyMBfal+m0W6G01ciJsrcN4CDxgWVii5lh7ocxsN&#10;XmOspbJEtj67xxxtFOxzWE1rodoRVL5fYYhNDNWj1VlXlbs8hBpIZPNirgCu3TNh3RiQTEm5S2lN&#10;gptyqgEYAKbU4zBJvTelNFa9yk3BXEuU5JZMCwED+wK8W9N6jkIzyFi0Jue3kKyRMv8RCe72Gb6i&#10;7h9HWxcP5+mPvz2rGdbjc7mfM2njyr1PXSKcqRRwAL731nMGYnYWMeYC+7dK9U05QqVJx7QG45kg&#10;H+Yn/j3hv6VbfxSMDwsIwVp3iJWd6AnBFoYyUH5LgA5AYGSAkLEbdZ6NK+aqzXN1HuE9X2W30gXw&#10;hLAG9/l1lqY20PV8PSf0Ra3rQR27c27zeGLS92xS7jkZs/MK9l2363bdrtt1u25/Atu8FGH//T/4&#10;R/KHv/YPgUA18CVZWMTyCNcwjim/yZgOMmZL4B3LWYx354m0Bd1xlTjePdzJp0+P8pOf/ES+0xCD&#10;3Q7m7prQiMJh+bsmuZptEXhUA/TD/8/e2/VItnTpQSsidmbWR3efPmdGRiMYC1mMQQYLsBgjj4UZ&#10;GSQ+bY0lG2kGIY34uPBvRIA0EgJxAxe+whcgbhBYYt5zTldVZu4dEez1rGetiKzudzyYK7+T+7z1&#10;VnV3VVbmztix13rW87Hf9FdO9LVA2b9XJYdpgQeeixPDGyib6T5CKbyoySZLyCpROJ1lQ6P1ujdc&#10;b1L2RmsrV5OGbBb6AVZHgCv715uxC68XA0waJVgwUNd0t+cP8vCoTcDRilBIWeuQybT2DpybDrB1&#10;Gq3B8pAcWlLG/rst7AMBDcnBqQkNa+/AFkiEsxWFyq+ELK5DztPcn7BZC3DZz7PKUyDhhITDGpgD&#10;EzrR8C45pvz6mJiwb2drbarBeV4cm6lzHo2lNoplZp4Yk8sL4TZ5hTmGjCm7xaAymc8er5OhUDxp&#10;0Bu+mKB3MhKbSbkmkMaBsjIV90tIc61ItiAJP6ed79/+fOkxaLLHLSbOc0iIp/cdl3abBjmBJ41S&#10;LQ3jUM+v1/Or/PSTMvr+GJ9ff94/3q7mBbYajKXnHznPc7Qwy2nDqegTCbm3BFjqoSkBIrmpu0s/&#10;2xYpe8HcScODq9/IfijlCjlrGjhgTl+5aPl140xDT0/dyGC4APSr4TdWsY94U9DJ0VKD9PZ1Gud8&#10;Tj0hWm4TdU3S9045FAyg6a/Cg8zYQxr6oyBngMg5B4Ad4DuA7Akgnf3wCBonXEuNKc9ZGmgTB+oS&#10;bc1ndL455EqlMGhETHLfb2R1E+MJLCEDJ42hs8U67L+MWfQe1uljn3j/984UcsAC8jlI/M0vDgzN&#10;yXOyv2OLpZENwz8nz2VG064gn8IpKm1fEJZxiKAmBVDga1fofedyu+QhSNwvNpO2dUoG0TyvK1lF&#10;lTL/as953YJRWplC+W6x2rpQkOBgz9XM5Q8YcMAKQj3bFmOJLyrlm5jEuk+ZPK9GonGDt57Q32+T&#10;t/0epkCeMvnezivkuurB9/r6JtfzhcD3hZ589GVrfbIwsKa3pcGCfg/OzmmyWIu4/ss3wb3hIWfy&#10;Xf/L4evZI909ZIUYtAz+6dgnqwxydwrw/ev9b8RLOwMtTUDfCPCYYHkH/8hoXhbztCy4x6SwXfAg&#10;HE96t0GQg1kpvNswMAmp9TsPssUkif7e2kurkONrQv3H54P82g8f5NPHB3ne7/OPDwcmh9v+VKVO&#10;slgbiHXe10zWuoV1hPnsEXYPL07zLB3Do07PygQ2nt/QzLIiR9p0utnQvq4vwrOQbL6Rdjql3fL8&#10;5wnIqQ6ktxTMUbvHVgAvJkO36+xKO4UhSzf2LAB3AHj7+q4r7/deRjRKzy1Zd/Nzta/9TKVG9jpH&#10;xvumtYXWKgeCUHqtmk/cgn1jIeDnPsLKSIuAHq396LnnXnsyr/+bwZyE957fw+ahyCwthcRer3+y&#10;g22fpDSXzDwAmR4uUg20strxalLebZORtZ4oCTelw5iwcz3rILbb+98480UNVmhds9CDkPuWWQz4&#10;EGV457kE3S1Lcl7C9gSDFQ/okHc5OfIOxX+3l0ofqpTOe3hrPVKEESLSKMvWYch1jdCoxvXQugTT&#10;2v2dVx3erObXewf77sf9uB/3437cj/+fx//5l/+C/Nf/2t+Vf3T6NZkDC3uEHHQ0rPDm24vX0i/7&#10;5yvku9LX4ecGkKCj6FAwTFl9n7/7LM+fPjCl9AFFWmIoQOPUG7IOsIC0UXqRbb/Bu6+dFm1pUabF&#10;SdLhBCBSzcFRqPQ5SgFdNDAzl6i4l8i6sKHcPy7LdW+6PBlwpeTCmX0p/PGs0N2buHTFb6iUgbp/&#10;yodqhfDx1CwghDInFDjfAvpCftgGeCOe0puj4FRvqswmP4r6nCJQYmazOfSC058tyVMT4/RcaCYH&#10;wLfNDN47veoABh46pRgm79Dz3JlyaUAepRRikiGYyzOFcSEbLhF8QpIaG7ruLCAW+ibHqJhySzUf&#10;sE5PMq8XUzRzg8GR3OfQHKNuzmF4jU2AYZu9hqbU3UJprjV/7FjpMW9AQqCnMU13k/uWRuDFnKaK&#10;gpmycQCdpdyiSuE32FHwa7F6Pr+i2X950cTdVznvXysgAPP9WhkykkOWCe4APYF6MDEkfMEszc8a&#10;Nn094AE1oqW9Emhko0UZXY1G0xdRiWsnpf4VJpJuGsoU6dhf4QnDdX8EA3iIRrVADkzoAcwMpClR&#10;UqzPqkwJhDJCqmULfLtHYM90CQwQi4yMm8st5KsOCnhaLxtismDyZO6eZslrHuf9tsdxGVwBmNed&#10;UdPtz7o3qeRW3ydg2JBZJjRC2K8qfQPV+F8MPFIdvu6vILK2PMABl0n2yauP5y7NgE//mrnn10Aw&#10;LJx1zPVtZ35IBCs9UXVPm6/hTjP/kSpJ1q0CMUuK9MXT8SgPDwbiPSOp94M8f3iSTx8tqOP5+Qny&#10;3kd+z4F7srOxIOXbaoBZlTJ+bRJXB/eaNc8KADqYogBlZ7K3Sf88uVQigTeTFeTDIJP/0Zw/kxHE&#10;MI3jwWRwwgRRD6LoEWKUsI6vysxTYGO9ysvrWVZN7d0bWQXwz9czQL4vCu6dDew3T86K16NgZeN5&#10;rQT0Yl7hoQcEdI2hm2/AbAuOyPFGhwp8otg5AS1kqsnguR6mbZ0zjczzRca5uBGmI7kOfIzrqwVE&#10;lKeRU56AlMkygaBwBHsQaBr1wmBpw+xfBpM789oqtKBwD1VbN5b9MUtyJSS6ZPaB9SQBCC20XbDk&#10;Zme62UBJAQk9r8rWf346ySf1nnx6kMdHBZR8v1nJSrbz5SFJDeAWmV5YixuBmx7s8tyHtUVYVvCs&#10;phgg9LHnOqBJb2B4BTLZ1q6RdOO/N5z5kskw50RcyqFlGmbUYGTTdgHy2mRBWpsx9VYy0wy8sfRb&#10;Hdqo76TaMrS1GbCnYTb482r/3uwehD0mlZvwrZldboBrMcVBJhsNQF02mSkScQ9k8CUCWot58SH5&#10;1cDbTI9Z/UVaXxpjUSz5l/twWCi0+fz79ZDDvqAzRAfyf76n9toJWuH1W70KwLM6e8+8dMHi87Af&#10;fQxnqtGXEEEaZC4m2okYELdYLaU12WL3l8VDMRhWZKFo9CJkqAZkzAzHyLQlKQwrKlQt6HnU/dN/&#10;dvZltqFoGgNUX5MEYauM9PbeZnMAYbCID/mG13KjDcHWTHqM/U6ZjbBSWLHv6VqvlCM7IzTC3PCz&#10;5iutTOg72Hc/7sf9uB/34378Ex7Xzyf5H//GfyT/0z/zb46hZySKsSFFIMcG+a4m76ZmQJ9Kd7PU&#10;qdFsNoXci46H0xFG7R8/fZIP+vH4QY6U75ZC6WM38AcF03bZC6Hz3hS9ytvLF4B9WhyAiQUWxiM+&#10;jsfVgL/Daf+8KEfoFqzooKvtBVQF209zKZ7271svBGdQWF3MuyVrGmKJAA8vapOHg7Dp1OJN+sUK&#10;GGFQwmZFvIJ+z+1JHvpR0vFkQRNohN34mtPybj4+0iZDYjZCfaIloWnZn5sDAmHFgsIrU3JFT0P/&#10;x/5evkVAbi/4Ho57A7wXzZCFsZhys2ln5rjMJ09MidGQUEamDZP+fpXLaOOhkuDkrDkKfOFJ08yM&#10;neBSp8TVwUBlanp4RGZKqnv2eVgGA/XYFAwfv9ku0NEXZz3m7GmKOUCkYC2RzdXoLYhU4tlWHgw4&#10;A0/Q8Pg5zR1sJCnDs8dBIS3Kl8PC9LpEVk0O0BDOkwpSaMLz2xtSdl+//CwvX77s6/sV4S/XdSM7&#10;0eWgGcwSxqzap2rJ1DUPpWcDG4KAn+QwqAcgpG8J/OOaTB31LTg3/V1ic83Mx9GcpxRrZAa5etAb&#10;B+DWviminUJD+N6WPgOicvO1ghRlfgywiybJoJv2p69jM/BMKTeb1H4D8EvuX5cm78tM24E0/O/8&#10;WgNy4k35lDTax2/1pGV/38zST98kDebZLKSDYJ3JIhO91TJYDWBZ7WsHTR/QzobgIbPTrOHL575m&#10;wPI9nydNjCoHxuO1vTMJbcMIfXiI+fVE79PIDbAQCG+8ANZTupbyYPFmetdpI3lST6yjSXIfH5/k&#10;+ekBgJ4mrz9/1BTeJ7sP7B/K6n54PBmLbv/ZyvAPIXu2eiIwWSHmtWcm/bpHd2eK0PTe35OSRmw1&#10;mmaMJI42IymD6QLAhwb8aJTJ+lno35Uo5zVW6wB4m4OPm/lQQpZ+VtbeBSEjKtFV7723M6W6CgLy&#10;Q7/eVpPtAYislLR5qAEB9bhSUhkM5Xes3j75SuYpjCLOxXRR5FjLxrZvc6AN14ADVmOA4p5rPe59&#10;mZQ/PINUB7geARGkFKcp+CH23xT3Iw8/yJPsPac8Qk3o+5UpOcT3cp9NHEgVSqoPxew9CjzETFZr&#10;30s1AveNA/0V9Y+4Ly92bwbgV0YYg4J7uPcouyxvsBR4fDzK037zPCrQpAOYvd6BJ2k3NhrCNJqH&#10;vRi4NfwUe0gVZZJY13dzkkRmfJdxbiQGVSPgpUyhB8MGdjDTPE17bJ3txm6i+j5660ARqbeteurr&#10;kN5uBLIA/Ddbsxh+ruZdrNfCWk2ij1TdOC8u07TXjF9degTaLMksQiCL57UH9t5iwRpLcTCWstvF&#10;fOSMsZYpO10CsE2zLHnai6M+SoGMhrS0EUwysHazAPM2hhoWlNJwf15XC07BQKH28NHTf3Mwz0JG&#10;WshybSgx/E9tjzUAHOxRDlX1+R4xZDBmsbFN7fXawCEx2daGsmYrQCsBrl33NXXmZ84pwNAZ7C03&#10;jNAZBJabtWNZKt2GnrVHjW4+vF7bCL1OB+PbpNhk8+nnjenB3LsxrOHQRtl6fo5rGwNc940NhQ3O&#10;94rzewf77sf9uB/3437cj3+C43//7X9F/pt/+ffkF8ePBrZ0w0E6m8wOMK9BqmsefRfJ2xkS3tLO&#10;lggHAIXgTTKppAJ9j0/PYPT98MOvgdlx+vAE5keapUbdjJobgb7L5XVvnr7I5ctP5r20MpUua/Hz&#10;KuX0JOvDkyzHBzk+aAGiab6HYFqFwbc21bmQEaDhtWzyKHU4nq777zlaIXneH1dTd6/GsgJIQn1b&#10;YuGsxwaJ24VJiW1v8DQdtMnTeUPT992nT7I9dXnU4JF8IBMgHiTMqo1PY00rZC0Kcqi8b6E1vMvM&#10;wj9sFPitjMZcZlNjmv87I8OwDSsUW9VmQX/fgQXaTbcRBbL7GQVY1U1SsZEVqO2UNscHpt15KqbQ&#10;90nfR81jTltiYqP6dFlTlvow7R4SU5kCF6xhWSf/xG8d+Z1BvJu2u0S3J2+MR1CINTmVybaexMuW&#10;NdggnjQrkAwl/iFTnlwCdBp4cvxmGmSLh1LUEsbcVxjyX+Tl5UVev3yRn/ePl5++ABxQRhDYAvSU&#10;8rXaE8+XrolmjQEku/ufWzb0MnNdAvCDYfeQ3CcCCAou0RmKhI4Ukp00h26w+M89vYPP8hTKMQF0&#10;yYNQbt+bRIqhSzjz+0AInjdnoEr/kzN9ExswB2zhhSfflgzODXLkX773LEu32Kc9D25d7tcUPk1p&#10;glgEclTfEMyqi+nTfEzdf9S7USW2fSNorc1hMRl4UuC+mO+h7pkIB9HUYTZ+Fmyy8fpWhmbZv7Z0&#10;bGXT9rAEaHwugyY1ZHsjDVyYMjw3ctjbK8+OS7v9w+Wy7rdV2w2DMuSPCrocjFmjVgAKhCiopwFM&#10;6sMK1t6T/vkJrO7n/R5wOh3A9lNG9wKGXEKzZw1fj6bakrJbJMxKHYzgRlZJM8NCAgQGri8Ha5AT&#10;QYCSx35mCe3FvEpLooy/hBTUwzU83ds9PvW/1dk7yiTcOoz118sFAIcCfa8vb/Ll9Q3gnnpuvr1e&#10;5e16kct1vy+8Xcw3UMGA68oU7WYSe8jXfI+6Tcm0S+hwu7TJ6HTmd38nrMvuk0nQrshtTlRmE23f&#10;RWYtPeN6vwXyMw3gugxfVE/bTLPpnrtA6kDCE2f7kJ8bUMfBC8F0eGKWROuEhWFRBGcTQb4JmLU1&#10;Z35ixcENAncA+xAc4On1ZaRRTyJzzUxx+e+BfmV6Gg8eapHN+gMew5n/RjBQE3gPe72SwYRfZUu6&#10;Fs/0amvhSxphKY3BGh4cRPZ6DM9SjkCDGDo4cziVaW/OwUxM9NGbg0DAw3VGXrsF6fXvah9ArYNP&#10;jcCb3/sifKcay39rlbJ3Jr1unvrKUJtGqTmAQMp5xYGggSDmlGPNdIY5gC2rsv3jyTz0lhxgnQHt&#10;9r4gSVevU56HA735EkEtAFilDAakSCgQRmBMDtAI7F6UE1afGlvZXp+yMMFKdP/Yaj7M+v3rdsV5&#10;UykuACqoOxo9Cm0w3Rjy0xiI01p/N4BKULcYmH2AN/J8r/W0bpfgHk4ElcE+tUTy4l58C9NweX2m&#10;APWM/SjBhB2AXpqGZLf34MGoHJYBneE/rNHEzse6mY+kha3VUFNsDAzqXBvmr1dHGFGt9HvldVPr&#10;BBxzT1zru32sx0DQBrb6Whe7LZP9fQf77sf9uB/3437cj/8Px+uf+yD//V//PfkHv/aX3xld9Wjk&#10;kVTLQhZm9pDvXgHyqYw3k/FnFVUPCc7xcJTHvfFD+u53n+Tp+UmOKt89nEJGNRcfKLzUv+h6luvb&#10;i6yvr3K9vkH6pIUo/K72m/22N1uHzXw/DscVxdnjw/7z7I1U4oHWJ1hHbFDyAQBepgxCC6GK5m//&#10;88En+wc5pxfztNsscXf4ptjkcq2Nzb4WyckKQAVUYAT/gGLpebPG7vGxytNe3EJ2QrngTZopzJi2&#10;ISnRTlybfcIkQi8/SxWeMY1sJv85B9hnycQ2bTU2lBlcuwQrUwKEIjgPjdcM+nnIQFA7kwzT9j7k&#10;gIVgaiFjxotLPQ8b/ZTAGoQ31HHCFP37XLbBtDlOdSOpjSmGxggoQ9qch+Rk9mozWVOPQIFYwwwQ&#10;gB8a2RPN3cwJBpdcpmZ/bvx7AFc3vnAp0WuwEgi1567T+HUr+5I57q9NC/Qr5FVX9elT+a4mbr5+&#10;gXxXAQIPrGhklQEYKiWaby1qN3g1NjzHajnTIdOFbw8lSvq6kZhcLXGRmR1SyPBT7os+V0sZLgSD&#10;sp9QggUu9bw1vBv/vS/JQ/g7sZFk0o7KTVrG8BubZKZ9iIFjyfV3vyE55Ojf2+gH921PP/fvDAkg&#10;10oJIPAGG8Tr7f02fHfwefvXwKNQIhmMq3zzYiGravv7VTq2D0g/q3qZLmDqJcrC/XUqgbMVApTY&#10;QwtZVrpWLegB8vlGdiLTSfuUwj2/OR5WMV/f7h9q4MTMZZWQcqLpd7acAxeeBwSg+4CGEwDfoaAp&#10;VRbfw3FvUPc97sO+tytbT0E+BfcedK/f/14TdpfliAZWzysawWaydrCUmbKpoR4rwYTu4UQEMNI7&#10;QNhka9YQK3Bg8jVjiuteoFI2D50pnirO4JXi0rUb31Pu535dNxrsg3FrbDxt/pWde6WcDD58+zX9&#10;8vq2X9dXAH2X60XeznZvgoRvXclw6gFW0g7NmHvTuheGLsBTDCzvyVstu8/kAAZzH9dQE0+kdlYq&#10;gVJL8xgNfhoJyzJ5xiVnvOLrSk9CZz0TMC2DvYq6QJ9L5Z5e5rAfiXR0MPUmn7xCqXQhm74EuzLh&#10;3+DneChkOQ0gKDNgQxKBvoX+j9n0u3ZPMmDNmK52RvJ0nUPOiCCOxBAW20MC7NNQoMXUCMeFbDP6&#10;vmUOqlRhwO2eADXlz/zdll5rg7wc7LJpkBIsakqTZaRvG/hnz8tYankKZ5pk0+HBSnkkk8098KM1&#10;D2uhXQITb7dqKeg+WBM+f7CwyLQyPzn73Jlm7T59AbbLUBHgvIidzwXD1kQPuYWhNW6fYufyqInG&#10;GpSxEKR1GWrOAWq5d2LmkHahNFvK8GesU5hbQXZyH/scniJ94OANJ5EK73LkDQDesM6wQDN68YU0&#10;l4BUqzH4MKk2E+1lkr8QzHV1ga13AzT9+ReuadguxJB0SGwxrCC4d4A/KK1UprCN8LhMw4+45Gl6&#10;NUfApduacaQhz3uCRBBTJN4DtGuoMwDwbm2kl5PF2mjF4dYKBnxSstwq2Z4tvgbwB2BwsD0bB8l4&#10;z4WAZXKZcoESxxmLh2xybP33O9h3P+7H/bgf9+N+/CkOlYv+w9/5bfnv/uLfktfycNvQptFICkEd&#10;bTgzbtZXsO9aO+8VwtmAKjK/BGms3abheyP4+PggTx9Vvvsd/Pog3TqaP1MKOaUWBCvYe1cN5Di/&#10;IaX08vYq5/3rC5h2lyi0FKhQQ3utVVze5Qmox9P+XI76Wh7QDHbKoFBoMc2vuXfW/rsxPeZkP1NK&#10;pHIQgED67fBRu0ZyJlqISBpNZGisLJC0aF6YuKbMNEu/rduztKeK8I4jmHCZTIYFJaqz9ZrLo6IQ&#10;8/S3boCjpniaEz+ZFZ3tXYpm3CRg9nqrg4FCKWrrwRxD4+jm2w6I3CSzpmgsreEsBrwBWNqiMc3i&#10;yXyIWRh9Kf3mxIFUoQzJm8Ruja/5VpmnkRWRJhsUxzczkzGDcdcnaDgcCvE3WsB75drIWEJv6I2N&#10;B4iEX9fk36cNA9kmwazJKab0/nXne2Pec+7NZJNrbVA7/XD0ueR0BeCnTcflrGv7Iq/7uv7y88+Q&#10;+Om6Anjuaw9AnUm9AQ6BeyOCVQLZTwWrdeubNTt6xptdQz2TAdgZQtInMAeApqFDyhITl8N5U54y&#10;PcBygFzvdopvfPX1kb5iKA0EqvsqTAOkqL7RyCRd7u8iaPtg2Em0u0Oi/q0nhdOQb3hSt4/p8cLh&#10;YSejSZok+1/tl33gmO+Ij4EqIqCjNaayNsjU9cV2JoZLBO3mCOnQ66pjvymUyfNhG5kp6h2WrYWr&#10;Yo16hryqDGnmjBbN75ZFAGPfoHvYTSJvJIYz2RH7mMu22DQ7c8SIcAsAPgXSjscj2Nmnh5M8nU4I&#10;WlLprjK5Ffh7enqEJE2/X9cXgDPaPOgeObO6sborpW8EoBwkccmaSTVt7QLko1m/pW3SfL8UpoiP&#10;AIPB/p3ymNlodkrRehvJkNp8IhVUE8w1fGk1Vo+mt+s1q38H2a6CffTeMwnvJmcFSdaN7EShryvD&#10;Lsgs7mncX8KHtcsNyzZkminFFcVW3PPN/fIYckwHYVrjuqAnKpI6o92nPJcy/d6+XjbJrDJy5nAv&#10;wiFyBBz5kA7v4DLexczk0kQDvSIjCAASQ2foHZj2SaYSAI7FEuCPSD6WAD3cw8/CgIy1FqwlaQM8&#10;k2EPodexAcTiin3KIIsq6+WQba8HGJUMHFFvWzgwLGSAenCHegQT2K/t9lTPQKxDLM7+x+xpzEPG&#10;0IQBU856jHtpBALl4cPLn98sxpSAfbJ1yvu5JWCbnzASr10+GsE1DQCfAzKQ27qXIFmAHRJ689rb&#10;OIRzMNiYoHYNgUFOz2B7byzF3t6rTEDfzlshUIfzns03EKDu0RQBAH0XA7U9GN1sVVzNQIbmtCM7&#10;G3xr0xBDmbbVfYiZ8E4ZNUjBPFeV7GBNCNfr88KwB7WIuagtgMuuXULabADRJt/ZZBcqr4WhhMAg&#10;gedkcSnt9LWxjAliLeYBmikrT0zxXhj6Y4MKYy7GtcaAsJTf2VtMA8/07l7rJyhCYDjwjKwvJvs6&#10;6OugMAbXvQ9WHlLEr7SrWSNoY6smXbafsXVlrE8yKZnS7OdOunsJ8KrJ9ORcjsb8Bdi5oCZfsgeK&#10;JFyrng6Me2i+g333437cj/txP+7HP/b46c//IH/0O39X/uGnf+GX9fXGLEMzYQ2nANRaJa9ve8H0&#10;ut/U9fNl/xGddFdIXLzw0Ru2Ansfv/tOfvj+e/n0w3fwbFLwD1NKynC8QNNC9Ho+70XFKySOLz//&#10;KG8vPyHIYIVfX6PJL1vTauyPtDdfJ03qbcYsVODtsBcd8BaC74kWCEcZg3Gb5DcymrQI7cVM1x8o&#10;KdLiXgVQBv68SXoTeLm49NYLpe7eWXu3VVXWc20h672goLzI9eVNXt/e5OOH/Vx8+LA3wic0wyoV&#10;AgimjWmzgriFAX4bTYQlY1iRO/dkvUeypJtRG4vApLICwAHIpkn/AIDsr7pasl9jp9b5wANUlGCQ&#10;AJGhN5eCEUtfkKy71HyT/miG8G0wodj4JHpK7W34YDhkNjBaSKZNjm0xmWsxthF+cRnMOk/l9AAD&#10;U50RaGuWvEkt5SCTZUv7zJ7K6HIpl7ywoQjmhNAv8MYsXQDkerOzNjew91ADn2Br+m+N5kTZO+rf&#10;uF43AGwJPo5XePSpV58yVBUYMEDTQIsTGs99/V7315NWhDl4oIXs5xzsGc0EVuYo3tcDmEa4frr5&#10;VOn363rV96n2Fs1lLp4oyEAN92N0ACXlaDKdlZbTLevLz8kNcPYnAH7RvCb5BgDluFrC67lhAb5j&#10;bpU22jwnwm5CD0EZzLue3/3oxCbsUyOUZ4TwTxFcm+Yrzlza7aLJo9GHv1YiYzRb8AY+I0VzQaME&#10;4K9ZEEhqEms59wUgne6d3Rm5ep00W5dd95Sm/mI0yedgAGERuuelFgDLABkqm8LklmoyKD99fD0l&#10;vYa3lJrGb0y4BYMnMaFRwHbCWlUmnwZqKLh3OoC1d3xwZp8BgAewdiwQQAE0baQLQe3k7LopRRXN&#10;bCojibuU8KLSvRhfMxk3J5fxKWB0JCBDMDIVNtwpxgGRkEofKfcv62TsXTeC9dtKn7I6JGb7Peey&#10;7+Hbfl2qzF7B+vPZPPnOYPatkOkqsG+fa/iUNYb49FluqyiTQ3V5eCy616kPI3oOZ0txB8zG5NrZ&#10;99IYywR/fe+SFr6MaLxl8gL8xk0+fOLcc/IdaGAgcyNoYx55zrhyQLZ48q3v2/w6O1svLfDLU+a8&#10;STfpv0Y/PgcDDbxVVt3BgACmx/qAzWqA/X1JJilEcje9OzNNClOemFYqnWRSOiSkTHCFhHuZwgpc&#10;Isr3wwMhdLCCAYyZPb7bG+z9wegk5ykUTCJV1AGOPnliSuojGEIGaIXHrJXAjYHzIyCik6A+eciR&#10;pVb5e5SBVp0V7356mn6+XbGer6v7XVZ47jXe1/BuYVBk9945rRrXIZiVJdiTunn5eQRLjyC7h/LY&#10;NUspbrFznObQlOxA4BJAvPtPOgu/z1suaz1TUPTw7m1kVbbu3pctrls7B1swlON8VQJUCHowgE99&#10;NMHApWWIJzX7Owwokmux7HseBsNMtrXXaaDmgZ6CCAw5LuEDqrXMgefQZds5u++kgXud+6IBXlQR&#10;ZCabB43clRXt6yEUwbzGwVULIHeEMFXWFC3k5c4I5XpSABmD6RX1a/P6imsHFiQcZJiNgnm4RuBM&#10;taH9PKzq4Y1BFrbL8FHTWQDSwb0bF4KhupZwPvdzoN6F7q1ZUqQFQ5J/b+Hux/24H/fjftyPbx/t&#10;kOQf/Ft/Q/7oL/x7ck0HV9zeNAJh8J+8p2hmXq/T0/VN2vVN+v4hXSW8G7ypLEjAJCkA+tSQ/fmD&#10;BXJ89508Pz7Lw4MxPQplHy2aTG2W1MhcpVDqZ/aTvL28gA1V9yIDcgr6gUQoAwtbTZZdvZnqg2Wm&#10;j3+SRyvYFm1XFoJYUzsDGdJiKXBLDkN2LfYgLZDh1aeAjfotqbwJEoSJw6SNeAKpUZk3LIY8eW+r&#10;bJ7NA+dxPwft47M8wpdliRAMAFxaGgFEzMEOMH8uthKQ5Y5KOL5H6NemhaSHDDhY4WAdit4crv6h&#10;XtOmNHudTZrIREdw3GShvFTJKU0Lt9puPV/IVPGU07kaC6AoCVM/szEEm/lnmSWXpQEj6ZYglfsU&#10;Cs9xbykSDjvZdDPIk+n3pIXzIU+yLk6DM82/042Bt72C6s2PpwY7CEJ5VBTQaRSxzqA8JAdEzL9Q&#10;H1OL5gsn2wpiv758kTf17tKCuVlyprFajvgdef+4yFXk2vnOVYBdCtAWvO/GyDNHHuhCsQ6ThweI&#10;g8RsUEyXAzmveza2Zmt6MHYzZaNkwrmsl++6X235H8PnE/k6adpltO6XN6+Tr5vmP+HRk+9HI2U7&#10;EWhLAYSkr7zLZArp8dd/I92dfC5vBhy98wyk8X3iTVd+96x7PKZJasl8Uv89AtPw76s0pqd3HgD5&#10;RgQHtgQLvPw6UcteKOvF0rVU2WKJJcH87JnvMvaBFHJJY/w18xFME/XwnWm/P3+sZ7Je3KvPASVv&#10;SnX/VKbJAUy+BT6kyuA7kIWhLL5SRrp5IjjfCMIXrGYdryyRip7ca4/gQCGrBYwr/NkY0MvhaH5W&#10;B2uqjXVNJuxyGB57ORBY22/bAN2csWept5vJGDGUsa9hHL/SE5AsFQcNLgrqUbZ7ZsDGlSm72gBr&#10;ngiSpfXnww/NJNidoGYX+cpy4Cvs2wE3mZm1zTG9Adg190XrIW1uZNS76f8Ac02OPO5VPEfJvO4g&#10;JQxmc6bUtgyLhMknNiSvHmDioCzYcpQhukTagy+KgR7HCEAZ3mL+fueQWBe3ygz5r4ORfp/aiLeX&#10;ZK/Z1qdJXMHwy2ZPMEv19XsTn6f7NGaXf4Olbr/X12RaCMZkY426nLB/a9CRhg68y+3AAmMAHcZs&#10;dQC0faRZx8BQbi0NqoMmrYf/mw529HUD2FNWHlw+uFYZhADfM65fl512Ssf160ZAqzNVFquUYVIu&#10;A0U4ExnKALDI1gOAVUpIU12eq4CMAu4HBlMZwJUjbAIybd5/U/ge2xQou5xZFRAe/DUBc0JwXugt&#10;6vLb6h8B7k0SUYKcYDDycXww15gyV6uxI1HPKXN3/4zBWzJAyfaYhQB0DsZdIUB9XAaoVw4pkrt9&#10;aHYku7i4lzFZxuGhFzLuEezUZEiAh39jjhqyeyp2pzTbaxEJXJ+S4jb28TYxtRmWUju9FgMQ7iHL&#10;1Qe+bgRO10pPQkrAtT7n3hkJueJKkpmtx5ptKfH+4p60COTdygLHfrCQwUcZc0FAU6KHdrkZ6mSy&#10;XO1r7gd3Zt/9uB/3437cj/vx7eP/+a3fkP/2r/4n8n98+Of2ZrJHE98m37zZSB/Ak5hERMDsu0hb&#10;XyVdX2W97J/7GcU0g173m7wx+p4e1K/pST5++ijfff5sBu1Pj5BaZRqie1OmjMHrdoVkV1N3X778&#10;LF9eXkzGq9KBlYVbpP1JAFlW/BQaBCsT4yLlauDEiqK1ySEkNQp0HK2VcuN9IfaVFAisBNu0gU3y&#10;8NDILKN87HyRrZz3162MGjMatkCSPCUVk0CzarGtjfhF+maMQGUcNm0un69mav38LI9gxSwBUIWW&#10;xUG8yoRi8aTZ/DXlys8Gi73uXlRBDhlRyipbAtNEwSbGd0YqW/JzmkfPkucGx8zXCwGnTvZgi/Hz&#10;AFa8mKWKmKmFPbzCEPTiBXA5yOODeW45K8ZRFpf7AtRSH0Bdnft60cZj45Qc0prkDUoe7AGX2NAL&#10;ycFdaTVc3iwNdTTR3cGOJgQ9hDLoAV6VhQb1swSYUljzMjNJCphB+/u87uvmFbL0M1hByi7IB2sk&#10;FCSBr9j+2ConwnvIDwOazdS7ZYg+qeSpXGsOcjQAsNnTmZUN5jI/hMhac6W+ksYTyiOAYvLz8df3&#10;DdxOnBn4vtlNNLnr83r75k+7qX++GSLMYFrQANutRDcaoNFTTP6Cnv3ZvwkbgvPmLDI3ypfbNT33&#10;7f3r9BHhqf6mfrkHMGr+Zsom7RrM4QMJZWNuFU10U6SCTXAiK1jf10TgSdHxnqvJDw2ysUu3GWCv&#10;7Xnh15DzlUTvNWMwNfcbRHohQf3G97r2kCzr+mtg3DHdcHM/qr3xrQMwcDkdZLvw2Tri4/HBmH0K&#10;+Fkq5sFYOmzS9GuT6pdI1dSvAQCVJaSZxshjU52ZZE3p1oFgn95PwAhLxqY0+eC47jpBHxgLrNtg&#10;KDZLCFWAzkziKV+kTxcGMDSSR+KoJ//WNmSQ1f6srBb15bvue/pZw5cuJv1bkcBpCZWNeegdtgy+&#10;rheuHd0vB1O7f7X2bYjROWRpBG2Ht5Z5XEFCSbmm3wRSM/QrdQf6qsxxLfCiK3kgAhFEwjAL90pL&#10;hYMQC6NwlpHQfqGQLQmJNFhxlGwCBDkQCMyULg5/veJgIH3ZVKZrIQV+yTNAhoDt8Olscb/vnQRW&#10;DhwL03h1COJ+d5gt0dMsQERKZZ01ap57aTDGI+SjELPjYIhgsq/FJP4YOQDVSDqWRAZelyGJbQTl&#10;yKSi5YODMP498DojGGPrWEaaKRmmDuYpo9GHOQ7gOFsLbLc+Ul97n1PlKVXnnwvsSzoZVva+ak2m&#10;NZvJap2Nx0GUXosuO/X3k8xcC05JA+RbSoB8iWCyaF3FxaiA+nhexkjfeL2uqPH42sgY09ccf1eZ&#10;+IsPYfBVjUCRK+XHngYMzmcbg8bsjNU8dn7de0StNk4nfK+uWwUt9dpQUMrltzbAs/WujL1goHGw&#10;Z0NJl+su4U2YJol2AMXZ72O396oy3QgdDNb7BtaXe4cGA9sGRJDaiqXX9vAOHsnQtsYawzXqSEcm&#10;s7FOPnsOptZthDJFSAdmhhvtCOx5uC0CzglZsWViOTpjNuT7vA8oYxcDIvqsLjlHKrMP2j05WL4x&#10;ICmsj/X+dQf77sf9uB/3437cj+moT0X+l3/735X/4Td/V7ZUOHWeE8N+CeNAb+xIj1Rp4Vna+iL5&#10;/EX65Sdp15e9ObygUlHqvY7v9Ob9+HiSDx8N5Pv+h+8RzKGhHCemr2mDESbxVRkSF7Cevvz8o/z4&#10;iz/eP34hX376Wd5e3yCbQlFcna02d0puuC4Guqlv4F5PVjS8dTRB8BPcC5zDaS9qtfnRFNrCws+9&#10;6bp5+zHowLykOqVF1pReT2fZzkc5L2dJ54uUeuV0ubMB6zdsu1ZNcHjV36/F0kpD98sDmCEqI7k+&#10;f5Dn9gTDamtq8wg47aNRCK+nbGo3MA8o9bh5uyjtdbzGWDsi3zQ1c6wjwjjI+3DWQdA6m8jcQjqy&#10;2SQkW5D/TJPqmEwH4GfSss0lZQAbOpr/E42N9vo6TMQr/R87DfyxVsj6UVkRHf2CATHMyp2qpefO&#10;WFKJch/3pvHGrNb2FTQ0gzw+ic/pQDu2wURJFrkaAFSk8XaTzm2XhjVXNYlTk3Yh/TsDXAADUA54&#10;z58eHwD2mVwyE2ygOXjzhF1hcsOGRhRsB0ofzXORnlrNmC0GK1SAtplsvkhnpZ+cN9r+uryBm739&#10;vwnavQu2QJPebxMQ5d16S78M/EstvMfS9CM3ZLQ8AXBOaM0DpHTD/k7gMTE9NLuH5f716WCAFOSD&#10;zu509kTPMyXHtzww6xxADz+kNCTvRtnztFKhHFf3ymLnW/c4TdCt6m65WSN/yPAltaRme5yiDZjL&#10;dytl2N1jFixV2Vh8yvIUMHMLE2gNAFIfz/3fC/e6bKA4GDq9h/9Xckkw//M0WG2gwWzbm7zVAz1o&#10;Iq+Akza3et6UzffwYPYDx705fkSa7okSe21yD2BtGVB3AADkKb0GCJbwY7I/W1McDBo2eC75NI+1&#10;FP51wgCPyqFOMFzIavLUUIAAq329KuN7W817z9nVno5ajRcTHoGJe0QfYQXbZo991mt47XK9Njmv&#10;Ta5b2s9ZRso2yJkcSJg/3TukPHPNzME+75I6PQhnlk9WvZEFS5B7nHBQkejfOl03toXaPSHTnzQT&#10;RkiehJoKc3hsDwUri0wsfb8OBC6QkEwG1uIMPYAZmcBHJrAxLBaMFV9CAplol+FDkPye0aiAjm8W&#10;Nh0bPpLNw0I4k5DBhsrqY9a57zCd05l32QEsIH/uQZoGc15SSEnjawZowErjG6m3Ej64drL1nuL3&#10;mJC/Q/64IngAoBwDMbbaKZvdLOiAgPpWB/PMgTtn2FZaO3T3lqtzgMJYH5E9Nft7Jk9MLjz/Oc5/&#10;sDNTDluLQjBLQyBsfywYvC1kZQn9MC1kQiChFJGvJKhgrjqIlU0B0ByyZf1iz7MHm8xYZxa2pn6Y&#10;G+Sh6y3TzNl7zfw9LfG2Dikzz//GcyV1uJGmCEZJHDYMIKnQziPAJDGgz30HtSY50GcYe9XBWI2Z&#10;AOfhWGD5kl0N4nts8YR2Bq7k2zsgFA0MVmruLTnx0a2EtL2oMtnZ9zO3CwklTB0sRyTgcmDj8uXG&#10;9OBKhqcOn92aAQOo5vsf99Q+DH6NNFjHfTJlnI/jYbwa9Sb2UCQkCDtLr9iQBqB+ngJFivl3O0sy&#10;cw+ZweESXsm/nP3cyJDV13cH++7H/bgf9+N+3A8e/+hf/eflj/7K35P/6+HXURgWpI1let7Qf+e9&#10;/1q4+1ck7fa9+UgaxrGqT98LpLz1eoZ/HyaLlOVoM6iMvk+fv5PPP3yWT58+yaPKd08nNBSJfm3G&#10;oKqYyJ7fXuXl5Sf5xY+/kJ/++I/l559+BPin7AmVVlmjQr8xFpvhSTX5skU8AJPyNqV+vVm6rxY5&#10;C8GjctDwgwNAnOI0oZyGebA2rgqspAeTqyA9zQzn18NlL/b2Jnd5kfW6IJ1R9HkG1jdMoxsCTegp&#10;RxbJuhZ4ua1XS2A9X8zv6fnxCeb2RyRKIsdO3I5dH6cDOEwAwXLyotviNB2o88LMiyIq90zqZWNt&#10;Nhc0TFawrRlbT9KQE39VauUcLAYfPeM/i2Jk88MiO/ch2+nuT5TBJtPni3CIxQAVFI0EODMlQp0e&#10;VPBl2sxzJ602IQaPiuw5kwdlk+7ADN+9d+i7hVS47hyRodWcCWDJ/XjM8yyX4SkUDBj9fcnSBg0E&#10;zrw2OshSFvg3DLwdxO6e3qdFuEr91mqyXTJklCH1cDLARFkEfk0crkW2RUG/jGZRWZjO03NbfjS1&#10;7kWEwI39KvV0VhbKAFMBHFmQBzwf9fzWREBwMrULA/Q8pXHKkBFNl4g3j8KWCgm2aU7vvZWBp/d0&#10;vxn04HrpbUjOjaBE1gBjcSOkYZLVJmcf9TaQ1sKGvngzapK9B/WYY7Jnmf0f38GPvY+G2p4HGcAu&#10;4534g2DVMSW7ZPcdY8JocimaAfy6/2jo0AUWANbAIQkZoJJ5QTWuN8jJeopAnRRec8YeRMInz4fa&#10;BRjZqMOrVOW+uI5qx+/xIJyOoB7KspndoACfpW1W+EtWvndodOmrtBwtMfOBfnz6WfdABf6Op0eA&#10;fia5MmAPABAkfQc8j+PRfPvMtoHA0pKj+XY5rrM+JyQoBhcmzbP7VPhxMW27blsMA1zGZ+CANcOd&#10;gEtr25RMbFYLNw52qTg0getCH1/35FX9zpTVt/Z9b9nkDaCENtENSntjdBWcXwNS3J+qjcHLeyS7&#10;yVfDGZNctxju+F7qEk+AzK3RbiNBEk1NeABReQK1UnijGcgDcIOfwXZmU350I3yXJoacWhhaoZLW&#10;xQIrPIyhjMRUfazuQ6c0eQx6Wkhy+T8TY5ms0PoIBPAZUpo4tZmJ2XjOiUFW8br4GvJ4fWCLZlu7&#10;Pmgq7q83he/EWMEDgsgEzCmNDGNnYvF6cZ9Hv48qANziHlXN37EbiKLXVCdTaiO4rPWNsUdvk1w3&#10;ruN2451IpmOXif3VR2BFzpPHpQ05nLUsHvxA0GkpJTxZhd+Taffg8uzs35dLMDWTA6cEy5YyHh97&#10;fLq9SsP501O+q107nlIc/oJ6TTlAxXMA+W01Vp6qJa44d5YALBEawq+3Rm/ecU8ZwTZtsFCDYbpM&#10;XnAH7lMZA+kyWX14CA7WvLPS6DeYucaxn1HeXrIz1H1ASmZpSrdJ6NPc0Hwba5QgjcnzkYzeh7de&#10;9cHLZt54YCI7YFyNbezszq0aSxlgJ9UjlfulhbXYeW5ek/BemSjpwPVA5qpQ4g4GNYecfr0fIMM1&#10;4DOLvJPjl+FdCCZ3ikGOA6xYhwdLXfagFpkGOe859j6Q9XRxpNG3xq97BIDcwb77cT/ux/24H3/m&#10;j/r9Uf7Xf/8/lv/5N35HLntDd+xCOr8VbrCaT5khHO/keSzQSlVj9RUhHLJ/KPAHKW9Tpt8m7j+l&#10;N3Rt7h4en+T5w0f59N1n+fDxkzxqIMXDA9h0Wkw6WwxMFvU0U+nu68/y8vNP8vMvfmFA35cvYPSB&#10;0UZYQrwQTzJYOe47RCmPhwy4zAGFt/7Lpq/3bZK3NIAECOlQ0M/DCdKQopofln7ngQyIvbC52uRb&#10;J5r6i6/nvag5XNEIbfR4wvSUjMIEDzpL92yc6IsWcVdKLDiVRmrvXth9qE/Snp7IgmFioQJjWyX4&#10;IOPc6bNvQ1kUKkNH0VKWm7nyoPhNjaaggC5k3wkZY87ImD3PInrU0khCtesMPWMn1HkEGw2Uv2cw&#10;9t6LRgWcIFtia5yKAY5uaWawDgE3Pa8LTdY15TlAm8UAj82kQZjsp0amAKV68JYZa8ZlgN4sQq4m&#10;ib5T1lTm8HYb58+uEQPXDCi1cwUgoddJ8lIJAg4pVqenoIMdmHTvTfbDozGkDvCqyVgrhT5GiUbW&#10;S6lIKU4hJZ6keNmKdQN2BKAtwFwgfvZ48HrrE4jNn20DK4gglp7SlBY5us9cZGLcZS44MTpTmkzV&#10;5xYQzWWT90xc+INNv4HwUhjWx7rrQg8umVI0c5jgg2my72cHeos50zJ5mAuBAZPtZSbDHsFg0XMf&#10;gQS85sGU6sM0f5wtNvwzQyMNn85OsPhQzM9OmyAFwhLl8Aig2a5g8MIJcX9+OoDQRs5ZKZ7Y648H&#10;r8fGdJRi+kXIQQEQ+iW8waNP11PfrEkFm0sb85rDbwxrYL9O7P1eKI9jIiUb7UqKkCWTmrzqRMP9&#10;IwY3xuI7LibhVfnuQa/B44OtX0j/9vN6LGTEWEiHMcYWY/vlJQYyfq1FtIoPJDwl3D3IrmT5tC2A&#10;ETSyqwcPbGClxH7oPnZtahLpcWbg8Ei39eCgyCwRoQ9YwvWzVmPwrUjr3BDCof58K5vndWsjrVPS&#10;xFpLZObYdZdksI0xsPJ/nxh8xqipkYop5ESlCHKgSf9ssxFM3GH2r9+u+5lLaF0+CxnrYvJyC6ZY&#10;guEEVs7+Xp0YslDcZyubT6ZLYmPpM7jHB0cjt2ba72SLsABnio+doTPcaqSbY0+AN569Dn/OLsN1&#10;aZ+BUg5YJaa8OovXJYNTyMa077gc2jz+RpBNI4Ba59InT2EalMVamnEng8zl3R7gUsni4zolm2+j&#10;36OBfnbfcBkkgGlabojLh3PBe5CV+ZqMnZidRZ5SDCkQaJKGFDmAO76/IbN1KTPur+51lgMkFDL8&#10;bL1YArKz0kay6y3XfbDiLeBhdba8WGCWe+1BXttZ86yrMR23wUTrDMNRWbz+vQFbK0My6LdMsDb3&#10;NNaKLX6GqUxrnCCwe0UepqTfTGaZ/UwZQTDZPXsp4S6ZgJ696gD8GCIXLFX6pIb387itDl/NNOxX&#10;/Hz5fo8Bocthm0twhxQba0mZxOfzYCY7eKyy3m7rb2s1JLrhT0owFFUz17aQqe2gW+Y+6MxthHfN&#10;ScLZ0m8huz8sPCdLeBZmAn9+zw1gL0+y+DIGpnnyKRQyT1PY6LxnMzcmllcOEu1aupHGe9BKv4N9&#10;9+N+3I/7cT/+jB9vf/Mvyf/2u/+p/N/yUT6/rfK6FyfnrQNEAXMBTDSaTn9FczFZalJftW7y3bK9&#10;Sdq+7Hfit/3vqoVxFBrCazGlTcPDozw9PcqHTx/lwwcN43iSh+MppD8ODJi0Q32PNNnwRV5ffpaf&#10;fvpj+fLzTwD6UOjsTZZWTdk9wcDioWddHqma3hQUpjBGsqM3ITCmXs3vqteY8KOgBMuxA9DLBDK8&#10;uATxURakbKIm16LomCPJNbNwTJcL5ETp8mYm3vufwbpKPYyUK2Gv7qbJ2dgAkPkg+TIBhIVsbP87&#10;TSs+HQ/0gjF5XCot5KcjVYDJi3yt1hSa5156B+xFKEOYP/fwSjPbJDK/2Bj3PphWMxCMJpAgWTRt&#10;ja83pWj0RrhBj4LTkRvlJPXm7KUOD77eF12ObG5NViUtB5PPHqOHV443QQgmyJ7A2MNfyY2dkxti&#10;03g7mmOhIbmDe2x0BrOLBtjNWE9uFN7JTGnOHmJYSIhNiQRlsqRkYfMsOQzuwQDbC+YTkv2sS3DT&#10;8fDaorTcICnzJESpXEzqu+xrTv3eWlKw84BzuLFBj9iKFO88ET0xY83qoIGxnBzoC/m1A3udkjIq&#10;kpJLdkdnfAv0xc8w4dEhDoIRaTLbc1lZkX5jxh+n0Bk6TOf08BP9jSv+/wogEkmWlKxZeEAa4P9i&#10;vmR6LcFAnr5TN52sAxe93oQC4/nT63D2+Qv/QG9kDiZ1fVBw7HiIpHHIKpUBtu9xq+4NbHqua6J/&#10;VYW/moEQCfubNsfGxNI1l0P63munN6Ulnis11kBYA9/XbiEeytaGv2glqKY/q3uUAl7F/M2MJdEJ&#10;Gto5sxAMC99QBt/j04MBpPTle95f0+LAkKbfMpBDwzEOBImU+Vwo1dXzkRi24GnPvuhsTzTmdSPA&#10;Jwi4MEaPMiFdgmsDEWPuuveYSdR6gIOThjH2uexgCZlJ2de3sye7e58JZXAdIRsXfb8uVwP7zhcA&#10;fSoxPF9W8/9bt2ArSR+CQSTh8so1b1LzC0vBrrY/o4UlaN/d9K2Z7ysYrjIBCMn81Zypl3mvcz86&#10;7IMeJgGgZ6RdZjOqs3RQgH2UTGfhNVAiWMXM8u3+DC+8ngJwDJBnTm0OFtLGsVmn31cfLKze4/lm&#10;T4jX66lMIRgEEp1N5GCeA/SZgSGF4KUNtewzag4CnR688X5Y2ejP2QkS9JBnT6ENMv6+tR6vs3Lf&#10;F6SoNwLLFQNOsGDJStv499VZe2AcpQAH64gkHT5nTF9feG711ubvA+SianXCgJvFU2zdQ8+HRWTB&#10;S/LzYZ6WZfKR9fNvl8Y4PzmNgKTsg58yAD6TUBuoPd+6w2+3yxQC0kZgBr3g3CvTmLUSgRm93obl&#10;NMpO+34+r22lx/EWQ92F6x+vFczOHAnOLvs/OADsQKiyhQ8jmRsDBw7x0gQmJwY/pGDIuo/l5F/L&#10;+w9FvhFaErc9XM8OqLUbdp7L7yuHfT4EHindDBbxwUs1kLi5h95+btTu5YrE78tg60kbYXrVr0wD&#10;VccggOAdrBAsFAoWCwvPR87hlxfejGT+ar1i6dfLGE56eE7UUzKUGO5TXG4Dfpyx7WtPbsB3ju8n&#10;T8C4BvH6eb261+VmoSIO9vVIUq93sO9+3I/7cT/ux5/R4zef5PIHvy8//9Zfk6dLlV+/NPmyV06n&#10;6960XEVe1XdoawBttr0w3SD968bu0/9nMVbUp28vvnK9yFLf9pvz6948vsEYXoE+NU4vyjhRj77T&#10;QT48Pcl3nz7Jp8/fy+fvPsuTetEpS+30YIy+nCQMrFUitV7k/PaC5N2ffvwRHn0vE9CnjXKEaFCm&#10;ZDISE7iGSTun31HU0o8lh0TDijFtqtr+etP+ezW4o5QtvN3QlIEpRolfJ1NKTCrSAThUS+hdmLS2&#10;WoN7PF3lsLzIdS/Y1ZMNBZB6Ru3NqqW4oiqUSgYKGoCtRYIj2CP79729vcnr23n/fEaoyfPzo8k8&#10;T2aAnJcUqWzBCLGynNP1Hs2/9CEOuumFcw52H/gQZcoXTB7AIJRu9iHREU9HJJWwVf45Db+ebGwv&#10;kzfOdIAp7bSwmQBSsYVXUW1MHG1L+Cj5NB+FdnfZ5WjGXF7a3LBajNmS4Bs2vJSSG/u7fO0rYGn4&#10;4HTKhoc0t3K63G3iT1kymv02fJSKNxDOLiHAFSbdlAO5FNYli43yLy1oN1wTKwtZvqYITyEriUmT&#10;2gpjCg6ZaNrXc5UrJv7mJ6VgT6J0Fw2dWMFeHSyemWpxvgkr8vkBuK12zWZSzroMb0cHOoY6Or3T&#10;f6dooqZOxAAgJiSbz1Fj4rBMQSfjugaLU1l5pyObO2M8AhBYVqlTSyYlBVvMgOZmjcfEomoBPI+k&#10;4OQdXJjvmzSzu++VTPI++gIWZzzsz+/peIBNgcrwn56UBWceZrpGrteTXM9HMOuUPXM+v6EB1UZX&#10;k1zdcw6MUbDNDMwFxww+e82exw2Iro3OYt+XLU9A10wuxibEOtfnupg5vm7TlSxCTzhclhZm/E8P&#10;JwxpHhzce37Cn5VppNJdBfhUzqlgHxhVyp45HJnIaaEciSyaNKVnJ2dkdGOkwEeKoQStOYvD5GkK&#10;qGH9u8TPv89XWvPW9jZowsIkCkEh93YbTKbWp1xyB/eUeaXvzbo31VeTVGoAx+W8QlKo1gzX1a5H&#10;lfJCTuep3GLvl0NiiYEYlftV9xR2lwW3FKxRexYe9kMmMwYZZPH1QZiLZOOcpgZ9kaNeQ0yRBVCb&#10;FjbyBn4tidLyZRly2wgvSsPT0oE0/sLB4PKAJO6J9EP1YYfdE/uQKBNYm+XJaQLdD5S2h1l/Huyi&#10;hewpiQCPFMy8CPLx5GAOqfD9MqWoe4q7Q+dYVy6/ZQpus3fIPc8qX5czRSF/DP89CVCwkZ2mIS+N&#10;IQfwfASjSui5N2SVVjjQN5GJxckloy4RLRMLSlPcl2TX0sH2B2UgZ0pFB4gnlOSnuJ/ENUZG3wBb&#10;bm+/wb6c/s+Z6Y1Aiw1WO9l4NQCk8BTsEp6irkgwgMo9dZsxbqsxbp3p33oPGbS4jNvfUy9OyEhN&#10;xyInOdq6Pph/4MJhwjIFgBwIjBYPhGD6eIrAFbOlUQB1+H3KkNrehDylMaq6CZVN4Xno39wiNK3T&#10;HqQxFbuTnUe2tDM3GXS0cn/D+XHlRzNrGa0rIG12JiStCRQghc3L9bLvR2Z308j8t7VljDoD9QSs&#10;a6tvbMixBLs304Jm4fks3LNzSHSTpDFMcLk4mbLZ07E9cMTvg5EaLNPQedj2VjxXiVqt1amedGAv&#10;gmVoR6IDea4t91e1oKQeA55Gn9JGKfQd7Lsf9+N+3I/78Wfr0Jrm7/y21L/zX+336gd57pY+m5dq&#10;0oZLldf96yV3OWz7jfya5A0/pomhziISazqa+fSlepFcz/vnN4B+iVJJy7HYG+JyQmGh0q4PH58h&#10;21X57vPzB3l8epYFnk05kvZwo4ckgeEUl1eAXOfXFySVGqvDCgGn/HdP1XOwwBuBYDqUCImwCbVP&#10;wZMlwfmEm6AfptJ7EYVQXsrJFvLj4Kclh6iQXXRgJZ6ZXkNguhdXKLTCq0Qikc6akjPAl9qGebZP&#10;xVGwoFjZAthB468hDpocuV7xc+v++cMHZbQ8KTXJZFbFn4Mn7FkB1HIL/xdpLsVtUXCnSFyoE7gj&#10;tyEaU6OWqNmZ4T6kc9KDDSANwyA8mdDlvYRib44+6BbSCif7+1lPNOgWsnwy5YmJps1u1mwKYKbU&#10;iqc4j5AN8Mf253J8eGRaJQG8mzCXr5kfaFL7kPw2ejINGVePxtIAP3u9SNxbJCRo4n5IS2Jz5l41&#10;Bla6FBocz95D6uWsCAO/jQGh3kVIB+2WmKjLESsSLM8livXOsAGEf1wvdr4uZ/yelQl6wPtkMPmK&#10;ayb9HU9mYh9eeHmkMKcRJwsQKtiy8GKcHRxd9jrpgp0i4r/JZWcyGH5gsnR6VC3DTF0mxo+Cwuol&#10;pp6Gj9r07Z8BYjVNlNRBRB7XWHJ/RonwBksxtXWy1hI+WgoGtHSzMoP5mMLja8j6jYXFFNxkjCp9&#10;L8BmPi3Y/+Br97A/TwUldd8Du9CkxoUARcaQwUAP3f+0IW1hor5ZmjhYfG2wg1oiA86SVQPE1zOO&#10;l1Ys0VevGR3SZBtO2L6mL+vEa8n2XlzH+/c8PRwtZfd0kuenRwB8j8/7Pv64f3583F+XyXVN6rkg&#10;2KX4ACUk6ZYW5NeoWby2CC6oBEfWbpYNKyWNEqmhW8jTjCnkpvQ2CABgfhOK47I7DnMIoKApXSYg&#10;n3uaX2uQChJAVGDjTZN0rxuCN5TBZwDfCl8+vf6v+94LH8CVEkzKECX5vtECzBQPiNJ131KQRRtz&#10;muHjN+VzpGzsVDe/h0TVQwJ8SAUJdCLjywCzCDopBMUYBpKdvUeGU6EVgQNGM7BSW58AaxnWA+Le&#10;aGRP9hosvfdBPZG0Khw+xKWSpoCLNLy8IoCFrFMFKjzhlkBjJqNQ/31Okh3Doh6grV4vfl/q07/b&#10;vVBuJH9uJYE11V1KW+n3aGtCQRUEGFQD/KKYol3DSrm7JbyaZUXiPbVPIVeeOJro3wkvxFIYgmHM&#10;qmUKEXE/M08iBZh1OERogYNWX1me5pk15ShLinPpXnlhZZJ6sPRa/NsAJ+FDSGAdaoOVfoKVg6/m&#10;LEUDnMx7kGBfJ3ON0mYPfLBo20zvRAchB1MsajW3bXB5KZl5g+loKcGF8tADfeMKvy/RI87vHfOw&#10;yIcyvX/z9n/j4zh/j7PzGv2qI5OMAKmHsZkFQjdfvG7MvNU9Q9Ujeh0MR613LfWW9/3aJumtp4cn&#10;CyThdefM0eSmJmTYLe6PypRgMHSLs9YTE5ZtqKP7dsiWPeU2pLwlglZQG5SJvR7s918S2+egaZ/Y&#10;v6zDfI02AqCbM/Sar0MyqsPn2Aarui+3KR3YlRU4n5FGPSWad7mDfffjftyP+3E//gzhfH/xO1n+&#10;i/9Stt/6KyjCDwrEUEakfd9BEyn3fvNRVYVlbwIvZiauH+fVZF7GJnFPslVK1bTZ835XfpG8nvHn&#10;1IztpBWoeZnsxcbpIB+fnpG8+/mHH+TjBwX6niBpc++5kLDqhHOzieXb+U3Ob2d49l0wOad/lIJJ&#10;9OJKbC4yG7iRiJpikuteTC4tcN8QSTmKzFnGRWQJLC4tTTYWFQuYZwuAP/Wu6hNo5Q5TSOvdT2ww&#10;C/n4JkmyAnUYjZm8zgsbk7jW8A+CjJgJayqL3ugBVGnIfD4/oxm14vFR2mOTh/1c524NhZ0jM10H&#10;8FPsvUOYBhpS85/KFv02itw2mF2QbJEVEYCsM+Lk60RWl6whVQ7hDcZAcgbmwJ3TSLubPeDo3Z61&#10;6dIuZkkm4W2TeX2yc6NQRbphoY1BcudzHpIOZw3Y9zdnUrKQNjnubZGPIhuph2tIkjygofu6o5dS&#10;ZjrpXCgXMR+08M5z0+mBITONsAaDyXydKHeqTBhsNeQ+3ohHAnRdAhBIpRDwtXWvXmbaaBxVNv66&#10;sPlsNJGvkRBYsnlqGuhFRIZpyJ48GSbjwifv4DjZgYYqfRXDewMA9P7uTXJggMBZIesWxunHkxzV&#10;bE6ZV5NHpEn9jP0Hs/VkbIQHbQBPh5AA9rUSSB0snSY9wg46fY3c77MqY2Z/vOtDhSyvM+mxT5yE&#10;1IZn3oAuU6yFPu1HkIQtFgAC6Z02XEcCGtzzlmX4ICVnIxEEOBxeESgDqSoYZExbpNcXGG6Q8VYw&#10;jOGtmTc0hCrT1/AWTS+tmYb1Ll3uBi4IJY5NWZPKRF0cKEtg5yHJcLHm7+nxST58eJKHxwd5BDvx&#10;EewiDeZws3sEH5QRVAKJmq7jZEnnQ6HVycSgTcFq63uj6Xx1tiwvxGB1AFCQkF1iP18IqEZq42Ck&#10;JA9ooMxP0vAYBdOokzWtDfNlk2s1MP1yvuz3u6u8vV3A3IMP39nYM9vVk9X3n+tkb3E4E+DInIAr&#10;lMyD2VvsflomyXcqwUpLHgBAzzQAmAuZXsqMLCnWDGSKZNIsbOQPnnQJuW3iHuTg+W3ydH8HbMxp&#10;xTZss+GSg3s+2GgyMRJTDwDFg5BSGhJcB+Qt/XUEXSTfG53BtyxkwM6syxyy/RuGdWoxwOq1T95w&#10;NiSbg+FxZff5e/qQ6xKka3VIRsMnrrVIw1VAButD5eMq1W1XWtZ66IJZEdS489nz9/CalIZXcCLL&#10;F4wrTbM92F5tnpVLgH6Z31NymdLEU9Qs+j7LjSR5AFH9K4ae0J/S9jFP0m705kW4U9uCWRfgUhus&#10;xpCX18HKWxEKYbJ1ZzZKmkIk/FxW8xONMOXUeS4yU7ltvR45oCr0Si3T0MCBPwUkkdiaLPjhsDi4&#10;fWBStKfpDl/mFKnK+RsVcePAkgOaUENMnoO81/Zgnvl5ZgjEJDNtHKx1rp1G242NTGR4NHKQ4kEs&#10;9mfKvbeN561HWJtBiV3mCxbpvhiiJ7z2YxpWKwA/i4F9J5V6Lzy/6vO4LMNvs9iAxH0JQ85MEDlq&#10;lGmTmM/J+7u7A6e+Zze74Kb9sQWzt5NJO9ZtAzO6BUPP2I4YdoKt7SC88J5hTEgD9sb+1ZqHF3kg&#10;jT2vO9h3P+7H/bgf9+NX/9gbouUPflfy3/rD/eujpfTpzZM++urbUaqyS5qc9u89Hy0N8fHY9uZX&#10;uVUrZABva5JNb+qaHKepjv2M5F1l9WkoR2kWzJGEqWfJig5tClXupbLT73/4Qb7/XkM5PsLzyeQW&#10;lCvSpw/Ja9eLvL5+kdeXn+Tli3r0vUi9XC1dS0GMTJCHgMRNWiglSInFcfjXJJPuwr8njyQw/D0l&#10;wD0PlphNga2Ay7APoVyxHZVbtp9WA5NaNsmkDzNR/GvtWCwFFHgXmRilrCG7KmBiZHndv14v+js3&#10;gJxtCifpZFZhQqzAXKaEo9lEV2Vteq7qepHLx2f5eP0gbW/Kl+Oyv5eHMSUnOAO2QQB9BNQyi9To&#10;kvpsnRJSUfNIczZUZ2jB8NxLaXizdfdi6y3SSaX2aXrOYrLJ5IfjU2J7LMh4AfztZzsfxvnw5zlp&#10;j3qbxcTDly9abhacWlxfVQpYrcGxZqaP13Rbwtr7OWl4dO31WB8GZC8lRTrhMjW05itIxlc8387G&#10;uhmw4QWqAo8KHngiI43awVCZ5LoeLrEcckzdF1/LZI2ExEtBaoJCy7IM5pY3NRr4gh4nD5+tYiwe&#10;TUPO2xa+gELTfVeAz5F45i020ilNfjiyWgaI/G7+/x4T5LXnMjW1FOgwB69cew4cGGPJf84la/oB&#10;KTJZOxsTHDWt+1otmS8MvJM3+bYXZvpIrg/HYA/0ibEULxdJ0GlKepSJJTaOgm03kXG4X4vKuj0d&#10;0HQdosnN8FLT/eJwJNtC5VYazPJw2a/rB7x3ul7RYF8tRRogxGp/9gZypR3AVgukX2t2ipOuIfPi&#10;QyQJXqs31DWCN+TkTdbBQM5uLJHjwwGMSX3+jw+P+Hzg+sJr2F9P7R6YURVbvGVieAopm+pKT6m+&#10;tZA6WsBGJZs5DaYYm3z3W80qQ3MZop5fAKhktTGMx4I9esgZW1AJm0lsWyMrbwNL7wym3gpQ9fV8&#10;xdfK4tLBksqnr6sBqxYMUIMRjJgheocJ17ue65J6BBQkIsMK4JUDgblcBkjPpGZnNuUywhPQtOfh&#10;PQb2ZCGoWSi/XWyvORxctp5jHwjLij55A6Z+w8TrzvquTETd7Dyo8b+DEn0i6XjIiDMmoQTQ37Us&#10;4QNoEsEUIGWeBl1zkIZLcN1rLr0DH1uXYZvQ2+SlN4JLAlRyUCGAGQOXAOEHY4jMvubsdrK6a4+Q&#10;iOZyVPeArC1Az+aSwm4sKjDx6KundcaJbH0HOheyKxNTidNkGbLwvQum3nIgWM7k0qhV3JvRJPoe&#10;IOMATFxnbXgM+nsGYGTyHTTvTwmWGJisdQBTcQ7jfFlIhJ8P/C4CVGszhlXl4KGSAQoAN40gGrdz&#10;wHu7OLC0xHWg+yFYeVojLpbMPQIvxgAtQKcIeLCgI0s1T+FLmNM8SBvS2hmd8jXvYdZ+b+0ymN7G&#10;EDVQuxG0w7lJwut/s/W5PzjuFRy+RKJwswGCS1Ar9uzVAjP8uuJ7UJ0BTMlvJCbj0W0otCQCvRzg&#10;LawzhKzlhTJa4drR/cZSz482AMiU5R6M/6e1PeZyeZZ5MyCDgSc2DrhNDB+sXz8/zfZXZ+S1AerF&#10;Ncv1aD6rJgO3FOU6JekKA0T68CqkVVAoJ6D77WTcG/Pxtt6TYAZabdpQ8+p7dgf77sf9uB/34378&#10;Sh/5X/9zUv7w70v/zX+R07YhvVOhEIqOnMKrx6Sm5i92PCgzzxh66Wzsv9fztt9AKwz/1Yja5Lvn&#10;/aa+0qttpAVq86ESgafnB0h2ldX3/Xffy+Pzszw8PewFyTFkBZ2GzhXgxFXOb69yfvkiLy8v8vLl&#10;RS5kWcAHDQyJaoyRPElLp3Q+SZ4KdpsA5jIzZeWFKbgzBL1fn/3DWORgargXGNliIzhxpRGx/ntZ&#10;ZJb1wrku9ZHy2o34lI45UhHRtBY795f9OVwvZye60ThcKHth01WNYacS1kb2hQJGYM10S65TcECb&#10;UPUFE2Xf4BwvEayAc9BsCpsdiOoGZgK6ZMrgANbaoLlNRvdfASGZhWEU2x47Ny+6WdXRBwOqUXbh&#10;ksk8gFswJyBpsxPoKXb6+9o7TmE0gd8WlRibDbLwi7zC0NpkMA4gdG9iaVov+J+xs0TcD5IgoJtW&#10;L4U/X2ZUkIWsPUMzIbePyiIYkkRnDLR+wzCRyWQav3cZzL2F6aUG+JkX0WEGdQmS+NnORN62ujdV&#10;q4FN2/EULA2TxHVxX/FOw/BVm5fVpuhgTpEhkFMeSbltvO9+yVC4RoZJCgBQJqlzf6c5i/RTl70S&#10;5FDAr6UNgGqAjIb6mTn+BAKYOtyYAypcBFi6ruaxBtCm0XPLGmP3U5P4WXveYKrcMPrEcwEjhTfZ&#10;xUJgf2Kmzq8rJUqqBT51i68XhhDcMIiZEgnvQQVvjwy5AMh0NTBvtUGAyrcr2H62TwKI2jYAU8H4&#10;01RfXV/7ubvi8ff3d6MsOtmev7QyWFpk6iaeQ7chOCwMAwBAeQRrEmuP+yuaLuw3EkDJTcO2rx9l&#10;y+mefssOEzRyPYCojjURLG1PwM7DWH+ZZGaFoJdJzo4Au1LyQAoJKaK+JrDx0GBvclbgFCCpDUnU&#10;O/VtAvjOFwP3tFFf6Q0IVu3EUtG1863dxVmmAQjzXBp4Y/dBvfaOvOcpI8eTUcHsoqR2yDjNPwv/&#10;DhleNlCfIRsRwLEwHXwa5CSRAfrosKllSwMH47CNoInWw59uJYAcYRLVQxBSgHaFMsBCXz1nEkJW&#10;qsE2mbLbksPrbGZTetL6TP6NcCpPSOa9z33gnBHlAUfBLrJvBCu3O9AnpN3KBAYyRMPAChKWQ65a&#10;DRTk764BlLXhO6rAUraIKEFS68m8A/G6F66/ZQrEKJFIatLkRHZ/Cp+0NKWSOlAb4Ri49koMmqz8&#10;SAA/5pTiThZmI7DUfW+jlx6Yq/QZdIZea4PR7AMlk+K+C0GIczDYXAHU8z1wBiDuHcnCUIJRmkr4&#10;0nqKL0AqrmGAm/s5OyGUzYcfy/CQW8brN/uPFLWLg4r6LGcGafL1zxtRc+ZYHf6dBvDRDoTyUB+2&#10;6f3Ypd1gJFdauXRLtA3GsQOjvIZcemsDAQPJISvd2kjW3RpVCDLSlSeKe6ZXow5hCgFPry0MEF4i&#10;tRzn0/dDDgJGGrP78Fl4BuTMZYm/jzT7lCcwTwLQcyuaAe5tDKHxEDt77sZsJgBO9i/WqAex+PVU&#10;XS1REViDc4uEeTvvaRoiB0jIGsiD5BLrBx+mI5G+uxHHlKRN5l+P9OpsBXe7e/bdj/txP+7H/fhV&#10;PZ732+N/9h/K9jf/nmxaJFTvQTtv+ibR9QbL+pRuTUXpSI6FtA83/WKAkGx707g3UHvjdO2WvNub&#10;efUZpWODhFdvtsvB5AQnNXJ/epLPnz/Jd99/ludPH+Xx+UlOp0dMGD3RtVGiqKyU6/Us5/OrAX0/&#10;/ixvr2/wGwPrjR5zmR4sUYwSSMhGFbCGkcV3Ts44sGlo4cRd0jAXBrKTJKbDwqzSnkZmaMLEcbVk&#10;XiY1lnLYT8/B2JIA/Aa7LXcCfp4OKOYdpgyV06mPab9QBrcXwqsWsvu57d38iTbK2bqbPpMNl7Tg&#10;Uh/F/YHfXisbvI2Jf02eL484n09PIO2YREoWTjr7O4JVJtaWBriJrpnBI8lTB2WEenQ2FXyo3Fok&#10;IVoFV0fogjdoE2MR4Fr8G9kLLuusxFs9dMLln6YRC2ZGvgElzScu2ImB22bzH8Ng2KbKZ02wO1/p&#10;C5ZC3qhNmklgzSx+f1uxfg55sCySS+ByllunGpfGehKn+fOYH9gWjWwkPQZwRXYj15iu1a7XoIyU&#10;WQOH6eFUDNzLbIxGTz3YHu4j1SmR3AC2VKbQWpOgidh6ffh5LTTfbgQi4U92ueLnFWOORiPnAKRT&#10;/iWganKPxhZ+WX+aYwRuGOAHqSukPNYcaaJuQm7NRhkf5bn0flrb3uDsXx/Unw5Az9XAvsuKxFRv&#10;0jzoQK+xSJyUEaQS7WH/xhMPLGGmjOQBC6ax7kzOvYCZYU1cAnBsIOHYh00ab7tMzxLNrYJsVT8a&#10;wygUyHs0Wfa2XfY9UQHZKxhqkNStBlrV0xV+cqtKty8ihy3jnLXtEN5Zq8s1OwH63igd7QApwTb0&#10;kKFMBhMaOvXWM88tPC8x1hiABQ+q2Swww1LDt/hdnqzq146td2U3pnjv3cfSpan6XFTyaNeBsYIA&#10;rrDBDU9Af+9oyn7Z7yH6+9f9fnI+W6iGgr7K5FN5LvYAsvouZO3pIEDlZIpeetBGi1AjuxeUIgH7&#10;FhkMOgf8uPtxTxGTGmoCszI7F2N4Hsi68ddaCKAWvNYcrCYw98gYc0ApQOVE1le25ZfZOAN0lR4s&#10;r8qk5g2vZxupuWT7dTbJFvYBZBp7xP5sKTvNg4no7w+ZaQhC8ETTbAClk4H6jdH+CPHw5FYD1tpI&#10;vO3jObtlwU36eAS4pNt7CtfV+4GPX6t98h5t8z6DU7cYaGRTnRtQ4EaqOALLx/VA8MVTpl1ympnq&#10;GqDejUchGap5eLgmSiqDQ9XTBC5z0Md7CHyKCbCYzHi1NX69co8wMFoY7jDsIFrIHN2fdwsbgzbY&#10;vX5eXfKdb1PFjU1W8HMHGcpSBKwsI7UZXy8pJLoh2cY6SmTjWqr3cQKsbnzgAoS69edIHLCmNFiD&#10;IR3tZhfgzEZPpXWAcgb3cF/jZwP1hAmvDtB5Mm4NQLVRWtp7DRbgRkmz7XMVNWJoCt7JXh0It2Cg&#10;AWI6oI8B13KIwVqh317KIzTDPS0tcMTWon2Pj5lHanJOwy/Xy9oh907B8nVbBcyT/YbdRgiPpZH3&#10;SLf1OseDZxrPkQ0rawwS+pRWvXGYqbL4zsfxCyt1Tyf367qHvYnX4z449SGG/k5zi55YrvT+65SU&#10;+7ZwB/vux/24H/fjfvzKHf2v/Xlpf/D35fLrvwHqe9JGPyQNwy/MSB2JrIoOzz6l5auv27MWcLka&#10;q18p8ch13G+ke4OZLtf9h68A+jaV8PYrCiCk8iYDcrQwPGogx/OzfP7+s/zwww/y6dN3kPJqmuNC&#10;3yq/UaOgWi/ydnmTt9cv8uXnn+Wnn35C8u7b6ysaV0tya2OqlwezBsVTn6QeZAlZih8LTRoSq6Qk&#10;z01nypMHThrMpanwHAWcFs9XmuA3vG43xC9iBvgtLYOxI+ZHBiCK3jvCwIa0mIQFU+3j/vVJvQnV&#10;W2X/u/MZoGdyuQxLm85gDS2akIZGls1Fg5AxXbZpvYJZxgbqCAV4fNDEXgOvNjINh2ylssYf4Qd5&#10;kkigOHPWSitkg+7nkD56rbvxHGWiPknPnlxn79Vsqu6AHxr0GTdh8l0CgyaHr5/LZg3Y8c4oDfN3&#10;PCZBPwCCTtDsFhaR8pSw6+95gwwRvpEHYxx4wEnOaTDkJlYiqSgAVlubGohmacoKSFc2WnFuvNCX&#10;RPYg3jlj5eh/hyV88RKbRQcCbpgxMobZ9nfOHDTJKlSQfTBiUkjgCALub4Z6Z+rjwmOJjbLLBzOB&#10;UV8/ynR6O78C+NCwGU3zM6DcrqPbTcca+ZQNRMP74lTiYBF0+VrKm0JG62tAV/tGtoX+7su6hawM&#10;jAuwCggG6N8lC4TRpqf1/SMdwBzbrsZOdEbwYAE6y7AFU9BTE/05BTBAn7JFpkRqtwzQbyq+PnvI&#10;Ep2RkLnuwxbgvW65j3hTu/4KQo0UME/FQGtt8hwkqXULX6Nte5BHhgIgkdHll5rMqEniGI5cZTtf&#10;DKBDovfKfVYBrkuEfthW1bmlJplcESj5E8je10kqWNuQVDb6HiKUoA3m7tbG2x8yU2ep5EwwjwmO&#10;7kU3pUAGewUNrQc45dE5S/SF5o2l63Y1AE/XrrLBFexVcO/1csHfwZPPGXxX2yPdw82loJbBYvtM&#10;ib2GIRGSb8J2UiRHWyjSQra2yTgNBEE4y+koD0eztPC9JlN+LrP805NSfe1M7J/2leElAw+qDYHA&#10;SFKWdzTqHMYAlJUIYwjQpBAw3G9Xh55uLkkhqAUgxxJjeE8dicYONgyfPK4FZ00BSNrGGmnco6RH&#10;sIx7q/YYUPQho0TyawtvvsjD0fW05Lhv+zoI4NgBKpmB95uN82YJpdtN9TYtekogdkuQNKXlOsPU&#10;WaiQSTLtOwK/ZGab95v/Bwh1bRFaYVJEu9eDbcZzWOlZ6VLyNRhl5jG5NWc/9gBRpQ2Atc2BJuKh&#10;WimemQ27PBG+hFw2E2gCs6pM9RYHAimluFbzsRCkPjBkKAcj1JJh7d6xOFhFj1kHv5oMJYCtjXyD&#10;vCaZr/mxRoLd6VYB7s8LkK4Fa0zXn7Edye7eaqTaRuoy7y1Yu2ROuv1HyMpTJ5CWTQbO73HLDmVw&#10;ZmUrpnzjO1h4PuP6cVluLvRotXOtNYgwUEgHRHg/yuwFnCdf2CzvWW7znaqzcmxT+nd1MI7gnLHu&#10;agzQPFE4EoOlRZBGrQRLOcysTBFu7ssoBKln0L05o3aL5FyvBce9UUaSTB9KkObBYfynRsVDi6Gz&#10;/VulyqV289kcXsjtDvbdj/txP+7H/fgVOn44yPr7vyeXv/ofGOtmMy+V5JK0KGYN6TPpUQIDLcEP&#10;bjSpYFRQcrfVxYICVA5X9s+iyXTqg3VlykFFc22yJZtUnk7G6Pvw6aN8+v4H+fjdd/L0/Iy/x2SX&#10;QJgznXRKfVFZ1euLvO4fLy9f8PX57Q1AX3W5CZNWb0lF+WZKmsTN8Sk7RFNCNkjxKTsBizyK1mFK&#10;7NNP+aoxiMGn+pqxVO77eTDG3WFvNjoBUn1tw2B7Em0YuAG/JitDTmIBGsoSXCIleCEz8YwGtuUK&#10;5o4DTpaGy8JHp/tseK3g9ym1/cbqEtH9p9U/DN5K/Z2vXZgme2jGxJjMJbJUhT7WAEGyAXqZycED&#10;SPHKrBpD0cNIIvHRv2UEfsysqGjQJnv2TrbDV8C2sxKSAUrxc/m29D0sCgYYY0g9yOw1kXmjqaiF&#10;4Qn0rHE2Jab/zeRhVuxXNrZspskKQBOwuYzRmrbge7HoX8iUct+dTMbUaCIpVol0V7k1vcYknSbV&#10;zXxvDGf01N5+k5yZXOpE8Puk0tDDMVLyrFfOkepo4ZId6+zteJbl7QJAUsE2jRXWhgTm8VIIyuZQ&#10;XndPce5M7uuzp2K/wfhyv21M5rXmDBR9Ddf9mr+QfbWFh1SntxsbMrJsCxlzbc1Sl25+P5UsSvoL&#10;fYtg6IByv8Et09QwjaajTMwIB7GxX3ZhEjh/KmSMjnTJjdXAWNMECOOz/b7AAPVxlFVd7PmrKX1j&#10;imVtxwBPADBrM7qa16kOCVYFtrb94+EczBNLmTWPz/KWCAjSJMBZQ71FEqezsdxXqoY3GBNHW49N&#10;ksHc+z2jRHjBydnTYEQZc8UknybnM08zAwIy/d+SG+ynFH5v4h6es4UAPUcrAc/rtYKh96pDEgX3&#10;zirR1XOxydvbGbJ97KP764UHYjcPqTaxN/O07x8ifdwbayaMR/Jv4Wdjai2878BLDA17kQcCe7ju&#10;GERl0s+DWUfMPnb85W1qkjP3YTAnW43UWJe4us1CanP6sjPleN4IZi9uYZacM5xoxD/ALZlSsD1s&#10;w9+PwMq4Pi3sxvYfIVOvkpEHQIV7lLN+RjhGvQUC5JsXZWwJOKtLjp9JOd2Ao+KAip9L30uTTKAs&#10;2eEzkN3HsDCABnridXizTj7AN2nKdt4Sc7kieTqGjWJhRR5iFUDoNHShh2WkwfPfFLDDvdoBJGWb&#10;+vU2pbIrGw3M3c3CH8Depv1D94ERh4xuTzJkxjmsKtINu8wDQizV2f2OCwHAOUG5u6w21i694g6F&#10;QSv0Iw3GJ0Fyr8342YcLnlRVOFjp0wDJ/N9opOCsa57H6vcK+uVVMsbaHJDhgWZk6UUqMBOFK1Nd&#10;/bEskblNrFi+f70GlXE5cniY3IKGw1639VA1wPFAT00P2JFgIS/TsNnrAh06Lgxf0X3CPadv/YNv&#10;B2x22qzu8Xmrh+s4uF9tAkiPwDqCWLYaTDw9DwbSCWuKCXgmKB81jvuzsqaE3QfSgJvIu/toPE8m&#10;52wTm7xRXp1iaN/HsFmmwI8Y0CXKzcX2P6MHh5WLDnotrb5iyOUMQP3eO9h3P+7H/bgf9+NX4qj/&#10;zr8kL3/7D6V++EHSWkdxSiZRS3NT3eh9IkhmRPE+ySIyTaFNvqXm03vjnereAK17RaoUsrMk/dzO&#10;ALrAaGORqfKNw+EkH56fwOL74fNn+U6lu5q++/hA3y8yq9gkNBi5XyHdvby9Aex7e/kiZ2X0qUSF&#10;E+zeBhspOA95JHT6JNqNhlOxCTO8UJZlSGlQnJdIUu3JC98+sW+Sc+kG8MfzEmmTQB9Wa0qUbQMT&#10;/MWSIotJP3umHyAZlZANEgwo7qNXyOZabOqdKOPAJBwF4QWTfD1vMOJv/cYfTp+7NYn7+9SvxnZi&#10;46DSLbBdrk8snB9FB8eHnG7kTzfFZHN/PMopUgqwzwFTrBN6/3Uy7swH36vjFkwM/GQ178fu4gum&#10;N6hHoAIaiZZ3vgbtXOebab6km7SHMd0PyHdIttINuqLvs07ONzmdTL52qJXG+Pv5VfCPzaE3rVhv&#10;1UJQKsM1BjMxDd/BPgNV9LhSH73U6ZcjBuIWawBcCpfKFAojaUq6M7ZaIviq14bLi6yBrmTOtGBN&#10;1TZk3t4ELGgWljCEd0aBTEzYYJ05oKXG62zOIaHdm5rDtpDYNBIjLRzjPdvR2EWl92hC+k3p38jU&#10;6O/WndwAf26Eb6wrk+Cq9PLqjQqB1OSJksm4C5C169xBr0H6eeG69qb6HZYg6duAQ+szqi9fo/2+&#10;NMPJTwccPdjEDjQYaELWTE+3arSvXv8sCad9gP9S33cITsMpQH8vzofGpjfsE1gfhwqW6roe5fqg&#10;kt6zXPb3XveC6/mC86lreK32PlR6TaHx4zpvsc7ozcXmMEJsQrefmTLN1FgPIUi3ss8c7LxCsOsw&#10;gh1KCQAlBZhye66NZVPjOg+vsv3P6scHGTPYTVd5Uzbf2Rh8CvadwW42CbcBfYNxFi9jvFlC+1QD&#10;wWjKmMnmg/eap8t7kALBDGfq6Os6AlAvCFk5OYtP/7wMuWdIj2+Irgx/yhI+epsz2jz920NQqgN9&#10;dezd2f0yU4DpAPbyGDikyUPPAb80g0N5ei5pXMNo/KUO364+MbB4TW5cQxtBKk+97gGgkM3T+pDv&#10;UdYaA4kIx8qTZJmgus+hIpU2BZgSw79s3l4DpJSJiZvfXcqDsjdl2gYIZbT0AaoE238CJEhMN+Cj&#10;EyjpYwjlwy9PAW+1R0BGJ1ANPzNPpvZQJobWmC+vgXybe8vRF8394SrllO47GwqGMtbn7O/mrPXh&#10;HWisuhuZqHtlphJelAP0dsZ7n4JaPAVXrPaalBKuPMgc7pYUY0MGsvWbEBZLVJUIBXFJeucAawuf&#10;QhtwrdX2r42sZQ8jMX89T1Q2kK+7LLdP/nAOtnJvcXA2+9Dbpm+y8DXlYkA+ajUEq5Rg2tk5tlTw&#10;oh6nwWwsA4wuxR6brFCX6eO8M0Auzwxm/n6XxQ7gWO8BiYy8amBX6+E/GKFH9GP08+xAWdvGPu+e&#10;mCNF2a7drdcx3Z6BvGayXFzO2xphGX26t1niN70BPY3Xpb7OEO+8pwvDjGJXMuC0epDOVsPbdYDl&#10;LsnuUQP5a1kvFqTT+fh3sO9+3I/7cT/uxz/VR/9nH+X6B78vb3/pr1uBBDUhKkmTEwBQ8Si3xAwF&#10;K2obDOQtLRZFCW7SmlSZowjO3RhEKtEVnZhdX6WeX/bm8U3q9cr01sZmp0Cu9Pz0LJ8+f5YfPn8v&#10;H7//QZ4/fJAnlZHuH+W4sE32wmxv5LeLvL29Qr77+vKzfPnpx/3zCzzDVjajaDCQhMmCIrzth6RI&#10;OFWGR182mXAw+9igiScD+tfBoCCDLY0MV2+poidDgZFCaurAnxY8smA0b+eq6E8eeP5URrpw4p4M&#10;IEP/bg0lvAUFVBLpMK4+goV43T+vamC9fz7vjetF5c1vb3iMSjlEMDn0fc+Cpgyy7WrFb12tOVDJ&#10;mhrRm6n/hvfhAcmgZooNIJLAVMh76SlmqZos5Gh4LMGey8Eu7LkwHMKkoBr6ktpo0IcR8wC1psxe&#10;8/qjJA6Nmst1E+WggQKMhDih11Q8fmbqbZbJ2yl50GsAD4fTfu4u9qBIEp0lOrUyWc98aRxQTG6k&#10;DTnOEmEdOfcwCMd/ZTB/FkoQs7N4Mpv8YPEwiZeMmNZbgC8aeAMlVq1xXfdOEDIafDb3+voOc+Kl&#10;pWmjuVOmUSrD129iALTeBhuUUiadiquXmTJt8fySMRIEht9LvAYjAg1mVxuiKzyOMU/5u/LE6pze&#10;GktiTgOz6M5as9epHmsK1JinmifuzfKgJrFovSnypZLT8MSbmAK3+F0eOPLMSZ2AV3cFmh452L/G&#10;8rG01ezJsclDbuZX3IbsfHr8GQi1/N4uwyx9CKDxmBNcifWsoTsOWC17s6/X/qLNnRnhH9ZFLri2&#10;m7y+bXhcDfHQUAoNPNKk8+u+n+je0DZKdOsAE0aIShkgh7J/cqLMfBnggLKRD1NSJNa9S3YXhFNY&#10;6vskTZcBmvRo4Bq30IZmbQY29H3HvcDZOpUSRkiXV2PwnS8BDpvHayVrp0eKrqlz3VzPfdRySFYd&#10;lFgo4/dQlZDekem2MPn6QE+78LDTIA56DiLUhADfwpAkl78n9yGVkSjrQL+ziwYEPthMndeMgcgc&#10;GJQ8bCwCP043Utabhet/DKYZ7691ClDykCAx5lSfvOK8aTf2sQUxjXCDPuc4BYAb6btw1XDQ08HS&#10;5YZxX0qKwBX3SU0cKOZy63eWQtI4wXYxmJuuoj6HTUwJ7b1ySNVltqAQJilj6dcU0udO0NPBTgeP&#10;W5uYZX2w8/A9kdI6SUz5c5un/9aRejvmJyM9+avDQ0LoOWzDwkVOANOXSPyF36WuP3oLZlpElDKY&#10;fdn9YJOnC0/D1LD2kJt9KU2DjXTj7yfBuMzvrFYwlI4AhjZkuG5TQL/GFmCVgTd1ChjZGPgTXoXq&#10;LQs5rt2vmktRnZ3MlNfexo7sO7nL8E21XnAPLTPzkR/GiDT1RWbwiqXdmhoj0x96pCknnO9gmRK0&#10;ztNgzR1ixpA9RV3gw+zeJgl7sOFk+FpudQxoCIjqatYAImc89slLz0Bn9+msXKPVp2zm40e/PpMz&#10;b5KmOttB+N5GwAm8TmsjsEYvZa4XZ2crM7NRFo0QGbIp4SM7BXqgL/E9AaE0fB4EbF3Z0ci4rL0O&#10;z2aAnQ2BUFq/wD6A184d7Lsf9+N+3I/78U8v0Pd7/4Zc//Z/Lu34QRaksSlLjUEXWkSRnbcoE4Z+&#10;as1BkmxFbKL8TUM5ANQUm7IBDNz/6goj872JOr/KKzz0fgIQp+Bc2jQpU5vMDG8Rleh++PBBnj88&#10;w6NPAzk+fPi0//kjDMpRUNG3zCbYW4RxnL982R/7Z/nxFz/Ky88q3z1bsuy6jQJ88pVz+RSmoc4U&#10;LAuL1kL/qzyxBkpIlSyV14E+9/PpAaDMTb0rEL3ZBptF3ND4FngAQ5JTTi2wkDKr/jU0kGu5BHPA&#10;emmCsMUSFmEunciCOSrYt5+z40kOp7McLyf4pun7oKm9NuG2AggeabPnURKyoyoAU2W7HM5veyN8&#10;QUP8/Pi4vy/P8vj0ZD5SWrgSECqUjrmUsqfG8AwDdgB+wJ+G4EqaeiyeLIBbbF4B+CwEWtQ7MvUw&#10;he+UqKU8kmdbSHA7mVPVJG99AvlcoiXNwNMyNbB59g0M4zGbhIszZKYEShTQl5v3cSPogSAYZ+ot&#10;bDLJUCr0G0N2B9kRqQ+Zma2rEgE0bqpvKaVbFOhIWN0sdKHR/8YbVDDsuE4rpcSzEXw+EFQRGb5R&#10;ySRZs99XIqvXmnFjCm4MJWjBHtzCO7PRFwq+f5mAxvFBykF9H61p9ACKziRegE0OoLnUK413cRLM&#10;veO0/b/svWuvJcuWFTYjItfar3qccy8GC0sgLNFCtmUhsIUtJDDyE2FDG2FbGH8BY/yhEZL9yfJv&#10;tug+p6r2Xo+MCOecc4wZkWvXuVxoHo20srvurtpnP9bKjIycc8zx2N5beGOi+QObjKwLSoZuKXYE&#10;4HoaNj+8xrm3AOvTjd+hTDjlJDr3VPLopUnzGk7fOSBBynaTySMNRE5ZdhLcG3/Cnm8kWL9wPuLV&#10;9L0L0y6EYMoGNnzbmGfqq7ngnDs4nOQMT6+TfPnyRb78/AX2CK8WUHEFINbFmRoGjCPRlSm47q1F&#10;RucCv7kFDBdntiQGeAD8dGArAwTFAKWkUDV3JCmvtYPFBBke2GF67a8E6mxA4X+3+6T7Hqv779UY&#10;e6vJcvW/vdlwyJMzm3mYSSRNF+y9fQFIC2lqgTddBMIw+IP3MP69kHEDRk4BmH4sDB/IweJjiIPa&#10;VfCZxcR5AmADzOlTmIXswSqB/2XrQ+Y/u+ynsd84SxrWDuKA4YCSO/wz+Xe/M1zu3yNwnfd/JwgT&#10;aclgFpOVMzX1BEu59xb4To7BCAZuBD0gZxyMYzT3SFSmL2D4CU6wt0kiy/v7xk5R69Mgyd/psFno&#10;IyBJwKjD88kk+62F/Fn6NFAgQJP2YFWfEm072XZggRubDHspGX32apjS2nrUBwJrgkgtwfl0ZQLO&#10;iw4ACUrFoNLPizNEO4KbFrDHjw7sZU9LjvXNZxYSoLkQY3CRUmgZ3tWZE4tz3qZikJLzeNYHAx5S&#10;0ip7iw8NHcMAy/0yJyku/NwI7vifNsAh/ru6996Fqo/m+0ZKOTZ2gnhhkUB7AEHIFQZ/qTgLl+w7&#10;Z+sh8XZZdoxlY8ybXHl/fnlNeF3SBHjOVo309EvTMInDJVuBaw8mnaXbkp13XaehxQA9g4XN5GB6&#10;EeLfFSBcBZNvx04noA+FQJS9KQOU9oGns43dS1TXWMj2weJVRY764hqXt/q6Twj8SrDIoYLHPGVt&#10;H3e/SQXrtMYnyN2tX4EPpmT7XWtc93VYhpBtbIAe99PtfG3nTwOZjMWN1yJ3z777cT/ux/24H/9W&#10;Hn/2s5R/8A+l/s5flAOyAQy404q+JvNvSaC8JyN7JSTI9sm026u8oomyyRlO6guX1oGRKGio7BqV&#10;1f6szeLXn61ZVFaIsim0kntQZkf3wlODN56fnz2I4/NnC+d4fH5yr6+cIr3TCmRxI11lYJw1dVcZ&#10;fV9+NunuZWtOqxUBLiNIs0s2ikvKRRJAPCuIi3vzeSPnYAy/NvHr2aCUwV6kb5+Et9wtrDBEvV5Y&#10;NAfnhEypEd5hybWqWFUQpHtiWNWUQn1tZDIhsVYZQAF6KGhljDEF2OBpWLzRZoKqeS+BrXi9vG2F&#10;kkSzwETjhmaFKcP94tc9r0juu25/np398lmlQE96zZ7kKR3tNSawT7ypEgviMNZXb3EW2GAx7W5U&#10;/7P72QCZgnmRykgWTuxn+1R8dpf1whPMunU9D9XP7WyYHkm0lNzJYBj0xlJawq+GqXNW4K4eaHBd&#10;XULljZOzBvXDwZqBBT489NlBIl4u4Q+X0j7EJc9NIZIBdTzdsDYawjNsGr5W+OZUAB4SJt/CEA8A&#10;KSmlkWrosc5u/r2UYA3OAJazhXp4aLnXZTP2lgF5llQLmTdlU73vgQH7nQfPq9TGxySJR2OaetBJ&#10;Hl6MNNsONsjELpIk0t4DWgmegXLj39XxRqLxvgHV0y9siRnyxQS2bupTOMx0D+Pk/Mbt1aX/k6Cf&#10;0jX6f2kDVHytGChk4IabeK0MeZgc/1IwpW+lwd+TEvfp7fb9/bV7H33vW6ogizIdmFDZHXw4vb26&#10;B+rXr/Llp5/l7fTmTfLVg2Qazt1heUDQBPZR7J0HZRfr2qNsrRT4e+UAfU3oyjCikqYLCSBG78Fr&#10;jVRQGt9bQmN3+aI2/mZ2jyEQQ26syUdQgd03lIZacEvzAJbVE38vAfS5o7tfI2fm0bfMUyzdQqHg&#10;fjZWzgIQL+VgytkeCPl0fI7MH/16/dnqtVVy7JlkT3HdZIQ0pGl6NAN93KkMHsG92CZvMmnz3t4C&#10;qPPU8b5bHvw+aWAySp/YbGMtMdmyx30/0jgHGDD2hfDrmqSEAdItJTzbdixJBv/gHDNkKWTeODch&#10;yT3A7iLlG6/cPOw0jMkzFpfVLA31RHh5Dm+xSv81+IM1yP6Gn5dp/3BqWBuBZSqyu794erhnMrAh&#10;9lOTiiIx15JGZ+h+D6NFxiznUbYGkQh/hHdedm/HDD+9Qr+9JMNvLySg8NzTgIdy9KAbPC9yTuHN&#10;6nu2A2IJw6mexnYYz3iAUtLbDugbDgeD2RiDzu5Sb5YEBInd3iHZvb1CqmzBIpXnjqB+DXYkU4UN&#10;vLpe/L+DaSoYAF2wJ5ANbwx0tVNAAIjtXyWNAIzi4T8FjEe775V9y/2tlGDhZjD3Y+CB80eWu3uK&#10;LmCfjvRtDzaDrQp9RSGtFXjL9kntYDLmRt/LIUFu2Jc5tAgGX2XaOeTydchbO+4NHyKm4evZh2oh&#10;MZArQyERoH7z4DBjpUu87hVsOj2X+nMKanFl2VsgVB2MSn+N8NXODvaFFygAXvsepMZf7N81PP+4&#10;d2UDVB3sk74H++IpyIFgo0+ls5pXsB1NwYKaVc/NHey7H/fjftyP+/Fvz3FI8vD3/gvJf+sfSlP5&#10;QMhtOER0n6qlZbkqYSz1ACX61GTU3icJ0fZv/R42jwnFbHPWk7LBvvz8s3z58pN8U0bftzdjl2nj&#10;dTTHemfsHQ8P8vT0JC8f1KvvRV5enuXh6dl8i0bybgofMi0SlHFigRwnZfLpz361z2m6pBY0ZEUI&#10;DHoT02x3aYgFrD0vwOiHRiPqKHKj6fJCsM/pu5hopt6n1LyZhYH2nX4zSd5NuaMbMJlrdUDPio/L&#10;9nq6AQTKmixKLdGieHutuQ3fwU4JrfkLrtt/W6RlsGXAHtETYgyz7eu30+WvQU9Toi/SeF0VRsts&#10;YHKrI7l1O/dPVwf/FMytYDY8bddq+wXGECkwiE599fPVJqEjWHgBw0CCYcy/NImheovOZrbQ8wIQ&#10;6y8PSVXv66xvCZm0+wGmaDCMJdNGimCa/BsDnCEQC5ZqD5/HZGCsS1i8eXAw2qf5zgLKkEkt8OkZ&#10;cidKmkJiGd5MYkCEAXp1FKMdhX5HUl2n4Xr3FM0VEiN6axpbDCBvWfaeP3uZD9iCMhp3k5mvDmZ6&#10;Mmc3iWajjxGkmi2m4gOcywA7FwbnpOGfZX59y9GYXYUJopRt8Z5RIJdS+/AHw3U0+Xca8t3p1mlM&#10;tQ4W4P7e8n9PrM450ZmgV5+5dATSi2b64rrLL4J8BAY9XXcAI/7Sh8fZAiBiyR4GYh/BANOhgsC7&#10;K8P38ReThwM8lH0C0A7tlFg3gQmG59igirRouP389ETWkEQYx0l9+97O2z77ZnYJau9g1gLbNXxY&#10;lgBu9Ocf6CuH/fNggSwFEktn9VGa5owtAMQpReqzSm7JXHKGWR1SsuoyrgBLKlOX3ZZAA24iJKSO&#10;4ZRZEuB+aVjjDdLcFUnDPj/w65LKsGowBqy+J5kYZQgEOQK0I8vMZaUpQBWyVynPpvQxfPcwRDrA&#10;h9adDfI+aCgN2Ty9Pvksph8Z041d8sl9Avs5Q3mwn3ekIzcMMGZAbww3sN8AQNgvwVELzMOB/b6S&#10;pvCqdANK+9cYa1OBkzytFQ7WSo6gBjLnyYrms1a9fROZ7jL7WM4MMR+YmCsZzPk7ZaAZgUkVKd2U&#10;MyKoolGOLgRQJiYlQpUYWEAvQoZhMOCIFzBNXzNkk80lzrWP9U2GIJLmI4TBQKJl+A8G8ymPhFa1&#10;lzgUW0sRZFOWkDwzuTlk0RkKBvjvLcHi26sWQsrNvXwOBeYgJQ+mvdArUG6Yp20M9+x8yvCJJcDZ&#10;e49nzUjMdSnqCnaeJwmvCIYYFhZCCS9sQ8KjTS1LUgcgtg/T6YuDQsbMW3Kkfes+5ucjQ86syoVk&#10;wLzdqwUBaFpLLR6cY8O0kiIZ2G0opmfWFCJGeW/CoIS+fqy1nLlYA0gP/0HW4K2Hr56DfQO0C0n4&#10;5OnYwGZskIn3mfne2yTx53kDICZY62TrosbXWk5QW1odhGeNSW7BoqefqzFYsw8ycvL1rYoR25Mh&#10;9b2u8BE2aa5LchW8jkEkno06ZHIgbjWp8RVsbbIUFVDM+F3KEG44H25b03ZDvwGmjlTe8Do1MHSE&#10;e9zBvvtxP+7H/bgf/1Ycy1/44/Lx9/4vkT/1H4Y3jj8gt4ejyg0bio6rF04FkkG0XCgyVjzI3ei7&#10;97BFEyXqJTTeChBY4tv2SZV8ffn2Vb5+9T+X85uBcfYakoMhyvZ5enqwQA716lNm39PTizw+Pplh&#10;uQFVKYc0aLWUzZMxBFUW/O3LT/LzT1+sIVV/OgUr+iSlMeYV/HycxJLD+NkS0SA3s+ZkcQnvkGDl&#10;8JwykCIMwPHGh+4OPnrfgQNymxSkeiLLaIASQARjJLA5Z4pilZ0ksxVn8xWfCDdLRpRhfB36rmKG&#10;/Fpc5YcHKfXgE+qtIFXvPpvYQ46sUjxjqSmwITCjRjFoxap4wZZQXF5xXU+aVHk+y+n10QDWy/mD&#10;pScrYPv0eJBGbyQZk+uOaxhOaCbzBVFxh23QVNslYg4G7v1/bIqchtTUJsoOqcwcKxAHKMNqAWZ0&#10;Xt9Ww+Df5elp+AplXj8xD5iWIUnUxnQ7T0cxFGdbM174W3MVzUTasToU2Ki4f3ZAXpivDy+mmbXD&#10;NdPznO2K37Fd5gfcGwmG/9Y4L+51lmZqCcGBjgaX03AyAtbx2kZj0EOKM8tDnS1yDBlgMHSCzZaR&#10;+inw+MkqprbgC1UaLU0iSRFLPQICwqErpRse2g1Wleb/mt6x13qP2My9/90ukXDIXdMkvQ+vrnTr&#10;4ZUH6Jd3aDWSK6fXBDyukM0F6dfxWOTx4I15gdcpmRAqHzIGW28YTqRxD33Xd6vHACJeKIAzgadb&#10;vKuJDtQZhy0ze6gJCawDkHDg2QMbkzXAuqQOLvx2pgoZopCsOePFmS8cmqQpxTTuCWN+OGslJGVI&#10;f2QQhsvh/d/+XEE4AdiPtkcJkq6D4QvxNa4Z/bQUoK/KPDdpeTEvLg5gtFlv8Ix1ICoNaW4ZrNxD&#10;ytHUh9deyfDhmoZDuyEQg77pySjwlZvBMXjR0SJCYGUrQxbrKdNp2CNMDEWX42Ef4TkiQI+LSnCg&#10;I7CEA4T5lph9AHcs2zR5bjFYwdgzffiWQULrP6+EbJEBJjFIocfZMvk1gt1HoCQHG9kiGcJPk+zG&#10;WNfw8uy7fQyed00imGEkfcuQNiLwotY9I6zLAN6kIbEVAUeJADmHLfTZw/3r1wUp9sbOc7CscBiF&#10;Jx+BVpmAoFKm4RDOQZmeKwGiRyAJmY0OlBrYrGtUmdNkzpaCNZ0He0wmKxP+nf57IlHjcGAxhiIj&#10;uT5CxwAiE+Dbe8HBPxXD2Q6mV8d5Xwl4BjN9ug6QkEobQQp6zxuz/OoMMEo75608T2Eysbeh1jss&#10;Es9Ek9tmZ+Ml+PwS3CvLIZ6fek0OkyzX7netRxFIkrDHlVuAfuJh9nfkakaVcAjpSg4y9FvzRFjd&#10;8xTUkghbGeeZezTlyJTgOqAPMBDMyACkhfe9DPYqAFmu61F7TDVDa7s9JwfD1pF+28fhb+fKlOzp&#10;32YDc3WbDgQTpeSsPrdWuKKH8H7B1snVJboJYUf00e5I0NW6U2W2zYA/B/muc5IyggMLhg0MDKnh&#10;YTqeeRUexlFh9ZFEzmcRP3cH++7H/bgf9+N+/JE+0kuWT//od+X5d/93A6O8EAZLAs2Dhmz01f2j&#10;ZEkC9asVRUbphz9NA6MipqyNTaMzszqKN5XWXs8XOenH09WCIU6nN1nPF3iKSbAbHh+O8qThG0/P&#10;8vHDR/Pre3x6shAIZ0xtjVnJI5DDDJVPBuqppExlwd++aDDHKzxYrmj8hjeWoMEKCUIaPkCUmyU2&#10;a5nSxjwV1YjlgyQzRQGcPXRiggrSTrrDz5YdA6Jnl0nTX4XSI/olRTIBuz4De7RoWfCbFyu2nCmY&#10;ZZcBTEDMDJPL1uDqb9ei5jjMr4FU6Lk4afO6nUeZjNCvdTit9+RrRJvfZmzJrdCClNXZP5dtvbgk&#10;2xLtqhZ4z3JU2WYZJttyA1TN3j63Bt5+Husk+0GTAfakMQCzE/ds0pwGc3KknM4FPxphM62uIUOn&#10;I5KtiQoPqRk4QQFM3yVlJy2lbX8O8rBocnFy+Ys4m+Ba12DiCHz2Gn2XJgYfjfLbxJyx3q8NAErv&#10;OTIENcRDQWlvOlJIrIVplOaxR7bU5BEFgI/T6isSGDt8zSqa2+GJNN4zXy+Tr9OUIDqb2ztbycGA&#10;BlNwLf7r1dNOLazD8iOU9VXl0Zr3JQBna34D0JoJMe+ZbWGin29JdjfhAgTV6Vkm74hFg53yz9xA&#10;uR4bEsmdsZflfdouPT1JgHEptQN6msCoTDgNINI97+HBpXd6DlZKTQlGVDTb4Vi/UxPHmrHv7rJL&#10;6uXX9z5gPAmMcgwYducvQ6rYJ3+r1YG+BL+up4dH9/drPdJGQyKORE36wmnqMqH21kswdkxq2yok&#10;6ghwgM+WNq3a/Nlz5erAc9c9oAJQALrgNqOT9yaYk5SGW7gJWHAEbVL1BeP3nrk8bvdatvvKQBIC&#10;coUhU9mTfwGYHDT9d2GoSDJgU9fvoaQIhmDQ0+wtOeCSNva5d+sLUCs8K8ewRSZAHuy92iMwwDyl&#10;Wh/NOBlpDOigNxwTSwlMiYRclWBxabi/OeyAnyQDRpTFqPvPAjAzElNzHwFXpQxAkH5b2E8Z6JXL&#10;nFqfw+PQZdxi5zeSdmU3XxhruiL0o7WdT2CbGM82oJgSRMlUCnkozmEkrbYRVFDbSP/s0xpl4Ekk&#10;G1NiCZ9Q963sERxhbGvNJepeN2ScszyxlgsBO+G/EQa25JCKZkjgPdwojRoF69T99lwi7x5wS4BT&#10;cY90Xu6+YyqHPQD2qGAjTwOnDlAvnsEBhPQBKM+y+oqUXzJOK8AcSPDXScZcIcMnaG11B8Aj3g8S&#10;qakAAnuH94jE+fCQlqFgyOG17J8nY9Hl825l4ecJCfMAWpUtmsth+BQWptGX8GxmLZhDzjqGWwN4&#10;HmCo2bK0XbUjAZmSPYs9UIenZg1irLgr1ni7WXMjUKPSoxfhROOe97C1SL8Wl+kKvuadl0X34Zix&#10;JWvbOy9Wv5+uFjaGfUzPV/ImwZQe4RVcEbPldi8m49VhKgKotG6zn6XDZRv4O+uSe56z/doItcJ9&#10;QiCS0t+GNbfiHl4rpcgAFikFwe0ZSd5T7TlI+OO90v20w74Ij5E72Hc/7sf9uB/344/u8fBX/4z8&#10;6p/8P7L8yX8/vHMIKCQtrPVBXDGEFmfzVRneZg0+Kj4d82ZsXc/mlcHUz9au8DlrBvTow/dyvRjY&#10;Z43+9rUKzF1OF+nb12sJegTjQ+UTjw8u3/3w8aM8ftj+PD7Lw/bH/Z3cXyzBF61rUWny3Tc5v73J&#10;m3r1fVHD+NP2+042FaRx9Y5nk4YUaBTcGT4pJYzTSxTS9PLzBkUihKMM0ClSxiY20g2iwFqwMWCB&#10;oE538DJ+SG8hoU69zbmjVqkraJiaB5+oyG2Bj00pq3vOQbYUjBIw3SxowA3aRN9VTyMV1m35KWNe&#10;7OMlne2a2dmuZt84TUKrrRFladHPLZm8d7UwAy3mTC7RMb1/3NbDEdKgxRtEBcRSGgnAlPfQgC2j&#10;8zB/PS2sex++filP+EwP2XNNOYBJA5xpNm8/swD489Ro/85yA/KAb4EprtQb9kJnAzQYiiY/qyWC&#10;MfTPGRIiegXNQDNzGOcp8vAJpH+f7MJdjukwZGxFjGVE70jKsSS83NIAeQVTfzAFFIz1VNEWnkfQ&#10;+g2yVyIbR0LCpYAywcUE9taScniq5UlCJ2y+V/dOe1XG59tZzpft3t/2AfP23u7n48OzqN11Wo7b&#10;HrBIV3YEg2b6lCSbbwz02/6+6m0OscDlTz28yzwYNI1wjzQa17RLpfVz39IIzwDXYr9G0s1qmciO&#10;HdImxrqQDcqUSb3v3O8py8PDIk+PR3l8etz2OWeKNW1Otj0ynT3wJMCAGQifQkq0YcpLvu3VMDQQ&#10;6CqL+68CVBnoM9d0HXJf21dbSGZtvVzP25+TNZwmC99+38PjwX5vNOECdmwf7ux83Sqvc7lo9etQ&#10;+0jKhAxyDTYVmv0VcqsAaeZk4RRhKo4NjTRr+l5ZEy4jDbbi+5N4urcC/rrvKsBn+8GhWxNP0COD&#10;XeX+mg72MWzDgjMC2IZ0kr5e84CF6cDJrQp6bCB52k/aYE/yfbY9YFvJSNHmFqymlRLTSvbjjWy0&#10;ywTO9JDdxartsmOvDJwxhdw2E9AEwOuebdkGSyUjjZVDBQB3MjEgE/dvkfDbIvs6rC64TiXDuzTf&#10;oO49/PJmYLsBdaKMmwOJJn3430G2J32AHpa6KQ6IGLuzjzACT2adgb42Aa4pfn43AOR7g4BZx5wQ&#10;TuV7WTr6PW+BTNjHPfxrCY9OrrcMqS6HjPojGD6SISUlgzLAviQBsLtHH5QJkJ6nvGcwE/RJ/TtD&#10;D5GQM/abgJUeScmDsRfMXwB7IX+8XiEZreEdZ+wzyGoJCrbpfM/3e4dPWrB08YTJGPJlJtovAkXI&#10;SA0+Ho52zyoTTyIxuETgT8JQylh7CdJn1CaL+TO7pUIvBGA5aNsH7Xjqbb49eULrAV8vQzI/opCa&#10;W1FMafa+hF0F4/5zW818Xo29pknB9Izb7fWoMQSgfu9DEr0DA0NyPvYh/rfbRZDwFjo87iLhWHCd&#10;GMClxACy+aPWAANba28bKvv6v66DWejMvgRAcVsn5ypn9VI0huaQXOu/GVozg9H6AuuKZ8YMFkeC&#10;9VhDfgfWYAQSoI77VUT2O2O6eY7yeduivrqDfffjftyP+3E//sgd+dcH+fEf/2/y8tf/HvRxDixl&#10;fTjiYW1TRZr0Nvfg0smZUeUv5yjWrianqIaBWFFyUWDNAwrcK8UlQTqN1QKF8l1l9SnQtyIJzAxv&#10;tdU/aPF1tACDl5cn+fjpk3z6/IP8+OOv5NP295ePHy2VV5kUBDVMtoVG9O30aiCfhnF8/fLT9ndP&#10;hzybT18duonO8IXBAJHJh8+ARPgxJTKm0ggsINCXyOqTEp41Q5ZGOhqKQ9kz1vjXglCOFsrAQcfp&#10;fRQhHq6Qd2yQvkM8ttdTXXC7mOgWSb16DcrBGRJp+q5pqm8FcGL6ZZbn7NPtw8NRjqeTsSgPhzcp&#10;BtKcDLRJKOZDxNkAhphNT5MLwJMGIMGK+as3UNePVR4fHo3FtP0WOWSXLVJa4b5aMOG2890h+Wvh&#10;ZaMnroO9uAMn4InUWWgTCAyncIBW+jM7mjCYX8+u6ePcjzSAnkZz1PoUIBKJkD0AIw2I+fr6TU6n&#10;rUhX4+hoCn3taBO2ZEiwpnROggXO0PPz4r5teK05DVAhD8plTtMaY9MKFgU74pDPVk8q9CAPL6IB&#10;Nbq0rAy/p5AtLb5+MmS5/qUZfnwEnlBco4h20+wOpu3JwD315vz6Tdm3V3m7atOyNWPbWnj+uK0p&#10;NYDXZN5FvThh9B74203ibJ/iWlKaY1QC/opAkTzISvPtd4vZ9R17UJD8K8N4L2DEvlPxxvfvXl8n&#10;BVoops3wBdXrqxYExwdn8708PcjDow42Hk3mrvdFBkhpzNvtnJ6vyhzd9tHse7anFae93176BTpi&#10;GlJrtMgitwE4kXQ5pVu2PpIqdZCiSd3KmH57sxCf1TyvsCaQuM7GvCHhUQ1e28RoimCG5M+MYPDx&#10;fpc53AHXimziZDutD3kKw1yGvJoMpBR+iGkOzUbTaLQ4++9t2wMOBzWcV9Ck7Uzu6R/osjH31iwA&#10;ZQoZewZuLbCBmCSQAa5PfpAiE0AyPO94nsg+cS+rKfmy783v6K/H4IHw5mITThsOGO7PjK18+4zC&#10;uSKwGeauHEKAGazv3YCT4vLEhfJsgCUZz0wHmMhmTLtz6LLdvLNS6GliwN0gTAxcoeyWoQwBUODl&#10;trUF8NDCZ7gHgLGudQciDTpgD0uKDo/G8IdrDeDBCCCoZAD2FsAld5ySh0TZS4ccwSuhAoCkXvdy&#10;yrwzEpfV6oEAlHBoM3s5EnSeE5wX2IYA3JsZ3WOYNMLD6LFHmSgZnf6YvGE3MUBlAqkM7EeSuoGi&#10;YI+uXId1GvySmTetYQOEKu0fRlIuAdP2nZCXDHAzOz03ngH0tisIyKAqIzEQpzgorxYwR7NFONjn&#10;DmDdJpx/XjsDQwvu55t0YvtdPU0WLWknsbbf26fqrtUIqqPPI2sa+js6E7GOgByC1fRmxHVZwcJV&#10;oJT1t567y1Y/u/dh9QEPAEoO82S6tiITYNomu5AJTPW138J71z1LeL/6Kvd7KtmQx8MtVlgDUCrr&#10;QFzCOeR9drVBzTWksl6Sdqv51ZOPa5VrTYej2iv4a17HngZZ+I41i2qrU5ofgP9g4e1GBfz39Nzr&#10;33lmvgf59s8jSSO47A723Y/7cT/ux/34I3U8/ff/kfz69/5fyb/6dyFZWSczZKbBwdwc3npazJ1O&#10;CpitxupQPwxNKxMWcwhKsML6cnJDdE8pcN8lpe2r7ECBPpXvbn9scre6PGxFmqc98OFd9bwVaR9f&#10;Psinz5/lx1870Pe8NcIWyLE1yVocG+OmY6JnMsSLvL5BuvtVwb6vcn47ucQAni+CxLDR7LARKRHM&#10;QeluzpN014ypUSTCK8SmwcIU3iw7g2UpA4TA79yjc/vexmTE9F7qKZh+ZIIkIoHBwnH2X5oqlyjW&#10;9Vxvjasx37In75lSshRnTk1+Z7MkqlsbXWRBY8FJd9bwhOxSoLy8ibzq+VBmj5sxutSm7xqFPsnz&#10;dA2ph5+BZc24oBY2sb54c/ak7ceR58+ZdA1f2yKcA8mekELGy89sXsjq6i7r7reFmkTzYoXw2lDQ&#10;FzQQ8KScvN5SGj1oT4M9FKhRvwFbXUcmzmRbLZzktK2/rxoMc73CQwz+XrqOkbynssZHGKZHYAZA&#10;P0skjYCLsW7ps8P3aY1YvUTTHywJAE5sfslCDIPytUXz6rIwX//aHBWT1i7DYDyNe4ZMsGAEdbI0&#10;vNFblQFWq+0Z59NFvr2e/N608+EflaWg50iDOV4+fJZ8eDBfujY1mUzZnlMyZQL4rNTP8h3JLa5n&#10;c9At9XRDEEpyU/W/vym/C5pNYMRvIfOlVDEDCCrZGT0q2122NX94OMjjEfLdbU08bf/Wvyu4br6o&#10;2kTlihTSHA1/Awt29oBMv5XueH7PfoJykimMA+ti8spazfj8asmVOjjxMI6T7eUXBf+uvgevaOpc&#10;SuXJoSsAgJk11uEb1RDqQ4nYAGoZlFTGnY3GXEHbhaAFDPRLsMYoy54SuAnqthogvS2Z7Ibw/s/m&#10;Ddt75XWAVQO8SriWLrPU+9nBnTHgCaDSGs51sOkQQjQ89eChJx5W1WoNhuOKJExNA76NfeHPJhgY&#10;oE0MNXqkb6ap2c0pRxiQDbMA5mUMTOiFN3tBuv+mg1IFQQ+lMKwAASX0X53Sbx1AxL4q+6AOf28Y&#10;WHVK5qYE4E6mUw9J3WrMIJfcUhK4u8bhITkYaLPHaDCJAPbN25gPJQVy5z6BigygAhtdzxeBYLKq&#10;Q6Lt7Gp64xUkTg95J9mhJfZ4ykQTPo6QjJvUcXEmH1ljHMjsAG6yvxn0FRL/oQ4w1m0kuSL0hkw9&#10;SPBdrYFBW214rjhId60+nKVNS4XXXqNUE8Ph8NGExJZgashGG9mYLQakGYD6SCU/QO49LF06bCnM&#10;dxYemj4YOwSD0cs4yGsPfHYdXGYP39CcxoBvroXohxky+7gHxpDJXv9sIdGcSed2Jj0ShuP5yhAI&#10;k91SYl8DNG6wTAh/woktaQAbzrGCrPW6RuKs1rq1D588elpGmFLUIylA1MpkYrtPZHh6Auy72B5/&#10;tY8d9PgENv9CJjzCmRo8AXnNyaRrkMqWyRdR3+5aL7FvxR5QHXgM8UvnPajrzAOTar9MaycNf9Id&#10;GDe8BIfUlrXenDLf35XgfXqo99v6IY3/3uOemwpmrI872Hc/7sf9uB/344/EUf7Uk/zqn/yf8vxX&#10;/iai7Nfw8iG7gL4edWWq2dXltiaNfbXG3Jl9K2Sb00PTHsyV9AkUPV4waIGo4IoCABew++oFBSMY&#10;DpRAPm6NvybvPj8+ysunD/LD50/y4cNHeXp6lsftc0dlvGBqaM2fNopazNezsYdOb8rk+4Lk3TcD&#10;WVaY9ppsdfbWR3Eslp47/HLG30v4jpH1VyDflbwH+jzAgy103lfqWUbS7D4qNIqVFMCbfneDnx+l&#10;d9lltwC+EpMEZ/ChTz9Uz0+kzCmrr41SBzK3ACKnridesvrTWLHzZIET5lMD9oeluG4//237qOfX&#10;PPxW9VXzqbAJHDxdw3NH1OsuG/4oJ3jE2TUXyH3XFsVUWxYY2eO1WRODKXfzCaw1KASdepoSSJ0N&#10;aWw9QXJrH7LKlgiQCszV0UzmFqruhNCGNLFbhjwQLB1iCdWx4Y6J/PBAA0MKTY0xHuwPJt5bA3I0&#10;X7ZHeXp+lGcNSDke5ZgLjP6XSMZlEl/vN3I7IYh6gQ9S98k5G4uQRLa9rDSACvjoaRH/sMAA3kEL&#10;DdZQECVM3Zm+2AmmgG0Dj7AKuf4VkjeT6NvH1e51BXnPp6t8+fZmYN/b9m8F/hQAvK7O6F3U7y0r&#10;q+3ijBowm+YG6591tDQEUY5eYY3NbE6R0SQk3pH7pmH+VeZJyjReWEsmGud3rlq4/+0CQSTShOnN&#10;Z6bvxcMejkdPnn1WJt/jUR6eHozJp5/3c45wDvzcnEdKKxmoPcnUeExtS8rfPV/JTCxv0SyE+8Ta&#10;6pHYeDUG7sWaP/VYvVzPNjg5vX6VkwJ8eA6otOy6TimYSEBscR1bpEhyv/W50t4cMcOXLcNTbA51&#10;WEreSWFtT0pkOtHvCQ1kq8Hq2IHxuncr+KB7q/mb+l7Re981dTcC8Ym9SUbc3l/PQovU005qMKAS&#10;A0ECrBphGTSnD0YN9qKQ3NaG4JEV/71OidQTbzUSTQd2nbDWg/s9SZnJvAuZbcqRauuAlctGgxXG&#10;4BQwyDxQJYW3mQUQUDqKZ1+eGmBv6C361HH1muwe7dXBsyHFBkuHAFQ073WSiLoVAkFSpqrGKupk&#10;ZLZIEa0412SaXcE05boIOX1Pw0fthgUkBJ0tZakPwFTZzgf49ha/l5eCICJjQKcAQPV+FpwnJggH&#10;85FefQbmlWBmDaTvxps3J0jv083d02yPmi0JYrCVhi9pyDX78H01pj0QmRUKjhr+en4eFez3PeHq&#10;vsdzQIS+ToZENA6AwXqn+SfvWxmKiF2YSBnM9jlh2YFQeOoB7MxlJBCnQm89hpYgTM3qNLF0XPr1&#10;DZbePuAp81mR2pCFNmTQG6gkBrL1CRLqdewWYekQwKaDpvo9tTcMtNcIjmvvPPZGoq6VFc1VKgOE&#10;AqPNEoevsNzAQK3CJ6/T77KOfYnAWmq7pGiTTLcrJMNIMTaJNZ/dyt6GckeqM0jB5s3w7qsA9qyu&#10;h0VHDRZsxR40Aqw6QD3BoDfeN9jLnZ4h3FEbhh9tWEr4eRvvracpKCQNGG/vwbszsh1svV8MqR/3&#10;VShGphnhsEOZAcF0B/vux/24H/fjfvybP17+l78kn/7B/7395bOx6tQ7zzwu2FRUbzZWNGtayNXu&#10;0gFt5pVto553ZwB/67ru9W4EJbQgAcDAB7qzA6/WPKpsjylZYZ0nDX5zztjQ4IaXp0f5+PGj/Pjj&#10;D/LDr39tKbwfXp7lqKEcnHznFD9fG1EF9759+1m+/fxFvmx/vn79YqyqFYwq+olYYZQzmgqy83IY&#10;KptnDpLuEmW7wfRbboC+JaRbTLJ036G8kwH84pH3AEECoEXAbzZr9mbdi1L/T80/J/KOOTHqGyQt&#10;ogGVpo0IgC7zS4JkqKdIHCVo0rWIFvepquUQbK+Hh4t8U7bX8SyXhwd5M5mqy/lYzCYt7NJ4i8mY&#10;GT5RXs2A2Rkp5/NVns7Ounh+fpIn/aOsJia3ZsyT8yjHRu/jxTklahkhCaNXYixjGsmuJi+G1HA6&#10;84Q7WptyV4HpRGru6iBSQtJxMhZkhvdW3qXUWSKvetAdjibN1M8/bPeVevmpH9uDypcfHyxkRj0p&#10;TSaXBuDb+zCX7yHLa8G2JWNivaL4x7ntTImMc9Ah20Ojr7KmYA8uSMyUMC5n6mUEbER7Mxo/9/hb&#10;bb/Q36uNwfXq4R7aLOg1PcEH8O1Npbsq2b/KqwFFJ7v2+j2X1ZtL/V1P2310NUkT9wQyCiTYRe07&#10;AFaEhsgOoQNYKzvq3WC+SIBice/c3Dx5v7MFCdCA5Enr67d99zTNND4XIF8qaPAd6Ht5PMqH5wf5&#10;tK1z/fPxw7N8VKuCZwX7DpBJTgnf2UESuQH8IthAJsAv7QcJ3215dqeQRnAJrJ8Vcm5njyiQr4bw&#10;mo7++vq6PTfejMV3OZ3MEuF8OvvXg8FHVkolmFPbMDk3T7wckrylDDuEAvsE85xcEmSQBQCTA1L0&#10;4qOsUSLpfITHVDBc9B62IAR4SnWhtFwMEDEW27ZvtjIsAwiCUOra2xhAeIqky8kixIDO7AkssDoF&#10;FTA0hEBfrZMH1yyzlQCt6C9Xw5tqSE4drMceFwBoHh6hExjp1hNYEzEMQrgD00KLy/KHB+0AnXS9&#10;ppJ28k8DYctg62X4vsVABEgjGYsypXYSzOTfa8jx6pDlxcSrGXOHAPrMBmu0EwELj2uNa5ps7UgI&#10;5/4JcNAAF/hAJlw7su4MP5fhLzhAJ7AWEwd9PoxcYGuQAfKZvLkcIvRhYYIrWI4EW5fCsIscgGgC&#10;w4w2C/PfRWa2rSCp3j/Z0g3Xczvtl3febe7lSyCUUmR671E6TvmmnatKYBQBa/hvVr/p4Ff3hss1&#10;WGtWX4Q8eYQoObBZPEE6jbRapgZ7UEix+urAAReCR1JIv2UH/vmQ0X12bRASdirZgnAcTMzBDCRo&#10;XeDZKXJTsvZJQh7vhwqFNq3XHqx1T8CuU0o17G4I1gHM8vXWRohLJNnXEcbBeiENSX8w23AfjYGC&#10;g30eeuay9CusN/y+6BH6NDwuU4CVfQ78YpgMfT/ByNafdbm4zYbabfjAptrrW7IPWLzeGaFeloou&#10;a+xlIeXeRcLhvYE1K7u9kL7MPRKefd3jv1cJD2cO43ZPtST7dOBb6e1EwEy4f34pjyvCsyAn9ufE&#10;3ms1TZHxs1XDHey7H/fjftyP+/Fv7Ch/9pN8+se/J8t//Jflog/6k0/srkjz4qTWgZjVJ4rm8V2j&#10;INRCQEMvrOCzCe8Kr5G2MyLuq0TyqP4nL0iuwRJRkOB6pfyDHkwtGPFWBG4F3MPWED+9PMunTx/l&#10;0w+f5cPLizw9P8tyPHrjZz5LrjtrV38fxjg5fZPXb1/k6/ZHm9Pr+RpTy2iaxIv3joLUivEOL5sA&#10;8+BFhGlmoQk5pLsuJ3NIIMPDxXvmtJsMpmDO3CIU+X21wb4lJ4Rc9Pi6DJkZC50B+qFfn021yWaJ&#10;Jqw6K9CqobMzL3sxrysP39Ai7OjFDXzFCpvYNAQKOa3bZx88NXBZDNxS9uXpcPAmfiver8qihNzP&#10;+pnuhbgW3z2S5fSjy0/0pV8oDdo+vm3f+6LrZLv2T08PckTa5SGMr5n2R3YZ2I1pgHN7EGgk3oWX&#10;FsCgAtN5MmJC0Uk/p+nidE7eE3x5moN+bBINOGzD30x/qjYwzdh7D7I+f7AmR1/zcnwwv0kFtBXw&#10;U6kmZVnOtqgDINepPaWOYAJZQ20FtjfK1kSsVVrbr6ccLFQkECI9NCloe8hIGywjIZO1cyYFsCNx&#10;uyEF0K9rW30/sOCR6uE6yvoyYA8+nQoCvcFbyIA+gIGvCvSfwBBB46QvWwF+l2ynd8V8IvLWbgEq&#10;Ygz9+yi3vCfIpKm077+BKEgmZ0jpbl6RAQN6Xg3YKZY6eFQ5aUOoDcMc4HW2QG72uJ33Dx+f5YeP&#10;L/J5+/Pj52f5+PQoz09cE4dhHwDwJkkfyaRhrg+j+DyCOvJv9TTo0aTwvoF5EuSP1Z4Fnoyug5Mv&#10;cv7mIJ8y+RToU/musvl0uELWqoNkQ8pNPzoyr41xYumh8NeDvC6Aq+zr01nDI83VApAiSrjtr8fk&#10;zzkDZs4KBdjY+s6fqd+EkAi9+cLwf5Kkh5l9HwEX8BXr2Cx6mhrX2UNuAro6/MhSgC1jUDGzrCg9&#10;tvu4TQETeE6RFVUAblB+S/mjMBEbYIjjSTmkuJb6WpYA+4w9Cl8zylDJtEpk53HPzHlKQE+Tf2yK&#10;82UegmsfnmSQjDbsqZG62gEM9xHyQFJPBCAJzf9TMFRreAe3YDv2GTgAIBrhHNiLWx+yv8EUdqDP&#10;wWSCdWV4ES4IvJAU0uWEcIw8J7CazQETxz0ciYEPHvw0DZ0A5M2hGDNzubhpr4NLvU+BCc5wIgDS&#10;+uTHCkBzeJOlsClpU8p6m2xZAvADU6pBIloJvALk4yAnfOYAllIR0mGp4eBmAoORvnnZWI8ZXnpu&#10;A8HU2oMcHra1dzj6YIPyZjvfQ2ZOX0KCMAX7HtnSwjA1/Fvfe6aPZ9/76Y17moEYYyDGYajVuEy5&#10;N7kt5LcNzGSVoa6+fnubFBBpep4gNKaDqWbX0thxY2A3J/E2Morp9QdWsDNY+XsGE8332xUsflfd&#10;WI19vWK/AavX2Mp5LoYAPIqz66QGCmYOyMbi9CRb9RY+K4Nbn+lay5kkvm7POFe/mGe1SNzDtrZS&#10;DWDd2IfxPudHT9uDbxjSDV/I3RgX61wmVl363pMMNcDeniN9p9RO8Ggeqo39E38MkAYIL0J/05AA&#10;iUzWPxEGk+8y3vtxP+7H/bgf/yaOJcnj3/urcvw7/4dclwdr2ti0XK8OJFwvLqlVpt7MGJJJMliN&#10;pdXCaL/CkDlN5r6DPj8KlxWJgOajd3GQ7+3N2Twm563D/Dmh2NWm+LA1vB+elPHyQT5+/rx9/GTA&#10;n35effoWgH2CIlYLHmWeaHP6+vZte5/f5LT9uZwUgLiEQbk3+3io9xbS20SflvDnm5LV0Hj71/i0&#10;3tNwvZgXTOx7Hr53+OoBRMzFSZg4f4d3k2aYAxJlAG6p0Zg+TVJKJvZ6cTRsqtKEjKAxTQBIDJxd&#10;jU11MOhsgavg1QDM1nJImwbQQvBykXZAAiUmvBcF+pCyqE3TWT+fv0k6q3wreToebW3o0VO92LZX&#10;rl4skAqZWfPlCkmofnw2AOT5+dGT8cSlPt7LInWyjSbbJ8MS52MkT+JcIRXUmte+Z0KlyQqx5/30&#10;13/+8FpMaCoL5CxOLuq785/gu6RsD5PrbvcMfqwxI9Wr72gS2exeXStk8RVyc/rzVH+fir/lGYgK&#10;Pzv/3QleUGn2+YMvnAFDaLQE3kcRapMQnbICoI+pv4Tf19oYfIN0bW0Gr92HBdWbDZf2r8YIUGaf&#10;gn7K5DMm79n/2xvYm2t1FpSyryquWQMQzGgRB4ohmetpMCFCMNskdLO4Lzo/KjCmoCGCVyYzurjn&#10;8o7+lm/YcKNLTLPUi0CLOLNOU3LT4gB0qtkYvkdLnD54OivOP1kr6s+nSbvK4vtjn17kV5+f5MP2&#10;9+enozFZD5BQE7DRPUXfw6A3VrAIwOCw9VzlO33Q1F9938EvIFUCLbBwOCM4Rf1O375+kS9f/kBO&#10;6s93ejPmrsn31hZM7YytpscgxF+XrvHRkDvY72DzAmmeyxxdFlps3ycoGIEHWSbZFVgiWJdtAm8M&#10;zAEDaY0GnR6Bg9EkAD/GPKQHwM6kxgZZfzMjejOm2jGiZpnnnFoaoJPIPtF2anr71PAGqDV9TABu&#10;6K83BhNU3/tzaZlAkByhF2B8qieZzIyyFAzR7ZT7nmT+qy4TXwgsY3iVQnbO9GI+B0aQiwfQtsFm&#10;gg8Y0y85oPDgkClNdWY5YY9JaS+569N16nNSaB/syQp20PAjk3cMXj7rjc0cP77sBiEKyj3oHnw4&#10;APhbDMTTc8BnXDAZ4ctLII//7QB5blgjyI0PHAZxfU5Fj60I9zaAupXAXfXABfoLEswmgO71V4NH&#10;Mtc7vPUMjJYpqKQPX706WKMtfIHHOW6xF7SQkqcbAKVgTdHrcQFL/ECPQgXycC7jHi9LAMsMd8lI&#10;xy3LEgAzwel5Q9v5KacJKB0uDJN1gozAldR3adNtkmjH+WLgig7KLOClTuuTkuR1F9hS6wCqKW9P&#10;O3Gv7EK7uGeQudbwPA/VLwIw3JpyrHmX6aLO5rQXQ0teS93rVrNQuIJtf3X2tMwpxeMCWkKyvXb4&#10;BpMpjvRbvd5qu6HPANvft71en+t+P3vQWlHZOmxOOth7K0MyYj8eQ43RRbSbe1N20N4g6M7CZe78&#10;GdYAe3B1xG/t2c19BtF3vtw8JxPtfvJqnAP1dusONUBPHOwmlzInJjL7vX0H++7H/bgf9+N+/Gs9&#10;8p//d2T5+/9Izn/yd+Trl9ft4fs1ChzKZy4wWfaEWgf7VEaX0WgUsNWGBMmb/vFzxnS4whA7ygtM&#10;2E0OZr/DwxmU6aNMIAYLGm/MGo1u5skm3315lg+fP8uvfv1r+fz5B0vefXx+hieONyfha3Q9G+Pk&#10;9fXr1pj+JF9++gN5/fLVWX3WmK5hVJ7SmNL1BIkJjLNTJKAWNEI5WH3Do0+mFLayk+4WJlvCtDnK&#10;v5T2wFnfFyzzX3vnhLpN7BvUecmZMRmS59lg3CfDeSqekMgr9LUbsgOMXwHGNgMRe/XGRtyhT2e4&#10;zqy5Kbyt8Wkq8c3OQnjY3vfDwQp9ZemoXPV0Org859vi5tHrJVgWZLJQrqJWP606GGu+X5rOfFQf&#10;N/VcfJNv2zX88OF5W0Mf5fL4KM+PR3nMD+FzVCD97nNjGFIcsYRNoQRHEgrhBGynD/bKje2h++Ol&#10;SChOs4cSACYCfDvGGQ3y+xheZ/izOXMJbAkFbvXcVAdqlOF2nUy3I40UbJeC4JhlSRMbL4dhOCWd&#10;jcwRhBhkNKB5SmIke0B/n6X+GTl33TWGHeEM9h7QTDawC03SD5mmWQBs36d+mJfzVd40dMeYfB5I&#10;orL/i8l1r8bctGts3WoPeWPf6XXBmuiyZynuTn4brUyfQSCXUf8mkt+cOhq9g4UXtMilDSaJtGCO&#10;NEh0yDp+PBZ5OmqYylEW2x+3/Wi7D9QDyfYQfq368qn3qKbtbvfEw/Z9KtP98PIoP/74SX71wwdj&#10;+D0+umT9UMjM4rYxGas7Sj4lZaZbu7v37zcn+S4SCLBG0pzY3Ox6qd/pl59/kp9/+n1LMv/p93/f&#10;JLsXSPgaGlDhEABJ5YfFGddkPY0BSQb4AWljGSEFQyIOD7LYE7H2yf5qw4uN799Z42AXVaR/twE8&#10;NYYtcF+QjlTXkd7YA8gf8rYWgMCUkttoBu+LS/+e584yycS+mZNbxnbbb+I1dh6pPYXZPxM/DW5s&#10;RfI8/ikO9Blgh8GTDUGKy5zJhqTFBaWPBFyXQxlsX8j3LWQqj0AUmUIH6K84wNGMvW4kNdeQNkIG&#10;CBn4SAhug22Jv1cO327Z07NnXh9J5+MairMqQdFM041dYK2Qcw5QNOF9O3N5sCMLwrbIbtRnl4Kk&#10;Syazz9d0hnzZmHuSQnrLa+/ehmWADTf3nq1HouEy1nZjfVSnMAFaqNB7tTHkCOxnglB12DU403Gd&#10;kpjblPo6QO9gm03n1wdbUxBLljHYwOeOSAKnbUApI2RkJFGrfPZga4sWECUP1qj+MYafAoJlCjkL&#10;T75fKGC5j/fvzzJYY64xyJ3CySgX775eXK0Cz0e9H2EzQlB6DM2as1OrA9kOnNYBkM7pwlF7zYnJ&#10;fHIgBGVitnkJuiJVt456RaaPEBRU8/O8mh+q7bWpY1jrexblwfqaLtc1bBRov9PpkXhzVLA6PT13&#10;DSubRL/C5mofs+W4uopHf76/XryJ6/rusdOmNPce1oVtGoDsg2ZucfnZemKW4u6e1+EDmkai+PT3&#10;COKYn3jhGwrbhpvFtvNtTMPC5vbZZHY/8VpK3B+ZoXAM3Lq3nffjftyP+3E//rUcL1sR9r/+13L+&#10;K/+jfFHG2+//fwawUdqSom+krKbGZDAYcDKb0PZJ8jAxFSDHpBkxi38akZMh4cm7Z/lmAMCbsYO2&#10;agPSWCQtIkFN5Y4K9H389El+/etfyecfFOj7YB5u7u/i0+QOyYEWRNqcqmxXffoU6Pv2VYG+bz6d&#10;nAzQM2hVYe4uSL9L8NZJQ06WQ7K7hDwnpsp5JAtmMm6oMqNpOkyJOwCX3tO7guem947/BiehyVx/&#10;NPcZlJCWCoS2zZpBl4nNHX8OH5MEAHLkdtAbCcCP8srUu0q9DDVsxUI7lMmA70mzX4mzmAoCUbpN&#10;OBsaoiIVCcnOlCgmAzm/vRogq02Jvq7a2pjg4nVfrfmoJuu9guGmbLCH11c5vyrwd5Hnlyf5/OnD&#10;9v1XSyvtyhxKDnS5zI0AmRvuS/XExFYgU659zx6ZprujSJcwPryVeDobsE/f871GZe/DE/5dxsxY&#10;3aPuenEFMIts5XBcO5q87V5pDqYU/Hz3NTsYAP1wPDhLrGR45yTz+OMi6jeLKvyy9LJf2gheYMFf&#10;ExL5KtgkPUJrmCY9/1C/dBnG+s2YJyrxOZ1XeX1b3ZPvdIbfz8WZgApiXmgk3kJWJgATKaUydsEc&#10;qiCBAcn3zrJfizKyWTp9dhgQkMOYfm7Fea9zL1iy/9F19FDySMxOIxmzwHRfm1WVn72o1+LTgzyB&#10;nWI/3RizPX7WEZ5U2vRqsq6yOBXwe3oo5jv6/OFRPr48GPD3pNd1AsXoNUWwudc2QpMqm9EewEf6&#10;bXxBp73EGGQ4P9FgVgebL8rg+/ZNXr8qs++rsaP183ptDERZjiElNqbeAT5b+WCsD1u3peyYN0w1&#10;SRFr7WuyIyzJz3kfac5MUyXg47SUcW8JwGbuZZCKBlNpB84R5Bty9NEM+pBkNtePZ1ibwnD4GmIP&#10;zwMuTDIZ/k/zAHFvLn9stmAD3kr/Etjh5ZeAabL0uBcs9D1zOR3941KBtLz4vwuChCx1Fz58C2SV&#10;Ej5TeSdXm5/z74AXGeEitU4eZtu1cv/ehgAigg4AFjzu0wGs3oanKGTfeRq2NKQGC8HXAPVGM65W&#10;ESKyA/TMR3ZZRmhDKQBBHWwSgKIJsnDKTTMAUcrHBff72Cv8lik5vbswZgPyTlZIGXg3leQaYQJ+&#10;vlIfCcPXddRfnUEYGoqx+ud0OGperAxoqSMV2zxv1/H3Xilhd3bf+w1zWCMEy1PP2eTRarLk4iEW&#10;I/wixTnUjweE5pA5npDGbAEYYD8WSJ8XJhAvCDeDBYEQVMRQxc5L1Ixkx/dduNB4pk4sROkxFNP3&#10;fa0VM4I2pMcYAKi1tA+RALDyvPc6pbuniVkHz0mAWDVk/G0kD88Abu/7+3+WkeOrLJGcoFzjdRoD&#10;iNbHIEPZ2GaTodffJLfN7mMC4ibjNS/thuFgx33nNRTX22wpIHjW9uoDugZLAiGTPBiPPUB6pva2&#10;ic1cpjXPsVu7qT1Sn8G34Ykrc9p2+r6xbEr7cJo07bkpPETzKHP7sBPYTyb62Ock7WS4WVIEW3UO&#10;QjsY6Bg60SbDWb0JA9+MobjY4L2QHKD7h+6v9+7zftyP+3E/7se/6iP9Z/+etL/79+XLxz8m529f&#10;nU13fgt5Aos9Pg9XMPIaaPoiTDkdo7dRMLT96K3DLD/sj1DAs5Fryli62oTwm7J+1E/v7WxFmT6Y&#10;j4tYAeiF5vbvRw3keJIPJt39JB+2Py8vH7bPvcjD4YgEygygspp/4FUDOV4d6Pv29Yu8fnvd/nwz&#10;cFGbV6ajZkpikVBrQF/KAbgk+pCod8+SI/3NfWOWMNeWkH8WKOty+EmFd0x3JpBMpsoRytu/N6MO&#10;ft7+k5BtpDZLcgkFUh4MHystsplCOBV4WjiZ3CQRYIO/olO2BugHgKV2LewbAEtICRf3MzTQMEJX&#10;xJtL/d6u54uvucjTxHJJ8LQ7n7Jcz6rrXV0aFHBpioJfF5GCXgZgWGiMFrEPaH7c67ErS7B+lvrS&#10;5bD9rEfzunMgxuvWFJ471A7nBoZkkckMewpmmWVglP2mBEP+MSFmIpt5ENKwPe1cYww8SwED4Jyn&#10;0aiZl50G47QV/msLrlGFF5NKq4tJQz0lM5nc92BAUTKvo/IurbHfeAW1SPrrkCIlYehwC8m0sxMk&#10;2E+SUeRKmlIi/d3VnkaDpeDs9j/ni7IKmrH59M/rdm+/nc/mzafgrAJ/6t9lzN56deA/PIvQfElH&#10;cmjyZMPeJlZAm9y1565gkuEgCKenPCT0lBilPjzHTNKr6nUC/g4IKDCn6ccq5dNhyDWKfQcTXMqX&#10;rclVUOsBaZuanqtei09HZ+95U9BgYC4mZz/on4Mm7m5fs212Dw8q1X20a/n8dJCnp0ekMWswy8GY&#10;RH0KCxm0CbdQMDlp65CpVgeSYkto8GnzlZdp9C55gp46nAuSJxHzXk5oZPUZAR/GFfepHosBdwc5&#10;9EPIGBPuOQX1db9MACrTTKlMBHM9tEPInGsymOHwdu2TncOQgdXh+dSGlxb3toYUyTk5tfXhcRfp&#10;lmy+IQFtk+RugI/vRy8J0vJBdNtTRtOU0mkxSn2PqVYa4LceryvYYeFTCD89SnL12pWJUR3JoT7U&#10;KGCc09OR1+E2ZTRN38d015AEMwwl9Sl/uYx3RVJQs3xhP2eoByqupQEobTD3Vlh0ONvS2bwMAAjr&#10;BgRqrJRD85GRGTQyeddFqII/gwuktRmpwRmAvTNIC1i0B2/KiwN7kRKMdFbKmcuSd36H9ow3wJWS&#10;fxnS21lvuGMDiVkvRPqqjJAgrklnk0mcg0bQMwLL4G2GcAX3QO6wVrkak1afFQT0jIjbHTBtAIs6&#10;fXz7WJu6LgnScR8PhmPmOfBnidlJmJUEJct5+vs4l/bMSSO4qTC4jH6wOY+go8QQM7DKGTIkU0AG&#10;T2alrx38HrEvxNmHpN3v/RxMxQbmqDPz/Pm11roLsOK+E755re3YovFvQXgVri0Z7m4FMYDGCual&#10;/t5EQFeHl7QgEQS/YUsZw3Fco+q2F2afowM/fR8IC/Pri/qUSpm1x5DFvUozFBwOtl8qWLQKBq/w&#10;sqyjzm8TpZBDtU4vwMmflA9OW9Z1CtIRPqfbHEMb4Ro28AigbTyqI5E+jHYnEDSGh23nW+nf4EOX&#10;tAP40s6vkGvY96sEi5s++QDuA4likJGGt3KONDzswSUNWxd4G2f6l2aHNhesdRtqH0pYJoTnqe6p&#10;eh/dW9D7cT/ux/24H//Kjh8WqX/3r8v5P/2vrHA4vb4Zm8898t4GA0IfXJmhBGTnCZJT6wTUUaZD&#10;nhq91vrErNmzn8hkiimopnopq88SGy9m2O/BDc0YMlYyHdwJSJtpBfTUl0+ZfJ8+fZYPz8roezSw&#10;o4DN4OCETy/V2+x8et3e36slwX79+ScD/M7m03eNaXdi44/myWVyJZgB9jGBzVcGAGhfB+ku2XyO&#10;2jnLQijpIZKHr0FuRngu9ZlG8osEnCT7MfaUIps9tICf20t8Zx8yTO5hTzZCaLO//4ZQD5jKe8BH&#10;m65fM1BkTSrivZqXn9ZUybM9/DdkZxOyCKbvmSf2OtChq+gRzCkFMMrrwRMit/+oRa6BR1rAVvrC&#10;TZ56eE/urwXpjF7LjsIekuB1PVuCbdNAAzX+NvZGnnJi+kjKm0FWGsvPPRyuUQr5dUKyLjhTEwuQ&#10;su0MZoozRdIE2PZIRM5gczqLJMfXJZn06/GydDLMdN+EZr6YvMxNzb1YtQZLRnIoG5rwy9L77orp&#10;fqeSp+1BGOlIGx71eIEJvaQ0sVrTSM9cvcE/X6rdzwrknQzgu5gFwJuFNjjYp43q+ersTEr72Bj3&#10;8PHxZlUBMn0PeUozHOEo7yl9qU/GimCHpHf0yjQlVQzQ2ZidmUBeN4DEpbWLPD+6D2h9dKakfv2D&#10;Gcp7MqTJccHiU4aeMiwfH/zaHMgQygleXi61ND9G9QRTsPZYEL7hkkH9nfp58/FTo/oyNzgyGb53&#10;o03Qp+u6ku0DNiaAhFymxqlNnpQz8N/aAK3JAgIDrq7u4Xq5nM3OweCf4uEDTy8ygCphimiWQn+t&#10;KUm8Jxnedyr57TKS3Z165KwSBs3o37E39WmQFMEEAM44gMqzzx3ZmYK00fn7d56oYY61M3FPv6Af&#10;7PCo7fCko4QtWDfhhIX91mwPbiS6uA7RUGNvo08cpaKRBMvGEwEQfP6EHx+GT0ueA00Gsy29A6Qm&#10;6Sm9+BK95ABGWM47E4RXDHwcSKi4XgGKgEXFkCtl6/rAYDVfUb3G6uVoQV7V2bwhAQZzr6eRNsyF&#10;ruxk+mBGqirem4FOkChTjkzZqP+7QErKvw/Q06w+8L7D3zeueX6XZJNSCizX2HcMeO491leANzKF&#10;vCCV1cNgRrIy/e9WyJs7QDwmmfOjndPrkF/auVtR21zdMmGEiuGcza8bjDnaiwQIulA+e4iAET1H&#10;h0OJc7gcYb9hIGmZnjPLxNzlMyeBMZpdUeCyhgmIAajYJ+BI6BqRhqdwoyR+gKAEhYNB1pjAisAH&#10;0OMrZLTOKF8jdGT4QI6U2zZZe8yMQDLUKMuNUWsGwM4AjNZ2zLjWRoqz1pWsKVRlUK9+LQ3ZDTa8&#10;73MSabN1MPVWT7I3kA6p0jKzADFs9PrZ/bF3GReoj66rByqt8O9rja8Dvp8yznWfoi860777CFCK&#10;+iYAu77zIN0HX8x2MXm+iXzo9L3Px3P4+xFSafIFnaW7O7/cyTeTXPYYbsheLhwwY0jSEfiCej1P&#10;oS9pTnpOvFfch7LgfrB7hmzhpcTA1UJnsu815Z7Gez/ux/24H/fjX9Wx/pU/I69/43+W9cOvZOu+&#10;7UGujbZN2M/X8GrhE9B92lA4TGl/Ps27TcIckilO8GISt2fGW0Fc4FfSK1J4za9rdbaPGvafrijo&#10;xJK9WvfGWBvhl+dn+fT5s/z4q1/Lx88f5eXlxdgzNrEnkwkT3Kuxh14N3Pv5pz+Qn376p/Ltyzd5&#10;+/bmnlKQcLERSkzfiqKuRGFcIEPjn1RSTLlTBqAAYMFlU948lEB/ylTZTmldInuvvN/2mK2g2MTO&#10;MqKWBzhnP9/ZewLGQxSMfZL29gKZJ1h+gUBmL8aD1bba19ga2S5iacoyO9octaVRFwbDitdf61WV&#10;N2hoxfGABM3tXJ8PclwerHA6X97suul/WwFEWxAFja361JfDj6n2qxXRCk56Ab46uLVe5PHpWeq2&#10;ZtQDTb3T8gFm87/h1AZQ0G8m2ilFGWtr2difTIPDOQVY0lKDMbOHQIALF35QxsYxNXGDWftipuXP&#10;22vV+0jfPyU0XHNk8OQIX/ACNJTGCZ552lDTcJ2G7AzJAfuJRbwFkYA1k9HwFngkOWszmdzZm7eJ&#10;ZSn0N5PtGqkfn7L0LranvL6e5PV0MlBPJclvp9X/jv9uLD4zCRf3d+sdJt4EPyTCNQjoOpMh2Vw/&#10;gf0ire8BG97DisMmFxPZbdHzDbiny4Wybv6njAbepXV6+2pqroJ1L88P2+v4KI/bmq0NzYqyoeAN&#10;qg3wsTgThmBfOWqB74DN8TDJeHOBJHj7fQcHZuz7jw7yHbc9TkE+8+Y7lCkIIAWDoCMoI9fmAGjO&#10;AMWcBcSms8G7b1gu9N01rM33+KQy7bxKMUab++WlNsA/8/tSrz67nqftGp7t3tRroAOZ7YVLg2wS&#10;hIzo3yg7a3VI3BTkqdaor2Cn1Ehn7H1uyikZH8Eo6QafC08xz+cMOfBubrLbHvsIvphSH10amFze&#10;34dh/8xYJwswfAAbWTxtFwKRJtCIjKWa6G/L5GA8cyYA1oYC2wvTNaPPm0MkYDs7JAZI4TGHf0se&#10;Awb7GSUaXLe0GJYb8x6XpuZ63g+vlEdWZ+YxnbO1dQBU1wavuGqf1+d4hxSafqJXgFMGSFRnWq0Y&#10;MlCGb3sZvAUNZCxush9hTsUlcc7Iy7ArKGAwFoQ6+Lmwr4HczpJzMxiLZNXkEaI1gwc7MG8mEcmM&#10;DXOvSQCTBkBjKdMy0phbyE0dqGnr5JFnICkklXUNplkApJREYl3ViqAFO2/OaFc0m0m3FSy2SPVG&#10;oEqZwYkyUtbpw3hY6Js3AkesnuFQAjYQykQ6ICBjx9CbEurTJIPsaSTdCvcCMvXCUkDgEcybj0mr&#10;wy+Q6bY7ViP2DAJsLrfnXiHh21kBiIb0Fc8QPlc45BrP+BhvRZDV7CfHvUBrlYoasxN4BBvTwD+t&#10;qZXOrjJrGXw1LYt1v6TkNY1TN14/1tSKgYr9gY9170OG7IP1MTSojcy+4UFIEG7F+9fz6HXAAFCD&#10;yT3Ny7r03Vqn5yVnZwTk200hGgqMdDscQa2Qb76eypueIh2cz6W0A9xv70kfPicArrPMVsKiA3Jj&#10;BjkBbO7hNwpP4mAu8+tHWJkDdDmYqLRDGD6U9JvkPeRhMmTvCRnDvOfw0fbn5S7jvR/3437cj/vx&#10;L/nof+JBvv7tvy7ffuc/cbBgHd4f1SReWig2Y6p0mNeTKhEM/9ZgWjvN/lKfTJG7jCzEHg/eHMQa&#10;l3d6sqpYUbQ9HuUsFy88LHVz3ZpXpgaKpfA6yNRjCq3N8NPLo3z4qCCfplM+bY3xkxf5i8tFbYrZ&#10;nRVyUSbR2zc5vX6Vbz9/kdPXNzm/vnrybnP/Jysech7ylkTze5dHuv/UYh519u88efeBvdKnps6Y&#10;T5AOuMyoeEruZGzNYmdm8yX57QE/B+2QhCgOGA1QDv5FMP52GUXbF19psDANmAxwC0wa+x4wG9os&#10;DR6dvINa3SSYvWzXE9Nn9y3c3jMm/wIvQm+uEJShP7qr9892wR8evdlbnR2ZT9q8Hbe/H+S8nCRt&#10;11DOLku0QlkgvVMPwJJhkl+NRVevWxm8XYfT20iaY1KhtJftZyR5NNldshCLzCRZgLxDCgSGiU3S&#10;W4C4BMVI+XNWW/bpOH1hiMYw8RX+Qjkg1Uwn/vgykxVnl4E8Pj6ahF2b3Ov1guId/oy7xGbcdXX1&#10;Jqu54XadwBI7X30U9Pp5ploGM5WsFxSkh2C75Eii9qWQRwOm7L3VgzTOJiO7yuvr2eRk6repwJ4y&#10;adUeQBl9F2XsKmiLxpiMM08xbbFmZ++iHv5lcZIAaBZv2vIN+MOdCIyJjIGCHfAxAiUnGhC4lQkF&#10;dwZU14CNrOB/2M7Fh4ejlO2XPj8s1lwZiEDG0ALA7uB7UEEKaqYRPUMOkMaXwXJzZt9ibD6X/jrY&#10;pzLeBam8bKzdmiB4L8P7L7ksNFV/vzTUd4/GITlz8MODGxLkxxZehAa4mJSwac62N0ude2MDaOPJ&#10;15fLyYYn1+3jup5szXkYkN/jrTa4ddbB3LZ05is8sCrYNiO9skGi1zzieSTSTuxkl62W0XDKSJT1&#10;91OCzTJ2KnJKhoyscVil90ryZnP4U/ZYk/TbmoGABmP6Fl9fI+m0whvRfEoNLBlNo+8dyX3M7D6D&#10;pBbJrGlKcsy4RiYJt/TyHPJbAnrBNkl5aoi/w9R7x47Zs5BMZpjH8EJw/djorwClGnziDJha/Tlt&#10;MtKrWygYeNf8v9NTzkE+N/Af6boAxgDiMmDGQq7QHC9gmXn4FSX0SGQtzmy1FGH9+yHLkWAoGHsE&#10;xglypjSY0nHeZsBzDr+K8IaxX3LvaZPE0ZNKr+7pWGsksRJwIhPPGHjKNm9j6BJr5jr2QANT9VzN&#10;ibl1SsDl61HQB+CFD/KSDYeWhoESpMvGxFMA9OBA6AEBKwT5jH0EAHTB3q9DhZRKsB+NYQ6Z4hIy&#10;3zx5Iia5JWbFeaSHYp2CsOrY01vc02J1hu0xDL4Ai7cC2KyrD+5svSEso8MLMnyhRSYJ7ADfYrAV&#10;Xp8JSe7D65EsYN8b2i7lNj5XCaK1CG2bWXztijVhHnYE9Hw4aed8+7+1+oDD5LQGzE7qhMk/lPeY&#10;sWCN3bcCUBzp3nb+0pQUToZtx2tA6rrnW7VpeDLV873vnpy9txtgG4/LPiYm3+HPvx9S25DTX1dO&#10;y65qlDRCLcb+1QdIKJN/6+S96T554+cPtW6ZkncH0FhouYM1K9wLsCfulDqlRCAUZefKIiZbz5l5&#10;APIQxMPnOZnBefanXLzeJxM7mKy8fwBq3sG++3E/7sf9uB//0o7Lf/cfyB/8tb8p6/E5QhtkagSZ&#10;NFuzFyZt9yhfwkiaVUCfvS5kpsM7RR6etEg+HQ2K/7ocItIMr6Jgf8hgFCY0wmLsJnpiZWPvKUvr&#10;g/rzfXiRp+3vCoyY8fvickb3dXKWkKXvajrk6U3evr1aAIQmf66UislEtBMyP1IUCExOy6D+BNBD&#10;r6Oc9x8Fnj59FBXe1cMJ8GZyKe8Yfek75/W2vBo+KPsDnnw3sNz4PXli+EmAW8Ikzz4KKP6cSvA2&#10;A5xi8ASklIFW6Qzb/j8ZplKtMfcfq4EeuZWQrO6Mj/VzWkTpeTtiAmvSiYNcFzS6W4F1RSGmQJJJ&#10;hcFsYN5qlr3BszH61KvmrNDFGzyxvGF6kSGxTVqMmuF9CZaae/Ngmo9GLuTQeB0NDBQCrYPVIFOq&#10;Hj28Uqx5ejWBIgNgkcQGrJnsE+PHSDcUK/yvq3s1CYBOAyCRjMecOyJYDTJ76cMXMIMFaGmS9Gbi&#10;74NZuhW4YI+NlE3xdNzVG49LXY11q39XFt+b+e9dLD1b2Xz6Ue85k+hu//2izYoxFJolCTfc953y&#10;J8j1Okz40xCiTU24fLfZuE3Vm8h9YZgfvjs7+TsSXW8+775IMEOHLE8ZLU9PR2tQDsrqAyslh39n&#10;tsbYzh33DCZ9gl2jAwIPgwHrQFxGXsBSMoDv4MEcB2P2HQwsLDC4tPXda7Ao5zs8QRLs/m4lgApv&#10;SrwxqXmwu4akU5wJq/fo6vdwa/o7FfQjMJmCvaKy3aYhR29vZv2gYJ+uCZVkztLCDtmYMbtWZ9O4&#10;t5+zOBkuI2DutJvrlwf3whvisgyWGt5PBkjmhudJgHlKj2dKH1Jv+voRcKo9GEL0vyIwYL5yFeml&#10;tU3SvkFUbu/8KPzfBckZKROU8mu7HB/AFnHvsgAByTYj05fpugigKhgqeVM59nsH/eQ3Bq3cgnwE&#10;RJiw2djsT3548T4h7bOkTZwTAg66/1zAymWKrt7f7vNL3zMJBnFDuqv/+AT7A4Ff5cH3HVgQqFRd&#10;WfuHhTLbBQEQznBl6r2zaJzlmAGqJzJqsoR0tN+EoSSyibAvNAb39JEW7KEfY19xYMoBUJOEXtcR&#10;RGDs1Gp+os6kHWu/gu24ruNrHcSBjUKnF+oE6LUW4UEit/saZP/Ho9uImIvCAqDOxxILwlXMW29x&#10;dp4NbuAVlrAmCy1IwDDKxhheYi1meBIzJCeGnum9tQgBdQ7eIjAJkmUHn+gHO6fc9tij+yTLH76V&#10;HaCYy+M7GIwt5LdtCrQicDfYgA2AYlvbALL6/vnRgrHXpjfTI6mYdUAlI75WsMpS2J/YsPwKf1T6&#10;pCKh1sBferoqQ1999ao/Cx3sHOuOYC7XVqTXM8AGjL62k9OONxT3G1l9kz9jj2GmDJ/h6Yn3DuCT&#10;SZQR3nYctJUZ04s9q8/ptxwWySyJl7BeCfbeDCAGMy9Prhqoh3Z1suwYgATwZJeo7UNZAtQLGXoM&#10;18vwkrV7YfHBS8IwwfblJew1/F7Dz8B+RKXPbAkQA5bZA3VK5J79UQUev3ew737cj/txP+7HH/po&#10;f/pFfvrd/0Fe/9Sfs4c9PZTosWWNgwUuFANOjkhJa7PDLotgFqzwIamz7xsZTzvvrG5MGn8Ql1FQ&#10;Czy4ACCoT1+lbw/YY5Z0qfT3djC5hBb22vw+Pj1Z+u7nz5/l8w+fTbr7uP27KChi3kUFZslgG1yc&#10;WXR6/RaBHOpr0uBbMpU0QqnpSO3LwdzLoOBTbjrOIVJOSxmFSirwqFoilMOYXQEETpLWqb3t3/GE&#10;SiJ7HZHcYBY3EbBhMTUBTPPknQy/qX3A5LbtzcVNu1cA9fo1T5jAo7SHfGc2dfZUOpNhbkWuTkKd&#10;8bOYfHJbXc6sivdPZgpMsItLjM2VKXkTrLJHZS1cHt7kdIJ8a/ucBrdYQazg09ZoJYAy9HEyxgo8&#10;k1Zjop3dMBvMGy2kH1ZnMz09ZgsVcX8XD9lA8LAzeGT4/xgzYF0dLDHfP18TmbIweiQVSKVZyeLP&#10;jOn2yc+JU/jUBtSRwVC5gvWqzLjr6eJACQBbV+71mFAT+DBAr5AxBKYPU6LBKMphpu6yQOvtOn1u&#10;0MQ0l9crwKqsrG+atKqgnvnvnUxq/6bp1urFdz5b6IZ+NAmSypUgQapIOrTcBYSrJHjyCVMnZfhO&#10;7u6FyTOty8SalO/fAzJ52JEpOYPkXPMNzuAp5/fIOD2M9HVq6Ik2FUeXU3rYBe/rIdGkP5C13WWZ&#10;pMRDtt+DpUDGYHFGYCmRvqtAX1kIVvQInlhtPXmTG6xW3Nvuobjdb9qkLA3eQjZfMI+to79gKasn&#10;NSbI8woCT3z5NZNhX1ILxknG6yWr73w6GRta18DFJLxna0R1bRrDC+CPS866y3SrA36d8rs2w7ie&#10;XCzwl5PpXJZJgiVs0MgSFtnto93SyH0PWwneVYJ2AGJEdkmmOxAGwF6jbHKF/5f5G/o5CIYYDdwJ&#10;2BWwgafwDDVlPy4LQKkCmXcJ+SjT2gNwnQYFaWKBUDImv+AXGCDa5LHLNl7PPUGODm+4ZkMAl4zW&#10;AA98KNcA1LgUkL5ha8hwCdwyEIJ74grQdkD0DqKX5KCz3RVLife84Dm6IJl1ORwNQD/Ab/RwfDDg&#10;nKEPBPIowc1T4EjIU8MiYpYQDm+uGdxxNFhC6miQiNU3I1nZQgnEB0oVgGUFsGc+aki95TnR5559&#10;DySUBtLge9oV50gkJKYiEqAi0zz1dS+QdYclA5jISxosoQwPR71HjqVgXXqC8HKYfQlzsIIpQTSA&#10;4VCGfNxScAFeCJB1AM/vpLjNGWKp9SmFWYaPJwNtILElYGb3nFp9XIeEmd55wdiaxpPBnP2ep15r&#10;AWgR6Ooz4GUM9z6l1U6JvJC+0nt0eNaBQQn/OJe7gg0IH0ADKRG60YwJm8PSZm30DxR4LVZ/7unD&#10;TtdGagB4wJS9DpYeXvFYpY0J6is+tmkQ0cN24/3zqgdbsePvTWRKrW670cB+kJZu6sdp/DVLY2UY&#10;K34vEMOez2lIeeeAn9mihgB8mAdkWNzEXj6Ybx42n6IeohyXQ3f6Se7ZeaM25/5bGLB1wKAFYF5K&#10;OSTs9NrjvTPkvLTwKVYj0dbHGdl5J13fJ62PAUNPUBB0CbsFS0u/t6j3437cj/txP/6Fj+2h9PY3&#10;/rz80//8v5W6HE1mYo/oMk3IICntaGisYaIktUt4aNA/RYvXy/nijYQWKpCMKk3fvMbgFdPCXBtT&#10;wzQYFj69FpNiuqTLZQoX8ybxRsIctrYHbm0qK+lWjGqT9/T4KB9fXuTl00f59MMP8vzyUR6fP8py&#10;fLR0Si0KLMRDTfxN/nAxdtH59c2ZKKc3T91dawQlZABpuQ+ZVaTo5pHiF0Af2VwZ/kba1IdHnxYA&#10;CyRyoDGykIV5epfRkIxiDfLfX2rovvNpC0xIfSrM+vcBPKJ/CUVxRqkX/vQ9mHyZ3muNCbL87/6+&#10;/TuvYDwQGEvwrCNQ5ebkKTlAUQ1Mdn++XK4OKvcCL0AvDgsKvtzJ7tTpqq+B63ZuHxcvzpQFktm0&#10;bH+UTXQ+bd/fMkzJBXIQDa/oBjCaz0/fGq2aTY5mkrTtxV639fdUPUFO36+ySbqyqUy2BAAEYKfK&#10;plJaozDXqq1WTMe3ry1gW6l8uHi0qi/7GUSa+hme+wYJdiO7bGrYR1XuIISFIZxO5mVJjMfN910C&#10;Ss8qbf48Cc49r6x5xOs4LCVM91Omb9yU0KxX1MzI0Wxsv/d0VrDOmXvK5Pq2/Xk7XeTb28k+vmmI&#10;jkpz9Vpc3HR/xT1NVlTrE3Nhx6Drzhblf2nD58zATDQsTPht8BUkI0BXl93rHDhMFpg7f7YQ587u&#10;ZCOYJjCTPFLC7ZypDx4vnwH6numn154MZZmYDZG4DcAGXc0kdUv+Ho0p3AD2bNfFAA1vuj14FYnD&#10;YKTo9Vil7RKH+05S35xx0K7bb3rYfsBhW/8uy9fmRRvm48GZuk0bolYGu5CS8+4ybGfDXsDOqrEW&#10;Dbww30xlanqoil5jDTdSoOxyXQNcI0BU1xpskzQlZmYGdhRKU0usX4KQZB4yjMYBgSG0jhgoAlni&#10;+42xT7fXYoCzvsZ6DVbM2vpgY1E23LDOqoNhlQ1zAxunuPefNokJDCkmKpqXGQDbRJAPjaG9H02E&#10;B7Bu916e0tz7kNrGGuoSz4zZF+v2ETCb4buXJcAKDCUGsCEhPW3BVPR7+wJ5bQzwahp+cfA4UyBr&#10;jcTOHp5hLjntkPr64Ieg5YIEYDbgTPbVfyuYV8DQo68Vw0c0VEtZ+eEZdwDDjMBeQtBVyRMomiIF&#10;W8LvS3beagGqAZRqSCGyIG/6mOE8WMIr/fIohwTDyjwGIam86Hm5ONhng0obOLXhaEKZJa5FXXmv&#10;Vr/nAeQVyM8Fgxl93wvZSMXZRgbq4V5x/2Bne5JRlBeyGdMA9fLwECbTSGuTjIdPKUNtkDCB6jvG&#10;1LTO9Fx09y6l9LZBrdFxrzeCcJWAcQVzGxL9BjYpWHqUdbfEUIT8zkMy2LRtpGMLpPKN1heRpdNi&#10;nQvTufE1Ekm5MiXvev1ZOYgI9u4YRlcEWRDAdHbfihCWiSFHf71I+RVjH14rWIxtDzY7eFzDl3EO&#10;GIrX3J31KH0Am+EROgd89xki7TvfQT5nBwOZCp484ip4z8z3iuwH0ATtuEdlgHTBrLvxusxy47HH&#10;sAta99ww81L4RnsPYuxUhcAyQTXc83YfSCRGH6ZheyrDl7JA6u9ek14XHSZ/PZfpeo1OD700hWwQ&#10;4EuTR3e8hzTCPzzoRuIc5JR3hAEO4nLuu893hIPwNNzBvvtxP+7H/bgf/0JH/XM/yE9/82/J2x//&#10;0/BLojcVpIO5uleZmRUNloQxsCB92uNLXnyU1QEY70m2B2vzBpcPTWWm0LTXpHomgRSfznZnSFkR&#10;VD1x05vHC5ggzQpHacOxzhoCZRot6vt+lA8fXuTl40f54ccf5cPHD/L8/OKJlUtBMexNtCeMXoyF&#10;8vaqybtf5fT2Tc5vJySVwSuGqbMys81mOUCekg3JiEKzZkALUufoyaE/r0yhC3lq5G7NhvuNcfW/&#10;yDFJor5jpCLCIFka2P/GdF+Sz1L4p8z+LTMw4thQD8Bv+PBh7SQ3wfHADwcOssmbtvWxVExID/Dp&#10;ke+co2bAs4Iri3Kqmvs8LgBVrbkxk/aTXadqnjbud9TR/FnBDhbHWdNCwba8AogwKarJUL1x+/Dy&#10;sn3+QfrjgzVIC64dG3SVNpqMkBPyzubR4ExvALI3Ghnej2kqvIdxNIpomEEb6Kn3lJ2yEleiuoO4&#10;s5GQUFvBoLFzoQyYw2L3hTFiDu5veDhkA74ZAjHSLfuULLxPXfVGxhv8yzoSXNVb7/Tm/nuvb2/y&#10;9eursfkscON0lssZLBekaFtKZG2RXNjI9qH8GQuyQ3bsa8r/PVJz+29c8t58ALZTaXifm9M9QzfQ&#10;u953oN93kHMfevR942Kvs+d34vpSpleD+1g/tjwSbdMOoem7j9nTUBzUkxb+fR1m8Q5IpSGzRDMt&#10;Exgf7xZ+kXpOtDkiU9K+KyM8pLBZKds1HsDnYHJ4QNPl/GYDEgXz1PrAPRnBPAFr72KpyRcH++ok&#10;7VxbyGE7WGKu2crRRM8ghANmvm6TJRF76FFCuvNscdD6SHRvTGcO5g780xQOXd0/TgdSyja92Gu8&#10;2L/JWqt26tvYy5ASzyWzABjh6/VwlIPdZ/SRc9N2MPZKjjRckxeDKRJpr3kkvcousEhuEiv3iybs&#10;PpM/s5tIpN8yJCPSXOGRV+HVRT/BBg8vl2CD3agszKsHYK3wFTO2coePWXWpZPjS+VRjgAg9Bau7&#10;4FmnA4XFzk92FqmqA8pgmBHQNWAKASOzN+hi3nwwr4fsmfI9KhFS0IxSEHfTNDSbAwSi3sH5sfcg&#10;DlhXrOeG96nrIsDgtYK5SPbnGnJc87GsLlVWhquu/+sUqNHhkVnS5BGGwZsHg7hdRMhn4d1odgpY&#10;SwYkFzLFEwDPAn9gr0GMDRTeeUxCpzdhgj/YWEMORjjzt0/M0RGuBCY1n+PwcWVCa50SuK/X4Rln&#10;4Kg0pK638NokmNVjHxjMvJDJ0/MR23MwiMniFTDT6lS7OoUwAn7s5wol9RPAumPyDQCPQ2aVW5t3&#10;rw2y3HrAgqF04C3ct/yeXAm2AezrfLZ1yofH8IBDDZOGY0BH25DU+/QawIJs47WSNcmp046NKH0v&#10;rbVwtP6OoTc+jh2l34C3MoF0fVJ+zHL/dMv5S3lnHzAYa2mEjE115Sy5DYYoU8LzSMstsJrIkMn6&#10;LY+goTyGBZnM1OxDTKoXSim7fXYh69XAPx+6JDxnzP6nDOaeADAf3n1uuzBYeXivCAjiOqXtDD1G&#10;vY6XG0UO+qmFBfOeNSk32/8d7Lsf9+N+3I/78c+H/Twkufztvyxf/tJ/Y01NtiZ2ZgGMRi+bGbLT&#10;5+lj4zLNFP71nH6z2XIJyEjCM1aEPYQPJjNRg3YBKydfs5u5W/WDJhTG6ysBgoszgtyc3f35E5J3&#10;M1I/5VjkUZNJX55Mtvv51z/Kpx8/y4cPH+X5w7OlVZoM0YoOeKtooq9KC79+la/fVLr7k3z58rOH&#10;A2y/j0lkxsTJM3A2mDgsTqQskMSVAPp8MriA6QcpAGSnAnk0JTDpnT/fMLRO1Ivm9Bu9l7530D4v&#10;gga+A5SQ4efXte0dkuX93ztk3oKEV9c/Dk+ZDPDLpC/6vhtZYQxVcMajzP43U1KhTvlzP5jXnf54&#10;Lci6/T0j5NcBMgPrgEsrw2Gxa7J9bTnIizXYB5N6nY+Pcj68yro1rgYarz6pj8Ygkg2VlXqx11rr&#10;Yo3G5bKtkaOuh22dvD5v6+RNPn38IB+3NXU07yhNUB1Tc4K63wOMvPgvXuzn5kEddbAVnGE5jPT1&#10;nsw7hhkk3Fkm9NfBQ5ffOsh80ARhJCWqR+XxeLDEVvN2K2wiywiA6QMU6GhCGuVGdfgC0RPost2T&#10;xtS7XEyeq2CJyXKVUahsvm8auHFyWe/FQVMFWLyho5xrALfDdycPNkR4zHktnLFfCGVOaHh8OXuU&#10;TwvvtsHciB/dnVE6BxSQtZZS34FujicOmmUPEBBrjWy3ThsDl5Vb0T8Zg7d36ZwDUG+gnOTUAh0n&#10;c9OSmNnc4b4sCIOhz6ODM3DKpOy77W9t4rUZQJ8B+foGygA7mplajrbC+rmc0dDCHzGaeE+69kCV&#10;122//GaBRpfrCYwc3EsIVHF/Kl9HAQaGbxb9TQuYcbpfHiHFTM5eQvBCAYPL7i1IyuMOuJWv4dys&#10;kTJcAd54Q63MROu1FbC+OPtQw2LM4B8/g5IwfZnu9YZmEr5PORq/YgDpAtnXYmDfA+S4hwhLyRHU&#10;kwDITOm6NqzyxnKH7QGAIkAS22QMAnpIzPuUTlwbh2YAsNbBwrNhR2vwzGvBYHL5bcXzFdJdDNXO&#10;xsBdkWKeIqDaEoEnNlKe5cYiAS6RyWdsYguWOboE94C9SNnF4Q0nnjBOc3yEizioK8H+I+M9Y5i4&#10;h/jngZSEB5kwMAN+d52DkUap6AofNTK6VgsW8eFJjaAEDiq4zq9gXkXQQweAukLS26eE+tTD827J&#10;ZBfNjLtsVhQ6iCHQTQ+xBUxHghkFVhbG8CXoncfzfCl7H7A8ATkl31DHCTIxsxUebsIUXPq2WXBU&#10;D8kq2XtkfTogWvd+l5NUfkaumQ7eWx3DpPiZBM/g65nez0PCSzjYqSOoyROJK8BbBPlQtWDXBHsf&#10;PCJnR2nuizpQuSIkQ31lL1CVaO2gzxdibm1tkCZj2BD7TI1nlFkGMIwGwUQCr9cVvpU9AjWm4Vqf&#10;E26nMqzvz+Ncn/WbIe/Q2OZ9FTfJahmAwpqWSoo82VyEtBY/oezgwgEOpkyrAn+fOU0S71vJbSqR&#10;cBt7Yua/S8hr88TOOxQGw+RJrk7vvMXYeTrENI9b/LcBjE8hSPh9TCIPuyKw7zIGzGSNNwB4417K&#10;YVSYo55Nk/XKONd5AjlnwI/X+52ddkSpjX7rDvbdj/txP+7H/fitj/YX/oS8/u7/JNdf/0kDYUp3&#10;EKFNrBDwUibuwJjKDQ8NZ53Qs6ROxvlmwQdvKEHwQobExqdmbujs5ujNi9Yk4e/nxL1qD30W01I7&#10;gD5ntazdJ6z6gF0g6Xp6fpCPP3yUj58+yw+ffpCX54/y/Pwsx+XB2IjmnwJDaGcnqYfYt+3PF3n7&#10;9kW+/awpvCcAQlcrVtk1eJBGH2mIkO66h5k3diap2U0N88QsSFPjUoa/EqeEkr+TVBbUIWEl31Bc&#10;/PMCfj5JTt8B8W7NvQvSV3erZocRenjHYKMZM6ilSLDr0Drq9YukNxaODR5sc4lt3z/hgc0Te022&#10;ZB59DppSWmiJttmbHUHSqTW3Vii6NKikB3nQNXcp4bty0QbzfLYGv6zJ2XrXGumYK3yXDEDRBnD7&#10;Pg+bWOSi6+Xqku+qXmSX07a+nmR9OFoBmgtTD99FnYwiWPoUPjOkXJzK91RxjqsLEdVX0kA8mRgr&#10;84UDYAwvPgX0HpRtA/89BSP1cwr4zT404QUF5gPN8SsAEAdIVmNseXKmROKohphctnPwph58r2d5&#10;u7gv39t23ygTSOXvl7OzgijXVPZZZwAJwkUi0VOGuT3RPRPeTp7i9EcyfmiYoYsBpokFM89j6sDI&#10;eoBKAg6IpAaGXPxUW5dLmj1zGsDpWfgE6TIAPpeCjUYnYaqv8ux94U6ftPFPuze26wxSa6R2CmSi&#10;lNkbo6Bl2AAA9dQzYCyh7bwqi5QeXgCCZ8BZAISXYD4lgDSLCKRSDeb/HYAnmXAeBFARCgC209WZ&#10;Sm/nN7CgX+Xbl59dln0+AQBoMN8fARcD+wTTYRkeiZnBEyHVZdoqUlIDQEoGiMG6Sq5IADdQqyo7&#10;/OpMKn2NFT5XdQ3WDIMN9D7PaP6Nd2Z7vJ+jboqw4nv9xCh08ByDq0yW1GLJ3IlsEQA2BmApk5g+&#10;mGWSQYf9QoYPZZ7AmQG6OJjXIJNvsT8wkKBDn9eAZPmQwn27zO6iQcZooF2PAJFGQM8Srj3l2plX&#10;TAb28yTYC+2eh4xSk0IpkT7iOeogaImQmTLLbdNgyuySu4uYDPcARp+BV/RbhF1AmcC7PAEO9uwO&#10;adwARj1l1cGDwbZqO/Bmz6rqkdaq4A3Zei4nvwKgaibBNVlug5cowNSOlGEGmODWlRmNseeAsb4P&#10;xvwu9k8+I1zibSEXBnjqvw/hK+Z7tIPMDAVYpuARky8uSO4UmfxY8Y5b3wGfWSTShXd1BdbPKn0K&#10;ZmAa9mC5kbk37mcH7OmvV8PbdvgVdqZlt+GdNzPGBp+shxden7z0uO80AGIewpHwjOqQee5BMYbs&#10;0H/P2IUAaDsHITISce17MdCKIg/DyfDpq85k1gHWaasVV6yXGM7Fa2uR7tuCOVgDpKsEmE3BkHAP&#10;Dxlyn1iCPUIudjnz+yCWNLlMphRP0l18EYaGHSy6nZ9zksnUBSFxE/ZLr710q6R4t44QJCcDzCtM&#10;go9hdQ6PRwfX/LUbo664ZJxeeAnem87Co73EIf47By9loa8pkrcd2bNnRo408hyelnw9KYYPJdjA&#10;3Fu434SHb9qdELuPZ7HD7CXrLGYBwPk+EK/HYt2P6jOkUdzfKZeOsCAZdd8d7Lsf9+N+3I/78c8+&#10;Phc5/53/Ut7+4l+LyaA1z3CCVeaIPpRCtjWZWpmfRB+POPq3yFQgChgWg6afwp8o4UGa8IBm0UAW&#10;loGDWmRtD3EFGcxTb/u5l5XFdBuGwzHp9MLKioDtZz48HC2Q4+PHT/LDjz9sHz9aKIcm8nqiaI4C&#10;+EL54elt+6ON6zf5+vPP8vb2Zo2ryYRZSM70nDQBfSwS8pAPcHIokMmwiREkQjKYIdFjqsveq0tu&#10;mEBh2iaQEX8Xq/tDH+k7DKT90H/Wj/yhf1s0RgmgQ4B/baTQuvlPM9jLE3t9mqx1qQlkKwqz7AwT&#10;AwW6S1yt+UQB/KBrHCCsFosXNODrxX+nhb30ieHBdFVpAc4pw8NYHmdNybtYyuj1cpbT26ul4D5C&#10;HuvSvDGFtoYNLD2XPmX0FF6qt9yH15YCPzXFea5qXC9TSq55v9RIKB4SavdtY/P8cDzgvLj8S8G+&#10;ApDC3p8MYM/AAWM5dgtTaI0G+w7cjEa4e5BG/f/Ze7Ne27bkTCjGGHOttbvT3JvlpgyuKuN0m3a6&#10;LZcpcJXlRiqTxka2DDaIpyrxAm888cIDrzzwCxC/AMFvQAIh4QebJKVyKd0UuEUymfec3axmjjFY&#10;EfFFjJhz73PzWkiFmzUzt849++xmrTnHHDPii6+pwoJipq368Z2boPN5OEpDtNcU4AMkui34ISUr&#10;isnlwh3plo1WUtYgsUohubEFiWBayVWt0fGauj3L3IVhf/Jhha9Gf03d0yGHj1fwNepqwCfLrjcz&#10;CAyg3pppQd6odo3zHPwsG6qAOUmhWRf2j8h++Zo1MDZ5S+liPaBUvSxy3BSbNDQLmUaCHxlGSM1Z&#10;E4RwHGZuScptii+6IwETKamWLo0ABl4vT7A8eLh/kP2SByPcECe0mnpN9XdHmeVIP4SXpvkXYXhS&#10;HEgbYSb2jBEg/gRvT7wmWasslzzBM469XI+VjnxvyrqtHjYR5dHG7BCZFxITdQ1cjfvW/OTg3cSs&#10;QmkkAUwVb0qzs7JYvjt844YnY08v74GWXqnM5OEBZkAHn3NNcw3MJWM/J2XsOftpBvOMwQvYDxwh&#10;m/ZgCCLIqBGMZJ51IaE0RO0ipTKJP94m7bzBnnAulJm3kXNTLOUWz0DxM03GXEsuu5vA0tHzXjxU&#10;pJuEsNPzBxHYMFHg3nFtycBl0hRXZ0MSkn7B9DzaPgYLB93fFBwVma39u4WvGPMPIKjJKj21OfiX&#10;ZJHVQkZcAH4CuJ4gu+V1tCnFnw1TCV6OAIf9/KQRyrLZFA94kcCSCTUMQBwKowzd05rnPNl9iFgR&#10;vG6AyZCbEoXEZWMLYw+sGouLYcQIqxgge4dnXZNnY23d2WmWVGzrtQYwS1hY2LQEJGwhBRZuqRJM&#10;0bt705oXndwbp4o33XywWMP1UTagPdsU6LY9zgDaDqC7tzYCPQC6iQ8sXlNt+lqO5u2Je6qH4KcI&#10;MLqNAOTO8Zbyn4+aJwKVnehle5UVOheHwWalsnx4ljH0SUGeDdAt+cMiJnQbqNc9BEMGWwDpUrCs&#10;WQ4waewRNEKnioFvBFachQ2h/s8hIb1gIKBhMUW8lifcP+LXKT9rM8Iwin7O7y+w/AYrDz6USff3&#10;FD7EUTqPIKfqgF5ePn4NbCNy2xlCqnKURYcztgBB1ZaF3NrFUuIXDwOsRwMZe+y5AA4OZrO+/gvY&#10;dzkux+W4HJfjU4/2j7+D9r/06zS//pwyqOBHpOluOppWsAV+PN0mUx0POMjdlPbgD6bWuzNbFNSo&#10;PkET7kYml2kZPZ/c+l7LlYIigJkq0vieCwCfvJqco8EYvY9UNwKQMEkq5ZZubm/o7duP6OPPfUxv&#10;37yhm1evRdK7AQMhIQnEgj72LEN7vKf79+/o/Sfv6OnhQfyJmNnkpvZ9zHDdn8NYDJC7WREzldHs&#10;pDL+lJmnFT3JJvKrNK70nHGXAkGh/0Wvdw8siF4pfyNwsK9+b1T6RpPnb2yV9hfH/SiiXVZC8cWe&#10;VDLUD+rll7nI3kipXKRpgf8hr908gi4kDITXMYdnMMDF7DiWBbNX5HYjfnVckO5R1M8FzR+MsmcY&#10;7iscd5TCke+Vk9IFz69Fgb6n88963E5y3RlolnRUJGtyI8xytaurnTd6vDaMEdtoaXIenG0COqXS&#10;2gzJaq5JmI2JQ0RIkz0bpOwVfkdaOE/CelUp4/lrORUVjKkKqT17qTGQXpF+a2mCI/0QCX/c7EDq&#10;JkDePIts9wBp08OjSiBPaIhUIkgiT1YAI7ufYKJR9fYFjYECA6KNMAU0UQ1J2N293ezberhBtNFK&#10;5u0YgIHIDLJGOSN8JJx8bY6Tyq/8dmwKrDhI6aBLVjB6hV+LPDS18dYsJANJnuQg5AB3crc9WAHc&#10;giZLknfBaBCwD2mjFpYkX9XXuH8a/psU0lfBqJVLMkNy1PrSY61ZLuNg5BhTryM105re4/naiywP&#10;zwn2XtPmO3tKIkFuO4YbKaT2WjOYwvYDFhbWnQRpVPNMg/y0qj+aAWIMPs/H2SV7FvTBHlrug2ls&#10;k0IOMG6R5iq2EhNAl6yfU9Z5kn/TFEVSI3c8A4eU1CRhech+c2DB2xU24NrDqJDq6aA2K4t179H7&#10;bZbnoHrTntSzrFf3/mp9+MVZ4qeBmzOSXV2iCmBCAiai7K71kQiOptQGVh7MYL6nWcMhmFnGe5sM&#10;zhDuIwBoyc7MlJ+T0vDvyiMZ00BRXwsBiHAQ3EhMxjDr5rtIDuh3hD5YaEpDymlDkrKzFAEkWRCM&#10;JAdDat6QMMxgsayfXh34MZ6Ss20opB67PYcGqij4EJKCLUBmUs+9MhX3JMzwGpwM8EDITAZoQWWk&#10;kk42SEgqMVwnBdv5c4AMa8nTZ1t31p2x81qQzXawy9QreQD6Dees1cF+i+BrC151I1ykLYA9S3r1&#10;kAiTOQMa4eeYShMzJOQWzjO7n53cAxjwZgQYzQD6Tu0EUG74A5tEuFXzwNOgKpWtz+4LyuCNJSbr&#10;a9c1peEaDb66Yb3Z+jlVB/7kc9FownwLF6On1eA0SIVTGJpGQugyd9xsVXJQ4lqdGGpR2++XfLEh&#10;t08jxVYA9Z489Adwqdc6KdQjOQ3gTCnr2Rm8Jg1PAPMU4CYEWRQfoBiDrkwIU8oqtZWhgA0OcF9Y&#10;aEYGk5oTucXuJw1/PVXO4N7xwflIH/chkRAX8sJ32tLYA7EUjjbLkJKUTF5tct3i+w4eqgh3iyDp&#10;SDIWRmTqrvopFhZidjemJnh5AuRfo0OlIoqNgoV+Afsux+W4HJfjcrx8fMuO5t/4ZTp98d+Wh8wk&#10;gIXBbJm8ni2YMLbu8gojkSyCHZLPE0HY6aOoT2mROCmskzzo6G5ELX8fiYuc5GjmzBUpiftzsffI&#10;CZ5PRwETZktDowwPqaaBHCWLD9ntzRW9fv2aPvroc/T2zcd09/oV7a6udGo+FTLzfy78WPJ12t8L&#10;uPfw8J7u39/TI8vSJJXxKA2TF1yQi5jUKAe/rwZPOJPsUjKPkcHmEqdDTOmFaZZGgWIMrU5BhhGD&#10;LXpaGvr2F+S9S+7SoslMvS6LSnibpc8CHfYU+Hej4elWCMXGrK2mnUhVTZDKpb4CK7mhbM29xway&#10;UtWPz5vl5tPVLiEuVUA+9hyrG1KvM+a6cTG4NjjOSPwVRok2+S1N1JBo6IVyz9pEwOOLEeUMaboU&#10;dOfGpMLTrMMb8gjPq9PhiR759ZckwS8C+m03dCXeePzBYN8N7ZgBw4E0SRtsfqkzpE8wKxPZm5mr&#10;+8Q6Zy+iM6TLDAyJ5DDBA8+go3l4TrHH4Emkyid4A4YQgw6wZAbLBeb8FBsVkxCicT5Io8xSti4B&#10;HOzBJ4AfBzXsuRFqml48G1Q0/KZtvZkMl4K3knyJMch6Q+hE8wZI5KNgNTUKKdILGgQYgrif1mtx&#10;GI2PtMAcjMizsCcHu1LWZeuQ10YqUUysRsPbBqCWsV/qVH68x8hMyYsusAWMsGsoAxFAPaJNAdA3&#10;AWyxRssYGJYsaZuRe/nVwDEckKeG0ERwzyS7zT3fDFUZTEn7egCvSF1lcCCpRamGHvWtN7Hdmp1U&#10;BsPbnhidnC04d2Xb9Rkpni2Y9wOUNH80DWWqkpbbIKuc65DZuSGXS6ws/EJtFSZ4Ngk4xZ56Bb5o&#10;wtjLtGGgfrKgCAXs1RuwLANX4C2ZgtelyreHd60h0W7Mj3NnYIImrhqLrHkQwclCMUQ2qIEOwjxn&#10;31h4oQlgKCmwAPLrCEEwbzJlYw2QJbJNol9VQaCISafLpKEZ+t85hDxkTzwWkBOgqAU8mFdcNOaX&#10;dVySywtT9P1anc+YMGr3lQ0XYmiDMa8kGAPnks+jAcAK9CpoN8OPsIZ/c+DTQKEYzCFJqsNnNkMC&#10;mJGALCwj+Ag6gBdYewIYbyZXDyR48mWAG3Kui9YEyoKiYemRVgFcK89BG2gYmDYHANIk97qmNNSs&#10;Yg11TwmuwSeTsJ92l7KavUDFOWs2kOjKbP/AJHHBsm6LJNzA7GvqKWpr3NirtlerJYNer96Cz17T&#10;td8wjM4A0OvcVaJ/qjgHTesF28c8HbmpT6Uw1E/iu9fhG0p9AMQW3BPTkFtvi71TMcE+PASNDbh0&#10;+QtXLi0GTfG/fX4EIE987IDkLaxZtFgedTTlhYVHSmnhlkewQ1j8LrdtSAtvvpFoa3V4GsFceE4W&#10;B/oyEp6xF2YNoSgYZGck06pcfwB55gk8QUGRhRENVh4Sx13a7/7WuieR/Vw1onSrB/KAjISAu+4M&#10;xjEwGOm3wQV4lMYYclhNnelD5XRa7GWjFwhAYQinMYBRU7ONDDDY4QVSfLGesWtU46Awj/oMzEFj&#10;+looSrkw+y7H5bgcl+NyvFiT/cIX6PSlX6d6/WqYRpl33AsFiTV7Ppkt0RxYwY7YwI5plE7dWjDw&#10;jqldGcme0vTnATb1HnU7Wrwxq47ZdSwRfHx4lGTPw+EI02f12xJfn2SeZEXYU7ev7ugNJ+++fk3X&#10;Nze0O39us92IBMndYWTaz8DFAVK0B3p6zx59j3Q8/73K1Fbp+urdNTw8omxXzXjVT8eN110WVkbS&#10;LmUPVLBJaUrPvXOe4XZ5UPkj+JbzX3QFZFpXnun/gxT3GaPvUzBD9bZPCignxCZEWZa9mdaQSiqI&#10;8xiRBmaST1+lLj+JjLKczg0OS8j0N0h4x4tr2qfjDAA0Cf0Q4KeieTqvie18o8CWSQPZay7I2VTO&#10;EwpE8fTRtFH1BtOgD26WJbADHnn8583NAT5e2hSLYX5r/mcnbfhySB4V1pHLjst5HWt6tTXeJWVa&#10;0NcIjJ9a0TydBCDnNc7vjxN/c0letI7ABAtmSIONBSmxgCvsAXZusPZH9bY6nRrt9ycAfip9k3Nl&#10;creegia2+n5Sm0VYKEsnshw8sbCr4KwtpHmxkfp0gLqj2cqpPy/dk947KUcfnPhax3U276i2xL1N&#10;oAoGNLyeHJDuwqT0tV+7B3Pk1kOARw/ge/f1am6cGey9jcsddd/IGLIkR/E0pISHJCEEe6myouHB&#10;ZRK/7qbxSG21FM1W3ZfreeNjaZK0AGrFOyxtz69vgDFjn0iKtMPXUBhoStMczCFegxbiYeAf2EgM&#10;GldIU42pIwOYPoz8vXmlAZLzf4tvHjdYkxq0MxCzgVRSz+mkfmdoNi01lwE+bUoTUhijmf0zQTil&#10;NXkP8ucOIKkh9Ge21GkJe2gO0M12v1b1AJtPmnYrPnLHozyLGOgTdhL8CTONYdNIsKbFczabhFQh&#10;N3mR04RgKH+vkwc/ZAShmETXBldJWKSTeswt0lzzSKcEQJ2+wSMhre4lA327Lj6ks3aAdB0JrApU&#10;DXZic2sBSwOXBNxTHfte8Casi8RSS0ntCPQBDJLVRoTAPNKhkJ4HWzMWAiAMRmPZlsllhakoq9WS&#10;PrkesQARqQDA7LGGfr099fD3aEfQwEIzkJfk+TS7d575KjYMQ2Yw8YR5Z2nXPADqQyFhgIhLVsHs&#10;pRC0MVKbK6X06bWABym5T6eu+9r6YJS2jqCc6nv62K8A3ooE2IYJ+trZG9QMOg3IEv/JGWxWZl/b&#10;eMr8BKn57xHQECngEahzlmPri1Tm6vtff1bnOKjq62m53y2BoQ8xtoIPZda6KMrWXYm7AubsI2eV&#10;bUev5p5szISxdGCbjaGW2TokB49GkEZ2ll6Bd142Vp0PBWxQApZdSMbOALQ3AkxtZEhQYGnjNgew&#10;7eH7SpneANTBih7hMeO12/1jIRg5WYr9GI5nDJM62ORWIKaUX96BAsvbxw6pvTxIz+kF74Vn6Shq&#10;bYT6zax4ZDiHwKbdFiFNtq/y++ojxE76jOSPaK2RMyoZu14mS6ZLQMfluByX43Jcjnj83Vs6/ge/&#10;Qqfv/BGV4LIkwk0k0qC+pxRMeEe6bhH13SikvMDBIKtPsORtEORCJpbF6TwPaeriMdndOyq4knux&#10;1ZHWaMlnbPb/8PBI+6c97VlW2zXFcIIuj3/+djsJqHd3d0uv3rw5f7wWKe/VzbXIerkg7/C20Sbh&#10;JIwn9lmTUI7HB9o/PEiC6GxhAu1ZlRYSdyFdKOrllBzoUxmPSX0IJuy5KHgy2aTUGQ7RL4VokcAb&#10;nLYTfcMa8jmo98I3DPIcYr9MhpM+I8tvUfgmWqecPi9sFVjoIRkw2QS7mfQS0Qkpey2W4HEjRbyl&#10;F6CI07VYNMCCG7dWhOXXaKO/gxs8yKJisRy1yC77ZSX6uQjb0UhrZABN/Kce39OhHKXhVrPxukio&#10;FntLA1y4ORc5+JPLiCyV8wqs0usb9Yu06bcwV2eT2+EcZPPAUlkcMwEZqJ4kvXISMHtjAQDnz++M&#10;hTShkLeX00fAgsowh7+UFMilOFDNxWM9n4+lRE6Zfsfz+d1XDTsQ0BDgHgN+R0klnOU9KHtiGPsz&#10;KKHMI5wzNJ+eNOty0e5G4uZlR6l7w2lrtiGwor24/Jeyc/u6lgYgYq7sKf4vKRNL+4cS1nV3Kemz&#10;BF3/MIlxFUZRciZcHSEZtuLhRTj2E/VnXMJo2lfI/pIpyH0S0nM7rBYKPCXX371Ae1etSfdmuREF&#10;vzHIc2PjmoJnZjevp8iWgN+XgFQNsr/mP8e93zoBNK/ODpqDjNLDMmZlYZ0M7EKDjjGTeiNBXmd2&#10;e3zOC6TByYI9sjZVBFCPgXC5NyCh3Gw1YCMXDURwr76SfT8vCD7YlDy80TJGIs2SyW39Dm7O8JAc&#10;ydInJA97UAHYd7N5h1maK/ws5f7pyj4yCbJ8/jSD3TQL6CH2kMWk58b4GB6IzqAJ/oEmm5O9BR57&#10;BXYCEgDhgJV+T4GnnjHSHdQD8zj6WcXDUl1rWz0TogdbH2uytsGmqn1IcWcHQs/vWzw/ZyQ6zw76&#10;mT+hSJbNXw4M6Rnr8dmMi89DJ6QiTy7FNdN+k9ZaAIww8gwIxpoxbz1/zmc73whmMbBQmvLIpFpK&#10;/dy/zfcRcqDTZqjKUIN8HcBZWwRhQBZLSE9vg9FW14nAFaFpuB7P4AsMdmWQi5rAvre7ZypY8W15&#10;bSuGRc33gRGEYsn2Fe+jIiym9ZE6bj/f9gcN/lXW66kNWw1SnFTWvoH+c7MBUfWTaim+atMyO8PR&#10;WYUmmbfr0CNDsoeKZC2nHReum4xWQNu2eBaN+yIPm+V4rwCccruORB6uYanSPfwbIayt4P4jGkw2&#10;CoBV9pA3s5gZQRMCulEByJYGWzfsFcmktqVArl8cnBKJbZkQgjECeTK+VtO3s8t3ZY9isDx6tGaz&#10;zZh0aJtCam+xAJnigJ7MsZy5GP3wuoOh9tzWc1m+IehqIV0p2E4/Cxp5KRQvTuItP8MVTB17bAhf&#10;w6BoEiuXIvXcVvqQScI9Moa9i5HIsyy37sqDFNKN+dpfwL7LcTkux+W4HDLIr7/0Y7T/uV85dz87&#10;9TwSMkdbKkDzaGrUPDaP9K0wZoyJq/ZcMgBHAQTItjKKPSSjuhGwPSSF8m5SQsjktHtaGBqrL9hR&#10;GFNs/H7P0trzn8dT03Q/fmhutZi42k10vbuiuzdv6O3HH9NHn/scvX71mm7vXtFuu3WWQu3q/8ZF&#10;5OG4lzCOx/fv6f7+Hb17r4Ecp8NRC+lRbcDra4RxKJCnRYtMGX3qBgNdMPukqMPkUpNSiz+4Ta6b&#10;kk1hywguoME4WAANq8Og0tSzNzMtxd7/+UQyoYAgY/S4z8uq6FgxDF7+7ZEJNqJStUAui5CF3NW/&#10;sYlhcQsFGeRxXYEighScz9dIT00+uTeBi0onDAScIT9Ur6GS4RnGib29eBppDkVdh/8aZQbTlMGy&#10;g5E8y26np0cqu/O/7R/o+HiUxFkOreCGW5pqAEnG0mOZ9AnX4wD5dzdfr/Jw/jXngo+BtUkLYT7v&#10;kvorCbfqAcjgqZhbg9HHBTT7/0liZVGgjz+YPbLd7s7/thHJIUvXd5AlMnNH/LK6AghW9AuTqQ1W&#10;j4IExX2XGmS8Jptjae6Rm+l9FYCPZe3izfd0UBbjScMPKrz5utITFwEUblTeqjeyes3aoPWsYakU&#10;2CEwNtNUziyNY6b+Mtodi3LSZO7e45R+WAWkYWfucloJ9AD2zI2HNK5pjZspGNYNkRZ9r4J5zO5M&#10;+D0J3nWxwetme9AHHjfg/absZGHsavCGNFip6Q4AP9KWlcFnDBxK63ubwnukAOK1ESTQB2uxQdLn&#10;om3sxS0AMut8EUKzfJqRVirsUQX1TEprHmgM3jmzxsMjAuDnIQAVUtyqfnTwRyoGMsFkXe3zuJm8&#10;EgaJGrdrKmmBdEyYJeLBt5Gk3y0CD4xdIveBTLGKy3AXPldJGRqq6k8APJTx2HEdJH01yib9fTRI&#10;jKvaTJyagxsKTihrz4EsgFaSdAxA3iSrtlDMR63BgzPBG078RiUMY5L9YGNhF25kXwaIVXJIyNVn&#10;lSQKI6mSf+amLFloyZnrHYEZL7MbnQFrIBstWXoVEmtjofU+gjIqAGORdLL0/3RygFgll+zBeNJz&#10;NqvnqA7qukvpRe6MYKMEd71saLm8XwuB0eAuYSmy8T8S0wvYRhYUZr6YwmLEunKpYh6eYRYmYk24&#10;yg5LGN31F56YI0hoNrlrV9msyUOr+ehBIuosvd4HU23G4KTrM6PbebXhTtc9qMJ3rwFQ7mblAX8y&#10;84BzdpGtuSDDtTRiApvZGNd94e/Z3f6iyb0BcBIye5Gj217Q5iFFb4Nx7MB4Hfdba83ZvlGGbn6V&#10;FWm/5hW4GCfb8wfPoxaA5Vhn0ourmpbAbBj2DtAnD/A6b/ynOAhHI9U1guIpML8sITcB4WsmtZWh&#10;i6bQu5rEGLVk/ndm/zKCpswLU21m4C2ZBvhWHMwea7ogAX0CS08CZgq+TgCrDVKjdThg3+8svTTC&#10;5yx0LgfvPP49PQ8YLhk7bwF+dj+3Oda8BXVfWntI98Uw+cNo2RL4W9+TgWAp53tZTPTRSMVr5/d3&#10;kvMi18g8OA1UtfPNYUYbHRTwnzqknRRsTcbOfFYC+ZPXPEPNL9F7sotn3+W4HJfjclyO/r1v6fTv&#10;/zrN//p3+XOLG1kzEh5gkIJaDWwOAVCkCGyL5FwCO8sn1AkNbhqFCfnDa/i89DKe5YGYJRJglY0s&#10;pbspoILq2aJSXmYUHfaH88csRWPHNJEBRS5UdlfXdH17S69ev6KPPvqIXp3/++r2RvyXuCGShg5N&#10;tTAoOHXvsBfJ7v7wQA/3nMA7kncFdOqE6dsIjBiTPG1GRU4B8133QUKRRPDk84TJkL4LmMG9Wmyc&#10;6zPaWIVQWhUa48id6NNpfn0F3vVFsbtGEbsz/j7LKtMEUDMXVqlzfzFJOFZW2SQKLl2EXDNlSJM7&#10;2CEKDnaEFfDqTUgbWNbo8EvhJAgVM0pRfy6z1BuNPfbk+pdQwONaGubELBfaKsBwm+lq1uCOzXZH&#10;+82WjtsnWX/7/RPl414aD/22LIWxFLRFGVicksqAyCGd4CnU6KkeiI6h6UPjKxI1kTUpC6J5UEHx&#10;NF0G9TJYfFc7fU38uavdRsE/Bv2Y1SopwOoHuL3a0hbMxg5Jkhhn82DffCVNRizgC8uiiJ7Yd+/A&#10;YR1V3i8DfCwdfNyfNF2XfcPmCmPyjkZsNuod2Hc0UneJFiCfgk4pMCSWDdyiiOcAk9YWIHcXsLy/&#10;gBHGZOqRephecKyzdd4WjNTA7EAD1xf7ZLgX23jdHZJXoiVIn+MadbkyvqI/lyI3GMwL2GBSbrvH&#10;AKBIm96qByXpW13eq+s9woC8FpIzZaiCYIPqTT2YfrUB7Ovu/9aCXNfYQ3OFHPWkrJvaRkM+A8hr&#10;tTujzRM+sa/yb6nwQu3hnsjGMObk0S3ktkWDM0RaG+ReU4aHYVGwL5nMDHKyIkzY4SNnjWExc3pd&#10;ZIFdFZYC2IvtZKCFplIbeGmfs6GUMJU4LKDO8DHUxFfz4xNgswHMrMZsWiXfjt3f5W2+0573oBRY&#10;IxoCpKD/hJCMjYCayd+/pRxr8MxINs7wkCPzjEvkQS85fYo3hEmG+/CWtHVT2wiEGNfbvCxDaIYB&#10;QuZNOFdPSBXm3gxGPad8n/Q5rP6j1dlhfk78mnI6MIlUW4EO8jUxWHkBrEtjbxUW06Y408nliZD4&#10;G3DiUuU1uJdWLC6H2WmRsErdzpFK/pn1bGEZrTUHeWtg5vUAnAszDyxpA9L9PPg+CbAPSaH6DG0h&#10;4Xb45ynmVd3/juJzOIB4kX3rtcMCk7DXSmCon8A87M72nY31zQBut/d1CgEzDUw+fZb0RotwkeZh&#10;UXGPTuMcWbL5ItwpDSCud2fsuw3Nas6U0oiJi2m2nVagVA6AtzHu/Nqn1V4cZLSEkBsoGnTwswID&#10;bV0ZMxDprAoqBek8JVg6FAf9DMhPwTsvm1x/skRbBGAUHRBY3ZJS9JIr+LoSgG0FxfnrJuy9JWto&#10;UfHgnWjTk/29m1+gA244/ymnZyaGPVky8bPKF/ceBlMSWpWe+X4u82vTspbwmiJTWv38tArqsAGL&#10;W1FnGy7n8eo8BAQMXngRlhL2WSRxMyFhMyWwySdnPydT96zm5y08g6wetufVYGpeZLyX43Jcjsvx&#10;N/fYJaq/9lN0+Klf5MjA8cwD9b1wcVUIaWj8cMnehIY4N296edpujXGCqXoErcagK3s6pbDMsj/q&#10;F8Gy3SXB2pR3TKYbfLGsEeLGaoZU0CRfkqwHKUumkTa6PTdCt9c3It198/Yt3TLQd3cL6aQWK+ZU&#10;xX5q3IAd2Qfw8Z4eHt/T48M9HZ6eqLI30vEUTJnTsqkI8t0CpkQCA8BlU1nTdvUpDRkvCuoM5o75&#10;9XT5yG7kbADYcgqclwyKFdj2jSaaq2Hhy18XdUUmx079A1/zIcBvzDvXWN8CJLbCuoWgBolZsUzS&#10;vKirrfmQ3xF9/haZIM3ZhPLP57WSqoaHcHFVRabaBWsU6W4UTFt8XwcLRH79jiOdRd6qJtIbOm53&#10;tNk8CZB2PGylWWHghVlEV1LMiRD2vFav6HCt/nz7w17krsyEE0YcA2dzkOkJWKayRV7LJ/O5EwNm&#10;k32HBFZm8J3X+iSMnq2EfzC7h1l9V9stXRvwt9PUXwMDtEEAHzLrtc3aHQmzSII1TpUe2bdyr5Jl&#10;ft0q1z1/nD8noRznzzEqyLLe2SViyvhIfS3P7YvCuffnAF2Cd9Vilt6Xk4FuvjWxsG8WVFO9qY0Y&#10;hSUKBnraAhgmJE8Gd2xtUOtJrkepGUBgBYi88iT1hri51FR+a161FvZHG4EkDQ25i8PwNdIsJPiw&#10;ZXj2CWCdXVJn8lk7dyJvTS94oI1bOZjmq4xPmVba6PcK/yw0/g1gFJ+aEzzlGlgz1YC/819nJDbL&#10;2g0+WM7oqwB4WmBy0mCedMR4C9POpFie0mspjem8vnfwk9sA2FOvpyG7Jbm/p5IXaYelWKDGCGEp&#10;q66q9ZHkKnsHJIICNjXzQCOXzzJgwcxeAe9oADTKhJ2RmNskNESScd0rTszHfOvV8BszZcoOxJn0&#10;1qSk8tyyECgwyBMYIya3FWk/QiAmA7qyyfOH7GvC88nY+lMZUr9lu/xc+u0SRlt4BhAbgFIrmHkV&#10;zK7hQ6hSZfjqGfOzaoqyMBoRojEbw7FXT11V8AdJ0HUkbFM4B8ZUmgBUbKbNYHlmJOAW8wsbfrrm&#10;P1hsmBmkzspkGsDepxrVrZ7L3ZQTdq/Qkt1oScDNALAeQT2VKFO0XCAw7JAkTPDiU8l4c2B22ioK&#10;XwOzTa06knseNpftk7PhOoBTZwOHuYcHvYiVylF/L2w1Whiw2Os34HZ2QByhTmCLi9eksQsJe1Gv&#10;iyCWcX5GymlzcBIhGH1YBJh9SO8vaw96p5UfdAjNCYhdCqDxCL5Iy9TbRb2zHL56sEV4sKk3HtQw&#10;0ZsR/ybRXhYf7ANhHX9OxtQj1JlpAHhy76cgN095Ib9PMnxUeW0x0N++Lw/fvAnDRHmdAnCrd2nC&#10;kK1gWCDJz3nYq2gtMexpvMbHfmZ17RpkWzz0Uwp6jfGFxv2L8+uUYh3e2QMHYH0aAGkcPPQVoJeW&#10;gwFKaQX25ZE2vMDcRs0hrtw5uaIg5SEnVmCPRnhJMX/DsfcqADh8DosTQ/NL5TSsA5uR6MfzPKcF&#10;OHgB+y7H5bgcl+Nv4NF+9Jvp+Ku/QfM3fTtkhd09QBxEEomYscs68KL0zBCuW2XU3TlJZGo+kWqr&#10;IomyB0gk/FwDB1EtKLhTYvOtzLzmfl4kKatcGDOD7/HA/mdHmJrPCoIwAMTvIauJ+PW5Iby9vaNX&#10;b97Sxx9/RG/Yp+/VK7q+uqEtTMdb15j7xiCfAH2Pkrr7cP9OQj8e3t+Lb58YoZvXT/TQN/kukvgk&#10;EEEmmwU+I8nNitXoW4G+hDSxhcFuymjSh9+LyFVXfonJ9dHJAzpSCv4x5ikWjIZdvuuD7WWK5gAE&#10;sDaeryB9yxEoyebH2JcBIYsuoYyE5mdNY2T/Df+1hHWnjdLkDKzSAotIXLmaJ7rateDzJYViX/qp&#10;kfGfBHc6fw37xyVmL3DzuFFen5y3aaTYhdci/nJgenCTlq/PzeOWWX17mq93dDjc0O7pQRKaT/NB&#10;ZMlsV3ktARzw+WpVmKgchvH4+CR/vnv/QA+PD/Se19r9+b9nDYY5iBT2BNDPWFR9qdAMqXjJikZL&#10;t5smMHvMD+ZKZL38cXV9Q3c315D7KjA4AQjZlI2am59f/2G2kA3+UG/M/emofnwnNbyv8MtqaDpN&#10;EppiiAXBkwjpyGHMH6TW5Eb4a0CMBrTn7BTZF8oq1ZC3lgLZmkC4kMV1LcY7gMdkbM8F8OhzfC3w&#10;mdlCmtJInOzKINZpT3UKXt12LboxSi1RQPdF2QepxV1zvBv4+Nn9Zl5WGig0wosyBiOassv7dEXw&#10;EK+nY/CViowTpEMvsJgeAL4ugLonlYKF2a3Rh8RuBtNsdkbWDLAKQxaTC9Lw8DrNA9SzdeGSUxsI&#10;Bb8rbqQ2Uw7MO13DCsYMfzhjqvA9lTYarCGyXIRFJPOYJHIfOe2RFai3VRLJ4h3S74awDGMayfu3&#10;UBqTlAKAN0CGv4eZrCwhPXLIDTNbwVy0lGILHbDE00Yj5MCGbCWkt08byJDhlyfnYBosm4zzUTaT&#10;s3ckICSbVI4N8BMYa9MqKTct7G8LPd+vkzHOXY5Og8Jq9zEZs8oAFb3OAq8DxGVwToMgqnvD8Xk7&#10;HpTdZRLc7qBndWDUZN0mw1TWFnkwRMHzUxNwiXab7WDMF5Vl8/nhplrYMhuAfeevU4DDAMECg//h&#10;PWgpwS8BetFq5NnAigbVV7H+LOsnQUpsYSqDlQcPujpko+rDeBT7g9mZszVIt0cqrN7D2Vl2w9ew&#10;6TAOVGGpKWYdXgjHrULay882MAft3BtYK4MlALEssXVmVvC5E289JEXzPaCJ2c39fg1sG6zEKoDe&#10;LN6uR5fQaugMfPPMmsECa2jIa43xVV3aHAIwiMbA4wXZ7TObs5FpPlQTtHiEeFCXfh52I5CSuqw2&#10;gD1eg8XfkIbvK61YfPLcw+3oShAOcbO6CfL6WBd6oJuFYYS/FwB0lmqb4bk5mHpDqjtZqq2wnafx&#10;84L6JA4SLCXb/juCefFmyMHuYIGNpWd598+uis0K/KfZkBXgW4t6VrfxxoASj7mFr6iFfoyqFTLv&#10;UV9kWPB4/ZTSs1YnJRuuppVNTl0MqM2Sx1LXRanTtQ0QVvCU1YcPATwO0BpbU07dBHb2+B1xaG8K&#10;FmEwCgEC9XHS/oVnni0pm5Df2gXsuxyX43Jcjr9Jx6tC+1/9aXr68Z8Rj7JcRyOYKyaUgV6XMJXq&#10;IWnM/zWVIJcISaguAUGKJhmlPIkHXkqxoRe9cGAAaoHqXkhefGXLZyWTx/FDjoG943HW1F14nyl+&#10;2FU+UFSqxGym3fWObu9u6PWbN3R395publ4Jo4/BDy78bXomnlBSkB5Eusteffzn/fv39MTpu8eD&#10;y9EWc0krbix9l3QCK3LNPHw7bEoqk1yX9RYpELSZTeO9B5aFVYRRXJBSfu5nEmg7CV5iqpZOy+uU&#10;nLYCRs0wknaAr0YnrraYco6COIV/TgMUfj4/f1ZA9Z6fjSsXct9Fk/kXOfISSIyU0ehx1VT+YuCK&#10;/7Kk4FHRClzAxNRDYAnYUlI4loxCnUuqKwnw4GaSwTNmOjALjH/CtMl0e7Wlu+tr2u2KrGduep6e&#10;NEzm4XFPd+/e09c/+YQ2u/dS8DG7sD89gcVYINOcIXEEcADD/zTuNsZ9tMgEXdebABT4It9FI3xz&#10;dSP3xtVuR9fn18aS3434xmzUgP38u/l+2OM+Y38+9qo8nMxb7KQJoTM3ZiY5HCnK5kWXDZgN4Scm&#10;mV9O8z/L9e2+ZrXAzvRyJGxHw6mBFSrrxVkK+5YZgAdhj+43WSfu1sAxRGOMS762Fq4TJ+/ZBhce&#10;KEOY9Jv3X3/meSnf3pKDYZKTCC9FAx4KXhcz2cyHMqHJas7oCxLaZf8V/NIG2CBfCwmtAitDBmkS&#10;XJNTzh4eAaYegiNmAXuP7t3lZvIDy/LgF0sJFjllSQ7Osm8en4IJgQYbJOFqQzr85vI0fJ+UrdV1&#10;34T3nABa3C31pT/TM//YQDvqNM6FEg0hnWUg0ySU1STGCkgNaa6xzpr4czJ4f6onuUeM2VfclgFN&#10;Pq5J6WDGwOOqgOlhQJ415xMCHyx4xz318lpCp0nH2mDCiwt7mXnHJTSe9kxYhBnRSgYve8rs4SLN&#10;JOtIeLXgh+brCQELztJqSEmdwdZTJpfYbZxUtnxCMncLoSXGbjR/w/hYi2yXbKnjkmq7VeZiUX/B&#10;jYGbk6aTW6qwsRot9bJM5YPpwLSC/q3hd3ZeGgFihFAYY0BHRpniZs0lscJKdM+5wXYzII8c0NNA&#10;kdq7e9C13l3WnPp4nioAp+w8AWY91RnPdgEA+B4aKdYjQbcD5EeoFAXwkCW34oE4C9iY8EzpIVlW&#10;PAQByp4gR69uqdBQI4J9CbCTB0Mz9lEPCAkhS3ZvOTMU7Fqywd2zezotQjPW1+0F2hj29DwAWv90&#10;saShlQ81UWT3GTDcbRADn9SoujBwL9OQsPoYCRYuupaTuTKDPZp9n6My/B8FvAKTdzJGHu8PAiIh&#10;4baY5yiYY6VAqr4Ct43dnIqzWCkPMNG888xaRk23dfMaYN7zk5ucgf3SUzv5NVyOjcP35xUY2INl&#10;TPh3HaoNWS3/Xdm52BvFA29CGnYePwvDvQ4Fkj1HFxJiq+9ynEUmX//lAzUnWw7pHMUY6PF9dZc1&#10;ZwSf+AMzKxCYwEJ/EQSl9HxDWpW8JvluK3e/C9h3OS7H5bgcf0OO+R9+O91/6Vdovvtb8rDNwpDD&#10;Ax69jzz0103ziGQdzDs8pOyBZulmCWljIr2MaVRcnOY8PJ/6crqaIdNNLXn3i6gLB1escBUJELMn&#10;jgd6ejoKu+h0UBkvF5zCVDgXNjt+T1On3bSlm9vr88crenX3mu5e3Z7/m336rsXTjAsBYXWodgrG&#10;6Ac6PD5I8u7D/T3d3z+c//4ozUmdh59UX02JU2hmc7b04uIPcT1fmBy6r1IA+pKx+4ahsiGGaYVb&#10;pU/zTMI1M8JSW8uuA8AXP596X/17f9b4GIiY1pWGDXgbGR1qFbZCA1B8qQj31D4rkhT089l7aLRS&#10;ehn/s9QyqUtb1qlrD1Uk5F0GTuZsv6eAjTW7FCwbN6NrI90NWB2e/LheQ2hStudiju8rFNe9XYn0&#10;c7sptNsWumHA+fpKQmIEnGMZuqzjPd0/PNHVzddptzuvy83V+eVyaMCG8vaKNk+PwqjjZmqaTmAd&#10;zWBiGADRNTgDRuYNTJGlQTW5T5Uwo87F8PvtvQTWcDq1/Vkgb7M1qF59Kh/m0BuWZFYYslcwJBk3&#10;qBFgxfoqNK4bWUpguJaL++dDIPFimawMt/EWh0F1AHlgTZDgc2fNpEljSmphIQ4uRlH9LZhVk0j5&#10;pOFCsi7Bd61vqgLSrfn6b3FIETxGNWbFwL70/H4lBPbYepJwHAUKLdBnNAEVAH64j9mwQAAXk6+1&#10;kRYZgjek0fcwFDDZWgVgW90jrhqoNev6MoBCk0yRCN0CCNiqs+ikAYVFQUZDtoXB+0grTS6ZVFmY&#10;rkeRloGlZ6zUUvKSaeKMK4C0eeyxJSnToZp/YLf7oQY/wQqAqjtLSuWisye7z54EHMFP+OhZgBDW&#10;nMlQ7XtOAPpke8maSsnPGW6sJze6n8CgVeBJmGfm5QSwz/4+IYCnANAsGeeWhpTUDPwXQ7pnxoyw&#10;XWgGchLCjhq4U6MhVjvLKkBds9CCVt2/0Tzj3CuuBbZnrx7WIOfVQCCAS7IG2bcQbEkGAsXTFvtD&#10;B9Nlg+taigUTKLOGgWJ+xjObmv1GJWyIzyFbEUwKipgtR5mKBxUIOA9PseLDkOf3ooFMiQIjLMhE&#10;+fychBlXPYBCmZ8KtFeAWG3xfcqokyAKpAT3HpKAe5TjksubWSUhUlwOajIZK1jR2YIOesO17HgN&#10;49pUMPAon9wD8XQCCxOSW1u/Yh1gdRdZUrQC+vL+eFGEusMZea25JN3So3uwBiCzJZB7hYTRZ6nJ&#10;HSxEC2bpYOGrfUKQ4QalQvJxTBxEpgWjOT7wUqSxmpwzjdrFLAICWgXy3mAHY4P2NZFhw+IDUvZG&#10;c/ApefBENi89s3XJBetYf96EUAzb40x2bqxe3TsmT7EV+bn82wbMNWXyW8AOBZmoMQBTLsM6JkWL&#10;mYKE8hEm0snYbTFkZyloTek54GQEPAfFV/XqYpDwafLd+ETu4YdTfyatzSARcP9goUq8P27BCN/s&#10;FOwrNoyTECVdTeb4sfSiTJR8tpcWKpThwVme2XXEkyD1Fa651R8tjbrVEnPlOhtzuicf3NlS7G4E&#10;nGUobiz8daq52ej0PvDYlJaU4wvYdzkux+W4HH/Nj/7NOzr+2i/Q/gd+UsCsafE4zVr4mxK0tWcT&#10;teHXkryxkqmjAzCjiMrw6SvGMuo0JLu9L+Po0yilmwOAWpZJwlxSJqA8CLP22CwZY3ktBwI8Pj3S&#10;g6Tu7iUc4HjUxoT/N5Uxrby5vqG3r9/S27dv6aOP30rq7u3tjXiZFZGMTfJq5X/sJcPgCyfvPr6j&#10;h3fv6P39PT3eP4hM+MTy3bm6dDkZuIC0upxS8PyRp742Fc7A2OgEMasHXykA+vA9BFaGFl5o3HJa&#10;gWAR6HuBCWUGMr25/CGaUntuZsf0UgCBtPw3cxfrI3Uzgi7PQRlNVy64gsJI6kEGk/IozA1wyX3g&#10;yO4VaSws9eqL1nstOGf3dfW4AIKKA5UpIM7iaWaodob/Fllx2wPYyQ3MEQ1vFQZJ7ZM06lIsMijb&#10;IEXv5CEIEgQgAMf5DpuYebEV5hFfYwb6mDF3e3NFr26vRCrLhbfKt44iiWXm6Obqhsr2is5VKrWy&#10;Pf9xRbePkPkekWwrHpWQrM8qWz/BrP5U1RetuPRKQZgh8dKLwqwsKVz3ifbTnvbbJ5HwbndbYfxx&#10;gaxSFCvaMwCUDpljWrBbLKU2B+aDn1+lo33aQBpH/ZSyH8BvVxACn/GGPAEoU8xNWbAezoFQFQOD&#10;DfdVeKk4A0OaH/u3ZPef7iVX11tJX97ypU0dfoaaJsmgLBUaMt60fB8ZQGPu+UVpkzBm/OSEUIF4&#10;PhqDTnjXzRJeFawxsNeaejfa7wqkzJCORs+s4as3wjc03XYkairLqKlHapDM2z1awbZJaHwzWGrq&#10;h1a0ydpMLiUvK/aasKoSQX6ma02NybPKsBAgkZT2gKZ0mNvbHlZXISnCxjtZem8T+WEP8lsLPrDU&#10;Vk/qrPrvs8kMxS9TAUCX4oZLkk02HqRfG3hmCujEjTaH5iAIxxh60zS5f5yAeGjwzVPPgjI2MMC3&#10;f7cBUmyRU/r0wKWhZgzJqWBZNgAzI1zFPm/S7ar3u3nFzQqAxuCMCg8+G4BZkrACWgDGqu07baDv&#10;5ER1lS9PuwWTcXjtqX+VrRFjxQtDebuRdbXBYEVA0KTnMSHp1iXcztLKC9n4YjDRR0KwykdrSIfu&#10;QbGg94Snx4LFK19T1QJEzgNbmfTBNDN1RAODrbfBZLNsVYpBPcb049+bE9inSX5H8teh57Px86hZ&#10;Qm/z1z0b2xIBN/u8d29EEUHMGgAi1xXJ6qKusIGM+W4iHGo9nLChQA/3zzJcx7xCuoORAhQzIO4h&#10;I9WDoQDDDOb3YlzSnw2ALBTDvYzT6msBznQaoE4KTD27f7qjf8HfzZleJOFcKQ0P5YT6zeWsNsjF&#10;ulPgrkgdXMxWICuoz89V85Ask+2Jk0g7zUfUhm22F3iabc4emlXA+HPg3+pOGp6TylTMUJeUAOZZ&#10;cFxaeSTjPXd35hnDVWfZOpVuhZM/Z/MlpNCP8q6/OMuLQRluSZLJQVQH27ox8bR/MBBf/e+Sg/wb&#10;2JVwcNNQ0iQsxRGNo/u2+nn3FGrbGLYeZNdknn1+fla+2fB1zWBzorvR4Vrw3F3s5S2NOmo1JOwL&#10;w+k2qqU2hjY245S7oAfv4cAF4Orrj88f33Zphy/H5bgcl+Ov39H+yffT/Iu/TvXqjjZSIE5uij/k&#10;l0Gq6QAfoZhUbyFuAN1I9tzZV0mWLeKEFZ/4yZ5LaaSVxWCOOOUThssYr5rDDZSlyeV2HT0wF4Xs&#10;h7R/OtEjg3x7Tsjda5gBZFPCDjx/+RaJegxcsHT3zUev6e1HCvTd3N7Q9monkh7zRrGJeq0cNLAX&#10;aeXjw4P8noMk7x5EzlLhwZTcOS6hAEkroK+4bxJZkcbAYh9puxmF32SJvEgp9uI1TIztyb1k873Q&#10;6EECbVNB9TMbTKNOI/k0BV8hY2G1yMxyo+6lZHKUIgnCbEg7uHiXyXFT+WsjlyB3ah+Eccbr6SO9&#10;0czw+1gT6Bb8bS4TH7uDOfw9OVuaW2gXTFpawKLIQ67Z29A8ml9XptkbGi4Ia6nnYm4SXz9m7jHg&#10;N5KnrcEYCclT0aJ/t83C6Lu+uRJW3+3NTrzyJJUXnkhlcyWA2GHudDhxOmeiIxMpzk3w9upAu+sn&#10;uhb/v1nk5bbeGSjkdXk6amAEg9EC+B1PADMUDJTGjwE+bmBTWyTgCnh3IJdxnqZZ74s0vL86JPsi&#10;3wkpeO6pkxKM/sH05VK3q3djswaBVl51aUh7e6TJphWI3NOi7UsZrLumkuAIQuVsrI3uytrFj4Mf&#10;0YRiu4TUUUvEs30ukkOur7Z0vZvOf07C0lTPPEhu0pDlvkB4gDyrwV8PzQKYCk3YOcb6UWCwufyt&#10;IcwXnlWW7DoP77MZZv0soZ7b7Cm3Ggxh8rmRdNvM7zFIjL2ZNiZNe4mwkNxztAeT9ZyDt1lWRgrL&#10;TaXRKgWyycnBPvUrKv61tsbsPBsby5jMEhAx7m5/vR1pq54ECnP/BlBK7hMDvCtkhbUNLzj4CCrY&#10;BwZjb54EaufKQL4UbBqcNWM+cMzg7X0wuVm6i4aepfuc1M0yZHneAOw0SZ0BWfwzjFWfC/z3TFZn&#10;TO887iORavogpi9aRPNktDWjWyfAuxleg60uEpAF5EM4Q3WJqf6d15WEKpzG+pI03FbdRsCHCS0A&#10;r6vbWZlECr6oAb2BG9lN6wXkgH+ugXYLLzLIDxVQsWuwFeCV5fbOSvInNIWmeaTMGnPPnyV2TvCs&#10;q2Ct8ns9icR1RkhN87CJ6sFD3f1AxfsS/nY1nJtIcRrec33BfMoewAXuLtZ390Cj5OEUDWvWB6jM&#10;ZjVZMJh/MvyBT+ZJGHRVwAS5B/xac4q0MsRnMHmzWx/o65hZctsU+Fa2kq4rGzzoHjVk2+YXqGw+&#10;rMU+MNUKGfJg8/WVSmJ93WgRgkYhrCn5UMb8Usk/H0MxsvuxwXuOhr+q7MRg7md4JA9vPSQtb4af&#10;WzHbBpFiYh17CIauT0t0tjUre+BkHrqQkmcMB1LxAYAFNGRjpcJ/MwJ6CvoZYJT9/ct2UTLAOBrD&#10;4hCuEz1wcwT+XijM1lZ76QU23nNXxPXPSQ605wwjnkSrHN0egudoeADid7r0OWtdlRwwG2B+BnCa&#10;RdJ//mBAlBnTmwI2o95fNdYKC5uHwfBfrp0xoJPX2Yd/cxx8+dudRh1CCMUyIM6DeNIyTEQUMP3F&#10;2fXyVFpB8zJeSp/mdcMv6z89f/wPl5b4clyOy3E5/voc/e/cUv2NX6H6PT+mBUpvXvRP65IqdQfV&#10;koVs8IO5YsJXkXTXukpsVJerdPiMiVuDhDJMxHownB9WbskBQYoPL8Zg0PDCLnkx0WUpCzP3OKjg&#10;4eGRHp+eJLmUGX2noxbW0igBaFSQZSOJo69ev5YwjlevXtHNzQ1tr6+d8u8NUtdm5njaC6vv6Yn9&#10;+Z7Eo4+BPwH6ZqRj9jYKKUvfSsPQ2AzSBcxDU5tNhjStgD6kmLkEyz3zgulxgrQ6lW+A7FKgyUUm&#10;DmSqq+pMGJtpeGrZdbU0v+agQPdEUQMbTS7jcg2YF/M/qH8aJM0GLqbywbBCS/QNrddC5tlC1NgS&#10;h8hDAgUwWRKe8wCau6W2CeEvePrA4yzh9WmPro0Muc9Y1QwPubbs2jdJ4AvRRlhXrRiTNUA8nr52&#10;vsYblY1ttxNYczsFmTc7YZXyv+nrmqXpmraVpt3V+WNPV+d1en1iRsf5e3ZH2l1r2q1KBAHumbm9&#10;gH8GBB7xb0eRB7OX2gnhHnv5/pOyNDokWX1J1tDmnhTElyCSpmu6wNvQJJSxnRbgC+AevH4y/Icc&#10;Pl11Bw7SgPUWv4T682bPfUFBOdAGTUUwtAr5kOl5Gn/PkFDJ7WfSSWZhMZOK952peDqrySIZlMpo&#10;VhnMYwDr9uaa7q6v6Hq3kWHCBr8/9yHLTb0vlenYy2SdAOAzTx5mIfMma0wcCx8yWWmDvNFYQ3Ld&#10;TCY5n+AbOiSnMTmz98FUyBKUPoIgkFWtsuDY1FoSeEgIVPlkdl9RT7G1IAmzJzB5GDewmw3ALDDc&#10;wKyK3nKeguuI7BCL9TwkeicbNBhjsZqPm7KDGpiImtA6a1CGJLMr81X9wTQ1nYztWElDRlrVBNTu&#10;YxAHDDqAFHnPhYKnnrLxRNa9AdhnYFSOzJ4EoCqr9yB/HmydzaaENFfz8gLz1OVfaZHAPMZx3RNc&#10;jdVqoI8GLAx2vkkkNf10lvcuA4J5hKXMYKm3OvwZhW0MYK+ZTBUSZgEA6whniGAV4VlmjThhHU05&#10;LxMoTcYNoMOCQ2zNlCDb1hRmpFSWyX3PMnzFfMCYAysnMNONhSdSUzkpKiWdAQ5bSnDDvT7X4TtI&#10;JlFGcmw15itqAGcuQjInRFpjytYjJLJjhFTMKsRkCmHIMSwqxgC2mu9eXwIjJ2HhzRLcQQGoNz/E&#10;HliBAsoC5G0I+DBgWywYTLoP4NaHf3hdymAM4Hcanszktr7NAzs6BnK1B69du79iUIfJc/3fh1tq&#10;j4m1KQWwhdw/r7ttSArgVAqVAQXPvLxM8V4Dhs5ICyEsuI8F0BOpbcFAKIk3r+xlkwFJWLMmsXeA&#10;Tz+28NUzf0lZxwuWs0p5s6s/VJZre4QYYZQR4pDLkOq7n7O8x77wmYthVcpqWwlyjWTbabHXrMG6&#10;OKSLNVwevhIf+NY8XmNagogxMCrmtSWk+BaoYhzUDM+rZCnHRQeM2YI4kvlw6vXIYFzKs8bqtFDD&#10;LkHOQuYDbFYIi7F28Mp2sW2wvHkRLM3kqpgEiUNOFAb5NNQvi0HxCsVb/P3DTO7VTGEJ9v3gV7/y&#10;P37581/478///auX9vhyXI7LcTn+ih/njf747/4QPf3sL1O+fk251sE8MUDqGW0jPNa6NqYdgF+D&#10;rGNCQzomg8mb9A7pi3ia+QS3LYMVujbnpVkIBLlDVyrJC99h4m+AjzZpXJwzq4+ZdizdVUbfkY5m&#10;hO7gEwmdnw27d1dXdHd3Rx9/9DG9ffsR3b16ray+cwPKCY49gX7W1Fy9HpnN956e7t/Tw7t7un/3&#10;iSTwHp4O2mS7xDlDbJwWQJ96p0xapKSRwLuFZ4omuSGFK08oZIp7gYxadoRypGDi2z/kZ9ZjEdIX&#10;Hl7OzoOvGoWGsakeEMnGQ35jRtmWECiNA3vftQHAdHgnJUu8zQkpb1lMqs0vpmH6nNLs76dD8uxA&#10;c+6Lon85LVUA5DlPxPrL8kLRU1+6LYQ1JSyxpHIIbfAAELo/ITxbXMwMgBdG6iLZZCYWX1NulCb1&#10;7XEDbgaixFO7Y2LPPn5b2m53Ko+VJncjHjyUNVl44iyQ0jShWcIIzl+7nenmmv91Q9urRpvjka7R&#10;dDKjZgbLryEgQWS959d4OD6JX9QegTXHw54ODAYeD7R9uJf/PsLjsqHJnQBM62sCMEEqi+M04mKS&#10;+DQ5y9QkNu5Y6IV9LJPTgtkiIL6c68grHuwj+y71oAqNAbUBeniTz1+n60gkUql7k6iyHv2awYLQ&#10;u5ZZeeILJwEknHKqr13ZtRmNgqUbIhn3vJ4YtLq6uqY79vrcFtqxnDebvYEZngbLAuwVGTeN3AdV&#10;gYKZunuciZxuhv8ZWHp9bgBmwICB3JJBmplZm7P6NZp0zsIilO1THTzaFEtYJPHEE09JBCG5bxyk&#10;txSlzHlYNRhDLUeZmAVOuP+QAYHKUtBmrfjPMmmZ+y5RBOMHkFvhB2fblwURWABEDf5wtYbgDLDT&#10;BLCYm0jd92K3oP6qsp8RpOaWdoz9doJ8WM6XewImZ9AoEEzO4LNwm4y0Vw3JmPxnCCCARliTcUvw&#10;b03D5N29xAIDJsxsyCSjxopqGMJZOi2YWxYo0nqQaQfmmfsPnk4u1TxV9c8babBt4dHoXm4mzQfA&#10;HpO/N9gTXEpYBltTAToaicHm1cj3HiSI6sk4mEvJfBvhg2bsnpyC3HLVBHdP9kboTk8DHAMYejqF&#10;92myZHguymMFAHCD16VJd0323doIYDF/1AyLkrXnKAUJ3QmMUTJfRGaGp+A7lkfznlbsoNYM/NdB&#10;Br8+VUGPsAoJuOi6/zf40jb4cbpdQ0jOPs1Hlw6rT2Ly5/wcwjHMssWDDAC2WyKwgnrDr9hfu6cz&#10;dwcfx3N87YmobO+eBvOp09IfbzCfhtyxdQopqRYmoc9ct6GBC5r5g+Q8pLcGlpns3j31TKaZkz/r&#10;cgCaJ7DyTIYbvURz2erzYzNBUl48OKd4avYEdjPpfpqnxXA4+Z6TPAzDACXfJ2xYZM+4Z6f0Zf/m&#10;Hv+M/nM2irP7K6f1eG0J0CWM79KQtrr9xWgJFjM3D+PAAEOGaCHlmmgkKadQQ2RjNyJJXID9Qg7Q&#10;aVhVGoEn9qc9t+0ZZiEj/mzm7ytqAzKwTw8S0zdaFsinDV06ReaojjnNhqi7vyNkvcZEVBq/yu6T&#10;eestPYXjeCL2YhReU/OhSgpsxO7KFY4LaVSJok0S+cxArrQRPP6z88fPnj/eXjrly3E5Lsfl+Kt5&#10;7L/jjv7053+O5m//TtruT7SZ37vBt5n4SmNMw0A4+thoKl0OxXQTUKNlSDJoIf51lsgSdxIX/JEC&#10;Z9R1MDYk1dTYgKSsoTR7dUCLwKmO3wa5FScd7vd7ke8yy+koDd0MRowCAjKF3bDH1jXdvrqjt8zq&#10;+/iNAH3Xtze02+0gDctgJyrANR8O9Pj4IEDf+/PH/fuvC7DIYEmv3SVutErCzcGQXv3o0bBYWmQx&#10;Ke8kT39uLtWrzwzH00JOQJ5avPT1+iwJpT34qnRPUDTGXnIfO/fUaerxZvKfE8zpzcD/NCO5086T&#10;FxdgABVlIHIxO4XGziRYm6SgkMkozCRa5bPnpqmtmt3+XPylNiXFu+D8ATnwCgF88dMMuOiaVENz&#10;O+8tikoiULhwZ29gux6FJZmYKZkrla6SnCb3VcYEWItVXoebDcCAzcY9Z7zYS31UxjKCRpF7boj5&#10;vsu7jYTMcKPJ68eZONyYXw15orBUzLuP74l6kmbzeHg6f6i3JSdKi6TyvMbT0wN98Ys/QN/8zd9E&#10;X/3q79Gf/NGfqcRX9omNvFYzHzfQNpkfkTNBX5pAp1XKrIKoJkvVhrA5kzRZMmkA/rSXa4tgh5yK&#10;S6+GrEeZMgQvIgcXSIMsFGCG4BTXhP/O14SZluyHtp2Ks/rMyHzKSPCTf1OprqTEbpTRtdtd0YbT&#10;iotmH+v/g3dRRWPfAFIjGKc78wohFyadY9alGPrPblhvcssZwRDUNJTIQPzWlwCpGawXkV5PKl+a&#10;lE06gXmm0kgNdMgANjXocfKGyptJS2zMeRE0ZICp4/TB/zCyPSyF3G8gJJW2ua38N80PMCTc4vwY&#10;qCUsxqrMRQcnTurDZ6EZ3dNEm4dkKPvpNF4T9mVpyk2KC/DOrrf5DlpT7+mXSMBUUBysnmKhIgoW&#10;Rul3BCtSHmmf6TlaFfad5mnGJgttQXbrCcHGsFuEY8wK9Mh5rJBUItEULLYZFhQzvn6ubfFYyatE&#10;d+E1lTQAvJDmy2tlA8A8I/WyIFwk2bmxoRbWk0rklQlJSARPDiKM8xUs/bSW6MNPMBnbvCNNE5Jt&#10;DaHAgLFXHzTO8GsULzphvUGqDODMGJH6fKvPBk1y9sSHruP7qzwfHBdIxoRdbHl6n4M5qYO0efjR&#10;pe6CxYJAktQNyIZ02J/RNjRtC+9cCUo6KejPe33DM8s8KaP/ovgQAhyfTRbcNDqm4+/VpMmLoQz8&#10;b7v9zua+eiPttjsoGBlHPQQSLOhJKfihpbyIRBqSU1r8ORQPRJs+Amc85CwFRj3Ap5IGS9ACKdz7&#10;MiVPpCW3cighKEiHtLZnFoRY8bNzA6aePEeT1tKpTIOtCtC/IAjGQGwLFbJBwvAJTG7pMEJA0jIs&#10;5Bko1INn6fiaEiWp7bmsNE72zTolwcvPQCa1o6HgmTfYkDbE0P0+AH1BkZJfSDxO7lGrNhA5DIr6&#10;gg1A/nuUpYehEqS7ebwwXzf6bCL3yLPXoud57CFMVlgQ4iLz8QVmYl9FkthAyirfnpZg3HP5rBWN&#10;+YWh8wAG02fs69zq6IUf2c0HtY+br5ufYjM7AKi5fvCrX/nTL3/+C//5+T//20u7fDkux+W4HH+1&#10;jnpuSn//3/o8/cF3/MC5ib2m6z//2rnRu1LmirCENhpHPxkjIbucoJjcEhWrNMsAsRoKA1OP5tW0&#10;MBmDxUA6TJ0ZFPFUV0tnHZDLuRjJbuzu3m+1OU2+hQemeuZUmWSzbPfx6UjHPTOWjpBujakXE1S4&#10;md9ttgL2vbq9o7vXr+n25paub6/parcTdoGAKsI6SupnczzS4cD+f4/08PBATw/3It9lL0D2q1ET&#10;3BYmkAOMS3nILxQAswRKAyGSM/q4sWa1ABuKUwD6TJLo59SDH5ZoX/8Ma8EKEWey+LejWK+ajHiq&#10;R2mGTyYFnQeD6AQmTTO/IklXxLkWwMyMkQ1gUHBhg4ZY/vs4qYk6JuCTFG4V7DVLI45SrNVoGI2G&#10;hS10hCIQlTA9fvmM9A+Yn7CnYJNrUSUsQaeeDQB1wpqEnMqmtqEg7WgIuZhOzMTriFNgnK5h3dMo&#10;OHW6r2EFxm55MUFZqYQOGFhzgk+eC3aezPKEt4jvWwMTkO8LZivmSeWIcr22RzA5TpBTPnmjMx/5&#10;2s70+s0r+mf/7J/St/+db6Ovfe09/d5X/0/6zf/tN+l3/sVX6evv3olXYEZSnBX8HQ7bZiLdIszf&#10;tJjm01MWnW8dxtwt+C9mM3/vkLWQpxZakW8yeFNhWbNU4PGW0VRZc5VTDv57ei4zZOW1NQe6GZjg&#10;dbqdhiG6gYPi8Xm+N7c7/kC6J2SWBQELBQAhmeiz6rqtpIwhZbdALieAUx3epwBgRFIpAIxKsoU1&#10;1NXYX1hHzeR241SW0EnJAGeT/JwZOy0joZav+wbgpBrAb5WBhXNkslM1OjfmbR4gFbzzUkgFX88c&#10;gtPi+C+gwOpvRs6M6kgQbfBEMyaaXJLWFzJDS/RsMPE/mr9eSOY0jzADgtwLrXYyO62JwfitvicF&#10;3bfSjAsIutl4M8/+Tp5MDSleggw1embJucSDUC0Z0CDTav8OrEHnOsFDrwXJlgEyQ3I7+57bLFSh&#10;dchHAXyeLPgBicjOdqye9soDG/U77S557oGh5uBMaK6z3z95+Ohl3ac38BpM8LeUZOqpjD9dLle8&#10;jjA/SyoDyJtKHknBBnis0IFxngbjp+JcdAsC8XPUID0en+vNPOuwznj/qd1B4errDns7QNVqabeW&#10;QBoAR/ejC4nD+lqbs4paYOZr8IWyKUdKLUKSFLYDQGgMrQxwtjt46yEgLSTUYp10eHDOJ93Lmbko&#10;CfIGzPG/9QHqGVNQ1o8FX/QRvtUxKDWLlx7u6tTHfT1AviC/XZR2S/9lijJcGnYB3WunlcTUgSQw&#10;yPIIikgGfjkzD+A9gU0M5KTj+VEA4vm6TGDgTiPcxb3vYhiGAHsIF8q6V4h8VljgG7lWE/xHp6zB&#10;brlMvg+rNYsCTxvspx3DFQepjNnrctvg9boKu1hW2wEsAnOsLXxlx9dNCKOq68FosqR5pBOnPgZ0&#10;uC7G6vZnKe7hkgPQlqQA0TAuk9mm1dDaf6XaqojVR2QqGuJoHtNgDcrVn8wOZ3gA52fD7+xAog2c&#10;3PUPTEizJRrWNqszmdPzpOc4502BdoqfbWVq6i9dHXsd/RuAd8Er+jNAfsvT2le1LlLnbdAB4YrX&#10;mVD2RMz3vzt//Efnj5+5tM6X43JcjsvxV+P4s793S//rd38/vb+6o+nde9o+PNHV1ZUAfFygcGOz&#10;2W7VOwSpgNwQTufPyWSeAPqVKOtCkW4Nc06j0FgDKGBLedpc0zRUKXRa1um5PU5zGt5bIQiBIinG&#10;YL5qxXmlw3H49B2e9upJdhoFcgYzgRsQlkpe7W7o9avX9Ip9+jiQ4/zBMsq8gdxKmnNltIkH2vHh&#10;/LPf0+PjJ/R4f0/354/D4egNaHzYm7Qk+ZTWCpLiDC3N5IBUA58vavyECWz2htLkbSoMAgvQJrc5&#10;haI7P7PukLPYgIaYD51WgaR2IRVOVMqqUQngifr5w/zfRNI5sxfiURgDB2YNVGNGdAEBmVgmQQBI&#10;yR1T2yHd3cB8eiMN9ERXkjqZacfr7/x7mAnFwNe554YBeB7FvflAhnfYkLhmZtMMzsVEOF184b9b&#10;hB0yvWRWLNdMwguyyMQ7vBfZz7LhOprkKmlkJwigmgAnzWhqQd7EsvOisBeDegKUq7yU36+yf9Bc&#10;pO5hBmbYHOs3lNoqxwnpnpQ1WVhwBgEZJzBeSdgz5jHTStPXLO+xSsHeEUYwTfz3J2lcdpsb+tIv&#10;/gx9yze9oXo60M3tFX3hh7+P/o3v/U56fNjTn/zxn9K/+J3fpT/4l/+S/uxP/owe9wdt0ualDDy3&#10;VSvhgP+8BPb9/bUh9yRNv0uTgu6eVJ2s0C9UsiW8KoNqspRSa+TAOirmpUQ9ABeakGcAmzBWwXiy&#10;xkwaCUtELGqUnoum+DEjbrfRBq+Y0XrGfXv+nwQ8gGXSGry9LAQDQBXL5iylUu7AuYPFpuER9QR5&#10;IBI1kxqnYQ/UbiACm6kML6ipZGedqOR4mMMzGzE7O3FyZp8lk6dOLnVW1ltMnVz6KPXAQDGAw1iZ&#10;rRoDSVGa6jLD6qxDZRTNvs+K9Lib3xvOmbGOKsBAAbOSy5oJ/mk50dJrKYEFa1I9A9P76JAs3VfW&#10;Dyevs1R3t3UwS86Rs3ogGStlIVXPCwb8kgOyCMXAulfQJDkwWV0iWRFO0NwHteL98SmcAQiJ7LgN&#10;ibKxsmQIw96DrTro5SmvYPCRBSekFJgrZnof2XTw2CwKXhQLywDoYetKQc4NWI4A7Gz9CUiygYdY&#10;bPTNO8wCRUy+thxadQwJzNtXFLXVbCSM6TpAPk9SNslyBauPB3H15IEazcJsAjjlQF0PT9GUAXZV&#10;B9QYpDcWYxcQDkEwtXrQUUMKtrLfVJJXAK7wsyqyS5lNqQnps0pl2/C9k/0rWaBLRoKxXmuWG485&#10;Cr43+NfyY+mIZGT2aG2QC4/wkTZYPg7q6X3H170BrIjeeQtH3BYZTfap5BLGtoD6sS8mBZ/SEvVw&#10;5YjVipSj3UME9WIgWRoybjI5bnHlyRgU2qBipNUWZyXrHjGZX56A/hswTifspdkHHxMYehqkYX/f&#10;gGk2OUDobD1js/H/JtiVBEahgVu2X61xsJQN5MuLICln7Q16K8bitBhy8u8tPpwxGfKyrijP4C0a&#10;djMZ5VOOrzEB0AxMSKtz8/DDtudGMUVQDuFx6QUmm4dthKAPt2wZ4S0mu4aS2YdNEuwR/SmNydfT&#10;UgkkvYjWX4uEmRVLThn/5mO9zHq2YWYUPCezMXjuJKDnOfUXaXpuZUT9OayXRnhccJBZeGHaoGi9&#10;e9rKscFAs0CcGLQotjsWljMPsO8Hv/qV/uXPf+E/Of/nl88f15cW+nJcjstxOf7yHsfrTL/9o99J&#10;X3nzrcoCYWnr+SH5dH7EPzw+eeMqLA/2CtvAFLsoGCNMh8n8R/TPjQCAm+C/A+CPG6FpctN9ZzZQ&#10;qO+tUOEHs1vGsV8GS4GDZXaULtnDyROATcakhTkXy1zU3r+/p3cM9p3fF38cj7MXCJy5oBPaJADn&#10;zc0t3b16RW8+ekuvX7+hm1d3An5O2wkFIzkLZD4XyoenRwH37t+/o/effEL3n7yj/f5JAEVuJtjT&#10;zpkbyRhteXiu4PxIwZ+MXVNc3ptUK+cSXlGkBrPo5kEffZizr0C+T5sTildNR6PHrxQyIqVSQeJV&#10;OdxEfQeZwciNC7MWGUQ9nM/l4Vw0PJ20KT8xsNeUsFQB9onJvTEk+qi4okRjghH9tijAd7UB6Hc+&#10;79fntbaVv3e6alXYIgz8aUaY+bTQaspfwNpRUE/XxlIqElNDhyxEv6b1RPSZuJAfOK/Gklz9iGa+&#10;jQmNJP9l1l8uhJGa0DDCt88BPvgkEpq+801RWloEE5gMnVYJg8HVxt+oTKXFj1O9cIjZskk9m0am&#10;hbKkjghz4HP8pS/9LP3UT/0kba+29LQ/ikcdJ83yz9q+eSUg+Xd9z3dLI/nw/j3989/5Xfo//vff&#10;pj/8wz+ih3cPsoZMUJQDqBcDNjKYiin4ThoQpwDxSNCzQYN4opncb7Kkwg1YFMmN/lOKci31+zRG&#10;ifaH3d97AyOKbQJqUjkeLzMBf2T4oWndwtjbKKuvAKzOvA9uJmdizLZXgWnMy2CeTVqp8twTpLn8&#10;OQH0avUmr7UBDam8zlKcEyTI3LxN7gGa0cBy07nZBpl8MfbJhD16WvoSgqVIALrMe885ZdKV94Vc&#10;0hgC3mggdEBZeEGCXOvCE65FRpCzkiArbwrwjWTc4Z1GDlyMhGEDXHxoYW0rhidmgK8M4smZnwXg&#10;jMryyAcQmqAJSXMBM4f/hCTXUoCjrC590KV+sNYNUHPwxVJJkyUCNwFjXGIMG4S5mm8cgjCM8Qjv&#10;QUlW7hVDmTrSXuGfJ/d1hZcbRj89mWk93q8AD8MHTBmL+nzk53+G9LDg34anmDGP9TlqzB5Za8zq&#10;C7K6HFMy00jQ9JbWklXTYPbrPq2y1NGUAuRDmq2Cu3ovMajZ8fVtViaj/NkjGw9sOwH7ZoCf1f3j&#10;DJDwQSL86lpSliyfwQarEbMCUS+wgu/PCH6ZZUgm4GPTsA4N+1BQMqdhG0CK18t+W1G7CJP3dHIp&#10;emvDf3TCteFfrF9X5XfJUCeF1OneYCNCygxs5EnTnohs/mchAXcAdgMg4Gtt99cIzlj75AI4WbOI&#10;VikL5t2WPVAnMPYQyGPgiQ2wKCTdmoRVXPbsXqTg2RaA6pyHIqBY2AUSrY2Za4OZDafdun/k8/Ve&#10;stmrhGcOpLsJ94HsO5Pabkz4u9W6mcpioKDVSnJw232XTa7JtdL0AuuNz4ExSsFeT8Ejzq7b8rqE&#10;VGF5/hUPqViDir0Pj1S7Hzwsya5FHmP8hLpFgTwdHKnHdx5fl4JDA65rAfjqrOY2qJ+DxZsBGdMz&#10;Accy9ddA4r7wNe0veWSm58y39Jm0sZ9eG/YP/Bx/TZ+xstT7ty/AP1yIAaj3cH07PKLx3w0JOR3D&#10;NIKVgQfqwS5A/TR1gGjIoYZPVVhjzAtmHwN+v/vlz3/hvzz/5399aaUvx+W4HJfjL+fx9R/6FvrK&#10;D/0EfT1t6a0w0/biZycT/1kZWcS+Xcf5/Fw5uHG4shy02NmYXAENpXpSBTagSRcsNS80BAXhElZg&#10;yFg+Nvco0KSwzTETbDCu5CFYyD39OhpQk/02SBH3T3t6OH883T/Qw+OeHvd7KW6zGaNjYrw5N+vs&#10;x3d1fUOvX3PyroZxXN9cC1OHAkDZzKicGW5Pj3TcM5B4Tw8s3316Ei9A/prkEuG88DJZBHKk4gW7&#10;NkqQxAXD9m7gXtb3nzxtLmPSmEICGCboGabLLUpc0jh3Njbv7ZlUuifpkrRxPB2Uwcf+bae9eLjt&#10;z2vlcX+k/Wmmp3ODcThfv6djlTKDWTUNiXhMQjjBS+hwUjN4u16pjcCXhMZlI2uj02460q4oo+bu&#10;ekv7zUzXuy3dbLlB2pwLEAYvOm0x3ediuwFItvGvMNasIZFisaGI/JCRYQtADywgW1qxSrxe19P1&#10;GfDAta9MSWO6bJNXz1UUrcsEdtP53mt8/YpMkJn5c2Ig8HyuTzwln7NgncLpBBvMCjjotrxp69Zo&#10;dZ05i8S+2z1WYeTe3YCdG0dmbLLUnT0uTyxRP6/xH/niF+kn/8GP0m6rsiK5h84nan//nq62m/Ob&#10;29H9E3t7kQSR3L35HP39v/+afuLHf5i+9rWv0//8P/0v9Fu/9VsidY+MXJdiG0PKTMZThj9m4hBq&#10;eDtmMCrgkyay2s3wloNvkgFgwrzEpD96GQV+EJLueuASMsgpPMnzp9U0nVWvFewMHYKonJOBPWUy&#10;GbN5Ugm1eF0pS+Dcq8s1rfDQYzDrJIBWUkaWeV1aGm5VEFADSqo0lRNAKU0RJDSShNAHvQem4JfH&#10;p5ClZAXnZcIeLOEQZiQP5rDItiyN0TzBiiYmOysP3ngmEaxgapoXpzB2AC71Frz0TI4swKn6hJl3&#10;V3XJqfl+EdhpszcizCA2lt4IOLIkxbRsYnH/T3mEPzBIxefgyvwH5XyBhYPUVvVjBHON70Y09bLu&#10;mLW5nVRyh73bfNPWrvICcDhLaqSUz6pJXrE42wCY8OwSxqf9GyTZDee6QkJrqcnd7tVmQ5khSRVA&#10;EQx4Aa3rEpidLKnWpMfmLZayP6slLGAzDSDEQPRiDPPsfoTZ1hKk3e5DC9b5AAby2DKbAbbNk457&#10;Cj69jYKEWwG52cBQgFezyNpnB0HrOjUWbFkDBckcP2VtQRbdLUEevyuEORkz1iXUrZmFJplc+AS/&#10;04ZUcAGMkCYvdgjHWda9rnUkGeN1cuFjsu8iIJqyExnYlkAUDkY5f8/hpDYZM1iBKhkmDIKyg5Gs&#10;VtD1VB1oa+6n52iAenxGJmBATNqKzJSCrYLc+6mt4I40YMGU3IvVA9fMYg8hXDaYTSF9PoffERNw&#10;k/uuZtx3Bh5ZSJkxt5S155LRAMpZCnYpIwlc2KVJhx4G1vGeQPDK4+dJSiEsBntNRu1rTMFiXrAp&#10;AHtT8SpB105yNQi96MCRArCc/Lk4QhqscMzLAoRUYqqeqUOZkg0MCgBTDYCRAnu293e/vxPeo9eI&#10;ARBKYMElJNbaANLWHq8JSRTGNTBrC09hDwMRA9ScxZdS8NOjZ6Dx8ihj/08DvEvuBQ1HwrSC5QJj&#10;dPzstFjD8ed+tiN/KhbogN8iKbj7YP4byW/7YkAMH02fPFT3Tdfncse8Hgnf9j9YEngqt2yks7Lo&#10;+e9Sh+igoolf8wms8Nl9cHXvqjS98Br/m/PHr58/fuzSUl+Oy3E5LsdfnqN9vKGv/3s/R3/++R+h&#10;t/sj3c5gZz1ZYMVBQD9hU5xOPv3miXRC4qwWwWiocx6SnDI5A0L8iYr6HHGjZHK2DRiA2nzCjJsb&#10;0pI8fTHl0RRkB66i9Aldu0kwW9OmNDdpnrm45YLshAaR3x/Ldz95YD89fX9cXGw3SVPo5PUl2p2b&#10;wZu7O3r79i3dvn5D1+zTd3Nzfv07nQj37AEWVYr2I80S9nFPjw/v6PH9e03dPR3AGDDtrhnTq9wm&#10;pdFoaSjHJP4lCWwabRaSJpeKAbc2A+ajogVkRhJdCr5PWcEBmxBTflYjUiiwY3xXBhNH0wirFgTM&#10;6DrtqR6fZF0czuvl6XCgp/N/P+5nAfcejwr0HWQ6SPB3gnQUScxMbjwK468L02EYhZthsTZQM4NG&#10;HL9y/stjacLiY4CFwcSbXaU7Xp/X125EfrXjN3akvlXZZWGQjM9pV2ky6mwUR+NELDM8+gvAnA43&#10;1xaA1KPxujWlitoJe7I38giaGCQRDJyTMAyL/15PYbO0xKoBGjnz/ZfoWAAWnO+7JmAFN47sB7eT&#10;cyDNeNLIkdOs3ztDtlUx0dXLiXAU4FsVxWDDG1Vvriq/53Dge+S8H+yf6P7+nfhPPjze0/Xuin76&#10;p3+Crm+vhFWp96reX6/O9w0X/NdXOwEp3z+dVKbKDexJA1Xefu4j+oVf/nfoH/3sP6I//L/+iH73&#10;n/8L+oM/+D0Js2G2y4QGwkz6mSmnTd1GQRuRUU1Dhgow2Bu5MiRDBeyDjgJ77VypzDhzDezjevvi&#10;UGmuvMfzNZgkeVJZvcZyUoCxAFhMC8agKPd5IXPISWAIKgurO+inAQhN7gtjNImfoYApGwAoW+yd&#10;yxAbb2SRhqv7hjJ/jZlXTHqJdEcdcIyQJW1aJ28tJJEPfmQNAILRXzWNFc1Em8GIgsS4mhwSEtEZ&#10;FgkdktI5+scpGEjGyHOJIBpLS+0kBakE4KHB3JMmEnLRyb0ZkzfzJqkzSakw+ZgZvFO/WfXbmwYz&#10;NA1GnnlmmXTQGH42nFk0kJB7UpR8wutNzqTci7ofKMBZfR3MYDjOc/VUc10DYOGB5SkAlnsV2jnr&#10;DpY5cwoMnA4fK5WnwZ9SDO8ADLnc2IZ0GjKywbrK8GtUQFsBwAQWJHtUJgPR87CSGE0yBVZWCsSd&#10;6IGVBvPeJLYdabHVgMnhr6ig6CxL0CXdbXgIziZDM7APYTQSqtEje9L2P0vytv3RdnNVE6jkVQFZ&#10;kUlC1kdYnzM8a83OSl6XeEbOktwsZclJWY21JkiJNclWfPFkhjak1eIRWcj3LaktJCn3pJYZp9nD&#10;Yo4nBfHmql6TZMxkSBRb1TRkB1Gp+eu28IwI4JhFgUsFm+573SnWyde5DSmFi92zqwBGOMZANXgN&#10;OaQR03Gdoa2/IzLMrEZKGHrK3ovkdhtkGpCXg+SWXFpuzDuE4/DXb8aAZAJgZ+y8jGHzVOAlaf7T&#10;zhaPQKJaPXgCr6c8E7z0bO+YFO+0oA8oF3oY8q7HixH8dhl7CeLZ3Pw9x9gHC1SyBHMd5MB+AbVX&#10;6gGUbnMYrMFz2gDLnJDyG0B5Zwbq/pwNtHWJ9JDzL6AvDOyzh41Bwhqktz2w20yWOyJnovtdX7BA&#10;Y/2a/OeMdZpRsCkgTf4+Elh+NkywILeRhkujTpcCv7hXaupLb9keADvzDewxDhrM7ZZGMvSivpR7&#10;s6oMpdfxuRSBPbCarSaHFYBKbfsqhA6AnnmQ2iAEjG8bkEld2WyAhuEDLEKYDayfU5sMsTSo5hc6&#10;OxP5Gdj3g1/9Sv3y57/wT8//+ZtEL4KBl+NyXI7LcTn+FR/Hn/teOv3Sf0w3b/8W3SYYc5+LUAZq&#10;Dk9PIsvcPyorjdlvJ5ZtsgE8N/8cwADwT6SpIitimsGR9gE3sRRCSRsrKt2VdMrtBs3D5HJf9/sB&#10;ULjZFvFFctZBmeCfghRPN/MdXhtLHEvTIbu7zLEcpp3f19Hlu49PB2mi1ANNmxZuBjmM4+72lj7+&#10;+GN6/eatpPDe3GnyrkjxPM1V/XDm8zlin76nPYdxPAhTicERTuRt8ExSkLKMIs5BiCFxVp+jPBpP&#10;Aw6Qdmkg4EaaUG3mpd4mSK16GoV4XibdvsReax8YWnYzY5cGgX34DlQZ8GFw7/y+WLrLTL7788fj&#10;8SRA337u57WjfnzHqtEUFb9uAnLG4OsJDCdt+K34pAUnQOQFFely/O7mRAe+Tue/Px1nejqc6PG8&#10;hl4xi3A+X6vzn3fnN3PTtnRqe9qd/+xTl/AU9nkUhmQLk/MA6vWFm0pbjVITPE66S3wTmsG2KNpW&#10;6GAEolPRoI4egAFpzvoIDcToN8WKNymriYG2BjD5dLJUP5WiTmCtSWgOB0DAG45/KJ/bw/58bR75&#10;Xn7S+/Z4hFzLAMrkoGWz1FK5Pkf1Xjxf54eH97QXb8snZao+3hMHYP7sz/xD+ta//a3CauN7ogNM&#10;Z1DFGF2Pj3u577fT+bodZuShFPiC6dq8u3tN3/uFt/R9X/wCtfP9+MnXvk5/8kd/SH/w+79P77/2&#10;NQl+2ZhpOZhDk3kmgYmVkJxbwLQbDAmVNDkLBdPskTDdwIzt8PWGNMjA8cj8C1J4B3wgX1Kpo16P&#10;ZXJzGo10Hc22gVuelGg+T5uYghd6G0jrrRkTNpp4nyERFsnoJvkvoTGNCYcio6KlP1VGoz5SbZsD&#10;KJICPBugonu8MhKV6cksJQ0AmV06qSCm7rjcODRIf+y9GytPpJO1eVhRZHvkIGcbTJhJmSdTccBc&#10;fPI85EQDfTJCfcqUXZ4XpaWW+srPnITvTyvqR3oB8E95OSnBWfOBhd9DM96jecOZTx7YZNI4nUaS&#10;6YxAFUvGNvZaTAaOgRDmoZdA2Mlk/oIIsyhqjmGSRvPLSwTWHTx0M4B0WbciSdZwpMnuo8lYsRt4&#10;6Jkc0SwjCjl5PKzZNfPZZGfdmvLe3X6jBlDu5HvTESCoAt/dAE0AUSbn7nUwVIwJOMI20LwDIOQn&#10;kSXJxoY+Wcps777G/Zlonpm1I522gwU1OWBYkWhMIXSitu4pxmQ+seyhNzeX4NZ2cnC4wdaiYjBj&#10;DCtlWZOnJQsD+HTyrz1VS74NHsBgUSpQCaZnj1YnxjAdvmaDz9zpOYGqL2S0FmIw9tc8PO9oAOEK&#10;EGZnoUWmdvRy8z3KhrmWrGoMPkjrc/y6BVs5ub+oAHgIelEp/hiGbLLVnpOHakhtBdltioEyqL0I&#10;4UOWsJtpPAd6t/1pMCkTrfYsTwEOQ15Q+ROtw9L8DhmnOg2PwcFcjonTA/gcdbH648k9LjYSIw28&#10;mQejPPK24x4oyVl4ngKOwLlFOnHvz6edAB51+N1DEm0aVjzhmvtmYecm2j6kUY0tzk1f78ljMOpe&#10;3am7/6OvaT/vPfD2nsss+rOqePxbC1Xeh3h3ylztbvlCL0iDEwYu5o089kR76M4Lxp4PbzAk1hlR&#10;9dqhmpeoMblNEWLp6VXl/rp/GXhXUUfivwHiMZvvWNVeSJ9Bs3+9Msvn8HNOHtzxIpj3g1/9ym9/&#10;+fNfYCnvf3FpsS/H5bgcl+P/Rzbfv3ZD+9/4NaIv/hS9vbuh7W4rD+TWdXpzQuF9PGhwBUtGDnuV&#10;ax73B2f8sZyPPeqOJwX+jiIzOelEuZmBPTeFs/xbhz/PhIns5IbwI5Vyg2JMGrPtBPmvel3xn9vJ&#10;ksumAfRlA8vIPe2sEFMgSWUwRwmPmCUog/9kkE/TK2dhzShLLotElxl8t6/v6O7Va7q9u6Pr21sk&#10;705e0LVmLJVZJvWctsvS1tMJ/nwnbXozksEseZTC9JrsdeJPlUQlLzgd6BP/E/06ARSkmSsOjyXI&#10;hJI7ESdPSqO+YkFaQbSWJ6y95KQrUG++0/5RwN79EwePKND3eD6P7w4s2220ZwlzZ0BOW+BT19dV&#10;O5iHTUszA5haaDKq15DwjiPPBPEGRJo3BhsoCyNQGyqVl1eYmHcwBHdBdqXnLItOKZc8fPjCe/+Q&#10;SsOySdbK3Lbqbs0/KhZ5lujcKbIsR1CCA4Ap+8SY0hIsNIN3AZPZd+kwLlLCFJs5fLxmGIRmlttu&#10;t/XwHD7Px/O1uX/Y07v7B3r/wPetBhfU5j9lcZ90JLiyx+SB2ZtPDF6/F4BXvC2fdB38mz/+D+jn&#10;f/4fq5wDjN7juWjke4RfN9/bIn87/+U4HwQUL8GjTJqV8/0sYDmp71ZhVsvVlt5+2zfTR3/7m+j7&#10;f+QH6P6T9/Qnv/979Kd//Md0OpyE9KrYxkhvptBIZDOkToNfYIzLRBbk0Mep7hpsneGalMKEvpA1&#10;lhgcWMBC1nvKkjNTHm2E7Ts9+ONow6zMOd4PM58H0EyjHxg2ILBhvLV0M3PCec3Z9oEpDEKwbxDM&#10;0Gm87meGQSbPI0gU0fw3D7tI7oVXzRfMUjkFZNG9k/c42fvr7B5lMUBCGQZ94TEUSGfydeorWoSR&#10;qWCkys5KNK7Pg+Wt12ukMBpwJQAnM/Q2CnSKVDdlyJ0F1RLptgyd3C5imdLpDF7SYJro6QRlp3u4&#10;dYB85s9m/nkiLa0D9KwAZ5oFhiBcQVlcCuLwbzT/QZPMu7m6v67mgJKmJetzoQRmvHoJFgc4LRxk&#10;csaPSRCVUz4F5pMMDwp8zjyNunj4TDIWVV5FaqVloqr4MpoMdLGdGVhnbDJ429UKkE+VAzO8QCuS&#10;3A3AsiTpbkCaJeqCtSMDNWrDFsKk05YPISyWwa4XKwzI52pgBnZjP3dlm+l6J6lnLFxJmMZIAuf0&#10;WmXWISyFf+uszEQDvDP2JvUOBKDb52UwStXvqVhTOQf7EWELzp4MLIxYfH1v0VNPd/RM5t8ZgLwA&#10;9sWniO0DfQVQOTstSCtTDLoA2JWMEeuS7eTAnwH2GTWafHaaHPSb4OkmoN+k6y3Dvy6DoduxZi0w&#10;IwcFhK5t7A9lA+uC7KEYHgwDpu8EObUNREYNlj3NVv69GMssDzAvAazJw8t1POvxnnuQi6a8OsvK&#10;cBxIaXZPZb+VYiGS09j7EzkDcsqDDZksgqsMdqP70U4IiErK3F4MoAwApggQZ5dGu8VvKf48tMGY&#10;JXQ7mOfBX0OMukDoFmw9g+giWBcArx5IoQRGexDjDh5jC8zBELThWvG+OJeNPlVgu5yqPft0Dym6&#10;n/b9KdSSCUFTaocjbF15bVUCZwSETyNUya+J7z1Nvke4uF3DgoT17cOHWfaYBhuQk3iCNJfaSrr6&#10;EYnzVUOAuoU14dkjXzsrWYNmrS+rhVnh2VQB8HXZO6uDh1pnz5/K3Puvzh+/ev747ku7fTkux+W4&#10;HP+KD5ZDfunH6PBP/kO6efsR3d3e0e3NFW2YEZSVIdaCAauYw8/qcyeAD4Nj5waPGX/m2SYSv4N6&#10;eXHjxyABU8IlmZWLd065xQPJDWBPWsRz4auhh3sAd1mKtuI+WJOzNUQmx8CfpJlxuuWEwsyYCFrs&#10;8NdIgyhyRrBqmspg9k8Hke+ybHeGp04sOfjP3bSlq921hHK8fv2WXjGj7/aGrq6uESxSvEBh3hs3&#10;esfjE+0fH8TD7PH859P597SjUqe4rZql6QzeUlpJIZwErKCkBaoVXAWfU9aiyu74FW4Z7YBcpYPy&#10;k0nlxDBFQXmUPWQgljIdIKD5O1EeYKBMR2vzRuxcBQibbz5fU35vfL3vz+/t/eMTPe1PItl9f2x0&#10;kGYknf9MdNIBJDVyX1/qpWtAiDAVlBkkXiKQFTkIFIqqFl64eMlJDZe9gevHKqDfcW7uvzRD2nDX&#10;tjoJhfyQ02u7JdWZPE/OnyUSjgkzX5MqybnNfewiLObXvvUXmHxBumRJgj0kSpbgCNORFsivq6UX&#10;SJeQZwT/Fb4PmeUmsnAGkpkd0rWhlGYHHpnb3ZX8yfcTF2iPT8fzPVvP14+Be0uJ1KReAltUSuhO&#10;PvF9enpUdi+v6ffvzvf50/lePgjQd3W1pR/+se9zTyoT21itLVLFw15fA8sAE8tOz/fWtgngfpjR&#10;7AOoUztJdBitOyOvpYnuzvvUd/3Qj9Lf++7voa997f+hP/+//5jeff3rUqjmrinI44xVAY7TCOeO&#10;y1vBspzH3016xfcZ2BYegmOsPTAIHThPAwx8edYfQI7+HEzvtPQpikm1REGCn4JfqTTMlkhObmtQ&#10;gnQqmwzXdjJryrKmUJsPnht009gDbI+UpqARJN8aYNAMqML3CytJUkFnpG9rwnjtoymKgdbGVDXG&#10;Y8I+MOG1W3Nt3lkuH4XflAGZGYwyY/1ZIBGDhCrXHomYxnwkZwDl4T3lflDZz7E3XS2wLl3mqKCe&#10;NVMcrWQgnT0rlY2n50QTXRFyAIml/N1lUITGbcj75ZpVpOm25oCKDbOsUfcQGmZKswx5Ukmyh6v8&#10;v+y9W6x0W3YeNOZcq6r27b+cvthuty90OHbiHB+3r9xihQcngAIGRIiikLzlhowwQhEBFIGQBQIB&#10;D8ALCUJReEGREiE7ghfeYvmFy0s4HCCobeXiON3u7nPOv/99q6o152SNMb4x5lhr7//0xW2k2LXs&#10;6n+f/9+7dtWqteYc4xvfBenkxoQSZmPSIVEOIN5gg7IB6Ze4zlxyBzsIA/ayAd4thZ66g2QuGTNm&#10;XIEcvvUkyOZeeoSk5eZJsgcAYEdZX1Q+xoAoI2oW2JCw/hsb1G0ODK6yNN1moGv37ZXPshCAtQqG&#10;YRGgyQF3kb8lfY1IojTwdQJLxqAzCxaR+wFAN5nnFe6rCZK49fBMAM2jeSzidXuYDHwEoxcXfk64&#10;iZDrOnvRAdW2WH1qACqWuaDp6TXL5I3GKoMnYYJ1AdcqiXqQhQ5bBr+PeDiawLrOlhprAF3qKgUK&#10;g1kPs0EI2Sj7UO5Acx6c4WfsZbVjGFxSO+TOQNWgsg38XSHPzdHjL8j6LekY79JYcpS71FbWsMFk&#10;ynr9xyGhKSZ0YNfX7tY6kyvbEAhrTQ9za34uMnVmf3ZHFU2dzsYoFImM+a8i1AZerRkJ636PY5ie&#10;B6sjx/67jcHPg7XaAmJZsa50/2d6Iu23mQF2fqpeob5H+jVlUWDLQLhVJbXYDxvMegyEfqq2svzr&#10;p8LObJjawKKraX3F93vLlOYmb5byEk7PfifBA8/D0si88MKYtJlBS3hf1QIwCsW7WevSGlKrqwD/&#10;DeunrBulOvFChxyawi37z6T12QSWnbKFjxgIT/5ngY2AJdcb249tB+qCradhe2qlY2uoWSjAD9WT&#10;uyt5GBh9jEz33S+8//De2+/8yfnLv37quk/H6Tgdp+P/v2N6+yW9+oN/hMrnfoieMXh1cUbn5zva&#10;nZ3RdtfTFykZg6EtUiFt0ygIueDN44GN0llaeDBm36TS1eNBpLLMBnxgdiD/G8uAmRouLMBJnmOy&#10;SRFo6FxQT8d7N452eRwmsSIXHDe0QarZ6BIFsBlG9RFiifA4buX7rWJhCeg9h3LcqRchT9C5oJMJ&#10;b2O/vi3tthzGcUZXz59r8u6LZ3RxdSkBHZzKm8YxBFookHncsxSYgzhe0d3Na2H37W9V7srvtwN8&#10;Qy+AMC3P5mWSVIKWAHKKbEqK61FBCAkN0TAUlQEPHejL2T0Lu2wkgky9BmlrfZqxfkBpSc3SB0kK&#10;iHrcS9AIv6eb+XE/f4bX93u63h9FkrmfGj1weAslAfs0XRcFb9UMMPUrq9ow8HNDYmSFYwTTKj0B&#10;kKD0a6HQmlBc1ak5EMay4XvxqONk00pXJr2l+fre6lRfGRPagJSWPP22043A2rMm371XVl4uBhy0&#10;RekY5sjSmgsYJX4tzQrLvPxMwOoTINKMpWtbFcakxR6DZMyovJ+vsXuViPM9Jd59KBoTzPQl9RWM&#10;C/FZkwTIJueFJc2EEAYSI+/R5eOSJgkPlz3L0A/z/cvX83wNlGkv5/pst6F/7p/9Z+h7P/c7ZI1g&#10;EN7T5ARcmps/C0MBe4EZAjwdlvTuzYba3X6+dibU0oMDQrU1B2i4sRcQm1/PMH/jxQV9Yn5822e/&#10;k6b5GmQw8tf+7t+ir3zx1zTYBXIpJVh0wE6AEQILKviJ5dAIJngbDcEAPSaEEq28lUJKoIEJLdAx&#10;jYvQm8LYVOfVdbK60t17Ha0oIm49pXSR8tqT95R5VD1gwFgYIpWEVFCTbqvLIQvYaCoLrDLdN6DE&#10;5EHmeSbgjINY+P4KoANnR5gz9ueozDpjmg0GTIFhlgMLSFh4GT8TGvnu4aVm8cYdMQBsAMuKAiib&#10;cgdlsycvdqazTQ/M80jTkIMclEGnCmZDqR7sIA2UNUMSYHVAc4aQCPi7VQE+e8BIiwxBx1s6sJwG&#10;u+40CddYOyKf3YwewmQMJfFqxbkUJjzSpTVNOKO5TwG0Jpeiu9zQzmv0UMv5SYaz4u9i6qnXDlJa&#10;a22B/QmZWDVwtDqrt+F+MGl4hbejsRQnA0d5kMjDjAOYfUWHg8YeMtlwg1djEtZMCgFZeo1OJgGe&#10;uscf/8wRAz4Z8pG+PgOIDeTS/aTiMwTgDc/Ao6KFCl0g4VzkvW59UD1hWlirYMaYR5qZ5U+Q4NZm&#10;QSHhfjSPSgv/WBCMEoaT3WOvPfVh+ZeroBiff+QANhlgZfVDv9/sHh2MIeoMT4SYJQ1y4c+EvY0t&#10;uVY/q8EZx8nCbix1edAQC0n25sGLhFqYrUDygAtPAh/GrnII3qTucTzq8+dgY5ABWOuelpx5nUJ4&#10;SU6Pz5nv7Y0WHm8+YAi7gAG77p+XQzyPA+UUZM9pwXQUgBLnNQHoS9HnFaqEDCsaC7YYBgtmw59Q&#10;fAhoCLA1mxQ39fNISNYuqfVhbu1+tCmn1blIT1iSwG8wPcWKe4JZ8A0eLaobFkz0+vjXJAp7aefw&#10;2fUsnMD0GA30ZGIAdotaS+qXwE40j8+q926DX2f3Ye0Tbdt3kzMgO3BWsYca87jCD69bOBw1HRt/&#10;L+uOBPGo7LZw0F09gmVckeR91H+bYGkge9iEpPHJw4m0vyqwmij+umT/IwwkwnrSGeQ99NDPR2rB&#10;r+ZrePK9+4X3f/G9t9/5C/OXf/rUfp+O03E6Tsdv7tF2iR7+hZ+kj37Pv0TD7ozOzvixkyRClu8O&#10;8DGR5DCjwWTdsLggMRlatUK+TjARb3TZivvMyOYkLLcDFbA+jgwWHQ8qmxUW4FGkwPujsv6YDajs&#10;QZ12S7M5QeZUNd2Wn+uIvf8hJfhzJZV9UXKfFQLLT2S/7AfIXn/bjYJ5wiKc5PczQDkdJnlfXJRu&#10;Ri2WWAZ5dXFJF5eX9OLFc7p6fkXnF1e0Oz+TQBE7P5bUJ6/3sKd7ZvQx2Pf6ev7zjm5vbudzoNLg&#10;5jKkoU9MqbnczmQpCaw8mXpDEmmsPgH3mIM1buGVBAAzdY8+GnJIaKMl0EdLxlwsw3wO6aPN5ka+&#10;0+FBEpnv58+NwaWb+X3e3h/Fn+92X+lhfv8H9uarA3EOWJFGZ3CwsLXk8q5hsFTYVZJt8DCRMq09&#10;IfejhQq5N3eJurn9/B8HkVQ1vRasGEkNISgKvnEaLCfZUpA3JteOKLDSOjfCC5t17RmMaZ7w3cl9&#10;xlwHgNY1sDUCzczTk7vslIE//47aJ6nin8gg3MOe7m5v5XF7cy1AurGtFEfWhqyn7yUJSlG5F7Rh&#10;fM8IA1aTsfmeYeDPAAeuSAWcF2bug4C0G26q5p//7u/5LP3j/8Q/QmeydmQFiVOf3PM1yexe8U9K&#10;6l+VOSlYpKv6PVeXZzQe2vx9Kmux05KbSeP72RFAUTh7ylI8cOez3dHz8ws6vzwXq4HbD76K+4GC&#10;z6UOCMaQupiHDgBpHzY4e8Jk0cJeiR5Vi5jlDjobgqsABqSfRL0JWLaPTzQ2o98LJh10A3DI9/yy&#10;gIxsIR0PkippGsBaohYSRyv1BF/4my0YUAAkJoSE2AQ/gU1kPmgEU3D7PMywX/aNTXafuA0YZiOs&#10;F0YktHvy+qCNfQ7eitnAPGOt2ZrY4PmVY1Opya7m70XwJ5OM5NBse6i4g6/asDV8btaYlWKptsel&#10;xBagnuxzOG/CdPdmy3yNirPZhJHXOnfE2ZkUgOdB2eYKXpAHhlhKcMb7Mh+9hOAX2+PknpLOv8q+&#10;LQMo8W9NIle2xPVHQI8x9xYtek/olhXvqB6Kev2lsD71c9cAVgmQiTTggoRk9XoyMLk6G6aZF56l&#10;MFNvGLVPTp39CB/gioGiydgsQZvy0cHa7v1HPWVXGIUKvJbS05r5uuah4yRS4YMOGnhdBogyWKp9&#10;Te5NZSm3BenHci1Y4BJvudiUHNgtFsaUAlheegpmIIJ3YLR2H/+WPHW4BU5eixL8OJdagU8L8CPF&#10;v+ujijzkPjBIPZBBLhsLQXPPT60/LNhmBJickVybEcjGw9cdM8kdEBw9DCnz/iL36+hgFg1DCLjp&#10;vstD7oEcKRm7z9YGDGoS/szGIFTPzsFAMrx+W3OTSV3zUk77mJWNf1+kDBNFinJ6tPUDdJSQtvD8&#10;kLsnr1Wpy5MtITiDfTcOHpiTQ5KtvI5UcQ5QMtqQBJ/9EIYlKQcAH+qOaNhi77e5JJVCEnBbssxb&#10;6gBYegrAqwum2pM+eN8w0Lf0Auz/Vd8II0agz2W/lnwCFp7tn4sd2YaprfuACuzlhrUr9DEkVtdy&#10;DIM0XQ8EoC8F65Cxvc3//Nj99Y5HHwCwJ6l43QLsV1+8+d8PRwfoqvvlAZgzpp4MmI7yHBSktgIo&#10;8veYfUCbPMDK/IEbaIy1Otqp6z9OVksxpGxVeDtA3r4+sA/Hn50fPz0/vvPUip+O03E6TsdvzlE+&#10;/210/S/+Mdp/x+fmomIU2c92qwy5DQy7c6gjc8sd+LAAiqSuGTlDotJYVgspIKbexiySBqAqrZwL&#10;f2H9cWocs9wOKgUWSa8kuR618GZQEKw/Cf1AUS5BAtj8hAUoxb+GOvCmxTYVmm/gOz2mm9ps7rZn&#10;4l+mDZaGFUxicK0yGC6shAFY1DPq8uKcrq4u6MXz53T17BldnD+jc2b0CUNQU1096kN8+g4ibXx4&#10;eE23N6/p5kaDORiMYSCTfTDMiyyZUTUmxJwTK34omVA8jz09UphOkKAx2CqF90ZFl8YqTN38WOgt&#10;qQXfMqNjvKH8WjPnanegcw/C44N8JvvDHe2Z1XfP8l0G+TiMg4E+BtcGAWEnSmApkBvOmxTOTKxT&#10;yFZLJpGCp1lNYYr4NWxRDHdRUAXXuBRZHBqj8sHXdweF9kQGDg8rPs9N0+BobBrC0HI3nzapRm0d&#10;/GNWWS5vqF2DbCoNnRkZJ//yb/CHaymYST81ok6dAUIhOCIpK0+Sdfk9NvUAOyIk5eFeE3JZBicg&#10;e0UQgiVcGmukKauwJZMwKSuD2a/crLHknRszlsiTvx/1oRotVGf+novzM/pH/7Efn++TrQR88Dnm&#10;QjECc5oSPa8Ru62zJPi87+ficzDh1LyW7LZqWC9q95RcduPshtb9yRpKe26O1Mdrfj5+AfM9/v0/&#10;+EP0K//X+zTdv9aQgYSAhtFkXmD+jkNopoK/Tl5TC/rn3cJ/W0pnAvBXokTR+4FmSuTlLdYMzKMg&#10;bUS6LeSBFkSgRL6VeVG47BqejywIwxh4LCFt6nVW4YXWLNSAwD6qeu81lwH2VD+7sfIiCZOUaTOo&#10;BD0j6VE/j+rfZwnE4q3Kf27BLA2BGP45mGRtGMB2DT5gKS1SKvvH0gJbiRagZzVktHQJV22ps6xq&#10;dY+4Y/DJq6UnCYvnnoDmxYMVCjz2TKLajMFm3koWioDm0kD2AaCegR6bjTKZhqEb/1u4gAWIpEF9&#10;BPUcGTii50T2aezFymRXGdsAViCBkWeeYyCCBlAanmw+hKkuW7XQGFn1nIW2ardjEm5TVkptPT26&#10;m8TrcE6frfbnQnNda3NJmIexWHgN0tTlc6kNDD3IgVlu6/a2g6fEVsjKrB/X+8gSfRukuCpH40Hf&#10;QXyGD3QvoTL77t03EPZdTqBPCFExn0okJjfUHfK8PcU0uSUn9rO49poct9UA3mUPqomhJbb2e3py&#10;M5ZvXu49uXva0oLhu0z+7r6jjyXrlk7tslawvAcMSBLYoUNWb0dn5EIiO4jnZQ/E4GtSPGINtA6S&#10;XQMTNVsCQFzqrFsH6Ig89dXBcHgPdzCrJ5ynoIzwoIoc6h8PxcjO8zJmsGJcbYX1Jeq7d+tMV6Iu&#10;Z7W1ae1ZGXwOu4S4M5ctKMlktgbg9eEHBlQ2aEtmwkIeDOIAI37WZLl2fSQw2VKKlhY1opa696bO&#10;PiueGt5WhL7Uo8daWg4HnGk+hFrmDVYWPiGNQ+bVMLeF5sNMi1vrrzMtt+Xc+nBayAgJ4UQIfqqL&#10;X9+8ntKhGIHpSf7fhbq1hXl8QrkrNb76RLcFK7mYf7INAirCqSbsseWAP7VvEfDNB0Pqn1dBkCgW&#10;oiEqB2U212IhTGb7UN1vtEyT2yaolx7sAILUVk9lC4y85kEfy8+y0lMehbXFEJX29Bwbn9vXBPve&#10;/cL71++9/c7PzF/+/KkdPx2n43Scjm8xm+9yoFc//ZP0+sf+acpz072dF+7NJtNuboaF0bcdlTEw&#10;LEY2zthQI3TbYc1nJHcYo2lzLg462w2Z5kRlPiblwSS/2YZWVMYrjelRgD2RwQpQ8yBMOQX/NPFX&#10;0j8PewUKOQTkMAlLkH+GJ+eH6YDp/RGGsxoswiBcYlBq2Is0d7vdQqqTfXrH36tSsblI3SaRoVw9&#10;f0YvX75Fn+T0XQH8LoQFyZJaKYBsAo+JG0sb72+u6eb1Db1+Nf/56pUwGPn1WSBAzJ3IHmY3ihwg&#10;Bd+aBIP6jCm2/P0GUplh6AWuFIQ5TKzNt6+nET9ZfK0kC0vrYmP0VZEmFz7X7NN2fyeA0uvbW3p1&#10;u6frhyPdHqvKZdmwfC4fpfkrAPpC0+YqAIBYDJDwY8D1lds6GqI3T48gtRZ8/Noq1TFgNAcukufr&#10;Sprl1KfnA3xoat3I949llOsibwYg3D39rktrydmAj+G9N0+cH32vJd2GgjWWXGmBMbUAHvXCrbNj&#10;qntfMjOWWbEsFWf/TAnAMZl8VZZMoS73snaAIJHyZGtJc90JC5abuuOGge2te6cxSKPJ1Ft5/NiP&#10;/jD9+E98Xq7ZCjbTkPq6YM2WAn34vNj3aBGW07TxmH9+Xobmf+PJtjgrKsuv1gWwlcBMavBAai7f&#10;U8fL7dVL+p2f/2F69ZUv0d31taT+mkl5l21FFkwPCrDPssstwzlrCmZp2ABAkmTearQIGWgrBoD5&#10;Y3mKKlialoRozKdaLUWUXPLXwRhaaHUNMOHzMzW1PhAmFZJej6V4A1CrJcUq8tPakxexN2vKOlNg&#10;iZt8YUSOukdIkJL46I1u1m/MGwUGYKnAqeoC6in7bLMxhs7gJvTZ9pm26C0XUscWwL0oi7R7Ts5b&#10;KQsgUJsx8kRcY0ka6DNBkmueR/a1DapE4lnM0LwC3Kq9160dbBRPrKxDpUydjThggDZutu4zO4Dd&#10;aCnzPVBKvdBEkjhsekhBDmwcA6RDmFM2T7G8wqcTdXDfvaA6A3TtYVfAGJkQoKXnSMGthJANYydZ&#10;YIl5DdaQMtxal/M2k4ib/2lYqxs8rNS2Q1mnOfXWv1QDYStSiZXtIn6/YMcZxLxMTm8ODjY0yJ1e&#10;mVAfVB+G8OPhqCoDAcobOeMqw2bBz1dV9qt6bpGzBRX8C3UQLWX8LTTDLYCecGR8mhGVVwFaOT0a&#10;BnX5flqwuHIAfAwgc7ZySE8ecwTyFDGya9LuWQvFEPk4BiUjwtPkGrcAnWFYAH68f9gaogrhmLib&#10;HKx2BpaBQObjZz6kGO6o+AHXnw1JeUjVDHALZ9Dvmey+qwqUWoiDcvsTQp1c3h9uoMi89PNs4Bpq&#10;giH3AcV6BmMg5mChOSkjDVg/yxyYi3mRIJxJMzss1TpKgcl9Y9ti6NHwPjBYWABnuhhUA8w+pkZJ&#10;i8FiYCamugL9f7OalL7mx/+OytvlXLo9skeuzjhuCyCxuUKlYu2yYVqvp5rbM4D92wCcmU+erW9I&#10;omdrIgPnSj24X56ykg+93ynKTBZmuPnhmZ9rnZzxZ0SJApnt2ve0mY9eq6Fm6azp1rqHaCt9v6qt&#10;veFzqwtwW++NJyxzUrCzQb2Ul0jrN8TsY8DvF957+52/Mn/5h06t+ek4HafjdHxrjtsf+Qz96j/5&#10;B+j4/JO0m4vaTWvCLOD+W2VDGWmu5kumEyMuCuuIXbRUI/hhB8i9WGvkjA6bEtKAxrJlS1Kgxv5y&#10;1ry5CTwkL6CaFzStkkQI3589vHWOMoFnAEMLdWYxHQRMOyjgIQl+R0nBlb9nn0BOiH14gLS4qkS4&#10;caGlsqcUoCVLajvfcfLuOb18+ZI+8clP0nOW8D67ou3ZOY1b9dFT8kiTZoIZNIf9nbD5rl9/JEDf&#10;6+tX4gd43B9kw84+Dc6LAo5QcGvjpr9fzKy9GMRjg6k6puVmjm1AX8MEvNGyGOzjucgwaytoaV10&#10;wctDChL26Lunh/n9sXSXgziubx/o9f2Brg9E+6pyXZZUTvBh4r5bChdpGNtCxphb63bHLQrDlKOX&#10;jUcHJkpLaTVNrng7Cl0w8zStgLbamnsuFUl+ZSB3os1Dptt8oE3WtDm+vlzgk44w9B5oiPnEKX8M&#10;YFoX4SfR67CXzzkUptXZAp7oZs3hI4ZSYHuZPNOSTSeTcGh6GgN9R/hbHQ7qf8nJa5pgWbq3WO2N&#10;TEJjldADWVJrYlbroKbvPPvfzNfhbkwiD2SZ7vn52bxubOTP7/9d30c/9PnfLS+dJSjM3rLpezJm&#10;IkAgK6ItOMEm9d0QVOWY3L9djJkO82s5HC0BMzmAYTBidQAO70NYgMqwYfA5bc7ok5/5Hnr54kO6&#10;u/6oK2+tqTE/LTfcD6w2MJeM1VprSB2kyMDpyZ/OnGpdftdrbGs0urePy2mMVdeqf9b2b9NkMtzq&#10;79fTDW1Az2taSLo1iWIlWjDQjGFD8HDygUFIcpTPhpKHDo3bLCxmAarAjrb01gQmSqaefq55M2hk&#10;AQCMsEzoSeg9oKOzl3C92J7gCau1h2BU6ucBLKnmDL2G67vLQ0urXXJZa9hv7Pwq2DXBb8/YELUY&#10;Qx1NE4BmAyrUc9CkjZoSL4m+SL0UYHTUUChNAR4BkGvIlO451NfxDFZx7sBCCiErNlR6RJJJ8IwC&#10;q6VOpd8TuEYtWVnfU1tc184QoeZsUA2XKH4d2d87AzskTHuYC3WpN5lvqjXUpa0CM/DZG4O7mt9v&#10;WbAiU6LOOq0m51Vw9ng8+GdaV2nnnYlS/f0wW0ZWYUi9LSiDn0MsRI5WO2jAmC00zoDLCm7W1uXZ&#10;zoPBQLNGxu8ilbg/V8+2XTLzUpwqBfDOfCXdlxP3byNasdlSCLQZXAZvXws4Zem4ObLLujzek6tD&#10;irWw5szuIJlv8Ogy3mUK7tgBa/OWlIFol6FSDJpoJks1MC/5KYhy8ZS7n6lJVTP2SglkSPGpO4M1&#10;5eCX59553bPYJL4G1o3OZozDnxbYw50Fqfe9gnG6TqYA9oW9PSVfG0d8n5zXvAQ8M9ZGs6KR4VVg&#10;M0eCW+TE6TVXF3YfKVUMe6FDqNn3igz/W6upUhjkL4ZSBsonejw9eGIo1B6VRt2RNqXUB12r57Df&#10;39LSxKSXVs3PY109L4XBBSHF1hn6BoBRV6X4wMPXBIBpsCCgYuxtXS95jVFbhqMoknxgBs+7JuEX&#10;1f3GxfaCVUatoOZSjzyV7gP4AwvQeh7ZbyZ7faHewFCqusy2nz/5NG2NiKy8GkT+qD3reqKc0pND&#10;6UzxJgrXxQoG9nsQA0+frKfloGL8BvrSn50fv29+vHVq0U/H6Tgdp+ObP6aXW/rVf+r30ge/411t&#10;zjjR7qCFWylb8XhoZZw3lnEu8udC5KjTMEtkrENTMMUKGvZygaSsteymtp6MtyBBQYaXaCF9EMNb&#10;rbjka5ZSCvPHp1NoUMwI26LlJ/OROsiGKubd5vFX9E/ecDUEY69yxvnvbm9v6fXNLd3e3dLh4QBb&#10;rYQ0vuL+fRkF8G47itT38uqSnr98KSDf+bNn4tMnab+Y5IrUlHTDPx4fxJuPfckebjl9947ub+8V&#10;6Cst+CX1An4woA8FpLH5RBqHYhqaXiRtqvcNhZS4Cu8+k/i1lL8mtyymlaUnyixlbSgAw8XJ4fAg&#10;jdDD3T3d3t9LGMft4Uh3hWWkKnFi/7fSsia3VpWDlGqTx/UssaF5zUFuxNcY8wK5VDiqFGp+f4Wa&#10;S01KayvQz0r8+qYxdQDyVCrFRd7+WOh2f9Tr8Wy+7hjcAjsqV02g42tQ5OvWFKx4j0uSXnJgq8cF&#10;rM58QuMQC+tQ7HqR5bIvAK4OYKD4a50Rw+nVMlE+wktM7gdIzeCXZfIuSTmVKL/ekFrCpsj+EoAZ&#10;AXNGCaXZbHbC5mDfSg7g2M5/d3F5Pv/3hi7OzunbP/Pt9KM/9sOUN0kCbEQC05TV5zWg/N7JgZsc&#10;2HT8GQ+Qek4YMsi6NGlzzvYCLH+XQBpIetdyHmuiNSl0/nVlcAkY/xyz3bYXL+hsvo4fbl538MsS&#10;hgHuqFQTCXUtNARl6UkmoFkIdrBGK4tJN9YE80IMXmQWPmCgXjUAyn1/epKm+ZjJ70WatMtqPR26&#10;92C19SLfQhLUa6x5gI/af3aJqEhsB11vMhrNbEb2Zngv7JwNvPas8R+1cQWwkOwmQJPKr2WwZEha&#10;mt9HkMpYkpE5qX7lJpEtLqetRX1OlQFGmkhorEck2VqKaQnSWmdn1C7blSGAMblr9zc0GWVnR4H1&#10;lLIHLxi4wWxrBj4lPRhMVwdLGORD+u8GTGH1zxvdf9BleESQ2LZFT51SohVuEIDtFoIYsFebX2w1&#10;iTJSukUaBo84aTKTS7kr3reHSFhwiDFR4Nlo12qXXKblUMI98qok28o1YAy4owJnJaUOlK+GFgpo&#10;K9hqlhyR2Vmq+thp2EdPfRZwsBUk8C7BBgPZPQ1ZfHjLgglXkJrM7D4JVpGGHb7DC4ZpHEoQzqE1&#10;1mmJhQSrBgP0UjCEc8uOnFas4uS/p7PdwvrsCbUhdCIrU5nXuGzSVfFZNnAvezCThWkMaXDJuIB2&#10;FrQRQKgMKb0HWrj0VAG9McPbVdYCBqxGlwD3ZN3cvTvTmqkIlp+BbykvACKJWgFzzvd3nEfoFpyJ&#10;1/0Iq59fS8aN4UfNQ5qEj+yAmqV2D7bejeZPa0nNbTGIsOCSbOnAFhQXXuMjRlQeQiBOdiafKWUs&#10;ZIayExMlMIP/P6bOZrO+CL/n6Ih/ds4VoQbDrH0BJrcICsYqCsPGbocCdl+Mq0+hqgHLt9Gylull&#10;V15Ylxh222iZ5Gsp7TEIgnxdME/w6jbDNch2bSi3YOTxayrm+6l7SIV3XjFAbWoSeHGUAf3e/VlN&#10;iivDU/FlhU8o0m8nSHKrpa1XhF8cJ7ctmMSLDyy/UnyYpOsrPPdadXmt7/+wtmkEX7xKzkBdnN/W&#10;Qbi1/2r/1k6JzAHAW12VH8PsfAro696uDZ65C4rl6tu/brDv3S+8/8X33n7nz8xf/sVTq346Tsfp&#10;OB3f3PH3fuxz9Ms/+lO0efmCdgRj9rno5YV7f+CiZQ+PriMmxLxJzQXJEYXdqN4rytDI7iGSnYlW&#10;HQDUHUqLvRbMiuPUrhvg9+mcqel0MpW9WGduVYPvzRoALJiwGftwMi+lI9h/k0pzWO5z93AvgQVf&#10;/upXKH+Y6Dbdi7yRJ2oLdh2pJIS9CxncuLi8Evkuh3JcXj0TXzIOLNCQAxSs3oQc6eFBWW+3tyrh&#10;5aAEZlgJ4ALWV37UBA/dtw8FOiEJ0MMDsk7keZQ85h4+0ofl5teXnyw2A9UNhRW9QYURveMMoCgi&#10;31V25L148zGb73Y/0c2B6OGoDKpKyio0A+IpJjLaBDowQjMZcKnX0sZSX+fHlJhpt5VJrfkd1VD8&#10;SZovF0ZzxcdhrMJoSbE2at5gLCbjDPaxp+P8mm45iGXQWkWkhcNefv8ZwAphcaQGWbEeJa2YhV7M&#10;51iLdQbfmopTF/0xkfMXu9SzeDOfUHxWLx6r++6RGiczxDlNkMEfBXCWBFDIQ0zaPAw9eXoTkkj1&#10;HKm3l4LMBlhs1FydmUgM9s3N4k7CezZyX5yf7QTw5qTud3/wB+jlW8/o7u6+G3tbAm5GSEdoxI2V&#10;BmqBMlTm18csRALQ15rJrfWzHEcF3bgNLGiMmzcfsdBFETzk3ixwMzA/z7HNq8n5C75Y6e6jD8R3&#10;0jzZCmSLBn5IQQ8wVQNQkJAZwBYDttwXasD65ww9CgV9l0mq3L860FBb8KUMSabdV07Lf5bAF0vF&#10;xpCgJbVb4EZtwL0jjX9kJLk3lDXjzNRDYitAO2PfWXq3pcBaaiYDVpxkniw0InW2xoJ9SsEnLOcO&#10;hcQQgcjKC15tsm5LqCnYE408fbAY686bLCTggnlWAxAaz2v0KopM1uT+lD0hkwFQCUtK1P0cAQAo&#10;IKqgiAYPACQFw1qCCpAaLGE1sm9mgKjZE0yHlGK0RZcIpjBwCUB+lI6br6OD/gaSAgi1tNsylXAu&#10;zDcKzBIkPxroLNckzmdPBe5Aouynci8UH1ZNjtnYmtpTn82iQthDVYMrJmuyq61bRT0ta1tIz45F&#10;rwEFIRFeJQw8/SzldZQGeZwGfqkUroO0gNUVrKkmh4fUjtePVrovHOngyGTMVj9UsAh9vQ4AXVsw&#10;9YwbnCJdbXFNdYuEAO4FCasFYETprVlwMIiWUmfNJQPgxzEw9hKCu8ae1OzsvBGJtEPwg0vqt+cy&#10;X5WIOuCHMLDBnzshDAxhENS95WgIybzBJ88Yw1oeIbQjArG5ewa7PDc1MPSMG6/AXPf3a3gdgdWW&#10;ooQ5yIFXMFYKgSUpeOcp3q6hHhYSJKCfrKm6tqm6JAAaqNuyeWzG8CD7vY9DXhHEgc83JMG7x58l&#10;7EbJTHtDeZZinfamUS4Y8saYa187FMPWb6sZPPMpd/89S7leeKTYC2vt8evIqG8Cs11q0BxYmAuG&#10;nu3ZuAdDCuzUekBVg1WDhR/pIEgT4Jux5nkAwCA/UtQnKCB8LxHPcA4PVAnuNKkHqHiKcyBRm9Q+&#10;aFK5rfrrgUVeCzzyqg9CxPqhNlh7YChrFgfBzgOcZzmtNghMcWhSzW80RaeYPpjH/u+BgLRU9ls9&#10;0UG+N3knPsXZi3VUfuPVlRaefk8/9/gN9ql/aX780fnxU6eW/XScjtNxOr7+4/qtM/pffuIn6dVn&#10;v49ezI36xgst3VSk8Gfj8eFAh7k5kYL7wF5fVmhChjWoAb8k2A4D0ix7EyTFIQIlhtDccGOYmsXV&#10;59Vk1+ZEORQuKaR+kTdeEQDUDX7odUbrUitpEql6GnAFpZ4BP/aYu74+U/bZkf9tfuK7ezrUoxaw&#10;aNg3YLFwIvEVgL7nL17Q1bPndHF1RbszDS2wxFaLs+dk4ft7DuN4RTevr+nVhx/Rzc0NPdw9iPxV&#10;2GHmi4Mi2llVecC0l8GrQYvlPHqjndCE06BsEfdnMgkkGbtoKf15DPS9YWMOxZv4MRn2IKqGo6QK&#10;c9ADA5c3t3f0an6wR9/rh0YPU6N9GwTMYxBmArvmWLtHn0t3m02yEyIudKIuvj6hieGrZVPmczuY&#10;FxRLg8HCMgPiqiy8SaQElnbYFhNJwwWt2M8hkfgor0v9E+tG5QjbpKDYeGDg4whQdVxJax8XX3Jq&#10;w/TfgO608JEJacJmlEzBgyw0yxpgo82tFpATAOxjl9OZcbr440FifVBmigB+VYuxDKaWSJogtXSD&#10;cGeJaKqzy8GEuaH/tpUE1a0AHFtJsZ7/FHbfKI/v+d7vps9812fkMzi/OPPPerQUaYC0OXVglNeM&#10;Kiyb3jS3ogw9bkQtOIRCqup2/nDO58r3w5uH+XWdi89fM8AiNhmtB4Gk6ODddA1q+YwuXnyK7ub7&#10;8qt//4sifa5TA0OhS259Oo4GpfvlADAKTBsnpSBtlDzoAgCdNQHufdl6CIYwBNsjBWL0Fku4t3mp&#10;HZqZ0ysAsEEaZgIwZ6wfSygdAcplAFfK5gFrGMb7Pem1AwiDMYvR2EbAip83snQNhErme0Q9tdu/&#10;DsCbDma6NLqIVUNxMM8fJpey5HX30qsYJnQ22iIVcXVzihsCpOoWGjB44m+XL9pQxWTJkZ2noKiG&#10;0WjIhsp0k5nujwBOBhvoGFgSAf0wJgDrriDVdWGQDil7C+dO7vtpcqbiAsxrxlzR/06EtEeTfdce&#10;tGKAW2wQ3cPKYq6py6F1/Z66FF1AyAQwbGn+4M8vdOwELypI3LiZBqvF/bKa7hUJNhj8u/YC+EZm&#10;nw5dJiT8GsuwCHMZYViWMh1A3dj0WvBMaT1J3S0AqLlPpgQxmOwd9x3lCPQtZW4e6ICiRdiMlIPs&#10;2tJWu1w2JQOJwKLzvRzrsQc4DPDMyw48D2oGCZBefTDzYCw9rOW5Dwc1Nyf7UNYDOIYhDAuTg5A2&#10;uMgAoBJYb4tUeQuQwf2UQ4iVDC2J3CevMxNpWePx7xq7l+AQWV7ZNQ96L5kU2X0GEeLkgRjZhw6D&#10;11TL+z+CaS2bbNYAP627xkHr3GHo8mcH4m2x64aAajPhn2esuToLbh0clCitgEfIaBcMXq2/HJyr&#10;1P31VhJZM3Kg6KH3KLwoPZbi0so32OuWvAD6WhgQp4VZXnVZqK39j3xfca5aeL4U2cipLfbYAqab&#10;qvGLe9Z21naQ2bbiUlz+dx6mNw9OOiKlVgf5AvQXtdeZ4IMnQwLYnkzGFj9OXmtVpIgLE1C88Uyy&#10;q3+fMAA3z1cduBQlNaDe8ZR3A+cWvrPt0bA4nr5sdwrWPqKYlUxdoltzVybltPie5US51731Y7h9&#10;bR0sQ30I5XYhqX0swPdNg33vfuH99t7b7/yp+cv/c36cn9r303E6Tsfp+BoTuvnxv/6ut+mXvuvz&#10;9OzFC/qEFV2AWCjMkioMzffHvWxqHBQ7esGlm7I1iAKEbIwNshXPOksNG4UJpFPcTVYvuxR9YZB2&#10;KcVhsaKH/670WWwaFkysWAAuJ1AA+wACSvJWAAG3mwrQQZskLga4uOTQDvHa24xeOGZQCrng26AR&#10;3I7sQ8bpu1d0eXVBV5fP6PzignY7NaVX4mIWdk5F+hYnCbNklwGxe07evbunPfv0iX+HSg/HNKD4&#10;1sLdCr3c4CWTrXC3Ij4BoMk9XRdFuGkaGrz/vDhMT03xVlIhSwYF43IxJDZWiSUNckDKtKf94Z7u&#10;9g90w76H+yPdH+ZrhpMM2eic00dJJbsim6pgI5lBcvBtySFdzuRAypQZ3dSfp7GNz0/R91PZB4sD&#10;VGoGG4Onotr88y+eFMaRr62Aqpr9AKbgfE1CgjeAyWYG7A1TWL4+zjd8fU/zazrSUEYBJMZUHQhu&#10;j2Qq6wo6NjTBlN3Q09Trr6XUQn9UgmU4NZclI4ejSM9FGn7YC5i8F4aoyemSpJsy8CbgpcjW70W6&#10;ztNou07ELwxBLoP7MvX0Wb0/B5fnMJc2D4OD/JsRHmPzibfgHv47Bv1evvWCfuTHf0QWDD5X/Ho4&#10;Na6F5lBk0It7GX/vwRRLXx8+a9zIspyW7682DpBuZQEL7m9u5ntiP9/HZwK615aCh5hKtJ3liial&#10;DRlNFDwd846+7TPfTb/+xS/S6+svCVuhZkL6eGfY+GtqvVHTorc3quTm/z2xL0pHxcMSsp8GKwIL&#10;sqvBv8jSVRPYNe4LN+RFk6iBAaPKcJldlgBE8c/KPQRWSuqysgEpsATbAUvCHcFkS0rF8kY9B8an&#10;s6+DRJ1aB/gic84AUfNkq/DXa1TBMJsQntTDLioAbZFLSRI7gKGy9NbrTLMuYa8wXm8EKR0+t02O&#10;gyrz1sq+RxlL3TxqdciQlaWH9ODsAyxNCzbLhsGCMrBvOJgzYG8LHl09Ybu6lUFn5FUA+3UpzQWw&#10;3Ar2ZmNGl6mn/RbzLyzd67aZR2Hr67ex/sia6OryPLlXDKDA99QS5bgIm0IQRbI06KYJ4DyIkBcZ&#10;ZbO43h2EL5N4bVYZQMz7MBpn91gEw9O2LT5HzLZnRn5bhK7o+5imwPJEaIddB+7ZSeZtGoikxiQF&#10;q3btLdXXbvOJS85i8zRTSzi1PdKknLzzDBAspiD5Fu9jrF0eepRdwunAOzzu5L4FA8+8MH1PHMG+&#10;zRaQA+YdQieYiSavZxg9RMPkqZ1B2ME9ZcApEzhgllodYkhgknVPcE79/Nh6S8Hn06tLDHk6MNrH&#10;vPxpDhbGk/raktzGI6vXHNa8ccgeWDGa5x9Ajc6O7J7FnQkYBm8V4COCvMSvkczXkBCugYAN8zkc&#10;sPbBR9BB41Z7HeYg7uKC6sVU6+Ehke28uORipZZixN1SEZAsUTZ1AKlSD99IlKilx/PbyARsrT05&#10;pUyp9dOEOkrvuhJAS0jak9Zm1cGm5kz0FsHBlF2pnYoy/cukvi76XBZ6EWTxWMPMr7tCzXBEWNAR&#10;4JwpeTSZVtcTYQPzHjvpoKCVyX33hH0XUnI1GOMoS1eDB6w816QgItWCt1bd87W6qqgEeW1n4+t8&#10;AzCd++mGIUgKw6jFqpOemhtTiUE9aH5aANyqAdv2uxCY6B6XtSvlFxLsJ7l6q/Cf9DWgvPbYh5Te&#10;4Ov3jTL7GPD7lffefuffm7/8z09t/Ok4HafjdLz5+NKnrujnP/dj9Ctnn6YXc3PzDI1kcvaXbsae&#10;ap+aFPSZmy0ZoTe6Px7cW0I3fW0st+Pg08+BvbyE5TeCXYKUxu0Gk+cNQAWVn0pzKkyILicxs+fs&#10;rKIaQhBWE9H8ePtJCBJJMRXVTLUzqPNoZJu8Zy1cSjC518JTJ9VcZDKAaaw+YfRdPafzq0vane/k&#10;fZmkRZ9b0305nfb+9vX8uFb2280N7e/upQhppWJKDckXJ5puBkyhyafBmkhqk/fsQF/3R9LkO23O&#10;Ae6lvDBtdw+bti7+njh3BrAoCUPxC1fuKmOCmW8MMjHb8/5hT7d79ei7OVS6m6+Tw/yDR05JVZxt&#10;vo6Se2NNzl7qVW0GW3TMdl2AaZbB9jNPFgNR3CQ6OSDS/HPPXdrD5VECT6OYj1v1ZMpshtrZAG5r&#10;mJu85grp6IWw1Ta0GyfaFm06U976+U6PzmV79KVPcN2Dr4WE1uZeZWa4bG+Sv+fA7DxOg5x/73T/&#10;MJ/zB0mbFv/H/YOEznDxyk8yjFth3e12Z1KwcyPM3yP+MnNhy9LyzYAggKxJ28PYWU0p9+Q/CQEA&#10;s0MYLWBv2Oe0hcSTPSzF442Zr+dn9OM/8RO0m+8VLpStspNz3JLLcFMAFIzBMElIRPIgkFKbgybV&#10;vOaSpRv20Ae+1wrkM8zU3e7O59dxrkxbAfom942ztEQPsqhgGCP8o86/6+3f/YP0//wfle4//Or8&#10;u5ipscH9pyxA84aylD2e6CfxpgzG10ECaEwDkQyiSVGZkVA/14uXsqcpu5n9BuwdkeEOYOoFRosC&#10;BOTyUvHgs2THYeysHAMizUyegkzVpNVhyNFzZ7IX8QnMMqcC5OZJ6g1MsqJvDEmCCvQYkMMNDrO6&#10;LFShQnbJQBED08y0iJJb8SSEz6T7+FF/XRkNrYYr2HvLzs4ZjZFj3nk4L8mCBjbYu8BkHJ3Foz+3&#10;GTO8LC1cgCBxNH+1jKYawM4TCif1K0/qJyijj+QNo6Ulqu8cUn/dNxJAsTE/iXrwRKuQr0KmC4Cr&#10;eYJkC8y8wBxuzb2+nEkKFrRgFiY/B/GnLtIem/sdSpPMdhq2NgvDrsme4Cy+jrEtEn/FA4/tBY4F&#10;jOMjGIgA66gDnJKOi3Nj4RiVuqefSZdLYHPWIHWmlY9rpSizbe6l10MOVgBNuE88vzV3kNtYz1Zz&#10;uHqBgTYAbhaalXGvjlA3jBh6yvWHgZ4NT7NftwCjMSQdUT9lBwYHr5UG+O4Zs8595LIOTHPqKbY5&#10;d+CqW4xmZyTaAM7uM53BZhoiLBERKeoJsla+mIzX1tzuv5selSB+Hhn4GyxYJAwy3dNO2X92Pi25&#10;NiUL78ouqfW9ZOj+l4q7rJh15udqn7BJobmOGDo4mgJbUcpH95J7LA1OC8AmKhha97FesAyXDCoP&#10;yGpPeaTRm9UE4mVMOihe0PDoSRVCxPqKG6bWhbdzpR6u04JPdvIizmSzxYcBMZ26ArSj0G/YO67w&#10;1DxCCePMPPcjxj5ggF5FwEU5QHarARnqQVzVwxNhSjZM030az98QtMXAXgDtzIe0Yp+ZXIqLtdWH&#10;sn3wUW163Kp7WC8/qSq2BDn2Iesy8TE182M+77ToZ+oiWKPBE7l1pmvR6aGtTZ1cGq6Nr0/J+zUu&#10;vbqqeTEAXbzZ/j3jN/l7/ov58Ufmx4+d2vnTcTpOx+lYHmUuVn7xB36A/ucXbwsAszUJSngo2Ab5&#10;Tc2docYJmlX9LXhTbTwhY6bfpJR4SbhqDNhhSgwj/20wa2eGkXjMzY03J3FKI4r0Qf/7Uf3/dGKN&#10;r01Sham2TdCTNbqeRNeL0V445sWUyX3vIMfjYpglepNQ/fcCWLF8j83+ubFsSBc0WdbZdpTk3WfP&#10;n9Nb4tP3ki6vntPF5QVtt1vowUDVhzcgy1sZ5OP03devX9P1q1d0d30z//0DAgZUPimeZ7szyB83&#10;KmNBISANDPX03AQWjqYimyfPpnv7xQK+9QK1OQthKeNtAfzrCcppYQoflR5a701SKE37B7q7v6fb&#10;u3u6uWPp7kS3h0qHNtCUVLY0CbinoI1OTk0yhl81mFxmQHpnYB2YvbzIxrQUrWiEhSFYWn/hkC9q&#10;IamA0SYpgJwnPi9zsZc1iVRw46TsyZyRggfm2ITE1Qb/GS4C+fXc3B8E2OIQgu1eGazux4LrcMC5&#10;82lrrSuwr/UcMxjWdzCg9e+x4r6oR99RUqQfBCzmgBf2v7u9fS3nnsG+PcA+8apJytjbbc/FR2/I&#10;Kpk7zt/D38vXpUjSOVAB4Ifde+bTJo3pAIm4fRZggGWAIfL9G9y3Q/cq4/v1B37wB+lT3/5pYck+&#10;zPeTBlNoYZrTuvdQeZwCIcp04+fxZlzMt/vnoLdZQmhAmBQzaHm+k1RtYSGLvHwvDTUzcTfzPTok&#10;lbo1sEcNOEyp+wDyZ17m62a8eEbv/MiP05f/9q/Qhx98SUF2SFmtuBXlEMt+WCI9NxJMfS6Q6YjH&#10;zxSNuYMvWfSllGSUwf067RwK+CrsvIRhySrpEub5CXI8vXcamuFRwXMy0BBgecrL69FjYtKKWKI3&#10;vDQSxRrj4jYPLTYbntxqjN8oT1Z5lQXBiFG5XAfKzrPwGJNOlRCyFAMgazN/UL1+khvnD75H8Ptl&#10;ECQjndzDBYaMhNvUr20wqIWlNypgwPdBAvNxzB3cWzBvKHqtLZsyaWfBJDYT0oahwsKbEyEZsu7C&#10;i1A9BpHYLtdKlXPUzLcJDbUlx9aY1FxrSA6OqYypM/hWzWeUnBPWYvePbNX3GQGr4FepwGuXoB+P&#10;k6fZ5hC2xUFAHNRkabS2rnqqtA185s/7gPRcHpyoBUHxdElwe72Z1RkTPGIDiGf3UomBHiuZZluB&#10;HC31cIBkGemSVZMCzpddZmpptuQAUPc07fLW7L54wqjLI0IwNv06ha/eCM88XUtRJ4329xvsSYOD&#10;d8nX4kEZgXlwMCz5cHTAQK+DdxRrhuD/ln2b7wyz7CA/6gCA/AOAvtH2aZflPkaZGuUAfuqAZvCQ&#10;kG5TYh9HKbQoPAYHmZN7Fy+yO3JPrs0jkoIxjDLpbXJAI3cvvLQEF1vwvuvS2Z6WmwLg10LAkg0V&#10;42Jpz5XCur7wn26Venpp/9EO9LVwlS5juww80s/laUTGB4chxVbsVmr3QX5yrhuBwWDS7J6zci9N&#10;PSWeAMSLx90xpNdOPlSgZgOt4gEXrVRPrLWaipzZj72S5bIIv2LvZzJWM1jLNigr2EuEVVwmHwQ1&#10;l+dWZ+RVsHt9XSH17lNWoO3fU0/OhqRZagIMACwJ3EA01822tfECuU9vDeDncsCAtHJeZ2r/+9yW&#10;ISuPSQvLPfcRWS4hBTzKgmVoownuGbU8hbR4kKvB8q+y7uWngOAnXpZ73K72lNWLWpArnjq+KbDv&#10;3S+8X957+50/Pn/5v/8GAMPTcTpOx+n4LXf8ve96i/7aP/QT9LeH57Leb4ztkHKYQCeXSgh3KgXP&#10;OOqG1rzpCMNiUvlrnYt0sml66pPvlLTZsnCFwRovBwY2WujODbgAfywJZGYQT6w3KvsVLzDIglVu&#10;qEzBYVQPtwRfpGHoLEA3sE42yW594qzdFzWzwJ2U/s9ACbPtXl+/pte3N3R/r/5mBWwfCeTYDJI8&#10;en5+Qc+ePaPLZyzdvRQfMvHJM0YMofmFvJJBPZbvcsLvDQN9t7cipRTDYACJwiLZbuVcMCPq7EzT&#10;GaXYkIZICxRxvRJaPsI4SJkp/PMRCOzskuzNVtc6h6I/gC3RH1nryiRsvuA7HcIjtKnkBo0Bpof9&#10;ge7n83U3XxPs0cfJuxMSlo3V14JHmQF9KUgCM4C+mEInCY0mO2iWfgs/Lkj9RFmBt6f4LYr/oXvw&#10;SQPBjfykBXAZVI4qBYcwCY3BALCiaOEyMTCFKelh/uJ+P7/H7UTnm7nA3CkoOMyvYxA/y+bn0cMn&#10;qC3sfIxB0qJfS14CffbdUhhW/R1HCZFhIJqDXTTU5fbuhq6vr+dzf08PAPyYHSPeRGOm7fZMmnEG&#10;CMVfDUA9F8h88hMnheI+Utnthja7rbJxMzw44b+5kftYpaHWfI7y9wD6thsF9LfavDLj9bPf9Z2w&#10;mVbwaYQPFNDdzmQLfpD8ORX3/1nNjJGTo/6eHXRGDyvXABzNJZc5yz2pwT78nm+vb+S1SWos32s8&#10;fEjK5FLVV/ZpfgHYwU+aNjv69u/93Pwzmfb3N8ogA/BcPRRF5VvtCDPwqbok15N6qQXz+876SDFt&#10;EY0/389y3ocuX8/jCBCqN/md9Uw4xxaItBSQPzqfi2K9OSDtPUTOep2QsbGSc6FcCmrAEJH7RPr5&#10;k9RilZSr6bmdlwlMCcgua0G4jF7ntZRFh+HSR2cwj5reORj7TgHOcRwxPBo8TMRlj9gbLCXYLSfg&#10;p+deejkCAgaIrJhgrYYGpoNQ2igqQ7N7NOF8hPdT8T8SklF0nZFgCTt/xmZh9oo8V+mBLSGNmACw&#10;mT9pLdVTipMlNdonar5RVEIDRg6quUcWDO8tHMOuB75WxQ1BmDOte1XNP3sQsK9oOjnOn8hokYZb&#10;na0KpmsycFIDaI4wvbd0S0u9tuCDZUeZXD4n1xiFYJIVQ0lrkCihTJ7aahYgyYEbErnyQgofJKAW&#10;sqODRAvIyF5zeCiZ2W8EJp6z8vIAaxCtezZyjW5k70/D4OEuI+xNevLt6Cw2C8UQn7oGz01jsWdl&#10;DjpbLy0lomZF0jfy7luXFusD0mjNriAriDWK1yRqFaxHopfI2e+FKANNgQGXsgFyuZ+XlN4IHOiw&#10;WEG9gdKjNFGd5w1LX8DA+k8+t7BhNV5PnGQkbBi5IYU+PWZwRskiNpoFYC/ZCKgl1exPdrsUU6KF&#10;JVgQWGFQXnvEpFtFRC/CXnqEUVUgNfj+mr22YZtpARR2djFMFAAcRgmz3p8TTpyrDqaeiK1DsOJM&#10;XGoqhzW/a/NN1cALDa2QsItJVStHMO6KMXdrXcDwMe3eQi0k6bYefThsgUsNSblTiWm3WMeKpW7b&#10;2ovqI65zRIEh3YE7szaIdVi1Mi74erbAkGwWNBg+TIEIy9Kzbq1qtV/bAg/B6wd6yvql2x4smYDd&#10;f7EYoz7Wm8ZyB6ionsgY+lda1J4V6+Dj63F5vfudugAb6+rnngItK3UR+uD32DcN1L37hff/xntv&#10;v/OfzV/+u6f2/nScjtPx2/04zA3qL777efqlt35ANp1h3lRG0M+NwWNSJZuCalU8IEE3u5RBvW9s&#10;E0Ty3VQQdlEcAEphxjvlOA3vnkmD+82NKmGBfEpYFsYYEhmw/skTZQH+uAnmZp2Bic3GmUhaRPcp&#10;ufpa5ZBSl3oy2pC8oeeGi8G469ev6aPrV/TBBx/SRx9wgMYtTYeDTMNYCikyR07evbqg58+f0RUn&#10;715e0fnlubAUMzz+yBqxgkCE/R3d3bwSVt/NR9d0f3tHh3v1VxNQA8W6sgZ3AvRdXF2KTJj9siqK&#10;pXw4CvhY8TMipwTrQoC+YOLt8pgoOWlBbpOeGvGupoiYDC+n1M2BgdYU5J3gE/cwN333x0IPzOhj&#10;ySKDfBxOIq1ncgDApWdVt/4MLy31EtLmXaVtCDGAt5exOXPWiasETByRmmYFG3zbsly36rEn8js0&#10;Jsmbp/k+mDTNt5lvH5DMChZNqQZI4k+eejKQOX+u9+xHuJsfc/E6HvX65aAQabBYcupAaqjCAZKs&#10;izgKg+I4yRdGqYAA8/l8mK+Xvcp0Odjl9fy44STnmxu6na9T9kpkoI/lvMYa4yazzp/HZn6dVACm&#10;y3ms8/kg3Hfztb3TBFVmpW4Z3Nvp9zKwdLbZKajOsnsH32H8jnuPmVASnjICxN8ooP/Z7/keGvi+&#10;MIN1Y+kZw3TVYC7ev/noyUUyhCa0/zu/BmMfEUB98flsmGBDiphM3sUgESSELIO+n89luk10fnYu&#10;AD4//5YTheffx2l90jK1HhTAPeHLT3+Gbl99VRJ6hZnFILzkBBzBAkBq7IIdUeU5W25IvEVaJppz&#10;C6JRtlnqCZmbwRl8GXJeSXTdDEFmuzS5N7CUnpzO62sqNYIjuJcT/IdKB5MUjOqhIQzeNGODQb7J&#10;740lmM0TXZWN12xvqAjQsPTiIOFVlXq/8I1VIOBIQtIv1jT3kmQwc2MM7+yAn4F92QdJYDo5iwrn&#10;GgmkxjYyny6X/qUeCuU8FnyeFpDjIQ9N1x0DcQsYidqcQrLszWYkU+oGWmGsxEBXq5Z0q6y5Ctae&#10;++l1rwJnOAvohTRilQDXzj6h7P5WmtZdEEBR/Fyrv55JXo2ZWYOMDSwNY8zBP7FY6Ac+X/HNbMVs&#10;z9yJtEh4kDX2Zk0QvBUrEnfNNwsyvalUv17rwq8UGxeA0uoARmCsUlqwrqIc1BLtm8lrqX/uHrpi&#10;wJl50SGUaDDJ/3xtCaiG9FgL0BgA1kWPvTxEtmlnrBuAp8w+BOQYwDdk7O1DsC/Jvrd36W33m7RA&#10;K0mNXqXZpqesOUIAlYdsIN1Wfr/LS7vfnt5DBqwnvL/sAJoAIMVAaTD2nHHYQy7GMbmfZY7SUIQu&#10;4Obz9S275yFpuICHi2EtDefCpcEpPVr+bPDbQpp1I+oppqkHdPi5WbGt2jdRewcLtq/1XR/7z271&#10;IVhNXQBCos60X9Iix3j1tSbMLAMznExpMJGuZ+5FVybUQJDUFpWzFiTPMuAnfsFzHaghVkckzh51&#10;MNDAauc6cVJywPGo0v5uUwJ5Pnz4lDl8xBCkD8zsv209saFSLZ2JTLb/ogcpbh7bvUSr/91ywOrM&#10;7BY85lr39VXpbvdNrUE1221kWpDF9FC1BZt4UefUJXtz5fP3aBsP4F782tbUgiFJBZAZWbWyDzDD&#10;L2W3W0i/Uc1uh+cf/80bajvKy7//jbLyfm5+/MH58f2nVv90nI7T8dv1+Fvf/amH/+kf/j1nH2yf&#10;SZHGG0CGTI7LtI0VpD51NXlaVSlYy/BK6ybOZKb5i1Cx1k3S4T2k08kGG1kvR4D7DT5BtgbYwcBs&#10;khQCALiVRo7gKZYl7TcLC479xkQCLIDfVkAJbZRH2g76p0q31OdGPawGB8SY/3A4Hun17S199Stf&#10;pS9+6dfpy1/+Cn34AYNz9/JeGeg732ZJ2L24vKQXL17Qy09+UpN3n10BlNvA84/gz3WkA8sl727p&#10;7u4Vvb7+iD768MP5Oef/vr0ThpYWKyqjHDe7+fnPRR78XEDEZ3R+vhNgi5sqBnkEuAOAIw27meML&#10;ow+S5mwy394U9NF0dt+aJ+A9n/C7vMQUDfbJVSNg8eev8l0O5TjMj4fDA93vD8LoO0jhpsbufJUJ&#10;68fYfGY0T12Kk938Xv10qjrOIxVtctN6YeaJZ9rgwFlFc90AHiLXRVkaSeV03JRUYYOygTdCV4QV&#10;WSkXlbgJ2MJybjTYwl6pzYE/megjefLhMNH9cKTb/UTn82M7aiJvTvv5eXbzddaUkSmymixpwG88&#10;Unr6cwBINAkzFKEa98wMvaObm2u6nq8nBo9vb5Xltzcfvql4eIKCI/P5YmYi+2nND/aB3Azwg2TW&#10;GLNIward7Dbz/XUmfpS7LcD0cSfg3Xa3EyBQWHFyn43dA23oyY0Jkv9PfOrT9NYn3qLD/HlvIHMW&#10;ENcZIEk9ftITDodVw4AsQTIe/J7488jwWjIJ77CQXymbQZJpcw6/A8EeSWJa5LULM5UDTuYH/04N&#10;F5rf99kOwNmgiYoDA8MbeZaLZy/pnj6iw/0timxNgbVQDU3IbDCZH7FuIn18VOBZ/htyOGW5GPus&#10;S9kNqE5mW4BrlFZStCVsvxSVWmNSPIRBAZZp6sEHCtrRgl1WLOzB/PSQTmiNVUGwhqe3ThY0ogC9&#10;p6OHZjlnCmxrHfps8sZTfDM8F00iqEOoDKAkg92texUNJtEdPG3afEyHcM7GbGb9cQBCARiixWDK&#10;wz68wYNcDSnaDmSWzhYxX8JSO2hXkHRdDQDxBM0OSnlIhjdqxWcD2iRXD47oUlsKklwD/NDoBm8+&#10;DdSqSKRVAK36662+9IhsrnRfO5OaV2c24z4De3CCJ5Wu5aXLrUtZ4cqQrIONs0i+pbYYchTzKjTJ&#10;XFP20vLibp2tlXL3mQQbz4CxhjUiJ/OMw/VAg7PL0tD98gw8k7Ugmf9erEFw74o/3SAhQwa8a7Kt&#10;gnwbSG4HsPuYsZcDE2/Afa5exGCwh/RbD/vBsEoZpRlsQrAP8/Bov/AADMOpGjlA5ww3H941GUTp&#10;MCyw70IIWU5dnj7kUI+l5Cne/B6ZlciM2YHM9w4UKPgmtkE/r5z7ADK7dNc8BAPnx7zPnI0UJMX5&#10;Ce6bM/Voub6np7PHvK5JT8ceNEe9mjO8BdBxu5cOiC3Buwa36oDqLSJnU3j+Pix1sMb8Ah3VCy82&#10;QnXhKRNCFppH+1igWvCIXUiDLUka4UW19FtQ7m1l6gmzGuu/gvDwDAXDTuxaRM1zoDYh0fZ4EPDO&#10;/k7WEwH4J7dvYLadMvsmyPYPGIKQvGYbYTTI+1Vmq+vGIpm3IdCN1N9aWYDkwSLN2HrU5SctpAi3&#10;kMSua2VewaEA8OryWugqjOqBclYke3BIsPBbMubT44TjAPDFf3NFSEuPGHwpLevFFpmfhuo17emq&#10;KUcSbBmSFvKWYM0yldxyvxcS/K8p7NWru+eJ/F1I0dsTbyUkkFOXatta1ccz9BsH+979wvsP7739&#10;zp+cv/zrp3b/dJyO0/Hb8Phgfvyb/93v/P0fjcP4CzpBhnSoDrolQIrCtnADpoLmXCNTYmZfJDN1&#10;9aQOB+rIUhejPKSthj017lhuF0EQDRgGJSwwU/JZAWeJbVoIq2yELLEOfn4MOjBYpkXoTiSEAuyx&#10;n9r89wmBA9txK3+/2bI32Vab+vl7WETLyaY31zf00Ucf0ocffEAffnhNH12/pnqYpFDfDSpPFPnu&#10;xQVdPntBlxeXdMnsu91OE0ttqk7N08EYoLm9v6E7Zl9J8i4z+hToM9aYekPxe9iJr9rF5dX83Bd0&#10;cXEuD57iqh8iQNN9ppImoeUrEwRpvWAsWlPQFlI06kbSLpeMIGDwbg5pb4guXs4j4WfSxNBYE8r2&#10;+/khviwkflPiz8fnYVDkraKZU78UeHopDAL2zahAQGooMnVczQXfkQvTakxSlpwL5w+gs0nbkNaI&#10;t8a/J8N7yZrsIvJKlBjM7BvU2FvIPRwegnQ1TuSd2lGku52l1aeoEzymHo4D3QmT8UhnBw6l0QaI&#10;ARAxP69mDK4ps7W1N4AzcdrZmYAiAxEQQYvsclSvvnKYr6H5uprmx+H+Xth+zD6dRLrbglx+mK/N&#10;rTDVznacGn0m/80gHl//wuKb74Ut/ntnElwG9bYqcd0CBGQgW/5uzN74WuMaGzNPI5z/k6/dIgDf&#10;EAbQefnemwEgkOWmx5SGDAFTXo3FGxmgmZ01FWJ6Yg3qjRUydsmEfJYKaUdJCoTtD3pdSzgGnpjf&#10;v/wkAwq8zpxfCmNXJEnFWFBgwYx9eKJpkSolNQbaMPTAiOgFFuW3ZjbfUlp4jqbgLWZcDKqdeeIS&#10;swXApwmHEwCpyRlaXXY7wddI/Y7UO0kSyveTfC1NXlWPJO9La2dREFEXNCVl77BccwQraBzMYxCp&#10;lu47aJ5lwyO538LDzEJikBIsQN44eKiRMQniOXM5W+pSqobrrUKfJY0QgL3SLB3YWIsN56KqLA3N&#10;ZaktyG0hQQb7xVh5mrIMSRv1AIBMITmxhfAIhF8kkEkkQdfYfvYZtp7Ua/I6848qrVskxERi8R09&#10;9BRjXyvRaJdmMmIKQSAIJWqlp+5iLSxTABQNpHRWDS2b5lZXaZq9MXZ5aQuJ23LfNoQBdDmts1cj&#10;I2zljaf3nNYlwuo31h3YnRb4paDwoOuFAVAIyMiQdBvw7DJR+71ZfT7t30xKr958YJfi/h1CqNGg&#10;ZpoA03Jn97r/H7mflgVL+ZADNRkNyQMlAEc6CGprWAqs6ZxD2Fpg6lvTbeINk7zn4JE3uMdfJs33&#10;AJM7KVtvhCrDgLwOaCFkAZ+1BS15kEbOnbkngVn9ksm2P0LKSNSltwt4YRXKtt5JA4a/lENGX772&#10;BCtpDQ62x6Favqm0Lun1v/BaN6pa0vJzadGVb1lXpeXm5um1vrBibU8r6CU+S3MGm/28jrOL1VAM&#10;6BF8iIsNSAsCk47uY6dhFgcZMlYLuODQr6p+eBKAhYAL+fN4QJjQJAAh/wy5NUPF3xXfJysYfI9e&#10;twHGydLam4N6NhhwcCsQ3dZfN2eLgxEagNb6MSEUi5lstFjuKYXwCVknIMN3lVYgbaOFAUSc71qI&#10;+HKY2SNZ8qMCMS0MsxegNS7q7L7SScP0kKauoHXTkBa8eU3qXfpU5mSBaXhnLfj3DmvwD7oVlU6E&#10;4UHqxI6U3DLB16CWwjDiW8PsY8DvF997+52/MH/5p099/+k4Hafjt9Hxl+fHz85r4Jf/6vzFv/Jv&#10;/Kd/dV5f/+UkYEWfZIrnzsA+SRnJW33Kld2XpoUJbPZUvRblJJgYKxCYFvhQW5lVuM9RKKhaC079&#10;IYE0miG7QTr1FNAeGGA+NoOzxKTw3oB9tJ2b83EnkkJm/u22Z8LeyWgSubi5ubmlL3/lA3r16lqA&#10;uWl/lKlm3iqwwT9nPn1Xl5d0dnFJW5YWbwfx/Eo2XZyLnoPIbe/p7o591V7Nz/2aXl9fC9i3fziI&#10;x5EdWwEdt7RjIGa3E++/s8tLARW3ZzthZh1hOKzFW6Ijv+9i5u7k8lSrJFrq56sDuN1wujdaq8Ll&#10;CbaQfKaeUljB1pnEdPlweKAHkUMe6OHAPn2VjmJCr94+YuhPPSVRALxKbgyuwBF8uESW0VwarmAE&#10;2C7ibTI3GVIMwg8xg0jQVNJbF7YiDQEbyZvayVNf0Xx4Cqem9fIEf0qTSM+0c64uiYiFdUVze5wb&#10;aJbWPpyPtJ82KmVBk5nAPrMEwRYYBekNJL+2qDibphwXDcGp08P8fPu5WJvmn5/muqvIexqSyblJ&#10;QnAIzC/x2dvshBl6Pl9TfF1dXpzTJXwgGcRjkHoD9h7LIhnwU0/KDZiwAwC+wdllyt5bFqjVWF4A&#10;jhJYUQwuXI7PBLjFq6SAmVKKs4H8uNnSe1NBjiH4SxnwwR6KJD57DT6NjVyFCaYJv+5an+avtpD6&#10;20JTajxkfa0KNvN7u3+4k79jwJ+vL15PxvMXVK5vFZgxyYyAec0DinhdUqsBBJeI6VXuBXC45wZn&#10;6azTGx+n81UU2onUz7KHupgfEFsIIFG8dHkkPzTkxdIMJ3iwVWVxeFohwjJgfC7gF9YbAQAgrrNk&#10;bwH0EPA0Qkar8tuNezsqW3GU9yksPQQTKMAHphNAnWyeXAgXGccOjnhqcF4GDC2biwCAti7FrUod&#10;Qchk6/JVk6caM68Ul4zpeUJaLpEHYzirsXZpnAGsBSyX6kzWx7JCf10WoOESO2Xf8DpI5snnTEMw&#10;jw0gNOlaDKrAPVkMsJ33I27cZV2tK//Aakm1zYE7Y3l2b8La2dMug+tDlpjy2+d7qQOP3gDX0ILH&#10;DT8Hk7W08HrLGPC5nyIAYuHZ4VrKw+hhQZZmmyHXtiRbkb9D8q2sbtQPkIpbkrf/TvOQ5Z/HGqU1&#10;x+gg4xBYbxaekSlIbTMYdCm7P6eBcM3qGGfeB7+5FZDlAFXuA4rkAKhJce2+CRJfMLtzYLQSZH0J&#10;ElgLEZHXPeQevIEhbEKAUffagxwXIGpkZsv+DfaTAWAxMINCYMc6IcKAwuYpvU8R4DPWa3qj8nWd&#10;btoA9n9tsWL9uFHcEliKvo9PHWF4msIPL+4O3DPOXLOJZvaNVdeo0hwa9FCnxf+mnggLWb4NCSpo&#10;ajaQsEAb85KW5HMwtpuAdUext5CfLxqQMZlUly1nCgIvRJ5bpDZRz1ENE6I6gaVrXnnB17W1RYJv&#10;cxZZfYxaUpep1lYfcQgsCVf2fEpP7pFraMoDIhxUzk8AfWkZbuIgqw1zAiMz5QVBc/UKMVAKrqn5&#10;8UXKyqkGFnwcmnZdMK74HMJb0hJAjhdnHaoGfohqApYbxa7ttuToWRFmjHqygWtS6foiYLuncRvc&#10;nJ0ROYTAGgupofBdMcgqrdi13yKwD8efnR8/PT++89T/n47TcTp+ix9/d378zLtfeP9/XJUp//pc&#10;TP3+uRh/YYXAFKS205jByKrBXyJMbNWGGUBRls0nedppluaVmUwFvitq5lvfOEKrTvpD2du6sbMx&#10;FbqsI/xbi+lYj6GSBBlPgkeTJ9Qxo4/ZIJD6skeZSn53Dvjd3T9I0MEd+5/d7xXom/9+IwDIji7P&#10;r+jZ85d09fy5J+8yU8qKf21sJpE07B84JfU13bz+iF5/9CG9fnVLd9ev6eGwx7S0oZkdxUdMmFXw&#10;6bu8uhKgT1JD5+fn9zZs4MvkPjaTSCYaG6Obag5m5LLjhqmZSxrNnFrnehSFJ0+BTilMUN3TRQqI&#10;SYq6adrLe324V/nuHYN9c2FxZCaWNFzwS+ECk5MZ+WeaSWSSy/S0MbJmssh1eATY56EeXFK4mTK5&#10;wbU9mgN8caLfgT/xRWx6PRwZGmlHRllFesWBKwwkstS2HPn5NCW0uNpsOTpWwC/RgX37joXuHg50&#10;LsxRBdzGOgrQNZjsKzZstLAEWl7DBqbC5F/uUzG3Zs9Izs2eFMTajfPnvqNyeT7fhkXe324zug8V&#10;N8IMQu/OdnR1cUkXOw57ORdmn4B9u40EaShbTxlV1igLQxXBEWYGrx6ekDCWqYP1YAoIEwAgkTK/&#10;9Px9x3d+lt5KOkTQBF0KiZkdRDXpmhq9k0uxDYwbcgd3bCKcq02Jq4N8vU9Ij/q1lAJraNE8AuiD&#10;LEqaXA70UFRdbiw+v+wVyusel+77w4MU03suUud1YXN2QfsPv4riN7knFTOImUk8euDQSHmtTKwr&#10;4+6U+loHYEqB7OS+bybnbJDfVmeZFQePpqlBQgkZ/GQBGQricZgOy5YLEnKVTWsBDT2YgfDf5JP5&#10;DsxpuNLo0tqNhYmMlgac5X6IQQVbhGcIy9HkfEgQpmFYfGwuu8PQYgCQRwHICx29M6XbiqYhTJbJ&#10;gDAD5+oCqJKhQlFWngK3YKTZ+XUvqAgi9tRh/5wqZLUCtIHxmSpA0m430AHqHjTRAOoZ2HcEG68a&#10;wNdCoAd8qgo+8+pgbzeYl3RogLbHoz4Xs39lXaVO47bXb2Ci9rv9/bpUrfU/za83+oO11lYgiSWP&#10;diAvMZc7L29MA4MsgVqbXgV57dpJ8MCT/WLcALQbkWyr152kgoMFqvt9hr8r5Kapy3idXWdsUjDu&#10;kllgZHjBUZS4dg9cC+qw4KeMmkgCLGzaYF6QiR4xFNXX1VaM/DRAkftwTv978KY8goYGgAr/bbCw&#10;NUhwx6EHpbnFwhIs11Rc6ozGnN0jD5renjSc+7DMk2pjAMigth0uT/XvoWVi7deA1fogqDoD0Oq/&#10;7oHXh2eLNTSCYEFG+3iq9nUeBlaHCXZCLSZMu5ZWUkz+Vq1pUg2+cJr0hD2oup9mrT1ox2Wj8gO6&#10;7nKdVxdBPMWtElpaykZ5fTe2XgUbW9Z/CcsAg3tSpnaDzPZ44OHBUW0HeI2YjOHHewKSseU1TB7A&#10;oevi5GsamYVAo173l2VS+yM5MvUhCLXAZqMlQcAFAS3Wpn1Y10HUVS1ln01Tq6AW/Az7BdMeo8Td&#10;4k//zCYfDoivMcXrKqwl7Efy+nJ6w3Vt97am5KZkljYWtvMGz10AarEeojUIipc4Fu0ZysCfY/b1&#10;eIB37TCGsJywNrUen4HhQsP6kuPZD/0D6q+awsLVqDcONvyIIGdyWfG3DOybm97r995+52fmL3/+&#10;hAOcjtNxOn6LHryq/vn58e/wmrf+x//+v/y3v/iH/7X/+N+a19f/5ghjdX5I0TIXvCzrrZjaa7EG&#10;bkRa5UIZ86TAJ4d99BhUK5D0VZUGK6tGp5ItraZnKTl4lJM1HO1jaq0wESTzadNCSBozzAebN1po&#10;hlP32tDCfMAUXKWK7Kmz250J648ZAtwQ33GS6X4S8+2dJJSOApg8e3ZFz1++oBfspSdg3DntWAoM&#10;nzktSzVVkEMS7m6ZHXhDr199JJLg/c2thiccJ5dlWUvrHmHz82lQwJkwr/jvtGlmllSa/34LpiPT&#10;auYi7OEgfooF6YnalSmDoPoI3/bcpyWSOoFOSz+Y1EO+qNIqzVMlgwrKHej24UEedxxWwcy2kkXC&#10;qwmIXGRNck1ke0JMYrufXFKgj9SfaqomNQyehGiwbZhqYBnDulOqtJw/xskv/CAD8tfg91JzcTmG&#10;10xZ3QXzwiCouQ9LDrUXs9WGpAnOh4eJ9tvj/BiI760Nh9+AmdqLnQA9quP3kxC4NgDzfVm0AGdo&#10;cjM2OX+cGlvnAm23ZdBEQaXz3Zauri7lukuQjjEblNl5zNy7OD9TxugZ+/Kdibeksl0SpO+YynKD&#10;18DWBXCiTKeD+3+RJa5C7lmwjtj0WkCICawohDZQzgv/zlLC+cxpBcg1mUrX3sFIIcrPOwIISk8u&#10;fA1Fsyl1kjQlfJswpuv+gIGN0doTQwibpCO0IcRR++vLLhX3Z6JnL17S3c01pfla2AIA42J2I36I&#10;OymqNXk39SBwat4UFWuKDHDx3rQzxAygMolldW8lsLzA2HLWhkl2ARjZZ3VEAu40gc0R6LA5m+yc&#10;aCMxmGArAdQYjKmH5GV+fwMYoJKQPhoAaCDLINeoySQJ9zsDpwQZZwKjtwWAqBmg1rqPEF+cE9aP&#10;Bpk4UHdZeQuYd5YQ21pdpF17Sq2xY+A5p6B1hUfntAL2QhCJhV54emH3SmLAu8D/0Bh6lj7Mn0FC&#10;k8W9u3wm3Ey3nojbf09ZMOuYjacsGpjSA9BTP0UDCiycw2wMKljyPZRDvh9p8ybZW5jGB+l9bf2O&#10;Wox9Wpel9WFKl62ZLHTJpeksDmd25HWYQvZ1y+0HMhh7I/wZDdDLHVjma1CTlze+j2SkiWua7aCy&#10;XMou4yUw1swv2Jg09hrcB9O84qxe4MGlfy8CMZxlkz0Z3PY1JeIsfeaMXV9dcouFAIvWmIbQ24f0&#10;V+zhHqCBAdIAlqudy8FCRnitgffnkIwZm4UFnsyHmciTuy1JluClpwm32dmVEaQwZmBzXmJ03koL&#10;AGfBcHP0Pvn6/CY2XJc9NmeAPukunOJ12r3qVjigf9+CbvfUM7a2+tkcfmox/nyUa9bCsKHfIt1f&#10;jpy9pmm2tXb5rNzzBs6FMB4G4uSe50CkquuArPfHIkEYUy2P6mMD8qQWNFax7BFHMPKQWIv9QWW7&#10;VYKoWIbL6xazvU12K+uYrFUNHt2d3ZaaReOUxflsdTWEgU9qXDvWn6NLWjHUoujxFnHUEBQXISeK&#10;NSKAwpTVNqVhIKijsnExkIhS3+X0dRmqZuC61W1LJnl3B4yWes3ryuRPl3NfM7p3OQBgB9XzgknX&#10;WbN9zEUrr9mlLj3Bj33ew9tG09NRM8jekdWvOGM9G4cRZIAU5LcBvDfSAK9baXCg0xOq15ZNkbGb&#10;HgOp+hS2B/R//1Yx+xjw+4X33n7nr8xf/qETJnA6Tsfp+C12/M358Sfmde6XPu6bjrX+ty21PzYv&#10;/r93qgXNDm8Kk4N9i2IqMsStQAXa0qQ4L/D7G+mYJzTJo04zIYuU6U3rRZGZx6bupqQsh7jHepFQ&#10;fDLcYjpWNeZCdemQFExoxkxSpz4hkFaV1t8UzLPHcUdnZ2e0PTuXr00mkWAZw9LHs92ZAHzPX7yg&#10;5y9fSvru+eWlMO5YEkxId+MiTqaihz3dP9yC1XdNr69f0/3tLe0f7unhcESjGceVmIRxWiwDkJut&#10;gH6WhKoG3rwbjlIYHucCbSyjgGK7rZYYWXb09GQhZMl1j8kDORTmHzNpN1NvYSGZdEKnu1KAcnDI&#10;sdL93Ezu58L0WJNIZ2tOATgJxo1ZZQmjy5eqA0nHUtz0veIqibLyJ7U9i9IyPZqgPgGnoeGo7hto&#10;DYa4w0kDVaUprObxYj5bgSVQSZmIDLId5z/3wpzqPl2NNr2wNKDV2Gcth08heM/k5KbKLRWRX7Ws&#10;98yw5fuKm4VRHme7gba7UeTkzNLi68oYMAzoCRjDvny7nUh0xY8Pqa4DAjUSPNekyeciH8DDVMxD&#10;rHqT4P5BbtQPzx0PJzV5N85pfkqqhU+JGXLGGE05pNZ2+WUD+NSe9Dlsi+uZX9eQAb/Nv5QZVXpu&#10;k8tdM0z9TLIrCvOmUltvxxoSOlujJ1x5vKjWc9fdeSqDehv4iZpvlycVY8jgTRm84ZDQSjh3wtIy&#10;FocPLoqHZ0QQjxkVE4YGKs0F0Ff6EMeSc6vJrNDYGMDljF2w6iwVVAATeS+Df22pmxmBIZsRielZ&#10;5d8D/LsGeOylEcwiZwuksN4Els9KtiViZA+VaN48avpv9Z7ck2fJmHHdWN4SGSVR2CWyVYcGuN+L&#10;M2jMOxSMZbvmwU436aqd5/58ynSwIAKTwslrsGAhkT4fHWzkddjtCSQ9/OgLVQFgR/AzlQAQ3q8P&#10;5oHVQ0Cae/YVZ9H48KhpankH5jKky/q5y4CMGYMGXDZagTShiczBnzUiNgbUNUs990jXvpaZtUZe&#10;gnru2QZJ7uChNPiamXt8byLpW0A/DLwGDN40ZRmS3VHZ+nZtKlNFn8O88nLqVh/WTLcUQDlj4dnX&#10;IYm5JgwRbBgS0ImEemTMiXqAa/cYzpFnHrbY7EAbr4OjW5GYRPmpIwfG3TioX7JJabvHpbFfM0J9&#10;jMGYHjGALIgqQcKXfKjVmX9dFQApXno8YHFPr0UAQer7qeEBHyOh7Uzm9HVR7lJgByb6uAEx/H/D&#10;/pGdAlioG5CFFFZ4unb30dQZeZDI0oKh1havIAVAXO/L0oMlMJQhTyZX0K0itMK9PTHsExBu/nvC&#10;gKYc92DdTcLSNVadMWotUKdCmmuSXbEBwO8qsKNQoK/K3xszXNn4/e8VeCud0QsfvUelmJmfPjG0&#10;1++pqxS/1U6+ZtiZNPZx2OxivNDcU64DazpoQVouf5Jcy2dd63igP6Zz2t/faO1G2dVHzQbCdVkL&#10;+0CH9K0DE+8DH/uf3H1q09qtMQRT5Ajgp6C6sfvMkqZzsKFICddkhWpnVdy22EeQhwtpn5FlSJzD&#10;dZib1pkWwqiBeMMbwr5MSbHeBz6GbmInZV23pcg8zBhy/SaAfTh+dn78vvnx1gkbOB2n43T8FjjY&#10;+O0/mR//4btfeH//tb75f/iv/1z75//Vn/tT84b+N+b1f8ebuzQhXPDV9GjC2R2H1SRfWDqp+800&#10;k6xkLbJbBisjK3OCZZEVk+9We/Gkw6Ig2U2h2Q8GyDHUIMrblqEf1Bs6YyRB4lTRJKvXlDE/tHhj&#10;Ce8wFpR1mbZbQgIxvKN2g7AGLi/P6dnzF/TyxUt6/vyZAH1nZ+ea/ptxdmyqyt5197fC8rm+fiUe&#10;fTevrunh/h7NeV1t0roLOgBISCiWQnzos7vU3E9IpUuVxjbM72vjyrfB6pUaDJ5N+rBIdntCAveG&#10;TbuZF2NN7oNmUWVmxsxA072Ec1Q6TEivzZBn8/soUXuRRGJE2Yz4kfYrZtDw6yvKPKG09KVBCSNF&#10;entyQtzozYhlbJzU/22I5vCKGIF1SD1ILD1ub3qEXRZpMl9nD/Nny+m8h6m69LimDqp46EztTEu/&#10;hnP3rcyQw/MP2D3JkjUpNNugFWfVa6FMCuRNF0WKf7tHtOk1nyoF97KxNUiBBWEFHAIwByCiwidM&#10;U1eVvadgRnl85ViiKSi8wqEZIR8XCfAoKb/r6ywB0JTEZAHpqn+ePsUPwQ/mn9UWzVV6EujlnzkA&#10;0GAAodpwoTUPEnLZT5DuJgMw49qX0oJdZ5YFzVNME8CiIsDExcXlvBofdVIuksEUfAmrMBa4UZNF&#10;G2tBcXaHAjLC+rJ1KwB8ChIdwabUz6avbdVlXfqcPcBB0b0ucx9cRtu90AZcIwLq8SMry9hlkSNk&#10;3jyM4MVm6Cmi/DPJGbrBJiBTYP3EdTp1wFNujyLnpYYEWao6pBG2Y6s+uFGYXn/WgCttooO0tXZJ&#10;s8nFW2Bo2H7jthDuwRRSaFsLoSPVgT5lwBRNrW21pz8ag3KawIYtnkDLayS1TuFlz3r5zMTvCvLz&#10;hFAMop7iC2DgiORj8wYsMZVSNx6/tvW9RXnust8qwafXhnDROylCQSnQabp3ZHKfzu5pF7yYTOYq&#10;aytArCGDTZfdMy8bU9SAYQB+w0avN/FR3UCOmwdcfyMA5RGg9Ai23gg22tCb19z98nS96Sw1i2sx&#10;RnFKfUCkDL0lqOVqNJPLprjX6LmQ94TwMv06h5640ZrQlAIAan552QM9wu9YAQIpWyJ1ck89AVMR&#10;+mGeeDnlBQNR/C5TWvDe0yqRtgWOXGdi4rNu7XGNYMzaRdjSkj23ttFIZNLMaLbRGYvAaBasuJQ+&#10;zoOtrX7vkvUVyVmRgdf988rjCkjeV5d4LsBarAvNlA0hidcTYsGAq2Dm9TWlqOUKmNccbiGp1uUg&#10;wP/huNegC5fPTs76mzzx9ih/HjEo0HUxpFtHD9EKH9apOIvZwnVkCAI2M5W6tCDAOuhsxNSchf54&#10;INCVE/Hqqkt77sXH4OcrZU/pax4KET7X1FUoxvaPwzUPkEiw3nCG71wTnZ/T5bO36Or5WxKid8G2&#10;O88+Me/PzyV065f/3/+bvvLrf4defenv0P31h1IGKfA7SW0ovNf6OAW3hRR5cm/yRmtvlmz1eiN6&#10;FDAUgi8oxyTq1m0M7K7IeB4zB0n5ybqXa2kzA/AAH/gG20ksPCAGASOj5qGF73nqMuhHv2QF8uUA&#10;ztZlob1kb67HpS20bNWl23YOvqVg39wMf/G9t9/5M/OXf/GEEZyO03E6/gE//rf58cfnde29b+SH&#10;/tqf//f/5h/4E//BfzQvvD/nU7G4ZIMCb55vUkgLzTwv/Ffkv7NJsbRo57jTTAPAwSoTpDRVBHxk&#10;TxOMGymzAyuYThlNMWUUhBVJWsEKwtlYKQBSSH3sVI/qDKTYwE1g0xSRCs6NbxvoOExzsTAXV8NG&#10;NtYBCaPcyLLP2YuXL+hTn/wkvXzrLXr28iVdXl7SbrcRZqC+hSJFlXrX3YpH3/VHH9GrDz+av76h&#10;27s7JKXqZDWhIBewCCwdymqcfjxY02tUAQVXDQFJACInaSoKzO+1iJZE0tat6QumkSktt9wl4Jcf&#10;z8dDaiWZL03u/sBcxErYxVyYMsjHQNcerD5uKI+WSlZ0ey/wLclohhYwYyVMsM2PpmgCrhV/4Zsz&#10;rip9bc3D81KN+S2RIZB6wbpg/HW/JfGHIwYpJ2FoNBSgjFkV+W/+cyRyycyKjtT0PDODZ5pGAfuO&#10;UwUY0ZMypVC0zzSw1xJkHaqYbAAghcennnTMlWF5bhssjsGno8wsHacSEu5o6YUFTz2W6NDUGQCe&#10;+ulNiskdE2SOFkagzUAFw049mwhyuoQQirTwb8tq9CfNO8tAWZLejPEQ5CgtWWqcMma88G8ImvDX&#10;2nQtMADGOBct4bMmJMplFLOKoLIf5/5w1PTBMGSICrkI/JGzULQgr97LREYaUY8dCMhkU6Dr4uJs&#10;Ps+bYBauzd9xUhCK5VFHSSxsLu8kNIMTQJ0C03QNUVCg7+iMjP65mOG5NaEpp0VXK6m+AnzMr34z&#10;eOrtFmxhS8UVOeSgkkmRdI85ACzqqaeSb006z9bcpe4rtPCrMlDLvTV1MFCrGZX3a64gbEgYwnXp&#10;oWf+eQ3gme4F0aQ9gfEHdltVvq4DcWDg1bUhOYW0aPjc1ckaj24dIPcAGuViQB9kcaVU3FvNWTLq&#10;VzkpyF+sQQd7B8mIAuCX1j/v2o3pK2Ty0SfPDPWLg5pVG9GQeuw9V2tPM67WzHx8bmNaAVAB1HOZ&#10;qstrsSZZmIWtBc4gs0CLEZ5u5rsHMM9ScuX7LbQFTL/RWHijB10MYOnZzyrQjJCtAOxpmMsQQjOy&#10;+9gRUtgJe0YMFEoGdIYQMkTPqqdrCMgwZo8lhZN5V7lnVl7sbRsEgiyoq7gWrXYiMBwtZEz8BVP3&#10;CKS8DHjFDtHXWguzCuCCvVY7r85QtALgUeueeoCEp1M3KCws3YiWkrwFmBdN/vuwxdbInha7Yr5R&#10;emIWVxd7YrW1uD09s2trEKat1uVHs6AOvFBzwxdKRUMX9Nc3t5Btq7Ayk/6TMeCaqhpsEFRal7a2&#10;0u97XhN4+HMEq079URGCgdALDXI7iJzWQy+MyVuOHqpkqdwFLG79N7CgW7ciMKzGErk93RZWA+Cp&#10;dlDPAlFaewTypFVYX792csylcLZ8r9NWoVJ2rbBH9ZDVq9o83qzWqzrUaz60YO9LNT9QJu9WPDgv&#10;nr2g86v5cfmMLuc/r569RRfz1+fP5sfVM9qdPxNlzGgM35w8yIjX3i/9/S/R7urT9B1Xb9Env+v7&#10;6Ku/+sv0wa99gR5uXqHWVtivJPXepOCdu2S7WcHZ/RpjQF4O942pEPj7PIk6dUaiguudwRdB/gaV&#10;QXc3t9cwLO8HLGFtIfv1mF0datYwEHe1T+rAf4PiCv9W6/peSrTceNJjgsDHTNvbYmiPp0p9mRl/&#10;ExrkvzQ//uj8+KkTVnA6Tsfp+AfwuJ8ff25+/FfvfuH98k0+B7MB//C8yb+TsKn2vbubsA6hwE2L&#10;FLVB4CRl+6kMh6WFzNIpWMwH+CTloYCTgYAFS2pr3UqcJ2pJpJsZgF+kwCeR4FkRaOlRXKypN12B&#10;3DP57FYb7Q4gmLRLSr0CX6VawYYp7rEkxBWk97HH2bOrS3r+/CU9f/kWXc3FBPv0sZfeMKQ+SQaj&#10;7/BwKx59N9fX9IoDOa5vJHn3Yb/HBLU4gNCEbVS8IGMji+OkYEBk+YWBM6ZmNTDU4K8DLy2RpToC&#10;1hYNTXoD1c0FS7EpTG/YshMKQpkETwJCPMyv+eHQhNHHj4lTgrloYIA3adNqfm7SmI0K4k1givH1&#10;cUQDLWmgtaekxvdqhYEJxRKuL5MYJDDy9HrobLo+KYasI5m5cXYZk0zYpdEP5tCkwSH8moZczGva&#10;aKjKxtQPX373VDLt5/fEANO+bAHOABAQqWhbgKkJ6bIZTammEidlaTYwZJjJp3Ss+ddmTT8GY9VY&#10;RVmAsKz3TwZrpzT3bisIZpCGpGiyn6XlxoLcDddj0c4ndsxSdKuMTptzLqRHY9hYquq46UmUSOmW&#10;UIpxEHAYEW1oxgdhLqivjspN8trTk1ooXAFe5K4W0murA34ut0GFWgCIreOBOgQcvByJHPZ23uAq&#10;zrEtzlVgGFBvljjVuIKlqxItDUd4eDjI+sCg+HGvgTYCbk8T2F2EVNzinnoVAFdBInSXanXfngzG&#10;DstoLTTA5LQm4WNgRANYFEwRD0H2GR1Ujsv2C55UOmSXUgoQMyzZWrYERA9DguTcJW7VZPkthH1U&#10;Z5hUk5+GFFkBOUNghtw7E85h7U1sl28pkNVDm9oiRKev983lbcIUCWwNY8Apa1UHLrU1b6zFD3Eq&#10;SCnucrjD8QiWOPnrk8/MgMpawbqEnyXAO9/KAHq63164D0t4L+6d6+epBXkaLdMqrX1KnVVlQFJL&#10;sTmNgN7SkN0APGPj5aS+b84a4/8DCMcMGktsNYanDPosyXUYeyALQDgdBAzO8BPpbla/32T+UYOy&#10;YSXtO4RrdSkq/CQtWMPScvF6W0hZD4Z3MqRydg11a4EUGXNhfe6MMl1fRF6LIQIF6a8x8oZsKdOk&#10;oOa49QAOB2JaCz5cJsvtIKGdew/AgQvYwjsr4TNA+rWBismadkPIAutJzuPKq7c94TmXVj5dsYFv&#10;T7f2X/fx1M/lJ+G7uqpUQvjG+jlbW7LFVuy9uB4kA/iCrNc852yfJqR0Uxgo9bWiuWpEgy4QVrGy&#10;WZDvYeadeKEe5HtEegufvGle+wt75/G9L2u8SnKVtYfAi3L0AUE1L1z8DvEcNdZe67JMm1zVANa2&#10;xf5eKc7Yy4Lx/DQQGz1UY21ovsNml9GDUt6AzFJg6OXkkmANnMIQkfe5+Xu2Z2figb1h25y3vo2u&#10;Xny7Kmo+/f+x966xtmXZedCYc639Ovs87r1V1Z3YJCKigIjCf8BCURTCDxx+QEARMUQmkB923EBs&#10;LKSQAHEiHAujRAlRQAKC44QQRfwIibEtARIyyARFkZAD7hQtm3bbVtnd7Ue3u7uq7j1nP9ackznG&#10;+MaYc+29b5U7uLu67bNLu8655+yzH+sx1xjf+B6v0c0rr9Xa+1Z+J6d/XWMkuIy0lhyRDJ3AyOZ9&#10;wCFrPjyBxcJ2vaD1MtCu1mvD7av0Nb/1jl77B38r/fLP/QR99q2foN39g56XZR6OIeuLnZ+ladQ1&#10;WANBPaVnvdFMGWJrcOnANK6nFEgOMwmwDyXM7siB9Xg2kPd6KZJ7ElP3+D7luwznJ7eLW7BGxILr&#10;kPu2qjzIfS9L9GMqdNUy0fnxdPZq5QJe2NEOftXBvtoclzdff+Mj9dv/p943j7jB4+3x9nj7Krr9&#10;cL1/pK5jP/P/50n+p+/7ruM/983/0bfWb/926WOv4jwhr9HNW5hEo4p1ab3SWKgBezDvEzWD0mki&#10;gDa5WGB8VjAtNe8bmZJlsEZMhhaD6o8AFjDAJw0o2DeJwvyC5ulewRkPbvQuViS5sUjoKO/nyKbf&#10;tThgaawGAhCtaoO83Wzo9u6WXnmF5bvXtL3Z0mazonE5IrGPvAnc7x8E6Hvx4m16++0vuE/fw64W&#10;eOyFBoKZTfZk8gvfFGGL1Jde73YS3jFJc5tOitvW7paUnOnEz5dF+pS0IIEc07wYxVC4dEzIedXv&#10;TLnQ+5+dXJGbEXeTpTIwyWy4A/v1MauP2UrMIivBgQlNnURhiWRXbmzMI8uM46X5TVqsmiTafPxC&#10;aQ3+nLRWWqohWIwvLzL0PQ3S/JTWWAFIsmJagCI0qKMzNhrwY2dAtklr0PfLm5rBQt53+/och6Se&#10;dwnsrAW2GTNPh2hAn06QcYoIO9OFFCEhmTppEwJ54nFq6XfuSwZQwsJpkrORzOdNmQClAx2swvPG&#10;G820GeQHNLDUsXMkcRVSmXHZmGLmEajfA4AuSCiM6utWLgLXgWZhc2He1PLZKVbyufebMkFL8fTd&#10;bAWuJV5G4UTK3xw9zOG8Bwk966CUl3emHXnFQyOCscpKS2ONlr6q25vZGvz9fnfQ9O36lYEiDeg5&#10;OqBnjGNywKs40OegXpd+yem+EYCeB2EwqLoY3GPPJX4CyBKkkoP7NfrfC0Ch4UrCJR2ig0bNOLzb&#10;JlmPYTeQL2ZKn9BMWnp253FnABjO9d6v0P7GZLXmu2cAuXlqZngqzVX6c+qTy9lIZbUZDGQFEpW9&#10;68m8JbvXq4SYcEhJUmDOU3hTC9jgpl08swDkOeOwqFdfs42ATyx8A5MDlcV9ywgJ3ybbnjfldMI+&#10;7ABmgETufdbLb7vhHCH1OoS2Ly1JlbDfLZzB1sHR0moBno3j0OwAgqYmK7g0Qkaqx41/PyjbjlxC&#10;C3Yvs/NIQTkeEpgxfQQIHQ3YAoA2gHEdYgvOIF+HzVC+Pd68g0NnLO8DST93LrDCfN0ZIOk9DaBq&#10;8mZdI5vULYTG3OG/d+brqKw+tjFYIIVa2afZ16s2pLNEazAnh4h9EpAW34Jf+iPD5M8ziTU5Wbzz&#10;UJun4+ZQLvreKvGvSW779VlW4OBhugogddLlOWMnA8Dpfucna3zJVTk3ECTj/KTmmzdHGk+tAIpD&#10;BDO1ZS7dOd7Cj8yiI3cMWcKQV1l05reZuqTflmgqUtqswxkD51iSK+vFBLmseYVmZeeZhJ99cNlj&#10;WVh5GOjIY7KuK8xMtqECWaJ6Se4dasMMYy+HWY3UtodfoNqX+eU+nw8bdfvEEy+19jcBAzcLoPDa&#10;ECnivTdj9gAHJZMmFJURRhoyLOR0bA4MY7/rq2d0fcfy2ie1rtb79e1trS9WIrsl+FTz30hgl7Ag&#10;67Y8HFQeXZQdz96xfOxMWRU/7LHN5xEP16Ru4nUcx7Fcc/cHOh536sGcntOwvKK4eka/8fq30dOv&#10;+YfoFz/x9+jzv/iWMC5LCWg78oxtF2Pv6dd56hXqQtiwSCBRrmfDz4J3CIoZD7lRPz27CMfcWxj1&#10;A/lygZzRP304q2OCgZbObu0E8F3JLwNzCzgkG3DHs3O3vDel76TmawPqUwDZ/v5LwexjwO+n33z9&#10;jT9Rv/2zj9jB4+3x9nj7Krh9rt7ZguC/5YHFr8YT/i9/+U/+nW/4A9/5X9Rvv724zC50k6RZBTlL&#10;1NOpUJECn5uFY5mkAShDAsWc01dHMcjlq0cqysXSNK2hJevCK8IkeHnIgp4Icc5ALQsL5ceM+nML&#10;TBikAc0SBiGKlZPikP895eZFYgmjAgLKdPRI4VibZWZsLGrBFZYCaHBBcluLkSfPntLd3U0tRLYi&#10;6V0A6CMUkDzBPRweEMTxeZfvMtjHjf10RGiBm2RHbzaPwvRRee+0TLRab+hu0lTHjIkfGZPS0nI7&#10;aY3IFPgzLweAP7GxVrLKB1PWokhlHhGFfeh00XQi1XlJoQB5ZxRG1ZH2dXvd1/d+v0/CaDsKPBnV&#10;f0vAr7qdj8pu0YaKj5OWpDsYA038+UiLaSsK6DI4Q87oO/UnzhceDzPFPhCgIUJoSvXfKZmkkD8f&#10;R5iNIu8xpmCEBJ0hxST/8pxjT/tMWT/D8XCsx0MS4C/V5zEWj4FQ0YA+AIkCLPLPgplhc4F6EEZA&#10;gkdYPsLA21hQABtmJv0mYwRQkiBlN9DEPGMWwuIavUkdwdLhYnzRyebMjy2azBNSz3GIkO+jtesL&#10;zdKCVoIFF5Ted7F51MTQe2ZFOhUVWnMcweDJ5t8ZVdofAJp2tovu91n6nwf9vg8DCR1voVAnLzZz&#10;9pmRfe7Mv9uB558JIRCSmnr/Lh12R0lKZIanHAsM4DMwvt/Tjn0tD3tpMD2Aogs4MNachWQYwDKO&#10;lk7agjOGwZJwdb/IPgwK/EWXCAb3+BLAL2i6rhj7dwyvtj2CF/jZGuRifo2tIZT3D+aZN7mdQbwF&#10;tUwTkoanljLZl/cuN+u6Uw+fgAxNwbvOS7HkGdModx52vvahoZ8QHiTrPjwBLchCBw16/hyPzf9K&#10;BzCWggnWcdamcfLBBJg3xh6FVYSpqs23K12QxrkQ31KC0QDOmkSwYebAFTkg5ky9jp03mgcq/OI0&#10;QVmZeYMx5eBtZYw8Y8SNJpUdoj8PH1cMEI841gJeI+J55TkxvPGE3Tg0tmDE8UfRz2FPd/VwjM4b&#10;MKiE1QG9DvhSNhv5cKddArGWD01xEJGwa9vtUpPcFApQCGAhtxAKC8SKoQGhvdzN2K7GXFTgXT2y&#10;GNxkcNTk0KVj9vUXMztH5b1TnIG3M7ZMp3DoGYnlhJrXJ71fbLYvBCVZUvxFCw86pc2B1RPmjb8B&#10;fReb/s77zlm5nltaXD4bSnd9LnkWvOGy2tTYQ8GGDXj9Qs1Xzpiwgcy3LuH8VZaXDOAmTZvNSdfo&#10;47RXEA9J1cVUJAh7y7n5EzvQh+dMzkbGupEsAXfCsG3yZPAM32i1kUk6msgGBHc8xdzsB2jmeNN5&#10;XHc1UOkGA1TmtVGwAIvQhaz5oCueoN/9uprb0J0Gt7sYkTAtax3X+jYo5KCcxZqutze0vL6h7e0T&#10;urm9pfXNq3T35BW6uqnfb25osb6S112NAdf0qDYVdQ1mli/7EkqpyzUr+5sG9bg91OvmVGsi3q8c&#10;2ENuhaPvmBPfZT2nBGVEpDSQsOhNOj8dJvr0z32a3nnnnfq+rmvPwkN9De7iOnlz9xp9+I3fQR96&#10;/R+nz/30m/TOL74FS5E4k83asR37IWQMjVnX7xuimXVLz/wrM4vL81AQMhZ9x8puDLlyTgZwn8PS&#10;lfZhbu0i3unwXC9zjl0bNHU+J4Vmidzzx+f36TDPfx+ckBHO1ozxS9g8//l6/6Z6/ycfcYTH2+Pt&#10;8fYVfPvr9f4dX/eJj/3il+C5WQ78e+p14h/oyV/uVxPMr+bE+gyOtewbl4I2kgGSFyaLTFYcclov&#10;pAjtwpRdRiBAH0yRc33skDMAQZ0iKyMJHkl9sprZ8zHQx8VIKbP4YLswZpgNZ3ioJYAlQiwJGiDC&#10;RfvxyNLLtXy/3iwV7HtyRzc3nLx7TauVAX3aTHgBeDgIqMf3Fy9e0It336X7Fw/S7E9Tm44Nwp5p&#10;iZxcCB72HGyxqwVnokV9f1sOeDhqISnUeS4ySkByYJG0Xe1PeEpalD0xDL5NUgbYl8AOjKIjrBtj&#10;oYEM3TU4e1VS3JvRpr8u/o1doe/syKSFcf26Z1lb3ZB78URRKXiWZMmgDCewHrmwXA5FmUfe2FDj&#10;C5bLAgDZzi63akVHk6YFl0vxPfVknzM6GUmYTISn0wgvlCTpxtkTSkVIVI+LBC8qMY6PADLCIJP4&#10;bMwHT6FVZg9LM3n/HcF4ZPZjnpaUa1EsTb14LCq4w9thlOY9YzNP9dcMMtTj6X4vDQgDSBMK4QzP&#10;GQMEQbTSxmcWetNYe5yICjSppa0yO285uhH+CH8bYXkJc6eZvSswoOwWZunZ89tk27yMTGpkbCgB&#10;+bhxqq/NLLblZk09+SD4hLfJQui8DdX1J8/Bu7lnIpJ3NdnA2amFzhTgF2QwXXNUuiaoA1c623ek&#10;DHfDjy4cIUO+9c47z+s5reyDCew9SUlO+vUIBhkZs0r2U3B2j4GsFqxiKbgG0Cwk2Vf3kZiRQwYZ&#10;Yew9DqF5DHqaXydVJDvXY2vEQ/HjOEN2aqwzWVPAQEy5pdDmnF3amrKxTDXMxZJu7XsLujAgr/dN&#10;Ow3IyJbaaEExE8KTSu6SiTM8806BvhZKoqwPPW8c8CNdc4041JKNJzBrsodipM6nL/VAZjYLAxjd&#10;lwaIGq6XDaiEJyadkkZP0n9C5+HkbPpgyzIAszD4eScjAwt4gPxa/I4M0IstCTpaMjTOfZVmK0A8&#10;AuDn1x9D7FihCH/g4wop6kNsEnFZBxD2owBi7w8XHZQy3zxlAQ1t/QZjzz5nRIPKn1dBSXLJbgQD&#10;KXhabHc2hy4l1rwE4SNsIR3kLJX5WtCY3XFWK8TQrjMqX1a/sOavZ2EdLRE3mFQZzD+xN2CwD41/&#10;K1eSs+tCH2piwG5vcO/pWCehUz3T9osd954lY4aLQNJ5cz7jm8JL+FLI2Lm323xFP02vLc0zEOe9&#10;B8/oVcWTro1NpetsaWxgeOfljq2XjBGXdWiaMtavdBDQjRlfDO4XYekdBAwSab6k3B4V7EvKJDa/&#10;3ZZ4DnsFGVBaeFULUJLrslhoHD30QoA+yh7gYZYMWTQpHeh/6pc3y8q7DOReDGsI83wEE820cJTS&#10;Mb3CmW+nn1/1ONb3Xq81ZZKh/rBcUqz1ArPnrm7v6OnT30zX/PWVV+n6tVfpyZNXabnayt5jlmvC&#10;ur6IA46eTLvDUerTYxll5+8BskpdUPeRJAcfstqCwBPb1gH2yRbWHmpKVhjI+V8SEs0nV9qX1FLY&#10;JYl33NDTZ0+Ecrirj1tfXdG+1t77h52wDQPCfbab+prXv7nWLE9pc/smffqtj9f3tbMonsaMDH0A&#10;VT+0OAn9IXcvOfOrtPC7fEp18+APmod/FAvqODkWOsJtcMVLzwzo1VodmJitx9J61l/HwMH8fgtN&#10;funScvbz7hB+WS73lwzsY6+rN19/41vqtz/6JQYVH2+Pt8fb4+3v5/apev9Dda36oS/VC/zwX/2e&#10;d77hD3znt9VvfzB0YNls8Y7zqaCXCTZp5oI3DfValOBzJrWBhtsnvoxMajztZrdqvmUJbFLsxPpT&#10;BoyQNsqF3RA0BZYvcgUgDBd3wa4zkeCHFtXI1ujyF4ADlYW2BnXK+mnYe06BsAJ5ZaTVshYztRjY&#10;Xt/Q9fU1rbdXUmgENCPynhMCOXYP9PDiXXrx/B168e5zur+/r8XjQRtVdNHRjdEDJsqannrPAOHD&#10;Ax33U33+XIuPAxrP0thFbsUUhQ4XyyCsuAWztLipnTUDkAjnUYqoMHDhNAmQxO9jClpIa9hGmDNN&#10;zmvGVioUm8mrTIWLXv7s4k/HrETZnkEArZ7pcgSTUibF0YpNY13wvkpoGksz6p6BLDQLAWuDUTS7&#10;VsgaMJ1sWt1NyT3VN7qMwfLORAaemr+XeSdyejDIHNpIlqjMuwBp8QwNUpmKhQ0Iu++ozL7jNEhz&#10;wYy5wuEpYAEQN9kmlrbpqvj31ONpX4+n+wfaM+AHhsAEAMPkRT3DdoTcTgGj0LywwNZRdtcgLDBu&#10;Qhkk0tS6wQ3xPaxkAKAQbf+0JLmmns4KYgMonSaA3vBd1MRAS73WhFLe5tnRN8hAbR0p+WQMTvCa&#10;al5JfiIASDLTbZPJXFq2zoKATurj5ol1WnxjQt7JQp09YYdowHQ6NO8jPqffefddOj4cJBBF5fnJ&#10;ASZh4zEDd4F0YQrOmuTtI6m22B/jOE9TXgB4EUbm2GSRFhQw9CdJuOyQVYwVh4YvoKnOCANSX73J&#10;/eGMFcP7jZnH0gRj35mPnqUJu9w253MPPWOZluaFZmEKBpIbk8XWjpwa8NYDjDm34AsDEkVKn9pj&#10;+L1Y2A8nHksgShf8Ic07vELNo0+b/OKSYfPKyx5mY2zZ4sBwNoDYU5y1SZPfwftSWrM49yAzibp7&#10;IVJ0hpulxsr5HIv7ijagDseAAPl63LDvE5/zy6ElJov34jjOADxLifXjxn4mQ6jRwWZPhO08ehVI&#10;00ZX0rbNC8qaSoBzGsodIGuzz6xeV0MPVOE6TZ08mbfYOABodJZgz1ibSzZjaAFL7vFnQGWMZ+dB&#10;Cadgn14HQignYB9APXsfRL5GOugIj1vddtHrAgrdc1jj78sG1qpinorkU9Rwgt6ETnI7k73ZWlfC&#10;zC90Lql9OR7Yc+vIQwVOH1fmbCE6SSc/jRZ2yOOk7vIhTpe0XspsgNIz491LuUvlNp88PmOOnnIL&#10;gA3s4gnMOWHKidx2Aqt4klA0Ob+ZJX/QcAy5Pk0ajiFBSPxvHwocATI2ewYD9204oBYBWS0CbE3z&#10;daxY1LeurSXNJMeNrAdLgnhpCHCyD2YJrJdSUk/2dnnJBY/I621jbs046gXhZjwAXLK6ZU0broFv&#10;bunq6Yfo9skz2t4+lWAMVbisaLnQ5Nssg6aleMAyCMqA2sNuJzVwXI90RM0s6xoAOAZcpVRDkr28&#10;B1ZWyGBy6HynO1Y+D+XrflyuVmpXw77QY1ApuiUl87uJalFBUQkI4h28WgoAyEDs4bCjxdVamctF&#10;WXecPi9Kk/pZlvV9rDdbir/ln6DbD/8W+tynfoKef/bTNNXaLHXnq4FuETVt7vxC7DzPpa11Mz8/&#10;nIO8LeYBV80iydiCBYznnF/ivB3n9ej5sQEW5QzkLSfgXAP9nNEZ7ZguF4YB7XwvL8vpCOdD3NN8&#10;kC8L2AfA76Nvvv7Gn6nf/oePuMLj7fH2ePsKuv3X9f5H6xr1zpf6hX74r37PD/3z3/xdf6Ouv98Y&#10;TEbjpfpwmtXaKONdA8NgRhYRi3p1MZJywJgtZP15SSh7i4zxnbVT3B8iSZEvflzmAxWz++5JMIGU&#10;15NcAHNQb6ocFFjTcAOAkLElUfFfHSc17T3Cs6+AVWPNgSRQ1gs+p3gyk49DOW5qsXN1fU2rWvxI&#10;c4UwAZFqHI60u39Oz5+/q4m79b57eBBmjxQ50tSZHAglQdHk2cOBTfv39OLFPb24f1CAjwZ4snUX&#10;62geRyqL5oariAfiRANAhDjGxoILOuRUm5ADHYekBVZ97SPLITARZWkxoen0sNrZSK4rE0oBGFdU&#10;Vp0nKdR2+4P79Qmrj58vB/e4Kbm47wy/vqUiK2usFQTSzFISoEkYgaWcz7EDGFAAYwcAWJpiWD/W&#10;RPocAGFVAR6MKySeKIq3Du7D5wwlAehawjMXo1k82fQzKUuFG+FCMWWAjLmblDY6GRfRDPDsJ/Xp&#10;ORyZ4TjWff5AmQ24WeYu4RpJgi8UHyjyBiWNjyWeIu0+AjBWKRA2lDBwuNnmc1LCMkSyie1gIBEA&#10;v1FkNZqQbemWEYmZg7H3Qu+HR56d6P+V4ummDobkFpqg6bKaHigsRDMTh3cSn6PMmphJTsBiiCG4&#10;ZNOBW3+MyoBF/kxWOMdOqkkuO1WG2NzYfQBb6ogBgBeaJ15WfcN71hw7BTE4TVBSBGMHCKbOK65+&#10;9of7F3VdUFCcgrKtFuMISWWEZ6UFFBjYoizKESytGCzlWMM0TBppkkvqjPc7lRwkcXnWRBSkRRcL&#10;IeqqcQFnBT1VGX02Bko2WTr8p8QHEn+P9FtdmlvatO3TlLMD7d7EA7TNaMT6BNOCIBlng0Jypw16&#10;auyY3IIzJshs1ScQ4B2AZ5cM5+xg6+T+eR0Dr5f+FXhelnYdclAJIJ9zmzuWTenYHP0VsrjgyycR&#10;Cvp1DM4QBmfGzSShY/PCM6B+BMg7jsbEU1ZeQAjGAgm3ESE60dZGJClrcu2AlNcBa6cyBC1F1tiC&#10;pUt1dQam+8xaum0LSPL9eAovxJbFSgi0iZ3fVe85N+L6xM89DggCAsg9dOy73r+Mj6LBJMEUujAQ&#10;AHA9uIhzs/ntW9gHgTHZgH8DOKOzcQx4JPcmbQEnbf/O4RUdYg6ynYq7ZUTYP5wOr4o75AL0NXNf&#10;A5I6IKjbbPMhxQyAK10zHbuGvLtu2eM8uCPPeIVE5SJ25P65p9Sy3ILW/KPwULY4UbcDa8vMx9AS&#10;xY0dnAHWKWP42CTzCLmwtFtTVUxTA+oK1gVh801ZQXxhJh9EwilBGDKU0hC0Ys8D4DCBoeey6846&#10;wIBXAwD78BTzb5VtlHv5dVsVskvFOwl6J8cMJ/EY/d60IIxSLrOs+p/nEE4wJQvGI7cl4UGCrDPj&#10;Sth6m/WW7p4+o/XtM7qudS8z9bZPPkzr7bbWw7UGXtf6t0QZ7O5290j4TVJssictnxspHins9Tyx&#10;eY+E2fLaOgyz1HupwywR2X5H6vc8Ds1Sgi9QbiMRWJKrA9XdXv30eIiqnotF9i0fJxw+xQF6E6wZ&#10;eE891Pf8C5/+dK3P7+nHP/bj9Iuf+xz9tn/md9bXWtDEHpvjUrY5pybbOsj44zJsKCxWtL55SseH&#10;5/SFn/sYfebnf7a+qalLGTbYK5j5ng6Wo36G4cyMptvLUrAO57S43myxNOuCGE9pDOfDTN5PLdAq&#10;0Gm8Tu5+FuKJbUBuoJ/Zi+RowqpyOkqli2bIl39ATqkv/SBhDvx9ORh3313vv7fe/5FHfOHx9nh7&#10;vH3At4/X+7d+3Sc+9re+nC+6GMZ/ZxzG31Ub0LtoF+RwieEXTBmoFw5J0IM0hSn2RYE6ZuotaxMi&#10;TBykgGqSvS369SLu/4avXQQzjCeQaCJk2gfJBvupSeNmsZxpwkSSRGop9UFUdhZZQi8uXrl0bCIU&#10;+MvlQoqDzWZT72vartd0vbmSf6+v1rS4ulIW1Bi7IqaI5ON42Elz/3D/nO4fXtRCYieyXGUaYqI4&#10;zpO5uNqdykSHxEb9u/o3ewHNmOXHk9FcjF+IZqn0iYEAQYMWat50ljYi5sYkxwwQYpCUVpYj5RU5&#10;o44b2xjdQW3G4bOmIUJc0AdzsK/JlLU4Zk+yB5bwTmqMrMwgY3oADAWbxsyAIxfWUZsZS2WTY4xB&#10;NG5kJ1MjJA/9VcA0yPGl5u1aTHKzuzTmkzEpUmswJ8hmSlGJh0hSg6YlWrOZ4c/l6XY5OXNBmHqc&#10;Io1mU+8ZDNbiZXk+YY54U2JJq3kUYEI85urzR7AA+N9pCgS7KxRg2TlYXPCOMMUf8wLeVyRgNMs4&#10;GcAbjfGFlFXZLgLujR1jrze8L01yZ4wM91krnmBMLkdMHnSQzMh8miCvVBDoID/ToprBmYSEZUJa&#10;ali8rHwLsyov8H7wBLpGoIu2gWgut2vNEY7b3AJmTo32rSefFayhl7XYAwBAvsf7bbJYNGAMPPPe&#10;qwtZwmBhGMzDa8SxOoj8VkBa8UVEQAEAHvM14zUmQO7UjuvozKdw8t5KD6i5bDQ7gGVMvgyWpTNm&#10;ZHupFJ2MNWfpr5DvZkXQcH7gXEZCrSfg9vLbjsHXWDkNoPH3AfDP2U5ZQToJx4DsX8BuNPbWkFuT&#10;LSmLxwmeegWs4aJeTUg6nzpZnYPTxT53Z9iP1GQC4JC7niiXXvrU0hDLTIIUuoTFdrwJM5g6iRxk&#10;8H4+jnP/PBtAMPDLx4ky+EZZ38Kox9EYg/tshtqgjpCcmc+egPvw2xz8d9Hl3TOPOiTfChMe184I&#10;0EyOsRBmZDED9ByYKM2Tz45EYYnHdm1F/A5CQQpAy0GhJ2MKG2tQZMSDMFaFeWyfVbwpGwgypXni&#10;o7EB+fo2+hBHzxdjChk4lbt9FL1J7zz4XAJn8ui5FUiz5mrbKXb2FiIxhT/szJoPQWKCqX8RtdjM&#10;Y5Cok/POpXuzFSGcpKsbyyf026JTV4BdaEm3/pU6P7zSgwAdx898/rIjfTOOdEjuEIDH4RzDsMCG&#10;gHZOyxBS7DSOCMqB/UeanIGXkV4rPnsSdKG/U1AHnrbHI4YHSS0v0hEeekmBQ7yO2hUoqJhhR2DB&#10;Yz5sxTDKZcb9hf5EdlvAmtO/DReuG40h704KDtKeDKDOeFMdkHPKgJ+x//SHCyhfMqo4ZuCx9HZc&#10;3dDd09fo2bNXaPPsNbre3tLtk9dodXNF6+WGhuVa1h+r8wfYvqSiQTQyOJFtXWR9kuEbqVqBtz0z&#10;OXkNEt/jYSHXQasx3PkCjGuTohaA/AlKioKBlA6rNS2Z1zECgCV1/nKUwb2wl6W+qI+r740HnnaT&#10;95kRCJFVbcChHMz05BN1UdcaDtLb3jxVcLa+xNHsNbr1XeB5ViWENcWbDV3/xn+YvvDLv1Rr/3tZ&#10;09uOOa0S7ISKbeQRLwgN4tDOd8fB8oyqdzacnJ/lZ+BfwZqqCpTc1igwswOu9yGeJ5EFhNG5CmD+&#10;W3fz7deB84lAuEDxM/uCMhuKoQr1x33Jwb7aVO/efP0NTqX83x9xhsfb4+3x9gHd2ImWWcbfzWvS&#10;l/vFf/Av/vFf+OY//Of+SG00v1flRDDqmwk9DEhT5twQLPF1rBfVKJT4JcsVYVLME9TIgFw05oVO&#10;l02mEg2EY5luLPD107ACoel3mZTSgBUFXdTkeBJJa5GiAAyeoBR0boIkGEISApUtOMSFKktGNeVe&#10;jgtarVe0WdX71Zbubjlx946ub27q/ZrW6w2tVstaUAwe9iCSNvZ5OewF5GMm38OLe7p/94Uw9VRi&#10;pgw8bl4IBVNG4isDfSxDeLivf3O/o/uHnYB+1syeDW5DrxnFtFDs/JIzBU8TMxl+4GHhgvRizw3X&#10;kVrCJeOEURrzoOEp7vbdZvtqFxI88StC9sfAGUtLd9yQH7KAfcKMM5CyqH+aAw0At+wiP4m+O1Jf&#10;E6sJehDG4kDBpQpW7owAPYSdwhKPMSKYgL8a4yS6V5l448WjAMNTzgCMyP2xvGgppZMeZi+EPNSu&#10;FE/xDWjopNhEAnQ5KcdLzwSyggogNL9Xtp+R1N0IibBnbGqMK7+3JQeDqE5U/GoyCmUGd0ewV8bF&#10;4DJONdSPkMVZ8ww2UWdUb8lrIl8vLcm5wOPIvcqQCKvgS3b/Ijnu09T5teEzpuzBBgTAcDD/r/o+&#10;Fuu1NgZdw6Jy6jyvk4P57jTWEL+3QdjCeu55Dkgps9CgC/PjjiDYpJvOKuwZBt2B5h6QJ/6RYSZQ&#10;a/6WASEIgiTUfcrsgO1GzccXklpsfnsWhKIMLUsONcZUpNIjiLKWkSVAd9RW546gYVYArrgpvSXd&#10;4iGyPc3LMLtUNsyBNyReU2mMy2wgPRX33muMztwd3xmsz7nU1pv6UmbBHR7kYaxRJKNPBrgXbSYZ&#10;6BOmMwBlCqXz4dPHTgCdnVUJYLFJvnBuK6J4wszrmyrdv9m85tDoRjdj71ho2G+lyxylzvstUCd9&#10;jdHDT8w/TgYacQRYH+R6NC5GXJv0fJfjBIDgGJqMW0IiRK47NiYgWKAaXmHAWvO688CLLkBnfkgN&#10;zS+w9Ed7awQDdVYSpT9f2/O6HLdn7hUAaL4mkTL2wDoKXTqlMB1lYGjy9eB+gsLQw2qRO2kndT5+&#10;CnZ2Hn/hHDyZnc+x2UhQJ+Ht047tWtADi7JdBgtTQYqtXSPzPO22SJSTJpPOPSk6ACy8nAMzb8Eb&#10;8HbRQWsWgDRnELki0BbAUxTRWdHNQ7Xkjn1XcvOd9M+RGuvbZPsG6DuMjhArD2nCmgLmboJCgF9M&#10;QBYZkLFf8V6YYFNWixQZJE2wspiOCMBQrz0B8RCYIam3fK3C3xZLs7XwDA8Nat6fNnz14cYpS87s&#10;Dnrk2wO/TrwJo50mWsf6udOBM5EayFo6oEYGuIMOErK9SBk6b1uCsiLiDUCS6Z66vKYsa816S1fb&#10;a1pc3dLts9dUfnv9VNJumZ23ulrLsFAsdCB75nMn5yNqEFYUKLONtzl1qd8yVCnw0s57YeDJkH/Q&#10;ukRZ/Dp8EYsNGcqov7CB/sE3VLvOiBKHojPWQhy6AWvoPr8OC4ytLoNLARbNE7F5wOprKfh/4NRd&#10;BpDrfzfXN2LP8sqzp7S5u6LPffYzsu1CXIlvse6kwY2F5XgOei1eRLAQt1d1W67luOzNEK1Wjn0Y&#10;kA8HutMtztem3n9cBwbCwXz5onDJC69LZAnor0qgbhhhVkc0s0Tpw7JmwJ9fIyJUOS0kp5TcAXzl&#10;JQS+9vPysilGmXNXC8JgvixeesyiefP1N1g2928+Yg6Pt8fb4+3LfPu79f4tbCvwQb6J2oh8X133&#10;//VagP/OEOJsshRgMoKeQhsPmFgLCBFLZ9JuXiijpLaasboVhsFkHLgeCdggDenYHgcQggZqDaQw&#10;NpTVN07K3WMGW+RmUWlfkgDM4RU5zyfhUZhxSzUkr0US+45sr67q17UAezfXCvRxIMdN/bq52igj&#10;Z4ho8op4vTCj7/7+Bb148VwSeF88f04PDwfx3UvGnOHmRoAnLUAGLn4Y6DuyfPcg94eHe/E1YfBP&#10;GI3U/F/CzKuMWk6m+BwqEBBRYFihUZCoEczvjMNTJMk40DLX52fZaN02hafiQ3CSRtb/qSjFrsVR&#10;2TLyOgGpy6TSDS6uD1PRBN66e45I3+Xtmo/GktMprtNlwJgTNlgnMTCm6Fgb31CPmSNoMiYPFJZG&#10;DC5jHAadHnOTvBghawROFE0ix+xS/hkzBqfmmWNJljE0oEo+d24MkAhgJwLoY0nRMCw0AVhk0irx&#10;tdCQXNr5wfubWSmr2rAulyOtFgNtlgvarJcig1ktlL21EjYPCTA9UvRmWI6xURktaY2RujfMKlfX&#10;1EmwwYztaWy8YCnM+txiIA76hZBgSwfodQy9BFlUlgADwjbJaiif0AzlNIM2DRgT8FPYSIRUTG3Y&#10;Rbpa7yv+/PU8I5hZZ5Ok8GfIuQMAASh42mDRfengw5yR14rTMJtSSxpex67Rf7cCuw/fCHRiZB6a&#10;PUHAMMPAQWniGGXH/pCVsBuE8E+WmyU9e+WZphKOsUkLzZcrzOb+54bsZYa5I9SiBcCYb5wxFTRB&#10;enLj93ICbiQEZJjPlSqdi8uxraHPOH4ykjB7ADwD6BUJ7JRdop+6x+XcmHeNJZtlbc5IjZ4AHBtT&#10;z95PQtiGsQeZeaOMHvXeMiahAxqy1qT22TqWHpXcq4Q6qMQamojEQ8g/YwNFFjg29BIytOAH0oRV&#10;6vzggg0XjJ0Zonst8j4nY9bBGkKTkzVMY8B9jJCqLgZpOGWQYX58MXpoSzQWKEVPt5U12Ri7dswU&#10;C9MKmNE11uHFbtEQvD6npX9ED+Z1/2trVTxLvDVTepUI6wDHkzqxfaReIN0WPkAx1vUI+bGFjMSA&#10;ZtxYoAbm5lkvHWKchTf14F3PKpn/juaJ2x0DOILhJ+oCSt7U8+OHGUgXnA0ojFpLuXduUKs/csdj&#10;6d2yiin/QgOfeyAgeKhNu4aeIZiemHmyi60mcIlpk63PjbNwbc/k7F8JwCkZbNkGtnvaLdhzHnLD&#10;12pYYhRcHV0WX4wVnhB6M8ED9CCvxcNDScpNFmilIRisHvBwoHREANQk12QBCy2EDOuEro2NoefJ&#10;8LM6qjHXdfKbX46oYLs4vkdhdt3p13EnjMdTtlXvN4ltHQBpDL6oCXgmKbPUhmF8XRVG3rgW7+j1&#10;ttakNwze3dH25gld33LC7RNaXV3Tcs2A1UqGrpvFINvRlBEJdTP7Fj7fv6vsvyFiGB6a1UP9+VIC&#10;MWKzfchtaCmhRpOu11x/mQ2M2fhorZYdhPfwHmeyR9SAGSqZgqA7A3tUzdAnWJcuaM1T2pP+nQKS&#10;8Mss7bF7SLsZLB5rzcVS33w40k9//Kfpk5/+JE0h0dNXX6X08ECfeust+tDX/ia5Zi/XV/WzaQUo&#10;YW11Yw4LtbBgJY4EmW22tL56Qrv7d3Q/hvma4gzOs6Pk8hrs64SBxd10IOeXBWOULuCMLqNqpfGY&#10;3SqwtGNrls9hgHM8SYNXzyUcH/1A/Pw1rW5ysL97rKUMl3CawDuXyH9ZmH3d7Y/W+79Y71/ziD08&#10;3h5vj7cvw+2h3v9Evf95Dgz6oN/M9/7p7yh/7Hu+7yP124/WhXkVvHhtzXYMrbFhUEO8pWphshjs&#10;oqJJZdNhL3ILvvhqocfoXG1US24JZanMwB0xPWZhnLCFgsiDNIwXSYow5pemcFQuZJYJZ5OuiYwX&#10;ck9tNCdJDzPAj98re3pcMci32dSvm3qhX9NmvZHJKBsQrzYrWojEVy+OInM7asom+37ccyAH30XG&#10;+6C+ZSiOtMBB1wBwk5NVM5r0XS1CmNH3wKmd7DfDf2NyytQYeOADyr8Hl8+1CbzW/rHV+wFshNxA&#10;AW/rIENieWgWDy8FiXI0YGuQVGKV1KFlGSzZSy/a6ts2iXRzf6h3kfBqaZ8Buqg0Vs2qXQSAJtVC&#10;TZI65PsxJM0hM12EtaLJzcmKXjRxI4A+ZsOEAUCbFCiFCL5pZqyfYQRN8KbKuTVe6js4wRdMJ/4y&#10;CUURFLAxDXCNOYJpGiE5GVTeEoub0RvTZlFfa12L4JurNd1t1/TkeiNfb27460YKbD5OB4RKyCS4&#10;M6i3ipqBaLcL6mSnTUoYPAlYpMIWOjMpU0s8y7D/NXxkEtzQfk7F/M/AkoIk0iSexn3UBlPs55HC&#10;CfAKxbvIVAcDKwf5fMwcEPkdgAsODViuFu6ROYPfHV2L7k1TAMpQmARgy50XX2hj/lmhLA1NMj++&#10;xkyxWpfXIsluQfNT+uc6nZKH4sXpLJkXjb5MyM9YfvroZT02nz19UnuAUabqJpfum8FCFiYB1otL&#10;a3HO566B7JpJS8N1k3gY0AtjxSwSqAv1KR07wbwzc9HhSB9uQR0Lr4gbn6zRqfPPIwTtUCqeiqsA&#10;sXrimX+evVby4IvJgzYs1bZ4qAeA52696n37svl+lrkvkTtAnIQS6CIVPbTGpKqOFAFkojh0DLTo&#10;Ev0IT0WTUw9xaEDVCE85BF0E81yMCLhB2q2HYXiQBhhrUX0Xhd0b1a/PfRvVZA7sXZXg89oTY2zA&#10;3WC+T2XOiu3A74uM1wvMsZnU0s7zwbz64DEVmpdgCdSl3upnH6N5gHYAdlCPq2Bev4Ol08KPEoxj&#10;BUENODHJbejCNQLSwAcPDTplTqvXYmnelWBHl/egyMUZS5dmgUN6iQr+XAZx5rMgCnJgnKiX+73H&#10;LZ9GAF1s3X3YZP92Tzh83pCbmyrNzocOuO9tvrCOn+13G6C6/B7+ycL4zvDatfPapPSaIK5rVft9&#10;SWrfILUYDxCLXduLDyv03E6eei1fpyPqQYTpTPYaU2MPZ2XtiVdbgUcn1s2C9+EAMDVWZaByznqi&#10;k2T20AxM3jfQGExeRaXmTxsvTY3K5YA7IzsZMCWgFsvxF6oq2V7f0YY9om/v6Oqm3u+e0frqmq6u&#10;bujq+qbWq2vKQdl+vD4Lw7SAJcnXAWZEZvUdfL6TF9IaFO9LE4gPolLRxGI9D8agqwkP5rQ+SJ5i&#10;m5J55Sl7mGvT/X7fbJ0BFvbJ2ETqH+zMvA7adrDIA0cwaO28N+VnqTG/7ZoZYbtijExZN8YRzFRy&#10;L0R+NNf221rH7w87DWbh42qKtHuxoy/88ufo1a99TdJ3V6sNPX9+Lz7Ju+FBpMcapjHotlko9Doh&#10;tIqHzMeiEmW+hxLni4vv/3bshPc7woIBa90/AQoPRrr2QX533tvQP5zWJBj8hLby9etYjKULzjk5&#10;RnM3PivNI9JCTyg0+44zkNF8Py98XFMHnadNn58nXzawj43w33z9jT9Uv/2BRwzi8fZ4e7x9iW//&#10;W71/pK47P/WV9Kb+k+/8g//vn/nP/9r31OX4u2E37cyjQG2izwULAxMsdWX2Ek/7JE2P1MODiwv2&#10;sFsz6AcGEUss8pSavE7GhSgiqcg0txizBF5Lwixhj44MEHDCxOmoHn+jyEIVfFAGVH1uTeqYmcgG&#10;ABT8fpeLhQB9a56IjirVvdpcSaEwCptvhMG3FkzKOJkkxUtkuw/3tOO01Ie9T5ktyMFbUS9oshTr&#10;/JUTcjlxd1e3CSfZSiAHF1T19USiVo5aVFuCHQpcuaCXOV8lo9kpOXQSOjILnU4anFEMaVMRLVCF&#10;GsuNbwmAEn/NyQBFLTrUaB/pdxwwIn45Cgo44NjgDAczMPBzFpwwebKGPkQAQGMYBcwrg7jzUR7V&#10;w8cswwXoixFm6gAl+DVTx0rKGr4yFXKA0KRjUrMF9cnTJGEFkI0poiVRE9ZYXS+MLN5KGSwvEZTy&#10;+0gCkoZcABRouML1ekHbemzdXF/Rs5sNPbmt95srut3ycbbQNNyI5srAHTSNGfITzyI2aRT2mab6&#10;6bTV5e0AUlLS0BkG/iYU7BaQkSxN0ORLHctFf94xZSCDGyMYSIuh80gcPUF1xO8k7TMoYBsMuBXg&#10;PUpADz/fAqyl4E1t9vTJAhnfTDZCSIstkEmHeSjCnK+lQO4wNnlTJzjRczH3SYPhrMk/r8+jS7zd&#10;zdKZh0HSwmepMT2gXrfH5mpN5mbqzJZcHNgSz6hO5tonziasa8ZGSdnAfbBrCqEJbym4wogxUlCc&#10;F9OalaHNm0padR1oQFvuBgP62Bng5tLgAtkd4W90fZ9MRjdNYBkmByJNuse+WNnAw9IkwS7vxedz&#10;DCV33qomLwznHnnWYUmirzO6ojNMQzQmHBpDAeEUoDOmbBwayCfnJqRfKr0eVXYaG0NTPfEU0BuM&#10;2YdQHHluAGByjkQwTgxQtNAMT7iFr18HmMXQ5OIRHp16rhRt3HHTYJK531G52EQWOk2DWMR4wiZt&#10;dh0ezBXIpXSKm2pEl7EJxU4AHraxa9wU/MvO9vNE32heqc1qYDDZdECSrsnhQmMZhjCH09Tq1NiM&#10;xqjtcg7o5VmlMybehRbcZG7RyV7lIhJUSie/DC/LsG2eW3kmdSvnrJ7SAXy+P+ErmVEHpLaq6YAv&#10;+0DDrvnFgDp73kHBk9IBgQUMXGXtAbSzhG3428lgSAZHGr6k3nfMtjuC1d/YuTIkmiZl44F9Z+ua&#10;sYT12pzc7oElo/ZvHei2a1N2sLExhskVIHZlzDO/vFzKDGAwVUPo5ZQ0w4zbOuLRKDpkcf9NYK3F&#10;PCGLQyAY/ti1RyWrEiIB6ap6ZOoAS7ymeXBQ68vVekub7S29+tqHaPvkVbp59ho9feU30Pb6Vpnx&#10;w0IG57w+HZMO2jL7OC+UZceyZR5CHQCUynHKdS/psaIebS0tfUAAjyOS9ctqvZYBLq/ddcWT9UqO&#10;j9LWE2G0kTIlwxCd4bvgtXClTH0O5GhJ1Y3FJ+9DwjYGMhUHUe68j4Ov0Rmy92TXT1PzzKS7cXZ+&#10;CiNtHJFQ2wbf/LgMyx6V98Zap+8xnODhbP37JQmY/TW/6Wtp3C6lBud9JAm8fLzVbb2/f06L9XXD&#10;bXmwXP+xXq1hYaIDmaH2DI0lfnJcDSf/DmEG5r0UXs75bO2e9S7hQqBFsDnWHIguQ2h1DylhgoIp&#10;Bdow8L2GEGXGmy/woyyzwJnTxa8xMBvYWDqvUf15ewx1vYEdA19OZh8Dfj/45utv/Pf123/lEYt4&#10;vD3eHm9fgtsX6v0P1/t/U9eb8pX4Bmtz9qfqQv/76rdviJ1HECc4nbaXAGlSBNi3oqva5K4Y8OPi&#10;RhrLpEmdewW1eLKoHn4weTfTd/EHm8BoyzBUhkdY1mJSpsBDS2NLQ5IkWvG4SIEmsOgY8Cudb5Ux&#10;0oJ2HlIEMPiwWC5VSlW/cvESwK5I1pQy+CbAJKe8ZpGXcgG8PzxIEtlu90CH3V7TUguEDOybwhe0&#10;zm5Dk3snYTQepwAfGk3hZbYjb5+C4nnwukxDR3jamHmbHfcwOs6zdEGTaWUU6sYMUgArdOb4dhHW&#10;kIsiRvAjNb8qLSalHpg0ZdMmkryPhG3CRSQbGENmx+bIE5hG2VOZiwMSyuAhb1rJkg4zZEQJjKKi&#10;Uk55/zFLI8xfCcmSCTJWM6O36aOxHZl0J56NRdlI4peYi8uD2dyeDQoVKLTwAgt7KBeHrK3pknl3&#10;Cz8IGfIzMPyEikMiEVnWgnxTi8br7YZur1Z0x2Df3Yae1K931+taLKp/W4zF/eC0+dIDNKGhmbK+&#10;enIgB75p4l2mrUlyYDy4DJc9zjjUQBJTVYc7l3SWrlgMyi6wVF42RIww5TdgYxxHhEws5HweESKw&#10;GCzNM7oZ/tAnVA5d7hwq9oJ0Vp2Cl5asSb0vWJOKUISMxsCP0n4fHBLsJLuxSVAXsYW9Na8xeBdG&#10;gkm8pjn3LKiX+d+csUNQzIeucC86Wm9+jWCrmBei4PU23MjNu84SBF0e555SxYH65DIqa9Y7ieyU&#10;vEGmcg482PS/D7bQNRbJlmDsJTTjtl6YT2MWdi7ed0qeZGvv383aATDb3yULCukCMlpIRzO/92CR&#10;7iDNJkc1HzT44Fl4BMHwXZh1nhrb2HnK+I0IvNBzfsBaEi2RdhzAvFa/qYBBwiiP0+Nf05M1HGPA&#10;+iHXuyDTA0jpBw9XGcAiHgD0qXcekl5dgqvHpPhbhebJOFdOhQ6YiO7xpU1jJ3XiNc+OydR7jYXu&#10;aYr7z/WxN3M2RWMLB2PrwiqAzP9uCA5OCpAvieAknoIKSDaGnr73oizEaOBhb6NBzgTuG/locfWO&#10;sbVQiR6jMZw943gJof9c5SLXLpwi+i9Jsw1hfhUos20/XwnCyfsiuiQGzS2MBM+fMDgs7n9r1xmz&#10;SLD0cxuEpm59KOpHXOx6j7UgmY9mdj/N+Sdv56A8ZsqQ1ut1RIC6YuDbJOoFH8oe1Q9PXwOeeGD6&#10;ZTB7XVZrEt1sdh/NeiWU4r8zVp4l2jafQLOOAHe1AzSL+6u2AaLLHkvohPxlNgrqj71TRutsaNR5&#10;Hgas53z90+Fa8a9yvrtPG1O9eCDJ9WS9xo9LWizWtLm+oc3d01oPX9Pds9cE1Lt98kqtjTdyZ6ko&#10;DwecVc6DUwFVde0/TPu6rk46KKnbdjlpYIaxgG2wNgPryUssPbYitRAlHiDWNdrqPLab4YF2Bjtb&#10;PicPQcskgxt+7sVCmXlSR8oAVgenDDhy7cr7fbVYeVK1WRyY7DSDdVYwRJKZG7Zp1hh3Bdc1kUM+&#10;mzDQCuH74inUvDbwdUZ/rr+Tax9Z+BCu6ybx52M1JGea889YfvvWz/wsvf38nVrz85B2If2A+IoO&#10;SLSvn2l3vBfVCu+n9eYKdR/WphQ1hIRh0trvjBLacWmUcHn9CRgnvwxUCzGe1xzQT7uldum8hiXp&#10;sHt4PHnNOLjXYc7lfPQRgqdGn7+nPmm6QNlUZuzjiyTFLszIhWBdKMnsOtSW2tk6OX4Ave531Ps3&#10;1PvTR1zi8fZ4e7z9Kt7+Zr1/+9d94mO/8JX8Jv+Df/ffOP5Xf+lvfGtdqf+2rd9S2heVd4qEV+Sw&#10;C1qzBHazpuVqKYUCNwzFpBhrNU8+utwLzBDICOXfU0telKIxTWCuKGtk4oLzqKAZX/i5GBIg8VAv&#10;wLUYYtBNig03ly8uL4iBWlqrFEwLYYrZxfXABU9R8+EjN4yHQy3GFlKALVj6IN5/QViK7NO3e3hB&#10;9y+e0/7hQQAWLih5O4wIIYixMwmPOkXd7zWEg5viA8tfDwwUghED/xLJDRkgtZUEDpZmcHrYUoul&#10;MrncU9kX3IxGL0YzJHqUE5q+ThoAsIPhyAGfJ7MMVcaQjWE5jpp0yaBf8YS0AM8vBcsO9X2wB+O+&#10;1mwHlv50jY5L8VxmFz3JEm5AZPb8GoCmzDJx6qv7hSS8wrydouwXT1kVbGISQKzAi5FZpAwOSp2b&#10;YNqflRmmLBtuBsC0GdSEX4oWNld+z6KlzMyNtXEgB8i0V88SRLNZjrRZr+i6Hv8M7N3W+3U9H+5u&#10;VnRVf74SBgxvlz1YT8GBnQRZisieAcSIlAaAzjE3Q3GTRBG8BksnXVK2lEmakjfqEamW5jWmzCRl&#10;GIkEF+nZCkCoZxZL3IdeiigMPWoeZdYwB9BgcgMVPCQi67FiwQ9e2E+J5lhg30VrgzgEOkuznCGW&#10;pKEYxeTlpMyw2FW7JhMsYCqUS75MJ35d/fuYgZVdQZo9uKZXr6g/ZyTzC9oL6KrAGeTUKft+dXkc&#10;n1aT+iqSyXxL6bz5ctuvp156Jsk1CRtA8Az2agG1VwHD7OwZY+U4s8ak3ialtWMRzbs0/8bQc2BB&#10;m8TJPs9k3not1bcF1djgIVOvQuq9e4whUaIeI0W5s/AZUqpXCQ1Ujl2qrcj7IZENJhGFV+KAJOQw&#10;aEqteeXxY+RvIDnX9XoUEHAE847ZIwOAbAa1zEOuBLCLzUsyAviJer54WIdnuBhbLTobyL30+vNo&#10;1i7mBlIjZV0AxRPpJsHqQGJPqXkvRUg4zQheCEBDM7u3tkvZcBokFS3wYzTWIhhNce4Pqo8Bo8cY&#10;vdSIliZ3bwnSc/kZNlEXXNJIcCG30IqzxMpuDRBmeskXndbe9xbey/d+zgsMIczZfV0ysbnLl/ze&#10;zW8+kbtl+MiVTjZv0jeB+0oD74onysI7rZPQOriXlPkma8qEQIuS52EdBtDDRqUAqHeJbjpisAQG&#10;X5qahP8IWa2wmowNnFBjmI9nAxv9cxkPsQPyCHYFPThacnbJYjGwqpSWWuxrfmOimwQ75nMP1ngJ&#10;lW1HfPerDoDGFMz8QM1HTpeuKEm2PPBaLFa0vXtKq+0NbW9YWvuE7m5fo+snT2mx3tT6dytptjqU&#10;TLqu8PrCIRjmqxsKgFHUU2DVHQVUnXwwqkza6BYBPiBzv8oG5AaXgTaJfykdWQzWMBHbeDEsZYAt&#10;dWut3dX+IsulOcqgQ4ffIqs2ywb+HlJWBvt4kVmWVT3/s/hCq5w4gLEX56FXAd7NzvgKCECy3Tuc&#10;ENtQ19jQK7RwKSrGvI+z85TfJ0tuhRkfLOsLj6/P81Of+En6qZ/8uDATx0193+NK60ge/HEPwEP3&#10;ehfgL0+yVotfcFjIk8l1oZb3u0NSr8NjguXDpVu8PGwAsPne3ON+vYgAbclODKPsdufGZahRrXlL&#10;U6jEOXmwl/vnnC+8ekbYXmnM4HxS+Jy6aFATFvSrs77N2OxxZzOV3OTb8QMC+7gRf/P1N5h585cf&#10;sYnH2+Pt8farcPt0vX9bXVu+aiwC/u1v+ca/89f+ux/6L+ta/G0BUl5Zum3KWJuD1VIlsQyQLSQ0&#10;oX4fccEoCxQUYH4wgJUa0yPJhJnaVFo84I4N8ODCk2ULDPAhcY1TcBXwO9BuPwp4Nh4iHepFeAJ4&#10;xoWpBFzE1jgS2Et8Y0ahGW1L7QrvEW7YUhxdqsavxVAUlx2H/QPtdw/08PAgEoFp0mRhBkMGaQiD&#10;MAYDEgUDrn78Pt95B42sAADM6LNCOruJMQOlm9WarlhGPGiKYpHPu5NOKB7HlmwI9lVII5rQ4Owf&#10;k1mTy611XzL7xEJQ2hAxwg9EC3QuAq2AmiYtAtXxI0Jaqem2Ryn6NdhDvfoQqpEaaKEXcnIpGCpP&#10;1Gwm9UFnx/uDi+IUhK0n7BE4Ck+WIgrWkfr2mNwrelhChsdRKt2UH15EjaFRzOaJLFQhdKm586Yw&#10;uJrWGtpRQlc4gGMhRR8DeddXK7qtBeTNdkN3N+v673XdjyOtGfQe1c2QvfSOyVIDyZlTyvqE/5mw&#10;SBUAVjYYGkNqHimhZ6yGvsSDzF7YtgskeyKpdxibvHZQubQAHZz8GaOb7StTJ8Isv7H1WoHX2JtN&#10;ngowKJODltb4Seoytv1xfxAAxZ9rVjRmRwEEJLeGqwM2tEEYu4q0OJCfs+7Xeaho8OOVm1NvLAGW&#10;9014pE5a4rSq4rLdGeGPzsMfLBmFz+39dKDnb7/r6cbOqAFbOHdemgZCWvPezMjJ5dV+nvTngAVl&#10;kB5HwdLMqQErtqb2EjmT/E5ggxakLpsPp/xNaiEZxj60tVmScDuJr4HTwgB0A2+aeeyVmaw6+ARf&#10;hg9D56KG8JkgsduDhDXoMCZ0HnhDOy5jwJo7yHEsg4FBvxcAKoR23PP1aKEyW3mO0UIzkIw8aEKu&#10;+YJqWjLARayFDSwbPJTGkLWgFD40Vx2zIYY+J6Gx6GJzhYszJt956xfBHNUBUAuZsQCkhVxjB4Dm&#10;pYFR+JvBwTpy0C50bDVnKwWVggUke9vPIvwN9X0bky+SkhPRVQfq2E4tsGNAGq0zTxG2ZME+PeON&#10;ch9iULqWNTYgiJAg72dqcblYH4lQXsLgugT0hbPfNTZwC5aan/QB/mHhROXr/lbUfG7lummBES67&#10;7RLNswaVcV1UcpPQl3wUAKjA83ISeW2TzzPYJp552YIvTDGR5DpjYVvFPTsB9CcNvkkYvIrHHgat&#10;JU8Ywk7O8C2psxwwuW/Onohq74lKl2hbWrjChblKc6jA/jSWnmQB2N9B4m7X9sbe7Mw2ApJC4eEc&#10;oikYxo5WpEEBsMh1MDnK9WUQu5KBLTnqG+CANgbr2D+PGXnbuw/T7dOn9PSVD9HV9pau757U1x9r&#10;rbuSNUVsafJBh7LimXesNeILOf5XtR7e8zR0rzXKarnSgaytzylhdAQQL6fZEKpnyfH+cVZviH69&#10;tMeoPNbqlXaN8/PdJPmwYBgW9fmTPocoJ7B/l4vRzz19zaiDQyA2vAZnkwtTFsVJyaMEW1iYg3oX&#10;F7zuwgenZMxr/tuUmtIALGINoOkCXVLCz9Tbj2XOdt2X5zGvGiIQA9S3WRmqGBxkZSR+5pd+iT71&#10;yU/SYlWvDbW+ZvCW62/ZB1i7hG0IRiGraVjgyz3GYrUWT8XCPY6oHAa5lpScsB1OOcLhJfy+/kQY&#10;Zvv7cmZ4hGqHMDCJ8/CdcjmRe/ZP8yDNHd/1JNTDSQHzBQ4/z21FndkahFYMBXJfcLUPPw9Gar5C&#10;ocPvjbEI5mB3/Rs/oF73r9T7vwaG3+Pt8fZ4e7z9/d7+Yr3/ka/7xMfe/mp743VN/mP1/7+nLspf&#10;q1NHACZgC9FwMvkHg04m1miEuVFg4IPCsjPfzd7I2iSbC75EmDqL5ISb5IOAIEeRtO5ov1sI2Mas&#10;Pp2U8t9psyjwGxd3CI0Q0+kAPxYpLBCKwAa8wSRImqKqYQNLgHIkbJWyv6fDMUiTu7t/UV/3gfbs&#10;0QdmGLPRuPhjoI6bpJGnwAMa1Nq4psOB9gBZqGQ3sy4AwjRRlgQw5SLz5npLtzdbSfVkbISLF5F4&#10;iBYCHiykEioBWAGy0rBwyVSYTT3jLB2MJa8g/5xUBgoeHKy4k2nrQZLJWFVbYi2MJgXeppTdqy+X&#10;4Bft3HqwBo6YST4g01xoVjB44Aipj1AMCn6O0qhC6sZ+dCV0XmKFejmoHaSa+sWT2iwBL8EoRmAC&#10;5pA7CYR5zWR4CjZfFDk+ihZLQ9GGe5BkSZaA83bn6XegK07a3Szo7mpDN9u1MPturpa03SzBKOSA&#10;mkmKx6OA1ZClJ/WftOPfma6pfV86j6eAbWwgnCVaKlCnUnoyI3wiSHCR+GmBGZAeRpc7Nr8tY+w1&#10;8KJrXqWabvKwuX+bnrvJ5GBHpK5OGZIvBYYj5DnuhVjOhtIOrhZsfyo946nMfF/MC8/YDPYwfh8D&#10;mBHJGCNBAd3YIQuzhE418kMapp7nYebr17Qouj3SxcLaal/ez2+/8y6Ycrn5ZRoztrRwjJ6p6V43&#10;KKgtRMXAg95v0UIzCjz4ivtmqqfeBH9OY+xlgK4usxXjewsTAhvXgEhh/WhojTFlHTAoJlm2cz/B&#10;5+9ENA7JrIC2vRedse/ImMYqrxYzd7ChCYCb+umNkK2N7gc52vfOwlOAT4HsAQC33keXvA1gsoLl&#10;ZwDWEJ2RJx5yYP0FnGshztl4c7/A7uPCy5a5OJ56GGjGpFOFqSbIkz++rY0hUsdS6lhHYN75duuA&#10;qGzgEqSP1pvJ57KhEAIvjJkbL/hV2tDA2JIaDAIWM9aK0AGN0db02FCc0IXPyBrUpdSe9aT9e8gN&#10;IOxzbJssE+BFOTd375tJB+pC82CdSXw7co2xIFtebun4OKGz2wu4DnTQYSCvWTQXyj6n+dSWtk/Q&#10;BGeAO4KrgDmnoD3jREcMBSYEUBgYp/WOqh7qYw54XEkOCuoaPDmrLyGh1sI3dO1JPjxQcFABPH5s&#10;k+6mxsI1xmDpfPFK7hLdsytYG3sRn9IJ0eUlLggt/rP3QS0YqpnvIpVyMcu21RQG9E0O+Gl6LHyk&#10;ydZXrL1iVbGQIfR6da1hFwLe3dHt3Su03j6jm6dPaXt1Q4vlRgAeBpfydBCWO3vhBpNz1q8ssyUe&#10;2tX9IkPfw06ZYLX2U6kpCeA6YHhmAUb22UtHq5IlwdjfRb2XGSxjexMPs6AmqScw56SW5GGsWZuY&#10;9+/QAoo8zMt4jExILlGvFdRnQgdyVwuoQfh5S8fU5rXWwlv45F+Na/VDBgPa/obA1pXPDRZ/xHDa&#10;zjVes8sJQlWohc5ZvyDHSWwDIT7WycCqQg6W2jBQhpV5kM/J25TXeVbfvPXWzwrzXoZCUQFX81rt&#10;08Zl3Ul6RidOgRZP2qkeAwda5yvKi1Rrv2Wtxx9ayNfM1+7CWnc2GjQ26gkzMXfJueba7HOy0HmM&#10;ng4gui15ShAM53J+LSsaWug2P328bunY2CUj9KsfvqaT85Hm9RR1yeYG2BdVHcTiEjGAfB9gQMcJ&#10;u6+8+fobnEr5sXrfPOIVj7fH2+Pti7x9ot6/ta4lP/LV+gF+/zf9S+/89b/5P35bXZh/IFj6HeQ4&#10;ZkbuRtwmSwoE0El9z4axXR1iLLMLYbELeMp+AbPUrQRZo066D3Q8rOhhMdLDAzPS6oX5uAPV3Txr&#10;SkuUEpBKfUc0GXGAjDG6d5Mlhg4wG+YppTA7atNw//BCyiSe2j5/cV8Lh3v1qGKZKzepLN9cqSn/&#10;kpvGWggsa6Go6cTaeHDURn3byu7KCYERgdb8GLqSCy9PC69WK9rWIvRDH3qNnjx7QtfXV5Jgyg18&#10;roX+AQCBFXFcZImsIutsWEQfIstsjJngXnlgLp2EaMyKEngkxqXxcZIYOCdpdJktcBSgQxiVk4ZB&#10;TNkke9HN9JMBQSaxdGaYyh8FsOgoEQEBFEmKgFpETAq0ZIKElItHkQqjcTplDBRr0lBumcE+aYKl&#10;HGvsiceNQQJgI5Px0GSpRWW/oVwShjXT9rHuC07avd5wCIcGcWyvFpK2e71d0VU9GDbLQXwRuZk6&#10;7HeSXLffHyWkZgKTM5tXmTVRkIqWnhmE5tu2gQQAANgT1uNyIbAvMwz4OF4MgweFGGhhRXYw4JRa&#10;quwp1cJMvdW7J2G6rpIt8XiS8BM99lVGrYzEYv5znRw5mwcj6bYfa7Mlk/Nghbzus5RLx0ANLhOx&#10;VOm2m0Ojg4TQ2DOkYHOE2feshclFpFdKKkJWJ6cJdim9VhznMM+1CAC1Sif2avh0mDGN/JdY6va7&#10;Hb3z9tt6buTJ/SXJvevmU/ninlU0L/5LL/OzxwVI5xLSfC05G+C7hWQgmVnMz802AeelM/Zgn2Bp&#10;nMXSs03im4ODFGe4Jqb5pQ/DQIhDwKAgwL/OZbZi9I6EW/F8G7Q5w2CIQXROMGYZuYQ/RPPPG+Gt&#10;N7jHnsjzg/rqRTD6NAV3dACvD9WIYKQNliQd2/poLLNeWhvAXgudPjVcAPgUPEICMMC4oUuZJWcy&#10;lgaydfYOIZc5tcwsGk79I90bs3garqUsW/Bpk8pmDElwzEdtnKPLhS8b1vmgyBKC4Tno+Lpf03kA&#10;EiA3bPw7axbbOIosH1euJAqLdSnRYc7Qfa+bJk32LBHsJ0HsLHTKrltYR2L3/N6Yh/mUywdgHVAZ&#10;MP5Rkriz41pYEiEV1AjpU0uxLi14TEA4sGJJfPEmZ9NJqEWCPcm0r9fxLOA7+6G5F940ueWJDDOP&#10;BgomgPjNv5hK9mRbD9hJ5ouWPX03+2Ahyxrv0jxZkxKEex3Lp5xUCmfJ5eFsXQjlXIJ9Vm6E7jjH&#10;fmr4qjKfXnYzYJDsWi/n/kK8ZBls4xpqff2UtncssX1CN08+TFecbru9oWHNNjMbqfHYg3k5Lv0T&#10;szTVw3243jg8yD5j+5VgaySR2wN4OEjdtuxTbUFfvA14/SrUGNziWRiSp5uabFLqj5Q9fKqXt7d0&#10;8DAD2m3oFULsflZ8+GUSc/PK60GaHmBs0PY8OVgtGiYBUvlt8uCaQbLM/tI8YK/HFSt1lrVeNWa9&#10;rOtDH7yhn0l8Cb1mLY3VTu19y5A4m0S189DFY0MqYO0P6h3UBQ6ZFyDDQ3LNmiajpck5etgd6Md/&#10;/OO0O9Z9O1qQi/rUFQDf5IxlAKjZfDYTpMATHXNy9uDN9RMaN/W6U+vAfuVqa1tpk7+zUUO7xVla&#10;DOwOcK3QpOLSkPQuZbpn4Vl9X/JLLEpyB8CFrv4wVjR8erMBfPAIDCBHyN+Ufhj5/sYJLqOf1VPd&#10;9sF1IsaXr/kfFLOPAb+fefP1N/54/fY/fcQtHm+Pt8fbr/DG1dSfrffvqmvI7qv9w/yrv/df+MHv&#10;/4H/+fvrWv4vOxMCU0Ux8I7hrCHqckZnTY2b8oc53GAyPb54DUVBQmGdLLgwNjNeBs+4UlS5SSua&#10;J2HlSDk4qCG6JolG922SFEHIvEb4mPFj5HfuIDuoBJEBNvbWY5++hx093N/X+04NjEmfh02OD+sV&#10;XSWk5V1pCpgAHEUvy4dawDNQxjIcacRqAcRS3XAXZOLL71NYffVnt7c39OyVV+n2yQ1trzZSVGYB&#10;ulhyh4s8gJpFhpxI/Na4MFSpiu6L2GQcznhoIQKBWrql+Y9lGNuzdyL7sEhTMcCgOYMwAaBhAjNN&#10;mAp4BbjwnU/kQxvZ+7CxzDu+YlPaEp05Zh5pwWRsVhz3LA1vqhvgwu9zwN+oFA1+MAxCBfVX1Ok5&#10;ObNNwLmuAZViKzT2qrQfvM3HKPLc7WZBt+sFXa0WdF0LfQb/NvX71aI+JliRpKwoBvkO+6Mkv4m3&#10;kciOohvzl8ECCJQSZOeVBt+AkYTwAAZ4lakHea4HY8QmsQst8XLOYmvJdcWDGhR4tdAGY5QZ89RD&#10;GOCDqL5Cyf2dSifZKmR+Te3EjgA82BybWRUM0IjLWOmSMAu5yXY6HUzP1pFwlro5ZyYVTzm1dD5l&#10;k5F7+WWX6wIgND++rJKmGTsNL2KDA5EYeVNrBpI9FKksBN5277z7LuRwCFcBc8ZYLPGEWVgMDKcu&#10;rRDpk6kz89cMmmaCn83zdEIyrgMKaO6LJeo2Pz6X6KIJbX6dmMC7pDi6/DJj+ZBV1VhxZi5KA7Zz&#10;9MTmCMBN2XKjAtQA+QYMJASgxlpsYN1gwB1/dYaeAX4LOQejMfUgsxXm3iDCUme0OZuvY+hFCh6I&#10;4dcsasE0waVv1nyFBvaVOLtmuayVyJ9bWLMxgNUytL71gp/YjPHXKHEdkBhPWGsB/lHkjL2eBZqM&#10;CSX7MFOzbyierBtinK0H5unYLdR+zsg5FEoDIEIDIrI3sggSOpWANdhy9u98Km4D61O4OR3Nt6DP&#10;fBkEmOHz1DeS7aISG/zoqsehswSYszJLOQ11ACvWCS7ZZa2emh6wTsEfVcF2lb0qw+6I8/DYpLX1&#10;ZxzsJew7viZMe0hnVfqZkGibpU6AdNcCeIR1O3nSbnIwXkHEDLTXfDmbZ15uQWUI9ijZXHMLaoFC&#10;MwpR6eR05WSHdiydSE2ePxNMF3o5yjfz3dN1JsK/LQtzvr4zrjcwjElYE3l7c1WYSvCh7GJ1JeEX&#10;zMa7ffKMrm+f0s2rX0M3d0/kMav1Fa1WG/HnjQsky7Nd7D6J9JSlt8Owpt100PMnIBVYWGvUJWQD&#10;FGMglKWkY5iBY8IeG5UhzO+VQ+pkrafuHM0ieCUhIUIWP4LlZmw3aRaYFY/k2OYnfY7Kt7Cz0vmu&#10;hS6xvttpvTUFfpccaCQfetj5IdcmDtcZVrLe8HEs+Dj7/S0WtOA0ZgqQ7c4TVFnerNeSMDu3Giia&#10;GljbvUUbwHjKtB1LCM0IGCQYyO0+ulgspDYdBgDvCv5HcKB/+hOfoLff/rzYNvCBJPsGQzw55hDU&#10;xD+39XoIGgwjtTA/PqoEOdU+gH+2u3+Xhokl2vcdny/Mzo8ezNLravwVdFiokTGYkFRnO/xyAw3d&#10;T3LG6uv8G43g3bGaKZR5EjAGsz44N99fAMnOMjQZzksR/PkhagMv+9zlJX8QL2yOfs4+fsC97n9W&#10;799U71//iGE83h5vj7f3uf1f9f4Hv+4TH/u/fy19qOU4fnu9iP2zdcG+U9YEmp1yvvqfeuW0wpKa&#10;H9p8ttX+2jQFBP+PNKq8BJNOa2IZmDockxvCW9PonlBR2R/mR8aNKAMlRt+PwXx1MECT8IyjpHE9&#10;7A4C7t3v6v3FPb24f5DpLzfS/Pfs2cbF3WqzklRdfvzVwz1d7bd0tdaQEi4ypv0D3de/ZVYis69u&#10;NhuRDFshz7JMBg1X7NW32dLt3Q1db6/l3/5ZU2qTc3Sk7DUTBaRZuN+XMel6aUIrGrmSAbtOJCld&#10;49fLJ4L65bF8l+CDQ8W89hQYmmAMH2au6qReKS6xCJ2pdHFZUA7Fm1SagY7xrEVIRYuvAmZailkK&#10;4SmfN2kiveUCLXLjo2EkZpgvfmV4xxlFfMHzGrMvwlJYC6kMORDJ/uHXXC+isDFZunu9jHUfMxtz&#10;qPupNh+iHGHh8KDeOjaphqwoxOAso6BVEYpccomhMWSZjRbhEcZgnwB8IpUBCyqiQB5aGMBgnohW&#10;GXoBBV8oKq0xxTTX/dZEdpvgr9cSZC28IaVmEp9S7piVCKrAZxIwxz8P2EQAJJfLtXwGb/RK6SF+&#10;pCe3QBc5xHsPo0u9Y9TUbWFSCdhZAJCZdDz7w3OZg9zucRjOmykpWEvQZpNainTrecEE9cl9k9/w&#10;tuPBwIvn8OxLLTnX2YSlSx/ugBsHR0MrmKWfN5alsURKA/lM2mvm7uxDJEFGSBYs5lcIEDbDrzPn&#10;5gNYLlTuxRvIQT6nyk3BmB0H9xjloAbmcZnU1jwfB5ORB/U3GsTDNUqY0CIu5ffcfCkzbxDm5zg0&#10;Rpl8ha8kv67+vAMRIVk31qsz1ywsIja5rSfjUjOFV6+5fvgUZ8OnnjUTAOIOMwYgdeEXTSor6dWW&#10;ThvmEuZmO9BkTueoCnlj7OBi6Rh3cS6ntXV0gJ8j8tYhE6bGWgyNOdSArnh2Pbb3O0t1DnM23viS&#10;kIOzU/TU0A4S/X4IVAxNLT3geS6Mi67+LDMQtKeEae+bXFLaNmbyVFEeEE4UzuwBTAJdQj8Q0Z/x&#10;+WNpsyZj5cGbyWknAHYM+B14HRUvX2bv7elYa4cMEH46HODXyl69e02yT8pGysbYK1OT3FN29pGz&#10;a6hLZ7drzImHqunqm+thJo9+t8+c58xmldUWnB82VDypzcI5+Fea7vYCOniypmAZlT+RgnFQOWVW&#10;exIBulL2YeZKZLFrWqy2tL65o+vbOwHznrz6GwTg227vaHt9J8DfgYcdxwc9b4JaG3C9pbt/kG1p&#10;qeDy+Se+Xj3oQAEDP5GNxtgNHwnJ3+oLubDzKw4zsJi32e5hp8Og/V4Oxia3zT4wWWBAZ/WjD3rc&#10;CzUh7AZgz4yt1Z27Za5uOAV9wpnLQANZtUaOJ+cQOdDXX5dlwIdjLRiwJrWQHmLichi1BuTNlCyA&#10;g7KvUVmsbrSWEVk00t8HgHMGN8cwP4Rk0IqAowRmuXmdCiA9WlKwBpUpAK+JseIrWGubn/z4x+lT&#10;n/pUfd0oTHOzSxmR/mVj49wlKwvjlvfDEmBmHLH/W4iMnLsP79C+XuNnx3oIs2vJfKgTOgDsQhrv&#10;yXJbSqtvivugYvAYOqWOS65bQJefu5lcXdP8gEMH9HWs/tJqJfW+PGHwQo1xebFvqVChdCvve5C1&#10;z4mIZcbY/kDBvtq0pzdff+Nb6rd/9ysAeHy8Pd4eb1+Zt4d6/656/3N1zZh+rX243/27f9fP/68/&#10;/CP/fl3Z/0JEoqexaeb1xXvLcqicNBQ2GZoVHAZYNOaQ+U1JcztBhoZmiA2QaanNuMm8ZIq6MLP1&#10;4MmOuQTIBEim7ZwsyxJFZmA97Pb0UIu2h1rAvfv8RW3ejdn3QMeDTvg1fXcUP5f1ekWbqzVtN2tJ&#10;ZN1uN/XfG2GALUZtQlmew8XFms2BI8tA4WXCAMFAkvK2gAR4u63F7Qom81ElDkbgL57Cy6BZUl8X&#10;FJQu2PUsktAKg5e0lQJq9X0WGhzzERuopeoxqMfbW+S7AgBZvEWEb0oPJLT3Yw2BYmB9WMalwWaw&#10;KEkATZODgAHTUk1hVZaC9+zBBOMFrJ/sDXLpppgha2Fk3nUCJMo2RjONJolZmRwOsmAWwRjpqu7L&#10;26sV3V0txJvvyXZJ12tmdrJ/H6fbFVqOQXsDYG68bzebleyCVX0QNyTCJDIwL5i8MHpggIUCqLQx&#10;tCY/wFFmmCcKEj7zlJI3M8W9lpByjFTVNKlxuyYnIvnX/TKVPWKpjafFXKHWhDFQLUX+ECG31DVA&#10;vh8aaMMSd2F51afYQNpuvn994dkYH3asFhThjcUQzCPmwrqik+4WBuF/D8ZQAQOnnJbZNiH3sIDW&#10;FGVjdZIaTpccZzKUUiyRF1IpeJjyyffwcE+f//znG9iXLG13hlQC+DWaIgr62NL9XO5VCKE6BPZJ&#10;dl9HPZ2SgKUTJLwCHBRyH7cCvZN7ZUJGlTsyggFiBevmgObb5eC4L4Rlt9B0Wsg9NfBlcDm5phYu&#10;hE0jvqLyu7GxVYXpN4redYTHEx/r8nOhvgwuX4sUPIlSzg081vyrFLQLYMkG94tygCJS8ys1T094&#10;9RlTOHpohnVandl9RDCMyWHNjxbXEgsLEYgtFn9MnzbpnnZEdBZHODNK7y+fi9ml1LwsAz5riHPw&#10;S5hxJbosjsJpw3UB1L7QlL3fZXu+7vhSR6f5kpnMOxa8lz6NFxtCQeSCNfz0uh/ct610/rIOZpnH&#10;aTOMhGF/xyQqLRQmEM39XQn2HsZuzS1sQlNFWyAFr59iv+BDDwVB1E8PqoL6fUZwGDOAGDRgBhmr&#10;Axgk5HpFJLrJ0nChSCjZX5M8ZEdZiX0Q0gzYgQWFvHcbRcyYjhfhhNlB5tuc2k4sIdCvhH9UZt6n&#10;3THtnophxtCaHeABhiP1QiwKi3EpHsfb7S1tb25puX0m9c/N0ztabRTgu9o+pXW99qrHmq4vCYke&#10;sdS6ja9jxxfqr2vMOt4/HJwhjMEFzs8Axtwg+4HXKsXIYQ+SNDF3psYkXb8JvnVtotmYdQz8MkOZ&#10;/46Pm8W4lHWgCGCv4XABjD0fauXcwD7IUfl6LKVPTAJQnoIrjcVXzsChSxEP88cXD/KwQA79XQdc&#10;dsM1ASVx3NlgZffihZ7XAC1DsXWRhNXX++bxOSGAGitTksqBbfimKb/m/ZtnklW3MUGAUYJnXzA2&#10;n4FffJ3TQlWvW2I5chTwdjpkeutn3qJPfvIt9Zke9fn4I5uthNmL8HOrD/hRareHh+e03lyJTYHE&#10;C4Fx6Jp9HiQ/vEO7z3+GpocX8CVvw0eidr1oaefUKUYuznY8IK8ffKhPs0HvLcncWHjF1sjSBuZk&#10;K4INPEKrIQxAloECNR9hliufkvZ6ll0M743eWV8Syoln4Gmt1ZGIw4kcuJQwq48+cICtNu9/783X&#10;3/jT9dvvfMQ0Hm+Pt8fbye1H6v0jdZ34yV/LH3KzXn5vvYz//rpg/9MNiHCM5hz4ex/QbzY9hueQ&#10;eFPBHDYXM/9XeQxfmAWwSDrSN3mgGc2bR5mmJs6ZMgxUaSplkhABLgz5eXcHNVre7/b0nNl8zM65&#10;f6h39Vx7gN/adNQCKEqRMNVCdRJWn3gJ1vt+v5Ki/lgL/aOAQWNtdkdhAmUpBNUkOhoTSnUdkBYv&#10;NKxjqbJitdFpkqnGc1DJYemApeYXgtAJk3CG0E1MO484n/gbCw9eXeyzlnKTcXK6WpcEaswGTeAF&#10;2Bd6psec9QWeiUsR3Zy6nAeyGtTjPbeiKC6LMYZMZjChKFPPG/rQ5A06EW7HpRaVQWUkmTD9rcVp&#10;zE2+phESPuHmxp2BvvWKPRmXtK1fn0jS7opur9Z0u13S1SLAKy9KkEp0U/yirNJgMkOVYm8NlET1&#10;NKJ5aRNgY+8ET6Uzg33zjhLwriSXZJqXlKUUTymjuFb/tgwTfwayhZF5nNzrzafNufnPSQFvgCKY&#10;SjFY+EdwmeYgvpOLWfjHAOmRAEHmzSa93UAr3gZFp+++n0jlsM4DRuiAJwyeNDGhk8dovVtmxw5/&#10;5mjF/KnXVC+z6X8WgqdWnumCyzxJsufKNFiyS5mD19NuvxMZLw8jskvvylmwZ0RTUAI1MNcYabEB&#10;4xnnrDCJEoA/+7kn9ZIzCAsYKHJc+Of0KtvN3gW4lQ8Cfzs5iCHFZTZ0VNbLQgC8hbJLeV+HiFAg&#10;TQMfo8rLhSUD9vTADSEacwP9bDAkLFTzhTOwbWjy9cZGC53/q4He0Vl3JtFVtg0AJQPbSjuntHEs&#10;7sEnxxmAuOi+ncEHJI0RR7P3YB5LQwfoRYCT6lfbA4twL8DadEFt1X0pZ6y1EnpQv8z+VNPEQ8MN&#10;BQzr/CVPwbvSVuZwsu6WE3P1cOrjOmOuFG/sFGBsq7cEVcysAME6Cb2/mnqiOlPFzoHOn9OvKaU1&#10;qFQ6zyo5tk06q4y7fiBRSree5Xn4E500oyZvlWsdpSabhUxWZPGHg7Ke80GBO1lHk7OdU9LgpWSy&#10;3SPkuSzHnSDPhURXfU0RQmbpvJawPfPKa/6Eufe1DRcyO0+YQjNLxk4H7enzp8m2RB7fYNc+wvCk&#10;H71kMlChu1ZwS45rrQ2ZUv39gJAJqWsYYGNWNw8y11t69bUP093TV2h9+xrdPfsQPXnytH5/p2tN&#10;QNhaYX/DpOAc2E2SZz8lGeLxNjY5I09K5Tiqr3fkxx2zXIcZcMswXUwZjsJBR5csl+UbB564dJ8B&#10;QHis9qnT5oHLvxtDmF2/G4AZfF8ucAJaim7Aum5/YwMJY/PBKlHXlSGcJHL7JHN2zaTOAqBc0kqG&#10;00EduVWGXT953xkzuT10QEibvp5cjpMOPw6cussBdgskkdsQxjxaO6CXD1q395HlcfShnYU9SSCT&#10;rPcjgGr4E2Lt4H20q+eP+CTzYKg+TnwESTcY1x5uocDD9MNBzk1mkv/yZz9Ln/zkz6lntuNnYLbr&#10;xMwBR/EjjMog5yEdW/os1yuZLvDPzMc42rAl1V7gC5+hw8O7crxaErhtS4tQClCNUM/cLyd5Gh2i&#10;xv2LDeSiQWGWEmz7PPuOdHpcy7wpcyAensLKzNR/m7enDUz4VZgwoG8jv8fE5737OQ8tL5eOP7wr&#10;wSDxGjmcMcL7UI+vCLAPt/+43r+x3v/RR2zj8fZ4e7zVG6fr/nv1/pc40OfX+of97b/jt5cf/T9/&#10;9CO5hI/Wfy5FshcuNwvdJaFjElw2eS0wlxbGH1IhuYBkvzsulnlqvj/saP+wE5ltSmgchD1UlF1T&#10;VAZYukJaJAlIq7Qinf99kGn7kfa7Q33eI93vHgTku3/YC7tvtz/S7sEkOVnMmr36LpL1QGOOKCay&#10;hGWkui2mY6T6VlWGmBf1QQnmv6XJatG8SiFjkkdPmGsyIp34hZPLeHAbDSviW0McTsIXkFZmQFuw&#10;piggUUsBJErZ0+CS+IJNEghCkkyq5X4STyI4/tikUJqH3DUPZvgdIAtqDYUbAFPpHt1AXmW7Nb+5&#10;ANmFybSs0R/CiadVaM1xiWrt7UNSTDUzmkNtnAZ4BIGdEyNkCwqkcqG6rMXoahFpu12JJx+z+p7d&#10;XiFxdymefSsO+BvAGDWpHySsVriwlxYP/UsJJ7VUcRZX6VhIGjIRoMQydl72ybz7sSXzzmtBGcp0&#10;Tc1nyvzWpoLUxTbhNz9HD/AYLPFUmxnxOAIDUZixAC5FkhmUiagBN2PzDbR0uxCa55EBW1yc8xQ8&#10;TXMvr0Av9ezroTHvW4292FEd+mOpANDSSXHwabg1wS17ue+MOwSkm6yfORPYdL5LlTSwO6Dp4waT&#10;m4a3336HUjaAvZ+cR+o5iK0zj3SWnVBaeEeGz4CxLYzt2zd1ycf31GhkIfh+CKqxdhN1AacFoB6F&#10;iacekQuV1S5GaagWAw8flvLvUVjSSzxOwb2FAXxR2XxDF8RhXpODMfZg4k4W3EHBWRselINt2YZI&#10;pQPdBn9sVBNN8ekbYieVCg1IsqGHAxdd8xXBANRka92H5m1HJywwN8MHu1VB+cF/Ht1UP3Sptj1U&#10;FlrABVk40BxOy7AraNhWA+4kYT7Pj8kINkjMzVz9VFzr14n5RK1dpct5X3cJ/LPUeJb9hi7dcdbT&#10;GXhn76uE2flrDXcw4AphB8nPyOBp8EWprM5oKwDDCGud1QVpOiIIKgFUzx1Tq/j1jIr5pnXXVfO5&#10;gyepMfY0+CYBvJskjTXBs1T/rWCfShybvDcZ408COaYmz7X3ldBoU7OwKLPUy5M5w4U+O5RysQUv&#10;vQq6dPZgoTkYijri/Zh61EC+5JFXLZlc7SCj7NuC4Yyx85brDV2x1Pb6llbbW7p98gptru/q/bb+&#10;/Lb+/oqutlslErHXcQzuL6og6b2miOej2mfUNWQngKiuXexpzB9uOiatXdxWcS+PONa/05MI3qye&#10;KjOoVUsPoXlAwNi8bbkeGKIfczYwMpCNrTW6xJcTIC0LW86SYSUQLLeQER1EFZdcF+qS5lETcS0b&#10;zZuNa50htERdOyhOQJTSBVU0dl8LYDDv15fk8ThDtIDNr755wYfZtg4mhF6I/7WxFCEfBf1evUHB&#10;wHaGnj0G1yupITDgETBx6P2a8T5SqwBYOSMDKIBfMYM5V69LQrJj9iGrcmpPQFBufPYzvyzy3RJa&#10;6EmGmkP9HxHOBMwsJz2fdw8PYn9xvb1Tr74QfPsIMzKoP+buC5+h/Yt3wA6ExVBsNhG+aAfzfY6e&#10;3q3nUGe/cELdtNAyW99tFw0z9p/A1Agmis781dT7grB3m2r0e90Y0Sbzzz4csQSmPox3nt5b3p+v&#10;4WzE93rQJTPQ+SDXbl8RYB8b7b/5+hvfWr/9W48Yx+Pt8fbr/vY/1Pu31XXh5389feiv/6e+/ic+&#10;+mMf/Z5ao/xJCm0qd3kKVM6Av1aupjbFLyiYWTbDLCSWxGRl8rEk5mH3QIfdTph0u50y7mTqjoTT&#10;lHEdIy2+pWFwuxoFjiYkUfI0ngMT+N8C8O2OwshhT74XO5bz7kXay0WcASzSzADcYXYeM1tWq5F9&#10;DMXLbbNk1l4Q6SuhGdnt6vszaaYZuY/6N9mN4RUAmLgYEY+T5msTYjOGL27m0Roy8a+SyenocrLe&#10;70Uv82me+gqwRJqmUBxYMlkFD74n+IEFS0FEHG0JzmXqit8w9zmyxiF2zD14i83YUh3pyApIBc9M&#10;rsD7CnBlilLAs0G2psqOXllYkaRsOHx2814KAI15H2JLC8CH15IidgzOLOEfrZYDbUYO4VjR3c0V&#10;3Vwzk29Nr9xsBOzj37Mf40gZTMKsk90Try5+ewOQygLDooRtb4mJqfNRs9GvJEoXBWFzat5skgKd&#10;lPUgf5smZ0qqnD37vm3bF0BUxCSebCo/SPEuzCyEIAiAw55j5hEIKbF4saGg9bCbDtQjADduSE3k&#10;zEPhVuB9kT2mNBaTs0yFDRD8+4YRNEm4MR3LS9pW8ZoZNZ1X008799CAc8PZScGGzB7SkLuis5lg&#10;h3kDHtoou08ftfOKX2UnrOB7fI5O7uWPbsBQgRt87E/qzkcrd8wM97yknrbTAiYsXdrQTQfRDMhC&#10;KBEFlcwKA29U1p1YCCwWAsoygMf+UsNiJcy8xZLXuqUAvEsAekOXjmtNXkQatPjoIfk2mKdeaEmN&#10;oQvDMDm7nD8sZbfzmEwKlTvGna2j8Lr047GxJ0LH4nZmn7MrmozUAU9L0Y2NkTFfoLq9ZqCeUerg&#10;VRlPcZkQfkWMiP6FnB1hJvVYD1SiBilV1iABN6gLv5JnLl3qcwMvy3v8cQ/49X5gxbxZzVfvBHyI&#10;RDMgqzjYrQnt9tWvYX5cK6gkMllcK2SQl1UKOInsNWtKLYNtGezlpF55x2wgm6Xg5uZJmZPbXIgk&#10;EF+V5V0QZIMADr7eCLgHNi7ScDXURm0QCDVKQrEhEvpjIg0msHVOmYEGYJhCwVejmU9akyr7Nb1D&#10;Z4Khee/Bsgl+gOgGPcn4xJOWGcYzBxmCswoz1saF+WayLzEDdde3tL7a0ub2VQnDuL6+oesnr8rP&#10;mbE3rlYC/AV4o/Fn4WCqGLJbQ7C8WT5vOtAD1kO2SgnlqGvSODZvOMhdeU1iH1LzjhOoIyW3LWEA&#10;mpUUXLcJw1yV2W6REDogntc5nm+Oi9hSqQ1sz/PgHb8OUTdIKLljU3bArAFHOfq6FIZwApg0lYHW&#10;kXgNHEfGYONtbv6qxaW2XYUUaBbKQSczqrm3YhcGdKEeL93vzU9Xa7jmd5phQxHtOtX70cU2zIoI&#10;wWE5u7KtMUQpKmcuSH41oEt9tc1/L7ZVKrRtaDWlPCw10Fnk1hIeoueoKDnqtvv8Zz5LH/2xH6Nc&#10;X3e93YimRIJFLJADbEUNJ8uyvTWZ/iiL15PbZ6jVGvDt6dzHHT3/pU/R9OJdWEAUDNZj55tjx9Xg&#10;tG7fdx1wW76IK8MMPQsJQ3MA1qjng3nvWTihq2KCD3xyTg14tRTugsikfBmAa4tFuNjSlfBF8FrC&#10;F9dffsX45NXG/v948/U3/kL99t96xDoeb4+3X5e3XwDI9/2/XjfAMIx/qlD6ffVi+o+55X18P6Cv&#10;/82EaXxGAc1hGwf1vBFJLEtndiqxFZCPPfNqcX84SIiGyGpTgnSNnAEzwX+HcMHLMLLWEAIkpHKg&#10;BjP39hqswUy++3rn5+XCcZpMKgcD9KgglMhsa2G0Ynlu/Z699Ri4E38+Zr+MEQbASMubVLKWYSDP&#10;v+cpXAJDKFlOaFaeA3vwcVIcX5C5AZcGXeEZnU6G0Pxwo/plsRRiAEJWIiS5RB27o2dJEGSxTdrQ&#10;etTYDKyN9oGCwfztBDQZRvU7MjmcfgAAT12yWyGXY5/ad+s7bJPvGLomR3JErEGEn5ww7uojptoQ&#10;jBbEYu80m0OKAKQFkpwAuaOxrkaAPiItHNRLTLzGDDap+4tl11frBd1ulnR9ta4F4BXd1sKRv7+5&#10;WgqgyxNp9hwKbtqcZ4wXOZ6puM+PNKkuuwVwNykYbGm4ylAhZVhm8/HRIBQ9vhOK2yTS7jM2jyeD&#10;BpGyCNgyWhANIbl0VCYTQJ7FclRJuSSfKmgzWABBHDz5OCLBNHgIyKlsWyWm4l8Pqa4wcbM2wtyY&#10;jbzTuMjkNF5I707TA8sJ4HA6Nb60wNgx3pLqdNre2mm3HvdG0uScLp3rghhOu7hwif6UG1Bp7AHL&#10;p+Rfsa8nDxMynVD1qNkdNDpUQSrpXE5n72HGVgztlYiMXWbG8sGTqSOAtyFG348W8DKOOhjg9YIZ&#10;e7JmMfDHAUHLJYDehTTZAUCwybRlDZCG2hJvIxJiI6SyoUlso9ooiDcmGejYQDth2/h7VbBrCLFj&#10;2sw3m4J4atEwGrgoQF0XxoHjf2ZSj8fQGQDSp+mG8wCCC7d49nuYhuYOJA5tFEL5nOmeTrSkPeuo&#10;l56HDgQ3oC/7z5uHU3Nv0gf1YIQpt2doX2gv8LLg1JmtVOmBBAWCkrGf6CRFuPPKKz3YiDUsWco6&#10;we/VvPcMCPR1buqAtizNuNQHzORjMG6a++SJqT4/Bgm1uWNzt0Aagm+rAYLkrLsMRYEnW3PzX2yd&#10;BdMPIF5JNrTKlmmr0mT3Ib2woIWOzU2XbU566Xg7HroU59jtBHPxygXS1/+PvXeNtS3LzoPmmGvt&#10;ffZ53Efd6rYsmQA/CkWhXPmVPwjyJ7GQEIQIC2xFjgjCbstyTPhhhBVhJIMCMoKghB/YiQATFJAw&#10;JsZGSiQQQeAkSChGTpfL/brd7u56dlf1q6rr3nvOXmtO1hjjG2OOufY+VdUvu6q9V/Xue+495+zH&#10;Wms+xje+hzKiM1ZCc/7I1Nb8BJBaWdYkbLxhPEubs/N0cXknXd29K8y8i4u7Iq9lRt7ZxVU6v7gU&#10;ME+9b0nOhzGVNhlNyuUFb548Fhak5appuJPGz8p5tHAXaRagcYj1ln2P95DUciPU5l5JbseayQ0u&#10;W1sdCGWLAWaLSzrWoPu0EezlRAHsr9og4BMwJgfdurGdc2ChVU92zVmVDtak8lUlhvvgL2rftmoY&#10;wB/VxBZ5Fe5hzQyek22iGqxxHkKCqtuwhJkxjtVA1bX5rQa6Z4k3pL0n3znpGLV3rSzDjDGmsmab&#10;3y3YpUCameGfyvuSPGSHm4ehWYTwmiLvZVDVDZ97bpSbwsADOADslblvBLqKAx03Xo8UrMvCcOPG&#10;/Esvv5w+/omPSeOWg+2k4Svr4yB7VR6jI1LZ5T2hCcpAMb83Zp3K/bY2nVv+bV5qkLdefTHt3/4a&#10;7CKwpvD7HczKASszmPPJbB8gHffFIzx/Wa0DJe4/Qmq1M3oHhInIPsqkuCQeORVN3Cq2O9iX1rD/&#10;Mc/zqo0JT9uNYW6rRnztqX7fEni3XjY/MGAfjp9ZHn9qeXzfCfc4HafjD9TxXy+Pf+e5hy989Q/y&#10;Sfj+5569+ehHf/sjy8z/90wAdbzZQ11RU0BFt803y3O5OGYQj7++gVRX2XtPFPQTpt2NLOzTZMVC&#10;xSa8tlA6so2Ovq6lx/JCJ1LcWTeOj66Z2cfAHgN9+/T2k2uR84pkd5o7U11LWjxbNhfbs7Nlg8rF&#10;8CCJu7JZBbNvhH8b74KM5ZXMh4olIwO5/G0w03oz+KXUfFxYLjvxxmSSRc8APEnyQHfVfLIUuBlF&#10;2mBprutao4Z1Xbp52GjHTaklm4m8gjvNU/OYUc84CrIQ+ORllWCZp4iztCJmkqsHbWXz/kvKrHN9&#10;LqpSxQzIvdpkM4riSt/3IGbLYrVnsmcBEpTpM5i/EGQ1M+lr8j56BGYzip+PMisF7EJoAPsMbccs&#10;4O3V+ZkAe5eXF+n+1Xm6PN8KsHt+htQ+pCTOtcQsYJzj6JtmkmgtEm+YoTrvQ0CGdrwtUbUYvaM0&#10;2ZsZWcl9DHMfCTOwLLncs+1EaovwBGZ8ioxyA6BvUPBlyKODQeabJjKcCLTkfHRvp6ERc5ciWIMU&#10;SRV4RQrxvSRQ7uXvDECKHAj3u8r48u1slZDdUd0XqHqYRZS058CCEVkNBenOkcaDicd7YI2HbZP4&#10;NjtM3TSXVKL4WDfCEUkJauAZvkeFhlAYNvYYqic5/9X8oZqJWco1dUVe7KCbzEtl303WaqyQIbc0&#10;XEvIlbAMzDUO7uHfRK4Lee52q//Gz8MgMNlzCsBGHsTiclsavIglCvdjSh6wwc2KDYKczJ9N/PmS&#10;gdAt/VtBajQRUPi1gjq5f6U8Vyzm00p6Gph1fq7WOjbMMxR/+Yh5eq3vUpmUPhSiN2UKL2eeazV4&#10;66XDVMK1DxuD7CUUgF04T3kXIoX4PDXPpu4cRQf/koJn5/FGXYVFQgMX5rC+NC9W/w8NGpkPZ0ut&#10;tTkC7DxhLk/ezNDmx4w1+MbBBpV5apKteN8x6Ifmh8pq1QeMv2/NFHePnavPsZY8qZ6l6kXbWO6T&#10;+17q3qS4ZE6TcbU1VVINPmkNVc22B+kmlCaz7GbTaOmwnvtq6wGYtUFNxnY2IJlwPQgBXlrq23vM&#10;2Z6ZgY+zlHe7tLu4k+5/+HvTvXtPpzv3P5zu3rsvUtuz5d+XhVDl+dyQYWBOmjuTNF63kFHeTHtt&#10;tO6vEVAzJI6/GJEIP3TMsArA5yypM7Cd6+Q+uhqooOsZ7/NYZnx2fr6sF3NjdnkjqbgdgH7e2edT&#10;SqpCEIRTGP4tjTtBol+65kwfJWOMK02S7U3HLLV28BTYdACM0C0s3j4hN4JXFAJX4MVndgMWcuKN&#10;1iR7YpMVm89d7/QZRzwdf10H+PobrTG9dIwSmi0GbPJr8X6XcmuMSIjIkLvPXhFcQQBTmwRYmz4z&#10;ZPGyzg26t2HLEQvHsnwqYTXOyhSU+6lWBwILkn4HpBkL0LXcr+ybzfv217/wuqxfm2VPXsEMN3sU&#10;qrXbVPA9wOeS92G8/nH3mIwRb6nXwvRf3m9Z6oQvv5oef+0NKCMGBaJqU0ooc3x0wC/Dk1a9ZYZg&#10;RNI3K9fNo+wAW22BRkSdx3X2xrndPzPYoKUFQUnkchHWK4OaE4A/a7Q0oK/2TVtKB03cb/dRaz3Y&#10;7tGBxc37DOxbCv03n3/m2Z9cvvy1E/ZxOk7HH4jj00kDOP7u6VTo8Uf/6Pf/g9/+6Md/YZnGf7K+&#10;S5ZbCca0Zm7NDLub60eSdHv9hAG+t+VPloA8ub4WcI8Tcjk8gz32EsIW1CsuO6gmoBklCDUBFFVL&#10;KdVNyg0DLjdTesQA3+O9PD8z+54I0DcJI8fSfQ340gQ3ZZMw88UCGxjc2+62wvDbjAr+Casvm9wB&#10;DBxLK2UGFfzNhEUF6bMZGQuYQ3NjOlaWJ6vMbC6Ds6tkMzboRoM34ltJOT2TbmdGem8NUYzkibRF&#10;iuxaIb0d8kF1a2EgxTa6c3ED5GrpkzjfknRMWoBw6b3nTYSZrVssQMwFMMP6kAGondCCdEl97iEa&#10;0xvTBcCPpunOUhjoOdQ/h9ykmBlhFSUXCc0ruaVajsIEUMCVN4a7rQZMbAdlCHDq7vnZIKnK7NXH&#10;1/jyfExnQpzSBOhk8iFIiVy6bH4qImXZA5xTNqlI0MBOmPYzWHClMXTIktdMJgiQoqrHjVYb0aAf&#10;IQqQS2YAlsK8YuDXWFcmo0S6KV/xAYEZHghCFCRNjYdUsMn2sIdS3C+vAOQsKORlUy7FdwWDdi9j&#10;lTf4Yl5fFewTJsrYMLKV65cCd6E481ugRqcyAMSROSTPXVI9KH1ayWMBLu95U2q1eu1BFmEtZWM4&#10;rAM8dPbhOYTyRkBVYZWYB1A85wh1UPN2eOd5qqsF7By20Q2gHACe6dwyoBDOSMId4LeXvRkQPfnU&#10;ZysD9NNkXA3b2KiPlfxcu2/M27HJglugRXbfPby7AexZT2ofxJ+LLF3XPY40vMUaKZLxnLXgo9T7&#10;ltUIvFooBuYJPZeroskBwNxwlyMchXcznIhAn3kldkZpa2AOn89AuDk82yCMq+L43FFiRMALu6AL&#10;+J/e9ktrWRi5TLa4L5yxdw4KL/P882ZFuKeDLF/+Pif/mbmYV1Rxebkn2AorTpNmCxodEnZRFJyb&#10;9wiuKJq2rlK6mybNnSYPt3CAz743a/iF2BzMxe0Q1BNv7nz6TDJsAE+1taloUU34M673hr6aLy0J&#10;qEnOlrdrPcRrVfss8XZ9DQx5bzQYO99mWSCAafCxFTZcahYK3JzK4zZttufpzt17kiLKPnkss733&#10;4Ol0dn4n7S7vpg03KHc7keILGDFudB9ArQuozT5exVkxgTT3ZT/wWAIVis+DkqJdG/CSqIUqxPlV&#10;m5iCOsh7FzApJ+clGzgs4Qr4TAza6H4IQVTz3r3kbH4raJDxz9zcmE9iETnw7uK8nwvk/gsp6pb0&#10;incswJX1LjOlzlMsBm9Yg6a2xrL54nITd83UJDqekOssK7wH3idUayYPUfLZ1iu2UCCiIC3NPXjk&#10;A5Q6kMZCgWrwp40iUmNuKWN6ELWGvTcNqrGAHB4v2Ztgvl+dC9KMo13Myrai6h5MgPU8gE2sIG6O&#10;svMho6GLa8b33s0esv/iAR+Dmh/LfCLz66Se0p/8xMfT1978chp3G0/vFVjMgt0oeeiMbe95XyJ7&#10;QhkLBfVEC/SQ81f26etfeiW9/eVXkrKRq6yvStnW86DjclBLB0uL9/XeAD86WDaOtmdqu4qNvFmU&#10;SWhp6/w+pDEJQBKp3eq3WJK5PBRuzmdlMMcwphJTy28D9Pot1rcP5PsGjvcbs48Bv19//plnf3n5&#10;8odOZf/pOB3ftQevGv/58vi5Zcw/Op2O9TpV/+Iynf/pBJZzjkUIWffQlhz4x83qi8dR929//a30&#10;1ptvLn9/kh49egwA8FoAPl7Q9/vSimuhgeS0WYppAtBhjCa/WDN8z2YN1ri5noQV+PYjBG8sm8pH&#10;zBpknz6RBF+LrNIYS8oAUxYLM/cEEDrbpouzjQB958LuG9PZ2Va82yStcqN+WCMKWw1qGABijQ1w&#10;QTdefT0aosGvuxfvQU1NFfCCVHLMG2cGNHgF5MJ9x15a2zPd3C+PUeR4G9mwGUPP2DateBgPwAzb&#10;XHm3mYG3iTf0zIojBywFQORNsxToVV/HzP/lz+Y5J0USxaJYU247dkpteZAN5NKSagCgUOS5l41e&#10;Xc7rrPJPZaUtRQ5fFwmLGOU6MeBqQKTJxiScApuWEYlpBtry9dqOtJzHrYAc240Cfvw1g7m75bqe&#10;jRxSwe+VA1xmFLIwh0dR67ItbGRmAE6atpggTUNgCRe2zjrRa+4eevAT0jRbZYKKvFjupREpgOoV&#10;aQwKM7r2hD0AyO6FBiluw4tQ3NVmCm+pbGYSrrV/k047e68U//6MwlqkdKW6dyD//AQAtEAqL8wb&#10;/Bt/HuHyVWNtBePqIxLKJgcvQd5YVAbFxUP01sN51VvfiiXzc8zq6bmiQeGu7FQzcTs6rHblXtCu&#10;qMstaM+YBCoHIwbgh9HZO1rMNfCMzPcOwNcAUFau/zD0slQyGbWFWxB8OsFKhRcfiUx3QJiGAniU&#10;W5CGPO8w4nVJgUCwgQcLaBlMDjy4F57MAwDnon+eee4R7uPBfCtt/hxUzjVgfja2qD+vp1crIztj&#10;LHRm86l5rtqFMJCvZ0aEQpbitakrL9nqAIyuTyv4LzDWSmDrlbVkNa0AaYPKKzmYVLsNRB+oUm8B&#10;/RQ8mhu43cl8KaRGk8vx3H8JIF812RZYbZyonkoJwLl5n1lokrI9PMSCagf6eTFfWpI9F/AzrC5k&#10;nrPgq72GUsxg3JlXm4J0Ct4xa8+8wFSCqwCeynULArT27sMnDQWzQAAjTFnTJk8LgF45htrOR3HV&#10;oUa7gMC+QkCYnsviQLMY4If7y66f3Sfq+4lumdzrc0s1RZurSAMRr4jGm+4TBmXBbnZp3O3SZstj&#10;eZd2u/Nl73Eua/1udykMvYurS/HKO7u8t6xV52mz/LwADjQIA10Kf9PsVm02Jcegl32GSBdbiqaD&#10;2iX4g7JPoienk7Opc27BE7xPIZqdNWl+az52zXPUvcTIpZu1NkBrO25dai1MK4BJfC702lkYRLHZ&#10;1CXh2gBVBnF15UALLxOEWoCbQdhnObQaLWm+dm2F3nqh+RDTSg3R5sh+FmohDRHva4y77ICaNENG&#10;6n3wqPnWWuMvGUM8rIWU8tGuRRB+635utajWlW+c7hFDQEdNLUk4zNftDBWw2kjmgbgO23VWy5Lq&#10;gUgGvMr9sMwLhL2wBn9kBMWpVY4AnBsFOGWs8DlHI9MUE3qeBgF5P/Y7H0+f//xn070H90QBYGxY&#10;2asJI3Rw4NHut9kBZJtPB7/8NFRJKmaLocdvvJy++srn1D4CjHP3UcT5IbD4rIFVCdJhWl+P3l/x&#10;aOuJeuDPwPLgiSPhctocV6WH7ofgLWi9rVnl/YWKmV9rXkyKYWaleSCvWKraCFE6so//bxvo1++b&#10;/PVqH041vk9L3b+wPH5geTw4Vf2n43R81x2/tTx+7LmHL/zm6VQcP77/uT/y5sNPPPzzy9L5v7RN&#10;S43+5sndhaQjP6VrTta9fiwpWAz0vf32m8Lu4/RbZt+pYXfBpoGliBSkihtIYC1NUjdQvPnYo9vL&#10;SbKPH99Ix/eJ+PExkKhf84NBPwYRhUUAgG2AB53KPJeN83abzndbAX+2Z5t0wYy+3Vk626qJ/dny&#10;vQ38zhj0k6KWmTODMapyY74keHcg0VF9VKh1MpdvMQdtP6HQytQFXpAU8Zt0tllefykAzpYN/vnl&#10;lXy9AauvrKWX9VBC5HYelpCYdDNERcsaZrBlAAtuk58zNhhtL+IyPcq41uTAlzMdaobBvDJeZL9U&#10;KDAYmrSBN14Makm6p23YaEwzdycH3TSNAA24oGEJLjMt+WsG+9S7sDGwCMmHBgKOYFKOxiDk64xw&#10;gTMOHthYUhy/znL/LfvQxwLu3QgIK2Cf+EgVbCaLgzGUyDesBnZ7/5xaYIeAMpYoClbiiKTSDAYo&#10;g5F8nRX0aUwq6W7HYIPcAgwSrk+NsuwV96fWSYr/GZ3xCg+tlhCYnMExIxWPZS4R0FOJXBWGTgUg&#10;PU0qoZtmAKL23LOa2vO44uJ9x3IyaiEm/eavUWOqg8vt3hARrSV5whcvpSPG0dgECzAORo6/VgjL&#10;aPhnXnWccweGU6DtVCvqcwDh6spO0FJfh2Wcnl0gLMPYuCMAXJNcwz8P7LsNGHbayxjgMZUaiy6k&#10;xVpzQ+4JMPdGsANHsOlosOaCgXsD/Bt1vpIE5SE7qzYGVbS0WrASSMdmNeAPLF+VIhuwnHWM4fvy&#10;/kTZBI+9bPN0xTkJRYZInpciz4GU7Neg1A5N8/tZQZYI+NWDIqKnKNhvUSfl6y6/MVbDvNtevhwk&#10;1bbnBoxScwDj1uBSkFgdQ/kOGmjNjbKBRb1UuNr4r803TmWpSLNNkMdC5qpSODBx5+KBTMo01uJR&#10;54QZSdJ9Ymy1MS7j+0bmB50b55CQq2EaHprBfzKTr2iohSbeTsqMnlXay0BfklTcCfL+CmlucQCh&#10;1hb0YOel1Aa+dAmn6zoa4GcERKzhRGuQpIa05NIX5hTAHuvZSBMp3GHDgPur6D1frAUgMkcNu6l0&#10;li6v7qQ7d+6mc06wXR7nFxfp8s4D8dCTRt7mEoy8M9lTbLHGyxw52JrcpKkzmOLGfJJzXDUAqloT&#10;0+8gvZ5TZK6W0hf85r+IG8Gkm/46KaGZREEeyddU1zL7HQITes0i1zGY/bWNuVpLhPipGyh2CWe8&#10;V1Y2TFV9mHfLXkySY5evWWXRmFekLLSBXO5IAVgzBhwFZlz0MrbADvUqzr1sF2vT0TRlb6atWhEI&#10;vZiF6di89RyIp7U0mLq5qR6xkG1zUek3eut5JnhjUGD4zQAWSzG2bO0ZwQF6qR4mRh1jnvcBGeDn&#10;IOd56lAdBu95Nyx2E7y/4cYFFYR16BrVQrGSpl3DuzjznAPrGV2ClUH34ksvppdfeik9/T0flstt&#10;e5Uht0aUrCGzgpIV3qqjWecgWbiD3CrvOZd57q0vpa+99pJY2riliRD6YGMh6zMYfQlMdYSAiZy8&#10;0oG/scO9+b3R5nQaKmH9KKGhWPz+0xC2ImPPaPG6rufO8qRrW9YYWEXdXBdVBd8uoK89zy1JvCvA&#10;+n0J9j338IUvPP/Msz+9fPlLp7L/dJyO75rjenn83PL4z5YxPp1Oxzsfz/zhZ37txc9+nsNKfrBb&#10;2roNJUC8At+dvfrz7flxrR49TvGvKkdLKBhlE7Hdohgem3ccNotcoHG4Bif0ih/fk5v09bcfp7cf&#10;34gs+LEk7j4W6QdLhPd7+PuwTIAXl435WZEw9xjgY/82lnTudjsB+xhcEoAPQRxbmN7z5jJvNPyA&#10;5XG6Ca7J/Oiky+4prOQbtsz/xkWyMcCyss7Ey7DAOw8yXJVtLq9/pkDfxcXVUghcyHvL4+hJtN59&#10;tc1yoVUXDcwNA4ew0a4m84idagfyCoAYks9izkHyde6LKC2kINcTiS/OxIiwB9s05fZbfC6V/TMI&#10;o2HIISnPu8ykgRoG9jHIt1yTjYSkIFG22Z652fNgARUGltjmSFiDWoRtRgU5pWDeq7ceg8ZcJLOH&#10;pDPdwOjL1OTRTdqI14X3mF0zVV9pt1dec9AO8Qj/M5FODtiAumcOggsypIuDCSYbg6gRjHJLRivm&#10;lVW9Q6q5KfAXLAqUmfxFZVLVi8RSmwyPAfdiKYqTyudVOle9CJ9R/ItHnwOIM8JtYLifVErC471a&#10;eEn5BiQdZlLHYGrOBxvG5jEIL0ebE5zBUF3WmcIWP7IwHHQK974mCAK2BaOnr7LI7yP5dUvorRJc&#10;JED8iFALgoeeeucZUIcQDJfebpz9pobfYMuB5afsFfW61O9Drsv31Ti4n56GXYzukZeNQQdPIgL7&#10;IZtcHOxcAoBHliaZm6eeMA+NdWgWBTCb5/Gj3zewsLHu8qBfD6aVi6w8A3W7sJJ1LbDypzpgBdTA&#10;GAbwV3vGnUiZUm4s1vASZV2lu4VdA3g1sbAV/539k9kVpMY87UvHvKIwxHVx/Tnt4xYft4SmzBx/&#10;JQQtVfeWaxJcDaeYAOhrk0I870RCC2ZyNcBvkvE8IQBDxrDJZ4txYTFvAPiZIesUkH/eg9Gnz8Pn&#10;U4I1wIKu8+R+YBaeUfHzFsZRigGUBuwBhEzlSGKPsYBbI7ED2+vtGGrHr+F1dQ3QuAjXbAowJ5Tc&#10;ivRkvnk5Re96ARIAnovMkdcwbkRtd2mzO0/nF3fS2cVlurp3P13cuZ8ur55Kl3fuLGvdmbD3CCE4&#10;5p+qUvYigL02caqA4XtOrS3Lc4ucb5LwJrM1oVRaz6TLh6jB86sxuK2xIwmlMc06jo9y6JvZfOPa&#10;viLrQOuAqAJ/xpwbcy02L9uAaFfGcxjk30Z8f2x2EQao4hxxaFudlDnOwUHjsFFrAKSCm29ldmlw&#10;ObgrHNREUuxhcncfklFD8/poLnxIXc+hYRsbCLaGcjNUvh/CWejYTVvDGI9MqyjTTbOfuyipjn5o&#10;vdQ6NjOad6efh9gyWakRxFpGPPi0uS2AN4dmVL02Fcy5hIYmzxVsNZNxfg3cpODVwJJmA9V07dX1&#10;YQwevxLoJEvtmN744hvpU5/4ZDo7X9bNzajrvITHDA5caqJzkaYEW+1UVxuBTe6p5s2wlMdZffSV&#10;9Narn0uSOIb3ax6SFfeE3O9gtNOgycKVWjiMabnXew/zbNXVIa+aO+3ekuZmkL27CAdaXH4Pun8n&#10;eDlDKUHaaJB9eWlJ1O965N+bOvHd3otBk+P7uNb9G8vjR5Iy/E7H6TgdH+zj/1oeH3nu4QufOp2K&#10;b2QmTz+1LIx/cllj7wmQlWyxRLItioobBvmePErXNxy88cQ3clwkb5lptiEYVGdnNvma7IwayDWX&#10;533MklxO72V57tuP09e//liSdZ8Y8CeefzcSFlBQHKmxtHbKt8tG4GxkOehZ2u026YIBvuVxvnx9&#10;udPuOoNwG4RrjJCnZWeCDSrDBHsmLmgVSWglWccUUjH396cgPVTWjnSsZzUgFsnphoGBc5HsXlzd&#10;S7uLC3l/Z8tjwz48SMVLljxYTSKEIA1aeZyJRLimTvGUNdWrA1Lw4M9X+FpmBQiJmlwioys+AJPK&#10;wpgz+YdKTyV9eLnELL2tG6TfGghCCrQO8OU525j/XL//YD+9DWWEDCzXagOfsa35JSqYN8K02w39&#10;4V/n0vKixa2mOs76b5OCYRIWs9wzzIrQAtg25Qp8Smd6HN0sm2sISzfdbHJLHTUGIYIy2LdRtqBD&#10;dsZUNt+yAaIogDuyuQPoNDgoAZAWRXAp5qdX3cuwlvZQsE/ZOca2FA8sCc6YwcyZ8VwhjQ2sHR4n&#10;N2KOb0b6s/586VMzuZhjhh8z+HgcTlXZgHzeZksgxr1+vhS9KcX058M0hPW/xHGUV35GpQaeCqk/&#10;D3XKpr6ojBLKWUBo/FwJ0hYyz7Lim27ffvubC+B5lzqaPLiGWToPHjyQsWkBF8p023gSdDZWp0hn&#10;syco12yJyI0N59kdwgy1UBrIfp3Nl3HvGOvTkgGt50CBiQtnU2PneuAGwjWkiDN2H+TjFoJjjGVK&#10;nobr4Rs5wibVC2dp1Bzd6FcQ04JcV94uGFRIQy7BWF+ZJFn98KiBLQSriBwkwAKUIOXcqnBjC5Za&#10;D4gG1N2fpXmnpUP5UfQZjzLALt6FVmhUAK7o2F1fG9hn4QXV/DxRqM9iggVQviggz/P+3jzrptkl&#10;tMK8RcOisJS22vf2Mvcpy0799SSpnr+e9sLSnVD0V0u25d+dLVHc5oPiDRC15pjx/pDOjTT0VBuY&#10;Z754xdmZDUgw0CGHllUqYTw76wnfq0cCLryZROrJVxswQ2iOaCOoBCmkmtnLZyVm2GMOlRl9VkaX&#10;sI80oVrnfm7wnUmqrchuz84E2Lt79+m0u2KvvDvpzlMfTpcXCuoNy89mBjxYXofPLP6+vEvCPC4A&#10;H5hI8lbnuQ+FkM8wS/CUN3N6Z9LVHNsD3w20Cd02+KolS9IOc6hJdm0Md9LUiFeHkJzq3n5ZA3Jr&#10;RGVpxUqjVQKoNiYasN7sSLiptwYLx+0u3dTHiVdX9RsdQjhJk6HGBFuzjiBqY0rmU4BKa2YjmTd0&#10;ZwPRu2T2ACb5vOFgXNXPUAHaKbt9XLH42lzT5upjzw+ZrUk3iXqQr0uUj/L0EE6FdaB2QVBFm1rD&#10;BnvxIcg82z5BUpNpTsNW2XkKRGI+RXPQLBp0nUYQhzULkc5rISsKzlVZDw38m+HxZ823Eny02Qv3&#10;tZdfSx/9rd+SeejsYgNP7glAcNv38Z5wtn1BCGoiBGe0aZvczmH/1pfSV156mOalPilh76EBXYPF&#10;okGtQx2o7OnJZOvpiiGa1PuaYrPgAOjTnV8mW49qYHwOEnaj3p3WhB8Q2qHp9qVmDUuBIkqY+QVy&#10;dWoSdtK0nAQRUch31/OhGVk4L87yDvcq1eD52Rj27+SJa96l4p1Y+xFDICC8LwM64vHcwxfq8888&#10;++PLly8sj/NT1X86TscH8nhzefy7y+Ov85g+nY5v7PhD/8Q//uoXX33tZ5aK4xdrGTxBTsAC8/Nh&#10;0/7pWn35njxRNkHVRV8CB6i2jWcMHjQ/lkmXJQYtOPHzyfIng32PHj9WsG/58/Hja3lcTwZITPK8&#10;LP1Mpbr0Uhk1owQ1MItvt2zG2Zvv/GKbLsQrR79n8s4heKRZ+mxFArDaySw/I6bavUCoGrjHxSdk&#10;MSorAkiHXfIgC/Ly/jgZb6PnYcMA6JaZfJfp4vwqXVxeCtjH75O9+pQ1lp2lKJuCOa9o8YfkEuqS&#10;SNEJBc5RTI5I1Why3oXMwpZTbz3xvxuWgpKzPEQOu5zPedDPj4TQcQAoA2812ZOAuTTAQ88ktVxE&#10;CYhnIAQ2p2L4PyjLaQPwZAPQT4IGnC01KFACplVObeOn2xlIwydKTx4vhS6xn5QGZog35HQjANcE&#10;RoowQPLgSaeb7Va6yPz622GEDFeBP2VZKQCjgAvAGPFSGZA4ClCEeoYapVUaKO6pCdK4aj44kNe6&#10;pA03oBnjiyxuKu5t5X5JAOj2kmRZ4LenKZMlMG+Fqbc8rm/UT5PTGBXoq+i2g+E4TwDxqhSKMxg9&#10;6uWVZMwpuKhsKvn7VS/rEbJeSQdFDGW6lZ1TU79JvG1TSdQXwqU21qmf4uA/5xJilxHlHjlompYQ&#10;2gE5DfXFFf/18vIqPf30h2Xsivwestxx03z2Mu5/AXlJU7yrSWUTJHI1Nfade+dl+FriPjP/P/fL&#10;WyV9BrC/SXQT5LkYL3bOBWg0w/hlw00bNbCHF6myBJOHwMgjME0ot3NTgq+ig1Zx9mk1RB9qHDzU&#10;SoQAI7UuAjUWroBrLvKpXFtBssIW59qAhzUQVwPA24MUwTi9RvelED+ezKeP+kIuh7TgAML0LCH7&#10;O8aUheFUBcMU+NOxJ/JMAegU4OP1VOX0GnDBjPUyXYNdu9f5DABe4Z/ZT5DUTs7Kq+Kdh68lFbdI&#10;we2enbguAtHNBUBpQcp9dUDPPFsTxr0z5MJAN1DCmWZA7ZyoHwH0mjo52YFJgQf9BJDPQNsJM0CF&#10;lN98u+qkQLcw62cwdhXUk0besvbul30Ce+Qlvs/HMwHpWXq4PbsUBhmz8u489XS6vPuUeOedX9xb&#10;xvxdSb5N3MzKI3O4l5sNrPB57sAtO10TvE4rABMDG1uIhFfZKw4ZHYY04Ocja5pSA+ATFBN8fRNY&#10;t3qfD64eSCkdBQrjCCkeZpJagiylTvoag216gL8ezNYRlHN2JTVWXQP4w1gMfxdmGa6nMEUBGEwa&#10;O6Ehay7b7I8cbBxuYxwVsE1r58HXA3HK5s4OorVzAFAF59UbN84k68FVD9Axv0UjkxdHsC2oPMh0&#10;cz8qVtLs+PliaIiBnc2zjTpmewOGDZDHPmwzBg9HCtdj9rXdWjfTNIXvp+59cKMp4Z4XuTvsA2xO&#10;GFjiyww1Y/8qBJa++rWvpt/52O9I83m7Gxkxhw/jiBYAZgC25gFzXFl9SSwHxNs455YWKOstGhbz&#10;k/S1Vz6bnjx6JH7NDm9jr65z/DqMRRl9BGadeTCbisealM3HkXxd6HmtsfcTgmGSKmSQFiR3NQN+&#10;wtzjBoV0NAYBYNWrVb0aY2BQXQV83cbUOLAMtIVM9mrUN1ainJxumy3WL4EVdiXb9Tmf2nl+PzP7&#10;GPD73eefefZnly//8qnsPx2n4wN3cKr2n1/G8cunU/HNH6Xs//o01x9Zls8/bkl9wqTaa8Ieswqu&#10;n1xLGAfLd1l6O5cQEoGuV7WNq4EZ4guGZD9mMixFzPV+lt9/zEDfjfoAPnl0jU0GSegCt5fZLN/q&#10;LgvI0ACNEcmsQ9ptVFbHINrZbqOhDwJG2Y4LnoCTebro5ksAr62abIscN4WKl1r2rHt+eeKf7uJs&#10;45ctvQsgAsH4frsUHxcX50tRcSXSXQb6zs520lmVZLzOQyZsIjv/llsvFjYWMHeHZ4v4rdDszBpj&#10;zgxg7SnLkRmHRc4TL9Wb5Xtny2PeKptmBMtuM2ioR6a21VEWXwsGkBRjeIxtBpPxJnRpM74m9zwT&#10;f7/BQNjkHmgJQElyVh8YUTmjS6rJjxNxZ3mTphtxLEyTZcSV5W9j8S6lME2X+2EQyfZWZVcbDcmQ&#10;BFNjRGVl6GWTW+bcbYQJ4KabS3PBlwM7osxeNOtDgQNl78zuxTVDJpvAnJtLdelsBfNmchAvuR/k&#10;jDRMYfMUBeaMxec+ZUV9svbL+JR06usbYd4q2KBMQH2rMMo3Fil8AAtku+bbN+M+MgbKWs5innyH&#10;BufqvZOiFAk+b3Qco3nnI0igrMCb1yhjakWqeeRFlOq9J8mRbL6vru6kD33owwKQq/l+1uALBGKQ&#10;eTS6Bx81f0fbnqMAHiwVAz8zkN7ngwcBJYRnZB83HWGA7PsK0CcUWwOSf40pafLhAQABDYOPvwG+&#10;gir3S43lI35l6r1FgW1kPquRXYLpRcGVrLYBUkgGZEwkhZBLWZBLcQSi9iBaqgElLEBvWdhKKZXj&#10;VUftfNnmo6BxjdBySGdNAQhM7jtmJdkK9ItefqWBKB50A4CnASezgxc+xoOEns+Cjt0ijGSR3HJj&#10;4kY98SZJvr7WfxcwTy0x9Of0T2XsFU+8ZeDOfDi5yBZw0N7DjAKbMBe5dLgmR2mRLExHTnTnw5nW&#10;bPFiBhdI3zZDTPLC8lYUPzWAZQ3weQEKRmcOXmkDG9Zz02nQ5hgDdty4YQAvb3fCEMsXysw7O79M&#10;57srYfOf37mjTPrdhchwz9k6Q7xHR4DLumbzmBdG9PJmBm62EDwMAxCzBxMyAkRplWBLQU4bw1cS&#10;HWMw9uCngTc5xzAI57j6v+Vh7GSq/pPw9IvWWlHiWY/oVUPOVj/HEnX7EupCKlb3S/CRq909E0DD&#10;ILW0zyGycfjn5iE7s8rmKEusN6/C9T0VfdOiRHY91/dp9ckBt/a+kweu2BskB3viDR089KI8d05d&#10;GEgDAo8Qvmp/ThTcKUe6XWjuAFBL6TC1JgJwsdkWRMjqAlNLtw7nTCGNOIKDM95zxnVp4NCM/QDv&#10;37jhuGwuVOUwqPVNgVIAavDuHtQAKLXYmfY1vfbKF3T9OmP7CoKKxRoQeg8wiC5PxP59kMLz/cJS&#10;4kpx3vbOoASxfeULn003j76m7odoQsh4StTCjzygowG7ORng1yTrUYlQU/POq0ebFhTAW3QMLbiu&#10;xDEuniwKGkPBYX53DNrbpZdfz7P8m6irOij99nLA7E1KuqWjuu6dxRAzeuc9Ug1BIOmW0A/+GYvH&#10;el+DfTj+6vL4M8vjj53K/tNxOj4QxxeWx0899/CFXzmdim/9+N7v+0P1pc9+ilnO/2iZ1LfsF7Tn&#10;QoNltAz47dUvj6W8+z0XLLPKhkR21Lo8wliAPEDTvYzlpGAAg3z7m0k2D9MehsfLfxyewYs6gbGi&#10;qZTZN6DGjtFNBJgyWzXIV+llSIgUOWcrVPfwK3Iz5azecfulUGLPki38S2pYHNU/pqXZVWc72IZA&#10;i2Xhzom8c6tegBIQshOmweXVFaS7+hjPzlyO18k2pGM5q1Qg1qgUpVLwiYF3oPp9AFhKlnaIB1Ww&#10;49Rzb5yy+CXuls985/xcuqkjM/umjSSjMduStaMS2Mvg55ghVURAB7qe40AuuRlCKqkAF0PuzLIp&#10;bLg19TMJc6JJD5MbI+cAcFCQwroF4FJ4T8OUNpIQuhS1yzneL/fhvBkEjD47G+SzyGZD0nE36Zyl&#10;0tsNmFlbBUBy44k5I8JKMy9cWre+YjPr9T+7bU3F2ZQqecOmei4O4lVh480oviHhhZROPPhmZY3M&#10;MGRXoFZfZDbpPAzblQXEY7HA/FpBvCRsCB1z06RjlVm37HO5h0m2yv1qkwtbGEDwfSqQFen7A6sn&#10;FCcMlAaDNpfTRCaJyH6sEOEPktW/MoVkPwr3ucg2UYQwQDLmoZ1zNctMjqFH9l05ZFNSbWyHCnZS&#10;D/rdDj4kKOYJ2nw23r9Z5iTJrBZ5GbmHUdTBRZ8s+2ztnib3g/RGRVLQLgPkk4IWjNJWlCaXslrN&#10;PWBgmH+gyehTbrLXvDLRVwBdfYVcto9COm7szdPMGDmVUid7NQCmxJNtNozVmJqQpAUktwSpppIa&#10;alMfyrWYuxpapLoozBpLMDBN+LNXyEfRxKhHoKpOmitjcgUKCvO5NMDaGGwlzO2GSlB7DQPGK2Tx&#10;yiaGpyXAexKLAWXeMSNP2LL8d2PjTZNLdCck24odAY/t/R4emvoznpbL8wD/XtVC0aS1Cspak6E0&#10;5lRg1kWjfjLGSQR4UjpwLVvbsFMHMOh3BiuCQ7BwIvMZJQ/HsfvBWWwUwCubb4FniJE+j4u0VWCa&#10;m3jMzt/s0vZyWTfvXC1z+Z20vWIrjPvp4vJOOttdpqtlrJ7xmjpukWq/BYinQRA0gyUDWaM2/VJL&#10;iS1TSDhd9iWWgCsn6KaTpDbGWwOuAtbV+flSzqFn2ANdPcDXwNjOcD8F24Papl5POT9iwK/zOrnU&#10;9Z1Zb7SyWchrXC4AmrS6B0IjZUURUoAOcTTmp0oNcDT/T27cqXVKW4MjiNeYZPkIYpZ8DNQgL/b5&#10;do1OhgUkk9oFpOBtV1eMw7IC1gzc7QI7KDDsav88ljbfyZllr1F8zLjPX8o9ZhRZfxEUjO+Vgpdg&#10;WcuTsSdJbc9I1uQrCPOg1LzpkjIqZU+GNVqCUBDcZcCXyXR5P2UpwzUAzbpI1dAYmSHd1s/55NFN&#10;evjwM+m1V18WIIubrW6Ds7r2GlhWhEFWjESAhGoBJUtjs/OcO9fr9OZrn01vv/Gafr+So62yDUFD&#10;gjD/2RwlYD7PC1ZP8H4Fjelk/taB0adBHnEpiRG52S9iDh4RwtxD+IrKj40lOuh45e9nTc+VFr8E&#10;nyT34BZ/RSgGCgJLKjy68y2wX/aWTAD1iFI5gv+luF6+I9pXV79HrTShbJ1C/877Hux77uEL8/PP&#10;PPujy5e/+QEBJ0/H6fiDfHCozk8v4/Yrp1Px7Tv+sX/yn/r4xz76D/+jpWD5DyaR7e7FM0j8g/ZT&#10;kxbtwbTirjhvrEHXTysJVWevZJsyBpO22BwvfzIDztL51BRemWIDZJ8qYSvWh/PNAXWR9Loh30/F&#10;N7/ujwJ5ohk9U/hd7vTzDzCgkvH9is7cMMz6+mY0HPRqDTDSTSn7z2kAxVZCODR191wkvNudhnOM&#10;ZzvfaKvNngEHR3SRq3U2SsWqBTLMxuwqKrN2ZpluakwWy2dtI2EkLHHeMYdh+VzbtNtiE8iF5aQe&#10;Q/xJReLKoScZXoYWcmCYh3mH5egB2LqeRtqx0L4oZRRja9tEYSNHKSaIVQQBQIVs26pBQdWyFIIb&#10;+Dgx40MkqVNtUk4JbFFgkwtAk29LEEqEBAycppCqLBLz0kBhK/ThZWXFtH45wxOvyriQ+20C+4bB&#10;ZYTIKEtudo9KgQi4sBcwAADBpFJ5YQDWAOIZI3BSls8eJv3KEEyQ4ypotwe4wO+FWbKTyeADqBeZ&#10;SVYcJqJVIVsVsDQQT67NoAbetXc466RAAFAoeMlIIIqE1pQV6wQhMAYImEwUKYws17MSxzav1OgC&#10;PcATAD8dthIb7YUepQZsRl7NsWDVjILm6vJSCqAc2KnN0y6emeoAHbkfZisIhxx89vLQglvc97H5&#10;6kWfpwSf02GojSm8YvF5UjQ67dY8oDh2TPaLu1bOTT2UBclnczlrWnmNRX4zBaCsg8lXHmTaApFa&#10;wGSDOSCIR4jLisHRQTFFyQCYMM+vCpAOugpzYwIo5kycKFUUAHyvTFYAaRJGUVvR7IEISSplkdkr&#10;4w7hFiKLRVItA3ZVpbkzfPUmgPSSbs1/AuwT/709wjSW3ydO00UCq76HIvMA+TgNUtsS/PLgjWty&#10;/riEGDinfnsUZG1rIK8Hc+rak5D6O4ECCNzM7w2Yqo1tjFvNfLG8PBWZn6794t+6uxQ/vN3d++nu&#10;gw+nu/eeWh4P0v3l68s7d5c18zINWw22soAo+Ty5pRMbC28uydnAshdAsZ+nJlOdSu3g4RG4nDAh&#10;5+LX3vYI5P5/2ZlOTuKBhUaUWRJFQG7NfA6psSVK/egIiAgQ2l/r2N6grBLFUdwHP7c+PXQtB10D&#10;Van7bGkFfHUA5RHGIsV9noGIOQfwrsq44Ofhax9/vwSqIXW9nBUgnVsKr4F7a/ltG+s1qCSqp1Q3&#10;JUrwmsw5yM3Nb6523ngH4GlnIaGAUYrsveqxKq1nG8BSbnqQy8NbUM/aD7CEoJYIQmb4v+n7b8JP&#10;b1jaeRoA1A/kn5H3R8pGHnz/xv+bLGm44uew99V9jCpE7HMVrCkq5433RtYGPjP1bqb0iU98Ir38&#10;0ovYl2UPUULEbtgbFG/C5tTn+ngitShdS7ombsjN6euvfD59/Utf1PNHMXynBLWN3Ts5sI+9s4zz&#10;mIJsN3uTX9eyfBDw1YFt8XsBAM4pg8HXrhMhkM3GoZML+H1YmjUab+sQHG2AAlCvx3l+B0Cfgb4x&#10;tTpk+QWR+zsedKwooQZyEu5b/voDAZ499/CFjz7/zLP/yfLlv3cq+0/H6XhfHr+bNIDj/zidiu/M&#10;8aU3vvDz81R+eJr3//Q0Tc5S4DRcTfI01lAJpW/uDG/FvFcKXiyiQ6PNm0/ZvFP2XcEubBiQjGqy&#10;TlIWTAIWpp1XlUda5SAS4al0kkmXnpUoAcTCPozwpMvCANtszkQOzJsYkSAiAdVkmanYljwjYav6&#10;BoVQzAuTD55BLBti6a6k7XIQx9lOGAfG6FvL9VYGUKt/bkmR9iOzhYXg3Fu6qoF+CkLpZmLmomjQ&#10;1Z03omebjaQV8wndjiVd3lT/Pd4JE9A5BtEknTirL5h0Hz0FjYKpdwP6Wgpg3OjaziKEIOA+WXcj&#10;9WlhEJ00SVgAoapd41oqNihqt5yxIVXfQ4J5MhJQIQ8eYM5OYHuVCApM1b0S59KAu1Kbb56xQMXQ&#10;fi6QuwLwcyks2Hbxa2fqKTBXzGAdLJy9AHfwGmTwAHJ4k+ZaOIb4lMEvc4Inn4AJJtmuyvIjyNQF&#10;4EO6bjFGYY11SZP0WYHbkZmodcWDq4/IzjtJ7QonsG2nbfgpJt+tkbnlc2n4LYyn2SEL7M4ekQus&#10;Evjf6XxDIUrhaFSC31W+EU25C28onTQRTF0Aj8xivLyAZ509Re0ZNHF/TzZHeaDM4OziJksjl+ta&#10;0q0z+sCSjUzT/vkpnFfqpGKR/dLJ+4haiAnFYp5lQUNXGvDfYevkbLx+IiqQOdUOxDjGBTApb3Ls&#10;UGW6FfeyE05ymyyqJSWWdCDZIwr+pbUFZ1TzwQpsApPOkzVBMDaqS2ubp56AgeKLN8HXcpIEa/fD&#10;jCyVqsxz8eAE2K4BQMXHuQVeKGNv8gRbC9IQuS6DeftZAUH+vQmSen5fMzojBEZiMpZh7uRTaRVA&#10;EMGndyBjYJwfFnQ51JKd1158nhXmU8BeiQED1jTRv22Edc9Me2bMkzCsr9LlnXvCwru893S6uvvU&#10;8riXLu8+WNbIK5Hi8nrJ9hLyvsbRZXfMjJR7+OY67RFzLGtByZiLawfA2zHCw1JYz0UDqKQpl8sK&#10;9HKjVU8PlfOK0I0CSbqLvBHM4Sw+Sh0z1+Wc9UBs2/1/6lhhpTvhJYJuQUq7BvyIImgXQRM6Uqr3&#10;zE86sFRoRv0GPljnMHx6BJEg+CKG2Jj0seYGFvo9W7vGRM7DAXCWMcevZcX9xxj8NS0Aqcb1h/Sa&#10;z8X0kA0vMVC2fbw+lVgDKWIzqPrniA2VFfKY3M4F0lN/7/G+QMPAvi4RUK8rIJiOrG2+xzoua46h&#10;JREcsz2YglmlA5TZ09fYkCUEW7V1u7oCwywRpHFXa0u7104yvIXp4FrxvPbJj38qvfy5zy/7Xw2O&#10;shRyA9OrjyUFPO22yaZ+GXtAWl6F9+3Lvfn1L76c3n7jVQ2+SKlXxBzcOy3h2C04zKuPwtpK7c96&#10;m9foIfzVz5kphBJh/FAY1y3KyLrhBT9ntxR1908+4m6R3vHV7QYsq112PWxwvgeg7zYw8bbjg8SU&#10;+0vL419dHn/4VPafjtPxvjl45vory+Pff+7hC49Op+M7d/xzf+JfvPnl/+6/+shSqPy9ZSNApdbO&#10;MLgZECv7zoyaBwlDIPF8Y/Nl8biCOTy5xKKFDzhoUZr8zhbu1oEtbjRc4IekibQJ0qbqaWEpdJxF&#10;BjzC+F7S+LKw+OR9jupdp2ybAfJTZVPMy8/f3GgCKi/O4iDICWYjlkbexKQCk/wsQB6be+vjXGS7&#10;XNSwb9BWfOI2Kgd0WV8z8B2Y4ZFA95+xEMPU2EC+bgAYkpZ0s+Q+ckIT7Lu+wmbkf9zz+S9aIFVN&#10;C+bPfM5G7ps5NX/26t3dnNqGKBYTDqKYv75FpaXgazVkTwzWNmzURrcNQ0uvs0JDt7PZQw4MMZg1&#10;ARLG9lJYV/hVZd2wsUxZZMI1o3urrAgGvdJ0k5IDFbkZqoP1Jsy8pXhXuayGYFR4cSWXt5Z0M80O&#10;4CkmVxU2AitPgD72uLzea8KtAAIAEWuTyAqL1AJFBGQAw2c2thHkhQAJFVw3IKGlZ/I35zR7E7vW&#10;5iUWx2pNh0Wdyk1Sk2eadNpYEgDaTXM0chIlJO3FZYGtgV5yXyS5NC/H+6dn1PhPehKsMRuCQXw2&#10;DyFDo2oHTlBaM4dzkD2VDvBLR3zeDCCgIKE7225TulC1MQXLpsasCJ6eCLxRgBo+fAPB7y9IfC3F&#10;j5ovpCbihpRdP1Fgk1HbmFMAJ3Kmlkbrn6F2hR5FKdGKyRfn10FR76afr3Gp7WZhBQJq8N2CxE+K&#10;2PZiCHkoLrMTYAv3vbHuMpGzVeR+qjXUitSBwxT8UO3fI9PNxqne85DcSwDGHsCbBmAIM6/qHFIQ&#10;aMG2FOxDyyC5jMNJA36c9ZPIpbsagKN+mdr8mt07U8cqGk4zpPMAHbVxpHMAzTfN/9UT3hOk0bWl&#10;VjrRK6Ztpx4IJgr6zmNIXfBdC5JTZ9UaA8wYmrkBgyrFN5ChsThc0CZJ6suauoyVs+1Furi8my7g&#10;kXd17+l098GDtLt8Om0Z5Lu8XH7mTOlFkMJLI4M0hIHPObOg99dvL9dBQ5t4zTK4o9QYUDA4w7bU&#10;GuAzfZ+jBecENEsZUDUw3IYgf6yNDYevvZitZhnSgD99XQ0BUqVBPfQt9aCD1kioHVC3lsXSgTzW&#10;PlsMOuv8AYkOAYcI5OWuBdPmZlrdP3GEI2CkorPak5Ua0E7Gvu7aOmAyU+pCmKqzxsn3aTFxOHoK&#10;uuNYTR6K5WxSYzOhCTWjqVBMupyaRwAzN3lsxgAP2ed5Yq8GR5DbRkytXe0MwSB/lxsk96EaLlkw&#10;uAT+uTl7OFrniZZCKBGlAw9cDWOCz2ulvlmVAku9lv5eCOda1knzPHFfyRCYksiD6RQvGxsTPFNL&#10;Gw5rb4IixoJhLEhMgUt4tIr/MOZ0Bq2KXmteB9947fX00ksvps2WE+x1jpNtm/kR4jOpuAIDJQ8t&#10;wCzc2zI2vRlZ0pM3vpjeeu0lYUa34JM14FYk4db9n7HXKf41uY1MS+LN3rhTye8RJcE7NFbiOHfm&#10;bmp+fy2Io0/QNXmunL+kQHbRm8XbGXKndzLxtkcooQF6VJZLYT/0LRxRJtwBsE1r/sEB+557+MKT&#10;55959iPLl//3qew/HafjfXF8dHn86DI2/+HpVPzeHD/0r//YP/il//Kv/MIyr/9kBVBlKZTqO2V/&#10;juqRxn8fTfZp/nqmsTMPDRh8MztCFg50BFnesVdWUk0IIQiyBvd/iYsLuOgDGYOLvDsnjDMGHYWx&#10;NzibT742hp+6Q0MyqsVYXoo0WcrqsAJM+o32QPyZN2mz2QjIt7u4TDuT7Z6fL0XOuaSI5VHTXxPA&#10;TpM8daCBr6IUPOTRTYYYzjYT/DmtYEvVuq5qkjzk5fwxOMKvg/cuoFNRSZ2BXCODm+J5x+djEzaU&#10;ufOfTujcV3Q/M0C+umIgVZFxNDalMRKrd7CpAyGFKQdQqkltqiQq6j1TfVObamTKqAeegX7G6FA/&#10;kwqwdFbfQy7K+df591asFkufNBaPAmlc6Kv3VinNNFpep2rSrRSk/JhmL/DlXp2L+2vtOWXazPUF&#10;GKiecuvJdCV5SM0koJ/+aaEZFZW9swprAMSdcbg2Ig9gTm2d3WwhM15U0sofTriQDZTjtFYwcgnj&#10;mP/bnp1rkZJz2Fa2sXHY/67Ny8Wrz9q92SaT6cdWieBGTtgUG5urJepSZ+ZnVj0RkKMO8NPiTple&#10;rVBNB4X6+W6bdpuhA7vbvQuAxkl/8M7LtQPzcm7MBJe7mSdSSMC00zGYRLiaX1AVib/6X7UZqAdN&#10;+2a+jT+bbkuQzkVmYlT1VSRf00HoQO4xIwCdxUEFaobnNfpA4ho4KI4H+9AlGMH7z9YmByuhuLPr&#10;ZyAp5rl4HVySPlsDaBIriYSQCwXw9uIrq+w69dDT96MsWQ2+mJB2OykrdkJarnGAS/UGS0F4jUny&#10;jWFeHVwv7k+o0mHy3zXZpou5arj7IGUzLNqY36ursMzrdcXRoJCgect90c29Ns+b56sGU0kCqs4C&#10;SCYd0+ZsIz54290uXdy9LynyzMa7vPt0uvfUg3RxdUdtKs4v07jMDdzM0iRVZaFIE0jsqGCTkIr7&#10;k6rEetL7qbS0cgWckjCueQwNpgQwUMB92RpDx71vK+ZZqgcVODMpRU5XlJ3Je4AaWD4TpL6UzAeX&#10;HFhypkpu4MsQm14CLiVtJNAqNbaGuefomF3L0FvQdF4lvtd6+KvdXFC9ZxOK/b65kgxQwfUniv6B&#10;cQ6u2B+pfUPuGJDhfqwrviI3Ro+90Rpkv74PUgaePY+cV8yVDNa179kcHlQM1jSYeyCS7ykD9GSv&#10;OjTIwZ7PUqtDh8wbq7IHpMO1NZVwcvF7ZNLkA6K7gXEGAFrgT/bQjlrXoND6lrCG1S1crtrLwVtj&#10;zFh7PSA4z3MP+Mg51VAyAQhlXz6Heaqt6TU1r0qeyhjAM3b0doMAFfZDzgaqbgB+5/Tm195Mn/7M&#10;JyUUTQCrXJ3hKHODePpa43pUhcIwhJudVqaYCgpyGMfbr30+ffXVF9FUIieilkinrW1bvQa2bfQS&#10;QD1n8YUmZwWwOKx8+mon9F7hsmHeNvC6mIkBwUsRibv2OXMA4eUO4rFX9fdqzggxogNsX2XsR28P&#10;3asfvstv2+FhIIT5vfTNpg+UB95zD1/4jeefefYXly9/4lT2n47T8ft2XC+P/3B5/KfLmNyfTsfv&#10;7bEs3H9xWYj/9GYYvk/Sb3kDvhmXhV5BNEk2NY8Nbt1ZZzPNbSMEY12Tis5FQZXJzMvn4omFxkyq&#10;SAbV4ie3dKucPaF1yJowKaG9Iv/JYBcOkA2T+/0NstkanGETqlhNlyyELVZJeR6luZjz3BgAvnEA&#10;sEijJPvtznYC8nExtN2du1efhEGMYxdMkVKQGREK7HVp5oY3UV+VDyxBEjqjtmfQDdtyLaSrbTI6&#10;03O0wIViHWzIBku27vQQFvHcbaKt02kgUQn+LrJRKeRMPVWq1s4fq21ktQsvmzoY4ot/knQqUQio&#10;hlo/2FQBwmlxPkFCpxI9/Axl37SJPKRWeF7N7pWnZNCQaGeeXmyoPynzZ78HqAgWXQpgBJ/H/Q2n&#10;R19L+IX8bJDwVpPNFpX1iexdZLTmB1ac2aPJ1MlfxySA+n5KBwKbJ5enKoZ9bIkUjeDzRoE50CS5&#10;CGoQH5wmTXFwfNB7YLBU2AHjKLBk7lxdLT8zImynMTkIysMoMWzSeWqbdGO01kMooobNffy6Mf2q&#10;G3nX9+gvY7KgjkWj8bF63xtrxphoXvSmdHG+VfZBpj7wwf0Oe+P7BrcEVjESnM1gP37g7jN7YIYl&#10;BuLzlfg5e7P42fv3wQS+12IfT87EEWu/AahghUFSDQnT8T03UmMoCAFq6X1qYHQV4K0AcBdW3Xwj&#10;/nTKcFXprJE0dezMCLSpXfFfYedgciv7HJpQDWYvkqo1hAay3GlGUMYN1pe9yORTQRAOAH5pCCDJ&#10;VucJZajw88kZpYRxawy46vMLz1nFzzzsHuCHaIzVGF6TartP1pwsgpSdYBPxbgXWegQR1ZSOOlBS&#10;w5zwBniN1uFKaTxjeS2HWpyn87v304MPfW+6Wv68/9SHlj8fpAsOxbi8s1RuZ/KuOcCKQ5tMIG5s&#10;fxlNy5yX4b+6LwrWmTWHMZV1biieUsxrtrXu1EtsSE3umbrwgQwG1WCm/tRkiybPlJCsejheBBQ0&#10;Fn6XzqrXc+j+jjHBuxoKrlxrWiVsEGaRxSso5oLgWrvX8OsUEJ5aezAuznsx3KEV+TaXUbolbyMd&#10;Tp39z9Zwf/XgHqSv1UAxQmrrij0MxmEJaZwG9h/iCirjNkBwpMAuxFw5mdchfmOShqV+kDl46unp&#10;L13QiQGGlsDOxxb+zszAH9GYmgxcBtjbhXGU2a0+aqBsUbiGtWNIB+bUvE7RrX6OCMBhe7Li9zKl&#10;Js9sp9fknKl5zMWGHmEMUTgXYU/lQBT2INKMHscjzR1LnW12Oxxexnsb85Tj5vuwzAvG8NO5EaEd&#10;1diSSc4vn2vv7Sw/p+Cq+m2/8tKr6ZMf/1jaL3O/EPXM/iVBwm1d4YLwDdsjxPNuCGNgd/P4fvzl&#10;L6QvvfI5+Rx8JkZa+dqhOaUesZB5E3VBKBm0fRNHR+9h63hnb6RkP/f5FmbcWsFs8ScwyQghU6Qq&#10;HqhSWGnTKRkqQEH3TGwp9rRqxaf3IKf9jteHWBvn3GF9H8jAi59ZHn9qeXzfqew/Hafj9/z4jaTe&#10;fJ84nYrfn+PP/cS//ebf+pv/7b81bse/lbOmrubNmPRrpD4GPd1cJvfVS+bLV5vUSVlQExgTTeJV&#10;KTUZSmkLpsovtBAQYE9APPbHg2TYwhekkzvAsw3AQgbAkclZAE3aU5q8MRTM5mEywDTf2R1YYwdh&#10;HDDQt03nu3Px5zu/WIqlyyuR/212uzSwbHcYneVADkbRQfnWWmL89ew0HzIgDz4v7tkVcgZs0yub&#10;hTk589LOCXeXJdW1kks4eIM0wqw5DU3iF73aDDQyVpgCcZDVKGXJDZxtE9yuJ/zmTKZrF1R+BpJM&#10;UiGh2JLAeD+FoqGCBSLAxs1NuoGRvYBsLK0OndkSW5vwxJvgpSWMPf750kCK5O9VpbcTgjKYrTeF&#10;5FyXBcLfSzz2lvfy5PpGAD8Dr13ebqAevL0UzINvV2lAjLAESdOS7Vy1cJDb8BkKXmrufK7FsRA8&#10;Y3Kt3uuDJMkRElnJmaW6iR3BRlP2hodEDBkyVA5mGZWlOyhAfvfuU1KQw1itv4up98ryrTcMsmMy&#10;5e1HTFCsvgWvpUlEhTHAu8pSO9u56FNNtfH59IeKOx0pIxXyqtpnkUYgZbeMbfUnGtNaWmzMmHX2&#10;a7vnAwZLyQNyop8Xv7wCbsFPEYbcFljiLJYj7A5qgrfuPjGWHNVDnldLtu1RR2Pi0AwuibFd5paW&#10;S9Sz/gqYbwqYaYNGATtltxakztYZPpOcEL2/UfAP3q/6+1WDaAyAd3afATiNre0oBebuCem3sp4w&#10;qF709RX42zugVAMQKAEY7jdbGrPM0qcxniusIlJuHkuqVQ+wqt2uJciPPRW3dLJjn+UjSJKoA/a4&#10;iHTvwpo9RZOrW5PNUw1iLUjTxM7AS6sKEEftKSRRfbsTwO784ipdXt1Nd+4/SOd3nkpXy0M99Jbv&#10;8ZrFTD6sm8KAzQ2kU0ZiErb1ckrlPBLM9XlexNsBSI3zmEK4Sa1dgqyUz8t7m+FTyF+r5cLkYF+G&#10;aqBN7UXYd1PJCP5RVonNjtyoGDDmDPBQdv+AcILWrItjtHaScE3K7rzsAss0JmUZ256vyRiCCeba&#10;WPmZqjdmzL9O7+vqzaQUWI0WsODyPJnf6y2F/uFiYTJl8kZf74k3gu2bYb+yZpjZbNfJEAP72Oaz&#10;AZLDuaYV+NbAssGChII/rI0e8/VU39bS9h1JAce4H4heeeYXbIm/jVU8y/3Cv7u/vtGG8SpQw5pz&#10;9s/ckJN9IgdPsZqDPZxzxmeqHTDkYzv1jRWq1C9btlbkft5tUmXbg6y9SYszsz0JOs7dEYRMsZEX&#10;J6LkPoi3ra0FHtTDmPs1YzlfrFAptThM5Y21wTxms+xZZC0vTZZt28aMBjsDg19+/UvpUx//2PJa&#10;+2UrW8GiJbfiIfw8h5k1q96KoLtwvooyOkdhu2kz//rtN9JXXgXQd2hlmtrba03rFkaTPcDLQNdK&#10;KRpvItiEfD9QU/a9sbdxKB0Af/UW8N1VFR0gDtZ6PZTbgueYzEO07cn7qmHGXjKvG6fpG/fge/fO&#10;Kawdjni+trHQN5s+cGDfcw9fePP5Z579yeXLXzuV/afjdPyeHW8BaP/FZQzW0+n4/T1+8M/+G7/6&#10;v/36r/zqssn6VxLYQdb5EoCDQRKAe7N7GMHXqLSNzOwFcwB2ApXdwTmkyAoAMSLkY0CS5aDABEWw&#10;oktko2YRV/FzyWNdQ+c2BcCvNI+TSg4QMmhX97rxY5kyS4I3ZzuR7XKBxFKm84sLCeDgIA6V7W5U&#10;ikBBwuyfk7ok0VSrd9BLHXQrYUQ78b6jRvwJbVqThxCKHrkmSGYTX0LxIVy2SMMM1UYV35LkG0WU&#10;D5mCHxj+3Vh8afBwAU/+NKZApu48zjBv1oJtFnC3+r2gnJXkjAAt8Cu8s4QhA2BPu5il+XxZAi1L&#10;Z4VRt2/BEmA/utS1lMa2mFpaJnetp3lu8lcACsLo4eeUgIxZGUBi2j8J48DkeQb68XNe71UWeDNB&#10;Kojna0BFcdlfCfeUvfYBjofKqhzR9VgwAaXeJJogpRZXOACvBuJqoZodsJbrzWwHAoiXYyBE9oKa&#10;MM5GYe6O8vXGWLviwZnT0w+ekoJaJHFrD5sKae0RqYyx4Rzw832s+Q/1ner+NFVhe8zOrgX7hv23&#10;aj8wKu5d88mKqYprAZqPRchltSBvPlZc+PDPbLIyAAtkhPKzlpYXiiV31EGCajw5BZDjccP5HBhP&#10;JjcyFkQwvq8NvqzBp625I/qEdpAs7Jv1cii9TvG0Fh0TUkRMsydCK94zOaNHwGwPpdgLi07kkSyF&#10;vbmGVHOvybTwzFN57L6x7yStesZYkYxMLwSjh1fya5iDtB0eeglSfrD8TB4srLyi433GOBZAZa4A&#10;TtHomYvbSliyrZN4yKuuLhyD6m2FHa2gX+qtC1Lq/Bi74RF+x8bJQDrGLGAqg7VWaBJwYpBU9c2y&#10;Pp2nHXvlXV6myysG8O6n7d2n093799PV1b1lrWKm+YUw0JmBxn6y3KgQPgw1gI3n2JvHj2S+H1H0&#10;Uzo2llNbX9dT1oR1AOtpwfnNmTpG1iEOkb0gtsZCBsjbJcZifR/AihpSCD+g8cA0q1kVxIAuCyKo&#10;Pgd42EzVFPFqgTHYw2QPKFhB5SF4ITK/coosZbxusDIYjtxBM+47SzmdAUDm0CC8NbAi3GEUmi8u&#10;VVyx7XIHTh0CFKYsqCurCL6c5k1q7OoR16SUkmIKcQM7SmiirsDvzns1WC/U5udK8DYtJe6ZigeS&#10;SZN3zA66yHvOuJ/wngzMimnmHMKy3WijmJt3xjo3ZmNxr8iA+Obc78NqOlCZWspRW5ro8H5Jvaea&#10;f23S7RrY69SPk/b5D305rVHd7ska7lnIbYk9LQe8pgF2CrbPCLwjAKm+buBrthrRG0H/2Iw6lmQO&#10;JlPLMND3Rvrt5//RMt/fLPNTTs58ThbmBoYl/ECr2RlImEeBUa69bpG9SmE2cln2Xl/7UvrSy59O&#10;N/tr+bnxKJu5MRlLPealaenzOaQAB7VNagEdJYRhVUsUPxbYkQ6d8OyVSor+jmB31uyBUu7VWNr6&#10;rvtqa3DF9b5xELMDzetIsu+AbDfakKw+N60akN5Y+CAWus89fOHXn3/m2V9evvyhU9l/Ok7Hd/z4&#10;X5fHTy7j7qXTqXj/HMsi/VPLuvInl2LurqocUWgVePFYQmgxD6Y5dDcDe028YAZJ5bJFVdhyGWEZ&#10;LtOlkHg7eOLr2jRaNp9kQMHsLTWTltIMthNkPNlBBQB9Jgl1xkb1sJFRKHDqacdA3ziepfPzC31c&#10;qHSXCyhm+bEcQjzOTF4SN/UhkU4txHrDfPXDg5SuIDXNDIy5PHAJCzWgAnKmnLUAZqd9mrW7u9kY&#10;Y2D5vKWsCrXwCAWo/5vgR82AOxZda28fB0yLARRFdoMZoIcb1xdNqBV/LQnAUJmdsWn476kqq07Y&#10;oEnTM4Vxt1cTfU2jtY2+ySlVEjvjXrN0YpP9Mjh4fX0jAJ3KxAG6CaOvio8YAxeajFtcxqc2MsXB&#10;a/6gloQrwKPc83aOUVR4IEGTaNVQEddY8DrW1AoQaNTdI0+B3twVCITUEuvg+3ixlFfEVpOMJ/37&#10;ZgC7BWNIpfeDeDVqca1MPmEBMbDHgPagQN84NPbsvftP6T1ZVqAZCj7ltfVBF25kTvk9KU6OeeEI&#10;ALKuTO2chOa3MyMiWJPqUdmvMJcsURdMO+++Z20smCH4ICRCBd6FBcc4PgrVDphCgEVZJVwKcE23&#10;bcJLyFesqZMxl3QA9HkHnVoxZobfVtR253OuXQe+lhgIUZ2ZmkyOWxR4F8brUlzVySTzRbw/GThj&#10;gHxiSW5VAE++FuAPUl2k0SoQuHcAXVmAmpA7w+Ddg2YMuFwFyhzA44GJ558F0mAP+TBAzyXFpfPV&#10;qnFcRrZjU5wHa8nS/i0gJweJj4FaQvQNFFugWTmYhAAhXl9nTo3d7sQ7crO7Sk89zSDeg3TvwYeW&#10;sfh02t793nT/3oPle2dSeM/CymQA5kbmKr7HOShIwy8UUJqmt7U5kYsCJGxPwJ6G7GPHY335TxiZ&#10;POYQxtN/niZPpmTeXWpl0K1xfjJnqMGtARcAn0webGFNJ5nXfO1pssbBmlIH82WcB9bnH4y5MBhN&#10;VizS3XFwplMBu5RmcnBPxv444u+5MfLSmuQXZP2pBqZ8v0/p2YR9E7BijjSgr53r5hc2h7mxHAR1&#10;9MAeIYDlEH5oz23y2oEaMNnjHhQYTcnltTpF0kEKrPjsre7/HiwMclNnblnDQr2BO0Awq+RRPksO&#10;jGnzyoNFwoRmQUXSKaXSAbnqJwfWYNEAF/MFrGD4GgtR5rl6eL4sAKQ71/CjLtEGAmwysvTyVXM5&#10;gnXrxN62RpYeWAmMv+6aO/iH30FCdQNP+7XJwldsxaDQNNKk3hDAF0iD4qvH46UkVzxQzs7qI3hh&#10;83+vf+H19Fu/+f8t53m/zF0aBKX4ne5ZbJ7NkAxX+BdHgI8sKCckAfM+cXrry+krr3wylZtrBbq+&#10;FQmr7Xnhj0h5ZXlCti9voF+Og/o9zPGNIAoGoV1X2ItU+BkbQ1rHANz9+PxknZfU2uHws9Ycs3WP&#10;AG6HUdvf0vmqsQyoYZ/WqfjbvfOBBPtw/IXl8QPL48Gp7D8dp+M7cnyRx9lzD1/4H0+n4v13/MC/&#10;9IOv/Pqv/Pc/s6y8v6CeSbNvWsyTTDY5oXAlMlbeBl1hBfmyh2SAUJ9twQWod8wDBslVxsDwVLdA&#10;0Sdr6wlI08znM9J31WMEhUcpnvJbO/QK7xMqAJE8LH/ZbrZpe7ZLFxcX6fzyUhh9zO5jA3P5fOaR&#10;EjZhiuv18jn1pOsd8nVDY4lsFYBfbYtnzvDwqurlYZ95jqI8ZW6pwTqfiw2K6tT9jIJ5YbHOt/sA&#10;meSh+e+BnYd0Wt0gmv+cgnkSNoFz24AAZftMewUU9nsFB4oDdwq07SdNwlVp9ySBGcI8we+Z/M7T&#10;lwOTdMa1nGG8zyAhF7JPrq/lfTC7yAACu3+5sJ0FiDT5Lu5lS3sGmGg3CSftzlOQ+Ua5ZD3iJwfW&#10;SqG2KRO2RoaEydiSllIN5kpF+qAyV3OQSJHLZSxohsbB5WojNt7CgBlNykfCON0Y61PYexsN1hmU&#10;ucesv1Fku/o8Av5lBO5wsuzyM1f37gfD8HDfldS0syl6CdVub6wSn1C0OeujgT0N8CMvEAsody2/&#10;uqpEKxv0kBuw6kw2AnsQDB0Km9ZELsU9CszUtPK5AvPPPnNZuX9bSEyaD/CfGi33IIOhdjulWFdZ&#10;sEqurSBDPnhL5g1y4IQU3BT80JL7CRpbsPpZFfYs2HvFUp3BWjVfTGHtCUOPpfMqgRVm3lK8zXuw&#10;8abZw2c0BANel8Lc2yNxmsfpvqXVGtOrzA4uKthXuoKkRjZoCBd2QMf8AtEkMKqNhjwUP89B896t&#10;I9G2UyWEdAAg99eQGqIajNkDzhQMBtv1lul67sEvuyrm5cTjgZtJebOTdeXy6p6GPN29k+7d+550&#10;efeeyGwv7j5YvndHwqC4hCpoUnGThz/DOCzz3DzIHCfz2bjVsVNvNICET8d07WNPPfe2/pl4zdhs&#10;RnmHDPJSHVDMw3c3NZCOUvRhJZkbTPqqQBqCHTJh3A7O7IsMmujFZkxk//c6ddLNDCn1AIBG2l/U&#10;GgoKVKTW5Av3yzoQqM1FQwdEmSWJgU2DMQDdx1LPtTL/UgfUuWRX1t4Qm+CZAjNIO4c+fhqgVbuw&#10;igbu5S4YYKAocWxM0iFT70MX2NPGGMzU70BSAAM7i4TQKYmBAEU7agFo6qWpKYCGBqpZgnF8/7bP&#10;GAITr/cHXjG1EJYxo6nIn5rXpKkUl3LH5oDZjeSw7zLMY0JaLB8qPcf7HoZu0q6eNUqHeEm1Jg+p&#10;77SMD9vvzW2eqAgK60C5Eq7TIMCOhVv4emjBNgcwbUkRja1oWLZGRbvo/b0QPGooAK02ZWF+Vkn9&#10;PuD0dADSZjzf4yePZK+7lX3HkGDTKXu1z3z6M5AIM+OSWgCX+RayhYtJ8wFuqwpGz61di4pzoWKc&#10;ZWa//nr68iufSfvrRwCIB21k5fcCujW/1NrZW5A24cwDdAX4HbD2ov3COyNjutZDtGDKB2OnZ5p1&#10;l2TBFlajmBcyEZQ40S4ix1aL7n9gY2ABu53EliynLKeU+ojikvqQp3c9fznoI+p659P2JGvm8QcW&#10;7Hvu4QtfeP6ZZ396+fKXTmX/6Tgd3/bjbyyPn17G2ZdOp+L9ezx++8lfW/74s8u8/89GGZt1XCUG&#10;Ixj7WzgGoUM4IAjAQjaGmOha+6JJvdcLvKNUIinMwanJRA1sYcCCmXcZ0tSWoqgLIb+Hecqansub&#10;FLB5DsI33IOQNxLLz9JGnk9+j1kWu534HjGrj6W8m62GcKhuoE+MdPmrpZJ6xZpSR48KHVkPtafS&#10;/Dxq+LmVTM/YEhp2WOQcj/D+KUNNY+kpKDFBtyuwUvAks86zpMxy93uvfmImyRVg11KTk0ttiyXa&#10;IjmXixhh/kwqs2PWzwyGnwAFkP9ZWIYw9yYF6CZLvJzUC0z8tqYCA/5ZmHUCPhQwjmYF+5QZWJGu&#10;q2xAZvZNYBO6Hx8KEjP5FzlbSNO0ZGGYETUPNYSdmPC8pOIMy5Sp56W5xAylTQar1OQ6CG5JqaVc&#10;ZzWzUdlt8F+MX2cAdSMzf8QbcnCG3kb8qQbptm/kz8HZeeOg428EUy/Bk1JTqgeX9JovJhv5D3jt&#10;JAm152DeUFeTlc6LKx3ND7RU5oT7tNYeaOuYHmTP24poAS3C6wb+kAuiIutiXeBX+BmmGpk5h8Ib&#10;s/T0ZzVwyWSgTqiFnNdYY1ZA1aOe7Q3oARVxPtZx7yTNtfdwrLVJnmvISTTfqoK5EQ0Y/Zm5jVlh&#10;190oY4/l6vsbZ77eSFotJ0wrM08Sa8Vjb+/+erOBezwOJTF9D59KgPKQ0Oq1TR6Q40m0tfa2DdH3&#10;sRyWT0eTZYuyJj112NO/PbIm+Iu2Yr8cw3wwZk1Glt6teDsogBK8DOPcSsIC1bVHA5B0+hiUXTtu&#10;0+7yMl3cuZ+u7jFL78Ppqac/nO7cvZ+2ZxeJnUhZYsdg77gd5edtnKo5fl2u3WMPORFgnzi9jNc1&#10;rIPjKN+zdz2iAeXgA4o2E7vPYCWbtynL1w3oU5BujGi1N+9KsTu6rSHmr2fjehhoNRSDjBGAiSer&#10;rlmtqU9Y1XOeg4w3+JNRA6tE8megFK/b/FnCfSTNsFIPit5IuzOoh+fKGfJPtQpRcMkSRRug0oJH&#10;UkykTpYabfcidUCpvXVlndVeTrgcm0xHxkUD1tYhIDNsTNfKPgWG85H7OMzB3QTehxqlg8CTAMYj&#10;ZCOyOgcHUHMHJvSejU3kGIHdbriXmo6xt0xuWiDzz2B+NqsYbR+VurKEqNr0mWGdwtJvvtLc6NPm&#10;qMq3s4Wz2PxbW9BGjVwqSql5rhgIVxpTOYB8bY4Ywr8pk0tCQqhP+l1LqNfXonYNktZMymhkWTL4&#10;2ldWLtOQu7C5BFmtvL9hQLDOHK5DEYDVPCd532tzD+8deF/F+5VPfupj6c2vfnl5Dl1vNGhigN+r&#10;yoWL3R+1AYFtXTY1hJ2vTZp4H3D9dnrjcw/T/tHby68NybHCb0CuSpma9Z3vxdGwIM/+0/oB178i&#10;1Kxr9KxlrHRklYBHb/WX0VAwWTJqhs9oaY3AjgwQBd6pt8wJOCRRm1MZ+MtuodIaKPb8LSztsAa4&#10;benLQYUSG5Z5nRdWUmC0p+8OsC8AEj+SlOF3Ok7H6fjWj88ujx9/7uEL//vpVLz/jx/+cz9a/6e/&#10;+d98ZPnyt5ZFccsL42ZUs/+BAjhBq7/n6l4YhWpLJSwa1BCBJFmcxAOqOAgkrC5LkjUpZ2pd67LR&#10;DTgzk4Y6hKJyFiN8NeQfJBiBYPSrgF+TAcHtHOm5ClIyYDIuRRen6253Z5K6uzs/Fw8kBfo2bZnP&#10;hxba7oFXV3ZNdFhnHG5QkjMABWy7pacYC1hhaeVlozXPCiwMw2EibgwFqG1jKB10eCwWeF11oSqW&#10;VAt5rf2MeXKpl1cB00c9s/Zg1An4twcLyKS9wsCDjIr5S/tZgAcL4xCAbgaoKMAhfgfpne39FAWA&#10;Z5X/KkuwINBjj5Td2T395tJkkOwFZF5m5eBa0IEUQ3eAAxJtYT4uXdkcKBS6geSNdEFRmk0qgoI1&#10;w5cquYm8PkaRzo0Ay3PzsBLp7QZg3CjggYLpKrsVoJvwb/b12MA6Afr462Hw8BZN3DV/Sh0TOUq8&#10;8+Adbf47S9VVun9QMr63bXfHkqieIN02uAjPsIRG9hdCp7+Ud3oN2wWXo9+pOPe1NMabBT+sqsGD&#10;ItfApOKbXktorS5pk/d+i6ynE9lU5UXmVaG2FkmqvM5zPdX7UeObDwq9YtL3aiAcpLgFLLy5OFA+&#10;zU/Ev1K9L29EGs/svflm+XcZb8u4u76Bt94yFuc9wDwD3RXY8zmjTM6w5uaEFIgldfS5GpieJRYk&#10;qw++vnRtXl4XtTVIn1IHONHqjBq4nA8Ak+jPlKJt4nsvHmu47QatFoUluTzXuNkJW+9sedy5dz/d&#10;/9D3pDv3vyfdf/BUurp/X7z1tmfnKi/k9WO5F588vk7762tZv7QhMTXPuOXf9vvW5MlDbezAQVm9&#10;HaCwBlQCm8jkYrNZEPA6AV9YZvdZBonMO1RXNnh9c4goBlnEYJrjaZE1+H9FgM/AAJVxHgFYuVki&#10;DMbsn48szROgkvnyFgfNWupsDs6W3sRJkKU6vhJ8zzICKGrtQKdpNikkdemZEfQja9IY06XWmCPk&#10;eyA7IRbWUxFaEAHRCKytv3bWHj8/1hxmO+ZM3WuR+9/RoUdkTSFV/VjCOL0jIJDgwzfmegjq1rpK&#10;mz0M/VgDfPHaCKjXeSHMQQqLBlBNbpdi733GHDN28trQRMbrDgDd5JpKkzA5i7QHn9s6oGDu1NJy&#10;iRqrKbWwlSgjb9+3ELPJf2+5o9o9Ri3MxhpGYVUM1y4mO5uXXHsta9Kah/XheCT3F20er6QkQTCN&#10;+Z4Y4Vnr7EdNdBOZvwLwMxqEY3qyrBef/syn0+tf/MLye7SsG9faNJPQnR7wH8i86jTUZhav3+Lg&#10;ogH6fP/IXn26SW+98rtp/9ZXBGyfyntj8zXQCk3DowYhLYAuhUxeGCID6GuhMK3B2BjAvr5Fpcwx&#10;lQy1hcPZ/RSCRKoqaISAgJTxvA70q6YCIXhY1g6YS8EXs0QvzINx38vlj+6mIpGjM2eld+6J1e8S&#10;sI+DAp5/5tkfX758YXmcn0r/03E6vumDp7n/Ynn87DKu3j6djg/O8a/92X/zY3/7f/4f/uOlIPi5&#10;ZKAA/H3G1Hu8UW76KZf7WmCBST9dEpzgBaWSkQmyM5VcYttWSgC2VEaQDFw0JqEb6lb4ZwHYYSnO&#10;TOKFRJLeRs7IUfPdAu+zQWWP261ses44dff8Ujz5dmcK9OXNGV4f8gZblnMODdrSghWobbRSTJsL&#10;50bfSgHzIqNYrd1KKh3ILtmtr0Cr/c5AkPQlT3pN8BOaAwOhQLqq/lvw6pomSFX1a2HtFQBmkMK6&#10;dJZ/f69hGDfT5N58BhLu4dXFYNwEEE+AQ2afzI1dye+BwYcnLB+8gc9UAA1nAMAC4sHnS4FDBjJU&#10;NmgMg4KwEAP4ZgkTSM0fLNh1ueIvbAcb0tqKL5P0iGQW8lC5V7AHElaLh1+0gAwtRBXsE4BvUL9K&#10;+XcGplEcClhn0lkAc2POHo5BowZnEAA+D9AQxtAIBu0g4HR1VmDz6MviJdkSEglsW/25kPRIGXkf&#10;ZvRt8vokoH4FdOKytNwkX32uRuk2lzmv0OkYbkGHe8X4XJJszI+jiwhSQtE9r/kYaH7LBjUCJBFM&#10;ckBqbp+rVNORtg2wjSkEdlQLWjmev+DAsfEtqnvMVWfrOQhgxS+V4FFnwPyMhNTi/np1VlB9gk8e&#10;/7sYqgM0Vzm9gnv7m+t0c/1ExhsD4WV/LQE1BYCfempODqwb6GQerQUJic7aM5pN0LxRADvXoabx&#10;hOR05IKnJtlV4MDrr+65CBYDtZNHpgCT1q6ZYkWmhCJRuw7kqQQxhMFiXauAeZp6qCzYYVQ2N6ev&#10;7875cZmu7t5Pl/fuprPzp9Ll5WXaXVykvD1L293FMm7OhOU2bLaQ8WYEyNhtNAtHOME6gCCbb00t&#10;BaozkScTV4DY5vdmid42d+VwYmtpAVTel8q995gU7/Br1deoK9/J5vNlrKMIPtmyrGzGANjMba2h&#10;II9z9lNuIVA9EJS6ubQx2Qy0rI05jbEyh4RsZBvJ/E+r7pulVc6l9/JrYNccmPbpAPy3E8P3QGPR&#10;hrTYyPpLh4V2x7SyZgLPZDM5a0k9MvXrYaUWsOcdg39hX5Nb6ukqO7ZjI4aUW2/o9CygHo+PgEIf&#10;NpEDi8ivi4FWmY7hvoF5ljyMxGwzmuQ7wcM2u49jwh5tAL49hkATOwawzQvCfHSElzZPLI8nTxSQ&#10;4obyRoI6jCNOQW4LCa6JM+L1xLhcz/LW/PDgCUoHnYR4D1CgapGNzxyu1cEVWK+zqSW9E+SjqU/p&#10;Jb8pyZn4ERC2eVKl9zorspWK7S8lhG9SL2xmBfJawuNnXE40N49eefGV9OrLL2tStiSDq9S6u986&#10;YIqQ3o45cJqbZyqzCJc9zJ4nkv2T9NZrn0uPv/oGJOdokH4DXn0lkOWjzJU8qTcHMLydQzXmpdAc&#10;oqNrel6d624B8gWL0KxPDuDNVT2OpSFciwvne38I7NOwqXFGHlDv4i9bD8YaGeBXjp+reqS7RYFh&#10;OKfoC35ITDBmPUExcZgp/MFn9jHg97vPP/Pszy5f/uVT2X86Tsc3dfz28vjRZSz9v6dT8cE87ty5&#10;+vlldfnhZZ7/I1pZwDsLskzbKCg7bwYzq7G6Jkgw1bMGqYoW8lCKSy27TWxKSJttoQLiU8b+IdsN&#10;2E2DMi1gui0eRAUAl/yvsGGLdseQuqsdS+70j8K0GJei7Gwp1M52XKydp/Nz9VRiAHDcbgGcDH2H&#10;+3DJV8PnuFjGxdo+n3Q0mxw5SnB8c2em01jkJSU2RdmtAX9gtEXjeqRpznYdAJwWsPMmS6GdJ4Aq&#10;kO1Ns3t5CSAAyR9751X49an3nsr+OOFRGHwCIIJxxxIZBu4K/PEk2GJm4zu55mWevSg3IFGYfeyx&#10;h3tlRhGrSZoVTCU9XwzisW9LMamlpeFaIZNykyRHSU+gQqrMBGbHNUPOgU0/g3P8POPQurkD+dfN&#10;dzK35GIu6gHmDUMD6xTEG1VmPQwtUZoTcO177Ps4aHedQUAD98asSbqUAfbh+wI8GEMPvlcDZLYS&#10;FBOKMi2aFTDQ96f34zptWU9P9o2sbIL5My8nhoMCGounhI70IUNtzSiwRNf2/H26It/KA0AVCkAF&#10;/+y0bPpVPlxcUms+NQ0uAkPoGMAGMEA3w0NL3ba0R8joI+goslcAiRbEQmugrzbwuFID36N/Ywos&#10;2ggolpQ6Ca4zPBQhUXZfmZBqimRcHq9g8hUJUVB/PQXS1ZdSGXv6PZblVvGkVL/M/Y2mW+8Z3Juu&#10;Zbwxo6/Iz4cU9apMwRaCY2FGxbNWGnpQOw+zY4WDnde1x/g66zWo5dq5MPCgtBCNmtZkg7zGEPu5&#10;NAfGmPmjmhl+bUC+BNIscz/7WV5cKYi3vbgjQB576V1c3kuXLLnd7Za14VIaPjKeacB6whdNQVdu&#10;FOl5FMhpeTObNrcmaqBKWOBYGo2M7dBAQ0qmltCY09QDjrKGX2hjgVk0A+ZBnnl5TsF5GGyFa3Kr&#10;tU9bYxshcCOIysgAApPUlzkws1rZm3O4el1YTm5Apf/80I3xCJLZfBbTdzugK1gAtLmegnuCmf7H&#10;RFl4yVWdg+bUB3kYy9jOx4GVI5Hf+zmk2Nva6znXYA9TCL1ItQHjysKc/b0rE716EyVKc8ecDuWt&#10;5MZrkSDo75/g7Vs65mQEYAPQSo3NaMEw5qPcw3wNQKLgrBrHW9yLUEyBnZsvYZ9knN0iwf7Oa9tm&#10;GFOTw+q9MImPZL7FeqGuQD4Eb5Q5NJNc149U8go7DLWmEE9fkfL2a4Pv6wIjsN3zQ5hlwCL169wD&#10;o4c5rakH+kIzuN7WKQq/Q2kdRFW7MJVoh2N/lrUBqs2xtbZQD9lXxkYBhdCkIC9f5kiZ1Za94Mc/&#10;9sn0yssvCdt4SNo0FlsQ7I9MUq9dOPJJPK4P2iBXENel4MvzfPm1F9Obr78i2JuNy8PQmXc5QFPL&#10;NHT7hBhUZwAbeVJ1WE+o+Yof7vZTYPRRS7L2haql67ZLXN2PWX0YFcCU+92k3LOm9vYk59YglXT2&#10;3APcqZP1o3WNxbd+UyEdhwngpoBJ3VxLx1q93x1gH46/ujz+zPL4Y6ey/3Scjvd83CyPv7Q8fv65&#10;hy/sT6fjg3v88X/+X77+f/7u3/nIsgT8xlwrqexIfc8MKBKwBiwvYeaVGQloxlioIi/Txal4saee&#10;fxtnGGk8PYCTZQfMoBubAGdSSaNs3EZlQjkTKxeVucwkBbGsoWCllGWhHObsnTDb+LFMcgOgjwM4&#10;tueasnvOHiXLvwsYI7Ld2vvxfaMHUv1UrjWLt1aZZmxmckttBbPEGQACAhgjr0Axp+c24fsWlDIj&#10;8EJ89IQ1twfYOrunngICM9h2YPYxoFAsaAPeXpaIOxdPy5Xun5j5zyILtA1zgafe7BJfZWhOBgxa&#10;wq1qq52lVwAIitQXrKQCw2Jj5EU2SSmlk/3UFIzJV0WNdlbJjadlQ+tJuIOCdUMTc2gHe4DPUfJ7&#10;LMHLbhja34Wlh+LUgD3x3QKIZ2A0f60hGBkJj8rkM9BPAMAMYNBYsoOCygNCOjJ+RpN2sUG1lGl0&#10;qOX5QtKvsVzlPeLP7KxBMABt4zug+92lMaIIXv48P9vJe5lNmm7FVNj8liOdZEKcKd9rKvtvMqha&#10;awc6WPffZPq8Y+U55YzHXW3+mtmoWZmcoXlrQh4CK2rBmEdKqIEUycv/1GAmkfEFjpgxzQxIBxhY&#10;ordjSr1pfYlAQgtzUZlt9bHgjLk6t+AZCbnRABmR5Door2Nj3l/reJcEXGXWTsKG1ZAM9d670XkC&#10;qbnVwmUYFLTUacwDXZpvUSP8EnwLvW7KLVjFRxdAHgoAXHkHUO/gayRy0jF2X1Sw5cHrjBwgvWos&#10;GmZIdDZZFN6PFiQ8bDfLfD5sOGjpfrq8cz/duf9Uuvvgw+ny8m66uHM37S7uij+rNHR4rGy3kk2w&#10;FZnr7OBU4nO9vND19ZNUUJxthPU3+LzugM+kUjh5L2CqmneWePFNKrseaFTgGIAqJZ0HzPvPfB1l&#10;nhlzX+BbL4mfw9h+AHyMvetp4QChowxX0jWNe4iwCgfAAxOMwdDGDOtDZpzdhrm0vUcviVcckAZu&#10;eREefWVtdLKPIZhntLbLIuqdyWroq3nyrTGwzTONnDVPmH9mgNvi9Teot19MkJV/C299mhvzvoHi&#10;1VlfFUDKhF8ac/Mpk1AEAHN8p4wr9nF24KmmI6ie713IAmliQR4ktB2DzySLOR8NJophIw6ClnUe&#10;dvieqSKM3VlXhKbUWIkjwte6OT4dNgmYhcyfbZ4BjMr8tawZQwMfNJdBQ5Gmkp21elN6EJPHizRT&#10;SX1rDargvRbfY9vNJj16/EjG3nbZ84lXpTQ1J3k+VnIYs4+6QKfGsHVfyZBK384CxuqtzHITljS5&#10;LwmIWG79+e53Awh74PEHptdamr2+3nqeKIVpXj34xtFF3AWextxwGplNuazFvJd7+IlPpxdf/Oyy&#10;X+ampe4HZY5b9iiptHvHxzzlbj9Lwf/Y5yY0yB595fX05usvC+A9lW++Tsnms7hW/9LR7mTX4KiA&#10;VlsALR1g7jZHxyZ9DQ0QGW6wRqgU7DkIjURTl7hthVqZMEGhUvUdCiV6TynvpZZbG67f1NGVOPSO&#10;QPR3Jdj33MMX5uefefZHly9/87sIwDwdp+M7efz95fFjy9j5+OlUfHcc/8yf+Bf+/v/5d371r01z&#10;+QlJWuXicV9WQM3sm0aTptkGWpPVIH1MKmtUWU9Gei7AEEKKqAUVAAwZiJzRJMynuNhy94uZDtk6&#10;u7nJcxhszFoy8n/jsBWJ4tlGvfnYk4+Tds92OwRzbEUqmfMmmfneGuirYbPdrZPUDH6pNEtwK/hq&#10;ZWbNjXdACySYblfMi36dPRBjhmxPE2fhc8jgHQBA9bGrAhYoW68oqwfsPANgzVePgTph9AnzbwI4&#10;h58VKd8kLMw9wi0m81YpapTN/77fP0lPntx4AIcVmgIy7A3YADMQIJ993wqGGfeFMg7hPVbXUjLI&#10;nOshllPXxsEIunCbvaw8Nb4eAxAEMV2H55V6LQ0BxMueRGuBGQLgyZ8bkbCIl9QI1p4FZwB43gwj&#10;0nE3cm8JiMf37Ij025zdfy+ZJx9MsNVPb3A2jHvHHGPreWe8OuMkRWlWVUmbjCcAiDyuNLRDi9qM&#10;4JCqrvfOwGpBesqK2O1Gve8rOrnGmMxg0qZ0JL2weCFom1+Xn7tBUfaQFgdw2q+KXHld6zDbjk9d&#10;dOOpq6LUAUArfGE0fswkUwpD9lMCTU8LSC3aLTFWQPRqXpXVi/lKza9JcUJIXYP0VoQxkM1XBCMU&#10;AG4VY1Lk5vz3vQbKTALWwRNTQjQmjN09fPUmAfv2E1Jz8f2K8AwNsDFJfVFfv4KkXPNPm0syvqQz&#10;WFZnk9YS9wCTxn83kEdFULV7Bme54N6pVDv6VIX7t4xJhEAIkJstzZJgOg6jI0/SjRLoqvf1ZqdN&#10;m/OLZR6/Shd3n9JU26u76fLug7TdXcocf7Y8Bg6koOyNhGEzNEYEwNAsMiv1FDWgwu5U9fpiYH8D&#10;s/9J60jRYyrYbwETxcJLGNxjsI+9sUYU2t70Uhaj+/W7nx3B53N0+aq9Z6LaM2VwziUMy+S4tAYE&#10;4JGXGjtSAcHhEDR349IA/nWMs5Y8m98BSGpgEYVgi56NZLJHZ7rm5N5sBpyYbNTBK6TktgzVBi2W&#10;YB5vMkwDyKyZ0+5vjOm5OmjWSbut98ZXf2pBVmu2oTGF5PkH9eiMQOM89awz8TzGHHiAJIR5spp3&#10;bG3IxYwGas4GDOTANr+l8bG2/4jsnQD0pdqnJvc/Y8BlA5wGij6sfXIwBcN/uws6cLFaKKkC4CPA&#10;1wRvt/1cwvuuSTPbbN4y4FrX4gJQTtKb0+ABKBZeZPcu71PZMmS73fq9MIzW0E0BREshlKYG29Eq&#10;gQttzaMQPFTb/dkNpZBqfRyuOQD06pEGSTsTbUw3FYmxoWvgClJ3PY2pK+F1lKGCKc6cu76+dtBc&#10;Gw36BQOt3Gh666230htvvC5p3bxusR+2hOAVZfi1+2joMKKaqXkg256jWkNfU7Jv3nozvfn6iwBz&#10;9bNEwuS7WfZFfDoHq2V+itH24m7+QSExma9KqEd8Em6KDzoA/er/z967xtqWZeVhY8y19j6P+6pX&#10;022wLEUqyYlK9TN/EsWJQ3AsSyCs2GBkW1FkEA+1LeH86CBQFCUWJpLlH0EOJkossGOBkU1sHMuG&#10;H4kC5PUngRTFs3Cbbvr9qrp17z3n7L3WHFnjOcdce59bl+4Gmqq9WrvvqXP2Y+215pprjm98DziC&#10;WffnEFuSra6VSpuHeF3g7Mzg0Bb7fWL7Y25e8bVR1D9yfW1iSSuorqXS3c9vxfZqw/cqUN9sC4Z+&#10;Wa20bNaldyHYZ4Df//fay6/818uP33sq+0/babt1e3t5fM/y+KHlmqmnw/EuO7mPHn1oKYK+YTdN&#10;X63yzebHpzhEieLEmUUiU5TkXL0bb8KvrFjq3RDJve4vVrzQKBjeG70thhXaqyLVfT74JXOwdxRs&#10;2i6rQe7ocroY/3t514rAs60EcfDvxLzcwJkwg3e/jG4RRm2RkdfqOB9Za1fx2GIGzrS7kcVTMAiK&#10;SrVqpBHrMZ33e/PUUnmesOjEo6sG86dacapeeyqbZYCOvfRE4mehGrude3jpv3Py5RL/L6rG0jNg&#10;MLHt5kohXxLG3vIeuxv22bsx36MaHnwi32FPxkjHneP3mUlE1MypKcl9atcpzS5gbQldsDEVCq5S&#10;cDsPPV20CfsOe0DPk25HTp8dEuA8KOAsHl0mxR0l9Xkw5p+y9lRKu1EWnrH14t+iqbiZBViSp54v&#10;KAt6mm9JgJ75ZxEe+BiVLPGyws6T5vRaIwMPPWFaAT7e9408RgPUi6Vm+meUFQjWfmZmkxaY7g9W&#10;G/sHbYnqf0uoH9dpxTw2D5MQMCXxQRT+TS6KcHF5rvgOejJw7RaWeb3dN6ITW1BYWn4N1oOFb2fG&#10;z4vpZTwLy8R9Rj2BmkMrmK0zm3eesWgJm5yVrMlBDs7Pk7FtLTxjrgHaKZg3C7A3BcC+i7+TJVdP&#10;KRVX5w7zMST9HVQNM+L3QnLGYU2gBQUjVz2CnLWH0NsQ0JF6BVchIu9s0l2Tx1FJTA6KBERluor/&#10;JIPkbMOwOTN7hmLAXlSa5m8IMhfzNcgg3fnFJZzdWR4Xd+HBc88v44RZeQ8E5Bu3zN4bBRAUdhmp&#10;VFK8R5f5zA3os4RU5q6pgVcODEwpEV689JzNY6zMYTsIE5q/FzeGqDM3V2aZSHpniHsiX4caoqPB&#10;OHytynhzyWs0IHwol5TWSh1w14U4GFPE/eqcBS3zFeAtjI8VhEDrFlZqLKQLrdkjUMfozaAXBVCV&#10;PLsQUzAEHgZ7yLys7z8mhjW4zNSYise2Yn59+T7loQv+meGdaQEzXRhDTuDusDe0cC8MDzK188Aj&#10;IF0Povmt3dPjS8GDY6QWB2uQDMzLj8yrDKLh6eiqhIhhS/J1xp9I9Jc5Q+d5NPZ/9mJtEl8fy0+7&#10;qIPBiasLPe4bFInnWRK+BoR7EO0wcbZSVp+6/Hc1TtPxZjYv34Mn8ycupYEOszV4Jp/+qBoADuFP&#10;6PJqT/UlSP6W5uXs8twMrvu5x/WtZiiNkelXFOX0+mS9kpvFzhDHW4A+PAbapq4LYNdcgxYOH2Pa&#10;E3f5AuG1p0pJizRhHQJDQzJlXG1cxaJzkV8/v/2Rj8JvvvGbyxi74RaI3td9tY3qGUyJ7jtnduEB&#10;eIxJrj/A1aPPwOc/+qtQr25iHIGBjvUZRTRrMDBZ57WmgTdH/X6Uwk7kGYZyoTUoQ6iKK1+9BLR2&#10;3sNrhp3vgPn3FWoeyerdhy3KyrqmXZhPmuEoNS4KHJ9zwIHVZwD4GlBMkdPu6erR3Dj2AvFEp94H&#10;kij26d3GgmNJ4p9ZHn/0VPafttN2sP2z5fFdr77x+kdOh+LduX3Dn/2LD3/sR/67Dy7Fzk/6Qklk&#10;hjgaQ2kjgJmCJKOBHSrpEBJVQZPtNraSsgOGAHLSkrMVJLyIAwiwSOp/akAS1BRfb4tjLhwm7+st&#10;78/MvfOLc/FtYSafsPkuzmWBzMUgM7k8XTW6yHhwT22LK2fumfmg+g/ObeFl7CWR1orX1k7Bvuk6&#10;uv0VdeE0GxtuMmktS/KmfQP79gLWVQMeJi0kDBjghelO2D8q35sm88QzNiD/jY2VRRZYJwMMPUBl&#10;Vu+/SX3y2EfKmYBTyG/1Zj9TNdbRZPLBauEffg5AgjiUoYe62KS2MCXrkiLV7JATiyJZZ0WRiSbj&#10;M1kqqZdcgZRw65KbBBgUS1b25/CCsve8U8beYCDeYNJbHgNonpAKSCiQt7GfVVLb5L6D+PkZaA2l&#10;95ZETaYLmXDyyXLJWkkAVTGjfEim72oqaIB5sQW4je3BQQEPBTG2xWDXmrISRwH7OMV33PL4tu9e&#10;TOJHLvdFXeDVfikphvBnGOChSGKDlWOpdzUx9dLisgRDkEJKDZZcqQXeIXzk3x/Mh8+DWjyoYihN&#10;kkv0DGL6YIlWOC4ntO8sTYEKT548kiALstRZD8JgxqyHWbiXXlzjZNdjnQ2cJ/O1vAkQvgVfTOa9&#10;54zZvV2fFo7Bfzd2bnVJPul7gIOP0EztnVESnlHUIme60An/qtXPhYEb2GbY4wXCs2l3HHiVho0l&#10;RTNTZstsu/Oz5b+3y89bZUtL2MUo7FdhyA7td5xWy687l2CkrYB3m7MLacwwKCjJ1Mv7DC4NtOuI&#10;wVhNXlbZM4qEuQSjSRiSfJx2s1zrRMNBeqwDfS3EgoyVRQksNsBKCmdlRPM9jj1NM8ChcyQJwO7J&#10;18owHZUpI+NIje75o7ZbY/fafAGr1PY+/fYYMKtXbaUePEPoATxK7LkeIsdIZu18BROigW6RkDzu&#10;SmlNiq40LYm5gz3YWOL6r51keEzetqUgNFZbtRRKNA83Z4SpZFLCOPi1s4F3DujM2aUfj4KSDVA9&#10;ZLE5OFfSWkQA1PABVOkvf876+5N52HpTxt+Df89stWF1zJp1qhXMvA7aDCExjQQHrAk0a76gIon3&#10;9HRhrTp4c+gqnF+H68HmgVQO0BNBbx1oTSbKbE1aAYcOpiTw3JiYDqTzMSiY56W5S3fOHoJ+nDxJ&#10;t5qnn46ZGgzdGqm4lsIuIGTtJK/a9NwLA1ju/WYBEwnAvpaAnNlEyS/U2d1NXk+rphXicXltHhsB&#10;7qbE4NaIgQgOwlUEQvb7kwaPyYq1odbA0mrJ9irb93FQzR+4yD2tOGvYQDser9LA8GvCwdHlcz72&#10;kU/Ab/zGr8p6ndchKnX2PSx2LNAC84pdl32gVWd5Z4Aq3893Tx7Cmx/9TZivrwVEGkzREGYE5eDl&#10;R7faQWM96BXHGyOSrFlUIjbhbjm852H2NaYj3dBuzVO637oihQxIdNYeZrSYYnbtFRK4/hz/6JWB&#10;7W3gZ2LQ16ccQFExoHrrKpO1wm3uKOGPTH0zPlt44BdnFviVu7328iv/zvLPz57K/tN22mL77PL4&#10;K6++8fqPnQ7Fe2P7ib/7d35y+edPe6EyCItI5Y4C8NmCSgE8OEiu1dQp69obONJufS3inqzQCBma&#10;LyLJ/SooJIWaGNn83riw1iJlWIpGLRw5UfEOm7EL8HehQB8DPS6ZLG6yTR3hwTt3IX+LgAgzSDcG&#10;2wyNNVdsYcaAHEh67Q52V1fii+dASdVcRjHir3sFBxicm3Y7kcwyi06kt+a/p4EVChhIF3s/txTc&#10;yYA8Zt8xMCiyQVJwbr9vBv0mbyFjB5EBkiH7daDQ2Ummm62JxTfZsZUCa06LXsod2VXCHaTuc3RR&#10;k6+QLTadmeYFWRRmwxiSpdGYoWDjL3wYy2jAQ7GU242NT/3bGECejlfxgiwOhg0htfX3Qnu+MwlV&#10;nlukoz94l9rkw8LgGyB1zUsrdgyQa6G/xdaXGB55zHwq9nxZ+BZoJtK+uC8GrNj+8PdyxqAeBy3+&#10;VT6MKuGV8a1Ftcvf8uIYSg4QcEkswrjF5RrZwM0yBjXJsi3w3Eevk14bICDphIl1qebpKenO2XTi&#10;WVaaHLRSMB+Zjfr48TU8fHK9jF3SuUTOt7Jg14AHXwNafGBXBjR2hp0TS3p1Jh4zwFiOhvtHQPvH&#10;y3WkSdLMoBOQnq8bvv4YjONrct6DM4Vzyrgz8UJeO5u1gV1LZCw8BRIbA7AagF7tOQJU0NTCZxJt&#10;Q46jFLFaBZW8oI+CErsCUfbRSMohgUxSnZBLkTLyXG2bTdsDRiwmdTevUw4xOjtT+4PN+aWklqv3&#10;U1G5LF9HDPydnUuK7YYZ1Jd3lrmXf75cHgpOjMyktdCnaknt2rCZexZbAioaE09/rh4AZOMSrZhX&#10;c/NjgA+tyBEUjCxI7LTGpK3dvuh7z8qgZUahz+c1gV7235jK0ckYV5Oxa1hS2Ic/NTbcuujiceWW&#10;Fpml1Rn0d68J/WHcu5RBu+ZtYm/PhJn1uz5OPfhVPE5WHakOk3Cp+WW6f2o+HirbLMH4y7YFdeXJ&#10;Ft85yUYd3FJQNbMK29/WoJeEsww5NIiCIFWNFZWL9+zjF0Ed+QjWlc/nSibbjTkPCJpbo6QfkyuD&#10;fffgKx54UDu2FEZYDTWVhZn/a6KzzhTjuuFEKxMEOn5dBKCbUpDz65qnYrsPqK0BJqD8GHig3nvq&#10;UVkSixA75i1ve1MdyL2slI7xVRP7DnI4C3oIBFhAWW2AM0LcMyutwV6wxhSkdWA6h23xctBxoswa&#10;zx57x8CTW36fpc45ub4DCjPLFjw6pLGoZd3RsXCreu96owhb/IqH7DirLMDu5c3+1Yc/Ar/0i7+4&#10;zN28hgBpapnEoKVRh6GIX046J8Y5qm4bkVpL/LplDfzmx34THr/1mdbQexa/uWf2pNP1kHhvb86E&#10;DT5uLmDYXohyA8WCRT2SM8lA16TNADTqgTQPZduAxpBTD1myJLEWYGN+v/wctguQZvgczEv0Bjkr&#10;CMzOhtf+rP65uXkiQVza+NuJ9YOklMvNXN+zwNAfG2dC+OH3YKqjh3KI6/VYA6/VPH0gB0EGKds8&#10;+a7zt3v1jdd/7rWXX/nby4/fcSr5T9tpg7+3PL57uS4+dzoU753t7r3LDy63+K/FsdwvxsprvmMQ&#10;/mltGSSoUFvm1xqLjMqL/doMx8FAQBMFHnRGW/eUOpWgF65oHeiyUbCFfZlYonuxFJgM9F1cXkgB&#10;yp1w91NzHxhVPmhqnjPpanyepogqM8mTcC2RdtJwCpHZCaNEGTm1Gvtupwb6e5PJziYTm61AmA1Y&#10;2O/0OTfCAJz0vw2scw+oAOJM5itm7/xck+3OATDo+zLwsNt7cIp65FFtAQFe0DjY4Om+nsJIDuC5&#10;1IiSuf+BR02gXcnLp4Qnl1WzsbDSAIosWbIFeVFWnkj/BDQ2+e1oY80kuMLCG4eWhMsLemEPOWtv&#10;1EfRvzPjRiTjo8lqXdI7bsJnSdJrTbaL5nHjjEPfR1/ulMSmATAyIuGqoC7NTB96+a2z8RhcLMHy&#10;ax1nZ9b5cfHPH8zbz5myWJzlpwnBnhwsbFv5HmQM3BSs4MiPFJNpIcendXA/wNK8o9JqDw0gpNDf&#10;ruG3TIk9Vu2QeMEwiDgO7e/MjComD5sjtMOAgyMqF1kwmw3AYce7pGAOiOISamLISKGxh7c//QmY&#10;bx4pWG6p1bVa8q0w7jSZeppuAjSZjWFXrZicXWpbM3hn84Zdi/F8UtatMDDMF7NacAamYjEX/m7k&#10;fRBze2sthAHMyrqemmS6BYY3xgEZy5Wvsc1wLs0RCaBgIO9crQ8GTq+VBPONBEMwGL6R3w3CzmMw&#10;b8ty2+U1Z5xovt3KeUAHqdyiIUBalR9Ls0LkzmozMBiw24C6VlisGTW1rtg1Umy178bzqIJEg/0O&#10;DzkOAjo25mrwjnHNsmmvbyzBJnHUqYxSUEQP/AxWPGp4h4INA9UuzKBaMwtKzwITIBXxgJXVp2BT&#10;54dH5uEZTTTs5bcRsOHz+yqsp2FX6Rg7oygKyXoAnPr11+0r+l6UJO9Hk1/OBvqVlgTrzDj096I2&#10;r1abQxj8j7TZHuxuYIkzxEpjEKfzUpO/cIBYyWPSAb7GGqQV0JcamG7KbwAdQgYAjQ2l3ZwOVIaU&#10;pnt4Ta/Ob20p5QweNGCy7a9AgIPet8cVS/Hws/oE30PmawruoD60o5IDvy04q6D7IpYActdJ7WhA&#10;cAdiER3w2fgd+Z49VWwM0BUwPvsCBcGathi9JwfPNPCqxP2MVseajvgCK5g5h3dl55PpDcwYx95C&#10;qw28l9M6J2hkxfhL8ngAOPD7O4SvfMz1bHWXU+d3oEx/N5sWB219XstLlLxe4Zd+5MMfhjd+441l&#10;nX9uwNJkONIy9rwxb/JmJ6C6TQIzmzXFmxw+C3BQ5uvpGt7+1EfgyVuf0XAoW7Pcqtv9UkMnurfB&#10;2KdVuyN8/XDVHMi7wFdewWYt1CYeZSwiQB+CjLYeDJfQ3IyLLpw1S+bV2HYJ71rKoIlOZWVv0ia0&#10;chxI7kC7cmRkrS+uEuFd3bzga7rSA4nv1jCLDy2Pr18eX3Mq+0/be3T7reXx7a++8fpPnw7Fe2/7&#10;U3/6z338f/vpn/rQUoz9EGTpJbT0LU/s5cXYPHkSpC0e3StjNFDHfNXAZTuDd6H1xiQLSGcRYb/4&#10;BIMGS2KHOUjCTK4N+/Tx4+JCZLzMpmjSEDbIn0LqIUybavI6Y+zVaQpGG1C1RFmV3FYLsXDDfWbR&#10;VUvBnEXWZ9K8SRl3LBXc2+t41/fmcRfBGPvJZLo7uNmr/HYnxtKTMgjJjeSrSG7bPkyJkQfBLqwm&#10;HROZcLCLWmCCwJpzMr7PCbjhr9dWgYnfpQtnbIskZYSMpoS2hEdjTAobz0G/oUlxI9XWffiYcSdS&#10;8GI+jmjyWAXvNNl2EF88HPRfYeoxMw9LsPqK+elxEY2bJtd14G7wtFsrKMvgLD1j1xkDY4QkjYtE&#10;Zlscm9w2Y13yHZyVl1gqJRVi6DIxRAvOUM+q0UJD4nO8yChg4KePawjJsjN9nLnmQTJc2FJpRv+Y&#10;6VxyLZXDjjCkOroakE6epN17VQUThsE57E3LaVV09ImP/nuJQIC1djG8dCJkwgBmK+zj+T4WPZQl&#10;GUzlwjNmJQMzBKhGvd7IPPHKck1++uO/BfP12yJdJ2Pdzcb+01RpBdTFL09Aegv+ScWwM19FXgi1&#10;MX6qe9xUWfhXL56jc+4AUUu8LFHM1XaOajOLfypjJB9nZ91UB35RpLXDYH6U55eSPsuNj5FZegzk&#10;bTcaUITOdjbQfPmXwy4u7txTr9PLO3C5/Pf2/AKKNE42HUNb5WKwzF/VGFMg3RSetygxmAJ0NU87&#10;BjQbQOCyzvUYSomrIqnUuTrSg8VzqoFkkAoWxHJrMRjMQHMe7IpzaJ5zzhRqnl7YAQZZTtkBedbk&#10;kbnJ5lAPo+rBEAucyGAv0hHwrSEVlDzg/PiUlEKJGeBP37kl6vq5q+lagg70cxb2Co9JBWv+U02Z&#10;ExSm9EqeGWDogMWx/VxK11Twj/FjpI4DKRm2825VVnSN+xn0QE1V0Dyz+lym7ECa9iKyh19LTM2A&#10;gXzjsQcjlJ1MBvLDkXnPZqjUhOgCOfDQm3Eyxp4DZzWdyzEArPYalePp9xlGv+dhAnSxPy8dgJ0Z&#10;s3QA9DoYnft2Q7DwIWSkeQzmC4iOhINMwurypjCkpFo9O7ONmynYUmhjtMT9mJsNdsjlvebaGsKZ&#10;tQ6W6tuxOskZk7lHRTH3dexGXM2w0YDIDaYeAF/3wTo4s/P3expQhV1zA93Dl3ov3/WxzU0CMj/a&#10;BvqtGdMa/PXx3/4k/Pqv/7raIOAkjdHqQSdslzJgNOQVRLcGhfk4cjNIGsqUveZM2bCM+y98/MPw&#10;5AufVJyr+/74u1ewrMcjprCNvDTKOl9PGcceSI95toVz2/2iBnPZ7RvET9cTQ9BfqU1IuV4QGxGv&#10;4MGwQV1mHIF98aleJh7y1L8hraZqPD7ssH12Ht/tGJUWWoLvcrDv1Tdef/jay6981/LjPzmV/aft&#10;PbbxFPCDy+N7l+vg0elwvHe35cb3w8s/f2G5qf3bnc+WsVhqMMRAimQumt3UHoSdVYT5MRdjPEBa&#10;dBlTSWWXygyMRVLNwY4U7Itinm+DA0NFafwsLxMfqOVnTbbi/WIQzmWICmhM5nHnEjsp8h18mzQB&#10;F5zJVz0ddzZDfZXJ8s8M5k27JuWb9mryTxZ6IewhUlBBPfdmAUP309zM+SVgYw83O2MUCRuwqoG3&#10;A5MGVojXnoUCsHymmpRnrhQS5DlMp6EFjqyKxFVdG8VbLBF8jZGlMNaBhEhYVh8YD11Rf8YSDD33&#10;QgrwbWjSWWfnBStPUmQHAybs/YSZt1kKH/0dDP67Iimu7ruFtsCV3w+jJewmL71iS37bp5DkYmPC&#10;tERHNHDNO9VFik20YyBFPWHIPsKHLxXSBXvgbTQgVGW4emzGYbBFfJIvW3IuJtP8to96nQzYFx4O&#10;BA3JUFy0nHgLugG9rEqzaRQ8f/TosVwvfB22eqnJmiRdmBTgkp+hyRAhfMAMDLFi2IGvIXmkeemR&#10;WV1Z3latiEY4LK4pCvHhcPmKVuARhin6bKnYcp3f7IRp8Ojzn4Cr65vleTfB4BF5btWEajLG7OR+&#10;RNFtp1UoBlmynVsOQEpFXK3Psz+7Se86A25PZk7ni1KRWm1WBBq12YFqfhDvwEA5J8eaRyXydTOe&#10;mXxdx+owXggzj/fr3LzyWPZ0ee8+3L37QGW3d16C8/PldxeXQENjtm4sxbImSZmOIdLmgkOvbqtA&#10;lMDfmgpwCP8oIi++LZ3XGitrlpYz+JSUbYV/2PmlAJoAg7ALSsg+YVkW3NJsb/HIS0Eeazltxq0b&#10;69mYN45Rm6fFOBxPsdU9bim+payDNY6xr0qaubN08Aj7Dw9GYQN1OO0Rm0zLgy5yUAMF/X3tf2li&#10;PQfhbe7FFUCiFgQZaOwDKA6PawP1uHmWolFjHA4J0dQidzlu1fqGlMNX7HvWwyVtPKdgeL/1ZvhD&#10;h+9omJarAebkzdf8DdWqlLIxn6GNLSmWt9nu0cPQCniM8IsC21E/330kazCBLYDH/pvl5G6FoA0a&#10;9bXjOaxUDPDlmGdlY/ZhNCiONhPQGXaHwDvR2iuQEniNHXg42zw5aO8vnj0Fa41WrLX2OdK0SAA6&#10;N7WmuYGnk1lJ+AQbgS08N1VMeOccILqvA8XX03OeAwgtHZDr7MDDhKgawSBl1VDwZpSmp9bwRMQU&#10;XuONGWeqErX7Iq8Vde2i9zK5/czapKZlbheYye5vymic0+fqOsKl0QX9eJgFS7F79vKSz37uTfiN&#10;X/7l5fiyCudGWdIc6sFrALMsUQsPBbPIkSiiALt4LRz+uwYM+9r55nMfg5s3P52M3uDo/PYlFaix&#10;TrXQQGMLq4ojA3ZD4vKltF5oYX/9CFheQalxU8ACKlQ6W0gT40VCz8efP2su4clXLVG+WCCfAn5k&#10;wJmmuRPOliTc25EoWGhe1wbk1RWWPhBGnRTS+jVD0RnyHd5NR4DRw6Ya4VHd+bsb7DPA76dee/mV&#10;n1h+/KZT2X/a3iPb68vjW5ex/3+dDsVp+2Nf9/X0M//0H35brfMvLHP+NgIfqvu/NT898b0R7wkv&#10;BAZZPyMnyG1QQCoPtQDziPMuO2ACERyoqv3NSj2finhYDCbdZJBoe7axBEQtypkpx+b4EiZh+yrp&#10;i5P61UkS7aQhFZJG6ywfM993eayb70sCbtXn7CxQg0G/HQN8JkmTLqel07rfnjDupsbGm81/zw36&#10;A/Rjnz0DDhUkbOwDZRvO1sVWyaADGr5QhuR/I0vHCMdInkWprYkuUcDseyQomYItnv5qXk2DJc6i&#10;+59EyvIgJvzOsNMk2wbyjQ72SULsGGnMgwW7KItviKAMeb+iYKK8hzHzAqzz1FtU9hJF0rNLcG3M&#10;YQqoKO6BU0Se0lJ8U8qtMcqad55LjSkYE8UqQAcX0P34SpPdooNvFqABBvANnQzXyv3SQ1YOnrmf&#10;n/8bwJdLfZ91sRw4RA4g8KWgAWtW3PB5IvfFsrTUjkVgfjThJwXHF5CV0t9Rwf1pqgJEBQhoicJh&#10;uE590rZcd2UVKlGwFeLmD9RkVLWRLKgFyWhqrl6XU93D/uYanjx+CE+ePGEeSUjhdb8MmK+187lc&#10;o+NkkiUMheJBHAgc96/GIwvs/NZ4gF06qOCej6X03XsUabwBgP4zh7RsL2DLQN6du3Bx9wHc5TTb&#10;+w8E2BMf04v70hDZnF+I16XFvizn/0rmv4nP9f5Grlf572nqwLU+gdPTtiFAIPcoY1ADQ35rIT6l&#10;dAWfAHyzXxuDjckaAF8G7ZS5hwmEK114Yg/C0RG8m+J5tPoeeCSgqYQ0EVwfHfJR96NjYBWSTUL7&#10;bBSpMkhScO2AOSWAUEAdWVq5royj4eNAPEIH9K/Zf50cfG3P1s3/WcJIK9+8FeMysZ09dGN0E/lb&#10;ZKHaNEmFo3vQrUDYVmLbnDo48N2qVPcCq55sSjovOwhHq5CJDMwC9aA6NlQqEn7hCJtU/HdninAI&#10;svsGUWMek6fT196zj3/HcnVOOecxtJv0vbecHl024CEQ+V4MaU3kARt+ThxgHIbMhtZEW5erK/so&#10;J9TTITMU1vLv5i1bsPGkG7BMKVU5S+jNn9U+J3vPdV6iiNFGnMnCg2hKc3pJLFU6CD/AYzOohO8c&#10;ypP5Hqvps+0+2517cGAsaxZqgH++D51HZixAIUcJx4zfseg7f8GqACNltrke0txs6IOB0nc3tjua&#10;lYtOPRrkMlvD0VUU+dxU825EyJOaXldiZyI+xCN84eHn4F/+xq8v4/J6OS87lYmyf+5+b5L6Ie49&#10;0FnqtOYE4ByhfMHK51X58l5Xn/8EvPnpj8l915lvv2tsvmd8W/cbzOAe3vo8OgJ+t3PsaqVKrnSY&#10;j9zLVxrfuKcYgw/hSCrvkeCQW1g4YPcQWnWfnLHYKTq+zNu7Fuyz7S8vj/9gebxwKv1P27t42y2P&#10;718ef/3VN17fnQ7HafPtT3z9n/mVf/j3/4fvX276/0Wt/Y0vgAVps4OxL1QmuRlHCw/YKDhj8gou&#10;IsULqxqDDKZY9ktybcnvqyyj8I4wzn0xaRQUBRk5UZMXHtd01aR2k4dczAKiBehmnnq8QOT0tkl8&#10;uyYLpIAWUuEJmh6YYcDdfiIBC7kQFiajJfHyjVzYgLUxCCspo2+uyhyaTOpcDVCYJShA03TJ/AOl&#10;jxggxhwslJpZREhHim+Tr3mXE8lCMVA641rbaOe2gVfmAeeSW2M9qMedMefEB29U/zhmD40N8GPm&#10;j0pUR1lUBtDHUsEw+0+gn8l1nc3n4RuDjRtPtwzJL7R9iuaoS1ktvVHe24qBkvz3ZOlmjC+XDHkI&#10;hns0oVntuezWgURnKooEuTT/FkxsPnD/PAcXHYSw8etsFAfpigOSqDJTMqlVibTbfqGH0PvsIMBR&#10;oM8BOoJcONQjgW4N6PMLmCyVdJwRdkuRuxkaQ8O98FRSZJ5WRCGryj97wZRIAAKwY8HURycrzKbG&#10;lEshEeJVN3S4gBVAc3KiaUAf1QbWxXFxllhc6zdQ95yQfQ27q8dwc321fMSscjCXPBlAWIPItzbf&#10;B0sjtOM/d5EWRwG7Y1tJzz1QwHXnOBsmoOwfy95x3EoAxuXlPbi8ex/u3H8ezpfHveVx58FLAvBJ&#10;INH2XHz3nHG5Xa5dtggoIr3aBQlprpoofPPkWosYuSZBzgPPfQoGo42rsWVB1H5seRGrLB49DrMl&#10;cuqwHg4AqFH87Mb0+gqqDh4PkkyPFUKN/JVgCjoCvHaDqQHoaHL6W6+nIyAuJjaeAGXTdIRFpTvC&#10;fodtX3t2oDNiEMoRsE9Hiv9eCVZDWChhYr2tx8+azeUf1QdIwGq/GvMOV+9RVkmthUrzXcPjSb1Z&#10;BoorpLE7VrH/7tHn4F7NR8EafCvQnejWsVGCLd33JWoCQcJ5LbGkfIfEM9PTwFPTbbZzzWsFnjsG&#10;C2TSlPYh3puXJJ7szvf47WhhZqUE696Bw3WScSvc1+cLu++szDsd2k6ErLaeOub1uPYDDCamWRbm&#10;0BMPbKGV3YezwnlOL37fWo3dqdZboAm/B47BDC6W1nrwVEi2Bt15tUDmAEspGkHVGric5i3gWcUj&#10;9778/XqgXMcMpiCSBPRlkI8OGwrUMZkpwpGS240lqlO6FKgLfBFPWmfRS5N1kPvXEDTmlg4sjbl2&#10;G2ogzIDJE9HGkzXU3X7g4ZsP4fXXXoO3334IZavesujNUfAQvlEk5eD2Avz9eB1rdsz8+e4b0IJS&#10;pK0BV5/7OLz5yY/ItQJxPPDI3ITw5Qh1xWMGv2010fmVdtMTHknxhnIr6IYHNxds6xF5j6l7/2Lr&#10;Klf28n/XNNfCurlXDsNgpE4KuxSKcZCbkBQrQgrwUNepJUULn8C+Z95efeP1T7/28it/dfnxR05l&#10;/2l7l27/Jyib75dPh+K0Hdv2u90PLP98M+Lwb3gxwrcVkXuMDTDiYo8MLClWUBX0BYelY0JL3q1O&#10;t1gWCGTm2jhRYwXYioZvmNOwFFHCmlt+ZtNg2MvNeMf/gnacq7HlJpPoVgPdplnTbBnQmwWoq5GA&#10;y0CbyGXNnHhW/Y4y8dzLj18/7yOkYy9A306By2qBGGbIP5v8d3YW5GwegCYdJKoRlqHyDZMMe+G7&#10;MvFVYCNJDmThNQQzz01+pdhAZWkpQ8284YReaWwVMP86Z6MJoDXa71IAy7CBzXZjDDtLfnWQjoE/&#10;SzfeuAy3qL+eJKoOjenn8lWQZDSTs1owhC4chwD0IMABDKAsgj08rTCxNspQAmAbzZOvuIwDcggG&#10;BUMFzGBZE289TVdB58EAKw90UcltKopjkVYifXpwdkWXQo0mt3BpBJmM6YgnUOeHlRZ/eauUjLl6&#10;LyKAPg3RO/CxDiVoSdbUPK7E0JuP6aDSajbnHsvhwnk2ZpIkT5dDjyYB9ebZZNJ6bgs2zzqXVfI1&#10;gwWCtYCetHy1E7k9KqYhx02R/+ZaFanNUoLN8nAcpxWcRZgjs6XgzSLnqhYAYpI6TsOjuYWO2CGp&#10;DnxGAYdNxgsHoZZxfoqxamsqBhxUVuDQZKqgEi1Pb6Xa5M3YycRQgPHtxYV45N29+wI8/9L74cHz&#10;L8GdFz8Ad+7eh3v3X4DhTP34zjiF0GSA17sbeV8G4wUErTrP8Xyzv7Hvsb9SMdMwxDXEFgKwMZm4&#10;zEtFxzQGLKmFH+8/AxjOhjQrhghXsHPhQGwLjLCCuvQ+eg6gUgAYQwKf+oK6b2i0/+6M/2sNg3gf&#10;fx7Y40DBgBBhSe08UYAJZPSbkOe6x9sRDzIw4GAYSgeg8H440NdXcK3oHTAX05akHImgxY4tRRCB&#10;gyMHrCZqzChKP8Ntsi7b/4LYgXkCyjug14FFDdRT1uUaTEToJGApjEK85IaWeulerSUdB4rQoOYP&#10;2sjELVQqg3/+nFKbZ18/Vdqxqq0IptSd7ABMk58LYCSM+WVsT9QlQPt3KylgajQPVfV07L3WvMlC&#10;pkTQ41ZC0RBAVTRUOv20sdJoWWuQeJ/JnBE+x2CAo+4Yz9cG/QjzsyUT94FSlJibzdewpvRUCn/K&#10;7H+35zk7WKgGSJFbOVD45zXQy+W3cDDmu3MEKhPO3pSZIz3TKuE3hbXFe9QGxEiTFiBJygdhrIXa&#10;wa/xUtIck3wTk/djnkfwiO8lAdyWsWJ/p5ZUT40Biwn00gabN0hoBWravBAJzMrqVG/G0Zik1ebj&#10;5lkanrt27XgjY7D13fXDJ/DaL74Gj588AnVmmGXNQ+TexYM0dMHkzQVqjAOxZ0nXe4QSodqmlLqH&#10;3dUTePiZj4kKBrpAryZfxnUAxTspFNbU63wPVrSvNTSOAH0dhGfx83GMAvAbei4xrrDnCBAzD0lQ&#10;lYizNyGlj1ekuJ+Tp5T7a4n9lXXNL3J71H2pWCxRG8G5pzXfJ7MPyHq8RbpwF9sCIeugZMxn1gN+&#10;f8lK/HeS7uZz8G5n9jHg96OvvfzKn19+/LpT2X/a3kXb4+XxPcvjby1jvJ4Ox2m7bfuW/+Q7b/7R&#10;3/vvv225w/zcsshAD0ZwOr8ujgbzO2kBGgKupM6nmufrolE6gJ48a93w6KSVXrBYYQJc1hF7A4y4&#10;SM0MJAHTPHBj0mRaBuOYuSeA3LwPrz4P2xBW36T+e8TBG842cgAv2HwmpZ1dumyPvYKHEZLB8hYp&#10;mL3rbuEfM7VFZ2YPefqXS5KCfVAO+5TBRIHu+Lr0ogf4nKk3qIRUmHNN7hrgHD/GwQqFwYIk9PUC&#10;7i2rwo11e112ixKmMaq3jDH1QtZblPlXTMaqyXggPnuELYUXzV+mmLfekIGAWJDXTqrX+eWBd6Id&#10;DCrGKmSmoSbTki32BkhsB2ffOTMw+ev5GGZYzI/TGnCE3JxPMqjWRW7eeKVjv9KtsowjzWQb79T8&#10;pErr4MaOVJfP5DX1qnixceYsG5WdWVqsmZsjMQvzMoGMRWVaLlXOICaWYEeE9x8HqHhKqYN8VtSq&#10;bQwF25HZZXKcRIqL4hV4dXWTmAiQ/MZa4Urddy+tp33Em6wrMGyxXqe5N0x/Ztug49S7tUInk63i&#10;0vbvw+EgVmTIPMgM2M0Gzs7PJfzi7M5duHf3Htx57iW4fPACXFzchwcPnofzi0vYnJ9BOWM23wX7&#10;JyzzloYgTXUnY3K3u4lDxTYAzEIWuauxRXJVul/+ewCXZrcwF/X625hnHsi1LQ0JVINxZ+xp0Prc&#10;vrYxZ/n8C2DqY99l6ilQpgENcHBej5CzEqsohxo0ZmWtECnUfiKKeHa2eaS4XNM+YDTGFlRjTFBN&#10;MBxZ0Tyn85hYSUObj3k+3BtrcRyKSSo1LZWsMG7SfL4HNCDHfVGFHeUBE/mjiJIPF5ikGeMaPjYm&#10;25zTXwtlRWcp2BdtM2loAoMuowEDBz6AnechJrZhHxLQEnIxJZqjgWiWxFkU0JvBAD5L2jWkPQpW&#10;qvo5Pv+VI9egYgmoYoJyHBjw673afZfvCdx8i3u8zYHFWHb+vXyMBiAOWd6JXUNG7jM1gUbL9Xd9&#10;cwObzTInbs4CPKoOXiYrhQbykUoeXebt456ab68384qx8DcRJlGOpu4Ga49cot0kyR1oTc54pKM1&#10;vgN9ZkzYWI6kzauxYCf1LaUc+GT6+iaDeDwWb+ZJxt5RNnW3PxhWD5khW+y1YPfrcRzTsZ0hrDIq&#10;yvEtA8a+tKCdZqsRM1MEghwC25X6AJIGKq1AEsxNDLMzyPLaPFZrWweK9UQe5PaHae/sclKZu/kI&#10;K+Md+gYVeOOF920jd8ubJ0/g137tV+Gttz4Hm6023dGk+L6eYs/jWdapU5J1W1NgaD6r7tUp+1An&#10;WeCwauYLn/iXsLu5tsYCJrlpY1MfAn5f5HaEwNxmkcO5cb2kRuhV3qvM6hWWe0xqu7KJiGCcHsQs&#10;FrTTPDpv/xp5jZUbMSwX7j7ud6LQ9XvOKhxF7HmSFcfqoj8EWBsq/+4H+2z79uXxS8vj8lT6n7Z3&#10;wfYvQJN2P3I6FKftWbb/6C9+6//+0//kJziw4zv8jhkAjgFKGF0zBcA87bW60TB76pnsdW+ptrow&#10;U2Cqo/3PTZ5XE8OiWlKvJ2CKXFeSMSeVzlqQxm5/sxTB5t01u1febFJcZfoJmCcSXIqwEQrwTv30&#10;/PeSNlydlUfhveeL6ppktQLyRfJmL8trywr7dlI4a/qVdH0tIVMxT2XMFV9YSqd/aIBaMeZTAQPj&#10;RgPsirCExBdPAjEs1CSx7hSo0zTj8OIbW/CJpPyVlojrybrFJK7yHqqbDeZOWfk+RcBdGcITT4pF&#10;AwcHk6iUtPAOMM2KjXivACmabNbZiIP5hDGrxkGABsA5E7WEmb8sYCEtrFzeRynVtkDzz8t4WvbS&#10;g5aq2VZoCQiiW2gAq18XdbiWl1atwrTUzz5BZBInQimao+hwWXdVdop6Xtr1Z8izyssnTXWWMa3s&#10;r/Ozc7h7/44AINzlbl5eoJJOaOmk19fXcnxboWlyXFvR1nJoFS1g+u7ajOVnAbpY1slJ1GfbzXKN&#10;jPDWw0d2oJ3F4sBIC4+JY2D/C0MkPHJYU6K09NyxybC9KIiU1SO+e0+rKLoiobZhEgBf1PIq5Tzb&#10;3heW3sW9+3D/+ffBgxfeB8+/9FXqoXfveTjf3JFAjKvrJ0vxVMVPECxhXD5jx/PkDDee/mnSZT5+&#10;Cq5vLISD2RfbkPy7/6WzdrbWGCmJASQgAwOBxoDmc7TfzXbNVgsi0M8TNtNYusRaGeoGAFJ1M/pN&#10;88JcHcZjgHc7he1vyiipMd8cvN7l8gYJ8TYkIHG2StsTO4N5WCzAKAc9QE1yrBaW4/NCKYfV1VhK&#10;53u3GQZLwewL3Tl85pqvFp8nsPTRDNJ5wAf5XGUUEQZU5ixbPOL1hFEcohryJ3DQ56n5yCDn9/b7&#10;qoZn0YEeGk1yxyDZxho7lNI+S/NWMGDAziHfh/ezea4a4BJ+d4f9rJQVGwEbFfsKOd8555TinQEm&#10;FQJj2AQ4iMaf34rzYlYSbcwoIN8+JzMCW5QExFh377wMtun5Va9Zvi7Q9qM19Rpr0NN3JYm+JADe&#10;xvlG2JQqK46GqQziQVLUvUjneZzXU/I+2KIIamK1BaOY+qPId4nJQMhi4VbekOXzuh3HdE0qA3Sb&#10;Ul8zaOjhbflqrpl5m0KiRLZaWrIurBluRHFd+/XpTaZisl2PN+jlxhDspUydHyzci2idFnw8ibj7&#10;XaT73jKPdQneLbjG1wHU/Q/Mp3puDcT8nryPfAyjIeNs41nm7ZqaVDVA9z5ROwA6u24fvvU2/OIv&#10;/AI8fvg2jGdVAyOKsjbZakUDQUpiymfXOhIQNdLooSXX6n11mQv21/CQgb5HXwj1RfYwzQ0yPMCU&#10;3kHO+w5efwRHsbc0S5TwO452QqeswNw+XTVIjn2+2z7UWJ9jQzX1yiNqvn2yfityLxXmXjSU26cr&#10;Gx7V7zh9LAHecgjwABA/dmSQvH2DyT+E5B5IK+Qx1rdUeg/RmC/fAwEdeXv1jdc//NrLr3zf8uPf&#10;PJX9p+0P8PbZ5fHdy3j+H0+H4rT9Trft2fZD81y/Ya7zV7P+SLqRnLTLIELySVNJ69y66ELAU+Bt&#10;Z/JZfwjryxlAq3s3ywuxNomFeOERA4YWqDFDgHhg4MZMCuKpJ5/67MnnGKA3mwxi2qfwDFK5rXua&#10;eUCHyhTdvL9GwllOnqSU1CbFFi8GjIkWPmNG2xc2ZAaj5HhptVbQb7vKoCsGqoQk2pNtsQF37oUn&#10;wRgilVXpmnrljSqXFc+9Emy+BviV+Bk84dikVw7+uTfi4MmSyfOuhIE7BZsQyL32rMgurRvfmIhc&#10;xI4wbvT7jh7CYQsu93kTM2pLp4MVeFjMe1B+ZjDTAEcuphEHt8VanlNXfVrsfeIIenMq8OTA0q+0&#10;jshtQ95hBXuBBtgdXzDWWBi2EtG697WZgePkYwnDo4pT58iBu5AdzQFMk8gr0cJoWrosUBvjNJlf&#10;5bwXpiszYXf37sMH6KtV1xzgQGlFJloSrUiPNgoASfHZirBI112ZUfO1x+9xcXkBjx5fwcYSmcuw&#10;vNd4KYB/ubmWcTjNWjG67FZNpms6hi4lLlbsghVFKeSAZXqkC2f+V0II0ZOUl+t9ef6G6cGzBlNM&#10;UKPNT5hTUNX7UCR41FhoTCViPzu5LhnYLFrcls05nG8v4Gx7Dhf3noPnXvoqePDgRXjw3Itw96UP&#10;wOW9B3B2fqnX0WjXv6mE9+aZJ2A3s4FAgTdmJgM2aT0YQ7dshgNPOU9G5/efrfDXY1KjUK+zA05T&#10;m3/CZ08BfZ4vGQAZhZXkTJ6hSezD8xE0HCCl5WKS3aWgZiswVuyEleRI5X9DmM5zijBx+jA2+elB&#10;2SVzqwa90PpSI9s/wg58Y/BEAO1l3IsFwaDBL10gxfqSxRYi1fzL2gxQPfncQyjSvBHsTivst0N7&#10;z1Dmg6c7QgB+vi+DS8QRm3V8khE7sEAO7hwB8wR0zFMxQAL+0C77zNCCYDpTshvYIEbCrFsnuKWB&#10;snzB2J/5fqAgaJ0oEs1l/qh8DS6fzSEWBucomxRborfNcZjBFzP8byCbn9fGmCvmf6VNyKELa+gk&#10;vPa93abAo4+wQICrdPD+DlCgXlQ2djGxt0ccVWZpEl/+P24sDsbyGmye3QrzcWNg3BAMPLdKqNXu&#10;JaQQQ9zFLJXa7UDkWhiwk0frv21d4uCLjrnGMpd5RfxLtdHqcvSQ2CbWWTVGnoBEZeXBiDkLqgXA&#10;YNwffK0EwW6UazDL9sPzgmL/O2jSwDS2XznwYQMIsFbvHTWaxS4tpizPT8CrN3CkQZpJjpgkkAdO&#10;qmufTQr/uuxDSLiS8MfkNSQAE7r5gpu1sS5AA2LHwcBB/52yY0tcYxVy4j1YYMvV1WP4ldd/GR69&#10;/RZw70jW5BYug+iMNAXBdfUwaJqsAI5ivAp7Z5FSCkRh70VuKM1P4O3PfASefOGzco6lYV2z3Qm8&#10;s1rXWHHYMc16wOsonJXCiiq2xjm5/Dnl0gW7MDLp0BKIczOTnt6UyuEn0AxBySc+xGj4BqgeCdVF&#10;Unbdo3VZ7Qjwp3VPiX1xU+qc9I2xHoFoUKWWeNvvjrmNkViOOdgLh6P3UqIj4HUHCDYQcHwP1br/&#10;zfL4luXxb57K/tP2B3D7+wb0feZ0KE7bF7P98T/5jQ9/5qd+4oPzPP3kbqcgggBLVpSiFXbCLRL2&#10;kCbSVjMldoCPC0vxzLNQitXdxwCRagtnC84wCe1u8lTcSQqJWViDNYA38d8TYHFSQK/WSMMVGZd4&#10;6unrJt9HXvRU9U/C2uQ/6j126K+icmTovL6UuaCLJjT/wWDnGYDmCyENoxjN68xYEkMJEE0WeNKV&#10;Vt888YcalaUXgRjFwIMheemxHFeSb0dJyh2FmVfi3BTzyiv+nkOJQAxwr0XdwRRaUYLh0gIXivji&#10;YKB40NhTchiKSXIdnLOiVfbPHstnMwA0BmsQAxDM3e6SQzGAEmtQj7HIgK3cKUNmnLhbUq7VvIgo&#10;bcGIt2g6Vm3kzPRYgy0+JjJJ4LBr7QyL2oqw2ooC8rCIlChbDUyTwoWvKWbFig/kZACfjumJF/LC&#10;PJ2EkapelfzvXph8AnZbArWC3DsZ//f379fxFsyELNua+k55sXxn6tfxDDQ3k/vW2ef/Pz9T/7KN&#10;jT+W+vA45eL2Zrn+Z5E0JqDNwRFjzwjgIN6Cg/bVqaaiZpbXzspLNE4Pz0dabDMgx6DPsOzDOJ/B&#10;/Zf+ENTru8trNnEu1b9zp4E9Luuvei64MGYmojBjt2dwefmcMPLYU+/+c++Du/dfXB7L7y7vwvbO&#10;XThbnsNel1S0+TBszoztbFJMPi+7KcZSCzvQ1PBqQFJxFl2aDgWXLLM0N1Si615iVrgwYzlRpvpa&#10;1EJsUgiNA1ReOojMfzawP1oU5kVUjXXrATZDqwpKaWwZBxjDT8uYeccCInQu0WLH/ekG7KvDlgyp&#10;6aMZsPLjN2ALs5jMi1EgyaoMioKrkAw+lKWE3yclH0sPXamVDhJ+nb1UyjoQQs+Dgjwrdgi2dN41&#10;y7EkmWMJZlrpQjwUU769Uj4IsqGjkxaMpX/OZkguT2UdHpKKdcIA3N2sHzsWmidTlwSgNbWqm8k7&#10;0FdTKIE0ZQBiXQB2bVv4c2L+dJ0/HatDQ5Pl+4RHYg/kHViHHZnXs0xY9mWqiZ2UQxjWx76uQEDH&#10;cfS+3p5YYesJsSs5sHsz6r9zfK6zOvmeO6e0TwHckmH/YIzS5tNKIcefjHG7EfoiBvibr8Od+AxX&#10;kXA6uzGD2pEgjdmnNIdT9AiBsmj7AUnHRJHpfSkFHfD+Tc6OrXMEPBxlfwWzuIYnrKy9il732hhr&#10;16Mfo5BLG+jpwLG8TwLaYTVnrTGV9ZqggX79UoJS4m8wylIAV2sg5AawNr0w3SNc1iu3AlvLTq4o&#10;kUa3+0WS2NPsb3bwyY99DL7whc8u92cUwKjaukgbiwaQWaOhmIxBGdrGqB5aEIfvsZJEJximG3jz&#10;0x+Htz//OW3CYXlGa4wjW1JNuxAimuT0bJG7Bb60xN8cinbrfLvq9BLmY7P+Snj7f6+Wm0UauO0e&#10;QbHO1XsCPC1dN8vCEzLp4W5EJYHl+CwH8hg83RpI75VC99U3Xp9fe/mVv7T8+P+8x0DO0/YHe/so&#10;qGT3n58OxWn7Urc/8Q3f9D/9+N/5oX98Pc3fOFunv5j3j/veqFcN+/IpO8+lL7PJd/dLgS2BGfu5&#10;Y9MBNfN3qBZ2YWbSs/nrMTPpZr8X0KNONf7uWgT1yVNm4WSsJvXVUxDSG8wS6JG8SLpKxRYvlMzz&#10;c5HDRS51wJSCXdJhdpYbagBGwdGAtVEZe2WINDr5O6hkdhzcZ6954SlrzWRHo0trx/DXE6CPgb0I&#10;1xhCtiKswGGwhGQMnyEF7wCy3NZjaZ3pln1rBkwBFKWskhxbCxUtVNZTdFtQhvkNFQUXWQrkgJ+G&#10;eWB4w+X3LZDkPOEF1cAITD71xUy5AfN5crvp29eYaX2jxQMerHu0kLlN7CksndovdC0R0KW2LrN1&#10;36bwI5NrxOTjs4/jGoEvVTxxNPlZnzMLo7U60FeVtVeNuTrNygpj1t4s6c4WWGOv0XCZSR+SXj1r&#10;mjUDgVAiTCLEspYgmRfUOTkOLfJSvb8Qdsu1zAzSKumxKIUmvzcHvVxcnAlAP4zbKLDOz86Ak+we&#10;X+/b8a/GKDO2nYRssE/d9Y3Ift2bshgbmAG5s7ONgDdbu4YE0B5Q5fn7ZZ65fgy763O4e+ffg+ur&#10;K7i5eggPHz5cfne9/Hwt3p5SGC/7szm/owDeveVx5wHcee65pRjewp2791TCyOxAk1QxYCrHm2Ww&#10;4qm3g/nmCrabjR7jvfqFnm23cv2JzK1agZXkaTpteeIwynwRyKcUPxaOgoNJ7sCu7RKFYq2NsZKv&#10;DVmgj0NigPiYBfPbo5SG6ybeFnojbJChAzjwCEBOBtaxV1kkbzpTzAB+U2cbk7DVKLMVd0MCAKT0&#10;NPajSwHH0or+FrLBr2vG8SNq8EuTa9lcQYcBH9L0oQorASlkv8EAOpx9DbDyq0MBYLP0CXEI6CjA&#10;azwE4zo/qeTXllNS14DAmiaD3TE7ZCQeIIPr3xP1LJywOWhhG31oSvIfdD/FuejYJSO75f2x9w6W&#10;qN87hxwWUsR3DwmgS501z9Tudlwb0Csgdz2egE3JKCvnPKjtiMlw7WznRmM0bcxDL0iUtfagQIDe&#10;zrZqHnwlknbbmoGSlYNfayp/1+PL9ghnDFjW3h9SekEMQg0I1WS/cwpA2YybW9do4zCkQIrjMlWS&#10;dNfSSSrbWPZXkC3FHDDs32cyD1haj6Vj4H4A9c7+bHdZ7AAzgr6ddCi3dSn54fFu195g4UE5VdiZ&#10;fnydzhaaVANdwtXnQMfijaNBkOaLVY8aGuAZoGhx3+oe9MF0HbjPrdw3pHFHcn8nY7qr9B9k7czr&#10;A27YaeAUpftx60zMNzu4evT2MicXucdW2sc5Hi1cbRw3pmBJxx50HanXha1h3W/axtK0u4JHn/oo&#10;XH/uUzpXFTuLx+a5esuiCw7wqdwhubXnemwRVzyAdjXF6/tiCrDAp7wpZufGg/3CFdhHdn9a+xBS&#10;bly6T2bcx9u+oLG1Z9/H2D29NzubT/6lI1YWGVA/EiZDhF2Y2C2X5LMBm+9FsM8Av9dee/kVTqb8&#10;vlPZf9q+wjeeYv7W8vieZdw+Oh2O0/bl2h4/fvLBm93N185zvUekBV4ZSsj5KHzCvPuobBdeSDMz&#10;74aZefudgH1gjIzqC59ZJTLir1cbw07DMkgWaZqgO0fqZ1WTM+2KzY0RVY0x01JI9QY5h2dXt7IN&#10;Py+tfYwxNrZ2l7LgLCXRCspgkXkiMS9AS0vIY3nt4Ay7Mth/j8qUsuAL98gbBLxrEls0ma0AgCKB&#10;HAxALFHEF0tBFjagMeQGBxsLdgVK54FXUnFmjKq1N42HrBRsSbejyaMaMyQDRGo+78mcms5nRYyE&#10;gxibjxmLm0GKh2ANupwsK2jSZwzhhXKMJaSSPBd/lvXrOlnWKsGxe5/8e4zCMG8CEpAnq87dbOss&#10;DS2QZgMVzCjdAb7q8ltPcVawj9Oeybz1JgmWUV+9PYNIkwbCVAeYmC27XD9+XU0SHrMXg22WOun7&#10;KLinwKB+Xg3geyl0lt3bP3gb9sxgC/BOAUln8Mwu6TEoQIzRJZDAx9S4LADN7H5QfxrxZNqcwf7m&#10;ibD4rq6uJVBnOw5RNAlIvfz39c3cTMwNNJr3en3zp55vt8tYZin/JEEvZ2dbOLu4hMuLc7g8Yyn4&#10;1oz+jeVo8jMG8K7rTs8dM4uGMzhjBt7y2t3uAbzwNcv7nN9Z9uFC3o/99QaTqBcDKZkhwT52Nzc3&#10;8jsGVPm6u7Eia5pupFAX0ImvSS6+xU+xciqNFNwKE2uCuBd1fK68KSJeWMv7c1Nie6ayrCom6YPJ&#10;ha2zHz6Vyu7twGaWUQ99IVDXAAXUrlhoVgJeTrewm2yE3xItm9zJ07zFEmGalNk2bjQkI0EExUD+&#10;kA2mIBwvLYcuEANzMGnIxzP4oYBD6UBHAaVtnGZfP/DEUewCT81SoSWu5qCPCABKYCV6Wq4VTw4m&#10;YSfx89eugJWU0IpHiuEDMA5gNf/ZeegSXyF/mb5cdcY5rIq8YO5ayi+0Roz4etqM1xm6Q06QPZhw&#10;dfAWioJTLSDa57qkURoSSQrmzbJoIFXo2E5+EJSdWaNQDzV4xbRPCYzEHrzL8jzxUyzGpF59H6rU&#10;jps/f6YuaReTXK/EGqe2oTavpcXJXgBW4y989Nir80rmYtye6edOtmbJaT+SPA9qkQG58C8roNkB&#10;/xmaNDuHW7RrjE/dRtYnzZMVOysDA3bYhzAAS1rmZTSIoiGw8drk1dn7n1Fj7CUWudpUzGF34o29&#10;FvZiAFvcY61JUidLex4bDOMsK1uLYgpecSZfMByX10nTeLmfsvohyzk9DM3HBWGy64CmXAhvNrd1&#10;ke6JryeV6cbrOV0/YANyqvpVix+03LMntaaZW1SKNLh3e232VX0OMQAnsuSy7PveFDE7+ZvMMCwX&#10;39/A+fkG/vDX/BGYl/vmZ7YbwPlmeb4mKLOVBY5b+X5sm0GiOBnlffJ35H3kOXauDqax9U3RcXj1&#10;Jrz1qd+GRw+/EP6IA2WQ/ung3lH5afbeddDrHeIiC7n3nQHuFZr5Mu97E5xEE03n02KpvHYHCqsC&#10;aywHAE3mGZ33PU+Mg7LeKaV+Cyg32/iZjWFHHVGAamoCJNY5WgYyWENNo+UOj+H6HhLeuF2IBx5p&#10;ylEHCtDRCJJDz+UO1Kb3JsPtry2PP7s8/uip7D9tX6HbryyPb331jdf/j9OhOG1f7u0v/eX/9GN/&#10;47/83g/t9vN/mxeUnqBaTTqrYJ8FAnBneiaRze1NTjiJt5hKE7zTrgEFWniQvweYHJjUo29vQJ+S&#10;NGr4oHU3OGpeMdTuctHBBFt8esiIg3nNk6hJQj0JD4MZtywYBvu9y195QYXK1mvptQxubTQFl997&#10;KYrHSMG17rsAfMVYboNJ00oAIi53E7AQmwTNk3PBpL+6z87ay8UA9ibT/Fm5CMEjIgiT/KJJPHiB&#10;XCTp1tJvS+m8c7yIL+CJlCXAiRKyZfMftORcBzw2w4GZ0lHZXwB4a1886Bc6sC7mmqt1AMoDrhh/&#10;3pWvZMVGH47hYJ1LIRTUqyG3dZaWAtDqKyk/T+aXZ+wWXuR7arSM58nAOvHT24vfnjDCdgrkye+r&#10;BcnwNcSFgvnx1eU6qnrxWMDMbF6Ztcm72B+rOmBjsngv4AV4msSzzdm14UVjzAlli6Jcbzwe+Lod&#10;xGNvNjCLAtjhcAcGrxmQYwadBHQs34XH8dlWgWoQ1t8QbILZgE8y1gWJrHYvQN6dy0u45MTaTRGW&#10;IIPEA4N7LjsdSN5/Nj9OPy/M9p0EOCXYnJ8LwMfHaSawIqZqAAYz9BgY3KmkGaTwURBV2Y8M+Cm7&#10;bFoKKR6bm80YzQyVEG7FY46LdKgqWWQWn3qQUYwLByKkASGxpMqwEDYdA2VFWbwiA3TvsWDJKfs1&#10;So51qmZKQj7OAHD23u06q5bunZMoXcK3acVykqRthhIeZHxsxlJgLQnNgFzrqFBfT1C/n20qKJ3P&#10;2hD7RgFGkLGfOqlwZhtDz8zrZLIBSpauAG0AqPn+HZFx+pyAR2WGHVc4sYqeYmCFh7Iv6uIb8bCP&#10;24Gy7j+G+UZ3AC5KkexBVPzq2blb9PSq0s5HY0cpE3g0QKMU7EpKTMw5H3t+jsL2AuZImFc5ZmPO&#10;+X06SvFscnhwPFojL4PD85yDGHi+7IteTEwsb175OB02rcEx19p9M2fL0GzzaCkdm8ul4ZADIRzg&#10;qjUlG1ez1diISmFAZaVyg0TgWA4zs2RZ99BjAMwVBMcDb9ynzgFp6K7nHE7RsQ2N6boecdKcSF53&#10;PA+MZWhj1NKls49oNNXC3iTPQR5dTrbe0mC3qc4B9GkIhye6Y9yPwNaVdbmn8Vqrtwewq5mok2Bn&#10;ya5fh7Mx4n0dpWPBE4RTGI6F1jhAi0M+rTXWntU8ncVSxvzwyJp6oiyZtGnN94jZgupkjVB1nTtN&#10;UwS/+QnhNTIYIChrBrvW1YKjCku+zjeWyKsNJGaWbxngW/bp7bcewdsP3xZW6MhmoXL8Blun8bxt&#10;jD5uLBmTT46H2CEodka+ZuJ7Jd+nn3wOPvuJj8DVo0fqNFdKu+d8KSpaxMNp0YfJLe97kOpbEmeS&#10;DmW0z7AT8CUqgROYWYHWX8SVL9hhmt0cX/pw5nRNH0qAD1jimHwOCW+/bax//bRbzJHtPQf2vfrG&#10;6zevvfzKty4//ix8WYbIaTttX7aN+dp/fXl8P4/T0+E4bb9b21sPH/7wbjf9hWWx829R4me4zIc7&#10;kG6o3ZJuTapQFbBjj5xqJs5Ac0vdtUVVdcMqBvlqjd85aINwaKTczMthlQzZ5F1hOu+MMPevA5WC&#10;DSaddcBjwF42K4CWgXUOfolMNwIt3FPP/pVivog5sxT2wuyDCMrQzzE5bvjpWZ5oBGO48XgDKTH8&#10;6VoBKz3ylC55cJfHJpl102L3niJsduVDgIoKXrI328Z9An3B72bsfpyLpxt6YmZRjy/7uzPCyqDf&#10;EwR4a+y6UrBLQjy2QCFbFZU1yGeL0wwK+u/DRy4lY3qyrRSG0MCiKC4t9EVMxs0vT8ewLt6FTVQ1&#10;HIELEPGcMolsDYn5XgC92VKgRerJEvS9ymxVCqrdewX03Ityb9LeOVKfJeiGfwb18IvOv4V2eGKj&#10;hF14AZ/Muw8QC9S0QwXnrTBs9BkFW0jl7uL3xNIfO3aPn1zBvbuXAYJzITFPV1JsqLcXSpDGjg3d&#10;2ccOG9OHIDHPWJokx6tI4XR1fQM310/g/f/aV8OLz99XEEtM9Jdjs+NzsRfweVedFTkrcEua/Dva&#10;9SVFJINoo6YHI5+Pm72c5yJF01JM8bGvLj+swowoZqjPuyrMDJlwJgM02grZjxdLi29217DZnAko&#10;V2dNthTGihy75XwS2HWAwqYZjZVSyhBm3rzvmuRp13/nr7Uu0lflBUIUmQCHq3jEJvfNRVANWS52&#10;0nxI/j6t+G1Jgl7Ye5K6JN8OKS0bMmjTAiXA/BehL897gDL2IwW0HABptS/kBXAcwT2rchHZezGV&#10;YHtkTC5xnvoia8Yu6ADMC7B9NkYoSiej6iemJCs9DvaRBXu0zFeVOa7swFakvgTqVejCBwLmKMek&#10;vBghPC6W43FXLUmV71EOsmROSAl/vvbeVJtorR40WNRDE1Ij0CWqzFDu7e4xAoJyNV8hJ6FTeCzI&#10;eKcaaacNZMvpxnCc+YgYx7c7PmZovz47FfrEX7kGZvdUNT+2mp6DicFbKbH/1FeTZ5+tWWrwMWOJ&#10;v4ZfDKuBQ5Zyr2uLalYQTRrde8phmpd4+h9SqJFLxsnCw5S1WEQCr+up1rDzlOhBEoPJAHxNY5Y1&#10;QcEU+GLJ12T3Up9HEtAn5ztdP+gsd9A1AD/XPeRUVl7BiXyYmk4VWuJ3Y/Tl40BisQDQPG9Rgods&#10;zMbntgAjtVXAdM+PVQgfJb1/GxA9zcrQdosYuedTNW9BaAC6gXZuEeCNQGkY7aYI0+L7A695xYqG&#10;ATxSm47Z2P7M0md/26tHj9V7lj0V+H7hXoZyze01ARc1SZX3+e1pB5/65MfkO2uzeFmzbc9E8n3n&#10;zj0oG2W+DcGGK9Gs8+Pstiq8KhLWLytxPv8pePvTH5W1i6Q2W1BT50OKz5IUe8vW62Wf+j54sOxL&#10;fi4Y/zwDguUhc1++mihueV1ACfYNhsxwXnPpjsjgGzkPU/pzlsW3PyHhIbtydRzwtoN5y4GI+zS+&#10;R73rXn3j9Z9/7eVX/vby43eeyv7T9hWy/d+gbL5fOh2K0/a7vf1Xf+MH63f+x3/u2/bT9P8uN7ht&#10;jfY6GnBhKbZVpSW8WK2eHlq1QPV0Ufc9i0ViMkjXRWouDnOQA/YhEViMnWehEhEMgZH2WwIQKMZU&#10;G4S9IovAYmEXFhoxGvAnoJ4wbwaR9gn7TmS1+nop3rEEswfNBF4KdwYTxyFYf8WTd0uStZUSPmku&#10;CcPEYsGyumEb8lC6RLdejsaLfHEELFlSZowZN4AvLfwCTSoVISImERbZ7cY99sxDcHQPvSyhsPeh&#10;Jk8oJtFR3z5LeI33z2V47ozCUcBPVRgU+FXNIEhK1yvm9+jFWviYzdDCY9T9SAo3SIVZsUW4py87&#10;SMeg0rybDLSeFdTbq5deNbadpqjuZKHuPnrsGUdVf2Z5ZgvOmO15BvSJHNdYsCa1BQuoIb+OXGaX&#10;vqvzE+uaFWVm7rAyGW+EnSqiZ42T2UAtUyZcmKQXTFZirLGqKabzUlBwkSoJfIOBRsvfLy7PtdAB&#10;lUoVltlygI8w6PT7+Thmg37169SxIz5Ey3Fk1gDRFZwtxc2TJ4/lWLNEdGPj6/rtvcrjGWQROfEo&#10;APpAWhCx/He7/O3JoydwfnEuxzZAoaJMRtgs39dSo7kY1KIX1Sib2YDjEAwkBXI2xvRpLCNhVCxf&#10;Zs/fgUb5V643ASf3loqszQn28AtJl7FOxM7AZNs8Zvh5Z2f3gjmMHTNlDchRJ+Phq3wYG/OueYQ1&#10;xlMG4RyMCHaQe9tBbor0PnnxOmMRK+PHvcEwFfrYszFW7KP4m4U9oJseRSKv2ytkoKZVgIcMO/9b&#10;ky4GqGfglNqRYgNummpVLR1kjA+dj17edbmXREiBBTZ5eiUcCR8h7Eho9YjENP5WrTFjzSp0Cjqt&#10;AEOYw1cMk+xNk8erpVdbAYkN4FWwZxAPywxeCeDN0vGNslstdUUtKGymwZWMK/vfuRzNw1gOJLSO&#10;yZrHJo8akSvuFdSGWcGY8OGzhmAx64xhVNCxBphkyZLVgYa6Ok+YCuASgTLd6AmmWQ4XaaB3a1T2&#10;gHlO/yVIgRmzJp/LnVXsKoZozvFjI5YG2vwT5p41A81MK9i6pbt39/Jj997le6eAYgL4lS4YjNKa&#10;ibexoN2nwIC/dp/lo5vTdB3Yc5BMgBz0ZoYyt/L+zdQDO4XDkGCwYJxqKaB6DuYIG4E2N2W/3ZBO&#10;+z2sRDBGME/BwSldQ+rf5vB4bsequEbaJJVVvGthojTvLnPtjVo7cEOH/+X5nZtq1zfXCizaXOb3&#10;fwfWZexWbdr5kZzDnkbtDISpXw1wNTWLswz5Z/bbq86wn5WxH41Hmj2+PIBqSb4eqny1KgnWewUf&#10;zQeY5bXVQP+57nRNyH7OnsBqvtT76yuY8RqePH5iTdey3Bsv4fLOPfGs5fsun0/2XC0cRMW2FhKS&#10;NQvz762Pfxiu3/ysgqMlRLEHRGBaJUL7hF3xSAsKj4W29GvAHqCy9zFpdXXFrdUAa1mq+zirZUOz&#10;5ckcZnQJsN86O79UTM3zgK0NULP7Ex0Gb1SyhtXcmNkCLEPymrbYOPHx3VsTnzSdV6f22plHR1MC&#10;ISiNRIcEvkhwhncA8Kj/O2Wpb6cOWNVi8N4OqvjPlsfXL48/fCr9T9vv4/Z4eXzv8vjBV994vZ4O&#10;x2n7vdp+6Ed//Je/5Rv/1A8si6b/3IsLtSajlqLroQRhvptuWOb3c/xG5Hfm0nlbQPKSk9LTgLWS&#10;01tNflhM6jr4c4qCdNz5FtadgHnKspGADAH0xuaT52y7UZ8n0sVBgTt5v0EN6D1pVwBE3g1JxrWE&#10;XSiJqYNRHDmw5yy0kA8n0K0mLxRs+py0SMJOnutS2mISY/8e+eCiB4fw4r400LHE51Mk90qBwoDf&#10;xjwFHRzFZE48uIwYu0KgW/QVL17wYFFHnZ/I7cwfLzJ1Ia4JcxjklibZrpFyqMw2ZQUYWCayGGWR&#10;uqyKLOVZf97bIn7NtlOGHr9+ZyCegHy80DfZp3rp7UMmJKyuST3zRO5jDLHq4KFJ2Mkk7tUktmie&#10;ekjYWHfcZcdeopyPTkV3sGm+RzUXuKW9l46vQeTE7Jk4LAv6vRQ2LstFyFGWNZIAKRbmnKR7OV6E&#10;yT5vk/kgnZ+fwfb8QgoJ908CYwu5X9O08mPToqfCkydvw/mZruQ3Ai5vjaWLAhQwusjcRpyqJHrj&#10;MMNZOQvp6xWb3V9cwOXdO/Ke7Im13Wzl+uQgD7q5EbCwQktEVkZDTTIuzCq8SGt0FpRe46MWY0WZ&#10;OpOBmiJr5OPF04SZn8vXnxrrjKzFT8aeZKYwOVsngRfOkIzQI2fV0Ry1UqUVG8hl8AJKFCNq9qE1&#10;4yr1toGKmHy/mhcX2jxK1SWFWsw6GNEljB7xaEI8zp5w/zslDzV5fCSAo6e1poInh0A8xXG8gXuH&#10;Hp89gapEGu563zDNSVzElXr4HMGfSmMduQFqDdDPAUIfVzWAVn93t6PAA5ZJ6Y6khi3RwffkwTbb&#10;OFb/ytb8EVb2gOLbNZSeSSLhGMYEKWnVWEGbRB5mcXzzBHJj/aVjZZkyem+xWUNtCiY957af1Ubm&#10;YAnx89w8FMXL10FLng448GhqQFspR+4x9p38HOu86aAUmAcgNZFdqCYbXYZS+EsH8iUgxu/jk7G5&#10;uBEWNhrQ++P6h4w5ode9UWHtO4gHAGa27mvn245zzX6XbZuqppDz2BsP7sV4BChP1hURSNOnNBds&#10;APaccPi5ojWcqGM00WpeGc2OYD8rG84DgyL0hwFpYWyOdn04Q1D9SK93mpou4DRo4ix/ntic2Pi/&#10;ublW31tj3eU1BDf1uKnCrHFym5nJpeYWlkK1m2/UvmEf8+FuuXe4j3RYaZCy/OQ9zKbGk6trzPcU&#10;jGayFHlPYHdAkd+Px64ARNW93gzQNE2te+jxdcRKC09c9jG3302A2avOwpFGAfRntYAxmTQDgA+X&#10;4yXy+VEbLRywNb1d4Wp7BncuzuHi7C68/cnfgsdf+HSoJLJvHZYG8K3C3zsU8Hha7e1WLPQ0fKog&#10;5Gk9M97JmHJ4hDHnwUe1lKfWM08PrMUAEjEx1anbr9qmbsLkH3QE1czrXW94HVE0Z3/DY/k39BRw&#10;7+jRP0RXu3Gku0OHtkjvZbDv1Tdef/jay6981/LjT53K/tP2+7T9DGjS7r86HYrT9vuCND+5/v5l&#10;sfNNy4//eiXqUibzzYr85oiYarDVz8XlYKV56RlTD80fTz3qlCXnXlHhByfgnLHqRvPRE+adBlyg&#10;GSdvxCtvY5KFxOZjIHAcLfRCgUP5vYVfCHjY+eeRgl+eXIYpEMO/UlpguPzVARk0433tROJBMTl0&#10;HX/SZDfomTrOKIqUQAsRGYsVe8Jc7JUFnhrs6aWNiddWckOAmpg89lTKw59V0Zl0vgjCYPZ1iwjq&#10;O5QIh75S7qdXINVhWQIYv6/2XPN1pCbbccmMAm0usZpMcqudfgHZJvOum70rvw+prAB0nBbNi/fJ&#10;gjGEebeX0AxnbFX529Q8+GTx76y82eQ8s/rp0WxFczV15xzeeR5RquAeKaCXitHOYamPluwLxQT0&#10;5XXxKqLTgl0UzN5uz+G5Fz8AE6lsk8eKM2bIivC5amFaQhY2w4arr/NzBWpG9fsTFuM023NIjpUw&#10;hzhwQoo79f3Rwkm98+p6Ybq8IfvnMatvM46p8DZYkz92KURUZTwbM5VTYDfBOnjw3AO91r1wwgtj&#10;eQ1yPFlGq9edMZ9IpXUxXhII5ib6pfOic8Zc86vjY8bHpEpiYm1yMGNiVfPyQxujKldjxqzNk5sx&#10;5ggPwmmMlcbKLZ5mYGw+3jYhRS1hXZDHBVFf6DdmJ3VgUvssL/ptru3kqUMwXpixPGYAATOrjsw/&#10;NCIRE9PNgNUKJp10kJJseFgYgbBVEjhn71EjKIHWxkUdgFMLdQ0CKLdUdRxO496mtyVFJl2YMHCg&#10;me2Hz2zyYosSq5AFQ0CYs7s34lBwdR/Q7znkYrTzWXTbhHILS9CLRdSEbfvcYiFDlYFx9ps0wK+G&#10;1QIFwCe7bOelSnhKf0CyE1WAqdi+Q5dwa9/vZjcFC9bZ8XLdze41ldiylD7HmZRN6yup9X6M+HrX&#10;eye2cwxZuuyJvRCg/jp9F1YSYJdd6tirHVjVPAftd8t7s2UBVU+xx0CRuzRqaGucgHs6X8JDOMGb&#10;VfyE/czjczZm2XLlDA6E93NSDlvWOcGZnbRqnOb5oXavQ3QmvAN4Jd2Cq/WZesmksn85kIwE6BoG&#10;B1qs3YAKDkpAB3iTrcLNkysJV+JE9snYcDwXMygczWH3ubUm2vX1lXq0LvdcDk3izzg7u1Twbtbm&#10;ctgFJCyTA65urncS2qRSah0nKpfle9XO/AC1OSeSdgsgqnWOsDlI6cw1wDhD4rrxm8cShNdgZwcA&#10;JjOwxqKOzSkAZ76PDNaECtCX54mq6y9uPEJp6dlyLxh1jpgMbNS5ZpDALlm3kjaCB5Eyj7JmGUeC&#10;jTWQ1E5n+d31cnyfPIRH1x+Bm8dv8kxgYLkyu/GoFcEt4Bxkhli+/2DEphH1DRi6FWhLnqr1SFMp&#10;7l/l1jTZ21G+A8Xt0RZSw8rmtASzxhx1TpEHQPzT3lobL9WYrqhWNXZg0eiG+BT/PboV4Dvi6/kM&#10;0mVK69D83u9lZh8Dfv/0tZdf+QfLj998KvtP2+/h9vnl8d3L+Pu7p0Nx2n4/t5/6mf/l5k/+8T/2&#10;bcuS6OeA2kKTItEw3SSLe3yV6NwHcGcgXyktzVXYDMYOGoWlN5jUdrQE4NGAOvPOG4pJTUfz2CuR&#10;aOuyWk+6lcRLk+xtTBoo/n2D7pPIcQ3sk30bVmm2Isv1TlgvtcUMGuCQCmY42lHrPLOgyZHQYsmK&#10;UelcgsuF5KDaWFlWOCvP2Xhuns+LbwUxdbEHVgCWkD27nxI2iS3owlzYLSZrGa0gppRQOKy6g77U&#10;OvAJhLoqAnMh7p1wfc7knVDzuVKmm/s51vAdUimsyr+lQy5+N8rMq+anp8w8l81OkXw3SQiEgnS8&#10;aN6zFGfa6SJ++TuHUHCqLYnHnkpyySQ8wvCqKsOUrj6DdFaoYFXWoDC2JBCCUnBEKw5ovTyzQqgD&#10;9GzhF5It1HTBwXx7IiHXihI/7uO4FbCai6DLu/fg4s4duP/cC3Dn/nPLz3fh/oMX4N7y4GTaO8uD&#10;i8lH1yyXHbR5735ziOFLF148pH50XhBrqI4u/zxsRgtlTm3cLcVHEcaGwwBaAFvxQsqcqGHEr4t+&#10;Trg9297Vzw2PTAzmrB+bar5DHJjhidlSjDNgGUwTLUSVUaQm8sGOLOqhNZgvJ7NTHVwUfyo7D8PK&#10;S6x5g/WyO0mqc7nb6jXKatLibrBgHopgkCrMCw76QJMeRcOjaGqpzgRDahjgCqSDlRH/8RTQ3tds&#10;zbItSWJrzDbMQeWNi1HN99CDN1pqd+SmJjmcAmrebAhJPUCw3ILJgz1w064PNIlUA7FrFFmYJLbQ&#10;ZP7+vcYmnxqhyZW1KUAxJ0XqsB2sDIJkIDFSfA2wE1ym9E2cYvc4eb+SOW+NMdggvBJpjtkTz1/T&#10;QmctlTWYgEmyZcdQ5kdnkZc28wrrkMecHcSa/iYgRW0l3ZzuUXPXZMnnjdLfGLZoARcCVjowUKkB&#10;5WOJfWZGFXrIDYN2MIQdhHsBFpfcGX1NGl+lyUnzdelAnu507QrwDEa4F3AQ67K3H9QVdtw8aHkO&#10;QWoJtKU0ULx6E859+HGI93XWsJ+/ACMyG4mMZSZy2/lIsE5VoKxo0vxoYGk39wSImEt/BQrlWB0E&#10;OHvDgiBlmES6aMiMTdIrKw4covGClmga518aPerNLEFFgF1QyeRsOAaoqIZ/c8En8KYx5Uk8U0nn&#10;SVQGvoa0zZocO2voEltI8D1CG3N6LXvuSjAxC5iEVpsKem1MBijbmmGuxrhrxzmfF/TAkqrrWOPf&#10;abAZYbASRdaLNfzSpupjzJmxk15jPgbtHl8d6rJ7h6+63L2Ar1eZmuQ+aeuqZcxLUJazr31MslUE&#10;baXxzMdRmrPcvOOJaVKLCNqrHyL7ZU6yTroJ25wn5jPozPIO2sLSFATFmbFHl7AHAFSDliimcdIp&#10;2hhsnkJ7a2xR7hc1mXD0pUr4xxYLNNJHbTOuezryj6U0skETI0NoJGjl3CrjX32dpQGXdnKmBrSW&#10;amsOZtPOOp/r6yh8sIsrLQbR9Frzx1mABWZrdElDiGuW2uYxtWqAlCx9CInmvvptwF/fhO8l0rfD&#10;iP02nspd+CvL4+uWxwunQ3Hafg+2H+cx9+obr3/mdChO21fC9i/+15/9+f/w3/93f3i5P3x78IxQ&#10;2WMlhWRggEoJ1DO/uwbYGeBWxpZQW4Yo/gdUcA/t9yKjcXaeAYDC5isG5uUADZPVDuY7FymyRYFE&#10;MPlsSWBkrKdNhghkBuop1RZM9rRutYU0ayWnwVSvOdNDFh9DCQlCJATakkmJjAb48WLZpMqDGas7&#10;g6lYiAZLXBjsG8ehAxXjxl+UDea+eh7KoF+VOhDAv8cQ1XafqFm7AnUO77cuBpnfYrICNNgptgA3&#10;KUz1gsM73pZYp6EYLdlWPO6MRTcbqKfyWZXe0qThF/vdXuS27I+nnjlzMPKU7TcpkDc5s6+29Ghh&#10;HEyReBspf+47aQt+0wnLmKhZtmFgVpf7i5DGTFpUQlrV8iHmoo4yM2AvYBLZY7s9g2F53L17Fx48&#10;/yK88IE/Au/7wNfA/QfPw9179wXoKxwaIdLzUcbPfvmuaFJ7llNds9n2OMJ2OIMnNzvxAKKjYK3L&#10;K0sszkX6uhyTqydXcHnnMhgZNbl24zDYQjIvRbEL8Ql5o/xKz9+9B/f1Gh7UbxKtOieESO7lzxO/&#10;NSZg7q/NA2dUXy9ogQKDsfOEhbJcB7sbNUk/G1k2iM2vy2WYBoIJW8XTFit1SpxIiEzAn9sLlNJS&#10;H6MQ2yrz2Bf3LresBsLrdTrEHDGW0rGB3bIgg33UpZViB1xEod0BF1ZElpLkoi3sQvfNWL4GuETx&#10;Zyw9B/w4cCUaHkkaWiPXlZyHFuCvy54ys0qTN81bqdxuqS4SWuxfNyKlYs1YSbRuqCSw3Uzo1T/W&#10;05+TJ1tpYFaxxlOfWLrsw0j9tUHKNqUkyYwE2gLd/vl8XsNrTdljQ/FrSg3WSkjn+/DZbCRfYJUk&#10;buxwTHL6AE5NFstjbHYpPSiAAJgAPAtf8HM/e4hCgZaOaoVyDoVqbG0L2YJ8vBvLS75jeFgVmXNp&#10;Tr57MIL7ITojrcnIM3+Zwmcvf3+qOUgGVt57ENJOOfazAd2O+oWfb2O05nmsYJPC5xCw6mFN0nwi&#10;WZeUEY80B3rGMJiUmBl0DOaLz5c0WIY0l+gzt8m/b0+9LB1TOrWf62zVwfjqVLV5EUnZq6TtfneH&#10;NLLUz46DHcgaV3yEdtK4uIl7wm63E+aYSlhn89VTj0Jl201d4IKHtvkcxc9nSa4AKMbWZAaeJ9WS&#10;+d1JGJM89wp21yrXrcbS43shrxU90VbtEUxhYDYHkSbuixJjcseYSEA2hQ0IhMR+b8z7GAEu08Wa&#10;bvc2bvnYsv+kz8PBnm3zdzE2sKQCL/dg8WwDnQ8Gk9d752M5mrb+peVePSirfVnzbmiwNcxyrHeP&#10;bc2yXFfL8du5zy/m9GkDpyT9GDo2swL1ysJ/Gthz+29v3+hAuoqH7/cOmR5rKzqkZ9+RYOw99TUH&#10;+nOdp6g2ef7KYuYgROnIWzYGI6Y5JPkiZ7gRUzPoSMoG4jEJfr//eOvZotWxoy+qznvPg32vvvH6&#10;p197+ZW/uvz4I6ey/7T9Lm4fXR7ftYy3//l0KE7bV9o2np1/aFkQfsNyx/pDWii4/xxa2ANGei0a&#10;qMcAW+HAC/mbBWAYS2g07zxl5o2yGBmMiSdeLdiArcFZbaMHZZh/nZhio3n6NUkeDDk50kI9MqC3&#10;KtSi2CoN/FO/urEV5OmmHPdSkeJSMBmd/VICyGvptB1bxos4k+k6c3AINo2Bpe4t5UAnQngTyvEq&#10;ykhUUp8VL3azVyAvywOK7SaGrLZbQJBZFM90dDFGxqlSsI7C20RrlDkZidtC24ypvUhwsE1luDUA&#10;OQX69sLIY+8dYehVZd5x8TDtb/T5zNKbNOVWniOg385AwomrCStClKUnAEc15oB57oAVcDXMubV4&#10;UPWwe2tRAucIjoYHhNfRWt9Su8Wkvw5TNGg1QG+zuViG1xbuPvcc3L3/YHk8D8+/9H5h6t279xzc&#10;ef4FuLi8q5Kc5W23S2F2s1cvoxtmP0zXkgDI14SyqhRILZa2x2OJ2U1XNzfWbdcxI+ybebaxWlJR&#10;rKEYs0kWt2dnEp7BsmcJy1jek4M7cjIClkO2FiU/I2XsLOWM+C+qPGkUWZaNgQDjPdQGzOfN3Xko&#10;AneE7YNDvwzmbnsFY2Uqs44LWAWV7XxDS471gk2KT2Mpiwl9or3l8AzHfmhlsN+VNlY0ZCYdWPr2&#10;YOCSA3pjaRYGbV7xdNp0ISYgq5fjZcYdtAJ/lbrXJFSlA/mVbdVYgWJXUIoBQHMklDvjLWfI5gtg&#10;mijCJ9BsAAzphkNWwboS6y+kgocFYiXsqkBl+fYA1qEnKEpIy+C+CfZ9/Rw2gMwhy1yYUc/GADo4&#10;711owMpbrTVCKAAkSVldmaL7d3DWlXqp1WCjBGxiv8c0f097NfwfWBYOfSBHTWBYAInGOMeBgjUS&#10;wVl8Px9LjsRqcvpuOmtzoV83bZw3ma3iyu59CcZeHQKIlM+e+3Et0sPO+iEfI+z3IWS2BO0UZUCw&#10;tICuUg7u2TnMw713HUAUFpjNT/I+pNdFPhRlaP5c1b4HWpL4HMESjVkrTUqT24oNR4R3QEfH1YAB&#10;ZQV7A9LZXwWbp6+zqltqsEGoDNay72mlDpxdy8B9P8V31VLO+Thco0pf9+LHuoPr3U2MfWmqUTGm&#10;njXJqDavXQP1+J7LHozV7r0hCY4gCxLGmiTXmy+oPKF649BSb42Jx8drY0zRvTD2b6Sx1xoyNs6s&#10;qezBUPk6bA2R1qAjS55vQVgQIJ0A1VXNE/xcImWfgcTUs+fLnB93DAqEytnBg4e1Vb2PCMuXPfSW&#10;7zTwORfGPkvw9fhyg66afJSW43ldm7CecNbGIiZQejCxfYwJDRSarHHsDVlK8mR8R8bXah56x+Td&#10;w/CiA/AJoXf9pMO7wG1vG3P8U/xb8+3v1vekNl+3hg62EI9V8vCBVLblTD1lX/Mh7H+pNQMe9cl7&#10;5mN79Lf0xaO0J7DvVsDvR197+ZU/D8rwO22n7cu58RX7Q8vje9gn8nQ4TttX4vbP/vlPv/XN3/Qt&#10;H1wWMP+IjZeKMebYO88BPPfUGw2MwkEN6oeNAnYMbjhIVQzk424533QF4PP3HcxzjkGvsRgzrzEc&#10;Qobjlr1oMjVf6Ke02wimsEUB+XOsUI+a0rrFThYSWa0x8VRe6ybGfcbsUAg8pa90QR0eWqDsllJa&#10;EEkkXHpib7ClyEI4TFoQkr8G1Lm8t5hXVAcypIqJUrIaHplxBvPCUxunlBLnehT/xxPmglVULYQC&#10;TLZjfkOgsi0F9fYSWsCLeQm2mPW/p+qS22qA3V5Zd/POwD4HB/dmjG0+O9Nk8pzZQEIFA7mAnO0z&#10;oE7GxnDZVmNnEB0DMOenrQvDW6r4L33lzCAaQcduAvd0NGCJj/q43QpL6vLyDtx98NLyeA7uPvcC&#10;vMiA3vP83w/g7PwOjGcXwaRxdqMXzfsbXvTv5Zhf2Ufp19PwCJH/2m4UA8VpVmCTTftl6b+Mg4vz&#10;C/XVAy14JEwEavgAiecd1ehPM1DBBeDVkycqdd+MxvjS8A5hKIxtZLn/n/okztCgZwymxGwptYUB&#10;Q7+miiaJttRYv6xIQSByW+5UcCXvrWabNIQMfHa/pCOrcfluxuwaHPySpF7oAKmZMozU+yfSOu2O&#10;GqsETR7HbBuet4R5WZpsMHvfBetOhtScwNKVXZ01TqIpkSS34QGGucg3eTxiMF5KzCNJUpYmA2d6&#10;ISaFJF9viYXsx80BPJVeQ5JItWNUDVRqBCsDllL6bzuW9Z2rOD6u1lRB7N+jZ8m1c50ZkB4e5fOv&#10;BFesAL1ICY7fUYBdCE32Hj5+LncuPaPRi/5IByYML1Sdk5oM15slQzmkjWOSDvNnS0q8gz6wsloo&#10;DdTxFHZPv7VbW4xvkeoHZOPnlzowr8PRYtwokDg7WD67bypF4IEXzWiS6VI2EdJCyeC+WLCUy5Cn&#10;aL70oKv/dwPJMKW8l05eHmeg5oAL6gAgH+O0usgE6POAMf78WUEq96IThhaH9QQrUOcRD9bhedcc&#10;S5VRt5yreZrteirBcvPr2D97tgR3sypO46UEyxKoGUM4oDg5wChMr70FS5B50lWRqHKavKTSMtN7&#10;v4NxgAi54gYR3zuvb66a7x/V8CQVEG9qSfKze+3Nzti2e351Ca3dr4S9T8GSI7OgmA24RE/UdY8/&#10;s8XwsDf9/naPt7WFg52cSC1NCb+mOymknXq7R3sPjr/aaAniAuhRieOovmw2jqreNSTjXpLsyXrG&#10;2NZTpOnEcm9i0M7VBwTmqKphYDC3Y4gytt2fkOI6zeM6r866627IwJw2jrLVQVz4GaSqbtFS4Fhk&#10;Sw/e5YCudvMpK4bbsWL1GAiINvcdj02iI8A7Hf1zzN9mKwORYuvXaGNHy7rD1g6l+7J+nnEFcPZW&#10;GOU2b01nksdiv4TUOxMEqqs2PNCuHqYN57kJsTzlfpf2MlsURFOPuvP57Ny98g5/ryew78j27cvj&#10;l5bH5elQnLYv0/Zry+NbX33j9Z8/HYrT9pW+/YOf+LGf/M7v+OA/xqF84+AhD8uDDeyHAOtGNXIW&#10;P66iIISBeMLM82CI4qbegwVEWGfd0mBz+quz3cL4vDNpbib3UetlOZsDbL5IKhjATKT5mWQtknT9&#10;d0NjC7jHyVCgTwMrWS7cPK6czVNMXteCMiAtxpzp10A5TPuM1qVt4SAQDMUoxI4s5Kg0vxLIBuWG&#10;4LnpvHvcmKN+mEdn6a0Xvb74dmZeS7k1MM8YdFPy0OPncpgDM/eIGWLsy0PVAL5ZwD/wZFwG8Kap&#10;fYZ/noQezOYPpL40wkGcGzuPAb9C7u9EJmfNi9baAQRPbZeukhHjz3VSKTipPKpabbsZz2HYbCUl&#10;9rmvej+876Wvhuff94Hl8VXw0kvvg8355XINnIsciZmJ7BnIo3EytuHuZicFjqfv8eeK35sV7s7C&#10;5GuJTcxZFsQhHNz9316cS0FX7GJgkJTPC4PvXDAxM/DO8rnXnDS4u44vWAScUxmWFv8QidoeEMMG&#10;9cP5GVxd7yQEhoFb3jdNSGzL9c6rjYGCiZRZAFaMGuvN/fh532T/zUsJcTysdKAZkVcDb93nDhLY&#10;IqzB5fszS4m9dbxA4r+PY/+W1UNesmcbQJjtU5J8qfWOMTwAu8CFrgDCPhRDU20rbOT6Hw8kugEO&#10;0tQBGJiYXS7FFJP5LqjAwhjMEcoT0YPhl8IFBii3SmfXAOa8lkjadypQOq+99j0aOFA76WEG/Brz&#10;rHjw8yrIx79+Dl9osl1ndJT2zn49dG7vKPL0g4LUQLUe7mngrjLEmtTWtzk9ez1T+HlhkEe8GEUD&#10;q15rIutl9quPEGN/yxVSWgAL79PojEt0v70mBXNWmniB5QR0D3txmStLAkO+3Tw3fZySFfEe6lPt&#10;HMzhhWZpusaI8rmG32ua2jEJwHKizt9Qz1kN0KwpWe3ewbCJMV4JzbrCrmUFIyGFZFAHgAhzfRga&#10;KzKx8ro5Pe2Psy4hNfB84DQZJ4a3WgYdwFLbXXo7RBKt3svGYQgrBp6z+b/Zg1PALQ5GWQ2/SAw2&#10;X0fEI8HSBuKpF56CbI4Tk6kgZtqH5HoWRjcFwMaBFrxvewuZ0s/VhujeLC5qAr34eRoU60ENy7eZ&#10;9tF0UKtabQJxU263fN5uuV9Ikw3A/GkNvNd0lQivGBIYW6MxqGNvNv/ZkCBT7wrH+ydrgnk2j9jm&#10;8RugN/u1zkoaln0nlfGKeoNWtCqRS5c4p8zYnPkapcHAwjnAU3QWp5yK5ZzCBALZsncuaYKuhHvQ&#10;Ttl/0lyc9DWk13K2K4kmiIFUBG3cITXvV5228ChgVvB2/Ks6WI63gzflaBotPhW8y57TRPRMINKx&#10;BrPv37OLg3HVIGlzOhn4Lv9Sz+CmL1Ki+k67RM/ic1ewmTN2DWKX564Zjcc+DJ8O9K39+r4EWe7v&#10;FAw8gX22vfrG6x9+7eVXvm/58W+ejsZp+xI3Xs39wPL4a8u4ujkdjtP2B2V74YUXP1iG8WuXwuJe&#10;MX89XqBz8iszWdDkOYMBeZF46/+aZK+gF5Pun2dFYlHZT8FWjIcx/OAAVqwL+k6XG+0aS0+YeUjG&#10;QBwM8Fun6lKT3qYCai2pjTTbMgRg4rfueC1Ak8piAyeKg34BJqZUzCyzRYjuaBcSAIfm79gLTps0&#10;17rl+fduUh7eTFLI1LbArhqIwa9jdgCYdEfktJMVAZZUm0E5EgPuvTLt+DlsEG0gH4dpzPH8fYB4&#10;wgSYzX+n7k3Oo/JdME8eZQ56succXm7CGHGJmxctase/vId7j4ElzD7LgvOWlXUACShJzQJcj2dw&#10;cece3BXfvAdw/4UX4bkXvwqef/H9cHnnDlxe3l0Kta08X43NtQIWf53rG/jCmw/l2AzjxtaMlmrI&#10;EqX6/7P35rG2ZWl92PrWPufc+169qu6u7nY33QxuKMxQKSCyLQLYiWMbQiRMlIghCEtJxCSgTQZb&#10;wY4hxhEgpEQoBmQbR1ZC/nFMAAeTSJHs2IR0sBChO1AUY0Gb0NADPdSreu/de8/Ze33Z37i+tfY+&#10;993XXQ1099mt03XfHc6w9t5rre/3/QaR8jF4Pn+XfI4IGCRJ6tnZToFGZaXMz/HS/ftpe36L5d3M&#10;NOH7Swockt4y2D6PByXZ7vcig3b2nIVT5KzgqARZJDW4Thr6MhUZ34t799LmiScUDCnp8vJy/qy3&#10;0prFjDHn6HofRw0rIfC+aNqrArhUJBvIz6bkytgpZVkTuyQesjK7BFwZ9MTtdoN+D12qC8pogmwh&#10;Mavhz5HGpvd+ZY0NqQMFblI7dH56xmaysQcHCLMnkmaX1y/5EDGoYJqsWK6BKDSnGWPNvAgzKKCV&#10;lomuGHzRDNCQa2FYAHELcNzBUGxCaJxvWep48ZwbwEebv4ol98aCNddbEFbHtLTMrW6MC9bU2Yat&#10;pmxluoaHnLx4NOk9cnI1NK+6hf66qF8PCnhK+nRtKJnvmAPHIBLQmnFQAhNc7glr+Ij/2FCLeIzA&#10;K4TPic294WBcc54jEF40hCcAeUU99hzkUwmrM7br+Z7UU7Uo2GzS8chYR02hlqCrJCzrLFtbXh9I&#10;ulpAPRKrHQLo3GfBLSmA+CLBloaTN6mCET7k4/diuJWDfC41QLRJ8eLp5YYUy0+NrSfzNykWALZJ&#10;+F7ztbHbMAhH68KoDa8SfDo3ygDi5ok9NyXTzvMlS2I1rEymBGUhE+CGNb2dm16aIF6wcqxQTqSs&#10;d7Qu03rKTbO9zzPM4BsnPZeVdcZrzCjNNAuocsQWa4iI8/w96ELTdY3tm43pWmXCBg7TZ57Uk5eD&#10;sTQie+pTpemc02c1FUYRSTEz850xbCDHkGoYCDQ6SfeDtW9PRS1YKtuX+auE3VEzDKUJJmnbYptC&#10;+5BJvWH5bybZ45Df3uhSaVy0MdybLes8lA3IA9+TpgDuAYZZspOKFlsbQpO2XTw6oO/lQLX6VaGk&#10;6PQYsJ96z7Yh1+UR30orDY77qwZog+V7tn30mufeh471fXC6VzRDQcRmCRM9A93/U0o9u6+34EvR&#10;NqQsgbdHNk6ENq1rFRwsvicu2IJ8J7Bv/fi++fFV8+NPnobidHyQx8/Oj6955vnnnj0Nxen4SDu+&#10;67v/5u9839/62986b/D+tnQSNRBjkIRbA7b4ZyCbZwPYkoZQZE3gc9+wlc6XsUFAfaGyM+bykVW/&#10;SnWTAYoKOnI3fiPgoxntS7fVmHilSmyhym05KMtYiOJ+3LH6NKlX/fcwLxPypDJs/2bBGms2Ayrd&#10;wRbMsyIOsSYEk5fLFAA8tBAKDWrQnbwUE2NRyeuoPj2SRDspM48AOAHhNMmWDLMP6qVHzzFK2q0w&#10;+/RvCTBUfz0Jxziod08RlpkyScRjx0A88fKTzbqyPTCk9oLKUSCYsGM1hseQzohYWrTJ5DuUrJfO&#10;uOipRsxx32OSGlBwbJs257fT7cfupNt37qTHn3gyPfHqV3MgxmN3Xplu3XlVunX7dtqdnbvfliRO&#10;ThwMQoXwvcv9PD4P1I5ofo8H8tWTotF86OhaGDk4YxDQj4qOSdIYt7utgKp0icxf73aSRI0si9/y&#10;GJ3BY8yKO7tDEtwNv86g4DgV6KSQzRDlnAomlK4qFpqHsscqcM2MjebewrQ9O2NANym7c7PdOhuO&#10;GXBagDqDlgti5MJ5q+ClyUfpvbs0zdgPRdkbWv85+JGUEavJwct6Ab26N5aWSHOWIQjGKpSCuxaV&#10;Nam0fXIHU0rrW9TLwRHRC3e2HlAfLsiwCLmoQH8o4opIKKFDncdSWY3GrmMgIrVBQG1QB1RPIpNB&#10;NnOHjNVGE1UFcxscpPLPY1K4JNdxKcKgxLVCLFXWWkVHcwgttvuyBC+5vFpxQgRWF+MsIFn1n8Im&#10;5dZTwrvESQaFFSRuplliwamvHaRF7daCvApyRqm7M6aTMKUgwpWWpo3xmgFNXtcEUX0vE8sB5cyQ&#10;HYS5fpUSgVhlSMUCEav0mOb5Qa+9BvTTcynzuTS8IsrlicrKXgVl5klCrUhpOeBnK/fsNNW5FnLP&#10;0ASRVyKoVDIzO4rl8rkGEnBGVh60p5c9bTmF63RxCsI1YYb4XqcaSBmkxxg4OtgkppcmxdruU1Yb&#10;5MoQFHbhTteRvcv5cKpAYfLrrbAFxeVBZKjc2NL9AM2r47hnljatm+ZRaOxiC3Bgxvr8d5eXD9L+&#10;6iBBZERLBgUVtTFmn05YfpI4y8nyZHWhjbsGKCJQ0Bj2ZXIvwKThN/GOnnzwFFjTpsKIlkSr7Gqs&#10;DCt/T6Uy/20fwPskFBuXotcUrxXEyld/ZgHXZF1EqEnKkc1Z1MYhFQtSGlmWCwbOqYx8cAY4JTqN&#10;Mk6aphu9/vBa+EsTmHNKuQOpII4rxBCUlfmq8Zw0gA9X55YMQ9jDdDJTE9sXg5JCE8N/f7ime4lV&#10;iuozc32tiYOWauJtu7iir0/x+axBeRxMxPCZYX3djH52FlimezcL7uEmyCB+kbwX1DUWzXtRG2UF&#10;OgZ2gWB/sBJnkW/Y8I2TjPkomhoINZEbzN6Bd198LidE53iWFEI6uKaYQpLIUk59/ZGv7UungPVB&#10;B/RFSDKSms1HGk8y3vXjmeefm5596umvmb9862lsTscjHg/mBzFDv4+uo9NwnI6P1OOJJ574wXmT&#10;9hfn4vnzIUhOjS1nqbegQNcQ1k9nt8SF31YlZw8Ad4CThX04GxCOSjG5FktBsquhFgSqbMmIfmOe&#10;gjGFt6bsVoZeBfDSkP1zWfEKaUn2iR6BzeYpFFYxOdL/Duv6X4oxd1KyitCbnyVpV7o0kqXJ0mUn&#10;Ta1lQ5/JAyoY+EORn0z+kMTakaQ+BACOBw2+GAU0mfaejjcSO2+s5tuTpcApGCjG+ZMDQcUMsJkx&#10;Mrp/koV2oPr5RPNnUexg2AfKT0oTyNgykh52bNNGN/9bluYU9oTcpmF3m1NuX/Xkk+nOK1+TnnzN&#10;a9OTr3wy3X7169OrXvUqFkiyXIlCHqaJpUxUO5AUfeSAkPvp6iDFhIFKBJRuNjtmtrL/knrb4fw9&#10;Yp0xYKfsK/JyYjNztCREAR3NDw11ozrw+934uLEvFrFot+J/JkEnUkQxE1MTlOkKGRVI4yJok9QI&#10;PKRu2jU8GANFUv6E0SIsvykUjsws1OLujMalJGemTcb0UDmf3SfF3iMWCzN2r8cN+3TKuJhnZaPz&#10;1BRFLnSmSe3Ur2H0RLlU9LBUFlfvD4fZwE66vw0sqMBfCcmjiAGFx1qARQNxUNayTUKeeqqvj8GY&#10;e0lfM1lm+Ay5go3bba4lYPtWUupBDb05LOU6Sq3YIJ47Fypls++vzKUUBGHgYpV3C0hTE4eTG9fn&#10;FcMl80XD0PAY1sgZ4YZG97YK4xyA4iZQacjOlBwyVAaRJo839WSUEOqJtpq9mWuxBbndssn8FrED&#10;UM3zKS2bD8yY8xJL14VcAzIY7JnvW5NeAsvRx/q+QtiDBAyVYOUAQYpuQRGtj6FdS+y9Ns831Bg4&#10;O9vqvIodWCufQ6ZlGT9aKwdiKWdw0ADy0oWq+h0WBqb4J1MJYIKuUVNxP0Eqksth0nRtdLZn6Ytt&#10;AybDeRmyJg0Hr0cu+qfS+PBhf7MR+EaWBRqcI5Yg0tjghpUmyTJ8QvfJfItQg+Py8r4zV2lK3G13&#10;+llUDqthUbymkhUDg2/S6LAGBDMVp6kGRihQTesusy4ROZxhOlzxe7oiie6Dkd8XA6y8rheV8wpw&#10;iCqd5jUWWoloHD5Zk0dff0oAP8cAhE3G7jTwzv4N6PuNQVPG/drSQA1MVbbMSo4kzdEJdI3kMOyN&#10;Bq9t+P3w52JZsDRdNxqYzSEu3Hid5F6ZPy/tNZJaMFCICOo+aUoSqsJBVAYCKSiTA1ho9+iEdb5b&#10;E+vDQ6DAlNKNWd7N7yNciyxBZ0vQfJ8/T5secYyR1vDDwnoa53ic2iazJGhPvpdJjf0JemO5H6uu&#10;E1P/A3GBis3X5e/HkbBMOGtuFd0vDJviSck+Jz4Kuw/qJtqBPohz3w1JdLCC19qoBBs+fo2S1qX7&#10;j3zkD+qyw2vAQ3gIsHgCtJaA37PPPvX09yhwczpOx02Ofzo/vp6k4KehOB0f6cd/+B/9xfIP/uGP&#10;fd28gXvbvNztcuq7krohDP50JseLRagb0QYfvQTm3ycG5KCBHxL2oSxC/7u4KKq5t8ptacM9aHDI&#10;oMw+UImhgZOWYlvAwhi0V+qgZQX3AMNmK7A+YhcQAFZlglwAadevaNcc1PtjMvCrmN+NeMwVZeOg&#10;bu65cFA57TSZqfXEYNxkYJyGXzCQZ1Is9cojWS13+kdh8h1441wUzFNZrvoUJU3Q9cRcM8s2Lz/1&#10;5RFTdmPloSYLJvfmAWxBmboXFAafbYxiJ7zuCYP3oRuu92qPI7KX+Xwccklv+uQ/lj7+kz89Pf7K&#10;16Rbjz2W7tx5PJ3Pj90ZSWB36n80zQWDsCTIE4/G5PLiA/P4XKXt9ozBqWkP6ez8XAEy5HAP9rDj&#10;60oLGALoyKidAC2i2G2EUScJxiJV5WJwEoYmvdag3lRFi1dmImhlTdctjzWThQo/nTFDil5TG5VK&#10;tdxYFH8iQJfe0XXj3mzKorSNNctDAdWLL/PPiNHJ7ItYlGRQX7HUEimV/SEAk6P2WuyiMJ2UxVLC&#10;4+CBEBAYL8lBJnrerExDkSdnTaxcN8AmUNcKTpeZNRtdSy6sAIUHU5ipf8eUs4CLnhGQHX6qoRE0&#10;jiSfFoliEPJAALWbNEJURld2diZ4KAlUIMpSIGPh5YBdCCkJ8qshgGHL4rLKQysgh64kpes5SnQ5&#10;Ld3YEnlYBVpbZqT55bVjNuocKGOkv4Mty0GCQML6oLJOC9xozrv+uXldesoi4oIh1taawQihSc9e&#10;siUFq5lCEm871Tj4qUn0BqrwNexpnxLkgTEAg+4j3Pq54DUoS1qzgZ0WqsKvrQnspRQHhKPXIc0r&#10;283g1yQ3BEyevplfZwMOoJp0tq7Sdh6qXy0cAUQWIFoAq7OCbhYeYQEMRb39hHkqzSJhudWCvCA0&#10;Vby/PkCQjFY2mdxjpUmkbppo7gFcgUDz0CK2XZH+iTLRMV1dXQkznlN5s0qgR7YsQFvj+VbfSIOj&#10;iKRWmnQUPkVM94MnoqOHPxHjEbQ5I0EWowKA7NeqrD/2BzzsdY2XvYHDqShcobFUqWugmvE6UHok&#10;oojlxagpt9jyHf2aszCfounE9L+N7Ts8zlXZpiEkAZMAdSUm3/K4jDXhXVOm+arEg++BMrHtdZ9T&#10;VFo8sXmfNA4LBjZe0WkPWphCsp7n9Yk8+eKYuApVg6Yg1+sWbJwggB7QwSRtyvU66rOCAEFcgUsH&#10;3l0P9rVgYEylBpF40jXZMPjgCMhTjykw4adS1v8SGYpv7iub07HxyVOfZwwM225ti2+iaPO2gOzv&#10;J1zib3W/WGXXDjSHe3+YpEEDeZt22AdmPRyfszCPrhW1GLfrsDTU5r/Bp4ANjnkNRPehHR8KWAiP&#10;8C7g5Nn30OM758eXz49POw3F6bjmeP/8+Mvz44eeef45PA3H6fhoOb7qK/+9X/rRf/QT1PT4L5NK&#10;rNBlc8CbZiXHid+ehlw4Cw56Ro56rinTYQCVNw7GyCNgRXz46rLaJocB1A1p1pAQDgeYHxtl3IBJ&#10;cu05cr9FmMKSDauLbza5G5hkrrhvb9GdAOjmWUIvpip1saRLZcRNGtQgWRWjJ9gWDa4weQyFXDAA&#10;OCrbDoXNRywJKmBG9cabGNRTTzw1v04RDPRQDfXZU6N/T9pVWY7IfycP8LANmm38ucCzegBVDIDm&#10;f7jcQC34P1bEl/rT2H3NQwcKZ0v4a0vVtRNExfZnfNbnpy/4c38hTSQrJQBvLqy2wza99OJlGjaj&#10;ePGBMDfN8FzObUl3Hr8zP8crXMJNY3r3hZd4zG/dup22ux0XajTG+1GYVLdu32KQjK6JTSmpWphl&#10;3tSyYksl6RSusT0XsFGYENrhHkeWcMk9QEEgg30g/2xX8/s0tp3IMgMLigFU84arJwEbBpUAXOb3&#10;xphkCeeoTF7wDDmHsW5BkVLGcOehylhLZfuoQT1/5o0UEQRunp+fB1ZS1vtTEqYHTgyGCpDYu+LC&#10;vgb0GNehaBIoA+IKjtHbZzAci3vetUEdxQE7Y1VYiI7/Lpi3W5cyiwb+YyiNihdXyDKimgQ6WVHN&#10;YUb6POoJxqfVUkz5dpuc2ey+YiYXLWUtsFDO49AHaFifwpicFQy3+9tBKAWXCl9HlrBbWQ/IXnQm&#10;086iZbzmno5sPg6fyIkDVAyAMWaWMPIcTqxJ6eZbulqJwfK1SvW8c0m1hR7pnOVgUY4NAZT3pWCQ&#10;4JgCeLhnazb/MAXyLFW2AVWSguRiHFAN9AVAd4msMb5VQs8BRVBCT8mKyZp864BzuL9jmAjkChmb&#10;PN6BSjBQf2KtvVxi4PMnauCNSbgwNK74s7rXYmD5pNrfKtGvys4dX2+TWG5YU0t9NEENNCdlc1nY&#10;TNaE4qTWAxUUrMB4THAW6a+sQRgYu3SvHw4a8kRf7w/aJECVvAoQJYy6MdXUbU14J7BOvez4ClJ5&#10;JTVkCts0yL1PKgFOonWfu+IJuEUZ7WR7QcAdcCNmlDWebSxQJbmy3k/6NYdLsew1pI2rt5zJXL01&#10;oNYWbP3AbMXJWVQhmioNCA38XkwmYNdkliaRXQMkTWS/uqTgWRGULV5TtM5kCqFBkSOiBsyIElnW&#10;wCEJi5NZ5yiMxKJNzHVgBDp4DBrwIWI1pYHTSjMn5I75xozEvslhgBmuxRXxauczX7bX8AAQDIBg&#10;hBNzd3d0cA/U0AZoXrf+ToHwOhFOR5vzg/iWLU6ukTfYnip8dDgSeosw+v0jHobxDyolr1ijNoVU&#10;K6xefosmSZHrc+Q5VtcOZmLqnGSjpUzi4qw9tXwJDS8KwhnpG3mbzigch5OSxTGC52MQGyFfRozZ&#10;rbsHbPaGEDw8q6x7DVMryjgtOk+mwNPmxCm9d8rKIojRZ1An+NL0tPKHBPC5/La/p5rLK7K3Y0if&#10;WWKE/Q7Wc3sC+1YOClV49qmnv3b+8qdSSnAakdOxcvzw/PiW+Vp592koTsdH43G2Pfvu+T9fMS8V&#10;nx6JF+LRIgvNYH5TWTauEMzHTXYnxbaEDGRLrlVAQgC7DYMSnECYc1oTFWA2HztZ1DdQF9tsXnsQ&#10;JXgrC6lJvfyYvMCJbJhixSYGiaptWtTsuijgIHJaldoWkW9NaqBtHX8G35RxZ8EXkrZ3YCae+OId&#10;BMQgMG+UoAvaadPXEqRR2XlmsC7eeFPjm2fsAf6+SmuTA5OyGbMkSeZl0HkqAcQMBfMENREYju48&#10;HrJ5yeu/v3w+UAChJkI2m+xw3l75uk9Mf+Lf+LfTJb1BlmcJO+4SD2mz23CBlots3AiAEs+rGihD&#10;hSPJYXGsCaC37zwmQDH9/vzv883OfdiEbQpp1JRGAgBKqVTE6TCXEmdDlVxBLxu0zzZ4gZtLLCPq&#10;7244lENkTugyVWOPTbVcIoDboCOTv6MGA7TmLew5kzh4YEj7w5Qu52L5zmPni9AICPqUmnoJzkpt&#10;nfGDjKck9n/abod0dvvcE3k9idoSccNnNc8yl6TxdV1BJC/tVJqM6sPoISEY/O2Geo0MAf2rIRzq&#10;w0Pg0SbXNgKWsEGuBVnR0I8aDGFzW309JNl1WglQiKELWFNIofOIKxX2q82QoJLqhrgtFuf/HNz0&#10;vsqjkqbJWtBJDhLQFIIGwZlMg7MN61hUSaCl2UZRVAb1hssCsGz1PDtzsdHnq6yWUQ1jpXmMalOh&#10;9ueARpbYuOR1B1kZI5pUm0up4Ui5k8rp+c6SGpMog8Hf09C+r/g+/feb0Vb2c1KfVpX71vfqYmBn&#10;42b1u9ukIciPU1rjxtfvos8FkTFYgQ7xGrtu7uX1BqLoOjQJkjDMec4vk0LtENKJu2cO192kgTjM&#10;iqdzbU2TJHOiNdg4yVRizWX+nQee1vUMWZnpE/+9sSgJlKPmiTWibM9gjTBJE1c/SFtHOfQDOTRC&#10;2HnqVcs/38v4KZMuK/jIwVPzmppGaXwdJo5n4PNJ7/Pq8kJSebcy3++vrgTE1/uC1+RRGPFZk1i5&#10;+ZGF5Q0Y7Tsq0I5KVadRnkbkcA1uxM0/pxTYuy+8yOvvbh6Ti8tDeumle+zr+spX3uHnovClrI1R&#10;+e/gmNHghLPMgFuENQhE2rCPK7hv7TTdk30XiLMXjRkzCsvozT6WaYMEXqBL2jFQTFPaR0ZwGtxn&#10;7bgMFUPb9uF7BlxBR9rwHuiiER72HOu7F81g1/EscaV4KK+sRK0pBu/Oa7xfWw12VTHEecbAWjjm&#10;hWfsWGwBzXJE9+rgo3rkHZPeru6TAZqGU/xN2jcRo/RqVObqKPfqqGCeh9Ho7eBgn7GEUcBwavDv&#10;zvbpDg3ndpPO5z3J7qz4XZTzQ4JH7H3l49fCMZWIpKhDm7RtRIKAiZoVkQkGcgBXc5c2DJ5g/ehH&#10;+1zroCHka/bfEENCcoqWim5ZdAL7rgX83vLsU0//3fnLbzyNxukIx+/Mj2+ar49/fBqK0/HRfHzJ&#10;l3zR1T/9Jz/5dfMq9n/VPYeZbmdJBc3ik8Ny2oyV2WfmvENWkG/ozOiTsn0kKXRjwRom6ejaYNiu&#10;rS7/JOkZLtz9jUcSpHtmAFygGtpDNVRHlbGKebl487BD3XhwnyyWc3Ir3XzzBHij1DwPtBhVVksb&#10;6AMBentPuJ3MUJu641x8jM7QkwJnqum4mmprcl2clDGQivraFGcIJN9caWe/S3fDTrTlBviAjXwB&#10;sTKM7DxD2HTCIwJ9vuFekdAdfR4tWJlBhetFREb1uhov5s2usMaI1UeRiQQy3Rpup8NBxpEGZhQK&#10;Rdptt0lN9FKmwnMjBegAUrxSIZjVR9JhODV9ow3uS/fuia8T7gTgLegF7v5yz76BExb3+2KZKhWv&#10;7p+XHdA0qVrRUJLsvpCWMKoeXpo+LQkIgxSmgzB9ivqACQhjsnX1aIowKgGc5DeIwjw8222UpASL&#10;4mpxXhAb6MATCwHVw6qWDfvJNvpS3OZcZZCSbjmKtFkZK3mj3loBExm2G3/ZIZyHElhZEAuvJKCW&#10;SY2LByJUPTJ/R+WHfM9qIihYOZhbqRX9exv1zAZOBTCoB6vd40o9FJkZM1UAR3oY1ZctBxYXdl59&#10;KYRVxPu4BCAxuzk4uBeppMSCG6FPnkQM9Tw1HlLF2YE2J1pyMl+/6ivZxJvy300OCNeAnJ6BiCGI&#10;Jepjw30VPrF5neVU1wG+X9WH0NjgQwfIGYgJ3b9jwWxsp6DPbYs/C+lILUupYPY5Mq4rDJKinSeT&#10;7w6KahQN51AvtEGB5uiF5+G8CvmGUxP9XyPoN8SrTpnX0W5f5v3iDTcMvqnQANHg78ekmgtIIgew&#10;QNeA4gmmer+wZ6gETVBQkTQqyKf0wAxe+gyXV5ccSkHMOkQDvLAyNSkAaVLPuTC+DCpMxpRDBfLk&#10;UzFbblRm3ygJtdKkEJCRG2WawGtNLkmPlzT5PYGSWRo6Wc8XPefV/krYbwrqFpXWowSOpy0YuKf+&#10;pJ4kP/mcb3LJkRp1uk+QtXl+jb0EaVA4z+X9y/R7734PN0qfeOVj6dbtc0mnHy/n1zqX0Ib5OTjw&#10;fdK9DAx6T5sUOHnjbqNzFQUm7Xa7NPC6N9YQmFL0HMxjlGWOzMym3wjzrxj4D87qhwZFkCtmSFu1&#10;31AbD0gdM6oDtrAHU7pv9c0M6KT8/doP2DD+W3MBW8JaX2XECuL0ER7QtoRuDkWu+fRhuQaMqX7E&#10;MYG6n/+ZgddELrSBHm58GVLcjzH7QnJJbUm1OXLu4QkJOxXFEvgzxw4KjaPrcj/fS/cu9mm/J09o&#10;5KbI5IBffUzKIsXgZ0lrI12r5+PZvB/ZpO2tW7w/KaEByHPgJleJyOr5gJul7gKsPwVTPDN/phqY&#10;1z4n1OQb2WtynwukEY6odizCFV2x/pMmUl21j6B9KwGGcP2eelnvNLdrd6LTCey7wfFX58dfmB8f&#10;fxqK0zEfBP5+6zPPP/fiaShOx8fC8ee/8M+85aff8i9+cP7yGyoek6WznwXMY8AkQxOwkW3hzCrR&#10;gUFTLLWQNL88BVcgABNtrkfn7o3YLPZWXFc/I2OpoRtTFy28TRoorCwp7Ag8o849L/TUpSSGXUFN&#10;0hvVgHxUxoEm006j+OVM8vucmjeOCvbtJfhiErDuMI6aTHdwPz5mGehzozJC3NMvWaptcemDSWog&#10;yivUN69u+gz4MElQ2CTG8IHUelN5dz54+BigJvvSFiSQBDnbPIUCMGw6lvK/Hhpp/13UAwoH8eOz&#10;p8pw5G9gIwyGW4/xRo0YJFT4STE7MNAngOEgfnjMIN3wgz7NNgnLdD9vUkeShBH4jBIWMU1S9GfF&#10;q5GTF0feeFOar70XCuoglol44ky8L2VGG7N8oCZfZnS2T0FL2gRPTAOtN1A3kvQRNu5jiC69UzOc&#10;lLdbAbIISJi/5rCV+ZojvyneTGeoEs1o3s2sNgEPtwqoVRmXgUWYPDYRlhGm9vtUpF4VAftoTEle&#10;bjm44+Uh7SELKKpAryTEbhQUyUrTze5PZsy0QSWGElgQXrfYdadSN2eQgfoHid8Zqreefd620mTH&#10;Qg/vYRuCPLRgyIKnEiBOiKEFLROugkOgIS7Z7weTMMe6A4PpeZV0waJw9JRaHR8LOwG/P0wmVdN6&#10;C+KC3SI+kOpfiJMXxxDYZJwgnaBlFDoIVt+8vP8gU/OK2ieMBszju8kCLSxdGmo4hoGGXhQFwDky&#10;BS2lm8dKZbxJTe4l5VvbFo2fX5UliyTcbBlanlEJdgUGglmhx5JFAvyG5M9tyailVPCMGl0GlhZl&#10;o3GBSMERQ/axtLGBUgOvJCldk7qHYVHMGXDL47TJdTy0QWTeiyZzG9luAOr9pu9Zmgwif88WMrOC&#10;Gpgc2GTSvuLOz3F1dclSVvovajASHfv9yODdOF6lFz7wQjq/fcslkbYGcKDIvDbavMTNLfP5pOsS&#10;wRtZB/fBE3B5VCYraHAGjcc4CsBAb3AI4O4UGPmWRGtMdgo14nuAwbAKqJqMlgOQzKe2qE0BgL7H&#10;ClJ6Uy2JvJn+Z0BO9t+pYUF0f1GAwm7AtHnlnXT71i5dXlymi/t3559v0ysff5yvgwEoOX4jrNok&#10;ACMTvwxgJ2/jQVNbia0uXEG59MfLeT24L1d9nP9M0gfabKK52ln7YnXiTPUFyJQ84MFCGpbB1oEZ&#10;F30yc15gT56cbnYT8T5smk6lmTNtXqO/yLqOlgDwiZyydE8U9z8p1Wju1IVNtJhJiWw9b3Ri40OM&#10;YiTrsvl4rZcAnjVsL0APC2rne0y9WNgarimQCHn+RegRUkdSAddsaVTGCeF3w5/Kqj2sSF51nUw1&#10;aZ0asFMZGNi7mu/3+5djupivYWpo7w+TMtmTr0ku3w0+eHSfM/N5AL7XdmfnnGg9qTWKr0dbcMOP&#10;9eYw+DyYIEp4A3wJ6SjwrKtzI+XF4P6DU9bXR/8NpfurhQnw/VTUe1oastmDzAy0RfeaXW6MXY10&#10;NDsGlohu81lu0njHE9h3k4NAnWefevqb5i9PLK6P7ePX5sfXzdfDT52G4nR8rB13Hr/9rfPC8qXz&#10;lx8nGzYtiNSPKytThRZwiHKD2FhjiS60TTboPJwi2lSKi5vcj9jMf4mRN8WiOchs3UcGVW4ryXpo&#10;hQExskYxt2bWHnf255+Nlnx70DQ5kd1S55L/ln9/VMBP/m1puewJNE3u2YPaVRd/G5XKaPDFZAbd&#10;WM21hRGkxYVuL6qneQXiStVC6mZ9uaQjPqQrGJLRsNuBYEh9bCIQjDllXc8QopCVTlZKEDRGX6p1&#10;oUjL1NQNT+6SWRtmX/hQxNQbGLgTxgOdT6rGmdU2TZqiqiDTxgrdLPUPycCm0sjM6W8GDSoQFhSo&#10;PFDBlRh6EAAZgI2AagP47zJ2x1IWUIdIZI+brUp4C3sfSYFlXe4UN5Jo/y2VzTLWgoFA2ElBjEFl&#10;5Vw4IzqrKynQ6SdcAT269jbZTNhr0RHvx6YyCv49GaCRVbERP43NQB5lwig7HA5pt9ums7MzCYJg&#10;H74A6ijAP5UwliWA8NOhA3xAGbfClJtUvkeMYvAC3oBV2ZzLuUgLSaYwkoYKtrRotF53EACw4oVp&#10;LZRLquEWjdOhnI+cK2MvSmsWdR02iawSeDL589bxElCbqvvI3GtqAzQZdKnjFW72sYg3Y46MPsim&#10;qvXiJmdovNrsM0NTOaNfnwyyujoMRSqeVj6wegeazBgsbgZq4mwKQI23CyBXRrGx8kzuSXOsAbUh&#10;pdjd4IJ/GY1r1rmBmNYZ1qq/+i9eD2weVXAMPa1WvNFqCEYJ6Zbi0eheU0PvQagS+1I0VKqa/nOY&#10;BMo6akC82Rigj7vYB9DrM/Cldhobk1X7HAosizP/P5uXSskuhyVAnAA7SdSedH4R5g1ZHBRteKH5&#10;ulqTiq6nw14CL0ACmrIy86cJNWVbwKXL+w9kjVXf2qKAJiXMEkhlnnZJffaIiTfNa601/yoYruxz&#10;TYI3gLv30yrqSejzoc0xGNhCKme0RkExZqvaWywaimBAeUhlxrqqOeGaZbYb9e6TdZsSat1/kMBx&#10;AvIG2QOQDPfu1Zh+713vTpf7K16PaN66c/t2egW9AIU7oUz2g83HBmZMtQkAykCk+YI/UQkah7zO&#10;IoK0zq4/tmXweQOWYNDaHx8LD4BAvWX2nQItcQeCYVLz5zHVgrVdNJE37h+KAmCL4IkwPWNprxeX&#10;4gdPM2zC2VrGKypICB5QNH89oTfLSrfhxQZgi/1pszvAVVA0p/ZzheFvkuKX5yl1FjX2d6UGea1u&#10;B6H9/Kk3HKhn9MBAuoSBXe6ndPHgMr304CJdzfftfhy1OaCAMEL1j4uApdpjUCAX7eGIIUhSYJP7&#10;3jSg4/jxaMoTaVJON3velY11BmspBcCR/S/bvQGNRb8jqYsRXP/+X6Y0gBPY93DA7yeeferpfzh/&#10;+ZWn0fiYO8ig5L+eH//VfB1cnobjdHwsHp/12Z9999d/7VffPH/5oyahNTldFiOYubYZmrXQU7kc&#10;KIh2FOCAXnJ2WQkbBJAOvm0GS1EZoNhRs1xg0lKoWOiESGtYJltQwTfyZtNiheS0Y3GgjgsmBfH2&#10;+0vpShIwOP8esfEs9EIktKPIbpV1l1S+Y6mnpYiMlxPnUlKWwuQeJfS7WQGNhDU/r3aNIThURwGW&#10;7THQN5qxixlqkrSk9vdblSNSCKyFdt3fYjK+ZHY5EwZ5dt34WNcTcid/aIz3WyPFgq2EFBz8w6Yr&#10;H0M8sNSv6ZxRN5lz7Ap1iXcOkGxM4jJkv2aKBp5Q8Aab7jMLhqHBChRQoa2eUvy3SYtXkEKTZCYV&#10;KJOin+RlZrCu70yvEZF+MbBFLJukkt1JN3wmk8N6LwDUsIGCIuM9iI6LWSHTKKxSSeecGFTb7s7l&#10;ucxXbxhqsZmhmrRDBXNhGAwdam5FhLwi0zYmKFQvQAV6mPE0ZDfkN/mi+VxKwEthg3cJtaghLSbt&#10;oeaAA4xrG3ZiAVjyI0ogz8Aq7CGAIPX6632hPCHXCxpwCTuBIc6Ks6aCJkpagEeJYDNOteAECeJY&#10;c6LMqZOrdz52qHOGe1nyy4m3ZJTh1kLVQMbsIL3fB1pEJA0xiObkSQNKbu0GYUxYYEIE9sMHkHOC&#10;Hd7Rekoaq9FyPISRJ2EKOYLLXXyAAZExC7ZihuABEOaRZOB/BBY9DKCoRJu99NR9rgmbMBaoyqyG&#10;CgBkqIBzkzzMQBK4Jb+kUg8i0dTFzMXJwc9KrCv0vGcNsMnaROh8/fKgaxuxjUsLGDOrlcwFQ0CI&#10;SJmzAk6TEhLlL2T+KgzgMZilTCNmZ1ITRJmHY5E5hxPIr654naPmlQOiKAX6xI0wFJlemjS8SZNc&#10;jZFIgCSvg4e50L+UgJRx8uAuUI88ft1xUsnu6IwxWf8m8beiwAj3hZscSQI2np/885qkeVLmKPv7&#10;paQMIGmiFAdjlVXJb3SsthYpJHFTwa1hJggxGbWyejLWOVjuTYEDzNmt6BxidgVm5ThQVsqkSgMG&#10;Quf3epBAraRsxUzy4vl7+3kw3vPO9/C3D4eS7t57kB6/c4tlz+dnkM5vnaUyny8ZtcGDTqpkfOtz&#10;MWAd31aafsTXDY6AcdFWYC0kAnsoajHRrsFVK98vbgWRPTSptDLTEAzRbCqLnjtc3+fUphw6eM3z&#10;J2ADdGLoxGDTQMWKEWI370EEx2rDMjdvOjWg2eL9hzYN5IfDUxlW/Ej738kRpFvb7+VrgaQI62VY&#10;B4Gb4VbWGu0tiM13tZcHBZlVFm0K9117rmzeTKN4/43W1PftMPz+piTk7jINtwlGRigcR7CrTBrU&#10;5xeaubw2X2+SAn0MaFxcZsvbc/UHcAL7HvH4lvnxhfPjydNQfMwcPzc/vuaZ55/7+dNQnI6P9eNT&#10;/9in/dg73v4bPz6v8f+ObXANsAGM6bta4kEsSj3Ktm4mnYWXFBhDD5QQZp6Zbas7EUtnxetONttq&#10;no6oARkjb/4nBeyoyBnVJ4zS+7jwIDbDKH9HciKcBPRDZjmgevBZiq0CRTjVgAIF+Oy9g8qcuENt&#10;YJlWwuhJkVooJayeehk7Kj46qFct32G5YFsam0oH2kZjx1TBFeYKQpVXFAMMsdkelpSaMAXxrRJG&#10;jhVJuUkk65JzITVsMQw7pQxr4GTnpRP2plMEW7xWAGV1Qtruztisn4Ihiialjpa6OAqvjlhgVARv&#10;lVnqRb4WicwEBAH3aPMqErt9uiJpLMlRd+dqUJ+1SK+yXAM4DDdhX7ECabJEWA4IsHMlclPxsMzO&#10;8vFrJYGn0W7oteYPudsSiyez4fr2fONDw75cek7s8zK7o1SPtqK+fwISFP35xEb0nCbZIPPVZ41B&#10;sFK9zUzC03i+ETA6f46z+bmoMy8Sqvl9brcSasAMl3kUKChhPicblfxXxlr2dO2s7BQaA2JillRz&#10;uJUDyf9N5o8YWB7FCjvzqVPEPHe+Zwb41e8Jm9OARrt3M2BIjK7vsbmJILBnw78NsJWXUI9PNBZL&#10;DT/h1GGVrLJ/ofo7lgDGWaBJCkzXgLPWf5tEyji3efAGDKaWZ8cwSmnvuOuSHyEGehiQaexVTb41&#10;gNjYdTImUJOTlfkFnhaaagJ4wygJDBNM3mgwf0v30VevKwvlyCHJNWkqdtL3AwbolADORa8rB+1L&#10;fT39fgZo/AbB1q5sGY0QoE/5Xr33chc2kpp73Ar05spk7Bjc28pmz4OCdiTV51RgsMaW/CVJaWVd&#10;G9n7juSUHASVNMSCZLcEOHGEtTDYW3BXz4eyyvn70+g+sRMDd3tdh3WdHiVR/nC153WSZLsFB5kn&#10;QQB0D1lSb0RuvAXLREijr0HEECweZoHefGF20KiSyqn44sHMetcFDhLYQvOl+um5XyHWTNcc1rkp&#10;KYPc7q9K6ZRrzxKUjTU9rwW0zm8spZiZ45On2SdVDIxojccu9sRl41kSjefz/O73vp8Vf7fOtgqc&#10;zrPmPCdTdMjlfjevZxRWcIt9/iRoqzYSbF6uSepHvNYinhEZkLltyK5gAtzEaea864C+awA+7KOt&#10;+0YChlTysIVp0mNTr7g9TnNy2Wj3PVB+aIDs1ToBO9Am1VxaeDjr0QA/iCAgSKNabCOw8WmzezsC&#10;dBGEXI5leig4BDfAxtbCLkrBo8+ZG1Zo9drLQquUJnbRYJyiVjWlTWs/ui+1hlcy3+JJz0OWKxwr&#10;A9zGLpuiBHPjIdmqTJZa2DWoGRz8LSFgJfN+he8TrD7BNp8ARjAZfF1AZZ2iWltAkyldA76OonGQ&#10;1v0fVzC+pnnYYHm6RylHInACUfUE9t3geOb5597z7FNP/2fzl//DaTQ+6o+L+fHt8+O/nc/7dBqO&#10;03E6dMEEePO8Vv7Zef143GWAXcGIqfo1FU+Fjabc1o0XxoGk1JpUaHImHKfdqk8ebaanw6ghGCP/&#10;3oGLGC1M2JR7z4wCBuo4xbawT97ozzVKYTeOCupNCjom/Zm+Z5xa9p0ZkWAJC2e7ES1BBtA00QEX&#10;0jgHuhq2npej125mDWCDBqTrN7y6ISjQvJliKW4Bd0WjZcRtZw7fQ/WUQvAtl+BtEJgDIsUuthmK&#10;7D31TnFFTsqrm8DIoMKOoRN3blaMXzx4kN7xm7+S3vQZn53uXVykBxdX6ZzSFIch3T4/T5vdXDAR&#10;yyVv+RzQtVLsTSkjCLTQRfW+G3INlQHYpt2tc/HvU6YR5prKnD1wQwov8/hiCWWpfkQM6lKRndQv&#10;DKp8FkKaqo+9sr5EPqredA4sZxc94SgAwbAbNLxgWBj7CxskcA7JS44ASjKtmgvLFBh563tE8aQx&#10;nzsDcAw4IhCHwaq56I/X3jDsWKK43WwFEDWvIRvHIhL2lHNtFiQF/cIm3ZhoU8GF/bsxiNzbbjL2&#10;n8nzlomGUWZtgGNlEkAj2W1qvd7ayQtVCOAbutQy3pcWROTJsf7Z5LNbOEbpZPrxtYpKHQEmLyXM&#10;A5XZhYCdCEsljOZpF3FKnJqBXLj7ATRsbA9DCZ5cEIuMlfHC8A33kFPfOy++AUIBWtmIGL7may4n&#10;B9A4DMoZjPX9pq4wr3OKNpRKTSiOKcBy76+DB55I7CxQSHgDKRW49FiSYrOlFHdznp33gS0ECoPv&#10;RdnmwhYTn9DLyytfP3MeXE7LacyjyG2FhT5WZqb6VxZl38ocT8zk4kwzel6awyRoo4gfoP5+BSY9&#10;2qbKt3m+mNTzUsDP7fZMZJVlVL+uJB6EDnrLJx+huKdj6cKjzHbDmhIYg7V8mrVrQ0Bkof6ZhcH8&#10;+TXYi4327Xyp5cdkS6zEffP8QJ9Ngjummks8Tr4/MF/OYqn22mTLKiVOFmwDFtSSG3QLgpzfPMTo&#10;fbzwgUtuTLFoaH47n/FHPyHN0/j8/nN634v3eG7YbHbzGjZwY+bi3gP15UutFL9uyprFf3EfdvdH&#10;RjwCw6wDQW5uoOdmdc9RHk1nGPdEGGT1dd6uck7ZX5VVwCTOIVWZkH0uaWPJ2k+MzuHFBmCDlI/a&#10;oMCRhNjWvAA6oGbdOK4JHGskyY+4J883ocGtyE/zzX4bG0gy1/UAc7uftKb8IngE27narhe1RRCG&#10;8bEBx6NQK0Rf12vpdx/cUa9pTKvJG/qZoGEGQrqZ5rYDt8NnXYjswWsvv3eiEwUg3vglT2DfzQG/&#10;H3r2qae/OgnD73R8dB7/LIk332+ehuJ0nI72eMMf/eR3/H9v/7W/Vib8gbqYq7GuhUpoqqMw6AoX&#10;B+xdZyCegmwE0LFf0FyAjJMCfgTSafAFSWcPh72m70lhMxowqMm2HKYxKaA4yfMxQEisPbbJGxVI&#10;NGBvUr8888zTbWExwEYFQr3fYNJFtWoexbNI22zEXhJj9y4JMlX/3RhdUb3vsHpGY2TB4dKUN7WM&#10;u4b9h5VnUjBmmCjPwaW64OACusdNt0Eq4Oy8pF1NCVWoiRkWvADG8msYUGZ2vHzu1o/v2C4rfBmS&#10;zMzri97z1f4yvfVf/HR68f6YXv1xr0uvee3r0u3bj6Wz7RmzEjglloI1ioWqcCYjm3uTVJc2Pdwk&#10;TmZcrht+8wOj63KSjTR70Yyl2ejjYdSNHjTnwczyBSQV1uqk19kmSWFfCnYS5pBoaIyYVBqm2oFf&#10;v7hEVFJua2JsCyboBry5FsWQn9hBWELowrV7YwwAtG08FaAryb0Ox2l0IOD8/NZ8DraB9mZhMoVT&#10;90rwhOQUzLFLSQ2AdlIJcGULLMoplyluFLjIkJsAC9RQAwHcTIS3BMS8YMK0AOePXpypBfrsvZuH&#10;aQxvMMns5H9XBPAzT0Rl8vlHx8qWs+EBTXdOa7C4SS0j+AUdkBvAPeyY2BHkyg2Aps8RgENcK3MN&#10;DMK2uUFzc1Y/QfF0HVxqBxDsABDb69gl0h1TIsv8BJ3/4No86cEaeSugfVYPRqwMPHvpHAtRS8g1&#10;oz6UdSzfgHFjnqx+bxwOFUCj8IfDxDJaY89xIASZ06MEPZWpGovR13tiz6GkzDLbjO8hAcyZyTeP&#10;D3vdHS7T1cUVP//Z+Zkb3Qvwpq+VdY3m8KlDGihYowta5sT3DDU9231KNShKPSElQVusMgiBBQPg&#10;NW2a129At1EQafqkDUADTdCvYmPBC1NaAU/oRYmlgiH63tiPTGWFuYhcll+vyJrOSeyHCz4HWW1B&#10;uPmiyfZVsm/NKQxMLYbrBdxLraxdwPnBm2HCOl6a5UJ3fd69e5UOeMX7hdvbW+n1f+S1bAFCz0VT&#10;+h95xSvS+1+8nN/zJu1u30q3zm6l/cV+/izjsvnV3bd1Xl0iNhE4zWm9sXYjAATLw38nrb/u6i84&#10;E9qwjgrwWfgYxjGEdd6bNS1XxKfejDzewA7S/GL7giMAExwHpTLAEohagc4qnrnO7BsA1ofqZd/N&#10;w41/L2uIljRvgmoDW8Bywn5fh6v7PTC7miMefYA3fIfW/AZML/8RG/q6b167X0Jq+UrCyvGRh3af&#10;BeoN3YO+ucOpm7UqJtvj9QNGPzqBfY92UCLlL86P26eh+Kg6Xpgff3l+/PfPPP8cnobjdJyO9ePq&#10;weXfmYuTr543758nKYsx/EI30pMwDayAIbZcocJHDbGl2JnUR+/ARYr4AU2awDdxgcOBGFTssNTW&#10;AEGSLB0EANQwDA/kULktg1mT+KdhKWExFFPx5J5xJicDSVYNWwxfVLOavefAwoNK78dcQa0S3Yj9&#10;y3br6CbFqQYl1P+LUhdwtlDf78aj1H9oCvuiG6K40RLfwJySQ0nYviZAeH+C/YnllgJ/KdsOWRPp&#10;QL2SYrdSQCI0aNCZb3GXHQHGh29IMfTrh/mN3Lt3N73rX/5yeuZf/Zx055WvIGpEGvEwF0dT7fCr&#10;LHOzHZqntCLEmDTyGepmbkhZExhF1ro93ymrLXTtnVEl48BgWtmKLE7ofSwb3OSN+/qBFtKJA0A2&#10;DA5mTzNWyU+WaxQGcYmCkIIszBe5gGpHv/BzRWc6ZxW4EXjx80v3T5OS2ARZVDmpXSuM8WZYbIOJ&#10;rbWf718eO5TCl4DWq3lMz+b/kmeXeJqBGvgLBJEBGt86wJbFU0MD5f6ojLuaGux+ofTZtlIgRaNx&#10;B/OCVDh1ZvByvxYH0Mz8POvYHVQendVrB5W5AAn8HCwLbU2f7bzuYFG5Qdiko/ujeSwO5EZaXRls&#10;fYFbgyzqXt/MgkqTiBuFqoIRD55iCx0LMEWPwwAo9p/Xwyss9CDXeYSLC73tzjbnbYGdAy7dnP+O&#10;8dEABiiJ24DNnJvMS1GBU5sfM4gUnoIoNpQYzQXbpMxQCRSpadCgnpltoWfrhwT8DA740bVNbDp6&#10;PblOJNiC/drmD8eg3njF0kxqWDFUSO9ntHVx9CAVA+am/V7uTf0ee1kp053WQpPrD8Z2nYqnufO6&#10;O4oX36SMsbXi1a8GAt84FTclX8PtHJbkDbsUktqLMvDovKtRhTNsszIZcVH/yhxsoUnozHEN5AHx&#10;VARLBVafWz5TRWV1ScA7A1ITWW5o6nSa559Rm3kMEypzL/SIGtlqvZQ10Ae6plz8NxowNqjPYKn3&#10;hjJdSxOeVa/t+reKBxLQmG/P47ZPd+/v5/sB0id+3KuZaSvekDrnzv9+xWPbdHWfxumQXsxjevz8&#10;VhofvLQMdYD18KqyAkghHGHRIy7AhYbsii0UFZ8nlSXm3yA1YZ6Ljb7YM5UQq3bPk53ulH3+P6YC&#10;sLUzQwjngNhEOx4Q1qbVOtJWne7yIt7pBrjYGq2y/fnCtzoOvv2xgY947MngBqAdhsejQIXVSMZT&#10;3s2bkoOwku7tQL14ZdALtrzJaQqhYgAhPb64RYZLd5PfcPK6up4jz7gm1c3XKF7B799V3E/9eSVQ&#10;TncKGI1mwDmeYFLlxpsRnZZvYYOIVV7M9gnkOQA3Aymxe2+22rJdNCwvj/ikpQNTjYHf9OtxHWQ9&#10;gX2PcDzz/HNvf/app79t/vJ7T6PxUXP86Px483xu33UaitNxOq4/PvXpzyo/85P/+9fNm/G3zZvs&#10;LQN3Crwx+MbJeoWLLCpAjLFHMtvivniF/fOmaQrMPf1a2QfE/BtLle5ayq4EZmhyroYeWPJuUmZh&#10;U97ozj37DjU7K8uYdVn9zzjwIfdVNbSsewsocX8obMy+446krG2ijFXn4EpYzZdBcB4G0W/h0oon&#10;VNwZlK4tjMW2te5eooyj6nXlG2VNvEudRxoqTghqd5J101SkrGuLgfjpy8o25xjAd8MuLX2Kd7/z&#10;HekXfuYt6bM+7wsSOcOx3I+Ye8Pg3WMbz6IpyEUZmZZPl8Fkfpu6GcJaudFGjtl+kBs8JOQhMOC8&#10;H5Fft/65eMzUUmlgRp55shHjMBYQzHiBolK4KsdiRzG9dEBTTc2c3WS5DjsaaFkCw0rTXiVpuIV+&#10;6vUUACWMUvylOKZEUHQgj0Jk8J2AlM2wZVCD7mc+D5vcSrxQUiJZghx862yDCgDBxr2GJdi9U8xX&#10;S5OHCfigtNmRA01MToQhB0LutQmXCbGudze2UecIlc1TEUvDQOifCaBNp147PGlXAbLi2BroZj3z&#10;Jh8XiHhXJODyH3IdicRP3ufkxvRm8B4ZcxFQRWVJuW+cjbcHFmAD7hn7qTLrqndoZCb454A+Ebr9&#10;HFiCTN4AS4wm++CgsN+/6ucqwSWo1zx4qBEYqF0EhCvqGzc4gwf9/AqIm9wOQoIsLp2BKqy6vTSh&#10;dKKuXrDSwKIX3GuTKmFttDDrnFjrhz17Ttr5tkR3sYsQ8ILGmkMyNDDKPMOyej5yQvD8PJL6OtTP&#10;6STw4vMm+dXauiEvUSow5Qm/5tdX/QfRJiFfPypbFIJPFpawBun/jRzSUvh9TDhUKXo58DXIxb6O&#10;DyhwQHNmmiTxHoxBeLgQFYAtDpOxAydvXDRedGlwjGVsHB96Rni3xKjf3YKphR2Y1jrsL5awaLph&#10;xXlODTVQZKiw40fKm3TnbJve+PpXy+fXn0MAgZitfUZPdJ4m2KeRLCbOH0uHi/vemGiaFvjwRpnc&#10;QOpZ2LDll/sHngsQ/Jqx4A/AtEbPWr5cs/+pNEMDMTAGSoCsiwYpDu5t6NqHJbDZfN7axBtyOv7e&#10;rhmfG8FgcEOwDGrY1jrIAw89Vb3E86HQ3DEmOjws2fY6uxi5BuAmn9uUL0aPVaCvv7bgup7uy3hc&#10;94nzgjF8ze+qLcoS5K2efWuvuvjt2NhbAwPxJt6QaQFw99d/fA+R/VfCXH0C+x79+L758VXz40+e&#10;huIj+vjd+fHNzzz/3P9yGorTcTpufnzun/ni5378H/x334PT+O1cnIwHYS0wg29S1t7IEiMLuJjM&#10;CwdRWAsm56VEPZJakrH/aGyFomm6Yt4tXn4K9jnAVzzpz5gsOYZEhE44fX/SopSxBdrIoG4qIQQG&#10;XLfRiyodvM6bY30TUN9m9esruL6RqIwcYwsGw3NlrWF4Q4jYsf/QAzkqsKZMjVzN70WmG+QDxRvq&#10;moIMVbmskuBSLClSO78IN98Mv0zCFNRCld7br/zC29LHfcqnpI/7hE9hhhenQk6ooJn6uKEwawi8&#10;227U9FnZIgwyoaanoXhCSfLj/PxFDOBJRkt/N46BdeRBDcJcIUDANol87VLndyNgFN0TBAQSC2i/&#10;v0q3b99WcHlq9uUMMAmi4Oy7oqnTWXR4qQxShIsfnDD1yOMphfPuia5hrMnzjA30PZiiL3LrJpaf&#10;V68p881rwKux1BRYBmwG9WETL5/Nbh7n7VYZjyahba7wxXvI6qlmr5UZyCvKwhkaEExYPhLscbXf&#10;p7Pdbh5bYRoNub+PAxMPQiIsKLxvScYrclDz+ZNuP6onVuv9lwLjx9hact9CKESrNDbDRlNHq8z2&#10;4S5ay58z43ksci8yW6/ovZlZrt0Dk+bpWOeh0haKdi/0n08/ywByjtinUb3swFnA3gFRr7TC9mjk&#10;M7gKqoTxNUmv/lnaj5JePWxqgE1SQ/hMa4l93gTq+yh/1yS+z9fLeND7RNJlhI2XxLuS7kNEVKmt&#10;hjWpZx55IRJwx9YS83s5mC2E3/MKEFKAD3vnHXRNmrSpIAw0WgMP+0sPWIhSZptfjJxZwADLEoC4&#10;5OnzJq9mef+hWLStBuOg+9NZMEW8T8wf1oBaAy3d3gFX5KfaX6Jgo2LsPWLnlskbaGLdIWDioGEE&#10;dH7yNLpfIhwO4q1LzbpMgKV45hIgXcky4MnnEVRjFqGCv4bk2DVsEvACY9f+qUFJ/R1jbL6+GG4/&#10;d1jX47iENQ5ign3QQGeEVTiH9j+b8yfSgwclvXD3bnrTG55MA0nDg1y+Lf5LOjsb0nvvXaTXvPFJ&#10;XuN47bm8XJ0d8IhcF3pvPoCFp2jztYJ8zuhPQRpoMvvwYhPg6lYJ1oIeQvMqMXtJz/EiI2JyWxCE&#10;lkFdAZso8M8vC1gHsckKx4IzWrB4cR5KSWnhntrv7vDhwF/fHH5o1wce8iy4urMt15gD3sQHsIVK&#10;0ccRIwrd+d0CfPhjdhGuGZmcrvW7XgKzcLT5DNb4Unbj4J7D7XiDA8C1mR96KjeKY+m3BrBCCriO&#10;4WlhVSew7xEPCm149qmnv2b+8q3pBJZ+pB5/b3785/O5vHsaitNxOh79eOH3fve75mLpK3A6fJrI&#10;koqz+4x9N00HTaVEBeZK9ehRJAvRgDsFXybUgklBQnpe2npOWNPWqOiblo4zUzB1Xm54NFiC/M+o&#10;iGGgakiWm1jMftj3WGa8XWVi2ABbebVEx9Dvt1AIY6I44MZAhf4z6nRL3cxVk3Ko7CvzmLNNpbPL&#10;VBIBS4Zfs3E0IKRjOjWbfqNU8WduPbOwSQeDIL1Qw360D5Gd5QfRgxBhuZ3CTnp0RKvhn5lqv2CG&#10;OB0u0s//3z+ZnvjiV6Tzx1+VtuRxR2mFCkCRjBYBVTooxaIFYBz0Wh3orxg8RC9oGQrKRaVhqNLA&#10;zp9QQTUyqd9uQ9oyZJdX0DW82274Gc92m7Q72zBwRyAChVhE1pMV5EnZOxUoEqaV3BsKtiqDyBlK&#10;BuCCpd7WEABnemWR1w4gbDMPGtEADmjGWsHm0pUfegts+L0L7FzwMBdhRZh8Knch2SH/21NWS1N4&#10;Rl++WCXQeBPIMCmgLz5hY1q6YdWx5vc/z0GD+fbFIhBq9IMxHysgl8O92RMsIIDpkaqTm1/h+x1L&#10;MwsAVCZL6mU2WN9/ghztDQOLsd7WJrNMjUxZ7ioDrkETkpdApw1z0YCDUKIFZ/FGiqyTQOPzxc0T&#10;GdNJE2IZaArAUS9VzgpGJw3CsLnJw09V9tmU84gq/c4qeVdZdCkKYA9GR5QmkMp6+U8nVImsrEP7&#10;qysJ5sExJG4L+4TTU1mKiw78WdK6WE8Iw3x/8YC7Qxfzc5G33p07t5m1Ts8zMoNOwnIkxAF4/vBA&#10;C/uvhozIbVxBR2ELhwAd9o5VJluADWq6ewVwcNJxNWCO/eiSs9srm0SZ53a+wAzxhRNS2duxMBd/&#10;QgJ2hK04qhceyWMF+Jw8iUNDtLSpx2NrlhpJXqOklh2ctS2H7mHpGcgtg2s1QQD19jPIOi/Ak5q5&#10;21bGMk/mAIKuLJO5Bb6asChsmb8mGWxYj3oTeHosL7nz6nL7yTS+9N75OprnyS2N6/zcQwkBBjSH&#10;HNjZlf55dbFP//K33pUO6TI9+bpX854Fu2AT9+ONPT3dSljISwvqFE0b34ZAgKYl0mwXjKEIqYZu&#10;xaCeDZRVMIIBWYhzjT1Pb8Rmc2SYkfPS964CK6D7BKyn6hgedgPA7jjo9wgAX2SKhTXsGKgHR4LI&#10;2sW3U6ak6ptpXey4nJQSA4tynbeb5ykPaUzjNVAjPhQk9T0eGvsWGyA3Q7W5WBvDku3n4Am7CCbp&#10;zmakWN8vdA11gKqusVTcxv8WNWlXlRIAD8nSCGns6uk6sRWDOD8nlfGWbEqZXNnEkFsCbAOw1skw&#10;B+KlzyGwtuNNnvLc3Go+JsujhP2IzTFwCuj4oAG/Z5996unvmb/8ttNofEQdzycJ4PjJ01CcjtPx&#10;wR//wbf8jau/9W3f8PWljP9nKcb0EWaOmXsDVoktxuSIpsCtnlVUsDFLwouImt6blAlhrJIq3W1b&#10;XtG3LB5sFTRpgU2G3UNWKWf2TRnLeLXINzc/W4ELGhtouQWKe/AC6C3rEvdcLm0yBlZNvkQDQ2Hw&#10;0JPclEhhw5ejnKgWaRwSgkcSyRaSmza4I3UFjOB112yScXUr494q5oPI5u0lFBFHNiebnFaB06Mv&#10;H8abQID3vvO308/85D9Jf/oLvyQhBXVwCm9qAhfEk32q58hkV+orx6y0aLSdpeDNoGBvbkEbYZGJ&#10;PNbkbRZTuWG5nQB+O90A5lSZTPTvnYZdCLgK7mVUS7j6YUF940zCsVEGYz+cLD0J20TofkbvicFN&#10;Tu/Ny6A5ff2plABIhQ1jAv96VEm9kUbpb2i8CGAZ+H85jQpGCvA3eM7DpF6IWWWt1bdH/OTMCDxr&#10;eIYBmdhdzvRezoTUmLa7bWcDmRtpbu4KNh4HTY92uCF6FXag21SyNiusF6DM4lSvC7DAlDae8ejm&#10;PwVvuhp0EZhZpZdiQWXexZsAlo2HiuPU4s+fGyxQJnEBYwbhCeIUXRwYQQWimnmkkTzmWuzaeymT&#10;pyq3kz6oFx66LN3u6aLAJPvcKRB3eXnB1xQD1fsr8UPU9NjR2HEKHApzXK5FOjfj/PvjeDU/xz6d&#10;ne8k0XYsaX8YWbproJsxygm0A9DGU7E1BlRKj+nu3bthrIVhBw6wFP+bCkdJSAQx2ghYJ/DMLkEr&#10;0hGrZN084KayZtYgc30e5Bor9lqQdEySr2foRMviQDcyU9nY8NqQ0GAr9iRMOmbMwB9DQEdh1jJ0&#10;UrXqayfsvNKnM8feVXoo7+RDZ/00Us8VZl/z9NczwpZgGLQ2do3PHK6+rt9z85OdP3Y7XRLLcZS1&#10;RGTbEhjFyyQziyFdHKb0vrsX6QMvXaYpHdJv/dY70ni1T6997FYq5AkZbj3UE2ANv4Ix6bl4YyuZ&#10;9cb88y3tefKBryH62sC1zJ5m9TMNKS8AIQToQKzhCChmoBY0A5/Tsp+HqQ9hWWMLgieVAuLN7OrS&#10;y2G7Di7VRN3Trl272CeyXfNeCl7zHnEFBPS1qm/OptVBcPsDhOPCUrjB8KW2qevYrVuImBx75SNA&#10;9Yz9sB/WbDvyWeLl8uFgFeamrbBKt+vsdMD3casYdRNO1wbOQGBMIsBaDk/zvlLw3LZzcwL7Pvjj&#10;O+fHl8+PTzsNxR/6g+7J/2Z+fMczzz93eRqO03E6PvTjP/7OH/yp7/lPvvLvzZuMr7cCrESmkm1e&#10;SrfJKIG/bnJBFTGx/1DpPLIKqnF3CPoESx0FlxRaml5aiaOfjJnCciOV3PjuOTtAOBk4Zf5htuii&#10;yRuXxUPLfqqMPN+AofjZmR9b0rS5CcGBhUkly1HNlBW8tGAQsOrSinmVJVjwJtxoI3wc8HOPJjz+&#10;JOKxpd5LGTywoO3JQxOpBhZCAcstqLMB1dQfb+DZh0O7QaLP8Z53/Gb6lZ//ufSZn/sFaZcHDYKZ&#10;PABgGDYMMHGghF57zCIzZljdrUqXWK9BuVKoII7KLnBj/N4CG7WQpyJ6cGB2ch8xSVXVk6VecdGX&#10;rpbStXgb9KKYUFKji1SI7gUXC/CcWk8n9x+zAry0UCAqArfJ4CEojr5ol9qSTQeV02KQ5wBW4HrS&#10;rjkn0g6DykmRvfyS+2SqlF5vU5I19k6Pdo3F9189gVL1zVRZH7MX07o0ykaXART1/nKQJdxsMZAC&#10;GnCxSm5lLptakOu6crOUBRARAyl6Di7WYa9yRE9OhrTGxoU+dTcWopqGWueT3DREBMhOQf5ZGZf2&#10;PhnE1XNfmZQQit8KijG7Tr3oLPhCrtHiIPbhIKET7E83WQgFCtMOxTvvoGFMSYNcWGarDRFh9B08&#10;DXZUKSmzy9j3FR2IZTuJwz5dPLhIu/Oz+Xrc6PdDaI3cSmH+W3JajIXnIB2KPFPYa+DAYYjaZPYb&#10;aJAEk6D0VyZtonAAhUcICBvZirxFMwdq6jHJk+u4CwjJzStBOefvyTgkTb9l+wxlzgOiW2QwWw9a&#10;kKXljdb7h8GgssyUN6AcF3dbi2CAAqb1u3lxrRqk5tyoZq3Iy7sLsQPwIgN9uAEAdGSBpDWtYMOy&#10;te/7fVoE4vQ+FoIDo+iSV3P7mNK9D9xNL73vpXT3hXty/jgtnl5DAWfaH+Rt+u33vJje+uyvMeD8&#10;pqdez9PHMJ/Te3df0tBfa34mVTZgleaixM+I9UltFsg9i3zvG7N8lzY8J/N8ruv3MBxj14P7LDby&#10;6Mgci8v9wgYAVuCjHkJtYQr/HQ88A2/I9KcNC75sQF9k3pU+ECVVP9Mc97ZrVxSuzewpLaPW2rtk&#10;Le0dV9Y1WLl32o7yOrzeDxX4nqx38YXmuvckanfB6ObHwOJctBlXbAKO3oKwAnbCkTu5J/n56xRd&#10;21JTdwCsK1laVn2FW48xEdfeEmpq+5qXNvS6n/59hL0zwrEPHNi1qdpJJFyCmEU3R7mb1U9pvB/C&#10;8czzz109+9TTXzt/+VPpw5GMfTperoPk1l87n6+3nYbidJyOl/eYi59vndedL50XldfbortoYEK7&#10;smKuabRxQ0Qm37xwUvU1qXcIfclMJAHngJl/xrbTza4lZroHkW0Eg7xOJYEwVM0Lb+mHmkCKrouS&#10;BXaCFQ8cxMV+uN9wFszdMptq2qFuuohVQ4XxuB/5c+wPk7I6DOyohTU920aq9QbgEyKRMKQyoHrp&#10;2c9zgocZggRQhTexVr3lvuSLHVJDW2oRCh0Q2JgF52BMXNZrAJZMZd2hlWP7wvVetdR1mdMxf/3Z&#10;n01v+ORPTa967euFnUkgFbEYNoOHI2Q3uAf1o5t47FwOg8lZo+DpnjokucpzE4Jfa5P6cVm+MqQK&#10;KFZwCpnNIadsfj+bLHK4sBnOR4qVqUxVOkJeYAQyaGvdmGF2N0U2FYNhiG7sToU/5CpVx3ANSLqe&#10;sKfa8qx4UinmymQwMKxYwIUCAhuTYDaS0Rr6QODqpKmeABXgqtdLXr2nwApxLf6FeaRJpi6DDvAc&#10;RplcGyrh8xQGr6Ek59HmjEZ+pX+fc374Vg/Ltd5YBrhCAA8ALJmwyNwY2XtWdHRFk4daqJSM50Jj&#10;PevnI389yHaPhs8N0LAUQdG5Ol+G5ExNQWWZ6qBRGAqYjfsDe9YlBx2Shi4JG2w8HPT+KerVOjGo&#10;VxQ5FwAvhfClUQEK8rvTxHZOnRXAij32JgEKExo7LjSYfO6vSUPkzXl2tuNrb9TE2uR2EMiT0jhh&#10;S1o0tvmkzQdtzth/DcjheVxTagf2tEPnNRf9HZPxCnM3K7NbAUNlknPmq90LbBsw8byVinjcoQKY&#10;lnbPgSLjqGDo/DlYrmwem1gB3rRM0Y4WBAlTgNnWa3K3hsiwBsesFv2rAtxoRN9SWDr4QQDPjLm5&#10;1pcbipAA380h64X98TzV3LFgnBYbAICFBx5LndEBuKTNDpJYM+ymDUUGOR/cTe97/4vp3v2r9MJL&#10;F+nWFjlQykBpuoZu37k1r1uPpde8+hXp7ot30/37+3T7fJ6Prw58P41FG1cFHdDm+VfBPbdBUWar&#10;AVPcLMrUcMnpsemM3w/5vdL7HgKbOcOwimbIXJXrsFhDrGHjF5UmQphRbh6Scf2PA2ixuue6Lq32&#10;pt5sK5diz9AKv110boFy7HXbaxp7r+clWuRXYukkI6gNsoJBWnrE9iQ2me37C/AMoQHMeNulCgOz&#10;DHGPyhw+j8rGs4FTZn1h8dPmFIPCrAHIoVmCsk8DcLDL7RcAAjHAXroFhuFIGMwxCLTaTJoiAtex&#10;V6tFylqCddyggoO9kOM+GJokb8C+gYfX+x8CXHM/BKuC/v3bfVuaSbrWUcrpBv+fHCew70MD/N7y&#10;7FNP/935y288jcYfuuNifnzH/Pje+TyNp+E4Hafj5T/+i+/7n1/4rr/0ZW+ev/yRoxu2mDirMg8I&#10;HTc0dpiyliZl0XHhQ+t1jl4oQ7C2k80vc26mmjJYLNmRAZLSMGxQF/Kii2AxX7ySgmFu3PSU1LKu&#10;dHu7ltRnm6vgwdab8KP+YDxMLEO7motakqldkbSMmDGTyeqQQaGswB8V7lSU5EHex6AMNSnoc9oN&#10;wOw1ZlVl8SgB74zb6OfFPsNle41v0fHCqBrqg6ZAWtc9O6gAnX2zn+thWSDGYss2Xw8rDPBIsThe&#10;3U+//LafTp/3Z744bW7dSXk7BCN8OcH7/cE3jxnNzQaCF3uWcQTZJFrRxrLSQZJ5zc/Pxm6bBwW4&#10;VM6qZajJb+09khddZineoOd2BRHvDPZRQx18FIqMswR0zK+93Uhxn7WXW5ZeSgQcILOnRgbjKlOo&#10;Il10XY3jmCILgUAXS44VhpImZZusF8EBIrpOJXhEGWV0jx2IuSdBGDYOU5Cu23g3b3cqjbdbZdwN&#10;YSMvfp58LeblphkqcijXqILfTXCJBTpoWmgp9Rzbv+vTSEhJw9GAOAcVT+Wt770CbLnzIoOuSpTC&#10;CAMxQ8GnwC6QEJ4SGgrovndZJWdyaocjxURl7GWo4QIGLDJYNf+b5iMDeChJlmSw7H1HoMFmx5JX&#10;Cl4iEI6AYWLdVX9TcACOQLniCbaTghTi4Urn+FA0ZV19WVElph7spAEUOTBQnVGmDEPwu9eK/+KM&#10;B/nNidcSPg51Hub3oKEr5OlHHZbJU5IVgDOJ/aJGlLgcc1IcFDWneTv3YQsEIo4c9K1BVRRgMWkS&#10;r/z9yEFUo6ZdaNDHeFAQSZh76CB0TsuMdwWKVaopQ34z7gHcUNIn2AYcTRlt7uACR5wk1lPqYZH1&#10;3YZLfFAHrD9/PoIxNryrkKIbC38M6yWGvQf9+3CQYBW3MJn0/kziL3y5f3/anW3T2fZW+qVf/+30&#10;qZ/0hvk8XQhAiOJRurszpTd+/KvS+9/3mvTSL99LL37gfrrzxifTCy/cEyYrJH9e+zvxn8S6D1Jl&#10;QNGvbe4gsO+M1wnyab2ddht6L7FBFzzPumPI7UCtWepmzB/S6VrmnGMH6uE6QLd2nQC0+024eehR&#10;s6VbJYKGJhDCUaFqhtYuIs7raojYXqTBDLl0rEDyWsX+TitH9kVRvh72La2SFP3n2SK9NeCoINY9&#10;STambe5ATPDxgWtmDXw5lNSPcL+jmWDDYJ31ayc1UC3Ry/s+oNtz1/EqTeCPBq71193ib/ORyxXW&#10;J+1sG2hcxZRPYN+HfvzV+fEl8+MTTkPxh+b4ySTefM+fhuJ0nI4P7/HXv/9HfvS7/9KX/eP5yy9t&#10;VyEteIMHMzigUwESN9cuUroyyEIb5yH6H0VJULsBnNjrT1kgk4At7BfuhjWyyUE0jy4xBDffEXAj&#10;4Ln4qnpOzdSQog9TD9rlRZFy3UbS/lk0sIQCGi6vDvPjKj242KeLy7montR0XtN2s3ZCpZAXVhl7&#10;nanXFQUgEHhDgA9t5jf8323abQcGbxB7Zkc5+ta8K6lhrUKSMXYguGl5rYhKLbp5H1OC1BA1QDEw&#10;BxfhHlAlJybJDr5062MJi9GOtQgBTL/zG7+c/o+XPpD+1Bd/ebp153E2lCetnzR6BRgloIzHUd+U&#10;WK9lB1gk8VG66bZVJmBiOowsBZxS6cQZrTdZVvllRQuEObWd/zb60/XuegZQM9DrFvcRNqIOOWo3&#10;PvtdwIxFBdkspMPNsvVaoeuKQBtiOVW5nKexeFEAwYOOQjguri7ToG1rSZ8TMJeKzDyYd6CM7/nZ&#10;2XwNj+JJmAdlJEg4BP8vV5mRgGeSIrsmU8qehFsTXmOh5xLyXNkCxtA15hzv94ehAWsio66Uykhg&#10;kEdHpBRs/OuKSYWVPeWeWQqeyetWFoK/AuSjUwJi5/enaatVBmgyamUaYvXUs2vS2aRROqepupb+&#10;yiy7w6GRDx8InNrvGURIel9cPriY56LLWpjQZ5soPfoyHfYXfC1tdufzi+5Evq7yWvLXO8zPJem8&#10;g3wGYiJNxb+2pOqiYLFds8KQ09m9Y3IaGHdwWa4wmYsnkqOawYMHrxSVHbsI02gmmpRMRXhBAeJH&#10;So6FKoHUcF8+/wxITwKcNoLEYk58GhjCxXFJOwp8omZTEZCSZY/zmCRNkadU3qI+eCyfTSV49tVG&#10;VpVJ9mbsICAuiIQUfeKz1bMkG5YogW9tHaH1cOzn0aNVezTL7wv6FZuHBGnNUOqobyWsgDgFjyr/&#10;IqDRwC0DrK5tMQUW4eHg4Mpy41Jdz+dSUJUe+/3IHpB7TnWW/ceo4UIFLXDlASeGP37nTnrxwUvp&#10;V9/+O+n2+S5tz7bpfLfjM/HS5TvSJz31J9Ln/PHPSu9810vpfe97f3rn7743vfL2LbGjSML6Ny/F&#10;Yl6V9rWpHIzRjFUASpfV7bMNTxHn8x6B5mlfeXTNHh4C1GBvw2FgEkTzCL+SU2UZrbmLreYKL4A9&#10;TJ2UEvsrF46gTGvMt9YvuoapQJUhQ1pvKLq9ge09LSAqAi+ae0sM4qnnd3Wfl+eAMOJxnxDvRBAG&#10;JkKw3OjugYhK5sgMNF83l+undueqioqadJJcrQENO1PXYA+DWQGGsTYPS3MqVPFwk95Df3MGRin2&#10;0mJcYKTeKa5NstyqfOJwHQ3ngIUty5oyqZmrYsO/s4Hwhn+4L6ziKWFyOkb+Iw/Qha2NhbDFfSPg&#10;orHHvqDYKmJOYN+HeDzz/HMvPvvU0980f/kTp9H4Az8oXfevzI+/P58XPA3H6Tgdvz/HfLN987y+&#10;/JvzVuLxfrffMG1MiqcdZeZnaKFaMvmTqR/Piu2ObUxTCFgourkWVhJ5K02yMWf3XN0AQwl7mRq2&#10;YGt+6YMtbIEt7Va16CYaOwNiBxAA2iKhT18zgIc2YPyeD+nqas+A38Xlnr8+TOjdXRsjcBAoKeAn&#10;rLHdNrM85+z8LN2+dZ5ua+iApFkiP/INWR7ReByLsIVYVl0qsMJgXBF5R1afLlDmF8OTReXEQwD6&#10;zOMPwoauCTCAqlhsOvEdUIl1GwZHAFVQqegL731P+qWfe0v6nM//c8mcZJitt91oXThUv8cgeQsv&#10;ISwjTfxkgIQAjfkXzndnMkphh5aDvEOK7knSUQcCAYRRJQEq4qHFckiVuUSJiRf7zkztvBh1M1k0&#10;EISeP42jbz6N1EO/FsEpfv/ztcasMkonxqlNlc3gadpJ/SM5bde82ZiRCFUu6iCYbjbtnh4qIM0+&#10;gGwIryVMl1o4KM2GmHS9eV3uDaj5fOTuZxYNUK8KDv9QcEjK1xX/NfPMhNbX0Nh7bcFbWYBuGWCe&#10;fXmoopl8PH6gCa1IKvnWvxnHIswZ9YgkrzpmjtK1yv5yoxYDWQkrIulBDnxBZ9zJdVfU707SZ8UD&#10;b2Im68XVhZ9XmzOlQVJTji8ePFCPRVAQX2Tfh8NFunxwf/7v1fxeN2nYngmzTZNXp3Ev1415uuVY&#10;c6vsbSrBlBBVDj6FcAsNNdLC00IGKsYrTYDxgM525c9B91KQWE1632ysOJ4/40ELLCmEjZY1qV+Z&#10;+qUyS1fA1q3aKGRNwsVJGNc5a0gJzd1Xl8JcnB9XeeLQD0n81TFWu4AeTMLon9l5SV3n/9gsTbnz&#10;1zLPrWEFdsvVaiB6vbaAzSrMEDpA4fV6RvWqvVQM2+h82vr0+WMfNENKD8s9SC2Wviy+sfl8x9iG&#10;iCseYWuWZ9CuRfQg/8mr+f66fzGv3cTOvzpwE29SPz2R2E6m+5yvz41cx/O3Xrx/mXbE5r81MVhM&#10;8+G73vP+9AX/+p9Nv/7r70z4qyn9zjt+izZFfI/ZPSWM1yrbNUCs+vdp00fbopmT0zP/9zbNDSaZ&#10;RwUTjOG1YtqBa03BALdVNnxZAMCQHu6ltxZ60YKNuPgmdt6lgNfGqq6CSsW84bBDgppkt/VADHT2&#10;dhdYYqBh6T0j0QesaNiXNTuxdo06gBO80VwCeI4a6NLiXtnHgfxAZb+AbiWT8nI8KaAsh3OYo1un&#10;NmAgNmodbjNWugB+tt+FsB6n2MLUZhWoL7JH00FuGvjBDLCqQsAA9uzAJFQD6Nok7S9b+7BZEsul&#10;Ydix6LCbA2mfXDRR16xpDNn3NPNU91fWFPYwsU72e+3sphYvWOXgThyAh0w8Yd+JWo8sfP5C7YHQ&#10;2pGcwL6XB/D7X5996un/af7y3z+Nxh/Y8Y/mxzfP5+Kdp6E4Hafj9/f469//I+/4zjd/2V+bF70f&#10;aDdjWhcoE4FTSpmllr1IztBKZLHXyl23d9vMG1pN1x3nwitR6p2mMg6WUtf4/+Rmf1G79pBWa5qw&#10;CbNOOnY7wBzc1qzAAoCj6ZX2HAJUjuxtdbXfp70m9k3FGCzgGzZAK/qBwTQaM2KKUaHAxej8/rbz&#10;Y7etch5jg9wcsK1GyyV+ePM3zK1zngUJWG3G/nyBDmFgpTErmz0JdFv0G8ltYNm47wwiQYv23/qV&#10;59Lr3/gJ6XVv+kwJn1BgeSxFfQTBZVgKw9Tzmuu+aRCKYto+9pgDN0P0UuuOohtuOrcMmqpHHT0p&#10;+21Nh/mrjYBcKTUdbQ7wCKArv5ZtqLWmIdCRwAwCgwR4yiq3nZq9rmNNmvxIsvENA2tTV/AmBucI&#10;OLJ3Mqj3I8k4zZyfgzRULsappuVQ3ZRUorJj+bN4u2UFsQAqSE/nYdRU14Zxk0LwDrZSJrmulGmA&#10;JVyXKg3O1ZtI3t/kwAou7rvkCRhNM9yk/xFZDX54jf+elT3uCdhd1KmGKdj3NgokorK36FyNh5FP&#10;DjM0Wfpt5vvAPnME2pEnHidaz9/b8zwxOivucLVnsJA+DzHsplJDNYoy75iNqj53xBQcS1GW3Pw7&#10;4+TS0hfvvcRg7na788RmZuFhDbmYWK57Nf/8UmXlldnTJAiPEqIBOvHbz+ifk+htk+VZABq4NylD&#10;uKa2F78nTJ2UJTk3yKEMVJo8LELO12QhSYaz6thkfUIaC+AxE/AWCEwxX8FJwkGEQTX5eyJnNbv4&#10;DNACLfL5/lAWjjBSh1WcowJ7kVP7CMeKJcMxT64KBh5/upw6dt7aHAw3A1JulHYJy9/r/SyvA+cW&#10;30c4/usIN3+/j7JGFk0fJp/d+Vq/2I/p3oPLdP/BFTft6J4kdjNdI7wGGOuuSFOR+drzXHrrfCuJ&#10;uAXSe37vfene/UN64cUxffwnfmr67M/5V9LjT7yar9Xffdfvps12SPv5frd+WfQGK6k1Civa9BJJ&#10;oQDr2YB5Ui6MU/UZTP0WRUEsXBc4YgfQyfRXOu8N80OJfop4pDkXpd14FNlFCBuG2odtdderwGLv&#10;C10U+4YA2h1v8DT7osb3xOad7g4uEADJDjjNbR6qN3+hY+qlXP2Qo2qhOc3rQU28tx10vKYlQATm&#10;RazrJtvCQGnjeCCOGyxR8JUQYbxGVf3hO8AEJtGRtrvHwx7rJvOYbkRyuiGA3JMEHnLkTuYCfev6&#10;yJyFR6Y/8+du7p/4VN1HOIF9L9/xLfPji+bHk6eh+H093qUg34+dhuJ0nI4/uAMh/515ffnq+cvP&#10;61YklYTKIxNTKFuwhK3bUJl7i8WupaljSE+kwnKASZJKi2xUhwk8FTVjw+ZfbF5wLeEtbiIbGUiV&#10;U64HjhktLKlB0MpmiX40CIjDMlxKiWVZqTCiiGXCjCwUJh1v8sYKSA3qeZjV1D8baFXapqbIKx8t&#10;N6qmrAbBQQS1qOhVuaOReGpyqO1R6zjlYDsCzRAsN9hxL23FxrUdfgOSm+IheVIZ+Ym99ad/Kv3p&#10;23fS+Rs+SYqd6Wr++daTL8XHLflYejFqYQVQwawh51DwZN/UQ7cHpv7wsNn69SfsLZEOZw1YIaBv&#10;6Jk89BoGRGOQqip4aa99tjtTgC5yLMyHLC3C/wzIc7NzyFrkV2AL1ZgPQnyd+TgNKhemAvVyv5cC&#10;Ifcu1zJGu/OdsKsIXMmo0nl0P8dx6gpLBA+Zkd+DkJ9RP4QnrGJR6e/GYY5o1N4kxNq/m6Lewj+C&#10;Vt0YCZX652C8AJsh7IB9FnMFDJnJwUlCPk72nkt4X6MCbgTg0UvtxwMDqSbjJTktSb8YBKSv54Ha&#10;anLs/nCVLi+u0m4nhQuz/5g1JL9PQRaH8UrPSVZ5aKnsviTBMJwom8S30Zh7VlMWBeio6VDHz/w4&#10;kcNvau1J3mRXyiCa7CzwdSGAY9HrVagLdh5HixlOnQOqFlg8f0yl1tnYhtYYiGtMlCmEHdF7zzz/&#10;ix8g3+cMZIrRGYHhNhbCtCr8WtHaq8uKcgl87zeblCWIyq7lRoDODUOQ95XjKFPAC3AJqiEcB/ri&#10;z3JaBUcAoLl/CrS/vgDJIDJPV/S/NwT6YKVZtnAXfAggiG0r6cgadY2U7oaAZP8+4pjhTUIdNGCL&#10;WHwPHlylu/cu0v0HD9LFxYEbdpNqqs1T0+8cZn8K6PfCvcxMWgYDRwHM3/GO96T/7cf/efrXPu9z&#10;0ytecSu9/o2vT+9573sEgE4tQxY6D8HFxaBSaGKjjizpG9p0WWh92LxxgUmZ42Wd4OhS1lRRR/cz&#10;NZYgOtgUZYgY7ne7DH2tM0k/xPQoBblWsMLIjkVnoUHzGXEF3kZ9btQnwLAHQUiuYICGEZ4bY7UG&#10;aLVPboDdAnsXWw7sgzN0bcR+DwMa8dOrWptdaHj+vPFz4WMJ0PgjN7tQYxL6WA/NbrhuZlf8lWFd&#10;U/HBYHyA675ztZmXH4r88xqEPcN3mftcFPnKx57Ke6uxsYdHAbfld5Zeqtf1LRbekCvKAMRjWc+Y&#10;LP0tnqEhVY/ZsgJYn8C+l/F45vnnfu/Zp57+T+cvf+g0Gr9vx9+fH39lHvsXTkNxOk7HH+zx7d//&#10;w+Vvvvkrvm5eaij5eotYqf5EsyMwA5XRJ75z4qEGHQ19TQgSmRCoRShLBIos0MMgm1mi45uBNYFq&#10;ZUJPG1sunRDYUG3H2pdaBwU0aqzEzUjpCpPgwVF8H+W/UzRQACZg8Gc3F/S3dnNRP56xXJTCDIY9&#10;cOGPzNhJXtTaJkw8eATkIxnvbv777XZIZ/NjuxtYOumsO+iKx4d0N6HZwGH1M8Tq4mKsRQvP3eRl&#10;6EfqRhJWDLUxyDUwSENt82vgT8UGA/OzhG13z8LEWoi89ML70//zln+WvuDf+nfT2Z1XzJsdYe0N&#10;G5VH0+casjMGECyAxGS3JV1c7ZkFdXZ+ziBTdeDBKuk2bzlnV1XvNgJ0GXTg35lYWiifma7PTUQJ&#10;K8stjiWIAbqxieTch4INj28uLUiFilIBHKHtWRMTKefOZ8deZ2AZpxdF2kXPm1ogZUsq1RRWke0Q&#10;sEXXH6WmqsQ7q/QHReZd5ZkEzCSRmxuw5EXe8ZRFCeLB1WLe2CnJPdFKQk2KlKIg+zVXJlSvyRpU&#10;4aA0NQo2g4MUwr6DBjSUeWzDxTixehIDdyLvnPj5BeQjYI8SlYtKwvf7K2HfJmOBjmnkkKGJ5bJp&#10;qknaBMBdXFzw++Q0ZcXe98QAHgVAvH//bjo/v60yKwyXlHoqsgx5UsmQMd40AMnO+zQl983KKUgD&#10;FUT2BNvk0iwbWxCjQy5CDOgwEXVR/yBxlQw+leoNxSB6Ecar+x3qZG/p6yylNaN7libveVxzKc5C&#10;JMBU2JECIEfZ/9r8dzRTAGvhlzrPu9pswub7ZfHHx6q71oYCQ+HvovQ+uTMAdGshGfWaXAJYfCq9&#10;OVI/sCVeG3i+YNtBrsE4nWfaUi671vRbruAY0jmbjxDtEPCIdje+Rlxvov/gEYAyPySSHrqEa0hw&#10;3ArOQAEUwJzmcgKRCXC/uJjS/csrZurjhA0s5OxJax7RpTz/3f7q0L7GHtOvPPer6c6dx9Onf+an&#10;p497/evS23/zsfTivft8zV2NU10Tyxo23LEVTTLv+5yi11FSOSsoQJ3VSmMZ7oRHAFkPElI/BKx2&#10;ix0pLNe/wiWgXRKE7q2lLIdzC8HTOfjXGUAJDSNwzU+u3ieRzWd+dqhN0WLzXLhPIa2xP1c6w4CN&#10;qj0GlkwG9OWaHp2tU2nelOHa9WajWZykyuwHk2r3ATTaTG9urNwjYAZKluqCA+bVi54yLj1P8Kat&#10;j3VEmXW95BUMIlj8UIgvtczJHAB4e27wlHK3HnA663LugS41t50XYXGeoI0kD6z0br7t0+WwS/lO&#10;tVvGXsRsMyJ+4XmFs11JqZ38u0kFalUC8NBdeveT3IKXQz6BfR9OwO9/fPapp4nZ8kWn0fiwHr+R&#10;JIDjn5+G4nScjj88x9/4gR9+7tu+8cu/Z95UfXsKBrNk8r+1DhR7jwxaiGb1doLFAucd9/l/mwQ1&#10;BdTWxzLMG9ZSNw4qD0ZOowX14iqhWMMuDCSssZi7DnlebHbBTHad8aWA39FQib6wqCbqBE5S2MPZ&#10;ri7B+8M2nW8P0skvqB5cpQIfGthhLEAK5thut+nW+dlc7J8x6DdssiT0Wof6EcgPED1KQpFTTY2h&#10;ARwJPGIZIrSpeRZYQDVP7vRqka0HkQGDLXhniYeLIjp22PF4UWjb9d979zvTsz/7lvTH/9SfT2V3&#10;pqxH8I0jsSWMUWrpyWU0I37ZMOXdjou6IWMIeIjd+qlKWpMRvyo7sjHBTsLwYGCpxBReDJvpyubz&#10;dDUHN4tjz32ogWEbOYewDfWOIimY07NKlQnT+RvNK4704SgIHbPMJjn5u2HHfpImk+T3r6Ags2cV&#10;DKS/cTaLsm6hePyNFJRJpGQmd6ffn69aSTqm38/iG5dTaRFPZ+6hs++cbRsk82BeXZDDdTJJUAd2&#10;wCBUZqHDJlok1/mipAf3Lubx26XdThKL91dX7o1HANzl5WV64e6L6Ykn7kiBNwrTmGV8SXwa7WAZ&#10;3UHAvqLBE/R/nE477hnco9ALAQ0Lg4aXlxcs8abn2e22XlTTeSYvyrP5e+D039Ys3dNpg9zWpLAM&#10;7FoYiYVHhMKT51Joyns3TqfgG2eNaaE9lcm9nTBrMi/KnL9xmBbZa89MUCWpd+S/nVDlxwyMjhJS&#10;Uoon/BasabvQMYSdEeM2EBKikIcPQVt2ZPJsPBpvICtFWPMGq0wnyQPpgXtsGEY+B0DH0oP11yzB&#10;M1USmPNDgTDAtlAuvfE7pJCO3DL11npK8IhDj0dSdG+SzvswUO+617phL6xZaPicIbDH7oFB9wNf&#10;y3bPtqnE2Cx+wkjC5XthafCY3vpzb0uH/SG96ZM+Pn3iJ74xvevd707v/8CLbPWBiC0W2joGLK9b&#10;TBFi13gZqIw7XFGdl2OGie1Jdl+4FXDbwGtJeW1lED1gbD931l0EmhBW3wouu8O6hOYmzK1hugYw&#10;Mfo+o66FRUOTsgFB0KMoqQu7WBCC9d4L12IOYH043+yH7EzgNpSD9g5DI6WFMGbrYD8sRiXI/COJ&#10;Tj0EhlyvDfB9bAvwNYFlN+XvBXbkje/L6zapWJUmeFSwe23v4cjNf4PPww0xXJ0nYMVKr3RK9NJc&#10;AgHU7N9v4ymINx6vqGyJ9xQrSFae5wT2vfzHN8yPX5wfj52G4mU/qP38vfPjO555/rkHp+E4Hafj&#10;D9+x34/fNS8+XzFvnj7NiiP2jZkX2R05nUxbLfaVceMbNk3YHDozXgWgsnlSpfpfD7FQJgYlhHJv&#10;jSu92nU02SAE5gZvHkrS5+m7fA3E4hso6eJVII03atrWBXc9Prbr0DKKALL5aQioI7BhM0xpOwwC&#10;JIxFU4Un9tgaGUAxMDQkyVIaL7EDKYF3R0DEjv37CNTJOiaYAh2h2Xke21ehE08WgB+kzjOqbqb5&#10;tXIJHnh118Mb/pgQG4AyjKwTLVqkAYstoLey219KfGEZ+MeJm5De/qu/lF7zhjemN336ZyubSuhI&#10;nAgLakqN2TvW4LI8FG88FIAO1XMSFkEhIjNkXzYLgCjGfpJrLw8i/5RkxazJn1PdeJqXfq751Axx&#10;EFMEi3vycAceBIwatkf3xzWY43AQBq2CIV745EE5FxCev4rVyXw+W/eevMzmYpaCYMQHclLfPU0k&#10;zSrLzwLekxcVBYEQU9UDedSbLm56mdXF8uaNBmTkAIq3jFFjCRtb0Ri5wK8NKrkVeR2NHAUwFC1c&#10;6fwSKCY+dObtV9j/cJrvuy2lqRbU0AUx2Wc5LafYAn9Nr0Ug3BWn2I4C1I0yDkWB7ve99318zcnz&#10;ULjFyL55LO2j742TFpRFwCx6jzj5xWzALG1zxoLOwNrQf+b3CNtQdKJRjPfMjhxLvZ/4/RKbc5DP&#10;RdcmSbCJBTyZLxdokjbIuWMmI+SmmplwSri48eT9cNBICIvASVhKmeS2KiHmIBiWDtN7kDEQ1rVK&#10;aRmQA097lJYNKnBoM5bKBmNSZEafcznpGSzJUzwsTYXGa0EgZR9DdiIYkWFdJgrXVJaSgN0V7Qsv&#10;UQUKTCKOzitfFJ6lAaVbv0gCz9NQmc+x+CudV5j75QJ00rEqo+wzN/rVKhJqMLBGU2iYHAXK4Jrg&#10;mrVfj8AOrPmurZ0AvGHJj0df62GzqK+HgNXjVydsSYDW/07yiGCz3WdR9g3uMRkBuXqnXVxcpbe9&#10;9f+d55+r9Omf+VR61WtflX7xF3453X9wKcB3CA7DhtEYQhNgfaTsmi5mqwcr3g/u7Fap5iV6q7rc&#10;V983/P/svWmsdWlWHrbWu894h2+quXqgh89NQ3W5IY46dCwrtkXhxDL4h7sdgyMZiwYiwCjIcpyY&#10;thJFcSCDhIWNE4wtG+eHB9qKHNtKnHYk2wSCsDGE6oKG/uiururqpmv+pjucs/e7stfwTns499xv&#10;qKpuzi6d+s699wx7ePf7rvWsZz2Pi+7SEiWxTi0FAwFM5lFZUSs6SktbsE+6yQgFWJcXfct1PwBv&#10;lK39WRzpdD/Y7IjPP681XFydzefyt+s3bsDq5CQOXHVgrxLIk/d+YAa2FeC6L6C2WAbMza+yeyFJ&#10;fmhByru8mqpbhZmcSDb24z0LMKqnmBchvMF9zgouOatMpSl8JuVAxqK2iKADtiJ2QSiMczOO3NFu&#10;2yIzles93gvdP8R+bJjNcUgZKBmd0GhwbgkmaYBDQJxLY4PjmSAHA1gUKUrmtItzQE4hSKAz9h2l&#10;YdhCmHpkRJeV1LC3mOzAvnu8PXntmWefvvrEx9unP7Y7G/d0+5X28bH2/P7S7lTstt321t3+h7/5&#10;v53+Z3/qj35Pm5D8y7AMBX0a7VJYa4JpLWGB+SMupRMnTposyO6yhMdHJo9XTejAWlIFJ9XyCi2Z&#10;IQyjxlr6KLK5fAZI4VCyECp0lIkfQxlIgjNd6gRVFZXXETmS1FpgOGYlrqzT+LtqNoWpGHR4SdBr&#10;E+oPcbQ47U4C2KctuxzAOgMs5Lla45bfd2ZwBD2GXPGuKgT/KG7JGAPSSPZLQVtwUzYX30hYoSzR&#10;ocxNLW+HtaR4KLDfKsbr6VcZ2NbU8Ou/+HNw+cHH4MIDDwrrSLud0TTAdNw1XvX7UHtUjV0JyqYL&#10;zd0MwlQlFYIyANlRaCfVVnUGzUKykVMQxEkXXNQyzzuVfTCGEG05iNp7ZC6lmF1ZH4Brn5llmA6M&#10;6HS3B8UMTGXiWEu2MPi8JTeBAVvZeFe2ZrNaaYsin5TKdAi1LzBeULS2V2/AOicqLm/LCVxYa4VH&#10;cyhVcK69NyfOgFbVNgwGPoFVoBpXGBOBYJbCoPit20cwbxM3FroX0Axq1bDjdtr29XXVaBs8t8gK&#10;c/GWMfHWCvqBtdx6BabqprFzry2lfIzs8u2kNbfWVlsD3tfivHkCTXttmWnHTLR1rQCfGrM0kdmY&#10;nAl1nImxSd4aREmPUYwqKnU55qJC7WvTh/N6oUPixsAC2PeIJqA3F2hlER7fviVj+NLlS21CewrX&#10;X78ON27chIsPXIHXb16HCxcuwf7BnrpSC9CqyboAyFY0QWrMTVmvnbA529ewCRCdkIB7pwKCkrQk&#10;8j0WjleuUmP3C4/DMDZdV/MJM3mCkslTFR1NXSZdmqACW1TnmqqXZCOkNsOcZeKzlsUirRoBgUqP&#10;Aa8yCeTMnIb6yVdBs1M2FfqsmBHudT+Wvg98LzpjkGACJY2hqsl6Z7532U++n4lj/uGukxy6AQY8&#10;Yf918e3GBPS5EP2w+YY/CySExBbtFqlKZgyZi/I4gNhdfc+AAAEHL6Cm0T6Y9WReETkbnoqkHNP+&#10;dUxIgnNu6aqaXXBEmZN+9elPw2x/Cl/3/vfBrVu34MUXX4HVuk7t7gZvxzmGIM6dQGm8W8coRIZY&#10;BvAlGMtFc54kXaLHVycJPr27ETN2uKJulJkhpNqeMwMRWcDss0ORKHQsYBT8pR7AlOaDWF5D1Y/l&#10;QinP+9PZBCbTOSyWCzjY34fZfNGuCQvY2z9o14eFdDzw71mGYzqbw3w6k8H13HNfhE89/Stw7bc+&#10;bdKtGGOWeF2xLELHURHjq6q4eGZ5sRGx8rGY6rR4jeqmEaG9DGjM5ysGEIMWm8vamQlGNCwxSK5A&#10;7MagTEvTRa3awI43DVpKnTBF0VfmniaeFywKx5Tew0V9yIzwYtyuuq40GHxiB0JLTE/stOfm92bc&#10;lyClsmEOcOeR95RacGpNRrPgpQFMEW0/vA/nOQGrw9+ZCvdBI5GGgslBxT5MuooDsW/sOBo58B3Y&#10;d3+2v9I+vr19fGh3Ku564+j9v24f/9OT156pd6djt+22t/72l3/6H/2r7/uOP/zX2yXoeyQ5bR8T&#10;Y+IA1moyYW2gYEYAVbKokqRSAIsAHpgemjJBmtiqx+1raACFbwyFs6oumXi0Fxc2jNq23id+mRYz&#10;U+XZB0fIsGxGnSIa0UfD858ccwomC5pwokFjxWCOc7YP7OrnxcDDm+sqA318XAL4gSbi8jsG/UT/&#10;sJJknc4rmewzPRNIOXf32HDAJa5/bKWmTzdIoqxdLQbzuVMvbSeQXgZEuLEThPfg5o3r8Es/+0n4&#10;8B/4Q3Dx8qNyrhRYsrZAMK0vbwC0d1FLh6+HMN2cai0yqIN5IG7goPPqphrYFt7UpgV/FUacN+fR&#10;STKsCWcFE4uRWWlyDUUjUJkPCuIGWNxYcRmzKM8dVQ9TXYB5KE8zR1lxWCVl2vGxUGiNzHQAGwN+&#10;BHafTqLBjQTzPL5qPZ7oKm2Jn7TiQmLRNmZygBGETA4dMnYlybPjICeutSHhbKxdNOk8+ehoe7pe&#10;C4N1Xa/g9MapAGyi41avoVmdqm4cg3nMSFwrUKei+t5csNcK+rMbtq+thVU15xjIY0AwgP782dJW&#10;2zRx8AmHjDXjhO2HkWUs17HQcws6dybYT9oe7SpnbNE6ArjJFFrHY21trS60WGWtTIGZ6KlOc5m1&#10;4HJsv9cmvjevX4fbt260j9uwPl3D5YsHsFzO2sT34XbszLS1uX2/44vp1WG6WvlY5CBrLRYQEPUY&#10;+FwcF0wiiokZZEpFPvTxZUmZH/Od6GRE/g6mU8wKKNTBasYAvg1T8yAQVfg08T3eGJgWmLzhHqMB&#10;gJKSCkI+h1EuBAduAJUbS1gNwDS9W6QBSM0pa74oYgUwLiT9Vpwop1K9Vo7ySb9/gmgQoENjCg+/&#10;9czNdWlbbjBV7i4Emfz+uddk7BJoCt3E7HRbMp0X8vqeq9HaBmKvOQ2PrzEj2Vxzjueuf/uvfxWO&#10;jm7Do489BA8+tA8vPHeiEigFVIKxuFV0DvcuXRpvaAASmGZdvl/OWlrF0MdazGXu5DkfVDvSU9UZ&#10;EK53fLLmUapKNcY8pFxmQdzKK9Gv5Y6O2VS7FBbcqbBYtM8ZrGvnrv0FLOdLmC+XAuaxc/hs3r6u&#10;/XkynaqDvBkoSRE1wi59BJ6P7D3veS986YUvwuc//2wbZ61l3vaTrP1XDJdcYjLC8Lh3MWZNIM64&#10;4CSplinP3aYDq2O4MoYkRaM6F/YhCdyWYBSvOV1CGg6NRxyc3XBDJ2vHNDY6NEdIM5sbEM++3zCY&#10;gmFnLAac9766+OJmoG+Ljt5gQBfmB3TbMJbv7UERnvGxmMnejOzeDuy7D9uT155pnr76xHeBCtXv&#10;zvGdb8wMYm2+z+xOxW7bbV9ZW9P4P9/+823tav8oBLF/MXdsoJ7UBkqgadhNRIOOZguYM+DAzDXl&#10;XFksmWt2mKaatwDXqfDwxLTqKuelnUaYfdai6FGdbdG0rjyVAIkR0iKrTwKvWLz245Zfuc4dbZdm&#10;xAAqZJSmwccAoHcuugwj1tAgRG2cibkYV05NTippU1EAUM8DxPaEIuuzEHcoXsAsmqABAk2f+DjA&#10;fAjOj8ZcyeXW9FRi8VmpPYiK33uCc6Rp2wF9AYzja/7qC5+HX/75fwX/wX/4R4GqJUwytkPtM004&#10;gNiCmLcSkbVsTY3ZR7ElCVWHLMvx1LlVUK0ERsSOPWuzoM6JCuPJxlQ418LAAmW3BtfXAFzEpMbc&#10;ToNrsDc9NBci1QC0SSKh56OaTOD0+Mj+rp/H2nTr1Un8HAYemUnHRiN8TGjnmwGrCIBZm2DQVNNH&#10;Y665GL9fW3kVNBWn4miu0AigdnJ8LEY1wvQzG+pwnMxQVI07LyCZGD6aaYSydfV9zXoNzz77OVi0&#10;CeGDDzwoLbk3b9yQz1ju7elrhElYM3UvGv1ExpyHAeCZ0n1OiUEpx+sTe69wgrR2WU+mkhUcK/n9&#10;dd6ubgYWXo8vMmVCa7cqbGWfqfsg7rPGMq69T26UbeK6qldw4/pNuHnzJjz0wBV45egmnBzVsNcm&#10;xVPhBN7SfZHvTLqqa2McVR0ZyQZd8LFUPT4DYovUxgZ3ZJi5dJ+fBeAR4rAu28YJK59PjOVdnP/k&#10;Vk3DBO7CWKCnf1mia8N/9yWvJmchFYl1YPVmxyg8lMIeMoGmPaNuT5lhkv1sYHyGasbu5i6QGkyP&#10;HJWFGkd9sFWYyzQMsGEXLOhelM5cRiOyETjaxlvuexhxJb7ckaXI2iPj3uaFmI0AbzLrieBG/mG5&#10;LqqhtV3wp2sklJt70ab1jKjTbYgZuBJOJ7Xzcw2f/fQLcOXKBfj6J94L9YrgpZduFOzqXlzC92fl&#10;irnLxXolRm06NEaXrFHBfVeqoQmd9qQahLWwknUc+6gFGYwhEsMJnboMV+3cz6DbcrmUuXjSxnbM&#10;slvs7wtYt9zbh709Zt8psMcsPGbfMdgnYFelnzPUSJ8ruKUrSbFNmSKTN91bPuss4LiJgcfViutp&#10;Uzl27l5wMeBDY7JpXOULewUDkLI239TmGphmI1qW8Zkx643Sj750wHU5w106RSo9vmCUFe5zm38o&#10;aqf6TB+UILMa7uFaOs8H6Roq7/TIljPZktCBExmlLsUz2XzmR9HDtCYi9kHqoZ+9AaOb4LTOxJX2&#10;z5iPmAF9nobZfRiY83bdaOALScmXdmsF1iUagxGz9tsA1tNoUYoy5YZCbfEMDVHqFDJyzx8qP7CM&#10;/7OW/h0Qdf8Av089ffWJH2mf/sXd2Tj3xtH5f94+/np7Hml3OnbbbvvK237y7/+fr3/vf/yHfqBd&#10;fD8hUBPrWAlDpw0Ga7TuDg2suLq7llbBAB5osOUmLlYPJcF2oXkiNDEG7S5l7lTSfolizCH67qga&#10;R8iuvJWUl3WRBnORzJJon2e4vqwKd3Xaxmp4ztpRcIQREcEuDDYgqeVT4j9byJlZJpVqMhTNNNvk&#10;nDiwSjZkgfZwYuFwIF+mMvRMSWEp8Q5FMEf9Y4LcvCM7Wy5rIc4kdYaS7iII21YDektDlPR6SwDa&#10;93zhc9fgV37p5+D9v/vDknQQql4cH4jDoMFCvdRCxhNZO21IljCxWKKGk7We8lCrQ/IvJhRNdAkV&#10;9+iJi4llbBc3gI3M2EHMLgTUNVMPr2M0AOTBgEP1Kp2aHDAYOZnJZzUrbywHBR+jZpCYeGjCwUDR&#10;dDJJIbe1uIbAVt16KTQoRQOO4GCoQFyjzAhjyInBDJ8rBvW9utGyY6Vq3/l4vzGQyMCUOlquFIDz&#10;2u7bCOutUd0408QS85SGpNWWBeyPjo7ku2dtEjkRAw5uaV1Lay0XFF5+7WVJaITZ2+7XzZvXsyY7&#10;ShqSqCw/Cq1lmLBofm8T4ujMNVJ1NH26VwLjTgCvzKXQ0tCuIpaCKua2wGxlcgrq8q+mTk09GPCX&#10;Ft1a5s7ajD2kVYpW4u6rBifm9G0M09urU3GRvvnaa7Bsz8XlSxfg88/9Nhy3Q+jtlw816aL8xsPI&#10;5EWiHlvEFSCPaqpGk5hQr4hC8pS14I3iHB20boSLTAOAU2YM4TN3Hz80J4REyG8oF1CSG+iyoQYB&#10;vt7c4np4XTSJ6UJmQXfTh3b51AKMMG4PLON3xHk7JJ6hlRmHQLrIOhq5JpSBeQ4HgNScJzSikTdg&#10;CjzWEg3YL331AZ3sKArQtQtmYva9fTpbnFN7hi44Alz218bQqU1BBiFT6A+AGVF5POH7qJ9+D38p&#10;Di2BaB21DvYXE8AJwTd86OvgU7/8m/DCC6/C2G6HwhQiRhZYggG8MKgdRfU++T23xjamaaomZ2HM&#10;TmAiup5VO6/uCVg3XcxgNp3D/v6eMOsYqDs8ZObwPizmM9HFY3bevH2dsvYqA+6GbKpxq/U7FdcS&#10;WIwhJjEmud4Lw6gOdgR/+RryOukMVKMcNDYjNDBJlNxdNbLgA7gDyeAtvw7C/u7MA7GIwp/ZGIjI&#10;bP8OCzoWIDLwCY0J7DtmHQVbLh9TPnWkkEFaHVEa26cAszl16s2BvggWuRhfEnroudx27ttcViQU&#10;FQa7cSHDqMhagykFlRF4PE/SQamq6rDvGnQ2CzHsCyVpFdPUdJRK5kE/OEqPRKO3zbsWdzEOFMpK&#10;8jgKa8bSVc5Yt7GIXdf0HAzM1oEd2Hd/t7/UPj7aPt6/OxVbb/+ofXz/k9eeeWF3KnbbbvtKB/z+&#10;2T/87o9+y//eroffFnRasE1Sa6etfI0xmbzTCrKbaHuvBCKVtjoyAwkxkOC0BULBMQ+uVs5Jg8lh&#10;M/wXkiAt3KnuFTv1hip2EcDF9l0qBPMplsa2C0xHgwjogH1DWW0nGQttpRJ8OhdNFJyxapC6TqQY&#10;gx0EKKv+W+1jCpA00KQO5IXn6rkgGMsL+8HJG7b5Gj79q78M73jnVVi+/V3aqspAWGVsOO/LVJPI&#10;2m0zNZZMjyaMiklg1IXx5zDJGlWqM9f4Oo4pHmuT2VT01kKQid5H05PIkGvC6xv9u7R5p0AvBPTa&#10;Xquv5XujNhOJSZusRdOVTKuSmROr01XWJkui0caukrF+j/Z5lirJ/drU8l5ufwWfWoP55rr++mvg&#10;m1PRjozOr2JM4dU8g0FAFrHn1ll22J5M259Xsh+rlbbPivEDKINSWHOid6ZmFWRurdJabPqBldO2&#10;6uPVqd0bypLlxJwB0gbqdI9HNiRlTqjmcIzKDPMQ2L0BtLO21ALQ8j0wnCDpB8nlUbtc1XWzucmJ&#10;eclEx5M9j8NSXGm1VZZBPdYMWq/ac3fKbconYhaCtJLvlTZlZk62/03NJChcI9b4/PLL1+H41m34&#10;mrc9BlfaJJwZkpcuXIBnv/giLBcTuHywL8k+NM1gdYBovAWT+vhOOW+ZLWHhNpq5kMa8ywV5e4KN&#10;vUllrqbFmyFZtaEd3TDH0BCgMNj2WP4dB3TcXTYfxIRv4ATGuTVoqVnbHmR6S4BZm5gZQMhaZ63V&#10;YZcCSBHYQQ67QrFd3sxQTzL2xzAN6A8OXBPqFbM26/Rtvg44JBvbAy1z8G74O3AANKTBAhHCmMBi&#10;//Mwnv8EGrnAihs6NyNIN/YQ707L8AB6x5IDzJLmOWE53YPDBw7h/R94F7zyynU4PdU2e1eck9zw&#10;jCJAEMylGMCqeYKazGAy3xNgjttgp9M5zBdL2NtbCGg3nS1gnzXw9g+FEb1Y7sF0vpRCCsdj2n7r&#10;YuEknAtPtPGQEPO1H+9qKc8/ixC2HnfeGNHTxVyNpTAVruKpCzIZiJuBR0QIEUNgSDtI9QXKJoya&#10;EnAUGVoUZC4SY8xTYDr7ZBLHBaYA6vucnUmRuZvf5+J6HnFPbzp9mPiPxrLj0t4E82NLDvfltcon&#10;/vsXuwWwzRUgLcIbsUXDPWiyXwSdS6c5xMA9TZ3CL47c9Al89L3Zrt8aPHzMBes6r6plzFCNXfqf&#10;tAP77uP25LVnTp+++sTH2qc/+4aN2K/c7cvt4wfac/aJ3anYbbvtq2mj728T6T/QhlWHISzhZN6B&#10;mUlwgMOOtG0AcxLdc7XaDNyay+yVqrIZtNK2Xa9MJZJfTyyAcqJB5Z0BLh5NOFx1smQJt9ZJSuEY&#10;hBZJcRv0vuAyFG2rdHbi6GlbraJUd9XKsiVzGJxcLegTbT7KWFyVJFpVrrMdAqJY6RsG+lzmMtx1&#10;V+s5exlo5Q20icYL3ch6QxK3lRfjPY7lYqLlhkXg+Tjqk9vw9L/9RfjwlYfbhOaCtkpSMsqgLIgK&#10;1VsBXhvTRkOKgXEALilrVclbqUMyxoLiFTFj7VSDWXNVhuy8Yox2+drV4pTKABSDZGJ+MZsIC8+H&#10;NtR4XQFWdQLQxHCC/26guCcq2kACUNDE1vqAILAm0zpea092nzobi9LuZcCn92V63T559ZWX4fRY&#10;W7a8tbfyvcsAofxUez3XZtTBAKb6n+jvGwMPnekZxRFM3nQrdWMTDu9Dq3uosCvrr8naZZkBGMaw&#10;XIfo4uvjdUObi0JiFtqiEDFr38osUez6BudhRnIn4vhYyWMymYnrrWhsorY+V26q801kZ5jmHrMa&#10;+dyIAYgaY6iriDKRwcZacKkMbsWhHS8ocKFpj7KG26uv3YbT0zVcffxtsNyfAa1ryRAeOjyEmxdO&#10;4KWXr8u1urK/L3qA3hF0nThzYK7ErejMhARHWHrRiDmwHrN26NHkK0vkaQhtBBp2g8wcxUf1lSwT&#10;LkXoy7miqvqNZGI4MiCU5azQFIF7HGCZBdDFDwAzzvfPpzGMdM7xys619vHR5G8IgOu4aw6lqz2A&#10;i4agsOE5lUbGxOjUTsP43JhDLm4jqkXDTt7ZyY5LwqDG4cDwiA6osVdyKNnvU/IikJMDjX4DCtBt&#10;/QtFJJvbLl7ch8cffgye/+KXYdUe50MPX4F3vvtxuPYbLxQsQ5aXYDBu2q4Bh+39fnBwABcuHsJh&#10;+3jwyiV4/JGH4OFHHoFL7fNLl67Awd6+sKJZF48f2oZbRT3XEhLtX80MsooGatgBVCOLOvDlM1b8&#10;Wfd/UXA7I6jCc2ikBciL18rEzGpKPj9lWErnquHAvgVGt54NV561rLMWo5lLGkvBXAkiYERZO66B&#10;vh7i+PN5zOF1ndLCoy/m35wDKBCWxJcUpwNm6U3s39zUDQH7FR06b5BGqQMAYJC33JWEQRxwu93u&#10;q2LhM8andwBI0gj12U5z0uIkyFrv0ZiAaI7sab+pmInGW5wRcWPpYmiKJ++hY0MFkHF1u+eYdmDf&#10;GwL4/dzTV5/4a+3T79+djdHtb7WPP9ueq9d2p2K37bavru2nfuaTX/jujz71w216++N5ItmYllVI&#10;osmYNUGbjx1AmcXjuRVEdGBMz85rYKAJFoc+jbldKnhQKXRgwsIKcjWiFUaw9rpAO1IdvyCUTqaR&#10;5ok62kRuJE8pkLFM4w43hD4JcArHGSq9lAEOSbMteGdQrDa7GH+VwbdzMYIbTHBdHsJhX7g5BN2+&#10;C/hFXZd0PlzQw8kZIp0zk1dkMQv9O7l60XGj5il3mPDlx0Y4GutJ52SbMH3pc5+Bf/uv/hl8+Ju/&#10;FdxsKcETg2R6DqwvPLIkmwhOqRzfRBhY3J4kjCwHiQlGFFtVGaRj9gN/Lrc1BeMKYQHye8kXrCCI&#10;LrkGasuxrGE+nSpAxSy2YBxhPwvwzcASt8GzGYVfwbz9LmHXBWA3CFKaEY5rP8+vV0peMLZHCCBJ&#10;byB5DwNXTb2yc9LYvafn4OT4SFpmwbTShKnWfu7LL78E/vRIHLKZkTKbLkQXice1tHRNnGqrBZBO&#10;L4gw/iobDHUwHMmMcqJzXbhvPVqSaXOI07+z/h/G0Y7SSqURdaUsKblOzCj25iSsIH9oCZuQMoB9&#10;0OdD1niatPPQTFwfZ/O99jj32rlp1l7CmY3boOfoI6EMKexfMPaoBMClkN2ZXp42cFqrcbxZXGQT&#10;8HEx8IdFGxSWcxSPqXb/2N345GQFb3/4QTjYn+onVtZq1H79Ox9/EH71Nz/fnr/LQFNnMo5Np90S&#10;e7gRZm1l5b2WacIV5hgU3R/5O3wEMChH5K01cgQ8gbIVaVhlPb3ADRFQsueuW/xwCfjxLgOaMCFD&#10;BfiEnbawwbkHBxNVpMyPQOxEh4CxvkFHAKplbfOJfSRtlrkLelHYwOFJbwyYyxkhMOBQTBCZY97T&#10;MDAYWg87zhyRrOi6HgO+nPQHsCQc6b0u9PiKlmsXC19ly6Y6AGA+2HDcNSOZRkE5gIIRi7cDihoa&#10;SUujDwSZEW3W8l463XcZjYmlHX7Puqdve9uj7f29Dzevr+D45Rvw9R/4WnjqDz4FX/u7vgjzdj56&#10;59d8DTz+2GNw+cpluHzpIhxeuCDzwSx0RbRzwKSqehAsbumggmPAPqR5IS8wJtZb/l4c/Jwx0G/o&#10;94MyIrhdl0D+Xr2UjTL6O9rLEYgMNTcaBh8DIzdnQUeWfQDlKGuUDrGhz3p/vY+FbRPusMKTFQ58&#10;Ao3zopzPHZ5JWXwB+EML4nxHBxUj+KfzyUSWRC0yq1ucjbusTdlEKWwtAnM7b0qwFxOoiDRGBi6Z&#10;Z7nzOg6p9xkLvsfqM5kVsHMWun0wK7R0FLGz2bhzMamvNTFobcdfWSedGl2HXQcQDbFMZ90cMrjr&#10;gZh95UI4q6Qm8VM1Ou7zdSqv5e7Avjdm+wvAQvUA79idimL7HKgBx/+9OxW7bbd9VW8/0T6+o12l&#10;vqlskzTgr9Eku4a1MGLWbi2tfZPZAqaTICQ90RiMQRFm+qAm0LoiMxDCavUWkBgQqILSDYRXVqQC&#10;0yTJG7fEYab7QqkWPcTQKyj5edyQaRo5HNYFQdq0fGv3G2AmuDu+OYSoCXYnpDjXSbsofv92nygt&#10;vnfJyIu8nPvQEoLYd8PsPuf2qOc/82tw+cGH4b0f/LCws4RBV01hUlk7h8tBRoJVrSw9NoEgc7Qt&#10;IE0MTD8wF1MSzTp0k6SpJYAdqm4SBCFwEDCaA3FhoHrlbK3WNZyeHMON9vtY945brlanp8Lao3Zf&#10;L1y4pEwM5afBdFpFB1y+R4Q95ss6Lxirjts9o3ujAAouMvCcJTPSDgzakspsEW6zZY2/mYCAjcXf&#10;Lgadi3b/3MVDOLnl4dat14HqE1j5GppjD6erlQCN0/lMzHgYMOV/MUtwV76vdZlErRP4RlGPCBVN&#10;4q+3/eHW4zrmU4oyuLqRYwotTXL+fJ11MNdy7VlrENrzzEBuapesYLrYhzanBnILQ4ac5myeW2sn&#10;ohGqrpbawIWpZ1qOufG+TCgwJDSWTGEymVGHzNocnENuqJlnZIZ1tKBE6q+99jeOmdVXw8VHl3KM&#10;QQ4hJLjT9kMX04mOj/b1dOozrTjaeL/3E5YM1Al6SAbG5pp80dS6d6sj0AZjb3RYENLKudcN3/Rj&#10;E1zXmRbK/DEAtv25fshvtYRnSgBw5DmOAIKUGObpc6p4olTDX6EDGQ/exoNdf5e3fxXFl+FCVRdo&#10;o14Ltc5FobjTPQUu08gr5Qxdh1MS2l9NS62Xs7vy1NhAoKELs2EsliYogZXkyvUzE5WNANKgW0sC&#10;rcCAkghehamzUQMtd8b6HJjFeWt1aLVEkwNW3V11Hmc9O55feW7cXy7hwQcfhEceexQefeRROYcX&#10;Dg7h+uvXBfB7tP3b5csPwwc+8Lvh9/7e3wePPvY2YfE5bq31TTG+Gm8adh1IA7vGHne93ibZCcSv&#10;hAY2lX8I7MVzvzsauSlvrfH9WE+gO8pZvOUYiP0VZn7hgex62V3kKcqEqCFTAviaWPxCk5c2l3lv&#10;n23afhj0Sq2vWMxJeO5v42GaWiF80q7J3bnKujpsMgioM6ifch5kWRwad7pftkHXgbMxWwvGFQ/e&#10;Ahtm3HGdb2MnDlKUa0lary6t+2PihKOjEYv4YFOeQKOFr4FB2lmjdmDfG7A9ee2ZG09ffeL72qf/&#10;eHc2YlTwl9vHX2zPzdHudOy23fbVvf3Uz3zSf/dHnvrudrFUh3LqBuOiRiUzAztouvaxbryAgI24&#10;wlUSoIqTmrXhafAR/tVqG064DS4YGDTy8QzwNVUTC4wS5wZr3kK2uLsku62X61S9xsHEavQtxdKu&#10;Lq3i9BVt10LBmdQEgXXKghvckJZgdj6pwxIZ1tApmxcIx/DJnBFAo4HFUIgS31nsQMr+GQtx7qzw&#10;vB8QDcVVZC23o6c+7Ht7oMxM+7Vf+dfw8NvfDQ88+o72s+aaHBnTSySyXDombb2toGZgrZrGQF3N&#10;XK01k9gkBgTIWtUkAtjM/juVtluS1kB+zWqlDEBupWVGHoN9bFIhrrONajGJ4Ua9Fk06MoaPaP0x&#10;wMauh+1n1e13s+adMFcZODQCB5thgAF2oX3UGdi4OjnOjBs1KeWE8+Skjm6/AmoyIGjBJYpjMT+t&#10;5HPYWfHWMev2reOp5WOrpnOYLg9hnwPiei6gJGNhy+VMzhO3rTbr0/a7juWzxFiHwVPed9Igmvdl&#10;0p5fZk5WoZpvcXVDmbGG6fAJK9bX6qvH39deV2YKUqOtzdKixefVryOQISxN0RCFLJA3IMVQDvn+&#10;yTK24ArDiYFbr+7h3LYrmuJBGiBv77E5pqbE1AVzugwkI7QEgYLVn6DLPmOVZncTZi2BhIUWFJ/H&#10;yXwGR6++1l6zdnzwTDqdWO+sSYqjchsuHOzBxQsX4MLFi3Dj5FV1kbbvQTp7piscV7v9r5jYO2Tz&#10;q1wTG5OOMsAmkGcGbvzS1qAP4rnoemvt9Zl2VS/PqjIAxnUmOlfO8ll3sQ05N7BPUDTHaVrtzpi7&#10;Uk5YMtwoY03S2HRqoGC6LgL0Zdp+1DOOcqP5oLae992jYw6Zm9G6jvg+YeGmSd0EFTFqVwa0MoJn&#10;I32/Y6DTuGZklxeXnWMzlRDzG8wZg2qFRYjG76mie3m4IEQUQQ4yMCyurnYcWkxsBopW6firCqXo&#10;wuOa5QzmMzav2IcLly7B4cULcCittRfhSvvzhQuHwsK7dPES7O8fiOHFhQsHsNjbgwlqYYSd0V96&#10;8VX49K9/Wgo7737v2+DRtz0CV99zFQ4OLgs7S+Z4kzmgIslPYBz2xpjfCPjlmnTnA8Jo8PkmBt+2&#10;rbxDn7Pt/uXfIcZTUpSp4rydeMfUsWLLQweM3RhkN7NKvvpCha0JbGkDBL21L8eh6IPUR2LsBWkb&#10;lZ9AKyYlwRWiTLfU9CPDzBJZ4T5NIN1O1gBe18Kw98omn6kpXDClQoLBCnem5BdQ/+JzR895hoVR&#10;r9MDCo9vNKO6okaDA1xQgiwGxcG1Y8Srp3vTluMCg8mLfYKjonZBmfuc77iNpHCza+428qUwziIY&#10;cj4fAw1xRBaABhzCeTLYgX1vHOD3T56++sTfa5/+id/hp+JX28d3tefj3+xGxW7bbb+DAL9PfPJT&#10;H/vIUz/aPv14uexRtiqpSUJ8hGUPNanVrpwq2AxIouy0vqpaaNxSx+280qoLscrJqzHr4YuOBgMB&#10;wgRkd14Xk5KuNkbfMC8PZF0JdjnTbaJkaFA0dWWBtQ9JEJW5pxxPBhhwpbchHzX8KMQgBMIMC0mJ&#10;wyT57EaCnOCoGgOpLIErgpYiG3UbYxOKAGfenouZ+DjGSm53t0LbH1FykwQYJXRkLZ2Qm5htqIqO&#10;Bf2QBXcAt25eh3/z//xz+OY/8lGYLA9hvV4LS8JFFzv9Pm/XhNlfztk4I63qMwjI12e9XsHJ7aM2&#10;QTvVyjym683joj5dwdHRsXzybL6AFYN7/DfWmqNGHXeDnptXxpoXh91GgStxoa1lLM3aJLKxBI9Z&#10;c9wmnIT8LeV3WWJkrSeiDyfA38QSl8TQq9v9mBlDhMcX6wA6SxTlGH1t10qBUG8tx0EDj5Mnbm2d&#10;zvnza2hWrN1XC2OQj4+vIbfj8/HOxRTDhnq772htz6v2HB7dvCkMQr0flC2yaBOUGWNl/Lu6UZMP&#10;0VkyLTzvYwu+N3DTcvwc3+1tLjNmKBqNMLgDdugHilCp4UbI2zBp9OTC+CCul9YCKbQsB6FhK/UE&#10;ZSzFTCSKsvYyPQxXNFB1g3kGT197+QbcOl4LQ7JCTUSdgcui9Qb8vNaxyKAFNSMg+6YEesQ6G0tT&#10;BDE1QBWT73atxhTO9dtvS/kiHGDYZUkolZ9XVcNFjiLVwpQwy4yLHdAmN7TMjTOoMsaOL+ZG3MDz&#10;yqdSyn8ZmORDZhZ8n7oMBLMxTNbargZV+cLhoIPRRdAOR8Ey0xl0YzpSVYbpJpCzaBeOvpTjSS1i&#10;mHfGx8qopuLIp5MfaAG2ed1na6035lMwX3CYZBbCdQvJO2qXv8kRCKqnx93Okcx8cjyCXWLfMfvb&#10;oxZaiIF27j6YzmBvfw8uXbgI08UC9g/2BNibLxais8rgH0uSiOaq99uZl7T7z6YZDz/6CJy28+Lx&#10;0Un775Hs9tHxkTjhTtw8mmcRJVC1bFvtgm73nkp1lgbftq22b4RxlxG82+s2UXM3c1kNcQyXjisy&#10;pyVjr8X4g5QxqWu/xaqmFav6s2Em8QlEJI0XKRapKRj9GvisrD7+rHqt7u+B1QeFuVEWJ1sBIMgQ&#10;SKyS63nKPvusDK1zRxzrFR9EkPqwOM1hkhEJ6x9kbESETGImtDu7QlQiyqi4jrxqDu5Rts461ylm&#10;lcWFQeC/8wvKZQMQhsFaDGeaUtQ4INHXdS2PcpuYrHnAVENEGzy2EIc5Hcs5s4imcaSURmluLljG&#10;Q/qBOFAQ68TBGPQDKXVGwI7Z90ZvP9g+vqV9XPkdeOxtBgT/Tfv4H5+89sx6NxR22277nbeROJTT&#10;H2/XoPdpzFXyNyQQdgpYpLjPCTgnwv62kMUUJyOaTASMAWFWJW0kfsFaoC4vbS6mg8XJd2Putpwc&#10;yM9nhcG01RFSB3gSxzdfJlzU0bhzdizcesfupXz83P63ZmCj8dJywuYjzlzwoNOBEpx5aUMjbgD8&#10;Ro9xVHQFxvXdtwqt0brMMGkU5gnCNh/jSqQwiOD7O8wNOBBiPSNOHl/8wrPwC//i/4APP/VtCgIz&#10;QEUmjL9qpBU3urYyUCJMNANOmxpOT08F0GJmG7fdMtinmnhtuDyZSaLIvzu6fRNefPHLcHz7Nrzj&#10;ne8UJ14G7BTYpqjzV7l+C6C48aJmtEQV+MlM7o/b7WdGDArU8Q8xsNXQ2ng1emUdJ349g3JyBXxT&#10;aC0hZlVqoQiuNTMwFojkAVMH63Vjxh1OQEi9rErPZF2+RoxB5iBWsetKQZOGQenaqubeWqDATEXa&#10;xHldt4mwk+fL5Z6wClkzkK/P0dFtWN94BU7rU0mKMFThMRchT3qVkxiAUwHwbAdbJYZu+uQzaKcR&#10;mMnbGP2mrDYZvyAkJ/HeNyezHZYkcMHhGUsGMY/T1em6vS4EL7/2Onz2hVfgPW97SMCJNa3MCRjh&#10;dOXhtRu3YPLyq3D75i24vJifWwiARhKu/PQ5O/cVZfp0Ra6KI51OmcKXK8GmbvqmwEBHlymuBSNp&#10;jQHbBFCY0FR27pXslbFLQgubXM7Gjs3gPvJFsWbTSkE5pQ9dVqnwxetFg5MSU1Cud5Ob4BigQ0kY&#10;PuoR4jCjenACxc2A2pDuFBqAm7Zqi9FSDS8adyP/MEIBd12RSW8u5gw6s7GSUZ4xmCehsofZiVac&#10;ZacTdZ9d7ME+u8/yo/2Zn3NhZbF3oCYW/DmVsqpdMBoKPqcZ2CbsMUzGR6LxGg3AyLRwaZDrg1jO&#10;TNPZRJzS+btfffE1eNs7HoXj49vt+nGpXcMSZwrvkSTG3bTjDr3vfgB4d8rwy2+Hqaz/KmmhmnV2&#10;3FbjCTIL3QBIjMwNmOMCWd2kwrQ2pzRJi89uYAYBCZO2XWDm8nXlb+Hii4B8jepGe4s/wu3jg2yG&#10;mUNFHWVzaaKsVTzOspTPLeZVg8Zw9kPXhbL5O50n9BhlBt3IRIdm4lVWVO8yU8giaXcuC5ZzDAOR&#10;5PBZgaLjyHu+QWla1k1v/twuUqbxYtoQ6BfblJR9HEyEKI+5sxG8A/vewO3Ja8+89PTVJ36offrT&#10;v8MOnd2IWZvvN3ajYLfttt+529/8xCdP/vQf++bvaZ/+i1CFc91Um3GIEMz50KZUhUhHFzYzj9Ag&#10;zfT5uX1SXDmdFfK0zY9ZSd6EcoQL6BGyemdMzPM2ru3APhoBEGjjYt+tYIdqIkECQDiYZF201Xot&#10;gJ/onU0m2irZNKq7VbnozBkTwbNiiwGaE8Xktjw0ysqbgT0wlE+MaQxGEfk8iDEcJJCYhEFFCYyk&#10;CFb1c0RPWVK/CcWhbZAdNG02EhDq+d/6NMwPr8Db3/t+GQ3NusnOgTqoHh8fS6sts9PY+ZCMebde&#10;n8JqdapJd3vdTk+P4Obrr8LR7duwPLggpg5s1MBaOaw/OT1cwu1b1yVRKNoiQckq3IIqKSQmF9Oo&#10;vUTWemMgGyes5Cg6szIoKPpNmK6LMhGnAkhKvR7NL1B0/RRc5PtjNq1Mc7JKWISjTvAdHIZV9P1k&#10;ZfsoDBkvybW6mE7BmfkE8phlfTs/Acd6eaKJqIBhEAGvplNrnTatu9Am224H7TFeP77ZJjxr3R9m&#10;HhFEkxsBbjEk1+kzlDkw6DXbHxSYodmUg+Y4ClL4DBzMw3WZk3BsIPL8VWfDF+O9QFnbXbpdujpw&#10;GQsgS8i43ZnP8958Ctc+/wJc+61n4fBwAd/4xPvgoP0dA9vPfeE5WNX82mmUAvBnofdbAgh9ewkH&#10;QfZpO5DJAJAO3aLC4S+LLXXZ3OCDr46n0SnAMLqiDbppsnms6ZZHMi03E8OPIJ8vnUFyEX2k4Oac&#10;0DNv5j1x5BDG+9NEt0q2mtdWU2UEUWKWZPNpAPo63L7C5bHH7MLhyRIHmSeU5trOnFuQXn0CC8oX&#10;hAqCL7HO2BLpI4gXjYQSKif3suuAfV3bAZlvrBioDLopLBYLmM+mIiuwWCxhsXcojLv5rP15uYDp&#10;bNbOxXNhWLODLTuzIlP/TcsNB5xn47Ga80Zo2nPGok2sOo0zopZd4zuGNy5jGI4DbmG+5yGxt78P&#10;Fw4P4bOfW8OtW7cFhFydnoh+Ks/jXhj+aW7A3oLY10Pd1GYbXWbvol12m/eMtf2OL+x3z0oMzD7R&#10;pG1YUkMLabwOqjKDF8ZmmgI730u6xvA6zbEZg34sPeNNI4+y+YCygky2ArSxmzSTK0s3vJaLuw3E&#10;joFcVcFl9ygXf+NsEONkNNynZLklbQNSs7dsrsxbjynrrvBZTAqZZi6GKgzixlCrq6Iy3B48vPmR&#10;aDJvA05zRG5UhGcAZH3JngINPWu8AI2uhz3jqpHnNBoxu5EQgwb2AjOH3Vzo1Jl0ouVHkGJ22DH7&#10;3jTA7+88ffWJPwnK8Ptq35h28Ofbx//SHjftrv5u22277W/9w3/+L7/zI0/9jfbpx0JwUWXJLOXO&#10;XSHAqFx0E22CvZlrrH3FFS1dUjnltl1UxeO6qYx3b4AVB8Ysjt1oO6bP3ALdAFyXB33RKQ9Teu+D&#10;Cxrl9H3Mamz9uCME0olyr6/kINKbwQMHksentVSeOahbzDmxqQXYqCpFzJzDstMNqXDdHQ+qsnAC&#10;uyHHQMiSO+da4LdV1TJ0LIKKnguW4pJTHGV5auzcoxDglkGlC010Y067oS2PBtP82IqbnxtE1YOk&#10;0xX8xi/9Atx85SXYv/KQBNSistcOjGmbIE7bRPDk6AhOVycx0OQWXG695eCqFqF1Z+LuXtq/Di4e&#10;yvfW6yOtxnNOOqli658KhFvwR+nKBPaQN01AfnEdknev2o2NOfmxA66MGU/WIZg0+iTPFp0+BfGO&#10;2v2fVlWZ3DM7xU3ahOckJg7KIGuya10lQ47glFdVlqArPlFHjTNUt2Len4me5wmzFXAmbfMVBuMQ&#10;JwmPwBjexwYbIcsYS1W+i1vp2tfclBZebjtax3ES0v4AhZSt4H3gIo01NG2kXAcv3M3ayuSCZhfm&#10;v9/Ii035BoYcK9M4IydGQZiDIHn7bvBLzJ7zdWiC26fNUQoMdZooWceRAYsZayYu4fUvvQA3bh4J&#10;U+Xo5m34xt/9BJysa/jSy9fh8oMXYHV0Gx4+eEjOu6s238ObmbMJLKWiFXqgwOFcBPBpgPQYWGMu&#10;cwWPZguYWqQceEuoS3WkePU9ZfNykZ/3mBNk7Jlcd42yN1AGdBcgRjaP+HXJ0A5sLV2XUiKvwJUv&#10;EvjATOV7EmVOdx04N4kMirGPD23q2EsiUW15+0YjY6ALdVTyYQzTxrIH2mH/dT6rVNjPFBeMcD50&#10;3uG1uwJlSKO5gZMxh8DAOr7nmZ3LLejz+RKq+ULaZ7nYtdjbh+XenoB1Swbqlu3fJ1N53XQ+l9fg&#10;ZBbnj6qqTN4gT5TxTAZaF/xyXWMazOHR0ukzZ8blcwDR8PdsArnQ2vEuXbokRZzl3iE8//kvifYm&#10;M57ns6WCnFWuf0idouX5gLoxkO68QN7w8eA5wL3NI/NO9wMDO5cLa+2ivDJpDgbDJlEyNRRP81g0&#10;GerwkG+E5a9xmsZtpCrSEUMy0d8OgOoxNVEQqb4fxdICWrFKZWjiUhHmRUjxFGRYHmJ5zcnub5VO&#10;9RGIlgJPu+7W0umCVkhwxhZ2CeoLrLAgNUGlRmxcaDHpCYZiue9EZa7vU53MwQrMa8T3udOaS5SD&#10;WC5pWucFbEQYdGYD7Hew2O2LcU4MZbwq6enSsLkPmqFSaJnFbkHkzJWznGZd0aaLA5CfFlBLKZ04&#10;2uzaVbY/ZVy/A/venO1728en2sf+V/ExshnJ9z157Zkv7C73btttu61Y7Ij+XLsgf2v79JHN2bNL&#10;AINQ+Co1sOBWCV+pQDtTM5yBfmAth8503hxp0MTgAoMWTpFAZtpLMt10NJ16+U8JeqUKah4s0Mag&#10;OsigbBVwm1bhumYH0xpOTlZi4CAaWKRsKq5AC9PPQAhldmX1/DPYODQi6ESI42F10AxEzILJs66x&#10;Vq7dNkcfAUGAcxSC79FgrHQf/Rq+9Fu/DpMvPscomgAo1XQm4BWw1pIBz8wAcYGtgWitWQhMPEuF&#10;dIoOvKob5aTHNjhpquabgTuo150ig89Z0N/E4DqkzQ5VaD4yVwGi464AJj5rD7MTyQk1MxLrdjzR&#10;hCRRDtd4Oqkik3S2WKophzH9Qu5eTbg9+bQM4O16yb0XHa0Nl+c2Y2fu2tjAOsgAibbhVPU1MzFr&#10;bqGTDqjGZyEtGhBVWduTtTZiyQP2A8X5EOb6EaQqgjEhSI6MomSyoVxOb+Cqb+81Kl1KzxxTWbsm&#10;djKLzK03v78yyb4eQSqwIwKIWExB7Xlatb87OV7D7RvXYW+5ENOTveVSzvenPn2tHcuz9vrOYTl1&#10;8PZHHpKCwTaOnG4bds7G97vi/g6Fgu6lybvSIE9fIltOP6cZYSJSDsj1jIUgMq8iFOgTAzAl3MlK&#10;g1S8KwryA+RMY8oWCxfHTxJ4hwLdaYKRD5X76QzQ1SKSSTNoKpeB1tYCmCVvqZrjEoA1AvQNX6Sc&#10;Op2nnfno66SjGz47gP5ElNO5wdWUQHuWoZhY0a5SNt1ivoDl/gEslvuid8etsov5EubtOJ3tt/+2&#10;f+eiwgznXBmRXeDWWW96n3rYlYK6vKAjRgNR6QCQSSC4bmOSLDibwn/Pts1A3vYadcw8fOc7H4XP&#10;fvaz8PyXXoJ3fs1jAvYdHl6ASTNR5tiksgLJ+XX50n7cG/bc3YCAb8j3WYzBbbPcQsvttJVpPbqz&#10;DHdy0NbmkcCWo5zOlwH+wTw3rdkot4L3pm1MSXojtOc3kLEKqfPlxVTUXzVSMVV3zJtDsMw3NUvB&#10;WMHQNOgGxyFiX8sazjs8sJAYoDscF6Mmt9sPcNMXzJZnH2Rl+pIQZx1SZELGIpeL+ovdcxi+H7P4&#10;hLKODoykgIzhhyXbz2ft2T4cx9hXjRTcdmDfm7A9ee2ZZ5+++sTH26c/9lV4eC+2jx9sj/Hv7670&#10;btttu21o+1v/8J+//qf/2Df/mXbR+wejIWYQCjZAhNsng3MGAyCiY+KVvt5YAkPWqivJowGEwpQS&#10;oNCZQJY99312Ta661d2p1O6akoWUy9IgWKnunthPbo0NU8RYDUWQgoGPdWjjZbBPRNPXMJ9OhQnS&#10;VNqeLGCEGyVpxM0b0aIQMx4A58aCB9cJyAVUdbmeTQYwxe/MGA6dMIg2x4bJcTUPoGhjzrnxb+H4&#10;qFcRNRfkEP0zE3R1G+AU1UmV23Xbcz9lcXUG/rhFtk28SBgkCjwL1CdGCGRBWqYlGZyVWRfIaXKB&#10;se06A2lDKx8aypBVoDG09JImItiO+YmJ8DDQt6rX0s7VafBQFqowZ8iAQxIjjyLZ4bulTYhlTNXq&#10;+lu5efv8JGn5iXlHLecgOAR6a5GPA9hrgOotcREmo+wHs/FOJZEScw/TRXJispMdJh/bxAAYy3ek&#10;Jc9Vxvyr1MCk6vrdJXAm5VWU/a5sRwtjlChvS6Yyj2q/vPJ27lzT3mc+sdFy3bmYR/jhkU0bwHfC&#10;QVg9b+nP0R2KGYqymYNbN5/T+XIpTA0eYx/84PvghS9+GZ793G3Y359DNavEOXk2c/DYQ5fg0Ycu&#10;C8dK9S4pgfcb0jCEzSYKBTOOEmiJGb6Z2JTZ/GD6rGjgW64Jl7fiOuc6gvWZ1h0mNtlQLhydM43Z&#10;GwxYw9UPRlBNdLgESFw/KoAQb7RiBV/JZAcwJf322uCy2fjUi+fNOMdnravMXGMjHD+ftPdv1Q5t&#10;N1yASYSbdIDOxXGBZoLhfd6mWzJ90UGpi5ABfRFMdhhd6oXxmLGagmaWmr5Yg35g4rHrbGDfTedi&#10;KjGfz2HBEgbMwFssYDbdk9fN9hYyV3EBoXJqfIFOmfbYcZoUzbMOi1HNjpKupejwAkZzIjA9NKA6&#10;JdaZlh6ZttVZhhL3Aqy6V59tRwoPPfwwPPbY2+DLL74EX3rhRbh86SLs7R3Ayclpe46XKvHBUh/t&#10;RDqdTQXM6Eoc3rN9usPP6c7H2xx9zqxL302DxYrtnH3L9ZkaNVuIMwuZ5mPV83vOBiIYwxqiRqS+&#10;L3dmN+296KJt7HWX7qVwT3sIqjPqrUtNWFey9W1INoY2cccoOg8HsIjv64mxFqVdmLI5NIZAGLX7&#10;4jKJrgf7nVUqCvYemJ3vXpzq/RZDoBTgQAvkyCiF2s3jVJohk4XJW5ihWyiBgd/T+FfT8NKXtKcp&#10;sS7zeRaHJ4tsTKu2YjibuZFemO+0Rdf1SjKbKjoyrrnQ7pMC8A7se/O2v9I+vr19fOir6JhYi/DP&#10;PnntmVd2l3e37bbddgbg9zPf+ZGnmAH8rcNJMaaEB1whlsxLmLT0hjpWo8m5C0mdJUQsLuyNxaJ5&#10;kwYt3vwEpaXU/vMRvQt+tW50gXfWepsSQ4RuHXS8pQ3yyCAyQhprB13Xa32s13B62j4E7FvL+Tlt&#10;g3jWVpNKtFSjFThRUFQTTaDS4YwyJhBu0rPr/DBUjaXM8tGbVpq2H1LmZ2eBjMPYwuGhLzw+GPyl&#10;Ewd5dBNdxeTk0zBquKk6K+YNNFIdLnXXAlgXW0HaxHF9WkN9ehLbNbgsz0EyJ76SYLHjIrNXqqmC&#10;0tKPWmm7a2XAlg/HYUCZSX4JBFBT1OZBCLo96mDL41mAR2xUS7B9rT85kvHB+BcbMXALcWxzzABa&#10;3qfVqbLyGPRhhggbkKRknjGitbAXqXNaBWTx6gZNkblkYXxwunWuvE+5xYfbdRkgFBdYaz2pKgto&#10;fSS2xcYTsuDUJ0kgeS2DqaDmFMzMba+AVeMxA3J8nBfI3Db1kQL4Jhgk2Pf6CNQEI6AEVJPhl5WY&#10;hTQwZ9BvMre2aWPSRgBE55JmOB3sZQyYU/cCSIMGVgSTCIBCZwcDi9Mb0GcabgGXERfQK1fgs8/8&#10;JnzD+94tJ++hixfhXY8/Bv9f+7ubt47g/VffBQ9euQgL1mTMOAKuAO/HdYeguBUzvbgM7A8uqWit&#10;VS6ASzFZKu99b23ogT0nY6eHmep7WBvLQ9/aVluClZUHxpwDS/ryFtpwPrk24nz0gRSGKbN66rqG&#10;VeNNUy9n1vroRNnY5wdxhsgaNX2tiDeG44IgtK+DKhSIZCyiKCsJOMOmNJKUtde18qbjBU5MmHx3&#10;siaMJkeRQRfb7SIcJ0zUyHKLhSwbWQ4jYB+/t52z5D5uX8dmEKwxymARG1MwiMeOstw6y/p27ADL&#10;RhVc9GAzC2mz5bnPpDHQmMSYVVYoM6TYDJL1WzwdUgF6FUYUHYZr+VkuG4+dRrgNFKHu32JR5i5a&#10;WDeZSYx9Vvc9PI4YTP09H/og3Lz+KvzGp38Njm9cb6eEE9ibETz4wIH8ffnAY3D1vR+E/cPD9toc&#10;muzI2cBmAuBw9Hxs04K7rU7ftudwG/bxWUApQve8BxCI46dJXNeI0jxcAjOp6FbEE3a/h/U5aABH&#10;j13KGFkZ064Sl3InU3pkrds8IusMu8x7s1ogVxReu8Ul37liZMEvBvkJ38j6FJ2qrcYtEiRkhcCg&#10;xYEl2ZeiTCcbzHmbI6rM9RZjl0IX5POZTzllAJwZHA+MH+z9mxeKu+MgFDk2dauTdESEANKl6M4K&#10;oKHwk9iUmeZpXNWzqy5anD5G+nkNxucu5K5r2NVZ83vVbczOXYinw1+r/lmioZykHzR3l48d2Pcm&#10;bU9ee6Z5+uoT39U+/eWvguvwbPv4nvaYPrm7srttt+22c2zf3z5+f/s47EMwGJ1FA0svLLGhwodO&#10;M3itloZEmHVJKtF/IueNWOKFHacsvybTw2oGfTM3N+be/YZZa15g2UgyWDfidnqyquF0pUAfs/u0&#10;/WgFM2aYsUEEt1/SJJoUgLV4guugkjnAV2j636HmTghz7qDbR892xy4BN31XIF9iBI2ggwnkMSBt&#10;tfdJEyzGWoFpB1CYMgw0s0WAQ1t3vbYBrU6gznaIQiLq1FAF7MHsOTXPMCCBmXQGpLHhBgu5+8Yn&#10;7S8BMpJRCGbXslmftGEgg76qHdSIacYkvk47AitJHFbtOGLwjYPQpl5n2naVaPVBxjRktk69Pk1A&#10;EGo7sTOGrOAzvrF/vbHwKJomeHMZ5F9MmNUnjMCpANNSs5b3Bv02HxMhvcd9ohyCAn7BYfq0Ztfj&#10;Wsx1pB3TJ+4VmbNg0Dj0xmryFmyLEQgLqBvgIuwgrwl0owiNYK8Cztgu8XVbLGawt9++Z74Hi5oS&#10;i2MMKCZKBhOYqaqTtSNDADiduIEPJteFiHgniXKYCb2zqUkFFx+8Al946UW4uFiqi3n7l9kE4eEH&#10;LsBs0aYmNwgee+SyjRvqJYf9O7R/LyX9MVImCWIvAXU5hYhyHdH+twVCaABZhQUHfQA/2LcEZ8v4&#10;Z8uygtJj7twu11+0QTWrlStSodwr0o49YfkDBX55LIlcQjvfclGlbsdIHRh+xtRACjqhYV98QWhN&#10;IHMYP6bfhGYUkx1j+pfvM2qvEzPi2vl8zUwsD5N4TigCv6k5TCUpGCTAnmeMiyg5X4eJGE0oy4tZ&#10;dgzOVaJxt9eOCQXsxLSCjSqmMwHxWJd0NlfmsrDIRS7DRV3RxIwN30jRGVhaBJGik7TOrwHwg7vW&#10;ZKDoUH1+l9guwNYF7u4EvDvvd96rjdeMvf0ZvO9974Fnf+PT8Oy15+C555+HGzdfgiuXFvCedzwA&#10;737PY/Dbz12Db/zwU/Dwg+8At9wzw6TtAbt7H+tgB6jCu3L8PU9khrEQWx6rD1qZbptaYWgPxyza&#10;snXX1hAuGlC437tgnGkVx3ZMPvbKAHpjz0mxxB4+FJakXZ1UOga7mqHpNBBi1p6as6N9CYoHJ52i&#10;kGQOslEuByMqqAUll+5BW0PIZHU2STxsVLbB87eZnyeuhg4bGO4AMMbgWmxgbEPN4LwUzjlSsiVx&#10;qdmhE/Cb8VdGkhxtT6b0PuxUxAdbokeoh4SJC7gD+95cwO9TT1994kfap3/xK/QQeDz/ePv4eHss&#10;t3dXdLfttt12nu1vf+KTz3/nR576YZ5H8hawUPGiKApuEIa5hYak17Xvqa2VUskOTjXsPCTHXtPx&#10;U2pfpeiAuJmmFmHsK55DYvhBWpkTQmQBlRZFc3n3VMPFQQNKXeDNNYs04GJmoiauXpJONuVQsG8N&#10;q3UdWytWzERpagFafGhZMhZHEvkNk7OeTw90VwBfLwgyF88KS+2RftSV9kmYNKHFwXS7aED0GIvi&#10;eWqnoxEW0nkTlpisYgJvQpdKqJriEMCJeZsglaYO6IqkX4ccA0xrqNvrRybEXwNEY4WQOGDPl01b&#10;NKPofuR6JUAyUNQYXLh9fCw6V3Kd2zHDrr+S3AmzENsxtIKJtRsHXS8eW5WZdnCSwq124Zgnkxkc&#10;H98WoCCyolgOaqqf6QWAZDDMBhwlMBa0s9hOpjIBnLDzpqZbqAF01PG35CbE/jmgo/p+VWyHYqDv&#10;6HgFa6+AUzDYCHpJZKwpbvUlc+RVsEVBySaA6Qyo+kbfE9hb3gAcnxhDzOxbrpfS/j9fnso9Gb4r&#10;jAqfXSEYguyQomC3K7lpEb6IIuMGw5FpY9LAvUrGzAJjp1XTCUyWC3jxhd+Gtz30cDsPqvYbs0Fv&#10;Hx21j2N44PIBTJwyHBrfBxcd9u+N3ne7PljeveeHyMFUsDPSmAdIboECjtmnNmbUEK6nsjZzHT2b&#10;B5o0b7CjtbbiBpDJkucAKvBgW/t2vBLM22uKjY4tZ6LzXtyzmUG9kgLL2saPtOhFxC2BiU0T2nSp&#10;TOaMbcdJoW8yjEtYgXVs0+K5gscfa682tNZ7UO4pc+lFzGwfjGFoHzaRFk0nhjoMzO2zWcX+nuje&#10;7R/sw5xB6cU+LPYYyNuD6Xwh1140SSeVfGfXmVrX16AB5SPDNYF2NOhL66MivxbTdAqk2CIdmxej&#10;GsGdA0sI9xeUGgIEN4F1ub7dWcyzc69PA33oQc+LzYl4jl/OHOwvHLzWXrf95RJeerGG13ANn/G3&#10;2nv+s/CNH1zDp3755+FD//4fEdkPZVXb9aF7dc5KAGp74DOxTMfYkmPn/25A1NJZ2OKhiS5GBFkL&#10;fxfx60m5ZKY9AZ8TSl6QtkgOu/k9pAVSY9Q6SveehZhk07pxiSMbFmJsMu4KPzQCRQqw6rPhKosB&#10;Kqys86LbwYKFIzhmGphRXmRgZRozXhoVgXDR+L5Ar0ZvJ+q7iFNoBYCObqHbXPkd288+Za50Ko9r&#10;mRUzQ51PpFkyEx7KipUE1AdFqR8mdy8udhdUuyZ5RwaYYWAB7HZQ61xndgf2vfnbX2ofH20f7/8K&#10;2282GPmuJ68984u7S7jbdttuu4vtJ9ql6jsqhG8aLnNhP7g2apwswqavxQGXLm5lUKJaYSitgBT6&#10;D50ylRoKjqxYJtUDcVWRKOUOhQSlOQbmyNVmIwsOPB2pMHQIEsQJtlbNPnneKFvRNcz885pMCkgS&#10;GI8YW3VdZiASZODuHuSjmHRqnEOpxSM7S9SVQSEsTUezOnse0ORaf9TTSMTsffZzD2/oV+8L3ROg&#10;Qj8NCWOQiUBlsBt0avIjw04Q1qlaYx65DQ2cDLzBgCaaRhmZk3NoR20g1yrEDrCZ7xUKw85VyR00&#10;ABzxbuEWnvYxk9bdRgA6axKx7860z9SnT8BCjOA6RbMODjIrASaSbXJM1nwUBUvsHsTYfhMdgAXE&#10;rAyYURah9hXl4vDpqlMEEh0cnZ7C6zduw9papQJQoyCRJl6B4ahMP2NMGujX2M9gTsbeqFY+sLLk&#10;d4pUSDJk+qBsFsBge2zpBOriO0MZrgIczkxtOq27mqRg5nCqU1Zw/vVxbLosAc1cew3wY5bWdW7l&#10;43be9lw2vhawlQGl555/QY71a69+jWlC9dutMEe288S7246UJduF1uVglpkMHZDKKkrYfbn/yJls&#10;Acoc3Egbm4tC96YrH12n1YSGysRHrjdjeYltl/BarcBwQs9z7CScP2m9B9OKQvl8BnKZQX1yupIC&#10;i2jtGdAWiiU+tvgZoB8ZexT1lHTffalNiJiBnGQMczVamszmsNxfwMHhIVx54DJcbP/dPziE+d4S&#10;DvYPYblcquustNCy0+xcADwek669pyvTnlUGMQ4UJco1zYd7H1OlKjDmwkDGbvEFulqt0Ju0qZNA&#10;5wBvnP/OiTKdT9dt8+ds+nmb7xhnw+FW37nt30aLU1YU4e9mJ+1Xvvg8vPriFyTembTXfbm3L0D1&#10;Zz7/Itw8WsLv+YbH4farz8PJ0S1oLl6Q9vC77IYdjcjCPXK+67GdXuKdsP+GXj/UNsov04KVU1a8&#10;FAgcdAa+FimDeVOuURrE7DAVnoQFjLmLKsb7jTLQyMUOfFIGbZhTQBnSXkQES6kIAY3i0mtFcY75&#10;srbdKPGXt7d3gUErtlWih6uAldbBKZp5gXX1UmwhLtspQgHQR+AURwZHMtfIJw4ceH0Kz7pyKuo/&#10;C2E+wLHoFAC68WUnUMtZ87SxGDwkNwCx+7vcQ80trCITanf5EfRjmo0D2A3vYEgl3HBbvYybuAb7&#10;rKvHxbVnB/a9yduT1545ffrqEx9rn/4svBk2SOffVu3jv20fP9ru+3p3BXfbbtttd7P97U980n/n&#10;R5767nYx/+V2BZuMB3EJ6BPWj1egRnwqmkZMO5i23jCTRUALp8K95KMulkdMLbRxIQ08G4waTUMx&#10;pppkkMFHJZqDA0L3QVNkXN4+MON8Ym6ZDlXTsB5bbYCftU+6JraskbjCogAwohWHxlZBuuNFxG/A&#10;+sRV15Jp1yE8BnBNda3L5J6ySuvm80BQIIDZVzBYg1kE5UfYRZuOC/MA1C6wcwOoXIbh4qg1wRa/&#10;xRIMpAGVZz0ucy3OwDMMEfIG08igNVdVkzjugqkFoxlspnF0+7a17yIc3z4W8MA7a9FzE1ivjvXv&#10;Bgzq53rT/WnsqqJoA0qCEkw3TK8oATCW7WPpJiccXDbUaL+LQcfKQE3MDRZMOyw/T5iBvGBu07fa&#10;/X/ltZtwulZwhqzXUuNaL6CpgHrWYqytUSkRC3psZDpGFMBRyrT+7G4Vp+vZBCbTKcwXe8KEDGYL&#10;OSwJI0BfTBt8CQp66t42mVMhJl1Kuc9sYESWQAShLQFq731uj37uiy/A6erU2rEUVP3yK6/Bb7/6&#10;Orz77Y/DIw8/aAzm4V2l7GbFDQyEmOQVhYyBzSW6RpedIOYsVlxRB+g2mGzntnV7sKsGobZ0rPbK&#10;oGtqvS61z0BEVCMXNBCNtfbaaVKF5r1pRTldH4RP6VH07+Y0MYd2gJk3aNtAUP4uBnSPj0/hZLVW&#10;bEUYGRMFu4MuaUg2Q+8VM0Arpw7p7X04rSYCEu/v7cm9tr+/Ly2zh4eHcOniRQH1Dg734WD/oP3d&#10;vryOW2mXzMILRhXMaK2qDOzP2mcpsZI8VOY8D8mcRlr+XFbE2A6yUd2q89ldvhntoPd7ux/tt/fi&#10;s6QIRDX49ka4+dqX4QvXfhV+/Td/E1bVvB07B3B0uoKb7fzIRcGXXz2FGzeP4PBgAjevvwwPPvyI&#10;WCQhuPvOkLx35zOBNDngty3zcqtx6VkSVrVuu8UOyKa4oDEXizg5EmNzZnRAtumh8WUMyFuFaYVz&#10;prc85fgNUzutFqCcFhJcWTVEDPIcnXkaqUDTyOhx6XAM5jetOC50TJAZ/GaMjaaG7ZT9H4tUhGlN&#10;CibbDpI8BaauEhyJuSgwz4Ih0fmtfIevSVgDA6svB8cI7ty61ybTzfcJptNtHTWND4UxX4y7UkcP&#10;4ppxVtC6Ufkgr1uPHoYbMBVxO7DvLQL4/dzTV5/4a6D6VW/l7efax8fa/f307qrttt222+4h4Pep&#10;7/rIUz/aPv34qIdCkIqLQvlVBA6U7NJY6xiLmyuDIoFomC22oAER+vizBDjNAAjVw29CglQu4pmR&#10;JyQfCU3W/YiLLFmw4IM+coPBgDXFLZ4yE4vANlGXUm1NdloNjeydsRiB+ok7lE63o8GHJY+8n1UA&#10;JAK90YCEwKyJJh2Y2HMiLA/WfUfDwBjCOJNDtcrK5CcLvYSVpr/3mwE5TDXeiEsNRVbYHQNUpiBY&#10;GmNiDsoV7ULYCVINqPXh04yZ1umtCy2gVFAeE9ADhn0EZ78Q9GrVvjK3TBSW0t7eUkAwfn7h4iUx&#10;I0ALOPmasUaXVIXbH7h1d9UmjkGXMIC1DAC6aVUCPg4z3RmrascgG+1aUBwfbCKjSQe3B9eF77Xv&#10;3RyBg2QkyPbH46NTuHnrBI7FlMRHgweCZMgRmHw5mErkC820OOZ90k/qBtNOzFdAWpw5cWvi+4Nm&#10;XsnWpbyHB9I+JadbKC9wroAOJTge5jYMLqKQpAjSfatMC3ZPPmnPB2u0BSNn/sgvvPCCJLLvfc/X&#10;SDEgALRDIHtpk9jJOFyHiYCZ6HcuaJ4x+DAC9iNOQNlwbtrElg2JGLBbMXDXzqnclsv3gxitM+uP&#10;H7WP9ylr3TnRltQz0h6+MAKFrckO7YJTK+OJRHNuIuO3ks8HmIfiT5xUdX7mMcYtvMyoFjAZ1WF7&#10;PplKm3t47B8ewOUHLsMDl6+099NFuHC4D5ft+cUL7I7K7bNzmDEIyFqVYl7hywLQkGVwP92LVycx&#10;8pK5E2JdZLkM/oafvY0hh9uDO8kYlGAbQdZNgEv+t3sNBHZbP+8EULq7feq7ww595qb9Oe8+h4KI&#10;FADrEzg9eUX24YUv32j/f729f2q5j3gcs3/T6rSdE/YaWIseK5TyI3dwjjefhTsQ7x34lLsBDs+r&#10;wahGS94Mzpy1Q3bAUIsZk5OsNmU2DqM8gRRaHbfHU2EOVU36bPycdatttAqWcXFAtH+ZnT3R+daJ&#10;A31WPLG11QVgsBd4UNHTQNhFhJI5hTOjImE1YmawZUAmYV6EMlZd5Lu5rCvDdYMqfeqzuoxLba9d&#10;fdr8E4eWiqB1qIUhX7rXYx8A7GJ2uGkN6okZdMHE/GeCQn0ik8rxoRMDIQKaaLlFb8z57Pxm15B6&#10;TOPhOyP2tuR4Ye5sb4GSrC++bDAiy092YN9bZ/sL7ePb2sc73oL7drN9/Jft439+8tozfnepdttu&#10;2233YftL7Wr3x9t/31es3BnUlpTMFEjwIbjJZP14BQ4svkSbCWyTLugX2uL6bag90ClLEINoc8Hr&#10;Byha17x9qMZkwhUpQD9tmyz1UVRXzfRUpNVCGUvSdmK/c04rya5I1E2zkBKM4oNRwEBO2VjbSQIn&#10;sAzBY0scRfCCA0NuCZqhsnA4qK3GThmSHW86HxkWNMhY29j+lMVPLgcujG3pfWrHFdYQ9T8XR8BQ&#10;zNtuchTPgLiYBrjsNFIWYFNq1Ai6k2bFl85F5vpaMvj07z4L3mKwDEncPwIAWStv5Vx0lU0akl60&#10;3I6ObisALG2sjYAQ4UUMgDBrVIBC0HbY1JrrzVWzUsCKIfXKyedMILTJKqOQOhEnGjPAZ0lVbA9U&#10;xxBjdrkMziBwRY9Q0hDy1mrJQSybjBydnAqLRfXzku5buB7ep0Gex8PRnXdLzSoGToLhQoikk77k&#10;5qRZdboxuiHmGQQOJRfdkH5Ew0edm8P5UgXA1cmqTehXkmiwscRs4uDLL74qx/sNT34A5vNZMnDo&#10;ANbDSdDA1+IgWt5JjMfOSQaq+3T+pC3WdAq1DRfhlEEKUHCvDuYpjQK2tYfI5ORjn4gjpF4jtpup&#10;SZmd1gcnZji1sLydtKKJMY1j5p2H+WwKi2UFC/HMcXCp/ZAHHlU9w8l00d4n+9I2e3DpAhweXIS9&#10;g304aH/H989yfylzM7NmxQhjUkVIWoEnD0Nur10dsD4Ihj3WUl6iyWUCUs6c1rZoGDrgYAs5ZtC5&#10;zsPfOfyabUGYbVxatwHb7t7AYfvtrH0vX+ve8KBI54iJzWXrdjwCPHxpCZ/58g1Yr5MhBA/92bQS&#10;9+TrN0+gms+t4LE9ELb9OaN7cmRD13vMufm8x3AWMEimg6n3RzbPYqdFEsqinUOMPlKM63leLycq&#10;FZG3+w4dqTrToxQjJmYQwrqaXFjin+N6Tn3rJmX15cUiyAC6fIbPTTqClnXSEaxcZsQRS9haHEFT&#10;FQ5AH2VgUcEqsyJ2aMsOrENvsY8rwyj7vlIkgEILbLZ+EBQhbf8sYpDywVh47I0VmyfH9PDKmI/K&#10;ym331TIWm2LNC+69FP2HMBXbir6FzlgsLh2WOPxZmHiIHlwHlEwL7Cj4GY5mB/a9RbYnrz1z4+mr&#10;T3xf+/Qfv8V27Z+2j+9r9++53VXabbttt92v7W9+4pMn3/3Rb/me9um/yINrXUydBR/OtPpcyR7i&#10;AIYqY52tzWnXmwaJl0SZwZF10LoLFc1ynbw3gbklnmQmH5xwmupdgVoVxc7gcMZukW0yuZjO2scK&#10;TtrklFkcLLLNiepspm68lUslPm1RVIpgY+22WX6twBQGh1cqwarwWp8FYSZ+pa0Y3t5DCj5OK30+&#10;Q2n9YPZN5VKlNlSGsctiAoimHNhXvR6JcXBrXKIKLCSLdBrfZIFmELpGwDM+S/W4yl9G4LDJQFTK&#10;7NQiKkIFQJKksZTOp4wCKoEXTIFjDCipPH4sEnYsgGHfrCMILf+11+j09BROTk5hNp+2yWAt52TR&#10;Jn7cvsrniV/jVzymJllHkiKwDOapc65+VeMV5GVGIINvDHA0TWqL7SK3pM4HqoEkF6bKzlWjCZKA&#10;OgZky3mpyutBZWLN6ce6YXZiLYY10tbu+0w06vBXi/p9bC2lweSg+HpPvc/aOnn17twTirQC5T/z&#10;9Wky3cQsOdWx6ZWewQzH9QrW9RpuHR0J4/ELv/1l+Pr3XoWDw3lnHA/5+24BuozefpsdFQMvDXOG&#10;ibSnGXhq16QW45p2Xm6fr5mh176wNpdLNkfxxgoREDo4wzIzpp0HWaJhbsWWycyAunac7+/N4eLB&#10;HhweHsCFgwM42F/C4cE+HM6r9jXt69r7Ys4OtZUypLUt2o2DCNidrDMQL5I6fTxfOatzE9hwL0Cx&#10;bbchttZZDLM7NUK4F68JwPy9AqfOo813v9x07zimcCqdwQWYVXuPLA8vwjse34crX5zAS6+usnlu&#10;Al//ngvw0JUZfOZzBPsHl3R8n+P83A2QNvSawHZ7s89lfnw+6y7gNl526Fb5S41l4gxH6ppd6sra&#10;9Zi0Z5tZx1Nrmax4zrIOiwIQ1nnDmZN5YG1PxO8KTTeQDbAmEoPNsDGN0m73AGX8vJJVTcHeKZ+j&#10;InDq42sC6DZ4KQx0c5CZrjn9/MgkdMZoDHuC3fX1/POVymncIYBu+zc8Lu9g9Y6uyQngO9fOEI2i&#10;bRJHOxfjRzwPGzY4yEHQ4nNZXN9xmbb66FAOsAP73lqA3z95+uoTf699+ifeArvzcvv4wXaf/u7u&#10;yuy23bbb3ojtp37m//qX/+m3/5G/0T79GEXGQubSm7O0rJ4o7bikDD8x3Uiqw1FkmbKkkzAw84LD&#10;L0SK/qbGEu8LozLT5CUBEuOiSy5LiF1v1fa+AwQU9H+uFDsB89hFbzbjpHRl1WYHsyk/JsLgEfaf&#10;6bV4QaOakrtDwQnOm5aV/Zy1P/L7iDLHOJ9cJsnMD9hpTAXqvVSgJ7NKYhl2cxOwKDBbHMSKdA+w&#10;o8Bc8ZkL77lUvTdAEKnqnLcMV3mOE6mOoZ2byt8bs85Fhl0O9TgTtcKolxir0wRd+2BlXGLQzaHU&#10;W1lYxHV1XABSp18KA+UdjgwgDTixjSxmBZDP3mOmEu3GLDhmdUlrV/vgMRNohALQ1nUCZB2Y+YYC&#10;elmqLVpndb2W91TZwOcEhRqKiY+nvKpsJgbcTixAnpe2wqjfSFqZ510lA2IDSy8wYakDxIqOW6Nm&#10;NaLl1vgsgczdWqHsqbbnOTtyqKEN80vZyRWoVw3IBeah6M8nm6Qo4w10xXOoiN8N5csLD0mZKQHn&#10;0fVaCxxoffM8Lq5cvAzP3vwiPP/FL8Gt67fgXe96B1w4PJABdTa+gWdAfBmAnd1rmLOr8+Msblln&#10;LWAYgVi0JCQ5tZr7rolJCXe0PR/shMymMvIJFQPVM7h84QAuXtiHiwcHcPnSQXuMh7C33IOL7bHu&#10;7R/CYuZgMVHW86R9rwL7Pu2tmIBgnL8pE0tP5GOK40BAga4yq6rWK6PFWNO5yyiZc+29Y0/hmaDM&#10;nQKC5wEdNwE5OTA3BprdGdCUPmMbp9bzAnt3A3Td7fds/lunQBYsB1BNFS5deQyenR/Cgw/uwwfe&#10;/SD8Gr4Ot460iPLOxw7hD//+d8Prv30E73r/N4lLMwPa2k45BFbfOZh8LwDRcpycrx14W3bo2D46&#10;A64Y7Ktc0t4L+qaxMBuEirPWVGzU0ENlMzy0oVq71rbrcWCbZzGBp+TM6jLpEPGmwtzNmUx7WovX&#10;VUbY4nUxFA80nMgXJyr0gDEw3UJcZ10h4eegxJtMR6gogMW1y+ZvjDrMmT4vdjw4OuFMnyeMg7GP&#10;mrzZN3bZ0LkyRtAFRCphsqKQ1F+5onyOL/Cx7KuG1nUPfUZ1KLkNFPKMUY0wYtaVrYfF+p+NEaRN&#10;RaYQgvoineA4wOehDkAiElg+0uWI78C+t972g+3jW9rHlTdxH/7X9vFDT1575pXd5dhtu223vZFb&#10;uzD9uXYR+9Y2wX0kAXRZkiEqyM4W7cYWWidVTGEWcVtFU0O03TDgL7HOXBa0ZIESbZbmpVgVxh6O&#10;hwH9MR1A2pBWo+lEUQbMqeGeOn5yYMcGAQzYzE5X2rzWHheDf1wBZi0pBljW68ZaF5vILAlaZJFN&#10;Bkm7zIfnPpgW+Fh5F3ODhpKjpE+/D2y0yk1gsWRelgnSt1EuFf0mrkj8k/NeAmYhS/RHIvQe0JdL&#10;0AyDFBiL3cGgBCm15kYmHaG12oTzA/0ALPpNhMS/SW2pBpQG9KjJ2DzBKXo6VdblxBnbNLqr6T7m&#10;wFhxBK485tA65M3ND7HUd6lEQ89JG5EKfFfC/Dg9OZJ3rtZruT7TyUQezNhjlh6zGFZs6BACfkrZ&#10;R12vzKHPCZCIbmIMA2/ghx4K66oFwXAhmbFWGnrVViRrOLIKNFoyEcY9BUcS/hufT0zuqpW9nkxg&#10;nMRwo5bWzXTP0nCCHFr5KW8FytlMA0BfAAMzw4UuOzMkUhSgH8JEZsT+sCXM2+Ox9HCM73MQBUIx&#10;ODI7s+nJXXKDm7XrwADJGfbSwYX2py8JsPu2xx6Dxx56MBYdhmSLfE+2u28sVDbpYjnGAaBMuSgm&#10;s+FzIlMRFUR2biosFm6551a1C9NZ+8VT8O34wskMcL4Hs8UhLPYXsFjMYbm3hP3pXFxnl8tFO47n&#10;kc2sbJwqKyVQ5nrpBkET+bswv0vHYcQusIVFR7LrZbFUnJ1toYltWmG30Um7W4BwG1AE78Ck4374&#10;c5yl93cnQNW2IGTOSDvPNbnT6zbk8Ns9fimQtHP3fHkADzz2tbB+/SX4975xCR984tF2zq8FIL/y&#10;wCHUpx7q/XfDv/Ph3wfL+VLe5+D+7fvdfO4mZ+OzXJTvxqU3zBmimdfGMcqwc0EerwxNfA4KBXMq&#10;ivMHz0mNOeWK7jN0pBmcvt7noHXwCHMaD/F+NMHcN6wABvIl0DBb95pydva5pEhoVjFJCy20hbZg&#10;M/GSYlxCv3wBdlE+E0b94NyRauPd44flIqgztwb1GyQaANxMigBH9GRjZEGFlF+vXBX0skdRNFuK&#10;KXU2FPsRqn+U8ga+zk12jxZLbEaI7EKJlH0cUsmupPFEqFzKYozh48/YGeOZ0XrxGTJ/7FLLt9b2&#10;5LVnXnr66hM/1D796Tfh6z/fPr633Yd/trsSu2237bY3Y/vJv/tPX/+BP/XRP9M+/QcURYlDFKZA&#10;BAWxeNSmAm/OlUHQXkGWxhRIUrDngvAyZBpPW4OQBbY0/ipKgEYKbI0N481tl3wS/TdWXd2GEb6m&#10;wnyBARuffTFXftkxkrf1Orl/eWoSSMUBSdOYCL43sC8AegoMNvadjWnLibYbKvMwgIHh33DkLFa/&#10;t1q2CftMknJ2/xN2oLTCmYIxJXl5bbXG1DpCLoIBY/he2ZaQIkO3TWyPpcBxbFE2MwrVm2tMkN8n&#10;VqOBTmQ6hl6FZ/Qa+cSOVJZaAArTOVJGqRO23XIxa5MsBmWFaxcD1mB64Xqh55C1WgraHA2/RDTz&#10;SCGoClUHiM8tt+/ytRFTDQHw1kVgyvvJJhzz5TIG38rsQ3GdnTFNwaJgMboR389K9p+1/1xoHW8S&#10;+CkEiExDx2UAOKEqzFEQmCaKjK+QcMi+eZ+gpAA+OIGV1e0QMOEtSGVFO0TT4Us9GEOQQZ5NzjND&#10;wj5ZQmPjgbC8tcfwacp0MDcCCTDQ/twpasQ9yQwxcvMLMqMJvjEee/gheOX16/DYIw/qmWVNTW7H&#10;RtPMy9u4xpykM7Q5JJZJClJBay4yiJ5jpc6/09kc5vMFVJMZTNsxz66yrBc2my9F944NLSp2NJ7O&#10;YdK+djafCetOHdQraUVW9kgC40Oy6wPVVeZ+HxPWlEoSlJZJOMqOuuOi0z0C4L7atwRMUQ+w2vYc&#10;93UO75w5dt5W6PvZbnqnoCRlwAMG0Mix0/MhXH3/vyt/+fSv/DycrK/L+nT9+gpeun4dHn/3B+EP&#10;/kdPweVLD8Nc7r9JNEq4H9f8rdCie0f7b7Ik0xmb6EwVwK+yOIOPi+MfF7RyvcpB+zF0xmegWCo6&#10;oKdIM2uimRwDhNqJwmWLxgxrpdgqOqUau3lxrk+MdU9UuOwClUsfP8mLiam1NhSdvDLx2+9uGotF&#10;Mw3qdG5cT+c4SVHjPXN1dp2leyymywZdaSpVRkxmimdyyS7Vy3wAOMO9NLY8bNGJHMq7hV8I5WeZ&#10;yuMbAPWE9e4TFZO2yDeG78EN59ZlxnKWE+zAvrcm4Pd3nr76xJ8EZfi9ERuPir/SPn64/e5buyuw&#10;23bbbnszt7/60z/zM//FD37vP24Dj2+lWFV0KTGlUC1ToAbNfTe2/IrbrjOmnYvLr2r7JkfelNif&#10;R0OjBAkKdhvBYDAkYBqDbE0tAZ20JQaGnbDtfATkGKBZrWtxhvTWtijkK2zgZHUqwB7/HWNrqbL4&#10;GvscHwE+NeKQ4NHaDZoAdpEBe9pLEQPMEBhQ1gYMBhKtp176Yw9Waz2O4OAGGZMuGHD0hKqTwxtQ&#10;ySQqqpxUiiifnUeUL3BZ62dgJHpx+Wxgze6q60YAT21xTeLmEbgTIFQumJ0jBUwDMKqGF/a3GPmr&#10;ccp8NpH3cfsrO6TOrK2wciNuv3l+7LYbdvEjKnXdrSgBq+t2bKh+pRMXUP6aaZvIMBOKj10DQGuB&#10;NddZNeew+yrYuEEWKLfHOK2UNUh8zZ1pzDG47FxmRGE2f17dUgWQM4dpMu02siai0HoUW1tMz8aa&#10;ke0VZu8s4JJL2BiZM3OhlTg0LLZvDcu4nwk+8pSNC0u24t2+AervkBGoSI465iHUCegNYKVgUhJl&#10;CMzdmgz0JOUAcvLIrMp3vePtsFqtBIwP9zW3dDMrMrAIXJizKLGbfICfnTOGSyXs3Qlr2i2WsFjq&#10;Y744EFdn/t1suSfMu8VsDshji/vl233g7xOtR9MPzWUTcn3VOD/H3aGseJIBvTa3FPqVmfvkuNHE&#10;vUlE71Yv7yywalvW2t22694vcPM8bZR3+3nDfzufw+xbe6OzAVKW+GCGdvtkubcPv+uJb4LH3/kB&#10;uH7zNbh9+3Uxl2Fw/cLhRbh88QEB16WFN1kYQd4afT/GzZjm4ZBbbmx9HPyskfMR5hZQLTqKTKqq&#10;nDvOakGHZKyg81coWGVGRqa/F+abWMBCMpSMjHnuVerEh1jDF7FNaPknq/QGUwotClX6nQ6jpEoT&#10;4rfGnOR7xjraaup9eW7j/63YRbElNbAI7TVN0rYt4GTMikmBEo7JkSw665rpUT50dS7fbH6VlWQG&#10;+jJoeCENXnrghnU3uv27GZKXO0V3zT7ygnLOgEvSElTKiXRBycJkA0tX8BHEkDKtPaJsD7Nb028K&#10;A9F1EMAEPY4Dhab5a9dzB/a9dbfvbR+fah/79/l7nmkfH3vy2jO/sDvlu2237ba3UAj8/e169fvb&#10;ReswCAhXxv9vokiGsy5J0x4R4K+yIAEtefbKTGGwo87bADtl2qBt4vrVzs1pBUG/Opoa5iR447bb&#10;upakvF57NRqwYFENB4yF1yj7jkX3T1drOD49hdW6kb/XbaDGn8FAEgM6FILOTH+PrD3XG1YSW3W9&#10;ViMZvAmOb1HLLFSMox5VoUcdMRX+rHk9k/2ure8k6JSBCVzXXgMldCFYw6ivSLnmywi4Ok5CwEFw&#10;sB9UdTRh2uMN5/vkdCWtz8xsW6nFpwXXZkhCgfVH0mbZkFbbAxNSz6kxHhk09T5kDeKut7+3lGuz&#10;WLbnyRgPzsaroz6+h9mxkLHghjffO+7K3EZdFsmu22NEc6Lj1l1nTs6B0egm8/ZcrM2ROrgwK9in&#10;Y7GBiacIkDf1OlX4XQhvK7nWEei0g0h6gj5jBajrqrLZkjN1CtSxOC4qHWsERArWFZmyZdZROTQm&#10;xmm3uOF32A2TC9tsGqiyb25hjG07XRFA4xjIv9ITlLmEk4/M2qA1GAsXVMt18Qb6C8DW/r5uTuFT&#10;n/ocLA72WTVeIMBp+6+Ab24B8+lCW//nDAbMBbCbzmawJyDenrLzGBhgiYDFHCaTmfwsoKK5ggsQ&#10;GJglRXKGnQTe0h3MtKNAM0zMk+X8elGeCJYzKkHOJukmMWNgwwbTkC2ZZqGd9bygyJ0ynO6XKcd5&#10;9nXse7cGUPCcOqwd4Of85zJvuT/fNd/md/dTd7H/Gnf2+2xNl0IOTmEBqu17cPGgnYsfV/a7OERP&#10;2jVoao7qKOzue31M9wKIplD0G3L3Llx6S101xEwP2fReczf6bc+9lMcMQ/IN2Xyl2s+eKIWAGQQj&#10;u+Ipxk9a8NO4LBZsoSwgekp6smgFKPQcLzhZCRpMXQJNG5NItwRRZM0HACqZbwRYj3rrj6w5Qcgt&#10;zJuU9Ejj8ujCHI2doCsw6LFzhwW8ycV1m1ymXQvJZT3zmys8zArfDOxoWvcI9q631AbpG4xyLVk/&#10;MA3hYgHoCnkCdYA3eyHHOj47rxgAUhoAWlPQhrEPOVS3e5y+TiyExfEmB2W/4f4aKgdkYCMNzyPU&#10;lYqxw9uBfW/R7clrzzz79NUnPt4+/bH79BWr9vHftY8fab9rtTvju2237ba30vbf//hPPv+j/9XH&#10;f7h9+uN5yieBGuuEUVNUJ4twyEA/MB9fj0k7DmNrqQYvAorcF7Ay0ejrpobjkxUcHR/DyYmHo5MT&#10;0VUTcKnRQF6AuXZPOOhjgKZuo8h144WVJQHTuhZwR4EeiK2loUWSfDAEoOSua22aKaSm+N58H8uA&#10;ydC7TAiatbcY/Kq9sQUDw8nYSCGCwULvKum0qHQd5rnL+RKLASbPMCyWdPTQOwEfa2J32hXcuHXU&#10;nv/2GpycCpCqhD0yFl8WZIO29irzD+0cQ2T05e3N4rzZjp85u+m1v+LWqYN6Lzn+IeaEqkJnhfDs&#10;hpgYwBewXwC1rTlnxYy7Gk5PVwLkkK/VTMZcSvg4OOnj/Tw9WVvbUhoXrC+4Pj2B6XwujEABE9t/&#10;j0+OJaFUse6UBHALZmrhMp02qKL5BuSpAwalPydAVEj0hmD0AjAILZ3E+725FS1p55wTnHEwUIRH&#10;a+keggfvbJbw1lPOLcVjILc3HSWZi5yLSQSb4KgPCA+EmeULLBDvYN1en5defLUd3xN453u/Fr7u&#10;fV8LFy5dgcP9C7BcLgEWs3aumJjBCiobFCBq2/lg/IIUXbLRmq672koNQdITfAPYVOdxRr23IMa9&#10;cYE9q80xP763QivkNsy7+7GP+fUdA43GwNCU3NKG1+Cbds7u8belNZQPb6qGTLPcHMUAnCoz/Hkj&#10;7tdtx/q2QHtXyy9+PpuvBZMf/rlRYxJhhWeFhrPvcJ2UpZ0SbS1jwM6p0RmbpHE84MhFWYrAJveo&#10;Rj9cvpBioBRrfSyqqUMqZvN+eK83sppKS/BXsR3WhGxut+IshX9zIygfTFoQuk4Q5fH6qBEcQaQe&#10;2FUKy0WdTqctzKEYxy7EFHlqIdjc4txiR37iLbhRhpbh2ADB894DbvCeHSMtloNRL6SjYaVvOtd3&#10;9uPmwOTcgX1v7Y1ba7+9fXzoHn/u/wvK5vu13Snebbttt711F2b4iTYK+U8qwA/F9TPiAS4T0A/J&#10;OKYeRFOKJ/s3GHnIZ7jMOIIsufZBUysssZSMAToRAAdgQUunB/BlSsRkbbQM3HHr7dHxGm7dPoab&#10;Rydwclors8yCQSX0NMbIS66jPgPnFAOoIyMmaItFxhhRFnHlBhLR2rhTEexbkAbftgitOoxAmEWu&#10;1vJSaur5XOA94RVjUchgwFoAgjTc6ls64JYf6wxZ8xac8j6ztuGt45P2nLfn/cZJ+/wITk9r08BJ&#10;LTb5z/owrb74X2D9+XhO+TVigNFG/pNpDauaIhjqh5KMQquNRoCfIgOKbEUqrqUxN3ACR6vb0qor&#10;Go8TZTxw5ysnfQIet5/B7UrBbZdfQyELESRpAvXJSsxFgvMwV/HrVQ3TvWUc1wqCtOPC/f/svXuw&#10;JclZH/h9Wefc293TPTPSjJ7orUHCSIPAIHZ52GHWyGwA9u5GgG1JCMzDZllstLYFxoBjgwC8YRZY&#10;WAt7bczbSMI4Yv8wu2ZjDZjFXsAWGsToBYx4CAHSzPTjvu85pyq/rfzy+zK/rKrzun27p3umcuLM&#10;PX3vOXXqVGVVfvnL32PH7H6UikEXOJMJizOsAWgmfLwiyEbGRacSeXE5iSG5vgJrEnxmypaT25JP&#10;u80sQ75qcRWgBMKoz6RTMFtltibQggFI44dHCP2APzmhMZ02TqIcRFn0pGrECw+FhRNN4oNENoBz&#10;YTIfGCDhEd4fAnoC+BcA2D/4/d+Fd/z4T8DF6Q686KFPhM/+s/8VvOD5L2j7wW6azLiil/nEtlBP&#10;PmeuIw6aFXYLCoir98TkPioXNJkU6E3BkHUyzVsJnJyNObZ+G+e17W6a7Safuw2Itul3Gn4tQVf+&#10;ebuByeHPpXMNBtn0u606H9u+d5XMdWifLLOnKhZV+tYCuIHM2WasVukeL751Kg81AaTRJ1nuAegz&#10;Y99DTiylnB5M+gdzZ/b2DspjrOPFKb6/z+dQ1Quo23Ga2gcehp9H4PduAB0cAx0eAN24AXBwBPXB&#10;IeDxMSza9z37W/4uwEteVAD1q6/LeEdzruZ7Wh0sTOT+3M2CQAlnCjdIXhzz9p6mnssodQE7ARZh&#10;GukM6PlyandigDQxfsNUswYwECPpW8FUw5vD4TLK1Kp9/zgq6GBoxikJ1aJsvRLH3mjvwJVguD83&#10;LtaELu4j28VqAjlC0f+INsXLfPGeXOeZujXlblES3iT7EAJIUhTDtLekv0GgtwP8ZTgM4vlFG/Zk&#10;g54oG/QRLMvnXXJ2ljVXLP6ushKkvEK/EdDX/b4j2HcHt4cfe3/z6EOv+er26SPndK6O2sffbx8/&#10;2G7bj0d4bGMb253c/v63f6d/+/d9z9e0A+F7QjxolC4ig2KF0xZmu5HAjAn+Ynak1BXMlJdmPUo6&#10;IFOnQl+DWoEpaBG6xvFaRAT2HnvxzRfM7js6OoXTefTts8l/WeqaV8tpwOU3Sk6wk4xpUAwYZjol&#10;MaH1K0ySkDLljczxUg+0LMtVPBUL5IVXykNhqmywAvAxR8zWKkvYTktfs26Sh9F/pwmuZk1kSi4W&#10;NbP7jtpJxGH7OJ3XspouhZ7KMHRlXoI3VN6cJjPKnCz2oY6pfCptFTlQLkBzoe3BD/vBrCsUO2bc&#10;LKht93NWB//EBYN9HMwhk5YIMMd+Ehh+nOBc1wwggQm7SP2BffmsN56FJ1FW++PryGfWQAxsmIjf&#10;X5oVllKZopI3Xm7eFuSuUOBSMQFw/YJ6iEECZfryGiSqnFCgfiYZiKNKADAYH0sF1JFkgigLB2z/&#10;JNHRIR0zBFJMqylc3I3+ijvTSfuoONDiQgDuJrmPREBvKIUzTsm5D0m04GK2gJ/7N/8WjtrJ8Sf/&#10;6U+FT3v96+HBB5/T7sc039d6Pcl1p319wA06s6RCcmUPndv6Pn4W77qh9501sGFT0Kxgpp5BXluk&#10;fm6Y4NqXY632Otv2eNxcuq9bsvhyPp97tuO1gcfdmYDNO7f17gu9a3w9uDcEqiuIv6AY6MPS0kaZ&#10;+BH8QHOD1Jqm8pNoOxKeK47V/qtufw80bz9r3o69U4DTE6DZDJqjY3A39gGvXQPa3wP/5A1oHn8C&#10;4MaT4K9dh+bJ67DYP47+wTLOeSq95UrQEEDtl+vDPdiBF228zBOHd1nMgUkCIYVCLf51TguJbHmC&#10;xjvOsr8FO+NrpYGOPxwWRmyaGu6kXnI6JnLdpFWbSkgtoG2kprRM5gzDvhJpICVeWGJrkompfUAW&#10;t1yi+5nk4HgkGqQVwGmsOYs+uvEwjMO7PyTLtu631Ms0K31RIFvFIJYb7O2aCdnI76OBz+0k2WNU&#10;DCFsZ/mAS/6xdoZxhnE39ZdgNTNOJ+94wO99jz70mv+5ffoPbnJTPwcxafcj41Ed29jGdre0v/l3&#10;3vboj/3wD393W4x+CxiwTgdyXZnUqWw0JHYM9MRh24nFMi7DCXIVSF2MZWg9dbPJUayBMpAW/FgW&#10;izksag9zDYwgdcGi8vV2R4RJRuTXF03LXpJsRKhgI+KaibX+qhIPL4cRvMugAmZvOoipyCCBDOrx&#10;4qUods5vUv6sBfXI7r8fWL02VaP6GTZNBPwWEn4SHpblmA3DaXgXvPkLgYGVkEFBBYU4dEWAQpBJ&#10;BFIuYhkPXFMF+96Xt6v0LsuK259HxzPxVnM5/CQAfBiTU8P3ZoZf298C0FxJeEdmjTj281NfOkzX&#10;lC9A1xgwI1Mgp30jynSDvNkVvoKUZLdxM8r29FEmKmxJZgnKhIhsEAPDxZpirEJ8PDcxWmLvqlQY&#10;hcnWfsfJzpQZdBfvuQj3XLkMz3rgQXju818Az3/+8+GB5z4P7rv3frjAvne7sDOJ3njTnQlLmwOg&#10;N+FQlkquEbl2nMu+5+AH5mPxGvLZRBOyfA3kGsKYf9Ieu//4K78K1/b34S/+t38Jnv3c58Dley6z&#10;196kqs4NhLudIIYFY25VGuoqwO9mQKzue8/ze9xpgJSVa97q/dsmRfcsoOFZz/1Tebw3hA82+dZZ&#10;oinsqEpWX7wI/qiu23plAcEeFE7nQLNTcIcn0BwcgD89BTy8Af7GPtDhMdDeNfB7B8zGg/bvdP0G&#10;M/Kao0VMmBXpbdNhu1tcxxLD9TboDIbT5cLr31h5O1sIoEEr2KnlcSKpEdn2QhbmyDNlMka5TrHw&#10;hUNJz42qiSbfwz2mcSTco0lYYSAeySXb3UsCfQwNi4qJXCcqC997tVoxi5CdmgG7Sbz2JRoEIpIX&#10;OyqwH+EE2zokUbk37DEdibSn8rN5Uc8vLat1fwftOPjvrgNa06qdgV7qxjlfIef35mWb3EKBUEjy&#10;B2rdDdsI9t0d7bvax5e2j086w3ufbB9/++HH3v8vx8M4trGN7e5s+B3tUPel7VT6E0EAPGZTeUml&#10;jUuwsvoqa79qpqtMPnSyOiYFmmUtpBRZ6KftDsnMhAHGK7WUQZ9ChppYfbJs2ESpbkiGDbLemmIY&#10;BxmGWYLQuurhNbVN2sekFikjB1Si2I37wuTNN+Cihtlsv6oqBjICoDBh/y8F/6LcAxU8Qf2JKeUt&#10;sYO6UaVStpfHDHuwl8AhPQA1/qEqsVqVe2IE2hhIQgmqCIAfg6y1HPe+HFjXunNin/yrWHIeSIKl&#10;DlTnwbDjMAF9CtKR1aN36uS4z1RUy5xma1hw4bs1dWArnsLly5eSLDb1I8zJ1eGzZu3rGHiqRDal&#10;Zz+QEZpaJhuNnPNofK6gmHoORW+3dmJYTVl+Hn3/gkP5IqXpBkQqQ3Vl0c5AH3kB1kCS77AI1vOd&#10;6tpLYZ9M2Dsr4UQlRm/7LQdThCCLaQXT6RQuXbynPVb3wL33XmGA7Mq997WPK/Cs+9ufV8K/74X7&#10;77sPdi9egnuvtK9tf7cbQiva7xv7fzUwkbFG6WoKnsU9PEnMSGbRv4tJrEnxVgmRneQHoC8YwX/4&#10;scfgl3/pF+ENX/gF8MADz2Lf0kuXLjHASLR8IeNm5aDLQJabBlhuYj61zT5s8/03AQhvHZC1XJ6K&#10;XZd72D6593am+t4K4BYN62jbROBNt79t3+q9n6iPv9g80s6Qgp37CcmFrMuAZbhVORYVdxOMC5wp&#10;tKK9r2Ngfs9mAKczBubw5CACdPtHUO9db38eAOwdgD84Ajg6an8eAt14HOioff2pl3FByhegXk0B&#10;HSBOQbviOUHKYXcdzCZvu38/sKw+b0A+/XvKdj84ZksCb9K+1wOpxGNhpYx2yuMRSEo4SchJ2icv&#10;Y7AEO4RxOrAbw7hes/dy/BbOiSeqp+KezP3DR59BNwFhTcbthQUzXigMChCfg9fAL1uA7Gtlg/TX&#10;IxnAryvtbatkj7EuIkiVDi6BnuI14OQ1DVjFik92DsL6J5Jz2GHFIaS+rPS5xCCEzCgPsnBlWBJi&#10;B5K29bT15qayfteOgqUfrzrbKIMPi5qkA6XqoieV0DgYj2/9mt5s/wxI/iCkiRaNXvKedVhoZ5rC&#10;fT10qRHsuwvaw4+9f/boQ6/5mvbpL29ZF/2UAH1PjEdxbGMb293a/tpXf9XpO9/xjr/R3v5+Ud1m&#10;WMoYvMUaFXWoI0xkmjXCQEtecpiTL3MKHPYBhN4AvMktdwCNM9UqlTYpMpmXYlolghJ2YN+n0mMl&#10;hFlGo60JnJ0Eqdx20Ag4f+e0cG18Q3TbWgC6SiQAlWNvOmYuVTFIIBk6CyuAj7l4uDhzvJ0eY5KA&#10;BnRlMbWsiCl+jUvOR8nmQ+kHpV9cMuHrJBATrBLQZqPpYW0JGXDJFldUTGnE46YRLz8v3ozmHBC5&#10;YtO+e+KoPwGldrbgGZBzPKlAF/0FA9PMCSPM++ytFgDm6TSXe8izDQGjJWQEXXRuCiA6fzcxPg9g&#10;2XzWxDCSSZyYUIpKpST5wmrAwcYU9sgMwAhkRtZDJWC8+CtaCaqmtoZJRKnnThNqDgaRD3/lK14B&#10;L3jB81nOev+zngVXrlyBB57zQPvzXnjWs58F9953L1zYvQCTnR3YaY/R7u6OgGo+eRNRj1W33mOL&#10;FNjGbpqwkcljn3EKcrdKh6krNep8Vvh52E7Sf+Hf/Tu4r/0ur3jlK+BPPvZHcP/998POzoXEJFzF&#10;VDqrBPZWA0ZDzIXzeq89jpslym4r+z3vFFfc6DWbMt9u9jW3Qv66CZtu07Tgbba5rn/cbC9OQQbQ&#10;X2gLd9uGg8AC4BLvnzEp10PGQQJgEhcUQgiXrxvFLtp7Z3u/D4sq/hQwWFAcHEFzfAh0fABw9Srg&#10;kzciw+7xJ2DxsasANx6HZv8Y6oM6SV7Do+YHJZ8+xUcmgIXPrIPVSsx1yeZDz2+mx7uB1+poQ7yQ&#10;FRdfHWUvvXXSZlYkVJgNV5wuiLoc4gaSeE9aw2XgJ4zjHFpGEaRroiEqsxnBBFh5A+5yzVSJ5Ycu&#10;poldCNcIPgaGNd3aZMjqxENB2/PJvNpqUSjnCYdtVgLShbEP84I3dU2UGSzLagE9k440bMv4DVJp&#10;nxHYe0uvJ1z+iwQIrus12An5olzXltd+5zqk1feBItV5wGeFvXzDOTdzh+htGH25s8cgDY9LuEwj&#10;NPCh2FXfYB/3M32kPH9OU2iSfXfYjxHsu3sAv//46EOv+cH26d/c4OV/CFGy+2/HIze2sY3t6dDe&#10;+KY3/fufftfP/Eg7MH+V2sgU46OYKMeMBpd951AhLfHfLQqD1fJXxE3K1Y1mOGLnZpJxJT3XBn9m&#10;gpBhGXQkFApORDzNlZ46BgxMOJz1I+FtUWI/JUARO8WeLElXDOrFkIAdBvsCw2nCQQE8WVFWnzIb&#10;sVw31c+KO16loqlEV+1n00CJv7xARKQBAM7Jyj/ForYT+qGr7iVYADCEOCIM45BrJ52U+w6q9Lb9&#10;zIUXKS+jaFUKU6GeORqmfuxSsUqJxdaID9+9ly+Jjx6xRyGQNZSOSbs5bAZySjUHZQRmQwjnqMEp&#10;a008IiNQqNOpAOI2EagLkq+JlLOJmVLl8GaH4ilEayaLma0SJVLQWc1GWL72nb0Ew/G+fPkyfOPf&#10;+yZ49Se9SqRZ07h1CdsoofgOQ7NjxG0TPs8CjG0lc6RtZrwEH/nwh+G97/0N+LIvfxP7NF64cAmu&#10;XA5g38X1E+pzlpjCOaV8bnpN2cnTWViE23q7nScr7awy4dvBwrub21k8FW/h3sT7dAiccHK/pShP&#10;DLu28It4P53XfO3C6Sn4k1Ogw0Pwx8dARycA+4ft4zo0+3sAe0fgj/aBDvah2Tts/34AtHcMuAjM&#10;L3sXyzxqWpFHbiN13ACQ1sgV5jrv2Qx63u56p62O6ur7Bv+czROgBrli2nD7ODy+hLrKRXALTegb&#10;JgCvMQm67TmoffayNR61/DdDxgzjXNXEBegqMbkty5NSenu5W6UKgc8Tg8flrjtVGosSIC786leK&#10;NUUM74pgprOefZBr5bTAqOoVtEYaT53df14QpC3Ocr+3L4XdwvWKvvM7DWizRfVAvZa8FmW/VlDt&#10;Vc5syx6iLatNs0CIndop1lOONSCjZ9/d2b6lffw37ePFK+6Bbw+ve/ix9x+Oh2tsYxvb06zEf1s7&#10;rn1RO2Q/L7LdKjaWrqkuIRplsAmnnyQtloqQABOs4SR5ErEHOpx1/qusHuoAed5ryAMJy8smZJqU&#10;NgP4uWSenJNC1eA5+p1EdlYpXbaHow+9oAB5ekgcqbmKAohOWHrAIN906vhnYB2Eh27XyXENkRge&#10;szQls/u0gOzCNbLyiV0/PC3saLAotyUuFTIVO1Gh4phGr7tYACng6ockcEC9U460ugCzKbkELp0D&#10;silx7SNM0oLSpyHTFxksrUrPqawqKvqpmnYz66Kt2BtJtmXPvJDkSrGvpxQ976UgVml4ldlfGAM+&#10;AkuTTdZ501H+xX6X9cIAqcTHzE0iozPIh11KZuXUjli8evk0QSeHmZMCurezEoqoZ5TeKzhKmSEX&#10;Ex/zfgEM1M4uynXvv+9e2L2wk46TeneWk4JIreCJEOUzZs8kUXkxW5BsHWjTBRzWsckcLqOxUoZn&#10;OQjEw+niGD7w/kfa93h48Ute0vajGdx33/1w+cq9BWNzO/CJloKbqwM1NptobbrNIVZeP4mU1r53&#10;3fE+L0BoGSC4CXtwKyP3gmG4Oml0089f9p7tzv/ZgMmh1yzfXpnkmrkvVIwnNr8AbXiVTMipsNfX&#10;sInofRktDsI9lNIiie6PJ0wsneixFm7aNcsw/WndPk4AZ6ecGOv39qEJqbEHB4A3QnJsAOeOoLmx&#10;D3B4CHh0wImy/mgGfp5lgw2AyVgdXtaw0MbQWNiYd9rj5JeMU24DuP6phk2XSRtpCYhJJ8fJF44S&#10;RLnK801fjCZJtu0HTTS4Y2BLVoax6288kK6gofYeqKegUODI2TsVmrOLMZwj+Ndy6eDEEznUKUvO&#10;uZPYYN5rGyikvsM9C5dolsHlYTu2T3jIljoBHatjsmDc9CQdG9BIV50MujjQV6ljUajSCC/glpGn&#10;6/gW9sGDWZQn832XdFATVZJfEBQybgM2JymjMsWybATjI59HH3uXWzZ2DQiiO4AfQt+3cDA1mLre&#10;PWvmJB11TLnEG987gn13UXv4sfcfPPrQa/779un/OfDnD7aPr2lf8/+NR2psYxvb07H9lb/6Jdd/&#10;+l3/+q3tcPau0hsEk7QQE1tMEz6pAN2KgsHh2YA9E1BBm74NhxNydRUwBW4aOVli78lP/T7OKRDn&#10;5Cu4BJZwIair0ijG0h2rOStZU2DQIRhZh13EdNHfxlVcGLL0RUFHhwbQQoOjluzBbqsMCMgTHgE4&#10;sjwZOwxAXFL1dyWeUAIZBIPnd6U8aaCuog36Q3/Sihmk1cmdhIL4qOeRh4SOYC5w+X0iK/GYgSue&#10;AmA4/5MoYfeUDf80PCXHvTDAR+wTFFma3lOeOrR/axZ1MgK3+10LSyHKzTD1GQ7qAJEuyZQy/F2L&#10;dZWMkHo1EqUV6wLAtHARlX5kKnfypMxClwtn6s/2mKlpgKthhqA8X5b83Eu6Gzb8Py/AKN6vlnhS&#10;6me2fw+BMifXPg5/8NEPw/XH/xAuTRGOb1wFd/ECXL7nPg4LwQ1YdsNBEmdlr+FGn7kx8ITntJ0N&#10;QK1Nzsu6z97EEw/P4Ttp/yi8ojboj6u2va0P4aZ9fx1zVEOasHBEXfW5rugfGkoE3qf7TEMVT2Cr&#10;9v4wt5yxMDaG+1cj4L6Ofz6n2/vgW0o1YOPBzR2z6/zhPvi9PZjuHUJ94zos2uuMntgDvHYd/BMf&#10;A7hxAM3BIae7i/MAS2KtTNZD4nL3xg0a8PM9S/VBQGvfgxv8Djd4fjc0Op3lLuWgWMwZBOV5wG0Y&#10;/lA5ZBxqjT+fLGLGNFqMC4MYATOuudrRXEtHxsww1jQ2dAMx1ycaBBXHU8ek/olDqeMo2c1UcUMS&#10;bG/6i6tMxWPSdQv/U6PptSAlCbBlarZKlC+9tW3Ii7Vome8GoExWw6vuM5RcXFb2OouFuc4YPGip&#10;o3Y35PM9YkU4SAmc9/dC95EEkEzKG+qITjCZ6RgGHhpFTfbtTYsLRrbLrEqytaRbMwx66bdOVBbr&#10;rmhajorKzo1g390H+P1fjz70mne2T98ovwr88JDW+w+Dt994hMY2trE9zQG/n/7pd/6rL2uffvGq&#10;+SN7sDQurfZqSAWK8XIaJrsqUsSNJqE3PeFPpXt30LZgHyZgT6WdzOJClWVIUSpFpK5wW6CQYAhk&#10;RCNnlhVlC7aZUstJWmnMN6mijw0nf+YV4LDyOZQyCuqr1puwWAjGZRaXFlPYKXCs/d4SGS8t6wcg&#10;TD+kzc4K0k2d0xh6ImxC0JRiTF5CNctiw4RBPHFclMEqKzD5t7nIMCDFANkXJnrkxUCGCqILk8rD&#10;o4cl+wIKyy5MRELycJJ+y3lW0K9pt1k510mEif5BKKCuhptUFUUWJ0TDZ7QT/aIgxw4rs3t+fCx1&#10;2z4UvYtKMCYBpRiBQiKAFakFIDZHt3ZCeUZ552qQaQl7KmY7Qr2Yw/7Hfx8e+8C74U8+/iTsHVyH&#10;j/3xE/AD3/u/wuf912+AN3zBF3Hqsg1rOCswtun7bh4o3G5/bkfy6zn3lJuCTGiAVb4toHerz4nd&#10;100lyiW7bt33txb8yOb/aREGd2IoEMvTapg3daRLz9u76sEx+7dRkMeGVNjjU3D7e1Bfv8HMOgwe&#10;d/tH0OwftM8PwO8H8G7G97p8Z9IHFU62if0MfdZcZe5wFaj3XoZODExwjpnidxEYB7eOLchj2ek8&#10;sTydF7bkAEhdsOelR+7s7PA4p1kUaQmXMANEmOWW3oBpURLbjrfOx+AriarHJfdhlKzj8NppWDwV&#10;BmEMOPNxwa+KUPFgkFpxUL2ETmzAzZSaV/tfd99yfdm5jjEn5Oq1kKDLbawUsO9tfNP3Il1EpS0W&#10;lMjGvuhCdF78VFUH9mJilm8yP881MA548yF1GZerAXu72GHWi2+qzhnBvruzvbV9/IX28RhENt/7&#10;xkMytrGN7ZnSPODXt8Pln2tH0cteB0+z4lbIexANgy1LIl3XShrXTcOXFDOe0krqUvNdsw+gKbHd&#10;VxoJYQb3MhtCV4DRAJfOrNYWbD35W65ZMBURJWNE9s2w4nIAQqdgJJHmVhlk1BoKUfkM3hRTPgN9&#10;ncRf7IIb5PKkAOMUqgR4MvuM0A3L+kwxxVCaSmnImktDT2qNnZ9dOQaDbdT5ncpEu9kL1ugZsxxb&#10;jz+HdMj+eIgy6iQtx+xfx2wRl2KMBWx1KZgiSUFE9qoh1OobxP0BhIkXEnSdKyafHLDiQMI9IiPQ&#10;riCH/Z4ICOgk6Vol5kmdY8MPzDHQmjoWuE6AW5k7+DxlIEnm68pkcSCYhXuVGKfnMErSkyNBN2cH&#10;uzZ973mCT8tCCDj7MOAXJzfgg4/8CvzYT74T7n3wQbh4zxX4wyeegFdOH2jPZy0yqOVg0TIW11pm&#10;Fw2kTcP2rMZbEe5wls9d95pl7LWb2d9tAiVuxbFZLY/V1+TJfAHIq9SO5C4l40e6rospq0vjE1/r&#10;Qeoqr29cNrXn96dxoOJEcKojqxjDzxCycHICcHwC1D6CJNYfHXHSKl57vH1+wimy/sZV9rbzh0dQ&#10;HR7A4qRhD9QU1tBh1BlecHquaaIWiCw8IePoA93MeErPaRBaocHXkACCfdBrE7MQ2gImu1scHnFL&#10;EHDda/BknyW3VHV9z5YDz9q/d3YmsOMqWHjfA8IIu9Fl2n+iH2NQOkza+zDXQ+2HN2EfXPZQQ3Qd&#10;axFd/BT7FFclwC9ci2HNr1Ibi2RlkSNfi2saaRCOSmNpsSTqmcgYZb9xEZzHOym27JiGRbCEgGAo&#10;PnfOHD9UG5R1x9tlqxa5h1QAReKuSvK726M1zMG0l9RfyBa1rnm9MCsx37ViPeI6XpdiD6DJwYPj&#10;tjVusdepLrb73negnuwZN+r3FmLNd7ER7HvGtJCu++hDr/nc9ulvt8/9eETGNraxPZPaG9/4pR95&#10;xzt/5lvbIfEHiglqotYPwW4ueQ9HUAUHBtMtCtak4xgG+lxay4UMSpi6JBR93rw2bas74TTRuwnQ&#10;EzBHU3i7styeTqH4let8EVPkoUidOvN91DgzVNNquwIsEJKLaXTqhRNZhU6KI9dPSqPS9JiLSOom&#10;kvkemIdGj0xLZk+p6Fej7RUJb+oxB10AUieOtF6Sl8WzNkkFjT+M+VXoF90AFVRvmPxdi3Ranawi&#10;pe0yWJfxQKgmEwb7SD32XD5W1vusETlskPKE14cEwEp9q1SK1CzayfoOe8Q17cT8dF7DdGcXplOA&#10;un0eztPEtZ9XtZ+3mIs/US5w0ZPB41xREmNRV1OS8SoLNU5gYrpwUUwbsJFMlyAjKd4EVFsF8JwX&#10;eHdzoGB7juoGDq4/Ae/+z++GJx8/gouXnw0XdubgGg+f/ukvg4de/hJmpdwKhl3yU4L10s1bDgys&#10;kaSex3ZuBlAr2EJGt+apBBf6oBut3d9N+5AFqlb5+XXv/aQWF4RFCmu8L3u+z6v/ZTL9B/EmE0l8&#10;wPF9SI4NAiM/A+fbqfxiAfXsBFzwqAv+dTeuAR7tAV09AP/49fbnn0BzfR/g8WsAe09Cc+J5O7Xc&#10;42rDJEJmyyEHSHjoe9hhWgygJVBD/zlB3wNSAT+CLXwluwmZK2ApGnz92G62cb89PZEFx+i16HD1&#10;tU8JyCIOHgsLXZWcECdjlsPe+mQaeSKrLIJf7H3XYLsdGf90MHc40Bcj669KvsvyQRRlwrxojEYC&#10;6rUOM4Afdq9rCWYhSjWLApmOyn7JX6eK7DBm/zP/tOrVMWj8+grQitAwHbFnL2CquF6xrGoTbysA&#10;Uwg4QmOZEhdoe952A1dYeoX4DparFpQ+PHkA6okuIH5RAhcMgRJQ7H5eAv9loduqiGlLJv9qQLNT&#10;UsrqnvddqBwHIXI0B2QE++5ewO9D41EY29jG9gxub2+H6ze3Q9pnhpVRG9yA0A3iGJrwF1idFBPD&#10;1P2+EhU3G8sdbC7dcVbG2B3paen+l/LHoYljXj1dVzp3AwpUluBcZJqVoRuRmZUkGpQLKXUxsmnB&#10;hMOlWgqAIyyOM6WIPeyl0enPoiCkLtjSoWqeYXZFG8tEZF+wm1wnx0Z8FKnBlWUg16OofQFTmEYy&#10;jgcnvlWZHQfi50Ms3/XRY89hStXtAoaZeEhQNw1PWCh1KOLtsMdfpVJkggu7O1HOzayzIFuKnzlf&#10;zDmJMKT5psKZKFNtHBVAfARWMyvRSYxv/M/nibHPs4TEolwCZETz/PMNX7jVgNYqJmGcpyxgMT+G&#10;w6MDeMHzHoSLoVJvFvCKF16Bh176PD4rk/YchMlt5WAtcLltwmtMhbw1osMuKLoNm27b82MTku8k&#10;KfAm3/O8pcwkNwyU+5pz8X7feAljCtP/uub7SzObw3S+gCaw7A4PAQKz7vQI4MYe+Bv7nCJLe/sA&#10;AcwLjLy9G9DcuMHBFV7AO59ArpgYq8Bd3duvLG8N/Xqnfb7QICIAfq7js+stqdBSgO6Wn8MNeGlU&#10;gB/DgQt0E5y8O43NR2v2bRWb7yxhIQy7HZ3GcdNDkk9vcv3xMDWZwnQ6hXq2kCJPR8Y1ma8OO9w5&#10;Bdtlr6lfk4QFsHAl1FVM9c1DI0kIVfu3mvh6jCm/TSF/T7R5LO8TDXQCzgRwJOr30Zg7EsE08hoS&#10;Rz1gLy2qrXM12dives39zmFfqryikxGu/2jCHFrSBQ3NsowpDmmDa/5MuN1ZbzCr5wpb1jwj2De2&#10;sY1tbGO769qb3vil/qfe8a++pn36njiW6eQoIg1htXXhMZlpK/MisQNkrPS0elzNkBSl93VrFzdU&#10;HLKLuE16dRl3KoPbUiKvMwnBLkl489ZTMQc4OHFGRCDDS3MFN8oy5WRfEg5IrO+QuAw5NgH0qWQ/&#10;nAnyQPaMS4Zy3ZAT7D4fSm9zSSpRYGJ2HdoAQ7iJxlrTXCV5rlEnd+qKHzo63pTOB1CmPPailVMK&#10;Hg0UoHklGKFMH46uN0QuAVrmFBjDa+mPYeIt8tqMi1Fky6ECqcIaDCbzOEn0PuNIw6Bf3fjEDkUF&#10;xkBCNcJrg0F9VaUE6OjR1/AEyAmI6BuZshMmBl7oAwtfw6ydJPmmiaCvs7ENwgryA1O3AojNydme&#10;vbiwcLtH/TdkRqSt5iUrk5OJbzVAd37T4dX7x6wLnrUu4IEHrkCFF9rjfArHs0P4jNe9DC7uXoCd&#10;i1c4pAXP4TOXgUl4BijhvFiSm27zPEC8mwHT7L6R0EO6wUJIkPotyuAR02ADU6fii0TC4BOjp9KA&#10;HiuxxXwjQ5HFeRIWDESgnxcC6gVA+/CnM6CDI8DTII8NEtgDoP2DGERxY4+TYqH9Oxy2f9+/Cv7o&#10;AJrDOdDCp4RR6/fqoW9lsAoEs4mQ+rt64LVo7g0kr1HZqzdhF2BAw5vtp+u+w62/C9wtots7G3zk&#10;9aT9w4iDOZRAKHN20a3Anyh65/GCpYv9DI1FBkLPbgXTSBkLxxDWwnktjTehVgbSJExMLy5nwmKc&#10;LEs34bN8FRflBJwLHrq+buIChbf3lhwOUaofOrWNWpYkhl8Jr/IYTdHegzrlEAlzEJedUyxrMZe1&#10;/r17RQ91S6aKeYtaR4Q8XhSws1jgoFh/pnOtNinFqGZCvkwthUPXuAaIseoh7m0DAK4Llpr6vO+o&#10;LUApDC1eb3Z1rMZOcW1/P+vVN4J9Yxvb2MY2truyvflNf/nRf/lT7/rutm74ljijwpQiFry7FVRC&#10;nUgBmlFfQy4GzHJV0jCQ1ouGCWiBn6X227h6cO+R8TtEvE2S9YCwwwiEPvi4DAYgL3LabmnjUqAJ&#10;JEZfCZTawlhTPJw+Tz6CUhyaybT61uFQwURmqoirD2E5r7ZApwKbmM5lH3HMR9+mtNLSc9iZ9BoQ&#10;LU4MhMnosj+jc900NUxhHE48grzpRwULLwB1jnji7VO1G8u9xidIOCfBYWR5qQ9fAm1Fp9wQJV4M&#10;v6YJq/pePPva6yVMRBCjrDew/XwNrppwEV4F5p6cKx+ABAn2mEwncNL+uxqAlpJZtdbjCnDIdUVG&#10;isKFfkoclDLbmfMqK/TdNF397nQTzL6+FHOz157ldasnn/E9ITW5bh9Hpx5e9sqXwtXL1+Bg/wAm&#10;1f3w8MMvgY9fncOrHnhhBPvQupItkyefozH6loDYeRzPpQzIntfjMMP5rDLuzRiH+TVVTcECKtkd&#10;RO8mYpkrU90oS0izPULN13kT7hvheg9Ab5DBBlbd6Rzw+BjocJ+97AKLLgRN+IMjZtXhfvh9+/xw&#10;D/zVPaDj9u+zdntzexWBCYvICxV+yVi0CjjbFmSjgdfhRuwZGnzvzQJ7G/XXM26flobtnBPj+GlS&#10;r+E5fqfUhwPDFDT1vbOQtG5/RBYZjSAqCTrLihBlwjk5lxRXzIQVFwEqBvqaBppQcHaCGBKNXr34&#10;hB3vxcqWxNgy3CrCwlwYgzl5WmS56R5EJeCdKjQi40lZVqO9A+xcr17KVjSQ/a1ViaH1aVIrQE/i&#10;0q2Ok69nV8ZMw4Y5Djeq7Hr3buvNORioYWXY3bLYoRwr5R7LyqLYzyRViJ43Z2+ipdx4u+EVN355&#10;WtPvHS/b/5cF+0Fiddo77wj2jW1sYxvb2O7m9h3t40vbxyf2h9UMGhWEs7NIOlVogJhNgXH7KUJa&#10;Bd2GBbNOtoB9eiKZ6Quu3aOOyAghpbmiGEpr+dD1R0ogI9rAAAWw3GBBN0HjZ9hJuUheUqY0XDZp&#10;wu66K6pnFiV/RrChLLhtadkpZhWFRQP24lBhmz1tYtqdL4CvtX2EfWDaiUStfjxxRdoLTZWDN7ym&#10;4mr/Fj8+O3GlKPmNYJ5JoaN8vPL5IZH+Nvl3IjWaSII1USOAVGRDVNWEjcqLfTeBNZQ1ufF4hcpZ&#10;zISYCOVNcIw9E1iVRECwPl0uMR0UD27808e6mHvPZAq7l5/THuhdeM3Dr26vlynM61P4o489AZ/0&#10;6Z8HV571nPbYT9tjWa+dNd8s8+1OZUouCyC5nXAEM0+EPTObeKiEaVgtKvaeC4CAW8yA5jPAkxNO&#10;ifXX98CHlNgb18Cxd92TUF+/CvTkNaBr16E+mvHcU2FcFbg30A+Y0MUNK/cjI4HV91SaAq4J6x1g&#10;D88VmrqbrrXz+8bPvKN3flfamYG+ti0OD+FiGOcoJONiAknW37eE+Sd+yt1QLh2zdPFS8PpUb7FX&#10;rIJzTZM897wvU3+T2kB7CRoumST4dhersIP2WDsRN+AB6jq1EBbyW6lHxIqFF/eqmOLuCJMPXDeF&#10;1xk/Zep5wEH5WQk2w6X+md2q7akfVRxsEniRVA8uLsjEQ9T+uzE+1NgHNnuf5lZbaVC3nB/ov4X/&#10;8wARga8N7wXwQ2GAx22NYN/Yxja2sY3trm1f9ua/evqTP/nOv9GWWb+oJuIkQQOgDKhk/p9ZXmgk&#10;l6WYyPrIZYDEdScI66oVYQ5SbUobKqdVZMCd9NtO/RDrPmGtlekG4meGqfgsZBDKdEnSBJ/lZBmZ&#10;SfKz3rprKFypYtaWpyxhDkVEIyvPXoIeWIrGgowIBrkB82abTRckNy4l05bHjHM+oPS9WyaZ0ETJ&#10;WHRSkejK5TW5nIAMHZsT853S1BdXCbvQsC6xABfBJCQrqzHptQemOI66kh/zbVViI2wAn5hrkQGg&#10;S+gxnZkYcEiOd0Or6gbORQERg+deAPWUtcnsQ2EJcLKtywgzF48umlAHJl943njDZ03siA7gZwFS&#10;zbwL56iBXDA76fXeSMwxX2nhyzu5Pm1mqKbt6TldxvIq+8pqv7eNAxGItgKelgV3FJ9HpTxyMqng&#10;WQ+8AF748tfBk3/0e+BnN2BW7cArXvtn4Dmf8ArY2bkAaoxGsIyBpr6btJYdtzWwsa23YfdzBs+P&#10;L66lYoKjHpY+p0FGP6YM5JNeHMWNMwcB2RgKBYutTNx7A5exD6SLQq/A2FmExNgZQJDGHh9xIiyd&#10;tP8Oktjr14EOj1gmuwgy2eMTwOMbQNdvAB4dcWJs6PPKI/ErpLClCQPHABhT+Jz4ioXRQAnwOygl&#10;sGR88qp0TZb7QLcQBLvT2jbBGmNbrTA4y3bOAwi0Ccv16THfCrHKY+lm9yhkFrWOI3zNV3GbOxBZ&#10;ZyQM3VA/+uQ97EwojrHr6ISdad3iSIGzHAwSIkGcKACSL3KQFPuoBCCXF/HisXPDR9LUg9XAkqVW&#10;utFGOY6kTiw3uG6T4B0OyKAyFMyL/gDIBuN0EmbR7NFmtndRIWBUKDE4L/sl9noAQarTS2b8APRo&#10;OusyX7/iKInCIA4dRjrNzEtn7tZL3bwh+oU3K7E+3GCsRDu2LiEkkF9xcaWBIvo6W7nIpK31RrBv&#10;bGMb29jGdle3t7zljf/+J3/iHT/SDslfFX1JrLEeGnlFfgxZ98bFvg5QhZgKuaKwWTVBSlx63KLa&#10;jSCKU+80klRCysxETUVMhVdgd2H2+otyR5dBJuuDIkEHNgwh4lvUK2US/OSDRCUWqq79rOBP03gv&#10;E1crixYnGkIVl3JRzJ4sInHtrlxG2Wu3mKF0Gqhcx1wyE6AlAIKw1gwYsCx1udxcR8qGxntnGfg3&#10;tCWlESYpiSvi1QhtWh4USbQpj1bDjb2wCMSvBwUAVGYC++91pKz8u2gMxs+9t749TthwxPLcQrJi&#10;vCBJPCRj8nNACuJkISTFquTHocsTAU8DQKOCJyDfySfGYwYEzXl2LrEJrUemF4QQUVfZLVJObGZ+&#10;Wya+dP4+dt0wGcaK2+N05fK98EkPvx5OX/06WCxquFBNYGfnIlTTXUla9rCJ2+jtbKtAPwvWwoBE&#10;NofOEEvn8mtD4qVjiSuEUAm+OWIGvjDI6sRyIDyX64RB6gBoBzZGe/zgJEhjj8EfHgAcn0ZZ7P4e&#10;wI19qPeuQXV0Ck0A7w6O+QH7TwAdzwFm0ZdL96ju3OuzGMwaCGAPwBsClobvKstlr5uFQpSvxZ61&#10;wzMH2LtdoOGtYPXRHf3d75zt83jkI7CGtIktQGayBYZbsKpIY0+nSsCODUqUtGp6vLLk2vsTVcws&#10;5HCrqgMmkxlPBVwMKcAxvCyAlHEwCwEj1D5vAmxHA7XYwNGx95mqYAIOAH+y+FwF5jFbC5TehDqm&#10;W+DSHgXoAG2957R8HNK0ZML+txliAkoZsKRv2G3gMshso6FQ04PTendHCY29pZHu5gXcdbh+1KVt&#10;LEA6MURkjov6WGtys5QBxXGUGi/0xxcePAmf+sgHR7BvbGMb29jG9rRob2sfX9Q+nhcG1gBENOqR&#10;VuB8pvhZVjBgtmJ2Qol3S/WdVt/hbIUmct8zAARGBmpltrFwJJk+OuOPZgpAaiLFX+SfCnJGy5i+&#10;gCIWYMMTQpZ/JnAp+L437C0TQy8yiw7EtNjphJ2BPpfAH+xXNCIzLX/t3RCYtoJtt8SfSwsilfE6&#10;WO37l7l/rlMwDgh8CXPCcTERiIxFZfSlIt9sOyTaNh20uChbeVXWgAQC+PmI+vE59YXEg8xKcATQ&#10;nDlizGciKgNHBPiOBuWVIQcID8iJT6P3ORnXRQCK2pIxgL0s3V3Tt2PGCw1OtHLRbjznnFuxJZeu&#10;XcIykZMkQfhWg1jbAn3rEnCXbVNl2+EavjS9By5M7lE7Uj4vMaXxbGDeJl51TxmAoN6hINcOabiF&#10;h5oW7bUVWHZtf62jP1Y1n8dk2JAIG9Jhn7wOcHUPqoMb0Hzs47D42BOAe1eZacfsOnPEmoKvke9l&#10;lXnNAlQCGyfVNDDpq+ThhD1H6Uqn9B4cAbU7qo3S3fMF455qOSbVcWz0NOnJX9e1UN9MJjHoyC5H&#10;+vb3FUDHlTn7wEXyflxom7BRLhnmX7e/ubigWum6n4RctWMop9qLH3CQ/1amdolMOxlDlwyNZCXD&#10;9jWe+ieKOmcQy+VFLIIs4pd0zPrHHm7moLRxVrnoWfoRIW58zsgWwufU8xKgpwFxtAwoFF2QBUQV&#10;+N0AyKNN/X5l7LDsVevqbNU9uZSMxABv0od3F3P4lN/9ALz40Sf53yPYN7axjW1sY7vr21u+/E3X&#10;f/wnfvKt7bj3rgIMogyc9ZK5NFCC41st9JLf3/UMi78eKk5cZ3BPaFNedcN+/dVZTCyeadhCmkIq&#10;yBZILk6zSF3m95N6OrkcooGGYUiSqtqVES9BwNgA2guI1P67rmt+3jSNkSRn/zVSLh3aYIx4fO0h&#10;yybIa4o2m5K7ZQmn7/eEBctTATgS1iQaAh50EoKHVmMRqHfeFMhy3pSFNtBEimcLSYUa2jmXAGUt&#10;0rGQrcYimoltJAlwFH1/nDLcsL8CjQZsyMEAeYcpAYnEK/2eMgMvy3gzKbHXNYhEMhydxkkiOpjd&#10;B9SpzIvZFWg8MuaLRDyRcoAImmTlYhtEaTVeQ5RxRSG9CaC1SUDDbQUgzHXDLDIn8v2I+gprc9vv&#10;4ot7mydhfNrJMQrQzOdT5NNEIucykyDEJDX1pGwYn5kGpPdCTXGOqy2x69YRzAz3kdkMcD4HODoB&#10;Ojpqfx5BcxB/+hvXwB8cAOy1zw9CGMVh+zjiJFkKoRV19Kv05h7qC4AtLoU0AOm5zbbFznGvBubE&#10;0wJqpkE5o1d7ALMttjdIGdwwwnxPKSiFtxzwOytQhnf1cb01r1VwY3lV1f9bFWxLWaZI7Evptrnv&#10;tidhymCfy7+QvfYJ1ELDNBapvJRUgdXHaoyJi759lZqGuOzrnO7pcYOVU8DPgEWyEOh1dO4pHvoH&#10;tJt+65tyrCQT6pH6XINQhwXHoM4gYyejC5TY5zVSusvlz1XLEDK44XIVrwEVs2F1cS+2oFWse83a&#10;X8+ZQpU61vYA1nzyumtR3QatxkVhzaYHNuo5Q8DOd6GeJdCK6nRgXzOXlDqp5jq2Iq6/rl569Y/g&#10;te/+bdg9yPs+gn1jG9vYxja2p0X7ii9/y0//+I//+Je1Q+YXE2SfIywAGGHVDHi4IORVRuv5gd1Z&#10;G8EWJSkYoMcYLRvvM7UKdkY+ycBJJQCMpAYrCNQ0PnqF8ObygJ5Bo2ZwZpEsSTBPVi2Q0itJ0PNr&#10;nQAQTe15nxNhC3NyXSfIN/5JQT7qHw9Sjxs/7DmGaX9xxSSp5+4lUlyfirgu+4+61X6qptwAQLWB&#10;LMhUYJQScqV/MQraSGEvKblNgtE6H2E4fj7DXJ4L85jQFwt6WeznTunK76Xn1QJnQAIQyeeLNx9L&#10;ajtT4uBhRFW5TT73gfUnkvCddnJUNzGx19XLDxF2fGdUyltcbz0ltJwDkrhCZyQspsq17wuAqXOb&#10;TfG2CZs4r+TZVdsZYv8Vl1EyD4WBKn/zaXS6rwlbBEVKy73QOwk9aYQljJkKTdk+IPQ9F8C6wOwN&#10;gH/wsDs5BDo9hToAdjcOAE9OWSbrr15lgC6kxS729tqfkX3XXAuvmadZvZf7XgOZkep6Sx4lCIBL&#10;JLF5eprvBa472d3imNEGz9fJcEeg75kBHj4VINrtarjh786rbXIn7611NIGHewG6kNPaNPDgdTep&#10;xBYBjBJB7iKikEAiszCqKF2+4+iCIhoQjrCsqfjORl7sUdr7XRXH9jDmxXWctrZqSFj8JSmeLNpH&#10;5hiY3/sUzwMaLtutjLgOqPjjI0M8LNIRlpUV4oBhXGk5PdBX1xv2EfXru1Lh4DbvZ4QrpLkDv3O4&#10;2RWGWY0Ri4wS7CtGIPXkbjb7/ttfZwP7jAOfov2w/cOV+TG87oOPwnN/Z7+3tRHsG9vYxja2sT2d&#10;2te3jz/XDsmXyyIGJNAAz5bGq14ZDjvA2FklhJhXJk0ASM/nD8msKIqME3ICqf0qDXQ9n/LU166A&#10;elTQCFfMOIS9w6vRFQN9de1FvVkGDESPPhMKYjxeCJcERug+YFmUZe85k6ZsQNjl3icGPCO3Yr0X&#10;lkzQN3v9Mqtm0UnHh9N8PFmplZVgm0y70dRPmXJE4t2XzPUis8mLN6Gj7MunhbknM4GJwkIJ841p&#10;vxLcQDJp0KAN9ors7F7j43mfynZ1QuMbnwG6tbM47F0u1C1oha7HbAqKeaJqVG6TEHMictyXaTU9&#10;M2B3p6bNni98gPmalbRk7i41Qk1zTlmm0wVUJyfg96KPHYN1e9ehfvLjQFdvQPPkVcBrT4Jvn9fH&#10;NTS+vEIXkBcu8qQXBzzjsOfGOU0y2JJxbPmIDixTBQe3Pbax9e/r531FbQcY420Eyp6JjWuept7Y&#10;s68ckiLYh5lmt/6EeqnR2sIljH8ki3EptEqBwV4wUiOgneNF3CCOcG4i1hzRzzYsqPBmGl+Afd7W&#10;mySM5s73tQEPDE6az/aQfZ+D43Lh4UtYSnLluHQcOCALJPBpfL9Qe5kNwEs5KDczDlkh9bKul9eS&#10;47zDD9xLwue/+mO/C6/6T78L1Wx4X0awb2xjG9vYxva0aV/xFV/xkR/70R/71vbpD3DSrOGExAkv&#10;FEWSB/vvvGI7VNQ47A/rHDQhc2irgqCm/1oPfT0GJiCvWwj47PgkMjyXzJ7L3VtWbGBH7EEDaWdD&#10;k/H4ex+9QyK9jPemkaK2IQF5ZGpPAmaxQbUFdhKgsrx0Squu4bt5zKUTxQThtD8k8g1HZQU6MIlS&#10;VpvXUBKLE5JNW7ZVLK01USboryiTMbpm021mwVl2gRMdbg4i8IWrXvR8KUDRIN1sBhiJAnhOqwiu&#10;qhzIwxCAJnMSBgSblLyMXaqlb5INTkM5diVMPpzbgcW85p4wcRGsXPjseManpPEljS+FhxgDae0T&#10;vu+DiOKJmWTvmjzN/6/a8x0lUWjZbXooxCi9mrglhTKtBflSku9A0b46xZay5NYwP1IfQmVG2rUB&#10;6jhC5pTt+B2F0Qjx2vJBmFbI2OWYBwMoZns23E/I19HL73QG/vAY/OkpuONDAJbFBgDvBtCNffD7&#10;+9AcHwHeOAQXnh+GJNn29ScNg8dJZdWTvfaPkclPTqBdF2Ls31Mo9Xr7Wg29sOEWmDIoqbeNEeQb&#10;28p79C0E+7aZyD+dmr+D9wvnsgiJfun9epBFHRYy0fj0UllTMAteywKMKd4e1d7AM9AYVBZhjI0P&#10;DU6yiywls7gWuWyQADNTX8bQGCzk2aKA2YLGh7bBkvlNKbCNjD2KYeYZwI9tGGT/Ub+0MhjJdVQJ&#10;ttaFXt1YZs5lBjjJGNcXnkKvDuxdmTR89VBX+ADiW4xVX+ZMpnQf3KDvX5dSwpYVJImoQL2QKYG7&#10;g3xt7Mtsz4KFboIxL/tmzz7Zg9c98ijc99HjldsYwb6xjW1sYxvb06zh29v/vbkdzD8z6mMd4y3O&#10;BG8sH1Y1UVblvhldyN7JJbTkc/itpM8WeEZfImvlxEtGci4Zg0eXFFPK8HOJ7IZm0p2NXJb5gTBj&#10;agM/Ef2rkzAEXrEOQR1NIxITZQWKIXXcwz444hTMGYgT6FZFJEEhlH3mALLhffYVg9Wr93YbK6Sd&#10;xSEk2MhIn4Rd2K/nyiIZRfaqEmF1YCO0JtjdkBT7q1zAu2gMxKZiaCYylXjlWfDZuc4kV9P1wgTC&#10;27K9k2CsgJUp2MOkQ+cai3oRfY3Eqy28hiW8Lk+clH0YK+WhI51OXqE3Rmd/j50uUQahJEJfZ9W9&#10;chN+3NKJO/VLfUzdkpidms+fZ5lU9DEK4LiLvntECciK17VjoDUkxjKTY74AP5sDnQQPu0PA8Dg4&#10;Ab9/AP7oAJrr1wAPTwAOjoEOrgHstb87PIbm5ADgNE5KMqRMHDBhoPM03XEGtFvHSliVBrsJmDGU&#10;CLsOgFm9cDG2sT114OEIBN4Z39Eu4fLCxGIu4BQmRh17g67xXa04JAOzH25YGJsq089l7K8MEM+L&#10;IrzwJR54jU9hWQVoJatdzoQPxbEy3xuZSSdJv5x9ZXxzGahBXFnIYDHSYjQGLGrNOLaGMJHwfcNi&#10;YQgIyZ6/4gEMJslOBlw0R1sXszM8imuDOXDJGipSqUBxQz7YZ7z0EFfYauhmpVTRQ1X7WEN53w/o&#10;KPJxcUkxCWbReM3OYwfIVN9mT6vHOzSr5pO27/2pj3wIXvHrHwVs1h+TEewb29jGNraxPa3aX/vK&#10;r/A/+qM/8tfbofHX2/FxksZkXcrDTqLpAB43DAPG/5GnpVWtpxUrdeWioAzwAk51FI2astso44XA&#10;MF0wMeKYeNf4BJItZSNxUemkaFtfRXkFX+T7xjDYKFkBKVBtYVWy2XJy2SqZJFFGKBFKTzIGMJ0c&#10;a9qs/lMgMCYxN7esfyGsSvfN/j1OPPIiw7SJDEg5R07RIowhDDl0NoarVBKiwQUpVEUoTCoWy2yW&#10;LNMe3Gl5cSVMOTSUM1QGoggk24mAo5hyy/s6mUgacJMBUi9Cb7+6P6EzdtMptEb22UsABRgdUXGt&#10;iOx+ACDV/sOJiNNqAIq7dRNN3f5CAFjONK4ngMF3yYXJZw24WACdBnDuAPzhESfH1jceB7i+D+6J&#10;G9Bc/Rj/Dj5+DeoQPLGIzBAHGbyvDRhXmaAfXzjTaWpsvI80wi3ZiT0u9YUKMvuuKfK8R2+5sT19&#10;2u2U7mLnOhzb+bZlzOHifhwwusU8AXLbuDK4IOFlzz0PFXUC1iQTtZF7pzp0lGObS77GwQyPOvIO&#10;1hY4DSiKAFoI4A2BHoHZ59r3hIW7QI4PafeBoY5Sa1W2T7lOr5PVwcA0RMrhYoNhcmaBceLCWA4w&#10;mUTQr3KZlK8LjsH/FtGwEZ04k9zMNZnz4TqSYdzKbuWm7w2Y60SUlXMaoBiqOkVrnIQMyvHUY6XU&#10;gCIAzwaudYE66KsN7Otjsq+M2RKcxqnIneLzeXtPwGvf/ShcemK+8Xcfwb6xjW1sYxvb06595Vd+&#10;1W/+i3/xQ9/TDqbfbIdym5ZFiTVkJr2CqvmOZbBbEoNVpjNKNeMLNKv0P6FYoOZV0a4nWR8c9AmA&#10;o6T7dT7KRcnGrWJn4tEDIn0ycI4FF/YLEikuEnhYSFdRFqXj2q6uB4NIEfsERjm+aIA9yOBg/L2T&#10;Iol4dZcBC8pG1UWoXWBoGqDLUJkK+Wxc1c9yGk4nxnQil07NNvFfQWEBpEJ1gLSp4JTl0VWcoOuj&#10;R6HN59BFdGfCB8iwOCvmh7GxtrbIRmgnCXUzCLSVttIWGHZx/+UApkMS5MCugrqZx/Ma9l2ScydV&#10;lYByT5pOSDENGgcANlKmnxicp79R2jkUoC9SBFx6HxHl5EKL6KGGN1gQNwaxBJZh1WFxaj+ofAWL&#10;at5eb+13a/e38jmER30so4wqZqiSl/0MbLvA1pjPwJ/MgELAxNExwOEx/8S9faDr11kyiwcHMNs/&#10;Ajo5ANwPfncH0MxPwc9yYqzeG8KRbAp2XD9sojadw8pn687NATuco8aw6CoDFDpzK6g7/dvfIZLH&#10;sY1tewDufJN2b4UHJN6Vx3Vp+bDVezcB6s4K/HV/H1jRE3RAK8TGQyw/Dh+b7jBo5rAqXquqC07J&#10;NSWQExuMsKBYCYCGQZLLK3QYfXVR68V8L9eaasIgX2AUxkcA1iY8Tk7iKKGLdyZ8QwOyYk1gkoPt&#10;whlQL7zJi4LCSa0XFtbCZ1U83vclvAm8JhOeReK/LJ+H5KDjIQNq5RL3x6s/ithsEGRXZLugh0DG&#10;TTouersyaYwMosuLoFhcrV0Qr98bO38IJ9INBPDJa8n7/LGk5EZJJCazcC12I1ZVo6Eebk1AjF0Y&#10;x06tkxQZVCog9EDs1HN47e88Cp/w3ie2vn5GsG9sYxvb2Mb2tGxtwfXt7Xj6Je2g+VBYsfRNwxNh&#10;b4oOMrIFMiWC06Kv8PEzhQSlMT+mpxp2GiUVxLAfHiVAaonDSLcw7eB3UXHiM/CVCjMq3usgh4pk&#10;C5jST8aCfmGfKlwtP7AyVQZzMJdMiCXIx3uAJg3UgmMIKZ2OGW/tDtb8aNivZlHX0bDaR++ZUORO&#10;2+LYcXqeY+DEibGMfn8y8l/22HFVljj3DmchfFk7a0vACw7QMwUgdQncjJ5rXFD7yJQLWgv22CMS&#10;yS1CWbpmoC9sptFV8HBOOFDBifpZ0poFxHMDEyENEfES0mEIfBLuQha/5X9PXA7tUCmLehEF6kEA&#10;1SKTr+EdY6BRz1+KeRb2KOWiujMnkCIZkxaIVFpf+O6U7+SJWMFmlKmD9AtXTQan17VrwPkJ+D/+&#10;OMDjj8Ps5BjcwT74a9fZzw739sAfHkLNIN4JwN5VBvb84UJS9vo+duorp76LzvyOjCfdEHDQrJDF&#10;bvu79V129XZGcG9sz1RgEJeOy+cHzz3TgzjcOW3Drz23wbOvjq90mNj9FmjpAn36NwbrpjuRYcde&#10;dvl+HwekaMnAAVa6GAUxkCwsuO3sRIBwWpEspFIBZqEB4Jz654XaJSxQTeJPJ561kTm4I8oJWwxG&#10;v2b2ae32MefSIqr6QWuAFqjBirXNQKmLZMWNx6nuiTKBHbxoSLFmQcAsj7VpHraG7u5fWrHs/5Wg&#10;k/wr4Fl5aSqdUjQtPY+9DfqQc4mSibmYW3q9WsluwXvXzojxmAV/6agUiivOSH3AG5fdi3C1nY5l&#10;IOovXvLER+BP/doHYefgbIqVEewb29jGNraxPS3bV33115z+s3/2T7+2HTJ/ngiMR9nqCpMwM3HY&#10;pBmw9B1JgV2SepaKHklIS4moXeCO0rKh9xkKtD4h1CkXCs86/R0mBah4x/SFRBZu8I3661EqcklA&#10;JxKAyRmGVVn92MQxlNfl8g41mIKirCTBjOgS+43QeK1hLgR9MFuWiFhOd22fztvCfb5YwOnsFBbz&#10;CPwBhzBMYGc6bQvsaVugT2DqJgz+6UFojEdPOJ6LJvropIOVK//tJm2I5ds6Wp7EChV/R0zfX5wf&#10;Xdx/pynQKqXG7swICx8bMEVnkxicAkgjSdou9sDMeE7bR+1TGi81Ter7zJBzsV+S92BcBRNIiqbi&#10;nUyyy1sAY4N/X+2j99CiPU/Jbs8u+CsRgMp+jaAeQLmwJ1wCuAqCi45WaKYj4Det3LABO8QE4+N/&#10;9N1w/Ju/VXjVFa8RSesypltiAJurc0eOvc+8gOQHOgJpYxvbrW3bXmM0GA6DS8bdVZ+LW3zmckBB&#10;t+PHe0Wv+W1fO1usDEdYaiXSDoRhPKtEzxrPi49qA1SXPZ/qNpTgC2Rmezs2urZ+mUYbFScBZalP&#10;UbagUNCoCq8KjECna4TEgRMaSMGecQ0khpmtWQg6NaKXOlJrAu/Ta3wsPKNdtS6ihR2u29dNHYQh&#10;vWl3oqmESViVCB06w0jk4GGXE2G7WXYr0SpcCn1tehVtEnqxjXx7Sb7bdtczYfJL7vatZfclUrBU&#10;vz0N3XPQ1H1x0ffy6TE8/P5H4MHf3rupa2oE+8Y2trGNbWxP2/a1X/t1v/BPfvB/+9F27PzKsh6h&#10;5C1XJIl6BRgwCgalmGIav+BhvljRNBm3lJPJ+C+8KKwghBcJZdyeFmndQm6gREhVCcnkwHUqLW9f&#10;OzC5oU5qGCuVMS5jVy6z/3plBxrmXFoCFkadgnko8hNFfSgWlmhlouJbh0TpmCnGpel2wSB5sZgz&#10;0Hd4eARHJ6f875B2F94xZaBvBy5cuAi7u7tAu+UKbChww2tTyUURPCRJOfW+i/WJJ55qaNdMEpIU&#10;mVmIEaRiVpkeByr9Z8KKcigImyYz/gJDDW1hqr6HXrXdAh4n8Dd7JHopDiuZewQp0KJZxLCHqkog&#10;Jzu2RZdv/n3j++EpeVXdRbahdCJXqEasnFeYr+1MZLq7006uapYuMTOVV7ZZoJTfQyByJp/SarO5&#10;dFm9OyNWTcda3Kr5zHudWQggqf8GYbaGRMXJtEhcTN/XB/luDa4tmMsk2T7DjmDzcAhkb7zlfxvb&#10;2MZ2/m3bpF0ynnpdT1PJke8kmed7ks0Et958fpAxW77fuGqY53nsbyDGP+AdeYxv7evPE+jT1tQz&#10;XnxpyA32i2XMPgbggo8etmNa1cRxU2nmIXzDlYFgZFLmZXTOf/FU2LIoRdAXNVfA2yhJRxxF+W8A&#10;C5s6POrkv0x230kW9RQgMgm/vJjsJcE3FBtc93ixeIG04OfasTiM5WHhcDKZwFRShMmM910+JmIl&#10;BTGl+o9EzWCdCdV+uKzuspijx8crxBHCiktJHhjH/fZ5BSp7zYoJrbjzdUm2YB0evykuKsfFaCxA&#10;Sb6mlcUv6cZqLUxmwTLNFcIREa8/KXf5POZJgHgjF2XOUIL8cudnvTN84h//Dnzirz4G1ezmr7IR&#10;7Bvb2MY2trE93dvb2vHzi9rHc9cXr0w5Y8BP2WYBS2HowcPKJUTC7EyySXmsrC0YeBctkeE5XC6Q&#10;ST4vq6S4mx6xAT8/TF7FLslDMgss/K6BjglJLMsK02pKybYmRJiBupPZHA5PTuDwKDyOYDabRQYi&#10;xhX4yc4M6tpHtl/YgR0BZdv31vWCE4PDSjknrLFsu46gqvHyw3OaYaEtts0vMK2CZ8BUz5kmBCrw&#10;hGDASQGvFJzNloMiI/LChtSiP51rl0pem8jrhYUgKRhRoh1A2CBtrusMsMlpCJMerzih/C1hpxQh&#10;5gBWNpww2zCox+bizqV9ITtvoP6ECzc8+CoLxsEJSDl5m1QTNjsfnuD5SFpo/HgHHNvYnkGAYOmY&#10;mjm3el9pjAxfb7XOsHe9jMGV2YorrBf6JHgy2/OGR0zp37Hdvjih2wfS3W6ArxgT5gGYo7hotk1A&#10;Rzt2TSZVRuME6EssNjKglZzxoJJg0ayPYFmoPXwtMl5S/zkZv3wGhMIY2qCxNTEgYtNuM4B9Ndcx&#10;MT4pe/dRsn1Jx8uTGbsF3POU6ovw7y6DnQNBXPTcaxbtd95xa9msvaCPTfxO7qrFrvPZ18JfcWmh&#10;vXnHfPbRDXj4kUfgvj88PrdvOoJ9Yxvb2MY2tqd1+x++/huu/eAPfO9b24LlneKevLbI4VVPoYN5&#10;iquKkQXnlgJGkTFAieE3XBhk0MLn5dt+4YX9lT9OStugRCkFhwNFrhSkwXemYPQZiXMS7jpMcpQU&#10;SpEkqboKKuiUps1C9jJD5wyjwmaNyjblODdNDSezGRzuH8L+0REcHRyxbx+vvrsK5lUF08VEkoEb&#10;aHzdFsYX+VwGULBe1LBoH0HuO5kg7Eyj/01Y7fbURMDKAH83BfI5GARUlSVnQzoQ02whrcqnoBMv&#10;K9eujE3IvVDYbOKbQylcA9Nsk/38fJTe6HF1oCbi7aQWy4lu3B7lMBZlF0ogh35HxymBlHwgFU+r&#10;54skY+fPDEBkABPFyzGdW4RBAG4V4JeCRHwnDTCl31FvPhEk3cpsjIcmy3k5ZCdMuAJALMEVYxvb&#10;2O7Othmbr4TQXALX2n/vtPelCzuAly6Bu/cKwL33A1wOP68AhX9fuR/wymWg9jXVxYtQt/cW3L0H&#10;fAhSCFYBkwoo3fqNXUe4LbXjDM3mgItTgJNTwON2on46h+YwpG9fBXji49A88QS4q1fBP7kHC8pB&#10;THcvzLFmnLxd0E87/geIbELD0sxlY05YrKpcTJr3vKAWBgth33eYY7wgKXVaE4C+hmAxr7nuqBuR&#10;04q9hTdfPgF1Mk6yR99ODLsinMYRv+07i7qB+aJpa5qaO1RT1IYluzCBil6Y/3G1tP13k4FT/k7y&#10;/ds6L4RUTVysXcO43niR8Hrq1Y4m7Q1Kb+PVfs4gPtR3i2GlKnCcw8JK56YvLByqyDv3p4FCftKe&#10;v1f//gfg5e/+w/Z+cr5Xzgj2jW1sYxvb2J727evf+nff9Y+//395CyF+YdL/OS3aqQhtIJGERjmE&#10;ACiufd4W+5wFQA4Kvr+BsDwYYIILMoW+XGT+ldZ1plIaKpXltQ77RXryDYS8H4IgMszRSYO1QB+J&#10;UbRT0AhtQYJJEaFMBpcQPAX6NKTDCeMryk8pMKjUH0akv2hK5vg14tSL168xS20XbbE6b4v2k9MT&#10;OD46hqOT48g0a7e1s+OiUXVbCFfta/S7MWGr/d6z+QxO2wlWKJSDRGV3dwp0KX6b8Bq27rNiUfHx&#10;Q3P+VEZCvaQ5SOnF1ssOCt6ISbMLEhdXSYKeetR545mXhV1kqkM0RSKJEbYXeVBcyM9m2wjTKJF1&#10;mrfagLXBRucgZ8zFFXw0ybgq63aFUXTb59t+H7wQvaYha58xvoWBWRnOCQmrIZxPSqEkpT25F7Ea&#10;VqJsUaNvt8S8WtgJYLyOvHyuS/JdLDyBAqgbP1pBVLPfQR4eXh5A4PEWOLax3VmTbSOXVZ7RqpTd&#10;klWHyVeX73a77bP774PdBx4A/5KXAL7gBVA/7/lAz3021Ffugcl0F/zFS9DsXmB5YqN4hnqGEqR7&#10;WLjp8B01jPlsv2EyNjUEAn0xJlMH5VDbB5Xt8oQ7jAmnp4BHh7BzuAfVh38X8D2PAD3yPjjZP+Bt&#10;NFBaqFEHOMOn7FwNVidrMY9li5P+HPfLL2ZQ1Q6aqY4TqwAessUQVG4Xal/DNNiRkLDmkIN1Td/I&#10;LL8wRoaaLixOBjbeIoB+C1EQeEhpqjG3rfR9bUcjVolgU4k/XxynA/hWU2D2NYmlB4hm2S8fMYyG&#10;0twveQlLGIYkEl5JEolgpp4pLxEelQPLSU1fSzprGKeZw08moYMT7CvuxbbHKxuWjAMO7xpbcPgU&#10;FlxGUSyRrWIGMVMcVrgWMCf2OvUaGYp+cfnDrOg+X4v5eVOwFV1KDg6HpvFD8WDR7sT7xmzTJ/WB&#10;o+EEaxS1i37tZCBCTb7PGEbg8/Y+Dq/9z78Jl56Y35LrdwT7xja2sY1tbM+U9nXt4wPt456hiiOC&#10;DRHoC1LFIKkIhVQwX64mlazMEksdNet2OO21dCHjQAWgs1XquCTlDLYXTZgYBimAMKWy2cocUdl6&#10;pp5ymSlR8BFcBi8JwXifrc7jMxYtXG+FYx7COWazEM4xZ1ZfKIKnkx0usCsuXZFX0d0iGnLzCnv7&#10;c96+/vjkJIF95C+2xdsU3MTJyrckH9PAAUPx7htakvZrvwZkL+sVEW95ptE7tUWCM5TnlScISD1G&#10;IrMQUJN2s4SWobUgX/biIeTV41GANIwTSRRpr2W/hL4OOkGheL4bbz43uoBzYEcA/NKEocPWo+Ia&#10;wKV9uftXdBlqJk/rLoFULIfznXmk/ePPAunQX8bgjLGN7Y4E/OKtFpP0Vn+XJqgVwuTyJaAXPR/g&#10;hS8C9+AD4J7zQqDnPheawMi7FIC8XYDdXThqH47QRO7EcXrBAeEYgxQYypNPotVwVRgHvQkRin65&#10;fsVwjQPfLv6egaLdCUx27wP/wP3gX/wyqP7M50E9P4bda1eBPvQYNI+8BybvfS/M9k+YSVZBKRk+&#10;L8DudgOEt6pxDTafpbHIDrHrbCMmkorLwBJbU7gc8pUqvAGgUhbDkow3KBM8pUFNQyCaIhgsFz0o&#10;ypHK5QIjjXlkf6LsieXUSd8T2TKByo4pg5OY6w0GlngB0sEE48+o1sjHB039wQu5zqT4Yr8eVQ+9&#10;7c7Sirro7r15Le/juL5AD3ej3XoGn/zbvwGf8N7Hb+mujmDf2MY2trGN7RnR/tb/+I0f+b7v/s5v&#10;bZ9+f3fYJSmYFOhrFjXMFgtJOWsH5WYqXnHTNJKjcys84JRp5FNy2pmKWYyFoHO4wg9k/TY8mYlH&#10;KvZMwSf60/R7yH8PTLVQJIb02/Deifw7F4qyAouYJkQkq+NJzirFJ3WmQroCHvz2wuQmrG6HlfLT&#10;2ULYZRUHc1TVhIEm/i4BGPRzaOooR5m3rz2an7b/bmAybVieM20nfTvQnrO64fO5TsJLAyIVNmwW&#10;JlryFxRnZjcpp3OIGUAlu02kxIwbrAdTim/XD0omHU0A72oQH+54DH329AEGoH35mcoWlHmp2tC7&#10;iFIngM57Sum9YSIyEck2kZXRVulbBqamq6ZQz465UK1Cf8Bm6SQv+F6iqXqTXMbIjtN3XiajSUxR&#10;7J4cPj8hrGXiyiReNKaJ2PYRqhcdB6OxjW1sT3VTqWS4w7jA3n7h8wBf9AngP/FVkZn33OfA5P77&#10;ge65B+a7F/n+FcfCillSYWxG5ySEKaaMV5AzFlIqfAgrUkkl1nJ/IAFlLIs+r6KRst3JGdcP9Vkl&#10;GA40QLAM42IRhO95wFJTTzHYybc3Zx9sCKb3grtwDzQveim4N3w+wGwOux/9KOAv/b/gf+kXYH7t&#10;kMdId4eDb0U4A2RmtrvVHenkJHoJb0sXbM/BpJqCptoGppyjfF4HsRqfUR4in8LWMp6XRzXsqQQw&#10;se5TyFlQAbQ1SkgE9sz4g1hnCpuNLFfeqaWMqEak9mKPvmkVx+0AQqIy4TKzTG1oKkkSDvsRf2Kh&#10;VLA1ZoICnZcwNsx1yhaAXzeTFwnvaMAPnShJQo3SLLuWunE8/b617oJ7yZN/AJ/0a++Hnf3mln+n&#10;Eewb29jGNraxPZPa29ta483t8Px6Jn1hXL2PYAox4BQAv+ChUtdzlmpw0dTWhDsMcYR/NzCdRm0i&#10;Ge89yxwKKbxRxons4RKKtABScWorxVoCLLPLgEmcBpwc8jCFJqhcyNn04BXlPAq3QUWRFWaZI6nP&#10;WoDTBN2LoBYWKbwB1Aur31UV2Y07IRABqxTQECTNCQxDjTNOit+cY0i5UKwhfz82LhdpsH5oSpzT&#10;4xSKlZAgFyZGQW5R1wwKxrAOgtP5HBbzOQOGYZsLTrdbsAykoWjFPhTOwefHlWw0t2aWhPqlwgTS&#10;VYW8zJMBpRwmKW/oLy7JeM0hVt+8XklsQVGB6igvIwdGAkb1rnjzEBuNB+Czav9QL+YASRYj8h8T&#10;kqL8mUrYexNX9r8ySC5K2QK6qWnHYbfD+WBxeoXct+3klgFEb0XOkHwyy78NAIQCRpM3fBa9RtXr&#10;MIGrDqY7OyXAZ/s/y6Hai2cxay9fLCQ8YxvbebRwRUzlPhb/nZMi87MoN206aZX5/Sp7j5f0xKQ9&#10;l4ETkD5DW7iX7sj7up95p7awf7vh5vHffSHsvOrVMH/hi6F58LlQ3XMRZh0coMHMPuZ38v26ybJb&#10;lcuhcTsVHMJpNIZN6Tb536sABx23cNBoH3t3rXz/EYYidqSvuiAREtllYdFh9tatg45QbCl8SDx/&#10;5SsBXv5yqP7KX4YLH3of0A/+73D6+PUiBATP7XwMAzPbgoa0BbDo4PykvL4d7zTl3nq2DnnE2n87&#10;HUfBDjV58Y1sfyIqnJC91BOO66qshHC6sImUZLRcx7j4hO1TGHSromdy2PHQjRu2CxTOaVVcvz6u&#10;iCbQxrtYHwUvY/YkZg9mFz0H2Z+PRE6sfh1O6rH28yfTWHM4ZxYYscy5pmyVwSVNgyW7lNmCVAJe&#10;Nhi3OKidmBwBMJ3IQJIFCqGB03EgsE6JkTjcT7Hbf7G431jTgHKrtPReGWuQZQu15nuRid+RfqCK&#10;C9Tjle4nDi6fHsJr3/cIPPhbN27bPXcE+8Y2trGNbWzPmPZ3vunbmu/+rm/7mnaw/vUwBpKYM4dH&#10;I/JHNjBmMInYNBk4fS2P5aGgwrZ6mzDgYsI4rGoDteD0hX40lAV+iyrdglSYdsBWTxsU5d1qPrAg&#10;EBLIVjD8xMdQ2X+TqmJgZ2dnl9ly1XTC4J8L5oWIvbmPE+lTqBKLwsxMfqLAyqXiOhbAEwYT2TSb&#10;jW3CpMjzfoaiNqTx7kyniS3GjL4QylE37Nk3DyzMJhyrmlPt2KuPJdlStJEBtOyE0jh6402aIrlO&#10;Mdg/PzEQw07W2Q8xCYbi5IN8I/sTzwGDckSJsULJa6/cYWb8udjnXBG84gqEs0tw5HLXS0Iv5W0F&#10;n5rEVdF+LAhpU8+ix1BTxwjfAZgURaNNxhOSoPSgTMfBLVkdX9q3Yz+Y7kwHt5f7urAdRqBvbOcE&#10;VGWgjpKVAyXAjRK7LEzZq912Qv7gg+Be8DyY3H8v0P3PAv/AA4D33MP3Uh9Yars77SR8wve6yXwB&#10;rr15udMZTE5OAa5fBbixB83jj0PVPm+eeBKa/dkgOEMpYZbu2N6uXnvu0z4FFl/+1XAsfrCNsM+n&#10;vEBjL+H132Tda2418Lls+9vuOyUfYWDgJhyr+tIu4Ke/HuD7PxkuvOfd0Pwf/xoWH/6jjZN86abO&#10;1fm1W8rwO5mnBdv+gh71QD473jscApbUPzJCkmiAST1frLRw8WdVqY2ES9YR3QMZFsXCKBQW40L9&#10;FEziNFgKJ8jnu6JsAGPs3GJ1IGAhdxHxkmY3DojAm6tJ9pQKZru1Y0H1BobMHrT1mQPsAWZI0PHS&#10;xHO6Zkw9vU2HxNt/x1r3ob6PNA6+I9RQD330d+ChX/sdqGa39w49gn1jG9vYxja2Z1T7pm/9zt/8&#10;rv/pG7+nLZi+mX1XajU6bhjk88wcW8CME16jnLSe1GkEd5NKAIYqsuJIwb2yiI8gQwcEVMnwMnzC&#10;CSTScebmVWQNQRDmk4/V3mpfELMdL6zAmHAqQB9LkZFXmSuRSzIAJ/sYgbYpXLiwy3Layc4uVO3P&#10;kPAWVowjO9DInyTWw8p8eWWZfWq8fPf237z/ERgM+zCZOg5b2L1wof2cGUyncwbvFGjcaX9/ITAe&#10;OFjjFObzeXuOamb1zRZzBv4Yj2r3d9b+7jSkxgKwj5/3vgidw6FjdNPVa/wuzqzwanKxTQgkmQxQ&#10;b5IRz4PKgFAZjzzfcCkNN7RpSIWkHHhRTm48h51MJ5MEmCmbjtlDwSC6MK+OspUA3E2n0whOmwQN&#10;lEkUm1RTnd7D7ElBwLuTLGXyqacQkz2rciKxlB0iSbwuyYpWR2vstn1xmUyaP6Pd5WZOI9Q3tnOa&#10;+lExgdKrdbrb9tRXvQrwoVfC4uWvBHjZS2Hx7GdDc2EK2N7Xag4rcon1QhyIE/EBZub4zCqqw3XG&#10;bKBKkt0jxZmJqiGt8/QY8NpVqP7kYzD54IcAHn0v+N/7KMQ1AoIF3Abp5E00NgZovyMvTMhdYeqj&#10;lUDDfqTVWsiJ1kysYaO7zbJ3P0V3CwX6gqQ0YDihgwRGdbjnX7oA8z/7uTD5nM+B3f/wH4B+6J/D&#10;bP90a1bepkcAoGTe3Ux/8gPbO9d2dBr572ZxyDL8ln5vlxcbyzRWZbJF/mSH/CfscmUO+iTzjmuf&#10;LvvoGSVFkNayJLySeiAs4GE+rpHl71TrUPRBNOZw3i5cNk28HzVxsTrvVyNhY2rPIoqDMGY3yHJh&#10;anzxnXVxEqXwQ5FrqCrZoT0Syy6ZLVyk9btvWHzF81uB2xjmPoeSTmS8WBRLmFiI/XuReICWSW7c&#10;nnV4HR5+5D1w70eOn5Jbywj2jW1sYxvb2J55kzbvv70td76kLWceChMPBvVqz0EFAURiMKP9yTKJ&#10;kELaFkgB/AueZdN24hVEjEHuQJIEGnG3TvpamH1R9q7xiEV1kFaMS91kBotM8Gj0RzNFRgBPal+I&#10;FUQ3nItczLJSJx5tcbKFyYg5gJUTZtS1z4VdYoGe8LlBKllNK5hM2+++M4nS3ipKedWfz/tssA4p&#10;mRWTfJP93pxwTsLEFSKgGBerA0uy3XY7Kd6Z7jKDbycEc2Dd/pwwoHNhdxrBPk5Cq5lMFsDZxXwB&#10;s9M5ny+S7z9ZTOHkdBbBrWbR1rgLBrnKwh+HbOA69aiR3XqbsgxGoivJumS36wzg52QDEcwDoiTB&#10;Qi0ezeTEi2yGQboqJuTyBIHESLzxYFQ2/LsoxxU2n/w7Muow9c2I1zmo57OUThfeo2ChF8kKOkya&#10;ceYiCN0vgs3tt5lOQiKKpAZ6kZW7JPPBtK04vUMJGVEpNxmWK9oObi4CZ2z6M5BMLKH3Ll80DLJM&#10;d5YW/p7ZqQ1PnseAjjsFLMPOlLovVW3uALCKUmBE7I8L2dfd9jFv/x0mT7v3TgH/whdA8198BjQv&#10;fCkc3XcPTJr21YLMV4OwU56sUon1S5+PUq/E3tXJsJNrrNoBau+HdO/90Lz0lVD9l58LsDgFOD4E&#10;/P3fg51/83MwbSeVJwu7aY2qIHtVPiXHNcmMk4xPDo6kGjgznT8LQLU9aHfn3BNS/qrKSKu4f+GH&#10;b8dBnrC3Y2LzOW+Ai5/2aYD//Ifg9Jd/JYKDS6DNTSS3uBp7PA/8snA6PO/WzI6iN22VxcGrQL60&#10;b20fvHThgjDQvZyB9niHMdZlqXQjfbIRUI2tLZr2mDcUPd2Eve6TdNxKXkvQkdgLLvrrhcUwL961&#10;4cN4TG0kkAu1poNioZLrB5KMWh/H2lBmhoXTphFvWllkVhlz8PStQ50XDAPaGna3mYj3cD/QhET1&#10;ES1NXFxcTbcsD4WgF/ucSNftW3LSbX2AziyZkHoGO6OQianCqBzpjVdjUXyWh+455t7rJfjMlB+O&#10;8iJ6TN9WPmPVHstF5HhSloekbbEnKPVqSl2wmLS16qseex+8/N0faeu6p+5eM4J9Yxvb2MY2tmdc&#10;+7bv+N7Tb3vb131tW7D9/CKAfCEgoo7MvsZH1pIy/UjBHV/FFVQfWWos3gjGypQZTBmMG/AwXhoJ&#10;u66GEQacPEgqQDb5NnoP7MgeaenmjF9KAESqCN6xPNdsw0mKWyV/jx43kSkWwam+tCN685X73pum&#10;OTE6FAmXroJzEEiF6bNCiVIFgHE6YVBnMmWIlaW7lZvwcQ8gbXjM6xzCge4khomwL11IjzXH/1wm&#10;ZWWqLC0BDNP67jKfmTVTn7hSH0NeZC6S5NdksF1vQDbnhAGavIP6jDqUolRBulykirei2a1oim+T&#10;esVrSnxqlkloUZFcCZhBTRVE2yewdyxccufa7FyFPrFU7isJwgpcju3OadiJTMmSdDKC76eu6XQv&#10;TG+DwH0i1w095zJc+PzPB/rUT4eTl7wI3KXLMA9+ou044byTQJumB2ie5fgsB0uzlJBBiN0pVLsP&#10;sER49rqHAa7tw4UP/TZMfv7/hsWvv68dy9D4pNIdcS0Qbf/dn2nXxyCwFaDn6QxO778X3N/+WzB9&#10;3gPgf+Znubc2AGt40E/1d7pFfakd/yMu5dd+CJXoFtdVwQM3KABIA7DI+OhSTLnVss3LuMu2L2Eh&#10;2EeGnC4ONM6t4JO2r5tEc8kAKIXrkn/W0SaGF5ubOF55cw8J/s9qQ0Hi3xeHNuKalRfdgvqEd66O&#10;i2rKypNFVRDZcZARB+sN76dJHbAddLuOJUs33Ucc0Jb63m1v7gEQjX6JFkd0G/n6Zg/RRupd6KQu&#10;a+953t7H4DX/6b1w6Yn5U37tjWDf2MY2trGN7RnZvvN7/ukvfMNff/OP1nXzlSHsIUp2fUx5bcwK&#10;KnWlmZCYcRzQy6usvsD64uogFIyvs4JNVl6b98H3gaZeoYJLwUPdFoN5LoZvsDxZ30WRYRJXhuVB&#10;aPA6TSJWZlpIzqDSt4TBJBS2RmOAsJic6AWcY2A1+CYyk5JEdisAqgQx8H4EEDCwuaoI9gV2CId1&#10;LBqYL+Zxcu5jobjDLEViL8BFAG3pnOADSvqTJNElY+rtQOU8ciSROsBnDlhZV89GaQ4J2OdMEIzr&#10;neP4vYH9JiPrUJzERIJbOZmMtMc2AKGKrWSmnQHnCt1x9vZxHP6xiObk7TZ2pxOYLag3mUoSKgam&#10;2WQoXwI+XxQl8KdsR2E1rNV8xfdd2N1dkXZMNtdkbHcYkIHGM0qnyM0dBPZ4mXheeuAy0J9/A8Bn&#10;fRY0L30FNO19MiSpVuEe315Xu02k/VbhnsyBQLcScrGhERF9qJjzKseSLoB/YBfos58DJ5/12eAO&#10;j2D6wQ/ANHi9vf8xmN8hgNDqsWq8YpfiFEHKWAMsqhqomoL7iq+Eyev/NDTf9Y9gsXcq189TB7wN&#10;XUO3vC/NFpFV5/N4ixuARRryFBQNNJtHCwtmfTX8M0vuVSkRa5Og+OBF4VB7BKAugH6SrEuowQwo&#10;fryxNTL2V2ExLdDI6vbfU+Qbnm8icBjUCRHs84Wvb7paJKWCxD6DE4QFfGwE8PNSdHrwyffPBwCS&#10;06ADsIly26AUIrEpCofr/k4wEEG0/eiAEod9K/G+cCyc9Sw0tbZv/Mo+Q2J94lIwR2X+TrA7n8Fr&#10;fvu98ML3fvyOuW+MYN/Yxja2sY3tGdvasuhtbdXzRe0A/9yafUxi6AMZpI6TZ9tiLqwAMzCGEbXg&#10;FVdHyauOgxFwValTMppIAJQcHuAToMRBDdYMDfvoELPy6u72aRCfQvkeaOJnnYJ1DqX40YpOERLi&#10;oA2WisQ6WIpoAZ7YoToHfHiRmoVJMCZ2mUvea5TAI0yAaPCBC9tazGs4aQvu09NTOD45hdlsFrGn&#10;agLzeWDvNbCzgxyuyvhRMLjGit/beF1hjyES1RwZlKqnu20h7yMLkihRLTWVLQUI60SqWKXFdNww&#10;nxZDkYsMGVdCVXyMSF+YaHc5mhiNmCkW25EtWUb+Ro8aNhBvX1PzSr7Pp4WfhANRZ50M2kRdBddc&#10;Oo+MBTIb1cUDCFnWHSYtQcodwNSGGaOej23tVXarMmUvwS3ZuDtxtGKHjfJDiWJ2vI+UBYREOcAF&#10;+jyBpIr2zoQMRJA3nj4ngTcp9I59BpfNQsLkr0YP5J8e9yq9um0uZJXuHDgIqC3bRprciHTNd6S0&#10;tOLu5YpeLL8Ll/ukvZ5DP7pyD+CliwAXLwBevgx08RL4C/fw84r/fQHgnvZ3ly4BBRld+1q6cBFw&#10;OoHJN38bnDx5/bbJeMkk2Oq0mjnFAcT7jE+B5ov+IvhP/hTwFyeQbcFI7pXCknOQDP0R6Tb0Anvg&#10;8zkR2D/KPmVNorrvCsw+8/Uwef2ng/vI78Oln/1ZaP6fX4KFN5YEt1HWq8fbNXXvL2Pb5Oy3V+sE&#10;2EbEa/jQJ38quO/5Ppi+9RvAH9c35Wq2yVnwZddbGb5xnqm7S1szCzrn4H+x9lsXIGBIsZ+Gem6n&#10;fb7fHs8JB2E5USdUOrQ2EVQPIFDwuouS24bHz7AoXDcCrmFeyAuLqI2O+TF1Kx1fDs11UPj5Nezh&#10;qUFSkkavKg6zSIyUfQErufF6Sfn1Mr42skCnstw4bleD55hMXUPmpq7WIsxaRGuqYX5S7mUINgBN&#10;GdriVahcbcwLcFnSYeop+b6eoADikEwtYxaYC9ms3l2KgamIGpG7didBGON3Qe9NvUxpoZQE4Svd&#10;G2M9FMbMqqjfAV7y+B/AJ/3q+2Bnv7mj7hsj2De2sY1tbGN7xrZ//EPvvPbVb/zitzbevzPKdpVJ&#10;5SPoBlHaGuSMIayCgZmwUurQIjOphPKKzxEmOMObFNhNJuDlXwScISzYECQBILThQqoWgkl9KwzB&#10;ZMhs0mPT16GY7goESSJbmDqr31xW5Ba/J2NAnUhuCtiAMtc8g6shcIOBvuNT/nl6OgNlsRy3zy/N&#10;FzDdqdtzMeHjEdKAGaBUrzvxn0n7Kavb6v/m18x+EKgodLtAH7iirF09GVcGZgrn6LvJF6xI6CYC&#10;O2YFBPaQhqhE1mSWgadJwNDydz7J4mETi1NO9HV5H0ztnPoxKlgobMq8+k+m2M9FcdeJSftDAFcb&#10;xY65epf9Fi8bBkWoPKK49IjiQAJIbDuT6VIWh2K3ca51d3v2WfElsqw0HrU5lIHYXbDOAoRxYp4B&#10;HohwMQN+OzKfgt0J0O4uTK5cArhwEdyzHoT5ffdC1T4m990Pp1euwOT++8DtXgR/YYeTZP3OLsDF&#10;XWja5zjdZX/JhmfLk8iQgZhoXrcz3LnqzylLulHkcQ4XMLlYPUXHNx6XywFOedWLof6Gt8LsJS9v&#10;j4uDk/YohQTMylUr79TQYSzeGrBnu20HFlK4f8yChO9lrwT6um+AyZd+CVx6+z8B/I0Pwn67veBD&#10;eLunpkQjuHfTfcFliI2e+3yY/oO/B7Nv+a60XrXqnnqzwR4O4A4Q20s7XZiBert+5yQYy4MEx6S0&#10;tc6V1pFRRBZdTKwnZuLFhdEaMRH/efthW5VuIo6rlArCvFEaYs5hDs4oakXyqXZzwoILoFOtK3C8&#10;SFflOlZKgorXZsV/FyII6bSGA9dx18gqhDh2Skjclr1l41fLOIBmJMMz3B3tYi0kgM6OeRskZIcF&#10;zQZhlZmIQyxA7Munh/DaR38dHvytG3fkvWIE+8Y2trGNbWzP6PbD7/zZd73xL/35t7Qj+xcmCalX&#10;jzHHUlD2qxM5K/i4whvMlZO0lUygA0EKYygS4s6Q/OcMk8waGJOZuG9ScA0W/phTecFZ3z0Nzsjg&#10;mTLZlmOSKBN7SNtz0EGW0oFyyUsthk40zOQ7OZnB0ckxnJxGwE+P2Un42+kMdkMi8OT/Z+/No2zJ&#10;yjrR79sR55zMvLeKoooqKJpCBgsQoWUQFXDGAbGV54BNqyC2Aw7d6vM5vPa9drX2s9s/bJfa9nPZ&#10;vtVqi+DwlrpUJqkCR1RKBCwGqYcyFA1dBUUN92bmGSL29/Y37CHinJPDvZl5b96KDVk38+TJOBE7&#10;dkR8+7d/gxP5LjMFnXNlUoUBU8YqMzYmf7WpqHWw2jmPEjCLVnmjsfIQO5X3gfralefNJMv7J0Zm&#10;Lz4FT3W1nsFneUel8xn+fVVVadIixXicN2QLbIDEWOqOtG5QgH2G13/jNtGYm75Y6kcDCqPJNMXU&#10;mfLkIhYG1thd7i/3whLtViVq4grZbQfniwCeHfdoMtZgkpUAt36+83qtVKf8PqVsDhSgz7gbsAEa&#10;6lJNwnWxsQm0tQXV1ia0m1uAZzbBb26E34V/z54BvOoqgK2z4WsT4MwZ1kBr2MNkgymSAGP+eRS2&#10;N4L5uLbrSM8HT2IbmaiqAk3vR84Guk/Xj7BrXWTQeEubtWm1sEtzCrW3tEphoIkU1cnRVScMInA/&#10;jnhCdNPDYPGN3wj0zGcJ45BJwQtsYIRV+J5gHg6+Qlwzlb3cwCvr40pZ6BOohfEzCvvf3nAjLP7N&#10;j0D1tr+Fs7/6Cph+9O4THseDK9+Rt3DRLJ70TNj6sufB7mtu3bd/e/bC+wI1tALo2ws68Sc2lsJ+&#10;zOe2WHf4CBBOia+cW7rPmjFfWvnzmOst4bk5YzNLqINF3kiStLMShFJtJQswTu97EoTmlK0ubDtO&#10;6EWVj7aVgncS+ODy85F84aMsx1il8+NFXWId3tpTvbUgMEEw9W+dLYyqisPUBLjupOPKcYAXBNAf&#10;ErTDTvEU0Tf7x6UaYdVG+4uxsS6Ijop7Dljs2eykBXvY90q6+c73wif/1R1QzS7fu9oA9g1taEMb&#10;2tCG5uA7w3/fHQq2M15S13JCaWJrkSamCTjSeEmElQLPYZedhQ4i+yrKIHW12FLGkDr1RPRN68gd&#10;IqCXgiwysCgrtj1zZexwS/Yo3AnSajBQ/issmGCR2qe7i8mY2hefGf1ssNBRSBGZJK8uBURE4DP3&#10;hb6J2SRsMD2bz2BnNoVdZvXtTgXsmy9aZf6FvZ3snoed6QZMdsYwYrYQi15YsoPFUftYnFWpuBa5&#10;r1Nmppbc3lh+JkahHistUhFL/ALWLLkbh8oX0JpS2rCThqEhKpj8+sptcRhJLEZdKfONPoWhD5wt&#10;w5NJuwW84nHnW/Pmo8ykjMxNgixT1tmCnJsEQkOOQlCPvww2qvm3S7LvON6SVJhZZU47yWEh6xGv&#10;suI6EAfrxgiu4RywzEq8++wclL6Ga0Wj3WRD2aSxJuOxjJjZVyidsDD35vcv2pjyednwUA4EhvB0&#10;bvzV/wzo0TcJa462zgCOxwATBegYwKPRGIivh1E4j3Wt94zwc4t1SnEVXp3z6R4UGaVkxvMlcFpO&#10;5uN++BWgAhVXAPXOVck2whWCwpheHn8fx17L13MTxmg4nychhKXi381J2KmXvBRmX/al4NgDsjWC&#10;jAM7E7xruGIM0WU9itK4R7338T2xtVfpzBbsPvtzYPzpz4DNP/h9mP/qbydzej7KxiaIdETjOY8t&#10;DZJg5szycsTQLriPGegZhb582b+EzY99DLZv+7slCS2uuMb3GsX71RLU29alcEuQtNzFLN9cVuAz&#10;fTYfFgm5tSMJearYZqRIiPZRLhsPSlJa8xOL75uVhHE0YRtVqitkQQbNLMNCMaLnsASGcRAaew+j&#10;gn68K024Fhx/VSrPVdJ7UVHW3gIlCuAKNNm31njbcH/ilclagUenPoJOvHlbW3PGYsG6KEkjZQ+p&#10;UARAFqxIt8bX9bnfUd8mymOhOOCeK0sr7ECz60eUfUy2SICkSoAlhmNZZ634XaodfIfd14HpKB56&#10;4a0oDO743KPkalM+I+Oi/rXb98KnvvU2uPpD25f9/WEA+4Y2tKENbWgP+vaq37v1Q1/1Jc/9P9qW&#10;fsZLIq/KM8RXjv1U2IyZi7Y2FGqtesOMhD0GIlsrgSeVQUZG1EFLYFyqh1Rie/GTIQlUWFXx916K&#10;6b6HnoA5s8sBK24d9nJWCxmtsR1brybX80UDs+kCprtzmM52w88LAQDZO5H3u2nmwvqb7U5hGibi&#10;mxsTDXGwRGQBPT1AifhgDB2Jcut9fbRcR1bamcEcelk6y04FYLNV/1Wei6s3kVeYM3wbzYMy7a1M&#10;+i2l1eWexJVtT876qRU2gRIvzY+H1M9H/Q6XsU0BhczQx2FOYa4qDXdByL5+yu7soikYfXpi+cz7&#10;0uuOci5GhadkZFmuOwkiTaoiu4yWpxNRHwrQy369fJtMXsO+jvm7L/4SmN94ozCIK/aDAvXCXPiF&#10;wqrMjuTzSToRbXFhrCkvnl6RIaEsZddJZ47dsz4p+mCS0aN6j3BrO/YIx9d8wQGZfNFzgF72LbC4&#10;+iFQMWsx9NVihDD2cMU17NhAgLB+Kn8V7H71i2Hz2c8G+vGfhJ2P3CXwZg1R4n20nwvQh/CHdiTn&#10;07xU55vhzvFd3wWb3/pdMG39Rd+L6BAg4CVroX7QRa9DP7Chrir5IsLCtVQZdFTYu2XGut44JaCB&#10;k3zrKtQobc4Qx/hcBGXv2X0NIsPP2HXOYfI/5nt7Y9vLYV+9Ait6c1JcrMRiBDhju3mlG/q4Uum1&#10;Ni1HS1y0NX/jTtkBGe/DdYOgR2zGaCWyF+uPig85pmdm5xuMtQ8m5cNBW9XzTxZA1AlmmpQwdahN&#10;b77jb+Cmt3wgKR0u9+aG2+XQhja0oQ1taLKq9/Pkm9saTltr2L+P09EUlJLENDZlbjWBTX7nTero&#10;I2PJd6qhg5YB+z+IPRxlykAp9oxF2AX59mBce3WdReFU2KWCtlg0lhTeVibVMwbypizfZUbfrvj0&#10;sXcf97euyOpKcdM04fc7MN3ZhfPnt+V9s9lcz5FXBmD0GtSCVTU2kjSM1ZLvzUHBCLyA4rSPGeai&#10;GPf+I1x51hMY5g3cjADnQc4xs/b4S8Eem6wwiG3sVIJSZo4pfKOTFeJcmqRE8E/Sky3dj9KOrmPn&#10;qeekMM18hEKXlvxXwAHGEMA1cw5DC8W7MVXluCQ9i8bbpwVaKKN62A+q5gWFmGjN4Y3h2qlFwl6p&#10;BI0MuqoYDKwF5BsVQJ9cp64yIM3OJSlwGO3KyTh88au7N96+jrIHcemL9IYCxxrBmI6KxKOw/uYX&#10;A37H98DiodfIq54TpnkRx1+pQFQ+n8JMYliZWUOuhd1HPQba//hjsPX0px7zpDPfR4Z2hP1qp3ZM&#10;I6iufwRUX/OCpSvtwq7M4n604uuyaLtzU0AcUsLLzHBmSTM72sXXCh+JiI4hLY/ZjuKzUDdgaYfi&#10;e1dfXtDN2/IaqGH2Md7kw9E+JdqcxK9YB3Dd05I+3+VfU2Kw7YdvSSx+fRtf8/I9L6BKCAgHjRAl&#10;r+XO4lqn9sHlgQG9h/AF1o7HAfhFCfXy0Rzmydt7NZ5PezZdf8+d8JzX/D48+i/ff2qAPm4Ds29o&#10;Qxva0IY2tNB+/5a/bJ/37Kd966Lxbw2FVe1tZdw5nwQKEp5Q5dACNkIWin9LRUHkRHaRwxSK4oFc&#10;WoWOib/eCky0BNhSqhFBtTL3lfeBQUf53E5Ixzp/tDzJRVpmODGjj8Ryz6ffR+UE8WqxSY+jB020&#10;eyErhhAjMEO6Qm4hDBD95KIPDbPJOL0uFKucsLu7PYf7z52HBx44B/eHr+l0DjMG+4RVqXJfPgez&#10;8N7t3V1loLFvVj2Swnc6W0ghK30QoSVJkkWoUcG+CHJk0I0SGy1Ka3T1m0p7xf1LQ1zHhrLEY2aB&#10;iveO6YJd7DtLb3Ng6c1VBgI7SJWGl5CByGSG4ZF5qXITTUqODD4B8ArckF9XcJCEvbAzm5n0tZbd&#10;0tC+1pzg4mRc5dXchwuKow7lc8uC2kd/IvFls1V0G4No/7oY+hGlxaiveVh28knCW5+uNDluvjYq&#10;C5ORz2kzAMqvjycjk4pHFiJkZiQDZczUgqOTJJ7EpKVKQGULC8d7viiCTUqvQwRyHSRlDX+xMPJP&#10;STMEZaphl7xBe8zwjhLS7IEVPEGtj8dZsZKYEO2dM4++CRb/63eCf/yTJU1dxqvTXOIWL8wa/nS0&#10;fD7JggTkeEnZoe21N0D7o/8nbLzxVpj/518K14xKbt2BzyquGEPdlqTCrrQ1uEQSe4L1R4e0Jwiw&#10;bCx6ac8sGZve26KK/4r/BarffrWAO3vDGftfpbjHGLjUgJ/s4845zXyXWgpXgnor/za8n5+FNVsg&#10;eH1eci3A9UxOzNX7AfcrmX0Ee+hpamxUGLTJsoWs7pC7a3hGtuG+0lKyztOFURe3o7UH144a9qEg&#10;nvrtrfN3LpnZetMUAFCe0QYWtiBqFGXrK1OelRS67Nmo5QaRpf96e55jkvynq5f7IUqX0WWAL3eg&#10;1atW5znMAosCBMx2IlCknid0NI8y6t57swQX0rJUfPhRLm+TiZ8qalaPUlqqOQo1gF44VsfGitUJ&#10;UxKtpprMtuHxf/un8LDb7jyVd/4B7Bva0IY2tKENzdqtf/n2v3v2057wn5pm8cPeVu5EKmhAV81G&#10;9hAXNaM7SJGqxnx/BuNMAOV9KVpynQLUE5UizU4x7pNz2sk1ZwVOWqGOuo6+gTVFT5UYwREKVja6&#10;8tjxf+sbKVNckW4aYebt7OzAuZ3z8MD5c8rum00FxEv+L6R9tFgsYGqAD/eJq1UeO1/MoeHVbswB&#10;EVG+qkm97mAey2umxYf+G+yGTkhqM8t4MS4Mm7RGDQ5l/8BhJ0k1BVtghN26hT7/ij3zeIISk/a8&#10;AZdgKbo8+WAJEfl8AhbNQkNXKk2WjmDZzu4Mzpw9W5iP658wmxKXJhlkBuPGlnRgUuXlSZRqoXQy&#10;JEPK5MP2Zza2MZXhiXXkoEg+xPUsRmP2MSsjArerJqIYxgfCZcRCOcDkNUIyPFnLQ/vKZkLF+81x&#10;3fPmxuYbf+5nQfNd/wpgY0siQR6srQPGFddOhSOYfuE/g9H11wH86E9CBO3nBwi4OQ2xG9RjK0Wb&#10;DcK9ssBpzd/SZXk+fThR7UOvhdGznwXNm99yQQDfXqDe5SYJbBe0xpXtgHVPVZl/Gy0dGxZM1LgM&#10;pew6EvmusNxF5eHtWd6EnzWAIxvjKZhkF5guHntbWEggn6pFeDPKvIvnQz0A/aqxZq/FIC3far3Q&#10;xnAtb5WkKU+iJjUeS1npREgNu5lyKgbuXxu5yNu3b31UBXT9Nfb5G0sxPoZHgfocd5nqqxxWBJBt&#10;tZ698UO3w6Pf+FdQ37c4tff7Aewb2tCGNrShDa1oTbP4sVDIfW0o6B6vxZRXcK6u1IPNQDq01DXA&#10;bvEV0x34vYlwt2LVsVBQZHaeMaZOxLgc178sUzw0iWDP2yUWTRHQiiuhZEBhWdSV8k+peVsF6abT&#10;XTi3fR7OnduWf3d2t1WaK36JxcTFa98zExDNO64yD5xZ2M6CQyDIGG0YQSUF06Ix9gV1ywXKCXPQ&#10;BmbAD4oAD8RuqImEglACjyF65ElSbpWYe5QS5lzy2CP7nUw+kneON8anTyCYehA5qML4rZ2CgWiM&#10;Q06zFZaggIcmFSKV+QqwaJMWBlwrCfnQfROGoUiEuyCfs4RVguyXB2J4zVmrlXjfYFzmL8gCVKqn&#10;aMXkun+ObD90UrXa+FsCKHy22j4tYASCyrKw9daf+KC596o0/OjPFU926s9+Fsz+9XcDbGzKPdqt&#10;mNrvD3tcga24hhuW9VIDzac9HUbf850w+7lfsEk/XiF9Qp3j7kgrsXzOYVpM6fhI+oKvdJlels7W&#10;iNwXfAGM3nwb84Ivdlgc6PVLcr8QsM8LM7jFwy+QCpO6qux5xViYN3VCOWIoFWnqGNLqQq1JZBfR&#10;XkNosMZeZ9Y+e/YJ1S1sPybJymKcl+dsvMuRMQRlDJr0tqz/GgPxVvmZkrHroJCUyrM9+gyShZWB&#10;s/UzTKBeHOfpuWOoV06uxeVb4V7dS7ieCNuzTsa1V+fxZnWXicnCW6ZVe6Ofv3X+Hnjsn78Orrr9&#10;rlN/1xvAvqENbWhDG9rQinbbO9+/+9SbH/XyUHjdIo/+UDxxomUKhMBKgI/E1pIU01alEFGyaCgI&#10;WkEVE3pTwbwiSTcWg1ES0SmUSnMVykCYykXylrrrtSZJMABG5J5ERQKv/o73tE7G0MooQ1SxJRkt&#10;TUCmvtkxFtieyZfT8cS6LxaTDPg0oTBuGphPF7CzvQvnz52H7QfOw/T8FKbhtYUBfaR6VQN1SFas&#10;GwagpuFv2wbqSv3GdCWcMuZohswMhum58QX2aBxMNIPrFA6BCVbKHLPlorWnXsk9bSEHzvqPMEtX&#10;0eSuRmWzVFpb6XY6bdIAQZP9ACU5ahw3CTx0ZUogGVtN5T7l3uu59h22WwTgeMxGv73xCKFhqW44&#10;HxubG+E9NTywsyOsy42NibIv53OYjCdQ1eHvwrkbn9kI57ARQFG3EzNXKCf6RX6iTZRdIcv0TWvG&#10;5q4DdAOkP+0wXUVYKeBtlSZxWJwE3s5kPM525T2Atg7HyWAw2FTndMh4syQd2WMpxUlc2U0YoHy+&#10;q6MD+qriLjj57m+D3S/6/DAB3ygmuH022oPTRw5dwepl5o/Qb0cw/6IvhHG4xmY/+18SyNMXftOS&#10;HH9/oF6ehOVC2HGzVsmSldMt2xs7vdhnignf5v9KmMCYKKlUj1OfU8o9pvs6hnubLGqINYO7pONJ&#10;g1XC3j7lKVA/ZBPa+3cOBdDFeAe3D8BHcGnwzj72JA6/vGBV2hWsSeBdhpbAZLcERlVPR15uo0zi&#10;FUuN5KGbvXSVje1yHUHhecdeqkQxcgnaysMocWQpPcvz2hgtFRzlYh+Wx4g+qUs0JT1GpXthxsmw&#10;NTsQkORh1Nop2psgroHect3Q9ns87l6sJdHCv8wKBTBaMmid1VF2yPUBhb1L+XFFAeDFULRTF/vo&#10;9YuYzgX1C7S8vrp8NNE7uvils4Gui8g+13Ph025691/AjX90G+D0ymB/D2Df0IY2tKENbWi9dvv/&#10;9+Fbn/yYh/9K+PZlvFZL5n0STZNXMolMdphWYFeFNRx2IoY53TWDSyTS4oYI4GKkRLjH6zYZWlUj&#10;d4pELDFI3ylGoVd8qzeNSnkXzO6bzYQxtmgXViyTgjIFczKu80amGcEcfOs6rBxJEXa9dFG0FDxD&#10;kuiQfAS8CCJLGSCbJpg9Q0ABN8QUCJWBBuqbk/oKsCvdtAI59TwfGweZ4P7hIgyKOpML8/cREJzP&#10;Ve7LrMnz5+6FJvzuKpb0hn1jFuBWvQkb40k4Rw1shkkjv7473dZxB7ZKzhMlZh6g+hWJPFlPinwv&#10;RT1/fo0mDzIA2ZN5/rhOR2EBkO9n4s9HVFf1HudBzIpOJYwj+9u0/cvoygX74r3GHd3BzkIvcnzL&#10;6Ae+C+af+2Uwopndj4dwiLWPgyJZU25PX/hFsIke/M/8Akxl0kjQHADiWQfYUsfJ64SOyxwCGPyf&#10;V+He5p1IIxdsd8D7w/634RnkwvPI7+4A7s7A7ewA7Z4Hms/BLdrUP36yCc311wFedy34rTNAo1Ho&#10;rjmMpDwYpXtevkOd/FhjW4s6DPTF1eH+/dnPgd1X33LF8DLXjVv03vz2Dvm3zkCkPQu1aL+xXDhh&#10;8lsuwM/CRy4+i8VagxdNCTvXgoshFxImpouFVR+sLMIyOuw+6grrJTQrfG7r1C/Yx8Vb0oA3tvCQ&#10;8HoXF0TNf7m7YlsAbB1nuyMDdpMn73GGMWE3gC4eXYcc6XIdG+uNqz/xYXjMG18Nk/fdf0VdIwPY&#10;N7ShDW1oQxva6vYDRPjloX66XmWTra6UWvJZP9FBk1ij74muFlcXUSJhv7BM4CEaswk7BtyH335m&#10;LCzBl+t+wFzAplqNi6Zkg0Ir/zaGeygI5aXrWIHJP9ahyh3xbCmUJI3jNEzP3MIULlH610CZfGfB&#10;H1Qy4DAX0Pnj6YKmOhcyLcVYwHeAN9ezrldHRmZ3VpFVUkwc5CWRBWmSbgwgyQV97pvuR1Gu3Fcw&#10;GxicG40q8bljGRH3OU9CmPG3tbkl3onz+cyksU5YACqfBtg5f17kRPOmEdkTA6ltO1cTcENr0Ez/&#10;PRqwR3ottK7LdMlMQBQ/P8I8oVqeGdDaSRrvWD3aA+xjpXAhCT4NMl67OnRfEzBLFyRHP3WAH0SW&#10;zdGcKwb6tr7qy2H22V8YxtgUmFPjxU11APvWA2N5Ur9gD1YOo/q8zwP86EfB/ebvCtBHRzDxpxPk&#10;hHn2GQ3HMq8aGH/4f8LiXbeD++CdgHd9BPC+e4Hu+QT4e3URoyD4GOBBBeSDSY7Ie79x3Ra0z3gm&#10;wFM+DfAJN0P7yEdK4FK6W18ikH4cdrINnz1qw338WZ8O8OpbLmjE+1Nyz5Bx2xIc1uaN/3Y0noj/&#10;7fo/tJNI+fkkwU/MjuPnYMsLrz45VsSwKP2qFVDjxUjxl3UK+DGwV1miOi+OCeuevRaNHReluek8&#10;YCFP9ssHb60y8Ao1/UNBPbOGic/5ihPcw/FWxuyL4WC4ymNmBeHvgkm4q4JTgI4N8HMrA8AwW4t0&#10;9in0fzODR7/tVrj2jbefqpTdAewb2tCGNrShDe0i2rs/cNc9n/KYG76XCF/Jk4C21RRU9VdhJ+Xw&#10;feWSUTdFOlgMhpD02ehHZl4pBmxEXxfDSUxeiznh1pLVGJyJxRh1AnmdJIXJdtRdujcJWy5YxDaw&#10;HzlL631usNznuASMueSkPrBECMnGmoqiF9QhS1avQ4E7Gk1gY2MTzmxuwPxsm0Cb+aLRRLmmEWCq&#10;jUxAMsmydHkrn1mZ51wV3t+0jUiXonGfpPGGYrqy6lQkKwV84AxAJFPspDRcAw6xAODW1q2FpNnZ&#10;iw4xy4HMHzuZU5MCdx5s/DgdQ7Lo7lw6D2mSGX7BTDs+o8KksyJVEqLJyenwGI8rrsFnn6nOJKDK&#10;fkGSwte2CkjydkLxz5MdTkS++qqz4dzUmnAc2ZVegTt+Tz0ehfMGMJ8tsqzbqyeQqp/UmS9LnXyv&#10;tI/yN4pWj51iHwmt/3VS4UXEqt6FlFJ+nQUr6HllBmLJeezKlx1Mm3aFXPPybb4YqS6M9cY3R8p2&#10;u1yb44vRL6CtJxd1rsjAqFH4d/zyl8H0+c8P92gSEEbkbScDmcHqGfmq5QPqAWDYyas8cfCklA/a&#10;brT1CODFL4YzH/wQnPurt0rfNmmfaWV68b7JvJZgKuCux2OW8vJ9qQ7PivBZv/s7sHj9G2X/6dBb&#10;MV81+/n8PdsAb/hT+eL76egpTwT3whdC+8xnhDGnwUEVVmufx8d2Dp0uuvAl1X7yE2HC/raHWBR0&#10;FzDKLzXg55tZeN5Pimf0Qdin/CxpYTzaiIHy+tCuIFON06Kh+bu5LCfl5+pCQttq8xbu9g2z5zRE&#10;Xuu9FB5mi2LM5MNKDStY7TByVSGD75RoZeG3+hor3lORT/WLJvKihHHx7siXLMZpyj0z6+N+ds4q&#10;xnAOsNwsp2nEiNm2slz4hTIshNYOkFRC4uq3kNUrohJeU5mWQCgVad7qjoLpGYDJ/yTamPhUZ0DB&#10;8L72w++Bm/7oj2D0kZ0r9vk6gH1DG9rQhja0oa1p7/nA3a/6lEc//KVtC88Xj7i28Goh9YVC6i4Y&#10;ri1O+qbP2AfK9lDWIibVQTRwdjF8wbyC9itvyQrMQ01bMbP4HEZABpbYa4au2MJzlKZ0/fJYRsJg&#10;EvusnT2zBfPFQ6Guw/dbE5jP5wL2MXtMQiL4S/pYzbDbppX0u0XjM4gUZjPsyTZvwgfNFmlyJYmz&#10;UsSiseowJfXmIjXKb3CF3AMvwKq/nKjHYhmXZLaxFhZQityS8Ll/xgQYZD/IFlIxTUArJa6ijuVJ&#10;BxfvBhY7S30uR5cwQsNYZjs9Yfk1CoJsbW3B9vZ5+XsGtZ31m4y1uk6Icev9ksyWLP1PAmwsDbkq&#10;NDM8mVFgsDIg0aUhky+BzPr03qy6uzOd7Klo41JYGWtGvsijmzb9DZ42RhfvOz1IRKdy73Ay0Ztf&#10;5LliuNB95zfD9AUvhMqH+0LYLntnnST4sDckgnv+nla8flJjd11KL4wmsPO93w2b9/8E7LznH9Ld&#10;Dk+Jo6QsGhR5A3iE51hsJvgZdfvfgwtfk09+DLh/8yPQXP+wApjAS3IO/dVXgbv+GsC7770i7yNJ&#10;TNA06sVLcGDAjx8t48koPENGuUbgemENRdAZqOYwfiGMKhRbEd/3iUsWIno+nDHRnYxDysCfPc8r&#10;Q9cEkC6VCH37D1rDt8QCdI+Ly0Jt14VE+VYAShDvPgQ8fAbZqgHkqdOfaEBb8rVE6Mhoo77WXQa3&#10;jfH0HDzmL18DV//FP1zxj9cB7Bva0IY2tKENbe+i8DvI+3d5D2eM0Afe5/IlJZmtqaalSFwB+pQT&#10;+VJSuwZHyubookYwWUmPLILFC9Sr0twFSSb0w10HwMPuojdGQ3Oyle+S7YFplZhfZXBpPBnL3l3j&#10;W9gYjWC6ORGgj8MiGHhiYKhtFgr4CHNvLiBfM29gd7qAtm2E4eeVzifgoCbFKmOsMrkwg02EXcAv&#10;nTMsQ0ywA/TBhXZTnKbHNGBJyl29+h7PEB6o+zHV/Ohh9WQ8jilXQQJXrdAv+TfOVWn6yxOdNuzf&#10;A/feD0xAOffAA5KKvLl1VZgAVcWIjCy9cC4aryb0xZRSAL7KJEMOO8EgaU7g1DuobeYyPxhVI0iB&#10;LrY6T8Z0TPMbD6u9lIproa7rPecmzrcH7+vL7b7TeuNtPggkvLyAQi2M8OJkojLRfOZTgb70K8WL&#10;DaraeGiXiB2Zwh3sLLo+u6+ML6fUFzrPv7TnXRnr2m8thT48cw3gD/1vsPXyfw3b83CuNM/yFAB+&#10;ZN7/dGgP3YMAg7KIxn1kt6zd930ANv7Dv4fxT/w4NGevubTn0IX77A03QHv3vQe6Ak5bHEF6pLaH&#10;33OuyWpXidqALzV+4lVm36c2EbjmcezMrsNYcjXLebELarm8UFXWSbxdZwu3VQTCSK0vJMDCF4uN&#10;btWVVXhCUjc9Oi7+RvWGJw2UE/jQVyIV5l+Nwv6K8iEcd32YmrBvekcaeCYbJZ/WrrEnd4elkkXT&#10;gS+lNcUj3vcWuPH1b4Lq3sWDYg4zgH1DG9rQhja0oe3R/v7Ouz745Ec/4t/61v+0AE2tss0iu69E&#10;+cRPjbJnCHVAJkyTJ006U4+gTnFUer84XTitubhU9WYBofksueqk8S7zQmJNKEyvyinjyaHpWAuO&#10;Bq0AVQw484gmPnbmFRh3M8YctgDl7kT2X06USF3AK+lmKxOK7RrG47Gw9hTka8K2PTQs6RWwzwu4&#10;x95xs+kMqmoqKbHNooUFtuB805kqOyncHYzYE4elVGjyDsw8FEp9VeJ0lJLtEuxH1D2mdEYjUxDF&#10;6N3HbVkSsM8mgybxzRNOlz5d/+dcAYxh9CAk2984sTDZr4ppxHcnpQuDT1Lh8szHRF8qPLhSCqlv&#10;5bPHozFs7+zC1Q+5Ch44d05YAFtnzoa+U4aVThYsSdoSfpnVx/LqhsFWPl/tIpxPZkNU1kveJtSV&#10;JVcrc1ESeCsUE/XKqVdQTFCmUvpjrL74fQy7BrtGTN+rbIhwjifMykDqSJ2IshTKNQu5zk6LEDYL&#10;kMI++zkseDwTwRWP94VzyF5jPtwPLuRckWVaT/h6+vaXw6IiS31WKOa4WVXyKeE/jUZyyv7UoIwv&#10;N59CddfHAD52F+C9nwD82D1AO9sKmIdrh86cgfZh10P1qEeBv+F6aM6eCfeVWq5tDiaqwrVFMZ2S&#10;SskrHfdgTPCP3KtY0vvQhwN967dA/X//1wsC+iKn10kgk5ewjAUe97nh51cb+jF7dtFhumCf16vi&#10;32hd2/zDh6H6qZ8G/IEfhPbs1cIwBVed+GUlKbXXXH0qM37oAOciOulhqA+oSKT3RXaZptyvAO7k&#10;ee1hHK5BXtyK7P/47HXFncULeIcitSW2qwjvp7ZWuxVG6KpqCdVKC2JpEYwEZGOP4nGlnrgg4WJ8&#10;TdTh3kHCFLTbYe4HjLUIFt93GZySsFtWKZQDvqJNjLihhv2YjOvw3HQG+DlJpXUdqwjdBx9DahGM&#10;NamfLcxHryoPCRzxrZU4+gfUk0WUZepqgE+BSsSyqiGRWHuoYMkWIQKGLkty5XlpBbLr+P/yfaaS&#10;DuUxcfb8x+Gxf/L7sPX2jz6o5jAD2De0oQ1taEMb2j4tTNp+rqH26xvffjpLIBmAajkVtsaUDCuO&#10;ZRGciYWnFX6wQvJEfe1vAilWu5W4qPxNU6Y21pXmAbi+UO4UcuKnhsuaXkPCRPpZAFBSuHIx6MwP&#10;xQDAnDCLy0U0uKUNu2iMw5NwH4rlyTj0n4Mxy3NDfzKTyRvDZ960JmH14fsFzGdzYXG1lobMcuqW&#10;FuJhx4AgA7AQQxtCEYu2Yk/s0+WqjnG2U6i0u+dLoRrFa/ulwjpXnOei3xIr0ll/OPPXoyKxr8uA&#10;owTcxRXzFXJdygzPAlfsnPkYyCGwsM9Yq6QCin+Pg3vvu0/SkFlOPArnYjwa6Qo9qTcgWYGMpL53&#10;kuRLCug17Kvoc+AGpsTjSmYJ7AXYpglT9vapK1IAxCWLxeUJncO0bb6eZEKC+fpJUl7+NAGO13hO&#10;CivUFxDt6RGyyXU2b65ojK8vheR0aqyqQ5+r7FgZpnU//H2wuPFRJpWjE9v/qmWgz+sxNGF8f+xu&#10;cO/4W8C/uQ3gLX8HjVcW3CqPOyqOmK+L+p/cANUznw7N5z8PRjfeBLRlYEC4x2EnffrkxnRMEWVg&#10;zn3xF8Lollthfsc/XgB+mC0UTgxHLhay6JiBxfjUY+hp8Te3w9ZrXwv0oq8BcvWlSeYNo2505ip9&#10;nl/B95HFbAajvaxUeiw46Ru2YbGwio1xLbUGVhpigUkRYB/AoSeogBIHb4RiRQD5ZoT6rIzPXfMS&#10;RgMJy3pCwjlsIW00Gil73tXyHPQjXuDU0C4tH/T5j1RIYlMib/dakv00Ga+AfC4uKnalulFeWxvQ&#10;tzEZaW3k8hKni8oGA9RQagDsgnR70F3R2IhSEzhcCdY6W7Og/UKQL/KaL69I7seb3vUmeMTr/wpw&#10;6uHB1gawb2hDG9rQhja0fdp777yrffJjH/mtrfdvJfIVs4+EdcHAH3pjvBnrCK2SdJGt1UuvLaqf&#10;MhxCJyN7TFjSpKWYyBYkj8hac6mYvdDJhVO9KBrI0tGhqOGKAEaERVGIeV9c15MKO+GwyrbhApWZ&#10;WQwuNRUzckbgaw/qi8hJdW3yRpQVbc8AUy1/w58lDLNFIyy/Rfg31p+oVbX69omXISbfwQzAUTon&#10;cel5qSzFntyO1gCnnXNJHWYlFrJhKM5/7KpOWEoZVGFwJFgYjI/yVrRk3hTLbNETBGtAY510xIAO&#10;MJZdlN1sbmyGlyo4f34brtqc2OTQ/INS4q+ez5j+K+m3YWIl58mrcM1TpfCpYH3YiRiILE+WVrNE&#10;m8E3PjfewmVgtUrXYk7QlLzUZf9h7t9RXXeA1iUvQ+8B4fT43pX7ygE8DMQStlf8/ZWHM4+NC5mU&#10;VDba6hc+D9rPeI6MmoYntSd40mfhnjPiC+CeB2B06+th8Su/AbOlcxsjOLrQvOUECUAkz48774L6&#10;ztcB/N7r4eynPhFm3/QN4J/wJLsm2x4L54RAI6f3Je5TqsZQf/PLYPYjP3rBuRr+hFHsyLA+bjF/&#10;ZPaNbEHJv+YPYfSVXwk0dpeEnctDpRmN9gT6LlfoAw/xHl7si8+Lg2+fZEGQr6vJiBeN9NrShc24&#10;RIfJC5efWcx6rxctjMMzcRHqEQnMkmXeZesKedqaPx1BlvGy6qAKn8fPZVFs8H6zVGIyMn9dlHt+&#10;rA/QZdjQF5+BlBPQcugFWoBVrhqh+J0s+pmf7pj3o1KmvW6jO0Z1aVJ7tVMh9Zj05euReaz1YG9R&#10;A1OV1gPkju+Zwp/wkHs+AI+55fdh4333PWjnLwPYN7ShDW1oQxvaAdq73/+RdzzjyTf/VNu2Pyyg&#10;BXtCzUGKJV5BV4DJCkibVqggIUt4KYESxqCjkgOYflBmkyWo5dlKTInV4IcIpGg2Ql5u9dTPQqQs&#10;T0lppZRCQiKTEG2DIiM1kKxbj1Gp7MqzCVnFVQAJYmIqVutiEyCZ+DWUZc4EuRAs2YScrBn+9aEw&#10;nQrAaOy/poHFYi4+f/NGU3yVYanMQUmLZXYfOPPkYTFHlYG3CEUl6W5RFEelXCxYUadwFKVBmIl5&#10;mjycNUMYgU9QJiS0lggn/eugihMSScbNZXUCfXnECHNUk2hFMt7YOWWGHWYmQcedMWmWKtsxk99Z&#10;Am8cdFqEqwSct8nBKJONiazwi88h1pbg1zKVz7whNfGZJdcCWrN8djIJ/T63pFidJGjwpAGQnix1&#10;kBLMIcwGyuC3MLLKWYN3SZeFFkKCaRJiaYB5BOn+jqoO0aBkIMjftzNjGJ6eNN541YKcZ5/kacc3&#10;K0o3GOj4gBZvIBu/q+CBlQTYJSKI3buSClVBTLJJK99/+DzVVXWI3c6g8sbDHwKLF78McKSyr+PL&#10;4yjHlxemj0h2d8/D6DWvg/a3XgW7u22SFdO67u793Jeaxz67711/D+Mf+lGoXvA8cC96EbTXXh8+&#10;t9HrmoNHHB0SHrnQo7ZnBl//4dqePvEJcPZzngvn/vTPk+TRl9fhmuvN27PGSaBCBa0zae2xzvst&#10;KIkYTHbHejW54jjlvvOx84CfuBfgxkdcEpau8yw1ba5oZp8c22w3PGpVyposLPbpcVmTDdfPZLwB&#10;Zze3xJIieuqBsfWxsMUAk+yOR/xMHqlvsAVWJVDFKPS6wOnMLoXSwp/gak4XIjXR3p5MFqiV1rMw&#10;M35xSRaLxVhDKNdZ9f4alQYE/VxsKEDH6Gss75fna2k0Y5+AWC4tmwWwHlPk8kcmXwdlS5/f7W9R&#10;YZDLdUuseSgvk1JLUkuQi2Fw3ZsmRl9f6sGFaTFV31yH+vCxb38DXPfGd4Q64EERczWAfUMb2tCG&#10;NrShXWxrfftji6b52vl8/ngfiujGjUyi4SSkgOUZUKuPXSUrwpowSmaWvH6y3SnHcgFnk0mIZC4H&#10;F70UXzKuYoHkJcnW5aDayHYriG3kewyrAu9rPXZDQjAnpuYCjOWb6vmmNaGBVObNp98amNe2Ktfl&#10;39n7KzNwsx4VKal4/bHkl1errXjl1Wo23mbggH0AlaFox4ZZ/tzpAiwntWsmB1FKirTifd2SGjP6&#10;1LVs7IBVTiguVCATmkKrkwoG/Pj4mogIUyygdT98YhKW1TClyQMDeOLPZ6AyWlGtQR3KrmOgLzKO&#10;0tAymTTLBhn0Y/bf5mQCrhrLtmYs/RVAlYFBDT8QYM9pyq+Cj17kTirVpURtQGeA3aoZt8uMBPXt&#10;yzMfgmVFM/cry3j3Aij4OPBUcfuK1swV9DwOI3O5xh1kDyRaDxhFGhYu33gENLYJtjNvUTAvUois&#10;YB6nrmRx6hUsnqGtGpViNHZ3tBYkWwHh6H2Bwb3v+T6YnZ0IuI/HyFXq7BdPkNs5uNvfDdXP/xxM&#10;77oXqAdCXvjnoLkN6lamr7kFRq+5Fdy//AbwL/wKXgIJn9+FCI9TJlpumz+VQfbdb/l22Prb22B6&#10;fg4tdAEW7LmcLm+nWCA5ARQsBWhhJ5bpBICo0Fcf/AC0N954Se5BvAhZ785OPdC3X8/hfHZh2yRN&#10;dD+7tQWLxa5KZ6EImSoWUOMgEjafAX/egimWK7j8Xyp8ermGq7FSYM18/dSxwmf7joPuP/W8CM36&#10;wuNyVULQDYFDs9wQKTPmuqLfP87GMOA+FwxCoTawv/d6P+/sSwwMM2BzycoGuoeDCMuJ9A6KWmd1&#10;xfawj74HPumPXgejj+wMk5YB7Bva0IY2tKEN7eDtHX//j7uf+ZQnvtw5vKVpGFhqpMgROQRLHElZ&#10;WohjYyd1S+/9ZyRFTbNiFkTLNdXhCtw42XFFym758ViIMIuADewVomgAnppFmwue624rbl3ZIJF7&#10;6NR80OfJkK7sqlRGAEWw1XLSleDsh4MawGEr4mim18L48tkzR6Q47IdTqbS6iiBfKaUu+xazp9xa&#10;wA+LerbwtUHM3xPGgh6LvqTUz8kCkcr1c+wmMccimKgzS41px8Kjcyv8cwqtNKrmV6fZqJ59Snis&#10;LBVZ/xP9+5ilWtUosnR+TQzm20a8jMbjifjvcf81zULeu2haqcSVR5EnRjI54ACYeC5s33zyoETZ&#10;pkcFNZOomkpgQFNNKoN8FESmLMUugFcQGW+15/VEjT9VXn2d1h6fZ18CEL3m/abh2JlAov2+yxAh&#10;uy7lvLYEtS0CKM/DpOdhrFRhAu6m4Rjm83Asc3DbM6DZDmAT7pk7YWK9uwPEX9u7UJ/fhno6g+23&#10;vMVEYwc/Z/UTboLdpz5FseLqBEWJ4cIavfYPwf/iK2CbZcSQpfMXKxfFBJ6pvDeenva//TpsTMN1&#10;+KKvg0XdTV8/qcbXMPICy7UT8C/4EoDf+sM9j3YVgBGhfEdUHOlJIH4n1xB0Wam97x4FwS8B4sbP&#10;yMW57YNUH6cK8ItnsgWV8dOiVY/aQ5xjXbDyQh1jexDvRwlLwt4aGka7DFFbVHKPcxZORpR7NrOf&#10;QfyC86pqB6UzxavKZDXQh0QMnJ/puBL863gPFj9LGUbREZgKKCwCb5SOGSQADOTYKwkyQ6NH5prP&#10;GzBZEZgPdZsXcfcc8T3/4GhnU75OB71f0Z6/SWtUmJ9Zk+k5uPlvXgfXvPl9w2RlAPuGNrShDW1o&#10;Q7uw9tfvfO+tz3rKE36ldu5lDhfqScb+J01ttZ2ZE1sB0nqKGI5IMSNYQXt46nnzlctFHahXHnQ5&#10;OARdCW8JhihTLrK2CulH4S/HYQlVZ7KlMr6qoKExO6xlBhcZ34Qio4fZdJWCfqqJUdmFc0UABabQ&#10;hUgMMlVsKkYVHMsFM9nvozxG4j5QpS/j8UjT5MaVpMnOqkXYh1AmS9Ide/rVwuhzLnv1SWFr5wQt&#10;IVdXljFNwDLAGQt1MLAMUsFOxbGXk1gE7S9OpPVWN1NMOrZC1xdIrRw3979nSSyzGLF75guwzIlU&#10;kJLPoabqlbnLxblHTPLdNAOAqLQuUigZqDH5EPdrbUmfalVUC+BXbWzIdhsGaXxVJIGQTSpaAztz&#10;ZmGU12RjbjX3hug3aP3Bc4rILITE08yjmgqmJ8UEaZ/ZX5BSVsPYLcA+IuqAtrIBltrD6QroSPvp&#10;zQuK2uzKflGTZVTvR8eMtHCOP/4RgNkUcM6eV+E8z2ZQhS+/vQM1pxjv7ADsTsN7dgE4AXt7CqN2&#10;AX53B3A2B5qFe1/410/Ph7+bQjMN752H8brwEOe5LaySrS6fh9mKifx+xxIFme6fvwQqYxcfD4sT&#10;OwCfSGfDMVZveAMsfvEVAsZVUMiV4WhYdskCNQEb+srslb8Fk3PnwL/kG6AN16kcOxT37OPGOPl+&#10;VFky+xd8kYF9eCBWUgQnlfhZ2ZVPx35FyTVENbs5ZlwbjpfdFznkPlw7FZ4ku7g4Kr513PXRywLo&#10;O0i67gGPqgt4gXr2jYUsTMv30bU7pAbLbPPh+b4W7nlqm9mVmaaIJ4ph8GTvi8/pzKYvn/VUUtIK&#10;0Mt7n2wqKC4IU36eC0hM3aVVin6e5efZolmqpeLHRfWFPT9TnWmSeVmYrtU7kOspCc5yVcfqIgZi&#10;kTmRRHCen+dyzTrdnoZsYDrouHhLsXYq+iUuJKd+JQ9Lfg9WFVLhFU0WWKLQaBkKZ/WbMf8f9f6/&#10;gUe/4Y+hum8xTFIGsG9oQxva0IY2tItru7u7PxAK+C8P314v3iehgBpPNswmRYEk8a0TpAWyx14B&#10;TJTCy1VsMixcUQSMoVx0loCfrLtySMge0WZLExsBjnDfSZ2YPXuXC8jeZCYHdBhoR/2JHZqvYKnH&#10;0KQ7drDzjhKA6SSxUlN4Rc5qICmaDJCBPJZJs/R0a7GA2byBRSjQuWhsPLPTnKZZVpUAf/yvQD2u&#10;yvuSJn/QY1ocnCHTzxpO/eGM9QII/TDiUsorYBmlGUHymPFk/6GEhnbA2+TfI3JYZgS0pV54ed8L&#10;0Ktk3yVVjhn+Z5jRpNrg0nsqN9JzYKOUPSld1WVCkkiZXEcqxI1l195Ca3wc437/WV5Mcxaoq28c&#10;mTJV1POorkZ7nimeBJ5SES+081av6SNjBMX7TOjX+++B0Xd/P0yn8yyLh64M0xfXeSXcDn3PqtG2&#10;gC6rDS3opS3e1bWNp4s8EgOyv/TZsPvMT4OajCFTERx14Gq5OR7PtNvCxq/+N1j84R9Jv03s+E8G&#10;MEGYc9LrH7wGtu75OPgf+EHwNU/WT86VEotAo+aRnwSbz3gKzP72dmh7+7mqB7MPGRqT6crNm45k&#10;vmrjanmunRQY22HAnf8EtHfedWo8++gC/4ZmMwP6DtfHKN6+NeyGv985fz5ZXqR7IGUwrlu7Rd+6&#10;yMbTOx8vosTFQJ+8/Ch5MFPyNdaFsLioFVl5AqVR4Zxga5IUlQ7xzisSYuoCZKSLZGrx4ROemd7h&#10;yBb32HN3JNYcPEor8Zoed4J/DtqLUaRROgh76pYfR3vzWX7p7PmPw81vfjVc/XcfHSYmA9g3tKEN&#10;bWhDG9rRtHf+w533POmmh39vqI9eqemwJu2wySyvFo9HtQB+RLS2iu1KLkyKiV2mF4pzUwSGVm+q&#10;Dxb6whSN0qLyfsYrJRgZCzZnwQ1u6TPIWHOdtN01VnbRz4niTJxyep0XTz0ucJv0ZvF+M3mgs4RX&#10;ZnhNJmMBAhmjWrCvnAFes0UD47oOfT4yaYp6ylWgSbBohWwqaF2v38qckH1qTaRupkj2qsL0uzgp&#10;JsrwBnT8tVTcqovblLbj4/J9uSIP0Z8nM9eoAC5z//fTbZcZf0g2xbY5A/sVxYlNDlPGzCSTtMFW&#10;zkHT2ntkAy7576HJj7HCpcmuAn1g7D5jBBxgDFKcaHlfpEFHmTSlc9mRNMMy1smTnuN1cTvGia/I&#10;eOloE0Qj8yVcH3M2pAeViUYALnImfQ+UW9jrycOq+Js82ihNLBj4aXpnuupN6S8GnOJhVIfx5r7q&#10;JWHc1dCypDuMh+P2Ya/CAHa/90oB+uLxTTvHdrzNGbzA0/SdN78Ftm69BZrnf1E4P2ESf0KjvAzV&#10;8Uzh/OLnC9g3hiXn0LXPqfRMxBNX155Yi8y+0fU3HI/v5lqUMff9+P3/A3ZJJean5R5IB8d58u/m&#10;iyL8Jz9/01jb+0YrifT33Xt/YpGnOxTFZ7VaaUQQT4A1fr603p6/VLDzDOj1mblHEC1KMAGFvny+&#10;e7LP6aYdqd1Flgp76DLYk/dd4YOXIp0MQCwDcMSaIzzztzYnctz1qIIJ11BFAXfglNz+YnHHOpg6&#10;ycFHct+xhfN8H/Lw2Pf+GTzq1r8GN/UwtAHsG9rQhja0oQ3tSNvf33nXq5580w0vDWXN8yVYIhQ/&#10;nG4qDLRFI95m4xini+alRt3V05j4RpToVho8YGiS+MIYk4kwp+eunyl3WVAugTcRcVFPQRZQVWaM&#10;363tXAaGopG+SHUNlLIUN4yOfLaym/IUWFLLps9UQf9AC2KfyS8qSWfVndAwCJY8zxYaTCEyXkvY&#10;c8LkGkFVE0w2FRTjgBQuvBlYHU2n0lejeiTeifzlage+0VRcldrGBF4ogkfMD8vSadUDMEt1HS2D&#10;gpoqiplJWfj2pTf58u+swC8YfGQix+TERxnU09V+ZfipF7hX7zqnkwFlBCws/ABFZm3V8PKUKC7t&#10;pzAGJ5w5/hsJ8IjjLwIJDmP8hx4CS3y9U1NyUDZB49VLjgNSJNnXmDrkM0aYEp9R+7f1lk4ZJ1He&#10;GRsC0mSJYiI06b7yxKR1hY8iUQcc5+tsrykg73HdtOn9pwFTKMGzcbuAHRdTpI9mMhOZnZXXsJSF&#10;OeRhD4BzvWm3603F94qgaNdIWY8Sh+OzWX3WM2D6qH8CdbgPVDJ2j4cnxkmODbYwCv/DD9wB/td/&#10;V9h11RKIeTJASAXKJOR/m1/4Jaif9mkwf/jDwo7Weh1VCO4YQc8SuJLL9SlPgK1JDbNZsy97LDH7&#10;oiTfGFHHeXEK1O9tUcPl9G48pvNTXqns3Ns8+pFq34EnM1I4GKmlnXAuJrD4yz9P3oGXE3C39/k6&#10;/Hua+S5sUJ1ChKi3WIY90CkBZvYs297ZgQfuvx+yFLV7ALE+88lLmMxqhRIZ3ydvU8qsPirsP4zB&#10;13ZGSKwJ8vNN/Xn92v7UBUKfBADpmkwgb7u0BCOLZpWGmG1ubIgKYTyqJIE4JuF2gHpe1MCuNF+u&#10;XIcJEOyAqJGCWECGkOxHcOW5cyusKQhyDVGue8v3iQiM8ND7PwRP/JPXwuY/3DdMRAawb2hDG9rQ&#10;hja0Yy1mvyPUH+8KhdeZBkLhuKhgMW5gMZ9DO5lAU7Wmw3A6ZT5AJUspIi2z4TRfokg6XKtY6dpY&#10;uyW2V7fsSiGZa1ZgxZdJpC5OwzEgs+T2rMxXzaYsnMKh8lPkX8bivAJLnP46nzdh0jiH2XQuP/Nn&#10;j0ZOGGicvDoej4W9x/LNUT0GF75G4bXtnVqSV5n5tzmewEZ4P3vScHHNMhXZZ8S9pw645oBQC80D&#10;szOw8K1b6bVm8uRY3ILvAIopnE8mLK0AbSKo9hF81ZCOqAgSD7Zket1fbS8SlrMGtijA3dKUjBKL&#10;K09c1fzcQOjweRzgEQHexDgsWHZxMuSKwh6tfz3F9FYswCMFKIiW5YjOrRrDKH59lY3FlewN3l4Y&#10;T/4EXMGO5d7SNCqEJTxy9hPL4jvMzNM4efmqF0FNs3BdHq9AsjUD+3b3HNT/8adkKl3DpZeGM7NQ&#10;mD8/87Mw+b/+HfjIJGeAuzq+HumyOT0sHnItTF78Ilj86m8cMwx08YjTviyviwS0+n6646f9U2ge&#10;+pBwHxzBSXHrSPxRw1j4+Mclxbnt3csvwxrqov8Wt2d6nPuc3/7553tgPR7B9vYO3HPvPbqQib0w&#10;ibg4R8oUj8w+b8hbwvWIeghh9tJrOynUCYHUxUXC9PyOICX1arRCQtC9EpO1C+YUXpMG9/m1TqxQ&#10;zP6i5mf4RPadqFv+4J414/4tLp5S14ckgXYHfZgtZaixRctiDje/84/h4X96uyzCDG0A+4Y2tKEN&#10;bWhDO9b2njvv/uCTb7r+34Zvf1qlGaH4C5Mtb9/n2o5BO9cBdfaqcr2GxNliackGNKbYGiOy0gK5&#10;wvXTeM2KyMCPi9uEItXVEk9j8q2YNjvMOtbkp0YGankDdvYGwpTZh2ob2KrkmAvoxaKB+WwOu7tT&#10;2NndFZCLk+/GfgQboJ59k3oUCtUqFOgTGI0mmjDrlL3IbED29GPT6bpmMLCWyTAz/1wH4FpTUCbv&#10;wRICNADNZXJkPqn5PEaWCpQyVWMtRiIjEZovngFkVBA9cdVE2v7nlEWYAkEwsgUJlrz9ivOLhb+d&#10;kjQLI3GMgnMPfQW2SIocdoA+MepuLeyD2ZTGFIyMAVnF913Az0EcW+GjK50MVWqtJiCsBB0kdp+l&#10;7hb77/36FE9+H3sPodtn4tA0nWM7Tc0vFpZ2fYRHkOSTTrwsIbnwXf4tegHyuBzf9DCY3vxoqNg+&#10;IQYiHRe45ZlFuwGT//fXYPejHxPvtZLZd6ma8j0JmnfdAaNfewW4l74Mmkrl9O5E92IOzed/AdS/&#10;+hvSL+5AK1okoNRJ7Gl6VroODnOk94RVQBqz+uCl/wI81hJQhMd7cRRd2+r9+9bXwYL8EtvwcgTx&#10;ViXtHub3HCAEtiB1MCApM9O4Tpg3czi/va32H+k5CykGSLzwiG0CfHgOqupArEbIr+/cIsQjeehB&#10;9svNX/pMJKBkXVIqZDX1t7zeVjgMU8m2pVW5uDImRuEYFo0qKGTfVhicioigyAPHletotPYcRX/I&#10;VFMWRVZZby051uxRM/K+3HjXHfDJb7wFxh/dGSYeA9g3tKENbWhDG9rJtVCu/Vz45+vDpPPTk8Sj&#10;8MxTaMYrg8uAF0yy0SJgATs+0EuFbaybqHBYYxCrtQlWTjfre2n1yr6UoqZFpYYhmLLWKrLo8+cM&#10;1HPpt0XoBtgk27wKSQIZYmQIdsE9iCEdFijSxcqkgF40M5jOFOjb3p1JuMJIPPjCdmtvn+cEABSW&#10;IVahaG2FZdYsPMxCwV+Px6F4D78LBTwKGNSkotoV7D7syZ37MRelw17nlBQUCUkh9rmIpRhEEll0&#10;zlbek9k2pRV3sdHRmNz0eRFsFdkraiiJpNYa0TN6AMp+kTpC8Wp9NupGWBc0kmA9Yw4YQa8zNloD&#10;A53L4zaC1hKo4szPre1NqigHdYhDnsmmU7iGxUmrKX+awZgHkkr6iFZxzKKxuYGjXUMmMVaPEmL9&#10;/N5f83va+XIWy2m5r7RR5n2EvkeRccE+nDWzjWanJqmYhK+kI3b03OdAO9oM1x+zd48XsKzD/+Z3&#10;fwTmv/PqFGZyOTD78nUdrt3feQ3Uz/tiqB79GEaJDcg9gc8X37JwdV13A7hPfiS4931k6f5KfdCB&#10;v4wWzGnjrTveq1NZxF6ZxphlvEcJ+GFnvOjzdfPbvgm2b/4k2PDheVedxGhxBrY0UM89LF77hvXg&#10;2GVXQx3u9/3e9NMpVG7/GJLugh8/O1sLl0KpJfjnKlpZiHWKT6EaDKJKeEar7L5msRC2PZV62jj6&#10;TcUgo46y9QTFZ5d98UJkHIz8+X35sYJvRbQRZiZ8tBPp+16mz+ul06OP++Gl9vP9VcK0OBzrOGXa&#10;a5HjUl2Ylq/dnhddBtl7J89hN1N33dmPNdXGbBue9LdvgOv++v3DZOOi7gxDG9rQhja0oQ3tgtq7&#10;7ryb4Y9vJY/ibEaRBWcA01GJCHuhcEc+acPCqSuyAbzhNYQusfkQMqBHBQDI5WPJRFoCKbAAaiCy&#10;1UAK7FmzgPmsgelsBtNQuE+3d4ThN93dDa8vhLUX+lcLxVAgs6yXzaV5VX7MUt7ROPw8Fq++ejQS&#10;CW8tQR2VFPO5rFyWRMaJKVI8WGdgGq4pk7oA7dJhYoatsDRBK1IswcInwEIR5LiKIBQuh2sLLhmJ&#10;/KaSxM1R5Q7EYlpSUDv13YsAc/x9CQ9XoS/7QJ8rgDQGZHlew+yHOCLjviQvnzX7lrbTxolIHM/L&#10;V0cyGzfJeJ/9E8+fnN+9+oK3vWizKfopa8wQxuPCCPi+5E5Xv2CysEeYftZzARcsRZsfS8BDHDP8&#10;xYnfG696Rfgsn+6NdFn1C8mCD736D5QhVJ3cOWX/Mbm3MGD3tGfYU4A6/4NV1zeebA9SCjPAIxof&#10;sHIstKCSzcnzvwymX/4CmOAmzKuTYs+qryp7N7rb3wbNJx64rK/nC72Oyn5Pz7Hd6UXcClHqCX6+&#10;efOl9SmJ1/fiuEnYffwsFR/aVm022ELES2AYf3m5Vyx8G35P8r4m/s5UDFEK3Eo4hgJ98XX9ovTF&#10;20g/t1FC7FMoSHw+J6CQoBfuVdwpKNdsZPUXuPxaVVQ8xdLuoc8QmaLhYH9MKwsX3sInfegd8Jmv&#10;+uUB6BvAvqENbWhDG9rQLm17z513vyOUhT+lkkQnk2mRvyZ0wq2sfLyllnmg7J3iChEG9SYW2FWN&#10;+AOgfyvfUlbapSeM7S9hSRZDo/lVAkIhdu37k0y0t7nMaEuBs4nxVbtKveZQGWWLpoHpdA47O7tw&#10;7tw2nNvZhu3t82KcPTX/Pm+6DwZ5FOxjye4ExpMRTDYnMNkYw4SZgOzlFt7D5yBLj1dDYUmJHNNM&#10;IitRJodR6uqWKqdViXXKlssMSFcErkiSsoB64r4n/zJmVof/1FUtIJ+Ae6Am2pUBxvx7PpYRg37y&#10;XuzIpPcDgEV+Hfq6Df3bUmv76QxkpQzqiQegTjIiAFdJynRmB/B+8GSobdrcj0IPpN64pZXjPI2V&#10;FTV+H7FB7DEvES2kBVNeYDWq1oLpwl6k6Ht3Sr19Fm3WYh8RLKTsEA2tgep0TQGivG7yKY+H6qab&#10;gKpWWb/HNJXR4BuEyXveDYtb/uKy7hPZ39e9Eer7P7FS/n5cbcTMJseBTOHzn/6Mg8tFDfT36I4d&#10;OU33EuqykfbDIfYDo3DF95Pw3cbXvRD8t78sXGK1QJ8Vc/3oeK81WTYSpn54Zmyfg/n/80vHtjB4&#10;EBDuMO+lI/hMH+qGg3jqdkAxC/7ik1fXkzAWzdbEaf0G9uyUBUNeZCsWOz1mgMyXx0J5oZQg1lGY&#10;ojvSoiNip3YqZb0QLUGK96dtEGTgLwV60IqR6YqvcnvO9iuyAtE8YfPv1T8X13j30QGutzgmV7/X&#10;WwhXH+9PC09hA1ftfAI+402/CU/43T+G+r7FMMG4yDbIeIc2tKENbWhDO4piF+HHwj8vCiXL41AS&#10;bLPfWmbEYWFSjAls6ZdTZa6ZlaUpLxP78AYVoFyShaJKIPdhgXVkxBFYoe6KboRXpDisXAEImp9N&#10;dLR2rviLYu9dkU6bQETrDauSGYyaNwvYnZqUd2fH5oQEZ5qFJL8Sr2oztiSFdxUmmBrSwIy+ybhR&#10;gGpUw2gy0TReDpJI8bBd4IiSHMZ8FClKkwuAsuNh2JfHRomqS+coskacw5x6KomnClJVTsNOGOiU&#10;7ohJq5iZlRKaIHJoL1m93juVx5J6D3KrDJhTQIJ6E85uAqGOA6/MgcaHvqkKMCO8ziAjS4GFQdAk&#10;CAEF6FNfoswEVFktT37yuCjAtZhgDFi8ZunDHX8em1x0FvRJWaQUt0xdo3SXz4skKAuQ6yxkuB86&#10;Umy38eKx1pzC+4lrFypxpKPJ0lwCPZ36U/lTwu5rbWT4z/0s8JNJsddH70jGzBkWfAor50/eZBPX&#10;y6+fOqQjZt2+8z2An/OZJ/f5DPQJ+NGAe8TD1U5iD0AgXeLigYbi5em8Symqx3o9yZTXH0kSb5lw&#10;y7cghiPOXHsdVP/7v4L5p35qeDaNJTG9kt5Z7Y12RFCm7gMqv5OlmtVrXg07d378ko/WvZYp8AjH&#10;v2xrMZdE28OK11kt4H2jdiFoABRmGwoqHvv9RU0B+lL6b7+MKqo07BNKDYBbGoi4voMSgw+Lg45B&#10;X0XQVemjXN4bILPr5UngC+BtCanLz3VxLcGcmL3y2ub6rsXCi4RWPotzTQI9kxnMIVzhgJ7wD38N&#10;j/njt4GbXq6RMgPYN7ShDW1oQxvag7K990N37T7tCY99eV2N38CMExdTYNu9uSf7TZBiqhsVEXGr&#10;2Xq0FLZw0cU0ZaZWCoxYGXShRaizopAioy1WuoYgcnFdMgY12VdXqRfzGcznc5hOZ+K/F4Gs2WIh&#10;bDKW++pKvDNAzYC+SSsSmsjoG0/Ut48gg52ldLUEOTGCdH2Zbaf7uxwO9V7s0kRwxQScUG2uhbVX&#10;1cJGnPDPVZXYAFVc0XfOgCxlynDHN049fKLkBy0UgyXKZIX/KtaaM/BOXP2ErddCs2gl2ISBOvZC&#10;jPsu3VmPoAl9L5/hKvPcY6Cjkf7mSRRpMoeEpAhrkiK27DN4BzncQyTaxjxIZIXCxKdL3KOut2Fv&#10;7iEOPz6D5UiVvF+usT28ycTfiIFiOJ2Js8xKVJ31MUzbnbIyT1Ov8Jke85h+5jPhZLC3cH/ZPQ/1&#10;H/8FtJd530R2+MabbgH4nGd37lknNfaba66BerOC+W5zoOfKiV9Pabls/T0b9vldfL0tIJWNUQ1b&#10;X/5lAF/zlUBXXwuu1dAYDkPweJzHU5xjDrhyBJPb3wHnfu035DcLuHLle0vWD+GZ5jQh6vC9yAz7&#10;cA75G3KYwb7CSzIGmlHH267YF+zWQTrGi1RepB5TziTlBPvWfSUghxZCEgO7dBHWrDl4/8l4hUVu&#10;lyt8c70xGjVYxC8N+mjr4TDfVzrjn46ousRen4V27bm74em3vRnOfOABGNoA9g1taEMb2tCGdlm2&#10;t9/x/ls+7zOe+d/H4/FL2U9OAL+2K3s97OQdMc+OKFVK3RTWfiDIflbV5R4oi6Vb0PlovRc9YMoa&#10;dElyqUCOK4q3rI7tMgcpMbZQGWKtShXF8JpDOhaL8DWHBafrsWl2UwvjrDXgLnrbxXTgMRfpfiJy&#10;10W7AVXFDLpagD9mA1YmF8YoOS0L8iIpDiOtz3W7Nr0lrfJzKMfqAJKV/cv7ylJcX8FkPBbALXp/&#10;deQ7JvmR9D+yBNwoORKwz1bmwzcMGkIE0ZJhtoWf2EREGIWWRCuJxCIHtsmAycvR5NBNs5D+d9Y/&#10;IvttFSJzjiVorY0pPccRhHUQE3RdCmeWfZfBZ6IlKnmoXYSG4vYK0+8yAKUcbzLpIAUcyZKM+Tzv&#10;lfwpn7uYn9p7CbMSdQhVAEcNN/EYGJ2uKYD0wCOvg/n1j4QROsBjzBitw6bbcC+p//69sDP3dmu4&#10;fKFR3jNOf23f+nao774bmhtusDAfPDHEByeb4B7/OKB33rEyUKHzJIhJpVSmhx5j/3jqMKD6z8el&#10;RPLi3xjim1JGw/1o80x41jzrMwC+5HngH/c4aLY2hX0/YgY2J++GDS0QjzWxGTnQgT/Bmbz9ro9D&#10;++9+QhTSeEJAHx3y9YvZ9ioANh0jJ5cDJoZ5X9rakc3GbRi9bVyPwrN5M3sJm/dsJ9gJs78pYX6+&#10;FHheGmeUCogcyEX5EZ0X6jRpK/nvqYWGTzL86Mnni8EYmXv5MFxm1KMvLGPi3zgJ+5IlStuOT8Xd&#10;KnCxW7IR9X+/zBokC/Y6sH67rBt58TLUF0//x7fB42/7QKiVT6nlxgD2DW1oQxva0Ib24GkbG5Pv&#10;r0ejF2BdPUxMj5lpZWw3iu4uwnryuVAj7BVV2U8GLA2VegEPYBKOCH4QZAllBF4kKdeYXrFQpKjV&#10;Td9DYbTXK+Ty7uZQic6KsG0TbQ2YlulZaNNkJMpyYNl5PS4w8C4CUvIlKXUsGVV/P2GToUuJus4p&#10;wMRm9OONcZicVzAK+yVSWVQQaNrydnc7UGNn4oAJckpFfCldLhmN5UEhLm+Riv7CpMvVfq6Qk4Nb&#10;GNVjATddivCFZbCq8EPUot+Kf8qTFg3xcJIOiJg1QsLC8ySA4qJpdaR5ZTxGqauLKdDRlDy8bzFf&#10;JM8+BqjFu681FmX0BMI40VDA0Mdk6Ry1nGcJrniJE3w9dIM7yNnY7TJUkZYneTLMXWQYqNRXE3rR&#10;mLN7gX0O/LxJUtVTx+5rGyWdEh05i00CFdzpmgIwcIJPelIYtw6O2+htHq4ZbMJ18da3nop4F2Vy&#10;8UJEuC7e+S6AL3x4wVQ+mXHP9yN4xKMA3nnHQd5s1zwdD3O1aDxa2OTBG2a+KiQ03sl8CfjxPSbs&#10;33gUtvDw62H0xCcCPO1pQI99HDTXXwfzqzahXYTfi60BCfjcFjLF485DbuoROM+J7B4aZlP+0i/C&#10;7qI9hVFEF3ZO43njRQDPSgAD0HL6bVzIWz3+xWIC1F5jNJoAQU6dVdmr3meSAltqlTbVTbE+8NQH&#10;FzNkTJ0HGRU+efpcJBdrtSK4qhe2AZiBv3QninJjKyW4HvK2AcQS1NRtqA2IhnQJgOhVeVCGd0AZ&#10;2yWp1f1FZbR6JRt4+EN4+sUF1Xg/5Wfb42kXvvItfwVX3TP48g1g39CGNrShDW1op6S9/k/ffM8/&#10;/4ov+75RXb9C2GnY9PGvg02eVs6R4ioqHTjlV7E5BWp8lNp2JCWr90yCGyQxThPi2L/K2+t908Dk&#10;R2gm4VGysloY61PByDUps/IYZBqNRxq2MRnDbK7F33g8Dl/htTD5ZvmqQ01g1YK2gipM/Cupmus0&#10;gRN/QwY3KwUWk4zF5KZk0p147Am6JG+/j6AoZT4i5WX5qEruT7aXJ62ZrRa9b5SP5PJEt5iURHCu&#10;lOFEKaxV8jrJ8LC0AzJxEWCvhqZtYDabhknqSBiRlaUKMgjK6YEixTXmIweiTEL/KlPQiaR3Md3V&#10;n10lwJ/0iW/SdFgAXzrA2MVChZr8I1dIwPcYyaVNUp7wGHDs3NL46ky6GCiThEU8lTJe3yyM/XD0&#10;rnoyXioXhWCnoj94BG7d/KRwT9KgGDxGkIhBlJrvd7fffir6Jl4HPKkb/8Wfw+zzPjec30rYc+6E&#10;4B+5Hz/mUXt+2qVwPpTr34V+aAGqz/9c2Lr+egVdwn3PTzaEYe7CvRI3NkT6OjqzCRS+pzNXAYVn&#10;EY5DP443Yb4xNmZ6uI+3BKMFyL2U6HjHYv9JmybwzVw6s1l4qF77Gtj+q7edSqBvLwbfQf5Wnqaz&#10;mdo2HLIH+DnCi0bClicoWHIOHOYE8GxBUdYw0Y92VUhG3kOigg+XZLQR2HOaikvqhyvPf69svzKh&#10;rQQNI5xMaRXW2XPWVAKki2KaVG9+kYQpJTulDOel52y5cULn/Eyo276eduHZb7tvmDAMYN/Qhja0&#10;oQ1taKev/eYfvPbXX/bir32J9/SlCkq4fSYkuoKsK7S5uqMEpBW1pvcFk2yZ9ROlLOo7g6mw7JTT&#10;lOUgXUvm7qzMWyErK8Ic8uDbVBx28C2T5papb3xUXHC2a9R2hMrmq+sRbGxswtbWJpw9e0akvEr4&#10;cLCxuQlXX3UWzoTX+fecwKqsP5OtCvJWSXCIEelkxZqBrJjcCoVRtipyHSSH6rQv9rc+zQIyUTGe&#10;C2M0qjS1H5QaQyVKmZBOBhhgE6P/ZgGLxuvPre8lAwKUmqA4MfCJEQBJ+jaP/npppVxZfQIMhfMz&#10;D/0XQzRq8dozSEc898LEVhh9C5hOp0m6y1th/0M+xsYYfuLtJ2OoEom1Bnmsn9wok285llkAYFgt&#10;K8N1/pMrNk5xehJTmV21zySbtXSN9FkNcPrgvtaAVaQjBxNkeyPXYT2Ww5kSH7f7Wjxn/Z9LWWR/&#10;yhjfXxXepOWVGXl6bbHdVQAkn8PZzY9jWiLg2MMxqnjl8q8/cR/M3v8/LmOQBDvPD+4fzp6evfXt&#10;4M+dA3fN1dAgnpxvG0ufH/mIA4I7VDzfjvfKlAUWp0sK/lOfCvCUpyZGUnQNyLd9D4t4fzc/WaJs&#10;TcHybgadmVHu7QzwM6hrbUFHfqbLq6kl9YFt+ch2prDxi78I59/0Z8cKpNIBwLgL7YG9tueL72n1&#10;kBMGJYVnYs4jSxFl+xxUDNRiZt+4tyNqdxHvT75D4S9F/f1MYVqqxZZOjMh2XX6OYqwVNIjLF/VK&#10;+W1338rji+BdVCh48wO0u3p8ZDKY6PIhrEvtRnsD9srO8pmfVA9+edE5PknWnddnX3sWvmsBcM2H&#10;Z8NEYQD7hja0oQ1taEM7vS1MFr4jlHTvCt9trSqAo7/aqpoUoWcHR3tX09HPzfcAo5SREVEhWfkF&#10;0Y90fOVWhVNESaqtRssqts/IoUtsPi1gcY/KPXnVlOZuaFtxFYwmY9jc3IKrr8p+ffy1ubUFZ89u&#10;wdaZLdiYbEBdaYCEi1PYChIABwZu8g7p8bguSFIoxqhTmqJhe66QyRSyGrCwh/hyIdXCgqFYflYS&#10;0DEwuyBoFwuYz+awG46NJbYNA5qgxuINlUw5UjDRjBNltd8mANH/Z75oElSiYRr6iczo4wkDS3OZ&#10;ZcPlP0t6fWuef5ycKTLdVlKPFYSOhb2Gnsxns87x83uY1eeMFSmpvpCTdvNkA5eIjQj7T7yk93EZ&#10;8COIaYhFanMv1KOKHowOOzLnPMkK220bg54xgUmn5v7hGwNDjl62KudrtNFjPWLMibTpa/5kfm3k&#10;lJ0qA2ljpB6aG2PAq84AVSOorroGGv53YwPc2U1owljD8C9ubcIijK/qzFkegFCH67itRyIlpqu3&#10;JCXV/+R/gOau+/ecoMsYvPZqSZBGf7xJjXy8zYfed2rGSulgyBj96J5PQPuQs+F6GMOxoqId7CSM&#10;GD7HiEsJHKueLTHE0yHCcULxAmd7uye7DPKt3Dd0BZu4XNAyyaZLkAoUtmnHDFhi51jOhPvCDvvS&#10;Tlto//PPwX1//tcCQF4pE/rDjIbE+p5Pw7NPFy9yUMV+9RmvX+pzixe3BL6lGpJbny0qxTPt2P/O&#10;vFPj817GsDwLl/mJadHV9WW++X6rwR1FXdT3skAsHDKM0Yf5iZoVFP1nZ35OqowhrnRSr3epW3Cu&#10;6WRzhDEgkvY9e7n2zBt9xJkN+M5rz8BzBzLfAPYNbWhDG9rQhnYltF9+5W994GUv/rp/G779Tyfx&#10;eWkVvAiTaP262dYe22FGH2ZPJTWPbpX2RnBkUYoCxzllaI1rBvs2xT9uftXCilNm9m3Bma0zsDnZ&#10;FJkvg1USWODKOJIoWcmAk4B/OTHEkmytfu8wHXEPgJJW1MS4orjFPSZnPBloYR6Oa3e6CzvTKUx3&#10;ZpIwzKAbA32RQdc3q1PfPq+sAjPx5jab7aYCXIAs5zTcRNh3TiS6DBIumkUCw3gygpZcuxv2gYEy&#10;lKDoDOqJfx+HmhgrMHo8tuL7qP0nJuIGtER/oQ6b0dJ4AfaQ7GF3DNAaxDsxD7Bvm6/fcYLifow3&#10;8qfXC4ia9tg812RC/JKvh/FdHwfH4QIs6eVAockGePbIDNdbw+nX4zHAZCTSc8/Mz8rJdJfZoTw2&#10;hf3kTC7K7FpOkUZnYS6uk0A5s0WBOcYkSpXai13AtdeBu+s+INgDOOHJ+SYDWM0hIYEL6HsO+nnP&#10;HeL1dvmCIt0li9gY1J78z49A88mPBae+DSc3Zs9cBRUdJE5mMOI/cJ92UncBzrsJTO77OCx+9Vdg&#10;9ud/Lae3viz282i2cSHb8bNpGOtek+wP+lmFv50sgmXuuNyn4kKIrnWi+tQWz+dygYmoLCeWw0C6&#10;ZxM7vr9pATYGdhEuLWzpM9pCsgDX1CIHuWfkmse50l856zsIV5Acwz8V4oEsAbCbHCehaS94xLXw&#10;bbsIZwag75K0Aewb2tCGNrShDe24JmSOfjb88/WhAnrmfiAdAHQlEYRdxISKymvfirgrwUvMKI1o&#10;7LB5ujmJ1LFgxujxAlh4vexd6DvoJy2sgn2i/pTBKZZH1bDJnknzOcwXW6HWVgbRJLy2eWYLNjc3&#10;xL+PzfnDX0jh7bLxnvrNGSCg2RFtktVqsh72JhPlivkqzzha+1PZW5kpGPvLKVMN1CuRZS4s2503&#10;M5HNbp/fhu3tHdjZnQnI1/pGAzN6ASnRwJsn7hqKQglYm05nuQAPfcSyZ2b78fcCgvHxhu/nc0oF&#10;vbC05LW5jTnzARTvu1oKeWYGsqzaIXZAvLQN2ac2TWRUduSt77u296uGaGYDFiAFKYOi79MvcylU&#10;aTv2BaYmsXa1BraQXyNz5bcZC9KfRnDBWInHsecUzmnz1H8K9CkgaZ7RBjImeTY2u5QkR8P4G76m&#10;CBNjwyXzeE4dZYmYgngqK9cTEP09RWbOic+SLMyBRT5NLpvw+0mtoTqLOBle4t4SjB56NUy3zoTP&#10;Zabp6Hjv27MG6vfcAbuXmadhB/jpBA5RIasO5+aDHwZ8jtMAgJPatzBW/NbZfT9vCdvfLzr+QQTr&#10;lU9RvvtLsBYH6cTEUwZP/uyPYPbz/xUWsyZ13Ul6IR4kgRcPuQ1cAfjhId7vd6fC3V4Xi1Iy6zqL&#10;U5CtRCKPufTYo5JxDwW7v9yryOqnyFKFgn2nz7DkkEcA0FED6PPWO0ogX/9ZVvoLV9it1ZbsWYpj&#10;1ZAR7LDwqVefYRG2kTfh+kVsBjDjkXvsOKHgivPPx/3Ya87C95zdhKeeG67uAewb2tCGNrShDe0K&#10;bL/8yt9u/8VXf8W3hW9v40p0CQDxGWjyGP1hSPytMAYaEPaQkAIMXCqhs5dQBzixMjg5tMlnOSkw&#10;RfxCmcmlaKCKHn0kyJHKeH1MlEtFna1K92IWsNDMVub1FsVmFFe2TW/CwBQbZI9G6t3HgFQku21M&#10;NmE8msjKOwM7FdbyN1UMuTDpS2LuSb+1yjiSQjpLWDDR4bI0GXpF7OqpTK/47sxEIqPQfJsQ0qTB&#10;iUxIbbEbAfwWwrabzWYw3d2Rn1tOXDWkCy0tF8xTUIJRhPnHXyadFkP2zNhrGmP0CfBVCRjHDD5m&#10;WI04UdS5FDwi3nvzmfQDh6L4wiuQ+21hvnzFrEjHJU8wHaQ+dj1pEtpYlcARh92Cv6uKXjsV7GN1&#10;0ms+g8tRZh49tvgk1FWdfLWWtxel0P7UpvFyGiwQA37j5USYi902Kf0qKeoL3wAqzkKc+0UgeynC&#10;FLLEvWTxJdipeL+L54pTtkGBRR+Or4KRjN0FELi94ISHXSvJ1uxJdezBInytfuiDlzk0hEuAX5zk&#10;N3ffzbxuOP5M2HJMhREyqhQoXveeeNcN9xryzoCMgeXXvy+qBZvTZ7PdQKsP/SO0v/GbMH/z38BO&#10;eMNGTESFkw09WQfq4QUd6cG2T/uMJ78recsSQrUX0LdqC0x4H0/GobtHlrZLUBJiS4/iblKuPp9i&#10;/ROfW/k4euEaJSAH0PHcW9rnTge59IzUKsspZCdsf1uJEelyXIhzeV+LG7CMJW+MeSo8iKNja49t&#10;WN5X8v9645StHMhldYK1jVB7vOjhD4VvPB9qjQHoG8C+oQ1taEMb2tCu5Paq3/mDt33pF3wuS3l/&#10;6DAFNddizh2yXMbsmrJK5pESYWnd38fIWUiFI/YmkxBlnJHN5sDS6iKqo8BXZJrpRB8EvMpSEdsu&#10;eQW6JHSjDv+voRpvwKTRgno8rsU8m1fexa+vwo79cwQok7cbZFDRmQ8OFl+d4h97zDzsAXpF0d2V&#10;tVCnu/pAFSWjRJ9ZLKQMvab1wqBr2oX9a/JomXSYRDImAEa/Pvb18zqpaMU3z4t0kgNT2EPPmWQy&#10;wa/MFBDQL6bx5TgEDgZhph61JP2ZgEaW8S4aqMOkxxsQqhLutsPsc7VKZ13mByjY2umbLAcqwbf4&#10;666/0epxqJMpE04hJLZYmthKuEvVlUP1hzKzD5r29N442jaxEo98Mn+S6MDaW42FB6lGbI8/t+N/&#10;6EOE5USSmXq8ABHOdqE5t3MZwkEHO268/14JLnInCQXxLU8WGJbyj1YCND0s40HfqHiCtc5D5Z2w&#10;WBfzBqo//AOY/fIrYW7PnjF7tF6irjvu0eQO1WdWkiwo1SWH/0AHtRtLsjL76WrYlbKdSxqqt5Rc&#10;sdaQLzLgjLpJZf2dWxFChcaI1vrHpZrDU5myW2ym0NdSL9FXwzbK51ybGIa5zpHVOn22e2+hHcdz&#10;D/206x4C3xdqtk8aQL7Lpg1g39CGNrShDW1ox99+LJRWXxv+fRyZ0bFPCaNWc0bZZPRwWTJSLh28&#10;KEF6e018I5GtJ9ZICalQrNeCmaW3vahZAR7Xbd/AFrTZHQlTr/g0zAWqSC75c9toUEPqv8eecOH7&#10;qlZgbzJpklcgy3iZ9Ve5upCLogGMXUApHwd2WEq68G2yGbciRKPj9VceV0z37R8zmTR4zWQo/TGv&#10;tjdA/VRTH1mSOmkQ9pn4nCnwSdZfwuhjGTAnIFNOhSTz22kaPTpnLLtSelRCvVFi1DQKknA/KtCn&#10;QICAsjaBKUHRSmS/Xs6LgIcAyhYElfBSAfp2ROH59HaIlF2WX0yM7gpsqfA/8pHDkAzCuz1eueVp&#10;J/WAWDjVYJ+HfdwPLwpagJVS/uOBMVZ/FuWwG+cK03laAQCEkXLmrALgJyFNnc9lgnQ5hLqsk+6u&#10;f0/42t62Cb1PXp0nAQORGovtf0wUM3AdHLf/4mlpKEFMek+u+dI4dz/A228D/P0/hNl7PwDRfTTC&#10;t5cKIz2O3GG6iPdjqmLo0ABWfEqKcoBrkQ5bT5nq8nzzPnnUQmL3efvShxoWCbkSgGQMwf5zyZWh&#10;G4Tp2e5L+xMqFmwx/5zTfSmx+jzRku9tS4VqQcA+qy28BVUVQSC+Byxi555CK4OG0Rb4sGAIXr0x&#10;hm+6/iy8MAxbWMDQBrBvaEMb2tCGNrQHT3v9m/5051lPf+rLQ4H0hgjArALRCHrMPCw8WxJjTCtF&#10;35Fw9SfSKmN0UIhn+ecIzsn7fE5Xw+7kwZn4MeOAPc8bKhGVOB3vstzSYjRhSgOWz62yA4wsMhto&#10;w6DemEbh8DYFVOI/ZvBvPB6B47/h4IiSFVYCd6UPDxe/LB1OCXQqhabsqtdJwcNe93YmNKuS7pKb&#10;YXfqHcEtBRddZzpGHbi1v/qv/BtHGbwl8cPTyR8fT2vSGyx02Lqab+BcBIoVTUxePRHxjH59LJV2&#10;RWAJ2Djkgt1J/7rOrgmrz5KWGTSIsmQzIUpy6gjUYWEzuYo82jEzB0rMvdJxTMYS5oTpVWJr+amq&#10;l8592dSX0O8d+nBZg30N0LGZcR03wHeAz5JrqwJswwSUx6XJrUt5aoSD+CzWm2fDD81SMvNxgX2t&#10;v/yGxEHky3K3Zbk+y/rkGqETOsu470fFU4cROHG45Nf5YG1q2RCuiDs/CHDrG2D7Na8Dt1D4z3ee&#10;zaezrbts6Qi2Kx0U+oodD1aOzRUDTJ5XXp8znFofA4YwwaloIVF5UZafya0t1HaYfba91TvXhSa9&#10;3cAwBl4QFmWNAXrxc1d4+MUAkS7QtwwqdlJ/zbdP6i0BM6m45qhbw3X21ixJ5JncU33Ydcxfn33D&#10;Q+C72wquu3+4jgewb2hDG9rQhja0B2m77W233/KEx33Sfw/fvvSCJlORZXYAIkTMQXAXOyvGFSbO&#10;q+bvrvtLZl1RMqvmHXcJdMECBRIsiUyvzCmg1QgmEycedLxR9uhzI5X3ImJvUpiL2W5BTBaU4QSs&#10;EomrwwL3032gvi/1EqB0jGmfPVhK0v4wAmtqfk3GnmuNdSdzY/HH0b/m12vzJoy6OTJwLLJEFaQz&#10;ma5vJflYJzFtYvGxX9p0vqt/b68r48rliYWxGzhsxEe5lMkvo2efTlCwGJ8FY9LYimhUv2SbCNgF&#10;b3wGIRUQp7UdOKpHwqAow0TKcSBMmaY5vTeMRg36wV2ZSEgcoXw9SkDMOgDJ3Oc4LVgns+74ASwf&#10;J/h4KoFihogYPHIn6tmX+23vcw5G6iyovgPYJ+N78463wc4P/rgws/h6GMGBiJKn5xiP6G/L4cLg&#10;W81X6aK5oI2KF3BVCZNdwbZenbEmLT7qaMsQNDoAEJ+DNKBTvzi7z8GeNV5O2ogswxgE0pH+9hiO&#10;nQXa6CXo1xwXQvbwozU7YuvA12+O4duuPgvPfWBg5l7ObXBKGNrQhja0oQ3txKpd+v7wn48ffPZU&#10;FHBpbmTeK7hHEV2YRkdJJfZiKPpOYCotjtJMnyUj/U1jl0HoCmBvuRwvloGlKHUq1cTss8dFdl0h&#10;jFjGO57AeMJfm/Ive8iJxKay5NXO32ICAF38XwzkEFmgS8foqOu/R5EgSeuAvszSoxVdS4eY0njA&#10;jh/TqjkDFBIdkcWQ9r+yBzSgQwM7SPlP/L6SepQCSrKUGbEMTKAErkHB6tPJjk5BOJUQXYdGKgEg&#10;Ip824E1BR0qpgUj2ub6XXozL6br6ejdxEiN6zSCfL9KVvQEthKvhFgRhY3SDaJZlXNSechmvv3KB&#10;ECrSvWkPqWm8hqtxZbLw45+6uHTFntwklhJbuPt1Idtxxo49WaDSS+Lywd5q4QA0gARpzC08zB73&#10;JJj80PdBffNjTUaenyj+SMfa/l/HM8aPdvulwvTQYB8D0+FBU5l/sFhpUPd5hdQtxSKTrQT58r5Q&#10;WhjNDsLdn5IuINllYCehHk15IL9zzkKN1peHkV3nDPTDfsp15wFcRi/5tcAkloFm68Zq+NWXXDOB&#10;/1KNBqDvFLSB2Te0oQ1taEMb2gm1O97/oXtuvP5h3xcmuq9IVWovGILLsKpTamGm6kEOKtBkXCp+&#10;hUuTafVpoTx1LT8vyS59seKs04ol7xtHKRgh+yy5tA30ecMVp8Licqm4Kpm1k+xroQvMCuSk1ShT&#10;rqAnUy3ev6JSTZ/j0Bh+ZRmLuOL9veCOdFpcb0oRe0h9qUrfPp/YcJDOVQ4LWSXv6YK4kfUYJ3UR&#10;uIpyoTb6O/o29aUy2lzOVEEDx5JJnkvji43HJeAkTkFYksssvkpBFg7nGE9GSSKepOTGKlPMiYwp&#10;adMWMjl0/NmtSjbG4txj73U1Ql8yLwcDIBlIdNHr0cAQk4TH9yyP+gIrozCRa+nUsrM0oMOM3PHK&#10;m1DpLcsrYMysvZUTTz1/o8I/KnL7jhMEJQOSL5exc5h9EG+vjbEwpU9y/1meWDdzTVpeexyGQdhi&#10;Rp9h/WBucrt2Y2ie+xyoPuuzYOvdt0P766+E6bv/MT+G4XQw/bAH7vW/xwvY3qpk3sTqE7Bvvu94&#10;7zzjyYES42uxsBiNJlmK3mGkx+d4+TwzkA4thb7jp1wcI3Z7BC38AxF6wWFkCgS7log6ph8pB5d0&#10;CdP3PFO8LYzZI9PcQah3bZGR8aN/MZlvMiRbl7jMgWtsF7g9EhbwzbgDN9/XDBftAPYNbWhDG9rQ&#10;hja0fvvoxz7+69de85CXhG+/VEEpXK5iIwpkJWb0mYNipbkyICAGLXCB6PYxP0pA2KrPO2gFnxCj&#10;XLozK8x7Wip0VwF82A/VsONkoC+CTW2rfoMquS13ooD7kLp9ZT+76DRjCXQqEc5ee4e3g8c9fyOB&#10;GVCCkf0kvPzDqolIBDS6YSCUjL+hYEBFVl6cDHTlOfnvSgCOmZMNT8KdpjBzmApFdhQn/EqIBfVO&#10;sKYPimk5mAdhKd/tZaEs95TJep3BmCvOf05VppWQBZbEUvMIpMI2qKpH6kNkZuh9INcxA3Zxiick&#10;HMzShv3H8RV5H3TRLxIicL7+OmPgnwFpZqz5E5B90nhDL7UTRFaOEpSjzU31tGz8iWm4RP442/3/&#10;2XsTMNuuskz4+9be51TVvbm5mRMCIRBFhlBAEA2DihMCNg/aNP6NIjw+LQhi69/Ebn1QI7+tj9qo&#10;KIjStI0KoijSCtoooAgOKFMSpmKskJCQkOFmuHOdc/Ze37/XWt+a9nCGqjp161St72anTp06Zw9r&#10;rb33+t79fu87tsl8JWFiAzXHOGjDKgXxK7CZHvt4WHnEKiz/3T/AsTe8QRtnyW0baxP6B7af3TcP&#10;lVBnSqWWwZBNMVA/6Jv4XWQwrDo/lpb6sLS8NJN4pAXqQnMMDB9yNmRH/Hd0pQIz5jWjEA1bXznI&#10;q98JZa3sNniEpr7D10AZPJLwXEJy5mSWNYjRg8hNAkaygKfcvQ6P+cJtkKXTd6EigX0pUqRIkSLF&#10;zsdLqwnYWjXhPNAO0tUof4FDrpM3Iw+YyDFT8wgQolDPzTpKoAOVurAXIhwzXTdAlV6vBeecEJsI&#10;0nWA2CeW4S/0KI6Zm6JzWlWlq1nGr8tYyT101iV2ejDyddLtpwArHI+eIMnC3O5AOxPPFpUgPjYP&#10;G3JLkp+IR+1eSy4a7Wfd/PTT+hgZNQW7fh8JfZmOVCBQ6PBXtUUpg/1EX16rzUqUvl+eaxaEb7+M&#10;25DYjdCW+JIG91QJLNaGoGYcSl9yxM4ifozVRL+pRe+ooYnUaHVibM8IlbtSJv6OZABVAczmtJCd&#10;41LQ4oJ9ugR5j+uZufM/E5PBrtEInCbBvNu+SvyVtADIxctq9TlxYMWcvzs6eKozduP02F5MYN/4&#10;s0FII0khq2tqXp3+o34O9Izvgv4yQPGa/wWjWvnovD2027ZDc9rOZo7Fmo8pHq4cbsy8HtRzDdLV&#10;CEtLS11nEzvhNq9d7P0Fnrnnjciih3zBDU/dq600hpXaEFrT2NzrSirN72ilPWKepFVXEc7uHlgO&#10;g8xDYUF+Ple7AjhmbXRP963ZFRfffzs88kMfgbPuHqTTdAEjafalSJEiRYoUOxz33n/05iqRvNbC&#10;Z5KoObHGuKzUTewQovJTX97L5RkBm8yvN6RWUVAawq+tpgu1TQ3Y5IL/FOrcTdZcMl6CfmLrqWCh&#10;QDVxZbDV47MHYdh+XB6cGRDQLgL8kgkMjGQx+j+xrmDUeFwSao1DqHHE7dAmhSXQwVQaXVmNUd0B&#10;xYhDowMkpky5BTeKLXn1XUKurTFIOvpL/VpKwmMi0D9DYV17/YGFI0KZc5QhoMEsUQxExE25XagP&#10;aKybNXESwrFQbyuMvuLLlmptjU2GIARtK/h43LjnbSrwEgicdiPwOJZsZqihjtGAj3XxEDPDrGyK&#10;re+VMMeV6euDFD334KLeVxYExBMnDGafyXbny+2EXZaXAc47Z3GTu0sfxNeCnRs7eqzec99Yk4II&#10;tuBrXYL9bPupBzNSL2rMl5l5CJhVP/Nv/U5YesOrYfmKy93zuK2cAdNo54lg2cr6p9Xpq39mmnWE&#10;zD556qRxtsWAZYfY6dauPielKuU1phzKqR7DaUIwrtv3Ny5S1g+d+GZGGN/z7LzAMOWbtmlKK1kD&#10;iqFoYHTg5m/qnmAlPsrgtf0neR1u7qBeS/4J3tTDbMI+PAzbKN6zpeFpeOzH3w/f8Nf/nIC+BPal&#10;SJEiRYoUKWabEONrqh/XdU1G/SyWonkYeYralpPeLiDByUpjBwsLvbtt225bVMzOLSlar6iVAYeo&#10;TwuTyTLOxgjzGzc7Vuhj0BCnaRukziSii8gYmRALbOxH1/7Nnp7ZyXyYU1SJXy/XAJg3xQjLhkVj&#10;YqfW4dhxATnSAcKBA2+4NsM4JQ++WCAYvZ4huf4BINF+3BjoPApdthT/nSwLImAF6pfCaAa6cUYB&#10;DKnIYFnW0T8eMlrkMl4NchUS9iq1T7FbyGpTMUvTHXd8nTTA9LHjoNXgyvm3SQkZFF97+cK2bXnp&#10;A9mNd2dHbHb3kYmAjv4pwTmIpxgfI1XaK/oAD3go9P/bf9PX2WXY3dp922XCMclEpAwfDQyGnXOc&#10;NvOm8IaOmtm3MgMswiw7GUxywD+Ya5NTcZCcvae3iBAaUy7JWr1s0kWlvkdrKQ/JDrxEUTugFhFm&#10;i130W2PbNTdaLNg3zdi59LbPw9V/8Rdw8ce+kk7CBY8E9qVIkSJFihRnII4eP6YoVy+Gmp55Cxev&#10;daopNWOuPZuyQJDAWObZ/HF8oqwAHuHgGYqLbgM2nhZzpmjqa0ptg9/9pNjozqlFTV4N6CTC+TZX&#10;FDcF2ymSwAvd7uLjDstqAWM2l4y2NBZeGf85amuvGnoGdSNlbE+CYgyXlfvIfzcA+PQxcBKgJ+tq&#10;8h/q+7nS2nhXrDajBtm0ux86BqjWTFMJhSTDjESMARbptX4IBVeUWn0gLidi5hm1JGfQ0paS4g4l&#10;8uW+XsuvBqAKa+aBgb+hZ/x1nyTVfhULDPYV0HBR3GvhkuMsb5yBjTh+XAN9cgccHUTWA/E1V4CY&#10;Q9t3ue5ulX3KxYa6VF9cdIm5Bkq5g30JUHzltokt5pnr4oybc0TXK8ekbsLN8/WoHR999TBGFNUk&#10;oQD5wEvg0E+/HAqM72s067HO+fPjvrtZ11/JzLVQsoSC+3t+emAMf4J7yzhWtPmT5Ps3Qn9pyZtd&#10;ETKGh+MrzoMbPXWPdGjc6cnOiey8KPzdvIfB38zOSDdR0vdLBv2QgtbEuj5y+LCW/47xvKI+glZO&#10;3Q9X/dO74OF/9SHoHU0mHHshEtiXIkWKFClSnKE4evz4DdVk7jcmYUoU6LV4wEQwyINjAULJYIwk&#10;r+9HwWTQTkOtsLM0z4n1U3NfRSI9ioSxWLTbjoyfbkOwZuv4hn5Lbn0GxKn9NaijRWiszuviOAYi&#10;+NJmZpKhLQkmP+Exk3/hQCQKioENxGnKbAjGZyMhEc2WSitxbSCIS2IEBg7GooUKKRrrMysJkgj9&#10;dF+6p/5lWZoyHu5XzX4T2LAsRPSJK1lXX+nBNQr6CmusSYwSKmbJcbKBrq/JlUxBADbGx2KYfG4B&#10;cG1uPxiOF1vCbPQA0ekhIYuSI3lAsMdOwp0CgFVbYVk4EGThgLCyRovdc8EAl7qmZf486CrjHX31&#10;Dp3YCqorT21/SCwBH/HoloK77QKZ/L/tipKvJvqseMDFWpeUxM6leXp7N9009RHp67MsYGeYq+5i&#10;49Uq9GVW8NJy7XOXYPtdpi+T2NFzUvWhut5l2sih2vYTnwQHfuYnYRkNv3qoNet225ndvBeMM8Zq&#10;c9oN7pr8OmDvR59BKNSZdOIUSGvTTdOOQXMfUhq4S/2l1r2P3GnRyqXw4u69wslJCLQVEUIv+gEb&#10;P2hDJ7XiJzd2H+w93LHh+cGc+i7qJePt2UIHjBc0ph8Zm3Ip5rvZbqZ/12a/TgIlaEGWJlXnwENv&#10;+gRc/bb/C+esHUmT8z0UyaAjRYoUKVKkOLPxC9Xy3Gq5QsM/oREDeM0Yy6BSYsxGi4XLPXSZJlrv&#10;CAMIYpdlgS36oEbihRFo6BMex9wKS4pbUlcD/vn6lLBSNyzxnErBLpz9R+rgWZxd1vcXvLadSwYY&#10;ZLJaOl0JNgYWIk2kb34JKUUpRlvaE4eaxCtDjZ5x5ABnGmpBTa3TRwz4kTMl0WNENo/eJivkTGCQ&#10;2yhmJAKPS2uMovu6rH7Px7eNNuVtLbdFz0xBqm+NWRbCAYwUGpgI1uwDq/2FLesXUA5Gi10EW5bT&#10;laMvcGin52pM0wSfbDw1rJaTUB4+d+I5svWTslr31z4SYKnat0E5BzAEm+DSzNcN9MxIfqX2tPeE&#10;K2F09lkaVBdzNngJ91wMTwN96caZmnhHwLKaO7o1i/JupXwHIelBGA2U2j9ayQJfDmnulzuPwmvg&#10;KcuhvPqbQbzwVpBvehssa7Br97J3aAvfm+a7di4jTw+0wQk5gHYaR17Wru31HNhnQTy3H9LfjxTg&#10;SgykqQdv6rMyQIoNboeRVp+5vwXbrOYwIVio9f004MxauLxTFDzsi46W2uYkLG1ACBSW7AYu9Wqf&#10;cw0AMmgYILHnnrgXHnfDdXDWTcfTbHwPRgL7UqRIkSJFijMYx44fP3Xo0KGXVi/fS5Y5pVK10JUD&#10;AvdTqAm+RI6p5jm0LS2tg3p6ShjXebjyWelqWNomxUFhLrWDYNSiwUf1ulKbPDFTEF2hnAwMNbxG&#10;G4x1bQ2fT5dut4VoK59Btz07+TYgEbn1eICw2x8Qwbd/O/sSGpP7sSkQhl0YUBlrTWzfskYprjqv&#10;asdSev081W6yBsgagw5sHAPJWolPuEOEWrjcwhLKoEMEpb62rwlVGbBw2npx9/sDkRTCHN5kxLoZ&#10;alZQPYHj8S8w1Ka05irV+1kWAAfUngaWEvxRLB5FTo3rLavxz5qMC8sYlg0nxwhksuCvp5EyOEs1&#10;8N3KcbLzLngGMNqyM8zAn4nt/aSw7f59x2Fw+BzozRnCrVJiGFbJ//LDHwYnPvk56DOgMivAQy2g&#10;Hs6pNDhjwEc85cnVASxBkaHXRJwnmCOlZhDJ4yeATpcThBKCQaHP7Sy4cs/pHCLvYJrffwSym28H&#10;OdrgB1EMjBSlHp+lwlsOrgCdcy7g2YdBrhyAcmXJOORWf1MOuaWSClUu38psYStWspsIfWsrCTIc&#10;QfaMZ8HKn/4f2BiUO7L5rR4qdbyus/9mDcnjnkYDf5WfyrFbnR/GsXppqQ95YHjVThy2N2vPuNN3&#10;FuE1RPXcgzxDHdpwOb5RW8BPnQNSXefZdMxMHmKwkewkgXzJMIZyGNqP2HxPtkghW7BPiJyB6urz&#10;mYC8uq8/7sufgYd97CuAZbLKSWBfihQpUqRIkWIucfz48b87fOjsP6pevqCeKFJAjbLJMQYaLcIj&#10;HhHgZ98SELugYmj0EcFX9n3ZnJS7D3BxjXVxC5SmUYME4I02bKkm1MtEYzcHtMBdKCtI0gMEkZNw&#10;+/w5LN2py+XJ4NPGEIJatfko4jZiV+Y4PqGpZS5UKwdqIHhu28JAKMhgLHlzFMMUEAEPDrsTaWqC&#10;naSBO89QKAOmgi7xJjM+iHWBCIUbRd65j6AsSr1fZTmphNKOtTilE7w9yUw8CpMVhEgPEjU7lZkJ&#10;GYPG5Mt6dYtlwoHQbW1iqj3NcYgFLORV55IgOZf97oKANCu24P5lTcQ2iYCM3zBDNayLLH0fBsNE&#10;PUiQPMpRl0ESw/ylBnIFszQLu+7WpL7qw/vuhv7ll2uQeZ5RKHMYhahfdRVkn/yc3vZu5lfaa5rS&#10;65OPulJfPwVhJ+t1O4E+dWIPqISlr9wOgynaSQb/Q+wxaDG/s1NdR4qqDZakgNHfvw82/uhtDmCM&#10;GJbq2qTYWwrYZUbk8koOpNrzcVfB0uqVMHzog6vrYPVelkOmrp0YPqKaf+h7RIb6LKFDZwE+/3mQ&#10;/f4fQzmXbXWDdW2YGE5YzzRajgSTNYvbNPvUdaUcDg0whvp5RWAS1qxisO+buU7Vl9W9pN/v6wdI&#10;Sj6BWlUbyUl26HuKvj4qSY1wLoM1N9/mwzsSNadgDL6n2fcQPHNlR3Z1tTS0ev9wMAD/rNmRbgsU&#10;0JjUgdfvsw+Cr5AD+O7rPwGH70m6fAnsS5EiRYoUKVLsRFxTLc+slgumnpAzSOMgKsGlvMBacrOw&#10;gigG9xzzJjL2aKsPNu/ZkjEM3FURpysu8k/kgYGeYB+mWoMCfnyJi9a5QeEOvkH8CtssAIfs1hxj&#10;aQupUjjftzXNdnIf6x76xElQDEMiT96Vhpj22WVNIp1k27YNCJlOR9ACenXgz+UIFDgHWsdfYude&#10;Xp8y6Ai6L2PwRzEE6kVsFpB2rEHy4LRL0oJjIwsOUZd7MfeEYi1Se0F6nvfAF6a3RJW0CQmAC6nY&#10;59tV+ELtuYUIDFcUOKKxNFk6TUjTgSXrZZGXCVBAsjSsPLLgNOs5EmsKaBC9BOhprcnS4YLKK1Yx&#10;L0UxAhqc0u/3AcYCF+Kzn4Fi9SrAXMwVIMqq9KjEAYye+CSAN/0pSE72xcxXge3dR4pGMzXOa3z8&#10;lSAvuVSXRYclfPNDnwxwu1T97F1/PQxgylsO35uckekcd1NB/UvKXRlGkFVjbUShoYL/v7n+gtZ/&#10;s28OThVQfOwTkFXLoGrL/iO+Bno/8AMAj74SKOs5xhWekWtDlcQ/47uh95Hr4dinPzsTeEczAnaT&#10;QL/Z+yQGAeWM65b1cV8to5OnAnBtukFlwTUFgC0vLZsHSlR72EmxpIl1yfVLOKwpAhSDO2588CIG&#10;B9vWHR4rsqaerA8At48F+OketnQW8vyoOs7qz99XnoCrb0i6fPsgTlfL/5fAvhQpUqRIkWIXxNHj&#10;x44cPnT2NdW87M0TE6Xa5FKzJIRhYoWmFPXp5vS4HwUTyqwGuIQsNfQ8Qgz0zF1RCTQc4qLtYLyP&#10;4AA/MXNiYaW7W1k/aJ7hE1HnemO+33QtJanjO0EbdB0EUU0/EJm7RxRM0I0gt+b1KeBHi36bJEWx&#10;eAoFoNjMgVl5Eagm2UQD/WcUWFeU4WZt6bRhD6rER7PvRMwYkBqeYbBB+NLnbvZQrdwcrOuudzjU&#10;Wn0EMUNUjxehASjZ8Pn1CY3IBHgLkraS62qPF7w0yeDn8wD6qlEzqgbBvXcBHj+hAToN2CpG2GgE&#10;dHpD/13KEZ8+VU9sqPcHIKoxl/M+idEA5PGjUFafVdCHMkSh6u/l6SrHGGxoUxdlXJNVA442NgCq&#10;RdiyylLVRBYgq23JE0O9vnJCgl/cdKMptVT7iTAjTDHDtUSVpipQ+9IHwtLFh6C489jU7Cnq0OPr&#10;ZFNuA3wiWIe19+QnVX2WQ5HRHFqlA/pR/UslFJ/6xNT3mAj+QJr7PhZFoRnC6toT6tvV2aoO9AsA&#10;JYvNKLZf8dl1OHDtL0L+H78H5Pf/AEjFspPZGRHMy0QOGwdyOPCiH4Ls5T9d7V9zN2gKsG/az+OE&#10;z2xxFPE5To1xPX7cA183qrNr45TRgdWMbjGxTzSjXXpdu0z0+d5DbkySM4VCbYilTaoCoywpZX1K&#10;1hzr4XwMvaSBMeEg77orQa/PAH7hrMTOI0x9sJvzWadesO/zVYYZ8Cxta1jzhjYIVx9Yhh8+NoBz&#10;7krz7X0QH6iWH1ldX/tiAvtSpEiRIkWK3QP4/dHhs8/+werld7nJosCJSZN3i7OTQdaQwaiOwzHn&#10;WnBD6BK1RtaYCYqDTYqKwLo1LfujkT7hEECspwjCccD4XwyvoWXe1Yz1on1vyV4QwySNGqCdew+b&#10;2oSC2lKbthZvSRwCBz69BWq6Frcl+1Zev46V6TxAoCux1aU5gpwToJ7og0k+NACotyF8mU6Ldp9p&#10;T2HKeF0tNycMwfZLJTyukhvN1ovBNEnjwdDpkn0CDxgz2IeegUnMzChJOnMRktSAR0Qm4oQK4pIt&#10;csyHMyOmvz2gE+m8dbtBG9Xm+Wc/B8Of+fkGoBYm0ugAEG/ZImoGP/b9YQDWiaDNLRute8yYv01y&#10;FNV//9w69IYDkCvLc213yXqVSp9NfMfTYfQnf66PZrOup/MuAlZtqHQFh1//DSB7Upei7sj4ZMmG&#10;4T33Atx46wwNHLiji+2EjdrHOube6VlMAJxE7SfUAEDNQf2zd8BZZ50F+Oz/p7oOFTB9seo29rks&#10;qj7vA13xdbB01ZUwun5t+jbZBBi3EyNqWvfrusOvZr+dPs73jtLoKU7alnoASEYKQi9ZXt0e7WyE&#10;3FnrZJKlYTyr+6IB+2SDiScAW+cn6JQ5+CGoMIZZ+qqHdh2oH06VDPiF8xIHhvK90fUHEfj6B8v6&#10;DaQ32FDropUlePGhZXjiPUmXbz+kEdXyX6vljavra7rDE9iXIkWKFClS7K5QZh1q5r4yewIw/aw8&#10;1PGL1hGWrbgcZrJWnbMRwRAqgJbUKZ7cWzAhtAOw5ciupDec7LYkLKHsk4hMS5CBh2moFz6FmFmI&#10;n8sfp3UQNCYqwgAn2OaMbHTOFJjqBMelYW+Klj2moJtkzWQFndAjBp+NvW9Rlk7Lzzo7E4N9dh26&#10;HXV5tEksNAMQgQFD4ZAi5/QXbsOaNGAwRqjWcUFmHQKVArA5qJW2Vj5+CqvdEl0KtJiAnxgRjFh+&#10;fVuBgmp1RWaguSJqVj86ilqbZWyDU9TGD/K5q37mENlvuL9jy3vxGJ7cN2pvxX2nIFtfB/noK7Ww&#10;vYfStrdvQ2BSPu2ZsPzOd8DgZDHVfrbty1b2r6t0tw7GZE97KgzOvwiWqGCzpR0AnLTj7wiW3/tu&#10;OEE0NYM8hCiI5l8Ha0ddCKLMGrJ2Fzv5xrfAoYsuhOGTvhn8c4cdvM6ghJHa8DAH8R+fB3D9tWM9&#10;5Gct14Xa3Vvu8LVPjhnr9b7VviVHTxkZCmbI46Q5C/n5j/qecaoVXR/mDUvNSJYlM/vUQhTd4+Ib&#10;K7Te2zWTMGejDGHAQru+UkpfgSCp0e5Ws1lyaa4MZDOAfLshmQd/T7/wMPynkwgH70tA3z6Iv6yW&#10;H1tdX/sqTJx9p0iRIkWKFCnOSBw9duym6se1rQmSo83VZ78IXmqmybaTXI5iyjpiEAZqZb9tKYGk&#10;5kS76e9qTRfiEl//nLy5mHoTAcLBfrX0vYXx5oStobYwe460s6cpW6HIwQQc5DBrst6VcLjqHOo2&#10;DGExwNYES7aUsDmmgi3jVSkB2iVgs4nMLOGQINkiV4RgyXvhAlyyZNz+AtYeomH3IQRGL5LLei0Y&#10;JJ0mZFSOLHzi48cYp/Y1zT6bjBGXIDn9LjCAozlUgrAWmgKoIGyLus6RXgcnSosK9JmjnI94umb2&#10;ZUsGQDPy74EvtudeUnAOD6v/l61ntj9nZADtYbBOqr3fBmhNiowBgPwjH4VcCsP8lADzYFNpoxJe&#10;RuefA9kLfpD3gYGEVkAOd9TGI7yOLqn9evazqvNmBFLu3D5IWYDc2IDhe949wT4oxj+I/H0L5w0j&#10;2UuIJNgqBqr2VBW2W9h34zW/A8vH7qnOC2lK4XfwMqNY5MtFtU0xBHzYw2HlnKW5MXgoOP6uMThp&#10;jG4G6GudM3QBf0qzT9oxRVNdBK2RVJahcatFbDiQ65mJ1dqVXsdP6eaWLH9gGH7SleHqxf1eRgsF&#10;czmiWP/P31PJaTGXSPww1NwgtXGQHmumjJikuRcT7wPwPf3ys1fgVRedCz9+TMDBcjfbC6XYhrij&#10;Wv7D6vrac+pAXwL7UqRIkSJFit0Zr6kml9d7O9sa4AcemNHpEhlIw7LhqCXrCLXSwqwHa8BQvdyO&#10;7HsWJQqeYBvzXZ/ou+SKvIC/BnMQggXdYg9Na9iQZa0FGoDoGWGIodcF1t73gF/ofhtqyVmgc1Ia&#10;ME3CjrV2Rdv+rMcTwYYCWrX7iDMHaTXMQsCL4g4nm0gGoCHJEhyKR7XSJqr3aYxB+nEUMLcytFJ8&#10;muEg0HjYWjIMMeNO8k46Vg4E2n2TwNFgbNKkzJsM7InYTOzUeyo5awNYKDRlkbOYvOxCwE8BWrT9&#10;e6/ar2RZq3oiHTNHPYyVMeA27gzCGsuOOsDBtu9NAzgosFH+0z8DnTpudNSAIkH97Wsgv/Sqc2Hj&#10;W58KKxcf1oBnBgC7wb/SAhFq6T3/OSAve6i53mbZfMdk0Jt5dY3IP/8F2Lj/9FQlzr78MLoqz3d/&#10;jZ2pYfpuAe2z54U6TguqFaeGMPqDPwQxqEYGllMbUm0XACeFYX+X/Qzy7/xOKKD2QKd9SG9qWzTl&#10;Z2ib1jnLevQDilMnIeCLdlz3sHU853kG/d4SxG4rfp7SWgXhpP0ouE/LxiIDMFAbFAXGHuO4ixSt&#10;2yqPkHbz1YsVVyBk2RPzr58JeP6l58LryhW48niaSO+DeGO1PHJ1fe0vJl27UqRIkSJFihS7JI4d&#10;P67m7S8GmFoXfsuT5nhqgGO/afEoidOuPwDhgifZ8SeEZuNZkLBt37uYE4HhbeP98BecknoxGbby&#10;JTkOPQm2Q9gsl43XQoaJqetujfYe2UUxBohZAFwuVFavi7LQry2opgwEnDA3jmkV/kEkW0BgNGW3&#10;Ae/KHos22pQhHEO+ExzaS9ExmbEjXD/bjeOE9JACMFevFrxbMLBJCdbGQU+78Y4ZcbzzCIvLalAl&#10;Y/OYqGuQPl+sFMCOUHnPUcg+80nItBAbzR1gGVWtlS0fAvnya6Bn9SJbtUC3r5yYmO8moZuJTHrf&#10;CJYe9bUweM5zIccePzCRc+8Jd94q8OId72w6hU4EeGhHRw4ZW/OZoS5ZW2xYkw/F8hv8w7+C+Ph1&#10;gEpcc+u3601FpkxSnvaMuSX1cgrQoNTMX7NMP4K2bySMjh3Xe4EEU/WzefhpuMjKaX7lwMHqvRyc&#10;MRZ6Zr2WsFBzk0y49wVa9jlu8VyCaJtuboHxHAPr7cY3THJse4TV886G3znvHHjhUQF5qtrd63Fj&#10;tXzH6vrai6rl/kkz+hQpUqRIkSLFLoujx45dX03lfrMTvArmijhmHmnynJYn2kReO60LKGpMkIXX&#10;fgvXqZLMmnmGBbNUqR0FS5xE+BIVMjQ3pn+01A13H6kBdKhm2sEfd9NlRpQwABI1KwCpJa2TYxPx&#10;EMiLNml3QFgnFAphq6jtTft4EA2BHFOAWAC84NKfUVFqhoAC/bRhC7KbKUDchyhq/rV+y5J88pCJ&#10;WHNNJzLO/INVwiTr77GGny6ttVRKV29rj4d/ynqBMznmp9XqwxrN0brxjsdhscHKUIwWy+Fs7adC&#10;NlKqxQK3QDvfzoHYZzSfxNJCwaDWXGdDFTd/8IMwpALyhjboPIAUATKrtvnIR0P/iY/TezE6QyOK&#10;alcnZcpBL31J9SKHEQ60jqHcgb1Q7F5VXijuvw/K6z81dQ9ErFFmKs3bjBdDenWL2ZWc8HvX3VF9&#10;Tj1uUC695TvfrXUSpWZbbzOKNUWoe1jxgEugd9kDNdyIMDvDjlp+d/dIoC2z9gwz14CBcsya5ESh&#10;jXa4TA6GASjW8XgpeNBIges9aTdeAVmeubmSBfpssYAIKiM0/Ie24sFr1GpN29qiWfLCgnnCz66c&#10;fq35jAcYhdu+PWv0Pd/e93kxUx6z/bOXevBjl54Hv7bRh8tOppLdPR7qFP+1annM6vraP8x63U2R&#10;IkWKFClS7K6M/5XVDPOmEFSyEnuITe86a47QBvBRK5pSqwGN0Ksa4BcASg6kiTfgykl0Qqpc5rAl&#10;hWh/WUsQyANZDVAvAO94oVbZ7kBPDsMS3+bhGUF7UVvaukO0gi/2Ab+b/NewSvQ1P+44JOvrmGxK&#10;MtBpHWSVk55x5iuUQx8Zdp/R5QkOoZXZZ50EqdnT0qRS1ozDah/6BKhbeUuDjcw8dCLgEJc31VXf&#10;QqCuDeRzrUy+XN17wrAOpU6iCbxpMDMtam68jRKtUbHwpz+OyvlhBlnOfbY4yaHRAax2/YMfgeUT&#10;p2CoyrxpvmwqQrZmqP4rfvg/QS9TzkkGeix3uP3Ulpb48YUaFyvf+++gfMgV+rqv2Enqycq890Yx&#10;2LTmY1Gdl//yIV3a3H7FaN9/e4VAgLkA2a3bpfEbk7Wfk5Lk8DjUZwaf+jSIe+6FDLMzc2JUx6e2&#10;3X/yNzqTHDHDmKo/2qvfk0WHjU74XVtSLrYwAmcF+sJ90Pc2pU0n2uHa9hLu0BRMQI9Nn9xnQ60Q&#10;8JrBFBy40ZcNgT0L3gUsQBECeiJiDsazG2YM8kM5oUFI/5BNoF2v0Jq16vdvuuAw/O7KIXjW/Qnk&#10;2wfx8Wq5enV97aeq5dS0X0pgX4oUKVKkSLFL45777j1VzexeMtO8X1I04XZP5sUmJ4N1kLBGz9PA&#10;HhldGgVOGQCOTR90qW8J0JFIdP4hFvkLHme3f75bINyXnkouNZtGv96UKKNbXJHeHObTRGPkza2I&#10;tyQPCKqjwBBIBC/OHfYZ1qEcYqDWJy5dSZBONgQG6ofkGyZI/iyAiU2hQNaOjNNIqulJEjVyrsjS&#10;QX3WGHHURozSqtKafWMSRykdQLSIqn362MpyLmXIunWVIP2CXhdPD6p2+diHYakaG/P2owgTc3rA&#10;ZQC/+N/1uSGBtgRstPXJpNJd9TcLYZ/15KfA4IXPr/ZLscl6O9f4aK7FeOp+wD9568wkth0mvZlr&#10;eQBIdQNNtXsaTMfyK+1B/es/aeDT9SHu4DVHnQdKDuLbvpX13Ga4xoz5PQQLxDaABiEgGLL6Pbt/&#10;C/08JMOEphY5D8Qx91k/rnv9vpETqcGWgbowK10waGd1kkNNP+2Ca9h8hn2u/pbpRTFv9VqEuQ93&#10;uv+OmYrZzVy4sgI/d/G58LMncjh/mIC+PR6DanlFtXzD6vradbOfdylSpEiRIkWKXRt3Hznyd9WU&#10;8Y/qCUzb1Jy04yBOmLpPmyR5lp7RoDPlpY1MypLT0CY4ga1qUP7TnuSFum1+aW6jCfbV39ZVui3m&#10;ACGAZEtUzcR5jNEAxUv9fQgSckmexuf2hWK2C3X4dxIz4wS7B+syXGb7OcMPxJryXfXN0h+DLrMN&#10;2tu2PVmXZpugQ8DEwJrRi2UdaHaQLzWigPPhSn8RW8qwRNMkmhmOrnmIWvvd63/5Km5GkIN2xthU&#10;pvrX107E7X2pQEZRylbn1EUJ3fKymI8BhWqjrNsdd7eHPl/+5l0w1GWTuA1Xu2ngKXUtLEE+5lEA&#10;r/olWBb+PMjm6MRL4D1rjSocwYHHXAGDn/hhwGwFCgU60M5pxak2UE3e+5v3wODEaZh0t2m7/scG&#10;R/PfZ+vLDdjO3hO1fd1UvP99mlUn+PKFtLO6hIrpnF18KRy48uG6fcupR/VsGnqbqVIO+32yGu5m&#10;x2XVy0X7UYf3hzYWuLq1lWVR3eNyN/+w/HisH7mVMbFzG+tqHxxkeH/U92cZ/HHMQzbt6Bs48Uo+&#10;Lu/Oa8bwMy86BK+DJXjS/Wl+vA/in6pldXV97VerZVPlCgnsS5EiRYoUKXZ/XFOldEesTa2YIHTU&#10;6hwnNymNXivxdWWxgPHGqLkD2Pg6g2DkQae2BbqWaBPkF4BAG66WBDhSGs2UWISMtk4gckJSR4it&#10;zCx3OCi5BNjqIIaf8I1k3ZA1mCpCrUBrpsFmHTWGX710Vpt+qISC9f6aA4W5fFr7r9lzzkmXKHLl&#10;NKvK4m+wfXBX+xDW0sYO+TVdwttI2JRBiWgwB8Oj0CwPgG1lX+04qDUazgXEsppjAmAhWY9q1BWf&#10;vQkOfP7zQCUEbpXzaStXqih5zD3s4YC/9EroKwfraqujAPSbT1+xKU+1HPz2b4LiFT8PeOBwtUHS&#10;uoXzZpGF5zqSgOy2W+DkW/680T6bSj53xMGWWdJ87ZQT+noz59LGjbcD3XW7Bmv0g5wddOa113nZ&#10;y0A80xh1ZLvwvI1dv3Fbr81aq1CW7r47S2S50fLNez2e34RP+TD6QSzBYR/y6aoGtYD0LEU2w6IA&#10;uHNgndbr5YdbpeR7nGS3+/h+Z9x8JW9PwuVnLcP/OO8w/Of7BRwsE5tvj8exanlptXzr6vraF7c0&#10;j0htmSJFihQpUuzuuPPuu45Uc9FrdgS4MDPN2TJnBGccoctea6CYxnEY4cNg4gyUuQW7lo5/oNwP&#10;7WJ/J9GdqW8BWAjLjzBwiYW6ts/UKxXcFqKxuxbos92gkwNkHiEaYA+zzG02Yg34zojLdImYuceO&#10;x2odGH8Hg3JZJNnCRbQvAhahLmVqgsiG8dAESI08oS/X0qAiCcdg8KYy6hgynUSZcqg6E0O958t4&#10;28q0pC6BhbFi8Ls5tLbiqJjLGa9B0Dxb2OuhGi/KCXX06lfD0oljBujDnWBxksLXYFRtUK4+BrLX&#10;vRb6Vz3agRbDqZxIsdUOaFIRY786B1Z+9CVQ/PhPABw8HLC7d6Iw1m8HyyHA770Rii0yTu11q8EW&#10;nxcYhu3A9rTluhPHZHX9WX7f+zRopDmfdGauO+Lrr4b84JI2sjnz17B4ZIYlu9vex/qiMNTrnkag&#10;ICzPz3u51uvLe5OviRbAs7Il6gGa+Wnea1usFIcB7vz3NYhXSv87g4CkDLnUwyr1t+qncgH//ovO&#10;gdcWy3Dl8TQf3gfxzmp51Or62huqZcsnSwL7UqRIkSJFigWIu+66S5XyvtfiLXoCCRC5vSrArWRz&#10;B6pNsG1JLqB14mVQidoQnRpbj3xBi/6ajM0mHIqHgYVC4DZnzRBjYAsjQKh7CUt2QwDJI3mEIctM&#10;MPmNvPMuxgdoWTLjco46c829HymZE+vv8DE52gJvgboShnZJeKLAQ5cMQ8D+bhkElhBXEjsEmozZ&#10;A3ptoCODYTqxZltkYudfRgx9v5N0+xGaqOjyNOmTWIF2RIiG+QnV/k2aier9phgUVNvRDJUWIxrV&#10;J4rZJ9BwniLWn93eaMClULiwpapUDGFeEJZKiAtY1DJes9+Drx4B/Ku/rM4Loc1j5g5e8HOFnshU&#10;QS8MH/hAKF75C9D/hZ+FpQsOmD6rgXnhdaQNbGpzQg3/ph53rDz3ewDf/Puw8d1PA8xyfQ3KYP5s&#10;PtfeCtjQbTwC8dEbYHjDp6eGGMPnLdT4A8FOFdqbB0Q0p7YyfX3iXe8GPHnC6IzuKNjnW7lYWYal&#10;b/t2GOe13eW+22XU0balaaOuyWcX68y7nVC1HBX6HCyrf+0mGO1b0gYaeQ9ykUefsg8wI8N7e0fm&#10;+6nX05X+d2KDLV6MprFl9BmQz5hl8cyMP2Pv83puV5r1P/rcQ/C6c86BFxxFyBfzuVWK6ePOavm+&#10;1fW1762W27bzfpkiRYoUKVKkWIx4aTV3Pe2tE6gxixeu5DLQk2ud5iJ0voUQcugCAKv2PVtmGoA9&#10;6EwgMHoN1klOGPOH8TMQnGJpmdEI/0tYyiNrIEqQ/pn3Wpw3xpXuhq3Q1q7I5aVIOLa9ySVDnl9C&#10;QfZDnCyQ9GVBdRUhW3ZbhwlCAp6KImTQYEdf1h18a6y8Xp5VCVFWm0CycYj0LSpqLMwIjBPNI9CQ&#10;HGHUU/5zJlEKkzY7jsyY7Eg9i5FticXV7Svn6MaLCIueO6p+Hb39rwFOHYVMaUnSZuCIGZMmZ3yT&#10;GbA9E1A+7vEgfud/w4EffRGsnJMbV02+wlDwsKXpkI263FJAbHxjLQKWv+Vq6L/21TD4oR8COniW&#10;SfbVs5OAJT2/o7WnZ9Wuoqf16Honh1C+4X/qa5LYhu0i7BzYNw7s2Y5xqKI8ugH9L9+qfHWqNit3&#10;8DzwcLLSzsUnf73TK+0aH23v10HA+vv1v7UBhQjdXFOcc2/L0Qjan3WhM9VoPa+1022u2eJ1/md0&#10;rPZhJtVKe602LWLnQXrZCntXAn5AZ9+SzKgn/ezt0FIOP/agC+DXBn247HSa+O6D+INqeeTq+trb&#10;t3vFeWrbFClSpEiRYjHizrvvuumiCy+8tpoR/roGO2Q8k7aYimF8UYNcYLklZrLaClNNZmJRJ3YA&#10;NgU0pUyzzuyxBYzq3nZYsdtWxokt++fld7h90AN9zdLjzaclVpNw/CpYP8qie0IESJ9/0m+f+gNZ&#10;Qw6hn/yrPpbSaiDWjVPqO8AlyFgDOtE65oYOudIlRQZgRKeLqEHFCNwlBwg4Aw8HbDQhPWxpJ0LJ&#10;x0EMkXgH5Whfa8mbTszs99BnXS6d4hJYy0osF+xc17zdQnJfzkELTpd1w/bUMJ6R9jG6ZGU1Bnrv&#10;/Esof/CFekBRpGY5R4AlBJ8FwcaBHuRPfwbIpzwR8g/9Kyx98DoYfOZTAANtaeH2OTrXGCaRPIYV&#10;mIcPeyjgVY8B+vbvgPKSB0GZKQCgAMqhKVMwz+PT8gHcluUIsmF1nv7vN8Lwnvs90xcms0Zkx3t7&#10;kW2irjGDT10HtPrI6r6SnRF3oL7SrbvsCliq+q6g2XRqu4+LWu+LYTlu1vH+PKO+FTkcuHnOLI0v&#10;2egq7/Wn+16kpcv3RwwBQAXiU2MyQhI63dXd87rqevaUiw7DjxYZnJ8MOPZD3FQtP7K6vvb389pA&#10;AvtSpEiRIkWKRUpyiV5T/fiBal74+GjCS+MnwsBwisnUmgwTW97b/LLVyAP/ZBw9hGQTAGU1YRld&#10;pk4W29lvEhuTYM6ep8mwg4PpMH4g8wSeGvVIMRcFxzCbmv6eLU7A4AXfPUUw2JwT8JYdW6DIKddv&#10;0u8XEjknXvKCdrGTLjAI58pvjYsvUAx8ZFajzZUKo/MAiYpgKXbWFRiUhDv9IWn2W1JklEuCQcFa&#10;No/dGRN4r1Fmo6IVMrduusKB1+EwyLPMHV/d/VjHcBiMzcXksInRaG6w1SIzHu2pZiHi4k/fCf2H&#10;PwwGV11dDfSyk8EzL6hBXfsUUCeV0P8550H5jGfB4GnPqMZgAdldd4K45csAR+6A4p77oHdqA3Bj&#10;oI9AHjoAePgcoAdeCnjZZSDPPw+KQ4cgUzCmUIeiwPbMsLWrQV9iuWMgmWY1K0atyHQpPLz9z+DU&#10;339AA6xZfLmbGpAJsWV1bSsRGSSa5/lp1q+13DDiI89lS/KfPwjiuc8D6PcDeQTYMeBvpEq8zz0P&#10;eletwuD6TzoG5qzuuTjFbs/yQGzeV+BCXQlG1p3bH4G7NwQPBBsPB6kEWYxgeWkJsgyd2VV4LgB5&#10;UQrHFFR6stKwe5sOYi3jw4gXG+MuUZt/VXHRyhK86KzksrtfpvLV8lvVcu3q+tqpeW4ogX0pUqRI&#10;kSLFAsWRI0eKCy44/8XVy48EeZcxMxgDmClGGCI0ASab+BPW8yNfzmvdYgMHXp9Q156jYz0lj1Mr&#10;Aty2BCgu7eQJfMDeE1woJyw6V5tcG2YZzZS4WAU4bzIBvnwnctH1KQ5GZbPms6X9K/HfpQeyvFtv&#10;UEyN/DmBbFwB/j3tBih00jJmBFQJTMEgH2mdorGl3Pb4tPOBSfqFLFuZCU47UpIr97YC/CohImhv&#10;e5uMKbASGYT2SZhiMJbuGOvMTZHlDVDW7qveHyWczqNtUctVqUpA54URyMBdcpELelUio5lHv/gb&#10;kL/u1wAfdEWV+Mt27cptBXZC8Nmc80IzchmIVCBZH6F48AMhf9ADzYMRIWFU/chL8+0iy6BXkvEW&#10;MgPYlQrrcZv5osh5l0DWLwBEOfRECcPqHBS33QzDt/3FFtbWfK2lQ8NbxLyOhpmxtAMNqA7lxK13&#10;wuGj9wFceOEZOR8y0TPM8ic+AXrXfxKGE5L9LiMmjI4LJ373TFxBsIac0HC0uX5TD46qe2Ovl2mw&#10;TzPpkZjlDk7rONywB/z4sUMwX2q2a3CPChiA9hql7sXPOOcgvOAYwcEE9O2H+GS1/PDq+trHdmJj&#10;SbMvRYoUKVKkWLA4cuSe66sfvxnd0EP20wwzb3JGDDSOzOYnDdjiIOv+hwGgI7x4j0S/WG29Lc5A&#10;JiXzklr4CRMrlNEpa23d5xInJKF+l2yprnXqi9cQ6wAhG3MocNaYbnhWG+J4PoYCaI0+UZ2FIHwG&#10;HvS2Y87JuF01jGpLZvV++M8YEfKgnNYKk0teG48D4u/5JKidrIlU20c+vCxT4HUWMy1CkmTgZLuw&#10;HLbR/MC+MNlc5DBC/wCn1fj63dfDqDhtQHzYGZ/atnPMLn1Cw9LLcigVWa8ar1gIUPw8Ej0QpTIT&#10;QBb1l90GOzsU4bVPwgCGsoT+vfcBverXtE6fA1Wg3UykzWW4SzfOuXjvgJGFvx7hXMeELS3PPvdZ&#10;lrQ4E31IGriC1ce26u/B3I693Yhjp0Kr7Y0GfC+Z7Ryy90MF9uVZNeZzCb0Mq9eon13hGKQ4fMiJ&#10;EAN5XedzaC5/2Uof/vtZfXjpfQAHy8W/HqcYG2qA/my1PGGngD6ABPalSJEiRYoUixkSXlklZzdR&#10;jbFGLVoxrckPEYM06KXi0JZVWtl41uCzzquIMbML62YdFCQXqBMesm6tiHPRHguPKZqEkwjKN6mZ&#10;ELVqFlKQ9GJHMhXwbCg8XuGbhGyZZKb3I2QccjbC+9gssXJJEnrGnP2Dep1lGVfQUtzHFm2rmXVY&#10;NicTALVxoOn3MmoZbwBCQepqX5kvKX00TcAT4Fhz0ZAMXIaJAudeVe4kxrSnLS1GzwbUwyYTDgSM&#10;HRFFlYwJvT2sG5Oov6r1bAyDvlrMyGQB86AjUZAhL75Nh2EuqWX46XVYfttfspO1AZqRdlqU0EMd&#10;o5wT/2o/MokGqNfngtovBflJfboqEFDshmIrKhSdkK8DGfRuuwOGP/XTMLz5DiMFAGOYehNbI5ac&#10;0HqpkuaPCPFOisD5COfc86ff/36+BmJkkrUjXagu8NU9QlxyKax8/VW6z0YtAJx1xA3fl+BNo2Yb&#10;6VP2+xzbXd91hgNAxZolb2g11XVWMWyXczi4sgzLPYJ+D6FX/cwzCbkqpxc1r3k2P3Ntxg+zZLBd&#10;JXlhFv9a7RdI81CvX92Qv+/8A/CqkwiPOJpsdvdB/Eu1PHZ1fe2Xq2W0kxtOYF+KFClSpEixgHHv&#10;/fedQhQvqeFHMEs20zUZRgfqeRYYtq3f6sIRQlQnRax5gxRQswIMScJY0SQPRtJUx1D/nGORueOh&#10;lgSBxuaHE50uG6XQyNo+gvvClzx3awMGAKGt8MVaCk3gkwU2pBibRWF3RoTBrmPE5iN2BlQZeKb/&#10;Rvz3Usp4rGhjkKC0S5X4MproS5y7ipggZnZyzSIye0LpH6nFMhqJfJlyOMZNNbPxncYG09TsLxbl&#10;Qp/f+ohHpebKzAUD0WX9e4NJYoEL1VKn//TtkN/4eT0+VJI+kr0d3ZfQGTWzZ7gd674+Hyz5WZ8x&#10;KPUyd3fdSVc87MEIBpDhEMRgA+jXfwWKO+9xI5Bq18dFCgScO+rk2uSGNZDH74Mi43LlHWwsI89Q&#10;bbOXw9LTvo1BWpxpbIkau32To2nnr5fFUD+JatwT3BwGG6/VkglztvZ7vWqRGvBb6iNUTVjdDo1k&#10;hlPqME+nzH2ZTKmv1ItxjQ/nLsR/t2BgKc199NFnH4BXHzwLnncEjMN2ir0cx6vlZdXyLavra58/&#10;EzuQwL4UKVKkSJFiQeP+o/f/XfXjLVubJXueW1h+2ZYsuYlyOJWXBoWx+nO6PNOWBktj5hBOfjFY&#10;qGOJdy/4W+kX9YTc/LSYFZe0UiicT4vNWyJopFsqmTOlstA0OKmVsta/i87YVRgGoGM9edalYkIR&#10;WIdfBtlkU8vJsO8s49OAuhaY02WModajcw0OGI12CfTIRIP8KTUTqs7DVO85raQ2uEUNiyqzyqZx&#10;l97N3T+cFwHAJLcg9lbZmIWby1/8Feh95csalO6JUQC/pTK55iUmAHaqBlvCHsjTBOJ//i/YuPG2&#10;scBNWLo70zax019pTsdI0TVuvmNQVd8XsPzJT0Om2Jt5dsauQcNHXwllLiKcedoWMOXxFDnxTrpV&#10;7RSLr6uMXF0vSzT1BOPKaOvzCm20Ud1Pekt96Pcl9Pol5Hmh2X29zDD7vNm8aU3JEhrSyVTIGqPP&#10;L3Zfz+7l8LJLzoH/cboPl51M1559EH9dLY9aXV97fbWcsYlIAvtSpEiRIkWKBY5qEnqNQLwnzJ6m&#10;ZcTZRMgAfRhp1llgKUzQIrQneFMx2iyjymd+zoHBzcwtmOiTS5pqUcCeJr8E031yIGULa4/CQiQa&#10;m1giiAYMEibCrd9hoIosvMDGEBb0xJp0IkI9CyJdugfa5zL2LCanZQWOTiDY+Q/RaAhZv5FWs4yQ&#10;iUe1Y1dlsbZQS5YsQC6Y9RKArUHpowbgrAkz+v72vWETKpM0gQP8MHIlNt9DQOrI/sOk3IKDbsMi&#10;alc1fc2yjNcfgMm2vQVBNhxosBcXGOChQTEniowErh/dUwAYanYfQnHfCShe9l8gv/5jUDDUoXTM&#10;JJxBMb9d3GoKkAAmYhfH7wd47W9p511tIjIBeJkG+AnLRONnETug18eMPjJ28nPvdvuI5NTb3g7Z&#10;yWHVtqUxiDoT14/D58LZVz++AZDVpXnbQEDBBldt5hxyAgh4xsw6BiPWksWZqgOUS7P6WN7rQS+X&#10;1b1Fmp85aWafup/wsy2+CRHYR1B8m2VpjEAeBbwWr7qfPuXCs+H1Bw7Bs+5PDxz2QdxVLc9bXV97&#10;drV85YznCKk/UqRIkSJFisWNo8eP313NJq+ZlbWAgSucLSuzrq9OA0fKzc/kCVp96bYwledXVoSJ&#10;AbBOLbgQahOb2CK16plFe8KuxI0K58hMoiWVQjYqAeOQrHW8dDJBzFozTINMZNUitFugem3ey03f&#10;BRihqBtzVNtXjIO6mUostxgCbL6t0JaB1YxCdCty6SdaFmFL/4ZGIfa16SPrKhwv5u/BtFT4Xhaa&#10;QdFSBsdt1ja20GIIRcHQ4WKiOvo4ynJO6yYDvOZ7Lw2w/T1UrJv//qsgbrtVQcPQU4OiSGlPHebJ&#10;FByqQH/l8n3sXjjw878AG//84ShRnErWYKqrN/hrCwtx4g6kou5KNWdmH3F7qZ+DG28FefcdjHDS&#10;jo5/t4gewDc9qZN5Kdqu3dvQ3139Ps+RrOcrg+FM8x8MJEqUXEUmMr41oxmXjokugnu+n1uY9pHu&#10;diZq8sTqnLrk0Apc+8AL4NqTPTh/mIC+fRBvAsPm+7PdskPprpciRYoUKVIseBw9dvzN1Y+/39RE&#10;mUs/MXKsbfLlcJNsGJyYbrYsAZCHAhtJB7KDpWP+NY6Jy0jnmm7ERiimRFZ0H6dl5gl2uUX0dauO&#10;xWf2WDnNGpBPQJ4rtkFe/cwhyzP9HkXGIO37FoOg/pOiLr4Y1AOjQ8qCT4h4NV5kv0PvMeg3a8yB&#10;zRbzq7RyjwJY/y8uRRYB088fA2vONY/avZaFXGjWmj7iYTG39Fi7d+diTxh0dLVfoYwxXvEzUHz+&#10;BijVNSEfsQs0s3H3aYSlu0MFZMg+0B23QO9nfg6OfvEmbeqwnf1AsAs0/nBnNkFBgo0f/hDLEJyZ&#10;o8fRCOBhjxzbn5shutIuOLdb92FjwNqX05fx2vmPhFI/SFNlutJeI/TDJvsznC8Jff9R92L9IE7/&#10;xOpnteTmZ15dW5/1gHPg9eIAPCWx+fZD3FwtT19dX/uharlnN+1YAvtSpEiRIkWKvZHCKbOO0ybp&#10;wBo4gtoREqkt57Glkqy7BkFdClgRamogNHrCLShgXdXWLEJACwJRNojMKNqWtiyKaoigmWibRX9E&#10;eAbZOE6h19dGs07qduWdmHAQBalze7s6phs3lCRb6UqM76E2EwA0AIw6HgMOCg0MCmb55czuM8YK&#10;8ZaktAYbLpPxoB5J1mUEXy7rxMWBS2SpNQnSCQ/r9WlXQZSRa29YpmfBxXoPhP2J1HRFDoaec30O&#10;cRjtyNvSvFmet/cbmoJyGg1dvywioKX9UEcbc02YQeR76wrIYgISDEiseJHD+05B9pOvBHjLW5Vb&#10;hx5f5aaU5ha+caJ6WsVkUi2QDwbQe//fAPzI/wunbr3DldvWQaxwNZvS6YtuH4bJbPTP5NwP3F5P&#10;aIeEArVun8Ke3v3eqqEL48J6BqLoV2fEBRdDfsWDdPtnLSAZTbGEUYJ/0DSrrt9Whm29fVvI3lAO&#10;TlVtLWZ2RDH33KqtqnuKlFm1CCikYOd6o8+HPJdR999MP4TLjYuvXfhhnHrvisMH4VUXnAv/+f4M&#10;DhYJ6NvjoU7u36qWR6+ur713N+5gnvooRYoUKVKkWPw4duz4lw4fOvuV1XT0VY5i0EGpaHenCyAT&#10;anevpTF6dvZ3jVuBL/UMs0UEmIphEZd2yYnfiQBCBViKwEiifhzbWFWMdYtbU1PLzAIGIANXY+Ny&#10;y20TIWXW0dZnNhYIhKBk15fv+g9GSbQ0roDCGWOUmnlAQTm2JG/UoTHC6jMosujgwm6jrowdlfC7&#10;dPqB47oWA7tho9vnvyEkRX1CjTbGCMTUyRkDofX+t+NWr3NY6FVI5xG8gFmEcpecCy2K+0HsxTJe&#10;5+XsVCUHKuF52/+B/he+AOXLXgT5xZdBKeIyxgiI3iP5eXSNRmBTJAPT58q85NYvwelXvwZO33iL&#10;O9dFSxNQx+sJl8fOzyNZxVHVCXInBgWXZdKc29v/VFfU8u77Ab64DvioR9Z08nbmepQpsCrPYOWp&#10;T4XRl/5Y6y9KdomepT8n9fHOnt/dbS9PnZpazSSaM1TnxFK/D718WfdcWd0/ihKhLFlGQt9UmHkv&#10;gPViiT2u/IPRXi7g35+zAs+9pzq/Tqc56T6IT1fLD6+ur31kN+9kYvalSJEiRYoUeyd+s1pumGny&#10;zCW8unzSmRbi9PpG6F1W3WTc/o9wG9A1ESzjUgCEiNOIBtAwOnRb24dmGTHDBOg18mbJTgi9CYdk&#10;EBUDI+G6U7F19dPfUQw7TbeTzY7kRNKw9qTuw9Fo1DDdUCEthlrvnwYAFPehAdRMf2iWoUDAln4Y&#10;lwz71wHrxn3F7ycKbEeI9fjMdIlVYxsMJFBZtIMeCxIaECjl/DTNVBtme82Nl1q1Nm2x8umPfwqW&#10;fuQaEB/9Nw1y77cwpcvqejIA/NA/wOC//BSUN94yVVKYPE2mbGPw7Ec1wvBfPwglnZmWQ+0QW+3L&#10;46/S+7LXk346eSrS1Jt6hqEetmUZ5Fmvaq/MgHzVUijfGgbHLds94xJeLbXBJbzq56MPH4BXLy3D&#10;844Q5OlE2euhxCF/vloev9uBPhWJ2ZciRYoUKVLskTh6/Fhx+NDZL65eKoX1zCVw5LX5OOvr0LNT&#10;JaJy7FQ5YiiQ6HySTmil3QHmX6pVt8hwdVuBODqzvhSGgpZdwU/rAy06BcSJDtailbirO0rW28C4&#10;AQbuw7a0lD9Ppf2cKbE1bDyzqwrUIzCAnn6tdQmNCDiV2GxvC+IZKqE/esycgLj9u9qe4GRIhOzE&#10;AAhE5W6r1kNSJ0HGadmU8SoHYatZZBx9LfBJwGaXQf/HLaLbzaLJBI7dGH3Ora+M+k6DoySd02+u&#10;y5nNsWvAisLRKbR7Ym+4AQYqMw6tC5m8jobzWa9idlUJqxR7Nw1oYx6rsXCsGlv5L/069J/7PVB+&#10;338AXDkI0mpuAjNBkRb5wKPXZXUsWXWSqZ8ahPjKLdB74x/AqRs+4Y7ZLl0k0rm0hjauKPm6MN/z&#10;M9OlmHLLD3262gM7Dk/dgEf/+AHIXvB8yLIeFLkwzrw75lyRacAPL30gHLziQbDxpa9UiT+OvRu3&#10;3f3pDA/jlmFdv9ObYxqO3F8ig6kJ40vfH6Rxple8x6IsQXkjlVzuTsyIDVn3ltR/sJfD8w724OlH&#10;9pkswP6ND1bLi1bX1z63KDucmH0pUqRIkSLFHoqjx49dV/14TeQaK4QDqoTVjwvLJCOVtbapgS+K&#10;w+gn/yaAmYHYMkWnCdOQtgVnXFozHXACcBjueROsoyDrtcdPITEx2IzJG6SDE0JPWifN50Aq6GD2&#10;+eapsxBsCa41RCEN+PGiADjlystMQsdO4t+xU5uKuJQ3dqXUOnyuubwLL1lGCBgGoJQdiROaz2p4&#10;suHgghabg6g0mFqyYql11cNvOtMTYu4jgm8rkWfsNtkEsezUVg4GMzM8dhtYRcPB/HAAzezbH8/8&#10;Q7afgZIJBm9/J4gXvxSy9/wtiGP3V++VMKzGcplT6GcaLbtufIT7Vjv9rAFJrp8nDGHp858D/OVf&#10;htGPvRw2rv+EOw9DgA93ZL+bZ+xct6fuefzQxTuQz3OsmUWdWerqvHHfScjWPgujbMU8AMIdH/xA&#10;+RIsPfe5xpCldvTYuCPjWM2+3XUOeP1IvZ+jQt805BSNHDLn3bELVZ4rQJZUraq6FlSLusXqRZrP&#10;qhJf9feylPD1B5fgNyhLQN/+iOPV8uPV8i2LBPQBJGZfihQpUqRIsRfj2mp5TrU8pHVaj9Sa/NuS&#10;0W3O6ADqGnydadKkEOM2wmtht7wgjTUOr15DkNCCk9KIxdeTecQx2kAU68gF+6bFwWdKmSnOtgUG&#10;DiKky3n1wh/N2LCjVLQDxULgUl0LqhHF++7KgrXLoIwTHQB2zPVaVs6dEJiZqfX80HcZ7wtpaqJp&#10;U3XIGTMAramwhUCJ6nACjG1VcAkmeZdiaAr6qbIpaOOmGgqi/lwxKgIwYzFBP1GUhoo6h1CAVy/P&#10;eDTvn7ozlfgMeEwMjp0E+J3fg+V3/BVkP/lyKL/mEbpAixatDk+2laqTYTCfPA5Lb/0TOP1XRju+&#10;cA8pDBiV7fkeJ3d/267AGT6nr4PveQ+Iq76BgT6EHYPQAr1XWH0M9JdyEIOiwZKr7xHW7tJnAubG&#10;aacWYSgDHullMqYeIdXHleu9fnZW3dCKET/kKgzIV0oM5DRKOLeXwQtXluDqexPIt0/iXdXystX1&#10;tVsW9Z6XIkWKFClSpNhDcfTYsVNnHzr00urlu8OJswJuFE8qt06xnACJaYT6A005Csom3dP/oBQu&#10;TiPqU/dpigraJd6NJYR0CW7bKilchwKgRDD5J6pxSUQAdcTsOEM3E43sAlsMQzAEnjROJZr7GLSb&#10;kIaxh7wHzKkzzEgMDE7A6g4CMzNtvbHUJdQiLEujulmIAeWECMua7TgwzDhTJlya/WXg0K0qLH8W&#10;4Fx5GzhD9X1pjZfBgH+qj0QA3kXC+ATepIPBwNBUhEckM/qCZD1odD1ebftI8uOYhHGJrP7cKzbc&#10;sFhUQEsokxEmZNoSaDnV2YPNQQcxo1RXruFiQj11YAvdSJkMSxRB8mPb8vRtd0J2zSsgf+wjAb73&#10;2YCPfgzI5WV9Xqjxbc5Q0uXhxuAANANou4CozcAqRNY9HTUrUTl1axfi6mTMhiOQN30Rev/yQSjf&#10;/z44eWzgjlWAdVIdv7WQ1TXtmTPN3ut91EC+bP8OTbNCmn6raEwW9LfkzoFXtoxX/Tz5bx+FA3ff&#10;CnTRxZBJc0+a1P8UQHDh+MYZx5Qrcz3nEORPeAKc/uC/OYMOA/gaw46d8EXu2tPt6g9laFSS0tWT&#10;cVvWSnrrzHfNxMyEe6imHqIpyQzjWm+epCEbcXzHWTk8774CDoySy+4+iCPV8hOr62tvXeSDSGBf&#10;ihQpUqRIsQfj2PHj7zl01qG3VFPSH4zwoFppaRfjwbK8wum4A/sAm7N0W/YKk1gUYsrEty2Bkn5j&#10;0zCeFHtPNlctKKrJrb90+9nmDaHYexZyCUt47U/7WrHwRrWUQjvygtE5VKW4ChITbI2rgARkMXDf&#10;Isxz06W1uh5Nt32W5VCW5F12I7CWk0QG70jrEJFmKmSC9fjAlgBjI4G0/S4ZjCQG1Pzqhds3YoDR&#10;gYRoPqsARpNU+fLmei/76mrU4KfzdKEOECFgqWR5DhlvV1Ko24SaHKnLk0eDneTQzCXKooARFpDj&#10;ktYcC7UWdZNQNNT96yBrJ+HrNVH6Enw0Dblnr384hXO4B1MYAPvEZwA+8VnIzl8B8U3fCvjUbwZx&#10;+dcA9GTVDxlkJUKv+lkI3CZoZPOAgSBzbSjV+SN6IAZDyG+/FeRHPgryH94Hp2+/W18ibaljnXMs&#10;ghbAliswjdnjSefUpL8jUQT11F2Du79jx/osQKu9iiLspFUPBu2sr4m//0aA//oKKPO6oVFzzNqH&#10;E57tzA9HMHRhx5nGVAHVGHnWd0H2wQ9pgE/UHsvVH4GdaQkEmnl2UH1meLoxr6Ex5ih+niJhaakH&#10;SysH1UXRtA5aBU9zT3pAD+GF1euvu6uEPWPXnWJc/FG1vHx1fe2eRT+QBPalSJEiRYoUezeuqZZn&#10;Vsv5M020g7LOaSfaYeLWVMejqb47fRq1yUQbsZPjRZZpgt2mI5tL+NAn12TAKAtcGY0/U4ZrSo0D&#10;rSRmvkkWCJcu2TPvacH5qJ2p0Yc6YdHMPTSgIpjSZQXYFVUCmgmMyp3jtsDW5AjDLg0AYcUa1Umt&#10;AtwkQikoKid2n+Puc5qI7J6LHSiCBbSsPqL6ThaAm1G5Njt+KAboYFA4g45FBPz0sRQF9IsSMhyB&#10;FMiMoHaoQMp2oAulbHxa9YwaTxkuZtKKnSX8NAbusZ/B1tcSrH5l9el7TkH/nX8LRbXkqw8G8ex/&#10;D/iwVaDzzoKTuYCezBomPpuDgmaFM8JPCw3q5kfvBXnjOsB7/x5Of+g6GFb92gMP5lmGGU293s1f&#10;maeJSTBdl7ECkejYoS6IUri3hO3bMzTelU7e6Q/eAMvP+RLIh32tdhIf3/JUA/yQ2dByis5oZ7T1&#10;q72Qlz8Msn4GxbDQ4104OyRzhuS7Tpdyxs9Xx6VAcCnGlAFHDzH5PXX/zarzOu8xyx3Y0AqhX113&#10;n94n+O6vjpLL7v4IVar7I6vra+/ZKweUwL4UKVKkSJFij8bxE8fvPnzo7GuI5JtEjdvhBdqN86tw&#10;xaQQlE8ii1jLxiTcvA/M9KoBTciMOgvKia1M4UNEg/cYm7KDntlkQCevF7eJJIPa8kIZHMiklBW1&#10;i59yQyQ2myAR6/whb6gO14WufwBeSFzBC6ABOsFGK6aUVbP7SEZr0aWtLNrvHIA7k/ZmciilJfCR&#10;XrV0TsbktQEVq4iMPYDIhGf/CQoYoNBgDTKyyckrJ/ToKnrjTghhGWJLGDJlvIo9aIFCt98K2GCn&#10;5Ww45IR2cWN4213Qf9NboFDC8GrSvtSvEllua1WuRr7QUoN6K0sAvb55zWAx8tjQTa/cQJeWq3Vk&#10;mp1a3v7VdJHksCWXCEbqYMDXxuJTXwb81GugX30AH/dYOPDEJ0B2xRVQXHgRlIfOrs7HPpRYmnPR&#10;Sk0S8fjkQc0UV60PKhGooYhmwWrFvLVnW8b9ah5AVL0FopSAJ05AdvedUKzfCPTR66C4/hMwkl5j&#10;oe+OAwK7mvFX3u0u35RjrpLqb7lmHBP0lFuwvjbJeP/YMVwzs5nVplnDlqMnBbRqdlqbc32PyMAW&#10;LYfXlhD83Cloq1dtaaSu4X/1Dshf/pPG8d2adShsqZRO/9TekzXMxw9UiOn4ntxM0bgxGqr2Yi+i&#10;NrSMSD32Dh6A/lOfDIO/+ydui5jhV+7QY5F5baUcDv3cZobOtfchyrQArXlwVSB83VIOzz+6AZcc&#10;SyjfPgjVyb9dLT+7ur52Yi8dWAL7UqRIkSJFij0cR48fe/Phs89+QfXyO8cTGzxw4I0WGORpK5uq&#10;O95RMHMGGZdaUTyx7lrF1JkB1d4OWGFENlXizyEF7xmgsJVBhrPCQgFIFrGqBERMs6nWxImskcdr&#10;JN+6RUk6sMyw+iAQS6yVgwnBXhWl4VqiT+lsGa+oOfMasw/WLRR+3/Vr68hr80i0LSxhOBpWyWxf&#10;m2ZokNU66U5MsNp1GSlIdhW4KQMXYQue9ISwFiBRX1h2oP7cYLjwZbyKkXTyHe9y4MQGeEMF9Xsx&#10;QbuOgiLt+li0oEeumT37J7rKeyniyWJ0Xqp/G6qRrvu4XqzOZu+S86F8+EMBH/Jw6F3xEKALLwR5&#10;4CDQygGAJVV6XfK5KPg6xCWrAT3WXmcVYFMqpt5Qu8uAOHFfdfE+CnTvUShvuhGWbv4ylLd+GQZf&#10;OaKvoWWk6hb3a5tSKk4A5jZz5aPOcTt+W1pZ4dqfg5HIXem/X1mpWae9Xg6y3w+pzqY3WD+t7Fcp&#10;7Mqy01KT2sxIuPULxTI+sKLbX1R9R9VgL2/8/KavB7SF79ifGx/4Nzh4+PeADizrvtYM50yArJZs&#10;2eyrAj+VrEFmjZrUsaoHRctLQNot1qzQnLWS2d/quVIPsqWeaU8r+2DLpavXw2rQZP0V6F/6AH3O&#10;F6zVV7t9nnG0ZSv7QadOQ/2x1jTGLOojGZqzPa/G1YGq8Z9JBXzTrUWaQO6PWKuWF62ur31oLx5c&#10;AvtSpEiRIkWKvR8vqZZPV8tK5zTb2aeS0aTTwNI0Av4U0bJoQoFbrC0mI4CqLbMigo6UNbLiCNiH&#10;1F3ZZTTtN5lQTAcGhgaIDlh0/hgEXpYeW9Nw2Vgf69+pj2WZZgwJxcxiVh9R4JyCIe/Dm3zo9TIL&#10;TrDxiAf0kEubHJLHbBAPEikmnZSlB0t0qVOpy9FykRtQRNIU8IDX5msAts4ARHoHXcFmIvx1pXmo&#10;GJNKs8+0i4hZp0Fb48ZwoVl96qgGYJlmzFYEoyJFgdZcOKGX4N2HPSDjAUAL0TL8pNdV8HpTdAMQ&#10;rHIJS9wnKrSn6R1HYFgt2T9+VL+/ovpKDbpzz4L8/Iugd/ElIC84B+R55wItH4D+ygoYkUkz+Es1&#10;1oenIbv3OIh7joK85wgUX70Z6L5jMDxdmn7nc7sILmWy5Vqxmwow7WXPAsr1K6i6Fm186TbHlW57&#10;uHEa4vLj8PhK/l4G3WBl6DRc8OfFFttpFjGK+i3I8gxPvPM9ULstuOOpg151jcW6/Kxl4uUdxh0Y&#10;rMt+3+r1YecVemfGxzRtPPM+DQbGHGqzxkPVxh9LQ3jKXSM4+1S69u2DUFTQX66WX1ldXxvu1YNM&#10;YF+KFClSpEixx+PosWNfOv+8815ZvXxVfVLdBNOajhbGHMD8XYYMvrDkNAToZM0IZJoZfCfANznd&#10;MoCPNbNgIfaaA6x/GdEATTlp6zrHp7IRg1BnY+TKUXUSq/Cwwh8w1Yr3onW1KgkiN68pK9JsPGYJ&#10;KSqHZk46bUVfgAis7aSNOVifyDI9UFhgjz+tzTQCLgS78kKUbHogryx5/eB1j/I8n048nbxbM4XG&#10;KESs3+f1qUzZsTX7EA4gcExTVcqKvow3TIj1dqr2KUeLPXdn/9eIrVcH8kJuWhn8FsrrU619whNC&#10;7KBhwfT59nROu9vhrjyNmiMGn9sAA/xJ3pvCAUgGPN3QLKrqjXuOw7Ba4As3RpfAjZbL3zhWFbYA&#10;QGEB5yyKqNCyrs2CXLiF7wLEAJ3sOO6stq1wPVkw5sd9hoLXbWXNm9n3zUTGY6V+XGVHeyLEmovU&#10;8dksdDyHppqtM55RjLVAmw/AM7tL2EMlqhsDNjMB714Pk9l9as6Q3/NluPzPXw8Pv+5ImjDuj/g3&#10;MGy+z+z1A01gX4oUKVKkSLE/4jer5fur5aowa0A3GbZuhSJgHrSL2WNruopB+W+w/nG2ekJsU5bl&#10;+SHoqGMYZcTYUu4aJYqBQcf0sEQMu8R8KxFtgAJ2WrwDvgTVAqlGn8q0Q8jO06CfwAic80BfcERB&#10;CbYp25XguV0xwIAB2KlKZoV111XtIH2Bp9ouG/gawJEKV1bH9sL6AIxrMDb8T8PEyh5cfRxhUHnm&#10;mKasUYjojT5EljEMFgOPmhVIBuyUw1EHiLo4ERltdJpPwNjPjDv+/aJEhTXn0c22gIfmg9J7gIhp&#10;SWP7Z2t9gB3rmFUNYd79TvEVsPVqHYac8tgnvTfL77ipcbS5z1pm3zTjAWb4HLZ8p+uzZQsbeDcE&#10;wRbZfO6+oqrfS+04TvapzzQhCxi+802w9AfvAjghIcWej5PV8jPV8rrV9bV90eEJ7EuRIkWKFCn2&#10;Qdxz773FhRdc8OLq5Ydt7tH9xLvJdpMxj21s8uG03yZQKbAr44tqmqagAgZcCM2fQ/s1nJAtYUvS&#10;IDsBP6sZhwFuqI1NGDCzbrGtmyJ07S0ix+JaMo+mVFNrTWXEhhOZLtnt9frGnCIzvytATlgTFb1r&#10;0q9VuwordlxZbTCLAEC9DywIT+SV3dAK22uDB6WdZV18jQMulTJofdLHXir6oj1+gZNLuGW7KSYG&#10;9BQP+HnoGVmgXmGbxpxEaHyxzu6zzDdZJr2lRYxZnXZnXaec+/7vThB1J/fJlucuumbmmeqHaZme&#10;06ynhKY5U7kHe8UYz1f3S8XqNnZWExl98sZPwqnf/W0ob7g7Dcz9Ee+ulpesrq/dsp8OOoF9KVKk&#10;SJEixT6Ju48cue7CCy58TfXyGpcQ6HJIdEwpainj1eCXqbV0sJARlEJbl9lC4YOZaqZiv4Zpnu93&#10;8zbMLjGfgoSb9IdgWv17U4EJlqVH8cGh4ONHYvdTUx5r28QAVQaYM060Uu8famdVyYAaOuMLFMSl&#10;qkqoXTCIJ6DXy3QpbTEqIMtE5AyiS14zwSCfd/E1Rhdl4OpIUamuL2xWWoC5c7w0WJu14SBm7UmW&#10;d/TOu2jbgcuE26EWya6aGHWxHXX2MOoV5Wi/i8hgMzp2o2rnshSmHcD3iyKLjmTV1sNBwLVMkMPu&#10;BkC2v3R3VoZQzP6bbju2FFIuwPiaBXjbDhMLe2XKtmG9Z7LNZtn3acqdp/lMW/l21z6MG+clm3Co&#10;K+ToDLR+177jbFODqfrIju+iui/01MOxGtAXlfQOT8Pgra+HjT/556ph0r1hH4SqzX756vraW/bj&#10;wSewL0WKFClSpNhfcW21PKdaHjLzxBqbiTBRvTyK3Vi7aorkNEy9rRb2IOAcC5Y0LEq1RtClreP3&#10;N/TRELoslhxzzsMHUhtwKHadBu/I0yOVPp4Ct5RBhV6fcttFX+Jr9PjIb0eZWzCSFlVMo3AsQBS5&#10;Af+00Ycx3dBC7tX2c8FAKYN4MvydmmNjcr/WbHrrg8c3gxPYElzG69eFRsePK41dja/tGevaKVNJ&#10;1n4OOY04aPRu7AiNE69Qux8kmFfp7qR1iSk+uxfPTpzjemlCX3TJ48qxxb1nrk3kNoy9Biiqb1wl&#10;EObgHdxj3b7yhn+EU6//PZDrJ9JFcn/EH4MB+vYtfTOBfSlSpEiRIsU+iruP3H3qAZdc8lIwJQ1+&#10;4mxZX+iJdW2aQJLIP7Fns4fYjaMl45vqD3J7UlOyKND2e7FaGbmGIp1jPbb7Par3FdEvA88jdFzD&#10;oGRYKw+ikV3vZYFPJRouRK/f04AfhM7D1nWX+0UZXqADyKgd0lAgoWAgUenbSQq0+EoN9AnLo+K/&#10;a5adMv6QtsyZfUpRtg6WzhST9Qg1s5ECwxSF37lVed/RXAGfFOryEWQi83AuhowsYRiOsoAyYX0L&#10;BJJsf+kuJTbnVq+kE6/SYsbPp9h8/9XvsF0mK2XdpR6MczSekfN6vmOxbd2ylPHzH6snfOwe2PjD&#10;18LwHZ9Ig2p/xK1gSnb/dr83hEhjIUWKFClSpNhf8dU77nhP9cOUNJB3kTUTdGTTBuSS0Mxosgnh&#10;yna9ClDWkkZY1hunI5I9CMkspLkGzaWZJnTJ0bckFWjALcmgI7HRg0R2o5WsmUcMNAUFnhj8Ztc1&#10;MYHFeBqFXMJLzNgzYnhV21Egy861SyIy3AAH3AnnKYJGk069oYwo8mqpforqZ1b9lFQ6MxHLZLPl&#10;uq78MWC1Sf67bgeGyDTjDz3zobRaf1z+K5wCIbcVmRJdtPtlE0tZskHHZHF8c5BeJF6Q1eAjzTpU&#10;QJ9q11Jww6ixgj2DA6LfgD5OBYQKD+jYNtBl1Gq/qp8ioX27HMTAaNlOgAG3YR0ATVAft2n98wI7&#10;JMwOrlFtgQnHJ4Kl3l5yAdpp2jaAjve2Y/1t6wzfly19ad+v9xPWvl9fJ5yBfih5kdt8zhLEvhvq&#10;GVXJi30IKYqRl5bg+3nxgb+E4y/90QT07ZdbC8DrquXKBPSZSMy+FClSpEiRYn+G0u377mo5z3gc&#10;kE8QHLUPPWvPOz9MnJiT/bhk5pp1md0Mz2MKsSmiyetV+yTH7Pj0LrzdG2jIFopaEkMMuDEbUjvL&#10;Ct/WliRJji3p3XhV6aoCXHMF/GU5m1iUAWjXLkju3JZZy88lTdrAwuxDL2NQUrtfKHFzr9uoodpA&#10;F8/WS2kNPTYzUXuunXwFdnRhSzpnQUJVziy9tp7aBWlT17LU662L+WWZH5dEzfJLlJScAfZlloe1&#10;Ytytro8WtB023wLb8R1a+HE0v8B9cB7ijGNxW0vMy9I8VFL32jtvhlNv+C0oPnBzujjuj/hstbxo&#10;dX3tX1NT+EhgX4oUKVKkSLEP45Zbbrn7iiuuuAaF+ENT9sl2CcSGHWhBInQlk4gTgD52UNWhgT5b&#10;uEoG6NvErB4ZMasDejIAtoQFfMaAfnVWRLSNGtA3zpG39bDJetkivw5XTgyIWWIkMyerRTncFsy6&#10;M062DLjadkc2sADhPm+2165JN6oSnVwY5l68f6S1ADXDkdmO2vIDLVgWQCRk3G5JufEy687T6ljb&#10;j81G1OeMKUebOceE351ZCDmA0xRCM0dRmHbAqDLauvJm7Gjc1pcG7FOeJCl2MyCw/ZDKdoNzZ1bt&#10;bPP7vFnF0/oVRcwA5oxbz6K1H2yy/Wiqcb+/gnZ0W9W/oqgGYAGDd74ZNn7/bwBOpBvBPohRtfxK&#10;tfzy6vraIDVHHAnsS5EiRYoUKfZpVHPiN5OAF0ik77AsNM3ZQmDnVDSMOAWesBurDFLqslpBhgws&#10;IXlXDmKgxoJvIbuPwpLZ6VMfBZjJII2MODyO/Wd07oiZYgpwVPshnTQeA0uuvskAV82ERIzZD3OI&#10;UjHSwICOBqii2vFZMEoYgE1otwltyKFYesqEQ+nW5W6lvj1qZr8OaBWa2dcDy8gL25K3ZAw39Eok&#10;l19nDgT1+nrGAKSZeXLpLpXcbWgVj0ypJVoozrxWjsPdpWLWWESNg9J8lxjQtDgfBFqDrh/R+XNo&#10;/UIlts6MSLXfSk8wy3JXSh6OoUyPTtSlzkmnZjcm/pt3150GNLHQeHj2WRBgs9voeryxm1h/tsRz&#10;XNtME2KL/ZB1rFPuyrE4/bjajvXjJts0XE/JZ1BWO3PKMzQWpwGVRfDZts/TrO2CcSlvGJqrvr4G&#10;J379rVDesG/9GPZbfBgMm+/TqSnaI4F9KVKkSJEixT6Nm2/5Ej3kIVe8pJo+f0qiWEFnnsDgi5Zo&#10;K6As1VJCSTZdj11UNQBElpVm/xykwww2UWS0MGVCEbD1qOu7ZIErW4osx6Rc7ekn1n+hWaGGjmRI&#10;68kZvUNV5prnfejlQy04VCrNQ9mSplsinQhLg6vv9npmzx145wE/xdKTgQagddy1OnyGPWidd6Vz&#10;7cVAQ9Br/zFbMahLVgCqNugI20WqdU6TNmMEkWDdoJemTcW5B4Uvf24dU5I6E8IUix/UARNuFwC3&#10;CK67WwGTtnvbKXYmcBe3/6yuy9OU9c5yvOr+d1Z1zzv1i78NUKQRug/iZLX8XLW8dnV9LQn0jokE&#10;9qVIkSJFihT7OG6++Us3PvjBl/9CNV3+VfPknFzpLAoF8knNShsNh1AUo2ox5Z1xRszP7Z1dLdbA&#10;lrBMNC4ZbU1qujC9TtfOYF1EXB1KjjlmSH1eOQ6ZQWZBIsveCZkpEjt2jmbhhBhTC5EJyPIc8n4f&#10;+itLmqHY649M2ZGuN62x9LRRrtXY8+tdWlrWmn36I9XPshhF7apdc4VhKmbCM+fcMSkXXgjV+Exf&#10;S3bg1U671feV2229hFEG6ktt/RCJxiPGfxCBA4zlBlo3XkQHPDZGi6TmNgzaB7boubVYuJQJkdiV&#10;YMV2gXGpc+vnXBeDarujq9RX7tN238mwjD7L8BNnuCgYx4yLrbSrvRdEt5Exg7pf3V/OxQxy9YUE&#10;9O2HeC8Yp92bU1NMjgT2pUiRIkWKFPs8RsPRbwgUzyOEx2kQBY07a4aFnmUXoxwKZZZQlBoQstJt&#10;WkOOKNJUs2BQvfzNYHDUWRY31cQ+qm9qfiFyLCSfPhCDQ8ZRVuGZgo9RGKU96zKM4b5Wf5UxQKFL&#10;mNGChOTIhMhfFOh9PMuSjKuuNtfIoNfrw1K/D/LAAcjzTIOoUlsGS0Nts/vb0jwlp3YHDixDr1qH&#10;AuRk1R/DUaHXqfdNku4PW3ar8ViluadB20yDiuZYRcQMtC2WcZmxOQ7T1tI4t0CpS7iJXY8Nw085&#10;8WrQjQLo0LWfheGkGxZmu7YclwIcj6zJs2P4hd1vCHySAWSpPxseZ0wxFRqkzaRcePCBGM5UCX4B&#10;QZm4c5D2mnJqMj8A1oPcZUDYPEp3MeYNd2yXZlz31st+dyJkB0hC27TOWUp5pwH65Bkff923kEmf&#10;oc7x1zw++yApBAI32yclUCuQ58935Hvd3oK9wzbzHPPu+YC6Nxyq7itniSxN4vZH3FstL19dX3tz&#10;aorpI4F9KVKkSJEixT6Pr95xe3HxxRe/uHr5YdSIjjGIUGWkyhG1LArNIlOlvBrsm8Dsmiahbnx/&#10;iqwl/EwnaEDkgL72hIvdcNn0AgEbB+GSPbTsOC5DrlMOsfuAtWGFFJqBl+c96PcVg+8A5L0+DEcD&#10;Zh6CYa+FBiPktx0DJgRLKyuQKTfeqotOV+uQpeQyZ3RlzBpiUyBflTJaAw5nykHEGnlWm4+c6Yox&#10;2TWGHAaDDNIuZm4SeQZeVu1DSdOk2f5AkMvAJcbgrpV7pKDD6nqEhqFpGIKZGANqKUBxD7hzWJ3E&#10;ojbWMShSV62ggAH1mYybroR27bS9ECEQMFtbTgby5IKU685jnZsB+Hy7LeYYql/GYYb3Z+0rmmK7&#10;0QOOcffJPXpOzzonWKnuAYdFph+GpNgX8afV8hOr62tJjHHGSGBfihQpUqRIkQLuvPPOj1108cWv&#10;IaKXa9BIAz7CmHLohZoATJS5jE9D2kpzpynjjQG+aZIHb8JB4T4LdsDNUFd5KjYeBpp4SPWSUXaE&#10;1dvNop3x+8dOxdqVVjSTYlUSm2XQX+oDZqy5p9qyLHl11tRDum1GxiNgy4zNcSwtqzLeXGsoqt/7&#10;iuXHbDv9TQboUGCtlJY60kvzuyYXCnCOusYMJPiMNIw5AcxeRGFoFeXk1DNsK5vaZeR115ABRKoZ&#10;ksiWVRvTF9Il0a2WINYfRhZ7Iim2Y6Ge0C6BAfWIgQFZ+1a5i45++0p3J3nAjr8m7FVAZLMhg+vU&#10;rFpw9c+fqbLWrbYjbsv4ntxu44DkccCe/Z79TPiYDRdw3M4OnoYPOVhqo/qhQL4VTBZM+yRurZaX&#10;ra6v/d/UFJuLBPalSJEiRYoUKXh2TdcC4nOqV5cbcpwqNZVQBmBUqbTkQDgWkS4w1RQ4wy0iFKz5&#10;Z4Ex7AQJp/HqCEErHMMotAAlhs62QsS6fDpBUPsmA6E/ayyCjrnHsoM6I86YSUU1Bw+n/ae3E2cz&#10;QhgAUCcnec8YbYgc+j1TnEQtAnW2vaOtEJcrouFz9fo96C+bMt5+rxcfKyg3QqlZbwCGxScwNrHA&#10;oDSq1GW/4Ew6nIOxQGfCUi/BVLsiuc0yxRRUwKUID53Lm+1+qf1now9X2ove0MWUT6N2KJamUpfb&#10;Go1hsAJFBdMAg1LrXIN9pNtUAXt+60JDXep7uw3eUYDdUJfleuBK6F41Z5M+a1aq5eKLAR50GYiv&#10;+VqA888Hefgw0LnnAB48AEXV50KhonlfI7TKXVkUBeBwVB1zAeLECYATp0CcPAbi3nsB7rwb8Ku3&#10;A9x+O4zuule3cWwHQwy60raWAHeV7m6lpFd9tmTgQ9S2Qw4m7wZD7N8FgDtmmgB07WZAZatAiugE&#10;mMYz/eQubqdJ7rB1uDjSGR0zDtq2U7dVGjd+ugA9nNCn9rvTlB5vd0hoJ65PpbAxxbho+3wo9dFW&#10;qn+wuu8dFmJshUCKvTMbrZbXV8srVtfXjqXm2HwksC9FihQpUqRIoeOuu+46efGFF720evm3Hs1q&#10;mYXReK4Mokmj7ddndeCNtxWsN9Tm0c6wnO5bwTjrIsxaeVa4Xpd9CgYJNDsscIcNjSNsmSszA5XR&#10;rNSJjy/3DdlvEDjlCmH2D9GDU1pfTsM7CFk/57Jd2WABmuOMTSVcZa8CJqUBzJb7vShxdCW8dlLH&#10;WnYauDNUPeOWS+QNSxxMErrw2mpiqtbh16dMOwRrHaoPSNbMm3auTtgEbKzCH2mmIFk/lSDrI98/&#10;yMkuxs6+wrZfDRxlWBao2H1gX8GTbrXnJWvxqXF14LKLgb7xGwCu/kYoLnsIDM5a0pqEpWLVVsen&#10;xxUDpap8u6CR0Sas+mYpy2Gk1qbGWfX5kZB63XmxpF/3qs+UygG6HAKeOAFLdx6B/hc/B8XHPgry&#10;M5+H0WkJIwbAQshsq4GdRjoxazUE/6bZrgQP+tnveKCF3Fkaljp7YIdcP9jv2e+WEDPcQgCiDMCJ&#10;ReYSTeN+up9MNnAO3+8CG7s+O2nEG9YuTdWH82ifUBd0K+Nrs5+399xedf0/u7oQLic2336Jz1fL&#10;i1bX1/4lNcXWI4F9KVKkSJEiRQoXd95917sfcPElf1LNxn+ApkgR7fRbAUOaVeYAvvZsBztS5jA9&#10;Dz8TAkZh4pPpib9s7I8CijIuQxWBc6uG7AQT8bj01TlDWLCApLXqdWtEa+OBUHPvNaCTOmahGYRZ&#10;7EQr+LsKAFQgJY3j4lBkKNLeQARZL9MAnnLPNSa3ovYRhlAE8jpLr0No9fts+ib8tvX+g2H7hWFZ&#10;gjbxFHnW2Gb37lKthDfu7dCTpJ4AuiSThKVPapaiBXbVftSdhu1Y0Z/ehZp9xCw+FSvnrsDoyU+E&#10;pac+DUZXPARoeanaZ1U2rgC6DGSJkGOp+5qYaoVclq7YjIo1qkZbqRuKIQE1DqXQgK9yljEl6EKP&#10;hVKsAJy7DINzzoPBwx8B2TOeDeXJY9C/46uw9PFPwuiTNwB8+gswkLSjnBkP/XY8VAjeV6PuwNc9&#10;uGofASMaaoajYjPScAMYzwY5HALaUu6NDT+Oq+MaDYwepVpjIWPWUi8AXxSuLnhYqbNsifeuiMxn&#10;FjPC0t0UW4suJmBYeoutV/r2+1k9ooc6Z+j4CMaDfTTF+zjxGjBmH6ovn1Vd685OBhz7JdSzmF+t&#10;ll9aXV8bpObYnkhgX4oUKVKkSJHi/2fvTQBsO6py4VVV+5zuvn1vbkaRKSEQmTsTCWGehIiozx/l&#10;B0X5nZhEBjHI8AQVHw8R81ABjSAEIogvKPICIigKkpBASEhiQv8ydAgJBshwM9zbwzl776r1aq2q&#10;2rv26X16PKe7b7rWTeWcPmcPtWvX3ues73zf+hoxqcRvasRnaiOODqYK/OUbPQsI3dd47Vlqjj0n&#10;hyfua/j2LxpF23yNItGspRfx6xwUEAFPokqgjJfwkhRUQSfLIOsomJiYgEnbCBVwxhZNaMn9rZpA&#10;BLanQVyjz67W6TjzDarLR8fPgJQSVc08AgDDHpbVBGyhyIkWeW+VGKJhR99Qn09ExhlueY9keCYc&#10;m3TIAUfkiDxIjL+wJTNgumIQG+McCHTa10DkvUd19gI4AiwLDqYgssLiWG4qvIUE1gBuTI4U0TGb&#10;4KkssH4jGq8OSaPp+FS9D2TZstt4URoYhIK3GlSJ5aL0vEuj9sTTQfz0c6D/oBNB2HPZtwOovPO1&#10;G0QJRjY5P5HBc2Wmwu9LjMi3NcDMoLn0M1k2J5PyQDZ27Fw98kgoqT30oQDP+RkQSz2Ymvs6iE99&#10;FvKrvgomd5JjvQLjbyVoUIzILTfIbSePnAT91j+EokOsRXSlA/yhG3/+iTVbzUVd1tsghqTxpQgI&#10;EKUfJpDAUsPjRfOfHE4Fycbz3N537DUhDUzO9/k5jWPWt6+XBQOGZFSkrp2F3kf+DgzsDBlr22h2&#10;lZsAdC8w/u4moGaW0pjxPbZRG9TXghR1GdZBt14z5HkJWw8k4pi3E8ZtOVN0+UeaGALSDcp8dVSL&#10;s2aX1iBhGNdBfnK8X7mOYxLrHAccOCZcwzhtxsykWZfXbalrJ+CR9jOjI5Jkd5fEFbb92szc7HVp&#10;KBLYlyJFihQpUqQYY9zwve/f9iP3v99v9TV+0OtTWcaJy8wAxpvCiY1mclyuT7KZRbfbgcnJCZic&#10;mrJ5fMHuuFzTzcQ7qJ1mBdSutYFxJwJIgnX9O8qGCXzrdjOY6BCgmHkqYUhgallxQG0CY9EMWipE&#10;iE4FloqmppcYdUo69iByvTZZOVJgSEv5T3e+iNXHat4YOJK+hl6VnHkgh7PLOq0TLXwOE4A6h5jU&#10;rCzarXQ154zH5BzgV59Hx6IMcuTVE83mi7XUmhiSdFwMqrZkuxiwQWJ8bZOQFyseqYPCCOTrnnka&#10;4C/9Cuj73g8KWdjzmHkA1QywXkff59W2SUAXFW9Ue4+A4pRHgTz5UdA5eDeIKy4H/MCHID+0OBRY&#10;GEd/ccA5t6o0efKpoKcmQGoC1evrh0A/Jwe38090I7peFs3dCMQXBYPWLM3Xiq8zvqrseTHBsdq+&#10;QvLnnCZZqR2Iw+C4ciYJxr527wdA5yN/D0u+DuNOAa1oZIip2O0okO99N4iJPSAKe8z2OBgct8/B&#10;FL4mKbLbegXqaRN+xwFYXAQocmZKZ3aZcrFnVzPQUSXA0pJ9T/M1WNDzPLfnBaH43Odg8cChe1RF&#10;NTq35RBQS8Dyen/DWHxhjjjn7HCPaAJ/yO9j9Z5s2VfY7iAA28Y03FqW7vreH0aQpY/QfXZi7U1s&#10;vt0S9kYDb7TtnTNzszoNx+gjgX0pUqRIkSJFimUx1e38ddnXL7DfyX9UGDO6BH9INtKQ8aJcV7aC&#10;0bLCy2ulzECpDCYmp2B6ei+DGiT9LWwCi7r0Eip7NNrXeYuku2xEQWy3IOk1ppJgEnPMMdJsEmyT&#10;58k9e2BqehImOh3oZDGvw1TAWt3P6LusiIHBGtxs9EPUY07sJDSOR0RsSvTnRATrYW+aIkUbbBLv&#10;NoB2QaTsASouUChagT6XUAo245BSLJMcc409dPpHDOMTGY8QOMfrbyD7ZMkqS6Xr2n0E4q4oLttG&#10;GW+wu+jQ/Ng3BfhLvwD5U54C0N0DWmpQuuMdgw2DL2u6OEYGBQXjFIwSgczOShove12IjBcp9+0D&#10;fMaPgzrzMbD/4n+Dhb/6m3X1YDNGHABN1h9dpwSY9h99qus3MURRV6xZconGiNdb30ai68te70K5&#10;HywIaA3mMCKr5fMlEoiY+XqRGrpaelBFgbILFehBQWJq2n2X+/cBPOQBoL5xw5YBJrCG2ZHxmXRM&#10;azl5BKC9P2nl1nAyfazud9LDRKFqowj3JwEV1EQAaJ/H272Shx9FmPmn/L3BQEHv334A1Oe/eFjX&#10;/hs07Qj2P3tPPxnE/iPsC4X9r+fGrrSfC72+feYgu7Jn51mhnemQ7oMoc8ewtgNWEshql+rQJx0Z&#10;6hhkUNaQo3mJ1bzPwLnFq4E+rTSmptFvHMooXMfH8Ybn5Yr7wvZrPPzANWXv8eS0q5IBx26Jf7Xt&#10;xTNzszekoRhfJLAvRYoUKVKkSLEsrr3+Bnzw8Se8xCa519kv5lMs7cTA7nPMN+HTxXWiNxAoYmYA&#10;1ImTl/YERAyRJjVTX0rks0wxo29vOc27nJychL179kGpXaLl2Hum2puTrxl2LCVgzSX9pgFaOcvY&#10;ABA4mS4xBqenp2Fqesrus8tgArOlqPZaW01BDxQGsA+HZUMCK9BTeJahNt7/GH2yHtPbBFaboDNE&#10;4JiT8spqL8FxNwYFcWAM2ZRDuhp5DmB0iRmDfOQNYYR3ZxZ8fBKqsnp1GsdqWme0IVH4WmjB9VjW&#10;rEKMDrvuZuXGqIl1lRFoK6GjlHcREczWjHk0ASytJG42CS9H6C67lqARmbCNKsV1qT3/uZD/9E+B&#10;sXOQQCQ6Pqq05/ERBz6tmEqPo++183T1ikAvPcxcbUrODjIn99y/D4qJPX4WD3MUxTW9tnwZ0QoQ&#10;4oAhAbPq7Ok2jzyN5x6IsgL66rkSuf0GaXkMGIaxls66Q/haBCa6DiuZuUQ/t7E66uACHPv3lnbx&#10;yR97JvS/cd6qYMmowKe1zkMPg4LJtJ1nkYmJrGEs0di2btkvNu6n1dH7EgbxPYcdpe2OtcSRAn2b&#10;kYyu9+oRLeBZ2EaHDHB+9VfBHH88v5tF80BG8z3DJr+ORp6l08SOpDqrvtSAMZ45jujJvf4c0XMy&#10;1Qn3VfqMpXqTSkCHQEQPGNJ9metTgjdp6hcVO1PkfTBlyaAh3Z8JWFTa7bfo9+w9vOTPBNPPAWhZ&#10;vl8WUPaWQBm3T011MLXmupiFXQbJ8Ztqf5YIWW+hnhsLC/WY9fsMWnLdW1PwerQ9qi9L+5Keqlgs&#10;llCYupaD+xwDBvn2JAOO3RJ32HaObRfMzM1iGo4E9qVIkSJFihQptiG+edON1594/+PfbFOAtw0r&#10;nYOidt2FSOZayV2HJJHL3GfjhSK3WhwCImBrYhqAQ8F19KieHgFxWZbB1OQk9PfmNmEpGIwziN7N&#10;djnQZjAGokz1PoNWEcvRSYU7MGG3PT01DarT9WAcVMw7jOphhX6bZeMilmWcDpjTPqF0yTb1y6CT&#10;DcZAXzXOjTHHBmASjivUfRMtSwhZgzCI2FgqLFYtLUQF9NXl02QFIjJbjIA+UXs6MgAYEulgOoHO&#10;UCQYdgQYoq4tKBioJZyHziOdj26nndlXjbTeWm5RkE4u8aNNzF/2Yiie/qNQdlVVw0vsIH/gtbjl&#10;8lyyibq+5FInk20FVNbvqNt+LYuhAAzNB/Xos0Afvd9PR2zK49d7XGt4fS2h7IQtTz2FDTzyDW5n&#10;nDOCQCLYBCN7vWOG3kRnKwLHuM1hNkoYjJ6kM3dCWd8na+xTLpPeus9IcGJvUk2D8OxnwaUN2JOb&#10;TZeck7YzjxK8nPDgoOB3XEVAbbBylmd2cPz5C8REdKxv+rEjozlAzt52Gzko3hZfy9oZUTmg39Xy&#10;pDqWBZUX4Lq8prrUOlDLiZ2ju6zYsHFJWAL1wIQiBpKl3x0PkRtBnwaKgfSpy74Id577rgpeJrnu&#10;fimHmvSkuMfFR2175czc7C1pKLYmEtiXIkWKFClSpFgp/pf9Gv5z9vHU9iSpBsbkIGIVJQlxBmS8&#10;4YKMXo/ZRgM+tS3pU9PJUA7IZaUHCwl8I5BowiYUGdXXm9Qs8WRmxGDRoABm+Tp3pqIe1hyP4IeB&#10;wVuVJaYZg1CdzgQbRxDIGAA3yqlkG1kBccCuuMm8WwYm+deN8W66LGU0y8YYq04uT84Nsew8WKe1&#10;Oz4Jrn+Gk09sPXuhnl8googIbAlAb7VHrOXODfYguue1FBoroA+jsa+KVdUZJEul9+/fDxP9SXZf&#10;JVbh1J6pOtH2wDL3NbgsU03DLQTXaIiIc0PAT+cFz4fimU+3Q2bnBipOuAub7Cp5+LFW1IGDUF73&#10;/6/AsKqZXKJRa29zMt74quA5+qQn2Y10/MaaUPXwdcchg47OuZFgjjkassefCXDpV3YUcOVvkCto&#10;P2PemoDlleg20DPpHb9h/LXiRl2XDoccrRj8wzMjRWRe4hjgovoMcy97BraJ7nd+nJX09WFFbbXh&#10;SppKTsoZgBO+LqR0vEFlsoqZWVWWgIglHfVB8eeD5JdKd3NnELIr/f2WFlNBwi0ZFHZmS8ruR1Q3&#10;bVqH786yOTYybANE46OG7nWgajm96CrQWI+XNFQGwh7T5JT7ccS+eITt32Ri8+2WuNm2l83MzX4i&#10;DcXWRgL7UqRIkSJFihRD44bv3lT+yEkPeZH9yn45oSmV5CgATKh8HTisnClZ7SoCgwE5KakAP1Mz&#10;5YblosOKdzeZggNmGNXLxrHxmAlGtfu6gMQIM14Gi8MT2Xq/WIFpWCVT4Z1BFqHkfjHLL1MM9oX+&#10;ySyqxYc1wyuy4Rg4VlGxl3AQTQppuQxmIaa2w23NekUE5LlafUGqzKYEsi7rzi62gBV7BLzhAZtq&#10;8Hb8uTIOJER0fpH0JVKjgCYg6tmDGIR/7u8aXHVAZ5CGuvppw843cM3F4374h6Hs96H0dQuPOGJ/&#10;dM5qNiNNLQYVi4LrPukxAn4OlxRVTbkOjfX/eCPoR5xiO5H5U4ZcL02CAoDDRa0UgAv7v69/k1EF&#10;DTDUhKKNg7uZGn2DofYqKE8+mfuj1gVEjXe8S76GugDPeQ7IS6+AYkRGHasdzVrALcb5qCbc0Hus&#10;gNFXaBMtjOWNH+fgsW6l8cSg4QYbD6EZqDKHyzojBr1y5fItVqDdkAupckaODSqi5dvZ8vHnk2z2&#10;x4N3JnI0l9VMrRmKbp+m8TlaEcbj7cc/ysVM9MhOvZpdjXIB/o6fF2zAsS8ZcOym+EvbXjczN3sw&#10;DcXWRwL7UqRIkSJFihQrxrfmvnHl4x7zpD+zT19dfdHH4MIQ1bWz3+czGdWOE6E0kWl3WY0TB2xK&#10;CFsTwWj5uMqUGtADY2CfeRCOJUusIlINGW4z5ZVcl67eV+Q+u1JiWMlig5xKNN4Lfrm10tYvXxvw&#10;rp7I+5pZQjbBTm+SXK3bKqMzWDnEgi/KTyXkkOVgdW2piJ/id4lRHTX3npIyqvjl++CTPIxqDK4p&#10;oa/yYrHCIAuY6E7CMcccywXuA6Ny374jKiMR0XrM45fxaggF9X2efs5LQc+c0ZiZAg6vckQNNhzV&#10;27ruaictXFOp/03sa6g01N5PTjkF9PReu3QJsIOkfkLY/pgulCc+ALrH3wf0TTdv8bkaHtvBlULE&#10;kUsxt/vqEQOfVzv1em7K72P0Ede37iaWWW096lbnui+C+Jv3J6Bv98Q3bXvRzNzsxWkoti8S2Jci&#10;RYoUKVKkWEu8ybafse2E+EVm8VXetiRdleDwtaju3SB3ByvOV5Sgrl6OvenmV4MqusFm8HAURnv1&#10;Uk8mq6lmfaCAz7GLb5xkChHKgy3rzvKKe4L774C/wOlyICjXwQvFyAMAulJS2fIa95vr4ck6ieKa&#10;S5LrKwU5LLaApCSsVUEq5VG2YLoBXrYlKlYf67kiSa/brjbOoIPMOypgMjbkEMv9HwdBuLpvYl2Y&#10;TdbtwtHHHgM6LxwjEDU7INf7ErDsZOrxJ+XSz9/S/n/irJNBP+7pMIkl9KWEe4IwjWSE8tqrfF0+&#10;HDnMhmsCGWx79OPs9Z2DMl1vnrETYCCw/enYy6eEzM7J4glngvjIzWORsK60PTMwH2GFv7cimj9G&#10;jGKOrG0cxnYNxPsVh0lNOTHuHzrMumeZPHQHZBeeB/DJ/0jfonZH0C8zf2zbH8zMzfbScGxvJLAv&#10;RYoUKVKkSLFqXPblixf+3+e+4KVo8NM4kIo56ZBppGRNAw1ZpfcIcb06HJJCRNuO2GKl0NE226W1&#10;ItqSjCSmwfxBDOJDoq3WWC2/Nb5AUy16FRVjz+0DK0ZfBRcy6Kci6iA28kXRmtF611poOv4ysCAc&#10;gMTSLpZEG8+kMfUxLAP6kEG6yvVwIAesWYyee4heXCwGTUW8EQe6sasYip5SyKwvDP6f8XlDX0Mv&#10;nhdujJxqGFtxGxz4a6LTgb3T+wH2gC9gb9gBeVA2HM432jkiTG+sEl4+J55rtueEHwb98leBUYKl&#10;ne6cHJ5wH8N6VJ9RlKAO3AH9m++Emhe6dQAbgpMNsxT75EfYcz5pRzWHHQWjSseSNbaj2ROfBviR&#10;i6Bne95Zw7HhGpZpnpf211caDSe93rpz5n7E6G4alBsnwIdDto9r6MPWXgE7OdZ3DWaXfgLggo8C&#10;3JKnodsd8VXbfm1mbjYhu4flFZsiRYoUKVKk2LXxdx/90Gfsw0fEQComqq8UVIC8KVGtq5lX1YiG&#10;tDoMyqqhwKoNAhNtrbkdZJmrWUOa5gXJvq0vswvmFVWFrOoFrEAtqjU32Lh/fp8YADf0hdN9LcBg&#10;QGEG0LoGSMnvDWPUGQbmQs08DPszULXKoCPU9auOpwb1nDkvVm6oYWsmaqvBFgLbz9NK4yoyBdnE&#10;FExM7oFJ+9jtTkJXddqhAOGAV1OYsTOBCOjLOgLkf38jlPv3+zkp3HkDPOwkvHy9hP9THc5vzPL5&#10;62xyJHHIlbrSdSg9ZCp+5ATQRx/tT+3OZVbpe98Hsgfcj4E+XEPbssCt3BuuC50bNjbtnwhj6/Ey&#10;m5LB/W/5ObuHhLrtu9A597UAb/9wAvp2R5AZ/WtsOysBfTsrErMvRYoUKVKkSLGe+E0B8pko8OgK&#10;4JBBPGsq+wkRgD5f28/VwHNgyJCUeWhCBlVCJltfb4MsGhkciDVlbDjwrK0GlVhFzkXgmogdNdaU&#10;jNeAqDvKWorMRxTpiaUrRgiVRhhNZJnSluB7F0gFlSBzkOUnBms7IQ7FCioDDt+vYS7KYf1BaeNq&#10;+IM7klqiK5RzOybUVnr2oVil5hNqzeM0TnYffYHOfvrHobjX/dhhk2pBBqDvcA0Wo8sShOlA/h/X&#10;+aty8+JUXMeYOIsYBIIHOmeeCnk2CVjaXkiMDDp2WNi+iSc/EfR3PtJgUeDIz8/q2zbLrqWdHw23&#10;1zUsM4oxXMmPOIF7mwijIfuXvwH40KcB53Uaj90RnwNXm+/baSh24MdTGoIUKVKkSJEixVrjne98&#10;+20azDm1nQOy9NR4bhf6zEkLB9+RDNbIiOsUU8oaTdQt4lfE/5g26JuIW4PZF60vnfRUomTzCgbq&#10;RJzcCWdwgSS6tf+kgvCPl5XOqTaAb9UeyPjDN1eg0DVakuroUSk8M5hV+mVoeSFrua9jLdZGJsEJ&#10;l5h82r6nRcx7MQwqoTegoLpqiPFxO6lvACSVPX7nSLw8rXXddiYfLLQWYkCE7QxB6Kwq5WTY5DYs&#10;6Tm6867By5ihHWCEyOKjnhtiwMVRhKGolgzgEPdNa1//Eb0Hpj0eFYZPDgACNDYSOmUB+RhSdoy4&#10;qdy1p/8YIOOQmmXRYoz7rF+QdYs5UY3Xo2tgXZQyAqozEHkPutf9x6osvHEBPzSvMpJJz5xpxzaH&#10;Dl1ruJmUZaPjsdZsyl7Tp5/GIlasRrL92HCF4x72ftt7YoXErqo9utWoVVdt5IxUfZZjmk8mOh+i&#10;mmMxq7q5/PK72NrY4bs9su98DbI3vxLgvH8ESEDfboi7bPs1256egL4dfF2mIUiRIkWKFClSrDMu&#10;sO0Ftj1tqyRXKyaOUrYmwSZKuevEVy5LjmmlkoAOlKCq+neykfWtdIzDFIY19BgDX/65d7YlqbKI&#10;QMR6lzVLjDEc/xc2tlwvXbF4PG0vgH4OGHTHJO1rZVn6LURmGlGPa9JgEGcLBiEp2SXM0JAk2Gio&#10;nHCxlmjHI6tbknv3WEuFwQONTVAiBs1EY4CrPg9jV0qHMJdFORYHWYJzafSm6byd/kgo73NfyEwG&#10;Wow+scVoLLAhmY/mdDzi8SAKaH0u1rJPe24nv3cDLH7vzk30vb2e5npCTXTAnHQ81+wshNmUP8K4&#10;jR5YZn/8CTBx5mmQX3FVVXPQbMG9z7Te1VrmRIoBBmGTkbxSEYKmA3mKZZ+/eQ+yj78X8O8uBSjS&#10;nNsl8THbXj4zN/uDNBQ7OxKzL0WKFClSpEixrvi9N/02faN/iW09AaGY/vhBP6751tKI7RZaXBNv&#10;EICoADNPICQAITjVxoAdAXGyYu9JyJj55+C3JgNubQkmSuFZfCKqY+jBtGaBw9rEw9efc80bZ4gI&#10;dWxBP6i+nqvvR8Ce9OtJKLXmnigpVoRAKjgyBh09KzN4GLs6gnLZFqCScq94Bgd2LVZYTkS1IAcB&#10;DLFyNq/NWFh2xo9Dnx6f9BhXH1CSS/C4WCyRS3Ir7yvmR7UvY/x8wDUAP9K7NZdXX8cuw5vt+UaB&#10;PqoTmJ38MMDJaehoOTbW16giwwxMpwPmWc/YsEVFzHATI5k5KVYbb7HKeMdXVor2UF/7IqjXvQzw&#10;I19MQN/uiO/Z9uyZudnnJKDv8IgE9qVIkSJFihQp1h2vfMWL5kCINwcwiL5SOCDM/41OMicIdDOj&#10;yZgwAGZRRkug3rCi7sK4lG1Y4XcJqmLGkHOl8gIvgyVLM8Mjy2mDCYXzsWBgJC51h430sH6RfS/M&#10;YDXACJTBkHKSnNdxER3wKOsxDI/g6+XJjBl2y+oHClkdqy5LKPICektLkPdzBugWe31XVVHG7rhi&#10;WXIrIqmzZHag21c90izQduYflRMuDDAP2yEIls1J8I7FPtluuCM3R1F4mTMoUTk5K//tFbF25MXI&#10;DEUUJYwDfnMiYjfbzcNOr9hBYmRCmXqWMnBrnLRbe0Yl5nYW9pYAej3ARXrsg8jtuS0LJ6OnaUIg&#10;rzd+EdqAwvocY2PqBVlrLf8lFp3M+yAv+TLI6koOZ1RsiayXtl7QXs46y3l8Z64u5GYsV+j6o/ER&#10;wZAGoHkf2WQwK9juQz/8ZFB7u/yaGXJs8SkYlYmHHNiHMxjCLU3y0Fur4Ka3s/oYDC5jYDmTGGG4&#10;lDo8ambq4lAGZpCUJwirZc4dugM67/+fIH7nnQDfnk8DsjvivbY9fGZu9v+koTh8Isl4U6RIkSJF&#10;ihQb+xKB+bld7P68FOLkgO+5On0O/DGtCdcmSqETQ40ALWKRMYttc0I5BqtknTpS6udsHYK1gyTq&#10;FghR18Ez0RFI+3o4BGaABMZgoAkKrLYscPDIvbmGd7ml2n0mStwZrHEbWzO7hI02ELwDsUM1lMqA&#10;zGsNG2vIit2ntalQNkUyaMRlEmEGDiKDYSHqmoIYsmnVfm6FiOW5zSMIxiOxGUfFrDRtx1U/kXIN&#10;zMpyPDLesN9s5keguNcxDvCNJ8AIgI7qud1ed74H+M1ZkJdfAeamG0DediuUdx0CLD0Q27V7n5oC&#10;ccReyKb2gj7uWOj80HFQkKT0AQ9kJ1sz3bVj1uE5DL6WZKh/GOZoOB9Ue07d8gPI565fNzNyFNLd&#10;+nwLKE89FQSYhinPRqNkdq6dE3ceALN/2h7vlL3Cy4rVu9lQwpcdnZ4CdfbZAP/wyQ3ZmuAGl4nv&#10;GzEIhmZr3XillBs6VrHO8RAjupZVyyxP7rtr+Ny/9BMAF3wUMLns7paYA2fA8e9pKA7D6zUNQYoU&#10;KVKkSJFiI/HCl764/Mj7zn+hkOLLNkGXVH8OGVBArn8nvYnDSLlA6BCmGujbLKjjzSiY0UcQW58Z&#10;fY5+ppxhAThMC4X0WJhnS/nyccFIV1f9qZGrVuADa7fZAI4sx7ikB8DEGmSvwAAciGb9OzLWKInd&#10;1XDkFQz2KE+Pc/4oztm3qs0H3uiXxsADiKG/DCzIjIE/KZu9NnIAgQi9Fr5/tVtJNQQECprgy2Lq&#10;+n/xyhWDkoA+plW2jwP6ZTWZeowhZQ/sob0zp0GRddyoGhxas3HdEYEzU1++DPC9fwm92xc9wOwZ&#10;hc4z143kkj3epXkQd8w7JtN/zkHuGXk0AgTyZg9+BMBTHw/5Gafajh8FaqLrgd8WAETb9b71HTY3&#10;URu6kjY/5rSFfTMnw9Ix++25zAI9d1PRgQKMsefr7z4GcPbTAU54EIyQ2AeF0DBBLGE7kfFxj4Hs&#10;4/8IfTvG60myTOPKX/8ypuVaADRb92GANSt3red5tbvaRmstrnUWpip86wt123dBXvAuwEu+kwZj&#10;dwR95J1r2+/PzM320nAcnpHAvhQpUqRIkSLFhuP5L/zVKy664Px3apS/WQYwwuaYGoM9hoePGDPS&#10;jiknHSwg0EMKcjgPpvVVrYemdqsliJ5I5+Wh6IEkbf/lNjfu2033bN8LBqcEdkAqqsJlE3nRqeo7&#10;ZarjavhJOkYn/nWuvsoBbhU9L5bJRlJej3QxxCccvKWWHYl33CUZMXg2HJbOsMFLlw06ma3BWlPs&#10;8EFH79N0NoLxL8tug2twJIoUHkADx6hSDXaeafjpGu2lgcIxEgnQRV8L0FSUGKzQTxHVIxQiBjeF&#10;PweeMegP18l03fhU0KDwdRbJodh4U2OQ1bbjWnT0lM4JlsVYam0JL9jNH/agun8ysCBHsDcpwRQF&#10;TPzLZ2DpvPN5rMsIePMwaWQc0BRNx5UU2Wm0sH/NzoK0jbDdzv1/CIrTz4DuE58I5oTjQXem7BQt&#10;oWuPigE+ZUf22qsqa5j4mGIgT2xg3Aa3MRRQIBfepz8OTDYBCkdzDo0gIK4P5cWfA7U3g/L4BwCI&#10;0Ylc6W5glCsFYO5/PGRd+6xfrsugQ25wGQktQF91n9xCjpo9xcUqBzHs3jwKBl9MDA7eP233AGwg&#10;GYG/3c4WFtG2UOxiiw6jIfuXvwH40KcBk8vubomrbHvhzNzs1WkoDu9IYF+KFClSpEiRYpN5Hr5J&#10;CfEzJYrjg6mAA2gMlDZRkJgzsIbk4srImHKAj8gYtJEYQV0DlJvhiSCu+tUG40pOZmCbTMtygBva&#10;/uUFMaiWoCwXwGCfmX1CTECGEzbZ69r+24QeBWQkhzQlSyOlTfNJVqrBg2hshiAb8jlsOxbhxb3o&#10;awBGEuHmwt7kwC6nbR+JscbGIxU4Gph8HpoxUeIbxhHRl/5rZuKhjysxnBoCYvRyX0qSqQYagbno&#10;atgZbKbubgasPTVGT4YURoJpqQpX92MV+w90UJjsl2OT4nHif68fHkv1OtQlTF1xFfTOO7+SwKsR&#10;bNf4813ceCvAjf8E+PF/ApiQkJ11Jpif+AnABz4QxMQEmP4iqMu/6tcZzu4zjetwdSBvPYy/rKNA&#10;POpRPDFLoRvg88aPHyG79RboHeyD+MQ/wdRPPAeKo6ZhHKXLxfQ0qKc+BXqf+dcdAA6ZLf0UELg1&#10;R7wZd+VmzVax6khpvg52Lwcw+87XAD5wHsA1t6UvOrsjlmz7fdveMTM3W6bhuAdcw2kIUqRIkSJF&#10;ihSbif/2S782//EPnP9SRPVPxB5zclgH7iGWoE3u3XHJMZcEhh2badmvINIwpw29NS7XIZMrpWdr&#10;yPKwmeRXi7csb7S2/SEGTh9KvWT/XoDSLEJZLnI9PilJzqtBEVsMFQRfUKkmIGNaWuZARwGRlcFw&#10;wKGtq2uBG1iUyYYhwIYhktmRTqVXPYqwRVFJeZ3ZhmRDDscAbNk2rgT4YXO8RV3Lz1mKCMeOHFjD&#10;1YRbZxKOXjndpvtmx2Vkl+TIyNifV9HYBkmCyaBjbEHjnU3wftSoEUU7F/XHLqzYfJLF5ZvtroO8&#10;JVQcWwY2yr6G7sWXA9qmTjgO9jz3eZA/4MFQLPQjIATXMDdHOwjy5IfC0vTR0EEYmTy6U9i5c/2N&#10;7o9Fe0+66XoQ+04ZSxbEAO0TnwjyM//aOjKbqFi6bD9ruKp2/WfTIK9aDHkPV777NUyWdsW45T3I&#10;Pv5ewL+7NLns7p74d3C1+ebSUNxzIoF9KVKkSJEiRYpNx7N/5Vc//eH3nf+/c2N+rqS6aYw4lTZJ&#10;yqEwPUAsQOvcZ1YKpJgAlU2SywAQf0d64w3UOMDciAG7IVLfCDFDU7akawjaBFlsTPEzTiZr+1WU&#10;OZRlD4xetK8t2S5m3CejJTuaOq/erOI7GSnY/AKC0QYA10mLLQWMr+8XwBNmnlGNukh66nxtRUuS&#10;6sFSD6doXUKmSwZDCTBVmPHzMFoEsDLL0JhoG8Fx1YONAqrqgOyibHAo0OeARA/uSYeiBRBP8JvO&#10;4VSJGhQi+TaNC7kFg8FKYuvMOnztPS/RZbOIkHGb+nQF0BIjGIkfpWTAmJXSUacbMl4CHu35MuX4&#10;CsfTrk1HOXLliEP1+gA33Oir7tU2MesNXG4F0wCW0c9HJ7u3e7rxVij/+N0gJ4RnFGLTETnaIjaE&#10;xKOJxtbOPNPeFxSD2oA49JpfT/SzDCb/89rKoRW/ciXAKafDWJhvxHg98QEwceRe6N81z2OcwcaB&#10;vcEeyuhxmNtsAHa5nuRWgUM0L+Ry/u049o8rPBer7H+luoeD8Ha4Dgpwcv2dBZ2ugd+I0RE2al8O&#10;OSseXVdf+yKI888HTC67uyXutu01tr1/Zm42Ibv3sEhgX4oUKVKkSJFiJLFYLr1KgzgbURxtfC08&#10;QzXwykVXB0/3QRv39UMqAx2qEYeuBhuqDucjKzHkYmBnxYw45DdUW854h11ixhnN5hskyUWPNBmd&#10;c/+KYp4fEftc983Vk9MgRWn7rnz9MLsl+0bhjTq4hpxA0HZ5HZIljBx7uUa+l+gK6SWvMeAYKqPp&#10;VdM6PvJKeisrNuGwxK0CamIglIA2AVWNPvdaIO15SXCUN5oAkHpwCINjrxjYk2k3zajq6vGJdYxD&#10;9PJlTp1lZL4xJBEVYTveZZjXEyuwPak7uhxLzT4MjqO2jaNylSY33D1TIPLNJdmilUXaPmbSm67w&#10;Mn1XZ7MLDNNXI7gZp10cMi/bgixPykedzqB24dmoGz9X9bqZvffAldfUx3nxJQD/3y8CTEyO/BxK&#10;zEDv3wPy+c8D+Iv3V6DcRo9kLWYdOyWUlFu+T7GO94cBkThkrobrYzvRj+EcadH6t2iYssQ/bNXn&#10;BkX7Ean5A6AuPA/wk/+Rvszsnvi4bb8xMzf7/TQU98yQaQhSpEiRIkWKFKOIF7/0N24ty95rqBi+&#10;ISYfEquPHvvMmiuLnjPAICMMk0OJJZQExInhMEKD4yWjtirEYNeiGndc624R8vyQbXdDP5+Hfv8g&#10;5MU8P+/152Gpd8i+tgiltv3WznyC+HtUq0mRXJMYY6HOnpDM4NNC2WMzkNtWaoSisMdT0PoFy4MZ&#10;0MO6//Q3sR0DYBmOqtH8+w5Uc+AbPadafYBheWQGXzU6piXl88su8yBAv03vwGtCXUAG0jwYZzBK&#10;M+tEt5IhY13DrzpfxBIkdmNIIgf65Pq4nKGJHhjleo4DX00RRTUuLLdmUxZcOf0NfSqLMQEL9ryT&#10;Y21ZghgDAiD27Af5nJ/ieReqHppVgIC2FthNIlpm+DYQmqMvHJNpmfENbojRJwbaSsuoE+4F2bH3&#10;Aa2Q2bSbSlKMcxdmYPmWH0D/+7f7axogv2sexPe/X7EYR2lay0Y4RkH2xCfDxFQ25M7UlJWK9R3W&#10;jgT6HJ4kW49xYyDX+rcRL48tba3jbVwl1x2RLPP85ZMunTGVMdU92923HVOcP2/IlAm9ARSx60V9&#10;HFxaA8P9W9Q1W2lzdqXOpReBPOeVCejbPfED2352Zm72ZxLQd8+OBPalSJEiRYoUKUYWpZ7/YKmX&#10;PlfqHpSmsMlGwdJSYxy7Drw8r5l+RU6y4EhiobGfLf8xkFSLIQ0ce00RJCc0y4cLYu/pJSjKBdvm&#10;+bEs7N8F/U2PVK+vD6YsuS8doUBJ25Sy+3ayXc6fMskJrRaSARFqfV1CnyXAfbsfB2oSkKm14QQr&#10;SHwZUPAZGpr2rDaAcAzE+byOatVRtUDEADd5oMw0eSrhdQICKzCNXJHtRkJjSaeopZENMl4sh6Wk&#10;0SeDaEKfkZlWGAlCCUyUEUiEwSJ4GTtP+iR6uZRMxFaycjARD1CVHQx7DpGB1KKSF7t5IOrmN6BK&#10;DeP0jBT98ciEhSgh/9FnQXbf4yoJb2cDnLBhQEkbNBiwc1Fdg7g2PH1dAJhY0bCl6ucpp4PuoDuP&#10;cnMSVPT3AkPz4ttz1XgW4EoMkEMxA+nQVid0MyCV+4Gg3DcN4swz1wVQ1WDT5kCycD0K3EJOmhHM&#10;TBUjmzPNY1oNMF7vtbGs+w2pet30iry/rUnVDZcnsJ8Jmb06aXJpKplg5zDVkyV7KHRsb66Ayw7p&#10;AnI77zOt2PG+FPTjFIF/hgFAbe+P9LnGP6jc/l3o/MnrAN7+YYBbckixK+L9tj1sZm72H9JQ3PMj&#10;yXhTpEiRIkWKFCOLV7/qd/Ht/+uNLxEqu84m7ZMsndVlVYOL0B1KSyglkaz+DFCQlyGJQQCkzrPW&#10;kugRS0xyTTm3HgGMJM1F7AEBkM4ohHqgGEzTumAgUNr3pU2GMps0ZVkGmQpmENonfIKrnNkUill+&#10;JSNzucctNYOarr/KbrRD2kGbkHWcl6P05ZBwRahj4M/andiBpdTIHEQyGuAARBwKroBnpygplsE9&#10;QbJrguZ4oABdzcQTrd1FP74htZe+nwLCNpuyXuGVvgR+qohu6GrJYSV/bsnAuW5hyWBs4ZmJyrNb&#10;fHdiQMMhPIClGduv2bTr7sJBm0DfZ/QyYSPA7J0E+frXwZ7XvA6Kfgn5Cq64wwSG2ACB197LwXp8&#10;qznttpkerBeUCkFsRnnmo5iZNIIyfe6aJWCETtjlV7hpHrXi8ishe+aPQ0GLyE4kZt4sNhPJn5/0&#10;BFAXfwn0OqGiUcxdbFBvD/8wm5hbq4UzHBK+piMuM/XYzqAfQ/Q3vw7iP79h7w1T9gUFanICjP2M&#10;UiRDJ6TaPseJCRCTXfs689GhSz9I2Syf6spmImPQG+19XnQ6/EMWFiV0Pvu3IP7m0wDzGlLsirge&#10;nAHH59NQ7J5IYF+KFClSpEiRYqTx2nPeMve2c1//ZiHkHzJIRfX6iKpmH4mlFlh4UjhZXeD9VAwt&#10;2czyqsphUd2hGMRoyBSFcYYXGESvlPaX7ArMDQh4lFzDCJk917NL94kLwRYcUmb1tn2dP2S2hHFG&#10;FWQ+wZ1CVweQTUecZNm5CWfs1utsOWu2GcNsoh08ccBdbO0RH44bAGLpOHaegDZWpAOLoCG25Hps&#10;Ghv7UWqwqD2yKUoF7ggnyQ19ZRZdzCIUdZ09ko85gw4PLjLIx37FDRkcMxzp6ISKGF6hxpRYQa5H&#10;+y6gn9/NzEmaS92JjM9j69JBam3G48YrvL1J/u3rQTzoYb4MVpOVulmIhmu+nXAiiL/8C1Af+3uQ&#10;//hZKDzgZxhq9tLTLbiOR7WX1bbDXNGjOqBPejDPkVHALJmfstmhRdCXfgVio2cGjq66DvDQIYAj&#10;9jujGjm6Uatmw8wj2EGaAEdTXZNNAEsOgFlyEyBXPA/dlbB1gl8uL4BiDHUyVz9WaL0btm+jrWaf&#10;GLKuiM7mKIxiNhb2M+ZTn4I7P//FoceqPEgvnIjcSeI9fM3gtvSfkfSZ25H8uTtdiqZnR4p7ctCt&#10;7x22/f7M3OxiGo7dFUnGmyJFihQpUqQYeZQmP7c0/WtL7Nlct+DaeYClZ8dpJycltE3oyjCCa7eF&#10;Qm6+YSO9qd+IxYiN130dukAPIgBNio590rGPGWtPnSrY2MccMkkOt4V9TtKmkhl6BnJ26CXWX1kW&#10;LEfWprRNM0ORwCQ29iAXX9OHglx8yyU2IynL3L6fR+yzAEU2JbfVPwY9nfGDIGMQVWuS+bkM7DUv&#10;gea6TB5gks1Wbxsqlh3Ju0KLC801GFzCMQYF9wGimoAOuOM00m/fSXkNb0qhaGTQGFxJhGds+ub8&#10;RASz+pzU2oMRjlJTS/RYTxpMSNy2aO7o/C7I8wNQ2Meyf2fD0CSW8Ro/nqjNinXqNhO0j+51sxWY&#10;OUqPTnceHfBUHnss5C98MXTedS7seeSDK9YdMf36DVBHjO1Y1w4wiU2NA41k9ylPhnLf3oacfFMg&#10;Ec1pumRu+wH0+mUlPg9b79Oo3XQTu6yOksMV35WKyWmYOOOUBqtwvUmZXPf+40HYQrCPrmupNjhm&#10;7RJdA8Pk6KvXf1xN8tvm6BsYftC2X9yma4xcyAfcsQf7rz2sq4Nzu210nyjQ3S969jOjbz+P+va+&#10;qPoG9ucCsgT07Za4xrazZuZmX5uAvt0ZCexLkSJFihQpUow83vjad5S67L3QlH2DZglQ98ju0wFh&#10;aJ+bHht3MHBmfJriE5BQfLwqKO5bhAFy/bf632Dh+lCFTDLIh2ICJDXZhYwbse8QlHI17DIG+hyM&#10;Ysyiq+un56FP9fwY1PN9RGf6UZK5SKjPl7uafwWZczCoqZnhthqbiQFO4eoKEsWC6rUB19MzDPqx&#10;CJdZkS7tZZARjQOZ/GMt43WpILHwqEk5mBa6JqN6fxUrhBxgpQPilPKQjRCVlDIAicwSxHawsD6m&#10;er+hcLxpA28EtDKpXF1DUX09ZVjRjnVv6Q4oegegzG+35+SOFZl7Dhd1MvFRhwNt7DheeQ2IhYOu&#10;JhqxwsZAs2MwWiron/hAKH7vTZC95XdhzxMeyzX8phgyr2Fk9HDAdgF/azXvGFZLkLi0+klPBVUK&#10;59w8knNleDTU3DdbEx++Yr5yJXSZsTueMeuS5PwJj19zsrX8PrZJM44t1KGG+8YorrEwR0ZVp69t&#10;Djb36fjfesCYY7uA02Enct3y5OgAuvaP4+zn3hEbBGRTHHZBvwm9wbYzZ+Zmv5qGY/dGAvtSpEiR&#10;IkWKFGOJ333Dn1+B2H8nMeUMc2kI5Osz0EePBFloAsg8I69yoI3cBptutQNN1OXeqiSOXWVdMx7s&#10;EzABMpuETjZl2yRkqgsdMuCQBHYRqEKgWw4aCdxbgH5xEPrlAuTlkjMZMeErE21Tg9Z9b+yxyPXk&#10;SGKqjTMiYddd4ztusAUS8VJTdOYhzHg0uWc+5k7yjC7tJPmrYfmxBxpbv74FJl9tsMDiYSkdQBfc&#10;GKtEFivwLn4fW0A5U5kgi2XLGH8CzLIsNICC0YtGrJjdY+idwAbcYaSruVjmd4KmVh4AXdztwNDI&#10;uTgeYX5ksG/0AE5wJ757oQ+duRu41GFhxkP6cfI7DYpOwtQ06FNOgfK154D44Hug+6IXwJ4feVCj&#10;Fk84vwH2C68dDkGGJOb4E0Fn9jrE0VQYUva8FKSgvfpqHiccAI5Y1vvFSwAXllrn/mhOooDi9NO9&#10;1N3N6rWCV5tx3a0sJbbSoMOXANhof9ucdJuu0quvu1YH30G3XRiyLg6cy+2K5r1//feRI+wN/1iZ&#10;QUcISLEr4gu2zczMzb7NtjINx+6OBPalSJEiRYoUKcYZbxIgbgpGEewGCM6wg4EsNrag76NFDYcR&#10;jiTRSzoDGNWeETNBLiTQGENqtXDPscgy+9ix+WgHJD1yUX7hWHWU/GnbFwb2iLWXQ8HyXaqTB0xD&#10;I+MNSrqobpwz9eiz4Qc577r1EBzGV9fpG0xewYNZKBzIZwgkZNfiJbudRdsWnGswOQOTbDhIiek5&#10;yYO1ZtYeM/G8hWhg6WEFRbk9Vqy/loEjkkpIeGXECHQpe1z/0DsDG4xkq2EbonaqFMtz4hpoCEy9&#10;iPUnPUsuMDm9BLf+aip8tz08gktuvhj2Uh369ZUlvGiPiM7PmIAunms0D668HLTKQGZqLCxClpu7&#10;AogO9CE3TZL0HXMMLDz7p2Dh3D8Add6fQPfpT4VJO+hdf+ZkBBJNAoyV8bdZ1lUAvzqnngZicg9L&#10;30cFUDGuUdpZ8I2vR/7RzeSnf+AgqJtvHq9z8xFHwOTDHrQcPBrSp1Gem60MNuGR7XX01iKpXSub&#10;b63bgYG7j1zHfMW27W4TUCb8L17rEZuH45yy95Dj7D1qb2Lz7ZY4aNtLbXvqzNzst9JwpBjHZ0uK&#10;FClSpEiRIkUVv/8758+rbPKlUk4CN66bF7G52OSicKYLxGojIJCgGl8fz7HbWgAr/6+Wi7rtscCV&#10;1mFJbY/BO8NuvEUFL/B6BNrZ5UqW5Zb20bbSPi8NM/TYAZeWlJKJadQXAvYIjCNwriBwTrvt0zGI&#10;ip3o2HL8nMAL42vtoZPlIgF4RR/Koge6XLCPB+3jQft4yG5v3u7jkF3GPuoFtx/7SLLinP7G3NUQ&#10;1L5/y+S8dboX1/FrjFsw8SCQ0IN+aOpMcpBDEkw3+D2MQTyElblHYoCe1EzDY+krJbRcGRDFQF0q&#10;4S1WHGdNeAdgMcRNgbZD65PsehyBHhwlYA2/8O+QLS2xLH0rvSzJabpbKpiU01Dc975gXvHrIN7/&#10;lyDPeTlMPvJBXJgf/CxfhCb4HctEt0r2O4xtJeL3Hn0618NUMhuZjLe0ZyW7+y4wty8M7Q/NZXXZ&#10;JaD0eCSaXDmSgPQnP6k6Zt14v/35SMacL8/DuzDbIAgIsHbAy7S0QdZezYZdywYPn7Gku+NRUnFT&#10;kNh8uyQusu3hM3Oz77EN03CkCJHceFOkSJEiRYoUY403vf6vPv2Hb3/F/0bT+zkwJdepoyQ4uOQa&#10;AvjKgg0yCAx0Bq+Ka8Ah1b0STQdXgEGJmnNgRW924eSdBIgtcQ0+Nnko+wzKOQktOmZeQQy+PgNw&#10;VJMvpJXE4iP2n6NTuYpOBZXA8cAipYgEuHG9NgB2GDaYOcaXdqXSCUSk+nuSwUxngsHHanrM2mMz&#10;D73opM1MUTQenaPlOuy/ahjU0wxeUf8zX1Wd6/LR9jzjLtTowyglJinxMikr4hCpHQbz4popSACc&#10;ql0eMXLkFYOpeJDzQi39FcFyGWtOCnonX+E3hd65QJgh4B1Lggn6rSut0bFzbcG24xAeYCzHA79J&#10;cBxUGvPsrh6oa74M2ZlPdgcSzEnGwPJTDUV0x5nbGJIqd1jSXB5zL8CnHAvwxKeAvPs26F59HcD/&#10;+Rio79zi+bLQkGy7Xg6pTbYGAEasYZm1bIf4Rl17PvWDH+YcoaUzdtkcPOSPiViQ3/g6H/8wYwN6&#10;3rvo06B+8mfBHHvkyGER545q/z36sZC95wOQ8zXZ7MM4IKTqbolbWLbPuIsfNzgX1jIXA0CXbdIM&#10;BtfRt+0OdHTl1uuuDQSdtp8LR0g5UuOgFDs6brHt5TNzs3+fhiJFWySwL0WKFClSpEgx9pBqz6tQ&#10;yLNR9o8WNgVnAImlugSALXkkxSbHUjlAh8E+Sloy/rqC0IFBP0IG6CijLUuWBoMvsk613xzTjuSf&#10;rraeYamtY9gRhMXy2XLBSWlJHorOFViozH89cklWaYj51/e7RG8HwlmYZ6cJZgiStJZkyVR/T4jM&#10;bVMrBh2VB6to/4alvwVLgA33j7ZNbsAljwetC6hs/xSzD8sSue8MTHbJxZhqDSpfx0k4dE04UK4e&#10;HuGBPvces/yMSxwDeMe4IooKRguSXtbhEojpgTpajtmAGIBQUR0P7wUdqkBAp5O6ITR4W8KDhVin&#10;pyJW+A4CEqxDFe5ceLCv1F2QVNMQCEZ1QGd7Iu82qHQxtnnMpg/gwLPuhRfBwlmPtc/tiBhZuUqP&#10;ATWKhsfNP5SugiS/LbwLte2YOfo4kE97BojHPwEm574DnU98HPIvXcGMMgWOWSY8Y3KTXdlUBDG2&#10;fOgDAffuBSVGO1BS263PXsfMpmG1C2npfmFgzw3fAnHsox1mK3B0Byk9W/WYY2DPUx4L5ecuq5x5&#10;xxkV2Ge2Ds4Sa4KB1zeP4mVMNf/F0GXWUqtvvSOyIwBB5wPE1wgOGSea5wTyTYok2ttF8QHbzpmZ&#10;m70zDUWKYZHAvhQpUqRIkSLF2ON15/zRrW9/x2+/Bo053wFA4A0pXIJtdN+lwdrJNA3X1csgk5N2&#10;ga6ng0k23nB5tGbQjAE2YgayQ6v2ixkGpYzpgy4XWRJLjDqWd9IOSQJLYF+xyA68WPadM65yLrTE&#10;lKOKdMRCZBYgm2SI2uBCePdbkTnAAh2Q1yGQCaVdMwdRLjHMUGJmdymcQ68ouQYfsRhJ/qtZYmyX&#10;lbYPIgdJ6xOQx6RBux1t9106qTFS/TFiDwoH4Bn7HrELhWcyEigmRFR7T9Tl+iqwTgyk5AJrZlFA&#10;IYLejXEzZKYVyWjdeJpA5HPMTDMswY+sRGg9BM/SbFlyuTUmVHJrdDUTS6TqdZlNdo2vnyiGAg7M&#10;/tFmTBy7Opjh960b4IjPXwILT3tyVS+R2YvbAhHUY6KlnbtTXShnHgr48NdA9q3rofsPH4P5L30V&#10;OrjcO9eMANpY75oqTLEzH+3m6kgwkaguJBSgrr2OmX1yhRHj+XL5l0A+6swKDBqluQvNVU0XzLN+&#10;AsTnL6sONL7MxoQPwVhsotcwC4ft1Qyc//XMKTGieXe4BZcmiNzR28Z7r70nprp8uypusO1FM3Oz&#10;/5aGIsVqkcC+FClSpEiRIsXWJC5CfdAI+EVE8zQH0lGqljOIpU0AgyRIArxUF5SaIKEvxCYbQaJL&#10;NfgIsCOjC2LJoTdvIAlukHlKruNXgGRZrV2vKLnGGjDLj2S5C1wnkNaTwhlrEEtKCCfFpWWNIfBN&#10;MRfReDmVZPahcvJK4eqekV+GZmvZEoTdNpEIC9q2cFXrCQzULON19enA1yIkCTNJkAH7dlO2EUvR&#10;g1za1w90iIS0605BURT2+CTXFmQ2HY1VW8o7kHXHCt5ly3NdvlicG7hfA3AEA5bx5muXXvQMP/Qy&#10;XapzKAKoUUl3hVvfrJy8m/CMq+tLZnWW0LVddNCNkDI6LqxAlaqb5fgNCAOgt/iOd0N23LFQPnzG&#10;gUoKt+nailhtxIwkwI+uKWGvmYc+BPpveB3sufMuEJ/7HOQXXMjX0OBUGbfwbxBgpNqH5qyzGCwf&#10;1c55rtl5OvG9H8DijT9YJpuNg2YJ8YXx4i+C+bUXg5raY689PYZzU0L5wIfAxIn3g963/wvMFoyz&#10;ANhaJIx/JFm7Vc165b1yA9tpc9wdyeTdwoh/PBjsArnrHmk/75LL7q4JunX8qW1vmpmbXUzDkWIt&#10;kbi+KVKkSJEiRYotid9+9dvQQP5Sm2b3BfbsV9cFMPoQaHMXoDloHw+yQYU282xMUbI7bc/V3WNA&#10;b4klv/R3UdwNeXEAlvq3Qb9/C/R7t0GRH4C8vIPluUiAGzPSbDovJiFTXfutJ2OATRNQiIvMLHTC&#10;UHQ6V1qezTYKBhO5xh49Cu0krfy1SbHjK7nRkqCTKkgBO/tmDOxRgklMvKLoQZ4vQK93EBYWD8DC&#10;0h2w1DtkX+8z4Ke5FmHGcAMayTX2dGnXI5lvYY+7Pw9lYZvdRlkugtBLQHJfZvWRNDjjAmdEBOR1&#10;q38mrkpV1zp0kugmplL9LesKTyRHduX2JLP3jDfGEP71qt4Vj0fN1mswCUUbdiOW5c7YmtwG6xbH&#10;fVLkSmvPnXNPVg4DlNlQpIeh1/74wb7AzMrp/297G6j5u3zf1+P7OUqspbbcIPSMIWWyO5ahN3Zu&#10;7v8hyJ/9c6D++j0w9csvgImJbNsqexEPaerkh4O6972Gymw3hDjR9U3A+xVfghJXth+R4OTE+ZIG&#10;c9MNRCEFLcwIz0ko5Wivo8kuyLPPbgB942T1OTX+1plK8DUvxGqWPVWLjTOGOfDKqK1k9DLsasMV&#10;1lvPOXTb2h60j2unalw2LkfYG/9x9j6YgL5dE9fadtbM3Ow5CehLsZ5IYF+KFClSpEiRYsviv5/z&#10;nm8ZvfRmYxZsIrVkk1L7iIdsKnWIwT9i2zEQB0tOemv/1vbvQh+CUhMIeBeU5Z1g9J327wNQFreD&#10;Lg7wa7q4C0x+N2i96GrmMajQAaWmQcp9oMQUg3Mkq9PozC+MMaG2vANr2AGYwCKS9lItPcOyXqXs&#10;tuz/pIhYM0wjItCOJMcT3qfVGYxoU9q+LkFeLEC/Pw892/J8iV1/ibknbaIm2X3UVYBDrk1XQFG6&#10;xqYcRUnWsgBlzixDwbUBvYuoL8Iuff29IG8OKeogtCbFcnfLKgkO7DjpQDsBFdHPJdLC7QdFkAiL&#10;qj6dc+iN9ixEJHNeSyLaTMkFesdd7+BBDMpOpwvdbI993mXmZrzZsD9mFwrPMizLLUnN0cGPUNy9&#10;BNmHPgi5PefKlJsCF8b2hd8ObCl7PKeLo44E/ZyfBXzvn8PUg49fF6tvMwBKDMzQusXTngo6U+4a&#10;GtVx0mQs+qAuvmzVYwqGK7ROdtVVdn7Z6wRHL4ckzLVj56Q87YwR1SZcC0gUTpL0bXvmXQzqbe5a&#10;a29rWW+zsZPgNKrJd6zK2Igjxa4Iqm/yO7adMTM3e2UajhTrjSTjTZEiRYoUKVJsaWi9dC7g4s9L&#10;MDMsyWUzja5DmzBzvC6Wfhqud0fmGcAsO2CmHZtt6AUoioNck8/o3NeSk5Bldju0Leg6phu7lxLL&#10;iRh4JMadtPsimW2HWYJBIMVV+uwOOh2XnSuqKyg0y2SJr8KsKZ9Bo6+TJyL3XmabMfBlnGS36DPg&#10;V5rSMQmBWHNo+6fdcUrp9yudnFc7J1+uv1ciFKV9To1cV4mlw+Ydhg06mM5HrDflWGQMjmUhMY05&#10;KDWIV5F8YipeS1rLdfnAufKGn4SdUUYoAYZRbTTjnjNVRzpUI6whVkrAjd+qaE3IpbeeYMkuGYJk&#10;E65IfbnEKKQaunEnw4ayGPscVhDYfW4W5J+5BKaOOBrwuc+1U28SjFh5DLYedJHQwYzPETFTc3tN&#10;dY88BvTvvRWmP/956L//fAahcZ1Ax0bBFDqH6pTTWMLPzNlRQCreWKZz4CAsXn8jb3GlLYcylcTv&#10;za6wefRzngey04VRe+SWdH+gfvzQUdC9z3GwdPNtYz3XsYIfI9OecdeSbGf0jmE/a5ifo2KLBiBc&#10;bNfF7A2MaJ4eae/7yYBjV8Ul4GrzfSMNRYqNRrpjpEiRIkWKFCm2NH73v19U9PL5F+b9Q6bICbRb&#10;Ak1yXjbTsK2cZyZfTq24y75mW3kACmpF3crybjDmkJP5GmLNLbEMtiAGXbHkTDtQejZYB6QkEKYL&#10;pckgL4VtNtEvDLeSmiaQDWqWmCTTDs0goZQkoSW2H0EDzj2XwEApXa2qAFwZrrVX2m0XtpFBSM6y&#10;XTLzICmqkl3nJksmHMawVBgNewg7diEZehgFRgvbT6xMOpyLsKkYfARMBrmrAwuNl/AOB2vC+8yG&#10;8+9Iz8AToQqf0/BWLL7qC6MIwIHgffKWqDBhDIwY0eoJIEQEOpjBlF1E/6J10HPA7H9ZJpldWbES&#10;hyW83nFYFvmWAA5BNiu5MqQ9Tx+9COSf/ClZvDJQjZG4did84SdZL4+hMMww03ZM9b5JKP6f/wad&#10;886D6Qfdn5dVqwApmw2aNROnPhTMUUd6V+HRBLFNS6qB+Y1ZXw9zbePCDL9v3QTquze5C3jEoagm&#10;qL02TGcC1DPOrvY5vnnpry5tYMsofXTtKbHsXA6T2Q57faMMvrZxGMUcrr2KtqkWJ2pQt34f7qWy&#10;BPTtnjhk28tse3IC+lKM4rM/RYoUKVKkSJFiS+Otb/7yV3qFfrdtkFPLCyhyV+eOatVpYu0Vd3Ed&#10;voLq8hW3Qt6/1f59OxTFnTYnn7cJZg5GawbXyjy3y+d22YK3Ra3fd2AbSWdd8k9pG5l8dGwebFPw&#10;Qth9IbeitI/UjDPH4ESLXH0lgXoFg3xUaJ9dez3QJ5gBaBxJzxe0IyCM5MEkI9bUN5bQkqvwBHSy&#10;KVBq0jn2ErBYFHbftn8FMQE1Y2daC1cTcCDLZVdGKZ28VzdNBGQMpsWJolfvsbvvkLQZl1WjEpWE&#10;d1j6WyW+dOAe3TNibdW0XPIsff3D9h4s2wofB8Fppd9iewell/Fqs7WJeTgbVL9v6dKvgHjfe20/&#10;9MBx7xzgz42V8KY0wp67HmhinP3PP4Cpkx7ATDczBIDZNHgRxuzMM1lCK0CNrB4aslOzhOzqq6pa&#10;cKv1JbSc5vQVX2SC6sjnh71OcpmDItD/jDOdYc+Yz6/3y9nSjJIcxHHEx7DavIuX8RzxEdaA3N7I&#10;bpyF7ptfCd1vf3/oPS/FPS4+advDZ+Zmz7MN03Ck2PR9JA1BihQpUqRIkWI7YqlnqBbNs227P+NG&#10;ley0ZCadzJzcVZN0NdSeAqdEJTyHGG/EgNOlA+045bNJdaaXQJvMPnZswjsJWYfYb13HnOOvPtQU&#10;SxsdsIfMCCPYgZl5zM5DrnMmVemYeASK2IeM3E21Y785wER6dpwEI7xDbgwoIMlOHaNPyUm7ZIeT&#10;Ua0LKMs+GGL/mdyx+/y6zmPDAUPOzFfwWEhJMmPf9wgtYKmrCJLYAYMOQvp8zT2S/3IybEhO7BAH&#10;ZgqG+nsmMtrwr1WMRb9dli97h8jg2QsGGvsUVf08UW1PYC3zG5Tx1v0eSOQ9qGjY3ZggKIKHul4C&#10;PQTAIUadNoNmxOPGOfwxeKnkP38OqBSd+YVfAdy3l862d9UM52u7rzwRPaPzNWWPwc7BqSMB3vh6&#10;2Puu90D/q9eMHDQJPDOqbilPPsWxNYmROsJCdkg/HFx3XWRNs/ZzaD7zryCe9bMA+6ZHetyKfFIE&#10;XfcaxL3vDdOPeBAc+tr1Yzu7NRvNS/KJFTz2SefMgjbixiuGvBfPPyftx+r5ats8nEPkPcgueh/g&#10;hZfY+Zzwnl0St9r2ypm52QvTUKQYx/eTFClSpEiRIkWKLY13/ck18/2e/vV+30CvZ6Cfa9voEWHJ&#10;Pu/ZVhJrj6SwVGcPcyiJMcdmFmCbhLy0rZAsyeX1ljTMH1qy7RDMz8/D/OLdsNgnefASIDHzpDPc&#10;IFMAYqIEcw6WwbrMGJCkswROafecvzDJDJToUuUzD9xNsCyYGHv0OoGAik03vL0EyXaZJecMCEhK&#10;LMHV9SMWX97v2WNegMXeIiwtLkDfPhb2taJPTL+ictIkEI9krMTq49qD3u03pMns7GucC28t4xUM&#10;BjqXYW+qISPZrvR8JnQsPiVkZKxRJ9cygkyCl6/wAGdV349BSQPBh5N5egzGagbeeO1AOzT11gYT&#10;dvRgIPq6gM4oRDvw08yzVFvrBTve7RJdNulwCAewefJ2JOkexuwRD/Gf/g3wRb8Mk5d8nkFUxWxQ&#10;MoDQ2w8mxDxDqgVJ0lc7v5Sy/T72WCje8AaY+pkfgyBOHxVMFOTB2VF7AO97HwbPUeEIWUt2oO84&#10;APrWgxsYE4Di9gWYmLs+WMWMcsD9tWjvN+SA/LznsozajO38+tFAXYHzYw/G72XD+Ac3PV9E1cS2&#10;XzNb0wM1eymo1/8G4IcvthMyAX27JC4Ax+ZLQF+KkUdi9qVIkSJFihQpti3ee951n/rVFz+SvuQ+&#10;jwEnYrIRACEd44weZCYqkEIy/055lppz1TVGQkmSXE3PHbuq0BomcNHX67NJU0d7N13D+yA3W2qI&#10;jp1W5cPoa/Zpz06jNxQBfZOg5SQ4vZri+nuZfU2JCRBqygNgBYNrWlLlsD5v29XrM6AZgSrYXJeY&#10;fGW+BHl/EYpi3iblS7bPfc6Y6dgdAOJlqWTCoQQbPhhft45ANqlUlX5WzrkSGtAM+tQbYQBQwbUl&#10;ruzR4a2H22TAPHLGAYnB6IT+lqEf0m8kGHZEq7vae8FFmIAQe0wkAxSuHL0DKYDNWQjkK80Cm7Io&#10;ub95jFEtLRojyQBkxLLb4pDgQC0SHONiCfN//E7Yc/PNUP4sGXdM2LmxOPBLu2iM53YGM+/ofE7s&#10;haVf/BWY/s85uMM2mvWjgCirCo+nn2nn9eTAu5s/dpoLk9+5EeY3sC1agwxK5q/+MnROmfHS8XHM&#10;IXufevAjYGLfFODBpZEDfpWhhBsQGKjiN8aJL1pm9FbM2XsGICbn7wR14XmAn7gmfSnYPfEd2148&#10;Mzf72TQUKcb5nSRFihQpUqRIkWLbAjW+Cgze6b6YOPvBOlkNUkNitymQ0jnfCgLZiGknpuwCe+zq&#10;E3bxSdBaQU6Mv5zYgn3o50u29bxrb89uxzGs6BsQAYGKGXOC2X4hJSa8iNxxmW2GoVcdL8ed5Lp7&#10;xOYD6gMbbmTcFFniCgdGMrvNbkhrw+zEgmsS2v70lmBpcR6Wlub5ea+/AEXfvmb72iO2Xz+3fS95&#10;Pe1NNwgk0YatOJxkV8nqC5z0LL1Qu73dpKNm91FTFToY+fa25czCmYbAQBofWIe1nLa5MhrhQVNw&#10;4F0YxwGaWI05elhFYEPcy9wzU/J5M+UCA38BfByC9qwZyBwf+BAcYNFz5xD6H/kY4G+9GvDyz4Ms&#10;Ozx+zoHamaswPOjHbGTF8TaYFLBRNC5At9uB/qteDhNHTY+M5UZbYYjvjNPHwjYjKX3/mqtXBCaH&#10;GUAEifHU5V8FoTW7YI/lXkfc4El7z3rCY2AcHM94VGWp/WWBMH4IDitm3ya3suxcrXDFb8kl4+qe&#10;jq/KYnbZJ0Ge88oE9O2eoMn0p7Y9MgF9Kbbicz1FihQpUqRIkWLb4gPvn70lU+I1toHKBNeTI0DK&#10;1aFTnCATsERAHxDrTSlQqmOX2wNZZ9q2I6A7sR+63SOg09nHgBxAh0GnMi+hIICtNw+9/jz0c3L7&#10;7bOTLHqDAtpXAPx8duxr0aH/oqQYzAOW6ZKr7wQz/UjCS2Afg4B2f5VQkSS1XPjP7oOBvh70lxZg&#10;aeFOWFy4A5ZIWmxbr3e3fW8R8qIHZVk4YJDYiSV6t11XpY4YR32uUVg4mSo4VmNgzXGXjWdl+W92&#10;zLbDuo4fgYAEPjoH4IHaVx5Aw8CIi1g6TLAM24T4dTd2AWys02IPLGLEJhKebcfWq6Ja3Lkeo++J&#10;A3QDv40XQ+XqjpmeHc+SWZks7ouAoiA/ZnkxuPpk2mwfS04uA18Egzp44/cA3/IOUK//LZj60pUg&#10;Fkv7esZ4q4GcpbS1N6zcFuDPwY4OVDfErr33CTDxlj8A2ZGrgi5r3v6EvUYe+XAwZHATyYlHEVQH&#10;U1x95YbPG82qhe/dBnjbLe5iGgtAZqAgYvLTnjE2+M1Ez+i64CMZt5ss3V8it1iE1WXK8V2jbarH&#10;rL3tZPAhjEfGK2//L8je8TqAP/oQwA/66YvA7oiv2fbYmbnZV9u2kIYjxbgjyXhTpEiRIkWKFNv/&#10;haQjPyAF/CIo8VQMqTcz5QS7bKJDfzwrTUApM+iIPZCpCSgEueJOQVFo+34OfTa9KAGxhNJQ7b++&#10;XV/za1RHzugCjCkYg2LwSGqQKphuRDWvOIdFuxzVNCv4a5NgFh89kwx0MVDI2Iz2jKCC5bohNyXw&#10;iWoO0raNl/VSTb7SLNrXF+z7fZb5on+f4ELDmKZLMVleqB3DzngTD4DlYFYtuRWtyXRVS8uEMXRS&#10;aa67Z+L1vXuvlzNTXTVpItAQl7vuRiLegSTZjanwHWDYoeEwLFpSf5/a03vSUQK1PY/UKQJBGfAd&#10;kngLsXM9K/vMDQVY+voN0H3rH0F20v0ge9UroDz+IezCbBTJmGN4RLbCN1sVguYpyeht/yZ++QVQ&#10;/tUHNw9uUHv84wGOOHJk4AlGdNHsrrugvPnODW+LQNkMqW7adYD3vT/X8RQjpkXQlBba3r/u+wCY&#10;mMig3y9Hf+7CtY5bOG/kxs/oMBhPhfvfNkt1BYz4xwN7wWef/VuAv/4UwLyGFLsiqNjsW2x728zc&#10;bJGGI8WW3ZrTEKRIkSJFihQptjv+4t3XolLqJQqyviBQTXbYOdcYxYCbA6VKXz3OmWxknQlm9u3Z&#10;sx/2TB8J03uOtI/7YXJyGrqdSTaeYBlsWUJ/sQeLhw7B0sICm2OUeQ5lqVmyi0b6pG6gqBw6cAtx&#10;we6RfoS3TVAdwJ79BlWAUoV9Tt/hl+yydhlzCNieAXMGttjkgjNFY/tg91ksQNE7BHlhW28eSk3L&#10;6qZUVjSNNRhw42MwDPbxlzdfEw8JrKP3ESugznjpr3PWRWZHBlOOzMt40dfWq3LPyn034m8JXENm&#10;HmAF0Vgg/KvGUPj6hyB8HcTBJXEAKBQRqEhy5tKBnTwsnfZuOVqil8VubWDT8qJqg8CFAQfm5vbd&#10;fO67kL/idZCd+xboXnstiKW+Y2f68TE8L9x5QjcMWyvvNZLF61RjsHza06AzNUFX5fo300g67Pz7&#10;0aeCJhB/RAfD16cxDOLLG29mUHXQJGI1kqTw/aTLiqG3L38VCsSxJElauMqjsLcD8jFnjRekMm3g&#10;/Jj25WtsbmRvprqrN5l8g2zSWnK9fPnxXNctt7xNRnbjLGRvfqX9wPtEAvp2T1xq2ykzc7P/IwF9&#10;KbY6ErMvRYoUKVKkSLEj4s/+9Opv/earz3gzGPFWrvvmi72hMCwrZPkbS9NyUJmGjIxuyf2W3HCV&#10;gjIzoMoJliH28BCDKkXRY7BP0w/rpmBwjY0/JLEAyegCQSkHSTh2n2GJKhtEcGE/t3+AQyA6JThp&#10;nEtuCYBUBA8wqGi3bRaZqYfQt9u3+1CGwZ0OgT8kz2WDDupPDkbbRvtSjhkoo3p6SgQzEvBut54R&#10;JBzwh8KDn1GUGrn+INfl8yxIJ4cVLAlWvpydZNAJvfzW18iLnEFpb7qqVRhq9HmWECOjHsTz1fXQ&#10;jwf3C2t4R0gvaa7GEloBxJXcQl3NRO3mAG9f2rGZXjH91l56XW6TQUcTRIpqIga5tZtV1XgvXnIF&#10;dC+5EsSEff2ZZ4N+wlNA3O++gNN7mXHqzr1zYy7s+GVbBN6gVxJLklLvs3154S+Dftd71w33SQjy&#10;YAGdo/YAnHSSH4cAfW52kN081lqDuP5bztgG6nkexLgx2GeGgDrh9fIrV8HkgbsgP2ofy5pHPSc0&#10;3RtsvztnPwP6X7jU13gc1faj51sIfAczo7g0pxgyznE/hZ8bbcsEMG+l7Yz1mKL5u1nPaJH3ILvo&#10;fYAXXpJcdndP0K9/b7DtvJm5WZOGI8V2RAL7UqRIkSJFihQ7JrQx5xoDP49oZkLCRzJWAroIP8q6&#10;VK+vZ7OnHj8K1WEnXEUJNLn2FsCOvEZnNvlUdl3B5hZlXjDApk1hl0fXCEGThkHDjL01HBOPagcS&#10;hkDOuRmBaF1k5hBgCUYu2XUI0Ju0y+2xr084QIvddw8Cmp6HDbresIMkyBlkbCrSh4KYgJgTX62i&#10;E5GxgLL75JqFbD/sAL8sGFcY51hCElbJ5hyikXoSrBfYgcTsU5n0jDAv2RUOiBOiBlDjdZ281/WF&#10;mUACK1CPQNd2LE6wczChQo796NPyUEPPs/hCsi4YtBUNFEgY4ZmMYhlgQWAknTf0YCSxNLWWXDMR&#10;YpAIsWbTsUTSeDANRwElrRnA2WiEPvb79gRc9BmYtE3YOS6f/ATAJz0VzEknAkzvYf+ODk0ZKVth&#10;j3EAmwGbpRGWj38SdD/xSejd+L11b8f4bWT2mPT0XjZa4ckxCoTLeMDaXsTmJ38S9v6oHbPC3gR6&#10;OcjctsUe6HzBDnAJYimHsncIZK8P4tACYM+2xSXApZ59zT7mPftajx/Fd74NcPSpY0CQHHQkjYT+&#10;Q06CzonHg77hpjWDT4PXybBlxFaiYuB+DFjNdCWW4w5jifIPESAqsHY7Q6w4+uu4xmcvBfH+8wGv&#10;P5Q+4HdPfMq2l83Mzd6UhiLFdkYC+1KkSJEiRYoUOybe9WdXFS97+akvtLnjl6iqHDHGjHNcYBCL&#10;K2t1KRNbAqWX2DiDmW7etEKATfBVDkL1QWaaGYDk6MpAFklhqa4eQ20BQEMoqUYegXoE+inJQASb&#10;g1C9PTYHofplghPaTBRQZneDwZy3i2LCyXTBvl4eAq373o2WUlX7HvH6GL8zzJYiZiIDjR4EceAY&#10;sMSW9i2lA+WUB8FkkL0iQoc6iM64tSQm04BRBXpJr/DgYAWiUa1A2qfx8rgA4hiIgLqAPYpGtsvu&#10;rPQeOW3KyFWX4DWWzdaMtWCUAVHtvCAjRBQVVQa9a673EW4BLOp6hczSQievZBBQKAZHmyl4YA46&#10;UFFXxzE+sAAbtRE3vh/vl1qBGyQAx9zOzs9+AbLPXgzdY6ZB/9Ivg3zUaVDu388gEcOborRzUkGH&#10;wFYBNYA7sqKFogaHKaanAZ7/XMC3/Rmfv7Xy3QKdhZbPTj+DzVO4vtuIXJMJ6K/cZqcmQU9N8d9K&#10;lDw3tQimJzWL1BBoT9chdiFYADF7la8Nba9xwUC/HIOJrfCyekPXeHcvdJ71Y9D/87/a4BxsB6gq&#10;NqNxx8vYvRg/01V6IBqHAGbDALz4lZ1Spy/0q2IgboAlKefvBHXheclld3fF7ba9cmZu9m/TUKTY&#10;CZHAvhQpUqRIkSLFjoq/ePc1X3nJS2febZP1V2qWvzrQiZMvAsRKw6w+ow9CaRN3quOmCfSgZJLY&#10;T/SazJ3xhn1Uyv2NomBvVALtOOkk9hg9lF6G5mvVCSIe2Uw/o53afWmv5aJHTaBjQUCbBsWGIWS+&#10;QWAisQZzV1tPI4MFGGpmsXK4cP0S6EGrZkIsvdEHMfe8V4iT5Pp+UkeVUNyRKomXogHOGePX8yCg&#10;M+Bw9fwI+EBP1RKyCYTF7rvLM14Eh12irw9ohgJDFRBIAKLfpmP1gZdDR+I9h0B4RbCX8tbF/MDT&#10;CvnRjadhOStPhGGyX+qHnQAOtMQtlPutDqS0SXoduFG/H86l8EAlVagsDsxD5x1/DhMdBfi4s0A8&#10;68dAnPgQyKcUdO0SJFdWKCpAC0YEUIkGjOrYtd2Hz8BkR0I/1xWgJFYdG3eMdGx4womeZYoQPJg3&#10;31EzMB1C7bjMA941nCTCNU57JvDaXw+mGnWG19n92iF9o/fjrUBpmtfERj7jdJAde52uQdopBsZ1&#10;tWDg35f/XAvzbrNhpFhx+ononK/UfwM7S+a6Ef1ldtknAS74KGBy2d1N8SHbyGX3QBqKFDslEtiX&#10;IkWKFClSpNhxURTmdwzCs3WJ96fUkKWpCqOq6Rp0eZdNaO9mAEhTEokKSpJ+GukSaWUgy0pm1VG9&#10;PAKCyLmXmYJedsqMFwLYCEQk0Ek65pz0oBWX6yuRGYH0OjGxlDfdUOIgM82M0AzU0aJUM47dc8mB&#10;N+hjieWHuV02ZyYhEfSovyERl6KWD6tMeJDPAy4oHLBCEmOVOVZbxJyLXXTboJbwfu3UW4NgvB8T&#10;A0xtGbp/h5etcTZmQXnwRARJppcKCzFgtiHcMiLSGDpyH1ZVuSqmlwcBAzRAIB+xGLWzrOXajGLo&#10;0dpzTg6q4Md3jKDBVtUDpKMl0K8sShBfuNS2y6B77yMh++lng3zs4wCOOsbO9TJgU16uPdrj5E3b&#10;aZfv3w/ZYx8N+IUvVczUteyKrpnJmZNAH3W0m9di+zyTHfAcKrENd3WOiliOcQ7Zc3v0cTDxxCdA&#10;/3OXjMxzGaPrYStHWq7jvMbMvRj0LXcY0FfVelwjs0/e/l8g//pdAF+4IX2I75640baXzMzN/nMa&#10;ihQ7LZIbb4oUKVKkSJFix8X575+dx9L8OnpTCPSOs9wkeNMGAyU57RY5FP0+9PNFKMj11iyC0Us2&#10;heyD6hSgsgImMgOdDkAno/p8rjaeVMq+n0HXvpF1J6A7OWWXmbDvK/e+lO7R2bwClmT4Ybi+WtHX&#10;9tHuu9eHoldCb8m2noYipz45wI8AKmMI9CMDPnLuNRV7LzD3YkChgrjsMioy7QAGVghEczww9AX6&#10;mPgmHOvNMAPSOCkvMbHs2LAxh3Lra4PV+20JLb/nHS7d9rEBSsgguq1kk76eH7aBhTHnCyv8LtTf&#10;C8vEXDfvxhHRaCJnzlL7PhlXg3AF8ISMUBBg2805NgYsNJ2JAzQrvZUF+r/7378Tir/8AOjfeAV0&#10;v/41Oy+9eJOGT46nDjzJzJnwdvIp60oiiFXAs/aM0/lI0JM6xTaeHuENY2Lv5PgsBGfZcWOSfJ6V&#10;vfc8/nE87UPb9PFBDVC5ywob0vcxjSqsBxkdZPgFd13clutuuGOzWHY3GhL2Xp/984dBvuq3E9C3&#10;e4KmxTtte2QC+lLs1EjMvhQpUqRIkSLFjowL/vo/P/ULz3/IhUKJ51ENPa5rx0BY7RJbGudEi+hd&#10;Y0XT6TEwiYgx1yEWm23Sy4I5yVcSuh0FmW1SBsmbAraB8Ew/4evcEYBXGrejAARkXjaL0nGgBIMi&#10;wkMcyktUNdcFo0yegT6tGUisnGgrt9nlSWUFAjgNs8PFOM1wwFllRkHMR11DBZTcMybqXwpkJiGG&#10;wGDR6wwwRj4etRsvusflq0aMMmL8yajGVW3UAb4/nFSLYZW9/D5D3cEgSebj1/58DANxSO1cNgGP&#10;sWV5g6Yia9/beoFIrKoYNl9bnF+CPa/9XVA/8XSAn3s+6P3ToEw2lp/yNTpHbDz+eDZXKGFtMleG&#10;aGl+nHK6O38gAMQ23lRE+4xrnJMt6h9dF1lhR/KkB0HHzvMCcdNgX2OeEBs2nCfELTgu0dqflZcY&#10;0vdtRnBgHfeP7MZZgPP/AuCa29KH9u4Je9LhhTNzs19OQ5FiJ0cC+1KkSJEiRYoUO/eLioRXSQFn&#10;dwQcJTxLLDBWiPTHklmMAD9w74c6eKH+HTvc0h9dZ7jBJhYkm1UI3Q5Cp4MVk8oYz/yRTpomPNBH&#10;r5eFqd5nTEVFsBLR8Qg2kF2QaoLNQ4QobFJPMkuSFTt5YDA+QH8sVN+PGIP0codBAOkMQoQDvQjD&#10;Y2ae/drGUl7jwbCQQAsHayopXY2+BqDilnOmADXjh8aOwU0QVT2vAD46hXMAIcG77kJjfxgAUxPq&#10;73mzBBgsZt/U7tZV0kSNEq4EHojaeILrKPoT2sZQ5HNf6nUl6tsdmwF3Osxdtef7U/8K2WWXQfaH&#10;b4Pivvd3wHI1gpsfCeHNKzokWf/hH4KCzF5wbWNM03BiahLE/Y7fVvnuTgy6BxF+nx97LGSPOQ3y&#10;L11VgdSbGalq3TL8VDB+X2r3W8Thf35xpfEcfD3vQXbR+wAvvMTewDFN6N0RuW1vte0PZ+Zm8zQc&#10;KXZ6JBlvihQpUqRIkWLHxgUf/sYtSorXBEobgV6E5xgPgKGXBNbur451hR4Qc8YSzcyNQLesIxk4&#10;ykjWqzRkUkMnK0ExC88wYGXA1cvTHigjM4/C/i+3STS1glquQRfa1ZYrCGvKADXBMF2W3QqROVMC&#10;KTxDz7EDjTsANp8ovTw4z42TARd+Gc9WdAYVVDdQsltoXpQe/MMK9Aq17Yw3HzHQPG7+mySuxlQG&#10;CfU2/FgFMA6xkgqDZyQK/62RBL0ykuNyHUVoynixNWmOWIe0DQZRfb0/z1xzNfxiqTF6RpKrrchg&#10;pBxuKKLYbliPOPkXra0JBjhGFjbGYP3Ah1jnOqaCTu38uXMBxDvfBVm5aM+7M6ERenSSXpYSEytz&#10;cg8zYVfvW/0oTj8dij32usCUdsThGJKCXbInHvf4ClgaNOLAodfUsDnr5xM5j4eam2PG4aRwDF7Z&#10;cg8Y1nfpZ/x2yXehZZwbr0WA9qAbr5q9FNTrfwPwwxcnoG/3xJdsO21mbvbNCehLcfh8zqRIkSJF&#10;ihQpUuzgKA1+wObDv4glPtWZPZiKFKbB1fETngnHiBw68whCGrR356zKwoFzveXElNl+gcGnfbLt&#10;0j5fDg+0X9lUQKMB41l4zkC25k6VXlerPNtPZQTymUrempeOGVgWGsrS1fZjRhxlyJl0MJJz7GCW&#10;HIODxjEKCexDo5yTsCbjEWL//V/23gTMtqus837XWnufc2q4Q7gkIZKAjAFCIaMCNqAgQ+NjQ6st&#10;tuDztQ8QPwmN2krb3ejXztpit9gM0jZBZRCIYQqitLRCkCQyJsFUIFAQhkCGe3Onqlt1ztl7rfWt&#10;933X2sOpc+6tqlt1p/P+b3aq6px99rD2Pufe9av/+/51FXaB4SLe1pPoOoq07sOn4qxfNZJy40w9&#10;TWnjF4Z5DPz4nJxllx/CxNi9jxyHFEzSYEoJvNJ1QqcfXaDYtw/HwrH7jwFinb5blfVW4SMeVLOv&#10;1wi0HecSI0BbulN+f1JoS1yK9khuWvU5byydNaXaUi+/W78C3U9/Gvz3Pz0GyWjw29EFLp4MmTiz&#10;DLLZDpTDteM60LjDIsMf/cTHsRtWnH0tVfdzeF/YRz+KSnmPhfdX9yTJXLouGFZj8e6ISdw7OfrK&#10;c1/R1vlRJrKK94Ifm76sOR/9zL9Y8RD1yiEw7/kT8NfcJDfw9GglLP8lLG9cWFp0Mhyis0kC+0Qi&#10;kUgkEp3R+vO3fcm/+MWX/r+l81/Qpe5q7K9nGFppasOnEpMiiOd8HerqPDpnPDnqKFE28awUfqFj&#10;uWycfZOTL/Wri9tBmFU4NnCU0QVnsPwWGBhSeIbXsYw4bMM4cGUBvoOBHGXYSBleYwkUDtHBh0Ee&#10;1hLso0m5UVXpMfY1w5+tqUMZUvkwlvsqbSDrGNDRQ+MbKaxGm2qSDY2U3pSm65tpurEnXnogAbwE&#10;mXz8GXdDk3SjwdmyDucABnSUn8LNAKt0YaUajhj6vpF+2qjMZVBZ9yocy4Jwm+hajBBPRRzWcv/F&#10;8AEfYS9DsO1J4520jYRO8PnO+bsgf/RjoP+x65tFyy3MplsQZLs5BN+L+N3sVVeD+96nYgoNOK12&#10;APCEe3P3PMDhteOCvuq88do89jH0/qCxFN7XHMrYc1NBue++kIdx6tx487r7Q21+s/EzwcdE3p0f&#10;dBf7n/oTrXM2T5qv/xDAX1wF/q6B3LvTo48AJ+1+U4ZCdDZK/PQikUgkEonOeL3znbd9eVi432Jn&#10;HKfhYslrUXIaLZWnutq9QmWVnstmbZxQ+wi3VJiUIlAjYBhBX+ljua6rQ2GTm68qpwV2lCWYxSW2&#10;nErrbNh+CZTYa4cF+KIAOyjCcZZQ9C0M+wWsYWLvWgHD6OxjwOerf4xRWWu1MwfVjiGW2drksHOU&#10;9EspvM4RSOT0XV4cUcHaCacamZIE1qIVrwrgSNtp+sm8b7nLsB+g0pwizIM2JtBAVy9lGOjr4jjf&#10;JHnUfy8l9MYyYAWtY/JVQIiP5dg8trGWeLwQ7CJEha2EYEwu0x0PVFJ6qALz+CfA2s//ImRv/mPY&#10;96Tv5f6II85EE0vCj38M7TTezf6DHvs96gNHwZUlB8P4bYIrjTpSCl/pzm6orBSf7z5hAfye8+gI&#10;vRJTzMjtSk5ZHT4/8nCH5E9+MgF+tQ2Xiz8zTt14q1RqP3JfVOZFUOtKkjdTmrzNt/HG+k3Gz3n8&#10;XUz2rjcC/Le3AwjomxYdCMtPLywt/ksBfaKzWeLsE4lEIpFIdFbIOvgDb/1PGuUejY46LOe1joM3&#10;jInhGjE8omUtA34OJ5xk5NPsyGtOAG2ie54hmY+v8Q3Qh32pMAnYm+jHKWORJJazekUgjh7XFuww&#10;wkddUg+1wsUef7HfHpfvKsjCtjAJGNN0dXQqEvDDPn0IMLFXIALEgoGeo550Os2gq7ASTtBNsbj8&#10;fOXs0wzKUrBGK6s2JfR630gxVuyErKe9UJYWHDZL9AzxHIU0sFPPN8ttVb2NBDR8LPDzruH84SQP&#10;hoDkoEypvb6CBynQg7inTaXIGW89XVffcPkRPbHxWp+KNF7cT1ge9UgqwcQQipVfeRV0F78I5h3v&#10;gP5XvkmgGdcsduhommAI97V63znIsozuMUKO223qUo5ceg4mOwZSeA1+zZ/5A7CGoTgIanPdhsRT&#10;Lg4B4lGkz5HHfw84wxdSndS9WV2qCvo6gB0v46Vy/0a5rt4Wb+12v2/rsR+XBz56vDPhw3MPXqPP&#10;3iE37PTonWH5xYWlRYlXFp31EtgnEolEIpHorNBfvefLxU/820tfZkt3Q6GUSi4zDNpIsMzHdnUu&#10;AjAdy3kR1BGYUalstnbn+QjfCHgleOS4DjY50nBbpqOpRx3uzxU2PB2mtjY8ZjVZ1YwyBLSA3H7s&#10;vEM3U+H5+8KXVTkqAspurqHbzUCHrwYBoqpLVLH3HO4bgzqw198Qg0DCfozOuG+gcxyVkcpmXXSz&#10;xYRdgpYKqol3O/jWt3qoJQce9+gLz0UAQeMH9flrju+NTjs1tuzWNybSrU6ALj0au8zp+IxLtcW+&#10;Sn31sccYXRPL4SM0lh5bG+rjEgd0VKbSyM2ghs07AX0VMOAfeik44wmC6c48uMc9Efxjnwj6nrvA&#10;XPePoD74frCH+gTj/FiksD0QA92D3R96LpRZBgZBOJaEb0MSq2+kHyNgh2H/uOsnHG1mZ2D1cY+j&#10;e9OA3/765XNJ6Mq97z6Ye84PwbG//b9j75BRR5rawD16KsWQd33fvp2547d2fGrMWI4LRcFeg7vC&#10;Z01PSRHcFOlbwCW7fytDITpXJJ9gIpFIJBKJzhpd9a7bPuU8vAEDKzDBFtNwMcXWlo7Tea0jZxwn&#10;vfpGLzzg4Ass321O+lIARiyZdfErAg6X+vZFoJjnGjpdA72eoa/YOy/PwtcMnXmGy1xjWqxzWNaL&#10;UDBsu8SUXgR4vF8CfeG1CPpmZ3jp9TKCfwQswz4H4ZxWVwtejg2hHxYsW3YxTRf78xFqirQPy2wp&#10;cERrWqByxsVzUm3op1Tb25JKZlvTXq9iJXFM8gUGby5lz1bbiuPsxgOKNKWmP3RsMUXYtf8pmlyH&#10;3MfPV7giJS/jcagsr3v+je6LbJDFhpnSpLLdcY+P/qzj0ZkLd0N5vwsoURWTkp1mZ6HFg7zoAoAf&#10;/XHwf/YOyN/wR5D/Py+C/JILIG86IUdAiIbjlxv6Ma+LpiroPekJMHjes6ILVVMa9PaIIbKLjTD9&#10;kSPrehKOTi7wueypTwIztxsySq3R21dWvMFDPuV1oich7K+o8wz8j7ygdTdulo+2HGr02acrF+qO&#10;DjcRs6xOAo8LnMLL4CYsfgPvqeb4zYf3zvkmE9A3PcJb4PVheZSAPtG5JnH2iUQikUgkOqtUWvca&#10;6+CFHvwlBO4imDNUNhvDLlIWQE2kOBkUuLzVVU33uB8cNErdfAOMJZ5mYn8/iO5BhjKxJtgasCW7&#10;vNBLlXrg4RoU6OFV1cENt5N3DPS6GXR7GeRdDBvhSWURpx2U1FtYCvNAuIauPiwBBhvTbsl16Oty&#10;ZTwfpE1u/W9xm6Eb9Un5qm8fWR/TjCcmA1cJmSnlBBpwUDV78amYtFvvAzdHwRDJCQaxxE/F9X09&#10;4SYw6uoy4FSWXB+7516CsX+fQlCrJwMs4p5IVGFrPfs285oEUDqPexwMOr0YthDHKwYhV+EleIt8&#10;98WgH/BjYF74Y6DuuRP0Zz4L/sN/A4M7DzTKHj31G8yAnYmph2IT1YwGqZRx2PIHXwzFq14ZxnR3&#10;I1l6e6QSl8X31XAIg6NrLSg5DjRR77nHPx5cOBaEjmo7D+j4iOvE19mfeUEh+J7SiEXvfyHMXvog&#10;OHrb7dSDcdxZbnyjLrpl4ZSEdKDzdzSh+VSm7U7I99lQuS7e353wAbI73Ku5pEZPk74YlpctLC1e&#10;L0MhOhclsE8kEolEItFZpfdf9ZXlH37hQ67QRl0DBIAUZJpBmomN6tD556OzDyeh+DCukxtFbr7k&#10;hqpqeRuzQRWTe6msllJ7GYJVfeQQ6GApcEdTOi6UhlYvqQTVUX8550pK9bVYwovlvjjrRtCXoUPQ&#10;gOmgGzAcL7r5MOk2plqgQ7HA9N0SnYuc4EthJGWcOuOB+BYTa01sXdN/NjJpTW66qsddAn+cphFD&#10;NVQFONkixuWqLsG+kf3qRLaaQzhycKlvXMUOm6xFteJD1p0RueQsuzazcAFxvPAYx5YQhwuFfQUT&#10;tjsRvJv0/EahH557+dgntPvXNWyHWNZbrWsxYRnvKwfmwouhfMGFkD332TBz173gb18C+NJtAEu3&#10;gv7GXWAHrtVzsNlvLYG+PAZ+zD7g/qCe/Swon/lMUPOzYPVO1cp6cgvq6Oo7nkOKk5rDWo945I5k&#10;wY4LUFEjjzevoW+6R10cTbrvzpy6Yq34FwIFNh/9F98P+rbbK5DrNzU2DX/uKeyPiJ97OmJrN/au&#10;2HltJB160ut2hc/xOXHyTZPwd2u/F5bfXVhalNQV0TkrgX0ikUgkEonOOn34A1/90I/86EOuUkr/&#10;RJYp6OSaYBAZ+1IPvliOS84n7LVHz3OCqovpvRBLRiu+h5M/dNrpGnq1wjwSqNLRqQcMG8nV4krw&#10;CPrCNN0pdOfh9xacYcsdBXzE48SS4KyTUXkjJdPGJAdKDQ7HVZQM+krq1Qfk6jM6b8zkY8+95GSE&#10;+jhd5aRLk1kGRClJWMVQDVVF4Loxk/d4xlwTSuXRrpF2DLHcuIJuMYkTUlqvX++nGQ2LoOpioo8q&#10;Otb4e5fMmBDLiB3jGu4b2I3Ht34Kryiu+FS5iDxf+0cuxIaJ60GBalwDjyXWsZy6wMvuuuB7XbAP&#10;mAH/oAcA/MAPENpRZQGd5WXwx1YgP3wEfFjM0UPhHrDhGlgws7ug3DsH2Xl7wd73Iij27manKTke&#10;UwHt9uI1fA8hwCUT6LfvaI39OKcUPtZ54EXh+M4DjYkTZpuvifORUyt6nzE9xjpjTvz1KoyTNwy/&#10;2TpaAWaE5QSEVQMHJldmfK+gU9VVRJo/LyC6UOM7bweiJxSlKGObgezJT4HBle+I8H7zV9PE12kq&#10;acdfVjg6p5009yk1PnzlTA3oSMJS3d3Y+gDEzTdF+hSwm+8WGQrRuS6BfSKRSCQSic5KGa1+Ps/0&#10;czqZ3ovADxcdE3mpHBaqVn00uTcVmfD1l1GLkmY3HyQnX1rFpYk/VLGzuD1lXKxmdWBydhSCstSx&#10;ikAfYgMXJtuGt0d9/TK2Cvpm80AVyzZHIBYDOh9Teh0MBwNQuaHSSDou66ppLK8be+LFibelxzkA&#10;pLBltcME/ioPlGrAP2CHX0SEEXyk8t+6RNqnHm4qlvLqGva04I+KjsHGOflU8erUOO7BOMVzmbSj&#10;a8fAD3sVwsQyzAmWx21BMSNuRQzDuN8+6O+dr1KP67Mf921dY02FyMmBl0qek3Myz8Hu2wd+3/mg&#10;HuApEGPYGLtScx+2AVUHu2o36U7VOwAt8D019BE9ffHWFoRSY0AKnmb2hO+FQmexiHN7HVMuJcz6&#10;IZjl1fBW6oR7T4PFUntjoBP+FF2GT8bjVCf2ccQ+hq6k9yLdWp7veerx6QxBZkuJsi68nxFuGg5i&#10;QZhehjsgg+Pce9swzhlvuDz/fOh99wXQ//o9NHJ2q1DLxvRsTFAGs6OfxcqPve2P+9hW5bdhuziu&#10;u8NnyYy4+aZJx8LymrC8fmFpUeKCRFMhgX0ikUgkEonOSn3g6qW7XvSSR/xy+PYt48Bd6s3HBh1P&#10;PdRw4o7gjlx/vg3Xmk6fFrByjf54EEFBpIhYfmvQSYSrWQ1Z7iErw4KuPGPpea8Z5ngO7eV0U8SB&#10;CCQdQUuwCfgg/DE6TPwNGaKo/5lj+JBlGeR5Rmm5TaZFKcLpoFWzu9sk8KVq2If/s81tpWASR+dJ&#10;Y+Q4NMP5RsP9Kq047ku3j2fsNNzVM23F7f7WrZUepzAORGrhhwxdkNTrUEMexgBUXcbbcpnh9aYy&#10;Xj+21HM7hXsoL304WAxmwd5oW4UkLcBa/6wi+E29AVVMIc7ohsY+hmV4LJ+AQLb5XLECPfzRdhXU&#10;5z/X6h84bsZMzswnPB58uo7bzFOU4pTo7OZbofivvwsFHlEvXIe5Xlj2QLlrHvzMPKiZLqjduygk&#10;xM/Pgtu9GyA8bnpdgLkZsOGr6vZAdzpk/dUmI4ekMnl4n2acKhzJtks9J9XO9/zD1gDZU54BK1//&#10;q5hwe6J7cf33BAnxvZBCb9ROuBGbb21Pn2Onwsl3MrAP158NNyQm7Spx802T/i4sly8sLX5DhkI0&#10;TRLYJxKJRCKR6KyVLd1brVY/XWp4hvIM82LeBvV5U7Gs19mYKpsmjK5hAkvt6Mhdp6qm9tXTsZS0&#10;4nERrPnkxiJ3loNOhi4ghGWagjlyxduyROw4CTiVuw4xTyM8kSH0i2EbeJwE/rDMt2Oq/SFIxH50&#10;CPqybk5hHViGTMEeHqoJPZ+Xp3JhJgSqmh1TpWnqQQgMS1JaZgJJadrOyRkJrMRj87xd15w2OwaY&#10;BOfUaJCEr8BMlbyL2x2Bc+DXZQDzcdK1UgRbel0DnXC+eVdDN8+rYxqrwo6BA81U3bqLXLuvmxqB&#10;Av7E23nMY8BQ/bWBrcI2NWqBTHvyzZJpqEqtXSrh1qfun/AMdMPd8vVvwfCr327Bp2afvnT95/bt&#10;Afugh9C1U34HHGUIorEH4sc+BmuO+xvCagludQVg/0oVEBLv5taxmnHDHa+tycP9NpOHE5gH1esR&#10;FPS7L4BiNofuxRcDvPBfE9xNJfzbq4bzFd2FT3865O/6q+N2FRzXNzEBWHp8tFx5B6VUjdjPpNJd&#10;1bgvsVQX3XxdCeCYJh0Myy8uLC2+TYZCNI0S2CcSiUQikeis1dXv/rL/1z/+0MuLof5C3jFdDe3e&#10;cOQ2wRJbz6651NXMpayJ6BJLZaXosEN+k7hUCs6o/uEUS291DPJg542nfnmGegIqcgFhAW+WK4J+&#10;NqbyJsKAeIhgleVAj+SwS8eD29AI/MJKWHlboCMx9wQLyzCBd8mVyBa8cIyOwhOq6W2iAPGhmDXC&#10;5ckJgvjaSaYakCmFddQhxqnsV3P/M63G124m49NxZ94+tUHjl6zr76fjMTSiOrCEl4JXNHQMGrDy&#10;WILZBg3p3L21p+S+wwJV96AHEHRTpYMtV6q2Sn2PUwvZCCzeTPrsltV0jmIgSLgP9YeuieW84/ee&#10;wEr3mU+Hlfk5cqR6vf0mOCpVX1uB8tOfrd7Po8fhJgy1m3CO+IMd4jIAdWQAdYX91xjOh2XuaU8B&#10;f+F3wc6gvsa44kFedAHMPuFxsPK5Gzd1G6nW9766L9Xom2YHzgDiLxF2On1XTbqEE4RDgOEb89qA&#10;aKr07rC8amFpcb8MhWhaJbBPJBKJRCLRWa33X7305R/+kQf/VjZwv536XqUZYWY0JfBiKAb29CMw&#10;FF15zaANFSfZCNIovCOVp0agl8p2fQrzdHUWRZpQGkr91TG918HQGSjDtoro7iPw5zk0hGBbeLC0&#10;EYApdv4Rj8Ov4Q86E9E1p9ExCOhsUxTUQL3H0nm49XmnvumVi435qyTeFp3j0BDbAmfx2dicMCXf&#10;4uutc2PAS/TzbOP8PgHHKlghpioT5DnOhF1RXbStxkCNAykbgC0bVXnBd2F7RrI2nmslgeRaTf0U&#10;VQn+W9+ElX+4fqybrDm2+D7oP/WpcTxTx7ltDgxBB+zd3wG3cuIQTb+JvasxE6Nmum1+8xegeN4D&#10;w/sW+/7t4PXGEBG8o57/fIANwr7RY67eSBRSdIpuGl27hXdSzdM5UeM1dPHtVgYycfNNk74Vllcs&#10;LC3+tQyFaNolsE8kEolEItFZr5Vjwz/QRv+kUerRyjB8QScbpt6WuYG8dJzGa7j/G9Xz6Rr+4awR&#10;HXJlWM+WnDzbhAXoEMwpAIDLYKlvWHLMxbUoDRcTQbWn/eJznTDRLMNXBH5F+N+gxH3wBJwcerE8&#10;mJyBFHKhYhowP1ZqdrbpLKP+dZTXq0wrBTcda4NP0pFjqaPC/m6xx1k1WdYqugLH2cf82Om1d5bg&#10;Y0oubpXDRtNQMzmUn2d/FIV3pJm5ajgvY+hJe69x3FVawcBw6Gi/5Jw0Zp1BiXoWUk/EsE5RVEfW&#10;7u1Vp61uHTL4qkSye/GFUM7vCvu2rb5754qojFpH9yg6UN/5TthIR/v84vPBf/dDqWQSr8dOpMDq&#10;cP+7m2+ConkPwMntpnnvpnsn4cr0+PDaa0H/0PPBZye7t+Mr3c/6MZdB54LzYHjPIepL2Gkg6WYH&#10;gtHzqM4B0309xMTunc0jwFATpSeXFgOcXK+95tEbaENYP+b64/e7tCFHn2hqhLfBm8LyXxaWFo/K&#10;cIhEAvtEIpFIJBKdA7r2H+4ovu9ffNfLjFY3cGUq95grcw1F7qCDIQ8I/XIEbYaeMwk8xXJddNkh&#10;6BsWDqx1qY616oGnbZhsdzRozYm3VVCEYoccBlnwj4qa7GNwh8/SIzwXQRcduvN8c/abAJqLE3Pg&#10;MloK6kDAhl81968zJuOADw8VKKxpR9vVuM6tpuOxpZWq9Ny05mSIgX39DI2ZqnrtVXSRCUyEcMlX&#10;WDsLVaJzjcNxY0MOeKx8TFv1cWvpeqickz18bCu4bqZHYSOuBSLX72HrzqMmSMkf/jAow3VRfvud&#10;a2eEYkpt5jNQt38J1j79efLo5TDZTYWXpPOkJ8KA7n3Xuj22Uw6h0j/fSseRwfHdXRvdvR57J7Y1&#10;vGUJZo4dhXx+FqzROzn04T4O7/feDHS+//tg8P6PEDx1mxzOlNZ8KnroZdS0M4PmRwM7Jfm4y8ZR&#10;bOWWGC3dHQV8zed74cNhN35eSQDHNOm2sLxsYWnxkzIUItHkv9tEIpFIJBKJzkp96pPf+VR/4N/Q&#10;H3roDwD6RVgGDoZDC/1+CcUAFwuDviWAVDoPFktpw1d029mwYPhFGdYf4nphGcbXlWF9Zx2FaiBQ&#10;QhBCPfswuILsXhSzC64E2g65Ay27ogjcpXAMzQ5AMhbGr4ZcfZ5dRIrLgU0M9MDefTo39BVMgoqp&#10;X18DDoyZHid34+iEeXTyn0CfH6n3q9uz+dYGlJq409Z+Egj1fmOzfCoV9o4TjOP6CFCPheu1OnQw&#10;QHuk0uv2XYeAYBBLGc/ct5atykdY4aDpplJgH3kp9VvUXjdKo89ukW80pi47ur9tuO9XwF35Fig9&#10;Ostawc3rJhQ4RoPHP5Edrjs5eemvgrv1S+v69e30VSjwHvvG16HYYbeYchacNuE6hHH8vu/jVGBo&#10;Q66NyLlTd1/a+IsTBGxZw1nbx36l4CuH5JZTq6EdtpGWJoDHfewN43YewmYBfdOi8Dcu/HZYvkdA&#10;n0i0XuLsE4lEIpFIdM5oOPCvCV9eGOZ7l6ABzxlK7IU8A3KHdcOSeU7Bxf8jmKBgDhtBX1iKwtK6&#10;1A9Pcxkq2gAJhqHjD512kFJjqcUWQR+F6bROh0m2pYJPG4MuYpEbKOspLdhQta+i7yH2/iNnXMaQ&#10;D1mCpUkzULIvle4S53K0JQZ9EThE4MjN7SACO9XoMcgTfqdjirDnEuKUTkkTZZ3Sen3aJMMzqEsK&#10;FfUZ9DwuycGnGFZSr8MUvtEo7Z1YFuyaDsMEalzlCPR0lrHjm2OnpYul0DrrwvEwoysGoCpv38nD&#10;jlGQlxJd3cMeyu7Ckq9pXVt8Mkjj9IruKqeo7BvvQNcfgP/j10H/lq9Us+rjCV2f+qGXhqEo0Za6&#10;vTAp2jlzBOr33APD1eGGnH3bPkYf/wToRz9mZ3cSw3AoNfthj4DZPTNQHFmrrtH4O7/9lb6n3qOc&#10;bI1p3juZy0t9PR/xSNj9uj/A37CAH/TBrR4Dc+wI2JU1sIePgFk+Cm4QnltZDctR+grH1qDs9/kX&#10;I64GeK5R3p/ec6O/M2h8CsJsOL9dWp9zvTNFx9VnwvLShaXFf5ahEInGS2CfSCQSiUSic0a33HTn&#10;8iMW7ndFmCtfY5QnqGYNQipFnM7ZAvLwNbfRvaQ5LhQnm9iTDl191rKLL/Wiw+buWI2L5jqtGJrh&#10;EjZLrjwM5cA+YpjMiu4yhH6YZYE9yxD4oe0lJQDr0tHr8gjT0L1HJcLoTjMqNrnndW0MqvA+Jf/W&#10;ZcLM7eKUGCe5LuExH3vIqYb7jzEa9QjEP45hoCPHjRqDfBqP+fRaF85fVRYjDjRBCKeh3ZYt7jMR&#10;GA1tx6CGdUmvaQpPWDMGjlAPQM9gkY7bREekyjjVN7r7uIdg7TzUw+FJgz4/Ie8TgQM523bPgb3o&#10;QWHMM7A5O+C0V+vJy1mg5rkitLTGMsxcK8D84e9D/zO3bChiA0cpf9JjAeZm6Hptd/CpwczrcE8V&#10;4Wi6tyxWoMedwiGnctRPXgfq3/1bMLv27dj1pt8tJKCed8A899nQv+qa1q42cnd7AqSeOfQpGCDV&#10;yUE9+KFgNf8aIXOWDhRvBaXxFyB5OC/HfS7DZwf9wgTjxvHdWpTgywKytT59hWEBfu0YuGPh59U1&#10;cEcPhmU1fD8AtXoE1PJR8MdWwC8vQ+/uQ5BZD6Kp0WpYfjUs/3NhadHKcIhEkyWwTyQSiUQi0Tml&#10;L/3zXR96+KPvd5X38BPaMNyqwZeiwjIEe7gYzaEbLibjlujqw0RXCoSIvf3COgi6coR+WtP3qX8d&#10;g74wyUUI5Q31yTKKi9kAJ63oU7OuLgMN+8w9xPLS6IaKLjyc/aIDD8sFyS0Xw0JUtT53wCffGpaP&#10;tgCTZnTXSK9IJby+Ad5qGxQGeNABEF3wcR/N1n/ga6cfuftwA5btN+S6w2NJbkCyB7ZjNjQ1Q6zd&#10;fXz+6rjeNwR6eN41NFScKJrFcJRs/D9dqZQX/4Tr58izeXJlneNKc1PPtN4D92EnQeiHc+64Dt9f&#10;50BjHCxNR1CTqwLUO98Fq5+5hcvNNzCWxKWf/L3R4bj9fjssacX7CVvlFV+4pbqdT2XHRByL/uoA&#10;zvvqN2D4uBr2bff++f2u6vfwk58C5qprWiN6IuiXeoLy+1DBqejch3CefnliS+6fqfEXAfz5lXtG&#10;5RhA5MP3zujoIM3BuBJUF++ZGSj23ofPzUOE+rFE1/I7kHqxhtf4/jHQ1/xvUH91HYCAvmnSR8Py&#10;swtLi7fLUIhEJ5b07BOJRCKRSHTOSXn/8x78YTS8Wc+9+WzhoBji4qEccC++QVj6awUM+iUM+0XV&#10;n89ahm0quvdwKtoJXzvGQB4msTmFEGSgfQ5UzOoxwAKDNAyl5eIfTU4/7laFQRvaOjBh0bR4eswg&#10;wIDaNahi8AaBPixfDYu37ILJwr7LoiTXIJUKJ+eO8o302gq9VPCtmjCn8l7gdFvuR+fTThlwxRJe&#10;eggn777ejq3W4aJb+hNDTCrQV7kRY+JwLMq1nILSgg7E8RgBxCNXUJv0oh0JGaKuUlDCtcgBwLcd&#10;fU3CURYnDV9O1INv7Z+/CcP/9Bro3XQLFK6gkusSzwJLTDH8Be+3xmVoOxnPLNsfj6Gmr86E8T18&#10;CMo/+p/Q/8CH6EjLEwClKigBna+XPoptaWr74YtTfEf4vgV32xdPS5fEZCEq/uFjoPB9iEE7bmen&#10;UljG7i95AMw/4PxN4VMaK8fuZH6f7vDnLS7RzqlN+izjzw+8twqFv2LBX4VoDkgK94nBjgjUAiAP&#10;j3XoFyaGfmXhKYxIN24lAv2UUh5e+8VPgPnVV4J61yepjF40FToYlp8Jy3MF9IlEG5c4+0QikUgk&#10;Ep1zum3x7rsecdmFvxxmmm/x0eFiHffNKyI4QARFM0rP4Rxo6LOWAQj2+FNoYssYfJGzL0w0ewT7&#10;ciq/9TYW1Xr2Pyly+YUJbAaxXE0RCPR+SEAIKZ1P5WsRvOkUSuu5pBbBZAJ9CB2xhyCVCof94my/&#10;PxhAd3aOYB+6+wigYSps7JGXZZoci+2ZuBrzI/cGpH26BPFiErCDKnE3lUuWZRnGx3GDwggPqurA&#10;xOU8VNCuyjCI4SS+ZACWVem90THmuWeixyCTDF198dip4WJsaEiBEY5chdpk8RzWQzNFASl2Q060&#10;9XBkfOnuWPCEcPL2b0Hxa78J2b55yP7l88MU9Llgd+/m8BR0gBK2GL99n8boFCKrSZBRe+7Eh85W&#10;c9ON4F/7h1Ae61eOOXUCwJPuj9nHXAbFhfel91O2A5ElqaxV3f0dGO4/TPvebDrtSR8DMPBb/fj1&#10;MPdTLwZz4QVQmpES7u1Qs+o9fPjY7izAi18C5vf+aN24qrHXOj5uXVX4z2/Ine1uqJpd9apEcFV/&#10;/KgG+W5V9o9/vL2p8Pm4cgjMe/4E/DU3yV9w06WrwvKqhaXFu2UoRKLNSWCfSCQSiUSic1ImU291&#10;3v+0VuoZKpIr6qVnYx+6WIaK5awE+kofEywVlTRmXUWuOoJfXkNuMgJ9+BWLCjH8w1kdiYfmaauK&#10;LiedUWgHutasNwT/LEb1+maJamxHH+fjltaBCvJhCS/2D0SYgNvqZDkl9SLoQwchnof3TezCpckU&#10;LDKSmFsBAKWq3VOpsB5J4fUMq1roK4Z0ZCYCuNZkXLEDMNI93dxfdPx5phY0jpVc/Q1COt94zCcu&#10;EKEi9Tp0HKJCbsmJtAGvZbnl+2UziCqtWd67AvYdV0HvPe+F/AUvAP/sH4TyfpdwOWMr0mJ9vIA/&#10;pcBvPCbCPmqltTD7kY/Asf/1FhjGVOjNAFMEYO5ZPwjQ69H7plRcyr6tR6/4fQCf+0yravMUtaOr&#10;blnqZ4g35a23gL3wWdsP+kbP26lwhcLVePTjw+dRRs7jcXfTus8+XKcs+YPttNZxbQSin3id7PoP&#10;AfzFVeDvGshfbNOjb4flFQtLi9fIUIhEW5PAPpFIJBKJROekFm++yz/m8fe7PHz7hTCh7Fadqzy3&#10;niO2pBS7+kpqNRXDJzw58ayJKbVoaAt/sDRXqZzCOHAtk9Ij8fkw6beae+0R2FIZFcki7lM+D/+3&#10;kGHKJjaf8lwQqJWlgAssc8V+gdirr3CcHozuPldY7ldnuMwS+wNmmYkwzLNbR9UTZipttW7dvHkU&#10;/KW+f9RPMDrpfIR4laMvlhOnvn8EEGIqr4/7anhuYl9A7j9Y9fHzI2EdwCW7XE7MkLDqFKghFQaH&#10;8Y6OSyxDdAwMXQxUMQg5m2XDULv8iLlieSVsnm9s1oumG5m/6PRbC9dKXf0+MFe/H7KnPAH0s54F&#10;5aWXgtqzi+4lvGcsgTQXnaDh1brtTVMjR3RiMDLxZFqr817CnWgLuoeovyPCszBW5tOfAn/1e+HY&#10;0jcJ9KXU0+aRnWhkMMBGLyxEI2ZykW0/NPJ2CGU43tOp5EEbfvazoJ75HA7G2UGYRn3t8ANofg66&#10;T34SDK69ITqD11WIt+4QcmaWQwLgTiX33Okasa2vow/cAfptrwe4Vio3p0xvDsuvLCwtHpWhEIm2&#10;LoF9IpFIJBKJzll94fN3fflJT7not72H3/IpkTb2pcMZMf7s4lcVbWRKq9gvCsETluFycoZziqAf&#10;hXG4mBZLQR8Mv2ysf9UuWvXC6zhVtgyPcamvoVl6nMCTg66M6bsehqWHgY3gr+BUYIR3CVBiSXCe&#10;m7A/w+4ixSm+qZ2/MhHPtII1oAJ9tjp314ZlWrVhIME0VyUVY5mv1gwl256/ETyF29ep7q4OBeAK&#10;Qk+AKWV2oFPRx3RgTvxQVR9AlyCi4uMkyBi/pp6AkwoYEQj51t53CmH41teELEoExTd8FnxYOuEo&#10;8oc8AOBpTwP1yMtAXXIRuLldYYwGBHkzq1tWSK/Hj61qNlxrMdsJ4K/5sIvlldpxmAyC5q99BfJP&#10;fhaGH/9bOHbgWHUGKdRkM141vHfnnrgA/j77KjCsdsBrh8nWav/dYBe/NvFUt+/ajt9+ozIdius+&#10;C7PLh8HP797ZiRr+MgIhd7gHyuc9E7JrbwA3coyj97mO96Gi31TsfPnujih8KGcffRfA2z4MsCKB&#10;q1OkL4flZQtLi/8oQyESbcPfITIEIpFIJBKJzmV1e+q/hfnyT9oSLqOefAn6xaRY6p2H3ieqX+Tk&#10;3cwommhz+IahdZ1V1NMvMwmmxVLgMJcuaMOagIfBfn5eRQdhCsPgUlR0eBG04oZ5UGoue8SedmXY&#10;WFHiEst4C0tcC/t2oQMPE0kpOAS4X59XNY6gPTRNfbExvlL1OXpK8HVVDzyVnHpVTWDbMbcRqapR&#10;nyKI5ylwRFWbaoOTRv0w7lurZo4Ib8cl4ORbpYq4Kl4TTddkPOKhtOBi42BjM336jjsGI69Ovd3W&#10;wqODr34DXFgwxiWfzaH37GeAe/xTwT/oEhjsPQ9yb6k0Ga9vO9F3ElR1GzivBshljgqwvALZrV+C&#10;4Uf+Guxn/pmOTUUwVABsqc9hFQfzpCeDxXTqSZRsW+CPA710O+x40gRMhn1N4fsavnMHuIc/AqN4&#10;duxYEICrcH8oXYB+yCMAcr7HS0qcVmPvv7M9siL7xiLAW98EcNN++ctreoS++teG5TcXlhb7Mhwi&#10;0TZ9nsoQiEQikUgkOpf1yY99p/jB51zy8sK460wJCoGZRVCnuQSUKhsNB0xgOS6W22bh5yw3kGkd&#10;k2k19QrDSX5qg+U4bpZSOUvq61eSbc1FakNuP4R9lpMlMaVVE7Bi0KcyRw4vQyEVjLfYKejJ1Yc9&#10;6mjf2lGZMbr9MICjtBzkoY6DaFQMyagqaana0MbjguorAjfVQmtpA6rhoOPnXCMp16NDjHZQF3tS&#10;aauDKgG0gg/ON1/c7iXYBH1xXyk4JEE/KlvEgBSj6jrjMRiGMn29jeENG+uHt11REmpk1opKCMhE&#10;aDNYHcLggx8Fdc3/JTCWPfACcA97JLgHXAL6gZcAXHQR6Lk5KGd64clOvIaanKHjSmO9KykRmjmv&#10;4z6S2M+x34fs3gNgDxwAuP12cDfdCPYLX4JBdLTaFkyCVlnoZhkdZiPrR13KpdzkJG2kLccy51Y4&#10;rzpRt7nWxamE7xl7660whNPcgq5xaP6znwf9sEedgr1RlBCYzhx0nvA90P+nGwmoj1/TV88pW0af&#10;rDorPqfVMNy3H3wL+Pf8Y/iwk5TdKdLnwvLShaXFm2UoRKLtlcA+kUgkEolE57w+9nffuuGHfvi7&#10;32iteyX2f0swDRwjswwhX/gOQZ8xmtx3Orn8NKMn7KNXahsm0yU4gnZZCrAFby0nxip2z3H6r6Ve&#10;c/gDugR96lOHybpELAxkGQZ4WEowRceOV41eXBFs4Us4KZhqh8P3Jb1Wxc5qzb563DsvRfzqyOy4&#10;8M/7Rl88lUAhv947Xpe+9z6CG4Zr3OeNS5vpVcpTqAYnbmQVu6O+cOQcVNAmPJO6i7Wm+tV3OkE/&#10;SjfWHBgRdt7p5PT1eAAGqesoAp1U7rpdoG8jCalNYUkmxgzk37gH/DfuriCbjldUdzIw+84Dv3c3&#10;wO69ALPzoGd74LsdvJHq/Q7DPbm2Aq6/CubICuiDB8Af2A+w6gCtMZbxJ/1j3044vknfb2Rk6Lqc&#10;twv8/S6moJcEDSkEJ+zZJOhdgUpXwWGvNgCgVF3CjP0G1ec+f0qwldrgdR78w7XQ/YkfA29mNnzt&#10;t3Ys/D634drnz3sODP/pxnXvqHH7xbHDTyKttuLbPLUyi9eBuvKt4L+6LH9ZTY/WwvJrYXndwtKi&#10;1GqLRDsggX0ikUgkEommQt1e9prS+heWpbtYWwe55ZpRdPRlXhPs6+iMgV8sx1UE/WKvvZh2iyY1&#10;dOPFSAuCUgpLcWkG7gh2UApvBIBchmqo2T46+SikAsFZphrFlNG1Fhd0dBnDScDaYPIuOwaxPBiP&#10;ZzRBl62CEQFUFi3uP+gtuhMtg8TYt49KlmO5rYrBGuPIjwrHjc5CPixVhWHQdjcIRQgOQuw9CGw3&#10;dMpHqDcCKAg8OoYUEMM/fAw+UaYeqzEit2VZTjimMwd2MKqNfdXi2XAFc8SSwwL8nfeAwgXqwIxx&#10;yEY1tpnWa+bguvjcTkGy3mWXQWE8dAqytkIR4SwBRh+hnnfV0aoK8rmRs4gQ0NdzftUAgtnhZRjc&#10;uX/LDsTt0Dq4tv8gZN/8FpQPffgp2T+Bz0svA5jvgl/ZWCptO637zJNeOQTmPX8C/pqb5C+o6dLf&#10;h+XyhaWRJpwikWhbJbBPJBKJRCLRVOjD7106+oKfeNgVpVEf9KWCMiw6NpZDZ1/Hc6lo15jw1bCL&#10;TDWDJtja5jyDKpMYhQFy8CWYRuAGXX0uggvP+ZiOynWj4wrBn2MOUpJzz9X4I6xjNENAY3zldEtu&#10;u4ySXZtZqaM5rrF8MpbVVocQXVK6EciR3HvNV6sIZTCARClXbxWhm47ISasTYBEOBvAx+MQ3YjPo&#10;KOI4UXJv4xTqlmw8sLj/wsU00WSjnNBbEHsGUo12NQYb1yaKSze8reM9n0Zo3BX0I+slHDwOco3u&#10;y4y8Nk9js4Vjbb5mUuns2nWfArX4UvC79oCemwWzdy+4uXmwu/eAv88eUPPzoGZnwe8J3+/ZGw6o&#10;A76TgzMadKdDPyu6uux8VZqLninQJQJicpHeeSdBy60kLZ/M9VPHGRtMz7b/9E8AD3pweF9kVX/M&#10;dVvyI1tRW7vbaHxmZmH2uT8ER9/74caxrAfn5BKlYB129qoz0N2XXf8hgL+4CvxdA/nLaXp0OCy/&#10;FJY/W1halFptkWinP2dlCEQikUgkEk2LPnjVV675sRc9/GoL8OME66g0lmGf9hzSgY6+PNOQZSaW&#10;tbrohlPQMez404qdZxS6q9h9hz9jqAYmSXpfQzKjGNNgn70hEj4XQzFULNH1JQwRUpUcnoHbMRk7&#10;4Jgnhu8twzdcrIuJtzpij5hSS2ANVA3OEqSMQR60ywbYS9/rCPwYEDUQT8Mkl1x97AQ0kMqLlZkA&#10;Jpyrk3Yb6EM14EcF+iCmIyeMUjUbZCha4DUqHPSHNRFMx56CSGry4Rr7U61xOJG2Age3ogkmyhMe&#10;h9rgY02UtNHi6XHrbQSqlTj2h47xAm1AmK63gTa4xJJ2LEIvOxr03Ayo884DmJsH2DMLbs9e8Lt2&#10;gw5fze49oLCMedcesJ+4rgKkO50vO6mceTSZF4+h//4PQ+f5PwJq716wuoTMZeteMVqyrLYYZIJI&#10;tAybz5//XOi8729g6P1xrz8meVfX148w/dMofeAO0G97PcC1t8tfSNOl94bllQtLi3fJUIhEp0YC&#10;+0QikUgkEk2VcgX/3oB/dun9HtsCHrGQEstOjYcs4759KvqlsKQV+/fhYzq6eNBBY6P1ylPPvtgf&#10;L2wLzW8IFA0wLMMegYUviUfhnuwgrFlaKJWn/n5YIqzCkmsuq6VSXUXskFNvFWMiBJAUx6BrhxsG&#10;I2DCsMIdRpiIJZE1FIOq3x1N/BtQ0MVtcKls6uPXLttN5cEemqWBjf2PYAdyBYJbV3vq/XGcbMm8&#10;p7jnoGM6yenEwxKGRdPzNqYE2HEZr68chBtHcuocvdfdKT7HRne+GEzC/QLTbYDLgCBV+G4Qnh0s&#10;Axyc3KeteaXTtks4dSEdk7hcerwcFNC7ZRHs054KpjCtROXqPaFqiK4iruS3jW8FmpxIFris357/&#10;YOg8+bHQv+HzY0vhefz5zcSJ3DDGdXg6bkYL2UffBfC2DwOsSIu2KdJ3wnLFwtLiB2QoRKJTKy1D&#10;IBKJRCKRaJr07nd/+a7c+1fnzkOGibcWWg6z5OSjJEvs3ZcZcvll6OrTMbxDMUwqo4uPQCGm9SLU&#10;UzzBNprLcdGlp7WjBf8U0ck3LAsYFCWBLHQE6tJC7hx0LX/NEJjFMlhutK/IrYMUTEca5pnqcd89&#10;E92AtH/XwBK+cvdVIMLUvfd0DFDgSj/VgBJQAQNc0MWlXarg9VzS7BzUnjzL/3clQTpXjSMQiPTO&#10;VdCEHvMMg3zMEyE4Cpr/kNNSM0wtHQwHHuwwW38eleNQcUhEaasU2K3CnbO9tsxD20k36iT0IwvA&#10;9oNAA3X5McpucV/NdR1sbxmv38D1Hjd+zefo9Z+6HozD0uRwjxtMz/ZUUo6fA7Q4RyDfUyg1RnkX&#10;YSmpWSjvn98IeL8jLfStPTf25/jdMdSroJ72A+SOtPEXDmntrHKz4vuqxEYA63toNs/eN/a0gzd+&#10;9o1FyH7jVQBvukZA33TpT8PyKAF9ItHpkTj7RCKRSCQSTZ06Ht7irHqJtvB0FR1lGIqBkElFAkU9&#10;r7xj8KR0nFTz5LrqO+c8OfYIZmHfPuy956KbBgM+DAd4YIktWueo7x+/mCFhfFxXk2528FGQRtyH&#10;jyXACNy0Nlw6GZNzk3VrnIut1doO95XKcOPx+HSu2kcHkKIk4nrer8dilwTwfAXVRvcebXmOoydi&#10;wTONbyonbq895vWNc6BhQFdkTJqYhPLoOjp7UuBKyVtjW+Sn6Hj7n78JZvbfAXpmPrw/u+C74f2V&#10;Ie5EqGWIYiOAx5AdfC9gGT63AbAM6/H9GN4aBZTUn1A5/pl6XTZqbzHUxnCjS9CPfkTyG68DllXQ&#10;i+fIFkUbSwjcx9c0XYf1za+2+cqpYR+ya64E/+5PYJNDeWNMj5bC8rKFpcVrZShEotMngX0ikUgk&#10;EommTn/2/q/5lzznIZc752923neVZoCksR8fxMWTX46Tc6n3HkM/H21pCPew55/FUtzwtQw/28qF&#10;x6yLXHAmTnKpgo+n2UaxQxAJlUUjXIkOQ1+V27FHjp2G+L2NjkOyC/q2Q27CNJt3qWs4l+b/uB2t&#10;dYUFqjJez8dfueUaMReqUUtZQUpyDOpoEPIM83RMzq2cQ75qUobb5LFzoEzW7rU37vAjmARIrfhM&#10;GM98YhwrghI3tBUC2Qxa2EzC67mKLNQ2naM7C899i230SMVyH9zLriBAl2Xhk2O+B2p2BmB+L+i9&#10;uwEwrGRmHrLz9oSf94bH58Hv2gV+PjyXh/u50wHV7YDJDXiTcymwg7onZ+X1QzetoY8Tv+cC6D3u&#10;Mjhy4y2tz4FmWjG7goFhonextadqnSV9pqjxpfgnK7N4Pai3Xgl+aVn+wpke4QfwH4bl1xeWFvsy&#10;HCLR6ZXAPpFIJBKJRFOpd/zdV2970Q889Hc82N9EuIcpt3mYaecqC99n0M2yCP0YzhECTBNo9OV4&#10;y2WtjqGWVy5CqVj6mqCd5TLfBNWMMVQOjGW5WPqKvQCdKxnEoVMQczrQchcTdLnc1ZGzjSCb4u03&#10;sigYrTV+Vok2Vn3B1LoQWwJ6WsWwARUDQ6JrELjvHgd/OIKgXN7sItArw+uzSBUUA07vY/AIlxor&#10;VRdBaoQYhBpMzN/g/oTV0WOYgGGvUiu8VHHqMQc7aHqS+heOARN4DsoXBC3cJnGVOu5zKm7/zMV8&#10;fpOPT1rneOMwDuLpDaxzou2eCdpIKIo/AeHAkx8Ow/8OrtKi4N76vTlh3Lh8XUG+ewbcrt2Q3WcP&#10;mPueD+6CC0Gffx+Cg252DtzcLlBzs6Bm5yE3HSgzD9lTnwbZjYtQjgnBwePJiyEM8P2jLYFwfB+r&#10;mPKN5cT4fnMU4oHvMUNlvxwQlJGjkAJ/8Jcg5ApOaeGNLoHrLLrxFwzHDoF5z5vAX3PTuUvGReP0&#10;eWA3340yFCLRmSGBfSKRSCQSiaZWRel+P0xSX6SUvkzrLEyMDdDXCPdwIk4Tc8+uNEeN6uKkNppi&#10;sC8fQkIXXX2UQ+vR6UdcjEr28Dku2QUuCQ5Lhi49dN0gDMxVdPOF19H/NW9LxbgPcshZAD1C7GB8&#10;0qaP/fx8K502liprVW2CntdmLN7gQA8VJ/m+ctn541m3iChG96FqQogY8KF8dcxMGV00MWmGfCkk&#10;xNWv5PLiMMYdQ9tXk5x9+HK78X5gG3HzVT3VzhBNOpJTHcQBcHY2/vZnyDEUI6k1/SPHwIdF3XEn&#10;GLiNHrZxnSz15GMTLWSzGWRz82B1TuuMc/jiY/3lZZj91h1Q7t4F0JklV7ALC8J/dijH/p74+WIZ&#10;8qHK8DmjEAwixHfcQ1B7Q8fhdAN6Ky415o9HvuvyG/4a4M/fDf6ugfzlMj1aC8uvh+V/LCwtljIc&#10;ItGZI4F9IpFIJBKJplbv++TXin/15Ae/XGt9HRXp6oycM9i7DsEfldl6Dsmg3vqubp+PMipBMAs2&#10;0qMBuvMQ3VEvP3bMYf8/dNegg8YQ6MshJ3cfAj1aO0ywFZSYNeoLBoux9R1XDTPsw7APH3sE1ugg&#10;hW0gY4s99GKPv9FYBAZ9DeA2CglUFc0RIaKvaGJGcM63IF4NF1R0E0byiPup0n2hVRJcQw9Vpfs6&#10;6mGmW6AvASx0FZrwL9ZObvj4J/Xswx6KxfCsgT5b0WahnppwvuokxkFPOB6AnQv82C6dTLnuyexr&#10;dOxNozveqHsQAZ5hDyz9XEbcbOIvGexKCcdWDlWvHX29ie+25W/cBf0rfoGvF761OhnoPbOgd+0B&#10;NYelxLOQ7dkHsGsXKHQQ7tkNenYGzNwucLvmAWbnqMyYHIDhPVhiiwOXV+nkVboH7vPAt0C//Q0A&#10;H/+a/KUyXfpYWC5fWFpckqEQic48CewTiUQikUg01brmn752w7952sPfqJR6ZXLdYRCGw0mtd5QG&#10;S+AOaZ6zNNVFN5/Wnr7S1FqFybDyBOuoiBRTahvOlzQx7ygDGQLFsI/cGGrL5Sz3urPhX2XWluDC&#10;Nq3lPn2UYkrltkClvsNhATr2uyPnDdb8EqCLIRgq9eWDihSmcl0qzfOMB5TybTdgDP1AR6L1qVde&#10;XSqcGvuXPgWHAKULW6Wj60hVXxkDaPI41idvCHam/n5jgUiK5Y0PGi7MhaxjIO+U0JlJQQMNWNUY&#10;X4IkRQGRbWy6d1yzXPdUQqHNHePmHh993sPWE231mG1t9jhOlSZdP7UN2/ObeE0ysOoTvN63xlmt&#10;+zk5hlMRrW68ZvRcbSPPtyrxxYveD++N/hGAu49MPF4V90e/vsAehB0NndlZMOfvA43lxfO7ILsg&#10;fN17Huj77AV1n/D1xo+Dev/HJGV3uoQ30S+H5cqFpUUp1haJzlAJ7BOJRCKRSCQC9ZowyX1hWC7m&#10;mTSDNOzLV1gLZWHBhp+1U1TOho348yxMylNPK2B4hvDOeA+lgspZh0EcJvxBuNfFJcugk2fc0y78&#10;V4YXDal7n4cirFeE7Q19Gb6PfbIiQFNGV8EaStUN9lUDJfjUNy8BKwWNxvw6uv9GXH2qmaybCMX6&#10;UmECjCmnV6sKZDBM8NVxrkcr4+eCykevn4rbGamr9fHUO70MXGmh2zPU33Ay8MJrVsbXKtisb62J&#10;+HYSWu0ESDzRNtvwaOtycHaW727rJwVs3hHpz6LzSoAQ2xS4voPl/jLAwWXQt329dT7d8MEyT05l&#10;ybCeMr0/LFcsLC3eKUMhEp3ZEtgnEolEIpFo6vVX/3jb0Z953vdcEb79IMKwobXcP68sYFCUYbGU&#10;usvQTkMPcvAYUGE8OfyIhmkO76DQjlhfhy6ZHjn5DPRMB2Y7HejlDK1cmCQXCAZxX07DoARYDfvo&#10;lw76rqT+WJxOEdNxKe3TYJ9BdtCF15osb7jbuHRXVa4+aijIDE3pWJKr16GH1IOLIaCqJv719L/R&#10;b6+qPeSYX8UkEZqIqVpF8faUbqK35DSKQKGxp/S/JnTTeRi/mZy+7/XiOExgC4RBh3ZDPfbUWQhj&#10;tksbgVXHGx93Do3Dia5/lWwbz3srWMufYGzPFI2WFTtIed3tx/D7+fD+n2/1+hRNge4Chnzvk6EQ&#10;ic4OaRkCkUgkEolEIoA/+8jN1yitr8YUWucsFGUJg7D0iyGsDYdwbFjAymAAa/hYeL7EMlauZ6XS&#10;W4ZzmkIwsjAR7ioDsyqHHk6MOzns7WVwXtfAriw8HpYcwRVWCJcOhtaF/diwnzLsZxC+d1A0evOR&#10;CVDV/fZS+a6jOtt6mo4uv9q1p6jHIJcmN2CDjmW3ceGEW4aJaUrv3aizj/sPYimw9joCN8YAdYhF&#10;AwlE1yKX9RpeR9l6Hd1GDOQZTP0JtY8LJiQrmOlo6FIpLwemNEt3VQKhOBaKKG08ko0hFRX/NLEF&#10;Ojc7Yemefx7MP+himN3bo5+z2EeN+xqO77lm45LOzMXFx8fT937M99B4rHlVR4GMh+PDOj9mGQd1&#10;NvraJvA60yYOk87Tb2AcNnZ/tCdNaRw2uk21weOfpFS+W99fHuwORcYoaPcAVI1zTuqFe/++OhPQ&#10;N326MiyPFNAnEp1dEmefSCQSiUQiUZrQG/j3SrlnO+/3OF+AswUUwyGV8RbI9cKf3MXkXU+t/Bhl&#10;UX8+Qm1k68P1svC1ozVNkGfzDGZoYUxUYNoHAsWw3cGwgLX+EFZWB7BWlNAPG0UDXqZjuW0MyNB1&#10;dAZAo0cfPRLjbVUsJ65LeRueuuiyo++b7fQm1H36qvkfh4xQLi/17ONkYa85SRgDNHQL+o0HCb7Z&#10;aSzVg7p0PnUtL5ZKu4g4EEAaCujQVDqdwN4kcqIqeHhiHNI8Xu51BjC/bxbc5T8H6pEPhbI7Bz7r&#10;AgwHYLBXYrheam0N4MhhcEcOQffoCujlVbBHDwPs3w9w8CDA2iroY8tQHAqP43VUXBHd6p/WkB0B&#10;LLpxdRP0OxOcYOnIzxZXn9rEOZ3sOqf6GpyWz8WwzGn85YX4RKZMGLyBARwfk6EQic4+CewTiUQi&#10;kUgkinrDez991y//1FNebX35p2UZe/AhvFMxiCP8KZ0D6xj2OYihF9ryOpS4yz39MHW3lxnYZRTM&#10;dTMCf5lx4MoivF5BGXYwHFjoI+hbK+BY+Iqwb4DJtGic0eFrpqvcCtUIuSCo6BSV59ZON1cDNcX9&#10;9XwMz/VVIaJuALakkZRcomx1Ci+tEct7vbOQdXIYljb2A2RU5SLUwvX9hDrRqgrYNz1xER4k62Gj&#10;vDc5mlLASJblBFk1+PHAD92OrgYjm4FkuP7uffNQ/OF/Bzj/QkxDIdiKxkmV52B3Ke6PSPu9hE6B&#10;Upqjw1HRNXK0IeztqIoCsnIIahiWQR9gZRnMoSOgDx0Gt4aQcAXcPfeCOnA3uNVVgLU++MNHYTh0&#10;fAW9b7nIxl+p8Y9vNxRy5+h7fSPj6jYw3ue6uuEzZpfS0ptvuoS/h/gfYfn1haXFVRkOkejslMA+&#10;kUgkEolEoobyTv6WzOuXaICnZ2SvcuyYKyya8aLjzjWQgQdDkE9TXztlFHQ1pu1mMGPCRBkTLTMH&#10;mWGvVumG1AMQe+/1yxKODYbQH1gYFgWDIl2n2rroVtNDS2CPCoedJaiH5bkuxuWqisvZKnHXqzph&#10;l/r1NUtox1AM7tlno3tPtSx/ShswOkI2dPWF4yzDRvJMR4DH5bdUSOw0WNwnOv+YiEaYN4KhRkqF&#10;22skB2IsZQ5jpVVO5zzWiEjgzYErali42WJH9dKXA9znfCqURMrr01hxkXEbMI44DHl8NY+bMQAd&#10;7DM4W5dpunoGTcnLaQjCuWH1scLrWPahV5SgMBCmP4DOsWPgDx0Ce/Be0Gtr4FdWQR28B+DO/WBX&#10;V8ENV0AfPAp2LdxLdA829jEynqOjPyloI90WpjHj30qy8dmgSUEmk9J7J62/XWEd7cRkv+7abRZg&#10;w0kcV3KX7g7v+xlx802bbgrLyxaWFj8nQyESnd0S2CcSiUQikUjU0O/9+Sf8b7zsGZdnSt1stO4i&#10;SMI+dRoKsATiMs7N8I4ASxYmwxn+bLgHHMI2LuEF6IYnTK5ofa3QFWgpbbcEC6W3FACCCbJYtopB&#10;H9ijDt2EYReUeKtx3y6FbjDEIqdbo8MWwQDla9dcw43n1XhU4X0TVB2PAER3ndatBF/rLKSOd01A&#10;h/t0vgZ1ad/qBPCtOoa6BjlKJ4QGRudxnfHYwzu3KbjS3n847osuioDSVeXOE9efWK7sx+9Xjx9k&#10;xLaUsmwM2M4cl/ziPYX3GlwQjuNh1BcS4amm5OUuWFUS9O0Nwo1iCzD9NZjtD8CvLoMLi/nO3WC/&#10;/W3QR4+CXV4Be/fdUNx5N2AdOjowDXDfw6JxnGZkvCy04VICfjsNnE63jvtWGLNe8suOe/249Sfd&#10;Ve4Mi4jBct3dWm+496XonNAgLL8elj9cWFosZThEorNfAvtEIpFIJBKJRvRf33Ltbb/18mf8jlH+&#10;N7XvUgovkrOBLwlaIRxBJxmV7Ib5cI6pvNEuZbH812JKryPXlo597rDs0ylLQRLE7lJir9HQycPz&#10;6NTT3K8PYmCGUtFhR73rskgXHCX5IjxMkEzHct6qApdzN0bKXTUk+ofHfkLE0Uz5dewtQhhmNAdw&#10;YHlzemnVKY+Mf3gA7DCswKRbX5SqdNs3xWW+vklAwvgpLmvF3oD6BP9stXX/va1EGOCQlGoQrmcX&#10;JiOcanA2sEXXHvsx28ujawqDT3IEqIoDXkqfhWtqyG2ZEQDFO87QNhHBdH0ORQ84WmSuC32E0eq7&#10;6Hn3GE1uTgSE5EodltBzBfjhgPoPwtFl0EdXoHvoMMCxlbAss4PwzrtBrywDoGtweQX8asGBI96P&#10;DSM5l7QRiDl6Nes4mvpeMBsYoeb6ekyK9ekcZwyhQcjXETfftOnasLx8YWnxKzIUItG5I4F9IpFI&#10;JBKJRGPUM9nvW69+Uit4lE9pu2EyXEBJoRyZs+GrhhxdfNF6Zz0/h44/7TIiBNayU4/XMOTmSmWg&#10;Jg/7ISsVeraQFrADzkaDmysdfa8LB5nPa0igGMCpOqGDIUFMwYUYroHgCGLvPgRA3ke4VEG/aCUD&#10;DsPQjbgITN8FcpNhIImr8ISL2y7DgdF5eR+hnuGyVNw+9heM/rAEHgkYel8xRC4Wjl44xeuxfcxT&#10;iS8FBQNDxU5Ycp1zT0IqS4ZWKm/cxJbLTWkY1vrhqyYgq7ehC55qAD7f2F7LFagaj+l4bcDF/miu&#10;ZoSq3g7+KRW0tmhUXVDqq5puQ65ByLOwpV5Y5nnt++HYGQaiqr6HdLw+2jkKI/HDIXTKIcCwAEUl&#10;xQfBLR8Fv7xCsBCOHoXy7rsB8PFhGLuVZXCHB3x/+3YGy7gy1HGtHVVjvdHX7DQM22yyrq8mU2pD&#10;27Dx2QQEU7nuuNf5Md/v5DnjttnNJym7U6ajYXl1WP73wtKil+EQic4tCewTiUQikUgkGqNXv/nv&#10;i//+0h98uQX1ydxr1QGgPnUIzYzTYKi0MlIN/L7CGgxrjCrJQafCKxG6IXhB2JYbA4W2kGeOynwR&#10;jOE/yCw5+oDAGoaAOOth6EsoLBezZgjQyOXH4R+2CSJiiAXCGpcg4Eh9rmpM730Kl8BSXzeKUXxV&#10;DeyjSxCobZ6Lr3XVPn0TGuB+NW+PUZVaX+6agk78eHzhk7tP8xYQsiID64RxyrM8ugVrwNgEft5t&#10;rYcaQDxHw36tnShdVNtUprmR7UwsMfbpEnD8CYWpjFx6dIziokwGqtuFIvZCVFhS7B7C97tCcGXJ&#10;rIlwFFEi0ccyPDZYBiiGoFf7kB8+Cnb/PeD374firjshWz4K+tAhKL99Jwz6lkAX3npY4m59Gwym&#10;u2O0d2DTbzZaany2yJ5BJbs4dp1wvXfhZ5AEcEybPhiWKxaWFr8tQyESnZsS2CcSiUQikUg0Qb90&#10;5ceuf+1LnvEnTsMrHJavZhaGCLMyLK90wKG5PuZPeDDhMTTHYGlvN9OQ51iia0BnBkyWU+8/bIaU&#10;uQI63kLHavCl5VJVqg12ULjwc6mgtJ7KO1WEccpGMIcgUNcOPFSCbb5y+AGswyCVCTCCNCIlEfyM&#10;rtSUjyW8qeTUpxCMqng3ttGLoK8CfpNiedVxe94l9qii0w2hHjr7umH8qmjialM18PNu6xiF4GGW&#10;welFRzuZqRuBsIdWeXYTl+HzmWfLIBs/uScl1ZVrjlumO8Uxhsu9pn6CDq8Lorcwfqp3H95yuFf6&#10;D4z3IgI9RFzWUqCMKkroDgegsaT42DHqLVgcPAx6dQ3ckfB1OULCw4fAY0nxyjEwRwcMwGH7HH6n&#10;A7mdSdYpfHfNhQ+rWSnZnTbdHZZXLiwtXi1DIRKd2xLYJxKJRCKRSHQc7e52/vOMKV8wa9T9+x2E&#10;cAYclj/qEjLtyOGHdAQBHzrucq2hazx0uoqBXy8Dg/W6KoeCSnvRsabD4sAadPUxQExBDN5noLzl&#10;QAYPgMWrZfjT8wy2MBnXR1cWluE6KnlVEXxBhHINx5uHhlOv7vOHQI5zYY9TXKnqpnyKX1Q9jt8Z&#10;72NKsKdAkfF4z/G+wjlr1w7qqFxcnkEUlghnyTGI9c8ITcNPBTn7umEcXdULsIJ8sd8fljpvNTkW&#10;SzH7HU77xTFRcDoAyE6ioOjrHOW/I24u3wo/UZWVTkE91viYIkQcga7jEmQ1kverW7vG+93wGl28&#10;D+fIDMjX3sdXpGPQ/Fp8nzgLOULC0kG3GILHcuH+ENShQ+AP3Quuvwb6yDLAkaNQHjwA9t6DVHKs&#10;1o6BPbIKdmjXjW7TJTgOHqby43ZMTL2NZplx+qphfEnyOJk4dqcS/I2+J3oxgMNIAMe06c/C8ksL&#10;S4uHZChEonNfAvtEIpFIJBKJjqOfvfKjR//ylT9yRVGUH+iXAyhsB5zD8IICvCoJDhkCfYpAVS9X&#10;VHY60zWQZxlkeQ46wj5TaqpNdBFQYckkTri1V2G7WL6rQTkbviqw3hDoo3532DQ/y1oUYUNVd378&#10;uu3SXV6RmYutUAUa6/wYIuHJwagJOKafEzTyjW371KnO18TBp7Bd1SiWJRCY1maEBNHF5cKYpEPV&#10;2LPPrwdUSdbaLaMLAjbGRNJz7gGQU1lGvJHXenViVx6WcCMgLMONiLe+74b3kJ4HH95s7pKLKbwF&#10;oaylfo/h2od7pkNJw5bcttnqAGBtFfQwvD8xhOTAfrB33sVA8OBBcIcOgL97P7jDx7hcmW9Rcusm&#10;IFiOdMxLgC+tGz4BoBu7U6KvdFz/vtSXT0fId3quPwvPbT6M6Yy4+aZNXwvL5QtLi38vQyESTY8E&#10;9olEIpFIJBKdQD/1hg998G9+5UXvG9rBjw4LBH5DGBZrUHoDhS8JZGQYzBFm1b3cUC++mU4GJsug&#10;0+uE2bYBFdYtKTU1/Jg5MFaBKjHJV0GG/fkoeAHDOQxYwyW8FKCQaYKBc50Oh2xYrqykSfwJiN8k&#10;/1AF6JLljx+sgkNqRODXET8qBzUaXGljU7WESEa2n9xgjnvweRgTqpH+pxih+OiRco1MXXIFknvx&#10;+OEBzp0c7ONwFLcjPfumW+sjNlS7FhuanfpUneDCpdyazYNKZQT3fOqPGcOlqdMipudgejGuofKw&#10;jXAdd3XB795LblFH23g4vY8QrqNj0NiwTllQWnE2WIO8PwC3vAz+4H7wx1ZBrayCP3wA/L0IBg+D&#10;w5Lj8PwAHx/yHTqD79l45J2Rgvhx4Rtm27Dr5q8AAr5d5MCU+3uKhLfk68LyawtLi6syHCLRdElg&#10;n0gkEolEItEGdJ/du17p7Oyzhra/Z1D0YVDmsBa+DosCO5fRFDo3mOKrYK6bUb8+kxl25GHZrvNg&#10;XAlZjkm+Hma9ghnQUJQa+srDkFxsMcM2AjBNIETTP9j27ZqhgA90wVVOo0Z5bu16q0M4ID5Gabq+&#10;ssg11olQRRnqNUg91UYAIjreHJZSxu0VrmCAQJuJMQnUpy/22MPvbZ21qwxDPIQ4BEAoQMTUbkM6&#10;AYR6XFTpYu9BLCkl3GcpHYSdfQg/Y50ll/LWcE7bMjqyFDmuNpMrilvIdAaFH1eQKTo5+Q2Nf7Vu&#10;y7nqR753tLZXNUDkJOPG9wDx3djeHsFiFbeIMdJZuLu6HYA57Dm5u4J2quE6rftT4v1VECDMkTwW&#10;JajBAGA4AI/JxAfvBXvkCLi1NcgPH4Hi3nsBDh0Au3wM4NgKrTMMr4EYIsNZ1X5s4nCzRDiVFE8a&#10;xXFdHpteRLqvw/8R8nXEzTdt+kJYXrqwtPhZGQqRaDolsE8kEolEIpFoA3rya95y502v/blfya1+&#10;c5ZnkA0V9avTeki99jKtyKXXCUsXQZ8BAn5acXcw7NGnMoRQEUTpDLpYplgqGIYHytizDnuWYdku&#10;b9uQE9DoHOZmZ+qIXICWA6+VSks97Txoo8GWjl6iGuvU66poqnKcxOrqx1PQhvIJJDacgEjU3OZS&#10;YWk76LpysVBXjUdBVZljhJMIDVVYDC6ISLyamMDqiyJuz2+64x5BF+VBTE+nRttVDnwy65SN+1BP&#10;uPDNLpSqk9ctK7sO7K4e3Wvu/vcnpyGW3yt67+L9XkJWasgxaTjcl6aw0MP+gv0B6LU1UAcPQfmd&#10;74DdfxDMkaNgD+6HwYG7wd5zkN4jCTwmIJjAXTqr1PcvddzUjefTQgEc4XiwbFc0VRqE5TfD8tqF&#10;pcVChkMkml4J7BOJRCKRSCTaoHJj/lRB9mIA9zQPPZ5sG03lnwjmsFcfAT+twCgLWjkGDwq9f2HS&#10;ry31HDOZJoDXVRn4XIMLi3Wx1BVdbwjaEPghMUQ4mHVhJs/qgAySb1XYJvinYsjCaF++lG7Lr2zY&#10;pxAMaoZ9Ku67Ym7Jn5d+9r7qXub9hBLhkf2S41DTEEQIodpP+tifLRZBElyszkkTGEUImpss7nkC&#10;k7NunVNqo+JyYj05QVh0Bmt9mfBGZKgOOG6hCcsbJFrF8nJyoxaOg3HwLaMzup81hly4kpOoIYcs&#10;wnATPhswvRvLjjVCwl54fNcuBnTO0S8AXOO9rMO9OzMsQQ+H4G0Jfm0NzMoyuMNHoDx0L2RrAyiP&#10;HgV/736w93KZMWB68aHw/MBCk8PjkfTCA7vCezlTQq+nTP8YlpcvLC3eJkMhEokE9olEIpFIJBJt&#10;UJf9hzf4m177isuN7tycKeh0M0flgejmyTodAlLUu4+caQV41w+vWqMJPOgiTPDDhF5noDsGjMug&#10;k3XDDN2AciY8p2twgW4cBIZhe1jKi1Ch2+nBEFL5KvcuS2W7bfDGffesdRHUqfiYp++R5VHZsc5a&#10;vITyKVwbEhJwxBCRcLLK8vfom8NABGf5NeQzop5psYTX+YYfCeJ+8VgYJFYoTyXomEolNYVsVMIA&#10;Bj+AHvqmEJDmPQaGMZG3Bj28r6zsVwEgWynG9Rk6tQo6TtHZpK3B2XZgiDr+tnV8X1V3HN9k5K1L&#10;gS7NNoRVIXEMnGkkHKuYSkxgPe0BH8sysDM9ekTpfVzOj/0JsY8nvm89v7/wXUsl7wgZi7BWabn3&#10;4OoqqIP3gP7bq0Fd/xVh1tOl5bD8x7D8r4WlRbnyIpGIJLBPJBKJRCKRaBN67Kvf9KUbfutnf8d5&#10;9RsaEPBhiEYOWViMwV50YYIfJt84F7fo0olpGsY4AnfKdEFDL0zcO5CpHv1zDMM7IME+z8463Bb1&#10;7EP3EH4fFoISrsIG0dGj1mMMKrvV63xq5PpLrsGUz0H4TjfiBPAYRx16eGyWO6aF12qnIZwuJLCY&#10;WIaP/fZaJbwqnVerCrlqp0Z79KkfW1t52O+eziwYuwpznS7lgEwKGCgwjdfXZYybER0Hlj8L6JtK&#10;bbaseDPrb2RdRIIuMsEmGkzvE/ocaPTjRMcgBpa4bga+y8/lt14H8BfvAbh7IBd0uvShsLxiYWnx&#10;DhkKkUjUlMA+kUgkEolEok2q3y9/3xh4kdf6URQWQW3w8Z9VXI5riyGUBfeco39w6QwwK9Z0ECh1&#10;Qek8zM87YfWcXmfwtV6Dc1VlK1hdgz6jDagsI5iGIRqgonfOtZNM6f86tuFTUPXZY6jXcNXFEmDv&#10;LTmNmmABQR9hwrD/EoM5XIJwmjaOriIEfrawkOetaIW05XZwQIR86E6k5/xISrBi2KGrDbgKAmK5&#10;477ZecjKHLpZHsfGjwV+viy33HKP9qdTVgj3WBSd6xoXb3G6jiR8NuB7sRU+Ep9T3DuT7vz4HIXX&#10;YE/P8L259w7Qb389+I/fLpd0unRPWF61sLT4HhkKkUg0TgL7RCKRSCQSiTapH/ydK4f/5z/+u5dn&#10;uf+kzsJ0XHsoS3T0eQrrGA4cBnYClNjDLwfIPXSMJpKmcwR9XdCmA07l5NDxPiOIRSm2Efjl6MzD&#10;Ml6jwOoOAz/iUOymqwM6uKS3Suh1sQ8eJduysw6fp+APdK9RKS/2DLPQKi/EfxYqS85CW9nvNPXz&#10;w9dbtCrqmMLr2G1Ex+yqQF2o4kYrf5JjJyFwjzKHgSFGNwsoeZWYTmqp9yGyTE3HgoDw/N58WK8D&#10;vbxD63nV7sqXQKYuyiqYoJliuhHZsLmuCtfM26oqU3Su60yqdkQynzWwfSp157t41LzLANBC9nd/&#10;CfD2D4NftnI5p0t/EZZfWlhavFeGQiQSTZLAPpFIJBKJRKIt6Ll/8OfX//WrX/wnxppXaCzXVY4S&#10;PouyhMGgTyW8GTiYmcnBYF+/rEPN+k3ODkCnc+rVhcEe1IOv9ASy0EmnLE/0sRWeD8/n2F9Pc1BF&#10;s0efapT2celuAgcQy2Z1hAeqctihXEzX5f5/9TkRDNQ+1tq2CQMFeFC5L4cU1DQtBoUQ/FNVQAht&#10;29Wdy/D4EISSa3Ak3MOFfaoIENnBxAnBuTGwb9ceUH4IM71Z7oTWOI8qYRi3QbDPV8BvMzI57awB&#10;UEWiU6dJpb6THs++eSvAW98EcOM9MnjTpa+H5fKFpcWPylCIRKITSWCfSCQSiUQi0RZVFv4/e1e+&#10;wBb2/mWYlw+9hWFpoSiHhMUyTOYFhHpd0OjOMx2s6Y3TeAVYeJppxeW72CePjHUcdsFt/EwsZ0W3&#10;XQMCqEjb2NZG8Mu5BNkSKFAxCICDMKjZf1Wyy8m7EJ93PgFEB95FB2ArNNeHY9dpwyOhA004odhJ&#10;6Byn6jpO+qVefhTcwQ5El3JIomWpOlbPzj1yC4b1DaaK9mbDYWWQkwMSCJCqMWW2PoZ7bCWNF0/W&#10;KulrLzpTND5hWA37kF1zJfh3fwKgkPt1ioQfeH8cll9dWFpcleEQiUQbkcA+kUgkEolEoi3qha/7&#10;y6Pv/YUXXWGt+0CfSl0dDLFfn/cE6Ay6+TITlgwUgb6cImwRhJXNSAysoAVDCbfO+rBu2JY3nJyr&#10;DZRuCD1K6OXm/CNt+qJrry7txdROOyxp3+TIU3U5r4p1qinNl3+OrkBXf8/r13EXGmGfruEcpWWk&#10;+kLFEI+dgp56+mHZrooJv9x0zHF/QJ9+BnL6EbZkIx+UKkI87BeoEJRqyHpdMGXYdqdD8RnWu2b1&#10;MfUtREBo1gZbcvXRZtBtGS4CdkFzE3oCikSnTutBnlm8HtRbrwS/tCzDM126JSwvXVha/LQMhUgk&#10;2oy0DIFIJBKJRCLR1vVjr3vPB00G78OSXa0cGO0B2VHeUWHR4fssLF3Ickzs7VBYhwkvwNLcDJNt&#10;qZSX03w73Rx6vQ4Brk43o/52CNIoqJcSdE0M3IguPK8mc4IE5lRy3DU8b3EbuCBgTMm73quxrcwQ&#10;4jnr0AIY427T+hCdhdElqBvAMboXlfaNf3jy9rWroSQeJ3ryLNT991KVsNGY+hvGojcHOoyP8+NL&#10;G/GwXXkSfctyvS4YQSQ6IyZrxw5D/tbfBfWa1wEI6JsmDcPy/4Xl8QL6RCLRViTOPpFIJBKJRKKT&#10;VG+m+0ptzLMyV+7JOlyGa7IMet0OdLs96ISvnbxDyboYOqGwpBb781EARoR46VewmL6boBryK+fA&#10;eB2BnarAXLTiwYaKVhVUjj521rVDPhDyecuuOs8xGOuhg2HXWyqUJeBI7j1c2wCodSkCjO2oP6CO&#10;KbexrHhk883SW3bv6apUl4JJFDoi8/j68eeLZbzNbOLNCMfGa1U5JEWiM2KidsOHAf783eDvGshg&#10;TJeuC8vLFpYWvyRDIRKJtvx3iAyBSCQSiUQi0cnph3/3HXde+xs/8ytDV765dLUTr9vpwHy3Cz10&#10;7RkDHQzlUFzmSqyssrBxUAdCJ5eQlQPuXVdyYEaW9wiElYoBYRVO0Si1pZ/ZP8ffEwtkyIbOPARZ&#10;Rse03VjCS331jCKHH4PAuA3snectgbpY3EtbptfgMSF0NMnFx0APIiyjUt50DBoqukevjUeJwp59&#10;TqUj5mMqqXbZ0UuwZx8CUjIlYvM/jQdpqvNOgSD4kmxt0Orkt1FkR6NncgKuaDiUshfR6ZY+cAfo&#10;t78B4ONfk8GYLqF18z+F5c0LS4tOhkMkEp2MBPaJRCKRSCQSbYN275n/09LaFzvnn8aMTUFG7r4e&#10;5FlOybIccpH63FU1sFy2qjJ2lSE0w9UcMS+CWZjQi7CLnHVUfps8bE0fW8JbHLLBD9XIq+lYY1ee&#10;r8t3XfUEJ9r6mIxL+3Ls0HOc4FsRtZYDTtHp+Hg8quUNbMX9VoepI1jUsU8g9jukx5yPYR28ozKc&#10;S67SOKVQkjbKw/PA9OPRkdiwqB9hlmJC5GYWnR6Fez77u78EePuHAZatjMd0KVx0+LmFpcVvyVCI&#10;RKLtkMA+kUgkEolEom3Q437h9f6Lb/wPl1vnbnbgO+jeM0pDJzOQZVyGS+W4qS0eWt4U++WoxJVK&#10;dilsFjiJQ5FxzisHKlNVfzuWq5x9KC7JbVEDLp9t2NQI2Onm+lxmS9uJgRkqQjWIwI++utj3T+vG&#10;tlJ/vuYxVLslYKnSNlqpvtBifyr+j0qInaLj5b6Bjtaz1lMvPpflYVwMP6dGcBzCUM/OxXjmm8d1&#10;FH5SB4cI8BOd8knZN28FeOubAG68RwZjunQgLK9a+P/Zexe4ya6yzPdda+/6vq9vuZMrFxk6MaQt&#10;R4fRURyPeDIjzFHwnJlz5DeOZ+b8JjcxAQTUSEBAEMhPHQQMYHACKF7A4WYwMhFjYBBjSEjApkJI&#10;V0KSTifpzrXTSXd/VXuvddZ7WXvv+i6dvqe/ruffrK6qXfuy9vqqSfXTz/s+w8GfYykAAAcTVCoA&#10;AAAAABwkXnjxe27vleU7e66kniuo53tUpF+cGFuI+y1Kb7mQRp1GVQUaj9PzUW2lq6xw8QhUpEcf&#10;tZa3GAUJ6nAsFvpuYi4b/iaFvpywy6cKoTZnnrnuzJXH2yJfj1QQ1HLeIKm2Wj8cc4CuOvY4oCO9&#10;H8xtl0M01GmnImS0/bQMWM/NB3sWNU3IEzHRm1rndH9O1618OiKNOrZpvFnYi4WjSnr4eRMXQ3Of&#10;XtJ79eusr+b325cXuYQ6juVeXCzwQQaHDTfaTb1PfYDo9b8JoW/6+HgaZ0PoAwAcCuDsAwAAAAA4&#10;iNTOXR4ovtLFeE6sK+mHF6U0NZjzLYqwVnPpqbnmyrKgutbwDi4pdVKya0JbUJGujNT26QuxCdlY&#10;IB20z1wu3W3LgvM/8+ZKWE3klS22fbIsOMTYlPNm+HVNVgLsqXHDaYlx3qvdny/L7sSmH2DUybmo&#10;ff8kiiO0QiR5PXcdaxUYeffSqSBHCyp4rZyZvZF1VS1YgX35RlxQZOdgtibC2AcOA8XgH8h95CqK&#10;SNmdNu5J46L+cHAtlgIAcKiAsw8AAAAA4CByzi/+zmhcVRdUVR05rGN+NKZxPaYq1FSH9Dge0Wg8&#10;T+P5eapG81RXYxqNRlSPK3H8pePSPmOK6XWdHkMa/Jh75uVy1cWlu/raWZBGu08bjtF8AfTexMLW&#10;Gchpu66b0svXisF6+wV1CHrfJvjmk8X29WSfPhsS1sFz1yzf7OpTgr4XPfkmCETDPby5B6WfXlFI&#10;qW1coMLlq0ivv3r/+9lHm1NbxgzAIfwL2FOPU+8j7yL3pvcSQeibJvj/pN6XxvdB6AMAHGrg7AMA&#10;AAAAOMj84C+/7x/+8b2XXOmD/8XSF1RyGSsn25KmzKqGFiSUgiWtkmYoFjWF6KgIWkJbm/ONy3tZ&#10;CKtdQT5GK9OViFtqlTOT2Vzb0C42QR4k/QDVUCfJG+KY00TfLAoWIjRqSnAw0St2ym7TtpDeq7U/&#10;njrgLLjDqXOxSd8lyjKdzYmkP2HsSIHO3H2cABxjZeXDluYb2dUYyBQ/yd4t0/z0lJMORA0v8TRO&#10;8yt27mrOvzflvF0PIychaxRvIdfGv4aDQ/aXrxuuIfrYJyg+OI/FmC4GaZzfHw7+EUsBADgs/73B&#10;EgAAAAAAHHyedLsuLbx/RUnl6dy3z7tCAjpEhGPRz9Va2Rq5LLamngh61l+PRUAJrVBnnE+/yhAa&#10;gUoraxcIfUzsiH5dRANsJbDJct12H+nlZ6W9BZcfO03jpaaEeInjcpDHwk1Ei+bi3BKncG0HwGga&#10;povm7ova65AfJQiYX2cRsnMhz+LouF5qdntFZFeh04vD2AcOBf7h+8h//AqiL92FxZguRmm8K413&#10;94eDEZYDAHC4gNgHAAAAAHAI+DevveqJq3//5y8pqfhMmb5yFcHCOsyVpwEWJOEdFdU0ZqWqqsXJ&#10;Rib0seDHpbS9okfrrAxXU3CX7tUn7ea8CWcxh1l42yOn8Top3WVVi0t32ZXHL7UI1ku5bT5Xc07X&#10;ddPJVju3hlnEHGQrIR22X+y4DKmbcmvPg57DdWRIOQULjM4CP1h4rGoN94iT6b95Mi4nAI/3zynF&#10;hxYzMxTE1VhrSTAEP3CwSH9+y7/5M6KPX0O0o8Z6TBc3kLr5bsNSAAAONxD7AAAAAAAOEa949Z99&#10;9tMf+L8/W4Ty//I0ptKX5F052bfOa6qsj73sbzNnmw5WsyouAC5bsa415nXcfZEaEZDFsSpEk+IC&#10;ZV+fpOIWtondhcF3J7LgUR2F0t9PqG0+ufRXr8duO2/9AmOeh/QEbNchdgpjW3eflhnLcexa9K51&#10;5qXndcUJxWmMx+R6wRyAsQn6kDNEPXOVruerXftVfiuSI4d/hNguKQAH4y9a995G9JEPImV3+ngy&#10;jcvS+EB/OAhYDgDAM/LfICwBAAAAAMAh/FtfeOqSwhXnlq48pqAeFbEQgUwNcqos+bTN1er6k5Ta&#10;qGm1YtJLj2VBVMWKilrDMtTq5s3pliVCOaE4BXlTsYRo5ey3KGJi7tmnDj1vYl2MuUxWrXrymtOB&#10;O2nAEgLCgRndCmLquAFDpz+fBYDERqSzx7jQoajXbHRQnlbN9blVGjUtVQHcHJaux6EmS+l0y5X2&#10;dr2GrldqkIib0BIB2C/caDeVV19F8RP/i9SyC6aIL6Txi/3h4F4sBQDgmQRiHwAAAADAIeS/vPoL&#10;9//h+37i0sL3PsTlvM71qC2zVZdewV/JWLzjKj9JpVVHnRcFLVDBrjdToJw4Af2C5Nv86Eywowlx&#10;To7LKbpcHszJu3z+gl/r9mDBHHruaMJdK3s1ZbXSOzBakEfRuXJnLlwKHDtuPvst9yiUPb324gtB&#10;Q0PyvfHEeZuIhBzQwcEmMSyYS9u3LzoT6XaPJ1ajy57kFpl7WWoKsIfMBw6MYvAP5D5yFUWk7E4b&#10;D6fxuv5w8CdYCgDAkQDEPgAAAACAQ0wVR1dSDL/gKfyY4/TZqE43TbblgI5ClDDvNILWuVIdZxaG&#10;O+Z+ck2vPtfNtbXHnNLrJOlXt+S3ovnlgtXQZoEumgNv0l0XrQxX+tf5VrALlu4bu5Y4fj/Epute&#10;dJ3Z2Q2wYBeDiY25XR+FHA+sc2eXoTcXYZ4rC5bpWE4zDmU5kfbbhQt5RQy0nn2W67vXiIzY61Hg&#10;/oXpZ6NiLCrvwL7hn3qcik9+kOLV3yCCmW/a+FNSoe8hLAUA4EgBYh8AAAAAwCHmVb98Q/zw+198&#10;QR3oGy7STHSteMaEyE67gmopbeX82bGofC6qeFZoQgWZp26ZMlNN2XCmdJUmDjaamhXIivgWly9V&#10;1d5+VpIbya4XLaU3aBlx3jdMHteGbViAB6cPB+0+6LrmvK7Wl2cf2tJhUQ1NIIycCtwrKLAT0O5v&#10;QkuJOrcwqpt5LJQwl1mtJr7Ez81RTTmRF4B9/AvVDdcQfewTFB+cx2JMF5vTuKg/HHwBSwEAONLA&#10;NxoAAAAAgMPAha/5h28T1e8KVFFVjagKPOapivNUx91Uh932eheN4870eieNaReN0hjTvOhfnKKr&#10;bfwWOs9UKIs0WbYb1UI4Uc6rh0aaaLjXxubay9icr9ktBhUoJ4yAneTeTj+/pnefuAdN6LONQcqA&#10;+b0gapvv9OnrFOpSnX7xvOvCpVGKMiinWSDjiWDK89q9e59+Ht27r3s9dRWKMAlXH9jLv0g9fB+V&#10;v/frRJf/ERGEvmmC/+/j99M4B0IfAOBIBc4+AAAAAIDD93fEy2MMr4wUXxhqk5ukH18UMc2xKiYB&#10;G44qUuHMiQtwl5XWEln9bG6AJ6dwOaXXdKrQFfKs9Ne5toffRLCG9cOLFlChG9VVqO67rv0uNudp&#10;pL0cEqJvdM6r7/EvLgfmPnyt6JgfTSwUq1/uS6iuwBwWsis9L9O5Z/l4LvV1nBEcmvNIIjAft2s3&#10;ZfPg3jj7mlvi/WdnZA57cjwC0H6402fyb/6M6OPXEO2osR7TxbfTOK8/HNyApQAAHMnA2QcAAAAA&#10;cJg479U3zMcYLwimxsUsnEUV3dj1Voc6jSo918eqruU5I2EWInBFWlRxGl27zbUBFioY+kaHW3ic&#10;L7R8dTIZNwcFm2PQDub+eZHiMikYJtJJqW9O8nXyPM+7Rct0gxyhyR0iOvJ+VuJbFI6CD/RkvZt2&#10;cwlzUeg5+PwdtyI/+DBZXkzUlvM+Xfs0uU0WI3OTRAD2QHnvbVT+5muIPng1hL7pghOA3p7GD0Lo&#10;AwCsBCD2AQAAAAAcRi785a991bl4ZbcclrU/HlUkG9EGmQCoPj+lU/Cak20DdUQ2C8QgTbbNybkt&#10;bsL5l4W5CQ3PZSHN/HsWrhHz10cRJxd8jeTr1zkGWM+rAlxoC4zz+TriX/Caxivpux0lknsYxnTd&#10;HdVueopGKjs6ifKYuKyz08bxeHI69PQpvM05emXH0QfBDyzGjXZT71MfIHr9bxLdug0LMl3cmMa/&#10;6A8Hb00D9doAgBUByngBAAAAAA4zzrlLHdErYqTTF76nbj8nKbwkIiCJMiXBHS479dyClI2FPflU&#10;GMvb83F5fxH7pKefxlTEJogjR1Ys7ueXC3dFxHOtY5CiuZvSo1wncrqwm+j/x+cNwVlFsdM0XjLt&#10;T4x9Md2vJvtKb0LWDOtI43QzO+Ou9IV1pNeTy+WQkVzCbK68+RE52rcg1BzSEYselVFTgh3EPrCA&#10;YvAP5D5yFcXhDizGdPFUGm9K4/f7wwGaeQIAVhRw9gEAAAAAHGZ+8XU3PeEdXeI7Jr0QqAnUsK58&#10;zVBprdD+dKbmNYa8XJ7rOlWojdDW7bdnb4XJTZPlu9568HUPNz+fBX5EF5ZU1BrhzrtmLm7SgDi5&#10;f54zC5vkTGKM8pxcISccU0VP1jtonmpaTsbjdZP+gnXYJ6GvsyREPd+ZI8Q+YH8annqceh95F7k3&#10;vZcIQt+0cW0aG/rDwfsg9AEAVuR/w7AEAAAAAACHn1e97qbPOkefza9FSOv+lTLqFzUWsor0jJ1v&#10;4joTV15cJKjR5KFWEuuWcKrF3F5vCULrmBMnnfb643PVIagIyUIcmWgYO0EbPiflalluM2Rncwdq&#10;LW97L4nCOftC6uV63D+Pd/S+lMTip6onqCqilSUvPWfp87eM0hdpcf++RbsWpZYzu6WSjsE0Ut5w&#10;DfnXv5riX36D9llFBiuZR9P4L/3h4GVp3IPlAACs2P+OYQkAAAAAAJ4ZXKRLXKBz09Nj+LXoTTVr&#10;ZCqYSTkvd6lzWmAr5bxcFFsHFfO8HWSIMMfVsFVtZb/ZF2gOPhEJvYmEC8p6BTmhnstsg1oxXGta&#10;L8/J3m90PJlRlGPl0fvc8s/KhOsJ3x4fzufxzbQjUSP3tVu0CjnQKMxTNNUzBi9aIFHbR5CcOvpi&#10;PABFxvfSfNKd+e4swDTiH76P/MevIPrSXViM6eMTabymPxw8hKUAAKz4/55hCQAAAAAAnhl+8fU3&#10;3Z8eLo2N9SwSB+/WgaiqItW19q5j15n0tKNoJrm2r54KanEJZ1vrUBMjXzoxi4TZubZUaa2k/C7h&#10;BmzPze46Zy44t+BYFg9LUmVuX75iegnp0GECpNU38xx5HfaETIMXqjoQsc9pj8MY0bNvWkl/Lspr&#10;/4T8L/8qhL7pY3MaL+8PB/8RQh8A4GgBzj4AAAAAgGeQQHRlDPEXArkfY3eaSHG1SnWeXWteAyu0&#10;lNZ8dNGCNBo9bxmBKrainPbm09Rbe1OSfheWAktQh1dRj8wB6NmJ571eJU2GS3oLXyy4qpcTSeiF&#10;CJdtXMZSMlwOGcmuvNw7MOib6fBC7rOK6gjck3FvX1x9cannRaFrKE5B1GxO3V+INt9OdNUVSNmd&#10;PvgP+wfTuKw/HDyB5QAAHE3A2QcAAAAA8Azy6l+5KVbBXVCHOKqDoxAijXnUOipOqI1cvqq98sjK&#10;cDMm5YlAJyJdVOddTtgVYbDpw6dpumVH8GOhrCnJ7YhmLi4oD7YUYBXz2sAMZ3EibVWwlh5b7XCa&#10;k/X4y187vR0ph2kpsvQk5JJlnnvMpcG2k+xXNo7G2JXrskDI89kPQ15uXeiLLFzuqysRrGTceJ56&#10;n/4g0eveCqFv+vhOGj/eHw4ugdAHADgawbcZAAAAAIBnmF95403fDhW9S5x9Enyhohw7+aSUV9ra&#10;mXPOWX+87EDLIlew4RbGUWTRT363Fn+uic+VhN+F3jsW3XLUb7Rj7fgYnPUCjJPCm51F++05Kzte&#10;EAjsqJHxGsGPctLIUisTLedD+wB2zIKdXbzWPS+Tq+E6Yzli4S0HGCW800J52w1UvPFiin/8JaIx&#10;3JxTRJXGb6Xxz/vDwVexHACAo/a/c1gCAAAAAIAjgEiXO6JXekcvDCJs5WRb0nCKGBrRjay0VTQy&#10;r8m4jfAWnDnxqBPQ0Yp1zqskpxW+KvjF0BU7vAqGHZWOxTsV+nQ+vbLU5F0LyBDHXfRt4AcFSw7W&#10;vnsxv9E5p7UobOW1oMdxabGU9ZoYyRRFafcRaLI/YU7pjQcWmOqLNM+ICt4pwD/1OBV/8SGKf3kr&#10;Unanj5vSOK8/HGzEUgAAjvr/3mEJAAAAAACeeX79LTfPx0gXsK5XOEcFl7d6dd4VjstYPRVWMts1&#10;oMUc09tBy229peiqeNYck0t6XffroPXPy6cJk63rnLjrdC7auS9OeODUBcjuO33fNzEffG4t43VF&#10;dvBl4S8fm2ev7jy9w9iY/Vgs9L4nvkHv44IrO9Mbw6JefIv9jXv4Msxin1wozTkGfBiPUsob/5r8&#10;G15N8XMQ+qaMnWm8Po0fhdAHAJgWIPYBAAAAABwhvPEtN3/VOXdl4drSU3bTiUFvqXLbCTmrLVZ1&#10;5DoltrETk9Hum4U9TeDNIRnm9vNtWq+Uz3YCNORMITTH2tkW3UtTErtEeIaW+bZFs10XX+4V6DoJ&#10;wE04iF3LmfDYlDLXBybQFWXR3ptDKe9R9xeeR7ZQ+XtvJHrXx4gemMeCTBdfTOP7+sPB76VRYzkA&#10;ANMCyngBAAAAAI4sfj1E+tlIdBpZ2Sz3ydNmfl6ceq7N19DSXOl71wZm5G2tQMdqoQpirKXVUiab&#10;zhO8lK/KcX7xvwHLuVyOy2hFsDryl8jYNN7LfrsYF/fo62p9EwEgC8Q96c/nHVXcUYudeo0BMEo4&#10;iWvKjbu2xiwo1ov6+YXOne/JxCX7jdNFfZC5LlqFidpeCIErivQZL7/4Z0R/cg3Rdug8U8ajabyh&#10;Pxx8DEsBAJhG4OwDAAAAADiCuPTNN20PIVxScxpvIKorFftY7vIWjOFM0mtLYeOEkJbR/n7ZvdeK&#10;f4WFXpCVCUd7TwNCgopqsU3yZREu8Hudr45NkEhXSvP5vUlRz9Nkr75mbtTt5+cpeh7a509ShwtN&#10;GC6KmbYKeeJcpvBV4yW/5O7tF93qtoFkNHCKcB3j5NFR1ydC6FtRlJtvp/LtryX6wNUQ+qaPv0jj&#10;HAh9AIBpBmIfAAAAAMARxhvf8vXPVDV9jqtTxzIkZlcENxHpOum1Lvfxm8A14RxCR5Rz+T2vbj3n&#10;3YQYqIM6Fb9a8sulu9mFl5N2RbAzC110NelVgoiDcSJIY+lvoPn92CT0Bk3eLQrS8t2CypL7F5ad&#10;+53szsdzDQdYxjv/xS/RmoceSes7oqJxQZoT0llPQ4h9KwI3nqfepz9I9Lq3Et2yFQsyXWxJ42f7&#10;w8Er08APHwAw1UDsAwAAAAA4AqkjXVKHuKMWl13NIbtUh0AhmqWO7MFNCmAqoEVz5BUi5qnQZ6KV&#10;J6JuP7/QSep1ndRcR5M1uZTfanvtxU4whsxhUSpulDLgnLybs0VcdJPHdcJDJAzEe3ssqUjPfbnn&#10;zjO+CpRXZV9yF/Jl2YkYPvQB8ju2U02aYiy9+zhhOKcbm0uyqV5ekk4syMKUkGZySIY4VJS33UDF&#10;Gy+m+MdfIrFqgmniD0jdfFdjKQAAAGIfAAAAAMARyTve8fUtMdClMdg3Ni7lzWW30TUiHj9OtLHL&#10;T0SsIilDlUJaR5TNfq2DTx103bJVEfxiJ1wjqhiYe/qpE1CPqrvyGk/UTTrssnho05AyWd4Wcglv&#10;2j84dQPKYyeUg0U+HiJmup6m5S5w1+W1iHXVnHNfyBIoC3w7b/oGhbe/m3qPPEhj7meYNlZunHao&#10;uZ2flvOmBQzm8ovZ7Tch5rl2NGvqF1zTQ+872H+heepx6n303USX/R7RpiewINPFd9L43/rDwavS&#10;wA8fAAAMBHQAAAAAAByhFIW7MhL9gvfFi4uisHLenIK7WPgS4S+oIPd0NGEaOdkixslT8vliflsd&#10;gE0OiLn7GjGPr1myC85PpPZK6i6JTinXEAehm7TGxbC08hWaEmHtGbjkPdi5XB0mpr4/WhrnglTf&#10;uYtWXXgJ9V7+00Q//ENUnHEG0cwcxdlS7sGJ4FqoBmr3GRb+DGLevnRpMeuhURVMLszGh/xA/zJz&#10;418TffTPKSJld9rgP7K/k8bb+8PBbiwHAAAs+O8jlgAAAAAA4Mjk7e/4enjr2/7lBYUvbo0xzohY&#10;FmkiZVecfznbVlxl2t+PiDrlsfzEtgfttafVvEH640kOhwh+3oREUoEvn8S5psxXtSwTCLm/HjsM&#10;m759cemykex8W06DnEjxXRCrG9vk3oVoOXD6VR94AEOe3mhc0+gzV1NMg78oz51yLBXPfR7RiScT&#10;Pe/5RN/zXArHH0Nx7VqqZteQK3uyBjWbEEOtvQ9jWtOyVuEv+PRepIJdlHW0wI9g4Sl6VXVN2l1K&#10;AnNoQ4Dd/twJ7e/BKwb/yBbyf3wF0ZfuxP9RTB9fT+O8/nDwTSwFAAAsDcQ+AAAAAIAjmN982823&#10;feiKn748knuLLxzVWTAKsQ3SsP56Po3xUuWsbnKb9KSzx4nt/Fv0Vhrsmq1SCOwn83DZ2ebjpCin&#10;repcR/TzNrVW6RMBzJuMGMwZZ60EpWLZyojN1Ee19AFcRrRqKojDAVfG5pXoeu3YKzbaup3c1n+a&#10;uCTPppfWozxxLYV1a6k4/Qzqnf4cisceR+6UZxGdfhq5VavVFbh6FfVcme5jrOtal1I+zUsSfCXu&#10;vhDqdL5iYiJPfz9TGhgSA5Vf/DOiP7kGKbvTx640fiON9/aHA/zwAQBgD0DsAwAAAAA4wvFF712F&#10;8z83CuHsRW/m9nosnPnWQrc3UlBMB8XgabnY3LbnXu4VaO7AiXJhdqZFTa3NZbpLnqwzK0cWCuLF&#10;xeZDdh5OwlOrlijzjbEbSOL26Ow7kELZhQJg7hrI28dpXuOHdhDxuOuBtOXmRqCTToh2v/6kVeTX&#10;Hk904knUe+7zqD7hBKLjjyV3+ilUHHcS0dxqirM9Ghe8rIWc3cdaxNToI7mOV3IiiOVpZ93VeMNR&#10;oQ2Wm28n+sgHkLI7nVyXxoX94eAuLAUAAOzFfzOxBAAAAAAARzYXvepz81u2bLqAIn1FNrjl3HvO&#10;7HFxUTWsuucc1Qvkr7jguRSZZoGNXXUiEklGLYUcVBFiGwDSqc8VUTCQuACj9QGMOXijKzaFHBLC&#10;vQAnhb6Qa4K9lhaLjOeXz5Tz6RxcPks0Kez5zmOYuL99xy9Yo5oWi2183sKuVdmO7J/0D+2kOo34&#10;3S208+ZvypfvXGhdsKDX87TmuaeRO+P5FE85hegFz6Fw+hkU1qyhYtU6Cqs4UblM61hSLSJpRXPE&#10;Ds5SnJUSbJLOU6THKtZUhNKclRrMIiEq6XXJTkJxdE6udzcX+UjFjeepvPoqin/+ZaTsTh+Pp/H6&#10;ND7WHw7wwwcAgL0EYh8AAAAAwArgjDPO/Pvvfvc7V5L3F+1pPy16dYuUreyqEycc9+xj4Yd79jkT&#10;6cQUGCfKd3Mor2u2a0kvmcDkmkNY0PN6dScd6SineeS+es38LN3XW7pujEs596gpUZYgDNebCP7o&#10;nkseK5HXaDlJsCv4HShuwWOX0Lled1s3R7grPFYs1o1qenx4H1Ea/MV8bF/Q+Y5WrS6pOPFkqo89&#10;horTTqaZ059D9Unp9SknU5G20Zq1VK+aJVfyGveocLNSGqw9Fvlctei+7BjkhGHfTU+mrAc7aqus&#10;XWd2i58ue+OH8i8rt91A9JGrKCJldxr5dBqX9IeDB7EUAACwj//9xBIAAAAAAKwMIrlLKcZXRKLT&#10;svaVtTLnOkIaFYtcbFmzUYHPL3N+KwGOk4qOCG7edcx8fnGSbIzmEnM2p9johk0A73JCETv32BFo&#10;0lhwmsQrwmV6WuZ+drSghFekx0h1FfYo6HXLcI80PLW6LM+zsNe9NOZ3VlTvvJ/85jS+dfvEfeTj&#10;Zleln/UJJ0i/wPjcU6k48TQKJxxP5bNOSs+fRVEEwdXkZ0pyto5She2ciLLSv9EtYQOl9ofn4uE3&#10;VPmnHqfiLz5E8S9vJYKfa9q4P42L+8PB57AUAACwf0DsAwAAAABYIfyz55+1fdPw9kuIHS/ZPEc0&#10;oWLFjjsvxu77kYKJeAu1vhy4kauD+X1X5RDfSNESd1Wwc5rA2zV/RRYCg21bqpjWrk9teXF06hh0&#10;eYLiDnTURm1ocAW7BotiZsn1cFaiWoT6aYW+I4W45H20gl9+f2SrV1JbOtyEmJA6/1i627krrdGW&#10;hyikUd62aeIasl/67ZiTj6fy2c+l0cknUPxnz6eZM76H/PHHU1y3jvzsHMVyJg1OZR5LMnAdQppL&#10;oaEsIa90kEQVJ70ai7SP/gy5lNh7E5qdN+9ndnPGpcOBn6ZyuLzxr4k++ucUH5jHH/rp48Np/Fp/&#10;ONiOpQAAgP0HYh8AAAAAwArizPVnf2Z45+3sePk/ZcMCwYT77bF7z3u/IHdD03ql35wk+YYJ7SVa&#10;rzwXNDgji4bOtQJcI9bl43L/PnaIFUvPN3QdiNI3kP17YUH5rvb1k16BPs8oU0yIfRPlvLmMtw6N&#10;CLYS6bows+BXdN4jmuxBGGnSEZj7BcYFKyc+yfTb9gcfI5+G7nu9RJryez3u9XfSMRSOWUflaadS&#10;74znUnX8cVSedDL5U06m8Zo1FFfPUjk7ly7QS+cuJDSFOymyDlikF7HwkpisrkEWlHUGTVKzW9jx&#10;sPMYTb60m/ePbCH/x1cQfelO/EGfPlipvqA/HHwZSwEAAAcOxD4AAAAAgBVGjMTuvnOdo3X2unFT&#10;hW5PtkXOKadOPXZheeunF7PQZ6/N3ieSX8wOwWji3MJi2VZeUuGPLEwjF9ja+bpN68gcg9HmvaA9&#10;nLwV2u53jnpUFrN7XI8wrlaM0LdcKXHYi3326rNBi9czC4NV+r3sRHKMIycKb6cijfGd99FOurn5&#10;UeX5FOng2eOPlb6B5QknUu85z6X6xOMpHH8i+TNOTduPSzvMUG92lkIxQ0VZpI/YmGrvrXdkNwzE&#10;NR9M13ymdJ/e3/4Z0Z/8FdH2Gn/Apwv+gf9uGm/rDwe7sRwAAHBwgNgHAAAAALDCOHP92VuGd95+&#10;aXr6wbxNDFTdfnYd1acp5XXWB8/CNqK24jPRTV87VzQiYbTyXxEITZSZ6BUYLD03sihU2LWCJOzG&#10;PJ8F1rS4YGIhq315e2hmLCEiLDgWRSnH8by7PQdVKkrPi2LiXnPJaxa6Ai0ukyVaOp3X0f6n9h5p&#10;LLyHwuS2hVW0I9L0XmYsz6l5zeW6Ox55nCiNcNe95G6+Vc7TNXK6WU/x2acRPe+5FE45jWaf8z3U&#10;O+MMCmvXEq1dQ2FmjmKRS8w9lfxzrGtxA7r7vk3FR9PH+Jat+IM9fdySxvn94eBWLAUAABxcIPYB&#10;AAAAAKxMrqTofiE9vpisdx01YR0qhmnLPWu257U0N3A/Nqe+OwodQa+RgUJrvbOADMr7U6vfSflu&#10;bsvGLq3QnkOCH2Ihpb0+qIgYzTmo8yNaYPrS7Z735+Nbn16Z5u39Ml9ZubdgXdPsj7yIzvjA79D4&#10;kUepvvcemr//AYoPPULhnu/S+KEnTeyLVMdWAMws7OnXLTQ9nIKfO0jHuafZb6n76rr9ep3nef8i&#10;i6+d7ePuXvM1je68j4o7t+jLzjrOrS4onnQCFSefQr2TTyVKY3TiSdQ7/lgqvnkduatv5Fhi/Gme&#10;LriS/G1pvKc/HFRYDgAAOPhA7AMAAAAAWIGsf8HZYXjn7Rekp7e6GGekOZ6l4Ma4OH+Wt8VGbNPE&#10;XSnlFUXQmb4XJ1NzWRzMVbiFI88OurpqXHiBPXR8Xgv/YCceu/rEVedyood5wEJbxikOryXqbn3H&#10;d6alyZ5menPpXMt8ZU3nrNwM+dXpef8c6sWayvjjtErerNM9ehpVu4l27aLiocdo/OBD5B55mObv&#10;/S5V9z9I4aGHqbrvfgq7alk+FgMLOvJCPQ4VC3v8Hai4WdnZuu7IpzhR+N5tVKRBtFHe516BPXGQ&#10;OvxBnj6uT+PC/nAwxFIAAMChA2IfAAAAAMAKZf0Lzr5teOftl6enbxHxrNPuzOUEVUlpaEW2QlJX&#10;ozn6nLj4Qqc0Nh+b99fSWXUBuhyIEflC5pfrZHbkkAwRB8Vp2MZIZCFPSoWbtFYluwRriYDIG9Pz&#10;tG+vt3bZ5A3nOYm3YiWSQqWhJM7XGvTB83E19cpZcsfMEh1zHBXrnyeCZy/mMuEox9FonuL2HRS2&#10;PUzVw9uofmALVffcR7R1G+2++x6iHSNZ2qpbJr3UfPbws+p6J90ezrE/HIzzLGirKD+LjO+8k3tC&#10;xj1cP99j23mx3WetL2iN8/jDO31wuu4b0vhIfziAlRMAAA4xEPsAAAAAAFY08V2R4s9RoLOjiG+d&#10;EASWzthhx6WwtjnUKuw1wRg+iiNPynEtfbfJUeCwjRj1ZQxUVyx5mTswyzeeGsFPhL6ujmMKUiNy&#10;sXOOE4E79bteGwVSMGkoxFYq4rn02NlHrnGBdUVJERNzkmuRBUo3cXm5qJt8z7mm3pl8r6C6XEVu&#10;zSrqnXYy9WiDOB5rCyg5ZpzuuRpT9eijFO++h0b33kP13d+l8Te+RWHbDilF3m0iJd/ByEIwutpr&#10;nvGR2Atwufn4Pcw07uU5uttn089tXfo8FQQ33xTy2TQu7g8HD2ApAADg8ACxDwAAAABgBbP+BS+c&#10;3zS8jct5v7KUBS622p2W77rWX8ZJuWLAc20/vWilwF1Y9HOFp6IoaDyu5RwqzbmJXoHN/i7n8U4K&#10;fUxYKiojqrgULCm4my4yO7taQkP2heXKQ5ffrknDoWlbKBnA3OWPHDshe55mTjuN4umn09yP/LiU&#10;RNdxTH40ovDEEzTeto38tkeoZifgXUPyDzxI81u20PwTY/mJsCMw0KT4tT/Wpm558cH2xi1X0nug&#10;FiwW99amz88c3HzTyIOkIt9nsBQAAHB4gdgHAAAAALDCOXP9OX9/53dvv5ICXTShZ0UT86zAVkx7&#10;2eKXszgKdfv5wkI9GmOgkxRetgRK2W8g6wUYLcBDlTHp/Ueasqrntu18Eq+lvLmitwn2yBG5DcGK&#10;goNNLWj4hgtUzKw5JL3duqnATa9A15YX167NDVBzoBPnYyzG7DlMt1ZSLHvkVq+muVNPEaGwSPvN&#10;RhVR1/Fp5tO+T+6g6rFtRA89RuHeLbR7y2ZyDz9C1eb7abzlYRECu0Kbyo6t+NZ9vpRYuDB4Yzlx&#10;7ulWcLljl0ow3ltWmZvPwc03jVyVxq/0h4PHsRQAAHD4gdgHAAAAAHB0cClR/Nn0eGreoCIcLSG2&#10;WCCHa9NxnWl4uU8fdcp5ZR/fHNrZ7hadvymRZUJbFhzt14TQ1+yaN5q05UNbGlzOHfKF08DhNrwk&#10;mkiaX+d18va79i6MUhodTaxzsS0bliVikXSuR37uBFp1/LMorA/kXxxpbc0OQvYMpnscV9TbsZ3m&#10;tz5Au4d3E919N9Wb7qSdm+4mN6+hIaPYin7NXGlSHMzPteehe9p7XQ63xDm7hL2U+riMmUW+Gbj5&#10;phEO3uAAjuuxFAAA8MwBsQ8AAAAA4CjgBc8/e/um4W2XxEifat18htTVLt0xTsU5E/8oC3cL0j5I&#10;nX0L8SZB1YsSGvL5YhOWkc2AMeQAD9s3NL+piGXzyRcs2T3negd9vQ7ELZgFwa47cNl9eX2KIGpp&#10;LTc+FjekrNxsQWH2JOqddArNntOXvUPa9dhqN7kdT9Fo+xNE9z9AcdtWmt98H435+Zb7aPTAY1QF&#10;/QlzAu5MOq4mFdmWmtFy4t1Sc6XmxxKXPM/THb863SeHcICpgz+C70njrf3hYBeWAwAAnlkg9gEA&#10;AAAAHCWcuf6cT28cfOPq9PQVHGQR4wLBryFKH7z8vlOLWnosm926Opa00Qv5XNlXlsMxJh2AclyI&#10;HJArgRi5H2DjgGunoGXC8jSdS86vxbxO9nVU0Zh6vTXq94va9S62WcET976ceLdQkHOdZOKljlu4&#10;f/f1wmOfjsYtKMJgrRXQsdDVc3qPuk/F3QE1o7jkn8cc0Umz1DvpeHIv+B7Zb4bLoV0tqmk9rsiP&#10;dlHY+gjVj2+n8cP3U3XXPRQeeJDCw4/Q6J7NVO+sZHkrW/PaCpSz829hqu6k0LfYTbhwn4XMSG++&#10;gnoOJbtTyDfSOL8/HHwdSwEAAEcGEPsAAAAAAI4uLo6OftIRrXNLlFFyzzxJty0seMOrQ0966cWY&#10;0zU0T7Ypbc3yjwp9beJtVxHkfQrtA2h9/VggbPv40WJrmFXvtmWp6kGTVOA6UC9NzhelJgpLz8Gg&#10;glg8sgSlp3MJxon92jttj/ONJ8910kxcN/nYaTAKr20xU1CcWUvl2rXUS2sx635QnZwsrIa0qFVF&#10;9fw8uYe20fiee2g0vIPCnXfRaNPdtOvRJ8UVmK/KSPKwXW2s0quIgpUJhMv1Dcw/wjXpw7Tao2R3&#10;CplP421p/G5/OKiwHAAAcAR9N9nbf5kEAAAAAAArg0133HYxeX/Fwu1l4Wk0GotLrpDyWO3Fx0Jf&#10;Lrf13quTLwaVfzh5t65o1/yItm9/knaNa5qf362ioYV9VFXNMl96zb/niIt0XKwlwVeCL6yOV3vx&#10;majIj2YYDOLsq5veftIXb7yZ1sxup/Vn/Tvqza5O1/Rpfm6yRJnaXntLsZyzb+H7e+PaW26fvSkJ&#10;Xs5JuNw893CmiftuNzsRaAOXCdsv3bMQrbTmKstQk9/5FFWPPUbh0cep3vIAjbbcR+HBByhsuZ9G&#10;9z1A451avj3fUWa7V+zKvLMWwFEggGMa+XIaF/SHg01YCgAAOPKA2AcAAAAAcJRxx6bb2Gb1947c&#10;jzZuvTSKwtN4NBJhrezN6JfBpreelsnqro7qqhbnn7yb3tu5e0Tbn9hBu0cVjcbpHHVsXHv8fgwV&#10;eRH72r5xIQby7M5L5wmcNuFV7IsuNK6yYOXBmnmhpbwi99WOyngPPfDdP6aZuXW0eu1zaO26U2nV&#10;6pPS85Npbu4Emp07luZm16bzz1IpDkDXli57ZwJaYU5FLZQN3C/Pgoa1X6EmDru4byW6E1+on87Z&#10;t0Qp8J722TNZNPSNrNp4I7XpoayjhCmne5e9WO1jMTBqYzVvxdDRDstOycipzNWIqu1PUHjoIaJt&#10;D9N461aq7rybxo8+TPUDD9L81kflGE7anUUAxzSyPY1fS+MP+8MB/iIJAABHKBD7AAAAAACOQu7Y&#10;dNsGF+nWEEOPRTnu0ceuOO73Nq4rmpmZtXJe/S4o4l5OnXWeqqpSl5+Ec6jY9+gTT9LYxD79CulE&#10;MAvcSi5WpEa/YrJaV8TDQoM5vAmBTblwFEGwC4uGuUdgGe6lzXf8keZ1sDHNqRNQZ+XIz3qaWXMS&#10;HX/sC+jYY59Da489g0447nk001tHRW/WxMqolwrp/otANfcmZC8alzDH0PYtXEa4Wu678r4EfHRd&#10;fU8n/DVpyHtxrn29/sLrLndvsemKGGRfzhcZ1WMp2R1//o9o/o/+J9GOGn/Ipo+/TOOX+sPB/VgK&#10;AAA4skHPPgAAAACAo5CzzjxncMem2y530f2GuNZywC0rcst217ImeqZ7NcJc93lHZHK5t5wdRub0&#10;E8NYyPt0WvVljc+ptS5QsEtNhkY06byN80wdgCoYEo1tDtXOQDue2kYPbd1GvvhHKtM321WzM7R6&#10;9Qm0ZtWJtG7ds2n1mmfR7JoTaVV6vWbVSdQrZykUPXE5alDGkeFO2xsRb3+Evv2bi66958CWtOic&#10;Ijxz752048r3Un3zVvzhmj74h35Jfzj4FJYCAABWBhD7AAAAAACOUpzz76SCfi49/V6r5OWch7bx&#10;mol1MbQiGws9PgdxhNa9pT39ukLfwosVE9v5JZf6tsfwudsE32BFqFbEK7+LZugLcfHFNFG+/HjM&#10;umCU8luer3QFrNsACy0LJqp5fmnfXeN5Gu16kJ7yW+lhfxsVPk8o7edLKnprqDd7PM2uOoXWrn1W&#10;GifTmrUn0bo0ejNrqChXUdnr8c7WW9DKkcUJqPOW1cklwlIYG+2+/R4FuT1X1HTWqrvfPvYDXOgc&#10;3J8qHu9Cc9442k2jv/gwzX/8S2l9URE0hXw0jTf0h4PHsBQAALBygNgHAAAAAHCUcub6s+fv2HTb&#10;hY7cl6XwlQUrLsv0vg1aCG26rS+8CGyBuoLV4gzW1uCnlr7c568J4RBBbKns1havFj9x92nyg1Ph&#10;L+hz1iE5+GP3KIjYJ/PxTnrtFV6fiwnRa/89dv2xYZGltyJtqNL2skz3qokgcolqPKJ65zzN149S&#10;qIZ6HO+fzlX2PM3OrKLVa46nVXPHiwh47LFn0Lq1p9KqNSelbWup6K1KU5tN5+U+hEECSFzufxe4&#10;B97T3/fyrry2tNZ1+h4utfdSpb5LCXtLCX1uwpnpJvaNTfqvbfvmV2nnBz9MYdMT+MM0fdyVxoX9&#10;4eA6LAUAAKw8IPYBAAAAABzFnHXmOf9r0/D2DxPFC/m1SDoc7sDBGCyqSRWrOrlCbQm8wbVCkJW5&#10;8mu3UPTTznnN++pwc1Z6mwM8OoKTVcyquU/FMR+89OKTtxrnnLr+6lDTqIok2R7pdaHmPurOxNlp&#10;xYOYrlmZ6FemHWtJ71VBUN2EpP0Faz2/uBi9zrAaB6pGT9LOJ59Me26mKuoF+X5mZz3NpXHsumfT&#10;Ccd/D61ZdRode9yzac26U6Q/YG9mNfmyVIlO9M+Fgt+hLbvdXwffovOYUBl3PEa7//gKGn/2FiKY&#10;+aYN/qP03jTe0h8OdmI5AABgZQKxDwAAAADgKMc5ujT9/ooY6FTVhAJFZ+EVVnraCEZWZjuBRuW2&#10;SbeU3X0majXCoMtFrvYymlONxbXcG6/1vrn8TlxUE2zOv6iimzTXa4M55Pig27i0lrdrqS8LhDo3&#10;Fvx8CFQUzsQ+mTWxxpmHlBHXOk/tUefakmZ2PLIomLbtTo/Vrop27fgubdv6XXECerlXT+XMHK2a&#10;e5akBK9ZczIdd+zptGbtKen58bRq1Rpy5aq0f0G+LLSMObRrk1sktmuaA1LU7cj776uIFydWePE7&#10;Sx7TuUb1latp15V/SvGBefzBmT7+KY3z+sPBzVgKAABY2UDsAwAAAAA4yln/grMf3zS87RJH9ClJ&#10;5A3qkGs0Nivh5NRcFr1YzKqrbru4OPHIgpgk3cZawja0d16cEP00gVdLfEPM5aFuwZmoUzNKUtIr&#10;PfhIlbi6HonNyIx5raMvqAinJb/m7pM5R5lbVef7SV92Q9NOUI8j7SW4IGtEjw+RurcsGljalwOL&#10;60Kf66IFaV8X0+x2PTWmR+sn0lt3ktfJky8d+aKQsuBVq0+gtRwYsvYEOuH402hm3am0ZtWxEiIy&#10;N7Muza2ksixsLioA1rWomHJ+6Rxobsk9+QMbJ2YMzaJOlvru2V0Yt91Hu//wvTT+uzvxB2b6YGX3&#10;7Wn8Tn84GGM5AABg5QOxDwAAAABgCjhz/Tmf3jS8/WoK4RWiSS0Koc1xGa41m2Uhjyxjl92AsbK3&#10;4pIlnr5J1iXbP5+rc6XOc7lCzPY9nQd79fhQSev1KvaxGJe1Ky429uyQ83psnmXj4HPZoeeoClHm&#10;JC5DE/ma/nQW9CFlwuYULOxabRSwipvB7sFFap7HoKXMvLu3noMSHpLGuKpoPHqSntr5JD3i7qWS&#10;z51uqkzXnp2dpdmZdZIUzCEha9adTKvWnkpr1p6Ynp9Evd6cBoWUc+nb+riZx96UA0uJdk5QXqK3&#10;3yJiTaPPf5x2f/SviLZX+IMyfXwljQv6w8F3sBQAAHD0ALEPAAAAAGBKcC5eHGL8SedonVrb/GQf&#10;vmg2OVGzopTISuiE15JfFsJYevL2Wo+P6vBL77Zn8yLCWfGv7Wuuvly62vTfs0uTbndSIltQcwky&#10;557T/npqgItNmEdhbjhvBcSFp0acjG5SJIzNaEuWo4V7jOUOrOTX6fXMlkiumSC77qJqmDG7FC1Y&#10;w+v6uVKFRlnGaEEkWTv0UYI8RtWYQthO9fgJ2vH4d1VtlP17VKev58XqdTQ3dwytXZPGsc+mNWuP&#10;ozVrjqPVq4+juTSKco4KV0qfQBY+i859NX0DSUuV+WfDgSw8JylTjm0gS7j7Ntr1ofdRffM2/OGY&#10;Pnak8WtpXNkfDtCZEQAAjjIg9gEAAAAATAnrX/DC++7YdNsb09MrVBHLfeOsg57XQAp1g7nGgZeV&#10;AO/9soENLAy6LOhZQi91zH/Wgo9y+G5+IxvWJHE3C4EdscpbOIfLO0YN7FBhMKqgF7Wsl5N36/Q4&#10;w2970xStBjiGRnZUFc7mk516GhCichlfk3v9uRwyEswRaMdHE0OzAzKLnI2Jzrdzj16DRXK5cXQq&#10;gIa0wyjaPpYWMqpHNK4CVTsfsTLjdC/pHsvCU1E6KQuemVlN5exqKtKYmz2BVq05nuZWn0hr151E&#10;s7PH0OyqE2hubk06tqSZsic1zJFDUHjdRKiM5OvdtPsTH6b5j3+JpB4ZTBtXp/FL/eFgC5YCAACO&#10;TiD2AQAAAABMFfFDMcb/RI5+1MUsXJkYF1Q8y4EVzpxtjd3NXGp6GpcVOGJ1S0pf81sxi4bBBD8T&#10;ArmU1sS+fGopfo1mpcvhGFZmG0Wgkg3NZb1jocz8g1mlc637ryws5deZg69bemvlvyHfMFkir10v&#10;uweLXM4rgp9eg+fN0wu2RsuJntkR6HJLQW9ux6Zs2sl5OOyEXX8SxpF7CQbpWmh7RREbq6AlzRxi&#10;MprfTdV4F9FTD6ftaQ8fZT6l08AQ50tyszM0t/pkWrc2jWOfR8cefxodd9xptGb2GHLlHPnbv047&#10;PvhhCpt24I/C9MEWztf0h4NPYikAAODoBmIfAAAAAMAUcdaZG8Ltt//TBenprWn0WolOMm0pa3bZ&#10;bUYW2CHbLPWW8qsm5CJIOamIaexzc5aZG6zXnxXzdi7ViIzcUS+6TsqvuAI1tZbFr3HFYpYKdCVl&#10;0U5LaTn4Q7W19i4KFhSLrjxobrqgx9fORDxzDIqAJ84/FQyLprxYU4KdKXUsrMlZrTefaKCdJF1e&#10;DCkZ7vQodFknpdwHUKpq9S5NOPQSQaLaYW33JVHCtnKzIjyqSMkuwSqQBImwKMhOPT4th4fUfH0O&#10;NNkxT0/ueJK2bbsr/dxupJmep15vlta41bT+tifopL/fsaxQCY5q/iiNN/SHg0ewFAAAcPQDsQ8A&#10;AAAAYMo4++zvH9xxx7cuJ+d+oymdJROkxFFn0p2U+joKdaDAffly8ENHSptIte2U4DZ7eteUvTKu&#10;cz3dqi+aVn7eixsuhppCqGg8Vq+bT99aQxWlvFYESHJNoEaDmyynzXqllNRaBXKZnYzm2pOQXd7A&#10;T0IbbGHt7tL1LCCksCzgIsr56tCuhfbG03COmO8xmlwXNQ3Y6aEmmNql0oG1CYQiSDpNCs5r6M1N&#10;KcnDTuOBWWyt0s9jXJOkKvP8+J56vl1WdgR6W4Aqrd8p256kF97wGM09is/+FHJ3Ghf2h4MvYikA&#10;AGB6gNgHAAAAADCNOPdO59zPxUDfq6KeilwaKKECk2l9FLuN90Lb5E7ccFncE4HQ08IK12i/uNGe&#10;6wiBbuKJ4c3Blt10JoyN02/cj68otfcc969jh13pqRH48vTk0bfZwuqks+2W+JEFQefbe4rRWhdG&#10;6wto7j7tZWhlwl7n5bnvXcX7a0lxpJzyu2CNO6W7PguRhTkd+RrZMSmbLGCEAz742haoIYElOeCE&#10;HX11oKqKIvaxMzBEExR7jgrXBpqwWXJuHKl/+4hO/RasfFMIf/zfl8ab+8PBTiwHAABMFxD7AAAA&#10;AACmkLPO3DA/vPPbFzqiLwenvfBi9G3CbGzLdLXvXKf3nG+de1mt49JdLS516nSz8zTin1s4g9AE&#10;gOirfIg31YwdhbWGSpC63FggKyxExGehz+bjJ2J97XqxLUcWd1/38s414cPNLTu9hovtnbks/Gmj&#10;v3R9C/fgQBBz9wXXcfXlXoDUJgfHYDXD3lmYR5T1roK6FsXN57oF1SSpvi7Py9t50jF1UEcflzfz&#10;ozehUpyKhQqDvBbfs62ms26oqbcLn/Up5Ftp/Nf+cHATlgIAAKYTjyUAAAAAAJhO1r/ghf+LnPuw&#10;vnJdvcmENGf97oL26pMec43sR10FzzXpuirI5cF978ShJnpX+9XTCk01FMRGTsntnrQRsbyGb3AZ&#10;70xJ1EuPvULLa2WUNrgLYaGBHxwUwsa+YCflx5pHmgyX4YpwRlnkU73NuwVlwLlHX2ddxKnnYyM6&#10;SqBHumYpc1HBb6LMuet15DfKtIplQWVZatKuDGdDS5ZlzQoVCcVd6bRnIC+Rzj2Nmkt6Vfzj56wZ&#10;rtsd6cU3jmjD30Hom0JGabwljX8BoQ8AAKYbOPsAAAAAAKYY79ylNdErYqRTJ8Q+UalyrW4neKKD&#10;W2SnW/zKmVOOvFt2Dvk8LlqzO0un9ebY8xaqwSWuPR5cslracWr7M/dgW3Ms0piczjU9+EJj95Od&#10;1UGX9UURJlVclLdN4ZPgjGiiJGnAhyT1SmlubO7LW9qw3VHT1TDYe9nlJ+Id/yp64hLk/nsScFLX&#10;lP2AvshnySXJWRAlETJ9urGyDp2d9JwbNo9p/T8G8jU+11PIV9M4vz8c3I6lAAAAALEPAAAAAGCK&#10;ef7zz3r8ju8MXk0F/Y9mY9SGdi5qnGw0kYpFp9oscCqJRXHPRWvuFyW9ttBUX+00p6W6HaXQRddk&#10;87LrL7jYBH9wrazIYt766KXB4h6fWwQ/cwtyrz7dHMWlF7J+15yHS2MnRcfQKU3OZcX8WBA1ybzs&#10;rHMhS26qAta2vxgPOf025r57JkaSCX1yDT8hiuYy5W5vvqyhOr6Q66Uv43VToqypxLER8FisdHmy&#10;ljDMguSMXSuMo5gYT5+P9EM3jWjdA/g8TyE70vj1NP6gPxwELAcAAAAGYh8AAAAAwJRz1vdu+NSm&#10;4e2fT09frkpXNN9bkJLUOJE8MZGoYSWvztx/sUnXFYIKVgtNgROJvJNpHk2TmSD97IKW8XIYR5qT&#10;t3Je6SHotXw1kJavxqysZYHNaQpvTuPwnKJbm6hm11Kfnx6QU3dFVItarhxy4m5t4R1mDKzSBXsm&#10;vuU+hr6Zusuhvs18CtddtygipTeHYPAFFdFCO/KisciYHYgiArpGJJQy5fQ4m066Kt3g999b0T+7&#10;NS5eZDAN/FUav9QfDjZjKQAAAHSB2AcAAAAAAJiLKdJLuO2bhsPWakML3vJ0cxCH7qxCV7BHpyW4&#10;PmgqrzNXn4VKZLEwd7Jjd18OvvUTItVEHXHTN1Aqe3P/QHPRidDHSb2V9rAL2XFo4qIcl1sEirio&#10;gl90rrmON9GtWy4sx6Z9a6/3zMtQu9iEjgSzA/poQRpFE1GiFcKBFoWS+CZ6mJoYYl4XXqcen7Ao&#10;dM1iLQJn7So5UW3lx7EpTdbSYe5N+OxtFW24saK5R/HBnUIeTuM1/eHgz7EUAAAAlgIBHQAAAAAA&#10;gM5cf/bmSPQmeRGtox2X8rJ6FqKWtS7nHmOhKtevNiWtgaiIJuzZL6fhFdLvzmdXnLdRNP3vuHzX&#10;p3PycKbCqcjnaJzerziNtnYq9HFIRRUlnXY0jjQ/5vd0sEAXo2vFPNJ/6S7YuRdN6EtnLU3wy9ex&#10;G9HbzU5DMqdgDhMhcyiKAKf31PTpSw8VB2nUJg6qSqlip4mNpbj5agn68OL24zl4HXK2Vgjl6wYT&#10;N1ele/yhW+bpRV+A0DelfDyNsyH0AQAA2BNw9gEAAAAAACHG8AHn/M8TuR+REtqY+87lBN6l1L7O&#10;vx0Ha/fX9PizQtlczrukWNgJ+Qjt6aQMNwat9nXacy9YHkfFu7HrLWgJ79jEsCw4ipjI1/W5t6CT&#10;0llx/hWxCeUQ8TELiS7PJDa99uRcsRUKI002/JO2e0W+B+1tyIJcZaXCQURL7gNoyb1O51HYDAsL&#10;1uALOL7XnLkR1f0oV6wtHCQd+/ytYzr7HyrqPYXP6hRyTxoX9YeDa7EUAAAAng44+wAAAAAAgHDW&#10;medwHe4FMQbW06wEN6ho5pZO09Vwi7YsV7roOWp68jWBFXHpb6BNUW3u4RdypWsQIY/Fs5pUjKvT&#10;b2MegR/V4af9+pr2dnpMOkjeq7m/HjVOPJ2GM/ehUwHRrkH2uinxzWW61luvyFXBVqrbzp7M4udl&#10;AXiOtTgLtbS4YkHSXHks2BXyS12LRWgDS7QUmVN5gwSByKhU0FzzVKB/fcNu6n8RQt8Uwp+296Xx&#10;fRD6AAAA7C1w9gEAAAAAgIYzz3zhtzYNb7+cYngzv+Yy3roeNyJZkV5XZP38TLSTnn7RkmRF+qu1&#10;BJi43x2pES6oQ65wrhH+ooV/sBPQmeDlC69hG1Gdcupq45eOct6GXlqteHwcB3eIvhjU8RftGnpu&#10;c/1512iMTqM/REiLTsuLOXTD+aaroOxjobt8N3JvNWmarzgVa+7rV2gJM9sWs7uwGmuPPQ0UlnsL&#10;zlmAh7cS5kJ677lYpvsLco+11eqGkK6ShvTrS5vOundML7gxUFHhszmFDNI4rz8c3IilAAAAsC9A&#10;7AMAAAAAAJOE8E5y9HPp2Vntxmj/6/Tuk6ehjdeNOczDa9lsJ3DDZWEwaN8+cQ1qQ7u2vLfj+OP9&#10;Ql2LS46tdUVnexbSfNRzlbm5ndcefTHriTbVkEuLO5eQ8t6gARiVCH/pi3Gpc/ZWhuuaIA8Si2IW&#10;J+W87LzzOhln9c7cO7CSPn1RJiyuRxFI00vvqXRavuvTm65ZanUisuhXs9CXbpiPP/aJijZ8fUzr&#10;HsDHcQoZpfGuNN7dHw5GWA4AAAD7CsQ+AAAAAAAwwZlnnbP7jk2DC9PTL8mGHBQRJ2tyQ+RyVBa8&#10;6nZ7yBG0WtYqmbYdByDvzVJXtH6ArrHrOYulINngcs1s7uEX25JgdfZlQS59oS1c+lIbm5mxKFdb&#10;SW9lhkPth2fBGlZ6zOW1fJaxJAjzayeBGY5UXGSB0NtZNXE4moMwUs0n4WaBtRMxMAQtv2WHXkg3&#10;VWoaSZobUa/wEkiiwl8p7kjxDnJDPn4M7CzUEt5yVNNZd43oebfuIRAFHM3ckMb5/eHgNiwFAACA&#10;/QU9+wAAAAAAwCLOOnPDlynE/y49+KKV6ebGeC4XuwYV7YL1zROnXk3O16ridb9pBhvOgjRMudOg&#10;Widltk1qhnxLddTznmY4Ldebs8/ERi3vJdMCI/U49CLt00vHzPBx6RSSsGviXDQnHjUGQPXsFRKM&#10;waW3keqxJvryEIceJ/0GHdFSfckcgDyqtH/NAt04pGOr9FinbZU8j5YQzHMuxfmnnfooFmlOnoKl&#10;9LauPh3PenieXvy38/S8WyD0TSFPpvGaNP41hD4AAAAHCpx9AAAAAABgSSLRr6bfXu6cP4UFK+6n&#10;p0349nCEYPsELWPtbup498QRF7XNnwpqzgpnnQqHLMrNFI6ClMRanz3rwydpuzGHeeSS2XYaTRpv&#10;bSm/2UpoOze9+aImfIRo/fisv15lPfskmCP33mNHH6nYyE4+7tXH83Kk/QSlBFdjgan0XvbnUYaO&#10;Q9ESSFxwIqDy/n5+PP7n33qyd8oACt+U8oU0frE/HNyLpQAAAHAwgNgHAAAAAACW5Hu/9/sev2PT&#10;4NXRxb+QDdHKWTvJvPFp9CnXSeaV10SN0FZwES0HXPAuvt1JgzMilWVJa2cl7kNCLqqoCbu1hXr4&#10;XAacHXqdycRG4COx0UU7r1N7otwDz4PLa51F8ta1qYY2Sd6jcOrQc9mBZ2m//Dh2tbznrYcgmRgo&#10;ZcNj2aCiY9D7876muuk+KJ7JEGN9xb+68clPHXd3vJ6o8yaYBh5O45f7w8GfYikAAAAcTCD2AQAA&#10;AACAZTnrzA3/4zvfGXw+1vXLRcjyjtqoizCxrzNrXRO46wK5mLvrsbDGx5jYZopam83h1fWWTxm0&#10;F9+qGS8uO9HhKr2sa3ZTpx/3ygtWtsvUdg7ts2faXZMX4kS0k56A5hJkhY1PzYIdJwKHfIzLd6qC&#10;X6j0TuR4PRVxpoeIfdSpvA3WnZB7FqaJ1UWkXlGLUzHEbHF0G9M6nf+md978NX65cf2G9xA7KcG0&#10;wALf6/rDwUNYCgAAAAcbiH0AAAAAAGCPOE8Xu6J4SeHcOhbFKGrm7p4KekXME/eca9x/sTHOtZm4&#10;LKgtNAey8MfOPnbdFaUKdt4cdTJIS3P5kfXDoDkZ5rrTIJEcG5JLg50dk9N5Kxbs0o3xvizwkTkD&#10;OaQjWkqvzkXnXJuomPeVnn/dGuKJ9XJUV3HivlmAdEFmPp8O/s20+Xd/63e/Oe4c9rY0/n0aL8An&#10;7qhmcxoX9YeDL2ApAAAAHCog9gEAAAAAgD1y1pkbNt98681vChTen7e5ZRMkXJOSmyUwFu0CZYHQ&#10;LdrfuSABGM5SeMU5Jyfw2tePtNQ2l9161/bAk/5+LD46Td9Vwa4V9VTFM6Exvx8tWbho32useelg&#10;TvCVnFzp32clv3xMrWKj1uzqPjwKb2thJcBiGvRmb7S63qABIdenmV702+/buGnhqvWHg50b12/g&#10;BOTr8Ik7KuFPwxVpXJZ+1k9iOQAAABxKkMYLAAAAAACenhA+EEP8xxxikX19zsI0uEeeM3HNmxA4&#10;IQeKVU6DLIKbfEOEPtumSbvt8eM6F/6K9id9/jhFtyhssKhWeDlHzOW0lvDbfOE1AY4Ft0qSckM6&#10;b6TxKMjzGBa7C50lD6vQp3MSV2EVJGm3HqfHNMZpgrvTeebTtlGtQmMloiBJD0B2EKbdHhuTOy94&#10;d+5SQl+mPxz8XXr4CD5sRx2crvtj6ef7Ggh9AAAADgdw9gEAAAAAgKflX77oh8N1X77+AufoVv4O&#10;qQ69KCJbiDV512ZLqDjHTjbt15eDcDuxHk0fP3X0WX+9vNWa4IVQ05hVMysFjmab4yvlq0kbQBEb&#10;nQhssenXp6eJJtZlq2FVd/dpAzmcj03JbpHb6rGo6FTclLReUveguPssJCTI8dESe+24Iqf8SsHy&#10;J9Oer33Pe7+5dS+X+g1p/HQap+BTt+LhMu13p/Gu/nAwj+UAAABwuHDx6SLUAAAAAAAAMK69/vp3&#10;jKvqzUFSMIKIcFVVU+ELSv+zPnXOCna9CXyxcedxSIfqY/odVMJ0bS9N4aWmJ+CjD15PWzd/UV16&#10;1odPSmtZXOOzizpHosCp0BdpzL3yuqm6hjjt2JU3VmeffhNmZyBp6Ain66YxYmde0ErdLPZJGS67&#10;+Ubq5AvWty/PKV+I516mE3KfwXTOzYV3r/rDD3/rmn1d443rN/yH9PApfNpWNDemcX5/OPgWlgIA&#10;AMDhBmW8AAAAAABgr3HOvTOGeMfkNlKBLpKV4EYr2K0kQjc6rfHV8t8opbrWoc+EPnP6eTuXUwmt&#10;qgPtrIl2jSPtHrOoqKWxUjJc5P59JFa8WKglr+h5KmY8+R4/d9Sb9TSTxtyMo9n03mx6nEvvz5Tp&#10;Mb0/U6Zt6flM2laWTs+ZzsNJwPyahbueve7x85lCx2xBZXos0/E8ieCdphFLe8L4/jS9c/ZH6GP6&#10;w8Gn08Pn8GlbkTyVxi+n8WIIfQAAAJ4pUMYLAAAAAAD2mp96yUt2f/7av+EgiS9RxzwXYqAiWDSu&#10;LyYPik2BrqX0Ej1tbYk49Wpx4mX4X6nLQp2AYiz06uCLFo8brVSXRTdnffqKwip4C3UCeuepKnLI&#10;hmumOuaS26hT9+wM1PpdfZB70BRhV7Qpu+zwY/GRKnYWikC5MV36/I989NtfOwhLfXEaP5nGsfjU&#10;rRiuJU3avQdLAQAA4JkEzj4AAAAAALBPvPylP/Xl9PDfVV1TWDNzlqgbrXeejOg6cR3q6tsjwc7j&#10;zRtYkwRicFAHB2Bwme6IX4+iCIHjsb7H+9XRNQEdjPTO8+rQK0vSx5ns2lMnHwd8iJvPq0jYRVyG&#10;tt3zsT1PvRlPs7M65uxxdsbPl4W/zJf+RR/92EER+tjdd396+DV82lYEj6bxn9PP7GUQ+gAAABwJ&#10;wNkHAAAAAAD2mRjjr5KjlzuiU9gtV1OgwnHPvSipuRqCYb3zrI9fm7jLibzREnq1HNdMeRR8UEGw&#10;rinWTs4Vcnxv1FJeF9RdV6Xt0WfHoIVykPYD9NJvL7Zt+/I/cRdaThxy275o/fcsAdjlZA9D0nid&#10;bTdXocv7pUN6Vbje+3jRlR/+1qZDsMx/mMbPp/ET+MQdsXwiDU7ZfQhLAQAA4EgBzj4AAAAAALDP&#10;/Oy/e9njjuKrpfte7p3nrdRVSml1v+zro9CWv2pAh9XZLvo2qu5A3s5hHiWLdsRpt1HSbjmcQ1Jw&#10;Ky2hlcANdvdV6u4bscsvauCGhHLwPkFFwsq2NfkaPC0nocEUrMug60wpi3qa4aH3WFjvvtmee2xu&#10;xp03O+vPff/v/9OhEPrY3cdTvCANJLkeeWxO4+XpZ/QfIfQBAAA40kAaLwAAAAAA2G+u/p/XXp2+&#10;T76cVbSmDNZ5ijGIu48ddo0zj6y0lt1yVmub3X45pkMNgezuq+mBzV+i++/9WzmPbo/i6iNtt0d1&#10;+q0iR10VkdN109Wplx5LK88t7Bo1majX+frr5bRRBMJxrSXBEgJic+MyX3H/OXX08flLR5/sFfTa&#10;t7zjlq2HY403rt/w6+nh3fi0HRHwR+ODaVzWHw6ewHIAAAA4EkEZLwAAAAAA2G8ixUuciz9JhVur&#10;WyxSl8U8TuJNXzcloNYKbV1U717T7q9b6dueU3r9sWg3W6pjL1opMLvwWPnjXIxYaw/AKrRH1s5J&#10;iIfsn34ranPxOTuGS4ytNLep/WWRkMgSg7mUmJoyX8rbdYabXXSvese7b7nmMC/z76bxyjR+AJ+4&#10;Z5Tb0zi/Pxx8FUsBAADgSAZlvAAAAAAAYL/52Ze97N70lfJNzhWkIzv2YuPaU7p98NR9x2NyH5rY&#10;p7A0XBbveoU9enXv8XY2EorTj0W/KuioAwV5HqnmlNz0fGzBHqFWgTDX8RYsBqZzzaTzzvQczfGY&#10;JVo1kx559PS90sfgnXt/ut4577r8sAt9XM5bpYfzSc2J4PDD6/9bafwAhD4AAAArATj7AAAAAADA&#10;AeGcuyIS/SeK8Ydtgz60Hfv0tc9WOhb79N+cxcW33HlNjGOJK/fTU+Ogk6N8rSnAtZ0jNkEb0hRQ&#10;7Hy6PVKwRA0fNPRDhUYnsyj5nOwGTN+Me+mYmvsA1pokXFHcmC5w/m9dfsvXnsk17g8HX9+4fsN7&#10;0tNfxSfusHJTGuel9d+IpQAAALBSgLMPAAAAAAAcEC9/6U9xk73zyfnKs7svf82UlI5OWgeLck6F&#10;u9pxfz4t7+Wy2ui0vDZKEIenuqrJ5X+WdioUSv+9Qst0Z9LjTOmo13M0mx65Px+7/9LLNKKIgLnX&#10;Xu73J05Aec8GP7f0XXEQkjoGy3SSmYLm0/uXpfO86LfefevXjpClflsad+ITd1jYmcbr0/hRCH0A&#10;AABWGgjoAAAAAAAAB4Wrr/3iOz35y0iCNqIEbQTrtZd787GwJr+ciXHUEQKlwjaINhiqET229Sv0&#10;8JYvUh3UzedNN8yhGiGn7NZaskuW2GuXsbNqCi/Z8b5wVBQqHjp7zecsSydhInzeNIXr6zpe9Ctv&#10;+vqmI22NN67f8L+nh+vwaTukfDGNi/rDwXexFAAAAFYicPYBAAAAAICDxTvS2MRymxdBz7eFvE7L&#10;eheyICejs91TdCroZaFPnH02yoKdfNxbT3vsrZnzMvj5Ki7HzX39yJ6z64+dgKU+sjuQz5PTfSXx&#10;N9Bj6aLnUYznHolCH9MfDv4uPXwEH7VDwqNp/H9pjX8KQh8AAICVDJx9AAAAAADgoHHNtX/7kvQV&#10;83pJxg2h7bUnpbpRevVJvzz53d6P6rKrNUKXpNA3PX/8/i/Tti1/ow483wp+KhwqsSYr/WXBLkow&#10;Bwt3/FyyO5zuLA6+Tjlw7vEn19c+gJ/0zr32dZfdvPVIX+ON6zccR5oMewo+cQeNv0jjNf3hYCuW&#10;AgAAwEoHYh8AAAAAADioXHPtdVcRxf/KYl+u4iVaWuyLJvRJ6W/Q46MTBY+2b/sqPbrlC01J7sSX&#10;2Pxo5cD8OgQT8Didl0t7bS8p/fUqGJK5/TjWNqqpb3N6+qrXvfnwp+weCBvXb/gP6eFT+LQdMFvS&#10;+KX+cHA1lgIAAMDRAsp4AQAAAADAweZX0lCHlAl9S1Tw6tsm9Olz7ZvnrDGf917Kb72JdVISHFTI&#10;y4JeNKGv2Sdfih18JVFRaj++sueldJeTd1nzS5tCOvf70/NzVprQx/SHg0+nh8/ho3ZA/EEa50Do&#10;AwAAcLQBZx8AAAAAADjofP5/fvGV6WvmJ+os5Il+p//O7BYIf45FO07N9VFKeiPX4dY17XzsRtqx&#10;9fNSa8sluVWl7r9aHXlSkpt7+PEp+bCKy3dJy3udiX+l7RdDc8mN6fjzL37j17+2ktd44/oNp6eH&#10;29I4Fp+4feI7aVzQHw6+gqUAAABwNAJnHwAAAAAAOOi8/GX/9pPp4a+801iOgsM6pIRWZDrZJ2qA&#10;rlrtPJnQF7PRj+t5RajjMI7SQjl41xy8wU4/3rW2Ebydi6NAChKlz9n1KTgWDedjoMtiTS9a6UIf&#10;0x8O7k8Pv4ZP215TpfGuNH4AQh8AAICjmRJLAAAAAAAADgXO0cUU6SXkaC0HaLicu8t6nuuIfizI&#10;2Utx/QVH0RP1ih6NWbTj6l0R7bRkt6p1Gzv7oqemdlcCOqSml/v3mX0wclCIS6/j9emYi1791iMz&#10;ZfcA+MM0fj6Nn8Anbo98PY3z+sPBN7EUAAAAjnbg7AMAAAAAAIeEl7/s396bHt4krr5lmvaxN8+z&#10;m89pEq+PulV9exXxkbxNnH1pzBREvRlHMzPq3hPnniX0ehMNJY03nTOMAtXj+NhoFM4bjeO5R6HQ&#10;x+4+XqwL0pjHJ25JdpH2kPxXEPoAAABMC3D2AQAAAACAQ4b37gpH9J/S0x9ut2oKLzMhAQap3BUB&#10;T9J565pb90m/PRHzSinFpZlINDb5UNrwaW5Hc7KQXlQVUV3FT7pAr73s3d/YejSvcX842LRx/Ya3&#10;pqeX4xM3wXVpXJjW5y4sBQAAgGkCAR0AAAAAAOCQcs211/XTN85boovNPzTnr6BS3psTexsRMMr7&#10;Ox/6Cj310F+r2NetR+HSXM3mJa3odbKNwzvGo0jjcdw8ruKr3vj2W6+ZljXeuH4Dry33IfxBfOLo&#10;sTTekMbHzPkIAAAATBUo4wUAAAAAAIeUn37puRvTw2+3Lj6nbfY6tj7t5tf9ahrIRa8uPXbuWSKv&#10;Dte4+DSwIxK39ivTW4Wj9xeezpkmoY/pDwccPnE+qf45zXw6jXPSenwUQh8AAIBpBWW8AAAAAADg&#10;cPAOiu7/cURn8guXs3Rb3Y4WKjNSmhvU5Rc7OqCa//RAnw+MtDGSO/+SX7/5a9O6wP3h4JaN6zf8&#10;N5rOhF5OJr44rcHn8EcNAADAtANnHwAAAAAAOOT8zEvP3e2ILrSw3JzLa0yGd4i4J4+O4jhSrCRo&#10;g+o66mMVKfBIr8M4zlNFl8WaXnT+G276Glaa3pbGcMru+cOkbj4IfQAAAAChZx8AAAAAADiM/PXf&#10;XHdVeviv/Hzx19Cov6KjECt66oGv0Y77PiO1utrJzwI5+Eusl1Lg69PvF134xqMvZfdA2Lh+w0+m&#10;h7+bglvln/sF/eHgy/ipAwAAAC1w9gEAAAAAgMPJr6SxVWt2I3WLdxdqfyLxcUJvzcm6JMm8oZLx&#10;WKjiefWYzoXQt5j+cHB9erjqKL5F7kvIycPfD6EPAAAAWAycfQAAAAAA4LByzbXXvTI9fEKdfLl/&#10;H6O/B3H31bT7/ltp+z3/I73y+h5rfyF+Mj2+9lW/ectWrOTybFy/4bj08O00Tj3Kbu2WNM7rDwff&#10;wE8ZAAAAWBqIfQAAAAAA4LDz19de9/n0LfRn8uss9oXG7VfT7gf+iXbc/WkR+xy5zWnjq8572w3X&#10;YPX2jo3rN/x70nTao4FdpP0I32PJwwAAAABYBpTxAgAAAACAZ4KL03hy8ZfTTmyH99SbmQsz5ez7&#10;Z3pz50Do2zf6w8Fn0sNnj4Jb4bJkLtn9bQh9AAAAwNMDsQ8AAAAAABx2/o+XnntvenjzUu9Jr77o&#10;yXu/sVfM/Oh/fvOXX/v/vun6J7Fq+wWLqttX6Nx53uencW5/OBjiRwkAAADsHRD7AAAAAADAM/VN&#10;9ApHdBM/dZ3Njtw8RX+Z9/5F//HSv/0aFmr/6Q8HD5CGoqw02JV4dpr/VWmg7xAAAACwD6BnHwAA&#10;AAAAeMa45trrvt85+nr6SlpqXIeUbF70My/9N0jZPUhsXL+BtdS/S+MlK2C6D6ZxsZUgAwAAAGA/&#10;gLMPAAAAAAA8Y/z0S8/9p+jod9PTx9I4z5E7F0LfwcWccRemsfsIn+pVabwQQh8AAABwYMDZBwAA&#10;AAAAnlH+6m/+tkgP5c/81L+Zx2ocOjau33Bperj8CJwa9+O7sD8cXI+fEgAAAHDgQOwDAAAAAABg&#10;Cti4fkOZHrgH4g8eIVOq0/hvabytP/z/2bt71SiiKA7ggVhoZ5kHuBYy3MJAavERfIZ8iEYrK7Gx&#10;tMkTqNiLiNgLip2IaIaLiBc7BQXBYCEWgmdNELRQ1J3dSe7vB39OsfOxnO0OZ3bKZ78QAEyHYR8A&#10;ADSiT93ywu7Ab3HOX+VZZDXX8tSvAgDT5T/7AACgEXvDta05foXJo9qXIisGfQAwDJt9AADQkD51&#10;R6JsR9KMb/0wsp5r8QIWABiQzT4AAGjI3v/jbczwljuRM5FTBn0AMDybfQAA0KA+ddejrA58m7uR&#10;zVzLWx0HgNkw7AMAgAb1qTsa5UVkaYDLv4ucz7Xc1mkAmC2P8QIAQINyLR+jbA5w6ZuR4wZ9ADAf&#10;NvsAAKBhferuRDk9hUu9jmzkWu7rKgDMj80+AABo22S7b+c/zv8a2Ypkgz4AmD+bfQAA0Lg+dWtR&#10;rv3Dqc8ja7mWJ7oIAONgsw8AALgRefAXx3+JXI6sGPQBwLjY7AMAACbbfceibEcO/+HQR5H1XMtL&#10;XQOA8bHZBwAATN7O+yrKld8c8ilyNnLSoA8AxstmHwAA8F2fukNRHkdO/PLRvci5XMsbXQKAcTPs&#10;AwAAfuhTt7ywO/BbjLyPXMi13NIZANgfDPsAAICf9Km7GmUpcjHX8kFHAGD/MOwDAAAAgAPCCzoA&#10;AAAA4ID4JsAAReyUgT3z5+0AAAAASUVORK5CYIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8354Q&#10;JwMAAM8GAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCq&#10;Jg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAI0FAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAKaJy/zaAAAABwEAAA8AAAAAAAAAAAAAAAAAgAYAAGRycy9kb3ducmV2Lnht&#10;bFBLAQItAAoAAAAAAAAAIQDEa3KBk8wIAJPMCAAUAAAAAAAAAAAAAAAAAIcHAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ1BLBQYAAAAABgAGAHwBAABM1AgAAAA=&#10;" stroked="f" strokeweight="2pt">
                 <v:fill r:id="rId7" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00243619" w:rsidSect="00CF5FA5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ITC Avant Garde Std Md">
     <w:panose1 w:val="020B0802020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF5FA5"/>
     <w:rsid w:val="00243619"/>
+    <w:rsid w:val="004470A4"/>
+    <w:rsid w:val="009D0678"/>
     <w:rsid w:val="00C00A61"/>
     <w:rsid w:val="00CF5FA5"/>
+    <w:rsid w:val="00E529FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3EA57137"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{857C84FB-AC83-4E67-9C70-CDCEE122C0EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1284,51 +1227,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1505,106 +1448,106 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CF5FA5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -1857,54 +1800,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>0</Words>
+  <Words>1</Words>
   <Characters>5</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>