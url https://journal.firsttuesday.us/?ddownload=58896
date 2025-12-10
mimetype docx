--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -1,90 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CC1260" w:rsidRDefault="00284032">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5767BF5A" w14:textId="5DF20F1A" w:rsidR="00CC1260" w:rsidRDefault="007E5436">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="768A0070" wp14:editId="273FBACE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D5C3A7D" wp14:editId="3D2C287C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>419100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>5019675</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4238625" cy="4676775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4238625" cy="4676775"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1DD97629" w14:textId="6BAF0FD1" w:rsidR="00E6084D" w:rsidRDefault="007E5436" w:rsidP="00E6084D">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:after="270" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>T</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E6084D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">iny </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>bathrooms</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E6084D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007E5436">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>feel tight, sometimes oppressive. Enhance the space visually with these simple tricks:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4A8EB848" w14:textId="77777777" w:rsidR="007E5436" w:rsidRPr="007E5436" w:rsidRDefault="007E5436" w:rsidP="007E5436">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:after="160"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007E5436">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>Expand</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007E5436">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>. Instead of a heavy, opaque shower curtain, replace with a clear shower curtain or glass shower door. This immediately gives depth to the room.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4582ADCB" w14:textId="5BF8D673" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                            <w:pPr>
+                              <w:pStyle w:val="Bullets"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                              </w:rPr>
+                              <w:t>Brighten</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="007E5436">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                              <w:t xml:space="preserve">Choose design-free, solid light colors for towels, rugs and other linens to </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                              <w:t>open up</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                              <w:t xml:space="preserve"> the space.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="415214C5" w14:textId="0427992F" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                            <w:pPr>
+                              <w:pStyle w:val="Bullets"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                              </w:rPr>
+                              <w:t>Clean</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                              <w:t>Remove bathroom clutter, clear off the sink and tuck away personal items in a cabinet or basket.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="04F3A31C" w14:textId="788A0B01" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                            <w:pPr>
+                              <w:pStyle w:val="Bullets"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Bold"/>
+                              </w:rPr>
+                              <w:t>Glow</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">. </w:t>
+                            </w:r>
+                            <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                              <w:t>Let the light shine in by replacing dull fixtures and adding mirrors to reflect light.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5241F9F7" w14:textId="7ACABC03" w:rsidR="00E6084D" w:rsidRDefault="007E5436" w:rsidP="007E5436">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:before="90" w:after="270" w:line="240" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>Maybe</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00E6084D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007E5436">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>you’re ready to upgrade into a newer home? If so, contact me for an appointment about buying or selling in today’s real estate market.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="0D5C3A7D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:33pt;margin-top:395.25pt;width:333.75pt;height:368.25pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChFM9xbQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm7UdP1Ir68h1lKpS&#10;lER1qpwxC/aqLENh7F3312dg1w+lvaTqBQbmm2G+eXB901SG7ZQPJdic9y96nCkroSjtOuc/nu8+&#10;XXEWUNhCGLAq53sV+M3s44fr2k3VADZgCuUZObFhWrucbxDdNMuC3KhKhAtwypJSg68E0tGvs8KL&#10;mrxXJhv0euOsBl84D1KFQLe3rZLPkn+tlcRHrYNCZnJOsWFafVpXcc1m12K69sJtStmFIf4hikqU&#10;lh49uroVKNjWl3+4qkrpIYDGCwlVBlqXUiUOxKbfe8NmuRFOJS6UnOCOaQr/z6182C3dk2fYfIGG&#10;ChgTUrswDXQZ+TTaV3GnSBnpKYX7Y9pUg0zS5XBweTUejDiTpBuOJ+PJZBT9ZCdz5wN+VVCxKOTc&#10;U11SusTuPmALPUDiaxbuSmNSbYxldc7Hl6NeMjhqyLmxEatSlTs3p9CThHujIsbY70qzskgM4kXq&#10;L7Uwnu0EdYaQUllM5JNfQkeUpiDeY9jhT1G9x7jlcXgZLB6Nq9KCT+zfhF38PISsWzzl/Ix3FLFZ&#10;NUT8rLIrKPZUcA/tLAQn70oqyr0I+CQ8NT/VmAYaH2nRBij50EmcbcD//tt9xFNPkpazmoYp5+HX&#10;VnjFmflmqVs/94fDOH3pMBxNBnTw55rVucZuqwVQVfr0dTiZxIhHcxC1h+qF5n4eXyWVsJLezjke&#10;xAW2I07/hlTzeQLRvDmB93bpZHQdixRb7rl5Ed51fYnU0g9wGDsxfdOeLTZaWphvEXSZejfmuc1q&#10;l3+a1dT93b8SP4Pzc0Kdfr/ZKwAAAP//AwBQSwMEFAAGAAgAAAAhAEkT+5TiAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvdNSVJjdmUEiiC6KG1F2+b7DQJ7kfMbtvor3c8&#10;6W2GeXjnecv1bA074xQG7yTcLwQwdK3Xg+skHN62dytgISqnlfEOJXxhgHV1fVWqQvuL2+F5HztG&#10;IS4USkIf41hwHtoerQoLP6Kj29FPVkVap47rSV0o3BqeCJFxqwZHH3o1Yt1j+7E/WQnP9fZV7ZrE&#10;rr5N/fRy3Iyfh/dUytubefMILOIc/2D41Sd1qMip8SenAzMSsoyqRAn5g0iBEZAvlzQ0RKZJLoBX&#10;Jf/fofoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoRTPcW0CAABFBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASRP7lOIAAAALAQAADwAAAAAA&#10;AAAAAAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1DD97629" w14:textId="6BAF0FD1" w:rsidR="00E6084D" w:rsidRDefault="007E5436" w:rsidP="00E6084D">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:after="270" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>T</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E6084D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">iny </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>bathrooms</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E6084D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007E5436">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>feel tight, sometimes oppressive. Enhance the space visually with these simple tricks:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4A8EB848" w14:textId="77777777" w:rsidR="007E5436" w:rsidRPr="007E5436" w:rsidRDefault="007E5436" w:rsidP="007E5436">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:after="160"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007E5436">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>Expand</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007E5436">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>. Instead of a heavy, opaque shower curtain, replace with a clear shower curtain or glass shower door. This immediately gives depth to the room.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4582ADCB" w14:textId="5BF8D673" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                      <w:pPr>
+                        <w:pStyle w:val="Bullets"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                        </w:rPr>
+                        <w:t>Brighten</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="007E5436">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                        <w:t xml:space="preserve">Choose design-free, solid light colors for towels, rugs and other linens to </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                        <w:t>open up</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                        <w:t xml:space="preserve"> the space.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="415214C5" w14:textId="0427992F" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                      <w:pPr>
+                        <w:pStyle w:val="Bullets"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                        </w:rPr>
+                        <w:t>Clean</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                        <w:t>Remove bathroom clutter, clear off the sink and tuck away personal items in a cabinet or basket.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="04F3A31C" w14:textId="788A0B01" w:rsidR="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
+                      <w:pPr>
+                        <w:pStyle w:val="Bullets"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Bold"/>
+                        </w:rPr>
+                        <w:t>Glow</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t xml:space="preserve">. </w:t>
+                      </w:r>
+                      <w:r w:rsidR="007E5436" w:rsidRPr="007E5436">
+                        <w:t>Let the light shine in by replacing dull fixtures and adding mirrors to reflect light.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5241F9F7" w14:textId="7ACABC03" w:rsidR="00E6084D" w:rsidRDefault="007E5436" w:rsidP="007E5436">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:before="90" w:after="270" w:line="240" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>Maybe</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00E6084D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007E5436">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>you’re ready to upgrade into a newer home? If so, contact me for an appointment about buying or selling in today’s real estate market.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00284032">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4224BB68" wp14:editId="16366B36">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5281930</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8912225</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2009140" cy="672465"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Rectangle 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2009140" cy="672465"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId5">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -92,305 +569,265 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:415.9pt;margin-top:701.75pt;width:158.2pt;height:52.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBObRZUJwMAAM4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T21HTpNadaosaadKUVu1nfpMMI6RMDAgt0377zuAnVRttUnT8kC4HM7l4zufL6/2rUBbZixXssTZ&#10;WYoRk1RVXK5L/O35ZjDByDoiKyKUZCU+MIuvpp8/Xe50wYaqUaJiBoETaYudLnHjnC6SxNKGtcSe&#10;Kc0kHNbKtMTB0qyTypAdeG9FMkzT82SnTKWNosxa2F3EQzwN/uuaUXdf15Y5JEoMubkwmjCu/JhM&#10;L0mxNkQ3nHZpkH/IoiVcQtCjqwVxBG0Mf+eq5dQoq2p3RlWbqLrmlIUaoJosfVPNU0M0C7UAOFYf&#10;YbL/zy292z4YxKsSw0NJ0sITPQJoRK4FQxMPz07bAqye9IPpVhamvtZ9bVr/D1WgfYD0cISU7R2i&#10;sAlvdJHlgDyFs/PxMD8feafJ6bY21n1lqkV+UmID0QOSZLu0Lpr2Jj7YSnB9w4VAlQZ0wbFR7oW7&#10;JmAFDAx3vVGHFrz13zkV32Gh6KZl0kViGSaIA1bbhmsLYQrWrhjgZG6rGARKhAx9Tr7Y8Ng/h5MZ&#10;FDz8MpiP0vkgT8fXg9lFPh6M0+txnuaTbJ7Nf/kUs7zYWLZUlIiF5j3zsvxdth8SpuuByJnAPbQl&#10;geERMEgoYNynCHB7SHyu1lD/wGAHc2eYo42f1gBptw/Gx4PuogfcWwnpR6n8OkbyO4mnSCRFmLmD&#10;YNH6kdXALU+D8Cyhq9lcmJgtoRTQjmDahlQsbo9S+HUkOd4I5QgJDk/Zdr47B14x3vuOWcbqwlUW&#10;ROGYWPqnxDow+xshspLueLnlUpmPHAioqosc7XuQIjQepZWqDtB5wN7AYqvpDYcGWBLrHogBDQJq&#10;g666exhqoXYlVt0Mo0aZHx/te3sgEJxitANNK7H9viGGYSRuJYgGdKJvRRcW+Wg89O3z+mT1+kRu&#10;2rkCUmWg4JqGqbd3op/WRrUvIL8zHxWOiKQQu8TUmX4xd1FrQcApm82CGQifJm4pnzTt+9U3+PP+&#10;hRjdqYAD5t6pXv9I8UYMom3k4mzjVM2DUpxw7fAG0QzE6QTeq/LrdbA6fYamvwEAAP//AwBQSwME&#10;FAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMw&#10;EEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1&#10;MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI&#10;+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIde&#10;vjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAHMMKH7jAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FuwjAQRO+V+g/WVuqt2IFAQxoHoVa9IPVQqARHEy9JVHudxg6Ev685tbdZzWjmbbEarWFn7H3r&#10;SEIyEcCQKqdbqiV87d6fMmA+KNLKOEIJV/SwKu/vCpVrd6FPPG9DzWIJ+VxJaELocs591aBVfuI6&#10;pOidXG9ViGdfc92rSyy3hk+FWHCrWooLjerwtcHqeztYCW8H4h/PP2vaDZvFdTMe9tyovZSPD+P6&#10;BVjAMfyF4YYf0aGMTEc3kPbMSMhmSUQP0UjFbA7sFknSbArsGNVcLFPgZcH/v1H+AgAA//8DAFBL&#10;AwQKAAAAAAAAACEATiM3+rUTAAC1EwAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoA&#10;AAANSUhEUgAAANgAAABICAYAAACURjuuAAAAGXRFWHRTb2Z0d2FyZQBBZG9iZSBJbWFnZVJlYWR5&#10;ccllPAAAE1dJREFUeNrsXd+PG9d1PneGwx/7i5QsxU2RYmkUdtPEqGig76brvot5SIA2AUQ9FU0C&#10;hHpJ++bVSwH3xTRg9NUUmriA+tDVU18SiPoLQqW24cRtzG2RWLakXZK7/DEkZ26/c++d1RVF7a7W&#10;+rW794OuZjhzZ4bce7/5zjn3zB0iBwcHBwcHBwcHBwcHBwcHBwcHBwcHBwcHBwcHBweHR4A4Dj/i&#10;1E9/cSErRC3niVJaCJqSpGEsWyhrm//819dcMzs4gh0ChZ/+Ip8ianw98Ct/nE3RSpCilCcokpJ2&#10;JhHdCqf0h3HUuPX2mxddUzs8C6SO8pf3ierFTKry0mKGziwEtASSBb5H01hSH+TKDyaU64dV8Q+/&#10;7Hz+9puXXHM7OAU7uHqd+1rKa726nKVvrGTp7EqGCiBZOgDBIkldkOvOdki/747ok+0R/d84KsJc&#10;3HBN7uAU7GDqVf2jdIpOZQM6vZSmFwsZejGfpYWsT6NxTHe6IUmYisNxRC9CzTancWWT6F3X5A6O&#10;YAdAWojSIszBhbRPixkQbTFNX38hR2dAtO7OmCKYib0hTETsX0h5lEF919wOjmAHhCfuFR//pXxB&#10;mbRH+aWAQqgWf+btntAF/wquuR0cwQ6IiZTtMVRqHMU0mkTUH0V0F2bhZBqr9f5wCvMwVvvHcUxw&#10;y1quuR0cwQ5MMFrfnETV3miqAhq3eyHFIFxGkUzSJszEDrZvY/8WFG0k5bprboenjecmitj922+v&#10;4tvUYNdVyPOKKERSEljThkPVpFiu5T/46L4o4Df+8ZfX/3whXf6T5QydWczQci5F6ZSOIjKxNvsh&#10;/X47pN8Oxs1P/+mv3nDN7XAiFQzk+gkF/prIZQuUyZIIAtol2HRalGFYlcNhtfv9V9fyP//wcnLc&#10;TiwrvxtOmqhVGk5iWhr48L08FeDoj6d0FyT739Gk1Y1kxTW1w4lUMJDrHcqma2J5icQCSm4BBMvs&#10;EkxOJyRHA6JBn+TONsnBqJH/2Ye7mRmczbHkiXrB96qnA58CT6iB5p0o7mxN40YPynfn7Te7rqkd&#10;ThzBQK7zlAnWvXyexEqBxNIKCLZIIp0l8n0QLCY5GZMcDkj2eyS3uyS7HSZZBSS7L8eQiZYWVMoI&#10;wf4Z3Xr7zRu8/eWrG+fxI0uga9kzv5aFEf/aMRGrX/PT7626AWiHY0iwH7z6mSjki96p0yTyp8lb&#10;BskWQbLsAoxXmIlxRDIcgVDbilxxb5Nk5y7FW512/v3WSw87L0i1ih+2FgiqgHCFLD4EIJ4v9A8G&#10;sWgKlo3BrlGsls0p6oNoN1yXcDgWBIN6vQ7TsOm98AJ5p8+SVzhDooD15dNETLJUGgIWEQ13QK4t&#10;irsgliLXbZKbd7Ct/4CKGXK9BSWrLXuisAjJyoFYAeTLZ4KZOuAVh+0NySQNwLjtWGXgM9EqIJoz&#10;KR2OfJCjLNJpUkGNTI6ITcNFNhVfgJqdwXb4Yux/bW8qm05MQhLwxQTqSz7OH5ZxjmsWsfK4WzTg&#10;j1UKkCosKYuSBrnYL0vxgDPfUVAp5uAkzjmVgngsbQFlESTrxVTuRLL9ytWN8m+/t3rTdQ+Ho0sw&#10;TxQp5ZPw8RWCgESQ1kRbgHqtgGArZ2G/7WgzEUsOfLCqCZiOfIy0Up+YXCBPc8UTpdMg1zJKzvco&#10;y9kdTDKT7eFbPtiugoFcbCamI10CIQub07jpSOZw1BVMywkXEvfWOXrog0TpRRXgIA+GnfDm171n&#10;59ZhEpbOpJhcHi2CSZx/mAOpMr5RMO+egmmCQcFiQSEPTmtiQeWglBF7aF7hLkgG4haduehwNAkm&#10;ZZsi+Fi7Bd4PEyrkiOGW+iynIdSrj+2hDtfzthiF65NsGfU6v+CJqlYuj5ZAsiWQa0GpGBMMCuaz&#10;iUg6J9EEOTTBSJFr5IFcKJ5Q5FI1IukVplHM2R9ugNrhKBKMWnIy0WH48QhEGqpoIfEYGFRFpjua&#10;ZMMeCAcR4bEw1KNxCMJNsC9umR9Qz0Odlli1UDjDXq0H8MESM9HXCuZ7JorIChZr8zBkwfR00jCT&#10;S4JcMXyzCbaNpCh/8+rG65+46KLDUSNY/oOPrnUv/EVbjgZFOeyDUFmK4Vt5bL9BxQj+lg7TQ9F2&#10;ehT3eZB5B4QDEcOwA4asQ70uQL2KHNBgczBnSJZLaRNxAcssP6rCKubp7PrEB5saggWQMU9IpVra&#10;dBTKdOQQ/jLWeV4Pp2IOhw41PNOrT6M16hsC7XRI9jYp7tymaPMWxXf+QPHdzyne/FKF6FWoHvWY&#10;ZFCwtfzPP+rCvaotqmghKaVigmUNqXLGD1sMoGhc0h4to6xksMzoz7yPCxMxh7rqWN8oH87JIf6M&#10;EOVXrm6suq7icOSCHCDJle4PXi2T36vy53g6JREOVcRQeiaTw6RKKfXaZoINGvkrv36XI4ewAks5&#10;iFLaE7slY0pCNBXsCPTnlHk+LDEPU5OYOPShTEZcaxIlx0tzLqmUsR+rXEb3NLTD0SKYItnPPrwI&#10;knXkNKoJ+FdikNNhe0UwnYtInM3B6VKjsJFv3EzyEEuBGkTWY1zJOg8qp30uMA1TmlgLrFKBDnYw&#10;wdg8HE2l8seYWHo8TO8PInMeoc+bhvmIze5paIejSTBDskvd7397XU4mNZnqV0Sgxrm0vwRVoyha&#10;h7zU8//6X3awocSRQc7O4PGt3WJC8oEpaYtkORQOaIyZXCJW/tYYhAojfUxKzJxL6D8QlkXXVRyO&#10;LMGMucjkUQRSaVSeHrAy2x8A9haYXPbUAapY2xRBjLKxOi2m9bIPVZqwiWjI6Cd5iuY4DuabaQb0&#10;lAPHY35Wh5NMsPvI9sFHjzUsLq0VKeftlA/Ula5vOBxXgh2QNC0ebtZ5hVYx26IkHSqWqoQRz/YL&#10;f2rK83hIZSbyk8+cLsXJG1ykIWDMo2Hs/5mcxdjRzeGkEQzoTC0i7RZDKC6TSJNJBzRiRSjOxGIy&#10;DbFtZPZPkmNUfqLev0tQTVg3YY7DoeAd1S/Oz26NzeMmk6QwqUCOMaQtBEtYtZhIA2zcQdkex9Qb&#10;SeqFMQ2wztMMjBJFi+Ndsk2sc4ascOQI5nCMFGz43moeCzs03sr9eOOBpFvwoQG+VJkUoTEDQ09S&#10;4MWUmnrki9ikRuloIQc09OeEiEzAWBUmWhgnZCM1TsbLoVYzNyOVw9EnGIh1gYRfI88vkUiREJwb&#10;KFXK1PBf/rSFZQNeUiMhG8y3Rj+W1eVYqKRdNUCMpc4t1GahSosyBPNNZDA2ib7qURVFMBDNmJJs&#10;No5Y/bB/oFWs8RuXUe9wSIjnhFjnSHjr5OeKIlgg8rP4GOjHVBTBOJM+BFOGJKeDNsXTCkimntX6&#10;1r9vXD/je2X1qErKo5WUzqjfTX9S2fT6kRVf6DkDklzEiVE9JtUA5Oqj7IBwPchbD+tfYH07lsVP&#10;3JwdDkdVwRS5vFRTBCsFkV4mSi9BvHKQoPR9BKPpiGjSh+xsF+W41xy+VwTJ2jcmkmrdKG5lBZuE&#10;UpmFOivepD9xhoYyD+Xu4ypqn/G12F8bGV+tD+Vikg347SysblKuOXI5HFkFA7lWwaaWyOQLInOK&#10;RKYAgi2TCEAwP60ftlQp7lAwqBeNd0iOuyRHWyTDToeiUQlKtvFnVzcuLHmicdbXKraYZNVzupSv&#10;cxV963kwTT7LTIy0idiPNMk6WN6dxq1ff3f1NddFHI6wgom6CBYLTCyRPY2CZWYF9tyielyF8xGl&#10;ItiYxGRA0s8Y0jFLooIMp/DJ6A34SFdAsjLIU43N81zJfBuZ2FP5hPqJZj2epR5OkaQVzEwZoMxE&#10;Vi6UTixb8O/Krns4HFkFU+rlp9sid5ZE7mvk5c5geYoomwfJYCoqM1Fn1BM/2Qz1orBHcgj1Gt4l&#10;ObhN8fBLNhuhYm3lj30TSpaDkhXMA5jJpDf83mYV+KB7TzTrSW+0goV6Rinq8ZTbsVwPJVVdYMPh&#10;qCtYVXAwI8Uz+UKx0igglgDBiJUMvpjyw2REEr6X8FIqoiiUuQh/LMC2SQ67R1WcS70eFv7SlVeu&#10;brSgTPW+FGX1IObunIhC+Wj3FEyqCUp5nItD8Tux7LDP9fF3V91jKQ7HgGDCKxObfCAZpbLK71IR&#10;RPbBsqxkKEFWTRsgRh1lKgqYijIYgpRZmIs8+y+OF/59j5KYmaDe4Ef9B7GsgVyVjJCaZHRv0psp&#10;8SCyeksLE7IBNXPheIdjRTAmB1QqpdSJOCzPgQ02DVm9cqc1yThyCDNR+WCpjK7nBfoYHC+FP/fF&#10;emYejRvGdHxdkCxB0AqJiYhlE6RqOVI5HFMT0Z56zSzNdGxqgJkJBKVSIXpFRo8emLJNL/d9c6VN&#10;NgeHk0EwDl7w1Ni8lJEu8VRFDOVkqAIaahsPMEO9eLsiG9fhwtMJxGr6trZrRgdHsAcJ1gJhykwg&#10;ztIQHCkEsQSbhGFahSJE2NUkUuNf2yDaUEUUFQmZeIpw0QOJuC/DJMSi8+mcmXn32vck0P2bbyV5&#10;lWWzqYnSyv/bxyfONH1ZTx5UPEkv2XiG2fSykaQ/MXEkqxSH4kcg1XCTZP9LinduYfmFCsur7eG2&#10;iiiqunxcNGKVm5eIW+WOzBPjzCFX8yBm5WMi11tYtM0110xJ1k8iqub3kyPYE4bKJYzCpiIM1Eny&#10;GNeIC7//C4Tq30b5UpfBHU06VjSux/UnOxyub+V+9Lt5d8OkA9dmttdJvw/sxlMg1/vmexQMyeoW&#10;wZrk4EzEJy9iUU1Otls8F70aVE7yDgOoE0cMhXdfqhQPNjPJKOxA7dhHm1bnnZZfqAe14g5d4yXP&#10;L8+TlBpTrTjHbCl8VZPRqGWJyQtynTd3a0YD5uBFq+rlOWRcNd+rg7o39yGumqMR9TasbefMsRv7&#10;maqoc2OP8z7KdyjsV+8r/j3Z2mg97N0Apt1ov5cnot454xI8k5zSZ55NP3yveIFS2YZKl0rn9QCz&#10;SfYVyWtkTbKvVMm+Pc5D5Kz6au6H/3Nlnw6vlAN/3Mv4/BnW17F+yew/b1SF0TGdq4b9V6xz8Jg0&#10;v5jvsrXtumnYN6w6VaNO7F8IdMD/wDrPpdhGJ3xpj47Kjb8+Q3r+ztWECKhz3fhva+acJcuXq80c&#10;v4bjLlvmaaKYHXNs8ltrqHfF1OOO3JjzHSoJgWa+Q9nyJ9tmvWMKYx3Hfccc945lRRT+8jv/WTN/&#10;T7FHm9UtU5J/K/vYu+9sM3XWzb62sRDqpp2Fda63zLXblktQ+fQpvzHnmT/RnPtx+wrIU5GjzY4c&#10;3qZ48IX2u7CM+1xu7X6WA/hlo7sdEG1PchkCdE2HYBX7ifkjr1l3x3XT2C+hvGYao2GI96hYM500&#10;6XjJcn0fFWiajt0y52iZz+uJUs1cIzE3k2u0LNKoOoa0NsoWOZLO1rDO37bM56RO8SHffc3q9GTq&#10;1U3AppF04plrJ6Q7SFAnIU7B3MCK5vvaJnXiQxdNu1VmfVqLXGWuw22cmOYvP+VZmp+LKQNAsmvw&#10;x4pQproc3O4oMvU/12VwS5V4iO3hVoOmwyL8risHOS/+sO+azlc36tS1fLOmrVZmvTnHbzsI2qxy&#10;lm9XmOn4D3P4k3plozxl6/jZ79E2na9kkaI9E6Ekmp+kXDHnt7NeapapyabjJdPBE6IU55BVKT3q&#10;vmZ1+uR6Devmcd6Knu55o5kx5cp2O5klf88S3xTNjbE0U+emfW3rt9Vn1Kpm/d1PFsFM0KML4lzK&#10;/f1vTslxrwyyVeVoa00t8Tn3dx+fyv3wvy/mfvTZo4a3GxaByLrLzgs0NOlwWfTNOR2RZv29Ocqi&#10;jk3u7maZnGt2NmE2N7umTntmm92RHoiQJubmvPMbItSxlJaSPuxc9vBC065jrtG2/r7lGWXaDxXT&#10;TjdmbpI3ZpSY5gSpOjO+26zqJWRt0VN+SuK5nJODH6Sko5150TQdpoKOW3vOx7wSn6dj7vIFyzc9&#10;zLnqll+WBHlObDqad0J/d3PGV9hL2Qr7fH6YL5HUbc76U0Y1dk2sZL9Z7uu/PSoSU2/m/K0Zk6lu&#10;Ah/tr3CphqXclUf8HU0r+GSbjuet/U1LpWwU5yheZU4ApUxPeYjkpBKsbuz6C1YDJGH8tRmiVJIB&#10;a6vOnjAdtWGZYm107l9xNA5lyzR0w7rLN03Ur2mZPI3H+HvX55y/PhPkqJo6h1Uvmgl2cKfnkP+1&#10;A/rLNxIT1fp755NIKO+36tSTYIUJYFXnqbLx6+xtna/y+xzBDgg01DXTKNxQn5kQPjdkZca+T8jW&#10;Rp1fJcccsLNdtKJyZAUjCiZQsGHdUYumbjHxAx+zWdW2zs/rVWvMrEb3hinWHsMdfn2mU88LaMiZ&#10;ct3ys1TI32zrGELNRiZbpk22zN+1PtO+lwzRW9xupl7RRBWfqrl64t9qkNzl9hofMXXah20cO6I2&#10;b6DX2v/YchStcTC+pthrcNi6fnuvweoDXvd9y6crHub3JIP2tMdA80z9dwx5Xpuz73XTdidzoNnh&#10;yWCWYE/heuesAIdS/2TQ+zHfEPM26QwZWdF2kwieJ6RcV3R4TChY5Go8CXIlZidIVTKmaMGoZZue&#10;0wRqR7DjiwY9xYgZm75QMe7060ka1hNCje4NuHeMaXjTNbeDg4ODg4ODg4ODg4ODg4PDE8T/CzAA&#10;lSqPHpXB5GsAAAAASUVORK5CYIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBObRZUJwMAAM4GAAAO&#10;AAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEB&#10;AAAZAAAAAAAAAAAAAAAAAI0FAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHMMKH7jAAAADgEAAA8AAAAAAAAAAAAAAAAAgAYAAGRycy9kb3ducmV2LnhtbFBLAQItAAoA&#10;AAAAAAAAIQBOIzf6tRMAALUTAAAUAAAAAAAAAAAAAAAAAJAHAABkcnMvbWVkaWEvaW1hZ2UxLnBu&#10;Z1BLBQYAAAAABgAGAHwBAAB3GwAAAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId7" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="510925E8" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:415.9pt;margin-top:701.75pt;width:158.2pt;height:52.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCwlJ0PtQIAAPMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtqGzEQfS/0H4Te&#10;m7VNLq3JOpiElEBIQpySZ1krZQW6VRp77X59R9LuOiShhVI/yCPN/eyZOb/YGU22IkTlbE2nRxNK&#10;hOWuUfalpj+err98pSQCsw3Tzoqa7kWkF4vPn847Pxcz1zrdiEAwiI3zzte0BfDzqoq8FYbFI+eF&#10;RaV0wTDAa3ipmsA6jG50NZtMTqvOhcYHx0WM+HpVlHSR40spONxLGQUQXVOsDfIZ8rlOZ7U4Z/OX&#10;wHyreF8G+4cqDFMWk46hrhgwsgnqXSijeHDRSTjizlROSsVF7gG7mU7edLNqmRe5FwQn+hGm+P/C&#10;8rvtyj8EhKHzcR5RTF3sZDDpH+sjuwzWfgRL7IBwfET0v02PEVOOutOz2fHpSUKzOnj7EOG7cIYk&#10;oaYBP0bGiG1vIxTTwSQlW2vlr5XWpPGIGwYODp4VtBkF5Fb2TUY9DvgV/86WgvCV4xsjLBTKBKEZ&#10;IF9jq3zENHNh1qLBAm+aaSFEDPwRq83kiBAE8DZVKLG6/h3bHBUoD7UnK23TaV3qpXSZXqoDvlmC&#10;vRbF+lFIopqEaO4wU19c6kC2DEnLOMfCS/OxZY0ozycT/PV4jx4ZfW0x4KHaPnYfII3V+9ilytJd&#10;dhV5csbCJn8qrDiPHjmzszA6G2Vd+CiAxq76zMV+AKlAk1Bau2b/EBIRMiGi59cKuXTLIjywgIOK&#10;LMHlA/d4SO26mrpeoqR14ddH78kemYNaSjoc/JrGnxsWBCX6xuJkIakTqyFfjk/OZomJrzXr1xq7&#10;MZcOP9MU15znWUz2oAdRBmeecUctU1ZUMcsxd005hOFyCWUh4ZbjYrnMZrgdPINbu/J8oH6alafd&#10;Mwu+HyjAUbxzw5Jg8zdzVWwLF5cbcFLloTvg2uONmyUTp9+CaXW9vmerw65e/AYAAP//AwBQSwME&#10;CgAAAAAAAAAhAE4jN/q1EwAAtRMAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAADYAAAASAgGAAAAlEY7rgAAABl0RVh0U29mdHdhcmUAQWRvYmUgSW1hZ2VSZWFkeXHJ&#10;ZTwAABNXSURBVHja7F3fjxvXdT53hsMf+4uULMVNkWJpFHbTxKhooO+m676LeUiANgFEPRVNAoR6&#10;Sfvm1UsB98U0YPTVFJq4gPrQ1VNfEoj6C0KltuHEbcxtkVi2pF2Su/wxJGduv3PvndUVRe2u1vq1&#10;u/eDrmY4c2eG3Hu/+c4598wdIgcHBwcHBwcHBwcHBwcHBwcHBwcHBwcHBwcHBwcHh0eAOA4/4tRP&#10;f3EhK0Qt54lSWgiakqRhLFsoa5v//NfXXDM7OIIdAoWf/iKfImp8PfArf5xN0UqQopQnKJKSdiYR&#10;3Qqn9Idx1Lj19psXXVM7PAukjvKX94nqxUyq8tJihs4sBLQEkgW+R9NYUh/kyg8mlOuHVfEPv+x8&#10;/vabl1xzOzgFO7h6nftaymu9upylb6xk6exKhgogWToAwSJJXZDrznZIv++O6JPtEf3fOCrCXNxw&#10;Te7gFOxg6lX9o3SKTmUDOr2UphcLGXoxn6WFrE+jcUx3uiFJmIrDcUQvQs02p3Flk+hd1+QOjmAH&#10;QFqI0iLMwYW0T4sZEG0xTV9/IUdnQLTuzpgimIm9IUxE7F9IeZRBfdfcDo5gB4Qn7hUf/6V8QZm0&#10;R/mlgEKoFn/m7Z7QBf8KrrkdHMEOiImU7TFUahzFNJpE1B9FdBdm4WQaq/X+cArzMFb7x3FMcMta&#10;rrkdHMEOTDBa35xE1d5oqgIat3shxSBcRpFM0ibMxA62b2P/FhRtJOW6a26Hp43nJorY/dtvr+Lb&#10;1GDXVcjziihEUhJY04ZD1aRYruU/+Oi+KOA3/vGX1/98IV3+k+UMnVnM0HIuRemUjiIysTb7If1+&#10;O6TfDsbNT//pr95wze1wIhUM5PoJBf6ayGULlMmSCALaJdh0WpRhWJXDYbX7/VfX8j//8HJy3E4s&#10;K78bTpqoVRpOYloa+PC9PBXg6I+ndBck+9/RpNWNZMU1tcOJVDCQ6x3KpmtieYnEAkpuAQTL7BJM&#10;TickRwOiQZ/kzjbJwaiR/9mHu5kZnM2x5Il6wfeqpwOfAk+ogeadKO5sTeNGD8p35+03u66pHU4c&#10;wUCu85QJ1r18nsRKgcTSCgi2SCKdJfJ9ECwmORmTHA5I9nskt7skux0mWQUkuy/HkImWFlTKCMH+&#10;Gd16+80bvP3lqxvn8SNLoGvZM7+WhRH/2jERq1/z0++tugFoh2NIsB+8+pko5IveqdMk8qfJWwbJ&#10;FkGy7AKMV5iJcUQyHIFQ24pccW+TZOcuxVuddv791ksPOy9ItYofthYIqoBwhSw+BCCeL/QPBrFo&#10;CpaNwa5RrJbNKeqDaDdcl3A4FgSDer0O07DpvfACeafPklc4Q6KA9eXTREyyVBoCFhENd0CuLYq7&#10;IJYi122Sm3ewrf+AihlyvQUlqy17orAIycqBWAHky2eCmTrgFYftDckkDcC47Vhl4DPRKiCaMykd&#10;jnyQoyzSaVJBjUyOiE3DRTYVX4CancF2+GLsf21vKptOTEIS8MUE6ks+zh+WcY5rFrHyuFs04I9V&#10;CpAqLCmLkga52C9L8YAz31FQKebgJM45lYJ4LG0BZREk68VU7kSy/crVjfJvv7d603UPh6NLME8U&#10;KeWT8PEVgoBEkNZEW4B6rYBgK2dhv+1oMxFLDnywqgmYjnyMtFKfmFwgT3PFE6XTINcySs73KMvZ&#10;HUwyk+3hWz7YroKBXGwmpiNdAiELm9O46UjmcNQVTMsJFxL31jl66INE6UUV4CAPhp3w5te9Z+fW&#10;YRKWzqSYXB4tgkmcf5gDqTK+UTDvnoJpgkHBYkEhD05rYkHloJQRe2he4S5IBuIWnbnocDQJJmWb&#10;IvhYuwXeDxMq5IjhlvospyHUq4/toQ7X87YYheuTbBn1Or/giapWLo+WQLIlkGtBqRgTDArms4lI&#10;OifRBDk0wUiRa+SBXCieUORSNSLpFaZRzNkfboDa4SgSjFpyMtFh+PEIRBqqaCHxGBhURaY7mmTD&#10;HggHEeGxMNSjcQjCTbAvbpkfUM9DnZZYtVA4w16tB/DBEjPR1wrmeyaKyAoWa/MwZMH0dNIwk0uC&#10;XDF8swm2jaQof/PqxuufuOiiw1EjWP6Dj651L/xFW44GRTnsg1BZiuFbeWy/QcUI/pYO00PRdnoU&#10;93mQeQeEAxHDsAOGrEO9LkC9ihzQYHMwZ0iWS2kTcQHLLD+qwirm6ez6xAebGoIFkDFPSKVa2nQU&#10;ynTkEP4y1nleD6diDocONTzTq0+jNeobAu10SPY2Ke7cpmjzFsV3/kDx3c8p3vxShehVqB71mGRQ&#10;sLX8zz/qwr2qLapoISmlYoJlDalyxg9bDKBoXNIeLaOsZLDM6M+8jwsTMYe66ljfKB/OySH+jBDl&#10;V65urLqu4nDkghwgyZXuD14tk9+r8ud4OiURDlXEUHomk8OkSin12maCDRr5K79+lyOHsAJLOYhS&#10;2hO7JWNKQjQV7Aj055R5PiwxD1OTmDj0oUxGXGsSJcdLcy6plLEfq1xG9zS0w9EimCLZzz68CJJ1&#10;5DSqCfhXYpDTYXtFMJ2LSJzNwelSo7CRb9xM8hBLgRpE1mNcyToPKqd9LjANU5pYC6xSgQ52MMHY&#10;PBxNpfLHmFh6PEzvDyJzHqHPm4b5iM3uaWiHo0kwQ7JL3e9/e11OJjWZ6ldEoMa5tL8EVaMoWoe8&#10;1PP/+l92sKHEkUHOzuDxrd1iQvKBKWmLZDkUDmiMmVwiVv7WGIQKI31MSsycS+g/EJZF11UcjizB&#10;jLnI5FEEUmlUnh6wMtsfAPYWmFz21AGqWNsUQYyysTotpvWyD1WasIloyOgneYrmOA7mm2kG9JQD&#10;x2N+VoeTTLD7yPbBR481LC6tFSnn7ZQP1JWubzgcV4IdkDQtHm7WeYVWMduiJB0qlqqEEc/2C39q&#10;yvN4SGUm8pPPnC7FyRtcpCFgzKNh7P+ZnMXY0c3hpBEM6EwtIu0WQyguk0iTSQc0YkUozsRiMg2x&#10;bWT2T5JjVH6i3r9LUE1YN2GOw6HgHdUvzs9ujc3jJpOkMKlAjjGkLQRLWLWYSANs3EHZHsfUG0nq&#10;hTENsM7TDIwSRYvjXbJNrHOGrHDkCOZwjBRs+N5qHgs7NN7K/XjjgaRb8KEBvlSZFKExA0NPUuDF&#10;lJp65IvYpEbpaCEHNPTnhIhMwFgVJloYJ2QjNU7Gy6FWMzcjlcPRJxiIdYGEXyPPL5FIkRCcGyhV&#10;ytTwX/60hWUDXlIjIRvMt0Y/ltXlWKikXTVAjKXOLdRmoUqLMgTzTWQwNom+6lEVRTAQzZiSbDaO&#10;WP2wf6BVrPEbl1HvcEiI54RY50h46+TniiJYIPKz+Bjox1QUwTiTPgRThiSngzbF0wpIpp7V+ta/&#10;b1w/43tl9ahKyqOVlM6o301/Utn0+pEVX+g5A5JcxIlRPSbVAOTqo+yAcD3IWw/rX2B9O5bFT9yc&#10;HQ5HVcEUubxUUwQrBZFeJkovQbxykKD0fQSj6Yho0ofsbBfluNccvlcEydo3JpJq3ShuZQWbhFKZ&#10;hTor3qQ/cYaGMg/l7uMqap/xtdhfGxlfrQ/lYpIN+O0srG5SrjlyORxZBQO5VsGmlsjkCyJzikSm&#10;AIItkwhAMD+tH7ZUKe5QMKgXjXdIjrskR1skw06HolEJSrbxZ1c3Lix5onHW1yq2mGTVc7qUr3MV&#10;fet5ME0+y0yMtInYjzTJOljencatX3939TXXRRyOsIKJuggWC0wskT2NgmVmBfbconpchfMRpSLY&#10;mMRkQNLPGNIxS6KCDKfwyegN+EhXQLIyyFONzfNcyXwbmdhT+YT6iWY9nqUeTpGkFcxMGaDMRFYu&#10;lE4sW/Dvyq57OBxZBVPq5afbIneWRO5r5OXOYHmKKJsHyWAqKjNRZ9QTP9kM9aKwR3II9RreJTm4&#10;TfHwSzYboWJt5Y99E0qWg5IVzAOYyaQ3/N5mFfige08060lvtIKFekYp6vGU27FcDyVVXWDD4agr&#10;WFVwMCPFM/lCsdIoIJYAwYiVDL6Y8sNkRBK+l/BSKqIolLkIfyzAtkkOu0dVnEu9Hhb+0pVXrm60&#10;oEz1vhRl9SDm7pyIQvlo9xRMqglKeZyLQ/E7seywz/Xxd1fdYykOx4BgwisTm3wgGaWyyu9SEUT2&#10;wbKsZChBVk0bIEYdZSoKmIoyGIKUWZiLPPsvjhf+fY+SmJmg3uBH/QexrIFclYyQmmR0b9KbKfEg&#10;snpLCxOyATVz4XiHY0UwJgdUKqXUiTgsz4ENNg1ZvXKnNck4cggzUflgqYyu5wX6GBwvhT/3xXpm&#10;Ho0bxnR8XZAsQdAKiYmIZROkajlSORxTE9Gees0szXRsaoCZCQSlUiF6RUaPHpiyTS/3fXOlTTYH&#10;h5NBMA5e8NTYvJSRLvFURQzlZKgCGmobDzBDvXi7IhvX4cLTCcRq+ra2a0YHR7AHCdYCYcpMIM7S&#10;EBwpBLEEm4RhWoUiRNjVJFLjX9sg2lBFFBUJmXiKcNEDibgvwyTEovPpnJl599r3JND9m28leZVl&#10;s6mJ0sr/28cnzjR9WU8eVDxJL9l4htn0spGkPzFxJKsUh+JHINVwk2T/S4p3bmH5hQrLq+3htooo&#10;qrp8XDRilZuXiFvljswT48whV/MgZuVjItdbWLTNNddMSdZPIqrm95Mj2BOGyiWMwqYiDNRJ8hjX&#10;iAu//wuE6t9G+VKXwR1NOlY0rsf1Jzscrm/lfvS7eXfDpAPXZrbXSb8P7MZTINf75nsUDMnqFsGa&#10;5OBMxCcvYlFNTrZbPBe9GlRO8g4DqBNHDIV3X6oUDzYzySjsQO3YR5tW552WX6gHteIOXeMlzy/P&#10;k5QaU604x2wpfFWT0ahlickLcp03d2tGA+bgRavq5TlkXDXfq4O6N/chrpqjEfU2rG3nzLEb+5mq&#10;qHNjj/M+ynco7FfvK/492dpoPezdAKbdaL+XJ6LeOeMSPJOc0meeTT98r3iBUtmGSpdK5/UAs0n2&#10;FclrZE2yr1TJvj3OQ+Ss+mruh/9zZZ8Or5QDf9zL+PwZ1texfsnsP29UhdExnauG/Vesc/CYNL+Y&#10;77K17bpp2DesOlWjTuxfCHTA/8A6z6XYRid8aY+Oyo2/PkN6/s7VhAioc934b2vmnCXLl6vNHL+G&#10;4y5b5mmimB1zbPJba6h3xdTjjtyY8x0qCYFmvkPZ8ifbZr1jCmMdx33HHPeOZUUU/vI7/1kzf0+x&#10;R5vVLVOSfyv72LvvbDN11s2+trEQ6qadhXWut8y125ZLUPn0Kb8x55k/0Zz7cfsKyFORo82OHN6m&#10;ePCF9ruwjPtcbu1+lgP4ZaO7HRBtT3IZAnRNh2AV+4n5I69Zd8d109gvobxmGqNhiPeoWDOdNOl4&#10;yXJ9HxVomo7dMudomc/riVLNXCMxN5NrtCzSqDqGtDbKFjmSztawzt+2zOekTvEh333N6vRk6tVN&#10;wKaRdOKZayekO0hQJyFOwdzAiub72iZ14kMXTbtVZn1ai1xlrsNtnJjmLz/lWZqfiykDQLJr8MeK&#10;UKa6HNzuKDL1P9dlcEuVeIjt4VaDpsMi/K4rBzkv/rDvms5XN+rUtXyzpq1WZr05x287CNqscpZv&#10;V5jp+A9z+JN6ZaM8Zev42e/RNp2vZJGiPROhJJqfpFwx57ezXmqWqcmm4yXTwROiFOeQVSk96r5m&#10;dfrkeg3r5nHeip7ueaOZMeXKdjuZJX/PEt8UzY2xNFPnpn1t67fVZ9SqZv3dTxbBTNCjC+Jcyv39&#10;b07Jca8MslXlaGtNLfE593cfn8r98L8v5n702aOGtxsWgci6y84LNDTpcFn0zTkdkWb9vTnKoo5N&#10;7u5mmZxrdjZhNje7pk57ZpvdkR6IkCbm5rzzGyLUsZSWkj7sXPbwQtOuY67Rtv6+5Rll2g8V0043&#10;Zm6SN2aUmOYEqTozvtus6iVkbdFTfkriuZyTgx+kpKOdedE0HaaCjlt7zse8Ep+nY+7yBcs3Pcy5&#10;6pZflgR5Tmw6mndCf3dzxlfYS9kK+3x+mC+R1G3O+lNGNXZNrGS/We7rvz0qElNv5vytGZOpbgIf&#10;7a9wqYal3JVH/B1NK/hkm47nrf1NS6VsFOcoXmVOAKVMT3mI5KQSrG7s+gtWAyRh/LUZolSSAWur&#10;zp4wHbVhmWJtdO5fcTQOZcs0dMO6yzdN1K9pmTyNx/h71+ecvz4T5KiaOodVL5oJdnCn55D/tQP6&#10;yzcSE9X6e+eTSCjvt+rUk2CFCWBV56my8evsbZ2v8vscwQ4INNQ10yjcUJ+ZED43ZGXGvk/I1kad&#10;XyXHHLCzXbSicmQFIwomULBh3VGLpm4x8QMfs1nVts7P61VrzKxG94Yp1h7DHX59plPPC2jImXLd&#10;8rNUyN9s6xhCzUYmW6ZNtszftT7TvpcM0VvcbqZe0UQVn6q5euLfapDc5fYaHzF12odtHDuiNm+g&#10;19r/2HIUrXEwvqbYa3DYun57r8HqA173fcunKx7m9ySD9rTHQPNM/XcMeV6bs+9103Ync6DZ4clg&#10;lmBP4XrnrACHUv9k0Psx3xDzNukMGVnRdpMIniekXFd0eEwoWORqPAlyJWYnSFUypmjBqGWbntME&#10;akew44sGPcWIGZu+UDHu9OtJGtYTQo3uDbh3jGl40zW3g4ODg4ODg4ODg4ODg4ODwxPE/wswAJUq&#10;jx6VweRrAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBzDCh+4wAAAA4BAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BbsIwEETvlfoP1lbqrdiBQEMaB6FWvSD1UKgERxMvSVR7ncYOhL+vObW3Wc1o5m2x&#10;Gq1hZ+x960hCMhHAkCqnW6olfO3enzJgPijSyjhCCVf0sCrv7wqVa3ehTzxvQ81iCflcSWhC6HLO&#10;fdWgVX7iOqTonVxvVYhnX3Pdq0sst4ZPhVhwq1qKC43q8LXB6ns7WAlvB+Ifzz9r2g2bxXUzHvbc&#10;qL2Ujw/j+gVYwDH8heGGH9GhjExHN5D2zEjIZklED9FIxWwO7BZJ0mwK7BjVXCxT4GXB/79R/gIA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4p&#10;ZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhc&#10;mzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgy&#10;Dh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwlJ0PtQIAAPMFAAAO&#10;AAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQBOIzf6tRMAALUT&#10;AAAUAAAAAAAAAAAAAAAAABsFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQBz&#10;DCh+4wAAAA4BAAAPAAAAAAAAAAAAAAAAAAIZAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAA&#10;ACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAAASGgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVs&#10;c1BLBQYAAAAABgAGAHwBAAAFGwAAAAA=&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId6" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00284032">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72CE81D4" wp14:editId="775798B3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40BBB5B5" wp14:editId="7C36B857">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5172075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6810375</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2219325" cy="1971675"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2219325" cy="1971675"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00284032" w:rsidRPr="00093565" w:rsidRDefault="00284032" w:rsidP="00284032">
+                          <w:p w14:paraId="3C45F1CD" w14:textId="77777777" w:rsidR="00284032" w:rsidRPr="00093565" w:rsidRDefault="00284032" w:rsidP="00284032">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00093565">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00284032" w:rsidRDefault="00284032" w:rsidP="00284032">
+                          <w:p w14:paraId="625A2528" w14:textId="16A030FB" w:rsidR="00284032" w:rsidRDefault="007E5436" w:rsidP="00284032">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t>CalBRE</w:t>
-[...13 lines deleted...]
-                            <w:r>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00284032">
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00284032">
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00284032">
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00284032">
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00284032">
                               <w:br/>
                               <w:t>Broker Name</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00284032">
                               <w:br/>
                               <w:t>Broker Number</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:407.25pt;margin-top:536.25pt;width:174.75pt;height:155.25pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaQLDQggIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx27SboGdYqsRYYB&#10;QVusHXpWZCkxJomapMTOfn0p2U6DbpcOu9gU+UTx8evqutWK7IXzNZiS5mcjSoThUNVmU9IfT8tP&#10;nynxgZmKKTCipAfh6fX844erxs5EAVtQlXAEnRg/a2xJtyHYWZZ5vhWa+TOwwqBRgtMs4NFtssqx&#10;Br1rlRWj0TRrwFXWARfeo/a2M9J58i+l4OFeSi8CUSXF2EL6uvRdx282v2KzjWN2W/M+DPYPUWhW&#10;G3z06OqWBUZ2rv7Dla65Aw8ynHHQGUhZc5E4IJt89IbN45ZZkbhgcrw9psn/P7f8bv/gSF2VdEqJ&#10;YRpL9CTaQL5AS6YxO431MwQ9WoSFFtVY5UHvURlJt9Lp+Ec6BO2Y58Mxt9EZR2VR5JfnxYQSjrb8&#10;8iKfXkyin+z1unU+fBWgSRRK6rB4Kadsv/Khgw6Q+JqBZa1UKqAypEEG55NRunC0oHNlIlakVujd&#10;REpd6EkKByUiRpnvQmIqEoOoSE0obpQje4btwzgXJiTyyS+iI0piEO+52ONfo3rP5Y7H8DKYcLys&#10;awMusX8TdvVzCFl2eMz5Ce8ohnbdph4ohsquoTpgwR10A+MtX9ZYlBXz4YE5nBCsMU59uMePVIDJ&#10;h16iZAvu99/0EY+Ni1ZKGpy4kvpfO+YEJeqbwZa+zMfjOKLpMJ5cFHhwp5b1qcXs9A1gVXLcL5Yn&#10;MeKDGkTpQD/jcljEV9HEDMe3SxoG8SZ0ewCXCxeLRQLhUFoWVubR8ug6Fim23FP7zJzt+zJgS9/B&#10;MJts9qY9O2y8aWCxCyDr1Lsxz11W+/zjQKfu75dP3Bin54R6XZHzFwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAEWkCNjjAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/AdrkbhRO+mDKMSp&#10;qkgVEoJDSy/cnHibRPgRYrcN/Hq2J7jNakaz3xTryRp2xjH03klIZgIYusbr3rUSDu/bhwxYiMpp&#10;ZbxDCd8YYF3e3hQq1/7idnjex5ZRiQu5ktDFOOSch6ZDq8LMD+jIO/rRqkjn2HI9qguVW8NTIVbc&#10;qt7Rh04NWHXYfO5PVsJLtX1Tuzq12Y+pnl+Pm+Hr8LGU8v5u2jwBizjFvzBc8QkdSmKq/cnpwIyE&#10;LFksKUqGeExJXSPJakH7alLzbC6AlwX/P6P8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFpAsNCCAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEWkCNjjAAAADgEAAA8AAAAAAAAAAAAAAAAA3AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="40BBB5B5" id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:407.25pt;margin-top:536.25pt;width:174.75pt;height:155.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCO3AEWagIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm/U6sd1YWUduIleV&#10;rCRqUuWMWYhXZRkKY++6vz4Du34o7SVVLzAw33zMk6vrtjZsq3yowBY8PxtwpqyEsrIvBf/xtPj0&#10;mbOAwpbCgFUF36nAr2cfP1w1bqqGsAZTKs+IxIZp4wq+RnTTLAtyrWoRzsApS0oNvhZIR/+SlV40&#10;xF6bbDgYjLMGfOk8SBUC3d52Sj5L/ForifdaB4XMFJx8w7T6tK7ims2uxPTFC7euZO+G+AcvalFZ&#10;evRAdStQsI2v/qCqK+khgMYzCXUGWldSpRgomnzwJprHtXAqxULJCe6QpvD/aOXd9tE9eIbtF2ip&#10;gDEhjQvTQJcxnlb7Ou7kKSM9pXB3SJtqkUm6HA7zy/PhiDNJuvxyko8no8iTHc2dD/hVQc2iUHBP&#10;dUnpEttlwA66h8TXLCwqY1JtjGVNwcfno0EyOGiI3NiIVanKPc3R9SThzqiIMfa70qwqUwTxIvWX&#10;ujGebQV1hpBSWUzBJ15CR5QmJ95j2OOPXr3HuItj/zJYPBjXlQWfon/jdvlz77Lu8JTzk7ijiO2q&#10;7Uu6gnJHlfbQDUFwclFRNZYi4IPw1PVUXJpkvKdFG6CsQy9xtgb/+2/3EU/NSFrOGpqigodfG+EV&#10;Z+abpTa9zC8u4tilw8VoMqSDP9WsTjV2U98AlSOnP8PJJEY8mr2oPdTPNPDz+CqphJX0dsFxL95g&#10;N9v0YUg1nycQDZoTuLSPTkbqWJ3Ya0/ts/Cub0ikXr6D/byJ6Zu+7LDR0sJ8g6Cr1LQxwV1W+8TT&#10;kKa27z+U+AucnhPq+O3NXgEAAP//AwBQSwMEFAAGAAgAAAAhAEWkCNjjAAAADgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0tPwzAQhO9I/AdrkbhRO+mDKMSpqkgVEoJDSy/cnHibRPgRYrcN/Hq2J7jN&#10;akaz3xTryRp2xjH03klIZgIYusbr3rUSDu/bhwxYiMppZbxDCd8YYF3e3hQq1/7idnjex5ZRiQu5&#10;ktDFOOSch6ZDq8LMD+jIO/rRqkjn2HI9qguVW8NTIVbcqt7Rh04NWHXYfO5PVsJLtX1Tuzq12Y+p&#10;nl+Pm+Hr8LGU8v5u2jwBizjFvzBc8QkdSmKq/cnpwIyELFksKUqGeExJXSPJakH7alLzbC6AlwX/&#10;P6P8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI7cARZqAgAAPgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEWkCNjjAAAADgEAAA8AAAAAAAAA&#10;AAAAAAAAxAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00284032" w:rsidRPr="00093565" w:rsidRDefault="00284032" w:rsidP="00284032">
+                    <w:p w14:paraId="3C45F1CD" w14:textId="77777777" w:rsidR="00284032" w:rsidRPr="00093565" w:rsidRDefault="00284032" w:rsidP="00284032">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00093565">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00284032" w:rsidRDefault="00284032" w:rsidP="00284032">
+                    <w:p w14:paraId="625A2528" w14:textId="16A030FB" w:rsidR="00284032" w:rsidRDefault="007E5436" w:rsidP="00284032">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
-                        <w:t>CalBRE</w:t>
-[...13 lines deleted...]
-                      <w:r>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00284032">
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00284032">
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00284032">
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00284032">
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00284032">
                         <w:br/>
                         <w:t>Broker Name</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00284032">
                         <w:br/>
                         <w:t>Broker Number</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E6084D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DDADDE3" wp14:editId="307F3A7D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A4AEEC5" wp14:editId="00F4FF60">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5724525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5200650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1011190" cy="1466850"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Rectangle 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1011190" cy="1466850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -398,565 +835,183 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:450.75pt;margin-top:409.5pt;width:79.6pt;height:115.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhALxTVVk6AwAA3gYAAA4AAABkcnMvZTJvRG9jLnhtbKxVXU/cOBR9r7T/&#10;wfL7kGQUGBgR0OxQqkqoRaUVzx7HIZYc22t7mKFV//se28nAFtSVVstD8Mf1veceH585v9wPijwK&#10;56XRDa2OSkqE5qaV+qGh375ez04p8YHplimjRUOfhKeXF3+8O9/ZpZib3qhWOIIk2i93tqF9CHZZ&#10;FJ73YmD+yFihsdkZN7CAqXsoWsd2yD6oYl6WJ8XOuNY6w4X3WL3Km/Qi5e86wcPnrvMiENVQYAvp&#10;69J3E7/FxTlbPjhme8lHGOw/oBiY1Ch6SHXFAiNbJ1+lGiR3xpsuHHEzFKbrJBepB3RTlb90c9cz&#10;K1IvIMfbA03+/0vLPz3eOiLbhi4o0WzAFX0BaUw/KEEWkZ6d9UtE3dlbN848hrHXfeeG+B9dkH2i&#10;9OlAqdgHwrFYlVVVnYF5jr2qPjk5PU6kF8/HrfPhgzADiYOGOpRPVLLHGx9QEqFTSKy2UdJeS6VI&#10;a0EvMjsT7mXoE1mokc7GoJEuXPa/iypfxJXh20HokJXlhGIBsva9tB5llmLYCBDlPrYV+oGqA9iy&#10;TuqMFy0DcIQYm0+X/2N+uirLs/mfs/VxuZ7V5eL9bHVWL2aL8v2iLuvTal2tf0bEVb3cenFjOFNX&#10;Vk5KrOpX4N8U0PgmsoaSFskjS4rP/AFQ4nGCCEojQxGrdzxeOOIwDk4E3sdhB4bHdQQfNsaDkf8Y&#10;pXT8ahPnuVJcKaJkskjSKDwpkaO/iA5agyzm6ZbSKxdr5TJaxjnIzxfoe9aKvHxc4i8qMQKJvhBP&#10;pJnSSPiMdsw9Jpgi/5k7p8ndpaMimcQBWPk7YPnw4USqbHQ4HB6kNu6tBApdjZVz/ERSpiaytDHt&#10;E14ixJxE7S2/lngPN8yHW+bgSVA6fDZ8xqdTZtdQM44o6Y37/tZ6jIeAsEvJDh7XUP/XljlBifqo&#10;YSJnVV1HU0yT+ngxj6/p5c7m5Y7eDmsDUUH8QJeGMT6oadg5M9zDjlexKraY5qjdUB7cNFmH7L0w&#10;dC5WqxQGI7Qs3Og7y6fnG9/71/09c3Y0hQDlfjKTH7LlL96QY7MWV9tgOpmM45nXkW+YaBLOaPjR&#10;pV/OU9Tzz9LF3wAAAP//AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude&#10;7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPY&#10;cZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3&#10;trgLEKOmLMCSMvgOm+oaSAPvWv71WfcCAAD//wMAUEsDBBQABgAIAAAAIQD5W7tJ3wAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9NS8QwEIbvgv8hjODNTbq4X7XpIoJQEA/uiudpk22LyaQk2W31&#10;15ue3Nu8zMP7Uewna9hF+9A7kpAtBDBNjVM9tRI+j68PW2AhIik0jrSEHx1gX97eFJgrN9KHvhxi&#10;y5IJhRwldDEOOeeh6bTFsHCDpvQ7OW8xJulbrjyOydwavhRizS32lBI6HPRLp5vvw9lKwL6uzPLt&#10;cfM1nn4r/340VcqX8v5uen4CFvUU/2GY66fqUKZOtTuTCsxI2IlslVAJ22yXRs2EWIsNsHq+VkIA&#10;Lwt+vaL8AwAA//8DAFBLAwQKAAAAAAAAACEAP9WIARc5AAAXOQAAFQAAAGRycy9tZWRpYS9pbWFn&#10;ZTEuanBlZ//Y/+AAEEpGSUYAAQEBANwA3AAA/9sAQwACAQECAQECAgICAgICAgMFAwMDAwMGBAQD&#10;BQcGBwcHBgcHCAkLCQgICggHBwoNCgoLDAwMDAcJDg8NDA4LDAwM/9sAQwECAgIDAwMGAwMGDAgH&#10;CAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgB&#10;GwDEAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMC&#10;BAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYn&#10;KCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5&#10;+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwAB&#10;AgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ip&#10;qrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMR&#10;AD8A/Zcvg1NaBnNTxWIPar1hYBR0roOcfZ2nyLWrbW2Kjt4AoFXIuKzbLRNHHgVKpwaizinI3NQM&#10;sI3FOU4NQq2BSvcCNNzGkaIs+ZtoF6inrWPNq4Z8A/SnwTFvvZZj2A6UgNkXWV+WpIZGY1RhcrVh&#10;ZWI/+vTAuB8LUMwb+tR+aR6015Se5FAEMs0inhvwNRDVRG2JV2j19KWeYqPmXdVOVllGFb/gDUrg&#10;ae5ZY9ytuX2qKVaw3uJdPk3w5GOsZ71e07xBFqi7fuTLwVNMCRly1SxQcUqJk1Yij4oAjEWKiuBg&#10;fjVt121VuTx+NVETKb9Kp3nLVckqndH5qokrucmihjg0VZkQw2/FWoIgKjQ1IsnFQMtI1P8AN5qq&#10;Jtoo8/mgsurJk08S1UimzT9+MVmBO1yI1LMcKoyeawtX8QNM+IwducDPel8Va4ml23zcnsPeuY0e&#10;9fWtWBmVjG3b0pGqWh0elSKJd0m5mP8ACorcilYgMVkC+g+XFZ9pYLBHuhfP+y3X86d/aMlqfm3d&#10;eQTSuPlNSK6j/i8xPrVmKTcmVbdWbBqsdyuG/WnsdvzRsfwoCxpfaOO4prShu+KpRah5gCyDns3r&#10;SyT7c5PFLUCZrnZ8rH8fWql0gP3flb9KjuJ+Pb3qk2oeW2GbK9M0iiZ7kPJ5cnyv2as/U7P5gwYp&#10;Ip+V1qS9mDx8/d7N6VCt8GHkyYz/AAn1qeYfLc0fDXi1Zpvsd5iOf+Fj0k/+vXUxgFeteY6xbc43&#10;FZF5Vu9dD4D8cf2ios7psXUY7/8ALQev1q4yuRKNjq5Kp3J4/GrTvmqtz0q4mcmU5TVO45Jq1Maq&#10;XB+atCSB+tFNfP6UVZNiHz8CnJcVAVwKiQsZKgkvG4p0T+Y9RLHwKu2VpnFBUSWBNop8rLawNI38&#10;IzViO22isHxtdvLHHZxNtab7x/ur3P4CsZM0irs5PxRfNeTmZ/maQkRr2UetUYpWt1AyxOeT7+la&#10;n2IXTyTqrbF+SLjgAcVRvmSD5Cy+Y3b0/Kp5uhska3h3VbhJAokbb3UnK/lXTfaftMarIv074+lY&#10;PhXTGmCHGVxXWppuIh/Ok+4zKnUwH27MtPs79oW2sc+no1W7qyGzn7vf2rLubb7OevydiP4aIz6M&#10;fL1NTzluOV+96Hv/APXqNrzyx82dv6iqEVw2PfoTTmvPO+Vvlk9c9aQrE1xcbVyvzA849ao3U+8c&#10;Nnd+tRS3fl5B3bc8j+6aqXMnl9G+U0XHYli1Dym2Mflb7p/pVe/l2d/kzkHuhqld3G5sMfm7e9RR&#10;an5gMMh+YHAJ7ipl3KSNRbj+0IPLY/voxlT61iatJJYyrdQlo54SHO32pias1le+W2eCSpo1e485&#10;PMA+WQdj37ipUrMconpHgLxlH4r0dZMjzE+Vx6Gta6bivDfBvixvBPi9dzf6HcnZJ7Z6H8DXtf2n&#10;z4VYcg10QZyVI2IJzVSc8tVmZqqzHLNWxnzFd+tFNkPI57UVoSSmxMi9KZBpjGfoa6C20/8AdDip&#10;YtNwc4rHmK5TMj00nHFaFtZeWOlWorTDVN5WBUykyrGfejyoj+VcneW39q3lwQ33j5QPoO5rpvEl&#10;x5MQXdjgk1yGo6xHoGjSSSN8/ltK2eMD/wCvwKwlI1pxbMPx54pWxRbGzOzbgNjrjpiq3hPSTqt5&#10;vYFlHGSK4ax1Vta15p2ZppHJPoozXsHgTTxb2KfKPfFLY6FsdDo+lraRKFWtMJtWo7cbUAqTdT5t&#10;BWILqLjIGfUe1ZF+ixHn/Vt0NbchrN1G2wjMOVPUelZT7ouJgSH7JNt/hb7p7fSkuslDzgjofT2p&#10;t+wAMbHg/dNUrbUcs1vL95eFz3HpQqlynTFnvPMQnjzF4IPcVmy3/lHaWJVjjP8AdPvT9TOWyrYx&#10;90j+RrMubj7XEzbcSJw6jrT5hcotzdZJVjn0x1qnc3DEFlbdJH3H8QqpNeHG372fuH19qqtqXkPu&#10;zhl5P070wSNLU5Bf2fmK3zgbgah07VPt2lyRljuHI/2WqFJ1jmBU/upOR7H0rNllbTtW2j/VzdPq&#10;OlZ8xXKM151vdPZ1X5lGCP5ivT/gV41PiTwubWaTfdafiMknl0/hb8uPwryPU737DrrRn/U3SeZG&#10;OxPcVP8ADfxivgPxlFcMwWxumEExzwEc8N+DfoTW9ORy1Y3R9DzNVWY81NKw/Oq0h5autHGQyNyP&#10;pRTJG5/CitCdTubaH5BUwjFJFwo+lS7eK5jqQwJimP1NS9BVfUJha2cknZVJpNgcn4hvPPuJfm+X&#10;dj8BXk/xn8R+Xo0gLBWvJAoH+wvT/PvXceJ9SMUCxq3zTEg89Bnn9K8T+OWur/aUUCHmNeAexrh5&#10;rzsdUIWjcd4Hul/tGKNW3c5I9T71794SObRcegr5l+E832/xRFEGyqtz719QaBb/AGa0Rfauie4d&#10;DbjenF81BG9OL4rNyKSHs+RUUp+WhnyKiZtwoAwvEWl7Y2Zf9Wef901yeoSsfvNtlT7reo969BuR&#10;uQqejdQa47xZojWytJGpaP0x8y//AFq55XTujop66M5yfW2fOcCRDhh2NZ11rCysJYTtlTgg9T7G&#10;ma5Du+bdiQDhgf0PtXK3WqyWk5LgrJ39GFaU2pEzi4m9qF3HPB5kfCM3zr3jasnUtWKL5hPzR8P7&#10;g8ZrOPiFY5Cy/MrDDKe/sar313HKMhsxMOvt6VoQbGl60Z3NqW+YfNGfWp9Qulvbfdu2yKN49vX/&#10;ABrhv7YazuVbdzbtx7qf8muma/VGhn4ZW5/A9fyP86zqKzuXHVFXx1cyTeHYLyNv3lnKOR6H/wCv&#10;WT9uj17SXQMdsi5UjqA3UfgTW9qdt5+nXtnj5ZojJF7/AP6jXm+haz/Zt7HbzfLG25fpzyKqjK6M&#10;6kT60+Cvi1vGXw40+eV913ar9lufXzI/lJ/Hg/jXSSLjNeQ/s06y0Gp6hZndsuUWcHs7L8pI/DBr&#10;16TO0/SvQi7q55c1Z2Ksp+YfSimythvworZbGNz0KI5QVNnioYTlKfmuW52CMcr+FZPjO48jQ5fV&#10;hitUnIP1rn/H8wh0n5umc/hWdV2i2OO55Zq2qLfeKJVzujsgE46A4yc/h/Ovn74ka22s+KbybdlV&#10;kIH4V6kmsPDoOqaiW+a5Ek2f95ig/RQK8U1tvMW7mPSSTg/WvOoS95s9Pk906j9neWS48eQr/eG7&#10;8K+s7BgsK/Svlf8AZceO6+IepDj/AEWNVX2r6Xi1TyVCRq0j45CjpXXN3Zgo6WNxJcd6cZcA5rm7&#10;rxNLp5zLZzKvdqmtfG9jOOZPL9dw6VnzR7mkacjc35prH9KqW+sWtyw2TRtn0PWrO5WTKmjmQcrW&#10;4yU1UuohMjDbmp5j839arS3SxIWaolI1UbHI+K/Aovo2kt28uTrjHBrzXxRok1mTHeQmLj5XB4P4&#10;16b4j8dNbu0NtCzP64rhvEOnya5J5mqXi2sLc7WcDj6VmpK+htyya1PM9VtprR28v/SI/Udf/r1S&#10;bUpIR5ZWSN15APQ+v4V6bH4j8F6RbeT9utpGXqS+SartqfhfxBEywtay9hjAYV0e0l1RzezjfRnk&#10;ur6n+8Vlb5WG1h3H+TXTeD9aGpaHJExy0YDDPbsf6flXJ/FHTofD+qP9nkJt5OQM/dqj4B8Rm31U&#10;Lu+WQEEe3+TSq6wuhwjaVj1C31X7ZptvMeJYH2v789/0rzH4j2z6dc3jLwsMhYY9M/4EV2Xh65+1&#10;NeW275bhG2j0Zev6Y/KsL4lWv2+0aYbdzQpvA7jGD/L9K56c+WZU43R3X7NHjvGt6PIzL/rhFJ6s&#10;j/IT+ZU19Sy2uxD/ACxX5/fs/wCvNpfi+K1kblZjAOeV3cKw+hIP4V+gum3f9q6Db3P/AD8QrJ07&#10;kc16lOWh4+Ij71zFvIis3Q9KKm1D/j4/Ciuq5ynb27cVLnJqG3PyVJniuc7AJzXG/GmVoPBd4ycs&#10;Imx7cV2QOTXH/GhS3hOdV6srY/LNc+Klam2aU1eaPnPxrcNovw1KY2+c8UeT1b5cn+teS6xeb9C3&#10;fxGU7vwxXqnxcu/P+HGlv1aQmVj3GErxa4uvN0qNcn5nJOe9ebhZXV/M9mUdDv8A9ju5+2fEPXWz&#10;kKFI/Ovq7R3W3teg3E5J9a+Tv2HYvM8Ya/L1yQufxNfS3iSW4ttHma1XdMqEoDnBPbpXdWepyUo3&#10;Wo/xl8UdG8Ho39oXkMbYyEJyzfhXy5+3l421n40fAHUovhPrmv8Ahj4g6LPHq2iz2MjQwajNA277&#10;HcqDiSCYZQqwxyD1FdT4O+F974q8byaj4yV1tXclIiThj2z3210HjbwhY6M95a2amzjmdZbea2h8&#10;wBQR8ox0+hrWnhoSWr1Mq1eUHZI+TPHf/BWKH4+/sb+DLX4PR3Wn/HP4u3reEdO0m4H7zwrqafJq&#10;E046qtoNzgsBkGM98V9v+Db/AEP9iH9lCyl+IHxEur7R/A+lJ/bXi7xTqLST3jj7880shLFncnag&#10;yeVVQeBXwT+zD+z54N8Kf8Fqfjtrtj4dht9WPhLRtTt2WP8A1NxeZF1MqdEeXykLEYJ69zXqn/BQ&#10;SC18X/tV/sj6D4+gH/CsdS8Y3j6hBeqPsN7q0Vk76XFcBvlKmf7qtwzYGDWEqMYy5Y7GvtJShzyP&#10;QtC/4LV/AfX9V0eO+vvHHhHRvEk6W2jeJPE3g/UNI0DVpH+4Ir2aIRfN2LFQfWvYPi5+0z4U+D3x&#10;H+H/AIT1y6uo9Y+J99cadoCwwGWKeWGHz33uDhB5fIJ61tftV+H/AAp4x/Zt8b6Z4+g06fwXcaLc&#10;jV01AL9mjt1jYszbuF243A9QQCMECvy1+HGu65N8Lv8Agmzr3iie9ENv4l1PT47zUMrI0U1hMliJ&#10;C3O54o1xnk4rPli9UUpSWjP0F/ae/aR8P/s0fCfVvGfiKSe30bSQgmlghM0g3usa4Ucn5mFeGftU&#10;ftqfDH9nHxd4f8P+PNa1K317xXph1jTLODTpby41WPzBEsUMcYLPM0hAWJQSRzWb/wAFroYbr/gn&#10;t4stZLjybm8utPtLaI/8vU0l7CqRj1JPauZ+IfwytfF//BZz4LNrEMN/ceHfhPqVxaGRB+4l+1CP&#10;cvowDHB6itMPyRfMxVuaS5InrHwT/sv48+EtJ1xdD1nQ7XWN/lWOrafJp19GgLLueFwHjPy5ww6Y&#10;Pes3xf4Lk8J+ISum3WVWTau7/PNe5xfDg2s0kkczRtJwXL7mIPUZzUa/DWzgfdt81wc7mOTXRPGQ&#10;+yZU8HLeTPGvEfhu41HRxJMGaQrzxwfpXn9hJJpeoGNjtaNtvPYV9Qa14bia3Me0dOw6V4P8aPBT&#10;eHtRW+jGI5G2Px09DXNGpze6zulTt7yN7wJrXna1GpO0M4YEd8gZ/mfyqPxFdAOkLbtpaW2JPc5J&#10;Fcb4D8QPut2JC/Z7kfzwf510Pjq6W2fUsNj7PcpOgz0zwf51xSXLMb1Rwmn3v/CN/EeGQMyqzAfi&#10;h3D/AMd/lX6KfC7W113wBZTJnbsxgnseR+hr84PiifLuoNQhXKkpNgd8H5h+IJr7g/Y48Tf8JD8G&#10;bXs9uvlMCc9Oh/KvQpTukzysXTsrnf6rLtu/woqPVjm7/CivUjseT1O8t2+UVMTVe3Py1MOVrnO1&#10;DgcGuR+Kj+dapF/eR8fiprrOPSuJ+Ktz9nntm9iPxANceOf7pm+H/iI+WfideNL8PbWFlMfkLOP9&#10;052kfhivJZbnFpb8nKspweo45r1r4w2jQ6ZqEahlGZpUz3DHNeJald+WYW7jAIP1rzcHtbzPcqfD&#10;c9n/AGFirahrBX7zyZI/4Ea+oVjDINy18dfsS+Lo7H4g3FmzY+1sygH68V9kBd4Ar0KnxnLRinEr&#10;Xmk2uox7Zo1PviqUXhSxgYbFIA6Cs/wb8TPD3xH1fX7Hw/rmn6tdeFb86XrENtLvbTroKHMMg/hf&#10;aynHoa3hAV+961lJvqWqemh5n4W/ZS8N+Ef2nPFnxWtH1I+IvGGk2Oi3sUsqtapDabvKMabcqx3H&#10;JLEHsBXRfHD9nfwf+098MNQ8G+OtFt9e8P6ltaSCUlXikU5SWN1IaORG5V1IYHvXWoueg/GrdtHt&#10;GTTjJIidPTU+UJP+CPngzXYbXT/F/wARvjX8QfCFjIkkPhbxH4sa50g7DlElRI0kmQYHyyuwOOc1&#10;6T+1B+y54K/aR+DzeB/FGkJN4fheGa0jtHNrLpssP+plt3TDRSR/wsuMDI6Eiva5T8jVy3ik/JU1&#10;JO1x0YLY+SfBv/BMHwlpPjzQte8V+NPij8Tm8L3K3mjWHi3XhfWOmzL9yVYUjQO654aTcQeeteta&#10;h+zhoGqftN6P8WJZdS/4STRfD8/hyCJZlFq1tNMJXLJt3F9w4IYDHau0W5VZCpq9ZSpcfKv8Nc/t&#10;pLc3jRi9AklCj7vPvVa4uG6KMZ9K0XtNoNVLlFDZ/CjmbNo0bGTcxEtlvXmuA+OWgJqngy+UDLLG&#10;WB9COa9GvBwa5H4iRiTw7e9/3LfyNaR01C3Q+U/BGqNJfT7vup8wx69f6V6J4wkjuNT1hQeFiVj7&#10;jarA/wA68p+Hk4udXlj/AIfNGf8AaycYrutb12N/FmoW697fy2PYlUUH9c/nRiV7/wDXkc1H4dTH&#10;nh/tjwvGrjcsakfp/wDWr6S/4J1600mhaxp0rt5lqwKru/hwMHH418z+C7p7rSLi3fKspKkenGRX&#10;0F+wt5em/EW64MbappDMB2Z43UNj8CDV0Ze9ynHjY+5c+jtYk/0z7zdPWiodaf8A04/QUV7sdj55&#10;vU9FtzhKsLwKrW5+UVPv+WuU7ogGzXAfG52hsrSRc5yw/kK7wGvP/j4udFst2QC7D+VcmO/hM2w3&#10;8RHgHxL0xtRtIJHJb7Rb469QQf8ACvnLW4mj0y43cNC7Z/A19N63NHqvhjTJo/umIryOh3EH8jxX&#10;hHjrRvsl7cxsqjznKHHYkHH58V5GEqWlZn0DjemcP8LvEs3hLx3BfRFlktbkPweozkj8q/SHQ9TT&#10;VdNtriPlLiNZF+hGa/Lq11CTTNSkYY3qc8+tfoR+y34zHjX4LaHeM2ZI4fIk9mQ4/wAK9jFRaSkc&#10;WDkm3A+Lf2Z/jXffs4+Gf+Ch/jzS7S1vtQ8I/EW+1W3t7knyZni0u3YK23nBx25rqPAX7bn7VXxq&#10;/Ztg+NHhv4T/AA70/wAGSaSutWeg6tqtymva1aLEJHlTYDFAXAdo0fcSpXJBNeQ2Bz+zJ/wU6/2v&#10;GOq9v+oTb192fBWKOx/YP8MQRoEhj8B26KgHAH9njispzS6Fwg3pfv8AmeF/Cv8Ab/8Ai9+3X8N7&#10;Xx1+z14L8H2/ghoQsOoeOLq4tptavVUfaLe3ihBKRxS7oDM5wzxvhSBk958Kv+CofhHW/wBgXXfj&#10;p42s7jwXa+CZbzTPFGku4uJ9P1O0n+zS2cZGPMd5tqR9N29enNcX/wAEL4QP+CXHwVijjWNF024Y&#10;gDGSb+5J/Ekn86+ZfCv7PPiz9o7/AIJoftM6X4JsV1jxV4f/AGg/EHijTtIZsLrT6frYuTac8FpF&#10;RgoPBbaO9RCzm10TCV1FO921c+sNF+L37YfxI8FL4y0r4Y/Cnw9pl5ELux8K67rN0NcmgYblWaaN&#10;TDDMykfIQwU8E9cc9+xH/wAFNLr9p7wd8efEXjzw3/wrnSvgvrf9m3lteE/abRI7TzrjzzkqWVww&#10;BTAZcHvXdeAv+Cz37Pfi74SjxVrHxK8O+E7qGLdqXh3W5/sevaXcD/WWr2LATvIrZUBEYNjjNfFn&#10;7Mkupf8ABRr9nb9v630fRNQ8Laj8SPE4/sax1S3NrcSL/Z0Zg81GwUMyopIPQSc1VSKa95WM6cnG&#10;S5Xf/hj3TwZ+0F+0n+0n4cTxx4D+H/w88K+C9Si+1aHa+L9RuV1bWLY8xzSLCuy2Ei4KhtxAYEgV&#10;X/Ya/wCCiHiz9oz9qH4seA/F3gyL4f3Hwt0+xk1C3nufOeO6kDGZhKDse3KhZI3AGUcE1c+AP/BS&#10;v4Pa78HdIj8Y+NvD/wANfEnhmxi07W/C3iO6TS9R0i4hQRyR+RKVaRcqdrRBgwxivE/2RvHsP7bX&#10;7en7WF1penav4b0PxV4G0rRdGvb+ze1nvrVoJ4I7/wApgHVJDuZNwBMYQ4GaxlFNNW/q6OmMrctp&#10;Xb6fI96+GH7Y3x0/bZ0y88U/BHwZ4H0/4ZrcTW2j694xuLpZ/FHku0bz28EAzHAzqwV3OWxnFd3+&#10;y7+1zq/xd8a+Kvh/4+8KjwN8UvA6wz6ppcd19qs721mz5N7aTYBeFyrD5gGUjBFfBH7Ffwp/Z3+G&#10;/wAE9N8A/GTxp4u+FHxR+HcB0jxDpGq/EW/0W1uGhJVbyyBmSKS2mUCRfJyBuIx0z9Gf8E4/C3wk&#10;8UfHXx143+Ffh/x9e6PYWUXh+28c6/r15f23iMb/ADJYbRLolzFE6L+9Hykk495naKa/r77mtGcm&#10;1d776/pbQ+yryfH+Fc34zg8/Qrxf70LdPoa2JpNz1U1O387TpVP8SkYqYybNJ6Hw14Q1H+yL+4kP&#10;3o7nH5E1raVr/wDbvi37QNx+1I4UdzlQP5iua8QSNpPi3Wbcf8sryY49AM0vw81E2htbs4Zbcr1/&#10;hwy11YiOjkcVHojvvh1KtzqkjD5o5o8nuAyEqa+gv2brEaL4y0u4bPmWV15Ckf8APOYGMj3GSv5V&#10;896Pbpo/iGPy2byZZyo/3XGf6V7x8JdQjS/0PaCGmvLWHHdnMwkz+SmuOjL96jLHR/dn0hrbf6e3&#10;ToO9FVtZud16fpRX00dj5eW56lb8AVKDiq9uflWrCniuY9BbDVORXEfHG28/QLVv4Y58MPUHFdvn&#10;iua+KFp9q8K3Hy7vLKvj6GuXFxvSZpRdqiPl7w3qQm0m6s2J36XeSbAf+ebnPH0OT+NcR490/wA+&#10;7nk27vlDLx97ByBXVGH+xfiLewyfKtxI4xjvuJH6HFY2qRLdLdWb5Wa1boe6k8H6dq+ehpO6Ppo7&#10;Hzf4y0z+zNcdVyVyQpP14/Q19c/8E5fEg1T4b6tprMC2n3m9RnkK65/mDXzV8V9KWK8WdV8tm++p&#10;+6xHBz78da9A/wCCfPj5fCvxnl0uZvLh163MK56eanzL+Y3CvpH+8oHk/wAOufYp+HuhxW+rW/8A&#10;YmkiDXnaTUo/scezUXK7S0wxiQlQAS2cgYqxPa29jpa2kcMMdrHH5KQKgEaoBgKF6bccY6YrZeLc&#10;N3avDf25P2oW/ZO8I+DNVj0Qa6fFHi7TfC5jN19n+zC8l8vzs7W3bOu3jPqK8lxb0R6SqJas9O8F&#10;eFLDwlpkGn6ZYWem2NsCsNtawrDDCCSSFVQAOSTwO9aeh+E9P8LQ3CaZp9lpy3dw93OtrAsImmc5&#10;eVgoG52PJY8k9a534lazrHhfRLq80i1W7nSFmiRlJVmH0/lWd8C/FWpfF3w1515ffZ9RjcrPCI9m&#10;z0wPStaEW1dGdWUd5OyNXWvgx4O1nxWuvXvhPwtea9GcrqM+lQSXan181lL5/GsL4h/Da11bwr4m&#10;s9PZfCt94khkW41fS1SC8SYpsW43Y+aROMFs9MdK7mfwHqdvbea025t+zay+/XNZniT4TalqESq9&#10;wpjdgCVB4zW8qb7E05UE9Zo/PbVdP/aT8Bz2ul678Jf2ffjtqmjjyNN8d3+t/wBkXssa8JJd20lp&#10;KwlHBbyZMEg4xmvVP2MfgNqnwb1vxv4++I3iDTfEHxT+J1xbXGuS6VbvDpel29tEIrWwtFf5zFEm&#10;cu2GdmJIFfT9z8A49LurdZrhpEaQeYpTadvtVDxj4W0PwHpWtXVxGNtuiSCM/M8YPAwOvJzS9m2t&#10;rFSrYVP3W5Hk3xEk+Hnj3WraHXtJ8O67dQsFgXUdOiuWQ+il1OPwr0zRNHittBtorWGK3tlGyKKJ&#10;AiRr2AUcD6CvC/D/AMPJPHHxJutduU8uxjmMlvCBgBckrn3719FaCm3w9Du4281y4ikotJM6IScV&#10;dqxjrZYkOfXFRX6eXbvx93tV3zP3rH36+tc58Q/EcXh3wzfXkjbY7WFpDn2BNKHkYykfCPxNvRH8&#10;QvEky/dluplU+nz4NQfD1t+k3EbHloJCvHRgM1leILuTUNOW8brfTTSNnvlg1a/wvfzYgrYK+XIr&#10;ZPIyhFd2I0gc1DWR3NhdSSXdnNuXy5JtrDPJIc4x+Br6D/Z8RdV1DwpHtz9naS8dj1Plqyj9Wr5v&#10;0C6VvDmlSdNt0QxI6kL/APWr6m/Za0HdcTakxOI4TbRAnhQXDN+uK4aK/eoWOf7o9k1GfdcZ9hRU&#10;eojNx+FFfURtY+Vb1PYoPur+lWM1Dbjj0qauQ9BaoZt4qh4jtvtmiXSesZrSHSoZY/NidP7wIrOo&#10;rxsEXZ3Pjv47wnwx49s9QH+rmdHYj0Pytj8qy/iBF/ZF5FqKAtGo2zhf4kPOf1Nd5+0B4aPiDwT5&#10;j/LPp08kTZXPG4j/AAri9BkbxR8PLNnCtJGjWVwvcOvAJ+uP/Hq+d5bNPs7M+ip1LxTR5x8Z/CKt&#10;phm2hojgh17q3Q/nXjmhatc+EPElnqFq7R3VjOs8Z6YZTmvonRL2K709dNvlDQkNbh26KRwAfYjH&#10;0NeS/Fj4ZSeFtVeSOOTyWJ+YDKj616+Bq2/dSOTHU217SJ97/B74mWvxW+H+n6zaspF1EPMUH/Vy&#10;DhlP0Oa+QP8AgvnNr9t+zB8OW8KrZt4k/wCFoeHl0z7Wpe3W4NwRG0iggsoYgkA8gVW/ZH+PFx8I&#10;PFosbpnk0TUnAlT/AJ4P0Dj+Rr1L/gpR8FfFH7Svwx+GEPgnS216XRfiLoWvXqx3EUXkWVvPvmmz&#10;IyghV52rlj2BpVKPs6ifQUa3PT8zxX9rr9grxX+z3+zd4x+Mmh/Hb4zX/wAZvAmk3Hid9Tv/ABFL&#10;JomqSW6GaW0bSRi0S1dVZFjVAVBHJOTXG/t1f8FJofD/AIC/Z5h0bxhefByP9oLw7B4p8QeJtM06&#10;a/vdB01rWKeSK0jjjkYTyvII1kKny/vZB5r7u/bf+HesfFz9jj4seGPD1i2pa94j8Jappum2qukZ&#10;ubiW1kSOMM5CruZgMsQBnkgV826V+xJ8UfBH7Mv7L/jHwPb6Tpvxx+Bfgmw0K+0DWLoR2etW7afB&#10;DfaZLcRlljbzIgUlBZA6Ak7eadGpbWQ5XWkT478e/tmfB/8AZu8L3HjH4D/tNfHO7+IeiRC6XSvF&#10;s/iDX9H8XlPme2uoLu3KRtKAVWSLYUZgeByPU/26v2jPiF+2V+09+xHF4E8T+OPhdZfFPQNeu9ai&#10;0u/ktZjam0tnnXb93zkXzFjkZS0ZfcuDzX0H48+Nv7W37RelN4V8L/A5vgfeXwEN/wCM/Evi7T9V&#10;t9JTPzyWdtau73EmM7PMCLkgtjtH+0R+yp4+8X/8FGf2XfGVrBPr3hr4d6L4ls/EevPJDE1vPdWU&#10;MUDPFuDMZZEbiNWC98CtnWXUI0KUtbdujXXXqfPf/BQ39rWD9hHTPhb+zz4f+IPjbwDo/i83+s65&#10;4zv9QvvEviLT7GNxmOGd1llEssjFFbGI1TjGa+bviN+098I/gb4WufGnwX/aC+MOseOtJjWeXQ/F&#10;cmua3p3i9UOWt5luYCsUjjdtkQrtY9hX6J/tofsf+MvEXxH8E/Fj4YzabdfEb4erdWn9l6jObW08&#10;Rabc7fPs3mAPlvuRXjcjAbOeDmuN8T/F/wDao+Numx+FfCnwgl+BbXTImo+LvEHiXT9V/s+MMN5s&#10;7a2dzNIQCFMm1RkE1j9ZXT87HVKlCF1TXpo/Lrfue8fBTxjY/FH4K+EvFWm21xa2vivSLTV44J0K&#10;TQrPEsoRwcEMu7Bz3FegC5Ntpar/AHqp6fYSmGJbiaS5ljjVXmcANKwHLEDjJPPHHNTXPYH7q1wy&#10;fO7lylZa7leSTyoWZq+Xf22/jtEtjN4V02YPcSgG+dTnyk7J9T39BXWftSftUweAkk0PQ5I7jWHG&#10;JpQcpZg/zb27V8gXc02p6o008jz3F1L5kjscs5J6k/jXoYXDfbkefXxH2Ymn4rtGsfCWk7fu75Fz&#10;+C1ofDuMwFDxhg6Yz97hjR8TYPK8L6Wqggm4cfgUU1N4JjCCz3gced19eg/nU1Xen950U1af3F6x&#10;vXHg2EcHazSj2HA/pX21+yx+88HSNkFWKEYPXKjNfDWmMfsMdq3LR2jMT6/MTX2x+x5IZfAEZ2/e&#10;RDknr1Fc9OP7xepljv4R6nqY23X4UUakf9KP0FFfRx2Pl5bnsVu+KsKwNZtpeKyjmrQnyK4uZHox&#10;ehP1FMBwc0xX4rmvih8ZvD/wg0VrzXL6O34JigBBlmP+yv8AWpk0Pc5Hx14bjlu/EVlN80czmdVP&#10;A2sikj88/lXgvha2k8JeKr/Rbn5rXUF3wSd2I4/PH8q37z9paP403t1f2sDWsNvJ5CqD8xTaSNx7&#10;nOawDq1vqGuw6fdbm8wmW1nX70Umcjn07GvJq0ryZ6uGk0rMyfFXh5pZZZEUJJKfmXpiQccf71Z9&#10;3q39oeH/AN9EZPs/yTjjeg7Ng9R2Ndd4vtnaKSZVb92R523sOobHp/KudvbI2t0t5Cu5JM+ah7+o&#10;/GlT1SOzyPO5NC0+61NZLZbdmDDgDY6f8BPB/OvpL4L+M7rRNMgj3eZCANyHg/UV4X40+HIvhHf6&#10;aN2ednf6fWvTPgvctNokKnKzQ8EZ6iuutK8FJM56MLScZI+kdH1qHVYBJG3bkHrV8xbxkda4PwxM&#10;UI2na3Q4rsNP1E42tz6471zxlcJXTLEkXzVRvLNifrWsjrKvFQ3KqVPNacqsCkzm7iwIzuFZF3pW&#10;2QkevpXWTFTESaxtRuFRC3p696zlCJ0RmzAv7dbOE/ma8a/aA+MbeGdMmsdNmEd1J8jz9oAeOPfn&#10;8K9A+I/ieRIGityykjBb/Cvlv47zNt2bvvSKDn6itMPTUp2MK0mo8x4Xr0Ms+rzmVmlmaQ73JyXO&#10;eTmm6Zp/n63AuPunP5Vv+IdKjg8R3AjZZIo2+Vh0NQeGrBhru7aMID1r1pytBvyPNpx975lz4m2u&#10;NFsY+0d0R+Gxab4chK2ludo3IrP0/vNxWh8Qbdrm1sV/iaWQ/wDjiVRvla00mVo8q0m1E9QijGfx&#10;Oa8neKR6u0mxnhc/2n4guJcZXyJI0J9ADj+lfav7IKqngdQv3VRFx6dT/WvjrwPp/O3A3+S+SegA&#10;ByK+3f2VdD/sz4UWM23H2oeZz3A4FTTj76scuNf7ux3GqHF2eB0oo1X/AI/G+gor6COx83Janbwa&#10;n5KjmrEniOOyt2mmkWKKMbndjtVR7mvEvid+0/ovw0iaFplvNQx8lrEcuT7+leKeJfEPxC/aUuVt&#10;336To7HcIWzGhX1Yfeb8RivPbu9D0oU21qer/HD/AIKBQaAtxpvg+H+0L1SUa9cfuYz/ALI/i/lX&#10;zH4y1HxF8SNda+1K4vL+6ugCXcFscdB6D2HAr3j4f/ss6P4Us47rUt2rXHUZBCKPxrtNS8I6bZ2s&#10;TLa28C7eM/3R2z/SjRamsXGOx4D8NdFvvCuk3ckwZUjZHI+nXP4GtrU73+z5LO6U5FrKJA2f4Sf8&#10;CK7zVtAXUJX8tEtrErl0x8r/AIe/51yPiPT1e6mtyAqEYAH8K9j+HBrKWup002d1pmtwXtqzso3x&#10;nypT13K3SucZf7M16a1bHltzgjgA9CP9n+XSs3wbrfkSRC5y0LRm0uF+nAP1HHNbuoaNJrbfZWk2&#10;alZqWtZc8XcXpn1rm9ioysdXtbpEKabJpMzYXfbyN80fofUeldR4TtYop1kiVdrH7y9/rXO+HNX/&#10;ALS3Wd4vk3cfAPTfj+o9K3PDUjadqwjaPazen3WH0qJwktGbQmnqeoaKq5UqeveumsT8orltDCtt&#10;2/L610+nnYP9moj5mdQ0o4MjNR3KSf3h+PerVqQyf4U6SDPetHHQxUrMxbi2kOeV59a57W4mETbu&#10;W/SuvuYsA9K53XbX9y30rOUWaKVzyvxZaeeXY/gK+afjym+7ZR/C1fVniqz8q0kbHzYPavlv4v2x&#10;u9aKnoXyfoK7MH8RGIfuWPM7yzz5f+0NxPepvDGm/aLiWRf7oQ/iavaxaiK5KgcBMCtHwPozGD7p&#10;/eOW+u0f4muzEStC5zUI3mkVPGFl81mzcbTI+cdBkD+lYccf2yzkupN+JJMIB/Ci8Afp+tdJ8RoH&#10;m1C0tYgdzKE496k1bQlsLKC1iQkxqMk/kP8AH8a86OkVc75O8tCp4G0Ka8kFvuxNc4t89Pmc/N+Q&#10;J/Kv0B8F6DD4d8MafY267YbW3SNR7ACvkv4Z/DNptHs9RmDLG15DBFj+Ny43H8hj8a+yIIwgC9l4&#10;rejHU87FSu7GVq6/6a1FM1ds3zUV6y2PLPJPBH7Jmh+G75Zo5Lq6vGPzXE53ufxPSvU7Lw9beGbX&#10;7Pbr8zYWR+rVp6M8dpGnBYseWbgU97GWa4aZdsqsT91s4rlk9DRNt6kMMMZjUbFUY4yOlQXmmwXG&#10;EmVSexHer6I8T4b7vuMYrH8W6h9ltW8hGZuhwOfoK55S0ubQi72R5p8WvFFtpErw27YEa/MqDgEH&#10;gZ/nXCQpJdqt0wky3J39wf8AP6V21h8Kb7xp4xa4votsEaq3koeuckZzU3xI0uHw5IIRCqf3kDZO&#10;3oR+FEex1pqOiOCtIfKv23HCSna+f4W7H8a6eyn+0RRQTs0flnME4+9C/wDgao33h99qyR/MzL0P&#10;/LRa1NJiF7ZLlTuHysO/H9aqyaHzal6fTY/EQUTf6PqcY+SUHEc+Ohz61c0iV0YQXqeXPGeHHf3H&#10;+FZ0Pm2q+Sw3qeUJ6N/ga09Kv0uYxHMv3PlG77yn61nKldFwqWZ3fha+8sbHbdu+6w/iFdjp75Xc&#10;p4rzHSPNsZA8eZIepGP84rt/DfiKNwFb5a5ZQaep03uro62yk3LVkjfVPT5lmTK8ir8RyKpanOyG&#10;S0LL939axtXsQUPGa6Py9xrP1W2zAx9qmUQjLU8t8d2u20k/3TXy/wDEuw361jHO7Br608X2n2lJ&#10;F65GK+bfiJpGNf8Au9HatsLozSp8J5VrmkeY/wAq5YHP1rqNE0aPRtM8yT5SqnAPGcDP8yPyq3pn&#10;hltT1aMqm7ac4Pc9qdrGk3XiLWzZWv8Ax724Cs/0+8T6Ak1tWlze6TS93U5fQdHbWvEM2oSxstvC&#10;AF4z0FT3Nks1+0kzfLu3tn8gK6vXxbeHbOOzt0BZRgDPLn1PtXmPjHxxGqtb28qySbgJHTsw7D6f&#10;zrh96cvd2OjSMddz2D4Q+PTP410nQ7qSNdNt71Jg5OMMueD+IFfWET7gSD1r89b2za606WZZpLeS&#10;7+eKUH/Vvxnn619D/sk/tZW/jaD/AIRfxBcpF4gsP3SO/wAv2pR0P1rqpuz0POrwe57Tqx/05qKh&#10;1Zt16xzRXrR2PK5i1bttl+Y8YG3NXLZY7l/u7GU9V4P5iqduXMR3BWVf4cdq0LWPYmV+7nrjiuG7&#10;bOjlRHMbyBWEcnmZ6LIu7/69VZ9fsbW+EV5C9mzfddPnjz7jtW1FakjJZiM8jNWrOwhkYOsaCUdG&#10;I5qeXoXcwW8P+V4kguuWiuIvmKMVUkHIOK4H4waIt14002ziO5rgvI3qAT3r1zWla3tlmX70LjcM&#10;8YPHNeY6xbN4h8fSX0Rby7bKIT0KrwfzOanlV7m0G2cbMkmkXYt5vmjjHTHT3FXjo7GL7RDj5uQQ&#10;Oo96k16BtQ1OWGV1jmLHY3QH2NSaCbnRn8l1+XsD0H4+laqN1dF81tGLZwrfjZIu1hyV9D6irNvo&#10;2yYEqN3Zh/GK2bfS7XUyr7RDN6j1rSg0Vljw6sVzyeo+vFJsqJBoFr5D+YnzR5+YD+GuttNFhdlk&#10;8tWWTBYjt7g1n6Pp32V/uqd3XjrXQ6VaeQPJx+7blfYdxWMkmaqVi9p9h9mHys2PrWpbw4FV7FN9&#10;upI7VoQIMCpUUiXJsEhyaqaxH5ds2B2rUReKp6pH5kRx6USjoTF6nn2s2vmOwPFeHfEjwtJNq/7t&#10;M/Pkn0r6C8Q2qwRszFVUc5PSvMfEqLeXUhhjbud5Hb1rOMuQ6Yx5tDhNL8L/ANk6Wybo4ZpFw8p5&#10;ZF/2R6n1rn9Z1CHRLSSHTYdvdpG6sf7zHvjsK6/U7YOjBdoVRmSRm+Vfqe59q5D4iaF/aHw1urzT&#10;ZJD5bNHKypjGOv0zmpjFzlYuTUEeM/EPx0Y/Ot7WUzzSkrLPnkn29BXnUrqrbV+9kFh/tGt/UrUR&#10;O27+L9Kw7W1D30gb1B4r01TjCNkcHtHKV2e1fCfQ4vGPgS6jK+YsEhjkUfeTPIYfjXD/ABR+Besa&#10;c39taLLJDq2lkSExHa0i9Qak+APxa/4V78QLL7U6jS9Wl+x3Qc/Ku44Vj7Z719Tal4QhN+s1vH5g&#10;wUlUfxIeh/lXnVIypy5kbOstj5/8A/8ABRe40fw1Daa5bLLqFsTHI0jYY4x1orW+In7J3hfXfFE1&#10;1cutrNIAWTIXHXtRWyrdmzn5KT1cUfYdptj3K3zKBkE+lamkyme2mt/kDcSqAO3Q/wBKxgVWHe+c&#10;KPzq1o9yslzHPC3zRttYHup6iqbs7HP0ub2mxhIVDtliduauSxeUoZTtI/WqMeUu2j28Kcir8ib4&#10;eec1W6H1M/xhKYNIlkAVm2FRkZGT0rnNF0cWelMrYZlXZyPT/JrstR0xb20VG6emOKjTR4xaqJAq&#10;nkk9BkmqcdS4ysjx/wAZ6D9nv1kH/LQZPv60ujWks/lq3zfX0rpPGOnNqOprIqfu8bUAHGPX8abp&#10;tmLdGdgAVG0HFaLRFeZWsrdQ3y8Fa6TS4WEXpnnBqjpGlveXKKo5Y5z6Ct62tWtH8tlZWzww6GlK&#10;NyoyHW1iD1VlPYqcg1q2W5lVfvN0FFjAjp0+b09av2doFf0NYSRsmixaR+UFXHCjv3q1GfUYoigy&#10;oBGaVo3T7qhgOx60rEjxJt7/AExVa/Iki+Z1j9806S5ZT/qJT9MVVukubhcRwxw5/jkbcR+A/wAa&#10;Ugijm/ECQRk7VkuJj93eflrkdW8I3GoQSGRmbcCQuMKTXpTaJGp3yMZpDySRVa5sFOfl+XsKxlTO&#10;iNSx8xavb3Vx4k+yXW5UYHYg4VT9PwrZ+HWmLFdaho1wqtb38ZbafXow/L+VdJ8ZPCYh1FbyFSrR&#10;nzOB09f6Gs+zZWvLG8RgkgZctjPB4OaqUrqyNnG8T5J+LHg9vCvizUtP2sv2WZgmRjK9q4uWFYLF&#10;5GU5bivqL9q3wbDc6jdXHkmO+tpFk6f66Jl/XkV8wa7IRdMhUeWcha76cueOp5slyu5y2u6ZNd6F&#10;JeRKzLZsEmA/hBPyt+fFfVn7JPxhvPi98PF064ulj1TRcW0oIxJOmPkbd+GK+YNL8Qt4ZvJmkha4&#10;024UwX0Q/wCWkTfyI6g+orb/AGd/HB+C/wAd7OT7QLrRNUItpZAesTH5XI9VOP1oqw5okt30PsWf&#10;4e/ap3kmiHmMed/JorvbV1vbaORSsisoKtnO4UVxexT1MfatG1Mvm2bbfmx2FXPDNuy+XuzuYbWz&#10;+mapKn2f5042+tbeir8it6tVbyu9yr+7Y2WTmN/7ox9RVmBPNf8A3TwBUcZ3Wzx/xLhh/Wp7dTsT&#10;/ZPJrbrYiOxYCc8/lS3GmLPH+8G5W5Iz0NSQr8/1q8iYWqS6jucnqvh2TUbrcpXy1XC8Y3/56VHb&#10;eBMARyiTbnp6V2kFqq9sVajtuQcZqtdyuboYOleEIbEhlXbt4z1NOvdE2sjbflbIxjpXRxx4OMcU&#10;y9tt0P45pWKUtTD0/TVSQ/L39K0JbDeg4+lWLS0wv86srBxUtGnMUoIflw3WpPK4q15O2mlKXKHM&#10;VWh4qF46tSDAqvIcVLiUpFSZc1Qu1xWjKuTVK7GV9vWs5GkWcj4u09b+3ZZF3DkH8a8ZuhNot9da&#10;bIxVoSXiYD76H0+le76za+bG3615h8UvCkmo263ECs11aZZMfxL3WsL+9qddORHqvg+z+K/haG8Z&#10;GuLyG1EbyFsPGyseB25FfGvxi8CP4U1mdGt7iNd5IEihfyr7P/Z31NZbzUtPkYMlwBPHnuQMH+lW&#10;fF/wssdQ1VpZ7O3nZW4Z4wzAV10pNO5wVvdk4nwP8IdJ/tjxTeWN1Yy3Md9b7NgA9Rzz/MdK7r4Q&#10;/siXGp/EX7PqWnyf2Hbu1xDO/wB+I5/1eQeQa+lNW/Z00G9myljDa/OJVaFQpVvbHI/Cuk8N+GLf&#10;wtpy20ERi985zW05PocvtFYXTNIj0XT4bWD5YbdQiAsSQB7mirjNhjnPWisdO7MdS7BM0gCsPvd8&#10;VveGot9uo/uvjrWXAobj06VteG1wWHbdWajaR0S+E3LWLyypPVqksxskkVvrQOd3tUrDFwPpWpnE&#10;ntF6t/kVej/1eMdap2g2ymrsHRfxq4voV1J4EylWY1zUUXQ1Yh5/OqBEkS5p7xbo8UkQ5qUDNUUR&#10;RQ1J5XHSnW/NSPwaBsrslRuOasPwagfn86hjiQSJxVaZOKtyfdqtL/SpZaKUw4qncx7jV6U/yqrP&#10;938KykaIx9Si3K3FctrtuGVh3rrr0/Oa5zWxndXPOJ0U2ecxRL4P8W2V5DhFSbEuO6twf516lrto&#10;JSrqAVI6g9a8x8fDFs30NekaJI134R095DuZraMknv8AKK2ovQ58Yr2Zk3EXPT6ZqjcJwc4x9ela&#10;1+gVuKy7sfIT3roseaUyFLHd2OKKbc/fH0oqQP/ZUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvFNV&#10;WToDAADeBgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;WGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAACiBQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BL&#10;AQItABQABgAIAAAAIQD5W7tJ3wAAAA0BAAAPAAAAAAAAAAAAAAAAAJMGAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAKAAAAAAAAACEAP9WIARc5AAAXOQAAFQAAAAAAAAAAAAAAAACfBwAAZHJzL21lZGlh&#10;L2ltYWdlMS5qcGVnUEsFBgAAAAAGAAYAfQEAAOlAAAAAAA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="58F95910" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:450.75pt;margin-top:409.5pt;width:79.6pt;height:115.5pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAElsUtLGAgAAAwYAAA4AAABkcnMvZTJvRG9jLnhtbKxU30/bMBB+n7T/&#10;wfL7SFMVBhUpqkBMSIghYOLZdRxiybG987Vp99fvbCctY2iTpvXBPft+f/nuzi+2nWEbBUE7W/Hy&#10;aMKZstLV2r5U/NvT9adTzgIKWwvjrKr4TgV+sfj44bz3czV1rTO1AkZBbJj3vuItop8XRZCt6kQ4&#10;cl5ZUjYOOoF0hZeiBtFT9M4U08nkpOgd1B6cVCHQ61VW8kWK3zRK4temCQqZqTjVhumEdK7iWSzO&#10;xfwFhG+1HMoQ/1BFJ7SlpPtQVwIFW4P+LVSnJbjgGjySritc02ipUg/UTTl5081jK7xKvRA4we9h&#10;Cv8vrLzbPPp7IBh6H+aBxNjFtoEu/lN9bJvA2u3BUltkkh7LSVmWZ4SpJF05Ozk5PU5wFgd3DwG/&#10;KNexKFQc6GskkMTmNiClJNPRJGZbGe2vtTGs9gQcRQaHzxrbBAPlSL7RaACCPuPf6ZIhvnJy3SmL&#10;mTOgjEAibGi1D5RmrrqVqqnAm7qkfoivSFT1oC1mggSQD1R8IktAUCjbWHBDxQ7v1MpeQfLYSrQy&#10;Np7WxdZy0/GlOOCdJNwZla0fVMN0TQhPU8NpFNSlAbYRRGIhJfWRsQitqFV+Pp7QLxYbC4nDEz3S&#10;zVgKeKh2iD0EGC1/jZ3D5O6Sq0qTtC9s8qfCsvPeI2V2FvfOnbYO3gtgqKshc7YfQcrQRJRWrt7d&#10;Q+RF4kfw8loTtW5FwHsBNLhEGlpG+JWOxri+4m6QOGsd/HjvPdoTkUjLWU+LoOLh+1qA4szcWJq0&#10;s3I2i5sjXWbHn6eRmK81q9cau+4uHX0m4hFVl8Roj2YUG3DdM+2sZcxKKmEl5a64RBgvl5gXFG09&#10;qZbLZEbbwgu8tY9ejpMQR+dp+yzAD/OFNJp3blwaYv5mzLJt5uJyja7RaQYPuA5406ZJxBm2Ylxl&#10;r+/J6rC7Fz8BAAD//wMAUEsDBAoAAAAAAAAAIQA/1YgBFzkAABc5AAAVAAAAZHJzL21lZGlhL2lt&#10;YWdlMS5qcGVn/9j/4AAQSkZJRgABAQEA3ADcAAD/2wBDAAIBAQIBAQICAgICAgICAwUDAwMDAwYE&#10;BAMFBwYHBwcGBwcICQsJCAgKCAcHCg0KCgsMDAwMBwkODw0MDgsMDAz/2wBDAQICAgMDAwYDAwYM&#10;CAcIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAAR&#10;CAEbAMQDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgED&#10;AwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRol&#10;JicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWW&#10;l5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3&#10;+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3&#10;AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5&#10;OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaan&#10;qKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIR&#10;AxEAPwD9ly+DU1oGc1PFYg9qvWFgFHSug5x9nafItattbYqO3gCgVci4rNstE0ceBUqnBqLOKcjc&#10;1AywjcU5Tg1CrYFK9wI03MaRoiz5m2gXqKetY82rhnwD9KfBMW+9lmPYDpSA2RdZX5akhkZjVGFy&#10;tWFlYj/69MC4HwtQzBv61H5pHrTXlJ7kUAQyzSKeG/A1ENVEbYlXaPX0pZ5io+Zd1U5WWUYVv+AN&#10;SuBp7llj3K25faopVrDe4l0+TfDkY6xnvV7TvEEWqLt+5MvBU0wJGXLVLFBxSomTViKPigCMRYqK&#10;4GB+NW3XbVW5PH41URMpv0qnectVySqd0fmqiSu5yaKGODRVmRDDb8VagiAqNDUiycVAy0jU/wA3&#10;mqom2ijz+aCy6smTTxLVSKbNP34xWYE7XIjUsxwqjJ5rC1fxA0z4jB25wM96XxVriaXbfNyew965&#10;jR719a1YGZWMbdvSkapaHR6VIol3SbmY/wAKityKViAxWQL6D5cVn2lgsEe6F8/7Ldfzp39oyWp+&#10;bd15BNK4+U1IrqP+LzE+tWYpNyZVt1ZsGqx3K4b9aex2/NGx/CgLGl9o47imtKG74qlFqHmALIOe&#10;zetLJPtzk8UtQJmudnysfx9aqXSA/d+Vv0qO4n49veqTah5bYZsr0zSKJnuQ8nlyfK/Zqz9Ts/mD&#10;Bikin5XWpL2YPHz93s3pUK3wYeTJjP8ACfWp5h8tzR8NeLVmm+x3mI5/4WPST/69dTGAV615jrFt&#10;zjcVkXlW710PgPxx/aKizumxdRjv/wAtB6/WrjK5Eo2Orkqncnj8atO+aq3PSriZyZTlNU7jkmrU&#10;xqpcH5q0JIH60U18/pRVk2IfPwKclxUBXAqJCxkqCS8binRP5j1EsfAq7ZWmcUFRJYE2inystrA0&#10;jfwjNWI7baKwfG128scdnE21pvvH+6vc/gKxkzSKuzk/FF815OZn+ZpCRGvZR61Rila3UDLE55Pv&#10;6VqfYhdPJOqtsX5IuOABxVG+ZIPkLL5jdvT8qnm6GyRreHdVuEkCiRtvdScr+VdN9p+0xqsi/Tvj&#10;6Vg+FdMaYIcZXFdamm4iH86T7jMqdTAfbsy0+zv2hbaxz6ejVburIbOfu9/asu5tvs56/J2I/hoj&#10;Pox8vU1POW45X73oe/8A9eo2vPLHzZ2/qKoRXDY9+hNOa8875W+WT1z1pCsTXFxtXK/MDzj1qjdT&#10;7xw2d361FLd+XkHdtzyP7pqpcyeX0b5TRcdiWLUPKbYx+Vvun+lV7+XZ3+TOQe6GqV3cbmwx+bt7&#10;1FFqfmAwyH5gcAnuKmXcpI1FuP7Qg8tj++jGVPrWJq0kljKt1CWjnhIc7famJqzWV75bZ4JKmjV7&#10;jzk8wD5ZB2PfuKlSsxyiekeAvGUfivR1kyPMT5XHoa1rpuK8N8G+LG8E+L13N/odydkntnofwNe1&#10;/afPhVhyDXRBnJUjYgnNVJzy1WZmqrMcs1bGfMV360U2Q8jntRWhJKbEyL0pkGmMZ+hroLbT/wB0&#10;OKli03BziseYrlMyPTSccVoW1l5Y6VaitMNU3lYFTKTKsZ96PKiP5Vyd5bf2reXBDfePlA+g7mum&#10;8SXHkxBd2OCTXIajrEegaNJJI3z+W0rZ4wP/AK/ArCUjWnFsw/HnilbFFsbM7NuA2OuOmKreE9JO&#10;q3m9gWUcZIrhrHVW1rXmnZmmkck+ijNeweBNPFvYp8o98UtjoWx0Oj6WtpEoVa0wm1ajtxtQCpN1&#10;Pm0FYguouMgZ9R7VkX6LEef9W3Q1tyGs3UbbCMw5U9R6VlPui4mBIfsk23+Fvunt9KS6yUPOCOh9&#10;Pam37AAxseD901SttRyzW8v3l4XPcelCqXKdMWe88xCePMXgg9xWbLf+UdpYlWOM/wB0+9P1M5bK&#10;tjH3SP5Gsy5uPtcTNtxInDqOtPmFyi3N1klWOfTHWqdzcMQWVt0kfcfxCqk14cbfvZ+4fX2qq2pe&#10;Q+7OGXk/TvTBI0tTkF/Z+YrfOBuBqHTtU+3aXJGWO4cj/ZaoUnWOYFT+6k5HsfSs2WVtO1baP9XN&#10;0+o6VnzFcozXnW909nVfmUYI/mK9P+BXjU+JPC5tZpN91p+IySeXT+Fvy4/CvI9TvfsOutGf9TdJ&#10;5kY7E9xU/wAN/GK+A/GUVwzBbG6YQTHPARzw34N+hNb05HLVjdH0PM1VZjzU0rD86rSHlq60cZDI&#10;3I+lFMkbn8KK0J1O5tofkFTCMUkXCj6VLt4rmOpDAmKY/U1L0FV9QmFrZySdlUmk2ByfiG88+4l+&#10;b5d2PwFeT/GfxH5ejSAsFa8kCgf7C9P8+9dx4n1IxQLGrfNMSDz0Gef0rxP45a6v9pRQIeY14B7G&#10;uHmvOx1QhaNx3ge6X+0Yo1bdzkj1PvXv3hI5tFx6CvmX4Tzfb/FEUQbKq3PvX1BoFv8AZrRF9q6J&#10;7h0NuN6cXzUEb04vis3IpIez5FRSn5aGfIqJm3CgDC8RaXtjZl/1Z5/3TXJ6hKx+822VPut6j3r0&#10;G5G5Cp6N1BrjvFmiNbK0kalo/THzL/8AWrnldO6OinroznJ9bZ85wJEOGHY1nXWsLKwlhO2VOCD1&#10;PsaZrkO75t2JAOGB/Q+1crdarJaTkuCsnf0YVpTakTOLib2oXcc8HmR8IzfOveNqydS1YovmE/NH&#10;w/uDxms4+IVjkLL8ysMMp7+xqvfXccoyGzEw6+3pWhBsaXrRnc2pb5h80Z9an1C6W9t927bIo3j2&#10;9f8AGuG/thrO5Vt3Nu3Hup/ya6Zr9UaGfhlbn8D1/I/zrOorO5cdUVfHVzJN4dgvI2/eWco5Hof/&#10;AK9ZP26PXtJdAx2yLlSOoDdR+BNb2p23n6de2ePlmiMkXv8A/qNeb6FrP9m3sdvN8sbbl+nPIqqM&#10;rozqRPrT4K+LW8ZfDjT55X3Xdqv2W59fMj+Un8eD+NdJIuM15D+zTrLQanqFmd2y5RZwezsvykj8&#10;MGvXpM7T9K9CLurnlzVnYqyn5h9KKbK2G/CitlsY3PQojlBU2eKhhOUp+a5bnYIxyv4Vk+M7jyND&#10;l9WGK1Scg/Wuf8fzCHSfm6Zz+FZ1XaLY47nlmraot94olXO6OyATjoDjJz+H86+fviRrbaz4pvJt&#10;2VWQgfhXqSaw8Og6pqJb5rkSTZ/3mKD9FArxTW28xbuY9JJOD9a86hL3mz0+T3TqP2d5ZLjx5Cv9&#10;4bvwr6zsGCwr9K+V/wBlx47r4h6kOP8ARY1VfavpeLVPJUJGrSPjkKOldc3dmCjpY3Elx3pxlwDm&#10;ubuvE0unnMtnMq92qa18b2M45k8v13DpWfNHuaRpyNzfmmsf0qpb6xa3LDZNG2fQ9as7lZMqaOZB&#10;ytbjJTVS6iEyMNuanmPzf1qtLdLEhZqiUjVRscj4r8Ci+jaS3by5OuMcGvNfFGiTWZMd5CYuPlcH&#10;g/jXpviPx01u7Q20LM/riuG8Q6fJrknmapeLawtztZwOPpWakr6G3LJrU8z1W2mtHby/9Ij9R1/+&#10;vVJtSkhHllZI3XkA9D6/hXpsfiPwXpFt5P262kZepL5Jqu2p+F/EETLC1rL2GMBhXR7SXVHN7ON9&#10;GeS6vqf7xWVvlYbWHcf5NdN4P1oalockTHLRgMM9ux/p+Vcn8UdOh8P6o/2eQm3k5Az92qPgHxGb&#10;fVQu75ZAQR7f5NKrrC6HCNpWPULfVftmm28x4lgfa/vz3/SvMfiPbPp1zeMvCwyFhj0z/gRXZeHr&#10;n7U15bbvluEbaPRl6/pj8qwviVa/b7Rpht3NCm8DuMYP8v0rnpz5ZlTjdHdfs0eO8a3o8jMv+uEU&#10;nqyP8hP5lTX1LLa7EP8ALFfn9+z/AK82l+L4rWRuVmMA55XdwrD6Eg/hX6C6bd/2roNvc/8APxCs&#10;nTuRzXqU5aHj4iPvXMW8iKzdD0oqbUP+Pj8KK6rnKdvbtxUucmobc/JUmeK5zsAnNcb8aZWg8F3j&#10;JywibHtxXZA5Ncf8aFLeE51Xqytj8s1z4qVqbZpTV5o+c/Gtw2i/DUpjb5zxR5PVvlyf615LrF5v&#10;0Ld/EZTu/DFeqfFy78/4caW/VpCZWPcYSvFri683So1yfmck5715uFldX8z2ZR0O/wD2O7n7Z8Q9&#10;dbOQoUj86+rtHdbe16DcTkn1r5O/Ydi8zxhr8vXJC5/E19LeJJbi20eZrVd0yoSgOcE9uld1Z6nJ&#10;Sjdaj/GXxR0bwejf2heQxtjIQnLN+FfLn7eXjbWfjR8AdSi+E+ua/wCGPiDos8eraLPYyNDBqM0D&#10;bvsdyoOJIJhlCrDHIPUV1Pg74X3virxvJqPjJXW1dyUiJOGPbPfbXQeNvCFjoz3lrZqbOOZ1lt5r&#10;aHzAFBHyjHT6GtaeGhJavUyrV5Qdkj5M8d/8FYofj7+xv4Mtfg9Hdaf8c/i7et4R07SbgfvPCupp&#10;8moTTjqq2g3OCwGQYz3xX2/4Nv8AQ/2If2ULKX4gfES6vtH8D6Un9teLvFOotJPeOPvzzSyEsWdy&#10;dqDJ5VVB4FfBP7MP7Png3wp/wWp+O2u2Ph2G31Y+EtG1O3ZY/wDU3F5kXUyp0R5fKQsRgnr3Neqf&#10;8FBILXxf+1X+yPoPj6Af8Kx1LxjePqEF6o+w3urRWTvpcVwG+UqZ/uq3DNgYNYSoxjLljsa+0lKH&#10;PI9C0L/gtX8B9f1XR476+8ceEdG8STpbaN4k8TeD9Q0jQNWkf7givZohF83YsVB9a9g+Ln7TPhT4&#10;PfEf4f8AhPXLq6j1j4n31xp2gLDAZYp5YYfPfe4OEHl8gnrW1+1X4f8ACnjH9m3xvpnj6DTp/Bdx&#10;otyNXTUAv2aO3WNizNu4XbjcD1BAIwQK/LX4ca7rk3wu/wCCbOveKJ70Q2/iXU9PjvNQysjRTWEy&#10;WIkLc7nijXGeTis+WL1RSlJaM/QX9p79pHw/+zR8J9W8Z+IpJ7fRtJCCaWCEzSDe6xrhRyfmYV4Z&#10;+1R+2p8Mf2cfF3h/w/481rUrfXvFemHWNMs4NOlvLjVY/MESxQxxgs8zSEBYlBJHNZv/AAWuhhuv&#10;+Ce3iy1kuPJuby60+0toj/y9TSXsKpGPUk9q5n4h/DK18X/8FnPgs2sQw39x4d+E+pXFoZEH7iX7&#10;UI9y+jAMcHqK0w/JF8zFW5pLkiesfBP+y/jz4S0nXF0PWdDtdY3+VY6tp8mnX0aAsu54XAeM/LnD&#10;Dpg96zfF/guTwn4hK6bdZVZNq7v8817nF8ODazSSRzNG0nBcvuYg9RnNRr8NbOB923zXBzuY5NdE&#10;8ZD7JlTwct5M8a8R+G7jUdHEkwZpCvPHB+lef2Ekml6gY2O1o2289hX1BrXhuJrcx7R07DpXg/xo&#10;8FN4e1Fb6MYjkbY/HT0Nc0anN7rO6VO3vI3vAmtedrUak7QzhgR3yBn+Z/Ko/EV0A6Qtu2lpbYk9&#10;zkkVxvgPxA+63YkL9nuR/PB/nXQ+OrpbZ9Sw2Ps9yk6DPTPB/nXFJcsxvVHCafe/8I38R4ZAzKrM&#10;B+KHcP8Ax3+Vfop8LtbXXfAFlMmduzGCex5H6Gvzg+KJ8u6g1CFcqSk2B3wfmH4gmvuD9jjxN/wk&#10;PwZtez26+UwJz06H8q9ClO6TPKxdOyud/qsu27/Cio9WObv8KK9SOx5PU7y3b5RUxNV7c/LUw5Wu&#10;c7UOBwa5H4qP51qkX95Hx+Kmus49K4n4q3P2ee2b2I/EA1x45/umb4f+Ij5Z+J140vw9tYWUx+Qs&#10;4/3TnaR+GK8llucWlvycqynB6jjmvWvjDaNDpmoRqGUZmlTPcMc14lqV35ZhbuMAg/WvNwe1vM9y&#10;p8Nz2f8AYWKtqGsFfvPJkj/gRr6hWMMg3LXx1+xL4ujsfiDcWbNj7WzKAfrxX2QF3gCvQqfGctGK&#10;cSteaTa6jHtmjU++KpReFLGBhsUgDoKz/BvxM8PfEfV9fsfD+uafq114VvzpesQ20u9tOugocwyD&#10;+F9rKcehreEBX73rWUm+pap6aHmfhb9lLw34R/ac8WfFa0fUj4i8YaTY6LexSyq1qkNpu8oxptyr&#10;HccksQewFdF8cP2d/B/7T3ww1Dwb460W317w/qW1pIJSVeKRTlJY3Uho5EblXUhge9dai56D8at2&#10;0e0ZNOMkiJ09NT5Qk/4I+eDNdhtdP8X/ABG+NfxB8IWMiSQ+FvEfixrnSDsOUSVEjSSZBgfLK7A4&#10;5zXpP7UH7Lngr9pH4PN4H8UaQk3h+F4ZrSO0c2sumyw/6mW3dMNFJH/Cy4wMjoSK9rlPyNXLeKT8&#10;lTUk7XHRgtj5J8G/8EwfCWk+PNC17xX40+KPxObwvcreaNYeLdeF9Y6bMv3JVhSNA7rnhpNxB561&#10;61qH7OGgap+03o/xYll1L/hJNF8Pz+HIIlmUWrW00wlcsm3cX3DghgMdq7RblVkKmr1lKlx8q/w1&#10;z+2ktzeNGL0CSUKPu8+9Vri4booxn0rRe02g1UuUUNn8KOZs2jRsZNzES2W9ea4D45aAmqeDL5QM&#10;ssZYH0I5r0a8HBrkfiJGJPDt73/ct/I1pHTULdD5T8Eao0l9Pu+6nzDHr1/pXonjCSO41PWFB4WJ&#10;WPuNqsD/ADryn4eTi51eWP8Ah80Z/wBrJxiu61vXY38Wahbr3t/LY9iVRQf1z+dGJXv/ANeRzUfh&#10;1MeeH+2PC8auNyxqR+n/ANavpL/gnXrTSaFrGnSu3mWrAqu7+HAwcfjXzP4LunutIuLd8qykqR6c&#10;ZFfQX7C3l6b8RbrgxtqmkMwHZnjdQ2PwINXRl73KceNj7lz6O1iT/TPvN09aKh1p/wDTj9BRXux2&#10;Pnm9T0W3OEqwvAqtbn5RU+/5a5TuiAbNcB8bnaGytJFznLD+QrvAa8/+Pi50Wy3ZALsP5VyY7+Ez&#10;bDfxEeAfEvTG1G0gkclvtFvjr1BB/wAK+ctbiaPTLjdw0Ltn8DX03rc0eq+GNMmj+6YivI6HcQfy&#10;PFeEeOtG+yXtzGyqPOcocdiQcfnxXkYSpaVmfQON6Zw/wu8SzeEvHcF9EWWS1uQ/B6jOSPyr9IdD&#10;1NNV022uI+UuI1kX6EZr8urXUJNM1KRhjepzz61+hH7LfjMeNfgtod4zZkjh8iT2ZDj/AAr2MVFp&#10;KRxYOSbcD4t/Zn+Nd9+zj4Z/4KH+PNLtLW+1Dwj8Rb7Vbe3uSfJmeLS7dgrbecHHbmuo8BftuftV&#10;fGr9m2D40eG/hP8ADvT/AAZJpK61Z6Dq2q3Ka9rVosQkeVNgMUBcB2jR9xKlckE15DYHP7Mn/BTr&#10;/a8Y6r2/6hNvX3Z8FYo7H9g/wxBGgSGPwHboqAcAf2eOKynNLoXCDel+/wCZ4X8K/wBv/wCL37df&#10;w3tfHX7PXgvwfb+CGhCw6h44uri2m1q9VR9ot7eKEEpHFLugMznDPG+FIGT3nwq/4Kh+Edb/AGBd&#10;d+OnjazuPBdr4JlvNM8UaS7i4n0/U7Sf7NLZxkY8x3m2pH03b16c1xf/AAQvhA/4JcfBWKONY0XT&#10;bhiAMZJv7kn8SSfzr5l8K/s8+LP2jv8Agmh+0zpfgmxXWPFXh/8AaD8QeKNO0hmwutPp+ti5Npzw&#10;WkVGCg8Fto71ELObXRMJXUU73bVz6w0X4vfth/EjwUvjLSvhj8KfD2mXkQu7Hwrrus3Q1yaBhuVZ&#10;po1MMMzKR8hDBTwT1xz37Ef/AAU0uv2nvB3x58RePPDf/CudK+C+t/2beW14T9ptEjtPOuPPOSpZ&#10;XDAFMBlwe9d14C/4LPfs9+LvhKPFWsfErw74TuoYt2peHdbn+x69pdwP9ZavYsBO8itlQERg2OM1&#10;8WfsyS6l/wAFGv2dv2/rfR9E1DwtqPxI8Tj+xrHVLc2txIv9nRmDzUbBQzKikg9BJzVVIpr3lYzp&#10;ycZLld/+GPdPBn7QX7Sf7SfhxPHHgP4f/Dzwr4L1KL7Vodr4v1G5XVtYtjzHNIsK7LYSLgqG3EBg&#10;SBVf9hr/AIKIeLP2jP2ofix4D8XeDIvh/cfC3T7GTULee58547qQMZmEoOx7cqFkjcAZRwTVz4A/&#10;8FK/g9rvwd0iPxj428P/AA18SeGbGLTtb8LeI7pNL1HSLiFBHJH5EpVpFyp2tEGDDGK8T/ZG8ew/&#10;ttft6ftYXWl6dq/hvQ/FXgbStF0a9v7N7We+tWgngjv/ACmAdUkO5k3AExhDgZrGUU01b+ro6Yyt&#10;y2ldvp8j3r4YftjfHT9tnTLzxT8EfBngfT/hmtxNbaPr3jG4uln8UeS7RvPbwQDMcDOrBXc5bGcV&#10;3f7Lv7XOr/F3xr4q+H/j7wqPA3xS8DrDPqmlx3X2qzvbWbPk3tpNgF4XKsPmAZSMEV8EfsV/Cn9n&#10;f4b/AAT03wD8ZPGni74UfFH4dwHSPEOkar8Rb/RbW4aElVvLIGZIpLaZQJF8nIG4jHTP0Z/wTj8L&#10;fCTxR8dfHXjf4V+H/H17o9hZReH7bxzr+vXl/beIxv8AMlhtEuiXMUTov70fKSTj3mdopr+vvua0&#10;ZybV3vvr+ltD7KvJ8f4VzfjODz9CvF/vQt0+hrYmk3PVTU7fztOlU/xKRipjJs0nofDXhDUf7Iv7&#10;iQ/ejucfkTWtpWv/ANu+LftA3H7UjhR3OVA/mK5rxBI2k+LdZtx/yyvJjj0AzS/DzUTaG1uzhlty&#10;vX+HDLXViI6ORxUeiO++HUq3OqSMPmjmjye4DISpr6C/ZusRovjLS7hs+ZZXXkKR/wA85gYyPcZK&#10;/lXz3o9umj+IY/LZvJlnKj/dcZ/pXvHwl1CNL/Q9oIaa8tYcd2czCTP5Ka46Mv3qMsdH92fSGtt/&#10;p7dOg70VW1m53Xp+lFfTR2Pl5bnqVvwBUoOKr25+VasKeK5j0FsNU5FcR8cbbz9AtW/hjnww9QcV&#10;2+eK5r4oWn2rwrcfLu8sq+Poa5cXG9JmlF2qI+XvDepCbSbqzYnfpd5JsB/55uc8fQ5P41xHj3T/&#10;AD7ueTbu+UMvH3sHIFdUYf7F+It7DJ8q3EjjGO+4kfocVjapEt0t1ZvlZrVuh7qTwfp2r56Gk7o+&#10;mjsfN/jLTP7M1x1XJXJCk/Xj9DX1z/wTl8SDVPhvq2mswLafeb1GeQrrn+YNfNXxX0pYrxZ1Xy2b&#10;76n7rEcHPvx1r0D/AIJ8+Pl8K/GeXS5m8uHXrcwrnp5qfMv5jcK+kf7ygeT/AA659in4e6HFb6tb&#10;/wBiaSINedpNSj+xx7NRcrtLTDGJCVABLZyBirE9rb2OlraRwwx2scfkpAqARqgGAoXptxxjpitl&#10;4tw3dq8N/bk/ahb9k7wj4M1WPRBrp8UeLtN8LmM3X2f7MLyXy/Oztbds67eM+oryXFvRHpKolqz0&#10;7wV4UsPCWmQafplhZ6bY2wKw21rCsMMIJJIVVAA5JPA71p6H4T0/wtDcJpmn2WnLd3D3c62sCwia&#10;Zzl5WCgbnY8ljyT1rnfiVrOseF9EurzSLVbudIWaJGUlWYfT+VZ3wL8Val8XfDXnXl99n1GNys8I&#10;j2bPTA9K1oRbV0Z1ZR3k7I1da+DHg7WfFa69e+E/C15r0Zyuoz6VBJdqfXzWUvn8awviH8NrXVvC&#10;viaz09l8K33iSGRbjV9LVILxJimxbjdj5pE4wWz0x0ruZ/Aep29t5rTbm37NrL79c1meJPhNqWoR&#10;Kr3CmN2AJUHjNbypvsTTlQT1mj89tV0/9pPwHPa6Xrvwl/Z9+O2qaOPI03x3f63/AGReyxrwkl3b&#10;SWkrCUcFvJkwSDjGa9U/Yx+A2qfBvW/G/j74jeINN8QfFP4nXFtca5LpVu8Ol6Xb20QitbC0V/nM&#10;USZy7YZ2YkgV9P3PwDj0u6t1muGkRpB5ilNp2+1UPGPhbQ/Aela1dXEY226JIIz8zxg8DA68nNL2&#10;ba2sVKthU/dbkeTfEST4eePdatode0nw7rt1CwWBdR06K5ZD6KXU4/CvTNE0eK20G2itYYre2UbI&#10;ookCJGvYBRwPoK8L8P8Aw8k8cfEm6125Ty7GOYyW8IGAFySuffvX0VoKbfD0O7jbzXLiKSi0kzoh&#10;JxV2rGOtliQ59cVFfp5du/H3e1XfM/esffr61znxD8RxeHfDN9eSNtjtYWkOfYE0oeRjKR8I/E29&#10;EfxC8STL92W6mVT6fPg1B8PW36TcRseWgkK8dGAzWV4gu5NQ05bxut9NNI2e+WDVr/C9/NiCtgr5&#10;citk8jKEV3YjSBzUNZHc2F1JJd2c25fLkm2sM8khzjH4GvoP9nxF1XUPCke3P2dpLx2PU+WrKP1a&#10;vm/QLpW8OaVJ023RDEjqQv8A9avqb9lrQd1xNqTE4jhNtECeFBcM364rhor96hY5/uj2TUZ91xn2&#10;FFR6iM3H4UV9RG1j5VvU9ig+6v6VYzUNuOPSpq5D0Fqhm3iqHiO2+2aJdJ6xmtIdKhlj82J0/vAi&#10;s6ivGwRdnc+O/jvCfDHj2z1Af6uZ0diPQ/K2PyrL+IEX9kXkWooC0ajbOF/iQ85/U13n7QHho+IP&#10;BPmP8s+nTyRNlc8biP8ACuL0GRvFHw8s2cK0kaNZXC9w68An64/8er53ls0+zsz6KnUvFNHnHxn8&#10;Iq2mGbaGiOCHXurdD+deOaFq1z4Q8SWeoWrtHdWM6zxnphlOa+idEvYrvT102+UNCQ1uHbopHAB9&#10;iMfQ15L8WPhlJ4W1V5I45PJYn5gMqPrXr4Grb91I5MdTbXtIn3v8HviZa/Fb4f6frNqykXUQ8xQf&#10;9XIOGU/Q5r5A/wCC+c2v237MHw5bwqtm3iT/AIWh4eXTPtal7dbg3BEbSKCCyhiCQDyBVb9kf48X&#10;Hwg8WixumeTRNScCVP8Ang/QOP5GvUv+ClHwV8UftK/DH4YQ+CdLbXpdF+Iuha9erHcRReRZW8++&#10;abMjKCFXnauWPYGlUo+zqJ9BRrc9PzPFf2uv2CvFf7Pf7N3jH4yaH8dvjNf/ABm8CaTceJ31O/8A&#10;EUsmiapJboZpbRtJGLRLV1VkWNUBUEck5Ncb+3V/wUmh8P8AgL9nmHRvGF58HI/2gvDsHinxB4m0&#10;zTpr+90HTWtYp5IrSOOORhPK8gjWQqfL+9kHmvu79t/4d6x8XP2OPix4Y8PWLalr3iPwlqmm6baq&#10;6Rm5uJbWRI4wzkKu5mAyxAGeSBXzbpX7EnxR8Efsy/sv+MfA9vpOm/HH4F+CbDQr7QNYuhHZ61bt&#10;p8EN9pktxGWWNvMiBSUFkDoCTt5p0altZDldaRPjvx7+2Z8H/wBm7wvceMfgP+018c7v4h6JELpd&#10;K8Wz+INf0fxeU+Z7a6gu7cpG0oBVZIthRmB4HI9T/bq/aM+IX7ZX7T37EcXgTxP44+F1l8U9A167&#10;1qLS7+S1mNqbS2eddv3fORfMWORlLRl9y4PNfQfjz42/tbftF6U3hXwv8Dm+B95fAQ3/AIz8S+Lt&#10;P1W30lM/PJZ21q7vcSYzs8wIuSC2O0f7RH7Knj7xf/wUZ/Zd8ZWsE+veGvh3oviWz8R688kMTW89&#10;1ZQxQM8W4MxlkRuI1YL3wK2dZdQjQpS1t26Nddep89/8FDf2tYP2EdM+Fv7PPh/4g+NvAOj+Lzf6&#10;zrnjO/1C+8S+ItPsY3GY4Z3WWUSyyMUVsYjVOMZr5u+I37T3wj+Bvha58afBf9oL4w6x460mNZ5d&#10;D8Vya5reneL1Q5a3mW5gKxSON22RCu1j2Ffon+2h+x/4y8RfEfwT8WPhjNpt18Rvh6t1af2XqM5t&#10;bTxFptzt8+zeYA+W+5FeNyMBs54Oa43xP8X/ANqj426bH4V8KfCCX4FtdMiaj4u8QeJdP1X+z4ww&#10;3mztrZ3M0hAIUybVGQTWP1ldPzsdUqUIXVNemj8ut+57x8FPGNj8Ufgr4S8VabbXFra+K9ItNXjg&#10;nQpNCs8SyhHBwQy7sHPcV6ALk22lqv8Aeqnp9hKYYluJpLmWONVeZwA0rAcsQOMk88cc1Nc9gfur&#10;XDJ87uXKVlruV5JPKhZmr5d/bb+O0S2M3hXTZg9xKAb51OfKTsn1Pf0FdZ+1J+1TB4CSTQ9DkjuN&#10;YcYmlBylmD/NvbtXyBdzTanqjTTyPPcXUvmSOxyzknqT+NehhcN9uR59fEfZiafiu0ax8JaTt+7v&#10;kXP4LWh8O4zAUPGGDpjP3uGNHxNg8rwvpaqCCbhx+BRTU3gmMILPeBx53X16D+dTVd6f3nRTVp/c&#10;XrG9ceDYRwdrNKPYcD+lfbX7LH7zwdI2QVYoRg9cqM18NaYx+wx2rctHaMxPr8xNfbH7Hkhl8ARn&#10;b95EOSevUVz04/vF6mWO/hHqepjbdfhRRqR/0o/QUV9HHY+XluexW74qwrA1m2l4rKOatCfIri5k&#10;ejF6E/UUwHBzTFfiua+KHxm8P/CDRWvNcvo7fgmKAEGWY/7K/wBamTQ9zkfHXhuOW78RWU3zRzOZ&#10;1U8DayKSPzz+VeC+FraTwl4qv9FufmtdQXfBJ3Yjj88fyrfvP2lo/jTe3V/awNaw28nkKoPzFNpI&#10;3Huc5rAOrW+oa7Dp91ubzCZbWdfvRSZyOfTsa8mrSvJnq4aTSszJ8VeHmlllkRQkkp+ZemJBxx/v&#10;Vn3erf2h4f8A30Rk+z/JOON6Ds2D1HY113i+2dopJlVv3ZHnbew6hsen8q529sja3S3kK7kkz5qH&#10;v6j8aVPVI7PI87k0LT7rU1ktlt2YMOANjp/wE8H86+kvgv4zutE0yCPd5kIA3IeD9RXhfjT4ci+E&#10;d/po3Z52d/p9a9M+C9y02iQqcrNDwRnqK660rwUkznowtJxkj6R0fWodVgEkbduQetXzFvGR1rg/&#10;DExQjadrdDiuw0/UTja3PrjvXPGVwldMsSRfNVG8s2J+tayOsq8VDcqpU81pyqwKTObuLAjO4VkX&#10;elbZCR6+ldZMVMRJrG1G4VELenr3rOUInRGbMC/t1s4T+Zrxr9oD4xt4Z0yax02YR3UnyPP2gB44&#10;9+fwr0D4j+J5EgaK3LKSMFv8K+W/jvM23Zu+9IoOfqK0w9NSnYwrSajzHhevQyz6vOZWaWZpDvcn&#10;Jc55Oabpmn+frcC4+6c/lW/4h0qODxHcCNlkijb5WHQ1B4asGGu7towgPWvWnK0G/I82nH3vmXPi&#10;ba40Wxj7R3RH4bFpvhyEraW52jcis/T+83FaHxBt2ubWxX+JpZD/AOOJVG+VrTSZWjyrSbUT1CKM&#10;Z/E5ryd4pHq7SbGeFz/afiC4lxlfIkjQn0AOP6V9q/sgqqeB1C/dVEXHp1P9a+OvA+n87cDf5L5J&#10;6AAHIr7d/ZV0P+zPhRYzbcfah5nPcDgVNOPvqxy41/u7HcaocXZ4HSijVf8Aj8b6CivoI7Hzclqd&#10;vBqfkqOasSeI47K3aaaRYooxud2O1VHua8S+J37T+i/DSJoWmW81DHyWsRy5Pv6V4p4l8Q/EL9pS&#10;5W3ffpOjsdwhbMaFfVh95vxGK89u70PShTbWp6v8cP8AgoFBoC3Gm+D4f7QvVJRr1x+5jP8Asj+L&#10;+VfMfjLUfEXxI11r7Uri8v7q6AJdwWxx0HoPYcCvePh/+yzo/hSzjutS3atcdRkEIo/Gu01Lwjpt&#10;naxMtrbwLt4z/dHbP9KNFqaxcY7HgPw10W+8K6TdyTBlSNkcj6dc/ga2tTvf7Pks7pTkWsokDZ/h&#10;J/wIrvNW0BdQlfy0S2sSuXTHyv8Ah7/nXI+I9PV7qa3ICoRgAfwr2P4cGspa6nTTZ3Wma3Be2rOy&#10;jfGfKlPXcrdK5xl/szXprVseW3OCOAD0I/2f5dKzfBut+RJELnLQtGbS4X6cA/Ucc1u6ho0mtt9l&#10;aTZqVmpa1lzxdxemfWub2KjKx1e1ukQppsmkzNhd9vI3zR+h9R6V1HhO1iinWSJV2sfvL3+tc74c&#10;1f8AtLdZ3i+Tdx8A9N+P6j0rc8NSNp2rCNo9rN6fdYfSonCS0ZtCaep6hoqrlSp6966axPyiuW0M&#10;K23b8vrXT6edg/2aiPmZ1DSjgyM1HcpJ/eH496tWpDJ/hTpIM960cdDFSszFuLaQ55Xn1rntbiYR&#10;Nu5b9K6+5iwD0rnddtf3LfSs5RZopXPK/Flp55dj+Ar5p+PKb7tlH8LV9WeKrPyrSRsfNg9q+W/i&#10;/bG71oqehfJ+grswfxEYh+5Y8zvLPPl/7Q3E96m8Mab9ouJZF/uhD+Jq9rFqIrkqBwEwK0fA+jMY&#10;Pun945b67R/ia7MRK0LnNQjeaRU8YWXzWbNxtMj5x0GQP6Vhxx/bLOS6k34kkwgH8KLwB+n610nx&#10;GgebULS1iB3MoTj3qTVtCWwsoLWJCTGoyT+Q/wAfxrzo6RVzvk7y0KngbQpryQW+7E1zi3z0+Zz8&#10;35An8q/QHwXoMPh3wxp9jbrthtbdI1HsAK+S/hn8M2m0ez1GYMsbXkMEWP43LjcfyGPxr7IgjCAL&#10;2Xit6MdTzsVK7sZWrr/prUUzV2zfNRXrLY8s8k8EfsmaH4bvlmjkurq8Y/NcTne5/E9K9TsvD1t4&#10;Ztfs9uvzNhZH6tWnozx2kacFix5ZuBT3sZZrhpl2yqxP3WziuWT0NE23qQwwxmNRsVRjjI6VBeab&#10;BcYSZVJ7Ed6vojxPhvu+4xisfxbqH2W1byEZm6HA5+grnlLS5tCLvZHmnxa8UW2kSvDbtgRr8yoO&#10;AQeBn+dcJCkl2q3TCTLcnf3B/wA/pXbWHwpvvGnjFri+i2wRqreSh65yRnNTfEjS4fDkghEKp/eQ&#10;Nk7ehH4UR7HWmo6I4K0h8q/bccJKdr5/hbsfxrp7Kf7RFFBOzR+WcwTj70L/AOBqjfeH32rJH8zM&#10;vQ/8tFrU0mIXtkuVO4fKw78f1qrJofNqXp9Nj8RBRN/o+pxj5JQcRz46HPrVzSJXRhBep5c8Z4cd&#10;/cf4VnQ+bar5LDep5Qno3+BrT0q/S5jEcy/c+UbvvKfrWcqV0XCpZnd+Fr7yxsdt277rD+IV2Onv&#10;ldynivMdI82xkDx5kh6kY/ziu38N+Io3AVvlrllBp6nTe6ujrbKTctWSN9U9PmWZMryKvxHIqlqc&#10;7IZLQsv3f1rG1exBQ8Zro/L3Gs/VbbMDH2qZRCMtTy3x3a7bST/dNfL/AMS7DfrWMc7sGvrTxfaf&#10;aUkXrkYr5t+ImkY1/wC70dq2wujNKnwnlWuaR5j/ACrlgc/Wuo0TRo9G0zzJPlKqcA8ZwM/zI/Kr&#10;emeGW1PVoyqbtpzg9z2p2saTdeItbNla/wDHvbgKz/T7xPoCTW1aXN7pNL3dTl9B0dta8QzahLGy&#10;28IAXjPQVPc2SzX7STN8u7e2fyArq9fFt4ds47O3QFlGAM8ufU+1eY+MfHEaq1vbyrJJuAkdOzDs&#10;Pp/OuH3py93Y6NIx13PYPhD49M/jXSdDupI1023vUmDk4wy54P4gV9YRPuBIPWvz1vbNrrTpZlmk&#10;t5Lv54pQf9W/GefrX0P+yT+1lb+NoP8AhF/EFykXiCw/dI7/AC/alHQ/Wuqm7PQ86vB7ntOrH/Tm&#10;oqHVm3XrHNFetHY8rmLVu22X5jxgbc1ctljuX+7sZT1Xg/mKp25cxHcFZV/hx2rQtY9iZX7ueuOK&#10;4bts6OVEcxvIFYRyeZnosi7v/r1Vn1+xtb4RXkL2bN910+ePPuO1bUVqSMlmIzyM1as7CGRg6xoJ&#10;R0Yjmp5ehdzBbw/5XiSC65aK4i+YoxVSQcg4rgfjBoi3XjTTbOI7muC8jeoBPevXNaVre2WZfvQu&#10;Nwzxg8c15jrFs3iHx9JfRFvLtsohPQqvB/M5qeVXubQbZxsySaRdi3m+aOMdMdPcVeOjsYvtEOPm&#10;5BA6j3qTXoG1DU5YZXWOYsdjdAfY1JoJudGfyXX5ewPQfj6Vqo3V0XzW0YtnCt+Nki7WHJX0PqKs&#10;2+jbJgSo3dmH8YrZt9LtdTKvtEM3qPWtKDRWWPDqxXPJ6j68UmyokGgWvkP5ifNHn5gP4a6200WF&#10;2WTy1ZZMFiO3uDWfo+nfZX+6p3deOtdDpVp5A8nH7tuV9h3FYySZqpWL2n2H2YfKzY+talvDgVXs&#10;U326kjtWhAgwKlRSJcmwSHJqprEfl2zYHatRF4qnqkfmRHHpRKOhMXqefaza+Y7A8V4d8SPC0k2r&#10;/u0z8+SfSvoLxDarBGzMVVRzk9K8x8Sot5dSGGNu53kdvWs4y5DpjHm0OE0vwv8A2TpbJujhmkXD&#10;ynlkX/ZHqfWuf1nUIdEtJIdNh292kbqx/vMe+Owrr9Ttg6MF2hVGZJGb5V+p7n2rkPiJoX9ofDW6&#10;vNNkkPls0crKmMY6/TOamMXOVi5NQR4z8Q/HRj863tZTPNKSss+eSfb0FedSuqttX72QWH+0a39S&#10;tRE7bv4v0rDtbUPfSBvUHivTVOMI2Rwe0cpXZ7V8J9Di8Y+BLqMr5iwSGORR95M8hh+NcP8AFH4F&#10;6xpzf21osskOraWRITEdrSL1BqT4A/Fr/hXvxAsvtTqNL1aX7HdBz8q7jhWPtnvX1NqXhCE36zW8&#10;fmDBSVR/Eh6H+VedUjKnLmRs6y2Pn/wD/wAFF7jR/DUNprlssuoWxMcjSNhjjHWitb4ifsneF9d8&#10;UTXVy62s0gBZMhcde1FbKt2bOfkpPVxR9h2m2PcrfMoGQT6VqaTKZ7aa3+QNxKoA7dD/AErGBVYd&#10;75wo/OrWj3KyXMc8LfNG21ge6nqKpuzsc/S5vabGEhUO2WJ25q5LF5ShlO0j9aox5S7aPbwpyKvy&#10;Jvh55zVbofUz/GEpg0iWQBWbYVGRkZPSuc0XRxZ6UythmVdnI9P8muy1HTFvbRUbp6Y4qNNHjFqo&#10;kCqeST0GSapx1LjKyPH/ABnoP2e/WQf8tBk+/rS6NaSz+WrfN9fSuk8Y6c2o6msip+7xtQAcY9fx&#10;pum2Yt0Z2ABUbQcVotEV5layt1DfLwVrpNLhYRemecGqOkaW95coqjljnPoK3ra1a0fy2VlbPDDo&#10;aUo3KjIdbWIPVWU9ipyDWrZbmVV+83QUWMCOnT5vT1q/Z2gV/Q1hJGyaLFpH5QVccKO/erUZ9Rii&#10;KDKgEZpWjdPuqGA7HrSsSPEm3v8ATFVr8iSL5nWP3zTpLllP+olP0xVW6S5uFxHDHDn+ORtxH4D/&#10;ABpSCKOb8QJBGTtWS4mP3d5+WuR1bwjcahBIZGZtwJC4wpNelNokanfIxmkPJJFVrmwU5+X5ewrG&#10;VM6I1LHzFq9vdXHiT7JdblRgdiDhVP0/Ctn4daYsV1qGjXCq1vfxltp9ejD8v5V0nxk8JiHUVvIV&#10;KtGfM4HT1/oaz7Nla8sbxGCSBly2M8Hg5qpSurI2cbxPkn4seD28K+LNS0/ay/ZZmCZGMr2ri5YV&#10;gsXkZTluK+ov2rfBsNzqN1ceSY762kWTp/romX9eRXzBrshF0yFR5ZyFrvpy546nmyXK7nLa7pk1&#10;3oUl5ErMtmwSYD+EE/K358V9Wfsk/GG8+L3w8XTri6WPVNFxbSgjEk6Y+Rt34Yr5g0vxC3hm8maS&#10;FrjTbhTBfRD/AJaRN/IjqD6itv8AZ38cH4L/AB3s5PtAutE1Qi2lkB6xMflcj1U4/WirDmiS3fQ+&#10;xZ/h79qneSaIeYx538miu9tXW9to5FKyKygq2c7hRXF7FPUx9q0bUy+bZtt+bHYVc8M27L5e7O5h&#10;tbP6ZqkqfZ/nTjb61t6KvyK3q1VvK73Kv7tjZZOY3/ujH1FWYE81/wDdPAFRxndbPH/EuGH9ant1&#10;OxP9k8mtutiI7FgJzz+VLcaYs8f7wblbkjPQ1JCvz/WryJhapLqO5yeq+HZNRutylfLVcLxjf/np&#10;Udt4EwBHKJNuenpXaQWqr2xVqO25Bxmq13K5uhg6V4QhsSGVdu3jPU0690TayNt+VsjGOldHHHg4&#10;xxTL223Q/jmlYpS1MPT9NVJD8vf0rQlsN6Dj6VYtLTC/zqysHFS0acxSgh+XDdak8rirXk7aaUpc&#10;ocxVaHioXjq1IMCq8hxUuJSkVJlzVC7XFaMq5NUrsZX29azkaRZyPi7T1v7dlkXcOQfxrxm6E2i3&#10;11psjFWhJeJgPvofT6V7vrNr5sbfrXmHxS8KSajbrcQKzXVplkx/Evdawv72p105Eeq+D7P4r+Fo&#10;bxka4vIbURvIWw8bKx4HbkV8a/GLwI/hTWZ0a3uI13kgSKF/Kvs/9nfU1lvNS0+RgyXAE8ee5Awf&#10;6VZ8X/Cyx1DVWlns7edlbhnjDMBXXSk07nBW92TifA/wh0n+2PFN5Y3VjLcx31vs2AD1HPP8x0ru&#10;vhD+yJcan8Rfs+pafJ/Ydu7XEM7/AH4jn/V5B5Br6U1b9nTQb2bKWMNr84lVoVClW9scj8K6Tw34&#10;Yt/C2nLbQRGL3znNbTk+hy+0VhdM0iPRdPhtYPlht1CICxJAHuaKuM2GOc9aKx07sx1LsEzSAKw+&#10;93xW94ai326j+6+OtZcChuPTpW14bXBYdt1ZqNpHRL4TctYvLKk9WqSzGySRW+tA53e1SsMXA+la&#10;mcSe0Xq3+RV6P/V4x1qnaDbKauwdF/Gri+hXUngTKVZjXNRRdDViHn86oESRLmnvFujxSRDmpQM1&#10;RRFFDUnlcdKdb81I/BoGyuyVG45qw/BqB+fzqGOJBInFVpk4q3J92q0v9KllopTDiqdzHuNXpT/K&#10;qs/3fwrKRojH1KLcrcVy2u24ZWHeuuvT85rnNbGd1c84nRTZ5zFEvg/xbZXkOEVJsS47q3B/nXqW&#10;u2glKuoBUjqD1rzHx8MWzfQ16RokjXfhHT3kO5mtoySe/wAorai9DnxivZmTcRc9PpmqNwnBzjH1&#10;6VrX6BW4rLux8hPeuix5pTIUsd3Y4optz98fSipA/9lQSwMEFAAGAAgAAAAhAPlbu0nfAAAADQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01LxDAQhu+C/yGM4M1NurhftekiglAQD+6K52mTbYvJpCTZ&#10;bfXXm57c27zMw/tR7Cdr2EX70DuSkC0EME2NUz21Ej6Prw9bYCEiKTSOtIQfHWBf3t4UmCs30oe+&#10;HGLLkgmFHCV0MQ4556HptMWwcIOm9Ds5bzEm6VuuPI7J3Bq+FGLNLfaUEjoc9Eunm+/D2UrAvq7M&#10;8u1x8zWefiv/fjRVypfy/m56fgIW9RT/YZjrp+pQpk61O5MKzEjYiWyVUAnbbJdGzYRYiw2wer5W&#10;QgAvC369ovwDAAD//wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45&#10;TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe&#10;5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4&#10;CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAElsUtLG&#10;AgAAAwYAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAD/V&#10;iAEXOQAAFzkAABUAAAAAAAAAAAAAAAAALgUAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItABQA&#10;BgAIAAAAIQD5W7tJ3wAAAA0BAAAPAAAAAAAAAAAAAAAAAHg+AABkcnMvZG93bnJldi54bWxQSwEC&#10;LQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAACEPwAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLBQYAAAAABgAGAH0BAAB1QAAAAAA=&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E6084D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...347 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C627C87" wp14:editId="69503C74">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>333375</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1152525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3429000" cy="1033145"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3429000" cy="1033145"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E6084D" w:rsidRPr="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
-[...3 lines deleted...]
-                              <w:spacing w:after="180"/>
+                          <w:p w14:paraId="360190A9" w14:textId="42DFC973" w:rsidR="00E6084D" w:rsidRDefault="007E5436">
+                            <w:r w:rsidRPr="007E5436">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="46"/>
                                 <w:szCs w:val="46"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                            </w:pPr>
-[...12 lines deleted...]
-                              <w:t>Make your small bathroom look bigger</w:t>
+                              <w:t>Your small bathroom can look bigger</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00E6084D" w:rsidRDefault="00E6084D"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:90.75pt;width:270pt;height:81.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOS03ufQIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv0zAUfkfiP1h+p0lvg1VNp7KpCKna&#10;Jjq0Z9ex1wjbx9huk/LrOXaSriq8DPGSHJ/z+fO5z28archBOF+BKehwkFMiDIeyMi8F/f60+vCJ&#10;Eh+YKZkCIwp6FJ7eLN6/m9d2JkawA1UKR5DE+FltC7oLwc6yzPOd0MwPwAqDRglOs4BH95KVjtXI&#10;rlU2yvOrrAZXWgdceI/au9ZIF4lfSsHDg5ReBKIKir6F9HXpu43fbDFnsxfH7K7inRvsH7zQrDL4&#10;6InqjgVG9q76g0pX3IEHGQYcdAZSVlykGDCaYX4RzWbHrEixYHK8PaXJ/z9afn94dKQqCzqmxDCN&#10;JXoSTSCfoSHjmJ3a+hmCNhZhoUE1VrnXe1TGoBvpdPxjOATtmOfjKbeRjKNyPBld5zmaONqG+Xg8&#10;nEwjT/Z63TofvgjQJAoFdVi8lFN2WPvQQntIfM3AqlIqFVAZUhf0ajzN04WTBcmViViRWqGjiSG1&#10;ricpHJWIGGW+CYmpSBFERWpCcascOTBsH8a5MCEFn3gRHVESnXjLxQ7/6tVbLrdx9C+DCafLujLg&#10;UvQXbpc/epdli8ecn8UdxdBsm67UWyiPWGkH7aR4y1cVVmPNfHhkDkcDK4jjHh7wIxVg1qGTKNmB&#10;+/U3fcRjx6KVkhpHraD+5545QYn6arCXr4eTSZzNdJhMP47w4M4t23OL2etbwHIMcbFYnsSID6oX&#10;pQP9jFthGV9FEzMc3y5o6MXb0C4A3CpcLJcJhNNoWVibjeWROlYn9tpT88yc7RoyYC/fQz+UbHbR&#10;ly023jSw3AeQVWramOA2q13icZJT23dbJ66K83NCve7GxW8AAAD//wMAUEsDBBQABgAIAAAAIQDM&#10;yGC34QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWLqyolKaTlOlCQmN&#10;w8Yu3NLGaysapzTZVvbr8U5ws997ev6cLyfbixOOvnOkYD6LQCDVznTUKNh/rB9SED5oMrp3hAp+&#10;0MOyuL3JdWbcmbZ42oVGcAn5TCtoQxgyKX3dotV+5gYk9g5utDrwOjbSjPrM5baXcRQ9Sas74gut&#10;HrBssf7aHa2Ct3L9rrdVbNNLX75uDqvhe/+ZKHV/N61eQAScwl8YrviMDgUzVe5IxoteQRInnGQ9&#10;nfPAgeT5qlQKHheLGGSRy/8vFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjktN7n0C&#10;AABjBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzMhg&#10;t+EAAAAKAQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="7C627C87" id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:26.25pt;margin-top:90.75pt;width:270pt;height:81.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+3OntbQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm10/kjaW15GbKFWl&#10;KImaVDljFuxVWYbC2Lvur+/A7tpW2kuqXmBgvvmYJ/OrtjZsp3yowBZ8dJZzpqyEsrLrgn9/vv3w&#10;ibOAwpbCgFUF36vArxbv380bN1Nj2IAplWdEYsOscQXfILpZlgW5UbUIZ+CUJaUGXwuko19npRcN&#10;sdcmG+f5RdaAL50HqUKg25tOyReJX2sl8UHroJCZgpNvmFaf1lVcs8VczNZeuE0lezfEP3hRi8rS&#10;oweqG4GCbX31B1VdSQ8BNJ5JqDPQupIqxUDRjPJX0TxthFMpFkpOcIc0hf9HK+93T+7RM2w/Q0sF&#10;jAlpXJgFuozxtNrXcSdPGekphftD2lSLTNLlZDq+zHNSSdKN8slkND2PPNnR3PmAXxTULAoF91SX&#10;lC6xuwvYQQdIfM3CbWVMqo2xrCn4xeQ8TwYHDZEbG7EqVbmnObqeJNwbFTHGflOaVWWKIF6k/lLX&#10;xrOdoM4QUiqLKfjES+iI0uTEWwx7/NGrtxh3cQwvg8WDcV1Z8Cn6V26XPwaXdYennJ/EHUVsVy0F&#10;XvDxUNkVlHsquIduFoKTtxUV5U4EfBSemp8KSQOND7RoA5R86CXONuB//e0+4qknSctZQ8NU8PBz&#10;K7zizHy11K2Xo+k0Tl86TM8/jungTzWrU43d1tdAVRnR1+FkEiMezSBqD/ULzf0yvkoqYSW9XXAc&#10;xGvsRpz+DamWywSieXMC7+yTk5E6Fim23HP7Irzr+xKppe9hGDsxe9WeHTZaWlhuEXSVejfmuctq&#10;n3+a1dT9/b8SP4PTc0Idf7/FbwAAAP//AwBQSwMEFAAGAAgAAAAhAMzIYLfhAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYurKiUppOU6UJCY3Dxi7c0sZrKxqnNNlW9uvx&#10;TnCz33t6/pwvJ9uLE46+c6RgPotAINXOdNQo2H+sH1IQPmgyuneECn7Qw7K4vcl1ZtyZtnjahUZw&#10;CflMK2hDGDIpfd2i1X7mBiT2Dm60OvA6NtKM+szltpdxFD1JqzviC60esGyx/todrYK3cv2ut1Vs&#10;00tfvm4Oq+F7/5kodX83rV5ABJzCXxiu+IwOBTNV7kjGi15BEiecZD2d88CB5PmqVAoeF4sYZJHL&#10;/y8UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+3OntbQIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDMyGC34QAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00E6084D" w:rsidRPr="00E6084D" w:rsidRDefault="00E6084D" w:rsidP="00E6084D">
-[...3 lines deleted...]
-                        <w:spacing w:after="180"/>
+                    <w:p w14:paraId="360190A9" w14:textId="42DFC973" w:rsidR="00E6084D" w:rsidRDefault="007E5436">
+                      <w:r w:rsidRPr="007E5436">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="46"/>
                           <w:szCs w:val="46"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
-                      </w:pPr>
-[...12 lines deleted...]
-                        <w:t>Make your small bathroom look bigger</w:t>
+                        <w:t>Your small bathroom can look bigger</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00E6084D" w:rsidRDefault="00E6084D"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E6084D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="462C2042" wp14:editId="25DE4FF5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1152525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3995928" cy="1033272"/>
                 <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3995928" cy="1033272"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -982,91 +1037,91 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:90.75pt;width:314.65pt;height:81.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4AdyQpAIAAKcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0gaYLQVKapgTJMQ&#10;VMDEs+vYTSTH59lu0+6v39lOQgVoD9P64J593333I3d3ebVvFdkJ6xrQJZ2c5JQIzaFq9KakP59v&#10;v0wpcZ7piinQoqQH4ejV4vOny87MRQE1qEpYgiTazTtT0tp7M88yx2vRMncCRmhUSrAt83i1m6yy&#10;rEP2VmVFnn/NOrCVscCFc/h6k5R0EfmlFNw/SOmEJ6qkGJuPp43nOpzZ4pLNN5aZuuF9GOwfomhZ&#10;o9HpSHXDPCNb27yjahtuwYH0JxzaDKRsuIg5YDaT/E02TzUzIuaCxXFmLJP7f7T8freypKlKWlCi&#10;WYuf6BGLxvRGCVKE8nTGzRH1ZFa2vzkUQ657advwj1mQfSzpYSyp2HvC8fF0NjufFdgEHHWT/PS0&#10;uIis2au5sc5/F9CSIJTUovtYSra7cx5dInSABG8OVFPdNkrFi92sr5UlOxa+bz6dzr4lW2Vqll6n&#10;Of5CIsjjEjzJxzxKBzYNgTdBw0sWck/ZRskflAg4pR+FxKJhfkV0F9tVjIEwzoX2k6SqWSVSJOfH&#10;kYQGDxYxlkgYmCX6H7l7ggGZSAbuFGWPD6YidvtonP8tsGQ8WkTPoP1o3DYa7EcECrPqPSf8UKRU&#10;mlClNVQHbCkLadac4bcNftg75vyKWRwuHENcGP4BD6mgKyn0EiU12N8fvQc89jxqKelwWEvqfm2Z&#10;FZSoHxqnYTY5OwvTHS9n5xcFXuyxZn2s0dv2GrBfJriaDI9iwHs1iNJC+4J7ZRm8ooppjr5Lyr0d&#10;Ltc+LRHcTFwslxGGE22Yv9NPhgfyUNXQuM/7F2ZN390eB+MehsFm8zdNnrDBUsNy60E2cQJe69rX&#10;G7dBbJx+c4V1c3yPqNf9uvgDAAD//wMAUEsDBBQABgAIAAAAIQBQnHKu4QAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9PT8JAEMXvJn6HzZh4gy2Vv7VbQki8qAdESDgu3bFt6M7W7kKLn97hpLeZ&#10;eS9vfi9d9rYWF2x95UjBaBiBQMqdqahQsPt8GcxB+KDJ6NoRKriih2V2f5fqxLiOPvCyDYXgEPKJ&#10;VlCG0CRS+rxEq/3QNUisfbnW6sBrW0jT6o7DbS3jKJpKqyviD6VucF1iftqerYLo+/1n4Vb7/ebk&#10;u8P6unh7nZiZUo8P/eoZRMA+/Jnhhs/okDHT0Z3JeFErGIwm7OT7/DawYRrPuMtRwdN4HIPMUvm/&#10;QvYLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuAHckKQCAACnBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUJxyruEAAAAKAQAADwAAAAAAAAAA&#10;AAAAAAD+BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAwGAAAAAA==&#10;" fillcolor="#00889e" stroked="f" strokeweight="2pt">
+              <v:rect w14:anchorId="13274C02" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:90.75pt;width:314.65pt;height:81.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5mBf7jQIAAIEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bcdk2COkXQrsOA&#10;oi3aDj0rshQbkEVNUuJkXz9Ksp2sK3YY5oMsieQj+UTy8mrXKrIV1jWgSzo5ySkRmkPV6HVJv7/c&#10;fppS4jzTFVOgRUn3wtGrxccPl52ZiwJqUJWwBEG0m3empLX3Zp5ljteiZe4EjNAolGBb5vFo11ll&#10;WYforcqKPP+cdWArY4EL5/D2JgnpIuJLKbh/kNIJT1RJMTYfVxvXVVizxSWbry0zdcP7MNg/RNGy&#10;RqPTEeqGeUY2tvkDqm24BQfSn3BoM5Cy4SLmgNlM8jfZPNfMiJgLkuPMSJP7f7D8fvtsHi3S0Bk3&#10;d7gNWeykbcMf4yO7SNZ+JEvsPOF4eTqbnc8KfF6Oskl+elpcFIHO7GBurPNfBbQkbEpq8TUiSWx7&#10;53xSHVSCNweqqW4bpeLBrlfXypItCy+XT6ezL8lWmZql22mOX+/SJfXo/jccpQOahoCbXIab7JBt&#10;3Pm9EkFP6SchSVNhfkV0FwtRjIEwzoX2kySqWSVSJOfHkYTSDRYxlggYkCX6H7F7gEEzgQzYKcpe&#10;P5iKWMejcf63wJLxaBE9g/ajcdtosO8BKMyq95z0B5ISNYGlFVT7R0sspC5yht82+LB3zPlHZrFt&#10;sMFwFPgHXKSCrqTQ7yipwf587z7oYzWjlJIO27Ck7seGWUGJ+qaxzmeTs7PQt/Fwdn5R4MEeS1bH&#10;Er1prwHrZYJDx/C4DfpeDVtpoX3FibEMXlHENEffJeXeDodrn8YDzhwulsuohr1qmL/Tz4YH8MBq&#10;KNyX3Suzpq9uj41xD0PLsvmbIk+6wVLDcuNBNrEDDrz2fGOfx8LpZ1IYJMfnqHWYnItfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAUJxyruEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/CQBDF7yZ+&#10;h82YeIMtlb+1W0JIvKgHREg4Lt2xbejO1u5Ci5/e4aS3mXkvb34vXfa2FhdsfeVIwWgYgUDKnamo&#10;ULD7fBnMQfigyejaESq4oodldn+X6sS4jj7wsg2F4BDyiVZQhtAkUvq8RKv90DVIrH251urAa1tI&#10;0+qOw20t4yiaSqsr4g+lbnBdYn7anq2C6Pv9Z+FW+/3m5LvD+rp4e52YmVKPD/3qGUTAPvyZ4YbP&#10;6JAx09GdyXhRKxiMJuzk+/w2sGEaz7jLUcHTeByDzFL5v0L2CwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADmYF/uNAgAAgQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFCccq7hAAAACgEAAA8AAAAAAAAAAAAAAAAA5wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" fillcolor="#00889e" stroked="f" strokeweight="2pt">
                 <v:fill opacity="52428f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00E6084D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CAE2485" wp14:editId="1FBBFD33">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-9526</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7820025" cy="5276088"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7820025" cy="5276088"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1074,133 +1129,283 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:0;width:615.75pt;height:415.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQD3Lu/NKAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T21HTpNadaosaadKUVu1nfpMMI6RMDAgt0377zuAnVRttUnT8kC4HM7lOx+fL6/2rUBbZixXssTZ&#10;WYoRk1RVXK5L/O35ZjDByDoiKyKUZCU+MIuvpp8/Xe50wYaqUaJiBoETaYudLnHjnC6SxNKGtcSe&#10;Kc0kHNbKtMTB0qyTypAdeG9FMkzT82SnTKWNosxa2F3EQzwN/uuaUXdf15Y5JEoMubkwmjCu/JhM&#10;L0mxNkQ3nHZpkH/IoiVcQtCjqwVxBG0Mf+eq5dQoq2p3RlWbqLrmlIUaoJosfVPNU0M0C7UAOFYf&#10;YbL/zy292z4YxCvoHUaStNCiRwCNyLVgKPPw7LQtwOpJP5huZWHqa93XpvX/UAXaB0gPR0jZ3iEK&#10;m+MJdGk4wojC2Wg4Pk8nE+81OV3XxrqvTLXIT0psIHyAkmyX1kXT3sRHWwmub7gQqNIAL/TUKPfC&#10;XRPA8mX0Rh1c0Oy/kyo2YqHopmXSRWYZJogDWtuGawthCtauGABlbqsYBGqEDH04X23o9s/hZJam&#10;F8Mvg/konQ/ydHw9mF3k48E4vR7naT7J5tn8l08xy4uNZUtFiVho3lMvy99l+yFjukcQSRPIh7Yk&#10;UDwCBgkFjPsUAW6Pm8/VGuo7DHYwd4Y52vhpDZB2+2B8POguesC9lZB+lMqvYyS/k3iORFaEmTsI&#10;Fq0fWQ3kAh4MQ1vCs2ZzYWK2hFJAO4JpG1KxuD1K4deR5HgjlCMkODxl2/nuHHjJeO87ZhmrC1dZ&#10;UIVjYumfEuvA7G+EyEq64+WWS2U+ciCgqi5ytO9BitB4lFaqOsDTA/YGFltNbzg8gCWx7oEYECGg&#10;Ngiru4ehFmpXYtXNMGqU+fHRvrcHAsEpRjsQtRLb7xtiGEbiVoJqXGR57lUwLPLReOifz+uT1esT&#10;uWnnCkgFygDZham3d6Kf1ka1L6C/Mx8VjoikELvE1Jl+MXdRbEHBKZvNghkonyZuKZ807d+rf+DP&#10;+xdidKcCDph7p3oBJMUbMYi2kYuzjVM1D0pxwrXDG1QzEKdTeC/Lr9fB6vQdmv4GAAD//wMAUEsD&#10;BBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrC&#10;MBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14Z&#10;pwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q3&#10;1MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTwruVf&#10;j3UvAAAA//8DAFBLAwQUAAYACAAAACEA0bQMgN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VIXFBrN1FQm8apEKKc4JCCOG/jbRI1Xkex24a/xz3R245mNPum2Ey2F2cafedY&#10;w2KuQBDXznTcaPj+2s6WIHxANtg7Jg2/5GFT3t8VmBt34YrOu9CIWMI+Rw1tCEMupa9bsujnbiCO&#10;3sGNFkOUYyPNiJdYbnuZKPUsLXYcP7Q40GtL9XF3shr80WPmPt6SapV9bruq/0np6V3rx4fpZQ0i&#10;0BT+w3DFj+hQRqa9O7HxotcwW2QxqSEOurpJquK117BM1QpkWcjbAeUfAAAA//8DAFBLAwQKAAAA&#10;AAAAACEAFE2F7u7hFADu4RQAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4RQ+RXhpZgAATU0A&#10;KgAAAAgADAEAAAMAAAABBPsAAAEBAAMAAAABA2IAAAECAAMAAAADAAAAngEGAAMAAAABAAIAAAES&#10;AAMAAAABAAEAAAEVAAMAAAABAAMAAAEaAAUAAAABAAAApAEbAAUAAAABAAAArAEoAAMAAAABAAIA&#10;AAExAAIAAAAkAAAAtAEyAAIAAAAUAAAA2IdpAAQAAAABAAAA7AAAASQACAAIAAgAFuNgAAAnEAAW&#10;42AAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUuNSAoV2luZG93cykAMjAxNzowNjozMCAwOTow&#10;MTo0NgAABJAAAAcAAAAEMDIyMaABAAMAAAAB//8AAKACAAQAAAABAAAE+6ADAAQAAAABAAADYgAA&#10;AAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAFyARsABQAAAAEAAAF6ASgAAwAAAAEAAgAAAgEA&#10;BAAAAAEAAAGCAgIABAAAAAEAABK0AAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC&#10;/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwR&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwR&#10;EQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAbQCgAwEiAAIRAQMRAf/d&#10;AAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQAC&#10;AwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIz&#10;NHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV&#10;5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEi&#10;EwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N1&#10;4/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A6GuS&#10;XbTIBgNPHAT1tgMHDmASO0gbU9cOOo2kaT+P0kZlTnCt4Hg4/MJ9ItE5o7DQmCEMsOhOmnPz7q96&#10;IiRrJ/KoHHf8u33oGKuJ57rmltGn5rv+qCyLidpXQ9axXONRA0h+nzCwr69ohSRj6Q18h9ZRYvXs&#10;zGrGPsrtayQxz924N7M9p/NV6v6w5h/wNP8A0/8AySwf8L96u1cSU2l3Ee7sN69mn/BU/c7/AMmp&#10;/tzO/wBHV9zv/JqrXgZxAcMewggEGNCDwUVvT87/ALjWfcP70Lj3CfX2P2J/21nfuVf5rv8AyaY9&#10;Zzv3av8ANP8A5ND/AGfnf9x3/h/5JL9nZ5/7Tv8Aw/8AJJpMe4TU+x+xc9Yz/Cr/ADT/AOTUHdZ6&#10;gAY9MGDqGajzHuQrK31vdXY3a9hhzT2KG5v8fyIaKs93T+rtDMrPorvI2E77N3BDfed0/vrsut0Y&#10;GTiepedzcclzdhEk7T+ia73bd3tXD9Jq9fIqo3bQ86n4Av8A872rXy+rV351fT8OBjUV2NscNZcK&#10;3nY3+2P0ln+Eell3ruuwnS/F2srqFFr6a62hxsAe+wH6J9jtg09/84uJ0GfljwyLPyrawb2PexjX&#10;BxqbDw0ztJFftd/K2rFsH69ln/uw/wDKoeUkcnqIriB0/wAJl5kCIAGtEfk7uFriV+EEfc5yGwfr&#10;1w8h+RiL09s4VXwd/wBU5Mxv+ULR/JH5GKWQ1+q2O30f/9Dq8WuwOPDw6NPonQBv53scrtDK3GoV&#10;u9P1HQGuEAgtc/Rrob+b/g3Krh7dx2WFu2IbyONfZYtTHL6q66CxtrHewfmnRpd7mP31u+gnrVfZ&#10;PTMWiNziW2M1EmT7m/T/AOi9IYxc3cSCwgjczXvpLUdjWt5LqSHEtB1b/J/er+j+45S+kPUcBBBB&#10;cw68/wCxCymg4/VcD1QwgDTcJHB1j/vq5Lq2L6ROkAr0LKghs6mTrEHTxXK/WSppDiB2lTY9RTXy&#10;iiS8J/hj8SrjR+jPwP5FSaP05HmVotb+jPwKEQtJe06ZjOyaaQ3bpXWDukf4Pd+b/VV39nWD6Jr8&#10;tXGVX6Q5jMP3ua2a6wA4jWa9sQfpK23JxwSTc0H8VFCESNabMpG9LYHpt/jX/wBJBycW3GDS8tO7&#10;do2e0eKu/asKI+0sA8CSQqvUrqLKmCi5r3N3GAZiQPpJSjHhNAbdlCUrG7yXUnhuflE8erHzIaqA&#10;yG+u6rQkw5pH7pB0/BF6zYDfmNLf0vqSGT32tj3fnsWHVl+vnve0+nurGydTrut4+h7lDxUB4f8A&#10;crhCzLxL1X1feLM3HB4JcD8C14Qfq5YbM4k6gOuA0iAK3t/go/Vd/wCv47eSC6e3DXoX1Weft206&#10;7fUkfnS6uz27f5E7lNOjKJ7xtigKiR2l/wB62fqhu3dQJEA5Vhb5iQNEdlJflZbhwL3z96q/U17n&#10;2dTLjO3Le0d4AjRaFLiL80eN7/ypvKD10exZOaPpvxDrYDduHW3wB/6pyg0f5St/qj/qWIuF/Ra/&#10;7X/VFDaP8o2f1B+Rqdk+b/CVD5R/df/R62h4kNcwuDYnh3K0ML0gyv1N1T2xB9w90R/KZ9Hcsug+&#10;6Z1dE6eC0Ma90MeInR0QfAj97+UpFroMJcdLWna4xIEmP6mzxU4n3lukEHafP+z4IAyDZEtaYd3M&#10;8f2URpDtdkDUGDH/AJFNSxyyYYCTy7lcx9YHFzHeQhdNme3090jV3J+C57rlNln6Gtu+57SWVCC9&#10;wAkltf01Ni2a+bcvnrP6U7+sVrsZ+i+SyLa78XPfVk1upsDiC2wFp0O3utqgtdVyAI5To/tYz+x6&#10;7pgDKq7O7ahB55rCv0O2uHtjwk+X/UrPwcimvHZuD3B1bRLRpBZG4bv/ACKL9qxmjRtv+aNPgoom&#10;IBB7tk2adFuQQ4RrA76aFUusu30MLSW7dxEfD+0hHqNIP0biPCAPv9v/AFOxByc2u5mwMsaAIGk/&#10;ka1CRiQdUgGw8J1y57eoX7tz5sLXOYBtJ2tLhsndXt/r2LnqYdY4CDIEiDp7j7d0eXsXRdcDTn5g&#10;kOBt3HQiJa32O3Ae/wDOWG7FbRnakHdX6rQBABd25d9BRSxHStj/AOgpjP5x2eo+qEnPpjk7oH9l&#10;63+m9A6b0du6ptmRlbS0X2kNiQWO9Np9Ouv6X/DWLA+rWUcaoAuf6Rhz6mODQ50aep+81b7esBv8&#10;3itHm5//AJFqsnHI0QL03YYZIiwT1Q9D6Nd0xmS6yxt1mRa61rKmu2tn819tnp/9BirbslmZkscx&#10;u71C60AmA50O2sP5zdqs/tLNDtweHGdBY4vA54DfSQnC4C/PtaQy0h9lsRWI/R+37k3Hh4JA/LXi&#10;uyZRMUPV9HawDOJWf63/AFRUB/yi/wDqD8gTdNdOFWR4u/6opf8Aa939QfkUOQ+o/wB5mx/KP7of&#10;/9LoaXDcSONI5/BXKnCG7R7Z7CNFTpOsRqI7+KtVjaGifJSLW9UW9m99eyuUkETt01VCkjSNSTJ/&#10;1CuVnaJjiZQIVabLsOM05ZAc2muwuaT/AFLN3H5vprx9vTvrdj9edn9Ow8ktfaLq8q5hIFjhtdYH&#10;3lv6K1n6K5n+Er/4qleh/WnKcOneixwDbHbbY7tP5iyMWxtnTqgfefZ9Mkg6t+nr9FDrX1Tda/Rb&#10;r2N1TIvpy8zErxvTpHrC19Ja6yPcMerfZf7P33fzilgupdWAaquP9GEuuPY3FLAGzABcAASf3v7S&#10;p4VsQmzPDk06hMfVHydwO0AEAAQABwkSfJAqtkIu5K1LEny/1+ag4u8vuP8AenLkNzkFNbLqqexx&#10;fVU5x5cWAn5uK5mqtjvrBmMIY9raY2xLRH5u3+2uwxqKso2NtJAaBBaY1M8/cq46B0/GzLcoY1jr&#10;cgRY/wBYkOEz7W/m8JGMqvoUgjbqy6Y7CqorbZVU0kAzsER9H3ODDt/tLRpfgXF4rrqf6bg0loYQ&#10;ZDX+3/PVaihjA2NtArggAOcfb9H3Ofu3apnUn7XLgyypznO9pBaCQGDd/K9ilhL0jWvqslHU6W3z&#10;Tjf6Fn+Y3+5DvZQWNrc1npEtDqyPaRukyyNqYX1hx3uDQeJI8ULqPUsbp2I7LyS702lrAGCXOc+Q&#10;xjdWtSMrHmkCmw0Vsbtra1rBw1oAH3BA/wC17v6g/IsS/wCvfRKzjGvddXeN1xkNfTLtm22k7t9j&#10;f5za1/8ANraMfbjrI2cj4KGS8fsf/9PpKmgGSeY8uEelwgaanST/ALVVqiSR3jXt96kLNwDpgHWF&#10;LS1vi3b3HKTskNaTzzMlUDaRxoJ5WV13rTum4ptYA+0yWNd9H+s5Kq1Kt9A2Ov3utx9rZeQ72hoJ&#10;1mOGrFxeq41WPVTbdXW9+yGucAedOVyp+vn1he2yumwBrnOcDtabGsc7e2o5Ebntr/lKg/q3U7XP&#10;9Y1TYXFzn1sLvf8Azm17GN2b/wCQoyfVY7UvECRXi971TqDMiz7Njn1rHO2wz3a/u6fSerGL0zqe&#10;hNW34uH+1cr9T+j/AFitzhm4ANNDfbZfd+jY5vPp0M+m7/rf82u7sZ9YaWEvrFobz6Nhcf8Atv2P&#10;d/ZQMOMmRJ8KVYh6RXjbB1OVjMD7m7WnSQQdVJtsjlZn2t+UXOe4gAe3Tkjs785Fqe4RM/cozKjS&#10;RGw3y9Qc5QaSR3+5JwMd/uKdxWimnndSyOm1WZmPDn0t3Orfo17QRvrfH8n6DvzFYr6903rGM1+G&#10;5wedTRY0h7TG5zf9HZ/Wrcs3rjZ6blAz/Nu7eCz/AKoMMYp199pPyA2/wThLogjq65sq3fSHMBRs&#10;ysalxbbYK3iJa6QdePanNTTm7SA5vqH2kAjTceCqHWL2VPqsoxy71H+mbjo0x+a36TtqJGhUDq2s&#10;jJrfjvZVYDYdu2J7Oa7+C1zRjdS6a7CzWl9FgEwYcC33MfW/817HLMZitA0C0cT2sATKo2uvSmhn&#10;fUPo+TiY9OK5+K6guD7oFj7WuO53ruOz9I3/AAT/AMz/AEa3GgNyg0aBtYA+AG1GqM1fM/lQTP28&#10;f8WiRsQgF//U32ucSR9HbGvJ1SA0ArGgjWe3xVbKzaMOsW3Euc76FY5dH/ff5ay683rXUXGnArsL&#10;W6FuO0kif9Jd+b/nVqzGBOuw7lrZeZx4zw6zmf0IDik74qsM6CR3eQxo0/Oc72tWJlVY7sh1l9ld&#10;1gOj3OG0H/g2T/1aPV9SPrFkndcyuk/8NZuP/gQvVtn+LzqR+nlUN/qte7/0mlKOM6HJ9jGOY5n9&#10;Hlj/AIcuF4rqv1Vx8rJbkYOTRjF8/aGEjaT/AKWpjfz/AN9nsV7ov1S6VjWMsvuZk2t1Be5u0H+T&#10;VO3/AD11X/jdZn/c2r/tt3/k0N/+LzqY+hlUO+IeP4PTeDCf0/wT7/ODflx9Jh0ccMDGtrLSANA0&#10;g/kKshr2VuscCGjvBhc9Z9QOuM1acaz+q9wP/Tqagu+q31qoBDKHlvf07m/9T6jU6MIdMg+uiDzO&#10;b9Llp/4J4/8AuUWbtszMi1ogOfvDR3MCf8+z3JNoc0Hn2h3z2N2f9K2xDdgfWPHO52JkyIJd6Rs+&#10;idzPcG2fQd9FV3dQzKfZcA3TbtsZt03eoezPpP8ApqKXKSlIyEom+xXj4ljiKljyQ/vRdQ1bWvGu&#10;nqD/ADWs/uSsEOdEyC6PiNuQz/vzVQb1kmS+lri7fO10a2CHdnqY6rVO51bmkFjtCDq0bH/ufSYh&#10;91yDouHxDlj/AJSvMSCs7GbkY12PW7abWOYxxBiS3dSXf2D6SH0PBGNk4jGkAViXBgMGWuO73x9P&#10;/wA+In2vDc0NDyzQtktOgB30H27v5r/1UrGBdgeoMl+QytwBLajLSC7+dDpG30936RjWv/4xIYZg&#10;iwfsX/ecJGmSB/wgjeC7KIDiwuefcOe/ipXsYytlbRDZ4/vQLLh6m+twJDiQQQRynsyG3bC3Qz7g&#10;ex/8j+4iBva6wao35N1jRtHwR6hAQWcD4IvqVtHve1vxcB/FMkF11qXRxz+jHxKE4gZ4J0AqJJ8h&#10;qSqo6z07Hqh1vqOknZWC4/52lf8A01Q9fO69nDCwKjWLAGv1mGA+6zIePoVfyPz/AOb/AEifHDIg&#10;WOEdZS0YcnNYoaA+5M6RhD1SMv8AuX//1droH1cb1u9/VM/cMHcW49IJBsDTt9z/AKTaW/yP5yz/&#10;AME7eiijHqbTRW2qpmjWMAa0fBrUHpX2b9mYn2T+j+jX6M87No2bv5StKTIZHUgiP6PZhwRxx4gC&#10;JZN8pBuXH/WUkkko2ZSSSSSlJJJJKUmc1rhDgCDyDqnSSU0rui9Hvn1sHHeTyTW2f87buVG36mfV&#10;yyf1T0ye7H2N/wCiH7FtpJ8fc/R4vpbDP7v/AJT2/wDD4f8Aunl7f8X3R3Sa78is9hua4f8ATr3f&#10;9JVLP8XI/wAF1AjwD6gfxbYxdmkpBLOP3vsYJY+QO5xfSYj/ANGTwVn+LzqY/msqh39YPb+T1EF3&#10;1A66OLMZ3we/+NK9DSThk5j90/4rGeX+Hn9OA/6p/wChPnI+oXXp/wC04/647/0ki1/4vesE/pL8&#10;Zg8i9x/891r0FJL3eY/dP+KoctyH78f/AAwPIYn+LzFYQ7Ny33D9yporHwLnG1//AFC6bA6bg9Op&#10;9HCpbQzk7eSfGx7pfY7+u5WUlFM5T8/FXiKDZwR5aJrDwX/VPHJ//9n/7RwaUGhvdG9zaG9wIDMu&#10;MAA4QklNBAQAAAAAAA8cAVoAAxslRxwCAAACAAAAOEJJTQQlAAAAAAAQzc/6fajHvgkFcHaurwXD&#10;TjhCSU0EOgAAAAABBwAAABAAAAABAAAAAAALcHJpbnRPdXRwdXQAAAAFAAAAAFBzdFNib29sAQAA&#10;AABJbnRlZW51bQAAAABJbnRlAAAAAENscm0AAAAPcHJpbnRTaXh0ZWVuQml0Ym9vbAAAAAALcHJp&#10;bnRlck5hbWVURVhUAAAAEgBIAFAAIABMAGEAcwBlAHIASgBlAHQAIABQADIAMAAzADUAAAAAAA9w&#10;cmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBvAGYAIABTAGUAdAB1AHAAAAAAAApwcm9vZlNl&#10;dHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGluUHJvb2YAAAAJcHJvb2ZDTVlLADhCSU0EOwAA&#10;AAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRPcHRpb25zAAAAFwAAAABDcHRuYm9vbAAAAAAA&#10;Q2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5DYm9vbAAAAAAAQ250Q2Jvb2wAAAAAAExibHNi&#10;b29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wAAAAAAEludHJib29sAAAAAABCY2tnT2JqYwAA&#10;AAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv4AAAAAAAAAAAAEdybiBkb3ViQG/gAAAAAAAA&#10;AAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50RiNSbHQAAAAAAAAAAAAAAABCbGQgVW50RiNS&#10;bHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAYsAAAAAAAAAAAAp2ZWN0b3JEYXRhYm9vbAEAAAAA&#10;UGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExlZnRVbnRGI1JsdAAAAAAAAAAAAAAAAFRvcCBV&#10;bnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1ByY0BZAAAAAAAAAAAAEGNyb3BXaGVuUHJpbnRp&#10;bmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcAAAAAAAAADGNyb3BSZWN0TGVmdGxvbmcAAAAA&#10;AAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtjcm9wUmVjdFRvcGxvbmcAAAAAADhCSU0D7QAA&#10;AAAAEACWAAAAAQABAJYAAAABAAE4QklNBCYAAAAAAA4AAAAAAAAAAAAAP4AAADhCSU0D8gAAAAAA&#10;CgAA////////AAA4QklNBA0AAAAAAAQAAABaOEJJTQQZAAAAAAAEAAAAHjhCSU0D8wAAAAAACQAA&#10;AAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABIAC9mZgABAGxmZgAGAAAA&#10;AAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAABAC0AAAAGAAAAAAAB&#10;OEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////////////////////&#10;/////////wPoAAAAAP////////////////////////////8D6AAAAAD/////////////////////&#10;////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklNBB4AAAAAAAQAAAAAOEJJ&#10;TQQaAAAAAANdAAAABgAAAAAAAAAAAAADYgAABPsAAAAUAGIAYQB0AGgAcgBvAG8AbQAtAHMAdwBv&#10;AG8AcwBoAC0AdwBvAHIAZAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAE+wAAA2IA&#10;AAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAQAAAAAAAG51bGwAAAACAAAA&#10;BmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxvbmcAAAAAAAAAAExlZnRsb25n&#10;AAAAAAAAAABCdG9tbG9uZwAAA2IAAAAAUmdodGxvbmcAAAT7AAAABnNsaWNlc1ZsTHMAAAABT2Jq&#10;YwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcAAAAAAAAAB2dyb3VwSURsb25nAAAA&#10;AAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1hdXRvR2VuZXJhdGVkAAAAAFR5cGVl&#10;bnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAE&#10;AAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcAAANiAAAAAFJnaHRs&#10;b25nAAAE+wAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhUAAAAAQAAAAAAAE1zZ2VURVhUAAAA&#10;AQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJc0hUTUxib29sAQAAAAhjZWxsVGV4&#10;dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xpY2VIb3J6QWxpZ24AAAAHZGVmYXVs&#10;dAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGlnbgAAAAdkZWZhdWx0AAAAC2JnQ29s&#10;b3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABOb25lAAAACXRvcE91dHNldGxvbmcA&#10;AAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21PdXRzZXRsb25nAAAAAAAAAAtyaWdo&#10;dE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAAAAAAADhCSU0EFAAAAAAABAAAAAQ4&#10;QklNBAwAAAAAEtAAAAABAAAAoAAAAG0AAAHgAADMYAAAErQAGAAB/9j/7QAMQWRvYmVfQ00AAv/u&#10;AA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREM&#10;DAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAG0AoAMBIgACEQEDEQH/3QAE&#10;AAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgME&#10;BQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRy&#10;gtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1&#10;VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMF&#10;MoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePz&#10;RpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AOhrkl20&#10;yAYDTxwE9bYDBw5gEjtIG1PXDjqNpGk/j9JGZU5wreB4OPzCfSLROaOw0JghDLDoTppz8+6veiIk&#10;ayfyqBx3/Lt96Biriee65pbRp+a7/qgsi4naV0PWsVzjUQNIfp8wsK+vaIUkY+kNfIfWUWL17Mxq&#10;xj7K7WskMc/duDezPafzVer+sOYf8DT/ANP/AMksH/C/ertXElNpdxHu7DevZp/wVP3O/wDJqf7c&#10;zv8AR1fc7/yaq14GcQHDHsIIBBjQg8FFb0/O/wC41n3D+9C49wn19j9if9tZ37lX+a7/AMmmPWc7&#10;92r/ADT/AOTQ/wBn53/cd/4f+SS/Z2ef+07/AMP/ACSaTHuE1PsfsXPWM/wq/wA0/wDk1B3WeoAG&#10;PTBg6hmo8x7kKyt9b3V2N2vYYc09ihub/H8iGirPd0/q7QzKz6K7yNhO+zdwQ33ndP767LrdGBk4&#10;nqXnc3HJc3YRJO0/omu923d7Vw/SavXyKqN20POp+AL/APO9q18vq1d+dX0/DgY1FdjbHDWXCt52&#10;N/tj9JZ/hHpZd67rsJ0vxdrK6hRa+mutocbAHvsB+ifY7YNPf/OLidBn5Y8Miz8q2sG9j3sY1wca&#10;mw8NM7SRX7XfytqxbB+vZZ/7sP8AyqHlJHJ6iK4gdP8ACZeZAiABrRH5O7ha4lfhBH3OchsH69cP&#10;IfkYi9PbOFV8Hf8AVOTMb/lC0fyR+RilkNfqtjt9H//Q6vFrsDjw8OjT6J0Ab+d7HK7QytxqFbvT&#10;9R0BrhAILXP0a6G/m/4Nyq4e3cdlhbtiG8jjX2WLUxy+quugsbax3sH5p0aXe5j99bvoJ61X2T0z&#10;Fojc4ltjNRJk+5v0/wDovSGMXN3EgsII3M176S1HY1reS6khxLQdW/yf3q/o/uOUvpD1HAQQQXMO&#10;vP8AsQspoOP1XA9UMIA03CRwdY/76uS6ti+kTpAK9CyoIbOpk6xB08Vyv1kqaQ4gdpU2PUU18ook&#10;vCf4Y/Eq40foz8D+RUmj9OR5laLW/oz8ChELSXtOmYzsmmkN26V1g7pH+D3fm/1Vd/Z1g+ia/LVx&#10;lV+kOYzD97mtmusAOI1mvbEH6SttyccEk3NB/FRQhEjWmzKRvS2B6bf41/8ASQcnFtxg0vLTu3aN&#10;ntHirv2rCiPtLAPAkkKr1K6iypgoua9zdxgGYkD6SUox4TQG3ZQlKxu8l1J4bn5RPHqx8yGqgMhv&#10;ruq0JMOaR+6QdPwRes2A35jS39L6khk99rY9357Fh1Zfr573tPp7qxsnU67rePoe5Q8VAeH/AHK4&#10;Qsy8S9V9X3izNxweCXA/AteEH6uWGzOJOoDrgNIgCt7f4KP1Xf8Ar+O3kguntw16F9Vnn7dtOu31&#10;JH50urs9u3+RO5TToyie8bYoCokdpf8Aetn6obt3UCRAOVYW+YkDRHZSX5WW4cC98/eqv1Ne59nU&#10;y4zty3tHeAI0WhS4i/NHje/8qbyg9dHsWTmj6b8Q62A3bh1t8Af+qcoNH+Urf6o/6liLhf0Wv+1/&#10;1RQ2j/KNn9QfkanZPm/wlQ+Uf3X/0etoeJDXMLg2J4dytDC9IMr9TdU9sQfcPdEfymfR3LLoPumd&#10;XROngtDGvdDHiJ0dEHwI/e/lKRa6DCXHS1p2uMSBJj+ps8VOJ95bpBB2nz/s+CAMg2RLWmHdzPH9&#10;lEaQ7XZA1Bgx/wCRTUscsmGAk8u5XMfWBxcx3kIXTZnt9PdI1dyfgue65TZZ+hrbvue0llQgvcAJ&#10;JbX9NTYtmvm3L56z+lO/rFa7Gfovksi2u/Fz31ZNbqbA4gtsBadDt7raoLXVcgCOU6P7WM/seu6Y&#10;Ayquzu2oQeeawr9Dtrh7Y8JPl/1Kz8HIprx2bg9wdW0S0aQWRuG7/wAii/asZo0bb/mjT4KKJiAQ&#10;e7ZNmnRbkEOEawO+mhVLrLt9DC0lu3cRHw/tIR6jSD9G4jwgD7/b/wBTsQcnNruZsDLGgCBpP5Gt&#10;QkYkHVIBsPCdcue3qF+7c+bC1zmAbSdrS4bJ3V7f69i56mHWOAgyBIg6e4+3dHl7F0XXA05+YJDg&#10;bdx0IiWt9jtwHv8AzlhuxW0Z2pB3V+q0AQAXduXfQUUsR0rY/wDoKYz+cdnqPqhJz6Y5O6B/Zet/&#10;pvQOm9HbuqbZkZW0tF9pDYkFjvTafTrr+l/w1iwPq1lHGqALn+kYc+pjg0OdGnqfvNW+3rAb/N4r&#10;R5uf/wCRarJxyNEC9N2GGSIsE9UPQ+jXdMZkussbdZkWutayprtrZ/NfbZ6f/QYq27JZmZLHMbu9&#10;QutAJgOdDtrD+c3arP7SzQ7cHhxnQWOLwOeA30kJwuAvz7WkMtIfZbEViP0ft+5Nx4eCQPy14rsm&#10;UTFD1fR2sAziVn+t/wBUVAf8ov8A6g/IE3TXThVkeLv+qKX/AGvd/UH5FDkPqP8AeZsfyj+6H//S&#10;6Glw3EjjSOfwVypwhu0e2ewjRU6TrEaiO/irVY2honyUi1vVFvZvfXsrlJBE7dNVQpI0jUkyf9Qr&#10;lZ2iY4mUCFWmy7DjNOWQHNprsLmk/wBSzdx+b6a8fb0763Y/XnZ/TsPJLX2i6vKuYSBY4bXWB95b&#10;+itZ+iuZ/hK/+KpXof1pynDp3oscA2x222O7T+YsjFsbZ06oH3n2fTJIOrfp6/RQ619U3Wv0W69j&#10;dUyL6cvMxK8b06R6wtfSWusj3DHq32X+z99384pYLqXVgGqrj/RhLrj2NxSwBswAXAAEn97+0qeF&#10;bEJszw5NOoTH1R8ncDtABAAEAAcJEnyQKrZCLuStSxJ8v9fmoOLvL7j/AHpy5Dc5BTWy6qnscX1V&#10;OceXFgJ+biuZqrY76wZjCGPa2mNsS0R+bt/trsMairKNjbSQGgQWmNTPP3KuOgdPxsy3KGNY63IE&#10;WP8AWJDhM+1v5vCRjKr6FII26sumOwqqK22VVNJAM7BEfR9zgw7f7S0aX4FxeK66n+m4NJaGEGQ1&#10;/t/z1WooYwNjbQK4IADnH2/R9zn7t2qZ1J+1y4Msqc5zvaQWgkBg3fyvYpYS9I1r6rJR1Olt8043&#10;+hZ/mN/uQ72UFja3NZ6RLQ6sj2kbpMsjamF9Ycd7g0HiSPFC6j1LG6diOy8ku9NpawBglznPkMY3&#10;VrUjKx5pApsNFbG7a2tawcNaAB9wQP8Ate7+oPyLEv8Ar30Ss4xr3XV3jdcZDX0y7ZttpO7fY3+c&#10;2tf/ADa2jH246yNnI+ChkvH7H//T6SpoBknmPLhHpcIGmp0k/wC1Vaokkd417fepCzcA6YB1hS0t&#10;b4t29xyk7JDWk88zJVA2kcaCeVldd607puKbWAPtMljXfR/rOSqtSrfQNjr97rcfa2XkO9oaCdZj&#10;hqxcXquNVj1U23V1vfshrnAHnTlcqfr59YXtsrpsAa5znA7WmxrHO3tqORG57a/5SoP6t1O1z/WN&#10;U2Fxc59bC73/AM5texjdm/8AkKMn1WO1LxAkV4ve9U6gzIs+zY59axztsM92v7un0nqxi9M6noTV&#10;t+Lh/tXK/U/o/wBYrc4ZuADTQ322X3fo2Obz6dDPpu/63/Nru7GfWGlhL6xaG8+jYXH/ALb9j3f2&#10;UDDjJkSfClWIekV42wdTlYzA+5u1p0kEHVSbbI5WZ9rflFznuIAHt05I7O/ORanuETP3KMyo0kRs&#10;N8vUHOUGkkd/uScDHf7incVopp53UsjptVmZjw59Ldzq36Ne0Eb63x/J+g78xWK+vdN6xjNfhucH&#10;nU0WNIe0xuc3/R2f1q3LN642em5QM/zbu3gs/wCqDDGKdffaT8gNv8E4S6II6uubKt30hzAUbMrG&#10;pcW22Ct4iWukHXj2pzU05u0gOb6h9pAI03Hgqh1i9lT6rKMcu9R/pm46NMfmt+k7aiRoVA6trIya&#10;3472VWA2Hbtiezmu/gtc0Y3Uumuws1pfRYBMGHAt9zH1v/NexyzGYrQNAtHE9rAEyqNrr0poZ31D&#10;6Pk4mPTiufiuoLg+6BY+1rjud67js/SN/wAE/wDM/wBGtxoDcoNGgbWAPgBtRqjNXzP5UEz9vH/F&#10;okbEIBf/1N9rnEkfR2xrydUgNAKxoI1nt8VWys2jDrFtxLnO+hWOXR/33+WsuvN611FxpwK7C1uh&#10;bjtJIn/SXfm/51asxgTrsO5a2XmceM8Os5n9CA4pO+KrDOgkd3kMaNPznO9rViZVWO7IdZfZXdYD&#10;o9zhtB/4Nk/9Wj1fUj6xZJ3XMrpP/DWbj/4EL1bZ/i86kfp5VDf6rXu/9JpSjjOhyfYxjmOZ/R5Y&#10;/wCHLheK6r9VcfKyW5GDk0YxfP2hhI2k/wClqY38/wDfZ7Fe6L9UulY1jLL7mZNrdQXubtB/k1Tt&#10;/wA9dV/43WZ/3Nq/7bd/5NDf/i86mPoZVDviHj+D03gwn9P8E+/zg35cfSYdHHDAxray0gDQNIP5&#10;CrIa9lbrHAho7wYXPWfUDrjNWnGs/qvcD/06moLvqt9aqAQyh5b39O5v/U+o1OjCHTIProg8zm/S&#10;5af+CeP/ALlFm7bMzItaIDn7w0dzAn/Ps9yTaHNB59od89jdn/StsQ3YH1jxzudiZMiCXekbPonc&#10;z3Btn0HfRVd3UMyn2XAN027bGbdN3qHsz6T/AKailykpSMhKJvsV4+JY4ipY8kP70XUNW1rxrp6g&#10;/wA1rP7krBDnRMguj4jbkM/781UG9ZJkvpa4u3ztdGtgh3Z6mOq1TudW5pBY7Qg6tGx/7n0mIfdc&#10;g6Lh8Q5Y/wCUrzEgrOxm5GNdj1u2m1jmMcQYkt3Ul39g+kh9DwRjZOIxpAFYlwYDBlrju98fT/8A&#10;PiJ9rw3NDQ8s0LZLToAd9B9u7+a/9VKxgXYHqDJfkMrcAS2oy0gu/nQ6Rt9Pd+kY1r/+MSGGYIsH&#10;7F/3nCRpkgf8II3guyiA4sLnn3Dnv4qV7GMrZW0Q2eP70Cy4epvrcCQ4kEEEcp7Mht2wt0M+4Hsf&#10;/I/uIgb2usGqN+TdY0bR8EeoQEFnA+CL6lbR73tb8XAfxTJBddal0cc/ox8ShOIGeCdAKiSfIakq&#10;qOs9Ox6odb6jpJ2VguP+dpX/ANNUPXzuvZwwsCo1iwBr9ZhgPusyHj6FX8j8/wDm/wBInxwyIFjh&#10;HWUtGHJzWKGgPuTOkYQ9UjL/ALl//9Xa6B9XG9bvf1TP3DB3FuPSCQbA07fc/wCk2lv8j+cs/wDB&#10;O3ooox6m00VtqqZo1jAGtHwa1B6V9m/ZmJ9k/o/o1+jPOzaNm7+UrSkyGR1IIj+j2YcEcceIAiWT&#10;fKQblx/1lJJJKNmUkkkkpSSSSSlJnNa4Q4Ag8g6p0klNK7ovR759bBx3k8k1tn/O27lRt+pn1csn&#10;9U9Mnux9jf8Aoh+xbaSfH3P0eL6Wwz+7/wCU9v8Aw+H/ALp5e3/F90d0mu/IrPYbmuH/AE693/SV&#10;Sz/FyP8ABdQI8A+oH8W2MXZpKQSzj977GCWPkDucX0mI/wDRk8FZ/i86mP5rKod/WD2/k9RBd9QO&#10;ujizGd8Hv/jSvQ0k4ZOY/dP+Kxnl/h5/TgP+qf8AoT5yPqF16f8AtOP+uO/9JItf+L3rBP6S/GYP&#10;Ivcf/Pda9BSS93mP3T/iqHLch+/H/wAMDyGJ/i8xWEOzct9w/cqaKx8C5xtf/wBQumwOm4PTqfRw&#10;qW0M5O3knxse6X2O/ruVlJRTOU/PxV4ig2cEeWiaw8F/1Txyf//ZOEJJTQQhAAAAAABhAAAAAQEA&#10;AAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwAAAAGQBBAGQAbwBiAGUAIABQAGgAbwB0&#10;AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADUALgA1AAAAAQA4QklNBAYAAAAAAAcACAAAAAEBAP/h&#10;DkJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0i&#10;VzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6&#10;bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMTMyIDc5LjE1OTI4NCwgMjAxNi8w&#10;NC8xOS0xMzoxMzo0MCAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJodHRwOi8vd3d3Lncz&#10;Lm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJv&#10;dXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvIiB4bWxuczpkYz0i&#10;aHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnhtcE1NPSJodHRwOi8vbnMu&#10;YWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2JlLmNvbS94&#10;YXAvMS4wL3NUeXBlL1Jlc291cmNlRXZlbnQjIiB4bWxuczpwaG90b3Nob3A9Imh0dHA6Ly9ucy5h&#10;ZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtcDpDcmVhdG9yVG9vbD0iQWRvYmUgUGhvdG9zaG9w&#10;IENDIDIwMTUuNSAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIyMDE3LTA2LTMwVDA5OjAwOjUy&#10;LTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE3LTA2LTMwVDA5OjAxOjQ2LTA3OjAwIiB4bXA6&#10;TW9kaWZ5RGF0ZT0iMjAxNy0wNi0zMFQwOTowMTo0Ni0wNzowMCIgZGM6Zm9ybWF0PSJpbWFnZS9q&#10;cGVnIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjk1NTcyY2MzLTVkNzItNWQ0ZC1hZDc4LWEw&#10;MjBmZjI4YjFiMiIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDpjYmIwZjZhYy1jNzUwLWYwNDUt&#10;YjZkNC0wNDUwOGYxMTJhYmUiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0ieG1wLmRpZDpjYmIw&#10;ZjZhYy1jNzUwLWYwNDUtYjZkNC0wNDUwOGYxMTJhYmUiIHBob3Rvc2hvcDpMZWdhY3lJUFRDRGln&#10;ZXN0PSIwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMSIgcGhvdG9zaG9wOkNvbG9yTW9k&#10;ZT0iNCIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIiPiA8&#10;eG1wTU06SGlzdG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJjcmVhdGVkIiBz&#10;dEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOmNiYjBmNmFjLWM3NTAtZjA0NS1iNmQ0LTA0NTA4ZjEx&#10;MmFiZSIgc3RFdnQ6d2hlbj0iMjAxNy0wNi0zMFQwOTowMDo1Mi0wNzowMCIgc3RFdnQ6c29mdHdh&#10;cmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUuNSAoV2luZG93cykiLz4gPHJkZjpsaSBz&#10;dEV2dDphY3Rpb249InNhdmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjk1NTcyY2MzLTVk&#10;NzItNWQ0ZC1hZDc4LWEwMjBmZjI4YjFiMiIgc3RFdnQ6d2hlbj0iMjAxNy0wNi0zMFQwOTowMTo0&#10;Ni0wNzowMCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUuNSAo&#10;V2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPC9yZGY6U2VxPiA8L3htcE1NOkhpc3Rvcnk+&#10;IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgIDw/eHBhY2tldCBlbmQ9Inci&#10;Pz7/4v/iSUNDX1BST0ZJTEUAAQkACIBwQURCRQIQAABwcnRyQ01ZS0xhYiAH0AAHABoABQApADVh&#10;Y3NwQVBQTAAAAABBREJFAAAAAAAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUFEQkUAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAApkZXNjAAAA/AAAAHRjcHJ0AAAB&#10;cAAAACt3dHB0AAABnAAAABRBMkIwAAABsAAAogZBMkIyAAABsAAAogZBMkIxAACjuAAAogZCMkEw&#10;AAFFwAACOLRCMkExAAN+dAACOLRCMkEyAAW3KAACOLRnYW10AAfv3AAAkJFkZXNjAAAAAAAAABpV&#10;LlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHRleHQAAAAAQ29w&#10;eXJpZ2h0IDIwMDAgQWRvYmUgU3lzdGVtcywgSW5jLgAAWFlaIAAAAAAAALVaAAC8ZwAAkjBtZnQy&#10;AAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAABAAACAAACJAQdBdoH&#10;aQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kghyGyItoj/yUjJkQnZiiG&#10;KacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07iTylPcI+3j/4QRFCKUNCRFxFdUaPR6lI&#10;w0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6W1FcZl14Xopfm2CtYb5iz2PgZPFmAmcS&#10;aCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4vXnDesh7zXzOfc1+zH/LgMmBx4LFg8KE&#10;v4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY/5nymuSb1pzInbuerZ+f&#10;oI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2va7BZsUeyNrMktBK1ALXtttq3yLi1uaO6&#10;kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfslsylnLRMwuzRjOAc7rz9XQvtGn0pDTedRh&#10;1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvjnuR75VfmM+cO5+jowema6nHrSOwd7PDt&#10;w+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+tP9a//8AAAHoA6cFLAaE&#10;B78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvhHOEd3x7bH9Yg0SHLIsQj&#10;viS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjODNIE1fzZ/N384gDmCOn87fjx8PXw+fD99&#10;QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTVVddW2VfbWN5Z4FrjW+dc&#10;6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx3nLac9Z0zXXDdrl3r3il&#10;eZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obth9uIyom4iqaLlYyDjXGOYI9OkD2RLJIbkwqT&#10;+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLmo9ikyqW9prGnpqibqZGqh6t/rHetb65n&#10;r2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7xITFisaQx5bIncmlyq3L&#10;tsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr3Xneht+U4JzhouKo463ksuW25rrnvejA&#10;6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v/xf//wAAAgUD2AVoBsYI&#10;BgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAdPx46HzQgLCEjIhkjDyQE&#10;JPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000QTU2Nis3ITgWOQs6ADr2O+084z3bPtM/&#10;y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hUiFWIVolXiliLWY1aj1uR&#10;XJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6psq22rbqtvq3CpcahypXOjdKB1nXaZd5V4&#10;kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M4o3Yjs2Pw5C5ka+SpZOc&#10;lJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhuqXiqgquOrJytq667r8yw&#10;37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznIXsmCyqbLysztzhDPMtBU&#10;0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ58zoxOm66qzrm+yH7W/u&#10;WO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm/RH9s/5N/uH/cf//AAAB2QONBQkGVAd/&#10;CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtmHFUdQR4sHxcgACDqIdMi&#10;vSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5MmczVTRENTI2IjcROAE48TniOtM7xDy1&#10;PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCtUaFSlVOIVHpVbVZfV1FY&#10;Q1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr5WzSbb5uqm+WcIJxbHJW&#10;c0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuBwoKog42EcoVXhjuHIIgFiOqJz4qzi5iM&#10;fY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrqm9Scv52qnpafg6BxoV+iT6M/pDClIqYV&#10;pwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2yLfNuNO527rju+28+L4EvxHAIMEwwkDD&#10;UsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD1ifXTNhz2ZvaxNvv3RreRt9z4KHhz+MC&#10;5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67////AIAAgADltH/Nf1TM&#10;P3+lfsOyjH+UfmmYf3+efkx943/BfmNiQX/+fpJEYYB/fwUfZIH+gBz8uH50i3nkD35XibLK235P&#10;iBSxPn5chrSXL36ChZt8k36+hLpg6X8Pg/RDAH+Wg3gdooDkg9/6o30llwjiSH0clDHJWH0lkXqv&#10;zn1Ljx6V1n2GjQ17Tn3XizxftH43iYlBy37AiC0cBH/PiBH4v3wXorDggnwXnsnHsnwrmxSuRXxb&#10;l6OUc3yrlKZ6Dn0MkeZelX13j09Atn3/jS0ajH7Ei8n3CXtHrnXe2ntEqXrGG3tdpMSs0nuWoGaT&#10;EHvqnFp42nxbmLtdiHzPlU0/uX1SkosZPH3GjvD1hXqqul3dWXqftEjEp3qzrourfHrwqT2R4ntM&#10;pE53snvAn7pci3w9m48+03y8mHYYF3zbkEn0OHovxnLcDXobvzvDYnonuHOqTXpksjaQ33rJrHF2&#10;0ntEpxBbrnvAojA+DHw7nw8XHHwHj6DzHXnR0sja8Xm0ymHCSXm4wo2pP3nwu2GP53pZtM52Bnrd&#10;rsZbBnteqYc9Y3vQpNMWSXtSjxHyKnmM34TZ/Xlm1dPBVXlgzO6oVnmUxOKPE3n+vZJ1S3qGtwda&#10;aXsMsdw82nt6qSUVnnrIjp3t7YkTfivWfogAfbG+zYcFfVemtYYwfTOOGoWEfUh00IT8fYxaa4Sb&#10;feg9joSffosYi4Z6gAHryYeuiQjVAIajh329jYW5hiGlfoT4hQOM0IRkhCpzfYP0g4hZD4Oogwc8&#10;OYO4guAW+YV3hAPp+4Zwk/jTU4V3kXW8EIScjxmkFIP1jROLiYN1i1ZyVYMXidVX/4LYiHw7LILr&#10;h5QViIR7h6joUoVznvjRsoSDm4G6f4OymDuioYMOlTqKOIKgkqFxKYJQkENW94Ibjhw6NIIujJYU&#10;OIOJisnmyISqqhjQMoO7pa25BoLxoYKhP4JVnaSI7oHjmhJwC4GjludWAoF1k/85U4GGkgwTFYKa&#10;jOflY4QMtWLO1oMdsAO3tYJSquqgBYG5pi6H1YFOocZu/YEJnbxVH4DjmjM4iYDzmDgSH4G8jEHk&#10;L4OLwNrNrIKcuoK2koHOtHqe9IE2rt+G6IDTqbBuMYCTpO1UXIBloNg33YB0nlgRVIEDi7fjKYMk&#10;zJXMr4I2xTu1mIFlvkOeA4DKt8uGCYBpsd1td4AzrI1TxoAIqFY3TYAKo1wQroBsi0fiToLQ2LvL&#10;2oHm0E60xIETyGGdNYB0wRSFToASunps1X/ftM1TPH+6sEg20X+8pRAQKn/0iu7dPJJhfJjHa5B6&#10;fEOxVo6yfBCax40afBGDl4u3fElrnoqCfLFSdYmIfTI2joknfgERMovWf97bRpEthsvGBY9ChYSw&#10;Ko2DhG+Zsov8g5CCg4qtgvJqjImNgohRXoijgkA1eohJgmAQBIqYg4bZs5AAkSTEnY4iju2u/Yxj&#10;jN+YgIrxiyaBVYmzibJpaoimiHxQSofLh3Y0dod5hwUO+olWhrvYR48Im5LDLo0ymHutgYuGlZeX&#10;HooTkv2AF4jokL5oU4fmjrxPW4cTjP8znYbCjB0OFIgoiYTW6Y5KphXB0Yx4oiasJIrUnnOV0olo&#10;mwp+5ogyl+pnS4c+lS1OfYZvkswy2YYckcENTocliP/Vp42xsMfAm4virACq9oo+p3eUtIjWo0F9&#10;4oekn1xmWIanm9pNtYXdmPkyLIWKl/IMqIZLiI/UkI0zu6W/kotntgWp8onCsKaTvohbq6R9Cocw&#10;pwhlnoY2oudNDIVfn68xnYULnT8MHoWXiDHTo4zLxse+s4sDwEmpFoleuhSS54f0tEl8QobMrwRk&#10;9oXcqndMh4UFp2UxJISioToLroUEh+bS4Ixy0le9+4qwyvGoXYkNw+GSMYejvVN7nYZ6t3xkaYWL&#10;ssdMDYS9rmcwt4RcoPALVYSOh6nM+5vye1u4k5lHeyGj9pa4ewmO3pRgeyZ5FZJFe3hiaZBle/lK&#10;co7afJMvY441fX4KfpAff8DLOprihP23Zpgjg+ejAZWZgvyN+pNNgkt4K5FDgdhhfI91gZpJfo33&#10;gYEueY1XgeMJz46bgwjJ05nfjq22HJcljMKh5ZSYiviM4ZJbiYl3IZBeiFRgg46eh15ImI0qhqAt&#10;p4yMhp0JNY1HhejIqJjnmI6045Y9lc6gp5O9kzSLu5FykO12A4+Gjv9ff43SjVJHsYxmi/ss3ovM&#10;i80Ir4wfhd/HfJgsooazxpWEnvqfe5MLm6yKhJDSmKp07I7ZlfRej40xk6BG7ovFkcQsO4snkb4I&#10;PIshhZHGX5ebrKWyspT1qFmebJJ+pEqJhJBKoI10AY5TnSNduIydmidGQYs0l/crroqUlzsH24pM&#10;hVDFZpcmtuyxyZSAsd6diZIIrQ6Iqo/VqJpzQI3lpI9dE4wwoRNFsYq0ntMrOooSm8gHi4mbhRrE&#10;kpbDwXixB5Qeu6WcyZGnthaH7o9ysO5yj42FrFVcfYvaqJlFPopcpkEq2YmonPkHSokLhO7D4pZu&#10;zHmwZ5PKxdicKJFWv4WHTo8jubNx/o02tKpcA4uNsRNE1YoarEIqfIlpnLoHFoiZhMu9P6XQenqq&#10;HKJoek2W0Z8cekWDFJwIenJunZk4etRZLJaye2RCU5SifAon85PzfP0EqpN/f6a7s6Tig5SpKqFa&#10;gpyWFZ4KgdCCYJr9gT5t25g6gOtYY5XCgM5BgpO8gNsnNJMLgXUEaJIDgpq6iKPrjMKoF6BoiwGV&#10;JJ0ViW6Ba5oXiCls8ZddhydXipTvhmZAvJLuhegmjpI4hlsEL5C0gtS5fKMblfWm/Z+jk3qT/5xZ&#10;kTmAX5lOjzNr9ZadjZFWrZQ0jDFAApI0izkl+ZF3i9kD/Y+SgrK4lqJVn2imCp7pnDOS/puqmT9/&#10;VpimlotrBJXYlC5V2ZN8kj8/UpF+kOwlbpC/kVYD046Zgpa3o6HIqQKlNZ5VpRWSLpsRoWt+gpgR&#10;nhlqOZVWmyJVIpLrmKw+w5Dslz8lAZAnlgsDr43Ign22y6FXsr2kbZ3hrh6RbJqdqcZ9ypegpdFp&#10;lpTrolJUlpKAn4M+T5BsnlQkrI+gmMwDkY0agmm2D6D+vLajxp2Ct2GQypo9slx9LJc/rcxpAZSO&#10;qeBUF5Itpw0975ASpMMkZY8wmJsDeYyNglm1caCvxyyjPJ0twReQQZnqu198pZbwtj9oiJRAshJT&#10;s5Hgr0c9m4/SqagkH470mGwDZYwdgkyuHq/+eeScKaveebaKEKfeebJ3iqQXeeZkR6CYelBP+Z1z&#10;euY6H5r2e40gKZqYfHEAAJXTf8qszq8ogoObaKrkgZmJfqbagOB2+6MTgGNjqJ+bgCZPU5x/gCM5&#10;dJoFgEwfoZmWgRcAAJSOgACr3649iy6aiqn+iY2IvaXtiBp2MaIwhvti5J68hiBOn5umhY441Zks&#10;hUsfLpirhkYAAJNwgACrEq1qk+eZqqk3kZqHzKUwj4R1UKFojb1iEp38jFFN6Jroizg4QZhqiqIe&#10;ypfXi7MAAJJ4gACqQazKnLSY2qiYmcKG86SUlxd0daDPlMBhTZ1LkrBNQpo9kSg3v5e4kGsedZcU&#10;kGEAC5GSgAepkKwspcyYL6f8ojGGSKP5nuJzyqA1m+9gqpyymVxMr5mPl2s3TZcKluUeKJZflFgA&#10;G5DEgBKo4qu5rwOXoqd9qriFwqNypsNzQJ+so0NgKZw2oE9MQZkcnjs29paAnX0d85XIlEAAKJAZ&#10;gBuoQqthuHSXGacbs3uFQ6MNrudyyJ9IquRfu5vWp6lL4ZjFpeM2sJYjousdzJVPlCYAM4+PgCKn&#10;uasVwl6WpqbEvKuE1qK2t3FyYp72svpfY5uGr7pLnJh1rR82e5XdpNYdp5UJlA0API8ggCifsLqE&#10;eXSO1bWreTp90bD8eTJsZKyLeWdaOKhkedRG76Suemox66HmewcX8KJye74AAJEogACeprm2gaSO&#10;QrTCgL19YrAFgA1r86uMf55ZuKdkf3JGbKOuf4MxbKDef8EXsKE7gLoAAJBugACd97jLidWNmrPe&#10;iEl8z68ahu5rVaqjhe1ZHqZ6hTRF4aLGhMww+p/shMQXgaAchgQAAI/LgACdaLfzkhCM+LMPj+d8&#10;Gq5SjftqqqnOjGNYfaWriy1FWaH2ilcwlZ8TiiwXXJ8cirAAAI8+gACc1bdGmmmMYrJhl6Z7e62m&#10;lTRqBqkkkxhX7aTwkV1E4aE/kDUwPp5SkCoXPp42jrgAAI7EgACcO7a/ou6L2bHRn5J6+q0PnI9p&#10;i6iPmfhXeaRal9ZEfaCSlnAv+J2elqQXJ51nj6gAAI5egACbyLY2q6CLcLFEp6V6mKyCpBNpL6gE&#10;oQVXJaPUnpdEOaAInUkvxJzwnCcXFZyoj5sAAI4KgACbSrXXtIyLIrDUr9t6V6wDq6to6ad5qDFW&#10;36NLpbBD/J+VpJ4vnJyGoDEXFZwXj5sAAI3FgACa2bWGveuKy7B0uIN6Dquhs7ZorKcbr+NWsqLv&#10;raBD3584qqcvkZwvoCkXH5u2j6IAAI2OgACR88VjeRiCH7/SeMtyFrp8eLlho7VpeOpQcbCneVM+&#10;C6xzeeQppqmWemoPZqtZewsAAI1DgACRN8SLgOaBtr7zf/hxwrmQf0phSrRtfuJQDa+efsQ9ratf&#10;fuUpXahmfzIPhanDgEQAAIz+gACQzcOSiKiBR74IhydxXriehdxg27N1hPNPoa6fhFk9UqpahBkp&#10;I6dKhE4Pr6hPhO4AAIzBgACQgcKpkGuA6L0jjl9w6be8jJVga7KGiyZPOq2yiiU9AKlqiZMo9qZI&#10;ieMP2qcEiQIAAIyMgACQLMHomE+AlLxblbVwkrbwk3RgC7G7kZVO6KzWkCY8w6iSj2ko16VjkBsQ&#10;BKXhitQAAIxegACPx8FQoGKAQru1nTdwTbZAmnNfz7EJmCxOrqwmlnE8lafQlbIowqSWlbwQK6Tj&#10;iu4AAIw4gACPZsDVqJR//LsqpNBwFrWqoYdforBvnt9OiauTnQc8fac6nKwouKPgmm4QTqQGiwYA&#10;AIwZgACPJsBRsPV/zLqhrJNv9rUfqMtfja/jpdhOd6sJpBo8b6a8ov8os6NTm4UQbKNEixsAAIv/&#10;gACO1L/wucl/rrottJtv7bSbsC1fh69RrPpOe6pwq1w8gKYgp/Uo3KLIm6AQsKK4i0gAAIvrgACE&#10;tNCfePN118pZeINmrsRveFtXEb7WeH1Gs7mTeNo1B7UIeVgg9rJ3ea4H67LZe0UAAIn5gACEYs+f&#10;gG51m8l+f2dmcMOMfq1Wzr3WfkRGcbh0fik02bPMflAg9rD+fp8IZ7Dqf+cAAIoWgACESs6Fh8V1&#10;b8h8hkFmQ8KFhPpWmby9hCFGP7dLg540vrKRg4EhC6+Vg/gI5q8og/4AAIovgACERs18jxZ1X8ds&#10;jRlmIMFyi2dWdrubihpGJLYoiUg0tbFmiP4hLK5JieQJXa2bhlUAAIpFgACEOcyYloV1WMZ4lAdm&#10;HcBwkfBWarqXkElGIbUVjyQ0xLBVjt8hWq0gj3sJzKxChqAAAIpYgACEHcvUniF1UMWkmxpmKL+O&#10;mJBWg7mvlplGOLQvlUs0469dlUohkqwYlEAKNKsbhuYAAIpogACD/ssspc91SsTvojlmN77MnztW&#10;objpnP1GXLNum7k1Dq6am60hzasyltsKkaofhyUAAIp1gACD3MqaraZ1RcRUqXZmSr4opgFWwrg9&#10;o45GhLLCoqE1Pa34oOkiCqqClwQK56lPh18AAIqAgACDvsoStcV1RcPFsOpmZL2TrPJW8rejqmZG&#10;wrIlqN81iK1WpDIiZanbl0ELR6iwh6AAAIqIgADyhntGeYra93uceaXC/Xv2edGqfXxYehyRcHzD&#10;eop3u307exZc9n3De6o/1n54fFwbFn/RfQ/wXHmQhO/ZOnoHg+jBcXqAgwSpFXr+gk6QHXuFgch2&#10;eXwXgWRbunyygQo+l31ngNQZdX5fgNvuangmkHTXaHisjlG/13k3jFGnknnMip+OvHppiSV1N3sR&#10;h9VakXu6hpU9dnxrhYkX9nzvhRjsmHb4nAbVn3eFmNO+IHgaldGmAXi8kw2NUnlvkKZz9XonjmtZ&#10;dXrbjE08bHuFioIWmnuIiN/q8HYFp6PUAHaTo2y8inctn2+khXfXm7mL73iRmEZyvnlalSxYZ3oX&#10;kjk7dXq3j9UVZHpXjBTpgnVLs1LSmXXVriK7KXZsqSijNXcZpH6KvXfaoCJxmHinnBNXbHlrmGY6&#10;lnoCla4UVnlnjcDoUHS5vx3RbXU9uPS5/nXOsv+iE3Z6rWSJuXdDqCxws3gWo05WkXjYnus51nlm&#10;nCoTcnimjSbnV3RMywvQeXTKw+q5BnVSvQChGXX5tnaIzHbEsGhv6HeequFV53hkphw5M3jjodES&#10;uXgIjKjmkXQD1ynPuHR5zwy4OnT2xzGgRXWUv8iH/3ZcuPdvL3c4suhVRngAri04pnh3pk0SJXeL&#10;jETh44Qud+XMM4OjeDu18oMueJie/oLReQyHWoKLeZ1u8IJdektVYIJPewI5JoKZe9MT34SdfI7g&#10;H4Kggr3K94Ipgfe03YHFgU2d34F5gMyGI4FDgHRts4EpgEBUHoEwgB437oGDgCwSeIMggKbehIFK&#10;javJToDhi96zUYCHii+cZ4BRiMOE1IAyh4xshoAuhoFTDIBAhY4254CNhOIRPIGyhHPc54AqmJfH&#10;pH/FldWxqn92kzqa6n9GkNSDfH88jsJrWH9IjN5SCH9kiyQ1+n+sieEQK4B1h8HbYH89o5LGJH7Y&#10;n+qwMn6QnGuZgX5pmSSCL35hlhdqOn5+k2hRFX6jkPM1IX7ij0oPQH9lilDaDX6Frq3E2n4gqiSu&#10;7X3Vpb2YS32xoY+BFX2wnalpMn3LmhtQOH35lws0Xn4ylV8Oe36AicrY833zuerDyH2OtIGt2n0+&#10;rzGXPH0YqiCAI30epW9oYX0/oSdPfH1nnYwzuH2Zm2YN2H3DiVzYEH2FxVnC630fvw6s8nzIuNeW&#10;UHyZsuN/RHygrW1nnXzLqJVO2nz3pNkzLH0boFgNU30oiQLXZH010RfCPHzQyeesMHxuwsaVgnw0&#10;u/d+hHw4tc1m93xlsJdOVHyXrJYyuny3okwM6HytiLrRwY1RdpK9tYvrdwapA4qpd36TfomOeAl9&#10;MYiXeLJmBYfFeXpNnocoekkyOIclezEM1okkfHnQPIvxgMe8fIqZgD6n2oljf86SaIhVf358H4du&#10;f1dk+4auf1FMlIYef1wxNYYaf5gL7IeLgFrO4oqpixu7IYlfiZymrIgriDeRL4cwhw168oZYhhNj&#10;4oWphUZLj4UmhJYwRIUhhEQLHoYkg8LNfomPlXW5sYhJkxelJoclkNqPzYYujs95sYVsjQtix4TM&#10;i3ZKnIRRihUvboRGiVkKa4TshrfMJoiwn9q4V4dsnKujzoZOmZ6OgYVdlsJ4hISYlB5hwoQIkdFJ&#10;wIOTj9Aur4N+jvEJ0oPhhqTK9ogAqmi3L4a9pmqiqoWeooiNaISwntp3goPvm29g04NYmF5I+4Lq&#10;leMuB4LQlQ0JUYMAhkzJ+YdytRm2N4YxsE6hsYUPq5eMdYQgpxp2p4NmovdgF4LSn0dIVYJYnHUt&#10;e4I4mkkI5oJGhgTJLIcDv/+1bYXFumeg34SftN6LoYOpr5J13oLvqsJfZ4JmpqRHx4Hto/ktBIG6&#10;nnAIj4GuhcnIkYauyz20zYV0xNigL4RJvnqK6oNLuGh1NYKOswBe1YIGrrVHSoGTqtYsl4FeniYI&#10;SoE1hZvCB5a9dYSvWZSKdgucDZKDdpeH8JCudzZy+I8Hd/NdBo2UeMtFuYxyeaYrA4xOeowGqYz/&#10;fJzAvJV9fyyuU5NQfsubFJFTfn6HAY+IflNyCY3tfk9cHIyIfm1EzotvfpkqJ4tDfvoGLItsgBe/&#10;jpRXiNitGJI0h52Z+5A2hnWF5I54hYlw/4zqhMZbKIuShC9D8YqBg7opY4pNg7kFvooKgya+b5NB&#10;kqer5JEokJmYuY83jqGEyI1wjONv64v0i2ZaMIqoihxDGYmeiREoqolliOcFX4jXg6G9R5JnnIWq&#10;z5BOmbKXmY5hlwODlYyqlIVu2YsokkFZQInrkFJCU4jkjscoCIigjsoFDYfQg2q8PJG/poapxY+p&#10;oviWkI28n4eCl4wHnEpt8IqHmVFYbYlAlrtBp4g8lN8nfIfwlDsEyIbzgzy7W5E5sKeo6Y8lrF+V&#10;tI01qCyBwIt+pDRtLIoEoJhXxoi9nYNBGYepm5UnC4dVmL4Ej4Y8gxW6pJDPuwGoNo69tgCU+YzK&#10;sQ+BBIsOrF5seYmUqDBXKIhXpNdAnYdAotwmqobWmiQEYIWmgva6GpB8xbqnp45twAOUW4x4ulKA&#10;YIq2tPJr4ok3sE5Wp4f7rRJALYbsqMQmSIaBmeIEO4Uvgt2yw6B6dMOhSJ2IdU6PPJrHdeJ8aJg9&#10;doxosZXpd1NT6JPaeDI9oZJFeQwjZ5JJedQBSpBZfLqxsJ9gfeagfZxrfZiOfJmsfWN7qpckfVFn&#10;7JTYfWZTJJLSfZ0825FAfeEiuZEzflQBLI7Mf92wu55Ghw6feZtchfSNj5ibhPl6tpYghDNnBZPd&#10;g5xSUJHhgzE8HZBTgu4iHpA1gzsBEY1vgLmvvJ1TkDGeaJptjmCMbpe0jLZ5t5UwizNmE5L6ifpR&#10;fpEFiPM7bo94iDkhlY9KiLMA+oxAgKmu1ZxwmYqddpmTlwSLcpbilKd4s5RlknNlMZIbkIJQtpAz&#10;ju46yo6njdwhF45tji8A5os9gJyt85vMowicrJjun9GKqZY4nL534JO8meVkY5F9l1dP/4+KlT06&#10;OI3+lBIgqY23kuAA1opjgJGtMptNrKCb7JhvqMGJ6JW3pP53JZM6oX5jupD/nmZPbo8Km/E5wo1q&#10;mwIgVY0WldwAyImugIeskJrrtmqbUJgNseOJSJVRrXV2hZLOqVZjIJCTpctO5o6no0o5WY0AoVsg&#10;DIyQlasAvYkbgICsFJqcwJ2a05e+u2+IvpUAtlZ195J4saJin5A5rc1Oeo5Mq104/IyupmUfvow+&#10;lXYAtIilgHqkCaqRdDmTn6bsdLyCsaN8dU9xBaBFdfxec51KdsVKvJqod6I1V5i+eGsbQJlreOwA&#10;AI2efxGjMKmWfOOTC6XnfJuCJKJwfHNwdp80fHBd2pw5fJdKIpmbfN40v5etfS0a0Jg1fZgAAIxs&#10;gACic6iKhYiSP6TkhIWBbKFmg6Rvsp4xgv5dH5s8gohJeZijgkQ0LJaygisabZcZgsYAAItggACh&#10;sKeVji+RY6P2jIOAfaCAiv5u251EibJcVZpZiKtIy5fFh+EzoZXRh3gaE5YaiDgAAIp3gACg46bU&#10;luaQl6M1lJp/qZ/Ckn9uApyIkJ9bnJmJjvZILJb9jb8zJpUCjS8ZyJUtjO0AAImvgACgOqYin96P&#10;7aKJnPN+/J8WmjVtVpval7Za+JjalYZHoJY5k+Uyu5Q7k4kZhJRWkOoAAIkHgACfnaWhqPKPZ6IF&#10;pWd+d56KogZsyJtGnvNabphOnFtHKpWympMyYpOdmhAZUJOikR0AAIh8gACfFqVDsjSO5qGkrhB9&#10;9J4jqhVsSJrapnpZ9Zfgo5RGvpVMog4yEZMun3QZJpMQkQEAAIgLgACeqqT5u96OfaFUtyF9hJ3Q&#10;sotr15qDrnpZkJeGq4NGbJTvqUIxzpLYoawY95K1kOEAAIewgACV8bUIc8SGfbC4dDd2kKyidMJl&#10;76jFdWxUZ6UrdjFBoqIIdwMs8J/4d6wSbqIcd6wAAIl+gACVVbQifAGGH6/Fe7R2NKuee5Bljqey&#10;e5ZT+6QRe8hBOKDpfBosj57JfGkSVKCdfK8AAIjEgACU1bMZhCyFjK7DgzR1sKqTgmVk/KapgdhT&#10;b6MHgX9AvZ/ggVssL520gWcSP58/ggkAAIghgACUTrIfjFOE7K3PisJ0+6mkiWBkWaWxiD9S1qIY&#10;h2hAPZ7yhtgr0py6hsESK54GhsoAAIeTgACTu7FTlJKEVK0EknB0WajckIhjsqTpjt9SSqFAjYQ/&#10;yJ4fjKErgZvbjKgSG5zuiuIAAIcZgACTKrC3nPmDy6xmmktz1Kg4l9VjL6RBla1RzqCUk+U/Zp1Z&#10;ksMrQJsLkxMSEJvyjDYAAIazgACSvrAlpYWDYKvVoktzaKeln0pixqOtnKdRbqABmo4/G5y/mXor&#10;EJpGmJQSCZsMjDIAAIZegACSU6/FrkWDG6tsqnhzJqcspuNieKMfo8lRHZ9toY0+zpw9oLoq2pnK&#10;nPkSB5pdjDEAAIYZgACR+696t2yCyqsXsxFy1abQrvFiKqK/q3xQ3J8JqXM+npvUps0qvJlknOUS&#10;BpnmjDAAAIXigACIdr/lc1F54br1c61q2bZDdCtbJ7HKdMxKiq2edYc4k6oUdkYkUqgrdrcKWKoH&#10;dxcAAIYMgACIHr8Fey55uboIetRqrrU8eqxa9LCrerZKT6xueu44X6jVe0MkNKbHe4EKn6gufGIA&#10;AIW2gACH3r3ygul5Yrj9gfRqXrQmgS5alq+PgLVJ9qtMgHQ4GqesgGwkE6WBgJQK36aDgSYAAIVr&#10;gACHl7zniph5Abf1iRtp57Mih9RaLK6BhtdJlKpBhi03z6adhdUj8qRbhhgLF6UHhVEAAIUpgACH&#10;PrwKkmB4pbcWkGJphLJBjqZZwK2ejTNJP6lOjBw3j6Wsi5Yj16NWjD4LSqO5h6IAAITxgACG37ti&#10;mlN4ULZnl9ZpNbGIlZxZdazfk71I+aiMklU3XaTTkcYjw6JrkegLdKKUh78AAITCgACGh7reol94&#10;CbXan2Ro9bDvnK5ZOaw+mmtIwqfsmNs3OaQsmKojuqGYlqMLnKGUh9kAAISagACGTbpiqpV31bVa&#10;px5oxrBro/ZZD6uzoWVImqden+U3FKOmnwojqqD8mB0LwKC0h/IAAIR7gACGDboRsz53wLT4rzlo&#10;t6/zq4NY9asjqKhIiKa9pzk3E6L9pA8jwqBgmC0L8aAdiBMAAIRhgAB7bssxcv1tmcW2czdfWMB/&#10;c5pQc7uCdCdAnrbfdMsvRbMhdWQbBrH4dWsDb7BNd4kAAIMkgAB7aMpAeohtq8TCehFfXr9redlQ&#10;cLpJedpAmbWHeg0vUrGoelYbR7Axel8EC64vfEYAAIMigAB7cskSgdltl8OegNhfR749gA9QTrkL&#10;f6BAfbQ6f20vULBHf3cbfa6Sf6sEl6xJgHUAAIMhgAB7cMfoiRRtfcJzh55fF70RhmdQJbfUhYVA&#10;XrMBhQIvSq8ChN8bra0dhYQFEqqbg24AAIMfgAB7W8bskGVtZcFwjoBe/rwEjOhQArbCi6VAT7Hf&#10;is8vUK3ciqwb36vQizAFgakkg7kAAIMegAB7OcYll+RtVMCalZBe97sfk45QA7XVkfZAT7DukOwv&#10;YazSkQEcFaqmkAsF5Kfhg/sAAIMdgAB7F8WEn3VtR7/qnLNe97pgmkdQCrUMmGZAW7All10veawA&#10;l3kcS6mjkyEGO6bOhDcAAIMdgAB69sUGpzBtP79bo/1e/LnBoSxQFrRhnxRAZ691nlkvjatWnNMc&#10;eKjgk0AGh6XrhGoAAIMcgAB63MSdrz5tPr7hq5NfCbk4qFtQKrPMpjNAha7XpM4vuaqwoEUcs6gx&#10;k2cGyKVGhJYAAIMcgADmH3ZwcxjQG3dLc/G5gHgfdMyiKnjqda+KJHmydqFxY3p/d6NXhntPeJ87&#10;L3wxeZYWnX0heejkD3SHfmjOa3WJfhu3+nZ8feWgy3dlfcqI3XhLfc1wLnkzfeRWW3oVffk6B3rv&#10;fhIVIHtUfcHiMXLwidLMmnQCiGS2X3UKhxKfRnYKhf2HfncIhRFu83gGhEJVPnj2g3k4+XnEgsQT&#10;xHnVggvgaXGTlTjKzXKukr+0nHPAkGydsXTRjkyGEXXmjHZtsnb2isJUKnfyiSE3/niyh7cSlHiL&#10;hezeyXB1oJ3JMnGSnS+zAnKrmeecK3PFltWErnTlk/hsfHYHkWlTI3cLjvo3FXe7jP4Rj3dxiT/d&#10;bG+YrA3H2XC0p7qxqnHLo3+a23Lon3qDd3QPm7RrWHU1mDNSLnZBlQ82QnbhksUQtHaEi0vcTm7r&#10;t4zGwXAEsluwi3EVrTGZvnIwqDyCcnNdo5pqcnSKn0xRWnWUm3U1j3YlmSUP/nW/itDbb25twx7F&#10;5W+BvRWvo3CItwSYy3GbsSOBhXLJq6xppHP9prZQr3UJons09HWFnrUPanUfimzay24bzsbFRG8p&#10;x+Su63AhwPOX/3EnujaAu3JPs/xo63ODrn1QCnSOqkk0Y3T9oygO9HSfihzWFX8OcbbB5X8Qcsqs&#10;9H8dc8+XH381dNGAdX9Wdd1o7n+IdvZQMX/PeAg0moBZeQcPWIHyeTzUjH1RfH/Asn1zfHqrzn2X&#10;fHyV/n3AfI9/U33zfLln0343fPdPHn6NfTQzkH8SfXIOQYBIfYPTAHvSh1C/B3wChkKqQXwzhUSU&#10;gXxxhG99/ny7g71mon0VgyZOC312gpgyk33tgiUNTH7SgYPRbnqGkhi9ZXq8kBmooXr3jjCTDXtA&#10;jGl8qnuhit1leHwMiXJNCXx2iCExrXzehx4MeH2NhPzP83lynOm773mqmgunLXntl0GRpHo/lJh7&#10;ZnqlkhxkW3sij+dMGXuTjeEw3HvqjH8Lwnx3h/POs3ibp9K6s3jUpB+l8nkVoHGQcnlqnOZ6SnnW&#10;mZFjVnpTloRLPnrMk+YwIXsVkoILKXuNh4vNrnfxstO5sHgqrk6k6nhlqb+PbHi5pVR5WnksoTRi&#10;hXmunXFKhHohmksvg3pcmHIKqnrLhzbM5HdzvfG443equKCkEHfcszWOi3gnret4gXibqQlhxHkn&#10;pLdJ5XmcoWsu/HnBnU4KQnothvDMVXceyT64SndRwyOjX3d3vOCNy3e1tsJ3yHgksS9hIHiwrHtJ&#10;VHknqPIufXlBn28J8HmvhrjGfogYcIqz/Iczcb6gkoZyctqMG4XRc+52t4VHdQtgXITcdjVItISe&#10;d1UtxYT0eFII3IZPeWDFRoaAeriy6oW7euqfc4UMexuLB4R1e1d1qoP5e6dfW4OcfAlHuoNofGks&#10;2IOyfMAIL4SqfXXEEoUOhPmxqIRchDGeX4Ozg3KJ2YMsgtJ0h4K6glReUYJrgfNGx4JEgZ8r+4KF&#10;gW4HmIM5gQvCrYPHjyqwMYMWjY2cyYJ8i/eIcYIAinxzQoGoiTZdNYFriBJF1YFKhxMrLIF4hn4H&#10;FIH4hCjBVIK9mWGu2IINlv2bdYF6lJ2HKYEFklFyG4CwkC1cNYCEjlRFAIBojLwqeICEjAkGo4Dm&#10;hH3AMIHto76tuIFAoJaaV4CrnWSGFIA4mkVxHH/nl1pbUX+2lMJERH+hkrQp13+wkhMGRH/+hD2/&#10;RIFJrjesy4Cfqk6ZZIAFpkuFIH+OoltwPX9Enrhakn8Ym4JDpn72mSIpUX74l0IF9n8/hAi+kIDO&#10;uNqsEIAmtDKYmX+Er2CETn8Cqp9vc363pk5Z2H6VoqlDDH53oHAo335em4IFtn6jg9y+FIB4w8Gr&#10;gn/TvmOX7H8kuMGDk36TszVuxn5ArklZRX4gqnNCk34HpzAoeX3mm14Fg34mg7q3XJFXb7GmNY+e&#10;cO2UIY4cchKA9IzJcy5sy4uYdFRXk4qVdYZA74ngdqQmgYo7d4EDKookeb22WI/heVOlQ45HeZ6T&#10;HozUeel/+YuHej9r1opfeqlWqolmeyRACoi1e5glsoj6e/QC24iEfWm1SY6LguqkDI0Cgl2SA4uS&#10;gdN+14pTgWlqzIk3gRlVu4hKgOM/NoeegLok+ofOgLgClYcWgKK0LI1NjJWi1IvLiz6Qtopqieh9&#10;uYkqiLRpvYgfh6xUzoc+hsc+a4aYhg0kUIa2heYCWYXZgZazBYxLlkmhworLlDiPnIlvki18i4g6&#10;kDdosIcxjmtT34ZhjOU9pYW9i68js4XEi7kCJYTKgXOyBouFoB+gvooJnVmOmIismo97kod5l9pn&#10;yoZxlVtTEoWYkzE8/oT3ka4jLITskSEB+YPlgVaxNYrpqg6f64lxppaNwIgPow16vIbZn51nBYXV&#10;nHtSaoT9mdQ8dYRKmD4iwIQwlZ0B1YMngT2wkopytCefQIj+sAKNCYeWq756AoZWp5dmUYVQo+FR&#10;xoSDoPQ78IPOn18iYYOUlz8BuIKNgSmwIIoavouevIiqucKMboc7tMZ5XYXvr+5luYTiq8BRRIQT&#10;qOY7f4NkpTEh/4MilvwBoIISgRmom5rpbwiYjphzcEGHpZY8cWl1sJQ8coxitZJoc7dOkpDVdOc4&#10;1I/CdfQeo5CGdoQAAIpye0WnypmdeCeX0pc9eICG15UOeN105JMNeUdh65E7ecVN0I+selA4GY6V&#10;esweBo81ewsAAIjZfpOm75hXgTuW0ZYJgMqF6ZPbgGVz7ZHlgBxhBZAdf/FNAY6Yf983Y42Bf9Yd&#10;d43+f/MAAIdygACl9Zc2ikCVwpTqiR+ExpLHiA1y9pDNhw9gG48ThkFMOY2WhZU2wIx+hRsc/Izd&#10;hWYAAIY7gAClC5Yuk3GUzpPskaODy5HQj+Jx9o/cjjNfRo4WjLNLfoyli302KouMiq4cj4vQiuMA&#10;AIUwgACkNJVvnMaUDZMvmlGDCpEOl95xJI8alYZed41ak2hKyovfka41mIrFkMccI4ryj5EAAIRP&#10;gACjgZTapi6TUpKeoxmCSpB6n/pwaI6BnPxdyYzDmlNKNotGmD81JYoWl5Qb0Yosks8AAIOVgACi&#10;8ZRpr7uSvZIxrAuBq5AHqEZvx44EpKddLYxEoYpJporPn2Q0tImYndkbi4mHkp8AAIL9gACiipQW&#10;uZqSSJHgtVuBI4+usPNvOI2hrL9cqovYqVJJN4pgp0g0UokwotcbN4kYkmcAAIKEgACaUqTbboSL&#10;PKG6b697WZ7dcNJqe5w4cfRYlZnGcxtFbpevdD8wcpZldSgV/5hNdSgAAIYgfmmZsqO7dy6KtKCk&#10;d4V6w53Bd+lp5JsReF5X/JibeOdE3ZaCeXov6pUqee0VppbUedwAAIUAgACZC6KGf8GJ6p99f156&#10;CpyWfw1pH5ntfuBXRpd6ftBEO5VmftkvYpQHfugVVJV4fwgAAIQEgACYSqFliEqJDZ5jh0R5GJuG&#10;hlNoTpjZhYRWgJZzhONDk5RkhGou3pL/hCsVB5Q+hIAAAIMogACXfqB8kN2IQ518j0J4R5qhjb1n&#10;dJf3jFhV0ZWBixpC/JN7ijUubJIMidEUypMbiUAAAIJsgACW15+wmauHl5y5l3p3l5nflVdmyZcv&#10;k1NVL5S3kY1Ce5KbkEAuDJEnkA4UkpIUjUYAAIHOgACWRp8coo+HGJwon893FZlEnQ1mOZaKmnRU&#10;nZQVmEFB/5H8lskttJBtloUUYZE4jcgAAIFLgACVzp6xq5eGnZu9qE52kpjSpPlltpYOoddUHpOV&#10;n1FBh5GCnhAtWI/pm+AUOZCEjawAAIDggACVdZ5itPCGO5trsSl2Iph4rUZlQZWqqa5TtJMqpw5B&#10;L5ESpTotDo99nnYUApAMjYcAAICLgACMnK80bgB+V6t7bxdvXagDcC9feaTAcUtOjKG7cmg8QZ83&#10;c3cnzZ33dCQNL6C4c8UAAIJ/gACMLK45dkF+Bqp6do5vAKbtdvJfGqOVd2xOK6CDd/s76J30eIwn&#10;hJyZeOQNOp7ieNEAAIHFgACLuq0Nfl19c6lYff9ufKXCfbtei6JpfaJNp59Wfag7eZzHfcYnM5tX&#10;fd4NP502fjsAAIEhgACLMKvqhmd8z6g6hXdtw6SrhKJd66FNg/lNEZ5Dg4E7AJu0gzYm4Jo1gy0N&#10;P5u1gxEAAICTgACKm6r5joN8NKdNjQ1tHqPBi7RdQaBiioFMiZ1MiYk6jZrBiOwmlJkxiP8NP5pc&#10;hz0AAIAagACKEKpBlsR7rqaWlM1smKMFkuxcup+hkTlMCZyFj9E6MpndjvQmW5g/j1sNQpkniPcA&#10;AIAAgACJqKmenyB7QKX4nKtsJqJkmkZcSJ79mBhLoZvellw545kulYYmNpdelNwNSpgRiPwAAIAA&#10;gACJS6k0p6d7BaWKpL1r56Hkoc5b+J5inyNLSps5nTk5ipiZnKwl85bLmXINSpc5iPwAAIAAgACJ&#10;A6josIJ6vKUzrSprlaGCqcBbo532pr1K/5rFpPo5TpgfosQlyJZRmYwNQ5agiPcAAIAAgAB/crn/&#10;bWxx4bXAbmljsbG9b3FUq63pcIBEmapgcY0zAaeTcngeu6bRcsEFvac/c20AAIAAgAB/M7kfdVBx&#10;x7TJdYxjkbCedelUiqypdmJEdqkJdvAy66Ymd3UexKUwd5IGIKUheMUAAIAAgAB++bfxfP5xb7Of&#10;fJ1jRa9nfF5UM6tofFREKqfCfGsytqTVfJYeuaO1fKEGcqM2faMAAIAAgAB+qra/hJJxBbJxg7Bi&#10;xq49gvFTyqo4gmZDyaaWghQycqOkgfAepKJighYGtqF/geQAAIAAgAB+TLW/jDhwpLFyiuFiW60+&#10;ibBTVak3iK1DdKWGh/AyMaKTh54ekKE0iCsG8Z/6hLEAAIAAgAB98LT+lAZwT7CtkkBiCKxxkJdT&#10;AqhijyZDJaSqjhIx/qGdjbUegaAjjeAHIZ6jhNIAAIAAgAB9n7Rpm+ZwC7ASmbZhxqvJl5lSvqev&#10;lcRC4qP2lIIx0qDelHoefp8ukqcHTp14hPEAAIAAgAB9arPpo+Vv2K+OoVBhkKs9ns1ShqcbnKlC&#10;rKNcm3AxnKBKmuIeZp58lI0HeZx2hQ4AAIAAgAB9NrObrEdv0K8rqVZhhKrBpl1SZKaCo+tCkKKt&#10;osMxlJ+Pn/Medp3JlJkHoJvFhSgAAIAAgAByr8VIbN5lpcCsbbRYHbw5bp9J07fsb5U6dbQBcIEp&#10;U7E0cS0UlrHpcLgAAKspdHsAAIAAgAByosR3dHBlw7+xdItYOrsEdNVJ8baGdUA6lrJ2db8pja9/&#10;diEVFa/EdbsAD6npeOcAAIAAgAByo8M6e7hlqr5ye0VYJrm1ev1J1rUkevc6iLEDexIpnq3yezgV&#10;bq3eewQAo6fTfS4AAIAAgABylcHtgtplgL0mgfhX57hqgUJJqLPSgMw6Zq+tgJYpnKyKgJAVr6ww&#10;gMwBIaX4gMQAAIAAgABydsDSigtlX7wHiMhXwLdFh7ZJdbKohto6Ua5zhlEpnqtHhkkV7aqvhpAB&#10;kaRVgQ8AAIAAgAByUb/5kWhlSrsfj8tXsrZOjlRJZ7GojSI6Qa1sjF4pqKohjIUWJ6lYi4MB8aLq&#10;gVAAAIAAgAByML9QmNNlP7piluBXrrV/lQpJY7DPk406P6yQksIptqk4kwcWYKgtjyECR6G0gYoA&#10;AIAAgAByE77ToGBlPbnMnhpXsbTVm+5JZLAWmjo6OqvSmbYpt6h9mHkWhadNjzoCjaCzgboAAIAA&#10;gABx/r52qDZlQ7lQpaJXu7RDoyhJa693oWs6RaspoFEp0KfKnEUWqKaPj1ICup/zgdgAAIAAgADZ&#10;tXGBbKrFDnLXbjevv3Qbb7eZm3VJcS2CrHZrcqNq63eKdBtSBXigdYI2enmgdsASAnp5dq3Xt29X&#10;d97DcHDceEeuSXJBeLeYS3OPeTSBdHTSeb5px3YOelFQ63c0etY1aHghez4QznjCeq3V4m2Egx3B&#10;pG8bgmestXCZgcKWzHIAgUmAHHNegOpok3SygJxP2XXlgEo0bHa8f+8PwHdBfyLUGWvqjkq/1W2O&#10;jJCq7m8ZivCVOnCXiXV+sHIOiDFnV3N2hwROzHS0heIzgHVyhNsO1nXzgzDSemqUmW++O2xAlsyp&#10;VG3WlD+Trm9ekdV9UnDij5RmJXJejZFNznOki6gypXRHihgODnTUhqjRJmmKpJ2862s4oSOoAmzP&#10;naqSYW5cmlF8HG/olyplCnFolD9M43K2kaYx4HM/j84NZXPjiQ7QFWi5r9S73Wpnq4qm62v5pyuR&#10;SW2Foud7GG8YnuZkJnCfmzNMGXHol+8xOnJalhQM2XMbiLDPR2gfuxW7EGnLtgGmDGtTsMOQXmzW&#10;q5h6L25qpsZjV2/4om1LcHFDnsgwqnGXm5AMZ3J5iGLOuWe8xmC6gGlhwH2lYWraumOPnGxNtGB5&#10;bW3ars9ip29oqe9KznCuplAwGnDrn+4MDHH3iCXKWnnka4u3fXpkbUujwXrmbuuPAntocHR5VXvu&#10;cfpitXx8c39K0n0VdO4v4X3Qdh4LOX9kdjfI6Xfodjy2V3iRduSipHktd4ON7HnEeCJ4QnpdeMph&#10;r3r/eXpJ2Xuiehou9XxJepAKa32xeqjHZXYqgOS0rnbmgIehHHeVgCyMc3hDf+h28nj1f7lghXmt&#10;f5hIz3paf3MuB3rlf0AJtnwzftbF03Sli3qzC3VrijOfeHYniPKLA3bkh8R1oneuhr9fX3h4hdBH&#10;1XkthO8tMHmchDQJGXrognfEW3NdlhOxl3Qqk/aeBHTwkdmJl3W3j810ZXaJjeFeSHdmjC1G7Xgg&#10;ip0sbHhyiYoIk3nMhZPDJHJboMKwYnMsndecznPymt6IaHS+l/RzSnWXlTNdS3Z0kq5GG3c0kIsr&#10;vXdrj3oIInjdhYDCK3GPq36vZnJhp8ybzXMjo/mHaHPuoDNyXXTPnKxcfXWxmXZFanZpltErLHaH&#10;lVcHxHgXhUDBbnD4tk2upHHHsdma+nKBrTGGjnNEqJNxh3QmpE1bvXURoIxEznXJncAqrnXHmiMH&#10;eHd2hQ3A8HCUwTauF3FevAOaUnIJtomF1nK+sR5w1XOZrCtbHnSEqAhEO3U7pRAqKnUjnIIHO3b2&#10;hOS7boKUapyqMYI4bHiX64H5biqEeYHRb79v/IG5cU1acIG4ctlDgIHddEcpBIKBdVMFPIO7do26&#10;TIC9dLOpEICNdY2Ws4BldlaDT4BLdxdu5YBCd91ZcIBQeKZCk4B4eVooLoD8ecgEyIIMetK5HH8O&#10;fs2nwn75freVmH7ffpyCJH7YfoZtz37cfoNYeX74fo1Bun8nfpInbn+OfnwEYoCRfpK3vH2UiNWm&#10;XH2Gh+6UDn18hv6AyX2BhhVskH2fhUxXYX3MhJhAzH3/g/YmqH5Eg4QECX9IgdS2bXxZkuGlC3xQ&#10;kTiSv3xQj39/hHxdjchrd3yAjC1WaHy+isc//nz0iZAl/30YiQYDvn4vgoi1VXtinQyj83temqOR&#10;qHtemB5+dXtulZtqeXuVkzxVinvPkR4/RnwJj3UlaHwPjwADfn1Bgly0dXqep0mjDXqdpCaQvHqZ&#10;oNV9inqnnYhpoHrUmnVUznsSl78+rHs+lcYk7HsqlCADSXx9gjmzzHoLsaCiWHoMrcaP+Hn/qa98&#10;wnoEpZlo3Hoxod1UGnp5nro+GXqjnOQkf3pqmFIDHnvdghyzXHmnvCCh0nmnt5iPVnmNsr58FHmD&#10;reloOXmoqZdTjHnupkE9l3oao3wkC3nNmF8C/HteggSs2Iu9adqc+YqAa7uL/Yl+bXB5wIipbwhm&#10;aYfxcJhR7IdiciQ76Icgc4UhsYf1dE4AAIeBdySr84oCc2WcB4j4dFWK7ogMdTJ4uYc/dghlcYaN&#10;duJRB4YGd7w7EYXAeHgg9oZqeMcAAIWVexWq8IhqfNua1Yd7fPmJ2YaYfQt3nYXafSFkcYU0fUZQ&#10;KYS4fXU6UYRyfZkgVYT0fZAAAIPmfoqp0Yb2hlqZpIYPhbeIkIU+hQB2i4SGhFNjeYPtg8NPXIN5&#10;g0k5poM4guMfxoOYgrgAAIJvgACopYXDj9uYmITgjoqHg4QXjSJ1YoNni7Zib4LWimROa4J1iUo4&#10;4YIyiG4fMoJmiHsAAIEugACnq4TXmX6XloP6l36GgYMwlVx0b4KAkzNhjIHxkTBNqoGGj3g4RYFF&#10;jlIetYFYjd0AAIAggACm4oQcozKWyINFoIiFrYJ2naxzmYHCmspgxIE3mCZNAIDNlfI3x4B2lLoe&#10;UYBsklcAAIAAgACmSoOPrQiWI4K+qbqE+IHnpiZy4YEmooxgEoCXn1ZMU4A5nNk3N3/fm7Ud+H+n&#10;lEQAAIAAgACl44MttxqVpIJgszOEXoF8rutyPICpqqBffIAQpu9L13+vpHo2zX9YoXkdnn8NlAcA&#10;AIAAgACeppUeaU6P1JMmayN/7pF5bNRuzJADbmpcjY6wb/ZJD42dcXQz1o0QcrIZh46icvYAAIMW&#10;eryd7JOUclqPFpHIc01/FJAndDNt+o6sdRRbxI1YdflIVYxFdtkzKIutd4oY/Y0Ad4MAAIGhfh+d&#10;GJITe06OEJBie31+IY7Ge6dtAI1Ye9ha4IwNfBhHjosBfF8yfopjfJEYfot8fGwAAIBagACcGZC3&#10;hCuM/Y8Lg7N89o1+gzVsCYwQgrhZ+orWglhGzonTggkx5Ykwgc0YEYoSgdkAAIAAgACbJo+EjSyM&#10;AI3ijBB7+IxeiulrCIr2ib9ZLYm1iLJGHIi+h9wxWYgXh1AXsIjGh1gAAIAAgACaUo6gllGLP40G&#10;lJh7N4t+ksRqNYoUkPBYXojVj0ZFbYfUjfEwy4cpjU0XSYesjAUAAIAAgACZpI3vn4KKh4xanTB6&#10;eYrNmrVpeolemD1XrYghlgpE1YcclFswXoZXk/QW/4ayj40AAIAAgACZHI1oqMyJ9YvYpel53IpE&#10;os1o3IjJn7dXEoeInQ9EQIaLm0kv5oW9mikWvoXhj2EAAIAAgACYvY0IslaJhIt7rvF5Voncqzlo&#10;TohSp5BWkYcGpJRD1YYEovYvhoU4nx0Wa4VIjygAAIAAgACQ2J7haMyC15xMao1z35oCbDRjxJfv&#10;bcVSh5YLb0k/7JSGcLErSpPocbMQbJbecS8AAIAAfdCQQJ2NcWOCSJsQclFzPJjDczpjJpajdCJR&#10;8JS2dQw/ZZMqdekq05J1dnoQOJT1dfIAAIAAgACPmJwhedmBdZm6ehJyfZdtek1iYJVTepVRPZNq&#10;euk+y5Hhe0AqWZEce3EQBpMveyUAAIAAgACOz5rMgj2AkphugdtxhJYtgXlhkJQTgSZQe5I3gOo+&#10;KpCzgMIp3o/igKkP0pGSgKoAAIAAgACOAJm0iqh/xpdZiblwtJUdiMdgtJMHh95P1pEchww9m4+g&#10;hnopd47Bhj4PrZAWhXsAAIAAgACNVZjGk0d/F5Z4kctwAZQ8kEBgCpIfjrpPM5AzjWA9JY6fjGop&#10;Io22jF0Pi47AiZEAAIAAgACMxpgYm/d+mpXPmfhvgpOJl9RfepFglblOno91k/E8pY3iks0oz4zY&#10;ksUPaY2dimsAAIAAgACMVZeZpL9+IpVSokNvAJMDn5Ne9pDNnPFOHY7cmtQ8Jo1Pmdwoa4w4mBoP&#10;S4ysilcAAIAAgACMAZc9rcR9w5T0qtxukZKap6hegpBWpJFNtI5bolE7z4zGoPUoH4uvmyEPHIv5&#10;ijcAAIAAgACDiakTaDd2PKX2aeBoFaMea3hY4qB4bP5Ii54ObnI2spw1b7ciXpvjcFoIWJ2vcCAA&#10;AIAAgACDEqfycGd13qTWcUdnraHncixYgZ8ncxZIMJyrc/42Z5rDdMsiK5pHdR4IgJt0dTEAAIAA&#10;gACClqaWeGh1P6OIeKJnIqCTeOVX753SeT1HsJtUeaA2AJlnef4h65jMehUInZlneqcAAIAAgACC&#10;AKVCgFB0kKI6gABmX59Of7ZXTpyMf4JHHJoYf2k1i5gpf18hoZd1f1gIrpeLf5MAAIAAgACBZKQl&#10;iEdz8KEkh3hltZ48hq1Wn5t5hfFGlpj6hVw1G5cPhQIhWpZChRQIvJXfg9EAAIAAgACA2KNLkF9z&#10;aKBOjxllLp1hjctWFZqYjI9GE5gSi4g0yJYHivEhK5Uki2IIzJRghfMAAIAAgACAbaKQmIdy95+Z&#10;ls5kuJyolQJVnZnak01FppdRkfI0d5U8kVshFZQekOgI4pMOhgIAAIAAgACAFKIUoNNyw58bnrlk&#10;fpwXnG1VUZksmjhFUJaVmKY0F5SOmGEgxpNvlX8I6JIAhgYAAIAAgAB/0aG8qVxyfZ63puxkLpum&#10;pDJU+pitoaVFApYNoC0z2ZP8nnwgmZLYlgoI45E7hgIAAIAAgAB2tLPBZ39p9bA4aQhcgKzlaoxO&#10;GKm8bAI+h6bibVwtPaTrbmsYuaWXbmwBiaKqcAIAAIAAgAB2WrLQb1Jpyq8ocB1cV6umcPlN+ahU&#10;cd0+cKVecrwtOqNJc2oY46Onc0YB/qA3dWEAAIAAgAB2DLF8duhpYK3YdxtcAqpHd2BNoKbrd8M+&#10;KKPseC0tEKHHeIQY7qHpeFQCXp35elgAAIAAgAB1rLAdfl1o6ax9fhZbd6jzfd1NNKWUfcM9x6KZ&#10;fcYs0KBqfdEY56BafbwCrJv6fq8AAIAAgAB1RK70heFof6tYhS5bBafPhIdMt6Rtg/M9cqFkg48s&#10;kJ8yg2sY2Z73g78C7Zo7gfsAAIAAgAB05K4TjYpoKKp1jHJar6bji1hMX6N5ilg9HqBoiZosX54Y&#10;iWgY0p22iYMDI5i2gh8AAIAAgAB0lK1llT1n5qnBk8pabqYjkkNMGKKtkN481J+aj+4sMJ07kAcY&#10;2pyVjlkDVpdqgkIAAIAAgAB0XazXnQJnsaktmztaMqWGmVZL2KIGl6M8lJ7slrUr65yTlnYYu5vG&#10;kLkDiZZTgmQAAIAAgAB0Lqx+pRdntKi+oxlaLqT8oNBLuKFdnsk8e54pnfMr65u+m5MY0ZrykMgD&#10;rJWMgnwAAIAAgABqMr8DZrRdzrtAaA5Q47eWaXBDI7QFasY0KrDoa/QjH68+bKIOIbFIa+MAAJ8E&#10;c7AAAIAAgABp7b49bjJdz7o5bthQ9bZCb5xDRbJ3cG40W68ucTEjc61KcZwOta7ocOYAAJ3AeCkA&#10;AIAAgABpzbzndWRdnbjadYBQ1bTPdbhDJrDtdhk0Ua2QdnwjkauIdq4PHKzIdiYAAJyJfCIAAIAA&#10;gABpqLtyfGtdYbdmfB5Qh7Nde+lC8q93e940LawUe/Ajk6nye/gPZ6rie9gAAJtof6EAAIAAgABp&#10;eroxg39dNbYjgtpQVrIVgktCtK4rgdc0FKq3gZojlKiFgZ4Pqakwga4AAJpsgAAAAIAAgABpTrk8&#10;irtdHrUciclQRLEAiNxCnq0NiBAz/KmRh5Ijnac6h8AP5qerhrgAAJmQgAAAAIAAgABpKbh/kf5d&#10;FLRHkMhQP7AYj4JClKwbjmwz8aibjeEjp6YyjkUQIqZZiukAAJjfgAAAAIAAgABpDbfzmVldF7Oe&#10;l+ZQRK9ZllVCkqtNlQgz5KfHlLYjnKVek8wQP6VZivwAAJhIgAAAAIAAgABo+rePoOtdI7MTn0lQ&#10;Ua61nXxClqqbnCUz6acLm24jsaSUmCIQVqSDiwwAAJeygAAAAIAAgADNUGxtZkS5524waHWl02/Y&#10;apCQ4HFjbJR7DnLfbo1kVXRPcH1MbHWkclAxrXapc9YNx3gxc7bLXGnucVS4WGvncmekbW22c3eP&#10;n29ndIZ543EGdZdjPnKWdqVLYXP6d5swsXTceFUM5nZ0d+XJiGfJfGC2kWncfFyi4WvLfF+OJm2Z&#10;fH14kW9WfKpiEnD/fN5KWXJvfQQvxnMrfQQMIXTufIPHu2Xih1C0wmgKhlChG2oLhWCMmmvyhId3&#10;Km3Ng9Ng22+Mgy9JVHEFgo0u6XGZgesLdnObgLjGGGRGkjSzKWZ8kFSfg2iNjn6LD2qDjLt112xu&#10;ixdfsm5DiaJIYG/CiEEuHnArhx8K5HJ4hFLExWMAnSGx3WU/mnCeOGdVl7WJymlTlQp0pmtHkoVe&#10;pW0hkDNHgm6mjiktaW7mjMUKaHGEhwnDtmH9qBOw1GRApJedKmZVoPqIu2hUnWtzqWpSmhNdyGwz&#10;lv9Gx22xlFQs0m3LkvMKAnC5hsTC7WE8swmwDWN/rsScU2WNqkyH22eFpdtyymmEobhc/2ttngVG&#10;JGzqmv0sT2zZmFwJr3AUhozCamC7vf6vhWL6uOebsmT4s5OHJWbirk5yF2jaqXNcXWrCpT5Fi2w3&#10;oj4rxmwAnKgJbXAShl++r3SOZWCtBHWCZ76abHZxae+Gvndaa/1yD3hCbftcWnksb+5FU3oPcbsr&#10;A3rfcxkHgH0Wc329RnI9b/Cr6XNmcTuZWnR1cnCFtnV2c5hxDnZzdL1bandxdd9EdnhdduQqOHkF&#10;d5AG9XtbeBS7wHAuemuqPnFyeraX03KaevmEP3O2e0JvwXTPe5VaRHXke+xDc3bWfDIpWHdOfD8G&#10;ennWfGy6KW5dhMqomm+yhDOWMXDsg5aC13Ibgv5ueHNPgoBZJ3R4gg5ChXVugZ8okXW3gS4GD3iF&#10;gDG4rmzRjymnJ24yjcOUv298jFCBbHC4it9tRnH3iYRYGnM0iFJBqHQthzsn3nREhnkFtHdkg2y3&#10;eGuWmZql9Gz/l22Tj25NlSOAQ2+RktpsMHDZkK9XKXIWjrdA4nMTjRInPnL7jFYFZ3beg6e2gmqb&#10;pBSk/GwIoSSSkm1UngV/SW6amuZrR2/rl/lWYHEulVZAPnIfkzgmvHHekiMFJ3dKg3y1y2nfrpek&#10;PmtMqueRxWyRpvh+dm3PowZqd28in2FVo3BunDc/pnFdmfMmSXDqluIE9Hehg1m1VmliuSSjuGrJ&#10;tLeRI2v+r/h9xm0vqz5pz256pvJVD2/Fo2c/GHCuoQ0lx3AVmYsEynfngz2wcHz/ZKygTX0dZx2P&#10;EX1UaVd8ln2ca2do/n3xbWVURH5Wb1M+EX7VcQ8kAH+rciYB94FndAGvU3rRbqCfM3sncBON33t6&#10;cWh7dXvVcqln83w6c+NTU3yvdRQ9OH0sdh0jQ33Jdp8Btn+ueHGuHXjVeJGd4HlNeRmMvnm2eZF6&#10;S3omegBm5HqcenZSZnsfeu08cHude0winHwCe1QBfX4rfFesuHcQgmecc3eYgiWLN3gWgc94+niW&#10;gXJlrnkngSZRWnm8gOU7j3o6gKMh5npkgFYBS33Rf7qrZnWXjECbIHYqi0CJ5Xa0iiV3sXc/iQBk&#10;nHfXh+tQZnh9hvs6x3j6hishSXjohcwBIH4YgMOqT3RpljKaCXUDlHiI0XWRkpZ2pHYjkKljoXbB&#10;jtZPkndjjTc6GXffi/kgv3eYi7YA/X5VgKupcHN4oC+ZJXQXnb6H6nSjmxZ1wXU1mGVizHXaleJO&#10;23aAk7E5inbrkiggUXZzkMwA336HgJeoynLBqjmYc3NipxaHK3Poo6x0/3RyoDliDnUYnRNOK3XH&#10;mng4/XYsmRAf73V6lPQAx36wgIaoXHJEtFiX8HLisIqGj3NbrGJ0WnPXqDhhc3R2pIFNpXUiobA4&#10;fHWDn4Yfd3SolUYAtH7RgHmif4XFZBmToIUWZomDl4ScaMJyP4RHatFfuIQLbMpL8YPybqw2gYQg&#10;cEgcZYVhcOYAAIBMdrqhmIO4bYOSp4NFbwmCgILocG1xNYKfcb5ew4JrcwRLF4JadDs1wIJ9dTgb&#10;yINvdWYAAIAAermgi4HZdtWRZoGId4uBXYE7eCtwEoEDeMBdwIDeeVVKOIDXeeQ1BYDzek8bN4Ga&#10;eiwAAIAAfjqfZoAZgCWQM3/dgCKAF3+ngANvE395f95c239kf8JJgH9mf600eH9+f5Qayn/hf1cA&#10;AIAAgACeO36wiX2PJH59iM9/B35Qh/9t5H4rhx1b1n4ehkpIkX4yhZkzsn5ChQ0aOX5ZhQwAAIAA&#10;gACdRH2Qku6OJH1lkZV+Cn06kA9s8n0Zjnda9X0OjPhH130Zi7EzHH0kit0Zx3z7imYAAIAAgACc&#10;fXyqnGeNWXyGmml9PXxXmC5sJnw0leRaNHwuk8lHNHw4kgoypXwrkSYZcXvHjtkAAIAAgACb5Xv7&#10;pfOMtnvco1V8jnunoGtrd3t5nXJZiXtxmslGj3uDmMMyH3ttl/kZIHrEkP0AAIAAgACbfXt/r5+M&#10;OXtirG57/HshqNlq3nrkpTxY/nrSoh1GGXrgoBoxr3rGnZ8YuHnykLcAAIAAgACU0Y8MY5KG8o2d&#10;ZfF38Ix5aCBnn4uJaidWG4q7bBVDPYoqbeEudoopb0cTyIybbxQAAIAAekCUEI0tbHqGK4v3bf53&#10;Dorlb2hmy4n0cMBVWYklcgtCkYiTcz8t34h9dB4TYop9c6wAAIAAfbaTMYtfdUeFHIpNdg52GIlI&#10;dsRl1Ihkd3BUfYefeBpB14cTeLktSYbueR8TA4h/eJoAAIAAgACSLIm4ffuEC4iyfiR08ofBfjVk&#10;6obifjtTqYYufkdBLoWpflUsy4V2flQSuYagfgYAAIAAgACRMIhMhsyDD4dThldz/IZrhcNj9YWS&#10;hR1S9YTZhIFAnIRchAwsW4Qgg78Sd4Tog4YAAIAAgACQV4c7j76CVIZKjrJzQ4VgjXdjIoSFjCdS&#10;JIPMivA/8oNEigAr0oL9iZ4SH4NniDoAAIAAgACPqIZimLWBmoV4lxdyhYSJlTliZ4Opk0ZRbYLy&#10;kYo/VYJlkEIrb4H7kB0R5YIejBkAAIAAgACPIIW8ob6BCYTZn5Zx6YPhnRthzIL0motQ1YI3mFo+&#10;uYGylvQq8IE6lkYRsoERi/cAAIAAgACOvoVFqveAl4RlqFdxY4NipUVhP4JioiFQWIGXn5g+VoEK&#10;nmUqm4COmzURcYBFi8sAAIAAgACHfJidYxV6aZaYZVlsRJTjZ3hc4ZNkaXJMSZIPa006NpEgbPUl&#10;2ZE4bgELPJOVbXQAAIAAfUaG1Zb9a4p5z5UfbQJrmZNpbmdcRZHbb79LvJB7cQY5vo+BcicleI92&#10;csgLLpEYckUAAIAAgACGIJVIc9t47pOIdKVq0pHZdWRbe5BRdh5LDI71dtQ5Lo36d3QlDo3Ud7sL&#10;HI7Id30AAIAAgACFSJOwfBZ3/pH8fExpzJBdfHNapo7afJdKS42MfMA4kYyUfOUknIxYfOYLAYy8&#10;fQwAAIAAgACEb5JdhFl3KpCxhAdo+I8Yg6FZxo2agzFJqIxBgsk4BYtRgockOIr+gmcK7Yrxge4A&#10;AIAAgACDupFHjMh2co+oi+9oP44PivRZGIyJietJBosuiP03nIoliFsj64nAiGsK2YlnhhQAAIAA&#10;gACDJpB0lUR18Y7dk/BnvI07kmJYhouokMVIa4pNj2g3FIlCjpgjnoiyjsYKxogdh0kAAIAAgACC&#10;sY/Wnc51do5CnAVnOoyXme9YBIr2l8xH6omTlho2j4iMlWsjNIfplBUKtocQhz4AAIAAgACCWo9k&#10;poR1Fo3OpFtmy4wXocdXkYpnny9HhIj3nVI2PIflnHAi7oc5l54KlYZGhygAAIAAgAB6kKKlYnBu&#10;E6AmZJVgq53uZqBSIJvnaIpCWJoeak4w4pj+a8McgZnBbD8D35ihbL4AAIAAf9B5/KFBanttoJ7M&#10;a+JgNJx/bUFRuZpdbpVCAZiAb9Iwo5dKcNQcZpfPcQcEIJYQcdIAAIAAgAB5a5+iclhs7p1CcyFf&#10;nZr0c+ZRIZjRdKxBgpbydWgwRJWxdf4cNpYFdfsEUpPFd00AAIAAgAB4xJ4Qeh1sMpu7emFezZl4&#10;epxQfJdYetxA7JWBex0v05Q8e08b95RnezEEdJHAfEwAAIAAgAB4G5y/ge9riJpygbleHpg1gXZP&#10;yJYTgS1AaJQ0gPgvZJLvgNwbtZL1gNgEjo/9gJ0AAIAAgAB3hpu6id9q+plziThdk5cwiHVPOpUJ&#10;h60/4pMihwcvGZG5hrEbj5GdhxYEqI52gyYAAIAAgAB3EZrdkddqgJiekMRdFZZYj4ZOupQrjkg/&#10;bZJAjU4uxJDKjPQbhpBljKQEx40pgzsAAIAAgAB2s5pFmetqS5gGmINc3ZWulstOc5NhlQw/HpFl&#10;k9YuY4/7k9IbMI+MkT0E1Ywcg0UAAIAAgAB2a5nWoitqApeNoHtci5UnnlxOHJLMnEQ+0pDEmxku&#10;J49LmfAbB47NkkYE2ItSg0YAAIAAgABuBq05YZNiA6pdY5JVOqe3ZYNHaaU7Z1c4TaMdaPcnNqIX&#10;ahsSKqR/aacAAJjTbmIAAIAAgABtg6wQaT9huqkbao9U/aZGa+FHQKOgbSo4N6FgblMnP6AxbxsS&#10;caItbooAAJctc2kAAIAAgABtF6qBcLNhOaeTcXNUmKS0cjdG3qIDcwE37Z+5c7onG55ydC4SkqAT&#10;c5gAAJWgeDAAAIAAgABsoajqeAhgr6YDeFNT/aMseJxGaqB6eO83iZ4zeUEm3ZzceWwSl54yePUA&#10;AJQwfGMAAIAAgABsKKeQf2xgOKSvf1BTgaHZfytF458mfwQ3MZzQfvQmnZtwfvISkpyGfuMAAJLo&#10;gAAAAIAAgABrvaaHhvJf2aOlhndTJaDHheRFhZ4LhVA22JurhOUmb5oohNUSkpsDhLgAAJHGgAAA&#10;AIAAgABrZKW3jn1fkaLSja9S35/njLJFOp0ei7s2hpq8ixsmO5kli0oSpZmoiaEAAJDbgAAAAIAA&#10;gABrJKUPlhBfVKImlPVSnJ8zk59E85xfklk2QJn0kbMl6ZhhkbwSgpitjIMAAJAngAAAAIAAgABq&#10;8KShneNfVqGknKhSmZ6YmvdE2JuimVY2M5kXmM8l/JdqlucSqpepjJ4AC4+KgAgAAIAAgABhs7h8&#10;YIlV9LV8YlJJobKQZBg8Ya/DZcMtu62MZyUckq1EZ7gIXK6kZ2sAAJNYctgAAIAAgABhMLeRZ9tV&#10;x7RPaQJJkrEVajg8b64La2Yt5aufbGQc8KsKbLoI8awJbGkAAJIXd24AAIAAgABg6rYLbuxVd7K/&#10;b5JJXa9ycEU8Q6xRcQct1qnOcacdFKkFcckJXKmlcZ0AAJDhe4AAAIAAgABgqrRkddhVJbEadhlI&#10;/a3QdmE8BKqrdrotqqggdwsdF6cydwYJqKd6dzgAAI+/fxYAAIAAgABgaLL1fNJU6a+sfL9Ivqxd&#10;fK07uak0fJwtjqaVfKIdGaWOfJkJ6qWIfRkAAI7BgAAAAIAAgABgLrHag/FUx66Bg5dIo6skgyo7&#10;m6fxgsEtb6VIgoMdJaQQgqAKJ6PMgjkAAI3jgAAAAIAAgABf/bD8ixRUta2Nin1ImKofibw7i6bh&#10;iQgtXaQxiLYdK6LeiSAKZaJKhogAAI0zgAAAAIAAgABf2bBXkkZUsqzLkX5ImKlIkHY7haX5j4kt&#10;S6NBj2UdGKHsjrwKfKEfhxcAAIycgAAAAIAAgABfwa/dmaBUu6wsmL1Io6iRl4E7h6U0loQtUqJt&#10;li0dM6EBk04KkqAihyYAAIwAgAAAAIAAgADBE2cVX+2u02k5YrSb7Ws+ZWCIIm0kZ+5zaW74amld&#10;t3C5bNFGx3JFbxAsz3MmcN0KBHYqcRS/IGQlatGtS2aKbIWajmi/biyG6GrSb8tyRmzPcWBcqG6x&#10;cutFyXBJdFMr6HDxdV0JbXRodWu9SWGVdaerhmQgdk6ZB2Z9dvOFc2izd6Vw+GrSeFxbgWzQeRFE&#10;ym5wea8rD27ZegoI6XLcei27d19LgF2puGH1gA+XQ2Rsf8iD7mbBf41vl2kBf2laUmsYf01Dz2y+&#10;fykqQmzkfu0IdnGzfoa5zF1ViwSoIGAXidyVsmKmiLWCaWUMh5duUmdiho5ZNWmQhadC52s5hM0p&#10;iWsZhBoIFHJZgj+4cVvAlbOm1F6Sk7uUcGEtkbWBMWOij7ZtLWYDjdRYPGg3jB1CGmnjiqAo5Wl+&#10;ibEHwXLlhT63XFp5oGOlzF1WnZ6Tal/1mrqAMWJwl95sPWTelTFXamcaksBBcWi7kK8oYGgXj8oH&#10;fHNZhRC2jll/qw6lBVxip3ySnF7+o75/X2F2oAhrbmPnnJlWrWYsmY9A1mfJlycn7GbilSIHRHO4&#10;hOq2CljUtaykflu1sT+SA15ErKV+umCxqCFqz2MdpANWH2VgoH5ATWbwnh8nbmXImV8HGHQDhMyz&#10;N27sX0eimXBPYjGRDnGnZOl+aHL2Z3dqtHQ/ae1V6XWBbE0/vHakbncmAndab/wEMnsJcRKxwmws&#10;aauhe23Pa4yQAG9QbVB9a3C9bv9pw3IgcJ9VDnN4cjI++HSgc5olV3UPdHgD4XlydcmwMWm1c/Sf&#10;zWt+dN+Oe20gdbh79m6tdoxoenAwd2BT7XGheC49/nLJeNwkh3LmeSYDmXnrekaukmeCfh+eJmlm&#10;fi2M2mshfi56lWzHfilnOG5pfjBS2W/ufjs9HHEXfjwj0nDhfhADW3pTfiutEGWfiEecs2eYh4uL&#10;bGlphrp5LmsgheFmE2zRhRVR125shGc8S2+Sg8cjMG8Gg1MDJnqtgYKr1mQYkn2bgGYfkPyKQWf6&#10;j1l4Dmm/ja9lBWt6jBpQ9m0Wiq87lG46iYgioG1diR8C+nr5ggOq3GLcnLWaiWTsmnKJS2bLl/53&#10;H2iVlYVkJWpckzVQNmv+kSY6/20Sj48iL2vqjtwC1Xs3geqqI2Hspu2ZzGP+o+mIhGXZoKh2Vmef&#10;nWJjYGlqmmFPgGsUl9E6bmwhlhYhyWqqk5ACt3tqgdaprWFFsR+ZRmNUrVuH6GUiqU11sWbcpUVi&#10;xWiioaRO+mpKnrY562tKnPohT2mKloUCn3uTgcWlpHcVXsOWenevYbqGNHhcZHR0p3kUZvth8HnT&#10;aWdOBnqba7c4i3tmbb8ey3w7btMAAIAAcmCkeHR5aI2VWnVUao6FAXYlbGlzi3b2bidg7nfLb9VN&#10;InijcWw3w3lmcsceKHnYc1EAAIAAdwWjNnIXclCUAnMfc26D5HQOdHRyaHT4dWZf7HXgdlNMRnbH&#10;dzY3EXeFd+0dnXeSeAcAAIAAexihxG/1e/eSjXEXfE+CWHIffIxxGXMefLleuHQlfOlLPHUefRg2&#10;NXXVfTYc83V3fQMAAIAAfqKgbG4mhZyROG9ahTuBCHB1hLdv1HGDhB9dtHKUg5BKVXOfgxc1fHRN&#10;gq0canOFgm8AAIAAgACfUGyvj1aQIG3vjj5/+G8TjPduzXAsi51cvXFFilVJjXJMiTY023LyiGMb&#10;73HLiEsAAIAAgACebWuAmROPPGzIl0d/FG3ulT9t8G8Lkydb7nAukTRI3HE3j4g0WXHFjnEbkHBd&#10;jVgAAIAAgACdxGqWotOOimvjoFd+WG0FnZFtNW4dmrxbNm9CmCtIMHBSlhkz0XDUlR8bOm81kXoA&#10;AIAAgACdVGnxrJeOCGs9qXJ9wWxUpfJsl21fomtapW59n01HtW+KnQMzVm//m3gaxG5HkhkAAIAA&#10;gACYUH+XXlqKSX9wYUZ7GH94Y/hqln+eZnZY2H/XaNVFxoAuaw0w5YC+bN4WtYI9bTQAAIAAdlyX&#10;U30bZ5iJRn05aaR6AX1ka4dpkX2cbU1X7X3jbv5E+35BcI8wOX69cckWNn+zcbsAAIAAemeWOXrX&#10;cL6IAXsgcgF45XticydoeHuwdDdW+nwIdTpEL3xwdikvl3zbdtgVxX1IdoUAAIAAffOVBXjEeeeG&#10;vHkqenJ3l3mFettneXnhezlWEHpOe45DcXrAe9wvCXsbfAoVZnsde6YAAIAAgACT03cHgw6Frnd/&#10;gvN2hHfqgrBmTXhSglJVH3jHgftClnlIgbQuV3mSgXYU6XlNgVMAAIAAgACS1HWkjEuEqXYmi4d1&#10;hHaXipFlWHcGiYNUOnd+iINB4Hf2h64txngwhy0UgXfGhqYAAIAAgACSB3SClYmD23UMlCN0t3V9&#10;knxkkXXukMFTfXZsjylBQXbijeEtWnb8jVMUOXZ+ixYAAIAAgACRanOgnsyDN3QwnMp0C3Semnhj&#10;53UImBNS13WGlfNAoXYAlGYs2nYHk/4T9XV3jX4AAIAAgACQ/XL9qByCunOPpYpzfXP0opNjVXRR&#10;n49SU3TGnP1AM3U5m2osbHUzmYwTi3S0jTcAAIAAgACLLIh+XfB+EYetYMdv04cdY2pgR4a4ZdtP&#10;dIZxaCc9K4ZmajsovIbta7kOBoj+a0cAAIAAedOKUYY0Zq19OoWkaLVu7IUtappfc4TObGJOuoSK&#10;bg88j4R8b48oQITfcI8N14ZJb/UAAIAAfViJXoQHb1N8HYOkcKNt7YNCcdted4LzcvpN34K7dAs7&#10;2IKxdPons4L3dYcNnoPndO8AAIAAgACIT4IUd+h6+oHFeJdsuIF4eSpdhIEyeahNAIENeh47I4EH&#10;eoEnLIEyeqsNZoHRel0AAIAAgACHSoBWgIt5/YAbgKNrwn/fgJZci3+mgG5MZ397gEk6qH99gC0m&#10;3H+OgBANUn/+f+gAAIAAgACGaH8HiU95Nn7YiNNrAn6biCNbwn5eh1ZLjX43hpc5/X4shgkmUX4k&#10;hdkNDX56hKMAAIAAgACFsX3zkhF4eX3MkQZqR32Nj7dbDX1OjlBK3H0pjQ85Zn0WjCwl9XzjjDoM&#10;6n0yiJYAAIAAgACFIn0dmtV353z7mURpsHy3l19aeXxvlWJKSXxGk7I403w0krElgnvmkkoMy3wn&#10;iKYAAIAAgACEuHx/o7F3dHxgoaxpL3wTnzhZ9nu8nLFJ1nuHmqw4dntrmeAlJnsMlyMMintfiHoA&#10;AIAAgAB+Q5H5XWZx2pCRYBpkaY9xYqZVuo6DZQdFvo3DZzk0H41yaRsf0o5WahcGTo6ZahQAAIAA&#10;fMt9e4/oZahxKo6wZ6Bjso2ZaX9VGYyka0NFNovcbOUztYt9bkUfjownbuAGaov2bvAAAIAAf958&#10;ro3XbdFwOozFbyNi5Iu8cGJUTorQcY5Ei4oNcqMzLompc4YfNoojc8wGd4mfdCsAAIAAgAB7yYvt&#10;delvRIrudqph3on5d1RThYkTd/FD14hdeHsyo4f2eOce3YhGeO0GfIeSeb8AAIAAgAB66YpKfgVu&#10;eIlYfkRhGYhrfmRSsIeOfmpDUYbLfm0yNoZnfncenYaMfmMGjIXGfq8AAIAAgAB6Ioj6hkRtuYgW&#10;hftgXocqhYdSC4ZChPhCuoV8hHEx8oT3hCAeboT5hDsGkYQ8gtsAAIAAgAB5g4f0joxtOocajc5f&#10;44YnjMpRd4Uwi6dCGYRpirIxYIPeijIeKYOjiokGi4LzhGwAAIAAgAB5BIcqlt1suYZUlbFfXYVZ&#10;lCdQ9YRVknxBmoODkTEw1IL4kMgduIKbj9YGiYHlhGsAAIAAgAB4ooaSn01sUoW+ncte6oS4m8ZQ&#10;goOlmaJBNoLCmCUwhoIml7YdgYGvk/MGfYEUhGMAAIAAgABxr5vYXLJl8Zn3X0JZO5hgYbRLTpb8&#10;Y/s8CpXaZgcq4pV9Z54WLpeFZ8cAAJMNab8AAIAAf0pw95oOZIxlZ5hHZm9YtJaiaEBK4ZUjafg7&#10;tpPqa4Mqr5NubKsWMJUXbJQAL5C+brYAAIAAgABwT5gTbEJkopZqbY5YDpTLbsxKP5NNb/s7NJIR&#10;cQkqVpGCccoWFZLccYUAc45wdDMAAIAAgABvk5Yxc+Nj0ZSWdK1XK5MHdWVJjZGPdhI6mZBbdqgp&#10;5Y/BdwkV3pDZdq0AooxreUQAAIAAgABu15Sbe5BjF5MMe+JWcZGCfB1I0JAJfEM6Eo7PfGcpdY4x&#10;fHwVnI8OfDoAw4qqfaYAAIAAgABuMpNbg1pifJHWgz5V3JBIgvtIO47KgqE5hI2GglYpMIy+gjcV&#10;do1kgmgA4IkngJcAAIAAgABtrJJPiydh9ZDViqFVVI9FieRHs42/iRU5Box2iHYoz4udiFEVdYvj&#10;iAQBA4ffgK8AAIAAgABtQpGLkwphsZAXkjVVEo55kQFHaYzTj7E4vIt0jtMocIqejwQVGYrHjKAB&#10;GobRgL4AAIAAgABs75D4mw5hX499mfhUuY3UmF9HEIwglrE4coqxldEoOYnFlScU/InJjjABJ4YD&#10;gMgAAIAAgABlYqZXW7BaEqQfXhVN8KIjYGVAq6BbYo0x8p8FZGgg558TZYoL+6G7ZRoAAI2UbdIA&#10;AIAAgABks6TMYydZpqKOZPFNk6BtZrBAbJ57aFYx0pz/ab8g85zVaooMT576af0AAIv7cswAAIAA&#10;gABkK6LoanVZDKC4a7hNGZ6UbPE/+Jyabh4xf5sRbxog0JrBb5UMfZxsbwYAAIp7d6IAAIAAgABj&#10;naEHcatYa57icnpMaJzJczw/dZrRc/UxEZlIdI0gkJjedMMMjpoZdFUAAIkUe+UAAIAAgABjDp9u&#10;ePBX4Z1TeVhL3ps7ea0+45k/eewwtJepeicgTZctejEMjpgBeioAAIfRf5wAAIAAgABikJ4sgFZX&#10;cZwWgGFLdZn4gEg+fJfzgBowVZZOf/ogJZWif/gMlZYegBEAAIa0gAAAAIAAgABiJp0th79XGZsY&#10;h3lLJJjwhvg+KJbchmYv+pUyhg4f5pRthkQMrJR0hQ0AAIXOgAAAAIAAgABh1ZxejytWzJpKjptK&#10;05gcjb492JX9jNsvrpREjHYfi5N+jK8MiZMliHoAAIUhgAAAAIAAgABhlZvLls1Wv5muliRKxZds&#10;lO89vZUok6wvq5NKk2cfsZJbke8Mv5HsiJ8AAIScgAAAAIAAgABZI7GtWmROGq9SXI1CZK0ZXqo1&#10;nKsYYJ4nLKnjYiMVk6thYmgDRam2Y1oAAIjncf0AAIAAgABYcLBnYX1Nuq3iYxtCI6tqZLk1f6ku&#10;ZjonOqe9Z2AV6qjPZ3AD0qa/aFEAAIegdrIAAIAAgABYCK6SaGhNSqwLaZBB0KmJarQ1OKc4a84n&#10;GKWsbJoWCqZzbHwEOaPzbXgAAIZnet0AAIAAgABXrqynbzpM36omb/1BV6eocLk056VVcW0m36O8&#10;cewWCqROcasEhKFccvwAAIVBfooAAIAAgABXUqr9dhxMiqiCdopBBKX/duo0iqOmdzMmuqH1d20W&#10;CaJddykEwp8GeOEAAIQ+gAAAAIAAgABW/6mtfSNMUKcqfUpA1aSdfU40XqI3fT8mkqB0fTMWG6CX&#10;fRYE/5zvfhYAAINegAAAAIAAgABWuqighC1MKaYShBZAuaN1g8c0QaECg2wmdJ80g0cWHZ8tg4cF&#10;PpshgnoAAIKtgAAAAIAAgABWhafSi0NME6Uyiv1AqqKDimc0Mp/+ic8mXZ4hicoV/54RiTYFTZmr&#10;g5YAAIIWgAAAAIAAgABWYqc0kn5MDKR6kiJAp6G6kVU0Lp8jkKQmZ50vkJkWJpz2jeQFaphwg6kA&#10;AIGAgAAAAIAAgAC1JmFTWbKj/mPRXQOSNmYvYDd/hmhxY0xr3mqfZkZXKGyuaSVBKm5ia88n627a&#10;bd0GuXSjbsWzKl3OZGGicWCaZqyQ1GM2aOZ+S2WuaxBqumgNbShWHmpAby5ANWv8cQYnGGwScl4G&#10;Y3U1c0GxTlqxbwGgql2zcEqPTWCDcYx81mMmcs5pbmWsdA1U+2f+dUM/Pmm7dlYmUWlldwoGF3W1&#10;eCKvdFfleYGe3VsWedyNjF4Jejl7WWDSepdoFGN/ewFT1GXqe2s+Tmeoe8Qll2bde+sF1XYkfJqt&#10;vlV4g/KdRljOg3WMBFvjgvZ53l7Fgnlm4mGMgghSyGQRga89dmXKgVgk8mSEgREFnXaDgG2sUlN2&#10;jmab91bpjRiKzFoUi8B4uF0Nimplzl/kiShR52JwiAo8vmQlhxkkYmJ1hp0FbnbTg6arLVHPmNWa&#10;6lVYlraJ0FiRlIN3yluYkllk716AkFRRJGEUjoU8KWK4jQwj8GDIjKIFRncWg5GqUFCEozaaHlQb&#10;oEOJCldanTd3DFpkmjtkN11Ul4BQeF/xlR47nGGKk1Yjjl9skewFJndMg3upwU+YrXWZklM0qaCI&#10;eFZspbl2eVlwofhjsFxenplQBF76m8U7KGB/mgUjIl5Flh4FDXd3g2qoF2jbWUmYY2qpXK+Hz2xr&#10;X+Z2JW4fYvBjZW/KZdxPf3FfaKc6InKvayog6HLxbMwBTH3PbvOmgWWIY3eXNGelZeSGvWmaaDF1&#10;LWt2amNigG1CbH1Os27xbn85dHA+cEUgW3ACcUwBLn4Bc8ek3mKIbY6Vf2TZbw6FN2b7cHhzuGj/&#10;cdRhOGrvcyZNlmy4dGk4gW39dXwfnW0udfkBFH4teGWjNF/Xd4iT1WJQeDCDlmSUeMdyX2a4eVFf&#10;/mjNedxMjGqqemM3q2vmes8e+mqdeuEA/X5UfGahqF1/gX2SYGAZgV2CLWJ8gSZw/mS4gOJe6Gbh&#10;gKRLl2jUgHc26GoDgEsea2h0gB0A6n51f9SgY1uQi3uRK15CipaBCWC4iZJv6WMJiINd5mVAh4JK&#10;yWc1hqM2Q2hYhfgd7marhdoA2X6RgJOfX1n5lXSQMly8k8yAGl8+kftvBmGbkCRdEWPijm9KE2Xc&#10;jPM1v2bli+Edj2Uzi4wAzH6ogIqenVi7n2GPc1uInPd/WV4NmltuSmBsl79cWmK4lWFJaGS5k2k1&#10;N2WykjcdOmQEkDYAwX66gIKeHVfYqTaO6lqlpgx+w10joqdtsl97n05b0GHEnFhI9WPCmgc0w2Si&#10;mOUcy2MNk3gAuH7JgHybNnCyWPeM1XHMXGB9Z3LxX5BsvHQbYoxa4XVEZWRHwXZnaBMy8ndoamAZ&#10;XnfNa1oAAIAAch2Z4W2HYo2Lo27uZQ98MXBBZ2lro3GMaaFZ5XLRa75G5nQHbboyOHT1b2AY0nTJ&#10;b9wAAIAAdsiYhWqhbCCKP2xAbcd7EW29b1VqhW8mcMZY7nCDcihGGHHJc3QxmXKldHwYY3ImdJMA&#10;AIAAeuKXBGgFdZmIwWnLdn55g2tnd0ZpOmzsd/lXvm5seKNFFm/CeUEwx3CJebcXym/seYwAAIAA&#10;fnGVoGXGfw6HZ2emfzx4M2lef0Zn+Gr5fzlWxmyIfyxEOW3tfygwGm6efx4XUm4GfvAAAIAAgACU&#10;e2PqiJKGTGXfiAp3Jmemh1Zm92lThoxV1mrthcxDf2xOhSsviGznhL8W6WxyhMAAAIAAgACTj2Ji&#10;khKFZWRmkNh2RmY2j2ZmIWftjeJVDWmSjH1C1mr0i1YvFWtqiqwWnWsjiccAAIAAgACS3mEum4mE&#10;smM7maF1jmUOl3VlbmbDlTpUXmhtkz1CL2nSkbIuk2oukSUWVmoVjeUAAIAAgACSZmBNpPOELmJd&#10;omd0+2Qpn4Rk2WXWnJxT2Gd6mhdBwWjZmFMuImkYl2AV5WlMjs4AAIAAgACOfHjnWLGBJ3lSXAly&#10;t3nhXyhi/nqEYhNSAXsxZNQ/nXvvZ14rPHzFaVsQ3n5QaWAAAIAAdgmNUnXhYbqAEHaZZEBxnHdS&#10;Zpth/XgPaNNRH3jPaus+3XmVbNMqn3pHbkAQiHuFbfYAAIAAeh+MHXMbarV+vXQJbHlwe3Tjbh1g&#10;5XW7b6JQMnaPcRI+Gnddcl0qC3ftc0UQPXkQcssAAIAAfbWK1XCTc7J9a3GodMBvKXKhda1f6HON&#10;dodPT3R6d0s9Z3VPd/spjnW9eGkQA3bsd/AAAIAAgACJk25rfK58UG+ZfRZuC3CpfVdeuHGlfXpO&#10;XXKefZo8inN9fboo3XPGfcMPoXUlfZ4AAIAAgACIiWykhbZ7R23jhXptDm7/hQxdx3AJhIJNf3EH&#10;g/8743Hbg5koW3H/g2UPWnOhgvoAAIAAgACHsmssjrp6dWx5jd5sQW2cjMNdAm6ri5FMxm+wins7&#10;SHB+iaYn+nBwiWkPLnJZh3AAAIAAgACHDGoCl7l5zWtYlkRrlWx8lIFcXW2JkqlMI26OkQ86qm9b&#10;j/YngG8nj+wPAHFQiiUAAIAAgACGl2kkoLN5T2p/nrRrCmuenFFb0Gyhmd5Lp22dl9I6RW5flq4n&#10;FW4JlWUOp3CRiegAAIAAgACB14GLWF11WIFYW5dnxoFaXqFY7IF9YXdIwYG4ZBs3A4InZnEi0YMd&#10;Z/gI54SkZ98AAIAAeXOAy362YOJ0aH7KY19m1H7tZbVYF38eZ+dIC39gafI2cH/Ka7kiZ4CEbMkI&#10;34HpbJoAAIAAfQZ/unwNaV1zOXxWayllzXyXbNhXGXzcbmZHMn0tb9g1vn2WcRMh5n4YcbYIxX+G&#10;cZsAAIAAgAB+mHmmccpyDnoNcvdklnpodAVWLnq7dPdGW3sgddM1F3uHdoghdHvUdtAIsn1wdwsA&#10;AIAAgAB9gHeJektw+XgLetxjjHh5e0lVLHjae5lFtHk/e+E0i3mpfBshGXnAfCAIqnuhfJYAAIAA&#10;gAB8j3XXgt5wLHZrgt9izXbhgq1UX3dGglxE5XesghAz8ngCgd8gn3fjgdUIg3ofgVwAAIAAgAB7&#10;y3Rxi2pvZnUQit5iDHWJihBTpXXxiShENHZYiF0zXHagh9kgSnY7iA8IcnjYhVUAAIAAgAB7MXNS&#10;k/BuznP7kuBhc3RzkX9TE3TVkARDo3U5jswyy3V6jisf3HTgjg0IY3fOhasAAIAAgAB6vnJ4nHxu&#10;V3Mnmv1g83ObmRBSk3Pylw5DNXRJlYEydHR6lRIfgXO2ktYILHcKhYYAAIAAgAB1Toq3V9ppgIn7&#10;WvBcsol8Xd5OpIknYJs/NIj+Yxst84lKZSkZf4r5ZfMB9YoUZxgAAIAAfF90WIgbX+dos4eZYlNb&#10;6IcuZJ5N+IbZZsU+qYaraLktjobiaksZT4gwarsCLIdsa/oAAIAAf4NzaoWRZ+dnrIU+abNbC4Tp&#10;a2ZNI4ShbPk9+IR4bmQtB4Shb30ZAIWZb6ACToUTcTYAAIAAgABycIM/b99moYMIcRlZ9oLHcjhM&#10;SoKMcz49NIJwdCMsbYKOdMoYnIM2dLICXYMKds0AAIAAgABxfYFCd+BluYEdeJFZDoDqeSJLXYC3&#10;eZg8mYCTefwr6ICpekIYSID/ehMCboFEe8AAAIAAgABwpn+Qf/Jk739/gCNYUn9VgCdKtX8hgAw8&#10;B374f/Ars37pf+UYM37zf+gCjX+9f/gAAIAAgABv9n45iAtkYX46h8ZXz34Nhz1KK33KhpQ7cn2b&#10;hgsrKX19hdQX930qhh0Cln52gcAAAIAAgABvaX0mkCRj130vj3JXRX0AjmdJqny1jTw69Xx8jGAq&#10;pHxRjDwXkHu0i1sCn31qgcYAAIAAgABu/XxTmEtjanxgl0JW03wslb9JO3vWlCI6l3uNkxIqW3tJ&#10;kv8XUXp1j48CkHyggbwAAIAAgABpA5R/Vwpd0JNIWfdRrpJVXMVEUZGVX2I1eZElYbAkcpGiY1UP&#10;T5SMYycAAIgJaZoAAIAAftRoHZIjXqhdH5EUYP1RCZAhYzhDzI9RZU41F47MZx8kPo8caFsPaZFt&#10;Z/oAAIYibmQAAIAAgABnUY+2ZjdcQI7MZ/1QUI3naa1DHI0baz00jYyRbJUj4ozCbW4PXo6CbOkA&#10;AIRec6cAAIAAgABmfo1xbbxbXoyebv9PYovJcCpCZYsFcTwz7IqAciAjb4qYcp0PN4vPcg4AAIK8&#10;eJoAAIAAgABlr4t9dUxaloq8dhVOm4nxdsJBnokud1AzZoifd8gjA4iid/0PDIlTd5QAAIFOfOUA&#10;AIAAgABk94nifPBZ7okwfUtOAIhnfXtBCYeffY0y3ocEfZki2YbMfaMPC4cSfbUAAIAbgAAAAIAA&#10;gABkWoiIhItZUofmhHdNaIcghC9AdoZUg9AyWoWwg4oigIVYg4kPM4Uhg0cAAIAAgAAAAIAAgABj&#10;3oeAjEVZDYbvi+VNL4YfiyRAP4UsijsyL4RnibAiNoQGigEO5YOgh/IAAIAAgAAAAIAAgABjfIax&#10;lBlYrYYhk3xMy4VNklM/4YRPkQYx44NzkG4iAoLtkCoO24JdigsAAIAAgAAAAIAAgABc4J7xVd9S&#10;Qp1ZWJ9GwJwIW0U5+Zr7XbgriZp9X74aSZvNYLgGhJxKYQQAAIOjbUkAAIAAgABcBpzdXR1RrJtZ&#10;X1VGN5n0YXk5lZjAY3IrUZgUZQwaUJkRZbQG35jdZeMAAIIQcjEAAIAAgABbX5qFZENQ9ZkbZfxF&#10;n5e9Z6I5BZaEaSYq6pXFalYaJpaHarUHF5WcauQAAICXdxQAAIAAgABatphAa1pQOJbnbJ5E0ZWX&#10;bc44apRhbuMqapOfb7EZ3ZQzb84HLpKxcCMAAIAAe2UAAIAAgABaDJZMcoFPkpUEc1tEMJO3dBw3&#10;xpJ8dLcqApGrdS0ZlJIcdSEHMZAqdd4AAIAAfy4AAIAAgABZc5S3echPBpN9ekNDsZIuepU3UZDp&#10;esMpmJAEet8ZcZAteswHO434e9EAAIAAgAAAAIAAgABY8JNrgRNOlpI+gTtDTJDqgSM27Y+XgOwp&#10;Lo6lgM4ZII6pgOsHUIwcgOAAAIAAgAAAAIAAgABYiJJciGBOL5E6iDtC54/mh8Q2kI6GhzYo3I1+&#10;hwYYt41zh0cHK4qjhNkAAIAAgAAAAIAAgABYN5GOj+VOCZByj6NCw48Vjs42b42Qjdso4oxXjcIY&#10;+YwIjKEHcolUhQkAAIAAgAAAAIAAgABQpqphVE1GYqiYVtI7TacNWT0u7KXkW2kghqXZXPcOl6ij&#10;XQgAAKAIYHwAAIAAcS4AAIAAgABPxqiUWypFxKbMXTc6v6UeXzIuhaPBYPcgW6NtYisOx6WyYgcA&#10;AJ1sZRUAAIAAdfgAAIAAgABPPaZTYe9FLaSWY446QaLrZRguEaF+ZnkgE6EHZ1YO0aLhZwoAAJre&#10;ae4AAIAAejwAAIAAgABOx6QLaKdEo6JZad45pKC2awEtoZ9JbAAfwJ6/bJEOxqA/bCgAAJh3bysA&#10;AIAAff8AAIAAgABOS6ILb3FEK6BrcE45M57FcREtK51McaQfjJylcfYOwJ3ZcY4ANZYAdQkAAIAA&#10;gAAAAIAAgABN16BqdmBDyp7TdvA45J0od1Us65ued5EfWJrXd5wO2Jupd14AcZPaelQAAIAAgAAA&#10;AIAAgABNc58TfVVDf52DfaI4q5vPfbAst5o3fZ4fJpldfYwO0ZnlfbUAsJIJfs4AAIAAgAAAAIAA&#10;gABNJJ4DhFlDSpxzhHE4gZq2hDIsmZkIg98fCpgSg+QOqph3g3sAtZCZgHsAAIAAgAAAAIAAgABM&#10;8Z0pi49DKJuUi4Y4ZJnQiwgshpgQio4fE5bziq8O2ZceiEQA3Y9ngJYAAIAAgAAAAIAAgACpzlrq&#10;U6mZrV3HV3yI82CGWzV3UGMsXsxkqGW6YkNQ4WgVZZU7wmndaKMjJWlwaukD53lnbMunwlajXiCY&#10;FFngYP6Hh1zuY8Z2DV/YZnhjgGKfaRBP1mUia40602bnbdAiZWXYb2wDyHmccWel3FLMaI2WR1ZV&#10;anOF+1mnbEx0lVzGbhxiMl+7b99OtmJecZA55WQYcxUhsWKxdBkDrXnKdmKj+U9Tct2UelMgc9qE&#10;PFahdNRzH1nxdchg4V0UdrtNmV/Qd6g5AWF8eHghCmAEePkDlXnyevWiMkxAfR2S4FBIfUSCvlP8&#10;fWhxr1dtfYZfxFqzfapMnl2Ifdg4Ol8hfgEgel3Jfh0DgXoUft+gsEmkh1mRi03dhrCBkVG5hf9w&#10;nVVOhU5ew1iphKlL2FuJhB43mF0Ng7MgAVv0g6ADcHowgiufdkdxkYqQeEvTkA2Ank/PjodvxFN/&#10;jQpd91bxi6pLJ1nYinY3GltAiY8fpFp1iZYDYnpIgkmehEWsm6SPo0oumUx/4E4/lvBvGlH/lKtd&#10;V1V/kp9KjlhskN82m1m5j7AfVVlAjtUDVnpcgkKd4kRfpYaPD0jwokl/VU0JnxVum1DOnBZc61RT&#10;mXJKNVc/l0g2QFhpliAe/lhEkv8DTXprgjydh2ImU4COpGRlV1h+9maVWwZuOmi3XohcYWrFYeZJ&#10;UWypZRc0s24GZ+0b122CaZsAAIAAbfCbxF4QXXSNXmCxYGR92mMnYzVtQmV+ZeZbhGe3aHdIkmm2&#10;auQ0F2sDbQEbZ2pNbiAAAIAActOaC1paZ1mLnl1DaWZ8T1/1a1xrzGJ+bTxaPGTibwlHd2b7cLwz&#10;K2gtci4aumeRcs8AAIAAd4OYUlb9cSaJ7loicl96rl0Dc4dqeF+2dJ1ZCGJFdadGdWRxdqQyYWWF&#10;d3YaK2U7d7YAAIAAe5aWuFQFeuyIdVdde195SVpqe71pHl0+fApYAl/qfFZFjmIofKQxrWMbfOUZ&#10;sGNEfO4AAIAAfxKVZFGChLWHPFUBhGR4K1gxg/poFVslg4JXDF3jgxJE1WAkgrkxGmD0goEZSGGl&#10;gqEAAIAAgACUUU9ojnOGP1MGjV93Q1ZPjCtnP1laivJWQlwridREK15uiOYwqV8UiFIY/GBNiEkA&#10;AIAAgACTgU24mBqFe1FtlkR2iFTFlElmkVfbklJVnVq3kJNDjFz6jy0wLF14jnwYuV85jO0AAIAA&#10;gACS9Ex3oZeE7VA3nwR191OTnERmB1armZlVJVmIl0lDLFvGlY0vyVwTlPsYWV5mkHYAAIAAgACR&#10;WGmsU2KDnmtMVy9082zwWsxlG26QXjdUEHAjYXhBrHGYZIAtdXKlZwkT0XPGZ8cAAIAAceSPymXD&#10;XL6CU2fAX7dztmmhYolkA2tvZTdTGW0nZ8BA2G6uahosx2+SbAITYXDnbFIAAIAAdpWOS2IqZiCA&#10;3WRyaElyj2aMaldi6GiBbENSKWpWbhdAFmvrb8UsOWylcRUTEm5dcQ8AAIAAerOMt17ob25/U2Fo&#10;cNdw/mOrciVhoWXGc1hQ/mfDdHg/G2ljdYArcWnrdkUSkmxHdgwAAIAAfkeLRVwMeLh98l61eWlv&#10;rWEgefxgYGNZenVQEGVseuY+R2cXe1Eq0Gdoe50SNGp6e28AAIAAgACKEVmgggh80lxqggduol7y&#10;gd9fZWFGgaBPJ2NngWQ9nWULgTsqTWUkgSwR5mj3gTsAAIAAgACJGVeZi09751p9ip5txV0Yibxe&#10;ll9/iMhOZGGuh+08+mNLh0Ip6WMnhv8Rs2ewhkMAAIAAgACIXFX2lIJ7MVjtkydtEVuVkY5d7F4C&#10;j+pNv2A2jns8W2HOjXEpb2FujUkRgmaqimIAAIAAgACH2VS6nZl6qle9m59sglpnmVZdXlzSlwhN&#10;RV8DlRY7+mCPk9MpCV/vk2gRJGXvi5cAAIAAgACFMHGSU0B4anKWVvNqpXOzWnhbpXTYXclLXnX3&#10;YOc5l3cOY7slmXf5ZdcLunrEZgIAAIAAdcKDx23SXA53N28wXwNpgXCEYc5apXHNZHNKgnMGZu04&#10;4XQiaSQlC3TIarYLjXf3aqoAAIAAeeGCcGpdZN110mwBZxdoWG2DaTJZjW7uaylJmHBAbP84I3Fe&#10;bp4kgnG8b7ILZXWCb4oAAIAAfYCBDmczbbB0cGkMbzdnAGq2cKFYlWxAcfJIvW2ucyI3fW7MdCsk&#10;F27hdMsLTnNedLMAAIAAgAB/umRydoBzSGZzd2Nl3Gg+eCJXYGndeMFHz2taeVQ2pGx4edMjbWw5&#10;ehULCnGbemUAAIAAgAB+oGIdf1lyN2Q5f5pk3GYbf61WcGfQf6NG9GlUf5g2Bmpff5gi92nKf6MK&#10;33AYf8cAAIAAgAB9vGAoiCZxXmJah8pkD2RMhzRVrmYNhoZGPWeYhes1cGiThYIipGekhYoKy27P&#10;hEMAAIAAgAB9Cl6RkOVws2DUj/ZjZGLQjrtVDGSUjWtFn2YejFA01GcKi6UiLmXYi+kKs23qhzwA&#10;AIAAgAB8i11XmZJwMl+omCBi22GllkpUhGNklGFFKWTlktY0eGW+khshyWRikVEKa25khwsAAIAA&#10;gAB4/XnuUv5tBHpiVo9gDXsAWfZR13uwXSlCR3xoYB8w/31BYq4c4n5sZCMEhIDpZO0AAIAAeSB3&#10;s3ZgW0hr9XcoXi9fDnfyYO9Q/3i4Y4VBlHl9ZeYwdHpHZ+ociHsFaPEEm34pabIAAIAAfMB2fXMN&#10;Y5dqsHQXZdRd/HUJZ/NP/HXqaetAuXa/a7gvxXd9bTUcEHfLbdYEnHvFbrkAAIAAf+91RHAFa99p&#10;c3E6bX1cunJPbv5PEHNFcGA/4nQucZovIXTfcpYbpnS6cuIEn3mxdCgAAIAAgAB0E21XdDdoS26w&#10;dTpbom/edh1OBXDndt4/PHHWd4wumXJ7eBIbWHHueCIErXgZebMAAIAAgABzDmsYfJ5nb2yPfRNa&#10;2m3PfVpNMm7ifX4+am/OfZwuAHBSfb0a4W+IfcIEmHg8foIAAIAAgAByOmkzhPlmoWq+hORaFmwK&#10;hJFMeG0lhCI9um4Qg8Qtbm51g5camG2Ig94Emng4goMAAIAAgABxkmenjUZmAGlDjLFZeGqWi81L&#10;5Guwis49KGyTigYs3GzfiboaK2v2icwEmXg6gxwAAIAAgABxFWZxlY1lhGgalI5Y92lwkyJLZWqD&#10;kZ48vWtYkIAsimuFkF8Z0Gq0jogEbHiHgv0AAIAAgABsxYLZUnthgoLNVedVSIL0WSxHy4M5XD04&#10;1oOhXwEn2YR4YSwS9Ia7YZUAAIM6Za4AAIAAfANrln+EWk5gkH/BXSFUZoAHX9BHEIBVYlM4Q4C5&#10;ZJAndIFrZkQS14L7Zl8AAIEJamIAAIAAfzZqhHxTYiNfb3zLZF5Tdn0yZnxGLn2QaG43i334aicm&#10;6n6Ka2cSlH+Jaz8AAIAAb3oAAIAAgABpbXlmafheTnoEa6FSUXqFbS1FS3r3bpg2v3tob84mTHvb&#10;cKESOXyPcEgAAIAAdP4AAIAAgABoY3bVcdNdVHeQcvVRXXglc/VEUXiidNE2I3kLdY0lyHlgdgMR&#10;9Xn4dZ4AAIAAeeIAAIAAgABnc3SgecVccHV4emJQiHYeetVDmnadeyU1f3b/e2QlfXcfe5IR13e5&#10;e2AAAIAAfgkAAIAAgABmrnLIgbNby3O9gdtP9nRrgcVDC3TjgYw06XU5gWMk93UvgWQRqXXagYkA&#10;AIAAgAAAAIAAgABmEnFJiZpbNHJNiVVPYnMBiL1CgnN0iAU0Z3O7h4skcnOJh5sRS3RqhsEAAIAA&#10;gAAAAIAAgABlmHAWkYZavnEokOpO63Hgj9tCE3JLjrM0C3J+jgIkL3IhjjYREXM/ivAAAIAAgAAA&#10;AIAAgABgpoxvUZhWB4vtVNxKd4upV/09nIuVWuQvGovXXWUeCI0pXvoJgI5qXykAAIAAaWkAAIAA&#10;fnBfj4lSWP5VK4kRW7tJqojeXlU89YjEYLwuoYjuYsYdyYn5Y/gJpIqoY/0AAIAAbikAAIAAgABe&#10;n4ZBYGNULYYxYphI14YXZK88L4YEZpYuBYYkaCkdYob1aP0Jo4dRaOsAAIAAc2QAAIAAgABdsINo&#10;Z8lTMoN3aXpH1YNxaw07Z4NqbHotVYOJbZwc44QkbhgJhoRnbgwAAIAAeFsAAIAAgABcxoDobz1S&#10;ToEScHFG9IEccYU6i4EVcm8swIEncy0cZ4GOc2MJYYHjc4oAAIAAfKwAAIAAgABb9H7HdsRRiH8K&#10;d4VGPX8feBw53X8XeI4sI38UeOIcJX8oePEJWn+0eZkAAIAAgAAAAIAAgABbPHzwfj1Q131PfpJF&#10;mX1vfrQ5R31kfrcrm31Pfrob0X0kfsQJjX3SfzMAAIAAgAAAAIAAgABarHt5hctQdHv5hc5FRnwb&#10;hXg5BnvxhP0rb3u2hMMbjXtahRsJUnxcg98AAIAAgAAAAIAAgABaO3pKjWxQBXrXjStE2Xr/jG04&#10;p3rNi5IrJ3p1i0gbYnnZizIJTHsqhkkAAIAAgAAAAIAAgABUpZbcUD1KjJXxU1U/iZVPVkozJpUC&#10;WPokz5V3WxYS75hSW6gBgpSlXY0AAIAAbRQAAIAAgABTnpP9Vz9JvJNEWeA+xZKnXF0yiJJEXpsk&#10;Z5KIYE8S2JTnYJkB1JEKYmkAAIAAcfgAAIAAgABSy5EMXj9I3JB5YGc+Co/sYm0x2I+HZDkj5I+v&#10;ZYcSm5GkZY4CBo3LZ2cAAIAAduQAAIAAgABSAI5CZUBIBo3IZvE9KI1LaIExL4zpaeEjVI0BatAS&#10;So6Tap0CH4rwbKQAAIAAezwAAIAAgABROYvIbFVHRItpbZY8a4r3brUwdIqPb54i44qKcD0R/ou+&#10;b+YCLYh4cloAAIAAfwYAAIAAgABQgomrc4BGmYlndFw70oj9dQ0v6oiMdY8iaYhoddcR4okfdYgC&#10;RYZVeEoAAIAAgAAAAIAAgABP4ofieqlGDIe4ey07WIdUe3UvgIbVe5ciBIaTe6YRqIble4sCcISC&#10;fVcAAIAAgAAAAIAAgABPYIZjgcRFiIZSgfA62IX2gdcvDIVwgachm4URgaYRL4UYgcMCYYMRgXUA&#10;AIAAgAAAAIAAgABO+IU0iTNFWoVGiUA6uYTziL0vEIQ4iBQh7YODiBoR5IMdhyQC14G0gewAAIAA&#10;gAAAAIAAgABIWKJxTl8+36E8UUI0aaBnU/YoWaAoVk4Zw6FzV78Io6MbWGUAAJGUX+QAAIAAcHoA&#10;AIAAgABHR5/mVP49+J7sV3czeJ4aWcUnj52vW7wZRZ6hXNgIp59zXVkAAI7cZH4AAIAAdVEAAIAA&#10;gABGm50NW509NJwtXawywptvX44m25r5YSQYw5u9YeoIl5vOYlAAAIxDaVEAAIAAeakAAIAAgABG&#10;B5o8Yjo8hJlvY9wx9pi8ZVYmQJhHZosYR5jtZwYIgJhMZ18AAInebnwAAIAAfYAAAIAAgABFZJe4&#10;aOg73ZcMaikxXpZYa0AlqJXSbAoX+5ZMbEsIdZUPbK8AAIfGdC8AAIAAgAAAAIAAgABExZWTb747&#10;SpUKcKcw5JRbcV8lTJO+cdMXuJQAcdAIkpIpcmQAAIYQeWcAAIAAgAAAAIAAgABEO5PCdpw6z5Na&#10;dzkwgpKud5Yk+JIBd7wXaJIed5kIgo/SeJsAAISyfcoAAIAAgAAAAIAAgABDyZJBfZA6bZH2fe0w&#10;MpFPffgkw5CIfdoXQpBzfcgIUo3wfngAAINFgAAAAIAAgAAAAIAAgABDgJEEhMY6JZDOhPQv8ZAy&#10;hLMkmY9ZhGUXSo8FhIcIhYxZg1gAAIJxgAAAAIAAgAAAAIAAgACe+1PVTdWPyFcIUh2ABFoiVlBv&#10;XF0sWmNdpWAZXlFKv2K1YhE2cWRjZYEeX2OWZ/QBe32Aaxmc0U6FWAiOFFIuW29+hFWyXr5uCFkR&#10;YfJcb1xDZQZJq18HZ/Y1gGCYap8drWAybHYBi31kb8+a2kmsYj6MO03AZLl871GcZyJsilVBaXtb&#10;IFioa75IjVuKbeg0mlzzb9odDl1KcSQBmn1LdOKY6EU8bGSKa0mzbfl7Mk3Ub4hrH1G5cQ1Z2lVW&#10;coVHflhOc/AzyFmFdTQcf1radgYBpn02eYuXCkE2dniIy0YKdzh5vkp5d/VpvU6PeKpY2FJceV5G&#10;nFVoehAzF1ZmerMcCljTeyoBsX0kfYiVZz2pgH6Ha0LUgGx4m0eLgFxow0vcgEtX70/GgD5F91Le&#10;gEMykVOggFgbq1cpgKgBun0UgOWUCjqWinGGSkAPiYh3sUUGiKdoAUmJh9RXO02ThxVFXFCthnsy&#10;LlE1hiEbZ1XKhpIBwn0IgTCS9TgGlD+FZT3AknZ2+ULtkMRnbkeYjzVWuUu7jdZE3E7UjLYxw08Y&#10;jBsbMVSvi8sByHz9gTSSMzYPnbSEvjvymwd2cUFCmIZnBEYJlktWbEo/lGNEpU1ZkuMxiU1eklAa&#10;91PPj/ABzXz1gTiTg1q+Te6FQ11hUiB2W1/9VjlmfWKKWi9VgWT5XftDPWcXYY8vT2hAZLEWqml1&#10;ZlQAAIAAbdKReVWZV5mD1Vi7Wv51LVu2Xkplf16NYXZUo2ExZHhCgGNqZ0ouuWRdabcWTmZgatoA&#10;AIAAcrCPmlDkYUmCAlRtY9dzmVe5ZlBkAlrPaK9TVl2lavJBY1/xbRAt0WCdbtoVsWPgb4oAAIAA&#10;d2KNykyTauuAR1BzbKdx9VQBblZitFdSb/JSKVpZcXhAalyvcuctE10KdBgVOGG4dHMAAIAAe3aM&#10;HEiudIZ+xUzbdXtwklCtdmNhYFQsdzxRNFdceA0/lFm7eNQscVm6eXsU1V/neawAAIAAfvOKsUVI&#10;fht9hEm4fk1vek3EfnJgZlF2foxQTlS/fqk+9FcdftQr9VbAfwkUh15kf1gAAIAAgACJiEJbh558&#10;fkcGhw1ul0tEhm1fnk8ehc1PlFJ+hUM+WFTUhN8rm1RMhMQUVV2ihPoAAIAAgACIoT/wkP97skTK&#10;j61t4kkwjkpfAU0mjPNPA1CVi9A9y1LcivkrLVJHisYUKl3riZsAAIAAgACH/z4Rmh57HEMMmBZt&#10;VkeKlfVehkuSk/JOoE8KkkU9glFFkR0q4VCtkRMT315pjUAAAIAAgACIHWHsTgx6w2QHUh1ssWYm&#10;Vhddm2g5WexNVmouXZE7pGvaYO8n8myYY6kOk3DrZGgAAIAAcbSGJ1z5Vxt5SF+LWndrY2H+XbZc&#10;e2RRYNNMWWZyY8M6zGgpZnUnQmiHaJQOQ24RaP8AAIAAdmiEblhiYEZ3tFtbYt9qLV4cZWNbXGCj&#10;Z8VLaWLoagM6C2ShbA0muWSSbZkOE2uHbcUAAIAAeouCu1QwaWl2F1d5a0JolVp0bQtaFF0wbrpK&#10;P1+gcEo5FGFVcbQl+WDIcr0NuGl4cs8AAIAAfiOBMlBrcoh0qlP0c6pnQVcpdLlY1FoPdbJJXFyf&#10;dp04TF5Ld3ElZ12DeAkNfmkxeDoAAIAAgAB/600he6dzgFDhfBdmNlRHfG9X31dWfLVIe1n2fPk3&#10;sluQfUMk9lrMfYkNUml8fgkAAIAAgAB+4UpNhLRyjk48hHhlW1HKhBlXGFT4g7BHwFelg1k3GVkm&#10;gykkpliRg0QNPGmhgxMAAIAAgAB+E0f1jaVx0kwKjMNkqk+2i7JWd1L4ipxHJ1Wqibg2hFcKiSsk&#10;N1bCiWINJWnIhzYAAIAAgAB9gkYglmdxSEpTlPJkH04RkzZV81FbkXpGulQLkBc2MVVPj1Ej31VQ&#10;j2QM4Wo8iLUAAIAAgAB8lWlzThNwBmsNUfxiumy3VdJUYW5YWYNExm/dXPszj3ErYBMf1HGsYjkH&#10;M3e2YxAAAIAAdYZ6s2SyVpFunGa3Wdxhg2ipXQtTWGp9YBVD4mwhYuoy0m1lZWgfRG1PZwoHH3Tq&#10;Z78AAIAAea15HWBFXyttF2KmYclgSWTaZE5SN2baZq9C8WiZaOQyEGnKas4eumlNa/cHDXQVbKUA&#10;AIAAfVJ3klwuZ9Nrml7aab5e5GFEa5dRO2NybVhCF2VLbusxbWZlcEUeWGXecQEHDnQTcc4AAIAA&#10;gAB2I1iHcHhqXltvcb1dtV4Jcu1QAmBUdAFBLWJBdQAwmmM7ddYduGL7dj0G53RVd4QAAIAAgAB0&#10;81VTeSFpQlhpecdcsFsrek5PEV2WerxAVF+JeyIwB2BYe4MdT2CJe7sG1nRyfOoAAIAAgABz/VKR&#10;gbloYFXPgcZb4VixgaZOUFsygXM/oF0mgU8vdV3EgUsdDF5+gYgG2HRvgWkAAIAAgABzPVBDijln&#10;r1OjiblbNlaeiPhNs1kqiCc/B1sWh4Yu3lt8h0EcnVzkh8UG03R4hJ0AAIAAgABys05wkppnLVHt&#10;kaJasFT1kEtNL1eCjuI+mFlhjdIuilmUjXkcQFuejRkGnXTThHkAAIAAgABw0XFzTeJlBnKTUaRY&#10;eHPNVVVK0XUGWN47zXYtXCAq53dDXtkWnXgwYBYAp37mYloAAIAAeNpvD2zrVdxju25qWRNXX2/c&#10;XC5J6XE2XyE7DXJqYdAqUnNaZAMWQ3QJZNcAzn6kZyEAAIAAfIRtlminXfdiUmp4YJFWNmwjYxFI&#10;2G2dZWk6Jm7dZ4gpmm+faTcVx3B9aa0A4H6GbCoAAIAAf7xsNWS0Zhdg+GbEaBJU4micafdH3mo2&#10;a705RmuEbU0o8GwRboIVXW1ubqkA835lcZYAAIAAgABq42EjbkZfuGNmb6RTu2VkcO1GymcXchY4&#10;o2hucyIobWjDc+cVG2rJc9oBE34udx4AAIAAgABpxV4DdoBeyGB2d1BS52KWd/9F9GRceJA3zWWj&#10;eREn2WWqeXgUrmiaeWcBEn4we/QAAIAAgABo3FtLfqtd7V3jfvRSG2AffwxFNmHyfws3G2MrfxMn&#10;R2Lefy8UcWa7f2YBJH4Tf/oAAIAAgABoJVkDhsBdRFu7ho9ReV4LhhdEoF/jhYk2iWEIhSkmtGBh&#10;hSYUBmVUhUQBMH3+gM4AAIAAgABnnlctjsZcxVoAjjNQ91xejTZEIl4yjCI2IF8/i2omZ15hi4kT&#10;sGQ4ifMBD341gLgAAIAAgABk43oMTVpZ3Hq4UPhOB3uIVIJBA3xkV90ydH1MWtshlH6AXQ0MzICg&#10;XXgAAIAAZZ0AAIAAe7RjRXXCVN9YqHbBWAJM/Xe6WwVAKnikXdgxyHmCYFMhHHpnYhEMtHysYj0A&#10;AIAAakgAAIAAfvRh8XGnXINXXXLuXxdL7nQSYZA/L3UPY9cw+nXmZdAggXZ4Zx4MfHlBZxoAAIAA&#10;b1YAAIAAgABgsG3VZDJWG29RZjRKsHCXaB0+N3Gsad8wHnJ+a1kf1XKzbD8MMHZYbCAAAIAAdNEA&#10;AIAAgABfhGpca+hVA2wEbV9JpG1pbrw9LG6Lb/MveG9PcPkfS28dcYgL/nPQcW4AAIAAebIAAIAA&#10;gABedmdGc7JUBmkZdKRIvmqcdXQ8amvHdiIuz2x0drAfA2vbdv0L9HGZdx8AAIAAfdMAAIAAgABd&#10;mGSTe3hTS2aVe/NIG2gzfDo70mlffGIuM2nofIseemkdfKwL12/CfT0AAIAAgAAAAIAAgABc52JK&#10;gzJSpGRtg0FHfWYhgwc7Q2dMgrMtq2ezgood7GbqgrcLim5cgnsAAIAAgAAAAIAAgABcYmBtiuxS&#10;JmKqiqVG/2RuifU6zGWViS0tS2XYiMwdqGUmiSoLWW0+hqoAAIAAgAAAAIAAgABY84NcTGBOq4OW&#10;T91DhIQEUz43CoSaVmEovIWAWQIXVoeJWlwEcYfVW6IAAIAAaTUAAIAAfhpXeH9OU3xNhH/VVopC&#10;eYBgWXE2LIDxXBsoE4GxXkkW8YMzX0MEjYQIYG4AAIAAbfEAAIAAgABWSHtaWrNMVHwfXUBBe3zJ&#10;X6o1Pn1fYdcnU34CY5EWa377ZC8EioC2ZVYAAIAAcyQAAIAAgABVK3eiYfVLMXiSY/1AVnlVZeQ0&#10;WHn3Z5omiHp/aOYV03r4aS8Ec33cam8AAIAAeCAAAIAAgABUGnQ5aUdKKXVSas4/VXYvbDYzYnbQ&#10;bWwl4nc3blgVR3eEbl4EWntpb+MAAIAAfHIAAIAAgABTJnEscKtJQ3Jvcbs+hHNkcqYyoXQGc2cl&#10;N3Q9c+sVBXSHc9MEYnlDdd8AAIAAgAAAAIAAgABSUW53eApIc2/neKk9xHD2eRox9XGWeWskoXGb&#10;eZ8UonImeYAEkHhKe3MAAIAAgAAAAIAAgABRpmwnf3RH723Mf7g9WG73f7ExqG+Jf40kZW9Sf4kU&#10;QnA6f7AEXHiigCcAAIAAgAAAAIAAgABRJWo/hvJHb2wBhuk83G1BhngxOW3OhfMkEW1khdsUEG6k&#10;hbgEUXi1gusAAIAAgAAAAIAAgABM742gStdDYI1qTjY41Y2DUWksvY3/VEQeVY9fVlcMgJHdVvYA&#10;AImKXDQAAIAAbK0AAIAAgABLk4nLUZRCOInmVIs3tYoXV1ArxYp/Wb4dmYuYW2wMOY0VW9YAAIZO&#10;YN8AAIAAcY4AAIAAgABKhYX6WGdBHIZLWuk2vIaUXTwq14bzXzsc3IfUYIQL5IieYL8AAINUZboA&#10;AIAAdogAAIAAgABJjYJUX0dAF4LIYU81q4MjYysqAYOBZL8cIIQxZasLiIS3ZcIAAICqat4AAIAA&#10;eusAAIAAgABIm37xZjw/J3+PZ840wn/+aTcpHoBPalcblYDBavgLO4Fgav0AAIAAcHkAAIAAfr4A&#10;AIAAgABHunvibUw+TXywbnAz/n02b2gocX19cCIa+32mcGwLE36GcIcAAIAAdlUAAIAAgAAAAIAA&#10;gABG+HkxdF09lXotdR0zXHrLdacn5nsFdgMacnrndhMK1Hw2dmwAAIAAe0cAAIAAgAAAAIAAgABG&#10;T3bQe2w863gDe9AyvXi8e/gnXXjtfAAZ+niEe/sKbXpvfK0AAIAAf3gAAIAAgAAAAIAAgABF03Tb&#10;grw8h3ZEguAyb3cggp8nOnc5gksaJHZyglsKzni1ggYAAIAAgAAAAIAAgAAAAIAAgABAmZlFSKs3&#10;spitS+Uto5iUTtQhqplRUTsSeZwyUlMDUpm+VGAAAISyX4oAAIAAcA0AAIAAgAA/N5W8TwQ2VJWO&#10;UdksLJWZVGIgS5ZAVmYRbpihVy8DCZUVWT8AAIGuZEAAAIAAdQEAAIAAgAA+QZIWVXg1OpIZV+Er&#10;HpI+WgIfOpLXW6AQoJTDXB8C0pDPXi4AAIAAaSMAAIAAeXQAAIAAgAA9b459W/00UI6fXfYqGI7V&#10;X6keZ49kYOgP/5DXYSoCqo0GYzoAAIAAblYAAIAAfVgAAIAAgAA8mosUYpozdItpZCYpRIutZXQd&#10;mYwiZksPp40QZmcCmYnFaIcAAIAAdAQAAIAAgAAAAIAAgAA7y4fyaV0ypoiHaoEokIjla2sdBolC&#10;a/EPP4mka9YCpocDbjAAAIAAeTsAAIAAgAAAAIAAgAA7FYUpcCkx9IX+cO8n+IZ3cXkcjYa/cbQO&#10;54aucYYCloTFdFMAAIAAfZgAAIAAgAAAAIAAgAA6fIK7dwoxXYPPd3wndoRld64cLoSXd6gOo4RJ&#10;d5ICboMCeisAAIAAgAAAAIAAgAAAAIAAgAA6DYCqficw54H2fk8nC4KsfjEb44LMfgEOkYJcfi4C&#10;iYGIfv8AAIAAgAAAAIAAgAAAAIAAgAAAAP//AAD//wAA//8AAG1mdDIAAAAABAMJAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4R&#10;ixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJ&#10;MqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9R&#10;hlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96&#10;cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56M&#10;mI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcO&#10;p/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQu368a71Zvke/NcAiwRDB&#10;/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY&#10;3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0&#10;nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8Z&#10;EBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+JLglsyauJ6oopimiKqAr&#10;niydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEea&#10;SJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANl&#10;AWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBN&#10;gUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCb&#10;bZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZF&#10;t0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvU&#10;BtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs&#10;8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQ&#10;ehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiur&#10;LJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFH&#10;nEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOh&#10;ZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mA&#10;YYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5te&#10;nFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5&#10;pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk2&#10;2kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL1&#10;9vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9f&#10;EEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUq&#10;ECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJ&#10;RTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxf&#10;zGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnme&#10;eoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksST&#10;qpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Q&#10;rsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHM&#10;DM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A&#10;7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOZPf85/WM2Zf6h+zbTaf5l+eZwUf6N+&#10;ZYNMf8Z+hWqFf/5+wFG/gGN/PTkAgRKAD/zFfnyLNOS1fmOJbMxAfl2HzLOafm6GZprYfpiFQ4IY&#10;ftmET2lafy+DZ1Cuf6+CoTgUgHaB5vq8fTaWceL7fTCTksrLfT6Qz7I6fWmOXpmTfayMLIDvfgeK&#10;ImhOfnWIE0/BfwyGADdBf+iDrPjjfC6ht+FBfDOdv8kzfE2Z8LDCfIWWV5hFfN+TGn/LfU+P82dW&#10;fdGMtU7vfnyJTTaHf2eFXPc3e2OtA9+le2an68eqe4ejCq9ge8meaZb4fCuZ+H6yfK+Vt2ZufUOR&#10;QU4uff2MezXlfvSG7/W8esq4Vd4veseyFMZDeuSsFK4ZeyymYZXce5mg2n2kfCSbWWWVfMiVqE2C&#10;fZGPgTVbfpGIX/R3elLDqtzseka8MsUJel21Cqz5eqeuO5Tpex+nm3zZe7ag6GTYfGCZ3UztfTWS&#10;UDTofj2Jp/NjeffPAdvYeePGQMP6efK95Kv3ejq17JQCeriuJHwge1umQGRIfBCd5UxvfOqU4zSJ&#10;ffeKxfJ1ebTaWtrreZfQMsMPeZ/GlKsYeeO9apM7emS0ant3ew2rQGPCe8yhlkwJfK+XMzQ9fb6L&#10;tu5TiNt+NteGh8R9wsCfhsN9cKmMheZ9VZJShSp9dXsHhIZ9xmPEg/F+NUyPg3h+6TWSgyiAAOw9&#10;h32Iy9YUhnCHQL9rhYOF46hjhLuEwZEehBuD33nUg5SDLWKcgx2CjUuSgsOCFjTYgpCBwep6hkeT&#10;ZdR0hU2Q2r38hG+Oc6cLg8SMWI/tgzmKd3jKgsqIvWG2gmmHA0rNgiaFTDQzggeDb+jbhU+d/tLg&#10;hF+adLx6g46XFKWrgueT6I60gnKRC3e7ghWOQWDWgceLZEoYgZeIaDOigYuFBOdchIuooNFsg52k&#10;FbsQgtSfuqRbgjeblI2AgcKXlXa6gXiTu2AIgTmPskl1gRqLZTMkgR+Ge+YAg/GzS9AbgwSturnN&#10;gjqoWKMygaOjLYx7gTaeIHXIgO6ZFF9KgL6T20jkgK+OOjK5gMGHz+TVg3O9+M76goe3Vri1gbyw&#10;4qIvgSaqqIufgMSkinURgIOeVV6ngFSX0UhpgFOQ2TJggHKI++PWgw7Ipc4FgiTA4rfGgVe5U6FK&#10;gL+x+orQgGGqu3RrgC6jXF4pgAeblUgCgAeTOzIXgDCJ/uMAgr3TVM03gdbKWbb6gQfBmqCIgG65&#10;E4ojgBGwonPaf+KoBl23f8ae/Uerf9CVVjHcf/uK194SkeJ8sMjuj/F8Y7Oxjhh8Op47jGh8R4iN&#10;it58j3LFiWl9Cl0Rh/x9qEd7hpl+kzJRhTl/8dwqkLSGl8eUjsGFUrKSjPSEPJ02i1eDW4eOieSC&#10;tnHSiIiCPVwrhzOB2Ea5hemBojHLhKKBndqjj46QlcY5jaiOV7Fyi92MPpwVileKcIZ4iPiI2XDQ&#10;h7WHaFtIhneF/EYFhUaEnzFUhBmDNNlCjpual8TYjL+XbLAHiweUa5rIiYKRpIVSiDmPHW/ZhwWM&#10;qFqDhdiKJkVvhLqHjzDsg6CEr9fujeGklMOHjAmgga66ilucm5mPiN6Y5IQ6h42VT27whmuR1VnO&#10;hUqONETohD2KWzCRgzWGC9a1jUuunMJci3epna2ZicqkxJiCiFKgF4NMhwibfm4aheGW4lkrhM6S&#10;HURzg9CM/zBFgtqHRNWnjNC4o8Fciv+ysKyhiVGs2pebh92nKoKGhpuhim13hXqb0FihhGKV0EQS&#10;g3OPbDAFgo2IVtTCjGrCpsCGip27sqvPiPG01JbRh3uuEoHOhj2nW2zjhSmgglg2hBaZTkPBgyeR&#10;nC/Rgk6JQdQEjBPMqb/Vik3EoKsfiKO8pZYnhy20voE3hfGs3mxnhOCk1VfUg9mcbUN4gvSThS+n&#10;ghuKBc5Pmxt7gLqimFl7Uabvlax7RpMKkyd7c37okMZ72mqojnV8d1aIjCJ9OUKWicJ+UC9Ch0J/&#10;4sydmg+E0rmBlzyDvqYGlJeC1ZI0kiCCJH4Tj9OBrWnajZiBY1XGi1mBMUH8iRGBNy7vhqaBestC&#10;mRGOIbhElkWMLqT5k52KWpEukTeI1X0gjvqHfWkCjNGGSlUOiqWFH0F0iHCECi6lhhuC+sohmB6X&#10;jrcYlWOUuaPLksmSAZAbkFePjHwdji2NUWggjBSLKVRYifmI+UDyh9uGwS5lhZ+EXsj/l2ag9rYH&#10;lK2dRKKvkhuZv476j72WaXsgjYmTM2dRi3+QEVO+iW2MzUCKh12JYS4uhTSFocfsltiqYLT+lCKl&#10;16GukZKhcI4LjzmdMXpMjQmZAmaXiviUzlM2iPCQdEAwhu+L0y3/hNiGwcb7lmSzv7Qgk66uVqDX&#10;kR+pBY1Bjsij0XmejKGep2YKipOZY1LGiIKT4j/nho+ODS3YhIyHu8YulgO9GbNlk062xKAhkMCw&#10;fIySjmmqRHj+jEakEWWJikSdulJriDaXFj+qhkGQCy24hEyIkMWFla/GcbLNkvy/HJ+JkHK3xov+&#10;jh2wd3h7i/upKGUgif6hslIah/2Z7D9whhGRwi2fhBqJQL8gpId6razJoPp6jZp/nXx6logUmh96&#10;2HVylt57VmK0k6V8DFAqkFt86T3hjO5+ICxqiTt/072io5yDcKvin/KCfJnOnHOBtYdumR+BJXTF&#10;le+A0mIKkseArk+Jj4+Apj1ujDWA3CxJiJeBWbyDoqmMNqrcnwaKbpjsm4WIz4aMmEGHdXPzlRyG&#10;UGFSkgOFUE7zjtmEWz0Ki5CDhSwsiAWCxLuCod2U7KnQnkSSW5fZmsyP+YWVl36NwnMTlGSLzWCY&#10;kVSJ5k5mjjSH+jyyivuGECwTh4SEEbqloRqdw6jpnY6aZZbnmiGXNIShltqUJnI8k6mRP1/mkKmO&#10;a03hjZSLfTxhim+Idiv9hxWFPbm8oI+mmqgenP2iaZYkmYyeYIPflkmaf3GIkyuWr19NkCKS2k12&#10;jRWO4zwiif6KtyvqhreGRbjtoCCvWqdgnIqqWJVumRqlcYM1ldugqnD3ksSb617Xj7+XFU0ejKeS&#10;CzvwiZuMwCvbhmiHKrg3n8e4CabBnC2yJ5TWmLysWIKllX6mnHBzkmug5F5tj3CbDEzXjFmU8zvH&#10;iUuOjCvPhiiH67egn3nAtKY+m9m53pRWmGqzDoIplTCsSnAIkiCliV4ajyqepEyZjCCXgTufiRyQ&#10;FCvFhfSIibCdrih6Jp+Kqc16CY6OpX56G32AoUh6amxKnSF6+FsFmPB7wEoJlKB8sTlqkBF9/ynQ&#10;ixx/xK9crVKCZp7UqNmBgo4GpISA0Hz+oFCAWmu/nDKAIlp9mA+AHUmNk8qANjkhj0uAkyngimuB&#10;Oa53rGuKn54Cp/eI941So52He3xHn3OGR2sTm12FSFnpl0WEc0kakwuDrjjkjpuDECnuic+Cka20&#10;q5uSz50upzSQaoxzouOOMnt7nrGMNWpcmqOKcFlUlpKIwUiwkmCHEjivjf6Fbin6iUeDyaztqv2a&#10;9ZxqppaX1IuqokmU53q0nhmSLGmwmfmPg1jNlfKM+EhUkcWKVjiCjXGHpSoEiNGE4KxEqmKjN5vJ&#10;pf2fUosLobCbmXoanYSYCGkjmWaUhVhWlVGRBUgCkTCNazhajPCJryoNiG6F1Kueqe+rXptEpYCm&#10;qIqOoS2iGHmdnQCdr2izmO+ZVFf9lOaU5UfFkLuQTTg+jIiLhyoUiByGpasGqZezaJrDpR+t2ooZ&#10;oMqobHkxnJ6jH2hUmJOd21ewlJWYfEeTkGqS7DgqjDWNJSoZh9iHVKqDqUy7ZJpXpMm06Im0oHWu&#10;hXjVnE2oQWgHmEaiCVd4lEubtUdukC+VMzgXjAOOgioeh6OH46Lht/x5x5MBssx5o4M8rap5uHN1&#10;qJZ6EWOZo316rFO/nkh7g0RGmN98hjVKkxx95yd/jNl/tqHkty2BjZJ3seiAsILWrLyADHMRp6N/&#10;qGMroox/h1NYnV1/nkPxl/p/1jUskkSAVSe8jBmBHKE/tkaJQpHbsQmHsIJPq9iGTXKEpsKFOWKo&#10;oa6EXFLrnIaDrkOllyqDFDUWkYOCqCfyi3CCYqC3tXKQ5pFEsD6OpYGpqxKMlXHspfKKxGIgoOeJ&#10;LVKBm8aHsUNglnGGOjUFkNmE2ighit6DiKAstMeYh5C3r5KVlIEZqmmS2XFbpUyQT2GmoDON6VIj&#10;mxyLm0Mnlc6JQDT4kEOG5ChIimGEjZ+btEKgJZA3rwSceYCjqdaZAnDupLqVvGFEn6SSiVHVmn6P&#10;VUL5lTiMFDTtj7+IwShpifeFbp8us7qnsI/WrnqjQIBJqUyfA3CcpDWa8mD9nyWW7lGhmgKS20LW&#10;lKuOqjTlj0aKZiiFiaCGL563s1yvGY+NrgypzYAOqNKktHBeo7GfzWDCnqWa+lFxmZqWEUK8lFSR&#10;BTTlju6L2iibiVmGz55Nswq2Z488ra6wNH/LqHOqMHAoo1ekZGCcnlCetFFbmUiY70K0lBCTDTTq&#10;jraNEiitiSCHUZXswf15f4cyu/J5UHiRtfh5Ymn8r/95wltnqet6aEzso6F7Tz7rnQ58YjGFlgV9&#10;0yV0jm9/qZU8wSaA2IbRuxh/+XhFtRR/XGmurw9/B1sVqPN+/Eymoqd/LD69nBN/gDGTlRaAHyXc&#10;jZ2BAZTZwDKID4ZrujOGi3frtCuFO2lNriKEQVq8qAODhExiobyC+j6amy2CiTGllECCSyY2jOaC&#10;OJSRv1CPLoYUuVSNCHeCs0+LGWjtrTyJbVpopyWIAkwloOWGtT5+ml+FdDG4k4SEUyaEjEiDTpRC&#10;vpOWSIXGuJKTeXczsoqQ6miZrHqOk1olpliMZUv4oCeKVD5rmayIPDHLkuKGMybHi8KEQpPkvf2d&#10;XYV7t/CZ3Hb1seGWm2hmq9KTkln2pbWQpUvWn32NwT5fmQ2K0zHdklWH5ib+i1KFFZOJvYOkToU6&#10;t2igD3bEsVGcEGg/q0GYS1nYpS+UokvEnvyQ8T5YmIONLTHskdyJZScsivWFxpNNvQGrE4UOtuWm&#10;CnansM2hRmgsqr+cv1nJpLOYUku6npGT1T5VmBmPRDH6kXGKrydRiqmGWpMAvKKxtYTytnSrv3af&#10;sFGmEmgnqjmguVnMpCybjkvHnhKWVz5ul7qRETIYkTCLxidvim6G0YmVzCR5cHv1xTZ5KG5mvmh5&#10;L2Dst455j1OQsHh6PEZpqQl7LjnaoTd8TC4GmNR9ySOkj+F/nIlJyyqAZXu/xGJ/dm4vvY5+1WC0&#10;tpx+iFNbr3B+i0ZJp/Z+0TnZoB1/PC5Dl8d/9CQzjvyA6YkzyhqHInuXw2qFoG4IvJOEV2CHtZWD&#10;cFM0rmGCy0Y2puqCYDnlnxeCEi6AltaB/CSwjjaCE4kvyR2NvnuJwmeLp23ou5CJz2BqtIiIQFMf&#10;rVyG+kYwpfCF1zn3niyExS65lgWD3SUbjY2DGokjyEKUUHuCwYCRmm3mup+PLmBfs5qNAlMdrGqL&#10;BUY6pRKJKjoRnWCHUS7ulVGFlSV1jP2EAIkJx4Sa2Ht7wLaXd23wuc2UZGB1ssmRlVMvq6SO50ZQ&#10;pE2MSTovnK+Jqy8flLmHICXBjIWExYjsxuGhL3t2wAqdGG39uRqZVGCOshiV2lNLqwCSf0Zuo7WP&#10;JzpQnBmLyC9LlDmIeSX/jCKFaojNxlSnUHtxv3eidm4NuIKd+GCqsYCZylNrqnCVwkaPozmRtjpy&#10;m6qNpC90k9GJoSYyi9KF84ixxdCtMntxvvGnh24lt/qiPWDSsPmdV1ObqfCYo0bDosWT7jqkm0uP&#10;Ny+hk4eKliZai5OGYfLPe2N5sNvde7x50sSofBx6B60lfIN6XpVxfPd63X2tfXx7gmXwfhV8Pk5E&#10;ftl9NDbLf+l+ffCyebmEz9otejSDysMqerOC6KvPezuCMpQ0e9CBqnyIfHaBQmThfS6A401VfhCA&#10;nzYBfzqAaO7MeFmQAthqeOWN2sGfeXiL0qpeehmKEJLqesmIfXtke4uHBWPkfF+Fhkx9fVuD/jVM&#10;fpuCP+0GdzObMdaud8iX77/4eGiU2KjgeRmR8pGYeeGPVHpBeruMw2Lye6eKGku4fLmHRzStfgyD&#10;/etpdkemVdUbdt6iA75yd4Wd3qd3eEGZ7JBNeRaWHXkoegaScmINewaOlksCfCyKbzQkfY2FneoE&#10;dZOxb9O/diesEb0eds2m16Y3d4+hz48veG6c5ngfeWmX/WE5enyS60pfe7KNbTOvfR+HF+jadQW8&#10;e9KddZW2Drv/djevuqUkdvuplI49d+SjjXdReOqdc2CBegaXDEnUe0uQMzNNfMKIaOfndJzHcdGw&#10;dSe/7rsQdcK4e6Q3doKxK41gd3Gp+HabeIOirl/yeaqa/EleevaSuzL8fHSJjOcndFXSQdD2dNnJ&#10;m7pMdWrA/6NudiS4gIyidxOwFXX0eCuniF9qeVuejkj5erGU+jK8fDaKgeKZhBF4G82Ng4V4eLgc&#10;gw544aI4gqt5ZIwJglx6DHW8gh962V+AgfB7w0lVgeJ87DN8ggR+deDhgo6CqcxcgheB5rcSgbOB&#10;P6EogWWAwYrpgSuAa3SggQmAOV5zgP6AGUh1gRWAHzLggVqASd9RgUGNQcrBgNmLbrWWgIKJuJ/F&#10;gE2IPomygC6G8HOUgCmFvl2PgDWEike6gGSDWDJWgL+CB92/gCiXxcklf8eU9LQBf3ySQp5cf1CP&#10;uYh0f0uNbnKHf1yLMVy3f3+I40cTf8WGdDHdgDSDrNxEf0KiQcezfuKee7KafqCa0p0HfoCXSodB&#10;foKT3XGJfqqQk1vvfuCNIEZ7fzmJbTF0f7qFMNr6fpCsvsZ0fjGoBLFjfe6jWJvjfdOexYY9fd+a&#10;SHCefgyV0Fs5flaRNkX0fsKMOzEbf1GGjtnofgK3MsVsfaSxfrBcfV6rx5rkfUOmIYVefVqgkW/m&#10;fZKa8lqefeGVF0WBflyO0TDQfvmHw9kNfZfBmMSWfTq64q9/fO20FpoGfM2tTYSRfOemm285fS2f&#10;11oafYeYw0UhfgiRKzCTfq+IzthmfUrL7sPufO7EJ67FfJi8NZlEfG+0O4PgfIisWG6mfNWkYFms&#10;fTucFETTfciTPTBjfnSJrdLvjOt22b+Si3x3V6u9ii133ZdfiP54fIKph+Z5Q23Rht56NFkYhd57&#10;RkR7hPF8oTBahBp+a9F1i5SAwb5kijWAPKqjiPR/0ZZah9V/hoGvhtJ/ZWzoheN/Z1hAhP1/e0PM&#10;hCx/ui/ug26AKtAmilSKub0WiQWJNamDh8mHypU0hr+Gk4CbhdCFg2vxhPmEkVdthCyDokMrg3eC&#10;vy+NgtSB0s7OiUKUpbu0h/iSN6gQhs6P4pPphcuNs392hPWLtGr6hDOJwlaqg3yHw0KdgtuFry85&#10;gkuDXc2BiGmehLpohyKbNKbJhgCX+pKyhQaU2X5khDGRzmoWg4WO2lX6gt6LxEIfglCIeS7xgdOE&#10;xsxbh76oablMhnqkNqW0hVegCZGshGKb7X15g5WX32lHgumTzlVdglSPnEGygdiLFy6zgWyGC8tm&#10;hzOyRLhehfKtJ6THhM6n/5DJg9qi33yygxedymikgnOYoFTZgd2TPUFXgXKNfi6AgRaHJ8qghse8&#10;D7echYq2AaQAhGOv1ZAEg2qpoXv8gqqjd2gLghSdMlRpgYeWpUELgR6Ppy5WgM6IGsoKhnXFzbcD&#10;hTy+wKNZhBC3fY9ZgxKwJXtiglGo1GeNgcChaFQGgT+ZsEDFgOGRiC40gJWI5MO7lfh13rHKk7J2&#10;cp9vkZB3EIyUj5F3yXlcjal4qmX+i8t5uFLLiet66j/EiA18ay1phiR+YMJ8lMF/NLDQkoN+2J6E&#10;kG1+k4u2jnp+cniFjKJ+eWU1itl+pVIUiQ9+5z87h0d/Wy0rhXSADMFZk6KIf6+ikW+HQJ17j1qG&#10;EoqvjXeFG3eWi7CERGRlifyDilFoiEaC1z7BhpSCNiz0hNeBncBFkpOR2K58kGyPupxLjmWNqomn&#10;jH2Lx3aeisyKDWORiSmIYlDCh4eGrz5Qhe+E8izFhEuDEL8nkb6bJq10j5iYMZs8jZeVUYiLi8CS&#10;iXWoig6P12LFiICNNVAphu2Kdj3thWSHkCycg9KEYr4nkRukc6x2jvigq5pCjPic6IehiyWZNXTX&#10;iXiVi2ISh+eR3E+mhmKODj2ZhOuJ/ix5g2uFjr1OkJitrquljnipDZlzjHakYIbaiqSftnQoiP6b&#10;EmGFh3OWWE85hemRbD1VhIKMNSxcgxWGkryfkDG22ar6jhOxV5jDjBCrtYYtijmmB3OIiJagWmD/&#10;hxealE7bhZSUjj0bhCyOLixFgs6HcLwZj9+/96pyjca5hpgui8Cy24WWieWsF3MBiEGlU2CThsae&#10;dE6GhU+XVTzhg/OP3ywygpWIJ7UOnz11MqRjnCh1zpNimTd2eoHxlmV3RXAsk6N4Ol5GkOF5Xkyd&#10;jhF6qDs2iyx8RCqtiB5+VLQHnil9/KOjmxR9t5KumCd9joFElVt9im9+kqR9sl2jj/J+AUwKjTJ+&#10;ajrUimB/Cyqdh2V/7rMdnReGvKKtmg2FoJHRlyCEoIBklGKD0W6ykbmDKVzzjxmCn0t+jGmCHzp9&#10;iamBuyqPhsGBa7IpnCmPYqGqmSWNf5DClkGLvH97k36KFG3dkOSInFxFjlGHLUr9i7GFvDoxiQSE&#10;SiqDhjGCyLFMm0uYH6DFmFGVdI/XlXaS4n6PkruQYm0XkBSN+1ugjZSLpUqFiwOJODnsiGyGsip5&#10;hbSEA7B0mqug2qAGl7CdZY8dlNKZ+n3OkhmWoWxij4CTUlsKjPyP/0obineMkTmwh++I8ipwhUqF&#10;GK+7mi6peZ9RlzWlOo5plFWg830lkZ2csmvOjwmYdVqTjImUJknFif2PrDmCh4SK+SpphPKGCK8h&#10;mc6x/p69ltSs643Uk/KnvnyTkTaiiGtIjqSdVFojjC6YB0l6iaWShzlbhyuMxCpjhKqG0q6qmYG6&#10;dp5Gloi0gY1Uk6OuWXwSkOOoHGrXjlCh4VnLi92bjkk2iWGVCjkwhvKOSSpehHCHeKcBqLp0wZd+&#10;pNx1W4e4oR52DHebnXV24mc5mc535lbElhl5HEahkkV6eDbgjkR8Kigvif5+SKYyp8R9Cpbzo+B8&#10;z4c2oB18t3canHN8yWa1mNF9C1ZJlSd9eEY3kV5+ATaojW1+yChLiTh/0aV/pr+FPZYzouSEOoaN&#10;nx6DWHZqm3yCrGYUl+OCKlXBlEeBykXRkIyBejZ4jKuBTChkiIqBO6TGpc+NW5VmofyLnoWxnj6K&#10;AHWqmpmIjmVnlw6HRlU3k32GEEVxj9CE2zZMi/+Dryh6h/KChaQEpRGVapSmoT+S+ITunYWQpXTn&#10;meOOcWTIlkqMSlS5ksiKO0UdjyWIGDYoi2SF6iiNh3CDq6NjpGOdj5QHoJiaYIRPnN6XQ3ROmTyU&#10;OWQ8laaRN1RKkhmOOETUjoOLJzYIitmH9SichwGErKLPo+WllpOKoBehpIPUnFadtHPPmK+ZzmPG&#10;lSKV8lPtkZ+SCUSXjgKOADXvimeJzyiphqaFiaJOo4itepMRn7eowINdm/Kj9XNdmEafK2NflLqa&#10;Z1OYkUGVkERgjaeQljXbiguLbii0hluGQqHooz+1SJKun2qvuIL2m6Gp/3L4l/KkPmMJlGWeh1NX&#10;kO6Yv0QzjV+S1zXEic+Myii8hh+G2Zmssmx0aYs8rcd0+nydqTp1rW2+pLN2jF6woBp3nU+im2B4&#10;4kD+lnZ6TzLckUR8FCX2i7d+PJkasYt8PIrlrNx8AXxKqEJ79G1po7F8GF5Wnxd8ck9RmmN8+0C/&#10;lYB9ozLRkFt+jCY8iuN/tpihsImD6opdq+KC9nvSp0KCKmzoorSBnV3hniCBPk7zmXeBBkCClJ+A&#10;4jLHj4qA5yZ6iimBEJgir5aLe4nJqvSJ23suplqIYmxZoceHG11inT+GA06SmKGFAUBHk9SEBjK/&#10;jtKDHyaviYiCR5eYrs6TA4k8qi+QunqcpZeOl2vHoQaMllztnHWKsU46l+SI4UATkyGHBzK4ji6F&#10;LybciP6DW5cQrjWahoi+qZOXkHojpPeUtGtVoGWR9FyHm9SPQk3wlzWMkT/qkn2J2DKzjZ6HECcC&#10;iIqES5arraWh8IhaqQaeRXnCpGqaqGr5n9iXHVw4m0qTmU24lq6QCz/NkeaMajKwjRyIuichiCqF&#10;F5ZHrUapN4gaqKCkzHmGo/WgWWq1n1Gb8Vv1msKXmU1+ljqTOD+rkYOOwTKvjLuKMic7h9yFwpX0&#10;rPywYYfQqE2rKXk9o5yl1GpxnvWghlu/mmWbUU1ald6WFD+YkTSQxzKvjHmLbCdPh52GTI0RvFJ0&#10;HH+ituN0oHIWsYR1UWRkrBd2N1acpn93VEjroK54qzu8mph6Ki8wlCN8AiQBjUl+MIy/u3h7gn99&#10;tgF7QnHwsI17O2Q5qw17b1ZtpWx730jGn518hTurmYt9TC9SkyN+VyRujGR/noyEum6Csn8utP+B&#10;x3Gpr4SBDGPpqgKAmlYmpGOAXUiUnpyATTuYmJWAVC9wkj+AjCTNi52A6YxBuWyJvn7VtAGINXE/&#10;roqG2mOOqQKFulXXo26E0EhfnbKEATuFl7eDPy+KkXWCnCUfivGCEYvvuJWQvn6CsyqOmHDnrbKM&#10;oGMyqCuK0lWUopCJKEgxnOOHmDt2lvSGBi+ikMaEgyVkil+DFYuXt/GXuH40sn+U8HChrQGSS2Lz&#10;p3iPyVVbod6NXkgOnCmK/ztqlkeInC+2kC2GPCWfieSD9otFt3CejH3zsfebG3BprG+XvmK/puCU&#10;f1UwoUyRVkf0m5yOKztlla+K9y/Ij6iHwyXOiX+EtIsQtvalMn3FsXyhD3A/q/Gc9mKbpl+Y81UQ&#10;oM2VA0famymRDTtclTyNEC/ZjzWJEyX1iS2FUorUtqarvX2xsR6m03Axq4Gh2mKFpduc+lUCoD+Y&#10;Q0fZmqGTkDtqlNOO3i/wjuuKLyYUiOuF0YENxmRz9nSKwDR0ZGf+ugV1C1tps6x1807crQd3GkKC&#10;pgt4fzbDnrR6DivKluV79SJFjrZ+JYEHxX96+XSZv096p2gEuQZ6nltnspF6207Yq9x7XkKLpNx8&#10;HTbjnYd9ACwalcl+KiLXjcB/h4EQxGCBsHSHvjuAwWfwt+yADVtKsW1/sU7DqrZ/kEKJo75/pTb+&#10;nHR/1ixglM2AOyNVjOqAxYEPw0SIN3RwvSCGumfGttKFdFspsFCEdE6sqaKDtEKForeDFTcWm32C&#10;iiyek/CCJSPAjDOB34D7wlOOr3RbvCqMo2ewtdeKz1sMr1aJLU6gqKaHuUKJoc2GZTcvmqSFGCzW&#10;kzCD5iQci5iC1oDcwZSVH3RLu2CSfmeqtQSQCVsNroGNwk6gp9aLmEKUoPyJgzdKmeaHdS0HkoyF&#10;eyRoixaDqoC9wPmbYnRAurqYI2eqtFOVBVsTrc6SEE6ppyuPNUKkoFqMZDdlmUOJly0zkgGG3SSn&#10;iqyEXICfwH6hcnQ5ujOdjGevs8KZu1scrTWWDk6zppeSgUKyn9eO+jd8mMqLeS1YkZCIDiTailWE&#10;74CHwBmnUHQ4ucCis2e6s0SeHlstrLKZtE7JphWVckLPn12RPTeamGONEy14kT2JCCUCihGFZea3&#10;drFzaNFVd5N0S7uGeHB1NKU6eUh2Ko6heiR3OXfvew94ZWFPfA95qkrPfT17KDSvfrt8/+S1dNd+&#10;c8+zdeF+K7oPduB9+qPtd9t9541weNt99Hbaeep+GmBTew5+Skn3fF9+ljQGfft+/OLlc02Jis3x&#10;dGmIGriFdX+GxKJ9dpWFqIwrd7OEr3W/eOKDy19keiaC4kk0e5WB9TNwfUyA5OEocfyUjcwzcyOS&#10;CLbUdEaPpaD9dXGNa4rYdqyLanSgd/eJc159eVeHaUiAeuGFPDLsfK+Cst+UcOifesqmchOb87VL&#10;c0GYiJ+MdHiVQomPdcSSF3OLdyqPCl2ieKKL1UfbekOIXzJ6fCSEXt5BcBOqVclZcT+l17QCcm6h&#10;YZ5Oc6ydBohwdQSYwHKHdneUfFzXeAaQGEdGebyLVjIZe62F490rb221GchKcJivpbLvccKqIJ1B&#10;cwKkqYd/dGWfR3G7deaZ1Vwnd4GUJUbIeUqOFTHJe0eHO9xSbvO/usd2cBu5TbIRcT6ytpxccnms&#10;GYakc+GljnEDdXCe8luadxiYAEZceOuQlDGGevOIZtuzbqXKI8bab8bCsrFhcN27Apuccg6zO4Xq&#10;c3WrfnBgdQqjp1sTdr2bd0X3eJySxjFReq+JYdcgfxVyGsOafxlzOa+Afyh0TprJf0B1aIWqf2R2&#10;l3Bif5Z35Vszf9h5TkYegD569TF+gN58/dWjfWZ8mcJyfYt8mq5ofbN8o5m4feJ8wYSefh58+29p&#10;fm19T1pRftF9skVmf11+NzEAgCF+5NQje/OHFMDXfCiGBKztfGCFAphSfKmEKINlfQGDa25cfXCC&#10;wllxffGCGES4fpiBcDCRf3WAtNKeerKRdL9Eeu+PaatgezWNbpb1e4yLjIIufAGJ1G1VfImIJVif&#10;fSWGZkQdfeeEizAvftyCZ9Eueaibxr3deeqYzan+ejmV3ZWiep2S/IEFex2QLWxbe8CNdFfdfHOK&#10;l0OQfUyHgS/aflWD98/5eNmmEryseR2iMKjSeW2eQpSDediaWoACemSWfWt3exCSnFcte9mOnkMT&#10;fMiKSS+SfeKFYc79eDWwTLuzeHqrfafXeMemjJOOeTShlH8necucpmrBeoSXpVaYe1aSbUKrfFeM&#10;2S9XfYGGn845d7y6aLrveAC0qqcIeEeurpK8eK+om35heUuijmoZehOcbVYYevGWBEJSe/qPKS8m&#10;fTCHsc2vd2rEXrpcd6y9pqZfd+i2lJIIeEWvWn25eOCoJGmJea+g1lWkepqZPEH/e7CRLi7/fO+I&#10;lcgJh9JxBbY6huhyRqO3hh9zdpB2hW90p3zBhM518GjfhDt3XFUlg7F46kGHg0N6vC57gvl8+cbc&#10;hkd65bU0hX57H6KnhMl7Wo90hCl7pXvNg5t8CmgBgyF8i1RfgrR9IEDugmZ93C4ngjp+y8WzhOGE&#10;yrQAhC2EAqGig4GDQo5agvWCnnrFgnmCGmcbgheBrFOfgcqBREBhgZ2A5i3egY6Ag8Rag6WOjrKZ&#10;gvSM5KAiglmLPI0MgdyJp3mfgX+INmYngTiGzlLigQOFXj/egO6D2C2dgPaCHsMOgqSYQLFOgfaV&#10;vp7ggWWTNovbgPKQsHiVgJ6ONmVLgHGL01I7gFGJUj9tgFOGoC1mgHGDlcH1gduh9bA7gTKem53S&#10;gKKbJIrbgDSXpHewf+mUKWSIf8CQrlGpf7eNGz8Jf86JOi03f/+E5MESgT2rm69ZgJinYpztgASi&#10;9on5f5eecXbnf1eZ8mPlfzqVZVEufzOQrT63f16LnS0Qf6CGCcBkgMa1Kq6mgCWwDZwtf4uqoYk2&#10;fxalCXYyftmfeGNHfsyZ11C4ftKUAD5wfwKNwizwf1GHBL/tgHS+oa4ef9W4mJuKfzGyGoiJfq+r&#10;X3WWfm+kr2LKfmmd8lBbfn2W/D4yfruPnSzXfxKH1bl3kK5wRqkSjuZxkpf4jUxy0IYei9R0EXPR&#10;iml1bmFaiQd28k8Zh6V4mz0DhlB6jyumhQd887h+j0R5lagsjZx56pcFjBR6Q4U3iqd6rnL3iUp7&#10;NmCVh/x73U5shrB8mjyJhXV9iCt+hEN+srd6jfmCy6cEjGOCP5X7iuGBtoQsiYWBS3ILiDuA+V/N&#10;hwSAvk3MhdCAjDwdhK6Aaitag5OAVLZojMWMAKXbizmKnZTDiciJNoMmiHCH6XEahz2Gtl8GhhqF&#10;j000hP+EYju7g/mDLCs6gvmB17VOi8yVJqTXikOS9pO7iNmQwYISh4+Oj3AshmSMaF4+hVuKT0yg&#10;hFKIHTthg16FyCsggnODNrRaiw2eSaPgiYmbTZLIiCCYOYEthtuVHG9ghbaSAV2UhK2O4Uwkg7eL&#10;qTsVgtmINCsJggCEbbOSinanVaMYiPejh5H/h4yfjIBqhkabfG6yhSmXal0JhCmTRku/gzKO+jrY&#10;gmaKaCr2gaGFfLL2igKwSKJ3iIirpJFUhxmmuX/Ahcyhpm4UhLGckVyAg8CXZ0tdgtKSCzqiggiM&#10;XirngVKGYrKIia65IaH6iDizn5DChsKts38phWynj22OhE6halwWg2GbMEsJgoGUxDprgcSOCyra&#10;gROHH6tamcBvu5wjlytxCoxOlMdyUXvSkoFzomrrkEN1EVnfjgJ2qUkai7Z4ZjiaiWR6cykGhwN8&#10;7KqTmH94gZtxlgF454uPk6d5WHsakWV53mo6jy96hFlBjP57S0iUisJ8LDhIiIR9QikHhjV+manD&#10;l0OBLJp/lNiAvoqykoKAXno6kE+AGmlyjil/81iZjAt/5UgSieN/4jf+h7p/+SkIhX+AJ6jVliuJ&#10;tJmAk8WIh4mlkXqHZXlbj0iGT2injTaFWVf3iyqEa0eeiRaDfTe/hwOCjikJhN+Bk6f2lSuSS5ib&#10;ktCQXYi9kI+OcXh0jmaMhGfvjE+KpldgilmI1Uc1iFiG8jeIhl2E+SkKhFWC3KcqlHKa35flkhqY&#10;MYgLj9eVcHe3jbCSqWc8i6OP5FbQia2NHUbPh7yKQTdRhdSHOCkKg+CD/qZ/k+GjU5c2kY+f44da&#10;j0mcSXcOjSCYnWanixmU7lZYiSmRMUZ+hzWNUjcohV6JPikLg3+E96X3k3SrpZaqkSWnbIbHjtui&#10;8nZ9jKueVGYgiqaZslXliMGU/EYvhtKQIDcFhP2LCCkLgy+FyqWVkyOz3pY8kNeu1oZJjoepanX8&#10;jE6jymWvikSeJ1WNiGKYc0XrhoGSmTbbhLmMiykLgu+Gd53NowtvW4+ln7Vwo4D5nItx7nHCmXNz&#10;SmI0llN0x1KRkyN2cENKj9h4PjRojHF6XyaiiOF85J02ofR3o48nnqp4DoBwm314jXE8mGB5J2Gz&#10;lUJ55lIfkhx6y0Lvjt17zDRBi4Z9BibLiAh+gJyZoMl/xI5qnY5/aX/HmmB/InCOl0x/AGEZlDp+&#10;/1GikSR/GkKVjfZ/RjQdirJ/kibwh0h/+5vin7KHxo2dnH6Gt37qmVuFuG/VlkmE1GBzk0iEDlEg&#10;kEODWEI+jSaCpDP7ifWB+ycPhqGBVJsins+PtIzhm56N+X4smICMSG8UlXOKo1/fkmuJBFCrj3iH&#10;eEH0jGmF3jPgiUyEOScqhhGCiZqFngiXsYxCmuKVRH2Nl8aSzm5+lLeQVF9XkbKN3VBIjriLaEG1&#10;i7qI5zPJiLWGSCdAhZiDl5n8nXmfj4vMmlacbn0WlzKZKW3/lByV1F7dkR6Sg0/pji6PKUF8iyyL&#10;uDO0iDmIIydThTOEfpmMnRGnRItame+jaXyflsWfUG2Lk6abGV5zkKiW5E+OjcKSokFBisWORzOi&#10;h9SJxCdihOGFQJk4nMSu2or/mZ+qPHw5lm6lQG0kk0igGV4akEaa9U9KjWGVxkEQinGQgjOLh46L&#10;ISduhKCF35DurI5vBYO3qH5wQnYepI1xjmgboJpy9FnanIp0f0uYmFd2OT3Kk/l4GjCDj2V6TiSB&#10;ipl825CFq5t22oNsp4l3Q3XKo4d3y2fJn4V4eFmKm3F5UEtXl0R6Uj2dku97cjCIjmp80CTQibF+&#10;aJAbqnl+eYLmpnJ+KXVVomt99mdNnmx981kfmmB+FUsFlkF+Wj1tkfp+sjCLjYh/MyUViOZ/04+a&#10;qWCF8IJQpV6E+3SvoV+EHWbEnWGDZFimmWWCz0qslVSCTT07kR2B1TCKjL+BcSVRiDaBG48PqHaN&#10;WIHCpHmLw3QboH+KP2YxnIOIzVg3mIOHcUpZlIOGJT0OkFmE1DCKjA6DhiWEh5+CPY6Op8OUuYFH&#10;o8mSg3Okn8uQS2W9m82OG1fQl82L8koWk8KJzDzsj6aHozCMi3KFbCWuhyGDOo4tpySb+4DiozCZ&#10;HnM+nzGWK2VbmzKTMld8lzWQOkndky2NPDzXjwSKMzCPiueHHCXShriEEY3Xpr2jGYCtosefkXMG&#10;nrib0mUXmqKX+1c3lqCULkmdkqyQXzyvjpWMhjCQinyImCXuhmOExY2TpnKqEoBqonKl1XK+nlmh&#10;P2TOmj2ch1b6ljeX30lxkkSTNzyWjjqOijCMijGJ1CYFhh+FV4S7tkZuqnhhsYNv2mvGrMhxJl7p&#10;p+9yllHrot90MUUEnZN1/zinmAx39Sz0kjh6PSKijCd80oSBtW52FnhKsJl2eGurq753CF7Nps13&#10;x1HQobN4uET1nGt52Tislut7Gy0lkSd8nSMVizB+U4RMtE19O3f6r3188Wtoqpp8zl6FpaV86FGU&#10;oJB9L0TQm1V9njimleJ+Ji1OkDN+2yN4ilh/r4QDsyiELnebrlyDTWr5qX6CjV4tpIuB/FFKn4OB&#10;mESimlaBTTiblPSBES1vj1uA8iPNiZ6A54OtsjCLEXdDrWiJnmqcqI2IRl3Mo5qHBlEInpCF50R2&#10;mXSE3jiQlCCD2C2Mjp6C4CQWiP+B+4NZsXWR7Hb3rKuP5mpTp8qN5V2GotSL81DLncuKE0RTmKmI&#10;QDiIk2SGby2kjfiEoSRSiHqC6IMPsOWYnna6rBaWAGoapyuTUF1Ooi+QolCXnSqOA0Q2mA2LaDiH&#10;kr+IzC26jWmGLySEiA2DsoLesGmfHnaMq5ib4WnrpqeYfF0goaaVDVBunKCRqkQRl5CORjh6kkKK&#10;5i3PjO+HhySth7SEWYKusBylgnaFqzuhoGngpjWdaV0DoRuZGVBYnAmU60QMlv2QyjiDkc+MtS3i&#10;jJuIpiTNh22E4XkawDBuZW19ustvgGHOtUpwx1YKr4ByPUpHqVxz5j64ouF1yTPKnBd31CmolO16&#10;MSD6jZF8yXkOv2l1b22XueR1wWHntDN2UVYirkd3HkpfqBR4Jz7boZt5ZzQBmth6yyoGk8J8cSGN&#10;jIh+PnkQvj58Hm2BuLl7z2HWsv97tVYMrQl76UpVpth8Uj7moGp87DQombV9oypVkrl+iyIMi6N/&#10;jnkDvQOCkG1ct4GBuWGhscmBD1Xnq9eAoko8pbGAbT7ln1KAWDRFmLCAWSqYkc+AfiJ5it+AuXjn&#10;u/WI7W0/tnOHlWGAsLqGYVW/qsmFUUotpKWEaz7mnlmDpjRgl8mC6irSkQKCSCLWijiBv3jGuyaP&#10;RG0ttZmNZ2F0r9iLmVW0qeWJ40oio8WIRz7snXmGwzR6lv2FSysFkFKD5SMjiayCoHiouoWVbG0k&#10;tOmTBmFwrxyQllWwqSWOMkogow2L5T70nMqJpjSTlk6HcSsyj72FUSNiiTqDXXiOug2bYW0itF2Y&#10;amFzroGVUFWxqIOSNkocom6PND71nDuMPzSklcmJWStWj0KGiSOViN2D+nh7ubShJm0ns+qdkWF8&#10;rf6ZwFW2p/iV6EokoeOSLz8Fm7iOiTS0lVmK9yttjuiHiSO+iJOEedqlcfBtKsamc1FuxLIrdKRw&#10;V50gdepx6Ye0dzBziXImeIV1Qly1efN3FUdte5R5IzKtfYp7k9i2b9t4GcUXcWt4ibDGcuN5BZvk&#10;dE95koaUdb56NHEidz1661vMeNR7r0atep58lDIlfLl9pNbvbhiDBcNbb7+CUa9EcVSBrpp7ct6B&#10;NYVXdG+A13ASdhSAilrqd9GAPUX9eb9/9DGte/t/ndU0bI+Nz8GdbkWMDa2Sb+yKY5kAcZGI1oQJ&#10;c0OHdW77dQqGHFoPdumEtkVaePiDODFEe1GBetOia0eYfcASbQiVxawKbr2TG5eMcHKQhYLIcjuO&#10;BW3tdCGLnFk/dh6JFETFeEqGWDDperyDMtJYakmjGL7PbA+fdqrIbcmbyJZUb4iYI4GrcV+UjGz0&#10;c1aQ9liAdW+NR0Q/d7WJSjCcejuEwdFQaYGtl73La0mpDam/bQKkWJVNbsWfnYC+cKqa7mwtcrKW&#10;MlfddNqRQ0PPdzaMBDBbec+GItCIaO+37L0Garayd6jrbGisuZRxbiem3n/pcBShDWt4ciubLVdV&#10;dGSVCENvds6OezAneXWHU8/+aJDCA7x8alO7lKhIa/e0xJO7ba2tx384b5imzWrecbifv1bSc/2Y&#10;Z0MPdnaQoi/9eSyIU8vEehlsJLmXep5t8qa9eyhvqJMse7ZxVH8ifExzDGrqfPF031bWfat20ELp&#10;fo95AC+af7d7mMpgeC92i7h9eOB3PKWteYh36ZInejB4nX4oeuJ5ZGoGe6l6QlYOfIl7MkJOfZd8&#10;SS85fud9k8jodoKA3bbld0mAgaQ5eAeAKpDHeMx/6nz2eZ9/v2kDeot/plU6e41/kEGyfLx/gy7j&#10;fit/c8dkdQ2LC7VTdeGJvKKrdrCIcI9wd4mHMHvFeH2GEGgEeYeE9lR0eqmD00Eme/mCnS6YfYSB&#10;NcX5c9OVJ7PwdLCS8qFLdY6Qto4edneOfXqmd3uMT2cUeKSKMVO9eeGH90Cpe02FkC5YfPKC0sTO&#10;ctyfObLHc7+cJKAmdKGY8Y0EdZSVtnmndqeSfmY6d92PQ1MYeTWL8EA6erqIVS4hfHWERsPdchqp&#10;MrHXcwClOp8zc+GhC4wWdNicx3jRdfiYhGWJdz6UMFKOeKKPrj/eej6K4C30fAuFjcMncYmzBbEd&#10;cm+uKJ5rc0uo+ItMdD+jn3gQdWaeRmTldr2Y2lIUeDGTMT+PediNKi3Oe7SGpsKucSq8pbCWcgy2&#10;2Z3NctywnIqhc8aqJ3dvdO2jrmRddkydIVGid86WUz89eYWPJC2xe26HkL1ggntrUqzdgh5tP5uJ&#10;gdxvC4lega5wyHatgYxylGPIgXh0f1ERgXJ2iz6HgY143Syzgdh7m7xJgLZ1G6vJgId2AJpjgF92&#10;2ohLgEZ3tnWygDt4omLugER5p1BbgF16wT4EgJp8BCx5gQZ9gLsmfxd+2aqMfwZ+xplYfvF+sIc2&#10;fu9+o3S5fvt+q2IcfyB+xU+0f1p+5j2Qf7x/FCxGgEl/SbnTfa2IdKk2faWHhZfmfaSGioX3fbSF&#10;kXOdfeGEr2EwfiWD1E7/fnuC9D0afvqCBCwZf6KA8riSfH+R/Kf2fH+QOZarfIuOYITMfKqMe3Ki&#10;fOSKnGBefUWIyE5ifbWG3jy2fk+EzCvyfxGCdreGe5Obgabse5qY6pWme6mWJ4PSe9CTT3HBfBaQ&#10;c1+jfICNkk3YfQqKmzxdfbyHYyvSfpWD0Lavetik7qYSeuShf5TJevKdzYL7exuZ93EAe26WHV8G&#10;e+aSMU1lfHiOHjwVfUCJwiu3fi2E/rYMekuuOKVmelqp7ZQRemSlRIJDeoigZnBTeuGbgl5we2uW&#10;ikz2fAqRYDvWfNuL4CugfdeGAbWheey3V6TmefyyKpN6efqsfYGkehSmjG/CemuglF35evuaiEyW&#10;e6qURjuTfIuNsSuPfZOG169miztqsqBOifRsqJBZiOBufn+Dh+5wR24phwdyI1yghil0I0tXhVF2&#10;STpAhJB4uyn7g+x7nK6KiZJz6p9qiH906Y9dh4R13H6Uhp921G1Phch34VvjhQB5CUq5hEF6SjnZ&#10;g517uynngxN9ba2TiAp8/55IhxN9I45bhiV9Pn2RhVZ9YmxvhJR9mVssg+Z95Uotg0R+OzmCgr9+&#10;pCnWglJ/IKyChqWGC50ohbqFYI0phOGEoXyYhB6D52uWg3GDRFqEgtuCqUmxgliCDTk1gfaBaSnG&#10;gaiAsatjhX+O/pwshJqNlIwvg82MC3uMgxaKcWqtgnqI3Fm/ggOHVUkjgZaFvDjmgUqEBCm5gRaC&#10;HKp2hJ2X8Zs5g8CVwIs/gvWTXnqvgkOQ3WnogbGOWFkigT6L00izgOmJPTikgLaGbymugJiDX6m2&#10;g+qgx5p2gxWdzYp7gkiainnugZeXGWk5gQ6To1iYgKeQIkhZgFSMgzhvgDiIoimlgDCEd6klg2Sp&#10;gJnbgpWluInUgcOhinlIgQmdHGifgIOYqlgMgC6UKEfzf+mPhjhBf9KKlymef9uFZajEgwayF5lk&#10;gjytfYlFgWCoVXizgJii3GgegA6dYleof76X3Ueof4mSNDgSf4OMQymYf5aGKaHllBRqTpPvkgJs&#10;P4UtkC1uGHWcjnZv7GWXjMFx1VVtiwlz5kWWiUx2HjYJh5d4pid2hel7m6E1kppzAZM+kLV0CIRl&#10;ju51C3TgjTp2GWTqi413P1TaieZ4hUUfiD155jXHhp97fieIhQh9WaBskSl7jZJJj2B7xYOGjaN7&#10;/nQBi/98RWQoimR8o1Q8iNV9GESqh0R9nDWMhcB+PCeXhEB+9596j9uD75FIjhmDcoJ0jG6C7nMk&#10;itKCamNkiVCB+1Olh9iBlkRDhl+BNDVZhPeA1Sekg5GAcp6VjrSMWJBcjP+LI4GLi1+J23JAic+I&#10;hWK1iFCHNlMZhvGF80PkhZGEpDUshEODQyewgvqByJ3NjdqUv4+ojC6S04Daio6QvXGFiQCOjmIF&#10;h4uMXFKQhjCKKkOFhOSH6jT9g6yFgie6gnqC9Z0pjS+dAo78i4qaW4AtieiXcnDeiFmUYmFwhuyR&#10;TFIahZmOK0M8hE2K8jTbgyuHiSfCghCD+JypjK+lHI51ixChtn+diWid9HBSh9GZ+WDthmaV9VGm&#10;hSKR4kLsg9+NtjS+gsGJUyfIgbmE05xPjFOtE44Mireo7H8jiQekQW/Vh2WfTGCBhfSaUVFThLSV&#10;SUKtg4CQJjSYgnOK1ifNgXOFh5TjnSRp/Yfbml1r5Hotl8htv2vXlUNvnl0gkrJxlk5VkBBzuD/x&#10;jVt2ATH5ipl4myUrh8l7l5RVm91yM4dYmTBzPXmZlpx0TmtNlBJ1cFykkYN2r03vju14Ej+mjEZ5&#10;kjHiiZd7TCVhhtt9RZO3moF6OIaVl+t6gnjulVt602qgktx7O1wQkFt7vk18jdl8XD9ai0d9DDHM&#10;iK993yWQhgp+0JL7mTqCF4XElq6BtXgNlC2BU2nrkbWA/1twj0qAwE0DjN2AkT8NimGAaDG1h+CA&#10;TCW5hVSAOJI6mCyJ4IUJlaaI2ndSky2HymkskL2GtlrojlCFpkyYi/mEpj7NiZGDnjGkhyiCjyXb&#10;hLeBeZGal0iRs4RnlNCQA3axklmONGiYj+mMUFpjjYGKa0xBiyeIij6ZiNSGojGVhoaEoiX5hDOC&#10;k5EVlqGZY4P1lDCXC3Y/kbKUdGgcjzqRuVnpjNmO/UviiouMPT5niDiJbzGGhf6GgCYRg8aDhJCr&#10;lieg5oOGk7id33XKkTSafGeqjrKW5FmAjFKTSkuEihCPpz4ph8SL9jF5hZCIIiYkg2yET5Bdlc6o&#10;P4Mvk16khnVnkNGgS2dGjkWby1kqi+CXSUtEiaGSwT37h2OOLTFjhUCJgCY0gyWE9IiApmxpp3xR&#10;ovhrgW+jn6VtXWJ2nElvR1UFmMpxUEeVlSlzhTqhkWZ14i47jX94kCMhiYB7k4gSpVdxbHv8oehy&#10;c29HnoJzjWIjmxZ0w1S8l5R2HEdfk/t3nTqEkEN5Pi5PjG97HCN5iIR9MYegpAp48ntroKp5RW7M&#10;nUR5q2Gomd16MlRXlmZ62UcXkt57ojpgjzh8gC5ci3p9hyPGh6h+rIcWosSASnrNn2yAAG4gnBJ/&#10;v2EgmLJ/llPilU1/iEbGkdh/jzo3jkd/oy5liqB/yyQIhumAAoaFobOHkXo8nmOGr22LmxCFy2CM&#10;l7OE61N5lFGEHkZ3kPCDXjoQjXGCoC5sieCB5iRAhkaBMoYFoOGOznnCnZeNVG0VmkGLw2AYluSK&#10;KFMSk4OIkEY9kByG/jn3jK+FbS5ziTiD0iRvhbyCO4WioC2V5nlcnOuTz2ysmZSRiV+zljaPKlK8&#10;ktmMyUYFj3iKZTnqjAKH/S5+iKWFiCSWhUuDHIVQn7ac13ksnHSaKWx6mQ6XIF90lZiT5VJ6kjaQ&#10;sEXDjumNfzm/i4WKTS6BiDCHCCS1hO+D2YUSn2GjnHjunBWgS2w0mKOcd18rlSSYYlI9kb6UV0WY&#10;jnOQUjmnix+MTy5+h9uIRiTOhKWEcny+r+tpP3FLq9drC2WLp8Js6Fl8o4Ju301InwRw/EEvmkxz&#10;STWnlWN1vyrOkER4hCFXiwx7jXxtrwNwnXElqthxnWVopp1ywVliokJ0C003nbt1gUEtmQp3JTW7&#10;lCx46ysLjx967iHOigF9H3wlrb93rHDIqZl4BWUfpVh4fFkaoPx5JE0CnH158kESl9x66DXAkw97&#10;+Ss9jhp9NSI2iRl+i3vOrHF+hHBeqFF+TWSopBl+KljCn8R+LEy5m1V+U0DplsZ+kzW9kg1+5Stm&#10;jTJ/VCKPiFB/0ntwq1WFSXAApzyEimRHowiD01hdnraDJ0x6mkqCmEDAlc+CHzW3kSmBrCuHjGeB&#10;SSLbh6WA83sZqn6MBm+zpmWKvmP+oiyJZFgWndiICUw7mW+Gu0ChlPKFfTWzkF6ERSuji7aDESMa&#10;hxaB7XrQqdeSlm95pbuQw2PGoXqOwVfcnR+MrUwEmLuKo0CDlEWIojW3j6yGpSu9ix2EpiNOhqGC&#10;wXqfqU+Y729LpS+WimOToOiT3VepnIiRDEvVmCSOQkBXk7yLfDWojyWIwCvXipyGBSN4hkGDcXp0&#10;qPmfJm9NpMmcOWOPoGyYx1eOm/KVF0vDl4KRgkBWkx+OADWzjqiKkSvpikCHKSOahfWEAHGBuaNo&#10;3GartQRqklvFsDFsbVDKqv9ucEXQpWlwojsNn4FzCzDymVh1nCejkul4eh/CjHJ7h3FEuORv12ar&#10;tBJwyFvUrwJx8VDkqapzTkXxpAh04zs9niV2rDE1mAZ4mSgKka56xCBXi1d9DXEot6J2c2aAssp2&#10;yVu6rbB3TFDMqE94E0XrorN5CjtOnN56MTFjltJ7dihfkJV86CDXimJ+bXEHtkN8z2ZMsW98olt5&#10;rFt8mVCjpwN8w0XSoXR9HztPm7J9mzGFlbx+Lyimj51+5CFFiZB/p3DetRSDFGYmsEKCcFtRqy+B&#10;4FB0pduBZ0XBoFOBGDtQmqaA6DGjlMaAwyjjjsSAtyGjiN6AunC4tCyJUmYTr0+INltCqjWHEVBj&#10;pOGF9UWwn2CE8DtVmbeEBTG+k+uDKikXjgiCXiHwiEiBp3CXs3mPYGYLrouNyFs+qWaMCVBbpBCK&#10;QUWpnpeIjDtamPiG6THZkzCFVSlGjWqD0iIwh86Cb3B+svWVN2YNrfCTIVtCqLyQwFBZo1+ORUWf&#10;nemL3DtUmFyJhTHmkqCHQylrjOeFEiJkh2qDFXBtspaa2WYXrXKYPVtNqCyVMVBcoseR/EWjnVOO&#10;3Dtgl9CL1DHwkieI5Sl9jISGFyKNhxyDm86hbRhm+rvobuxpPai1cK1rcZTqcl5tnIC1dBJvzmxW&#10;ddpyF1ggd790f0Qded93JzDJfFl6Psy+arRxxbpqbMFy5Kdgbq10BpO+cIt1MH+kcm52Z2tidGd3&#10;s1dJdn55EkN0eM96mzBie3h8Ysr5aKd8fri0atJ8gaXobOR8jZJebuZ8tn5wcPJ882pccxd9QVZ0&#10;dVt9lkLXd9p9+zAHeqx+bMk7ZteHDbb4aRuGCqQ5a0SFFpDrbWiENX0pb5yDdmlOceqCv1WldFiC&#10;A0JFdv+BPS+3efeAVsenZVCRe7VxZ6aPi6K2aeWNno98bB6Lu3v1bm+J6GhMcOOIKFTic3WGU0HB&#10;dkCEWi9yeViCG8ZfZByb1rQyZn2ZA6F9aMaWGo5NaxCTL3rhbXSQTGdkb/6NalQzcrKKeEFLdZyH&#10;SS84eM+DtMVbYyamErM1ZY+iW6B9Z9yeco1Rai6aeHn9bKWWhmalb0SSiFOfcgyOZEDqdRKJ/i8I&#10;eFyFHcSZYnCwILJ2ZNyrgZ+yZyWmlIyAaXehhHkza/iceWX4bqyXYlMfcYmSE0CXdKCMby7gd/2G&#10;VcQaYfe567H0ZGC0Up8ZZp+uV4vYaOioLXiRa2uiB2Vtbimb0FKncRWVXEA/dECOjC7Ad7CHWsCC&#10;dP9mNK+Pdf5opp3ldv9q9Yt4eAFtMHiKeQ5vc2Vrei5x0FJ8e2l0UD/EfNZ3FC3TfpB6S78ncshw&#10;e66Bc/9x1JzjdSNzHoqEdkZ0Z3ejd3R1vWSdeL53KlHPeiV4rj9Fe8R6Yi2Ofa98WL2vcNF6n6zq&#10;cid68ptzc2p7QIkodK97mXZ4dgV8A2Ojd3l8f1EHeQp9BD66etN9nC1SfOR+SLwobxeEmatZcIKD&#10;/pnpcd2DXofbcz2CwXVQdLqCO2KwdlOBvFBQeAuBPD5BefuAti0dfDCAGLq7bZ+Oe6n4bxuNBJiN&#10;cIuLeoaNcgCJ6HQ/c5OIXmHMdVGG4k+mdyuFVD3UeT6DqCzve5OBwrmSbHWYU6jUbfyWAJdvb3WT&#10;hoV7cPqQ+XNHcqCObGEBdHGL3U8QdmuJPz10eJ2GaizJew2DQLima4iiC6fobRae3JaCbpKbbISW&#10;cB+X3XJ4cdiUTWBXc7yQr06TdciM7z0meBWI8Sypep2Ej7f3atermKc0bGeniJXBbeGjHIPUb22e&#10;gnG/cTCZ5V+5cyqVOU4gdUmQXzzid6WLNiyPekCFr7eGamG06Kaza+2v7ZUpbVyqfIMybuCkz3Ep&#10;cKWfIF88cqqZYE22dNqTbDyVd0qNKSx6efWGnrLVfSFlpKN1fURoLJM5fYFqiYIcfdBsz3Bwfi5v&#10;H16Sfp1xjkzwfyF0IjuNf893ASsIgLp6VbHEewxvS6Jqe2lwz5Ibe8dyPoETfDJzp2+EfK11HV3K&#10;fUB2rExPfep4VDsifsJ6LSrmf9V8TLCceSh44aEqeat5cpENeiR5+YACeqt6fm6Ve0R7FF0Fe/p7&#10;vEu6fMt8cjrDfc19PyrIfwl+Ja9Gd3qCS5/QeBGCB4+heKWBrn7PeUSBUW2FegOBAlwnet2AvEsV&#10;e9KAdzpefPiAMCquflR/264EdhWLoZ6PdrqKjo5md2CJXH2keBKIF2yVeOSG1VteeeGFnEqDevWE&#10;VjoHfDyC9iqXfbeBa6z6dPiU8J2IdaiTDo1mdlaQ+HywdxaOxmu4d/iMjlqweQWKUkoEejeIBzm8&#10;e5uFjCqEfTGC0KwmdBSeH5yxdMyba4yPdX2YbHvhdkSVRWr+dzeSFloaeFWO2EmdeZSLfDmAexOH&#10;5yp1fMGEB6uHc2inJJwJdCSjmYvddNOfq3sydZmbhWpZdpaXVlmLd8mTFUk3eRmOrjlLeqSKASpo&#10;fGWFEKsfcvKv8ZuOc66riYtNdFSmonqcdRGhdWnSdg+cPlked0uW9kjbeK2RgjkLekyLzCpefByF&#10;7KWLhXxlO5d/hMhnyIiNhERqLHi2g95se2hRg4Nu2Fe9gzNxV0dygvBz/jdygsx29ChqgtR6XKSv&#10;g4huU5aVgxJv74eMgq9xdHfGglxy9md+ghh0iFcNgeV2NEbqgcF3/DcjgcB5+Shrgeh8PqOwgcB3&#10;RZVogXB4CYZ/gSN4u3bAgOl5b2afgL96L1ZagK17A0ZogKp75jbbgM185ChrgRZ+AaKbgBiAI5RI&#10;f9+AIIVTf66AA3Xcf4d/4mXaf3p/y1XHf4Z/vkYFf6Z/tTamf/F/rChrgF5/oKF/fsKI75NLfpaI&#10;L4RZfnOHSXTMfl2GSmT6fmSFTVUJfpKEWEV9fs+DWTZffzWCRyhrf7+BGKCWfbKRs5JcfZGQMYNx&#10;fXWOdnP0fWqMl2Q5fX6KsVR2fbeIx0UWfg+G0TYofpOEsShrfziCZZ/ZfNmaUpGefMKYDIK1fKeV&#10;dnM+fKCSsWOVfMKP4FP1fQqNAUTFfWuKCzX+fgmG4ihrfseDhp9KfDSiyJEGfCSfu4IUfAacQ3Ki&#10;e/yYjGMDfCSUyFNzfICQ8kRqfPGNADXYfZiI1ChrfmuEe57oe8CrDJCRe7OnNIGOe42i0XIae3me&#10;HmKNe6GZX1MXfASUjkQefIePnjWnfUKKeShrfiGFRZidjjFk6YupjK5nbH3di2hp0G86ikFsKGAd&#10;iRxukVDeh/lxIEH6htdz2TNyhcl25iX/hNV6YZfojGpteYrwiyFvGn0QifJwrm5/iNNyRV96h7xz&#10;71BZhq91uUGYhah3oTNGhLh5xSYhg+B8MJcXirR134n1iZJ2uXwxiHR3im2mh2t4X17Dhmt5Rk/L&#10;hXp6REE2hJF7VTMdg8F8hyY+gwd93ZYiiSN+Goj5iBB+R3smhwx+X2zZhhB+cV4ShS5+j09KhFt+&#10;uEDmg5F+6jL9guN/JSZYgkl/ZpU1h8uGV4gQhsiF0npHhdKFK2wChOWEbl18hAyDsU7bg1aDA0Ce&#10;gquCUDLggh+BkyZugaaAyJRrhsmOj4djhdGNWnmghN6L7GtJg/aKVlzPgymIvE5agnyHKUBHgeqF&#10;jjK5gXmD1CaAgRyCAJPHhfuWn4a3hQ2Utnj1hBmSemqmgzOQClw3gnGNk03jgdCLGEAIgUOIkDKg&#10;gOyF3SaPgKmDDJNHhV+egYYyhHmb4nhog4GY02ofgpOVflu5gdSSIU1ugUaOvD+4gMaLSjKKgHiH&#10;qSacgEuD75LshO+mOoXJhA6i5Xfvgw2e92mlghOar1tTgU+WZE0jgMeSFD+DgFmNtTJtgB6JLSam&#10;gACEqYwolwNkrYAelNBnIHNZktRpg2XfkOhr41gEjutuV0oZjOFw9jygis1zwC+ciLx23yPMhrd6&#10;Y4uOlXhswn+Rk25uYHLBkXdv/WVZj4dxpleSjY9zZ0nCi5d1TDxniZh3Uy+Vh6F5mSQOhbV8IYrm&#10;k9p0pH7EkfB1iXIQkAZ2b2SsjiV3YVcFjEB4a0laimF5kDwpiH16zS+NhqN8MiRIhNN9u4oekld8&#10;XX3pkHx8nnEnjqd81WP2jNR9ElZpiwt9XkjqiUZ9vDvnh35+Ji+AhcJ+pSR5hA5/MYlVkRaEAn0p&#10;j0eDpXBrjXuDMWM3i7WCsVXnifKCM0iFiEmBxzuthpuBWC93hPqA7CSkg2WAfoitkA+LqnyCjk6K&#10;qW/IjImJfWKkisOIMlVmiQmG5Eg7h2OFnzuBhc6EWi9thE2DAyTIgtaBooglj0eTLXwMjZKRjG9U&#10;i8ePnmInifuNgVTriEqLYkfahrSJRTtVhSOHIy9kg7qE5CTlgmCCnYe5jrOafnuejQGYOG7hizGV&#10;hWG6iV6SkVSFh6+Pmkd8hieMoTsZhKKJpS9dg0KGiST9ggCDb4dojkahnntGjJWesm5/irybMmFZ&#10;iN+XXVQ0hyyTh0dChamPsTrxhDOL2C9NgueH6iUQgbOEG4BCoAxkW3T2nThmv2kkmoJpIVzLl8Jr&#10;jVAtlN1uFUOUkdtwyzeAjr9zqywDi5V23iHYiG56ZH+6nrpr/XSQm/RtmWi9mTJvQVx2lmRw/0/r&#10;k39y3ENqkIp04jdzjYB3Ciwkim15cyI4h198En82nTJzY3PxmoN0U2g6l8d1Tlv4lQJ2YU+Jkix3&#10;kUMrj0144zdbjFt6Tiw+iWN75SKMhnJ9nH6em7V6m3NJmRN682eHlmh7TFtwk7B7tU8XkPJ8NELg&#10;jit8yTc7i1N9byxPiHh+MCLVhaR+/34EmnaBwXKxl+CBiGbvlT2BQlrcko2A9k6zj9mAu0KWjSqA&#10;kDcaimmAaixch6mAUCMShPWAO319mX6I3XI0lvGIEmZ4lE+HIlpokaCGH05NjvCFHkJljECEKDcH&#10;iZeDOCxphvWCQSNGhGGBTn0SmK6PznHHliqObGYLk4mMzVoAkNuLDE31jjKJSEIti4yHhjcCiN+F&#10;xyx5hlmD/SNwg+eCOXy9mB2WlXGXlZ6UqGXbku+STlnGkCqPtU26jX2NIkHuiu2KmDbYiFWIFSyA&#10;hduFgSOSg4SC/Xx8l7SdKHFXlSyapmWVknOXjFl/j6aUIU2BjPaQvkHHimqNZTbDh+KKFyyBhX2G&#10;wyOugzWDnXTrqVBj6GpPpeNmPV9gonJooVQfntBrHki5mu5tvj1vltlwkDK+kp9zjCjAjkh22SAi&#10;ifh6YnR1qDVrI2oQpLhsul8toSRublP/nWpwREipmYNyQj10lXl0bjLdkU92vSkHjQ55TCCeiNt8&#10;A3QVprxyFGmfo0lzDV7Zn7V0HFOxm/11U0h0mCN2rT1flC54MDLrkBp5zilCi/Z7myEKh+J9fnOs&#10;pTx40WknodR5P15Xnkx5uVNWmqJ6T0gtltx7BT06kv571jLujwR8vClwiv19wSFnhwt+03NAo/Z/&#10;fGjAoJd/Z13wnRZ/T1LtmXJ/OkfulbZ/QT0Uke9/XjLsjg5/hSmWiiR/viG1hlV//3LhovuGHmhu&#10;n6CFhV2jnB2Ez1KjmHmEDkevlMKDWjz4kP+CuDLsjTOCICm0iWiBjiH3hbyBBHKSojeMj2gvntuL&#10;dV1qm1KKHFJol6qIpkd2k/qHOjzZkEGF2TL0jHaEgynSiMaDKiIthT2B4XJZoZmSxWf7njyRIl0y&#10;mq+PJFIxlwKM9kdEk1SKzzypj6uIrzLli+SGoSnwiD+EkCJZhNeCmXIroTCY1Wf9nciWvV0vmiaU&#10;BFIclmCQ/Ec7kqaODDy0jwOLNDL2i16IdSoEh9qFuSJ8hIWDL2oJstdjal/8ruhlqVXhqrloDUuw&#10;piRqm0GAoSttWDeJm+hwTS49lnRzayW9kNl20x6gi1x6YGmYsfJqQF/XrdJry1XWqWltiUu6pLFv&#10;eEGcn65xmze5mnRz8y6FlQ//4v/iSUNDX1BST0ZJTEUAAgl2cCYoj415KB82ijB79WlbsIRwwl+T&#10;rGBxu1Wsp/Jy20uZozV0N0GSnjx1wTfLmRV3ei64k8d5USaCjmN7Vh+3iSt9ZGkkrvl3CF9Pqtt3&#10;g1VfpnZ4Gktroch430F2nOF50DfNl9J64y7dkp98DibMjVx9WyAniEt+qmjqraJ9OV8cqYt9QVUt&#10;pSl9VEs0oIF9d0Fkm6h9xDfOlrB+Li78kZd+pycLjHZ/NiCFh41/ymi3rJmDY18AqHqC+VUXpBWC&#10;e0sen2+B/kFPmp+BlzfUlbCBTC8ZkLCBEydBi7CA5iDThu6AwmiOq8qJW17xp56IflUOozCHaksS&#10;nouGRUFDmcSFMTfXlOKEMS83j+mDRCdyiwmCYiEUhmuBk2huqy+PG17vpvCNyVUPonWMG0sNncqK&#10;RUE4mQiIgTfNlDmG0C9Bj0+FNyeYin+DqyFIhgGCQWhaqr6UoV72pmKS2VUXodiQiEsPnSeN/UE8&#10;mGeLgzfbk6OJJC9Mjs2G3yeqihSEtiFyha2CzcLPaA5g4LFKak5jv59RbHlmjIzCbplpTXnDcMNs&#10;E2aWcwhu8FOfdXJx8kDoeCB1PC8Ieyx5AsDuZUVrf6/TZ8htRZ4GaipvB4ufbIBwzHi8buNymmWu&#10;cWR0f1LYdAp2fEBVdvV4sS7Bej17Ob8pYth2BK4iZYZ2t5yVaBh3bIpFapt4NnePbTB5EGSxb+Z5&#10;/FIRcsR69z/Mded8ES6BeWV9U71pYLCAWaxqY4OADprqZjZ/zIjdaON/lnZSa6l/eWOubpB/Z1FO&#10;caF/WT9LdPh/Uy5KeKV/TLvPXtmKjKrmYcmJWZlxZJuIJYd2Z2aG9HUvak+FzmK8bWaEu1CbcKWD&#10;nT7ZdCiCby4ad/6BHLqBXV6Uq6mpYGOSl5hDY0iQbIZWZiuOO3QpaTCMD2HobGSJ50/+b8yHtT50&#10;c3eFWy3yd26Cv7l3XC2epqiuX0GbrpdNYjCYiYVrZSOVU3NTaEGSIWE3a5GO5098bxSLkj4jcuGI&#10;Cy3QdvaEMLixW0SobqfwXmGkjJaLYVOgaISqZEycJXKbZ3uX52CYauWTn08HboKPLT3ccmaKdi21&#10;dpKFbbgzWqSx6qdwXcKtC5X7YK6n3IQSY6SijXINZtidQ2AgalKX606fbgKSYj2Rcf6Mji2fdkKG&#10;d7V+b65gXqWjcSZjY5UWcp1mQoPHdBhpC3H1daNr2l/0d0luxU4xeRFx2Dy4exZ1OCwtfXB5F7QY&#10;bRNqeaSUbs5scJQZcHRuUoLechhwL3Efc89yFV87dah0FE2ed6d2MjxUeel4iSwEfH57NrKZar90&#10;bqL8bKZ1ZpKtbnR2VIGJcEV3Rm/8cit4Rl5KdDh5Wkzidmt6fzvbeOB7xSvge6Z9NrEMaK9+NKFs&#10;arZ+RpEobKZ+TIBGbpl+UW7fcLB+ZV1lcup+hkw6dU1+rTtzd/R+3yvAeuZ/FK+bZuqH4aANaQyH&#10;Go/SaxmGPH7/bSqFUm3eb1+EblyPcceDmEugdFWCujsXdyaBzyulekCAya5vZX6Rf57qZ7KP4I68&#10;adGOGH34a/mMOmzwbkiKW1vVcMqIfksZc4CGmTrGdneEjyuOebKCUa2BZFia+Z4BZpqYf43XaMKV&#10;x30favmS8GwsbWGQFls3b/6NNEqscsqKOjqGdeOHEyt7eTuDqKzQY3ikQJ1PZcCg540dZ+ydOXxo&#10;aiiZYGuAbKCVhVqhb1iRn0pCcj2NmDpOdWmJVCtreNmEzqxfYt6tP5zQZSao/oyNZ0qkUnvSaYOf&#10;cmr4bAKak1o0bseVp0njccKQlDoKdQeLQStfeIqFw6iHd4hgBpoueDBjG4r4eO9mA3riecJo0Wo/&#10;eqZrp1lte6NunkjlfL1xwDiwfg11NSl9f6R5KadqdRFphJkfdf5rnoncduhtnnnhd99vlGleeOxx&#10;lVizehZzskhWe2B17ThafOR4ZSlyfq17MaY4ctNy7Zfbc/F0HIjUdQJ1O3jbdh12U2h/d053eVgB&#10;eKV4tUfYeh96BTgSe9d7eClofdJ9GaTacNN8KpZ9chF8iIdmc0N8znetdH59Cmd0dd99UVcrd2N9&#10;pEc9eQp+ATe7eu5+ailgfRB+3aOSbyOFTpU9cHiE4oYxccWEU3aJcxuDrmaUdJaDC1ZydkWCcka7&#10;eBSB1jd0eiGBMClZfGmAeKKFbceOZ5Q3by2NL4U2cImLw3WdcfWKNmXAc4iIpVXSdU2HE0ZLd0CF&#10;fDc3eXKDxSlTe9qB5qGvbK2XW5NhbiCVVYRlb4WTBXTXcP6QjGUOcqiOC1VFdIWLgUXwdoyI5DcI&#10;eN6GHilOe2ODJaEPa9SgHZK7bU+dRIO4breaC3QwcDSWnGRxce2TJVS8c+SPo0WSdgKMBjbdeGSI&#10;NSlKewGENqClazyonJJCbLmk7YMtbhugw3Ojb5WcV2P1cVOX5lRbc1eTaEU+dYqOyzajeASJ/ClH&#10;erOFF5vof51f0Y7Df3pi44C+f4NlzHHaf6lon2Jtf95rflLWgCRugUOXgH9xsTS5gQZ1Nyb4gcR5&#10;N5r6fUdov43TfWtq6X+/fZ9s+nDzfeJvBWGmfjhxHlI3fqVzVEMjfyp1qzSAf954QScMgMZ7Kpnw&#10;eyZxh4yke3ty4H68e850Jm/6fDJ1Z2DZfKt2tFGYfUF4FkK4ffF5jzROftJ7Licdf+V8+5jPeTZ6&#10;P4t3ea16032MeiF7TG8Yep97wWAUez98OVEFe/x8wEJafNV9UjQlfeN99Scsfx9+ppevd5iC3Yp8&#10;eCWCunySeLGCbm4QeUiCCV9KegCBplBdeuaBTEHme+WA8TPufReAkic5fnWAKZa/dk6Lb4mLduqK&#10;jXuqd4OJcW05eCuIMl6KePiG7E/SefGFp0GIexGEXjPBfGaC/CdDfeSBgJX/dUGT2IjMdeqSNXrx&#10;doqQRWyKdz6OJl3teB6L/U9YeSyJzEFCelyHjTOje9CFKydMfWyCqZVsdHGcD4g1dSOZqXpVdcWW&#10;3mv2dnuT111jd2iQxU7eeI+NpkDwedKKdjOFe1WHGydTfQmDpZUGc9qkBofBdJKg3nnUdTCdMWt2&#10;deKZOlz2dtKVOE6LeASRKkCpeVyNBjNXeveIvSdZfLqEdY+Xh+9fqYN3hxFir3aIhmlllmjNhdto&#10;b1qYhVJrWExFhM9uaT5bhFdxpjDlg/11PCSlg8t5Qo7LhcloEIKyhS5qQHW4hKZsXmgWhCxue1n/&#10;g7pwqkvRg1hy+j4PgwN1bDDQgtF4ICTWgsN7IY3pg8BwUYGsg1ZxwHTVgutzIWc8go10gVlNgjt1&#10;8UtLgf13eT26gc95GjC2gcR65SUBgdp83Iztge94cICigZ55LnPBgVB52GZqgQh6eViYgNp7JUrG&#10;gMF73j1pgLh8pjCcgNR9gyUngQ5+cov6gFCAgX+7gBmAlHLlf+KAhWWVf7OAXlgcf5SAO0ptf6CA&#10;IT05f7yACjCTf/9/9SVGgF9/34sofxmIj38GfvKH9XI6fsOHI2TpfpuGK1dsfpGFLknwfq6EODzm&#10;fuiDQDBzf0yCNiVhf8uBIIp/fhqQbn5aff+PJXGUfdSNi2ROfbWLwVbdfbuJ7kmDfemIFzywfjGG&#10;OTBjfrKEPyV3f1CCNYn6fVSYFn3VfUKWHHEOfRiTuGPQfPiRElZofQiOYkkZfUyLqjxtfaSI6jBV&#10;fjSGCSWJfuyDHomYfMOfhH1sfLac3HCcfIiZpWNgfGOWHFYMfHOSiEjWfMGO7jw3fS2LSDA3fdSH&#10;iiWXfpyD3oOlkJxfc3hajwpiY2xnjatlRl/LjFpoKVLQiv1rIUXIiZpuRDk7iDdxlC08huV1PiKJ&#10;ha95S4Ltjq1nWHe8jU9phGvHjAFrrV9Firht31JliWtwJ0V/iCRylDkXht91Ji1KhbB3/SLWhJt7&#10;F4IxjL5vFXbli4twkGsTilRyCV6biSFziVHgh+91HkUihsh2zzjohaZ4nS1QhJt6miMag6h8v4Fg&#10;ivZ2rnYIidt3iGoviL54Vl30h6B5J1FUho96AkTEhYp68Ti5hIx78i1Tg6Z9ECNVgtV+QYCTiXF+&#10;MHVRiGh+cmmDh1x+mV1ChlJ+rlDthU1+x0R6hGt+8jiXg45/Ii1agsx/XCOHgiB/mX/eiDmFrXSm&#10;h0OFTGjhhj+EvVy6hTiEDVB5hEKDWERLg2iCtTh/gqyCGC1dgg+BciOwgYiAx39Mh0aNBXQ1hl6M&#10;Cmh3hVqKv1w/hE+JQE/9g2eHwUPpgqGGTjhage+E3y1agXGDVyPTgQqByn7YhoyUJ3PBhauSkGgC&#10;hKWQhVvUg5eONE+cgrOL5kOLggGJnjgggV6HXi1ZgO6FASPvgKOCo35/hgGbFHNlhSKY5GefhBeW&#10;Elt1gwOS5k9PghyPwUNXgXGMpTgDgOCJjy1TgIiGZiQFgFGDVXgzmWZfKW2/lzJiCGLBlSFk6Vc6&#10;kwVn1ktvkMRq3j+vjmxuFzR9jAhxfSnpiap1PSCqh2h5UHeOl7hmn21GlaVoxWJOk5Bq91bikW1t&#10;PEsyjzNvnz+QjPFyLDR+iqd03yoXiGl32iEShkZ7DXb3leFt4WyZk+9vZWHCketw8FZgj9ZykUrT&#10;jbN0Sj9Yi452KDRyiWV4Iyo8h0p6UyFthUh8pHZOlCB0+WvikkF16WECkFR22FXSjlZ300phjFF4&#10;4D8Sikt6BzRZiER7QypVhkx8oyG7hG1+E3Wmkqd8AGtAkNl8YWBljvl8s1U7jQd8/Un/ixR9Vz7N&#10;iS99xDQ8h0Z+PSpmhW5+yCH+g7F/WnUTkX6C/Gq5j76Cz1/pjeOCe1TFi/aCEEmZig6Bqj6iiC+B&#10;VTQrhmSBCyp1hK6AwCI1gxSAd3SbkIaJympDjtSJC193jP2IDFRZixSG50k9iTaFwz5nh2eEqjQr&#10;hZ+DmyqIhAmCgSJjgpKBanQ8j9GQbGoIjimPKF8/jEqNdFQeik+LfUkJiG+Jkj4threHtjQDhQaF&#10;6SqUg4GECyKIgiiCNXPyj0mW1mnBjZ6VCF71i7mSmlPZibmP10jTh9iNIj4LhiWKfzP2hIaH7Cqb&#10;gxmFUiKmgdOC221Com9esGN4n6RhgFlanNZkY07mmdpnYkRMlqJqhznRk0Ft4i/1j8lxaSbPjEt1&#10;Qh8HiPJ5VGypoPxlvWMcnjRn4lkPm1BqI062mERsg0Q2lQxvCjnYkbxxwTAcjlt0nicfivt3vh+I&#10;h8J7AmwxnzpsjWKZnIVuHVismaxvwk5elqlxiUP+k4VzcDnFkE91gTAxjQx3sSdhic96FB/3hrl8&#10;imu1nXxzMGIRmth0OVgdmBF1TE38lSJ2d0O0khl3vjmijwF5IzA5i956oCeViMV8QSBXhdV96ms4&#10;nAB5w2GcmWx6Sletlq96zE2Nk8t7UEN2kNN77jl+jdp8pTA5itV9aie9h95+RSCphRN/ImrKmtaA&#10;S2E9mEyAUldYlZKAOk1AkrKAFEM2j8R//DlojNN//DA8ieuACCfehxaAGyDthHCAMGptmemGpGDz&#10;l2aGLFcXlKqFdE0BkcmEnkL5juWD0zlGjAODGTBHiSGCbif+hmuBvyElg+mBFWonmSqMv2CylqyL&#10;w1bWk/CKaUzGkQ2I30LHji2HXjkVi12F6zA3iISEjigehd2DKyFSg3yB1GnvmKKSsmCnliKRSVbL&#10;k1mPO0yykGCM3ELFjXWKmTkqiq2IczBQh/SGZyg2hW+EWiF2gyWCcGKsq8peGll9qHNg11A3pONj&#10;vUbRoPFm0D1pnKVqGTQ4mB1tnSu1k3dxTSP6jsd1RR2VilR5VWIVqpBkwVkvpyJm4VAEo2dpMEa9&#10;n1xrrz1xmwpuYjRflo5xSyv8kft0WiRojWh3ox4tiRZ6+GG9qN5rJFjUpXRsvE/FocBueEaLnbhw&#10;aj1dmXdyhzRtlRN01SwxkJx3QCTFjCx52R6wiAJ8c2FwpxpxVlh9o7xyc09poBVzqUZTnCN1CT07&#10;l/p2kjRtk7V4PSxXj196ASURixV75h8ghxV9xWEjpZJ3eFg4okF4IU8pnqJ400YTmrl5lD0llqV6&#10;fjRskn17hix2jkd8nSVRiiN9yh9/hkt+72DdpF19klgKoQ59yk8GnXF97UX0mY1+ED0NlYR+SjR1&#10;kWl+pCyVjVF/DiWIiVJ/gh/PhaN/8GCjo2aDelfqoBWDQU7wnHWC0UXgmJSCTzz7lJaB4TR1kIuB&#10;iSy0jH6BRSW5iKKBBiAQhRiAymB2oqiJKlfYn0+IgE7lm6iHeEXWl8SGSjzuk8yFLzRoj9eEKiy8&#10;i9uDPiXgiBGCVyBEhKiBf2BZohiOpFfTnq+Nh07imv+L4UXTlxeKADzzkyGINDR5jzeGgyzKi1CE&#10;7SX1h5+DaSBuhE6CEbdZYrda6ab3ZV5eWJYrZ/ZhuYTOao1lDXL+bTpoZ2EAcA1r209Gcw1veT3c&#10;dltzaC1xegp347VyX2plVKV+YmRnuZTgZUNqF4OsaB5sdXH7axFu22Afbi1xW06McXhz+z1ddRN2&#10;4C1GeQ56LLOpXIFvpKPOX7lxAZNxYtVyXIJWZetzxXDTaRt1PF8rbHp2yE3ScAp4bDznc+16QC0h&#10;eCt8VbHkWel5xqIZXVZ6K5HNYKF6lYD5Y+t7B2+iZ1p7jV42avZ8I00ebsZ8xTx5cul9gi0Ad2N+&#10;W7BBV6uDxKCXW0WDRJBgXryCwX+fYi+CQG6UZcyByV1WaaSBZEx9ba2A/jwZcgiAnSzkdrSAN67l&#10;VdONqZ9bWY+MSI89XSaK1n6TYL6JXW2hZIGH6FycaH+Ge0v0bL2FCzvFcUmDhyzMdh+B463OVE+X&#10;Zp5dWCeVH45TW9SSt327X4eQQ2zdY22N01v7Z5CLX0uGa/GI2juEcKiGNCy5daKDW6z7UyGg552c&#10;Vwudso2aWsaaT30NXoiW22w8YoeTbVttZs2P9ksea1CMYztMcCOImyypdTuEnqxzUkmqDJ0YVjyl&#10;2I0TWfihc3yIXb+dAWvFYcuYmFsNZiaUIkrKasOPhjsPb7WKrSycdOiFrKrcagxarJv6a/1eNYx2&#10;bfFhnnw8b+5k82uEcgRoUFqhdD9ry0oLdqRvdDnSeVNzdSqufFp4AKlaZvBkk5rdaTRnHIt3a2Rp&#10;k3tbbZlsAmq8b+hueln6cmRxDkmMdQ9zxjmFeAp2xyqfe1p6MKfMZCVuVplBZqZv64oNaQ1xdXoK&#10;a3py/2mfbgZ0l1kScMJ2REjec654DDkfdul6BSqRenZ8P6Y3Yah37ZexZFl4oYiNZu55SXjSaYp5&#10;7WiObFF6n1g6b0h7YUhFcnF8MjjIdel9HyqFeax+KaS/X4GBaZZTYlqBR4c/ZRmBD3eVZ92Ay2ee&#10;as+Ajld0bf6AYEe7cV6ANTh9dQuADyp6eP1/6aOKXbyK0ZUxYLOJ2IYyY5CIu3acZneHi2a/aY2G&#10;W1bPbOGFMkdGcHGECDg8dE2CzipyeGiBeqKUXEmUD5RIX1iSO4VWYkmQNHXQZUqOE2YIaIKL8lY9&#10;a/mJzUbqb6iHnTgKc62FTyprd+uC2KHcWyidEZOVXkWaX4SkYUKXaHUoZFKUUGVrZ6OROVW0azuO&#10;HEaLbwuK6jfecyqHjCpld4WEBKFjWlmlvZMVXXyiKIQaYHqeO3SgY46aKWT1ZuyWHFVYapmSB0Y6&#10;boON1jemcsCJdSpgdzOE/p6lcZhajpEics1eH4LbdBhhinPEdXdk32Qodu5oPVRkeIdrv0T5ekZv&#10;cjX1fElzgSgWfpl4Gp1ibqVj2pAGcCxmfoG/ca9pCnLJc0FrjGNSdO5uGlO4dsNwx0R7eMBzmTWz&#10;ewV2tCghfZN6MZwaa/VtFY65bbxu14C3b3JwinHMcTNyNGKAcxJz7FMWdSF1vUQPd1t3qTV/eeB5&#10;yCgrfKp8J5qwaY92Jo1Wa4R3Gn9MbWd3+XCmb1N4zmF/cW15rFJMc7R6nEOCdih7nTU4eOR8uygz&#10;e91995lhZ4B/HIwVaZl/Sn4aa6J/V2+JbbV/UGCtb/V/TVGgcnF/WEMPdRh/aTUBeAZ/gSg6eyx/&#10;nZhMZc+IAosOaAOHZn0maiaGm26mbFqFtF/jbryEylERcVmD5kKudC2DBDTRd0iCFShAepWBFZdv&#10;ZGyQvYo5ZrSPVXxaaOuNrG3qazaL3187bbiKDlCOcHWIO0Jic2WGYTSvdqeEbShFehiCW5bJY1WZ&#10;PImTZayXB3uzZ+6UfG1NakaRwV6obN+PBVAOb72MREINcsqJdTSPdiSGgShJebGDcZZZYoqhbokZ&#10;ZOmea3suZyya92zJaYmXTF45bC2ToE+6bx6P8EHDckaMLDRddb2IRShNeV+EWJKueWFaiIZNedxe&#10;EHkien9hd2sqeztkzFyyfAtoL04afPVruj/off1vdjIsf0BzkiWpgMJ4L5GXdpRjRIVNd2Fl83gj&#10;eDloi2pJeSFrHlv3eh9tv02Jez5wgT+GfH9zazIGffx2nyXPf7N6MJB4dAZr44QVdRBtx3cedhRv&#10;m2lWdyhxaFszeFZzQ0z3eat1Nz8peyN3STHlfNl5jyXwfsN8D49FcbR0coLecu11lXXvdBt2oWh7&#10;dVV3qFp5drV4s0xyeDx50T7ceel7AzHLe9Z8VSYMffF9xo4ab71854HbcRh9U3Twcmh9nWd0c8R9&#10;0FmzdUh+CEvOdwN+TT5veOB+mjGfevl+8yYlfT1/VI0ibiGFSIDpb5OE+nQNcPyEeWakcnWD2Fj/&#10;dBeDNEtTde6CmD4gd/WB/zF/ejqBXiY5fKOAs4xabM6NfIApblSMcnNWb82LIWX7cVqJp1hpcxmI&#10;KErhdQ6Gpz3ldy2FJDFreZeDjSZKfCSB5IvBa8KVdn+QbVeTr3K9btqRimVtcHKPL1flckaMz0pu&#10;dFmKbD2bdpKIAjFXeRGFeyZYe7yC5otUavqdJn8dbJmapnJBbh+XqGT0b7uUZ1eBcZeRIkokc7yN&#10;2j1bdhCKhjEveKyHGyZje2mDu4bwgW1ahHuCgThd/G9cgTJhXGJ+gURktVUvgV5oIEfOgYhrtjrh&#10;gcdvfi6AgjJzpiNsgs94QYX5ftBiuHqpfuhlaW6Hfw5oC2HJf0FqrlSff4JtY0dmf9pwPTqmgEpz&#10;QC58gOp2jiOsgbV6LoT+fGBq0nmXfLNsyG2gfQJutGDzfVxwnVPzfchymUbpflF0sTpefvR26C5w&#10;f8V5VSPjgL179oPzei5yy3iJeqh0FGyPex51TWAue5h2flNLfDR3ukZ0fOx5Cjoffb96bi5nfsF7&#10;9SQTf+R9l4LyeER6vXeQeOB7WWumeXV72F9Veg98RVLIesd8ukYTe659OzntfK19yC5jfd1+ZiQ8&#10;fyp/DoIVdryCnnbYd3GCkWsAeBmCU16peMmB9VImeZyBmEWpep2BRjmqe8OA+S5QfRuAqiRffo2A&#10;WIFhdXqKTnYmdkGJlWpXdvaIlF4Pd7iHalGceKOGPEVCeb6FEjl8evmD6i5IfHWCsyR7fguBdIDV&#10;dHmRwHWedU+QW2nRdg2OlV2UdteMmFEsd9SKlkTfeQqIlDlAelyGki5Be+2EfCSSfaGCZIBsc7eY&#10;73U0dJeW5GlidVmUVF0rdiWRfFDXdymOoESkeG6LxTkQedqI5y4me4aF/CSkfUyDKXt5icFaaXDk&#10;iOZdzWW2iDRhKVnth45kiE3KhuBoAUGlhjVrqTYFhZRvgisHhRJzuSFkhLd4T3qbh1xiHnAuhsFk&#10;zmUKhi9nellihZ9qL01ihRBs/UFjhIxv8zXuhBZzEisjg8J2fCG9g5F6KXnEhQtpt29GhKVrvGRM&#10;hDZtv1i0g8dvx0zeg11x5kEMgwZ0JTXJgr12hSs1gpZ5HCIKgo973Xjhgu9xNG5bgqxymGNggl9z&#10;8lgEghF1TkxMgdJ2uUCqgaV4PDWagYl51Ss9gY97lSJNga59angHgSJ4nW2OgPp5ZGKbgMd6FldF&#10;gJN6vUvZgGx7bUBVgGx8LzVygHh8/itGgKd94SKGgO5+zHdGf5t/9Gzdf4+AHmH7f3CAIVa+f02A&#10;Ckttfz5/9EAzf1B/7zVpf4R/9StVf91//CK1gE2AA3anfmiHImxhfnOGtGGNfluGAFZQfjyFIksA&#10;fkGERz/cfm+DeTVMfrWCsytafzOB4SLcf8eBDXYpfXKOF2vofYuND2EYfXqLolXpfWKJ+kqlfXSI&#10;Vz+JfbqGvTUdfhWFLCtffqeDiyL8f1qB7HXIfLaUy2uIfNeTL2C4fMqRBFWQfLSOjUpgfMuMGz9b&#10;fR2JtDUAfY6HVStXfjuE7iMVfwOCo3B1kl5aHmaskNpdcFxtj3NgylGzjgRkNka5jHpnxDvPiuNr&#10;hjF6iU1veCfZh8tzxR+ZhnF4Wm+pkDRhYGYUjuBkDVvkjYlmxlFMjCRpkkZ0iq5sfTuxiTlvlzGG&#10;h8hy2SgUhnB2ZSAJhT56I272jf5ogGVVjNdqkltMi5xsrFDEilFu2EYUiP1xHzt8h69zjDGBhmd2&#10;GyhChTt44iBqhDF7xm47i/BvgmSTiuZxAFqJiclyf1A3iJ10CkWlh291qTs6hkp3ZDFvhS15OShi&#10;hCt7NSC+g0h9QG2Fiix2cGPoiT13XlnmiDZ4QU+fhx95IEVJhg16Ejr9hQ97GTFchBh8MCh9gz19&#10;XyEFgoF+kWzkiLp9TWNZh+J9r1lohul9708theF+HkTshOF+VTrmg/F+ojFcgx9+/CiXgm5/WiFA&#10;gdp/tmxah4WD8mLUhsKDwFjshdeDWU69hNqC1kSSg+yCWDqzgxCB5jFugkaBgyiygb2BHCFxgVGA&#10;sGvuhpiKdWKaheyJxFi+hQGIqk6Ug/SHVUR1gwaGEzqKgkmE5zFLgZ6D0ijDgSqCqyGZgOCBgmuY&#10;heGQv2JJhTmPilhthFONuk5Ng0iLnERBgluJmDptgaaHrTFGgQ+F1yjRgLiD9iG4gIeCLWXemzFZ&#10;oVznmQhc5VOZludgQUntlJ9jv0AZkiJnaDZmj4lrTC1XjOdvXyUDildzxx4Hh/x4YmUimUdgfVxr&#10;lz9jKVMulRpl8Umlksxo2j/1kFhr6TZqjdlvKy2Ei1dylyVbiO52Sh6Mhrt6HWSUlydnLFvUlT9p&#10;TFK3kzNrgEk9kPlt1j+0jqFwSjZWjERy6i2fiel1rCWkh6x4ph8AhaN7sGQElRptt1s4k0tvUFIW&#10;kVlw90jNjz1ytT9kjQp0jjYyitV2hy2qiKR4miXchpF62B9jhLJ9G2Nzk1d0M1qwkaJ1SVGaj8B2&#10;YEhYjbZ3ej8ki6B4sDYPiZF6Ai2sh4d7ZCYHhZx84h+3g+R+W2Lwkep6pVo9kEt7OlE3jnV7uEgF&#10;jHd8Kz7iinB8sDX/iHJ9VC2whot+BSYohMh+vx/9gzh/cmKCkMGA6VnijzWBAFDpjWeA30e+i22A&#10;pj6hiXaAfjXYh42Abi27hbOAbiZIhBSAaSA3gqmAX2Iqj8+G8FmOjlOGhFCbjI6FwUd9ipiE1z5u&#10;iKiEADWmhtWDPS2phQmCkiZog32B3SBmgjaBJGHljxiM01lvjaeL+FB/i+OKhEdmid2Iyz5yh+SH&#10;ODXGhhiFxy3MhGyEcSaFgwaDESCLgdqBxVuTpFxY+VNQoZRcMUrlnqZfkUJIm2ljJjmcl+Bm+DEn&#10;lCxrCylfkGtvTCJejL1z0xyliV54aFraoqxfcFLUn/RiHkp9nPZk+kIEmatoBjmFliBrRzE9knxu&#10;wCmkjtNyYCLPi0d2Oh0+iA96FlproKJltVJenf1n5kohmxRqOEG4l9ZsvjlelGRvbTFBkOByTSnX&#10;jVp1SyMtifh4dx3Chux7nFoKnpZr1VHznARti0mvmTFvW0FwlhNxUjkxksJzcTE8j2N1tCn8jAd4&#10;DiN6iNF6ix40hfJ8+FmlnMtx6FGVmlNzJklel450ckEjlH91zTkWkUx3VDE6jhJ4+iobit16rSO7&#10;h9J8dh6UhR5+LFlGm1R39FFLmPF4vkklljh5fED6kzN6PDj6kA97GDFFjOh8Fyo6idh9IyPxhvd+&#10;Nh7khGx/NVj2miJ90FERl89+J0j8lR1+UUDZkiF+cTjfjwx+qTFCi/p++ypciPh/YCQihj5/wh8m&#10;g9mAFli1mS+DelDnlueDW0jelDiC7kDFkT2CZTjQjjGB9TEwiziBnipfiEuBXyRKhaWBGh9bg2OA&#10;0ViLmG+I9VDNlimIYUjJk36HU0C5kIWGGTjWjXqE/DFFio2D/Sp0h7aDFSRjhSyCNB+FgwSBaax/&#10;XONVK50yX/1ZJo2FYxFdFX1MZjBg+2yfaXRk51vEbOpo70s7cJVtKDsQdJlxuywHePp25aqLWO1f&#10;YZuwXG9iYIwzX99lV3wnY1doTGucZvRrSVroasZuYUqMbtBxojqlczR1NCv3d/J5Pqi9VWdpgJn9&#10;WT5rgIrEXP9tfnrRYMNvg2p4ZK9xlln8aNVzwUnebTd2DDpAcfV4livqdwd7dqbyUj1zc5hLVmN0&#10;gokmWmR1lHmAXmx2q2lTYqZ30lkUZxt5DUk6a856XTnlcN572Svedjd9iKVCT3d9QpbLU+B9bofF&#10;WCJ9mXg0XGR9xGhbYNx9+FhJZZt+PkirapZ+jjmWb+x+9CvTdYN/bqPUTSCG8ZWLUcKGPYavVjiF&#10;f3c9WrGEu2d9X12D+1eoZFGDRUg4aY2CkjlUbyCB3SvKdOmBIqKpSymQc5SJT/uO14XPVJuNKnZ6&#10;WUCLdWbNXh6JxFcaY0OIEUfeaK2GVjkibnSEhyvDdGmCoaHESZeZsJPCTo6XJIUhU02UgnXiWBCR&#10;2mZEXROPN1afYmWMjUeEZ/uJzzj5beaG6yu9dACD6aErSHCigZM3TXue94SgUkubXHVwVyGXxWXn&#10;XDuUOFZYYaqQnUdEZ2KM5DjKbXKI+iu5c6uE+6DVY/NVNZLUZmlZOoRJaOddJ3UZa3hhBmVxbixk&#10;7lWicRBo+UYvdChtNzcrd5Vx1ilbe1h3Cp8rYDBe5ZGjYw9h+4NFZeBlAnQ8aLxoAmS0a71rClUK&#10;bvVuMUXDcmVxgjbzdi91Kiljekt5SZ2KXM5oeZABYABqpYHbYxtsx3LuZkFu52ObaY9xE1QqbRlz&#10;WkUhcN11wjaedPh4aylqeVt7ZZvqWcRx5Y5vXT1zNIBdYJd0enHAY/11u2KWZ5h3B1Nfa214aESX&#10;b3554TZYc+V7hilveIl9W5poVxt7NY0PWtB7r38XXmd8GXCNYgV8eWG4Zdt831Kqafh9WEQdbk59&#10;3DYdcvZ+dil0d9N/JZkoVN+EaovtWMSED34TXIuDmm+jYF6DFWDoZGaCkVIZaLaCGEO6bUmBpjXr&#10;ciuBNCl5dziAvpgmUwGNcIsCVw+MPH0/WvuK4m7lXveJdGA+YzCICFGVZ66GnUNubGyFMDXHcYCD&#10;syl8dreCI5diUYWWMYpNVbCUInyVWbeR3m5NXdCPg1+zYiyNLFEaZtaK00Mba72IcDWncPOF7il/&#10;dk2DVZbdUGqej4nKVKebo3wSWL2Yc23TXOeVKl9PYVqR6lDQZiGOpkLZaymLTzV6cIOH1CmBdfmE&#10;UpVbazVVVoiUbQRZVnsnbupdPW0EcOdhFl5ncwNk+0+pdUxpB0FTd8RtSTN2eo1x8SbZfaJ3K5Pm&#10;Z6NeaodiaddhkHoIbAlko2wObkxnsF2ZcLFqyU8Ic0luBEDjdhNxazNGeS91Jyb4fI15UZKBZGFn&#10;eIYJZuppxnj+aWFsB2sXa+RuQlzTbo1wik51cXBy7kCIdIh1dDMjd/J4PCcTe5h7U5EHYXRwYYSf&#10;ZEBx43eUZvRzV2n5abR0wlvcbKh2NU23b9N3v0AJczR5YjLrduN7MScqesF9Lo+tXul5LoNbYep5&#10;63ZmZNV6kGjjZ8x7JVsYavd7wE0Zbmd8bD+kcgl9JjLDdfV9+Cc+egh+3o6PXMaB5IJSX/KB23V3&#10;YwmBrGgJZjGBZ1pZaYyBIkyZbSuA6T9ScQaAuTKgdSmAiydPeWuAXY2pWv6KaYF7Xk2JmHSxYYaI&#10;kWdXZNSHbVm6aF2GSUwhbCiFKT8UcCqEDDKKdH2C4iddeOiBq4z5WZCSrIDUXPqREnQQYEyPL2bE&#10;Y7WNJ1kzZ2CLIUura1WJHD7Jb32HFDJ0c++E9SdpeH2Cxox/WHyalYBZW/mYN3OQX1mVdmZKYtKS&#10;hljQZpKPm0tkaqKMsj6KbuyJwDJLc4KGtidyeCeDsYoHcrZVgH5Mc95ZcXHndSldT2TQdo5hI1dG&#10;eAtlCEmmeaxpGTx6e3VtYS/XfYVyESSBf9R3R4i5b09eBX01cNlhL3DlcmxkSmP1dA5nYlaWdc1q&#10;ikkjd7dt1zwnectxUi/CfCZ1IiS3frV5Vod9bDRme3vwbg5o42/eb95rP2MHcb5tl1Xac75v/Uib&#10;de5ygjvYeEp1Ki+veux4EyTmfbh7QIY2aWJu43qwa31wjW6ubYhyJ2I0b55zvlUscd91WkgldFF3&#10;DjuadvF43S+kedV62iUPfNx9AoT9ZvV3MXmkaUJ4JW2ta394/2EvbcZ5yVRwcDx6mUeLcvB7fDs5&#10;dcx8bi+EeOh9eiUyfB1+mYP6ZOp/Z3iuZ15/pGzMacJ/t2BkbDd/slPDbtl/rkcccbd/tzr2dMp/&#10;yy9weBt/5SVPe32AAIMpYzaHaXfrZcqG72wZaE2GOF/CauSFX1Mzba+Eh0aycLeDtDrIc+2C6C9n&#10;d2yCFCVoeveBN4KGYdWPK3dRZISN+2uDZx6Mdl86ac2KxFK3bLiJE0ZGb+eHZjqGc0CFvS9bdtyE&#10;ASV7eoqCP4IRYMeWm3bdY4qUvGsLZjKSZ17IaO+P11Jba+2NSkYGbzaKwjpOcrCIOC85dm+FoCWL&#10;ejODGH7SenxVn3QEewFZfWibe7BdUVyPfHNhJVAgfUNlEEOofixpKjexfzRteyxXgHVyNCJYged3&#10;X32md0pdnXMTeCtgx2e/eRZj6Fvdeg1nDU+XexZqR0NLfEBtqTeEfYtxOixifxF1HyKkgL15WHyM&#10;dFJlj3HydYBoBmbSdqZqd1sId9Ns6E7weRhvbULWeoRyEzdHfBF03ixjfdV36SLnf7d7LHtwcaRt&#10;Z3DYcwpvM2W9dGVw9FpGdcNysk5Nd0h0fEJqePF2XzcSer54XixkfL56iiMhftN813pcb0x1NW/S&#10;cOJ2VGTOcmp3YFlsc/Z4Xk3Qdah5Z0IRd416gzbreZJ7sSxse8l8+yNTfg9+V3lxbVl8728Qbxd9&#10;aGQjcMF9uljAcnN9800zdE1+MUGtdlp+gTaxeJB+3Sxhevp/QiN8fWp/qHixa7eEdG5abZOERWN8&#10;b1qD2VgqcSyDS0yvcymCwEFPdVyCQDaNd7KByCxiekiBTCOefOGAy3gaamSLtW3NbFqK4WL1bjaJ&#10;tVeycB2IW0xDcjeHA0DwdI6FsjZYdwSEaixiebWDFiO6fHKBwXepaVySrm1ga2aRO2KHbVGPTVdM&#10;b0WNIEvzcXCK9UC8c96I1DYsdnWGtyxLeUeElSPPfBmCinPMgoxVmmnfgnFZZ19sgntdNFRsgo9h&#10;DUkbgqFlBD3Rgr9pMDMWgvFtkSkLg09yVCBjg9R3c3K+f5JdHGkMf8pgRl6vgAZjb1PZgENmpUiy&#10;gIRp9j2UgNttdDMKgUlxHyk0geN1GyDGgp15WXHKfL5kkGgSfTxnFl3nfaxpnVMnfhlsLEgufpBu&#10;0j1BfyJxnjLtf8x0kClQgKB3vyEbgY17GHDTei1r7mcZet5t1Vz0e31vt1J1fBtxnkeefMtzljzj&#10;fZd1qzLFfnt33Clgf4Z6OiFlgKF8rm/od/JzOGZBeM10g1wqeZR1wFGzelt29kcwezN4OTyWfDd5&#10;lDKnfVB7ASlyfo58iSGkf9Z+GW8Udgt6c2V9dw57IVt7d/d7sFEmeN58LEa9edt8sDxpewB9SzKa&#10;fEh98ymEfbh+pSHZfyx/V25mdHiBfmTwdaCBlVsCdqKBclC3d52BL0ZUeLqA9TwcegOAzDKGe2iA&#10;rymQfQKAjSIEfp+AaG3cczKISmRvdHOHyVqJdYqG8VBOdpeF7EX6d8yE8TvPeTaEAzJceraDIimZ&#10;fGyCOCInfi2BTW1ycjCO0mQKc4WNwFondKyMME/4dcaKY0W6dwmIoTuoeIeG7TJDeiWFRSmTe/uD&#10;myJDfdGCCGkgiuRVXGAMiiNZHFaNiX1c6UyZiNBgzUJliA9k2jhJh01pIC7JhpZtmyYJhf9ybx6o&#10;hZF3g2guiCBcbV9Uh6pfmVXphypi0UwdhptmHkIWhgFpjjgphW9tLy7bhOtw/SZNhIp1FR8fhE15&#10;WGdfhWxja15/hTNmA1VBhOJoo0uLhH1rV0GxhBJuJjfzg7ZxIC7ag2l0PSaBgz93lR+GgzJ7BGaR&#10;gvBqU12vguRsWFR0gr1uYEr4goVwd0E+gk9yozeygil08C7MghJ3WSanghx57B/fgj18iGXHgMdx&#10;LFzxgONyoFPCgOB0DUpXgMp1ekDfgL53ADdzgMt4ni67gOZ6TibFgSB8GSAqgWx94WUTfvV38lxN&#10;fzV41lMzf095o0nZf1h6ZkB7f2p7NzdSf5R8Hy63f9x9FSbhgEV+FiBpgLx/DWR2fWR+fVu7fct+&#10;0lKyfgF++0ltfiF/EUAkflB/MDcofph/Xy7QfvR/nycEf4l/3CCdgCuADmP7fCiE31tqfLSEr1Jx&#10;fPuEKkk+fRyDe0AIfVWC4TcGfb+CWy60fj2B6icXfu+BayDHf7WA5WOaeyqLBVsPe8qKT1IdfCOJ&#10;Gkj5fFGHrD/bfJWGVTbwfQ6FFi6xfaaD6ickfniCtyDof1eBlF7jk4hU2VaekhVYk04KkKpcZkUd&#10;jyVgYTwEjX5kjjMUi8ho+irLihZtmCNNiH9yhR0mhxx3kF4IkPtbg1X3j8Zet013jnZiA0SxjQZl&#10;cDvIi3lpCTMKieps2Cr2iGRw0iOqhv51DB2vhct5VV1YjmdiFVVFjWRkw0zrjD1ng0Q6iu9qYjt9&#10;iY1tZDLwiC5wlSsQhtlz5yP1had3bB4mhKV68lyxi/toklSbiyBquExDih5s60PIiPtvNjsrh8hx&#10;oTLMhpt0LisdhXp21iQwhHt5ox6Ng6h8ZVwNidpvA1QCiSZwoku3iEVyRUNLh0Fz8TrrhjV1vjKr&#10;hTh3pyskhEZ5oCRhg3d7sB7jgtB9rlt1iAt1YVN7h352fEtHhrp3iELvhdB4lTqmhOB5tjKfg/96&#10;9isxgzd8QCSJgpd9kB8rght+zFryhod7jVMNhh98J0rthXN8mEKphJt8/jpug8N9dzKFgv5+CCtH&#10;gk1+pySwgdh/PB9ngYV/v1qHhUaBcFKlhP2BgUqPhGiBVEJcg6KBEjo0gt2A5TJQgjeAyis/gZOA&#10;xCTbgTKAsB+XgQyAilozhEiHSFKBhCeG60p5g6aGCUJfgs+E9DpigfuEDjKggVqDTSt8gN+CpST9&#10;gLKB6h+9gKyBL1TcnIZUI02LmlpX10X7mCBbrz4fla5fwDYmkv5kFi5gkDVosSdFjW1tfCDvisxy&#10;ihvSiH53mlQEmjxaakzemFNdp0VVliphCj2kk7lknjXpkQ9oaC5hjl1sbCeFi7VwlSFhiT909xxt&#10;hyB5UlN9l79glExMlfxjWkTZk/1mPT05kadpUjWsjyFsjS5ajJlv+ye3ih9zhSHCh9x3Oxzyhe96&#10;4VMIlVJmo0vJk69o7EROkdBrUTzcj6ht2jVyjVBwiy5OivpzXyfbiLN2SiIQhqZ5VR1khOl8RlKJ&#10;kylspUtOkbNudEPnj+5wUzyDjd5yRTVOi7N0ZC5JiYt2oif3h3d46yJQhZp7Rh3FhAp9gVINkVRy&#10;o0rikAtz+EOWjmN1SjxNjGl2pjUvilR4Hy5XiEl5vSgYhmF7ZCKFhLR9DR4Wg1B+klGhj8p4dUqI&#10;jqx5UUNUjRt6EDwcizR6zzULiTZ7qi5Qh0Z8oSg7hXN9piK1g/J+oB5Ygrd/eVFKjod+GUpBjY1+&#10;ekMfjBJ+oTv9ijV+ujT5iEV+9C44hnV/RSg4hLp/qiLdg1B//x6OgjqAOVERjX+Dm0oNjKCDfUL0&#10;iz2DADvliWuCazT9h3+B/C5RhbyBqShUhBuBaSL9gtGBIB65gdeA1aI1VptPqpPkWilUI4VCXb9Y&#10;mHYdYXhdC2aHZWhhh1bGaZpmI0dmbgpq9jh3ctpwLSrHd/t2BKAoUcpZn5JNVdpdMIPhWexgunTs&#10;XhhkQ2V9Ynxn1FXqZyNrhUa+bA1vZzgacVhzpyrPdup4bJ5NTXFji5CTUflmKIJtVndow3OXWwtr&#10;YmReX9VuDlUGZOpw2EYdakRzyjfIcAB3CyrXdfh6sZx3SYNtVY7iTnxvBYDWU1hwunJUWEhycmNI&#10;XXl0OFQvYvJ2F0WMaLN4FTeAbtR6TyredSJ8zpq0Rf52+41gS2B3yX+CUJx4m3EaVeB5bWJtW2Z6&#10;S1N9YT97PEUTZ1t8PzdEbdN9airjdGp+vZkqQu6AdowZSK+AZX54TkCAVHA8U9eAQmGoWaeANFL8&#10;X8mANES3ZjeAPDcVbPqAUyroc82AeZfiQEyJvYsNRmGIwn2kTD6HyW+RUhuG0WEPWDGF3FKDXpWE&#10;6kR0ZUGD9zbzbEOC/Crsc0qB/pbfPh+Ss4o5RHqQxnz9SpaO4G8PUKuNA2CiVvqLK1IfXZmJTEQs&#10;ZH2HYjbYa62FXirvct6DS5YoPHWbIYmeQwCYO3yBSUeVam6yT4aSsmBhVf6QA1H0XMeNQ0QEY9eK&#10;aza7azSHairycoiEYZdkXWVP/ooZYGFUaXxtY3NY0W47ZqldN1+cahBhq1DdbbZmRUKJcZlrGDS0&#10;ddxwVigvemd2MJV6WMdZaojHXElc/3tbX81gj21bY2tkHl7iZztntVBMa05rbkImb6FvWDSLdFhz&#10;qChMeU94fZO6VJpizIcYWJJlg3nuXHxoNmwNYH1q6l3MZLNtqk9yaTFwikGPbfBzkjRGcw127Chl&#10;eFd6ppIIUNJsEIV/VTJt7HhzWXdvyGrpXdFxpFzSYmtzik61Z0t1i0EUbG13qzQQceZ6CCh7d318&#10;ppB2TXV1N4QcUjB2P3czVs53Q2nBW3t4Q1wIYGh5TU4TZaR6bECsax57nzPmcOh8+SiOdsF+eY8j&#10;So5+PIL1T5d+cXY4VIN+mmjoWX5+vVtKXrV+5U2aZDh/HUBdaf9/YjPEcBB/tyiediGAGY4PSBSH&#10;C4IGTWOGaHVtUpCFsmg7V82E9VqxXUeEPU0mYwqDjUAkaQyC4zOub1mCNSirdZ2BhI05RgyPi4FL&#10;S5OOEHTLUPaMeWezVmeK2Fo7XBaJQEy8YhSHqz/faEqGFjOcbsOEbii1dTCCu4yiRHqXloDBSiuV&#10;SHROT7SSz2dJVUuQTlnrWyGN20yGYUeLZj+vZ6qI6TN8bk6GUSi+dNmDvIy+ZF1QY4BwZslUt3O6&#10;aVRZDmZ+bAFdaFjebthh1UslcehmbT3gdTFrPzEleNdwgCXAfL12WIrsX/hZMn8XYuVcyHKRZdtg&#10;WmWHaOhj7lgQbCRnkUqGb55rWz12c1JvWDEBd19ztiXxe5t4i4lUW/FiDX2nX1Nk2HF9YqlnoGSR&#10;ZhFqaFdPaahtP0n6bYRwNj0kcZ1zVzDrdgt2yiYcepx6mYfCWFFqznwvXBRsz3ATX8Buz2N6Y31w&#10;zVZgZ3dy1UlIa7J0+jyzcCh3PzDCdOt5wSZBebx8foZYVRpzdHrkWS10sG7nXSt142JqYTp3EVWq&#10;ZYN4Ski4ahd5mDxdbuB6/DCoc+18iSZhePx+NoUqUlN7/HnXVq18dG38WvJ82GGaX0p9MlT4Y9p9&#10;kkhKaLF+BTwbbcN+iDCTcxR/HSZ7eFl/vYQ2T/eETXj9VIyEAm08WQ2Dk2DyXaSDFFRkYnSCnUfd&#10;Z4iCMjvtbNCB0jCJcluBciaRd9GBEIN5TgaMVHhUUs2LRmygV3+KAmBrXEWIp1PrYUmHV0d0ZpaG&#10;EDutbBCE0DB/ccSDgyajd2KCMIL0TIKT9HfXUXKSMGwnVkaQFl/8Wy+N3VOVYFeLskc6ZcuJkDt6&#10;a3KHcDBfcVGFQiaxdwqDH4Iba45Qw3a2bW1U/mrub3BZQ16rcY9dlFIOc85h/kVldj5mlzk8eN9r&#10;ai2te9JwryN7fvh2e4BiZ2FZAHVxabhckmnfbBtgJV3ObpNjv1FdcS9nbkTkdAJrRzjvdwdvUy2j&#10;ellzwCPAfcx4ln7vY4thSHQVZk5kI2jPaQpm/lzea9dp3FCjbsxszkRgcf1v4zimdWBzIy2aeQl2&#10;sSP8fMN6i32IYA1piXLCYy1rqGeaZjttx1wOaVZv6k/7bKRyFkPycCt0YDhzc+R2zC2bd995diQx&#10;e918Vnw6XPxxsXGpYGdzGWaVY8B0elsMZyZ11k9JasB3P0Nkbp14wDgfcqR6WC2IduR8GSRdexZ9&#10;9XsnWlN5u3CtXf16cGW1YZh7DlpGZUR7oE6kaSF8PEMCbTx87TfqcYl9ry1/dgh+hSSCem9/Y3pI&#10;WA6Bjm/lW/CBkGUDX8KBaFmpY6iBLU4cZ8CA+0KibBaA2DfHcJWAxC2AdUyAtCSheeSAoHmbVi6J&#10;GW9JWkCIbmRxXj+HflkpYlGGcE2pZpuFbkI+ayeEeTePb9SDkC19dLKCoCS6eXOBrXkeVLSQSm7W&#10;WO2O/WP+XQ6NRVi+YUCLYE1VZauJiUIHal2HwTdgbzeGAi1jdECEPiTOeRiCindscwZRBWzxdFdV&#10;K2IcdcxZZFbVd1VdsUtCePBiHT+yerFmvTSvfJhrmCpXfsRw4CFkgRN2mXXYbxhYvWvPcNVcTGEu&#10;cp5f4lYbdHNjhUq2dmJnQz9WeH5rMDSGesFvTypsfURzyyG9f9p4nXSHa3FggmqUbZJjamA0b61m&#10;VlVBcdFpS0oOdBNsWD7jdoZvjDRPeSFy7Cp1e/J2liIKfsh6e3NMaB5oOWlnapJqdV8XbPlstVR8&#10;b2Ru+0lscfxxUz57dMJzyzQhd652ZSp/esl5OCJNfdl8L3IfZSlv42hSZ+Vxc14gapBzAFOibUJ0&#10;i0j2cB52KT4qczJ34TQEdmZ5sCqQecR7qSKFfQx9t3EhYpx3dmeCZZd4YV1waH95N1L6a3B6BEhe&#10;bol63j3Rcdh70jPVdUt82CqQeOZ98iK1fGB/D3BTYGt+0mbFY5x/GVzHZrl/NVJlaeB/QEffbTF/&#10;Vz15cLV/gjO6dFd/vSqZeCh//SLce9GAOG+wXpmF5WY0YfeFjVxBZUGE71HwaJOEM0d4bBGDhD0h&#10;b8mC5zONc5WCWSqgd4qBxyL8e12BMm85XSSMqmXHYKqLv1vWZBaKZVGOZ4iI20cuayWHYDzzbwCF&#10;+TNncviEnyqOdxeDRiMVewCB/2zSes1RFWNKe4dVLlltfGJZYE8pfUVdr0Skfi1iJTowfy1m1TBV&#10;gEprvic4gZpxDh+AgwR2smtodx9YVWJEeDxb5ViVeV5fg06EeoJjNUQve7NnCTnufQRrDzBKfnJv&#10;RydogBJz1h/sgb94ompAc6dfoGEtdR9il1e7dotlmE3Gd/RoqEOleXBr1jmaexJvLzAwfNBysieK&#10;frl2eyBJgKF6a2kocHpm32Adcj1pOFa7c+1rl00NdZ5uBEMRd2hwiTk9eVdzMTANe2F1+iehfY14&#10;+CCZf6p8CmgkbaRuC18zb6lvxlXkcZlxgkxGc4xzQ0KkdZV1GDjzd853Di/2eht5GSe6fIZ7SCDe&#10;ftd9fGc7ayp1Jl5fbW12RFUtb5l3VEu3ccR4YUI1dAd5fTjNdnJ6uS/yePp8BifUe6B9ZiEXfiV+&#10;wWZ8aQd8EV3Da4d8mFSrbed8+EtGcEF9S0HOcrV9sDiEdVR+Li/keAV+vifnet5/TyFGfZJ/12Xk&#10;Zz2CuV05ae6CrFQvbHyCXErebv6B8kF2cZyBnDg6dGqBXC/Ad0KBLif1ej+A+yFsfRqAwWVyZcuJ&#10;HFzQaKSIg1PLa1iHgEqHbfuGU0E4cLeFOzgXc6WEOy+pdqWDTCfxeciCXyGLfLqBgGKEgtxQ4Vn0&#10;gvFU91EUgyBZKkfTg0tdgz5bg25iDTUDg5tm1ixNg9tr2CRihENxNR3VhMR2x2FDf2pXt1kDf91b&#10;T1BHgEpe+0c2gKpixD30gQhmtjTVgXtq3yxbggJvOCSqgrFz3h5Sg3F4pWBDfB1ekFgMfOFhnk+E&#10;fZBkuUaPfi5n7D2AftBrQzSYf4xuySxagFxydiTigU92YR6+gkl6W19UeQ5lXlciehdn2U6lewNq&#10;X0Xwe+Rs+j0HfM5vsjRUfdJykSxOful1jyUNgBx4ux8cgUl7515wdk9sH1ZOd5huBk3jeMFv80VG&#10;edxx6jylewZ0ADQXfE52NixCfaN4gSUwfxF66h9rgG59R12lc+Ryy1WXdWx0IU1Hds51bkTCeCF2&#10;wTxBeX54KDP6evR5rixFfIF7RiVTfih86R+tf7d+elz0ccl5RFTyc496CEy3dSh6skROdqt7WTvq&#10;eDV8FDPQedh85ixde4V9yiV5fV9+rx/jfx9/gFxmcAJ/jFSIcgd/x0xnc9F/xkQZdXN/sjvHdxx/&#10;uzOmeOx/3SxCesGAFCWPfLyAQCAPfqSAXFv8bpCFmlQkcL+FTEwLcrSEnkPPdHiD0TuXdjyDIzOR&#10;eCmCjyw9eiKCDyWbfEKBjCAyfkKBD1iKizpQYVD4ipRUgUkaigBYvkDdiV5dKzhxiKdh0zAyh+5m&#10;wSidh0Jr5CHYhrZxVRxghlF22Vdxh/1W11AVh7hagUhMh1peRUA+huJiLjgQhlhmSDAShddqnii/&#10;hWZvICI1hRtz4hzthPF4p1aYhNVdSU87hNhgdUechLhjsz+ohHZnEzevhChqnC/qg+huWCjVg7ly&#10;NiKBg692Rh1ng756TFXSgd1jr052gh1mU0bcgjdpBz8jgjRr2DdQgihuzy+/gixx7Cjggj91JSK+&#10;gnJ4gR3QgrZ7x1URfylqDU3Bf6tsJkY5f/5uTD6XgDFwgjcKgGFy4S+bgKR1XyjogPR37iLxgWB6&#10;kR4pgdR9F1RffMRwW00dfYpx6kWxfhdzej4tfnx1FTa+ftx2zS+If014pyjzf9J6iyMcgHR8dB5z&#10;gRd+O1PFerN2eUyUe7h3gEVCfHt4dD3ZfQx5bjZ7fZd6gy9rfjJ7sikIftZ87iNEf6p+IR6wgHt/&#10;M1NBeOd8WUwWei981kTVeyZ9LT2Ge+B9gjZAfIx98i86fVJ+eCkDfg9/DiNvfv9/lh7hf/2AA1Lg&#10;d3GCHkvMePaCF0Sgeh+Bvz1xeu2BWDZVe6OBGi9ofHyA+CknfWOA6COKfn6Azh8If5iArE7Yk/1P&#10;o0hKkoRT0kFxkRFYHTo9j4VcpDLhjdlhdiu7jCNmkyVBinpr5B+UiPZxbxsZh7R2503MkPpVuUdS&#10;j+1ZfUCAjq9dXzl9jT9hcTJsi61lwSuWih1qTyVsiJ9vAyAAh1Jz5Ru1hkd4p00Ujfhby0aMjSxf&#10;HD/VjClihDjqiuhmHDIRiYlp4yt5iDFt4CWQhu1x9yBbhd12Lxw7hQl6Pkx4ixFh0EXqinxkpD8x&#10;ia9njzh7iKxqnzHJh4lt4Ctlhm9xRiWvhWp0wCCohJd4TRyvg/h7qkvaiF5nzkVTiBBqIT6uh3ts&#10;iDgQhqhvCDGihb9xuStchOJ0iiXPhBd3YiDsg316QR0QgxB87EtBhe9tx0TGhfFvlT5AhZlxbjfE&#10;hPZzXjFzhDl1cCtjg4l3pCXwgvF52iEmgox8CR1hgk5+A0q8g9Bzk0RMhCB03D3khAJ2IjeGg4t3&#10;ezFMgvV48itagm16giYSgfd8FyFbgcB9nB2kga5+70pMggB5L0Pngpd58j2Vgq96nzdWgl57WDEt&#10;gep8MitFgYt9ICYagTJ+FiGEgRl++R3agSx/tEn7gHx+pUOXgVJ+2z1VgZ1+5jcxgWx++TEkgQ9/&#10;MCtUgMp/fCYogJZ/0SGagJ6AGx4FgMSAVAAA//8AAP//AAD//wAAbWZ0MQAAAAADBCEAAAEAAAAA&#10;AAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBka&#10;GxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJT&#10;VFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouM&#10;jY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TF&#10;xsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+&#10;/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAg&#10;ISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpc&#10;XmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXG&#10;x8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v&#10;7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8P&#10;EBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3&#10;ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52f&#10;oaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d&#10;3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/&#10;/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9Cv&#10;nYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4&#10;u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITa&#10;qFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5&#10;Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjW&#10;q5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72n&#10;gcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCW&#10;z6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+i&#10;Rkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL&#10;3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6&#10;pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZ&#10;pselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9&#10;oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfG&#10;tqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpsel&#10;ZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g&#10;8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOH&#10;y7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHE&#10;p2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRM&#10;cuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Og&#10;h9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRUr9oUxg8qVLceapSoPaqk2Vz6lWpcioYbDFqmu1&#10;wqx1ur6rfb+6qoPFtqiHyrKmh9CroofWpJ6J3Jqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Ga&#10;mo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/h/6Y4Mv+jRUr9oktg8qZJceaq&#10;SILbrUqT0KxSo8msXa/Gr2ezw7FxuL+zeb24r4HEsqqHy6ymhtClo4bVnZ+G2pOdi96TnYvek52L&#10;3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYve&#10;/6c4Mv+jRUr9okpf8qdIcOesRoHcr0eS0rBOocqxV63ItmKwxbpstbqzeL6yroHFraqHy6enhc+g&#10;pITTmKGF14+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+f&#10;iNqPn4jaj5+I2o+fiNqPn4ja/6c4Mv+jREv+o0lf86lGb+iuRIDds0OQ07ZIn8y3UarKwFysvbhs&#10;t7OyeMCtroHGqaqGyqKohM6bpYTRlKOE1Iyhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX&#10;jKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX/6c3Mv+jREv+pUde86pEbumxQX/f&#10;uD6O1r1Cm8/DSqTCvlyvtrdsua6xeMGproHGpauFyZ6phMyYp4PPkaWE0oqjhtSKo4bUiqOG1Iqj&#10;htSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bU/6g3&#10;Mv+kREv+pkZe9K1Cbeq0Pn3hvTuL2sY8lsrGSKS5vFyyr7Ztu6mxecGlroLFoayEyJuqg8uVqYPN&#10;j6eEz4mmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJ&#10;pobRiaaG0YmmhtGJpobR/6g3Mv+kQ0v/qENd9a8/bOy4OnrkwzeH3dM1kMHESaexul61qbVuvKSx&#10;esCir4LEna2Ex5ishMmSqoTLjamFzYiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiG&#10;zoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO/6k2Mv+lQkv/qkFc9rI7au69NnfoyzOA&#10;0NIzk7jDS6iquWC2pLVwvKGye8CesIPDmq6ExZWthMeQrITJi6uFyoeqhsyHqobMh6qGzIeqhsyH&#10;qobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobM/6k1Mv+l&#10;Qkv/rD1a+Lc3Z/HEMXHf1yx7xdA1lbDCTqmkuGO3n7VyvJ2zfL+bsYPBl6+Ew5KuhMWOrYXGiqyG&#10;yIesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ&#10;h6yHyYesh8mHrIfJ/6o0Mv+mQEv/sDlY+b0xYufOLWnQ4CR/uc83l6fCUqmeuma1mrVzu5izfb6X&#10;soPAlLGFwZCwhcONr4XEia6GxYauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoau&#10;h8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG/6szMv+qO0n/tjJT8McqWtjeIWbC3ySCrc48&#10;mJ/DVqeZvGiylrd1uJS0fb2Ts4O+kbKFv46yhsCLsYbBiLCHwoawiMOGsIjDhrCIw4awiMOGsIjD&#10;hrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjD/60xMv+wM0X4&#10;wClM39YjTcfoIGqz3iaEoc9BlpfGWaSTwGqskLx1so+5fbaPt4O4jLaEuoq1hbyItIa9hrOHvoSz&#10;iL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOI&#10;v4SziL+Es4i//68vMv+5KT/ozh4/zOYbUrfuIW2l3iyDl9JFkpDLW52MxWuli8J1qoq/fK2Hvn+w&#10;hLyAsYO8grKBu4Ozf7qEtH66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+&#10;uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1/7IqMvHGHDPR4hQ6vPMbVqjuJm2Y4TV/jthKjIjQ&#10;XZWGzGubhMl0oIHHeKN+xXulfMR9pnvEfqd5w4CoeMKCqXfCg6p3woOqd8KDqnfCg6p3woOqd8KD&#10;qnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq+r4cKNbdDiPA8BQ/&#10;rP0eV5zwLWqP5T55ht5Og4HYX4t/1GuQetFwlHfPdJd1zneYc815mnLNe5txzH2bcMt/nG/LgJ1v&#10;y4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/L&#10;gJ1vy4Cd2dILGMTtDimw/RZBn/8kVZH0NWWH60Zwf+VUeXvhYX923WiEcttuh2/ZcYlt2HSLa9h3&#10;jGrWeY1p1nqOaNV8jmfVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P&#10;Z9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTI&#10;nXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQ&#10;Ze+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/S&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQ&#10;jMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCw&#10;xZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+j&#10;UXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4&#10;jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7&#10;tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXk&#10;pFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5&#10;Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/J&#10;toiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKc&#10;g7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG&#10;2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+f&#10;RkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiS&#10;zLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/&#10;mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nk9U+qFOZO+kT3XlplGF2qVY&#10;ldGiYqPJn22vxZ93tcKegLm/nYi+vJmJw7mUi8e2j43Ls4qQz7GGltSug6DXp4Gh1aeBodWngaHV&#10;p4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHV/6M5Kv+gRkD/&#10;nk5U+qJNZPClTnTlqE+E26dVlNKlX6HKo2mtxaJ0tMKhfbm/oIW+u52Iw7iYici1k4vNsY6O066J&#10;ltinhZ3aoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg&#10;1qGFoNahhaDW/6M5Kv+gRkD/n01U+6NMZPCnTHTmqU6D3KpTktKpW6DLpmarxqVws8Oleri/pIK9&#10;u6KHw7idh8mzmInPsJSO1auSl9qgipzcm4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ib&#10;iZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y/6M4Kv+gRUD/oExU+6RLY/GoS3Pmq0yD3a1QkdSs&#10;WJ7MqmKpx6psscSqdrbAqn68vKiEwrikhsmzoYjPrJyN1aOWlNqakZzclo6e2JaOntiWjp7Ylo6e&#10;2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y/6Q4Kv+gRUD/oEtT&#10;+6VKY/GpSXLnrUqB3rBNkNWwVZzOsF6nybBor8ayc7PDsny4vbCAwbasgsmup4XPpaGK1ZyckdqV&#10;mZzckZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGU&#10;ntmRlJ7Z/6Q4Kv+gRUD/oUpT+6ZIYvKrSHHor0iA37NKjta1UZrQtlqkzLhlq8q9ca7BuXu2t7KA&#10;wK6shMimqIXOnaSH1JSgjtiOn5nbjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57Z&#10;jJue2YybntmMm57ZjJue2YybntmMm57Z/6Q4Kv+hRUD/oklT/KdHYfKtRnDpskZ/4LdHjNm7TpfT&#10;v1ef0MVjpMXAcK26uHm3sLKAwKmthcegqITNl6WF0o6hideHoJLZh6Gc2IehnNiHoZzYh6Gc2Ieh&#10;nNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzY/6Q3Kv+hRED/o0hS/KlF&#10;YfOuRG/qtUN94rxEidzCSpPYylSZysZipLy9brCytni5qrGAwaSthcebqYTMk6aE0Iqjh9SDoo7W&#10;gqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaC&#10;opbW/6U3Kv+hREH/pEZS/apEYPSxQm7ruEF75MFCht/MRo3Tz1KXwcRhp7O7bbOrtXi7pbGAwZ+u&#10;hMaYq4TKkKiEzoimhtGCpIzTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS&#10;04CkktOApJLTgKSS04CkktOApJLT/6U3Kv+hREH/pUVR/qxCX/W0P2ztvD5458dAgeDWRofJzVGa&#10;uMJgqqy6bbWltXi8oLGAwZuuhMWVrITIjqqEy4eohs6Cp4vPf6aP0H+mj9B/po/Qf6aP0H+mj9B/&#10;po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Q/6U2Kv+iQ0H/p0NQ/64/Xfe3&#10;PGnwwjtz5tA/edPZP4q+y1Gdr8BhrKW5bragtXm8nLKBwJivhMOSroTGjKyFyIeqh8qCqYrMf6mO&#10;zX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N&#10;/6Y2Kv+iQkH/qUBP/7I7W/m9OGXsyzht3Nw1eMfWPo6zyVKgp8BjrZ+5cLaatXq8mLKBv5SxhcKP&#10;r4XEi66GxYath8eCrIrIf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+r&#10;jcl/q43Jf6uNyX+rjcl/q43J/6c1Kv+jQkH/rDxN/7c2V/LFM1/h1jZjzeMxfLrTP5GpyFShn8Bl&#10;rZm6crWWtnu6lLOCvpKyhcCNsYbBibCHw4aviMSCrorFgK6MxYCujMWArozFgK6MxYCujMWArozF&#10;gK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozF/6g0Kv+mPj//sTdK+b4wUufPL1XR&#10;4ixowOEwf63SQpOgyFehmMFnq5S8c7KSuHy3kLaCuo60hbyLs4a+iLKHwIWxicGDsYrBgbCMwoGw&#10;jMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzC/6ky&#10;Kv+rOD3/uC9F7sgpSNbfJVLD7Clssd8xgqHSRZKXylqfkcNpp46/dK2NvHyxi7qBtIi5g7aFuIS4&#10;g7eGuYG2h7p/tYm7frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+&#10;tYu8frWLvH61i7x+tYu8/6swKv+xLzj2wiY83NofO8brI1ez7Cpvo981gpbUSpCPzV2ai8hroYnE&#10;daaGwnuqg8B+rIG/gK5/voKwfb2DsXu8hbJ6u4ezebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuI&#10;s3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz/60uKv67JTDj0hotyegbQbb3I1ql7C5v&#10;luE8f4zYT4uH0l+ThM1smYHKdJ5+yHihe8d7o3nGfaR4xX+ldsSBpnXDg6d0w4Soc8KGqXPChqlz&#10;woapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoap/7QkJezK&#10;FiPN5RMsufYbRqf6JluY7jVsjOVEeoTeU4OA2WKKfNVsj3jScZN10HWVc894l3HOephwzXyZb81+&#10;mm7MgJttzIKcbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc&#10;bMuEnGzLhJxsy4Sc9cEVGdHfDBi88xMxqv8eR5r8LFmO8jxnhOpLcn3lWHp54GOAdN5qhHDbb4dt&#10;2nOJa9l2imrYeItp13qMaNZ8jWfWfo5m1YCOZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XV&#10;gY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP0tIKCb/oDR2t/xUznf8jRZD/M1SF90NffvFR&#10;aHfsXG9w6WJ0a+dnd2jlbXlm5HB7ZeNzfWPidn1i4Xh+YuF5f2Hhe39g4H2AX+B/gV/gf4Ff4H+B&#10;X+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+B/6A5If+cRjb/&#10;mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyB&#10;m8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2&#10;wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qc&#10;Z5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK&#10;/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7&#10;fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+P&#10;usCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XS&#10;mXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51S&#10;WfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDE&#10;unymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCL&#10;kry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXCh&#10;zJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfef&#10;VGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunym&#10;xrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;/6A5If+dRjb/mlBK/55RWfegUmjtoVZ45KFahtueZJTSm26gzJh4qsaVgbLElYm2wZGOur+MkL29&#10;iJPAvISXw7qBm8W5fqDHuHynyLJ7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7&#10;qsiwe6rIsHuqyLB7qsiwe6rI/6A4Iv+dRjf/m09K/59PWfiiUGjuo1N35aRXhdyiYJPTnmqfzZt0&#10;qceYfbHEl4a2wZSMur+Pjr68ipLCuoaVxbiCmsi3f6DLtHynzKx8qcqqfanKqn2pyqp9qcqqfanK&#10;qn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanK/6A4Iv+dRTf/nE5K/6BOWPijT2fv&#10;pVF25aZVhN2lXZHUomadzZ9wqMicerDEmoK2wZiKur6SjL+7jY/EuIiTyLaDmcy0gKHPrH2lz6Z+&#10;p8ykf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jL/6E4&#10;Iv+dRTf/nU1J/6FMWPmlTWbvp0915qlTg96oWpDVpmKcz6Nspsmgdq7Fnn+1wZyHur6XisC6kI3G&#10;touSy7SIms6yhqTRpoCk0aCBp82fgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yf&#10;gafMn4GnzJ+Bp8yfgafM/6E4Iv+eRTf/nkxJ/6JLV/mmTGbwqU5056tRgt+rV47Xql+a0KhppMul&#10;c6zGo3yzwqCEub6ciMC5lozGtZGSy6+NmM+qiqHSoISj05uEps6ahKfNmoSnzZqEp82ahKfNmoSn&#10;zZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfN/6E4Iv+eRTf/nktJ/6NKV/qnS2Xwq0xz&#10;6K1PgOCvVI3ZrlyY0q1moc2rcKnIqnmww6eBt76hhMC1m4nGrpWPzKiRlc+ijp7Smomi05aHpc+V&#10;h6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bO/6E3Iv+e&#10;RDf/n0pJ/6RJVvqoSWTxrEty6bBNf+GzUYvas1qV1LNjns+zbqXLs3irw6x8t7ilgb+vnobGqJmM&#10;y6GVktCbkpvTlY6i1JGMpdCRi6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bO&#10;kYumzpGLps6Ri6bO/6E3Iv+eRDf/oElI/6VIVvuqSGTyrklx6rJMfeK2T4ncuFeS1rphmtO9baDJ&#10;uHWrvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSkJWi1I2QpdCMkKbPjJCmz4yQps+MkKbPjJCmz4yQ&#10;ps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP/6E3Iv+eRDf/oElI/6ZHVfurR2PzsEhw67VK&#10;fOS6Tobev1WP2sNgldLEbZzFu3OqubN4tq6tfb+lp4LFnaKIy5afjs+PnJbSi5yi04iVpNCJlKXP&#10;iZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXP/6I3Iv+fRDf/&#10;oUhI/6dGVfysRWL0skZu7LhIeua/TIPhx1OK3M1ijs7IbJvAv3GqtLd3tamxfL6frIHFl6eGypCk&#10;jM6KopXRhqKh0oSbpdCFmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZql&#10;z4Wapc+FmqXP/6I2Iv+fQzf/okZH/6hEVP2uQ2H1tURs7rxGd+nES3/jz1SE2dRliMjLa5q6wnCp&#10;rrp3tKO0fL2ar4HDkqyFyIupisyEp5LPgKac0ICjpc+AoabOgKGmzoChps6AoabOgKGmzoChps6A&#10;oabOgKGmzoChps6AoabOgKGmzoChps6AoabO/6I2Iv+fQzf/o0VH/6pCU/6xQV/2uEFq8cFEc+rM&#10;S3ng2lZ8z9VejcDMaZuzw3Kop7t5s561f7uXsYPCjq2FxoeriMqBqY3NfKiWznuoos17qabNe6mm&#10;zXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN/6M2Iv+fQzf/pUNG&#10;/6xAUv+0Pl35vT9m7shDbePWTW/V3U6BxNNZkbXJZp+pwXGroLt5s5m2gLqUsoXAjK+GxIatiMeA&#10;q4zJfKqSynqrnMp5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmr&#10;n8p5q5/K/6M1Iv+gQjf/pkFF/689UP64O1nzxDxh5tFDZNnfQ3PI3EqFt9BXlarHZaKgwHCsmbp5&#10;tJS2gLqRs4W+i7GGwYWwiMOBrovFfa2Qxnqtl8Z6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG&#10;eq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG/6Q0Iv+hQTf/qT1D/7M5Tfm+N1XqzDpZ2907YsvlP3e7&#10;2UiJq85XmKDGZaSYwHGsk7t6s5C4gbiMtYS7iLOGvoWyicCBsYvBfrCPwnuwlMN6sJbDerCWw3qw&#10;lsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbD/6Q0Iv+jPjb/rTlB/7g0&#10;SPDGM03f2TZQzeU2Z77kO3ut10iMoM1YmZfGZ6SSwXKrjr17sIy6gbSIuIO3hLeFuYK1iLt/tIq9&#10;fLONvnqzkb96s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796&#10;s5O//6YyIv+mOjT/sjM998AuQuTSL0HP5C5Vv+8za6/hO36g1kqNls5bmZDIaaGMw3OoicB7rIa+&#10;f6+CvIGygLuEs326hrV7uYi2ebiLt3e3j7h3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQ&#10;uXe3kLl3t5C5d7eQuXe3kLl3t5C5/6cxIv+sMzH/uSs26swmNtLhJkHB7yxasO0zbqHhPX+V102M&#10;jdBelonLa52Gx3Sig8R6pn/Dfal8wYCresCCrHm/hK13voavdb6JsHO9jLFzvY2xc72NsXO9jbFz&#10;vY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2x/6kuIf+zKivyxSIs1t4cLcPt&#10;I0ey+Stdouw2b5XiQn2L2lKIhdRgkILQbJZ+zHObe8p3nnjJe6B2yH6idMeAo3PGgqRxxYSlcMSH&#10;pm7Eiqduw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4un&#10;/6wqIPq9HyLc2RIbxesaM7T6I0qj+S5ele48bYrlSXmD31aCftpkiXrWbI5203GRc9J1lHHQeZVv&#10;z3uXbc5+mGzOgJlrzYKaas2Em2nMh5xozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjM&#10;iJxozIicaMyInGjMiJxozIic/7YeGOTQDhPI6REgtfkbN6X/JkuX+jRci/FCaILqT3J85Vt6d+Fk&#10;f3LeaoNu3HCGbNt0iGrZd4lo2XmLZ9h8i2bXfoxl1oCNZNaCjmPVhY9i1YWPYtWFj2LVhY9i1YWP&#10;YtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWP6ccNDMraCw+39xIkp/8dOZj/K0mM&#10;/jpXg/ZJYXzwVWl17F5vbuljdGrnaXdn5W55ZeRye2PjdXxi4nd9YeJ5fmDhe39f4X1/X+B/gF7g&#10;goFd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBy9AJ&#10;A7riCxOo/xQmmv8hN43/MUWE/0BQfPxOWHT4V19t9F1kZ/JiZ2PwaGph7mxsX+1wbV3tcm9c7HVv&#10;W+x3cFrreXFa63pxWep8cljqf3JY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY&#10;6n9zWOp/c1jqf3NY6n9z/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+Q&#10;hKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps&#10;7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/&#10;eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+a&#10;Ri3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGb&#10;ucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTL&#10;joyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7Jtf&#10;euSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/&#10;l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/&#10;nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyr&#10;yIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZ&#10;Z4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/504Gv+aRS7/l1BB&#10;/5tRT/+dVF31nlhr7J1deeSbZIbcmG6S1ZV4nNCSgaTLj4mrx42PscWJk7XDhZe4woKausF/nrvA&#10;faK9v3unvr95rb67eLG+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5&#10;sr62ebK+/504Gv+aRS7/mE9A/51QTv+fUlz2oFVq7aBaeOWfYIXdnGqR1phzm9CVfaTLkoWrx4+N&#10;scSMkbbCh5W5wYOZu79/nb6+faK/vXqowLx5r8G0ebDBsHqwwLB6sMCwerDAsHqwwLB6sMCwerDA&#10;sHqwwLB6sMCwerDAsHqwwLB6sMCwerDA/503Gv+bRS7/mU5A/55OTv+hUFv3olNp7qNXd+aiXYPe&#10;n2aP15xvmtGYeaPLlYKrx5KJscSOj7bCiZO6v4SYvb2AncC8faPCu3uqxLR6rcSte67Dqnuvwap7&#10;r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/B/543Gv+bRC7/mk1A/59N&#10;Tf+iTlv3pFFo76VVdeelWoLfo2KN2KBrmNKcdaHMmX6pyJWGsMSSjbbBjJG7voaWv7yBnMO6fqTF&#10;t3yrx617q8anfK3EpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOk&#10;fa7D/543Gv+bRC7/m0xA/6BMTf+kTVr4pk9n8KhTdOioV4Dgp16M2qRoltOhcZ/OnXqnyZmDr8WV&#10;irXBj4+7vYmVwbqFncS2gqTHsICqyKd9qsiifqzFn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+u&#10;w59/rsOff67Dn3+uw59/rsOff67D/543Gv+bRC7/nEs//6FKTP+lS1n5qE5m8apRc+mrVX/iq1uK&#10;26lllNWmbp3Po3elyp+ArMWZhrS/k4y8uI2TwbKJmcWuhqHIqoSpyaGAqcqcgazGm4GtxJuBrcSb&#10;ga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3E/542Gv+cRC7/nEo//6JJTP+m&#10;Sln5qUxl8axPcequVH3jr1mI3a5ikdata5rRqnWiy6V9q8Gdg7S5lom8spGQwayMlsaniZ3Io4em&#10;ypuDqMuYg6vHloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3F&#10;/542Gv+cQy7/nUk//6NIS/+nSVj6q0tk8q5OcOuxUnvks1eF37RgjtmzapbRsXWexqh7q7yggbSz&#10;moe8rJSNwqaQlMagjZvJnIuky5aHqMuTh6vIkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKH&#10;rMWSh6zFkoesxZKHrMWSh6zF/582Gv+cQy7/nkg//6NHS/+oSFf7rUlj87BMb+y0UHnmuFaD4bte&#10;i9q7apLNtHOewat5qrekf7SunYS8ppiKwaCUkcaakZjJlo+hy5GMqMyPiqrIjoqsxo6KrMaOiqzG&#10;joqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzG/582Gv+cQy7/nkc+/6RGSv+qRlb8&#10;rkhi9LNLbe64T3fovVV/4cFehtbAbI7It3Gdva53qrKnfbSpoYK7oZyIwZqYj8aUlpbJkJSfy4yS&#10;qMyKj6rJio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzG/582&#10;Gv+cQy7/n0Y+/6VFSv+rRVX8sEZh9rZJa/C8TnTnwlV738hhgNHDao3EunCduLJ1qa2re7OjpYC7&#10;m6GGwZSdjcWOm5TIipmdyoaZqMuGlKrJhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aG&#10;kqvGhpKrxoaSq8aGkqvG/581Gv+dQi7/oEU9/6dESf+tQ1T+s0Rf97pHaO/BTXDlyVZ13M5keszG&#10;aY2+vm6csrZ0qKewebKeq366laaEwI6ji8SIoZLHhJ+ayYCfp8qBmqrIgpirxoKYq8aCmKvGgpir&#10;xoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvG/6A1Gv+dQi7/oUQ9/6hCSP+vQVP/tkJd&#10;975GZezHTWvj0lht1tNhesfKZ4y5wm2brLxyp6G2d7GYsX25j62CvoiqicOCqJDGfaeZyHqnpcl7&#10;oqvIfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzG/6A1Gv+d&#10;Qi7/okI8/6pAR/+yPlH9ukBZ88NEYOjPTmPf3Flnz9hgecDPZoqyyGuapsJwppu8dq+RuHu3ibWB&#10;vIKyh8B9sI7DeK6WxXatocZ1rKzGd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3F&#10;d6atxXemrcV3pq3F/6A0Gv+eQS7/pEA7/6w9Rf+1O073vz5V7MtEWeHaT1rU31FsxtpafbjTYour&#10;zmmYn8ZxpJXAd62Ou360h7eDuYG0h718soy/ebGTwXawm8J0sKbCcrCtwnKwrcJysK3CcrCtwnKw&#10;rcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C/6EzGv+eQS//pz06/7A6Q/26OErwxjtP49VF&#10;TtXhRl/I4ktxut1SgazVW4+fzGablsZwpI/AeKuKvH+xhLmDtYC3h7h8tou7ebSQvHe0l712tKG9&#10;dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+/6IzGv+gPi7/&#10;qjk3/7Q1P/bANUTnzzlF1988UMnnQWS75UZ2rNxOhZ/TWpKVzGecjsZxpIrCeaqFv36ugLyCsn26&#10;hrR6uYq2d7iOuHW3k7lzt5q5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eg&#10;uXO3oLlzt6C5/6MyGv+jOiz/rjQ0/roxOu3KMDva3TI/yuc4VbzsPWmt5UR5n9tOh5TTXJKNzGib&#10;iMhyoYTEeaaAwn2qfMCBrXm+ha93vYiwdLyLsnK7kLNwu5W0b7qatG+6mrRvupq0b7qatG+6mrRv&#10;upq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0/6QwGv+nNSr/tC8w9MMqMd7YKy3M5i5FvfI1Wq3u&#10;O2yf5ER7k9tRh4vUXpCGz2qYgstznX7IeKF6xnykd8SApnXDg6hzwoapccGJq2/AjaxtwJKtbL+V&#10;rWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt/6UvGv+tLSX8vCco&#10;5dAhJM7kJDO+8SxKrvgzXaDtPW2T5Ed6it1UhYPXYYx/0mySe89yl3fNd5p0y3uccsp+nnDJgaBu&#10;yIShbceHomvGiqNpxo6kaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjF&#10;kaVoxZGl/6csGv+1JR/syRoc0OIZIb/wIjiv/StNoPg1XpPuQWyJ5k13geBYgH3cZIZ42GuLc9Vx&#10;jnDTdZFu0nmTbNF8lGrQf5Zpz4KXaM+FmGbOiJllzYyaZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a&#10;ZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a/64kFvXBFxTU3w4QwO8YJrD9Izyh/y1OlPk6XYnxR2iB&#10;61JxeuZdeHTiZH1w32uBbd1whGrcdIZo23iIZtp7iWXZfYpk2ICLYtiDjGHWhY1g1omOX9WLjl/V&#10;i45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuO/rkWDdTSCwbC7g4WsfwZ&#10;KqL/JT2U/zJMifxAWYH2TWJ68Fhpc+xfb2zpZHNo52p2ZuVveWTkc3pi43Z8YeN5fWDie35f4X5+&#10;XuGAf13gg4Bc4IWBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb&#10;34iB1MgJA8TXCgey+xAZo/8cK5X/KDuK/zhIgf9FUnr8Ulpy91lga/ReZGbyZGhi8GlqYO5tbF7t&#10;cW1c7XRuW+x2b1rseXBZ63txWOt9cVjqf3JX6oJzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumE&#10;c1bphHNW6YRzVumEc1bphHNW6YRzxM0IAbTdCAuk/xIal/8fKov/LjaB/z1Bef9KSXH/UlBp/1hV&#10;Y/1dWF/7Y1tc+WddWvhrX1j3bmBX93FhVvZ0YVX2dmJU9XdjU/V5Y1P0fGRS9H5kUfSAZVH0gGVR&#10;9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBl/5YzFP+VQyX/klE3/5dTRf+Z&#10;V1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWp&#10;sMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabN&#10;fZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498&#10;jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9&#10;mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0&#10;rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5Yz&#10;FP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqp&#10;y3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqM&#10;hZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/k1E3/5dTRf+ZVlL9mVtg&#10;9Zhgbe2WZ3nlk3GE35B7jtqNhJbViIqc0YSQos+AlabMfZmpy3udrMl5oa7Id6WvyHaqscd0rrLH&#10;c7SyxHS6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqy/5YzFP+W&#10;QyX/lVA3/5lRRP+bVFL+nFhf9ZtdbO2ZZHjmlmyD35N2jdqPgJbUjIid0YeOo82Dk6jLgJiryX2c&#10;rsh6obHGeKWyxneqtMV1sLXFdLi1vXe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1&#10;uHe4tbh3uLW4d7i1/5czFP+WQyX/lk43/5pPRP+dUlH+nlVe9p5aau6cYHbnmmeC4JZyjNqSe5XU&#10;joSd0IqLo82GkanKgpatyH6bsMZ7oLPFeaa1xHestsN2s7e+d7e3t3i2uLJ5triyeba4snm2uLJ5&#10;triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4/5gzFP+XQyX/l003/5tNQ/+fUFD/oFNd96BY&#10;ae+fXXXonWSA4Zpui9uWd5TVkYCc0I6Jo8yJj6nJhJWux4CassV9oLXDeqe3wniuucB3tbm4eLW5&#10;sXm1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5/5gzFP+YQyX/&#10;mEw2/5xMQ/+gTk//olFc+KNVaPCiW3TpoWF/4p5qidyac5PWlXyb0ZGFo8yMjKnJh5OvxoKZs8N+&#10;oLfCeqi5wXixu7l4s7yxebO7q3q0u6d7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1&#10;uqd7tbqne7W6/5kzFP+YQyX/mUs2/55LQv+hTE7/pE9b+aVTZvGlWHLqpF5946Jmh92ecJHXmXiZ&#10;0pWBoc2PianJipGvxYOYtMJ/n7i9fKe7unqwvbJ6sr6re7K9pnyzvKN9tLqjfbS6o320uqN9tLqj&#10;fbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6/5kzFP+YQyb/mUo2/59KQv+jS07/pk5Z+qhRZfKo&#10;VnDrqFx75adihd+jbI7Zn3WX05p+n82ThqjFjY2vv4eUtbmDnLm1f6O8sX2svqx8sb+lfLG/oX6z&#10;vZ5+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7/5kzFP+ZQyb/mkk1&#10;/6BIQf+kSU3/p0xY+qpQZPOrVG7trFp55qxgguCqaYvapnOUz598ncaXg6i+kIqwuIuRtrKGmLqt&#10;g6C9qYGov6WAsMCff7DAnICyvZqBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qB&#10;s7uagbO7/5ozFP+ZQyb/m0g1/6FHQf+lSEz/qUpX+6xOYvWvUmzusFh26LFef9+waIjVrHSQyqN6&#10;ncCbgai4lIewsY+OtquKlbumh52+ooWlwJ+Er8GZga/Bl4KyvpWDs7yVg7O8lYOzvJWDs7yVg7O8&#10;lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8/5ozFP+ZQyb/nEc1/6JGQP+nR0v/q0lW/a9MYPayUWru&#10;tFdz5bdefN22aoPPr3KQxaZ4nbuefqeymIWwq5OLtqWOk7ufi5q+m4miwZiIrMKTha/Ckoaxv5GG&#10;s7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8/5ozFP+ZQib/nEY0/6NF&#10;QP+oRUr/rUdV/rFKX/W1UGjruVZw471ed9m7aoDLsnCQwKl2nbaifKetnIKvpZeJtp6TkLuZj5i+&#10;lI2gwZGMqcKNiq7CjYmxv42Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2N&#10;ibK9/5szFP+aQib/nUU0/6REP/+qREn/r0VT/LRJXfK5T2XpvlZs4cNgctO+aYDGtW6Pu610nLCm&#10;eqenoICvn5uGtZiXjruTlZW+jpKdwYqSp8KIkK7CiI6wwIiNsr2IjbK9iI2yvYiNsr2IjbK9iI2y&#10;vYiNsr2IjbK9iI2yvYiNsr2IjbK9/5szFP+aQib/nkQz/6VCPv+rQkj/sURS+rdIWvC9TmHmxFZn&#10;3slibc7BZ3/BuW2OtrFym6uqeKaipX6umaCEtZKdi7qMmpO+h5ibwISXpMKClq/Cg5OwwISRsr6E&#10;kbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+/5szFP+aQSb/n0Iz/6ZAPf+t&#10;QEf/tEJP97tHV+3DTV3kzFhg2c1gbMnFZn68vWuNsLVxmqWvdqWcqnytk6aCtIyiibmGoJC9gZ6Z&#10;v32eosF7nq/BfZmwwH+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+&#10;/5wzFP+aQSb/oEEy/6g/PP+wPkX/t0FN9MBFU+rJTlbi1VpX0tFea8TJZH22wWqMqrtvmZ+1dKSW&#10;sHqsjayAsoaph7d/p467eqaWvneloL90pq2/d6Gxv3qdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqd&#10;sr56nbK+ep2yvnqdsr56nbK+/50zFP+bQSb/oj8x/6o8Ov+zPEL7uz5J8MZETebST03c3FdWzNVd&#10;ar7NY3uwx2iLpMFtl5m8c6KPuHiqhrR+sH+yhbV5sIy4dK+Vu3Gun7xur6u9caqzvHSls7x0pbO8&#10;dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8/50zFP+bQCb/pDww/605OP+2OT/1&#10;wTxD6c5ERN7dTUfS4FNYxdtcaLfTYXqpzWaJnMhrlZHEcZ+IwHanf719rXi7hLFzuou0b7iUt2y3&#10;nbhqt6i5aba2uG2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5/54y&#10;FP+dPiX/pzku/7E2Nfu8NjrtyTo84NpEOtLiR0zH4k1eud5UbqzZW3yf1GKIlNBok4rMb5uCx3ei&#10;fMN+qHbAhKxyvoqvb7yRsW28mLJru6Gzarutsme6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trRn&#10;ura0Z7q2tGe6trRnura0/58yFP+gOiT/qjQs/7UyMfPDMjPj1Dgw0+E8P8boQlK55UhjrOJNcp/f&#10;VH+T2V2KidJnk4PNcJp9yXefeMZ9pHTEg6dwwoipbsGOq2zAlKxqv5utab+lrWi/rq1ov66taL+u&#10;rWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66t/6AwFP+jNiL/rzAo+7wtK+jNLCjV4DAw&#10;x+k4RLnsPles6UVnnudLdZLgU4CJ2V6JgtRokXzQcZZ4zHebdMp9nnDIgqFux4eja8WLpWnEkKZo&#10;xJanZsOeqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6Wo/6EvFP+o&#10;Lx//tSoi8MYkIdjdIyDI6S01uvI1SazxPFqe8ENpkuhMdYjhVX+B22GHe9dqjXbTcZFy0XeVb898&#10;l2zNgJpqzIWbaMuJnWbKjZ5lyZKfY8mYoGLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6h&#10;YsieoWLInqFiyJ6h/6MtFP+uKRr4vyAa3tYYE8noIiW69Cs6rPg0TZ73PFyS8UZpiOlQc3/jWXt6&#10;32SCdNxrhnDZcYpt1naNatV7j2jTf5Fm0oOSZNGHlGPRipVh0I+WYM+Ul17PmZhez5mYXs+ZmF7P&#10;mZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY/6coEv+3HxLmzhENy+YVFrv0ISqs/is+nv80&#10;TpL6P1yI8kpmf+xVb3noXnVy5GR7buFrfmrfcIFo3nWEZdx5hWPbfYdi2oGIYNqEiV/Zh4pd2IuL&#10;XNeQjFvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSN/7AeC+3GDgjN&#10;2wsIu/MVGqz/IS6e/yw/kv83TYf9RFh/9k9hePFZaHHtX21q62RxZ+hqdGTnb3di5XR5YOR4el/j&#10;e3td4358XOKBfVvhhH5a4Yh/WeCMgFjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCP&#10;gVjgj4FY4I+B870NBMzPCQG95QwMrP8XHp7/JC+S/y89h/89SX//SVJ4/FRacPhaX2n0X2Rk8mVn&#10;YfBqaV7vbmtc7nJtW+12blrseW9Y7HxwV+t+cFbrgXFV6oRyVOqIc1Ppi3RT6Yt0U+mLdFPpi3RT&#10;6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0zMYIAL3UCAOt9Q4Pn/8aH5P/Jy2I/zQ5fv9CQ3f/&#10;TUpu/1NQZ/9ZVWL8Xlhe+2RbW/loXVn4bF5X93BgVvdzYVX2dmJU9XhiU/V7Y1L0fWRR9IBkUPOD&#10;ZU/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmvcsGAK7bBgSf/xAQ&#10;k/8dHYj/Kih+/zgydv9EOm3/S0Fl/1FGX/9XSVv/XUxY/2JOVf9mUFP/alFS/21SUP9wU0//clRO&#10;/3VUTf93VU3/eVVM/ntWS/5+V0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9&#10;gVdK/YFX/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyR&#10;ktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvv&#10;jXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81s&#10;xaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JT&#10;O/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf&#10;0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLI&#10;bsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5&#10;l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ2&#10;6Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+NPh3/jEwu/5RTO/+V&#10;Vkf/lltU/ZVhYPaSaGvvj3B16Yt6f+SHg4ffgoqN3H6Qktl6lpfWd5ua1XSgndNypZ/ScKmh0W6u&#10;otBttKPQbLqk0GzCpMpuxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8Sk&#10;/44tDv+OPh3/jksu/5VROv+YVEf/mFhT/pheX/aVZGrvkmx16Y52fuSKgIffhYeO24COlNh8lJjV&#10;eZqc03afn9FzpKLQcaqkz2+vpc5utqbObb2nym7Cp8Nwwqe9ccKnvXHCp71xwqe9ccKnvXHCp71x&#10;wqe9ccKnvXHCp71xwqe9ccKn/48tDv+OPh7/kEot/5dPOv+ZUUb/m1ZS/ppbXveYYWnwlWh06pFx&#10;fuSOfIbfiYSO24OLlNd/kprUe5ie0neeodB0pKTOcqqmzXCxqM1vuanLb8Gpw3HBqbxywKq3c8Cq&#10;t3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cq/48tDv+PPh7/kkot/5hNOf+bT0X/&#10;nVNR/51YXPibXmjxmWVy6pVtfOSRd4bfjIGO24eJldaBkJrTfZaf0Hmdo851o6bNcqupzHCzqstv&#10;vavFcr+rvXO/rLZ0vqyxdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6t/5At&#10;Dv+QPh7/k0kt/5lMOf+dTkT/n1FQ/59WW/meXGbynGJx65hpe+WUc4Tgj32N24qGlNaEjZvSf5Wg&#10;z3qcpc12o6jLc6urynG1rcZxvq2+dL2utnW9rrB2va6sd72urHe9rqx3va6sd72urHe9rqx3va6s&#10;d72urHe9rqx3va6sd72u/5AtDv+QPh7/lUks/5tKOP+eTEP/oU9P/6JUWvqhWWXzoF9v7J1meeaY&#10;b4Pgk3mM246Ck9aHipvSgZKhz3yapsp4oqrHdautw3O0r79zvLC3dbywsHe7sKp4u7Cnebywp3m8&#10;sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebyw/5EtDv+RPh7/lkgs/5xIN/+gSkL/o01N&#10;/6RSWPulV2P0pF1t7qFjd+iea4DimHWJ3JJ+ktOMh5rMho+hxoCXp8F8nqy9eaavuXavsbd2urKv&#10;d7qyqnm6sqV6urKie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7ux/5EtDv+R&#10;Ph7/mEcs/51HN/+hSEH/pUtM/6dQVvyoVWH1qFtr7adhdOWkaX7en3OH1Jh9kMuRhJrEioyivoST&#10;qLiAmq20fKKwsHqrs615tbSoerm0pHu5tKB9ubOdfbqznX26s519urOdfbqznX26s519urOdfbqz&#10;nX26s519urOdfbqz/5ItDv+SPh7/mEYr/55GNv+jR0H/p0lL/6pOVfqrU17yrFlo6axgceKpaHrZ&#10;pXODzZx6j8WVgZq9joiit4iQqbGEl66sgJ+xqH6ntKV9sbWhfbi2nX64tZp/ubSZgLqzmYC6s5mA&#10;urOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqz/5ItDv+SPh7/mUUr/59ENf+kRUD/qUhJ/6xM&#10;U/iuUlzvsFhl5rFfbd6waXbSqXGCyKB4j7+Yfpq3koWisIyMqaqIlK6khZyyoIKktZ2BrraagLe3&#10;l4G3tpWCubSUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmz/5MtDv+SPR7/&#10;mkQq/6BDNf+mRD7/q0ZI/65LUfWyUFnstVdh5Ldeadq0aXPNrG+CwqR2j7mcfJmxloOiqpGKqaOM&#10;ka6eiZmymYehtZaFq7eThba3kYS3t5CFuLWQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5&#10;tJCFubSQhbm0/5MtDv+TPR7/m0Mq/6JCNP+oQj3/rUVG/LFKT/K1T1bpulZd4b1gZNS4Z3LIr22B&#10;vad0jrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqLeMirO4i4m3t4uIuLWLiLm0i4i5tIuIubSL&#10;iLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0/5MtDv+TPR7/nEEq/6NAM/+pQTz/r0RF+rRITPC6&#10;TlPnv1ZZ3sJgYM+7ZnHDs2yBuKtyjq6keJilnn6hnpqEqJeWjK6Rk5SyjJGctYiPpreFj7G4hY62&#10;t4aNuLaHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1/5QsDv+UPR7/nUAp&#10;/6Q+Mv+rPzv/sUJC+LhHSe2+Tk/lxldT2sZeX8u+ZHG+tmqAs69wjampdpigo3yhmJ+CqJGbia2K&#10;mZKyhZaatYGVpLd/la63fpS3t4GRt7aCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQ&#10;uLWCkLi1/5QsDv+UPR7/nj8o/6Y9Mf+tPjn/tEFA9LxGRevETUnizlhL08pcXsbCY3C5umh/rrRu&#10;jKOudJeaqXqfkqWAp4qhh6yEn4+xf52XtHucobZ4m6y3d5u3tnqXuLV8lbm0fJW5tHyVubR8lbm0&#10;fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0/5UsDv+VPR7/oD0n/6g7MP+wPDf9uD888cFEQOjLTkLe&#10;01VKzs1bXcDGYW60v2d+qLltip20cpWUr3iei6t+pYSohap9poyveKSVsnSjn7Rxo6q1cKO4tXOe&#10;ubR2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mz/5YsDv+XPB7/ojom/6o5&#10;Lv+zOjT5vTw47shDOePVUDfX2lJIyNJZXLrLX22txWV8ocBriZe6cJONtnachLN8on2wg6h3roqs&#10;cq2Tr26snbFrrKiyaa22smyou7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fv&#10;o7ux/5csDv+aOx3/pDcl/602K/+3NzDzwzox5tBDMNzfSjXP31JHwdhYWrPRXmumy2N6msdpho/C&#10;bpCGv3SYfbx6n3a6gaRwuImoa7eSq2i3nK1lt6euZLe0rmWzva5orb2uaK29rmitva5orb2uaK29&#10;rmitva5orb2uaK29rmitva5orb2u/5gsDv+dORz/pzQj/7EzKPm9Mirqyzcp3N0+KdDjRjrF4k1L&#10;uN5VWqzZXGie02J3ks9ngojLbYx+yXOUdsd5mnDFgZ9qxImiZsOSpWLDnKdgw6aoX8O0qF/Bwqhh&#10;usGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGp/5ksDv+gNRr/qjEg/7YuI/DF&#10;LSLf2DMc0OM6LsToQkC45UlQq+FOX57eVWyS21x3h9hjgX7Vaol21HGPb9F5lGvOgJhnzIibZMqQ&#10;nWLJmJ9gyaGgX8mroF/JuZ9cyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOi&#10;/5ssDv+kMBj/rywb+L4nG+TRJhfR4i0gxOs3M7frPkWq6UVUnudMYpLlUm6G41h4feBgf3bcaYZw&#10;2HGLa9V4j2jTf5Jl0YaUYs+NlmDOlJhezpuZXc2jmlzNrZpbzbeaW823mlvNt5pbzbeaW823mlvN&#10;t5pbzbeaW823mlvNt5pbzbea/50sDv+oKxT/tyQV68ocEdPgHhPE6ysmt/E0OKrwPEmd70RXke5L&#10;Y4btUm196Ft1deNifHDga4Fr3XKFaNp4iGTZfoti14SNX9WKjl7UkJBc05WRWtOcklnSpJNY0qyT&#10;WNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyT/6ErDf+vIw/0whcM1t0QB8XrHhi3&#10;9ikrqfczPJ32PEuR90RYhvZNYn3wVmp2615xbudkdmrka3pm4nJ9ZOB3gGHffYJf3oKEXd2HhVvc&#10;jIZa25GHWNqWiFfZnYlW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOK/6gj&#10;Cf25FgfW0QsDxuoQC7b3Hh2p/SkunP40PpD/PkuG/kdWffhRXnbzWWVu8F9qaO1lbmTqa3Jh6XF0&#10;X+d2dl3me3hb5X95WeSEeljjiHxX44x9VuKRflThl39T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T&#10;4Zx/U+Gcf1PhnH9T4Zx//7EVA9THCQHG1goDtvcSD6j/HyCb/yswkP82PYX/QEh9/0tRdf1UWG35&#10;Wl1n9mBiY/NmZV/ya2dc8HBpWu90a1jueGxX7XxuVeyAb1TshHBT64hxUuuMcVHqkXJQ6ZVzUOmV&#10;c1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVz1r4HAMXLCAC32wkFqP8UEpv/IiGQ/y4u&#10;hf85Onz/REN0/05KbP9UUGX/WlRg/V9YXftlWlr6alxX+W5eVfhyX1T3dmBS9nlhUfZ9YlD1gGNP&#10;9IRkTvSHZE3zjGVM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmxMIGALbR&#10;BwCo7QsGm/8XE5D/JR+F/zEqfP88NHP/Rjtq/0xBY/9TRl7/WUla/15MVv9jTlT/aFBS/2xRUP9v&#10;Uk//clNO/3ZUTP95VUv/fFVK/n9WSf6CV0j9hlhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpY&#10;R/2KWEf9ilhH/YpYtskEAKjZBAGb/w4Hj/8aEYX/Jxt7/zMkcf88LGj/QzJh/0o3W/9QO1b/Vj1T&#10;/1xAUP9gQU7/ZENM/2hESv9rRUn/bkZI/3FGR/90R0b/dkhF/3lIRP98SUP/gElC/4NKQv+DSkL/&#10;g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45j&#10;VP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R&#10;3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/&#10;gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Br&#10;p43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jS&#10;ks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt9&#10;53SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLP&#10;aNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6K&#10;al74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXF&#10;ktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+DORb/g0cl&#10;/4xOMf+QVT3/kVtI/5BhU/6NaF74iG9o8oN4cO1+gnjpeop+5naRg+Rzl4ficJ2K4G6ijN9rp47d&#10;aqyQ3WiykdxnuJPbZr+T22bHlNlm0JTPaNCTy2nQlMtp0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp&#10;0JTLadCU/4MoCf+DORf/hkYk/45NMP+TVDz/lFhH/5JeU/+QZV34jG1n8oZ1cO2Bf3jpfYd+5XmP&#10;hOJ1lYjgcpuM3m+hj91sp5Hca6yT22mzlNpoupbZZ8OW2WbNl9BpzpbIas6XxGvNl8RrzZfEa82X&#10;xGvNl8RrzZfEa82XxGvNl8RrzZfEa82X/4QoCf+EORf/iEUk/5FMMP+VUTv/llZH/5VcUv+TYlz5&#10;j2pm84pycO2Fe3jpgIR/5XuMheJ3k4rfc5qO3XCgkdttppTaa62W2Wm0l9hovZjYZ8iZ0WnMmclr&#10;zJnCbMyavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcua/4UoCf+FORf/ikQk/5NL&#10;L/+XTzr/mFRG/5dZUP+WYFv5kmdl845vb+6JeHfpg4F/5H6KheF5kYvedZiP3HGfk9puppbYbK6Y&#10;12q2mtZowZvTacubymvLm8Jtypy7bsqduG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp24&#10;b8qd/4UoCf+GORf/jEQj/5VKL/+ZTTr/mlFE/5pWT/+ZXVr6lmRk9JJrbu6NdHbph35+5IGHheB8&#10;j4vdd5eQ23OeldhvppjWbK+a1Wq5nNRpxp3LbMmdw23JnrxvyJ+1cMifsnHIn7JxyJ+yccifsnHI&#10;n7JxyJ+yccifsnHIn7JxyJ+yccif/4YnCf+GORf/jkMj/5dJLv+aSzn/nE9D/51UTv+cWlj7mmBi&#10;9ZZobO+Rb3Xqi3l+5YWDheB/jIzdeZWR2XSdltRwpZrQbq6dzWy3n8trw6DDbsegu2/HobVxxqGv&#10;csahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ah/4cnCf+HORf/kEIj/5hHLf+c&#10;STj/n0xC/6BRTP+gV1b7nl5g9Jtlau2WbHPnkHZ84YqAhNuEiYvTfpGSzniZmMl0oZzGcamfwnCy&#10;osBvvaO6cMWjs3LFpK5zxaSpdMWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWj&#10;/4cnCf+IOBf/kUEi/5pFLP+eRzb/oUpA/6NQSv6jVVT2olxd76BiZ+icaXDhlnR52pB9gtGJhovK&#10;go2TxX2VmcB5nZ68dqWhuHOtpLVyuKWycsOmrHTDpqd2w6ajd8SloXjEpaF4xKWheMSloXjEpaF4&#10;xKWheMSloXjEpaF4xKWheMSl/4gnCf+IOBf/k0Ei/5tELP+gRTX/o0k//6VOSPunVFHzplpb66Vg&#10;ZOOiaG3cnXN20ZV6gsmNgovCh4qTvIKRmrd9mZ+yeqGjr3eppqt2s6epdsCopHfCqKF5wqedesOn&#10;m3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOm/4gnCf+JOBf/lUAh/51CK/+iRDT/&#10;pUg9/6hMRviqUk/vq1hX56tfYOCoaWnUoXB1y5l4gcKSf4u7i4aUtYaOmq+ClaCqfp2kpnump6N6&#10;sKmgebyqnXrBqZp8wamYfcKoln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKn/4kn&#10;Cf+JOBf/lj8h/55BKv+jQjP/p0Y7/qtLRPWuUUzssFdU5LFeXNutaGbPpW51xZ11gbyWfIu1kIOU&#10;roqLm6iGkqCjgpqlnoCiqJt+rKqYfrirln7Aq5R/wKqTgMGokoDCqJKAwqiSgMKokoDCqJKAwqiS&#10;gMKokoDCqJKAwqiSgMKo/4knCf+KOBf/mD8g/58/Kf+lQTL/qkU6/K5JQfKxT0nptVZQ4bdfV9Wx&#10;ZWXKqGx0wKFzgLeaeouvlIGUqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrj4K/q46DwKqNg8GpjYPB&#10;qI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8Go/4onCf+LOBf/mT4g/6E+KP+mQDD/rEM4&#10;+bFIP/C1TkXnulVL3rteVNC0ZGXFrGtzu6RxgLGeeIqpmH6TopOFmpuPjaCWjJWlkYmdqI2Hp6uK&#10;h7KsiIe/rIiHwKuIhsCpiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGo/4onCf+M&#10;Nxf/mz0f/6I9J/+oPy//rkI297RHPO26TUHkwFZG2b9cU8u3Y2TAr2lztqhvf6yidYqknHyTnJiD&#10;mpWUiqCPkZKlio6bqIaNpKuDjK+sgY29rIKMv6uDisCpg4rBqYOKwamDisGpg4rBqYOKwamDisGp&#10;g4rBqYOKwamDisGp/4snCf+ONxf/nDwf/6M7Jv+qPS3/sUAz9LhFOOq/TDzix1VA08JaUse6YWO7&#10;s2dysK1tfqenc4meoXqSlp2AmY+aiJ+Jl5CkhJSYqH+Toqp8kq2repK6rHuRwKt9j8Gpfo7BqH6O&#10;wah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGo/4wnCf+PNhb/nToe/6U6Jf+tOyv8tD4w8bxD&#10;NOfFTDbey1I/zsZZUcK+YGK2uGZwq7FsfaGscoiYp3iRkKN+mImghZ6CnY2jfZuWp3iZn6l1mKqq&#10;c5m3q3SYwKp3lMGpeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8Ko/4wnCf+RNRb/&#10;nzgd/6c4I/+vOSj5uDws7sJCLuXNTC3Y0E89yclXULzDXmCwvGRvpbdqfJuycIaSrXaPiql8loKm&#10;g5x8pIuhdqKTpXKhnadvoKipbaC1qW2gwahwm8KncpnCp3KZwqdymcKncpnCp3KZwqdymcKncpnC&#10;p3KZwqdymcKn/40mCf+UNBX/oTYb/6o2If+zNiX1vjkn6slAJuDWSSjR1U48w85WTrbIXF+qwmNt&#10;n71oepS4boSLtHSNg7F6lHyugZp1rIiecKuRomupm6RoqaamZqmzpmaqw6VppMSla6HEpWuhxKVr&#10;ocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSl/44mCf+XMxT/ozQa/60zHv64MiDwxTUg49M/HNje&#10;RSbK2006vdNUTLDOW12jyWFrmMRnd43AbIGEvXKJfLp4kHW4f5ZvtoeaarWQnWW0mqBis6WhYbSx&#10;omC1wqFir8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai/5AmCf+bMRL/pjEX&#10;/7EuGve+LRrnzjEX2d45Gc3jRCjC4E04tdtTSqjVWVqc0F9okMxlc4bJa319xnGFdcR3i27DfpBp&#10;wYaUZMCPl2DAmppdwKWbW8Cxm1rBwZtbvMqcXbfKnV23yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23&#10;yp1dt8qd/5EmCf+fLxH/qi0U/7coFe3IJhLa3CkOzOQ2HcHmQC6240g+quBOTJ7dVlmS2l1liNZj&#10;b37Uanh20nB/btB3hWjPf4ljzoeNX86QkFvNmpJZzaWTV86yk1bPwpNWy9CUV8XPlVfFz5VXxc+V&#10;V8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+V/5MmCf+jLA7/sCYP9cAfDd/VGwfN5CcTwes0I7XqPTOp&#10;50VCneVLUJHjUlyG4lhmfOBfbnTfZnVs3m16Zt51f2HdfYJd3IaFWtuPiFjZmIpW2KGLVNisi1TY&#10;t4xT2MmLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taL/5ckCf+pJgr+uBwJ5s4R&#10;Bc7jFwjA7iYXtPAyKKjuOzic7UNGkexLUobsUlx861lkc+tea2rqZHBl6Gx1YeZ0eF7kfHtb4oN9&#10;WeCLf1bfkoFV3pqDU96ig1LdqoRR3baEUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR&#10;3b+E/58hBv+wGwXpxQ0D0NkLAsDuGAyz9iYcp/UxLJv1OzqQ9URHhfVMUXz1U1pz9Vlga/NfZmXw&#10;Zmph7W1tXet0cFrqenNY6IF0VueHdlTmjXhT5ZR5UeSbelDkoXtP46p8TuOwfE7jsHxO47B8TuOw&#10;fE7jsHxO47B8TuOwfE7jsHxO47B8/6gcAuu8DAHNzAkAweAMBLL6GRCl/Ccgmv0yLo/9PTuF/kVF&#10;e/9NTnL/VFVr+1paZPhgX2D2Z2Jc9G1lWfJyZ1fxeGlV8H5qU++DbFHuiW1Q7Y9uTuyUb03rmnBM&#10;66FxS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZy97MNAMzDCAC/0QgAse8OBqT/&#10;GxOZ/ykhjv80LoT/Pzl7/0dBcf9OSGr/VE5j/1pSXv5gVlr8ZlhX+2xaVfpxXFP5dl5R+HpfT/d/&#10;YE72hGFM9YliS/WOY0r0lGRJ85plSPOeZkjznmZI855mSPOeZkjznmZI855mSPOeZkjznmZI855m&#10;zbsFAL3HBgCx2AcBo/8QCJj/HxSN/ywgg/83K3r/QTRw/0c7aP9NQWH/VEVc/1pJWP9fS1X/ZU1S&#10;/2pPUP9uUU7/clJM/3dTS/97VEn/f1VI/oRWR/6IV0b9jVdE/ZNYRPyWWUT8lllE/JZZRPyWWUT8&#10;lllE/JZZRPyWWUT8lllE/JZZvb8EALDOBACi4AYCl/8TCIz/IhOD/y4def84JW7/Pi1m/0UyX/9M&#10;N1n/UjtV/1g+Uf9dQE//YkJM/2ZDSv9qREn/bkVH/3JGRv92R0X/ekhD/35IQv+CSUH/hkpA/4tL&#10;P/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49Lr8YCAKLWAgCW9woCi/8WB4L/JA93&#10;/y0XbP8zHmP/OiRc/0IoVv9JLFH/Ty9O/1UxS/9aM0j/XjVG/2I2RP9mN0P/aThB/2w4QP9wOT//&#10;czo+/3c6Pf97Ozz/fjw6/4M8Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9/3Uk&#10;Bv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B4&#10;7GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HU&#10;Y9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdz&#10;g2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12Le&#10;gdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+&#10;/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/o&#10;X8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3YkBv93&#10;NRD/eUIc/4JJJ/+HUTL/iFg9/4dfSP+DZlH/fm5a+3l3Yvd1gmn0cYpu8W2Sc+5rmXbsaJ9562ak&#10;e+pkqn3pY69/6GK1gOdhvIHnYMSC5l/OguNf14PcYduD0mPdg89k3YPPZN2Dz2Tdg89k3YPPZN2D&#10;z2Tdg89k3YPPZN2D/3ckBv94NRD/fEEc/4VIJ/+KTzL/jFY9/4tdR/+HZFH/gmxa+3x0Yvd4f2nz&#10;dIhv8HCQdO1sl3jrap576WekfuhmqoDnZLCC5mK2g+VhvoTlYMeF5WDThd1i2YXTZNyFzGXbhsll&#10;24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduG/3gkBv94NRD/fkAb/4hHJv+NTjH/j1U8/45b&#10;Rv+LYlD/hmlZ/IBxYvd7e2nzdoVw73KOdexulXnqa5x96GmjgOdmqYLlZbCE5GO3heRiwIfjYcuH&#10;32LVh9Vk2ofNZdmIxmfZicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJ/3kjBv95NBD/&#10;gD8b/4pGJv+QTTD/klM7/5FaRf+PYE//imdZ/IRuYfd+eGnyeYJw73SLdutwk3vpbZt/52qiguVn&#10;qYTkZbCG42S5iOJiw4niYtCK2GTYis5m2IrHZ9eLwGjWjL5p1oy+adaMvmnWjL5p1oy+adaMvmnW&#10;jL5p1oy+adaM/3kjBv96NBD/gz4b/41FJf+TTC//lVE6/5RXRP+SXU7/jmVY/IhrYfeCdGnyfH9w&#10;7neIdutzkXzob5mA5muhhORoqYfiZrGJ4WS7i+Bjx4zcY9SMz2bWjMdo1Y3AadSOumrUjrhr1I64&#10;a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SO/3ojBv97NBD/hT0a/49EJP+WSi7/l044/5dUQv+V&#10;Wkz/kmFW/I5pX/aHcGjygXpw7XuFd+p2jnzmcZeB422fhuBqqIndZ7CM2ma7jdZlx47RZtSPx2jT&#10;j79q05C5a9KRs2zSkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKR/3sjBv98NBH/iDwa&#10;/5JDJP+YSC3/mkw3/5pSQf+ZWEr8l19U9pNmXfCNbmbrh3dv5oCBduF7i33cdZOD13Gch9JupIvP&#10;a6yOzGm1kclowJLHaM+Tv2vRk7hs0JOybdCUrW/Qk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv&#10;0ZOrb9GT/3wjBv99NBH/ijsZ/5RBI/+aRiz/nEs1/51QP/+dVkj4m11R8ZhjW+uTa2TkjXVt3oZ+&#10;ddiAh3zReo+DzHaXicdyn43Eb6eRwG2wk75su5W7a8iWtm3PlrBvzparcM+WpnHPlaVyz5Wlcs+V&#10;pXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+V/3wjBv99NBH/jDoZ/5dAIv+cRSv/n0k0/6BOPPuhVEX0&#10;oFpO7J1hWOWZaWHek3Nq1Yx7dM6Fg33If4uEwnqTir52m4+6c6OTtnGrlrNvtpixb8KYrXDNmKhy&#10;zZikc82YoHTOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6X/30jBv9/MxH/jjkY/5k/&#10;If+eQyn/oUcy/6NMOvilUkPwpFhL6KNfVOGfaF3XmHBozpF4dMaKgH3AhIiFun+Pi7V7l5Cxd5+U&#10;rXWnl6pzsZmnc72bpXPLm6B1y5qddsyamnfNmZl3zZiZd82YmXfNmJl3zZiZd82YmXfNmJl3zZiZ&#10;d82Y/34iBv+AMhD/kDgY/5s/IP+gQij/pEYw/qZLOPSoUEDsqVdH5KldUNylZlrQnW5ox5V1c7+O&#10;fX25iYSFs4OMjK1/k5GpfJuVpHmkmaF3rZued7mcnHfInJl4ypyXecublXrMmpR6zJmUesyZlHrM&#10;mZR6zJmUesyZlHrMmZR6zJmUesyZ/34iBv+CMhD/kjcX/5w9H/+hQCf/pkQu+6lJNfGsTzzprlVD&#10;4a9dS9WoZFnLoWtnwplzc7mTen2yjYGFrIiJjKaEkJGhgJiWnX2gmpl8qpyWe7adlHvEnpJ8yp2R&#10;fcqcj33Lm499zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcya/38iBv+EMRD/kzYX/548Hv+j&#10;PyX/qEIs+K1HMu+wTTnmtFQ/3bNbSdCsYlnGpGpmvJ1xcrSXd3yskX6FpoyGjKCIjZGahZWWloKe&#10;mpKAp52Pf7KejYDBnoyAyZ6LgMqdioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDLm4qAy5uKgMub&#10;/38iBv+FMA//lTYW/587Hf+lPST/q0Eq9bBFL+y1TDTjulQ52LdZSMuvYVjBqGhmt6Fvcq+bdXyn&#10;lXyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhoS+n4WFyZ6FhMmdhYTKnIWEy5uFhMubhYTLm4WE&#10;y5uFhMubhYTLm4WEy5uFhMub/4AiBv+HLw//lzUW/6A6HP+nPCL+rT8n87NELOm6SzDhv1I107pY&#10;R8ezX1e8rGZlsqVtcamfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKop2Biq2ff4q7n36KyJ5/icmd&#10;gIjKnICIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMub/4EiBv+JLg//mTUV/6I4G/+pOiD7&#10;sD0k8LhCKOa/Sirdw080zr1WRsK2Xla3sGVkralrcKSkcXqcn3iDlJt+io6XhpCIlY6VgpKWmX6Q&#10;oJx6j6ueeI+4n3eQyZ55jsqdeozLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMub/4Ei&#10;Bv+LLQ7/mzQU/6Q3Gf+sOB74tDoh7b1AI+TGSSPXx0wzycFVRb26XFWytGNjqK5pb5+pb3mWpXaC&#10;jqF8iYedg4+Bm4uUfJiUmHeXnZtzlqidcZa1nnCWxp1ylMqcdJLLm3WRy5p1kcuadZHLmnWRy5p1&#10;kcuadZHLmnWRy5p1kcua/4IiBv+NLA3/nTQT/6Y0GP+vNRv0uDcc6cM+HODNRR/Ry0syxMVUQ7i/&#10;W1OtuWFhorRobZmvbneQq3SAiKd6h4GkgY17oomSdaCRlnCem5ltnaabap2znGmew5xrnMubbpjM&#10;mm+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZ/4MhBv+QKw3/oDMR/6kyFf2zMRfwvjQX&#10;5cs7FdrUPx3Lz0kwvslSQrLEWVGnv2BfnLpma5K2bHWJsnJ+ga94hXqsf4t0qoeQb6iPk2qnmZZn&#10;pqSYZKaxmWOnwZlkpc2YZ6DNmGifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82X/4QhBv+T&#10;KQv/ojAP/60uEvi4LBLrxi8Q4NU4C9LaPRzF1EguuM9QQKzKWE+gxV5dlcFkaIu9anKDunB6e7d2&#10;gXS1fYdus4WLaLKOj2SxmJJhsKOUXrCwlV2xv5VdsdCUYKrQlGGo0JRhqNCUYajQlGGo0JRhqNCU&#10;YajQlGGo0JRhqNCU/4YhBv+XKAr/piwN/7EoDvLAJgzj0CgH1N8yC8nfPhm920cssdZPPaTRVkyZ&#10;zVxZjsliZYTGaG57xG92dMF1fG3AfIJovoSGY72NiV+8l4xbvKKOWbyvj1i9vo5XvtSOWbbTj1q0&#10;05BatNOQWrTTkFq005BatNOQWrTTkFq005BatNOQ/4ghBv+cJwj/qicK/LghCenKGwXV3iAEyeUw&#10;D77jPR204UYsqN5OOpzaVUiR1ltVhtNhYHzQZ2l0zm5wbc11dmfLfHtiy4R+XsqNglrKl4RXyqOG&#10;VcqvhlTLvoZTzNWGVMTZiFXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJ/40dBf+iJQb/&#10;sB8F8sIUA9nbDgHJ5iAHvegvFLLnOiKn5UMxm+NKPpDhUEqG31dUfN5eXXTdZWRs22xqZtt0b2Ha&#10;fHNc2YR2WdmOeVXZmHtT2qN8UdqwfVDbvn1Q3NN8UNTgflHQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDg&#10;f1HQ4H9R0OB//5UaA/+pHwP7uhIC1M0LAMnmDwK87SALsO0uGaXsOSea60I1j+pJQYXpUEt76FdT&#10;cuhdWmrnY2Bk52plX+dyaVvnemxX54JuU+eLcVDnlXJO6J90TOiqdUvotXZK58N2Sujddkvk4HVL&#10;5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1/50WAf+xEgHTwwkAx9EKALvyEQSv8yEPo/MuHZnz&#10;OSqO80I2hPNKQXvzUkly81dQafNcVmPzY1pd82leWfNwYVXzd2NS839mT/KHZ03wj2lL75hrSu+g&#10;bEnuqW1I7rNtR+3Abkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cdu/6cPANO6BwDFxwcA&#10;utYJAK36Ewai+iISl/ovH437OiuD/EM1ev1MPnH9UUVo/VZLYf5bT1z+YlNX/mhWVP1vWFH7dVpO&#10;+nxcTPmDXUr4il9I95FgR/aZYUb2oGJF9adjRPSxZEP0tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0&#10;tWRD9LVk1rIEAMS+BgC3zAYArNwJAaD/FgiV/yUUi/8yH4L/PCl5/0Uyb/9KOWf/Tz9f/1VDWv9b&#10;R1X/YUpS/2dMT/9sTk3/ck9L/3hRSf9+Ukf/hFNF/4tUQ/+RVUL+mFZB/Z5XQP2mWED8qVhA/KlY&#10;QPypWED8qVhA/KlYQPypWED8qVhA/KlYxrgEALbEBACq0wUAnvINApT/GgmK/ygTgf80HXf/PCVt&#10;/0IsZf9HMl3/TTZX/1M6U/9ZPU//Xz9M/2RBSv9pQ0j/bkRG/3NFRP95RkL/fkdB/4RIP/+KST7/&#10;kEo9/5VLPP+cTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59Mt7wDAKnLAgCc2wMAkv8Q&#10;Aon/HQiA/yoQdf8xGGv/OB9i/z4kW/9EKVT/SixQ/1EvTP9XMkn/XDNG/2A1RP9lNkL/aTdB/244&#10;P/9zOT3/dzo8/3w7O/+CPDn/hz04/4w9N/+TPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT42&#10;/5U+qsQAAJzSAACP5wIAhv8RAnz/GwVx/yQLaP8rEV//MhdX/zkbUf8/Hkz/RiFI/00jRf9SJUL/&#10;VydA/1soPv9fKTz/Yyo6/2crOf9rLDf/byw2/3QtNf94LjT/fS4y/4IvMf+IMDH/ijAx/4owMf+K&#10;MDH/ijAx/4owMf+KMDH/ijAx/4ow/2okBP9pMgr/bD4U/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N&#10;/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDp&#10;WeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw/2okBP9pMgr/bD4U/3ZGHv97&#10;TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5&#10;bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw&#10;/2ojBP9pMQr/bj4U/3dFHv98TSj/flQz/3xcPP95ZEX/c21O/294Vf9rglr9aItf+2WUY/lim2b3&#10;YKFp9l6na/VdrWz0XLNu81q6b/JZwXDyWcpx8VjYcexZ4XHmWuRx4Fzncdhd6HHYXuhx2F7ocdhe&#10;6HHYXuhx2F7ocdhe6HHYXuhx/2sjBP9qMQr/cTwU/3pDHf+ASyj/gVMy/4BaPP98YkX/d2pO/3F0&#10;Vf9uf1v9aolg+maSZPhkmWj2YaBr9V+nbfNerW/yXLNw8lu6cfFaw3LwWc1z7lndc+ha4nThXOVz&#10;2V7mc9Bf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d0/2wjBP9rMQr/czsU/31CHf+CSif/&#10;hFEy/4NZO/+AYEX/e2hN/3RxVf9wfFv8bIdh+WiQZvdlmGn1Y59s82Gmb/JfrHHxXbNy8Fy7dO9b&#10;xXXvWtB16lrfduJc4nbbX+V10WDmdsph5XfKYeV3ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3/20i&#10;BP9sMQv/djoU/4BBHf+FSCf/iE8x/4dXO/+EXkT/f2ZN/3huVf9zeVz8boRi+WqNZ/Znlmv0ZJ5u&#10;8mKlcfFgrHPvXrR17l28du5bx3ftW9Z45VzgeNxf43jSYOR4y2HkecRj43rEY+N6xGPjesRj43rE&#10;Y+N6xGPjesRj43rEY+N6/24iBP9tMQv/eDgT/4M/HP+JRyb/i04w/4tVOf+IXEP/g2NM/31rVP92&#10;dVz8coBi+G2KZ/VplGzzZpxw8WOkc+9hrHXuX7R37V2+eexcy3roXNx63l/hetJh43vKYuJ8xGPi&#10;fb5l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9/24iBP9uMAv/ezcT/4Y+HP+MRSX/j0wu&#10;/49TOP+NWkH/iGFL/4NpU/p8cVv3dnxi83GHaPBtkG3taZlx6mahdehjqXjmYbJ65GC7e+Jfx3zg&#10;X9p91GLhfcpj4H7DZOB/vWbfgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+A/28hBP9v&#10;MAv/fjYS/4k8G/+QRCT/k0wt/5NSNv+SWUD/jmBJ+YhmUvSCblrvfHlh63eDaOdyjG7kbZVz4Gqd&#10;d91npnraZa581mO4ftNiw4DRYtOBymTfgcFl3oK7Z92CtWjdg7Bp3YOwad2DsGndg7Bp3YOwad2D&#10;sGndg7Bp3YOwad2D/3AhBP9yLwv/gTQS/4w7Gv+TQyL/l0sr/5dRNP+WVz36k11G845kT+6Ia1jo&#10;gnVg43x/aN53iW7ZcpF0026ZedBroX3MaKmAyWaygsdlvYPFZcuEwWbchLlo24WzaduFrmvbhals&#10;24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuF/3EhBP90Lgr/hDMR/486Gf+WQyH/mkkp/5pO&#10;MvyaVDv1mFtE7pRiTeePaVXhiXNe24J8ZtN8hW/Nd411yXKVesVvnX/BbKWCvmqthbtpuIe5acSI&#10;t2nYiLBr2YirbNmIp23ZiKNv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qH/3EgBP92LAr/&#10;hjIR/5I6GP+ZQiD/nEcn/55ML/ieUjjwnVhA6ZpfSeKVZ1Laj3Bc0Yd4ZsqBgW/FfIl2wHeQfLt0&#10;mIC3caCEtG+ph7Fts4mubL+KrGzPi6hu14ukb9iKoHDYip1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZ&#10;iZ1x2YmdcdmJ/3IgBP94Kwr/iDAQ/5Q5F/+bQR7/n0Ul/aFKLfSiUDTsolY85KBcRdybZU/Sk21c&#10;yox1ZsOGfW+9gYV2t3yNfbN4lIGudZyGq3OliadxroulcLqNo3DJjaBx1Y2cc9aMmnTWi5d02IqX&#10;dNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiK/3MgBP96Kgn/iy8P/5Y5Fv+dPxz/oUMj+qRIKvGm&#10;TjHop1Q44adcQNWfYk7LmGtbw5FyZryLem+2hYJ3sIGJfat9kYKmeZmGonehip91q42cdLaOmnTF&#10;j5h11I6VdtWNk3fVjZJ31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aL/3MgBP98KQn/jS8P&#10;/5g4Ff+fPRv/pEEh96hGJ+2rTC3lrVIz3KpZP9CjYU3GnGlavpVwZbaPd2+vin92qYWGfaSBjoKf&#10;fpaHm3uei5d5qI6UeLOPknjBkJB505CPetSPjnrVjYx71oyMe9aMjHvWjIx71oyMe9aMjHvWjIx7&#10;1oyMe9aM/3QfBP9+KAn/ji4O/5s4FP+hPBn/pz8f9KtEJOqvSinis1Eu1q5XPsunX03BoGdauZlu&#10;ZbGTdW6qjnx2o4qDfZ6Gi4KZg5OHlICbi5B+pY6NfbCQin29kYl+0JGIftOPiH7Ujod+1Y2HftWN&#10;h37VjYd+1Y2HftWNh37VjYd+1Y2HftWN/3QfBP+AJwj/kC4O/503E/+jOhj8qT0c8a9CIOe0SCTf&#10;t04s0bFVPceqXky9o2VZtJ1sZKuXc26kk3p2no6BfJiLiIKSh5CHjoWZi4mDoo6Ggq2Qg4K7kYKC&#10;zJGCgtOQgoLUj4KB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWN/3UfBP+CJgj/ki0N/582&#10;Ev+lOBb5rDsa7rM/HeW5Rh/au0srzbRUPMKuXEu4p2NYr6FqY6accW2fl3d1mJN+fJKQhoKMjY6H&#10;h4qWi4OIoI5/h6uQfYe4kXuHyZF8h9OQfIbUj32F1Y19hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y19&#10;hdWN/3UfBP+EJQj/lC0M/6A1EP+oNhT2rzgX67c9GOK/RRnVvkkqyLhTO72xW0qzq2JXqqZoYqGh&#10;b2yZnHV0kph8e4yVg4GGkouGgZCUi3yOno55jaiQdoy1kXSNxpF1jdOQdovUj3iJ1Y14idWNeInV&#10;jXiJ1Y14idWNeInVjXiJ1Y14idWN/3YeA/+GJAf/lywL/6IyD/+rMxHyszUT6Lw6E97FPxfQwUgp&#10;xLtRObm1WUiusGBVpapnYZymbWuUonRzjZ56eoabgYCAmImFe5aSiXaUm41yk6aPb5OzkG6Tw5Bu&#10;k9OPcJHUjnKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWN/3ceA/+JIgf/mSwK/6UwDfyu&#10;Lw7vuDEO5MM3DdnKOxbLxUYnv79QOLO6WEeptV9Un7BlX5asa2mOqHJxhqV4eICif356n4eDdJ2P&#10;iG+bmYtsmqSNaZqwjmebwI5nm9WOaZjVjWyU1oxslNaMbJTWjGyU1oxslNaMbJTWjGyU1oxslNaM&#10;/3geA/+MIQb/nSsI/6gsCvizKgvqvysJ4MwyBtHOORXFyUUlucRONq6/VkWju11SmbZjXZCyaWeH&#10;r3BvgKx2dnmpfXxzp4SBbqWNhWmkl4hlo6KKY6OujGGjvoxgpNKLY6DXi2Wc2IplnNiKZZzYimWc&#10;2IplnNiKZZzYimWc2IplnNiK/3odA/+PIAX/oCkH/6wnB/K4JAblxyQE2dUnBcvTNxO/zkMjs8pM&#10;NKfFVEKcwVtPkr1iWom6aGSBt25sebR0cnOye3htsIN9aK+LgWOulYRfraCGXa2th1utvIdartCH&#10;XKrah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqH/34aA/+UHwT/pSYF/bEgBOzBGgPf&#10;0xcB0NwlBMTZNRC41UEhrNBLMaDMUj+VyVlMi8VgV4LDZmB6wGxnc75zbWy8enNnu4J3YrqKe165&#10;lH5auJ+AWLisgVa5u4FVus+BVrbegliw3YJYr92CWK/dgliv3YJYr92CWK/dgliv3YJYr92C/4QX&#10;Av+ZHAL/qh8D9bkVAt7NDADQ3xIAxeAmBbvfNg6w3UAdpNlJLZjVUTuN0VhIg89eUnvMZVpzy2th&#10;bMlyZ2bIeWxhx4FwXcaKdFnGlHZWxZ94U8aseVLGu3pRx895UcTjelO84nxTvOJ8U7zifFO84nxT&#10;vOJ8U7zifFO84nxTvOJ8/4oUAf+fGAH/sBQB2MMKAM7RCgDE5RQBueQmCK7kNBOk4j8gmeBHLY/e&#10;TzmF3FZEe9pdTHPZZFRs12taZtZyX2HVeWRc1IJnWNSLalXUlW1S1KBuUNStb07VvHBN1tBvTdXo&#10;cE7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOly/5IRAf+nEQDYuQkAy8YIAMLVCgC36hYD&#10;rOonDKLpNBiY6D4kjedHMIPmTjp65VRDceRaSmnkYVBk42hVX+NwWVrjeFxW44BfU+OJYlDjk2RN&#10;5J1lS+SpZ0rltmdJ5cZnSObfZ0rg7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf7GdK3+xn/5wNANux&#10;BgDKvQcAv8oHALXaCgCq7xkFoPAoD5bwNRuM8D8mgvBHMXnwTjlw71RAaO9aRmHvYEtd72dPWO9u&#10;UlTvdVVR8H1XTvCFWUvwj1tI8ZlcRvGjXkTyr19D8rtfQvPMYEHz52BB8+hgQfPoYEHz6GBB8+hg&#10;QfPoYEHz6GBB8+hg3qcCAMu2BQC9wQUAss8HAKfqDQGd9xwHlPgrEor4NhyB+UAmePpIL2/6TTZn&#10;+lM8YPpYQFv7X0RW+2VHUvtsSU/8cktL/HlNSPyBT0X9ilFD/ZNSQf6cUz/+plQ9/7FVPf68Vjz+&#10;zVY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WzrACAL26BACxxwQApdYHAJv9EAKR/yAJiP8t&#10;EoD/ORt2/z8jbf9FKmX/SzBe/1E1WP9XOFP/XTtP/2M+TP9oQEn/bkFG/3VDQ/98RED/hEY9/4xH&#10;PP+USDv/nUk6/6VKOf+tSzj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLvrUCALDAAgCk&#10;zgMAl94FAI//FAKG/yMIff8uEHP/NRhq/zweYv9CJFv/SChV/04sUP9UL0z/WjFI/18zRf9kNUL/&#10;ajY//3A3Pf92OTv/fDo5/4M7OP+LPDb/kz01/5o+NP+hPjP/qj8z/6o/M/+qPzP/qj8z/6o/M/+q&#10;PzP/qj8z/6o/sboBAKPIAACW1gAAi/QJAYP/FgJ5/yAGb/8oDGf/MBJf/zcXWP8+G1L/RB9M/0oi&#10;SP9QJET/VSZB/1onPv9fKTv/ZCo6/2krOP9uLDb/dC00/3ouM/+BLzH/iDAw/48wLv+WMS3/njIt&#10;/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54ypMIAAJbPAACI3wAAgP8MAXX/EgJq/xgDYv8hB1r/&#10;KQtT/zEPTf84Ekj/PhVD/0QXP/9KGTz/Txo5/1MbN/9YHDX/XB0z/2EeMf9lHzD/aiAu/3AgLf92&#10;ISv/fCIq/4IjKP+IIyf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5Ak/2AlBP9bMAb/YToN&#10;/2pBFv9vSh//cVIp/29bMv9rZDr/Z25B/2R6R/9ghEz/XY5Q/1qWU/9Ynlb/V6VY/1WrWv9UsVv/&#10;U7dc/1K+Xf5Rx178UdFf+1DgX/hQ6V/zUe1f7lPwX+hU8V/kVvJf5FbyX+RW8l/kVvJf5FbyX+RW&#10;8l/kVvJf/2AlBP9bMAb/YjkN/2xAFv9xSR//clEp/3FaMv9tYzr/aG1B/2V4R/9hg03/Xo1R/1uW&#10;VP9ZnVf/V6RZ/1aqW/9VsVz/VLdd/lO/Xv1Sx1/8UdNg+lDiYPZR6WDxUu5g61TvYOVW8WDhV/Jg&#10;4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg/2ElBP9cMAb/ZTgN/24/Ff90Rx//dVAo/3RYMf9wYTr/&#10;a2pB/2d2SP9jgU3/YItS/12UVf9anFj/WKNa/1eqXP5WsF79VLdf/VO/YPxTyWH6UtZi+FHkYvNS&#10;6mLtVO5i5lbvYuBY8GLbWPFj21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj/2IlBP9dLwb/ZzYN/3E+&#10;Ff93Rh7/eE4o/3dWMf90Xzr/bmhB/2pzSP9mfk7/YolT/1+SVv9cm1r/WqJc/lipXv1XsGD8Vbdh&#10;+1TAYvtTymP5U9pk9VLmZO9U62ToVu5k4VjvZNlZ8GXTWvBm01rwZtNa8GbTWvBm01rwZtNa8GbT&#10;WvBm/2IkBP9eLwb/ajUN/3Q8Ff96RB7/fEwn/3tUMP93XDn/cmVB/2xvSP9oe07/ZIZT/2CQWP9d&#10;mVv+W6Fe/VmoYPxYsGL7Vrhj+lXBZPlUzWX3U95m8lTnZupW62biWe5m2lruZ9Fb72jMXPBozFzw&#10;aMxc8GjMXPBozFzwaMxc8GjMXPBo/2MkBP9fLgb/bTMM/3c6FP99Qh3/gEom/39SMP98Wzj/d2NB&#10;/3BsSP9sd0//Z4JU/2ONWf1gllz8XZ9f+lunYvhZrmT3WLZm9VfAZ/RWy2jxVd1o7VbpaeNZ7Gja&#10;W+1p0Fzuasld7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5r/2QjBP9hLQb/cDIM/3s4FP+B&#10;QBz/hEkl/4RRLv+BWTf/fGFA/3ZpSP9wc0/7bH9V+GiJWvZkkl7zYZth8V+jZPBdq2buW7No7Fq8&#10;aupZx2voWdhr5Fnoa9pb62zPXe1tyF7sbsJf7G6+YOxvvmDsb75g7G++YOxvvmDsb75g7G++YOxv&#10;/2UjBP9kKwb/czAM/342E/+FPxv/iUgk/4lPLf+GVzb/gl4+/HxmRvh2cE70cXtV8G2FWu1pjl/q&#10;ZZdj6GKfZuZgp2njXq9r4V25bOBcxG3eXNNu2V3mbs5e62/GX+pxv2Hqcbpi6XK2Y+lytmPpcrZj&#10;6XK2Y+lytmPpcrZj6XK2Y+ly/2YjBP9nKQb/dy4L/4I1Ev+JPhr/jUci/41OK/+MVTP8iFw89oNk&#10;RfF8bE3sd3dU6HKBWuRuimDhapNk3WabaNpko2vWYqxu02C1cNBfv3HOX81yy1/ic8Rh6HO9Yuh0&#10;t2TndLJl53SvZud0r2bndK9m53SvZud0r2bndK9m53SvZud0/2ciBP9qJwX/eiwK/4Y0Ef+NPRn/&#10;kUUg/5JNKP2RUzH2jlo68IlhQuqDaUvlfnRT4Hh9WtpzhmDUbo9m0GuXasxon27JZqdxx2Svc8Rj&#10;uXXCYsZ2wGLad7pk5nezZeV3rmbld6po5XeoaOZ3qGjmd6ho5neoaOZ3qGjmd6ho5neoaOZ3/2ci&#10;BP9tJgX/fSoK/4k0EP+RPBf/lUQe/5dLJviWUi7xlFg26pBeP+SKZ0jdhHFQ1X15Ws94gmHKc4pn&#10;xm+SbMJsmnC/aqJzvGiqdrlntHi2ZsB5tGbQerFn43qraON6p2rjeqNr5Hmha+R5oWvkeaFr5Hmh&#10;a+R5oWvkeaFr5Hmha+R5/2ghBP9vJAX/gCkJ/4wzD/+UOxb/mUMc/ZtJI/SbTyrsmVUz5ZZcO96R&#10;ZUXUiW1QzIN2Wsd9fmHBeIZovXSObbhxlnK1bp11sWymeK5rr3usart8qmnKfahq4X2jbOJ8n23i&#10;fJxu4nuabuN7mm7je5pu43uabuN7mm7je5pu43uabuN7/2khA/9xIwX/gigJ/48yDv+XOxT/nEIa&#10;+Z5GIPCfTCfon1Iu4J1aNtaVYUTNjmpPxohyWb+CemK5fYJotHmKbrB2knOsc5p3qHCieqVvq32i&#10;brZ+oG3Ff55u23+bb+B+mHDhfpZx4X2UceJ8lHHifJRx4nyUceJ8lHHifJRx4nyUceJ8/2khA/90&#10;IgT/hSgI/5ExDf+aOhL/nz8X9aJEHeykSiPkpFAp26FXNc+aX0PHk2hPv4xwWbiHd2Gygn9orX6G&#10;bql6jnOkd5Z4oHWee51zqH6acrOAl3HAgZZy04GTc9+AkXTgf5B04H6PdOF9j3ThfY904X2PdOF9&#10;j3ThfY904X2PdOF9/2ohA/92IAT/hycH/5QwDP+dORH9oj0V8qVBGumoRx/gqk0l1KRUNMqdXULB&#10;l2VOupFtWLKLdWGshnxop4KDbqJ/i3SdfJN4mXmbfJV3pX+Sdq+BkHa9go52zoKNd96Bi3ffgIp4&#10;4H+KeOB+injgfop44H6KeOB+injgfop44H6KeOB+/2ogA/94HwT/iSYH/5YwC/+fNw/6pDoT76k/&#10;F+atRRrcrkokz6hTM8ahXEG9m2RNtJVrWK2PcmCni3looYeBbpuDiHSXgJB4kn6ZfI58on+Leq2C&#10;iHq6g4d6y4OGe96ChXvegYV734CFe+B/hXvgf4V74H+Fe+B/hXvgf4V74H+Fe+B//2sgA/96HgT/&#10;iyYG/5gvCv+hNQ33pzgQ7K08E+OyQhbXsUcjy6tSMsGlWkC4n2JMsJlpV6iUcGChj3dnm4t+bpaI&#10;hnORhY54jIKWfIiAn4CEf6qCgX+3g4B/yIR/gN2Df3/egX9/34CAfuB/gH7gf4B+4H+AfuB/gH7g&#10;f4B+4H+AfuB//2wgA/98HAP/jSUG/5ouCf+jMwv0qjQN6bE5D9+3PxLStEYix65QMb2oWT+zomBL&#10;q51nVqOYbl+clHVnlpB8bZCNg3OLiot4hoiUfIGGnYB+hKiCe4S1g3mExYR4hd2DeYTegXqD34B6&#10;guB/eoLgf3qC4H96guB/eoLgf3qC4H96guB//20fA/9+GwP/jyQF/50sB/6mMAnwrjEL5bY1C9u8&#10;ORHOt0Ugw7JPMLisVz6vp19KpqFlVZ6dbF6XmXNmkJV6bIqSgXKFkIl3gI2RfHuLm393iqWCdImy&#10;g3KJwoNyitqDc4negXSH34B1huB/dYbgf3WG4H91huB/dYbgf3WG4H91huB//28eA/+AGwP/kiME&#10;/6ArBvqpLAftsiwH4rwxB9XANhDJu0MfvrZNLrSwVjyqq11JoaZkVJmial2RnnFlipt4a4SYf3F/&#10;loZ2eZOPenWRmH5xkKOBbpCvgmyQv4NrkdWCbY/egW+N34Bwi+B/cIvgf3CL4H9wi+B/cIvgf3CL&#10;4H9wi+B//3EcA/+DGQL/lSED/6MpBfatJwXotyYE3sMqA9DDNQ7Ev0EdubpMLa61VDulsFtHm6xi&#10;UpOoaVuLpW9jhaJ2an6ffG94nIR0c5qMeW+Zlnxrl6F/aJetgGaXvIFlmNGAZpbff2iT4H5qkeF+&#10;apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+/3UaAv+HGAL/mCAD/6YlA/KyIAPkvh4C18kiAsrHMw2+&#10;w0Acs79KK6m6UzmftlpFlrJhUI2vZ1mFrG1gfql0Z3imem1ypIJybaKKdmihlHlkoJ98YZ+rfl+g&#10;un5foM5+X5/hfWKb4X1jmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8/3gYAv+LFwH/nR0C/ase&#10;Auy4FwHeyBEAz80fAsTMMAu4yD4ZrcVIKKPBUTaYvVhCj7lfTYa2ZVZ/s2tdeLFyZHKveWlsrYBu&#10;Z6yJcmKqknVfqZ14XKmqelqpuXpZqsx6WKnkeluk5HpdoeR5XaHkeV2h5HldoeR5XaHkeV2h5Hld&#10;oeR5/30VAv+QFAH/oRgB9rEUANnBCwDSzwsAyNIcAbzRLgmxzjsXpstGJZzITzORxFY/iMFdSYC/&#10;Y1J4vGpZcbpwX2u5d2Rmt39pYbaHbV21kXBZtZxyVrSpdFS0uHRTtct0U7XkdFSw53VWrOd1Vqzn&#10;dVas53VWrOd1VqzndVas53VWrOd1/4MSAf+WEQD/qBEA2bgKAM7ECQDH0goAv9kZAbTYKwep1jkU&#10;n9NEIpTQTS+KzVQ7gcpbRHjIYk1xx2lTa8VvWWXEdl5gw35iXMKHZljBkWhVwZxrUsGobFDBt21P&#10;wsptT8LkbE+97G5QuexvULnsb1C57G9QuexvULnsb1C57G9Quexv/4kQAf+dDgDarwgAzbsIAMTH&#10;BwC81gsAs98aAarfKweg3jkSlt1DHozaSyqC2FM1edVaP3HTYUZq0mhMZdFvUmDQdlZb0H5aV8+H&#10;XVPPkV9Qz5xhTs+pY0zPuGNL0MtjTNDlYkrO8mVLyPJmS8jyZkvI8mZLyPJmS8jyZkvI8mZLyPJm&#10;/5INAN6mBADOtAYAwr8GALnMCACw3QwAp+UdA57lLQuU5TkWiuRCIIHjSip34lAzb+FYO2ngX0Fj&#10;4GZGXt9uSlrfdU5W331RUt+GU0/fkFZN35tXS+CnWEngtVlI4cZZSOHfWUff8FlG3PVbRtz1W0bc&#10;9VtG3PVbRtz1W0bc9VtG3PVb7ZwEANGtBADCuAUAt8MFAK3RCACk7RABm+0gBZLtLg6J7DoYgOxD&#10;IXbsSipu7FAxZutWN2DrXDxb62RAV+trQ1PrckZQ63pJTeyDS0rsjE1I7JZORe2hUEPtrlFC7rxR&#10;Qe/MUkHv5VJA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFR1KUAAMSyAwC2vAMAq8kFAKDYCACX&#10;9BMBj/UkB4f1MQ9+9jsYdPZCIGz2SCdl9k8tXvdVMVn3WzVV92I4UfdoO034bz1K+HY/R/h+QUT5&#10;h0NC+ZFFQPqbRj76pkc8+7FIO/u+STr8z0k5/ONJOfzjSTn840k5/ONJOfzjSTn840k5/ONJx60A&#10;ALe3AgCqwwIAntAEAJPjCQCM/RgChP4nB3v/MQ9y/zgWaf9AHGL/RiJc/00mVv9TKlL/WS1O/18w&#10;Sv9lMkf/azRE/3E1Qf95Nz//gTg8/4o6Ov+TOzj/nTw2/6c9Nf+xPjT/vj4z/8o/M//KPzP/yj8z&#10;/8o/M//KPzP/yj8z/8o/uLIAAKq9AACdygAAkdgCAIj7DQF//xkCdv8kBm7/LQxm/zUSX/88F1j/&#10;QxtT/0keTv9PIUr/VSRG/1smQ/9gJ0D/Zik+/2sqO/9yKzn/eS02/4EuNP+KLzH/lDAw/5wxLv+l&#10;Mi3/rzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czq7gAAJ7FAACQ0gAAg+AAAH3/DwFy/xYC&#10;aP8eBGH/Jwha/y8MVP83EE7/PhNJ/0QWRf9KGEH/Txk+/1UbO/9ZHDn/Xx02/2QeNP9pHzL/cCAv&#10;/3chLf9/Iiv/hyMo/5AkJ/+ZJSb/oSYl/6cmJf+nJiX/pyYl/6cmJf+nJiX/pyYl/6cmn8AAAJHN&#10;AACD2wAAePYCAG//DQFk/xICXP8ZA1T/IARO/ycGSP8vCEP/Ngo//zwMPP9CDjj/Rw81/0wQM/9R&#10;ETD/VhIu/1oTLP9fFCr/ZRQo/2sVJv9xFiP/eRci/4EYIP+JGB7/kRkd/5cZHf+XGR3/lxkd/5cZ&#10;Hf+XGR3/lxkd/5cZ/1YnBP9RMgX/VjUH/189Dv9kRRb/Zk4f/2RYJ/9hYi//Xm41/1p5O/9XhD//&#10;VI9D/1GYRv9PoEj/TqdK/02uS/9MtUz/S7xN/0rETv9Jzk//Sd5P/0jpUP9I8lD8SfZQ90v5UPFM&#10;+k/rTvtQ6k/7UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ/1YnBP9RMgX/WDQH/2I7Dv9nRBb/aU0f/2dW&#10;J/9jYC//YGs1/1x3O/9YgkD/VY1E/1OWR/9Qn0n/T6ZL/06tTf9NtE7/TLxP/0vFUP9Kz1H/SeBR&#10;/0nrUf5J8lL5S/dS8035Ue1P+lHmUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ+lLlUPpS/1cnA/9SMQX/&#10;WjIH/2Q6Dv9qQhb/bEsf/2pUJ/9nXi//Ymg2/150PP9agEH/V4tF/1SVSP9SnUr/UKVM/0+tTv9O&#10;tE//TbxR/0zFUf9L0VL/SuJT/0ntU/tL81P1TPdT7k/4U+hQ+VPhUvpU4FL6VeBS+lXgUvpV4FL6&#10;VeBS+lXgUvpV/1gmA/9UMAX/XTEH/2c4Dv9tQBb/b0ke/25SJ/9qXC//ZWY2/2FxPP9dfUH/WYhG&#10;/1aSSf9UnEz/UqRO/1CrUP9Ps1H/TrtS/03EU/9Nz1T+TOBV+0zrVfhM9FXwT/dV6VH4VeJS+Fbb&#10;VPlX2VT5V9lU+VfZVPlX2VT5V9lU+VfZVPlX/1kmA/9XLgX/YC8H/2o2Df9xPhX/c0ge/3JRJv9v&#10;Wi7/amM2/2VuPP9hekL/XYVH/1qPSv9XmE3/VaBQ/1SoUv5Sr1P9UbdV/FDAVvpPy1b4T9xX9U/p&#10;V/JP81fqUvZX4VP3WNpV+FnRVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+FrPVvha/1kmA/9aLAX/ZC0H&#10;/24zDf91PRX/eEYd/3dPJf90WC3/cGA1/2pqPP9mdkL/YoFH/l6LS/tblE/5WZ1S+FekVPZWrFb1&#10;VLRX81O8WPJTx1nwUtVa7FLmWulT8lnhVPVb11b2XM9X913IWfhdx1n4XcdZ+F3HWfhdx1n4XcdZ&#10;+F3HWfhd/1olA/9dKgX/ZyoG/3IyDP95OxT/fEUc/3xNJP96VSz/dV40/29nPPxqckL5Zn1I9mOH&#10;TPNfkFDxXZlT71uhVu1ZqFjrWLBa6le5W+hWw1zmVtFc41bkXN9W8F3VV/VfzFn2YMZa9mDAW/Zh&#10;vlz2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZh/1slA/9gKAX/aygG/3cwC/9+OhP/gUMa/4JLIv9/Uyr/&#10;e1sz+XZkOvVwbkHxbHlI7WiDTepkjFHnYZVV5V+dWONdpVrhW61c3lq2XtxZwF/aWc5g1VniYNFZ&#10;72HKWvRiwlz0Y7xd9GS3XvNktl/zZLZf82S2X/Nktl/zZLZf82S2X/Nk/1wkA/9jJgT/byYF/3sv&#10;C/+CORH/hkEY/4dJIP+FUSj4glkw8n1gOO13akDocnVH5G5/TeFpiFLdZpFX2WOZWtVgoV3SX6hg&#10;z12xYs1cu2PLXMdkyVzbZcVd62W/XfJmuF/xZ7Ng8WevYfFnrmLxZ65i8WeuYvFnrmLxZ65i8Weu&#10;YvFn/10kA/9mJAT/ciQF/34uCv+HNxD/iz8W/4xHHfmLTyXyiFYt7INdNuZ+Zz7geHFG23N7TdVu&#10;g1PQaoxYzGeUXcllnGDGY6Njw2GsZcFgtWe/X8FovV/Qabpg5mm1Ye9qr2Lvaqtj72qnZO9ppmXw&#10;aaZl8GmmZfBppmXwaaZl8GmmZfBp/14jA/9pIgT/diME/4IsCf+LNg7/jz4U/ZFFG/SRTCLtjlMq&#10;5opaMt+FZTvXfm1F0Hh2Tct0f1TGcIdawmyPXr9pl2K7Z59luGWnaLZksGqzY7trsWPKbK9j4Wyr&#10;ZO1tpmbtbKNn7WygaO5rn2jua59o7mufaO5rn2jua59o7mufaO5r/18jA/9rIAP/eSIE/4UrCP+O&#10;NAz/kzwS+JZDGO+WSh7nlVAm4JFYLteKYTrOhGpFyH5zTcJ5e1W+dYNbuXGLYLVukmSybJpnr2qj&#10;aqxorGypZ7Zup2fEb6Vn2m+iaOtvnmnsb5tq7G6Za+1tmGvtbZhr7W2Ya+1tmGvtbZhr7W2Ya+1t&#10;/18jA/9uHgP/eyEE/4gqB/+RMgv/lzoP9JpBFeubRxrjm00h2pZVLc+PXjnIiWdEwYNvTbt+d1W2&#10;eX9bsXaHYK1zj2WpcJZopm6fbKNsqG6ga7JwnWvAcZxr0nKabOlxl23qcJRt63CSbuxvkm7sbpJu&#10;7G6Sbuxukm7sbpJu7G6Sbuxu/2EhA/9wHQP/fiAD/4spBv+VMQn7mzgN8J4+EeegRBbfoEod05pS&#10;K8qTXDjCjWRDu4dtTbSCdFSvfnxbqnqEYaZ3i2WidJNpnnKbbZpwpHCXb69ylW+8c5NvzXOScOZz&#10;kHDpco5x6nGNcetwjHHrcIxx63CMcetwjHHrcIxx63CMcetw/2MgA/9yGwP/gB8D/44nBf+XLwj4&#10;njYL7aI7DuSlQBLapEYczp5RKsWXWje9kWJCtYxqTK+HclSpgnlbpH+AYJ98iGWbeZBql3eYbZN1&#10;oXCQc6xzjXO4dItzyXWKdOJ0iXToc4h16XKHdepxh3XqcId16nCHdepwh3XqcId16nCHdepw/2Uf&#10;A/90GgL/gx4C/5AmBP+aLQb0oTQJ6aY3C+CqPQ7Up0QbyaFPKcCbWDa4lWBCsJBoS6mLb1Ojh3Za&#10;noN+YJmAhWWUfY1qkHuWbox5n3GJeKlzhne1dYR3xXaDeN91g3jodIJ46XOCeOpxgnjqcYJ46nGC&#10;eOpxgnjqcYJ46nGCeOpx/2cdA/93GQL/hRwC/5MkA/+dKwXxpDAG5qozCNyuNwzPqkMaxaVOKLyf&#10;VzWzmV9Bq5RmSqSQbVOei3RamIh7YJOFg2WOgotqioCTboZ+nHGCfad0f3yzdX18w3Z8fdt2fH3o&#10;dH186HN9fOlyfXzqcX186nF9fOpxfXzqcX186nF9fOpx/2kcAv95GAL/hxsC/5UjA/ugKQTuqCwE&#10;468vBdeyNAvLrUEZwahMJ7ejVTSvnV1Ap5lkSZ+Ua1KZkHJZk415X46KgGSJh4hphIWRbYCDmnF8&#10;gqR0eYGxdneBwHZ2gdZ2doHndHeB6HN4gOlyeH/qcXh/6nF4f+pxeH/qcXh/6nF4f+px/2sbAv97&#10;FwL/ihoB/5ghAvijJgPqrCcD37QpA9K1MgrHsEAYvKxLJrOnUzOqols+op1jSJqZaVGUlXBYjpJ3&#10;XoiPfmSDjYZpfoqObXqJmHF2h6Jzc4audXGGvXZvh9J2cIfodHGF6HNyhOlyc4TqcXOE6nFzhOpx&#10;c4TqcXOE6nFzhOpx/20ZAv9+FgH/jRgB/5seAfSnIgLmsCAB2rohAc24MQnCtD4XuLBJJK6rUjGl&#10;plo9naJhR5WeaE+Om25XiJh1XYKVfGN9k4RoeJCMbHSPlXBwjaBybYysdGqMu3Vpjc51aY3odGuL&#10;6XNtiepxbYjqcW2I6nFtiOpxbYjqcW2I6nFtiOpx/3AXAv+BFQH/kBYB/54aAfCrGwHithYA070d&#10;Aci7Lwi9uDwVs7RHI6mwUDCgq1g7mKhfRZCkZk6JoWxVgp5zW32cemF3mYFmcpeKam6Wk25qlJ5x&#10;ZpSqc2STuHNjlMtzY5TmcmWS6nFnj+pwZ47qcGeO6nBnjupwZ47qcGeO6nBnjupw/3MVAv+FEwH/&#10;lBQA/KMVAOqwEgDZvgwAzcEbAcLALQe4vToTrrlGIaS1Ty2asVY5kq5eQ4qrZEyDqGpTfKVxWXaj&#10;eF9xoX9jbJ+HaGiekWtknZxuYJyocF6ctnFdnMlxXZzkcF6a63BglutvYZXsb2GV7G9hlexvYZXs&#10;b2GV7G9hlexv/3cSAf+JEQH/mREA86gOANe1CgDPwQoAxsUYALzEKgWywjgRp79EHp67TSuUuFU2&#10;i7VcQISyYkl8r2lQdq1vVnCrdltrqn1gZqiGZGKnj2depppqW6WmbFiltW1XpsdtV6bibFek7Wxa&#10;n+1sWp7tbFqe7Wxanu1sWp7tbFqe7Wxanu1s/3wQAf+OEAD2ng0A2K0JAM24CQDHxAgAvsoUALXK&#10;JwSryDYPocVBG5fCSyiNv1Mzhb1aPH26YUV2uGdLcLdtUWq1dFZltHxbYLKEX1yxjmJYsZllVbCl&#10;ZlOws2dSscZnUrHhZ1Gv8WhTqvBoVKnwaFSp8GhUqfBoVKnwaFSp8GhUqfBo/4IOAP+UDADbpQYA&#10;zrEHAMW7BwC9xwcAtdAQAKzQIwOjzzMMmc0/GI/KSCT/4v/iSUNDX1BST0ZJTEUAAwmGyFEufcZY&#10;OHbEXz9vwmZGacFsS2TAc1Bfv3tUW76EWFe9jVtUvZhdUbykX0+8s2BNvcVgTb3gX0y88GFNt/Vi&#10;Tbb1Yk229WJNtvViTbb1Yk229WJNtvVi/4kLAOGcAwDQqgUAxbUFALu/BACyywgAq9gNAKPZIAKa&#10;2C8JkNY8FIfURh9+0k8pdtBWMm/PXjlozWQ/Y8xrRF7Mc0lay3pMVsqDT1LKjVJPyphUTcqlVkvK&#10;s1dKy8VXScvgVknJ8FhHx/pZSMX7WkjF+1pIxftaSMX7WkjF+1pIxfta95EEANSiAgDHrwQAurkD&#10;ALDEBQCn0AkAn+EQAJjhIQOP4DAJhuA7En3fRBt13k0kbt1VK2fcXDJi22Q3XdtrO1nacj9V2npD&#10;UtqDRU7ajUhM2phKSdqlS0jbs0xH3MRMRtzeTEba7UxE2PlPQ9j7T0PY+09D2PtPQ9j7T0PY+09D&#10;2PtP25oAAMqpAgC7swIAsL0DAKXJBQCb1gkAlOgUAYzpJQSE6DMLe+g8FHPoRBtr6EsiZOdSKF7n&#10;WS1Z52AyVedoNVLnbzhP53c7TOeAPUnniT9H6JRBROifQkLprENB6bpEQOrNREDq5ERA6PVEQOf4&#10;Q0Dn+ENA5/hDQOf4Q0Dn+ENA5/hDzaMAAL2uAQCwuAEApMQCAJnQBQCP4QoAifEaAYHxKAV48jIM&#10;cPI7E2nyQxli8kofXPNQI1bzVydS814rT/NlLUz0bDBJ9HMyRvR7NEP0hDZB9Y43PvWZOT32pDo7&#10;9rA7Ove/PDn4zzw49+g8OPfsPDj37Dw49+w8OPfsPDj37Dw49+w8v6oAALGzAACkvwAAmMoBAIzY&#10;BACE+g4AfPsbAnT7JgVs/DAKZfw4EF79QBVY/kcZU/5NHU//VCBL/1oiSP9hJUX/ZyZC/20oQP91&#10;Kj3/fSs6/4YtOP+RLjb/my80/6YwM/+yMTL/vjIx/9AyMf/WMjH/1jIx/9YyMf/WMjH/1jIx/9Yy&#10;sq8AAKW6AACYxgAAi9IAAH/fAgB5/xEBb/8ZAmf/IgRg/ywHWv80DFT/PA9P/0MTSv9JFUf/TxdD&#10;/1UZQP9bGz7/YRw7/2YeOf9tHzb/dCA0/30hMf+GIy//kSQt/5slLP+lJiv/ryYq/7snKf++Jyn/&#10;vicp/74nKf++Jyn/vicp/74nprYAAJjCAACLzgAAftsAAHX5BwBr/w8BYv8WAlv/HgNU/yYFTv8u&#10;Bkn/NQhF/zwLQf9DDT7/SA47/04QOP9TETX/WBIz/14TMf9kFC7/ahUs/3IWKv96Fyf/gxgl/44Z&#10;JP+YGiP/oBoi/6obIf+tGyH/rRsh/60bIf+tGyH/rRsh/60bmr4AAIvKAAB+1wAAcOMAAGf/BABe&#10;/w0AVv8SAU//GQJJ/yADQ/8nBD//LgU6/zQGN/86BzP/Pwcw/0QILv9JCSz/Tgkp/1MKJ/9YCiX/&#10;Xgsj/2QLIf9sDB//dA0d/30OG/+HDhn/jw8Y/5kPGP+bEBj/mxAY/5sQGP+bEBj/mxAY/5sQ/0wq&#10;A/9IMwX/TzQG/1Q3CP9aQQ7/XEoW/1pUHf9XYCT/VGsq/1B4L/9NhDP/So82/0eZOf9GoTv/Rak8&#10;/0SwPv9Dtz//QsA//0LJQP9B1UH/QeRB/0HuQv9B9kL/Qf1C/0L/QflE/0H0Rv9C70f/Qu9H/0Lv&#10;R/9C70f/Qu9H/0LvR/9C/00pA/9KMgT/UTIG/1c2CP9cPw7/XkkW/11THf9aXiT/V2kq/1N1L/9Q&#10;gTT/TY03/0qXOv9Inzz/R6c9/0auP/9FtUD/RL1B/0TGQv9D0UL/Q+JD/0PsQ/9D9UP/Q/xD/ET/&#10;Q/VH/0PvSP9E60n/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E/00pA/9MMAT/VDEF/1k0CP9fPQ7/YUcW&#10;/2BSHf9dXCT/Wmcr/1ZzMP9TfzT/T4o4/02UO/9LnT3/SqQ//0isQP9Is0H/R7tC/0bDQ/9GzkT/&#10;Rd9E/0XqRf1F80X7RftF90b/RPBJ/0XqSv9G5Uv/R+VL/0flS/9H5Uv/R+VL/0flS/9H/04pA/9P&#10;LgT/Vy4F/10yB/9jOw7/ZUYW/2VQHf9hWST/XWQr/1pwMP9WfDX/U4c5/1CRPP9Omj//TaJA/0up&#10;Qv9KsEP/SrdE/0nARf9Iykb9SNtG+kjnR/hI8kf1SPpG8Un/R+pL/0jjTP9J3k3/St5N/0reTf9K&#10;3k3/St5N/0reTf9K/08oA/9SLAT/WiwF/2EvB/9nOg7/akQV/2pOHP9nVyT/YmEr/15tMf9beDb/&#10;V4M6/1SNPf9SlkD/UJ5C/k+lRPxOrUX7TbRH+ky8SPlMx0j2S9RJ80vlSfBL8EntTPlI6Uz/SuFO&#10;/0vaT/9M01D/TdNQ/03TUP9N01D/TdNQ/03TUP9N/1AoA/9VKgT/XSkF/2UtB/9sOA3/b0IU/29L&#10;HP9sVSP/aF4q/2NpMf9fdDb9XH87+1mJP/lWkkL3VJpE9VOiRvRSqUjyUbFJ8VC5Su9Pw0vuT89L&#10;60/iS+dP7kvkT/hN30/+TtVR/0/OUv9QyVP/UMlT/1DJU/9QyVP/UMlT/1DJU/9Q/1EnA/9YJwT/&#10;YScE/2osBv9xNgz/dEAT/3RJGv9yUiL/blsp/WhkMPllcDb2YXs7816FQPBbjkPuWZZG7FeeSOpV&#10;pkroVK1M51O1TeVTv07jU8xO4VPfTt1T7U/YUvdR0VP9UspU/lPEVv9Tv1f/U79X/1O/V/9Tv1f/&#10;U79X/1O/V/9T/1InA/9bJQP/ZSQE/24qBv92NAv/ej0R/3pGGP94TyD7dFgo9m9hL/FrbDbtZ3Y8&#10;6WOAQOZgikXkXZJI4VuaSt9Zok3dWKpP2leyUNhWvFHVVchS0lXbU85W61PLVvZVxlb9Vr9Y/Va6&#10;Wf1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1X/1MmA/9fIgP/aSED/3MoBf97Mgr/fzsQ/4BEFvt+&#10;TB70e1Ql7nZdLelxaDTkbXI74Gl8QdxlhUbYYo5K1F+WTdFdnVDOXKVSzFqtVMlZtlbHWcJXxlnQ&#10;V8JZ5li/WfNZu1r7WbVb+1qwXftarV37Wa1d+1mtXftZrV37Wa1d+1mtXftZ/1YkA/9iIAP/bSAD&#10;/3cmBP9/MAj/hDkN/YZBFPWFSRvuglEi531aKuF4ZDLcc2461G53QdBqgEfMZolMyGSRUMVimFPD&#10;YKBVwF6oWL5dsVm7XbxbuVzJXLdc4Fy0Xe9csF75Xatf+V2oYPlcpWH5XKVh+VylYflcpWH5XKVh&#10;+VylYflc/1giA/9lHgP/cR8D/3skA/+ELgf/iTYL+Is+Ee+LRhfoiE4e4YRXJtl+YTHReGo6y3Nz&#10;QsZvfEjCbIRNvmmMUbtmk1W4ZJtYtWOjWrNhrFywYLdermDEX6xg2F+pYetfp2H3X6Jj91+fZPdf&#10;nWT4Xp1k+F6dZPhenWT4Xp1k+F6dZPhe/1sgAv9oHAL/dB0C/34jA/+IKwX9jTQJ85A7DuqQQxTi&#10;j0oa2opUJdCDXTDJfmc6w3hvQr50eEi5cYBOtW6IUrJrj1avaZdarGefXKllqF+mZLJhpGS/YqJk&#10;0GKgZOdinmX1Yppm9WGYZ/Zglmj2YJZo9mCWaPZglmj2YJZo9mCWaPZg/10fAv9qGgL/dxwC/4Ih&#10;Av+LKQT5kTEH75U4C+aWPxDdlEcX0o5RJMqIWy/Cg2Q5vH5sQbd5dEiydXxOrnKEU6pvi1embZNb&#10;o2ubXqBqpGCdaK5jm2i6ZJloy2WXaONklWnzZJNq9GORa/VikGv1YZBr9WGQa/VhkGv1YZBr9WGQ&#10;a/Vh/18dAv9tGAL/ehsC/4UfAv+OJwP1lS4F65k1COGcOwzWmEMWzJNPIsSNWC69h2E4toJpQbB+&#10;cUirenlOp3eAU6N0iFifcZBbm2+YX5huoWKVbatkkmy3ZpBsxmaPbN9mjm3xZYxu82SLbvRjim70&#10;Yopu9GKKbvRiim70Yopu9GKKbvRi/2EcAv9vFgL/fBoB/4geAf+RJALymSsE554xBd2gNgnRnEEV&#10;x5dNIb+RVi23jF83sYdnQKuCbkilfnZOoHt9U5x4hViYdo1clHSVX5FynmKOcahli3C0Z4lww2iH&#10;cNtnhnHuZoZy8mWFcvNkhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GOEcvRj/2MaAv9xFQH/fxgB/4ocAfyU&#10;IQLunCcC46IsA9ikMgjMn0AUw5pLILqVVSyzkF03rItlP6WHbEegg3NNm4B7U5Z9gleSeopcjniS&#10;YIp2m2OHdaVmhHSxZ4J0wGiAdNVogHXsZ3928mZ/dfNlf3XzZH9182R/dfNkf3XzZH9182R/dfNk&#10;/2UZAv90FAH/gRcB/40aAfmXHgHroCMB36YmAtKnMAfIoz4Tv55JH7aZUyuulFs2p49jP6CLakab&#10;h3FNlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfnmvaHt5vWl6edFpeXrqaHp68mZ6efJlennzZHp5&#10;82R6efNkennzZHp582R6efNk/2cXAv92FAH/hBYB/5AXAfWbGgHnpB0B26sfAc6qLwbEpj0SuqFI&#10;HrKdUSqqmFk0opRhPpyQaEWWjG9MkIl2UouGfVeGhIVbgoKNX36Al2N6f6Fmd36saHV9u2lzfs5p&#10;c37oaHR+8WZ0ffJldXzzZHV882R1fPNkdXzzZHV882R1fPNk/2kWAf94EwH/hxQA/5MVAPGeFQDj&#10;qBYA1a4bAcqtLQbAqTsRtqVGHa2hUCmlnFgznphfPJeUZkSQkW1Li450UYaMe1aBiYNbfIeLX3iG&#10;lGJ0hJ9lcYOqZ2+DuGltg8tpbYPmaG6D8mZvgvJlcIHzZHCB82RwgfNkcIHzZHCB82RwgfNk/2sU&#10;Af97EgH/ihIA/5YSAO2iEADerQ4A0LEZAMWwKwW7rTkPsqlEG6mlTiegoVYymZ1eO5KaZEOLl2tK&#10;hpRyUICSeVV7j4Bad42JXnKMkmFuipxka4moZ2mJtmhnichoZ4njZ2iJ8mZph/NlaobzZGqG82Rq&#10;hvNkaobzZGqG82RqhvNk/24SAf9+EAD/jRAA95oOANunCgDTsAsAyrQWAMC0KQS2sTcOra5DGqSq&#10;TCWbplUwk6NcOYygY0GGnWlIgJpwTnuYd1N2ln5YcZSGXGySkGBokZpjZZCmZWOQtGZhkMZmYZDh&#10;ZmGQ8mVjjvNkZIz0Y2SM9GNkjPRjZIz0Y2SM9GNkjPRj/3EQAf+CDwD/kQ0A3p8JANOqCQDMswkA&#10;xLgTALq4JgOxtjUMp7NBGJ6vSiOWrFMujqlaN4emYT+ApGdGeqFuTHWfdVFwnXxVa5yEWmaajl1j&#10;mZhgX5ikYl2YsmRbmMNkW5jeY1uY8GNclfViXpP1Yl6T9WJek/ViXpP1Yl6T9WJek/Vi/3UOAP+G&#10;DQDrlggA1aMHAMytCADFtgcAvbwRALS9IwKruzIKobk/FZi2SCCQs1EriLBYNICuXzx6q2ZDdKls&#10;SG+oc05qpnpSZaWCVmGjjFpdopZcWqKiX1ehsGBWocFgVaLcYFWh72BWn/dfV5z3X1ec919XnPdf&#10;V5z3X1ec919XnPdf/3oMAP2LCQDamwQAzqcGAMSwBgC8uQQAtcEOAKzCIAGkwTAImr88E5G9Rh2J&#10;uk8ngbhWMHq2XThztGQ/brJqRGixcUlksHlNX66BUVutilRYrZVXVKyhWVKsr1tQrMBbUKzaWk+r&#10;7ltPqvpbUab6W1Gm+ltRpvpbUab6W1Gm+ltRpvpb/4AJAOGSAQDRoAQAxqsFALy0BACzvQMAq8cL&#10;AKTJHAGcyCwGk8c5D4rFRBmBw00jesFULHO/WzNtvmI5Z7xpPmK7cENeundHWrmAS1a5iU5TuJRQ&#10;ULigUk24rlRMuL9US7nYVEu37VRKtvlVSrP+Vkqz/lZKs/5WSrP+Vkqz/lZKs/5W+ocCANaYAADJ&#10;pQMAva8DALO4AQCpwgQAoc0IAJrQFgCS0CgEis82DIHOQRV5zEoecstSJmzKWi1myWEyYchoN1zH&#10;bzxYxnY/VcZ/Q1HFiUVOxZRIS8WgSknFrktIxb9LR8bYS0fF7UtGw/lNRcL/TkXC/05Fwv9ORcL/&#10;TkXC/05Fwv9O35AAAMyfAAC/qgEAs7MBAKm9AgCfxwUAltIJAI7aEgCI2yQCgNoyCHjZPhBx2EgY&#10;atdQH2TWWCVf1V8qW9RnL1fUbjNT03Y2UNN/OUzTiDtK05Q+R9OgP0XUrkBE1L9BQ9XYQETT7EBC&#10;0vZCQdH+REHR/kRB0f5EQdH+REHR/kRB0f5E0ZgAAMOlAAC1rgAAqbgAAJ7DAgCUzQYAitkKAITj&#10;GAF95CYDdeQyCG7jPA9n40UVYeNNG1zjVSBX410kVONkJ1DiaypN4nMtSuN8MEjjhjJF45A0Q+Oc&#10;NUHkqTZA5Lg3P+XLNz/l5Dc/4/M2PeL7OD3i+zg94vs4PeL7OD3i+zg94vs4xqEAALerAACqtAAA&#10;nr4AAJPJAgCI1AYAf+4OAHntGwFx7ScDau4yCGTuOw1e7kMTWO5LF1PuUhpQ71keTO9gIEnvZyNH&#10;728lRPB3J0HwgCk/8IoqPfGVLDvxoS058q4uOPK+Lzfz0C838+cvNvHzLzbx8y828fMvNvHzLzbx&#10;8y828fMvuacAAKuwAACfuwAAksYAAIbQAQB73QUAdPcRAG33HAFm+CYDX/gvBlr5OApU+UAOUPpH&#10;EUz6ThRI+1UWRftbGEL7YhpA/GgcPfxwHTr9eB84/YIgNv2NIjT+mCMy/qQkMf+xJTD/vyYv/88m&#10;Lv/jJi7/4yYu/+MmLv/jJi7/4yYu/+Mmra0AAJ+3AACSwgAAhs0AAHnaAABw8ggAaP8RAGH/GgFa&#10;/yMDVP8rBE//MwZK/zsIRv9CC0P/SQ1A/08OPf9VEDr/WxE4/2ETNf9oFDP/bxUw/3gWLv+CFyz/&#10;jRkq/5kaKf+kGij/rxsn/7ocJv/HHCb/xxwm/8ccJv/HHCb/xxwm/8ccobQAAJO/AACGygAAeNYA&#10;AGziAABj/AcAXP8PAFX/FgFP/x4CSf8mA0T/LgRA/zQFPP87Bjn/QQc2/0YIM/9MCDH/UQku/1cK&#10;LP9dCir/ZAso/2wMJf91DSP/fw4h/4oPIP+VEB7/oBAe/6gRHf+xER3/sREd/7ERHf+xER3/sREd&#10;/7ERlbwAAIbHAAB50wAAa+AAAF7tAABW/wMAT/8MAEn/EgFD/xkBPv8gAjn/JwM1/y0DMv8zBC7/&#10;OAQr/z0FKP9CBSb/RwUk/0wGIv9RBiD/VwYd/14HG/9lBxn/bggX/3gIFf+DCBP/jQkT/5YJEv+e&#10;CRL/ngkS/54JEv+eCRL/ngkS/54J/0ItA/9CMgT/SDIE/0w2Bv9OPAj/UEcO/1BSFf9OXxr/S2sf&#10;/0h3JP9Fgyf/Qo4q/0GXLP8/oC7/P6cv/z6uMP89tTH/Pbwy/zzFMv88zjP/O98z/zvqNP878zT/&#10;O/s0/zz/M/48/zP8Pf809j//NfU//zX1P/819T//NfU//zX1P/81/0MsA/9EMAT/SjAE/040Bv9R&#10;Ogj/U0YO/1JRFf9RXRr/Tmkg/0t0JP9IgCj/RYsr/0OVLf9CnS//QaUw/0CsMf8/szL/P7oz/z7C&#10;NP8+zDT/Ptw1/z3oNf898TX/Pvo1/T7/Nfs//zT4P/828kH/N/BB/zfwQf838EH/N/BB/zfwQf83&#10;/0QsA/9HLgP/TS4E/1EyBf9UOQj/V0QO/1ZPFf9UWhv/UWYg/05yJf9LfSn/SIgs/0aSLv9FmzD/&#10;RKIy/0OpM/9CsDT/Qrc1/0G/Nv9ByTb/QNc3/0DlN/1A8Df6QPg390H/NvZB/zfyQf847EP/OepE&#10;/znqRP856kT/OepE/znqRP85/0UrA/9JLAP/UCwE/1UvBf9ZNwj/XEIO/1tNFf9YVxv/VmMg/1Jv&#10;Jf9Peir/TIUt/0qPMP9ImDL/R580/0amNf9FrTb/RbQ3/0S8OP5Exjj8RNI5+UPiOfZE7jnzRPc5&#10;8UT/Oe9E/zrrRf875Eb/PONG/zzjRv8840b/PONG/zzjRv88/0YrA/9NKQP/VCkE/1ksBf9eNQf/&#10;YUAN/2FKFP9eVBr/Wl8g/1drJv9Udir/UYEu/06LMf5MlDT8S5w1+0qjN/pJqjj4SLE590i5OvZH&#10;wjv1R8078kffO+5H7DvrSPY76Uf/PedH/z7hSP8/2kr/QNhK/0DYSv9A2Er/QNhK/0DYSv9A/0cq&#10;A/9QJwP/WCYD/14qBP9jMwf/Zj0N/2ZHE/9kURr/YFsg/1xnJv1Zciv6Vn0v+FOHM/ZRkDX0UJg3&#10;8k6fOfFNpjvvTK087ky1PexLvj3rS8o+6UvcPuVM6j3iS/U/30v+QdxK/0LUTP9DzU3/Q8tO/0PL&#10;Tv9Dy07/Q8tO/0PLTv9D/0ooA/9UJAP/XCMD/2MoBP9oMAb/bDsL/2xEEv9qThn+Zlgf+WFiJfVe&#10;bSvyW3gw71iCNOxWizfqVJQ56FObO+ZRoz3lUao+41CyP+FPu0DgT8dA3k/YQdlP6EHUT/RD0E7+&#10;Rc5O/0bIUP9GwlH/R8BR/0fAUf9HwFH/R8BR/0fAUf9H/00lAv9XIQL/YCAD/2gmA/9uLgX/cjgK&#10;/3JBEP1wSxf3bVQd8mheJO1kaSrpYXQw5V5+NOJbhzjgWY873VeXPttVn0DYVKZC1VOuQ9JSt0TQ&#10;UsJFzlLQRstS5UbIUvJIxVL9ScJS/0q8VP9Kt1X/SrZV/0q2Vf9KtlX/SrZV/0q2Vf9K/1AjAv9b&#10;HgL/ZB4C/20kA/9zKwT/dzUI/ng+DvZ3RxTwdFAb6m9aIuRrZSngZ28v22N5NdZggjrSXYo+z1uS&#10;QcxZmkPKWKFFyFepR8ZWsknEVrxKwlXJS79V30u8Vu5MuVb6TbdW/02yWP9Nrln/TaxZ/02sWf9N&#10;rFn/TaxZ/02sWf9N/1MgAv9eHAL/aBwC/3EiAv94KAP/fDEH+H46C/B9QxHpekwY4nZXH9xyYSjU&#10;bWsvz2l0NstlfTvHYoVAxGCNQ8FelUa/XZxIvFukS7parUy4WbdOtlnDT7RZ1U+xWupQrlr3UKxa&#10;/1CoW/9QpFz/UKRd/0+kXf9PpF3/T6Rd/0+kXf9P/1YeAv9hGQL/bBoC/3UgAv98JQP9gS4F84Q3&#10;CeqEPw7igUgV231THdF3XSfLcmcwxm5wN8JqeDy+Z4BBumWIRbdjkEi0YZhLsl+fTa9eqE+tXbJR&#10;q12+UqldzlOmXeVTpF70U6Je/1OfX/9SnGD/Uptg/1KbYP9Sm2D/Uptg/1KbYP9S/1gcAv9kFwH/&#10;cBkB/3kdAf+AIwL4hioD7YkyBuSKOwrciEUS0YJQHMp9WibEeGMvvnNsN7lvdD21bHxCsmqERq5n&#10;jEqrZZNNqGSbT6VipFKjYa5UoWG5VZ9hyFadYeFWm2LxVZli/VWXY/9UlWT/VJRk/1OUZP9TlGT/&#10;U5Rk/1OUZP9T/1oaAv9nFQH/cxcB/30bAf+EIAHziiYC6I4uBN+QNgfUjEERy4dNG8SCVya9fWAv&#10;t3hpNrJ0cT2ucXhCqm6AR6ZsiEqjao9OoGiYUZ1noFOaZqpVmGW1V5VlxFiUZdtYkmbvV5Fm/FeP&#10;Z/5Wjmf+VY1o/lWNaP5VjWj+VY1o/lWNaP5V/1wYAf9pEwH/dhYB/4AZAf2IHQHvjiIB5JMpAtqU&#10;MQbOkD8PxotLGr6GVSW3gV4usX1mNqx5bjyndnVCo3N9R59whEucboxOmGyUUpVrnVSSaqdXkGmy&#10;WY1pwFqMadVaimrsWYpq+liJa/1Xh2v9Vodr/laHa/5Wh2v+Vodr/laHa/5W/14XAf9sEgH/eBQB&#10;/4MXAPmLGgDrkh0B4JgjAdOYLwXKlD0OwY9JGbmKUySyhlstrIFkNaZ+azyhenJCnXd6R5l1gUuV&#10;c4lPkXGRUo5vmlWLbqRYiG2vWoZtvVuEbdBbg27pWoNu+FmCb/xYgm/9V4Jv/VeCb/1Xgm/9V4Jv&#10;/VeCb/1X/2AVAf9uEQH/exMA/4YUAPaPFgDnlhgA25wcAM+bLQTFlzsNvJNHGLSOUSOtilksp4Zh&#10;NKGCaTucf3BBl3x3RpN5fkuPd4ZPi3WOUohzl1WEcqFYgnGsWn9xulx+ccxcfXLnW31y9lp8cvxZ&#10;fHL8V3xy/Vd8cv1XfHL9V3xy/Vd8cv1X/2IUAf9xEQH/fREA/4gSAPKSEgDjmhIA1Z8ZAMqeKwTB&#10;mzkMuJdFF7CSTyKpjlgroopfM5yGZzqXg25AkoB1RY1+fEqJfIROhXqMUoJ4lVZ+d59Ye3aqW3l1&#10;uFx3dcpcd3blXHd39Vp3dvtZd3b8WHd2/Fd3dvxXd3b8V3d2/Fd3dvxX/2QSAf9zEAD/gBAA/4sQ&#10;AO+VDgDfng0A0KIXAMahKQO9njcLtJpDFqyWTSCkklYqnY5eMpeLZTmSiGxAjYVzRYiDekqEgIFO&#10;gH+KUnx9k1V4fJ1YdXuoW3N6tlxxesdccXriXHF781pxe/tZcnr8WHJ6/FhyevxYcnr8WHJ6/Fhy&#10;evxY/2cRAf91DwD/gw4A9I4NANuZCgDUoQsAzKQVAMKkJwO4ojYKsJ5CFaeaTB+gl1QpmZNcMZOQ&#10;YziNjWo/iIpxRIOIeEl+hn9NeoSIUXaCkVVzgZtYb4CmWm1/tFxrf8Vca4DfXGuA8lprgPtZbH78&#10;WG1+/FhtfvxYbX78WG1+/FhtfvxY/2kQAf94DgD/hQwA4pIIANWbCQDOowkAx6gSAL2oJQK0pjQJ&#10;q6JAE6OfSh6bm1InlJhaMI6VYTeIkmg9gpBvQ36Odkh5jH1MdYqFUHGIjlRth5lXaoakWWeFsVtl&#10;hcJbZYXcW2WF8FpmhftZZ4P8WGeD/Fdng/xXZ4P8V2eD/Fdng/xX/2wOAP97DADyiQkA2ZUGAM+e&#10;CADJpggAwasQALirIgKvqjIIpqc+Ep6kSByWoVElj55YLoibXzWCmWY8fZZtQXiUdEZzkntLb5CD&#10;T2uPjFJnjpZVZI2iWGGMr1lfjMBaX4zZWV+M7llfjPtYYYr9V2GJ/Vdhif1XYYn9V2GJ/Vdhif1X&#10;/28MAP9/CQDfjQMA0pgGAMqiBgDCqQYAuq8OALKwIAGpri8Goaw8EJipRhqRp08jiaRWLIOiXTN9&#10;n2Q5d51rP3KbcURumnlIaZiBTGWXilBhlZRTXpWgVVuUrVdalL1YWZTUV1mU7FdZk/lWW5H+VVuQ&#10;/lVbkP5VW5D+VVuQ/lVbkP5V/3MJAPWEBADYkQMAzJwFAMOlBQC7rQQAs7MMAKu1HAGjtCwFm7I5&#10;DpKwRBeKrU0gg6tUKX2pXDB3p2I2caVpPGykb0FoondFZKF/SV+fiExcnpJPWJ6eUladq1NUnbxU&#10;U53RVFOd61NTnPhTVJr/U1SZ/1NUmf9TVJn/U1SZ/1NUmf9T/3gGAOGJAADQlgIAxqEDALypAwCz&#10;sAEAq7gIAKS6GACcuikDlLk2C4y3QRSEtUodfLNSJXaxWixwr2Aya65nOGatbjxiq3VAXqp9RFqp&#10;hkhWqJFKU6idTVGnqk5PqLpPTqjPT06n6U9NpvdPTaX/T06k/09OpP9PTqT/T06k/09OpP9P+n8A&#10;ANiOAADJmwEAvqUCALStAQCrtQAAob8EAJvBFACUwSUCjMAzCIS/PhF8vUgZdbxQIW+6WCdquV8t&#10;ZbhlMmC3bDZctnQ6WLV8PlW0hUFRtJBETrOcRkyzqUhKs7lISbTOSEmz6UhIsfZJSLD/Skiw/0pI&#10;sP9KSLD/Skiw/0pIsP9K4oYAAM6UAADCoQAAtqkAAKuxAAChugEAmMMFAJDJEACKySABg8kvBXvI&#10;Ow10x0UUbsZOG2jFViFjxF0nXsNkK1rCay9WwXIzU8F7Nk/AhDlMwI88SsCbPkfAqD9GwLhARcDN&#10;QEXA6D9EvvZBQ73/QkO8/0NDvP9DQ7z/Q0O8/0NDvP9D1o0AAMabAAC4pQAAra4AAKK2AACYvwIA&#10;jcgGAIPRCwB/0hoAedIqA3LSNwhs0UIPZtFLFWHQUxpcz1sfWM9iI1TOaSdRznEqTc56LUrOgzBI&#10;zo4yRc6aNEPOqDVCzrg2Qc/NNUHO6DVAzfU3P8v+OT7L/zk+y/85Psv/OT7L/zk+y/85ypYAALyi&#10;AACvqgAAo7MAAJi8AACNxgMAgs8HAHjZCwBz3hgAbt4mAmjeMwVi3j4KXd5ID1neUBRV3lgXUd5g&#10;G07eZx5L3W8gSN54I0begSVD3ownQd6YKT/epio+37UqPeDIKj3f4yo83fErO9z7LTrc/S463P0u&#10;Otz9Ljrc/S463P0uwJ8AALGnAACksAAAmLoAAI3DAACBzQIAdtcHAG7oDwBp6BsBY+gnAl7pMgVY&#10;6TsIVOlEDE/qTA9M6lMSSepbFUbqYhdE62oZQetyGz/rex0864YeOuyRIDjsniE37awiNu27IzXu&#10;zyM07uYjNOv1IzTr+CM06/gjNOv4IzTr+CM06/gjs6UAAKatAACZtwAAjcEAAIDLAAB11QEAaeEG&#10;AGTzEQBe8xwBWfQmAlT0MARP9TgGS/VACEf2RwpE9k4MQfdVDj/3XA8892MROvhqEzf4cxQ1+H0W&#10;M/mIFzH5lBgv+qEZLvqvGi37vhos+88bK/vnGyv76xsr++sbK/vrGyv76xsr++sbqKoAAJq0AACN&#10;vwAAgMkAAHTTAABn3gAAXvIIAFn+EQBT/xoBTv8jAkn/KwNF/zMEQf86BT7/QQY7/0cHOP9OCDX/&#10;VAkz/1oJMf9hCi//aQss/3IMKv99DSj/iA4m/5UPJf+hECT/rhEj/7oSIv/KEiL/0BIi/9ASIv/Q&#10;EiL/0BIi/9ASnLIAAI68AACBxwAAc9EAAGfdAABZ4wAAU/0GAE3/DgBI/xYAQ/8eAT//JgI6/y0C&#10;N/8zAzP/OQMw/z8ELv9EBCv/SgUp/1AFJ/9WBiT/XQYi/2UHIP9uBx3/eQgb/4UIGv+SCRn/ngkY&#10;/6gJF/+zCRf/twkX/7cJF/+3CRf/twkX/7cJkLoAAILFAAB00AAAZ9wAAFjjAABN8AAAR/8CAEL/&#10;DAA8/xEAOP8YATT/HwEw/yUBLP8rAin/MAIl/zUCI/86AiD/PwMe/0QDHP9JAxn/TwMX/1YEFf9e&#10;BBL/aAQR/3IFD/9+BQ7/igUO/5QFDf+eBQ3/ogUN/6IFDf+iBQ3/ogUN/6IF/zkvAv88MAP/QTED&#10;/0Q0BP9EOgb/REUI/0VRDP9DXRH/QWkW/z52Gf88gRz/Oowe/zmWIP84niH/N6Uj/zerI/82siT/&#10;Nrkl/zbAJf81yib/Ndcm/zXlJv817yb/Nfgm/zb/Jv42/yb8Nv8m/Db/J/o2/yj6Nv8o+jb/KPo2&#10;/yj6Nv8o/zkvAv8+LwP/RC8D/0YyBP9IOAb/SEMI/0hPDf9HWxL/RGcW/0JzGv8/fx3/PYof/zyT&#10;If87myP/OqIk/zmpJf85sCb/OLYm/zi+J/84xyf/ONMo/zjjKP847Sj+OPco+zj+J/k5/yf4OP8p&#10;+Dj/KvY4/yr2OP8q9jj/KvY4/yr2OP8q/zovAv9BLAP/RiwD/0ovBP9MNwX/TUEI/0xMDf9LWBL/&#10;SGQX/0ZwG/9DfB7/QYcg/z+QI/8+mCT/PaAl/z2mJv88rSf/PLQo/zu7Kf87xCn/O88p/jvgKvs7&#10;6yr4O/Up9jz+KfQ8/yrzO/8r8jv/LO87/y3vO/8t7zv/Le87/y3vO/8t/zwtAv9EKQL/SikD/04s&#10;BP9RNAX/Uj4I/1JKDf9QVRL/TWEX/0ptG/9IeB//RYMi/0ONJP9ClSb/QZ0n/0CjKP9Aqin+P7Eq&#10;/T+4K/w/wSv6P8sr9z/cLPU/6SzxP/Qr7z/9LO0//y3sPv8v6z7/MOc//zDnP/8w5z//MOc//zDn&#10;P/8w/0AqAv9IJgL/TiYD/1IpA/9WMgX/VzwH/1dHDP9VURL/Ul0X/1BpHP9NdCD/Sn8j/UiJJvtH&#10;kSj6Rpkp+EWgKvdEpyv1RK0s9EO1LfNDvS3yQ8gu8EPXLuxD5y7pRPMt5kP8MORC/zHjQv8y4UL/&#10;M9xD/zTcQ/803EP/NNxD/zTcQ/80/0MnAv9LIwL/UiIC/1gnA/9cLwT/XTkH/15DDP9bThH/WFgX&#10;/lVkHPpSbyD3UHok9E2EJ/JMjSnwSpUr70mcLe1Joy7sSKov6kexL+lHujDnR8Uw5kfSMOJI5TDf&#10;R/Iy20f7NNhG/zXVRv820kb/N81I/zfNSP83zUj/N81I/zfNSP83/0YkAv9PIAL/Vh8C/10kA/9h&#10;LAT/YzUG/2RAC/9iShD6XlQW9VtfHPFYayDuVXUl61N/KOhRiCvmT5Et5E6YL+JNoDDhTKcx30yu&#10;Mt1LtzPbS8I02UrPNdVL5DXQS/A2zUr7OMpK/zrISv86xkv/O8FM/zvBTP87wUz/O8FM/zvBTP87&#10;/0ohAv9THQL/WxwC/2IiAv9nKQP/aTIF/2o8CfloRg/yZVAV7WFbGuheZiDkW3El4Vh7Kd5WhCzb&#10;VIwv2FKUMtRRmzTSUKM10E+qN85OsjjMTrw5yk7JOshO3TrET+07wU75Pb5O/z28Tv8+uk//PrZQ&#10;/z62UP8+tlD/PrZQ/z62UP8+/00eAv9WGgH/XxoB/2cgAv9sJgL/by4E+XA4B/JvQgzrbEsS5WlX&#10;Gd9lYh/aYWwl1F12KtBbfi/NWYcyylePNchWljfGVJ05xFOlO8FTrTy/Urc+vVLDP7xS0z+5Uug/&#10;tVL2QbNS/0GxU/9Br1P/QaxU/0GsVP9BrFT/QaxU/0GsVP9B/1AcAf9aFwH/ZBgB/2wdAf9xIwL9&#10;dSoD83YzBet2PQrjc0cP3G9TF9RrXh/OZmcmymNxK8ZgeTDCXoE0v1yJN71akTq6WZg8uFigPrZX&#10;qEC0VrJCsla9Q7BVzEOtVuNEq1bzRKhX/kSnV/9EpVj/RKJY/0SiWP9Eolj/RKJY/0SiWP9E/1MZ&#10;Af9dFAH/aBYB/3AaAf92IAH3eiYC7XwuA+R8OAfcekQN0nVPFstwWh7GbGMmwWhsLL1mdTG5Y301&#10;tmGEObNfjDywXZQ/rlybQatbpEOpWq1Fp1q4RqVZx0ejWt5HoVrvR59b/EedW/9Hm1z/Rppc/0aa&#10;XP9Gmlz/Rppc/0aaXP9G/1UXAf9gEgH/axQB/3QXAP96HAHyfyIB54EpAt6CMwTTf0AMy3pMFcR2&#10;Vh6+cWAluW5oLLRrcTKxaHk2rWaAOqpkiD2nYo9ApWCXQ6JfoEWfXqlHnV60SZtdwkqZXdZKl17s&#10;SpZf+kmVX/9Jk2D/SJJg/0eSYP9HkmD/R5Jg/0eSYP9H/1gVAf9jEQH/bhIA/3cVAPt+GADtgx0A&#10;4ocjAdaHLgPMgz0LxX9JFL17Ux23dl0lsnNlLK1vbTKpbXU3pmp8O6JohD6fZoxBnGWURJljnEeX&#10;YqZJlGKwS5JhvkyQYdBMj2LoTI5j+EuNY/9KjGT/SYtk/0mLZP9Ji2T/SYtk/0mLZP9J/1oTAf9m&#10;EAD/cREA/3oSAPeCFADohxcA3YscANCLLAPHiDsKv4RHE7h/URyxe1okrHdiK6d0ajGjcXI2n295&#10;O5ttgD+Ya4hClWmQRZJomUiPZqJKjGatTIpluk2IZcxOh2bmToZn9kyGZ/9LhWj/S4Ro/0qEaP9K&#10;hGj/SoRo/0qEaP9K/1wSAf9oDwD/dBAA/30QAPOFEADkixEA1o8XAMuOKgLCjDgJuohEErOETxus&#10;f1gjp3xgK6F4aDGddW82mXN2O5VxfT+Sb4VCjm2NRYtslkiIa6BLhWqqTYNpt06BachPgGrjT4Br&#10;9E5/a/9Mf2v/S39r/0t/a/9Lf2v/S39r/0t/a/9L/14QAf9rDgD/dg4A+4ANAOqIDQDbjwwA0JIV&#10;AMeSJwK+jzYItoxCEa6ITRqohFYiooBeKpx9ZTCXemw1k3dzOo91ez6Mc4JCiHKLRoVwk0mCb51M&#10;f26oTn1utU97bcZQem7gUHlv8k55b/5NeW//THlv/0t5b/9LeW//S3lv/0t5b/9L/2APAP9tDQD/&#10;eQwA7oMLANuLCQDUkQoAzJUTAMKVJQK5kzQHsY9BEKqMSxmjiFQhnYRcKZeBYy+Sfmo1jnxxOYp6&#10;eD2GeIBCg3aIRX91kUl8c5tMeXKmTnZys1B1csNQc3LdUHRz8E90c/1NdHP/THRz/0x0c/9MdHP/&#10;THRz/0x0c/9M/2IOAP9vDAD8ewoA3oYGANWOCADPlAkAx5gRAL6YIwG1ljIGrZM/D6aQSRifjFIg&#10;mIlaKJOGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXp5j0l2eJlMc3ekTnF3sVBvdsFQbnfZUG53709u&#10;d/xObnf/TW93/0xvd/9Mb3f/TG93/0xvd/9M/2QNAP9yCgDwfgYA2ogFANCQBwDKlwgAwpsQALmb&#10;IQGxmjAGqZc9DqGURxeakVAflI1YJ46LXy2JiGYzhIZtOICEdD17gntBeICERXR/jUhxfZdLbXyi&#10;Tmt8r09pe75QaHzVUGh87U9pfPtOaXz/TWp7/0xqe/9Manv/TGp7/0xqe/9M/2YKAP91CADhgQIA&#10;1IsFAMuTBgDEmgYAvZ4OALWfHwGsni4FpJs7DJ2YRRWWlU4ej5NWJYmQXSyEjmQyf4trN3qKcjx2&#10;iHlAcoaBRG+Fikdrg5VKaIKgTWWBrE5jgbxPYoHRT2KB605jgflNY4H/TGSA/0tkgP9LZID/S2SA&#10;/0tkgP9L/2kIAPt4BADchAEAz48EAMaXBQC/nQUAt6EMAK+jHACnoiwEn6A5C5ieQxSRm0wciphU&#10;I4SWXCp/lGIwepJpNXWQcDpxjnc+bY1/QmmLiEZlipJJYomeS1+Iqk1eiLpOXIjOTl2I6U1dh/hM&#10;XYf/S16G/0tehv9LXob/S16G/0tehv9L/20FAOp8AADViAAAypIDAMGaAwC5oAMAsaYJAKmnGQCi&#10;pykDmqU2CZKjQRKLoUoahJ9SIX6dWih5m2AudJlnM2+XbjhrlnU8Z5R9QGOThkNgkZBGXJGcSVqQ&#10;qUtYkLhMV5DMTFeQ50tXj/dKV47/SliO/0lYjv9JWI7/SViO/0lYjv9J/3EBAOCAAADPjAAAxJYC&#10;ALueAgCypAAAqaoFAKKsFQCbrCYClKs0B4yqPw+FqEgXfqZQHnikWCVzol4rbqFlMGqfbDRlnnM5&#10;YZ17PF6bhEBamo5DV5maRVSZp0dSmbZIUZnKSFGY5khRl/VIUZf/R1GW/0dRlv9HUZb/R1GW/0dR&#10;lv9H9ncAANiFAADJkQAAv5sBALSiAACrqAAAobAAAJqyEQCUsyIBjbIwBYWxPAx+r0YUeK5OG3Ks&#10;ViFtq1wnaKljLGSoajBgp3E0XKZ5OFilgjtVpIw+UaOYQE+jpUJNo7RDTKPIQ0yj5ENLofRDS6D/&#10;REug/0RLoP9ES6D/REug/0RLoP9E430AAM+LAADClgAAt58AAK2mAACjrQAAmbUAAJC5DgCLuh4B&#10;hLotA325OQl3uEMQcbZMF2u1Ux1mtFoiYrNhJl6yaCtasW8uVrB3MlOwgTVPr4s4TK+XOkqupDxI&#10;rrM9R67HPUeu4zxGrfM9Rqv+PkWr/z9Fq/8/Rav/P0Wr/z9Fq/8/2oMAAMeRAAC7nAAAr6QAAKWr&#10;AACasgAAkLoBAIbBCQCBwhgAe8IoAnXCNQZvwUAMacBJEmS/URdfvlgcW75fIFe9ZiRUvG4nUbx2&#10;Kk27fy1Ku4owSLuWMkW7ozRDu7I0QrvFNUO74jRCufM1Qbj9N0C3/zdAt/83QLf/N0C3/zdAt/83&#10;zosAAL+YAACyoQAAp6kAAJywAACRuAAAhsACAHvIBwB0yxIAcMwiAWvLMANmyzwHYctFDFzKThFY&#10;ylYVVMpdGVHJZBxOyWwfS8l0IkjIfiRFyIgnQ8iVKEHIoio/yLErPsnEKz7J4So+x/IrPcb8LTzF&#10;/y48xf8uPMX/LjzF/y48xf8uxJMAALafAACppgAAna4AAJK3AACGvwAAe8cDAHDPBwBn1g0AZNca&#10;AGDYKgFc2DYDWNhBBlTYSgpQ2FINTdhaEErXYhNH12kWRddyGELXfBpA2IccPdiTHjzYoR862bAg&#10;OdnDIDnZ3yA51+8gONX5IjfU/yM31P8jN9T/IzfU/yM31P8juZwAAKukAACfrAAAk7UAAIe+AAB7&#10;xgAAcM4DAGXWBwBd4w4AWuMbAFbjJwFS5DICTuQ8BErkRAZH5U0IReVVCkLlXAxA5WQOPuZsEDvm&#10;dhI55oAUN+eMFTXnmRY056gXMui4GDLozBgx6OUYMeb0GDHl/Bgx5fwYMeX8GDHl/Bgx5fwYrqIA&#10;AKGqAACUswAAiL0AAHvGAABvzgAAY9YBAFjeBQBU7hAAUe8bAE3vJgFJ8C8CRfA4A0HxPwQ+8UcF&#10;PPJOBjryVQc38lwINfNkCTPzbQox9HcML/SCDS30jw4r9Z0PKvarECn2vBAo9s4RJ/fmESf18REn&#10;9fERJ/XxESf18REn9fERo6gAAJayAACIuwAAe8UAAG/OAABi1wAAVt4AAE7wBwBK+hAARvsZAEL7&#10;IgE//CoBO/0yAjj9OQI1/j8DMv5GAzD/TAQu/1MFK/9aBSn/YgYn/2sGJP92ByP/gggh/5AIIP+d&#10;CR//qwke/7oJHf/JCRz/3Qkc/90JHP/dCRz/3Qkc/90JmLAAAIq6AAB8xAAAb80AAGLYAABV3gAA&#10;SeQAAET7BQA//w4AO/8VADj/HAA0/yQBMf8rAS3/MQEq/zYCJ/88AiX/QgIj/0gCIP9OAx7/VQMc&#10;/10DGf9nBBf/cgQV/38EFP+MBRP/mgUS/6YFEf+yBRH/vAUR/7wFEf+8BRH/vAUR/7wFjLgAAH3C&#10;AABvzAAAYtgAAFTfAABH5QAAPvEAADn/AQA0/wsAMP8QACz/FgAp/xwAJv8iACL/JwEf/ywBHP8x&#10;ARr/NgEY/zwBFf9BARP/SAIR/08CEP9XAg3/YQIM/2wCCv95Agn/hgMI/5IDB/+dAwb/pQMG/6UD&#10;Bv+lAwb/pQMG/6UD/zExAv82LgL/Oi8C/zsyA/87OQT/O0MF/zlPB/84XAr/NmgN/zR0EP8ygBL/&#10;MYsU/zCUFv8wmxf/L6IX/y+oGP8urxn/LrUZ/y68Gf8uxRr/Ls8a/y7gGv8u6xr/LvQa/y78Gvwv&#10;/xn7L/8a+i7/G/ou/xz6Lv8c+i7/HPou/xz6Lv8c/zMvAv85LAL/PS0C/z4wA/8/NgT/P0EF/z1N&#10;B/88WQr/OmUO/zhyEf82fRP/NYgV/zSRF/8zmRj/M6AZ/zKmGf8yrBr/MbMa/zG6G/8xwhv/Mcwb&#10;/zHdG/8x6Rv9MfMb+jL7G/gy/xv3Mv8c9jH/HfUx/x71Mf8e9TH/HvUx/x71Mf8e/zUsAv88KgL/&#10;QCoC/0ItA/9DNAT/RD8F/0JKB/9BVgr/P2IO/z1uEf87ehT/OYQW/ziOGP83lhn/Np0a/zakG/81&#10;qhz/NbAc/zW3Hf81vx3/Nckd/DXYHfo15x33NfEd9DX6HfI1/x7xNf8f8DX/IO80/yHvNP8h7zT/&#10;Ie80/yHvNP8h/zgqAv8/JwL/QyYC/0YpAv9JMgP/STwF/0hHB/9GUwv/RF8P/0JqEv9AdhX/PoAY&#10;/zyKGf88khv/O5oc/TqgHfw6px37Oa0e+jm0H/k5vB/4OcYf9jnTH/I55B/vOfAf7Dr6H+o5/yHp&#10;Of8j6Dn/JOc5/yTnOf8l5zn/Jec5/yXnOf8l/zwnAv9DIwL/SCIC/0wmAv9PLwP/UDkF/05DB/9M&#10;Twv/SlsP/0hmE/9FcRb8Q3wZ+kKGG/hBjhz2QJYe9T+dH/M/oyDyPqog8T6xIfA+uSHuPsMh7T7P&#10;Ieo+4iHmP+8h4z75I+E9/yXfPf8n3j3/KNw9/yjcPf8o3D3/KNw9/yjcPf8o/z8jAf9HIAH/TB4B&#10;/1EkAv9VLAP/VjUE/1U/Bv9TSgr+UFYP+k5iE/ZLbRfzSXca8EeBHO5Gih7sRZIg60SZIelDoCLo&#10;Q6cj5kOuI+VCtiTkQsAk4kPMJN9D4CTbQ+0l1kL4KNNC/yrRQv8rz0H/K85B/yzOQf8szkH/LM5B&#10;/yzOQf8s/0MgAf9KHAH/UBsB/1chAf9bKAL/XDID/1s7BvxZRgn2VlEO8VRdE+1RaBfpT3Ia5k18&#10;HeRLhSDiSo4h4EmVI95InCTcR6Mm2kerJ9hGsyjVRrwo00bIKdFG3CrNR+wqyUb3LMdG/y7ERv8v&#10;w0b/L8JG/y/BRv8vwUb/L8FG/y/BRv8v/0YdAf9OGAH/VhgB/1weAf9gJQL/Yi0D/GI3BfRgQQju&#10;XUwN6FpYEuNYYxffVW4b21J3H9hQgCLUT4kk0U2QJ89MlyjNTJ4qy0umK8lKrSzHSrctxkrCLsRK&#10;0S/BS+cvvUr0MbtK/zK4Sv8yt0v/M7ZL/zO2S/8ztkv/M7ZL/zO2S/8z/0oaAf9SFQH/WhYB/2Eb&#10;Af9mIQH+aCkC9GgyA+xnPAblZEgL32FUENleXhfSW2kczlhyIMtWeyTIVIMnxVKLKsNRkizBUJku&#10;v0+hL71PqDG7TrEyuU68M7dOyjS1TuE0sk7xNa9P/TatT/82rE//NqtP/zarT/82q0//NqtP/zar&#10;T/82/00XAf9VEgH/XxQA/2YYAP9rHQH4bSQB7W4sAuVtNgTda0MI1GdPEM1kWhfIYGQdxF1tIsFb&#10;dia9WX4pu1eFLLhWjS+2VZQxtFScM7JTpDSwUq02rVK3N6xSxTiqUto4p1LtOaVT+jmjU/85olP/&#10;OaFU/zihVP84oVT/OKFU/zihVP84/08UAf9ZEAD/YxIA/2oUAP9vGQDych8A5nQmAd10MQLTcT8I&#10;y21LD8VpVhfAZmAdu2NpIrdgcSe0XnkrsVyALq5biDGsWY8zqliXNadXnzelV6g5o1azOqFWwDuf&#10;VtI8nVbpPJtX+DyaV/88mVj/O5hY/zuYWP86mFj/OphY/zqYWP86/1ISAf9cDgD/ZhAA/20RAPpz&#10;FADrdxgA4HkfANR5LQLLdjwHxHJIDr5vUxa4a1wds2hlIq9lbSesY3UrqWF8L6ZfhDKjXos1oV2T&#10;N55cmzmcW6Q7mVqvPZdauz6WWsw/lFrlP5Jb9T6RW/8+kFz/PZBc/zyPXP88j1z/PI9c/zyPXP88&#10;/1URAP9fDQD/aQ4A/3EOAPV3EADmexEA2X0YAM59KgLFezkGvndFDrd0UBWxcFkcrW1iIqhqaSel&#10;aHEsoWZ4L55kgDObYoc2mGGPOJZgmDuTX6E9kV6rP49euECNXshBi17hQYpf80CJX/8/iWD/Pohg&#10;/z6IYP89iGD/PYhg/z2IYP89/1cPAP9iDAD/bAwA+HQMAOl6DADefgwA0oEVAMiBJwHAfzYGuHxC&#10;DbJ4TRWsdVYbp3JfIqJvZieebG4sm2p1MJdofDOUZ4Q2kWWMOY5klTyMY54+iWKoQIditUKFYsVC&#10;hGLeQ4Nj8UKCY/1BgmT/QIJk/z+CZP8/gmT/P4Jk/z+CZP8//1kOAP9kCwD/bgoA6ncIANt9CADU&#10;ggoAzIQSAMOFJAG7gzQFs4BADK18SxSmeVQboXZcIZxzZCaYcWsrlG9yL5FteTOOa4E2i2qJOYho&#10;kjyFZ5s/gmamQYBmskN+ZsFEfWbZRHxn70N8Z/xBfGj/QHxo/0B8aP8/fGj/P3xo/z98aP8//1sM&#10;AP9nCQD3cQcA3noFANSABwDOhQkAx4cRAL6IIgG2hzEEr4Q+C6iBSROifVIanHpaIJd3YSaTdWgr&#10;j3NvL4txdzOIb342hW6GOoJtjz1/a5k/fGujQnlqsEN4ar9EdmrURXZr7UN2a/tCdmv/QXZs/0B2&#10;bP9Admz/QHZs/0B2bP9A/10KAP9pBwDsdAMA2nwEANCDBgDJiAcAw4oPALqLIAGyii8Eq4g8CqSF&#10;RxKdgVAZmH5YH5N8XyWOeWYqindtLoZ1dDKCdHw2f3KEOXxxjT15cJZAdm+hQnRurkRybr1FcG7R&#10;RXBv60Rwb/pDcW//QXFv/0BxcP9AcXD/QHFw/0BxcP9A/18IAP9rBADhdgAA1H8DAMuGBQDFiwYA&#10;vo0NALWPHgCuji0Dpow6CZ+JRRGZhk4Yk4NWHo6AXSSJfmQphXxrLYF6cjJ9eHk1eneCOXd2izxz&#10;dZU/cXSfQm5zrERsc7tFa3PORWtz6URrc/hDa3P/Qmxz/0Fsc/9AbHP/QGxz/0Bsc/9A/2EFAPpu&#10;AQDdeQAA0IICAMeJBADAjgQAuZEMALGSGwCpkisDopA4CJuNQw+UikwXjohUHYmFWyOEg2IogIFp&#10;LXx/cDF4fnc1dXx/OHF7iDxuepI/a3mdQWh4qkNmeLhEZXjMRWV450RlePdDZnj/QmZ4/0FmeP9A&#10;Znj/QGZ4/0BmeP9A/2QDAO5xAADYfAAAy4UCAMOMAwC7kQMAs5QJAKyWGAClligCnZQ2B5aSQQ6Q&#10;j0oVio1SHISLWiJ/iWAne4dnLHeFbjBzg3U0b4J9N2yBhjtpf5A+Zn6bQWN+qENhfbZEYH3JRF99&#10;5UNgffZCYH3/QWF9/0Bhff9AYX3/QGF9/0Bhff9A/2cAAON0AADSfwAAx4gBAL6PAgC2lQEArpgG&#10;AKaaFQCfmiYCmJkzBpGXPwyLlUgUhZNQGn+RWCB6j18ldo1lKnKLbC5uinMyaoh7NmaHhDljho48&#10;YIWZP12EpkFbhLRCWoTHQ1qE40Jag/RBW4P/QFuD/0Bbg/8/W4P/P1uD/z9bg/8//2oAAN54AADN&#10;gwAAwowAALmTAACwmAAAp50CAKCfEgCZnyMBk54xBYydPAuFm0YSf5lOGHqXVh51ll0jcJRjKGyS&#10;aixokXEwZZB5NGGOgjdejYw6WoyXPViMpD9Wi7JAVIvFQFSL4UBUivM/VYr+P1WJ/z5Vif8+VYn/&#10;PlWJ/z5Vif8+728AANZ8AADIhwAAvZEAALSYAACqnAAAoKIAAJmkEACTpSABjKQuA4WjOQl/okMP&#10;eaBMFnSfUxtvnVogapxhJWaaaCljmW8tX5h3MFuXgDRYloo3VZWVOVKVojtQlLA9T5TDPU+U3zxP&#10;k/I8T5L9PE+S/zxPkf88T5H/PE+R/zxPkf885HQAAM+BAADCjAAAuJYAAK2cAACjoQAAmKgAAJCq&#10;DQCLqxsAhasqAn6qNgZ4qUEMcqhJEm2nURhpplgcZKRfIWCjZiVdom0pWaF1LFahfi9ToIgyT5+T&#10;NU2foDdLnq84Sp7BOEme3ThJnfA4SZz8OEmb/zlJm/85SZv/OUmb/zlJm/8523oAAMiHAAC8kgAA&#10;sZoAAKagAACcpgAAkawAAIexCACBshYAfLMmAXayMwRxsj0Ja7FHDmawTxNir1YYXq5dHFqtZCBX&#10;rGsjVKxzJlCrfClNqoYsSqqSL0ipnzBGqa0yRam/MkSq2jJEqO8yQ6f7M0Om/zNDpf80Q6X/NEOl&#10;/zRDpf800IEAAMGOAAC1mAAAqZ8AAJ6lAACTrAAAiLIAAHy5AgB2uhEAcrshAG67LgJouzoGZLpD&#10;Cl+6TA5buVMSV7haFlS4YRlRt2kcTrdxH0u2eiJItoQlRbaQJ0O1nSlBtawqQLa+Kj+22Co/tO4q&#10;PrP6LD2y/y09sf8tPbH/LT2x/y09sf8tx4kAALmVAACsnQAAoaQAAJarAACKsgAAf7gAAHO/AwBq&#10;xAwAZ8UaAGPFKAFfxTUDW8U/BVfFSAlUxFAMUMRYD03EXxJKw2YVSMNuF0XDeBpCw4IcQMOOHj7D&#10;nB88w6sgO8O8ITrD1SE7wu4hOcD5Iji//yQ4v/8kOL//JDi//yQ4v/8kvZEAALCbAACkogAAmKoA&#10;AIyxAACAuQAAdb8AAGrGBABezAgAWc8SAFfQIQBV0C4BUdA5Ak7QQwRL0EwGSdBTCEbQWwtD0GMN&#10;QdBrDz7QdRE80YATOtGMFDjRmhY20akXNdG7FzTS0hc10OwWNM/3GDPO/xozzv8aM87/GjPO/xoz&#10;zv8as5kAAKahAACaqQAAjrEAAIG5AAB1wAAAascAAF7NAwBU1AgATN0NAErdGABI3iYARt4yAUTf&#10;PAJC30UDP99NBD3gVQU74F0GOeBmCDfgbwk14XoKM+GGDDHhlA0w4qMOLuKzDi7jxw4t4+MOLeDy&#10;Dizf+w8s3/0QLN/9ECzf/RAs3/0QqKAAAJynAACPsAAAg7gAAHbBAABqyQAAXs8AAFPVAQBJ3AYA&#10;RekPAELpGQBA6iQAPeouADrrNgE47D4BNuxGAjPtTQMx7VUDL+5dBC3uZQUr7nAFKe97BijviQcm&#10;8JcHJfCnCCTxuAgj8cwIIvLlCCLw8wgi7/UIIu/1CCLv9Qgi7/UInqYAAJGvAACEuAAAd8EAAGrJ&#10;AABd0AAAUdcAAEbdAAA/6gUAPPYOADn2FwA29yAAM/coADH4MAAu+TYBK/k9ASn6RAEn+koCJftS&#10;AiP7WgIg/GMDHvxuAxz9ewMb/okEGf6YBBj/qAQX/7cEFv/IBBb/4AQW/+QEFv/kBBb/5AQW/+QE&#10;k64AAIW3AAB4wAAAaskAAF3SAABQ2QAARN8AADrkAAA19wMAMv8MAC7/EgAr/xoAKP8hACb/JwAj&#10;/y0AIP8zAB7/OQEc/z8BGf9FARf/TQEV/1UBE/9fARH/agIQ/3gCDv+HAg7/lgIN/6QCDP+wAgz/&#10;vgIM/8ICDP/CAgz/wgIM/8ICh7YAAHm/AABryQAAXtMAAFDbAABD4AAAOOUAAC/wAAAr/wAAJ/8I&#10;ACT/DgAh/xMAHv8ZABv/HgAY/yMAFf8oABP/LQAR/zIAEP84AA7/PwAM/0YBCv9PAQf/WQEE/2UB&#10;Af9yAQD/gQEA/48BAP+bAQD/pwEA/6kBAP+pAQD/qQEA/6kB/ywvAf8wLAH/MiwC/zMwAv8xNgP/&#10;MEED/y9NBP8tWgb/K2YH/ylzCP8ofgr/J4gL/yeRDP8nmQ3/Jp8N/yalDv8mqw7/JrEP/ya4D/8m&#10;wA//JskP/ybXD/8m5g//JvAP/ib5D/sn/w/5J/8P+Sb/Efgm/xH4Jv8S+Cb/Evgm/xL4Jv8S/y4s&#10;Af8zKQH/NSoC/zYtAv82NAL/NT8D/zNLBP8yVwb/MGQH/y5wCf8sewr/LIUM/yuODf8rlg7/Kp0P&#10;/yqjD/8qqRD/Kq8Q/ym2EP8pvRH/KccR/ynTEf4p4xH7Ku8R+Cr4EPYr/xD0Kv8S9Cr/E/Mq/xTz&#10;Kf8U8yn/FPMp/xTzKf8U/zEpAf82JgH/OSYB/zopAv87MgL/Oz0D/zlIBf83VAb/NWAH/zNsCf8y&#10;dwz/MIIN/zCLDv8vkw//L5oQ/y6gEf8uphH/LqwS/y6zEv4uuhL9LsQS+y7PE/gu4RL1Lu0S8S/3&#10;Eu8v/xPuLv8V7S7/Fuwu/xfsLv8X7C7/F+wu/xfsLv8X/zQmAf85IwH/PSMB/z4mAv9BLwL/QTkD&#10;/z9FBP89UAb/O1wI/zloCv83cw3/Nn4O/zWHEP00jxH8NJYS+jOdE/kzoxP4M6kU9zOwFPYztxT0&#10;M8AU8zPMFPAz3hTtM+sU6TT2Fecz/xfmM/8Y5DL/GeQz/xrjMv8a4zL/GuMy/xrjMv8a/zgjAf89&#10;IAH/QR8B/0UjAf9HLAL/RzYD/0ZABP9ETAb/QVgI/z9kC/s+bw75PHkQ9juDEfQ6ixPzOZMU8TmZ&#10;FPA4oBXuOKYW7TitFuw4tBbqOL0W6TjJFuc42xbjOeoW4Dj1GN04/xrbN/8c2Tf/Hdc3/x3WN/8e&#10;1jf/HtY3/x7WN/8e/zsgAf9BHAH/RRoB/0sgAf9NKAH/TjIC/008BP9KRwb6SFMI9kZfC/JEag7v&#10;QnQR7EF+E+pAhxToP44V5j6WFuU+nBfjPaMY4j2qGOA9shjfPbsZ3T3GGds92BrWPeka0j31Hc49&#10;/h/MPP8gyzz/Ick8/yHJPP8hyTz/Ick8/yHJPP8h/z8cAf9FFwH/SxcB/1AdAf9TJAH/VC0C/1M3&#10;A/dRQgXxTk0I7ExaC+hKZQ/lSG8R4kd5FN9FghbdRIoX2kORGdhCmRrVQp8b00GmHNFBrh3PQbce&#10;zkHBHsxB0B/JQuUfxULzIcJB/iPAQf8kvkH/JL1B/yW9Qf8lvUH/Jb1B/yW9Qf8l/0IYAf9JEwD/&#10;UBQA/1YZAP9ZIAH/WigB91oyAu9YPQToVUkH41NVCt5RYA7ZTmoS1Ex0FtBLfBjOSYQbzEiMHMpH&#10;kx7IR5ofxkahIcRGqSLCRbEjwUW8I79FySS9Rt8luUbvJrZG+ye0Rv8os0b/KLJG/yixRv8osUb/&#10;KLFG/yixRv8o/0YVAP9NEQD/VRIA/1sWAP9eGwD5YCMB72AsAeZeNgPfXEQF2FlQCtFXWw/MVGUU&#10;yFJuGMVQdxvDT38dwE6GH75NjiG8TJUjukucJLhKpCa2SqwntEq2KLNJwymxSdYprkrqKqtK+Cup&#10;Sv8rqEv/K6dL/yunS/8rp0v/K6dL/yunS/8r/0kSAP9QDgD/WRAA/18SAP9jFgDyZR0A52UlAN5k&#10;MQHUYj8FzWBLCsddVg/CWmAVvlhpGbtWcRy4VHkftlOBIrNSiCSxUJAmr1CXKK1PnymrTqgrqU6y&#10;LKdOvi2mTs4uo07mLqFP9S6fT/8unk//Lp1P/y6dUP8unVD/Lp1Q/y6dUP8u/0wQAP9UDQD/XQ4A&#10;/2MPAPlnEQDraRUA32ocANNqLAHLaDsExWVHCb9iUg+6YFwVtl1lGbJbbR2vWXUhrFh8I6pWgyan&#10;VYsopVSTKqNTmyyhU6Mun1KtL51SuTCbUskxmVLiMZdT8jGWU/8xlVT/MZRU/zCUVP8wlFT/MJRU&#10;/zCUVP8w/08OAP9YCwD/YAsA+2YMAPBrDQDkbQ4A1m4WAMxvKAHEbTcEvWtECbdoTw+yZVgVrmJh&#10;GqpgaR6nXnAhpF14JaFbfyefWocqnFmOLJpYly6YV6AwlVaqMpNWtTORVsU0kFbdNI5X8DSNV/0z&#10;jFj/M4xY/zKMWP8xjFj/MYxY/zGMWP8x/1EMAP9bCQD/YwgA62oHAN1uCADYcQoAz3ITAMZzJQG+&#10;cjQDt3BBCLFtTA6salUUp2deGaNlZR6gY20inGF0JZpgeyiXXoMrlF2LLZJckzCPW5wyjVqmNIta&#10;sjWJWsE2h1rWNoZb7TaFW/s1hVz/NIRc/zOEXP8zhFz/M4Rc/zOEXP8z/1MKAP9dBgD1ZgQA320D&#10;ANVyBgDQdQkAyXYRAMB3IgC4djEDsXQ+B6txSQ6mblIUoWxbGZ1pYh2ZZ2oilmZxJZNkeCiQY38r&#10;jWGHLopgkDCIX5kzhV+jNYNerzaBXr44gF7ROH9f6jd+X/o2fmD/NX5g/zR+YP80fmD/NH5g/zR+&#10;YP80/1UIAP9gBADoaQAA2nADANB1BQDKeAcAw3oPALt7HwCzei8CrHg8B6Z1Rg2hc1ATnHBYGJdu&#10;YB2Ta2chkGpuJY1odSiKZ3wrh2aELoRkjTGBY5Y0f2OhNnxirTd6Yrs5eWLOOXhj6Dh4Y/g3eGT/&#10;Nnhk/zV4ZP81eGT/NXhk/zV4ZP81/1cFAP9iAQDhbAAA1HMCAMt4BADFewUAvn0NALZ+HQCvfiwC&#10;qHw5BqF5RAycd04Sl3RWGJJyXRyOcGQgim5rJIdsciiEa3orgWqCLn5pijF7aJQ0eGefNnZmqjh0&#10;Zrk5c2bLOnJm5jlyZ/c4cmf/N3Jo/zZyaP81cmj/NXJo/zVyaP81/1kCAPZlAADdbgAAz3YBAMd7&#10;AwDAfwQAuYAMALGCGgCqgioCo4A3BZ19QguXe0sRknhUF412WxuJdGIghXJpJIFxcCd+b3cre25/&#10;LnhtiDF2bJI0c2ucNnBqqDhuarc6bWrJOmxq5Dpta/U4bWv/N21r/zZta/82bWv/Nm1r/zZta/82&#10;/1sAAOtnAADZcQAAzHkAAMN+AgC7ggMAtIQJAK2FGACmhSgBn4Q1BZmCQAqTf0kQjX1SFol7WRuE&#10;eWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCbNmtvpzhpb7U6aG/HOmdv4jpnb/Q4aG//N2hv&#10;/zZob/82aG//Nmhv/zZob/82/14AAORqAADTdAAAyHwAAL+BAQC3hQEAr4cHAKiJFQChiSUBm4gz&#10;BJSGPgmOhEcPiYFQFYR/Vxp/fl4ee3xlInh6bCZ0eXMqcXh7LW53hDBrdo4zaHWZNmZ0pThkc7M5&#10;YnPEOmJz4Dpic/M4Y3P/N2Nz/zZjc/82Y3P/NmNz/zZjc/82/2EAAOBtAADPdwAAxH8AALuFAACz&#10;iQAAqosDAKOMEwCcjSMBlowwA5CLPAiKiUUOhIdOE3+FVRh7g1wdd4JjIXOAaiVvf3EpbH15LGl8&#10;gi9me4syY3qXNWB5ozdeebE4XXnCOVx53TldefE4XXj+N154/zZeeP81Xnj/NV54/zVeeP819WQA&#10;ANxwAADKegAAwIMAALaJAACujQAApI8AAJ2REACXkiAAkZEuA4qQOQeEjkMMf41MEnqLUxd1iVob&#10;cYhhIG6GaCNqhW8nZ4R3K2ODfy5ggokxXYGUM1uAoTZZf683V3/AOFd/2jdXf/A3WH79Nlh+/zVY&#10;fv81WH7/NVh+/zVYfv816WgAANR0AADGfgAAu4cAALKNAACokQAAnpQAAJaWDgCRlxwAi5crAoWW&#10;NwV/lEEKeZNJEHSSURVwkFgZbI9fHWiOZiFljG0lYYt0KF6KfSxbiYcvWIiSMVWHnzNTh601Uoe+&#10;NVGH1jVRhu41UoX7NFKF/zRShf8zUoX/M1KF/zNShf8z42wAAM55AADBgwAAtosAAKyRAACilQAA&#10;l5kAAI+bCwCKnRgAhJ0nAX6cNAR5mz4Ic5pHDW+ZTxJqmFYXZpddG2OVYx5flGoiXJNyJVmSeyhV&#10;kYUrUpGQLlCQnTBOkKsxTJC8MkyQ0zJMj+0yTI76MkyN/zFMjP8xTIz/MUyM/zFMjP8x3HEAAMh+&#10;AAC7iAAAsZEAAKaWAACcmgAAkJ8AAIeiBgCBoxQAfKQjAXekMANyozsGbaJEC2ihTA9koFQTYJ9a&#10;F12eYRtZnWgeVp1wIVOceSRQm4MnTZqOKUqamyxImqktR5m6LUaa0C1GmOstRpf5LkaW/y5Glv8u&#10;Rpb/LkaW/y5Glv8u0XcAAMGEAAC2jgAAqpUAAKCbAACVnwAAiqQAAH2pAAB3qxAAc6seAG+sLAFq&#10;qzcEZatBB2GqSQtdqVEPWqlYE1eoXxZTp2YZUKduHE2mdh9KpYEhSKWMJEWlmSZDpKgnQqS4KEGk&#10;zidBo+onQKL4KECh/ylAoP8pQKD/KUCg/ylAoP8pyX4AALqLAACvlAAAo5oAAJigAACNpQAAgqoA&#10;AHWwAABsswwAabQYAGW0JwFhtDMCXrQ9BFq0RgdWs04KU7NVDVCzXBBNsmMTSrJrFkexdBhFsX4a&#10;QrCKHUCwlx4+sKYgPLC3IDywzCA8r+ggO673ITqt/yI6rP8jOqz/Izqs/yM6rP8jwIYAALOSAACn&#10;mQAAnJ8AAJCmAACErAAAebEAAG23AABhvAUAXb0SAFq+IABYvi0BVL44AlG+QgROvkoGTL5SCEm+&#10;WQpGvmAMRL5oDkG9cRE/vXwTPL2IFTq9lRY4vaQXN721GDa9yhg3vOcXNbv2GTW6/xo0uf8bNLn/&#10;GzS5/xs0uf8buI8AAKqYAACfnwAAk6YAAIesAAB7swAAb7kAAGO+AABYxAQAUMgMAE3IFwBMySUA&#10;SsoxAEfKOwFFykQCQ8pMA0HKVAQ+ylwGPMpkBzrLbgk4y3gKNsuFDDTLkg0yy6IOMcuyDzDMxw8w&#10;y+UOL8n1Dy7I/REux/8SLsf/Ei7H/xIux/8SrpcAAKGeAACVpQAAia0AAHy0AABwuwAAZMEAAFnG&#10;AABOywMARdAIAD7VDgA91RoAPNYmADvXMQA52DsAONlFATbZTQE12VYCM9peAjHaaAMw23MELtt/&#10;BSzbjQUq3J0GKdytBijdwQYo3d4GJ9vvBybZ+Qgm2P4JJtj+CSbY/gkm2P4JpJ0AAJilAACLrQAA&#10;frQAAHG8AABlwwAAWckAAE3NAABD0wEAOtkGADXkDQAz5BYAMeQgADDlKgAu5jMALeY8ACvnRAAq&#10;50wBKOhUASfoXQEl6WcCI+lzAiLqgQIg6pEDH+uhAx3rsgMc7McDHOzhAxvq8QMb6fkDG+n5Axvp&#10;+QMb6fkDmqQAAI2sAAB/tQAAcr0AAGXFAABZywAATNAAAEHVAAA43AAAL+ECAC3xDQAr8RMAKPIc&#10;ACbyJAAk8ysAIvQyACH0OQAf9UEAHfVJABv2UQAZ91oBF/dlARX4cgEU+YEBE/mSARL6ogIR+rMC&#10;EPvGAhD73QIQ++kCEPvpAhD76QIQ++kCj6sAAIG0AABzvQAAZsYAAFnNAABL0wAAQNkAADXeAAAs&#10;4wAAJvEAACT+CgAh/xAAH/8WABz/HAAZ/yIAF/8oABX/LgAT/zUAEv88ABD/QwAO/0wADf9WAAv/&#10;YgAJ/28ACP9/AQf/kAEF/6ABBP+uAQT/vAED/8cBA//HAQP/xwED/8cBg7QAAHW9AABnxgAAWs8A&#10;AEvVAAA/3AAAM+EAACnlAAAh7AAAHv0AABr/BQAX/wwAFf8QABL/FAAQ/xkADv8eAA3/IwAL/ygA&#10;CP8uAAb/NQAD/z0AAP9GAAD/UQAA/10AAP9rAAD/ewAA/4sAAP+ZAAD/pQAA/6wAAP+sAAD/rAAA&#10;/6wA/ycsAf8qKgH/KyoB/youAf8mNAL/JT8C/yNLA/8hWAP/IGQE/x5wBP8dewT/HYUF/x2OBf8d&#10;lgX/HZwG/x2iBv8cqAb/HK4H/xy0B/8cuwf/HMMH/xzOB/8d3wf/HesH/B31B/kd/gb3Hv8H9x3/&#10;CPYd/wn2Hf8J9h3/CfYd/wn2Hf8J/ykqAf8sJwH/LicB/y0qAf8sMgH/Kz0C/ylJA/8nVQP/JWEE&#10;/yNtBP8ieAX/IoIF/yGLBv8hkwb/IZoH/yGgB/8hpQf/IasI/yGxCP8huAj/IcEI/yHLCPwh3Aj5&#10;IekI9iH0CPMi/QfyIv8J8SL/CvEh/wvwIf8L8CH/C/Ah/wvwIf8L/ywmAf8wJAH/MSMB/zEmAf8y&#10;LwH/MToC/y9GA/8tUgP/K14E/ylpBf8odQX/J38G/yeIB/8mkAf/JpYI/yadCP4mown9JqkJ/Cav&#10;Cfsmtgn6Jr4J+CbICfYm2QnyJugJ7yfzCe0n/QrrJv8L6ib/Dekm/w3oJv8O6Cb/Dugm/w7oJv8O&#10;/y8jAf8zIAH/NR8B/zcjAf84LAH/ODcC/zZCAv80TgP/MloE/zBlBf8ucAb+LXsH/C2ECPosjAn4&#10;LJMJ9yyZCvYroAr0K6YK8yusC/IrswvxK7sL7yvGC+4s1AvqLOYL5izyC+Qs/A3iLP8P4Sz/EOAs&#10;/xDfLP8R3yz/Ed8s/xHfLP8R/zMfAf83GwH/OhoB/z0gAf8/KAH/PzIB/z0+Av87SQP/OVUE+zdh&#10;Bvc1bAf1NHYI8jN/CfAyhwrvMo8L7TKWC+wxnAzqMaIM6TGpDOgxsA3mMbkN5THDDeMy0Q3fMuUM&#10;3DLxD9gx/BHVMf8S0jH/E9Ex/xTQMf8U0DH/FNAx/xTQMf8U/zcbAf87FwD/PxYA/0McAP9GJAH/&#10;Ri4B/0Q5AvxCRAP2P1AE8T1cBu08ZwfqO3EJ6Dp6CuU5gwvjOIsM4jiSDeA3mQ3fN58O3TemDts3&#10;rQ/ZNrYQ1zbBENU2zhDRN+MRzTfxE8o3+xXIN/8Wxjf/F8U3/xjEN/8YxDf/GMQ3/xjEN/8Y/zsX&#10;AP9AEwD/RRMA/0kYAP9MIAD/TCkB+kszAfJIPgLsRkoE50RWBuNDYgjfQWwK3EB1DNk/fg3VPoYP&#10;0z2NENE9lBHPPJsSzTyiE8w8qRTKO7EUyDu7Fcc7yBbFPNwWwTztF748+Rm7PP8aujz/G7k8/xu4&#10;PP8buDz/G7g8/xu4PP8b/z4UAP9EEAD/ShEA/08UAP9RGwD7UiMA8VEtAelPOAHiTUUD3EtRBdZJ&#10;XAjRR2YLzkZwDstFeBDIRIASxkOHFMRCjhXDQpUWwUGcF79BpBi9QKwZvEC2GrpAwhq4QNIbtUHo&#10;G7JB9h2wQf8erkH/Hq1B/x6sQf8erEH/HqxB/x6sQf8e/0IRAP9HDQD/Tw4A/1MRAP9WFQDzVxwA&#10;6FYlAOBVMQHXUz8Cz1JMBcpQVwnGTmENw0xqEMBKchK9SXoVu0iCFrlHiRi3R5AZtUaXG7NGnxyx&#10;RacdsEWxHq5FvB+sRcwfqkXjIKdG8yGlRv8ho0b/IqJG/yGiRv8hokb/IaJG/yGiRv8h/0UOAP9L&#10;CgD/UwwA/1cNAPlaEADrWxQA31ocANRaKwDMWjsCxlhIBcFWUwm8VFwNuVJlEbVQbRSzT3UXsE58&#10;Ga5NhBqsTIscqkuSHqhKmh+mSqMhpEmsIqNJuCOhScYkn0reJJ1K8CSbSv0lmUv/JJlL/ySYS/8k&#10;mEv/JJhL/ySYS/8k/0gMAP9PCAD/VggA9VsJAOleCgDkXg0A1V8VAMtgJwDEXzYCvl5DBbhbTgm0&#10;WVgOsFdhEqxVaRWqVHAYp1N4GqVSfxyiUYYeoFCOIJ5PliKcTp8jmk6oJZhOsyaXTsInlU7WJ5NO&#10;7CeRT/snkE//J5BQ/yaPUP8mj1D/Jo9Q/yaPUP8m/0oJAP9TBQD4WgQA4l8DANpiBgDUYwkAzWMS&#10;AMRlIwC8ZTICtmNABbFhSwmsXlQOqFxdEqVbZRahWWwYn1hzG5xWeh6aVYIgmFSKIpVUkiSTU5sm&#10;kVKlJ49SsCmNUr4qjFLQKopT6SqJU/kpiFT/KYdU/yiHVP8oh1T/KIdU/yiHVP8o/0wFAP9WAQDp&#10;XQAA3GMCANFnBQDMaAcAxmgQAL1qIAC2aS8BsGg8BKplRwmlY1ENoWFaEp1fYRaaXmkZl1xwHJVb&#10;dx6SWn4hkFmGI41YjiWLV5cniVehKYZWrSuFVrosg1bMLIJX5iyBV/crgFj/KoBY/yqAWP8pgFj/&#10;KYBY/ymAWP8p/08CAP1ZAADiYAAA1WcAAMxqAwDGbAUAwGwOALdtHQCwbiwBqmw5BKVqRAigaE4N&#10;m2ZXEZdkXhWUYmUZkWBsHI5fcx6LXnshiV2CJIZciyaEW5QogVueKn9aqix9WrctfFrJLnpa4y56&#10;W/Utelz/LHlc/yt6XP8qelz/Knpc/yp6XP8q/1EAAPJbAADeZAAAz2oAAMduAgDAcAQAunAMALJx&#10;GgCrcSkBpXA3A59uQgeabEsMlmpUEZJoXBWOZmMYi2VpG4hjcB6FYnghgmF/JIBgiCZ9X5Epe1+c&#10;K3hepy12XrUudV7GL3Re4S90X/MudF//LHRg/yt0YP8rdGD/K3Rg/yt0YP8r/1MAAOheAADZZwAA&#10;y20AAMNxAQC7cwIAtXMJAK11FwCndScBoXQ0A5tyPweVcEkLkW5SEIxsWRSJamAYhWlnG4Jobh5/&#10;ZnUhfWV9JHpkhSZ3ZI8pdWOaK3JipS1wYrMvb2LEL25i3i9uY/IubmP+LW5j/yxuY/8rbmP/K25j&#10;/ytuY/8r/1UAAOVgAADTaQAAyHAAAL90AAC3dwEAsHcHAKh4FQCieSQAnHgyApZ2PQaRdEcLjHJP&#10;D4hwVxOEb14XgG1kGn1sax16a3Mgd2p6I3RpgyZyaI0pb2eXLG1noy5rZrEvaWbBMGlm2zBpZ/Av&#10;aWf9LWln/yxqZ/8ramf/K2pn/ytqZ/8r/lgAAOFjAADPbAAAxHMAALt4AACzegAAq3oEAKR7EgCe&#10;fCIAmHwvApJ6OwWMeEUKh3dNDoN1VRJ/c1wWe3JiGnhwaR11b3Agcm54I29tgSZtbIspamyWK2hr&#10;oS5ma68vZGq/MGNr2DBja+8vZGv8LWRr/y1la/8sZWv/LGVr/yxla/8s9FsAAN1mAADLbwAAwHYA&#10;ALd7AACvfgAApn4BAJ9/EACZgB8Ak4AtAo1/OQWIfUMJg3tLDX56UxJ6eFoWdndhGXN1ZxxwdG4f&#10;bXN2ImpyfyZocYkoZXCUK2JwoC1gb60vX2+9L15v1C9eb+0vX2/7LV9v/yxgb/8sYG//LGBv/yxg&#10;b/8s614AANhpAADHcgAAvHkAALN/AACrggAAoYIAAJmDDgCUhB0AjoQrAYiDNgSDgkAIfoBJDHl/&#10;URB1fVgUcnxfGG57ZRtremweaHl0ImV4fSVid4cnYHaSKl11nixbdasuWnS7L1l10S9ZdOwuWXT6&#10;LVp0/yxadP8rWnT/K1p0/ytadP8r5mEAANFtAADDdgAAuX0AAK+DAACmhgAAnIYAAJSIDACOiRkA&#10;iYkoAYOJNAN+hz4HeYZHC3SFTw9whFYTbYJdF2mBYxpmgGodY39yIGB+eiNdfYQmWnyPKVh7nCtW&#10;e6ksVHu5LVN7zi1UeuotVHr5LFR5/ytVef8qVXn/KlV5/ypVef8q4WUAAMxxAAC/egAAtIIAAKuH&#10;AAChigAAlYsAAI2NCQCHjhYAgo8kAX2PMQJ4jjsFc41ECW+MTA1rilQRZ4laFWSIYRhhh2gbXoZw&#10;HluFeCFYhIIkVYSNJlKDmilQgqcqT4K3K06CzCtOgugrToH4Kk+A/ypPgP8pT4D/KU+A/ylPgP8p&#10;22oAAMd1AAC6fwAAsIcAAKaMAACcjwAAj5EAAIaTBQCAlBIAe5UhAHeVLQFylTgEbZRCB2mTSgtl&#10;klEOYpFYEl6QXxVbj2YYWI5tG1WOdh5SjYAhT4yLI02LmCVLi6UnSYu1KEiLyihIiucnSYn3KEmI&#10;/ydJh/8nSYf/J0mH/ydJh/8n0W8AAMF7AAC1hAAAq4wAAKCQAACVlAAAiZcAAH6aAAB3mw4Ac5wc&#10;AG+dKQFrnDUCZpw/BWKbRwhfmk8LXJpWD1iZXBJVmGMVU5hrF1CXcxpNln0dSpWJH0eVlSFFlaQj&#10;RJSzI0OUyCNDlOUjQ5L1JEOR/yRDkP8kQ5D/JEOQ/yRDkP8kynUAALuBAACwiwAApJEAAJqVAACP&#10;mQAAg50AAHSiAABuowsAaqQXAGalJQBjpTEBX6Q7A1ukRAVYpEsIVaNTC1KjWg1PomEQTaJoE0qh&#10;cRVHoHsYRKCGGkKfkxxAn6IdPp+yHj2fxh49n+MdPZ30Hj2c/x88m/8fPJv/IDyb/yA8m/8gwnwA&#10;ALWIAACpkAAAnpYAAJObAACHnwAAe6QAAG+oAABjrAQAX60RAFytHwBarisAV642AVSuQANRrUgF&#10;Tq1PB0utVwlJrV4LRqxmDUSsbg9BrHgRP6uEEzyrkRU6q6AWOauwFzirwxc4quEXN6nzGDen/hk2&#10;pv8aNqb/Gjam/xo2pv8auoQAAK6PAACilgAAl5sAAIuhAAB/pgAAc6sAAGevAABatAAAU7YMAFG3&#10;FwBPtyQATbgwAEq4OgFIuEMCRrhLA0S4UgRBuFoGP7hiBz24awk6uHULOLeBDDa3jg40t50PM7et&#10;DzK3wQ8xt94PMbbyEDC0/BEws/8SMLP/EzCz/xMws/8Tso4AAKWVAACamwAAjqIAAIKoAAB1rQAA&#10;abMAAF63AABTuwAAR8AFAEPCEABCwhsAQMMnAD/DMgA+xDwAPMREATrETQE4xFUCNsRdAzXEZgQz&#10;xXAEMcV8Bi/FigYtxZoHK8WqCCrFvggqxdoIKsTwCCnC+wkowf8KKMH/CyjB/wsowf8LqJUAAJ2b&#10;AACRogAAhKkAAHivAABrtQAAX7sAAFS/AABJwwAAP8gEADbNCQAzzhEAMs8cADHPJwAw0DEAL9A6&#10;AC7RQwAt0UwAK9JVACrSXwEo02kBJ9N2ASXThAIk1JQCItSmAiHVuQIh1dICINPrAiDS9gMf0f8E&#10;H9H/BB/R/wQf0f8En5sAAJSiAACHqQAAebEAAG24AABgvgAAVMMAAEnHAAA+ywAANdABAC3VBgAl&#10;2wsAJN4SACPeHAAi3yUAIeAuACDgNwAf4UAAHuFKAB3iUwAc414AG+NqABrkeAAY5IgBF+WaARbm&#10;rAEV5sABFOfdARPl7wET4/oBE+P6ARPj+gET4/oBlqIAAImpAAB7sQAAbrkAAGHAAABUxgAASMoA&#10;AD3PAAAz0wAAKtkAACLeAgAe6woAHOwQABvtFwAZ7R8AF+4mABXuLQAU7zUAE/A9ABHwRgAQ8VAA&#10;D/JbAA7yaQAN83gADPSKAAv1nAAK9a4ACfbCAAn22QAI9e0ACPXtAAj17QAI9e0Ai6kAAH2yAABv&#10;ugAAYsIAAFXJAABHzgAAO9IAADHYAAAn3QAAH+EAABnoAAAW+AYAFPoNABL7EgAQ/BcADvwdAA39&#10;IwAM/SkACv4wAAj/OAAG/0EAA/9MAAD/WAAA/2YAAP93AAD/iQAA/5sAAP+rAAD/uwAA/84AAP/P&#10;AAD/zwAA/88Af7IAAHG6AABjwwAAVssAAEjRAAA61gAAL90AACXhAAAc5QAAFOkAABH3AAAP/wEA&#10;Df8JAAv/DQAI/xAABv8UAAP/GAAA/x4AAP8jAAD/KgAA/zIAAP88AAD/RwAA/1QAAP9jAAD/cwAA&#10;/4UAAP+XAAD/pAAA/7IAAP+yAAD/sgAA/7IA/yIpAf8jJwH/IygB/yArAf8cMQH/Gj0B/xhJAf8W&#10;VgL/FGIC/xNuAv8SeAL/EoIC/xKLAv8SkgL/EpkC/xKeAv8SpAL/EqkC/xKvAv8StgL/Er0C/xLH&#10;Av8S1AL9EuUC+hLxAvcS+gL1E/8C9BP/A/QT/wP0E/8D9BP/A/QT/wP0E/8D/yQnAf8mJAH/JiQB&#10;/yQnAf8iLwH/IDoB/x5GAf8cUwL/Gl8C/xhqAv8XdQL/F38C/xeIAv8XjwL/F5YC/xecAv8XoQL/&#10;F6cC/xetAv8XswP+F7sD/RfFA/oX0QP3F+QC9BfvAvEY+gLvGP8D7hj/BO4Y/wTtGP8F7Rj/Be0Y&#10;/wXtGP8F/ycjAf8pIAD/KSAA/ygjAP8pLQH/JzcB/yVDAf8jTwL/IVsC/x9mAv8dcQL/HXsD/x2E&#10;A/8djAP+HZMD/ByZA/scnwP6HKQD+RyqA/ccsQP2HLkD9R3CA/MdzgPwHeED7B3uA+ke+QToHv8F&#10;5h7/BuUe/wblHv8H5R7/B+Ue/wflHv8H/ysfAP8tHAD/LRsA/y4gAP8vKQD/LzQB/yw/Af8qSwL/&#10;KFcC/yZiAv0lbQP6JHcD+COAA/YjiAP1I48D8yOVBPIjmwTxI6EE7yOoBO4jrgTtI7YE6yO/BOoj&#10;zATnI+AE4yTtBOAk+QbeJP8H3CT/CNsk/wnaJP8J2iT/Cdok/wnaJP8J/y4bAP8xFwD/MhYA/zUc&#10;AP82JQD/Ni8B/zQ6Af8xRgH7L1IC9y1dAvMsaAPwK3ID7ip7BOwqhATqKosE6CqSBecpmAXmKZ4F&#10;5CmlBeMprAXhKbQF4Cq9Bd4qygXbKt4F1irtB9Iq+AnPK/8KzSr/C8wq/wzLKv8Myyr/DMsq/wzL&#10;Kv8M/zIXAP81EgD/OBIA/zsYAP89IAD/PCoA/js1Afc5QQHxNk0C7DRYAugzYwPlMm0E4zJ2BOAx&#10;fwXeMYcF3DCOBtowlQbYMJsH1i+iB9QvqQjSL7EI0C+6Cc8wxgnNMNgJyTHqCsYx9wzDMf8OwTH/&#10;D8Ax/w+/Mf8PvzH/EL8x/xC/Mf8Q/zYTAP85DwD/PhAA/0EUAP9DGgD/QiMA9UEuAO0+OgHnPUYB&#10;4TxTAt06XgPZOWgE1DhxBtE4egfPN4EIzTeICcs2jwrKNpYKyDadC8Y1pAzFNawMwzW1DcE1wA3A&#10;Ns8OvTbmDrk29BC3Nv8RtTb/ErQ2/xOzNv8Tszb/E7M2/xOzNv8T/zkQAP89CwD/Qw0A/0cQAP9I&#10;FAD1RxwA60YmAONEMgDcREEB1ENNAs9BWATLQGIGyD9rCMU+dAnDPXsLwT2DDL88ig29PJAOuzyX&#10;D7o7nxC4O6cQtjuwEbU7uxKzO8kSsTvgE6488RSrPP0VqTz/Fqg8/xaoPP8Wpzz/Fqc8/xanPP8W&#10;/z0NAP9CCAD/SAoA/0sMAPpMDwDsTBQA4UodANZKLADOSzsByUpIAsRIUwTAR10HvEZmCbpEbgu3&#10;Q3YNtUN9DrNChBCxQYsRsEGSEq5AmhOsQKIUqkCrFalAthanQMQXpkDZF6NB7RigQfsYn0H/GZ5B&#10;/xmdQf8ZnUL/GJ1C/xidQv8Y/0AJAP9GBQD/TAUA8U8HAOZQCQDjTw0A1U8VAMxRJwDFUTYBv1BD&#10;ArpPTgW2TVgIs0xhCrBKaQ2tSXAPq0h4EalHfxKnR4YUpUaNFaNGlRahRZ4Yn0WnGZ5FshqcRb8a&#10;mkXRG5hF6RuWRvgclUb/G5RG/xuTRv8bk0f/G5NH/xuTR/8b/0IFAP9KAQDyUAAA4VQBANlWBQDT&#10;VQkAzFUSAMNWIgC8VzIBt1Y/ArJUSgWtU1QIqlFdC6dQZA6kTmwQok1zEp9MehSdTIEWm0uJF5lK&#10;kRmXSpkalUmjG5NJrh2SSbsekEnMHo5K5R6NSvYei0v/HotL/x2KS/8dikv/HYpL/x2KS/8d/0UA&#10;AP9NAADlVAAA2VkAAM9bAwDKWwYAxFoPALtbHgC1XC4Br1s7AqpaRgWmWFAIolZZC59VYA6cU2gR&#10;mVJvE5dRdhWVUH0Xk1CEGZBPjRqOTpYcjE6fHopOqh+ITrcgh07IIYVO4iGET/Mgg0//IINP/x+C&#10;UP8fglD/HoJQ/x6CUP8e/0cAAPNRAADfWAAA0V0AAMlgAgDDYAQAvV4NALVgGgCuYSoAqWA3AqRe&#10;QwSfXU0Im1tVC5hZXQ6VWGQRkldrE49WchaNVXkYi1SBGohTiRyGU5IehFKcH4JSpyGAUrQif1LE&#10;I31S3iN8U/EifFP+IXtU/yF7VP8ge1T/IHtU/yB7VP8g/0oAAOlUAADaXAAAzGEAAMNkAAC8ZAIA&#10;tmMKAK9kFwCpZScAo2Q0Ap5jQASZYUoHlV9SC5FeWg6OXWERi1toE4labxaGWXYYhFh9GoFYhhx/&#10;V48efVaZIHtWpCJ5VrEjd1bBJHZW2iR1V+8kdVf9I3VY/yJ1WP8hdVj/IXVY/yF1WP8h/00AAOVX&#10;AADTXwAAyGQAAL9nAAC3aAAAsWcHAKloFACjaSQAnmgyAZlnPQSUZUcHkGRPCoxiVw2IYV4QhV9l&#10;E4NebBaAXXMYfV16Gntcgx15W4wfdluXIXRaoiNyWq8kcVq/JXBa1SVvW+0lb1v8I29b/yJvW/8i&#10;b1v/IW9b/yFvW/8h+k8AAOFaAADPYgAAxGcAALtrAACzbAAArGoEAKRrEgCebCEAmWwvAZRrOgOP&#10;aUQGimhNCYZmVQ2DZVwQgGRiE31iaRV6YnAYeGF4GnVggB1zX4ofcF+UIW5eoCNsXq0la168Jmpe&#10;0SZpXuwlal/7JGpf/yNqX/8ial//Impf/yJqX/8i8FIAAN1dAADLZQAAwGsAALduAACvbwAAp24B&#10;AKBvEACacB8AlHAsAY9vOAOKbUIGhmxLCYJqUgx+aVkPe2hgEndmZhR1Zm4XcmV1GnBkfh1tY4gf&#10;a2OSImliniRnYqslZWK6JmRizyZkYuomZWL6JGVj/yNlY/8iZWP/ImVj/yJlY/8i61UAANhgAADI&#10;aAAAvG4AALNxAACrcwAAonEAAJtyDgCVcxwAkHQqAYpzNgKFckAFgXBICH1vUAt5bVcOdmxeEXNr&#10;ZBRwamwXbWlzGmtpfBxoaIYfZmeQIWRnnCNiZqklYGa5Jl9mzSZfZugmYGb5JGBm/yNgZv8jYWb/&#10;ImFm/yJhZv8i6FgAANNjAADEawAAuXEAALB1AACndwAAnnUAAJZ2DQCQdxkAi3gnAIZ3MwKBdj0E&#10;fHVGB3hzTgt1clUOcXFcEW5wYxRrb2oWaW5xGWZuehxjbYMeYWyOIV9rmiNda6clW2u3JlpryiZa&#10;a+clW2v3JFtq/yNcav8iXGr/Ilxq/yJcav8i41sAAM5mAADAbgAAtnQAAKx5AACjewAAmHkAAJB6&#10;CwCKexYAhXwkAIF8MQF8ezsEd3pEBnN5TApweFMNbHdaEGl2YRNndWgWZHRvGGFzeBtecoEdXHGM&#10;IFpxmCJYcKYkVnC1JVVwyCVVcOUlVXD2JFZv/yNWb/8iV2//Ildv/yJXb/8i318AAMppAAC8cgAA&#10;sngAAKl9AACffwAAkn4AAIp/BwCEgBMAgIEhAHuBLgF3gDkDcoBCBW5/SghrflELaH1YDmR8XxFi&#10;e2YUX3ptF1x5dRlZeH8cV3iKHlR3liFSdqQiUXazI1B2xiRQduMjUHX1I1F1/yJRdP8hUXT/IVF0&#10;/yFRdP8h2GMAAMVtAAC4dgAArn0AAKWCAACagwAAjYMAAISEAwB9hRAAeYYeAHWHKwFxhzYCbYY/&#10;BGmFRwdlhE8KYoNWDV+DXA9cgmMSWoFrFVeAcxhUf30aUX+IHE9+lB9NfqIgS32xIUp9xCJKfeEh&#10;S3z0IUt7/yBLe/8gS3v/IEt7/yBLe/8g0GcAAMByAAC0ewAAqoIAAKCGAACViAAAh4gAAHyKAAB2&#10;jA4Aco0aAG6OJwBqjjIBZo08A2ONRAVgjEwIXItTClqLWg1XimEQVIloElGIcRVPiHoXTIeFGkqG&#10;khxIhqAdRoavHkWFwh5Fhd8eRYTyHkWD/h5Fgv8eRYL/HkWC/x5Fgv8eym0AALp4AACvgQAApYcA&#10;AJqLAACPjQAAgY4AAHSRAABukwoAaZQVAGaVIgBjlS4BYJU4AlyVQQRZlEkGVpRQCFSTVwpRk14M&#10;TpJmD0ySbhFJkXgURpCDFkSQkBhCj54ZQI+tGj+PwBo/j9waP43xGj+M/Rs/i/8bP4v/Gz+L/xs/&#10;i/8bwnMAALV+AACqhwAAn4wAAJSQAACIkwAAe5UAAGyZAABlmwQAYJwQAF2dHQBbnikAWJ40AVWe&#10;PQJSnUUDUJ1NBU2dVAdLnFsJSJxjC0acaw1Dm3UPQZuAET6ajRM8mpsUOpqrFTmavRU5mtkVOZjv&#10;FjmX/BY4lv8XOJX/FziV/xc4lf8Xu3oAAK+FAACkjAAAmJEAAI2VAACBmgAAdZ0AAGigAABbpAAA&#10;VqUMAFOmFwBRpyMAT6cvAEynOAFKp0EBSKdJAkanUARDp1gFQadfBj+maAg9pnIKOqZ9Czimig02&#10;pZkONKWpDzOluw8zpdQPM6TuDzKi+xAyof8RMqH/ETKh/xEyof8RtIIAAKiMAACdkgAAkpcAAIac&#10;AAB5oQAAbaUAAGGpAABVrAAAS68FAEewEABFsBwARLEnAEKxMgBBsjsAP7JDAT2ySwE7slMCObJb&#10;AzeyZAQ1sm4FM7J5BjGyhwcvsZYILrKmCC2yuAksstAILLDsCSuv+Qorrv8LKq3/Cyqt/wsqrf8L&#10;rYsAAKCSAACVmAAAiZ0AAH2jAABxqAAAZK0AAFmxAABNtAAAQrgAADu6CgA4uxMAN7weADW8KQA0&#10;vTIAM707ADK9RAAxvkwAL75VAS6+XgEsvmgBKr50Aim+ggInv5EDJr+iAyS/tAMjv8sDI77oAyO8&#10;9wQiu/8FIrv/BSK7/wUiu/8FpJIAAJiYAACMngAAgKUAAHOrAABnsAAAW7UAAE+5AABEvAAAOsAA&#10;ADDEBAAqxwsAKMgTACfJHQAmyScAJckwACTKOQAjykIAIstLACHLVQAgzF8AH8xsAB3NegAczYoA&#10;G82cABnOrgEYzsUAGM3kABjM9AEYyvwBGMr/AhjK/wIYyv8Cm5kAAI+fAACCpgAAda0AAGizAABc&#10;uQAAUL0AAETBAAA5xAAAMMgAACjMAQAg0AYAGdULABbXEAAV2BkAFdkiABTZKwAT2jQAE9o9ABLb&#10;SAAR3FMAEd1fABDdbQAQ3n4ADt+RAA7gpAAN4LgADODSAAvf7QAM3vcADN37AAzd+wAM3fsAkp8A&#10;AIWnAAB3rgAAarUAAF28AABQwQAARMUAADjJAAAuzQAAJdEAAB7VAAAW2gEAEd4GABDnDQAO5xIA&#10;DegZAAzoIQAL6SkACuoxAAnqOwAH60UABetRAATrXgAD624AAeuAAADqlAAA6qcAAOu8AADr0gAA&#10;6+kAAOzvAADs7wAA7O8Ah6cAAHmvAABrtwAAXr4AAFHFAABDyQAAN80AAC3RAAAj1gAAG9sAABPf&#10;AAAO4wAADO4CAAr2CgAH9g4ABfYSAAP2GAAA9R4AAPUlAAD1LgAA9TcAAPZCAAD2TgAA9l0AAPZu&#10;AAD2gQAA9pUAAPenAAD3twAA+McAAPjQAAD40AAA+NAAe68AAG24AABgwAAAUsgAAETNAAA30QAA&#10;K9cAACHcAAAY4AAAEeQAAAznAAAH7wAABPoAAAH/AwAA/wgAAP8NAAD+EAAA/hQAAP8aAAD/IQAA&#10;/ykAAP8zAAD/PgAA/0sAAP9bAAD/bAAA/4AAAP+SAAD/oQAA/60AAP+zAAD/swAA/7MA/xwmAP8c&#10;JAD/GiUA/xUnAP8RLgD/EDoA/w5HAf8NUwH/C18B/wprAf8KdQH/Cn8B/wqHAf8KjgH/CpUB/wqb&#10;Af8JoAH/CaUA/wmrAP8JsQD/CbgA/wnBAP4JzAD8Cd4A+QnrAPUJ9gDzCf8A8gr/APEK/wHxC/8B&#10;8Qv/AfEL/wHxC/8B/x8jAP8fIQD/HiEA/xkkAP8XLAD/FTcA/xNEAP8RUAH/EFwB/w5nAf8OcgH/&#10;DnsB/w6EAf8OiwH/DpIB/w6YAf8OnQH/DqMB/g6oAfwOrgH7DrUA+g6+APgOyQD1DtsA8g7qAO4O&#10;9QDsDv8B6w//AeoP/wHqEP8B6RD/AekQ/wHpEP8B/yIfAP8iHAD/IRwA/x8gAP8fKQD/HDQA/xpA&#10;AP8XTAH/FVgB/xRjAf8TbgH/E3cB/hOAAfwTiAH6Eo4B+RKVAfgSmgH2EqAB9RKmAfQSrAHzErMB&#10;8RK8AfASxwHtEtgB6RPoAeYT9QHkFP8B4hT/AuEV/wLhFf8C4BX/AuAV/wLgFf8C/yUbAP8mFwD/&#10;JBYA/yUcAP8mJQD/JDAA/yE7AP8fSAD/HVQB/RtfAfkaaQH3GnMB9Bl8AfIZhAHxGYsB7xmRAe4Z&#10;lwHsGZ0B6xmjAekZqgHoGbEB5xm6AeUZxQHjGdUB3xroAdwb9QLYG/8C1Rz/A9Qc/wPTHP8E0hz/&#10;BNIc/wTSHP8E/ykXAP8qEwD/KRIA/ywYAP8sIQD/LCsA/yk3AP0nQwD3JU8B8yNaAe8iZAHsIW4B&#10;6SF3AechfwHlIYYB5CGNAeIglAHhIJoB3yCgAd4gpwHcIa8B2iG4AtghwwLVIdMC0SLnAs0i9APK&#10;I/8EyCP/Bccj/wbGI/8GxiP/BsYj/wbGI/8G/ywSAP8uDwD/MBAA/zMUAP8zGwD/MiUA+jAwAPIu&#10;PADsLEkA5ypVAeMqXwHgKWkB3SlyAdooegHXKIIC1SiJAtMokALRKJYDzyicA84oowPMKKsDyiiz&#10;A8kovgTHKMwExSniBMEq8Qa+Kv4HvCr/CLoq/wi6Kv8IuSr/Cbkq/wm5Kv8J/zAPAP8yCwD/Ng0A&#10;/zgQAP85FQD5Nx4A7zUoAOczNQDgMkIA2zJPANUxWgHQMWQCzTBtAsswdQPJMHwDxy+DBMUvigTE&#10;L5EFwi+XBcEvnga/L6YGvS+vBrwvuQe6L8cHuDDdB7Uw7gmyMPsKsDD/C64w/wuuMP8LrTD/C60w&#10;/wutMP8L/zMMAP82BgD/PAkA/z4MAP09EADvPBUA5DkfANs5LQDSOjwAzTpJAcg5VAHEOV4CwThn&#10;A783bwS9N3YFuzZ9Brk2hAe3NosHtjWSCLQ1mgmzNaEJsTWqCq81tAuuNcELrDXUC6k26gymNvgN&#10;pTb/DqM3/w6iN/8Oojf/DqI3/w6iN/8O/zcHAP87AgD/QAMA8kIFAOlCCQDlPw4A2D4WAM5AJwDH&#10;QTYAwkFEAb1BTwK5QFkDtj9hBLQ+aQaxPXEHrz14CK48fwmsPIYKqjuNC6k7lQynO50NpTumDaM6&#10;sA6iO7wPoDvND5475hCbPPURmjz/EZk8/xGYPP8RmDz/EZg8/xGYPP8R/zoBAP9AAADvRQAA4UgA&#10;ANlIBQDTRgkAzEUSAMRHIgC9SDEAuEg/AbNHSgKwRlQErEVdBapEZAenQ2wIpUJzCqNCeguhQYEM&#10;oEGIDZ5AkA+cQJgQmkChEZhArBKXQLgSlUDIE5NA4RORQfMUkEH/FI9B/xSOQv8TjkL/E45C/xOO&#10;Qv8T/zwAAPlEAADkSgAA2E4AAM5PAgDJTQYAw0sPALtNHQC1Ti0Ar046AatNRgKnTE8EpEtYBqFK&#10;YAieSWcJnEhuC5pHdQ2YRnwOlkaDD5RFixGSRZQSkEWdE45FqBSMRbQVi0XEFopF3BaIRvAWhkb9&#10;FoZG/xaFR/8VhUf/FYVH/xWFR/8V/z8AAOxIAADdTwAAz1MAAMZVAADAUwMAu1EMALNSGQCtUykA&#10;qFM2AaNSQgKfUUsEnFBUBplPXAiWTmMKlE1qDJFMcQ6PS3gPjUt/EYtKhxKJSpAUh0maFYVJpReD&#10;SbEYgknAGIFK1hl/Su0Yfkv8GH5L/xd9S/8XfUv/Fn1L/xZ9S/8W/0MAAOZMAADWUwAAyVgAAMBZ&#10;AAC6WAEAtFYJAKxXFgCmWCUAoVgyAZ1XPgKYVkgElVVRBpJUWAiPUl8KjFJmDIpRbQ6IUHQQhU97&#10;EoNPhBOBTo0Vf06XF31OoRh7Ta4Zek69GnhO0Rp3Tusad0/6GXZP/xl2T/8Ydk//F3ZP/xd2T/8X&#10;+EYAAOJQAADQVwAAxFwAALteAAC0XQAArloGAKZbEwCgXCIAm1wvAJdbOwKSWkUDj1lNBotYVQiI&#10;V1wKhlZjDINVag6BVHEQflR4EnxTgBR6UokWeFKUGHZSnxl0UqsaclK6G3FSzRxwUugbcFP5GnBT&#10;/xpwU/8ZcFP/GHBT/xhwU/8Y70kAAN1TAADLWgAAwF8AALdiAACvYQAAqF4CAKFfEACbYB4AlmAs&#10;AJFgOAGNXkIDiV1LBYVcUgeCW1kKgFpgDH1ZZw57WG4QeFh1EnZXfRR0V4cWclaRGG9WnBpuVqkb&#10;bFa4HGtWyx1qVuYcalf3G2pX/xpqV/8Za1f/GWtX/xlrV/8Z60wAANhWAADIXgAAvGIAALNlAACr&#10;ZQAAo2IAAJxiDgCWYxwAkWQpAIxjNQGIYj8DhGFIBYBgUAd9X1cJel5dC3ddZA11XGsQc1xyEnBb&#10;exRuW4QXbFqPGGpamhpoWqccZlq2HWVayB1lWuQdZVr2HGVa/xtlWv8aZVr/GWVa/xllWv8Z6E8A&#10;ANNZAADEYQAAuWYAALBoAACnaQAAnmUAAJdmDQCRZxkAjGgnAIdnMgGDZj0Cf2VGBHtkTQZ4Y1QJ&#10;dWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4IWZ16NGWVemBpjXqUcYV60HWBexx1gXuMdYF71HGBe/xtg&#10;Xv8aYV7/GmFe/xphXv8a5FIAAM9cAADAZAAAtmkAAKxsAACjbAAAmWkAAJJqCwCMahYAh2skAIJr&#10;MAF+ajoCemlDBHZoSwZzZ1IIcGdZCm1mYA1rZWYPaGRuEWZkdhRkY4AWYmOLGGBilxpeYqQcXGKy&#10;HVtixR1bYuEdW2L0HFti/xtcYv8aXGL/Glxi/xpcYv8a4FUAAMtfAAC9ZwAAsmwAAKlwAACfbwAA&#10;lGwAAIxtCACGbhMAgm8hAH1vLQF5bzgCdW5BA3JtSQVubFAHa2tXCmlrXgxmamUOZGlsEWFpdBNf&#10;aH4WXWeJGFtnlRpZZqIbV2awHFZmwx1WZt8dVmbzHFdm/xtXZv8aV2b/Gldm/xpXZv8a21kAAMdi&#10;AAC6agAAr3AAAKZzAACacwAAj3AAAIdxBQCBchEAfHMeAHhzKgB0czUBcHM/A21yRwVqcU4HZ3FV&#10;CWRwXAtib2MOX29qEF1uchJabXwVWG2GF1ZskxlUbKAbUmuvHFFrwRxRa9wcUWvxG1Jr/hpSav8a&#10;Umr/GVJq/xlSav8Z1FwAAMNmAAC2bgAArHQAAKJ3AACWdgAAiXUAAIF2AQB6dw8AdngbAHJ5JwBv&#10;eTIBa3g8Amh4RARld0wGYndTCF92WgpddWEMWnVoD1h0cBFVc3kTU3OEFlFykBhPcp4ZTXGtGkxx&#10;vxtLcdkbTHHwGkxw/RpNcP8ZTW//GU1v/xlNb/8ZzmAAAL5qAACycgAAqHgAAJ17AACQegAAhHoA&#10;AHp7AAB0fAwAb34XAGx+JABpfy8BZn85AmJ/QgNffkkFXX1QB1p9VwlXfF4LVXxlDVJ7bg9QencS&#10;TnqCFEt5jhZJeZwXSHirGEZ4vRlGeNUZRnfvGEd2/BhHdv8YR3X/F0d1/xdHdf8XyWUAALpvAACu&#10;dwAApH0AAJh/AACLfwAAfn8AAHOBAABsgwkAaIQTAGWFIABihiwAX4Y2AVyGPwJZhUYDV4VOBVSF&#10;VQdShFwJT4NjC02Daw1LgnQPSIJ/EUaBjBNEgZoVQoCpFkGAuhZAgNIWQX/tFkF++xZBff8WQX3/&#10;FkF9/xZBff8WwmoAALV1AACqfQAAn4IAAJKDAACFhAAAeYUAAGqJAABkigMAYIwQAF2NGwBbjicA&#10;WI4yAFWOOwFTjkMCUI5KA06NUgVMjVkGSYxgCEeMaApFi3IMQot9DkCKiQ8+ipgRPIqnEjuKuBI6&#10;is8SO4jrEjuH+hM7hv8TO4b/EzuG/xM7hv8TvHEAAK97AAClgwAAmYcAAIyIAAB/iQAAc4wAAGWQ&#10;AABckwAAV5UMAFSWFgBSliIAUJctAE2XNgBLlz8BSZdHAkeXTgNFllUEQ5ZdBUGWZQY+lW8IPJV6&#10;CTqVhws4lZUMNpSlDTWUtg40lMwNNJPpDTSS+A40kP8PNJD/DzSQ/w80kP8PtXgAAKqCAACeiAAA&#10;k40AAIaOAAB5kAAAbZMAAGGXAABVmwAATZ4GAEmfEABHnxsARqAmAESgMABDoToAQaFCAT+hSQE9&#10;oVECO6FZAjmhYQM3oGsENaB2BTOggwYxoJIHMKCiCC6gswguoMkILp/nCC2d9wktnP8KLZv/Ci2b&#10;/wotm/8Kr4AAAKOJAACXjgAAjZMAAH+VAABymAAAZpwAAFugAABPpAAARacAAD6pDAA8qhQAOqof&#10;ADmqKQA4qzIAN6s7ADWrQwA0rEsAMqxTATGsXAEvrGYCLaxxAiusfwMqrI4DKKyeBCessAQmrMUE&#10;JqvkAyWp9QQlqP8FJaf/BSWn/wUlp/8Fp4kAAJuPAACRlAAAhJkAAHieAABrogAAX6YAAFOqAABI&#10;rQAAPbAAADSzAwAvtQ4ALbUWACy1IAArtikAKrYyACm3OgAot0MAJ7dMACa4VQAkuF8AI7hrACK4&#10;eAEguIgBH7iZAR25qwEcucABHLjfARy28gEbtfwCG7T/Ahu0/wIbtP8Cn48AAJSVAACImwAAe6EA&#10;AG6mAABiqwAAVrAAAEqzAAA/tgAANbkAACy8AAAkvwYAH8INAB3CFAAcwh4AG8MmABrDLwAZxDgA&#10;GMRBABfESgAWxVUAFcVhABTGbwATxn8AEsaRABHHpAAQx7kAD8fUABDG7gAQxPoAEMP/ABDD/wAQ&#10;w/8Al5YAAIucAAB+ogAAcakAAGSvAABYtAAAS7gAAEC7AAA1vgAAK8EAACPFAAAbyQEAFMwGABDQ&#10;CwAO0READdEZAA3RIQAM0SoADNE0AAvSPgAK0kkACdNVAAnTYgAI03IABtSEAAXUmAAE1KsAA9XA&#10;AAHV3AAB1e0AAdX2AAHV9gAB1fYAjp0AAICkAABzqwAAZrEAAFm4AABMvQAAP8AAADTDAAAqxwAA&#10;IcoAABnOAAAS0gAADdYBAAnbBQAG3A0ABNwRAAPdGAAB3iAAAN4oAADfMQAA4DwAAOFHAADiVAAA&#10;42MAAON0AADkiAAA5JsAAOWuAADlwQAA5dUAAObnAADm5wAA5ucAg6QAAHWsAABoswAAWrsAAE3B&#10;AABAxAAAM8gAACjMAAAf0AAAF9QAABDZAAAL3QAABeEAAADkAAAA5QcAAOYNAADnEQAA6BYAAOkd&#10;AADqJQAA6y4AAO05AADvRQAA8FMAAPFkAADxdgAA8ooAAPOcAADzrQAA9LsAAPTIAAD0yAAA9MgA&#10;d60AAGq1AABcvQAAT8QAAEDJAAAzzQAAJ9EAAB3WAAAU3AAADuAAAAjjAAAB5gAAAOoAAADuAAAA&#10;7gAAAO8EAADwCgAA8Q4AAPMSAAD0GAAA9iAAAPgqAAD6NQAA/UMAAP5SAAD/YwAA/3YAAP+JAAD/&#10;mgAA/6YAAP+wAAD/sAAA/7AA/xYjAP8VIQD/ESEA/w0kAP8JKwD/BjcA/wNEAP8AUQD/AF0A/wBo&#10;AP8AcgD/AHsA/wCDAP8AigD/AJEA/wCWAP8AnAD/AKEA/QCmAPsArAD5ALMA9wC7APUAxQDzANEA&#10;8gDkAPEA8QDvAPoA7gD/AO4A/wDtAP8A7QD/AO0A/wDtAP8A/xkgAP8YHQD/FR0A/xAfAP8OKQD/&#10;DDQA/wpBAP8HTQD/BVkA/wRkAP8EbgD/A3cA/wOAAP8DhwD/A40A/QKTAPsCmQD5Ap4A9wKkAPUC&#10;qgDzAbAA8QG4AO8BwgDtAc8A6wHjAOoB7wDoAvsA5wT/AOYF/wDmBv8A5gb/AOYG/wDmBv8A/xwb&#10;AP8bGQD/FxgA/xUdAP8TJQD/ETAA/xA9AP8OSQD/DFUA/wtgAP8LagD9C3MA+wt8APkKgwD3CooA&#10;9QqQAPQKlgDzCpsA8QqhAO8JpwDtCa4A6wm2AOgJwADmCc0A5AniAOIK8ADfC/sA3gz/ANwN/wDc&#10;Df8A2w3/AdsN/wHbDf8B/x8XAP8eEwD/GxIA/xwZAP8bIgD/GCwA/xU4AP8TRAD+ElAA+RFbAPUQ&#10;ZgDzEG8A8BB3AO4QfwDsEIYA6hCMAOkQkgDoEJgA5g+eAOUPpQDjD6wA4Q+0AOAPvgDeD8wA2hDh&#10;ANUR8ADSEvsAzxL/Ac4T/wHNE/8BzRP/AcwT/wHME/8B/yISAP8iDwD/IQ8A/yIUAP8iHAD/ICcA&#10;/x0yAPgbPgDyGUsA7hhWAOoXYADnFmoA5BZyAOIWegDgFoIA3haIANwWjwDbFpUA2RabANYWogDU&#10;FqkA0haxANAXuwDOF8kAzBjeAMgZ7gHFGvsBwxr/AsEb/wLAG/8CwBv/AsAb/wLAG/8C/yYOAP8l&#10;CwD/KAwA/ykQAP8oFgD+JiAA9CQrAOwhOADmIEQA4R9QAN0fWwDZHmUA1R5tANIfdQDQH30Azh+D&#10;AMwfigHLH5AByR+XAcgfngHGH6UBxSCtAcMgtwHBIMQBwCHWAbwi6gK5IvgDtiL/A7Uj/wO0I/8E&#10;syP/BLMj/wSzI/8E/ykLAP8qBQD/LggA/y8MAP8tEADzKxcA6CgiAOAmLwDZJj0A0idKAM0nVQDK&#10;KF8AxyhoAcUobwHDJ3cBwSd+Ab8nhAG+J4sCvCeSArsnmQK5J6ACtyepA7YoswO0KL8DsyjPA7Ap&#10;5gStKfYEqyr/Bakq/waoKv8GqCr/Bqgq/waoKv8G/y0FAP8wAAD/MwIA9jQGAO8yCgDoLhAA3CwY&#10;ANEuKADLLzcAxjBEAMEwTwC+MFkBuzBiAbgwagK2L3ECtS94ArMvfwOxL4YDsC+NA64ulAStLpwE&#10;qy6kBakvrgWoL7oFpi/KBqQw4gahMPMHnzD/CJ4x/widMf8InDH/CJwx/wicMf8I/zAAAP81AADv&#10;OAAA4joAANs5BADWNQkAzjQTAMY2IgC/ODEAujg/ALY4SgGzOFQBsDddAq03ZAKrNmwDqTZzBKg2&#10;eQSmNYAFpDWHBaM1jwahNZcHnzWgB541qgicNbYImzXFCZk13QmWNu8KlDb9CpM3/wqSN/8Kkjf/&#10;CpI3/wqSN/8K/zMAAPY6AADkPwAA2EIAAM5CAQDJPgYAxDsPALs+HQC1PywAsT86AK0/RQGpP08B&#10;pj5YAqM9XwOhPWcEnzxtBZ08dAacO3sGmjuCB5g7igiWO5MJlTqcCpM6pguROrILkDvADI471QyM&#10;POwNijz7DYk8/w2JPP8MiDz/DIg8/wyIPP8M/zcAAOo/AADcRQAAzkkAAMVJAAC/RgIAukMMALNE&#10;GQCtRScAqEY1AKRFQQGgRUsCnURTAppDWwOYQ2IFlkJpBpRBcAeSQXYIkEB+CY5AhgqNQI4Li0CY&#10;DIlAog2HQK4OhUC8D4RAzw+CQekPgUH5D4BB/w+AQv8OgEL/DoBC/w6AQv8O+jsAAOVEAADTSwAA&#10;x04AAL5PAAC4TAAAskkJAKtJFQClSyMAoEsxAJxLPQGYSkcClUlPA5JJVwSQSF4FjkdlBotHaweJ&#10;RnIJiEZ5CoZFgguERYoNgkWUDoBEnw9+RKsQfEW5EXtFyxF6ReYReUb3EXhG/xB4Rv8QeEb/D3hG&#10;/w94Rv8P8D8AAN9JAADNTwAAwVMAALhUAACxUgAAq04FAKROEQCeTyAAmVAtAJVQOQGST0MBjk5M&#10;A4tNUwSJTVoFhkxhBoRLaAiCS24JgEp2C35Kfgx8SYcOekmRD3hJnBB2SagSdEm2EnNJyBNySuMT&#10;cUr1EnFK/xFxS/8RcUv/EHFL/xBxS/8Q7EMAANlMAADIUwAAvVcAALRYAACsVwAApVIBAJ5TDwCY&#10;VBwAk1QpAI9UNQCLU0ABiFNIAoVSUASCUVcFf1BeBn1QZAh7T2sJeU9yC3dOew11ToQOc02OEHFN&#10;mRFvTaUTbU2zFGxNxRRrTuEUa070E2tO/xJrTv8Sa07/EWtO/xFrTv8R6EYAANNQAADEVgAAuVoA&#10;ALBcAACmWgAAn1YAAJhWDQCSVxkAjlgmAIlYMgCGWD0BgldFAn9WTQN8VVQFeVRbBndUYQh1U2gJ&#10;c1NwC3FSeA1vUoEPbVKLEGtRlxJpUaMTZ1GxFGZRwxVlUt4VZVLyFGVS/xNlUv8SZVL/EmVS/xJl&#10;Uv8S5EoAAM9TAADAWgAAtV4AAKxgAACiXgAAmlkAAJJaCwCNWxYAiFwjAIRcLwCAWzoBfVtDAnla&#10;SwN2WVIEdFhYBnFYXwdvV2YJbVdtC2tWdQ1pVn4PZ1aJEWVVlRJjVaEUYlWvFWFVwRZgVdsWYFbx&#10;FWBW/hRgVv8TYVb/EmFW/xJhVv8S4E0AAMtWAAC9XQAAsmEAAKhjAACdYQAAlV0AAI1eCQCHXhMA&#10;g18gAH9fLAB7XzcBd15AAnReSANxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1kWnwPYlqHEWBZkxJe&#10;WaAUXVmuFVtZvxZbWdgWW1nvFVtZ/RRcWf8TXFn/ElxZ/xJcWf8S3FAAAMdZAAC6YAAAr2QAAKRl&#10;AACZZAAAkGAAAIhhBgCCYhEAfmMdAHpjKgB2YzQBc2I9AW9iRgJsYU0EamFUBWdgWgdlYGEIY19p&#10;CmFfcQxfXnoOXV6FEFtekRJZXZ4UWF2sFVddvRZWXdUWVl3uFVdd/BRXXf8TV13/Eldd/xJXXf8S&#10;1lMAAMRcAAC3YwAArGgAAKBoAACVZwAAimMAAINlAgB9Zg8AeGYaAHRnJwBxZzIAbmc7AWtmQwJo&#10;ZksDZWVSBWNlWQZhZF8IXmRnClxjbwxaY3gOWGODEFZijxJUYpwTU2KqFVJiuxVRYtIVUWHtFVJh&#10;+xRSYf8TU2H/ElNh/xJTYf8S0VYAAMBfAACzZgAAqWsAAJxrAACQagAAhWcAAH1pAAB3ag0Ac2sX&#10;AG9rJABsbC8AaWw4AWZrQQJja0kDYWtQBF5qVwZcal0HWmllCVhpbQtVaHYNU2iBD1FnjRFPZ5oS&#10;TmepFE1nuRRMZ88UTGbrFE1m+xNNZv8STmX/Ek5l/xJOZf8SzFoAALxjAACwagAApW8AAJhuAACM&#10;bQAAgGwAAHdtAABxbgsAbW8UAGlwIQBmcSwAZHE2AWFxPgFecUYCXHBNA1lwVAVXcFsGVW9iCFNv&#10;agpQbnMMTm5+DkxtihBKbZgRSWynEkhsuBNHbM0TR2zqE0hr+hJIa/8SSGr/EUhq/xFIav8Rx14A&#10;ALhnAACsbgAAoXIAAJNyAACHcQAAenEAAHFyAABrdAcAZnURAGN2HQBgdygAXnczAFt4PAFZd0MC&#10;VndLA1R3UgRSdlkFUHZgB051aAhLdXEKSXR8DEd0iA5Fc5YPQ3OlEEJzthFBc8sRQnLoEUJy+BFC&#10;cf8QQ3D/EENw/xBDcP8QwWMAALNsAACocwAAm3YAAI51AACBdgAAdXYAAGl4AABjegIAXnwOAFx9&#10;GQBZfiQAV38vAFV/OAFTf0ABUH9IAk5+TwNMflYESn5dBUh9ZQZGfW4IQ3x5CkF8hgs/e5QNPnuj&#10;Djx7sw48e8gOPHrmDjx59w48eP8OPHj/Dj13/w49d/8OvGgAAK9yAACkeQAAlnoAAIh6AAB8egAA&#10;cHwAAGN/AABcggAAV4QLAFOFFABRhiAAT4YqAE6HNABMhzwBSodEAUiHSwJGh1MCRIZaA0KGYgRA&#10;hmwGPoV2BzuFgwg5hZEKOISgCzaEsQs2hMYLNoPkCzaC9gs2gf8MNoD/DDaA/ww2gP8Mtm8AAKp4&#10;AACffwAAkH4AAIN/AAB3gAAAa4IAAF6HAABVigAATowGAEqOEABIjxoAR48lAEWQLwBEkDgAQpBA&#10;AECQRwE/kE8BPZBWAjuQXwI5kGgDN49zBDWPgAUzj44GMY+eBzCOrwcvjsMHL47hBy+M9Agvi/8I&#10;L4r/CC+K/wkviv8JsHYAAKV/AACYhAAAioQAAH2FAABwhwAAZYoAAFqOAABPkgAARpUAAEGYDAA+&#10;mBQAPZkfADuZKAA6mjEAOZo6ADeaQgA2mkoANZpSATOaWgExmmQBL5pvAi2aewIsmooDKpqaAyma&#10;rAQomsAEJ5neAyeX8gQnlv0FJ5X/BSeV/wUnlf8FqX4AAJ6FAACSiQAAhIoAAHaMAABqjwAAXpMA&#10;AFSXAABJmwAAQJ8AADeiBAAyow4AMaMXADCkIQAupCoALaQyACylOgArpUMAKqVLACmlVAAopV4A&#10;JqVpACWldgEjpYUBIqWWASCmqAEfpbsBHqXXAR6k7wEeovsCHqH/Ah6h/wIeof8CooYAAJeMAACL&#10;jwAAfZEAAG+UAABjmAAAV50AAE2hAABDpQAAOKgAADCrAAAorgcAJK8QACOvFwAhryEAILApAB+w&#10;MQAesDoAHbFCAByxTAAbsVYAGrFhABmybwAYsn4AFrKQABWyogAUsrYAE7LOABOx6wATr/kAE67/&#10;AROu/wETrv8Bmo0AAJCSAACElwAAdZoAAGifAABbowAAUKgAAEWsAAA7sAAAMbIAACe1AAAguAAA&#10;GLoHABS8DgATvBUAErweABG9JgARvS4AEL03ABC+QQAOvkwADr5XAA2+ZQAMv3QAC7+GAAq+mQAI&#10;vqwAB77CAAe+3wAIvvAACL36AAi9/AAIvfwAk5QAAIeZAAB6nwAAbKUAAGCqAABTrwAAR7MAADy2&#10;AAAxuAAAJ7sAAB++AAAXwQAAEcQBAAzICAAIyQ4AB8kUAAbJHAAFySQABMosAAPKNgACykAAAMtM&#10;AADLWQAAy2gAAMt5AADMjAAAy58AAMuzAADLyAAAzOIAAMzvAADM8QAAzPEAipoAAHyhAABvpwAA&#10;Yq0AAFWzAABIuAAAO7sAADC+AAAmwQAAHcQAABXIAAAPywAACs4AAATSAgAA0woAANMPAADUFAAA&#10;1RoAANYiAADXKgAA2TQAANo/AADcSwAA3FoAAN1qAADdfQAA3ZEAAN2kAADetgAA3sgAAN7eAADe&#10;4gAA3uIAf6IAAHGpAABksAAAVrcAAEm8AAA8wAAAL8QAACTHAAAbywAAE88AAA3SAAAH1gAAANsA&#10;AADeAAAA3wMAAOAJAADhDgAA4hIAAOMXAADlHgAA5icAAOgxAADqPQAA7EsAAOxaAADtbAAA7oAA&#10;AO6UAADupQAA7rQAAO7CAADuxgAA7sYAdKoAAGayAABYuQAAS8AAAD3FAAAvyQAAJM0AABnRAAAR&#10;1gAAC9sAAAPeAAAA4QAAAOUAAADoAAAA6QAAAOoAAADrBgAA7QsAAO8PAADwEwAA8hoAAPQjAAD3&#10;LgAA+TsAAPtKAAD8WwAA/W0AAP2AAAD+kwAA/qIAAP6tAAD+rwAA/q8A/xAfAP8OHQD/Ch0A/wEg&#10;AP8AKAD/ADUA/wBBAP8ATgD/AFoA/wBlAP8AbgD/AHcA/wB/AP4AhgD8AIwA+wCSAPkAlwD4AJwA&#10;9wCiAPYApwD1AK0A8wC1APIAvQDxAMkA7wDcAO4A6wDtAPcA7AD/AOsA/wDqAP8A6gD/AOoA/wDq&#10;AP8A/xMcAP8RGQD/DRkA/wYcAP8DJQD/ADEA/wA+AP8ASgD/AFYA/wBhAP8AawD9AHMA+gB7APcA&#10;gwD1AIkA9ACPAPIAlADxAJkA8ACfAO4ApADtAKsA7ACyAOoAugDoAMYA5wDWAOUA6ADkAPUA4wD+&#10;AOIA/wDhAP8A4QD/AOEA/wDhAP8A/xUYAP8TFAD/DxQA/w0ZAP8LIgD/CC0A/wQ5AP8BRgD/AFEA&#10;/gBcAPoAZgD2AG8A8gB3AO8AfgDtAIUA6wCLAOoAkQDoAJYA5wCcAOYAoQDkAKgA4wCvAOEAuADf&#10;AMMA3QDRANsA5gDZAPMA1wD9ANUC/wDUAv8A1AP/ANQD/wDUA/8A/xgTAP8VEAD/Eg8A/xIVAP8R&#10;HQD/DigA/ww0AP8KQQD5CEwA9QZXAPEGYQDtBmoA6QVyAOYFegDkBYEA4gWHAOAGjQDfBpIA3QaY&#10;ANsGngDZBqUA1watANQGtQDSBsAA0AfPAM4I5QDMCfQAygv/AMgM/wDHDP8Axwz/AMYM/wDGDP8A&#10;/xsOAP8ZDAD/GA0A/xgRAP8XGAD/FCIA+xEuAPMQOgDtDkYA6A1SAOUNXADhDWUA3g1tANsNdQDY&#10;DXwA1Q2CANMNiQDRDY8A0A2VAM4NnADNDqMAyw6rAMkOtADIDsAAxg7PAMMQ5gDAEfUAvRL/ALwS&#10;/wC7Ev8AuhL/AboS/wG6Ev8B/x8KAP8cBAD/HwgA/x8NAP8dEgD4GhsA7hYmAOYUMwDgEz8A2hNL&#10;ANQTVgDQE18AzhRoAMsUbwDJFHcAxxV9AMYVhADEFYoAwxWRAMEWmADAFp8AvhanALwXsAC7F7wA&#10;uRfLALcY4gCzGfIBsRr/Aa8b/wGuG/8Brhv/Aa0b/wGtG/8B/yIEAP8iAAD/JQIA/CQHAPchDADs&#10;HRIA4RocANgaKgDQGzgAyx1FAMcdUADDHloAwB5iAL4eagC8H3EAuh94ALkffgC3H4UAth+MALQf&#10;kwCzH5oBsSCjAbAgrAGuILcBrCHGAash3QGnIu8CpSL9AqMj/wKiI/8CoiP/AqEj/wKhI/8C/yUA&#10;AP8oAADyKgAA5SsAAN8oBQDcIQsA0iEUAMkkJADDJTIAviY/ALonSgC3J1QAtCddALInZACwJ2wA&#10;ridyAa0neQGrJ38BqieGAagnjgGnJ5YCpSeeAqMoqAKiKLMCoCjBAp8o1QKcKewDmir6A5gq/wSX&#10;Kv8Elyr/BJYq/wSWKv8E/ygAAPUuAADlMwAA2jUAANAzAQDMLQYAxioQAL4tHgC4LiwAsy86AK8v&#10;RQCsME8AqS9YAKcvXwGlL2YBoy9tAaEvcwKgLnoCni6BAp0uiQKbLpEDmS6aA5gupASWL68ElS+9&#10;BJMvzwSRMOgFjzD4BY0x/wWNMf8FjDH/BYwx/wWMMf8F/y0AAOo1AADcOgAAzj0AAMY8AADANwIA&#10;uzMNALM0GQCuNicAqTc0AKU3QACiN0oAnzdTAZ02WgGbNmEBmTZoApc1bwKVNXUDlDV8A5I1hASQ&#10;NY0EjzWWBY01oAWLNasGijW5Bog1ygeHNuUHhTb2B4Q3/weDN/8Hgzf/B4I3/weCN/8H9DIAAOM7&#10;AADSQQAAxkQAAL1DAAC3PwAAsTsJAKo7FAClPCIAoD0wAJ09OwCZPUUAlj1OAZQ8VgGSPF0CkDxj&#10;Ao47agOMO3EEijt4BIg6gAWHOogGhTqSBoM6nAeBOqgIgDq1CX47xgl9O+EJezzzCXs8/wl6PP8I&#10;ejz/CHo8/wh6PP8I7jcAAN1BAADLRgAAv0kAALZJAACuRgAAqUEEAKNBEQCdQh4AmEMrAJVDNwCR&#10;Q0EAjkJKAYxCUgGJQVkCh0FfA4VBZgODQG0EgUB0BYBAewZ+P4QHfD+OCHo/mQl4P6UKd0CyCnVA&#10;wwt0QN0Lc0HxC3JB/wpyQf8KckH/CXJB/wlyQf8J6TwAANVFAADFSwAAuk4AALBOAACnSwAAokYA&#10;AJtGDgCWRxoAkUgnAI5IMwCKSD0Ah0dGAYRHTgGCRlUCgEZcA35FYgR8RWkEekVwBXhEeAZ2RIEI&#10;dESLCXJElgpwRKILb0SvDG5EwAxtRdkNbEXvDGtF/QtrRv8La0b/CmtG/wprRv8K5UAAAM9JAADB&#10;TwAAtVIAAKtSAAChTwAAm0oAAJRKDACPSxcAi0wkAIdMLwCETDoAgUxDAX5LSwF7S1ICeUpYA3dK&#10;XwR1SWYFc0ltBnFJdQdvSX4IbUiICWtIkwtqSJ8MaEitDWdJvQ1mSdQOZUntDWVK/AxlSv8LZUr/&#10;C2VK/wtlSv8L4EQAAMtNAAC9UgAAslYAAKZVAACcUgAAlU4AAI5OCQCJTxQAhVAgAIFQLAB+UDcA&#10;e1BAAXhQSAF1T08Cc05VA3FOXARvTmMFbU1qBmtNcgdpTXsIZ02FCmVNkQtkTJ0MYk2rDWFNuw5g&#10;TdEOYE3sDmBN+w1gTf8MYE3/C2BN/wtgTf8L3EcAAMdQAAC5VgAArlkAAKJYAACYVgAAkFEAAIlS&#10;BgCDUxEAf1MdAHtUKQB4VDQAdVQ9AXJTRQFwU0wCbVJTAmtSWQNpUmAEZ1FnBmVRbwdjUXgIYlGD&#10;CmBRjwteUJsNXVCpDltRuQ5bUc4PWlHqDltR+g1bUf8MW1H/DFtR/wtbUf8L1koAAMNTAAC2WQAA&#10;q1wAAJ5aAACTWQAAi1QAAIRWAwB+VhAAelcaAHZXJgBzWDEAcFc6AG1XQgFqV0kCaFZQAmZWVwNk&#10;Vl4EYlVlBWBVbQdeVXYIXVWBCltVjQtZVJoNWFSnDlZVuA9WVcwPVlXpDlZV+Q1WVf8NV1T/DFdU&#10;/wxXVP8M0U0AAMBWAACzXAAAp14AAJpdAACPXAAAhlgAAH9ZAAB5Wg0AdFsXAHFbIwBuWy4Aa1s3&#10;AGhbQAFlW0cBY1pOAmFaVQNfWlwEXVpjBVxaawZaWXQIWFl/ClZZiwtUWZgNU1imDlJZtg5RWcoP&#10;UVnnDlFY+A1SWP8NUlj/DFJY/wxSWP8MzVEAALxZAACwXwAAo2EAAJZgAACLXwAAgVsAAHldAABz&#10;XgwAb14VAGtfIABoXysAZmA1AGNgPQFhX0UBX19MAl1fUwNbX1oEWV5hBVdeaQZVXnIIU159CVFd&#10;iQtQXZYMTl2kDU1dtA5MXcgOTF3mDk1d9w1NXP8MTVz/DE5c/wxOXP8MyVQAALlcAACtYwAAn2MA&#10;AJJjAACHYgAAfGAAAHRhAABuYgkAaWMSAGZjHQBjZCgAYWQyAF5kOwBcZEMBWmRKAlhkUQJWZFgD&#10;VGRfBFJjZwVQY3AHTmN6CExihgpLYpQLSWKiDEhisg1HYscNR2LkDUhh9gxIYf8MSGD/C0lg/wtJ&#10;YP8LxFgAALVgAACqZgAAm2YAAI1mAACCZQAAdmQAAG5lAABoZgUAY2cQAGBoGgBdaSUAW2ovAFlq&#10;OABXakABVWpHAVNqTgJRalUDT2ldBE1pZAVLaW0GSWh4B0dohAlGaJIKRGehC0NnsQxCZ8UMQmfi&#10;DEJm9QxDZv8LQ2X/C0Nl/wtDZf8Lv1wAALFkAACmagAAlmkAAIlpAAB9aQAAcWkAAGdqAABibAEA&#10;XW0NAFluFgBXbyEAVXArAFNwNQBRcD0AUHBFAU5wTAFMcFMCSnBaA0hwYgRGb2sFRG91BkJvggdA&#10;bo8JP26eCj1urwo9bsIKPG7gCj1t9Ao9bP8KPWv/Cj5r/wo+a/8KumAAAK1pAACgbgAAkW0AAIRt&#10;AAB4bQAAbG4AAGFwAABbcgAAVnQKAFJ1EgBQdh0ATncnAEx3MQBLeDkASXhBAEh4SQFGeFABRHdX&#10;AkJ3XwNAd2gDPndzBDx2fwY6do0HOXacCDd1rQg3dcAINnXeCDd08gg3c/4IN3L/CDdy/wg3cv8I&#10;tWYAAKlvAACacQAAi3EAAH5xAABzcgAAaHMAAFx2AABUeQAATnsFAEp9DwBIfhgARn8jAEV/LABD&#10;gDUAQoA9AEGARQA/gEwBPYBUATyAXAI6f2UCOH9vAzZ/fAQ0f4oEMn+aBTF+qgYwfr0GMH7aBjB9&#10;8AYwe/0GMHv/BjB6/wYwev8GsGwAAKR1AACUdQAAhnUAAHl2AABudwAAY3kAAFd9AABPgQAAR4QA&#10;AEKGDAA/hxMAPYgdADyIJwA7iTAAOok4ADiJQAA3iUgANolPADSJWAEziWEBMYlsAS+JeAItiYcC&#10;LImXAyqIpwMpiLoDKYjUAymG7gMphfwEKYT/BCmE/wQphP8EqnQAAJ57AACOegAAgHoAAHR7AABo&#10;fgAAXYEAAFKFAABJiQAAQYwAADmQBQA1kQ8AM5IXADKSIQAxkikAMJMyAC6TOgAtk0EALJNKACuU&#10;UgAqlFwAKJRnACeUcwEllIIBJJSTASKTpAEhk7cBIJPPASGS7AEgkPoCII//AiCP/wIgj/8CpHwA&#10;AJeAAACHfwAAe4AAAG6CAABihQAAV4kAAE2OAABCkgAAOpYAADKZAAAqnAkAKJ0RACadGQAlnSIA&#10;JJ4qACOeMgAinjoAIZ5CACCeSwAfn1UAHp9gAByfbQAbn3wAGp+NABifnwAXn7IAFp/JABae6AAW&#10;nPcAFpv/AReb/wEXm/8BnYMAAI+GAACChgAAdIcAAGeLAABbjwAAUJMAAEaYAAA8nAAAM6AAACuj&#10;AAAjpgAAHKgLABqpEQAYqRgAF6khABaqKQAVqjEAFKo5ABOqQwATq00AEqtYABGrZQAQq3QADquG&#10;AA6rmQANq6wADKvBAAyq3wAMqfIADaj8AA2o/wANqP8AlooAAImMAAB6jQAAbJEAAGCVAABUmgAA&#10;SZ8AAD+jAAA1pwAAK6oAACOuAAAbsAAAFLMBAA+1CgANthAADLYWAAu2HwAKticACbYvAAi2OQAH&#10;t0MABrdPAAS3WwADt2oAArd7AAC3jgAAt6EAALa0AAC2ywAAtuUAALXxAAC19wAAtfcAj5EAAIGU&#10;AABylwAAZZwAAFihAABMpgAAQasAADevAAAssgAAI7UAABq4AAATuwAADr0AAAnABQADwQ0AAMER&#10;AADBFwAAwh4AAMImAADCLwAAwzkAAMREAADEUAAAxF4AAMVvAADFgQAAxZUAAMWoAADFvAAAxNEA&#10;AMTmAADE7gAAxO4AhpgAAHmeAABrowAAXakAAFCuAABEswAAN7YAACy5AAAivAAAGb8AABHCAAAM&#10;xQAABsgAAADLAAAAzAcAAMwNAADNEQAAzRYAAM4dAADPJAAA0C0AANI4AADURAAA1FIAANVhAADV&#10;cwAA1ocAANabAADWrQAA178AANjOAADY3QAA2N0Ae6AAAG6mAABgrQAAU7MAAEW4AAA4vAAAK78A&#10;ACHCAAAXxgAAEMkAAArMAAAC0AAAANQAAADXAAAA2AAAANoFAADbCwAA3A4AAN4TAADfGQAA4SEA&#10;AOMqAADlNgAA50MAAOdTAADoZAAA6XcAAOmMAADqnwAA6q4AAOq6AADqwwAA6sMAcKgAAGKvAABV&#10;tgAAR7wAADnAAAAsxAAAIMgAABbMAAAO0AAAB9QAAADZAAAA3QAAAOEAAADjAAAA5AAAAOYAAADn&#10;AQAA6QcAAOsMAADsEAAA7hUAAPAdAADzJwAA9jMAAPdDAAD4VAAA+WYAAPl6AAD6jgAA+p4AAPup&#10;AAD7sAAA+7AA/wsbAP8HGQD/ABkA/wAcAP8AJQD/ADIA/wA/AP8ASwD/AFcA/wBiAP8AawD/AHMA&#10;/QB7APsAggD6AIgA+ACNAPcAkgD2AJgA9QCdAPQAogDzAKkA8QCwAO8AuADuAMMA7ADRAOsA5gDp&#10;APMA6AD+AOgA/wDoAP8A6AD/AOgA/wDoAP8A/w4YAP8KFQD/ARQA/wAYAP8AIgD/AC4A/wA7AP8A&#10;RwD/AFMA/QBeAPoAZwD3AG8A9QB3APMAfgDyAIQA8ACJAO8AjwDuAJQA7ACaAOsAnwDpAKUA6ACs&#10;AOYAtADkAL8A4wDMAOEA4gDfAPAA3gD7AN4A/wDdAP8A3QD/ANwA/wDcAP8A/xATAP8NEQD/BhAA&#10;/wIVAP8AHgD/ACkA/wA2AP8AQgD6AE4A9ABZAPEAYgDuAGsA7AByAOoAeQDoAH8A5wCFAOUAiwDk&#10;AJAA4gCWAOEAnADfAKIA3QCpANoAsQDYALsA1QDIANIA3QDRAO0A0AD5AM8A/wDOAP8AzQD/AM0A&#10;/wDNAP8A/xEPAP8ODQD/DA0A/wsSAP8HGQD/AiQA/wAwAPYAPADvAEkA6gBTAOcAXQDkAGYA4QBt&#10;AN8AdADdAHsA2wCBANkAhgDWAIwA1ACSANIAmADQAJ4AzgCmAMwArgDKALgAyADEAMYA1wDFAOoA&#10;wwD3AMIA/wDBAf8AwAL/AMAC/wDAAv8A/xQLAP8QBgD/EAkA/xAOAP8OFAD/Ch4A9QYpAOsENgDj&#10;A0IA3wNOANsEVwDWBGAA0wRoANAEbwDOBXYAzAV8AMoFggDJBYgAxwWOAMYFlADEBZsAwgWjAMAG&#10;qwC+BrUAvQbCALsI1AC6CekAtwv4ALUM/wC0DP8AtAz/ALQM/wC0DP8A/xcEAP8UAAD/FgMA/xQJ&#10;AP8RDgDyDhUA6AwhAN4KLgDWCzsA0AxHAMwMUQDJDFoAxg1iAMQNagDCDXEAwA13AL8NfQC9DoMA&#10;vA6KALoOkQC5DpgAtw6gALYOqQC0D7QAsg/BALEQ1ACuEesAqxL6AKkS/wCoE/8ApxP/AKcT/wCn&#10;E/8A/xoAAP8bAAD5GwAA6xkAAOUUBgDlEA4A2Q4XAM8RJgDIEjQAxBNAAL8USwC8FFQAuRVdALcV&#10;ZAC1FWsAtBVxALIVeACxFn4ArxaFAK4WjACsFpQAqxecAKkXpgCnGLAAphi9AKQYzwCiGucAnxr3&#10;AJ0b/wGcG/8BnBv/AZsb/wGbG/8B/x0AAPchAADoJAAA3SUAANQhAQDPGwgAyhcRAMIaIAC8HC0A&#10;tx06ALMeRQCwHk8ArR5XAKseXwCpH2YAqB9sAKYfcwClH3kAox+AAKIfhwCgII8AnyCYAJ0gogCb&#10;IKwBmiG5AZghygGWIuQBlCP1AZIj/wGRI/8BkCP/AZAj/wGQI/8B/yIAAOspAADdLgAAzy8AAMct&#10;AADBJwMAvSINALYjGgCwJSgArCY0AKgmQAClJ0kAoidSAKAnWgCeJ2EAnCdnAJsnbQCZJ3QAmCd7&#10;AZYnggGVJ4sBkyeUAZEongGQKKkBjii1Ao0pxgKLKd8CiSryAocq/wKGKv8Chir/AoYq/wKGKv8C&#10;9CgAAOMxAADRNgAAxTgAALw2AAC2MAAAsisJAKssFACmLSIAoi4vAJ4uOgCbLkQAmC9NAJYvVQCU&#10;LlwAki5iAJAuaQGPLm8BjS52AYwufgGKLoYCiC6PAocumgKFL6UDgy+yA4IvwgOBMNoDfzDvA30x&#10;/gN9Mf8DfDH/A3wx/wN8Mf8D7S8AANs3AADJPQAAvj4AALM8AACsOAAApzMEAKIyEQCdNB0AmTUq&#10;AJU1NQCSNUAAjzVJAI01UACLNVcAiTVeAYc1ZAGFNGsBhDRyAoI0eQKANIICfjSLA300lgN7NaEE&#10;eTWuBHg1vgV3NtQFdjbtBXQ3/AV0N/8EdDf/BHQ3/wR0N/8E5zUAANI9AADDQgAAuEQAAKxCAACk&#10;PgAAnzkAAJo4DgCUOhkAkDomAI07MQCKOzsAhztEAIQ7TACCO1MBgDpaAX46YAF9OmcCezpuAnk6&#10;dQJ3On4DdjqIBHQ6kwRyOp4FcTqrBW87uwZuO88GbTvqBm08+gZsPP8FbDz/BWw8/wVsPP8F4jkA&#10;AMxCAAC+RwAAsUgAAKVGAACdQwAAlz8AAJI+CwCNPxUAiT8hAIVALQCCQDcAf0BAAH1ASAB7QE8B&#10;eUBWAXc/XQF1P2MCcz9qAnE/cgNwP3oDbj+EBGw/kAVrP5wGaT+pBmg/uAdnQMwHZkDoB2ZA+QZl&#10;QP8GZUD/BmVA/wVlQP8F3D4AAMdGAAC5SwAArEwAAKBKAACXRwAAkUMAAItDCACGQxIAgkQeAH5E&#10;KQB7RTQAeUU9AHZFRQB0REwBckRTAXBEWQFuRGACbENnAmtDbwNpQ3cEZ0OBBWZDjQZkQ5kGYkOn&#10;B2FEtghgRMoIYETmCF9F+AdfRf8HYEX/BmBE/wZgRP8G1kEAAMNJAAC2TgAAp08AAJtNAACSSwAA&#10;jEcAAIVHBACARxAAfEgaAHhIJgB1STAAc0k6AHBJQgBuSUkBbEhQAWpIVgFoSF0CZkhkAmVIbANj&#10;SHUEYUd/BWBHigZeSJcHXUilCFtItAhbSMcJWkjkCFpJ9ghaSf8HWkj/BlpI/wZaSP8G0UUAAL9M&#10;AACyUgAAo1EAAJdQAACNTgAAhkoAAIBKAQB6Sw4AdkwXAHJMIwBvTC0AbU02AGpMPwBoTEYAZkxN&#10;AWRMUwFiTFoCYUxhAl9MaQNeTHIEXEx8BVpMiAZZTJUHV0yjCFZMsghVTMYJVUziCVVM9QhVTP8H&#10;VUz/B1ZM/wZWTP8GzEgAALxQAACvVQAAoFQAAJNTAACJUQAAgU0AAHpOAAB1TwwAcE8VAG1QIABq&#10;UCoAZ1AzAGVQPABjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNZUHAEV1B6BVVQhgZUUJMHUlChCFFQ&#10;sQlQUMQJUFDhCVBQ9AhRUP8HUU//B1FP/wZRT/8GyUsAALlTAACrVwAAnFYAAI9VAACFVAAAfFAA&#10;AHVRAABwUgkAa1MSAGhUHQBlVCcAYlQxAGBUOQBeVEEAXFRIAVpUTwFZVFYBV1RdAlZUZQNUVG4E&#10;UlR4BVFUhAZPVJEHTlSgCExUrwhMVMIJS1TfCUxU8whMU/8HTFP/B01T/wZNU/8GxU4AALZWAACn&#10;WgAAmFkAAItYAACBVwAAd1QAAHBVAABqVgYAZlcQAGJXGgBgWCQAXVguAFtZNwBZWT8AV1lGAFZZ&#10;TQFUWVQBU1lbAlFZYwJPWGwDTlh2BExYggVKWI8GSVieB0hYrghHWMAIR1jdCEdY8ghHV/8HSFf/&#10;B0hX/wZIV/8GwVEAALJZAACjXAAAlFsAAIdbAAB9WgAAclgAAGtZAABlWgMAYFsOAF1cFwBaXCEA&#10;WF0rAFZdNABUXjwAU15EAFFeSwFQXlIBTl5ZAkxeYQJLXWoDSV10BEddgAVFXY0GRF2cB0NdrAdC&#10;Xb4IQl3aCEJc8QdCXP4HQ1v/BkNb/wZDW/8GvVUAAK9dAACfXwAAkF4AAINeAAB4XQAAbVwAAGVd&#10;AABfXwAAWmAMAFdhFABVYh4AUmIoAFFjMQBPYzkATmNBAExjSABLY08BSWNWAUdjXgJFY2cCRGNx&#10;A0JjfQRAYosFP2KaBj5iqgY9YrwHPGLWBz1h7wY9Yf0GPmD/Bj5g/wY+YP8GuVkAAKthAACaYQAA&#10;i2EAAH9hAAB0YQAAaWEAAF9iAABZZAAAVGYJAFFnEQBOZxoATGgkAEtpLQBJaTYASGk+AEZqRQBF&#10;akwAQ2pUAUJqXAFAaWUCPmlvAjxpewM7aYkEOWmYBThoqAU3aLoFN2nTBTdo7gU3Z/wFOGb/BThm&#10;/wU4Zv8FtF4AAKdlAACVZQAAhmQAAHplAABvZQAAZGYAAFloAABSagAATWwEAEluDgBHbhYARW8g&#10;AERwKQBCcDIAQXA6AEBxQgA/cUkAPXFRADxxWQE6cWIBOHFsAjZweAI1cIYDM3CVAzJwpgQxcLgE&#10;MHDQBDFv7AQxbvsEMW3/BDFs/wQxbP8Er2QAAKFpAACPaAAAgWgAAHVpAABraQAAYGsAAFVuAABN&#10;cQAARnMAAEJ1CwA/dhIAPXccADx3JQA6eC0AOXg1ADh5PQA3eUUANnlNADV5VQAzeV4AMXloATB5&#10;dAEueYMCLXmSAit4owIqeLUCKnjMAip36gIqdvkDKnX/Ayp0/wMqdP8DqmoAAJptAACJbAAAfG0A&#10;AHBtAABmbgAAW3EAAFB1AABIeAAAQXsAADp+BQA2fw4ANIAWADOBIAAygSgAMIEwAC+COAAugkAA&#10;LYJIACyCUAArgloAKoJkACiCcAAmgn8BJYKPASSCoAEjgrIBIoLJASKB5wEif/cBIn7/AiJ9/wIi&#10;ff8CpXEAAJNxAACDcQAAdnEAAGxyAABgdQAAVngAAEx8AABDgAAAO4MAADOGAAAtiQoAKooRACmL&#10;GQAniyIAJosqACWMMQAkjDkAI4xCACKNSgAhjVQAII1eAB+NawAdjXkAHI2KABuNnAAZja4AGIzE&#10;ABiM4wAZivUAGYn/ARmI/wEZiP8BnXcAAIx2AAB9dgAAcncAAGV5AABafAAAUIAAAEaEAAA8iQAA&#10;NIwAAC2QAAAlkwIAH5UMAB2WEgAclhoAG5ciABqXKgAZlzIAGJg6ABeYQwAWmE0AFZhYABSYZAAT&#10;mHMAEZiEABCYlgAQmKkADpi/AA6X3QAPlvIAEJX8ABCU/wAQlP8AlX0AAIV8AAB4fAAAa34AAF+B&#10;AABUhgAASooAAECPAAA2kwAALZcAACaaAAAenQAAF6ADABKiDAAQoxIAEKMZAA+jIQAOpCkADqQx&#10;AA2kOgAMpEUAC6RQAAqkXAAJpGoAB6R7AAajjgAEo6EAAqO0AAOiywADouYAA6HzAAOh+wADofsA&#10;jYMAAH+CAABxhAAAZIcAAFiMAABNkQAAQpYAADiaAAAvngAAJqIAAB6lAAAXqAAAEasAAAyuBwAH&#10;rw0AA68SAAKvGQABryEAAK8pAACwMgAAsDwAALBHAACwUwAAsGEAALBxAACwgwAAr5cAAK+qAACv&#10;vwAArtkAAK7rAACu9AAArvQAh4kAAHiKAABqjgAAXZMAAFGYAABFnQAAO6IAADCmAAAnqgAAHq4A&#10;ABaxAAAQtAAAC7YAAAW5AwAAugoAALoOAAC6EwAAuxkAALshAAC8KAAAvDEAAL08AAC+SAAAvlYA&#10;AL5lAAC+dwAAvowAAL6fAAC9swAAvscAAL7eAAC96wAAvesAf5IAAHCVAABimgAAVZ8AAEmlAAA9&#10;qwAAMq8AACi0AAAetgAAFbkAAA68AAAJvwAAAsIAAADEAAAAxQQAAMYKAADGDgAAxxIAAMgYAADJ&#10;HwAAyicAAMwwAADOPAAAzkkAAM9ZAADPagAAz34AAM+TAADPpgAAz7gAAM/IAADP2wAAz9sAd5wA&#10;AGihAABbpwAATq4AAEG0AAA0twAAKLoAAB29AAATwAAADcQAAAbHAAAAygAAAM4AAADQAAAA0QAA&#10;ANICAADTCAAA1QwAANYQAADZFQAA2xwAAN0kAADgLwAA4jwAAONLAADkXAAA5G8AAOWDAADlmAAA&#10;5akAAOW2AADlwwAA5cMAbKUAAF+sAABRsgAARLkAADW8AAAowAAAHMQAABLIAAAMywAAA88AAADT&#10;AAAA2AAAANwAAADfAAAA3wAAAOEAAADjAAAA5AMAAOYIAADoDQAA6REAAOwYAADuIgAA8S4AAPM8&#10;AAD0TQAA9V8AAPZzAAD3hwAA95kAAPilAAD4sAAA+LAA/wMXAP8AFQD/ABUA/wAYAP8AIwD/AC8A&#10;/wA8AP8ASAD/AFQA/wBeAP8AZwD9AG8A+wB2APkAfQD4AIMA9gCIAPUAjgD0AJMA8gCYAPEAngDw&#10;AKQA7gCrAO0AswDrAL0A6gDLAOgA4QDnAPEA5gD9AOUA/wDkAP8A5AD/AOQA/wDkAP8A/wcTAP8A&#10;EQD/ABEA/wAVAP8AHwD/ACsA/wA3AP8ARAD+AE8A+gBaAPcAYwD0AGsA8gByAPAAeQDvAH8A7QCE&#10;AOsAigDqAI8A6ACUAOcAmgDlAKAA5ACnAOIArwDgALkA3gDGANwA2gDaAOwA2AD5ANYA/wDWAP8A&#10;1wD/ANgA/wDYAP8A/woQAP8DDgD/AA0A/wASAP8AGgD/ACYA/AAyAPcAPwD0AEoA8QBVAO0AXgDq&#10;AGYA6ABuAOUAdADjAHoA4gCAAOAAhQDeAIsA3ACQANsAlgDYAJwA1QCjANMAqwDRALUAzgDBAMwA&#10;0QDLAOcAyQD1AMgA/wDIAP8AyAD/AMgA/wDIAP8A/wwMAP8GCAD/AgoA/wAPAP8AFQD8ACAA8QAs&#10;AOwAOQDpAEUA5QBPAOEAWQDeAGEA2wBoANcAbwDUAHUA0gB7ANAAgADOAIYAzACMAMsAkgDJAJgA&#10;xwCgAMUAqADDALEAwQC8AL8AywC9AOMAvADyALsA/QC7AP8AugD/ALoA/wC6AP8A/w4FAP8JAAD/&#10;CQUA/wYLAP8BEADwABkA5gAlAOEAMgDcAD8A1gBJANEAUwDOAFsAywBjAMgAagDGAHAAxQB2AMMA&#10;ewDBAIEAwACHAL4AjgC8AJQAuwCcALkApAC3AK4AtQC5ALMAyACxAN8AsAHvAK8B+wCuAv8ArQP/&#10;AK0D/wCtA/8A/xAAAP8OAAD/DQAA9gsDAPIHCgDiAREA2wIdANIDKwDMAzcAyARDAMQETQDBBFYA&#10;vgVdALwFZAC6BWsAuAVxALcFdgC1BXwAswaDALIGiQCwBpEArweZAK0HoQCrB6sAqQi3AKgJxgCm&#10;Ct0ApQvwAKMM/QCiDf8AoQ3/AKEN/wCgDf8A/xEAAPwSAADsEwAA4hMAANsPAwDWCQsAzggUAMYK&#10;IgDADDAAvA08ALgNRgC1DU8Asg5XALAOXwCuDmUArQ5rAKsOcQCqDngAqA5+AKcPhQClD40ApA+W&#10;AKIQnwCgEKkAnxC1AJ0RxQCbEd4AmRLxAJcT/wCWFP8AlRT/AJUU/wCUFP8A/xUAAO0bAADgHwAA&#10;0h8AAMkbAADEFAUAwRAOALoSGwC0EykAsBQ1AKwVQACpFUkAphVSAKQWWQCiFmAAoRZmAJ8WbACe&#10;FnIAnBZ5AJsXgACZF4gAmBeRAJYYmwCUGKYAkxmyAJEZwQCQGtgAjRvuAIsc/QCKHP8Aihz/AIkc&#10;/wCJHP8A9B0AAOQlAADTKQAAxyoAALwmAAC2IAAAtBkLAK4aFQCoHCMApB0vAKEeOgCeHkQAmx5M&#10;AJkeVACXH1sAlR9hAJQfZwCSH20AkR90AI8gfACOIIQAjCCNAIoglwCJIaIAhyGuAIYivQCFItEB&#10;giPrAYEk+wGAJP8BfyT/AX8k/wF/JP8B7CUAANstAADJMQAAvDEAALEuAACrKQAApyQFAKMjEQCe&#10;JB0AmiUqAJYmNQCTJj8AkSZHAI8mTwCNJlYAiydcAIknYgCIJ2kAhidvAIUndwCDJ38AgSeJAYAo&#10;kwF+KJ4BfSmrAXspuQF6Kc0BeCroAXcr+QF2K/8Bdiv/AXUr/wF1Kv8B5SwAANA0AADBOAAAszgA&#10;AKg1AACiMQAAnS0AAJkqDgCUKxgAkCwkAI0tMACKLToAhy1DAIUtSgCDLVEAgS5YAIAuXgB+LmQA&#10;fS5rAHsucwF5LnsBeC6FAXYujwF0L5sBcy+oAnEvtgJwMMkCbzDlAm4x9wJtMf8CbTH/Am0x/wJt&#10;Mf8C3zIAAMk5AAC7PgAArD0AAKE6AACaNwAAlTMAAJAxCgCMMRQAhzIgAIQzKwCBMzUAfzM+AH0z&#10;RgB7M00AeTNUAHczWgB2M2EAdDNnAXI0bwFxNHcBbzSBAW40jAJsNJgCajWlAmk1swNoNcYDZzbi&#10;A2Y29QNmNv8CZjb/AmY2/wJmNv8C2DcAAMQ+AAC1QgAApkEAAJs/AACTPAAAjTgAAIg2BwCENxEA&#10;gDccAHw4JwB6ODEAdzk6AHU5QgBzOUkAcTlQAHA5VwBuOV0AbDlkAWs5awFpOXQBaDl+AmY5iQJk&#10;OZUDYzqiA2I6sQNhOsMDYDvgBF878wNfO/8DXzv/A187/wJfO/8C0TsAAMBCAACwRQAAoUQAAJVD&#10;AACNQAAAhz0AAII7AgB9Ow4AeTwYAHU9IwBzPS0AcD02AG49PwBsPUYAaz1NAGk9UwBnPVoAZj1h&#10;AWQ9aAFjPXEBYT57Al8+hgJePpMDXD6gA1s/rwRaP8EEWj/dBFk/8gRZP/8DWT//A1k//wNZP/8D&#10;zD8AALxGAACrSAAAnEcAAJFGAACIRAAAgkAAAHw/AAB3QAwAc0AVAG9BIABsQSoAakEzAGhBOwBm&#10;QkMAZEJKAGNBUABhQVcAYEJeAV5CZQFdQm4CW0J4AlpChANYQpADV0KeBFZDrQRVQ78EVEPaBFRD&#10;8QRUQ/4DVEP/A1RD/wNUQ/8DyEIAALhJAACnSwAAmEoAAI1JAACDRwAAfUMAAHZDAABxRAoAbUQS&#10;AGpFHQBnRScAZEUwAGJFOABgRT8AX0VHAF1FTQBbRVQAWkZbAVlGYwFXRmwBVkZ2AlRGgQNTRo4D&#10;UkecBFBHqwRQR70ET0fWBU9H7wRPR/0ET0f/A09H/wNQR/8DxEUAALVNAACjTQAAlUwAAIlLAAB/&#10;SgAAeEYAAHFHAABsRwcAaEgQAGRIGgBhSSQAX0ktAF1JNQBbST0AWUlEAFdJSgBWSVEAVUpZAVRK&#10;YQFSSmkBUUp0Ak9KfwNOSowDTUqbBExLqgRLS7wESkvTBUpL7gRLS/0ES0r/A0tK/wNLSv8DwUgA&#10;ALJQAACgTwAAkU8AAIVOAAB7TQAAc0kAAGxKAABnSwQAYkwOAF9MFwBcTSEAWk0qAFhNMgBWTToA&#10;VE1BAFNOSABSTk8AUE5XAU9OXwFOTmcBTE5yAktOfQJJTosDSE6ZBEdPqARGT7oERk/RBEZP7QRG&#10;TvwERk7/A0dO/wNHTv8DvUwAAK5SAACcUQAAjVEAAIFRAAB3UAAAbkwAAGdOAABiTwAAXVANAFpQ&#10;FABXUR4AVVEnAFNRMABRUjgAUFI/AE5SRgBNUk0ATFNVAEpTXQFJU2UBSFNvAkZTewJFU4kDQ1OX&#10;A0JTpwRBU7gEQVPPBEFT7ARBUvsDQlL/A0JS/wNCUf8Duk8AAKpUAACYVAAAiVQAAH1TAABzUwAA&#10;aVEAAGJSAABcUwAAWFQKAFRVEgBSVRsAT1YkAE5WLQBMVzUAS1c8AEpXRABIV0sAR1hSAEZYWgFE&#10;WGMBQ1htAUFYeQJAWIYCPliVAz1YpQM8WLcEPFjNBDxX6gM8V/oDPVb/Az1W/wM9Vv8DtlMAAKVX&#10;AACUVwAAhVYAAHlWAABvVgAAZVUAAFxWAABXWAAAUlkHAE5aEABMWhgASlshAEhcKgBHXDIARVw6&#10;AERdQQBDXUgAQl1QAEBdWAA/XWEBPV1rATxddgI6XYQCOV2TAjhdowM3XbUDNl3LAzZc6AM3XPkD&#10;N1v/Azhb/wM4Wv8DslcAAKBaAACPWQAAgVkAAHVZAABrWQAAYFoAAFZbAABRXQAATF4CAEhgDQBF&#10;YBQARGEeAEJiJgBAYi4AP2I2AD5jPgA9Y0UAPGNNADtjVQA5Y14AOGNoATZjdAE1Y4EBM2ORAjJj&#10;oQIxY7MCMWPIAjFi5wIxYfgCMWH/AjJg/wIyYP8CrlwAAJtdAACKXQAAfF0AAHBdAABmXQAAXF4A&#10;AFJgAABMYgAARWUAAEFmCgA+ZxEAPGgaADtoIgA5aSsAOGkyADdqOgA2akEANWpJADRqUgAzalsA&#10;MWplADBqcAEuan4BLWqOASxqnwErarABKmrGASpp5QEqaPYCK2f/Aitn/wIrZ/8CqWEAAJVgAACE&#10;YAAAd2AAAGxhAABiYQAAWGMAAE5mAABHaAAAQGsAADpuBQA2bw4ANHAVADNwHgAycSYAMHEuAC9x&#10;NQAucj0ALXJFACxyTQArclcAKnJhAClybQAncnsAJnKLACRynAEjcq4BI3LDASNx4gEjcPQBI2//&#10;ASNu/wEjbv8BoWUAAI5kAAB/ZAAAcmQAAGhlAABeZgAAVGkAAElsAABCbwAAO3IAADR1AAAueAoA&#10;K3kRACp5GAApeiEAJ3ooACZ6MAAlezgAJHtAACN7SAAie1IAIXtcACB7aAAffHYAHXyGABx7mAAb&#10;e6oAGnu/ABp73gAaefIAG3j+ABt3/wEbd/8BmWkAAIhpAAB5aQAAbWkAAGNqAABZbAAAT28AAEVz&#10;AAA9dwAANXoAAC59AAAngQMAIoMNACCEEgAfhBoAHYQiAByFKgAbhTEAGoU5ABmFQgAYhkwAF4ZW&#10;ABaGYwAVhnEAFIaBABKGkwARhqYAEYW7ABCF1gARg+8AEYL7ABKC/wASgf8AkW4AAIFtAAB0bgAA&#10;aW4AAF1wAABTcwAASXcAAEB8AAA3gAAAL4MAACeHAAAhigAAGo0GABWPDQATkBMAEpAaABKQIgAR&#10;kCoAEJEyABCROwAPkUQADpFPAA2RXAAMkWoAC5F6AAqRjQAIkJ8AB5CzAAePyQAHj+YAB470AAiN&#10;/AAIjf8AiXMAAHtzAABvcwAAY3UAAFd4AABNfQAAQ4EAADmGAAAwigAAKI4AACGRAAAalQAAE5cA&#10;AA6aCAALnA4ACZwTAAicGgAHnCIABpwqAAScMwADnD0AAp1IAACdVAAAnWIAAJxyAACchAAAnJcA&#10;AJuqAACbvwAAmtsAAJrsAACa9QAAmfgAgnkAAHZ5AABoegAAXH4AAFGCAABGhwAAPIwAADKRAAAp&#10;lQAAIZkAABmdAAASoAAADqMAAAmmBQADpwwAAKcQAACnFQAAqBwAAKgjAACoKwAAqTQAAKk/AACp&#10;SwAAqVkAAKloAACpegAAqY4AAKmhAACotQAAqMsAAKfkAACn7wAAp/MAfYAAAG+BAABhhAAAVYkA&#10;AEmOAAA+lAAANJkAACqeAAAhogAAGaYAABKpAAANrAAAB68AAACyAAAAswcAALMMAACzEAAAtBUA&#10;ALQbAAC1IgAAtisAALc1AAC3QAAAuE4AALhdAAC4bgAAuIIAALiXAAC4qgAAt74AALfSAAC35gAA&#10;t+oAdogAAGeLAABakAAATpYAAEKcAAA3ogAALKcAACKrAAAZrwAAEbMAAAu2AAAEuQAAALwAAAC+&#10;AAAAvgAAAL8GAADACwAAwQ8AAMITAADDGQAAxCAAAMUpAADHNAAAyEIAAMlRAADJYgAAyXUAAMmK&#10;AADJnwAAyrEAAMrBAADJ0QAAydkAbpMAAGCYAABTngAARqQAADqrAAAvsAAAJLUAABm4AAAQvAAA&#10;Cr8AAAHBAAAAxAAAAMgAAADKAAAAygAAAMwAAADNAwAAzggAANANAADREAAA0xYAANYeAADaKAAA&#10;3TQAAN5DAADfVAAA32cAAOB8AADgkQAA4KQAAOCyAADgvgAA4MMAZp8AAFmmAABMrQAAP7QAADK4&#10;AAAkvAAAGL8AABDDAAAIxwAAAMoAAADNAAAA0QAAANUAAADYAAAA2QAAANsAAADdAAAA3wAAAOEE&#10;AADjCgAA5Q4AAOcTAADqHAAA7ScAAPA1AADxRgAA8lgAAPNrAADzgAAA9JQAAPSjAAD0rgAA9LIA&#10;/wATAP8AEQD/ABEA/wAVAP8AHwD/ACwA/wA5AP8ARQD/AFAA/wBaAP4AYwD7AGsA+QByAPcAeAD1&#10;AH4A9ACEAPIAiQDxAI4A8ACTAO4AmQDtAJ8A7ACmAOoArgDoALgA5gDFAOUA2wDjAO0A4gD7AOIA&#10;/wDhAP8A4QD/AOEA/wDhAP8A/wAQAP8ADgD/AA0A/wASAP8AGwD/ACgA/wA0AP4AQQD7AEwA9wBW&#10;APQAXwDxAGYA7wBtAOwAdADqAHoA6QB/AOcAhQDmAIoA5QCPAOMAlQDhAJsA4ACiAN4AqgDbALQA&#10;2QDAANYA0ADTAOgA0gD3ANEA/wDRAP8A0AD/ANAA/wDQAP8A/wANAP8ACQD/AAoA/wAPAP8AFgD7&#10;ACIA9wAvAPQAOwDwAEcA7QBRAOkAWgDlAGIA4gBpAOAAbwDeAHUA3AB6ANoAgADYAIUA1QCLANMA&#10;kQDRAJcAzwCeAM0ApgDLAK8AyQC6AMcAyQDFAOIAxADyAMMA/gDCAP8AwQD/AMIA/wDCAP8A/wMG&#10;AP8AAQD/AAYA/wAMAPkAEQDxAB0A6wApAOcANgDjAEEA3wBLANsAVADVAFwA0gBjAM8AagDNAHAA&#10;ywB1AMkAewDIAIAAxgCGAMUAjADDAJMAwQCaAL8AogC9AKsAuwC2ALkAxAC3ANoAtgDtALQA+gC0&#10;AP8AtAD/ALQA/wC0AP8A/wQAAP8AAAD/AAAA/wAGAOwADQDlABYA3gAiANcALwDRADsAzQBFAMoA&#10;TgDGAFcAxABeAMEAZAC/AGoAvQBwALwAdQC6AHsAuQCBALcAhwC1AI4AswCVALIAngCwAKcArgCy&#10;AKwAvwCqANEAqADoAKgA9wCnAP8ApwD/AKYA/wCmAP8A/wYAAP8FAADxAwAA6AAAAOEABwDVABAA&#10;zQAbAMcAJwDDADMAvwA+ALwASAC5AFEAtgBYALQAXwCyAGUAsABqAK8AcACtAHYArAB8AKoAggCp&#10;AIkApwCRAKUAmgCjAKQAoQCuAKAAuwCeAc0AnQLmAJwE9ACbBP8AmgX/AJoF/wCZBf8A/woAAPEO&#10;AADkEAAA2Q8AAM4LAADIAwsAwgATALwCHwC3AywAswQ3ALAFQgCtBkoAqgZSAKgHWQCmB18ApQdl&#10;AKMHawCiCHEAoAh3AJ8IfgCdCIUAmwmOAJoJlwCYCqEAlgqsAJULugCTC8wAkgzlAJAN9gCPDv8A&#10;jg7/AI4O/wCNDv8A9hEAAOYXAADWGwAAxxkAAL4VAAC5EAAAtwoNALELFwCsDSQAqA4wAKUOOwCi&#10;DkQAnw9MAJ0PUwCbD1oAmg9gAJgQZgCXEGwAlRByAJMQeQCSEIEAkBCKAI8RlACNEZ8AixGqAIoS&#10;uACIEssAhhPmAIUU9wCDFf8AgxX/AIIV/wCCFf8A7RoAANwhAADKJQAAuyIAALEfAACrGgAAqRQG&#10;AKUSEQCgFB4AnBUqAJkVNQCWFj4AlBZHAJIWTgCQFlUAjhdbAIwXYQCLF2cAiRdtAIgXdACGGHwA&#10;hRiGAIMZkACBGZsAgBqnAH4atQB9G8cAfBziAHod9QB5Hf8AeB3/AHgd/wB4Hf8A5SIAANApAAC/&#10;LAAAsCoAAKcnAACgIwAAnR8AAJoaDgCVHBgAkR0kAI4eLwCMHjkAiR5BAIcfSQCFH1AAgx9WAIIf&#10;XACAH2IAfx9pAH0gcAB8IHgAeiCBAHkhjAB3IZcAdSKkAHQisgBzI8MAciPfAHAk8wBvJP8AbyT/&#10;AG4k/wBuJP8A3SkAAMgwAAC3MgAAqDAAAJ4uAACXKgAAkycAAJAjCgCMIxMAiCQfAIQlKgCCJTQA&#10;gCY9AH0mRAB8JksAeiZSAHgmWAB3Jl4AdSZlAHQnbAByJ3QAcSd9AG8oiABuKJQAbCihAGsprwFq&#10;KcABaSrbAWcq8QFnK/8BZiv/AWYq/wFmKv8B1C8AAMI2AACvNgAAoTUAAJY0AACQMAAAii0AAIcq&#10;BgCDKRAAfyoaAHwrJQB5Ky8Adyw4AHUsQABzLEcAcSxNAHAsVABuLFoAbSxhAGstaABqLXAAaC16&#10;AGcuhQBlLpEBZC6eAWIvrAFhL70BYTDVAWAw7wFfMP0BXzD/AV8w/wFfMP8BzTQAALw7AACpOgAA&#10;mzoAAJA4AACJNQAAgzIAAH8wAQB7Lw4AdzAWAHQwIQBxMSsAbzE0AG0xPABrMUMAajFKAGgyUABn&#10;MlcAZTJdAGQyZQBiMm0AYTN3AF8zggFeM44BXTScAVs0qgFaNbsBWjXSAVk17QFZNfwBWDX/AVg1&#10;/wFZNf8ByDgAALc+AACkPgAAlj0AAIs8AACDOgAAfTcAAHg0AAB0NAsAcDUTAG01HQBqNScAaDYw&#10;AGY2OABkNj8AYzZGAGE2TQBgNlMAXjdaAF03YgBcN2oAWjh0AVk4fwFXOIwBVjmZAVU5qAJUObkC&#10;UzrPAlM66wJTOvsBUzr/AVM5/wFTOf8BxDwAALJBAACgQAAAkkAAAIY/AAB+PQAAeDoAAHM4AABu&#10;OQgAajkRAGc5GgBkOiQAYjosAGA6NABeOjwAXTtDAFs7SgBaO1AAWDtXAFc7XwBWPGcAVDxxAVM8&#10;fAFSPYkBUT2XAU89pgJOPrcCTj7NAk4+6QJNPvoCTj7/AU49/wFOPf8BwD8AAK5DAACcQwAAjkMA&#10;AIJCAAB6QAAAcz0AAG08AABoPQUAZD0OAGE+FwBePiEAXD4pAFo+MQBYPjkAVz5AAFU/RgBUP00A&#10;Uz9VAFJAXABQQGUAT0BvAU5BegFNQYcBS0GWAUpBpQJJQrUCSULLAklC6AJJQvkCSUH/AklB/wFJ&#10;Qf8BvUMAAKpFAACYRQAAikUAAH9FAAB2QwAAb0AAAGhAAABjQQEAX0ENAFxBFABZQh0AV0ImAFVC&#10;LgBTQjYAUUI9AE9CQwBPQ0sATkNSAE1EWgBMRGMASkRtAUlFeAFIRYUBR0WUAUVFowJFRrQCREbJ&#10;AkRG5wJERfgCREX/AkVF/wJFRf8BukYAAKZIAACUSAAAhkgAAHtHAAByRgAAakIAAGNDAABeRAAA&#10;WkULAFZFEgBURhsAUUYjAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABHSGEARklrAERJdgFD&#10;SYMBQkmSAUFJogJASbMCP0rHAj9K5QI/SfcCQEn/AkBI/wJASP8BtkkAAKJKAACRSgAAg0oAAHdK&#10;AABuSQAAZUUAAF5HAABZSAAAVUkIAFFKEABPShgATEohAEpLKQBJSzEAR0s4AEZMPwBFTEYARExO&#10;AENNVgBCTV8AQU1oAEBNdAE+TYEBPU2QATxNoAE7TrECOk7GAjpO5AI7TfYCO03/ATtM/wE8TP8B&#10;s00AAJ5MAACNTAAAf0wAAHRMAABqTAAAYEoAAFlLAABUTAAAUE0FAExODgBJTxUAR08eAEVPJgBE&#10;UC4AQlA1AEFQPQBAUUQAP1FLAD5RUwA9UlwAPFJmADpScgA5Un8BOFKOATdSngE2Uq8BNVLEATVS&#10;4gE2UvUBNlH/ATZQ/wE3UP8Brk8AAJlPAACJTwAAe08AAHBPAABmTwAAXE4AAFRPAABPUQAASlIB&#10;AEZTDABDVBIAQVQbAEBVIwA+VSsAPVYyADxWOgA7VkEAOlZJADlXUQA4V1oANldjADVXbwA0V3wB&#10;M1eMATFXnAEwV60BMFfCATBX4AEwVvQBMVb/ATFV/wExVf8BqFIAAJVSAACEUgAAd1IAAGxSAABi&#10;UgAAWFMAAE9UAABJVgAARFcAAEBZCAA9WhAAO1oXADlbIAA4WycAN1wvADZcNgA1XD4ANFxGADNd&#10;TgAxXVcAMF1hAC9dbAAuXXoALF2JACtdmgEqXasBKl2/ASld3gEqXPIBKlv+AStb/wErWv8Bo1UA&#10;AI9VAAB/VQAAclUAAGdWAABeVgAAVFcAAExZAABFWwAAP10AADpfBAA2YA0ANGETADJiHAAxYiMA&#10;MGIrAC9jMgAuYzoALWNCACxjSgAqZFMAKWRdAChkaQAnZHYAJmSGACVklwAkZKkAI2S9ACJk2gAj&#10;Y/EAI2L9ASRh/wEkYf8BnFgAAIlYAAB6WQAAblkAAGNZAABaWgAAUFwAAEheAABBYAAAOmMAADRm&#10;AAAvaAoALGkQACppFwApah8AKGomACdqLgAmazUAJWs9ACRrRgAja08AImxZACBsZQAfbHIAHmyC&#10;AB1slAAcbKYAG2u6ABpr1AAbau4AHGn8ABxo/wAcaP8AlVwAAINcAAB1XAAAaV0AAF9dAABWXgAA&#10;TGEAAENkAAA8ZwAANWoAAC9tAAAocAQAI3INACFyEgAgcxoAH3MhAB5zKAAddDAAHHQ4ABt0QAAa&#10;dEoAGXRUABd1YAAWdW4AFXV+ABR1kAATdKIAEnS2ABF0zwASc+wAEnL6ABNx/wATcf8AjmAAAH1g&#10;AABvYQAAZWEAAFtiAABRZAAASGcAAD5rAAA3bgAAMHEAACl1AAAieAAAHHsHABd9DgAWfRMAFX0b&#10;ABR+IgATfioAEn4xABF+OgARfkQAEH9OAA9/WgAOf2gADX94AAx/igALfp0ACn6wAAl9xgAKfeQA&#10;Cnz0AAt7/QALev8AhmUAAHdlAABqZQAAYWYAAFZoAABMawAAQm8AADlzAAAxdwAAKnoAACN+AAAc&#10;gQAAFYQAABCHCAANiQ4ADIkUAAyJGwALiSMACokrAAmJMwAIiT0ABolIAAWJVAAEiWEAAolxAAGJ&#10;gwAAiZYAAIipAACHvgAAh9oAAIbsAACG9QAAhvoAfmoAAHFqAABnawAAW2wAAFBwAABGdAAAPHgA&#10;ADN9AAAqgQAAI4UAAByIAAAVjAAAEI8AAAySBgAGkwwAApMRAACUFgAAlB0AAJQkAACVLAAAlTUA&#10;AJVAAACVTAAAllkAAJZpAACVegAAlY4AAJShAACUtQAAk8wAAJLmAACS8gAAkvcAeHAAAG1wAABg&#10;cgAAVHUAAEl5AAA/fgAANYMAACyIAAAjjQAAG5EAABSUAAAPlwAACpoAAASdAwAAngkAAJ8OAACf&#10;EgAAoBcAAKAdAAChJQAAoi0AAKI3AACjQwAAo1AAAKNfAACjcQAAo4QAAKKZAACirQAAocIAAKHc&#10;AACh6wAAoPIAc3YAAGZ3AABZewAATYAAAEKFAAA4iwAALpAAACSVAAAbmgAAFJ4AAA6hAAAJpAAA&#10;AqcAAACqAAAAqwQAAKsKAACsDQAArREAAK0WAACuHAAAryQAALAtAACxOQAAsUYAALJVAACyZgAA&#10;snkAALKOAACxowAAsrcAALHKAACx4AAAsekAbH4AAF+CAABShwAARo0AADuTAAAwmQAAJp4AAByj&#10;AAATpwAADasAAAeuAAAAsgAAALUAAAC3AAAAuAAAALkCAAC5CAAAugwAALsQAAC8FAAAvRsAAL8j&#10;AADBLQAAwjoAAMJJAADDWgAAw2wAAMSCAADElwAAxKsAAMS8AADEywAAxNoAZYkAAFiOAABLlQAA&#10;P5sAADOiAAAoqAAAHa0AABSxAAANtgAABrkAAAC8AAAAvwAAAMMAAADEAAAAxQAAAMYAAADHAAAA&#10;yQQAAMoJAADLDQAAzREAAM8YAADSIQAA1S0AANY8AADYTQAA2V8AANpzAADaigAA254AANuuAADb&#10;ugAA3MMAXpYAAFGcAABEowAAOKoAACyxAAAgtwAAFbsAAA2+AAAEwgAAAMUAAADJAAAAzQAAANAA&#10;AADSAAAA0gAAANUAAADWAAAA2QAAANsAAADeBQAA4AoAAOIPAADlFgAA6CAAAOwtAADtPgAA7VEA&#10;AO5lAADvegAA748AAPCfAADwqwAA8LMA/wAQAP8ADgD/AA4A/wASAP8AHQD/ACkA/wA1AP8AQQD/&#10;AE0A/gBWAPsAXwD4AGYA9gBtAPQAdADyAHkA8QB/APAAhADuAIkA7QCPAOsAlQDqAJsA6ACiAOYA&#10;qgDlALMA4wDAAOEA0gDgAOoA3wD5AN0A/wDdAP8A3QD/AN4A/wDeAP8A/wANAP8ACgD/AAkA/wAP&#10;AP8AGAD/ACQA/gAxAPsAPQD4AEgA9ABSAPAAWgDtAGIA6wBpAOkAbwDnAHUA5QB6AOMAfwDiAIUA&#10;4ACKAN4AkADcAJYA2gCdANgApQDVAK8A0gC6ANAAygDOAOMAzQD0AMsA/wDLAP8AywD/AMsA/wDL&#10;AP8A/wAIAP8AAwD/AAUA/wAMAPwAFAD3AB8A8gArAO8ANwDrAEIA5wBMAOQAVQDgAF0A3QBkANoA&#10;agDYAHAA1QB1ANIAegDQAIAAzwCFAM0AiwDLAJIAyQCZAMcAoQDFAKoAwwC1AMEAwwC/ANoAvgDu&#10;AL0A/AC8AP8AvAD/ALwA/wC8AP8A/wAAAP8AAAD/AAAA+QAHAPEAEADqABoA5AAlAN8AMQDbADwA&#10;1wBHANIAUADOAFcAywBeAMkAZQDGAGoAxQBwAMMAdQDBAHoAwACAAL4AhgC8AI0AugCUALkAnAC3&#10;AKUAtQCwALMAvQCxAM8ArwDoAK4A+ACuAP8ArQD/AK0A/wCtAP8A/wAAAP8AAAD9AAAA7gABAOMA&#10;DADaABQA0QAfAMwAKwDIADYAxQBAAMIASgC/AFIAvABZALoAXwC4AGUAtgBqALQAbwCzAHUAsQB6&#10;ALAAgQCuAIgArQCPAKsAmACpAKEApwCrAKUAuACjAMgAogDiAKEA8wCgAP4AoAD/AKAA/wCgAP8A&#10;/wAAAPYAAADqAAAA4AAAANMABgDJAA8AwgAYAL0AJAC5AC8AtgA6ALQAQwCxAEwArgBTAKwAWQCq&#10;AF8AqQBkAKcAagCmAG8ApAB1AKMAewChAIIAoACKAJ4AkwCcAJ0AmgCnAJgAtACWAMMAlQDcAJQA&#10;7wCTAPsAkwD/AJMA/wCSAP8A+QUAAOoLAADcDQAAywoAAMIFAAC8AAoAtgARALEAHACuACgAqgAz&#10;AKcAPQCkAEUAogBNAKAAUwCeAFkAnABfAJsAZACaAGoAmABwAJcAdgCVAH4AkwCGAJIBjwCQAZkA&#10;jgKkAIwCsQCLA8AAiQXWAIgG7QCIB/oAhwj/AIYI/wCGCP8A7w8AAN4UAADKFQAAvBIAALMQAACu&#10;DAAAqwYNAKcDFQCiBSAAnwcsAJwINgCZCD8AlwlHAJUJTgCTCVQAkQpaAJAKXwCOCmUAjQprAIsK&#10;cgCKC3kAiAuCAIcLjACFDJcAgwyiAIENsACADcAAfw3YAH0O7wB8D/0Aew//AHsQ/wB7EP8A5hcA&#10;ANEeAAC9HQAArxwAAKYZAAChFQAAnhAEAJ0NDwCYDhkAlA4lAJEPLwCPEDkAjBBBAIoQSACIEE8A&#10;hxBVAIUQWwCEEWEAghFnAIARbgB/EXUAfRF+AHwSiAB6EpQAeBKgAHcTrgB1E74AdBTVAHMV7gBx&#10;Fv0AcRb/AHEW/wBwFv8A3B8AAMYlAACzJQAApSMAAJwhAACWHgAAkhkAAJEUCwCNFBQAiRUfAIYW&#10;KQCDFjMAgRc8AIAXQwB+F0oAfBdQAHoXVgB5GFwAdxhiAHYYaQB0GHEAcxl6AHEZhABvGpAAbhqd&#10;AGwbqwBrHLsAahzQAGkd7ABoHvsAaB7/AGce/wBnHv8A0SYAAL0qAACrKgAAnSoAAJMoAACNJQAA&#10;iCIAAIYdBgCDGxAAfxwaAHwdJAB6HS4Adx42AHYePgB0HkUAch9LAHEfUQBvH1gAbh9eAGwfZQBr&#10;IG0AaSB2AGghgQBmIY0AZSKaAGMiqABiI7gAYSPNAGAk6QBgJPoAXyT/AF8k/wBfJP8AyiwAALYv&#10;AACkLwAAli8AAIwtAACFKgAAgCgAAH0kAAB6Ig0AdiMVAHMjIABxJCkAbyQyAG0kOgBrJUEAaiVH&#10;AGglTQBmJVQAZSVaAGQmYQBiJmkAYSZyAF8nfQBeJ4oAXSiXAFsppQBaKbUAWirKAFkq5wBYKvgA&#10;WCr/AFgq/wBYKv8AxTEAAK8zAACeMwAAkDMAAIYyAAB/LwAAeS0AAHUqAAByKAoAbygSAGspGwBp&#10;KSUAZyotAGUqNQBjKj0AYipDAGAqSgBfK1AAXitXAFwrXgBbLGYAWSxvAFgtegBXLYcAVi6VAFQu&#10;owBTL7MAUy/HAFIv5QBSL/cAUi//AFIv/wBSL/8AwTYAAKo2AACZNgAAizYAAIE1AAB5MwAAczEA&#10;AG8vAABrLgYAaC0QAGQuGABiLiEAYC8qAF4vMQBcLzkAWy9AAFkvRgBYL00AVzBTAFYwWwBUMWMA&#10;UzFsAFIydwBRMoQATzOSAE4zoQBNM7EATTTFAUw04wFMNPYATDT/AEw0/wBMM/8AuzkAAKY5AACV&#10;OQAAhzkAAHw5AAB0NwAAbjQAAGkzAABlMgIAYTINAF4yFABcMx4AWjMmAFgzLgBWMzUAVTQ8AFM0&#10;QwBSNEoAUTRQAFA1WABONWAATTZqAEw2dQBLN4IASjeQAEk4nwBIOLABRzjDAUc44QFHOPUBRzj/&#10;AUc4/wFHOP8BtzsAAKI8AACRPAAAgzwAAHg8AABwOgAAajcAAGQ2AABgNgAAXDYLAFk3EgBWNxoA&#10;VDcjAFI3KwBQNzIATzg5AE04QABMOEcASzhOAEo5VQBJOV4ASDpoAEc6cwBGO4AARTuOAEQ8ngBD&#10;PK4BQjzCAUI93wFCPPMBQjz/AUI8/wFCO/8Bsz0AAJ4+AACNPgAAfz4AAHU+AABsPQAAZjoAAGA5&#10;AABbOgAAVzoIAFM7EABROxgATjsgAEw7KABLOy8ASTw2AEc8PQBHPEQARj1LAEU9UwBEPlwAQz5m&#10;AEI/cQBBP34AQD+NAD9AnAA+QK0BPUDAAT1A3QE9QPIBPUD/AT4//wE+P/8BrkAAAJpAAACJQQAA&#10;fEEAAHFBAABoQAAAYTwAAFs9AABWPgAAUj4FAE4/DgBMPxUAST8dAEdAJQBGQCwAREAzAENAOgBC&#10;QUIAQUFJAEBBUQA/QloAPkJjAD1DbwA8Q3wAO0OLADpEmwA5RKsBOUS+AThE2wE5RPEBOUP+ATlD&#10;/wE5Q/8BqkIAAJZDAACGQwAAeEMAAG5DAABlQwAAXUAAAFZAAABRQgAATUICAElDDABGQxIAREQa&#10;AEJEIgBBRCoAP0UxAD5FOAA9RT8APEZHADtGTwA6RlcAOUdhADhHbAA3R3oANkiJADVImQA0SKoA&#10;NEi9ADNI2QA0SPAANEf9ADRH/wA1Rv8ApkQAAJJFAACCRgAAdUYAAGpGAABhRQAAWUQAAFFEAABM&#10;RgAASEcAAERHCgBBSBAAP0kYAD1JIAA8SScAOkouADlKNgA4Sj0AN0tEADZLTAA1S1UANExfADNM&#10;agAyTHcAMUyGADBMlwAvTagALk27AC5N1QAuTO8AL0z9AC9L/wAwS/8AoUcAAI5IAAB+SAAAcUgA&#10;AGZJAABdSAAAVUgAAExJAABHSgAAQksAAD9MBgA7TQ4AOU4VADdOHQA2TyQANU8rADNPMwAyUDoA&#10;MVBCADBQSgAvUVIALlFcAC1RZwAsUXUAK1GEACpSlQApUqYAKVK5AChS0gApUe4AKVD8ACpQ/wAq&#10;T/8AnEoAAIlKAAB6SwAAbUsAAGNMAABaTAAAUUwAAEhNAABDTwAAPVAAADlSAgA1UwwAM1QSADFU&#10;GQAwVSEALlUoAC1VLwAsVjcAK1Y+ACpWRgApVk8AKFdZACdXZAAmV3IAJVeBACRXkgAjV6QAIle3&#10;ACJXzwAiV+wAI1b6ACNV/wAkVf8Alk0AAIROAAB1TgAAaU4AAF9PAABWTwAATVAAAEVSAAA/UwAA&#10;OVYAADNYAAAvWggAK1sPACpbFQAoXB0AJ1wkACZcKwAlXDMAJF06ACNdQwAiXUwAIV1WACBeYQAf&#10;Xm4AHl5+AB1ejwAcXqEAG160ABpdzAAbXekAG1z5ABxb/wAcW/8AkFEAAH5RAABwUQAAZFIAAFtS&#10;AABSUwAASlQAAEFXAAA7WQAANVsAAC5eAAAoYAMAJGIMACJjEQAhYxgAH2QgAB5kJwAdZC4AHGQ2&#10;ABtlPgAaZUcAGWVRABhlXQAXZWoAFmV6ABVliwAUZZ4AE2WxABJlyAASZOcAE2P3ABRi/wAUYv8A&#10;iVQAAHhVAABrVQAAYFYAAFdWAABPVwAARlkAAD1cAAA2XwAAMGIAAClkAAAjZwAAHWoHABlsDgAY&#10;bBMAFm0aABVtIQAUbSkAFG0wABNtOQASbkIAEW5MABBuWAAPbmUADm51AA1uhwANbpoADG2tAAtt&#10;wgALbOAADGvzAA1r/QANav8AglkAAHJZAABmWQAAXFoAAFRaAABKXAAAQV8AADljAAAxZgAAKmkA&#10;ACRsAAAdbwAAF3IAABJ1CQAPdw8ADncUAA53GwANdyMADHcqAAt3MwAKdzwACXdHAAh3UgAHd18A&#10;BXdvAAR3gAADd5QAAXanAAB2uwABddUAAXTrAAJ09gACdPwAe10AAG1dAABiXgAAWV4AAE5gAABF&#10;YwAAPGcAADNrAAArbgAAJHIAAB51AAAXeQAAEnwAAA1/BgAJgQwABYERAAOBFgACgR0AAYEkAACB&#10;LQAAgjYAAIJAAACCTAAAglkAAIJoAACCeQAAgo0AAIGgAACAtAAAgMsAAH/nAAB+8gAAfvkAdGIA&#10;AGhiAABeYgAAU2QAAElnAAA/awAANnAAAC10AAAleAAAHnwAABeAAAARgwAADYYAAAiJBAACiwoA&#10;AIsOAACLEwAAjBgAAIwfAACNJgAAjS8AAI45AACORAAAjlEAAI5gAACOcQAAjoUAAI6ZAACNrQAA&#10;jMMAAIzfAACL7gAAi/YAbmgAAGRnAABYaQAATWwAAEJxAAA4dgAAL3sAACZ/AAAehAAAFogAABCM&#10;AAAMjwAABpIAAACVAAAAlgcAAJcMAACXDwAAmBMAAJkYAACaHwAAmyYAAJswAACcOwAAnEgAAJxX&#10;AACcaAAAnHsAAJyQAACbpQAAm7oAAJrQAACa5wAAmvEAam0AAF5vAABRcgAARncAADt8AAAxggAA&#10;J4cAAB6MAAAWkQAAEJUAAAqZAAAEnAAAAKAAAACiAAAAowEAAKMGAACkCwAApQ4AAKYSAACnFwAA&#10;qB4AAKomAACrMQAAqz4AAKxNAACsXQAArHAAAKyFAACsmwAAq68AAKvDAACr2QAAqugAZHUAAFd5&#10;AABLfgAAP4QAADSKAAApkAAAH5YAABabAAAQnwAACaMAAAGnAAAAqgAAAK4AAACwAAAAsAAAALEA&#10;AACyAwAAtAgAALUNAAC2EAAAtxUAALkdAAC7JgAAvDMAAL1BAAC9UgAAvWQAAL55AAC+kAAAvaQA&#10;AL23AAC9xgAAvdcAXH8AAFCFAABEiwAAOJIAACyZAAAhnwAAF6QAABCpAAAJrgAAALIAAAC2AAAA&#10;uQAAAL0AAAC/AAAAvwAAAMAAAADBAAAAwwAAAMQFAADGCgAAxw4AAMkTAADLHAAAziYAANA1AADR&#10;RQAA0lcAANJrAADTggAA05cAANOpAADSuAAA0sQAVYwAAEmTAAA9mgAAMKIAACWoAAAargAAEbQA&#10;AAm5AAAAvQAAAMEAAADEAAAAyAAAAMsAAADNAAAAzQAAAM8AAADQAAAA0gAAANQAAADYAAAA2gYA&#10;AN0MAADgEQAA4xoAAOYnAADnOAAA6EoAAOldAADqcgAA64gAAOubAADsqAAA7LIA/wANAP8ACwD/&#10;AAsA/wAQAP8AGgD/ACYA/wAyAP8APQD/AEgA+wBSAPgAWgD2AGIA8wBpAPEAbwDwAHUA7gB6AOwA&#10;fwDrAIQA6QCKAOgAkADmAJYA5ACdAOIApQDhAK8A3wC7AN0AywDbAOYA2QD3ANgA/wDYAP8A1wD/&#10;ANcA/wDUAP8A/wAIAP8ABAD/AAQA/wANAP8AFQD+ACEA+gAsAPcAOAD0AEMA8ABNAO0AVQDqAF0A&#10;5wBkAOQAagDiAHAA4AB1AN4AegDdAH8A2wCFANkAiwDVAJEA0wCZANEAoADPAKoAzQC1AMsAxADJ&#10;AN0AyADxAMcA/wDGAP8AxgD/AMYA/wDHAP8A/wAAAP8AAAD/AAAA/wAKAPgAEQDxABwA7AAnAOkA&#10;MgDmAD0A4gBHAN0AUADZAFgA1QBfANIAZQDQAGoAzgBwAMwAdQDKAHoAyQB/AMcAhQDFAIwAwwCU&#10;AMEAnAC/AKUAvQCwALsAvQC6ANAAuADrALcA+wC2AP8AtgD/ALYA/wC2AP8A/wAAAP8AAAD9AAAA&#10;8wAFAOkADgDhABYA2wAhANUALQDRADcAzgBBAMoASgDHAFIAxABZAMIAXwDAAGUAvgBqALwAbwC7&#10;AHQAuQB6ALcAgAC2AIcAtACOALIAlwCwAKAArgCqAK0AtwCrAMgAqQDjAKgA9QCnAP8ApwD/AKcA&#10;/wCmAP8A/wAAAP4AAADxAAAA5QAAANcACgDNABEAxwAcAMIAJgC/ADEAvAA7ALoARAC3AEwAtABT&#10;ALIAWQCxAF8ArwBkAK0AaQCsAG8AqgB0AKkAegCnAIEApgCJAKQAkQCiAJsAoAClAJ4AsgCdAMEA&#10;mwDaAJoA7wCZAP0AmAD/AJgA/wCYAP8A/QAAAPAAAADhAAAA0QAAAMYABAC9AA0AtwAVALMAIACw&#10;ACsArQA1AKsAPgCoAEYApgBNAKQAVACjAFkAoQBfAKAAZACeAGkAnQBuAJsAdQCaAHsAmACDAJYA&#10;jACVAJYAkwChAJEArQCPALsAjQDPAIwA6QCLAPgAjAD/AIwA/wCMAP8A8wIAAOIHAADMBwAAvwQA&#10;ALcAAACxAAgAqwAQAKcAGQCkACQAoAAuAJ4ANwCcAEAAmgBHAJgATgCWAFQAlQBZAJMAXgCSAGQA&#10;kABpAI8AbwCNAHYAiwB+AIoAiACIAJIAhgCdAIUAqQCDALgAgQDKAIAA5QCAAPUAfwD/AH8A/wB/&#10;AP8A6A0AANAQAAC+EAAAsQ4AAKgNAACjCAAAoAIMAJwAEwCYAB0AlQAnAJIAMQCQADkAjgFBAIwB&#10;SACKAk4AiQJUAIcCWQCGAl8AhANkAIMDawCBA3IAgAR6AH4EhAB9BY4AewWaAHkGpwB4BrUAdgfI&#10;AHUI4wB1CfQAdAr/AHMK/wBzCv8A3RUAAMQXAACxFwAApRYAAJwTAACWEQAAlA0EAJMIDQCOBxUA&#10;iwkgAIgJKgCFCjMAgws7AIELQgCAC0kAfgtPAH0MVAB7DFoAegxgAHgMZwB3DG4AdQ12AHQNgABy&#10;DYwAcA2ZAG8OpgBtDrUAbA7JAGsP5gBqEPcAaRD/AGkQ/wBpEP8A0B0AALkeAACoHgAAmx0AAJIb&#10;AACLGQAAiBUAAIcRBwCFDhAAgQ8aAH4QJAB7EC0AeRA2AHcRPQB2EUQAdBFKAHMRUABxEVYAcBFc&#10;AG4SYgBtEmoAaxJzAGkTfQBoE4kAZhOWAGUUowBjFbMAYhXGAGIW4wBhFvYAYBf/AGAX/wBgF/8A&#10;xyIAALAjAACfJAAAkiMAAIkiAACCIAAAfh0AAHwZAAB6FQ0AdxUVAHQWHwBxFigAbxcwAG4XOABs&#10;Fz8AaxdFAGkYSwBoGFEAZhhYAGUYXgBjGWYAYhlvAGAZeQBfGoUAXRuSAFwboQBbHLAAWhzDAFkd&#10;4ABYHvQAWB7/AFge/wBYHv8AvycAAKkoAACZKAAAiygAAIInAAB7JQAAdiMAAHMgAABxHAkAbhwR&#10;AGscGgBpHSMAZx0sAGUdMwBjHjoAYh5BAGAeRwBfHk0AXh5UAFwfWwBbH2IAWSBrAFggdgBWIYIA&#10;VSGQAFQingBTIq4AUiPAAFEj3QBRJPIAUST/AFEk/wBRI/8AuSsAAKMsAACTLAAAhi0AAHwsAAB0&#10;KgAAbygAAGslAABpIgUAZiEOAGMiFgBhIh8AXyMnAF0jLwBcIzYAWiM9AFkkQwBXJEoAViRQAFUk&#10;VwBTJV8AUiVoAFEmcwBPJn8ATieNAE0onABMKKwASym+AEsp2gBKKfEASin/AEsp/wBLKf8Asy4A&#10;AJ4vAACOMAAAgTAAAHcvAABvLgAAaisAAGUqAABjJwEAXycMAFwnEwBaJxsAWCgkAFYoKwBVKDIA&#10;Uyg5AFIpQABQKUYATylNAE4pVABNKlwATCplAEorcABJK3wASCyLAEctmgBGLaoARS68AEUu1gBF&#10;Lu8ARS7+AEUu/wBFLf8ArjEAAJoyAACJMwAAfDMAAHIzAABrMQAAZS8AAGAtAABdLAAAWSwJAFYs&#10;EABULBgAUiwgAFAsKABOLS8ATS02AEwtPABKLUMASS1KAEguUQBHLlkARi9jAEUwbQBDMHoAQjGJ&#10;AEExmABBMqgAQDK7AD8y0wA/Mu4AQDL9AEAy/wBAMv8AqjMAAJY1AACGNQAAeTYAAG41AABmNQAA&#10;YTIAAFwwAABXMAAAVDAGAFEwDgBOMBUATDEdAEoxJQBIMSwARzEyAEYxOQBEMUAAQzJHAEIyTwBB&#10;M1cAQDNgAD80awA+NXgAPTWHADw2lgA7NqcAOza5ADo20QA6Nu0AOzb8ADs2/wA7Nv8ApjYAAJI3&#10;AACCOAAAdTgAAGs4AABjNwAAXTYAAFczAABTNAAATzQDAEs0DABJNBIARjUaAEU1IgBDNSkAQTUv&#10;AEA1NgA/Nj0APjZEAD03TAA8N1UAOzheADo4aQA5OXYAODmFADc6lQA3OqUANjq4ADU6zwA2OuwA&#10;Njr7ADY5/wA3Of8AojgAAI45AAB+OgAAcjsAAGg7AABfOgAAWTkAAFM2AABONwAASjgAAEY4CgBE&#10;ORAAQTkXAD85HwA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3O1MANjxcADU8ZwA0PXQAMz2DADM+&#10;kwAyPqQAMT62ADE+zQAxPuoAMT76ADI9/wAyPf8AnjsAAIs8AAB7PAAAbj0AAGQ9AABcPQAAVTwA&#10;AE46AABJOwAARTwAAEE9BwA+PQ4APD0VADo+HAA5PiMANz4qADY/MQA1PzgAND9AADNASAAyQFAA&#10;MUBaADBBZQAvQXIALkKBAC1CkQAtQqIALEK1ACtCywAsQukALEL5AC1B/wAtQf8AmT0AAIc+AAB3&#10;PwAAaz8AAGFAAABZPwAAUj8AAEk+AABEPwAAQEAAADxBBAA5Qg0AN0ISADVDGQAzQyEAMkMoADFE&#10;LwAwRDYAL0Q9AC5FRQAtRU4ALEVYACtGYwAqRm8AKUZ+AChGjwAnR6EAJkezACZHyQAmRucAJ0b4&#10;AChF/wAoRf8AlUAAAIJBAABzQgAAZ0IAAF5CAABVQgAATkIAAEVCAAA/RAAAO0UAADdGAAA0RwoA&#10;MUgQAC9IFgAuSR4ALEklACtJLAAqSTMAKUo6AChKQgAnSksAJktVACVLYAAkS20AI0t8ACJLjQAh&#10;TJ8AIUyxACBMxwAgS+YAIUv3ACJK/wAiSv8AkEMAAH5EAABvRAAAZEUAAFpFAABSRQAASkYAAEFH&#10;AAA8SAAAN0kAADJLAAAuTQcAK04OAClOEwAnTxoAJk8hACVPKAAkTzAAI1A3ACJQPwAhUEgAIFBS&#10;AB9RXQAeUWoAHVF5ABxRigAbUZwAGlGvABlRxQAZUeQAGlD2ABtP/wAcT/8AikYAAHlHAABrRwAA&#10;YEgAAFZIAABOSAAAR0kAAD5LAAA5TAAAM04AAC5QAAAoUwIAJFQLACJVEAAgVRYAH1YeAB5WJAAd&#10;ViwAHFYzABtXOwAaV0QAGVdOABhXWQAXWGYAFVh1ABRYhwAUWJoAE1esABJXwgASV+EAE1b0ABRV&#10;/wAUVf8AhEkAAHRKAABmSwAAXEsAAFNLAABLTAAARE0AADxPAAA1UQAAL1QAAClWAAAkWQAAHlsH&#10;ABpdDQAYXRIAF10ZABZeIAAVXicAFF4uABNeNwASXkAAEV9KABFfVQAQX2IAD19xAA5fgwANX5YA&#10;DV+pAAxevgAMXtoADV3wAA1c/AAOXP8Afk0AAG5OAABiTgAAWE8AAE9PAABIUAAAQFIAADhUAAAw&#10;VwAAKloAACRdAAAfXwAAGWIBABNlCQARZg8AEGYUAA9mGwAOZyIADWcpAA1nMgAMZzsAC2dFAApn&#10;UAAJZ10AB2dsAAZnfQAFZ5AABGajAAJmtwADZc8ABGXpAARk9QAEZPwAd1EAAGlSAABdUgAAVFIA&#10;AExTAABDVQAAO1gAADNbAAArXgAAJWEAAB9kAAAZZwAAE2oAAA9tBgALcAwACHD/4v/iSUNDX1BS&#10;T0ZJTEUABAkRAAdwFgAFcB0ABHAkAANwLAACcDUAAHA/AABwSgAAcFcAAHBlAABwdgAAcIoAAG+e&#10;AABvsgAAbsgAAG3lAABt8gAAbfkAcFYAAGNWAABZVgAAUVcAAEdYAAA+WwAANl8AAC5iAAAmZgAA&#10;H2oAABltAAATcAAADnMAAAt2BAAFeAsAAXgPAAB5EwAAeRkAAHkfAAB6JgAAei8AAHo5AAB6RAAA&#10;elAAAHpfAAB6cAAAeoMAAHqYAAB6rAAAecIAAHjfAAB47wAAd/cAalsAAF9bAABWWwAATFwAAEJg&#10;AAA5YwAAMGgAAChsAAAgcAAAGXQAABN3AAAOewAACX4AAASBAgAAgggAAIMNAACDEAAAhBQAAIUZ&#10;AACGIAAAhigAAIcxAACHPAAAh0kAAIdXAACHaAAAh3sAAIeQAACGpQAAhboAAIXTAACE6gAAhPQA&#10;ZWAAAFxgAABRYQAARmQAADxpAAAybQAAKXIAACF3AAAZewAAEoAAAA2DAAAIhwAAAooAAACNAAAA&#10;jgQAAI4JAACPDQAAkBAAAJEUAACSGQAAkyAAAJQpAACVMwAAlUAAAJZOAACWXwAAlXIAAJWIAACV&#10;nQAAlLIAAJTIAACT4gAAk+4AYWUAAFZmAABKagAAP24AADV0AAAreQAAIX8AABmEAAARiQAADI0A&#10;AAaRAAAAlAAAAJgAAACaAAAAmwAAAJwCAACdBwAAngsAAJ8OAAChEgAAohgAAKMgAAClKQAApjYA&#10;AKZEAACmVQAApmgAAKZ9AACmlAAApakAAKS9AACk0QAApOQAW2wAAE9wAABDdQAAOHsAAC2BAAAj&#10;hwAAGY0AABGSAAALlwAABJwAAACgAAAAowAAAKYAAACoAAAAqQAAAKoAAACsAAAArQQAAK4JAACw&#10;DQAAsREAALMXAAC1IAAAtisAALc6AAC3SwAAuFwAALhxAAC4iAAAuJ0AALixAAC3wgAAt9AAVHYA&#10;AEh8AAA8ggAAMYkAACaQAAAblwAAEp0AAAyiAAADpwAAAKsAAACuAAAAsgAAALYAAAC4AAAAuAAA&#10;ALoAAAC7AAAAvQAAAL4AAADABQAAwQsAAMMQAADGFgAAySAAAMouAADLPgAAzFAAAMxkAADNegAA&#10;zZEAAM2kAADNtAAAzcAATYMAAEGKAAA1kQAAKZkAAB6gAAATpgAADKwAAAOxAAAAtgAAALoAAAC+&#10;AAAAwgAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM4AAADQAAAA0gEAANUIAADZDgAA3RUAAOEh&#10;AADiMQAA5EMAAOVWAADmawAA5oIAAOeWAADnpQAA5rAA/wAJAP8ABQD/AAYA/wAOAP8AFgD/ACEA&#10;/wAtAP8AOAD9AEMA+QBNAPUAVQDyAF0A8ABjAO4AaQDsAG8A6gB0AOkAegDnAH8A5gCFAOQAiwDj&#10;AJEA4QCZAN8AoQDcAKoA2gC2ANcAxgDVAOEA0wD0ANIA/wDRAP8A0QD/AM8A/wDKAP8A/wABAP8A&#10;AAD/AAEA/wAMAP8AEgD6AB0A9gAoAPMAMwDwAD4A7ABIAOgAUADlAFgA4gBeAN8AZADdAGoA2wBv&#10;ANkAdADWAHoA1AB/ANIAhQDQAIwAzgCTAMwAnADJAKUAxwCwAMYAvgDEANQAwgDuAMEA/gDAAP8A&#10;wAD/AL8A/wC+AP8A/wAAAP8AAAD/AAAA+gAHAPEADwDrABgA5gAjAOIALgDgADgA2wBCANUASwDR&#10;AFIAzgBZAMsAXwDJAGUAxwBqAMYAbwDEAHQAwgB6AMEAgAC/AIYAvQCOALsAlgC5AKAAtwCqALYA&#10;twC0AMoAsgDmALEA+ACwAP8ArwD/AK8A/wCwAP8A/wAAAP8AAAD3AAAA6gACAOEADADXABMA0AAd&#10;AMwAKADJADIAxgA8AMIARQC/AE0AvABTALoAWQC4AF8AtwBkALUAaQC0AG4AsgB0ALEAegCvAIAA&#10;rQCIAKwAkQCqAJoAqAClAKYAsQCkAMEAowDcAKEA8gChAP8AoAD/AKAA/wChAP8A/wAAAPcAAADo&#10;AAAA2QAAAMsACADDABAAvQAYALkAIgC2ACwAtAA2ALIAPwCvAEcArABNAKsAVACpAFkApwBeAKYA&#10;YwClAGgAowBuAKIAdACgAHoAngCCAJwAiwCbAJUAmQCfAJgArACWALoAlADPAJMA6wCSAPsAkgD/&#10;AJIA/wCRAP8A9wAAAOcAAADTAAAAxgAAALsAAgCzAAwArQASAKoAHACnACYApAAwAKMAOACgAEAA&#10;ngBHAJwATgCaAFMAmQBYAJcAXQCWAGMAlQBoAJMAbgCSAHQAkAB8AI8AhQCNAI8AiwCaAIoApwCI&#10;ALUAhgDHAIUA5ACEAPUAhAD/AIMA/wCDAP8A7AAAANMAAADBAQAAtAAAAKwAAACmAAcAoAAOAJ0A&#10;FgCaACAAlwApAJUAMgCTADoAkQBBAI8ASACNAE0AjABTAIsAWACJAF0AiABjAIcAaQCFAG8AgwB3&#10;AIIAgACAAIoAfgCWAH0AowB7ALAAegDCAHkA3QB4APEAdwD9AHgA/wB4AP8A3goAAMQLAACyDAAA&#10;pgsAAJ0IAACZBAAAlQAKAJEAEQCOABkAiwAjAIkALACHADQAhQA7AIMAQgCCAEgAgABOAH8AUwB9&#10;AFgAfABeAHsAZAB5AGoAeAByAHYAewB0AIYAcwCSAHEAnwBwAK0AbgC+AG0B1gBtAu0AbAP6AGwD&#10;/wBsA/8AzhAAALcRAACmEgAAmhEAAJEQAACLDgAAiQsDAIcFDACEARMAgQEcAH4CJQB8Ay4AegM2&#10;AHgEPAB3BEMAdQVIAHQFTgBzBVQAcQVZAHAGXwBuBmYAbQZuAGsHeABqB4MAaAiQAGcJnQBlCawA&#10;ZAm8AGMK1ABjC+wAYgz6AGIM/wBiDP8AwxYAAK0XAACdGAAAkBgAAIcWAACBFAAAfREAAHwOBgB8&#10;Cg4AeAoWAHULHwByCygAcAwwAG8MNwBtDD4AbAxEAGsNSgBpDU8AaA1VAGcNXABlDWMAYw5rAGIO&#10;dQBgDoEAXw6OAF0PnABcEKsAWxC9AFoQ1gBZEfAAWRH9AFkR/wBZEf8AuRsAAKUdAACUHgAAiB4A&#10;AH4dAAB4GwAAdBgAAHEVAABxEQkAbxARAGwQGQBpECIAZxEqAGYRMgBkETkAYxE/AGIRRQBgEksA&#10;XxJRAF0SWABcEl8AWhNoAFkTcgBXFH0AVhSLAFQVmQBTFakAUha6AFEW0gBRF+0AURf9AFEX/wBR&#10;F/8AsiAAAJ4iAACOIgAAgSMAAHciAABwIQAAbB4AAGkbAABnGAQAZhUOAGMWFQBhFh4AXxYmAF0W&#10;LQBcFzQAWhc7AFkXQQBYGEcAVhhNAFUYVABTGFwAUhlkAFEZbgBPGnoAThuIAE0blwBLHKYAShy4&#10;AEodzwBJHesASR37AEkd/wBKHf8ArCQAAJglAACIJgAAeycAAHEmAABqJQAAZiMAAGIhAABgHgAA&#10;XhwLAFsbEgBZHBoAVxwiAFUcKQBUHDAAUx03AFEdPQBQHUMATx1KAE0eUQBMHlgASx9hAEkfawBI&#10;IHcARyCFAEYhlABEIqQARCK2AEMizABDI+kAQyP6AEMj/wBDIv8ApicAAJMpAACDKgAAdioAAG0q&#10;AABlKQAAYCcAAFwlAABZIwAAVyEHAFUhDwBSIRYAUCEeAE4hJQBNIiwATCIzAEoiOQBJIkAASCJG&#10;AEcjTQBFI1UARCReAEMkaQBCJXUAQCaDAD8mkgA+J6MAPie0AD0nygA9KOgAPSj5AD0n/wA+J/8A&#10;oioAAI4rAAB/LQAAci0AAGgtAABhLAAAXCsAAFgoAABUJgAAUSYEAE4lDQBMJRMASiYaAEgmIgBH&#10;JikARSYvAEQmNgBDJzwAQSdDAEAnSwA/KFMAPilcAD0pZgA8KnIAOyqBADorkAA5K6EAOCyyADcs&#10;yAA3LOYAOCz4ADgs/wA4LP8AnSwAAIouAAB7LwAAbzAAAGUwAABdLwAAWC4AAFMrAABQKgAATCoA&#10;AEkqCwBGKhEARCoXAEIqHwBBKiUAPyosAD4rMwA9KzkAPCtAADssSAA6LFAAOS1ZADguZAA3LnAA&#10;Ni9/ADUvjwA0MJ8AMzCxADIwxwAyMOUAMzD3ADMw/wA0L/8AmS8AAIcxAAB3MgAAazIAAGIyAABa&#10;MgAAVDEAAE8vAABLLQAARy4AAEQuCABBLg4APy4UAD0uHAA7LiIAOS8pADgvLwA3LzYANjA+ADUw&#10;RgA1MU4ANDFXADMyYgAyMm4AMTN9ADAzjQAvNJ4ALjSwAC00xQAtNOMALjT2AC8z/wAvM/8AlTEA&#10;AIMzAAB0NAAAaDUAAF41AABXNAAAUTQAAEsyAABGMQAAQjIAAD8yBQA8Mg0AOTMSADgzGQA2MyAA&#10;NDMmADMzLQAyNDQAMTQ7ADA1QwAwNUwALzZVAC42YAAtN2wALDd7ACs3iwAqOJwAKTiuACg4wwAo&#10;OOIAKTj1ACo3/wAqN/8AkjQAAH81AABxNgAAZTcAAFs3AABUNwAATTYAAEc2AABCNQAAPTYAADo2&#10;AgA3NwsANDcQADI3FgAxOB0ALzgkAC44KwAtOTIALDk5ACs5QQAqOkkAKjpTACk7XgAoO2oAJzt5&#10;ACY8iQAlPJsAJDytACM8wgAjPOAAJDz0ACU7/wAlO/8AjTYAAHw4AABtOQAAYjkAAFg6AABROQAA&#10;SjkAAEQ5AAA9OQAAOToAADU7AAAyOwgALzwOAC09FAAsPRoAKj0hACk9KAAoPi8AJz42ACY+PgAl&#10;P0cAJD9QACNAWwAiQGgAIUB2ACBAhwAfQZkAH0GrAB5BwAAeQd4AH0DzAB9A/gAgP/8AiTkAAHg6&#10;AABpOwAAXjwAAFU8AABNPAAARzwAAEA8AAA4PQAAND4AADBAAAAtQQUAKkIMACdCEQAmQxgAJEMe&#10;ACNDJQAiQywAIUQzACBEOwAfREQAHkVOAB1FWQAcRWUAG0V0ABpFhQAZRpcAGUapABhGvgAXRdwA&#10;GEXxABlE/QAaRP8AhDwAAHM9AABmPgAAWz8AAFI/AABKPwAARD8AAD1AAAA2QQAAMUMAACxEAAAn&#10;RgEAJEcKACFIDwAgSRQAHkkbAB1JIgAcSSkAG0owABpKOAAZSkEAGEpLABdLVQAWS2IAFUtxABRL&#10;ggATS5QAEkunABJLvAARS9kAEkrwABNK/AAUSf8Afz8AAG9AAABhQQAAV0IAAE5CAABHQgAAQUIA&#10;ADpDAAAyRQAALUcAAChJAAAjSwAAHk0GABtPDQAYUBEAF1AXABZQHgAVUCUAFFAsABNRNAASUT0A&#10;EVFHABFRUgAQUV8AD1JtAA5SfgANUZEADVGkAAxRuAAMUdEADVDsAA1Q+gAOT/8AeUMAAGpEAABd&#10;RAAAU0UAAEtFAABERQAAPkYAADZIAAAvSgAAKUwAACRPAAAfUQAAGlMAABRWCQARVw4AEFgTABBY&#10;GQAPWCAADlgoAA1YMAANWDkADFhDAAtYTgAKWFoACFhoAAdYeQAGWIwABVifAARYswAEV8oABVfm&#10;AAVX8wAGVvwAc0YAAGRHAABZSAAAUEgAAEhIAABBSQAAOkoAADJNAAArUAAAJVIAACBVAAAaWAAA&#10;FVoAABBdBgAMYAwACmAQAAlgFQAIYBwAB2AjAAVgKwAEYDQAA2A9AAFgSQAAYFUAAGBjAABgcwAA&#10;YIYAAF+aAABfrgAAX8QAAF7iAABe8AAAXvgAbEoAAF9LAABVSwAATEwAAEVMAAA9TgAANVAAAC5T&#10;AAAnVgAAIFkAABpcAAAVXwAAEGIAAA1lBAAIZwsAA2cOAABoEwAAaBgAAGgfAABpJgAAaS4AAGk4&#10;AABpQwAAaU8AAGldAABpbQAAaYAAAGmUAABoqQAAaL8AAGfcAABm7gAAZvcAZk8AAFpPAABRTwAA&#10;Sk8AAEFRAAA4VAAAMFcAAChbAAAhXgAAGmIAABRlAAAQaAAADGsAAAduAwABcAkAAHANAABxEAAA&#10;cRQAAHIaAABzIQAAcygAAHMxAABzPAAAdEgAAHNWAABzZgAAc3kAAHOOAABzowAAcrkAAHHSAABx&#10;6wAAcPQAYVMAAFZTAABPUwAARVUAADtYAAAyXAAAKmAAACJkAAAbaAAAFGwAAA9vAAALcgAABnYA&#10;AAB5AAAAegYAAHoKAAB7DgAAfBEAAH0VAAB+GwAAfyIAAIAqAACANQAAgEEAAIBPAACAXwAAgHEA&#10;AICGAACAnQAAf7IAAH7KAAB+5QAAffEAXFgAAFRYAABJWgAAP10AADVhAAAsZQAAI2oAABtvAAAU&#10;cwAADncAAAl7AAADfwAAAIIAAACEAAAAhgEAAIYGAACICgAAiQ0AAIoQAACLFQAAjBsAAI4iAACP&#10;LAAAjzgAAI9GAACPVgAAj2gAAI9+AACPlQAAjqsAAI3BAACN3AAAjOsAWV0AAE5fAABDYgAAOGYA&#10;AC5sAAAkcQAAHHcAABR8AAAOgQAACIUAAACJAAAAjQAAAJAAAACSAAAAkwAAAJQAAACWAwAAlwgA&#10;AJgMAACaDwAAmxMAAJ0aAACfIwAAoC4AAKA8AACgTAAAoF4AAKB0AACfjAAAn6IAAJ+3AACeywAA&#10;nuAAU2QAAEdoAAA8bQAAMXMAACd5AAAdfwAAFIUAAA2LAAAGkAAAAJQAAACYAAAAnAAAAJ8AAACh&#10;AAAAogAAAKQAAAClAAAApwAAAKgEAACqCQAArA0AAK0SAACwGQAAsiMAALIxAACyQgAAslQAALJp&#10;AACygAAAspgAALGsAACyvwAAsc4ATG4AAEBzAAA1egAAKoEAAB+IAAAVjgAADpUAAAaaAAAAnwAA&#10;AKQAAACoAAAArAAAAK8AAACxAAAAsQAAALMAAAC1AAAAtgAAALgAAAC6AAAAvAYAAL4MAADAEQAA&#10;wxkAAMUmAADFNwAAxkkAAMZdAADHcgAAx4oAAMifAADIrwAAyLwARnoAADmBAAAuiQAAIpAAABeY&#10;AAAPnwAAB6UAAACqAAAArwAAALMAAAC3AAAAvAAAAL8AAADBAAAAwgAAAMQAAADFAAAAxwAAAMkA&#10;AADLAAAAzQAAAM8DAADSCgAA1hAAANwaAADdKgAA3jwAAN9QAADgZQAA4XsAAOGRAADiogAA4q0A&#10;/wACAP8AAAD/AAMA/wAMAP8AEwD/AB0A/wAoAP4AMwD7AD4A9wBIAPMAUADwAFcA7QBeAOsAZADo&#10;AGkA5wBvAOUAdADjAHkA4gB/AOAAhQDeAIwA3ACTANkAnADWAKYA0wCxANEAwADPANoAzgDxAMwA&#10;/wDLAP8AywD/AMYA/wDBAP8A/wAAAP8AAAD/AAAA/wAIAPsAEAD2ABkA8gAkAO8ALgDtADkA6ABC&#10;AOMASwDgAFIA3QBZANkAXwDWAGQA0wBpANEAbgDPAHQAzgB5AMwAfwDKAIYAyACOAMYAlgDEAKAA&#10;wgCrAMAAuQC+AM0AvADqALsA/AC6AP8AugD/ALoA/wC2AP8A/wAAAP8AAAD+AAAA9AAEAOsADQDk&#10;ABQA3wAfANsAKQDYADMA0wA9AM4ARQDKAE0AxwBTAMUAWQDDAF8AwQBkAL8AaQC9AG4AuwBzALoA&#10;eQC4AIAAtgCIALQAkACyAJoAsQClAK8AsgCtAMQArADhAKsA9gCqAP8AqgD/AKoA/wCqAP8A/wAA&#10;AP0AAADuAAAA4gAAANUACgDNABEAxwAZAMQAIwDBAC0AvwA3ALsAPwC3AEcAtQBOALIAUwCwAFkA&#10;rwBeAK0AYwCsAGgAqwBtAKkAcwCoAHoApgCBAKQAigCjAJQAoQCfAJ8ArACeALsAnADSAJsA7gCa&#10;AP8AmgD/AJkA/wCZAP8A/gAAAO4AAADeAAAAywAAAMEABQC5AA0AtAAUALEAHgCuACcAqwAwAKoA&#10;OQCnAEEApABIAKIATQChAFMAnwBYAJ4AXQCdAGIAmwBnAJoAbQCYAHMAlwB7AJUAhACUAI4AkgCZ&#10;AJAApgCOALQAjQDIAIwA5gCLAPkAigD/AIoA/wCLAP8A8AAAANsAAADHAAAAugAAALAAAACoAAoA&#10;pAAQAKAAGACdACEAmwAqAJoAMwCYADsAlgBBAJQASACSAE0AkQBSAI8AVwCOAFwAjABhAIsAZwCK&#10;AG4AiAB1AIcAfgCFAIgAgwCUAIIAoACAAK8AfwDAAH4A3QB9APIAfQD/AH0A/wB9AP8A4AAAAMYA&#10;AAC1AAAAqgAAAKIAAACbAAUAlQANAJIAEwCQABwAjQAkAIsALQCKADQAiAA7AIYAQgCFAEcAgwBN&#10;AIIAUgCBAFcAfwBcAH4AYgB9AGgAewBwAHoAeQB4AIMAdgCPAHUAnAB0AKoAcgC6AHEA0QBwAOwA&#10;cAD7AHAA/wBwAP8AzQQAALcGAACnBwAAmwYAAJMEAACOAAAAigAIAIYADwCEABYAgQAeAH8AJwB9&#10;AC4AfAA2AHoAPAB5AEIAdwBHAHYATAB1AFIAcwBXAHIAXQBxAGMAbwBrAG4AdABsAH4AawCKAGkA&#10;mABoAKYAZwC2AGYAywBlAOcAZQD3AGUA/wBlAP8AwAwAAKsNAACbDgAAjw4AAIYNAACBCwAAfgcB&#10;AHwBCwB5ABEAdwAYAHUAIQBzACkAcQAwAG8ANgBuADwAbABCAGsARwBqAE0AaQBSAGgAWABmAF8A&#10;ZQBnAGMAcABiAXoAYAGHAF8ClQBeAqMAXAOzAFwDxwBbBOQAWwX0AFsG/gBbBv8AtRAAAKESAACR&#10;EwAAhRMAAHwSAAB2EQAAcw4AAHIMBABxBw0AbgQSAGwEGwBpBSMAZwUqAGYGMQBkBjcAYwY9AGIH&#10;QwBhB0kAXwdOAF4IVQBdCFwAWwljAFoJbQBYCngAVwqFAFYLkwBUC6IAUwuzAFIMxwBSDOQAUQ31&#10;AFEN/wBRDf8ArRUAAJkXAACJGAAAfRkAAHQYAABtFwAAahQAAGcRAABnDgcAZgwOAGMMFQBhDB0A&#10;XwwlAF0NLABcDTMAWw05AFoNPwBYDUUAVw1LAFYOUQBVDlkAUw5hAFIOawBQD3YAThCDAE0QkgBM&#10;EKIASxCyAEoRyABJEeUASRH3AEkS/wBJEf8ApRkAAJIcAACDHQAAdh4AAG0dAABmHAAAYhoAAF8X&#10;AABeFAEAXhEKAFsQEQBZERgAVxEgAFURJwBUES4AUxE0AFEROwBQEkEATxJHAE4STgBMElUASxNe&#10;AEkTZwBIFHMARhSAAEUVjwBEFZ8AQxawAEIWxQBCF+MAQhf2AEIX/wBCF/8Anx0AAIwgAAB9IQAA&#10;cSIAAGgiAABhIQAAXB8AAFkcAABXGQAAVRYGAFQVDgBRFRQATxYcAE4WIwBMFioASxYwAEoWNwBJ&#10;Fz0ARxdDAEYXSgBFGFIAQxhaAEIZZABBGXAAPxp9AD4bjQA9G50APByuADscwwA7HOEAOx31ADsc&#10;/wA8HP8AmiEAAIcjAAB4JAAAbCUAAGMlAABcJAAAVyMAAFMgAABRHgAATxwCAE0bDABLGhEASBsY&#10;AEcbIABFGyYARBstAEMcMwBCHDkAQBxAAD8dRwA+HU8APR5YADweYgA6H20AOR97ADggiwA3IZsA&#10;NiGtADUhwQA1Id8ANSHzADYh/wA2If8AliMAAIMmAAB0JwAAaCgAAF8oAABYJwAAUyYAAE8kAABM&#10;IgAASSAAAEcgCQBEHw8AQh8VAEAgHAA/ICMAPiApADwgLwA7ITYAOiE9ADkhRAA4IkwANyJVADYj&#10;XwA0I2sAMyR5ADIliQAxJZoAMCWrADAmvwAvJtwAMCbyADAm/wAxJf8AkSYAAH8oAABxKgAAZSoA&#10;AFwqAABVKgAATykAAEsoAABIJQAARCQAAEEkBQA/JA0APSQSADskGQA5JB8ANyQmADYkLAA1JTMA&#10;NCU6ADMmQQAyJkoAMSdTADAnXQAvKGkALil3AC0phwAsKZgAKyqqACoqvQAqKtoAKyrxACsq/gAs&#10;Kf8AjSgAAHwqAABtLAAAYi0AAFktAABRLQAATCwAAEcrAABDKAAAPygAADwoAgA5KAsANygQADUo&#10;FgAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0cALCtRACssWwAqLGcAKS11ACgthQAnLZcAJi6o&#10;ACUuvAAlLtgAJi7wACYu/QAnLf8AiisAAHgtAABqLgAAXy8AAFYvAABOLwAASC4AAEMtAAA/LAAA&#10;OywAADcsAAA0LAkAMiwOADAtEwAuLRoALS0gACstJwAqLi0AKi41ACkvPQAoL0UAJzBOACYwWQAl&#10;MWUAJDFzACMxgwAiMpUAITKnACEyuwAgMtQAITLvACIx/AAiMf8Ahi0AAHUvAABnMAAAXDEAAFMx&#10;AABLMQAARTEAAEAwAAA7MAAANjAAADMwAAAwMQYALTENACsxEQApMhcAKDIeACcyJAAlMysAJTMy&#10;ACQzOgAjNEMAIjRMACE1VwAgNWMAHzVxAB42gQAdNpMAHDalABs2uQAbNtIAHDbtAB02+wAdNf8A&#10;gjAAAHEyAABjMwAAWTQAAFA0AABJNAAAQjMAAD0zAAA3MwAAMTQAAC41AAArNQIAKDYLACU3EAAk&#10;NxUAIjcbACE4IgAgOCgAHzgwAB44NwAdOUAAHDlJABs6VAAaOmAAGTpuABg6fwAXO5EAFzukABY7&#10;twAVO9AAFjrsABc6+gAYOf8AfTIAAG00AABgNQAAVTYAAE02AABGNgAAQDYAADo2AAA0NgAALjgA&#10;ACo5AAAmOgAAIzsIACA8DgAePRIAHT0YABw9HwAbPiUAGj4tABk+NAAXPj0AFj9HABU/UQAUP14A&#10;FD9sABNAfAASQI8AEUCiABFAtgAQQM4AET/rABI/+QASPv8AeTUAAGk3AABcOAAAUjkAAEo5AABD&#10;OQAAPTkAADc5AAAxOgAAKzwAACc9AAAiPwAAHkEEABpCCwAYQxAAF0MVABVEGwAURCIAE0QpABNE&#10;MQASRDoAEUVDABBFTgAQRVsADkVpAA5FeQANRYwADUWfAAxFsgALRckADEXlAA1E9gANRP8AdDkA&#10;AGU6AABYOwAATzsAAEc8AABAPAAAOjwAADQ8AAAuPgAAKEAAACNCAAAfRAAAGkYAABVICAASSg0A&#10;EUoSABBKGAAPSx4ADkslAA1LLQANSzYADEtAAAtLSgAKS1YACUtkAAhLdAAHS4cABUuaAARLrgAE&#10;SsQABUrgAAVK8AAGSfoAbjwAAGA9AABUPgAASz4AAEQ+AAA9PgAANz8AADFAAAAqQgAAJEUAAB9H&#10;AAAaSQAAFUwAABFOBQAOUQsAC1EQAApRFAAJURsACFEiAAdRKQAFUTIABFI7AANSRgABUlIAAFJf&#10;AABSbwAAUoEAAFGWAABRqQAAUb8AAFDcAABQ7gAAUPcAaEAAAFtBAABQQQAASEEAAEFBAAA7QgAA&#10;NEMAAC1FAAAmSAAAIEsAABtNAAAWUAAAEVMAAA5VBAAKWAoABlgOAAJYEgAAWRcAAFkdAABZJQAA&#10;WS0AAFk2AABZQQAAWU0AAFpaAABaaQAAWXwAAFmQAABZpQAAWLoAAFjVAABX7AAAV/YAY0QAAFZF&#10;AABNRQAARUUAAD9FAAA3RwAAL0kAAChMAAAiTwAAG1IAABZVAAARWAAADVoAAAldAwAEXwkAAGAN&#10;AABgEAAAYRQAAGEZAABiIAAAYicAAGIxAABiOwAAYkcAAGJVAABjZAAAYnYAAGKLAABioAAAYbYA&#10;AGHPAABg6gAAYPUAXUgAAFJJAABKSAAAQ0gAADpKAAAyTQAAKlAAACNTAAAcVwAAFloAABFdAAAN&#10;YAAACGMAAANmAQAAZwYAAGgLAABpDgAAahEAAGsVAABsGwAAbSIAAG0qAABtNAAAbUAAAG1OAABt&#10;XQAAbW8AAG2EAABsmgAAbLAAAGvIAABr5gAAavMAWE0AAE5NAABITAAAPk4AADVRAAAsVAAAJFgA&#10;AB1cAAAWYAAAEGQAAAxnAAAHawAAAW4AAABwAAAAcgMAAHIHAABzCwAAdQ4AAHYRAAB3FgAAeBwA&#10;AHkjAAB6LQAAejkAAHpHAAB6VgAAeWgAAHp8AAB5lAAAeKoAAHjBAAB33wAAd+8AVFEAAExRAABC&#10;UgAAOFUAAC9ZAAAmXgAAHmIAABZnAAAQawAAC28AAAVzAAAAdwAAAHoAAAB8AAAAfgAAAH8CAACA&#10;BgAAgQoAAIMNAACEEQAAhhUAAIgcAACJJQAAijAAAIo+AACJTQAAiV8AAIlzAACIiwAAiKIAAIe5&#10;AACH0QAAhugAUlYAAEdXAAA8WgAAMl8AAChkAAAfaQAAFm8AABB0AAAKeQAAAn0AAACBAAAAhQAA&#10;AIgAAACKAAAAjAAAAI0AAACPAAAAkAQAAJIIAACTDAAAlRAAAJcVAACZHQAAmycAAJs0AACbRAAA&#10;mlYAAJpqAACZggAAmpoAAJiwAACYxwAAl94AS1wAAEBgAAA1ZQAAK2oAACFxAAAXdwAAEH0AAAmD&#10;AAABiAAAAIwAAACRAAAAlQAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoAAAAKIAAACkBQAApgoAAKgO&#10;AACqFAAArR0AAK0qAACtOQAArUsAAK1fAACtdwAArJAAAKunAACrugAAq8sARWYAADlrAAAucQAA&#10;I3gAABl/AAAQhgAACY0AAACTAAAAmAAAAJ0AAAChAAAApQAAAKgAAACrAAAAqwAAAK4AAACvAAAA&#10;sQAAALMAAAC1AAAAtwEAALkHAAC8DQAAvxMAAMIfAADCLgAAwkAAAMJUAADBawAAwYMAAMCbAADB&#10;rQAAwbwAPnIAADJ4AAAngAAAHIgAABKQAAAKlwAAAJ0AAACjAAAAqAAAAK0AAACyAAAAtgAAALkA&#10;AAC7AAAAvAAAAL4AAADAAAAAwgAAAMQAAADGAAAAyAAAAMsAAADOBQAA0Q0AANYUAADXIwAA2DUA&#10;ANlJAADaXgAA23UAANuMAADcnwAA3KsA/wAAAP8AAAD/AAAA/wAJAP8AEAD/ABkA/gAkAPwALwD5&#10;ADkA9ABDAPAASwDtAFIA6gBZAOcAXwDkAGQA4gBpAOAAbgDeAHMA3AB5ANoAfwDXAIYA1ACOANEA&#10;lgDPAKEAzACsAMoAuwDIANIAxgDuAMYA/wDFAP8AxQD/AL8A/wC6AP8A/wAAAP8AAAD/AAAA/gAF&#10;APcADgDyABUA7gAfAOsAKgDpADQA4wA9AN4ARQDZAE0A1ABTANEAWQDOAF4AzABjAMoAaADJAG0A&#10;xwBzAMUAeQDDAIAAwQCIAL8AkAC9AJsAuwCmALkAtAC3AMgAtgDmALUA+wC0AP8AtAD/ALMA/wCu&#10;AP8A/wAAAP8AAAD4AAAA7QAAAOUACwDdABEA1wAaANIAJADPAC4AywA3AMcAQADDAEcAwABOAL4A&#10;UwC8AFkAugBeALgAYwC2AGgAtQBtALMAcwCxAHkArwCBAK0AigCrAJQAqQCgAKgArQCmAL4ApQDb&#10;AKQA9ACkAP8AowD/AKMA/wCiAP8A/wAAAPYAAADmAAAA1wAAAMsABgDEAA4AvgAVALsAHwC5ACgA&#10;twAxALQAOgCwAEEArQBIAKsATgCpAFMApwBYAKYAXACkAGEAowBnAKEAbACgAHMAngB6AJ0AgwCb&#10;AI4AmQCZAJcApgCWALYAlQDMAJQA6wCTAP0AkwD/AJMA/wCTAP8A9wAAAOQAAADQAAAAwQAAALcA&#10;AgCvAAsAqwARAKcAGQClACIAowArAKIAMwCfADsAnABCAJsASACZAE0AlwBSAJYAVwCVAFsAkwBh&#10;AJIAZgCQAG0AjwB0AI0AfQCMAIcAigCTAIgAoACHAK8AhQDCAIUA4gCEAPcAhAD/AIQA/wCEAP8A&#10;5QAAAM0AAAC8AAAArwAAAKYAAACeAAcAmgAOAJYAFACUAB0AkgAlAJEALQCQADUAjQA8AIwAQgCK&#10;AEcAiABMAIcAUQCGAFYAhABbAIMAYACBAGcAgABuAH4AdwB9AIEAewCNAHoAmgB4AKkAdwC6AHYA&#10;0wB2AO8AdgD+AHUA/wB1AP8A0AAAALsAAACrAAAAnwAAAJcAAACQAAIAiwALAIgAEACGABcAhAAg&#10;AIIAJwCBAC8AfwA1AH0APAB8AEEAewBGAHkASwB4AFAAdwBVAHYAWwB0AGEAcwBpAHEAcQBwAHsA&#10;bgCHAG0AlQBrAKMAagC0AGoAyQBpAOgAaQD5AGkA/wBpAP8AwAAAAKwAAACcAgAAkAIAAIgAAACD&#10;AAAAfwAGAHsADQB5ABIAdwAaAHYAIgB0ACkAcwAwAHEANgBwADwAbwBBAG0ARgBsAEsAawBQAGoA&#10;VgBoAFwAZwBkAGUAbABkAHYAYwCCAGEAkABgAJ8AXwCvAF4AwwBeAOEAXgD0AF0A/wBdAP8AtAcA&#10;AKAJAACQCwAAhAsAAHwKAAB3BwAAdAQAAHEACQBvAA8AbQAVAGsAHABpACMAaAAqAGcAMQBlADYA&#10;ZAA8AGMAQQBiAEYAYABMAF8AUgBeAFgAXQBfAFsAaABaAHIAWAB+AFcAjABWAJsAVQCrAFQAvgBU&#10;ANoAUwDvAFQA+wBUAP8AqQ0AAJYOAACHEAAAehAAAHIQAABsDgAAaQwAAGcJAwBmBAsAZAAQAGIA&#10;FwBgAB4AXgAlAF0AKwBcADEAWgA3AFkAPABYAEIAVwFHAFYBTgBVAlQAUwJcAFIDZQBRA28ATwR7&#10;AE4EigBNBZkATAWpAEsFvABKBtQASgftAEoH+QBKB/8AoRAAAI4SAAB+FAAAcxQAAGoUAABkEwAA&#10;YBEAAF4PAABdDQUAXQkNAFoGEgBYBxkAVgcgAFUHJwBTBy0AUggzAFEIOABQCD4ATwlEAE4JSgBM&#10;CVEASwpZAEoKYgBIC20ARwt6AEYMiABEDJgAQwypAEINvABCDdUAQg3uAEIN+wBCDf8AmhQAAIcW&#10;AAB4GAAAbBkAAGMZAABdGAAAWRYAAFYTAABUEQAAVA4IAFMNDgBRDRQATw0bAE0NIgBMDSgASw0u&#10;AEoNNABJDToARw5BAEYORwBFDk8ARA5XAEIPYQBBEGwAPxB5AD4QiAA9EZgAOxGpADsRvAA6EdYA&#10;OhHwADoS/QA7Ef8AkxgAAIEaAABzHAAAZx0AAF4dAABYHAAAUxsAAFAYAABOFgAATBMDAEwRCwBK&#10;EBAASBEXAEYRHgBFESQARBEqAEIRMABBETcAQBI9AD8SRAA9EkwAPBNUADsTXgA5FGkAOBR2ADcV&#10;hQA2FZYANBanADQWugAzFtMAMxbuADQW/AA0Fv8AjhsAAHwdAABuHwAAYyAAAFogAABTIAAATh4A&#10;AEodAABIGgAARhgAAEUWBwBDFQ4AQRUTAD8VGgA+FSAAPRUnADsVLQA6FjMAORY6ADgWQQA3F0kA&#10;NRdRADQYWwAzGWYAMhlzADAagwAvGpQALhulAC0buAAtG9AALRvsAC4b+wAuG/8Aih4AAHggAABq&#10;IgAAXyMAAFYjAABPIgAASiEAAEYgAABDHgAAQRsAAD8aAwA9GgwAOxkRADkZFgA3Gh0ANhojADUa&#10;KQA0GjAAMxs2ADEbPgAwHEYALxxPAC4dWQAtHWQALB5xACsfgQAqH5IAKR+kACggtwAnIM4AJyDr&#10;ACgg+gApH/8AhiAAAHQjAABnJAAAXCUAAFMlAABMJQAARyQAAEIjAAA/IQAAPR8AADoeAAA3HgkA&#10;NR4OADMeEwAxHhoAMB4gAC8eJgAuHy0ALR8zACwgOwArIEMAKiFMACkhVgAoImIAJiJvACUjfwAk&#10;I5AAIyOiACIktQAiJMwAIiTpACMk+QAkI/8AgiMAAHElAABjJgAAWScAAFAoAABJJwAAQycAAD8m&#10;AAA7JAAAOCIAADUiAAAyIgYAMCINAC4iEQAsIhcAKiIdACkiIwAoIyoAJyMxACYkOAAlJUEAJCVK&#10;ACMmVAAiJmAAISdtACAnfQAfJ48AHiihAB4otAAdKMoAHSjoAB4o+AAfJ/8AfiUAAG4nAABgKQAA&#10;VikAAE0qAABGKgAAQSkAADwoAAA3JwAANCYAADAmAAAtJgMAKycLACgnEAAnJxQAJScaACQnIQAj&#10;KCcAIiguACEpNgAgKT4AHypIAB4qUgAdK14AHCtrABsrewAaLI0AGSyfABgssgAYLMkAGCznABkr&#10;9wAaK/8AeicAAGoqAABdKwAAUywAAEosAABDLAAAPisAADkrAAA0KgAAMCoAACsqAAApKwAAJisI&#10;ACMsDgAiLBIAICwYAB8sHgAeLSUAHS0sABwtMwAbLjwAGi5FABkvUAAYL1wAFy9pABYweQAVMIsA&#10;FDCeABQwsQATMMcAEzDlABQw9gAVL/8AdioAAGcsAABaLQAAUC4AAEguAABBLgAAOy4AADYtAAAx&#10;LQAALC0AACcvAAAkLwAAITAFAB8xDAAcMRAAGzIVABoyHAAZMiIAGDIpABczMQAWMzkAFTNDABQ0&#10;TQATNFkAEjRnABE1dwARNYkAEDWcABA1sAAONcYADzTkABA09QAQNP8AciwAAGMuAABXMAAATTAA&#10;AEUwAAA+MAAAODAAADMwAAAvMAAAKTEAACQyAAAhMwAAHTUCABo2CQAXNw4AFTcTABQ4GQATOB8A&#10;EjgmABI4LgAROTYAEDlAABA5SwAOOVcADjpkAA06dAAMOoYADDqZAAs5rAAKOcEACjneAAs58QAM&#10;OPwAbi8AAF8xAABTMgAASjMAAEIzAAA7MwAANjMAADEyAAAsMwAAJzQAACE2AAAdOAAAGTkAABU7&#10;BgASPQwAED4QABA+FQAOPhwADj4jAA0+KgAMPjMADD48AAs/RwAKP1IACD9gAAc/bwAGP4EABT+U&#10;AAQ/qAADPrwABD7XAAU+7AAFPvcAaTMAAFs0AABQNQAARzUAAD81AAA5NQAANDUAAC41AAApNwAA&#10;IzgAAB47AAAaPAAAFj8AABJBBAAOQwoADEQOAApEEwAJRBkACEQgAAdEJwAGRC8ABUQ4AANFQgAC&#10;RU4AAEVbAABFagAARXwAAEWQAABEpAAARLkAAETRAABE6gAAQ/UAZDYAAFc3AABMOAAAQzgAADw4&#10;AAA3OAAAMTgAACs5AAAlOwAAID0AABpAAAAWQgAAEkQAAA5HBAALSQkAB0oNAARLEQABSxYAAEsc&#10;AABLIwAASysAAEs0AABLPgAATEkAAExXAABMZgAATHcAAEuMAABLoQAAS7UAAErOAABK6QAASvUA&#10;XzoAAFI7AABIOwAAQDsAADo7AAA0OwAALjwAACc+AAAiQQAAHEMAABZGAAASSQAADksAAAtOAwAH&#10;UAgAAlEMAABREAAAUhMAAFMYAABTHwAAUyYAAFMvAABTOQAAU0UAAFNSAABTYQAAU3IAAFOHAABS&#10;nAAAUrEAAFHKAABR5wAAUfQAWT4AAE4+AABFPgAAPj4AADg+AAAwQAAAKUIAACNEAAAdRwAAF0oA&#10;ABJNAAAOUAAAC1MAAAZVAgAAVwcAAFgLAABZDgAAWhEAAFoVAABbGgAAXCEAAFwqAABcNAAAXD8A&#10;AFxNAABcWwAAXGwAAFyBAABblwAAW60AAFrFAABa5AAAWfMAVEIAAEpCAABCQgAAPEIAADRDAAAs&#10;RgAAJUkAAB5MAAAXTwAAElMAAA5WAAAKWQAABVsAAABeAAAAYAQAAGEIAABiDAAAYw4AAGQRAABl&#10;FgAAZhwAAGcjAABnLQAAZzkAAGdGAABnVQAAZ2YAAGd6AABmkQAAZagAAGXAAABk3gAAZPAAT0YA&#10;AEdGAABARQAAN0cAAC9KAAAmTQAAH1EAABhVAAASWQAADVwAAAhgAAACYwAAAGYAAABoAAAAagAA&#10;AGsEAABsCAAAbQwAAG8OAABwEgAAchcAAHMdAAB0JgAAdDIAAHQ/AAB0TgAAc18AAHRyAABzigAA&#10;cqEAAHG4AABx1AAAcOwATEoAAEVKAAA7SwAAMk4AAClSAAAgVgAAGFsAABJfAAANZAAAB2gAAABr&#10;AAAAbwAAAHIAAAB1AAAAdgAAAHcAAAB5AgAAegYAAHwKAAB+DgAAgBEAAIIWAACEHgAAhCkAAIQ2&#10;AACERQAAhFYAAINqAACDgQAAgpkAAIGxAACAyQAAgOUASk4AAD9QAAA1UwAAK1cAACJcAAAZYgAA&#10;EmcAAAxsAAAFcQAAAHUAAAB5AAAAfQAAAIEAAACDAAAAhQAAAIYAAACIAAAAiQAAAIsEAACNCAAA&#10;jw0AAJIQAACUFgAAliAAAJYsAACWOwAAlkwAAJVgAACVdgAAlJAAAJOnAACSvQAAktUARFUAADlZ&#10;AAAvXQAAJGMAABppAAASbwAADHUAAAR7AAAAgAAAAIUAAACJAAAAjQAAAJEAAACTAAAAlAAAAJYA&#10;AACYAAAAmgAAAJwAAACeAAAAoAYAAKILAAClEAAAqBcAAKkjAACpMQAAqUMAAKlWAACobQAApocA&#10;AKeeAACmswAApccAPl4AADJjAAAnagAAHXAAABN4AAAMfwAAA4UAAACLAAAAkQAAAJYAAACbAAAA&#10;nwAAAKIAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUCAAC3CQAAuxAAAL4YAAC+&#10;JgAAvjgAAL5LAAC9YQAAvHoAALuUAAC6qQAAurkAN2oAACtwAAAgeAAAFoAAAA2IAAAFjwAAAJYA&#10;AACcAAAAogAAAKcAAACsAAAAsAAAALMAAAC2AAAAtwAAALkAAAC7AAAAvQAAAL8AAADCAAAAxQAA&#10;AMgAAADKAAAAzggAANIQAADVGwAA1SwAANRAAADUVwAA024AANSGAADUmwAA06sA/wAAAP8AAAD/&#10;AAAA/wAFAP8ADgD/ABUA/AAgAPkAKgD2ADQA8QA9AO0ARgDpAE0A5gBTAOQAWQDhAF4A3gBjANwA&#10;aADZAG4A1QBzANMAeQDQAIAAzgCIAMsAkQDJAJwAxgCnAMQAtwDCAMwAwADsAL8A/wC+AP8AvQD/&#10;ALcA/wCyAP8A/wAAAP8AAAD/AAAA+gABAPMACwDtABIA6AAbAOUAJQDkAC4A3wA4ANgAQADSAEcA&#10;zgBOAMsAVADIAFkAxgBeAMQAYwDCAGcAwABtAL8AcwC9AHoAuwCBALkAiwC2AJUAtAChALIArwCw&#10;AMIArgDjAK4A+gCsAP8ArQD/AKkA/wCmAP8A/wAAAP8AAADyAAAA5gAAAN0ABwDSAA4AzQAWAMoA&#10;IADIACkAxQAyAMAAOgC8AEIAuQBIALcATgC1AFMAswBYALEAXQCwAGIArgBnAKwAbACqAHMAqQB7&#10;AKcAhAClAI4AowCaAKEAqACfALkAngDSAJ0A8gCcAP8AnQD/AJwA/wCZAP8A/AAAAO4AAADdAAAA&#10;zAAAAMEAAgC6AAwAtgASALIAGgCwACMArwAsAK0ANACpADwApgBCAKQASACiAE0AoABSAJ4AVwCd&#10;AFsAnABgAJoAZgCZAGwAlwB0AJUAfQCTAIcAkQCTAJAAoQCOALEAjQDGAIwA6ACLAP0AjAD/AIwA&#10;/wCMAP8A7QAAANgAAADFAAAAtwAAAKwAAACmAAgAoQAOAJ8AFQCdAB4AmwAmAJoALgCXADUAlQA8&#10;AJMAQgCRAEcAkABMAI4AUQCNAFUAiwBaAIoAYACJAGYAhwBtAIUAdgCEAIAAggCMAIAAmgB/AKkA&#10;fQC8AHwA3AB8APUAfAD/AHwA/wB8AP8A2QAAAMEAAACxAAAApAAAAJwAAACUAAMAkAAMAI0AEQCL&#10;ABgAiQAgAIkAKACHAC8AhQA2AIMAPACCAEEAgABGAH8ASwB9AE8AfABUAHsAWgB5AGAAeABnAHYA&#10;cAB1AHoAcwCGAHEAkwBwAKIAbwC0AG4AzABuAO0AbgD+AG4A/wBuAP8AxAAAAK8AAACgAAAAlAAA&#10;AIwAAACGAAAAgQAIAH4ADgB8ABQAewAbAHkAIgB4ACkAdwAwAHUANgB0ADsAcgBAAHEARQBwAEoA&#10;bwBPAG0AVABsAFsAawBiAGkAagBoAHQAZgCAAGUAjgBjAJ0AYgCtAGEAwgBhAOQAYQD4AGEA/wBh&#10;AP8AtAAAAKAAAACRAAAAhgAAAH4AAAB5AAAAdQADAHEACwBvABAAbQAWAGwAHQBrACQAawAqAGkA&#10;MABoADYAZgA7AGUAQABkAEUAYwBKAGEATwBgAFYAXwBdAF0AZQBcAG8AWgB6AFkAiABYAJgAVwCo&#10;AFYAuwBWANgAVgDxAFYA/wBWAP8AqAEAAJQFAACFBwAAegcAAHIGAABsBAAAaQEAAGcABwBkAA0A&#10;YwARAGEAGABgAB8AXwAlAF4AKwBdADAAWwA2AFoAOwBZAEAAWABFAFcASwBWAFEAVQBYAFMAYQBS&#10;AGoAUAB2AE8AhABOAJMATQCkAEwAtgBMAM0ATADrAEwA+gBMAP8AnQkAAIsLAAB8DQAAcA0AAGgN&#10;AABiDAAAXwoAAF0GAQBcAQkAWgAOAFgAEwBXABkAVgAgAFUAJgBTACsAUgAxAFEANgBQADsATwBB&#10;AE4ARwBNAE0ASwBVAEoAXQBJAGcARwBzAEYAgABFAJAARAChAEMAsgBDAMgAQwDmAEMA9QBDAP8A&#10;lQ0AAIMPAAB0EAAAaREAAGARAABaEAAAVg4AAFQNAABTCgQAUwYLAFEDEABPARUATgEbAEwBIQBL&#10;AScASgIsAEkCMgBIAjcARwM9AEUDQwBEA0oAQwRRAEIEWgBABWQAPwVwAD4GfgA9Bo4APAefADsH&#10;sQA6B8YAOgfjADoH8wA6CPwAjhAAAHwSAABuFAAAYhUAAFoVAABUFAAAUBMAAE0RAABLDgAASw0G&#10;AEoKDABJCBEARwgWAEUIHQBECCMAQggoAEEJLgBACTMAPwk5AD4KQAA9CkcAPApPADoLWAA5C2MA&#10;OAxvADYMfgA1DI4ANA2fADMNsQAyDccAMg3jADIN9AAyDf4AiBMAAHcVAABpFwAAXhgAAFUYAABP&#10;GAAAShYAAEcVAABFEwAAQxACAEMOCABCDQ4AQA0SAD8NGAA9DR8APA0kADsNKgA5DTAAOA43ADcO&#10;PQA2DkUANQ5NADMPVwAyD2IAMRBuAC8QfQAuEI4ALRGgACwRsgArEcgAKxHmACsR9gAsEf8AgxYA&#10;AHIZAABkGgAAWRsAAFEbAABLGwAARhoAAEIYAAA/FwAAPhQAADwSBAA7EQoAOhAQADgQFQA3EBsA&#10;NREhADQRJwAzES0AMhEzADAROgAvEkIALhJLAC0TVAArE18AKhRsACkUewAoFIwAJxWeACYVsAAl&#10;FcYAJRXkACUV9gAmFf8AfhkAAG4bAABgHQAAVh4AAE0eAABHHgAAQh0AAD4cAAA6GgAAOBgAADcW&#10;AAA1FQcANBQNADIUEgAwFBcALxQdAC0UIwAsFSoAKxUwACoVNwApFj8AKBZIACcXUgAmGF0AJBhq&#10;ACMZeQAiGYoAIRmcACAZrwAfGcQAHxniACAZ9AAgGf8AehsAAGoeAABdHwAAUyAAAEogAABEIAAA&#10;Ph8AADoeAAA3HQAANBwAADIZAAAwGQQALhgLACwYEAAqGBQAKRgaACcYIAAmGSYAJRktACQaNQAj&#10;Gj0AIhtGACEbUAAgHFsAHx1oAB4ddwAdHYgAHB6bABserQAaHsMAGh7gABod8wAbHf8Adx0AAGcg&#10;AABaIQAAUCIAAEgiAABBIgAAOyIAADchAAAzIAAAMB8AAC0dAAArHQAAKB0IACYdDgAlHRIAIx0X&#10;ACEdHQAhHSQAIB4qAB8eMgAeHzoAHR9DABwgTQAbIVkAGiFmABkhdQAYIocAFyKZABYirAAVIsEA&#10;FSLfABUh8gAWIf4AcyAAAGQiAABXIwAATSQAAEUlAAA+JAAAOSQAADQjAAAwIgAALCIAACkhAAAm&#10;IQAAJCEGACIhDAAgIRAAHiEVAB0iGwAbIiEAGyIoABojLwAZIzgAGCRBABckSwAWJVcAFSVkABQm&#10;cwATJoUAEiaYABEmqwARJsAAECbdABEl8QASJf0AcCIAAGEkAABUJgAASiYAAEInAAA8JgAANiYA&#10;ADElAAAtJQAAKSQAACYkAAAiJQAAHyUDAB0mCgAbJg4AGScSABgnGAAXJx8AFiclABUoLQAUKDUA&#10;Eyk+ABIpSQARKVUAESpiABAqcQAPKoMADiqWAA4qqQANKr0ADSrXAA0q7gAOKfsAbCQAAF0mAABR&#10;KAAASCgAAEApAAA5KAAANCgAAC8oAAArJwAAJycAACIoAAAeKQAAGyoAABgrBwAWKw0AFCwRABMs&#10;FgASLBwAES0jABAtKgAQLTIADy48AA4uRgANLlIADS5fAAwvbgALL38ACi+SAAkvpQAJLrkACC7Q&#10;AAku6QAKLvcAaCcAAFopAABOKgAARSsAAD0rAAA3KwAAMSoAAC0qAAApKgAAJCoAACArAAAbLQAA&#10;GC4AABUvBAASMQoAEDIOAA8yEwAOMhkADTIgAA0yJwAMMi8ACzM4AAozQgAJM04ACDNbAAY0agAF&#10;NHsABDOOAAMzogACM7YAAjPNAAMz5wAEMvMAZCoAAFYsAABLLQAAQi0AADotAAA0LQAALywAACss&#10;AAAmLAAAIi0AAB0vAAAZMQAAFTIAABI0AwAPNgkADDgNAAo4EQAJOBYACDgdAAc4JAAGOCwABDg0&#10;AAM4PgACOUoAADlXAAA5ZQAAOXcAADmLAAA4nwAAOLMAADjKAAA45gAAN/IAXy0AAFIuAABILwAA&#10;PzAAADgvAAAyLwAALS8AACkvAAAkMAAAHzEAABozAAAVNQAAEjcAAA85AwAMOwgACD0NAAU+EAAD&#10;PhQAAD4aAAA+IQAAPigAAD4xAAA/OwAAP0YAAD9TAAA/YQAAP3MAAD+HAAA+nAAAPrAAAD3HAAA9&#10;5AAAPfIAWjAAAE4yAABEMgAAPDIAADUyAAAwMQAAKzEAACYyAAAgNAAAGzYAABY4AAASOwAADz0A&#10;AAw/AwAIQQgABEMMAABDDgAARBIAAEUWAABFHQAARSQAAEUtAABGNgAARkIAAEZOAABGXQAARm4A&#10;AEWCAABFmAAARK0AAETEAABD4wAAQ/IAVTQAAEo1AABBNQAAOTUAADM0AAAuNAAAKDUAACI3AAAd&#10;OgAAFzwAABI/AAAPQQAADEQAAAhGAQADSAYAAEkKAABKDQAASxAAAEwUAABNGQAATiAAAE4oAABO&#10;MgAATT0AAE5KAABOWAAATWkAAE19AABMlAAATKoAAEvBAABL4QAASvIAUDgAAEY4AAA9OAAANzgA&#10;ADE3AAAqOQAAJDsAAB49AAAYQAAAE0MAAA9GAAALSQAAB0sAAAJOAAAAUAQAAFEIAABSCwAAUw4A&#10;AFQRAABVFQAAVhsAAFcjAABXLAAAVzgAAFdEAABXUgAAVmMAAFZ3AABWjgAAVaUAAFS9AABT3QAA&#10;U/AASzwAAEI8AAA7OwAANTsAAC08AAAmPwAAH0IAABlFAAATSAAADksAAAtPAAAFUQAAAFQAAABX&#10;AAAAWAEAAFoFAABbCAAAXAwAAF0OAABfEQAAYBYAAGIdAABiJgAAYjEAAGI+AABhTAAAYV0AAGFw&#10;AABgiAAAYKAAAF+3AABe1AAAXe4AR0AAAD8/AAA6PwAAMUAAAClDAAAhRgAAGkoAABNOAAAOUQAA&#10;ClUAAARYAAAAWwAAAF4AAABhAAAAYwAAAGQBAABlBAAAZwgAAGgLAABqDgAAbBIAAG4XAABvIAAA&#10;byoAAG82AABuRQAAblUAAG5oAABtfwAAbZgAAGywAABrygAAaugAREQAAD5DAAA1RAAAK0cAACNL&#10;AAAbTwAAE1QAAA5YAAAIXAAAAmAAAABkAAAAZwAAAGsAAABtAAAAbwAAAHAAAAByAAAAdAIAAHUG&#10;AAB3CgAAeQ4AAHwSAAB+GAAAfyIAAH8uAAB/PQAAfk0AAH1hAAB9dwAAfJAAAHuoAAB6wAAAed8A&#10;Q0cAADlJAAAvTAAAJVAAABxVAAAUWwAADmAAAAdlAAAAagAAAG4AAAByAAAAdgAAAHkAAAB8AAAA&#10;fgAAAH8AAACBAAAAgwAAAIUAAACHAwAAiggAAIwNAACPEQAAkhkAAJIlAACSMwAAkkQAAJFXAACQ&#10;bQAAj4YAAI6fAACNtQAAjM0APU4AADJRAAAoVgAAHlwAABViAAAOaAAAB24AAAB0AAAAeQAAAH4A&#10;AACCAAAAhgAAAIkAAACMAAAAjgAAAJAAAACSAAAAlAAAAJYAAACYAAAAmwAAAJ4GAAChDAAApBEA&#10;AKYbAACmKQAApjoAAKVNAAClYgAApHsAAKOUAAChqwAAob8ANlcAACxcAAAhYgAAF2kAAA9wAAAH&#10;dwAAAH4AAACEAAAAigAAAI8AAACUAAAAmAAAAJsAAACeAAAAnwAAAKIAAACkAAAApgAAAKgAAACr&#10;AAAArQAAALAAAACzBAAAtwwAALsSAAC7HwAAuzAAALtDAAC6WAAAuXAAALeLAAC3oQAAt7MAMGIA&#10;ACVpAAAacAAAEHgAAAmAAAAAiAAAAI8AAACWAAAAmwAAAKEAAACmAAAAqgAAAK4AAACwAAAAsQAA&#10;ALQAAAC2AAAAuAAAALsAAAC9AAAAwAAAAMMAAADHAAAAywMAAM8MAADTFQAA0iUAANI4AADRTgAA&#10;0GUAAM9+AADNlgAAzKkA/wAAAP8AAAD/AAAA/wADAP8ACwD8ABEA+QAbAPcAJQDzAC8A7gA4AOkA&#10;QADmAEgA4gBOAN8AVADcAFkA2QBeANUAYwDTAGgA0ABtAM4AcwDLAHoAyACCAMYAjADDAJcAwACj&#10;AL4AsgC8AMgAugDqALkA/wC4AP8AsQD/AKoA/wCnAP8A/wAAAP8AAAD7AAAA9gAAAO0ABwDnAA8A&#10;4gAWAN8AIADeACkA2QAzANEAOwDMAEIAyABIAMUATgDCAFMAwABYAL4AXQC8AGIAugBnALkAbQC3&#10;AHQAtQB7ALIAhQCwAJAArgCcAKwAqgCpAL0ApwDeAKYA+QClAP8AowD/AJ0A/wCbAP8A/QAAAPYA&#10;AADrAAAA3wAAANEAAwDKAAwAxQASAMMAGwDAACQAvgAsALkANQC2ADwAswBDALAASACuAE4ArABS&#10;AKsAVwCpAFwApwBhAKYAZwCkAG0AogB0AKAAfQCeAIgAnACVAJoAowCYALQAlgDNAJUA8QCUAP8A&#10;lQD/AJAA/wCOAP8A8wAAAOYAAADRAAAAwgAAALgAAACxAAgArQAPAKoAFgCoAB4AqAAnAKYALwCi&#10;ADYAnwA8AJ0AQgCbAEcAmQBMAJcAUQCWAFUAlABaAJMAYACRAGYAkABuAI4AdgCMAIEAigCNAIgA&#10;mwCGAKwAhQDBAIQA5gCDAP0AhAD/AIMA/wCBAP8A5AAAAMsAAAC6AAAArAAAAKIAAACcAAQAmAAM&#10;AJYAEQCUABkAkwAhAJIAKACPADAAjQA2AIsAPACJAEEAiABGAIYASwCFAE8AhABUAIIAWgCBAGAA&#10;fwBnAH4AbwB8AHoAegCGAHgAlAB3AKQAdQC3AHQA1ABzAPQAdAD/AHQA/wB0AP8AywAAALYAAACm&#10;AAAAmgAAAJIAAACKAAAAhgAIAIMADgCBABQAgQAbAIAAIwB/ACoAfQAwAHsANgB6ADsAeABAAHcA&#10;RQB1AEkAdABOAHMAVABxAFoAcABhAG4AaQBtAHMAawB/AGkAjQBoAJ0AZwCuAGYAxwBlAOoAZgD/&#10;AGYA/wBnAP8AuAAAAKQAAACVAAAAigAAAIEAAAB8AAAAdgAEAHQADAByABAAcQAWAHAAHQBwACQA&#10;bgAqAG0AMABrADUAagA6AGkAPwBoAEQAZwBJAGUATgBkAFQAYwBbAGEAYwBgAG0AXgB5AF0AhwBb&#10;AJYAWgCoAFkAvQBZAN8AWQD4AFoA/wBaAP8AqAAAAJUAAACHAAAAewAAAHMAAABuAAAAagABAGcA&#10;CABlAA4AZAASAGMAGABjAB8AYgAlAGEAKgBfADAAXgA1AF0AOgBcAD4AWwBEAFkASQBYAE8AVwBW&#10;AFYAXgBUAGgAUwBzAFEAgQBQAJEATwCiAE4AtQBOANAATgDwAE4A/wBPAP8AnAAAAIkAAAB7AwAA&#10;cAMAAGgDAABiAQAAXwAAAF0ABABbAAsAWQAPAFgAFABXABkAVwAgAFYAJQBVACoAUwAwAFIANABR&#10;ADkAUAA/AE8ARABOAEsATQBSAEsAWgBKAGMASQBvAEcAfABGAIwARQCdAEUAsABEAMcARADoAEQA&#10;+gBFAP8AkgQAAIAHAABxCgAAZgoAAF4KAABZCQAAVQcAAFQEAABSAAcAUAAMAE8AEABOABUATQAb&#10;AEwAIABLACYASgArAEkAMABIADUARwA6AEYAQABFAEYAQwBOAEIAVgBBAF8AQABrAD4AeAA9AIgA&#10;PACZADwAqwA8AMEAOwDgADsA9AA7AP8AiQoAAHgMAABqDgAAXw4AAFcOAABRDgAATQwAAEsLAABK&#10;CAIASQQJAEgADQBGABEARQAWAEQAHABDACEAQgAmAEEAKwA/ADEAPgA2AD0APAA8AEMAOwBKADoA&#10;UgA5AFwAOABoADYAdQA1AIUANACWADQAqAAzALwAMwDYADMA7wAzAPsAgg0AAHEPAABkEAAAWREA&#10;AFERAABLEQAARxAAAEQOAABCDQAAQQsFAEEHCwA/BQ4APgMSADwCGAA7Ah0AOgMiADkDKAA4Ay0A&#10;NwMyADYEOQA1BD8ANAVHADMFUAAxBloAMAZmAC8HcwAuB4MALQeVACwHpwArB7oAKwfSACsH6wAr&#10;B/cAfRAAAGwRAABfEwAAVBQAAEwUAABGFAAAQhMAAD4SAAA8EAAAOg4BADoNBgA6CgwAOAkQADYI&#10;FAA1CBkANAkfADIJJAAxCSkAMAkvAC8KNgAuCj0ALQpFACwLTgArC1kAKQxlACgMcwAnDIMAJg2V&#10;ACUNpwAkDbsAIw3SACMN6wAjDfcAeBIAAGgUAABbFgAAURcAAEgXAABCFgAAPRYAADkVAAA3EwAA&#10;NREAADMQAwAzDggAMg0NADANEQAvDRYALQ0bACwNIQArDScAKg0tACkONAAoDjsAJw5EACUOTgAk&#10;D1kAIxBlACEQcwAgEIQAHxCWAB4QqQAdEL0AHBDYAB0Q7gAdEPkAcxQAAGQWAABXGAAATRkAAEUZ&#10;AAA/GQAAOhgAADUXAAAyFgAAMBUAAC4TAAAtEQQALBAKACsQDgApEBIAKBAYACYQHgAlECQAJBAq&#10;ACMRMQAiETkAIRFCACASSwAeElYAHRNjABwTcQAaE4IAGRSVABgUpwAXFLsAFxPUABcT7gAYE/oA&#10;cBYAAGAZAABUGgAAShsAAEIcAAA8GwAANhsAADIaAAAvGQAALBgAACoWAAAoFAEAJhMHACUTDAAj&#10;ExAAIhMVACATGgAfEyEAHhQnAB0ULgAcFTYAGxU/ABoWSQAZFlQAGBdhABYXcAAVGIEAFBiTABMY&#10;pgASGLoAEhfSABIX7AATF/oAbBkAAF0bAABRHQAARx0AAD8eAAA5HQAANB0AAC8cAAArGwAAKBoA&#10;ACYZAAAkGAAAIhcEACAXCgAeFw4AHBcSABoXFwAZGB4AGRgkABgZLAAXGTQAFho9ABUaRwAUG1IA&#10;ExtfABIcbgARHH8AEBySABAcpQAPHLkADhzQAA4b6gAPG/gAaRsAAFodAABOHwAARR8AAD0gAAA2&#10;HwAAMR8AAC0eAAApHQAAJR0AACMcAAAgGwAAHRsBABsbBwAZHA0AFxwQABYcFQAVHBsAFB0iABMd&#10;KQASHjEAER46ABEfRQAQH1AADyBdAA4gbAANIHwADSCPAAwgogALILUACyDKAAsg5QAMH/QAZR0A&#10;AFcfAABMIQAAQiEAADohAAA0IQAALyEAACogAAAmHwAAIx8AACAeAAAdHgAAGSAAABYgBAAUIAsA&#10;EiEOABEhEwARIhkAECIfAA8iJgAOIy8ADiM3AA0jQQAMJE0ACyRZAAokZwAJJHgACCSLAAckngAH&#10;JLEABiTHAAYj4wAHI/EAYh8AAFQhAABJIwAAQCMAADgjAAAyIwAALCMAACgiAAAkIQAAISEAAB4h&#10;AAAaIQAAFiMAABMkAwARJQgADyYNAA4nEQANJxYADCcdAAsnIwAKJysACSg0AAgoPgAHKEkABihV&#10;AAUpZAAEKXQAAymHAAIpmwABKK8AACjFAAEo4QABJ/AAXiIAAFEkAABGJQAAPSUAADUlAAAvJQAA&#10;KiQAACYkAAAiIwAAHyMAABskAAAYJQAAFCYAABEoAwAPKQgADCwMAAosEAAILBQABywaAAYsIQAF&#10;LCgAAy0wAAItOgABLUUAAC1SAAAuYAAALnEAAC2EAAAtmQAALa0AACzCAAAs4AAALPAAWiQAAE0m&#10;AABDJwAAOicAADMnAAAtJwAAKCYAACQmAAAhJgAAHSYAABknAAAVKQAAESsAAA8sAwANLgcACTAM&#10;AAYxDgADMRIAATIXAAAyHgAAMiUAADItAAAyNgAAM0IAADNOAAAzXQAAM20AADOBAAAylgAAMqsA&#10;ADHBAAAx3wAAMfAAVicAAEopAAA/KgAANyoAADAqAAArKQAAJygAACMoAAAeKQAAGioAABYsAAAS&#10;LgAADzAAAA0xAgAKNAcABTULAAI2DgAANxAAADgUAAA4GgAAOCIAADgqAAA5MwAAOT4AADlKAAA5&#10;WQAAOWkAADl9AAA4kwAAOKgAADe/AAA33gAANvAAUSsAAEYsAAA8LAAANCwAAC4sAAAqKwAAJSsA&#10;ACAsAAAbLQAAFy8AABMxAAAQMwAADTUAAAk3AgAFOgYAATsKAAA8DQAAPQ8AAD4SAAA/FwAAQB4A&#10;AEAlAABALwAAQDoAAEBGAABAVAAAQGUAAD94AAA/jwAAPqYAAD69AAA93AAAPfAATS4AAEIvAAA5&#10;LwAAMi8AAC0uAAAoLgAAIi8AAB0wAAAYMgAAEzUAABA3AAAMOgAACTwAAAU+AAAAQQQAAEIIAABD&#10;CwAARA0AAEYQAABHFAAASBkAAEghAABIKgAASDUAAEhBAABITwAASGAAAEdzAABHigAARqIAAEW5&#10;AABF2QAARPAASDIAAD4yAAA2MgAAMDEAACsxAAAlMgAAHzQAABk2AAATOQAAEDwAAAw/AAAIQgAA&#10;A0QAAABGAAAASAIAAEoFAABLCAAATAsAAE4OAABPEQAAURUAAFIcAABSJQAAUjAAAFI8AABRSgAA&#10;UVoAAFFtAABQhAAAT50AAE61AABN0gAATe4AQzYAADs2AAA0NQAALzQAACc1AAAhOAAAGjsAABQ+&#10;AAAQQQAADEQAAAdHAAACSgAAAE0AAABPAAAAUQAAAFMCAABUBQAAVQgAAFcLAABZDgAAWxEAAF0X&#10;AABdHwAAXSoAAF02AABcRAAAXFQAAFtnAABbfgAAWpcAAFmvAABYywAAV+oAPzkAADg5AAAzOAAA&#10;KzkAACM8AAAcPwAAFUMAABBHAAALSgAABU4AAABRAAAAVAAAAFcAAABaAAAAXAAAAF0AAABfAAAA&#10;YAQAAGIHAABkCwAAZg4AAGgSAABrGQAAayMAAGouAABqPAAAak0AAGlfAABodQAAZ48AAGaoAABl&#10;wgAAZOMAPT0AADc8AAAuPQAAJUAAAB1EAAAWSQAAEE0AAApRAAAEVQAAAFoAAABdAAAAYAAAAGMA&#10;AABmAAAAaAAAAGoAAABrAAAAbQAAAG8CAABxBgAAdAoAAHYOAAB5EwAAexsAAHsnAAB6NQAAeUUA&#10;AHhZAAB4bQAAd4YAAHafAAB1twAAdNIAPEEAADJCAAAoRQAAIEoAABdOAAAQVAAAClkAAAJeAAAA&#10;YwAAAGcAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAH8AAACCAAAAhAMAAIcJAACK&#10;DgAAjhMAAI8eAACOKwAAjjsAAI1OAACLYwAAinwAAIqVAACIrQAAh8UANkcAACxLAAAiTwAAGVUA&#10;ABBbAAAKYQAAAWcAAABtAAAAcgAAAHcAAAB7AAAAfwAAAIMAAACGAAAAiAAAAIoAAACNAAAAjwAA&#10;AJEAAACUAAAAlwAAAJoBAACdBwAAoQ0AAKUUAACkIQAApDEAAKNEAACiWQAAoHAAAJ+LAACdogAA&#10;nbcAMFAAACVVAAAbWwAAEmIAAAtpAAABcAAAAHcAAAB9AAAAgwAAAIgAAACNAAAAkQAAAJUAAACY&#10;AAAAmgAAAJwAAACfAAAAoQAAAKMAAACmAAAAqQAAAKwAAACwAAAAtAcAALgOAAC6GAAAuicAALk5&#10;AAC4TgAAt2UAALZ+AAC1lgAAs6sAKVsAAB5iAAAUaQAADHEAAAJ5AAAAgQAAAIkAAACPAAAAlgAA&#10;AJsAAACgAAAApAAAAKgAAACrAAAArAAAAK8AAACyAAAAtAAAALYAAAC5AAAAvAAAAMAAAADEAAAA&#10;yAAAAM0HAADSEAAA0h0AANEvAADQRAAAz1sAAM1zAADLjQAAyqEA/wAAAP8AAAD7AAAA+gAAAPwA&#10;CAD4AA8A9QAXAPQAIADxACoA6wAzAOYAOwDiAEMA3gBJANoATwDWAFQA0wBZANAAXgDOAGMAywBo&#10;AMkAbgDGAHUAwwB9AMEAhgC+AJIAuwCeALkArgC2AMMAtADoALMA/wCvAP8ApQD/AJ4A/wCbAP8A&#10;/QAAAPcAAADyAAAA8AAAAOcAAwDhAAwA3AASANgAGwDWACQA0gAtAMwANgDGAD0AwgBDAL8ASQC8&#10;AE4AugBTALgAWAC2AF0AtQBiALMAZwCxAG4ArwB2AKwAfwCqAIoAqACXAKUApgCjALkAoQDZAKAA&#10;+QCeAP8AmAD/AJIA/wCPAP8A8wAAAOwAAADjAAAA0wAAAMgAAADBAAkAvQAPALsAFgC5AB8AtwAn&#10;ALMALwCvADcArAA9AKoAQwCoAEgApgBNAKQAUgCjAFYAoQBbAJ8AYQCeAGcAnABvAJoAeACXAIMA&#10;lQCQAJMAngCRALAAkADIAI4A8ACNAP8AigD/AIUA/wCCAP8A5wAAAN0AAADGAAAAuAAAAK4AAACo&#10;AAQApQAMAKEAEgChABkAoAAiAJ8AKQCbADAAmAA3AJYAPQCTAEIAkgBHAJAASwCPAFAAjQBVAIwA&#10;WgCKAGEAiABoAIcAcACFAHsAgwCIAIEAlgB/AKcAfQC8AHwA4wB8AP0AfAD/AHgA/wB2AP8A1gAA&#10;AMAAAACvAAAAowAAAJkAAACTAAAAjwAJAI0ADgCLABQAigAcAIoAIwCIACoAhQAwAIMANgCCADsA&#10;gABAAH8ARQB+AEoAfABPAHsAVAB6AFoAeABhAHYAaQB1AHMAcwCAAHEAjgBvAJ8AbgCyAG0AzwBs&#10;APQAbAD/AGsA/wBpAP8AwAAAAKsAAACbAAAAjwAAAIcAAACAAAAAfAAEAHoADAB4ABEAeAAXAHgA&#10;HgB3ACQAdQAqAHMAMABxADUAcAA6AG4APwBtAEQAbABJAGsATgBqAFQAaABbAGcAYwBlAG0AZAB4&#10;AGIAhwBgAJcAXwCqAF4AwgBeAOkAXgD/AF4A/wBdAP8ArAAAAJkAAACKAAAAfwAAAHcAAABxAAAA&#10;bQAAAGoACABpAA4AaAASAGcAGABnAB8AZwAlAGUAKgBjAC8AYgA0AGEAOQBgAD4AXwBDAF4ASABd&#10;AE4AWwBVAFoAXQBYAGcAVwByAFUAgQBUAJEAUwCjAFIAuABRANwAUQD5AFIA/wBSAP8AnQAAAIsA&#10;AAB8AAAAcQAAAGkAAABkAAAAYAAAAF4ABQBcAAsAWwAPAFsAFABaABkAWgAfAFkAJQBXACoAVgAv&#10;AFUANABUADgAUwA9AFIAQwBQAEkATwBQAE4AWABNAGIASwBtAEoAegBJAIsASACdAEcAsQBHAMwA&#10;RgDwAEcA/wBHAP8AkAAAAH4AAABwAAAAZgAAAF4AAABZAAAAVgAAAFMAAQBSAAgAUAANAE8AEABP&#10;ABUATgAaAE4AIABNACUATAAqAEoALgBJADMASAA4AEcAPgBGAEQARQBLAEQAUwBDAF0AQQBoAEAA&#10;dQA/AIUAPgCXAD0AqwA9AMMAPQDmAD0A+wA+AP8AhwAAAHUDAABoBgAAXQcAAFUGAABQBgAATAQA&#10;AEoBAABJAAQARwAKAEYADgBFABEARQAWAEQAGwBDACAAQgAlAEEAKgBAAC8APwA0AD4AOgA9AEAA&#10;OwBHADoATwA5AFkAOABkADcAcQA2AIEANQCTADQApgA0ALsANADdADQA9QA1AP8AfgYAAG0JAABg&#10;CwAAVgwAAE4MAABICwAARAoAAEIIAABABQEAPwEHAD4ACwA9AA4APAASADsAFwA7ABwAOgAhADkA&#10;JQA3ACoANgAwADUANQA0ADwAMwBDADIATAAxAFUAMABgAC8AbQAuAH0ALQCPACwAogAsALYALADQ&#10;ACwA7gAsAPwAdwoAAGcMAABaDgAAUA4AAEkOAABDDgAAPg0AADsMAAA5CwAAOAkDADcFCAA2Ag0A&#10;NQEQADQAEwAzABgAMgAdADEAIgAwACcALwAsAC4AMgAtADgALABAACsASQAqAFIAKQBdACgAawAn&#10;AXoAJgGMACUAnwAlALIAJQDKACUA6AAlAPcAcg0AAGIOAABWEAAATBEAAEQRAAA+EQAAORAAADYP&#10;AAAzDgAAMQ0BADALBQAwCAoALwYNAC4FEQAsBBQAKwMZACoDHgApAyMAKAQpACcELwAmBTUAJQU9&#10;ACQFRgAjBlAAIgZcACEHaQAgB3kAHweLAB4HnQAeB7AAHQbGAB0G4wAdBfMAbQ4AAF4RAABSEgAA&#10;SBMAAEATAAA6EwAANRIAADERAAAuEAAALA8AACoOAwAqDQcAKQsLACgJDgAnCREAJQgWACQIGwAj&#10;CSAAIgkmACEJLAAgCjMAHwo7AB4LRAAdC08AHAxbABsMaQAaDHkAGAyLABgMngAXDLAAFgzFABYM&#10;4QAWC/AAaRAAAFoSAABOFAAARRUAAD0VAAA3FQAAMRQAAC0TAAAqEgAAKBEAACYQAQAkEAQAIw4I&#10;ACMNDAAiDA8AIAwTAB8MGAAeDR0AHQ0jABwNKgAbDTIAGg46ABgORAAXDlAAFg9cABUPagATEHsA&#10;EhCNABEQoAARELMAEA/JABAP5AARD/IAZRIAAFcUAABLFgAAQhcAADoXAAA0FwAALxYAACoVAAAn&#10;FAAAJBMAACITAAAgEgMAHhEGAB0QCQAcEA0AGw8QABkQFQAYEBsAFxAhABYQKAAVETAAFBE5ABMR&#10;QwASEk4AERJaABASaQAQE3kADhOMAA4TngANE7EADRLFAAwS4QANEvEAYhQAAFQWAABJGAAAPxkA&#10;ADcZAAAxGQAALBgAACgXAAAkFgAAIRYAAB8VAAAcFAIAGhMEABkSBgAXEgsAFRIOABQSEgATExgA&#10;EhMfABETJgARFC0AEBQ2AA8VQQAOFUwADhZXAA0WZQAMF3UACxeHAAoXmgAJFq0ACBbBAAgW3QAJ&#10;Fe4AXxYAAFEYAABGGgAAPRoAADUbAAAvGgAAKhoAACUZAAAiGAAAHxgAABwXAAAZFgEAFxYDABUW&#10;BAATFgkAERYNABAXEQAPFxYADhccAA4YIwANGCoADBkzAAwZPAALGkcAChpTAAkaYQAHG3EABhuD&#10;AAUblwAEGqoAAxq/AAMZ2gAEGewAXBgAAE4aAABDHAAAOhwAADMcAAAsHAAAJxwAACMbAAAgGgAA&#10;HRkAABoZAAAXGAEAFRgCABIZBAAQGwcADhsMAA0cEAAMHBMACxwZAAocHwAJHScACB0vAAceOQAG&#10;HkMABB5QAAMfXgACH24AAR+AAAAflQAAHqkAAB69AAAd2AAAHewAWBoAAEscAABBHgAAOB4AADAe&#10;AAAqHgAAJR0AACEcAAAeHAAAGxsAABgbAAAWGwEAExsCABEcBAAOHgcADB8LAAogDgAIIBIABiEX&#10;AAUhHQAEISQAAiIsAAEiNQAAIkAAACNNAAAjWgAAI2sAACN+AAAjkwAAIqcAACK8AAAh1wAAIe0A&#10;VR0AAEgfAAA+IAAANSAAAC4gAAAoIAAAIx8AACAeAAAdHQAAGh0AABYdAAATHgAAER8CAA4gBAAN&#10;IgcACiQLAAYlDQAEJRAAAiYUAAAmGgAAJiEAACcpAAAnMgAAJz0AACdJAAAoVwAAKGcAACd7AAAn&#10;kAAAJ6UAACa7AAAm1gAAJe0AUSAAAEUhAAA7IgAAMiIAACwiAAAmIQAAIiEAAB4gAAAbHwAAGCAA&#10;ABQgAAARIgAADyMAAA0lAwAKJgYABigKAAMpDQAAKw8AACwSAAAsFwAALB4AACwmAAAtLwAALTkA&#10;AC1GAAAtVAAALWQAAC13AAAsjQAALKQAACu6AAAr1gAAKu4ATSIAAEEkAAA4JAAAMCQAACkkAAAk&#10;IwAAISIAAB0iAAAZIgAAFSMAABIkAAAPJgAADSgAAAoqAgAGLAUAAi4JAAAvCwAAMA4AADIQAAAz&#10;FQAAMxsAADMiAAAzKwAAMzYAADNCAAAzUAAAM2AAADNzAAAyigAAMqEAADG4AAAw1gAAMO8ASSUA&#10;AD4mAAA0JwAALScAACgmAAAjJQAAHyQAABslAAAWJgAAEigAABAqAAANLAAACi4AAAYwAQACMgQA&#10;ADQHAAA1CgAANwwAADgOAAA6EgAAOhcAADofAAA6JwAAOjIAADo+AAA6TAAAOlwAADpvAAA5hgAA&#10;OJ4AADi2AAA31AAANu8ARCkAADopAAAxKQAAKykAACYoAAAiJwAAHSgAABgpAAATKwAAEC4AAA0w&#10;AAAJMgAABTUAAAE3AAAAOQIAADsFAAA8CAAAPgsAAD8NAABBEAAAQxQAAEMbAABDIwAAQy4AAEM5&#10;AABDRwAAQlcAAEJqAABBgQAAQJoAAD+yAAA+zwAAPu8APywAADYsAAAvLAAAKisAACUqAAAfKwAA&#10;GS0AABQvAAAQMgAADTUAAAg4AAAEOgAAADwAAAA/AAAAQQAAAEMCAABFBQAARggAAEgLAABKDgAA&#10;TBEAAE0WAABNHgAATSgAAE00AABMQgAATFEAAEtkAABLewAASpQAAEmtAABIygAAR+wAOzAAADMv&#10;AAAtLwAAKC0AACIvAAAbMQAAFTQAABA3AAANOgAACD0AAAJAAAAAQwAAAEYAAABIAAAASgAAAEwA&#10;AABOAQAATwQAAFEHAABTCwAAVQ4AAFgSAABZGQAAWCIAAFguAABXPAAAV0sAAFZeAABWcwAAVY0A&#10;AFSnAABSwgAAUuYAODMAADEyAAAsMQAAJTIAAB01AAAWOAAAETwAAAxAAAAHRAAAAEcAAABKAAAA&#10;TQAAAFAAAABTAAAAVQAAAFcAAABZAAAAWgAAAFwDAABeBwAAYQsAAGQOAABmEwAAZxwAAGYnAABm&#10;NAAAZUQAAGRXAABkawAAYoUAAGGfAABguQAAXtwANTcAADA1AAAoNwAAIDoAABg9AAARQgAADEYA&#10;AAZKAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGQAAABlAAAAZwAAAGkAAABsAQAAbgYA&#10;AHELAAB0DwAAdxUAAHcgAAB2LQAAdj0AAHVPAAB0YwAAc3sAAHKVAABwrwAAb8kANToAACs7AAAi&#10;PwAAGkMAABJIAAAMTQAABVIAAABXAAAAXAAAAGAAAABkAAAAaAAAAGsAAABuAAAAcQAAAHMAAAB1&#10;AAAAdwAAAHoAAAB8AAAAfwAAAIIEAACGCgAAig8AAIwXAACLJAAAijMAAIlFAACHWwAAhnIAAIWL&#10;AACDpQAAgrwAL0AAACVEAAAcSQAAE04AAA1UAAAEWgAAAGEAAABmAAAAawAAAG8AAAB0AAAAeQAA&#10;AH0AAACAAAAAgwAAAIUAAACHAAAAigAAAIwAAACPAAAAkgAAAJYAAACZAgAAngkAAKIQAACiGgAA&#10;oSkAAKA7AACfUAAAnWcAAJqBAACamQAAma8AKUkAAB9OAAAVVAAADlsAAAViAAAAaQAAAHAAAAB3&#10;AAAAfQAAAIIAAACGAAAAiwAAAI8AAACTAAAAlQAAAJcAAACaAAAAnQAAAKAAAACjAAAApgAAAKoA&#10;AACuAAAAsgAAALcKAAC7EQAAuh8AALkwAAC3RQAAtVwAALR0AACxjgAAr6QAIlQAABhbAAAQYgAA&#10;B2oAAABzAAAAewAAAIIAAACJAAAAkAAAAJUAAACaAAAAnwAAAKMAAACmAAAAqAAAAKsAAACuAAAA&#10;sAAAALMAAAC2AAAAugAAAL0AAADCAAAAxwAAAMwBAADTCwAA1BUAANMmAADROgAA0FEAAM1oAADL&#10;gQAAypYA/AAAAPYAAADyAAAA8QAAAPMABQD0AAwA8gATAPAAHADtACUA6AAuAOIANgDeAD4A2QBE&#10;ANQASgDRAE8AzgBUAMsAWQDJAF4AxgBjAMQAaQDBAHAAvgB4ALwAgQC5AI0AtgCaALMAqwCxAMAA&#10;rwDmAK4A/wClAP8AmgD/AJQA/wCPAP8A9AAAAOwAAADoAAAA5wAAAN8AAADZAAkA0gAQAM8AFwDP&#10;ACAAzAAoAMYAMADAADcAvAA+ALkARAC3AEkAtQBOALMAUwCxAFcArwBdAK0AYgCrAGkAqQBxAKcA&#10;egClAIUAogCTAKAAogCdALYAmwDUAJkA+QCWAP8AjQD/AIgA/wCEAP8A6AAAAN8AAADZAAAAyQAA&#10;AL8AAAC4AAQAtQANALMAEgCxABoAsAAiAK0AKgCpADEApgA4AKQAPQCiAEMAoABIAJ4ATACcAFEA&#10;mwBWAJkAXACXAGIAlQBpAJMAcgCRAH0AjwCLAI0AmgCLAKwAiQDFAIgA7gCGAP8AfwD/AHoA/wB4&#10;AP8A2QAAAM0AAAC7AAAArgAAAKUAAACfAAAAnAAJAJkADwCZABUAmQAdAJgAJACUACsAkQAxAI4A&#10;NwCMADwAiwBBAIkARgCIAEsAhgBQAIUAVQCDAFsAggBiAIAAawB+AHUAfACCAHoAkgB4AKMAdwC5&#10;AHYA4AB1AP8AcgD/AG4A/wBsAP8AxwAAALUAAAClAAAAmQAAAI8AAACJAAAAhQAEAIQADACCABEA&#10;ggAXAIIAHgCAACUAfgArAHwAMQB6ADYAeQA7AHcAQAB2AEQAdQBJAHMATwByAFUAcABcAG8AZABt&#10;AG4AbAB6AGoAigBoAJsAZwCvAGYAzABlAPUAZAD/AGEA/wBgAP8AtAAAAKAAAACQAAAAhQAAAH0A&#10;AAB3AAAAcwAAAHAACABvAA4AbwASAG8AGABvAB8AbQAlAGsAKgBpADAAaAA0AGcAOQBmAD4AZQBD&#10;AGMASABiAE4AYQBVAF8AXgBeAGcAXABzAFsAggBZAJMAWACmAFcAvwBXAOoAVwD/AFYA/wBUAP8A&#10;oQAAAI4AAAB/AAAAdQAAAGwAAABoAAAAZAAAAGEABABgAAsAXwAPAF8AEwBfABkAXwAfAF0AJQBc&#10;ACoAWwAvAFkAMwBYADgAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEAUABtAE4AewBNAIwATACfAEsA&#10;tQBKANwASgD6AEoA/wBKAP8AkgAAAIAAAAByAAAAZwAAAF8AAABaAAAAVwAAAFUAAQBTAAcAUgAM&#10;AFIAEABSABQAUgAaAFEAHwBPACQATgApAE0ALgBMADMASwA4AEoAPQBJAEMASABKAEYAUgBFAFwA&#10;RABnAEMAdQBCAIYAQQCYAEAArgBAAMsAPwDyAEAA/wBAAP8AhQAAAHQAAABnAAAAXQAAAFUAAABP&#10;AAAATAAAAEoAAABIAAQARwAKAEcADQBGABEARgAVAEYAGgBFAB8ARAAkAEMAKQBCAC0AQQAzAD8A&#10;OAA+AD4APQBFADwATgA7AFcAOgBiADkAbwA4AIAANwCTADYApwA2AMAANgDoADYA/gA2AP8AfAAA&#10;AGsAAABeAgAAVAMAAE0DAABHAwAAQwEAAEEAAAA/AAEAPgAHAD0ACwA9AA4APAARADwAFgA8ABoA&#10;OgAfADkAJAA4ACkANwAuADYAMwA1ADoANABBADMASQAyAFMAMQBeADAAawAvAHsALgCOAC0AogAt&#10;ALgALQDdAC0A+AAuAP8AcwEAAGQFAABXBwAATQgAAEYIAABACAAAOwcAADgFAAA3AwAANgAEADUA&#10;CAA0AAwANAAPADQAEgAzABYAMgAbADEAIAAwACQALwApAC4ALwAtADYALAA9ACsARQAqAE8AKQBa&#10;ACgAZwAnAHcAJgCJACYAnQAlALMAJQDPACUA8AAmAP8AbQYAAF4JAABSCwAASAwAAEAMAAA6CwAA&#10;NgsAADIKAAAwCAAALgYCAC4DBgAtAAoALAANACwAEAArABMAKgAXACkAHAAoACAAJwAlACYAKwAl&#10;ADIAJAA5ACMAQgAiAEsAIgBXACEAZAAgAHMAHwCFAB8AmQAeAK4AHgDHAB4A6QAfAPoAaAkAAFkM&#10;AABNDQAAQw4AADwOAAA2DgAAMQ0AAC0NAAAqDAAAKAsAACcJBAAmBggAJgQLACUDDgAkARAAJAEU&#10;ACIBGAAhAR0AIQAiACAAKAAfAC4AHgE2AB0BPwAcAUkAGwFUABoBYQAaAXAAGQGCABgAlgAYAKoA&#10;GADBABgA4QAYAPQAYwwAAFUOAABJDwAAQBAAADgQAAAyEAAALQ8AACkOAAAmDgAAIw0AACIMAwAg&#10;CwYAIAkJAB8HDAAeBg4AHgURABwFFQAbBRoAGgUfABoFJQAZBSsAGAUzABcGPAAWBkYAFgZSABUH&#10;XwAUB24AEweAABIHlAASBqcAEgW8ABIE2QASA+8AXw4AAFEPAABGEAAAPBEAADURAAAvEQAAKhEA&#10;ACYQAAAiEAAAIA8AAB0OAgAcDQUAGg0HABoLCgAZCg0AGAkQABcJEgAWCRcAFQkcABQJIgAUCikA&#10;EwoxABIKOgASC0UAEQtRABAMXwAPDG4ADgyAAA4MlAANC6cADQu6AA0K0gANCuoAXA8AAE4RAABD&#10;EgAAOhMAADITAAAsEwAAJxIAACMRAAAfEQAAHBAAABoQAgAYDwQAFg4HABUOCQAUDQsAEwwNABIM&#10;EAASDBQAEQwaABENIAAQDSgADw0wAA4OOwANDkYADQ5RAAwPXgALD20ACg9/AAkPkwAJD6YACA65&#10;AAgO0AAHDugAWBEAAEsSAABAEwAANxQAADAUAAApFAAAJRQAACETAAAdEgAAGhIAABcRAgAVEQUA&#10;ExAHABIQCQARDwoAEA4MAA4ODgAODxIADRAYAA0QHgAMECUADBAtAAsRNgAKEUEACRFNAAgSWgAH&#10;EmoABhJ8AAUSkAAEEqQAAxG4AAMRzwACEegAVRIAAEkUAAA+FQAANRYAAC0WAAAnFgAAIhUAAB4U&#10;AAAbFAAAGBMAABUSAwATEgUAEhEHABARCQAPEQoADRELAAwSDgALEhEAChIVAAkTGwAJEyIACBMq&#10;AAcUMwAFFD4ABBVKAAMVWAACFWcAARV6AAAVjgAAFaMAABS3AAAUzwAAE+kAUhQAAEYWAAA7FwAA&#10;MhcAACsXAAAlFwAAIRYAABwWAAAZFQAAFhQBABQTBAASEwYAERIIAA8SCAAOEwkADBQKAAoVDQAI&#10;FhAABhYTAAUWGQAEFx8AAxcnAAIYMAABGDsAABlHAAAZVQAAGWQAABl3AAAZjAAAGKIAABi3AAAX&#10;zwAAF+oATxYAAEMYAAA5GQAAMBkAACkZAAAjGQAAHxgAABsXAAAYFgAAFRUCABMVBQARFAYAEBQG&#10;AA4VBwAMFggAChcKAAcZDAAEGg4AAhsSAAEbFgAAGx0AABwkAAAcLQAAHDgAAB1EAAAdUgAAHWIA&#10;AB11AAAdigAAHKAAABy2AAAb0AAAGusATBgAAEAaAAA2GwAALRsAACYbAAAhGgAAHRkAABkZAAAX&#10;GAAAFBcDABIWBAAQFwQADhcEAAwZBQAKGgcABxwJAAMdCwAAHw0AACAQAAAgFAAAIRoAACEiAAAh&#10;KgAAITUAACJBAAAiTwAAIl8AACJyAAAhiAAAIZ8AACC2AAAf0QAAH+0ASBoAAD0cAAAzHQAAKx0A&#10;ACQdAAAgHAAAHBsAABgaAAAWGQEAExkBABEZAQAOGgEADBwCAAodAwAHHwUAAyEIAAAiCgAAJAwA&#10;ACYOAAAmEgAAJhgAACcfAAAnJwAAJzIAACc+AAAnSwAAJ1wAACduAAAmhQAAJp0AACW0AAAk0QAA&#10;I+4ARB0AADkfAAAwHwAAKB8AACMeAAAeHQAAGxwAABgbAAAUHAAAERwAAA4dAAANHwAACiEAAAYi&#10;AQADJAQAACYGAAAoCAAAKgsAACsNAAAtEAAALRUAAC0cAAAtJAAALi4AAC46AAAuSAAALVgAAC1q&#10;AAAtgQAALJoAACuyAAAq0AAAKe8AQCAAADYhAAAtIQAAJiEAACEgAAAdHwAAGh4AABYeAAASHwAA&#10;DyEAAA0iAAAKJAAABiYAAAIoAAAAKwIAAC0EAAAvBgAAMAkAADIMAAA0DgAANRIAADUYAAA1IAAA&#10;NSoAADU2AAA1QwAANVMAADRmAAA0fAAAM5YAADKvAAAxzQAAMO8APCMAADIkAAAqJAAAJCMAACAi&#10;AAAcIQAAFyEAABMjAAAQJQAADScAAAkpAAAFKwAAAS4AAAAwAAAAMgAAADQBAAA2BAAAOAYAADoJ&#10;AAA8DQAAPhAAAD4UAAA+HAAAPiYAAD4xAAA+PwAAPU4AAD1hAAA8dwAAO5EAADqrAAA5yQAAOO0A&#10;NycAAC8nAAAoJgAAIyUAAB8kAAAZJQAAFCYAABAoAAANKwAACS4AAAUwAAAAMwAAADUAAAA4AAAA&#10;OgAAADwAAAA+AQAAQAMAAEIHAABECgAARg0AAEkRAABJFwAASCEAAEgsAABHOgAAR0kAAEZbAABF&#10;cQAARIsAAEOlAABCwwAAQegANCoAACwqAAAnKAAAIicAABwoAAAWKgAAES0AAA0wAAAJMwAAAzYA&#10;AAA5AAAAPAAAAD4AAABBAAAAQwAAAEYAAABIAAAASgAAAEwDAABOBgAAUAoAAFMOAABUEwAAVBwA&#10;AFMnAABTNAAAU0MAAFJVAABRagAAUIMAAE+eAABNuQAATOAAMC0AACssAAAmKwAAHywAABguAAAS&#10;MgAADTUAAAg5AAACPQAAAEAAAABDAAAARgAAAEkAAABMAAAATgAAAFEAAABTAAAAVQAAAFcAAABZ&#10;AQAAXAYAAF8KAABiDgAAYxUAAGMfAABiLAAAYTwAAGBOAABfYgAAXnsAAFyWAABbsAAAWc8ALzAA&#10;ACovAAAiMAAAGjMAABM3AAAOOwAACD8AAAFEAAAASAAAAEwAAABPAAAAUgAAAFUAAABYAAAAWwAA&#10;AF0AAABgAAAAYgAAAGQAAABmAAAAaQAAAG0FAABwCwAAdBAAAHQYAABzJQAAcjQAAHJFAABwWQAA&#10;b3EAAG2LAABrpgAAasAALjMAACU1AAAdOAAAFDwAAA5BAAAHRwAAAEwAAABRAAAAVQAAAFkAAABd&#10;AAAAYQAAAGUAAABoAAAAawAAAG0AAABvAAAAcgAAAHQAAAB3AAAAegAAAH4AAACCBAAAhgsAAIoR&#10;AACJHAAAiCsAAIY9AACEUgAAg2cAAIGBAAB/mwAAfrIAKToAACA9AAAWQgAAD0gAAAhOAAAAVAAA&#10;AFoAAABgAAAAZAAAAGkAAABuAAAAcgAAAHYAAAB6AAAAfQAAAIAAAACCAAAAhQAAAIgAAACLAAAA&#10;jgAAAJIAAACWAAAAmwMAAKAMAACiEwAAoCEAAJ8zAACdRwAAml4AAJh3AACXjwAAlacAI0MAABlI&#10;AAARTgAACVUAAABcAAAAYwAAAGoAAABxAAAAdgAAAHsAAACAAAAAhgAAAIoAAACOAAAAkQAAAJMA&#10;AACWAAAAmQAAAJwAAACgAAAAowAAAKcAAACrAAAAsAAAALYEAAC8DQAAuhcAALkoAAC3PAAAtFIA&#10;ALJqAACvhQAArZwAHE4AABNUAAALXAAAAWQAAABsAAAAdAAAAHwAAACDAAAAiQAAAI8AAACUAAAA&#10;mgAAAJ8AAACiAAAApAAAAKcAAACqAAAArgAAALEAAAC0AAAAuAAAALwAAADBAAAAxwAAAM0AAADU&#10;BQAA2BAAANUeAADTMQAA0EgAAM1fAADLdgAAyI4AAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0O&#10;DxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVX&#10;WFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6f&#10;oaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo&#10;6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////////&#10;/wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIz&#10;NDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8&#10;fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPE&#10;xsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////&#10;//////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4P&#10;ERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdY&#10;WVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+h&#10;oqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp&#10;6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////////&#10;AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4&#10;OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3Bx&#10;cnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmq&#10;q6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj&#10;5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAAAAAA&#10;AQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4PEBESExQVFhcYGRoaGxwdHh8gISIj&#10;JCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpb&#10;XF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOU&#10;lZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3O&#10;z9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQF&#10;BgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJico&#10;KSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0&#10;dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q&#10;0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT1&#10;9vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUW&#10;FhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJD&#10;REVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cy&#10;s7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl&#10;5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/9rLCRvozQ466cwQ&#10;YNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2aud&#10;idyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvE&#10;taiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzI&#10;DpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyq&#10;nIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiI&#10;y7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLL&#10;ujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIve&#10;qJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Ol&#10;h9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKs&#10;xrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trL&#10;CRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN&#10;4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9Gw&#10;oofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQ&#10;tMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvo&#10;zQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZ&#10;j+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofV&#10;rZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCz&#10;aLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ46&#10;6cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Ol&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5tnLCRvnzg056M0QYNzJDZLLuzCrxrhPtMCzZ727rnvEtamIy7Kmh9Gvo4fVraCI&#10;2aueidypnIrep5uM4KWZj+OhmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk&#10;oZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5NnLCRrkzg05584OYNrKDJLLvC6rxblNtMC0Zr26&#10;rnrFtamHy7Gmh9Guo4fVrKCI2aqeidynnIrepZuL4KKajeKemY/jnpmP456Zj+OemY/jnpmP456Z&#10;j+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP49jLCRrhzww55c8O&#10;YNnKDJHLviyrxblMtb60Z725rnvFtKqHzLCmh9Gto4fVq6CI2aieiNulnYndo5yK35+ai+GbmY7i&#10;m5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKb&#10;mY7im5mO4tjLCRrc0As549ANYNjLC5HLvyurxLpMtb2zZ764rnvFtKmHzLCmh9Gso4fVqaCH2Kaf&#10;iNujnYjdoJyJ3p2biuCYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN&#10;4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4dfMCRra0Qs43tEMX9bLC5HLwCmswrlNtryzaL63rnvG&#10;s6mHzK+mh9Gqo4bVp6GH2KSfh9qhnofcnp2I3Zqcid6Vm4zglZuM4JWbjOCVm4zglZuM4JWbjOCV&#10;m4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4NbMCRnZ0Qs42tMMX9TM&#10;C5HJwCmtwLlOtrqzab+1rnzGsqmHzK2mhtGpo4bUpaGG16Kghtmfn4bam56H3JediN2TnIvek5yL&#10;3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve&#10;k5yL3tXMCRnY0gs32NMLXtLMC5PHvyutvrhQt7myar+0rXzGsKmHzKumhtCnpIXUo6KF1p+hhdic&#10;oIXZmJ+G2pSeh9yQnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCd&#10;it2QnYrdkJ2K3ZCdit2QnYrdkJ2K3dTNCRnW0gs31tQLXtDLCpXEvi2uvLhRuLeyasCzrXzGrqmH&#10;zKmmhtClpIXToKOE1Z2ihNaZoYXYlaCF2ZGfh9qOnonbjp6J246eiduOnonbjp6J246eiduOnonb&#10;jp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J29PNChjV0ws21NQLX87LCZfB&#10;vjCvurdTuLWybMCwrX3HrKqGy6enhc+ipYTRnqSE05qjhNWWooTWk6GF14+ghtiLoInZi6CJ2Yug&#10;idmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ&#10;2dLOChfT1As10dMKYsvMCZm+vTOxt7dVubKxbcGtrX3GqqqGy6SohM6fp4TQm6WD0pekg9OTo4TU&#10;kKOF1YyihtaJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJ&#10;oYjXiaGI14mhiNeJoYjXiaGI19DPChbR1As3ztMKZcbKC525vDiytLZYuq2xbsGqrn3Gp6uFyaGp&#10;hMycqIPOl6eDz5Omg9GQpYTSjaWF04qkhtOHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI&#10;1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1M7QChXO1Ao6ytMKaMDID6G1uz60&#10;rbVbu6mxb8Gmr33Eo62Ex52rg8qYqoPLk6mDzZCohM6Np4TPiqeFz4emh9CFpojRhaaI0YWmiNGF&#10;pojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0czQ&#10;CRjK1Ao+xdMKbbjFFqWuuUS1p7Veu6OycMChsH3Dn66ExZmtg8eUrITJkKuEyo2qhcuKqoXLiKmG&#10;zIWph82DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInN&#10;g6iJzYOoic2DqInNg6iJzcjRCRvF1QpCv9MKcrHEHqeluUm2obZgu56zcL6dsX3Bm7CEw5WvhMSR&#10;roTGja2Fx4qthseIrIbIhqyHyISricmCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKr&#10;ismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKycTSCCDA1glIuNQKeKnPF5ievkeumrZi&#10;upi1cbyXs3y+l7KEwJKxhcKNsIXDiq+GxIivh8SGr4jFhK6JxYOuisWBrovFga6LxYGui8WBrovF&#10;ga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6Lxb/UByW6&#10;1wlOrtoLcKDbE4eXzTmaksNYqJG8bLKRt3q5krSDvY6zhr+LsofAiLGHwIaxiMGEsYnBg7GKwYKx&#10;i8KAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCM&#10;woCwjMKAsIzCgLCMwvfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjK&#10;tZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKj&#10;cLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx&#10;+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNau&#10;iJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJ&#10;zbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+&#10;on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0g&#10;U+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPY&#10;rYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOS&#10;itCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/&#10;vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3&#10;KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY&#10;2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCx&#10;j4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCI&#10;w7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzM&#10;qESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2vfADxX4wBYw+b0gU+q4J3zMqESrxqVdtMKkcLq+on+/vKCIw7mbiMe3mIjKtZWJzrOSitCxj4vT&#10;sI2N1a+Kj9etiJPZrYaY2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqr&#10;hp3aq4ad2quGndqrhp3aq4ad2vfBDxX3wRYw+L4fU+q4JnzLqUOrxqZctMKkb7q+on6/u6CIw7md&#10;h8i2mofMs5eIz7GUidKwkorVro+M162NjtmsipLcq4mZ3aeInNuniJzbp4ic26eInNuniJzbp4ic&#10;26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic2/bBDhT3wRUw+L8eU+q5JXzLqUKr&#10;xqdbs8Klbrq+o36/u6GIxLieh8m1nIfNspmH0bCWiNSulInXrZKL2quQjdypjZLfqI2a36OLnNyj&#10;i5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3PbB&#10;DhT2whUw978eU+q6JHzLqUGsxqdas8Klbbq+o32/u6OIxLegh8m0nYfOsZuH06+ZiNatl4naq5WK&#10;3KmTjd+nkpHipJGZ4KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc&#10;oI6c3KCOnNygjpzcoI6c3PXCDhT1whQw9sAdU+q6I3zLqkGsxqhZs8Kmbbq+pH2/uqSHxbehh8qz&#10;n4fPsJ2H1K6biNirmYncqZiL36eYjuKll5LmoJaZ4JyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyT&#10;m92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3fTCDRT1wxQw9sAcU+q7InzKqkCsxqhY&#10;s8KmbLq+pHy/uqWFxbajh8uzoYfQsJ+H1a2diNqqnYrdp5uM4KSajuKfmI/jnZqY4ZmXm92Zl5vd&#10;mZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3fLDDRT0&#10;wxMw9cEbU+q8IXzKqz+txqlXs8Kna7q+pXu/uqaExbalh8uyo4fRr6GH1qufiNqnnYndpJyK36Cb&#10;i+Cbmo3il5qT4Zecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb&#10;3pecm96XnJvel5yb3vDDDRT0xBMv9cIaUuq9IHzKqz6sxqpWs8Koa7q+p3m/uqiDxbanh8yypYfR&#10;rKKH1qigh9mknojcoZ2I3Zycid6Xm4vgk5uP4JKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96S&#10;nZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3u3EDBPzxRIv9MIZUuq9H3zKrDysxqtVs8Ko&#10;arm+qXe/uqqAxbWph8yvpYfSqqKH1qWghtihn4banZ6H25mdh92UnYnekJyN3o6dk92OnZPdjp2T&#10;3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3erFDBPyxREv&#10;88MYUuq+HXzLrTqsxqxUs8Kpabm+rHO/uq1+xbKph8yspYbRp6OG1aKhhdeeoIXYmqCF2pafhtuR&#10;nojcjZ6L3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iue&#10;j9yLno/ci56P3ObFCxPxxhEv8sQXUurAG3zLrzisxq1SssKrZrm/sG++t61+xrCph82qpobRpKSF&#10;05+jhNWbooTWl6GF2JOghdmPoIfZi5+K2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a&#10;iJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2uHGChPwxxAu8MYWUerBGXzLsDWrx69PssOwYLi8&#10;smy/sq1+x62phsynp4XPoaWE0pykhNOYo4TUlKOE1ZCihdaNoYbXiaGI2Iehi9iHoYvYh6GL2Ieh&#10;i9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2NvHCRLuyQ8u7sgU&#10;UevEFnzMszCrx7FMscS4Vre2sW7Brq1/x6mqhsujqITOnqeDz5mmg9GVpYPSkaSE046khdSLo4bU&#10;iKOI1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWF&#10;o4rVhaOK1drICRLryw0t68oRUOvHEnzMtiqqyLdEsLq2WbqvsXDCqq1/x6arhcqgqoTMmqiDzZao&#10;g86Sp4PPj6aE0IymhdGJpYbRh6WH0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ&#10;0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0tjJCRHfzQss580PT+jLDnvNvCKowrw8sbG1XrypsXLC&#10;pq5/xaKthMecq4PJl6qDypOqhMuQqYTMjamEzYuohc2IqIbOhqeHzoSnic+Ep4nPhKeJz4Snic+E&#10;p4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz9XJCRDYzwor2tMLTtjQ&#10;C3rNwxaos7pGtam0Yr2ksXTBobB/w56uhMWZrYTHlKyEyJCrhMmOq4TKi6qFy4mqhsuHqYfMhamI&#10;zIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM&#10;g6mJzNLLCQ/U0Qop1dULTNDQCn64vyWuqLhPuKG0ZryesnW/nbF/wZuwhMOWroTFka6Exo6thceL&#10;rIXHiayGyIesh8mGq4fJhKuJyYKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKr&#10;isqCq4rKgquKyoKrisqCq4rKgquKys/MCQ3Q0gooztQKUsXRCoOqwy2onrdXuJu1aLuatHW+mbJ/&#10;v5exhMGTsIXCj6+Fw4yvhcSKrobFiK6HxYauiMaErYjGg62KxoGti8eBrYvHga2Lx4Gti8eBrYvH&#10;ga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx8zNCQzL0wotx9QKWbLYC4Ce&#10;zSuamMFQq5a4Z7eVtXW8lLR+vpSzhb+QsoXAjLGGwYqxh8KIsIfChrCIwoWwicODsIrDgq+Lw4Gv&#10;jMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+M&#10;w8fPCBDF1Ak0uNkKW6LnEnaX2iWJkM9FmI7HXaONwW6rjb15sYy6gbSJuIO3hreFuYS2hrqDtYe7&#10;grWIvIG0ib2AtIq9f7SLvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+&#10;s4y+frOMvn6zjL5+s4y+frOMvsLRBxa91gg6p/EOVZvxG2iR5i14id1AhYXVVo+Dz2eXgstznX7I&#10;eKF7xnykecR/pnfDgqh1woSpdMKFqnPBh6tywYircsCKrHHAi6xxwIusccCLrHHAi6xxwIusccCL&#10;rHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrP+4FA7/uB4n/7QqRvevNmnep0KP&#10;x5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGy&#10;f6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4&#10;FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiR&#10;zLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8&#10;lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5ti&#10;scSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/&#10;uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWF&#10;k820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrD&#10;upGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSb&#10;crbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n&#10;/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820&#10;g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGL&#10;xriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbC&#10;m3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB0n/7Up&#10;RvewNWneqEGQx5xhscSccbbCm365v52Gvb2aicG7l4nEuZOKx7ePjMq1jI7MtImQzrOHktCyhJXS&#10;sYKZ07GBntSugKLUrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9Ks&#10;gKPSrICj0v+5Ew7/uRwn/7YoRvewNGrdqECQx51gscSccbbCnHy6v56FvryciMK6mYjFuJWJybaR&#10;isy0jozPsouO0bGIkdOwhpTVr4SZ1q+Dn9eqgqHVp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki&#10;06eCotOngqLTp4Ki06eCotOngqLTp4Ki0/+5Ew7/uRwn/7YoRvexM2rdqT+Rx51gscSdcLbCnnu6&#10;v5+DvryeiMK5m4jHt5eIyrWUic6zkIvRsY2N06+KkNauiJPYrYaZ2aqFntmlhKHVpISi1KSEotSk&#10;hKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1P+6Eg7/uhsn/7cnRvex&#10;MmrdqT6Rx55fscSdb7bBn3m6vqCCv7ugiMO4nIfItpmIzLOWiNCxkorTr4+M1q6MjtisipPbq4mZ&#10;3KaHndqihqDWoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLU&#10;oIai1P+6Eg7/uhsm/7cmRvayMWrdqj2Rx55escSdb7bBoHi6vqGBv7uhiMS4nofJtZuHzbKYiNGw&#10;lYnVrpKL2KyPjduqjZLeqIya36KKndqeiaDWnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJ&#10;odSciaHUnImh1JyJodSciaHUnImh1P66EQ7/uxom/7gmRvayMGrdqjyRx55dscSebrbBoXa6vqJ/&#10;v7ujiMS3oIfKtJ2Hz7Gah9OumIjXrJWK26qTjd6okZLipJCZ4J6NnduajKDXmYuh1ZmLodWZi6HV&#10;mYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1f67EQ7+uxom/7glRvazMGrc&#10;qzuSx59dscSfbLbBonS6vqR+v7qkh8W3oofKs5+H0LCch9WtmojZqpmK3qiYjuKll5Pmn5WZ4JqR&#10;nNuXj5/Xlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h&#10;1f27EQ7+uxom/7klRvazL2rcqzqSx59cscSgarbBo3O6vqV8wLqlhcW2o4fLs6GH0a+fh9asnonb&#10;qJyL36SajeGfmY/jnJqY4ZeWnNyUk5/Yk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaT&#10;kqDWk5Kg1pOSoNaTkqDWk5Kg1v27EQ39vBkm/rkkRva0LmrcqzqSx6BcscShaLbBpXG6vqd6wLqn&#10;hMW2pofMsqSH0a6ih9epn4jbpJ2J3qCbiuCamozhlpuT4ZWbm92Sl57YkZWg15GVoNeRlaDXkZWg&#10;15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg1/y8EA39vBkm/rojRva0LWrcrDmS&#10;x6BbscSjZrXBpm66vql4wLqpgsW2qIjMsKWH0qqih9emn4faoZ6H3JudiN6WnIrfkZuQ35Gdmd2P&#10;m57Zj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf1/y8&#10;EA38vBgm/boiRfa1LGrcrTeTx6FascWlY7XCqWu6vqx1v7qtf8WzqYfMraWG0qeihtaioYbYnZ+G&#10;2pieh9uSnYndjp2N3YyelNyNoJ7ZjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X&#10;jJ6f14yen9eMnp/XjJ6f1/u9EA37vRcl/bsiRfa2K2rbrTaTx6JZscWnX7XCrWa5v7Fwvretfsaw&#10;qYfNqqaG0aSkhdSeooXWmaGF2JSghtmPn4fai5+L24ifkNuIoJjYiKGd14ihndeIoZ3XiKGd14ih&#10;ndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd1/q9Dg36vhYl/LwgRfa3KmrbrzSUyKRV&#10;scarWLTDs1+3u7Juv7KtfsesqYbMpqeF0KClhNKbpITUlqOE1ZGihdaNoYbXiaGJ2IahjdiEoZPX&#10;hKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1vm+Dgz5&#10;vxUl+r0fRfa4J2rbsDGUyKhNr8eyTrLBuFi4tLFwwa2tf8epqoXLoqiEzp2ng9CXpoPRkqWE0o6k&#10;hdOLo4bUiKOI1YSji9WCo5DVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT&#10;1YGjk9WBo5PVgaOT1fTADQz3wBMk+b8dRPa6JWrasi6Vyq9Arci9Pa+3tl26rrFywqmtf8alq4XJ&#10;n6qDy5mpg82UqIPOkKeEz4ymhdCJpobRhqWH0oSlitKBpY3SgKWP0oClj9KApY/SgKWP0oClj9KA&#10;pY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0uzBCwz1whIk9sEaRPe9IWratCmWzbwoqbu7&#10;Q7OutWG8qLFzwaWuf8WhrYTHm6yDyZarg8qRqoTLjqmEzIuphc2IqIbOhqiHzoOoic6Bp4zPgKeN&#10;z4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz9/ECQvyxRAj&#10;88QWQ/TBHGnewhWPwcAjrK+5TLamtGW9orJ1wKCwgMOdroTFl62ExpOthMePrITIjKuFyYmrhsqH&#10;q4bKhaqIyoOqicuBqovLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4Cq&#10;jMuAqozLgKqMy9rFCArryQ0i7sgSQu/GFWjQ0gqHsb4vrqW4VLiftWi8nbN2v5uxf8GZsITClK+E&#10;w5CvhcSNroXFiq6GxoithsaHrYfGha2Ix4OticeBrYvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH&#10;gKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx9XGCAnZzAog5c8NQNjVC1+91guIpcQ0ppy3WriZ&#10;tWu7l7R3vZazf76VsoXAkbGFwY6xhcGLsIbCibCHwoiwh8OGsIjDha+Jw4OvisSCr4vEga+LxIGv&#10;i8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxNLICAfTzwod1dQL&#10;PcLZC2Or3hCDm84zmZTEU6aRvmevkLp0tJC3fbmRtYS8jrOGvoyyhr+KsofAiLKIwIaxiMGFsYnB&#10;hLGKwYKxi8GBsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKA&#10;sYzCgLGMws7KCAbO0QocxtcKQa/qDmGd5hx4kNoyiIvSTJSJy1+ciMZuo4jDeKiFwHyrg79/roC9&#10;gbB/vIOxfbyEsny7hrN7u4e0erqItHm6ibV4uYu1eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmM&#10;tni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtsnLCAbI0gkis98JQqD8FVqT8Chqi+Y5d4TfSYKB2FuL&#10;gNNpkXzQcZZ5zXaadst6nXTKfZ5yyX+gcciBoXDHg6Jvx4WjbsaGo23GiKRsxYqlbMWLpWzFi6Vs&#10;xYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpcTOBwq32Qcmo/sOPZb/&#10;Hk6N+i9bhvI/Z4DrTnF75Vt5duBlgHHdbIRu2nKIa9l3i2nXeo1n1n6OZtWAj2XUgpBk1ISRY9OG&#10;kWLTiZJh0ouTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT&#10;YdKMk/+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7&#10;iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eF&#10;uMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlnt&#10;okt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+&#10;nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLE&#10;uoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGX&#10;i7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt5&#10;2Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3&#10;faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+x&#10;GAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaU&#10;xbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/&#10;k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xFwn/siIe/64wOv+pPVnso0p52Jtb&#10;mMeVcrHFl3u1w5iDuMGZiru/lYu+vZGMwbuOjsO6ipDFuYeSx7iElcm3gpjKtoCby7Z+nsy1faPM&#10;s3ynza98qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy/+yFwn/&#10;siEe/68vOv+qPFnspEl62JtamcaWcbLEmHi1wpmBucCbiLy+l4q/vJSLwrqQjcW5jI7Ht4iRybaF&#10;lMu1g5fNtIGazrR/n8+zfqTPrn2mzqt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32o&#10;zKt9qMyrfajMq32ozP+yFgn/syEe/7AuOv+rO1nspEh615xZmsaXb7LEmXa2wpt/ucCch729monA&#10;u5aKw7mSi8a3jo3JtoqPzLSHks6zhJbQsoGa0bKAn9Kuf6PSqn+lz6Z/p82mf6fNpn+nzaZ/p82m&#10;f6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzf+zFgn/syAe/7AtOv+rOlnspUd61pxZmsaY&#10;bbLEmnS2wpx9ub+dhb29nIjBu5iJxbiUisi2kIvLtIyOzrOIkdGxhZXTsIOa1LCCoNWqgaLTpoGl&#10;0KOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4Gnzf+zFQj/tCAe&#10;/7EtOv+sOVnrpUZ71pxYm8aZa7LEnHK2wp17ub+fg768nojCupqIxreWicq1korNs46M0LGKj9Ov&#10;h5TWroWa2KuDn9emg6LUooOk0J+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+D&#10;ps2fg6bNn4Omzf+0FQj/tB8e/7EsOv+sOVnrpkV71Z1Ym8eaabLEnXC2wp95ur+ggr68n4jCuZyI&#10;x7aYiMu0lInPsZCL06+MjtatiZPZrIeb26aGntmihaHVnoWk0ZyFps6chabOnIWmzpyFps6chabO&#10;nIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzv+0FAj/tB8d/7EsOv+tOFnrpkV71Z1XnMebZ7LE&#10;nm62wqB3ur+hgL67oYjDuJ6HyLWah82yl4jRsJOK1a2PjdmrjJPdqIqb3qKIntmeiKHVm4ek0ZmH&#10;ps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzv+0FAj/tR4d/7Ir&#10;Ov+tOFrrpkR71Z1XnMecZbLEn2y1wqF1ur6ifr+7o4fEuKCHybSdh86xmYjTrpaJ2KuTjNyokJLh&#10;o46a356Mntqai6HVl4qk0ZaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6W&#10;iabOlommzv+0FAj/tR4d/7IqOv+tN1rrp0N81Z5VncedY7LEoGq1wqNzur6kfL+7pIXEt6KHyrOf&#10;h9CwnYfVrJqJ26mYjOCll5PmnpSa35mRndqWj6DWlI2j0pOMpc+TjKXPk4ylz5OMpc+TjKXPk4yl&#10;z5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz/+1Ewj/tR4d/7MqOv+uNlrrp0N81Z9TnceeYLLFomi1&#10;wqVwur6mer+7poPFt6WHy7Oih9GvoIfXqp6J3KSbi+CdmY7jmpuZ4JWWnNuTk6DXkZGj05CPpc+Q&#10;j6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz/+1Ewj/th0d/7MpOv+u&#10;NlrrqEJ81aBRncefXrHFpGS1wqdtub6pd7+7qYHEtqiIy7Glh9GroofXpZ+I256diN2Xm4vgkpuT&#10;35KcnNyPmJ/XjpWi042TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ&#10;jZOk0P+1Ewj/th0d/7QpOv+vNVrqqEF81aJOnMehWrHFpmC0wqppub+tc767rn3EtKqHy62lhtGn&#10;oobVoKCG2JmfhtuSnYndjZ2O3YyemNuMnp/Yi5qi1IqXpNGKl6TRipek0YqXpNGKl6TRipek0YqX&#10;pNGKl6TRipek0YqXpNGKl6TRipek0f+2Egj/txwd/7QoOf+wNFrqqUB91aRJnMikVbDGqluzw69j&#10;t8CzbL22rnzFsKmHzKmmhtCjpIXUnKKE1pWhhdiPn4faip+L24efktqIoZzXiJ+h1IecpNGHnKTR&#10;h5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0f+2Egj/txsd/7UnOf+wM1rq&#10;qj591qhEm8moT6/HsFOyxbhZtbmzbb+xrX3GrKqGy6Wnhc+fpoTRmKSE05KjhNWMoobXiKGK14Wh&#10;jteDopbWhKSf1ISio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj&#10;0f+3EQf/uBoc/7YlOf+xMVrqqzx+16w7mcqtRK3JuUWuvbhZuLKyb8Csrn7GqKuFyqGphM2bp4PP&#10;laaD0I+lhNKKpIbThqOI1IOjjNSBo5HUgKSZ04CmodGApqHRgKah0YCmodGApqHRgKah0YCmodGA&#10;pqHRgKah0YCmodGApqHRgKah0f+4EAf/uRkc/7ckOf+zL1rprTl+2bQvlsy4MqnCvUCws7Zduqyx&#10;ccGnrn7FpKyFyJ2rg8qXqYPMkqiEzo2nhM+Jp4bQhaaI0IKmi9GApo7RfqaU0H2nms99p5rPfaea&#10;z32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz/+5Dwf/uhcc/7kiOf+1LVrsszB6&#10;3cAfkMnDIai1uki0q7VivKayc8Cjr37DoK6Expmsg8iUq4TJj6qEyouqhcuIqYbMhamIzYKois2A&#10;qI3OfqiRzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzfy7&#10;Dgf8vBUb/rsfOP+3KVrwvSR039MOhrnBKqqquU+2pLVlvKCydL+esX/Cm6+Ew5auhMWRrYTGja2F&#10;x4qshsiHrIfJhauIyYKrisqAq4zKfquPynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK&#10;fKuSynyrksp8q5LKfKuSyvG9DAb5vhIa+r4bN/y6JVrnzhNoyNkLia3DMqehuFa4nbVou5uzdb6Z&#10;sn/AmLGEwZOwhcKPr4XDjK+GxImuhsWGrofFhK6IxoOtisaBrYvGf62Ox32tkMd9rZDHfa2Qx32t&#10;kMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx9/ACAX1wg8Z9sIWNu7IFVDN3AxmtdoP&#10;iKLJNqCavlawl7dquZW1dryUtH6+lLOEv5CyhcCNsYbBirGGwYixh8KGsIjChLCJwoOwisOBsIvD&#10;gK+Nw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw9nCBwXk&#10;xwsY78gQNNHaC0W66Q5opt4YgpjRN5WRyFOhj8JlqY6+cq6NvHuyjLqBtYm4greHuIS4hbeFuYO2&#10;hrqCtoe6gbWIu4C1ibt+tYq8fbSMvHy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSN&#10;vXy0jb18tI29fLSNvdTEBwTWywkV09QLJ73iDEmp9BRlmeYleI7cOYaI1E+Qhs9gl4TMbZyDyXWg&#10;f8d4on3Ge6R6xX2mecSAp3fDgah2woOpdcKEqnTBhqtzwYercsCJrHG/i61xv4utcb+LrXG/i61x&#10;v4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+Lrc/GBwLQzQkSwNkJLKz3D0ib+h5cj+8xa4bn&#10;QnaA4lB+ft1fhXvZaYp31W6PdNNzknHRd5Rw0HqWbs99l23Of5lszYGZa82DmmrMhZtpzIecaMuJ&#10;nWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMncrICAHC0gcT&#10;ruYJLZ3/FUGR/yhQh/o5XIHzSGZ87VRud+hedXHkZXpt4Wt+at9wgWjedYRm3HiFZdt7h2Pafohi&#10;2oGJYdmDimDZhYpg2IeLXtiKjF7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7W&#10;jY1e1o2NXtaNjcTKBwOx2gQVn/8NKJL/HTeJ/y5Dgv89Tnz9S1d3+FZfb/NdZWjwYmpk7WluYetv&#10;cV/pc3Nd6Hd1XOd7dlvmfnda5oB4WeWDeVjlhXpY5Ih6V+SLe1bjjnxW4458VuOOfFbjjnxW4458&#10;VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfP+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPP&#10;knilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5&#10;rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2&#10;L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvB&#10;vX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCK&#10;kry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknil&#10;xpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+i&#10;REr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6e&#10;wbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/&#10;h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qGwX/qicX/6c1L/+jREr6nVFl6ZdeftuUbZTPknemxZKB&#10;tMSTiLbDko24wY+PusCLkby/iJO+voWWv72CmMG8gJvCvH6ewrx9ocO7e6TEu3qpxLp5rcS1ea7D&#10;tXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw/+rGwX/qyYX/6g0L/+kQ0r5&#10;nlBl6Zhdf9qVaZXNlHSoxZR+tMSVhrbClYy5wZGOu7+NkL2+iZK/vYaUwbyDl8O7gZrEun6dxbp9&#10;oca6e6XGuXqqxrV6rMaxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqt&#10;xP+rGgX/qyUX/6k0L/+kQkr5n09m6JlcgNqWZpbMlXGpxZV8tMSWg7fCl4u6wJOMvL6Pjr+9i5DB&#10;vIeTw7qElsW5gZnGuX+dx7h9oci4fKbJtXqqybB7q8ese63FrHutxax7rcWse63FrHutxax7rcWs&#10;e63FrHutxax7rcWse63FrHutxf+sGQX/rCQW/6kzL/+lQUr5n09m6JlbgdmYY5bMlm+qxZZ5tMOX&#10;gbfBmIm6v5WLvb6RjcC8jY/CuoiSxbmFlce4gpjJt3+dyrZ9osu2fKjLsHupyqx8qsiofazFqH2s&#10;xah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxf+sGQX/rCQW/6oyL/+lQUv5oE5n&#10;55pZgdmZYZfLl22rxZd3tMOZf7fBmoe7v5eKvr2TjMG7jo7EuYqQx7iGk8m2gpjLtX+dzbR+o86x&#10;fKbOrH2oy6h9qsmlfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxv+s&#10;GQX/rSMW/6oyL/+mQEv4oE1n55xXgdmaXpfLmGqsxZl0tMOafbfBm4W7vpmJv7yVisK6kIzFuIyP&#10;yLaHksu0g5fOs4Cd0LJ/pNGsfqXPqH6nzKR/qcmhgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG&#10;oYCsxqGArMahgKzGoYCsxv+tGAX/rSMW/6sxL/+mP0v4oE1n551VgdmcXJfKmWisxZpytMOcerjA&#10;nIO7vpyJv7uXicO5k4vHt46Ny7SJkM6yhJbRsYGd06yAotOngKXQpICnzaCBqcqegavGnoGrxp6B&#10;q8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxv+tGAX/rSIW/6sxL/+nP0v4oUxn555T&#10;gdmdWZfKm2WsxZxvtMOdeLjAnoG8vZ6IwLuaiMS4lYnJtZCLzbKLj9GwhpXVroSe16eCodSjgqTR&#10;n4KnzZyDqcqag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx/+tFwX/&#10;riIW/6swL/+nPkv4oUto559RgdmfVpfKnGKsxZ1stMOfdbjAoH68vaCHwbqdiMa3mIjLs5OJz7CO&#10;jdStiZTZqIad2qKFodWehaTRm4WmzpmFqcqXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wr&#10;x5eFq8eXhavHl4Wrx/+uFwT/riIW/6wwL/+nPkv4okto6KFPgdmgU5fKnl+sxp9ptMOhcrjAony8&#10;vaKEwbmgh8e1nIfNspeI0q6Ti9iqjpPfoouc3JyJoNaZiKPSl4imzpWIqcqUiKvHlIirx5SIq8eU&#10;iKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx/+uFwT/riEW/6wvL/+oPUv4okpo6KJNgNmi&#10;UJfLoFysxqFls8OkbrfApXi8vKWCwrikh8i0oIfOsJ2I1auZit2ll5Pmm5Gb3ZaPoNeUjaPTkoym&#10;z5GLqMuQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryP+uFgT/ryEW&#10;/60vL/+oPEv3oklo6KRKgNmkTZbLolirxqRhs8SnarfAqXS8vKl+wrioh8izpofPrKKH16Sdid2a&#10;mo3hlZqb3pGVn9iPk6LTjpCl0I6PqMyNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2O&#10;qsmNjqrJjY6qyf+vFgT/ryEW/60uL/+pPEv3o0lp6KZIf9qnSJXMpVOqx6hcssSsZLbBrm67va94&#10;wLashMmup4fQpqOG1Z2ghtmTnYndjZ2U3Y2dn9iLmaHUi5ak0IqTp82KkanJipGpyYqRqcmKkanJ&#10;ipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyf+vFQT/sCAW/64uL/+pO0v3pEdp6ahEfturQ5TN&#10;qUypyK1UsMazXLPCt2a5t7B3wrCrhMmpp4bPoaSE05eihNaOoIfZiJ+P2oehmtiHoKHUh5uk0YeY&#10;ps6HlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wpyv+wFQT/sCAV/64t&#10;L/+qOkv4pkRo6qtAfdyvPJLPr0KmyrVJrca8UrG5tWe7sLB4w6ushMmkqYTNnKaD0JOkhNOLo4bV&#10;haKM1oKilNaDpJ3Ug6Kk0YOeps6EmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuE&#10;mqjLhJqoy/+wFAT/sR8V/68sLv+rOUv4qUBn6687e962M4/SujShzMI5qru6VbWwtGq9qrB5w6et&#10;hMefqoTLmKiDzZCnhNCJpYbShKSK04CkkNN/pZfSf6ag0H+lps6AoKjLgKCoy4CgqMuAoKjLgKCo&#10;y4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy/+xEwT/sh4V/7ArLv+sN0z6rDtl7bU0eOK/KYnYzCCY&#10;vr89rrC4Wbips2y+pbB6wqKuhMWbrIPIlKqEyo6phMyIqIbOg6eJz4Cnjc9+p5PPfKiaznypos18&#10;p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy/+yEgT/sx0V/7EpLv+t&#10;Nkz8sTVi8b0qcubNH4DIzCGbsbxFsqi3Xrmjs2++oLF7wZ6vhMOXroTGkayEx4yrhcmHqofKg6qJ&#10;y4CqjMx9qZDMfKqVy3qqnMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TK&#10;eaukyv+zEQT/tBsU/7MmLv+vM0z9uStd68ofadLfEX+5zCecp71MsaC3YrmdtHG9m7J8v5qxhMGU&#10;sITDj6+FxYquhsaGrYfHg6yJx4Csi8h+rI7IfKySyHusl8h5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mt&#10;nsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex/+1EAP/thkU/7UkLf+0LEnyxR9U1t0SYsHfE4GszS6an8BP&#10;q5q4ZbeXtXK7lrR8vZWyg7+RsYXBjbGGwomwh8OGr4jDg6+JxIGvi8R/ro3Ffa6QxXuulMV6r5nE&#10;eq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxP+3DgP/uBYT/7cgLfm/H0Hc&#10;2RFExOsSZrHfGIGg0DOVl8ZQo5PAY62Ru3Gzkbh7uJC2gruOtIW9i7OGv4iyh8CGsonAhLGKwYKx&#10;i8GAsY3BfrGPwnyxksJ7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GV&#10;wfS6CwP9uxIS/rsbLOXQDzLI6Q9KtPIVZ6LiIn2W1jeNj85PmIzIYaCKxG6misF4qoe/fa2EvoCw&#10;gbyCsX+7hLN9u4W0e7qHtXq5ibV5uYu2d7mNtna4j7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0&#10;uJO3dLiTt3S4k7d0uJO3dLiTt9y+BgL4wA4R7sgOIsvbCy62+BFMpfUdY5foLHWN3z2Bh9hQi4PT&#10;YJKCz2yXf81zm3zLd515yXqgd8h9oXXHf6NzxoKkcsWEpXDFhqVvxIimbsSKp23Djadrw5Coa8OQ&#10;qGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqNfABgHbxggOy9MKFbjoDDKm/xVK&#10;mPomXI3wN2mF6UZ0f+RTe3zfYIF43GiFdNptiXDYcYtu1nWNbNV4j2rUe5Bp036RZ9OAkmbSg5Nl&#10;0oWUZNGHlGPQipVi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOltHC&#10;BgHNywkFutoHGaj+DjGZ/x1Djv8vUYX6P1x+9E1kefBYanPsX29t6mNzaedpdmflbnll5HJ7Y+N2&#10;fWLieX5g4Xx/X+B+gF7fgYFd34OCXN6Gg1vdiYRa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2F&#10;Wt2NhVrdjYVa3Y2FWt2NhcvEBgC70QYHqecGGpr/EyuO/yQ5hf82RH7/RE15/1FVcftXW2v3XWBl&#10;9GJkYvJoZ1/wbWpd73FsW+11bVrteG9Z7HtwWOt+cVfqgXJW6oRyVemHc1TpinRT6I51U+iOdVPo&#10;jnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdbzJBQCr2wEImv8LFo//GSOF/ystfv85&#10;N3j/RkBw/05Haf9UTWL/WlJe/mFWWvxmWVj7a1tV+XBdVPh0XlL3eF9R93tgUPZ+YU/1gWJP9YRj&#10;TvSHZE30i2VM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZv+gGAP/&#10;oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKB&#10;m7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2q&#10;x4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQ&#10;bHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmq&#10;vMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ&#10;/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nB&#10;f566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qR&#10;scSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+hGAP/oysQ/6A6Jf+cSDz/l1ZT+JNjaOySaXrh&#10;kXOK2I98mNCOhKTKjoytxo2QtMSKk7fDhpW4woSYucGBm7rBf527wH2gvMB7pLzAeqe9wHmsvcB4&#10;sL29eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvP+hGAP/oyoQ/6E5&#10;Jf+dSD3/mFVU95RhaeuUZnvgkm+M1pF4ms6QgqbIj4mwxI+PtsOLkbfCiJS5wYSXusCCmrzAf529&#10;v32gvr97pL6+eqi/vnitv714sb64eLK+tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5s720&#10;ebO9tHmzvf+iGAP/pCkQ/6E4Jf+dRz3/mVVU95ZeaeuVY3vglGyN1ZJ1nM2Rf6jHkYeyxJGOtsON&#10;kLjBiZO6wIaWvL+Cmb2/f5y+vn2gv717pcC9earAvXiwwLh5sMC0ebG/r3qyva96sr2verK9r3qy&#10;va96sr2verK9r3qyva96sr2verK9r3qyvf+jGAP/pCkQ/6I4Jf+eRj3/mVRV95dcaeuXYHzflmmN&#10;1ZNyncySfKrFkoW0xJKMtsKPj7nBi5K7wIeVvb6DmL+9gJzAvX2gwbx7pcK8eavCuXmvwrR5r8Gw&#10;erDArHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvv+jGAL/pSgQ/6I3Jf+f&#10;Rj3/mlNV95laaeuZXnzfl2WO1JVvncuUeavFk4K0xJSKt8KRjrnAjJC8v4iTvr2El8C8gJvCu32g&#10;w7t7psS6eq3FtHquxK96r8Kse7DAqHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/&#10;qHyxv/+kGAL/pSgQ/6M2Jf+fRT3/mlNV95pXaeubW3zfmWKO1JdrnsuVdqzFlIC0w5WIt8GTjbrA&#10;jo+9vomSwLyFlcK7gZrEuX2gxrl7qMe0eqvHr3utxat7rsOnfK/BpH2xv6R9sb+kfbG/pH2xv6R9&#10;sb+kfbG/pH2xv6R9sb+kfbG/pH2xv/+kGAL/picQ/6M2Jf+gRD3/m1JW95xVaeucWHzfm16O1Jln&#10;nsqXc6zFlny0w5eFt8GWi7u/kY2+vYuQwbuGlMS5gZnHt36gybZ8qcque6rIqnysxqZ9rcSjfq/B&#10;oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv/+lGAL/piYP/6Q1Jf+gRD3/&#10;nFFW955TaeueVXvfnlqN1JtknsqZb6zFmHm0w5mCuMGZiru+lIy/vI6Ow7mIkse3gpjLtX6hza98&#10;p82pfanKpX6rx6J/rcSff6/CnYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCx&#10;v/+mGAL/pyYP/6Q1Jf+gQz7/nVBV959RaOugU3vgoFeN1J5fnsqba6zFm3W0w5t+uMCbh7y9l4rA&#10;upGMxbeKkMq0hJfPsoCj0qh/pc+jgKjLoICrx52BrcWbga/CmYKxv5mCsb+ZgrG/mYKxv5mCsb+Z&#10;grG/mYKxv5mCsb+ZgrG/mYKxv/+mGAL/pyUP/6U0Jf+hQz7/nk5V+KFOaOyiUHrgo1KM1aFbncue&#10;ZqzGnXG0w556uMCehLy8m4jCuZWKx7WNjc6whpbUqYKg1qGCpNCdgqjLmoOqyJmDrcWXhK/CloSw&#10;wJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwP+mGAL/pyUP/6U0Jf+hQj7/n0xV&#10;+KJMZ+ylTXnhpk6L1aRWnMyhYarGoWyzw6J2t8CigL28oIfDt5qIyrKTitKsi5TboIef2JqGpNGX&#10;hqfMlYaqyJSHrMWTh67DkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwP+n&#10;GAL/qCQP/6YzJf+iQj7/oEpU+aRKZu2nSnjiqUuK1qhRms2mW6nHpWWyxKdwtsCnery8poPDtqKH&#10;y6+diNall5Xml4+e2pONo9KRi6fNkIuqyZCKrMaPiq7Dj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB&#10;j4mwwY+JsMGPibDBj4mwwf+nGAL/qCQP/6YzJf+iQT7/okhU+aZHZu6qR3fjrUeI2a1LmM+sVKbI&#10;rF6vxq9os8Kxc7m+sn3AsqqHy6WihtWUnIvej5qd2o2VotOMkqbOi5CpyouOq8eLja3EjIyvwYyM&#10;r8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwf+oGAL/qSQP/6cyJf+jQT7/pEZT+qlE&#10;ZO+tQ3XksUKF27RElNK1SqHLt1Oryr5frb23briysHzCqaqGy5ylhNKNoIfYhqCX2YeeotOHmKXP&#10;h5Woy4eTqsiIka3FiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwv+oGAL/&#10;qSMP/6cyJf+jQD7/pkNS+6tBY/CxP3Pntz2C3r47j9bEP5rMxUqmvLxdsrG1b7uqsH3Do6uEyZan&#10;g86KpIbTgaOQ1YGln9KCoaXPgpyozIOZqsmElqzGhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSu&#10;w4WUrsOFlK7DhZSuw/+pGAL/qiMP/6gxJf+kPz7/qEBR/K88YfO2OXDqvzd948o1h9TRN5W+wkup&#10;sLlgtai0cL2jsH7Cna2Ex5KqhMuIp4bOgKaN0H2nmNB9qKTOfqSoy3+fqsmAm6vGgZitxIGYrcSB&#10;mK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxP+qFwL/qiIP/6gwJf+lPj7/qztP/7Q3Xfa9&#10;M2rryjF13NopgsTOOJmywU+rp7hjt6G0c7yesX/BmK+ExI+shMiHqofKgKmMzHypk8x6qpzLeaum&#10;ynqnqsh8oqvHfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txP+qFgL/qyEO&#10;/6kuJf+nPD7/sDZM/LowWe/ILGLe2Sdty9wmhrbMPJuowVSrn7lmtpu1dLyZsn+/lbCEwo2vhcSG&#10;rYfGgayLyH2skMh7rJjIea2fx3etp8d3qqzGeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxHml&#10;rcR5pa3EeaWtxP+rFQL/rCAO/6stJP+rNjv/ti9I88QoUeDWJlbM5CJxu9ooiKrMQZufw1epmbxp&#10;spa3drmUtIC9kbKFwIuxhsGGsIjDga+LxH6uj8V7rpTFeq+axHivoMR1r6fEdK2uw3StrsN0ra7D&#10;dK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw/+sFAL/rR8O/6wrJP+wLzf6vyVB5NEgRc7kHVu9&#10;6SJ0rdosiZ/ORZmXxlqkk8BqrZG7drOQuH+3jbaEu4m0hr2Fsoi/grGLwX+xjsF8sZLCerGWwXmx&#10;m8F4sqHAdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwf+uEgH/rx0N/64o&#10;JP+4JDHqyxo10OIXQ7/wHV6v6CV1oNsxh5bRSJSQylyejcVqpYvBdqqJvn2vhbyAsoK6g7R+uYa2&#10;fLiJt3m3jLh3t4+5draTunW2l7p0tp26c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlz&#10;t6S5c7ekuf+wEAH/sRoN/7ElI/PEFyfU3xArwe8XSLD3IGCh6itzld85go3XTI2I0V2Vhsxqm4TJ&#10;dKCAxnmkfcR9pnrCgKl3wYOqdcCGrHO/iq1xv42ub76Qr26+lK9svpmva76gr2u+oK9rvqCva76g&#10;r2u+oK9rvqCva76gr2u+oK9rvqCva76gr/+zDgH/tBYM/LwXGtbWCxbD7RAwsvwZSqL5JV6W7TNu&#10;jOVBeoXeT4OB2V6Kf9Vqj3rScJN2z3WXc855mXHMfZtvy4CdbcqEnmvJh59pyYqgaMiOoWfHkqJl&#10;x5aiZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco/S2CgH/uBIL1cwKC8Tb&#10;Chmy/BEzo/8dSJb8LFiM8ztlhOxJb37nVXZ642B8dd9ngXHdbYRt23KHatl2iWjYeotm132NZNaB&#10;jmPVhI9h1IiQYNOLkV/Tj5Je0pSSXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmT&#10;XNKZk9y7BADYwwcExNEIB7PoChyj/xQxlv8kQ4z/NFCE+0JaffZPYnjxWmhx7l9ta+tkcWfpaXRk&#10;5252YuZzeGDld3lf5Hp7XeN+fFzigX1b4oV+WuGIf1ngi4BX4JCAVt+VgVbflYFW35WBVt+VgVbf&#10;lYFW35WBVt+VgVbflYFW35WBVt+VgdS9BQDEyAcAtNkFCqP+DRyW/xosi/8rOoP/OkR8/0hNdf9S&#10;U279V1hn+l1cY/diX2D2Z2Jd9GtkW/NvZVnyc2dX8XdoVvF6aVXwfWpU74BrU++Ea1Luh2xQ7ott&#10;T+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2QbsbABQC00AQBo+MCCpb/EBiL&#10;/yAkgv8wL3r/Pzdy/0g+av9OQ2T/VEhe/1lMW/9fT1j/ZFJV/2lUU/9tVVL+cVdQ/XRYT/x4WU77&#10;e1pN+39bTPqDXEv5hl1J+YteSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQ&#10;X7XHAgCk2gABlv8GB4r/FBGB/yQaef8zInD/Oypo/0IxYf9KNlz/UTtX/1c/U/9dQlD/YkRO/2dG&#10;TP9sSEr/cElJ/3RKSP93S0b/e0xF/39NRP+DTkP/h05C/4tPQf+RUEH/kVBB/5FQQf+RUEH/kVBB&#10;/5FQQf+RUEH/kVBB/5FQQf+RUP+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOG&#10;hIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDA&#10;q8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD&#10;/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanM&#10;ca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+R&#10;EgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0Xic&#10;otB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCq&#10;xHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfe&#10;goqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8Rx&#10;wKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+SEgH/licK/5Y7HP+USzD/kFlD/49j&#10;VPqOaWTxjXBy6Yt6fuKJgonchYmS2IKOmdR/k57RfZeiz3ubps15nqjMd6Kqy3alrMp0qa3Jc62u&#10;yXKyr8lxt6/IcbyvwnO9rr50va++dL2vvnS9r750va++dL2vvnS9r750va++dL2vvnS9r/+TEgH/&#10;lycK/5g7HP+VSzD/kVlE/5FgVfqQZmTwj21z6I13gOGMgIvbiIeU1YWNnNKCkaHPf5amzH2Zqct7&#10;nazJeaGuyHelsMd2qbHGda2yxnSys8ZzubPCdbqzvHW6s7h2urO4drqzuHa6s7h2urO4drqzuHa6&#10;s7h2urO4drqzuHa6s/+UEQH/mCcK/5k7HP+WSzD/kllE/5JeVfqSZGXwkWp0549zgeCOfYzZi4WW&#10;1IiLntCFkKTNgpSpyn+Yrch9nLDHe6CyxnmktMV4qLXEdq62xHW0tsF2t7a8d7e2t3e3trN4t7az&#10;eLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3tv+VEQH/mScK/5k7HP+XSjD/k1hE/5RcVfqU&#10;YWXwk2d055Fwgt+Peo7YjYOY0ouKoM6Hj6fLhJOsyIGXsMZ/m7PEfZ+1w3ukt8J5qbnCd6+5wna1&#10;ubx4tri4eLa4s3i2t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t/+WEQH/micK&#10;/5o7HP+XSjH/lFVE/5ZZVfqWXmXwlWR055Nsgt6Rdo7Yj3+Z0Y2Ios2KjqnJh5KuxoSWs8SBmrbC&#10;fp+5wnukusF5qrrBd7G6vXi1urd4tbmzebW5r3m2uKx6tresera3rHq2t6x6tresera3rHq2t6x6&#10;tresera3rHq2t/+XEQH/myYK/5s7HP+YSTH/llNE/5hXVfqYW2Xwl2F055Zogt6Tco/WkXua0I+E&#10;o8uNjKvHipGxxIaVtsODmbjBf566wXuku8B5q7y/d7O8uHizu7J5tLuuebW6q3q1uah7trioe7a4&#10;qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uP+XEQH/myYK/5w6HP+YSTH/mFFE/5pUVPqbWGTw&#10;ml1055hjgt6WbY/Wk3ea0JGApMqPiazGjY+zw4mUt8KEmLrAf568v3ulvr95rr65eLK+snmyva16&#10;s7ype7S6pnu1uaR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uP+YEQH/nCYK/5w5&#10;HP+ZSDH/mU9E/5xSVPudVWPxnVpz55tfgd6ZaY/WlnKaz5N8pcqRha3FkI20w4uSuMGFlru/gJ2+&#10;vXulwbt5r8GyerDArHuxvqh7s72lfLS7on21uaB9trigfba4oH22uKB9trigfba4oH22uKB9trig&#10;fba4oH22uP+ZEQH/nSYK/505HP+ZRzH/m01D/55PU/ufUmPxoFZy6J9bgN+dZI7Xmm2a0Jd3pMqU&#10;ga3Fkoq1wo6Qub+Hlb29gJzBu3unxLN6rcSre6/Cpnyxv6N9sr2gfrS7nn+1uZx/tricf7a4nH+2&#10;uJx/tricf7a4nH+2uJx/tricf7a4nH+2uP+ZEQH/niYK/504HP+aRzH/nEtC/6BNUvyiUGLyo1Nx&#10;6aNXf+ChXozYnmeY0Jtxo8qYe63FlYW0wpKNur6Kkr+6gZvFt3ypyat8q8ekfa7DoH6wwJ1/sr2b&#10;gLO7mYG1upiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uP+aEQH/niYK/544HP+a&#10;RjL/nklC/6JKUf2kTWDzplBv6qdUfeGmWIrapGKW0qFrocuddavGmoCzwpiKuryOj8K2g5nLrH2m&#10;zqJ/qsmdgK3EmoGwwJiCsr6Xg7O8lYO1upSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4&#10;lIO2uP+aEQH/nyYK/543HP+bRjL/n0dB/6RIUP6nSl/0qUxt66tQe+OsVIfcq1yT1Kllnc6mb6fI&#10;o3qww5+EuLuWi8SwjJnOoIOk0ZmEqcqWha3FlIWvwZOFsb6ShbO8kYW0upGFtbmRhbW5kYW1uZGF&#10;tbmRhbW5kYW1uZGFtbmRhbW5kYW1uf+bEQH/nyYK/583HP+bRTL/oUVA/6ZGT/+qR132rUlr7bBM&#10;eOazT4PftFWO2bVfl9O1aaDOtXanwat8trCfhcShlZLOlI6j0pCLqMuPiqzGjoqvwo6Jsb+OibK9&#10;joi0u46ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uf+bEQH/oCYK/582HP+cRDH/&#10;o0M//6hDTv+tRFv4sUVo8LZIdOm7TH7jwFGH38ZbjtbIa5TGvXGmtbN4taWogcOUn43NiZyi0oeU&#10;p8yIkavHiY+uw4mOsMCJjbK+ioyzvIqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0&#10;uv+cEAH/oSYK/6A2HP+eQjH/pUA+/6tATP+xQFn6t0Fk871Eb+7FSXflzlJ83dZif8zOaJK8xW6k&#10;q7t2tJqxf8GKqorLf6edz4CfqMyCmavHg5WtxISTr8GFkbG/ho+zvYeOtLuHjrS7h460u4eOtLuH&#10;jrS7h460u4eOtLuHjrS7h460u/+dEAH/oiYK/6A1HP+gPzD/pz09/648Sv+1PFX6vT1g8MZCZ+bR&#10;Smze3k52zdpXh77QYpauxW6lobx5spW0g72GrYjGe6qUynirqMl7oqvHfpytxICZr8KBlrDAgpSy&#10;voOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvP+eEAH/oiYK/6E0HP+iPC7/qjo7&#10;/7I4R/y7N1HyxTpY5tFBXNveQmnN4kZ8vtdRjK7MX5uhw22omLx5spG1hLuFsYnCfK6RxXiun8V1&#10;razFeKWuxHqgr8J8nLDAfpmxvn+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvf+e&#10;EAH/oyUJ/6I0HP+lOS3/rjU4/7gzQvTDM0rn0DhO2d45WsvmPW6+4EKArtRQkKHLX52Yw22okb15&#10;sYu4g7iDtIi9fbGQwXmxmsF1saXBcq+vwnWor8F3o7DAeZ+xv3ucsr17nLK9e5yyvXucsr17nLK9&#10;e5yyvXucsr17nLK9e5yyvf+gEAH/pCQJ/6MyHP+oNCv/sy80+b8tPOnNL0DZ3i9Kyuc0X73qOnOv&#10;3kGDodNRkZfLYJ2QxG6mjL96rYa7gbN/uIe4eraNu3e1lbx1tZ+8crSovW6zsr5xrLK+dKeyvnaj&#10;sr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvf+hEAH/pSMJ/6QxHP+tLif/uSkv7sgm&#10;M9rcJjfK5yxPvfIyY6/oOXWh3UKEltRTkI/NYpqKx3CihsN6qIC/gK17vYWxdruLtHO5krVxuZq2&#10;cLmjtW25q7ZquLS4a7K2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uP+jEAH/&#10;pyIJ/6UvG/+zJyL0wiEm3dgdJMvnIzy98ipTr/MyZqHnO3aV3kaDjdZWjYfQZJaEy3Gcf8h4oXrF&#10;fqV2woOpcsGJq2+/j61sv5aua76drmq/pq5ov66uZb24sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7&#10;sGW5u7BlubuwZbm7sP+lEAH/qCAI/6wmF/y7HRrj0RMZzOUZKb3yIkGv/SpVofM0ZpbpP3SM4Ut/&#10;hdtZiIDVZo980W+Ud852mXPLfJxwyYGfbciHoWrHjKNoxpKkZsWZpWTFoKVkxailY8aypGDEu6Zg&#10;xLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pv+oEAD/qh4I/7MdEezJDg/O4w4VvvIYLa/+&#10;IkOh/y1VlvQ5ZIzsRW+E5VF5fuBcgHncZ4Z02W6KcNZ0jmzTeZFp0n+TZ9CElWTPipdizo+YYM2V&#10;mV/NnJpezaKbXc2rm1zNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mv+rDwD/rRoH&#10;8sANCM7TCga+8A4ar/4ZMKH/JEOV/zJSi/g/XoPxS2h97FZwd+hfdnHkZXps4Wx+ad9ygWbdeIRj&#10;3H2GYduCiF/ah4ld2YyLW9iSjFnXmI1Y1p6NV9aljlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbV&#10;rI5W1ayOVtWsjv+vDQD/tw4DzckIAb7YCQmu/RAcof8cL5X/KT+L/zdMgv5FVnz5UF519FlkbvFf&#10;aWjuZG1k62pwYepwc1/odXVd53p3W+Z/eFnlhHlY5Il7VuOOfFXik31U4ph+UuGeflHhpX9R4aV/&#10;UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf/G0CADOwAYAvc4HAa7gBwug/xIclP8gK4r/LziB&#10;/z1Dev9JS3P/UlFs/ldXZftdW2H5Y15e92hgW/VtYlj0cmRW83dmVfJ7Z1PxgGhR8IRpUPCJak/v&#10;jmtO7pNsTO6ZbUvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbtG5AwC8xQUArdYD&#10;AZ/4CwuT/xYYif8kJID/NC95/0E3cP9IPmj/T0Ni/1VHXf9aS1n/YE1W/2VQU/9qUVH/blNP/3JU&#10;Tv92VUz+e1ZL/X9XSf2EWEj8iFlH+41aRvuTW0X6mFxF+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF&#10;+phcRfqYXL29AwCtzQEAnt8AAZL/DQiH/xkSfv8pG3X/NSNs/zwqZP9DL17/SjRY/1A3VP9WOlH/&#10;WzxO/2A+S/9kQEr/aEFI/2xCRv9wQ0X/dERE/3hFQv99RkH/gUdA/4ZIP/+MST3/kUo9/5FKPf+R&#10;Sj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSq7FAACe1wAAj/UAAYb/DwR8/xsLcf8kEWf/LBdf/zUc&#10;Wf89IVT/RSZP/0spTP9SLEj/Vy9G/10wRP9hMkL/ZjNA/2o1P/9uNj3/czc8/3c4O/98OTr/gTo4&#10;/4Y6N/+MOzb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPP+DEwH/hCIG/4U1FP+D&#10;RiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mr&#10;jt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR&#10;zmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLk&#10;cJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o&#10;0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3&#10;ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS&#10;22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+EEwH/hSIG/4Y1FP+ERiT/&#10;gFU0/4RdQ/+FZVD/g21d+IB1aPJ9fnHseoZ56HeNf+V1k4XicpiJ4HCdjN9uoo7dbKaQ3Gurkttp&#10;r5TaaLWV2me7ldpmw5baZsyW02jPlsxpz5XIas+WyGrPlshqz5bIas+WyGrPlshqz5bIas+WyGrP&#10;lv+FEgH/hyIG/4c1FP+FRiT/hFQ1/4hcQ/+IZFH+h2te94NyafGAfHPrfYV753qMguN3kofgdJeM&#10;3nKcj9xwoZLbbqaU2WyqltlqsJjYabaZ12i9mddoxprTaMyazGrMmcZrzJrCbMyawmzMmsJszJrC&#10;bMyawmzMmsJszJrCbMyawmzMmv+GEgH/iCEG/4g1FP+GRiX/h1M1/4tbQ/+MYlH+impe9odxavCE&#10;enTqgIN95X2KhOJ6kIredpaP3HSbktpxoJXYb6WY1m2rmtVrsJvVarec1Gm/ndRpyZ3Ma8qdxmzJ&#10;ncBtyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnf+HEgH/iSEG/4o1FP+IRiX/ilI1&#10;/45aQ/+PYVH+jmhe9otvau+HeHXphIF+5ICIhuB8j4zdeZSR2naaldhzn5nVcKWb1G6qntNtsZ/S&#10;a7ig0mvCoc1sx6HGbsehwG7Hobtvx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6G4cMehuHDHof+I&#10;EQH/iiEG/4s1FP+JRiX/jVE1/5JYQ/+SXlH+kGVe9o5sa++LdXboh36A44SGiN5/jY/be5OU2HiZ&#10;mdV1npzTcqSf0XCqotBusqPQbbqkzmzEpcZvxKS/cMSlunHEpbVxxKWycsSksnLEpLJyxKSycsSk&#10;snLEpLJyxKSycsSksnLEpP+JEQH/iyEG/4w0FP+KRiX/kE80/5RWQ/+UW1H+k2Fe9pFoa+6OcHbo&#10;i3uA4oeDid2DipHZfpGX1XqXnNN3naDQdKSjz3Gqps5vs6fNbr2ox3DCqL5xwam4csGptHPBqa90&#10;wqitdMKnrXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp/+KEQH/jCEG/400FP+LRib/k040/5ZT&#10;Qv+XWFD+ll5e9pRkau6SbHbnj3aB4YyAityHiJLYgo+Z032Vn9B5nKPOdaOnzHKrqstwtKvIcL+s&#10;v3O+rLd0vq2ydb6srna/rKp2v6uod8CqqHfAqqh3wKqod8CqqHfAqqh3wKqod8CqqHfAqv+LEQH/&#10;jSAG/440FP+NRSb/lk0z/5lQQf+aVU//mlpd95hgae+VaHXoknCA4Y97ityLhJPWhoya0oCToc57&#10;mqbMd6KqynSrrshyuK/AdLyvt3W8sLB2vLCrd7yvqHi9r6V5vq2jeb6to3m+raN5vq2jeb6to3m+&#10;raN5vq2jeb6to3m+rf+LEAH/jiAG/480FP+PRCX/mEoz/5tNQP+dUU7/nVdb+JxcaPCaY3Tol2p/&#10;4pN1ityPgJPWiomb0YSQo81+mKnJeaKux3WtscR0urO3drmzr3i5s6p5urOmerqyo3u7saB7vLCf&#10;fL2un3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rv+MEAH/jyAG/5A0FP+SQyX/mkgy/51KP/+f&#10;Tk3/oFNa+aBYZvGfX3LqnGV945hviNyTepLWj4Sb0IiNo8uBlqvHe6GxxXawtbp3t7avebe2qHq4&#10;tqN8uLT/4v/iSUNDX1BST0ZJTEUABQmgfLmznn26spx+u7Gbfrywm368sJt+vLCbfrywm368sJt+&#10;vLCbfrywm368sP+NEAH/jyAG/5E0FP+UQyT/m0Yx/6BIPv+iS0v/pFBY+qRVZPOkWnDromF75J9p&#10;hd6ac5DXlX6Z0I6Io8qFk6zEfaC0vXiwua95tbmme7a4oX23tp1+uLWbf7m0mX+6s5iAurKXgLux&#10;l4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sf+NEAH/kCAG/5E0FP+XQiT/nUMw/6JFPf+lSEn/&#10;qExV/KlRYfWqV2zuqV1356hjgeGkbYvWnnmWy5WDosCLjq22g5q2rn6qu6R8s7yefrW6moC3t5iB&#10;uLWWgbm0lYK6s5SCurKTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7sf+OEAH/kSAG/5I0&#10;FP+ZQSP/n0Ev/6RCO/+oRUf/rElT/q5OXvWwU2jsslpy5LNhe9uvboTMpnaUwJx+orSSiK6pipS3&#10;oIWkvZmCsb6Vg7S7k4S2uJKEuLaRhLm0kIS5s5CEurKQhLqykIS6spCEurKQhLqykIS6spCEurKQ&#10;hLqykIS6sv+PDwH/kiAG/5M0FP+aPyL/oT8u/6dAOv+sQkX/sEZQ+bNLWvC3UmPou1lr371kctG2&#10;bILErHOTtqN6oaqZg66ekpC3lI2fvo6Lsb+MibO8jIm1uYyIt7aMiLi1jIe5tIyHurOMh7qyjIe6&#10;soyHurKMh7qyjIe6soyHurKMh7qyjIe6sv+PDwH/kh8G/5Q0FP+cPSH/ozwt/6o9OP+vQEL/tERM&#10;9bpJVey/UVzkxlph2MVib8m8aYG7snCSrap3oKChgK2Tm4u3iZabvYOVr7+EkbO8ho61uYeNtreH&#10;jLe2iIu4tYmKubSJirqyiYq6somKurKJirqyiYq6somKurKJirqyiYq6sv+QDwH/kx8G/5U0Ff+e&#10;OyD/pTkr/6w6Nf+zPT/7ukJH8cFITujJUVLf0VtZz8pgbcHCZ4CyuW2QpLF0n5eqfauKpIi1f6CX&#10;u3ifrL58mrO8f5W0uoGStriDkLe3hI+4tYSNubOFjbqyhY26soWNurKFjbqyhY26soWNurKFjbqy&#10;hY26sv+RDgH/lB8G/5YzFf+gOB//qDYp/7A4Mv+4Ojv2wD9B7MpHRePWVEXW2VdYx9Bea7jIZH6q&#10;wWuOnLpynI60eqiAroWydquUuG+rqbpypbW6d521uXqZtrd9lre2fpO5tH+RurKAkLuxgJC7sYCQ&#10;u7GAkLuxgJC7sYCQu7GAkLuxgJC7sf+SDgH/lR8G/5czFf+iNR7/qzMn/7Q0L/m+NjXtyT044tZI&#10;ONngTUXN31ZWv9hcabDQYnuhyWiLk8NvmYW+d6R4uoOtbriTs2i4qLZpsri2b6e3tnOhuLV2nLm0&#10;eJm6s3qWu7F7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sP+TDgH/lh8F/5kzFP+lMBz/&#10;rzAj/bovKfDGMi3j1Dss1uBAOsvlSEzA4U5cs91WbKXYXXqY0mWIis5tlH3Jdp9zxIOnbMCRrGe+&#10;oa9lvravZrS7sWuru7FupbuxcaC8sHOdva90mr2udJq9rnSava50mr2udJq9rnSava50mr2udJq9&#10;rv+UDgH/mB4F/50xEv+pLRn/tCoe9cIpIuTRLSHV4DMsyeg8P77oQ1Gx5UlhpOJPcJffVn2K2mCI&#10;gNNrknjNd5pwyIKhasWOpWbDm6hlw6ynYcK9qmO4v6tmsL+saaq/rGylv6ttosCqbaLAqm2iwKpt&#10;osCqbaLAqm2iwKptosCqbaLAqv+VDQD/mh4F/6IsEP+tKBX7uyMY6M0gF9XfJR3I6DAxvO85RLDs&#10;QFWj6kZkl+hNcYvjVX2B3GGGedVsjnLRd5VszYGaZ8qLnmTIlqBhyKOhYMizoV3Hw6NfvsSlYbbD&#10;pWSww6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpf+XDQD/nB4F/6YmDf+0IA/vxhcP&#10;1t0WDsjpIyK78y42r/Q2SKLyPliX8UZli+tPcIHlWHp632SCc9ptiG3Wdo1o03+SZNCIlWDPkphe&#10;zp2ZXM2pmlvOuZlZzciaWsXKnFy9yZ1euMmeXrjJnl64yZ5euMmeXrjJnl64yZ5euMmeXrjJnv+a&#10;DAD/nx0F/6wfCPi+EwjY1gsEyOgVE7r0Iieu+i05ovo2Spb6P1iL9Uhjgu5SbXroXHVy5GR7beBt&#10;gGjddYVk2n6IYNiGi13Wj41a1ZiPWNSikFfUrpFW1LyQVtTNkFbN0ZJXyNGTV8jRk1fI0ZNXyNGT&#10;V8jRk1fI0ZNXyNGTV8jRk/+cCwD/ox0E/7USA9TJCgLI2gsGufQWF6z/Iyqh/y47lf84SYv/QlWC&#10;+ExfevJWZ3PuXm1r6mRyZudsd2LkdHpf4nx9XOGDf1rfi4JX3pODVd2chVTcpYZS3K+GUty7hlHc&#10;zIVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahf+gCgD/rRMB1MAIAMbOCAC54wsIq/8X&#10;GZ//JCqU/zA5iv86RYH/Rk96/VFYcvhYXmv1XmNl8mVoYO9sa13tcm5a63lwV+qAclXph3RT5492&#10;UeaWd1DmnnhO5ad5TeWvek3ku3pM5MV6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFev+kBwDY&#10;uAQAxMQGALfTBwGq8w0Lnv8aGpP/JyiJ/zM1gP8/P3n/Skdw/1FOaf9XU2L9XVde+2RbWvlqXlf3&#10;cGBU9nZiUvR8ZFDzg2VO8opnTPGRaEvwmGlK8J9qSe+na0jvsGxH7rdsR+63bEfut2xH7rdsR+63&#10;bEfut2xH7rdsR+63bN2vAADFvAQAtcoEAKjbBQKc/xALkf8dF4f/KiN+/zYtdv9BNm3/SDxm/09C&#10;YP9VRlv/W0pX/2FMU/9nT1H/bVFO/3JSTP94VEr/flVI/oRWR/2LWEX8kllE+5haQ/ufW0L6p1xB&#10;+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXMi2AQC1wQMAp9EBAJnrBQKP/xIJhf8gEnz/&#10;LBtz/zUjav89KmL/RDBc/0s0V/9SOFP/WDtP/149TP9jP0r/aEBH/21CRf9yQ0T/d0RC/31FQP+D&#10;Rj//ikg9/5BJPP+XSTv/nko7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jS7a6AgCmygAA&#10;mNwAAIz/CAGD/xQFeP8eDG7/JhJl/y8ZXf83Hlf/PyJS/0YmTf9MKEr/UitG/1gtRP9dLkL/YS9A&#10;/2YxPv9rMjz/cDM6/3U0Of96NTf/gDY2/4Y3Nf+MODP/lDgz/5g5M/+YOTP/mDkz/5g5M/+YOTP/&#10;mDkz/5g5M/+YOafDAACX1AAAiOQAAID/CgFy/w4CZ/8TBV//HQlX/yYNUf8vEUz/NxVH/z4XQ/9F&#10;GUD/Sxs9/1AdO/9VHjn/WR83/14hNf9iIjT/ZyMy/2wkMf9yJS//dyYu/30nLf+EKCv/iykr/5Ep&#10;K/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKf92FQL/cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//&#10;c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat17mCwdu5etXftXrt47F3Deexc&#10;y3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDjedVg43nVYON51WDjef92FQL/cyAE/3Ix&#10;DP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat1&#10;7mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDjedVg43nV&#10;YON51WDjef92FQL/cx8E/3QxDf9yQhn/dE8n/3hYM/95YD//d2lK/3NxVP9xfFz7boZj92uOafRp&#10;lG3yZ5tx8GWgdO9kpXbtYqp47GGweetgtXvrX7x86l7EfepdzX3nXdl94V/efdpg4HzRYuF9z2Lh&#10;fc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhff93FQL/dB8E/3UxDf9zQhr/d00n/3tWNP98X0D/emdL&#10;/3dvVf5zel76cYNl9m6Ma/Nrk3DwaZlz7mefd+xlpXnrZKp76mKvfelhtX7oYL1/6F/FgOhe0IHi&#10;X9qA22HegNJi34DLY9+BymTfgcpk34HKZN+BymTfgcpk34HKZN+BymTfgf94FAL/dR8E/3YxDf90&#10;Qhr/ekwn/39VNP+AXUD/fmVM/3puVv52d1/5dIFm9XCKbfFtkXLua5h27GmeeetnpHzpZal+6GOv&#10;gOditoLmYb2D5mDHhOVf04TdYdqE02Pdg8xk3ITGZdyExWXchMVl3ITFZdyExWXchMVl3ITFZdyE&#10;xWXchP95FAH/dh4D/3cwDf92Qhr/fksn/4JTNP+DXED/gmRM/39sVv16dGD4d39o83OIb/Bwj3Tt&#10;bZZ56mudfOhoo3/nZqmC5WWvhORjtoXkYr+H42HJh+Bh1YfVZNqHzWXaiMdm2YjBZ9mIv2fZiL9n&#10;2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiP96FAH/eB4D/3kwDf94QRr/gUkn/4ZSM/+IWkD/h2JM/4Np&#10;V/x+cWH3e3tp8neFce5zjXfrcJR86G2bgOZqooPkaKiG42aviOJkt4rhY8GL4WLOi9hk1ovNZtaL&#10;xmfWjMBo1oy7adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjP97EwH/eR0D/3owDf98Pxr/&#10;hUgm/4pQM/+MWED/i19M/4hnV/yEbmH2f3hq8XuCcu13innpc5J+5m+Zg+RsoYfiaqiK4GevjN9l&#10;uI7eZMSP22TSj85n04/GaNOQv2rTkLpr05C1bNOQtGzTj7Rs04+0bNOPtGzTj7Rs04+0bNOPtGzT&#10;j/98EwH/eh0D/3swDf9/Phr/iUYm/49OMv+RVj//kF1L/45kVvyJa2H2hHNr8H9+c+x7h3rodpCB&#10;5HKXhuFun4rfa6eO3WiwkNxmu5LbZcqT0GjRk8Zq0JS+a9CUuGzQlLNt0JSvbtGTrm7Rk65u0ZOu&#10;btGTrm7Rk65u0ZOubtGTrm7Rk/99EgH/exwD/3wvDf+DPBn/jUUl/5NNMf+VUz7/lFlK/5JgVf2P&#10;aGD2inBq8IR5dOt/g3zmeoyD4nWViN9xno3dbaeR22mxlNlnv5bUZ86Xx2vNmL1szZi2bs2YsG/N&#10;mKxwzpepcc6WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlv9+EgH/fBwD/34vDf+GOxn/kUMk&#10;/5ZLMP+YUDz/mFVI/5ZcVP2TY1/3j2tp8Ip0c+uEf3zmfomE4XiSi91znJDabqaV2GqzmdZoxZvJ&#10;a8ubvW7KnLRvypyuccqcqnLLm6Zzy5qjc8yZonTNmKJ0zZiidM2YonTNmKJ0zZiidM2YonTNmP9/&#10;EgH/fRsD/38vDf+JOhj/lEIj/5lHL/+bTDv/nFJG/5tYUv+ZX134lWZo8ZBucuuKeXvlg4SE4HyP&#10;jNx2mpPYb6aZ0mu1nc5qyJ++bsifs3HHoKxyx6CndMifo3XJnqB2yp2edsubnXbLmp12y5qddsua&#10;nXbLmp12y5qddsuanXbLmv+AEQH/fhsD/4AvDf+MOBj/l0Ai/5xELf+fSTn/oE5E/6BVT/yeW1r1&#10;nGJl7pdqb+iRdHnhin+D2YOKjM97lZXIdaCcw3Cuob5vv6OzcsWjqnTFo6R2xaOgd8ahnXjHoJt4&#10;yJ6ZecqdmHnKnJh5ypyYecqcmHnKnJh5ypyYecqcmHnKnP+AEQH/fxsD/4EvDf+PNxf/mj8h/59C&#10;LP+iRjf/pExC/6RSTPekWFfvo19h56Bma+CacXXVk3yBy4qFjcOCj5a7e5qetXanpLB0uKeodsKn&#10;oXjDpp15xKWaesWjmHvGopZ7x6CUe8melHzJnZR8yZ2UfMmdlHzJnZR8yZ2UfMmdlHzJnf+BEQH/&#10;gBsD/4IuDv+RNhb/nDwg/6FAKv+lRDT/qEo/+qlQSfKqVlLqql1c4qlmZteib3LLmXiBwZCBjbiI&#10;ipevgZWgqHyipqN6sqmeesGpmXzBqJZ9w6aUfsSkkn7Fo5F+x6GQfsifkH7JnpB+yZ6QfsmekH7J&#10;npB+yZ6QfsmekH7Jnv+CEQH/gRsD/4QuDf+UNRb/njoe/6Q+KP+oQjL/rEc79q9NRO2xVE3ls1tV&#10;3LBlYc6obHHDn3SAuJZ8ja6PhpiliJGhnYOdp5eArauTgL+rkYHBqY+BwqeOgcOljYHFo42BxqKM&#10;gcifjIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn/+CEQH/gRoD/4YtDf+WNBX/oDkd/6Y8Jv+r&#10;QC/7sEU48rRLP+m5U0bhvVxN07ZiYMataXC7pXF/sJ15jKWVgpebj42hk4qZp4yHqauIh7+siIfA&#10;qoiGwqiIhcOmiIXFpIiExqKIhMigiITIn4iEyJ+IhMifiITIn4iEyJ+IhMifiITIn/+DEAH/ghoD&#10;/4grDP+ZMhT/ojcb/6k5JP+vPSz3tUIz7btJOeXCUj7awlhMzLpgX7+yZ2+zq25+qKN2i52cfpeS&#10;l4mgiZKWp4KPpat+j7qsgI3AqoGLwqiCisOmg4nFpIOIxqKEh8ighIfIn4SHyJ+Eh8ifhIfIn4SH&#10;yJ+Eh8ifhIfIn/+EEAH/gxoD/4sqDP+cMRL/pTQa/6w2If6zOijzu0At6cNIMeHLUTfSx1ZLxcBe&#10;Xbi4ZW6ssWx9oKpzipSke5WKn4aegJuSpXmYoqp0mLerd5XBqXqRwqd8j8OlfY3Fo36MxqF/isif&#10;f4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn/+FEAH/hBoD/44oC/+fMRH/pzIX/7AzHfm5NiLu&#10;wj0m5s1HJtvTTDXLzFRJvsVcW7G+Y2ykuGp6mLJxh4yseZOBqIKcd6SPo3Cin6dsorSobp/Cp3KZ&#10;w6Z1lcSkd5LGoniQx6F6jsifeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsmeeo7Jnv+GEAH/hRkD/5Em&#10;Cv+hLw//qy4V/7UvGfS/Mhzpyzoc39lEHdHaSjPE0lJHt8taWanGYWmcwGd4kLpuhIS2do95soCY&#10;b6+Nn2itnaNkrbKkZarFpGqixaNtncaicJnHoXKWyJ90k8mddZPKnXWTyp11k8qddZPKnXWTyp11&#10;k8qddZPKnf+HDwH/hxkD/5UkCf+kKw3/rykR+rspE+zILBPe2DcQ0+FBHsnfSTC82lFEr9NYVqHN&#10;X2aUyGV0iMRsgHzAdIpxvX+TabuMmWK5nJ1eurGeXbjJnmKuyJ9mpsifaaHJnmudyp1umsubbpnL&#10;m26Zy5tumcubbpnLm26Zy5tumcubbpnLm/+IDwH/iRkD/5ojB/+oJwr/tSIM8cQgDODVJAnR4TAU&#10;x+Y9JL3jRjSy4E5EptxWUpnXXWGM0mNvgM9renTMc4Rryn6LYsiMkVzInJVZyLGWV8jOllu7zZhe&#10;ssyZYavMmWSmzZlnos2YZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl/+KDgH/ixgD/58hBf+u&#10;IAb4vRgG49ETBNDhHgnF6i4Zuuk6KbDnQzmk5EpImOJQVozgV2KA3V9sdttodWzacn1j2H6DXNiM&#10;iFfYnYtU17CNVNjNjFXL049XwNKRWrjRk1yy0ZNfrNGTYKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGT&#10;YKrRk/+MDgH/jxYC/6UeA/+1FQPaygsC0OEOAsTrHg247ywdre43LqLsQD2X60hKjOlPVoHoVmB2&#10;515pbOdlcGTmcHde43x8WeCJgFbel4NT3aaEUdy4hVHd1IRT0NqHVMbYiVa/14pYuNaLWbbWi1m2&#10;1otZttaLWbbWi1m21otZttaLWbbWi/+ODQD/lxIB/60VAdm/CQDMzgkAw+sOBLb1HhGr9SwhofQ3&#10;MJbzQD6L80hKgfNQVHfzV11t811kZfBmal/tcG5a6npyVueFdlPlkXlR5J57T+OsfE3jvXxN49l8&#10;UNjgfFHO4H9Sxt6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6BU8Tegf+SDAD/oA0A27cGAMrDBwDA&#10;0gkAtfQQBqn7HxSf/CwjlPw3MYr8QT2B/UlHeP1RUG79V1dl+l5cYPZmYVv0b2VW8XhoU++Ca1Du&#10;jG1O7JdvTOujcUrqsHJJ6sFySOrYckvj5HJO2OZzTtXndE7V53RO1ed0TtXndE7V53RO1ed0TtXn&#10;dP+WCgDerAIAy7oFAL3HBgCy2AgBp/8SCJz/IRaS/y4jif85L4D/Qjl3/0pCbf9QSWX/Vk5f/15T&#10;Wv5lVlX8bVpS+nVcT/h+X0z3h2FK9ZFiSPScZEbzpmVF8rNmRPLBZ0Py1GdF7udnRuvoZ0br6GdG&#10;6+hnRuvoZ0br6GdG6+hnRuvoZ+6iAADNtAIAvL4EAK/NBACk3gcBmv8VCZD/JBWH/zAgfv87KnT/&#10;QjJr/0g5Y/9OP13/VUNY/11HU/9kSlD/a01N/3JPSv95UUf/glNF/4tUQ/6UVkH9nldA/ahYP/yz&#10;WT78v1o++9FaPfvbWj3721o9+9taPfvbWj3721o9+9taPfvbWtKtAAC9uAIArsUCAKHVAgCW9wsC&#10;jf8YCIT/JhF8/zEacf84Imj/Pilg/0UvWv9MM1T/UzdQ/1o6TP9gPEn/Zj5G/21ARP90QkH/e0M/&#10;/4NFPf+MRjv/lUc6/55JOf+nSjj/sUo3/75LN//CSzf/wks3/8JLN//CSzf/wks3/8JLN//CS7+z&#10;AACuvgAAoM0AAJLeAACJ/w0Bgf8aBXf/Iwxt/yoTZP8xGVz/OB5V/0AiUP9IJkz/TylI/1UrRP9b&#10;LUL/YS8//2cxPf9tMjv/czM5/3o1N/+CNjX/izcz/5Q4Mv+cOTH/pDow/687MP+yOzD/sjsw/7I7&#10;MP+yOzD/sjsw/7I7MP+yO7C4AACgxwAAkdgAAITvAAB8/w0Bb/8RA2b/GQZe/yEKVv8pD1D/MhNL&#10;/zoWRv9BGUL/SBs//04dPP9THjn/WSA3/14hNf9kIjP/aSMx/3AkL/93JS3/fiYs/4cnKv+PKCn/&#10;lyko/6AqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKqHCAACR0QAAguEAAHj/AABs/wgBYP8N&#10;Alf/EQNP/xgFSP8gBkP/KQg//zEKO/84DDj/Pg41/0QPMv9JEDD/ThEu/1MSLP9YEyr/XRQp/2MV&#10;J/9pFiX/bxck/3cXIv9+GCH/hRkf/48aH/+RGh//kRof/5EaH/+RGh//kRof/5EaH/+RGv9oGQL/&#10;ZCME/18vBv9eQBD/Y0sa/2dUJf9oXS//Zmc5/2RyQf9ifUj/YIdO/12QUv9bmFb/Wp5Z/1ikW/9X&#10;ql3+VrBf/VW1YPxUvGH8VMRi+1PNY/lS3GP2UuZj8VPqY+xU7WPmVu9i4FfwY+BX8GPgV/Bj4Ffw&#10;Y+BX8GPgV/Bj4FfwY/9pGAL/ZSME/2AuBv9fQBD/Zkka/2pTJf9rXDD/aWU6/2dwQv9ke0n/YoVP&#10;/1+OVP9dllj/W51b/1qjXf1YqV/8V69h+1a1YvpVvGT6VcRl+VTOZfdT3WbzU+Zm7lXqZudW7WXh&#10;WO5l21nvZttZ72bbWe9m21nvZttZ72bbWe9m21nvZv9qGAL/ZiIE/2EuB/9gPxD/aUgb/21RJv9u&#10;WzD/bGQ6/2luQ/9neUv/ZINR/2GMVv9flVr/XZxd/VuiYPtaqWL6Wa9k+Vi1ZflXvGf4VsVo91XP&#10;aPVU4GnwVeZp6VfqaOJZ7GjbWu1p01vuadNb7mnTW+5p01vuadNb7mnTW+5p01vuaf9qGAL/ZyIE&#10;/2IuB/9jPhD/bEYb/3FQJv9yWTH/cGI7/2xrRP9pdkz/Z4FS/2SLWP9hk1z9X5tg+12hYvpbqGX5&#10;Wq5n+Fm1aPdYvGn2V8Zq9VbRa/JV4WzsV+ds5Fnpa9xb62vUXOxszV3tbM1d7WzNXe1szV3tbM1d&#10;7WzNXe1szV3tbP9rFwL/aCED/2MtB/9nPBD/cEUb/3ROJv92VzH/dGA7/3BpRf9tc03/an5U/2aI&#10;Wv5jkV77YZli+V+gZfhdp2j2XK1q9Vq0bPRZvW30WMdu8lfUb+5X4m/mWeZv3VzpbtNd6m/NXutw&#10;x1/rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcP9sFwL/aSED/2UtB/9rOhD/dEMb/3lMJv96VTH/&#10;eV08/3VmRf9wcE7/bXtW/2qFXPxmj2H6ZJdl92GfaPZfpmv0Xa1t81y0b/JavXHxWcly71jac+ha&#10;43PeXeZy017oc8tf6HTGYOh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHodP9tFgL/aiAD/2Yt&#10;B/9vOBD/eEEa/31KJf9/UjH/fls8/3tjRv92bE//cXdX/m2CXvtqjGP4ZpVo9WSdbPNhpG/yX6xx&#10;8F20c+9cv3XuW8t26lvdd+Bd43bTYOV3ymHleMRi5Xi+Y+V4umTleLpk5Xi6ZOV4umTleLpk5Xi6&#10;ZOV4umTleP9uFgL/ayAD/2gsB/9zNhD/fT8a/4JHJf+EUDD/hFg7/4FgRf98aU//dnJX/nF9X/lt&#10;iGX2apJq82abb/Fjo3LvYat17V+1eOxdwXnsXNB6413fe9Rh4nvKYuJ8wmThfbxl4X23ZuJ8s2fi&#10;fLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifP9wFQH/bB8D/2ksB/93NA//gTwZ/4dFJP+KTS//iVU6&#10;/4ddRf+CZU//fG5Y/XZ4YPhyhGf1bY5t8WmYcu9moXbsY6t562C2fOlexH7nXth/2GHffspj34DB&#10;Zd6BuWfegbRo3oGwad+ArGnff6xp33+sad9/rGnff6xp33+sad9/rGnff/9xFQH/bR8D/2srB/97&#10;Mg//hjoY/4xDIv+PSy3/j1M4/41aQ/+JYk3/g2lX/XxyYPh2f2f0cYpu8GyVdO1on3nqZKp96GG3&#10;gOZfyILdYduDzGTchMBm3IW4aNuFsWrbha1r3ISpbN2DpmzdgqZs3YKmbN2CpmzdgqZs3YKmbN2C&#10;pmzdgv9yFAH/bx4D/28pB/9/MA7/ijgX/5FBIf+USiz/lVE2/5NYQf+QYEv7i2dV9YRvX/B9emfr&#10;d4Vv53KQduNtm3zeaKaB2mWzhNVjxIbPZNqHwWfZiLdp2Imva9iJqm3ZiKZu2oejbtqGoG/bhaBv&#10;24Wgb9uFoG/bhaBv24Wgb9uFoG/bhf9yFAH/cB4D/3IoB/+CLg3/jjYW/5VAH/+ZSCn/mU80/5hV&#10;PvqWXEn0kmRT7YxrXeeFdmbhf4Fv23iMd9Nyln7NbaGEyWqticVou4vBaNCMtmvVja5t1Y2nb9aM&#10;o3DWi59x2IqdcdmJm3Lah5ty2oebctqHm3Lah5ty2oebctqHm3Lah/9zFAH/cB0D/3UmBv+GLA3/&#10;kTYV/5lAHf+cRif/nUwx/J1SO/ScWUXtmWBP5pRoWd+Oc2PVhn1uzX+HeMZ4kYDAc5uHu2+njLZt&#10;tI+zbMiRrG7SkaVw05CgctSPnHPVjZl01oyXdNiKlnXZiZZ12YmWddmJlnXZiZZ12YmWddmJlnXZ&#10;if90EwH/cR0D/3gkBv+JKwz/lTUT/5w+G/+gQyT/okku96NQN++iVkHnoV1K351nVNSVb2LLjXhu&#10;w4WCebt/jIK1eZaJr3Whjqpyr5KmccGUoXPQlJx00ZKYdtKRlnfTj5R31Y2Sd9aMkXjYipF42IqR&#10;eNiKkXjYipF42IqReNiKkXjYiv91EwH/chwD/3sjBv+MKQv/mDQS/588Gf+jQSL7pkYq8qhNM+qp&#10;VDziqVtE16NjU8yabGLCk3Vuuot+ebKFh4Oqf5GKpHuckJ54qpSadruWl3fPlpR50JSRetGSj3rT&#10;kI561I+NetWNjHrXi4x614uMeteLjHrXi4x614uMeteLjHrXi/91EwH/cxwD/30hBf+OKQr/mzQQ&#10;/6I5F/+mPh/3qkQm7q5KLuWxUjXcr1lBz6hhUsWgaWG7mHJusZF6eamLg4OhhY2LmoGYkZR+pZaQ&#10;fLaYjX3Nl4x+z5WKftCTin7SkYl+04+JfdWNiH3Wi4h91ouIfdaLiH3Wi4h91ouIfdaLiH3Wi/92&#10;EgH/dBwD/4AgBf+RKAn/njMP/6Q3Ff6qOxvzr0Ei6rRIKOK5UC7UtFZAya1fUb6lZ2C0nm9tqpd3&#10;eKGRgIKZjIqLkYeVkYuEopaGg7KZg4TLmISDzpaEg9CUhILSkoSB05CEgdSOhIDWjISA1oyEgNaM&#10;hIDWjISA1oyEgNaMhIDWjP93EgH/dBsD/4IeBP+UJwj/oDIN/6c0E/quOBjvtT0c5rxGIdy/TCzO&#10;uVQ/w7FdULeqZV+tpGxso510d5mYfIGRk4aKiY+SkYKMn5Z9iq+YeovHmHyJzpZ9iNCUfobSkn+F&#10;05B/hNSOgIPWjICD1oyAg9aMgIPWjICD1oyAg9aMgIPWjP94EgH/dRsD/4UcBP+XJgf/oy8L/6sw&#10;EPWzNBTruzoX4sREGNXESCvIvVM9vLZbTrGwY12mqmpqnKRxdpKfeoCJmoOJgZaOkHmTnJV0kqyX&#10;cZLDmHORz5Z2jtCUeIvSkXmK05B6iNWOe4fWjHuH1ox7h9aMe4fWjHuH1ox7h9aMe4fWjP94EgH/&#10;dhsD/4gbA/+aJQb/pisJ/q8sDPG5Lw7mwzYP3c08Fs7IRynCwlE7trxZTKq2YVufsGholatvdIum&#10;d36BooCGeZ+LjXGcmZJsm6mVaZu/lmuZ0JRulNGScZHSkXOP1I91jdWNdovWi3aL1ot2i9aLdovW&#10;i3aL1ot2i9aLdovWi/95EQH/eBoC/4wZA/+eIwT/qiYG+LQlCOvAKAjhzTAH1NI3FMjNRSe7yE85&#10;r8JXSqO9X1iYuGZljbNtcYOvdXt6q36DcaiJimqmlo9lpaeSYqa9kmOj0pFnndOQapjUj22V1Y1u&#10;ktaMcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYiv97EQH/fBcC/5AXAv+iIQP/riAE8rsdBOXK&#10;HgPa2yQDzNk1EsDTQyS0zk02qMlVR5zEXVWRwGRihrxrbXu4c3ZytXx+arOHhWOxlYpesKWMW7G8&#10;jVuv1Y1fp9WNY6HWjGac14tomdiKapbZiGqW2YhqltmIapbZiGqW2YhqltmIapbZiP98EAH/gRQC&#10;/5UVAf+nHQL8tRYC68YQAdrbDwDN4CUEw982D7jbQSGs1UszoNFTQ5TNWlGJyWJdfsZpZ3TDcXBr&#10;wXt4ZL+Gfl2+lIJYvaWFVr67hlW924ZYs9qHXKvah1+m2odhoduGY53bhWOd24VjnduFY53bhWOd&#10;24VjnduFY53bhf9+EAH/hxEB/5oRAP+tFADavgoA0c0KAMvkEAHB5CUHt+M1E63hQCGj3kkvl9tS&#10;PovXWUuA1GBXdtFoYW3PcGllzXpwXsyGdVjMlXlUzKZ7Uc28fFDM4nxTweB/VbffgFix3oFaq96B&#10;XKbfgVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgf+ADwH/jg4B/6INANu1CADOwQgAxtAJAL7pEgK0&#10;6SUKqugzF6DmPiWW5Ucyi+NOP4DhVUl24F1Tbd5mW2Xdb2Fe3XpnWNyGa1PclW9Q3aZxTd67ck3f&#10;4XFO0ed0UMbmd1K+5HhTuOR5VbLjelWy43pVsuN6VbLjelWy43pVsuN6VbLjev+DDgH/lgsA3asE&#10;AM24BgDCxAYAutQJALHvFAOn7iUNnu4zGpTtPSeK7EYzgOtOPnbrVUds6ltOZOpjVV3qbVpY6nde&#10;U+qDYk7qkWVK66FnR+yzaUbt0GlI5uhpS9nrakzP7G1Ox+tvT8DqcE/A6nBPwOpwT8DqcE/A6nBP&#10;wOpwT8DqcP+JCwDpoAEA0LEEAMG8BQC3yQYArtoJAKT1FwWb9ScQkvU0HIj2Pid/9kcydvZOO2z2&#10;VEJk9lpIXfZiTVf2a1FS9nVVTfeAWEj4jVpF+JtcQvirXkH3vl9A999gQ+7sYEfj8V9I2/FhSdLy&#10;Y0nS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY/6VAADUqQAAwrUDALXBAwCqzwUAoOcLAZj9GgaP/ikQ&#10;hv81G37/QCV0/0Yta/9MNWP/Ujpc/1k/Vv9gQ1D/aEdM/3FKR/97TEP/h05A/5RQPv+hUj3/sFQ7&#10;/8NVO/7hVTz58FVA8PRVQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VNuhAADFsAAAtboCAKjH&#10;AgCd1gQAk/wOAYv/HQaD/ysPev81F3H/PB9o/0ImYP9JLFn/TzFT/1Y1Tv9dOEn/ZTtF/209Qf92&#10;Pz7/gEE7/4tDOf+YRTj/pEY2/7JHNf/ESDX/3Uk0//BJN/74STf++Ek3/vhJN/74STf++Ek3/vhJ&#10;N/74ScmrAAC2tAAAqMEAAJvPAACO3wEAh/8RAX7/HQR1/ycLbP8vEmT/Nxhc/z4dVv9FIlD/SyVL&#10;/1IoRv9YK0H/Xy0+/2cvO/9vMTj/eDM2/4I0M/+NNjH/mTcw/6U4L/+yOi7/wDsu/9M7Lf/rPC3/&#10;6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPLiwAACovAAAmskAAIzZAACB9QMAef8QAW7/FgNl/x8GXv8n&#10;C1f/MA9R/zcTS/8+F0b/RRlB/0wbPf9SHTn/WB82/18hNP9mIjH/biQv/3clLf+AJiv/jCgp/5cp&#10;KP+iKif/rSsm/7ksJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLaq3AACaxQAAi9MAAH3iAAB1&#10;/wUAaf8MAV//EQJX/xcDUP8fBUn/JgdE/y4JP/82Czv/PQ03/0MPM/9JETD/TxIu/1UTLP9bFCr/&#10;YhUn/2kWJf9yFyP/exgh/4YZH/+RGh7/nBse/6UcHf+wHR3/sB0d/7AdHf+wHR3/sB0d/7AdHf+w&#10;HZzAAACMzgAAfN4AAHD1AABl/wAAWv8GAVH/DQFJ/xECQ/8XAz3/HwQ4/yYFNP8tBjD/Mwct/zkH&#10;Kv8+CCf/Qwgl/0kJI/9OCSH/VAkf/1oKHf9hChv/aQsZ/3IMF/98DRb/hg0U/48OFP+aDxT/mg8U&#10;/5oPFP+aDxT/mg8U/5oPFP+aD/9cHAL/VyYD/1EyBv9OPAj/V0UQ/1tOGf9cWCL/W2Mr/1lvMv9X&#10;ejj/VIU9/1KQQf9QmUX/T6BH/06nSf9Nrkv/TLRM/0u7Tf9Kw07/Sc1P/0ndUP9I6VD/SPJQ+0n2&#10;UPZL+VDwTftP6k/7UOdP/FDnT/xQ50/8UOdP/FDnT/xQ50/8UP9cHAL/WCYD/1IyBv9ROgj/WkMQ&#10;/19NGf9fVyP/XmEr/1xtM/9ZeTr/V4Q//1SOQ/9Sl0f/UJ9J/0+mS/9OrU3/TbRP/0y7UP9Lw1H/&#10;S85S/0rfUv9J6lP9SvJT+Ev2U/FN+FLrT/pS5VD6U+JR+lPiUfpT4lH6U+JR+lPiUfpT4lH6U/9d&#10;GwL/WSYD/1MxBv9UOQj/XUIQ/2JLGv9iVSP/YF8s/19rNP9cdzv/WYJA/1aMRf9UlUj/Up5L/1Gl&#10;Tv9QrE//T7NR/067Uv9NxFP/TM9U/0vgVf9L61X6TPJV9E32VexQ+FTmUfhV31L5VtxT+VbcU/lW&#10;3FP5VtxT+VbcU/lW3FP5Vv9eGwL/WiUD/1QxBv9YNwj/YUAR/2VJGv9mUyP/ZF0t/2JoNf9fdDz/&#10;XH9C/1mKR/9Wk0v/VJxO/1OkUP9Rq1L/ULNU/0+6Vf9OxFb/TdBX/03iWPxM7Vj2TvJY7lD1WOZT&#10;9ljfVPdZ11X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ01X4Wf9fGgL/WyUD/1UwBv9cNAj/ZT0R/2pH&#10;Gv9rUST/aVot/2ZkNv9jcD3/X3xD/1yHSf9ZkU3/V5pQ/1WiU/9TqlX/UrJX/1G6Wf9QxVr/T9Jb&#10;/E7kW/hP7VzwUfJb51T0W95V9VzVVvZdzlj3XctY913LWPddy1j3XctY913LWPddy1j3Xf9gGgL/&#10;XCQD/1YvBf9gMgj/ajsQ/29EGv9wTiP/b1ct/2thNv9nbD7/Y3hF/2CDS/9cjk//WphT/1egVv9W&#10;qVn/VLFb/1O6XP5Rxl78UNZf+VDnX/JS7l/nVfFf3VfyYNJY82HLWfVixVv1YsNb9WLDW/Viw1v1&#10;YsNb9WLDW/Viw1v1Yv9hGQL/XSMD/1otBf9lLwj/bzgQ/3RBGf92SyP/dVQt/3FdNv9sZz//aHNG&#10;/2R/TP9gilL/XZVW/1qeWf9Yp1z+VrBf/VS6YPxTx2L5Utxj81PoY+lV7mPeWPBk0FrxZchc8mbC&#10;XfJmvV7yZrte8ma7XvJmu17yZrte8ma7XvJmu17yZv9iGQL/XiMD/14qBf9pLQj/dDUP/3o+GP98&#10;SCL/e1Es/3haNv9zYz//bW1H/2l6Tv9khlT/YJFY/12cXP1apWD7WLBi+la7ZfhVymb1VOBn7Fbq&#10;Z99a7WfQXO9pxl3var9f72q5YO9qtWHvarNh72qzYe9qs2HvarNh72qzYe9qs2Hvav9jGAL/YCID&#10;/2InBf9uKgf/eTIO/388F/+CRiH/gk8r/39YNf97YD7/dWlH/290TvtqgVX4Zoxb9WKXX/NfoWPw&#10;XKtm7lq2aexZxGrpWNpr4Vrqa9Bd7G3FX+xuvGHrb7Zi7G+xY+xurWTsbqtk7W2rZO1tq2Ttbatk&#10;7W2rZO1tq2Ttbf9kGAL/YSID/2YlBP9yJwf/fjAN/4U7Fv+IRR//iE0p/4ZVM/+CXj37fWZG9nZw&#10;TvJyfFXubYdc6miSYuZknGbjYaZq4F+ybd1dv2/aXdNw0l7qcMRg6XK6Yuhzs2Toc61l6XOpZuly&#10;pmfqcaRn6nCkZ+pwpGfqcKRn6nCkZ+pwpGfqcP9lFwL/YiED/2kjBP93JQb/gi8M/4o5FP+OQx3/&#10;j0wm/41TMPmKWzrzhWNE7X9sTeh5d1XjdIJd3m6NY9lpl2nTZqFuz2OsccthuXTIYcp1xWHldrlk&#10;5newZuV3qmjmd6Vp5naiaud1n2roc55r6XOea+lznmvpc55r6XOea+lznmvpc/9mFwH/YyED/20g&#10;BP97IwX/hy4L/484Ev+TQRr/lUoj+pRRLfORWTfsjWBB5YdpSt+BdFPWen5dz3SIZcpvkWzFa5tx&#10;wWimdb1msni6ZcJ6t2Xde65o43unauN7omvkep5s5XibbeV3mW3ndphu53WYbud1mG7ndZhu53WY&#10;bud1mG7ndf9nFgH/ZCAD/3AeA/9+IgX/iywJ/5M3EP+YQBj9mkgg9JpOKeyYVTPllV083Y9mR9OI&#10;b1PLgXlexXuDZr91jG65cZZ0tW6heLBrrHytart+qmrSf6Rs4H6ebeF9mm/ifJdw43qVcOR5k3Dl&#10;d5Nx5neTceZ3k3Hmd5Nx5neTceZ3k3Hmd/9oFgH/ZCAD/3McA/+BIAT/jisI/5c1Dv+dPhX4n0Qc&#10;76BLJeefUi3fnVo305VjRsqObFPDh3Veu4F+Z7V7iG+vd5F1qnOceqVwqH6hb7aBnm/Kgptw3oGW&#10;cd+Ak3LhfpFz4nyQc+N6jnPkeY5z5XiOc+V4jnPleI5z5XiOc+V4jnPleP9pFgH/Zh4D/3YaA/+E&#10;HwP/kioH/5s0DP6gOxLzo0EY6qZIIOKnTyfYolY2zJpgRcOTaVK7jXJes4Z6Z6yBhG+mfY12oHmY&#10;fJt2o4CXdLGDlHTFhJF13YOPdt6BjXbgf4t34X2Kd+J7iXbkeol25HmJduR5iXbkeYl25HmJduR5&#10;iXbkef9pFQH/aR0D/3gZAv+HHgP/lSgG/54yCvqkNw/vqD0U5qxEGt2tSyTQplQ1xp9eRLyZZlK0&#10;km9drIx3Z6SHgG+egop3mH6UfZJ7oIGNeq2EinnAhYh63ISHet2ChnrfgIZ64H6FeuJ8hXnjeoV5&#10;5HmFeeR5hXnkeYV55HmFeeR5hXnkef9qFQH/axsC/3sXAv+KHAL/mCYF/6IwCPWoMwzrrjkQ4rNB&#10;FNaxRyPKq1I0wKRcQ7aeZFGtmGxcpZJ0Zp2NfW+WiIZ2j4WRfYqCnIKFgKqFgX+8hoCA24WAgN2D&#10;gH/egYB+4H+AfeF9gH3je4B85HqAfOR6gHzkeoB85HqAfOR6gHzkev9rFQH/bRkC/34VAv+NGwL/&#10;myQD/qUsBvGsLwjnszQL3bo6ENC1RiHFr1EyuqlaQrCjYk+nnWpbnphyZZaTem6Pj4N2iIuOfIKI&#10;mYF8hqeFeYa5hneH14V4hd2DeoPegXqC4H97geF9fIDje3x/43p8f+N6fH/jenx/43p8f+N6fH/j&#10;ev9rFAH/cBgC/4EUAf+QGQH/nyIC+qkmBO2xKQXiui8G1r82D8q6RCC/tE8xtK5YQKqoYE6ho2da&#10;mJ5vZI+ad22IloB1gJKLe3qPloB0jqSEcY22hW+O0YVxi92Dc4nfgXWH4H52heF9d4Tje3eD5Hp3&#10;g+R6d4PkeneD5Hp3g+R6d4Pkev9sFAH/cxYC/4UTAf+UFgH/oh4B9a0gAue4IQLdwyYC0MM0DcS+&#10;Qh65uU0vrrNWPqSuXkyaqWVXkaVtYomhdWuAnX5yeZqIeXKXlH5tlqKCaZWzhGeWzYNpk96CbI/f&#10;gG+M4X5wiuJ8cojjenKH5Hlyh+R5cofkeXKH5Hlyh+R5cofkef9tEwH/dhMB/4gSAf+YEwD/pxkB&#10;77MWAeLAFQDVyh4ByccyDL7DQByzvkssqLpUPJ61XEmUsGNViqxrX4Gpcmh5pXtvcqOFdmugkXtm&#10;n59/Yp+xgWCfyoBinOB/ZZfhfmiT4nxqkON7bI3keW2M5XhtjOV4bYzleG2M5XhtjOV4bYzleP9u&#10;EwH/exEB/40QAP+dEAD6rBEA2rsLANXJCwDNzhsBwswvCrfJPRmsxUkpocBSOJe8WkaNuGFRg7Vo&#10;W3qycGRyr3lra6yDcWSrj3ZfqZ56W6mvfFmqyXxap+J7XqDje2Gb43pjl+R5ZpTld2aS5ndmkuZ3&#10;ZpLmd2aS5ndmkuZ3ZpLmd/9wEgH/gA4B/5IOAPKjCwDZswkAz74JAMvMCQDE0xcAutIsB7DPOxal&#10;zEYmmshQNY/EWEGFwV9NfL5nVnO8b15ruXdlZLiCa162jnBZtZ1zVbWudVS2yHVTs+d2V6vmdlqk&#10;5nZcoOd1X5zndGCa6HRgmuh0YJrodGCa6HRgmuh0YJrodP9yEgH/hgwA+5gJANmpBgDOtQcAxsEH&#10;AMDPCQC62xMAsdopBafYNxKc1EQhktFNMIfOVTx9y11HdMllUGzHbVdlxXZeXsSBY1nDjmhUw51r&#10;UcOubE/EyG1Owu1tULjrb1Ow63BVq+pwWKbrcFmj63BZo+twWaPrcFmj63BZo+twWaPrcP93DwH/&#10;jQgA3qACAM+uBQDEuQUAu8UGALXTCgCu4RYBpuEpBp3gNxGT3kIdidxMKX/aVDV111w/bdVkSGXT&#10;bE9f0nZUWdKBWVTRjl1Q0Z1gTdKwYkvTyWJK0u1iS8jyZk2/8WhPuPBpUbLwaVKv72lSr+9pUq/v&#10;aVKv72lSr+9pUq/vaf9/CgDtlgAA0qYBAMSyAwC5vAMAsMkGAKnYCgCh5xkCmecqCZDnNxSH5kIf&#10;feVKKXTkUTNr41k6ZOJhQV7ia0dY4nVLU+GAT0/ijVNL4ptVSeOsV0fkxFdG4+lXRt32WUfQ91xJ&#10;yPdeSsH2YEu99mBLvfZgS732YEu99mBLvfZgS732YP+JAADZngAAx6wBALm2AgCuwQMApc4GAJzk&#10;DACV7x0Dje8sC4XvORV870Eec+9JJ2ruUC9i7lc1XO5fOlbuaD9S7nFCTe98RknviUlG8JZLQ/Cm&#10;TUDxuU4/8ttPPvD3TkLm+09D3ftRRNT8U0XP/FRFz/xURc/8VEXP/FRFz/xURc/8VOGVAADLpgAA&#10;u7AAAK67AQCiyAIAmNUFAJD4DwGJ+CAEgvguC3n5NxNw+T8baPlGImD6TSha+lQtVPpcMU/7ZTVL&#10;+204R/x3O0P8gz0//ZA/PP2fQTr+r0M4/8ZEN//qRTb8/UU78v9EPur/RD7m/0Y+5v9GPub/Rj7m&#10;/0Y+5v9GPub/RtCfAAC9rAAArrUAAKLCAACVzwAAit0DAIT/EgF7/x4DdP8qCWz/Mw9k/zsWXf9D&#10;G1f/SiBR/1EkTP9YJ0j/YCpE/2gsQP9xLjz/ezE5/4gyNf+WNDP/pDYx/7Y3L//QOC7/7zkt//85&#10;Mf//OTP8/zkz/P85M/z/OTP8/zkz/P85M/z/OcGoAACvsQAAor0AAJTKAACH2AAAffMHAHb/EgFt&#10;/xoDZf8kBV7/LQpY/zYPUv89E0z/RRZI/0wZQ/9TGz//Wh48/2EgOP9pITX/ciMx/30lLv+KJiv/&#10;mSgp/6cpJ/+5Kyb/0iwl/+8sJP//LST//y0k//8tJP//LST//y0k//8tJP//LbGuAACjuQAAlMYA&#10;AIbTAAB54QAAcf8IAGf/DwFf/xUCV/8eA1H/JgVL/y4HRv82CkH/PQw9/0QOOf9LEDb/URIy/1gT&#10;L/9fFSz/ZxYp/3EXJv98GCP/iRog/5gbH/+mHB3/tx0c/8oeHP/mHxv/8B8b//AfG//wHxv/8B8b&#10;//AfG//wH6S1AACVwgAAhs8AAHfeAABr9AAAYv8DAFn/CwFR/xEBSv8XAkT/HwM//yYEOv8tBTb/&#10;NAYy/zoHLv9ACCv/Rggo/0wJJf9SCSL/WQog/2ILHf9rDBr/dg0X/4QOFf+SDxT/oBAT/60RE/+6&#10;ERP/wxIT/8MSE//DEhP/wxIT/8MSE//DEpe+AACGzAAAd9sAAGnnAABc/QAAVP8AAEv/BQBD/wwB&#10;Pf8RAjf/FwIy/x4DLv8kAyr/KgQl/y8EIv81BR//OgUd/z8FGv9FBhj/SwYW/1IGFP9aBxL/YgcQ&#10;/2wHD/93CA3/hAgM/5AIDP+cCAz/oggM/6IIDP+iCAz/oggM/6IIDP+iCP9QIAL/SyoD/0Q2Bf9H&#10;Ogb/Sj8I/05JD/9PVBf/T2Ae/01sJP9KeSr/SIUu/0aQMv9EmjT/Q6I3/0KqOP9BsTr/QLk7/0DB&#10;PP8/yz3/Ptw+/z7oPv898z7/Pfs//z7/Pv9A/z76Q/899ET/Pu5G/z/uRv8/7kb/P+5G/z/uRv8/&#10;7kb/P/9QIAL/SyoD/0U1Bf9KOAb/TT0I/1FID/9SUhf/UV4e/09qJf9Ndyv/SoMv/0iOM/9GmDb/&#10;RKE4/0OpOv9CsDz/Qrg9/0HBPv9Ayz//QNxA/z/pQP8/9ED/Pv1B/0D/QP1C/0D2Rf9A8Eb/QelI&#10;/0HpSP9B6Uj/QelI/0HpSP9B6Uj/Qf9RHwL/TCkD/0c0Bf9NNgb/UTsI/1VGEP9WUBj/VVwf/1Jo&#10;Jv9QdCz/TYAx/0qMNf9Ilzj/RqA7/0WoPP9EsD7/Q7g//0PBQf9CzEH/Qd5C/0HrQ/9A9UP/QP1D&#10;/0P/Q/hG/0LwSP9D6kn/RONK/0XjSv9F40r/ReNK/0XjSv9F40r/Rf9SHwL/TSkD/0oyBP9QMwb/&#10;VTkI/1lDEP9aTRj/WVgg/1ZkJ/9TcS3/UH0z/02JN/9LlDr/SZ49/0emP/9GrkH/RbdC/0TBRP9E&#10;zEX/Q99F/0LtRv9C90b/Q/1G+Ub/RvBJ/0bpS/9H4kz/SNtN/0jbTf9I203/SNtN/0jbTf9I203/&#10;SP9THgL/TigD/04vBP9UMAb/WjYI/15AEP9gShj/XlUg/1tgKP9YbS//VHk0/1GFOf9OkT3/TJtA&#10;/0qkQv9JrUT/SLZG/0fBR/9GzUj/ReFJ/0TvSv9F+Er7R/1K8Ur/SehN/0vfTv9M10//TM9R/0zP&#10;Uf9Mz1H/TM9R/0zPUf9Mz1H/TP9UHQL/UCcD/1IsBP9ZLQX/XzII/2Q8EP9mRxj/ZFIg/2FcKP9d&#10;aDD/WnU2/1aBO/9SjT//T5hD/02iRf9Mq0j/SrVJ/0m/S/9IzEz/SOFN/0juTfxI+U7yS/xN5079&#10;T91Q/VDSUv5QzFP/UcZU/1HGVP9RxlT/UcZU/1HGVP9RxlT/Uf9VHQL/UScD/1YpBP9eKgX/ZC8I&#10;/2o6D/9sRRf/bE8g/2hZKP9kYzD/YHA3/1x8Pf9YiEL/VZNG/1OdSf9Rpkv/T7BN/066T/1NxlD6&#10;TdlR9kzqUfJN91HnUPpS21L7VM5U/FXHVv1VwVf+VbxY/lW8WP5VvFj+VbxY/lW8WP5VvFj+Vf9X&#10;HAL/UiYD/1omBP9iJgT/aiwH/3E3Dv9zQhb/c0wf/3BWKP9rYDD/Zms4/2N3Pv5fg0T7W45I+ViY&#10;TPdWoU/1VatR81O1U/FSwVTvUdBV61HnVeZS9lbaVPlYzFb6WcNY+1q8Wvtat1v7WbNc+1mzXPtZ&#10;s1z7WbNc+1mzXPtZs1z7Wf9YGwL/UyUD/14jA/9nIwT/cCoG/3c1Df96QBX/ekod/3hTJv9zXC/8&#10;bmY3+GlyP/RlfkXxYYlK7l6TTutcnVLoWaZV5liwV+RXvFjiVsxZ3lbkWdhW9FvKWPddwFr4Xrhc&#10;+F6zXfherl74Xatf+VyrX/lcq1/5XKtf+VyrX/lcq1/5XP9ZGwL/ViMD/2IgA/9sIAP/dSgF/30z&#10;C/+APRP/gUcb/39QJPl7WS30dmI27nFtPupseUXmaIRL4mSOUd5hmFXbXqJZ1lysW9NbuF7QWsZf&#10;zVrfYMha8mG+XPVitV70Yq5g9WKqYfVhpmL2YaNj91+jY/dfo2P3X6Nj91+jY/dfo2P3X/9aGgL/&#10;WSEC/2YdAv9wHgP/eiYE/4IxCf+GOxD/iEQZ+YZNIfKDVivrfl405XlpPeB0dEXab39M02qJU89m&#10;kljLY5xdx2GmYMRfsWPBXr9kvl7SZbpf7GayYPJmq2LyZqVk8mWhZfNkn2X0Y5xm9WKcZvVinGb1&#10;Ypxm9WKcZvVinGb1Yv9bGgL/XB8C/2kbAv91HAL/fiQD/4cuCP+MOA77jkIW8o5KHuuLUifkh1sw&#10;3YFmOtN6cEXNdXpOyHCDVcNsjVu+aZZgumagZLdkq2e0Y7hpsWLKaq5j5mqoZO9qombvaZ1n8Gia&#10;aPFnmGnyZpZp82SWafNklmnzZJZp82SWafNklmnzZP9bGQL/XxwC/2wYAv95GwL/gyED/4wsBv+R&#10;Ngv1lD8S7JVHGeSTTyLcjlgt0odiOsqBbEXDe3VOvnZ/VrhyiF20bpFir2ubZqtppmqoZ7NspWfD&#10;bqJn4G6eae1tmWrubJZr72qTbPBpkmzxZ5Bs8maQbPJmkGzyZpBs8maQbPJmkGzyZv9cGQH/YhoC&#10;/3AWAv98GQL/hh8C/5ApBPqWMwnwmjwO55tEFd+aSx3TlFUsyo1fOcKHaUW7gXFPtXx7V694hF6q&#10;dI1jpXGXaKFuomydbK5vmmy+cJhs2XGVbetvkW7sbo9v7WyNb+9qjG/waYtv8WeLb/Fni2/xZ4tv&#10;8WeLb/Fni2/xZ/9dGQH/ZBkC/3IUAf9/GAH/ih0B/5QmA/abMAbrnzgK4qI/ENifRxzNmVIrxJJd&#10;ObuMZkS0h25OrYJ3V6d9gF6ieYlknXaTaZhznm2UcapxkHG6co5x0XOMcupxinPrb4hz7W2Hc+5r&#10;h3PvaoZy8GiGcvBohnLwaIZy8GiGcvBohnLwaP9eGAH/ZxcB/3UTAf+DFgH/jhoB/pgjAvGfLATn&#10;pTMH3ag5DNGjRRvHnVAqvpdaOLWSY0StjGxOpod0V6CDfF6af4ZklXyPapB5mm6Ld6ZyiHa2dIV2&#10;zHSEd+lyg3fqcIJ37G6Cdu1sgnbvaoF28GmBdvBpgXbwaYF28GmBdvBpgXbwaf9eGAH/aRUB/3gS&#10;Af+GFAH/kRgB+pwfAe2kJwLiqiwE1qw0C8unQxrBok4puJxYNq+XYUOnkWlNoI1xVpmIeV6ThYJk&#10;jYGMaoh/l2+DfaRyf3yzdH18yHV8fehzfHzqcXx77G99eu1tfXnua3158Gl9efBpfXnwaX158Gl9&#10;efBpfXnwaf9fGAH/axMB/3sRAf+JEwD/lRUA9aAaAeipIAHdsCQB0LAyCsasQRi8pkwns6FWNaqc&#10;X0Gil2dMmpJvVZOOd12Mi4BkhoiKaYGFlW58g6Fyd4KwdHWCxXV0g+dzdYHqcXZ/6293fu1teH3u&#10;a3h88Gl4fPBpeHzwaXh88Gl4fPBpeHzwaf9gFwH/bhIB/34QAP+MEQD/mREA8aQTAOOuFgDWthwB&#10;y7QwCMGwPxe3q0slraZUM6ShXUCcnWVKlJhsU4yVdFuGkX1if46HaHmMkm10ip5xcIitdG2IwXRt&#10;ieRzb4fqcXCE7G9yg+1tc4Hua3SA8Gl0gPBpdIDwaXSA8Gl0gPBpdIDwaf9hFwH/cRAB/4IOAP+Q&#10;DgD1nQ0A46kMANm1DADPuRoAxbguB7u0PRWxsEkjp6tSMZ6nWz6Wo2NIjp9qUYabcll/mHpgeJWE&#10;ZnKTj2xtkZxvaZCqcmaQvnNlkeFyaI7rcGqK7G5siO1sbYbva26E8GluhPBpboTwaW6E8GluhPBp&#10;boTwaf9jFQH/dQ4B/4YNAPiUCwDcoggA1K0JAM+4CgDJvRcAv7wrBrW5OxOrtkchobFQL5itWTuP&#10;qmFGh6ZoT3+jcFd4oHhecp6BZGubjGlmmpltYpmob1+ZvHBemd9vYJbsbmOR7W1mju5rZ4vvammJ&#10;8GhpifBoaYnwaGmJ8GhpifBoaYnwaP9nEgH/eQwA/4oKAN+aBADTpgcAzLEIAMe7CADBwhMAuMIo&#10;BK6/OBClvEQem7hOLJG1VziIsV5CgK5mS3irbVNxqXZaa6d/YGWlimRgo5doW6Oma1mjumxYo9xr&#10;WaDua1ya72pflvBpYZLxaGOP8WZjj/FmY4/xZmOP8WZjj/FmY4/xZv9rEAH/fgkA8ZAEANaeAwDM&#10;qgYAxLQGAL6+BQC4yBAAsMgkA6fGNQ2dw0Ibk8BMKIq9VDOBulw+ebdkRnG1a05rs3RUZLF+Wl+w&#10;iV9ar5ZiVq6lZVOuuWZSr9tlUqvyZlWk8mZYn/JmWpvzZVyX82Rcl/NkXJfzZFyX82Rcl/NkXJfz&#10;ZP9wDQD/hAQA3ZYAAM6jAwDErgQAu7cEALTCBQCuzQwAp84gAp7NMQqVyz4Wi8hJI4LGUi56w1o4&#10;csFiQGvAakdkvnNNXr18U1m8iFdUu5VbULulXU67uV5NvNtdS7n3X06x9mBRqvZgU6X2YFWh9mBV&#10;ofZgVaH2YFWh9mBVofZgVaH2YP93CADrjAAA05sAAMaoAgC7sQIAsrsCAKrHBgCi0woAndYaAZXW&#10;LAaM1DoRg9JGHXrQTydyzlgxas1gOGTLaD9eynJFWMp8SVTJiE1PyZVRTMmlU0rJuVRJytxTR8j3&#10;VUjA/FhKuPtZTLL7Wk6t+lpOrfpaTq36Wk6t+lpOrfpaTq36Wv9/AADckwAAyqIAALysAQCxtQAA&#10;qMADAJ/LBgCW2QsAkeAbAYrfLAaC3zkOed5DF3HdTSBq3FYoY9tfL13aZzVY2XE6U9l7Pk/ZiEJL&#10;2ZZFSNmmR0baukhF29tHRNj0SULT/01Eyf9PRcL/UEe7/1JHu/9SR7v/Uke7/1JHu/9SR7v/UuaK&#10;AADPmwAAv6cAALKwAACnuwAAnMYDAJPRBgCL6g4AhegfAn7oLQZ26DgObuhBFmbnSh1f51IjWedb&#10;KVXnZC1Q520xTOd4NUnnhDhG6JE6Q+igPEDpsj4/6ss+PujvPj3m/z894P9CP9f/REDO/0ZAzv9G&#10;QM7/RkDO/0ZAzv9GQM7/RtaTAADEowAAtKwAAKe2AACbwQAAkMwCAIbZBgCA8hIAefIfAnHyKwZq&#10;8jYMY/M/El3zRxhX808dUvNXIU30YCRJ9GkoRvRzKkL1fi0/9YsvPPaZMTr2qTM49740NvjhNTb1&#10;+TU18/80N+z/Njnl/zg55f84OeX/ODnl/zg55f84OeX/OMieAAC2qQAAqLIAAJu9AACPyAAAg9QA&#10;AHnoBwBz/BIBa/0dAmT9JwRe/jEIWP47DVP/QxFN/0sVSf9TGEX/WhpB/2MdPv9sHzv/diE3/4Ij&#10;NP+QJTL/nycw/7AoLv/IKS3/6ios//8qLP//Ki/5/yov+f8qL/n/Ki/5/yov+f8qL/n/KrmmAACq&#10;rgAAnLkAAI7FAACB0QAAdd4AAG36CQBl/xEBXv8aAlf/IwNS/ywFTP80B0j/PApD/0QMP/9MDjz/&#10;UxA4/1sSNf9jFDL/bBYv/3cXLP+EGSn/kxon/6IcJf+0HST/zB4j/+0eIv/9HyL//x8i//8fIv//&#10;HyL//x8i//8fIv//H6yrAACdtgAAj8IAAIDOAABz3AAAZ+kAAF//BgBY/w4AUf8VAUv/HQJG/yYD&#10;Qf8tBDz/NQU4/zwGNP9CBzH/SQgu/1AJK/9XCij/Xwol/2kMI/90DSD/gg4d/5IPG/+iEBr/shEZ&#10;/8gSGP/lExf/+hQX//oUF//6FBf/+hQX//oUF//6FJ+zAACQvwAAgMwAAHLaAABk5AAAWPUAAFH/&#10;AQBK/wsARP8QAT7/FwE5/x4CNP8lAjD/LAMs/zIEKP84BCX/PgUi/0QFH/9KBRz/UQYa/1kGF/9j&#10;BxT/bgcS/3wIEP+MCA//nAgO/6wJDv+7CQ3/0wkN/9MJDf/TCQ3/0wkN/9MJDf/TCZG8AACByQAA&#10;ctcAAGTkAABU6wAAS/8AAET/AAA9/wQAN/8MADH/EAEs/xYBKP8cAST/IgIg/ycCHP8sAhn/MQMW&#10;/zYDE/88AxH/QgMP/0kEDf9RBAv/WgQJ/2YEBv9zBQP/gQUC/5AFAf+cBQH/qwUB/6sFAf+rBQH/&#10;qwUB/6sFAf+rBf9EJAL/Py4D/zw2BP9AOAT/QT0G/0FFCP9BUQ3/QF0T/z9qGP88dxz/OoQg/zeR&#10;I/82myX/NaQn/zSsKP80tSr/M74r/zLIK/8y1Sz/MeUt/zHxLf8x+y3/MP8t/zD/Lf8z/y3/Nv8s&#10;/jj/Lfk6/y72O/8u9jv/LvY7/y72O/8u9jv/Lv9FIwL/Py4D/z40A/9CNgT/RDsG/0RDCP9FTw3/&#10;RFsT/0FoGf8/dR3/PIIh/zqPJP84mif/N6Mp/zasKv82tCz/Nb0t/zTILv801i7/M+Yv/zPyL/8y&#10;/DD/Mv8w/zP/L/82/y//Of8v+Tv/MPQ9/zHxPf8x8T3/MfE9/zHxPf8x8T3/Mf9GIwL/QC0D/0Ey&#10;A/9GMwT/SDgG/0hACP9JTA7/SFgU/0VlGv9Cch//QH8j/z2MJv87mCn/OqEr/zmqLf84sy7/N70v&#10;/zbHMP821TH/NuYy/zXxMv81+zL/Nf8y/zb/Mv86/zH6Pf8z8z7/NO1A/zTqQf806kH/NOpB/zTq&#10;Qf806kH/NP9HIgL/QSwD/0UvA/9JMAT/TDUG/009CP9OSA7/TVQV/0thG/9IbiD/RXsl/0KIKP8/&#10;lCv/Pp4u/z2nL/88rzH/PLgy/zvDM/86zzT/OuE1/zruNf86+DX/Ov81/zr/Nfs+/zXyQf8360L/&#10;OOVE/zjhRf844UX/OOFF/zjhRf844UX/OP9IIgL/QywD/0gsA/9OLQT/UTEF/1M5CP9VRQ7/U1EV&#10;/1FdHP9OaiH/S3cm/0iDK/9Fjy7/RJkw/0KiM/9BqzT/QbQ2/0C9N/8/yTj/P9s4/z/qOf8/9Tn/&#10;P/85+0D/OPFD/zroRf884Uf/PNpI/z3VSf891Un/PdVJ/z3VSf891Un/Pf9JIQL/RCoD/00oA/9T&#10;KQT/Vy0F/1k2CP9cQg7/W04V/1hZHP9VZSL/UnIo/09+Lf9MijD/SpQz/0ieNv9Hpjj/Rq85/0W4&#10;O/9FxDz/RNI8/ETlPfhE8j31Rf488UX/PuZI/0DcSv9B0kv/QcxN/0HJTf9ByU3/QclN/0HJTf9B&#10;yU3/Qf9KIAL/SCcC/1ElA/9YJQP/XSoE/2AzB/9jPw7/YkoV/2BVHP9cYSP/WW0p/1V5Lv9ShDP/&#10;UI82/U6ZOftMojv6S6o9+Eq0P/dKvkD1ScxA8UnhQe1K8EHqSvxC5Er/RNhM/0XMT/9GxlD/RsBR&#10;/0a+Uf9GvlH/Rr5R/0a+Uf9GvlH/Rv9MIAL/TCQC/1UhAv9dIQP/YycE/2cxBv9qPAz/akcU/2dS&#10;G/9jXCP/X2gq+1x0MPdZfzX1Voo58lSUPPBSnT/uUaZB7FCvQ+pPukToTsdE5k/dReFP7kXdTvtI&#10;1E//SchR/0rAU/9KulT/SrZV/0q0Vv9KtFb/SrRW/0q0Vv9KtFb/Sv9NHwL/UCEC/1oeAv9iHgL/&#10;aSUD/20tBf9xOQv/cUQS/29OGvtrWCL1ZmMp8WNvMO1gejbpXIU75lqPP+RYmELhVqJE31WrRtxT&#10;tkjaUsNK1lLYStFT7EvMU/pNxVT/TrxW/0+1V/9PsFj/TqxZ/02qWv9Nqlr/Tapa/02qWv9Nqlr/&#10;Tf9OHgL/Ux4C/14bAv9nGwL/biID/3MqBP93NQn/eEAQ+XdKGPJzVCDsb14o52tqMOJndTbeY4A8&#10;2V+KQdRdk0bRW51JzlmmTMtYsE7IV7xQxlbNUcNX5lG+V/dSuFj/U7Ba/1OrXP9Sp13/UqNd/1Gi&#10;Xf9Qol3/UKJd/1CiXf9Qol3/UP9PHgL/VxsC/2IXAf9sGQL/dCAC/3knA/9+Mgf5gDwN8X9GFep7&#10;UB3kd1sm3XNmLtVtcDfQaXo+y2WERMdijknEYJdNwF6gUL1dqlO7W7ZVuFvFVrVb31ayXPNXrF39&#10;V6Ze/VahYP5VnmD/VJxh/1OaYf9TmmH/U5ph/1OaYf9TmmH/U/9QHQL/WhkB/2UVAf9wFwH/eB0B&#10;/38kAv2ELgXzhjgK6oZCEeOESxnbf1cj0XliL8t0bDjFb3ZAwGx/RrxoiEu4ZpFQtWObU7FhpVau&#10;YLBZq1+/Wqlf1FumYO9bomH6Wp1j+1mZZPxYlmT9V5Vl/lWUZf5VlGX+VZRl/lWUZf5VlGX+Vf9Q&#10;HQL/XRcB/2kSAf90FQH/fRoB/4QhAfeJKgPtjTQH5I09DdyLSBbRhVQjyX9eLsJ6aDi8dXFAt3F6&#10;R7JuhE2ua41SqmiWVqdmoFmjZatcoGS5Xp5kzV6bZOpemGb4XZRn+VySaPtakGj8WY5o/VeOaP1W&#10;jmj9Vo5o/VaOaP1Wjmj9Vv9SHAH/XxQB/2wRAf94EwH/gRcB/4gdAfKPJQLnky8E3pU4CdOQRRXK&#10;i1EiwoVbLruAZTi0e25Br3d3SKp0f06lcIhToW6SV51rnFuZaqdelmm1YJRoyGGSaeZgj2r3X41r&#10;+F2La/lciWz7Wohs/FiIa/xYiGv8WIhr/FiIa/xYiGv8WP9UGgH/YhMB/28QAf97EgD/hRQA+o0Z&#10;AO2THwHimSgC2JkzCMyVQhTEkE4hvItZLbSFYjeugWtAqHxzSKJ5fE6ddoVUmXOOWJVxmFyRb6Rg&#10;jW6xYottw2OJbuJih2/2YYZv91+Fb/ldhG/6W4Nv+1mDb/xYg2/8WINv/FiDb/xYg2/8WP9WGAH/&#10;ZBEB/3IOAP9+EAD/iBEA9ZEUAOiYGQDdniAB0Z4xB8eaQBO+lUwgtpBWLK6LYDenhmhAoYJwSJx+&#10;eU6We4JUkniLWY12lV2JdKBhhXOuY4Jyv2SAc95kgHT1Yn909mB/c/hefnP5XH5y+lp+cvtZfnL7&#10;WX5y+1l+cvtZfnL7Wf9YFwH/ZxAB/3UOAP+BDgD/jA4A8ZUQAOOdEQDWoxsAy6EvBsKePhK5mUoe&#10;sJRUK6mQXTaii2Y/m4duR5WEdk6QgH9Ui36IWYZ7kl2BeZ5hfXirZHp4vGV5eNlleHn0Ynl49mB5&#10;d/heeXb5XHl1+lp5dftaeXX7Wnl1+1p5dftaeXX7Wv9aFQH/aQ4A/3gMAP+EDADvkAsA3ZoKANmi&#10;CwDQphgAxqUsBb2iPBC0nkgdq5lSKaOVWzSckWM+lY1rRo+Jc02JhnxThISFWH+BkF16f5thdn6o&#10;ZHN9uWVxftNlcX7yY3J99mBze/dedHr5XHR5+lt1eftadXn7WnV5+1p1eftadXn7Wv9dEwH/bA0A&#10;/3sLAPaICQDckwYA1Z0JANGlCgDKqhUAwakqBLemOg+uokYbpp5QKJ6aWTOWlmE8j5NpRImPcUyD&#10;jXlSfYqDV3iIjVxzhplgb4SmY2yEt2RqhM9kaoTwYmyC9mBtgPdeb3/5XG99+ltwfPtacHz7WnB8&#10;+1pwfPtacHz7Wv9fEQH/bwoA/34IAOOMAwDWlwUAz6AHAMqoCADErhMAu60nA7KrNw2pp0QZoKRO&#10;JpigVzGRnF86iplnQ4OWb0p9k3dQd5GAVnKPilptjZZeaIujYWWLtGNji8xjY4vuYWWJ919nhvhe&#10;aYT5XGqC+lprgftaa4H7WmuB+1prgftaa4H7Wv9iEAD/cgcA+IIDANuPAgDPmgUAyaMGAMOsBgC9&#10;shAAtbIkAqywNQujrUIXm6pMI5KmVS6Ko104g6BlQH2dbEd2m3RNcJl9U2uWiFhmlZRcYpShX1+T&#10;smBdk8lgXZPtX16Q+F5hjPlcY4r6W2SH+1plhvtZZYb7WWWG+1llhvtZZYb7Wf9mDQD/dwMA44cA&#10;ANOTAQDKngQAwqcEALuvBAC1tg0ArrchAqW2Mgmdsz8VlLBKIIytUyuEqls0fahjPHalakNwo3JK&#10;aqF7T2WghlRgnpFYW52fW1idsF1WncddVp3rXFea+ltalfpaXJH7WV6O/FhfjfxXX438V1+N/Fdf&#10;jfxXX438V/9qCgD/fAAA3IwAAM2YAADDowMAuqoCALOzAQCsvAoApr0dAZ68LwaWujwRjbhHHIW1&#10;UCd9s1kwdrFgOG+vaD9prXBFY6t5Sl6qhE9aqZBSVaieVVKnr1dRqMZXUKfqV1Cl/FdTn/1XVZr9&#10;VleW/lZYlf5VWJX+VViV/lVYlf5VWJX+Vf9vBADmggAA0pEAAMadAAC7pgEAsq4AAKq3AQCiwgUA&#10;nMQYAJXDKgSNwjkNhcBEGH2+TiF1vFYqbrpeMmi5Zjhit24+XbZ4Q1i1gkdUtI9LULSdTk2zrlBL&#10;tMVQS7PqUEqx/1FMq/9STqX/UlCh/1JRnv9RUZ7/UVGe/1FRnv9RUZ7/Uf92AADdiQAAypcAAL6i&#10;AACzqgAAqbMAAKC8AgCYxgYAkcwSAIvMJQKEyzQJfMlAEnXIShttx1MjZ8VcKmHEZDBcw202V8J2&#10;OlPCgT9PwY5CS8GdRUjBrkZHwcVGR8HqRkS+/0lFuf9KR7P/S0mt/0xKq/9MSqv/TEqr/0xKq/9M&#10;Sqv/TOl/AADRkAAAwp4AALWnAACqrwAAoLgAAJbBAgCMywcAhNUNAIDVHgF51S4FctQ8DGzTRxRl&#10;0lAbX9FZIVrRYidV0GssUdB1ME3PgTRJz443Rs+dOUTQrjtC0MY7Q9DqOkDN/T4+y/9AQMP/QkG9&#10;/0NCuf9EQrn/REK5/0RCuf9EQrn/RN2IAADHmAAAuKMAAKurAACgtAAAlb4AAIvIAwCA0QcAeOEN&#10;AHThHQFu4SsDaOA3CGHgQg5c4E0UV+BWGVPgXx1P4GkiS+BzJUfgfihE4IsrQuCaLT/hqy8+4sEv&#10;PuLlLzzf+jE53v80Odn/NjrQ/zg7zP85O8z/OTvM/zk7zP85O8z/Oc2SAAC8oAAAragAAKGxAACV&#10;uwAAicUAAH7PAgB02gYAbusRAGjrHgFi6yoDXew1BlfsPwtS7EgPTexRE0rtWhZG7WMZQ+1tHEDt&#10;eB497oUhOu6TIzjvoyQ28LYmNfHSJjTv8yY07P8mMuv/KDLn/ysz5P8sM+T/LDPk/ywz5P8sM+T/&#10;LMGcAACwpgAAo64AAJa4AACJwwAAfc0AAHHYAABn5gYAYvYRAFz3HQFX9ycCUvcxBE34OgZI+UIJ&#10;RPlLC0H6VA4++lwQO/tlEjj7bxQ1+3sWMvyJGDD9mBku/aobLP6/HCv/4x0q/PodKvr/HSr3/xwq&#10;9/8dKvf/HSr3/x0q9/8dKvf/HbOjAACkqwAAl7YAAInBAAB7ywAAb9YAAGPfAABb9QYAVf8QAFD/&#10;GQFL/yMCRv8sA0L/NAQ+/zwFOv9DBjf/Swc0/1MIMf9bCS7/ZAor/28MKP98DSb/iw4k/5wQIv+u&#10;ESH/xRIg/+kTH//8Ex7//xMe//8THv//Ex7//xMe//8THv//E6apAACYswAAir8AAHvKAABu1QAA&#10;YN8AAFTnAABO/wQASf8OAEP/FAA//x0BOv8lAjb/LAIy/zMDL/86Ayv/QQQo/0gEJf9PBSL/VwUg&#10;/2AGHf9sBxr/eQcY/4oIFv+bCBX/rQkU/8MJE//jCRP/+AkT//8KE///ChP//woT//8KE///Cpqx&#10;AACLvQAAfMgAAG3UAABf4AAAUeYAAEf1AABB/wAAPP8JADf/EAAy/xUBLv8dASr/IwEm/ykBIv8v&#10;Ah//NQIc/zsCGf9CAxb/SQMT/1EDEf9aAw//ZgQN/3QEC/+FBAr/lgUJ/6gFCP+5BQf/0AUH/+MF&#10;B//jBQf/4wUH/+MFB//jBY26AAB9xwAAbdMAAF/gAABQ5wAAQu0AADr/AAA1/wAAL/8CACr/CgAm&#10;/w8AIv8UAB7/GgEa/x8BFv8jARP/KAEQ/y0BDv8zAQz/OQIK/0ECB/9JAgP/UwIA/14CAP9sAgD/&#10;fAMA/40DAP+dAwD/rAMA/7UDAP+1AwD/tQMA/7UDAP+1A/85JwL/MzIC/zU0A/84NgP/ODsE/zZD&#10;Bf8zTgf/MVsJ/y9oDf8tdhH/K4QU/ymRFv8pmxj/KKQZ/yitGv8otRv/J74c/yfIHP8n1B3/J+Qd&#10;/yfvHv8n+R7/J/8e/yf/Hv8n/x3/KP8d/yv/Hv8t/x/8L/8f/C//H/wv/x/8L/8f/C//H/86JwL/&#10;NDEC/zgxA/87NAP/OzkE/zpBBf83Swf/NVgK/zNlDv8xcxL/L4EV/y2OF/8tmBn/LKEb/yyqHP8r&#10;sh3/K7se/yvEH/8r0B//KuEg/yrtIP8q9yD/Kv8g/yv/IP8r/x//LP8f/y//Ifwx/yL3M/8i9zP/&#10;Ivcz/yL3M/8i9zP/Iv87JgL/NTAC/zsvAv8+MQP/PzYE/z49Bf88SAf/O1UL/zliD/83bxP/NX0X&#10;/zOKGf8ylRv/MZ4d/zCnHv8wrx//MLcg/y/AIf8vyyL/L9wi/y/qI/8v9SP/L/4j/y//Iv8w/yL/&#10;MP8j+zP/JfU1/yXwN/8m8Df/JvA3/ybwN/8m8Df/Jv88JgL/OS0C/z8sAv9DLQP/RDIE/0M5Bf9D&#10;RQf/QlIL/0BfEP8+axX/O3gY/zmFG/83kB7/N5og/zajIf81qyL/NbMj/zS8JP80xiX/NNQl/zTm&#10;Jv808Sb/NPsm/zX/Jf41/yb6Nv8o8zj/Kew6/ynmPP8q5jz/KuY8/yrmPP8q5jz/Kv89JQL/PSoC&#10;/0MoAv9HKQP/SS0E/0o2Bf9KQQf/SU0M/0daEf9FZxb/QnQa/0CAHf8+jCD/PZUi/zyeJP87pib/&#10;O64n/zq3KP86wSj/Os0p/zrhKf467in7Ovkp9zv/KfY6/yvwO/8t6D3/LuE//y7bQf8u20H/LttB&#10;/y7bQf8u20H/Lv8+JQL/QSYC/0gkAv9MJQL/TykD/1IzBf9RPgf/UUkM/09WEv9MYhf/Sm8c/0d7&#10;IP9FhiP/Q5El/0KaJ/9Boin/Qaoq/UCyK/xAvCz7P8gt+D/bLfRA6y3wQPct7UD/L+s//zHkQf8y&#10;20P/M9FE/zPLRv8zy0b/M8tG/zPLRv8zy0b/M/9AJAL/RSMC/0wgAv9SIQL/ViYD/1kvBP9ZOgf/&#10;WUYM/1ZREv9UXRj/UWod/k51IfxMgSX5Soso90mVK/VHnSzzR6Yu8kauL/BFuDDvRcQx7UXTMehG&#10;6DHlRvYy4kX/Nd9E/zbTR/83ykj/OMRK/zi/S/83v0v/N79L/ze/S/83v0v/N/9BIwH/SR8B/1Ec&#10;Af9XHAL/XCMC/2AsA/9gNgb/YEEL/15NEf1bWBj4WGQd9FVwI/FTfCfuUIYr60+QLulNmTDnTKEy&#10;5UyqM+NLtDTiS8A14EvPNdtL5jbVSvQ40Ur/Os5K/zzETP88vU3/PLhP/zy0T/87tE//O7RP/zu0&#10;T/87tE//O/9CIgH/TBwB/1UYAf9cGQH/YyAC/2YoA/9oMgX/aD0J+mZIEPRjUxfuYF8d6l1rI+Za&#10;dijiV4Et31WLMNxTlDPZUZ021VCmONNPrzrQT7s7zk7JPMtP4T3HT/I+w0//QMBP/0G3Uf9BsVL/&#10;QK1T/0CqVP8/qlT/P6pU/z+qVP8/qlT/P/9GHwH/UBkB/1kVAf9iFwH/aB0B/2wkAv9vLgP5bzgH&#10;8W5EDutrThXlaFsc32RnI9pgcSrUXXsv0FuFNMxYjjjJV5c7x1WgPcRUqT/CU7RBv1PCQr1T1kO5&#10;U+1EtlP9RbNU/0WsVv9Ep1f/RKRY/0OhWP9CoVj/QqFY/0KhWP9CoVj/Qv9IHQH/UxYB/10SAf9m&#10;FAH/bRkB/3IhAft1KQLydjMF6XY+C+JzShLbb1ca0mtiI81nbCvIZHYxxGF/N8BeiTu9XJI+ulua&#10;QbdZpES1WK5Gsle7R7BXzUitWOhIqlj6SadZ/0ihWv9InVv/R5tc/0aZXP9FmVz/RZlc/0WZXP9F&#10;mVz/Rf9LGgH/VxMB/2EQAP9rEgD/chYA/3gcAfV7JAHrfS0D4n45B9l7RhDQdlMayXFeJMNtaCy+&#10;anEzumd7OLZkgz2yYoxBr2CVRaxen0epXalKply2S6Rcx0yiXOJNn133TJxe/0yYX/9KlWD/SZNg&#10;/0iRYP9HkWD/R5Fg/0eRYP9HkWD/R/9OGAH/WhEB/2QOAP9vEAD/dhMA/H0XAO+BHgHkhCcC24Q0&#10;BdCBQw/IfE8ZwXhaI7tzZCy1cG0zsWx2Oq1qfz+pZ4hDpWWRR6Jjm0qfYqVNnGGxT5lgwVCXYNxQ&#10;lWHzT5Ni/06QY/9MjmT/S4xk/0qLZP9Ii2T/SItk/0iLZP9Ii2T/SP9QFgH/XBAA/2gNAP9yDgD/&#10;ehAA9oESAOmGFwDeiiAB0oowBMmGQA7Bgk0Zun1XI7R5YSyudWo0qXJyOqRve0CgbIREnWqNSJlo&#10;l0yVZ6FPkmatUZBlvVKOZdRTjGbwUYtn/1CIZ/9Oh2j/TIZo/0uFZ/9JhWf/SYVn/0mFZ/9JhWf/&#10;Sf9SFAH/Xw4A/2sLAP91DAD5fg0A8IUOAOOLEADWjxoAzI4uBMOLPQ27h0oYtINVIq1+Xiune2cz&#10;ondvOp10eECZcoBFlW+JSZFtk02NbJ5QimqqU4dquVSFas9UhGvuU4Ns/1GCbP9PgWv/TYBr/0yA&#10;a/9KgGv/SoBr/0qAa/9KgGv/Sv9UEgH/YQwA/24KAP14CQDogggA3IkJANiPCwDQkxcAxpMrA76Q&#10;Owy2jEgXrohSIaeEXCuhgGQznHxtOpd5dUCSd31FjnWGSopykE6GcZtRgm+nVH9vtlV9b8tWfG/r&#10;VHxw/1J7cP9Qe2//Tntv/017bv9Le27/S3tu/0t7bv9Le27/S/9XEQD/YwoA/3AHAPB8BQDchQUA&#10;1IwIANCTCQDKlhQAwZcpA7mUOQuxkEYWqY1QIKKJWiqchWIyloJqOZF/cj+MfHpFh3qDSoN4jU5/&#10;dphRe3WkVHh0s1Z2dMhWdXToVXV1/VN1dP9RdXP/T3Zy/012cf9MdnH/THZx/0x2cf9MdnH/TP9Z&#10;EAD/ZgcA/3MEAOF/AQDWiAQAz5AGAMqWCADEmhIAvJsmArSYNwmslUQUpJFOH52OVyiWimAxkIdo&#10;OIuEcD+GgnhEgX+BSX19i014e5ZRdHqiVHF5sVZvecVWbnrmVW56/FNvef9RcHf/T3F2/01xdf9M&#10;cXX/THF1/0xxdf9McXX/TP9bDgD/aQQA9ncAAN2CAADQiwMAyZMFAMSZBgC+nhAAtp8kAq6dNAim&#10;mkETn5ZMHZiTVSeRkF4vi41lN4WKbT2AiHVDe4V+SHaDiExygpNQboCgU2t/rlVof8JWZ3/jVWiA&#10;+lNpfv9Ranz/T2t7/01sef9MbHn/TGx5/0xsef9MbHn/TP9eDAD/bAEA5noAANaGAADLjwIAxJcE&#10;AL6dBAC4og4AsaMhAamiMgehnz8RmZxKG5KZUyWLllwthZNjNX+Razt6jnNBdYx8RnCKhUtriJFP&#10;Z4edUmSGrFRihr9VYYbhVGGG+VJjhP9QZYH/T2Z//01nfv9MZ37/TGd+/0xnfv9MZ37/TP9hCgD/&#10;bwAA4H4AANCJAADGkwEAv5sDALihAgCxpgsAqqgeAaOnLwWbpT0PlKJIGYyfUSKFnFkrf5phMnmY&#10;aTl0lXE/b5N5RGqSg0hlkI5MYY+bT16OqlJbjr1SWo7eUluN+FBci/9PXoj/TmCF/0xhg/9LYYP/&#10;S2GD/0thg/9LYYP/S/9kBQD1dAAA2oIAAMuOAADBlwAAuJ4BALGlAACpqwcAo60aAJysLASVqzoM&#10;jahFFoamTx9/pFcoeaJfL3OgZjVtnm47aJx3QGOagUVfmYxJW5iZTFeXqE5Vl7tPVJfcTlSW9k5V&#10;lP9NWJD/TFmN/0tbiv9KW4r/SluK/0pbiv9KW4r/Sv9oAADleQAA0YcAAMWSAAC7nAAAsaIAAKmp&#10;AAChsQIAm7MVAJWzKAKOsjYJhrBCEn+uTBt4rFQjcqpcKmyoZDFnp2w2YqV1O12kf0BZo4pDVaKX&#10;R1Ghp0lPobpKTqLZSU6g9UlOn/9JUJn/SVKW/0hUkv9HVJL/R1SS/0dUkv9HVJL/R/9uAADefwAA&#10;yo0AAL6YAACzoAAAqqcAAKGuAACXtgAAkboQAIy6IwGFuTIGfrg+Dne2SRdxtVIea7NaJWWyYitg&#10;sWowW7BzNVevfTlTrok9T62WQEytpUJKrblDSa7YQkir9UNHqv9ESaX/REug/0RNnP9ETZz/RE2c&#10;/0RNnP9ETZz/ROp1AADShgAAw5MAALedAACspAAAoqsAAJizAACOuwEAhcEMAIHCHQB7wi0DdcE6&#10;CW/ARRFpv08YY75XHl69XyNZvGgoVbtxLVG7ezBNuoc0SrqVN0e6pTlFurg6RLrXOUO49TtCtv89&#10;QrP/PkSu/z5Fqf8+Ran/PkWp/z5Fqf8+Ran/PuB9AADJjQAAu5oAAK6iAACjqQAAmLEAAI65AACE&#10;wQIAeckHAHTLFABwzCYBa8s1BWXLQApgyksQW8pUFlfJXRpSyWUfTshvI0vIeiZHyIYpRMiULELI&#10;pC5AyLgvP8nXLz/H9TA9xP8zO8P/NTy+/zY9uP83Pbj/Nz24/zc9uP83Pbj/N9GGAADAlQAAsp8A&#10;AKWnAACarwAAjrcAAIO/AAB4xwMAbs8HAGXXDQBj2B0AYNgtAlvYOgRX2EYJU9hQDU/YWRFL12IV&#10;R9dsGETXdxtB14QePtiTIDzYoyE72bciOtrVIjrW8iM31P8nNtL/KTTR/ys2yv8tNsr/LTbK/y02&#10;yv8tNsr/LcWQAAC2nQAAqKUAAJytAACPtgAAg74AAHfHAABszwIAYtYHAFrkDgBY5BwAVOQpAVDk&#10;NQNM5T8FSOVJB0XlUwpC5lwNP+ZmDzzmcRI6534UN+eMFjXnnBcz6K4ZMunGGTLo6hkx5f4ZL+T/&#10;HC7k/x4t4v8gLeL/IC3i/yAt4v8gLeL/ILqaAACqowAAnasAAJC0AACDvQAAd8YAAGvPAABf1gAA&#10;VN4EAFHwEABN8BsASvAmAUbxMAJC8joDPvJDBDvzSwU481QHNvRdCDP0aAkw9XQLLvWBDCz2kQ4q&#10;9qIPKPe3ECf41hEn9vQRJvP/ESbx/xEl8f8TJfH/EyXx/xMl8f8TJfH/E62hAACgqQAAkrMAAIS8&#10;AAB2xgAAac8AAF3YAABR3wAASe4EAEb8DgBC/RcAPv4hADv+KgE3/zMCNP86AjD/QgMt/0oDK/9T&#10;BCj/XAUl/2YFIv9zBiD/gwcf/5QIHf+mCBz/vAgb/+IJGv/5CRr//wkZ//8JGf//CRn//wkZ//8J&#10;Gf//CaKnAACTsQAAhbsAAHbGAABp0AAAW9oAAE7gAABD5QAAPvsBADr/DAA2/xMAMv8bAC//IwAr&#10;/yoBKP8xAST/NwEh/z8CH/9GAhz/TgIZ/1gDFv9jAxP/cAMS/4EEEf+TBBD/pwQP/70FDv/gBQ7/&#10;9gUO//8FDv//BQ7//wUO//8FDv//BZWvAACGugAAd8UAAGjQAABa2wAATOEAAEDnAAA38wAAMv8A&#10;AC7/BwAq/w4AJv8TACP/GgAf/yAAG/8mABj/KwEV/zIBEv84ARD/QAEO/0gBDP9SAQn/XQIG/2sC&#10;BP99AgL/kAIB/6MCAP+2AgD/zQMA/+wDAP/sAwD/7AMA/+wDAP/sA4i5AAB4xAAAadAAAFvdAABL&#10;4wAAPukAADLuAAAr/wAAJv8AACH/AAAd/wgAGv8NABb/EQAT/xYAEP8aAA7/HwAL/yQACf8qAAb/&#10;MAAC/zcBAP9AAQD/SgEA/1YBAP9kAQD/dQEA/4gBAP+aAQD/qgEA/7sBAP+7AQD/uwEA/7sBAP+7&#10;Af8vKwH/KzIC/y8xAv8wNAL/LzkD/ytBA/8nTAT/I1gF/yFmBv8gdAf/HoIJ/x6OC/8emAz/HqEN&#10;/x6pDv8esA//HbgP/x3BEP8dyxD/HdsR/x3oEf8d8hH/HfwR/x7/Ef8e/xD/Hv8Q/x//Ef8f/xL/&#10;If8T/yL/E/8i/xP/Iv8T/yL/E/8vKwH/LjAC/zIvAv8zMQL/MjYD/y8+A/8rSQX/KVYG/ydjB/8l&#10;cQj/JH4L/yOKDP8jlQ7/Ip4P/yKmEP8irRH/IrUR/yK9Ev8ixxL/ItQT/yLlE/8i8BP/IvoT/yL/&#10;E/8j/xL/I/8S/yP/FP8k/xX+Jv8W/Cf/Fvwn/xb8J/8W/Cf/Fv8wKgH/MS0C/zUrAv83LQL/NjID&#10;/zQ6A/8yRQX/L1IG/y1gB/8sbQr/KnoM/ymGDv8okRD/KJoR/yiiEv8nqhP/J7EU/ye5FP8nwxX/&#10;J88V/yfhFf8n7RX/J/gV/yj/Ff8o/xX/KP8W/yf/F/wp/xj2K/8Z9Cz/GfQs/xn0LP8Z9Cz/Gf8x&#10;KQH/NCkB/zkoAv87KgL/PC4C/zo2A/85QgX/N08G/zVcCP8zaQv/MXYO/zCCEP8vjRL/LpYU/y6e&#10;Ff8tphb/La0W/y21F/8tvhj/LcoY/y3cGP8t6hj/LfUY/S7/GPou/xj5Lf8a+S3/HPMv/xztMf8d&#10;6jL/Heoy/x3qMv8d6jL/Hf8zKQH/OCYB/z0kAf9AJQL/QSkC/0IzA/9BPgX/P0oG/z1XCf87ZAz/&#10;OXAP/zd9Ev82iBT/NZEW/zWaF/80ohn/NKkZ/zOxGv8zuhv/M8Ub/TPTG/oz5hv3NPMb8zX+G/E0&#10;/x3wM/8f7jP/IOc2/yHhN/8h3jj/Id44/yHeOP8h3jj/If81JwH/PSIB/0IgAf9GIAH/SCUC/0ov&#10;A/9JOgT/R0YG/0VSCf9DXw3/QWsR/z93FP89ghf+PIwZ/DyVGvs7nRz5O6Ud+DqtHvY6th71OsAf&#10;8zrOH/A64x/rO/Ef6Dr9IeY6/yPkOv8l4Tr/Jdg8/ybQPf8mzT7/Js0+/ybNPv8mzT7/Jv85JAH/&#10;QR4B/0cbAf9LGwH/TyIB/1ErAv9RNgT/T0EG/0xNCf9LWg78SWYS+EdyFvVFfRnzQ4cb8UKRHe9C&#10;mR/tQaEg7EGpIepAsiLoQLwi50DKI+RB3yPgQe8k3ED8J9hA/ynUP/8qz0D/KsdC/yrCQ/8qwEP/&#10;KsBD/yrAQ/8qwEP/Kv88IAH/RRoB/0sXAf9RFwH/Vh8B/1gnAv9YMQP/VzwF/FVICfZSVA7yUGET&#10;7k5tF+pMeBvnSoIe5UmMIOJIlSLgR50k3kelJdxGribaRbkn2EXGKNRF3CnPRu4qy0X7LchF/y7F&#10;Rf8vwEb/L7pI/y+1Sf8utEn/LrRJ/y60Sf8utEn/Lv9AHQH/SRYB/1ATAf9WFAD/XBsB/18jAf9g&#10;LAL6XzcE811CCO1aTw3nWFwT4lZoGN5TchzaUX0g1k+GJNJOjyfQTZgpzUygK8tLqS3JSrMux0q/&#10;L8VK0DDCS+gwvUv4MrpK/zO4S/8zs0z/M65N/zOqTv8yqU7/MqlO/zKpTv8yqU7/Mv9DGgH/TBMA&#10;/1QQAP9cEgD/YRcA/2UeAftmJwHyZjED6mU9BuNjSgvcYFcS1V1iGdBabR/MV3cjyFWAJ8VUiSvC&#10;UpIuwFGaML5QozK7T600uU+5NbdPyDa0T+I2sU/0N65Q/zisUP84p1H/N6NS/zagU/81n1P/NZ9T&#10;/zWfU/81n1P/Nf9GFwH/UBEA/1gNAP9gEAD/ZhMA/2oZAPRsIQHqbSsC4Ww3BNlqRQrQZ1ISymNe&#10;GsVgaCDBXnImvVx7KrpahC63WIwxtFeVNLFVnjavVKg4rVSzOqpTwjuoU9o7pVTwPKJV/zyhVf87&#10;nVb/OppX/zmXV/84l1f/N5dX/zeXV/83l1f/N/9JFAD/Uw4A/1wMAP9lDQD/aw8A+m8TAOxyGQDi&#10;dCMB2HMyA85xQgnHbU8SwWpaGrtnZCG3ZG0ns2J2LK9ffzCsXoc0qVyQN6dbmTqkWaM8oVmuPp9Y&#10;vT+dWNFAmlnsP5hZ/j+XWv8+lFv/PJFb/zuPW/86j1v/Oo9b/zqPW/86j1v/Ov9MEgD/Vg0A/2AJ&#10;AP9oCgD6bwwA83MOAOV3EQDaeRsAz3kuAsd3Pgm/dEsRuXBWGrNtYCGvamkoqmdyLadlejKjY4M2&#10;oGGMOZ1glTyaXp8/l12qQZVduEKTXctDkF3oQ49e/EGOX/9Ai1//Popf/z2IX/88iF//O4hf/zuI&#10;X/87iF//O/9OEQD/WAoA/2MHAPpsBgDncwYA3XgIANp7CwDRfhcAyH4rAsB8Owi5eUgRsnZTGaxy&#10;XSGnb2Yoo21uLp9qdzObaH83mGaIO5VlkT6RY5tBjmKnQ4xhtEWJYcdFiGLlRYZi+kOGY/9ChGP/&#10;QINj/z6CY/89gmP/PIJj/zyCY/88gmP/PP9QDwD/WwcA/2YDAOxvAgDcdgMA1HwHANGACQDKghQA&#10;woMoArqBOQezfkYQrHtRGaZ3WiGhdGMonHJrLphvczOUbXw3kWuEO41qjj+KaJhChmejRIRmsUaB&#10;ZsNHf2bhR39n+EV+aP9Dfmj/QX1n/z98Z/8+fGf/PXxn/z18Z/89fGf/Pf9SDgD/XQMA/WkAAOFy&#10;AADWegIAzn8FAMqDCADFhhIAvIcmAbWGNgaug0MPp4BOGKF8WCCbeWAnlndpLZJ0cDOOcnk3inCB&#10;PIZuiz+DbZVDf2yhRXxrrkd6a79IeGvdSHhs9kZ4bP9Ed2z/Qndr/0B3av8/d2r/Pndq/z53av8+&#10;d2r/Pv9UDAD/XwAA8mwAAN12AADQfQIAyYMEAMSHBgC/ihAAt4wjAbCKNAWpiEEOooVMF5yBVR+W&#10;f14mkXxmLYx5bjKId3Y3hHV/O4B0iD98cpJDeHGeRnVwrEhzb71JcXDZSXFw9Edxcf9EcnD/QnJv&#10;/0Fybv8/cm7/PnJu/z5ybv8+cm7/Pv9WCgD/YgAA5m8AANd5AADMgQEAxYcDAL+LBAC5jg4AspAg&#10;AauPMQWkjD8NnYpKFpaHUx6RhFwli4FkLIZ/azGCfXM2fnt8O3p5hj92d5BCcnacRW91qUhsdbpJ&#10;a3XUSWt18kdrdf9FbHX/Q21z/0Ftcv8/bXL/P21y/z9tcv8/bXL/P/9ZBwD/ZQAA4nIAANF8AADH&#10;hAAAwIoCALmPAgCzkgwArJQdAKaTLwSekTwLmI9IFJGMURyLiVokhodiKoGFaTB8gnE1eIF6OnR/&#10;gz5wfY5CbHyaRWl7p0dmerhIZHvQSGR78Edle/9EZnr/Q2d4/0Fodv8/aHb/P2h2/z9odv8/aHb/&#10;P/9bBAD3aQAA3XYAAM2AAADDiAAAu44AALSTAQCtlwkAp5gaAKCYLAOZljoKkpRFEoySTxqGj1ci&#10;gI1fKHuLZy52iW8zcod3OG2FgTxphItAZoKXQ2KBpUZggbZHXoHNR16B70Zfgf9EYH//QmF9/0Fi&#10;e/8/Y3r/P2N6/z9jev8/Y3r/P/9eAADpbQAA1nkAAMiEAAC+jAAAtpMAAK6XAACmmwQAoJ0XAJqd&#10;KQKTnDcIjJpDEIaYTRiAllUfepRdJnWSZSxwkGwxbI51NmeNfjpji4k+X4qVQVyJo0RaibRFWInL&#10;RViI7URYiP9DWYb/QVuD/0Bdgf8+XYD/Pl2A/z5dgP8+XYD/Pv9iAADkcQAAz34AAMOIAAC5kQAA&#10;sJcAAKebAACeoQAAmKMTAJOjJQGNojQGhqFADYCfShV5nVMcdJtaI2+ZYihqmGouZpZyMmGVfDdd&#10;lIY6WZKTPlaSoUBTkbJBUpLJQlKR60FSkP9AUo//P1WL/z5WiP89V4f/PVeH/z1Xh/89V4f/Pfln&#10;AADddgAAyYMAAL2NAACzlQAAqZsAAKCgAACWpwAAj6kPAIuqIQGFqTAEf6g8CninRxJzpVAYbaNY&#10;HmiiYCRkoWcpX6BwLlueeTJXnYQ2U5yROVCcnztOm7A9TJzHPUyb6jxMmf88TJj/PE2V/zxPkf87&#10;UI//O1CP/ztQj/87UI//O+ttAADTfAAAw4kAALeTAACsmgAAop8AAJmlAACOqwAAhbALAIGxGwB8&#10;sSsCd7A4B3GvQw1rrk0UZq1VGWGsXR5dq2UjWapuJ1WpdytRqIIvTaePMkqnnjVIp682R6fGNkam&#10;6TZFpP43RaP/N0ag/zdInP83SZr/N0ma/zdJmv83SZr/N+J0AADKgwAAvI8AALCYAAClngAAm6QA&#10;AJCrAACFsQAAergEAHa5FAByuSUBbbkzBGi4PwhjuEkOXrdSE1q2WhhWtmIcUrVrIE60dSRLtIAn&#10;SLOOKkWznSxCs64tQbPFLkGz6S1AsP4vP6//MT6t/zJAqP8yQab/MkGm/zJBpv8yQab/MtV8AADC&#10;igAAtZYAAKidAACdowAAkqoAAIexAAB8twAAcL4DAGjCDgBmwx0AY8MtAV7DOQRaw0QIVsJODFLC&#10;VxBPwV8US8FpF0jBcxpFwH4dQsCMID/AmyI9wK0jPMHEIzzA6SM6vv4mOLz/KDe7/yk4uP8qOLb/&#10;Kzi2/ys4tv8rOLb/K8mFAAC5kwAArJwAAKCiAACUqgAAiLEAAHy4AABxvgAAZsUDAFvLCABXzRMA&#10;Vs4jAFPOMgFQzj4DTc9IBUnPUghGz1sLQ89lDkDPbxA+z3sTO8+JFTnPmRc3z6sYNtDDGDbP6Bg0&#10;zfsbMsv/HTHK/x8wyf8hL8j/IS/I/yEvyP8hL8j/Ib6PAACvmgAAoqEAAJapAACKsAAAfbgAAHG/&#10;AABmxgAAW8wCAFDSBwBH2gwARtwYAEXcJwBE3TUBQd1AAj/eSwM93lUEOt9fBjjfaQc133YJM+CE&#10;CzHglAwv4aYNLuG8Di3i4A4t3vgPK93/Eirc/xQp2v8WKNr/Fija/xYo2v8WKNr/FrOYAACloAAA&#10;macAAIuwAAB+uAAAccAAAGXIAABZzgAATtMAAETbBAA/6Q0APekXADvqIwA56i4ANus4ATTrQgEx&#10;7EsCL+1VAy3tXwMq7msEKO54BSbviAYl75oHI/CuByLxyAci8O0HIez/ByHr/wgg6/8KH+r/Cx/q&#10;/wsf6v8LH+r/C6ifAACbpgAAja8AAH+4AABxwQAAZMoAAFjQAABM1gAAQd0AADjkAAA19gwAM/cU&#10;ADD3HgAu+CcAK/kwACj5OAEm+kABI/tJASH7UgEe/F0CHP1pAhr9eQMY/osDF/+eAxX/swQU/9ME&#10;FP70BBP8/wMT+v8DE/n/AxP5/wMT+f8DE/n/A52lAACPrgAAgLgAAHLCAABkywAAVtMAAEnaAAA+&#10;3wAANOQAAC70AAAr/woAKP8QACX/FwAi/x8AH/8mABz/LQAZ/zQAF/88ABT/RAES/04BEP9ZAQ7/&#10;ZwEM/3cBC/+KAgr/nwIJ/7UCCP/VAgf/9AIH//8CB///Agf//wIH//8CB///ApGtAACCuAAAc8IA&#10;AGTMAABW1QAASN0AADviAAAw5wAAJ+4AACP/AAAg/wQAHP8MABn/EQAW/xYAE/8bABH/IQAO/ycA&#10;Df8uAAr/NgAH/z4ABP9IAAD/VAAA/2IBAP9zAQD/hwEA/50BAP+yAQD/ygEA/+oBAP/zAQD/8wEA&#10;//MBAP/zAYS3AAB0wQAAZcwAAFbYAABH3wAAOeUAAC3qAAAj7gAAHP0AABj/AAAV/wAAEf8EAA//&#10;CwAN/w4ACf8RAAb/FQAD/xoAAP8gAAD/JgAA/y4AAP83AAD/QQAA/00AAP9cAAD/bQAA/4IAAP+W&#10;AAD/qAAA/7oAAP/DAAD/wwAA/8MAAP/DAP8kLwH/JS8B/ygvAf8nMQH/JDYC/yA+Av8aSQP/F1YD&#10;/xVkA/8TcgT/En8E/xKKBP8SlAT/Ep0F/xKkBf8SrAb/ErMG/xK6Bv8Swwb/E84H/xPfB/8T6wf/&#10;E/YH/xP/B/8T/wb/E/8G/xT/B/8U/wj/E/8I/xX/Cf8V/wn/Ff8J/xX/Cf8lLgH/KS0B/yssAf8r&#10;LgH/KTMC/yQ7Av8fRgP/HVMD/xthBP8ZbgT/F3sE/xeHBf8XkQX/F5oG/xehBv8XqQf/F7AH/xe3&#10;CP8XwAj/GMoI/xjbCP8Y6Aj/GPQI/xj9CP8Z/wj/Gf8I/xn/Cf8Z/wr/GP8L/xr/C/8a/wv/Gv8L&#10;/xr/C/8mLQH/LCkB/y4oAf8vKgH/LS8C/yk3Av8nQwP/JFAD/yJdBP8gagX/HncF/x6DBv8ejQf/&#10;HpYH/x6eCP8epQn/HqwJ/x6zCf8evAr/HsYK/x7TCv8e5Qr/HvEK/x/8Cv4f/wr9H/8L/B//DPwe&#10;/w38H/8O9yH/Dvch/w73If8O9yH/Dv8qKgH/LyYB/zIkAf8zJQH/MioB/zE0Av8vPwP/LUwD/ypZ&#10;BP8oZgX/JnIG/yV+B/8liQj/JZIJ/yWaCv8loQv/JagL/ySwDP8kuAz/JcEM/yXODf8l4Q38Je8N&#10;+Sb6DPYm/w31Jv8P9CX/EPQl/xHyJv8S7Sf/Eu0n/xLtJ/8S7Sf/Ev8uJgH/NCIB/zcgAf85IQH/&#10;OCUB/zkvAv84OwL/NUcD/zNUBf8xYQb/L20H/y55Cf8thAr/LY0M/yyWDf8snQ3/LKUO/SysD/ws&#10;tA/7LL0P+SzJEPYs3RDzLewP7y34D+0t/xLrLP8U6iz/Feks/xblLf8W4C7/FuAu/xbgLv8W4C7/&#10;Fv8yIwH/OB0B/zwbAf8+GwH/QCIB/0ErAf9ANgL/PkID/zxPBf85XAb/OGgI/TZzC/s1fgz4NYgO&#10;9zSRD/U0mRDzNKAR8jOoEvAzsBLvM7kT7jPFE+s01xPnNOoS4zT3FOE0/xfeM/8Z3DP/Gtsz/xrU&#10;NP8azjX/Gs41/xrONf8azjX/Gv82HwH/PBkB/0EWAP9EFgD/Rx4B/0knAf9IMgL/Rj0D/0RJBfpC&#10;Vgf2QGIJ8j9uDO89eQ/tPIMQ6jyMEug7lBPnO5wU5TukFeM6rRXiOrYW4DvCFt870hbaO+gX1Dr2&#10;GtA6/xzNOv8eyzr/Hso6/x/EO/8fwDz/HsA8/x7APP8ewDz/Hv85GwH/QBUA/0URAP9KEwD/ThkA&#10;/1AiAf9QLAH9TjcC9ktDBPBJUAfrSF0K50ZpDeNFdBDgRH4T3UOHFdtCkBfYQZgY1UCgGdNAqRvR&#10;QLIcz0C9Hc1AzB3KQeQexkD0IMJA/yK/QP8jvUD/I7tA/yO2Qf8js0L/IrNC/yKzQv8is0L/Iv89&#10;FwD/RBEA/0oOAP9QEAD/VBUA/1YdAP1WJgHzVTEB61M9A+VSSwbfUFgK2k5jDtRMbhPQSngWzUmB&#10;GctIihvIR5IdxkeaH8RGoyHCRqwiwEW3I75FxSS8RdwkuEbwJbVG/yeyRv8nsEb/J65G/yeqR/8m&#10;p0j/JqdI/yanSP8mp0j/Jv9AFAD/SA4A/04LAP9VDgD/WREA/1wWAPRdHwDqXCoB4ls3AtpaRgXS&#10;V1MLzFVeEMhTaBXEUXIZwVB7HL5PhB+8TYwiuU2VJLdMnSa1S6cns0uxKbFKvyqvStEqrEvrK6lL&#10;/CymS/8spUz/K6NM/yqfTf8qnU3/KZ1N/ymdTf8pnU3/Kf9DEQD/SwwA/1MIAP9aCwD/Xg0A+WAQ&#10;AOthFgDhYiEA1mIxAc5hQQXHX04LwlxZEb1aZBe5WG0btlZ2H7NVfiKwU4clrlKPKKtRmCqpUKIs&#10;p1CsLaVPuS+jT8svoFDmL55Q+TCcUP8vmlH/LphR/y2WUv8slFL/K5RS/yuUUv8rlFL/K/9GEAD/&#10;TgkA/1YFAP5eBgDvYgcA52UKAORmDgDWZxkAzWgtAcVnPQW/ZUoLuWNVErRgXxewXmkcrFxxIala&#10;eiSmWYIopFiLK6FWlC2fVZ0vnFWoMZpUtDOYVMUzllThNJNV9jOSVf8ykVb/MY9W/zCNVv8ujFf/&#10;LYxX/y2MV/8tjFf/Lf9JDgD/UQUA/1oBAO5iAADfZwMA2GoGANVrCgDNbRUAxW4pAb5tOQS3a0cL&#10;sWhSEaxmXBioZGUdpGJtIqFgdSaeXn4pm12GLZhcjy+VWpkyk1mkNJBZsDaOWcA2jFnbN4pZ8zaJ&#10;Wv80iFv/M4db/zGGW/8whVv/L4Vb/y+FW/8vhVv/L/9LDAD/VAAA+14AAOJlAADYawEAz24FAMxw&#10;CADGchIAvnMmAbdzNgSxcEQKq25PEaZrWRihaWEdnWdqIpllcieWY3oqk2KDLpBgjDGNX5U0il6g&#10;NoderTiFXbw5g13UOYJe8DiBX/82gF//NIBf/zN/X/8xfl//MH5f/zB+X/8wfl//MP9NCQD/VgAA&#10;7mEAAN1pAADRbwAAynMDAMV1BgDAdhAAuHgjALF4MwOrdkEJpXNMEJ9wVhebbl8dlmxnIpNqbyeP&#10;aHcrjGd/L4lliDKFZJI1gmOdN4Biqjl9Yrk6e2LPO3pi7jl6Y/84emP/Nnlj/zR5Y/8yeWL/MXli&#10;/zF5Yv8xeWL/Mf9PBwD/WQAA5mQAANdsAADMcwAAxHcCAL95BAC5eg4AsnwgAKx8MQOlej4Jn3hK&#10;EJp1UxeVc1wdkXFkIo1vbCeJbXQrhWx8L4JqhTJ/aY81fGibOHlnpzp2ZrY7dGbMPHNn6ztzZ/84&#10;c2j/NnNo/zVzZ/8zc2b/MnNm/zJzZv8yc2b/Mv9RBAD/XAAA4mcAANJwAADHdgAAwHoAALp9AgC0&#10;fwwArYEdAKeBLgKgfzwImn1HD5V6URaQeFoci3ZiIYd0aSaDcnErf3F6L3xvgzJ4bo01dW2YOHJs&#10;pTtwa7Q8bmvJPG1r6TttbP45bWz/N25s/zVua/80bmr/Mm5q/zJuav8ybmr/Mv9TAAD0XwAA3moA&#10;AM1zAADDegAAu34AALWBAACugwkAqIUaAKKFKwKbhDoHlYJFDpB/TxWKfVgbhntfIIF5ZyV9d28q&#10;enZ3LnZ0gDJzc4s1b3KWOGxxozppcLI8aHDGPGdw5ztncfw5aHH/N2hw/zVpb/80aW7/M2lu/zNp&#10;bv8zaW7/M/9WAADrYgAA2G4AAMl2AAC/fQAAt4IAALCFAACohwYAookXAJyKKQGWiTcGkIdDDIuF&#10;TROFglUZgIBdH3x/ZSR4fW0pdHt1LXB6fjFteYg0aXeUN2Z2oTpjdrA7YXbEPGF25Tthdvs5Ynb/&#10;N2N1/zVjc/80ZHL/M2Ry/zNkcv8zZHL/M/9YAADmZgAA0nEAAMV6AAC7gQAAsocAAKuKAACijAIA&#10;nI4UAJePJgGRjjQFi4xAC4WKShGAiFMYe4ZbHXaFYyJyg2onboJyK2qAey9nf4YzY36RNmB9njld&#10;fK46W3zBO1t84zpbfPo4XHv/N117/zVeef80X3f/M193/zNfd/8zX3f/M/5cAADhagAAzXUAAMB+&#10;AAC2hgAArosAAKWOAACbkQAAlZMRAJCUIgGLkzEDhZI9CX+RSA96j1EWdY1ZG3GMYCBsimglaIlw&#10;KWSHeS1hhoMxXYWPNFqEnDZXg6w4VYO/OVWD4ThVgvk3VoL/NVaB/zRYf/8zWX3/Mll9/zJZff8y&#10;WX3/Mu9gAADbbgAAx3oAALuDAACyiwAAqJAAAJ+TAACUlgAAjZkOAImaHgCEmi4Cfpk6B3mXRQ10&#10;lk4Tb5VWGGqTXh1mkmUhYpFtJl6PdipbjoEtV42NMFSMmjNRjKo1T4y9NU+M3jVPi/c0T4r/M1CJ&#10;/zJRhv8xUoT/MVKE/zFShP8xUoT/MeplAADScwAAwn8AALaIAACskAAAopQAAJiYAACMnAAAhJ8K&#10;AICgGQB8oSkBd6A2BXKfQQptnksPaJ1TFGScWxlgm2MdXJprIViZdCVVmH4pUZeKLE6WmC5Llqgw&#10;Spa8MUmW3DBJlPYwSZP/MEmS/zBKkP8vS43/L0uN/y9Ljf8vS43/L+JrAADKeQAAvIUAALGPAACm&#10;lAAAm5kAAJGdAACGogAAeqYDAHanEwBzqCQAbqgyA2qoPQZlp0cLYaZQD12lWBRZpGAYVaNoHFKj&#10;cR9OonwjS6GIJkihlihFoKYqRKG6K0Oh2ipDn/UrQp3/K0Kc/yxCm/8sRJf/K0SX/ytEl/8rRJf/&#10;K9dyAADDgAAAtowAAKqUAACfmQAAlJ4AAImjAAB+qAAAcK4AAGqwDgBosR0AZbEsAWGxOANdsEMG&#10;WbBMClWvVA5Sr10RTq5lFUuubxhIrXkbRa2GHkKslSA/rKUiPq25Iz2t2CI9q/UjPKn/JTun/yY7&#10;pv8mO6T/Jjuk/yY7pP8mO6T/Jsx6AAC7iAAArpIAAKKZAACXngAAjKQAAICqAAB1rwAAabQAAF65&#10;BgBbuhQAWbskAFa7MQFTuz0DULtHBU27UAdKulkKR7piDUS6bBBBuncTPrmEFTy5kxc5uaMYOLm3&#10;GTe61hk3uPQaNbb/HDS0/x4zs/8fM7L/IDOy/yAzsv8gM7L/IMGDAAC0kQAAppgAAJueAACPpQAA&#10;gqsAAHaxAABrtgAAX7wAAFTBAwBMxQ0AS8UZAEnGKABIxjUARcdAAUPHSgNAx1MEPsddBjvHZwg5&#10;x3MKN8eADDTHkA0yx6EOMci1DzDI0w8wxvQQLsT/Ey3C/xUswf8WK8D/FyvA/xcrwP8XK8D/F7iN&#10;AACqlwAAnp4AAJGlAACErAAAeLIAAGu5AABgvwAAVMMAAErIAgBAzQcAOtIOADnSGwA40ygAN9M1&#10;ADbUQAA01UsBM9VVATHWYAIv1mwDLdd6BCvYiwUq2J0FKNmxBifazQYn1+8GJtT/CSXS/wsk0f8M&#10;I9D/DSPQ/w0j0P8NI9D/Da6WAACgnQAAlKQAAIasAAB5tAAAbLsAAGDCAABUxgAASMsAAD7QAAA1&#10;1QQALd0KACzhEwAr4h8AKeMqACjkNQAn5D8AJuVKACTmVQAj5mEBIeduASDnfgIe6JACHemkAhvp&#10;vAIa6uICGub8Ahnl/wMZ5P8EGOP/BRjj/wUY4/8FGOP/BaOdAACWpAAAiKwAAHq1AABsvQAAX8QA&#10;AFPKAABHzgAAPNMAADLaAAAq3wAAJe4JACPwEQAh8RkAH/EiAB3yKwAb8zQAGfQ+ABf0SAAV9VIA&#10;E/ZfABL2bgER94ABEPiUAQ/5qgEO+cYBDvntAQ32/wEN9P8BDfP/AQ3z/wEN8/8BDfP/AZmjAACL&#10;rAAAfLUAAG2+AABfxgAAUs0AAEXSAAA52AAAL94AACbiAAAf6gAAHPsGABn/DgAX/xMAFP8aABL/&#10;IQAQ/ygADv8wAA3/OQAL/0MACf9OAAb/XAAE/2wAAv+AAAH/lgAA/60AAP/KAAD/8AAA//8AAP//&#10;AAD//wAA//8AAP//AI2rAAB9tQAAbr8AAGDIAABS0AAAQ9cAADfdAAAr4gAAIuYAABnqAAAV+QAA&#10;Ev8AABD/CAAO/w4ADP8RAAn/FgAG/xwAA/8iAAD/KgAA/zMAAP89AAD/SQAA/1cAAP9pAAD/fgAA&#10;/5UAAP+sAAD/xwAA/+gAAP/6AAD/+gAA//oAAP/6AIC1AABwvwAAYckAAFLTAABD2wAANeEAACnm&#10;AAAe6gAAFe4AABD4AAAO/wAAC/8AAAj/AAAE/wYAAP8KAAD/DgAA/xEAAP8VAAD/GwAA/yMAAP8r&#10;AAD/NgAA/0MAAP9TAAD/ZQAA/3oAAP+RAAD/pgAA/7gAAP/PAAD/zwAA/88AAP/PAP8cLwH/ICwB&#10;/yEsAf8eLgH/GjMB/xQ8Af8PRgH/DVQC/wthAv8JbwL/CXsC/wmGAv8JkAL/CZkC/wmgAv8JpwL/&#10;Ca0C/wm0Av8JvAH/CcUB/wnRAv8J4wL/Ce8C/wn5Af8K/wH/Cv8B/wr/Av8K/wL/Cv8C/wv/A/8L&#10;/wP/C/8D/wv/A/8fLQH/IykB/yQpAf8iKwH/HjAB/xg4Af8UQwH/EVAC/xBeAv8OawL/DncC/w6D&#10;Av8OjQL/DpUC/w6dAv8OpAL/DqoC/w6xAv8OuQL/DsEC/w7NAv8O3wL/DuwC/w74Av8O/wL/Dv8C&#10;/w//A/8P/wP/D/8E/xD/BP8Q/wT/EP8E/xD/BP8jKgH/JiYB/yglAf8nJwH/IysB/x4zAf8bQAH/&#10;GU0C/xZaAv8UZwL/E3MC/xN+Av8TiQP/E5ED/xOZA/8ToAL/E6cD/xOuA/8TtQP/E74D/xPJA/8T&#10;2gP/FOkD/hT2A/sU/wP5Ff8D+RX/BPgV/wX4Ff8G+BX/BvgV/wb4Ff8G+BX/Bv8mJgH/KiIB/ywg&#10;AP8rIgH/KCYB/ycwAf8kPAH/IkkC/x9VAv8dYgL/G24D/xt6A/8ahAP/Go0D/xqVA/8anAT/GqME&#10;/xuqBP8bsgT/G7oE/xvFBPwb0wT5G+cE9Rz0BPIc/wXxHP8G8Bz/B+8d/wjvHf8J7xz/Ce4c/wnu&#10;HP8J7hz/Cf8qIgH/Lh0A/zAbAP8wHAD/MCIA/zAsAf8uNwH/K0QC/yhRAv8mXQP/JGkD/yN1BP8j&#10;fwT+I4gE/SORBfsjmAX6I6AF+COnBvcjrgb1I7cG9CPBBvIkzwbuJOQG6iXyBugl/gjmJP8K5CX/&#10;C+Ml/wzjJP8M4iT/DOEk/w3hJP8N4ST/Df8uHgD/MxgA/zUWAP81FQD/OB0A/zgnAf83MwH/ND8B&#10;/zJLAv8vWAP7LmQE+C1vBPUsegXzLIMG8SyMBu8slAftLJwI7CyjCOosqwjpLLMI5yy+CeYszAni&#10;LeII3i3xCtss/gzWLf8O1Cz/D9Is/xDRLP8Qzyz/EM4t/xDOLf8Qzi3/EP8yGQD/NxQA/zoRAP88&#10;EgD/PxkA/0AiAP8+LQH/PDkB+jpFAvQ4UgPwN14E7DZqBek1dAbmNX4I5DSHCOI0kAngNJgK3jSf&#10;CtwzpwvaM7AM2DO7DNUzyQ3SNN8NzjTwD8o0/RLHNP8TxTT/FMM0/xXDM/8VwDT/Fb80/xS/NP8U&#10;vzT/FP82FQD/OxAA/z4NAP9DDwD/RhQA/0YcAP9GJgD2RDIB70I/AelATAPkP1kE3z5kBts9bwjY&#10;PHkK1DyCDNE7iw3PO5MPzTqaEMs6ohHJOqsSyDq1E8Y6whPEOtUUwDvrFbw6+xe5Ov8Ytzr/GbY6&#10;/xm1Ov8Ysjv/GLE7/xixO/8YsTv/GP85EgD/Pw0A/0MJAP9IDAD/SxAA/0wVAPVMHwDrSioA5Ek3&#10;Ad1JRgLVR1ME0EZfCMxFaQvJRHMNxkN8EMNChBLBQowTv0GVFb1BnRa7QKYXukCwGLhAvBm2QMwa&#10;s0HmGq9B9xytQf8dq0H/HalB/xypQf8cpkH/G6VB/xulQf8bpUH/G/89EAD/QgkA/0gFAP9NCAD/&#10;UAsA+VEPAOtQFQDhTyAA2FAxAM9QQQLJT04FxE5aCcBMZA29S20Qukp2E7dJfhW1SIcXs0ePGbFH&#10;lxuvRqAcrUaqHqtFth+pRcYfp0bgIKRG9CChRv8hn0f/IJ5H/yCeR/8fm0f/HppH/x6aR/8emkf/&#10;Hv9ADQD/RgQA/0wAAPhSAgDoVQQA4VUIAOJVDQDVVRkAzFcsAMVXPAK/VkoGulVVCrZTXw6yUmgS&#10;r1BxFaxPeRiqToEaqE2KHaVMkh+jTJwgoUumIp9LsSOdS8Akm0vYJZlL8CWWTP8klUz/JJRM/yOT&#10;TP8ikU3/IZFN/yGRTf8hkU3/If9CCgD/SQAA/1EAAOZXAADdWwEA1VwFANJbCQDLXBQAw14oALxe&#10;OAK2XUYGsVtRCq1ZWw+pWGQTplZsF6NVdBqgVH0dnlOFH5tSjiKZUZckl1ChJpVQrSeSULwokVDQ&#10;KI5Q7CiNUf4ni1H/JotR/yWKUv8kiVL/I4hS/yOIUv8jiFL/I/9FBwD/SwAA8FUAAN9bAADTYAAA&#10;zGEDAMhhBgDDYREAu2QkALVkNAKvY0IFqmFOCqVfVw+hXWAUnlxoGJtbcBuYWXgelViBIZNXiiSQ&#10;VpMmjlWeKItVqSqJVLcrh1TLK4VV6SuEVfwqg1b/KINW/yeCVv8lgVb/JIFW/ySBVv8kgVb/JP9H&#10;AwD/TwAA51gAANlgAADNZAAAxmYBAMFmBAC7Zg4AtGkgAK5pMQKoaD8Fo2ZKCp9lVA+aY10Ul2Fl&#10;GJNgbRyQXnUfjl19IotchiWIW5AohVqaKoNZpiyAWbQtf1nHLn1Z5i18Wvose1r/Kntb/yh7W/8n&#10;e1r/Jnpa/yV6Wv8lelr/Jf9JAAD7UgAA41wAANJjAADHaAAAwGsAALprAgC1aw0Arm0dAKhuLgGj&#10;bTwFnWtICplqUQ+UaFoUkGZiGI1lahyKY3Igh2J6I4RhgyaBYIwpfl+XK3teoy15XrEvd13EL3Ve&#10;4i91XvktdV//K3Vf/yl1X/8odV7/JnVe/yZ1Xv8mdV7/Jv9LAADwVQAA3l8AAM1nAADDbAAAu28A&#10;ALVwAACvbwoAqHEaAKNyKwGdcjkEmHBFCZNuTw6PbVgUi2tgGIdpZxyEaG8ggWd3I31mgCZ6ZIop&#10;d2OULHVjoS5yYq8vcGLBMG9i3zBuY/cub2P/LG9j/ypvY/8ob2L/J29i/ydvYv8nb2L/J/9NAADr&#10;WAAA2WMAAMlqAAC/cAAAt3MAALB0AACpdAcAo3YXAJ53KAGYdjcEk3VCCI5zTA6JcVUThXBdGIFu&#10;ZRx+bWwfe2x0I3hqfSZ0aYcpcWiSLG5nni5sZ6wwame+MWln3DBpZ/UuaWf/LGln/ypqZ/8pamb/&#10;KGpm/ydqZv8namb/J/9QAADnWwAA02YAAMVuAAC7cwAAs3cAAKt5AACkeAMAnXoUAJh7JQGTezQD&#10;jnpAB4l4Sg2EdlMSgHVbF3xzYht4cmofdXFyInJveyZvboUpbG2QLGlsnC5mbKowZGy8MWNs2TBj&#10;bPQvY2z/LWRs/ytka/8pZWr/KGVq/yhlav8oZWr/KP1TAADjXwAAzmkAAMFxAAC3dwAAr3sAAKd9&#10;AACefQAAmH4RAJOAIgCOgDECiX8+BoR9SAx/fFERe3pZFnd5YBpzd2geb3ZwIWx1eCVpdIIoZnOO&#10;K2Nymi5gcagvXnG6MF1x1DBdcfIuXnH/LF5w/ytfcP8pYG//KGBu/yhgbv8oYG7/KPFVAADeYgAA&#10;ym0AAL11AACzewAAq4AAAKKCAACYgQAAkYMPAI2FHwCIhS4Cg4Q7BX6DRQp6gU4PdYBWFHF/Xhhu&#10;fWYcanxtIGd7diNjeoAnYHmLKl14mCxad6YuWHe4L1d30S9Xd/EuWHb/LFh2/ypZdf8pWnT/KFp0&#10;/ydadP8nWnT/J+1ZAADXZgAAxXEAALl6AACvgAAApoQAAJ2GAACRhwAAiokMAIaKGwCCiysBfYo4&#10;BHiJQgh0iEwNb4dUEmyFWxZohGMaZINrHmGCdCFdgX0kWoCJKFd/lipVfqQsUn62LVF+zi1Rfe8s&#10;Un3/K1J8/ylTe/8oVHr/J1R6/ydUev8nVHr/J+heAADQawAAwHYAALR+AACrhQAAoYkAAJeLAACJ&#10;jQAAg48IAH6QFwB7kScBdpE0A3KQPwZtj0kLaY5RD2WNWRNijGAXXotoG1uKcR5XiXshVIiGJFGH&#10;lCdPhqIpTYa0KkuGzCpLhe4pTIT/KUyD/yhMg/8nTYH/Jk6B/yZOgf8mToH/JuFjAADJcAAAu3sA&#10;ALCEAACmigAAm44AAJGRAACEkwAAepUCAHWXEgBymCIAb5gwAmqXOwRml0UIYpZODF+VVg9blF0T&#10;WJNlF1WTbhpRkngdTpGEIEuQkSNJkKEkR5CyJkWQyiZFj+0lRY3/JUWM/yVGi/8kRor/JEaK/yRG&#10;iv8kRor/JNhpAADDdgAAtYEAAKuKAACfjwAAlZMAAIqWAAB+mgAAcJ0AAGufDgBonxwAZqAqAWKg&#10;NwJfn0EFW59KCFieUgtUnloOUZ1iEk6caxVLnHUYSJuBGkWbjx1Cmp8fQJqwID+ayCA/mesfP5j/&#10;ID6W/yE+lf8hP5T/IT+U/yE/lP8hP5T/Ic1wAAC8fQAAsIgAAKSPAACZlAAAjpgAAIOdAAB3oAAA&#10;aaQAAGCnCABdqBQAW6kkAFmpMQFWqTwCU6lFBFCoTgZNqFcJSqhfDEenaA5Ep3MRQaZ/FD6mjRY8&#10;pp0XOqavGDmmxxg5peoYOKP/Gjeh/xs3oP8cN5//HDef/xw3n/8cN5//HMR4AAC1hQAAqY8AAJ2V&#10;AACSmgAAhp8AAHqjAABuqAAAYqwAAFWwAABQsg4ATrIbAE2zKABLszUASbM/AUazSQJEs1IEQbNb&#10;Bj+zZAg8s28KOrN7DDezig41spoPM7OtEDKzxRAysukQMbD+EjCu/xQvrf8VL6z/Fi+s/xYvrP8W&#10;L6z/FruBAACujgAAoZUAAJaaAACJoAAAfaYAAHGrAABlrwAAWbQAAE63AABDvAUAQL0RAD+9HgA+&#10;visAPL42ADu/QQA5v0sBN79UAjXAXwIzwGoEMcB3BS/AhgYtwJcHK8CqCCrBwggqwOcHKb39Cii8&#10;/wwnuv8NJ7n/Die5/w4nuf8OJ7n/DrKMAACllAAAmZoAAI2hAAB/pwAAcq0AAGazAABauAAAT7sA&#10;AES/AAA6xAIAMMkIAC7KEQAtyh0ALMspACvLNQArzEAAKs1KACjNVgAnzmEAJs5vASTOfwEjz5EC&#10;Ic+lAiDQvQIgz+QCH836Ax7L/wQeyv8FHcn/Bh3J/wYdyf8GHcn/BqiUAACcmgAAkKEAAIKoAAB0&#10;rwAAZ7YAAFu8AABOwAAAQ8MAADnHAAAvzAAAJ9AEAB/WCgAb2hAAG9saABrbJgAa3DEAGd08ABjd&#10;SAAY3lUAF99iABbgcgAV4IUAFOGaABPisQAS488AEuD0ABLe/wER3f8BEdv/AhHb/wIR2/8CEdv/&#10;Ap6aAACSoQAAhKkAAHaxAABouAAAW78AAE7EAABCyAAAN8wAAC3QAAAk1QAAHNsAABXfBQAU6Q4A&#10;EuoUABHrHQAQ6yYADuwwAA7tOgAN7kYAC+5TAArvYgAJ8HQACPGJAAfyoAAF8roABPHkAALx/QAC&#10;7/8AA+3/AAPt/wAD7f8AA+3/AJWhAACGqQAAeLIAAGm6AABbwgAATcgAAEDMAAA00QAAKtYAACHb&#10;AAAZ4AAAEuQAAA/wAQAN+QoAC/oPAAn7FQAH+xwABPwkAAH8LAAA/DcAAPxCAAD8UAAA/GEAAP11&#10;AAD8jAAA/KQAAPzBAAD86wAA/P8AAP3/AAD9/wAA/f8AAP3/AImpAAB5sgAAarsAAFzEAABOzAAA&#10;P9EAADLXAAAn3QAAHeEAABXlAAAO6AAACvEAAAj9AAAF/wMAAf8JAAD/DgAA/xIAAP8XAAD/HwAA&#10;/ycAAP8xAAD/PgAA/00AAP9fAAD/dQAA/40AAP+mAAD/wgAA/+cAAP/8AAD//wAA//8AAP//AHyz&#10;AABsvAAAXcYAAE7PAAA/1gAAMd0AACXiAAAa5gAAEeoAAAzuAAAF8gAAAP8AAAD/AAAA/wAAAP8A&#10;AAD/BQAA/woAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zkAAP9KAAD/XQAA/3MAAP+MAAD/pAAA/7kA&#10;AP/UAAD/3gAA/94AAP/eAP8YLAD/GSkA/xkoAP8VKwD/EDAA/ws4Af8DRAH/AFEB/wBeAf8AbAH/&#10;AHgB/wCCAf8AjAH/AJQB/wCcAP8AogD/AKgA/wCvAP8AtgD/AL4A/wDIAP8A1wD/AOcA/wDzAP8A&#10;/QD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8bKQD/HSYA/xwlAP8ZJwD/EywA/w40&#10;AP8LQAH/CE4B/wVbAf8DaAH/AnQB/wJ/Af8CiAH/ApEB/wKYAf8CnwH/AaUA/wGsAP8BsgD/AboA&#10;/wHEAP8B0QD/AOQA/wDxAP8A/AD8Af8A/AL/APwD/wD8BP8B/AX/AfwF/wH8Bf8B/AX/Af8fJgD/&#10;ISIA/yAhAP8eIwD/GCcA/xMwAP8RPAH/DkoB/w1XAf8LYwH/Cm8B/wp6Af8KhAH/Co0B/wqUAf8K&#10;mwH/CqIB/wqoAf8KrwH/CrcB/wrAAP8KzAD/CuAA+wrvAPcK+gD1C/8B9Qz/AfQN/wH0Df8C9A3/&#10;AvQN/wL0Df8C9A3/Av8iIgD/JB0A/yQcAP8iHQD/HiIA/xwsAP8ZOAD/FkUB/xNSAf8SXgH/EGoB&#10;/xB1Af8QfwH/EIgB/xCQAf8QlwH/EJ4B/xClAf0QrAH8ELMB+hC9AfkRyQH1Ed0B8RHtAe4R+QHs&#10;Ev8C6xP/AuoT/wPpE/8D6RP/A+kT/wPpE/8D6RP/A/8mHQD/KBgA/ygWAP8mFgD/Jh0A/yYoAP8j&#10;NAD/IEAA/x1NAf8bWQH/GWUB/hlwAfwYegH5GIMB9xiMAfYYkwH0GJoB8xihAfEZqAHwGbAC7hm6&#10;Au0ZxgLqGtkC5hrrAeIb+QLgG/8D3hz/BN0c/wXcHP8F3Bz/Bdsc/wXbHP8F2xz/Bf8qGQD/LRMA&#10;/y0RAP8tEQD/LhkA/y0iAP8sLgD/KToA/yZHAfokVAH2I2AB8iJrAe8idQLtIn4C6yKHAukijwLn&#10;IpYC5SKeAuQipQLiIq0C4SO3At8jwwLdI9YC2CTqA9Ik+QXPJf8GzSX/B8sl/wjKJf8IyiT/CMok&#10;/wjKJP8IyiT/CP8uFAD/MRAA/zINAP80DgD/NRQA/zUcAP8zJwD6MTQA8y9BAO4tTgHpLFoB5Sxl&#10;AuIscALfK3kC3SuCA9oriwPYK5IE1SuaBNMrogTRK6oFzyuzBc0rvwbMLM8GyC3nB8Qt9wnBLf8K&#10;vy3/C70t/wy8Lf8MvCz/DLss/wy7LP8Muyz/DP8xEQD/NQwA/zYHAP86CwD/PBAA/zsVAPg5HwDv&#10;NysA5zY5AOE1RwDcNVQB1TVgAtE1agPONHMEzDR8Bco0hQbINI0HxjOUCMQznAnCM6UJwTOuCr8z&#10;uQu9M8gLuzThC7c08w20NP8PsTT/D7A0/xCvNP8QrjT/D640/w+uNP8PrjT/D/81DgD/OAcA/zwC&#10;AP9ABgD/QQsA+kEPAO0/FgDjPCIA2j0xANI+QQDMPk8CyD5aA8Q9ZAXBPW4Hvzx2CLw8fgq6O4cL&#10;uDuPDLc7lw21Op8OszqpD7E6tBCvOsIRrjrZEao77xKnO/8TpTv/FKQ7/xOjO/8Tojv/E6I7/xKi&#10;O/8Sojv/Ev84CgD/PAAA/0EAAPVFAADmRgIA4UUHAONCDQDVQxkAzEUsAMZHPAHBR0kCvEZVBLlF&#10;Xwa1RGgJs0NxC7BDeQ2uQoEPrEKJEKpBkRKoQZoTp0CkFKVArxWjQLwWoUDQFp5B6hecQfwXmkH/&#10;F5hB/xeYQf8Wl0H/FZdB/xWXQf8Vl0H/Ff87BgD/PwAA+UYAAOVLAADcTgAA000EANFKCQDKShQA&#10;wk0nALxONwG3TkUCsk1QBa9MWgirS2MKqEpsDaZJdA+kSXwRoUiEE59HjBWdR5UXm0afGJlGqhmX&#10;RrgalkbKG5NG5huRR/kbj0f/Go5H/xmOR/8YjUf/GI1H/xeNR/8XjUf/F/8+AgD/QwAA60sAAN1R&#10;AADRVAAAylQBAMZSBQDBUREAuVMiALNVMwGuVEECqlRMBaZTVgiiUV8Mn1BnD51PbxGaTncUmE5/&#10;FpZNiBiTTJEZkUybG49Lph2NS7Mei0vFHolL4h6HTPcehkz/HYVM/xyFTf8ahUz/GYVM/xmFTP8Z&#10;hUz/Gf9AAAD8RwAA5VAAANVWAADKWQAAwloAAL1YAwC4Vw4AsVkeAKxaLwGnWj0CollJBZ5YUwmb&#10;V1sMl1ZkEJVVaxKSVHMVj1N7F41ShBqLUY0ciFGXHoZQox+EULAgglDBIYBQ3SF+UfQgfVH/H31R&#10;/x19Uf8cfVH/G31R/xp9Uf8afVH/Gv9CAADwSgAA31QAAM5aAADEXgAAvF8AALZeAACxXAsAq14a&#10;AKVgKwCgYDoCnF9FBZdeUAmUXFgMkFtgEI1aaBOLWXAWiFh3GIVXgBuDVokdgFaUH35VnyF7Va0i&#10;eVS9I3hV1yN3VfIidlb/IHZW/x92Vv8ddlb/HHZW/xt2Vv8bdlb/G/9FAADsTgAA2lgAAMleAAC/&#10;YgAAt2QAALFjAACrYQgApGMXAJ9kKACaZTcClmRDBZFjTQiOYVUMimBdEIdfZROEXmwWgV10GX5c&#10;fRx8W4YeeVqRIHdanSJ0Waokclm6JXFZ0iVwWvAjb1r/Im9a/yBwWv8ecFr/HXBa/xxwWv8ccFr/&#10;HP9IAADnUgAA01sAAMViAAC7ZgAAs2gAAKxoAAClZgUAn2cUAJppJQCVaTQCkGhABIxnSgiIZlMM&#10;hGVbEIFkYhN+Y2oWe2JyGXhhehx2YIQec1+OIXBemiNuXqglbF24JWpeziZpXu4kaV7/Impe/yBq&#10;Xv8fal7/Hmpe/x1qXv8dal7/HflKAADjVQAAz18AAMFlAAC3agAAr2wAAKdsAACfagEAmWsRAJRt&#10;IgCQbjEBi209BIdsRweDa1ALf2pYD3xoYBN4Z2cWdmdvGXNmeBxwZYEebWSMIWpjmCNoYqYlZmK2&#10;JmRizCZkYuwlZGL/I2Ri/yFlYv8fZWL/HmVi/x1lYv8dZWL/HfJMAADfWAAAymIAAL1pAACzbgAA&#10;q3AAAKJwAACZbgAAk3AQAI9yHwCKci4BhnI7A4JxRQd9cE4Lem5WDnZtXhJzbGUVcGttGG1qdRtq&#10;aX8eZ2mKIWVoliNiZ6QlYGe0Jl9nySZeZ+olXmf+I19n/yFfZv8fYGb/HmBm/x5gZv8eYGb/Hu9P&#10;AADaXAAAxmUAALptAACwcgAAp3UAAJ10AACUcwAAjXQNAIl2HACFdysBgXc4A3x2QwZ4dUwJdHRU&#10;DXFzWxFucmMUa3FrF2hwcxplb3wdYm6HIF9tlCJdbKIkWmyyJVlsxyVYbOglWWz9I1lr/yFaa/8f&#10;W2v/Hltq/x5bav8eW2r/HutTAADTYAAAwmkAALZxAACsdgAAo3kAAJl5AACNdwAAh3kLAIN7GAB/&#10;fCgAe3w1And7QAVzekkIb3lRDGx4WQ9od2ETZXZoFmJ1cBlfdHocXHSFH1pzkSFXcqAjVXKwJFNy&#10;xSRTcuckU3H8IlRx/yBUcP8fVXD/HlVv/x1Vb/8dVW//HeVXAADNZAAAvm0AALJ1AACoewAAn34A&#10;AJN9AACHfQAAgH8HAHyAFQB4gSQAdYIyAXGBPQRtgEYHaYBPCmZ/Vg1jfl4RYH1mFF18bhdae3ca&#10;V3qCHVR6jx9ReZ0hT3muIk55wyJNeOUiTXf7IU53/x9Odv8eT3X/HU91/x1Pdf8dT3X/Hd9cAADI&#10;aAAAuXIAAK56AAClgAAAmoIAAI6CAACAgwAAeYUCAHSGEQBxiCAAboguAWqIOQJnh0MFY4dMCGCG&#10;UwtdhVsOWoRjEVeEaxRUg3UXUYKAGk6BjRxLgZseSYGsH0iAwSBHgOMfR3/6Hkh+/x5Iff8dSXz/&#10;HEl8/xxJfP8cSXz/HNZhAADCbgAAtHgAAKqAAACfhQAAlIcAAIiHAAB7iQAAcIwAAGuODQBojxoA&#10;Zo8pAGKQNQFfjz8DXI9IBVmOUAhWjlgLU41gDlCMaBBNjHITSot9FkiKihhFipkaQ4qqG0KKvxtB&#10;iuEbQYj5G0GG/xtBhf8bQoX/GkKE/xpChP8aQoT/Gs1nAAC8dAAAr34AAKWGAACaigAAjowAAIKN&#10;AAB1kAAAZ5QAAGGVCABelxQAXJcjAFqYLwBXmDoBVJhEA1KXTAVPl1QHTJdcCUmWZQxHlm8ORJV6&#10;EUGViBM/lJcVPZSoFjuUvRY7lN8WOpL4FzqQ/xc6j/8XOo7/FzqO/xc6jv8XOo7/F8VuAAC2ewAA&#10;qoUAAJ6LAACUjwAAiJIAAHuUAABulwAAYpsAAFeeAABSoA4AUaAbAE+hKABNoTQAS6E+AUmhRwJH&#10;oVADRKFYBUKhYQc/oGsJPaB3CzqghQ04oJQONqCmDzWguxA0oN0PNJ33EDOc/xIzmv8SM5n/EzOZ&#10;/xMzmf8TM5n/E713AACvgwAAo4sAAJiRAACNlQAAgZkAAHOcAABnnwAAW6IAAE+mAABHqQgARKoS&#10;AEOqHwBBqysAQKs3AD+sQQA9rEoBO6xTAjmsXAM3rGcENaxzBTKsgQYwrJEHLqyjCC2suAksrNkI&#10;LKr1Ciuo/wsqpv8MKqX/DSql/w0qpf8NKqX/DbWAAACoiwAAnJEAAJGWAACFnAAAeKAAAGulAABf&#10;qAAAU6wAAEivAAA9sgAANrULADS1FQAztiEAMrYsADG3NwAwt0EAL7hLAC64VQAsuGABKrhtASm5&#10;ewInuY0CJbmfAyS5tAMjudIDI7f0BCK1/wUhtP8GIbP/ByGy/wchsv8HIbL/B62KAACgkQAAlZcA&#10;AIidAAB7owAAbqgAAGGtAABVsQAASrQAAD+3AAA0uwAAK74DACTCDAAiwhQAIsMfACHDKgAgxDQA&#10;H8Q/AB7FSgAdxlYAHMZjABvHcwAax4UAGceZABjIrgAXyMsAF8bxARfE/wEWw/8CFsH/AxbB/wMW&#10;wf8DFsH/A6ORAACYmAAAi54AAH2lAABwqwAAYrEAAFa2AABKuQAAPr0AADTAAAAqxAAAIsgAABnM&#10;BAAT0AoAEdIRABDSGgAQ0yUAD9MwAA7UPAAO1EgADdVWAA3VZQAM1ngADNaNAAvYpAAK2L4ACdnm&#10;AArW/gAL1P8AC9L/AAvS/wEL0v8BC9L/AZqYAACOnwAAgKYAAHKtAABktAAAV7oAAEm/AAA9wgAA&#10;MsYAACjJAAAfzQAAF9EAABHWAAAM2wUACN4LAAbfEQAF3xoABOAkAALhLgAB4joAAONHAADkVgAA&#10;5GcAAOV7AADmkgAA5qoAAOfIAADn8AAA6P8AAOj/AADo/wAA6P8AAOj/AJGfAACCpwAAdK8AAGW3&#10;AABXvgAAScMAADzHAAAwywAAJc8AABzUAAAU2QAADt0AAAnhAAAC5QAAAOkGAADpDQAA6REAAOoY&#10;AADrIQAA7SsAAO83AADxRQAA8lYAAPNoAADzfgAA9JcAAPWwAAD20AAA9/MAAPf/AAD3/wAA9/8A&#10;APf/AIWnAAB2sAAAZrgAAFjBAABKyAAAO8wAAC7RAAAj1gAAGdwAABHgAAAM4wAABOcAAADqAAAA&#10;9QAAAPQAAAD1BQAA9QsAAPYPAAD2FAAA+B0AAPonAAD8NAAA/0MAAP9VAAD/aQAA/4EAAP+aAAD/&#10;sgAA/88AAP/tAAD/+QAA//kAAP/5AHiwAABougAAWcMAAEvLAAA70QAALdgAACHdAAAW4gAADuYA&#10;AAjqAAAA7QAAAPAAAAD4AAAA/wAAAP8AAAD/AAAA/wAAAP8GAAD/DAAA/xAAAP8YAAD/IgAA/zAA&#10;AP9AAAD/UwAA/2kAAP+BAAD/mQAA/68AAP/DAAD/1QAA/9UAAP/VAP8TKAD/EyUA/xElAP8NJwD/&#10;Bi0A/wA1AP8AQQD/AE8A/wBcAP8AaQD/AHQA/wB+AP8AiAD/AJAA/wCXAP8AnQD/AKQA/wCqAP8A&#10;sAD/ALcA/wDAAP8AzAD/AN8A/wDsAP8A+AD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8WJQD/FiIA/xQhAP8QIwD/CigA/wAwAP8APQD/AEsA/wBYAP8AZAD/AHAA/wB6AP8AhAD/AIwA&#10;/wCTAP8AmgD/AKAA/wCmAP8ArQD/ALQA/wC8AP4AyAD9ANkA+wDpAPoA9gD5AP8A+AD/APgA/wD4&#10;AP8A+AD/APkA/wD5AP8A+QD/AP8aIgD/Gh4A/xgdAP8THgD/DiIA/wosAP8HOQD/A0YA/wBTAP8A&#10;YAD/AGsA/wB2AP8AfwD/AIgA/wCPAP8AlgD/AJ0A/wCjAP4AqQD8ALAA+gC5APcAxAD1ANIA8wDm&#10;APIA9ADxAP8A8AD/AO8A/wDvAP8A7wD/APAA/wDwAP8A8AD/AP8eHQD/HhkA/xwXAP8XGAD/Ex4A&#10;/xEoAP8ONAD/DEEA/wpOAP8IWwD/B2YA/wZxAP8GegD/BoMA/gaLAPwGkgD6BpkA+AafAPYGpgD0&#10;Bq0A8ga1APAFwADtBc4A6wXkAOkG8wDmCP8A5Qr/AOQL/wDkC/8B5Av/AeQL/wHkC/8B5Av/Af8h&#10;GAD/IRMA/yARAP8bEgD/HBoA/xokAP8WLwD/EzwA/xFJAP8QVQD8DmEA+Q5rAPYOdQD0Dn4A8g6G&#10;APAOjgDuDpUA7Q6bAOsOogDqDqoA6A6zAOYPvQDlD8wA4Q/jAN0Q8wDZEf8B1hL/AdQT/wHTE/8C&#10;0hP/AtIT/wLSE/8C0hP/Av8lEwD/JRAA/yQNAP8jDgD/IxQA/yIeAP8fKQD/HDUA+RlDAPQYTwDv&#10;F1sA7BdmAOkXcADmF3kA5BeBAOIXiQDgF5EA3xeYAN0XnwDbF6cA2RixANYYuwDUGcoA0BrhAcwb&#10;8wHJHP8Cxhz/AsQc/wPDHP8Dwxz/A8Mc/wPDHP8Dwxz/A/8oEAD/KQsA/ygGAP8rCwD/KxAA/ykX&#10;AP0mIgD0Iy4A7CE7AOYgSQDiIFUA3iBgANohagDWIXQA0yF8AdAhhAHPIowBzSKTAcsimwHJIqMB&#10;yCOsAsYjtgLEI8QCwiTbAr4l7gO7Jf4EuCX/BbYl/wW1Jf8GtSX/BrUl/wW1Jf8FtSX/Bf8sDQD/&#10;LQUA/y4BAP8xBQD/MQsA/S8QAPErGADnKSUA3ygzANgoQgDRKk8AzStaAMkrZQHHK24BxCx2AsIs&#10;fgLALIYDviyOA70slgO7LJ4EuSynBLgssQW2LL8FtS3RBbEt6gauLvsHqy7/CKku/wioLv8IqC3/&#10;CKgt/wioLf8IqC3/CP8vCAD/MQAA/zUAAPY3AADqNgIA5zMIAOQvDwDZLhsAzzEsAMkzPADENEkA&#10;wDVVAbw1XwK6NWgCtzVwA7U0eASzNIAFsTSIBrA0kAauNJkHrDSiCKs0rAmpNLkJpzTKCqU15Qqh&#10;NfgLnzX/DJ01/wydNf8LnDX/C5w1/wucNf8LnDX/C/8zAgD/NQAA9joAAOU+AADcQAAA1D0EANI3&#10;CQDLOBUAwzomAL09NgC4PkQBtD5QAbE9WgOuPWMErD1rBak8cwanPHsIpjyDCaQ7iwqiO5QLoDud&#10;DJ47qA2dO7QOmzvFDpk74A6WO/QPlDz/D5I8/w+SPP8OkTz/DZE8/w2RPP8NkTz/Df81AAD/OQAA&#10;6kEAAN1GAADQRwAAyUYAAMZBBQDAQBEAuUIhALNEMgCvRUABq0VLAqdFVQOkRF4FoURmB59Dbgid&#10;Q3YKm0J+C5lChg2XQY8OlUGZD5NBpBGRQbASkEHAEo5B2RKLQfESiUL/EohC/xGIQv8Qh0L/EIdC&#10;/w+HQv8Ph0L/D/84AADzPQAA40cAANJMAADITgAAwE0AALtKAgC2Rw4AsEkdAKtLLQCmTDsBokxH&#10;Ap5LUQSbS1oGmUpiCJZJagqUSXEMkkh5Do9Igg+NR4sRi0eVEolGoBSHRqwVhUa7FoRG0RaCR+4W&#10;gEf/FX9H/xR/R/8Sf0f/EX9H/xF/R/8Rf0f/Ef87AADuQwAA3EwAAMxRAADBVAAAuVQAALRRAACu&#10;TQsAqE8ZAKNRKQCeUjcBmlJDApdRTgSUUVYGkVBeCY5PZguMTm0NiU51D4dNfhGFTYcTgkyRFYBM&#10;nBZ+S6kXfEu4GHtLzRh5TOsYeEz+F3dM/xV3TP8Ud0z/E3dM/xJ3TP8Sd0z/Ev8+AADoRwAA1VAA&#10;AMZWAAC8WAAAtFkAAK1WAACnUwcAoVQVAJxWJQCYVzQBlFdAApBXSgSNVlMGilVbCYdUYwuEVGoO&#10;glNyEIBSehJ9UoMUe1GOFnhQmRh2UKYZdFC1GnNQyRpxUOgacFH8GHBR/xdwUf8VcFH/FHFQ/xNx&#10;UP8TcVD/E/VAAADkSwAAz1QAAMFaAAC3XQAAr14AAKdbAAChWAMAm1kSAJZbIgCSXDEBjlw9Aopc&#10;RwSHW1AGg1pYCYFZYAx+WWcOe1hvEHlXdxN2VoAVdFaLF3JVlhlvVaMabVSyG2xUxhtqVeYbalX7&#10;GWpV/xdqVf8WalX/FWtV/xRrVf8Ua1X/FPJDAADfTwAAy1gAAL1dAACzYQAAq2IAAKJgAACbXAAA&#10;lV4QAJBgHwCMYS4AiGE6AoRgRQSBYE4Gfl9WCXteXQt4XWUOdlxsEHNcdBNwW30VblqIF2talBlp&#10;WaEbZ1mwHGVZwxxkWeMcZFn6GmRZ/xhkWf8XZVn/FWVZ/xRlWf8UZVn/FO9GAADaUgAAxlsAALph&#10;AACwZQAApmYAAJ1jAACVYQAAj2IOAItkHACHZSsAg2U3AX9lQgN8ZEsGeGNTCHVjWwtzYmIOcGFq&#10;EG1gchNrYHsVaF+GF2ZekRljXp8bYV2uHGBdwRxfXeEcX134Gl9d/xhfXf8XYF3/FmBd/xVgXf8V&#10;YF3/FetKAADUVgAAw14AALZlAACsaQAAomkAAJhnAACPZQAAiWYMAIVoGQCBaSgAfmo1AXppPwN2&#10;aUkFc2hRCHBnWQptZ2ANa2ZnEGhlcBJlZHkVY2SDF2BjjxleYp0bXGKsHFpivxxZYt8cWWL3Glpi&#10;/xlaYf8XW2H/Flth/xVbYf8VW2H/FedNAADPWQAAv2IAALNoAACpbQAAnm0AAJNrAACJaQAAg2sJ&#10;AH9tFQB8biUAeG4yAXVuPQJxbkYEbm1PB2tsVglobF4MZWtlD2NqbRFgaXYUXWmBFltojRhYZ5sa&#10;VmeqG1VnvRxUZ9wcVGf2GlRm/xhVZv8XVWX/FlZl/xVWZf8VVmX/FeJRAADKXQAAu2YAAK9sAACm&#10;cQAAmXAAAI5vAACDbgAAfXAFAHhyEgB1cyEAcnMvAW9zOgJsc0QEaXJMBmZyVAhjcVsLYHBjDV1w&#10;axBbb3QTWG5/FVVuixdTbZkZUW2oGk9tuxtObdkaTmz0GU9r/xhPa/8XUGr/FlBq/xVQav8VUGr/&#10;Fd1VAADFYQAAt2oAAKxxAACidQAAlHQAAIl0AAB8cwAAdnUAAHF3EABveB0AbHkrAGl5NwFmeUAD&#10;Y3lJBWB4UQddd1gJW3dgDFh2aA5VdXERUnV8E1B0iBZNdJcXS3OmGElzuRlIc9UZSXLzGElx/xdK&#10;cf8WSnD/FUtw/xRLcP8US3D/FNRaAADAZgAAs28AAKh2AACdeQAAj3gAAIR4AAB3eQAAb3wAAGp9&#10;DQBnfhkAZH8mAGKAMgFfgD0CXIBGA1p/TgVXf1UHVH5dCVJ9ZQxPfW8OTHx5EUp8hhNHe5QVRXuk&#10;FkR7txZDe9IWQ3ryFkN5/xVDeP8URHf/FER2/xNEdv8TRHb/E81fAAC7awAArnQAAKR8AACXfgAA&#10;in0AAH9+AAByfwAAZoMAAGGECABehhMAXIchAFqHLgBYhzgBVYdCAlOHSgNQh1IFToZaB0uGYglJ&#10;hWwLRoV3DUOEgw9BhJIRP4SiEj2EtRM8hM8TPILwEjyB/xI9gP8SPX//Ej1+/xE9fv8RPX7/EcVm&#10;AAC1cQAAqnsAAJ+CAACSggAAhYIAAHmDAABthgAAX4oAAFiNAQBUjg8AUo8bAFCPJwBPkDMATZA9&#10;AUuQRQJJkE4DRpBWBESPXwVCj2gHP49zCT2OgAs6jo8MOI6gDTeOsw42jswONo3vDjWL/w41if8P&#10;NYj/DzaH/w82h/8PNof/D75tAACweQAApYIAAJmHAACMiAAAf4gAAHKKAABmjQAAWpEAAFCVAABJ&#10;lwkAR5gTAEWYIABEmSsAQ5k2AEGaQABAmkgBPppRAjyaWgI6mmQDN5pvBTWZfQYzmYwHMZmdCC+Z&#10;sAgumcoILpjtCC6W/wotlP8KLZP/Cy2S/wstkv8LLZL/C7Z1AACqgQAAnogAAJONAACGjgAAeI8A&#10;AGuSAABflQAAVJkAAEmdAABAoAAAOqINADijFwA3oyIANqQtADWkNwA0pEEAM6VLADGlVAEwpV4B&#10;LqVqASyleAIqpYgDKKWaAyelrQQmpcYDJqTrBCWi/wUloP8GJJ//BiSe/wcknv8HJJ7/B69+AACj&#10;iAAAl44AAI2TAAB+lQAAcJgAAGObAABXnwAATKIAAEKmAAA4qQAAL6wDACquDgAprhgAKK8jACev&#10;LQAmsDcAJbBBACSwSwAjsVYAIrFjACGxcQAfsYIAHrKUARyyqQEbssEBG7HnARuv/gIarf8CGqz/&#10;Axqr/wMaq/8DGqv/A6iIAACbjwAAkZQAAISaAAB2nwAAaKIAAFulAABPqQAARK0AADmwAAAvswAA&#10;JrYAAB65BQAYuw4AF7sWABe8IAAWvCoAFb01ABS9QAATvksAEr5YABK+ZwARv3gAEL+MABDAogAO&#10;wLoADsDhAA+9+wAPvP8AELr/ARC6/wEQuv8BELr/AZ+PAACUlQAAh5sAAHmhAABrpwAAXqwAAFKx&#10;AABFtAAAOrYAAC+5AAAlvAAAHb8AABXDAAAPxgUAC8oNAAnKFAAIyh0AB8onAAfKMgAGyz4ABctL&#10;AATMWgADzGoAAsx+AAHMlAAAzKsAAM3IAADM7QAAzP8AAMv/AAHK/wAByv8AAcr/AJeWAACKnAAA&#10;fKMAAG6qAABgsAAAUrYAAEW5AAA5vAAALr8AACPDAAAbxgAAE8oAAA3NAAAI0QAAAdQJAADUDgAA&#10;1RUAANYeAADYJwAA2TEAANs+AADcSwAA3VsAAN5uAADehAAA35sAAN+0AADe2QAA3/cAAN//AADf&#10;/wAA3/8AAN//AI2dAAB/pQAAcKwAAGGzAABTugAARb8AADjCAAAsxgAAIckAABjNAAAQ0QAAC9UA&#10;AATaAAAA3gAAAOABAADhCQAA4g4AAOQTAADlGwAA5yQAAOkvAADrPAAA7UsAAO5dAADucQAA74kA&#10;APCiAADwvAAA8OMAAO/5AADw/wAA8P8AAPD/AIGlAAByrQAAY7UAAFS9AABGxAAAN8gAACrMAAAf&#10;0AAAFdUAAA7aAAAH3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gUAAO8MAADxEAAA8xcAAPUgAAD4&#10;KwAA+zkAAP1KAAD+XgAA/3QAAP+NAAD/pgAA/8AAAP/hAAD/9QAA//UAAP/1AHSuAABltwAAVsAA&#10;AEfIAAA4zQAAKtIAAB3YAAAT3QAADOIAAAPmAAAA6QAAAOwAAADwAAAA8wAAAPQAAAD2AAAA+AAA&#10;APoAAAD9BwAA/w0AAP8SAAD/GwAA/ygAAP83AAD/SgAA/14AAP92AAD/jwAA/6YAAP+6AAD/0QAA&#10;/9EAAP/RAP8PJAD/DiIA/wshAP8DJAD/ACkA/wAyAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8A&#10;hAD/AIwA/wCSAP8AmQD/AJ8A/wClAP8AqwD/ALIA/wC6AP8AxQD/ANMA/wDnAP8A9AD/AP8A/gD/&#10;AP8A/wD+AP8A/gD/AP4A/wD+AP8A/gD/AP8RIQD/EB4A/w0dAP8HHwD/ACMA/wAtAP8AOgD/AEgA&#10;/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlQD/AJsA/wChAP8ApwD+AK4A/QC2APwAwAD7&#10;AM0A+QDiAPgA8AD3APwA9gD/APUA/wD1AP8A9QD/APUA/wD1AP8A9QD/AP8VHQD/ExoA/xAZAP8L&#10;GQD/AB0A/wApAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD+AIMA/ACKAPoAkQD5AJcA+ACd&#10;APcAowD1AKoA9ACyAPIAuwDxAMgA7wDcAO4A7ADtAPoA6wD/AOoA/wDqAP8A6gD/AOoA/wDqAP8A&#10;6gD/AP8YGQD/FhUA/xMTAP8OEwD/CxoA/wckAP8CMAD/AD4A/wBLAP8AVwD/AGIA/ABsAPgAdQD1&#10;AH4A8gCFAPEAjADvAJMA7gCZAOwAoADrAKYA6QCuAOcAtwDmAMMA5ADUAOIA6QDhAPcA3wD/AN0A&#10;/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8bEwD/GhAA/xYOAP8SDgD/EhUA/w8fAP8MKwD/CTgA/wZF&#10;APsDUQD3AlwA8gJmAO4CcADqAngA5wKAAOYDhwDkA44A4gOVAOEDnADfBKMA3QSrANsEtADYBcAA&#10;1gXQANMG5wDQCPgAzgr/AMwL/wDLDP8Aywz/AMsL/wDLC/8Aywv/AP8fEAD/HgsA/xoHAP8ZCwD/&#10;GBEA/xYZAP8SJAD6EDAA8w4+AO4NSgDpDFYA5QxhAOIMagDeDXMA2w17ANkNgwDWDYoA1A2RANIN&#10;mQDQDqAAzw6pAM0OswDLDr8Ayg/QAMYR6QDCEvkAvxP/AL0T/wG8E/8BvBP/AbwT/wG7E/8BuxP/&#10;Af8iDAD/IQQA/yAAAP8hBQD/HwwA/xwRAPYYHADsFSgA5RM2AN8SQwDZE08A0xRaANAVZADNFm0A&#10;yxZ1AMkXfQDHF4UAxRiMAMQYlADCGZwAwBmlAL4ZrwC9GrsAuxrLALgb5QG0HPYBsh3/ArAd/wKv&#10;Hf8Crh3/Aq4d/wKuHf8Crh3/Av8mBgD/JQAA/yYAAPsnAADxJQMA8CELAOgcEgDeGR0A1BstAM0d&#10;PADIH0kAxSBVAMEhXwC/ImgAvCJwALojeAC5I38BtyOHAbUjjwG0JJcBsiSgAbEkqgKvJLYCrSXG&#10;Aqsl3wKoJvMDpSb/A6Mm/wOiJv8EoSb/A6Em/wOhJv8DoSb/A/8pAAD/KAAA9i0AAOcwAADfLwAA&#10;2SsEANYiCgDOIxYAxiYnAMAoNgC7KkQAuCtPALUsWQCyLGIBsCxqAa4tcgGsLXoCqi2BAqktigKn&#10;LZIDpS2bA6QtpQSiLbEEoC3ABJ8t2AScLu8FmS7/Bpcv/waWL/8GlS7/BZUu/wWVLv8FlS7/Bf8s&#10;AAD/LgAA6jUAAN05AADROQAAyjYAAMcvBgDBLREAujAhALQyMQCwND4ArDVKAKk1VAGnNV0BpDVl&#10;AqI1bQKgNXQDnzV8BJ01hASbNY0FmjSXBpg0oQaWNK0HlDW7CJM10AiQNewIjjb+CIw2/wiLNv8I&#10;izb/B4o1/weKNf8HijX/B/8vAADyNAAA4jwAANJBAADHQgAAwEAAALs6AQC2Ng4AsDkcAKo7LACm&#10;PDoAoz1GAJ89UAGdPVkCmj1hA5g9aASWPHAFlDx3BpI8gAeRPIgHjzuSCI07nQmLO6kKiTu3C4g7&#10;yguFPOgLgzz7C4I8/wqBPP8KgTz/CYE8/wiBPP8IgTz/CP8zAADsOgAA2kMAAMpHAAC/SQAAt0cA&#10;ALFCAACtPgoApkAXAKJCJwCeQzUAmkRCAZdETAGURFUCkUNdA49DZAWNQ2sGi0JzB4lCewiHQoQK&#10;hUGOC4NBmQyBQaUNf0GzDn5Bxg58QeQOekL5DXlC/wx4Qv8LeEL/C3hC/wp4Qf8KeEH/CvY2AADm&#10;QAAA0UgAAMNNAAC5TgAAsU0AAKlJAACkRQYAn0YTAJpIIwCWSTIAkko+AY9KSAKMSlEDiklZBIdJ&#10;YAWFSWgHg0hvCIFIdwp/R4ALfUeKDXpHlQ54RqIPdkawEHVGwhBzRuAQckf3D3FH/w5xR/8NcUf/&#10;DHFH/wtxRv8LcUb/C/M5AADgRAAAzEwAAL5RAAC0UwAAqlIAAKJOAACdSgEAl0sRAJNNIACPTy4A&#10;jE86AYhPRQKFT04Dg09WBIBOXQZ+TmQHfE1sCXlNdAt3TH0MdUyHDnNMkg9xS58Rb0utEm1LvxJs&#10;S9wSa0z1EWpM/w9qTP8Oakv/DWpL/wxqS/8Makv/DPA9AADbSAAAx1AAALpVAACwWAAApVYAAJxT&#10;AACXTwAAkVAOAIxSHACJVCsAhVQ3AIJUQgF/VEsDfFRTBHpTWgZ4U2IIdVJpCXNScQtxUXoNblGE&#10;D2xQkBBqUJwSaFCrE2ZQvBNlUNgTZFDzEmRQ/xBkUP8PZFD/DmVP/w1lT/8MZU//DOxBAADUTAAA&#10;w1QAALZZAACsXAAAoFoAAJdXAACRVAAAi1UMAIZXGQCDWCcAgFk0AH1ZPwF6WUgDd1hQBHRYWAZy&#10;V18Hb1dmCW1WbgtrVncNaFWBD2ZVjRFkVJoSYlSpE2BUuhRfVNMUXlTyE15U/xFfVP8PX1T/Dl9T&#10;/w1fU/8NX1P/DedEAADPUAAAv1gAALNdAACoXwAAnF0AAJJbAACLWAAAhVoKAIFbFgB9XCQAel0x&#10;AHddPAF0XUYCcV1OBG9cVQVsXF0HalxkCWhbbAtlWnUNY1p/D2FZixFeWZgSXFinFFtYuBRZWdAU&#10;WVjwE1lY/xFaWP8QWlj/DlpX/w1aV/8NWlf/DeNIAADLUwAAu1sAALBhAACkYgAAl2EAAI5fAACF&#10;XAAAf14HAHtfEwB4YSEAdWIuAHJiOQFvYkMCbGFLA2phUwVnYVoHZWBiCWNgagtgX3MNXl59D1te&#10;iRFZXZYSV12lE1VdthRUXc4UVF3uE1Rd/xFVXP8QVVz/DlVb/w5WW/8NVlv/Dd5MAADHVgAAuF8A&#10;AK1kAACgZQAAk2QAAIljAAB/YQAAeWIDAHVkEQByZR4Ab2YrAGxnNwFqZ0ACZ2ZJA2VmUQRiZVgG&#10;YGVgCF1kZwpbZHAMWWN7DlZjhhBUYpQSUmKjE1BitBNPYswTT2LtEk9h/xFPYf8QUGD/DlBg/w5Q&#10;YP8NUGD/DdlPAADDWgAAtGMAAKlpAACbaAAAj2cAAIRnAAB5ZQAAc2cAAG9pDgBsahsAaWsoAGds&#10;NABkbD0BYmxGAl9rTgRda1YFWmpdB1hqZQlWaW4LU2l4DVFohA9OaJIQTGehEktnshJJZ8kSSWfr&#10;Eklm/xBKZv8PSmX/Dktl/w1LZP8NS2T/DdFUAAC+XgAAsWcAAKZtAACXbAAAimsAAH9rAABzawAA&#10;bW0AAGhuDABlcBcAYnEkAGBxMABecToBXHFDAllxSwNXcVMEVXBaBlJwYgdQcGsJTm91C0tvgg1J&#10;bo8PR26fEEVusBFEbscRQ23qEERs/w9Ea/8ORWv/DUVq/w1Fav8NRWr/DctYAAC6YwAArWwAAKFx&#10;AACScAAAhW8AAHpvAABucAAAZXMAAGB1BwBddhIAW3cfAFl4KwBXeDYAVXg/AVN4SAJReE8DT3dX&#10;BEx3XwVKd2gHSHZzCUV2fwtDdY0MQXWdDj91rg4+dcUOPXXoDj5z/Q0+cv8NPnH/DD9x/ww/cP8M&#10;P3D/DMVeAAC1aQAAqXEAAJx1AACNdAAAgHQAAHV0AABpdgAAXnkAAFh8AQBUfQ4AUn4aAFF/JgBP&#10;fzEATYA7AEyAQwFKgEsCSH9UAkZ/XARDf2UFQX9wBj9+fAg8fooJOn6aCjl+rAs3fsMLN33mCzd7&#10;/As3ev8LN3n/Cjh4/wo4eP8KOHj/Cr5kAACwbwAApXgAAJZ5AACHeQAAe3kAAHB6AABkfAAAWIAA&#10;AFCDAABLhQoASIYUAEeHIABFiCsARIg1AEOIPgBBiUcBQIlPAT6IWAI8iGEDOohsBDeIeAU1iIcG&#10;M4iYBzKHqgcwiMAHMIfkBzCF+wgwg/8IMIL/CDCB/wgwgf8IMIH/CLdrAACqdgAAoH8AAJB+AACC&#10;fgAAdn8AAGqAAABegwAAU4cAAEqLAABBjgIAPZAOADuQGAA6kSMAOZEtADiSNwA3kkAANpJJADST&#10;UgAzk1wBMZNnAS+TdAItkoMDK5KUAyqSpwMokr0EKJLhAyeQ+gQnjv8FJ43/BSeM/wUnjP8FJ4z/&#10;BbF0AAClfgAAmYUAAIqEAAB9hAAAb4UAAGOIAABYiwAATY8AAEOTAAA6lwAAMpoHAC6bEAAtmxoA&#10;LJwkACucLgAqnTgAKZ1BACidSwAnnlUAJp5hACWebgAjnn4BIp6QASCeowEfnrkBHp7dAR6c+AIe&#10;mv8CHpn/Ax6X/wMel/8DHpf/A6p9AACehQAAk4sAAIWKAAB1iwAAaI4AAFuRAABQlQAARpkAADud&#10;AAAyoAAAKqMAACKmCQAfpxEAHqcaAB2oJAAcqC0AG6g3ABqpQQAZqUwAGKlYABeqZgAWqnYAFaqJ&#10;ABSqngATq7QAEqvTABKo9QATp/8BE6X/AROl/wETpP8BE6T/AaOGAACXjAAAjZEAAH2SAABtlQAA&#10;YJgAAFScAABIoAAAPqQAADSnAAAqqwAAIa4AABmxAAASswcAD7UQAA61FwAOtSEADbUrAA21NgAM&#10;tkEAC7ZOAAq2XAAJtmwACLZ/AAe2lAAGtqoABbbFAAa26gAHtf8ACLT/AAiz/wAJsv8ACbL/AJqN&#10;AACQkwAAhJgAAHScAABloAAAV6QAAEuoAABArAAANbAAACqzAAAhtQAAGLgAABG7AAAMvgIABsAL&#10;AALAEQABwRkAAMEiAADCKwAAwjYAAMNCAADDUAAAxF8AAMRxAADEhwAAxJ0AAMS1AADE2gAAxPYA&#10;AMP/AADD/wAAw/8AAMP/AJOUAACHmgAAeKAAAGqmAABcrAAAT7EAAEG1AAA1twAAKboAAB+9AAAW&#10;wAAAEMMAAArGAAADygAAAMwFAADMDAAAzREAAM4YAADOIQAA0CoAANE1AADTQwAA1FIAANRjAADV&#10;eAAA1Y8AANWnAADWwgAA1ukAANb9AADW/wAA1v8AANb/AIqbAAB7ogAAbKkAAF6wAABQtgAAQroA&#10;ADS9AAAowQAAHcQAABTHAAANywAABs4AAADSAAAA1wAAANkAAADaBQAA3AsAAN0QAADfFQAA4R0A&#10;AOMnAADlMwAA50IAAOhUAADoZwAA6X4AAOmXAADqrwAA6s4AAOvvAADr/gAA6/8AAOv/AH2jAABu&#10;qwAAX7IAAFG6AABCwAAANMMAACfHAAAbywAAEs8AAAvTAAAC2AAAAN0AAADhAAAA5AAAAOUAAADn&#10;AAAA6QAAAOsHAADtDQAA7xEAAPEZAAD0JAAA9zEAAPlBAAD6VQAA+moAAPuEAAD7nQAA/LYAAPzS&#10;AAD97QAA/fQAAP30AHGsAABhtQAAUr0AAETEAAA0yQAAJs0AABrSAAAQ2AAACN0AAADhAAAA5QAA&#10;AOgAAADsAAAA7wAAAPEAAADzAAAA9QAAAPcAAAD5AQAA+wgAAP4OAAD/FQAA/yEAAP8vAAD/QQAA&#10;/1YAAP9tAAD/hwAA/6AAAP+2AAD/ygAA/9QAAP/UAP8LIAD/Bx4A/wAdAP8AIAD/ACUA/wAuAP8A&#10;OwD/AEkA/wBWAP8AYgD/AG0A/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AK0A/wC1&#10;AP8AvgD/AMsA/wDhAP8A8AD+AP0A/QD/AP0A/wD9AP8A/QD/APwA/wD5AP8A+QD/AP8NHQD/CxoA&#10;/wQZAP8AGgD/AB8A/wAqAP8ANwD/AEUA/wBRAP8AXgD/AGgA/wByAP8AegD/AIIA/wCJAP8AkAD/&#10;AJYA/wCcAP4AogD8AKkA+wCwAPkAuQD4AMYA9gDZAPUA6wD0APkA8wD/APIA/wDzAP8A8wD/APMA&#10;/wDzAP8A8wD/AP8QGQD/DhUA/wgUAP8AFAD/ABkA/wAlAP8AMgD/AEAA/wBMAP8AWQD/AGMA/gBt&#10;APwAdQD6AH0A+QCEAPcAiwD2AJEA9ACXAPMAngDyAKQA8ACsAO4AtADtAMAA6wDPAOkA5gDoAPUA&#10;5gD/AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AP8SFAD/EBAA/wwPAP8DEAD/ABUA/wAgAP8ALAD/&#10;ADoA/wBHAPoAUwD3AF4A9ABnAPEAcADvAHgA7QB/AOsAhgDqAIwA6ACTAOcAmQDlAKAA4wCnAOEA&#10;sADfALoA3QDJANsA4ADYAPAA1wD+ANUA/wDUAP8A0wD/ANMA/wDTAP8A0wD/AP8VEAD/EgwA/w4J&#10;AP8LDAD/CRIA/wMaAP8AJgD9ADMA9ABAAO8ATQDrAFgA6ABhAOUAagDiAHIA4AB6AN4AgADcAIcA&#10;2gCOANgAlQDUAJwA0gCjANAArADOALYAzADEAMoA2QDIAO0AxwD7AMUA/wDEAf8AwwH/AMQB/wDE&#10;Af8AxAH/AP8YCwD/FQUA/xAAAP8QBgD/Dw0A/wwUAPwHHwDxAysA5wA5AOIARgDeAVEA2gJbANUC&#10;ZADSA2wAzwN0AM0EewDLBIIAygSJAMgFkADGBZgAxAWgAMIGqQDBBrQAvwbBAL0I1QC7CewAuAv9&#10;ALYM/wC1Df8AtA3/ALQN/wC0Df8AtA3/AP8bBQD/GAAA/xcAAP8WAAD7EwYA+hAOAO4MFgDjCSIA&#10;2gkwANMKPgDOC0oAygxVAMcNXgDFDWcAwg5vAMEOdgC/Dn4AvQ+FALwPjQC6EJUAuBCdALcQpwC1&#10;EbIAsxHAALIR1QCuE+4AqxT+AKkV/wCnFf8ApxX/AKYU/wGmFP8BphT/Af8fAAD/HAAA+h4AAOse&#10;AADjHAAA3xUFAN4ODQDTDhgAyxEoAMUTNwDAFEQAvBZPALkXWQC3F2EAtBhpALMZcQCxGXgArxqA&#10;AK4aiACsG5AAqxuZAKkbowCnHK4Aphy8AKQdzwChHuoBnh78AZwf/wGbH/8Bmh//AZoe/wGZHv8B&#10;mR7/Af8iAAD/IQAA7CcAAOAqAADUKQAAzSQAAMocCADEGRIAvRwiALceMQCzID4AryFJAK0iUwCq&#10;I1wAqCRkAKYkbACkJHMAoyR6AKElggGgJYsBniWUAZ0lngGbJqoBmSa3AZgmyQKVJ+YCkif5ApAo&#10;/wKPKP8Cjif/Ao4n/wKOJ/8Cjif/Av8mAADyKQAA4zEAANI0AADINAAAwDAAALspAgC4Iw4AsSYc&#10;AKwoKwCoKjgApCtEAKEsTgCfLVcAnS1fAJstZwGZLW4BmC51AZYufQKULoYCky6QApEumgOPLqYD&#10;jS6zA4wuxQOKL+EEhy/2BIUv/wSEL/8DhC//A4Mv/wODL/8Dgy//A/spAADrMQAA2TgAAMk8AAC/&#10;PAAAtjkAALAyAACsLQsApy8XAKIxJgCeMzQAmjRAAJg1SgCVNVMAkzVbAZE1YgGPNWkCjTVxAow1&#10;eQOKNYIDiDWLBIY1lgSENaIFgjWvBYE1wAZ/NtwGfTb0Bns2/wV7Nv8Fejb/BHo2/wR6Nf8EejX/&#10;BPUtAADkNwAA0D8AAMJDAAC3RAAArUAAAKc6AACjNgYAnTcTAJk5IgCVOi8Akjw7AI88RgCMPE8B&#10;ijxXAYg8XgKGPGUChDxtA4I8dQSAPH0EfzyHBX08kgZ7O54HeTusB3c7vAh2PNUIdDzxCHM8/wdy&#10;PP8Gcjz/BXI8/wVyO/8Fcjv/BfEyAADePQAAyUQAALxIAACwSQAApkYAAJ9BAACbPQEAlT0QAJE/&#10;HQCNQSsAikI4AIdDQgCEQ0sBgkNTAYBDWwJ+QmIDfEJpBHpCcQV4QnoGdkGEB3RBjwhyQZsIcEGp&#10;CW9BuQptQdAKbEHuCWtC/whqQv8HakH/BmpB/wZqQf8FakH/Be03AADWQgAAxEkAALdNAACrTQAA&#10;oEoAAJhHAACTQgAAjkMNAIlFGgCGRigAg0c0AIBIPwB+SEgBe0hQAnlIVwJ3SF8DdUhmBHNHbgVx&#10;R3YGb0eAB21GjAlrRpgKaUamC2dGtgtmRswLZUbsC2RH/wlkRv8IZEb/B2RG/wZkRf8GZEX/Bug7&#10;AADQRgAAv00AALNRAAClUQAAmk4AAJJLAACNRwAAh0gLAINKFgB/SyQAfUwxAHpNPAB3TUUBdU1N&#10;AnNNVQJxTVwDb01jBG1MawVrTHMHaUt9CGZLiQlkS5YKYkukC2FLtAxfS8oMXkvqC15L/gpeS/8J&#10;Xkr/CF5K/wdeSv8HXkr/B+M/AADLSQAAvFEAALBVAAChVAAAllIAAI1QAACHTAAAgU0IAH1PEwB6&#10;UCEAd1EuAHRSOQByUkIBb1JLAW1SUgJrUVkDaVFhBGdRaAZlUHEHY1B7CGFQhgpfT5MLXU+hDFtP&#10;sg1ZT8cNWU/oDFhP/QtYT/8JWU//CFlO/wdZTv8HWU7/B99DAADHTQAAuFQAAKxZAACdVwAAkVUA&#10;AIhUAACBUAAAe1IEAHdTEQB0VB4AcVUrAG9WNgBsVkABalZIAWhWUAJmVlcDZFZeBGJVZgVgVW8H&#10;XVV4CFtUhApZVJELV1SgDFVTsA1UU8UNU1PmDFNT/AtTU/8JVFL/CFRS/whUUv8HVFL/B9pGAADD&#10;UAAAtVgAAKhbAACZWgAAjVgAAIRXAAB7VAAAdlYBAHFXDwBuWRsAbFooAGlaMwBnWz0BZVtFAWNb&#10;TQJhWlUDX1pcBF1aZAVbWWwGWFl2CFZZgglUWI8LUlieDFBYrg1PWMMNTljkDE5Y+wtPV/8JT1f/&#10;CE9W/whQVv8HUFb/B9NKAADAVAAAslwAAKNeAACVXQAAiVwAAH9bAAB2WQAAcFoAAGtcDQBoXRgA&#10;Zl4kAGRfMABiXzoAYF9DAV5fSwJcX1ICWl9aA1hfYQVVXmoGU150B1FdfwlPXY0KTV2cC0tdrAxK&#10;XcEMSV3jDElc+gpJW/8JSlv/CEpa/whKWv8HSlr/B85OAAC8WAAArmAAAJ9hAACRYAAAhV8AAHtf&#10;AABwXQAAal8AAGVhCgBiYhQAYGMhAF5kLQBcZDcAWmRAAVhkSAFWZFACVGRXA1JkXwRQZGcFTmNx&#10;BkxjfQhJYosJR2KaCkZiqgtEYr8LRGLhC0Rh+QpEYP8JRGD/CEVf/wdFX/8HRV//B8hSAAC4XAAA&#10;q2QAAJtkAACMYwAAgGMAAHZjAABqYgAAY2QAAF9mBgBbZxEAWWgdAFdpKQBWajMAVGo8AFJqRQFQ&#10;akwBTmpUAkxqXANKamUESGlvBUZpegdEaYgIQmiYCUBoqQo/aL0KPmjeCT5n9wk+Zv8IP2X/Bz9l&#10;/wc/ZP8HP2T/B8NXAACzYQAAp2kAAJZoAACHZwAAe2cAAHFnAABlaAAAXGoAAFhsAQBUbg4AUm8Y&#10;AFBvJABOcC4ATXA4AEtxQQBKcUkBSHFRAUZxWQJEcGIDQnBsBEBweAU+cIYGPG+VBzpvpgg4b7sI&#10;OG/bBzhu9gc4bf8HOGz/Bjlr/wY5av8GOWr/Br1cAACvZgAAom0AAJFsAACCawAAd2sAAGxsAABh&#10;bgAAV3AAAFBzAABMdQoASXYTAEd3HwBGdykARXgzAEN4PABCeEQAQXhNAT94VQE9eF4CO3hoAjl4&#10;dAM3eIIENXiTBTN3pAUyd7kFMXjXBTF29QUxdP8FMXP/BTFy/wUycv8FMnL/BbdjAACqbQAAnHEA&#10;AItwAAB9cAAAcnAAAGdxAABccwAAUXcAAEp6AABCfQMAP34OAD1/GAA8fyMAO4AtADqANgA5gT8A&#10;OIFIADaBUAA1gVoBM4FkATGBcAEvgX8CLYGPAyyBoQMqgbYDKYHSAyl/8wMpff8DKXz/Ayl7/wMp&#10;e/8DKXv/A7FqAACldAAAlXYAAIV1AAB4dQAAbXUAAGF3AABXegAATH4AAEOBAAA7hQAANYgJADKJ&#10;EQAxiRsAMIklAC+KLwAuijgALYtBACyLSgAqi1QAKYtfACiLawAmi3oBJIuLASOLngEii7MBIYzO&#10;ASGK8QEgiP8CIIb/AiCF/wIhhf8CIYX/AqtyAAChfAAAj3sAAIB6AABzegAAZnwAAFt/AABQggAA&#10;RoYAADyKAAA0jQAALJEAACaTDAAklBMAI5QcACKVJgAhlS8AIJU4AB+WQgAelkwAHZZYAByWZAAa&#10;l3QAGZeGABiXmQAXl64AFZfJABaV7gAWk/8BFpL/ARaR/wEWkP8BFpD/AaV7AACZgwAAiYEAAHuA&#10;AABsggAAX4QAAFSIAABJiwAAP5AAADWUAAAtlwAAJZoAAB2eAQAWoAwAFKESABShGwAToSUAEqEu&#10;ABGiOAARokMAEKJPAA+iXAAOo2sADaN9AA2jkgAMo6cACqLAAAui5gAMoP4ADZ//AA2e/wANnf8A&#10;DZ3/AJ6EAACSiQAAg4gAAHOIAABliwAAWI4AAEySAABBlwAAN5sAAC6eAAAkogAAHKUAABWoAAAP&#10;qwQACq4MAAetEgAGrRsABa0kAASuLgACrjkAAa5FAACuUgAArmEAAK5zAACuhwAArp0AAK60AACu&#10;1QAArfQAAK3/AACs/wAAq/8AAKv/AJaLAACMkAAAe5AAAGuSAABdlgAAUJoAAESfAAA5owAAL6cA&#10;ACWrAAAcrgAAFLEAAA60AAAJtwAAAbgJAAC4DgAAuRQAALkcAAC6JQAAui8AALs6AAC8RwAAvFYA&#10;ALxnAAC8ewAAvJEAALypAAC8xAAAvOsAALv+AAC7/wAAu/8AALv/AJCSAACDmAAAc5sAAGOfAABV&#10;owAAR6gAADutAAAwsQAAJbQAABu3AAASugAADL0AAAW/AAAAwwAAAMQCAADFCgAAxQ4AAMYUAADH&#10;GwAAyCQAAMouAADMOgAAzUkAAM1ZAADNbAAAzoMAAM6bAADNtQAAztoAAM72AADN/wAAzf8AAM3/&#10;AIaZAAB3oAAAaaYAAFqsAABMsgAAPrYAADC5AAAkvAAAGb8AABHCAAAKxQAAAskAAADMAAAA0AAA&#10;ANEAAADSAQAA0wgAANUNAADXEQAA2hgAANwhAADfLAAA4ToAAOJKAADjXQAA5HIAAOSLAADlpQAA&#10;5cAAAOXmAADl+AAA5f8AAOX/AHqhAABrqQAAXK8AAE22AAA/vAAAML8AACPDAAAXxwAAD8oAAAfO&#10;AAAA0QAAANYAAADcAAAA3wAAAOAAAADiAAAA5AAAAOYDAADoCQAA6Q4AAOwVAADuHgAA8SsAAPQ6&#10;AAD1TQAA9mEAAPd5AAD4kwAA+K0AAPnGAAD55AAA+fMAAPnzAG2qAABesgAAT7oAAEDBAAAxxQAA&#10;IskAABbOAAAN0gAABNgAAADdAAAA4QAAAOQAAADoAAAA6wAAAO0AAADvAAAA8QAAAPMAAAD2AAAA&#10;+AMAAPoLAAD9EQAA/xsAAP8pAAD/OwAA/08AAP9mAAD/fwAA/5kAAP+vAAD/wwAA/9YAAP/WAP8E&#10;HAD/ABkA/wAZAP8AHAD/ACIA/wArAP8AOAD/AEYA/wBTAP8AXgD/AGkA/wByAP8AegD/AIIA/wCJ&#10;AP8AjwD/AJUA/wCbAP8AoQD/AKgA/wCvAP8AuQD/AMUA/wDZAP4A7AD9APsA+wD/APsA/wD7AP8A&#10;+gD/APQA/wDwAP8A8AD/AP8HGAD/ARUA/wAUAP8AFgD/ABsA/wAmAP8ANAD/AEIA/wBOAP8AWgD/&#10;AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD9AJAA/ACWAPoAnQD5AKMA+ACrAPcAtAD1AL8A9ADOAPMA&#10;5gDxAPYA8AD/AO8A/wDvAP8A7gD/AO4A/wDqAP8A6gD/AP8LFAD/BhEA/wAQAP8AEAD/ABYA/wAi&#10;AP8ALgD/ADwA/wBJAP8AVAD+AF8A+wBoAPkAcAD3AHgA9QB/APMAhQDyAIsA8ACSAO8AmADtAJ8A&#10;7ACmAOoArgDoALkA5wDHAOUA3gDjAPAA4gD+AOAA/wDgAP8A4QD/AOEA/wDhAP8A4QD/AP8NEAD/&#10;CQ0A/wEMAP8ADAD/ABIA/wAcAP8AKAD8ADYA+QBDAPYATgDyAFkA7wBiAOwAawDqAHIA6AB5AOYA&#10;gADkAIYA4gCMAOEAkwDfAJoA3QChANsAqgDYALQA1QDAANIA0wDQAOoAzgD6AM0A/wDNAP8AzQD/&#10;AMwA/wDMAP8AzAD/AP8QDAD/DAcA/wMCAP8ACAD/AA4A/wAWAPYAIgDwAC8A7AA8AOkASADlAFMA&#10;4QBcAN4AZQDbAGwA1wBzANQAegDSAIAA0ACHAM4AjgDMAJUAygCdAMgApQDGAK8AxAC7AMIAywDA&#10;AOUAvgD1AL0A/wC8AP8AvAD/ALwA/wC8AP8AvAD/AP8RBQD/DgAA/woAAP8IAQD/BAoA+AAQAOkA&#10;GgDjACgA3gA1ANkAQQDTAEwAzwBWAMsAXwDJAGYAxgBuAMQAdADCAHsAwQCCAL8AiQC9AJAAvACY&#10;ALoAoQC4AKsAtgC3ALQAxwCyAOAAsQHyAK8C/wCuA/8ArQT/AK0E/wCtBP8ArQT/AP8UAAD/EAAA&#10;/w8AAPINAADqCgAA6QMJAN0AEgDUAB8AzQEtAMgCOgDEA0UAwANQAL0EWQC7BWEAuQVoALcGbwC1&#10;BnYAtAd9ALIHhACxCIwArwiVAK0JngCrCagAqgq1AKgKxQCmC98ApA30AKIO/wCgDv8Anw7/AJ8O&#10;/wCfDv8Anw7/AP8XAAD/EwAA7xgAAOQZAADbFgAA0hACAM8JCwDICBYAwQokALwMMgC3DT4AtA5J&#10;ALEOUwCvEFsArRBjAKsQagCpEXEAqBF4AKYRgAClEYgAoxKRAKESmwCgE6YAnhOzAJwTwwCbFN4A&#10;lxb0AJUW/wCUF/8Akxf/AJIX/wCSFv8Akhb/AP8aAAD0HQAA5SMAANUlAADKJAAAwh0AAL4WBAC7&#10;EBAAtBMdAK8VKwCrFjgApxhDAKUZTQCiGVYAoBpdAJ4bZQCdG2wAmxxzAJocewCYHIMAlx2NAJUd&#10;lwCTHqIAkh6vAJAevwCPH9gAjCDxAYkg/wGIIP8BhyD/AYcg/wGGIP8BhiD/AfoeAADrJgAA2i0A&#10;AMowAAC+LgAAtSgAALAiAACuGwwAqB0XAKMfJgCfITMAnCI+AJkjSACXJFEAlSRZAJMlYACSJWcA&#10;kCZuAI4mdgCNJn8AiyaIAYonkwGIJ54BhierAYQnuwGDKNEBgCjuAX4p/wF9Kf8BfCj/AXwo/wF8&#10;KP8BfCj/AfUkAADjLgAAzzUAAME4AAC0NgAAqzEAAKUsAACiJgYAniYTAJkoIQCVKi4Akis5AI8s&#10;RACNLUwAiy1UAIkuXACHLmMAhi5qAYQucgGCLnoBgS+EAX8vjwJ9L5oCey+nAnovtwJ4L8wCdjDq&#10;AnUw/gJzMP8CczD/AnMv/wJzL/8Ccy//AvAqAADcNQAAxzsAALo/AACsPAAAojgAAJwzAACYLwAA&#10;lS4QAJAwHACMMikAiTM1AIY0PwCENUkAgjVRAIA1WAB+NV8BfTVmAXs2bgF5NXYCeDWAAnY1iwN0&#10;NZcDcjakA3A2tARvNsgEbTbnBGw2/ANrNv8Dazb/Amo2/wJqNf8CajX/AuowAADTOgAAwkEAALND&#10;AAClQQAAmz4AAJU6AACQNgAAjDUNAIg3GACEOCUAgToxAH87PAB8O0UAejxNAHg8VQF3PFwBdTxj&#10;AXM8agJxPHMCcDx8A247hwNsO5QEajuhBGg7sQVnPMUFZTzlBWQ8+gRkPP8DYzv/A2M7/wNjO/8C&#10;Yzv/AuU1AADNPwAAvUYAAK5HAACfRQAAlUMAAI5AAACJPAAAhDwKAIA9FAB9PiIAej8uAHhAOAB1&#10;QUIAc0FKAHJBUQFwQVkBbkFgAmxBZwJqQXADaEF5A2dBhARlQZEFY0GfBWFBrgZgQcIGXkHiBl5B&#10;+QVdQf8EXUD/A11A/wNdQP8DXUD/A985AADIQwAAuUoAAKlLAACbSQAAkEcAAIhEAACDQQAAfkEG&#10;AHpCEQB2Qx4AdEUqAHFFNQBvRj8AbUZHAGtGTwFqRlYBaEZdAmZGZQJkRm0DYkZ2BGBGggReRo4F&#10;XEWcBltFrAZZRr8HWEbfBlhG9wVXRf8EV0X/BFdE/wNYRP8DWET/A9o9AADERwAAtU4AAKROAACW&#10;TAAAi0sAAINJAAB9RQAAeEYCAHRHEABwSBsAbkknAGtKMgBqSzwAaEtEAGZLTAFkS1MBYktaAmBL&#10;YgJfS2oDXUt0BFtKfwVZSowFV0qaBlVKqgdUSr0HU0rcB1JK9gZSSv8FUkn/BFJJ/wNSSP8DU0j/&#10;A9RBAADASwAAslEAAKBQAACSTwAAh04AAH5MAAB4SAAAckoAAG5LDQBrTRgAaE4kAGZOLwBkTzkA&#10;Yk9CAGFQSQFfUFEBXVBYAltPYAJZT2gDV09yBFVPfQVTT4oFUk6YBlBOqAdOTrsHTU7ZB01O9QZN&#10;Tv8FTU3/BE1N/wROTP8DTkz/A85EAAC8TgAArlQAAJxTAACOUgAAg1EAAHpQAAByTQAAbE8AAGhQ&#10;CwBlURUAY1IhAGFTLABfUzYAXVQ/AFtURwBaVE4BWFRWAVZUXQJUVGYDUlNvA1BTewROU4gFTFOX&#10;BktTpwdJU7oHSFPVB0hS8wZIUv8FSFH/BElR/wRJUP8DSVD/A8pIAAC5UgAAqlcAAJhWAACKVQAA&#10;f1QAAHZTAABsUQAAZ1MAAGJUCABfVhIAXVceAFtXKQBZWDMAWFg8AFZZRABVWUwBU1lTAVFZWwJP&#10;WGQCTVhtA0tYeARJWIYFR1eVBkVXpQZEV7gGQ1jSBkNX8gZDVv8FQ1X/BERV/wREVP8DRFT/A8ZM&#10;AAC1VgAApVoAAJRZAACGWAAAe1gAAHFXAABmVgAAYVgAAF1ZBABZWhAAV1sbAFVcJgBTXTAAUl05&#10;AFFeQQBPXkkATV5RAUxeWAFKXmECSF1rA0ZddgNEXYMEQl2SBUBdowY/XbYGPl3QBj1c8QU+W/8E&#10;Plr/BD5a/wM+Wf8DP1n/A8FQAACxWgAAoV0AAJBcAACCWwAAdlsAAG1bAABhWwAAW10AAFZeAABS&#10;YA0AUGEXAE5iIgBNYiwATGM1AEpjPgBJY0YAR2NOAEZjVgFEY14BQmNoAkBjcwM+Y4EDPGOQBDpi&#10;oQQ5YrQFOGPNBThi7wQ4Yf8EOGD/Azhf/wM5Xv8DOV7/A7xVAACtXwAAnGAAAItfAAB9XwAAcl8A&#10;AGhfAABdYAAAVWIAAE9kAABLZgoASWcSAEdoHQBFaCcARGkxAENpOQBCakIAQGpKAD9qUgA9alsB&#10;PGplATpqcAI4an4CNmmNAzRpnwMzabIDMWnLAzFo7QMxZ/8DMWb/AzJl/wMyZP8DMmT/A7dbAACp&#10;ZAAAlmQAAIZjAAB4YwAAbWMAAGRkAABZZQAAUGgAAElrAABDbQQAQG4OAD5vGAA9byIAPHArADpw&#10;NAA5cT0AOHFFADdxTgA2cVcANHFhATJxbQExcXoBL3GKAi1xnAIrca8CKnHIAipw6wIqb/8CKm3/&#10;Aips/wIrbP8CK2z/ArFhAACkaQAAkGgAAIBnAAB0ZwAAaWcAAF9oAABVawAAS24AAENxAAA8dAAA&#10;N3YKADR3EgAzeBwAMnglADF5LgAweTcAL3k/AC55SAAselIAK3pcACp6aAAoenYAJnqHASV6mQEj&#10;eqwBInrFASJ56QEid/8BInb/ASJ1/wIidP8CI3T/AqxoAACdbgAAim0AAHtsAABvbAAAZWwAAFpu&#10;AABQcQAARXUAAD14AAA2fAAALn8CACmBDQAnghQAJoIeACWCJwAkgi8AI4M4ACKDQgAhg0sAIIRW&#10;AB+EYgAehHEAHISCABuElQAahKkAGITBABiD5gAYgf0AGYD/ARl//wEZfv8BGX7/AaZwAACVcwAA&#10;hHIAAHZxAABrcQAAXnMAAFR2AABJeQAAP30AADeBAAAvhAAAJ4gAACCLBQAbjQ4AGo0VABmNHgAY&#10;jicAF44wABaOOQAVjkMAFI9PABOPWwASj2oAEY97ABCPjwAPj6QADo+7AA2P4AAOjfoAD4v/ABCK&#10;/wAQif8AEIn/AKF6AACOeQAAfncAAHJ3AABkeAAAWHsAAE1+AABCggAAOYYAAC+KAAAnjgAAIJEA&#10;ABiVAAASmAUADpoOAA2aFAAMmh0AC5omAAuaMAAKmjsACZpGAAiaUwAGm2EABZpyAASahgACmpsA&#10;AJqxAAGZzwACmfAAApj/AASX/wAFlv8ABZb/AJmBAACHfwAAen4AAGt+AABdgQAAUIUAAEWJAAA7&#10;jQAAMZIAACiWAAAfmQAAGJ0AABGgAAAMowIABqUKAAGlEAAApRYAAKYfAACmKAAApjIAAKc9AACn&#10;SgAAp1gAAKdoAACnfAAAp5EAAKaoAACmwwAApekAAKX8AACl/wAApP8AAKT/AJGHAACChgAAcoYA&#10;AGOIAABVjAAASZEAAD2WAAAymgAAKJ4AAB+iAAAXpgAAEKkAAAusAAAErwAAALEGAACxDAAAshEA&#10;ALIXAACzHwAAsygAALQyAAC1PwAAtU0AALVdAAC1cAAAtYYAALWdAAC1tgAAtdwAALT3AAC0/wAA&#10;tP8AALT/AIuPAAB6jgAAapEAAFuVAABNmgAAQJ8AADWkAAAqqAAAIKwAABawAAAPtAAACbcAAAG5&#10;AAAAvQAAAL4AAAC+BgAAvwwAAMAQAADBFgAAwh0AAMMnAADFMgAAxkAAAMZRAADHYwAAx3gAAMeR&#10;AADHqQAAx8cAAMfsAADH/gAAx/8AAMf/AIOXAABxmgAAYZ4AAFKjAABFqQAAOK4AACyzAAAgtwAA&#10;FroAAA69AAAGwAAAAMMAAADHAAAAyQAAAMoAAADMAAAAzQMAAM4JAADQDgAA0hMAANQbAADYJQAA&#10;2zIAAN1CAADdVAAA3mkAAN6BAADenAAA37UAAN/ZAADf8wAA3/8AAN//AHefAABopgAAWa0AAEqz&#10;AAA7uAAALbsAAB+/AAAUwgAADMYAAAPJAAAAzAAAANAAAADVAAAA2QAAANoAAADcAAAA3gAAAOAA&#10;AADiBQAA5AsAAOcQAADqGAAA7SQAAPAyAADxRAAA8lgAAPNvAAD0igAA9KQAAPS/AAD03wAA9PMA&#10;APT0AGqoAABbrwAATLcAAD29AAAtwQAAH8YAABPKAAALzgAAANIAAADXAAAA3AAAAOAAAADlAAAA&#10;5wAAAOkAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYHAAD5DgAA/BYAAP8iAAD/MwAA/0cAAP9dAAD/&#10;dgAA/5EAAP+pAAD/vgAA/9gAAP/bAP8AGAD/ABYA/wAVAP8AGAD/AB4A/wAnAP8ANgD/AEMA/wBP&#10;AP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD/AJAA/wCWAP8AnAD/AKMA/wCrAP8AtAD+AL8A&#10;/QDPAPsA5wD6APgA+QD/APkA/wD5AP8A9QD/AO4A/wDpAP8A5wD/AP8AFAD/ABEA/wARAP8AEgD/&#10;ABcA/wAjAP8AMQD/AD4A/wBKAP8AVgD/AGAA/wBoAP8AcAD/AHgA/QB+APwAhQD6AIsA+QCRAPgA&#10;mAD3AJ4A9QCmAPQArgDyALkA8QDHAO8A4ADuAPIA7AD/AOwA/wDsAP8A6wD/AOUA/wDgAP8A3gD/&#10;AP8DEAD/AA4A/wANAP8ADQD/ABMA/wAeAP8AKwD/ADgA/wBFAP4AUAD7AFoA+ABjAPUAawDzAHIA&#10;8QB5AO8AfwDuAIYA7ACMAOoAkgDpAJkA5wCgAOYAqQDkALMA4QDAAOAA0wDeAOsA3AD7ANsA/wDa&#10;AP8A2gD/ANkA/wDUAP8A0gD/AP8HDQD/AAkA/wAGAP8ACQD/AA8A/wAYAPsAJQD4ADIA9QA/APIA&#10;SgDtAFQA6gBdAOcAZQDkAGwA4gBzAOAAegDeAIAA3ACGANoAjQDXAJQA1ACbANIApADPAK0AzQC5&#10;AMsAyQDJAOQAyAD2AMYA/wDFAP8AxgD/AMcA/wDHAP8AxwD/AP8KBgD/AQAA/wAAAP8ABAD/AAsA&#10;9AASAO8AHwDqACwA5QA4AOIAQwDdAE4A2QBXANQAXwDRAGcAzgBtAMwAdADKAHoAyACAAMYAhwDF&#10;AI4AwwCWAMEAngC/AKgAvQCzALoAwgC5ANsAtwDwALUA/wC2AP8AtQD/ALUA/wC1AP8AtQD/AP8M&#10;AAD/BAAA/wAAAP4AAAD2AAMA6AANAOAAFwDZACQA0QAxAM0APADKAEcAxgBRAMMAWQDAAGAAvgBn&#10;ALwAbgC6AHQAuQB7ALcAggC1AIkAswCRALIAmgCwAKQArgCvAKwAvQCqANAAqADrAKcA+wCmAP8A&#10;pgD/AKUA/wClAP8ApQD/AP8NAAD/BwAA9AkAAOoJAADiBAAA2gAHAM8AEQDIABwAwgApAL4ANQC7&#10;AEAAtwBKALQAUwCyAFsAsABiAK4AaACsAG8AqwB1AKkAfQCoAIQApgCNAKQAlgCjAKAAoQCrAJ8B&#10;uQCdA8wAnAToAJoG+QCZB/8AmAj/AJcI/wCXCP8Alwj/AP8QAAD3EAAA6BQAANwVAADOEQAAxg0A&#10;AMIECwC8ABQAtwEhALIDLgCuBToAqwZEAKgITQCmCFUApAlcAKIKYwCgCmoAnwtxAJ0LeACcC4AA&#10;mgyJAJkMkwCXDJ4AlQ2qAJQNuACSDcwAkA7qAI4Q/ACMEP8AixD/AIsQ/wCLEP8AihD/APsTAADt&#10;GgAA3SAAAMwhAAC/HQAAtxcAALMRAACyCw0Aqw0ZAKcOJgCjDzMAnxA+AJ0RRwCaEVAAmBJXAJYS&#10;XgCVE2UAkxNsAJITcwCQFHwAjxSFAI0VjwCLFZoAihWnAIgWtQCGFskAhBfnAIIY+wCAGf8Afxn/&#10;AH8Z/wB/GP8Afxj/APUaAADkIwAAzykAAMAqAACzJgAAqiIAAKUcAACkFQgAoBQTAJsWIQCXGC0A&#10;lBk4AJEaQgCPG0sAjRxSAIscWQCJHWAAiB1nAIYebwCFHncAgx+AAIIfiwCAH5cAfiCjAH0gsgB7&#10;IMUAeSHkAHci+QB2Iv8AdSL/AHQh/wB0If8AdCH/AO8hAADbKwAAxzEAALYxAACpLgAAoCoAAJsm&#10;AACYIQEAlR4QAJAgGwCNISgAiSMzAIckPQCFJEYAgyVOAIEmVQB/JlwAfiZjAHwnawB7J3MAeSd8&#10;AHgohwB2KJMAdCigAXIorwFxKcEBbyngAW0p9wFsKf8Bayn/AWsp/wFrKP8Bayj/AegoAADQMgAA&#10;wDgAAK43AAChNQAAmDIAAJItAACOKQAAiycMAIcoFwCDKiMAgCsvAH4sOQB8LEIAei1KAHguUQB3&#10;LlgAdS5gAHMvZwByL28AcC95AW8vgwFtL5ABay+dAWkvrAFoML4BZzDbAWUw9QFkMP8BYzD/AWMv&#10;/wFjL/8BYy//AeIuAADKOAAAuj0AAKg8AACaOgAAkTcAAIozAACGMAAAgy4JAH8vEwB7MB8AeDIr&#10;AHYzNQB0Mz4AcjRGAHA0TgBvNVUAbTVcAGw1ZABqNWwBaDV1AWc1gAFlNYwBYzWaAmE2qQJgNrsC&#10;XzbWAl028wJdNv8CXDb/AVw1/wFcNf8BXDT/AdwzAADFPAAAtEEAAKJAAACVPgAAizwAAIQ5AAB/&#10;NgAAezQEAHc1EAB0NxwAcTgnAG85MgBtOTsAazpDAGo6SwBoO1IAZztZAGU7YQFjO2kBYjtyAWA7&#10;fQFeO4oCXDuXAls7pwJZO7gDWDv/4v/iSUNDX1BST0ZJTEUABgnSA1c78QJWO/8CVjv/AlY6/wFW&#10;Ov8BVjn/AdQ3AADAQQAAr0QAAJ1DAACQQgAAhUAAAH4+AAB5OwAAdDoAAHE6DgBtPBgAaz0kAGk+&#10;LwBnPzgAZT9AAGRASABiQE8AYUBXAF9AXgFdQGYBXEBvAVpAegJYQIcCVkCVAlRApANTQLYDUkDP&#10;A1FA7wNQQP8CUD//AlA//wJRPv8BUT7/Ac87AAC9RQAAqkcAAJlGAACLRQAAgUQAAHlCAAB0PgAA&#10;bz8AAGtADABnQRUAZUIhAGNDKwBhQzUAX0Q+AF5ERQBdRU0AW0VUAFlFXAFYRWQBVkVtAVRFeAJS&#10;RYUCUUSTA09EowNNRbQDTEXMA0tF7QNLRP8CS0T/AktD/wJMQv8CTEL/Aso/AAC5SAAApkoAAJVJ&#10;AACHSAAAfUcAAHVFAABuQgAAaUMAAGVECQBiRRMAX0YeAF1HKABcSDIAWkg7AFlJQwBXSUoAVklS&#10;AFRJWQFTSWEBUUlrAU9JdgJNSYICS0mRA0pJoQNISbMDR0nKA0ZJ7ANGSP8CRkj/AkdH/wJHRv8C&#10;R0b/AsZDAAC2TAAAokwAAJFMAACESwAAeUoAAHBJAABpRgAAZEcAAF9JBgBcShAAWksbAFhMJQBW&#10;TC8AVU04AFNNQABSTUgAUU5PAE9OVwBOTl8BTE5pAUpOcwJITYACRk2PA0VNnwNDTbEDQk3IA0FN&#10;6gNBTP8CQUz/AkJL/wJCSv8CQkr/AsJHAACzTwAAnk8AAI1OAACATgAAdU0AAGxMAABjSgAAXkwA&#10;AFpNAgBWTg4AVE8YAFJQIgBRUSwAT1E1AE5SPQBNUkUATFJNAEpSVABJUl0BR1JmAUVScQFDUn4C&#10;QVKNAj9SnQM+Uq8DPVLGAzxS6QI8Uf4CPFD/Aj1P/wI9T/8CPU7/Ar5LAACuUwAAmlIAAIlRAAB8&#10;UQAAcVAAAGhQAABeTgAAWFEAAFRSAABRUwwATlQUAExVHwBLVikASVYyAEhWOgBHV0IARldKAERX&#10;UgBDV1oAQVdkAUBXbgE+V3sCPFeLAjpXmwI4V60CN1fEAjdX5wI3Vv0CN1X/AjdU/wI3U/8COFP/&#10;ArpPAACpVgAAlVUAAIVUAAB4VAAAbVQAAGRUAABYVAAAUlYAAE5XAABKWQkAR1oRAEZaGwBEWyUA&#10;Q1suAEJcNgBBXD4AP1xGAD5dTwA9XVcAO11hADpdbAE4XXkBNl2IATRdmQIzXasCMV3CAjFc5QIx&#10;W/wCMVr/AjFZ/wIyWf8BMlj/AbZUAACkWQAAkFgAAIBYAABzVwAAaVcAAGBYAABUWQAATlsAAEhd&#10;AABDXwQAQGAOAD5hFwA9YSAAO2IpADpiMgA5YjoAOGNCADdjSwA2Y1QANGNdADNjaAAxY3YBL2OF&#10;AS5jlgEsY6kBK2O/ASpj4wEqYvsBKmD/AStf/wErX/8BK17/AbFZAACeXAAAi1wAAHtbAABvWwAA&#10;ZVsAAFxcAABRXgAASWAAAENiAAA8ZQAAOGcKADVoEgA0aBsAM2kkADJpLQAxaTUAL2o9AC5qRgAt&#10;ak8ALGpZACtrZQApa3IAKGuCACZrkwAka6cAI2u9ACJq4AAjafkBI2f/ASNm/wEjZv8BJGX/Aaxg&#10;AACYYAAAhWAAAHZfAABqXwAAYWAAAFdgAABNYwAARGYAAD1oAAA2awAAMG4EACxwDgAqcRUAKXEe&#10;AChxJgAnci8AJnI3ACVyQAAkckoAInJUACFzYAAgc20AHnN9AB1zkAAbc6MAGnO5ABlz3AAacfcA&#10;GnD/ABtv/wAbbv8BG23/AaZmAACRZQAAf2QAAHFkAABmZAAAXWQAAFJmAABIaQAAP2wAADdvAAAw&#10;cwAAKXYAACJ5CAAfexAAHnsXABx7HwAbeygAGnswABl8OQAYfEMAF3xOABZ8WgAVfGcAFH14ABJ9&#10;iwARfZ8AEH21AA991QAQe/UAEXn/ABF4/wASd/8AEnf/AJ5rAACKagAAemkAAG1pAABiaQAAV2oA&#10;AExtAABDcAAAOXQAADF4AAApewAAIn8AABuCAAAUhQkAEYYQABGGFwAQhx8AEIcoAA6HMQAOhzsA&#10;DYdGAAyHUwALh2EACodxAAmHhAAHh5gABoauAAWGyQAGhewAB4T/AAiD/wAJgv8ACYL/AJVxAACD&#10;bwAAdG4AAGluAABcbwAAUHIAAEZ1AAA8eQAAMn0AACqBAAAihQAAG4kAABSMAAAPjwMACpILAAaS&#10;EQAEkhgAApIgAAGSKQAAkjMAAJM+AACTSwAAk1kAAJNpAACTewAAkpAAAJKmAACRvwAAkeUAAJD6&#10;AACP/wAAj/8AAI//AI13AAB9dQAAcHQAAGJ1AABVeAAASXwAAD+AAAA0hAAAK4kAACKNAAAakQAA&#10;E5QAAA6XAAAJmwAAAZ0IAACdDgAAnRMAAJ4aAACeIgAAnysAAJ81AACgQgAAoFAAAKBfAACgcQAA&#10;oIcAAJ+dAACftQAAntoAAJ32AACd/wAAnP8AAJz/AIZ9AAB4fAAAaXwAAFt/AABOgwAAQYgAADaM&#10;AAAskQAAI5YAABqaAAASngAADaEAAAakAAAApwAAAKkDAACpCgAAqg4AAKsTAACsGQAArSIAAK4r&#10;AACvNwAAr0UAAK9UAACvZgAAr3sAAK6UAACuqwAArskAAK7vAACt/wAArf8AAK3/AIGEAABxhAAA&#10;YYcAAFOLAABGkAAAOZYAAC6bAAAjoAAAGqQAABKoAAAMrAAABK8AAACyAAAAtgAAALcAAAC3AgAA&#10;uAgAALkNAAC6EgAAuxgAAL0hAAC+KwAAwDgAAMBIAADAWgAAwW4AAMGGAADBoAAAwboAAMHjAADA&#10;+QAAwP8AAMD/AHmNAABokAAAWZQAAEuaAAA9oAAAMaUAACWrAAAarwAAEbMAAAu4AAACuwAAAL4A&#10;AADBAAAAxAAAAMUAAADGAAAAxwAAAMgFAADKCwAAzA8AAM4VAADQHwAA0ysAANU6AADVTAAA1mAA&#10;ANh3AADYkgAA2KwAANnJAADZ7AAA2fsAANj/AHCZAABgngAAUaQAAEOqAAA1sAAAKLYAABy6AAAR&#10;vgAACcEAAADFAAAAyAAAAMsAAADPAAAA0gAAANMAAADWAAAA2AAAANsAAADdAAAA3wcAAOINAADl&#10;EwAA6B0AAOwqAADtPAAA7VEAAO5nAADvgQAA75wAAPC3AADw0wAA8OwAAPD0AGemAABYrQAASbQA&#10;ADq6AAAqvgAAHMIAABDGAAAHygAAAM4AAADSAAAA1gAAANwAAADgAAAA4wAAAOQAAADmAAAA6AAA&#10;AOsAAADtAAAA7wAAAPICAAD1CgAA+BEAAPwcAAD/LAAA/z8AAP9VAAD/bgAA/4oAAP+kAAD/ugAA&#10;/9EAAP/hAP8AFAD/ABIA/wASAP8AFAD/ABkA/wAlAP8AMgD/AD8A/wBLAP8AVgD/AGAA/wBoAP8A&#10;cAD/AHgA/wB/AP8AhQD/AIsA/wCRAP8AmAD/AJ4A/gCmAP0ArgD8ALkA+gDIAPkA4gD4APQA9wD/&#10;APYA/wD2AP8A7wD/AOcA/wDiAP8A3gD/AP8AEQD/AA4A/wAOAP8ADwD/ABQA/wAgAP8ALQD/ADoA&#10;/wBGAP8AUQD/AFsA/wBjAP4AawD8AHMA+gB5APkAgAD3AIYA9gCMAPUAkgDzAJkA8gCgAPAAqQDu&#10;ALMA7QDBAOsA1gDqAO4A6QD+AOcA/wDnAP8A5QD/AN0A/wDVAP8A0QD/AP8ADQD/AAoA/wAIAP8A&#10;CQD/ABAA/wAbAP8AKAD/ADUA/wBAAPoASwD2AFUA8wBeAPEAZgDuAG0A7AB0AOsAegDpAIAA5wCG&#10;AOYAjQDkAJMA4gCbAOAAowDeAK0A3AC5ANoAygDXAOYA1AD4ANIA/wDSAP8A0gD/AM4A/wDJAP8A&#10;xgD/AP8ACAD/AAMA/wAAAP8AAwD/AA0A/AAWAPcAIgDzAC4A7wA6AOwARQDoAE8A5ABYAOEAYADe&#10;AGcA2wBtANkAdADVAHoA0wCAANEAhwDPAI4AzQCVAMsAngDJAKcAxwCzAMUAwgDDANwAwQDxAL8A&#10;/wC/AP8AvgD/AL4A/wC9AP8AuwD/AP8AAAD/AAAA/wAAAP8AAAD2AAgA7gARAOcAGwDhACcA3QAz&#10;ANkAPgDTAEkAzwBSAMsAWQDIAGEAxgBnAMQAbQDCAHMAwAB6AL8AgAC9AIgAuwCQALkAmAC4AKIA&#10;tQCtALMAuwCxAM4AsADqAK8A/ACtAP8ArQD/AK4A/wCuAP8ArgD/AP8CAAD/AAAA/QAAAPIAAADo&#10;AAAA3gAMANMAFQDMACEAyAAsAMQAOADBAEIAvQBLALoAUwC4AFoAtgBhALQAZwCyAG0AsAB0AK8A&#10;egCtAIIArACKAKoAkwCoAJ0ApgCoAKQAtQCiAMYAoQDjAJ8A9gCeAP8AngD/AJ4A/wCeAP8AngD/&#10;AP8GAAD7AAAA7gUAAOIEAADVAAAAywAGAMMADwC9ABkAuAAlALQAMQCxADsArgBFAKwATQCpAFUA&#10;pwBbAKUAYgCkAGgAogBuAKEAdQCfAHwAngCFAJwAjgCaAJgAmACkAJYAsACVAMEAkwDcAJIA8gCR&#10;AP8AkAD/AJAA/wCPAP8AjwD/AP0KAADwDgAA4REAAM4QAADCDQAAuwcAALcACgCxABIArAAeAKgA&#10;KQClADQAogA+AJ8ARwCdAE8AmwBWAJkBXACXAWMAlgJpAJQCcACTA3gAkQOAAJAEigCOBJUAjAWh&#10;AIoFrgCJBr4AhwjYAIYJ8ACECv8Agwv/AIML/wCDC/8Agwv/APYQAADmFwAA0hwAAMAaAACzFgAA&#10;rBIAAKgNAACmBw0AogUWAJ0HIgCZCS4Algo4AJQLQQCSDEoAkAxRAI4NWACMDV4Aiw1lAIkNbACI&#10;DnQAhg59AIUOhwCDDpMAgQ+fAIAQrQB+EL4AfRDbAHoR9AB4Ev8AdxL/AHcS/wB3Ev8AdxL/AO8X&#10;AADbIQAAxiQAALQjAACoIAAAoBwAAJsXAACZEQQAmA4QAJMQGwCPEScAjBIyAIkTPACHE0QAhRRM&#10;AIMUUwCBFVoAgBVgAH4WaAB9Fm8AexZ4AHkXgwB4F48AdhicAHQYqgBzGbsAchnUAG8a8QBuG/8A&#10;bRv/AG0a/wBtGv8AbRr/AOcgAADQKQAAvCsAAKsqAACeKAAAliQAAJAgAACNHAAAjBcMAIgYFgCE&#10;GiIAgRstAH4cNwB8HUAAeh1IAHkeTwB3HlUAdh9cAHQfYwBzH2sAcSB0AHAgfwBuIYsAbCGYAGsh&#10;pwBpIrgAaCLPAGYi7gBlI/8AZCP/AGQi/wBkIv8AZCH/AOAmAADILwAAtDEAAKMwAACWLgAAjSsA&#10;AIcoAACEJAAAgiAIAH4gEgB7Ih4AeCMpAHUkMwBzJTwAcSVDAHAmSwBuJlIAbSdZAGsnYABqJ2gA&#10;aShxAGcoewBlKIgAZCmVAGIppABgKbUAXynLAF4q7ABcKv8AXCn/AFwp/wBcKf8AXCj/ANgsAADD&#10;NQAArTUAAJ00AACQMwAAhjEAAIAtAAB8KwAAeSgDAHYnEAByKRoAcColAG0rLwBrLDgAaixAAGgt&#10;RwBnLU4AZS5VAGQuXQBjLmUAYS9uAF8veABeL4QAXC+SAFovoQFZL7IBWDDIAVYw6QFVMP4BVS//&#10;AFUv/wBVLv8AVS7/ANAxAAC9OgAAqDkAAJc4AACKNwAAgDYAAHoyAAB1MAAAci4AAG4uDQBrLxYA&#10;aTAhAGYxKwBkMjQAYzI9AGEzRABgM0sAXzRSAF00WgBcNGIAWjRrAFk1dQBXNYIAVTWQAVQ1nwFS&#10;NbABUTXGAVA15wFPNf0BTzX/AU80/wFPNP8BTzP/Acs2AAC4PQAAozwAAJI8AACFOwAAezoAAHQ3&#10;AABvNQAAbDMAAGg0CgBlNRMAYjYeAGA3KABeNzEAXTg6AFs4QQBaOUgAWTlQAFc5VwBWOl8AVDpo&#10;AFM6cwBROn8BTzqNAU46nQFMOq4BSzrDAUo65QFJOvwBSTn/AUk5/wFJOP8BSjj/Acc6AACzQAAA&#10;nj8AAI4/AACBPgAAdz0AAHA7AABqOAAAZjgAAGI5BwBfOhEAXDsbAFo7JQBZPC4AVz03AFY9PgBU&#10;PkYAUz5NAFI+VQBRPl0ATz9mAE0/cABMP30BSj+LAUg/mwFHP6wBRT/BAUQ/4wFEPvsBRD7/AUQ9&#10;/wFEPf8BRTz/AcM+AACvQwAAmkIAAIpCAAB9QQAAc0AAAGs/AABlPAAAYDwAAFw+BABZPg8AVz8Y&#10;AFVAIgBTQSsAUkE0AFBCPABPQkMATkJLAE1DUgBLQ1oASkNkAEhDbgBHQ3sBRUOJAUNDmQFCQ6sB&#10;QEPAAT9D4QE/Q/kBP0L/AT9B/wFAQf8BQED/Ab9BAACqRQAAlkUAAIZFAAB5RAAAb0QAAGdCAABg&#10;PwAAW0EAAFdCAABUQw0AUUQVAE9FHwBORSgATEYxAEtGOQBKR0EASUdIAEhHUABGR1gARUdhAENI&#10;bABCSHgBQEiHAT5IlwE8SKkBO0i+ATpI3wE6R/gBOkb/ATpF/wE7Rf8BO0T/AbtFAACmSAAAkkcA&#10;AIJHAAB2RwAAa0cAAGNGAABbQwAAVkUAAFJHAABOSAoATEkSAEpJHABISiUAR0ouAEZLNgBFSz4A&#10;Q0tGAEJMTQBBTFYAQExfAD5MagA8THYAO0yFATlMlQE3TKcBNky8ATVM3QE1S/cBNUv/ATVK/wE2&#10;Sf8BNkn/AbhJAACiSwAAjkoAAH5KAABySgAAaEoAAF9JAABVSAAAUEoAAExLAABJTAcARk0QAERO&#10;GQBCTyIAQU8rAEBQMwA/UDsAPlBDADxRSgA7UVMAOlFcADhRZwA3UXMANVGCADNRkwEyUaUBMFG6&#10;AS9R2gEvUPYBL0//ATBO/wEwTv8BME3/AbRNAACdTQAAik0AAHpNAABuTQAAZE0AAFtNAABRTQAA&#10;S08AAEZQAABCUgMAP1MNAD1UFQA8VB4AOlUnADlVLwA4VTcAN1Y/ADZWRwA1VlAAM1ZZADJXZAAw&#10;V3EAL1eAAC1XkQArV6MAKle4AClX1gApVvUAKVX/ACpU/wEqU/8BKlL/Aa9RAACYUQAAhVEAAHZQ&#10;AABqUAAAYFAAAFhRAABOUgAAR1MAAEFVAAA7WAAAOFkKADVaEQA0WhoAM1siADJbKwAxWzMAL1w7&#10;AC5cQwAtXEwALFxWACtdYAApXW0AKF18ACZdjgAkXaEAI121ACJd0gAiXPMAIlv/ACNa/wAjWf8A&#10;JFj/AKhVAACSVAAAgFQAAHFUAABmVAAAXFQAAFRVAABKVgAAQ1gAADxbAAA2XQAAMGAFAC1hDgAr&#10;YRUAKmIdACliJQAoYi4AJ2M2ACZjPgAlY0cAI2NRACJkXAAhZGkAH2R5AB5kigAcZJ4AG2SzABlk&#10;zgAaY/EAG2H/ABtg/wAcYP8AHF//AKFZAACMWAAAe1gAAG1YAABiWAAAWVgAAFBZAABHWwAAPl4A&#10;ADdgAAAxYwAAKmYAACRpCQAhahAAIGoXAB9qIAAeaygAHWswABxrOQAba0IAGmxMABlsWAAXbGUA&#10;Fmx0ABRshgATbJoAEmyvABFsygARa+8AEmn/ABNo/wATaP8AE2f/AJldAACFXQAAdVwAAGhcAABe&#10;XAAAVVwAAEteAABCYQAAOWQAADJnAAAragAAJG0AAB5wAQAXcwsAFXQRABR0GAATdCEAEnUpABF1&#10;MgARdTsAEHVGAA91UgAOdV8ADXVuAAx1gQALdZUACnWqAAh0wwAJdOcACnP9AAtx/wAMcf8ADHD/&#10;AJFiAAB/YQAAcGEAAGRhAABaYQAAT2IAAEVlAAA8aAAAM2wAACtvAAAkcgAAHXYAABd5AAARfAQA&#10;DX8MAAt/EgAKfxkACX8iAAh/KgAGfzQABX8/AAR/SwACf1gAAX9nAAB/eQAAf44AAH+jAAB+uwAA&#10;feAAAH33AAB8/wAAe/8AAHv/AIlnAAB4ZwAAa2YAAGFmAABUZwAASWkAAD9tAAA1cQAALHUAACR5&#10;AAAdfAAAFoAAABCDAAAMhgIABokKAAGJDwAAiRQAAIobAACKIwAAiywAAIs3AACLQwAAi1AAAItf&#10;AACLcQAAi4YAAIucAACKswAAidMAAIjzAACI/wAAh/8AAIf/AIJtAABzbAAAaGwAAFptAABObwAA&#10;QnMAADh3AAAuewAAJYAAAB2EAAAViAAAEIwAAAuPAAAEkgAAAJQGAACVDAAAlRAAAJYVAACXHAAA&#10;mCQAAJguAACZOQAAmUcAAJlWAACZaAAAmX0AAJmUAACYqwAAl8gAAJbuAACW/wAAlf8AAJX/AHt0&#10;AABvcwAAYXMAAFN2AABGegAAO38AADCEAAAmiAAAHY0AABSSAAAOlgAACZkAAAGcAAAAoAAAAKEA&#10;AACiBgAAogwAAKQQAAClFAAApRwAAKckAACoLwAAqD0AAKlMAACpXgAAqXIAAKiJAACoogAAqLwA&#10;AKflAACm+wAApv8AAKX/AHd7AABoewAAWX4AAEuCAAA+hwAAMo0AACeSAAAdlwAAFJwAAA6gAAAH&#10;pAAAAKgAAACrAAAArgAAAK8AAACwAAAAsQQAALMKAAC0DgAAtRMAALYbAAC4JAAAujEAALpAAAC6&#10;UgAAu2UAALt9AAC6lwAAurEAALrSAAC68wAAuf8AALn/AG+DAABfhgAAUYsAAEOQAAA2lwAAKp0A&#10;AB+iAAAVpwAADawAAAWwAAAAtAAAALcAAAC7AAAAvgAAAL8AAADAAAAAwQAAAMMBAADEBwAAxQ0A&#10;AMcRAADKGQAAzSQAAM4zAADPRAAA0FgAANBuAADRiAAA0KQAANDBAADR5gAA0fgAANH/AGePAABX&#10;lAAASZoAADuhAAAupwAAIa0AABazAAAOuAAABrwAAADAAAAAwwAAAMYAAADLAAAAzQAAAM4AAADQ&#10;AAAA0QAAANQAAADWAAAA2gIAANwJAADfDwAA4xcAAOYkAADnNgAA6EkAAOlfAADqeAAA65QAAOuv&#10;AADrzAAA7OgAAOz2AF+eAABQpAAAQqsAADSyAAAmuQAAGb4AAA7CAAAExQAAAMoAAADNAAAA0QAA&#10;ANgAAADbAAAA3wAAAOAAAADiAAAA5AAAAOYAAADpAAAA6wAAAO4AAADxBQAA9Q0AAPkWAAD8JQAA&#10;/TkAAP5PAAD/ZwAA/4IAAP+dAAD/tQAA/8sAAP/kAP8AEQD/AA8A/wAPAP8AEQD/ABYA/wAiAP8A&#10;LwD/ADsA/wBHAP8AUgD/AFsA/wBkAP8AbAD/AHMA/wB6AP8AgAD/AIYA/wCMAP4AkwD9AJkA+wCh&#10;APoAqQD4ALQA9wDCAPYA2gD1APEA9AD/APMA/wDzAP8A6QD/AOAA/wDYAP8A0wD/AP8ADgD/AAsA&#10;/wAKAP8ACwD/ABEA/wAdAP8AKgD/ADYA/wBBAP8ATAD/AFYA/gBfAPsAZgD5AG0A9wB0APUAegD0&#10;AIAA8gCGAPAAjQDvAJQA7QCbAOwApADqAK4A6QC6AOcAzQDlAOkA5AD7AOMA/wDiAP8A3gD/ANEA&#10;/wDMAP8AyAD/AP8ACQD/AAQA/wABAP8ABAD/AA4A/wAYAP8AJAD9ADAA+wA7APcARgDzAFAA7wBZ&#10;AOwAYADqAGcA5wBuAOYAdADkAHoA4gCAAOAAhwDeAI4A3ACVANoAngDWAKgA1ACzANEAwwDPAN8A&#10;zgD0AMwA/wDLAP8AywD/AMUA/wC/AP8AvAD/AP8AAgD/AAAA/wAAAP8AAAD9AAsA9wATAPEAHgDt&#10;ACoA6gA1AOcAQADiAEoA3QBSANkAWgDVAGEA0gBnANAAbQDOAHMAzAB6AMoAgADIAIcAxgCPAMQA&#10;mADCAKEAwACtAL4AuwC8ANAAugDtALkA/gC4AP8AuAD/ALcA/wCzAP8AsAD/AP8AAAD/AAAA/wAA&#10;APkAAADuAAUA5QAOAN4AGADYACMA0gAuAM8AOQDLAEMAxwBMAMQAVADBAFsAvwBhALwAZwC7AG0A&#10;uQBzALcAegC1AIEAtACJALIAkgCwAJsArwCnAKwAtACrAMYAqQDkAKcA+ACmAP8ApgD/AKUA/wCl&#10;AP8ApAD/AP8AAAD/AAAA9QAAAOoAAADeAAAA0AAKAMgAEgDCAB0AvgAoALsAMwC5AD0AtQBGALIA&#10;TQCwAFUArQBbAKwAYQCqAGcAqABtAKcAcwClAHoApACCAKIAjACgAJYAnwChAJ0ArgCbAL4AmQDY&#10;AJcA8QCWAP8AlgD/AJcA/wCXAP8AlwD/AP8AAAD1AAAA5wEAANQAAADJAAAAwAAEALgADgCzABYA&#10;rwAhAKsALACoADYApgA/AKMARwChAE8AnwBVAJ0AWwCbAGEAmgBnAJgAbgCXAHUAlQB9AJQAhgCS&#10;AJEAkACcAI4AqQCMALgAiwDNAIkA6wCIAP0AiAD/AIgA/wCIAP8AiAD/APkGAADpDAAA1A4AAMMM&#10;AAC3CQAAsAIAAKsACQCmABAAogAaAJ4AJQCbADAAmAA5AJYAQQCUAEkAkgBQAJAAVgCOAFwAjQBi&#10;AIsAaQCKAHAAiAB4AIcAgQCFAIwAhACYAIIApQCAALQAfgDIAH0B5wB8AvkAewP/AHsE/wB7BP8A&#10;ewT/APEOAADeFQAAxRUAALQUAACpEQAAoQ4AAJ4KAACbAwwAlwATAJMAHgCQASkAjQIzAIoDPACI&#10;BEMAhgVLAIUGUQCDBlcAggdeAIAHZAB/CGwAfQh0AHwIfgB6CYkAeAmWAHcKowB1CrMAcwvHAHIM&#10;5gBwDfsAcA3/AG8N/wBvDf8Abw3/AOgWAADQHgAAuR0AAKkcAACdGgAAlRYAAJATAACPDgMAjgoO&#10;AIkLFwCGDCMAgw0tAIANNgB+Dj4AfA5GAHsOTQB5D1MAeBBaAHYQYQB1EGgAcxBxAHERewBwEYcA&#10;bhGUAGwRogBrErIAaRLHAGgT5wBmE/0AZRT/AGUU/wBlE/8AZRP/AN8eAADGJAAAsCQAAKAjAACU&#10;IQAAix8AAIYbAACDFwAAghIIAH8REgB8Eh0AeRQoAHYUMQB0FToAchZBAHEWSABvF08AbhdWAGwX&#10;XQBrGGQAaRhtAGgZdwBmGYMAZBmQAGManwBhGq8AYBrEAF4b5ABdHPsAXBz/AFwb/wBcG/8AXBv/&#10;ANUlAAC9KgAAqCkAAJgpAACMKAAAgyUAAH0iAAB5HwAAeBsDAHYZDwByGhgAbxwjAG0dLQBrHTUA&#10;aR49AGgeRABmH0sAZR9SAGMgWQBiIGEAYSBpAF8hcwBdIX8AXCGNAFoinABZIqwAVyLAAFYj4QBV&#10;I/kAVCP/AFQi/wBUIv8AVCL/AM0rAAC2LgAAoi4AAJIuAACFLQAAfCsAAHYoAAByJgAAbyMAAG0h&#10;DABqIhUAZyMfAGUkKQBjJDEAYiU5AGAmQQBfJkgAXSZPAFwnVgBbJ10AWSdmAFgocABWKHwAVCiK&#10;AFMpmQBRKaoAUCm+AE8p3gBOKfcATSn/AE0p/wBNKP8ATij/AMgwAACwMgAAnDIAAIwyAACAMQAA&#10;djAAAHAtAABrKwAAaCkAAGYoCQBjKBEAYCkcAF4qJQBcKy4AWys2AFksPQBYLEQAVy1MAFUtUwBU&#10;LVsAUy1jAFEubgBQLnoATi6IAEwvlwBLL6gASS+7AEgv2wBIL/YARy//AEcu/wBHLf8ASC3/AMQ0&#10;AACrNQAAlzUAAIc1AAB7NQAAcjQAAGsyAABmLwAAYi4AAF8tBQBcLhAAWi8YAFgwIgBWMCsAVTEz&#10;AFMxOgBSMkIAUTJJAFAyUABOM1gATTNhAEszawBKM3cASDSFAEc0lQBFNKYAQzS5AEI01gBCNPQA&#10;QjT/AEIz/wBCMv8AQjL/AMA4AACnOAAAkzgAAIM4AAB3OAAAbTcAAGY2AABhMwAAXTIAAFkyAgBX&#10;Mw0AVDQVAFI1HwBRNSgATzYwAE42OABMNz8ASzdGAEo3TgBJOFYARzhfAEY4aQBEOHUAQziDAEE5&#10;kwBAOaQAPjm4AD050wA8OfMAPDj/AD03/wA9N/8APTb/ALs7AACiOwAAjzsAAH87AABzOwAAajoA&#10;AGI5AABdNwAAWDYAAFQ3AABROAsATzkTAE05HABLOiUASjotAEg7NQBHOzwARjxEAEU8SwBEPFMA&#10;QjxcAEE9ZwA/PXMAPj2BADw9kQA6PaMAOT22ADg90QA3PfIANzz/ADg7/wA4O/8AODr/ALY9AACe&#10;PgAAiz4AAHw+AABvPgAAZj0AAF49AABYOwAAUzoAAE87AABMPAgAST0RAEc+GQBGPyIARD8qAEM/&#10;MgBCQDoAQUBBAEBASQA+QVEAPUFaADxBZAA6QXAAOEF/ADdBjwA1QqEANEK0ADJCzgAyQfAAMkD/&#10;ADNA/wAzP/8AND7/ALFAAACaQAAAh0AAAHhBAABsQQAAYkAAAFtAAABUPwAATj8AAEpAAABGQQUA&#10;REIOAEJDFgBAQx8AP0QnAD5ELwA8RDcAO0U+ADpFRgA5RU4AOEZYADZGYgA1Rm4AM0Z8ADFGjQAw&#10;Rp8ALkazAC1GzAAtRu8ALUX/AC5E/wAuQ/8ALkP/AKxDAACWQwAAg0MAAHRDAABoQwAAX0MAAFdD&#10;AABQQwAASEMAAERFAABBRgEAPkcMADxIEwA6SBwAOUkkADhJLAA2STQANUo7ADRKQwAzSkwAMkpV&#10;ADBLXwAvS2sALUt6ACxLiwAqS50AKEuxACdLygAnS+0AJ0r/AChJ/wAoSP8AKUf/AKdGAACRRgAA&#10;f0YAAHBGAABlRgAAW0YAAFRGAABMRwAAREgAAD9KAAA7SwAAN0wJADVNEAAzThgAMk4gADFPKAAw&#10;TzAAL084AC5PQAAsUEgAK1BSACpQXAAoUGgAJ1B3ACVQiAAkUJsAIlCvACFQyAAgUOsAIU//ACJO&#10;/wAiTf8AI03/AKFJAACMSQAAekkAAGxKAABhSgAAWEoAAFBKAABJSwAAQEwAADtOAAA1UAAAMVIE&#10;AC1TDQAsVBQAKlQcAClVJAAoVSwAJ1UzACZVPAAlVkUAJFZOACJWWQAhVmUAH1Z0AB5WhQAcVpgA&#10;G1asABlWxQAZVukAGlX/ABtU/wAbU/8AHFL/AJtNAACGTQAAdU0AAGhNAABdTQAAVE0AAE1OAABF&#10;TwAAPFEAADZTAAAxVQAAK1gAACZaCQAjWxAAIlsXACFcHwAgXCcAH1wuAB1cNwAcXUAAG11KABpd&#10;VQAYXWEAF11wABVdgQAUXZUAE12qABFdwgARXecAElv+ABNa/wATWv8AFFn/AJRRAACAUQAAcFEA&#10;AGRRAABZUQAAUVEAAElSAABBUwAAOFYAADJZAAArWwAAJV4AAB9hAwAaYwwAGGQRABdkGQAWZCEA&#10;FWQpABRlMQATZToAEmVEABFlUAAQZV0AD2VrAA5lfQANZZEADGWlAApkvAAKZOAAC2P5AAxi/wAN&#10;Yf8ADWH/AI1VAAB6VQAAa1UAAF9VAABWVQAATlUAAERXAAA8WQAANFwAACxfAAAmYgAAH2UAABlo&#10;AAATawUAEG0NAA5uEgANbhoADG4iAAxuKwALbjQACm4+AAhuSgAHblcABm5lAARudgACbooAAG2f&#10;AABttgAAbNYAAGzzAAFr/wACav8AA2r/AIVaAAB0WgAAZloAAFxZAABTWQAASFoAAD9dAAA2YAAA&#10;LmMAACZnAAAfagAAGW0AABNxAAAOdAMACncKAAV3EAABdxUAAHccAAB3JAAAeC0AAHg3AAB4QwAA&#10;eFAAAHheAAB4bwAAeIQAAHiZAAB3sAAAds0AAHXwAAB1/wAAdP8AAHT/AH5fAABuXwAAYl4AAFle&#10;AABNXwAAQmIAADllAAAwaAAAJ2wAAB9wAAAYdAAAEncAAA17AAAIfgAAAoAIAACBDQAAgREAAIIX&#10;AACDHgAAgyYAAIQwAACEOwAAhEgAAIRXAACEaAAAhHwAAISTAACDqgAAgsUAAIHrAACB/gAAgP8A&#10;AID/AHdlAABpZAAAX2MAAFJkAABHZwAAPGsAADFvAAAocwAAIHcAABh8AAARfwAADIMAAAaHAAAA&#10;igAAAIwDAACMCQAAjQ4AAI4RAACPFwAAkB4AAJEnAACSMgAAkj8AAJJOAACSXwAAknMAAJKLAACR&#10;ogAAkbwAAJDlAACP/AAAjv8AAI7/AHFrAABmagAAWGsAAEttAAA/cQAANHYAACp7AAAggAAAF4UA&#10;ABCJAAALjQAABJEAAACVAAAAmAAAAJkAAACaAwAAmwgAAJwNAACeEQAAnxYAAKAeAACiKAAAojUA&#10;AKNEAACjVQAAo2kAAKKAAACimgAAobMAAKDYAACg9gAAn/8AAJ//AG5xAABfcgAAUXUAAER5AAA3&#10;fgAALIQAACGKAAAXjwAAEJQAAAqZAAABnQAAAKAAAACkAAAApwAAAKgAAACpAAAAqgAAAKwGAACt&#10;CwAArxAAALAVAACyHgAAtCkAALQ5AAC0SgAAtV0AALVzAAC1jgAAtagAALTGAACz7QAAsv8AALL/&#10;AGZ6AABXfQAASYIAADyHAAAvjgAAI5QAABiaAAAQnwAACaQAAACpAAAArQAAALAAAAC0AAAAtwAA&#10;ALgAAAC5AAAAuwAAALwAAAC+AgAAwAgAAMIOAADEFAAAxx4AAMgsAADJPQAAylAAAMpmAADKfwAA&#10;ypsAAMq4AADK3QAAyvUAAMr/AF6GAABPiwAAQZEAADOYAAAnnwAAG6UAABGrAAAJsAAAALUAAAC5&#10;AAAAvQAAAMEAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4AAADQAAAA0gAAANQFAADZDAAA3RIAAOEe&#10;AADiLgAA40IAAORXAADlbwAA5owAAOaoAADlxQAA5ecAAOb2AFaUAABImwAAOqIAACypAAAfsAAA&#10;E7YAAAu8AAAAwQAAAMUAAADJAAAAzQAAANIAAADWAAAA2gAAANsAAADeAAAA4AAAAOIAAADkAAAA&#10;5wAAAOkAAADtAAAA8AoAAPQRAAD4HwAA+TIAAPpIAAD7XwAA/HoAAP2XAAD9rwAA/ccAAP3kAP8A&#10;DgD/AA0A/wAMAP8ADgD/ABMA/wAeAP8AKgD/ADYA/wBCAP8ATQD/AFcA/wBfAP8AZwD/AG4A/wB0&#10;AP8AegD/AIEA/QCHAPwAjQD6AJQA+QCcAPcApQD1AK8A9AC8APMAzwDxAOwA8AD+AO8A/wDvAP8A&#10;4wD/ANcA/wDOAP8AygD/AP8ACgD/AAYA/wAEAP8ACAD/ABAA/wAZAP8AJQD/ADEA/wA9AP8ARwD+&#10;AFEA+wBZAPkAYQD2AGgA9ABuAPMAdADxAHoA7wCBAO4AhwDsAI4A6gCWAOgAnwDmAKkA4wC1AOIA&#10;xgDgAOMA3wD4AN0A/wDdAP8A1AD/AMkA/wDCAP8AvgD/AP8AAwD/AAAA/wAAAP8AAQD/AA0A/wAU&#10;AP0AIAD6ACsA9wA2APMAQQDvAEsA7ABUAOgAWwDmAGIA4wBoAOEAbgDfAHQA3AB6ANoAgQDYAIgA&#10;1ACQANIAmADPAKIAzQCuAMsAvADJANMAxwDwAMYA/wDEAP8AxAD/ALsA/wC2AP8AswD/AP8AAAD/&#10;AAAA/wAAAP8AAAD3AAgA8AAQAOsAGgDnACUA5AAwAOEAOwDcAEUA1QBNANEAVQDOAFsAywBiAMkA&#10;ZwDHAG0AxQBzAMMAegDBAIEAvwCJAL0AkgC7AJwAuQCnALcAtQC1AMgAswDmALIA+wCxAP8AsAD/&#10;AK4A/wCqAP8ApwD/AP8AAAD/AAAA/gAAAPEAAADlAAIA3AANANMAFADNAB8AygAqAMcANADEAD4A&#10;wABHALwATgC6AFUAtwBbALUAYQCzAGcAsgBtALAAcwCuAHoArACCAKoAiwCoAJUApwCgAKUArQCj&#10;AL4AoQDbAKAA9ACfAP8AngD/AJ8A/wCdAP8AmwD/AP8AAAD8AAAA7gAAAOAAAADQAAAAxQAIAL4A&#10;EAC5ABkAtQAjALMALgCwADcArQBAAKoASACoAE8ApQBVAKMAWwCiAGAAoABmAJ8AbACdAHMAmwB7&#10;AJoAhACYAI4AlgCaAJUApwCTALcAkQDMAJAA7ACPAP8AjgD/AI4A/wCOAP8AjwD/APwAAADvAAAA&#10;2wAAAMkAAAC9AAAAtQACAK4ADACpABMApQAdAKIAJwCgADEAnQA6AJoAQgCYAEkAlgBPAJQAVQCT&#10;AFsAkQBgAJAAZwCOAG0AjQB1AIsAfgCJAIkAiACVAIYAogCFALEAgwDEAIEA5ACAAPkAfwD/AIAA&#10;/wCAAP8AgAD/APQCAADgCQAAxwgAALcHAACsAwAApgAAAKAABwCbAA8AmAAXAJUAIQCSACoAjwAz&#10;AI0APACLAEMAiQBJAIcAUACGAFUAhABbAIMAYQCBAGgAgABwAH4AeQB8AIQAewCQAHkAnQB4AKwA&#10;dgC+AHUA3QBzAPQAcwD/AHMA/wBzAP8AcwD/AOkNAADPEAAAuRAAAKkQAACeDgAAlwsAAJMGAACQ&#10;AAsAjAARAIkAGgCGACQAgwAuAIEANgB/AD4AfQBEAHwASwB6AFEAeQBXAHcAXQB2AGQAdABsAHMB&#10;dQBxAYAAbwKNAG4CmgBsA6oAawO7AGkE1gBoBvEAaAf/AGcH/wBnB/8AZwf/AN8UAADDFwAArhcA&#10;AJ4WAACTFQAAixIAAIYQAACEDAIAgwYNAIADFAB8BR4AeQcoAHcIMAB1CDgAcwlAAHIJRgBwCkwA&#10;bwpTAG0LWQBsC2EAagtpAGkMcgBnDH4AZgyLAGQNmQBiDakAYQ27AGAN2ABeDvMAXQ7/AF0O/wBd&#10;Dv8AXQ7/ANQcAAC5HQAApB4AAJUdAACJHAAAgRoAAHsXAAB4EwAAeBAGAHcNDwBzDhgAcA4iAG4P&#10;KwBsEDMAahA7AGkQQgBnEUkAZhFPAGQRVgBjEl0AYRJmAGASbwBeEnsAXBOIAFsTlwBZE6cAVxS6&#10;AFYU1QBVFfMAVBX/AFQV/wBUFf8AVBT/AMoiAACwIgAAnSMAAI0jAACBIgAAeSEAAHMeAABvGwAA&#10;bhcAAG0TDABqFBQAZxUeAGUWJwBjFi8AYRc3AGAXPgBeGEUAXRhLAFwZUgBaGVoAWRliAFcabABW&#10;GncAVBqFAFIblABRG6QATxu3AE4b0ABNHPEATBz/AEwc/wBNHP8ATRv/AMMmAACqJwAAlicAAIco&#10;AAB7JwAAciYAAGwkAABoIQAAZh4AAGQbCABiGxEAXxwaAF0dIwBbHisAWh4zAFgfOgBXH0EAViBI&#10;AFQgTwBTIFcAUSFfAFAhaQBOIXQATSGCAEsikQBJIqIASCK0AEcizQBGI+8ARSP/AEUi/wBGIv8A&#10;RiH/ALwqAACkKwAAkSsAAIIsAAB2KwAAbSoAAGYpAABiJgAAXyQAAF0iBABbIQ4AWCIWAFYjHwBU&#10;JCgAUyQwAFIlNwBQJT4ATyZFAE4mTABMJlQASydcAEknZgBIJ3EARid/AEUojwBDKKAAQSiyAEAo&#10;ywA/KO0APyj/AD8o/wBAJ/8AQCf/ALctAACfLgAAjC8AAH0vAABxLwAAaC4AAGEtAABdKwAAWigA&#10;AFcnAABUJwwAUigTAFApHABOKSUATSosAEsqNABKKzsASStCAEgsSQBGLFEARSxaAEQsZABCLW8A&#10;QC19AD8tjQA9LZ4APC2wADotyAA6LesAOi3/ADot/wA6LP8AOiz/ALIwAACbMQAAiDIAAHkyAABt&#10;MgAAZDIAAF0xAABYLwAAVSwAAFEsAABPLQkATC0RAEouGQBJLyIARy8qAEYwMQBFMDgAQzA/AEIx&#10;RwBBMU8AQDFXAD4xYQA9Mm0AOzJ7ADkyiwA4MpwANjKvADUyxwA0MukANDL/ADUx/wA1Mf8ANTD/&#10;AK0zAACWNAAAhDUAAHU1AABpNQAAYDUAAFk0AABUMwAAUDAAAEwxAABJMQYARzIPAEUzFgBDMx8A&#10;QjQnAEA0LgA/NTYAPjU9AD01RAA8NkwAOjZVADk2XwA3NmsANjZ4ADQ3iQAyN5oAMTetAC83xQAv&#10;N+gALzb+ADA1/wAwNf8AMDT/AKk2AACSNgAAgDcAAHI4AABmOAAAXTcAAFY3AABQNgAASzQAAEc1&#10;AABENgMAQTcNAD84FAA+OBwAPDkkADs5LAA6OTMAOTo6ADg6QgA2OkoANTpTADQ7XQAyO2gAMDt2&#10;AC87hwAtO5kALDusACo7wwApO+YAKjr9ACo6/wArOf8ALDj/AKQ4AACOOQAAfDoAAG46AABjOgAA&#10;WjoAAFM6AABNOgAARjgAAEI6AAA/OwAAPDwLADo8EQA4PRkANz0hADY+KQA0PjAAMz43ADI/PwAx&#10;P0cAMD9QAC4/WgAtQGYAK0B0AClAhAAoQJcAJkCqACVAwQAkQOUAJD/8ACU+/wAmPf8AJj3/AJ87&#10;AACKPAAAeD0AAGo9AABfPQAAVj0AAE89AABJPQAAQj0AADw+AAA5PwAANkEIADRBDwAyQhYAMUIe&#10;AC9DJQAuQy0ALUM0ACxEPAArREQAKkRNAChEWAAnRWMAJUVxACNFggAiRZUAIEWoAB9FvwAeROMA&#10;H0T7AB9D/wAgQv8AIUH/AJo+AACFPwAAdEAAAGdAAABcQAAAU0AAAExAAABGQAAAPkEAADhDAAA0&#10;RQAAMEYDAC1HDQArSBIAKkgaAClIIgAoSSkAJ0kxACVJOQAkSUEAI0pKACJKVQAgSmEAH0pvAB1K&#10;fwAbSpIAGkqmABhKvQAXSuAAGEn6ABlI/wAaR/8AGkf/AJVCAACAQgAAcEMAAGNDAABYQwAAUEMA&#10;AElDAABCRAAAO0UAADVHAAAwSQAAK0sAACZNCQAkThAAIk4WACFPHQAgTyUAH08sAB5PNQAdTz0A&#10;HFBHABpQUQAZUF0AF1BrABZQfAAUUI8AE1CkABFQugARUN4AEU/4ABJO/wATTf8AFE3/AI9FAAB7&#10;RgAAa0YAAF9HAABVRwAATUcAAEZHAAA/RwAAN0oAADFMAAArTgAAJlAAACBTAwAcVQwAGlYRABlW&#10;GAAXViAAFlYnABVWMAAUVjkAE1dCABJXTQARV1kAEFdoAA9XeQAOV4wADVegAAtXtgALVtQAC1b0&#10;AAxV/wANVP8ADlP/AIhJAAB2SgAAZ0oAAFtKAABRSgAASkoAAENKAAA7TAAAM04AACxRAAAmVAAA&#10;IVYAABtZAAAVXAcAEV4NABBeEwAQXhoADl4iAA5eKgANXjMADF49AAteSAAKXlQACF5iAAdecwAF&#10;XoYAA16bAAJesQACXcwAAl3uAANc/wAEW/8ABVv/AIFOAABwTgAAYk4AAFdOAABOTgAAR04AAD5P&#10;AAA2UQAALlQAACdXAAAhWgAAG10AABVgAAAQYwMADGYLAAhnEAAGZxUABWccAARnJAACZy0AAWc3&#10;AABnQgAAZ04AAGdcAABnbQAAZ4AAAGaVAABmrAAAZccAAGXrAABk/AAAZP8AAGP/AHpSAABqUwAA&#10;XVIAAFRSAABLUgAAQlMAADlVAAAwWAAAKFsAACFfAAAaYgAAFGUAABBoAAAMawEABm4JAABvDgAA&#10;bxIAAG8YAABwHwAAcCcAAHEwAABxOwAAcUgAAHFWAABxZgAAcXkAAHGPAABwpwAAb8EAAG/nAABu&#10;/AAAbf8AAG3/AHNYAABlVwAAWlcAAFFWAABGVwAAPFoAADJdAAAqYQAAImQAABpoAAAUbAAADm8A&#10;AApyAAAEdgAAAHgFAAB4CwAAeQ4AAHoTAAB7GQAAfCAAAH0pAAB9MwAAfUAAAH1OAAB9XgAAfXIA&#10;AH2IAAB8oQAAfLoAAHviAAB6+gAAef8AAHj/AG1dAABgXAAAV1wAAEtdAABAXwAANWMAACtnAAAj&#10;awAAGm8AABNzAAAOdwAACHsAAAJ+AAAAggAAAIMBAACEBgAAhQsAAIYPAACIEwAAiRkAAIohAACL&#10;KwAAizcAAIxGAACLVgAAi2kAAIuAAACLmQAAirMAAInYAACI9wAAiP8AAIf/AGhjAABeYgAAUWIA&#10;AERlAAA4aQAALm4AACRzAAAaeAAAE30AAA2BAAAGhQAAAIkAAACNAAAAkAAAAJIAAACSAAAAlAUA&#10;AJUKAACXDgAAmBIAAJoYAACbIQAAnC0AAJ08AACdTAAAnF8AAJx2AACbkQAAm6sAAJrJAACa8AAA&#10;mf8AAJj/AGVpAABXaQAASWwAAD1xAAAwdgAAJXwAABuBAAAShwAADIwAAASRAAAAlQAAAJkAAACd&#10;AAAAoAAAAKEAAACiAAAApAAAAKUBAACnBwAAqQwAAKoRAACtGAAAryIAAK8wAACvQQAAr1QAAK9r&#10;AACuhQAArqEAAK6+AACt5gAArPwAAKz/AF5xAABPdAAAQnkAADV/AAAohQAAHYwAABOSAAAMmAAA&#10;A50AAACiAAAApgAAAKoAAACuAAAAsAAAALEAAACzAAAAtAAAALYAAAC4AAAAugQAALwKAAC+EAAA&#10;wRcAAMMkAADDNQAAxEkAAMReAADFdwAAxZMAAMWvAADF0QAAw/IAAMP/AFZ8AABHggAAOogAACyP&#10;AAAglgAAFJ0AAA2jAAADqQAAAK4AAACyAAAAtwAAALsAAAC/AAAAwgAAAMIAAADFAAAAxgAAAMgA&#10;AADKAAAAzQAAAM8AAADSCAAA1Q4AANsYAADdJwAA3joAAN9QAADgaAAA4IQAAOGhAADhvQAA4eIA&#10;AOD0AE6LAABAkgAAMpkAACWhAAAYqAAADq8AAAW1AAAAugAAAL8AAADEAAAAyAAAAM4AAADRAAAA&#10;1AAAANUAAADYAAAA2gAAAN0AAADfAAAA4gAAAOQAAADnAAAA6wUAAO8OAAD0GQAA9SsAAPZBAAD3&#10;WAAA+HIAAPmQAAD5qwAA+MQAAPjhAP8ACwD/AAgA/wAJAP8ADAD/ABIA/wAaAP8AJgD/ADIA/wA+&#10;AP8ASAD/AFIA/wBaAP8AYgD/AGkA/wBvAP8AdQD+AHsA/ACBAPsAiAD5AI8A9wCXAPUAoADzAKoA&#10;8gC3AO8AyQDtAOYA7AD7AOsA/wDrAP8A3QD/AM4A/wDGAP8AwgD/AP8ABAD/AAAA/wAAAP8ABQD/&#10;AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD9AEwA+QBUAPcAXAD0AGMA8gBpAPAAbwDuAHUA7AB7AOoA&#10;ggDoAIkA5wCRAOQAmgDiAKQA4ACwAN0AwADaANwA2AD0ANUA/wDTAP8AywD/AMEA/wC7AP8AtwD/&#10;AP8AAAD/AAAA/wAAAP8AAAD/AAoA/QARAPkAGwD2ACcA9AAyAPAAPADsAEYA6ABOAOQAVgDhAFwA&#10;3gBjANwAaADZAG4A1QB0ANIAewDQAIIAzQCKAMsAkwDIAJ0AxgCoAMQAtwDBAMwAwADrAL4A/wC9&#10;AP8AvQD/ALQA/wCuAP8AqwD/AP8AAAD/AAAA/wAAAPoAAADyAAUA6gAOAOUAFgDgACEA3QArANsA&#10;NgDTAD8AzgBIAMoATwDHAFYAxABcAMIAYQDAAGcAvgBtALwAcwC6AHoAuACCALYAiwC0AJYAsgCh&#10;ALAArwCuAMEArQDgAKsA9wCqAP8AqQD/AKYA/wChAP8AnwD/AP8AAAD/AAAA9wAAAOgAAADcAAAA&#10;0AAKAMoAEQDFABsAwgAlAL8ALwC8ADgAuABBALUASACyAE8AsABVAK4AWwCsAGEAqgBmAKgAbACn&#10;AHMApQB7AKMAhAChAI4AnwCaAJ0ApwCbALgAmgDQAJkA7wCYAP8AlwD/AJYA/wCUAP8AkgD/AP8A&#10;AAD2AAAA5AAAANIAAADFAAAAuwAFALUADgCwABUArAAfAKoAKQCoADIApQA6AKIAQgCgAEkAngBP&#10;AJwAVQCaAFoAmABgAJYAZgCVAGwAkwB0AJIAfQCQAIcAjgCTAIwAoQCLALAAigDFAIgA5gCHAPsA&#10;hgD/AIcA/wCHAP8AhgD/APgAAADlAAAAzQAAAL0AAACzAAAAqgAAAKMACgCfABEAmwAZAJkAIwCX&#10;ACwAlQA0AJIAPACQAEMAjgBJAIwATwCKAFQAiQBaAIcAYACGAGYAhABuAIMAdwCBAIEAfwCNAH4A&#10;mwB8AKoAewC8AHoA2wB4APUAeAD/AHgA/wB4AP8AeAD/AO0AAADRAgAAuwIAAKwBAACiAAAAmwAA&#10;AJYABQCRAA0AjQAUAIsAHQCIACYAhgAuAIQANgCCAD0AgABDAH4ASQB9AE8AfABVAHoAWwB5AGEA&#10;dwBpAHUAcQB0AHwAcgCIAHEAlgBvAKUAbgC2AG0AzgBsAO4AawD/AGsA/wBrAP8AawD/AN8LAADC&#10;DAAArgwAAJ4MAACTCwAAjAcAAIgCAACFAAkAgQAQAH8AFwB8ACAAegAoAHgAMAB2ADgAdAA+AHMA&#10;RABxAEoAcABQAG4AVgBtAF0AbABkAGoAbQBoAHcAZwCEAGUAkgBkAKEAYwCyAGEAyQBgAOkAYAD8&#10;AGAA/wBgAP8AYAD/ANAQAAC2EQAAohIAAJMSAACIEQAAgA8AAHwNAAB5CQEAeAMLAHUAEQBzABoA&#10;cAAjAG4BKwBsATMAagI5AGkDQABnA0YAZgRMAGUEUgBjBVkAYgVhAGAFagBfBnQAXQaBAFwHjwBa&#10;B58AWQewAFcHxgBWCecAVgr7AFUK/wBVCv8AVgr/AMYVAACtFwAAmRgAAIoYAAB/FwAAdhYAAHET&#10;AABuEAAAbQ0FAG0JDQBqCRQAZwodAGUKJgBjCy4AYgw1AGAMPABfDEIAXg1IAFwNTwBbDVYAWQ1e&#10;AFgOaABWDnMAVQ6AAFMOjwBRDp8AUA6xAE4OyABNEOoATRD9AE0Q/wBNEP8ATRD/ALwbAAClHAAA&#10;kh0AAIMeAAB3HQAAbxwAAGkaAABmFwAAZBQAAGQQCABiDxAAXxAYAF0QIQBbESkAWhExAFgSOABX&#10;Ej4AVhJFAFQSTABTE1MAURNbAFATZQBOFHAATBR9AEsUjABJFJwARxWuAEYVxQBFFegARRb+AEUW&#10;/wBFFf8ARRX/ALUfAACeIQAAiyIAAHwiAABxIgAAaCEAAGIfAABfHQAAXBoAAFsXAgBaFQ0AVxYU&#10;AFUWHQBUFyUAUhgtAFEYNABPGDsAThlCAE0ZSABLGlAAShpYAEgaYgBHGm0ARRt6AEMbiQBCG5oA&#10;QBusAD8bwgA+HOUAPRz8AD4c/wA+G/8APhv/AK8jAACYJAAAhiUAAHcmAABsJgAAYyUAAF0kAABZ&#10;IgAAVh8AAFQdAABTHAsAURwSAE4dGgBNHSIASx4pAEoeMQBJHzcARx8+AEYgRQBFIE0AQyBVAEIg&#10;XwBAIWoAPyF3AD0hhwA7IZgAOSGqADgiwAA3IuMANyL7ADci/wA4If8AOCH/AKomAACUJwAAgSkA&#10;AHMpAABnKQAAXykAAFgoAABUJgAAUSMAAE8iAABMIgcASiIQAEgiFwBHIx8ARSQmAEQkLgBCJDQA&#10;QSU7AEAlQwA/JUoAPSZTADwmXAA6JmcAOSZ1ADcnhAA1J5YANCeoADInvgAxJ+EAMSf5ADIm/wAy&#10;Jv8AMyX/AKUpAACPKgAAfSwAAG8sAABkLQAAWywAAFUrAABQKgAATCgAAEomAABHJwQARCcNAEIo&#10;FABBKBwAPykjAD4pKwA9KTIAPCo5ADsqQAA5KkgAOCtQADYrWgA1K2UAMytyADErggAwLJQALiyn&#10;ACwsvAArLN4ALCz4ACwr/wAtKv8ALSr/AKEsAACLLQAAeS4AAGsvAABgLwAAWC8AAFEuAABMLgAA&#10;SCwAAEUrAABBKwAAPywLAD0sEQA7LRkAOi4hADkuKAA3Li8ANi82ADUvPgA0L0UAMy9OADEwWAAw&#10;MGMALjBwACwwgAAqMJIAKTClACcwugAmMNwAJjD3ACcv/wAoL/8AKC7/AJwuAACHMAAAdjEAAGgy&#10;AABdMgAAVTIAAE4xAABIMQAARDAAAEAvAAA8MAAAOjEJADcxEAA2MhYANTIeADMzJQAyMywAMTMz&#10;ADA0OwAvNEMALTRMACw0VgAqNWEAKTVuACc1fgAlNZAAIzWjACI1uQAhNdkAITT2ACI0/wAjM/8A&#10;IzL/AJgxAACDMwAAcjQAAGU0AABaNQAAUTUAAEs0AABFNAAAQDQAADozAAA3NAAANDUGADI2DgAw&#10;NxMALzcbAC43IgAtOCkAKzgxACo4OAApOUAAKDlJACY5UwAlOV8AIzlsACE6fAAgOo4AHjqiABw6&#10;twAbOdUAHDn1AB04/wAdOP8AHjf/AJM0AAB/NgAAbjcAAGE3AABXNwAATjcAAEg3AABCNwAAPDcA&#10;ADU4AAAyOQAALzoCACw7CwAqPBEAKTwYACg9HwAmPSYAJT0uACQ9NQAjPj0AIj5GACA+UAAfPlwA&#10;HT9pABs/eQAaP4wAGD+gABY/tQAVPtIAFj7zABc9/wAYPP8AGDz/AI43AAB6OAAAajkAAF46AABT&#10;OgAASzoAAEU6AAA/OgAAOToAADI8AAAuPgAAKUAAACZBCAAkQg4AIkIUACFCGwAgQyMAH0MqAB5D&#10;MgAcQzoAG0RDABpETQAYRFkAF0RnABVEdwATRIoAEkSeABFEswAQRNAAEEPyABFC/wASQv8AE0H/&#10;AIk7AAB2PAAAZj0AAFo9AABQPQAASD0AAEI9AAA8PQAANj4AAC9AAAAqQgAAJUQAACFGAwAdSAwA&#10;G0kRABlJFwAYSR4AF0kmABZJLgAVSjYAFEpAABNKSgARSlYAEEpkAA9KdAAOSocADUqbAAxKsAAK&#10;SsoAC0nsAAxI/wANR/8ADUf/AIM+AABxPwAAYkAAAFZAAABNQAAARUAAAD9AAAA5QQAAMkIAACtF&#10;AAAmRwAAIUkAABxLAAAWTgcAE1AOABJQEwARUBkAEFAhAA9QKQAOUDEADVA7AA1RRgALUVEAClFf&#10;AAlRbwAHUIEABVCWAANQqwACUMUAA0/oAANP+wAFTv8ABk3/AH1CAABrQwAAXUQAAFJEAABKRAAA&#10;Q0MAADxEAAA1RQAALkcAACdKAAAhTAAAHE8AABdRAAASVAMADlcKAAtYEAAKWBUACFgcAAdYJAAG&#10;WCwABVg2AANYQAABWEwAAFhaAABYaQAAWHwAAFiRAABXpwAAV8AAAFblAABW+QAAVf8AAFX/AHZH&#10;AABmRwAAWUgAAE9HAABHRwAAQEcAADhIAAAwSgAAKU0AACJQAAAcUwAAFlUAABFYAAANWwIACV4J&#10;AARfDgAAXxIAAF8YAABgHwAAYCcAAGAwAABgOwAAYEcAAGBUAABgYwAAYHYAAGCLAABfogAAX7sA&#10;AF/iAABe+QAAXf8AAF3/AG9LAABhTAAAVUwAAExLAABESwAAO0wAADJOAAArUQAAI1QAABxXAAAW&#10;WwAAEV4AAA1gAAAIYwAAAmYHAABnDAAAZw8AAGgTAABpGQAAaiEAAGopAABqNAAAakAAAGpNAABq&#10;XQAAam8AAGqFAABqnQAAabYAAGjdAABo9wAAZ/8AAGb/AGlRAABcUAAAUlAAAEpPAAA/UAAANVMA&#10;AC1WAAAkWQAAHV0AABZgAAAQZAAADGcAAAZqAAAAbgAAAG8DAABwCAAAcQ0AAHIQAAB0FAAAdRsA&#10;AHYjAAB3LAAAdzgAAHZGAAB2VgAAdmgAAHZ+AAB2lwAAdbEAAHTTAABz9QAAc/8AAHL/AGNWAABY&#10;VQAAUFQAAERVAAA5WAAAL1sAACZfAAAdYwAAFWcAABBsAAAKcAAABHMAAAB2AAAAegAAAHwAAAB8&#10;AwAAfggAAH8MAACBEAAAghQAAIQbAACFJAAAhi8AAIY9AACGTQAAhV8AAIV1AACFjwAAhKkAAIPJ&#10;AACC8QAAgf8AAID/AF9bAABWWgAASVsAAD1eAAAyYQAAJ2YAAB5rAAAVcAAADnUAAAl5AAABfgAA&#10;AIEAAACFAAAAiAAAAIoAAACLAAAAjQEAAI4GAACQCwAAkQ8AAJMUAACVGwAAlyYAAJc0AACXRAAA&#10;l1YAAJZsAACVhgAAlaIAAJTBAACT6gAAkv8AAJL/AF1hAABPYQAAQmQAADZpAAAqbgAAH3QAABV5&#10;AAAOfwAAB4QAAACJAAAAjgAAAJIAAACWAAAAmAAAAJoAAACbAAAAnQAAAJ8AAAChAwAAowgAAKUN&#10;AACnEwAAqRwAAKooAACqOQAAqksAAKphAACpegAAqJkAAKi1AACn3QAAp/gAAKb/AFZoAABIbAAA&#10;OnAAAC52AAAifQAAF4QAAA6KAAAHkAAAAJYAAACaAAAAnwAAAKMAAACnAAAAqgAAAKsAAACtAAAA&#10;rwAAALEAAACzAAAAtQAAALgFAAC6DAAAvRIAAMAcAADALQAAwEAAAL9VAAC/bgAAvosAAL6oAAC+&#10;yQAAve8AALz+AE50AABAeQAAMn8AACWHAAAZjgAAEJUAAAecAAAAogAAAKcAAACsAAAAsAAAALUA&#10;AAC5AAAAvAAAAL0AAAC/AAAAwQAAAMMAAADGAAAAyAAAAMoAAADNAgAA0AsAANUSAADWIQAA1zQA&#10;ANhJAADZYAAA2nwAANqaAADbtQAA29kAANvyAEaCAAA4iQAAK5AAAB2YAAASoAAACqcAAACuAAAA&#10;tAAAALkAAAC+AAAAwgAAAMgAAADLAAAAzgAAAM8AAADSAAAA1AAAANYAAADaAAAA3QAAAN8AAADi&#10;AAAA5gAAAOoKAADvEwAA8CUAAPI6AADzUQAA9GsAAPSJAAD1pQAA9b8AAPXdAP8ABgD/AAMA/wAF&#10;AP8ACwD/ABAA/wAXAP8AIgD/AC0A/wA5AP8ARAD/AE0A/wBVAP8AXQD/AGQA/wBqAP8AcAD9AHYA&#10;+wB8APkAgwD3AIoA9QCSAPMAmwDwAKYA7gCzAOsAxADpAOQA5wD5AOYA/wDlAP8A0wD/AMcA/wC/&#10;AP8AuwD/AP8AAAD/AAAA/wAAAP8AAgD/AAsA/wASAP8AHQD/ACgA/wAzAP8APgD8AEcA+ABPAPQA&#10;VwDxAF0A7gBjAOwAaQDqAG8A6AB1AOYAfADkAIMA4gCLAN8AlQDcAJ8A2QCrANUAuwDSANQAzwDy&#10;AM0A/wDMAP8AxQD/ALoA/wC0AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA+QAPAPUAFwDzACIA&#10;8QAtAO0ANwDnAEAA4gBJAN8AUADbAFcA1wBdANQAYwDRAGgAzwBuAMwAdQDKAHwAyACEAMUAjQDC&#10;AJgAwACkAL0AsgC7AMYAuQDoALgA/QC3AP8AtgD/AK0A/wCnAP8AowD/AP8AAAD/AAAA/wAAAPUA&#10;AADrAAEA5AAMAN4AEwDZABwA0wAmANEAMADMADoAyABCAMQASgDAAFAAvQBWALsAXAC5AGEAtwBn&#10;ALUAbQCzAHQAsQB8AK8AhQCtAJAAqgCcAKgAqgCmALsApQDaAKMA9QCjAP8AogD/AJ4A/wCaAP8A&#10;lwD/AP8AAAD+AAAA7wAAAN8AAADQAAAAxwAHAMEADwC8ABcAuQAgALcAKgC1ADMAsAA7AK0AQwCr&#10;AEkAqABPAKYAVQCkAFoAowBgAKEAZgCfAG0AnQB0AJwAfQCaAIgAmACUAJYAogCUALIAkgDJAJEA&#10;6wCRAP8AkAD/AJAA/wCMAP8AigD/APwAAADsAAAA2QAAAMcAAAC6AAAAsQACAKsADACnABIApAAb&#10;AKEAJACgACwAngA1AJsAPACYAEMAlgBJAJQATwCSAFQAkABaAI8AXwCNAGYAiwBtAIkAdgCIAIAA&#10;hgCMAIQAmgCCAKoAgQC+AIAA4ACAAPkAfwD/AH8A/wB/AP8AfgD/APEAAADYAAAAwgAAALMAAACo&#10;AAAAoAAAAJkABwCVAA4AkgAVAJAAHgCOACYAjQAuAIoANgCHAD0AhQBDAIQASQCCAE4AgQBUAH8A&#10;WQB+AGAAfABnAHoAbwB5AHoAdwCGAHUAlAB0AKMAcgC1AHIAzwBxAPEAcAD/AHAA/wBwAP8AcQD/&#10;AOEAAADEAAAAsAAAAKIAAACXAAAAkQAAAIsAAgCGAAsAgwARAIEAGAB/ACEAfQApAHwAMAB5ADcA&#10;eAA9AHYAQwB0AEkAcwBOAHIAVABwAFoAbwBiAG0AagBrAHQAagCAAGgAjgBnAJ0AZQCvAGUAxgBk&#10;AOgAZAD9AGMA/wBjAP8AZAD/AM8FAAC2BwAAowgAAJQIAACJBwAAggMAAH4AAAB7AAYAdwAOAHUA&#10;EwByABsAcQAjAG8AKwBtADIAbAA4AGoAPgBpAEQAZwBJAGYATwBlAFYAYwBdAGIAZQBgAG8AXwB7&#10;AF0AiQBcAJkAWwCqAFkAvwBZAOEAWAD4AFgA/wBYAP8AWQD/AMIMAACqDQAAlw4AAIkOAAB9DgAA&#10;dg0AAHEKAABvBgAAbQAKAGsAEABpABYAZwAeAGUAJgBjAC0AYQAzAGAAOQBfAD8AXQBFAFwASwBb&#10;AFIAWgBZAFgAYgBXAGwAVQB4AFMAhgBSAJYAUQCnAFAAuwBPAdsATgL0AE4D/wBOBP8ATgP/ALgQ&#10;AAChEgAAjhMAAH8TAAB0EwAAbBIAAGcQAABlDgAAYwsDAGMGDABhBBEAXgMZAFwEIQBbBSgAWQYv&#10;AFgGNQBWBzsAVQdCAFQHSABTCE8AUQhWAFAJXwBOCWkATQl2AEsKhABJCpQASAqmAEcKugBGCtgA&#10;RQvzAEUM/wBFDP8ARQz/ALAUAACZFgAAhxgAAHgZAABtGAAAZRcAAF8WAABcEwAAWhEAAFoOBgBa&#10;DA0AVwwUAFUMHABTDSQAUg0rAFANMQBPDjgATg4+AE0ORQBLDk0ASg5VAEgPXgBHD2gARQ91AEMQ&#10;hABBEJUAQBCmAD4QuwA9ENwAPRH2AD0R/wA9EP8APhD/AKkZAACSGwAAgRwAAHIdAABnHQAAXxwA&#10;AFkbAABVGQAAUxYAAFITAABSEQoAUBAQAE4RGABMESAAShInAEkSLgBIEzQARxM7AEUTQgBEE0kA&#10;QxRSAEEUWwA/FGUAPhVyADwVgQA6FZIAOBWkADcVuQA1FdgANRb1ADYW/wA2Fv8ANxX/AKMcAACN&#10;HgAAeyAAAG0hAABiIQAAWiEAAFQfAABQHgAATRsAAEwZAABLFgYASRYOAEcXFQBFFxwARBgkAEIY&#10;KgBBGDEAQBk4AD8ZPwA9GUYAPBpPADoaWAA5GmMANxtvADUbfgAzG5AAMhuiADAbtwAvG9MALxzz&#10;AC8b/wAwG/8AMBv/AJ0fAACIIgAAdyMAAGkkAABeJAAAViQAAFAjAABLIgAASCAAAEYdAABFHAIA&#10;QxwMAEEcEgA/HRkAPh0hADweJwA7Hi4AOh81ADkfPAA3H0QANh9MADQgVgAzIGAAMSBtAC8gfAAt&#10;IY4ALCGgACohtQApIdAAKSHyACkh/wAqIP8AKyD/AJkiAACEJQAAcyYAAGUnAABbJwAAUycAAEwm&#10;AABHJQAARCQAAEIhAAA/IQAAPSEJADshEAA5IhYAOCIeADYjJQA1IysANCQyADMkOQAyJEEAMCRK&#10;AC8lUwAtJV4AKyVrAColegAoJYwAJiWfACQlswAjJc4AIyXwACQl/wAlJP8AJST/AJQlAACAJwAA&#10;bykAAGIqAABXKgAATyoAAEkpAABEKAAAQCcAAD0mAAA6JQAANyYGADUmDgA0JxQAMicbADEoIgAw&#10;KCkALygwAC0pNwAsKT8AKylHACkpUQAoKlwAJippACQqeAAjKooAISqdAB8qsgAeKswAHirvAB8p&#10;/wAgKf8AISj/AJAoAAB8KgAAbCsAAF8sAABULAAATCwAAEYsAABBKwAAPCsAADgqAAA1KgAAMisD&#10;ADArDAAuLBEALSwYACwsHwAqLSYAKS0tACgtNAAnLjwAJi5FACQuTwAjLloAIS9nAB8vdgAdL4gA&#10;HC+bABovsAAYL8oAGC7tABku/wAbLf8AGy3/AIwrAAB4LQAAaC4AAFsvAABRLwAASS8AAEMvAAA+&#10;LgAAOS4AADQuAAAwLgAALS8AACswCgApMRAAJzEVACYxHAAlMiMAJDIqACMyMQAhMzkAIDNCAB8z&#10;TAAdM1cAGzNkABo0dAAYNIYAFjSaABQzrgATM8gAEzPsABQz/wAVMv8AFjH/AIcuAAB0LwAAZTEA&#10;AFgxAABOMgAARjIAAEAxAAA7MQAANjEAADExAAArMwAAKDQAACU1BgAjNg0AITYSACA3GQAfNyAA&#10;HjcnAB04LgAbODYAGjg/ABk4SQAXOVUAFTliABQ5cQASOYQAETmYABA5rQAOOMcADjjrABA4/wAQ&#10;N/8AETb/AIMxAABwMgAAYTQAAFU0AABLNAAARDQAAD00AAA4NAAAMzQAAC01AAAoNwAAJDkAACA6&#10;AgAdOwsAGzwQABk9FQAYPRwAFz0jABY9KwAVPjMAFD48ABI+RgARPlIAED5fAA8+bwAOPoEADD6V&#10;AAs+qQAKPsEACj3kAAs9+wAMPP8ADTv/AH00AABrNgAAXTcAAFE3AABINwAAQTcAADs3AAA1NwAA&#10;MDcAACo5AAAlOwAAID0AABw/AAAXQQYAFEMNABJDEgARQxgAEUMfABBEJwAPRC8ADkQ5AA1EQwAM&#10;RE4AC0RbAAlEagAHRHwABkSQAARDpQACQ70AA0PgAAND9gAEQv8ABkH/AHg4AABnOQAAWToAAE46&#10;AABFOgAAPjoAADg6AAAzOgAALTsAACc9AAAhQAAAHEIAABdEAAATRgMAD0kKAA1KDwAMShQAC0ob&#10;AAlKIwAISisAB0o0AAVKPgAESkkAAkpWAABKZQAASncAAEqLAABKoQAASbkAAEndAABJ9QAASP8A&#10;AEj/AHI8AABiPQAAVT4AAEo+AABCPQAAPD0AADY9AAAvPgAAKUAAACNCAAAdRQAAF0cAABNKAAAP&#10;TAIAC08JAAdQDQADUREAAFEXAABRHgAAUSYAAFEvAABROQAAUUQAAFJRAABSYAAAUXIAAFGHAABR&#10;nQAAUbUAAFDYAABQ9QAAT/8AAE//AGxAAABdQQAAUUEAAEdBAABAQAAAOUAAADJBAAAqQwAAJEYA&#10;AB5IAAAXSwAAEk4AAA5RAAALUwEABlYHAABXDAAAWBAAAFgTAABZGQAAWiEAAFopAABaMwAAWj8A&#10;AFpMAABaWgAAWmwAAFqBAABZmQAAWbEAAFjRAABY9AAAV/8AAFf/AGVFAABYRQAATUUAAEVEAAA+&#10;RAAANUUAAC1HAAAlSgAAHk0AABhQAAASUwAADlYAAApZAAAEXAAAAF4EAABfCQAAYA0AAGEQAABi&#10;FQAAYxsAAGQjAABkLQAAZDgAAGRFAABkVAAAZGYAAGR7AABjkwAAY60AAGLMAABh8gAAYf8AAGD/&#10;AF9KAABTSgAASkkAAENIAAA5SQAAL0wAACdPAAAfUgAAGFUAABJZAAANXQAACGAAAAJjAAAAZgAA&#10;AGgBAABpBQAAagoAAGsNAABtEQAAbhYAAHAdAABxJgAAcTEAAHA+AABwTgAAcF8AAHBzAABvjQAA&#10;b6cAAG7GAABt7wAAbP8AAGz/AFpPAABQTgAASE0AAD1OAAAzUQAAKVQAACBYAAAYXAAAEWAAAAxk&#10;AAAGaAAAAGsAAABvAAAAcgAAAHQAAAB1AAAAdwQAAHgJAAB6DQAAfBAAAH0WAAB/HgAAgCgAAIA1&#10;AACARQAAf1YAAH9rAAB/hAAAfqAAAH2+AAB86QAAe/8AAHr/AFZUAABOUwAAQlQAADdWAAAsWgAA&#10;Il8AABhjAAARaAAAC20AAANyAAAAdgAAAHoAAAB9AAAAgAAAAIMAAACEAAAAhgAAAIcCAACJBwAA&#10;iwwAAI0QAACQFgAAkh8AAJIsAACSOwAAkk0AAJFiAACRegAAj5cAAI+0AACO4QAAjPsAAIz/AFVZ&#10;AABIWgAAO10AAC9hAAAkZgAAGWwAABFyAAAKdwAAAn0AAACCAAAAhgAAAIsAAACOAAAAkQAAAJMA&#10;AACVAAAAlwAAAJkAAACbAAAAnQQAAJ8KAACiDwAApBYAAKYhAACmMQAApkMAAKVXAACkcAAAo44A&#10;AKOrAACh0AAAoPUAAJ//AE5hAABAZAAAM2kAACduAAAbdQAAEXwAAAuDAAAAiQAAAI4AAACTAAAA&#10;mAAAAJ0AAAChAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1CAAAuA4AALwWAAC8&#10;JQAAvDcAALtMAAC6ZAAAuYEAALeiAAC3wAAAt+oAALf8AEZrAAA5cAAAK3cAAB9/AAAThgAAC44A&#10;AAGVAAAAmwAAAKEAAACmAAAAqwAAALAAAACzAAAAtwAAALcAAAC6AAAAvAAAAL8AAADBAAAAxAAA&#10;AMcAAADKAAAAzQUAANEOAADUGQAA1CsAANRAAADTWAAA03QAANOSAADSsAAA0tMAANLyAD55AAAx&#10;gAAAI4gAABeRAAANmQAAA6AAAACnAAAArgAAALMAAAC4AAAAvQAAAMIAAADGAAAAygAAAMoAAADN&#10;AAAAzwAAANIAAADVAAAA2QAAAN0AAADfAAAA4wAAAOcFAADrDwAA7B8AAO0zAADuSwAA72QAAO+C&#10;AADwnwAA8bkAAPHYAP8AAAD/AAAA/wAEAP8ACQD/AA4A/wAVAP8AHgD/ACkA/wA0AP8APwD/AEgA&#10;/wBQAP8AWAD/AF4A/wBlAP0AawD7AHEA+QB3APgAfgD2AIUA8wCNAPEAlwDuAKIA6wCvAOgAwADm&#10;AOAA4wD4AOIA/wDbAP8AywD/AMEA/wC5AP8AtAD/AP8AAAD/AAAA/wAAAP8AAAD/AAkA/wAQAP8A&#10;GQD/ACMA/wAuAP0AOQD5AEIA9QBKAPIAUgDuAFgA6wBeAOkAZADmAGoA5ABwAOIAdgDfAH0A3QCG&#10;ANkAjwDVAJoA0QCnAM4AtgDLAM4AyQDwAMcA/wDFAP8AuwD/ALQA/wCtAP8AqQD/AP8AAAD/AAAA&#10;/wAAAP8AAAD7AAIA9gANAPEAEwDtAB4A7AAoAOkAMgDjADsA3QBEANgASwDTAFEA0ABYAM0AXQDL&#10;AGMAyQBoAMYAbwDEAHYAwgB+AL8AhwC8AJIAugCfALcArQC1AMEAsgDkALEA/QCvAP8ArAD/AKUA&#10;/wCgAP8AnAD/AP8AAAD/AAAA+wAAAO4AAADkAAAA3AAIANMAEADPABgAywAiAMkAKwDGADQAwQA9&#10;AL0ARAC6AEsAtwBRALUAVgCyAFwAsABhAK4AZwCsAG4AqgB2AKgAfwCmAIoAowCWAKEApQCfALYA&#10;nQDRAJwA8wCbAP8AnAD/AJYA/wCTAP8AkAD/AP8AAAD2AAAA5wAAANMAAADGAAAAvQADALgADQCz&#10;ABMAsQAcAK8AJQCuAC4AqQA2AKYAPQCjAEQAoQBKAJ8ATwCdAFUAmwBaAJoAYACYAGYAlgBuAJQA&#10;dwCSAIEAkACOAI4AnACMAK0AigDDAIkA6ACIAP8AiQD/AIcA/wCFAP8AggD/APMAAADjAAAAzAAA&#10;ALwAAACwAAAApwAAAKEACACeAA8AmwAWAJkAHwCYACcAlgAvAJMANwCRAD0AjgBDAIwASQCLAE4A&#10;iQBUAIcAWQCFAGAAhABnAIIAbwCAAHoAfgCGAHwAlAB6AKQAeQC4AHgA2AB3APcAeAD/AHgA/wB3&#10;AP8AdQD/AOYAAADLAAAAtwAAAKgAAACeAAAAlgAAAI8ABACLAAwAiAASAIcAGQCFACEAhAApAIIA&#10;MAB/ADcAfQA9AHwAQwB6AEgAeQBNAHcAUwB2AFkAdABhAHIAaQBxAHMAbwB/AG0AjQBsAJ0AagCv&#10;AGkAyABoAO0AaQD/AGkA/wBpAP8AaQD/ANIAAAC4AAAApQAAAJcAAACNAAAAhgAAAIEAAAB8AAgA&#10;eQAOAHcAFAB2ABwAdAAjAHMAKwBxADEAbwA3AG4APQBsAEMAawBIAGoATgBoAFQAZwBbAGUAYwBj&#10;AG0AYgB4AGAAhwBfAJYAXQCoAF0AvgBcAOQAXAD7AFwA/wBcAP8AXAD/AMIAAACqAQAAmAMAAIkE&#10;AAB/AgAAeAAAAHQAAABwAAQAbQAMAGsAEQBpABcAaAAeAGYAJQBlACwAYwAyAGIAOABgAD0AXwBD&#10;AF4ASQBcAE8AWwBWAFoAXgBYAGgAVwBzAFUAgQBUAJEAUgCjAFEAtwBRANYAUQD1AFEA/wBRAP8A&#10;UgD/ALYHAACfCQAAjQsAAH4MAABzCwAAbAoAAGgHAABlAwAAYwAHAGEADQBfABMAXQAaAFwAIQBb&#10;ACcAWQAtAFgAMwBWADkAVQA/AFQARQBTAEsAUQBSAFAAWgBPAGQATQBvAEwAfQBKAI0ASQCfAEgA&#10;sgBHAMwARwDvAEYA/wBHAP8ARwD/AKwMAACVDgAAgxAAAHUQAABrEAAAYw8AAF4OAABbDAAAWgkC&#10;AFkECgBXAA8AVQAVAFMAHABSACMAUQApAE8ALwBOADUATQE7AEwBQQBKAkgASQJPAEgCVwBGA2EA&#10;RQNtAEMDegBCA4sAQAOcAD8DrwA+A8gAPQTqAD0F/AA9Bv8APgb/AKQQAACOEgAAfBMAAG4UAABk&#10;FAAAXBMAAFYSAABTEQAAUQ4AAFAMBQBQCQwATwcRAE0HFwBLCB8ASQglAEgJKwBHCTEARgk4AEQK&#10;PgBDCkUAQgpNAEALVQA/C18APQtrADwLeQA6DIoAOAycADcMrwA1DMcANQzpADUN/QA1Df8ANgz/&#10;AJ0TAACHFQAAdhcAAGkYAABeGAAAVhgAAFAXAABNFQAAShMAAEkRAABJDgcASA0OAEYNEwBEDRoA&#10;Qw4hAEIOKABADi4APw41AD4PPAA9D0MAOxBLADoQVAA4EF4ANhBrADQQeQAyEIoAMRCcAC8QsAAt&#10;EMkALRHsAC0R/wAuEf8ALxD/AJcWAACCGQAAcRsAAGQcAABZHAAAURwAAEwbAABHGgAARBgAAEMV&#10;AABCEwIAQRILAEAREAA+EhcAPBIeADsTJQA6EysAOBMyADcTOQA2FEAANBRIADMUUQAxFFwAMBVo&#10;AC4VdwAsFYgAKhWaACgVrgAnFccAJhXqACcV/wAoFf8AKRX/AJEaAAB9HAAAbR4AAGAfAABWHwAA&#10;Th8AAEgeAABDHQAAQBwAAD4aAAA9GAAAOxcHADkWDgA4FxQANhcbADUYIgAzGCgAMhgvADEZNgAw&#10;GT0ALhlGAC0aTwArGlkAKhpmACgadAAmGoYAJBqZACIarQAhGsUAIBroACEa/gAiGv8AIxr/AI0d&#10;AAB5HwAAaSEAAFwiAABSIgAASiIAAEQhAAA/IQAAPCAAADkeAAA4GwAANRwEADQcDQAyHBIAMB0Y&#10;AC8dHwAuHSUALR4sACseMwAqHjsAKR9DACcfTQAmH1cAJB9kACIfcgAgH4QAHx+XAB0fqwAbH8MA&#10;Gx/nABsf/QAdH/8AHh7/AIkgAAB1IgAAZSMAAFkkAABPJQAARyUAAEEkAAA8IwAAOCMAADUiAAAz&#10;IAAAMCABAC4hCgAsIRAAKyEVACoiHAAoIiMAJyIpACYjMAAlIzgAIyNBACIkSgAhJFUAHyRhAB0k&#10;cAAbJIIAGSSVABckqgAWJMEAFSTlABYk/AAXI/8AGSP/AIUiAABxJAAAYiYAAFYnAABMJwAARCcA&#10;AD4nAAA5JgAANSYAADElAAAuJAAAKyUAACklBwAnJg4AJSYTACQnGQAjJyAAIicnACEoLgAgKDYA&#10;Hig+AB0oSAAbKVMAGSlfABgpbgAWKYAAFCmUABIpqAARKcAAESjkABEo+wATKP8AFCf/AIAlAABu&#10;JwAAXygAAFMpAABJKgAAQikAADspAAA2KQAAMigAAC4oAAAqKAAAJikAACQqBAAiKwwAICsRAB8s&#10;FgAdLB0AHCwkABstKwAaLTMAGC08ABctRQAWLlAAFC5dABIubAARLn4AEC6SAA4upwANLb0ADS3f&#10;AA0t+QAOLP8AECz/AHwoAABqKgAAWysAAFAsAABGLAAAPywAADksAAA0KwAALysAACsrAAAmLAAA&#10;Ii4AAB8vAAAcMAkAGjEOABkxEwAXMRoAFjIhABUyKAAUMjAAEzI5ABIzQwARM04AEDNbAA4zaQAN&#10;M3oADDOOAAozogAIMrkACDLZAAgy9AAKMf8ACzH/AHcrAABmLQAAWC4AAE0vAABDLwAAPC4AADYu&#10;AAAxLgAALS4AACkuAAAjMAAAHzIAABszAAAXNQUAFDYMABI3EQARNxYAETcdABA4JAAPOCwADjg1&#10;AA04PwAMOEoACzhXAAk4ZQAHOHYABTiKAAM4nwABN7UAATfTAAI38QADNv8ABTb/AHMuAABiMAAA&#10;VDEAAEkxAABBMQAAOTEAADQxAAAvMAAAKzAAACUyAAAgMwAAGzYAABc4AAATOgIAEDwJAA09DgAM&#10;PRMACz0ZAAo9IQAJPSkACD0xAAY+OwAFPkYAAz5SAAE+YQAAPnIAAD6GAAA9nAAAPbIAAD3QAAA8&#10;8AAAPP8AADz/AG0yAABdMwAAUDQAAEY0AAA+NAAANzQAADIzAAAtMwAAJzQAACI2AAAdOAAAGDoA&#10;ABQ9AAAQPwIADUEIAAlDDQAGRBEAA0QWAAJEHQAARCQAAEQtAABENgAAREEAAEROAABEXAAARG0A&#10;AESBAABEmAAAQ68AAEPNAABC8AAAQv8AAEL/AGg2AABYNwAATDgAAEM4AAA7NwAANTYAADA2AAAp&#10;NwAAIzkAAB47AAAYPQAAE0AAABBCAAANRQEACEcHAANJDAAASQ8AAEoTAABLGQAASyAAAEsoAABL&#10;MgAASz0AAExJAABMVwAAS2gAAEt9AABLlAAASqwAAErKAABJ7wAASf8AAEn/AGI6AABUOwAASTsA&#10;AEA7AAA5OgAAMzkAACw6AAAlPAAAHz8AABlBAAATRAAAEEcAAAxJAAAITAAAAk8FAABQCgAAUA0A&#10;AFEQAABSFQAAVBsAAFQjAABULAAAVDcAAFREAABUUgAAVGMAAFR3AABUjwAAU6gAAFLGAABS7QAA&#10;Uf8AAFH/AFw/AABPPwAART8AAD4+AAA3PQAALz4AACdAAAAgQwAAGUYAABNJAAAPTAAAC08AAAZS&#10;AAAAVAAAAFcCAABYBwAAWQsAAFoOAABbEQAAXRYAAF4dAABfJgAAXzEAAF49AABeTAAAXl0AAF5x&#10;AABdiQAAXaMAAFzBAABb6wAAWv8AAFr/AFZEAABLQwAAQ0IAADxBAAAyQgAAKUUAACFIAAAaSwAA&#10;E04AAA5SAAAKVQAAA1kAAABbAAAAXgAAAGAAAABiAgAAYwYAAGUKAABmDgAAaBEAAGoXAABrHwAA&#10;aykAAGs2AABrRQAAa1YAAGpqAABqggAAaZ0AAGi7AABn5wAAZv8AAGX/AFFIAABISAAAQUYAADdH&#10;AAAsSgAAI00AABtRAAATVQAADlkAAAhdAAABYQAAAGQAAABnAAAAagAAAGwAAABuAAAAcAAAAHIF&#10;AABzCQAAdQ0AAHcRAAB6GAAAeyEAAHsuAAB6PQAAek4AAHliAAB5eQAAeJYAAHezAAB14AAAdPwA&#10;AHP/AE5NAABHTAAAO00AADBPAAAmUwAAHFgAABNcAAANYQAABmYAAABqAAAAbwAAAHIAAAB2AAAA&#10;eQAAAHwAAAB9AAAAfwAAAIEAAACDAgAAhgcAAIgMAACLEQAAjhgAAI4kAACOMwAAjUQAAIxYAACL&#10;bwAAiowAAImqAACIzwAAhvcAAIX/AE1RAABBUwAANFUAAClaAAAeXwAAFGUAAA1qAAAFcAAAAHYA&#10;AAB7AAAAfwAAAIMAAACHAAAAigAAAI0AAACOAAAAkQAAAJMAAACVAAAAmAAAAJoFAACdDAAAoBEA&#10;AKMaAACjKAAAojoAAKFOAACgZQAAoIEAAJ6gAACdwQAAm+4AAJr/AEZZAAA5XAAALWEAACFnAAAW&#10;bgAADnUAAAV7AAAAgQAAAIcAAACNAAAAkgAAAJYAAACaAAAAnQAAAJ8AAAChAAAApAAAAKYAAACo&#10;AAAAqwAAAK4AAACxAwAAtAsAALgRAAC5HgAAuS8AALhDAAC3WgAAtXYAALSXAAC0tQAAseIAALD8&#10;AD9kAAAxaQAAJW8AABh3AAAPfwAABocAAACOAAAAlAAAAJoAAACgAAAApQAAAKoAAACuAAAAsQAA&#10;ALIAAAC1AAAAtwAAALoAAAC8AAAAvwAAAMMAAADGAAAAyQAAAM4KAADSEwAA0iMAANE3AADQTwAA&#10;zmoAAM2KAADKqwAAy8sAAMvvADdxAAApeAAAHYAAABGJAAAIkQAAAJoAAAChAAAApwAAAK0AAACz&#10;AAAAuQAAAL4AAADCAAAAxQAAAMYAAADJAAAAzAAAAM4AAADSAAAA1QAAANoAAADeAAAA4QAAAOUA&#10;AADqCwAA6xcAAOorAADqQwAA6l4AAOp6AADrmQAA67UAAOvVAP8AAAD/AAAA/wABAP8ABwD/AA0A&#10;/wASAP8AGwD/ACUA/wAvAP8AOgD/AEMA/wBLAP8AUwD/AFoA/QBgAPsAZgD6AGsA+AByAPYAeAD0&#10;AIAA8QCJAO8AkgDsAJ0A6QCqAOYAvADjANwA3wD3AN0A/wDMAP8AvgD/ALUA/wCwAP8ArQD/AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFAD/AB8A/wApAPsAMwD3AD0A8wBFAO8ATQDsAFMA6ABZ&#10;AOUAXwDjAGUA4ABqAN0AcQDaAHgA1gCAANIAigDPAJUAzACiAMgAsgDFAMkAwgDtAMAA/wC7AP8A&#10;sAD/AKgA/wCkAP8AoQD/AP8AAAD/AAAA/QAAAPoAAAD4AAAA8AAJAOwAEQDoABkA5wAjAOUALQDe&#10;ADYA1gA+ANEARgDNAEwAygBSAMgAWADFAF0AwwBjAMAAaQC+AHAAvAB4ALkAgQC3AI0AtACaALEA&#10;qQCuALwArADhAKoA/ACoAP8AoAD/AJkA/wCWAP8AlAD/AP8AAAD5AAAA8gAAAOcAAADbAAAA0QAE&#10;AMoADQDHABQAxAAdAMIAJgC/AC8AuwA3ALcAPwC0AEUAsQBLAK4AUQCsAFYAqgBcAKgAYQCmAGgA&#10;owBwAKEAeQCfAIQAnQCRAJoAoACYALEAlgDMAJUA8QCUAP8AkQD/AIsA/wCIAP8AhgD/APcAAADs&#10;AAAA3gAAAMkAAAC8AAAAtAAAAK8ACgCrABAAqQAXAKgAIACnACgAogAwAJ8AOACcAD4AmgBEAJgA&#10;SgCWAE8AlABVAJMAWgCRAGEAjwBoAI0AcQCLAHsAiQCIAIcAlwCFAKgAgwC+AIEA5ACAAP8AgAD/&#10;AHwA/wB7AP8AeQD/AOkAAADXAAAAwQAAALEAAACmAAAAnQAAAJcABQCUAA0AkgASAJAAGgCPACIA&#10;jgAqAIsAMQCJADgAhwA+AIUAQwCDAEgAgQBOAH8AVAB+AFoAfABhAHoAaQB4AHMAdgB/AHUAjgBz&#10;AJ8AcQCzAHAA0ABvAPYAbwD/AG8A/wBtAP8AbAD/ANoAAAC/AAAArAAAAJ4AAACTAAAAjAAAAIUA&#10;AACCAAkAfwAPAH4AFQB9ABwAfAAkAHoAKwB3ADEAdQA3AHQAPQByAEIAcQBIAG8ATQBuAFMAbABa&#10;AGsAYgBpAGwAZwB4AGYAhgBkAJcAYgCqAGEAwgBgAOsAYQD/AGEA/wBhAP8AYAD/AMUAAACtAAAA&#10;mwAAAI0AAACDAAAAfAAAAHcAAAByAAUAcAAMAG4AEQBsABcAbAAeAGsAJQBpACwAZwAxAGYANwBk&#10;AD0AYwBCAGIASABgAE4AXwBVAF0AXQBcAGYAWgByAFkAgABXAJAAVgCjAFUAuQBUAN4AVAD7AFQA&#10;/wBVAP8AVQD/ALYAAACfAAAAjQAAAH8AAAB1AAAAbgAAAGkAAABmAAEAYwAJAGEADgBgABMAXwAZ&#10;AF4AIABdACYAWwAsAFoAMgBYADcAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEATwBsAE4AegBMAIoA&#10;SwCcAEoAsQBJAM4ASQDzAEkA/wBJAP8ASgD/AKoBAACUBQAAggcAAHQIAABqCAAAYwYAAF4EAABb&#10;AAAAWQAFAFcADABWABAAVAAVAFMAGwBSACIAUQAoAFAALQBOADMATQA4AEwAPgBLAEUASgBMAEgA&#10;VABHAF0ARgBoAEQAdQBDAIUAQQCYAEAAqwBAAMUAPwDqAD8A/wBAAP8AQAD/AKAIAACKCwAAeQ0A&#10;AGwNAABhDQAAWg0AAFULAABSCQAAUAYAAE8CCABOAA0ATAASAEsAFwBKAB4ASQAjAEcAKQBGAC8A&#10;RQA0AEQAOgBCAEEAQQBIAEAAUAA+AFoAPQBkADwAcgA6AIIAOQCUADgApwA3AL4ANgDjADYA+QA2&#10;AP8ANwD/AJgNAACDDgAAchAAAGURAABbEQAAUxAAAE4QAABKDgAASA0AAEcKAwBHBwoARQQOAEQC&#10;EwBCAhoAQQIgAEADJQA+AysAPQQxADwENwA7BD4AOgVFADkFTgA3BVcANgViADQGcAAyBoAAMQaS&#10;ADAGpQAvBbsALgXdAC4G9QAtB/8ALgf/AJEQAAB9EQAAbBMAAF8UAABVFAAAThQAAEgTAABEEgAA&#10;QRAAAEAOAABADQYAQAoMAD4JEAA8CRYAOwocADkKIgA4CigANwsuADYLNQA1CzsAMwtDADIMTAAw&#10;DFYALwxhAC0MbwArDH8AKgySACgMpQAnDLsAJQzdACUN9QAmDf8AJw3/AIsSAAB3FAAAZxYAAFsX&#10;AABRGAAASRcAAEMXAAA/FQAAPBQAADoSAAA5EQEAOQ8IADgODQA3DhIANQ4YADQOHwAyDiUAMQ8s&#10;ADAPMgAvEDoALRBCACwQSwAqEFUAKBBhACYQbwAkEIAAIxCTACEQpwAfEL0AHhDgAB4R9wAfEP8A&#10;IBD/AIYUAABzFwAAYxkAAFcaAABNGwAARRoAAEAaAAA7GQAAOBgAADUWAAA0FAAAMxIEADISCwAx&#10;EhAALxIVAC0SHAAsEyIAKxMpACoTMAAoEzcAJxQ/ACYUSAAkFFMAIhRfACAVbQAfFX4AHRWRABsV&#10;pQAZFbsAGBXeABgV+AAZFP8AGhT/AIIXAABvGgAAXxwAAFMdAABKHQAAQh0AADwdAAA3HAAANBsA&#10;ADEaAAAvGQAALhYAACwXCAArFg4AKRcTACgXGQAnGCAAJRgmACQYLQAjGDQAIhk9ACAZRgAeGVEA&#10;HRldABsaawAZGnwAFxqPABUaowAUGboAEhnbABMZ9gAUGf8AFRj/AH0aAABrHQAAXB8AAFAgAABH&#10;IAAAPyAAADkfAAA0HwAAMR4AAC0dAAArHAAAKRsAACcbBQAlGwwAJBwRACIcFgAhHB0AIB0jAB8d&#10;KgAeHTIAHB46ABseRAAZHk4AFx5bABYeaQAUH3oAEh6NABEeogAQHrgADh7YAA8e9QAQHf8AER3/&#10;AHodAABnHwAAWSEAAE0iAABEIgAAPCIAADYiAAAyIQAALiEAACogAAAnIAAAJB8AACIgAgAgIAoA&#10;HiEPAB0hFAAcIRoAGyIhABkiJwAYIi8AFyI4ABUjQQAUI0wAEiNYABEjZwAQI3gADiOLAA0jnwAM&#10;I7QACyPQAAsi8AAMIv8ADSH/AHYfAABkIgAAViMAAEskAABBJAAAOiQAADQkAAAvIwAAKyMAACgj&#10;AAAkIwAAICMAAB0kAAAbJQcAGSYNABcmEQAWJhcAFSceABQnJQATJywAEic1ABEoPwAQKEoADihW&#10;AA0oZAAMKHQACiiHAAkomwAHJ7EABSfMAAYn7AAHJv4ACCb/AHEiAABgJAAAUyYAAEgnAAA/JwAA&#10;NyYAADEmAAAtJgAAKSUAACUlAAAiJQAAHScAABkoAAAWKgQAFCsLABIsEAARLBQAECwbABAsIgAO&#10;LCkADi0yAA0tOwALLUYACi1SAAgtYAAGLXAABC2DAAItmAAALK4AACzJAAAs6wABK/wAAiv/AG0l&#10;AABdJwAATygAAEUpAAA8KQAANSkAAC8oAAArKAAAJycAACMnAAAfKAAAGyoAABcsAAATLgIAEDAI&#10;AA4xDQANMRIADDEXAAsxHgAKMSYACDIuAAcyNwAFMkIAAzJOAAEyXAAAMmwAADJ/AAAylQAAMawA&#10;ADHHAAAw6gAAMPwAADD/AGgpAABYKgAATCsAAEEsAAA5LAAAMisAAC0rAAApKgAAJSoAACArAAAc&#10;LAAAFy4AABMwAAAQMgIADjQHAAo3DAAHNxAABTcUAAM3GwACNyIAADcqAAA4MwAAOD4AADhKAAA4&#10;WAAAOGgAADh8AAA3kgAAN6kAADbFAAA26gAANv0AADX/AGMsAABULgAASC8AAD4vAAA2LgAAMC4A&#10;ACstAAAnLQAAIi0AAB0vAAAYMQAAFDMAABA1AAAONwEACjoHAAY7CwACPA4AAD0SAAA+FwAAPh4A&#10;AD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD53AAA+jwAAPacAAD3DAAA86QAAPP0AADv/AF4wAABQ&#10;MQAARDIAADsyAAA0MQAALjAAACkvAAAkMAAAHjIAABk0AAAUNgAAEDkAAA07AAAKPQAABUAFAABB&#10;CgAAQg0AAEMQAABEFAAARRoAAEYiAABGKwAARjUAAEZBAABGTwAARl8AAEZzAABFigAARaQAAETA&#10;AABD6AAAQ/4AAEL/AFg0AABLNQAAQTUAADk1AAAyNAAALTMAACY0AAAgNQAAGjgAABQ6AAAQPQAA&#10;DUAAAAlCAAAERQAAAEcDAABIBwAASgsAAEsOAABMEQAAThUAAE8cAABPJQAATy8AAE88AABPSgAA&#10;T1oAAE5tAABOhQAATaAAAEy8AABL5wAAS/4AAEr/AFM5AABHOQAAPjkAADc4AAAxNwAAKTcAACE5&#10;AAAbPAAAFT8AABBCAAAMRQAAB0gAAAJKAAAATQAAAE8AAABRBAAAUgcAAFQLAABVDgAAVxEAAFkX&#10;AABaHwAAWSkAAFk2AABZRAAAWVQAAFhnAABYfwAAV5oAAFa3AABV4wAAVP0AAFT/AE49AABDPQAA&#10;PDwAADU7AAAsPAAAJD4AABxBAAAVRAAAEEgAAAtLAAAFTgAAAFEAAABUAAAAVwAAAFkAAABbAAAA&#10;XQIAAF4GAABgCwAAYg4AAGQSAABnGAAAZyIAAGYuAABmPAAAZk0AAGVgAABldwAAZJMAAGOxAABh&#10;3QAAYPwAAF//AElCAABBQQAAOj8AADBAAAAmQwAAHkYAABVKAAAQTgAAClIAAANWAAAAWgAAAF0A&#10;AABgAAAAYwAAAGUAAABnAAAAaQAAAGsBAABtBQAAbwoAAHIOAAB1EgAAdxsAAHYmAAB2NQAAdUYA&#10;AHRZAAB0bwAAc4sAAHKpAABwzQAAb/cAAG7/AEZGAABARQAANUYAACpIAAAgTAAAF1EAABBWAAAJ&#10;WgAAAV8AAABjAAAAaAAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAAgAMAAIMIAACG&#10;DQAAiRMAAIodAACKKwAAiTwAAIhPAACGZgAAhYEAAISgAACCwgAAgfAAAH//AEZLAAA6TAAALk8A&#10;ACNTAAAYWAAAEF4AAAlkAAAAaQAAAG8AAAB0AAAAeAAAAHwAAACBAAAAhAAAAIcAAACIAAAAiwAA&#10;AI4AAACQAAAAkwAAAJYAAACZBwAAnQ0AAKEUAACgIQAAoDEAAJ5EAACdWwAAnHYAAJmWAACZtQAA&#10;luUAAJX+AD9SAAAyVQAAJloAABtgAAARZwAACW0AAAB0AAAAewAAAIEAAACGAAAAiwAAAJAAAACU&#10;AAAAlwAAAJkAAACcAAAAnwAAAKEAAACkAAAApwAAAKoAAACtAAAAsQYAALUNAAC4FgAAtyYAALY5&#10;AAC1UAAAtGoAALKJAACwqgAArs8AAK31ADdcAAArYQAAHmgAABNwAAALeAAAAIAAAACHAAAAjgAA&#10;AJUAAACaAAAAnwAAAKQAAACoAAAArAAAAK0AAACwAAAAswAAALUAAAC4AAAAuwAAAL8AAADDAAAA&#10;xwAAAMsFAADRDgAA0RsAANAuAADPRQAAzV8AAMt+AADJngAAyL4AAMXpAC9pAAAjcAAAFnkAAA2B&#10;AAABiwAAAJMAAACbAAAAogAAAKgAAACuAAAAtAAAALgAAAC9AAAAwAAAAMIAAADFAAAAyAAAAMsA&#10;AADOAAAA0QAAANYAAADbAAAA3wAAAOQAAADoBgAA6xEAAOojAADqOgAA6VQAAOdyAADlkwAA47MA&#10;AOPUAP8AAAD/AAAA/wAAAP8ABAD/AAsA/wAQAP8AFwD/ACEA/wArAP8ANQD/AD4A/wBHAP8ATgD/&#10;AFUA/ABbAPoAYQD4AGYA9gBtAPQAcwDyAHsA7wCEAO0AjgDqAJkA5gCnAOMAuQDfANUA2wD3ANYA&#10;/wDAAP8AsgD/AKoA/wClAP8AogD/AP8AAAD/AAAA/gAAAPwAAAD8AAMA/gALAP8AEQD/ABoA/QAk&#10;APkALgD0ADgA8ABAAOwASADpAE4A5gBUAOIAWgDfAF8A3ABlANgAawDUAHIA0AB7AM0AhQDKAJEA&#10;xwCeAMMArgDAAMUAvQDrALsA/wCwAP8ApAD/AJwA/wCYAP8AlQD/AP8AAAD6AAAA9AAAAPEAAADy&#10;AAAA6gAFAOcADgDiABUA4QAeAOEAKADYADEA0AA5AMsAQADIAEcAxQBNAMIAUwC/AFgAvQBeALsA&#10;ZAC5AGsAtgBzALQAfACxAIgArgCVAKsApACoALgApgDcAKMA+wCfAP8AlQD/AI8A/wCLAP8AiQD/&#10;APkAAADvAAAA5wAAAN8AAADPAAAAyAAAAMEACgC/ABEAvAAYALsAIQC5ACoAtAAyALEAOgCuAEAA&#10;qwBGAKgATACmAFEAowBWAKEAXACfAGMAnQBqAJsAcwCZAH4AlgCMAJQAmwCSAK0AkADHAI4A8ACN&#10;AP8AhgD/AIAA/wB9AP8AfAD/AO0AAADgAAAA0QAAAL8AAACzAAAAqgAAAKYABQCiAA0AoQATAKAA&#10;GwCfACMAmwArAJgAMgCVADkAkwA/AJEARACPAEoAjgBPAIwAVQCKAFsAiABjAIYAawCEAHYAggCC&#10;AIAAkgB+AKMAfAC6AHoA4QB5AP8AdwD/AHIA/wBwAP8AbwD/AN0AAADLAAAAtgAAAKcAAACdAAAA&#10;lAAAAI4AAQCLAAoAiQAQAIgAFQCHAB0AhwAlAIQALACCADIAfwA4AH0APQB7AEMAeQBIAHgATgB2&#10;AFQAdQBbAHMAYwBxAG4AbwB6AG0AiQBsAJoAagCuAGkAzABoAPYAZwD/AGUA/wBkAP8AYwD/AMoA&#10;AAC0AAAAoQAAAJMAAACJAAAAggAAAHsAAAB4AAUAdgAMAHUAEQB0ABgAcwAfAHIAJQBwACwAbgAy&#10;AGwANwBqADwAaQBCAGgASABmAE4AZQBVAGMAXQBiAGYAYAByAF4AgABdAJIAWwClAFoAvgBZAOkA&#10;WQD/AFkA/wBYAP8AWAD/ALkAAACiAAAAkAAAAIMAAAB5AAAAcQAAAG0AAABpAAEAZgAJAGUADgBk&#10;ABMAYwAZAGMAIABhACYAYAAsAF4AMQBcADcAWwA8AFoAQgBYAEgAVwBPAFYAVwBUAGAAUwBsAFEA&#10;eQBQAIoATwCeAE4AtABNANoATQD7AE0A/wBNAP8ATQD/AKoAAACUAAAAggAAAHUAAABrAAAAZAAA&#10;AGAAAABdAAAAWgAFAFgADABXABAAVgAVAFYAGwBVACEAUwAnAFIALABRADEATwA3AE4APQBNAEMA&#10;TABKAEoAUgBJAFsASABmAEYAcwBFAIQARACXAEMArABCAMkAQgDxAEIA/wBDAP8AQwD/AJ4AAACJ&#10;AAAAeAMAAGoEAABhBAAAWgMAAFUBAABSAAAAUAACAE4ACQBNAA0ATAARAEsAFwBKABwASQAiAEgA&#10;JwBHAC0ARQAyAEQAOABDAD4AQgBFAEEATQA/AFYAPgBhAD0AbgA7AH4AOgCRADkApgA4AL8AOADo&#10;ADgA/wA5AP8AOQD/AJUDAACABwAAbwkAAGIKAABYCwAAUQoAAEwIAABJBgAARwMAAEYABgBEAAsA&#10;QwAPAEIAEwBBABgAQQAeAD8AIwA+ACkAPQAuADsANAA6ADoAOQBBADgASQA3AFIANgBdADQAagAz&#10;AHoAMgCMADEAoQAwALgALwDeAC8A+QAvAP8AMAD/AIwJAAB4DAAAaA0AAFwOAABSDgAASw4AAEUN&#10;AABBDAAAPwoAAD4IAgA9BAgAPAENADsAEAA6ABUAOQAaADgAIAA2ACUANQArADQAMAAzADcAMgA+&#10;ADEARgAvAFAALgBaAC0AZwArAHcAKgCJACkAnQAoALMAJwDRACcA8gAnAP8AJwD/AIYMAAByDgAA&#10;YxAAAFYRAABNEQAARREAAEAQAAA8DwAAOQ4AADcNAAA2CwQANggKADUGDgA0BRIAMgQXADEFHAAw&#10;BSIALwUoAC4GLgAtBjQAKwY8ACoGRAApB04AJwdZACYHZQAkB3UAIweHACIHmwAgBrAAIAbLAB8F&#10;7QAfBv4AHwf/AIAOAABtEQAAXhIAAFITAABIEwAAQRMAADsTAAA3EgAANBEAADIQAAAwDwEAMA0G&#10;ADALCwAvChAALQoUACwLGQAqCx8AKQslACgMKwAnDDIAJgw6ACQMQwAjDE0AIQ1YACANZQAeDXUA&#10;HA2IABoNnAAZDbEAGAzKABcM6wAXDfwAGAz/AHsRAABpEwAAWhUAAE4WAABFFgAAPRYAADgVAAAz&#10;FQAAMBQAAC0TAAArEgAAKhADACoPCAApDg0AKA4RACYOFgAlDx0AJA8jACMPKQAhEDEAIBA5AB4Q&#10;QgAdEEwAGxBYABkQZgAXEHYAFRCJABQQngASELMAERDOABEQ7gASEP4AEhD/AHcTAABlFQAAVxcA&#10;AEsYAABCGQAAOhkAADQYAAAwFwAALBcAACkWAAAnFQAAJhQBACUSBAAjEgsAIhIPACESFAAgEhoA&#10;HhMgAB0TJwAcEy4AGhM2ABkUQAAXFEoAFhRWABQUZAASFHQAERSHABAUnAAOFLEADRTKAA0U6wAO&#10;E/4ADhP/AHMVAABhGAAAUxoAAEgbAAA/GwAANxsAADIaAAAtGgAAKRkAACYYAAAkGAAAIhcAACAW&#10;AQAeFggAHRYNABsXEgAaFxcAGRcdABgYJAAWGCsAFRg0ABQYPQASGUgAERlUABAZYgAOGXIADRmE&#10;AAwZmAAKGa0ACRjGAAkY5wAJGPoAChf/AG8YAABeGgAAUBwAAEUdAAA8HQAANR0AAC8dAAAqHAAA&#10;JhsAACMbAAAhGgAAHhoAABwaAAAaGwUAGBsMABYcEAAVHBUAFBwbABMcIgASHSkAER0xABAdOwAO&#10;HUUADR5RAAweXgAKHm0ACR6AAAcelAAFHaoAAx3CAAMd5gAEHPgABRz/AGsaAABbHQAATR4AAEIf&#10;AAA6HwAAMh8AAC0fAAAoHgAAJB4AACEdAAAeHQAAHB0AABgeAAAVHwIAEyAJABIhDgAQIRIAECEY&#10;AA4hHwAOIiYADSIuAAwiNwAKIkEACSJNAAciWgAFImkAAyJ8AAEikQAAIqgAACHAAAAh5QAAIPgA&#10;ACD/AGcdAABXHwAASiEAAEAhAAA3IgAAMCEAACohAAAmIAAAIiAAAB8fAAAcHwAAGSAAABYhAAAS&#10;IwIAECQHAA4mDAAMJhAACyYVAAomHAAJJiIACCYqAAYnMwAEJz0AAydJAAEnVgAAJ2YAACd5AAAn&#10;jwAAJqYAACa/AAAl5AAAJfkAACT/AGMgAABUIgAARyMAAD0kAAA0JAAALiMAACgjAAAkIgAAISIA&#10;AB4hAAAaIgAAFyMAABMkAAAQJgIADigHAAsqCwAIKw4ABisTAAQrGAACKx8AASwnAAAsMAAALDoA&#10;ACxFAAAsUwAALGMAACx2AAAsjAAAK6QAACu+AAAq5AAAKvoAACn/AF8jAABQJQAARCYAADomAAAy&#10;JgAAKyYAACYlAAAjJAAAHyQAABskAAAXJQAAFCcAABEpAAAOKwIACy0GAAcvCwAEMA4AADARAAAx&#10;FQAAMRwAADEjAAAyLAAAMjYAADJCAAAyTwAAMl8AADJyAAAxiQAAMaIAADC8AAAw5AAAL/sAAC//&#10;AFonAABMKAAAQCkAADcpAAAvKQAAKSgAACUnAAAhJgAAHCcAABgoAAAUKgAAESwAAA4uAAALMAEA&#10;BzIFAAM0CQAANQwAADYPAAA3EgAAOBgAADggAAA4KAAAODIAADk9AAA5SwAAOVsAADhuAAA4hQAA&#10;N58AADe6AAA25AAANfwAADX/AFUqAABILAAAPSwAADQsAAAtKwAAKCoAACQpAAAeKgAAGSsAABQt&#10;AAARLwAADTEAAAo0AAAHNgAAAjgEAAA6BwAAOwoAAD0NAAA+EAAAQBQAAEAbAABAJAAAQC4AAEA5&#10;AABARwAAQFYAAEBpAABAgAAAP5sAAD63AAA94wAAPPwAADz/AFAvAABDLwAAOS8AADIvAAAsLQAA&#10;JywAACAtAAAaLwAAFTEAABEzAAANNgAACTgAAAU7AAAAPQAAAEABAABBBAAAQwcAAEULAABGDgAA&#10;SBEAAEoWAABKHgAASigAAEo0AABJQgAASVEAAElkAABIewAASJcAAEe0AABG4AAARfwAAET/AEoz&#10;AAA/MwAANjMAADAxAAAqMAAAIzEAABwzAAAWNQAAETgAAA07AAAIPgAAA0EAAABDAAAARgAAAEgA&#10;AABKAAAATAQAAE4HAABPCwAAUQ4AAFQSAABVGQAAVSIAAFQuAABUPAAAVEsAAFNeAABTdAAAUpAA&#10;AFGuAABQ1wAAT/sAAE7/AEU3AAA8NwAANTYAAC80AAAmNQAAHjcAABc6AAARPQAADEEAAAdEAAAA&#10;SAAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFgCAABbBgAAXQsAAF8OAABiEwAAYhsAAGInAABi&#10;NAAAYUUAAGBXAABgbQAAX4kAAF2nAABczAAAWvgAAFn/AEE8AAA6OwAANDkAACo6AAAhPAAAGEAA&#10;ABFDAAAMRwAABksAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAYwAAAGUAAABnAQAAagUA&#10;AG0KAABwDgAAcxUAAHIgAAByLQAAcT0AAHBPAABvZQAAboAAAG2fAABrwQAAafEAAGj/AD9AAAA5&#10;PgAALj8AACRCAAAaRgAAEkoAAAxPAAAEVAAAAFgAAABdAAAAYQAAAGUAAABoAAAAawAAAG4AAABx&#10;AAAAcwAAAHUAAAB4AAAAewAAAH4DAACBCgAAhQ8AAIcXAACGJAAAhTQAAIRGAACCXQAAgXYAAH+W&#10;AAB+tgAAfOcAAHr/AD9EAAAzRQAAKEgAAB1MAAATUgAADFcAAANdAAAAYwAAAGgAAABtAAAAcQAA&#10;AHYAAAB6AAAAfgAAAIEAAACDAAAAhgAAAIkAAACLAAAAjgAAAJIAAACVAQAAmQkAAJ4QAACeGgAA&#10;nSkAAJw8AACaUgAAmGwAAJaLAACUqgAAktQAAJD6ADhLAAAsTgAAIFMAABVZAAANYAAAA2cAAABu&#10;AAAAdAAAAHoAAACAAAAAhAAAAIoAAACOAAAAkgAAAJUAAACXAAAAmgAAAJ0AAACgAAAAowAAAKcA&#10;AACrAAAArwAAALQJAAC4EAAAtx4AALUwAACzRgAAsWAAAK9+AACsoAAAq8EAAKnuADFVAAAkWwAA&#10;GGEAAA5pAAAFcQAAAHkAAACBAAAAiAAAAI8AAACUAAAAmgAAAJ8AAACkAAAAqAAAAKkAAACsAAAA&#10;rwAAALMAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMsAAADRCgAA0xQAANElAADQOwAAzVQAAMpxAADI&#10;kgAAxbMAAMPeACliAAAcaQAAEXEAAAd7AAAAhAAAAI0AAACVAAAAnQAAAKMAAACpAAAArwAAALQA&#10;AAC5AAAAvAAAAL4AAADCAAAAxQAAAMgAAADMAAAA0AAAANQAAADaAAAA3wAAAOQAAADqAAAA7gwA&#10;AO0aAADsLwAA6kkAAOhlAADmhgAA5KUAAOLGAP8AAAD/AAAA/wAAAPwAAQD8AAgA/gAOAP8AFAD/&#10;AB0A/wAmAP8AMAD/ADoA/wBCAP8ASQD+AFAA+wBWAPkAXAD2AGIA9ABoAPIAbwDwAHYA7QB/AOoA&#10;iQDnAJUA5ACjAOAAtQDbANAA1QD2AMoA/wC2AP8AqAD/AJ8A/wCaAP8AlgD/AP8AAAD7AAAA9gAA&#10;APMAAADzAAAA9gAJAPoADgD9ABYA+wAgAPcAKgDyADMA7QA7AOkAQwDmAEkA4gBPAN4AVQDbAFsA&#10;1gBgANIAZwDPAG4AzAB2AMkAgADGAIwAwgCaAL8AqgC7AMEAuADpALYA/wCnAP8AmgD/AJIA/wCN&#10;AP8AigD/APoAAADxAAAA6gAAAOcAAADnAAAA5AABAOAACwDbABEA2gAaANsAIwDRACwAygA0AMYA&#10;OwDCAEIAvwBIALwATgC6AFMAuABZALYAXwCzAGYAsQBuAK4AdwCsAIMAqQCRAKYAoQCjALUAoADY&#10;AJ4A+wCVAP8AiwD/AIUA/wCAAP8AfgD/AO8AAADjAAAA2gAAANMAAADGAAAAvwAAALkABgC3AA4A&#10;tAAUALQAHQCzACUArgAtAKsANACnADsApABBAKEARgCfAEwAnQBRAJsAVwCZAF4AlwBlAJUAbgCT&#10;AHkAkACHAI4AlwCMAKkAiQDEAIgA7wCFAP8AfAD/AHYA/wBzAP8AcgD/AOAAAADQAAAAxgAAALYA&#10;AACpAAAAoQAAAJ0AAQCZAAoAmAAQAJgAFgCXAB4AlAAmAJEALQCPADQAjAA6AIoAPwCIAEUAhwBK&#10;AIUAUACDAFYAgQBeAIAAZgB+AHEAfAB9AHkAjQB3AKAAdQC2AHMA3wByAP8AbgD/AGkA/wBnAP8A&#10;ZQD/AMwAAAC+AAAAqwAAAJ0AAACTAAAAigAAAIUAAACCAAUAgAANAH8AEQB/ABgAgAAgAH0AJgB6&#10;AC0AdwAzAHUAOAB0AD4AcgBDAHAASQBvAE8AbQBWAGwAXgBqAGgAaAB1AGcAhABlAJYAZACrAGIA&#10;yQBhAPYAYAD/AFwA/wBbAP8AWgD/AL0AAACpAAAAlwAAAIkAAAB+AAAAeAAAAHMAAABvAAEAbQAJ&#10;AGwADgBrABMAawAZAGoAIABoACYAZgAsAGUAMgBjADcAYgA8AGAAQgBfAEgAXQBPAFwAVwBaAGEA&#10;WQBtAFcAewBWAI4AVQCiAFMAuwBSAOkAUgD/AFAA/wBPAP8ATwD/AK0AAACYAAAAhgAAAHgAAABu&#10;AAAAZwAAAGMAAABgAAAAXQAFAFwACwBbABAAWwAVAFsAGwBaACEAWAAmAFYALABUADEAUwA2AFIA&#10;PABRAEIATwBJAE4AUQBNAFsASwBmAEoAdABJAIUASACZAEcAsQBGANgARgD8AEUA/wBFAP8ARQD/&#10;AJ8AAACJAAAAeAAAAGwAAABiAAAAWwAAAFYAAABTAAAAUQACAE8ACABPAA0ATgARAE4AFgBNABwA&#10;TAAhAEoAJgBJACwASAAxAEcANwBFAD0ARABEAEMATABCAFUAQABgAD8AbgA+AH4APQCSADwAqQA7&#10;AMcAOwDzADsA/wA7AP8APAD/AJMAAAB+AAAAbgAAAGEAAABYAAAAUQAAAEwAAABJAAAARwAAAEUA&#10;BQBEAAsAQwAOAEMAEgBDABcAQgAdAEAAIgA/ACcAPgAsAD0AMgA7ADgAOgA/ADkARwA4AFAANwBb&#10;ADUAaAA0AHgAMwCMADIAogAxALwAMQDnADEA/wAyAP8AMwD/AIkAAAB2AwAAZgUAAFkHAABQBwAA&#10;SQYAAEMFAABAAwAAPgEAADwAAwA7AAgAOgANADoAEAA5ABQAOQAZADcAHgA2ACMANQAoADQALgAz&#10;ADQAMgA7ADAAQwAvAEwALgBXAC0AZAAsAHMAKwCHACoAnAApALUAKQDcACkA+wApAP8AKgD/AIEE&#10;AABuCAAAXwoAAFMLAABKCwAAQgsAAD0KAAA5CQAANggAADUFAAA0AgYAMwAKADIADgAxABEAMQAV&#10;ADAAGgAvAB8ALgAkACwAKgArADAAKgA3ACkAPwAoAEkAJwBUACYAYAAkAG8AIwCCACIAlwAhAK4A&#10;IQDMACEA8wAhAP8AIgD/AHsJAABoDAAAWg0AAE4OAABFDgAAPQ4AADgNAAAzDQAAMAwAAC4LAAAt&#10;CQMALQYIACwEDAArAg8AKgESACkBFwAoARwAJwAhACYAJwAlAC0AJAA0ACMBPQAiAUYAIQFRAB8B&#10;XQAeAWwAHAF/ABsAlAAaAKoAGgDFABoA6wAZAP8AGgD/AHUMAABkDgAAVQ8AAEoQAABAEAAAORAA&#10;ADMQAAAvDwAALA4AACkOAAAnDQEAJwwFACcKCgAmCA0AJQcQACQGFAAiBhkAIQYfACAHJAAfBysA&#10;HgcyAB0HOgAcCEQAGghPABkIXAAXCGsAFgh9ABUHkQAUB6cAEwa/ABIF5AASBfoAEgX/AHEOAABf&#10;EAAAUREAAEYSAAA9EgAANhIAADASAAArEQAAKBEAACUQAAAjEAAAIg4EACENBwAhDAsAIAsOAB8L&#10;EgAdCxcAHAwcABsMIgAaDCkAGQwxABgMOQAWDUMAFQ1PABMNXAASDWsAEA1+AA8NkgAODacADQy+&#10;AA0M4AANDPUADQz/AG0QAABcEQAAThMAAEMUAAA6FAAAMhQAAC0UAAAoEwAAJRMAACISAAAgEQAA&#10;HhEDABwQBQAcDwgAGw8MABoOEAAZDxQAFw8aABYPIQAVECgAFBAwABIQOQAREEQAEBBQAA4QXQAN&#10;EGsADBB8AAsQkAAJEKUACBC8AAcQ3wAHEPQABw//AGkRAABYFAAASxUAAEAWAAA3FgAAMBYAACoW&#10;AAAmFQAAIhUAAB8UAAAdEwAAGhMCABkSBAAXEgYAFhIKABUSDgAUEhIAEhIYABETHgAREyUAEBMu&#10;AA4TNwANFEAADBRLAAsUWAAJFGcABxR4AAYUjQAEFKMAAxO7AAIT3QABEvQAAhL/AGUTAABVFgAA&#10;SBcAAD0YAAA0GAAALRgAACgYAAAjFwAAIBcAAB0WAAAaFQAAGBUCABYVBAAUFQUAEhYIABEWDQAQ&#10;FxAADhcVAA4XGwANFyIADBcpAAsYMgAJGDwABxhHAAUYVAAEGGMAAhh1AAEYiwAAF6EAABe5AAAX&#10;3QAAFvUAABb/AGEWAABSGAAARRoAADsaAAAyGgAAKxoAACUaAAAhGQAAHhgAABsYAAAYFwAAFhcC&#10;ABQXAwASGAUAEBkHAA4bCwAMGw8ACxsTAAobGAAIHB8ABxwmAAUcLwAEHDgAAhxEAAAdUQAAHWAA&#10;AB1yAAAciAAAHKAAABu5AAAb3gAAGvYAABr/AF4YAABPGgAAQhwAADgcAAAvHQAAKRwAACMcAAAf&#10;GwAAHBoAABkZAAAXGQEAFBkCABIaAwAQGwQADh0HAAweCwAJHw4ABiARAAUgFgADIBwAASEjAAAh&#10;KwAAITUAACFAAAAhTgAAIV0AACFvAAAhhgAAIJ4AACC4AAAf3gAAHvgAAB7/AFobAABLHQAAPx4A&#10;ADUfAAAtHwAAJx4AACIdAAAeHQAAGxwAABgbAAAVGwAAEhwAABAdAgAOHwQADCEGAAkiCgAFIw0A&#10;AiQQAAAlEwAAJRkAACYgAAAmKAAAJjIAACY9AAAmSgAAJloAACZsAAAmgwAAJZwAACW3AAAk3wAA&#10;I/kAACP/AFUeAABHIAAAPCEAADIhAAArIQAAJSAAACAfAAAdHgAAGh0AABYeAAATHgAAECAAAA4h&#10;AAAMIwIACCUFAAUnCQAAKAsAACoOAAArEQAALBYAACwdAAAsJQAALC4AACw6AAAsRwAALFYAACxp&#10;AAAsgAAAK5oAACq1AAAp3wAAKfsAACj/AFEiAABEIwAAOCQAAC8kAAAoIwAAIyIAAB8hAAAcIAAA&#10;FyAAABMhAAAQIwAADiQAAAsmAAAIKAAABCoEAAAsBwAALgkAADAMAAAxDwAAMxMAADMZAAAzIQAA&#10;MyoAADM1AAAzQwAAM1IAADNlAAAyewAAMpcAADGzAAAw3gAAL/sAAC7/AEwlAAA/JgAANScAAC0m&#10;AAAnJQAAIiQAAB4jAAAZIwAAFCQAABEmAAAOKAAACyoAAAcsAAADLwAAADECAAAzBAAANQcAADcK&#10;AAA5DQAAOhAAADsVAAA7HQAAOyYAADsxAAA7PgAAO04AADtgAAA6dwAAOZIAADiwAAA32wAANvwA&#10;ADX/AEcpAAA7KgAAMioAACspAAAlJwAAISYAABsnAAAVKAAAESoAAA4sAAAKLwAABjEAAAE0AAAA&#10;NgAAADgAAAA7AQAAPQQAAD8HAABBCgAAQw4AAEURAABFGAAARSEAAEUsAABEOQAAREgAAERbAABD&#10;cQAAQo0AAEGrAABA0gAAP/oAAD7/AEItAAA4LgAALy0AACkrAAAkKgAAHSoAABcsAAARLgAADTEA&#10;AAk0AAAENwAAADoAAAA8AAAAPwAAAEEAAABEAAAARgAAAEgDAABKBwAATAsAAE4OAABQEwAAUBwA&#10;AFAnAABPNAAAT0MAAE9VAABOagAATYYAAEykAABKygAASfgAAEj/AD4yAAA1MQAALi8AACkuAAAg&#10;LgAAGTEAABIzAAAONwAACToAAAI9AAAAQAAAAEQAAABHAAAASQAAAEwAAABPAAAAUQAAAFMAAABV&#10;AQAAWAYAAFoLAABdDgAAXxUAAF4gAABeLAAAXTwAAFxOAABbYwAAWn4AAFidAABXwAAAVfIAAFT/&#10;ADo2AAAzNAAALTIAACQzAAAbNgAAEzkAAA49AAAIQQAAAEUAAABJAAAATAAAAFAAAABTAAAAVgAA&#10;AFkAAABbAAAAXQAAAGAAAABiAAAAZQAAAGgFAABrCwAAbxAAAG8YAABuJQAAbTQAAG1GAABrWwAA&#10;anUAAGiUAABmtgAAZOkAAGL/ADg5AAAyNwAAKDkAAB47AAAVPwAADkQAAAdJAAAATQAAAFIAAABW&#10;AAAAWgAAAF4AAABiAAAAZQAAAGgAAABrAAAAbQAAAHAAAABzAAAAdgAAAHkAAAB9BAAAgQsAAIUR&#10;AACEHQAAgiwAAIA+AAB+VAAAfmsAAHuKAAB6qgAAd9YAAHX9ADg9AAAsPgAAIkEAABdGAAAPSwAA&#10;B1EAAABXAAAAXAAAAGIAAABmAAAAawAAAG8AAAB0AAAAeAAAAHsAAAB+AAAAgAAAAIMAAACGAAAA&#10;igAAAI0AAACRAAAAlgMAAJsMAACdEwAAmyEAAJozAACXSQAAlGIAAJN/AACQoAAAjsUAAIzzADFE&#10;AAAlSAAAGk0AABBTAAAIWgAAAGEAAABoAAAAbgAAAHQAAAB5AAAAfwAAAIQAAACJAAAAjQAAAJEA&#10;AACTAAAAlgAAAJkAAACdAAAAoAAAAKQAAACoAAAArAAAALIDAAC3DQAAtxcAALUoAACyPgAAsFYA&#10;AKxzAACqlAAAqbQAAKXlACpPAAAeVAAAElsAAApiAAAAagAAAHMAAAB7AAAAggAAAIkAAACOAAAA&#10;lAAAAJoAAACfAAAApAAAAKYAAACpAAAArQAAALAAAACzAAAAtwAAALsAAADAAAAAxQAAAMsAAADR&#10;BAAA1Q4AANMdAADQMgAAzUsAAMpmAADGhwAAwqkAAMHLACJbAAAWYgAADGsAAAF0AAAAfQAAAIcA&#10;AACQAAAAlwAAAJ4AAACkAAAAqwAAALEAAAC2AAAAugAAALwAAADAAAAAxAAAAMgAAADLAAAAzwAA&#10;ANQAAADaAAAA4AAAAOYAAADrAAAA8QYAAPATAADuJwAA7D8AAOpbAADnegAA5JsAAOC7AP8AAAD7&#10;AAAA9gAAAPMAAAD0AAUA9gAMAPoAEQD/ABkA/wAiAP8ALAD/ADUA/wA9AP8ARQD8AEwA+gBSAPcA&#10;WAD1AF4A8wBkAPEAagDuAHIA7AB6AOkAhQDlAJEA4QCgAN0AsgDYAM4A0gD2AMEA/wCtAP8AngD/&#10;AJYA/wCQAP8AjAD/APoAAADyAAAA7AAAAOkAAADpAAAA7AAFAPIADAD4ABIA9wAbAPUAJQDwAC4A&#10;6wA3AOYAPgDiAEUA3QBLANgAUADTAFYA0ABcAM0AYgDKAGoAyAByAMUAfADCAIgAvgCWALoAqAC3&#10;AL8AtADoAK4A/wCdAP8AkAD/AIgA/wCDAP8AgAD/APAAAADlAAAA3gAAANoAAADbAAAA3AAAANgA&#10;BwDRAA4A0QAVANIAHgDLACcAxQAvAMAANwC9AD0AugBEALcASQC1AE8AsgBVALAAWwCuAGEArABp&#10;AKkAcwCnAH8ApACNAKEAngCeALIAmwDVAJkA/ACMAP8AggD/AHsA/wB2AP8AdAD/AOIAAADTAAAA&#10;ygAAAMcAAAC8AAAAtgAAALAAAQCvAAsArAARAK0AGACtACAAqAAoAKQALwCgADYAnQA8AJsAQgCZ&#10;AEcAlwBNAJUAUwCTAFkAkQBhAI8AagCMAHUAigCDAIgAlACGAKcAgwDCAIIA8AB8AP8AcwD/AG0A&#10;/wBqAP8AaAD/AM8AAADBAAAAuQAAAK0AAACgAAAAmAAAAJQAAACRAAYAkAANAJAAEgCPABkAjgAh&#10;AIsAKACIAC8AhgA1AIQAOgCCAEAAgABFAH4ASwB8AFIAegBZAHgAYgB2AGwAdAB5AHIAiQBxAJ0A&#10;bwC0AG0A3wBsAP8AZQD/AGAA/wBeAP8AXAD/AL4AAACxAAAAoAAAAJIAAACJAAAAggAAAHwAAAB6&#10;AAEAeAAJAHcADgB4ABQAdwAaAHQAIQByACcAcAAtAG4AMwBsADgAawA+AGkARABoAEoAZgBRAGQA&#10;WgBjAGQAYQBwAF8AfwBeAJMAXQCpAFwAyABbAPcAVwD/AFQA/wBSAP8AUQD/ALAAAACfAAAAjQAA&#10;AH8AAAB0AAAAbgAAAGoAAABmAAAAZQAEAGMACwBjABAAYwAVAGMAGwBhACEAXwAnAF0ALABcADIA&#10;WgA3AFkAPQBXAEMAVgBLAFUAUwBTAFwAUgBoAFAAdwBPAIkATgCfAE0AugBMAOkASwD/AEkA/wBH&#10;AP8ARwD/AKIAAACNAAAAfAAAAG4AAABlAAAAXgAAAFkAAABXAAAAVQABAFQABwBTAA0AUwARAFQA&#10;FgBSABsAUQAhAE8AJgBOACsATAAxAEsANwBKAD0ASQBEAEcATABGAFYARABhAEMAcABCAIEAQQCX&#10;AEAArwA/ANcAPwD/AD4A/wA9AP8APgD/AJQAAAB/AAAAbwAAAGMAAABZAAAAUQAAAE0AAABKAAAA&#10;SAAAAEcABABHAAoARgAOAEYAEQBHABYARQAcAEQAIQBCACYAQQArAEAAMQA+ADcAPQA+ADwARwA6&#10;AFAAOQBbADgAaQA3AHoANgCPADUApwA1AMYANAD1ADQA/wA0AP8ANQD/AIgAAAB0AAAAZQAAAFgA&#10;AABPAAAASAAAAEMAAAA/AAAAPQAAADwAAgA8AAcAOwAMADsADwA7ABIAOgAXADkAHAA3ACEANgAm&#10;ADUALAA0ADIAMwA5ADEAQQAwAEsALwBWAC4AYwAtAHMALACIACwAoAArALsAKwDqACsA/wArAP8A&#10;LAD/AH8AAABsAAAAXQEAAFECAABIAwAAQAMAADsCAAA3AAAANAAAADMAAAAyAAUAMgAJADIADQAx&#10;ABAAMQATADAAGAAvAB0ALQAiACwAKAArAC4AKgA1ACkAPQAoAEYAJwBRACYAXgAlAG4AJACCACMA&#10;mQAjALMAIgDeACIA/wAjAP8AJAD/AHcAAABlBAAAVgYAAEsHAABCCAAAOggAADUHAAAwBgAALQUA&#10;ACwDAAArAAMAKgAHACkACwApAA4AKQARACgAFQAnABkAJgAeACUAJAAkACoAIwAxACIAOQAhAEMA&#10;IABOAB8AWgAeAGkAHQB8ABwAkwAbAKwAGwDNABsA9gAbAP8AHAD/AHAFAABfCAAAUQoAAEYLAAA9&#10;CwAANQsAADALAAArCgAAKAkAACUIAAAkBwIAIwQGACMCCQAiAQwAIgAPACEAEgAgABYAHwAbAB4A&#10;IAAdACYAHAAuABsANgAaAD8AGQBKABgAVwAXAGYAFgB4ABUAjwAVAKYAFADDABQA7gAUAP8AFQD/&#10;AGsIAABbCwAATQwAAEINAAA5DQAAMQ0AACwNAAAnDQAAIwwAACEMAAAfCwEAHgoFAB0ICAAdBgsA&#10;HAUNABwEEAAbBBQAGQQYABkEHgAYBCMAFwQrABYEMwAVBDwAFARHABMDVAASA2MAEQN1ABACigAQ&#10;AaIADwC8AA8A5QAPAP4AEAD/AGcLAABXDQAASQ4AAD4PAAA1DwAALg8AACgPAAAkDgAAIA4AAB0O&#10;AAAbDQEAGQ0EABgMBwAYCwkAFwkMABcJDgAWCRIAFQkWABQJGwATCSEAEgkoABIJMAARCToAEAlF&#10;AA8JUgAOCWEADQlzAAwIiAALCJ8ACge3AAoG2wAKBfYACgT/AGMNAABTDgAARhAAADsRAAAyEQAA&#10;KxEAACUQAAAhEAAAHRAAABoPAAAYDwEAFg4EABUOBwAUDQkAEw0LABMMDQASDBAAEQwUABAMGQAQ&#10;DB8ADwwnAA4NLwANDTkADA1FAAsNUQAJDWAACA1xAAYNhgAFDZ0ABAy0AAMM0gACDPEAAgv/AF8O&#10;AABQEAAAQxEAADgSAAAvEgAAKBIAACMSAAAeEQAAGxEAABgRAAAVEAIAFBAFABIQBwARDwkAEA8K&#10;ABAODAAODg4ADg8SAA0PFwAMEB0ADBAkAAoQLAAJEDYACBBBAAYQTgAFEF0AAxBvAAEQhAAAEJwA&#10;AA+0AAAO1AAADvMAAA7/AFwQAABNEgAAQBMAADYUAAAtFAAAJhQAACETAAAcEwAAGRIAABYSAAAU&#10;EQMAEhEGABERCAAQEAoADhALAA0RCwAMEQ0ACxIRAAoSFQAJEhoACBIhAAYTKQAFEzMAAxM+AAIT&#10;SwAAE1oAABNsAAATggAAEpsAABK0AAAR1wAAEfUAABH/AFgSAABJFAAAPRUAADMWAAArFgAAJBUA&#10;AB8VAAAaFAAAFxQAABQTAQATEgQAERIHABASCQAOEgkADRIJAAsTCgAJFA0ABxUPAAYWEwAEFhgA&#10;AxYfAAIWJwAAFzAAABc7AAAXSAAAF1gAABdqAAAWgAAAFpkAABW0AAAV2QAAFPcAABP/AFUUAABG&#10;FgAAOhcAADAYAAAoGAAAIhcAAB0WAAAZFgAAFhUAABMUAwASEwYAEBMHAA8TBwANFAcACxUIAAkW&#10;CQAGGAwAAxoOAAEaEQAAGhYAABscAAAbJAAAGy0AABs4AAAbRgAAHFUAABtnAAAbfQAAG5cAABqz&#10;AAAZ2wAAGPkAABf/AFEWAABDGAAANxkAAC4aAAAmGgAAIBkAABsYAAAYFwAAFRYBABMVBQARFQQA&#10;DxUEAA0WBAALFwUACRkGAAYaCAACHAoAAB4NAAAgEAAAIBMAACAZAAAgIQAAISoAACE1AAAhQgAA&#10;IVIAACBkAAAgegAAH5UAAB+xAAAe2wAAHfoAABz/AE0ZAAA/GwAANBwAACscAAAkHAAAHhsAABoa&#10;AAAXGAAAFBcCABIXAgAQGAEADRkBAAsaAgAIHAMABR0EAAIfBgAAIQgAACMLAAAlDgAAJhEAACYW&#10;AAAmHgAAJycAACcyAAAnPwAAJk4AACZgAAAmdwAAJZIAACSvAAAj2gAAIvsAACH/AEgdAAA8HgAA&#10;MR8AACgeAAAiHgAAHRwAABkbAAAWGgAAEhoAABAbAAANHAAACx0AAAgfAAAEIQAAASMCAAAlBAAA&#10;JwYAACkJAAAsDAAALg8AAC4TAAAuGgAALiMAAC4uAAAuOwAALkoAAC1cAAAtcgAALI4AACusAAAq&#10;1AAAKfsAACj/AEQgAAA4IQAALiEAACYhAAAgIAAAHB4AABgdAAAUHQAAEB4AAA4fAAALIQAAByMA&#10;AAMlAAAAJwAAACkAAAAsAQAALgMAADAGAAAzCgAANQ0AADYRAAA2FwAANh8AADYpAAA2NgAANkUA&#10;ADVXAAA1bQAANIkAADKoAAAxzwAAMPoAAC//AD8kAAA0JAAAKyQAACQjAAAfIQAAGyAAABYgAAAR&#10;IQAADiMAAAolAAAGKAAAAioAAAAtAAAALwAAADIAAAA0AAAANwAAADkDAAA7BgAAPgoAAEAOAABB&#10;EgAAQRoAAEAlAABAMQAAQEAAAD9SAAA+ZwAAPYIAADyiAAA6xwAAOfgAADj/ADooAAAwKAAAKScA&#10;ACMlAAAfIwAAGCQAABIlAAAOKAAACioAAAUtAAAAMAAAADMAAAA2AAAAOAAAADsAAAA+AAAAQAAA&#10;AEIAAABFAgAARwYAAEoKAABNDgAATRUAAEwfAABMKwAASzoAAEpMAABJYQAASHwAAEebAABFvwAA&#10;Q/MAAEL/ADYsAAAtKwAAJykAACMnAAAbKAAAFCoAAA4tAAAKMAAABDMAAAA3AAAAOgAAAD0AAABA&#10;AAAAQwAAAEYAAABIAAAASwAAAE0AAABQAAAAUwEAAFYGAABZCwAAWxAAAFsZAABaJQAAWTQAAFhG&#10;AABXWgAAVXQAAFSTAABStQAAUOoAAE//ADMwAAAsLgAAJywAAB4tAAAWLwAAEDIAAAo2AAADOgAA&#10;AD8AAABCAAAARgAAAEkAAABMAAAATwAAAFIAAABVAAAAWAAAAFoAAABdAAAAYAAAAGMAAABnBgAA&#10;awwAAGwSAABrHgAAaywAAGk9AABnUgAAZmoAAGSJAABhqwAAX9wAAF3/ADEzAAAsMQAAIjIAABk1&#10;AAAROQAACj0AAAJCAAAARwAAAEwAAABQAAAAVAAAAFgAAABbAAAAXwAAAGIAAABlAAAAaAAAAGsA&#10;AABuAAAAcQAAAHUAAAB5AAAAfQYAAIINAACCFgAAgCQAAH41AAB8SQAAe2EAAHh/AAB2nwAAc8YA&#10;AHD3ADE2AAAmOAAAHDsAABJAAAALRQAAAksAAABRAAAAVgAAAFsAAABgAAAAZQAAAGkAAABuAAAA&#10;cgAAAHYAAAB5AAAAfAAAAH4AAACCAAAAhQAAAIkAAACOAAAAkwAAAJgGAACcDgAAmxoAAJgrAACW&#10;QAAAklkAAJFzAACNlQAAi7UAAIjoACs+AAAgQQAAFUcAAA1NAAACVAAAAFsAAABhAAAAaAAAAG4A&#10;AABzAAAAeQAAAH4AAACDAAAAiAAAAIwAAACPAAAAkgAAAJUAAACZAAAAnQAAAKEAAAClAAAAqgAA&#10;ALAAAAC3BwAAuBEAALUhAACyNQAAr00AAKppAACoiAAApqgAAKLRACNIAAAYTgAADlQAAARcAAAA&#10;ZAAAAG0AAAB1AAAAfAAAAIMAAACJAAAAjwAAAJUAAACbAAAAoAAAAKMAAACmAAAAqQAAAK0AAACx&#10;AAAAtQAAALkAAAC+AAAAxAAAAMoAAADSAAAA2goAANYWAADSKQAAzkEAAMpcAADFfAAAwp0AAMG9&#10;ABxVAAARXAAAB2UAAABuAAAAdwAAAH8AAACIAAAAkAAAAJgAAACfAAAApQAAAK0AAACzAAAAuAAA&#10;ALoAAAC+AAAAwgAAAMYAAADKAAAAzgAAANMAAADaAAAA4AAAAOcAAADtAAAA8wAAAPQOAADyHgAA&#10;7zYAAOxRAADobgAA5JAAAN+xAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhsc&#10;HR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNl&#10;Zmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6yt&#10;r7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX2&#10;9/n6+/z+//////////////////////////////////////////////////////8AAAAAAAAAAAAA&#10;AAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBB&#10;QkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iK&#10;i4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS&#10;1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////&#10;////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwd&#10;HyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2Vm&#10;Z2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2v&#10;sLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3&#10;+fr7/P7//////////////////////////////////////////////////////wABAgMEBQYHCAkK&#10;CwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJD&#10;REVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8&#10;fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1&#10;tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u&#10;7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAA&#10;AAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8w&#10;MTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hp&#10;amtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGi&#10;o6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb&#10;3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsL&#10;DAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAx&#10;MjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46Q&#10;kpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ&#10;2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7&#10;/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwc&#10;HR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BS&#10;U1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/A&#10;wcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr&#10;7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//pSUG/6QwDv+mOhj/sUMj/7tLMv/B&#10;VUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG&#10;/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOr&#10;moncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0&#10;qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+&#10;w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6Qw&#10;Dv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmonc&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOr&#10;dre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a&#10;8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+m&#10;Ohj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9&#10;pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRl&#10;cOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/&#10;sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnC&#10;t6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTC&#10;bIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj&#10;/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9&#10;y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbX&#10;unCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tL&#10;Mv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;piUG/6QwDv+nOhj/skMi/7xLMv/DVEX8xl1a8chkcePGaofWwG+by7hyrMKxdLq7rXfEtKl7zauj&#10;f9SinoXbmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO&#10;4ZmajuGZmo7hmZqO4ZmajuH/piUG/6UwDv+oOhf/s0Mi/75LMf/FVEX5yVxb781jcePMaYjVxm2c&#10;yb9wrr22crq0sHXDq6p4yqKlfNGZoYHYkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2Q&#10;nYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid3/piUG/6UwDv+qOhf/tUMi/8BLMf3I&#10;U0X2zVtb7dFhcuHQZ4nRy2udwsBurba3cbissXPBo6x2yJqoec6SpH7UiaCF2ImghdiJoIXYiaCF&#10;2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2Imghdj/pyUG&#10;/6UwDv+rOhf/tkMh/8FLMfrLUkTz0Vpa6tlgct7WZYnLzGqcu8Ftq6+5cLaltHK+nK90xJSrd8qL&#10;p3vPhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISk&#10;gdSEpIHUhKSB1ISkgdT/pyUG/6YwDv+tOhb/uEIh/sRKMPfOUkTw1lha5+BectbaZIjEzWmatMNs&#10;qKi7b7KetnC6lrJywI6udsaGqnrKf6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/O&#10;f6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf87/qCUG/6cwDv+uORb/ukIg+8ZKL/TTUUPr&#10;3Vda4+Zccc7bZIe9z2mYrsVrpaK+bq+YuW+2kLVxvIixdMGBrnjFe6x9yXusfcl7rH3Je6x9yXus&#10;fcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcn/qCQG/6cw&#10;Df+wORX/vUIf98lKL+/YUELm41VZ3OhbcMbdY4W20WiVp8hroZzBbaqTvG+xirlxtoS1dLt9sne/&#10;d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3&#10;sHzCd7B8wnewfML/qSQF/6gwDf+zORT+wEIe881KLendT0Dh6VNZ0+pbb7/fY4Kv02eRoctqnZbF&#10;baWNwG+rhr1xsH+6c7V6t3e4dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7&#10;u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7v/qiQF/6kvDf+2OBP5xEEd7dJJK+LjTUDb71JY&#10;yu1abbfhYn+o1meNm89ql5HJbZ+IxW+lgsJxqXu/dK12vXewcbt7s3G7e7Nxu3uzcbt7s3G7e7Nx&#10;u3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7P/qyQF/6svDf+6&#10;OBLzyUEb5NpJKNjoTEDO81FXwO9Za67kYXqg3GeGlNRrkIvPbpeEzHCcfclzoHjGdaNzxHimbsJ8&#10;qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp&#10;bsJ8qW7CfKn/rSQF/7AvC/vAOA/q0EEX2uJGKMzuTEHD+VBVtfNYZqXpYXSX4Wd+jdtrhoXXb4x/&#10;1HKRetF1lHXPeJdxzXuabMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzM&#10;fpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpz/ryME/7YtCfHINgzd3D0TzepGKsH2S0C2/09RqvdY&#10;YJvvYWuP6Gh0heRte3/gcYB53nSDddx4hnLae4lu2H6La9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKN&#10;a9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo3/sSME+r8sBuPULwfO&#10;5jsWwfNFK7T/ST2o/05Mnv1XWJH2YWGG8Wlpf+1vbnnqdHJ16Hd1ced6d27lfXlr5IB7aeOEfGnj&#10;hHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOE&#10;fGnjhHz/tSID68siAtDjJwfC8ToZtP5CKqb/Rjmb/01Fkv9WT4b+YlZ++mpcd/dwYHP1dWNv83hl&#10;bfJ8Z2rxf2ho8IJqZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm&#10;74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWv2whsB1N8RAcLvJgu1/Doap/8+J5n/RDON/0s9hf9VRXz/&#10;YUt1/2pPcP9wUmz/dVRq/nlWaP18V2b8f1hk/IJaY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uG&#10;W2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hlvUzwoAxO0SArX7Jg2o/zYZ&#10;mf87I4z/QSyA/0o0eP9TOnH/Xz9s/2lDaP9vRWX/dEdj/3dIYv97SWH/fkpf/4FKXv+ES17/hEte&#10;/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/&#10;hEv/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2I&#10;ub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3fi&#10;rHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJ&#10;K/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/&#10;nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6I&#10;jL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ&#10;2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2&#10;Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF&#10;/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6&#10;g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7&#10;mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/&#10;uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50t&#10;DP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HF&#10;t3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6b&#10;f6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P&#10;+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+e&#10;OBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+X&#10;y7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNH/nyIF/50tDP+fOBX/qkAe/7NJK/+5Ujz/u1xP+rplZO24bXjhsHOL1ah5nMyffarF&#10;l4G1v5GFvrqMicW2h4/MsoOW0q+BoNanfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+&#10;otOnfqLTp36i06d+otOnfqLTp36i06d+otP/nyIF/54tDP+gNxT/q0Ae/7RJK/+7Ujz/vVtQ+r5k&#10;ZOy8bHngtXKN0613nsqkeq3CnH65vJaCw7eQh8qyi4zSroeV2KaDndqhgqHVoYKh1aGCodWhgqHV&#10;oYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodX/oCIF/54tDP+hNxT/&#10;rEAd/7ZIK/+9UTz/wFpQ+sFjZezBanreuXCP0rF1ocioeLDAoXu8uZt/x7SWhM+wlI3Vq5GX2qCJ&#10;nNyaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig&#10;15qIoNf/oCIF/54tDP+iNxT/rUAd/7dIKv+/UTz/wlpQ+cRiZevFaXvevm6Q0bZzo8audrO+p3nA&#10;uKN/ybShhs+snI3Vo5aU2pqRnNyVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iV&#10;jp/YlY6f2JWOn9iVjp/YlY6f2JWOn9j/oCIF/58tDP+jNxT/rkAd/7hIKv/BUDz+xVlQ98hgZuvK&#10;Z3zdw22Rz7xxpcW0dLW9sHnAtqx/yK6nhc+loYrVnJyR2pWZnNyPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf&#10;2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9j/oSIF/58tDP+kNxT/sD8c&#10;/7pIKv/DUDv7yFhQ9ctfZunPZnzcyWuSzsNvpsG6crW2snbArKx7yKSof86cpIXUlKCN2I2fmduK&#10;nJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqc&#10;n9j/oSIF/6AtDP+mNhP/sT8c/7tIKf7GTzv4y1dQ8tBeZufUZH3az2mTyMVtprq7cLSts3O/o612&#10;x5qoes2SpX/SiqKG14SgkdmEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzX&#10;hKKc14SinNeEopzXhKKc14SinNf/oSIF/6AtDP+nNhP/sz8c/71HKfzITjv1zlZP7tVdZuTaYn3T&#10;0miSwcZspLO8b7GmtXK8nK90xJOrd8qLp3vPg6SB1H2ii9Z7o5XVe6OV1XujldV7o5XVe6OV1Xuj&#10;ldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldX/oiEF/6AtDP+oNhL/tD8b/79H&#10;KPnLTjry01VP6txbZuDgYX3M02eRu8hroqy+bq+gt3C4lbJzwI2udsWFqnrKfqh/znimh9F1pY/S&#10;daWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9L/&#10;oiEF/6EsC/+qNhL/tj4b/cJHKPXNTjnu2VRO5uNZZdjiYHvF1WaPtMpqn6XBbauZum+0kLVyu4ix&#10;dcCBrnjFeqx9yXSqhMtxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamL&#10;zHGpi8xxqYvMcamLzHGpi8z/oyEF/6IsC/+sNRH/uT4a+cVHJ/DRTTjp4FJM4ulXZM7kX3q912aM&#10;rcxqm5/EbKeTvm+virlxtYO2dLp8s3e+drF8wnGvgsRurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8Zu&#10;rofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8b/pCEF/6MsC/+vNRD/vD4Y9MlGJerY&#10;TTbi509M3O9VY8bmX3i02mWJpdBplpjIbKGNw2+ohb9xrn67dLJ4uXe2c7d7uW61gLxrtIW+a7SF&#10;vmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb7/pSEE&#10;/6QsC/+zNQ/7wT4X7c9GIuHfSzTY609Mz/NUYrzoXnSr3mSEndRpkJHObZmHyW+ggMVypXrCdKl0&#10;wHiscL57r2u8gLJou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7&#10;hLNou4SzaLuEs2i7hLP/piEE/6grCv+4NA3zxz0U5NhFHtbmSTXL8U5MxPdTX7HsXXCh4mR9ldtp&#10;h4rVbo+C0HGVe810mnbLd51xyXmgbcd9omnFgaVmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWm&#10;ZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhab/qCAE/64qCPy/MwvpzzwQ1+FCHsrtSTW/&#10;+E1Kt/tSW6bxXWmY6WV0jOJqfYPdb4R82nOJd9d3jHPVeo9v032RbNGAlGjQhJZlz4eXZc+Hl2XP&#10;h5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5f/qiAD/7Up&#10;BvDIMQfa3TMMy+pCIb72SDWy/0xGqf9RVZv3XWCO8GVqhetscX3ncXZ35HZ6c+J5fW/hfH9s34CB&#10;ad6Dg2fdh4Vl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl&#10;3ImGZdyJhmXciYb/rR8D+b8lA9/WIgLL6DIPvvRBIrD/RTOk/0pBnP9RTY/+XVaF+WZeffRuZHby&#10;c2hy73hrbu58bWztf29q7IJwZ+qFcmXqiXNj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mM&#10;dGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHT/thwC6M0UAczmHQS+8zESsf8+IqP/Qi+W/0g6&#10;jf9QRIT/XEt7/2dRdP5uVm/8c1ls+3hbafl8XWf4f15m+INfZPeGYGL2iWFh9oxiYfaMYmH2jGJh&#10;9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGLzxA8AztoLAL3z&#10;HQex/zIUo/86H5X/PyqJ/0YzgP9POnj/W0Bx/2ZFbP9tSGj/c0pm/3dMZP97TWL/f05h/4JPYP+F&#10;UF7/iVFe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tR&#10;Xv+LUV7/i1HMywkAvuYMAa//Hgmk/zATlf81HIf/PCR8/0Qrc/9NMWz/WDVn/2M5Y/9rO2H/cT1f&#10;/3U+Xf95P1z/fEBb/39BWv+CQVn/hkJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/&#10;iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEL/mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61l&#10;V/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/&#10;oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2&#10;o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4ye&#10;z4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ip&#10;b2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a&#10;/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nA&#10;dKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WR&#10;psuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jt&#10;o3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hH&#10;Jv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8&#10;vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//&#10;mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuA&#10;lazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h5&#10;45t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5crC/+XNhL/oT4a/6pGJf+w&#10;UDT/sVpF/7BkV/esbWnsp3d74Z59itmWg5fRjomiy4iOq8eCk7HEfpe3wXqcu753or+8darCtXGu&#10;w7Nyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8H/mR8F&#10;/5cqCv+YNRL/oz0a/6xGJf+zTzT/tFlG/7RjWPaxbGvqrXV936N7jdWbgZzNkoaox4uKscKFj7m/&#10;gJS+u3yaw7l5oce1dqnKrXWsxqt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2&#10;rcSrdq3Eq3atxKt2rcT/mh8E/5gqCv+aNBL/pT0Z/65GJf+1TjT/t1hG/7dhWfW1amzpsnN/3ah4&#10;kNOffqDKloKsxI6Ht76IjL+6g5HFt3+Yy7R8oc+reKXPpXmqyKR5rMakeazGpHmsxqR5rMakeazG&#10;pHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMb/mh8E/5gqCv+bNBH/pj0Z/69FJf+3TjT/&#10;uldG/7tgWfS5aW3ntnGB3Kx2k9Cke6PImn+xwJOEvLuMicW3iJDLtIaZzrKGpNGkfKTRn32pyp59&#10;qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsj/mx8E/5kq&#10;Cv+cNBH/pzwZ/7FFJP+5TTT/vFdG/r5fWfS9Z27num+C2rF0lc+oeabFn320vpeBwLmUisa1kZLL&#10;r42Yz6qKodKegqPTmYGozJiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqY&#10;gqnKmIKpypiCqcr/mx8E/5kqCv+dNBH/qTwY/7JFJP+7TTP/v1ZG/cFeWvPBZm/mv22D2bZzl82t&#10;d6jEpXu3vqGDwLabicaulY/MqJGVz6KOntKZh6LTlIanzZOGqMuThqjLk4aoy5OGqMuThqjLk4ao&#10;y5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMv/mx8E/5kqCv+eMxH/qjwY/7NFJP+8TDP/wVVG&#10;+8RdWvPFZW/lw2yE2LtxmMyydavDrXy2uaWBv7CehsaomYzLoZWS0JuSm9OUjqLUj4qmzo+KqMuP&#10;iqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMv/mx8E/5oqCv+f&#10;MxD/qzwY/7VEI/++TDP+w1VF+cdcWvHJZG/lyGqF1sFvmsq5dKq+sHq2s6l/v6qihMainYrLm5qQ&#10;z5WXmdKPlKLUipCmzoqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jM&#10;io+ozIqPqMz/nB8E/5oqCv+gMxD/rDwY/7ZEI/+/TDL8xlRF9spcWu/NYnDkzWiG08VtmsW8c6q5&#10;tHi1rq19vqWngsWdoojLlZ+Oz4+cltKLnKLThpWmzoaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaU&#10;p8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8z/nB8E/5opCv+iMxD/rTsX/7dEI//BTDL5yVNF881a&#10;WuzSYHDg0GaGzshsmsC/cam0uHe1qbF8vp+sgcWXqIbKkKSMzoqildGFoqHSgZymzoGap8yBmqfM&#10;gZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8z/nB4E/5spCv+jMxD/&#10;rzsX/7lEIv3DSzH2zFJE8NJZWejaX3Db1WSGycxqmbrDb6itu3S0orR5vZivfcOQrIPIiamJzIOn&#10;kc9+ppzQfaSmzXyiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKo&#10;y3yiqMv/nR4E/5spCv+lMg//sTsW/7xEIfrGSzHz0VFD69pXWePfXW/T22OFws9pl7HEbaekvHCy&#10;mLV0u46xeMKGrX3GgKuCynqpis12qJTOdqmjzHerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3&#10;q6jKd6uoynerqMp3q6jKd6uoynerqMr/nR4E/5wpCv+nMg//szsW/75DIPXKSy/u1lBC5uFWV9zk&#10;W27L3mODutFolKnHbKObvm6ukLhxt4a0dL1+sHjCd658xnKsg8ltq4zKbauZyW6sn8durJ/Hbqyf&#10;x26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8f/nh4E/50pCf+pMg7/tjoU&#10;+sJDH/DOSi7n3U9A4ulSV9LoWm3B4GKAsdRnkaHKa56Uw26oib1xsIC5dLZ5tne6dLR7vW6ygcBq&#10;sIjCZ7CSw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2aw&#10;lsP/nx4E/54pCf+tMQ3/ujoT9MdCHejVSivf5Ew/1+xRVsnuWWu342F8qNhni5rPa5eNyW6gg8Rx&#10;p3vAdKx1vXiwcLt7s2y5gLZouIa4ZLePuWO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6&#10;Y7aRumO2kbpjtpG6Y7aRumO2kbr/oB4E/6EoCP+xMAv7wDkR7M5CGd/fRyjT6UxAyvFRVb7yWGit&#10;5mF3nt1nhJLVbI+Hz2+WfstznHjIdqFyxnmkbsR8p2nCgalmwIasYr+NrWG/j65hv4+uYb+PrmG/&#10;j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j67/oh0D/6YnB/+3LwnyxzgN4dhB&#10;FNLmRirH8ExAvvhQU7L1V2Oi62FwleNne4rdbYSB2HGLetR1kHTSeZNw0HyWbM5/mWjMg5tky4id&#10;YcqNn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj5//&#10;pB0D/60mBfu+LQbm0DQI0+I8FsfuRiu7+Uo+sP5PT6b6V1yY8WFojOtocYPmbnh74nN9dd94gXHd&#10;e4Rt23+HatqDiWfZhopk14uMYdaQjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWR&#10;jmDVkY5g1ZGOYNWRjmDVkY7/pxwD/7UjA+7JJgPV3ykHx+w8Gbr4RCut/0g7o/9NSZr/V1SN+WFd&#10;hPRqZXzwcGp27XZucet6cW3pfnRr6IJ2aOaFd2bliHlj5Ix6YeORfGDjknxg45J8YOOSfGDjknxg&#10;45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknz/qxsC98AdAdncEgHH6ygKuvc7Gqz/&#10;QSmg/0Y2lf9MQY3/VkuD/2FSe/1rV3T6cVxv+HZfbPZ7YWn1f2Nn9INkZfOGZmPyimdh8Y5oX/CS&#10;aV/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2r/txUB&#10;1s8LAMfqEwK59ykNrP85Gp7/PiaS/0Qwh/9LOYD/VEB4/2FGcv9qSmz/cE1p/3ZQZv97UWT/f1Nj&#10;/4NUYf+GVWD+iVZe/o1XXf2SWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9&#10;k1hc/ZNYXP2TWFz9k1jWxAgAxtQJALj3FASr/ykOnv80GJD/OiGE/0Epev9JMHL/UjZs/146aP9o&#10;PWT/b0Bh/3RBX/95Q17/fURd/4BFXP+ERVv/h0Za/4pHWP+PR1j/kEhY/5BIWP+QSFj/kEhY/5BI&#10;WP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEjExwcAt9sHAan/Fgaf/yoNkP8wFYP/Nhx3&#10;/z4ibv9HKGb/UCxh/1ovXf9kMVv/bDNZ/3E1WP91Nlb/eTZW/3w3Vf9/N1T/gjhT/4U5Uv+JOVL/&#10;ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijn/kh0E/5Ap&#10;Cf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe&#10;0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eO&#10;iYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8&#10;/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+N&#10;NRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWk&#10;os9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLh&#10;ho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6Vk&#10;TP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/&#10;mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9z&#10;qaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L&#10;3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kx0E/5ApCf+PNBD/mjsX/6JEIP+pTS3/qlg8/6hiTP+k&#10;bFz1n3Zs7Jl/euSRh4beiY2Q2IOTmNN+mZ/Qep2kzXaiqct0p6zJca2vx2+0ssFsubS8bLuxvGy7&#10;sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7H/lB0E/5EoCf+RMxD/nDoW&#10;/6RDIP+sTC3/rVY9/61gTf6pal70pXRu6p99feGWg4vZjoqW04eQoM6BlafKfJqtx3ifssR1pbbC&#10;cqu5wHC0u7dutbmzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNv&#10;uLX/lB0E/5IoCf+TMg//njoW/6dDIP+uSy3/sVU9/7BfTv2uaF/yqnJw56R6gd6agI/VkoeczouM&#10;psmEka/Efpe1wXmcu752o7+8dKvCtG+uw65ys7yrc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4&#10;q3O2uKtztrirc7a4q3O2uKtztrj/lRwE/5IoCf+VMg//oDoW/6lCH/+wSi3/tFQ9/7ReTv2zZ2Dx&#10;r3By5ql4g9uffpPSl4Ohy46JrMSGjrXAgJS9vHuaw7p6o8W3eavHrHOsxqd1sb+ld7W6pXe1uqV3&#10;tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbr/lRwE/5MoCf+WMQ//oTkV/6pC&#10;H/+ySiz/tlM8/7ddTvu2ZWHwtG505K11htmke5bPm4Clx5KFscGKi7u9h5TAu4WdxLaCpMewfqrI&#10;pXeqyKF5sMGferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7z/&#10;lRwE/5MoCf+XMQ//ozkV/6xCH/+0Siz/uVM8/7pcTvi6ZGLvuGx147JziNipeZnNn36pxZiEtL+T&#10;jLy4jZPBs4mZxa6GociqhKnJn3ypypt9rsKZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6y&#10;vZl+sr2ZfrK9mX6yvZl+sr3/lhwE/5MoCf+YMA7/pDkV/61BHv+1SSz/u1I8/b1bTva9Y2LuvWt2&#10;4rZxidWud5vLpXyqwp2DtLmWibyykZDBrIyWxqeJncijh6bKmYCoy5aBrsSVgbG+lYGxvpWBsb6V&#10;gbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb7/lhwE/5QnCf+ZMA7/pTkU/65BHv+3&#10;SSv/vVE8/L9aTvTBYmLswWl34btwi9KxdJ3HqHuqvKCBtLSah7yslI3CppCUxqCNm8mci6TLlYao&#10;y5GFrcWQhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb//lhwE&#10;/5QnCP+aMA7/pjgU/7BBHf+4SSv/v1E8+sJZTvLEYWPpxWh33b5tjM20c53Cq3mqt6R+tK6dhLym&#10;mIrBoJSRxpqRmMmWj6HLkIuozIyJrMWMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJ&#10;sMCMibDAjImwwIyJsMD/lxwE/5UnCP+bMA7/pzgU/7FBHf+6SSv/wlA7+MZYTvDIX2PmyGZ42MFr&#10;jcm3cZ29r3epsqd8s6mhgruhnIjBmpiPxpSWlsmQlJ/Li5GozIeOrMaHjbDBh42wwYeNsMGHjbDB&#10;h42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMH/lxsD/5UnCP+dLw3/qTgT/7NAHf+8SCr8&#10;xU879slXTu3NXmPiy2R40sRqjMS7b5y4snWprat7s6OmgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4KT&#10;rMaCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8H/lxsD/5Un&#10;CP+eLw3/qjgT/7VAHP++SCn5yE46881WTerTXGLez2J4zcdoi7++bpuyt3Oop7B5sp6rfrqVp4TA&#10;jqOLxIihkseDn5rJgKCnyn2arMZ9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9&#10;mK/BfZivwX2Yr8H/mBsD/5YnCP+gLw3/rDcS/7dAG/3BSCj2y04579NUTObZWmLY1GF3x8tnirnD&#10;bJqtvHKnobZ3sZixfbiPrYK+iKqJw4KokMZ9p5nIeqelyXeirMV4n7DBeJ+wwXifsMF4n7DBeJ+w&#10;wXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMH/mBsD/5cmCP+iLwz/rjcS/7k/GvnERyfxzk04&#10;6ttTS+DfWWDQ2l92wdBlibPJa5mmwnClm711r5G4e7aItYC8gbKGwHuwjcN2rpbFc66hxnKtrcRy&#10;qbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMD/mRsD/5gmCP+k&#10;Lgv/sTYR/r0/GfTIRyXr1E025eNQSdnjV1/J3150utdkhqzPaZadx22jkcBxrIa7dbN+t3q5d7R/&#10;vXKyhb9tsY3BarCXwmmxpcFstLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9&#10;bLSyvWy0sr3/mhsD/5kmCP+nLQr/tTYP+cE/F+7ORiPk3Ewy3edPSc/oVl7A5F1yst5kgqPUaZGV&#10;y22cicVwpX/Ac6x3vHexcLl8tWu3gbhntoe6Y7WQu2G1m7xjt6a5Y7emuWO3prljt6a5Y7emuWO3&#10;prljt6a5Y7emuWO3prljt6a5Y7emuWO3prn/mxsD/5slB/+rLQn/uTUN8sc+FeXVRh/a40kzz+tO&#10;ScbtVF236lxuqOJjfZrZaYqO0m2UhMxxm3vIdaFzxHimbsJ8qWnAgaxlvoeuYr2OsF+9l7FevJ6x&#10;XryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrH/nBoD/6AkBv+wLAj5&#10;wDQL6c89ENrfQh3O6UkzxPFOSLvyUlqt8FtpnudjdpLgaYGH2m+JftRzkHfRd5VxznuZbMx/nGjK&#10;g55kyYigYceOol7GlaRcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMab&#10;pFzGm6T/nhoD/6UjBf+3KgXwyDIH3Ns1DM7nQh/C8Ug0uPlMRq/3UVWi9Vtile1kbYrna3aA4nB9&#10;ed51gnPbeodu2X6Ka9eCjGfVho5k1IuQYdOQkl7RlpRc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc&#10;0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5X/oRkC/60hA/i/JgPi1CUDzuUzD8LwQiG2+kczq/5LQqL+&#10;UE+X+1tai/VlY4LwbGp67HJwdOl4dG/nfHds5YF6aOOEfGbiiH1j4Yx/YOCRgV7floJc3pqDXN6a&#10;g1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoP/oxkC/7YdAenMFwHP4x4D&#10;wvAzErX6QCKp/0Qwnf9JPZX/UEiL/1tQgv1lV3r5bV109nNhb/R5ZGvyfmdo8YJpZvCGamTvimxi&#10;7o5tYO2Sbl3sl3Bc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzr&#10;m3H/rBUB88MQANHaCwDB7x8GtPszE6j/PCCb/0IskP9INof/Tz9//1pGeP9lS3H/bU9s/3NSaf95&#10;VWb+fldk/YJYYvyGWWH7ilpf+o5bXvqSXFz5l11b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+Jte&#10;W/ibXlv4m15b+JteW/ibXlv4m176uQ4AzcsJAMDmDQGy/CAIp/8zE5r/OR2N/z8mgv9GLnr/TjVz&#10;/1g6bf9jP2n/bEJl/3JEYv93RmD/fEdf/4FIXf+FSVz/iEpb/4xLWv+QTFj/lU1X/5lNV/+ZTVf/&#10;mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU3NwQYAvtAHALH2DgKl/yEJmf8u&#10;Eoz/NBmA/zsgdv9DJ23/TCxm/1QwYv9gM17/aTVc/283Wv90OFn/eTlY/306V/+AO1b/hDtV/4c8&#10;VP+LPVP/kD1S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz69&#10;xQUAsNcFAKP/EAOZ/yIJi/8pD37/MBVz/zgaaf9AH2L/SSNb/1EmV/9aKFX/YipS/2krUf9vLFD/&#10;cy1P/3cuTv96Lk7/fS9N/4AvTP+EMEv/iDBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+L&#10;MEv/izBL/4swS/+LMEv/izD/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc&#10;+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/4v/iSUNDX1BST0ZJTEUABwn/ixwE&#10;/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobh&#10;dKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2C&#10;Z/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/&#10;nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthr&#10;wpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4go&#10;CP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK&#10;33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KI&#10;i3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4koCP+FMw7/kDkU/5hCHP+eSyf/n1Y0&#10;/55hQv+abVD/lXdd94+BaPGJi3Lrg5J7532YguN4nYjgdKOM3XKokNtvrZPabrOW2Gy6mNZrwpvR&#10;acqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypz/jBwD/4knCP+I&#10;Mg7/kzgU/5tBHP+iSif/pFQ0/6JfQ/+falH9mnRf9ZR+bO2OiHjnh4+B4oCVit17mpDad6CW1nSm&#10;mtRxrJ7Sb7Kh0G25o89sw6bFZ8OmwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HAaceh&#10;wGnHocBpx6H/jRwD/4onCP+KMQ3/ljcT/55AG/+lSSf/p1M0/6ddQ/+kaFP8oHJi8pp8cOqUhX3j&#10;i4uI3YSSkdh+mJjTep6f0HWkpM1yqqjLb7CryW24rsJpvLC8a8Cqt23EpbdtxKW3bcSlt23Epbdt&#10;xKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKX/jRsD/4snCP+MMA3/mDcT/6BAG/+nSCb/q1I0/6tc&#10;RP+pZlT6pXBk8J95c+eYgoHfj4iN2YiPl9KBlaDOe5unynahrcdzqLHFcK+1wW23t7lruLWzbr2u&#10;sHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaj/jhsD/4smCP+OMA3/&#10;mjYS/6I/Gv+pSCb/rlE0/65bRP+sZFX5qm5l76V3duWdf4XclIWS1IyMnc6EkqfJfZivxHietcJ1&#10;p7nBdLG7uHCzu7FvtriscbuxqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/&#10;q6lzv6v/jhsD/4wmCP+QLw3/mzYS/6Q/Gv+rRyb/sVA0/7FZRPywY1X2rmxn7ap1eOOhfIjZmIOW&#10;0ZCJo8qHj63Fgpe0wn+guL58qLu7erC9sXSyvalytLumdLmzo3a+raN2vq2jdr6to3a+raN2vq2j&#10;dr6to3a+raN2vq2jdr6to3a+raN2vq3/jxsD/4wmB/+RLgz/nTYS/6Y+Gv+tRyX/s080/7RYRPq0&#10;YVbzsmpo7K9zeuGmeovWnYCazZSGp8aNja+/h5S1uoKcubV/pLyyfay+q3mxv6N2sr2geLi1nnm9&#10;r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va//jxsD/40mB/+TLgz/njUR&#10;/6g+Gf+vRiX/tk4z/rdXRPe3YFbwtmhp6LNwe96qd43Qn3ydx5eDp7+Qiq+4i5G2soaYuq2DoL2p&#10;gam/pX6wwJx5sb+ae7e3mH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9&#10;u7D/kBoD/40mB/+ULQz/oDUR/6k+Gf+xRiT/uE0z/LtWRPW7X1btu2dp47Vufdasc4/Ko3qdwZuA&#10;p7iUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZZ+sMGUf7a4k4C7spOAu7KTgLuyk4C7spOAu7KTgLuy&#10;k4C7spOAu7KTgLuyk4C7spOAu7L/kBoD/44mB/+VLQz/oTUR/6s9GP+zRiT/uk0z+r5VRPO/XVbq&#10;v2Vq37hrftCvcY/Fpnicu59+p7KYha+rk4u2pY6Tu5+Lmr6biaLBmIiswpCCr8KPg7W5j4S6s4+E&#10;urOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurP/kBoD/44lB/+WLAv/ojUQ/6w9&#10;GP+1RSP/vEwy+MFUQ/DDXFbnw2Nq2rtpfsyycI/AqnactqJ8p62cgq+ll4m2npOQu5mPmL6UjaDB&#10;kYypwouIrsKKiLS6ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubT/&#10;kRoD/48lB/+YLAv/pDQQ/649GP+3RSP/v0wy9sVTQ+7IW1bjxmFq1L9ofse2bo67rXScsaZ6pqeg&#10;gK+fm4a1mJeOu5OVlb6Okp3BipKnwoaOrsKEjbS7hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5&#10;tIWMubSFjLm0hYy5tIWMubT/kRoD/48lB/+ZLAv/pjQP/7A8F/+5RCL8wUsx9MlSQuvNWVXfyWBq&#10;z8JmfcK5bI22sXKbq6t4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJelwoCWr8J/krO8gJG4tYCRuLWA&#10;kbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLX/khoD/5AlB/+bLAr/pzQP/7I8Fv+7&#10;RCH5xUsw8c5RQefSWFTazl5pysZlfL29a4ywtnCapbB2pZyqfK2TpoK0jKOJuYagkL2Bnpm/fZ6i&#10;wXuer8F5mbO8epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLX/khkD&#10;/5AlB/+dKwr/qjMO/7U8Ffy/RCD0yEou7dNQP+PYVlPT0l1oxcpje7fCaYuqu2+Yn7Z0o5WxeqyN&#10;rYCyhaqHt3+njrt6ppe+d6agv3Smrb9zobS7dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSe&#10;uLV0nri1dJ64tXSeuLX/kxkD/5EkB/+fKwn/rDMN/7g7FPjDQx7vzUos59pPPd3eVVHN2Ftnvs9i&#10;erDIZ4mkwm2XmbxyoY+4eKmGtX6wf7KFtXmwjLh0r5W7cK+fvG6vrLxtq7W5bqe5tG6nubRup7m0&#10;bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubT/lBkD/5IkB/+iKgj/sDIM/rw6EvLHQhzo&#10;00kp4eFMO9TjU1HG3Vplt9VgeKnPZoedyWuUkcVwnofBdqZ/vnyseLyEsXK6i7RtuZO2aricuGe3&#10;p7hnt7e2aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7H/lRgD/5Uj&#10;Bv+lKQf/tDEK+ME6EOvOQhjg3Ucl1eVLO8vnUVC941ljr95fdKLYZYOW02qPis5vmX/Ic6F1xHin&#10;bsF9q2m+hK5lvYuxYbyTsl+8nbJfvKyxYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq1i&#10;v76tYr++rWK/vq3/lhgD/5khBf+qKAb/uTAI8Mg4DeHYQBPU40UmyutLO8HsT0+z6FdgpuVfb5ri&#10;ZnyO3GyGhNVxj3rQdZVzzXqbbMp/n2fHhKJjxoqkX8SRplzEmadaw6SnWsSwp1rEsKdaxLCnWsSw&#10;p1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKf/mBcC/54gBP+vJgX4wC4G5tAzCNXhPBTJ6kUo&#10;v/JKO7XxTkyp71Zbne1faJLqZ3OH4218ft5ygnbaeIhw132Ma9SCkGbSh5Jj0YyVX8+SllzOmZhZ&#10;zqKZWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5r/mhcC/6UeA/+3&#10;IwPtySYD1t4pBsnpOxe+80Qps/hJOqj3TUif9lVVlPVfYInxaGiA7G9weOh1dXLlenlt4n99aeCE&#10;gGXfiYJi3Y6EX9yThl3bmYda2qGJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJ&#10;WNmoiVjZqIn/nBYC/60bAvbBHQHb2hMByegpCb3zOxmy/UMopv5HNpz9TEOT/VVNiv1fVoH5aV15&#10;9XBic/J2Z27wfGpq7oFtZ+yGb2Tri3Fh6o9yX+mUdF3omXVa56B3WOameFjmpnhY5qZ4WOameFjm&#10;pnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnj/ohUB/7cVANjPCwDK5xMCvPMpC7H9Oxmk/0Ammf9F&#10;Mo//SzyH/1REf/9fS3j/aVBx/3BUbP12WGn7fFpm+oFcY/iGXmH3i19f9pBhXvaVYlz1mmNa9KBk&#10;WPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWX/rRAA1sMIAMjTCgC7&#10;9BUDr/8qDaP/NxiX/z0ii/9DLIH/SjR6/1I6c/9eP27/aENp/29HZv91SWP/e0th/4FMX/+FTl3/&#10;ik9c/49QWv+TUVn/mFJX/55TVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+j&#10;VFb/o1TZugUAxccHALnZCACs/xcFov8rDZX/MxaJ/zkefv9AJXX/SCtt/1AwZ/9aNGP/ZTdg/205&#10;Xv9zO1z/eD1a/30+WP+CP1f/hkBW/4tAVf+PQVT/lEJT/5pDUf+fQ1H/n0NR/59DUf+fQ1H/n0NR&#10;/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0PGvgUAt80FAKrkCAGf/xkGlP8oDIf/LhN7/zUZcf89Hmn/&#10;RSNi/00mW/9WKVj/XyxW/2gtVP9uL1P/czBS/3gxUf98MVD/gDJP/4QzTv+IM03/jDRM/5I0S/+W&#10;NUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljW3xAMAqdQCAJz5CwKT/xsF&#10;hf8jCnn/KQ9u/zEUZf85GF3/QRtX/0oeU/9SIFD/WSJN/2AjS/9mJEr/ayVJ/28lSP9zJkf/dyZG&#10;/3snRf9+J0X/gihE/4coQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/&#10;iyn/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9Hid&#10;bvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/&#10;i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45A&#10;Gf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/&#10;52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/&#10;gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0&#10;o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP&#10;/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/99Mgz/iDcR/5A/GP+V&#10;SSL/l1Qt/5ZfOf+Ta0X/jndR/4iCW/qEjGT1f5Rr8Xqbcu52onfrcqd76W+tf+dssoLlariE5Gm/&#10;h+Jox4ngZs+K1mPWjM9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2Ir/hBsD&#10;/4EnB/+AMQz/izYR/5M+GP+ZRyL/nFIt/5pdOv+YaUf/k3RT/o5+X/eIiWnxgpFy7X2Yeel4n3/l&#10;dKSE43CqiOBtsIzea7eP3Wq/kdtpyJPVZs+Vy2TRk8Zl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl&#10;1I7GZdSOxmXUjsZl1I7/hRsD/4ImB/+CMAz/jjUQ/5Y9GP+cRiH/oFAt/59bO/+cZkj/mHFW+5N8&#10;YvSNhm3uh4536ICVgOR6nIfgdaKM3XKokdpvr5XYbbeZ1WvAnNJpyZ7JZcmewmfNmL5p0ZO+adGT&#10;vmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZP/hhsD/4MmB/+FLwv/kDQQ/5k9F/+fRiH/&#10;o08t/6NaO/+gZEn/nW9Y+ph5ZfGSg3Hqi4x85IOSht99mY7aeKCV1nSnmtNwrp/Rbbajz2vApcdm&#10;wqfAaMaiu2rLm7dszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpb/hhsD/4Mm&#10;B/+HLgv/kzQQ/5s8F/+hRSD/p00t/6ZYO/+kYkr8oWxZ95x2aO+WgHXnj4mB4IeQjNqAlpXVep6d&#10;0XWlo81wrKjLbbWsx2u+rb1ov6y4a8Oms23In7BvzJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmw&#10;b8yZsG/MmbBvzJn/hxoD/4QlB/+JLQv/lTMP/508Fv+kRCD/qkwt/6pXO/6oYEv4pWpa86F0au2c&#10;fnnkk4aG3IuNktWDlJzPfJuly3ejqsd0q63Ec7Wvv3C8sLVrvLCwbsGprHDGoqlyypypcsqcqXLK&#10;nKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypz/hxoD/4QlB/+LLAr/lzMP/587Fv+mRB//rEss&#10;/65VO/usX0v1qmhc7qZxbOegenzfl4KK1Y6ImM2Fj6HHgJenwnuerL14p6+6drCxt3W6sq1wurKp&#10;cb+spXTEpKN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ7/iBoD/4UlB/+M&#10;Kwr/mDIO/6E7Ff+pQx//r0ss/7FUO/ixXUvxr2Zc6qtvbuGjdn/VmX2PzJGEmcWKjKK+hJOouX+a&#10;rbR8o7CwequzrXm2tKZ0ubSidb2vn3fDpp15x6CdecegnXnHoJ15x6CdecegnXnHoJ15x6Cdeceg&#10;nXnHoJ15x6D/iBoD/4UlB/+OKgr/mjIO/6M6Ff+rQh7/sUor/bVTO/a1XEvus2Rd5a5sb9ulc4HO&#10;nXqPxZWBmb6OiKK3iJCpsYSXrqyAn7Gofqi0pX2ytZ96uLabebuxmXvBqJh8xqKYfMaimHzGoph8&#10;xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqL/iRoD/4YlBv+QKgr/nDEN/6U6FP+tQh7/tEor+7hS&#10;OvO5WkvquGJe4bFqcNOpcIHIoHePv5l+mbeShaKwjIypqoiUrqWEnLKggqS1nYGutpl/t7eUfbqz&#10;k3/AqpJ/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaP/iRkD/4YkBv+RKQn/&#10;nTEN/6c5FP+vQh3/tkkq+LxQOvC9WUvnvGFe3LVncc6sb4HDpHWOuZx8mbGWgqKqkYqpo4yRrp6J&#10;mbKZhqG1loWrt5OFtreOgbm0joO/q42DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPE&#10;pY2DxKX/iRkD/4ckBv+TKQn/nzEN/6k5E/+xQRz/uUkp9sBPOe3CV0rkv19d1rlmcMmwbYC+qHOO&#10;tKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qpt4yKtLiIhri1iIe+rIiHw6aIh8OmiIfDpoiHw6aI&#10;h8OmiIfDpoiHw6aIh8OmiIfDpoiHw6b/ihkD/4ckBv+UKQn/oTAM/6s5Ev+0QRz8u0go9MNOOOvH&#10;Vkrgw15d0bxlb8Sza4C5q3GNr6R3mKaefqGemoSol5aMrpGTlLKMkZy1iI+mt4WPsbiCjLe2goy+&#10;rYOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6b/ihkD/4gkBv+WKAj/ozAM&#10;/604Ev+2QBv6vkgn8cdON+fMVUjcx1xczL9jb7+3aX+0sHCMqal1l6Cje6CYn4KokZuJrYqZkrKF&#10;lpq1gZWkt36Vr7d7kre2fZG9rn2Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Q&#10;wqf/ixkD/4kkBv+YKAj/pS8L/7A4Ef+5QBn4wkcm7stNNeTQVEbVy1tbx8Nibrq7aH6utG6Lo65z&#10;lpqpep+SpYCmiqGHrISfj7F+nZi0epyhtnibrLZ1mre2d5i9rniWwqd4lsKneJbCp3iWwqd4lsKn&#10;eJbCp3iWwqd4lsKneJbCp3iWwqf/jBgD/4ojBv+aJwf/py8K/7M3D/y9PxjzxkYj6tBMMuDVUkXP&#10;z1lawchgbLTAZnyoumyKnbRylZSweJ6LrH6lg6iFqn2mjK94pJWydKOftHGjqrVvpLm0cKC+rXKd&#10;wqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3Kdwqf/jBgD/4wiBv+dJwf/qi4J/7Y2&#10;DvfBPhbtzEYg5NhLLtncUETJ1FhYu81ea67GZXqiwGqIl7twko23dZuEs3yifbGDqHaviqxxrZOv&#10;ba2dsWqtqbJprbexaqm/rGumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6b/&#10;jRgC/48gBf+gJgb/ri0I/bs1DPHHPRPl00Qc3eBILdDhT0LC21ZWtNNdaKfNY3iayGiFj8Nuj4XA&#10;dJh9vXqedrqBpHC5iahruJKqZ7ecrGW4qK1juLatZLXBqWWwxaRlsMWkZbDFpGWwxaRlsMWkZbDF&#10;pGWwxaRlsMWkZbDFpGWwxaT/jhcC/5MfBP+kJQX/sywG98EzCejOPA/c3kAZ0OVILsflTUK54FVU&#10;rNtbZZ/VYXSS0GaBh81si37KcpN2yHmZb8aBnmrFiaJlxZKkYsSdpl/Ep6ddxLSnXsPEpF+9yKBf&#10;vcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKD/kBcC/5gdBP+pIwT/uSkE7sgxBt3a&#10;NArQ5EEbxutHLrzqTEGw5lNSo+NaYZfgYW6M3Wh5gttugnrZdYly1XyPa9KCk2XPiJdgzY+aXMyX&#10;nFrLoJ1Yy6udV8u6nVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJn/khYC&#10;/50cA/+vIAL2wCUC4tMkA9DjMgzF7EAduvFHL7DvSz+l7VFOmutaWo/qYmWF6GpufedydXXjeHtv&#10;4H6Aad2EhGTbiodg2ZGJXdiYi1rWoI1Y1qiOVtW0jlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTV&#10;wY5U1cGOVNXBjlTVwY7/lBUC/6QZAv+3HAHpyxYB0eEdAsXsMQ669UAervdFLqP1Sjya9FBIkPNa&#10;U4bzY1t+8mxid/FzaHHuem1s64BwZ+mGc2PnjHZg5pJ4XeSYelrjnntY46V9VuKvflThuH5U4bh+&#10;VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH7/mBMB/60UAfPDDwDS2AsAxOweBLj2MRGt&#10;/T4eov1DK5f8SDeO/E9BhfxZSX38Y1B3/G1WcPt0Wmv5el5o94FhZPWHY2HzjWVf8pNnXfGZaFrw&#10;nmlY76VrVu+tbFTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG3/oxAA8bkM&#10;AM7JCQDE3wsAtvcfBqz/MhKg/zsdlP9BJ4r/RzGB/045ev9YP3P/YkVu/2xJaf9zTGb/ek9j/4BR&#10;YP+GU17/jFRc/5JVWv6YV1n9nVhX/KRZVfurWlT7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU&#10;+7FbVPuxW1T7sVvwrwgAzb8HAMDNCAC07g4Cqf8hCJ//MRGS/zcah/8+In3/RSl1/00wbv9VNWn/&#10;YDll/2o8Yf9xPl//d0Bc/35CWv+EQ1n/iURX/49FVv+URlX/mkdT/6BIUv+nSVH/rUpR/61KUf+t&#10;SlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUrPuAQAvsMFALLUBgCm/hADnP8jCJD/LQ+E/zMW&#10;ef87HHD/QyJp/0onYv9SKl3/XC1a/2UwWP9tMVb/czNU/3k0U/9+NVL/hDZQ/4k3T/+OOE7/kzhN&#10;/5k5TP+gOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjq/vAMAsMoDAKPc&#10;AwGZ/xIDj/8iCIL/KA12/y8Sbf83F2X/Pxte/0ceWP9OIVT/VyNR/18lTv9lJk3/bCdL/3EoSv92&#10;KUn/eypI/4AqR/+FK0b/iStF/44sRP+ULEP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5ot&#10;Q/+aLUP/mi2xwgEAo9IAAJXrAwGM/xMDgP8cBnT/Iwpp/yoOYP8yEln/OhVT/0IXTv9JGUv/URpI&#10;/1gcRv9dHUT/Yx1D/2ceQf9sH0D/cB8//3QgPv94ID3/fCA8/4EhO/+HITv/jCI7/4wiO/+MIjv/&#10;jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCL/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lg&#10;Mf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw&#10;51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/&#10;fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dp&#10;umn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvm&#10;c91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY&#10;/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+G&#10;bTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/d&#10;ceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/ehwD/3cnBv90Mgv/fzYP&#10;/4Y9Ff+LRx3/jlEn/4xeMf+Jazz/hXdG/4GDTv99j1b/eZhc/HWgYflypmX3b61p9WyzbPNquW/y&#10;aMBx8GbIc+xkzXXoYdR241/ed9td43nVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd&#10;5Xb/exwD/3cnBv93MAr/gjUO/4o8Ff+PRh3/kk8n/5FcMv+OaD3/inRI/4aAUv+Bi1r8fZVh+Hid&#10;Z/V0pG3ycapx8G6wdO5rtnfsab566mfHfedlzn/iYtaA2V/dgdBf4H7MYON7zGDje8xg43vMYON7&#10;zGDje8xg43vMYON7zGDje8xg43v/fBwD/3gmBv96Lwr/hTMO/407FP+SRBz/lk4n/5VaMv+SZT7/&#10;jnFK/4p9Vf6FiF75gJJn9HuabvB2oXPtcqd46m+ufehstIDmabyD5GfGhuFlz4jZYteKz2HZiMhi&#10;3YLEY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H//fRsD/3kmBv98Lgr/iDIO/5A6&#10;FP+VQxz/mkwn/5lYM/+WYz//km5M/456V/yJhWL1hI9r8H6Xc+x5nnrodKWA5XCrheJss4ngaruM&#10;3mjGj9pm0ZLOYtGSx2TVjMFl24a9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YL/&#10;fRsD/3omBv9/LAr/izEN/5M6E/+YQhz/nUsm/51WM/+bYUD/l2xN+5J2WveNgWbyiIxw7IKUeed7&#10;m4HjdaKI33GpjtxtsZLZa7uW12nImcxky5vFZc6XwGfSkbpo2Iq2aduGtmnbhrZp24a2aduGtmnb&#10;hrZp24a2aduGtmnbhrZp24b/fhsD/3smBv+BKwn/jTEN/5U5E/+bQhv/oEom/6FUM/+fX0H7nGlP&#10;9pdzXfGSfmrsjIh154WRgOJ+mIndeKCR2HKnl9Jtr53PbLmfzGvFoMNnx6C8aMubt2rQlLJs1Y2v&#10;bNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2Yn/fhoD/3slBv+DKgn/jzAM/5g4Ev+e&#10;QRv/o0km/6ZSM/2kXUH3oWdQ8ZxxX+uXe23lj4N63oeLhtV+kpHPeJmXynShnMdxqp/Db7OhwW6/&#10;o7prxaOza8ifr23NmKtv0pGpcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oz/fxoD&#10;/3wlBv+GKQj/ki8M/5s4Ev+hQBr/p0gl/6pRMvmpW0HzpmRR7KJuYeWadnDckX5/0omGi8uCjZPF&#10;fZWZwHidnrx1paG5c66ktnK5pbJww6arb8aiqHHLm6Rz0JOidNSOonTUjqJ01I6idNSOonTUjqJ0&#10;1I6idNSOonTUjqJ01I7/gBoD/3wlBv+IKAj/lC8L/503Ef+kPxn/qkck/a5PMvatWUHvq2JS56Zr&#10;Yt6ecnPSlXqByo2Ci8OHipO9gZGat32Zn7N5oaOvd6qmrHa0p6p2waijc8OloHXJnp53z5acd9KR&#10;nHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pH/gBoD/30lBv+KJwj/li4L/582EP+nPxj/&#10;rUcj+7JOMfOyV0HrsWBS4qpoZNaicHTMmXeBw5J/i7yLhpS1ho6ar4GVoKp+naSme6ano3qwqaF5&#10;vKmbd8GomXnHoJh6zZiXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZP/gRoD/34k&#10;Bv+MJgf/mC4K/6I2EP+pPhj/r0Yj+LVNMPC3VkDntV5S3a5mZNClbnPGnXWAvZZ8i7WQg5Suioub&#10;qIaSoKOCmqWff6Oom36tqph9uauUe8Cqk33GopJ+zJmRf9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSR&#10;f9CUkX/QlJF/0JT/gRkD/34kBv+NJgf/mi0K/6Q1D/+sPRf+skUi9rhMMO28VEDkuF1R17JkY8up&#10;bHPAoXOAt5p6i6+UgJOoj4ibooqPoJyHl6WXhKColIKpqpGCtauNgb+rjYHFpIyCy5uMgs+VjILP&#10;lYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5X/ghkD/38kBv+PJQf/nC0J/6Y1Dv+uPRb8tUUh&#10;87xLLurBUj/gvFtR0bVjY8atanK7pXF/sp53iqmYfpOik4Wam4+NoJaMlaWRiZ2ojYenq4qHsqyH&#10;h7+shobEpYeGypyHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpf/ghkD/4AjBf+R&#10;JQb/niwJ/6g0Df+xPBX6uEQf8L9LLefFUT3cwFpQzbhhYsGwaHG2qW9+rKJ1iaSdfJKcmIKalZSK&#10;oI+RkqWKjpuoho2lq4OMsKyBjb6sgIvDpoGLyZ2Bi82YgYvNmIGLzZiBi82YgYvNmIGLzZiBi82Y&#10;gYvNmIGLzZj/gxkD/4IiBf+TJAb/oCwI/6szDf+0PBT3vEMe7sRKK+TJUTvVxFhPyLxgYby0Z3Cx&#10;rW19p6dziZ6ieZKWnYCZj5qIn4mXkKSDlJiof5OiqnySrat6krusepHDpnuQyZ58j82YfI/NmHyP&#10;zZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZj/gxgC/4QhBf+VJAb/oisI/60zC/63OxL0wEIc6slJ&#10;KODNTznQx1dOw8BeYLe4ZW+rsmt8oaxxh5ineJCQo36YiaCFnoKdjaN9m5aneJmgqXWZq6pzmbir&#10;c5jDpnWWyZ52lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZn/hBgC/4cgBf+XIwX/&#10;pSoH/7EyCvu7OhDxxUEZ589IJdvSTTjLy1VMvcRdXrG+Y26luGp7m7JvhpKudo+JqnyWgqeDnHuk&#10;i6F2opSlcaGdp26gqalsobapbaHDpm+dyZ5wnM2YcJzNmHCczZhwnM2YcJzNmHCczZhwnM2YcJzN&#10;mHCczZj/hRgC/4oeBP+aIgT/qCkG/7UwCPbAOA7ry0AV4dhGINPYSzbF0FRLt8lbXKvDYmyfvmh4&#10;lLlug4u1c4yDsnqTe6+BmXWtiZ5vq5Kia6qcpGiqp6VmqrSmZqvFpGimypxppM2XaaTNl2mkzZdp&#10;pM2XaaTNl2mkzZdppM2XaaTNl2mkzZf/hhcC/40cBP+eIQT/rCcF/bovBu/HNgrj1D4Q2N9DH8ve&#10;SjS+1lJIsNBaWqTKYGmYxmZ2jcFsgIS+col7u3iQdLl/lW63h5pptpCdZbWboGK0pqFgtbOhX7bF&#10;oGGxzJpirs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5X/hxcC/5EaA/+iIAP/siUD&#10;9cArBObPMQbY3jgPzOVDIMPiSTO23lFGqdhYV5zSXmWQzmRyhstqfHzIcIR0xneKbsR+j2jDh5Rj&#10;wpCXX8GbmVzBpppbwrObWsPFmlu+z5VcutKRXLrSkVy60pFcutKRXLrSkVy60pFcutKRXLrSkVy6&#10;0pH/iRYC/5YZAv+oHQL+uCEC7MkiAtndJQTM5TcRwupDIrfnSDOs5E9EoOBWU5TdXWCI2mNrftZq&#10;dXXUcH1u0neDZ9F/iGLQh4te0JGOWtCckFjQp5FW0LWSVdLHkVbN1I5WyNaLVsjWi1bI1otWyNaL&#10;VsjWi1bI1otWyNaLVsjWi1bI1ov/ixUC/50XAf+vGQH0wRgB3dgRAMzlJgXB7jcTtu9CI6vtRzKh&#10;60xAlulVTYvnXViC5mVheeRsaXLkdG9s43x0Z+KEeGLijXte4pV+W+CegFjfp4JV3rGDU96+g1Le&#10;0oNR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IL/jxMC/6QTAf64EgDWzAsAzOQR&#10;AcDvJge19TgVqvRAIp/zRjCV8ks8jPFURoLwXU968GZWdPBuXG7vdmFp735kZe+GaGHvjmpe7pZt&#10;W+2eb1jrpXBW665xVOq4clLqx3NR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XP/&#10;mBAB/64OANTBCQDJzwkAvvASArP5Jwqp+zgVnvs+IZP7RCyJ+ko1gfpTPnn6XUVy+mZKbfpvTmj6&#10;dlJk+n5VYfqGV1/7jlpc+pZbWvmdXVf4pV5V96xgU/e1YVL2wWFQ9spiUPbKYlD2ymJQ9spiUPbK&#10;YlD2ymJQ9spiUPbKYlD2ymL/owsA1rgGAMbEBwC71AkAsPwUA6b/KQuc/zUVkP87Hob/QiZ9/0ku&#10;df9RNG//Wzpp/2U+Zf9uQWL/dURf/3xGXP+DSFr/i0lY/5NLVv+bTFX/ok1T/6lOUf+xT1D/u1BP&#10;/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1HarwIAxrwFALnJBQCt2wgAo/8XBJr/&#10;KwuO/zESg/84Gnn/QCBw/0cmaf9PK2P/WC9f/2IyXP9rNFr/cjZY/3g4Vv9/OVT/hjtS/408Uf+V&#10;PU//nD5O/6M+Tf+qP0v/s0BK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUHItQIA&#10;uMEEAKvQAwCf6wkBlv8aBYv/Jgp//y0Pdf81FWz/PRpl/0QeXv9MIlj/VCVV/10nUv9lKVD/bCpO&#10;/3MrTf95LEz/fy1K/4UuSf+ML0j/kjBH/5kwRf+gMUT/qTJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/&#10;rjJD/64yQ/+uMkP/rjK4ugIAqsgAAJ3ZAACS/wwCif8aBH3/IQhy/ygMaP8wEGD/OBRa/0AXVP9I&#10;Gk//TxxM/1cdSf9dHkf/YyBF/2kgRP9vIUL/dCJB/3oiQP+AIz//hiQ+/4wkPf+SJTz/mSU7/54m&#10;O/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niarwQAAndAAAI/hAACG/w4Cev8VA27/HAZk&#10;/yMJXP8rDFX/Mw9P/zsRSf9CE0b/SRRC/08WQP9VFj7/Whc8/18YO/9kGDn/aBk4/20ZN/9yGjb/&#10;dxo1/3waNP+BGzP/iBsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRv/cB4D/2wp&#10;Bv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT&#10;/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/l&#10;WfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9z&#10;k0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5Vnx&#10;X+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh&#10;/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zz&#10;Xt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2woBv9r&#10;MQn/dTYN/3s8Ev9/Rhn/g1Ah/4FeKv9+azP/e3g7/3iGQv91kkj/cptN/3CkUf9trFT/a7JX/2m5&#10;Wv9nwVz8Zcde+GLMX/Vg02HwXt1i7FzkY+hb6WTiWu9k4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi&#10;4FrwYuBa8GL/cR0D/20oBv9uMAn/eDQM/387Ev+DRBn/h04h/4ZbK/+DaDT/f3U9/3yCRf95jkz/&#10;dplS/3KhVv9vqVr+bbBe/Gq3YftovmP5ZsZl9GPMZ/Bh02nrX95r5l3lbOBb6W3ZXO5o1lzvZ9Zc&#10;72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72f/ch0D/24oBv9xLgn/ezIM/4M6Ef+HQxj/ikwh/4pZ&#10;K/+HZTX/g3I//39+SP98i1D/eZZW/3WfXP1ypmD6bq1k+Gy0aPZpvGv0Z8Vt8GTMcOth03LlX99z&#10;3lzldNZc6HHPXu1szV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mv/cxwD/28nBv90LQj/&#10;fjEM/4Y5Ef+LQhj/jksh/45WK/+LYzb/h29B/4N7S/9/h1P+fJJb/HicYfl0pGf2cKtr822yb/Fq&#10;unPvaMN262XMeOZi1XreX998013je81f5nbHYOpwxmDsbsZg7G7GYOxuxmDsbsZg7G7GYOxuxmDs&#10;bsZg7G7/dBwD/3AnBv92Kwj/gS8L/4k4EP+OQBj/kkkh/5NULP+QYDf/jGxD/4d3TfuDg1f4f45g&#10;9nqXZ/N2oG7wcqhz7W6veOtruHzoaMJ/5mbNgt9i2ITRX9yFymDgf8Vh43q/Y+h0vmPpcr5j6XK+&#10;Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XL/dBwD/3AmBv95Kgj/hS4L/403EP+SPxf/lkgg/5dSLP+V&#10;Xjj+kWlE+ox0UPWHf1vygoll7n2Tbup3m3XncqN85G6rgeFqs4beZ72K2mXKjdJi1I7IYtiKwmPc&#10;hLxl4H63ZuV4tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5nb/dRsD/3EmBv98KAf/iC0K&#10;/5A2D/+WPhb/mkcg/5xQK/+aWzj5l2ZF9JJwUu+Me1/qhYVq5X6NdOB4lX3bcp2F1G2ki9BqrY7N&#10;aLeQy2jDkchn0ZK/ZdSPuWfZibRo3YKwaeJ8rmrkea5q5HmuauR5rmrkea5q5HmuauR5rmrkea5q&#10;5Hn/dhsD/3ImBf9/Jwf/iiwK/5M1Dv+ZPRb/nkYf/6FOK/ugWTj1nGNG75htVOiQd2LiiH9v2oCH&#10;e9J6j4PNdZeJyXGfjcVuqJHCbLGTv2u8lb1ry5W2adCUsWvVjaxs24aobeB/p23ifKdt4nynbeJ8&#10;p23ifKdt4nynbeJ8p23ifKdt4nz/dhsD/3MlBf+BJgf/jSwJ/5Y0Dv+dPBX/oUQe/qVMKvelVzjw&#10;omFH6ZxqVuGUcmXYjHtzz4WDfMl/i4TDepOKv3abj7pzo5O3cKyWtG+3l7FvxJisbc2YqW/TkKVw&#10;2Imhcd6CoHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H//dxsD/3QlBf+DJQb/kCsJ/5kz&#10;Df+gOxT/pUMd+6lLKfOqVDjsqF5H46FnV9qZb2fPkXhzx4qAfcGEiIW7f4+LtXqXkLF3n5StdKiX&#10;qnOymadyv5qkcsuaoXPQk5501oybddyEmnXegZp13oGadd6BmnXegZp13oGadd6BmnXegZp13oH/&#10;eBoD/3YkBf+GIwb/kioI/5syDP+jOhP/qEIc+K1KKPCvUjfnrFxH3qVkWNGdbWbIlXVzwI58fbmJ&#10;hIWzg4yMrX+Tkal7m5WleaSZoXeum552upydd8qcmXfPlpd41I6VeNuGlHjdg5R43YOUeN2DlHjd&#10;g5R43YOUeN2DlHjdg5R43YP/eBoD/3gjBf+IIwb/lCoI/54xC/+mOhL+q0Ib9bBJJ+y1UDbjsFpG&#10;2KljV8yha2bCmnJyupN6fLONgYWsiImMpoSQkaGAmJadfaGamXuqnJZ7tp2Ue8aeknvNmJF805CP&#10;fNmIj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchY983IX/eRoD/3oiBf+KIgX/likH/6AxC/+o&#10;ORH7r0Ea8rRIJum5TzTftFlF0q1hVselaWW9nnBytJd3fK2RfoWmjIaMoIiNkZqFlZaWgp6akoCn&#10;nY9/s56NgMKei4DMmouB0pKKgNiJiYDbhomA24aJgNuGiYDbhomA24aJgNuGiYDbhomA24b/eRoC&#10;/3shBP+LIgX/mCgH/6MwCv+rOBD5skAY77hHJOa9TjPbuFdEzbBgVsKpZ2S4om5xr5t1e6eWfISg&#10;kYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+FhL+fhYXLm4WF0ZOFhdiKhITah4SE2oeEhNqHhITah4SE&#10;2oeEhNqHhITah4SE2of/ehkC/30gBP+NIQX/mygG/6UvCf+uNw72tj8X7LxGIuPBTjDVvFZDyLRe&#10;Vb2sZmOzpmxwqp9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqjnYGKrp9+iryfforKnH+K0JR/idaL&#10;f4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yj/ehkC/38eBP+QIQT/nScF/6guCP6yNg3z&#10;uj4V6cFFH9/FTC/Qv1RCxLddU7iwZGKuqmpvpKRxepyfd4OUm36KjpiGkIeVjpWCkpeZfZCgnHqP&#10;q554j7mfd5HKnXmQz5V5jtaMeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2In/exkC/4Ed&#10;BP+SIAT/oCYF/6stB/u1NQvwvj0S5sdEHNrJSS7Lw1NBvrxbUrO1YmGor2lun6pveJaldYGOoXyJ&#10;h56Dj4Gbi5R7mZSYd5eem3OWqZ1xlraecJfInXKWz5VzlNWMdJPYiXST2Il0k9iJdJPYiXST2Il0&#10;k9iJdJPYiXST2In/fBgC/4QcA/+VHwP/oyUE/68sBve6MwnsxDsP4s5CGNPOSCzGx1JAucBaUa26&#10;YV+jtGdsmbBtd5CrdICIqHqHgaWBjXqiiZJ1oJKWcJ6bmWyep5tqnrScaZ/Fm2ye0JRtmtaMbZnY&#10;iW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2In/fRgC/4caA/+YHgP/piMD/7MpBPPAMQfnyzgL&#10;3dg6Fs3SRirAzFA+s8ZYT6fAX12cu2VqkrdrdImzcX2Br3iEeq1/inSqh49uqY+TaaealmanpZhj&#10;p7KZYqjDmGWn0ZNmo9aLZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2Yn/fhcC/4sYAv+c&#10;HAL/qyEC+7kmA+3HLATf1TEG0945FMbYRCi50U47rMxWTKDHXVqVwmNni79pcYK7b3l6uHaAc7Z9&#10;hm20hYtos46PY7KYkmCxpJNesrGUXLLClF6y05BfrNmJYKrahmCq2oZgqtqGYKrahmCq2oZgqtqG&#10;YKrahmCq2ob/fxcC/5AWAv+hGgH/sR0B9MAgAePRIAHT3ywGyeI7FL7fRCWy2Uw4pdNUSZnPW1eO&#10;y2FjhMhobHvFbnVzw3V7bMF8gWfAhIViv46JXr6Yi1q+pI1YvrGOV7/CjVi/14tZuNyFWbbdg1m2&#10;3YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YP/gRYC/5UUAf+nFgH9uBcA6csRANPfFgHI5ywHvuY7&#10;FrPkRCWo4Us1nN1SRJHZWVKG1WBdfNNmZnTRbW5sz3R0Zs58eWHNhX1czI6AWcyZg1bMpYRUzLOF&#10;U83EhVPN3YNTxuB+VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X3/hxMB/5wSAf+uEQDa&#10;wgoA0NIKAMfoGAG87CwKsus8F6jqQyWd6EgzkuZQQIjkWUt+4mBUduFoXG/gb2Jo33doY95/bF7e&#10;iHBa3pFzV96bdVTep3dS37R4UN/EeE/g3nhP1uV1T9PndE/T53RP0+d0T9PndE/T53RP0+d0T9Pn&#10;dE/T53T/jw8B/6QOANu4CADNxQkAxdUKALrxGgOw8i0MpvE7GJvwQSSR70cvh+5OOn7uWEN37WFK&#10;cO1pUGrscVVl7HlZYeyBXF3sil9a7JNhV+2dY1Xtp2VS7bNmUe7AZ0/v1GhO6+ZoTejoaE3o6GhN&#10;6OhoTejoaE3o6GhN6OhoTejoaE3o6Gj/mQsA3a4EAMy8BgDByQcAuNsKAK34HASk+C8Nmfg5F4/4&#10;PyGF+EYqfPhNMnX3Vzlu92A/afdpQ2T4cUdh+HlKXfiBTFr4iU9Y+JJRVvmbUlP5pVRR+q9VUPq7&#10;Vk76yldN++NXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76VflpQAAzrQEAL+/BQC0zgYA&#10;qusNAaD/HwaX/y8NjP82FYL/PR14/0QkcP9MKmr/VC9l/14zYf9nN13/bzla/3Y8WP9+Plb/hj9T&#10;/45BUf+XQlD/oENO/6lFTf+zRUv/vkZK/9BHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/&#10;3EfRrgAAv7kDALLFAwCn1QUAnP0PApT/IgaJ/ysMfv8yEnX/Ohhs/0IdZf9JIl//USVa/1ooV/9j&#10;K1T/ay1S/3IvUP95ME//gDFN/4gyS/+QNEr/mDVI/6E1R/+qNkb/szdE/784RP/FOET/xThE/8U4&#10;RP/FOET/xThE/8U4RP/FOET/xTjBswAAsr4CAKXMAQCZ3QMAkP8SAob/HwV7/ycKcf8uDmj/NhNh&#10;/z4XWv9GGlX/TR1R/1UfTv9dIEv/ZCJJ/2sjR/9xJEb/eCVE/38mQ/+GJ0H/jihA/5YoP/+eKT3/&#10;pyk8/7AqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCqzuAEApcYAAJfVAACL7wQBhP8T&#10;Anf/GgRt/yIHZP8qC1z/Mg5V/zkRUP9BE0v/SBVI/08XRf9WGEL/XBlA/2EaPv9nGjz/bRs7/3Mc&#10;Of95HDj/gB02/4gdNf+PHjT/lx4y/6AfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB+m&#10;wAAAl84AAIneAAB//wcBdP8QAmn/FQNf/xwFV/8kCFD/LApK/zMMRf87DkH/QQ89/0cQOv9NETj/&#10;UhE2/1cSNP9cEzL/YRMx/2YUL/9rFC7/cRUt/3cVLP99FSr/gxYp/4sWKf+OFin/jhYp/44WKf+O&#10;Fin/jhYp/44WKf+OFin/jhb/ZiAD/2EqBf9hMwj/aTYL/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww&#10;/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zUSv9b3kv7WeRM91jqTPRX703w&#10;VvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD/2EqBf9hMwj/aTYL/249D/9x&#10;RhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zU&#10;Sv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD&#10;/2IqBf9jMQj/azUL/3A8D/9zRRX/dU8c/3ZdI/9zbCr/cHox/22HNv9rlDv/aZ8//2ioQv9msEX/&#10;ZLhH/2PASf9hx0r/X8xM/13TTfxc3k75WuRP9VnqUPFY71HtV/RR6Vf5UOlX+VDpV/lQ6Vf5UOlX&#10;+VDpV/lQ6Vf5UOlX+VD/Zx8D/2MqBf9lMAj/bjML/3Q6D/93QxX/eU4c/3paJP93aCv/dHYz/3GE&#10;Of9ukD//bJtD/2qlR/9orUr/Z7ZM/2W+Tv9jxVD/YctS/V/SVPld3VX0W+RW8FrqV+tY8FjnWPVX&#10;41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lT/aB8D/2MpBf9oLgf/cTIK/3c4D/97QhX/&#10;fUwc/35YJP97Zi3/d3M1/3SAPP9xjEL/b5dH/2yhS/9qqk//aLJS/2e7VP9lxFb+YspY+WDRWvVe&#10;3FzwXORd6lrrXuZZ8V/iWvVb3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+Vf/aR4D/2Qp&#10;Bf9rLQf/dDAK/3s3Dv9/QRX/gUoc/4JVJf9/Yy7/e3A2/3h8Pv91iUX/cZRL/2+eUP9splT/aq5Y&#10;/Wi3W/xmwF36ZMlg9WHQYvBe3GPqXOVl5VvsZt5a8GPYW/Rg0V34W9Fd+FvRXfhb0V34W9Fd+FvR&#10;Xfhb0V34W9Fd+Fv/aR4D/2UoBf9uKwf/eC4K/382Dv+DPxT/hUgc/4dTJf+EYC//gGw4/3x5Qf94&#10;hUn+dJBQ+3GZVvluolr4a6pf9miyYvRmu2XzZMVo8GLQa+pf3W3jXedu21vqbdNc72jNXvNkyF/3&#10;X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91//ah4D/2YoBf9xKQf/eywJ/4M1Df+HPhT/ikcb&#10;/4xQJf+JXS//hWk6/YF1RPp8gE33eItV9HOVXPFvnWLvbKVn7Wmta+tmtm/oY8By5mHMdeNg33fW&#10;XOR4zl7pcslf7W3EYPBov2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GP/ax0D/2cnBf90&#10;Jwb/fysI/4czDf+MPBP/j0Ub/5FOJf+PWjD8i2Y7+IZxRvOBfFHvfIda7HaQYuhxmGnlbKBw4Wio&#10;dd5ksHrbYrp+2GHHf9Rh2n/LX+F+xGHld79i6XK7Y+1ttmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFn&#10;tmTxZ7Zk8Wf/bB0D/2omBf93Jgb/gioI/4oyDP+QOxL/k0Ma/5ZMJP2VVzD3kWI88oxtSeyGeFTn&#10;f4Ff4niKadxyknLWbZp40mqifM5nq3/LZrSByWW/g8dkzoTBY92DumTifLZm5nayZ+pxrmjvaq5o&#10;72quaO9qrmjvaq5o72quaO9qrmjvaq5o72r/bRwD/2wkBf96JAX/hSkH/44xC/+UORH/mEIZ/5tK&#10;JPibVDDyl18965JqS+WKc1jegnxk1XyFbs92jXXKcpV6xm6dfsNspYK/aq+EvWm5hrpox4e3aNqH&#10;sWjega1p43qpa+h0pmvsbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W3/bRwD/24jBP99IgX/&#10;iCgH/5EwCv+YOBD/nEAY+59JI/ShUi/tnVw95ZZmTN2Ob1rTh3hlzIGBbsZ7iXbBd5F7vHOZgLhw&#10;oYS1bqqHsm20ia9swYqtbNKKqGzchaVt4X6ibuV3n2/rcJ9v63Cfb+twn2/rcJ9v63Cfb+twn2/r&#10;cJ9v63D/bhwD/3EiBP9/IQX/iycG/5QvCf+bNw//oD8X+KRHIfCnTy7oolo935tjTdSUbFrLjHVl&#10;xIZ9b76AhXa4fI18s3iVga91nYWrcqWJqHGvi6Vwu4yjcMuNoHHZiJ1x34GbcuR6mXPpcplz6XKZ&#10;c+lymXPpcplz6XKZc+lymXPpcplz6XL/bxsD/3MgBP+CIAT/jiYG/5cuCP+fNg79pD4V9KhGIOys&#10;TS3jp1g82aBhTM2YalnFkXJlvYt6braFgnawgIl9q32Rgqd5mYajd6KKn3WrjZx0t46adMaPmHXW&#10;i5Z23YOUduJ8k3bndJJ26HSSduh0knbodJJ26HSSduh0knbodJJ26HT/bxsC/3UfBP+EHwT/kCUF&#10;/5otCP+iNQz6qD0U8axFHuiwTCvfq1c70qRfS8icaFm/lW9kt493brCKf3aqhYZ9pIGOgp9+loeb&#10;e56Ll3mojpR4s4+SeMKQkXrVjY9624WOeuF+jXrmdo165naNeuZ2jXrmdo165naNeuZ2jXrmdo16&#10;5nb/cBsC/3YeA/+GHgT/kyUF/50sB/+lNAv3qzwS7rFDHOW0Synar1U6zaheSsKgZli5mm1ksZN1&#10;bqqOfHajioN9noaLgpmCk4eUgJuLkH6ljo19sJCKfb6Rin/Tj4l+2oeIft9/h37ld4d+5XeHfuV3&#10;h37ld4d+5XeHfuV3h37ld4d+5Xf/cBsC/3gdA/+IHgP/lSQE/6ArBv+oMgr0rzoR67VCGuG4SifU&#10;s1M5yKtcSb6kZFe0nmtjrJhybaSTeXWejoF8mIuIgpKHkIeNhZmLiYOijoaCrpGDgryRgoPOkYOD&#10;2YiCgt+BgoLkeYKC5HiCguR4goLkeIKC5HiCguR4goLkeIKC5Hj/cRoC/3ocA/+KHQP/lyME/6Ip&#10;BfysMQnxszkP6LpAF928SCXPtlI4w69bSLmoYlavompip5xwbJ+Xd3WYk358kpCGgoyNjoeHipeL&#10;g4igjn+Hq5F8h7mRe4fLkXyI2Il9h96CfYbken2G5Hl9huR5fYbkeX2G5Hl9huR5fYbkeX2G5Hn/&#10;cRoC/3waA/+NHAP/miID/6UoBPmvLwfuuDcM5L8/FNjARiTKulA3v7NZR7SsYVWqpmhhoaFua5mc&#10;dXSSmHx7jJWDgYaSi4aBkJSLfI6ejniNqZB2jLaRdI3IkXaO2Ip3jN2Cd4rjeneK43p3iuN6d4rj&#10;eneK43p3iuN6d4rjeneK43r/choC/38ZAv+PGwL/nSAD/6kmA/azLQXqvTUJ4MY8ENLERCPFvU81&#10;urdYRq+xX1Slq2ZgnKZtapSic3OMnnp6hpuBgICYiYV6lpKJdZSbjXKTpo9vk7SQbZTFkHCV2Ipw&#10;kt2DcZDje3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43v/cxkC/4IXAv+SGgL/oB8C/60kAvK4&#10;KgTmwzEG28w1D8zIQiHAwk00tLxWRKm2XlKfsWRelqxraI6pcXGGpXh4f6J/fnmgh4N0nY+Ib5yZ&#10;i2ubpI1om7KOZ5vCjmmd2Ipqmd2Ca5bje2uW43trluN7a5bje2uW43trluN7a5bje2uW43v/dBkC&#10;/4UVAv+WGAH/pBwB+7IgAe2/JQLhzCoD1NEyDcfMQR+6x0wxrsFUQqO8XFCZt2JckLNpZoewb26A&#10;rXZ1eap9e3OohIBtpo2FaKWXiGWko4pipLCLYKTBi2Km2Yhjot6BZZ7jemWe43plnuN6ZZ7jemWe&#10;43plnuN6ZZ7jemWe43r/dhgC/4kTAf+aFgH/qRgB9rgbAefHGgHb2RwBzdYwC8DSPx20zUovqMhS&#10;P53DWk2Sv2FYibtnYoC4bWt5tnRxcrN7d2yxg3xnsIyAYq+Wg16uoYZcrq+HWq+/h1uw2oRdrOB/&#10;XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xj/ehUC/44SAf+fEwD/sBMA78AQANnUDADO&#10;3xwBxN0vCbnZPRqt00gsoc9QO5XLWEmLx19UgsRlXnnCbGZywHJsa756cma9gnZhu4t6XLuVfVm6&#10;oX9Xuq+AVbu/gFW82X9WuON6WLLndViy53RYsud0WLLndFiy53RYsud0WLLndFiy53T/gBIB/5QQ&#10;AP+mDwDjuAsA0sYKAMzXCwDD4x4CueIxCq/gPRik3UYnmdlON43UVkSD0V1Pes9kWHLNal9ry3Jl&#10;Zcp5amDJgm9byYtyV8iWdVTIondSyK94UcnAeFDK23dRxuhzUsDrb1K/7G9Sv+xvUr/sb1K/7G9S&#10;v+xvUr/sb1K/7G//hw4B/5sNAN+uBwDQvAgAx8kIAMHbCwC36CADrecxDaTmPRmZ5EQmjuJMM4Tg&#10;VD573lxHc91jT2vcalZl2nJcYNp6YFvZg2RX2YxnU9mXalDZo2xO2bFtTdrCbUzb3GxN2OxqTs/w&#10;Z07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8Gf/jwsA6aQEANG0BgDFvwYAvM0IALTpDgGq7iIF&#10;ou4zDpftOxmN7EIkg+tJLnvqUzZz6Vw+bOlkRGfpbEli6HRNXuh8UVrohVRW6I5WU+mYWVHpo1pO&#10;6bBcTeq+XEzr0l1L6uldSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPzXErj81z5mQMA1KwCAMW3&#10;BAC5wwUAsNIIAKf2EQGe9SQGlfUyDor1OheB9UEgePVIJ3D1UC5q9Fo0ZfRjOGD0azxd9XQ/WfV8&#10;Qlf1hERU9Y1GUfaXSE/2oUpN9qxLS/e5TEr3yE1J+OBNSPfzTUj39E1I9/RNSPf0TUj39E1I9/RN&#10;SPf0TUj39E3aowAAx7ECALi7AwCtyQQAo9kHAJr9FAKS/ScHh/4vDX3+NxR0/z8bbP9HIGb/TiVg&#10;/1cpXP9gLVn/aTBW/3EyU/94NFH/gDZP/4k3Tf+SOUv/nDpJ/6Y7SP+xPEb/vT1F/8w9RP/mPkT/&#10;5z5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z7LrAAAubYBAKzCAQCg0AIAleUHAI7/GAOE/yQGev8s&#10;C3D/NBBo/zwVYf9EGVv/Sx1W/1MgU/9bIlD/YyRN/2smS/9zJ0n/eilI/4IqRv+KK0T/lCxC/54t&#10;Qf+nLkD/sS4//7wvPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTC7sQAArLwAAJ/JAACT&#10;2QAAifwLAYD/FwJ2/yAFbP8oCWT/MA1d/zgQV/9AE1H/RxZN/04YSv9WGUf/XBpE/2McQv9pHUD/&#10;cB4//3gePf+AHzv/iCA6/5EhOP+bIjf/pCI2/60jNf+4IzX/uSM1/7kjNf+5IzX/uSM1/7kjNf+5&#10;IzX/uSOttgAAn8QAAJLSAACE4QAAff8NAXL/EwJo/xsEX/8jBlj/KwlR/zMLTP86DUf/QQ9D/0gR&#10;QP9OEj3/VBM7/1oUOf9fFDf/ZRU1/2sWM/9yFjH/ehcv/4IXLv+LGCz/kxgr/5wZKv+nGSr/pxkq&#10;/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxmhvwAAkswAAITcAAB49wAAbv8KAWP/EAJa/xUDUv8dBEv/&#10;JAZG/ywIQf8zCTz/Ogo5/0ALNf9FDDL/Sg0w/1ANLv9UDiz/WQ4q/14PKP9kDyb/ag8l/3EQI/94&#10;ECL/gBEg/4gRH/+RER//kREf/5ERH/+RER//kREf/5ERH/+RER//kRH/XCID/1ctBf9YMwf/XzYJ&#10;/2M9Df9lRhL/ZlAX/2VeHP9kbiL/YXwn/1+KK/9eli7/XKEx/1uqM/9asjX/Wbo2/1jDN/9YzTn/&#10;V9g5/1bgOv9V5jv/VOw8/1PxPPxS9T34Uvk99VH9PfNR/z3zUf8981H/PfNR/z3zUf8981H/PfNR&#10;/z3/XCID/1csBf9aMgf/YTUJ/2U8Df9nRRL/aE8X/2hcHf9mbSL/Y3so/2GILP9flC//Xp8y/12p&#10;Nf9bsTf/Wrk4/1rBOv9Zyzv/WNU8/1ffPf9W5j7/Ves+/VTwP/lT9T/2UvlA81L9QPBS/z7wUv8+&#10;8FL/PvBS/z7wUv8+8FL/PvBS/z7/XSED/1gsBf9cMAf/ZDMJ/2g6Df9rQxL/bE4X/2xaHf9qaiT/&#10;Z3gp/2SFLv9ikTL/YZw2/1+mOP9erjr/XbY8/1y+Pv9byD//WtJB/1ndQv9X5UP9VupE+VXwRPVU&#10;9UXxVPpF7lT+ROxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0L/XiED/1ksBf9fLgb/ZjIJ/2w4&#10;DP9vQRH/b0wX/3FXHv9uZyX/a3Ur/2iCMP9ljjX/ZJk5/2KjPP9gqz7/X7NB/167Qv9dxET/XM5G&#10;/1rcR/5Z5Ej6V+pJ9VbwSvBV9krtVfpK6Vb+R+dW/0XnVv9F51b/RedW/0XnVv9F51b/RedW/0X/&#10;XiED/1krBf9iLQb/ajAI/282DP9yQBH/dEoY/3VVHv9yZCb/b3It/2x/M/9pizj/ZpY8/2WgQP9j&#10;qEP/YbBG/2C4SP9ewUr/XctL/1zaTfpa4071WepP8FfxUOtW9lHnV/tO5Fj/S+FZ/0nhWf9J4Vn/&#10;SeFZ/0nhWf9J4Vn/SeFZ/0n/XyAD/1orBf9lKwb/bS4I/3M1DP93PhH/eEgX/3lSH/93YCf/dG4u&#10;/3B7Nf9thzv/apJB/2ebRf9lpEn+Y6xM/WG0TvtgvFH6XsZT+V3UVfVb41bvWupY6VjyWeVZ91bg&#10;WvtT21v/T9db/03XW/9N11v/Tddb/03XW/9N11v/Tddb/03/YCAD/10pBf9oKQb/cSsH/3gzC/98&#10;PBD/fUYX/35QH/99XSj/eWow/3V2OP9xgj/8bY1F+mqXS/hnn0/2ZadT9GKvVvNguFnxX8Fc8F3N&#10;Xu1c4GDoWuxh4VryYNpb9lvTXPpXz139U8xe/1HMXv9RzF7/Ucxe/1HMXv9RzF7/Ucxe/1H/YR8D&#10;/2AnBP9rJgX/dSkH/3wxCv+BOhD/g0QX/4RNH/+DWSj/f2Yy/HpyO/h1fkP1cYhL8m2SUe9pmlbt&#10;ZqJb6mOqX+hgsmPmXrxm5FzIaeFb2mvdWupr01zwZs1e9WHIX/lcxGD8WMFh/lXBYf5VwWH+VcFh&#10;/lXBYf5VwWH+VcFh/lX/Yh8D/2MlBP9vJAX/eSgG/4EwCv+FOQ//iEIW/4lLHv+JVij6hWIz9YBu&#10;PfB6eUfsdYNQ6XCMWOVrlV7hZp1k3mOkadtgrW3XX7dv1F7DcNFe0nHNXedxx1/ua8Jh8ma+YvZh&#10;umP5XLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fj/Yx8D/2YjBP9yIgT/fScG/4UuCf+KNw7/&#10;jUAV/49JHvqPUyj0jF807oZqP+l/dEvjeH5V3nKGXthtj2XTaphqz2egbcxlqHDJY7FzxmK8dMRh&#10;yXXBYeB2vGPqcbdk72q0ZfNlsGb2YK5n+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5XK5n+Vz/Yx4D/2gh&#10;BP91IAT/gSUF/4ktCP+PNQz/kj4U/JRHHfWWTyjukVs054tmQeCEb07ZfXlY0XeCYMxzimfHb5Ns&#10;xGybcMBpo3O9Z6x2uma2eLhlwnm2ZdV5smbmdq5o7G+qafBpqGn0Y6Zq91+mavdfpmr3X6Zq91+m&#10;avdfpmr3X6Zq91//ZB4D/2sgA/94HgT/hCQF/40sB/+TNAv/lzwS+JlFG/CbTSfol1k04ZBiQteJ&#10;bE7Og3VYyH1+YcN4hmi+dI5tuXCWcrZunnWybKd4r2qxe61pvXyqac19qGrjeqVs6XKibO1soG3y&#10;Zp5u9WKebvVinm71Yp5u9WKebvVinm71Yp5u9WL/ZR0C/20eA/97HQP/hyME/5AqBv+XMgr9nDsQ&#10;9J9DGeyhSyXjnFYz2pZgQc+OaU7HiHJYwIJ6Ybp9gmi1eYpusXWSc6xymnepcKN6pm6sfaNtuH6h&#10;bcd/n27gfpxw53WacOtvmXHwaJdx82SXcfNkl3HzZJdx82SXcfNkl3HzZJdx82T/ZR0C/28dA/9+&#10;HAP/iiIE/5MpBf+bMQn5oDkP8KNBGOemSSPeoVQx0ppeQMiTZ03AjG9YuYd3YbOCf2iufYduqXqO&#10;c6R3lnigdJ97nXOofppxtICYccKBlnLYgZV05XiTdOpxknXva5F18maRdfJmkXXyZpF18maRdfJm&#10;kXXyZpF18mb/Zh0C/3EbA/+AGwP/jCED/5YoBf+eLwj2pDcN7Kg/FeOrSCDYplIwzJ5cQMOXZU27&#10;kW1Xs4t0Ya2GfGingoNuon6LdJ17k3iZeZx8lXelf5J2sIGQdb6CjnbRgo5443qNeOhzjHjtbIt4&#10;8WiLePFoi3jxaIt48WiLePFoi3jxaIt48Wj/ZxwC/3MaAv+CGgL/jyAD/5kmBP6iLgbzqDUL6a09&#10;E9+vRh7SqVEvx6JaP76bY0y1lWpXro9yYKeLeWihh4FunIOIdJeAkHiSfZl8jnyigIt6rYKIeruD&#10;h3rNg4d84nyHfOd1hnzsboZ88GmGfPBphnzwaYZ88GmGfPBphnzwaYZ88Gn/ZxwC/3UZAv+FGQL/&#10;kh8C/5wlA/ulLAXwrDQJ5rI7ENuzRB3NrU8uw6ZZPrmfYUuwmWhWqJRwX6GPd2ebi35uloiGc5CF&#10;jniMgpZ8iICggIR/q4KBf7iDf3/KhIGB4X2BgeZ2gYDrb4CA72qAgO9qgIDvaoCA72qAgO9qgIDv&#10;aoCA72r/aBwC/3gXAv+HGAL/lB0C/58jA/ipKgTssTEH4rc5DdW3QhzJsE4tvqpXPbSjX0qrnmdV&#10;o5huX5yUdWaWkHxtkI2Dc4uKi3iGiJR8gYaegH2EqIJ7hLWEeYTHhHqG4H97heZ3e4XrcHuE7mt7&#10;hO5re4Tua3uE7mt7hO5re4Tua3uE7mv/aRsC/3oWAv+KFwL/lxwC/6MhAvStJwPotS4F3r01CtC6&#10;QBvEtEwsuq5WO6+oXkmmomVUnp1sXZeZc2aQlXlsipKBcoWQiXd/jZJ8e4ubf3eKpoJ0ibODcorE&#10;g3SM4H90i+V4dYnqcXaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wz/axoC/30UAv+NFgH/mhoB&#10;/6YeAfCxIwLkuykD2cIwCcu9PxnAuEoqtbJUOqqsXEehp2NSmaNqXJGfcWSKm3drhJh/cX6WhnZ5&#10;k497dJKZfnCQpIFtkLGCa5DBgm2S3X9ukeV4b4/qcXCO7Wxwju1scI7tbHCO7Wxwju1scI7tbHCO&#10;7Wz/bhgC/4ASAf+QFQH/nhcB+6saAey3HgHgwyEB0sYtCMbBPRi6vEkor7dSOKWyWkWcrWFRk6lo&#10;Woulb2KEonVpfp98b3idhHRzm415bpmWfGqYon9nl66AZZi/gWWZ2H9omOV4aZbqcWqU7WxqlO1s&#10;apTtbGqU7WxqlO1sapTtbGqU7Wz/cRYC/4MRAf+UEwH/ohQA9bAUAOa+FADZzBUAzMorB8DGOxa1&#10;wUcmqrxRNp+4WEOWs2BOjbBmWIWsbWB+qnNnd6d6bHKlgnJso4t2aKKUeWShoHxgoK19X6G9fl6i&#10;1H1hoeZ2Yp3rcGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubGOb7mz/dBMB/4cQAf+YEAD+pxAA57cN&#10;ANbFCwDQ0BEAxc8oBbnLORSux0Ujo8NPM5m/V0CPu15LhrhkVH61a1x3snFjcbB4aWuugG1mrYly&#10;YauTdV2rnnhbqqx5Wau8eVis0nlaq+hzXKfsbl2k72pdpO9qXaTval2k72pdpO9qXaTval2k72r/&#10;eREB/4wOAP+eDQDcrggA0rsJAMzICQDH1g4AvdUlBLLSNhGnzkIgnMpML5LHVDyIw1xHf8FiUHe+&#10;aVdwvHBeart3Y2W5f2hguIhsXLeSb1i2nnFVtqtzU7e7c1K30nNUt+tvVrLvalev8WdXr/FnV6/x&#10;Z1ev8WdXr/FnV6/xZ1ev8Wf/fw4B/5MLAOGlBQDSswcAyb4HAMLLCAC83Q4AtN0jA6raMw2f1kAc&#10;lNNKKorQUjeAzVpBeMthSnDJaFFqyG9XZMZ2XF/Ff2BaxYhkVsSSZ1PEnmlQxKxqT8S8a07F02pP&#10;xe1oUMDzZFG99WFRvfVhUb31YVG99WFRvfVhUb31YVG99WH/hgoA8JoEANSqBADItgYAvsEFALfP&#10;CQCw4xEAqOMlBJ/iNQ2V4D4Zi95IJYHcUDB42lg6cNhfQmnWZ0lj1W5PXtR2U1nTf1dV04laUtOT&#10;XU/ToF9N061gS9S+YErV2GBL1O1eTNH3XEzM+VpMzPlaTMz5WkzM+VpMzPlaTMz5WkzM+Vr/jwMA&#10;2qIAAMqvAwC9uQQAtMYFAKvUCQCk6hQBnOkoBpPpNA6J6D0Yf+dEInfmTipv5lcyaeVfOGPlZz1f&#10;5G9CWuR3RVbkgElT5IpLUOSUTk3kn1BL5axRSeW7Ukjmz1JI5uhSSOT4UUjh/E9I4fxPSOH8T0jh&#10;/E9I4fxPSOH8T0jh/E/hmQAAzakAAL6zAgCzvgMAqMsFAJ/aCQCY8hgCkPIqB4byMw588TsWdPFD&#10;HWzxSyNm8VQpYfFdLV3xZjFZ8W41VvF2N1PxfzpQ8og8TfKSPkvynUBJ86lBR/O2Qkb0x0NF9N9D&#10;RPTwQ0Ty+kJE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kLRogAAwK4AALK4AQCnxAIAnNIEAJLtDACM&#10;+xwDgvsoB3n7MQxw/DkSafxBF2L8SRxc/FAgV/xZI1T9YiZR/WooT/1zKkz+eyxK/oMuSP6NL0b/&#10;mDFE/6IyQ/+uM0H/uzRA/8s0P//jND//7zU//+81P//vNT//7zU//+81P//vNT//7zXEqgAAs7MA&#10;AKe/AACaywAAj9oCAIb/DwF+/xwDdf8lBmz/LQpk/zYOXf8+Elj/RRVS/00YT/9VGkz/XBxJ/2Qe&#10;R/9rH0T/cyBC/3wiQf+FIz//jyQ9/5olO/+kJjr/ryY5/7onOP/KJzj/3Cg4/9woOP/cKDj/3Cg4&#10;/9woOP/cKDj/3Ci1rwAAp7oAAJrGAACN1AAAgeYBAHr/EAFw/xgCZ/8hBV//KQdY/zEKUv85DU3/&#10;QQ9J/0gRRf9PE0L/VRRA/1wVPf9iFjv/aRc5/3AYN/95GTX/ghkz/4waMv+XGzD/oRsv/6ocL/+1&#10;HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxyptQAAmsIAAIzPAAB/3gAAdv8FAGz/DgFi/xQC&#10;Wv8bA1P/JAVN/ysHR/8zCUP/Ogo//0ELO/9HDDj/TQ01/1MOM/9YDzH/Xg8v/2QQLf9rESv/cxEp&#10;/3wSJ/+GEiX/kBMk/5kTI/+jFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/qxScvgAAjcsAAH7a&#10;AABw5gAAZ/8AAF3/CgFU/xABTf8VAkf/HQNB/yQEPP8rBTf/MgY0/zgHMP89CC3/Qwgq/0gJKP9N&#10;CSb/Ugok/1cKIv9dCyD/Ywse/2sLHP9zDBr/fAwY/4QMF/+ODRX/lQ0V/5UNFf+VDRX/lQ0V/5UN&#10;Ff+VDRX/lQ3/UiUD/00vBP9RMgb/VzUH/1o8Cv9bRQ7/Wk8T/1ldF/9YbRv/Vnsf/1WJIv9TlSX/&#10;UqAn/1GoKf9QsSr/ULgr/0/BLP9Pyi3/TtYu/07kLv9O7S//TvMv/034MP9N/DD/TP8w/Ez/MPlM&#10;/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y//UyQD/00vBP9UMAX/WTQH/106Cv9fQw7/Xk4T/11a&#10;GP9bahz/Wnkh/1iGJP9Wkif/VZ0p/1SmK/9Tri3/UrYu/1K+L/9RxzD/UdIx/1DhMv9Q6zL/T/Iz&#10;/0/3M/9O/DT7Tv80+E3/NPVO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL/UyQD/04uBP9WLwX/&#10;XDIH/2A4Cv9iQQ7/YkwT/2BYGP9faB3/XXYi/1uDJv9Zjyn/WJos/1ajLv9VrDD/VbMx/1S7M/9T&#10;xDT/U841/1LeNv9S6Tf/UfE3/1H2OPtQ+zj3T/849E//N/FQ/zXwUP808FD/NPBQ/zTwUP808FD/&#10;NPBQ/zT/VCMD/1AtBP9ZLQX/XzAH/2M2Cv9mQA7/ZkoT/2VVGf9jZR7/YXMj/16AKP9cjCz/W5cv&#10;/1mhMf9YqTT/V7A1/1a4N/9VwTj/Vcs5/1TaOv9U5zv/U/A8+1L2PfZR+z3yUf8971L/O+xS/zjr&#10;Uv8461L/OOtS/zjrUv8461L/OOtS/zj/VSMD/1IrBP9cKwX/Yy4H/2c0Cv9qPg7/a0gT/2pTGf9o&#10;YR//ZnAl/2N9Kv9giC//XpMz/1ydNv9bpTj/Wq06/1i1PP9XvT7/V8c//1bTQfxV5EL5Ve5D9VT2&#10;RPBT/ETsVP9B6VX/P+ZV/zzlVf875VX/O+VV/zvlVf875VX/O+VV/zv/ViID/1UpBP9fKAX/ZysG&#10;/2wyCf9vPA3/cEYT/3BQGf9uXSD/a2sn/2h5Lf9lhDL/Yo83/2CZO/5eoT79XKlB+1uxQ/pZuUX5&#10;WMJH91fOSPVW4ErxVuxL7lX2TOlW/ErlV/9G4lj/Q95Z/0DdWf8/3Vn/P91Z/z/dWf8/3Vn/P91Z&#10;/z//VyID/1knBP9jJgT/aygG/3EwCP90OQ3/dUMT/3VNGf91WSH/cWcp/210MP1qgDb6Zoo8+GOU&#10;QPZhnET0XqRI8lysS/FbtE3vWb1Q7VjJUutX2lPnVulV5Ff1VOFZ/U/bWv9L1Vv/SNBc/0TPXP9E&#10;z1z/RM9c/0TPXP9Ez1z/RM9c/0T/WCID/1wkA/9mIwT/byYF/3YuCP96Nwz/e0ES/3tLGf97VSH+&#10;d2Mq+XNvMvZuezryaoVB72aPR+xjl0zqYJ9Q6F2nVOVbr1fjWbha4VfDXd9X0l7aVuZe1lnzWtJc&#10;/FXNXv9QyV7/TMVf/0nEX/9IxF//SMRf/0jEX/9IxF//SMRf/0j/WSEC/18iA/9qIQT/dCQF/3ss&#10;B/9/NQv/gT4R/4JIGf2CUiH3fl8r8nlrNe1zdT7pboBG5WmJTeFlkVTeYZlZ2l+iXNZdql/TXLNh&#10;0Fu+Ys5bzGPLWuJjyFzxYMZf+lrBYP5VvWH/Ubpi/025Yv9LuWL/S7li/0u5Yv9LuWL/S7li/0v/&#10;WSEC/2IgA/9uHwP/eCME/38rBv+EMwr/hzwQ/ohFF/eITiHwhFsr6n5mNuR4cEHfcnpL2W2DUtNp&#10;jFjPZpVczGSdX8lipWLGYK5kw1+4ZsFexGe/XthovF/rZrpj91+2ZPtZs2X+VbBl/1CvZf9Pr2X/&#10;T69l/0+vZf9Pr2X/T69l/0//WiAC/2UeA/9xHAP/fCID/4QpBf+JMQn/jDoO+Y5DFvGOTCDqilgr&#10;44RiN9t+bEPTeHZMzXN/U8hvh1nEa5BewGmYYr1moGW6Zahot2OyarVivmuzYs5ssGLla69m9GSs&#10;Z/hdqWj8WKdp/1Omaf9Spmn/UqZp/1Kmaf9Spmn/UqZp/1L/WyAC/2ccAv90GgL/fyAD/4gnBP+O&#10;Lwf9kjcM9JRAFOyVSR7kkFUq24pfN9GEaUPKfXJMxHh7VL90g1q6cYtftm6TZLNrm2evaaRqrWet&#10;bKpmuG6oZsdvpWbfb6Vq8Wiia/ZhoGz5W55s/VaebP5Vnmz+VZ5s/lWebP5Vnmz+VZ5s/lX/XB8C&#10;/2oaAv93GQL/gx8D/4wlBP+SLQb5lzUL75k+EuebRhzellIp0pBcN8qJZkLDg29MvH53VLd5f1uy&#10;dYdgrnKPZapwl2imbZ9so2ypbqBrtHCeasJxnGrXcZxu7muab/NkmW/4Xpdw/FiXcP1Xl3D9V5dw&#10;/VeXcP1Xl3D9V5dw/Vf/Xh4C/2wZAv96GAL/hh0C/48jA/+WKwX1mzMJ6587EOKgRRnXm1AozJRa&#10;NsSNY0K8iGxMtYJ0VLB+fFureoRgpneLZaJ0k2mecpxtm3ClcJhvsHKVbr1zk2/Qc5Ry626Tc/Jm&#10;knP2YJBz+lqQc/tZkHP7WZBz+1mQc/tZkHP7WZBz+1n/Xx0C/24XAv99FwL/iRwC/5IiAv2aKQTx&#10;oDAH56Q5Dd6lQxfRn04nx5hYNb6SYUG2jGlLr4dxVKmCeVukf4Bgn3yIZZt5kGqXdpltk3WicZBz&#10;rHONc7p0i3PLdYx253CMd/Boi3f1Yop3+VyKd/painf6Wop3+lqKd/painf6Wop3+lr/YRsC/3EW&#10;Av9/FgH/ixoB/5UgAvmeJgPtpC4F46k2CtipQBbMo0wmwpxWNLmWX0CxkGdKqotvU6SHdlqeg35g&#10;mYCFZZR9jWqQe5ZujHmfcYl4qnSGd7Z1hHfHdoV65HKGe+9qhXv0ZIV7+F2Fe/lchXv5XIV7+VyF&#10;e/lchXv5XIV7+Vz/YxoC/3MUAf+BFQH/jhkB/5keAfahIwLqqSoE4K8yB9KsPhXHpkskvaBVM7Sa&#10;Xj+slWVKpZBtUp6MdFmYiHtgk4WDZY6Ci2qKgJNuhn6dcYJ9p3R/fLR2fXzFdn1+4HN/f+5rf3/z&#10;ZX9+915/fvhdf374XX9++F1/fvhdf374XX9++F3/ZRgC/3UTAf+EFAH/kRcB/5wbAfKlIAHmriYC&#10;27QuBs6vPRTDqkkjuaRTMa+eXD6nmWRJoJRrUZmQclmTjXlfjoqAZImHiGmEhZFugIOacXyCpXR5&#10;gbJ2d4HCdnaC3XR5hO1seYPyZnqC9196gvheeoL4XnqC+F56gvheeoL4XnqC+F7/ZxcC/3cRAf+H&#10;EwH/lBUA/p8YAO6qHAHisyEB1bcqBcmzOxO+rkgitKhSMKujWj2inmJHm5lpUJSVcFiOkndeiI9+&#10;ZIONhml+i49teYmYcXaHo3Nyhq91cIa/dm+H13Vzie1tc4jyZnSH9mB0h/dfdIf3X3SH9190h/df&#10;dIf3X3SH91//aRUB/3oQAf+KEQD/lxIA+aMUAOquFQDduRcAz7ooBMS3ORG5skYgr6xQL6anWDud&#10;o2BGlZ9nT46bblaImHVdgpV8Y32ThGh4kYxsc4+WcG+OoHJsja10ao29dWmN0nVskO1tbY7xZ26M&#10;9mBujPdfboz3X26M919ujPdfboz3X26M91//bBMB/30PAf+NEAD/mxAA9KgPAOW1DQDVvxAAyr4m&#10;A7+7NxC0tkQeqrFOLaGtVzmYqV5EkKVlTYmibFWCn3NbfJx6YXeagWZymIpqbZaUbmmVnnFmlKtz&#10;Y5S6c2KVz3Nml+xsZ5XxZmiT9mBokvdfaJL3X2iS919okvdfaJL3X2iS91//bxEB/4EOAP+RDgDy&#10;oAwA2q0JANO4CgDOww4AxMIjA7m/NQ6vu0IcpLdMKpuzVTeSr1xBiqxjSoOpalJ8pnFZdqR4XnCi&#10;f2NroIhnZ56Ra2OdnW5fnalwXZ25cFydzXBfn+trYZ3yZWKa9mBimfdeYpn3XmKZ915imfdeYpn3&#10;XmKZ917/cxAB/4UMAPqWCgDbpQYA0bEIAMu7CADGxwsAvccgArLFMguowUAZnr5KJ5S6UzSLtlo+&#10;g7RhR3yxaE91r29Vb612WmqrfV9lqYZjYaiQZ12nm2pZp6hrV6e4bFanzGxYqOloWqf0Y1uj+F5c&#10;o/ldXKP5XVyj+V1co/ldXKP5XVyj+V3/eA0A/4sJAN+cAwDSqQYAybQHAMK+BgC8zAgAtc0cAavL&#10;LwmhyD0Wl8VII43CUS+Ev1g6fLxfQ3W6ZkpvuG1Qabd0VWS1fFpftIVeW7OPYVezmmRUsqdlUrK3&#10;ZlGzzGZSs+ljVLL3X1Wu+ltWrftaVq37Wlat+1pWrftaVq37Wlat+1r/fgkA8pECANahAgDKrQUA&#10;wLcFALjCBQCyzwkAq9QXAKPTKwaZ0DoSj85FH4XLTip9yVY0dcddPW7FZURoxGxJY8JzTl7Be1NZ&#10;wYRWVcCPWVK/m1xPv6hdTb+4XkzAzV5MwOpcTr/5WU+8/lVQuv5VULr+VVC6/lVQuv5VULr+VVC6&#10;/lX/hQIA3ZgAAM2mAgDBsQMAt7oDAK7GBgCn0woAoN0VAJndKASQ2zcOhtlCGX3WSyR11FQtbdJc&#10;NWfRYzxh0GtBXM9yRljPe0lUzoRNUM6PUE3Om1JLzqlTSc65VEjPz1RIzutTSc74UErL/05Kyv9N&#10;Ssr/TUrK/01Kyv9NSsr/TUrK/03njwAA0Z8AAMOrAQC3tAIArb8DAKPLBgCb2QoAlOUaAY3lKwaE&#10;5DUNe+M/FnPiSB5s4VImZuFaLGDgYjJb4Go2V+ByOlPfez1Q34VATd+PQ0rgm0VI4KhGRuC4R0Xh&#10;zEdF4OhHRd/2RkXe/0RF3v9ERd7/REXe/0RF3v9ERd7/REXe/0TZlwAAx6YAALiwAACsuQEAosUC&#10;AJjRBgCP6w0Aie4fAoDuKwZ47TQMcO09E2jtRhli7U4eXe1XI1ntYCdV7WgqUu1xLU/teS9M7YMy&#10;Su6NNEfumDVF7qU3Q++zOELwxDhB8N85Qe/vOEDt/ThA7P84QOz/OEDs/zhA7P84QOz/OEDs/zjL&#10;oAAAuqsAAK20AAChwAAAlswBAIvZBQCE+BEBfPgfAnT4KQZs+DIKZPg7D175QxNY+UsXU/lTGlD5&#10;Wx1N+mQfSvpsIUj6dCNG+n4lRPuIJkH7kyhA+54pPvyrKj38uSs7/csrO/3iKzr89Cs6/PcrOvz3&#10;Kzr89ys6/PcrOvz3Kzr89yu9qAAArrAAAKG8AACVyAAAidQAAH7oBQB3/xIBb/8cAmf/JgVg/y8I&#10;Wf83C1T/Pw5P/0cRS/9OE0f/VhVE/10WQv9kGED/bBk9/3UaO/9+Gzn/iRw3/5QdNv+gHjX/rB8z&#10;/7kfM//IHzL/4iAy/+cgMv/nIDL/5yAy/+cgMv/nIDL/5yCwrQAAorcAAJXEAACH0AAAe90AAHL9&#10;CQBq/xEBYf8ZAlr/IgNU/yoFTv8yB0n/OglF/0ELQf9IDD7/Tg47/1UPOP9bEDb/YhE0/2kRMv9y&#10;Ei//exMt/4YUK/+SFSr/nhUp/6kWKP+zFif/whYn/8cWJ//HFif/xxYn/8cWJ//HFif/xxaktAAA&#10;lsAAAIfMAAB62gAAbesAAGT/BQBc/w4BVP8UAU3/HAJI/yQEQv8sBT7/MwY6/zkHNv9ACDP/RQgw&#10;/0sJLv9RCiv/Vwop/10LJ/9kCyT/bAwi/3YNIP+ADR7/jA4d/5cOHP+hDhv/rA8b/64PG/+uDxv/&#10;rg8b/64PG/+uDxv/rg+XvAAAiMkAAHnWAABr4wAAX/YAAFb/AABO/woAR/8QAUH/FgI8/x0CN/8k&#10;AzL/KgMv/zAEK/82BSf/OwUl/0AFIv9FBiD/SgYe/1AGG/9WBxn/XAcX/2QIFf9tCBP/dwgR/4EJ&#10;EP+LCRD/lQkP/5gJD/+YCQ//mAkP/5gJD/+YCQ//mAn/SScC/0QxBP9LMQT/UDQG/1I6CP9SQwv/&#10;UU4P/09cE/9Naxb/THkZ/0uHG/9Jkx3/SJ0f/0imIP9HriH/R7Ui/0a9I/9GxiP/RtAk/0bgJP9G&#10;6iX/RvMl/0b6Jf9G/yX/Rv8l/0b/Jf9G/yT9Rv8j/Ub/I/1G/yP9Rv8j/Ub/I/1G/yP/SScC/0Yv&#10;A/9NLwT/UjIG/1U5CP9VQgv/VE0P/1JZE/9QaBf/T3ca/06EHf9MkR//S5sh/0qkIv9KrCP/SbMk&#10;/0m7Jf9IxCb/SM0m/0jdJ/9I6Cf/SPEo/0j5KP9I/yj/SP8o/kj/KPtI/yf5SP8m+Uj/JvlI/yb5&#10;SP8m+Uj/JvlI/yb/SicC/0gtA/9QLQT/VTAG/1g2CP9ZQAv/WEsP/1VWE/9UZhj/UnQb/1GBHv9P&#10;jiH/Tpgj/02hJf9NqSb/TLEn/0u4KP9LwSn/S8oq/0rZKv9K5iv/SvAr/0r4LP9K/yz9Sv8s+kr/&#10;K/dK/yn1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj/SyYC/0srA/9SKwT/WC4F/1s0CP9dPgv/XUkP&#10;/1pUFP9ZYhj/V3Ed/1V+IP9TiiP/UpUm/1GeKP9Qpir/T64r/061LP9OvS3/Tccu/03TL/9M4zD/&#10;TO0w/Ez2MfpM/jH3TP8x9U3/L/JN/y3wTf8r8E3/K/BN/yvwTf8r8E3/K/BN/yv/SyYC/04pA/9W&#10;KQT/XCsF/2AxB/9iOwv/YkYP/2BRFP9eXxn/XG0e/1p6I/9Yhib/VpEp/1WaLP9Toi7/Uqow/1Gx&#10;Mf9RuTP/UMM0/k/ONftP3zb4Tus39U71OPJO/TjwT/817lD/M+tR/zHpUf8v6VH/L+lR/y/pUf8v&#10;6VH/L+lR/y//TCUC/1EnA/9aJgP/YCgF/2UvB/9oOQr/aEMP/2dOFf9lWhr/Ymgg/192Jf9dgSr/&#10;Wowu/liWMfxXnjT7VaY2+VStOPhTtTr3Ur479VHJPfNR2j7wUOg/7FDzQOlR/T7oU/875lT/OONV&#10;/zXhVf8z4VX/M+FV/zPhVf8z4VX/M+FV/zP/TSQC/1QkA/9dIwP/ZSUE/2otBv9tNgr/bkAO/21L&#10;FP9rVhv/aGQh/mVxKPtifS34X4cy9lyRNvNamTryWKE98FepQO5VsULsVLlE61PERulS0kjlUeVJ&#10;4lLySN9U/ETdVv9A21j/PdZZ/zrSWf840ln/ONJZ/zjSWf840ln/ONJZ/zj/TiQC/1ghA/9hIAP/&#10;aiME/3ArBf9zNAn/dD4O/3RIFP9yUhv7b18j9mtsKvJndzHvY4I37GCLPeldlEHmWpxF5FikSeJW&#10;rEzgVLRO3VS/UNtUzVDXU+JR0lTwTtBX+0rOWv9FzVz/Qslc/z7FXP88xVz/PMVc/zzFXP88xVz/&#10;PMVc/zz/TyMC/1sfAv9lHQL/biED/3UpBf95MQj/ejsM/3pEE/p5Thv0dlsj7nFnLOlscjXlaHw8&#10;4WOFQ91gjkjZXZdM1VyfT9Jap1HPWbBTzVi6VMtYxlXJV9pWxVfsVcNb+U/CXv9KwF//Rr1g/0K6&#10;YP9AumD/QLpg/0C6YP9AumD/QLpg/0D/UiEC/14dAv9pGgL/cx8D/3omBP9+Lwb/gTgL+4FBEvOA&#10;SxrsfFcj5ndjLeBxbTjabXdA02mARs9liUvLY5FPyGCZUsVfoVXCXapXwFyzWb5cv1q8W85buFvl&#10;W7de9VW3Yv9PtWP/SrJk/0awZP9DsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0P/VR8C/2EaAv9tGAL/dx0C&#10;/34kA/+ELAX+hzUJ9Yg+EO2HSBjlg1Qi3n5fLtR4aTjOc3NAyW58R8RrhEzAaIxRvWWUVLpjnFe3&#10;YqVatGCuXLJguV6wX8derV/fX6xi8VmsZf5Tqmf/Tqhn/0qmZ/9Gpmf/RqZn/0amZ/9Gpmf/RqZn&#10;/0b/Vx0C/2QYAv9wFgL/exwC/4MiAv+JKgT5jDIH7447DeeORBbeilEh1IRcLcx+ZjjFeG9BwHR3&#10;SLtwgE23bYhSs2qQVrBomFmsZqBcqmWpX6dktGClY8Jho2PVYqJl7V2iaftXoWr/UZ9r/0yea/9J&#10;nmv/SZ5r/0mea/9Jnmv/SZ5r/0n/WRwC/2cWAf9zFQH/fhoB/4cgAv+NJwP0ki8G6pQ4C+GUQhPW&#10;j04gzIlZLcWDYze+fWtAuHl0SLN1fE6ucoRTqm+MV6dtlFuja5xeoGmlYJ5osGObZ71kmWfOZJhp&#10;6GGabflamW7/VJdu/0+Wbv9Llm7/S5Zu/0uWbv9Llm7/S5Zu/0v/WxoC/2kUAf92FAH/gRgB/4od&#10;AfyRJALwlywE5Zo0CNyaPxHPlEwfxo5XLL6IYDe3gmlAsX5xSKx6eU6nd4BTo3SIWJ9xkFybb5hf&#10;mG2hYpVsrGSTbLlmkWvJZpBt5GSRcfZckXL+VpBy/1GQcv9NkHL/TZBy/02Qcv9NkHL/TZBy/03/&#10;XRgB/2sTAf95EwH/hBYB/44bAfiVIQHrmygD4aAwBtWePRDKmEoewZJUK7mMXjaxh2Y/q4JuR6Z+&#10;dk6he31TnHiFWJh2jVyUdJVfkXKeY45xqWWLcLVniXDFZ4hw4GaKdPRei3b8WIp2/1KJdv9OiXb/&#10;Tol2/06Jdv9OiXb/Tol2/07/XxcB/24RAf97EgH/hxQA/5EYAfSZHQHnoCMC3aUrBM+hOw/FnEgd&#10;vJZTKrSQXDWsi2Q/podsR6CDc02bgHpTln2CV5J6ilyOeJJginacY4d1pmaEdLJognTCaIB022iD&#10;ePJghHr7WYR5/1SEef9PhHn/T4R5/0+Eef9PhHn/T4R5/0//YRUB/3AQAf9+EQD/ihIA/5QVAPCd&#10;GQDjpR4B16goA8ulOQ7Bn0Ybt5pRKa+VWjSnkGI+oYtqRpuHcUyVhHhSkIF/V4x/h1yIfZBghHuZ&#10;Y4B6o2Z9ebBoe3m/aXp51ml8fPBhfn76Wn59/lV+ff9Rfn3/UX59/1F+ff9Rfn3/UX59/1H/YxQB&#10;/3IPAf+BEAD/jREA/JgSAOyhEwDfqhYA0awmA8eoNw28o0Qas55PJ6qZWDOjlGA9nJBoRZaMb0yQ&#10;iXZSi4Z9V4aEhVuCgo5ffoCXY3p/oWZ3fq1odX69aXN+0ml2ge5ieIL6W3iC/lZ5gf9ReYH/UXmB&#10;/1F5gf9ReYH/UXmB/1H/ZRMB/3UOAP+DDgD/kA4A9ZsOAOimDgDZrw8AzK8kAsKrNQy4p0MZrqJO&#10;JqadVjGemV47l5VmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaVYnSEn2Vxg6toboO6aW2Dzmlvhutj&#10;cof5XHOG/VZzhf9Sc4X/UnOF/1Jzhf9Sc4X/UnOF/1L/aBEB/3gNAP+GDQD2kwwA3qAJANapCgDS&#10;sg0Ax7IiAr2vMwqzq0EXqqdMJKGiVTCZnl06kppkQouXa0mFlHJQgJJ5VXuPgVp2jYlecoySYm6K&#10;nWVrialnaIm4aGeJy2hpi+ljbI35XG2M/Vdtiv9SbYr/Um2K/1Jtiv9SbYr/Um2K/1L/axAB/3sL&#10;AP+KCgDimAYA1qMIANCsCQDLtQsAwbYfAbi0MQmusD8WpKxKIpyoUy6UpFs4jKBiQIaeaUiAm3BO&#10;epl3U3WWflhwlIdcbJOQYGiSm2NkkadlYpC2ZmCRyWZikudiZZT4XGeS/Vdnkf9SZ5H/UmeR/1Jn&#10;kf9SZ5H/UmeR/1L/bg4A/38JAPGOBQDZmwUAz6YHAMmvBwDEuQgAu7ocAbK4LweotT0Tn7FIIJau&#10;USuOqlk1hqdgPoClZ0V6om5LdKB1UW+efFVqnIVZZpuOXWKamWBemaZiXJm0Y1qZx2NbmuVgX5v3&#10;W2Ca/lZhmP9SYZj/UmGY/1JhmP9SYZj/UmGY/1L/cgsA/4MFAN+TAQDRnwQAyaoGAMGyBQC7vQQA&#10;tL8YAKu+LAWiuzoRmbhFHZC1TyiHslcygK9eOnmtZUJzq2xIbqlzTWmnelFkpoNWX6SNWVyjmFxY&#10;o6ReVqOzX1Wjxl9VpORdWKT2WFqj/1Rbof9QW6H/UFuh/1Bbof9QW6H/UFuh/1D/dwcA8IkAANaY&#10;AADLpAMAwa0EALm2AwCywAQAq8UUAKPFKASbwjcOkcBDGYm9TCSAulUuebhcNnK2Yz1ttGpDZ7Nx&#10;SGKxeUxesIFQWq+LVFavl1ZTrqNYUK6yWU+uxllPruRYUa72VFOu/1BUrP9NVKz/TVSs/01UrP9N&#10;VKz/TVSs/03/fQAA348AAM6dAADDqAIAubACALC6AgCoxAUAocwPAJvMIwKSyjMKicg/FYHGSR95&#10;xFIocsJaMGvBYTdmv2g8Yb5wQVy9eEVYvIFJVLyLTFG7lk9Ou6NRTLuzUkq7xlJKu+RRTLv2Tk26&#10;/0tOuf9JTrn/SU65/0lOuf9JTrn/SU65/0nvhQAA1JUAAMejAAC6rAEAsLQAAKe/AwCeyQYAldQL&#10;AJDVHQGJ1C4GgNI8EHjQRhlxz08has5YKWTNXy9fzGc0WstuOVbKdz1SyoBAT8mLQ0zJl0VJyaRH&#10;R8mzSEbKyEhGyuZHR8n3RUfI/0NIx/9CSMf/QkjH/0JIx/9CSMf/QkjH/0LejQAAy5wAAL2nAACx&#10;sAAAproAAJzEAwCTzwcAit0MAIXfHQF+3ywFdt43C2/eQxNo3U0aYtxVIF3bXSZY22UqVNptLlDa&#10;djJN2oA1StqLN0falzlF2qQ7Q9u0PELcyDxC2+U7Qtr0OkLZ/jpD2P85Q9j/OUPY/zlD2P85Q9j/&#10;OUPY/znQlgAAwaMAALKsAACntQAAnMAAAJHKAwCH1gcAgOkRAHnpIAJy6SwFa+k2CmTpPw9e6UgU&#10;WelRGVXoWhxR6WIgTulrI0vpdCVI6X0nRumIKkPpkytB6qAtQOqvLj7rwC497NsuPervLj3o/C49&#10;5/8tPef/LT3n/y095/8tPef/LT3n/y3FnwAAtakAAKixAACcvAAAkMcAAITSAQB63wYAdPQTAG30&#10;IAJm9CoEX/Q0CFr1PQtU9UUPT/VMEkz1VRRJ9l0XRvZlGET2bhpB9nccP/eBHT33jR8795kgOfim&#10;ITj4tSI3+cgiNvnjIjb48yI29/wiNvf8Ijb3/CI29/wiNvf8Ijb3/CK3pgAAqa4AAJy5AACQxAAA&#10;g88AAHfbAABv9goAZ/8TAWD/HQJa/ycDVP8wBU//OAhK/0AKRv9IDEP/Tw5A/1YPPf9eEDv/ZRI4&#10;/24TNv93FDT/ghUy/48WMP+bFy//qRcu/7cYLf/IGCz/4Rgs/+8YLP/vGCz/7xgs/+8YLP/vGCz/&#10;7xirqwAAnrUAAJDBAACCzAAAddkAAGnkAABh/wkAW/8RAFT/GQFO/yICSf8rBET/MgVA/zoGPP9B&#10;Bzn/Rwg2/04JM/9UCjH/Wwsu/2IMLP9rDCn/dQ0n/4AOJf+NDiT/mg8j/6YQIv+zECH/wRAh/9AQ&#10;If/QECH/0BAh/9AQIf/QECH/0BCfsgAAkb4AAIPKAAB11gAAZ+IAAFvxAABU/wYATv8OAEj/FAFC&#10;/xwCPf8kAjn/KwM1/zIEMf84BC7/PgUr/0MFKP9JBiX/TwYj/1YHIf9dBx7/ZQgc/28IGf96CRf/&#10;hwkW/5QJFf+fChT/qgoU/7MKFP+zChT/swoU/7MKFP+zChT/swqTuwAAhMcAAHXTAABn4QAAWOgA&#10;AE77AABI/wAAQf8KADv/EAE2/xUBMf8cAS3/IgIp/ygCJf8tAiL/MgMf/zgDHP89Axr/QgMX/0gE&#10;Ff9OBBP/VQQR/10FD/9nBQ3/cgUM/30FCv+JBgr/kwYJ/5wGCf+cBgn/nAYJ/5wGCf+cBgn/nAb/&#10;PyoC/z8wA/9EMAP/SDME/0k5Bv9IQgj/Rk0L/0VbDv9DaRH/QXcT/0CFFf8/kRb/PpsY/z6kGP89&#10;qxn/PbMa/z26Gv89wxr/PMwb/zzbG/885xv/PPAb/zz4G/89/xv/Pf8b/z3/G/89/xr/Pf8Z/z3/&#10;Gf89/xn/Pf8Z/z3/Gf89/xn/QCoC/0EuA/9HLgP/SjEE/0w3Bv9LQAj/SksL/0hZD/9GZxH/RHUU&#10;/0OCFv9Cjxj/QZkZ/0GiGv9AqRv/QLEb/z+4HP8/wBz/P8kd/z/WHf8/5R3/P+8d/z/3Hv8//h3/&#10;P/8d/z//Hf9A/xz+QP8b/kD/G/5A/xv+QP8b/kD/G/5A/xv/QCoC/0MsA/9JLAP/TS8E/081Bv9Q&#10;Pgj/TkkM/0xWD/9KZBL/SHIV/0d/GP9Gixn/RZYb/0SfHP9Epx3/Q64e/0O1H/9CvR//QsYg/0LR&#10;IP9C4iH/Qu0h/0L1If9C/SH9Qv8h+0P/IPpD/x/5Q/8e+UP/HvlD/x75Q/8e+UP/HvlD/x7/QSkC&#10;/0YqA/9MKQP/USwE/1MyBv9UPAj/VEcM/1FSD/9PYBP/TW8X/0x8Gf9KiBz/SZIe/0ibH/9HoyH/&#10;R6si/0ayI/9GuiP/RsMk/0XNJf9F3iX/Reom/EX0JvlF/Cb2Rf8m9Ub/JPRG/yPzR/8h80f/IfNH&#10;/yHzR/8h80f/IfNH/yH/QigC/0knAv9QJgP/VSgE/1gvBf9aOQj/WkQM/1dPEP9VXBT/U2oY/1F3&#10;G/9Pgx//To4h/02XI/9MnyX/S6cm/0quJ/9Ktin+Sb4q/UnJKvpI2Sv3SOcs9EjyLPFI+yzvSf8q&#10;7Ur/KOxK/yfrS/8l60z/JetM/yXrTP8l60z/JetM/yX/QygC/00kAv9UIwP/WiUD/14sBf9gNgf/&#10;YEEL/15MEP9bVxX/WWYZ/1dyHv9VfiL+U4kl/FGTKPpQmyr5T6Ms906qLvZNsi/0TLow80zEMvJL&#10;0TPuS+Q06krwNOdL+jPlTf8w5E7/LeJP/yvhUP8p4VD/KeFQ/ynhUP8p4VD/KeFQ/yn/RiUC/1Ah&#10;Av9YIAL/XyED/2QqBP9mMwf/Zj0L/2VIEP9iUxX/YGEb/F1tIPhaeSX1WIQp81aNLfBUljDuUp4z&#10;7VGlNetQrTfpTrU5506/O+ZNzDzjTOA9303uPNxP+TnZUf811lL/MtRT/zDTVP8t01X/LdNV/y3T&#10;Vf8t01X/LdNV/y3/SiMC/1QeAv9cHAL/ZB8C/2knBP9sMAb/bToK/2xED/1qTxX4Z1wc82NoIu9g&#10;dCjrXX4u6FqIM+VXkTfjVZk64FOgPt5SqEDcUbFB2VC7QtZQyEPTUNxEz1DsQ8xS+D/LVf87yVf/&#10;N8hY/zTHWf8yxln/McZZ/zHGWf8xxln/McZZ/zH/TSAC/1cbAv9gGQL/aR0C/28lA/9yLQX/dDcI&#10;/XNBDvZxSxTwblgc6mpkJOVlbivgYXkz3F6CONhcizzTWpQ/0FicQs5Xo0TLVaxGyVW1R8dUwEnF&#10;VNBJwlPmScBW9UW+Wf9AvVv/PLxc/zm7Xf81ul3/Nbpd/zW6Xf81ul3/Nbpd/zX/UB4C/1sZAf9k&#10;FgH/bRsC/3QiAv94KgT/ejMH9no9DO94RxPndVQb4XBfJdprai3TZ3Q0zmR9Osphhj/HX45CxF2W&#10;RcFbnki/WqZKvFmvTLpYuk24WMhOtljfTrRZ8EuzXP1Fsl//QLJg/zywYf85sGH/OLBh/ziwYf84&#10;sGH/OLBh/zj/UhsB/14WAf9oFAH/chkB/3kfAv9+JwP5gDAF8IE5CueAQxHgfFAa1ndbJM9yZi7J&#10;bW81xGp4O8BngUC8ZIlEuWKRSLZgmUqzX6FNsV2qT65ctFGsXMFSqlzUUqhd61CoYPpJqGP/RKhk&#10;/0CmZf88pmX/O6Zl/zumZf87pmX/O6Zl/zv/VRkB/2EUAf9sEgH/dhcB/30cAf+DIwL0hiwE6og1&#10;B+GHQA7WgkwZzX1YJMZ3Yi3Ac2s1u290PLdsfEGzaYRGr2eMSaxllEypY5xPpmKlUaRhr1OiYLxV&#10;oGDNVZ5g5lSeZPdNn2f/R59p/0Oeaf8/nWn/PZ1p/z2daf89nWn/PZ1p/z3/VxcB/2MSAf9vEQH/&#10;eRQB/4EZAfuHIAHvjCcC5I4wBdqNPQzPh0oYx4JVI799Xy25eGg1s3RwPK9xeEKrboBGp2yISqRp&#10;kE6gaJhRnWahU5tlq1WYZLhXlmTIWJRk4ViVaPRQlmv/Spds/0WWbf9Blm3/QJZt/0CWbf9Alm3/&#10;QJZt/0D/WRUB/2YQAf9yEAD/fRIA/4UWAPaMGwHqkSIB35QrA9OROgvJjEcXwIdTIrmCXCyyfWU1&#10;rXltPKh1dUKjc31HoHCES5xujE6ZbJVSlWueVJJpqFeQabRZjmjDWYxo3FqNbPJTj27/TJBw/0eP&#10;cf9Dj3H/QY9x/0GPcf9Bj3H/QY9x/0H/WxQB/2gPAP91DwD/gBEA/4kTAPKQFwDllhwA2ZkmAs2V&#10;OArEkEUWu4tRIbOGWiytgmM0p35rO6F6ckGdd3pGmXWBS5VziU+ScZFSjm+bVYtupViIbbBahmy/&#10;W4Rt1VuGb+9ViHL9Tol0/0mJdP9EiHT/Q4h0/0OIdP9DiHT/Q4h0/0P/XRIB/2sOAP94DgD/gw8A&#10;/YwQAO2UEgDgmhUA05wkAsiZNgm/lEMVto9PIK6KWCunhmEzoYJoO5x/cEGXfHdGk3l+S493hk+L&#10;dY9SiHOYVoRyoliBca5af3G8XH1x0Fx/c+xWgXb7T4N4/0qDeP9Fgnj/RIJ4/0SCeP9Egnj/RIJ4&#10;/0T/XxEB/20MAP96DQD/hQ0A8o8NAOeYDQDbnw4Azp8iAcSdNAi6mEIUspNNH6qPViqjil8ynIZm&#10;OpeDbUCSgHVFjX58Sol8hE6FeoxSgniVVn53oFl7dqtbeXW6XHd2zVx4d+pYe3r6UX18/0t9fP9G&#10;fXz/RX18/0V9fP9FfXz/RX18/0X/YRAB/28LAP99CwD1iAoA35MIANibCgDTogwAyaMfAb+gMge2&#10;nEATrZdLHqWTVCiej10xmItkOZKIaz+NhXJFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6lbcnq4XHF6&#10;ylxyfOhYdX75UXeA/0x3gP9Hd4D/RneA/0Z3gP9Gd4D/RneA/0b/ZA8A/3IJAP9/CADljAUA2JYH&#10;ANGeCQDOpQoAxKYdAbqkLwaxoD4RqJxJHaCYUyeZlFswk5BiOI2NaT6IinBEg4h4SX6Gf016hIhR&#10;doKRVXKBm1hvgKdabH+1XGuAyFxrgeVZboP3UnGE/01yhP9IcoT/R3KE/0dyhP9HcoT/R3KE/0f/&#10;Zg0A/3UHAPaDBQDcjwMA0pgGAMyhBwDIqAgAv6kaALWoLQWspDwQpKBHG5ydUSWUmVkvjpZgNoiT&#10;Zz2CkG5DfY52SHmMfUx0ioVQcIiPVGyHmVdphqVZZoazW2WGxVtlhuNZaIj2UmuK/01siv9IbIn/&#10;R2yJ/0dsif9HbIn/R2yJ/0f/aQsA/3gEAOWHAADWkgMAzZwFAMakBgDBqwYAua0XALCsKwSnqToO&#10;n6ZFGZaiTyOPn1ctiJxfNYKZZjt9l2xBeJVzRnOTe0tukYNPao+NUmaOl1VjjaNYYI2xWV+Nw1pe&#10;jeBYYo/1UmSQ/01mkP9IZo//R2aP/0dmj/9HZo//R2aP/0f/bAgA/nwAAN6KAADQlgIAyJ8EAMCn&#10;BAC5rgMAsrIUAKqxKAOhrzcMmaxDF5GoTSGJpVUqgqNcMnygYzl3nmo+cpxxRG2aeUhomYFMZJeL&#10;UGCWlVNdlqJVWpWwV1mVwVdYld5WW5bzUF2X/0xfl/9HYJb/RmCW/0Zglv9GYJb/RmCW/0b/cAMA&#10;64EAANaPAADKmgEAwaMDALmqAgCxsgEAqrcRAKO3JAKbtTQKk7JAFIqvSh6DrVMnfKtaLnaoYTVw&#10;p2g7a6VvQGejd0Rion9IXqGJTFqglE9Xn6BRVJ+uU1OfwFNSn91SVZ/zTleg/0pZoP9GWZ//RVmf&#10;/0VZn/9FWZ//RVmf/0X/dQAA4IYAAM+TAADEnwEAuqcBALGuAACptgAAob0NAJu9IAGUvDEHi7o9&#10;EIO3SBp8tVAidbNYKm+yXzBqsGY2Za9tO2CtdT9crH5DWKuHR1Wqk0pRqp9MT6quTU2qwE1NqtxN&#10;TqrySVCq/kZSqf9DUqn/QlKp/0JSqf9CUqn/QlKp/0LyfAAA14wAAMiZAAC9owAAsqsAAKmyAACg&#10;uwIAl8QJAJLFGwCLxCwEg8I6DHvBRBV0v04dbr1WJGi8XSpju2QwX7psNFq5dDlWuHw8U7eHP0+3&#10;kkJMtp9ESratRki2wEZIt91FSbbyQ0q1/0FLtf8+S7T/PUu0/z1LtP89S7T/PUu0/z3igwAAzZIA&#10;AMGfAAC0pwAAqq8AAKC4AACWwAMAjMoHAIbNFACBzSYCesw1CHPLQQ9sykoXZslTHWHIWyNcx2Io&#10;WMZqLFTGcjBQxXwzTcWGNkrEkjlHxJ87RcSuPETFwTxDxd88RMTzO0TD/zlFwv83RcH/N0XB/zdF&#10;wf83RcH/N0XB/zfViwAAxZoAALekAACrrAAAoLQAAJa+AACLxwQAgdAIAHjZDgB12SABb9gvBGnY&#10;PAlj1kYQXtZQFVnVWBpV1GAfUdRoIk7UcSZL03spSNOFK0XTki5C1J8vQdSvMD/VwjE/1eEwP9Py&#10;MD/S/S8/0f8uP9D/Lj/Q/y4/0P8uP9D/Lj/Q/y7KlAAAu6EAAK2pAACisQAAlrsAAIvEAACAzQMA&#10;ddgIAG/kEQBq5CABZOQtA17kOAdZ5EELVeRLD1HkVBJN5F0WSuRlGEfkbhtF5HcdQuSCH0DkjiE+&#10;5ZsjPOWqJDvmvCQ65tMkOeXuJDnj+iM54v8kOeL/JDni/yQ54v8kOeL/JDni/yS/ngAAr6YAAKOu&#10;AACXuAAAisIAAH7MAABz1gIAaeUJAGTvFABf8CABWfArA1TwNQVP8D4HS/FGCkfxTgxE8VcOQvFf&#10;ED/yZxI98nAUOvJ7FTjzhxY285QYNfSiGTP0sRky9cUaMfXiGjH08Rkx8f4ZMfH/GTHx/xkx8f8Z&#10;MfH/GTHx/xmypAAApasAAJi2AACLwAAAfsoAAHHVAABl3gAAXvUKAFn8EwBT/B4BTvwnAkr9MANF&#10;/TkFQf1ABj7+SAc7/k8JOP9XCjb/Xgsz/2cMMf9wDS7/fA4s/4kPK/+WECn/pBAo/7QRJ//HESf/&#10;4REm//IRJv/2ESb/9hEm//YRJv/2ESb/9hGnqQAAmbMAAIu+AAB+yQAAcNMAAGTeAABY5wAAUv8J&#10;AE3/EQBH/xkBQ/8iAT7/KgI6/zIDN/85AzP/PwQw/0YFLf9NBSv/VAYo/1sHJv9jByP/bQgh/3kJ&#10;H/+HCR7/lQod/6MKHP+xChv/wAsa/9YLGv/fCxr/3wsa/98LGv/fCxr/3wubsQAAjbwAAH7HAABw&#10;0gAAY94AAFXkAABL9QAARv8FAED/DgA7/xQAN/8bATP/IwEv/ykCK/8wAij/NQIl/zsDIv9BAx//&#10;RwMd/04DGv9VBBj/XgQV/2gFE/90BRH/ggUQ/5AGEP+dBg//qQYO/7UGDv+6Bg7/ugYO/7oGDv+6&#10;Bg7/ugaOugAAf8UAAHDRAABi3gAAVOUAAEbrAAA//gAAOf8AADT/CQAv/w4AK/8UACf/GgEj/yEB&#10;H/8lARz/KgEZ/y8BFv80AhT/OgIR/0ACEP9GAg7/TgIM/1YCCf9gAwf/bAME/3gDA/+GAwL/kQMB&#10;/50DAf+hAwH/oQMB/6EDAf+hAwH/oQP/Ni0C/zkuAv8+LgP/QDID/0A4BP8+QQb/PEwI/zpaCv84&#10;aAz/NnYO/zWDD/80jxD/M5kR/zOhEf8zqRL/MrAS/zK3Ev8yvxL/MsgT/zLTE/8y4xP/Mu0T/zL2&#10;Ev8z/hL/M/8S/zP/Ev8z/xH/M/8R/zP/EP8z/xD/M/8Q/zP/EP8z/xD/Ni0C/zssAv9ALAP/Qy8D&#10;/0M1BP9CPgb/QEoI/z5XC/88ZQ3/OnMP/ziAEP83jBH/N5YS/zafE/82pxP/Nq4U/za1FP82vBT/&#10;NcUV/zXQFf814BX/NusV/zb0Ff82/RT/Nv8U/zb/FP43/xP+Nv8T/Tb/Ev02/xL9Nv8S/Tb/Ev02&#10;/xL/NywC/z4qAv9DKgL/Ri0D/0cyBP9GPAb/RUgI/0NVC/9BYg3/P3AQ/z19Ef88iRP/O5MU/zuc&#10;Ff86pBb/OqsW/zqyF/86uRf/OcIX/znMF/853Rj/OekY/znzGP86+xj8Ov8X+jr/F/k6/xb4Ov8W&#10;+Dr/Ffg6/xX4Ov8V+Dr/Ffg6/xX/OSsC/0EnAv9GJwL/SikD/0svBP9MOQb/S0UI/0hRC/9GXg7/&#10;RGwR/0J5E/9BhRX/QI8X/0CYGP8/oBj/P6cZ/z6uGv8+thr/Pr4b/z7IG/891hz+PeYc+z7xHPg+&#10;+hz1Pv8c8z7/GvI//xnxP/8Z8T//GPE//xjxP/8Y8T//GPE//xj/PSgC/0UkAv9KIwL/TiUD/1Es&#10;BP9SNgb/UUEI/09NDP9MWg//SmcS/0h0Ff9HgBf/RosZ/0WUG/9EnBz/Q6Qd/kOrHv1Csh/8Qrog&#10;+kLEIPlC0CH2QeIh8kLuIu9C+SLtQv8g60P/H+pD/x3pRP8c6ET/G+hE/xvoRP8b6ET/G+hE/xv/&#10;QCUC/0ghAv9PIAL/UyEC/1cpA/9ZMwX/WD4I/1ZJDP9SVRD/UWMU/09vF/5Nexr7S4Yd+UqPH/dJ&#10;mCH2SJ8i9EemJPNHriXxRrYm8Ea/J+9FyyjsRd4p6EXsKeVG+CjiR/8m4Uj/JN9J/yLeSf8g3Un/&#10;H91J/x/dSf8f3Un/H91J/x//QyIC/0weAf9THAL/WR4C/10mA/9fMAT/XzoH/11FC/9aUBD9WF4V&#10;+FVqGfVTdh3yUYAh70+KJO1NkybrTJop6UuiK+dKqSzlSbEu5Ei7L+JIxzHgSNkx3EjqMdhJ9i7U&#10;S/8r0kz/KdBN/ybPTv8lzk7/I85O/yPOTv8jzk7/I85O/yP/Rx8B/1AaAf9XGAH/XhwB/2MjAv9m&#10;LAT/ZjYG/2RBCvpiTA/0X1kV71xlG+tZcCDnVnsl5FSEKeFRjS3eUJUw3E+dMtlOpTPWTa010023&#10;NtFMwjfPTNE4zEzmOMlN9DXHT/8xxVH/LsRS/yvDU/8pwlP/J8JT/yfCU/8nwlP/J8JT/yf/ShwB&#10;/1QXAf9cFQH/YxkB/2kgAv9sKQP/bTIF+Ww9CfJpRw7rZlQV5WNgHOBfayLbXHUo1ll/LdJXiDDP&#10;VZAzzFSYNspToDjHUqc6xVGwO8NQuzzBUMk9v1DfPbxR8Du6U/w3uVX/M7hX/y+3WP8tt1j/K7dY&#10;/yu3WP8rt1j/K7dY/yv/TRoB/1cUAf9gEgH/aBcB/24dAf9yJQL7cy4D8nM4B+lxQw3iblAU22lc&#10;HNNlZiTOYnAqyV96L8ZcgjPDW4o2wFmSOb1Ymju7VqI+uFWrP7ZVtUG0VMJCslTUQrBV6kGuV/k8&#10;rln/N61b/zOtXP8wrV3/Lq1d/y6tXf8urV3/Lq1d/y7/UBcB/1oSAf9kEAD/bRQA/3MaAf93IQH0&#10;eSkC6nozBeJ4PwrZdEwTz3BYHMlrYiTEaGwrv2V1MLtifTW4YIU4tV6NPLJclT6vW51BrVqmQ6tZ&#10;r0SpWbxFp1jMRqRY5UakW/ZAo17/O6Nf/zejYP8zo2H/MaNh/zGjYf8xo2H/MaNh/zH/UxUB/10Q&#10;AP9oDwD/cBIA/3cWAPt8HAHufyQB5IAtA9p/OwjPekkSx3VUG8FxXyS7bWgrtmpwMbJneTavZYA6&#10;q2OIPahhkECmYJhDo16hRaBeq0eeXbdInF3GSZpc30maX/JEmmL/Pppj/zmbZf82m2X/M5tl/zOb&#10;Zf8zm2X/M5tl/zP/VRMB/2AOAP9rDgD/dBAA/3sSAPWBFwDohB4A3ocnAdGENwfIf0YRwHtRG7l2&#10;WyO0cmUrr29tMapsdTananw6o2iEPqBmjEGdZJREmmOdR5dip0mVYbJLk2HBTJFh2EyRY+9HkmX9&#10;QZJn/zyTaf84k2r/NZNq/zWTav81k2r/NZNq/zX/VxEB/2MNAP9uDAD/dw4A/38PAPCFEQDjiRYA&#10;1osjAcuINQbChEMQuoBPGrN7WSOtd2IqqHRqMaNxcTafbnk7nGyBP5hqiEKVaZFFkmeaSI9mo0qN&#10;Za9MimW9TYll0U6JZ+xKimn7Q4tr/z6Mbf86jG7/N4xu/zeMbv83jG7/N4xu/zf/WRAA/2ULAP9x&#10;CwD/egsA8YIMAOiJDQDdjg4Az48gAcaNMga9iUEPtYRNGa6AViKnfF8qonhnMJ11bzaZc3Y6lXF9&#10;P5JvhUKObY5Gi2yWSYhqoEuFaqxNg2m6T4FpzE+BauhMg235RYRv/z+FcP87hnH/OIZx/ziGcf84&#10;hnH/OIZx/zj/Ww8A/2cIAP9zCADzfQgA3oYHANmMCQDVkQsAypIeAMGQMAW4jT8OsIhKGKmEVCGi&#10;gF0pnX1lMJh6bDWTd3M6j3V7PoxzgkKIcotGhXCUSYJvnkx/bqlOfG23T3ttyVB6buZNfHH4Rn5z&#10;/0F/dP89gHX/OoB1/zqAdf86gHX/OoB1/zr/XQ4A/2oGAP92BgDkgAMA2YkGANKPCADPlAoAxZYb&#10;ALyULgSzkT0Nq41IF6SIUiCehVsomIFjL5N+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqdO&#10;dnK1UHRyxlB0cuNPdnX2R3h3/0J6eP8+e3n/Ont5/zp7ef86e3n/Ont5/zr/XwwA/2wEAPV5AgDe&#10;gwIA04sFAM2SBwDJlwgAwJkZALeYLAOvlTsMp5FHFp+NUB+ZiVknk4ZhLo6DaDSJgW85hX92PYF9&#10;fkF9e4ZFeXqPSXZ4mUxzd6VOcHeyUG53xFBtd+BPcHn1SHJ7/0N0fP8+dX3/O3V9/zt1ff87dX3/&#10;O3V9/zv/YQoA/28CAOh8AADZhgEAz44EAMiVBgDDmgYAu5wWALOcKgOqmTkLopVFFJuRTh2Ujlcm&#10;jotfLYmIZjOEhm04gIR0PXuCe0F3gIRFdH+NSHB9l0ttfKNOanywT2h8wVBnfN1Qan7zSW2A/0Nu&#10;gf8/b4H/PG+B/zxvgf88b4H/PG+B/zz/ZAgA/3IAAOF/AADTiQEAypIDAMOYBAC9ngQAtqATAK6g&#10;JwKlnTYJnZpDE5aXTRyPk1UkiZFdK4SOZDF/jGs3eopyO3aIeUByhoJEboWLR2qDlUpngqFNZIKu&#10;T2KCv09hgtpPZITySWaF/0Nohv8/aob/PGqG/zxqhv88aob/PGqG/zz/ZwQA9nYAANyCAADOjQAA&#10;xZUCAL6cAwC3oQIAr6QRAKikJAKgojQImJ9AEZGcShqKmVMihJdbKX6VYjB5kmk1dZBwOnCPdz5s&#10;jX9CaIyJRmWKk0lhiZ9LXomsTV2JvU5cidZNXorwSGCL/kNii/8/Y4z/PGOM/zxjjP88Y4z/PGOM&#10;/zz/agAA5noAANWGAADJkQAAwJkBALifAQCwpQAAqKkOAKKpIQGaqDEGk6U+D4ujSBiEoFEgfp5Z&#10;J3icYC1zmmcyb5huN2qWdTxmlX0/YpSHQ1+SkUZbkp1JWZGrSleRu0tWkdNLV5LvR1qS/UJck/8+&#10;XZP/O12T/ztdk/87XZP/O12T/zv/bgAA4H4AAM6LAADElQAAup0AALGjAACpqQAAoa4LAJuvHQGU&#10;ri4EjKw7DIWqRhV+qE4ceKZWI3KkXSptomQvaaFrNGSfczhgnns8XJ2FP1mcj0JVm5xFU5uqR1Gb&#10;ukdQm9FHUZvuRFOb/EBVm/88Vpv/Olab/zpWm/86Vpv/Olab/zrxdAAA2YMAAMiQAAC+mgAAs6EA&#10;AKqnAAChrgAAl7UGAJK2GACMtSoDhbQ3CX6yQhF3sEwYca5UH2ytWyVnq2IqYqppL16pcTNaqHo3&#10;VqeDOlOmjj1QpptATaWpQUulukJLptFCS6XtP02l/DxOpP85T6T/N0+k/zdPpP83T6T/N0+k/zfk&#10;egAAz4kAAMKVAAC2nwAArKUAAKKsAACYswAAjrsCAIi9EgCDvSUBfLwzBna7Pw1vukkUarhRGmW3&#10;WR9gtmAkXLVnKVi0byxUs3gwUbOCM02yjTZKspo4SLGoOkayuTpFstE6RrHtOUew/DZHsP80SK//&#10;M0iv/zNIr/8zSK//M0iv/zPbggAAx5AAALucAACuowAApKoAAJmxAACPuQAAhMADAHvGDQB4xh4A&#10;c8YuA23FOghnxEUOYsNOE13DVhhZwl4dVcFmIVHBbiROwHcoS8CBK0i/jC1Fv5ovQ7+oMUG/ujFB&#10;wNIxQb7uMEG9/S9BvP8uQbz/LUG8/y1BvP8tQbz/LUG8/y3OigAAv5gAALGgAACmqAAAm7AAAJC4&#10;AACFvwAAescEAG/PCQBr0RUAZ9EmAWPRNARe0EAIWdBKDFXPUxBRz1sUTs9jGEvOaxtIznUeRc5/&#10;IELOjCJAzpkkPs6oJjzOuiY8z9QmPM3vJTvM+yU7y/8lO8r/JTvK/yU7yv8lO8r/JTvK/yXDkwAA&#10;tZ4AAKimAACdrgAAkbYAAIW/AAB5xwAAb84EAGTWCQBe3hEAW94gAFfeLQJT3zoEUN9EBkzfTglJ&#10;31cMRt9fD0PfaBFB33ETPt98FTzfiRc64JYZOOClGjfgtxo24c0aNt/sGjXe+Ro03f8bNNz/GzTc&#10;/xs03P8bNNz/GzTc/xu5nAAAqqQAAJ6rAACStQAAhb4AAHnHAABtzwAAYtYDAFjhCABV6hMAUesg&#10;AE3rKwFJ6zUCRew+BELsRwU/7E8HPe1YCTrtYAo47WoMNu50DTPugA4y7o4PMO+dEC7vrREt8MAR&#10;LfDeESzu8REs7P4RLOv/ECzr/xAs6/8QLOv/ECzr/xCtogAAoKkAAJOzAACGvQAAecYAAGzPAABg&#10;2AAAVd4AAE7zCgBK9xMARvgdAEP4JwE/+DACO/k4Ajj5QAM1+kcEM/pPBTD7VwUu+18GK/xpByn8&#10;dAgn/IIJJf2QCST9oAoj/rAKIv7ECyH/4Ash/fIKIPz8CiD8/Aog/PwKIPz8CiD8/AqipwAAlbEA&#10;AIe7AAB5xgAAbM8AAF/ZAABS3wAASOgAAEP/CAA//xAAO/8ZADf/IQA0/ykBMP8wAS3/NwIq/z4C&#10;J/9EAiX/SwMi/1MDIP9cAx3/ZgQb/3IEGf+ABRf/jwUW/58GFf+vBhT/wAYU/9YGE//pBhP/6QYT&#10;/+kGE//pBhP/6QaXrwAAiLoAAHrFAABszwAAXtoAAFDgAABE5gAAPPUAADf/BAAz/w0AL/8TACv/&#10;GgAo/yEAJf8nASH/LQEe/zIBG/84ARn/PwEW/0YCFP9NAhH/VgIQ/2ACDv9sAgz/ewML/4sDCv+a&#10;Awr/qAMJ/7UDCP/CAwj/wgMI/8IDCP/CAwj/wgOKuAAAe8MAAGzOAABe2wAAT+IAAELnAAA27AAA&#10;Mf8AACz/AAAn/wcAI/8OACD/EgAc/xgAGP8dABX/IQAS/yYAEP8sAQ7/MQEN/zcBCv8+AQj/RgEF&#10;/08BAf9ZAQD/ZgEA/3QBAP+CAgD/kAIA/5wCAP+mAgD/pgIA/6YCAP+mAgD/pgL/Li8C/zMsAv83&#10;LQL/ODAC/zc2A/80PwT/MUsG/y9YB/8sZgj/KnQJ/ymBCv8ojQv/KJcL/yifC/8opgz/J60M/ye0&#10;DP8nuwz/J8QM/yfODP8o3gv/KOkL/yjzC/8o+wv/KP8K/yn/Cv8p/wr/Kf8K/yj/Cv8o/wr/KP8K&#10;/yj/Cv8o/wr/MC0C/zYqAv85KgL/Oy4C/zo0A/84PAT/NkkG/zNWB/8xYwn/L3EK/y1+C/8tigz/&#10;LJQM/yycDf8spA3/LKsN/yyxDf8suQ3/K8EN/yzLDf8s2g3/LOcN/yzxDf8s+g3/LP8M/i3/DP0t&#10;/wz9Lf8M/Sz/C/0s/wv9LP8L/Sz/C/0s/wv/MisB/zkoAv89KAL/PyoC/z4wA/89OgT/PEYG/zlT&#10;CP83YAn/NW0L/zN6DP8yhg3/MZAO/zGZDv8xoQ//MagP/zCuD/8wtQ//ML0Q/zDHEP8w1BD/MOQQ&#10;/zHvEP4x+Q/7Mf8P+TH/D/gx/w73Mf8O9zH/DvYx/w72Mf8O9jH/DvYx/w7/NSgB/zwlAf9AJAL/&#10;QycC/0MsA/9ENwT/QkMG/0BPCP89XAr/O2kM/zl2Df84gg//N4wQ/zeVEf82nRH/NqQS/zarEv82&#10;shP/NboT/zXDE/81zxP8NeET+TbtE/Y29xPzNv8T8Tb/EvA2/xLwN/8R7zf/Ee83/xDvN/8Q7zf/&#10;EO83/xD/OSUB/0AhAf9FIAH/RyIC/0kpAv9KNAT/ST8F/0ZLCP9EWAr/QmUN/0BxD/8+fRH/PYcS&#10;/z2RFP48mRX9PKAV/DunFvo7rhf5O7YX+Du/F/Y7yhj0O9wY8DvqGO079hjqO/8X6Dz/F+c8/xbm&#10;Pf8V5T3/FOU9/xTlPf8U5T3/FOU9/xT/PSIB/0QeAf9JHAH/TR4B/1AmAv9RMAP/UDsF/05GCP9L&#10;Uwv/SGAO/0ZsEftFeBP4RIIV9kOMF/RClBjzQZwZ8UGjG+9AqhvuQLIc7T+7Hes/xh7pP9Ue5T/o&#10;H+JA9B7fQP4d3UH/G9tC/xrZQv8Y2EL/F9hC/xfYQv8X2EL/F9hC/xf/QB8B/0gaAf9OGAH/UhsB&#10;/1YjAv9YLAP/VzcE/1VCB/9STQv5UFoO9U1nEvFMchbuSn0Y60iGG+lHjx3nRpcf5UWeIONEpiLh&#10;RK4j4EO3JN5DwiXcQ9Am10PlJtNE8yTQRf4izUb/IMxH/x7KR/8cyUj/G8lI/xvJSP8byUj/G8lI&#10;/xv/RBsB/0wWAf9SFAH/WBgB/10fAf9fKAL/XjID/V09BvZaSQrwV1UP6lViE+ZSbRjiUHcc306B&#10;H9xMiiLZS5Ik1UqaJtNJoSjRSakpz0iyKs1IvCvLSMksyEjfLMVI7yvCSvwowEv/Jb9M/yK+Tf8g&#10;vU3/H71N/x69Tf8evU3/Hr1N/x7/RxgB/08TAf9WEQD/XhUA/2IcAf9lJAH+ZS0C9GQ4Be1hQwnm&#10;X1EO4FxdFNpYaBrUVnIe0FR7IsxShCbKUIwox0+UKsVOmyzDTqMuwU2sL79MtjC9TMIxu0zTMrhM&#10;6TG2TvgttFD/KrNR/yezUv8kslL/IrJS/yKyUv8islL/IrJS/yL/ShUB/1MRAP9bDwD/YhIA/2gX&#10;AP9qHwH2aygB7GsyA+RpPgfcZkwN02JYFM1fYxvIXG0gxFp2JMFYfii+VoYru1WOLrlTljC2Up4y&#10;tFKmM7JRsDWwUbw2rlDLN6xQ4zeqUvQzqVT/LqhW/yuoV/8oqFf/JahX/yWoV/8lqFf/JahX/yX/&#10;TRMA/1YOAP9fDQD/ZxAA/2wTAPtwGQDvcSIB5HEsAttwOgXRbEgMyWhUFMNlXxu+Ymghul9xJrZd&#10;eSqzW4EtsFqJMK5YkTOrV5k1qVahN6dWqzilVbY6o1XFO6FV3TufVvA3n1j+Mp9a/y6eW/8rnlz/&#10;KJ5c/yieXP8onlz/KJ5c/yj/UBEA/1kMAP9jDAD/aw0A/3AQAPV0EwDodhoA3XclAdF2NgTIckQM&#10;wW5QFLtrWxu2Z2QhsWVtJ61idSuqYHwvp1+EMqRdjDSiXJQ3n1udOZ1apjuaWbE9mFm/PpdZ0z6V&#10;Wuw7lV37NZZe/zGWX/8tlmD/KpZg/yqWYP8qlmD/KpZg/yr/Ug8A/1wKAP9mCQD/bgoA9nQMAO94&#10;DgDhexIA1HwgAMp7MwTBd0ELunRNE7RwWBuubGEhqWppJ6ZncSuiZXgvn2SAM5xiiDaZYZA4ll+Z&#10;O5Reoj2RXq0/j127QI1dzUGMXug/jWH5OI1i/zOOZP8wjmT/LI5l/yyOZf8sjmX/LI5l/yz/VQ4A&#10;/18GAP9pBgD0cgYA4ngGANt8CQDZfwwAzYEdAMR/MAO7fD8KtHhLEq11VRqocV4ho25mJp9sbiub&#10;anUvmGh9M5VnhDaSZYw5j2SVPIxjnz6JYqpAh2G3QoVhyUKEYuRBhWT3O4Zm/zWHZ/8xh2j/Lodp&#10;/y2Haf8th2n/LYdp/y3/VwwA/2EEAP5sAwDkdQEA23sFANOACADQgwoAx4UaAL6ELQO2gTwJr31I&#10;Eqh5UhmidlsgnXNjJplwayuVbnIvkW15M45rgTaLaYk6iGiSPIVnnD+CZqdBgGa0Q35mxUR8ZuFD&#10;fmj1PH9q/zeAa/8zgWz/L4Fs/y+BbP8vgWz/L4Fs/y//WQsA/2MBAPRvAADfeAAA1H8EAM6DBgDK&#10;hwgAwogYALmHKwKxhToIqoFGEaN+UBidelkfmHdhJZN1aCqPc28vi3F3M4hvfjaFboY6gmyPPX9r&#10;mUB8aqVCeWqxRHdqwkR2at1EeGzzPnlu/zh6b/80e3D/MHxw/zB8cP8wfHD/MHxw/zD/WwgA/2YA&#10;AOdyAADaewAAz4IDAMmHBQDEigYAvIwVALSLKAKsiTgHpYVEEJ6CThiYf1cek3xfJI55ZiqKd20u&#10;hnV0MoJ0fDZ/coQ5fHGNPXlwl0B2b6JCc26vRHFuwEVwbtlFcnDxP3Ny/zl1c/81dnT/MXZ0/zF2&#10;dP8xdnT/MXZ0/zH/XQYA/2kAAOJ0AADUfQAAy4UCAMSKBAC/jQUAt48TALCPJgGojTUHoIpCDpqG&#10;TBaTg1UdjoFdJIl+ZCmFfGstgXpyMn14eTV6d4I5dnaLPHN1lUBwdKBCbXOtRGtzvUVqc9VFbHTv&#10;QG52/jpvd/82cXj/MnF4/zFxeP8xcXj/MXF4/zH/XwIA92wAAN53AADQgQAAx4gBAMCNAwC5kQMA&#10;spMRAKuTIwGjkTMGnI5ADZWLShWPiFMciYZbIoSDYiiAgWktfH9wMXh+dzV0fIA4cXuJPG56kz9r&#10;eZ5CaHirRGZ4u0VkeNFFZnnuQGh7/Tpqe/82a3z/Mmt8/zJrfP8ya3z/Mmt8/zL/YQAA6m8AANl6&#10;AADMhAAAw4sAALuRAQC0lQEArJcOAKWXIQGeljEFl5M+DJCQSBSKjlEbhItZIX+JYCd7h2crd4Vu&#10;MHOEdTRvgn03a4GHO2iAkT5lf5xBYn6pQ2B+uURffs9EYH/sQGKA/DpkgP82ZYH/M2aB/zJmgf8y&#10;ZoH/MmaB/zL/ZAAA5XIAANN+AADHhwAAvo8AALaVAACumQAAppsMAKCcHgCZmy4Ekpk7CouWRhKF&#10;lE8Zf5FXH3qPXiV1jmUqcYxsLm2KczJpiXs2ZoiEOWKGjz1fhZo/XIWoQVqFt0JZhcxCWoXqP1yG&#10;+zpehv82X4f/Ml+H/zJfh/8yX4f/Ml+H/zL9aAAA4HYAAM2CAADCjAAAuZMAALCZAAConQAAn6AJ&#10;AJmhGgCToCsDjJ84CIWdQxB/mkwXeZhUHXSXXCJwlWMna5NqLGeScTBkkXkzYI+CN1yOjTpZjZk9&#10;V42mP1SNtkBTjctAVI3pPVaN+jlXjf81WY7/MlmO/zFZjv8xWY7/MVmO/zHtbQAA2XsAAMiHAAC9&#10;kAAAtJgAAKqdAAChoQAAl6YEAJGnFQCMpycChaY1Bn+kQA15okoUc6BSGm6fWR9pnWAkZZxnKGGb&#10;byxemncwWpiAM1aXizZTl5c5UZalO0+WtDxOlsk8TpboOk+W+TZRlv8zUpb/MFKW/zBSlv8wUpb/&#10;MFKW/zDmcgAA0IAAAMKMAAC4lgAArZwAAKOhAACZpgAAjq0AAIiuEQCDriIBfa0xBHesPQpyqkcQ&#10;bKlPFmeoVxtjp14fX6ZlJFukbSdYpHUrVKN/LlGiiTFOoZY0S6GkNkmhtDZIocg3SKDnNUmg+TJK&#10;n/8wS5//Lkuf/y1Ln/8tS5//LUuf/y3deQAAyYYAALySAACxmgAApqAAAJymAACRrAAAhrIAAH22&#10;DQB5th0AdbYsAm+1OQZqtEMLZbNMEWCyVBZcsVsaWLBjHlWvayFRr3MlTq59KEutiCpIrZUtRa2j&#10;LkStsy9DrcgvQqznL0Or+S1Eq/8rRKr/KUSq/ylEqv8pRKr/KUSq/ynRgAAAwY0AALWYAACpnwAA&#10;nqUAAJOsAACIsgAAfbgAAHG+BgBuvxUAar8mAWa/MwNhvj8HXb5IC1m9UQ9VvVkTUbxgF068aBpL&#10;u3EdSLt7H0W6hyJCupQkQLqiJj66syY9usgmPbroJj24+SU9t/8kPbb/Iz22/yM9tv8jPbb/Iz22&#10;/yPHiAAAuZUAAKydAAChpAAAlqsAAIqyAAB/uQAAc78BAGjGBQBgyg4AXsodAFvKLAFXyjgDVMpD&#10;BVDKTAhNyVULSsldDkfJZhFEyW8UQcl5Fj/IhRg8yJMaOsiiGznJsxw4yckcOMjoHDfH+Rw3xf8c&#10;NsT/HDbE/xw2xP8cNsT/HDbE/xy+kQAAsJsAAKSjAACYqgAAjLIAAIC5AAB0wAAAaMcAAF3NBQBT&#10;0woAT9cSAE3YIgBL2DAASdg8AkbYRgNE2U8EQdlYBj/ZYQg82WsKOtl2DDfZgg412pAPNNqgEDLa&#10;sREx28cRMdrnETDY9hIw1v8TL9T/Ey/U/xMv1P8TL9T/Ey/U/xOzmgAApqEAAJqpAACNsQAAgLoA&#10;AHTBAABoyQAAXM8AAFLVAwBI3AgAReUSAEPlHgBB5ioAPuY1ATvnPgE550cCN+dQAzToWQQy6GIF&#10;MOhtBi7peQcs6YcIK+qWCSnqpwoo6roKJ+vWCifp8Aon5/0JJub/Cibm/wom5v8KJub/Cibm/wqo&#10;oAAAnKcAAI+wAACCuQAAdMIAAGjKAABb0QAAT9cAAEXdAAA+7gkAPPIRADnzGwA28yUANPQuADH0&#10;NwEu9T8BLPVHASn2TwIn9lcCJfdhAyP3bAMh+HoEH/iJBB75mgUc+asFG/rABRr63gUa+fIFGvf9&#10;BRn2/wUZ9v8FGfb/BRn2/wWepgAAka8AAIO5AAB1wgAAZ8sAAFrTAABN2gAAQt8AADjlAAA1+wcA&#10;Mf8PAC7/FgAr/x8AKf8mACX/LQAj/zQAIP87AR7/QwEb/0sBGf9TARb/XQIU/2oCEv94AhH/iAIQ&#10;/5oCEP+rAw7/vgMO/9UDDv/tAw7/8AMO//ADDv/wAw7/8AOTrgAAhLgAAHbCAABnzAAAWtUAAEzc&#10;AAA/4QAANeYAAC30AAAq/wIAJv8LACP/EQAg/xcAHf8dABn/IwAW/ykAFP8vABL/NQAQ/z0ADv9F&#10;AQz/TgEK/1gBB/9lAQX/dAED/4UBAv+WAQH/pgEA/7UBAP/GAQD/ygEA/8oBAP/KAQD/ygGGtwAA&#10;d8EAAGjMAABa1wAAS94AAD7kAAAy6QAAJ+0AACP/AAAf/wAAG/8FABf/DAAU/xAAEf8UAA//GAAN&#10;/x0AC/8iAAj/KAAF/y4AAv81AAD/PQAA/0cAAP9SAAD/XgAA/20AAP9+AQD/jgEA/5sBAP+pAQD/&#10;qwEA/6sBAP+rAQD/qwH/Ki0B/y4rAf8wKwH/MC4C/y41Av8pPQP/JUkE/yNXBP8hZAX/H3IG/x1/&#10;Bv8digb/HZQG/x2cB/8cowf/HKoH/xyxB/8cuAb/HL8G/xzJBv8c1gb/HeUG/x3vBv8d+QX/Hf8F&#10;/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/LCsB/zAoAf8zKAH/MysC/zExAv8tOgP/&#10;K0cE/yhUBf8mYQX/JG8G/yJ8B/8ihwf/IpEH/yGZB/8hoQj/IacI/yGuCP8htQj/IbwI/yHGB/8h&#10;0Qf/IeIH/yLtB/8i9wf/Iv8G/SL/Bvwi/wb8Iv8G/CL/Bvsi/wb7Iv8G+yL/Bvsi/wb/LigB/zMl&#10;Af82JQH/NycB/zUtAv80OAP/MkQE/y9RBf8sXgb/KmsH/yl3B/8ogwj/J40I/yeWCf8nnQn/J6QJ&#10;/yerCf8nsgn/J7kJ/yfCCf8nzQn/J94J/yfrCfwn9gj5KP4I9yj/CPYo/wj1KP8I9Sj/CPUo/wj1&#10;KP8I9Sj/CPUo/wj/MiUB/zciAf86IQH/OyMB/zspAv87NAL/OUAE/zZNBf80Wgb/MWYH/zBzCP8u&#10;fwn/LokK/y6SCv8tmQv/LaEL/y2nC/8trgv/LbUM/y2+DP4tyQz7LdkM+C3oC/Qu9AvxLv4L7y7/&#10;C+4u/wvtLv8L7C7/Cuwu/wrsLv8K7C7/Cuwu/wr/NSIB/zseAf8/HQH/QB8B/0ImAf9CMQL/QDwD&#10;/z5IBf87VQb/OWII/zduCv82eQv/NYQM/TSNDfw0lQ36NJwO+TOjDvczqg/2M7IP9TO6D/MzxQ/y&#10;M9IP7jPlD+o08g/nNP0P5TT/D+Q0/w7iNf8O4jX/DeE1/w3hNf8N4TX/DeE1/w3/OR4B/z8aAf9D&#10;GAH/RhoB/0kjAf9JLQL/SDgD/0VEBf9DUAf/QF0J+z5pC/g9dA31PH8O8zuID/E7kBDvOpgR7Tqf&#10;Euw5phPqOa4T6Tm2FOc5wRTmOc4V4jnjFd458RXbOvwU2Dr/E9U7/xLTO/8S0jv/EdI7/xDSO/8Q&#10;0jv/ENI7/xD/PRsB/0MWAP9IFAD/TBcB/08fAf9QKAH/TzMC/00/BPtKSgb1R1cJ8UZkDO1Ebw7p&#10;Q3kR50KDE+RBixTiQJMW4D+bF98/ohjdPqoZ2z6zGtg+vRrWPsob0j7fG84+7xvLP/sayUD/GMdA&#10;/xfGQf8VxUH/FMRB/xTEQf8UxEH/FMRB/xT/QRcA/0cSAP9MEAD/UhQA/1YbAP9XJAH/Vi4C+FQ5&#10;A/FRRQbrT1IJ5k1eDOFLaRDdSXQT2Uh9FtVGhhjSRY4a0EWWHM5EnR3MRKUeykOtH8hDtiDGQ8Mh&#10;xUPTIcFD6SG+RPcfvEX/HbpG/xu5R/8ZuEf/GLhH/xe4R/8XuEf/F7hH/xf/RBQA/0sQAP9RDgD/&#10;VxEA/1sWAP9dHgD5XSgB71szAudZPwTgV00I2lRZDdNSZBLOUG4Wyk53GcdMgBzFS4gewkqQIMBK&#10;lyG+SZ8jvEinJLpIsCW4SLwmt0jLJ7RH4yeySfMlsEr/Iq5L/x+uTP8drUz/G61N/xqtTf8arU3/&#10;Gq1N/xr/RxEA/08NAP9WDAD/XA4A/2ASAP1iGADwYyEA5mIsAd5gOgPUXkgHzVtUDcdYXxPDVmkX&#10;v1RyG7xSeh65UYIhtlCKI7RPkSWyTpknsE2iKK5NqyqsTLYrqkzELKhM2yymTe8qpE/9JqRQ/yOj&#10;Uf8go1L/HqJS/x2iUv8dolL/HaJS/x3/Sg8A/1IKAP9aCQD/YAsA/2UOAPVnEQDoaBgA3WckANJm&#10;NQLKZEQHw2FQDb1eWxO5XGQYtVptHLFYdSCuV30jrFWEJalUjCinU5QqpVKdLKNSpi2hUbEvn1G+&#10;MJ1R0TCbUeovmlP6KppV/yaZVv8jmVb/IZlX/x+ZV/8fmVf/H5lX/x//TQ0A/1UGAP9dBQD7ZAcA&#10;72kJAOlrDADhbBAA020eAMlsMQLCakAHu2dMDbVkVxOwYWAZrF9pHahdcSGlXHgkolqAJ6BZhyqd&#10;WJAsm1eYLplWojCWVawylFW5M5NVyjORVeUzkVf3LZFZ/ymRWv8lkVv/I5Fb/yGRW/8hkVv/IZFb&#10;/yH/TwsA/1cCAP9hAgDqaAEA3m0EANhwCADVcAsAy3IbAMJxLgK6bz0GtGxJDa5pVBOpZ10ZpGRl&#10;HaFibSGdYXQlml98KJhegyuVXYstkluUMJBbnjKNWqg0i1m1NYpZxjaIWeE2iFz0MIhd/yuJXv8o&#10;iV//JYlf/yOJX/8jiV//I4lf/yP/UQkA/1oAAPVkAADgbAAA13EDANB0BgDNdQkAxHYXALx2KgG0&#10;dDoFrnFGDKduURKia1oYnmliHZpnaSGWZXElk2R4KJBigCuNYYgui2CRMYhfmjOGXqU1g16yN4Je&#10;wjeAXtw4gF/yM4Fh/y2CYv8pgmP/JoJk/yWCZP8lgmT/JYJk/yX/UwYA/10AAOdnAADbbwAA0HQC&#10;AMp4BQDGeQcAvnoVALZ6KAGveDcFqHZEC6JzThKccFcYmG1fHZRrZyGQam4ljWh1KIpnfSuHZYUu&#10;hGSOMYFjlzR/YqI2fGKvOHpivjl5YtU5eWPvNHpl/i97Zv8rfGf/KHxn/yZ8Z/8mfGf/Jnxn/yb/&#10;VQMA/2AAAONqAADVcgAAzHgBAMV7AwDAfQUAuX4SALF+JQGqfTUEo3pBCp13TBGXdFUXknJdHI5w&#10;ZCCKbmskh2xyKIRreiuBaoIufmmLMXtnlTR4Z6A2dmasOHRmvDlzZtE6c2ftNnRp/TB1av8sdmv/&#10;KXdr/yd3a/8nd2v/J3dr/yf/VwAA9mMAAN9tAADRdQAAyHsAAMF/AgC7gAMAtIEQAKyCIwGlgTIE&#10;nn4/CZh7ShCSeVMWjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXVskjRza543cGqqOW5quTpt&#10;as46bWvrN29t/DFwbv8tcW7/KnFv/yhxb/8ocW//KHFv/yj/WQAA62UAANtwAADNeAAAxH4AALyC&#10;AQC2hAEAroUOAKeGIACghTADmoI9CJOASA+OfVEViXtZGoR5YB+Ad2cjfHVuJ3l0dSp2c30uc3KG&#10;MXBxkDRtcJw3am+oOWhvtzpnb8s6Z3DpN2lx+jJrcv8tbHP/Kmxz/yhsc/8obHP/KGxz/yj/XAAA&#10;52gAANVzAADJewAAwIIAALiGAACxiAAAqYkNAKKKHQCciS4ClYc7B4+FRQ6Jgk8UhIBXGX9+Xh57&#10;fGUieHtsJnR5cypxeHstbneEMGt2jjNodZo2ZXSmOGN0tTlhdMk6YXTnOGN2+TJldv8uZnf/K2d3&#10;/ylnd/8pZ3f/KWd3/yn/XwAA42wAANB2AADFfwAAvIUAALSKAACsjAAAo44KAJ2OGgCXjisCkIw4&#10;BoqKQwyEh0wSf4VVGHqEXB12gmMhc4BqJW9/cSlsfnksaH2CL2V8jDJie5g1X3qkN116szhcesc5&#10;XHrlN157+DJfe/8uYHz/K2F8/ylhfP8pYXz/KWF8/yn1YgAA3m8AAMx6AADAgwAAt4kAAK+OAACm&#10;kQAAnZIGAJeTFwCRkygBi5I2BYWQQQt/jkoReoxSFnWKWhtxiGEfbYdoI2qGbydmhHcrY4OALmCC&#10;ijFdgZY0WoGjNliAsjdWgMU3VoDjNliB9zFZgf8tW4L/KluC/ylbgv8pW4L/KVuC/ynsZgAA2HMA&#10;AMd+AAC8hwAAs44AAKmSAACglQAAlpgBAJCZEwCKmSQBhZgyBH+WPgl5lEgOdJNQFG+RVxlrkF4d&#10;aI5lIWSNbSVgjHUoXYt+K1qKiC5XiZQxVImhM1KIsDRRiMM1UIjiNFKI9jBTiP8sVIj/KVWI/yhV&#10;iP8oVYj/KFWI/yjmawAA0HgAAMKDAAC3jAAArZIAAKOWAACamgAAjp4AAIefEACDnyAAfp8vAnid&#10;OwdznEUMbptNEWmZVRZlmFwaYZdjHl6WaiFblXIlV5R8KFSThitRkpIuTpKgMEySrzFLksIxSpHg&#10;MUyR9S1Nkf8qTpD/KE6Q/yZOkP8mTpD/Jk6Q/ybecAAAyX0AALyJAACykgAAp5cAAJ2bAACTnwAA&#10;hqQAAH6mDAB6phsAdaYqAXCmNwRspUEJZ6NKDWOiUhJfoVkWW6FhGVigaB1Un3AgUZ56I06dhCZL&#10;nZEpSJyeKkacrixFnMEsRZzfK0Wb9ClGmv8nR5r/JUea/yRHmv8kR5r/JEea/yTUdwAAwoQAALaP&#10;AACrlgAAoZwAAJagAACLpQAAf6oAAHSuBQBvrxQAbK8kAGivMgJkrj0FX61GCVusTw1YrFYRVKte&#10;FFGqZhdOqm4aS6l4HUipgyBFqI8iQ6idJEGorSVAqMAlP6jfJT+m9CNApf8iQKX/IUCk/yBApP8g&#10;QKT/IECk/yDKfgAAu4sAAK+VAACkmwAAmaEAAI6mAACCrAAAd7EAAGq2AABjuA4AYbgdAF64LAFa&#10;uDgCV7hCBVO4SwhQt1MLTbdbDkq2YxBHtmsTRLV1FkK1gRg/tY4aPbWcHDu1rBw6tcAdObXfHDmz&#10;9Bw5sv8cObH/Gzmw/xs5sP8bObD/Gzmw/xvBhgAAtJMAAKeaAACcoAAAkacAAIWtAAB5swAAbbgA&#10;AGK9AQBWwgcAU8MUAFLDIwBQxDABTcQ7AkrERQNHxE4FRcRXB0LDXwlAw2gLPcNyDTvDfg84w4wR&#10;NsObEjXDqxMzw8ATM8PgEzPB9RMywP8UMr//FDG+/xQxvv8UMb7/FDG+/xS4kAAAq5kAAJ+gAACT&#10;pwAAh64AAHu0AABuuwAAY8AAAFjFAQBNygUARM8MAEPQFwBC0CUAQNAyAD/RPQE90UcBO9FQAjnS&#10;WQM20mMENNJuBTLSegcw0ogILtKYCS3TqQks074KLNPfCSvR8woqz/4LKc7/DCnN/w0pzf8NKc3/&#10;DSnN/w2umAAAop8AAJamAACJrgAAfLYAAG+9AABjwwAAV8gAAEzNAABC0gMAOdkJADXfEAA03xsA&#10;MuAnADHhMgAw4T0ALuJHAC3iUAEr4loBKuNlAijjcQIm5H8DJeSPAyPloQQi5bQEIeXNBCDk7AQg&#10;4vsEH+H/BR/g/wUf4P8FH+D/BR/g/wWkngAAmKUAAIuuAAB9tgAAcL4AAGPGAABWywAAS9AAAEDV&#10;AAA23AAAL+UHAC3tEAAr7hgAKe4iACfvKwAl7zQAI/A8ACHwRQAf8U4AHfJYARvyZAEZ83EBGPOB&#10;ARf0kgIV9KUCFPW6AhP11gIT9O8CEvL8AhLw/wIS8P8CEvD/AhLw/wKapAAAja0AAH+2AABxvwAA&#10;Y8cAAFbOAABJ0wAAPdoAADPfAAAq4wAAJvQFACT7DQAh/BMAHv0bABz9IgAZ/ikAF/4xABX/OQAT&#10;/0EAEf9KABD/VQAO/2EADP9vAQz/gAEK/5MBCf+mAQj/ugEH/9QBB//rAQb/9gEG//YBBv/2AQb/&#10;9gGPrAAAgLYAAHK/AABjyQAAVtEAAEjYAAA73QAAMOIAACbmAAAf8AAAHP8AABn/CQAW/w4AFP8T&#10;ABH/GQAP/x4ADf8kAAv/KwAJ/zIABv87AAP/RAAA/08AAP9cAAD/awAA/30AAP+QAAD/owAA/7QA&#10;AP/GAAD/1gAA/9YAAP/WAAD/1gCCtQAAc78AAGTJAABW0wAAR9sAADrgAAAu5QAAI+kAABrtAAAV&#10;/QAAEv8AABD/AgAO/wkAC/8NAAj/EAAE/xMAAf8YAAD/HgAA/yQAAP8rAAD/MwAA/z0AAP9JAAD/&#10;VgAA/2YAAP94AAD/igAA/5sAAP+oAAD/sQAA/7EAAP+xAAD/sQD/JSsB/ygpAf8pKQH/KCwB/yMy&#10;Af8eOwL/GkcC/xdVA/8VYgP/E3AD/xJ8A/8ShwP/EpED/xKZA/8SoAP/EqcD/xKtA/8RtAP/EbsD&#10;/xHEA/8RzgP/Ed8D/xHrAv8S9gL/Ev4C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/&#10;KCkB/ysmAf8sJgH/KykB/ygvAf8iOAL/IEQC/x1SA/8bXwP/GGwD/xd5BP8XhAT/F44E/xeWBP8W&#10;nQT/FqQE/xaqBP8WsQT/FrgE/xbAA/8WygP/FtsD/xboA/8X9AP/F/0D/Bf/AvsX/wP7F/8D+hf/&#10;A/oX/wP6F/8D+hf/A/oX/wP/KiYB/y4jAf8vIgH/LyUB/ywrAf8qNQL/J0EC/yROA/8iWwP/IGgE&#10;/x50BP8dgAT/HYoE/x2SBf8dmgX/HaEF/x2nBf8drQX/HbQE/x29BP8dxwT/HdQE/h3mBPsd8gT3&#10;HvsD9R7/BPQe/wTzHv8E8x7/BPIe/wTyHv8E8h7/BPIe/wT/LiIB/zIfAf80HgH/MyAB/zImAf8y&#10;MgH/Lz4C/yxKA/8qVwP/J2QE/yZwBf8lewX/JIUF/ySOBv8klgb/JJ0G/ySjBv8kqgb9JLEG/CS5&#10;Bvskwwb5JM8G9iTjBvIk8AXuJfoF7SX/Busl/wbqJf8G6SX/Bukl/wbpJf8G6SX/Bukl/wb/Mh4B&#10;/zYbAP84GQD/OBsB/zojAf85LQH/ODoC/zVGA/8yUgT/MF8E/y5rBf8tdgb9LIAH+iyJB/krkQf3&#10;K5kI9SufCPQrpgjzK60I8Su1CPArvwjuK8sI6yvfCOcs7gjkLPoI4iz/CeAs/wneLP8I3iz/CN0s&#10;/wjdLP8I3Sz/CN0s/wj/NRoA/zoWAP89FAD/PxcA/0EfAP9BKQH/QDQB/z1BAv86TQP8OFoF+DZl&#10;BvQ1cQfxNHsI7zOECe0zjQnrMpQK6TKbCugyogvmMqoL5DKyDOMyuwzhMsgM3zLcDNoy7A3VM/gN&#10;0jP/DdAz/wzOM/8MzTT/C8w0/wvMNP8LzDT/C8w0/wv/ORYA/z4SAP9BEAD/RRMA/0gbAP9IJAD/&#10;Ry8B/kQ7AvdCRwPxP1QF7D5gBug8awjlO3YJ4jt/C+A6iAzdOZAN2zmXDtk4ng/WOKYQ1DiuEdI4&#10;txHQOMMSzjjTEso46BLHOfcSxDn/EcI6/xDBOv8PwDr/Dr86/w6/Ov8Ovzr/Dr86/w7/PRMA/0IP&#10;AP9GDQD/SxAA/04WAP9PHwD9TikB9Ew0AexIQQLmR04E4EVbBttEZgnWQnAM0kF5Ds9AghDNQIoR&#10;yj+RE8k/mRTHPqAVxT6oFsM+sRfBPrwXwD7LGL0+4hi6PvIXtz//FrVA/xS0QP8Ts0H/EbNB/xCz&#10;Qf8Qs0H/ELNB/xD/QBAA/0YMAP9LCgD/UQ0A/1MRAP9UGADzVCIA6VItAeFQOwHaT0kD0k1VB8xL&#10;YAvISWoOxUhzEcJHexO/RoMVvUWLF7tFkxi5RJoZt0OiGrVDqxu0Q7YcskPEHbBD2R6tQ+0dq0X8&#10;GqlF/xioRv8WqEb/FadH/xOnR/8Tp0f/E6dH/xP/RA4A/0oIAP9QBgD/VQoA/1gNAPdZEQDqWBgA&#10;31ckANRXNQHMVUQExlRQCMFSWwy9UGUQuU5tE7ZNdha0TH0YsUuFGq9KjRutSZUdq0mdHqlIpiCn&#10;SLAhpUi9IqRIzyKhSOgioEn4Hp9L/xueS/8ZnUz/F51M/xadTP8WnUz/Fp1M/xb/RwsA/00CAP9U&#10;AgD3WgQA610HAOddCwDhXBAA010eAMpdMAHDXD8EvVpMCLdYVwyzVmARr1RpFKxTcRepUXgap1CA&#10;HKRPhx6iT48goE6YIZ5NoSOcTaskmk24JZlMyCaWTOImlU71IpRP/x+UUP8clFH/GpRR/xiUUf8Y&#10;lFH/GJRR/xj/SQgA/1AAAPtYAADlXgAA3WIDANZjBwDUYQoAymIZAMJjLAG7YjsDtGBICK9dUwyq&#10;W1wRplpkFaNYbBigV3QbnVV7HZtUgyCZVIsillOTJJRSnSWSUacnkFGzKI5RwymNUd0qjFLyJotU&#10;/yKLVf8ei1b/HItW/xqLVv8ai1b/GotW/xr/TAQA/1MAAOxcAADfYgAA1GYBAM5oBQDLZwgAwmcW&#10;ALpoKAGzZzgDrWVFB6hjUAyjYVkRn19hFZtdaBiYXHAblVp3HpNZfyGQWIcjjlePJYxXmSeJVqMp&#10;h1avKoVVvyuEVtUsg1fvKYNY/iSDWf8ghFr/HoRa/xyEWv8chFr/HIRa/xz/TgEA/1cAAOVfAADY&#10;ZgAAzmoAAMdsAwDDawUAvGwSALRtJQCtbDUDp2pCB6FnTQycZVYRmGNeFZRiZRiRYGwbjl90Hoxe&#10;eyGJXYMkhlyMJoRblSiBWqAqf1qsLH1auy18Ws8ue1vsK3xc/CZ8Xf8ifV7/H31e/x19Xv8dfV7/&#10;HX1e/x3/UAAA9VkAAOFjAADSagAAyW4AAMJwAQC9cAMAtnAQAK5xIgCocDICoW4/BpxsSguXalMQ&#10;kmhbFI5mYhiLZWkbiGNwHoVieCGCYYAkgGCJJn1fkil7Xp0reF6pLXZeuC51XswvdF7pLXVg+id2&#10;Yf8jd2L/IHdi/x53Yv8ed2L/Hndi/x7/UgAA7FwAANxmAADObQAAxHIAAL10AAC3dAEAsHQOAKl1&#10;HwCidC8CnHI9BZdwRwqRblEPjWxZFIlqYBeFaWcbgmhuHn9mdSF9ZX0kemSGJ3djkCl1Y5sscmKn&#10;LnBiti9vYskvbmLmLm9k+ShwZf8kcWb/IXFm/x9xZv8fcWb/H3Fm/x//VAAA6F8AANdpAADKcAAA&#10;wHUAALl4AACyeAAAq3gNAKR5HQCeeC0Bl3c6BZJ1RQqMck4OiHBWE4RvXheAbWQafWxrHXprcyB3&#10;ansjdGmDJnJojSlvZ5ksbGalLmpmsy9pZsYwaGbkL2po9ylraf8lbGn/Imxq/yBsav8gbGr/IGxq&#10;/yD/VwAA5GIAANJsAADGcwAAvXgAALV7AACtfAAApXwKAJ99GgCZfCoBk3s4BI15QwmId0wOg3VU&#10;En9zWxZ7cmIZeHBpHXVvcCBybngjb22BJmxsiylqbJcsZ2ujLmVrsi9ka8QwYmvhL2Rs9ipmbf8m&#10;Zm3/I2du/yBnbv8gZ27/IGdu/yD2WQAA4GUAAM5vAADCdgAAuXwAALF/AACpgAAAoIAHAJmBFwCU&#10;gSgBjoA1A4h+QQiDfEoNfnpSEXp4WRV2d2AZc3ZnHHB0bh9tc3YjanJ/JmdxiSlkcZUrYnChLWBw&#10;sC9ecMIvXXDfL19x9Spgcf8mYXL/I2Jy/yBicv8gYnL/IGJy/yDvXAAA3GkAAMpyAAC+egAAtYAA&#10;AK2EAACkhQAAmoUDAJSFFACOhiUBiYQzA4ODPgd+gUgLeX9QEHV+VxRxfV4YbntlG2t6bB5oeXQi&#10;ZXh9JWJ3hyhfdpMqXHafLFp1ri5ZdcAuWHXdLll28ypbdv8mXHf/I1x3/yBcd/8gXHf/IFx3/yDq&#10;YAAA1WwAAMV2AAC6fgAAsYQAAKiIAACfiQAAlIoAAI2KEQCIiyEAg4owAn6JOwV5h0UKdIZODnCE&#10;VRJsg1wWaYJjGmaBah1igHIgX397I1x+hSZZfZEpV3yeK1V8rCxTfL4tUnzaLVN88ilVfP8lVnz/&#10;Ild8/yBXfP8gV3z/IFd8/yDlZAAAz3AAAMF6AAC2gwAArYkAAKOMAACZjgAAjY8AAIaQDgCBkR0A&#10;fZAsAXiPOARzjkIIbo1LDGqMUxBniloUY4lhF2CIaBtdh3AeWoZ5IVaFgyRUhY8mUYScKE+EqipN&#10;hLwqTYTXKk2D8SdPg/8kUIP/IlCD/x9Qg/8fUIP/H1CD/x/eaQAAyXUAALyAAACyiAAAqI0AAJ2R&#10;AACTkwAAhZYAAH6XCwB5lxkAdZcoAXGXNQNslj8GaJVICmSUUA1hk1cRXZJeFVqRZhhXkG4bVI93&#10;HlGOgSBOjo0jS42aJUmNqSZIjbsnR43UJ0eM8CRIjP8iSYv/IEqL/x5Ki/8eSov/HkqL/x7VbgAA&#10;w3sAALeFAACsjQAAopIAAJeWAACMmQAAf5wAAHWeBQBwnxMAbZ8jAGmfMAFlnjsEYZ5FB12dTQpa&#10;nFQNV5tcEVSaYxRRmmsXTpl0GUuYfxxImIseRZeZIEOXqCFCl7oiQZfTIkGW7yBClf4eQpX/HUOU&#10;/xxDlP8cQ5T/HEOU/xzMdQAAvIEAALGMAACmkgAAm5cAAJGbAACFnwAAeaMAAGqnAABlpw4AY6gc&#10;AGCoKwFdqDYCWadABFanSQZTplEJUKZZDE2lYA5KpWkRR6RyFESkfRZCo4kYP6OXGj2jpxs8o7kc&#10;O6PSGzui7xs7oP4aO5//GTyf/xg8n/8YPJ//GDyf/xjEfAAAtokAAKqSAACflwAAlZwAAImhAAB9&#10;pgAAcaoAAGSuAABasQgAV7EUAFWyIwBTsjABULI7Ak2yRANLsU0FSLFVB0WxXQlDsWULQLBvDT6w&#10;eg87sIcROa+WEzevphQ2r7gUNbDRFDWu7xQ0rf4UNKz/FDSr/xQ0q/8UNKv/FDSr/xS7hQAAr5AA&#10;AKOXAACYnQAAjKMAAICoAAB0rQAAaLIAAFy2AABQugEASbwNAEi8GQBGvScARb0zAEO9PQFBvUcB&#10;P71QAj29WAM6vWEFOL1rBja9dwg0vYQJMr2TCjC9pAsvvbcMLr7QCy687gwtuv4NLLn/DSy4/w4s&#10;uP8OLLj/Diy4/w6zjwAAppcAAJudAACPowAAg6oAAHawAABqtQAAXroAAFK+AABHwgEAPccGADjJ&#10;EAA3yRsANsonADXKMwA0yz0AM8tHADHLUQEwy1sBLsxlAizMcQIqzH8DKcyQBCfMoQQmzbQEJc3O&#10;BCXL7gQkyfwGI8j/ByPH/wcjx/8HI8f/ByPH/weplgAAnp0AAJKjAACFqwAAeLIAAGu4AABfvgAA&#10;UsIAAEfGAAA9ygAANM8EACvUCQAm2Q8AJdkZACXaJQAk2jAAI9s7ACPbRQAi3FAAId1bACDdaAAe&#10;3nYAHd6HARzfmQEa36wBGd/EARje5wEY3PgBGNv/Ahfa/wIX2v8CF9r/Ahfa/wKgnAAAlKMAAIer&#10;AAB5swAAbLoAAF/BAABSxgAARsoAADvOAAAx0wAAKdkAACHeBQAe6A4AHegVABvpHgAZ6ScAGOow&#10;ABbqOQAV60MAFOxOABLsWgAR7WcAEO53ABDuigAO754ADvCzAA3wzQAM7+wADO38AAzr/wAM6/8A&#10;DOv/AAzr/wCXowAAiasAAHu0AABtvAAAX8QAAFLKAABFzgAAOdMAAC/YAAAl3QAAHeEAABjsAgAW&#10;9wsAFPcRABH4FwAQ+B4ADvklAA35LQAL+jUACfs/AAf7SgAE/FcAA/1mAAL+dwAA/YsAAP2fAAD8&#10;tQAA/NEAAPztAAD8/AAA/P0AAPz9AAD8/QCLqwAAfbQAAG69AABgxgAAUs0AAETSAAA32AAALN0A&#10;ACLhAAAZ5QAAE+oAABD6AAAO/wYADf8MAAr/EAAH/xQABP8aAAH/IAAA/ycAAP8wAAD/OgAA/0UA&#10;AP9TAAD/YgAA/3UAAP+KAAD/nwAA/7MAAP/HAAD/5QAA/+UAAP/lAAD/5QB/tAAAcL0AAGHHAABT&#10;0AAAQ9YAADbdAAAq4gAAH+YAABbqAAAQ7QAADPoAAAn/AAAG/wAAAv8EAAD/CQAA/w0AAP8QAAD/&#10;FAAA/xoAAP8hAAD/KQAA/zQAAP9AAAD/TgAA/14AAP9yAAD/hwAA/5oAAP+qAAD/uQAA/7kAAP+5&#10;AAD/uQD/ICkB/yInAf8iJwH/HyoB/xkwAf8SOQH/EEUB/w1TAf8MYAH/Cm0C/wl5Av8JhAL/CY4B&#10;/wmWAf8JnQH/CaMB/wmpAf8JsAH/CLcB/wi+Af8IyAH/CNYB/wjmAf8I8QH/CPsA/wj/AP8I/wD/&#10;Cf8B/wn/Af8J/wH/Cf8B/wn/Af8J/wH/IyYB/yUkAP8lJAD/IycB/x0sAf8YNQH/FUIB/xJQAf8Q&#10;XQL/DmoC/w52Av8OgAL/DooC/w6SAv8OmgL/DqAC/w6mAf8NrQH/DbMB/w27Af8NxQH/DdEB/w3j&#10;Af8N7wH+DfoB+g3/AfkO/wH5Dv8B+Q7/AfgO/wH4Dv8B+A7/AfgO/wH/JiMA/yggAP8oIAD/JiIA&#10;/yIoAf8gMgH/HD8B/xlMAf8XWQL/FWUC/xNxAv8TfAL/E4YC/xOOAv8SlgL/Ep0C/xKjAv8SqQL/&#10;ErAC/xK3Av8SwQL/EswB/RLfAfkT7QH1E/gB8xP/AfIT/wHxE/8C8BT/AvAU/wLwFP8C8BT/AvAU&#10;/wL/Kh8A/ywcAP8sGwD/Kx0A/ykkAP8oLwH/JTsB/yJIAf8fVAL/HWEC/xttAv8adwL/GoEC/xqK&#10;Av8akgL/GpkC/RqfAvwapgL7GqwC+Rq0AvgavQL2GsgC8xrbAu8a6gLsG/cC6Rv/Augb/wPnHP8D&#10;5hz/A+Uc/wPlG/8D5Rv/A+Ub/wP/LRsA/zAXAP8xFQD/MBYA/zEgAP8wKgD/LjYB/ytDAf8oTwL/&#10;JlwC/yRnAvwjcgP5I3wD9yKFA/UijQPzIpUD8iKbA/AiogPvIqkD7SKxA+wiuQPqIsUD6CLVA+Qj&#10;6QPgI/YE3iP/BNsk/wTZJP8E2CT/BNck/wTWJP8E1iT/BNYk/wT/MRYA/zQSAP82EQD/NxMA/zkb&#10;AP84JQD/NjEB/zM9Af0xSgH4LlYC9C1iA/AsbQPtK3cD6iuABOgqiATmKpAE5SqXBOMqngXhKqUF&#10;4CqtBd4qtgXcKsIF2irSBtUr5wbQK/UHzSz/B8ss/wfJLP8HyCz/B8cs/wbHLP8Gxyz/Bscs/wb/&#10;NRIA/zkOAP86DQD/PhAA/0AWAP8/IAD/PSoA+Ts3AfI4RAHsNlEC5zVcA+M0ZwPgM3IE3TN7Bdoy&#10;gwbWMosG1DKTB9IxmgjQMaEIzjGpCcwxsgnLMbwKyTHKCsYy4QvCMvELvzP+C70z/wq7M/8KujP/&#10;Cboz/wm6M/8JujP/Cboz/wn/ORAA/z0LAP9ACQD/RA0A/0YRAP9FGQD3RCMA7kEvAOY/PAHgPkoB&#10;2j1XAtM8YgTPO2wGzDp1B8k6fQnHOYUKxTmMC8M4lAzBOJsNwDijDb44rA68OLYPujjDD7k41xC1&#10;OOwQsjn7D7A6/w6vOv8Nrjr/DK06/wutOv8LrTr/C606/wv/PA0A/0AGAP9FBAD/SQkA/0sNAPlK&#10;EQDtSRoA40YmANpGNgDRRkUBy0VRA8ZEXAXCQmYIv0JvCrxBdwu6QH8NuD+GDrY/jhC0PpURsj6d&#10;ErA+phOvPrAUrT69FKs+zRWpPuYVpj/3E6RA/xKjQP8QokD/D6JA/w6iQf8OokH/DqJB/w7/PwkA&#10;/0QAAP9KAAD3TgIA7FAGAOpPCwDjTBAA1kweAM1NMADGTT8BwExMBLtLVwa3SWEJtEhpDLFHcQ6u&#10;RnkQrEaAEapFiBOoRJAUpkSYFqRDoReiQ6sYoEO3GZ9DxxmdQ+Aam0TzF5lF/xWYRv8TmEb/EZhG&#10;/xCXRv8Ql0b/EJdG/xD/QgUA/0cAAPdPAADlUwAA3VUBANdVBgDVUgsAy1MZAMNUKwC8VDsBtlJI&#10;BLFRUgetUFwKqU5kDaZNbA+kTHQRoUt7E59KghWdSooXm0mTGJlJnBqXSKYblUiyHJRIwR2SSNgd&#10;kEnvG49K/hiPS/8Wjkv/FI5M/xKOTP8Sjkz/Eo5M/xL/RQAA/0sAAOlTAADeWAAA01sAAM1bBADK&#10;WAcAwlgVALpaJwCzWjcBrlhEBKlXTwekVVgKoVRgDZ5TaBCbUW8TmFB2FZZQfheUT4YZkk6OGo9O&#10;mByNTaIdi02uH4pNvCCITdAgh03rH4ZP/BuGUP8YhlD/FoZQ/xSGUf8UhlH/FIZR/xT/RwAA+E8A&#10;AORXAADVXQAAzGAAAMVgAgDBXgUAul0RALNfIwCsXzMBpl5AA6FcSwedWlQKmVlcDpZYZBGTVmsT&#10;kFVyFo5UehiLVIIaiVOKHIdSlB6FUp4fg1GqIYFRuCJ/UcsiflLnIX5T+R1+VP8aflX/F35V/xZ+&#10;Vf8VflX/FX5V/xX/SgAA7lIAAN5bAADPYQAAxmQAAL9lAAC6YwIAs2IPAKxjIACmYzABoGI9A5th&#10;SAaWX1EKkl5ZDY9cYRGMW2gTiVpvFoZZdhiEWH4agleHHH9XkB99Vpshe1anInlWtSN3Vsckdlbk&#10;JHZX9x93WP8bd1n/GXdZ/xd3Wf8Wd1n/FndZ/xb/TAAA6VYAANlfAADLZQAAwWgAALppAAC0aAAA&#10;rWcNAKZoHACgaC0Bmmc6A5VlRQaQY04KjGJXDYlhXhCGX2UTg15sFoBdcxh+XHsae1yDHXlbjR92&#10;WpghdFqkI3JasiRxWsQlb1rhJXBb9iBxXP8ccV3/GnFd/xhxXf8XcV3/F3Fd/xf9TwAA5VkAANNi&#10;AADHaAAAvWwAALZtAACvbAAAp2sLAKBsGQCbbCoBlWs3ApBpQwWLaEwJh2ZUDINlWxCAY2ITfWJp&#10;FXphcBh4YXgadWCBHXNfix9wXpYibl6iJGxesCVrXsEmaV7eJmpf9CFrYP8da2H/G2xh/xlsYf8Y&#10;bGH/GGxh/xj1UQAA4lwAAM9lAADDawAAuW8AALFxAACqcQAAom8IAJtvFwCWcCcAkG81AotuQAWG&#10;bEkIgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXYacGR+HW1jiB9rY5MiaWKgJGZiriVlYr8mZGLaJmRj&#10;8iJlZP8eZmT/G2dk/xlnZf8YZ2X/GGdl/xjwUwAA3V8AAMtoAAC/bwAAtnMAAK51AACmdQAAnXMF&#10;AJZzFACRdCQAi3MyAoZyPgSBcEcIfW9PC3ltVw52bF4Rc2tkFHBqbBdtanMaa2l8HGhohh9mZ5Ei&#10;Y2eeJGFmrCVgZr0mX2fWJl9n8SJgaP8eYWj/HGJo/xpiaP8ZYmj/GWJo/xnsVwAA2WIAAMdrAAC8&#10;cgAAs3cAAKp5AACheQAAl3cBAJB4EQCLeCEAhngvAYF3OwR8dUUHeHRNCnRyVQ5xcVwRbnBjFGtv&#10;ahZobnEZZm56HGNthB5gbI8hXmycI1xrqiVaa7smWWzTJlps7yNbbP8fXG3/HF1t/xpdbf8ZXW3/&#10;GV1t/xnoWgAA0mYAAMNvAAC4dgAAr3sAAKZ+AACdfgAAkXwAAIp8DwCFfR4AgX0tAXx8OQN3ekMG&#10;c3lLCXB4Uwxsd1oQaXZhE2Z1aBZjdG8YYXN4G15ygh5bco0gWXGaIldxqCRVcbklVHHQJVRx7iJW&#10;cf4eV3H/HFdx/xpYcf8ZWHH/GVhx/xnjXgAAzWkAAL9zAAC0egAAq38AAKKCAACYgwAAi4EAAISB&#10;DQB/ghoAe4IpAXaBNgJygUAFbn9JCGp+UAtnfVcOZHxeEWF7ZhReem0XW3p2GVl5gBxWeIsfU3iY&#10;IVF3piJQd7cjT3fOI0937CFQd/0eUXf/G1J3/xlSd/8ZUnf/GVJ3/xneYgAAyG4AALt3AACwfwAA&#10;p4QAAJ2HAACShwAAhIcAAH2HCQB4iBYAdIgmAHCIMgJshz0EaIZGBmWFTglhhVUMXoRcD1uDYxJZ&#10;gmsVVoF0F1OAfhpQgIkcTn+WHkx/pSBKf7YhSX/MIUl+6x9KfvwcS37/Gkt+/xlMfv8YTH7/GEx+&#10;/xjVZwAAw3MAALZ8AACshAAAookAAJiLAACNjQAAfI0AAHWOBABvjxIAbZAhAGmQLgFljzkCYo5C&#10;BF6OSwdbjVIKWIxZDFaLYQ9Ti2gSUIpxFE2JexdKiYcZSIiVG0aIox1EiLQdQ4jKHUOH6hxEhvsa&#10;RIb/GEWG/xdFhf8XRYX/F0WF/xfNbQAAvXgAALGCAACnigAAnI4AAJKQAACGkwAAeZUAAGyXAABm&#10;lw4AY5gbAGGYKQBemDUBWpc+A1eXRwVVlk8HUpZWCU+VXgxMlGYOSpRvEEeTeRNEk4UVQpKTF0CS&#10;ohg+krMZPZLJGT2R6Rg9kPoXPo//Fj6P/xU+j/8VPo//FT6P/xXFcwAAt38AAKyJAAChjwAAlpMA&#10;AIuWAAB/mQAAc5wAAGSfAABcoAkAWaAUAFehIgBVoS8AUqE5AVChQwJNoEsESqBTBUigWgdFn2MJ&#10;Q59sC0Cedg4+noMQO56RETmdoBI4nbITN57IEzed6BI2m/oSNpr/EjaZ/xE3mf8RN5n/ETeZ/xG+&#10;ewAAsYcAAKWPAACblAAAkJgAAIScAAB3oAAAa6QAAF+nAABSqgAATasOAEurGgBKqycASKszAEar&#10;PQFEq0YBQqtOAkCrVgM+q18FO6toBjmqcwg3qoAJNKqPCzKqnwwxqrAMMKrHDDCp5wwvp/oNL6b/&#10;DS+l/w0vpf8NL6X/DS+l/w22hAAAqo4AAJ6UAACUmQAAh54AAHujAABvqAAAY6wAAFevAABLsgAA&#10;QbUGAD62EQA9th4AO7YpADq3NAA5tz4AN7dHADa3UAE0t1oBMrdkAjC3bwMut3wELLeLBSq3nAUp&#10;t64GKLjFBSi35gUntfkHJrP/Byay/wgmsv8IJrL/CCay/wivjQAAopQAAJeaAACLoAAAfqYAAHGr&#10;AABlsAAAWbQAAE23AABCuwAAOL4BAC/CCQAtwxIALMMeACvDKQAqxDMAKcQ9ACjFRwAnxVEAJsVc&#10;ACXGaAAjxnYBIsaGASDGmAEfxqsBHsfBAR7G5AEdxPgCHML/AxzB/wMcwf8EHMH/BBzB/wSllAAA&#10;mpoAAI6hAACBpwAAc64AAGe0AABauQAATr0AAELAAAA4wwAAL8cAACbLBAAe0AoAG9ERABrSGgAZ&#10;0iUAGNMvABjTOgAX1EQAFtRQABXVXQAU1WsAE9Z8ABLXjwAR2KQAENm7ABDZ3gAQ1fMAENP/ABDS&#10;/wEQ0f8BENH/ARDR/wGcmgAAkaEAAIOoAAB1sAAAaLcAAFu9AABOwQAAQsUAADfIAAAtzAAAJNAA&#10;ABzVAAAV2gUAEOILABDjEQAO5BoADuQjAA3lLQAM5TcAC+ZCAArmTwAJ510ACOdtAAbmgAAF5pUA&#10;BOarAALmxAAB5uYAAOf5AADn/wAA5v8AAOb/AADm/wCToQAAhakAAHexAABpuQAAW8AAAE7GAABB&#10;ygAANc4AACrSAAAh1gAAGdsAABLfAAAN4wAAC/EIAAnzDgAH8xMABPIaAALyIgAA8ioAAPI0AADy&#10;PwAA8kwAAPJcAADybQAA8oIAAPKYAADzrQAA88YAAPTlAAD09gAA9PsAAPT7AAD0+wCHqQAAebIA&#10;AGq6AABcwgAATskAAEDOAAAz0wAAKNgAAB7dAAAV4QAAD+QAAAroAAAF8wAAA/0BAAD8CAAA+w0A&#10;APsRAAD7FgAA/B4AAPwmAAD8MAAA/TwAAP5JAAD+WgAA/m0AAP+CAAD/mAAA/6wAAP/AAAD/2AAA&#10;/+QAAP/kAAD/5AB7sgAAbLsAAF3EAABPzQAAQNIAADLZAAAm3gAAG+IAABLmAAAM6gAABe0AAAD0&#10;AAAA/wAAAP8AAAD/AAAA/wQAAP8JAAD/DgAA/xIAAP8YAAD/IQAA/ysAAP83AAD/RgAA/1gAAP9r&#10;AAD/gAAA/5UAAP+mAAD/swAA/7sAAP+7AAD/uwD/GyYA/xwkAP8aJAD/FScA/xAtAP8KNgD/BUMA&#10;/wFQAf8AXgH/AGsB/wB2Af8AgQD/AIoA/wCSAP8AmgD/AKAA/wCmAP8ArAD/ALIA/wC5AP8AwgD/&#10;AM0A/wDfAP8A7AD/APgA/wD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD/HyMA/x8hAP8e&#10;IQD/GSMA/xMpAP8OMgD/DEAA/wlNAf8HWgH/BGcB/wNzAf8DfQH/A4cB/wOPAP8ClgD/ApwA/wKi&#10;AP8CqAD/Aq8A/wG2AP8BvgD/AckA/wHbAP8A6gD8APYA+AD/APcC/wD3A/8A9gT/APYE/wD2Bf8A&#10;9gX/APYF/wD/Ih8A/yIcAP8hHAD/Hh8A/xgkAP8VLwD/EjwA/xBJAP8OVgH/DGIB/wtuAf8LeQH/&#10;C4IB/wuLAf8LkgH/CpkB/wqfAP8KpQD/CqsA/wqyAP8KuwD9CsYA+wrUAPcK5wDzCvQA8Ar/AO8L&#10;/wDuDP8A7Qz/Ae0M/wHtDP8B7Qz/Ae0M/wH/JRsA/yYYAP8lFwD/IRgA/yAhAP8eKwD/GjcA/xdF&#10;AP8UUQH/El4B/xFpAf8RdAH/EX0B/xCGAf0QjgH8EJUB+hCbAfkQoQH3EKgB9hCvAfQQtwDzEMIA&#10;8RDQAO0Q5QDoEfIA5hH+AeQS/wHjEv8B4hL/AeIS/wHhEv8B4RL/AeES/wH/KRYA/yoTAP8pEgD/&#10;JxMA/ygcAP8nJwD/IzMA/yA/AP8dTAD/G1gB/BlkAfgZbgH2GHgB8xiBAfEYiQHvGJAB7hiXAewY&#10;ngHqGKQB6RisAecYtAHmGL8B5BjNAeAZ4wHcGvEB2Br+AtQb/wLSG/8C0Rv/AtAb/wLQG/8C0Bv/&#10;AtAb/wL/LRIA/y4PAP8uDQD/LxAA/y8XAP8uIQD/LC0A/yk5APkmRgD0JFMB7yJeAesiaQHoIXMB&#10;5iF8AeMhhAHhIYwB4CGTAd4hmgHcIaEB2iGpAdghsQLVIbwC0yLJAtAi3wLMI/ADyCP9A8Yk/wPE&#10;JP8DwyT/A8Ik/wPBJP8DwST/A8Ek/wP/MA8A/zILAP8zCAD/Ng0A/zYSAP81GgD9MiUA9DAyAO0t&#10;PwDnLEwA4itYAd0rYwHZKm0B1Sp2AtIqfwLQKoYCziqOA8wqlQPKKpwDySqjBMcqrATFKrYEwyrD&#10;BcIq1QW+K+sFuiv5Brgs/wa2LP8FtSz/BbQs/wW0LP8FtCz/BbQs/wX/NAwA/zYFAP85AwD/PAgA&#10;/zwNAP07EwDxOB0A6DUpAOA0NwDZM0YA0TRSAc0zXQHJM2cCxjNwA8QyeATBMoAEvzKHBb4yjwa8&#10;MpYGujGeB7gxpge3MbAItTK8CLMyzAmxMuUJrTP1Casz/wmqM/8IqDP/B6gz/wenM/8HpzP/B6cz&#10;/wf/NwcA/zoAAP8+AAD6QQEA8UEGAPE/DQDmPBIA2zofANA7MQDKPEAAxDxNAcA8WAK8O2EDuTtq&#10;BbY6cga0OnoHsjmBCLA5iAmvOZAKrTiYCqs4oQupOKoMqDi2DaY4xQ2kON4OoTnxDZ86/wyeOv8L&#10;nTr/Cpw6/wmcOv8JnDr/CZw6/wn/OwIA/z4AAPdEAADmRwAA30gBANpGBgDZQAsAzUIZAMVEKwC+&#10;RDsAuURIAbVDUwOxQlwErkJlBqtBbAepQHQJpkB7CqQ/gwujP4oNoT6TDp8+nA+dPqUQmz6xEZo+&#10;vxGYPtQSlj/tEZQ//A+TQP8OkkD/DJJB/wuSQf8LkkH/C5JB/wv/PQAA/0MAAOlJAADeTgAA008A&#10;AM1OAwDKSQgAwkkUALtKJgC1SzYAr0tDAqtKTgOnSVcFpEhgB6FHZwmeRm8KnEZ2DJpFfQ6YRYUP&#10;lkSOEJRElxKSQ6ETkEOsFI9DuhWNQ80Vi0ToFYpF+hKJRv8QiUb/DohG/w2IRv8NiEb/DYhG/w3/&#10;QAAA8kcAAONPAADUUwAAy1UAAMRUAADAUAQAuU8RALJQIgCsUTIAp1E/AqJQSgOeT1MFm05cCJhN&#10;YwqVTGoMk0txDZFKeQ+OSoARjEmJEopJkhSISJwVhkioFoVItReDSMcYgUjkGIFK9xWASv8SgEv/&#10;EIBL/w+AS/8OgEv/DoBL/w7/QwAA7EsAAN1TAADOWAAAxFoAAL1aAAC4VwEAsVQOAKpWHgClVi4A&#10;n1Y7AZtVRgOXVFAFk1NYCJBSXwqNUWYMi1BtDohPdBCGT3wShE6FE4JOjhWATZkXfk2kGHxNshl6&#10;TcMaeU3fGnhO9Bd4T/8UeE//EnhQ/xB4UP8PeFD/D3hQ/w/9RgAA508AANZXAADIXAAAv18AALdf&#10;AACxXAAAqlkMAKRaGgCeWyoAmVs4AZRaQwOQWUwFjFhVCIlXXAqGVmMMg1VqDoFUcRB/U3kSfVOB&#10;FHpSixZ4UpUYdlGhGXRRrxtzUcAbcVHbHHFS8hlxU/8VcVT/E3JU/xFyVP8QclT/EHJU/xDzSAAA&#10;41MAANBbAADEYAAAumMAALNjAACsYQAApF4JAJ1fFwCYXycAk181AY5eQAOKXUoFhlxSB4NbWQqA&#10;WmAMfVlnDntYbhB4WHUSdld+FHRWiBdyVpMYb1afGm5VrBtsVb0ca1bVHWtW8BprV/8Xa1j/FGxY&#10;/xJsWP8RbFj/EWxY/xHxSwAA31YAAMxeAADAZAAAt2cAAK5oAACnZgAAn2IGAJhjFACSZCQAjWMy&#10;AYliPQKEYUcEgWBPB31fVgl6Xl0Ld11kDXVcaxBzXHMScFt7FG5bhRdsWpAZalqcG2hZqhxmWrod&#10;ZVrRHWVa7htlW/4XZlv/FWZc/xNnXP8SZ1z/Emdc/xLtTgAA2lkAAMhhAAC8ZwAAs2oAAKtsAACi&#10;agAAmWcCAJJnEQCNZyEAiGcvAYRmOwJ/ZUQEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlf&#10;gxdmXo4ZZF6aG2JeqBxhXrgdX17OHV9e7BtgX/0YYV//FWFf/xNiX/8SYl//EmJf/xLqUQAA1FwA&#10;AMRkAAC5agAAsG4AAKdwAACebgAAlGsAAI1qEACHax4Ag2ssAH5rOAJ6akIDdmlKBnNoUghwZ1kK&#10;bWZgDWtlZw9oZG4RZmR3FGRjgRZhY4wYX2KYGl1iphxbYrYdWmLMHVpi6hxbY/wYXGP/Flxj/xRd&#10;Y/8TXWP/E11j/xPmVQAAz18AAMFoAAC2bgAArHIAAKR0AACacwAAjm8AAIdvDQCCbxsAfXApAHlv&#10;NQF1bj8Dcm1IBW5sUAdrbFcKaWteDGZqZQ5kaWwRYWl1E19ofxZcaIoYWmeWGlhnpBxWZ7QdVWfK&#10;HVVn6BtWZ/sYV2f/Fldo/xRYZ/8TWGf/E1hn/xPhWAAAy2MAAL1rAACycgAAqXYAAKB4AACWdwAA&#10;iHMAAIFzCwB8dBcAeHQmAHR0MgFwcz0CbXNGBGpyTgdncVUJZHBcC2FwYw5fb2oQXG5zElpufBVX&#10;bYgXVWyUGVNsoxtRbLMcUGzIHE9s5xtRbPoYUWz/FVJs/xRSbP8TUmz/E1Js/xPcXAAAx2cAALlv&#10;AACvdgAApXsAAJx8AACRfAAAgngAAHp5BwB1eRQAcnojAG56LwFreToCaHlDA2R4SwVhd1IIX3dZ&#10;Clx2YAxZdWgPV3RwEVR0ehNSc4YWT3OTGE1yoRlMcrEaSnLGGkpy5RpLcvkXTHL/FUxy/xNNcv8S&#10;TXL/Ek1y/xLUYAAAwmsAALV0AACrewAAon8AAJeBAACMgQAAen4AAHN/AgBufxEAa4AeAGiALABl&#10;gDcBYoBAA19/SARcflAGWX5XCFd9XgtUfGYNUXxuD097eBFMe4MUSnqRFkh6nxdGeq8YRXrEGER6&#10;5BhFefgWRnn/FEZ4/xJHeP8RR3j/EUd4/xHNZQAAvXAAALF5AACngAAAnIQAAJKGAACGhgAAd4YA&#10;AGuGAABmhw0AY4cZAGCIJwBeiDMBW4g8AliHRQNWh00EU4ZUBlCGWwhOhWMKS4RsDEmEdg9Gg4ER&#10;RIOPE0KDnRRAgq4VP4PCFT6C4hU/gfcTP4H/EkCA/xFAgP8QQID/EECA/xDGawAAt3YAAKx/AACi&#10;hQAAl4kAAIyLAACBjQAAc44AAGWPAABdjwkAWpAUAFiQIQBWkS0AU5A4AVGQQQJOkEkDTJBQBEqP&#10;WAVHj2AHRY5pCUKOcwtAjX8NPo2NDzyNnBA6jawROY3BETiN4RA4i/YQOIr/DzmJ/w85if8OOYn/&#10;DjmJ/w6/cgAAsn0AAKeGAACcigAAkY4AAIaRAAB6kwAAbZUAAF+XAABUmQEAT5kPAE6aGgBMmicA&#10;SpoyAEiaPAFGmkQBRJpMAkKaVANAmVwEPplmBTuZcAc5mHwIN5iKCjWYmgszmKsLMpi/DDKY3wsx&#10;lvULMZX/CzGU/wsxk/8LMZP/CzGT/wu4egAArIUAAKGLAACWkAAAi5QAAH+XAABymwAAZp0AAFqg&#10;AABOogAARaQJAEKkEwBApB8AP6QqAD6lNAA8pT4AO6VHATmlTwE3pVgCNaVhAjOlbAMxpXkEL6SH&#10;BS2klwYspKkGK6S9Biqk3gYqovUHKaH/Bymg/wgpn/8IKZ//CCmf/wixggAApYsAAJqRAACQlgAA&#10;g5oAAHafAABqogAAXqYAAFKpAABGqwAAPK0AADWvDAAzsBUAMrAhADGwKwAvsDUALrE+AC2xSAAs&#10;sVEAK7FbACmxZwEnsXQBJrGDASSxlAIjsaYCIrK7AiGy2wIhr/MDIK7/AyCt/wQfrP8EH6z/BB+s&#10;/wSqiwAAnZEAAJOXAACHnAAAeqIAAG2nAABgqwAAVa8AAEmxAAA+tAAAM7cAACq6AwAkvA0AIr0V&#10;ACG9IAAhvSoAIL0zAB++PQAevkcAHb5SABy/XgAav2wAGb98ABi/jgAXwKEAFsC2ABTA0wAVvvEA&#10;Fbz/ARW7/wEUuv8CFLr/AhS6/wKhkgAAlpgAAIqeAAB9pAAAb6oAAGKvAABWtAAASrcAAD66AAAz&#10;vQAAKsAAACHEAAAZxwUAE8sLABHMEgARzBsAEMwlAA/NLwAOzToADs1GAA3NUgANzmAADM5wAAvO&#10;gwAKzpcACc6sAAjOxgAIzugACM37AAnL/wAJy/8ACcv/AAnL/wCYmAAAjZ4AAH+lAABxrAAAZLMA&#10;AFe5AABKvQAAPsAAADLDAAAoxgAAH8oAABfNAAAR0QAADNYFAAjZDAAG2RIABdobAATaJAAD2y4A&#10;Ads5AADcRQAA3VIAAN5iAADecwAA3ogAAN+dAADfswAA384AAODuAADf+gAA3/8AAN//AADf/wCP&#10;nwAAgaYAAHOuAABltQAAWL0AAErCAAA9xQAAMckAACbMAAAd0AAAFNQAAA7ZAAAJ3QAAA+EAAADj&#10;BwAA4w0AAOQSAADlGQAA5iIAAOcrAADpNgAA60MAAOxSAADsYgAA7XYAAO6MAADuoQAA77cAAO/R&#10;AADv6wAA8PYAAPD2AADw9gCEpwAAda8AAGe3AABZvwAAS8YAADzKAAAvzgAAJNIAABrYAAAS3AAA&#10;DOAAAAXjAAAA5wAAAOsAAADrAAAA7QUAAO4LAADwEAAA8RUAAPMeAAD0JwAA9zMAAPlAAAD6UQAA&#10;+2MAAPx3AAD9jQAA/aMAAP62AAD+yQAA/98AAP/fAAD/3wB3sAAAaLkAAFrBAABMygAAPM8AAC7U&#10;AAAi2gAAF94AABDiAAAJ5gAAAOkAAADsAAAA8AAAAPYAAAD2AAAA9wAAAPgAAAD6BwAA+w0AAP0R&#10;AAD/GQAA/yMAAP8vAAD/PgAA/08AAP9iAAD/dwAA/40AAP+fAAD/rgAA/7oAAP+6AAD/ugD/FiMA&#10;/xUhAP8SIQD/DiQA/wYqAP8AMwD/AEEA/wBOAP8AXAD/AGgA/wB0AP8AfgD/AIcA/wCPAP8AlgD/&#10;AJwA/wCiAP8AqAD/AK4A/wC1AP8AvQD/AMcA/wDWAP8A5wD+APMA/gD+AP0A/wD8AP8A+wD/APsA&#10;/wD7AP8A+wD/APsA/wD/GiAA/xkeAP8WHgD/ECAA/wolAP8EMAD/AD0A/wBLAP8AWAD/AGQA/wBw&#10;AP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA/wCxAP0AuQD7AMMA+gDQAPgA4wD3APEA&#10;9gD8APQA/wD0AP8A8wD/APMA/wDzAP8A8wD/APMA/wD/HRwA/xwZAP8ZGQD/FBsA/w7/4v/iSUND&#10;X1BST0ZJTEUACAkhAP8MLAD/CTkA/wVGAP8CUwD/AF8A/wBrAP8AdQD/AH4A/wCGAP8AjgD/AJQA&#10;/gCbAPwAoQD6AKcA+ACuAPUAtQDzAL8A8QDLAPAA3wDuAO4A7AD5AOsA/wDqAP8A6gH/AOkB/wDp&#10;Af8A6QH/AOkB/wD/IBcA/x8UAP8cEwD/FxUA/xYdAP8TKAD/EDQA/w1BAP8MTgD/CVoA/whmAP8I&#10;cAD+B3kA/AeBAPoHiQD4B5AA9gaWAPMGnQDxBqMA7waqAO0GsgDqBrsA6AbIAOYG3ADkBuwA4gj6&#10;AOAK/wDeC/8A3Qv/AN0M/wDcDP8A3Az/ANwM/wD/IxIA/yMQAP8hDgD/HhAA/x4YAP8cIwD/GC8A&#10;/xQ7AP8SSQD8EFUA+A9gAPQPagDxD3QA7w58AO0OhADrDosA6Q6SAOcOmQDmDqAA5A6nAOIOrwDg&#10;DrgA3g7FANwO2gDWEOwA0hH6AM8S/wDNEv8BzBL/AcsT/wHKE/8ByhL/AcoS/wH/Jw8A/ycMAP8l&#10;CQD/Jg0A/yUTAP8jHAD/ICgA+xw1APUaQgDvGE8A6hdaAOYWZQDjFm4A4BZ3AN4WfwDcFocA2RaO&#10;ANYWlQDUFpwA0hejANAXqwDOGLUAzBjBAMsY0gDHGugBwxv4AcAb/wG+HP8BvRz/Arwc/wK8G/8C&#10;vBv/Arwb/wL/KwwA/ysFAP8rAwD/LQkA/ywOAP8pFQD3JiAA7iMtAOchOgDhH0gA2x9UANUgXwDR&#10;IGgAziBxAMwheQDKIYEByCGIAcYhjwHEIZYBwyGeAcEipgG/Iq8BvSK7ArwjygK5I+MCtST0ArMk&#10;/wOxJP8DryT/A68k/wOuJP8DriT/A64k/wP/LwYA/y8AAP8yAAD/MwIA+TIIAPcvDgDrKxYA4Sci&#10;ANgnMgDQKUEAyypOAMYqWQDDKmIBwCprAb0qcwG7KnoCuSqCArgqiQK2KpACtCqYA7MqoQOxKqoD&#10;ryu1BK4rxASsK9sEqCzvBKYs/gWkLP8Eoy3/BKIt/wSiLP8Eoiz/BKIs/wT/MgAA/zMAAPk4AADp&#10;OQAA4jkAAN41BwDeLg0A0S8bAMkxLADDMzsAvTNIALk0UwG2M1wBszNlArAzbQKuM3QDrDJ7A6sy&#10;gwSpMooEpzKTBaUymwakMqUGojKwB6AyvgefMtEHnDPqB5oz+weYNP8HlzT/BpY0/waWNP8FljT/&#10;BZY0/wX/NQAA/zgAAOo+AADfQgAA1UIAAM8/AwDNOAgAxTgVAL06JgC3OzYAsjxDAK48TgGqO1cC&#10;pztgA6U6ZwOjOm8EoTp2BZ85fQadOYUHmzmNB5k4lgiYOKAJljirCpQ4uAqTOcoLkTnlC4869wqN&#10;Ov8JjDv/CIw7/weMO/8HjDv/B4w7/wf/OAAA8T4AAONFAADUSQAAy0oAAMVHAADBQQQAuj8RALNB&#10;IQCtQjEAqEM+AKRDSQGgQlMCnUFbA5tBYgSYQGoFlkBxBpQ/eAeSP38IkD+ICo8+kQuNPpsMiz6m&#10;DYk+sw2IPsQOhj/gDoQ/9A2DQP8Lg0D/CoJA/wmCQf8IgkH/CIJB/wj/PAAA60MAANxKAADMTwAA&#10;w1AAALxOAAC3SQEAsUYOAKpIHACkSSwAoEk6AJtJRQGYSE4ClEdXA5JHXgWPRmUGjUZsB4tFcwmJ&#10;RXsKh0SDC4VEjQyDRJcOgUOiD39DrxB+Q8AQfETaEXtE8Q96Rf8Nekb/C3pG/wp6Rv8Jekb/CXpG&#10;/wn1PgAA5kgAANNPAADHVAAAvVUAALZUAACwUAAAqUwLAKJNGACdTigAmE42AJROQQGQTUsCjU1T&#10;BIpMWgWHS2EGhUtoCINKbwmASncLfkl/DHxJiQ56SJMPeEifEHdIrBJ1SLwSdEnSE3NJ7hFySv8P&#10;ckr/DXJK/wtySv8Lckr/CnJK/wryQgAA4EwAAM5TAADBWAAAuFoAALBZAACpVgAAolIHAJtSFQCW&#10;UyQAkVMyAI1TPgGJUkcChlFQBINRVwWAUF4Gfk9lCHtPbAl5TnMLd057DXVNhQ5zTZAQcU2cEm9N&#10;qRNuTbkUbE3OFGxN6xNsTv0QbE//DmxP/wxsT/8LbE//C2xP/wvuRQAA3FAAAMlXAAC9XAAAtF4A&#10;AKxeAACkWwAAnFYEAJVWEgCQVyEAi1gvAIdXOwGDVkQCf1ZNA3xVVAV6VFsGd1RiCHVTaAlzU3AL&#10;cVJ4DW9Sgg9tUY0Ra1GZEmlRphRnUbYVZlHLFWVS6RRlUvsRZlP/D2ZT/w1mU/8MZlP/DGZT/wzq&#10;SQAA1VMAAMVaAAC6XwAAsGIAAKhiAACfXwAAlloAAI9aEACKWx4AhVssAIFbOAF9W0ECelpKA3dZ&#10;UQR0WFgGcVhfB29XZgltV20La1Z2DWlWfw9nVYoRZVWXE2NVpBRhVbQVYFXIFl9V5xVgVvoSYFb/&#10;D2FX/w5hV/8NYVf/DGFX/wznTAAA0VYAAMFeAAC2YwAArWYAAKRmAACbZAAAkF4AAIleDgCEXxsA&#10;gF8pAHxfNQF4Xz8CdF5HA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRafQ9iWogRX1mUE15ZohRc&#10;WbIVW1nGFlpZ5RVbWvkSW1r/EFxa/w5cWv8NXFr/DVxa/w3jTwAAzVkAAL5hAACzZgAAqWkAAKBq&#10;AACXaAAAi2IAAINiDAB+YxgAemMmAHZjMgBzYzwBb2JFAmxhTARqYVQFZ2BaB2VgYQhjX2kKYV9x&#10;DF9eew5dXoYRWl6TElhdoBRXXbAVVl7EFlVe4xVWXvcSVl7/EFde/w5XXv8NV17/DVde/w3eUwAA&#10;yF0AALtkAACwagAApm0AAJ1uAACTbQAAhWcAAH5nCQB4ZxUAdGcjAHFoLwBuZzkBa2dCAmhmSgNl&#10;ZlIFY2VYBmBlXwheZGcKXGRvDFpjeQ5YY4QQVWKRElNinxNSYq4VUWLCFVBi4RVRYvYSUWL/EFJi&#10;/w5SYv8NUmL/DVJi/w3ZVgAAxGAAALdoAACsbgAAo3EAAJpzAACPcQAAf2sAAHhrBQByaxIAbmwf&#10;AGtsLABobDcBZmxAAmNrSANga08EXmpWBlxqXQdZaWUJV2ltC1Vpdw1TaIIPUGiPEU5nnRNNZ6wU&#10;S2jAFEto3hRLZ/USTGf/D0xn/w5NZ/8NTWf/DU1n/w3SWgAAwGQAALNsAACpcgAAoHYAAJZ3AACK&#10;dgAAeXEAAHFxAABrcQ8AaHEcAGZyKABjcjQAYHI9AV5yRQJbcU0DWXFUBVdwWwZUcGMIUm9rClBv&#10;dAxNboAOS26NEElumxFHbasSRm6+E0Vu3BJGbfQRRm3/D0dt/w5HbP8NR2z/DUds/w3MXwAAvGkA&#10;ALBxAACldwAAnHsAAJF8AACGewAAdXgAAGt3AABldwwAYXgXAF94JABdeTAAWnk6AVh5QgJWeEoC&#10;U3hRBFF3WAVPd2AHTHZoCEp2cgpIdX0MRXWKDkN1mQ9CdakQQHW8EEB12RBAdPMPQHT/DkFz/w1B&#10;c/8MQXP/DEFz/wzGZAAAt24AAKt2AACifAAAl38AAIyBAACBgQAAcoAAAGV/AABdfwgAWX8TAFeA&#10;IABVgCsAU4E2AFGAPgFPgEYCTYBOAkt/VQNJf10FRn9mBkR+cAhCfnsJP36ICz19lww8facNOn26&#10;Djp+1g06fPENOnv/DDp7/ws6ev8LOnr/Czp6/wvAaQAAsnQAAKd8AACdgQAAkoQAAIeGAAB7hwAA&#10;bocAAGCHAABVhwEAUIgOAE6IGgBNiSYAS4kwAEmJOgBIiUIBRolKAUSJUgJCiVoDQIhjBD2IbQU7&#10;iHgGOYeGCDeHlQk1h6YKNIe5CjOH0wozhvAJM4X/CTOE/wkzg/8JM4P/CTOD/wm5cAAArXoAAKKC&#10;AACXhwAAjYoAAIGMAAB1jgAAaI8AAFqQAABPkQAAR5IKAESSEwBDkx8AQZMqAECTNAA/kz0APZNF&#10;ADuTTQE6k1YBOJNfAjaTaQM0k3UDMpKDBDCSkwUukqQGLZK3BiyS0QYske8GK4//BiuO/wYrjf8H&#10;K43/ByuN/wezeAAAp4IAAJyIAACRjAAAh5AAAHqTAABtlQAAYZcAAFWZAABJmwAAP5wBADmdDgA3&#10;nRcANp4iADSeLAAznjUAMp4+ADGeRwAwn1AALp9aAC2fZAErn3EBKZ5/AieekAImnqECJJ61AiOe&#10;zgIjne4DI5v+AyKa/wQimf8EIpn/BCKZ/wSsgQAAoIgAAJWOAACLkgAAf5YAAHKaAABlnQAAWaAA&#10;AE6jAABCpAAAN6YAAC6oBQApqQ8AKKkYACeqIgAmqiwAJao1ACSqPwAjqkgAIqtTACGrXgAgq2oA&#10;Hqt5AB2riwAbq50AGquxABmrygAZquwBGaj9ARin/wIYpv8CGKb/Ahim/wKliQAAmY8AAI+UAACD&#10;mQAAdZ4AAGiiAABcpgAAUKkAAESsAAA5rgAAL7AAACazAAAetQYAGbcPABi3FwAXtyEAFrcqABW3&#10;NAAUuD4AE7hJABK4VAASuWIAEblxABC5gwAPuZcADrmsAA25xAANuOcADrb7AA61/wAOtP8ADrT/&#10;AA60/wCckAAAkpUAAIabAAB5oAAAa6YAAF6rAABSrwAARrIAADq1AAAvtwAAJboAAB29AAAVwAAA&#10;EMMGAAvGDgAKxRUACcUeAAjFKAAHxTIABsY9AAXGSQAFxlcAA8ZmAALGdwABxosAAMagAADFtgAA&#10;xtIAAMXvAADF/AAAxf8AAMX/AADF/wCVlgAAiZwAAHujAABtqQAAYK8AAFO0AABGuAAAOrsAAC6+&#10;AAAkwQAAG8QAABPHAAAOygAACM4BAAHQCgAA0BAAANAWAADRHgAA0icAANMxAADUPAAA1UkAANZY&#10;AADWaQAA1nwAANaSAADWpwAA1r8AANbgAADW8wAA1v4AANb/AADW/wCMnQAAfqQAAG+rAABhsgAA&#10;VLkAAEa9AAA5wQAALcQAACLHAAAZywAAEc4AAAzSAAAF1QAAANsAAADcAwAA3QoAAN4PAADfFAAA&#10;4RwAAOIkAADkLgAA5joAAOdJAADoWQAA6GsAAOmBAADpmAAA6a0AAOnFAADp4gAA6fIAAOn1AADp&#10;9QCApQAAca0AAGO1AABVvAAAR8IAADnGAAAsygAAIM4AABbSAAAP1gAACNsAAADfAAAA4wAAAOUA&#10;AADnAAAA6AEAAOoHAADrDQAA7REAAO8YAADxIQAA8ysAAPY4AAD3SAAA+FoAAPltAAD6hAAA+psA&#10;APqvAAD6wgAA+toAAPrfAAD63wB0rgAAZbYAAFa+AABIxgAAOcsAACvQAAAf1AAAFNoAAA3fAAAF&#10;4wAAAOYAAADpAAAA7QAAAO8AAADxAAAA8wAAAPUAAAD2AgAA+AkAAPoOAAD9EwAA/xwAAP8oAAD/&#10;NgAA/0cAAP9aAAD/bgAA/4UAAP+aAAD/qwAA/7kAAP+8AAD/vAD/ESAA/xAeAP8MHgD/BCEA/wAn&#10;AP8AMAD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA&#10;/wCwAP8AuAD/AMIA/wDOAP8A4gD+APAA/QD7APsA/wD7AP8A+wD/APoA/wD6AP8A+gD/APoA/wD/&#10;FBwA/xIaAP8OGgD/CBwA/wAhAP8ALQD/ADoA/wBIAP8AVQD/AGEA/wBsAP8AdgD/AH8A/wCHAP8A&#10;jgD/AJQA/wCaAP4AoAD9AKYA/ACsAPsAtAD5AL0A+ADJAPcA3AD1AOwA8wD4APMA/wDyAP8A8QD/&#10;APAA/wDwAP8A8AD/APAA/wD/FxgA/xUWAP8RFQD/DBcA/wUdAP8AKAD/ADYA/wBDAP8AUAD/AFwA&#10;/wBnAP8AcQD/AHoA/ACCAPoAiQD4AJAA9wCWAPUAnAD0AKIA8wCoAPEAsADwALgA7gDDAOwA0wDq&#10;AOcA6QD1AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AOUA/wD/GhMA/xgRAP8UEAD/DxEA/w0ZAP8K&#10;JAD/BTAA/wE+AP8ASwD/AFcA/gBiAPoAbAD1AHUA8gB9APAAhADuAIsA7ACRAOsAlwDpAJ4A5wCk&#10;AOYArADkALQA4gC/AOAAzQDeAOMA3ADyANoA/QDYAP8A1gD/ANUB/wDVAf8A1QL/ANUC/wD/HhAA&#10;/xwNAP8XCwD/FQ4A/xQVAP8RHwD/DioA/ws4AP0IRQD4BlEA9ARcAO4EZgDqBG8A5gN3AOQEfwDi&#10;BIYA4ASMAN4EkwDdBZoA2wWgANgFqADVBbEA0gW7ANAGyQDOB+AAzAjxAMkK/wDHC/8Axgz/AMUM&#10;/wDFDP8AxQz/AMUM/wD/IQwA/yAGAP8cAwD/HQoA/xsQAP8YGAD/FCMA9hEwAO8OPgDqDkoA5Q1W&#10;AOENYADdDWkA2Q1xANUNeQDTDYEA0Q2IAM8NjwDNDpYAyw6dAMoOpQDIDq4Axg+5AMQQyADCEN8A&#10;vhHyALsS/wC5E/8AtxP/AbYT/wG2E/8BthP/AbYT/wH/JQYA/yMAAP8jAAD/JAMA/yEKAP0dEQDx&#10;GhsA6BYnAOEUNQDaE0MA0xRPAM4VWQDLFWMAyBZrAMUWcwDDF3sAwReCAMAYiQC+GJAAvBiYALsZ&#10;oAC5GakAtxm0ALUawgC0GtYAsBvtAa0c/AGrHf8BqR3/Aakd/wGoHf8BqB3/Aagd/wH/KAAA/ycA&#10;AP4qAADvKgAA5ycBAOciCQDkHRAA2RsdAM8dLQDJHjwAxCBJAL8gUwC8IV0AuSFlALcibQC1InQA&#10;syJ8ALEigwGwIooBriKSAawjmwGrI6QBqSOvAacjvAGmJM4BoyToAqAl+QKeJf8CnSX/Apwl/wKb&#10;Jf8CmyX/Apsl/wL/LAAA/y0AAO0yAADiNAAA2jMAANMuAwDSJQoAySUXAMEnJwC7KTYAtipDALIr&#10;TgCvK1cArCtgAKorZwGoK28Bpit2AaQrfQGjK4QCoSuNAp8rlQKeK58CnCuqA5ortgOZLMcDlyzi&#10;A5Qt9QSSLf8DkS3/A5Au/wOQLf8DkC3/A5At/wP/MAAA8jMAAOQ6AADWPQAAzDwAAMc5AADDMQUA&#10;vS4RALUwIQCwMjAAqzM9AKczSQCkM1IAoTNaAZ8zYgGcM2kCmjNwApkzdwKXMn8DlTKHA5MykASS&#10;MpoEkDKlBY4ysQWNM8IGizPcBok08gaHNP8FhjT/BYY0/wSFNP8EhTT/BIU0/wT8MwAA6zoAANxB&#10;AADNRAAAw0QAAL1BAAC4OwEAsjcOAKs4HAClOSsAoTo4AJ07RACaO00BlzpWAZQ6XQKSOmQCkDpr&#10;A445cgOMOXoEijmCBYk5iwWHOZUGhTmgB4M5rQeCObwIgTnTCH867gh9Ov4HfDv/Bnw7/wV8O/8F&#10;fDv/BXw7/wX0NwAA5UAAANJHAADFSgAAvEsAALVJAACvQwAAqT4LAKI/FwCdQCYAmEE0AJRBPwCR&#10;QUkBjkFRAYtAWQKJQGADh0BnA4U/bQSDP3UFgT99Bn8+hwd9PpEIez6cCXo+qQl4PrgKdz/NCnU/&#10;6gp0QPwIdED/B3RA/wZzQP8Gc0D/BnNA/wbxOwAA30UAAMxMAAC/TwAAtlAAAK5PAACnSgAAoEQH&#10;AJpFFACVRiIAkEYwAIxHPACJRkUBhkZOAYNGVQKBRVwDfkVjBHxEagR6RHEFeUR5BndEggh1Q40J&#10;c0OZCnFDpgtwQ7UMbkTJDG1E5wxtRfoKbEX/CGxF/wdsRf8HbEX/B2xF/wfsPwAA2EkAAMdQAAC7&#10;VAAAsVUAAKlUAAChUAAAmUoCAJJJEQCNSh8AiUssAIVMOACCS0IBf0tKAXxKUgJ5SlgDd0pfBHVJ&#10;ZgVzSW0GcUl2B29IfwhtSIoJbEiWC2pIowxoSLINZ0jFDWZJ5A1mSfgLZkn/CWZK/whmSf8HZkn/&#10;B2ZJ/wfoQwAA0k0AAMJTAAC3WAAArVkAAKRYAACcVQAAk04AAIxODgCHTxsAgk8pAH9QNQB7UD8B&#10;eE9HAXZPTwJzTlUDcU5cBG9NYwVtTWoGa01yB2lNfAhnTIcKZUyTC2NMoA1iTK8OYU3CDmBN4Q5g&#10;TfYMYE7/CmBO/wlgTv8IYE7/CGBO/wjjRwAAzVAAAL5XAACzWwAAql0AAKFdAACYWgAAjVMAAIZS&#10;DACAUxgAfFMlAHlUMQB1VDwAc1NEAXBTTAJtUlMCa1JZA2lSYARnUWgGZVFwB2NReQhhUYQKYFCR&#10;DF5Qng1cUK0OW1HADlpR3g9aUfUMWlL/CltS/wlbUf8IW1H/CFtR/wjfSgAAyVMAALtaAACwXwAA&#10;pmEAAJ1hAACUXgAAiFcAAIBWCgB6VxUAdlciAHNYLgBwVzkAbVdBAWpXSQJoVlACZlZXA2RWXgRi&#10;VWUFYFVtB15VdwhcVYIKWlWODFlVnA1XVasOVlW+D1VV2w9VVfMNVVX/C1ZV/wlWVf8JVlX/CFZV&#10;/wjbTQAAxVcAALheAACtYgAAo2UAAJplAACQYwAAg1wAAHtbBgB1WxIAcVsfAG5cKwBrXDYAaFs/&#10;AWVbRwFjW04CYVpVA19aXARdWmMFW1prBllZdQhXWYAKVVmMC1RZmg1SWaoOUVm8DlBZ2A5QWfIN&#10;UVn/C1FZ/wpRWf8JUVn/CFFZ/wjUUQAAwloAALRhAACqZgAAoGgAAJdpAACMZwAAfWAAAHVfAwBv&#10;XxAAa18cAGhgKABmYDMAY2A8AWFgRAFfX0wCXF9TA1tfWgRZX2EFV15pBlVecwhTXn4JUV2KC09d&#10;mQxNXagNTF66Dkte1A5LXvEMTF7/C0xd/wpMXf8JTF3/CExd/wjPVAAAvl4AALFlAACnagAAnW0A&#10;AJRtAACJbAAAeGUAAG9kAABpZA4AZWQZAGJkJQBgZTAAXmU6AFxlQgFaZUoCWGRRAlZkWANUZF8E&#10;UmRnBVBjcQdOY3sJTGOICkpjlwtIY6YMR2O4DUZj0Q1GY+8MRmL/Ckdi/wlHYv8JR2L/CEdi/wjK&#10;WAAAumIAAK5pAACjbgAAmnEAAJByAACEcQAAdGsAAGlpAABjaQsAX2kVAFxqIQBaai0AWGs2AFZr&#10;PwFVa0cBU2pOAlFqVQNPal0ETWplBUppbgZIaXkHRmmGCURplQpDaKULQWm3DEBpzwxAaO4LQWj/&#10;CkFn/wlBZ/8IQmf/CEJn/wjFXQAAtmYAAKptAACgcwAAlnYAAIt3AACAdgAAcHIAAGVxAABccAcA&#10;WHARAFZwHQBUcSgAUnEzAFBxPABPckQBTXFLAUtxUwJJcVoDR3FiBEVwbAVDcHcGQXCEBz9wkwg9&#10;b6MJO3C1CjtwzQo6b+wJO27+CDtu/wg7bf8HO23/Bztt/we/YgAAsWsAAKZzAACdeQAAknsAAId8&#10;AAB7fAAAbXoAAGB4AABWdwEAUHcOAE54GABMeCQAS3kuAEl5NwBIeUAARnlIAUR5TwFCeVcCQXlg&#10;Aj94aQM8eHQEOniCBTh4kQY3eKEHNXizBzR4ywc0d+sHNHb9BzR1/wc1df8GNXT/BjV0/wa5aAAA&#10;rXEAAKJ5AACYfgAAjYAAAIKBAAB2ggAAaYEAAFuBAABRgQAASIAKAEWBEwBDgR4AQoIpAEGCMgBA&#10;gjsAPoJDAD2CSwA7glMBOYJcATeCZgI1gnEDM4J/AzGBjgQwgZ8ELoGxBS2ByAUtgekELX/8BS1+&#10;/wUtff8FLX3/BS19/wWzbgAAqHgAAJ1/AACSgwAAiIYAAH2HAABwiAAAY4kAAFWKAABLigAAQYoC&#10;ADuLDgA5ixcAOIwiADeMLAA2jDUANIw9ADOMRgAyjU8AMY1YAC+NYgEtjG4BK4x7ASqMiwIojJwC&#10;JoyvAiWMxgIli+gCJYr7AyWI/wMliP8DJYf/AyWH/wOtdgAAo4AAAJeFAACNiQAAgowAAHaOAABp&#10;kAAAXJIAAFCTAABElAAAOpUAADGWCAAtlxEALJcaACuXJAAqly0AKZc2ACiYPwAnmEgAJphSACWY&#10;XAAjmGgAIph3ACCYhwAfmJkBHZisARyYwwEcl+UBHJX6ARuU/wEbk/8CG5P/AhuT/wKnfwAAnIYA&#10;AJGLAACHjwAAepIAAG2VAABhmAAAVZsAAEmdAAA9ngAAM58AACqhAAAhowoAH6MRAB6jGgAdpCQA&#10;HKQtABukNgAapD8AGaRKABikVQAWpWEAFaVwABSlgQATpZQAEqWoABGlvwAQpOIAEaL4ABGh/wAR&#10;oP8BEaD/ARGg/wGghgAAlYwAAIyRAAB/lQAAcZoAAGSeAABYoQAATKQAAECmAAA1pwAAKqkAACKs&#10;AAAZrgAAErAJABCxEAAQsRgADrEiAA6xKwANsTUADbFAAAyxSwALsVgACrFnAAixeAAHsYsABbGg&#10;AASwtQAEsNAABLDvAAWv/gAGrv8ABq7/AAau/wCYjgAAj5MAAIKYAAB1nQAAZ6IAAFqnAABOqwAA&#10;Qa0AADWvAAArsQAAIbQAABi2AAARuQAADbwDAAe+DAADvRIAAb0ZAAC+IgAAvisAAL42AAC+QQAA&#10;v04AAL9cAAC/bQAAv4AAAL6VAAC+qgAAvsIAAL3kAAC99gAAvf8AAL3/AAC9/wCSlAAAhZoAAHig&#10;AABqpgAAXKsAAE+wAABCswAANbYAACq4AAAguwAAF74AABDBAAALxAAABMcAAADJBwAAyQ0AAMkS&#10;AADKGQAAyyIAAMsrAADNNQAAzkEAAM5QAADPYAAAz3IAAM+HAADPnQAAz7MAAM/OAADP6wAAzvgA&#10;AM7+AADO/gCImwAAeqIAAGyoAABerwAAULUAAEK5AAA1vAAAKb8AAB7CAAAVxgAADskAAAjMAAAA&#10;0AAAANMAAADVAAAA1gYAANgMAADZEQAA2xYAANwfAADeKAAA4DQAAOJBAADiUQAA42MAAON3AADk&#10;jgAA5KQAAOS6AADl1AAA5eoAAOXzAADl8wB8owAAbqoAAGCyAABRuQAAQ74AADXCAAAoxgAAHMkA&#10;ABPNAAAM0QAABNUAAADaAAAA3gAAAOEAAADiAAAA5AAAAOUDAADnCQAA6Q4AAOsSAADtGgAA7yQA&#10;APIxAAD0QQAA9FMAAPVmAAD1fAAA9pMAAPapAAD3vAAA984AAPffAAD33wBwrAAAYbQAAFO7AABF&#10;wwAANscAACfMAAAb0AAAEdUAAArbAAAA3wAAAOIAAADlAAAA6QAAAOwAAADtAAAA8AAAAPEAAADz&#10;AAAA9QQAAPcKAAD6EAAA/BYAAP8hAAD/LgAA/0AAAP9TAAD/aAAA/4AAAP+WAAD/qAAA/7YAAP+/&#10;AAD/vwD/DRwA/wobAP8CGwD/AB4A/wAkAP8ALgD/ADwA/wBKAP8AVgD/AGMA/wBtAP8AdwD/AH8A&#10;/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCsAP8AtAD/AL0A/wDJAP4A3QD9AO0A/AD6APsA/wD6&#10;AP8A+QD/APoA/wD6AP8A+gD/APoA/wD/EBkA/w0XAP8GFgD/ABgA/wAeAP8AKgD/ADcA/wBFAP8A&#10;UgD/AF4A/wBpAP8AcgD/AHsA/wCCAP8AiQD/AJAA/gCWAP0AnAD8AKEA+wCoAPkArwD4ALgA9gDD&#10;APQA0gDzAOcA8gD2APAA/wDvAP8A8AD/AO8A/wDvAP8A7gD/AO4A/wD/EhQA/w8SAP8LEgD/ABIA&#10;/wAaAP8AJQD/ADMA/wBAAP8ATQD/AFkA/wBkAP0AbQD7AHYA+QB9APcAhAD1AIsA9ACRAPMAlwDx&#10;AJ0A8ACjAO4AqgDsALMA6gC9AOgAywDnAOEA5QDxAOMA/QDjAP8A4gD/AOEA/wDhAP8A4AD/AOAA&#10;/wD/FBAA/xEOAP8NDQD/Bw8A/wIVAP8AIAD/AC0A/wA6AP8ARwD5AFMA9QBeAPIAaADwAHAA7QB4&#10;AOsAfwDpAIUA6ACMAOYAkgDlAJgA4wCfAOEApgDfAK4A3AC4ANoAxQDWANkA1ADsANIA+QDRAP8A&#10;zwD/AM4A/wDOAP8AzgD/AM4A/wD/FwwA/xQIAP8PBQD/DgsA/wwRAP8HGgD/ASYA/AA0APQAQQDt&#10;AE0A6QBYAOYAYgDjAGoA4AByAN4AeQDbAIAA2QCGANYAjQDTAJMA0QCaAM8AoQDNAKoAywCzAMkA&#10;vwDGANAAxQDoAMMA9gDBAP8AwAL/AL8D/wC/A/8AvwP/AL8D/wD/GwYA/xcAAP8UAAD/EwUA/xEN&#10;AP8OFAD5Ch8A8AYsAOYDOQDgA0YA3ANRANYEWwDSBGQAzwVsAMwFcwDKBXoAyAWBAMYFhwDFBo4A&#10;wwaWAMEGnQC/BqYAvQawALsHvAC5CM0AuArlALUL9wCzDf8AsQ3/ALAN/wCwDv8Arw7/AK8O/wD/&#10;HgAA/xsAAP8bAAD6GgAA9RYFAPYRDQDrDhUA4gsiANgLMQDQDD4Ayw1KAMcNVQDEDl4AwQ5mAL8O&#10;bQC9DnQAuw97ALkPggC3EIoAthCRALQQmgCyEKMAsBGtAK8RugCtEcoAqhLlAKcU9wClFf8AoxX/&#10;AKIV/wCiFf8AohX/AKIV/wD/IgAA/yAAAPAjAADmJAAA4CEAANwZBQDbEAwA0BEZAMgTKQDCFTcA&#10;vRZEALkXTgC1F1cAsxhgALAYZwCuGG4ArBl1AKsZfACpGYQAqBqMAKYalACkGp4AoxuoAKEbtACf&#10;HMUAnhzfAJod8wGYHv8Blx7/AZYf/wGVH/8BlR//AZUf/wH/JgAA9CcAAOYtAADaLwAAzy0AAMon&#10;AADHHwgAwRwTALoeIgC0HzEAryA9AKshSACoIlIApiJaAKMjYgChI2kAoCNvAJ4jdwCcI34AmyOG&#10;AJkkjwGXJJkBliSjAZQksAGSJb8BkSXWAY4m7wGMJ/8Ciyf/Aoon/wKJJ/8CiSf/AYkn/wH6KQAA&#10;7DAAAN02AADNOAAAxDcAAL4yAAC6KwIAtSUOAK4nHQCoKSsApCo4AKAqQwCdK0wAmitVAJgrXACW&#10;K2MAlCtqAZIrcQGQLHgBjyyBAY0sigGLLJQCiiyfAogsqwKGLLoChS3OA4Mu6gOBLvwDgC7/An8u&#10;/wJ/Lv8Cfi7/An4u/wL0LgAA5DcAANI9AADFPwAAuz8AALQ8AACvNQAAqS8LAKMvFwCeMSYAmTIz&#10;AJYyPgCSM0gAkDNQAI0zWACLM14BiTNlAYczbAGGM3MBhDN8AoIzhQKAM48DfzOaA30zpwN8M7UE&#10;ejPJBHk05gR3NfkEdjX/A3U1/wN1Nf8DdTX/A3U1/wPwMwAA3T0AAMpDAAC+RQAAtUYAAK1DAACm&#10;PQAAoDYGAJk2EwCUOCEAkDkuAIw5OQCJOUMAhzlMAIQ5UwGCOVoBgDlhAX45aAJ8OW8Cejl3Ank5&#10;gAN3OYsEdTmWBHQ5owVyObEFcTnEBm864gZuOvcFbjv/BG07/wRtO/8DbTr/A206/wPqOQAA1UIA&#10;AMRIAAC5SwAAr0sAAKdJAACfRAAAmD4BAJE8EACMPR0AiD4qAIQ/NQCBPz8Afj9IAHw/TwF6P1YB&#10;eD9dAXY+ZAJ0PmsCcj5zA3A+fANvPocEbT6TBWs+oAZqPq4GaT/AB2c/3gdnP/UGZkD/BWZA/wRm&#10;QP8EZj//BGY//wTlPQAAz0YAAL9MAAC0TwAAqlAAAKJPAACZSgAAkUQAAIpBDQCEQhkAgEMmAH1E&#10;MgB6RDwAd0REAHVETAFyRFMBcENZAW9DYAJtQ2cCa0NvA2lDeQRoQ4MFZkOPBmRDnQdjQ6sHYUO9&#10;CGBE2QhgRPMHYET/Bl9E/wVfRP8EYET/BGBE/wTgQQAAykoAALtQAACwUwAAp1UAAJ5TAACVTwAA&#10;i0kAAINHCwB9RxUAeUciAHZILgBzSDgAcUhBAG5ISQFsSFABakhWAWhIXQJmR2QCZUdsA2NHdgRh&#10;R4AFYEeNBl5HmgdcR6kIW0i7CFpI1AhaSPEHWkn/BlpJ/wVaSP8FWkj/BFpI/wTbRAAAxk0AALhT&#10;AACtVwAAo1kAAJpYAACRVAAAhk4AAH1LCAB3SxIAc0wfAHBMKwBtTDUAa0w+AGhMRgBmTE0BZExT&#10;AWJMWgJhTGICX0xqA15McwRcS34FWkuKBlhLmAdXTKcIVky5CVVM0QlUTO8IVE3/BlVM/wZVTP8F&#10;VUz/BVVM/wXVSAAAwlEAALVXAACqWwAAoFwAAJdcAACNWQAAgVMAAHdPBABxTxAAblAcAGpQKABo&#10;UDIAZVA7AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1hQcQRXUHsFVVCIBlNQlgdSUKUIUFC3CVBQ&#10;zglPUO0IUFD/B1BQ/wZQUP8FUFD/BVBQ/wXQSwAAv1QAALJaAACnXgAAnWAAAJRgAACJXQAAfFcA&#10;AHJUAABsUw4AaFQZAGVUJABiVC8AYFQ4AF5UQABcVEgBWlRPAVlUVgFXVF0CVVRlA1RUbgRSVHkF&#10;UFSGBk5UlAdNVKQIS1S1CEtUzAlKVOsIS1T+B0tU/wZLVP8FS1T/BUtU/wXMTgAAu1cAAK5eAACk&#10;YgAAmmQAAJFkAACGYgAAd1sAAG1YAABmWAwAYlgWAF9YIgBdWSwAW1k2AFlZPgBXWUYAVllNAVRZ&#10;VAFSWVsCUVljA09ZbANNWXcES1iEBUlYkgdIWKIHR1mzCEZZyghFWeoIRln9BkZY/wZGWP8FR1j/&#10;BUdY/wXHUgAAuFsAAKthAAChZgAAmGgAAI5pAACDZwAAcmAAAGheAABhXQkAXF0TAFpdHgBXXSkA&#10;Vl4zAFReOwBSXkMAUV5KAU9eUgFOXlkCTF5hAkpeagNIXnUERl6CBURdkAZDXqAHQV6xB0BeyAdA&#10;XugHQF38BkFd/wVBXf8FQVz/BUFc/wXDVgAAtF8AAKhmAACeagAAlW0AAIptAAB/bAAAb2cAAGRk&#10;AABbYgUAVmIQAFRiGwBSYyUAUGMvAE5kOABNZEAAS2RIAEpkTwFIZFcBRmRfAkVkaAJDZHMDQWN/&#10;BD9jjgU9Y54GPGOwBjtkxgY7ZOYGO2P6BTti/wU7Yv8FPGH/BDxh/wS+WwAAsGMAAKVqAACbbwAA&#10;kXIAAIZyAAB7cQAAbG0AAGBrAABVaQAAT2gNAE1pFwBLaSEASWorAEhqNABHaj0ARWtEAERrTABC&#10;a1QBQWtcAT9qZQI9anACO2p9AzlqjAQ3apwENmquBTVqxAU1auUFNWn5BDVp/wQ1aP8ENWj/BDVo&#10;/wS5YAAArGkAAKFwAACYdQAAjXcAAIJ3AAB3dwAAaXQAAFxzAABRcQAASHAKAEVwEgBDcR0AQnEn&#10;AEByMAA/cjgAPnJAAD1ySAA7clAAOnJZAThyYwE2cm0CNHJ6AjNyiQMxcpoDL3KsAy5ywQMucuMD&#10;LnH4Ay5w/wMub/8DLm//Ay5v/wOzZgAAp28AAJ12AACTegAAiHwAAH59AAByfQAAZHwAAFd7AABM&#10;egAAQnkDADx5DgA6ehcAOXohADh6KgA3ezMANns7ADR7RAAze0wAMntVADB7XwAve2oBLXt3ASt7&#10;hwEqe5gCKHuqAid7vwIme+ECJnr3AiZ4/wImeP8CJ3f/Aid3/wKubAAAo3YAAJl8AACOfwAAhIIA&#10;AHiDAABshAAAX4QAAFGEAABHhAAAPIQAADOECQAwhBEAL4QaAC2EJAAshS0AK4U1ACqFPgAphUcA&#10;KIZQACeGWgAmhmYAJIZzACOGgwAhhpUAIIanAR6GvAEeht4AHoT1AR6C/wEegv8BHoH/AR6B/wGo&#10;dAAAnn0AAJOCAACJhQAAfogAAHGKAABliwAAWIwAAEyNAABAjgAANo4AACyPAAAlkAwAI5ATACKQ&#10;HAAhkCUAIJEuAB+RNgAekUAAHZFJAByRVAAakWAAGZFuABiRfgAWkpAAFZKkABSRuQATkdgAE4/0&#10;ABSO/wAUjf8AFIz/ARSM/wGjfQAAmIMAAI6IAACEjAAAd48AAGmRAABdkwAAUJUAAEWXAAA5mAAA&#10;LpkAACWaAAAdmwIAFp0MABWdEwAUnRsAE50kABKdLQARnjcAEZ5BABCeTAAPnlgADp5nAA2edwAM&#10;nooAC52eAAqdsgAJncwACZzsAAqb/gALmv8AC5n/AAuZ/wCchAAAkYoAAIiOAAB7kgAAbZYAAGCZ&#10;AABUnAAASJ8AADygAAAwoQAAJqMAAB2lAAAVpwAAEKkFAAurDQAIqhMAB6obAAaqJAAFqi4ABKo4&#10;AAKqRAABqlAAAKpeAACqbgAAqoEAAKqVAACpqgAAqcEAAKjkAACo9gAAp/8AAKf/AACn/wCViwAA&#10;jJAAAH+VAABxmgAAY54AAFaiAABKpgAAPagAADGqAAAmqwAAHa0AABSwAAAOsgAACbUBAAK2CgAA&#10;tg8AALYVAAC3HQAAtyUAALcvAAC4OQAAuEYAALhUAAC4ZAAAuHYAALiLAAC3oAAAt7YAALfTAAC2&#10;7wAAtvwAALb/AAC2/wCPkgAAgpcAAHSdAABmogAAWKcAAEusAAA+rwAAMbEAACazAAActgAAE7gA&#10;AA27AAAGvgAAAMEAAADCBAAAwgsAAMMQAADEFQAAxBwAAMUkAADGLgAAyDoAAMlHAADJVwAAyWkA&#10;AMl9AADJlAAAyKoAAMjDAADI5AAAyPQAAMj9AADI/QCFmQAAd58AAGimAABaqwAATbEAAD+1AAAx&#10;uAAAJboAABq9AAARwAAAC8MAAAPHAAAAygAAAM0AAADOAAAAzwMAANAJAADRDgAA0xIAANUZAADX&#10;IgAA2i0AAN05AADeSQAA3loAAN9uAADfhQAA35wAAN+yAADeywAA3uYAAN/0AADf9AB5oQAAa6gA&#10;AFyvAABOtQAAQLsAADG+AAAkwQAAGcUAABDIAAAJzAAAAM8AAADTAAAA2QAAANwAAADdAAAA3wAA&#10;AOEAAADiBQAA5AsAAOYQAADoFgAA6iAAAO0rAADwOgAA8UsAAPFeAADycwAA84sAAPOiAADztgAA&#10;88kAAPPhAADz4QBtqgAAXrEAAFC5AABBvwAAMsQAACTIAAAXzAAADtAAAAbVAAAA2gAAAN4AAADi&#10;AAAA5gAAAOkAAADqAAAA7AAAAO4AAADwAAAA8gAAAPQGAAD2DAAA+RIAAPwcAAD/KQAA/zoAAP9N&#10;AAD/YgAA/3gAAP+QAAD/owAA/7MAAP/BAAD/wQD/BxkA/wEXAP8AFwD/ABoA/wAhAP8AKwD/ADkA&#10;/wBHAP8AVAD/AF8A/wBqAP8AcwD/AHsA/wCDAP8AigD/AJAA/wCWAP8AmwD/AKEA/wCoAP8ArwD/&#10;ALgA/wDEAP4A1QD8AOoA+wD4APoA/wD5AP8A+AD/APgA/wD2AP8A8wD/APEA/wD/CxUA/wUTAP8A&#10;EwD/ABQA/wAaAP8AJwD/ADQA/wBCAP8ATwD/AFsA/wBlAP8AbgD/AHYA/wB+AP8AhQD+AIsA/QCR&#10;APsAlwD6AJ0A+ACjAPcAqwD2ALMA9AC+APMAzADxAOMA7wDzAO4A/wDtAP8A7AD/AOsA/wDsAP8A&#10;7AD/AOsA/wD/DREA/wkQAP8ADwD/ABAA/wAWAP8AIgD/AC8A/wA9AP8ASgD/AFUA/QBgAPoAaQD4&#10;AHEA9gB5APQAfwDzAIYA8QCMAO8AkgDuAJgA7ACfAOsApgDpAK4A5wC4AOUAxQDjANoA4QDtAN8A&#10;+wDeAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/Dw0A/wwLAP8DCQD/AAwA/wASAP8AHQD/ACkA+wA3&#10;APgARAD1AFAA8gBaAO4AYwDsAGsA6QBzAOcAegDlAIAA4wCGAOEAjADfAJMA3QCZANsAoQDZAKkA&#10;1QCyANIAvgDQAM4AzgDmAMwA9gDKAP8AygD/AMkA/wDIAP8AyAD/AMgA/wD/EQgA/w0CAP8HAAD/&#10;BQgA/wAOAP8AFgD3ACIA7wAwAOsAPQDoAEkA5ABUAOAAXQDdAGUA2QBtANUAcwDSAHoA0ACAAM4A&#10;hwDMAI0AygCUAMgAmwDGAKQAxACtAMIAuADAAMcAvQDfALwA8QC7AP4AuQD/ALgA/wC4AP8AuAD/&#10;ALgA/wD/FAAA/w8AAP8NAAD/DAAA/wcJAPgBEADoABoA4wAoAN0ANgDYAEIA0gBNAM4AVwDKAF8A&#10;xwBmAMUAbQDDAHQAwQB6AL8AgQC9AIgAuwCPALkAlwC3AJ8AtQCoALMAswCxAMIArwDYAK4C7QCs&#10;A/sAqwX/AKoG/wCpBv8AqQb/AKkG/wD/FgAA/xIAAPcSAADsEQAA5g4AAOUGCADdAxIA1AMgAM0E&#10;LQDIBDoAwwVGAL8FUAC8BlgAuQZgALcHZwC1B24Aswd1ALEIewCvCIIArgmKAKwJkgCqCZsAqAql&#10;AKYKsAClC78AowzUAKEN7QCfDv4AnQ7/AJwP/wCbD/8Amw//AJsP/wD/GgAA9xkAAOoeAADfHgAA&#10;1RoAANATAgDODAsAxwsWAMANJQC6DjIAtg4/ALIPSQCvEFIArBBaAKoQYQCoEWgAphFvAKQRdgCi&#10;EX0AoRGFAJ8SjgCdEpcAnBKiAJoTrQCYE7wAlxTQAJQV7ACSFv0AkBf/AI8X/wCOF/8Ajhf/AI4X&#10;/wD6HQAA7iMAAN8oAADQKgAAxycAAMEhAAC9GQUAuRIQALIVHgCtFiwAqBc4AKQYQwChGUwAnxlU&#10;AJwaXACaGmIAmRppAJcbcACVG3cAlBt/AJIciACQHJIAjxydAI0dqQCLHbcAih7KAIgf5wCGIPoA&#10;hCD/AYMg/wGDIP8BgiD/AYIg/wH1JAAA5SwAANMxAADGMwAAvDEAALYtAACwJQAArB0MAKYeGACh&#10;ICYAnCEyAJkiPQCVIkcAkyNPAJEjVgCPI10AjSRkAIskawCJJHIAiCR6AIYkgwCEJY0AgyWYAYEl&#10;pAGAJrIBfibFAX0n4gF7J/cBeSj/AXgo/wF4KP8BeCj/AXgo/wHvKwAA3TMAAMo5AAC+OwAAtDoA&#10;AK02AACmLwAAoSgHAJsnEwCWKCAAkSktAI4qOACLK0IAiCtKAIYrUgCEK1gAgixfAIAsZgB/LG0A&#10;fSx1AHssfgF6LIgBeCyUAXYtoAF1La4CdC3AAnIu3QJxLvQCcC//Am8v/wJvL/8Bbi//AW4v/wHo&#10;MQAA0zoAAMM/AAC3QQAArkEAAKY+AACeOAAAlzEBAJEuEACMLxwAiDAoAIQxMwCBMj0AfzJGAH0y&#10;TQB7MlQAeTJbAHcyYQB1MmkBdDJwAXIyeQFwM4QBbzOQAm0znQJsM6sCajS8Amk01QNoNfECZzX/&#10;Amc1/wJmNf8CZjX/AmY0/wLiNgAAzD8AAL1EAACyRwAAqEcAAKBEAACYPwAAkDkAAIg0DQCDNRcA&#10;fzYkAHw3LwB5NzkAdzhCAHQ4SQByOFAAcThXAG84XgBtOGUBbDhtAWo4dQFoOIACZziMAmU4mQNk&#10;OagDYjm5A2E60ANgOu4DYDr/A186/wJfOv8CXzr/Al86/wLdOwAAx0MAALlJAACuSwAApEwAAJtK&#10;AACSRQAAiT8AAIE6CQB7OhQAdzsgAHQ8KwByPDUAbz0+AG09RgBrPU0AaT1TAGg9WgBmPWEBZD1p&#10;AWM9cgFhPX0CYD2JAl49lgNdPqUDWz62BFo+zARaP+wEWT/+A1k//wNZP/8CWT//Alk+/wLWPwAA&#10;w0cAALVMAACqUAAAoFAAAJdPAACOSwAAhEUAAHpABgB1PxEAcUAcAG1AKABrQTIAaUE7AGdBQgBl&#10;QUkAY0FQAGFBVwBgQV4BXkFmAV1CbwJbQnoCWkKGA1hClANXQqMEVUOzBFRDyQRUQ+kEU0P9A1ND&#10;/wNUQ/8DVEP/AlRD/wLQQgAAv0oAALJQAACnUwAAnVQAAJRTAACKUAAAf0oAAHVFAgBuQw4Aa0QZ&#10;AGdFJABlRS4AYkU3AGFFPwBfRUYAXUVNAFtFVABaRlsBWUZjAVdGbAJWRncCVEaDA1NGkQNRRqEE&#10;UEexBE9HxwROR+cETkf7BE5H/wNOR/8DT0f/A09H/wPMRgAAu04AAK9UAACkVwAAmlgAAJFXAACG&#10;VAAAe04AAHBKAABpSA0AZUgWAGJJIQBfSSsAXUk0AFtJPABZSUMAV0lKAFZJUgBVSlkBVEphAVJK&#10;agFRSnUCT0qBA05KjwNMS58ES0uwBEpLxQRJS+YESUv6BElL/wNKS/8DSkv/A0pL/wPISQAAuFEA&#10;AKxXAAChWwAAmFwAAI5cAACDWQAAdlMAAGtOAABkTQoAX0wTAFxNHgBaTSgAWE0xAFZNOgBUTUEA&#10;U05IAFJOTwBQTlcBT05fAU1OaAFMTnMCSk9/AklPjQNHT50ERk+uBEVPwwREUOQERE/5BEVP/wNF&#10;T/8DRU7/A0VO/wPETAAAtVUAAKlbAACfXgAAlWAAAItgAACAXgAAclcAAGdTAABeUQcAWVERAFdR&#10;GwBUUSUAUlIvAFFSNwBPUj8ATlJGAE1TTQBMU1UASlNdAUlTZgFHU3ACRVN9AkRTiwNCU5sDQVSs&#10;BEBUwQQ/VOIEP1T4A0BT/wNAU/8DQFP/A0BS/wPAUAAAslgAAKZeAACcYgAAkmUAAIhlAAB9YgAA&#10;blwAAGNZAABZVgMAVFYOAFFWGABPViIATVcsAExXNABKVzwASVhEAEhYSwBHWFMARVhbAURYZAFC&#10;WG4BQFh7Aj9YiQI9WJkDPFiqAztZvwM6WeADOlj3AzpY/wM7V/8DO1f/AztX/wO8VAAArlwAAKNj&#10;AACZZwAAkGkAAIVpAAB5ZwAAa2IAAGBgAABVXQAATlsMAEtbFABJXB8AR1woAEZdMQBFXTkAQ11B&#10;AEJdSABBXlAAQF5YAD5eYQE8XmwBO154AjlehwI3XpcCNl6pAzVevQM0X90DNF71AzVd/wI1Xf8C&#10;NVz/AjVc/wK4WQAAqmEAAKBnAACWbAAAjG4AAIFuAAB2bAAAZ2kAAFxmAABRZAAASGIJAERiEQBC&#10;YhsAQWMkAD9jLQA+YzUAPWQ9ADxkRQA7ZE0AOWRVADhkXwA2ZGkBNWR2ATNkhQExZZUCMGWnAi9l&#10;uwIuZdoCLmT0Ai5j/wIvY/8CL2L/Ai9i/wKzXgAAp2YAAJxtAACTcQAAiHMAAH1zAABycgAAZHAA&#10;AFhuAABNbAAAQmoDADxpDgA6ahYAOWogADhqKAA2azEANWs5ADRrQQAzbEkAMmxSADFsXAAvbGYA&#10;LmxzACxsggEqbJMBKWylAShsuQEnbdYBJ2vyASdq/wEnav8BKGn/Aihp/wKuZAAAo2wAAJlzAACO&#10;dgAAhHgAAHl5AABteAAAYHcAAFN2AABIdQAAPnMAADRyCgAxcxEAMHMaAC9zIwAucysALXQ0ACx0&#10;PAArdEQAKXRNACh1VwAndWMAJXVvACR1fwAidZAAIXWiACB1twAfddIAH3TxAB9z/wEfcv8BIHH/&#10;ASBx/wGpawAAnnMAAJR5AACKfAAAgH4AAHR/AABnfwAAWn8AAE1+AABDfgAAOH0AAC99AgAofQ0A&#10;Jn0UACR9HAAjfiUAIn4tACF+NgAhfj8AH39IAB5/UgAdf14AHH9rABp/egAZf4wAF3+fABZ/swAV&#10;f84AFX7vABZ8/wAWe/8AFnv/ABd7/wCkcgAAmnoAAI9/AACFggAAe4QAAG2GAABghwAAVIcAAEiI&#10;AAA8iAAAMogAACiIAAAgiAUAGokOABmJFQAYiR0AF4omABaKLgAVijcAFIpBABOKTAASi1gAEYtl&#10;ABCLdQAPi4cADoqbAA2KrwAMisgADInqAA2H/AAOh/8ADob/AA6G/wCfewAAlIEAAIqFAACAiAAA&#10;c4sAAGWNAABZjwAATJAAAEGSAAA0kgAAKpIAACGTAAAZlAAAEpYGAA6XDgANlxUADJcdAAyXJgAL&#10;ly8ACpc5AAmXRAAIl1AABpdeAAWXbgADloAAAZaUAACVqAAAlb4AAJTgAACU9AAAk/8AAZL/AAGS&#10;/wCYggAAjogAAIWMAAB3jwAAapIAAF2VAABQmAAARJoAADibAAAsnAAAIp0AABmeAAASoAAADaIC&#10;AAejCwABoxAAAKMXAACjHwAAoycAAKMxAACkPAAApEgAAKRWAACkZQAAo3cAAKOLAACjoAAAorYA&#10;AKHSAACh8AAAoPsAAKD/AACg/wCRigAAiY4AAHuSAABtlwAAYJsAAFOeAABGoQAAOaMAAC2kAAAj&#10;pgAAGagAABGqAAAMrAAABa4AAACvBwAArw0AAK8RAACwGAAAsCAAALEoAACxMgAAsj4AALJMAACy&#10;WwAAsmwAALKBAACxlwAAsawAALDGAACw6AAAr/cAAK//AACv/wCMkAAAf5UAAHGaAABjnwAAVaQA&#10;AEeoAAA6qgAALawAACKuAAAYsAAAELMAAAq1AAACuAAAALsAAAC7AAAAvAcAALwNAAC9EQAAvhYA&#10;AL8eAADAJwAAwTIAAMJAAADDTwAAw2AAAMN0AADDiwAAw6EAAMO4AADC1wAAwu8AAML6AADB/gCB&#10;lwAAc50AAGWjAABXqAAASa0AADuxAAAtswAAIbYAABa5AAAOuwAAB74AAADBAAAAxQAAAMcAAADI&#10;AAAAyQAAAMoFAADLCwAAzQ8AAM4UAADQHAAA0yYAANYyAADYQQAA2FMAANlmAADZfAAA2ZQAANmr&#10;AADZwwAA2eEAANnwAADZ9AB2nwAAZ6YAAFmsAABLsgAAPLcAAC66AAAhvQAAFcAAAA3EAAAFxwAA&#10;AMoAAADOAAAA0gAAANUAAADWAAAA2QAAANsAAADdAAAA3wcAAOEMAADjEQAA5hkAAOkkAADsMgAA&#10;7UMAAO5WAADvawAA74QAAO+cAADvsgAA78YAAO/dAADv5ABqqAAAW68AAEy2AAA+vAAAL8AAACDE&#10;AAAUyAAADMwAAALQAAAA1AAAANkAAADeAAAA4gAAAOUAAADmAAAA6AAAAOkAAADsAAAA7gAAAPAC&#10;AADyCQAA9Q8AAPgXAAD8IwAA/zMAAP9GAAD/WgAA/3EAAP+JAAD/nwAA/7EAAP/AAAD/xgD/ABUA&#10;/wAUAP8AFAD/ABcA/wAdAP8AKAD/ADcA/wBEAP8AUQD/AFwA/wBmAP8AbwD/AHcA/wB+AP8AhQD/&#10;AIsA/wCRAP8AlwD/AJ0A/wCkAP8AqwD/ALQA/gC/AP0AzgD7AOYA+QD2APgA/wD3AP8A9wD/APcA&#10;/wDwAP8A7AD/AOkA/wD/AxIA/wAQAP8AEAD/ABEA/wAXAP8AJAD/ADIA/wA/AP8ATAD/AFcA/wBh&#10;AP8AagD/AHIA/wB5AP0AgAD8AIYA+gCMAPkAkgD4AJgA9gCfAPUApgD0AK4A8gC5APAAxgDuAN4A&#10;7QDwAOsA/gDqAP8A6QD/AOkA/wDnAP8A4wD/AOAA/wD/Bw4A/wANAP8ACwD/AAwA/wATAP8AHwD/&#10;ACwA/wA6AP8ARgD+AFIA+wBcAPgAZQD1AGwA8wB0APEAegDvAIEA7gCHAOwAjQDqAJMA6QCaAOcA&#10;oQDmAKkA4wCzAOEAvwDfANAA3QDpANoA+QDZAP8A1wD/ANUA/wDVAP8A1QD/ANQA/wD/CQoA/wEF&#10;AP8AAwD/AAkA/wAQAP8AGQD7ACYA9wA0APQAQADyAEwA7gBWAOoAXwDnAGcA5ABuAOIAdADgAHsA&#10;3gCBANwAhwDaAI0A1gCUANQAmwDRAKMAzwCtAMwAuADKAMcAyADgAMYA8wDFAP8AwwD/AMMA/wDD&#10;AP8AwwD/AMMA/wD/CwEA/wMAAP8AAAD/AAMA/wALAPMAEgDuAB8A6gAtAOYAOgDiAEUA3gBPANkA&#10;WADUAGAA0QBoAM4AbgDMAHQAygB7AMgAgQDGAIcAxACOAMIAlgDAAJ4AvgCnALsAsgC5AMAAtwDU&#10;ALUA7ACzAPsAswD/ALIA/wCyAP8AsQD/ALEA/wD/DQAA/wYAAP8DAAD3AAAA9AADAOcADQDgABgA&#10;2gAlANMAMgDOAD4AygBJAMYAUgDDAFoAwABhAL4AaAC8AG4AugB0ALgAewC2AIEAtACIALIAkACw&#10;AJkArgCiAKwArQCqALoAqADLAKYA5gClAPcApAD/AKMA/wCiAP8AogD/AKIA/wD/EAAA+wwAAO8O&#10;AADmDQAA3wkAANoABgDQABEAyQAdAMQAKgC/ADcAuwBCALcASwC0AFQAsgBbAK8AYgCtAGgAqwBu&#10;AKkAdQCoAHsApgCDAKQAiwCiAJQAoACeAJ4BqACcArUAmwPGAJkF4gCYBvQAlgj/AJUJ/wCUCf8A&#10;lAn/AJQJ/wD8EQAA8RUAAOMZAADWGQAAzBUAAMcQAADEBwoAvQMUALcEIQCyBi4Argg6AKoJRACn&#10;CU0ApApVAKIKXACgCmIAngtpAJwLbwCbC3YAmQx+AJcMhgCWDJAAlAyaAJINpgCRDbMAjw3FAI0O&#10;4gCLEPYAiRD/AIgR/wCHEf8AhxH/AIcR/wD2GQAA5yAAANYkAADIJQAAvyIAALkcAAC0FAEAsQ0O&#10;AKoOGQClDycAoRAzAJ0RPgCaEUcAmBJPAJUSVgCTElwAkRJjAJATaQCOE3AAjBN4AIsTgQCJFIsA&#10;hxSWAIYVogCEFbAAgxbBAIEX3QB/GPQAfRn/AHwZ/wB8Gf8Aexn/AHsZ/wDvIQAA3SkAAMotAAC+&#10;LwAAtSwAAK4nAACoIAAAoxcIAJ4WEwCZFyEAlBktAJEaOACOGkEAixtJAIkbUACHG1cAhRxeAIQc&#10;ZACCHGsAgBxzAH8dfAB9HYYAfB6RAHoengB4H6sAdx+8AHYg1AB0IfAAciH/AHEi/wBxIf8AcSH/&#10;AHEh/wDoKAAA0jAAAMI1AAC3NwAArTUAAKUxAACeKwAAmCMCAJIeEACNIBsAiSEnAIYiMgCDIzwA&#10;gSNEAH4jSwB8JFIAeyRZAHkkXwB3JGYAdiVuAHQldwBzJYEAcSaNAG8mmQBuJqcAbSe4AGwnzgFq&#10;KO0BaSn/AWgp/wFoKf8BaCj/AWgo/wHhLgAAyzYAALw7AACxPQAApz0AAJ85AACXMwAAjy0AAIgn&#10;DACDJxYAfygiAHwpLQB5KjcAdyo/AHUqRwBzK04AcStUAHArWwBuK2IAbCtqAGsscgBpLH0AaCyJ&#10;AGYtlgFlLaQBZC60AWMuygFhL+kBYC/9AWAv/wFgL/8BYC//AWAu/wHaNAAAxTwAALdBAACsQwAA&#10;okMAAJlAAACQOgAAiDQAAIAuCAB6LRIAdy4eAHMvKQBxMDMAbzA7AG0wQwBrMUoAaTFRAGcxVwBm&#10;MV4AZDFmAGMybwBhMnkAYDKFAV8ykgFdM6EBXDOxAVs0xgFaNOYBWTX7AVk1/wFZNP8BWTT/AVk0&#10;/wHSOAAAwEAAALNFAACoSAAAnkgAAJVGAACLQAAAgjsAAHk1BABzMxAAbzQaAGw0JQBpNS8AZzU3&#10;AGU2PwBjNkYAYjZNAGA2VABfNlsAXTdjAFw3awBbN3YBWTeCAVg4jwFWOJ4BVTivAlQ5wwJTOeQC&#10;Uzr5AVM5/wFSOf8BUzn/AVM5/wHNPAAAvEQAAK9JAACkTAAAmkwAAJFLAACHRgAAfUAAAHM7AABs&#10;OA0AaDkXAGU5IgBjOisAYDo0AF46PABdOkMAWzpKAFo7UABYO1gAVztgAFY7aABVPHMBUzx/AVI8&#10;jQFQPZwBTz2sAk4+wQJNPuECTT74Ak0+/wFNPv8BTT3/AU09/wHJQAAAuEgAAKxNAAChUAAAl1EA&#10;AI5PAACESwAAeUUAAG5AAABmPQsAYj0UAF89HgBcPigAWj4xAFg+OABXPkAAVT9GAFQ/TQBTP1UA&#10;UkBdAFBAZgBPQHABTkB8AUxBigFLQZoCSkGrAklCvgJIQt4CSEL2AkhC/wJIQv8BSEH/AUhB/wHF&#10;RAAAtUsAAKlQAACeVAAAlVQAAItTAACAUAAAdUoAAGpGAABhQggAXEERAFlCGwBXQiUAVUIuAFNC&#10;NQBRQj0AT0JDAE9DSwBOQ1IATURaAEtEYwBKRG4BSUV6AUdFiAFGRZgCRUapAkRGvQJDRtwCQ0b1&#10;AkNG/wJDRv8BQ0X/AUNF/wHBRwAAsk8AAKZUAACcVwAAklgAAIhYAAB+VQAAcU8AAGZKAABcRgUA&#10;V0YPAFRGGABRRiIAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdIYQBFSWwAREl4AUJJhgFB&#10;SZYBQEqnAj9KuwI+S9gCPkrzAj5K/wI+Sf8BP0n/AT9J/wG9SgAAr1IAAKNYAACZWwAAkF0AAIZc&#10;AAB7WQAAbVMAAGJPAABXTAEAUUoNAE5KFQBMSx8ASksoAElLMABHSzgARkw/AEVMRgBETE4AQ01W&#10;AEJNXwBATWoAP012AT1OhAE8TpQBO06lATlPuQI5T9QCOU/yATlO/wE5Tv8BOU3/ATpN/wG6TgAA&#10;rFYAAKFbAACXXwAAjWEAAINhAAB4XgAAaVgAAF9WAABUUgAATE8LAElPEgBHUBwARVAlAENQLQBC&#10;UDUAQVE8AEBRRAA/UUwAPlJUADxSXQA7UmcAOlJzADhTggE3U5IBNVOkATRTtwEzVNEBM1PxATRT&#10;/wE0Uv8BNFL/ATRS/wG2UgAAqVoAAJ5gAACUZAAAi2YAAIBlAAB0YwAAZl4AAFxcAABRWAAAR1UH&#10;AEJVEABAVRgAP1YhAD1WKgA8VjIAO1Y5ADpXQQA5V0kAOFdRADdYWgA1WGUANFhxADJYgAExWJAB&#10;L1miAS5ZtQEtWc8BLVnvAS5Y/wEuV/8BLlf/AS5W/wGyVwAApV8AAJtlAACRaQAAh2oAAHxqAABx&#10;aAAAY2UAAFhiAABNXwAAQ10CADxbDQA6XBQAOFwdADdcJgA1XS4ANF02ADNdPgAyXUYAMV5OADBe&#10;VwAvXmIALV5uACxffQAqX44AKV+gAChfswEnX8wAJ1/tASde/wEnXf8BKF3/AShc/wGtXAAAomQA&#10;AJhqAACObgAAg28AAHlvAABubgAAYGsAAFRpAABJZwAAP2UAADVjCQAyYxEAMGMZAC9kIQAuZCkA&#10;LWQxACxkOQArZUIAKmVKAChlVAAnZV8AJmZrACRmegAjZosAImadACBmsQAfZskAH2brACBl/gAg&#10;ZP8AIGP/ASFj/wGpYgAAnmoAAJVwAACKcwAAgHUAAHV1AABpdAAAXHIAAE9xAABEbwAAOm4AADBt&#10;AwApbA0AJ2wUACZsHAAlbSQAJG0sACNtNAAibT0AIW5GACBuUAAeblsAHW5nABxudgAabocAGW+a&#10;ABhvrgAWb8YAFm7pABdt/AAYbP8AGGv/ABhr/wCkaQAAmnEAAJB2AACGeQAAfHsAAHF7AABkewAA&#10;V3oAAEp5AAA/eAAANXgAACt3AAAidgcAHXYPABx3FgAbdx4AGncmABl3LgAYdzcAF3hAABV4SgAU&#10;eFYAE3hjABJ4cgAReIMAEHiXAA94qwAOeMMADnfmAA52+gAPdf8AEHX/ABB0/wCfcQAAlXgAAIt8&#10;AACCfwAAd4EAAGqCAABdggAAUIIAAESCAAA4ggAALoIAACSCAAAcggAAFIIJABGDEAAQgxYAEIMe&#10;AA6DJwAOgzAADYM5AA2DRAAMg1AAC4NdAAmDbAAIg34ABoORAAWCpQADgrsABIHbAASB8gAFgP8A&#10;Bn//AAZ//wCaeQAAkH4AAIaDAAB9hQAAb4cAAGKJAABVigAASYsAAD2MAAAxjAAAJowAAB2NAAAV&#10;jgAAD48DAAqQDAAGkBEABI8YAAOPIAABjykAAI8yAACQPQAAkEkAAI9WAACPZQAAj3YAAI+KAACO&#10;nwAAjrQAAI3PAACM7gAAjPsAAIv/AACL/wCUgAAAi4UAAIKJAAB0jAAAZo8AAFmRAABMkwAAQJUA&#10;ADSWAAAolgAAHpcAABWYAAAPmgAACpsAAAKcCQAAnA4AAJwTAACcGgAAnCIAAJ0rAACdNQAAnUAA&#10;AJ1OAACdXAAAnW4AAJyBAACclwAAnKwAAJvGAACa6AAAmfkAAJn/AACY/wCOiAAAhowAAHiQAABq&#10;lAAAXJcAAE+aAABCnQAANp4AACmfAAAfoQAAFaIAAA6kAAAIpgAAAKgAAACpBAAAqQoAAKkOAACp&#10;EwAAqhoAAKoiAACrKwAArDYAAKxEAACsUwAArGMAAKx3AACrjgAAq6QAAKu8AACq3gAAqfQAAKn9&#10;AACp/wCJjgAAe5MAAG2XAABfnAAAUaAAAESkAAA2pgAAKqgAAB6pAAAUqwAADa4AAAawAAAAsgAA&#10;ALUAAAC1AAAAtQMAALYJAAC3DgAAuBIAALgZAAC6IQAAuysAALw4AAC9RwAAvVgAAL1rAAC9gQAA&#10;vZkAAL2wAAC9zAAAvOoAALz3AAC7/gB+lQAAcJsAAGKgAABTpQAARqoAADitAAAqrwAAHrEAABO0&#10;AAAMtwAAA7kAAAC8AAAAvwAAAMIAAADCAAAAwwAAAMQAAADGBgAAxwwAAMgQAADKFgAAzCAAAM8r&#10;AADQOgAA0UsAANFeAADScwAA0osAANKkAADTuwAA09gAANPtAADT9gBznQAAZKMAAFapAABHrwAA&#10;ObMAACq2AAAduQAAErwAAAq/AAAAwwAAAMYAAADJAAAAzQAAAM8AAADQAAAA0gAAANQAAADWAAAA&#10;2QIAANsIAADeDgAA4RMAAOQdAADoKgAA6DwAAOlPAADpZAAA6nwAAOuVAADrrAAA68IAAOzVAADs&#10;5QBmpgAAWKwAAEmzAAA7uQAAK7wAAB3AAAARxAAACcgAAADMAAAAzwAAANMAAADZAAAA3QAAAOAA&#10;AADhAAAA4wAAAOUAAADnAAAA6gAAAOwAAADuBAAA8QsAAPUSAAD4HAAA+ysAAP0+AAD+UwAA/moA&#10;AP+DAAD/mwAA/64AAP++AAD/ygD/ABIA/wAQAP8AEQD/ABMA/wAZAP8AJgD/ADQA/wBBAP8ATQD/&#10;AFgA/wBiAP8AawD/AHMA/wB6AP8AgQD/AIcA/wCNAP8AkwD/AJkA/wCgAP8ApwD+AK8A/AC6APoA&#10;yQD5AOEA+ADzAPcA/wD2AP8A9QD/APEA/wDpAP8A5AD/AOEA/wD/AA8A/wANAP8ADQD/AA4A/wAU&#10;AP8AIQD/AC4A/wA8AP8ASAD/AFMA/wBdAP8AZgD+AG0A/AB1APsAewD5AIIA+ACIAPcAjgD2AJQA&#10;9ACbAPMAogDxAKoA7wC0AO0AwQDrANUA6gDsAOgA/ADnAP8A5QD/AOYA/wDgAP8A2QD/ANQA/wD/&#10;AAsA/wAIAP8ABgD/AAkA/wAQAP8AHAD/ACkA/wA2AP8AQgD7AE4A9wBXAPQAYADyAGgA7wBvAO0A&#10;dgDsAHwA6gCCAOgAiADnAI4A5QCVAOMAnADhAKQA3wCuAN0AuQDaAMoA1wDkANQA9gDRAP8A0AD/&#10;ANAA/wDPAP8AywD/AMcA/wD/AAMA/wAAAP8AAAD/AAQA/wANAPoAFgD2ACMA8wAwAPAAPADtAEcA&#10;6QBRAOUAWgDiAGIA3wBpAN0AbwDaAHYA2AB8ANQAggDSAIgA0ACPAM0AlgDLAJ4AyQCoAMcAswDF&#10;AMEAwgDYAMAA7wC/AP4AvgD/AL0A/wC8AP8AvAD/ALwA/wD/AgAA/wAAAP8AAAD/AAAA9AAHAO0A&#10;EQDoABwA4wApAN8ANQDbAEEA1gBLANEAVADNAFwAygBjAMgAaQDGAG8AwwB1AMEAewC/AIIAvgCI&#10;ALwAkAC6AJgAuACiALUArACzALkAsQDLAK8A5wCuAPgArAD/AKsA/wCsAP8ArAD/AKsA/wD/BAAA&#10;/wAAAPYAAADuAAAA5wAAAN8ADADWABUAzwAiAMoALgDHADoAwwBEAMAATQC8AFUAuQBcALcAYwC1&#10;AGkAswBvALEAdQCvAHsArQCCAKsAigCpAJIApwCcAKUApgCjALMAoQDDAJ8A3gCeAPIAnQD/AJwA&#10;/wCcAP8AmwD/AJsA/wD/BwAA9gkAAOkLAADfCgAA1QQAAM4ABQDGABAAwAAaALsAJwC3ADIAswA9&#10;ALAARgCtAE8AqgBWAKgAXACmAGMApABoAKIAbwChAHUAnwB8AJ0AhACbAI0AmQCXAJcAogCVAK4A&#10;kwC9AJEA0wCQAO0AjwD8AI4A/wCNAf8AjQH/AI0B/wD5DgAA6hIAANwVAADNFQAAxBEAAL4MAAC6&#10;AgoAtAASAK4AHgCqACoApgA1AKIAPwCgAEgAnQFQAJsCVgCZAlwAlwNjAJUDaQCTA28AkQR2AJAE&#10;fwCOBYgAjAWSAIoGngCIBqoAhge6AIUIzwCECusAggv8AIEM/wCADP8AgAz/AIAM/wDxFQAA4B0A&#10;AM0gAADBIQAAuB0AALEXAACsEAAAqAkNAKIHFgCdCSMAmQouAJULOACTDEEAkAxJAI4NUACMDVcA&#10;ig1dAIgNYwCHDWoAhQ5xAIMOegCCDoQAgA6PAH4PmwB8D6gAexC4AHoQzgB4EewAdhL/AHUS/wB0&#10;E/8AdBP/AHQT/wDoHgAA0yYAAMMqAAC4KgAArigAAKcjAACgHAAAmxMDAJYPEACQEBsAjBEnAIkS&#10;MgCGEzsAhBNDAIIUSwCAFFEAfhRXAHwUXgB7FWUAeRVsAHcVdAB2Fn4AdBaKAHIXlgBxF6QAbxi0&#10;AG4YyQBtGegAaxr8AGob/wBqG/8Aahv/AGob/wDgJgAAyi0AALwxAACwMwAApzEAAJ8sAACXJgAA&#10;kB8AAIoXDACFGBYAgRkiAH4aLAB7GzYAeRs+AHccRQB1HEwAcxxTAHEdWQBwHWAAbh1nAG0ecABr&#10;HnoAah6FAGgfkgBnH6AAZSCwAGQhxQBjIeQAYiL6AGEi/wBhIv8AYSL/AGEi/wDXLAAAwzQAALY4&#10;AACqOQAAoTgAAJg1AACQLwAAiCgAAIAhCAB7IBIAdyEdAHQiJwBxIjEAbyM5AG0jQQBrI0gAaSNO&#10;AGgkVQBmJFsAZSRjAGMlawBiJXUAYSWBAF8mjgBeJp0AXSetAFsowQBbKOAAWin3AFkp/wBZKf8A&#10;WSn/AFko/wDPMgAAvjkAALE9AACmPwAAnD8AAJM8AACKNgAAgTAAAHkqAwByJg8AbicZAGsoIwBp&#10;KCwAZik1AGUpPABjKUMAYSpKAGAqUQBeKlcAXSpfAFwraABaK3IAWSx9AFgsiwBWLZoAVS2qAFQu&#10;vQBTLtwAUi/1AFIv/wBSLv8AUi7/AFIu/wDKNgAAuj0AAK1CAACiRAAAmEQAAI9BAACFPAAAezcA&#10;AHIxAABrLAwAZy0VAGQtHwBhLigAXy4xAF0uOQBcL0AAWi9GAFgvTQBXL1QAVjBcAFUwZABTMW4A&#10;UjF6AFExiABQMpcATjKoAE0zuwBNNNgATDTzAEw0/wBMNP8ATDP/AEwz/wDGOgAAtkIAAKlGAACe&#10;SQAAlUkAAItHAACBQgAAdz0AAG03AABkMgkAYDISAF0yHABaMiUAWDMtAFYzNQBVMzwAUzRDAFI0&#10;SgBRNFEAUDRZAE81YQBNNWwATDZ3AEs2hQBKN5UASDemAEc4uAFHONMBRjjxAUY4/wFGOP8ARjj/&#10;AEY3/wDBPgAAskUAAKZKAACcTQAAkk0AAIhLAAB+RwAAc0IAAGk9AABfNwYAWjYQAFc3GABUNyIA&#10;UjcqAFA3MgBPODkATThAAEw4RwBLOE4ASjlWAEk5XwBIOmkARzp1AEU7gwBEO5MAQzykAUI8tgFB&#10;PdABQT3wAUE9/wFBPP8BQTz/AUE8/wC+QgAAr0kAAKNOAACZUAAAj1EAAIVQAAB7TAAAb0YAAGVC&#10;AABaPQIAVDsOAFE7FQBPOx8ATTsnAEs7LwBJPDYARzw9AEc8RABGPUsART1UAEQ+XABDPmcAQj9z&#10;AEA/gQA/P5EAPkCiAD1AtQE8Qc4BPEHuATxB/wE8QP8BPED/AT0//wG6RQAArEwAAKFRAACXVAAA&#10;jVUAAINUAAB4UQAAbEsAAGFHAABWQgAAT0AMAEw/EwBJQBwAR0AkAEZALABEQDMAQ0A6AEJBQgBB&#10;QUkAQEJRAD9CWgA+Q2UAPUNxADtDfwA6RI8AOUSgADhFswE3RcsBN0XsATdF/wE3RP8BOET/AThD&#10;/wC3SQAAqVAAAJ5VAACUWAAAi1kAAIBYAAB2VgAAaFAAAF1MAABTSAAASkUJAEZEEQBERBkAQkQi&#10;AEFFKQA/RTEAPkU4AD1FPwA8RkcAO0ZPADpHWAA5R2IAOEhuADZIfAA1SI0ANEmeADNJsQAySckA&#10;MUnrADJJ/gAySP8AMkj/ADNI/wC0TAAAp1QAAJxZAACSXAAAiF0AAH5dAABzWgAAZVUAAFtSAABQ&#10;TgAARkoFAEBJDgA+SRYAPUkeADtKJgA6Si4AOUo1ADhLPQA3S0QANktNADRMVgAzTGAAMkxsADFN&#10;egAwTYsALk2cAC1OrwAsTscALE7pACxN/QAtTf8ALUz/AC1M/wCwUAAApFgAAJldAACPYQAAhmIA&#10;AHthAABwXwAAYlsAAFhYAABOVQAAQ1EBADtPDAA4TxMANk8bADVPIwA0UCsAM1AyADJQOgAxUEIA&#10;MFFKAC5RUwAtUl0ALFJpACtSeAApUogAKFOaACdTrQAmU8UAJlPnACZT/AAnUv8AJ1H/ACdR/wCs&#10;VQAAoFwAAJZiAACNZgAAg2cAAHhmAABtZQAAYGEAAFVeAABKWwAAP1gAADVWCAAxVRAAMFYXAC5W&#10;HwAtVicALFYvACtXNgAqVz4AKVdHAChXUAAmWFoAJVhnACRYdQAjWYYAIVmYACBZqwAfWcIAH1nl&#10;AB9Y+gAgWP8AIFf/ACFX/wCoWgAAnWIAAJNnAACKawAAf2wAAHVsAABqawAAXWgAAFFlAABGYwAA&#10;O2AAADFeAwAqXQ0AKF0TACZdGwAlXiMAJF4qACNeMgAiXjoAIV5DACBfTAAfX1cAHl9jABxgcQAb&#10;YIIAGWCVABhgqQAXYMAAFmDiABdf+QAYXv8AGV7/ABld/wCkYAAAmWgAAJBuAACGcAAAfHIAAHJy&#10;AABmcQAAWG4AAExsAABBawAANmkAAC1nAAAjZggAH2YPAB1mFQAcZh0AG2YlABpmLQAZZzUAGGc+&#10;ABdnSAAWZ1MAFWhfABNobgASaH8AEWiSABBopgAPaL0ADmjgABBn9wAQZv8AEWX/ABFl/wCfZwAA&#10;lm8AAIxzAACCdgAAeHgAAG14AABgdwAAU3YAAEZ0AAA7cwAAMXIAACdxAAAecQAAFnAKABNwEAAT&#10;cBcAEnAfABFxJwAQcS8AEHE4AA5xQgAOcU4ADXFbAAxxaQALcXoACnGNAAhxoQAGcbYABnDSAAdw&#10;7wAIb/8ACW7/AAlu/wCbbwAAkXUAAId5AAB+fAAAdH4AAGZ+AABZfgAATX4AAEB9AAA1fQAAKnwA&#10;ACF8AAAYfAAAEXwEAAx8DAAKfBEACXwZAAh8IQAHfCkABnwyAAR8PQADfEgAAXxVAAB8YwAAfHQA&#10;AHyHAAB7nAAAe7EAAHrLAAB56wAAefoAAHn/AAB4/wCWdwAAjHwAAIOAAAB5gwAAbIQAAF6FAABR&#10;hgAARYcAADmHAAAthwAAI4cAABqHAAAShwAADYgBAAaJCgABiQ8AAIkUAACIGwAAiCMAAIksAACJ&#10;NgAAiUIAAIhOAACIXQAAiG0AAIiBAACHlQAAh6sAAIbEAACF5gAAhPgAAIT/AACE/wCQfgAAh4MA&#10;AH6HAABxiQAAY4sAAFaNAABJjwAAPJEAADCRAAAkkQAAGpIAABKTAAANlAAABpUAAACWBgAAlgwA&#10;AJUQAACWFQAAlh0AAJYkAACWLgAAljkAAJZGAACWVQAAlmUAAJZ4AACVjgAAlaQAAJS8AACT3wAA&#10;k/UAAJL/AACS/wCLhgAAg4oAAHWNAABnkAAAWZQAAEyXAAA/mQAAMpoAACabAAAbnAAAEp0AAAyf&#10;AAAEoAAAAKIAAACjAQAAowcAAKMMAACjEAAApBUAAKQcAAClJQAApi8AAKY8AACmSwAAplsAAKZu&#10;AAClhAAApZsAAKSzAACj0AAAo+8AAKL8AACi/wCGjQAAeJEAAGqVAABcmQAATp0AAEGgAAAzogAA&#10;JqMAABulAAARpwAACqkAAAGrAAAArQAAAK8AAACwAAAAsAAAALAFAACxCwAAsg8AALMUAAC0GwAA&#10;tSQAALcwAAC3PwAAt1AAALdiAAC3eAAAt5AAALapAAC2wgAAtuQAALb1AAC1/gB7kwAAbZgAAF+d&#10;AABQogAAQqYAADSpAAAmqwAAGq0AABCvAAAJsgAAALQAAAC3AAAAugAAALwAAAC9AAAAvgAAAL4A&#10;AADAAgAAwQgAAMINAADEEgAAxhkAAMkkAADKMgAAy0MAAMtVAADMagAAzIMAAMycAADLtQAAzM4A&#10;AMzpAADM9gBwmwAAYaEAAFKmAABEqwAANrAAACeyAAAatQAAELgAAAe7AAAAvgAAAMEAAADEAAAA&#10;yAAAAMsAAADLAAAAzQAAAM4AAADQAAAA0gAAANUDAADYCgAA2xAAAN4YAADiJAAA4zUAAORIAADl&#10;XAAA5nMAAOaNAADmpQAA5rwAAObTAADn5wBjpAAAVaoAAEawAAA4tQAAKLkAABq8AAAPwAAABcQA&#10;AADHAAAAywAAAM8AAADUAAAA2AAAANwAAADdAAAA3wAAAOEAAADjAAAA5QAAAOgAAADqAAAA7QYA&#10;APEOAAD1FgAA+CUAAPk4AAD5TQAA+mMAAPt8AAD8lQAA/KoAAPy7AAD9ywD/AA8A/wAOAP8ADgD/&#10;ABAA/wAWAP8AIwD/ADAA/wA9AP8ASQD/AFQA/wBeAP8AZgD/AG4A/wB2AP8AfAD/AIIA/wCJAP8A&#10;jwD/AJUA/gCbAP0AowD7AKsA+gC1APkAwwD3ANsA9gDwAPQA/wDzAP8A8gD/AOwA/wDiAP8A3AD/&#10;ANYA/wD/AAwA/wAJAP8ACAD/AAoA/wASAP8AHgD/ACsA/wA4AP8ARAD/AE8A/wBZAP4AYQD8AGkA&#10;+gBwAPgAdwD3AH0A9gCDAPQAiQDyAI8A8QCWAO8AnQDtAKUA7ACvAOoAvADoAM0A5gDoAOQA+gDj&#10;AP8A4gD/AOAA/wDVAP8AzgD/AMsA/wD/AAYA/wABAP8AAAD/AAQA/wAOAP8AGQD/ACUA/QAyAPsA&#10;PgD3AEkA8wBTAPAAXADuAGMA7ABqAOoAcQDoAHcA5gB9AOQAgwDiAIkA4ACQAN4AlwDcAJ8A2QCp&#10;ANYAtADTAMQA0ADeAM4A8wDMAP8AywD/AMoA/wDIAP8AwgD/AL4A/wD/AAAA/wAAAP8AAAD/AAAA&#10;+wALAPYAEwDxACAA7QAsAOoAOADnAEMA4wBNAOAAVgDcAF0A2QBkANUAawDSAHEA0AB2AM4AfADM&#10;AIMAygCJAMgAkQDGAJkAxACjAMEArQC/ALsAvQDPALsA6wC5APwAtwD/ALcA/wC2AP8AtAD/ALEA&#10;/wD/AAAA/wAAAP8AAAD2AAAA7gAFAOcADwDhABkA2wAlANUAMQDSADwAzgBGAMoATwDHAFcAxABe&#10;AMEAZAC/AGoAvQBwALsAdgC5AHwAuACDALYAigCzAJMAsQCcAK8ApwCtALMAqwDFAKkA4QCnAPUA&#10;pgD/AKUA/wCkAP8ApAD/AKQA/wD/AAAA/AAAAPEAAADoAAAA4AAAANQACwDMABMAxwAfAMIAKgC/&#10;ADUAvAA/ALgASAC1AFAAswBXALAAXgCuAGQArABpAKsAbwCpAHUApwB8AKUAhACjAIwAoQCWAJ8A&#10;oQCdAK0AmgC8AJgA0gCXAO4AlQD+AJQA/wCVAP8AlQD/AJUA/wD8AQAA8AUAAOMHAADVBQAAzAAA&#10;AMUABAC+AA4AuAAXALMAIwCvAC4AqwA4AKkAQQCmAEoAowBRAKEAVwCfAF0AnQBjAJsAaQCaAG8A&#10;mAB2AJYAfQCUAIYAkgCQAJAAmwCOAKcAjAC2AIoAyQCIAOcAhwD5AIcA/wCGAP8AhgD/AIYA/wD0&#10;DAAA5BAAANESAADFEQAAvQ4AALYIAACxAAgAqwARAKYAGwChACYAngAxAJoAOgCYAEMAlQBKAJMA&#10;UQCRAFcAjwBdAI4AYwCMAGkAigBwAIgAdwCGAIAAhACLAIIAlgCAAKMAfgCxAH0AxAB7AuEAegP1&#10;AHoF/wB5Bf8AeAb/AHgG/wDqEwAA1hoAAMYdAAC6HAAAsRkAAKoTAACkDQAAnwUMAJkAFACVAB8A&#10;kQIpAI0DMwCLBDwAiAVEAIYGSwCEBlEAggdXAIEHXQB/B2MAfQhqAHsIcgB6CHwAeAmGAHYJkgB0&#10;CqAAcwqvAHELwQBwDN8Abw32AG4O/wBtDv8AbQ7/AG0O/wDhHAAAyyMAALwmAACxJgAAqCQAAKAe&#10;AACZGAAAkxACAI4LDgCICxcAhAwiAIENLAB+DTUAfA49AHoORQB4DksAdw5RAHUPWABzD14AcRBl&#10;AHAQbgBuEHcAbBCCAGsQjwBpEZ0AaBGtAGYSwABlEt8AZBP2AGMU/wBjFP8AYhT/AGIU/wDWJAAA&#10;wyoAALUuAACqLwAAoC0AAJgoAACQIgAAiRsAAIITCAB9ERIAeRIcAHYTJwBzFDAAcRQ4AG8VPwBt&#10;FUYAbBVMAGoWUwBoFlkAZxZhAGUWaQBkF3IAYhd+AGEYiwBfGJkAXhmpAFwZvABcGtgAWhvzAFoc&#10;/wBZHP8AWRz/AFkc/wDNKgAAvTEAAK81AACkNgAAmzQAAJIxAACJKwAAgSUAAHkdAwBzGA4AbxkY&#10;AGwaIgBpGysAZxszAGUcOwBkHEEAYh1IAGAdTgBfHVUAXR1cAFweZABbHm4AWR95AFgfhwBWIJYA&#10;VSCmAFQhuABTIdIAUiLxAFIj/wBSI/8AUiL/AFIi/wDILwAAuDYAAKs6AACgPAAAljsAAI04AACD&#10;MgAAei0AAHImAABqIAwAZiATAGMhHQBhISYAXyIvAF0iNgBbIj0AWiNEAFgjSgBXI1EAVSNYAFQk&#10;YQBTJGoAUSV2AFAlgwBPJpMATiejAEwntQBMKM4ASyjuAEsp/wBLKP8ASyj/AEso/wDDNAAAszsA&#10;AKc/AACcQQAAkkAAAIk+AAB/OQAAdTMAAGwtAABjJwgAXiYRAFwmGQBZJyIAVycrAFUoMgBUKDkA&#10;UihAAFEoRgBQKU0ATilVAE0pXQBMKmcASypzAEkrgABIK5AARyyhAEYtswBFLcsARS7sAEQu/wBE&#10;Lv8ARS3/AEUt/wC+OAAAsD8AAKRDAACZRQAAj0UAAIVDAAB7PgAAcTkAAGc0AABeLgQAWCsOAFUr&#10;FgBSLB8AUCwnAE8sLwBNLTYATC08AEotQwBJLUoASC5SAEcuWgBGL2QARS9wAEMwfgBCMI0AQTGe&#10;AEAysQA/MsgAPzPqAD8z/gA/Mv8APzL/AD8y/wC7PAAArUMAAKFHAACWSQAAjEkAAINIAAB4RAAA&#10;bT4AAGM5AABaNAAAUjAMAE8wEwBMMBwASjAkAEkxKwBHMTIARjE5AEQxQABDMkcAQjJPAEEzWABA&#10;M2IAPzRtAD40ewA9NYsAPDacADs2rwA6N8YAOTfoADk3/AA6N/8AOjb/ADo2/wC3QAAAqkYAAJ5L&#10;AACUTQAAik4AAIBMAAB1SAAAakMAAGA+AABWOQAATTUJAEk0EQBHNRkARTUhAEM1KABBNS8AQDU2&#10;AD82PQA+NkUAPTdNADw3VQA7OGAAOjhrADk5eQA4OYkANzqbADU6rQA1O8QANDvmADQ7+wA1O/8A&#10;NTr/ADU6/wC0QwAAp0oAAJxOAACSUQAAiFIAAH5QAABzTQAAZ0gAAFxEAABSPwAASDoGAEQ5DwBB&#10;ORYAPzkeAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc8UwA2PF0ANT1pADQ9dwAzPocAMT6ZADA/&#10;qwAvP8IALz/kAC8/+gAwP/8AMD7/ADA+/wCxRwAApE0AAJlSAACPVQAAhlYAAHxVAABxUgAAZEwA&#10;AFlJAABPRQAARUADAD8+DQA8PhMAOj4bADk+IwA3PioANj8xADU/OAA0P0AAM0BIADJAUQAxQVsA&#10;MEFnAC5CdQAtQoUALEOXACtDqgAqQ8AAKUTiACpD+QAqQ/8AK0L/ACtC/wCuSgAAoVEAAJdWAACN&#10;WQAAg1oAAHlaAABuVwAAYVIAAFdOAABNSwAAQ0cAADpDCgA2QxEANEMYADNDIAAyRCcAMUQvADBE&#10;NgAvRT0ALUVGACxFTwArRlkAKkZkAClHcgAoR4MAJkeVACVIqAAkSL4AI0jgACRI9wAlR/8AJUf/&#10;ACZH/wCqTwAAn1UAAJRaAACLXgAAgV8AAHdeAABrXAAAX1gAAFVVAABLUQAAQE0AADVKBwAwSQ4A&#10;LkkVAC1JHQAsSSQAK0orACpKMwAoSjsAJ0tDACZLTAAlS1YAJExiACNMcAAhTIAAIE2TAB9NpgAe&#10;TbsAHU7dAB5N9gAeTP8AH0z/ACBL/wCnUwAAnFoAAJJfAACIYwAAfmQAAHRjAABpYQAAXF4AAFJb&#10;AABHWAAAPFUAADJSAgAqUAwAJ08SACZQGQAlUCAAJFAoACNQLwAiUTcAIVFAACBRSQAeUlMAHVJf&#10;ABxSbQAaU30AGVOQABhTpAAWU7kAFVPZABZT9AAXUv8AGFH/ABlR/wCjWQAAmGAAAI9lAACFaAAA&#10;e2kAAHFpAABmZwAAWWQAAE1hAABCXwAAOFwAAC5aAAAlWAgAIFcOAB5XFAAdVxwAHFgjABtYKwAa&#10;WDMAGVg8ABhYRQAWWVAAFVlbABRZaQATWnoAElqNABFaoQAQWrcADlrVABBZ8wAQWf8AEVj/ABFY&#10;/wCfXwAAlWYAAIxrAACCbQAAeG4AAG5vAABibQAAVWoAAEhoAAA+ZgAAM2UAACljAAAgYQEAGGAL&#10;ABVgEAAUYBcAE2AeABJgJgASYC4AEWE3ABBhQAAPYUsADmFYAA1hZgAMYnYAC2KJAAphnQAJYbIA&#10;CGHLAAhh6wAJYP0ACl//AAtf/wCbZgAAkm0AAIhxAAB+cwAAdXUAAGp0AABccwAAT3IAAENwAAA4&#10;bwAALW4AACRsAAAbawAAE2sEAA5qDAANahIADGoZAAtqIQAKaikACWoyAAhqPAAHa0cABWtTAARr&#10;YQACa3EAAGqEAABqmAAAaq0AAGnGAABp5wAAafgAAGj/AABo/wCXbQAAjXMAAIR3AAB7egAAcHsA&#10;AGN7AABWegAASXoAAD15AAAxeAAAJ3cAAB12AAAVdgAAD3YCAAl2CgAEdg8AAHYVAAB2HAAAdiQA&#10;AHUsAAB1NgAAdUEAAHVOAAB1XAAAdWwAAHV+AAB0kwAAdKgAAHPAAABz4wAAcvcAAHL/AABx/wCS&#10;dQAAiXoAAIB+AAB2gAAAaYEAAFuCAABOggAAQYIAADWDAAApggAAH4EAABaBAAAQggAACoIAAAKD&#10;BwAAgg0AAIIRAACCFwAAgh4AAIImAACCLwAAgjsAAIJHAACCVQAAgWUAAIF4AACBjQAAgKIAAH+6&#10;AAB/3QAAfvQAAH3/AAB9/wCNfAAAhIEAAHuEAABuhgAAYIgAAFKKAABFiwAAOYwAACyMAAAhjAAA&#10;F4wAABCNAAAJjgAAAo8AAACQAwAAjwkAAI8OAACPEgAAkBgAAJAfAACQKAAAkDIAAJA/AACQTQAA&#10;kF0AAI9wAACPhQAAjpwAAI6zAACN0AAAjPAAAIv+AACL/wCIhAAAgIgAAHKLAABkjQAAVpAAAEiT&#10;AAA7lQAALpYAACKWAAAXlwAAD5gAAAiZAAAAmwAAAJ0AAACdAAAAnQMAAJ0JAACdDQAAnhEAAJ4X&#10;AACfHwAAnykAAKA1AACgQwAAoFQAAKBmAACfewAAnpMAAJ6rAACdxgAAnekAAJz5AACc/wCDiwAA&#10;dY4AAGeSAABZlgAAS5kAAD2cAAAwngAAI58AABegAAAOogAAB6QAAACmAAAAqAAAAKoAAACqAAAA&#10;qgAAAKsBAACrBwAArAwAAK0QAACuFgAArx4AALEpAACxOAAAsUgAALFaAACxbwAAsYgAALGgAACw&#10;ugAAr90AAK/yAACv/QB4kQAAapYAAFyaAABNnwAAP6MAADGmAAAjpwAAF6kAAA6rAAAFrgAAALAA&#10;AACyAAAAtQAAALcAAAC3AAAAuAAAALkAAAC6AAAAvAMAAL0JAAC+DgAAwBQAAMMeAADFKwAAxTwA&#10;AMZOAADGYgAAxnoAAMaUAADGrQAAxsgAAMXlAADF8wBsmQAAXp4AAE+kAABBqAAAMqwAACSvAAAW&#10;sQAADbQAAAO3AAAAugAAAL0AAADAAAAAxAAAAMYAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4AAADQ&#10;BgAA0w0AANgTAADcHgAA3i0AAN9AAADgVAAA4WsAAOGFAADhnwAA4bcAAOHPAADh5gBgoQAAUqcA&#10;AEOtAAA0sgAAJbUAABe5AAANvAAAAb8AAADDAAAAxwAAAMoAAADPAAAA0wAAANYAAADXAAAA2gAA&#10;ANwAAADfAAAA4QAAAOMAAADmAAAA6QEAAOwLAADwEgAA8x8AAPQxAAD2RgAA91wAAPh0AAD4jwAA&#10;+aYAAPm4AAD4yQD/AA0A/wALAP8ACwD/AA4A/wATAP8AHwD/ACwA/wA5AP8ARQD/AFAA/wBZAP8A&#10;YgD/AGoA/wBxAP8AdwD/AH4A/wCEAP4AigD9AJAA/ACXAPoAngD5AKcA9wCxAPYAvgD1ANIA8wDs&#10;APEA/gDwAP8A8AD/AOYA/wDcAP8A0gD/AM0A/wD/AAcA/wAEAP8AAgD/AAYA/wAQAP8AGwD/ACcA&#10;/wAzAP8APwD/AEoA/gBUAPsAXQD5AGQA9wBrAPUAcgDzAHgA8gB+APAAhADvAIoA7QCRAOwAmQDq&#10;AKEA6ACrAOYAtgDkAMcA4gDjAOAA9wDeAP8A3QD/ANkA/wDMAP8AxQD/AMEA/wD/AAAA/wAAAP8A&#10;AAD/AAEA/wANAP8AFgD8ACIA+QAuAPYAOQDzAEUA7wBOAOwAVwDpAF4A5gBlAOQAbADiAHIA4AB3&#10;AN8AfgDdAIQA2wCLANgAkgDVAJsA0gCkAM8ArwDNAL4AywDVAMkA7wDHAP8AxQD/AMQA/wC+AP8A&#10;uAD/ALUA/wD/AAAA/wAAAP8AAAD+AAAA9wAJAPEAEQDrABwA5wAoAOQAMwDhAD4A3QBIANgAUQDT&#10;AFgA0ABfAM4AZQDMAGsAygBxAMgAdwDGAH0AxACEAMIAjADAAJQAvgCeALsAqAC5ALYAtwDIALUA&#10;5gCzAPoAsQD/ALAA/wCwAP8ArAD/AKkA/wD/AAAA/wAAAPoAAADxAAAA6AADAOAADQDYABYA0QAi&#10;AM0ALQDKADcAxgBBAMIASgC/AFIAvQBZALoAXwC4AGUAtwBqALUAcACzAHYAsQB9AK8AhQCtAI0A&#10;qwCXAKkAoQCnAK4ApQC+AKIA2ACgAPIAnwD/AJ4A/wCeAP8AngD/AJwA/wD/AAAA9wAAAOsAAADh&#10;AAAA1gAAAMsACQDFABEAvwAbALsAJgC3ADEAtAA6ALEAQwCuAEsAqwBSAKkAWACnAF4ApgBkAKQA&#10;aQCiAHAAoAB2AJ4AfgCcAIYAmgCQAJgAmwCWAKcAlAC2AJIAygCQAOkAjwD8AI4A/wCNAP8AjAD/&#10;AI0A/wD4AAAA6QIAANsDAADMAQAAxAAAAL0AAgC2AA0AsAAVAKsAIACnACoApAA0AKEAPACeAEQA&#10;nABLAJoAUgCYAFgAlgBdAJUAYwCTAGkAkQBwAI8AdwCNAIAAiwCKAIkAlQCHAKEAhQCvAIMAwQCB&#10;AOAAgAD1AH8A/wB/AP8AfwD/AH8A/wDuCgAA3A4AAMoQAAC+DgAAtQsAAK8DAACpAAcAowAQAJ4A&#10;GACZACMAlgAsAJMANQCQAD4AjgBFAIwASwCKAFEAiABXAIYAXQCFAGMAgwBqAIEAcQB/AHoAfQCE&#10;AHsAjwB5AJwAdwCqAHUAuwB0ANQAcgDwAHIA/wByAP8AcQD/AHEA/wDjEQAAzRcAAL8ZAACzGQAA&#10;qhUAAKMQAACdCgAAlwEKAJEAEgCNABsAiQAlAIUALwCDADcAgAA+AH4ARQB9AEsAewBRAHkAVwB4&#10;AF0AdgBkAHQBawByAXQAcAJ/AG4CiwBsA5gAawOmAGkEtwBoBc4AZwfsAGYI/QBmCf8AZQn/AGUJ&#10;/wDWGgAAxCAAALYjAACrIwAAoSAAAJkbAACSFAAAjA4BAIYHDQCABBQAfAYeAHkHKAB2CDAAdAg4&#10;AHIJPwBwCUUAbwpMAG0KUgBsClgAagtfAGgLZwBnC3AAZQx6AGMMhwBiDJUAYA2kAF8NtgBeDc4A&#10;XA7tAFwP/wBbEP8AWxD/AFsQ/wDNIQAAvCgAAK8rAACkKwAAmikAAJIkAACJHwAAghgAAHsRBQB1&#10;DQ8AcQ0XAG4OIQBrDioAaQ8yAGcQOQBlEEAAZBBGAGMQTQBhEFMAXxFaAF4RYgBcEWsAWxF2AFkS&#10;gwBYEpIAVhOiAFUTtABUE8sAUxTsAFIV/wBSFv8AUhX/AFIV/wDGKAAAti4AAKkyAACfMgAAlTEA&#10;AIwtAACDJwAAeiEAAHIaAABrEwsAZxMTAGQUHABhFCUAXxUtAF0VNABcFTsAWxZCAFkWSABYFk8A&#10;VhdWAFUXXgBTF2cAUhhyAFAYfwBPGY4AThqfAEwasABLG8cASxvpAEoc/QBKHP8AShz/AEoc/wDB&#10;LQAAsTQAAKU3AACaOAAAkDcAAIc0AAB9LwAAdCkAAGwjAABkHAcAXhkQAFsaGABZGyEAVxspAFUb&#10;MABUHDcAUhw9AFEcRABPHUsATh1SAE0dWgBLHmMASh5uAEkffABHH4sARiCcAEUhrgBEIcQAQyLm&#10;AEMi/ABDIv8AQyL/AEMi/wC8MgAArTgAAKE8AACXPgAAjT0AAIM6AAB5NQAAbzAAAGYqAABeJAIA&#10;VyANAFQgFABRIB0ATyElAE4hLABMITMASyI6AEkiQABIIkcARyJOAEYjVwBEI2AAQyRrAEIkeQBB&#10;JYgAPyaZAD4mqwA9J8EAPSfjAD0o+gA9KP8APSf/AD0n/wC4NgAAqj0AAJ5AAACUQgAAikIAAIA/&#10;AAB2OwAAbDYAAGIwAABZKgAAUSULAE0lEQBLJRkASSUhAEcmKABFJi8ARCY2AEMmPQBCJ0QAQSdL&#10;AD8oVAA+KF0APSlpADwpdgA7KoYAOSuXADgrqQA3LL8ANyzgADcs+AA3LP8ANyz/ADgs/wC1OgAA&#10;p0AAAJxEAACRRgAAh0YAAH1EAABzQAAAaDsAAF82AABVMQAATCsHAEcpDwBFKhYAQyoeAEEqJQA/&#10;KiwAPiszAD0rOQA8K0EAOyxIADosUQA5LVsAOC5mADYucwA1L4MANC+VADMwpwAyML0AMTHeADEx&#10;9wAyMf8AMjD/ADMw/wCxPgAApEQAAJlIAACPSgAAhUoAAHtJAABwRQAAZUAAAFs7AABSNgAASDEE&#10;AEIuDQA/LhMAPS4bADsuIgA5LykAOC8vADcvNgA2MD4ANTBGADQxTwAzMVkAMjJkADEycQAwM4EA&#10;LzSTAC40pgAsNbsALDXbACw19QAtNf8ALTT/AC40/wCuQQAAokgAAJdMAACNTgAAg04AAHlNAABu&#10;SgAAYkUAAFhAAABOPAAARTcAAD0zCwA5MxEANzMYADYzHwA0MyYAMzMtADI0NAAxNDwAMDVEAC81&#10;TAAuNlYALTZiACw3bwArN38AKjiRACg4pAAnObkAJjnYACc59AAoOf8AKDj/ACk4/wCrRQAAn0sA&#10;AJRPAACLUgAAgVMAAHdSAABsTwAAX0kAAFZGAABMQgAAQj0AADg4CAA0OA8AMjgVADE4HQAvOCQA&#10;LjgrAC05MgAsOTkAKzpBACo6SgApO1QAKDtfACc8bQAlPH0AJD2PACM9ogAiPbcAIT7UACE+8wAi&#10;Pf8AIz3/ACM8/wCoSQAAnU8AAJJTAACJVgAAf1cAAHVWAABqUwAAXU8AAFNMAABKSAAAQEQAADZA&#10;BQAvPQ0ALT0TACs9GgAqPiEAKT4oACg+LwAnPjcAJj8/ACQ/SAAjQFIAIkBdACFBagAgQXoAHkGN&#10;AB1CoAAcQrUAG0LRABtC8QAcQv8AHUH/AB5B/wClTQAAmlMAAJBYAACGWwAAfVwAAHJbAABnWAAA&#10;W1QAAFFSAABITgAAPUoAADNHAAAqQwsAJkMQACVDFgAkQx4AI0QlACJELAAhRDQAIEU8AB5FRQAd&#10;RU8AHEZaABtGaAAZRngAGEeKABdHngAWR7MAFEjOABVH7wAWR/8AF0b/ABdG/wCiUgAAl1gAAI1d&#10;AACEYAAAemEAAHBgAABlXgAAWVoAAE9YAABEVAAAOVEAAC9OAAAmSwYAIEoOAB5KEwAdShoAHEoh&#10;ABtLKAAaSzAAGUs4ABdLQgAWTEwAFUxXABRMZQATTXUAEk2IABFNnAAQTbEADk7MAA9N7gAQTf8A&#10;EUz/ABFM/wCeVwAAlF0AAItiAACBZQAAd2YAAG1mAABjZAAAVmEAAEpeAAA/WwAANVgAACtWAAAi&#10;VAEAGlIKABZSEAAVUhYAFFIdABNSJAASUiwAEVI0ABFSPgAQU0gAD1NUAA5TYgANVHIADFSEAAtU&#10;mAAJVK0ACFTFAAlU5wAKU/sAC1L/AAtS/wCbXQAAkWQAAIhoAAB+awAAdGwAAGtsAABfagAAUmcA&#10;AEVkAAA6YgAAMGAAACZeAAAdXQAAFVsFABBaDAAOWhEADloYAA1bIAAMWycAC1swAApbOgAJW0UA&#10;B1tRAAZbXgAEW20AA1uAAAFblAAAW6gAAFvAAABa4gAAWvYAAVr/AAJZ/wCXZAAAjmsAAIRuAAB7&#10;cAAAcnIAAGdxAABZcAAATG4AAEBsAAA1awAAKmkAACFnAAAYZgAAEWYBAAxlCgAHZQ8ABGUUAANk&#10;GwACZCMAAGQsAABkNQAAZEAAAGRMAABkWgAAZGkAAGR7AABkjwAAY6QAAGO7AABi3QAAYvQAAGL/&#10;AABh/wCTbAAAiXEAAIB1AAB4dwAAbXgAAGB3AABSdgAARnUAADl0AAAudAAAI3IAABpxAAAScQAA&#10;DXEAAAZxCAAAcA0AAHASAABwFwAAbx8AAG8mAABvMAAAbzsAAG9HAABvVAAAb2QAAG91AABuigAA&#10;baAAAG22AABs1gAAa/IAAGv/AABr/wCOcwAAhXgAAH17AABzfQAAZX4AAFh+AABLfgAAPn4AADJ+&#10;AAAmfQAAHHwAABN8AAANfAAABn0AAAB9BQAAfAsAAHwPAAB8EwAAfBkAAHwhAAB8KQAAfDQAAHtA&#10;AAB7TgAAe14AAHtvAAB6hAAAepoAAHmxAAB4zgAAd+8AAHb+AAB2/wCJegAAgX8AAHiCAABrgwAA&#10;XYUAAE+GAABChwAANYgAACmHAAAdhwAAFIcAAA2IAAAGiQAAAIoAAACKAAAAiQYAAIkMAACJDwAA&#10;iRMAAIkaAACKIgAAiiwAAIo4AACKRgAAiVYAAIloAACJfAAAiJQAAIerAACGxgAAheoAAIX7AACE&#10;/wCFggAAfYYAAG+IAABhiwAAU40AAEWPAAA4kQAAK5EAAB+SAAAUkgAADZMAAASUAAAAlgAAAJcA&#10;AACYAAAAlwAAAJcFAACXCwAAmA4AAJgTAACZGgAAmSIAAJouAACaPQAAmU0AAJleAACZcwAAmIsA&#10;AJijAACXvAAAluIAAJb3AACV/wCAiQAAcowAAGSPAABWkwAASJYAADqZAAAsmgAAH5sAABScAAAM&#10;ngAAA58AAAChAAAAowAAAKUAAAClAAAApQAAAKUAAACmAgAApwgAAKcNAACoEQAAqRkAAKsjAACr&#10;MQAAq0EAAKxTAACsZwAAq4AAAKqaAACqswAAqtAAAKnvAACp+wB1jwAAZ5QAAFmYAABKnAAAPJ8A&#10;AC2iAAAgowAAE6UAAAunAAABqQAAAKsAAACuAAAAsQAAALIAAACyAAAAswAAALQAAAC1AAAAtgAA&#10;ALgEAAC5CwAAuxAAAL0YAAC/JAAAvzUAAMBHAADAWwAAwHIAAMCNAADBpgAAwMEAAL/jAAC+8wBq&#10;lwAAW5wAAE2hAAA+pQAAL6kAACGrAAATrQAAC7AAAACzAAAAtQAAALgAAAC8AAAAvwAAAMEAAADB&#10;AAAAwwAAAMQAAADGAAAAxwAAAMkAAADLAAAAzggAANEPAADVGAAA2CcAANk5AADaTQAA22QAANt+&#10;AADcmQAA3LAAANzJAADc4wBdnwAAT6UAAECqAAAyrwAAIrIAABS1AAAKuAAAALsAAAC/AAAAwwAA&#10;AMYAAADLAAAAzgAAANEAAADRAAAA1AAAANYAAADZAAAA2wAAAN4AAADgAAAA5AAAAOcGAADrDgAA&#10;7xkAAPAqAADyPwAA81UAAPRtAAD0iAAA9KEAAPS2AAD0xwD/AAkA/wAGAP8ABwD/AAwA/wARAP8A&#10;HAD/ACgA/wA0AP8AQQD/AEwA/wBVAP8AXQD/AGUA/wBsAP8AcgD+AHgA/AB+APsAhAD6AIsA+QCS&#10;APcAmQD2AKIA9ACsAPMAuQDxAMsA8ADoAO4A+wDtAP8A7AD/AOEA/wDSAP8AyQD/AMQA/wD/AAEA&#10;/wAAAP8AAAD/AAQA/wAOAP8AFwD/ACMA/wAvAP8AOwD9AEYA+gBQAPcAWAD0AF8A8gBmAPAAbADv&#10;AHIA7QB4AOwAfgDqAIUA6QCMAOcAkwDlAJwA4wCmAOEAsQDfAMEA3QDdANsA9ADZAP8A1gD/AM8A&#10;/wDEAP8AvQD/ALkA/wD/AAAA/wAAAP8AAAD/AAAA/wALAPwAEwD3AB4A9AAqAPIANQDuAEAA6QBK&#10;AOYAUgDjAFkA4ABgAN4AZgDcAGwA2gByANcAeADUAH4A0gCFANAAjQDOAJUAzACfAMkAqgDHALgA&#10;xQDNAMMA6wDAAP4AvwD/AL4A/wC2AP8AsAD/AK0A/wD/AAAA/wAAAP8AAAD5AAAA8gAGAOsADwDm&#10;ABkA4QAkAN4ALwDaADkA0wBDAM8ATADMAFMAyQBaAMcAYADFAGYAwwBrAMEAcQC/AHcAvQB+ALsA&#10;hgC5AI4AtwCYALUAowCzALAAsQDCAK4A4ACsAPcAqwD/AKoA/wCoAP8AowD/AKAA/wD/AAAA/wAA&#10;APUAAADrAAAA4QAAANYADADPABMAygAeAMYAKQDCADMAvwA9ALsARQC4AE0AtgBUALMAWgCxAF8A&#10;sABlAK4AagCsAHAAqwB3AKkAfwCnAIcApQCRAKMAnACgAKkAngC4AJwAzgCaAO4AmQD/AJcA/wCW&#10;AP8AlgD/AJMA/wD9AAAA8QAAAOUAAADZAAAAzQAAAMQABgC9AA8AtwAYALMAIgCwACwArQA2AKkA&#10;PgCnAEYApABNAKIAUwCgAFkAnwBeAJ0AZACbAGoAmgBwAJgAdwCWAIAAlACKAJEAlQCPAKIAjQCw&#10;AIsAwwCJAOMAiAD5AIYA/wCGAP8AhgD/AIYA/wDzAAAA4wAAANEAAADFAAAAvQAAALYAAACuAAsA&#10;qAASAKQAHACgACYAnAAvAJoANwCXAD8AlQBGAJIATACRAFIAjwBYAI0AXQCLAGMAigBqAIgAcQCG&#10;AHkAhACDAIIAjwB/AJsAfgCpAHwAuwB6ANUAeADyAHgA/wB3AP8AdwD/AHcA/wDnBwAA0QwAAMMN&#10;AAC4DAAArggAAKgAAACiAAUAmwAOAJYAFQCSAB8AjgAoAIsAMQCIADkAhgBAAIQARgCCAEwAgABS&#10;AH8AVwB9AF0AewBjAHoAawB4AHMAdgB9AHQAiABxAJUAcACkAG4AtABsAMoAawDqAGoA/ABqAP8A&#10;agD/AGoA/wDaEAAAxhQAALgWAACtFQAApBIAAJwOAACWBwAAkAAJAIoAEACFABgAgQAhAH4AKgB7&#10;ADIAeQA5AHcAQAB1AEYAcwBMAHIAUQBwAFcAbgBeAG0AZQBrAG4AaQB3AGcAgwBlAJEAYwCfAGIA&#10;rwBgAMQAXwDkAF8B+ABeAv8AXgL/AF4C/wDOGAAAvR0AALAgAAClHwAAmxwAAJMXAACLEQAAhAwA&#10;AH4ECwB5ABIAdQAbAHIAIwBvACsAbQEzAGsBOgBpAkAAZwNGAGYDTABkBFIAYwRZAGEEYABfBWkA&#10;XgVzAFwGfwBaBo0AWQecAFcIrQBWCMEAVQnhAFQL9gBUC/8AVAv/AFQL/wDGHwAAtiUAAKkoAACe&#10;KAAAlCUAAIshAACDGwAAexQAAHQOAwBuCQ0AaQgUAGYJHQBkCiUAYgotAGALNABeCzoAXQtAAFsM&#10;RwBaDE0AWAxUAFcNXABVDWQAVA1vAFINewBQDooATw6aAE4OrABMD8IATBDjAEsQ+QBLEP8ASxH/&#10;AEsQ/wC/JgAAsCsAAKQvAACZLwAAjy0AAIYpAAB9JAAAdB4AAGwXAABlEQcAXw4QAFwPFwBaEB8A&#10;WBAnAFYQLgBUEDUAUxA7AFIRQgBQEUgATxFQAE4RVwBMEmAASxJrAEkSeABIE4cARhOXAEUUqQBE&#10;FL4AQxXfAEMW+ABDFv8AQxb/AEMW/wC6KwAAqzEAAKA0AACVNQAAizQAAIExAAB4KwAAbyYAAGYg&#10;AABeGQEAVxQNAFQUEwBRFBsATxUjAE4VKgBMFTEASxY3AEkWPgBIFkQARxdMAEUXVABEF10AQxhn&#10;AEEYdABAGYMAPxqUAD0apgA8G7sAOxvbADsc9gA8HP8APBz/ADwc/wC1MAAAqDYAAJw5AACROwAA&#10;hzoAAH43AABzMgAAai0AAGEnAABZIQAAURsJAEwZEABKGhcASBofAEYaJgBFGy0AQxszAEIbOgBB&#10;HEEAQBxIAD4cUAA9HVkAPB5kADsecQA5H4AAOB+SADcgpAA2ILgANSHWADUh9AA1Iv8ANSH/ADYh&#10;/wCyNAAApDoAAJk+AACPPwAAhT8AAHs8AABwOAAAZzIAAF0tAABUKAAATCIFAEYfDgBDHxQAQR8b&#10;AD8fIgA+ICkAPSAwADsgNgA6IT0AOSFFADgiTQA3IlcANiNiADQjbgAzJH4AMiSPADElogAvJbYA&#10;LybSAC8m8gAvJv8AMCb/ADAm/wCvOAAAoj4AAJZCAACMQwAAgkMAAHhBAABuPQAAYzgAAFozAABR&#10;LgAASCgBAEAkDAA9IxEAOyQYADkkHwA4JCYANiQsADUlMwA0JToAMyZCADImSgAxJ1QAMCdfAC8o&#10;bAAuKHsALCmNACsqoAAqKrQAKSrPACkr8AAqK/8AKir/ACsq/wCsPAAAn0IAAJRGAACKRwAAgEcA&#10;AHZFAABsQgAAYT0AAFc4AABOMwAARC4AADwpCQA3KBAANSgVADMoHAAyKCMAMCgpAC8pMAAvKjcA&#10;Lio/AC0rSAAsK1IAKyxdACosagAoLXkAJy2LACYungAlLrMAJC/NACQv7gAlL/8AJS//ACYu/wCp&#10;PwAAnUUAAJJJAACISwAAfkwAAHRKAABqRwAAXkIAAFQ9AABLOQAAQTQAADgvBgAyLQ0AMC0TAC4t&#10;GQAtLSAAKy0nACouLgApLjUAKS89ACgvRgAnME8AJTBbACQxaAAjMXcAIjKJACEynQAfM7EAHjPL&#10;AB4z7QAfM/8AIDP/ACEy/wCmQwAAmkkAAJBNAACGTwAAfFAAAHNPAABoTAAAXEYAAFJDAABJPwAA&#10;PzsAADY2AgAuMgwAKzIRACkyFwAoMh4AJjIkACUzKwAkMzIAIzQ6ACI0QwAhNU0AIDVYAB82ZQAe&#10;NnUAHDeHABs3mwAaN68AGTjIABk46wAaOP8AGzf/ABs3/wCjRwAAmE0AAI5RAACEUwAAe1QAAHFT&#10;AABmUAAAWkwAAFBJAABHRQAAPUEAADM9AAAqOQkAJTcOACM3FAAiOBsAITgiACA4KAAfODAAHjk4&#10;AB05QQAcOksAGjpWABk7YwAYO3IAFjuFABU8mQAUPK0AEz3GABM96QAUPP0AFTz/ABY7/wCgSwAA&#10;lVEAAItVAACCWAAAeVkAAG5YAABkVgAAWFEAAE5PAABFSwAAOkcAADBDAAAnQAUAID4NAB0+EQAc&#10;PhcAGz4eABo+JQAZPi0AGD81ABY/PgAVP0gAFEBTABNAYAASQXAAEUGCABBBlwAPQawADkLEAA5C&#10;5wAPQfwAEEH/ABBA/wCdUAAAk1YAAIlaAACAXQAAdl4AAGxdAABiWwAAVlcAAExVAABBUQAANk4A&#10;ACxLAAAjSAAAG0UJABdEDwAVRBQAFEUbABNFIgASRSkAEUUxABFFOwAQRkUAD0ZQAA5HXgANR20A&#10;DEd/AAtHkwAJR6cACEe+AAhH4AAJR/YACkb/AAtG/wCaVQAAkFsAAIdgAAB9YgAAc2MAAGpiAABg&#10;YQAAU14AAEdaAAA8VwAAMlUAAChSAAAfUAAAF04EABFMDAAPTBEADkwXAA5MHgANTSUADE0uAAtN&#10;NwAKTUIACU1NAAdOWgAGTmkABE57AAJOjwABTqQAAE26AABN2wABTfIAAU3/AAJM/wCWWwAAjWIA&#10;AIRmAAB6aAAAcWkAAGhpAABcZwAAT2QAAEJhAAA3XwAALVwAACNaAAAaWAAAElcBAA1WCQAJVQ4A&#10;B1UTAAZVGgAEVSIAA1UqAAJVNAAAVT4AAFVKAABWVwAAVmUAAFV3AABViwAAVaAAAFW2AABU1AAA&#10;VPEAAFP9AABT/wCTYgAAimgAAIBsAAB3bgAAb28AAGNuAABWbAAASWoAAD1oAAAyZgAAJ2UAAB1j&#10;AAAVYgAADmEAAAlgCAADYA0AAF8RAABfFwAAXx4AAF8mAABfLwAAXzoAAF9FAABfUwAAX2EAAF5y&#10;AABehwAAXZwAAF2yAABczwAAXO8AAFv9AABb/wCQagAAhm8AAH1yAAB1dAAAanUAAF10AABPcwAA&#10;QnIAADZwAAArbwAAIG4AABdtAAAQbAAACmwAAAJrBgAAawsAAGoPAABqFAAAahoAAGohAABpKgAA&#10;aTQAAGlAAABpTgAAaVwAAGltAABoggAAaJgAAGeuAABmygAAZe0AAGX8AABk/wCLcQAAgnYAAHp5&#10;AABwewAAYnsAAFV7AABIegAAO3oAAC96AAAjeQAAGXgAABF3AAAKdwAAA3cAAAB3AgAAdwgAAHYN&#10;AAB2EAAAdhUAAHYbAAB2IwAAdi4AAHU6AAB1RwAAdVYAAHVoAAB0fAAAdJIAAHOqAAByxAAAcekA&#10;AHD7AABw/wCGeQAAf30AAHZ/AABogQAAWoIAAEyCAAA/gwAAMoQAACWDAAAagwAAEYMAAAqDAAAC&#10;gwAAAIQAAACFAAAAhAMAAIMIAACDDQAAgxAAAIMVAACEHAAAhCYAAIQyAACEPwAAg08AAINgAACC&#10;dQAAgowAAIGkAACAvQAAf+MAAH75AAB+/wCCgAAAeoQAAGyGAABeiAAAUIoAAEKLAAA1jQAAJ40A&#10;ABuNAAARjgAACo4AAACPAAAAkQAAAJIAAACSAAAAkgAAAJIBAACSBwAAkgwAAJIQAACTFQAAkx0A&#10;AJQoAACUNgAAlEUAAJNXAACTawAAk4IAAJKcAACRtgAAkNgAAI/zAACP/wB+hwAAcIoAAGGNAABT&#10;kAAARZMAADeVAAAplgAAHJcAABGYAAAJmQAAAJsAAACcAAAAngAAAKAAAACgAAAAoAAAAKAAAACh&#10;AAAAoQQAAKIJAACjDgAApBQAAKUdAACmKgAApjoAAKZMAAClYAAApXgAAKWSAACkrAAApMkAAKPr&#10;AACi+gBzjgAAZJEAAFaVAABHmQAAOZwAACqeAAAdoAAAEaEAAAijAAAApQAAAKcAAACpAAAArAAA&#10;AK4AAACuAAAArgAAAK8AAACwAAAAsQAAALIAAACzBgAAtQ0AALcTAAC5HgAAuS4AALpAAAC6VAAA&#10;u2oAALqFAAC5oQAAubsAALreAAC58gBnlQAAWJkAAEqeAAA7ogAALKYAAB2oAAARqgAAB6wAAACv&#10;AAAAsQAAALQAAAC4AAAAuwAAALwAAAC8AAAAvgAAAL8AAADAAAAAwgAAAMQAAADGAAAAyAMAAMsL&#10;AADPEgAA0SAAANEyAADSRgAA010AANR2AADUkgAA1asAANXEAADU4gBbnQAATKIAAD2nAAAvrAAA&#10;H68AABGxAAAHtQAAALgAAAC7AAAAvgAAAMIAAADHAAAAygAAAMwAAADMAAAAzgAAANAAAADSAAAA&#10;1QAAANgAAADbAAAA3wAAAOIAAADmCwAA6xMAAOwkAADtOAAA7k4AAO9nAADwggAA8JwAAPCyAADx&#10;xQD/AAMA/wABAP8ABAD/AAkA/wAPAP8AGAD/ACQA/wAwAP8APAD/AEcA/wBRAP8AWQD/AGAA/QBn&#10;APwAbQD6AHMA+QB5APgAfwD2AIUA9QCMAPMAlADyAJ0A8ACnAO4AswDsAMQA6wDhAOoA+ADpAP8A&#10;5wD/ANkA/wDLAP8AwgD/AL0A/wD/AAAA/wAAAP8AAAD/AAAA/wAMAP8AFAD/ACAA/wArAP4ANwD6&#10;AEIA9gBLAPIAUwDwAFsA7gBhAOwAZwDqAG0A6ABzAOcAeQDlAH8A4wCGAOEAjgDfAJYA3QCgANsA&#10;rADYALsA1ADRANMA8ADQAP8AzgD/AMgA/wC9AP8AtgD/ALIA/wD/AAAA/wAAAP8AAAD/AAAA/QAI&#10;APcAEADzABoA7wAmAO0AMQDoADsA4wBFAOAATQDcAFUA2QBbANYAYQDTAGcA0QBsAM8AcgDNAHgA&#10;ywB/AMkAhwDHAJAAxQCaAMMApQDAALIAvgDFALwA5QC6APsAuAD/ALcA/wCwAP8AqQD/AKUA/wD/&#10;AAAA/wAAAP4AAAD1AAAA7AADAOUADQDfABUA2gAgANQAKgDQADUAywA+AMgARwDFAE4AwgBVAMAA&#10;WwC+AGEAvABmALoAbAC4AHIAtgB4ALUAgACzAIgAsQCSAK4AngCsAKoAqQC7AKgA1QCmAPMApAD/&#10;AKMA/wChAP8AmwD/AJgA/wD/AAAA+wAAAPAAAADlAAAA2AAAAM4ACQDHABEAwgAaAL4AJAC7AC4A&#10;twA4ALQAQACxAEgArgBOAKwAVACqAFoAqQBfAKcAZQClAGsApABxAKIAeACgAIEAngCLAJwAlgCZ&#10;AKMAlwCyAJYAxwCTAOgAkgD+AJEA/wCQAP8AjQD/AIsA/wD5AAAA6wAAAN0AAADPAAAAxgAAALwA&#10;BAC1AA0AsAAVAKwAHgCoACgApQAxAKIAOQCfAEEAnQBIAJsATgCZAFMAlwBZAJYAXgCUAGQAkgBq&#10;AJAAcQCOAHoAjACDAIoAjwCIAJwAhgCqAIQAvACCANwAgQD2AIAA/wB/AP8AfwD/AH4A/wDsAAAA&#10;2gAAAMkAAAC+AAAAtgAAAK4AAACnAAkAoQAQAJwAGACYACIAlQAqAJIAMgCQADoAjQBBAIsARwCJ&#10;AE0AhwBSAIYAWACEAF0AggBkAIEAawB/AHMAfQB9AHsAiAB4AJUAdgCjAHUAtABzAMwAcQDtAHAA&#10;/wBwAP8AcAD/AHAA/wDfBQAAygoAALwLAACxCQAAqAQAAKEAAACbAAMAlAAMAI8AEwCKABsAhwAk&#10;AIQALACBADMAfwA6AH0AQQB7AEcAeQBMAHcAUgB2AFcAdABdAHIAZABwAG0AbwB2AGwAggBqAI8A&#10;aQCdAGcArgBlAMMAZADkAGMA+gBjAP8AYgD/AGMA/wDQDgAAvxIAALITAACnEgAAnRAAAJULAACP&#10;AwAAiQAHAIIADgB+ABUAegAeAHYAJQB0AC0AcQA0AG8AOgBuAEAAbABGAGoATABpAFIAZwBYAGYA&#10;XwBkAGcAYgBxAGAAfABeAIkAXACYAFsAqQBZALwAWADcAFgA9ABYAP8AVwD/AFcA/wDGFgAAthoA&#10;AKodAACfHAAAlRkAAI0UAACFDwAAfgkAAHcBCgByABAAbgAXAGoAHwBoACcAZQAuAGQANABiADsA&#10;YABAAF8ARgBdAEwAXABTAFoAWgBYAGIAVwBsAFUAdwBTAIUAUgCUAFABpQBPAbgATgLSAE0E8ABN&#10;Bf8ATQX/AE0F/wC/HQAAsCIAAKMlAACZJQAAjyIAAIUdAAB9GAAAdRIAAG4NAgBnBgwAYwMRAF8C&#10;GQBdAyEAWwQoAFkELwBXBTUAVgU7AFQGQQBTBkcAUQZOAFAHVQBOB14ATQhnAEsIcwBJCYEASAmS&#10;AEcKowBFCrYARAvQAEQM7wBDDf8AQw3/AEQN/wC5JAAAqikAAJ4sAACULAAAiioAAIAmAAB3IQAA&#10;bhsAAGYUAABfDwUAWQsNAFUKEwBTCxsAUQsiAE8MKQBNDC8ATAw2AEsNPABJDUIASA1JAEYNUQBF&#10;DloARA5kAEIOcABADn8APw+QAD4QogA8ELYAOxDRADsR8QA7Ef8AOxH/ADwR/wC0KQAApi8AAJoy&#10;AACQMgAAhjEAAHwtAAByKAAAaSMAAGEdAABZFgAAUREIAEwPEABKEBYASBAdAEYQJABFECsAQxEx&#10;AEIRNwBBET4AQBFFAD4STQA9ElYAPBJhADoTbQA5E3wANxSNADYUnwA1FbMANBXNADMW7gA0Fv8A&#10;NBb/ADQW/wCvLgAAojQAAJc3AACMOAAAgjYAAHg0AABuLgAAZSoAAFwkAABUHgAATBgEAEYUDQBC&#10;FBIAQBQZAD8UIAA9FScAPBUtADsVNAA5FjoAOBZCADcWSgA2F1MANRdeADMYagAyGXkAMBmKAC8a&#10;nQAuGrEALRvKAC0b7AAtHP8ALhv/AC4b/wCsMgAAnzgAAJQ7AACKPAAAgDwAAHY5AABrNAAAYi8A&#10;AFkqAABQJQAARx8AAEAaCgA8GRAAOhkWADgZHQA2GiMANRopADQaMAAzGjcAMhs+ADEbRwAvHFAA&#10;Lh1bAC0dZwAsHnYAKh6IACkfmwAoH64AJyDHACYg6gAnIP4AKCD/ACgg/wCpNgAAnTwAAJI/AACH&#10;QQAAfUAAAHQ+AABpOgAAXzUAAFYwAABNKwAARCUAADsgBwA2Hg4AMx4TADIeGQAwHiAALx4mAC4f&#10;LQAtHzQALCA7ACsgRAAqIU4AKSFYACciZQAmInQAJSOFACMjmQAiJK0AISTFACEl6AAiJf0AIiT/&#10;ACMk/wCmOgAAmj8AAI9DAACFRQAAe0QAAHJDAABnPwAAXToAAFM2AABKMQAAQSwAADgmAwAxIwwA&#10;LiIRACwiFgAqIh0AKSIjACgjKgAnIzEAJiQ5ACUlQQAkJUsAIyZWACImYwAhJ3IAHyeDAB4olwAd&#10;KKsAGynDABsp5gAcKfsAHSn/AB4o/wCjPgAAmEMAAI1HAACDSQAAekkAAHBHAABmRAAAWj8AAFE7&#10;AABHNwAAPjIAADUtAAAsKAkAKCcPACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACApPwAfKkkAHipU&#10;AB0rYAAbK28AGiyBABkslQAXLakAFi3BABYt5AAXLfoAGC3/ABkt/wChQQAAlUcAAItLAACCTQAA&#10;eE0AAG5MAABkSQAAWEQAAE9AAABGPQAAPTgAADM0AAAqLwYAJCwNACEsEgAgLBgAHy0eAB4tJQAd&#10;LSwAHC40ABsuPAAaL0YAGC9RABcwXgAWMG0AFTF/ABMxkwASMagAETK/ABEy4gASMvkAEzH/ABMx&#10;/wCeRQAAk0sAAIlPAACAUQAAdlIAAG1QAABiTgAAVkkAAE1GAABEQwAAOz8AADE6AAAnNgMAHzIL&#10;ABwyEAAbMhUAGTIbABgyIgAXMykAFjMxABU0OgAUNEQAEzRPABI1XAARNWsAEDZ9AA82kQAONqYA&#10;DTe8AA033QANNvYADjb/AA82/wCbSQAAkU8AAIdTAAB+VgAAdVYAAGpVAABgUwAAVU8AAExMAABC&#10;SQAAOEUAAC5BAAAkPQAAHDoIABY4DgAVOBIAFDgYABM5HwASOSYAETkuABA5NwAPOkEADjpMAA07&#10;WQANO2gACzt6AAo7jQAJPKIABzy4AAc81QAIPPAACTv/AAo7/wCYTgAAjlQAAIVYAAB8WwAAclsA&#10;AGhaAABeWAAAU1UAAElSAAA+TgAANEsAACpHAAAhRAAAGEIDABJACwAQPxAADj8VAA4/HAANQCMA&#10;DEArAAtANAAKQD4ACUFKAAdBVgAGQWUABEF2AANBigABQZ8AAEG0AABB0AABQe4AAUH8AAJA/wCV&#10;VAAAjFkAAINeAAB5YAAAcGAAAGZgAABdXgAAUVsAAEVXAAA6VAAAL1EAACVPAAAcTAAAFEoAAA5I&#10;CAALRw4ACEcSAAdHGQAGRyAABUgoAANIMQACSDsAAEhHAABIUwAASGIAAEhzAABIhgAASJsAAEix&#10;AABHzAAAR+0AAEf7AABH/wCSWgAAiWAAAIBjAAB3ZQAAbmYAAGVmAABZZAAATGAAAEBdAAA1WwAA&#10;KlkAACBXAAAXVQAAEFMAAAtSBwAFUQ0AAVARAABQFgAAUB0AAFAlAABQLgAAUDgAAFBDAABQUAAA&#10;UF4AAFBvAABQgwAAT5gAAE+uAABOyQAATusAAE37AABN/wCPYQAAhmYAAH1pAAB0bAAAbG0AAGFr&#10;AABTaQAARmcAADpkAAAvYwAAJGEAABpfAAASXgAADFwAAAZcBgAAWwsAAFoPAABaEwAAWhkAAFkh&#10;AABZKQAAWTMAAFk/AABZTAAAWVoAAFlrAABYfgAAWJQAAFerAABXxQAAVukAAFX7AABV/wCMaAAA&#10;gm0AAHpwAABycgAAZ3IAAFpxAABMcAAAP24AADNtAAAoawAAHWoAABRoAAANZwAAB2cAAABmAwAA&#10;ZgkAAGUNAABlEQAAZBUAAGQcAABkJAAAZC4AAGQ6AABjRwAAY1UAAGNmAABjegAAYpAAAGGnAABg&#10;wQAAX+YAAF/6AABe/wCHbwAAf3QAAHh3AABueAAAYHgAAFJ3AABFdwAAOHYAACt2AAAgdAAAFnMA&#10;AA5zAAAHcgAAAHIAAAByAAAAcQUAAHEKAABxDgAAcBEAAHAXAABwHgAAcCcAAHAzAABvQAAAb1AA&#10;AG9gAABudAAAbosAAG2iAABsvAAAa+IAAGr4AABp/wCDdwAAfHsAAHN9AABlfgAAV38AAEl/AAA8&#10;fwAAL4AAACJ/AAAXfgAAD34AAAd+AAAAfwAAAH8AAAB/AAAAfgAAAH4FAAB+CgAAfg0AAH4RAAB+&#10;FwAAfiAAAH4rAAB9OQAAfUgAAH1ZAAB8bQAAfIQAAHucAAB6tgAAedoAAHj1AAB3/wCAfwAAd4IA&#10;AGmDAABbhQAATYYAAD+IAAAyiQAAJIkAABiJAAAPiQAAB4oAAACLAAAAjAAAAI0AAACNAAAAjAAA&#10;AIwAAACMAwAAjAgAAI0NAACNEQAAjRcAAI4iAACOLwAAjj8AAI1QAACNZAAAjHsAAIyVAACLrgAA&#10;is0AAInvAACJ/wB7hQAAbYgAAF6KAABQjQAAQo8AADSRAAAmkgAAGZMAAA6UAAAGlQAAAJYAAACY&#10;AAAAmgAAAJsAAACbAAAAmwAAAJsAAACbAAAAnAAAAJ0FAACdCwAAnhAAAJ8XAACgJAAAoDQAAKBG&#10;AACgWQAAn3AAAJ+KAACepQAAnsIAAJ3oAACc+QBwjAAAYY8AAFOSAABElgAANpkAACebAAAZnAAA&#10;D50AAAWfAAAAoQAAAKMAAAClAAAAqAAAAKkAAACpAAAAqQAAAKoAAACrAAAArAAAAK0AAACuAQAA&#10;sAkAALIPAACzGAAAtCcAALQ5AAC1TQAAtGQAALR+AACzmgAAs7QAALPVAACz8ABkkwAAVZcAAEeb&#10;AAA4nwAAKaIAABqkAAAOpgAABKgAAACrAAAArQAAALAAAAC0AAAAtgAAALgAAAC4AAAAuQAAALoA&#10;AAC8AAAAvQAAAL8AAADAAAAAwwAAAMUHAADJDwAAyhoAAMssAADMQAAAzVYAAM5vAADNiwAAzKgA&#10;AMzCAADM4gBYmwAASaAAADqlAAAsqQAAHKsAAA+uAAAEsQAAALQAAAC3AAAAugAAAL4AAADDAAAA&#10;xgAAAMgAAADIAAAAygAAAMsAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADhBQAA5g8AAOceAADo&#10;MgAA6UgAAOpgAADrewAA65cAAOyuAADswgD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFQD/ACEA/wAs&#10;AP8AOAD/AEMA/wBMAP4AVAD7AFsA+gBiAPgAaAD2AG4A9QB0APQAegDyAIAA8QCHAO8AjwDtAJcA&#10;6wChAOkArQDnAL0A5QDYAOQA8wDiAP8A4AD/ANAA/wDEAP8AvAD/ALYA/wD/AAAA/wAAAP8AAAD/&#10;AAAA/wAJAP8AEQD/ABwA/QAnAPkAMgD1AD0A8QBGAO0ATwDrAFYA6ABcAOYAYgDkAGgA4wBuAOEA&#10;cwDfAHkA3QCAANoAiADYAJEA1ACbANIApgDPALQAzADJAMkA6QDIAP8AxwD/AMEA/wC3AP8ArwD/&#10;AKsA/wD/AAAA/wAAAP8AAAD/AAAA+AAFAPIADgDuABcA6gAiAOYALADhADcA3QBAANgASQDTAFAA&#10;0ABWAM4AXADMAGIAygBnAMgAbQDGAHMAxAB5AMIAgQDAAIoAvgCUALwAnwC5AKwAtgC+ALQA3QCz&#10;APcAsQD/ALAA/wCoAP8AogD/AJ4A/wD/AAAA/wAAAPkAAADvAAAA5gAAAN8ACwDWABIA0AAcAMwA&#10;JgDIADAAxAA6AMAAQgC9AEoAuwBQALgAVgC2AFsAtQBhALMAZgCxAGwAsAByAK4AegCsAIIAqQCM&#10;AKcAmAClAKUAowC0AKAAywCfAO4AnQD/AJwA/wCZAP8AlAD/AJEA/wD/AAAA9gAAAOoAAADdAAAA&#10;zwAAAMcABgDAAA8AuwAXALcAIACzACoAsAAzAK0AOwCqAEMApwBJAKUATwCjAFUAogBaAKAAXwCe&#10;AGUAnQBrAJsAcgCZAHsAlwCFAJQAkACSAJ0AkACsAI4AvwCMAOIAiwD6AIkA/wCJAP8AhgD/AIMA&#10;/wD0AAAA5AAAANQAAADIAAAAvwAAALUAAQCuAAsAqQASAKUAGwChACMAngAsAJsANACYADwAlgBD&#10;AJQASQCSAE4AkABTAI4AWQCNAF4AiwBkAIkAawCHAHMAhQB9AIMAiACBAJUAfwCkAH0AtQB7AM8A&#10;eQDxAHgA/wB3AP8AdwD/AHUA/wDlAAAA0QAAAMMAAAC4AAAArwAAAKgAAACgAAYAmgAOAJUAFQCR&#10;AB4AjgAmAIsALQCIADUAhgA8AIQAQgCCAEcAgABNAH8AUgB9AFgAewBeAHkAZQB4AG0AdgB2AHMA&#10;gQBxAI4AbwCdAG0ArgBsAMQAagDnAGkA/QBoAP8AaAD/AGkA/wDVAwAAwwcAALYIAACrBgAAogAA&#10;AJsAAACUAAAAjQAKAIgAEACDABgAfwAgAHwAJwB6AC4AdwA1AHUAOwB0AEEAcgBHAHAATABvAFIA&#10;bQBYAGsAXwBpAGYAZwBwAGUAewBjAIgAYgCXAGAApwBeALsAXQDcAFwA9gBcAP8AWwD/AFsA/wDJ&#10;DQAAuRAAAKwRAAChEAAAlw0AAI8IAACIAAAAggAFAHsADQB3ABIAcwAaAG8AIQBsACgAagAvAGgA&#10;NQBnADsAZQBBAGMARgBiAEwAYABSAF8AWQBdAGEAWwBqAFkAdQBXAIIAVQCRAFQAogBTALUAUQDP&#10;AFAA7wBQAP8AUAD/AFAA/wC/FAAAsBgAAKQaAACZGQAAjxYAAIcRAAB/DQAAdwYAAHEACABrAA4A&#10;ZwAUAGQAGwBhACIAXgApAF0ALwBbADUAWQA7AFgAQQBWAEYAVQBNAFMAVABSAFwAUABlAE4AcABM&#10;AH0ASwCNAEkAngBIALAARwDHAEYA6QBGAPsARgD/AEUA/wC4GwAAqiAAAJ4iAACTIgAAiR8AAIAa&#10;AAB3FQAAbxAAAGgLAABhBAoAXQAQAFkAFgBWAB0AVAAjAFIAKgBQADAATwA1AE4AOwBMAEEASwBI&#10;AEkATwBHAVcARgFhAEQCbABDAnkAQQOJAEADmgA+BK0APQTEADwF5QA8B/gAPAf/ADwH/wCyIgAA&#10;pScAAJkpAACOKQAAhCcAAHsjAABxHgAAaRgAAGESAABaDQMAUwgMAE8FEQBMBRcASgYeAEgGJABH&#10;BioARQcwAEQHNgBDCD0AQQhDAEAISwA+CVMAPQldADsKaAA6CnYAOAuHADcLmQA1C6wANAzCADMM&#10;5AAzDfkAMw3/ADQN/wCtJwAAoCwAAJUvAACLLwAAgC4AAHcqAABtJQAAZCAAAFwaAABUFAAATA8G&#10;AEYMDQBDDBIAQQwYAD8MHwA+DCUAPA0rADsNMgA6DTgAOA0/ADcORwA2DlAANA5aADMOZgAxD3QA&#10;MA+FAC4QmAAtEKsALBDDACsR5QAsEfoALBH/AC0R/wCqLAAAnTEAAJI0AACHNQAAfTQAAHQxAABq&#10;KwAAYCcAAFghAABPGwAARxYAAEARCQA7EA8AORAUADcQGwA2ECEANBAnADMRLQAyETQAMRE7ADAR&#10;QwAuEk0ALRJXACwSYwAqE3EAKROCACcUlQAmFKkAJRXAACQV4wAlFvoAJhb/ACYV/wCmMQAAmjYA&#10;AI85AACFOgAAezkAAHE2AABnMQAAXS0AAFQoAABMIgAAQx0AADsXBQA1FA0AMhMRADEUFwAvFB0A&#10;LhQkACwUKgArFTEAKhU4ACkWQAAoFkoAJxdUACYXYAAkGG8AIxiAACEZkwAgGacAHxm+AB4a4AAf&#10;GvgAIBr/ACAa/wCjNAAAmDoAAI09AACDPgAAeT0AAG87AABlNwAAWzIAAFItAABJKAAAQCMAADge&#10;AQAwGQoALBgPACoYFAApGBoAJxggACYZJwAlGS0AJBo1ACMaPgAiG0cAIRtSACAcXgAfHWwAHR1+&#10;ABwdkQAaHqUAGR68ABgf3QAZH/YAGh//ABse/wChOAAAlT0AAItBAACBQgAAd0IAAG1AAABjPAAA&#10;WTcAAE8zAABGLgAAPSkAADUkAAAtIAcAJx0NACUdEgAjHRcAIR0dACEdJAAgHisAHx4yAB4fOwAd&#10;H0UAHCBPABohXAAZIWoAGCJ7ABYijwAVIqMAFCO6ABMj2gAUI/UAFSP/ABYj/wCePAAAk0EAAIlE&#10;AAB/RgAAdUYAAGxEAABiQQAAVzwAAE04AABENAAAPDAAADMrAAAqJgMAIyILACAhEAAeIRUAHCIb&#10;ABsiIQAaIigAGiMwABkjOAAYJEIAFiVNABUlWQAUJmgAEyZ5ABImjQARJ6IAECe4AA4n1gAQKPQA&#10;ESf/ABEn/wCcQAAAkUUAAIdIAAB9SgAAdEoAAGpJAABgRgAAVUEAAEw+AABDOgAAOjYAADEyAAAo&#10;LQAAICkJABsnDgAZJxIAGCcYABYnHwAVKCUAFCgtABMoNgASKUAAEilLABEqVwAQKmYADit3AA4r&#10;iwANLJ8ADCy1AAsszwAMLO8ADSz/AA0r/wCZRAAAj0kAAIVMAAB8TgAAc08AAGlOAABeSwAAU0cA&#10;AEpEAABCQAAAOT0AAC84AAAlNAAAHTAFABYtDAAULBAAEy0VABItHAARLSMAEC0qAA8uMwAOLj0A&#10;DS9IAA0vVQAMMGMACjB0AAkwiAAIMZwABjGxAAYxywAGMesABzD8AAgw/wCXSAAAjU0AAINRAAB6&#10;UwAAcVQAAGdSAABdUAAAUkwAAElKAABARgAANUIAACs+AAAiOgAAGjcBABI0CQAPMw4ADjMTAA0z&#10;GQANMyAADDQoAAs0MQAKNTsACDVGAAc1UgAFNmAABDZxAAI2hAAANpkAADavAAA2yAAANugAADb5&#10;AAE1/wCUTQAAilIAAIFWAAB4WAAAb1kAAGVYAABbVQAAUVIAAEdPAAA8TAAAMUgAACdEAAAeQQAA&#10;Fj8AABA8BwALOg0ACToRAAg7FwAGOx4ABTsmAAQ7LgACOzgAATxDAAA8TwAAPF4AADxuAAA8gQAA&#10;PJcAADysAAA7xQAAO+cAADv4AAA7/wCRUgAAiFgAAH9cAAB2XQAAbV4AAGNdAABaXAAATlgAAEJU&#10;AAA3UQAALU4AACNLAAAaSQAAEkYAAA1EBgAHQwwAA0MQAABDFQAAQxsAAEMjAABDKwAAQzUAAENA&#10;AABDTQAAQ1sAAENrAABDfgAAQ5QAAEKqAABCwwAAQeYAAEH5AABB/wCOWAAAhl4AAH1hAABzYwAA&#10;a2QAAGJjAABXYQAASV0AAD1aAAAyWAAAJ1UAAB5TAAAVUQAADk8AAAlNBQACTQsAAEwOAABMEwAA&#10;SxgAAEsfAABLKAAASzIAAEs9AABLSQAAS1cAAEtnAABKewAASpAAAEmnAABJwAAASOQAAEj4AABH&#10;/wCLXwAAg2QAAHpnAABxaQAAaWoAAF5pAABQZgAAQ2QAADdhAAAsXwAAIV0AABhbAAAQWQAAClgA&#10;AANXAwAAVwkAAFYNAABVEAAAVRUAAFQbAABUIwAAVC0AAFQ5AABURQAAVFMAAFRkAABTdwAAU40A&#10;AFKkAABRvQAAUOIAAFD4AABP/wCIZwAAf2sAAHduAABvcAAAZXAAAFduAABKbAAAPWsAADBpAAAl&#10;aAAAGmYAABFkAAALYwAABGIAAABiAQAAYQYAAGALAABgDgAAXxIAAF8XAABfHgAAXigAAF4zAABe&#10;QAAAXk8AAF5fAABdcgAAXYgAAFygAABbuQAAWt8AAFn3AABY/wCEbgAAfHIAAHV1AABrdgAAXXUA&#10;AE90AABCcwAANXMAAChyAAAdcAAAE28AAAxuAAAEbgAAAG4AAABuAAAAbAIAAGwHAABrCwAAaw4A&#10;AGsSAABqGQAAaiIAAGotAABqOgAAaUkAAGlaAABpbAAAaIMAAGebAABmtQAAZdgAAGT1AABk/wCA&#10;dQAAenkAAHB7AABiewAAVHwAAEZ8AAA5fAAALHwAAB97AAAUegAADXoAAAR6AAAAegAAAHoAAAB6&#10;AAAAeQAAAHkBAAB4BgAAeAsAAHgOAAB4EwAAeBoAAHglAAB4MgAAd0EAAHdSAAB3ZQAAdnwAAHWV&#10;AAB0rwAAc84AAHLxAABx/wB+fQAAdYAAAGeBAABYggAASoMAADyEAAAuhQAAIYUAABWFAAANhQAA&#10;A4UAAACGAAAAhwAAAIgAAACIAAAAhwAAAIcAAACHAAAAhwQAAIcJAACHDgAAiBMAAIgcAACIKQAA&#10;iDgAAIdKAACHXQAAhnMAAIaNAACFpwAAhMUAAIPsAACC/gB4hAAAaoYAAFyIAABNigAAP4wAADGO&#10;AAAjjwAAFo8AAA2QAAACkQAAAJIAAACTAAAAlQAAAJYAAACWAAAAlgAAAJYAAACWAAAAlwAAAJcA&#10;AACXBwAAmA0AAJkTAACaHwAAmi0AAJo/AACaUgAAmmgAAJmDAACZnwAAmLoAAJfiAACW+ABtigAA&#10;X40AAFCQAABBkwAAM5YAACSXAAAWmAAADZkAAAGbAAAAnQAAAJ8AAAChAAAApAAAAKUAAACkAAAA&#10;pQAAAKUAAACmAAAApwAAAKgAAACpAAAAqgQAAKwMAACuEwAAriEAAK4zAACuRwAArl0AAK52AACu&#10;kwAArq4AAK3NAACs7wBhkQAAU5UAAESYAAA1nAAAJp8AABehAAANowAAAKUAAACnAAAAqgAAAKwA&#10;AACwAAAAsgAAALQAAACzAAAAtAAAALUAAAC3AAAAuAAAALkAAAC7AAAAvQAAAL8BAADDCwAAxRUA&#10;AMUlAADGOQAAx08AAMdoAADGhQAAxqIAAMa8AADG3gBVmQAAR50AADiiAAAppgAAGagAAA2rAAAA&#10;rQAAALEAAAC0AAAAtwAAALoAAAC/AAAAwQAAAMQAAADDAAAAxQAAAMYAAADIAAAAygAAAM0AAADP&#10;AAAA0gAAANYAAADbAAAA4AwAAOEYAADjKwAA5EEAAOVaAADmdAAA5pEAAOWsAADlxAD/AAAA/wAA&#10;AP8AAAD/AAEA/wAKAP8AEgD/AB0A/wAoAP8ANAD/AD4A/QBIAPoAUAD3AFcA9QBdAPQAYwDyAGkA&#10;8ABvAO8AdADtAHsA6wCBAOkAiQDoAJIA5gCcAOQAqADiALcA3wDNANwA7gDZAP8A2QD/AMoA/wC+&#10;AP8AtQD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8ADwD8ABgA+AAjAPQALgDwADgA6wBCAOgA&#10;SgDlAFEA4gBYAOAAXQDeAGMA3ABoANkAbgDWAHQA1AB7ANEAggDPAIsAzQCVAMoAoQDIAK8AxQDB&#10;AMIA4wDAAPsAwAD/ALsA/wCwAP8AqAD/AKQA/wD/AAAA/wAAAP8AAAD7AAAA8wABAO0ADADoABMA&#10;4wAeAOAAKADaADIA0wA8AM8ARADMAEsAyQBRAMYAVwDEAF0AwgBiAMEAZwC/AG0AvQB0ALsAewC5&#10;AIQAtwCOALQAmQCyAKcArwC3AK0A0ACrAPIAqgD/AKkA/wChAP8AmwD/AJcA/wD/AAAA/wAAAPQA&#10;AADpAAAA4AAAANUACADOABAAyQAYAMUAIgDBACsAvAA1ALkAPQC2AEUAswBLALEAUQCvAFYArgBb&#10;AKwAYQCqAGYAqQBtAKYAdACkAHwAogCGAKAAkgCeAJ8AnACuAJkAwwCXAOcAlgD/AJUA/wCSAP8A&#10;jQD/AIoA/wD8AAAA8AAAAOMAAADUAAAAyAAAAL8AAwC5AA0AswATAK8AHACsACUAqQAuAKUANgCj&#10;AD4AoABEAJ4ASgCdAFAAmwBVAJkAWgCXAF8AlgBmAJQAbACSAHUAkAB+AI4AigCLAJcAiQCmAIcA&#10;uACFANYAhAD2AIIA/wCBAP8AfgD/AHwA/wDtAAAA3QAAAMwAAADBAAAAuAAAAK4AAACnAAkAogAQ&#10;AJ4AFwCaAB8AlwAnAJQALwCRADcAjwA9AI0AQwCLAEkAiQBOAIgAUwCGAFkAhABfAIIAZQCAAG0A&#10;fgB3AHwAggB6AI8AeACeAHUArwBzAMcAcgDsAHEA/wBwAP8AcAD/AG4A/wDdAAAAyQAAALwAAACx&#10;AAAAqQAAAKEAAACZAAMAkwAMAI4AEgCKABkAhwAhAIQAKQCBADAAfwA3AH0APQB7AEIAeQBIAHgA&#10;TQB2AFIAdABYAHIAXwBxAGcAbwBwAGwAewBqAIgAaACXAGYAqABlALwAYwDhAGIA+gBhAP8AYQD/&#10;AGEA/wDNAQAAvAUAAK8FAAClAgAAnAAAAJQAAACNAAAAhgAIAIEADgB8ABQAeAAbAHUAIwByACkA&#10;cAAwAG4ANgBtADwAawBBAGkARwBoAEwAZgBSAGQAWQBjAGAAYQBpAF8AdABdAIEAWwCQAFkAoQBX&#10;ALQAVgDQAFUA8gBVAP8AVAD/AFUA/wDBDAAAsg4AAKYPAACbDgAAkgsAAIkFAACCAAAAewACAHUA&#10;CwBwABAAbAAWAGgAHQBmACMAYwAqAGEAMABgADYAXgA7AF0AQQBbAEYAWgBMAFgAUwBWAFsAVABk&#10;AFIAbgBRAHsATwCKAE0AmwBMAK4ASwDGAEoA6gBJAP4ASQD/AEkA/wC5EgAAqhYAAJ4XAACUFgAA&#10;ihMAAIEQAAB5CwAAcQMAAGsABgBlAA0AYQARAF0AGABaAB4AWAAkAFYAKgBUADAAUwA2AFEAOwBQ&#10;AEEATgBHAE0ATgBLAFYASQBfAEcAaQBGAHYARACFAEMAlwBBAKkAQAC/AD8A4gA/APgAPgD/AD8A&#10;/wCyGQAApB4AAJgfAACOHwAAhBwAAHoYAAByEgAAag4AAGIIAABcAQgAVwAOAFMAEwBQABkATgAf&#10;AEwAJQBKACsASAAwAEcANgBGADwARABCAEMASQBBAFEAPwBaAD4AZQA8AHIAOgCBADkAkwA4AKUA&#10;NgC6ADYA2wA1APQANQD/ADUA/wCsIAAAnyQAAJQmAACJJgAAfyQAAHUgAABsGwAAZBUAAFwQAABU&#10;DAEATgYKAEoCDwBHABQARAAaAEIAIABAACUAPwArAD4BMQA8ATcAOwI+ADkCRQA4A00ANgNWADUE&#10;YQAzBG4AMQV+ADAFkAAvBaMALQa4ACwG1AAsB/AALAj/ACwI/wCoJQAAmyoAAJAsAACGLQAAeysA&#10;AHInAABoIgAAXx0AAFcXAABPEgAASA4EAEEKCwA+BxAAOwYVADkHGwA4ByEANggmADUILAAzCDIA&#10;Mgk5ADEJQQAvCUkALgpTACwKXgArC2wAKQt8ACgMjwAmDKIAJQy3ACQM0wAjDfAAJA3/ACUN/wCk&#10;KgAAmC8AAI0yAACDMgAAeTEAAG8uAABlKQAAXCQAAFMfAABLGQAAQxMAADwQBgA1DQwAMwwRADEM&#10;FgAvDBwALg0iAC0NKAArDS4AKg01ACkNPQAnDkYAJg5QACQOXAAjD2oAIg97ACAQjgAfEKIAHRC3&#10;ABwQ1AAdEfIAHRH/AB4R/wChLwAAlTMAAIo2AACANwAAdjYAAG0zAABjLwAAWSoAAFAlAABIIAAA&#10;PxoAADgVAAAwEQgALBAOACoQEgAoEBgAJxAeACUQJAAkECoAIxEyACIROgAhEUMAIBJOAB4SWgAd&#10;E2gAGxN4ABoTiwAYFKAAFxS1ABYU0QAWFfEAFxX/ABgU/wCeMwAAkzcAAIg6AAB+OwAAdDsAAGs4&#10;AABhNAAAVy8AAE4rAABFJgAAPSEAADQcAAAtFwUAJhMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQv&#10;ABwVNwAbFUEAGhZLABkWVwAXF2UAFhd2ABQYiQATGJ4AEhizABEZzgARGe8AEhn/ABMZ/wCcNgAA&#10;kTsAAIY+AAB8PwAAcz8AAGk9AABfOQAAVTUAAEwwAABDLAAAOicAADIiAAAqHgEAIhkJAB4XDgAc&#10;FxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj4AFRpJABMbVQASG2MAERx0ABAchwAPHZwADh2xAA0d&#10;ywANHewADh3/AA8d/wCZOgAAjz8AAIRCAAB7RAAAcUMAAGhCAABePgAAUzoAAEo2AABBMgAAOS0A&#10;ADEpAAAoJQAAICAGABodDAAXHBAAFRwVABQdGwAUHSIAEx0pABIeMgARHzwAEB9GABAgUwAOIGEA&#10;DSFxAAwhhQALIpkACiKuAAkixwAJIucACiL7AAsh/wCXPgAAjEMAAINGAAB5SAAAcEgAAGdGAABc&#10;RAAAUj8AAEk7AABAOAAAODQAAC8wAAAnLAAAHicDABYjCgASIQ4AESETABAiGQAQIiAADyInAA4j&#10;LwANJDkADCREAAslUAAKJV4ACSZvAAcmggAGJpYABCasAAMmxAAEJuUABCb3AAYm/wCVQgAAikcA&#10;AIFKAAB4TAAAb0wAAGVLAABbSAAAUEQAAEdBAAA/PgAANzsAAC02AAAkMQAAGy0AABMqBwAPKA0A&#10;DScRAA0oFgAMKB0ACyglAAopLQAJKTcABypCAAYqTgAEK1wAAytsAAErfwAAK5QAACupAAArwQAA&#10;K+MAACv2AAAq/wCSRgAAiEsAAH9PAAB2UQAAbVEAAGNQAABaTQAAT0oAAEdHAAA+RAAAM0AAACk8&#10;AAAgOAAAFzQAABExBQAMLwwACS4QAAcuFQAGLxsABS8jAAMvKwACMDUAADA/AAAwTAAAMVkAADFp&#10;AAAxfAAAMZEAADGnAAAwvwAAMOEAADD1AAAv/wCQSwAAhlAAAH1UAAB1VgAAa1YAAGJVAABYUwAA&#10;TlAAAEVNAAA6SQAAL0UAACVCAAAcPgAAFDsAAA45BQAJNwsABDYPAAE2EwAANhkAADYgAAA2KQAA&#10;NjIAADc9AAA3SQAAN1cAADdnAAA3eQAAN48AADalAAA2vQAANuAAADX1AAA1/wCNUAAAhFYAAHxa&#10;AAByWwAAaVsAAGBbAABXWQAATFYAAEBSAAA1TgAAKksAACBIAAAXRgAAEEMAAAtBBAAEQAoAAD8O&#10;AAA+EQAAPhYAAD4dAAA+JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dgAAPYwAAD2jAAA8uwAAPN4A&#10;ADv1AAA7/wCKVwAAglwAAHlfAABwYQAAaGEAAF9hAABUXgAAR1sAADpXAAAvVQAAJVIAABtQAAAS&#10;TQAADEsAAAZKAwAASQkAAEgNAABHEAAARxQAAEYaAABGIgAARiwAAEY3AABGQwAARlEAAEZgAABF&#10;cwAARYkAAESgAABEuAAAQ9wAAEL1AABC/wCIXQAAf2IAAHdlAABuZwAAZ2gAAFtmAABOYwAAQWEA&#10;ADReAAApXAAAH1oAABVXAAAOVgAAB1QAAABTAQAAUgYAAFELAABRDgAAUBEAAE8WAABPHgAATycA&#10;AE8yAABPPwAAT00AAE5dAABObwAAToUAAE2dAABMtQAAS9gAAEr1AABK/wCFZQAAfGkAAHRsAABt&#10;bgAAYm0AAFRrAABHaQAAOmcAAC1lAAAiZAAAGGIAABBgAAAJXwAAAF4AAABeAAAAXQMAAFwIAABb&#10;DAAAWg8AAFoTAABZGQAAWSIAAFktAABZOgAAWUgAAFhYAABYawAAV4EAAFeZAABWsgAAVdIAAFT0&#10;AABT/wCBbAAAeXAAAHNzAABocwAAWnIAAExxAAA/cAAAMm8AACVuAAAabAAAEWsAAAlqAAAAagAA&#10;AGkAAABpAAAAaAAAAGcDAABmCAAAZgwAAGYPAABlFAAAZRwAAGUnAABkNAAAZEMAAGRTAABkZQAA&#10;Y3sAAGKUAABhrQAAYM0AAF/xAABe/wB9dAAAd3cAAG55AABfeQAAUXkAAEN5AAA2eAAAKXgAABx3&#10;AAARdgAACnUAAAB1AAAAdQAAAHYAAAB1AAAAdAAAAHQAAABzAgAAcwcAAHMMAAByEAAAchUAAHIg&#10;AAByLAAAcjsAAHFMAABxXwAAcXQAAHCOAABvqAAAbsYAAGztAABr/wB7ewAAcn4AAGR+AABVfwAA&#10;R4AAADmBAAArggAAHoEAABKBAAAKgQAAAIEAAACCAAAAgwAAAIMAAACDAAAAggAAAIIAAACCAAAA&#10;ggAAAIIFAACCCgAAgg8AAIIXAACCIwAAgjIAAIJDAACBVgAAgWwAAICGAAB/oQAAfr0AAH3mAAB8&#10;/AB2ggAAaIMAAFmFAABLhwAAPIkAAC6KAAAgiwAAE4sAAAqLAAAAjAAAAI0AAACPAAAAkQAAAJIA&#10;AACRAAAAkQAAAJEAAACRAAAAkQAAAJIAAACSAgAAkwkAAJQPAACUGQAAlCcAAJQ4AACUTAAAk2IA&#10;AJN8AACTmAAAkrMAAJHYAACQ9gBqiAAAXIoAAE2NAAA/kAAAMJIAACGUAAAUlQAACpYAAACXAAAA&#10;mQAAAJsAAACdAAAAnwAAAKAAAACgAAAAoAAAAKAAAAChAAAAogAAAKMAAACkAAAApQAAAKYHAACo&#10;EAAAqBwAAKgtAACpQAAAqVYAAKlvAACpiwAAqKgAAKfHAACm7ABfjwAAUJIAAEGWAAAzmQAAI5wA&#10;ABSdAAAKnwAAAKEAAACjAAAApgAAAKgAAACsAAAArgAAAK8AAACvAAAAsAAAALAAAACyAAAAswAA&#10;ALQAAAC2AAAAtwAAALoAAAC9BwAAvxAAAL8fAADAMwAAwEkAAMBiAADAfgAAwJsAAMC3AAC/2ABT&#10;lwAARJsAADWfAAAmowAAFqUAAAunAAAAqgAAAK0AAACwAAAAswAAALYAAAC7AAAAvQAAAMAAAAC/&#10;AAAAwQAAAMIAAADEAAAAxgAAAMgAAADKAAAAzAAAAM8AAADTAAAA2gcAANsTAADdJQAA3jsAAN9T&#10;AADgbgAA34wAAN2pAADdwgD/AAAA/wAAAP8AAAD/AAAA/wAHAP8AEAD/ABkA/wAkAP8ALwD8ADoA&#10;+QBDAPUASwDzAFIA8QBZAO8AXgDtAGQA6wBpAOkAbwDnAHUA5gB8AOQAhADiAI0A4ACXAN0AogDa&#10;ALEA1QDFANIA6ADQAP8AzwD/AMQA/wC4AP8ArwD/AKkA/wD/AAAA/wAAAP8AAAD/AAAA/wACAPsA&#10;DQD3ABUA8wAfAO8AKQDqADQA5gA9AOIARQDeAEwA2wBTANgAWADUAF4A0gBjANAAaQDOAG4AzAB1&#10;AMoAfQDIAIUAxgCQAMIAmwDAAKkAvgC6ALsA2QC5APcAuAD/ALQA/wCpAP8AogD/AJ0A/wD/AAAA&#10;/wAAAP8AAAD2AAAA7gAAAOcACgDhABEA3AAaANcAIwDQAC4AywA3AMcAPwDEAEYAwQBNAL8AUgC9&#10;AFgAuwBdALkAYgC4AGgAtgBuALQAdQCxAH4ArwCIAK0AkwCqAKEAqACxAKYAyACkAO0AogD/AKIA&#10;/wCbAP8AlQD/AJEA/wD/AAAA/AAAAO4AAADjAAAA2AAAAM0ABQDGAA4AwQAVAL0AHgC5ACcAtQAw&#10;ALIAOACvAEAArABGAKoATACoAFEApwBWAKUAWwCjAGEAoQBnAJ8AbgCeAHYAmwCAAJkAjACXAJkA&#10;lACoAJIAvACQAN8AjgD7AI4A/wCLAP8AhgD/AIMA/wD4AAAA6QAAANwAAADMAAAAwQAAALgAAACy&#10;AAoArAARAKgAGAClACEAogApAJ4AMgCcADkAmQA/AJcARQCVAEoAlABQAJIAVQCQAFoAjwBgAI0A&#10;ZwCLAG8AiQB4AIYAhACEAJEAggCgAIAAsgB9AMwAfADxAHsA/wB6AP8AdwD/AHUA/wDmAAAA0wAA&#10;AMYAAAC7AAAAsQAAAKcAAAChAAUAmwANAJcAEwCTABsAkAAjAIwAKwCKADIAiAA4AIYAPgCEAEQA&#10;ggBJAIEATgB/AFMAfQBZAHsAYAB5AGgAdwBxAHUAfABzAIkAcACYAG8AqQBtAL8AawDmAGoA/wBp&#10;AP8AaQD/AGcA/wDTAAAAwwAAALUAAACrAAAAowAAAJsAAACSAAAAjAAKAIcAEACDABYAfwAdAH0A&#10;JAB6ACsAeAAyAHYAOAB0AD0AcgBCAHEASABvAE0AbQBTAGwAWQBqAGEAaABqAGYAdABkAIEAYQCR&#10;AF8AogBeALYAXADVAFsA9wBbAP8AWgD/AFoA/wDFAAAAtgIAAKkCAACfAAAAlgAAAI4AAACHAAAA&#10;gAAFAHoADAB1ABEAcQAYAG4AHgBrACUAaQArAGcAMQBmADcAZAA8AGMAQQBhAEcAXwBNAF4AUwBc&#10;AFsAWgBkAFgAbgBWAHsAVACKAFIAmwBRAK4AUADIAE8A7gBOAP8ATgD/AE0A/wC7CgAArA0AAKAN&#10;AACVDAAAjAgAAIMCAAB8AAAAdQAAAG4ACABpAA4AZQATAGIAGQBfAB8AXQAlAFsAKwBZADEAWAA2&#10;AFYAOwBVAEEAUwBHAFEATgBQAFUATgBeAEwAaABKAHUASACEAEcAlQBFAKgARAC/AEMA5ABCAPwA&#10;QgD/AEIA/wCyEQAApRQAAJkVAACOEwAAhBEAAHsNAABzCAAAbAAAAGUAAwBfAAsAWwAPAFcAFABU&#10;ABoAUQAfAE8AJQBOACsATAAwAEsANgBJADwASABCAEYASABFAFAAQwBZAEEAYwA/AG8APgB+ADwA&#10;kAA7AKMAOgC4ADkA2QA4APUAOAD/ADgA/wCsFwAAnxsAAJMdAACJHAAAfxkAAHUVAABsEAAAZAwA&#10;AF0GAABWAAYAUQAMAE0AEABKABUARwAaAEUAIABEACYAQgArAEEAMQA/ADYAPgA9ADwARAA7AEsA&#10;OQBUADcAXwA2AGsANAB6ADIAjAAxAJ4AMACzAC8AzgAvAO8ALgD/AC4A/wCnHgAAmiIAAI8kAACE&#10;JAAAeiEAAHEdAABnGAAAXxMAAFcOAABQCgAASQMIAEUADQBBABEAPgAWADwAGwA6ACEAOQAmADcA&#10;LAA2ADIANAA4ADMAPwAxAEcAMABQAC4AWwAtAGcAKwB2ACoAiAAoAJwAJwCwACYAyQAlAOoAJQH7&#10;ACUB/wCiIwAAligAAIsqAACBKgAAdygAAG0lAABkIAAAWxsAAFIVAABLEAAAQwwCAD0HCQA5Aw4A&#10;NgESADMBFwAxARwAMAEiAC8CJwAtAi0ALAM0ACoDOwApBEMAKARNACYFWAAlBWUAIwZ0ACIGhgAg&#10;BpoAHweuAB4HxgAdB+cAHQj4AB0J/wCfKAAAky0AAIgvAAB+LwAAdC4AAGorAABhJgAAWCEAAE8c&#10;AABHFwAAPxIAADgOBAAxCwoALggOACsHEgApBxcAKAgdACcIIwAlCCkAJAkwACMJNwAhCkAAIApK&#10;AB8LVQAdC2IAGwxyABoMhQAYDJkAFwytABYMxgAVDeYAFQ35ABYN/wCcLQAAkDEAAIY0AAB8NAAA&#10;cjMAAGgxAABfLAAAVScAAEwjAABEHQAAPBgAADQTAAAtEAYAJg0LACQMDwAiDBMAIQwZAB8MHwAe&#10;DSUAHQ0sABsNNAAaDj0AGQ5HABcOUwAWDmEAFA9xABMQhAASEJgAERCuABAQxgAQEOgAEBD7ABEQ&#10;/wCZMQAAjjUAAIQ4AAB6OQAAcDgAAGc2AABdMgAAUy0AAEooAABCJAAAOR8AADEaAAAqFQEAIxEH&#10;AB0QDQAbDxAAGQ8VABgQGwAXECEAFhApABUQMQAUEToAExFFABISUQAREl8AEBJvAA4TggAOE5YA&#10;DROrAAsTwgALFOMADBT6AA0T/wCXNQAAjDkAAII8AAB4PQAAbz0AAGU6AABbNwAAUjIAAEkuAABA&#10;KgAANyUAAC8hAAAoHAAAIBgDABkUCgAVEg4AFBISABMTGAASEx8AERQmABEULgAQFDgADxVCAA4W&#10;TwANFlwADBdsAAsXfwAJGJMACBioAAYYvwAHGOAABxj1AAkY/wCVOAAAij0AAIBAAAB3QQAAbUEA&#10;AGQ/AABaPAAAUDgAAEczAAA+MAAANisAAC4nAAAnIwAAHx8AABcaCAASFw0AEBcRAA8XFgAOGBwA&#10;DhgjAA0ZLAAMGjUACxpAAAobTAAJG1oABxxpAAUcfAAEHZEAAh2mAAEdvAACHN0AAhzyAAMc/wCT&#10;PAAAiEEAAH9EAAB1RQAAbEUAAGNEAABZQQAATz0AAEY5AAA+NgAANTIAAC4uAAAlKgAAHSUAABQh&#10;BAAPHQsADR0QAAwdFAALHRoACh4iAAgeKgAHHzMABiA+AAQgSgADIVcAASFnAAAheQAAIY4AACGk&#10;AAAhugAAIdsAACHyAAAg/gCQQAAAhkUAAH1IAAB0SgAAa0oAAGJJAABYRgAATkIAAEU/AAA9PAAA&#10;NTkAACs0AAAiLwAAGSsAABIoBAANJAoACSMOAAYjEgAFIxkABCQgAAIkKAABJTEAACU8AAAlSAAA&#10;JlUAACZlAAAmdwAAJowAACaiAAAmuQAAJtkAACXyAAAl/gCORQAAhEkAAHtNAABzTwAAak8AAGBO&#10;AABXSwAATUgAAERFAAA8QgAAMT0AACc5AAAeNQAAFTIAAA8uAwAKLAoABSsOAAEqEQAAKhYAACoe&#10;AAAqJgAAKy8AACs5AAArRQAALFMAACxiAAAsdQAALIoAACugAAArtwAAK9YAACryAAAq/wCMSQAA&#10;gk4AAHpSAABxVAAAaFQAAF9TAABWUQAATE4AAENLAAA3RwAALUMAACM/AAAaPAAAEjgAAAw2AwAG&#10;MwkAADINAAAyEAAAMRQAADEbAAAxIwAAMSwAADI3AAAyQwAAMlAAADJgAAAycgAAMocAADGeAAAx&#10;tQAAMNQAADDyAAAv/wCJTwAAgFQAAHhXAABvWQAAZlkAAF5ZAABVVwAASVMAAD5PAAAyTAAAKEgA&#10;AB5FAAAVQgAADkAAAAg9AgABPAgAADsMAAA6DwAAORIAADkYAAA5IAAAOSkAADk0AAA5QAAAOU4A&#10;ADldAAA5bwAAOIUAADicAAA3swAAN9IAADbyAAA1/wCHVQAAf1oAAHZdAABtXwAAZV8AAF1fAABS&#10;XAAARFgAADhVAAAtUgAAIk8AABhMAAAQSgAACkgAAANGAQAARQYAAEQKAABDDQAAQhAAAEEVAABB&#10;HQAAQSYAAEExAABBPQAAQUoAAEFaAABBbAAAQIEAAD+ZAAA/sQAAPtAAAD3yAAA8/wCEXAAAfGAA&#10;AHNjAABsZQAAZGYAAFlkAABLYQAAPl4AADJbAAAmWQAAHFYAABJUAAAMUgAABFEAAABPAAAATgMA&#10;AE0IAABMDAAASw4AAEsSAABKGQAASiIAAEosAABKOQAASkcAAEpWAABJaAAASX4AAEiWAABHrwAA&#10;Rs0AAEXxAABE/wCBYwAAeWcAAHJqAABrbAAAYGsAAFJpAABEZgAAN2QAACpiAAAfYAAAFV4AAA1d&#10;AAAGWwAAAFoAAABZAAAAWAAAAFcEAABWCAAAVgwAAFUQAABUFAAAVB0AAFQnAABUNAAAVEIAAFNS&#10;AABTZAAAUnkAAFKSAABRqwAAUMoAAE/vAABO/wB+agAAd24AAHBxAABmcQAAWHAAAEpvAAA8bQAA&#10;L2wAACJqAAAXaQAADmcAAAZmAAAAZQAAAGUAAABlAAAAYwAAAGIAAABiBAAAYQgAAGENAABgEAAA&#10;YBcAAGAhAABfLgAAXzwAAF9NAABeXgAAXnQAAF2NAABcpwAAW8UAAFrtAABZ/wB7cgAAdXYAAGt3&#10;AABddgAAT3YAAEF1AAAzdQAAJnQAABlzAAAQcgAAB3EAAABxAAAAcQAAAHEAAABxAAAAbwAAAG8A&#10;AABuAAAAbgIAAG4IAABtDAAAbREAAG0aAABtJgAAbDUAAGxGAABrWAAAa20AAGqGAABpoQAAaL4A&#10;AGfoAABm/gB5egAAcHwAAGF8AABTfQAARH0AADZ+AAAofgAAG30AABB9AAAHfQAAAH0AAAB9AAAA&#10;fgAAAH8AAAB+AAAAfQAAAH0AAAB8AAAAfAAAAHwAAAB8BgAAfAwAAHwSAAB8HQAAfCwAAHw8AAB8&#10;TwAAe2UAAHt+AAB6mgAAebYAAHjfAAB3+gBzgAAAZYEAAFaDAABIhAAAOYYAACuHAAAdhwAAEYcA&#10;AAeIAAAAiAAAAIkAAACKAAAAjAAAAI0AAACNAAAAjAAAAIwAAACMAAAAjAAAAIwAAACNAAAAjQQA&#10;AI4MAACOEwAAjyEAAI4yAACORgAAjlsAAI10AACNkAAAjK0AAIvOAACK8wBohgAAWogAAEuLAAA8&#10;jQAALY8AAB6QAAARkQAAB5IAAACTAAAAlQAAAJcAAACZAAAAmwAAAJwAAACbAAAAmwAAAJwAAACc&#10;AAAAnQAAAJ4AAACeAAAAnwAAAKEDAACiDAAAohYAAKMmAACjOgAAo08AAKNoAACihgAAoqIAAKLA&#10;AACh6ABcjQAATZAAAD+TAAAwlgAAIZkAABKaAAAHmwAAAJ0AAACgAAAAogAAAKQAAACoAAAAqgAA&#10;AKsAAACqAAAAqwAAAKwAAACtAAAArgAAAK8AAACxAAAAsgAAALQAAAC3AQAAuQ0AALkaAAC6LQAA&#10;ukMAALpbAAC6dwAAu5QAALuxAAC50gBQlQAAQZgAADKcAAAjoAAAE6IAAAikAAAApwAAAKoAAACs&#10;AAAArwAAALIAAAC3AAAAuQAAALsAAAC6AAAAvAAAAL0AAAC/AAAAwAAAAMIAAADEAAAAxgAAAMkA&#10;AADNAAAA0gEAANQPAADVHwAA1zUAANhNAADYaQAA14YAANejAADWvQD/AAAA/wAAAP8AAAD/AAAA&#10;/wADAP8ADQD/ABUA/wAgAPwAKwD4ADUA9AA/APAARwDuAE4A6wBUAOkAWgDnAF8A5QBkAOMAagDh&#10;AHAA3wB2AN0AfgDbAIcA2ACRANMAnQDPAKsAzQC9AMsA4ADJAPsAxwD/AL0A/wCxAP8AqQD/AKMA&#10;/wD/AAAA/wAAAP8AAAD/AAAA/AAAAPYACwDxABEA7QAbAOkAJQDkADAA3wA5ANoAQQDVAEgA0QBO&#10;AM8AVADNAFkAywBeAMkAYwDHAGkAxQBvAMMAdwDAAH8AvgCKALsAlQC4AKMAtgC0ALQAzQCyAPIA&#10;sAD/AKwA/wCjAP8AnAD/AJcA/wD/AAAA/wAAAPoAAADxAAAA6AAAAOAABgDZAA4A0gAWAM4AHwDI&#10;ACkAxAAyAMAAOgC9AEEAugBIALgATQC2AFMAtABYALIAXQCwAGIArgBpAKwAbwCqAHgAqACCAKYA&#10;jgCkAJsAoQCrAJ8AwACdAOYAmwD/AJoA/wCUAP8AjgD/AIoA/wD/AAAA9gAAAOgAAADcAAAAzgAA&#10;AMYAAQC/AAsAugARALYAGgCyACIArgArAKoANACoADsApQBBAKMARwChAEwAnwBRAJ4AVgCcAFwA&#10;mgBiAJkAaACXAHAAlQB6AJIAhgCQAJMAjQCiAIsAtQCJANMAhwD3AIYA/wCEAP8AfwD/AHwA/wDy&#10;AAAA4wAAANIAAADFAAAAugAAALEAAACrAAcApQAOAKEAFACeABwAmgAlAJcALQCUADQAkgA6AJAA&#10;QACOAEUAjQBKAIsAUACJAFUAiABbAIYAYQCEAGkAggByAH8AfQB9AIsAewCaAHgAqwB2AMQAdADr&#10;AHMA/wBzAP8AcAD/AG4A/wDfAAAAzAAAAL8AAAC0AAAAqwAAAKEAAACaAAIAlAALAJAAEACMABcA&#10;iAAeAIUAJgCDAC0AgQAzAH8AOQB9AD8AewBEAHkASQB4AE4AdgBUAHQAWgBzAGIAcABrAG4AdQBs&#10;AIMAagCSAGgAowBmALgAZADeAGMA+wBiAP8AYgD/AGAA/wDMAAAAvAAAAK8AAAClAAAAnQAAAJQA&#10;AACMAAAAhgAHAIEADQB8ABIAeAAZAHUAHwBzACYAcQAtAG8AMgBtADgAawA9AGoAQgBoAEgAZwBO&#10;AGUAVABjAFsAYQBkAF8AbgBdAHsAWwCKAFkAmwBXAK8AVgDLAFUA8gBUAP8AVAD/AFQA/wC+AAAA&#10;sAAAAKQAAACZAAAAkAAAAIgAAACBAAAAeQACAHMACgBvAA8AawAUAGcAGgBlACAAYwAmAGEALABf&#10;ADIAXgA3AFwAPABbAEIAWQBHAFcATgBWAFUAVABeAFIAaABQAHQATgCDAEwAlQBKAKgASQDAAEgA&#10;6ABHAP8ARwD/AEcA/wC0CQAApgsAAJsMAACQCgAAhgUAAH4AAAB2AAAAbwAAAGgABQBjAAwAXwAQ&#10;AFsAFQBYABoAVgAhAFQAJgBTACwAUQAxAFAANgBOADwATQBCAEsASABJAFAASABYAEYAYgBEAG4A&#10;QgB9AEAAjgA/AKIAPQC4AD0A3QA8APgAPAD/ADwA/wCsEAAAnxIAAJQSAACJEQAAfw8AAHYMAABu&#10;BQAAZgAAAGAAAQBZAAgAVQANAFEAEQBOABYASwAbAEkAIQBIACYARgArAEUAMQBDADYAQgA8AEAA&#10;QwA+AEsAPQBTADsAXQA5AGkANwB4ADYAiQA0AJwAMwCxADIAzgAyAPEAMQD/ADEA/wCmFgAAmhkA&#10;AI4aAACEGgAAehYAAHASAABoDgAAXwoAAFgDAABRAAQATAAKAEgADgBEABIAQQAWAD8AGwA9ACEA&#10;PAAmADoALAA5ADEANwA3ADYAPgA0AEYAMwBPADEAWQAvAGUALgBzACwAhQArAJgAKgCtACkAxgAo&#10;AOoAKAD+ACgA/wChHAAAlSAAAIohAAB/IQAAdR8AAGwaAABjFgAAWhEAAFINAABLBwAARAAGAEAA&#10;CwA8AA8AOAASADYAFwA0ABwAMwAhADEAJwAwACwALgAzAC0AOgArAEIAKgBLACgAVQAmAGEAJQBw&#10;ACQAgQAiAJUAIQCpACAAwQAgAOQAHwD5AB8A/wCdIgAAkSYAAIYoAAB8JwAAciUAAGkiAABfHQAA&#10;VxgAAE4TAABGDgAAPwsAADgFBwA0AAwAMQAQAC4AEwAsABgAKgAdACkAIgAnACgAJgAuACQANgAj&#10;AD4AIgBHACAAUgAfAF4AHQBtABwAfgAaAJIAGQCnABgAvQAXAN8AFwH1ABcC/wCaJwAAjisAAIQt&#10;AAB5LQAAcCsAAGYoAABdJAAAVB8AAEsaAABDFAAAOxAAADQNAgAtCQkAKQUNACYDEAAkARMAIgIZ&#10;ACECHgAgAiQAHgMqAB0DMgAbBDoAGgVEABkFTwAXBlwAFgZqABQHfAATB5AAEgelABEHuwAQB9sA&#10;EAjyABAJ/wCXKwAAjC8AAIExAAB3MgAAbjEAAGQuAABbKgAAUSUAAEkgAABAGwAAOBYAADESAAAp&#10;DgQAIwwJAB8JDQAdBxAAGwcVABkIGgAYCCAAFwknABYJLgAVCjcAEwpBABILTQARC1oAEAtpAA4M&#10;ewAODJAADQylAAwNuwALDdkACw3xAAwN/wCVLwAAijMAAH82AAB2NgAAbDUAAGMzAABZLwAAUCsA&#10;AEcmAAA+IQAANh0AAC4YAAAnEwAAIBAFABkOCgAVDA4AFAwRABMMFgASDBwAEQ0jABANKwAPDTQA&#10;Dg4/AA0OSgAMD1gACw9nAAoQeQAIEI0ABxCiAAYQuAAFENQABRDvAAYQ/wCSMwAAiDcAAH46AAB0&#10;OwAAazoAAGE4AABYNQAATjAAAEUsAAA9JwAANSMAAC0fAAAmGgAAHhYBABcTBgAREAsADg4OAA4P&#10;EwANEBkADRAgAAwQKAALETIAChE8AAgSSAAHElUABhNlAAQTdgADE4sAARSgAAATtgAAE9EAABPu&#10;AAAT+wCQNgAAhjsAAHw+AABzPwAAaj8AAGA9AABXOQAATTYAAEQxAAA8LgAANCoAACwmAAAlIgAA&#10;Hh4AABYaAgAQFQkADBMOAAoTEgAJFBcACBQfAAcVJgAGFS8ABBY6AAMWRgABF1MAABdiAAAYdAAA&#10;GIkAABifAAAYtQAAF9AAABftAAAX+wCOOgAAhD8AAHtCAAByQwAAaEMAAF9CAABWPwAATDsAAEM3&#10;AAA7NAAAMzAAACwsAAAkKQAAGyQAABMfAgANGwkACRkNAAYZEQAEGRYAAhkdAAEaJAAAGi0AABs4&#10;AAAbRAAAHFEAABxgAAAdcgAAHYcAABydAAAcswAAHM4AABvtAAAb/ACMPgAAgkMAAHlGAABwSAAA&#10;aEgAAF5GAABVRAAAS0AAAEM9AAA7OgAAMzcAACoyAAAgLQAAFykAABAlAgALIgkABSANAAEfEAAA&#10;HxQAAB8bAAAgIgAAICsAACE2AAAhQQAAIU8AACFeAAAicAAAIoUAACGbAAAhsgAAIc0AACDtAAAf&#10;/ACKQwAAgEgAAHhLAABvTAAAZk0AAF1LAABUSQAASkYAAEJDAAA6QAAALzsAACU3AAAcMwAAEy8A&#10;AA0sAgAHKQgAAScMAAAmDgAAJRIAACYZAAAmIQAAJikAACYzAAAnPwAAJ00AACdcAAAnbQAAJ4IA&#10;ACeZAAAmsAAAJcwAACXuAAAk/QCISAAAf0wAAHZQAABuUQAAZVIAAFxRAABTTwAASkwAAEFJAAA1&#10;RAAAK0AAACE8AAAXOQAAEDYAAAoyAQADMAcAAC8LAAAuDgAALREAAC0WAAAtHgAALScAAC0xAAAt&#10;PQAALUoAAC1ZAAAtawAALYAAACyXAAAsrwAAK8sAACruAAAq/gCFTQAAfVIAAHVVAABsVwAAY1cA&#10;AFtWAABTVQAAR1EAADtNAAAwSQAAJUYAABxDAAATPwAADT0AAAY6AAAAOAUAADcJAAA2DQAANQ8A&#10;ADQUAAA0GwAANCQAADQuAAA0OgAANEcAADRXAAA0aAAANH0AADOVAAAyrQAAMcoAADHuAAAw/wCD&#10;UwAAe1gAAHNbAABqXQAAYl0AAFtdAABPWgAAQlYAADZSAAAqTwAAIEwAABZJAAAORwAACEQAAABC&#10;AAAAQQMAAD8HAAA+CwAAPQ4AAD0RAAA8GAAAPCEAADwrAAA8NwAAPEQAADxTAAA8ZQAAO3oAADqS&#10;AAA6qwAAOcgAADjtAAA3/wCBWgAAeV4AAHFhAABpYwAAYmQAAFdiAABJXgAAPFsAAC9YAAAkVQAA&#10;GVMAABBRAAAKTwAAAU0AAABMAAAASgAAAEkEAABICAAARwwAAEYPAABGFAAARRwAAEUnAABFMwAA&#10;RUAAAEVQAABEYQAARHYAAEOPAABCqAAAQcYAAEDsAAA//wB+YQAAdmUAAG9oAABoagAAXWkAAE9m&#10;AABCZAAANGEAAChfAAAdXQAAElsAAAtZAAACWAAAAFYAAABWAAAAVAAAAFMAAABSBAAAUQkAAFAN&#10;AABQEAAATxgAAE8iAABPLgAATzwAAE9LAABOXQAATnIAAE2LAABMpQAAS8IAAEnqAABI/wB7aQAA&#10;dGwAAG5vAABkbwAAVW0AAEdsAAA5agAALGkAACBnAAAUZQAADWQAAANiAAAAYgAAAGEAAABgAAAA&#10;XwAAAF4AAABdAAAAXAQAAFwJAABbDQAAWxIAAFscAABaKAAAWjYAAFpGAABZWAAAWW0AAFiFAABX&#10;oAAAVr0AAFXoAABT/gB5cAAAc3QAAGl1AABbdAAATHMAAD5zAAAwcgAAI3EAABZvAAANbgAABG0A&#10;AABtAAAAbQAAAG0AAABsAAAAawAAAGoAAABpAAAAaQAAAGkDAABoCQAAaA4AAGgVAABnIQAAZy8A&#10;AGc/AABmUgAAZmYAAGV/AABkmgAAY7cAAGLhAABh/AB3eAAAbXoAAF96AABQegAAQnoAADN7AAAl&#10;ewAAGHoAAA55AAAEeQAAAHkAAAB5AAAAegAAAHoAAAB6AAAAeAAAAHgAAAB3AAAAdwAAAHcAAAB3&#10;AQAAdwgAAHcOAAB3GAAAdyYAAHY2AAB2SQAAdV8AAHV3AAB0kwAAc68AAHLTAABx9wBxfgAAY38A&#10;AFSAAABFggAANoMAACiEAAAahAAADoMAAASEAAAAhAAAAIUAAACGAAAAiAAAAIkAAACIAAAAhwAA&#10;AIcAAACHAAAAhwAAAIcAAACIAAAAiAAAAIgHAACJEAAAiRwAAIksAACIPwAAiFUAAIhtAACHiQAA&#10;hqcAAIXHAACE7wBmhAAAV4YAAEiIAAA5igAAKowAABuNAAAPjQAABI4AAACQAAAAkQAAAJMAAACV&#10;AAAAlwAAAJgAAACWAAAAlwAAAJcAAACXAAAAmAAAAJgAAACZAAAAmgAAAJsAAACdBwAAnREAAJ0h&#10;AACdMwAAnUkAAJxiAACcfwAAnJwAAJy5AACb4gBaiwAAS44AADyRAAAtkwAAHpUAABCWAAAEmAAA&#10;AJoAAACcAAAAngAAAKEAAACkAAAApgAAAKcAAACmAAAApwAAAKcAAACoAAAAqQAAAKoAAACsAAAA&#10;rQAAAK8AAACxAAAAswkAALMVAAC0JwAAtD0AALVVAAC1cAAAtI4AALSsAAC0zABNkgAAP5YAAC+a&#10;AAAgnQAAEZ8AAAWhAAAAowAAAKYAAACpAAAArAAAAK8AAACzAAAAtQAAALcAAAC2AAAAtwAAALgA&#10;AAC6AAAAuwAAAL0AAAC/AAAAwQAAAMQAAADHAAAAywAAAM0MAADOGgAAzy8AAM9IAADQYgAA0IAA&#10;ANCdAADQuAAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkq&#10;Ky0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFz&#10;dHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7&#10;vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////&#10;////////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUG&#10;CAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5P&#10;UFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaY&#10;mZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g&#10;4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////&#10;/////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSor&#10;LS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0&#10;dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9&#10;vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////&#10;//////////////////////////////////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQV&#10;FhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1O&#10;T1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaH&#10;iImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/A&#10;wcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5&#10;+vv8/f7/bWZ0MQAAAAADASEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAEC&#10;AwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4&#10;OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3Bx&#10;cnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmq&#10;q6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl&#10;5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBER&#10;EhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7&#10;PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6Wn&#10;qKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g&#10;4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQEC&#10;AgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMk&#10;JCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRm&#10;aGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrL&#10;zM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy&#10;8vPz9PT19vb39/j4+fn6+/v8/P39/v7/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////4oHwSUNDX1BST0ZJTEUACQn/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//T/////////////////////////////////////////69H/////////////////////////////&#10;////////////9+n+////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////4c3X////////////////////////////////&#10;///////dr5a39P/////////////////////////////////////FjGin5///////////////////&#10;///////////////////MnImk5//////////////////////////////////////6zrvG9f//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////3MW99f////////////////////////////////////+/k3qFxf//////////////////////&#10;/////////////9uQWz1lqPb//////////////////////////////////rx1NABUm+v/////////&#10;////////////////////////05R+SSxOmuz////////////////////////////////Y1MqzfmVt&#10;pfn////////////////////////////////////0xa6vyf//////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////8NbG7P//////////////////////////&#10;/////////+a7kXRjq/f////////////////////////////////2xJpzRSY0fcz/////////////&#10;//////////////////+1gFUwCgAZYLL//////////////////////////////890NQsAAAAKUqf/&#10;/////////////////////////////5Y0AAAAAAAAT6f/////////////////////////////9mkd&#10;AAAJDAYJUrH/////////////////////////////yzsOEzVMW01MXsP/////////////////////&#10;////////qWA2YIaftqypuNn/////////////////////////////4JeNvuX/////////////////&#10;/////////////////////+35////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////r2cq8x///////////////////////////////////z5qBbVpGiOr/////////////////&#10;///////////////EfD4mEAAAVLD//////////////////////////////+CDPAAAAAAALoft////&#10;/////////////////////////6xTEAAAAAAAF23W////////////////////////////+4AxAAAA&#10;AAAACWHM////////////////////////////0loCAAAAAAAAAF3M////////////////////////&#10;////qDUAAAAAAAAAAFzT////////////////////////////fQ0AAAAAAAAAAFTW////////////&#10;///////////////ufUUAAAAAAAAAAETU///////////////////////////8qmQvAgAABCI3SVjO&#10;////////////////////////////6aRrQSg/Y3+Vp7ra///////////////////////////////V&#10;sqyyzOT6////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////lu5d3Ysj/////////////////////&#10;////////////255nNgoAAoz////////////////////////////////Ifz8FAAAAAF7P////////&#10;/////////////////////9mBOQAAAAAAADyq/////////////////////////////55MAAAAAAAA&#10;ACOQ////////////////////////////3G8aAAAAAAAAABB9+f//////////////////////////&#10;r0gAAAAAAAAAAABv7v//////////////////////////hBMAAAAAAAAAAABk5v//////////////&#10;///////////sUQAAAAAAAAAAAABX3v////////////////////////+4FQAAAAAAAAAAAABI1v//&#10;//////////////////////90FAAAAAAAAAAAAAA4z/////////////////////////miWhMAAAAA&#10;AAAAAAAjxf/////////////////////////fm1wsAAAAAAAAAAANuv//////////////////////&#10;////77F9VTkiEQcBAhEisv//////////////////////////////37+lmZiaoKy92v//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////476dgHz7////////////////////////////////8reEVzAOAB2s////////////&#10;///////////////////SikwVAAAAAABy8////////////////////////////9Z/NgAAAAAAAABL&#10;yf//////////////////////////+pE+AAAAAAAAAAAvq///////////////////////////wFoA&#10;AAAAAAAAAAAalf//////////////////////////jSQAAAAAAAAAAAAIhP//////////////////&#10;///////nXgAAAAAAAAAAAAAAd/////////////////////////+0JQAAAAAAAAAAAAAAav//////&#10;//////////////////99AAAAAAAAAAAAAAAAW/T///////////////////////0rAAAAAAAAAAAA&#10;AAAATOv//////////////////////6UAAAAAAAAAAAAAAAAAPOH//////////////////////zAM&#10;AAAAAAAAAAAAAAAALdn/////////////////////mYphJwAAAAAAAAAAAAAAJ9f/////////////&#10;/////////+2+iVUnAAAAAAAAAAAAJdz//////////////////////////sqddl1KPDItLDA5R97/&#10;//////////////////////////////3m3dbS0NPZ5P//////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////v1LvW////////////////&#10;/////////////////+e4j2pLLxVv///////////////////////////////koWc0BwAAAAA8yf//&#10;/////////////////////////9aCOwAAAAAAAAASl///////////////////////////7YUxAAAA&#10;AAAAAAAAb///////////////////////////pkIAAAAAAAAAAAAAUOH/////////////////////&#10;///saQAAAAAAAAAAAAAAN8n///////////////////////+zLwAAAAAAAAAAAAAAIrb/////////&#10;//////////////95AAAAAAAAAAAAAAAAEKf///////////////////////I0AAAAAAAAAAAAAAAA&#10;AJn//////////////////////6kAAAAAAAAAAAAAAAAAAIz//////////////////////0YAAAAA&#10;AAAAAAAAAAAAAH//////////////////////3wAAAAAAAAAAAAAAAAAAAHT/////////////////&#10;////lwAAAAAAAAAAAAAAAAAAAGr/////////////////////zgAAAAAAAAAAAAAAAAAAAGP/////&#10;/////////////////ykiAQAAAAAAAAAAAAAAAGH//////////////////////7mjgFc3FwAAAAAA&#10;AAAAAGj///////////////////////////rTrpSGfHVxcHJ3gZT/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////27qdgmlp0///////&#10;////////////////////////yJNlPRkAAAAdnv///////////////////////////9uOTBMAAAAA&#10;AAAAbv//////////////////////////23wsAAAAAAAAAAAARdf/////////////////////////&#10;iyoAAAAAAAAAAAAAIrT////////////////////////CRAAAAAAAAAAAAAAAA5f/////////////&#10;//////////99AQAAAAAAAAAAAAAAAH///////////////////////+c2AAAAAAAAAAAAAAAAAGr/&#10;/////////////////////50AAAAAAAAAAAAAAAAAAFj//////////////////////0YAAAAAAAAA&#10;AAAAAAAAAEf4////////////////////6QAAAAAAAAAAAAAAAAAAADXp////////////////////&#10;lgAAAAAAAAAAAAAAAAAAACXb////////////////////vAAAAAAAAAAAAAAAAAAAABjO////////&#10;////////////6wAAAAAAAAAAAAAAAAAAAA/C/////////////////////wAAAAAAAAAAAAAAAAAA&#10;AAq5/////////////////////ycAAAAAAAAAAAAAAAAAAAq1/////////////////////3AAAAAA&#10;AAAAAAAAAAAAAA25/////////////////////+CcjHBVQjMmGxQPDQ4SGia/////////////////&#10;////////////+eTY0s7My8zP1uD8////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////69O84////////////////////////////////9KphWVILBIB&#10;hf////////////////////////////GrcTwPAAAAAAAAT+D/////////////////////////1X81&#10;AAAAAAAAAAAAH7L////////////////////////jdR0AAAAAAAAAAAAAAIn/////////////////&#10;//////+QIwAAAAAAAAAAAAAAAGf//////////////////////9VDAAAAAAAAAAAAAAAAAEj2////&#10;/////////////////4oAAAAAAAAAAAAAAAAAAC7d/////////////////////zgAAAAAAAAAAAAA&#10;AAAAABfI////////////////////vgAAAAAAAAAAAAAAAAAAAAS2////////////////////nAAA&#10;AAAAAAAAAAAAAAAAAACl////////////////////ugAAAAAAAAAAAAAAAAAAAACT////////////&#10;////////3AAAAAAAAAAAAAAAAAAAAACC/////////////////////wAAAAAAAAAAAAAAAAAAAAB0&#10;/////////////////////xMAAAAAAAAAAAAAAAAAAABo/////////////////////0IAAAAAAAAA&#10;AAAAAAAAAABg/////////////////////3oAAAAAAAAAAAAAAAAAAABd////////////////////&#10;/9EAAAAAAAAAAAAAAAAAAABh//////////////////////8kAAAAAAAAAAAAAAAAAABm////////&#10;///////////////JrJmJfXZxbGlnZmdrcHqM////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////4sWqkXlhd//////////////////////////////dpndQ&#10;LAwAAAAAMcT/////////////////////////4JJOEwAAAAAAAAAAAI//////////////////////&#10;///ScB0AAAAAAAAAAAAAAGD//////////////////////+5vDwAAAAAAAAAAAAAAADfi////////&#10;/////////////5YcAAAAAAAAAAAAAAAAABTA/////////////////////0AAAAAAAAAAAAAAAAAA&#10;AACj////////////////////rgAAAAAAAAAAAAAAAAAAAACJ////////////////////ngAAAAAA&#10;AAAAAAAAAAAAAABy////////////////////vAAAAAAAAAAAAAAAAAAAAABf////////////////&#10;////2gAAAAAAAAAAAAAAAAAAAABN////////////////////+gAAAAAAAAAAAAAAAAAAAAA7////&#10;/////////////////w4AAAAAAAAAAAAAAAAAAAAq+f///////////////////zMAAAAAAAAAAAAA&#10;AAAAAAAb6f///////////////////14AAAAAAAAAAAAAAAAAAAAP2////////////////////48A&#10;AAAAAAAAAAAAAAAAAAAG0P///////////////////9AAAAAAAAAAAAAAAAAAAAAAyv//////////&#10;//////////8rAAAAAAAAAAAAAAAAAAAAyP////////////////////+AAAAAAAAAAAAAAAAAAAAA&#10;y//////////////////////3FgEFBQMBAAAAAAABBg0Yy////////////////////////Ovh2M/M&#10;zc/Q0tTX3OLq////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//Haxv//////////////////////////////8cajhGhNMhgAFav/////////////////////////&#10;/7l8RhgAAAAAAAAAAHH////////////////////////XfC8AAAAAAAAAAAAAADvj////////////&#10;/////////99kCQAAAAAAAAAAAAAAAAy1/////////////////////3QDAAAAAAAAAAAAAAAAAACN&#10;////////////////////xRUAAAAAAAAAAAAAAAAAAABq////////////////////mQAAAAAAAAAA&#10;AAAAAAAAAABL////////////////////tgAAAAAAAAAAAAAAAAAAAAAw/f//////////////////&#10;1wAAAAAAAAAAAAAAAAAAAAAZ5///////////////////9gAAAAAAAAAAAAAAAAAAAAAF0///////&#10;/////////////w4AAAAAAAAAAAAAAAAAAAAAwf///////////////////y8AAAAAAAAAAAAAAAAA&#10;AAAAr////////////////////1IAAAAAAAAAAAAAAAAAAAAAnv///////////////////3kAAAAA&#10;AAAAAAAAAAAAAAAAjv///////////////////6UAAAAAAAAAAAAAAAAAAAAAgP//////////////&#10;/////9gAAAAAAAAAAAAAAAAAAAAAdP////////////////////82AAAAAAAAAAAAAAAAAAAAbf//&#10;//////////////////98AAAAAAAAAAAAAAAAAAAAaf/////////////////////XDQAAAAAAAAAA&#10;AAAAAAAAaP//////////////////////cAAAAAAAAAAAAAAAAAAAYf//////////////////////&#10;/1A8Rk5UWV1hZGhscHZ+if//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////79W7o4tzWpX///////////////////////////i/jmRBIQUAAAAAAFL8////////////////&#10;///////3nVYYAAAAAAAAAAAAABfB/////////////////////+VsFgAAAAAAAAAAAAAAAACN////&#10;/////////////////2MAAAAAAAAAAAAAAAAAAABe////////////////////nQAAAAAAAAAAAAAA&#10;AAAAAAA1/P//////////////////oQAAAAAAAAAAAAAAAAAAAAAR2f//////////////////ygAA&#10;AAAAAAAAAAAAAAAAAAAAu///////////////////7gAAAAAAAAAAAAAAAAAAAAAAof//////////&#10;/////////wwAAAAAAAAAAAAAAAAAAAAAiv///////////////////y0AAAAAAAAAAAAAAAAAAAAA&#10;dv///////////////////00AAAAAAAAAAAAAAAAAAAAAZP///////////////////28AAAAAAAAA&#10;AAAAAAAAAAAAUv///////////////////5QAAAAAAAAAAAAAAAAAAAAAQP//////////////////&#10;/7wAAAAAAAAAAAAAAAAAAAAAMP///////////////////+oOAAAAAAAAAAAAAAAAAAAAIv//////&#10;//////////////9EAAAAAAAAAAAAAAAAAAAAFf////////////////////+BAAAAAAAAAAAAAAAA&#10;AAAAC/X////////////////////ICwAAAAAAAAAAAAAAAAAAAuz/////////////////////XgAA&#10;AAAAAAAAAAAAAAAAAOX/////////////////////yRwAAAAAAAAAAAAAAAAAANr/////////////&#10;/////////50BAAAAAAAAAAAAAAcOF8X////////////////////////VubzBx87V2+Hm7fT7////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////438//////////////////////&#10;////////7MaliG1UOyEHADLe////////////////////////15JZKQAAAAAAAAAAAACg////////&#10;//////////////+JNgAAAAAAAAAAAAAAAABn/////////////////////2YAAAAAAAAAAAAAAAAA&#10;AAAy9v//////////////////lQAAAAAAAAAAAAAAAAAAAAADyP//////////////////pwAAAAAA&#10;AAAAAAAAAAAAAAAAoP//////////////////1wAAAAAAAAAAAAAAAAAAAAAAfP//////////////&#10;/////wAAAAAAAAAAAAAAAAAAAAAAXv///////////////////yUAAAAAAAAAAAAAAAAAAAAAQ///&#10;/////////////////0gAAAAAAAAAAAAAAAAAAAAALP///////////////////2oAAAAAAAAAAAAA&#10;AAAAAAAAGP///////////////////4sAAAAAAAAAAAAAAAAAAAAABfP//////////////////68A&#10;AAAAAAAAAAAAAAAAAAAAAOH//////////////////9UAAAAAAAAAAAAAAAAAAAAAAM//////////&#10;//////////8kAAAAAAAAAAAAAAAAAAAAAL7///////////////////9UAAAAAAAAAAAAAAAAAAAA&#10;AK7///////////////////+LAAAAAAAAAAAAAAAAAAAAAJ/////////////////////LDgAAAAAA&#10;AAAAAAAAAAAAAJL/////////////////////VwAAAAAAAAAAAAAAAAAAAIb/////////////////&#10;////qgoAAAAAAAAAAAAAAAAAAHn//////////////////////20AAAAAAAAAAAAAAAAAAGb/////&#10;//////////////////dVAAAAAAAAAAAAAAAAAEX/////////////////////////aiMrNT9KVWBq&#10;dX6HkZz/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////+jPtp2DaU65////////////&#10;/////////////+yyg1w6HQIAAAAAAAB7///////////////////////FbSkAAAAAAAAAAAAAAABA&#10;/////////////////////4MbAAAAAAAAAAAAAAAAAAAHy///////////////////kgAAAAAAAAAA&#10;AAAAAAAAAAAAmP//////////////////pAAAAAAAAAAAAAAAAAAAAAAAav//////////////////&#10;3QAAAAAAAAAAAAAAAAAAAAAAQf///////////////////w4AAAAAAAAAAAAAAAAAAAAAHf//////&#10;/////////////zkAAAAAAAAAAAAAAAAAAAAAAOj//////////////////2AAAAAAAAAAAAAAAAAA&#10;AAAAAM7//////////////////4UAAAAAAAAAAAAAAAAAAAAAALf//////////////////6gAAAAA&#10;AAAAAAAAAAAAAAAAAKP//////////////////8sAAAAAAAAAAAAAAAAAAAAAAJD/////////////&#10;/////+8WAAAAAAAAAAAAAAAAAAAAAH3///////////////////8+AAAAAAAAAAAAAAAAAAAAAGz/&#10;//////////////////9pAAAAAAAAAAAAAAAAAAAAAFr///////////////////+ZAAAAAAAAAAAA&#10;AAAAAAAAAEn////////////////////SFgAAAAAAAAAAAAAAAAAAADn/////////////////////&#10;WAAAAAAAAAAAAAAAAAAAACn/////////////////////ogAAAAAAAAAAAAAAAAAAABn/////////&#10;////////////9VYAAAAAAAAAAAAAAAAAAAT//////////////////////7svAAAAAAAAAAAAAAAA&#10;AAD4//////////////////////+rKQAAAAAAAAAAAAAAAADP////////////////////////yUcA&#10;AAAABxMgLj5SaITt////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////9NXJ////////////////////////////+tKwknddQigMAABK////&#10;////////////////////xX1FFwAAAAAAAAAAAAAR2P///////////////////8RQAAAAAAAAAAAA&#10;AAAAAAAAn///////////////////ogwAAAAAAAAAAAAAAAAAAAAAaP//////////////////lAAA&#10;AAAAAAAAAAAAAAAAAAAANv//////////////////2gAAAAAAAAAAAAAAAAAAAAAAB+z/////////&#10;/////////xUAAAAAAAAAAAAAAAAAAAAAAMT//////////////////0gAAAAAAAAAAAAAAAAAAAAA&#10;AKL//////////////////3UAAAAAAAAAAAAAAAAAAAAAAIP//////////////////50AAAAAAAAA&#10;AAAAAAAAAAAAAGn//////////////////8MAAAAAAAAAAAAAAAAAAAAAAFL/////////////////&#10;/+cPAAAAAAAAAAAAAAAAAAAAAD7///////////////////8zAAAAAAAAAAAAAAAAAAAAACv/////&#10;//////////////9YAAAAAAAAAAAAAAAAAAAAABj///////////////////+BAAAAAAAAAAAAAAAA&#10;AAAAAAX///////////////////+sAAAAAAAAAAAAAAAAAAAAAAD////////////////////eIgAA&#10;AAAAAAAAAAAAAAAAAADy////////////////////XAAAAAAAAAAAAAAAAAAAAADf////////////&#10;////////nwAAAAAAAAAAAAAAAAAAAADM////////////////////6EoAAAAAAAAAAAAAAAAAAAC3&#10;/////////////////////6AWAAAAAAAAAAAAAAAAAACc//////////////////////96AgAAAAAA&#10;AAAAAAAAAAB3////////////////////////egsAAAAAAAAAAAAAAAVM////////////////////&#10;/////6JXaHSAjZyrvNDn////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////+3j///////////////////////////So3pYOikjHBYO&#10;BgAAn/////////////////////+sUg4AAAAAAAAAAAAAAAAAaf//////////////////5EMAAAAA&#10;AAAAAAAAAAAAAAAANP//////////////////eQAAAAAAAAAAAAAAAAAAAAAAAOP/////////////&#10;////zQAAAAAAAAAAAAAAAAAAAAAAALL//////////////////xMAAAAAAAAAAAAAAAAAAAAAAIX/&#10;/////////////////08AAAAAAAAAAAAAAAAAAAAAAF3//////////////////4MAAAAAAAAAAAAA&#10;AAAAAAAAADr//////////////////7IAAAAAAAAAAAAAAAAAAAAAABz//////////////////9sD&#10;AAAAAAAAAAAAAAAAAAAAAAL///////////////////8qAAAAAAAAAAAAAAAAAAAAAAD7////////&#10;//////////9PAAAAAAAAAAAAAAAAAAAAAADn//////////////////90AAAAAAAAAAAAAAAAAAAA&#10;AADU//////////////////+bAAAAAAAAAAAAAAAAAAAAAADA///////////////////EBwAAAAAA&#10;AAAAAAAAAAAAAACt///////////////////wMwAAAAAAAAAAAAAAAAAAAACa////////////////&#10;////ZwAAAAAAAAAAAAAAAAAAAACG////////////////////owAAAAAAAAAAAAAAAAAAAABy////&#10;////////////////40QAAAAAAAAAAAAAAAAAAABc/////////////////////5EGAAAAAAAAAAAA&#10;AAAAAABB/////////////////////+tfAAAAAAAAAAAAAAAAAAAd///////////////////////K&#10;SwAAAAAAAAAAAAAAAAAA////////////////////////y1cAAAwYJDE/TmB0i6fH////////////&#10;///////////////X5/L/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////r1M3H&#10;wr66t7Owramopf///////////////////91+Uz8wIxkRCQIAAAAAAAAAANv/////////////////&#10;dgAAAAAAAAAAAAAAAAAAAAAAAKf/////////////////ugAAAAAAAAAAAAAAAAAAAAAAAHX/////&#10;/////////////wcAAAAAAAAAAAAAAAAAAAAAAEb//////////////////04AAAAAAAAAAAAAAAAA&#10;AAAAABr//////////////////4wAAAAAAAAAAAAAAAAAAAAAAAD9/////////////////8EAAAAA&#10;AAAAAAAAAAAAAAAAAADb//////////////////EZAAAAAAAAAAAAAAAAAAAAAAC+////////////&#10;//////9EAAAAAAAAAAAAAAAAAAAAAACk//////////////////9rAAAAAAAAAAAAAAAAAAAAAACN&#10;//////////////////+RAAAAAAAAAAAAAAAAAAAAAAB5//////////////////+3AAAAAAAAAAAA&#10;AAAAAAAAAABm///////////////////eIQAAAAAAAAAAAAAAAAAAAABT////////////////////&#10;SgAAAAAAAAAAAAAAAAAAAAA/////////////////////dwAAAAAAAAAAAAAAAAAAAAAr////////&#10;////////////rAoAAAAAAAAAAAAAAAAAAAAW////////////////////50UAAAAAAAAAAAAAAAAA&#10;AAAA/////////////////////4oAAAAAAAAAAAAAAAAAAAAA/////////////////////9ZNAAAA&#10;AAAAAAAAAAAAAAAA/f////////////////////+nLgAAAAAAAAAAAAAAAAAA1f//////////////&#10;////////mCoAAAAAAAAAAAYYLUVg4P///////////////////////6hjdIGPnKu7zeL6////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////ny7epnZWOiYSAfHh0cGxoZZD/////////&#10;////////vGpILRkKAAAAAAAAAAAAAAAAADH//////////////////wAAAAAAAAAAAAAAAAAAAAAA&#10;AAP//////////////////0IAAAAAAAAAAAAAAAAAAAAAAADc/////////////////44AAAAAAAAA&#10;AAAAAAAAAAAAAACy/////////////////84AAAAAAAAAAAAAAAAAAAAAAACN////////////////&#10;//8pAAAAAAAAAAAAAAAAAAAAAABr//////////////////9aAAAAAAAAAAAAAAAAAAAAAABO////&#10;//////////////+GAAAAAAAAAAAAAAAAAAAAAAA0//////////////////+uAAAAAAAAAAAAAAAA&#10;AAAAAAAe///////////////////UFwAAAAAAAAAAAAAAAAAAAAAK///////////////////6PQAA&#10;AAAAAAAAAAAAAAAAAAAA////////////////////ZQAAAAAAAAAAAAAAAAAAAAAA////////////&#10;////////jgAAAAAAAAAAAAAAAAAAAAAA////////////////////vBkAAAAAAAAAAAAAAAAAAAAA&#10;7///////////////////8U4AAAAAAAAAAAAAAAAAAAAA2P///////////////////4sAAAAAAAAA&#10;AAAAAAAAAAAAv////////////////////8xDAAAAAAAAAAAAAAAAAAAAof//////////////////&#10;//+RGQAAAAAAAAAAAAAAAAAAev/////////////////////ydAoAAAAAAAAAAAAAAAARX///////&#10;////////////////6HQTHyw4RVNicoWbtNL1///////////////////////////X6PT/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////v38/Hu7Ovr7PH/&#10;/////////////////9mymYd5bWRdVlFLRkE8ODItKCPE/////////////////0slCwAAAAAAAAAA&#10;AAAAAAAAAACS/////////////////4gAAAAAAAAAAAAAAAAAAAAAAABm/////////////////9cA&#10;AAAAAAAAAAAAAAAAAAAAAAA9//////////////////8zAAAAAAAAAAAAAAAAAAAAAAAY////////&#10;//////////9sAAAAAAAAAAAAAAAAAAAAAAAA//////////////////+dAAAAAAAAAAAAAAAAAAAA&#10;AAAA///////////////////JDAAAAAAAAAAAAAAAAAAAAAAA9v/////////////////xNQAAAAAA&#10;AAAAAAAAAAAAAAAA3///////////////////WwAAAAAAAAAAAAAAAAAAAAAAy///////////////&#10;////ggAAAAAAAAAAAAAAAAAAAAAAt///////////////////qQYAAAAAAAAAAAAAAAAAAAAAo///&#10;////////////////0y8AAAAAAAAAAAAAAAAAAAAAjf///////////////////14AAAAAAAAAAAAA&#10;AAAAAAAAd////////////////////5MHAAAAAAAAAAAAAAAAAAAAXv///////////////////81D&#10;AAAAAAAAAAAAAAAAAAAAQP////////////////////+HEAAAAAAAAAAAAAAAAAAAHP//////////&#10;///////////YXgAAAAAAAAAAAAAAAAAAAP//////////////////////v04AAAAAAA4cLD5Saoal&#10;yP///////////////////////8J8jJqntsXW6P3/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////+7h18/Jw766trGtqaempqeu/////////////////76GbVtM&#10;QDcvKCIcFhALBAAAAAAU/////////////////9cFAAAAAAAAAAAAAAAAAAAAAAAA////////////&#10;//////80AAAAAAAAAAAAAAAAAAAAAAAA9v////////////////92AAAAAAAAAAAAAAAAAAAAAAAA&#10;0v////////////////+wAAAAAAAAAAAAAAAAAAAAAAAAsv/////////////////hJAAAAAAAAAAA&#10;AAAAAAAAAAAAlv//////////////////UQAAAAAAAAAAAAAAAAAAAAAAfP//////////////////&#10;eQAAAAAAAAAAAAAAAAAAAAAAZv//////////////////oAAAAAAAAAAAAAAAAAAAAAAAUf//////&#10;////////////xyMAAAAAAAAAAAAAAAAAAAAAPP//////////////////7ksAAAAAAAAAAAAAAAAA&#10;AAAAJ////////////////////3QAAAAAAAAAAAAAAAAAAAAAEP///////////////////6MWAAAA&#10;AAAAAAAAAAAAAAAAAP///////////////////9hMAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;//////+IDwAAAAAAAAAAAAAAAAAAAP/////////////////////LUwAAAAAAAAAAAAAAAAAAAP//&#10;////////////////////pTgAAAAAAAAAAAkdNE5rjP///////////////////////5k5Q1Ffbn2O&#10;oLXL5f/////////////////////////////r+f//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///rzLmsoZmRi4aBfHh0cGtoZmZo8f////////////////9hRTIjGA4GAAAAAAAAAAAAAAAAnv//&#10;//////////////9+AAAAAAAAAAAAAAAAAAAAAAAAdf/////////////////DAAAAAAAAAAAAAAAA&#10;AAAAAAAAUv/////////////////7NwAAAAAAAAAAAAAAAAAAAAAAMv//////////////////agAA&#10;AAAAAAAAAAAAAAAAAAAAFv//////////////////lgAAAAAAAAAAAAAAAAAAAAAAAP//////////&#10;////////vxsAAAAAAAAAAAAAAAAAAAAAAP//////////////////5kIAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////2kAAAAAAAAAAAAAAAAAAAAAAP///////////////////5ACAAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////7ksAAAAAAAAAAAAAAAAAAAAAPT/////////////////&#10;/+hcAAAAAAAAAAAAAAAAAAAAANn///////////////////+RGAAAAAAAAAAAAAAAAAAAALz/////&#10;///////////////KUwAAAAAAAAAAAAAAAAAAAJ3/////////////////////mC4AAAAAAAAAAAAA&#10;EClGZsT/////////////////////7n8dDBooN0ZXaX6Vr8zu/////////////////////////+eg&#10;qrnI2On8////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////fXw6+bi39vY1NLR0NLX4P/////////////////Onop8cWlhW1ZRTEhDPjo2&#10;Mi8uMf/////////////////SJREDAAAAAAAAAAAAAAAAAAAAAP//////////////////QgAAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////fQAAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////sAsAAAAAAAAAAAAAAAAAAAAAAPb/////////////////3TkAAAAAAAAAAAAAAAAAAAAAANz/&#10;/////////////////2IAAAAAAAAAAAAAAAAAAAAAAMX//////////////////4kAAAAAAAAAAAAA&#10;AAAAAAAAAK///////////////////68iAAAAAAAAAAAAAAAAAAAAAJn//////////////////9ZI&#10;AAAAAAAAAAAAAAAAAAAAAIL///////////////////9yAAAAAAAAAAAAAAAAAAAAAGn/////////&#10;//////////+hKAAAAAAAAAAAAAAAAAAAAE7////////////////////TXAAAAAAAAAAAAAAAAAAA&#10;ADP/////////////////////li4AAAAAAAAAAAAAABUyUnf/////////////////////4HITAAAB&#10;Dx8vQlhwi6jI7P///////////////////////8pvbn6OnrDD2O//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////+eDSyMC6tbCs&#10;qKWin52bm5ygp///////////////////gmRWS0M8NjArJyIdGBMOCQQAANT/////////////////&#10;kgAAAAAAAAAAAAAAAAAAAAAAAK3/////////////////zB4AAAAAAAAAAAAAAAAAAAAAAIv/////&#10;////////////+1IAAAAAAAAAAAAAAAAAAAAAAG3//////////////////4AAAAAAAAAAAAAAAAAA&#10;AAAAAFH//////////////////6kbAAAAAAAAAAAAAAAAAAAAADr//////////////////9BCAAAA&#10;AAAAAAAAAAAAAAAAACP///////////////////VoAAAAAAAAAAAAAAAAAAAAAAz/////////////&#10;//////+PFAAAAAAAAAAAAAAAAAAAAAD///////////////////+4PgAAAAAAAAAAAAAAAAAAAAD/&#10;///////////////////lbQMAAAAAAAAAAAAAAAAAAAD/////////////////////nzcAAAAAAAAA&#10;AAAAABAvUHT/////////////////////3XIUAAAAAAYXKkFadZS22v//////////////////////&#10;/7xYRFRkdYaar8jj///////////////////////////////SzeHx////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////8+/r7/f//////////////////////7rmonZaPioaCf3t4dnRyc3V4f5D/////////&#10;////////6086MCghGxUQCwcCAAAAAAAAACP//////////////////2kAAAAAAAAAAAAAAAAAAAAA&#10;AAD//////////////////5sKAAAAAAAAAAAAAAAAAAAAAAD//////////////////8g5AAAAAAAA&#10;AAAAAAAAAAAAAAD///////////////////BjAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//+KDgAAAAAAAAAAAAAAAAAAAAD///////////////////+wNAAAAAAAAAAAAAAAAAAAAAD/////&#10;///////////////VWwAAAAAAAAAAAAAAAAAAAAD/////////////////////hRoAAAAAAAAAAAAA&#10;AAAAAAPs////////////////////sUkAAAAAAAAAAAAAABg5XYH/////////////////////5Xse&#10;AAAAAAAMIThSb4+z2f///////////////////////7tYKTlJWmyAl7DN7f//////////////////&#10;//////////+znrTF1+v/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////67+fh3NnW1NLQ0NDR09ng6/f/&#10;/////////////////7iKfndxbGhkYV5bWVhXV1leZXH//////////////////78xHxYQCgUAAAAA&#10;AAAAAAAAAAD//////////////////+1WAAAAAAAAAAAAAAAAAAAAAADo//////////////////+C&#10;BAAAAAAAAAAAAAAAAAAAAADM//////////////////+rLwAAAAAAAAAAAAAAAAAAAACz////////&#10;///////////SVwAAAAAAAAAAAAAAAAAAAACb///////////////////3fBAAAAAAAAAAAAAAAAAA&#10;AACF////////////////////ojcAAAAAAAAAAAAAAAAABSuU////////////////////y2ECAAAA&#10;AAAAAAAADCxQdp7R////////////////////9Y0wAAAAAAANIztXdpm+5f//////////////////&#10;/////8NjGCo7TF90jafG5/////////////////////////////+of5aou9Dn////////////////&#10;/////////////////////f//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////dzsW/vLm2tLOxsrK1ucDJ1eP///////////////////+XbGRe&#10;WVVRT0xKSEdGSEtQWWah//////////////////+nJg4HAgAAAAAAAAAAAAAAAABW////////////&#10;///////OUAAAAAAAAAAAAAAAAAAAAAA6///////////////////0eQsAAAAAAAAAAAAAAAAAAAAh&#10;////////////////////nzIAAAAAAAAAAAAAAAAAAAAO////////////////////xFgAAAAAAAAA&#10;AAAAAAAIMVqE////////////////////6X8fAAAAAAAAAAAGJ0txmsLp////////////////////&#10;/6dJAAAAAAIXL0poiq7V/P///////////////////////9N1HiY4Sl51j6vL7///////////////&#10;//////////////+ucoWYrMLb9v//////////////////////////////////3+//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////v7KqpqOhoJ+foaOmrLTAzd3s////////////////////ilpTT0tIRkRDQkFCQ0dOWWl9////&#10;////////////////ni4GAAAAAAAAAAAAAAAAAAAA////////////////////w1YAAAAAAAAAAAAA&#10;AAAAABVB////////////////////53saAAAAAAAAAAAAAAk0YIu0/////////////////////58/&#10;AAAAAAAAAAQlSnGZwuv//////////////////////8ZmDwAAABMqRGKDp831////////////////&#10;/////////+uONSs+UWiBnbze//////////////////////////////++dn+UqcHc+f//////////&#10;////////////////////////0tjz////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////28vDv7+/x8/j9////////////////////////////+LCfmpeWlpaYm5+krLbC&#10;0eHu/////////////////////o5QSkdFRERERUZHS1FaaIOp/////////////////////6ZBAQAA&#10;AAAAAAAABzZjj7rh/////////////////////8ZlCgAAAAAABCdMc5zE7P//////////////////&#10;/////+WILwAAEypEYoKmzPT///////////////////////////+rUDZKYXuWtNb6////////////&#10;///////////////////Sh3yYscvp////////////////////////////////////1M7t////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////t5ePj5Obo&#10;7fH5//////////////////////////////2xlJKSlZmdo6myvNDt////////////////////////&#10;//+dU0dJTVFWYHOKr9b8//////////////////////////+yVgAaNVBti67S9///////////////&#10;///////////////Nbz5fe5m31/n////////////////////////////////un4OmwuH/////////&#10;////////////////////////////487r////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAD/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////wAAAP/uAA5BZG9iZQBkQAAA&#10;AAL/2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAgICAgIC&#10;AgICAgMDAwMDAwMDAwMBAQEBAQEBAQEBAQICAQICAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABQIA2IE+wQBEQACEQEDEQEEEQD/3QAEAKD/xAGiAAAA&#10;BgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAAAAYFBAMHAggBCQAKCxAA&#10;AgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRy&#10;ChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpn&#10;aGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er0&#10;9fb3+Pn6EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhCgSORFVKhYhYzCbEk&#10;wdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk&#10;9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5&#10;KjpKWmp6ipqqusra6vr/2gAOBAEAAhEDEQQAAD8Ap+quv8Zn4HymwqtauRAC+3UhqFeiOpYBqymV&#10;rI1m+68MswsPQBp/p7C2ogUI6HpiVqmM1+XW/aJ2iZlqFCINOiYspEt7lrItymgkDn6+wjq6OWkq&#10;Xo6lNNQllnjuLtxdF9LsBpAP0Pu/z6YOMHqX7ieIsPT6UH6Yv1An6H9y4tqt/Xj3vr3XvcUobGFm&#10;1zsNMVPpALE30ASA6Rf6c+/VHGuOteVPPr3uNNC6AhxpYKQy8HT9bi4Nmt/X3ZHoykHFetjivXvb&#10;aSEJJF72Jt+DzyR/Qke39R1avOvT/XvfQclBx/asBe4+g/wv+P8AefdWIUMT5Dr1ade9uNAdVVQ/&#10;j/KqXj8/51Df8fX36vHrYNSPt697N32tlajDbY62q6ap8E4wNWonMUcgjU5CIGPxyJIr+Vfzbj2h&#10;iq9xIvlq/wAlOiO5U/vGShp3f8+9M+OANXmvTb/L4+b/AK/8jpjqsLW5Nv8AYewmiyG194uqZEDA&#10;bhYHx5iR6zIiua15GGOgWnoqbRBEIrf7Xq+o9mJBRa/h6NxGrR+jev8Asfy6c7OpJX1qdOlOF0/g&#10;+o3LXvf2gc1hanAV02KyVOYJ/TYl45NJSKOd+YXlVtSyr/aH19sP3sWXI6b0GMBW49ZFYMAym4P0&#10;P/I/bFIyNG0zm6zcGO558ZK/qFiCbX+g9syfAevYIrXrv21zxuoRXTxNz6SysdP+qDDg3Xn2ssnQ&#10;RyI3oP8AB05a8boU8h172YlJP+MD4oDgDN50XtwfR+P6G/8Ah73cgG6i+0f4OtbiP1LH/moD/I9Q&#10;UH+5Kc3+tHTC39LTVX+H5v7LrUAoNQFywLEc8fU/8Fv7fdTJqavdU9WUEBz8+p3tperVWQqNE0Th&#10;1PJsysdPBXR+v2hli8ShrnrR/n172Ju39/JJQx7a3RD9zh6hozE/kEIx9U8MVFDkT9jTLUVIpYNZ&#10;8RfTJ+ebH22kGjWVPdXH2dOh6jQ/+r9nXBl9QccMBa/1ut7lfrYXP5/HsdOu9kyY05/OYfICvwU2&#10;2s5KuWSk+3QTS0qSQ437aoqZKp2mgQMJtNlvzz7ZkoT3DPVRAoLuTVdJ/LqFVVSRtTxOoMstTThI&#10;tdjpMyAy6gLWj+tj9bW/Psss9TI87TNHZHfVYsvoN1AXUBdrW93LeGqgjPSWNWCgEdOHubT1b62M&#10;zlFIOmUqOAQABoAu1yf9h7XoVZV0Hy6UMhrVRjr3uXCW0Mvj4a1pdYP3HJN/H/uvRa3+PtWZq014&#10;b+XTEyt8RGeve83mimQwOtmWwBuT9TrPpsv4H9faiNytAf7PpOyMcEUHXvapxWfMMbYvLxGpxUo0&#10;tT60gMi+uVl8tPCZ1tJpYWb8f096uAWaNVOeqZBC0qOuiL/Tg/g/X/ePz9fcuv2/LS04yNG4yODd&#10;iIKpVFOsj8CamEckpqVNO506yNLWuPbkNRGoPH/Z634bKK8R10HBJU8MBcr9eLkA3+nNvadu0YaU&#10;yAu10ZtFtMQItGfwdNv1ck+33ZSqKDQ9NyIGUDVTrl75x1Ok+mQgtYEhbj1WJbkAEXP+PtpCGFdX&#10;+r7OmPpj5N/Lr3udBIiMzSSeQFCzw6PGJVupeHUCdPkU2v8Aj3eRjIigvUVr+XVJYXZRQV7v5de9&#10;rPAZlAPsqqPyYysfwx0Yexp2qAkSN9wiColEMJIsSNX1+vty2UKSpOT/AKqdNCJk7W8+uDqT6lNm&#10;A4P1v/hY8c+5+c2zUYXx1dMTUYuqQSpGFVPtmc2iUvJNLNKUC3vYA/n2bRyHSpYdynrTrpUDzHXC&#10;KYSFl+jISCL/AFsBc/QD8+05rIkEznUAjq0P6TIWHDeQCyhb/T8+34mRF00p0wAFFAMdZvc3Aqhr&#10;o2dQfRLpS9vswsTgxllb/KPIeb/j2682uNu79vVgSSKnrpvp/sR/vY9t5y01DknrqdvFIL3mCI+g&#10;PB4gTHIjqdSkj6ce0QHmfi6qop3/AIjx68yhhYi44/3g3H0/xHvLlsdSZCmlzGGHhh4FdQXeVolV&#10;1pqa9RUSLr8zoz+hRb6H2440ROa5/wBQ/wAvT5TShcfF1xUkHSxufw3A1fk8D9On20SHXh6GWIhT&#10;NJVqasC4bxyEaPC3C6Dx9Bf2qtP7ED5/5B16P4K/Prn+f9tx/t/bRFQVVbUIkD6Hkbxq2iJxEw/3&#10;YVLqHLEfS3HsovjQgeZ/2OnzVUoMFj/L/V/h697PX8Z905molq9p1tT5ocbGKot4aVNQerpaYgiO&#10;IPwq/wDHQn/D8+wrzagEEjf8L/59PU3+15ImvF4/oV/mOgt7FxFAIafM+H/LzKlGsvknF1EdVOi6&#10;BJ4eHvyVv/j7N0yalf8APraMkWP7dz6vr+kE8259hCZ0WO3fV+Ff+O/7HU7wikxIbu8H/V/q+fQQ&#10;QahNItiDoaQD6evWLj/XN/8AW94xHYkWOkX5AJH+w+th70JYyKmQftHSkMCK16ynWf7JJ4ABuLf4&#10;/i5F/fPSRIONJ+tx9LWF/wCtuOPbbvH4TgNUcPz8utdoUgHHXoww08Hk3IP9ASLWvySPr7z/AO8W&#10;5/r/AMU9l3VOs4+v9QeP8f8AeL/095U/SP8AY+/de6wsTqP0+qi/0H9eL8f7x75r9T/xP9CQPz73&#10;nr1CcAZ6xv8AQW/2JX/AH8D6j3nT68/4f63A+v8Ah79QnA62oZsL1Gk5HHP1/wBexI4+hJ+nuchU&#10;kALY/wCuSB9Rfn8m3tvrxAPHpucMASxFr/lQOeL/AE/HtxjBPGuxNuLC/wBWHH+J9qIAdBNPP/N0&#10;3Q0rTHSfrWVXBMer0/XUQOSD/T8e3ygksxH49PP5+o+hH+H+v79MKqD6dNyiqg+nSUycWpf68sfx&#10;b8/j8/X28UzfgkD6W/pe455b8ezJh1rpBV8YW+kG12uB/wAhf0X8+36CdhGD9QzfbOn0vE2nWw4+&#10;tv6c/wCP19sLbguT+fTBtBRmrk8OkTk4F1sn6THEa+GT9X+UK0gjjtcXH/BuP8PaX7K2Jjd/bTrc&#10;VVC9VHBLPizeceOsjx1XHQHTFU0yOFlq/pI2g/2uPout43DigwVP/Hvt6Cu8WH1GuM+dafb3D149&#10;S+r+zsl1xvWmrlH+4mvq4aPOEinIWnqsjj2yVRrajqZvRTUROmIBh/Z9X6qht4beyO0M7ksDk7rN&#10;Q109LKtov8o8MzxPPphmnEIOgjSH9P8AU+xJBH+lEVGKf5uo5ntGt5GQj4W6tjwOZodxYfG5zGSi&#10;aiylDS19JKokVWgq4EniIEqRyWKSA8qCb/T2nWRozK8cd0ZyIRdbiAi7LcgFj9fUefdhRhp4N0mq&#10;JBQ/H07A3Iuf+lvp+CbX9+LKY1sPGv8AZU3Nhf8AqeT/AMa91IoSOm2GkkV67/P9SPqefz9eOfqP&#10;cR1NyQOPr/xXj6+9f4eqHrl7hyPZj+Txx/sOPfutcePXvcVgCCD/AIj6f6x/3n3vr1PLr3uDOiKS&#10;PqSB9b+o354+nPv3VSOve291W/8AtI/FmI1KCf8AY+/Ainz61/h697hTBdJseRfizX/TyD+fd1Go&#10;qACT16gwM/Pr3uF5PHcj6n6/g8D8XUj8ezWFo46BDUU9et4yB173Dc3uTe4a/wDsP9tb/be7O6yH&#10;UvA9XU0B9Ove4TFmOk2sebXF/wBX9fxf3UdNGpNOve8UpC6SvOpfzewH+P8AsPehRRngOqdsajOB&#10;173Ha55vfgcAf1/A4A971D+Ida1p/EP29e9xrKpGok+ocW/H+ufwPbM6sRg49Pn04tTqHy6974Wi&#10;Fxx+b/qPNz+P9f2X5x0z173GlKfRSLi3N+AP6/0Fj/vHtVbBg8jFfX9teHVY18OtOve4UiKy/wC8&#10;W/AJFr3ufa6vT2rHz697juhUhvoRcEH8XHFrNb6X/r791493Dr3vDJf6/T9P/RXP+8e9dU6974O2&#10;lP8Ap4bf4cf8V90X4h/pemI6LIpHHQOve45UkkgXB5B4+h5/P9fbtenuve+hcEixB/1/r/tuffqi&#10;nXqhcnh1730VI/xH+PpuOfpbn8e9BgTSvVQ6k0DVPXveJktY8Ef4fjn6/X+vvdaAnrxNAT6de9+F&#10;1+vF/wDY8j/Y8e2m76aemJP1aaM04/6j17305FmX6E8f0PBA900nTqr014Z8PXX/AFcOve+Ghv8A&#10;Un6/1F/9jzf6H3TpunXvfVj9LH/bfT/YD3vrXXvfEAn6Dn+g/wBcfX88H3VtFO+lPn177eve/fnn&#10;/ityLX/r+fdut/Z17376/i/1Fxxx9D9fr7917r3vMPoP9Ye054n7ekrfE329e98/9gf9f8f4fX2t&#10;6p17343/AOI/3n6/4X9+691736/0P+Fxc8D3sgqSCMjr1KY6974s/wDsfx/SwP8AsLH/AGHvxJJq&#10;TU9b8+PXvfP/AHx4/wB9+Peutde9+/x5H+8/717917r3vr8fX/bc/wBPx791vr3vkPqP9j/vR/2N&#10;/wDb+1Ft8bfZ/m6snHr3viGYkc6hz9NI/wB9/h7W06cpwPXvchXYfUlh/sLj/eL/AO9+/de6977M&#10;vF7D/b/8a96p17r3vkslz/T6/wCP0+v44uB791uvXvefyf4f7c/61/x/h7916vy697yf1+v+2Hv3&#10;Xuve/f7z/X/bf09669173lXkAf6/+98e7db9T173zF7/AOFx9Pp/T+h/HvfWx59e9yFHqHJ5I5tY&#10;3vb8Hj6e/deHn173n/21uOP8P+R+9U6sBXr3vMjKBa9iOPpx9f62/PupHXiKHr3vmGuLg8Ai5PH+&#10;vwQOLH3vHDrXXveQBT9DqP8AtrD8ng396p17r3vMp0/p/wAL3vf/AF/8OPfiAR3DHXuPHr3vtdP9&#10;r+g+lze354/2HveOtkg/b173zXTc2vexHAN7cC/N7/T6+6O6Jp1HqpNOve+LIVt/iOD/AK4+l/p7&#10;a+oj8gf9X59e1Dr3vG0g0m51f4W4Jv8A1t9Of8ePbbSCRkVVwP8AN15TVhTr3uM0gDHVcGw4+pAt&#10;zzcX+l/dfLtp055dtOve8buNIIOogqVH0JNjwTYnj+ntPLEHKUX4X1fs6o0piKnT+Lr3uVi6KqzO&#10;Vx2Io4/LU5WupKBCDGuk1tRHTLCEdokI1yg6tS/X6j6+1dxKEtRjgP8AJ+Xr176F9yngVB3Fl/m3&#10;5cNXXCSRIo3lkbTHGjSOxvZUQFmY2ueAPdpfVnX9PsTaNDR/prKyClrq5byMRVzY2iiqlOqrqov8&#10;5Tf2CF/oP6hKe/8AGJhQZDf4Dg/D1kByrtv7u2yGMr30X/jo+Z6BTcmaOUyjCNf8lpGkp0a4/caG&#10;abTIAVjdNSsP+K/kLWqFvSDf+n+2IH0+v0/p7Rt36/nXoTefUalP6SbcWv8AUX+nNz7gTjRGB/qS&#10;eTf8nm309lTOZHLsMnpITUk+fT3Ti7W5t+P9fki/+PtKVzFWuf6WPH0F78cC/wCfau27gyefH/V/&#10;Lpp1Lig4jp9hUWFvp/T83/2P4B9sU8gAa5/AP0PP6f8AA+1mmikdIuJ6nxC7KQLfW3Njzq+p4J9p&#10;TJC72DXA/IFvxESLH+v9fb8Caq/xf6qf5+ks0gUksc9OURsLEfU25P4BYX9ofKTGJH0yBWsPV4wb&#10;/p/DD1ez3b7XXcQKx/F0VTXFPibPU9bn8f7AH/ifwLe6x/mX8iU2tiqjYeCqlfKZGGSLJsI0bRSz&#10;09PNTkrV4ioh/wA4pt45VP8AX3OHI8cfK0F3fHBOKf7bV6H/AAdQFz9vcd20ljE2SP8AV+Ef4epa&#10;pYhj9fwP6fUH82JI9015HKVNdUzTzvqkmLux0xrcuzMTZERf7X9B7Ce+b+b29uZOGrV/hPyH+fqM&#10;be3FspVFpUf4fzPWT216/wDff74ew39Wvz/1fl09Q9e98klKurA2IYEGw4IPB+luPd0vWV0dD3gi&#10;n2+Xl14qGBVvhOD9h49e9nd+Fm8noewqfa9ZL4qPI1a5lGKq2uuFbhaOGO0dM0ymQA86wgH1H59y&#10;LyFv+6XF7cbDZQ1luiQTVMFyiHBWnE+q/b0GN83duVpLTfoYtcSukDLUL2M2pskN5D0r/S66IuCP&#10;6gj/AG/vYApJvPSSSQv+5TyrEz6eYD4yzU+mRVV9Sn9VrA+znmPk3cNkmurvfbTxBExiHwrQEinw&#10;SMfi9c9HvLPufDebi52628Bn1D4tepTSvGP/AKG6ZGQxyJGDpEimQjkhyDYPfkrb+g9qHHzRClR3&#10;NjMFc2LE+k2fkC30/wBb2HobZ1gEY/h8/Qf6v5dSJLPquUccSP8AV/g6a6pXeYgf2CyjhRywuPze&#10;wP8Avfub11PTS5feH27ahBWY5X/WNOqimt+sD68/19iKztRFY7Ua40n/AI/9vQZmuxNu29xjH6sf&#10;/Hfs6Tu9tf2mIVxZpFqz9AeVkpiBwDfgj+n190N/zJcl5++czRHk0b0n9DbzbU2TKP7Cn6j63Psy&#10;3yQtZ2Qb4jr/AJMvQg5rmD7TssZXNJf+Pp0tNsKEwWOUCwEUlh/gZ5T/AFP9fZEsQ4Eylr6FPNub&#10;cSG9uD9T7VbOIvCZmbP+z0C5Bqjm/L/CB0/e1Rkd2PHF/DaBv2iAplNm1FrMy6JoLroYW/V7ea/t&#10;NukVXNan54/ZX/V69Jy+qBnlxT/V5f6vt697FTYmISipRm8ufDTp+55CWbVoYG3+TSsVsD9dP59m&#10;88Ul7D9RZZFP9Xxj/i+o4vdwa5ujBbjVn/VxHXvagr97HMVKU8JvDE6wpbQR44wUX600bC6sPqb+&#10;93cDGEKxFVC+vTTWzqSaj+f+br3tU4uWMxoL/uej6E86hFweLXv7LLeT6eUgcD0c2xApXr3sTMYC&#10;UhI4/biI/pq/aNjfj2w9JJJCeDMelKKDJpPDr3tYQgmNbXJsosLfXSL8X/PtM4CsVJ7SOjSOShKu&#10;32V697T2zwYc3ue/9rMlh9ASdFieb/2T7ZUnxQOFIW6bll073t2af4tJ173c98PXvtOoX+j0n5t/&#10;YrLcWB+ntNsa18Y0FKE/y6EW2mr2nbxVj0Xb5ALfHYhh9f8AKgODc/vUJP8AgeB7sl60kK1NYoA9&#10;RiA/P+6asm9weDf2H+cCo2BFrgEf8fTqdPb9wu6SBuP/AEK/VZPeVL5avb85NhGuRLj6fqkxyjT6&#10;hyNP9Pz7DHOKIp5WXj9I/N/0wXtw3N/ePjr+jJ6V/wBX+HrI1zhcdH/21I1RBSq1rkSFrWI/zk5H&#10;II/1P+w9h/Pcux/s3/w44H9PZNHT8NfE8v8AV9levdCwlgqg/wBPUPV9Re34+g9t9Sw9Tf7H8f4f&#10;kfn2oiSkSow9f8vTRWi06lw8sAP8PofoACCefxx7T1eb62S/1JHHPKgk/wC2PusA7UB8gf8ACei6&#10;4IDAHjp/ynp7g4IB/wBpBv8AS34/ofx7SlQxBYEc8j6cXu1/z/T6ezS2ViwPAD/V/q+Xz6JJ31NU&#10;cOHTmLaQAfxa31v+n6cf717b3kN9RudWr6D88kj6WH9fZsFEYiRD+Nf9X7OkZIq32dclAa/04Xn6&#10;j/AG9/x7jyvqXSLXP9ByQy/ngA39rLvC2ppjs/wnpHbGguW+bf4T13Ctmc/QDVzc24t/sf8AX910&#10;dmUkw39uM3sr5iuk+itf/KX5OprEkexxBp+jgpx8Mf4P8/DqCOaB/u6uKHOpv+PdKeD/ADEP/LKP&#10;/D+wPx+PaZMTRxjUT+LfQAAWNuCb/wBPaHUDQE95z/q/1eXRcq/o0pU9ZffFSLW02sf6k3/Nj/jz&#10;7VEkgD06TDieve+LNp4+p/33P496p1s9e95qSUh7E8Nbkrf6Bj+Bb2kuSD4Ypio/n14Hr3t4IBFr&#10;/gc/1/1vr9bf63tKaCQhR0YRHI7KZ6977W4Lkf6n/inA+vujtRUPl05L5de9+TjT/sB/vXu5NA32&#10;9Ot8J+zr3s3/AMbSft9x/wDasydvr/q8ST/vfu+2n/djCP8AV8Q6D9wf8c2sef1S/wCE/wCbpHbz&#10;F6LG/wDa4pT/ANYar/evYnUxP2GU/wAN4VY/BJHjUnj/AGPsWXB/WUf0f8vRluL1vVH9D/KesKgG&#10;ppP6DBQ/1/Mgtz7aoXYb+oz/AKra9Xc/W3+XRW4t7tHSnd/EKfb/AKv50607araQ/wBIdZqhf9w8&#10;w+tq2P8Aw/C3/P8AT2WrsZ2G6s4p+v8AEpTwBbkj/e7/AOt7STf2bCnkf8vSm1NFp0pqD/gFSf8A&#10;UPF/0IPYcO3LG4txe3PHAH+8j2HpSGYg8D/k6U8CB1L99atQ+vH0H+PN/r+fdKqp9D17PXvfK/8A&#10;gL2v+Ppe39fpb3vQvp/q/b1uvz697//Qoqpa+THTrVxSskqajGVJUPqjeNroQVOhX/I9hjiMUr0N&#10;lYfEp63+PYuUe/MLumnjxe9qRZapdS0+YilFFDRBzcyTUtDBE0wMUaIAT9efdCpFf4elAkV+2Tj6&#10;9RvA0RBgbStyZI2DP5OGsFdpP2zqN78+0/unqzLYiP8AjdATnMAULmtp41pY4FVQzBhNVGZ/HqCk&#10;BeTz7SrIwXScV6q8LDuGV67jqY3cxEhJ1F2hYjWFN7NwSCDp9hk8auHSU+YPdECERNE/5UsOX0jg&#10;+91NKeXTPUj3FZV0GMA2X9IZiSCOObfU8e1AnoQdHW1ww697a54R9Lj+t/rwL/kN9f8Ab+3Pqf6H&#10;8/8AY6cLfLr3vB4gEBt/Q2/PHBP1P4/HtTXPVuve5VHYVlGf+minPN+SZ1seL/n37rY4jr3s1/c5&#10;dtk9diNgpOCqSWYKR6a+IEWYek/19pYaJLIXNM/4eHRZOK3khr50/bTpmxt/vc3/ANR8VuCOPsaY&#10;3v8Ank+ynlpLR+a90DaZAdI/obBbtz9P8Pa1nJAXFOjMCgHp08+19tzen2oioc3SnN4y7rJSRvHR&#10;zGxnkX/LFjaYD7h1bk/RbfQ+2GQeGkimhPVNaqFUio64sGIOltLfgkagPp/ZuL8D3NrdkxGlnzGz&#10;qxMnBThHeOONycfrcU6tKayVTOKiXXay8W/1vad2xRm09VMY+KM169q5Cn0k/puR6rC5tb+g9hlU&#10;QqJIfHG0Ss8gMbuXOsf5w6idNi54H49v20hfx2pQgD/J1u2pqvDTOlf8nXL2YWjjU9D0rE30ZnPs&#10;W1G3DDmxN/r/AL76+/O/+NQoeNRT9nWr+muxr/GP8HUJf+LhN/1B0/Fv+b1R+f8AH2Xapls5ZbFy&#10;3jta9wL2+o/B9mKfCOrL8I6m+2eoiuwZ1Kk3cW4/Vc/QMPyPdJEqNQPDrxGeve4tnjbnmIt+4fSC&#10;UP60B5ZDpHBHPtjrX+Dr3tW7V3jldp10dRjKg/bSnRPA2iRXoZWiE1ODMkgVnhjsH03H49tyRo4N&#10;evDBJ8j/AKv9X8uuLKrCzC4uD+fqOQeP6e1/kaTD72kmyW2XFJmJA8tVgneSqnrL+uepinkMNNAk&#10;MQsUAFzyPZZOSjoDwp1ZVWQHQKH067FxwTf/ABtb+lgeTz7DUpPSSS0aj7WpifRV0slpXVvqFMhY&#10;gFVN+D+fb0UzqAI8jqoJGBx679utNKsaP4VIvbRqYnXx6rBvpa59mqsHw3Hq5VWGeve3BZPKlnSz&#10;Dn8An1fUFef0j/D3cM8eUbB6bZSo+XXveVGOkp+piBc8C31NjwfqB9fay1k1lq8ekjrp4cD/AC69&#10;7f8ACZ6vwU5npZA1LIFFfCyRvqiW7AK8iuI21seUUk+6zBUrT060rFcjh10VDWuL2Nx/r+3zJ4yj&#10;ztLUZjb0bQeOF5K7GeR55oyqlpKx6iZkTxyynhAPT7RiV+Bb/B08IxIpdT+XXQuOGN+eDa17kkC1&#10;zyAP9j7Q0cp8Txsh8yOy8uPTpFvoePr/ALx7sJXHz60Ix6nrl7kJIU0SaQXULYk6tAWx1aTe4Vvw&#10;Pa2OcOFUN3npwRIwoB3de9qbCVMj5Gh8XLNUU/kc2KENNGJAF5Ck3vx9Pb+o6SfMf5P9Vei+4jIx&#10;TINevexhz+Vkx8mNSNQ8ElCRVQ2BMitIY5HV2VjHaM2459uLcsG0SGo/1ft6QO51hC3aeo0SAhz9&#10;D5DpI/FgCOL2PPtG1lBStA+RxSGagZ1D04di9OzWCK00p1vpAvwLH2YJWgKydvWzCOIbHWZWPCtb&#10;Vb8f2rfUgc2HvHg5mnyKREakKTCOQKFFlikY8KBqBK+1GtUGvz9P9nrSpoOqteu3/Sf9h/vY/wBb&#10;2kcpMWrJS0TGRStqYFQ7+hCRrICjQPUfe0kSlaGvWkAoD+Lrl7xY7IZDGTJVU9Ssc8fJmMKSx1V0&#10;ZLLE+pIxCjkG45PPuruXFCMdP07GanXRAYEHkH/XH+8jn2vqqHE1+KiqaWIyQY8zT1OIWWQTMZ3C&#10;m1WNOnyyAvxew49r7Wmhj8+mY6UPWK7hyD/aFlf/AFrmxW55F/8AY+0HW5qaVJqenK0tIFCx0pRJ&#10;JA3AY/cePyE8H8/8T7Krv4h9v+Q9PITrWnD/AGOs3s0nxHRptwZ0hS0hxQB5tpUZCj5t6R9W9hHm&#10;9mFkzVyF/wAjdTr7WCtzf+vg/wDPw6D/ALFZExFEXNlOUiHN+f8AJas245/Hs/AVXuyjSNZia5uC&#10;6j1fjjn+nsCTtRIO86gq/wCH1/n1OsaqJWz/AKD/AKv8vQIQ6lklRxqDI8ykG2lH+htc3+tvfEpo&#10;AFuBb8f7429p2JYkse7r3H7es6OrXsOObWP+BB+v0PPP19+AJ/wA+v8ArfXi3P8AtveuOOvUqR69&#10;dsQPqbkj8n8i/wBQf9b33qZuAALf776m459vaEXicdKCkaZbrFYDn63PFvrb+lhY8e+Ufq9P0tYf&#10;n8/Xg+9Ov4q9adOMmrrpyV5te9z+P8f99/xv31GTz/Tiw44Fyf8Ab+3T0/1xf8H/AFwfzc8D8/g+&#10;5UZ4I/A4t/t7n22wqQeqsuplPkOo0gFwfoTze/1Ppst/z7noxLKSOB9LkcEnk34/Htsq9GCcD5D9&#10;vDqkkfmg6bXEaqRq5tybHngg/jnV/vfuXT2FwSLC+oeo/k88k29mDrUVHHpp11cBnpP1LMOQtyeF&#10;/SP6cfT68f6/t4g/ULm5utuOeSOB/Tk+/BQBIa/hPVXUAY6TlafSCBwHsebD0ggfn6f439qGlUFh&#10;fkcX4t+V/H+HtwGRUBJ/U/1enTNKfDx6QOUYAtoFlLWHOv8ADD83vc/4+32jAMl1IJAAkBubJ5F1&#10;Nb/E/wBOePenk0FfWn/PvTNzMIk/pEf5OkNl1c0jrICFaQyQsLC82iTxxccj08ci3tQQRmNSUBZW&#10;dmZh+lWY/Qi2r0jkfj2YWcoldFI/CPyxx/yfn0SGZZ2KN/q/1f4eggz8gckyv4pUsscX9qeOMuRY&#10;g+MCRvT/AKq/ssnyM6f/AL64WXcOHjAzmJUlgqM5no4FrKypl0GphgF9VrlSR+OPYkIEcC/wlP8A&#10;P0Ft8s1dZHHkP+gujM/FLvdNt5tevNyz+PE5iUy4qtldESlyVRLicXQ4chYJJpJJQpIbUqX+vq91&#10;e1cMsMsiVClXpw0Uq6lGl+G0HSbXYf6/+29p4qFgo6AURBlC+Y/y9WjqysPTyD+k/UED6EXsbD3E&#10;jIKi3H4t/S34v+fbkoo59OrTLpkZadc/97/2/vHNJp4P1/p/X6f4cW9t9Mnrrj/fG/uE1n9V+Tzf&#10;8n8fi35Hv3Xuu/cYkKLk/wDE8/72Tb3vrx697hyaWOoi3HNyT/h/Xj68D20zeQ6oaV697gyCMXt+&#10;Qf6/knj6H8e9avh+XWj/AC697a51/c0ra2n/AB5Hq/1XH49mdswWB3Pw6v8AD1vFPn173H8Y+t/r&#10;z9P9b6cm309pZnzXQB8h1Q5+XXvcOeMhww+lhfi/Ny39eL/7x7U2bho3p5H/AFf4Orpwbr3uPIwA&#10;/Fx/T8W+n+x/w9rOtE9e9xCbXNrn68D8D/evbLMCR6dIJZASv2fz697xkfq0i39Lm/5PP15HtPIw&#10;0PnyP+DpOXWnHr3uHJHYrqB+lwPpxf8A417VRNq1fb0ttX1eJn/V/qHXvcWVQLWN7G4Pqv8Ai/AP&#10;9Pbmka9fnSn+XpQ44H5de94WQaVsf9V/T8cHn+oHupfS1NPSYyaXK6Pz9eve8GkkW4/x+gtcf1/x&#10;93atMDPV2LAdoz173hZCB6iOPzck/X68tp/PvQOoautq2pQade9xkIEn+wa3/JR/1/x70/wnqk39&#10;m3+rz6976kXUw/qFv/trn/G4sfdQ2nV6V6ZEmgvj8f8Ahr/m6974aQOCbXPH+J/1vevEzXT1rxzq&#10;roFP5/t697xyJpUkfk/8T78rFnB/1cOtIxaUMeP+x173j4AuWb+t7/X/AGHvde6nhjr2vu0+EP8A&#10;V8+ve8Or030/Uf4f1t7cDAsV6eEgLlOve8duAP6j8f7EA/Tj3fp0AnHXvfltcc/1+v44N/z7pJ8B&#10;6am/s2H+rj173k/xt/h/rfkn/D/H2n+VekfXvff+x54/3xAv/j7117r3vCx0+lSV/tE/n88c244v&#10;71QMKMAetH0pjr3vEwIKj/G97/8AIxz7qsiOSFPl1rVXr3vv/Y/X6f0/1/x9PbnW+HXveYfQf6wv&#10;/X8fX2nPE/b0lb4j9vXvfer/AFvpf/b/AO9+3PGb0HVade993Pv3jN6Dr3XvfY+gAtbj/kf+3HtU&#10;SSSxOevVznr3vi0fP9Dwb/g/7C9re/EEcRTr3Dy6975/j/ffn/X96611737+nH/Ffz/xX37r3Xvf&#10;X+8f4ccf7b+nv3Xuve+7+pf6XP8Ah+Cf9bj2otv7Q/Z/lHV049e98vrfm30PP+H1/Nvx7W9Ode98&#10;rkfS/wCfpx/xT8e99X1D+Hr3vs3+p4uSf9e5Puvz6p8+ve+SC5/1vr/sQefwPwPfuvde95/eut9e&#10;99qxXi3H+2I/B+n+HvfXuve8oNxf8/719eR7917r3vMv6Rf/AB/PH1N7j/WP+39762eJ6975j6/8&#10;hD8+99bXz+zr3uQByP8AEj+tjyB9Afz7914efXveYsAQObkjn8f0v9bf4/n3rrfXvfIckf71Yf8A&#10;Grce9de6975Kri1vSeR+OQbE2v8A0t7917r3vKAfybm/+2+lh9Peuvde98wbDjm/05I/r/QW9+69&#10;1737lvwT+f7P9Px+Pz7917r3vKnpLEmx/H0t/wAj49pbn8H5/wCTqjeXXvfi5/HH1+hDf7wQB9Pa&#10;XqvXvcaZbaQf8LLx+b2/1jYcD24nnjp2Pzx173jMbaS3H4+vItYW/wCQhf3bWvr1fxF9eve8Esrq&#10;oIW4e6SNwAg5Bcgi5sf9h7r4nhFs449eSHxWdCeGevez2fFvqOWkiffmap2PmSRcWjHTppz/AADL&#10;0WQ/bqXRkAVhpKaz+f6eyi+uzMWhUZ+XzJ+z7fPqTeTNoEjeLIMj/OnQW9h7nWjhXCUk6pV1ajz2&#10;GvyU1QtZSSUo9J0SvIB6ri3s6dUheEyMoX1MkfHDoQXWRR+EYMOCb+wsiiO/egqAP8BpT0rx6ktS&#10;sdx9Ovwhf8B0/wCHoMaaUKscIYk21yWteN/SHjJBvqUr9QLce01VKBe3P1t/X88W4v7WE8ST0ofy&#10;6UdK1wova1r/APJv9AbH20VNtLEfS9v9twfrxf2UDpP0oae5YAj8Xt+eRwf99/sPaOyLm408/knm&#10;4vb8fi1vZjbBQkhLcTT9n/F9NvoowLUB6UEC/S4tYcf0/pb2kKyTQrM3pAt9f8dH+HPtbTUtBwPR&#10;c/HHHp3hA4A5J+v+wJ/Fx+T7StZUxfqaSwP1FzzwObn/AF/ZnZxq1ar3j/Z6KbtwpIHH/onqaiMP&#10;oPpY8/g6rfQewM7P3tRbQ27l8/Vyr9tjIEmlOrRxJJTU6gHwykWaYf2T7Fe3RKk0D6DUH/Kf9Veg&#10;HzBuhs9vu59WVX/n5ep8SX5Ycfj/AIr9fp71sOyN3128905TOVjl5aiokRSdPEETssHCRooAjt+L&#10;n8+xJvm8NoS2Q5p/k8sdY+Xskl1cy3LeZ6k+w/YcA/n/AIg8+wrNC0ao7H4v8uektaj5jr3vh7T9&#10;e69797917r3t/wBvVq43NYuuk8i00VdRtWiORo3akWqikqVV1u6aokPI5H1Hs5264SxubW8WM6AV&#10;Vs0yaEmvljpFuVqb2yu4Uj1SaGIH9LSaf4eve7xvjvjdhY7GYzsHaTVsddl8WXqfucxlK+JP4hBF&#10;5oPBXM0Acog0sEFvwPc+zW+3bjtNhcWUbTSyRK7UZu1hn+R/y56A3L13Yy0i3u2+nmsf0NRJozju&#10;X4PU/bT164uutSp+ht/X8G/4I9ngw+cR8YtU7DT9sxBP9kMkgNvQD9Rf2FZUVZCpB/1U4/7HUs21&#10;z4lt4temielJlsv01KT/AI2KkcXsOPfD4+18tTVdkVDtqL5Db7ITpv8A8A678WA/HsXS2oTZrByp&#10;ICn/AI90Btpvmm5i35CezxU/450ld9Rh5cKv4/y9fr+CKIf7H6e6PP5hlYaj5J72U8eKbCC3/Btk&#10;7PI/A+un2Hd3otrYeh1/4R1I/MDf4js4HkJP8K9K/CII8VRIPosR/wB5dz/j/X2Rx61ogUj/AFG3&#10;9CP9axFvofYTvOYXsozHGf8AV+zoOsV0uvrTp09iZszbEFLTnc24JAlDT/uRRMHUzFJnhcBoZCRy&#10;QeV9nHKmyXVxW+3dqRcckjzJ/Cf9L0E923AXLDb7Y/qvj+Qb0PXvcXdW/qjPypBGPtcfBZIKYaGM&#10;hRfGCZEhjN2QD6/T2IL/AJ5sbVzYbYRVe2vxV8vxL/q9Ontq5bh2wfVSjVIf+L9T1731tzKGKqh0&#10;n0koLEggXZCALrxcj6+1kO5/WKrU/UIX/YPSTdIEVWcLQ/8AF9e9mAwOTWWSMXOr0G1wNPqhANtK&#10;2Nz7N1tfHUE/H0U2Tl30sO4de9jHiq4FIRqICqg/s8aSlr2W3tDMpSaWJf8AS/4P8o6XlqSMPU9e&#10;9rqhkErD6ODb883Cxn8kD6n2mdda0X4h0vikqOwUI697b9uOsedzqC4JyZOn686Rfi973/H59oVN&#10;bplJ7fCb/B0XzyU32xUt/wARn/w4697uN+IBI2vMOPrS/wCFrx1lyL/1J9+5eiRxO1TTP+A9DrZh&#10;UWzV4Bui99/G2LxZueDUcf1/fovr/tvdkfW/qr5x9Pp/rACmrD+OPYa53jI2coPiBH83j/z9TdyK&#10;KbvMB8v+OP1Wx3S6x0+Nma+n9783JvU48Xsfzxf6+w6zisZqn828J/I4KwX/ANv7xzlZAp9PL06y&#10;NlbSIyfh4dHw2wf8movxcThgw1E2ee3B5+p/PtBzOpkYDj6f1P1At+WHssiEooRHn5jqwNRU9Cei&#10;ehRquPpwR9QT/hf6+4FWiBHtY/Qcm9uB+foefbdbk0w38+mnLkAEU6caRhrW9rc3tp55P1/2HtHV&#10;02kFTctckj/WuARYW4t/vHsxhQUop/Tpj9la/nXoqu2IZxqwFx/q/Pp+iQsQ3F/p/h9R6Tzf8+0z&#10;USkkC97szD6n/VcHj86fZrbKG1E+Zp/l/wAvRHKw7up+nSB/go/w5JA/1QHp9t8/qUFfw/5+t7MS&#10;oB9rsqI1PqvSMn+1P9HrnHwzE/lTz+Bcjm/vgxVBEDfkpzwTqIsfTz+fb14cW2aDs/w+vSK2carr&#10;uwS3XowWM3+AkFhwLcEfX/X9kL7YVH39lWHA+6qmsL8t9y4/29vY3RRHYWgXyQcfsHUIczD/AHdT&#10;imdTf8e6UtNf7eC/18Mf/Qg9oCpchgov+B+ODqA4B/B9lWvv1fPotP8AZU/1ces3uO4f06ha/wBL&#10;Ac/8T+Pa15GCp8/8nSRn0nI697xFdX+2NgLE/k/n23TNerae7VXPXvfNAI3QEaSb/wBTwAbEXuPd&#10;XI7M/iHVlp69e9vf1AI/ryfz/T6X/oPbAYswJNT0vt+Cfn/l6974ILFiCDqK/T/jf+I/PvzeVPh6&#10;dl8uve8y2Eqj9QNwP9cfQi3vZX9MfZ1Zq+GeNade9m4+NUg1bmUk2/g+SYH8cy4rj/E8fT3rbv8A&#10;kqRH5j/jw6Dd0P8AG9pP/L3H/hPSP3oCcfQW/wCdvS/9aar/AHr2KFMw/h2bueF3pXXIvawjTi1j&#10;+fYtuG/xhfs/yno03Bwb9a/w0/403WCIH7mi/wC1DAB+P92Lck3/AN8fbZA9t9Y+4HO1Z+PxY10X&#10;4t+B7chpVftP+Xqp0mInh39Z6gH+E1Qv/wApqc8/UBbn/XNvx7LR2cwG6cyFuAcjLzzzyAD9LcD2&#10;3c/DLj1/y9GNr8Bx0pMf/wAAaP8AH+TQ/wDQi/6/sN5D+P8AXta34/3ni3sLyD9Qn5np0gllPUz3&#10;hNgLnn/YfUH8/wCw96PmOrde98fJx/ja31/x+n0+lve+t9e9/wD/0aHG5AYfT6f63J9gzIx0PKUx&#10;1v8AHuOwC2I4v/tuP8OBb37j1qg+XXvZqZc9kMR1nt3I0bxB/wCIZFGjqYhUJKsSKApR/SQTb6j3&#10;S/lVrqJUIHD5eX59It5leO7tfDY6e3j9nUFUR62pDKf8xT83K/VpvoVIP49oiDIbJ3reLNIu38wy&#10;6UyU04hxwdrJHIaWmA1BXcsb/VRb225cBTWvDpaTHIsAYUaq9SG8kYLIDKqrxGP84SLnh3cAk/QX&#10;9oPcWxMxg/JVCP77GGRmpcpBHppnW0ssU+kvraNqdNdiLaT7dDA/I9ONEyZ4r69c1kV+AbNYFkJG&#10;pf6ggH6g8ew/kR3cjWjzICW0qArxAkuiD+y7MeD7tw6a/wAPXP3HdLrZEI1SAkMLsPwVJ/qt/dtT&#10;AUDGnXs+XXvfOFlSqokLrG33FNdnGpVYyi3H1+vuyE6ifOnTkfxDr3s03cAH9x+ufWJW/gFSfIoI&#10;RrZBOQp5F7+24DWWT7f8nSOc/wCOso4A/wDPo6aMd/wMzP4/y6Lj/qhpbn/Y+yn6j6eb8mzcf7x9&#10;Df8A4p7NelfTv75AkWKxsxN9RH6T/Tj6jg+y06kdqHPTYrQUHXvc/H5TIYqbz08sigfWMEmNwAwC&#10;unCOLvf2rgp4Y9a5/wBX2U6cQleHXva8ibb2+Cy5Wtpdu5x9KPkKh2joJUUaIilJTC0bpDF6jf1E&#10;396uJQsqlo6pT/V8unapJQMaH+XXE3UEgFrfRRy3+PLsAfYnVlHVYjo+lx+TpZadpc3nolmYIiS0&#10;5u8NVHpJISaNdQ/Nm9oxMCw7asAOqSLpg70qQT1CTSclOQ4JWkp1ZB9VPlqD6vxYg+yuVMfqJ1qA&#10;GIjl5EZtq0hueXQXJP59qLeYKoDk/wCr+fSaHEa1PkP8HU/3DKnX+6QzFbpLz4zf9PH59XP+t7ek&#10;uFI7WJb7P8/ThPzz173GeI3e5PDNY/g/Ua7/AEAt9P8AW90+p/4X/P8A2Oq1HXvccgg8/Uf0/wCK&#10;+9ST/EjR/t/1f5fz62fs697l01XJROs0EjpMpXSsLFHP0BYuDymocj8j2lJ1U1darQjr3sRqPNYr&#10;cYjodzoKWpAb7fLR+Okp4zbWVqFhTyzNK6Kov+n3WhGR07qV8P8At697wZjbmQwtREZlNRSVPkND&#10;loVKUVcsSRiZ4Ax1aYZJNBv/AGvaiCVVZ6mg62y6GP8AD5HroEG4vyPqLi4vzz/T22RPrJd5A5J/&#10;eWMf5kWOjV/TX+LezOOVdC04dbBFOu/edKrW3H1P6gWv9NQFzYDn28rpUaeP7OvAL6Dr3tyRTIht&#10;+SRZfzYX/wBha/vav4Umo1IIz0yw0Njr3tRbPLJuXCRJ5GefIU8UUSOVR3L2AmjvolT+qnj3q4lV&#10;+HAA568GGoH59cXICMSbAKxJH4Fjc8c+1hu2iwNdU5CFLU24YlmYsrlYazRJIiY2GljsFrHqW/Wb&#10;iwt7ZjrqHp09RS/o3XFdVlNwyFVtx6hx9S1wCLfi1/YTDzRSvDNE1PLHqi0yAXdUfR4lC/2mYHn/&#10;AA9uyHtqOqTV0/Oo6ye3rE1DLXUAU+PVX0gkRgCzfuxAkMLWB+n+FvbBcq1dWB1rQDGvqB172JW9&#10;agefGIt0T7HySIWBYsJW51fgW5t9PZtAx8NHZ/LovmUCbUfSn8+scYsGH+1n/eh7YsZl3pG/Z9cF&#10;7yxmxBHINw36SBf2+usElDRukjwsCxjOPT/V/sdcyAf99yP9b2ucVSUuSq1rcO3qWOUzxglrF4nH&#10;FrBBpUn+nt8sjxuWpWnD59JkjqxJ6xu+hfX+SBf6C1x9f6H2EddIGmn51OGTxMBbyXVdei5v6R9f&#10;fllmrRjj8unkRtdJBj/V6dZfcdLMIyeVu2lBw1N+GMpJ58p5X+g9qUkLSKaf6uP+TpQy6kPXvc+j&#10;rqmjD1VOCXX9URCuJApsAVb0/m/N/azxv6PSYBgCacOve5VZR0mXp3rqA2qVQmrhUljpW63RF9Ka&#10;nP1+vvYkDDSU49PQqSwYDHXvZo/iJ687myLo8VAVKk2JC5CkW3pH+q9x9zuf8TkUcCn+BT1O/tGn&#10;bu2f9BP8mTpA9iEDD0dxfVk4l+gIF6Wr9RuRaw9n5BRpZtA9apMHHB4Ba5FvodR+v19gCT/cKzan&#10;Ex/8dHU3OP042p+FegLAdZXWQ3Qs5RrEWYyWUH63Fk+n098bu3BZiObfUjjj8/6/59p9dv8A75H7&#10;B1UKB5Z6klGUXBBv+NbD9XJ5H+t+B77MYI5v9Px/t7/j+vt5bha1Cn+XTqKxIZR1is/0DJa/Iub/&#10;AEA+nP8AT3wCAf6/H+PH+t9Bz+fbn1P9D+f+x0r65eMnktwP8Lc/697nj33b/D6f63+H+I+vt3xo&#10;/wCL/D1rrF43t/xHFrm/15N7ce8iKoN73P1X6kcc2Fm4+n+x9otbadFe3rY6zNc3bTY/2vxf+zex&#10;4Nwfx7yA2vbn68WNxa3F7G3u3iyfxf4OvdRzCjfUA2t/b/4jVz7mRPYkN/gLj8fX/H29KS0euPiO&#10;qSIWpTiOmp4gCFPH6rC45JHpt/QEj/H27QDWP6E/15PH4/P59pmmVfI9MmN0z00VETK3JBt/rgfi&#10;5+gBsPc9blwwva4/2IHPA459mluaxlDxH+XqxSi0J7j0lqoKoJ4JIsLfXULLza/p9vlKpIX8EfUH&#10;n+gvy1xx7WllPDh0lkXSajoPMmSjvfnVfSyk/wCpJt+gBiPajo0CkHiw4/qSRa4+t7c+29S1Za91&#10;P9X+r59MSqSjAcekDmWkaI8MQWLDiy/R/V+kfS3+8e36kVQdH+2/SVJIQ8jnk8f7b2ZRSsFWVRQn&#10;58KE8P8AV+fRPPFqKlcHoH89EzliST47rexLaDrFuNPA9uS08cwdHCukgandDYhhNwyNfi7Kbc/1&#10;9iWKQNbwsfg0D8qf8V+39vRZPHUEtw/wdA9kaysoK1ngaSCpp5/4nBMhfWpo5DIkyMLHSsgVvp/Z&#10;91w/KfoqowuQqd77epm/hVXU+bLRxh2SnrJ6hVgFywjhUIvIUWPtEzhnMZqB5dAbdLMh2ZAQPPq3&#10;L4ifIWi7H2tjto5+thTeGIx8UUEcska1GZx1FSUwmyMMeppZFSV9LE2PHI9kicpIF1EG/wCplayH&#10;6Di3+tx7140kS6fEXHyz0GpLi5iJRZUov9Hu6OuOB/xX6/6xP+v7wFIbemNnI/Ie/wBf9f376uc/&#10;C61+zqpvLof6NH/vJ679xHiJZr6kY6SF1FiBf08cr6h7v9TGB+pQv5+XTq3MWkGZgZKZ/D/q/Lr3&#10;uBNFOgYqW4IAtHcDkD83PI+vvzTWzYHD7eqO9swoCKf6br3vC664/JKHL2/stoIOs/6r9Ptv6lgd&#10;EWkJ8xXpr6lx2QOgi/pLq697iPDGVLeJ208cMBb+gJ+n1P8Ajz719W3f+oueOP8AVTrX1V1n9ZP9&#10;5PXvbdLTws7MY5V/Iu+kWDH6X4+v09vxXzomkgE/If5uqm5uOBCsf6IPXveB0jFrEpp44YG4H5/T&#10;/Q+7fWP/AL7X9h699Tdf77/keve4zCGzajc/QXcLcfRfxaxPuzX8gI/TP8/83TMtxdgikJp9nXvc&#10;Ro4zcXv+oqOAeP8AA8/n3tr9guoRgD516uJ7mlfBp+R697b5I4mN9Yjt9dTcE3+n1tYf09vQXzxi&#10;jo1RwIGf59OpPOMPAfyXr3vHJFHoXTMv1/qSf9iOb/n3Zr8A/wBm37B1V57hQaQY/wBKD/Pr3vEy&#10;oiqZW1XJ0lTpH+PFrn6/7x7pqF38Xbp/1ef2dJ2NzMQBDj7P8/XveCRUsDrUfgAggkE8/wBr8fT2&#10;4tqvlKf5deWO84iNv2jr3uP+3dh5NfFgADYLa55uOPz7sbeNqd4GetmO6YLqj/wde94SiqxsRxwb&#10;qW/pz+rk+6/Sqc+Kf2/7HWvBvDnQf29e9xpFdiVBVQDdSVIte4sQP98Pd1AtSWRz3fn1sRXQrVD/&#10;AIf8PXvccrIfzdTaxCHn/bAW9uG/k/31n/V8+nCl4P8AQBX/AFfPr3v329iWBJubci3JFyRzz/xT&#10;2xJfSOih4h+3/V/k6o4mCqJYSQP9Xl173hdZl5vY3/KAj/YcXI49s/VRg/2Jp9p6a7f+UZv2nr3v&#10;iIZm9QPkOn9AAvbggAA8+7fWKfwhV/w/nTrw06ixjZP9X2de943p6sNbwNzb+yDfixIAJ96+rh/1&#10;H/Y69SH+I/6vy6976NLVkWFO5uLrYAcA3+n1PH+x9uC6hc1RyW6uoErVheslfP8A4rr3vl/C61wA&#10;tPKT/gn0Bv8A7V+Qvv31Mo4x/wA/9jp3wr8U1RH86de98hhMit2almbTzwgF+Stv8Pd1vZdRIQ06&#10;14V9oY+E2nr3vkuCy0hsuPqT/wAFF/8AbesDi3vf170oEoPy6p4d9/vk/wAv83XvchNr7huG/hNW&#10;QLHiIcAEHmz8g+6m6kfBDZ+zrwt79seA1G697xna24dRIw9Xe/8AqCB9b2/V/vj734jfxN1v923n&#10;++z/AKvy6977j2nuOVmK4itLWJCiG92PNuTe1z+fdNbUXQh/l1o7ffaaC3br17fX3l/uduq3/Fjr&#10;v+pQvb/Gzf09v+NL8v2Hqn7u3H/fJ66uP6j/AG/vIu0N1X0DAV51cELCtyT+AL8f8U9thmpUAV/P&#10;r37sv80ifr2oD6kf7ce5Y2NvBgCdt5Jf7P6FBA/xu309t6G/1EdNfu6+/wCUZv5f5+utS/6pf9uP&#10;fE7C3db/AI9vI2/5Zx/n+l2HPvbLIuWqOt/u+/8A98P/AKvz69rT/VL/AMlD/ivvsbE3krALtrJm&#10;9v8AdS24/HL24A/r7UK8j10iv5/7HTn7r3Lyhbr2tP8AVr/yUP8AivuZ/o23466l2vkwP6rFF/UD&#10;6eUm5A+tvejI3yP59Vba9xABNuxHXEzRD6yxj/Xdf+K+8Q613uB6ds5O3/BVA/25lHJ92Wa4ZqCE&#10;/sH+b/L1b92b/wD8oL/7ynXvLF/x1j/5LX/ivvPH1fv0m/8AdnKHkW9CDjn6/ujge6+Pcj/Qx/Lq&#10;o27fvOx/kvXRngH1miH+vIn/ABX3I/0Wdjqf+PRy1iOToi5A/oDN+L+3SshXUVz/AKvl0+2x7oU1&#10;GBtX2dcBWUh4FVTk/TieL/o73zTq/sFv1bRyo5tYLEQPwSf3facx3Pk38umDsW5/74b9g67+6pv+&#10;VmD/AKnR/wDR3vkOrexXLj+6OUsDx+3D9OQpv5b+10c86eGNVCo9P9X+rjXpYmxbwAlLc0p/D119&#10;3S/8rNP/ANTo/wDX/wBV/T3xPU/YYJ/36mXexIsUi/rb6mc2A9rIrmbVpBTPoP8Aiq9WGyb3wFsf&#10;95PXX3lJ9fuqe3/LaP8A6O9yU6q7CawXaeUB5+kcQHP9f3jb/Ye6NLMzE+BVq+uem25Z3uRmb93y&#10;k/aOvGto1FzV0wH9TPH/ANHe5sfUHZZFxtDKsT/WGM/0A581iffg8r/8RgTT161/VfedFf3XL/L/&#10;AFfy6wtlMYnDZCiX/g1VCP8Ae39806d7PZjq2XmTa4B8cK34v/x3v+P6e6eLc+KwGB6Ef6h+z/P0&#10;7/VffiaC0ZV/hp1wOYxI+uToP/OuD/o/3lHTvZrNp/uVmbW+pjhHFr2/zxvz7UA3Cin/AD6f8/Xv&#10;6sb9/vg/s/2euv41hx/y9cdybf8AAyn/ANb/AI6e5KdHdpa7xbOzAQj6FIDf+v8Au825PtxpJtHd&#10;ESPXSf8AP0+OVt/0/wDJOkb+kF6xHcOBH1zOLFvreupv+vnvP/oO7Wv/AMeblv8AH9mG30/5a+2v&#10;Ek/3wP2db/qtv/8A0a5v2f7PXX948B9f41iv/O+m/wB68l/cyn6H7Tla/wDdHKpf8NDGfob/APKw&#10;ffvqLgf6B/h/zdeHK3MNa/uuT9nWN9z7cjvrzuJW31vX03H+P+c+nuYvQfaFyTtfJf63hiPF/pxP&#10;yD/vXtSjzE4tpP8AB04vKnMAz+7Jfy6x/wB7dr/89BiP/O+m/wCvnvm/RHZ6jSu1sje5+sUX15ub&#10;eYkD20I7qbv+mf8AIY61/VXmD/o1y/s67/vZtn/nf4j/AM76f/W/46e+S9EdoMOdrZPnnmKK3Frj&#10;iYck+7fTXX/KK/7P9nrf9VOYP+jXL+zrid3bWH13Dhx/5EKb/r57yxdC9mlTfa2S4bi0UVz/ANZw&#10;OPegLqBiPBZTjiP8OD1deV9+Qd1i6H+kP+L68d3bXH13BiP/ADvp/wDo/wBy4Pj92XI/O362Lg28&#10;lOjWta3+7/ezJO6EUNPs/wBX8urf1Y3wjNu37D/m64tvHaqfq3Bif9YVsBP+8P7cR8deybXXEVBP&#10;P/KOVP1P1Hl9p5hOzqWBx8v8w/1evpv+qm5NQzRlW/0vWE732iPruHFf+dkP/R3vKPjn2Uy6Bhqk&#10;G/INPc/69vN/h9PbIrp8TVj+XH1p14cp3eSSf+NDro752gv13Fih/wBVcX+H+1f4+8kXxr7IkJD4&#10;+amsF/zlKzFwRb8TL+m3+8+7RQmapFSUPz4/mOtryldZ1FuP9LrG+/tnRgE7ixRB/K1cLf4c2Y+5&#10;rfGDsNh/mWU3/FHJax4/E/4PuxsSBWh/n1tuUrkCo1U+xv8AY6j/AOkfZP8Az0WN/wDOmP8A1/8A&#10;Vf098W+MHYhAHgbTc8mjf8i3N5iRbn29bWLkvSvl/l6aHKl1Xi1fsP8AkPXR7J2QODuPGX+thUxf&#10;i309XP198v8AZXOwWX1DTawF6KY2AH4/e5tf201iTI1Q1an06cHKlyx4tX7P8nXX+kjZRIC7gx7X&#10;Fxaoivz9ONXt72V8Wdx1G68Sm4ahFxMGQopq5PtaiJpaaOqjE8PkWZgt4S3NuPaS9X6a31MMV/y/&#10;8V+z7ejbauVZmuVDg6AB/wAe6jZrsXAUWIrq3H1sFfVxUlTJSU8EkbmWoSnkkgUgyKCryKB9eb+7&#10;LMXtWLE4mkxeO8cOMxeOgpYItBZ5moqaKnjIl/U3lp4lFiOTyfYCvr5YmZnTJb/Dq/1H18uPUw7V&#10;tRtIANGQv+bosrbiOUyMtbWLK+RyFY7sfIBFR01TUCUxmIlgBTTuTqUkqOL+4VfiniEQb9tZIUmK&#10;m50k3t6vwFt9Pr7LU3KKcSBRUiv+r/Z6XKimVgR3Z/4rpU4+q1PI11fxzPCGFhqVbAkj6sTq+o9o&#10;uug0ekm4vz9fzc/4cce1IIZfEUU/2P5dakQZquellRzFiVIGqwAt9OQOPpf8/wCPtM1tOdQIPNr/&#10;AJtcH83P0P8AsfbzzK60pSmek4U6qVx0o6GW1web2A+gP44ta3H+uPadrUCrp4HP9D+Rfg/42/w9&#10;+iVDIWbgBXpmYKKv0+wyE+q/1+v+A+l+eOLe0HkYCVZgTf0cH1f2ohb6WP559rQ+lg4+H1/1fPoq&#10;uWVtWnH+rj0+wPwAQPqTwbD+1b/Y2/HsOM1IsLF2NhwfyPosQ4/2/wDX2LJJVvbUJElGP/QQ49Bn&#10;dLhPCIAz/wBE9OMANgODb6c3vyf9j7q6+dXZH8K2PJtqOUhtxiopfS6A2o5cJVm39o8fgfT2dbZb&#10;NbWF3LIRXT/z91BXNt4dLxV7GFP5jpyAsLe6YWYsST7QSvrY+nUcVJyeu/fH21Unievde9+9+691&#10;73737r3XveRdQHF7D1G34IBHuzEiMKeBNetgdwYcR/kPXvdiXw77J8lNV7Dqp7yPOlbSKzAEQUNN&#10;CjLH/aCXP+w9zz7e7vDf7O+w0pIpDV+SLmpOaf6vTqKuZoDsfMFvvsY/RlJVv4NbtgsG7a/b173a&#10;tX7ioMJ17VVVVKIEigU63e3isJDodh9S2n6j25uNisdxVpx4HyFPl8XUh2E93c3NolxcJoMR+Eae&#10;sGi84e30U834PAH0/qD7CH42fJbqyDDbvGZ3rh8JVVc+Felpa6dxUVSwx5ITFCkRDCLi9z/T2J+X&#10;49iu9ovbW1nL3AZKd7Pp7mJP+8jz6i9p935Y54vL60sZJLd3xlWX+zC+f206bcrjjXyUjBQwg84J&#10;JAsJRF/Ug+rx24+nuqD5g74xG+u8d4Z3BVsFdjamXDfb1UTeRZhFtfbtI5VrC9pqNx/sPcac+7jY&#10;2lykW03AaA17alivwHi3zLZ6mq6uP3nM13JJT5eXADA/Lp0hj8USR3B0LbgWH9eB/sfYG4LFU9PG&#10;czmh/kkNiIeY2ku0lM2lyCp0sVPtHsPKAFh/WLmbVHs59dSsaMYzQ5HxUPQdvbw3jm0gr8yPsBH+&#10;DrL7b9w7prM04XV4qdeEhjComkKqC4SwJIQE8fX2R79zE126pbSEQrgAGmPy6dsdtS37mAMnr172&#10;mWfUo+t/9f2RNdeKlanX0ZngOve3fG1Ekcsd3ITUOT/W68/Tn2M9hvp42hEbVNR+fDpDcxVRiI6n&#10;r3sa9n5EtXxLLKNJEYjBP9rz0yoDb6k+5Og3rckVCkHFR+DoF7lPPb1eNKGv8P29e9mD27WPIzjn&#10;01JW5vaw8JDH6ixv7uUluWNxJiRizf711q1Lzqksg7mFevexqxkhECEFbhL2C8kaQOb2559seCeF&#10;f8B6M0RiK0x172k9qTN/encYYkE5aUjkcARq30H0BA9syqDHI1cgj/N0numU7ltue7wW/wAPXvd0&#10;3xBu21XIYfWDhb/2Uq+P954v7ry+Qu5Sn1DfzToZ7LJWWU8Mg/t6ALvm38Hx5Kg+uQXNrC9RRc8/&#10;63uyrrCbRX1ELAXk0kXAuNNLWk82vyD7DXOJH9Vbxh8RMf8A1ej/AMvU78lAfvq60/Dq/wCfH6rI&#10;75x5qJdv1qOyx0gyCOAzEHzz41EuAQpKMl/8bew9zHM04POjRexNzqSIC9r/AEtz7xaaSu1xNrxS&#10;vDh3fz/1DrIxzhGP+rh1YFgltNH6QSxfkm4OhZtQB/HsPmQLGF/PJ9X+xsDf3SfUl3IRj060f7Z+&#10;hIjcycn6fQ2/2BP0t+PbZUkaP8bH/Xv7VmgQ0pTqlwSsTH5f4eptMD5Lm/4+v9Of6/X2k61lKtcH&#10;i9rC9/r/AK//ACP2nhLeIaNTP+r9vQWnLeI9B/sdKOFOF4/ABv8AQfj/AGwP+PtKVP1a/wDUkfn8&#10;H+n+t7PrXS3hD0/2T0XOf8HTgOB/th+P8B/r+26VtJsBxe4/2BP9ATxf2aimg1Hn0kl+IfZ1zUE2&#10;5P6Tfj/W/BsB75o11a4W2ggEj6te1/pwAT9fe7dQbhFJ4mvSRxRsNk9cHFhcA8Ef7BT/AI/T6eyI&#10;dugw74rNRX92SqkVr2HNUyWv/wAg25PsYW+bZxT8VP5EjqLecI1+vhKpnT/z82elJTG9PBxb9qPj&#10;/WQD2gJhdASDfi3+Fz9Leyvu1A6u3oIefWb3BYlrC1v6/wDGjbi3sxDGgzTqtfXr3vCZOfpx+PqL&#10;cX/ra9/es1p59ar173lU8gn/AB/w/B5+hJ96LadPzNOtjj1724rdlDBv6WBA5/5H+PaI0qdPDpzU&#10;3qeve5Abgjn+oBb888DgWt79+fXtTUpqwOve/Am30/3ZwfwQTx/iefbw+D8ulw/3GP8ApT172bH4&#10;0S/5VuOO/wDy561vqfoKrGA8c2t7vs1P3ta6+Opf+PJ/s9EN9/xEr/vwdJDegJxtJb6jJwEfQ/8A&#10;KPV/S/5PsW42/wAlzQ+mjdeQY8X+igajyPp7Flz/ALkTn5H/AA9LZxWKNjxoB/LrDAv7mOP4OFpR&#10;9bflTxx7b6YX3ziyfo+2JRYWuQcgtvr+Of8Aefaa3J+muCGz4p/wcfXrUhpt4Yf78H/HepNV/wAW&#10;uqA/FWD9PyEUm9uPZbO0Ap3ZnB9bZGf/AA+rji/+v7buSQHFMVP+A9KLQtQVAp0/43/i30P/AFCw&#10;f0/45r/T2Frt+2fwwtx9bWPP0v8AT2G2/tD2U+XS5T3ivU33g1k/n8H+yP8AX54/Hv2pf4enc9e9&#10;9a2/qf6fQf7b6f7x79qT+Hrf59e9/wD/0qIBYgEhRa9rc/k/4kfj2C+h5Xrf49x5gLn8W5/PN7fS&#10;/P597HWqcOvezJZqMnpvb4HP+5LLsVteT6KLhvwbW/31vZPeOz36A8DT/B0k30VurYfMf4Oocdvv&#10;qng3+3phf8fqnNv9fn2XKR3JXRIkdrlhJdZrC4OlgRfn6fX2bhQdIPDGelBQARg8BTqZ7VuD33l8&#10;JFJAXhrKB1aCfHZdDWzPTt4xJJQrNJ4oleKPRHxYXP4PurKPs6UJKy44jrgyB7XuCpuCrFTx+CQR&#10;cf4fT3LqcVgN1xS12Fq4cRk2Ly1FBX1EYkq5irTTQY6CnDWFRPUKkSk8FSP6e91K4Ix1sqr1Kmjf&#10;P/J13cj63PIAIH4P5PP4/PsPcljK/DuKfI0dZR6nASWeNo45gGKK41AM4Yxmx/NvdQ4LYOOmirLg&#10;g9cr3+nuEnpq6ZdCyKZ4ykgAb6yIAA1uSR7dRwSR+HpyPievezP9tgrsPrUi+n+71Tb6G4++X/En&#10;n+nvUFPGl9a/5OkU9PrX/ir/AM+j/Z6aqAg1mZH9K2G//nDS/wCA/Hsq4t6b3+gB/ra31/3j2ZLx&#10;f0r/AJB0q8z06+8iGxJUx8W4tcg+o3Fr8f8AE+2ZV1RhvMdUX4B1733YNdi1/oLK3P8ATgE8/T2h&#10;dwtBXuPXuve8QmMYJEb/ALnpZiPoFt/mz/ZY/n3tG1CvXq0697XWG33XUNHJhMq8mQwtQpWenqC1&#10;RUrFKR5Bj3qZzHBPoFlIH096KitRx68JCtUY1XriVBOr6N/X+v1sDa1wL/T3Hye2KSvp2yu0pfuI&#10;wrPU4SV/vMrTqqvJJVtFCnjipSzIitf9XHtozAEgkUBp8uthAwJj9eHn13f8H/b/AEBP9ByTf2H0&#10;o1SNAXjHhutVF9JKeaNikyMONBiPBH0B921N69V+XXfvBICBpvqVV0xkm10F9JJ/LEH6+7q5AGfP&#10;rR49e9xdIYgf7Af8j/Nvd+vcOve+/GyjX6CoFitrPz/auBYe/daPXvfBVEbBoxKVb1HW2oKfxa5F&#10;vfuvde9iFtzeM9JDPjclEcji5zFqQ/vVVP4fNKgopZ5CtMrzMDJpA8ij22+CpA6dSQgaWFV69b6H&#10;nj/E/wC8j6H295DbX3FMMntiVcnjJwfu6alvU123hE8cELZuSJRFEuUqVdqaxN0W31HtyKcqTQ9X&#10;K/ijNVP8vt64axqKkaT/AGSSoD8XOgaix0j68D2iQyMQyN6CxABI1grcH6c6SRx7WLcAk1WnVQf2&#10;dc/bpBPpFrk8f7z/AIcj/Y+1KSllBX4fn1f4hwx172sNltG+68BrJCplKYsyNpb9ZA0N+G/3j23O&#10;1V6boFkVjwr1wkv45LWJ0Na/0vpP1/w9zd/uItx1c0JKsinxgcESrUVDJLKw+oA+pH5HtqPyFevP&#10;/agg067T9K/8FH0/1h7h4vK0eZRMXmEgp6hVUUOQiSKnjWYBKelkrXJZ5oQ8rSS2ILAX+vtQvaSe&#10;nGIbSrca8euzwOP9e39f8B/j76qMHVYfJ427CVZclRvHlFDtjpUepsqRuwUmWQx61/2j2nMi/UMf&#10;PTw/n/g68y6TTy/l14G/+++n+B/x9qvfZZJ8bISQy4/SRq4nbzO3kgH5iNvZwkgESLx/4qn+fpGy&#10;hrhQRjPXFP7X/Bj/AK44H6v8faKgnKRiVTaYjmH6kAnSw8eoAkL7UxSghqVx/q/Z/s9WmiHcw49c&#10;/bzT5Opo5Y3o6g0zkEyRF3QMRfSLIwHOr/D6+1eoFTq6RMtAQMA9dEA8EAj/AB59zq+Cmz0L11Kq&#10;02WXT9zQ6lRq4lo44ziaaK+n7eniLT3+t7+/K4qA2Ot0D8DQ9cRdTY3Kn6H+lvrrYn8k8e0jrqCx&#10;XxeKT/lIR1K34vGYwD6eOTf6+3lJEmjgfI9b0D4Tx65++b1DuyunpZP912H7gK6QQvI/x9qAT69W&#10;8NQTUde956OumoZlq44yGiYM1MVuZtNvT4+FPJubnn3vWTmuD1sKFbX1488ezs/FuWirM3lK2lVY&#10;pRjlM8KlR6lraQsPGgtfWf8AX9x7zuD9FOpONP8AhB6nP2ljFN3bV/oJFP8AbjpAdhNbF0SEemTI&#10;ooNv0k0tVYlj9Pz7OzoLTySKNKlJAxt9SJLkC31FvYHZwdvsxTIMf806m2g0w4/CvQIKRHLJGzMx&#10;uxT8WtIFF7/m4+vvnZf7JAJtzxb/AHq3PtgIBx6ssKjia9c9bH6g2/2P+P5v9ffEoTwT9AD9Sf8A&#10;A3J5I97qo4EdPKgANBQdd6gLek/7Yf7x/Q++rW+v0/H1HH+B/wBh7t1vT69cgb2Isf8Affm/vw/5&#10;Cv8Ai3B4HJNvx7917T5g9dNe30Fvzf6c/T/ePeVImvyLn/Y/4ix4/wBt7b8RfQ9b09cHcEcHjj/k&#10;fJ/w95gtha34/wBiOP6cH3ZG1Vx17T8+o7sRY3/1iL/4f4m49y41H9q1/wAAf7E2Nh/j7uykHHSh&#10;4jwUVHTa8vHBNh9Sef8ADg6v8OfbnCnFh/je4+nB+vH09sE9MU8x001MnJvYi44Bufqv0F/qfb9D&#10;EpAvzbTyb/Tj/D8/4+3IZzERnH+DrbLTh0j8hdtRAANm4HAa1yL88abcEe3amjFwVv8AUkjk2sRY&#10;XP5JP5Pszhmc60JFcU+f+r7OkTIAdFMeXSCyxUINS3H0BtwDpN7aebEf717UtJAGKKedSC9/wxKk&#10;24/x9trM9JGrgSH8+mmQaSfn0HeZlVFYqLEx+kn8L+7pt6l+mn/fD2oKWkUn8XvpHP04A/pyL/7D&#10;2ZJcadFGOk5Pz/L1p58ei2dV1AaeggztW+iS6+oBiGtwCFk+rKeAG/H59qGmoox6rDXYXBJI5H6l&#10;AABJJuDb2d2943hoqE0PyFDT188Upj06LLiGqsegD3PVSiWUSt+0kn64yVkVix0xuxcjwj6sp9ws&#10;/t3H7hxE+JyNKailqE0Towjco9mCswZHVXTVe9r/AJ9m8cMbkNWq8RT/AFV6JZrRG+LPSd2R2fuT&#10;rveNNuTC5GloMhSSt9t5vOsdZSM8TywQJHPE8kE/iK2J0k29lth+GHUsiq8gzJLfr8eWZY2/UPSv&#10;2QI4+ntPLcLHLKrQknyOPt/4v/D0zHtG2NGpltHMnrjo61R/Mg7ZsTS7e2pEDfSlThq5plQFRaTR&#10;uYJcXt/sPckfDjqGOw8eaZv8cre178XaiP8AX/be2zdx1PhwHT+XTg2jZ14Wkn7V6xQ/zEu65V1P&#10;htlRX+v+4LJ2FrX/AOYiJIH9ffM/EXqpQ5Siy7Afk1y/gL+oikvzfn2klvLdZFEpo3pqAP8Ax3ra&#10;bHy+7h5V0P8AwlhU/wDGen6j+fPcFUiO1HspNTMrWw2QN+W/SrbgHPHA5+ntuqfid1WPpQZbSQSS&#10;K5Be4+nqpRcf7b6+347u00gF+6v8Q/w0r0Yx8u8u4JZa/wCmH+b/AD9KKj+b3cExu9Ns36+m2GyN&#10;yb2sQM4w/wB5P+t7jp8U+q1jsaTJKQSQjV0XHN+dVGePaae4hWT9KEsh8+J/yfs6Ym2LZIn0x2rO&#10;nqtP83TwnzS7ZdwppNqFTpGtMRkApuv0X/cySSLf7H30/wAXerEWy0WQb/qsiP0/reh44Htr6of8&#10;ov8Aq/b1T9z7R/ygP+0f5unCH5h9rSsNce1U/wADiq0fUXuD/GB9CfeA/GLq5dX+42uIF+Gqac/U&#10;cC/2YsP959svfhdCqKY+X54px9fLq0ezbWRqS30j50/zdPEHyw7RmW+na59QGpMZkAvH15/i54BH&#10;+P8AvHuM/wAaeslIviam3H6poC1uf+mMDkj3ttxUaxG+a+gp/n/bnp1tm2xfwL+xenWn+UPZcgHk&#10;G3hxf04+sF/0/S+Ut+fcd/jl1mgKjFv9eDrgJ+h5v9n9P+Ke3FvI24lh+S9OpsW2PX9MD/ef83U6&#10;P5K9lOVJjwh4+goqwKDqAtzkSAef9ufcdvjt1moP+4pza/5pLD6XH/Abnj24l23lSn2/9C9Px7Bt&#10;3ERrT5U/6B6nL8jOxGZQRiBex5oawH+t+cjxe/uKfjz1lpucQ5v9DqpTbT+f+Ah4P+w96e/KuFPD&#10;8v8AN/n6cbYdtXigp/tf83TjH8gOxJL6Ww/4uPsasE35/wCdif8Abe8Z+PXWigH+DSG/+00ptyPp&#10;amuOfdf3kSNNRT7R/wBA9NHZNvII8Nf5f9A9SE787CdmXXhhb8mlqgD6Sbm+R44HuTF0V1pAqn+C&#10;KxudXkShe9r6dOqk45PP+Ptia7uJGf6Z+PD/AC1p/h60mz7amr9Jc/L/AKF68vePYDlhPNjEA06T&#10;FTVqWBA5YmtI5t6f6398n6a63BBjwdKAAL6qahJ/xI/yTjj/AGPugk3AhvFdjIPm38/z6d/dG3EZ&#10;C1/2v+bqVH3NvVra6ul0sbgqs4+v44qze49xG6a66VgwwVDc3sTS4/6fT80P0v7dE+4f8pDf8b/6&#10;C6v+6ts8wv8ALqancO7nBBqI/Tb9LSm3/qx/h76fqXrlTxg6K4tb/I8aePre4pOLe6B93Uf2mP8A&#10;TP8A5+tfujblGIkp+XUmPtXd0gBNX+SD/wACBz/QA1JHN/6+8L9SbDcLowOM4+t6KgNxx+ftPaiO&#10;5uLclpJX0/6vSnW12ra8/pr/AMZ/2Oux2luxtSmsOomy6WqgFJ+lyaoi5/1/p74nqjYqA/7gcab3&#10;4+woTYjn80v1497/AHh5UFftH+brf7q2vH6S/wDGf83WVex93SWP8QlUAj1aqoDkfi1Xb8n3Hk6x&#10;2SAurb+NVQRy2NoRc2bj/gNa/uy7gM6AG/Z/s9bG2bcp/TtUf/ef83UtN+bsJI/iUrNYkqs9Tfj6&#10;N6qgEr/sD74r13sleBt/Cm1/rj8ewIHHP+S8+3zuisamNifsH+bq/wBDt/ntw/3hevPu/eDcnKVq&#10;hrD01FYpubHj/K+LX495hsLZqfTbuE/5BxmP1D62JJpSPz7oNxYnCLX5oKdWWxsa1Wwjr/SjWnXA&#10;7q3S3JzGTH4/4uNYF4+oFqhT+P8AD3iOxtnm4/u5hwDf6YrHfn/Xpfbn7xkY6tMZb5qOnTY2dP8A&#10;cCH/AHhf83WZdz7mFr5nJk/WxyNd/vQqDbn31/craUQ1rt3DA35L4vHGwPB/5RwBf376127W8Ony&#10;UDrR2+yYaXtIgvyRR/k65Dcm5JG0/wAZyvN7ePIVyk/n/jt/T3kG1tsBdQ29gT/T/cTjrn/Din+v&#10;vf1i8K938v8AB/l69+7LD/fS/sH+brj/ABrcbNY5zNgWP/L0yAt/sTU/1H9D/T34bd25oI/u9gb8&#10;fTE0H4P+EF/dxdRlxTy+z/N/g60217e2PCX9i/5uunym4AwP8ezgHPH8Vr/yv0I+4IBJ99Dbu3Px&#10;t/CfTnTiKEHn83+2H1HvRu1HFzT/AEw6bO1bav8AoK0/LrkcruDj/c5mPqB6snXNwP8AD7o/n3kG&#10;39un0jA4gH6enFUXH9R/mgf97592+rVRq8RiPtH+brQ2ywQavCWh+z/N1jbK7h5P8aydvrzlK7+n&#10;1t5rfn/D3wO3sATpGCxFufpjKMNe/wDX7cG5Pt5dwi+IH9ua/wAyOt/R7d5Iv/Geuv4nnwLtm8vc&#10;2vbJVYUfW/Hm/A94Bg8NG0iDB4kEgjnGUn9bHkQfVT7ut/A7ITSmqvl/nH5f4Oqi123Tq0LT/a9Z&#10;2yGbaNX/AI7lxYLfRlKwAnTe1jKfqDz/AID3hOEw45GFxN/r/wAW6l/1vqIvZkdwtxxcU+zqrW9g&#10;vFFp/tesYyGbP1zOY44/4udSbfm9vL/j/t/fA4bEer/cPiQbnj+HUwYC3II8PJH+t7sL201IoAx5&#10;4/l5f6qV614O26dXhCn+1p1yGQzegE5jMHhfrkavS39CbTXsfp9f9h74rj8Vb/i14z/WFBTc8fUW&#10;jHsw/RH2/l1XwNvUmqCv5dYmr8uTf+LZYD+pyNXwb8A2l/PvicbjSbjFY6xAH/AGl/2/+av72TAV&#10;oRw601vtzUBRf+M9drkcoBY5fKAqST/uQqzb/A2kIP8Axr30cXjXJcY3G2uBcUVNYf0X0xDn8+9F&#10;reoUgagK+Vft/wBWOtmDbu39NccPh67XJ5WNQpyeWb6/qrav68E/qlP9ffvsaLlRQUR/H/ASBf8A&#10;H8R+9foDgo/l/l68sG3LwRf5dchXZDhmyWQA+vNbUNb8H/dvHvpcdixc/YUYNv8AlXg/rx/uv254&#10;lceEv7Or+GjY8BT/ALXrpshljYHJV5AP/K1Pxx/hJ7zxUeMjP/AGjP0/5RYLHkmwXxL/AE968U/7&#10;5X9n+z1rH/KMv+8r1gnqss44yWQW9/pW1Nx6QOW8je/PTUzmy0FGRb6/axXH4/1It/xr2sjuIPDA&#10;Jpn5fy8+lHibaFGtFr/teuCy1kfrfJZDVc3H3k9m/pxqIP099LRUoPqoaXkD/lFiva5+voPH49tm&#10;4tv4x+0dNFtt8o0/4z121XXH9FfX8X+lXUWB/wAPXa/uSKbGaQDS0WoHn/J4frzq/wB1/UAfj2iM&#10;VwXZo4xoPDHl5dIzFcszNFbjwm4Y8vw9YjWZMf8AKdkTcWH+VT/TjT/bA599eLFqRqpqO4+pFPDx&#10;9Rblfz7dS2vStRED+XVfpr3/AJRx/vPWNqnJvfTW5EAk2U1NQf6c+lz+f9j/ALf3xEGMB1LR05F7&#10;gpTwj6i/Hpv/AE9viO+BCFUBp5/6qdKV+vUAERL9o/2OvNVZIrpavrFP0Ouqn/Bt9NZ5+t/eVRj7&#10;W+0AP40wwg/7EEc+7mK+VguqPP8Aq9OrA3/8UP8AvP8AsdYTJkOT99KbfXVUTHn+gs5HvKFpGUKs&#10;cKm/OuKPVe31BC3tz7oI7kOxMVX+Qx5dWH1ZFTCC3yGOsBlqwdRnqWT6grPMFYkkgWMmkHjn3wBp&#10;FaxSE/n/ADcY/P8Ajzf8+3Yo7ulQgDD5EH+XXgbwf8Rx/vPXKQ1TC4lqrHj/ADspXi9uL2NiOffN&#10;DDqsv26glfqiggWuLkAgX9+mS6BYvA+r5cK/Zg/Lh/LqrPPqJa2k1f0eHWM+TxrqaqJ9Vv3X55Nx&#10;cn6+82qMi/8Ak/8AreEX/N/ofddM2vw/Akr/AC+2v+r9vW6zVp9NN+zrBpcC+up/6ntc3/H0PPvn&#10;GYQ17wfQE2Sw+o/2Pu4hnPGFx+Y/yderNx+ll/l1gmMuiw+5Y3IHqYtcA/1NveXyRE2Bhvz/AGB9&#10;P8T/ALD3bRdVppf9vVdc1f8AcWWn5dR/E4FytR/UXJ4NxawvYcH3xKo92JhHqsOLXP8AthcG/t1Z&#10;5LceEUkz8vXz8/5Z68XnqR9LL/LrrTISNIlJ0XN3uLX4A/obD3zjCfkwgfTlVueR9Of6ce6y30n4&#10;EkJ/YOva5vK2kP8Aq+zrg8Dk8+U2u1g7EDgn1cH6nn+v+9e+i8Kn+y39StlW4/2Jtf8A2PtRGbqZ&#10;Q/gnPqAf83l+zh14PdeVuaH1WvXAxSjgOygWCh9TOb/j/WBP+8fT3lWSnPIiRf6W+v8Ar/ptf239&#10;Lferfs/6G61qu/8AfLf7z/s9Y2E4vqkZrD83tzbi9r2/1/fasnNh9CLcarjm344+vvclnPKdcgp+&#10;wU/n/qr1b9RxWdKH/eesbSslgTyQxc6ioubHn/Hj3lE1rXv9D+B/T/Ae2/oTqpoH8v8ADWnVaRfw&#10;L/q/PrGzXB5F/wCupvrf+n1/H+399mRWs3BsP9SB/W4/2/tbZW/grKrJ218/2f6uNfLget0hSooP&#10;zz1DlBLBQxBt/ZZiRb1C1uffJHYn8Acf2Rze4/H59q20Dy6q/gpUac9RJYkVbXYkg3OtuCNJt9Tx&#10;7nhgUsV9Vvx/T/H6kD3qBk1MNPb/AKvs6ROYa8Mf6vs6ZZ43V1cPYaiLMT9Of0/gke+JiYg+kWt9&#10;W/4n6Ae2iyB2xTJ62rRinbT/AFevWSOcAJ+4xJ03CHk8X4J5P1/334gUMarlaYsUvJPHGLAckyLw&#10;f6j2HuZiv0cYAHx/8+t/g6MbN4lnUaf9VelvBMzYqv0CU+GgnlOok2UKumx/DX/PsSJyfHGuhrgI&#10;iaLBSLMAzKLhluOSfqPcPblGTI5IpnP7Gp/h4f7PQ3tdLxcM0/yDpr2863lZZkZWDySeRmkYOXpt&#10;caORdSq/Qfg+0vk1uGTS0hCsTKATErDyXiGr1KwPNv6eyWBXhlZ+BqcfKvSJotM0jeef8PQo4x0k&#10;CWZEUmO0RskrhhHpnsvBUji/9fYc5CM2b8i4P+twfUByOAfZtHMXai1Vvt/4rqkseoVHEdL6iCra&#10;9iLX5A+twLf4avaNrXNv+JP0uf8AA8X9vlnIoTjpCy6TkZ6VVJFGGGkC/wDTm445/wARyP8AYe0V&#10;lam3qB4uR+Sfxbm/1X2b2isI9L8aDpFddqHPT/TwgmwAP9eOf6n8XN7+0FX15SGQsT/ZFr2Iuy8W&#10;J459nlvZi6ZYwtQP9R/ydBt5TJIqrw/1f5OnaKP1r9Byb8f0BI+n+t7BjeGdhp6OdvIodQnBKg2L&#10;0vFtXPHs52e2f60xNwz/AMdP+DoD79daK6af6tPTzDH+k/gfT/k7/iT7oP8AmHvl9x72hwevUmDP&#10;n+o/5eWNxUgBAkc8CP8ANjz7EW6yCJfp4zg56gbmG7+ouFQHC/5QOpPsnfsi6DvXvfvfuvde9+9+&#10;69173737r3XvfK9yP9sf8eef9b3dj4hjX0AHW6nJHE9e9id1Ju99k79wmYV9EJqYaKocmyrT1VTA&#10;sshu6DSI1+pP09ijk7dl2PmCyupGP05cK2adrEBvMD4a9Bnm7azvOySQqP1YiJB/pkqaY9eHXvZ1&#10;/lP8jzuShOw9qVkUeFpXWOrqKKSIT1UlPUx1EMkVXSVTfsWJDBluw9yzzzuNpuXMMz7MjDZ11AEE&#10;EkGn4l7Tx6JeUW3K7strvLy3kiXwzXUCpOT10AASR/aNzzf8Af7AWHuvn7+eAgUk0yFbgGF3Rnvy&#10;SullBAB59xzd7zHYxPFstyTc4qa1r5cAf4SQehxLaJdyu2hWavp8qeny679v2M2rn5ddZVYfJPFJ&#10;pKyy00zBtOuM3eRSDZgB9bj2Ycs8pzz/AO73eQ3hR/6E9dTa9cZqHVq0w1OmbqOe4CrYqSp9KmvD&#10;0/Pr3tjz1fWzVUlPUI1KkWi1No8P644muUFl5sG+n59h/mTmjct/uBHOGhsl+GIDQBUCtVB09xFe&#10;vWe3mzQmVGEx41r8+Fft697ToF/YVjjaSuny6WE06975ICWt/X2ptIi0ug9aOft697FrZnT2/wDe&#10;tK2QwGFrquljZ/3YKGrmU+IRFrNDA6/SZf8Ab+x1tXJnMviJcRWshhJB+F+DZB4enRfcbrDqaFRq&#10;cYNKY8uvexz2h8euzsdVrV5nb+UpYUVTC02OyEKvplp5V9UsABVkU/7b3Jdpa7tYxKt3b/D/AETx&#10;wf8An3+XRVdeDdVBiOn7Bxz172NuL6/zeNC/eUslMGmU3eKaNgDo/VeNTe0Z/wBt7u98wZgV7v8A&#10;V8+k6QFPI6K+nXvYixYxaCFF8hZzEP7RN+ADdSp/K+2Rex0qM9L4Y0KVOevew725rj3jnFbgtWVL&#10;H8EkRi/5v7Zkl8WOVyPiYD9lT/g6D+4Gm9WYpgxH/D173dZ8OX1bTvb6/b88fXRWccnj6e6bCxG5&#10;yf6Vv+OU6GOyMfFkHqR/LoA++h/uEovzZpfSPqf8oof8D7sw6yj1ZhpBxp1jkfk0laAD/wAk/wCv&#10;7D/OA/5CN0fnH/1dj6yA5I/5LNz9v/PjdVld7VHioqGnPPk8jDm/6arGsxS3F/V/vXsPs6o+5qwA&#10;Lt4tP/IMcdx/Qi494r6P91USg4/zMOsjWoAlD29WAbdkOuldr+jzFh+R5POBY3vex9h9PyGY24t+&#10;eD6ALf7D25NX6safi/2T17/Rh9n+XoRKWwiVef8AiguGH+Nz/wAi9tFU/oYt+L/Xg24/4n29QeEo&#10;H+rPTd5QRsB8unSnX90Wt+PxxfkD/W4v7R1VIC7X5uAD/jcfi/ttV+H7f8vQVuVozen+odKSJSB/&#10;sDz/AE/PP9faaqWJfj6WHP1J9Ug/rb2dWeNP2n/AOi5/LqZYEXP9Pp+APr/xHttmIBsRzpuv0vb1&#10;D8249nA/sX+3/N0xJ8B6yJc/mwvz+R+P6X594y/7YAtqLf4WsR/wb839tx/2q/aP8PSCT4l65aeT&#10;e9rH+t/9jwfofZJu64Cm80lI9T09QTwSfVWz8jjg829ji0FbWX/T/wDPo6jbm9a3sB/o/wCUdPlN&#10;/mIrfQRoB/ySPYYtxGo5vwbD6m/+HP59lUn9o32n/D0EzSlD1n9wFJ1Gx41EL+Txwbg2+ot7XEAw&#10;xCnl/kHSadV7BTy/1f5eve+Gmxv+OOCbEfXkWHvVRxzrr0z173lFwQfryefqP8bD8Wv7aeg0AfxD&#10;rwoMDr3twh5B/wAf9h/W3+PtJ1fr3vmgubLe91BJv9Lf4XF/fuvde981axC3+rg2sbD6fkf6/t8f&#10;B+XRkoHg6fKh697NV8Z9X8WzyD84XIAj/g1ZiLD6X4922en71irx1j/jw6D19TxItVNXiL/hPSQ3&#10;oQMXTk/jIQn/AG1PVf717GOKwi3ALj07ky7D/gy/Tng359i8/wC5t7/zSf8Aw9L5v9x0/L/jvWKG&#10;5jxTWJvjaEHj6hlBv/QDjn21QOf764T6+rbNmsP616D6cDn2mgotpPpGBKf9X7evXFP3bFp4ah/g&#10;PUucasbWg/T7piOf6RC30+lrey59p2Td2dH9k11Rf/kq4uf959p5qSM5+dP2g9OWfdXGR094z/i3&#10;UN/r9rB/1rX6f4ewnZtAP140/wCAPN7f7b/H2H5hWZh/q4dLk+Pqd7xeQfSx/pyBcH/bi/ulD6jp&#10;+vXvfvIn9T/T8fS97/7b36h+XW69e9//06IQpA+h+tvpYfn2C+h51v8AHvDINV7Hk2/4qffh1rr3&#10;sx2Rct0lg241/wAVzXq51cG1rnmwt7RXSq19EdODT/J1TeAr3dn29tR/g6gx3/iNTybfa0th+L+S&#10;ouf9f2XCQBS+oKW55I5/tWvf6n2YtSqelB0+wUlKDFB1O9wpnBPNi3IJb1aRc8KRyLW9sM3kOHTf&#10;XveCOqlgcPFLLE6FSrxyFGUhgQVZWBBBAI91qfXr1eFOve1rjt5K9L/B9w0i5OkmmWU1E8CVWZWP&#10;QsFqKqq52EaaCxTiwkN/6+7aVpVfh6ur0qHFRX8+uiObgm9iALnT/rkf4e502zcdXJFktpZOOsgS&#10;aAvgqmsjq9zQuzhgGoaGFo0SGOwk54Y+9RvjS4z/AC6fRAw7DX5efXWqxAYG+nUWAsgIIBFyeCb8&#10;f4exl7igqKbr/rVKiCWCoTb06vTTo8csRNel1micAxvb8fX2zZSATzHyMn5UoOiyQH6+Usv4+mrH&#10;Or1mZ0kECshFxpIv9lT3AKk3sfrf8+yqqokeIR6AqhvIZPobgFbFR/tP59njSx6eBr0YyBDFRfiz&#10;07+/HQGsiEL/AFZfUP8AA24+vtG8jMTVsdJE1BFVuPXvfmFhccfT6H22wB8urde9xHJvyTb+nNjw&#10;P969tvx+XWuve+Dfg/UgcX5N/wAWPNhf/Ye6ip8+tED0697z0uRraCZJqapqICSuoxTTRRSAEP4q&#10;zxvGJaQ29S+9lEUUpTrakrw697n1T4vOvzoxuYCqUq1MNHhKtwSEWoK6556mapm1yH+3GP6j2mnw&#10;seMZ/wAnSgaHUYo38uve0rVNUY+ZoclTy0rCTw0ldJC0OJqzqZIKimmmCtPQzspZCvDRi490jJoD&#10;GQSf9X2deKgL3Ba/6v8AV9nXvfkGr1sdV/1y0/8AwFMv1AU8aUb6gHm3tXExKglePSdlOaDHXvfR&#10;JcqRe/Go/wC6j/in50e7P5Zz1QAitePXveMgiw5sPoPwbD8X+tifdNR9erde9z6KzuEaaGENfl3C&#10;HgMfSfp+Ob+9t3Njrw697G3rSuqKLbG/6qnjp3lgTbN4J0Zo5fJkK5NLxIw16FYn/A8+/UPaD8+l&#10;ERISYjjjrC/MkQ5/t2IH09P9fxf2lMnT0GZWXL4wU+OycQvVYeYxUqVYGmGBcNjadZHeYIpkmu3N&#10;9Q92bWKU4dNYarD4vT/N1l+n++/1/r7SkNZGWIYvHICxk1siCIAkEst/27+90f1HWq/Lrv2ttoOF&#10;3FgSrK1slTepCCv14Fwb/wCuPp70CalmJ6djoXWvr1036W/1j/vXvnv6Zlz9WAzjWCb35BaaotyD&#10;f6f4e1dvKKKjD7D1uSmogqOvL9B/rD/evaHj8yyDS+kC1yT+4VDciBhyJuPT/j7UySCNSTx8uqat&#10;NK9d+xD2xumKBqely8M9djoaqE6HCT5KF4zGiyxmplEUdPHGrc2Ghjf3ViJI6oerF6xkE466N+bf&#10;W3F72v8Ai4/1/ay3vUU2RbGV+KilqcalAsazWScUmuV3Wlq5IWkijrdDA6L+3IHJGlm/U/1ZHSR1&#10;Piq4OQP8v+HrhGGAOu2osSbfQmwuRfm1/Yek/tyP6UpjInmab/gUJCf21jcelVZv1A8t7Uq7L8Ld&#10;XGoDj1k98ZJ0VSTrjcn9Mnodzxfxqb6gAeffhJIAKSj/AHr/AFH+XVfCUmlOve8EeQqIXWeCR9cW&#10;qxRm1gsDGQCr35BP59qUY6+920f6b/VXPp1fwwpFQOve1ewpNwQhqZ4aXJc+FWZI45WL2Pljj8kr&#10;aYIuP6E+18TlXUsOmjEQNRp172lTBNTyiKSN0Ed/OKhSJyjAlfFq0n/b/j2sWSMjSKjpk8NJx173&#10;jdnjt6tSu1kVbFo7Dh5OQVUg8H3eKRJJFBH7ftHz6cTLr172c74in/cxnrEg/wANbkX4/wAuo73+&#10;nI/2/uO+aHUpdLI2oEn/AC9Tl7Pr+nuNTxB/48vQf9i6v4RQlQDbKRk3sP8AlEq/639n8cBQlieU&#10;WxIubsD/AIfS/uPrRzJHKrHs1H9g6m6Naq1f4+gVlSzhtILcn/WsT9Df8j3yEJB1R3vyOSPyPxcf&#10;1HuwlVwRLw/Pq1QePWNpLcEf42+v9OTzYjn3wtbn8XAvx9b8D+v/ABHtzxRWlM9PVFaefXIJf6H8&#10;En8cAcnk++IAP9T9ODz+Cf6c8e3Grp7f9X2de64g2Nz+f6f1/wBjx9fflUarkD8/UW/rf63/AONe&#10;/a19et068+qxsT/Thr82XgW/P+9+5HBNuPz/AL4m5JBv7T9b6xnj6Cw4/wBt+eP6ge8iC97qOPoL&#10;/wCv9Bb8+9Hr3WJyRpIP1/PNuLXub3/HuZCQbllS/FuPwf8AA8i3t0yOPI9Ofqf0v59N08YFgJCV&#10;sbn/ABH+sQD/AMT7cYSQR6QR/iP9fm/4v/r+2yV/jP8Aq/Lqg6aalLg82P8Awa17hfr6ubX/AKe3&#10;2nYMLAgD8fj+gv8A4ce/HrTdJSsVksTyW/5CuRc2PP0J9u9KGDA/2eB9SR9Vv+P8PapJAUALd4/L&#10;7OmmGCKdIvLRqdYWPhgx4UfTSbm1+Pr+ePauowNMfI9Ok/0Avo/FiLk+/RufEkUknUPtyP8AY6SN&#10;xceX+boKM4rBWIjAALAEA8g+QNa1h/jzf2/U4TUpvqB+trXuSum1+R9D7OrYgxFR8VOH7a/5/sz0&#10;xIvawpnoF9w+f9z0sLM1jzpA/c/pwSOB/T2paUekEM1go0jnj6Dj68Aj2+lTKtCoYnNfMf5z/qz0&#10;klClSAF1V6BnPlRHMjxIxu/IUelrOQQBbmxPtwlKiHVeO5FmN9J1HkEkeo8fgfX2dWZnEhRWk0Vr&#10;j04Yrj7ScDB6JZ0pIy07egaqqeKaqCPFHZeEDqW0qp1+OyhgnJv/AFPv0ESSQRErywDf0HP1Fv6c&#10;f7x7fkuJEml0Njh+zgf8J/PpLmtFOOmmtDQ1MsTu58chubuT6lU8+r6gH/D/AHv3xmp7D0gKALr9&#10;AfqBbjn2glu1DMZCS3n/AKv83V8k1NelNg2knWP9RUmyglnB4lW+klvyn+39w2lbxrHqY3PFrD1D&#10;SPqDxx7LZY4vHeYhQ358Cf5/4envpixDaFB6EeipXPCxoEWxZP1DUIjfnTza/wDUD2zzlySfUfxc&#10;A/0H9QR9Pb6mIUoU/aOlaxJwEY6WNDGw+iMBcm1jz+sf4fn21sTfSQNV/wDiAfyb2t7cZ00eIp7a&#10;f7H+HqzrTCny6VtPASSL/U2Nj/QG3+t7jO5ANwL6rf14/wBvcXPtHK2psPVf2f6vt6p0qKGlWykg&#10;rZRc6gSeASSQCLf4X9wZXPPJ+h/2B5JHBHPtunWwK9KKliAsLD9Si3IJWwsf0tce2+SQAXbm9xz+&#10;fr/j+fewCTQdOqhJoBU9KCCnbUNPpsAfTYWPp+vp/p+Pp9fcNpVu30uOBYBh/r8fS/uwVjmmOrrG&#10;zCqrjp3SB7xga/VY2JYN/j9b349t0koB/F7W402tYm/6hbn2rVfwgY6WhQBpA7eniGBiOS1vryTw&#10;bj+qkHge4Us97AL+Ppp+vJ4A1f196dF1pUjj/q/LqxQVFSCenijp20yWdieBwxvyOeQvPpPvA0ly&#10;Dd78fX9PI+gBJ9p6FQ60GnpnTQP2qF/1cenaKAWVrC3PPOr/AFywAv7itpsDqPF/zxwb/wCPH+29&#10;uLQE0QUPVlQeca/6vyHTgiMSAyi9vwovyLfmx5A5t7hlwLktf/Y/7b8jn3ev2dW0x/wD9nTksGqy&#10;hCPzYgnj6fi/09wZXDDk2Jv+fpwLH63/AB7eR9OV1U+VOvaU8kHU+CnIuCkbAWHNz9Sb2uLXF/8A&#10;ePcI2uSTc/kWFv68A/m/u/1H2/tP+frVF/gXpzWn4AUALfgj/bckL9B7jmQhrKeAL3BspHI55HqP&#10;vRZZFYue7+f/ABXWwiHVVV6mJT6bWT+1bleQSBf8fp4/1/eEzAE+pvqfyf6/4ED6e0+lfQdb8OOn&#10;9mOnBYG0j0L+kfgD8Ac3H9R7jySBreokf6m5Kk882uP9492/D8Oa8erUHp5dS4YGW/CqbfXSA4/T&#10;bnTcjn8+4jNa54H+925/1j+Peut9OKIWFje3+H0LWANr35/PuO89uCwPJ/Kj88G1/p7VwhS7EJT0&#10;+XW1pnrmaawUgccX4Jvxe5sPwLf7G3uLJISSW1Cw4ubWA/wJ/qfahdNOylPl1vrPHGQLGx5A+h5P&#10;04sP8P8AY+8YkJspJ/2JuvLfT6/2iPdJQulyQK9aNCCPPrMsdm1D6XP9jn9N/wCn4v8A095Wf0FS&#10;bf71z/W5/PtItK101HVe35dc9Hq1Dj8ngX/3kfj3iMhA4bn6gE8cX4/UT+Pe0ALKPn16g4dZDGLc&#10;jixBsORxzxYe+hI9rkxkj88/7D6n+vt0hTgR4/Lpo0NaDHXDxqD9Zf6W+hNvr+AQf97PvppTpazW&#10;a/5BJvfjTY/190WtU1fDTpOmrVHq+GmKfZ5/l1zWFdQ4uOQRwOB/qjY2t/vXvCshVVu5BNrkva5/&#10;17/W3+Pt5lTNFH7OnnSI1Kov7P8AJ1yMZZj6NQ5sApIAvxfj+t/9f320oKgF78DkabHgj639pqlW&#10;qFXDdJZFUFjoX/L+yv8Ak6ypByw0FQQbg3NuRfgjg8+40kgC3Dufp9W45/oLkf63tZFMZJNBjWhr&#10;/n6aULUDSOuX21gDb6fX0/X+v9kEC3uMajixYXNiOBcc8f6/tfEiiRCB59W8NfTrzU5Ktx9AR/h6&#10;RcngfX3jEth9L/1GlSR/hYf6/sx8VVz43/Gv9nrWhFJagBPn1gNKx/sf1PANjcfW5H9Pp74ecf6o&#10;Af1b6i1vyLk/X3qScDDMfTH+Yda0ouAh/LrKtCRZhFc8ngf1/PqAH498VqWH9r6f4H8n+l7e2Y2R&#10;wAVo3+r59e0r/Af2/wCz1nkpDckAlTb8hjxcm40A8f7b34zgm97n/Y/9frE+31aRV0itPy/ljH5d&#10;NeEB/of+D/N1jNIOfSPrz+Pp+CBD+ffHyr+Dpt9bcf7C+r+ntUjF5lJNcf5+lJoK0NR1iNMyq3F7&#10;m41XYcsORdB9CPfZksD/ALEnm/8AS9rni3+8e1S0otPhp02WI6weJi3IN7i3Fvzzfjn/AIn30HNv&#10;r9f9qub/AI+hHvfVQkXmgr1y8IJN1X+t7W/3m1yfeNpSOAW/x9R1X/2Fz7UxlGBqgr9g6sBF/vtf&#10;2DrsQD6kLz9Dbj8f4Ae+YkNhyBcD83A/p+ePr/t/e2Zh8DdW8Qg9rmnWAwgFrhjzb9Avfi4+lvoP&#10;fV1J5C/8Tbj6f4j25483+/m/1fn1vxn/AN+H/V+fXYjAHAb82Nh9QDwePz75pJb/AGH05FiP6fXm&#10;3+9e2tRrSp6pqNeJ64SQ3+l7m34PB4t/Zvc/j3z8o/oOP8Px/sDf37VJp0+K2n7eqd3+/G/l/m6x&#10;eGxvxe/41XJ/2I/I99CSw4vxcXBJvYj68gX93DClKnp4SUAGo9cjESfUBa17FRxcH6XF/wDDn30G&#10;B5ZV1f1N/p/gfexNIBRZWA+XXhK38Z/1fn15o7Hj1C1gBb/Y8f63uQpjI1Em5NgbA8WP1J5N/dDJ&#10;NXQH7PSv+odVMsurSG/411GZXBsqjgXP1HNxwLDg+8iFLG5X6D6sP9Y2Fwf8fdWlcPUSSavX/Z/l&#10;1p5WHCR/y/1HrEyMdNlv9eFU/wCv9NNvfIMo4Cr+edPH+sTcfU+3xNISB4r/ALer+I/8bft6xNES&#10;CW/oPST/ALbgqSLe+yw+th9PoB9f8ODwL+34ZZHX+0f/AFfb1oSyEfGadYHSxsRe5/LEEf4j6A3H&#10;9ffavpJH+qAHNjx6fxf6g+3yxYAk1/1eXXjJKRXWcdYHjNiQCNJP0JXn1A345uPeXyAEf044H9Cf&#10;8D9Ln23RfTphpZRguw/PrH43YE6mJ/1Rv9QOeP8AVWHvxdb8AW4uB9Tb/Y/4+3YmdCAr6a/s/wAH&#10;XkkYGusg/b1j8TEanvqBbSx+gv8A4kfUge8qutvoL/0AHH+vz/X3rxZfKRv2nrYlYfCzV+XWBoiD&#10;Yf7c35/Fxx/T335AhGm5v+P8B/seBz7VRyFw1Wqa9NuzMBqPz6jvT6+WsosTf/aj9Re3Jt7yrILX&#10;PJ/ANuPp/j9ePd+m+ozwH6C6qLcqT+L3txa3vIJBwf8AiPx9f8effuvdYWgYhgDf+nq/PH+H09yI&#10;5Rf6D6DgHkC/PF/r7bk8umZfw9Q5KZx9SRY31G1ifxc2vYf4+5YaxDC45tcccH+n+x9sEVBHTBFQ&#10;R1AdLqUOlja9j6hcf1H9R9PcpXBJBPpt9G55vf6X+p9+UGlOJ62oalDk9Nc0baVKgq1/1ICCR9P1&#10;W+g/qfbUzr/E6HSRYVcFj+V/c+v1P9fx7R7umqyaq+Z4fJW/y9G23j9Y6lFaf5R0scUjrismW1Xb&#10;G1IKn6MCsY0fQX4H59ikbGnQkXIhBBBuAfGbG9ybH3BG+Sst4yI/Zr/wsf55P5fYKDO1YBQFGP8A&#10;iuoW3YgdZK8mRxY/2rCAesfQCw/31/aOy0lkf1DSQxJvwf1i55Nyfp7S2ygtgZ6fVQ0rUHQpYmP1&#10;oSpBGlQGWxA0oQBwLIo/3n2HmQaxYXJ5PH4+n9P6m34t7VEegA6rKBQ0AA/n0ImNFwCfqABc/wDR&#10;3+F/aLrx6TxyOb2H1B+p/A/x9uK+liQO0+XSMoGqunpYUakkAnnT9b2/A+n+v/T2gsrDrXk6dX0F&#10;rflbgWBFvYh2+4j04QY/n/q/2fl0U3kB0tQY6e4Qytb6/UsQb2sDc82P45/w9hdmBII3jF+Qv6Q1&#10;/rG3+sQPYt2ueAzKEWh/b/F9vQV8IRy6x8I6eoh9Cbk3Ngfob8fi31Hsqva2W/hmLdzII0k/W7HT&#10;p0S48KNRddIJe3+Ps+2tTHdNLQUFPkf9R6ivmyYRgkH7fl8HTvH9P6f63+ufz712t/Z+Tc26spmJ&#10;ZGlaoeFNbMWLCmp4qZTqMs1+Iv8AVH3feJRLdFl4UH+AdQPdyia4kevXP2jfZV0m69797917r3v3&#10;v3Xuve/D6i31/Hv1K469xx173yP5B+tzyfr/ALH26KaTGwAYefXuHXvciliklmjESuXDBrqGOkKQ&#10;S11F1APN/wAe1W32U17cLGtQONaHy+dD03IQqPUVFD1725ZCdhK4aaSoqHb9xzIZbN+bM3rvp9nu&#10;4X7WCfSx3BaSmTqr/Otf9WembaJVgiKnTGBgDA/Zw697EDrrbM9TmsdXVtGklA8jCNK+maSOcSJN&#10;GxCzQtDLolH4Nwf8fbmxbSZl+pkWhPA0+eniR6dFW8XT/SyR2kjJJ5FCQeI81NeHp173e5uDrLZ+&#10;MoXSPbG3rJpsFxGN0qGlgvZRRKFB8nvJgrbD6KJYE8NtfbQaeH8PHpDsr3S2af4y/wDvR/ibrGjh&#10;y1voLf7zf/H/AA90V98rSR9m7gioqWno4IxitENNDHBEurCY1jojisoDMSTx9SfeNHO0cUW+XKQx&#10;hVATgFH4F9Ohdrdx3sSfUmvWT2Er6BZh+m/Gm1wRa4aw08/j2ElmXxFADKg/b17WHRtagS+VMD9n&#10;Hr3tW7bwBrKlJ6tStHCVlmUApNLGGGpYg8LRl7N+fcp8hcnT3+5RXm5K0e06hVzVRSuaMy6P59Em&#10;7btHFbPBb/7mNUKRSmry4EHr3u4j4hUUFVhqynhooI6eOnmWMeCNSAr45BI4QMrSsv5t7yM26SK2&#10;hjij74BMQDimhaU7uHD/AGv8uoq2u5um5knSWVyDGrMKtprrz1jlbSl725/3w+o9mb7CpBRpSpGq&#10;Lpp6d2QcAER1YPoCj6lPZLzlfRLcQpAVAaJfh/2/2DqTrLSXjqKgyft4dY6Z9aMTf/OMOf8AC3+J&#10;+nsAdxJeKNig+sZ/SCbaJfzpB/HuJA0slxMSx0s7/wCH5/6vl0YBV8eQaRp1t9nxf6q9SPaCq7f0&#10;F9BubAE2v+Ppz7MkjqB2UFMDpi7ICNRdP+r/AIvr3sGMfGsG/KuZJZGM5rXaEvqS5sLaByCF/qT7&#10;VTBVhjKjAHHz/wBX+DogmCGSORhVgDnz697up+GhL7WqPwS9NZb2/wB01hIA+v8Aj7QWNBKGBINf&#10;8Nehby8VIFV7v9X+o9AX3ibYmguCVvPf03Cnz0NifxYn3Z91TdspU6gBe11/wFJXH9J/AHss59Gn&#10;YEREJOPn/okfD/VxPU2ck6hzDEAW05/44/VWPyHKpj8RIrghGmOskXu9bil5YH635/2HsOtxggsw&#10;ADenVwOfRDyfpb3i7FQzPET+ma9ZOIR9W6Mez/Y6sJ2tYwxEm/6tPJH+7J+P9h7D6SzSPqJUfQC5&#10;AGkDkgcm3tCS7AH8fVTqKinxdChGAkahRqtyfySWJuvPtkrkIUglv8CL2+n+F/x7VRzeLQUAb/D0&#10;jmJcKoOfTp1pbKQRa3+IAI5/1hYm/tL1qBl1L9V/IIU2v+bDm5P09skfqEDhx6Dl2hE2OFOn6nYi&#10;wP5sPyRe/wBefpx9PaZq1FldQLg2+qm9gx/r9bjj2d2bkE6vQH/V+3pLjOrh1MX8rc2vb82sbfX/&#10;AFhb21zKoi9ROoyBgBa4jIa1w17DVf8Aw9mmp2lUqf0af6h9uR9vSG4/tBThTrKl7mwHCkXP01XF&#10;zdbA3HuMVDKdJbhCTci1wOD6bWJ9q4CFcM9KEfs/1f6sdInrWrcKdcje/wCP1D8H6E8/W/09k+7z&#10;hCbgoHCteWgkJcixYmrkFwbfkD/b+xJaTkQv35Df5D/n6j7mwAXNv/pP+fm6e6X/ADQHHHHH44Bt&#10;/sL+wXcqIgbm91HN7n+tx9bW9ss5aQsV7adR84k1EasdSPcEXAAX68XANwbc8j8/j248rHRRjgdO&#10;MzMqaj173yv+ePz+f+KC5901P/Eem+ve/KD9OSPoCPx+P8OOfetTfxGvXhx697mRsbAX5BNrf6xs&#10;ST+B7r1br3vmjMHXkrfk831X/P0/pf37rfXvcjWvr4HIa36RY3+oHFveqyaStfz/ANjpTU+Ge7NO&#10;vezUfGVwM9mR9b4OpuL3vqr8TcmzfTj2o2b/AJKth/p1/wCPDohvOKD+kP8AL0kd6rfDjm1qpSD+&#10;b/bVQFuPrz7GnS5TddlOoZ3NsOGv+g2+lzcW9jAODebpQ/Csv/Hv9npfdNSGyNewon+r/B1Gp7CD&#10;BG/BoMYv1A+ip/jyD7Zw2ndu0jp4bbFOGYj1FjXKTqJ+p5+ntiCv0ctNPia/83+r7em31fu+5rx8&#10;T/J1OK3octctxW1FrfgeFR6bfQH2XXtk/wC/xz4FhavqbcWPD2svH9Dz7T3OkqG+X+fpXZ6TFat5&#10;aF/1ft6ecVf+GUF/r9nT35vz4l/J5PsHWJ0qL8E3/wBck8D/AFyf959kE1PqHPzH+ToxWnj3PyPT&#10;h7jMTckEgWFuePxf/XF/bFa+fTtRWlc9e996uL/4f9FW9+69173/AP/UomYgr+f6j6/S9v8AbewX&#10;0POt/j3DkfTc/T6fX6H6f7AH37j1r59e9mIkGvpHC3JF8zmz+eLy/wC9+yu+Ym8gFcAD/B1TeiGu&#10;rIfID/jPUJB/uQqD/wBMtN/tvJUey7VXpL6fzqtcf1BH9Ppx7MtRZoz9nSg/En2Dqb7aJP8Aor/i&#10;o91IqzdNt8R+3r3vB6tX/I/6/wC2v7926fn1Xr3vGWZo2CFjMtTqR5T+4kY+ogfl1pQef6X9qCg0&#10;A0zo/wAnTugaK6c0697n0GWrsbUrNjamqpKrTqnqoZpqeJ29OoCogkSR5XA9Nzz7SmlKnpsOVNQ1&#10;D69etfg8j2MsHZVHunDUu3N+rkJqWjiSmosljgk2bVtTSq7VmYrqiNYWmt5SqD0D+vvSQFCZVOWJ&#10;6opDSOzk5P5/tPz6jCnEJkkpljR5WVnUgJGx9Cs5EagmTQvBN/8Abe0DltmZPE/v0E9PuXFE/wCT&#10;Pt2abN5CBLqpObMFMlNDNLKxMVvSUU/090a6FQpX9pp0qSNm7VoyH0/y9Zw1yRYgg8aha/ANxzyO&#10;faThqUkIuVYn+hBU+k2t6ube3UdvDU06addDleuXuRKQQNNgefp/rj+n9Le76xnJ/l1Wnp173BYf&#10;U3N+OP8AeLe9Akmh4da697jP+B/W3+xvf/YfTn34doLefVSfLr3uM2pebh1ZdPjNyP6atP4B/r/j&#10;7r+DHr1rr3ttlPjkZWeoW5EiFHCxo1iFsCBpZf8AD6D/AGHtPNxT7P8AKenV4Dj17240mdEiLS5m&#10;FMrRBhSh6yP76opKQBYxJjmqZvFDWwRljCbaVY/SxPthRoBCef8Anr1cPXDCo4de9xJ8TkBLUV23&#10;WqMrgg0okxYaet3HC1tcdTJj6GMUsdNT04AkYn0SH+ntwSmLSK5Ofl0ojtyQGUkrTh5/y697hUlW&#10;kykBnWSNtMtPLYS0zWJaKaLVrhkUm+k8+720jS69X8XSe4UK6gcade9zWYkAn8f0H9ePyf6+1ABJ&#10;x0x1733Goc2DBGb9Dk6QtjdvWLkahx/j73lT16nXvYzbAkb+63YEE4eOVE2xaWnGlJL19a/Lu2pg&#10;qkD6cG/vdalfz6eTEU35f4esbA64z+Brv/yTx7QKTu0hkWYQ1Qt4Jg5QRtYqTNIp1oCosLf19vEl&#10;qVz0ynE+vWT3KhTH5EqlVDNSO/oeajhhgDmxBaeSVXLRm1wT+T7rmnVwAaV697WGGwdbgM1g5Jaz&#10;G1tHJkKdqepx9TJVIDxJ4JpzHFGtRGg9ag+kn3SQkLqpx6cVGRkNQRXrr6g/UfUcj/Ye4W+ZRLm2&#10;l/wUf1uBJOb8k3PP+x9+j+Adal+KvXftIJJGdTFlFjYEW1AjkBB/x0A+nt93LKiny6pWvXveeFpG&#10;/JjJN45VLKShtZKhxf1t9WH09061172pMbmKqkQQNI8tKfRPS1DvIjuVA+7ggaVYm8aD0uwuD7XB&#10;omGutKfl06NNKkY697fXxy1Uf3uHYVsei82PqSs0zM9rTRUdMjgrApvqLelufdTNHXSXNP5f6v5d&#10;bKIxqp697RdU8kWsM8jMpAbzXZwzWtob0lAR9fezKFfTpJPVVUBhQZ697wxH9xdMvBvceS17KSot&#10;yp59qIZcVIx1dlz8uve3SKpeOcPTSyU7jkSBjCFuLEmRCrKDyP8AY+zSKRqhT1RkDAinHr3tbJNQ&#10;ZegphVSQUuRmeVKOpleGGnd0azfxaeQyTmBYl/b086v8PanxGBrQU+zr3hqadgr+X8+ujcG4+n5H&#10;JPANtI/rf2kqykq8XM1LUiU/2knmEjGXXqa0crpHrit+mw/T7dtm/UUE9VSLQRRadd+zj/EJ75nP&#10;C/1xjf7G9fR83vc2B9xvzVMFW6Kj8R/lX/N1NvtABo3A082/wr0ht/IJMXRA/wDOziP/AKrVQ5/q&#10;OfdgMjgKnP0QAWPq4U2J9Q9x7YTO3i19f9Q6m4A6dVfxdA9UU6hhYc6m+tgt9Qv9R+be+KScWuT/&#10;AMjB/rwbezSnVuockfNzYc3HH9QR+QLi/Pvmw1XH+xIX/Dm/N+bH6+6giqtXrWDQ16xrdbggWIKg&#10;t/U8cfkD34DVx9Sef9sL2v8A7D27H59W49Y5LL/WwNrH/Xt+Te9vfv8AfW/P1v8Am3uuVPXuuX1B&#10;/p/sOPr9QORb3mjRmB5NiONQIueeP1fT2l+oH++/5/7HT2hfn/q/LrlJGAbavof7IBtci3+xPuSq&#10;WFwb35/J5sDweeLce6+P+GRc+f8Asj/V9nXnX0HUV1JN1NrXt9OAPoQbfkj/AG3uZHGDJpCDjTa2&#10;r+jWNwb290+pm/j/AJD/ADdOqWJoOocwjWLUxPNwbsf9Ut7X+rC3tzhhaOQBhxdSQRxcj/FR9L+2&#10;jcuVpXNKV8+t54+dOmmcwyozKfprIFxbggfQMbg2/wBb240wYFbn+t/6k8Wvfkge1zMBUaTQf6v+&#10;K6acL3AKa9Jit0ur2A9QH0+gAv8ASw4vb/b+32ka7AX/ANh+fqpP9B70cUI6YI8xx6R2Sj0o11/r&#10;/sRpfg3vx/r+1VS3Uop/Ij+v/IBF78e7o6smpG7gP5cP+L6TSRrRnBz0F2aiYmZig0a5T/UaiZSw&#10;5vf88/T2oKcAAjV+dP1FwOFH+H0Hs9tnOlHI9D/gP+GvSZvi4dAluBCZZFCfVWNyreohpRcng3/1&#10;vaiowzLY3IsLXJIuR9AR9APasTaZI3Hkf5dIJz8H5/5Oga3FDGokAIUuz8aVB1At9R6je4Av7mVl&#10;/t2Nz9E/1jdvZ/tv9vH9p/wdE03xr9nQPEKciselLEE3K3Is1/ofp9P9j7m46zUdKSOdK+rn+ptx&#10;qIsL+y6/uGS6u0BxnH+r9nSelTjj1EzGPQZOpksRqnAupGnUI4wAfQPxb/Xt7yVSMI76b2Jubkgc&#10;rYHTwLf8T7JzcBpKCWlf5+vHp+JUY0Y59OlDt6njDAOtif8AU/2RpkAFgwFrD/YD2xStxb8E/wCP&#10;5t/rWv7cjZ4wKHNOlaCigNx6FCnpo5H1MoutiP0gjSG+htqPttlNxbUL/Ui/54/3k29+8+nqAcB0&#10;qqRLNwpAN9LWN/o3+HIBPtrl06ri2qwuR9BYWt/r/wDEe3db6fDLHSDw68RmhGR0qKSIaQ+gaQTY&#10;MQSQRxb8XP8AsD7gyEXuDyL8g/4/1/xPtp3pVdNemtI6VFHCSoJJAuDoPJtYfRSLCwH09waiVVuS&#10;B/W4I5Nj9OeCfbSaiAgY06vHGSQF4npQ0VLrIIBBBA/tG1mT6grZrX9tU7g/j9XP1N7G4FrN9be1&#10;MLPltXy6UwL8T/l0o6amsQAttNvr+CAOTdbG1v8AX9t7MAri5P1v9OPqf8OfagSt6DpT08x05LIQ&#10;DwFA5JvbTzwpNvzzb6+4ErXvcn8j63YDUTx/j/xHu4lYUwOrKPM8OnaClAA4/ob/ANi+lfqAv5t/&#10;t/cd5VQc3ufpexNzz+b/AFt7sA8zeQoP9Xr1ahNABw6nxU7LypJUE3sCPwbXsAePcaRx+Lj6fT9X&#10;FrW5PHugHVQvlXp1p4iQAbHg/wCtyWBvxa9h7hSSlbckG/6Rf/D6m4P0592A68cUHl06RQK97Lx+&#10;SxAH5t/ZP54/HuA0l7fQf6/A/wB4J/r731Tj07xw2/xt/Q8n+o+gP4+n09xSxv8AUD+v5v8A4KPf&#10;utefTgqgLbk88Wvx/XV/rj8+40pIB/339m9uRz72OtefUuABiv8Ah/r/AOq5Nx9LX9w5CCByy3Nu&#10;Db8/T6293VtPkCPn1dfPqdEhLGwDaVv/AFP04/Bve/uO5AH1+v8AiP8AH/bj3TrdcVr1OiDMf0/T&#10;/aW+npta5uGHuPIwsLEXv/X/AAPJsD78OvY416nRKSxuDbSfwP8ADjn+vvE0l1P1Jt9LXF7fW1/z&#10;7tTrfWdYwGH0tf8A2Nr3/p7bUVy7Fr3sb/U/Qg8/jV7USSVoqGi9UZvIdS7KEF7Hkf0/I5t/hz78&#10;/AK2tza4ve/H0/oQTz/tvdfEbVrrnrWo1r1kRFYf1/1yLH68n3jQWOoX54ubfT8e9vKzihpTrxYm&#10;nWQqPoebH6X4vz+fr+ffmexP1uPz9ef9e97e2utaj69c1S4H0t/tv+I98S/Bsefrf6f2r/X/AB97&#10;63XyrjrkEsV4BFgLfXnT/wAV94ddxcN/vIAt9LX/AB/T29ocEgvn9vVWByK5670gcFPzzxzf+tvq&#10;R78zkqQH/N7XuTz9bge2yrAAk+XSdUfUhY4A/Z1yRV1D0f4X08cqT+fpx7iSsyoLFvr9Lm1gOD9P&#10;x7VGtTXj0+a17uPUiFVLf2eBwSFFyT9OT9b++CyMAv5u+lr/AEF1/wCK/wC8+07hQW8hp/y9MSCr&#10;MP6P+XrN4wxJ4BAuv0+mojmw499s5HJv/sP+R3ufbCsG+3pKT1zEQHHH9LHn/bcf09xCq/7ULf1b&#10;+t/8Ofa/6uX+Ff2H/P1bWesgiA455/1vr/hx74NGSPS1/p+om34/pz9P8Pd0vPKRP2f6v8vXtXXJ&#10;UVTf/okf7f8AH098LMAALgk8Elvpax+vPPvS3b1HiZHmfPrWrz6yGJG+gH/BRbT9b/ge8Go/0I/2&#10;P1/5O9mHV+vaQf7V7fkfj/kwfge+/J/wX/ff4X9qo5a1Vz3fs611HaC3KhiD/sT/ALwPp76DH68/&#10;7E8f7zb3tJBpXW3d178uu3jBLBV44tYC/wBBexH1/wBh771yE/i/H1J1H/bE/X2phuEj7DXT/g/2&#10;Ps6ZJX8PUd6dTyvP1/A08f044+n+t75knnk/4Hm/9P6+6/WPrrp7PT/LXrWo16xiBLCwF/8AYWvx&#10;xa39PfQuf+K/6/8AvNwfz7MurdYD6frbj8f098TIF45Nh+CPx/rm/t9BUAk06sqlq9dGLVcgC/1B&#10;II/V/S1/9j74+cf7V/vv9j7c8M18ut+Gfl17wm1hpNx/T/efp7yrJe1j9PoPz/h+f6+6U+XVOsTR&#10;AXuPqPr+D9bkcG4A/wBv756/9e1/x/xPP496691j8f0/QT9ObmxH5+lx75K4bjUPqCebcD+guRwP&#10;eiaAnqrHSpPXFomX+yR9QLL+Tf8AJUXPvJf86v6/2b3v+f1H8e6aj/AeqeI/++z/AKvy6xafxb+n&#10;9q30/H6R9D771gkgE/69/wDX44J936drXrh4iuklfyfoB+LC/IHvmHX+t7/7z/t+APfhWmePW69c&#10;GicnhbBefofp/h/W/vKsikC5BsT+qwB0/wBeeB7abVr7Tk9JJaiRiDxH+r/B1iMLc2W17XsCTzz/&#10;AE5vb32ZQLW+nP0AIFvp9WP09q7NmPiVPp/l62sshrVv8HUaWnJtcfnjkg2NrgAJbke+/LcA/wBP&#10;6fW/5N72/HtdXpSpqoPn1H8FjYg3+tzfgWtYgC//ABHvn5AQCf63/pf6f4/W39Pfq9Ny/h6xmJlN&#10;v8Dz9bfUf0ta/wDsPfllZvr6iGvx/h/jfj6n3uqAEs3TJNBUnHXF4NJBWyhlsdRv/ibAAnjj/ife&#10;RJv99cWuLX+hF7/7f3XHW+sckF+SP624Oog3t/ZNuf8AYe8jPexPB/PNrG30H09qLcYJrjrwI4jh&#10;1EdCPSASLf6n63YfXk3v7yK/05AP+24+nHN/ajrfp1GZeLWJX6A/0P15Frc+8uvkE/Tm9uP+J9+H&#10;WusHjsCBa9xb8/6/9n/H3ljnUMFvbk/6/Cj/ABtx7akUAahw8+mnTzUdYZKVmQkLckKOeRy555Bs&#10;LX9zxMpHJsP8P8CT+D7bArQDj0yASaDppemYMSqhiLcNf+i/QleLe8okHIHIv9R/haw5J49uqlMn&#10;j0+iacnj1CeI8H6G30J/r/yD9f8AevbYHIyePYfmugX6XJ/cH0+v19lm9gfQlTwqf+OP0vtO2Snn&#10;T/J0rsbGBjMov9MVUtwbBRpjBPFhYA8exbkt9ohP1MAIt9QfCbi/NjY+4B3xq3jleGv/AJ/P+x0K&#10;7V+yoOP+K6atti7yAj/d0g5/SbeHn8cf7zf2g8o7evn0gH6fXhmItY3Nx73alPDwP1P8lP2celcJ&#10;Acjzp0KuOj9aC3Flt9LE6U+oIvwB7QdcxLPz/XjkfUn6f4D2obgo63Me0Dz6X2PWypx/sbA/QD/e&#10;f959pOtIs9uefxz/AEv/AE/HutGNKcekjNoOqvSpoiFYajxb88AX+n+H1/3n2ictIiqwZgGv9CVA&#10;+qji9/x7O9vgYENTH+qnp8v9VOia8uVoT5f6vn08wsWI03sP6X/o1/oDa3sLcxU6EkkSPWV0WGm4&#10;a7RgjSCAf1exNBG8QEnl6/4P9X+DoH3VzVXVRjp7gW5AJIvfi/I+tubXB91pfM3d77c6/wAtNSym&#10;GrkSmFIVleNwwye2hLbRVU8g1Ryk+n8fX3IAiEdks54+f+9NX/D1CnOt5ojkoc/7K9O6cKP97/rz&#10;7omZizEk3JJN/wAm5+vPPsPO7OdTdQ7WuTx65++PuvXuve/e/de69797917r3vw4N/ewaEEde697&#10;kxQS1MiJEjOzWvpBYKCQCW03Khb8/wBPaqGFruRIYVJlJFf8vqet5Zsceve3dpocbE0MShqo3V3O&#10;lio5VwHXRIvAv9PYmuHi2e0WGMAXzABvUeXybpmSIklWPXvb3sba1Ru/Ow0QcRpaSeaWRmRQIUaQ&#10;J5Pt6lQXC2swsfaLbbIXLC6vP7Mev+yD/h6T3U6W0GgUFfs/zjr3s7eJ2tQ0tbgadKZIoo2l0QRR&#10;RIWBl1EmNaZVbSxvwBb6+x3IBNapFtgAp/D/AKbV+D/V/g6IZrWRbZZ2JJP/ABX+r/Y697uG3xjS&#10;1FK0Sa7+Mfovx5aUfiLn8e5QW61XW2iv+/Mfl9vRhtcCpZqdOPL/AHo9N9JIGLA8Hg8/1s9/yfxz&#10;71z/AJA0stJ2puSORNLBcLZdLD64DFHjUq3+vuCOel/3dXZ+S/8AHF6PWTSPln/D04ew4xuOYhai&#10;aLU+oCGlZNSSsNV1lgdC0i6RcAH/AB9nnKXIkW5w/WXrlZx8MeKtxB7GjJOM4Pz6Lbq6jZjDq0im&#10;WGKcPxVx6de9nK686I3C+2Kve+ZpDQ4+CmeahxldHV0008kDRMWnoarE+J6OWOS6FZgW/wBb3lFs&#10;PtpzGNsF1e230+0ov8MsRIH+mj0MCvyp1EPMnNlnDf8A7qs2D3RHxih0k/0g1cfZ173YT8QMaIsV&#10;mHKpFZ69VVfSi/u41gqXjFlVfpz9PaKfbBbWoVeCT6R/ta+q/wCr/Al2XUd/1t8RhSv+99Raw2iH&#10;F7uB9L/2W/Fx+f8AX9jd2cgWaO0n6aCP+1f8V1yePxa59x1zWsj7hBGpx4S/8eJ6lawzIg/4f/gY&#10;deo+Yifp6z/vS/19l3ztQv26K3JTRqPB5Cy8Xv8AUk+wrFFSZ1B4sf8AD0rrW7uKHGs/8e6lew2r&#10;ZQZDbj0k8cHi5I0k3twPZvHEAo09MXj9pA4f6v8APXr3sMYYFi3aZgLtIlQxDWNiSOeEv9R/X23c&#10;ALGD50PRNJVAjDjn/D173cZ8MiX2/KC2gXhJUNp/3RWfQc3t7LrOupftH/P3Qu5erpX/AFfb0Cfd&#10;pC4CnbRrIZwPRq+tRRC31Fh/X3aX1PrOYlA5BuLgngiirbDj8XPsr9wv+SJH3/7P6kf/ABfU18l/&#10;8rFD9jf8ck6qr+RDQDAUjMArKwI16AFD5HFgnn1Xtb2Hm4gxEpt+kp/X6nx8/g/T3i4n+5b/AOlX&#10;/Aesmv8Aia/2f5B1YLtYoKelAP6mqfyP+Oktx/sL/wBfYbVBbWx+nP1sfxb2Waz8AHEAft6uoqgP&#10;QuU6roUk/wBWNzwPqbf7x7bKlS6Hm4t+dV/634P4Pt5JGVQyjSx/Z0nlBC1C5P7OnCHSJNNhwbgi&#10;3H4t7TtQrFJF9JZrqPpa1yeCB9f+Ne3IqBlY/D0SXEK+JqPDp1U+tTc8er8/4D8n8+0vXxsilObk&#10;6v8AWuGF7WUEj2aWxowqcdE8woft6cImDWawAAAH+wI/Nzx7apEZgF0ltCgEWP8AZ4+lvzf2dW1D&#10;GzA41dIpACNVeueqzXvp1fT8f4/X+nuOim7GxH1Bsv0/2445Pt1iVViFqfTpOwpXzHXMkGwuP9jf&#10;/iDYnj2U35BRiHMYqTSBfHEW/RfVVyjkWF/pf2b7U7S20jAEVb/Ia/6vn1H3OEZaaAj/AH3/AM/N&#10;080RvCeb2ci97/2V/wAT/X2X2ST9tEvcfX68j6AW54AP+HtRrjDVJz1HMgAcnz/1HqX7wAaWYfqP&#10;pFv974/2H19u8QD5dOyrRV/1f6uHXvfuTa1+P8OL/kcfjj3716Y697yp/wAU5/J/5F791sefXvfa&#10;vz6R9b3Fh9fyCP8AH37rY697k3I0t9CT9f8AY2v9fr7ofiXqpPcn59e98UkHrINyFNvyOPwbEfQH&#10;3YgOp9OljfC32de9mm+Mbk7iy9jq/wBwdQfz9P4hiOLX+l/b+z/8li0/5qr/AMeHRDe+f2j/AAnp&#10;KbxAOHN/+O/HIHP21Tb6+x2WQ6t2LySuTz8n55IUC/1vf2Lv+JW41T8MmPTvPS26/sdv/wCaUX+E&#10;9RIVH2uBYEAGmxacfkaAQPpb2xF7bn2e7cA7bo14+tvvFPF7j2xB/uNLopWv5eXVH/5J9x/zU/yd&#10;T7Xo8uo/5XKk88cmFRb6/Uey99uaf75Z42vqyFTxx+GHP1+th7Zn/s4Yz6D/AC9LLV6wWQ8wi9O+&#10;K4xlB/1CU/8A1qX2DLjiNeeFcH/WH1+nB/4n2H7o/qXDU/EP8nS5mImumP8AGP59OHvjb8D+n9f9&#10;jz7QdV6979/sP95P/JP+v7917r3v/9WnXIbOwubBqdoZQIw/VRZiopKORidMQ8cFNEznSYpGN/xY&#10;/n2AvEcGjD9nUiGNGzGf29b+gZwB5AtzflNRUc/m4BF/YX5THVmMm0V9JVwlQL+WmljjY6QR43kR&#10;BJwwJ9+aR6UTVq+yvVQlAdS56yezBCMydJ4Px+PU+Yzt+QVAWW34BAIP19k1pI8k8jzNqGOqTgSW&#10;6SP3MCeoin/Lph/SmgP+3kn/AOKey21J1Fyx9Ks6vb1m0ZIOg/nk/wBPYg1KmWK9btxVhXPUv21T&#10;EekqW035vcEfUcqLkk+6+NESQTQ9OsgLkY697iMza+GP4tc2B5A5Nvr7p9RF/Cf5f5+m6KPLr3vi&#10;Wu+r+1Yre3Ok/UX+uk/09rFkVkXNV63kAjr3vEWa4UEhAVYqDpW4YgGwIXi/vRER1VUU60VXIKin&#10;XvchHci7D9JtqIOoD8i/AsfbJqDQHHTLJRj29e9qTDbhy2GJfG1bpBJYz0izSpBPYOieWGJ1Dsms&#10;kX+nurRq+WRSetrI6/C1B16w/p9Pp7UcsW092hIo4RtfNHV9lFjoaPG4FuFeoNfNIZpk00tNeHTa&#10;8shH59sSWkkQa4gmYhvwau3+H4eFPxdPqqSrqbD/ALB/q/y9ceRb8jm5P6v8LACx9oqvx+Uw8z0u&#10;biRdNh/E8QJZ8I2pVc6chKqRkoHVT/SS6+2kvnx49t4af6XT1pl0kB1/McPzPXL3AaoEqBokiPJD&#10;6bmMKCQjLYnUWK8+1K3UCpQMpGO7phjxoKde9wpJBa0SyE/R/MmkL/Qow/ofbbB5x+i+k9eCk469&#10;7jSzE+ri63B0ni/0t+L2/wB696i8SEMkjtr/AC/y/wCf/YdSMEGi9w697bp5B+TcckAjV+Cbcf4+&#10;2XJPexrXrZif+Hr3tvdjcW49QIB4seebLcWFvbRcsy6SNNP2/wCr8+n0RahSq9e9ih1WzjI5uWJr&#10;MmAzLFCbAlYojcqBqYG/tW8Y0qJE1fl/qr0rFVRiMHSf8nXR/wCJH+9+07V0mGzBLpHPhcw1rNj4&#10;YabH5F2uTU5adtUjVFwF1D+x7oDoYhcU4/8AFdFaBZyS7HUB/q/ydd+2OphyGLY02QjjaUfWtpjJ&#10;NiXC2v461rK2vWAv9W493inJZSzdv2f5uq0K4YD/ACde98Y2TSH8kjxEHQdQLabkG/8AZuH59qlk&#10;hJOR/g62AvGmOvexo6+cvtjfjS+cgrtoEopJ4r6wWJPH1/3j3p2AaME+vW0UhJg3y/w9cD+pPp/a&#10;/wBf6fj2H+tLswVdDMSNQGsm/qDgWFr2t7szYwc9M49Mdc/eUVHH+w/r/T/Wbn/D3sMMVOet1697&#10;UmC3LPiauiaWKDIU1NVLUQ0Vf5JaOOa9jKIhIoRiDYtwbe6nuqrCh6ur6SDxHXRFwRci4tcWuP8A&#10;WuDyPae3bn5nyD5eaBGoKlmhhSgSSY09azy1F6mNmK0+MjjJAe9xYD3ZEA8sjqxrXUy4/wBX8uu/&#10;bRBVRSpG9PIksc5SWcllZ4Z3AMscYjJUJGCNIPIPuuvvJrjTX8vP/iuvOKgMo49e9vkLoYwIzKy3&#10;GoP+CAL6QLkW/HvYdT59U+XXvc2FwbEIzSAabyLyE41Af69/d9TLwag69U8KmnXvb1SV9VQMklA8&#10;kUgGhxGzICr8SKfGQxGj8c+60B62CV4Hr3t5rKWDPxIMfDSwZQKxMGlIoJgp1OWADzGSOFDp5+vv&#10;QJXNer/F8OG697RUtNLTu0csUlPIhH7UyPDU+oKeY5AH9Ia/+sfa61lYMRXPHrQJrnj173n/AFIQ&#10;rkKLGU8AHUbJo/rzyf6ezdJMEIf8/Vvt697casH+E0UhGj92p0sBpJIdQfr9eAP9f3vW1fiPW/Id&#10;e9u9Bm4MzEuNyqxySy/sw11QAZ6e3CtHUTu3j0qLA29PvbSssbGvd1sMGwevezc/E6kmoNw7gUMs&#10;kH8KbS5LPrH8TpAfUoWN7Bb+wPzWFNgGK9xJ/wCOH/V+zqZvaFSE3D+HP+FekXvgBsbSKSR/uRiI&#10;sRf/ADFQB/jYk+z5BvIzLewSncixALFeACfqSTa/sBOVitIJI0Cs8yV/1ftp/Pqb8+DX/hnQSBD5&#10;ZFkLPYyg350g/UgG1gAL++SKQRyPqP7Q/oP6kH3vxz/E/wCxv83W+uLxoQbIlrH/AFH4J/p7kA8W&#10;/wB6/wBieeb3921P/Eafb1scRjHUQxgn9K2P4IFv6ccH6W99BrEWP+H9Dx/T8292WRwfjI/n140r&#10;g464vEjC2hSfrc8D/Emw+pv7zgAE3BP0/wACPrx/vHuvjOww/wCzq7IQcCo6xMlvpYcf2ubj+pv/&#10;AE981IsbgDm3PIt/Q/m9/dAQCDX9nT4p59dMrE/1sPpwP63444PuSG/qePxcXP8AW3FiSfdetdRm&#10;XiwHPFyD/Xgmx49y4pCjX1aSOL3/AKavzexIt+B7a1oRUZ62AScdRZ6dmGlo9Smx5AsASv4twDz9&#10;efbpGzPcliT+CxuR/sSbce2zLH/F/h6t0zyUxSyqigW5A0gG3H0/x954yxc+o3BNyTa5uOTyLezx&#10;GQohMfEDq/H7Ok5VRgBgCtuR+kf0a/Pt/pL6h6jewuQeTyv5Nx7bJBFRw6RN56ekdktNmBUEXtpI&#10;P9HP0Frf8R7VNC+opcXK6fwfoNF+dX+N/elNGPoR/s/5Ok8v9m3+rz6DfOw2jkINgSzcEf2jIALa&#10;bW5/HtT0i3DHk+q5ufTb0XNuOb2/x9nFrLiNK9pH8wP9g9IpGOM9AZudQhZgAGFyCo9dmM5AvyLc&#10;/n2pKIheBxawsAfwBz9f6e1b1NDXpHOKpWmR0C+eiMkbsV1tZmGq35ZxxwLi5uQb+5tRYU8n1NgA&#10;LNz9ByL3Nj/t/Zpbs7eEdQqa1xx+X+r/AIsmuRShp0GEUCjKr+yo0uCLj9BNhc83N7fT/kY5Y6Q+&#10;GDTblP8AH6+riwtf6e3pEQ+I7jNflw6ehjjMIfTkdQtzQKMhVgax+8oGm9ywWMki9zfWTx/h7l1L&#10;HSbkn+jXtfkX4HAF/ZIdBYlE0qfLq4VVOFA6csPHYxqxVmOosbAfUy6b3/IX8/19ssyizAG68G/5&#10;sCCOB9OT78C+gEr3+n+r/V8+nFGKHz6EihcGQP8Aj+h+n6XBH0ub+22cggfi31H+2H+w+v496QMu&#10;oDh5dWPSrpv1BjwGsDb86bk3HB+t/wDYe2/SjL6uTf6k3P1P6v6W/p7YlkkSU0OP5f6vn0nYkMcn&#10;pWQCyoFDBdLX03X1ab2X68kfT22VJTkqLfg2sfpf+p/Fv9t78mv8XV1117ulXj1dtOptf6SNWoLy&#10;FBAGkE/8T7Zah7cDkG/15sOeOb/X2rjRWFSPPpVDGrKSwqa9KqkjbV+V4BGkW1Hg/wBQfbW7G5PJ&#10;J4P1PPPP+tx7UCg4DHSkUAoBjpRxRA6eQALN+AbC1x9Prf8A2HuBKSb2Y/pPB+pPJ/H9fbseindx&#10;r17p0iR1K2FhdTx/T6fm/wCPbezEi9yLXFrkfX6H8X5HtTpC1Glf2Dq1SKivTnEvIsWsbFj9Rbnj&#10;/Dg29x/US1yeP94+n9P8B7RzOsbKE4k9bBGQT0+wRgxgkKLLcm1z+TyLcj/W9xpWsSCfraxvx+Pz&#10;cfX6e7xuHXUOHV+p8ULLp9PIHI0/qB1fi34t7bJ3YFeCQfT9PwL8E3v9D7WQlNLajSmetUDDu49O&#10;UUN2NtIsBxzcnk3AKWBvz7w6xbi/15/3g2+tvr/j7L5nZWWjdVHDp3gp7htaA/TSeefqDwBwQB/T&#10;8+8LuoszXvY/0Fv9exH9OPbFqZGMgZtSf6v9X/Fda0L6dOMkK2URjQbj+tyf95+gH9PcGWQG4vf/&#10;AFifra3HPJ9mHW6D065QwkAG1rj62/Gr88Wtxz/Qe4zyCxNwQt7fn+pvyePdky6j59apinl1OSIg&#10;EAMpIBN+BwLAXAH9fcdmve/P+2/4k+69ez+XU1EItbj+v1+gt/gB/re4k7HR6bMb2+h4+vFybH3W&#10;A1ldXbgf8HVunERjghben+v5IB549xGew/Wfx+QT/sOfb3VGzTrOE5/R/txYe8eo3+tj9Tzb62t/&#10;iPe+vNw6y6BbkXB/w/x/qfeGRza1/wCv1N+Dbjki/wBefeumz8us8aD62AH/ABS5vwDa1veAysOS&#10;fp/r/wC8er37j14cR1n8QP4uef8AH8fnjn3iMw+tzfn6nj8f42+p/HvdOnKD06yiIXsFH4HAF7c/&#10;Ti/H+PvEJiWAJPNvqRp/T/W5/PvdOqEUyD1kMICk2Fxe3FifVx+B9B77Zh/Z+n54/rb63H9PdtTn&#10;ix/b1WtSK9cFQc6gB9AD/iPfEuRzqPHN7/8AFfe+/wCf8+tdcwqN6bLzxYW5/wBe3vhrDWB1H/XJ&#10;+tvzz9Pdadb+fWQIVuVt/hYA8W/HpPvrWoIHP5B5/wBYW/V7rIzZz6f5ek03+b/L1kWMsCbA/n8i&#10;w4P9P6j3wkYX/wBYfS9yb3/xPPH+296jHaOk/XMKSTxbm30+gsP9b3FZ7Hi45/qeP6f4XvY+759R&#10;p611IWMafpe39R9eb/0v9PeNm0/7sY3+t2+g/wAQfdlrVafF8vX5dbHy6yBNVz41AF/7Nvx/h7it&#10;PITw7N+b8/Xj+hv7Mo4koS0IB/b1cD5de0KLfpH/AAUBf9h9P6e+IcHi5A/19P8AxN/b/W+uJQ/U&#10;gG554v8A7xa3vlqX+o/2/wDsPfuvdesf6H6/099ar/27f7H29bt8fafLqmr+if2dY5Y/p6R+foP9&#10;b/C599avzqt/sf8AH2rCV4JX8uraR/COsRBH1BH+v7zeT0XJ0tz+ALn+v+F/dFMayCqalx+X+Q/Y&#10;emTQNQZHWFomLWBuLD6G4sObfS9hf3G87AeksD/QEgH6fTk+zfq2PTrh4F/tBSP8QCR/rkgX98lk&#10;b63WxPNyb/U/Xn25+l/S/l1vsPr1xaK30HP4A+n0H0uB778n5uv+PP0/1+eOfbfXqj1PXvEf6N/v&#10;v9h75xuvquQeTb8g/Q/gnge962xnqv2dY3iN+AR9Ab8f1v8Aj6ke+XkFwP7P5vY/0P8AVrA29169&#10;8+uvGbX+hP0t/sf8F5598jKgPFhc/QWH44sPbiMSSPwgdNhj4jg/CB1h8LEX5JFrE6jxf/Yf198x&#10;L9bFufwf+NkE+3QB21UdOBR26lFR1haH/AD+h/1j/gLD/be+g5YklnAFv9p/3gX92NFwFFP29Xwv&#10;wqtOvGMKFsqk/Xnk/X+pAt9feUSA/wCvwBYD/b8/4e6dU64GK344sWN2v/rfQfS/+v7zK6rxYX/J&#10;tYW/254v7YOphqPSRyX76Y4dYWjLEkE25sA3qP8AX8f0982ZTzYH+p+p/H9B/Qe1FsGPiaT6f5em&#10;6MeB6jOjekBiv14PAA+v9efz74a7G39kDgckf6/1N+fa1K0qa9OIXC5Jr1j8dxc/qPBN/wCh+n0F&#10;uB75q/APP44/HH+xIPu/VusDw8kDT9Cb355JsORcEe+WsA/jnnj+v9PrwLe/V69+XXAROVvdgRxZ&#10;gLWIAN/Tck395Awv6f6/71f/AF7e9V7e/qn4e/rE0bHl/wCg5P5vb8gc2Hvn5P8AG4/H/FPxb3cd&#10;tCpyenF0gmox1h8V7gpxf1fQ/i17e8gc8W5/HBBH5/xJ/HtRCzGoJx1rqLLEoudOm9zbQVPAHH6Q&#10;L88+82r/AGo/kfq/1+TyPe5XZdND17HUZIlN9SqeVP6fpfkgWUn3nD/2fq39Tbi35+vulR/v3/jP&#10;WtK/wivWAw8k6CE+llc2t9Prp5HuQr8G9jcWB/IP04/1J9+gPcST3cevaRWtB1DmhuVsCoDEuLDS&#10;RpP6hyWXi/095kkP1JI+t7/kf1+v4J9vM1MKc9UZ/JTnqHLTqfSFHJuLfg/61ifoLW98SA1bjXVd&#10;P+W039P1ah/rjV7K9z0NZXfiNnS+PyOelFi5aZgzZr/l6ccazx0+TiLFv8hnIN+dJbgc6bqT/X2K&#10;1U2mgjNrHwoASBexhlvc3Nwbe8cnrLvEySPqXxH/AOPr/q/z9CqzzQHhn/n3r2MjCDVGojJZTxY8&#10;3HNrWH+39oHJPcM3Avc/T+rMPz/r+1cg8K68JSdNP8lelbErJ2nPQl4YaoUJHrBHIH9FT/E2J9oX&#10;IcFm/wBcgf0v/wAQD7fVqnSa16sxJAqx6XePX0C3+ANj9bcC/wBeT/j7SFa1wbEkM4H6rnkgf0B/&#10;3j3eN3FSRRgOmJRWM6uPSppkUW/oF44t+D/xv2iMomoOCPpyC1/6gccf19nVlIWEbKf9VP8APXog&#10;vEqvw4/1f7PTxB6W5uPxYW/2IPNvYXZinl0SgMyAFDdSFPDxG3IPHsT2haUrEzMcH/UOgpfRiONm&#10;C9PELLxwLn+o/wAGJ5v9R7pH/mEbqVJsBtiCW4dsmKpVf/OAQ7SroTMFls2k/S6i349i6J5/AKSy&#10;N4Z4L+Hif9Xr1j5z3OxmRCTpP/QKH/L07j6c+6tiCDz/AK/++PtC6FSQeo5+XXfvr3Xr3Xvfvfuv&#10;de99297pkgdep173Lo6Gorpkgp0Z5HYDhWKqpZU1uVVtKKWFz9B7XWe3zXkscMY7mYD9tP8AP1ZU&#10;ZzpUd3+ode9vs5/giNSDxmssVlljcM6SMCjIrLpIjVlvyL39iKSa32KBrdYUO4kfHTuHlhsGmpa9&#10;b06K0bP+oU697gYzF1+ZrUp6eGWpnkcElVeUkagGYlUf0+r629l22WVzud0k107suqpLajXzOSG4&#10;9J5JkjqCRXr3s5PVHXNZimSqkpkR2Qs8gRlc/tuP1NTAng/S3sa3kFtATHFGoSuQFoD/AKv9jomn&#10;gee5VZasurgRUf6vz697Mxitvx12QoW5jljkGlhoDD8kAmI/q08/0v7vBL9MgEIKfJftHQivLdPp&#10;EVoxo9P9sOve7VMpQJPQv5fM2qxXQA7emdCeGUg2K8e5WsLmC+NjJHbogXVgCnl/q/2MdFaXqSTr&#10;HDbhIv4VXT+HpPxO0cpsyn/VFm4AKnkW5F7+6BvlrtWSi7ozZjo0kMwxISkgi8srBNs4W/8AkyRh&#10;jfXq/wBY39h7fdmWbmqB02dLi2PxKI9an9IL8Kr/ABf4Olm8Tx2zqBMEWnrQLw49P6sGAZTcH/kX&#10;+9+xt+O/xgkyU9JuffFBCKFWD0+Oq4UcOEkqIm89HkMaAEdCrCzc/X3m77JexC3sFtzDv9igVDqW&#10;N0XgC6r2yRelPxdY1c++5CNZ3SbNcFSo/wBDNM9v8L+teu/Z4exMXS0Ow89S0EEEVPT4iWKFIEQQ&#10;RRxxqi+MRKIwQqi4/HvI7nzZYByZuYs4FVIoHooAUDSKdtBw/wBVOoV5Y36e837bpNwL0aVa6tWc&#10;/M1697bfioCuLy6G4s9f6T9NWvGmwGmwa/vBq4tWPjxn4F1EfbqNG+304dZD8sHxN4LhqqaU+zXj&#10;/a9Q602iX/lqv+20vf8AI9il2ioNTTggWNHF9Tb81v8ArX9wxzDBKbqaQluwaf8Aa93/ABXUw2oA&#10;huXUdw1f5euVH/mj/i5J/wBey/4n2WrPoQdIsF1EWsfwJrsAAebn2HoxGShZP1Tmv7emKt2Sf6IR&#10;q/wnqV7RNRCurVZeQLMQxIJvf8EfUf7f2pGqoGdXSZ2c01FtfXvaMliC52ErGAfHNYhRc/n62ufr&#10;7al+E/Z0kIBbSRjr3u2X4XuxwcgI/wCOf0H1/wAnq/6A/S3srixMcev+XoYbCKKDp8+gZ7qUHb0J&#10;/pKv1IH/AClUZ92r9RXO4Y1t6XWbUCbq+mjriQy3/Psl531Scpb1I7EywvFpPmmuRKaDTy9f+K6m&#10;r29XXvEjt8S0/wCOP1VL8lxGm3aMkIwMiFgEJL6cnhywLC/sOtwMwrK3UR4x9vpW3Fmgg/A+lrf4&#10;e8arrwo7Xb5F+NtWr7VfrJ0+Tfi6P9s9TJR062OpfLoYCx9UtSL6iPwp/p7DWpNmZeSLX/6FP+8n&#10;2Hy9SNRGrrZwMdDPTKNAIFufxc88gE/kfT20TM1tIv8Ajj8fj/Y8D/e/bniO3E9NOobBHTpEkfLa&#10;eeR/j+bn8jk+22pTgsqLwLjUOQTf6f7V/vPuscrVMRds/sFOim4TuI8j/k6mILck/WwNj9f+IsP9&#10;h7TdVECQSb82Zj9Rct9bg2HtcksgpnNMdEVyr1bUM9T4za4t/jb6fgc8Ec+2aWIazoK6SedLE3Nz&#10;q1WFrX9robyRECBnP5D/AD9IQD6GvUkKDYsovb8g3AsLEX+nHvpYueQQCur6EXItcjjn2pNw7gjx&#10;a0/PqrCoPYC3XA2AuB+QvH5H9Pr7KP8AI8Ba7FHi/wBmeR+B9zPwP8Af6exFtMh8N0SWg1/8+n/V&#10;+fUdc4xlJrehyU/5+b/J080BJgN/+Oh/2PpTk/4n2WXV6VuCWAI+n+F/9uP9j7Oz6eX+r/D1GEzE&#10;y5bqb7ycWBJuTcm4H+HA/PP/ABHtuEk6q/LretmAq3XvfX0sePz+f8P+I/w9v9a6976sSxIYi34B&#10;PH4/qOfeuvceve8pOm4sOQD9Tfn+lvyfetLfxdVow/F173y8g0qSR+bEWtcX/FyPx+Pe8dXrjr3v&#10;mp9akfptcr+Tb62+oP19tzHsYZr1p3fhU9e9mm+Mcijc2WUBbnA1H0sLD+I4jg8/n2u2TT++LHX8&#10;P1Cf8fH+TpBe0pB6eMv+XpK7yUthZLfUSMR/5zVP+B/r7HaV9Mm7ggs332faw4sLnkWv9bexeuk3&#10;28ArgRy/n3dKbjLwKfhWFeoVOt6Dbuo/7oxAueRfxDi59sEx/wB/HshmNw23McCD9CzVyEfUcnn2&#10;3YEG0uKrVgx/mDn/AFenVbU6tv3LX3aZz/xzpxA/yTMAcH7qqIP5FoV/xFr/AF/HsAe4Co3rn9IA&#10;H3tSbjSCPWv4+v0/w9pLr/caIj4v+L6X23/JNsGp+ppHTriL/wALx973+zp73uf91L+T9fYLM5Cg&#10;sbaTYE34sT9Sfp7C8ppPo+fSqYqJnocnpx9xzJyRq/P9b8/48/4+2W+I9V/PPXvfWv8A2v8AH9f+&#10;N/X3Xr359e9//9aiqGsqKVvJTTSx1iGwm16Cl7gtG9/yhIP+29gZxUivQ9BPEcet/j2sId8mvgNH&#10;uigp8vGitpyFUslRWQhrteNdQS4sq/j0j2xIlGg0mh1f5ulUcoKgOtc8euIUL+n0/wC0iwU/7xx/&#10;sPYsYqjwmW62i21t3MSTz0dXlK+2UaCikX7+XUsUYF9SxtwLKTb2XRL4bgU7adNyaBbhEbhU56jh&#10;XSqeVl9MkUcSlNTm6NI5LgL6R6/Za85i63Gzy0tRT1FPLDK8hYxOlNULdlBWeRUWQSab8fUc+3J7&#10;iiKFP+r/AFf5evWqsGUfP/P1K9ppywPNrgeqxvyAfof7Q/HvwlAjVh8VP8n+r9nSsqF1uPip173B&#10;eUllHF/qfp+W/pY+91PWjDHw0/4eve+SEFif63B/17j/AGP49vi6KJpDYB/PpMaxuQp69756Qz/7&#10;AAj+v++492+ol/j/AJDqleve8xVhoCgFWFyFtc8/nT9Lnj3sXEn4qH7f9jrxHkRg9e95kWONiql+&#10;PqALnkf7c8H2qbBBXgem2AU46977LvLpTQih76HuFLafU/k4AXSBYfk+1AkjihWRTqlNe3pxfgFO&#10;ve1HT7onWl+wyVJBlsQCS+Nq2kkp7PIZSViW17z2Y/4gH2XzNNuOqN4dKj/J8+nfExQiq/Pr1vz+&#10;T7ba7b0NXT1lXtat01EUaPWYqsaGhoolvpi/h9iZKmRzcuv9n2gbbjbOFXui8j1pYFko0fD54H5d&#10;e9ogZMs6QVsdVQLGxWV5YJIi7D0OIzKFEiEi6kfUc+3lmWFgzHPl/q/1fb1dIiHFT173xea9wRGA&#10;WOnQS+tDwrObgK7L9R+PemnM4Djh09QDuoM9e9xZHF+Rzf6cm/Bt/av9faWeRhGNPwMP8P8AsdUY&#10;9e9xJNQk8ik+PSqFfwW1atVh/gPe7SpcMeOv/N/n6oF/VVj5f5P+L697FTqkB6zcDj0W29nAbfQE&#10;08RB/PHszj1/pf6sf6uH5dKjwkPnp66P0/2K/wC9j2haqeSJ7l9SC149V1J55IH1K29obqURyAFa&#10;1B6LbQ0Eh+fXfuVBmHNOsFZDHXYzgCgqtbQw3JCskakW0SHV/rj3qMkohBz/AKv9X+x0oEYKZ/1f&#10;6v8AV6de946jDRxwyZDCz/dxLo+6oKto4EpWaXwwpQRIPJKsgLPJx6SB7clnHbU0z/q/4vq8sIYB&#10;lb/V8uvexP63rRUYDfiM09LIqbZtTNGY4yTW1p4VwCTxq/1z7TrcMCh8jXpiIBklBFDjrojlTYcX&#10;5/I4/H+v7D13AUG9yZJAbWFrElfpybgezO3cyuyny/1f5ek4QVpXHXfvtJuBwT+Rb6883/rz7VeF&#10;n5dbEQrxx173yeVlQtYcC5H9R9dIFxdgR7rE8bk6a6vn1dVAz1731NIHp2DFfFPqhNOGLLIrLqIl&#10;j/EbqbE+2ZZBI+gHtH+HpxV1nSTjr3tM1dL9my1OMkeB4zqmx8Nko3ijLySTen1NUOyqlvyvtNPK&#10;Y41HHPSlYsELxC5HXvbzicz99GEOmlni4KE+MuyIlx6jrOpnsP8AW90imfuo2D/q/wBX7OmZU+I1&#10;oOve1JFUu3qICOpA9NwXX6k/1N/Zohqopw6R19ePXvbks/ruhte4a3A5H+P+v7v1v7Ove3fbVcsO&#10;ZjcljJ4qgq9ibHwPwWvwDf34qWwOrR5cAceve+Zy1LmqyWLLlYsvdft62Eq8cn7euY1FRJcRlYYw&#10;qf6r6e9BSFAB6d0Bj3N3de9tM9LUUjvBOpUtp8hRw1OCqh1MLgBZOW9X9D7ejmfUlXyP8FeqlCmW&#10;OR17245Bi23cMzjSDVZIrxpuA8Yt6rfn2ZI2gtjrZ+FfTr3tJgtO1kJgKN6JFOkg3/1R4tx7USfA&#10;em+PDr3s8PxDydTPnM5QyuWiXExjyFjqOqvo0P8AtNiRcf6/sE80Po28Yq4JP/GT1N/s9UJerTPc&#10;f+NL0kt4xCTHU7kXMVdE44v9Iaj/AHr3YBA5SeVQ91ELHk8EF/pwb829gG9/3DshTu8VD+xP9nqb&#10;ytY0B/jH+DoLVQO0jleWEqkc3vrPP0sNPuXFIBzpBN7f7x/QEA/0/PtqZzICoNE/1f6sdXMY9T1H&#10;MBT6m5seb8D6/S449yVZTwVANv6nnj/Fv6+6+JL/AL8J/If5utrGAQQx/wBX5dYDCv8ATj/Y8c/8&#10;UPvkACPoPwPqb/0B5PFvdjJKOJ/wdXKjzHXDQnPFrf6/154/2PvxcX+puR9bf4fkfj3qkvqf29X0&#10;H0678aWvpW17Hhfpf63+h95UYEFT9LX5J9Vv8Px73qbRrr31p+XVPPrA0S67W9Nr259JJte/H0H1&#10;HvPqtYk88/S9rj/ENf3VWYnSgoP9Xr1vHnw6wvEhF29X05PB+nFlC2/3v32HN+OAeP8AYWv9CSOP&#10;dwKZ8+nwKCnWNkFvUASB9Pxe5H9kLwf+J9u8DlgW44N7Ajn6m4BsSB/vftknSQmeHHP+Edb8qeXT&#10;PURr+QPwLN/xsn/eP8PbkkYN2BBsAQB+QB/xP+x59mcNxTRGV4n/AA8P5/ZjqlanpJVSn1HkcXN+&#10;eVvexH0sBx7f6I3AJuNQAv8A1Pp/w+nuzvp1BKGh6RSD4tPDpF5OIng/gk3/AMLOP9YkE/7H2qqE&#10;2CKPySP9e4/H+tf2m1kyvIB5D+RHSVz2t/q8x0H+Zh/bcMfweRyRcSA/X6f778e1TSLYhf8AaQDY&#10;fi0bAgkm3s2tJiyeJGMg1z+w/wCX/YPSJu8VX8ugO3VEvrSQ3BLWt/UeYjj+1+r6e3mlY8kauNP+&#10;9jj/AI17EC5YDpsjFCMHoFs1GujkJY6jb/EE/Um3N/8Aifc2sP7BP0NkP+9gj/YW9mNgfwU9R/l6&#10;KJ0NHXz6DaKE/wAUD3uA+o8WIAZUHF72PBHuXiGP2aH/AABuePw34H+A9obwn6iQHyNP8vWkBCLX&#10;jTrBueJFrzYH1sbre/0EY4J+o9zpkvEzN6dIUjj66mFjc8W9P49lzz6fD0UNTT9nW694+3qPjEIr&#10;THbm5DC4NiIpGNrXt9fpz7Z6hR5GF7fT6H6XAvb/AFvdkkfwo2rn/Z6dQ1UdL6gY6QdIJOr8f4uL&#10;ix+o9sVQrXP9eLjj62X/AHke1AdPI9W6XNACQD+ObG/J/WLnkfn8fT23yN+2fqPVzz/gL/7Dj2zL&#10;/bD/AEv+Xpv8f5dK+hQlgeDf9P8AgeR+fzz7ZamQgn8Hn6f4aha9/wDD3dFqQOropZgBx6WVBCuh&#10;WFiBb9R/4Jz9LD6/X20zufr+LccH/aja9z+T7Uxii/melsKUQj5/4OlHSxC455uoPI+lo/xb62/r&#10;7bZHFiv9Rcn8XIPtzp3R8+lHBE3pf+hAA/PBHH9Lke4DsGXgfXm/9Lg/j6fn3ehU0PEdaIoadOsS&#10;ENz9Dxb/AFQuL/429wmb+h/Nuf8AVf4W926r07xJ9OBz6uP9QbW+vI/1veFW4NwQbkX4PAt+BwPr&#10;7Q3ZcuqofIf5a/4B1ZeJz6dPtNEttT8rbkDV+ANNj+frb8e4NQb6goP4vf8ArcAfQn6D/efe4pDG&#10;dT9W8u8jp0hiDqtz9DcWvzcG97r9OfbeSGPN/oR+P6A/UkfS3tRNMUFE+LqrntJ6coIAASSALjgX&#10;Bb6j/Un8+4khsg/1RJI/P+H+J5A/3j3UUmnb+ED/AFf4eteclfT/ACdOUQMak/S/H+ANvx+OB/r+&#10;4U0jWC3Nvz/xsH2+IlQl1Hd5f7HW6Z1Nx6lQgPy2gAcXXg8fQ8H8c/0/1vp7iMTcj/bn8/S/t3rY&#10;/n1ORV4P+vYXsosbfQe8DsVF/p/rA/6/PP6b+9jrQyOpMShjzyR/X/bXHH19xXk/HP0/FgP8P7R9&#10;2A695N1MSMfXj635+p+l/wAe40rlgB/Uf2foPpawv/gb+2Yh3zfb/n68a/lTqaIwAht+PyOTwP8A&#10;ifcVyCLC30seb2t9LD6H2pqVOMHrVfMHHWZVvYn/AIpf+v8AiLe8Rkte9yL/AJPFuLfke9UIND1o&#10;4GOHWQRF1FhY/X+hJ5v+D+feJ5VJB/J4te/4/wCDfTj36nTf2dZkhI4NxxcG3+P+K/Xn3haQaT9f&#10;944/25F/e6Z62vEdZ1jJIvYfWwvz/t7E39x2YMvHOrm5+n+I/wBjb3fuRvRh05546zIlj/T+g4/p&#10;9f6/8b949YBuAeD/AL2Ofqf6+9U6o1fy6zGMkWJF/wDeBa9v8AePfZlvzyLf0+p/3n36lOq9deK3&#10;P1/1zb6c2tb8/n3jLk3H4PPN/wDD68/19+691kEQHPAa/wBR9P8AYf7Ae+Aksbc/7H6f7wfe6de6&#10;ymIEX9P+w/I/pyOffUjnSCL8E/lvwW/ofad/jbpFL/aN1ziQfQ/lR9VX8gDgcfW/PvC7kNpLEnj6&#10;f697cn6g+9xFyAaY+f8Ak6ZUhhWnWURLa/0tf/b/AONha1j7xaxz/sfrYf7D68j253av6PVh5dct&#10;BsP9h9Lnj/bW/wB594725/2//EXP592r14gdZLXte9uLfWxt9bg/0v7iM7KT9P8AYX/1/wDD2cIw&#10;kUOvA9Og1FfLrrxLex/3m3+x/H498A7D/av96/3lvd+t9ciin/D8/Tn/AHhfeTWP8f8AeP8Aivv3&#10;Wuseg/4f7z/xT3xL/wBB/sL/AO2/Ht+NWz4r/ZX/AGeqaX/j/l1xZRxp/wBiVP8AW31sf9t76Zj/&#10;AKkD/Yt/vRY+1iEowYGtOt0P8R/l1i0Agi5P0/1P9fr9Lfj3mWVTpB+trWuf9b/WPtIQxeQU4f5e&#10;mWRqkkY64tEQL/2Tf6ACwH+P45595NCk/S30II4FrfkfT6H+nt9LiZaDVX7f9Vf59VDGooc9YGCg&#10;Xtz9Pqf6n6fX8+45txfj6g/4f719PZr1frGOfpY35Fvzcfn/AB9+/wCKD/ief6Xt7917r3H++/2H&#10;0/wv77Btc/X6/wBB/jf/AB9++XWx6+fXTLcD8f7z/vPvKWBI5vyf6355+h/w96rQGvWiQASTjrFp&#10;P4HFr/i3vkbjm/1/3kfg2+hFvbdQSVHHovkIMzKoz1x4+n++Fv8AH8H34Ef4/wCNv9b8f63+Pt3x&#10;tOG49PpPxEn7euOgn6Wt+Ln/AFvre3JH9PfvIT+P8L24B/p9faivlXPSrj1w8QHJN/8AC5+nPP6b&#10;3J95FIVrjm3+sPz+OLcH2mZ2bB4dIGlZ6V4dcWW4+tr/AJ5/P9eb8395tY/P+++n+Pt6I0CkcQel&#10;MJBQfLqO0Z5A+hv/AMT9Db/Yf7f34vci1wbcWt/xX6e1duumM58/8g6q0egY4dYnSxubW/tEkn+1&#10;/gDY8++QYn/Vf7H/AJGD7fBIII6p5/LrCyAC1kJ/OkC9v9gpAv7yK4/FyLD/AIjn6/g+9muo149e&#10;6wNHcfgHn8Dj0kn6qeLf63099lh9eRx+CRf+g/1z7vnt8Suny/1f6sde+zj1w0cFV0k3/IBIP5Yj&#10;ngDi/vKrf7D/AHj8j/b+9d0bfPrePPrBJGri4uQR/hcEA8hiOLe8iEsRwQOfpf8AH+N7+22bSK+f&#10;VWOkV8+sLoEvzq/T9bc3sSCLD8+5Ki0dz+f945NuPr7vC/6ppwA6baQg0FKdQpv1m3PP0uLEaeRz&#10;Ye+Gsr9Sb/7f/X4vz9Pb0jalDD4f9VOrq2qtOvLEGLcAD/jZsLgfX8n+vvOCf1cg2APq/wAB/sfb&#10;eVb7OrYI6wMoK6bBgeb6T9Sf+SRb3nEnIN76f9v/AK5B9vQHiunrfUKaLhrX54t/Z+vIW30HP+Pv&#10;MjDn62Itz/j+R9f+K+3XoBqB7um5MDV59Q3Rjb6XDauLcgXuD9OOf9b3hNSFrMcv9K6n/r/qrKPr&#10;+fZXuKk7ffHy8J/8BP8Ak6fsKiUn1z/Pp1oKRmir5GsNVFKLi3PClvxc2v8A4+xaqZGeiiI4/ZjI&#10;H+Pib/E3BPvHQhf3vPqpTxH/AOPjoWWfwn7f83WOgi8cekEk6o/p/SwtY2XSR/vftD5STSnHJ0gA&#10;c/QFv6f4+1Ei6rw/b/lPSsLqloOhBwqXhUn08g/ji6R/1H+HtE1x1M3P9TYgfQXNv999fb2lFGf8&#10;vTjoy5PDpcUWsKDbnjkf1Nhf8j8/7D2lakCzfQkk/k3+t7/7Aj36QdniMMdNlCyk07elNSkllUXH&#10;AB44+n5Nv6Hn2ka6xJOn0jn8fmwYX5B5v/sPZhZPSig5+X5U/wAn8+im7jpWnH/N/qHTsqkX5sb/&#10;AJ/1yb/4W9h1lSC7JpBUmwU/niM29RNuB7Fe3SjxY2pwr/gPQUvotcMqn5f4R05xCwvc34P4+tv8&#10;Prf3XN3p8W9t9n5qDLZWoqqeeAuf2aamkNpKPF0tgZkJYaaBf8PYxivEKhSoK/6vL/VjqLd95Wt7&#10;5laVa0+Q/o/5untH1i/0P5HsqWX+Du1ab10uYygvc6ZaSjQGwFxbxg2v/gPr7XwRLdSLEsQ1Nwp/&#10;q/1enQBn5TgiJIBp+XXP2g8n8PcDRrdsrkY7An0U1I17C9+U+ht7NhsBIHaK/wCr8+iq52CCMAgm&#10;n5f5uve0qfittppDH/H8wvNriko7Dk/nRxx7V/1cGhnKY+wdITs8IFTIf5de9zI/iPtcqJG3ZmxG&#10;bi32uPurhQWYgi/iANtVre0T7KUegpTrX7mh/wB+tT8uvewX7BxW1+sJZ9v4GUZXLy08qzZCZIRL&#10;T07tW0Mi+WlfSlRFU0CSaD9C1z+PZ1brFZQ6gq+MBX/edOf5dJLtbeyUxx0aUj/V/McOvewGgpKv&#10;L10aqJKiepmRBfUztJNILE/qYqXk+v8Aj7KBYtue4LNOe0n7OJr+zPQeedYxnj172fPp3qig29io&#10;stmKdJcnVxo8cbojNTxzRoJI1sFkVQ635PsaTWkVvDbx2AqRpqf2V8v+K6aS2N60cicK9e9mKooI&#10;6WJI4o1FlP0WwvZh9F/BHso3eQrKungP9X+x0onj8O8QjKgde9uGHKivpyFAOs/i3+B4HJ/3v20J&#10;yqJXhj/V/q/Lo+uR+itPl173adDBMaKFTEjyqHGpvpfykklxYkaeT7lL6qCNZjtwGuLR/q/1Y6KY&#10;Y7Fn8SELq6R0jfvtqd1R/wADj+xYC39b+yZ7/wCiNqZvtE73zEa1tWTTMaGeCmlpyIsHTYxQxKeR&#10;wI41bk/Uf095zfd49v8AYebdpO9bzbrKwrkgMDR5k/Fn8K/8V1jh7z823+zxv4EpCt6E/wDCT/l6&#10;U9G4eBbX4LfUW/tv7EaKljiWOBVFPTKFR/ALtp9PpCgANpt9OPebt1Zrbta223xhNupQ6e0dq8PT&#10;4usX7icWizSGQyBl1f6v29SvaO7FTTs3cEcY0KcbUGGKNTaaTTY+dQTpRr3v/X2C/dG1NpyXvMlg&#10;lR4Dk0/0vy6Ptgktdx3XaQw0jxR/q7uve2T4x0+jGZRrWYvXMQL2DeaiBA/w9PvnbdXtHuWdTrof&#10;2Vx1khynSPdAFrQgL/xodQ63/NL/AMtB/wBCt7ELtM2rKa31FLBYf46q0/1P19wrzBfg3M4bj/0M&#10;3+ry6mW3P6FzX+E/4Ou6IWhP/Bz/AL0v+A/PsumYjLytfga/px9W8n1/2P8AvJ9hnUWVXVqn16YK&#10;loo2HkD/AIepftJV0FhqXj0/Uf7G9wV/qfaqElkKuMjpspxR1697Qs6lcvBccmGU/gfn6292cAUA&#10;HSJwBLRR173al8MZG/g0w/A8f0B5/YqyTyf8PZTE/wCuRp8/8/8An6Few8B9vQPdyoH29EDb/OrY&#10;k2/5SaS34PP9PdrfTsh/vPSpfl460n/WXGV5IF/6qDbj2H+eSn9UOYdX8dtj/m+lP2GnU1+3f/JV&#10;n/L/AI5J1Vd8m6dv7orOov8AbyRc/i0uVxIP4HJH1/x9h/ub/gbk1X+ytJf/AJCipj/gb+8a73/c&#10;Xaf+bv8Ax4dZNt+H/V5dHw2IL0FM7cFncAAH+zJXL/iOPr7Dlgt7/UWU2P0HA/PN+B7Cd5I6zshY&#10;1zWn+r7ety+X59DbTi8KsBbk2/rybf7A+4cqhm4CmxH4AHIUX+nI/wBj7Q6wF1Hh0x05xlgLXN7H&#10;/H8k8Ac35/p7aKhCCygcW+tvx+Ln+lj7UR3Dsta1+3pmRAyt8+piKvHNieTa1r/n8fUW9pmriLPp&#10;/BBHFyPVr5/wt7OIJNSqddT/AKv9jPRDcRlgTTqVGdIJA5Fr/wBbjTx/jyP949tb0ugGwDeoH+yO&#10;P8ePaxZKmpOOi0rQ9ZxIGsOQfp+fqOfpfk8+/D0khjzpFvp/iP6E/n/D/X9+IByo6YePzUde/pa1&#10;tVv6/wBLf4D/AHn2Tn5JErX4pb3/AMjJ+nP/AAJnFr2Fvr7GuwSeLHJilJP+fT/sdR3zsf1rb/Sf&#10;5T08UAtB/wAh3Fv+CJ/xPsr6LYK35Kf8U/PH09iF/wCzT7f8g6iuf4j/AKvLqb7zXBUWsQLkc3sf&#10;zf8AH59twfj/AC/y9aHDr3vl9fSb/wC9f76/tR1br3vw4t9RawB/r+OQePr795dWRS1c8Ove+pSb&#10;Fjz9L/ni9hYcfn3tVLsFHE9X8Fjio69765Kgjg3P9LcEg/W/HvXVXQqK1x173yEo1gMeRb6g/kjj&#10;6f0590apFBx6aapFB172aD4xSH+9mUH0BwU4+vPGTw4vb6D+ntVtj/7ttuH/AC8J/wAeHSO9+GD/&#10;AJrL/l6Te611Yaf/AAEh/wDVao/4r7MHIR594J+PJuFyfwLM3Nv8Q3sVoSb/AHZuB0TD/jVOn5V/&#10;VhP/AAkf4f8AY6bYuMft0n/U4cHnn/Mj8i30PtgqiP43sY2Oo4TEA8cgGsBsfoTcj2zYt/i10V4a&#10;j/gHTVudO2bpo4eMf+ODpyS/22WB+n3NZzzz+wn+2+vsBe4ABvTNkcD76q+gtxr/ANiCfbN2a20R&#10;+QH8j0qtmrtliP6KdOeJv/DKC/1+0g/61qfYH1AYJp45Bv8A8hWIH4I+vsKT4uR8v8lel0h/xlSP&#10;L/Z6cfcBmte3IP8AS/8Ahxf6cD2yXJH6Yr1br3vFrf8A6K+p+v8AyV9PafU38R63173/AP/XogkB&#10;0hStx/QD/G/AHsFlagE9D9Urk8Ot/j3DYsllBsf96/3jm/8Ar+00xLEMkuKeR/zfaOlKIHJ7uve+&#10;MGQqqOoM0Uhp3sojZDcgjnVyCPqL8e9AQxxkstTXr0scar8PXvYgUHY/8Qj/AIXvTHpnoWCx009a&#10;z6qdWskYQU0ca3jhuATzY/X2glt4WJNSW/1evTAlZarjV1x0gfp9AvchQoBve/FvqSfbLk9l0mXi&#10;nrtmZNq9k8k0uNrEixq0pXVLJTU7TuGqEhkkSNSOWBv+PdFDA6SMU6MEZGVQjd1PsHXd/wCv9bC1&#10;z/rX449hfVUtbRVEseQikp5Kd5EmAVnivBI6yaJAqpIupDa31AuPagRMaUYf6vy6sGAIqOHXfvCk&#10;qEK4mkCOLj0i+n68jk39tmhrQY606RP3BOve5KyawNBbj9RKgE24PH9P9ufdS9CNXwnpHLGF0lBQ&#10;de98vOUJIutzxyR9LDgaf95/PtO8shlMQpT51+3y6dVO1VYZHXveaOcyEtY6mtdv7Q/Iv6VI4PtU&#10;sshQDxP2cOrGGMihXPXveVQSpBPDW1gEWa3I5+psfaqKS3DGQj9f/DX/AGPs6SPHpdqHr3vkToIZ&#10;LKRzcH+v+H0/5H7fbcKrpZz/AC/z9Uo3k2eve4zTiN4ypdXiLSKV4CFvTqBJJHHtPJfRUKmn5/5u&#10;n4tRp3gU/wBXDr3sZ9743CVuwsNWZugjnydRUzwQZNhJJUwKtIPEUWN1T9pfoD7JpFaaRhHjHT0z&#10;sYFLZbyPXXNz/Sw4/wAbtfn/AB9lwymAr8HTfeYyqbL4vmWWSoMNPUQjxmSanhpY2aV0gRQFa12v&#10;78qNCKOe6vlX+f8Aqp03ArrDqLa8/n137Y4MjBVqHjcRm4V42BD67AuCj2fSC1r2+vvbg46VKVcq&#10;Pn173KhlZm0AkL5NYcnTdgQBHyLAf4+6M/hrqBo1eqXSqsIkAo2rr3sXep/38juCNtKOu3M96Abr&#10;IBSwm+pj9Sfdp7idYomMmKj7OvOWFsH8yB172GNRKPuZ05URvZhZjpNwdIa3IF/fnLyhWdwzEf6v&#10;8HSe3j/SUnLHr3vj5VH0bn/Ff9gfqv59uWykSMaYp/lHTwQ1rp697k01R4W8xYokfDSi7SJrDKoS&#10;O416ybH+g9qJQKAUP5f8Uek9wWXw9HaOve13Qb0iiwOdx38KplyGTXGiXNeaVq1RSVjzxmODT45L&#10;wjxH6WXn6+7RxRn4Qoz/AKvIdOQuGilRlzUZ8+urcg3Itfjix/1+L8ew/qampx1UIZkMiuAYZQwY&#10;SsU1MJ9APiVdXBP19+uG0afDIX5cOr6UUjUqmvXfubFUCQAxuWKLdQeFZza4ueQF93hkljajOOPV&#10;zHGfhTr3uQ9Qx+huv4JADBr+pR6fov8AUe3ZJcAIxp51/l1rwoxwXPz6974GYXNlAkZbFuf0/wCp&#10;ItYi/vURJbuNTT+fVAipwHd69e94JWIVVFyxdSzWPpVtWpuCfpf3uYB17h5/Lp2JmVtVfLr3uK2P&#10;FUUJb7SpkqEFJVRWkeUsQ0KSkkCJZJTdif029pkUJUrn/V9n+Tq7KshrItTXr3t+l/iWGlpqfNxg&#10;PPAXpZ45FqBLAXMflkeL0xsZFNwf9e/u6yytqIkP+D/V/sdUkgRVFY1r5f7PXvbvFURul3lKQr6J&#10;HjAlIkI/bVUvZlY/Uj6e10U9fjOP8H7Kf4Ok0kKr+E0697ftuHVk1W4iV4qjwGMeTyIKaXWWtcoQ&#10;f6fX2rrRa1x69VjQK+RQ5697R5dEqJo9RZGKekjiyrYfgt9T9Pz/AI+9/wCHqgU6iAM9e9rXE5qB&#10;qZ8fnoPNAQop60mSaaiJd5pmhijAVzOdKMGbgD3Ze11b0PSkqAjBhj/B/q/wde/2P/G/ax3Pgmpd&#10;p7beCZquE1eWLTgR6olaSNlLrGzBSxNufb8T97BmND69UkiAjWmePXEG7MP6Bf8Aeb+wvA8qng6L&#10;sAGBtcA3Jv8AUk/n8e1yOGZI2OHPDphAC6huFeuXs4HxPnaPO5gIbWxY4t9bV9KSCfoQfYM35g9v&#10;cLI/bqP/AD91NXtISovwDTB/48vTBuJNdFFxcipQj6cExTAH6H6X92CLVQkCQAxy6AxABOvQFNiQ&#10;B6WJ9gFNcy+E8utEk/1evU6QEvHQ5GroPmpnRiFVdDpp5IUIWJUkXIN1X3JhrXYi9hb8XP1AH0up&#10;At73KNCahHn8+nzT+D/D1GajS9tZP9dIH05FuDz7eIJ7i7WX6/k/iw/1xz/vXsvMj+vVaCtAeoc1&#10;LHf0qT9Lmx/P9ObE2PvOGjPBvcf8GN+fpzxyP9j7sLiYfi/kOr6ieB6wNT/0Fv8AWNz9Pz9ffkmj&#10;ZSdIH9PrwAeOLf77/elrVUqn4etEKrDHUNoGDXvzb6iw5IH9D7kMxBuPze6/7fnkE2N/959p7djI&#10;SrLWg4/6v9WOrBQeI67kjVQCDa9ha3+3/I+n+x95BKedQH9P9t/rfT6e3/DHqet6F+fUQpYC1+ee&#10;ODybWt9TYe5DaV/JDccfT/W4AJ/3n2zDNJKx/T/T/wBX7f2dWBNeGOuDxBV5YE8t9L3H5+vpFh7n&#10;00igXt+bf4jkn68A3v8A19v6VY0c9vW+mWrjl/sct9frYfQckEgi1vr7UFOV1Rgi/wCfxw1z+D+R&#10;zf22jSaiUftp/LH+r06o4wx6S1dGojkuulwSCP6kA/XiwHH4+v8Avb1TuQyqosBZj+f9Tz/T8+30&#10;oQQWz5f6v9npDItSa/F0jsjF6HcgMSzhiBb6ByeByP8AE+1HRsdYFvTcG/JJN47WtxbURx7UQojU&#10;JNTw/wBX+fpk00sfl0HWdJWBiDYrG1rf1CTn/eBc+1dRvzxx+3ccAC5C8WP49PszijCrjhrp+z/i&#10;+kMqUP8Atv8AB0A+5VZyWdtZJJPJ/Jl51DkW4/HA9vdNYm9/UTq/1yQD+SP6ez8Aga6YH+r/AC9N&#10;SsVQkCp6BLMMAGjPIsU4/sorNY/T/D8+51QqinkJHBHFvobD+h/31/auGV9EQElHB/Zx4/6uHRJc&#10;yNTjn+fQf06s2ZChSUvqIsbsQyEhSLaiWHuRhmUU3BBAIt9D9S4t9LDg+0NwC7UkHkP9X7erQ1aN&#10;Cw7uuW8Y2XJKUXQzCQOeQDxF9R9b2Fv9b25SfoVL+jk6ebfUMf8AefaF1XWxIz09RfTptx59Uk3+&#10;7fT6+Q30dPwR+D7Zp7hiLi97E8jn0gf0/wBt7sHYLUfDTq1cV+XS8x8cTqh0n6HQOb/SQm/J/wBe&#10;/tmmOq5ta5/1v9T/AMV97UUoOtUpjpd0i6NKgg8cW/xLjj8cW9s8309IFuOPqD9L+3cV769aPSvo&#10;R6fTpH15/pcNzx+ePbPPpbUSBex+n5HNv96t72rMvA9WR2Suk9K+jDJoAY2uP8LE6Db6/wDEe2ep&#10;NmI/w/3j624sCPaqM1RSePSyJiUUk56VFCoIBUnhr/1u3Ck/1v8A8R7apGHIAI9Vvqfzfj6fQ+3B&#10;Xq5ZuHSkhRuPXeyA/Qf4cjn/AIrf3hTSwdhYnVaxF/7N/pb6En2ku3kRkQEjz/1fZ/l6bkY1HTvT&#10;oCU1esaRx/T1Dnk/X/evcdhrZvSB9CDzydJuP6fUfj2wJXjSLTJjOBTH+r59VrQLn7endEj/ACpJ&#10;4FzwCLqVINwb829wJmVCFt9Rqt9OeDc2vz7smpi7uamvHp6MHuqc16eaZGZeLAINIA+ukk/kkH8f&#10;48+4EjagT9fp/rk35v8Am59ugBaUFOncdOca2Ivckjm5uLWIsP8AW9tjlkFw31/oOOAA5+v0IHtU&#10;gSZmLR91eq0BIxnp0AChFvewbggGxJYgfT/H8/T3Bkck3uD+LWsR+m3AP9PalERB2jPW8fn1LUag&#10;NQJH4/paz3PPAsbX9xWY/Un6Wvb/ABA/1+ePe6gmnn1XypTqZHGLCyEXvYm9uCbc2A5v7hsx554/&#10;4j/e/e9Pl59bp5U6clVbDj/e/wDeveLUTcNyPx9Lk/Xi/wDW3tiZmXRpNOveRp1NijXkhRewv+bC&#10;xv8A7z7jHk3P1P8AQ3P+wPP1PtppHYUJx1qgpSnU1URPoPpxz/X8/n8D3FmCta3+qDXJP45/qB9f&#10;a1H0oM/h/l1rrnGp1G/+qYD6f4C/9fofcV2axH4sOP6fq/2Fvdvs49VwQR1IRV4Nubn/AG3F73/x&#10;9wy5ZiL+i4sQPr/Xkjk2PtQ8YSNSfjr14/D3dSVAA4FzY8Gwtf6XH4B/2/vEZATZefqf97t9frz7&#10;80RRatx61QV4Y6yqhP4sOP6Am1v6fTj6e+DMQpub8j62/wAAP9v9fbfWjQCnWdFBcWHFif8AEjk/&#10;1/x94Gbjm/8AvrDn/Hj3vrVT1mVDq/HIH5tyLn+vNv8AW94tZ5/2/wCOP+K39+68MnrPoHHAtyLX&#10;PNv95FveNmN+CSDyR/t/oCPp73X4fl1okYoOsiooDXAFzYH6n6Dgn6f7z74rJyDe4v8A7xwSeRce&#10;9qKn4cdV686DSw+jW4P+3FuD/T30X5/JFufp/sQbi9jb3RnQE0/y9J2mYFgKddrGxH1F/wAfT/kE&#10;ix03F/fTzAmymw+h/P0uP6WF/ddK04dMV8zx65JCw5PJ+o/AueTbnn6fT3xJJ+vP9B/vH490VlUU&#10;z1706yabfpt/r35/xHPvEWPIB44FhyPr/Uj+vu3b8XW+sgFgB9WN/rwQPqDx9Le8TPyQLcX/ANhc&#10;/T/efd+q/LrIqcfm3+NrEADn6m/09x2f1G4v9PobfgCw4Ps0th+in5/4T06vwjrg63LWNuR9R+bD&#10;k/4i3vvg+3+r/M9Yv9uP99/sfr7wsxvwfpe3H/Iibe99VNa/PrMoFrEf0vyDf/H/AAv75rcqL3B5&#10;txcH0j/Af737qsv6jBXGoft+f+r9vHrwzivXF1Av6br/ALa3+w/1v6e+Rvf6fX2rilJLB2HXqdRm&#10;UADT+Pra5H0/2P49yFsVBNwNNhYizHi39PwLe6nQJXoO/wA+PDHSUmjt29YSHsBe41A/Qi3B/oCf&#10;r75BjcKLXP0JJ+lyR+D7unh1PiV0/Kn+Xqop59YmU2JW3Frg8AcAE3BHPuPq44H04H+x/wALC/Ps&#10;0q9dHiCv2Z/zdKMUrp66CL+qzWJ5tyPoPzyb++Opjb/jX1+nt5eI+3pvrjpUXJ/H+vwD/sffMfnV&#10;YkHg/UfQ2v72aVGivDq2MYzTrGb8fhWFiPpze35Fre/FvwpB/wBYEf63+w596J0gg+vVGcIKnrsJ&#10;flgR/r25H1PFjYj3k1tfhuPpwP8AbW4H19uIFKgund/q49eARgrNH3dYCif6k/W/H0/xvwfp+ffA&#10;3I5J/H4/wH+P493on++x1vTF/vodc7gHgfn/AIm9iLWvz7zLYKCo+ht9f9qH9fqD7o2nCtx6o3hk&#10;rG329Ym1XIJtcfkfU6T/AEBtb/invwlP0PHJufr9B+B/T29HbJksmP8AV+fVGiiBzjrFIOfSb/0H&#10;+vyObW5v/r+/XuLggW/rb+v0/Fh7eCRIwj8Lj8z09GYwKKOsY1kG5NxyAAOeODcAm/PvlrsDwefo&#10;Px/r/Tj26iIpGMdUkZQCvn1ja7/U/QfX6cf7A2JIH+w9+UkupJBAt/j9Af8Aebe33/TQR+fE9J/m&#10;T1jIGliBYnUBf/Ej/eOfckOtuF9XJ1XP6r/0/HttThu6mP29W6jtG1wSSy3IsQvC/wBbm5uLf7H3&#10;yD/42N7/AFP00/8ABQfp7oMjHXhSmKU66Kgfi4t/Qc+o/gEj3kSQDixNjb8/77/ff7H36tRUHrVd&#10;QwesUkR+vAuL/QGw+v8ASxH+29yYGPLrx+nkf0I/IPJ/3r21Ppr4T8TXHrTpqWhoOos6EBL/AOJF&#10;v8f6W+nH9Pr7kI7fQn/Wt/rk/wCw49t9N9RJI1uGUfjm/wDsB/vf+x98WABBH15/P5+v9falWaYl&#10;SK/L/D05HQhgeHXFeFa59PGr8k/W1rD3kuQBa4t+LH/ihuPe9S/xDp3Uv8Q6w6Lkk83P1H9P+ShY&#10;j/ifeVRqIVfp+Qb8i5sD/sfamNghZTx60zaRU9Q5uF1m4I/tWHBsPxfkaR7koQBpJBPH4tyP+J97&#10;ZtVMcOmXfVTFB1AZTquB9SQDe5sfzx9V59t8nOQx7c3++p7G3/Nw/wDFPZbuslNtvYzw8N/+O9P2&#10;ZPiOK4p/m6UmKH+TVoFgFo5dS/8AIKfQf4X9jHKLY6nIFrwQ8D8kwtz/ALYD3jk7l92uQf45P+Pd&#10;DG0JoQfn/k6hUi+pgT9JbfS9grC3055v/ifaJyR9MnIBBYAAf8H4A55t/vXtWrlro6uOjz/Z0Yxa&#10;TK1R5dL3GRqIoyBwXQsQbfhDb6iwufaHq2bW2puLEjmx/P1v/r+1agUGOlJC4oOlnShQi2UX4Jtz&#10;f/e/yPaaqyebN/vv9sf6e9S/BpIx0luDpWgGOlDSfUGwvxyf6fT8kfg+0dXNYyGw+pAHFvoPrfj6&#10;+1+2ohoOBp/l/b/q9eiS6JIpq6eBqOkXvf6/7EH/AH1/6ew7rlaVmc+oem44/wCbfB5vcn/D2LU8&#10;NEqPi8v9jy/1HoPXCyEtU48v9jy6co/Tx9ALkc/8G5+n4H+PtFZSi8vLD1KQTf8A6dgD/WOn2tt5&#10;eIDZPRJdRE6iy46nIwtx/wAT+STzzyRf2F2YxMbK4Y6dP0K2OnUFPHq/r/Tnn2IbGeWGWFkYg/6v&#10;8nQfurKAo2uIHqWj6rf7H/eP9YW9gpnsb5RKHWxTVpH5Nhbliy/VR7kXb7wtGoeUM5/1f6v5eXQT&#10;3CwjKsI41GOsnsH8nQmmLF00i7FVBUh1uxFzxYtb2tkvpIysi0JX8P8AF/g6BVxayRSHgD/q/wBV&#10;Oveyydv9tRbKx9Vj8fOJ89kKeWmRY2Omlp6iCujjmWaNGQTRVMIGg2I+p9qJrIpbDc5Zcv8ADF6n&#10;4/8ATf0a/t6INw3OFFMEJ0XC/wA61H+T7Ove6/ayatzGSqspXs8s9dUT1MjHkvUVNQ9S8d+CdTSt&#10;/r39ka7feXM6zsvhwkig9aNXSK/I9BGSd5Xk1PSQA5PoD/nPXvZnOlOuNU1PuGvQFiiS0cEgDIiM&#10;aKphkB1KyyKwIAYez0WkcY746A/y/wAvScLHOw8cBl9OvezgIpGp5yOG0q111RqQB405voYn6+6G&#10;V41IhkIJ6MIX8AFYDpPXvc+EkxvpYhYDoaT66iRdTe9vx+PZO2iZiZRn5dK7WAyMTItSOve3PDHV&#10;W0TEmyOTJbjUXPp/1+P6e2JQAAowOjKdRTS4x173bDTKTSUwkNxaXg8WBdufwbi3sf7IqprBAANN&#10;Xp26v9X+rIXgjSFphEumlOkRVt+9IVB1ek3sL3KqP9YfX2Du8I0XKmQKNQKDVa5H+TRKfrfn/Y++&#10;ov3V4YG5IuQEUAcB6VnuCB1ib94NgL2wtx/YuXqPXtgYcOlJiiWplLG555/1ncC3+HtJmIkppHAD&#10;MLWOlj+AeLXI95Vwq0ltHEf7Kpx+fWN881Yplrii/wCr9nTn7Se9oWbbGeLX9WOqQbj6/wCAtp9h&#10;L3CjMXJ+8ouF8B8efQj5eK/vTaQw/wBFHXvbR8dovFS5WIAr/wADCLWH1qaT1cc/j3zI5iSKO7uN&#10;AyC3+E/4ess+U40G4R4/AP8Ajy9Q67/NLxf9wfX/AIK/9fas7TS9dR/4UkGoWUm2quPBtxYn/XPu&#10;GOaIIEhuJfCXxdP86N9nUvwAfT3mM6D/AKv2deov8yf+WjW/2y/8T7L/AJFbs17mzGxH0srPe4v/&#10;AE9haB9UEBHHSvSWORwiIp6me03WKCpuRbm1+Tbm9j/Z9vo5B7Xz0ySevew+rEY5W5Y8RzBf6/qU&#10;fm5+g9qbgubVHQ509UZFNDTr3u0f4Yj/AHDyL9QfGSf+nFaP8b2t7JLN5HmrI2ehPsvwI329A/3M&#10;bbbU2uRItubfWppB/tufdpfUzkbtofpxHVgf4E4+tHB5vb2l5zhjPLO6IVIVmSvzAdT/AMXwr1KH&#10;LVxNbbtYCCVgJPE1f0tMbf7HVWvydLjrXJyRsRItRiCPwADuHBqbkA/UH8fQ+0bucj+IVlhqZxBr&#10;b/V6YIRHaw+gHvF9NU+0CSWoKHtH8Gpu/wA+PWWxGR6dHr2ivhgoYo2tGPuRax9QWWoIBH1sxH+w&#10;9h5NcO3NgbaV5/pzyCPr+B7A2nXqY5p0xQldQ4dDjERoUD+puRb+oAA/4n3DdgAV0i/9ebkG34Fz&#10;f20UJ79WBmn8+m2B9cdS4wbjk2Nx+Dza1/wP9t7baliVYiy2FuOR+f8AW/Pt6MUXJz1UhgKasdTI&#10;xYj8j6j/AGwv9OD7T1QpOq3BUGxtzca/ob/m3HszidV8NyKqRQ/6v9Vei64QFgSOPUlP6c/UHn8A&#10;6SLgD6m/PtuuSrFrsPqCD/jZbk/Uj/Y+zCM9orhvTopnRVYUHXMjn08fg3A/1z9L/X/Ye4hYgsSB&#10;cBgP6Aj/AI17VBVNBq7a5PSGRdQoOuf1ta/Njb6Hnn2S75LSaMriE45xytz9L/eTr/tj7FuxqrW8&#10;iRmoD/z0k9RxzstTbkeSf5W6e6G/hJP5cn/YaU/1/ZYlY61B/TaQA3/2AA/1r+xK4/xdSPioOosu&#10;lH0qOq9/b1N9+uWbj9K2/wBbkW5vb6H6X9txminHd/xR/wAvTgU+DHQd5H+z173l4/H/ABP9f6fi&#10;3u6MaHWc9UET+meve/FtPNhx9b3/AMBzx/j/ALH25U1QeZ6UxxpqHb173yckkLb6f1P1/PNh/vPt&#10;rWeOrHWjRRmgUde9+El1sLEEfUf0PPP+t7rV6tVum0UtrMg49e9+uLarcmyg3PNhf3pga1p3f6h1&#10;WWJdNVXr3szfxhkP9865C3pbCsbHjn+K4e7cfgX9mO0Ua+iYL3oVp9tR/sdF96F+nLAZX/Mek3uz&#10;/izVH1+kl7f9Q1R/xPsxNVZaneOj0i24rWt9C7/05JNv949i6FQdyuiyirRvq/3r/Z6ej/UNq0mW&#10;8JOm+Cxxu3uSbfwi1zzcQobk/wC++vtimCjIbCcj1nEYRA/+Bq7Efg2PtHESsW4LFwWUin5fZ0zK&#10;dMW4RJ8GpzT/AGvTinMGWuTYz1h5v9fCtr/X+nsCu4uN65v/AKjKs2/x8lv9b6e9yhWs4WCUFF/w&#10;HpRa/wDJLsjX8Mf+DpyxH/Fsof8AqFg5/r+2vPsA6iRgCDYKp/P9T+b/AEHHPsG3etbs0yfTozbT&#10;44qe/px9t5kH9b8/Qmx/x+o+vtG7+bt/q+zpz8uve8HmP9R+m30P+2/1/abxm/hHXqDr3v8A/9Ci&#10;P68k3A44/wBb6XH+v7BjuaVbqSFQtw4db/HtvmYjTbiwP+H5FvoQDz7LZZGDHhnpUEABoMV697gs&#10;YdRhmN2IVkOljYH1XsOOB/sfaYzFBVnoPnnrePPr3uDPJIdSMxES/oay/pGoDgDVYD3sFzkvXprw&#10;ASdR1de98aSsmpiJaViauJ9cVSB4zCyG8TIrqyP43AYA+2fqUBIbh+fSYwMJCBwr172INHvylytE&#10;MPvCgTPaB4oslPPNA+OVYVp4jHS0VOiVBoxJI4ufUXt/T24J009rkCtaU8+lSI0i0koeurf0Nubk&#10;WHP9f9ifcWu65iyGNqM5svKnOxIXkqKSenjxQxtomqZaaOWtqRJWLTRFAGC+sNxyPdWmGrUyUBGD&#10;x62VC1CEmnXgTzcW5IFrm4/BPAtf2E/3TQTNTTxmKsRij21N42H6rMAI5CCf68+0ssjsXUfBX/B1&#10;UamYrTrv3L8110ltbLw0jD6n6XsD+F9shdTaicnpwRnzPXveRZgLHUP95va1j9QPaiJiiSCn2deC&#10;kasde95xU82tzex5/H+HpJuLe7SQM7s9QB1RogWJPXveU1CEf2vyeLkWuPrx7r4M3+/B+0/5uq+G&#10;KU/D173FmnCRyFlGmRdIa7f2bXJCg/1v7aa2lLVoD1bRoUenXvY271nePrTa8gnLRtlatCgX8fZi&#10;1wRf0m/+w9+glCagDQ0/y+X+z1uaL9FCrefXH+0f+Cr/AL23svRrpqZnkgmKL6nLBEvHYg8K6m5J&#10;/Ht2RlmYOqen+r+fTdvUJhfP/V+zrl7TuVoMVlB95GFweYIsuWgSStnyMtpJUgkp5CtPTCpqXMha&#10;1kK2+h91JIoOI6eZFbvHa48+Nf8AUeve049VlsPPHTbgp7xSIk1DUrLFO9XCzeOnrpIKVW+3kmEb&#10;sY2N0+h/HvboHhqp8/8AJ1udWNsBL5t/z78uvexq6nyKy1GfaSU6DtzNmmYqWIU0cJX0qoYGw/tc&#10;j21cIPBiTTio6ckjQ2igjAHXvYbVVbedjb6Egm59ZHGoqVNj7uoCxx0OadJ4wFghockde95I6n6D&#10;n+o5tcXueNJt9fbieRYY6e0kZfA697mxNrK+NRIxDftswjD/AE/tmwGkC/0592JZdKngOm5YQ2kM&#10;Ove8yuztDIAV8Pk8EN7rKZLCT18eLx/Xn6+2fEZI2j8j0ydS0r173zhqhEviki+5ja5qKVmMayKL&#10;tGhkAuFBN+P6e34W8Zizjhw/1fl1uF9TNj5de95fs4301WIa8HPjx2nxRwSrw7iaobW5lb+o4/Ht&#10;lifJs149PMutaxH8uve+CVcDltd0mJMZjCuQHX9RD2Aa7f429uRPRuPb14hW48eve8yzFEK39TA2&#10;P+uOL2Ww+ntUGV8qeqgU/D/Pr3vtb6CxexaweP6iaIi7RahwokPF/qPbrPVVUDA698Fc8eve5FLo&#10;Vo/CxjAqI2elN9AN1uwma+orwLfn6+2/t62H9B172ttxT2p8XE58sE2OTWpGgKXeRTFdRqYaPz+f&#10;aaZ9Kmv+odP11lVI4jr3tElWxCNLS3qKB2P7Z/Z+w1XRadT6pahWuTq/HvcM5By3l/q/1Z6oY9K4&#10;HZ/g697XGzqtKitplpjdRT1hN7qVH28xC2cAn6e1qzBjQ0rXy69GpJGnr3tKSMZDOkwAf9rSzHX+&#10;bt9Da5Ue3o5PEcAg160iZoePXvbnTTSF0QnyhbgoRa99X5a4BB9uwy1WoFPX0/Lpxo6xkgY697W+&#10;3tyVGDY01an32DY/5fjWKxRVsbeRxG0kcUlTEFmZWupvx/T2rzTBz0m4E1yPTrphccGx/DWBIJFr&#10;gHj2+ZbbMVbST5vb0wlo4kNRVUbIIBTxc+kPVS+eWzm3AJNvb0EtJEQ+fTYjBKsvCvXr8gH8/T/G&#10;wv8Aj6exf+LtSo3JnIl1RyrjVulzyVyNOp5KW/3n2Fd5l/QnkIHxH/L1LntM2L4n0b/jy9NuWQPT&#10;KGFx5QT/ANS5R/xPuwalqS0ajQS62bUD/qQDa1rfVvYAiIMhLfxf7H8up1tjqQ/6bpGVUNr2YBSL&#10;Hi19V+fwbkL7nfcF19P0UfTUCCLcHhT7MaaPnXpZ8FfOvTZ4VBs35P1sb/XkEFveSOom1gAkLcf6&#10;n6Ai9uPr7LGoxJI49V4DrMYIgn0BIH+P5HHJ/wBv7eFn4B1HURz/AIHj+ij8j/efaOMyMTqXs8j1&#10;QE66EY6hyQKvA/r9L/g3H1N7X/2/uUjh7E/UEHn/ABva/H549viSRAVVqA9WBpXT1AkhH1Iv9ef9&#10;Yi/F/pf+t/bl5l/2F/8Aif8AWtxf2yKEAg46vX5dRTC354P++/Ook3/23vzuo+lrn8XP4+p5ubX+&#10;vtfbyu5Ktmnn1YHqE8GmxFxz9OCfp+Pp/h/sfbhDIrgccD882/P5txx7LWHVeuEqMhJudR5H6fp/&#10;rX5v/vfuQgC/X6E3DcXB54Y/T6Dj2YRS+KT5MBkev2dWGTXpmqUK20m4IsRY34P4/HOr/X9u8EpB&#10;VrEaf9ZRawH+PtQq0YDUM9OOuCKjpN1kIaNx+Tzzc83N/wAgH6+1BAy+l73BQEnj+vBP9D7Wwoxi&#10;oQagmnSZ4yw+Y6QWSBMpQWuG5F78gHj8n6e1DQtfTf0myjnm3qT/AGFgfbqdlGp8+kb4BI49B/nE&#10;1CVBZgfKP6fVJh/jz7WVCytoU/0X6Hm3oJv/AIj2ZQl0BcDuqT/k/wBjouk1Vb+L/L0Ae54h+4Ce&#10;CrCxuDq/fa4H+sL/AOt7eqdyZFHAsoH+8/g/X2fx/wBif9N/k6o3w/n0C2ZhRQ7/AFDXb/ob6jgX&#10;5/xt7dqk2pZCbWCgC1vwDf3uNDpiUChJ8/8AV6dB264j/V6dB1REtnRpN7SMeL/Tg2BuOT7y4UEU&#10;jMTxwRf+g1C5+lrWP+t7auSXlC0OsCh+2pOP29KIMwp+f+E9e3kUTIoBYavIR/gNENuT/UD/AGJ9&#10;ubsBYEn8fQXv/S30/B9oJa9tB69OVPoOmnGxsRKwAIOj6m1razzwfyOPbNObgm9jcXFz9SVP1Htv&#10;5Ux1b5Ux0ItAml1v6h6ubCwAWQHj6cX9s0rWNibrcXHIH9nnjke7FfxD4+qMtalfi6XFGmoCw55s&#10;bXI/X/Xg3+ntoqWtcDni/wCB/T/Dj6X9uDj1s9K/HJqAJ+oY/m9/qRex+nPtmmFiQefwb/7Hj/D3&#10;YEihB68ppkcelfS8gEAi4H0H/BbG35N/969tdS5J4vwtuPp/b5tYj6+1MPwn7f8AN0qg+A/b0oaK&#10;IXFzf1m97AkXjvzcfT2zyvYnixsR/iDzzwPr/wAa9vgdPdKWnhuo/Iup/wADfSAvLXI/2J94llGl&#10;lt+Sw/2oWte39efaC8UiRT/RH+Xptwfi8unykgJs9yBqKH/abaL/AJ/wtf3HY8n/AA1f7H6sfr+O&#10;faTqg6eUW6j/AB0f7D9Kg/nnj221La+fppLDj/gwFv8AYAe1EOK9Pw/i6eKWMxcfXWFPP1Nlvfi9&#10;7k+2h3sLi/4ta3INvyfpb2/070+pHq4sDwb/AFNvr/Q8g29wZma39QOf8P8Aer+1Vvp7v4v8n+r/&#10;ACde6l+MXHFg3pH1uGsRb9Wm9v8AY29wXJ+n+9fj9Ngf6f737U9a6lRqA2ocf69+T67kW4PP49xi&#10;f1Af8it+Px791rqeqE6CTpHP9Of6n6m3+39xz+lrf0Pvfn1706mD6j/XHuKxOon88/S/Iufp/hb2&#10;muPjFPTrZ86dOVOo0c/gj8XsdK/8T7xkmzE3sF4JtfgX/AHthSvain5dU8RK0DdSSDwxHNyW/wBv&#10;9fr7iSH1Hnj6/gfk/wC++nswjcutSM9a4AE8euSppFhc/wBP6/0t7gzPpBP1N9I4/wBe/H1Pt+JB&#10;I4B4dbH4R/q4dSY1HFv8D9fzwfx9OfcR/wDU3+h/1P8AiR9f9h+faiUhhXT3fb1XX8us8JN7i1jx&#10;9fzx/r/X3iLBgf8Aif8AEfp+h/r7aT40+0db6lFCo5/3i/4/PvhIfUAfzxzfk2BP1491603WSJfS&#10;WF/pe4sbAMQPp/T/AGPPvCSCTaxtyeP9b6/T6X9+6p1IAKgXuL8Dn8c/T68m3+394n+oH0H/ABoX&#10;97pmnn1U9ZU+hP8Ah/S5H1K/k/0/PvEGFxyeOeP6j8jn3pyFFQanqrvoUmmesoU25FuLC/5BuLGw&#10;vx+fz74/1v8An/YC39P8OPbQaroR0ndy7Ajy4dcz9D9eLfQ8/wBb/wCI/wB794/wR/rHj+ljb2/N&#10;8a/Z1ab8Ppnry/QHgi5+tvxa5tcf198fp/vH+8/n63t7Z4N8j0x1lF2Bt+L3uOfzx9AL8f7b30Wt&#10;Yf14/P8Ah/r/ANfd+tddBSb/AOwP0sPz/W3+H198S17ixH1/xtcfngce66c6q9aLUHWS1rHi9/8A&#10;W5uLjnm4HvHYHiwt/j/vrce3FYqQynI62PI9d/W4Fz+P68X9xpCqn0gW/PB+ovbn/G/s0g8TR+pX&#10;V/k/1euenBXgeurajxe34/oCTZuD/S3FvfANf+o/x+v+8W9v9Wrmnn12VI/x/wADx/jwbj6D6/6/&#10;vmP965/5EfeuvdYz/T+vH+8fS3H4HvmqnxqD9eRf6Ac/7f6e0qds0pHwmn+r9vScP+oSD29cnYFr&#10;jm3JH1P4H0+gt77Bf9Q+l/8Aif8AYf63tWkqxsa+nTjOuVJz1hdFPp/330/P+wP9PctTcCxv+f6G&#10;3+IPJsPftUYLUGPl0XF0DvUV6gsCCdQIN+Sef954AJt7xPq1DkfT62H+P14Nr+zC0MXht2n4v8g+&#10;fW1aGh7D/q/PrG39APxyOeOT/t7fn3jfSo9J5N/+N/Q2/HHtRC8vieG5r21/1Hz+f+qqoMSFPy65&#10;AAjVpsA3+tweB/rf77/YYgCv/FLf7z/U+3ll7hQdJ/H40XrzgEG/H4Jvz9Tx9SLW98rkW4s3+xFh&#10;/wAav72z0UNTj060umMMPPrrSCTzdR/rcn+n9Pr7yqeP8fzbn/H/AANre07GrE9JWbWxanXBl/23&#10;0H4NvoPxb6+++Db6Hn6/4f42t7fU9oI4daSVtI0nHWO5F/xf6/8AEf63vu1/+IFzx/r3P9Pdqnq/&#10;jSfxddX/ANb/AGw/4p7xuT+mwH0sbfS7A8W/A9rrVewOJCSfKuPz+fWlOrurXrGQNXI45uTfn0n6&#10;8/n/AGPvHe4v+fpz9f8AWv7MI0D6qnrda564MdJt9Rcm4+n0HP8Axv6e8qlj9ADa97Xt/sL+6yqq&#10;vpXz62ZdJyx6xmwU6iVH05I/29gPrf8Ax95kuTa1/wDYqL2Fybke7UVKnj0w8tA38PUSRri/6bc/&#10;2jbkAX5/3r3nVfSR9f8AitrgfW319sTuSy/xD/V/k6oHJ7wc9cVIJLcf7A3uL8kfn6H3xjVhyf6a&#10;bC3+H0tY3P8AvHttpK8OHTjSk/D1zkK2+vNy2r1X/PHPFhf/AB95HHIAH1sR/ThhwOefbkTkUNe4&#10;dOxsSuePWEAWJJsPUOT+bXubjj3lHpNvpxf/AGPP+P8AT3ddOoah29OdYXuQWB/tG3+tYcci4P8A&#10;T3IiUAf0BHP+wJ/PPtqUFSvr/q/4vpqX8PUWVi1gfwbDkcg2P+w0nj3IVif8SeP9e/1HFjwPbOAP&#10;IKB011FdbfTn+v8Ah9Pzfm595La/qbAfTgcfgfXn3dNWrAr1ZWKmo6wswjvx+r68sLkXPNj79os4&#10;J+l+P9jc/X24GdjpVat1bxDSlM9dagIz+Dxqtf63H45/1N+PcpAU+p9PJBI/PHP0/Ht2FtQbHdj/&#10;AC9VZwwFR3dNtRZwLfqH1F/9hY/4G9/9h75i7MP9v/W/+F/9f26x0ivTTtpWvn1gICof8b/Xj6/1&#10;+n49w5j/AJbQG3BrqcAc/wCq5P8AvHss3GXVt93GOPhvX81J/wA3Sjb21zED0P8Ah6fcTH+1Wkn/&#10;AJQpL/0+o4PNx9fYwTH/AHGU4/5sU7f9YHHP/I/eOrkjerp1/jf/AI8Ohnaf5/8An3qNSKNTg3/z&#10;rqeR/q1/pbjg/j2h8nJ6WH0/cbj/AGDnk2/N/atAfqTXho/y9GUP9o3+l/y9LzGRgRoRyRo1E3vy&#10;FtYE2459ousY6mI/Fxb/AA5Nv025HtXqCgdPSPoApk9LCjS6KD/gSQf8ACfrwb8+05VG6uQfqbWs&#10;Px9Db/AH3Qkdo00HSGdu3tWnT9TCxX63Cggjj/X/AN5HtG16XLkkn82PH4X/AIj2vsm0uAoyf+K/&#10;y9FLCvTwh4vwPxccj+0b8f4+0pLT/qYX/H0+tuOP1exKsuqsbChPSOWJSCrdTQeRbn+t/wDePxbn&#10;2j8sg0sdJ4sLAm9v2jYi9j7WRECise0/4f8AV/q49FNxbgUUnB/1fPqZCT+Dz9T9PyT/ALzc+wsy&#10;dMshdWOpdIJsDa3Atw/IPs7gnZSjY1L/AKv8nRBeQGOORj1PQ2sbfmwvYf69+Cfz7CvPw2VmYfuA&#10;PoFuOAtrPexUqD/sR7FO0XTSsqg/6v8AV/q9Q1dx6YiSues3sm3fPYsGx8Y9PSyfcZivSSGl9Lp4&#10;J5aeZ4m1fb1EN1eO1jYc8+5IsLKksNwUJ0lW0/t+fUM82b6lqZ4kNJdP/QXy697rCr2qs3k67MV8&#10;pkaSWonqJW0AozTPNJGujxmQJ5OCBzfj2LbXZVJl3Od6xKCwXhgHVx1Bv8vUYTXchAaM1lcg/wC9&#10;H/P6de9q7r/a0u4MvDUTJpxlDOk0F3RhPU0tRRvEGXyxyxiSCb6m4H+v7RTXK7szpKvhRQ1K/i1a&#10;OB/D/FTrTSGRUSP+2Jo358flx697O3g6eGjx0SLGI0iaNCw1M6ukUYEYFyWUW+v6fZNc3Aow/b0u&#10;t4G4MvDr3taYrG1Obr6Wkp08s9URDCpKqGV3WNpNRKKCpf6E+w/c3QGoKucfP/VXo6t7NpGjAXzH&#10;+rj172ZLf/UX9w+uMZW1YVMjXLRzSfpJBFZ4n/zVXNH9D/QeyuK4rwNP9X29DD93LDCGXj/q+fUK&#10;mroKuWqihbUaSRYpTZhZ2jSS3qVR+lx9CfYC4j93JUqAekyD/YWvx/ZB5/3j3WSYEUpQ9EN6wBP+&#10;r0PU33bTSrekpubHTKeOPrJfj3JqgW5V/Ij/AIr/ACdEMqhZJ2JwadICViZ5ha9jGOLG/o/4p7Cb&#10;d0JOSIvw2gt/Swp4v8f6n307+6K5n5FvG/1f7k3XWF33ipq7rt2PxP8A9W4OlZiv+A4/r/xGuS3t&#10;Ow0bhgfqbn8ix5IvYt/h7zDs41MMZp6/6v8AV8+sapbmq3Ff4V/z9OftO7xoXbbObuLj7Ca54vYg&#10;WuA3sJe48QPKe7AecD9Cnl24D7ptCqMmUf4Ove010XTNCcov4MFQ2m4/470oN/V/h75ac1alvrgE&#10;Z1H/AAt1mFymSb+Kvmif8eHUOu/zS/8ALQf9Cv7UPaSH7ulvfijpubf0autfk/n3DXM5It7rOPDf&#10;/A3Uv27foXefwv8A5evUP+ZPFv3D/wBCr/rey+ViFmk1Ej1Er/hYt/S3++PsFRSfpQoT+BadJgaq&#10;noB/q/w9TPaerI7IQR9eQfwb3/xNrj8e3etNw697QVZGf4gt7gaJr2/PqUW+v1svszuCRZQkDNB/&#10;gp1STVRdPXvdmvwzZlxMhNv91f63FPWn8f4eyKwqbn8z/l6EeyCqgDjn/D0EfcSq22wDe+sci30+&#10;5pP6g+7TepiP710eoc6az6j/AKYazkgm/vfOdP6vX5DeSf8AHx/q/LqU+Xlru+0n0D/9W26qu+UO&#10;petMpob0/dYX6Hn/AI+DCekEf4n63HtH7oAXIVB025gP/WCmuL/7b6+8WLcf7ppQH1YI/wCNcf8A&#10;V6dZdaastOOej37TYvHQggKf3rAAf8dKnn/D8n+vPsNqxiS39B/gLECwH14/3j2CoqISx49NqBQN&#10;Toc6dbqo/rb8m97E/jn/AHv3BDh/SVNgP1WuDYAf4fUH6e9Ouhmcnj/l6adAO759TAGA9Nv8VBt+&#10;f9b8H3FlW4YDn8n+v1b/ABFuPdC4DAjh02aUzw6kIDxf63sOOPoP6A/m/tmqEIJsfrf/AKK5Bt/h&#10;7VQ5qfl/m6Q3K4J8x1JBH5H0I/4r7bCguefz/Qfgm/0/r/xHsyhYhGPmP9X/ABXRTMgqSRmnXJie&#10;OPx/Ugfgfn+g/wB79ts918h5vZj+Tc88+18LagPn0gYE8OPWUfi9uCBewHHH/FPZJvktzmcM30H8&#10;MXn8H/LKi3PA5t7F2yClrNTj4n+TqNeeVUrAfPT/AM/Hp8ov80f8JG/3pfZY1kBZVFyTr+p+lieA&#10;PqbexZItLdRXFB1GVwum1VfkOpfvtXOptJ/P9L/1Nzf/AB9sA9oB4AdWXEMP+l697yK/9fr/AF+l&#10;/wDAADi/vdOtde95QVcXFiD+b2/3kn3UHgQetg0+Hr3vHK2kA/g8n6f1H0/1j7uAfi60eFOve8Mj&#10;ehTewsOP8QPp9fr71Ea6h5V6rbaWaQ9e98o5PRx6fqxP1H0+n5P+9e9stMV6u60wTgjr3szPxjlt&#10;vWp/o+E0/W/1ymGBvYX59rdo7b+I/wBNP+PDok3Xtt2xwb/Iek/uddeHqx/SKY/7amn/AK/09mUr&#10;2K1m7z+Cm4QR/h5JL2+v9f8AefYttiv7xmH4vBP7NXTlq1Vs/wDmmnTdTr/uNwQ/1Jxdv6kiFLfX&#10;SQPbBVOPvtgm49WJwXH9f8ssfxf8/wCHssi4X2rh47V/n/s9J5jX60/0n6c4wfBlhf6zVR/1v2E5&#10;54HsDO6CP76Zq1vVVVZ/H/HQcX/pc+38mxi/0q/4D0vtCf3VZZxpj6nYkWxlAP6UkH/WtfZfKt7c&#10;Hlfre5/2m3Bvf/W9gq/kJuXY5x/l6Mmzcfl04e253Frcf8GI/oQB/Xn2Ws7tx4dO9e94Na/1/Nv0&#10;n/Xt/rf4e6061Ude9//RoeeYLz9f9uD+ebafoPYC1O+K46lNU/hXrf49wppI1FyPyLEk/m31P+N/&#10;r7oUDjK162NWdI697gyM2kKpIB+o5t+P8b29oHRNTdnn15gAaDr3uO41Af6/PHJFj9Pze/tM5MXi&#10;/OlPzr1rUw8+ve4U8JdQbFgFuPwQRex4INhf2nVqlw3Hq6vUlW49e9s9SmmxBsVuRfgDTewHqvYW&#10;9urGPQkfLp5Kgk6SR8uve+NJmK+glSSnbSYWuKj9o+F0YFWCMj+Uoyg/4/T3cseAOPLpKUQSNIBk&#10;9e9iFBvPEblip8VvegGZDzQw0uXapqceaNWZVT/IsVSwGYrI5f1N/h9PdVt0ZcDS/mP+L6uGDdrJ&#10;+df8g697zb26nrNtx47J7VyR3Jj8jBJULR/Zw4g0yBlQWqchkZp5tIufUoP493jjQijCmf8AV8um&#10;mWRZTpfUD5cOuCMW1al0lWta+q4sCDewte/09g+mWWKoakq1CVyECSlJL+KyE6RNHEYZP2yG4P14&#10;90mTSlVHTkxVUWnGnXP29pLr1eAipWPQWNjCHDji6PYrpKnj8297juJVQVbHVIyaFjwp173kWenm&#10;V3jbxFfrHZn/AKgWbi/0v/T343Nz2jxTXrdWIT1697i1L6YpH4MkfKn/AFN7DUOLNqA+tve1upnM&#10;cTP2E+nVkZXlijYYZuvexq3KxfqXbdQ5u38bySlvSLhaWxHB5A9oZABuAgBAjIGOm74mO8gt0akT&#10;EY/Lrr8kf4D/AHkt/wAU9l1nkQWNrnWw/U3N7j6/n2+y+GzpGO0dMU8MsIxQdd+2WokRHugI1XJs&#10;xN2JP9R/X88+3UJK9xHHq6MaVrnr3vjTZyahksTrjc+KSA6ULxSFVdTMIWKghLcc/n26FVk+VelK&#10;zN4QVm7dXXvYrbIyO1KB8pV0FIMZk67C5OCQ+bI1n3FRWUyo3EyNBH5GIXgAC349sSKWUK3wjq6v&#10;GyMvCoNePn172DmW+/xVf466H7b7wmaFtcUwljVinkAi8njJYWsbH25UMiheA6ZR2A007R173zgr&#10;Xf0/QWuHGk3sefTo+h96KlTnj05QHBXPXvcxq1LaCwLrYarHm4uRpC6Qbe3YwpErEfPp9QhDkrUj&#10;5de9uPnd1nVlDlxHex+oBH9ACLW9t+GlFPlnpiWKLBK9h49e9y6ieQDyycM3p1ennTYDhRzb8+6x&#10;Ax1CE56YSNVBCjr3uJHXNCxlvaWwUtYfRb2uNBS3+w97IrjqwamfPr3t2hnjztVR0tRP4p3mjjin&#10;8TSeNmsqnxIIUYLf8n36OJV1aUH+Dp+FUlbSwz173myUdRgZ1gyD/cwtpMFYfHDoDFxH/k8LTsdK&#10;ITyeb297rIKKpz+fW5kERA4k/wCrh173yWRZNFQv7tkDiU6o/Eli4k0nTrK3va1zf34Mzdkh7ems&#10;MOve5lNokqIZmILMYyn48gLowYEHTHrJ+h+h9uxvTDP+3/P1rQAcDPXvay3YyCPCFWGo4hfLGNX7&#10;TmSQaPIR6rL+Rx7TuVkAdfi4U/1f6s9WYkaWT0697SFLNZ1dCU0grcWb0sPUBqH1t/vvz7bCstKU&#10;68Hlr8Q/n172ocZJSUeRWqScwq0c/nPjlk1v4ZEj4sxW7EDgW559uxNLqXPb05ECzqTgHr3tGJmG&#10;qKqalliFLVgppptfnuSnkN5hGsQKxrf683t9fa5TQAsV/n07Gq8JEo9f9Xy697cKWtdg6Kwv6ebf&#10;4s3+ptwvtSWUOAp8v2/6v9Xl0qdIiKMM9e9qCGv1kRrIdSn6kfk/nldIsT7s0koyWPTDW8dQCtCP&#10;Tr3t+xubrMVUCsx8/wBvJGVMhCQy6wC1jaeKQAaj+F9sJdTHLNVqf6vTpKERDhKN172anoXJ4XOZ&#10;3L7hxtKKCUYpaStphPVVBepp6unkqK5p50hUCqma/jVNK/gkew/zFLNBbR6XHiSH/n1v8H+odS77&#10;aRoksrRJTWP8or1Dq01RKrer9y/0/wAGsLD+gNvZ2Me8ZjjIYuZFjYyAFbK3jBgCkW4HOrn2CNcg&#10;jRhxLY/1eWephhcqZEB4E9JmpQlpLgLoVxo4N2s1pPqP6Wt/j7UlOEIYWb6Hm63IOk3APF/9t7r9&#10;XMSayj/jXTySuWbUw/n01yxKCPQfqPwtgbn6/n/ivvrWqyadIdSeDq0/kfWw/r/t/evH158TR+Vf&#10;5/7A6c1186D7Ou/CdF7ajb8m1uPwL2A9z4pi621Xvb0/QcAWuNPNvagRopqFFer0qfn03yKRbki3&#10;+tzySb2IsT7nI9x/X8g/7e/AAPHPvRHVh+LqE6c/8Rbj/bknn3PidW9R/Fvzx9fwQvJ49shVWqrx&#10;6v1HlWTi9/yL2FuPrfm319zYvEx9QBI/rq4AX8enj6f7f3syaBh6Kf5/5+tj5dRJI5fwCSD/AESw&#10;JP559y4lEeqw/Fz9D/qv63Btf3VCJSAp4mnWxjqLPe12FgPp+Da4JAseCbe5azuljptf/Y3+oP1B&#10;APH+8+1cUEDrx1H9lP8AV/xXWwB+fTTUK7HTcKB9LW/wtyTyP9t7eUjIZQgsrfj+rArYj/XH/Ive&#10;4Lh5EfW2R58MZ49OVqBXj0nqtY15/Ubta92I+osB/W5/Ht/pV1ekC4/I4FrgL9eDax/x+ntdHPKE&#10;BZ6E/wCr59N1Ne7HSFykUYYtp+hAVjq5tdrWvzZx/vPtRUYKafqp9N7km36Pr+fp7XakOFOP5fl0&#10;jlA1HSOg2yoL+UsoNi1haxH+cuTx9eP6W/3n2s8aDZCeR+k/7ZQOOPz7XBsuAc8Qf9X8uim4XLft&#10;/wAvQEbqX9R+hJKWI/OqZrEW+vBvf2oaaxex55Nv6fUfT/YD/ePZxCZBCpBxpH+DpFI0oFQe3oDs&#10;/YCSwsQ8gI/xDOW4H9CeP9f3PqSGgkH1sPpyP7P+N/ZjCtYY6/P/AA9F8qah3cD0HFGHTNRsLAsw&#10;u9g39pQWuCD9bW/PuVgxahjGgXYC9v6qSfSD+AB+fx7Lr2UfUNpfsHr/AKvX08+tpp0LnAHXPeEW&#10;vJyO9y6udIWy38gi0/p9JU3t+f8AiPcqoaygjg/4/Xi3HJP++PtJUtxPTo49YsZToGZQLAg3sTb/&#10;AHZpIF725uP9b2zzyMCR9VsL25/oLi4uLke1SQRaVZR3Hq6xqUFCNZNP9X+r5dK2gL/22s92H45u&#10;z3sVsOBz7ZpWuCSeP+NL9P8AA297ljCsAi46tJHRwFQ6el1jg1/UDcNxe3+188C359tc9zc/2rD/&#10;AIjj21qxp8q9MH5HHSzoVVSv1A+h/wBu3qtb6/763tplW5PJsATcHm5LW+o/PJ91kk8NQaAkn/i+&#10;FPl05GoILEdK3HKHIvew0ji3H6OD+fx7Z6kaH0g6h49X1/xsB+eCb+11s/iwM5WnfT+Vf83SyMLp&#10;JC0FelJTJ+gn68LyLDjTzYD+pt/re2xwSxBJCfU/T+rC3+N/p788vhg6f7Ty6uy4qoz0paaEOqnT&#10;fkC/0/sg3/obEf049xW0lm0jgrcEm5Nmvbj6c/7H2luCWVSzjWDwp/q9P83zakUgA16faJTGLfQF&#10;wbm39Ao4/Asf8OPcdyTfjhdNz/r3v/r8+01KBTXj1SlAprx6eIwAQL8sSLf62m3P+t/vXtunVSDx&#10;+Tbk/wBRxa/t6H8XTsX4vy6doXYEXYH0j+n+psebe2hlJY24+nAH+AsP6D2/+XTvT7G4CLqA/I+v&#10;4uSfx7hy6RpBHpIN/rYGwtyORb/ifbiF9R0HuP8Aq8+tdTY7MHLH9Om3+Ny4PA/r/vfuFIF1kD6c&#10;WHP9B/rn6j26JZNI/wAP+rHXup0UY0gm4PJIuP6kD6C9uf8Ab+4j6ebf4X+v+H9fdo5CWozY691N&#10;CEBWtbk/S309Vx9f6+4bSNzyPofpb8L/AEta/tVpFa0z1rqUEXjg2vf82uT/AK/5t7j6muSPyrXN&#10;/wDA/Tj+vti6VWRQ3r1Vv8o/w9TobD6/QEW4BuQV/qLWsffA6SW+t+bnm1/+J59pQHBFSKdVpL/E&#10;P9X5dSv7Itxxwf8Aej7hVBdRcXZubg2F1APH9ePa21AZipaimn+r/B1b9mnrMFRrccWtwD+r0/61&#10;/wA+4DMX/Wf8bH6D/G/H9fapWKmqHPXuHWcIF4A/2PN/r9OOfx/sfeB9AAsOdVy3P1/tfm/4/p7v&#10;4khwTj7B1omo4dZkVrnjgrptf/YgEc2+vvhYfm1/rY/8R+Bz79wPZX/V9nVCTnPWS5PBvbi1hfjm&#10;/IFzx/sfcSRm8gJN1ueLD8rb6jm5PuvWs8Op8ar4yALG39T+G/x4+nvCxABIt/sDz/vZv791o/I9&#10;ZlBJAN/9iLW/r+P99/tveJjY3tYi45+lh9f63B97DA4HwflXpurF6hho65hePqDe30/x4H1ta1ve&#10;P/X5v9SeeT/yP262nw209al+A/6vPrlY3F9XH0A4/HH+9e/M5H5ubenj/WH9Of8AW9pP+af+r9vS&#10;TrKFU/qHF/8AVH/eeeP9f3iuSSSSD+P8f9hb8/63tzrXWQAACw4sAeRxx9R/j9PfB2Pp5/thrccf&#10;UD8e9D4z/pevdckA0tcX+o+t73+o+vvxJP8AgRcfQC5Pv1P6R6b1n0696Rb+jG5FzwB/rH8++mvY&#10;2Nz/AFB92AqRnrWs+nXS2H1H+uLfjk/488+45WX/AFNv9Yj+v55vx/h7XqLSPu11+3P+Af4enQ0f&#10;r1y1g2H0H9bMPpY8fUc3/wAPfAxOfqv+wDAfnni9vofb31MH8f8AI/5ut+Inr14Np5Fvxfi/0AtY&#10;2H5X3m8I45+pvz9fx/U+9eI3r014jevWHyXvx9Baw+n5/IHvoRgf0/3nkfXj/WB9+1t69e8R/Xrx&#10;e/Fj/wAUP5v/AIkj32ocC19NvoBZifqfz/j/AK/u48MsAeHW2MfkvXFyv1tqPP8AUAfQfj68H3kA&#10;IvxYW/25H0+tzb24rIUUkAsfPj59JnlVfhIJ6wOSCdJPB4txYEXP0AHPvISVP4/1h9Tb/YXPHvSg&#10;MwDNQH/V/qPSOrEnrAfp9L/0/wAP9vx+feBna7cngtxxxxf/AGHP+8+zOCNAsXaKkDNM56cQVKg+&#10;f+XriRzz/UD6m31sDwTf6f199C45B/H+N/p/T6/Qe3CiEUKLT7B1YuxXSTjrosT9S31/rx+fyOPq&#10;ffdyL2vxzYf7e9v6kj3bqteuJsf8QRbn8f4X/oL+/Dk8ng/j6Hi/1sBbn3V5CzUOT028vdQgk9d6&#10;Qq3H4/wve4A/Lc++SyKDptY2ufof+ibH6fX3tlc8B/h62wY/C1OuBU2vquL2tb/pK4Bv7yrpudB4&#10;/P1+v+xuRx7bGrV3dMvrxq6xSXKKGFzfj/W5vwOOT78xKD+tuL8/1v8A737UwRRyFlYZpXFOqjrG&#10;WYng21HkG/HFvoDxwPcRnuSSOf02txbj6n68+zeKPwlREpp868fy6WJ2hVHXLT+SefqOf8T+OP8A&#10;e/feof0JIt9Afpb/AGHtSJmjFRJQHq5Ip8usXiLk3A5vwf8AX+pHI/PvuM+uxsPwALDm/wBfzY39&#10;tyMcNXNem5Dgfb126jRexN/qSD+kgfT6X4/w9yxIotY82/P4t9f7Pu8ZY6tZ4dNkFeIz1AkiJ+i8&#10;fU/1N7Wtdr395fICLsbE/X6Af1H+B+vtiUdwA4U6qowAueuCxkDgX/3u97X/AMPp7yDj6cH6D6fT&#10;jkf190IIUNTB631wNjcHkCxt9P8AiOD79qW4LfW4F/za/wBLi17D/Ye3ikqqNDVH+ry6sGZeB66A&#10;HIHHB4+nNib/AF9JJ95ho1AEX9Nzwfqfyb+0kpl0fpPRuvFnPBj1wF7EtceogC/FuPpp/oPeTWI2&#10;IT0iy/n/AHi3Dfj3WAtcIPFAOfMfz/w9eSshAJ6xyRagpuSSGJ5sRzci99Itf3ySQEfXkf0Bufr/&#10;AIfn2pcBeAp064VSAAeo8kX9Fvq45I+tgf8AVc/X/b+5KOQGP+t6v8Lm34/r7p1TqFJHcoo/x9N/&#10;ybf42HA95NXF/wAi9v68m36bc+99e6x6OSPwbX/2Av8AW/uTfUoN/wCv9f8AX+lufam3/H+XXum2&#10;ZArWtYED/iLc3+vvIWCtwQSeeT/S9iR+B7tlmXVXRXpMS7kVGOo4QuhPPHAsP6i1h/r+2iaQpX44&#10;FrhshTj6Hn1Dn6fX/ifddxjik2vcXC0dbd2/4y2P9X/FKNvb9dwOND/x49KPEI3gq+P+UWRRe1/q&#10;oJ+psPYvVU5WkpFUjSaal1fTkGFhc3HvHW2iSS7v53H6ivLp/wB7HQ824hwH+f8Am6i00VpSnOlq&#10;gahY2/BIPP8AX2icq4sw/A5+nF9T8WPBFh7dsQJJ3aXuNf8AZ4/4ejKAKZcCuOl9QoUSIJdLqFtx&#10;ewRBf/Cx9ourvqe5v6uL8/Uk8D6fT2sk0BPgxXq0/wAOB59KyjuQluCF5/FuB/S/I9s1SAqX+h4u&#10;PVf6gnjk8e0sbEvXTUdID3Vr8PT5CLm2rj+p088EDmw/p7TVShuRb+nB4P4uRcD8+1WqhDq2T59J&#10;ZlQZUZr/AKv9jpzjIsB+B9QB/T6fT/A+03VxlTcEKOPoL2+l/o3N7+11vdSSTeGpOkD/ADdF7MdR&#10;WuOpsdtIuLk/Xm1xzb+z9Rb2iM7BFrdnfQtgFi0lgfTEG/dvdbHn2ILafuFeI4/5D0X3Ouv6fEf7&#10;HUynJsBbVe/P0/1X9n6H2GmVpSkYfxeInV6S4ckAoDcam0m5t7MIZDKVRMueJ/4r9v8AsdB6Wqtq&#10;mGqInP8AqHcenBG5P9OPwR/rfn2WbuvsHFbBws8vl+7zU8DR0cWmopjHIsSSIBIaKrpWLK/9oAe5&#10;O5X2/UwllWp/b/gP+r+XUZc4b4llBKtu9CflX/CD1mBJ/Fh/rg3/AOKW91M7pkr90V9XnM1J5EeW&#10;WUsyQr5EDyutOBS/blQglPr0c+5l2+FYfCdF0kHP+qn+r884w7xfPdXbzu9ZNX+ry/Lrl7DBqSTP&#10;ZOHF0S6KSGWMOuoG2if7dm1ytE/6ZALA/wDFfai7kWaQM/xV4etP2dF9rRGZyv6r/wCXz697Mvs/&#10;Bw4ulhg02aOCM8lhdooqZOLyuOSv5v7INxZbwos51GKmn+iwLU+HT8Nc18+jmytlWVZB8ZOfzOev&#10;exnwVBV1stJSRJ5paueGClQvEvqnaNIowWdUtrcC7ED+vsM7nPFahy2DT/oLoSLCGkAhGn0697tK&#10;+NPx/p8RTx7gz0Z+9eNZWLMx+0qHhhcUf+RZmSOa7i+sJb2FPDu9wmT6ZtMWsVOlfhxw1nh0Ptk2&#10;h38NpU7dS/4P9N0G++96Q7fpftacCauqUukV2Q+HVpkk1PSzQ/t/0JBPuT8z6UDa+KLKf8mWOOHk&#10;gqjZCm1qAG9RYfk3PtfukSWkQNqmhj+fn51OOhVzLZLa7cJIFpIfz4t/Sbpu6nqWqqDLSswd5a9Z&#10;ZGAsGZoI1B/StvSv0AA/w91zYYqMlSr/AGfKoIHPH1H+8j2WQPNLEGdsgcf2/wCbqKLiKZ4PFc93&#10;rjoWfdtFKw+zgt+pQ4/HGpzxxcH3K7lpTD4vnx/L/V+XRNcLpdKcHrq+enpASAieYi4DFP6/6gAn&#10;+vHPsON0Ql8pFYehiRIv0+lPGU5uD9Pz76m/c8tozyNe0GP+3i5r1hJ940hd1t+PaDT/AJxwaulR&#10;hiTTG5ub/W/+1P8A7bn21RRaFVpP0LfyLb9CnhT6fU11/p9PeYdpbOkSqTnP+rj1jBKwAuKHNB07&#10;+2rdVGGwOYEsnjLUDFKbRqLq1iD5lbSmtfwfp/t/Yf8AcCyLcqbp/F4LU/P516FfLZP732YA9vjD&#10;/B172huoImhqspGRoAppbDVc/wDAmnIHLG3K/wCx98mOdyYt6nijJVdZ7f8AbP1mpyoAJIJFFZtC&#10;/wCTqFXW8K3/AOOg/wChX/r7l9os3ni5P/AeNfoOUBrOPr/U/wBb+4U51kkhKxr8Lrn5fH/m6lnM&#10;cThVyw7vz69Qf5g8W/cb/oVf6+wCqlBJb86j/T8arf6309hCMRmOIafwDj0wtAFXzp1N9pyuHpa9&#10;rc/T/XaxsPd2bSK0623XvaHrl010Z5tokN7fXmwvb29JM726RM1F0f6v9XDplxqAHy697sq+GxiG&#10;KcAc/t/kj/dFbb+n+8e0lpmbUp/1U6FGy1KJT/Uegk7hVjtzj6ahfgEH/KKXj/bD3al1FDr3TTSB&#10;TaNKn6WFr4+u/wAfpce0HNc8jcs7+XmBKGH1p3yLw9f9nqWOUwJd429Zcp+p/wAcb/iuqqvlNOkW&#10;wDSP9a6ajPCm7fbZzCv9QpC3W3+pFvaL3ZGjVVe9gXC0unk8Wipr8f2r/Tn3jHHIwgt7ZTSBter/&#10;AHo/4PLrK2d3S5WJMIf83R7tlu4pqFmbkNMAOOQZKrSTb6cf0/1vYW1BH0HNj+n8ckE3v/Q/7b2E&#10;oiAKE9XoBgcOh6jU/X6Aj6j+oFhx/iP959wWsBoH5NyePr+B+PwPbKlnOst02tWOs9TQB9bf6w5/&#10;1z9b/k/j3hZtIA/IZg344PpA/PFx7rpVquOBz1V0+JvLrOLnj+qiwNv1fUn888+2ustpuCTcc/iw&#10;Icgi9vr7cgJU1HGvSSQZB6zpcmx/w/qfoR/Qfi/tobUbm9uGNrA83P8Asfz/AI+10MwAKUyWAH5+&#10;f5Y6J7kUcqv8Ip+zrKVH1PP/ABQHj/Dm39B7gSsW13H5a9/r+b3+o/Ps0jFFFPn/AIeiuTBYDrkv&#10;4t9bC3+PAt9ebH/ePZI/k3/xeMNpb64wE3Fufu6jkg8n6f19i3YpG+nlVxUeJ/k6jfnQa3gVvh0f&#10;8/Hp7ov8yf8Ag5/3pf8AbeysxsL6yb2Dern6f2rW9i4sWjVCMf5uozmVaaCO3qX77DA2IGksGH+F&#10;/wA8fQEe03jMpoMoP9X29a+AIg4Dr3vOrX+p4/1jf/b/AF+nt4aWow6pw697zIwB4PpN72/wvYm1&#10;7ce7sAPiUk9WNfOvXveOZx9f7J/P44sLfTi/ulDSnn1U1Pybr3vDqVtKnn/Ykar8c/QD8e7CisWr&#10;jrS1j1NX59e98NYGoACw1W/Nvza/P9PemagqT1csTxPXvZmvi+5k3zWL/qcKdI/1srhxb8E8e7WE&#10;sn7wsUTIeda/6Wop0RbyCLUD+Jz/AIDTpk3EQMPXEm1qec3/AOqeX6cHn2Z/IK61+8rEjTR7kl0k&#10;C2sSSi5JJPNvcgNDCm6IkMYMbwKG/wB6/wBXD/D1pz4ce3mIijRR9M9LIGxeCLHkyYpQf8Ghj44A&#10;F7tb2k55JGr+vgbi+Iwn9PqKxfwPzx7QPDFG14FX/RT/AIOrFI2tL6Zv7XWf+O9OyWEWW5FvPVf7&#10;zAn+v/X2C3dZtvTJ6uQ9RUte3PE7W4H15B/31vep0C2EekeQp0vsVB2mxPnRf8A6l4j/AItlEP6U&#10;0A/6xJ7LtWP6mDHhbfi3Hp55AI+n49x7uDubtl/D0ZyLpmqBjpy9s0kqjkDn8/Xjgf0Av9faF3Cg&#10;0Pd1qvXvfXl/2kfS/wBG/wBbT+n214zen+Hr3Xvf/9Khl1C2sTZr/wDEf4e4x6lb1x1v8e4k6gC4&#10;/wAeWJI/H0B4/PtzWdf9oafZ/k6ofs697huDcfQcmw/21/8AW91b42+3rYBNOve/FfT9B9OeeALG&#10;/BJH19om7qfUdvpT+fr1T7eve40luLfUC4/pcXI/J/PtJ1o9e9tNSptq5INwWH9fVf6f1t7dibUt&#10;Dx6dV9WDx697aZlAGi+lSrOy8EM1rXH5X3QMGZh5V6bB1Mw/CR172xVBUz0QLhAtZRhYyCS3762G&#10;u5t/qT7MYlJ/U4n/AFf8X0rjg1hWI8+vezMdtyS0+zuvnYNAf4NMVpjZmf8Ay6MgeQhgLfXn9XvS&#10;ZZwPJv8Ai/8AD0V3kqx3jxqfh64J+qX/AIOP+tcfsAajcUWcjjoM5B5IYVKxIJBAYvUJG1PSxRyP&#10;dkU8nj6e6zIQwPy6Va1lUJIuOufvDVYKpRIqvbMwzUDF/LRxRimalsViiDzVkhMpnJkcWHpCW/I9&#10;1QUho+M8fn59b8JlVTHkde9tUOYinqTTyMBKtvJTc3TUhYEuEAJYC/1490ZaCp4dbBJFSMde9yZp&#10;7Us4vfg/UW4v6eP6+20H68BUefWox/jEXbU1697HfLO0vS+15B9DuHLqT9P0QD+n0+nHtPM2jdQf&#10;QD/AR01ueL+CvqP8HXH+0f8Agq/723suFaxRiATxq/pzdiT9Rx7WOKufEGa/5utUDFsefXL2y1E7&#10;Kwt/qfpf/aj/AIXv7eVdX2dXRC540Ude9trSlpJLSKgUsSNJb1AG9yByT73WiKvy69I2lfDHDj17&#10;30hkTS6HWzSpIWsFUJqBPBsCBb/X906YzinXvajbcMc2PmxORC12Onkjklp1P2zq6DSjCpiiE9k1&#10;E2DAe2tJU6hg1PSmCQqJFbIJ697TVfg5qaGOo2mDX0MYJkw6eiWNSwCg11dIXPjXU/A5+nvYavx8&#10;fXq7RkCsOV9P9k9e9sNPuOCrlkpw321XS2Waga8j0rSBpER5/CqS+VE1CxNgbe1sCdreh6vA4ZWU&#10;+vDr3tYwV8ymVZCAPTz6Rxz/AEUng+2HAoHHVJWOmvzH+Xr3txFarP8AqLEjkf04J/p/Qf7f20AB&#10;UDpgNk+nXvfTzK1/pc/69vpx+D9be7Dr1eve5OFYtm8WAQv+Ww6pPr4RrsZNHOoD+n093QEk0Hl0&#10;9bH9Yf6vPr3tZZir+3r5Y/8AORSwKjyWtrDu+pQpUsvAvce6P5dKbk0ZfSnXvbH9gkcbVGMkEdQ7&#10;s0lIVaQujjU8wmmYoupwq6QODz7qpBIDcOk0aAsNJ+0de9yaWtWOWKB10yl08zaifFJqVXBAUglG&#10;54PurFW1EHHVjkvXhXr3tYbskCQYBY29f8KiCNZj5Y/LJeQA8KCP8b+6xqpZtR49X0AupPp/Lr3t&#10;EJUlX0auOQ1xx6bX/FiTz7faP+BOP5dXMS1xWnXvc1KpWIjB/wBfTf8A17gEf0t+ffii6Sf59X8N&#10;NJA49e94qiKkyUSCX0wRlwkgZ/2NTgsWCFGk8rJYfW3twEBgo+LpyisFXy8uve21Z6umndKkFrhB&#10;BUftqtU2i7hYkUiHwqQpv9fqPaiJ8g+fHp2N2LEN+XXvbxTVqPIJEN7W1WFwbXX8L+f949uszkUJ&#10;6dK6qVHXvcmryDLHIkZ/zqlQbA2tYi+oWB5/2Htsa8d2Py6qYx69e9mc+LFaDujNvI2l5cGlM0YH&#10;1T+I0RMgNraSOPpf2Gebh/ikSgedf+Mn/Y6lP26QLLL8x/lHWGcXT/WYH/bA+7DsbUQBUnQ2S602&#10;mxP7yqjkgkXNwfpcj2B5XbwY0/ACD/LqUlIEsi18m/w9McsbFmT86S4N/wCySRbj839qanrl55/q&#10;bkf617DR9Rf2nqp/EOrxEaj9nUGSnb+h44t+OPpyTxf8/wCPvKlSHlLA/wBs8Xvb1A/0H5Pu2K08&#10;+lFeuBiITkfRb3/2BBH9f7P19u6MoW6Dg/q5Nv0gfQ/W/wBfaqK4+LxX+zH+bpxX46j02SwkkWA4&#10;v+f6n+pP4H9PctJiE4BvfnkWsPz/ALf/AFvbhmXxNNeyn8/+K6vUa6Vx1Fam4vY3uPr9LfX/AG/P&#10;uRFUISOTz9fr/jz9Pz/vPtgvJ/F/IdOV6xvSjm68D6G5v+OOG/5F7coXvwDyPoP9iRa9vpYe05FO&#10;vdRpFH9OOdVv9h/iB9f9v7eodLXNzx/tyDe3+HHvySaKLTBPV+medGP0HNuPpbjn/A83+p9ucTLY&#10;8c2sV5sbBhb/ABuPb5wQwbrXTLOjH6n0j63ABFyt73P9R7e6Y6gV+nF7/wCsR+P9f3qOQKwkXND0&#10;5kCvlXpPV8JAs1/ULA8H6ci54t+fbtRH90Lxx6Rf/kG1+eOPZosw8HURg/4evN8JPSMytOdLNfkc&#10;/Tgiz2K8H6k8+1DTXDi/CXXT9SPqtgPwPr9PZlFIGRSX/UHH1/1fPpM6grq/EOg0y0YtKAh9QYj+&#10;lyr3N/re49rXHEGNTyv0H5+lozqAt/re1QZh3aqk/wCqnRTOO9qjoDNzxL55IygYDm39WJn+hv6b&#10;cjj2+wkBwp+nH+J+gtf8c+xPbMGt4pB/DnpK3HoBM7C4kqhfnzsVJNuC0nNwPr/sPc6qJETjixX6&#10;H+trXH+xHtfagNDXgVJH+X/L0WFAQW8+g/p0UZWFjquWRgy/i5PpNm/3rn244QD7GAj66Qf68882&#10;/wAL+yi7H60yn5/4etBaLpPUXeEjnMTj6L5P9YgeCOwNvqLe89RbSbH/AGP+uVH9Rz9facdW+XXs&#10;cWMgDAckkiw4ssnAPNhYj8/6/tjqDq1D6jgD8f6k/wC9+zGNtKR48ulkQ/TXpW0MPrL8hwxPFiLg&#10;OLf1Fh+fbRMOPp+ef9uL88Ae6jj070vKFm4sx4HHNyP12+l7jn3AeEqLMR9DYA/X9I5v+b+y6W71&#10;NqjB/P8A2P8AP0ldNThtR6W1HGGJLHm/OkWsfV+SD+PcSoUaW+vIH9f9sT9B7Ra2XTpGf8HV0Qmm&#10;kUA6VeOGuRbtpVT/AIeo8fQW5IH+29sFQjOwH9q1v97+pHs0tJlWF2Plmnz4f5vs6eAEYJ8ulEih&#10;JFAJsTwT/T0kADjm1/8Abe2iYaS6n6i4Nv8AXIH497JDHUgop6sDUA9Kuj1GKIk82Vuf+Cq3+F+P&#10;cCQ2544FiD/je/0/1/8AX9+FHXBwetEahTy6eoFIYA3BJ+lueACOT+OP9Y+4EkhAPP8AW30BA5/o&#10;D+fdhGnp1rQnp09Qx3I4tYrc/UEgAW/F/p7bZJCQf9j/ALD8G3Bvfn24BwA6cHAAdO8MYBBP1H/J&#10;3Nxf1C3PuAxIvxwLcfQfQc/7b6e7cftPWuJ6do1Fhf6tfk2uBcki5/x9wXYWY/0+n5+vH+2ufdh5&#10;de6co1IKgH9V7/ggr/rW59wyQVJ/H/G/6c+99a6cFBD2/P8Ah/rX+vuGxNr8X/x/3w+nuyOUNRw6&#10;9TqaFDWUmwF7H6kG305ubce4bcm6/T8fT6fTngfX24JK4lyvXupgQKvp4P5PJH+tyT+PfA3sdP15&#10;/I/2NuAPenkLmp4da6yIoUi4/P1Itf8Ape3Nr+4rMQTxa4P0+tueLcf7371Tr3UtFBA5/P8AsP8A&#10;inuJKxueCeCRb8nm/wDt/am2B1+GePr+dP8AL1Qau2vHz6zkKFVhYfTg/wBCAfr/AIW9xCoIA/2H&#10;4NrDkH+tre1etu7PH/i+t9ZAbEG30/H04P5/qPcd1aw4/wBgP94P1/2HvQ6oaUNOpKMvN7D/ABIt&#10;b6cA2/I/x94OQeBdf9gD9P8AePe/LHVc5p1JGkgEtZv9iR+De35t7xvy1/yPr9fyF/It+R7917Nc&#10;dZE4W34P0/2Bb8G/JB94GX8E3J+h/pyCT9frx/vHveRUda6zKwPIFrckfk3Fh/rfX/efcR/yD9Tb&#10;j+huCbn6fT3pH71b8Pr/AC6T/j8T8Hr/AC6lqOBb/Yf7z+PyeffShrC7Hn8ckfQi/PvTShsJH027&#10;Kw7Up1ysoJNv688A/i/Nvp77KrxYfn8n/An+v59tATebD/V+XSYMa5GOva73+v5/H+Iv/Q/n3wkF&#10;uT+LcD/kK5/w9u/LpzrtDyQPySP6i1lsLX+hPuOxB5+ig/65/wATb/YD35EyoA7z1rj1IHF735H+&#10;w/wP+t7xBx+P9gOf99bj2r+kl+XVPDb0646vrcHjk/T/AIqeffYbm17n/ex/th7dNugGUx9vWipA&#10;rTHXDU3Jv+ePpYH/AH1v8PfO72/6V/334971p69NeLHX4v8AD1j0p/xvm4+tj/tvfrv/AF/wP6f6&#10;/wC39+1p69e8WL+L/D17Sn/E8X4uOeL295bN/T/YHTb+o/1vdNEvz/b0l1v/ABHrFri+t/8AY2b/&#10;AHv316uOPp/wX+nH449+0S/P9vWtbfxnr2qPnn8X/tfTj/b8++YT/ajwCbcD6W+nHvwlOtO3BI6c&#10;a4I/DjrpmupOkfQ88n+o5549++n9LX+n9fzwOD9D7V8TU9Ji5OfPqP8A7e9v964/3se+voT+LW/3&#10;34uPfuqddcn/AB/3v/A2B/HvAw5kH+1fn6/2fp/sfZ3b/DF/pR/g6WxfGv8Aq8usZPI+v5+n04Zv&#10;r/sB/r++YS6jm3pA+g/of+K+22ejvjz6TvIVkkFPxdcS3qJ5/VexJ/rx9f8AAe+9H+P0+n++5968&#10;T5dV8X+j11e34HP9RyP62tb30BYjUR9bX5Jub/4Hi3vXa1dK5612PXSvd/q+fXZNwbci304HAt/i&#10;PfYC/Uf7EC5sT/hb6/T3bvY6P9VP83Wh4n9n1wJKixuP9ewv9f8AjfvpiwY8m4J/31j9b3/3n2/H&#10;GoX1r04qqVGOurhlFhxYf4/4fX/C3+w94m/T+Ppa/P8AX8f4e1lv/bJ+f+A9ODj14/n6/i3+8f7b&#10;34Kv+qsf8AePp9P6+13iZwOqmU1wOsBJ+gW4/wBcD/YH/Xt7y6F+oHP+x/3on3UOy4HDqiuVHy6x&#10;a25BP1/pb/iB/Q++Cr+5p+o4+v44HHHtzX2lqdPB8MwHXJm/bv8Ann6f4Ne/P19yiB6bW45/1ubD&#10;/Y+9wfj/AC/y9MdQpCR9b8gi39eAfp9be+zb8f7Ef6/J/wBgfainl5db4ADrCL/njng/63Avc2uP&#10;99x75IbcfQfjm1rC3+v9fe8k/PreWPqeuLji/wBbfXj63N72+n095FIJB5HGocf739ABf34ihIPH&#10;rxBBIPWNrgH+0NWn6/ni1vqWPvOpuAbCw44/3n+tvp7TTRihkHHr3XAGzaDclrsPx/WwvcX+o98W&#10;sRf/AHjn8cfX8e2YzpNPXpyNgDT16y83IPP+PH5BN7f4395lPP1+n+P+B5H9PdOm+sDg2+n4I4/N&#10;iv8At/cgMCjAfTj6Eg8n/X+nPv3VgRTqEyuri4Fxe9wD/Z+tj7539NgRe3+t+b+76u4P51r1vrFp&#10;Or6cf73xb/Y+5S8KLfXnn/ePai3/AB/l/l6903zj1c/T/iRb3xLXHBtcMt/pbg8/7Ae7EBZFoteG&#10;P8nSWUBXwOulT66voCGP+3HA+n1PtjkI/iGOvz/l1Ofx+GLfT/G3tXekNtO7sOBtZf2EdPWbFXqP&#10;U/8AHulHj1Ip5wLi0T8fX6FV+t7XF/YxzspoqNjcEU9Pb9VvTGy/mwNgPeNtsjifcx+EPLX86f5+&#10;hvtzNooD2/8AFdNkeoVYUWIMymx0m5M2o34Nibf19pPIWYy/4OwJ/P1YGx5HN/8AX96groLHo2hb&#10;vz5jpcUV1aFfrqRSAR9QALAiw+h9pKsTn/Dn+t783+vHFvaqpPE9Kz0q6VrDi3+P0t+CP6H6/n2n&#10;6oXTT9QTzb+yfxzx7TK9XNOHl8+krx6BqBz0oIFtZjfVbnm9x9f979skqDkn8XB5tb6C/wDtx+fe&#10;/FNABw6LpzgjpwUWP5v/AK39L24t/Q/0t7YK2ONlZW/SdOr9X9UPP1Isfamyf/G1JPk3/HTTonmO&#10;nxD1KUuFBH6rj+n1uRxfj6e0RmzL4kkMbNIdWj1hb2MQPH6fpzyLez1WLOV4DpmZgsLSMMnqdBp5&#10;AIAFrj+n6vzyfrx/X2Xjtrf+F6/xVRLU1KT5eSL/ACSnAngfWrUrMC32tTTEGCa/q4On8n2Pdh2l&#10;5LmCWRRg/wCf+l/qr1FXNHMMVpa3Sav1aY/l8up8N5AGKlU5tcg3+q8EWZbH3VPuiryW7sxWZ3Ls&#10;SbKVQrEPPFESIogYPCsbKhHq039zLtNusOipof8AJ+z/AFfb1jjvm5TXjFmY1/1f0f8AV9vUr2BO&#10;7JJMhMaaAHxj9pCum/kUPGY/qh1KD9SbexWLnAQcSP8AV/q/l0A5YmkmB8uve3DbW3YsekcoW08l&#10;iwu17t4WJIaRluHXj2kuLpgjEZ/1f6q+X29GFrAdWs8R172Nm28e1W8FNSwtNUVMsUZTWFZmlaBC&#10;oLNoF5GA4P59kF1diKN5n+FVY/7z/q49H9tbltIHH/N173aH8ZegCFot05yB47LB45GZwI1eLGVg&#10;xpWmyJUyE6v3inH+8ewNeSvu1w3gj5/7HUjcubCzusjLn/onHxdI7du6afA0rRIyvXzRM0cN9LRx&#10;MJIzUnVG6MsTj9NwW+nux+np4IY6emjIhSlijip4yWkMcSX0xM5PrIP5Yk+5G5bsls7KQ3CUko/l&#10;/Q/z9TNY7fFbwiq9w6Knl66oq6qoqyDUrVymSolUrGsszEXlVApKLo/sqAOPZJ/mxf8AuzQgrb1w&#10;m1/wK+D8gcnj+vsK73MPBoPSn51r0Tc3yJ+6h8/+guh66bA/g+RIN71i3NrXtEnIH1H+Put/EKwy&#10;dMfpaVAT/W44A/1v+I9kVrIvhD/V5g9RBOym3AAz/s9DH7txpYgKQFf6W/PH7klzYG30/wB79yhE&#10;wL2quMiv89NP9Xp0Er0FWgB/pf8APnQczyEzyC35H1I5HjH5t/X2i8zStLVRyKbgE/gk2EUf/BQL&#10;Ae+tP3PIqci3wHp/2s3XWCf3j5tO7Rg5ND/1bg6VmFP7DD+hFxxwS8v+J9xqXHPUyHSCLm8MnB1u&#10;LCQBS1wVt+eL+82rZEWBCfn1i1LN+nNn8K/6vs6eveTc2KxeJ29kYKw+XKS0shpoNc0TULSWeOrZ&#10;lkaKoRvpoP0+vsH89SRvyxu1B+gIXoa8TShx5UNM0+zz6F3LMrDd9mB4GYfyHWMMzkFTZBzq4Ov6&#10;grYgFbH8+wj64g8eSyg5Ianf68En7mE8i5tf3yA5/H/IjnP/AA9v8LdZ0cp5Nqx49v8Az71FyBIg&#10;BH+r/wCiH9wu0l/yinA/44R8WB5LVg+uof74+4N55RA8WaVC/wAhLTqVpF/RU/Z/x3rrHG8Df8tW&#10;H/Jqf4D2X+r4eS4NhI3PP9knn/D2EzJSOMU/B/sdUPwRf6X/ACnqf7Y61Lqf6WN7/X6m11LfS3th&#10;mNGalW6o3n172hK9D99H9SND3HNhz+CCSfr7uXLIieQ6syFo0GMV/n173Y58Ohpx78G/ov8AXgin&#10;rSbW/wB59rdtjM0hKrUdCjY46IO3P+r/AC9BN2+bbbPNvWv/ALk0guf9v7tl6bkVdxKpJUsJ7fm4&#10;WgyVuLEWsf8AX9k3OaiPlvmheOpran/OSP8AzHqU+Vcb7YjTX4/+ON1Uf8r6eafaOLlRbpA8gkI0&#10;jT5cthLW9Sm+pf8AfD2gt1t/ldaQG9P29/8ABvDSnjn/AA94wQnULUN/S/kSOsqLuhvIq8P9jqwX&#10;ZsemhpBfhvLa35Blq7f0vzf2FFYw8gH5tc6f6Hm4/wAQP6+waj6g59Gp/q/Pp0+dOPRgadCEB5P0&#10;Nvz9SCP6fQe8CKCgHBBNzz/T6E8fX2inkImZg1NOP9X59NMTqqD1NUWH+Njxa97/ANLHji3uJKBe&#10;9rXOr8W/It/h7ulw4BVsin5/6v8AVXrxY6SPl1mC/Sx+nH5P+8X5/wAPbZMQ6spBIueD9ber8/7H&#10;29qZdLDB6Qyk49Osqrbkf0H0Fv6c/wBfx7bHtaSw+mpfzq4Uj/YWH9Pam3f4at3V/wAteim51a/n&#10;p/1fz6ykWI54NrX+n1+n9Pr7apBqEn0/tkfjm5IH5P19m8EhqhAwcH/V9v8ALorkzXSMdc/pb/Yf&#10;42H5N/p9D7I78niUzeEt9Di24/IBrasf7f2MNlfscEZ10/kv+TqOecj+rAnmY/8AKenii/zJ/wCD&#10;n/oVb/geyt6voTyWWx4+pA0kf7D2K45P0qg4H+X/AGeowc92OHUv3yUAoo5F+LC3ABty34IHtEZd&#10;MpLnGetOfhz1732Ht/Qj/bf8QPz7VI2lqnqvXvfMS6QTax4t9T+f6W/HtyR2BWmMdWUAg9e9x2qA&#10;7f1t/rf7D8f4e2/GP+/B/Lr2kevXveMu2pBa17n68H8H8D3YO1DnrekVHXvfLyKNQIuLEc8cj/YH&#10;2keXho49a08c9e9mY+Ljqd81GngnFcj1fT+K4f8A2HtVtchO57eH/wB/Kf8AjY/ydE++ClmnpqP+&#10;A9M+f/4s+Q/wo6r/AGH+TS8/Q+zUVUlslvYHm2O3Ifx/x0lH5H+29yhcD/dzbD/hA/6uDpPcike1&#10;jzEUXTJTC+KwBHH7+J+l/wDjgv8AiPaTnlvW9fXHLY3Br+rixqVP+HtLMDrvs41t/k6VMG/dt01c&#10;aj/g/wCK6do1Ajy31sZ6o/Tn/MqOP9j7BfvMBd35Fvw1TWFuL/7ufn6cfT2xcClkppxVeldh/wAk&#10;2yqfwx/4OpWG/wCLZRf9Q0P/AFqT2WzIPe4tZbj+p+mk3+l7FT7jPd5BHPIT/q/1U6MZmpMenP2z&#10;3vbV9OeAbj/E/X6+yKSc1Hh4+fTZNeHXvfG/++s3/JXtJrX161Tr3v8A/9Op6t6dxGepjX7I3LRZ&#10;Z1+mKpoKmWf9awlTUVEqrZhHLJ/rLb3Diy32qki0HrT/AGOpPUyPlHBX7Ot+xqwRMfuInp4xa00j&#10;xGNrjnlZGYWNhyPqfYG7g29lNuTGmzWPnopv7IkaMEXVWB9Ekg5Vx/t/apfqHFVkFP8AV8unKSgd&#10;60PUtWVwGVlZT9CpBB/1iLj2mgqMhlVgQo/zVzrNrA6mP1v7ZMtwalm4/wCr/UevFXAr137xyNGF&#10;TQ4ZmOnx25B02Nyfp9be6s7sqg8B0z+v/tf5de9xpDdW4/H4/J5Nv9a3+HutKcT06VwCeve2eeRW&#10;1o4IIcqGJ4A5Cji5Nre7gqOH8PXgAvAZ09e9tUzgakY30MyA2PI5FtJ59XuxiFA44kdWaPSquKam&#10;Xr3tjySh/sl5PjraPTbgg+YEDUBdh7VWrUBFcdP20rOArHz697Mz2yCevuuGe/qwM+ssbFrZBP6f&#10;0v8AT3eKMrJNNQUr/k/2OifcUH10zn+L/J1jQ3eYf0kX/eYoz7KNMtnutxz9f9e1/r9OD7tOzmtO&#10;B6UZC1HHrJ74R5WpoHXxTMDYghTcAAEci/P6/ekPiIhkyK/5ulUDkxiuc9e9qs5jD7hiSj3DSPqG&#10;vxT08ooipazOWFMqljpiUAk8f7H3t0XivD59K28KYBZU/wAnXveabaWVeOT+78w3BZQ0uJooWSqo&#10;4jYRyzTzuEdajm1vpb2mZo45vQjz6SMnhya4jq0+X8uvexhy1U1F03t+mq2s0Wfy5KgKhhc06hon&#10;sGLMjcH8c+04CyXaysP1Mfy61OEmEc8g/Wr/AIB11/aP+sP97b2AE4F9b+qNiWEp4VdX0t9L6V9q&#10;nGl2oPn9v+o9MBgAaDA679tc8YYFhIGFmKixH+qI5v8Aj36sa+f8h/n60ZNAJVuve2GW6u5JIJLC&#10;9+TGSSbXvz7cqprpyvlinVkfxMPwP5Z697hPKYyChHCaLcfQ21c3sBz72Qp+Pj1phGSTIaN6f6q9&#10;e9xmqSCBc6ubAAnmx/UdP596NdDUHb1pCVB0r2de94Y8pLSyawWVf6AgAWAPI5uf6fj3vwK4r0+o&#10;aooeve3ioTB7lkopM9QyTz48TxUbUdQaARrUqjTfcCmCGouYl06r6bG31PvepkFLdccan/V/l6dd&#10;lYIAlSPTHXvfJNubroIKuqof9/di6HwnJZTG06UdPjRUOUpTOs7eRvu6ljGtgbGM34I91LDCsKH9&#10;vSaVZwOGpB5jr3vjR5amrYzLTN9wV40obfRmXSdagcFT70yKumh8umSynKV697lSVrxr6iATYGYq&#10;NEVwD60/IF7f737cjjVqV6Vwxo47hk9e95cFXmfPYcCQPbIQKXS6q3rKkWsef959v+EihiB0riij&#10;EoIXz697WO4a1v4mVJBCqirwP7M0oH4P0H+HtG5OoUrjpNeP+uFA7eve4EdYVfUDYoLXuLIF0+si&#10;x9II92PwmvBjX8+tg+GmoZZqde9v9PV0NW0H8QUsFaLRUq/hjjQMLakQAuV1FifqR7bRQx0kf4P8&#10;3WjIXAD8P2de9+3jlBEMeY0ebFQQR0oyCtphVzK5SnNx5Nci8g+3VhUAsp7vLqwejYHbTj172l6e&#10;WEhpkm0JIdQLamWO/HjY83Z7fX2+V+EqOlmkdrJ1724rK0CA6wPMLhBa5VDyQfpcf4e6+FG4BKfz&#10;63oV1BZeve8oq4ZJEXWqAav7TW55/SRc8j6e7iMD59XCoMde9zUm8gcSL9wGK6kSysQL/oa3p5HP&#10;9be2x4YYlPi/1f6v8HVtQFSBU9e9uGT2zVYfFY/OY+Za3HZaSqgigiVjJG9EyrNeWVzcNI5+g4t7&#10;ukhYlWWh6tSQLqp2nr3tiFVBUwFoHAeMt5IydTC3DXbSFAuPb8aqXUNwPW6grVT3V697Mb8X6oRb&#10;vzLMG1Ph1iaxsNH8SpC1l5UH6c+wpzJqeN4Sf01Ffzo3+z1JXt7OwurpVPaIq/nqXriw1C3/ABF/&#10;x7sVosk0kKsGHok8QHGrSukC9hyRqtq9gKPVIzRSgdsYP2k9S7BErTMzj/Qq/n03yRAcj6Ek/wCA&#10;B/H1P9Pp7eYcjpbmwuLkgADkj8gAkG3PvxQjgT+09OKoX4R1hMdx/rf4C/F/rc8f8R7e6asVuVI1&#10;N+q/9GtfgcfUe6UYd3l1bjjqNJGCNJvx9B9OQPpc/Uc+1DRzxknVz/QX/wAF/qLk8e7s2oVrXrZY&#10;tx6bZomX6XH+P+3P1BsAPc9Jjr9AW17C9gTxf6kWAsB/j7ci8KlJSf8AJ/Lz6sp8mOOociNpFueL&#10;t/hf/X+v195BIEYhP08/jgcDi5HIsPdUl1YcUbp1HDVrx680RPN73/H+v+f9fn8+3aGoZCpW5uSf&#10;0/0vb6ji9/fqK4auD1fBBz1AlhB4P+wN7/6k/Qc/j270tSWb0sCBza5/SSbW0gXP9ffpY0AFV/1f&#10;n06wQcR02TREAixH4/AFxa/+29qOmZTf/Wv9bcc8W/P1/wBb3uMfpr/q8+qnpN1qsHPPF/ra4vYC&#10;9wBzf/WPt+peANJFzc/X8m3P+t796A8Bj8ur14Z6TVZclri/+H0ubni9jb6f7f260pKz31cgr+Pr&#10;bRcciwsPa6IardR9v+E9bpVadJbJqCrAJfg/n6Ao3PB5uT7U1KSdP9L/AE5+pKkf0vb2siNXT7P8&#10;nSeUnu6DXLoqpN/ix5Fvpdxx9SD7WOMJ4UnkEiwPJFo7c/X/AIj2Yo2o1X4CP59FU5NQ3y6AzdkS&#10;qjP/AG73/wAD/nyf9e3+PPtRxIqtfTfm9iSDzb/X/HsVW7kwwd2NA/1ft6SFvKnRdczraaqReLzv&#10;awXkBm+pNgBb/ePcmcqKc+kKebNe3BB/H9fZlb6iZe/tA4f5fl5/5ekUvxSelP8AJ0hhGRkqa12L&#10;H6hbg6HS6ni9gf6+5+Ga9DAB9NI5tzfUwP8AUfqB9l18p8eZn4/6qfyp/l6aPE9Qt0jRmJ1B+slz&#10;zccRx3AuPx+fcyb1IFJtq+n5+hH49oG7Vd1WtOvKhapUVp1xxi3qV50nm5/oSknA55Jvb2wykkt/&#10;sLezAYRFHl0vVaAKOlnSoFYEEev9Q/PAIA+pv/X3GIVUJXktcG9vTz/QA/j2VXbuZCjCijh1RmJ7&#10;SMdLTGqW0kn6fU3J5F7ryeFF/wA+2arZgeDcWIv/AGrXtc/n8/097tlhZKymkuPs/wBX+odWRVOf&#10;xdLekUhv21BTXext+LsLHi1/94v7aJ5pbWuD9f8AXt+eDwOPbyw2hDDIP+r0z04FCig6U9Esqsjh&#10;dRFhbWwANlH1Jtc3/ofbPI7FtTXJF+LD68j6Ae7aQqtHG3Yf+L6qwJBANOlZToHCnTZx/QkWFkBP&#10;1APH1/1/bLVO2r0n63U/jm7XA/5H7dRY2xLw/wBX+rh1vpV0KFYwVUXFm/UeRpS35H1P1v7gytqU&#10;H+gt/sLHn3sBVJC/D+z+XXvPp3pgwfn6lr/XUQbrwf8AYf6/ttlYgE2sOVB/P5/4r7eVVNBXPTqh&#10;TTOen2EX0jgm6sfyPx+Bf8j23MzXJ+guf7J+nPJB+lvfpAqCtcdadQtKdPESKbL9WIAA1C17fQFf&#10;6/7b3EYki9xxf8fT6X+luPevt49U6cI1VWAIsDYW+n0vp+tzc29w2JGpSeH0gGxBBQg/UXPu68Rj&#10;ra8RivU8KDpdBymq9jqBDgg8NYH23sSraFvpNuAOeOf1D6WI9uqqkA6c9OKqmhp05IAy+RyCwvyx&#10;sObA+kixJU+8TKCSpuLfjkW4Nr2txx/vHvUkc0oBhPc32f5f5dVkaJKHgp6kRTRQC8nK2uLE3Ivz&#10;Yg3v/wAVPuK0ZDfixvbg/wBRxe4AHtoQXP8AGP2D/P0140Hr/P8A2Op4rKYqDpNxYH1k2/xH7ZuR&#10;7xklSVFrEf6o/X/HUFJ/3n/e/fmt7hQrs4I/0v8AskdaZ4itRkdZFlp5FHpIb/GTjSfrawuLf7D3&#10;FZSSxLGxDEDQfz9L8/09vornSpQV9dQ/ydN/UR/wj/eus/kjVePwVuLm9h+BcAfX/X9xvF5DpsD9&#10;bf65uCeD7vJ4luNaGh/1fZ1V7mJBVtQ/1fYOsyTRn9QYgWJ/24sOQeP+J94WpwnAJ444ZR+Dc8/W&#10;3+39+W4nlapP56T/AJ+tfV258j/PrOJIrD031fjWP9hc2H+9e8JXSNTWZDwORewBH1B49qQJWOhJ&#10;aSj+if8AL/n68s8Ux8OJqP12JI2+kbC/9XtyTf6/4+4kjR8+gk39PN/+J59upbXVQXmFPsH+Hpzw&#10;zX4x1KRhb0i1/wBRFx/S/wDrf8V94dSOQqLY3+pOq1+Txa/u72l2kb6pRX7P9Q6qUcD4x+z/AGeu&#10;ayKPUw9FuVXi5FtJ+t/r7xuvF9P+v/tgfyf+K+6RW9yx7pR+wf4f+K6bKuafrD9nWf7iEcAkEfTk&#10;kj6/0HPuIQl+RwPqb6bj0/1JP4/1/bxsrgKSr+WBXqphoKl6j06zrUA/1ufxpBHF/oQv9feBmjNw&#10;rgG1ufwf62HNwfbYs7sZZcfs/wAvSco3b+madSRItrlDzz9OD/X+yPx/j77QrxdxduAbXF+f9YAX&#10;F/8Abe2nt7pE1SDUifP/AGc9MmNlGoRk067LozehCpPJ/rbj82Jv74ujPyWt9PqpH9b/AEP1Hugm&#10;BOn6Z6/6Yf5uq6jw0Z6yL6Po8ZF/oFP45A5HPH+9e4piYX5BF7fg/wBfpz/Ue1iSI7qn07o3+r1H&#10;l1vUScRkHrIZAFJ1q3HBIP0vcn/X595PQRfUDx9P9cX9qvBuvRv956bz/vlv9X59RRIgNrW/6eAf&#10;T8Xtbk++J02PqU3DW5/oCP8AW5Hu30t6ho6sP9r1bSw4wsOuxIhtZf7S3Gv8H+osCOfeMQsRcso+&#10;l+PofyOTf6e/K68FqSPmP8nVQT5RN/Lrm0qg2KG3NvqBzYD6ccn30qAmxZTb8hT/AE/2Ht/w/X/C&#10;Ovd1f7J/5dcXlYC4R+fwSPz/ALfn8+82k6hzcfW/9bA2PJ+pX3Y3Frk+Ga9IDGMnx8/6XqNokKn1&#10;KD/TSTbnn8fQN75iI67G9uf6AfQW+t/qPbTXduBVY8/aemmFOEw/Z10BJpB1rc/0Qk/U3/p74XnP&#10;1jIP49X+B/H4PuznbAeyE6fnXp0wp/v8U/0vXLS30NQh/HEf4P5v9ffgkpJJBUfQekn/AGHANrf6&#10;3tVW3UD9I/71/n6sbePAM4PWIlfp5Ub6k8H/AG/JA5992c3Hj+h+uu1vz/qQffk+hVgfrVPypX/K&#10;etmGMAfrD9nXjqsPS4v9Db+v4uD9ffEwvbmJhfj9X1/1tPPB/wB79qo54GNFvAfy/wBQ6pSjYuFp&#10;9nWItpN/999Bz6r++ir2stxY/S30+oIAsfyPz72Z7RKeI6lvXVx/n1otbg90RY+tePz67AYm+ltJ&#10;/oCbjgi54vwfeN/N/ZZb/wBLD68f1t9PbyyWVaNT9p/yV69rtv8AfB/aeu10/wBpH/2/+8i1ufeQ&#10;xHQD5V1fUnRzf/Yggke2hdwK7qbV2Hpq/wA3TWtBWkRAP9LriLlvSukfQAn8f7e6/T/be+IQk/5x&#10;Cb2Pot/tuT/vPt5LmCp8Szcj/T/5utCUCtYz/vXXn1BfTx/sCR/rsCB/T6e+nZFNvUbflh+eObgH&#10;8e1cVrJOFkVwqMaD5f6vt4dX0s/csgX0HWAMw4Kgkc2Uj/Hjk/4f098PIoPCm/8AgxuLW/1re1qb&#10;a7D9S4AH2D/V/g6v4ZIzcCn2ddM/Bt/W3qFgb3+tx/vFvfMAErYfr+ikDgi4+p9tOksJKgMyrioY&#10;/wCDz/1fb0ybmOIsjQM5HmppXrj5FKnVZSt7t+CDYj9N+feRI9AUsQpN/wCzf6XsbXubge9ra3Nz&#10;qpGQfTVj+WP5daMyvQx2p/b1gkqogzBQWAAsRwebahfTwAT76cRkgr6r29QPNxwD+R9Pa2G1eCPw&#10;pcSjy/M9XQuFo4o3px6xCd2uf0rbhSPqD9Qfpbnn6/n3yBvbUbrc/wCwve9yOfbMuqMuIgNVPP8A&#10;b15iDwXHXKwYfQgm30/w+lhwBf3ke5/S1zfj6H6fjn6f19vW7l4xUUP+frSgAYHUcqEblfTb+rf6&#10;1/r+ffgtxzyw/wAD9P8AC1vp7UA8COrAkUIPXAsb2HCn/EfW/wBDe/199xm5bV/ZuB9bj6WHHtqV&#10;9DLp+Gp/Z17rtkOkWsbgE2IsSdVzc/8AFPea4GpQeDyRcX/oP6e7qCyqxHlXrdDStMdRyDe/5F1H&#10;1ta9+fqSeP8AfW99kjTzx+Bf/ef6+2HRVddPV4xVhjh1zUsxPIP9bD6n8X+g+pHvIt7f0+t/ob/7&#10;b6c+03VOunA/2JHH1v8Aj6gcfT3mRlAsv5tqBv8A42N7e3grMasc9KAhauvj1FkVydRJNgxBsBf6&#10;fj63t7yqbg8WH+vxc/X6/wCHva1MiCRuHTRGkkEdRnXR9Dcm/wCPqOLfS9xc+5Q9CgAn/ebN/gLj&#10;8e1ESmSVio6aV2L0pgdNkrBibi3P4HI/1/8AD/D3ikkIBC2AIP8AibfQ/Xj/AHj2tS1UujVJcfs/&#10;z9NsSSCTw69F6v8AOX4P+sL/AFFxxdj9Pr7ZnP8Al1De9vvqcXv/AM3H/rf+ntneHIsrwinfE/8A&#10;xwf5T1qAkT6VpUn/AKB6UuLUeCqC29NNKfoPzoFrX/pz7F97/YU9uLU8JP0/MP8AX3jsKJuV3GMo&#10;7t/Jvn/PodbYdSCv+rh02w+t2kYWeOZgCLfQN9QAP8R7TVaNSkg3udP154LH6k2AuPx7akAhleP/&#10;AEOmr/B9vl0dQqofI8uljjWLBGIAfSFAIHINhwQNR59pOsOl+DY34vb+p/2F/d3/ALN/sP8Ag6Vn&#10;4W6VtGNWn8j0k/8AJv8AsfbDLb1/19Vv9sPz7RvXApjpuUVFPLpRRX9H9OL/AE+vP45549tM55b+&#10;npHNv6/8R9fe0FFr6n/N0U3AA1Hy/wBVOpg/A/2PH04v9OP8PaXrvKFfxmx4tcKfpp+o5+g9r7Yx&#10;pcI7jtHRZRGmpJ8PU2KzAA/T/Y8XB+trfX2EPaW649m4DKbikXyxUaUrQJdFAWSpoKN9XkRwbmq/&#10;I9I9jLlq2t79xrFZKZ/mP+fT0HOaL36DZJ7yFqSin/HwvU2miLaVJsAW8nJ5uGYWsRbmxPup7cWX&#10;rt3ZSfO5eUyw1RCRx6dAT7dFgJ/bsp1BR+Pp7mq226a2+mMYpF/qP2/t/wAvWJW8bvc38yPPLqqT&#10;+XTv7B3c9XLVWo6e5jQm2mysWZRySACSbexJDMUYVOOg1MiSEAjPXvaThwjKzTSArK6afXcqAD6W&#10;tcj8fX2rFyumop4v4T/S/wBX+evTCW0KlCyenXvb5jMZUPNGviZZ5HVUBFw0ZK6JAFIsJCfoPbE1&#10;/DFGfq2Faf6U/wCr/V9njEA4WJcauve7Hfix8fJs3W0m4stC8IgWPIxUziXVLTxybfrY65SswQwM&#10;JmUra/H09g2+vZLq5htIq/TSOFY/0WYhu7/S/b/mkblvl36kxSyxmlVP/HT0m9z7hpdu42WrndRI&#10;+qCmUsB5Kt4J5IIR/tcjQ2F+PdsGHxFPi6CmpoVVo6eKJEWPUgtHGiLfURqNl/1/Ys27Ybbbjrt4&#10;6n/eqfkOpgstq+mxBHw/1eXRUtw7lrMzWyvKxp/Iz/53Q1lZ3OlStyAt/pe3t1laPSpTTG4FrNZv&#10;pyVH4F7+xE4eSJXfjXoRrBI4q+B0nKdJhI6vqnjY6rpdBz6VY/Tkfj2Rr5qvba+Pcn6mn/x/5T4D&#10;YD8cj2Bt9ijyg4DoF82IGtfBI7VP+XoyPTotismtrAVq8f4+GPn/AB491vYlj9/TFvzInP8AsSP9&#10;Y8D2GLREAdAeH+r/AD9Q9JGrRmIfCOhj926oZIaaABbhhKGPB5WRrc/1F/csWDa4BcMO8cPz6Dwp&#10;cRyyyfEtKfn0HEqo9VMurTYpb683QcWt/h77XCSZGRmQCNF+mrU1wykfUML20e+sf3KbpX5Avnua&#10;t8Ap8Nf8YvOufX3jWkfmCyiB7STq8v8AQ4OlLhZkSOZS2oro/SOOWlsAAOL39wcrmcbt7VT4gCev&#10;ddD1V/LEuj1p+zLr06LkEj6n3m3DbSzpquRphFSE4fbUg+fGn+DrGvbv1Xliue4t58On3SXsX4H+&#10;oH1/pyRbj/D2E+TmepkmYN55ZwRKCSRZhqKgchQpHsLe4UQflHdHhxP4Lkefl/q+zoQ8oAycwWqu&#10;vZE4Zf8Aev8AV/xXWU+2HZEJp8xk45QVZqaRxq/s6quMqbfjlffIL3CpHv0gp36/8r9Z/wDLEYRL&#10;IxL3eGn+AdN+QJaBSvI8guP6jQ/5/wBb2z9pqA0MhZSRHEALDiyVpv8Am/NuPcC88MxlhAP4V/6y&#10;f5+pRCFoRXyFT/PrrGf5hwL8St9fr9F/4p7L3VISSbizMf6fRmcWBt/Qf74ewUrhVUUyEr/g/wAP&#10;TA4BQOnH211MalR6fotwAfwQwte5vx7858SN6cK/5j04ImcZwOve0FktUdWmj/UOAPrwSPp9b+1A&#10;WJv7UCg6V28Ucrssi9q9e92LfD9bYyR2twY1+oH0p6znjk8n/be1VjO/1DIjEJj/AC9G+2SMs/gq&#10;ez/i+gp7c529pH1Lr+Cf+Uil/p7tE6oqXj3TSgN6VFTz/X/cfWH+g5H9fdubrWKfZ7tdBLTgaqf0&#10;HGj/AFcfn1KnL5MW9be8Y7u//jjdVZfJ+C3WOSnPEsM+HMY1fpEu4sKk3Gr+2hP+HtG7ndvuasn6&#10;SiAuBcE2jgsf6i3vFmKGNlY0xGe3z+Lz6yvkVZJUkp3/AOx0ejaHFHjwD6x9ytzYgaZ6m6j6ah/j&#10;7Dapt5rAmxIFx/W4vZv8B/hx7jxWJRywFP8AJTz6oGqrHHQ9Qg6F45A+n0+oNuPrf3ivzxyDYEjn&#10;6D8c/wCHsnlYIpDLn06bOOnBRcX+n1PP+J/437jTE3v/AIX/AKA/W/8At/foJNampqR1Q/0estrW&#10;H44Frn+v5PtoqGVSWH+PN/rz9LE+zBGLmhoFHTDrqpnrIo4H9f6Cw/21h7bJmKrza5J5A/B1cWPP&#10;1H9famICjFP4h0WzoheoHl1k/Uwv9AvP5+tubj/X9twOpmDXX88An88cfQ8n2YI1ATE1f9X5dI3t&#10;1PlnrIRwOL/j6j6Ec/4iw9kg+U3ozeF5P/Frt/Qm9dUgD6cWv7GvLRVradiBXxf+fV6i/nmMR3Ns&#10;iDHhH/jx6daL/M/8hH/H+yv+v7Kc0i2S/wBOeAfr9LWsP6D2JFlKsV/D1Fr6fEOepfvmkosVDekf&#10;Qc8f4fT6cf7f3qYRsVZRnqzKulD1730ZQvH4tYfX/C/4Pvwketa9Vx6Y697wSzGwC8XJubf61vqP&#10;6+2p5pOzu4f5OvVr173hVyPz9fz9R7bSQHDnPWuve5CyGxY2OkXFrixH+t/re3iPLr1eve8DyA6t&#10;R4Jbj6fS/wDT/W90LqppXPXuvezM/Fll/v5Ujg/7iNQ5b/nc4c2/w49q9mk8Td7FBx8VP+Pj/V+X&#10;RTvK6rRf9N/kPTRnv+LRX/8AUJVfi/8AyjTf6/s12SYRZbeRQFb4jcbtbn1GokJYcEfj3L4VZN3j&#10;1g18Eft8T/N01GPGFiJR/oKf4emSku2KwQJBAnxQH4uBTJx/sL39p2aSN36/aw1fZbfBJv8AqFSC&#10;P9v7KL1is94inHiv/gHTN07pBexK3ZU/8d/1f4eneNCEy2r6GWqIHFrGIf8AEj2DXeY/399cfyZa&#10;kjg/qExHP0tf2muGLWSj5L0usmrtNl6kJ1JxAtjaIf0p4v8AoRfZX6++rUxsbm/0tfg8c2+nuN98&#10;p4j0+Kv8uja4AMmOPTl7aWcX9Nje4/2P+Fx7DhC1qBjqlfTr3vHr5v8A8QPrp02+n9P9h/h7bonV&#10;eve//9SjqmztfRMHx1TUUcy8SaJpUXknQdMTrb0sf9v7jbVGVKnh1KXhlFKKT1v8WvweR7EXGdum&#10;SnNJuOhpMnjRdZpI6Sm+70sxY/5TUFmX1lQP8Bb22Wjjwrf4etrcmEaHXUP2dYWgXVrQsj2sLO+j&#10;+lzGGCnj285bp/a+7cBTb42XnKfBw1E1VC1FlqietMs1GNMyR+BTCt5SWA/p7SGQq9Jovz+316eD&#10;xSAOrUB6ipVyLUmjkhkkkEaymeJFWDRI7qoIeUuGXRza/sv+59m7q2iDLk8VVNROWZculO8dBobW&#10;xe7HUECJr/1j7bWaEudLY8urK2hqstV9ep4ZWvpZTY2NiDY/0NvofaF+7gkYoZlWV/Ut3IDhzYWX&#10;gm5P9PbZJI+XVeIr5dd+4krlbgnVov6lHNkvyP8AY8+9UPWirDyPXvbcZAxLGwAbn68hgGP9eTf/&#10;AG3tYwBiX1K/7HTsqhoFPnTr3toyc4H2tx9a6jsATwPKv+929uWy08/9X+o9atVp+0f6v59e9mr7&#10;bCv1l1kR9X2/Mbj/ALWEX55/HtxB3V+Z6K9xX/HJTq/F/kHUeH/PVX+EsY/9V4T/AMT7J/OpAIFr&#10;3P0Nxeynj364YsQT59PcQPs6ke2mY6A3kW6v/m2F1sFKhvUOSLn3SMgRqSen4TSFCeve4chaOInU&#10;Ty1tJuRyLG5P1N/bnTmQOve3Ch3BW45g0FVJELXmQSN5J47koiMH/sE35+vtM6Bm1gY6YfxC/iLU&#10;jr3sTB2BR7jxtJhNzxPNQwzO0YxrR0Llp0CNeTm8jJ9Tbk+05tpFNV6baN5VAccPTr3tF1e1s1SP&#10;Pktt19Pn6NQ0seDpY5anJQ04ZpUaaSSyEhNMZNv1+3CRHWN8NU56oIJYVKowb5efXvaTi3DSz1Mt&#10;HVstFlI2aObGTlVqUdZBEwMYJFxUXT/XFvd2Q4Pl02WDMA2GHl1733PpLMRf6Nqv/Ze7Aqf6ke/Z&#10;JB6seve2qdGPq/r/AMVJ/wABY39+YjhXPTZIrSueve2moEwdSgBva+q30+n5HB4+vt6OhjPTqUMU&#10;gr1721tPUILsvF7fotyefyb/AEHt/t1afOnSgmhp1736HIyxX8I11BAMcY+rgli9hxcqvt8rr88D&#10;pRTXWnEde9mK6vyTvsDtxIJI0EMex/E1QPKreXMVxkFvzax/2/tHJFWSJnGM9NByI7jPAL/hPXvY&#10;bZnBY/cDtWUsq4bNx6TFVGQw4yJrLEpmo6cAMrQxkf8AB2v707EUPFeB6QjROWZWo/8ALr3sPMnk&#10;8ptpVpc7TyGlLWXNhPFjpePIQmoaiYgRqsL8+1MQWTIH5dLI3YU8RO318uve3fauVSo3BhZRLG6v&#10;WQBWjuFZSQysLNYkhre3XGlGx0sjYF0NcV697Xu4awNlHs/4sfr/AMd5jb6/n2WMornovu6eNU/6&#10;vLr3tohrXWSX1oCUdW183BIuq88k3493ZiIlpwr1dHbwVANBX/L173OSsZ9Lu4KIlmjS4bUPUefo&#10;dSG3ugUkYH59aZSaaV/1ft697zJlLq6AoacyaxSzWeXVYBJAXLJpQcf6/txgzli/Gn+z05ECHfXw&#10;697xSRkKa7EzIk/6quhlBmkncgi9LGvoiVU4tzz7dXxF+Jlp0rUFe5HX5j/N173zx+fo6syxa/ts&#10;ghUVdBUurVFKzamWORBYRloxqt+Qfd115J+Hq0UuskHB9PTr3t0ZyjXKFh/ql06fpb0j8D3bp7r3&#10;vuGrkg1DSdDEesi4H1P1ub3Jt7awJXPy/wA3VdWksfLr3sQshkgNl4GCFtH2NXlpV8p1rKaioQsE&#10;5NtJPF/eo6lmJPTysTCvdwJ697DupMM8aNTk084ZmKlrCViPoI0s36uefayD+2T7emzwFDnr3sbP&#10;jhVT0u7ckJGAP8MQn0kf8vGl5HP+HsOb+il7r/Sn/C3Uje35IvNx/wCaX/Pw697sTxWRU08LagB9&#10;zG2m/wCrhf8AHgH2Co46STAj/Qj1NNuf1WH/AAj/ACdYJUuB9fzz/S/9P8efb4+RQKGWw4+n+uD+&#10;foLe6+EK1r59KNIrq869YAh+n1/Ht9xWSWTgyBb24+n4Xm+sk+08kWnOiv8Aq+zrQFPw16wyx/0/&#10;H04/Fzxawvf2tqKqQAHWBxYW/wBYAXJNrf8AEe0Qb8QyD1QmufPqFLHfix4sT/WwJ5/r7f46hAoa&#10;/P8AQk8fX8WuOB7vgmlc9eqOm542v9L/AI/HP4+t+Rf3nimS3pNyPr6iCLAj+t/z78qeJk4HTiIK&#10;1PDrFIrLfj6/Tgf1H+w+vucr+m3JtYA/Ufm3N/apfiHSlfiHUJl+puBc3/p/qf8AX/pz7fKEWYMe&#10;bkgAf8FY3JP+t7an4j7OtvgjpsqORYE8AG9v6sOBz/U+1TSfpW34AHJ/oCOf9YH3Zfh/M/4evE8e&#10;k1V/rYEfU/0/BA+n+HHt+pdQK3P1b+hB/wAT/QXv+PbCSBwRTPXh0w5CMKCQCRYDi1h/QEcXP+x9&#10;v8MbPp5IF/rz/h9f68e3Y5fCYsFrjqw4/LpJ1hRkK8A8f0JuA3+At9f9f2oKTiOJfx9LjkfUW/x/&#10;Hs7h1O+s8QM/4OmZuLfl/k6C/NBVNRwfU3APB+jv/rWB9rTFN6AL/kW4txaO3+8j2uWPuV/ID+Zr&#10;0Uzjvp8v8/QG7tcfuIRy9ybH8Azj/WB4/wB49qiIAtb8EcH/AFgD+f8AYexPaf2EP2DpGePRbM6S&#10;stUwHOtrji3JYG/0/r7zVCjwt9SdJ/1/9t/j7O7T4H/03+QdJH+N/wDV5dINJW/ilMPQANN+RbmV&#10;za/4tf8A3n244XT9lDYi+hfpyL3bVf8A2IPspu6mSVmrSp/2P8n5dMcQGpg/6v8AL1C3YZBm5wq3&#10;USfTgWHjiJtyOTf/AHn3kqZDo4t+LfQ2JYXtxb3RYxGSta9LY4wgoDUnrLilR5dR/F7g8cBHHJuP&#10;z+fbNM51OSLk2/1+bf0/1/b4ULEgAwP9X+TpzhjpZ0il5FN/SdZZrAAHk8Acfn/H3FRgRz/q/oPz&#10;+kj2S7h8R/0n+fpt+PS7xkellte3kH1+q/jm35v/ALH22VSENYHgAfW9/r+ePbENwugalNenEPYO&#10;lxRwkX0kWLH63H1U/wBOD7ZahTyLWPP5/wBcfgj6e1Ilj/i/w9WPSmoonOnj/U25UH+x/Um/Ptkq&#10;Vb1AW/NySeLE/wC8+3Y7iMGpB/l/n6ulK6q9K6hiYablebWFzz+m/Nhx/wAU9s00b3Nyv+H1H1a1&#10;v0/n26LmD+Bv9X59Won8PSqpovSp/wB7v/qByP68/n3Akb6i4I5/2/Jv/W/u6NqUNTpogjB6dIod&#10;LW5uNPIufSbWB/A4/wBf22zubEfj63uP6n/D2+nxDq6fEOnqBBdWtyQBb/WA/H4sPx7bnYANyDf6&#10;Dn8G5/qL3Pt4rqFOnWUMOnSNSSvpItybW+mng/gjge25nclmH0vYmw+v+ta/uirEhWIHup1rQlaU&#10;z08BbqGP++vz/tre/OFY3P6f6H63AHJtYg8+2pHMRjVRV/8AIfL8/wDJ1XKCnn1mpwWWS5tcj1f2&#10;QRq+n1BGm/H59xCpZ7clifx/rf0NvyPayAB2Nf7MD/V/q+zph5NIp+HrJNL4YT6gOb2vY/W3Nrkf&#10;X6f4e/PTv6iykkn82/2/5/p7XPBIFUxJj/V/PppZoWrqYaf9Xr1BgydOWCGVbKL8k2I+lrkAkC34&#10;59xmprj+1+Tf/A8n8Af7x7pouqf7jn7KdX121K+IP29OKZGjB/4EQn6Dhx9RYC9m/Tf/AGHuP9q1&#10;yQPp+dZ5Fh9b3ufbUlveSBUET/7zX/V/q/OhntEyZP8AL1PTLUEdy88X441hQCSB+OLE/wCv7wy0&#10;rn1AcW+osLjn/C31P9Pe4bK/Q6PBevppr/gz1sXViOwyCv2jrMM1izx54Cb2t5bH/YgsQP8Ab+8P&#10;2bFiX4Fjf9S/n+q2/Pu1xablHCvhQMe77f8AD+0/Z69aa7t1T9CjN+R6yw5nGlyBNFcjizKf+Tbk&#10;nUPeF6OO3MhNg3q1Mb3tyRci3+A96gst4Qmlg+acU/2P8PVfqiOFr/xkdSTl6NvpJF9eAHTi3H5N&#10;ySP9h7jmmReVvJ+QPSSf8efoR/h7fbb94dCHtinz0kfy6o84mBSRBGv8XDrmuXobjVKii4sPJ9Db&#10;6fWxv/t/eGSDgfstx/UC/wBSbn6/W3u6bXug4sa/IdUpD/ymj/euuYy9AW9M8Vj9byn6/S39kWt7&#10;xiK7qPFb6D/NgD+t+OL+3n2ncPCYGur/AE3+z/l+fTcgtxGw+sH+9f6v9WeuX8VolBc1CFQTzqJY&#10;gcG/HvHLCSul0445sb/i34+v+vx73DtN/rBTVr+3/V/n6SgQcRdjV9vXNMvRfUSqb/jixI1G3J54&#10;PuBJAOQygn+yvqNzxzzz/vHtZHsu8af0Q1D8h1aiVAjuRX7adSlzFFdSZFsByS4t/X+z9Pp7x/bq&#10;AbqxP+wtY/X8D6f7D3ttj3lyC0Zp8/8AUemmEhI/XWn+r165jN0QPpmj/A4Nr/0AF/6++jSRs1lW&#10;wJF+QSf8Lk/n2ydm3yEeNJHqVB/D/sZp00Vn87hCP9Xy6yrmqO2nygFrnhrAfX8c24H9PeJseB9F&#10;cX+tmsL8Wtzb8e1CHcyn+4Vf+bdf8Iz/AJOqVlPG4SvXhk6Ukf5ZEbfQGWx545seOPeIUgUgESfW&#10;1+LkngG3P59rDDuk5WOOx72/o/6v5DptlmqSLheujkKUBn+7j0pZz+4foOTyeBb339pY2KEcc/qv&#10;/tr/AEH+8e3f3Lvv++ZP+cfVaz/7/X9n+x1j/jePYBlqITz9RKtvr+CPff2aXC+E6j+bjkH/AGH1&#10;P+v7o+0b4qeI2rwzX8Bx9prT+XWmM+lv8ZH/ABrrwzlCQStTGbEceW/+vpUc8H31/D51PPP55BH/&#10;ABBsfdY44HwLRq/6vs6SiSelBcLT5ddNlYyNQqIwL2PqB+v44NyOf99+fNQzAWKm39RYfT8+1ccU&#10;XlC3iH1qf5UP+HryyyE4uU1HrB/FIyeKiEgXPBH0seL3HvH/AA9jzruT/VvryBa4P9Pao226/wDR&#10;lYf82/8AY6WG4nP4QP8Aa9c/4zRD0/eJxz+sfQAt9L395/sFtqLn/HlrX+n9CPbItd3DFl2Vv94/&#10;2Ok5mnBNIx/vPWIZekPo+8Q/Q21qfqNQ+rf19+GPRuLuD+bk/wC92H59qPo94rT92NX/AEh6149x&#10;j9Mf7z1hbOUi8/dRFb8eoXvwR6Te9h7yDFL/AKq31H6iD/S35Hupg3rgNsl/3jpw3Vx5U6xnPUQP&#10;NVAb258gPH9T+f8AevfE41gCASeePWb8/wCwUj3pLNy41bdJq/0v+Q/7PW3upmx4Yp/peuZz0dr/&#10;AHEIA4tx/wAQWub/AO399HHzgWU2H9CTyP68m9/akWQrT92OT/pf8w6TGeXVUKMf0esX8dpzy1TF&#10;x+Va1j/vj77NHU/Txix/U2i5v/gSL3/2Pvw2lSwJt5A1K0pn7f8AUOtqImAJu1VqcOuIzlHbith4&#10;NlXy3W9v0kXIvb/Y+8Ro6gW/bXj6XH5/p9D/AE9rY9pjOWhkHyp/s9W0w8frU64nOUpvaqjb/EML&#10;D/eRwPfBqCSxHI+t+Wt/jfgj8+1abVcayyWI8L8PZ14zWa4N5F/q/n10M/RcBqpHY/qtIlySeP7V&#10;xc/4+8JomT/YfXm31/5A/PtUNsunGlrNifTRX/L1Xx7P/lOi/wBX59chm6RrEVKWubHWBa31v67W&#10;H9ffhRIw1Nc/4Ak/7zYXvb3Z+X99kYPb2pEbeen0/wAP+rHSeTc/DZlhZCo8+uv7x0cZaMyqWT8l&#10;wDcgE8fQWB98PtYfqdQ/Fg/B+osbg/j2qh5c5gSoMOfXQf5Vp1Qbuw/Cv+89cX3FTkekrxyB9SPo&#10;bggH6+8kdDHK48ZZBHc3YnT61sb244I/Pt+bl3elRZJowJcV7ePdj+XSlt+sIrdRNLEt158P4u2n&#10;+16wvuelgis37hlJUBLaroePr/UH8e8y0EbIjNeSxc642IF725JAB9kkibyrmlvpr/Qx/Ik/PpDa&#10;729zKVtdDD9vWT+M0wd0EiIxVP25GBciwIItf3GkpVQ+gkrqP9bj635A/p7upuc/Vrpmpno41SGp&#10;lXS+nqdHWLKvptYAWHpsfyPTfg8++A9NhcAgm/P05/of6j2XzAOzjyOP8nTZ+3qUtyA3J4FuP9j+&#10;P6H3xLAGykMCb2/rf/W/qfbcZYopcUbrVTTrLp/rcEC1+Px/ja/599OSLDi/Bv8A4+10cmsHGerd&#10;YAgFzcleePp/t7Xvx79ETyo+g9Vrc/8AFT9faO8ossUjHz/wgj/IOqkmoJPWb6qf63sOf6H6H8A+&#10;8uksCRf+lz9P9uPT7cimVSUNK/z6t59YWFiCeP8AYf4/48/8T75lSGSx9J1D6/0AsL8393kcMGI4&#10;AD/D1dfgf8usKEaXuAHBB4HPP1/Fh75qoAtf6X/H+P8Arn8+6eL/AEf59OeN/R64OGvxYgnj6E/Q&#10;HngfgfW3vlYen/H6/wBf9b/Y+7am76jh1bU36mOHXH/Vf1H+v9LX/N7+88b3NyPp/T8/XkD+nu8Q&#10;VWYVzTpp1Cmg6hzx8AL9CfqfwRp4J+gPuQWJ0k24/wBh9bjj/bf7H2YW+XKDif8Aiv8AL005+Hpr&#10;kSwYfT/XF7/2hYcC5t7ws2o245tyPpzf68kcezOKJlereXTZP7euhoVSeSb39XNgCBxwLkn/AGHt&#10;rlP+W48f0r4fpbnkG1r+y7epAm33Probj9j563ZLqnYf6viPSixKXhreTY0T/wCv+pR/hyef6+xl&#10;IP8ADoCL/wCZi+vH1hPP/Jv/ABPvGl5A27SD+mf+PCv556Hm2g0QU4j/ADf5+oEC6Wl/rrk/H+1c&#10;cfkEe0vWi0b2uf3OCB/QPY8X+lx7vK+u5BIodHD8x0eoO6lM6R/l6WGNQKqgkAAgfUC5sL8H+t/a&#10;Tqjdr25s30H+B+v9Bb3Wf+y/Ppw/Aft6V9ELcXvYD/iD/X68+2OcaCfzyf8AAcN9fyeb+0w/U6oe&#10;/wCXT7ESeP8AD6k/Sw/231t7aKnh/wDXB/wtyLf717djH6bfb0XTrUMOHUxDe31+gv8An6E/T6/4&#10;+0zV+piv+tY8/wC0nm1x+fb4XAYcadEsqGpI49TYuByeefz/AIn8f7D/AG3stXyRphP1pumZDpii&#10;jxh5vwTmMOp/Gnlh7GXIjiOcq3Ej/oP59A/nC2duVbo17tI/6up8+nSmazqpHqOrnj6BSf8AA/T3&#10;RZsjP5iv3JuHG1dSzRUkdE1PGA45mEzuBdmBuQPx7ygaSAbf4lF1L/n8/wAusJZp5Ru1nEzfjP8A&#10;g6cfY0LhXEf3DafIRqsQW/qAPoASLj2RSXyy1Kgg/wCr9nR9JEpUuB3de9tr0plk0GM3UkKqjSWb&#10;9IA5JuL8/Ue0vjtAROcInd/q/wBX7ekmhmbSvxV697Nz8b+ichvXO0VdWU7/AMOpainqfM0Upipm&#10;jq8UWapazK1PHDUEuv0t7DW63NxuUp+kNWz/AIW/aP8AZ6E+x7LJczxyMtTq/wCfh01ZnMUeEoZq&#10;6scBY0fxRB0WWpmWKSVKeBXZQ803jIUfk+7m9r7Wx208JS42gp1QRRwxyygANUTpSU9O8kDaFdKG&#10;X7caYzwPYg5e2iaNonu/Oj+XDH+r8uOep42Hb4beOJCnDT/z70U7de66jcWVmkae0UYkSCn9Yipo&#10;Fqah446mISNEcjAk1mcG9uB7fWlaMW06ARazWva2n8f6/uQQ0YTWBj06GIREppUDpJpSiZv1iVlI&#10;OqMtp+uq/qF7+22R9TgmzWJsF+v9Bzzb/G/vxuIgrVbq2oBWr59PcMDJEQAU4BJa3AF72+n9PZJf&#10;mob7UoD+S8JP0/OQprgD8e4+3yTuZTwA/wCL6jnmo0hZPwjh+3ofOpE0YzJf0+8QD6/RYUAuTwT7&#10;rdxL2r6S5v8Avi3+H04/24PsN27DWw+X+r/D1DsxFWA+X+HoW/dvaR/s07NIoB8gA5/BIvYXH0/1&#10;/crbc2mxkUnAof8AjeeiK3jrBdA44ft1dB1O5+5lCozH0XPB+sYNr/Xm3uLkcjUxU80VLKI5Ssdj&#10;zckFW50Efi/vrP8AcTCPyNexuoI1Kc/8177/ADdc9PvGjTzJYEHizf8AVmHpS4OEBZmYXvoHI4Fm&#10;k+gPsNshIBC0QmCyWY3axYltLWBuCb/8T7zkfcktLx4rtgFovHHWOlkmncI4vJtPSg948fhqypIy&#10;VTpgpIPUWMbJqVWs1pBxwOfcB+7nPNtDtO4WlnIGYRv+IYoP9VfL8+pY5W5YZtxjljQ+XUaeoSL0&#10;XBke4VQQTe35F7+8eMNI24KrwiwGPVS4IsSKmxItb6j3y69wL7xt5ScUq7Kf26uszuX4/DS2XzCx&#10;j/edP+TpvqBL9pyBq8rNYj8FeBz/AEv7QfaYiQoSeDDGQLn8iuI+p4v/ALD3CXNzeJLCK1Y6f+fu&#10;pLhB+nUHjXqRjCTTm/18jC/+sqf4n+vsvszre4b0g8c2H9q1uePr7Bek0ppx1XwR/vsU+zpx9tlR&#10;6kY39Juf6n6kmxtxz7cVaaR6dKEhA0+o697Q2Vi1VUH5tG/+ws9r/niw/HuqDucD16rbLSe4UD8X&#10;+br3uxL4henETjm4dP8A3Hqv8faqxkpdY4Y/y9Ltuzdr+X+XoKe2hfBJ/wAH/wCu9L/xT3Zx1Tcb&#10;phP4CVH9PqcfWfW31v7M+aBXZoyeJ1f8eHUsbJ3bxtwOfj/Zobqrf5TMD1blUBtrqMHY2P8AZ3Lg&#10;/wDW+gH+29o/dLAyzc/Xx/j/AGmn/H/GveK8Pw3f2r/k6yyb4l6PLtBSKfHgji1T/wBbaz8/Tgn2&#10;HlQR5T9SRYCxt9VH+H1PuKXlNHXV+n/m6SCorXofqZD41NrE6jzz+W/F/wCh9wne3p/P+2Itb6fX&#10;2XSPrIPBR1vpxVfzyb/j6j/D/Xv7jTG6G5+pP+H4Ye2EmU8QQevdZQpB/ra17f7f8+2eY3DMDbm4&#10;BHFrGw4/4p7MIpiCgIr86/z/ANR6YZTjrLp/H1/qLfkn+tv+I9tEr3Qobizn6X5C3A5v+kkfT2Zw&#10;MR3rnH+HpOyn4h1y02N/wR9OOCbX/pY8+4yixY3uDf6fixUWt/sPauviHhRumJIyx9D13cgcf7f6&#10;8kEj/Y8+yOfKptOawurjTjPofz/l1V9bX49jHl6X/E5/9PX+X+fqIvcMabq0zxhr/NunOkt4uP8A&#10;Vf8ARK+yks12XkW+tiOeL8CxuPr7EMNxq4ZA6icnU1a9SveLXZjbkH6/4W+o/wAfb7T6gukeXVya&#10;hB/q/wBWOve+LMx+pFvrxa1h/Xn2m+rX/fn8v9jpuo6976vzzzY2/P8AX6/4c+0l3cGQR/w/8WOv&#10;Hy6978OPUDY/QXNuT/j/AE91juCFVSKp/PrVfI8Ove+SvcE34+g+nH+2HI59vSXATRpoR/qx1sn0&#10;6974HgG1ybHkfX8kD6XuB7RyXDSceH8utHJ697M38V5NPYM4+obEqn+3zOGtx/rezfl2fVvNgpOf&#10;FX/j4/y9FG8/7h0/pf5G6ac7/wAWjIn+lFVH/bU8vs4WXsuX3WhF9eEz7XsONU8igD+n9P8AD3M8&#10;ZD70tTwtxj7JP9R6pa8LEav9CTHTBSXOJwhB+lXjPzf6U8ZP4v8A8QR7R9RoC7AFx9NuIOVH0l+n&#10;1v8An/W9llwa3e4A8dch/wCNdJLsfp34PHU/8+n6O+nJn/Got9ef2xz9Lewd72UDd1Zb6a6q/wD1&#10;OP8AxX365FNviYeYXozsiRtNgR6R/wCA9ZMOb42k/wCWEX/WtfZVsk5HFhbi/wDt73PuNd+wzn+l&#10;/m6Nrj+26c/bPrP+2/p9f97/ANj7CpkWvc/+r8uqKKkA9e98da/W5t9f7P6bWt+r63/2Pun1P/C/&#10;5/7HSjUPTr3v/9WhhlARAXYH1chtNxdRyQTcr7hsyEjuFOpVd9QA4Drf49sman00cjL+1pUEafSh&#10;uyD1KpAPvX5dJpFUgnz697Mh1jkJqn4zUtTJI4lXN7tVZY2IdPHXFE0ya7jSp/B9mtzEFvIoVrQg&#10;cfmNXD9nVL+3Sy8BIS2QPi/pDV03gf7lJP8AqCgP/WaqF/8AG49g7S9k5mhmaGslpstTByn2+aST&#10;JU6gNpsIqmcxiyrb6Wtx7ZvLG3QjQXBJ/P8A1f6vtchZlZFLE1PA5/w9OH1/5Hb/AHkc+5VZT9fb&#10;wGuITYPcbJdZzPQUOAjmOrxk08Ky1AiSrqLkD/dS2+o9l1LlGIIGmv5/6v8AV8+lZZ2bTpo2rj5f&#10;s+3/AFefXub/AOH9Lc3/ANe/sP8APbL3TiElqqelTcFAgeSbI4amq6yljhUTSSF5vGqqUgjEhJ4C&#10;Op/PtRGIWoG1g/b0oVO0awW+wV697Dt6pNbKfTK78UzWEyX40yRg8Mv0P+J9qJJW0KlewDqk0y6F&#10;T5de9s+YmSNKckWb7qnfQCdasJB+oE2Gn8+9wPITRTjqsLMdGk5r172azsqr83U/VsxkiGrbkxDO&#10;bK5/iaj0/S4/4p71HLJ9TMh+HV/gH7OPRffpW+kBPFv8nWGMASVBH1Mqk/6/hiH+3sPZTpKhWLW9&#10;LDnWwAQkBfp+fb0lXRSFz0pEYaMEcf29ZvbTJPGJbk6yLWF1ZFuBq9JNl49tqHdQMBetqKKq9e9w&#10;JqojU3o/s8cf7Txa449veGnkvVjTjTr3tmklTW93BJsD9OLG9uCL+3lFQrBcdXDYWi1HXveEVatI&#10;JPIFaygBGQDi120gjlh9T7sdRFCvWmdjxXH59e9vFJuauxbRPSzVBTyIWEMj3ZAQWEmmVA0Z0/Q8&#10;e08kWp1Lcc9NPXWpNajr3tRT5bau6BFFuWiTHSmONIMjiFo8VXfckFYmq6tzJLKL1Du/5LgN9R7a&#10;ZAgJUknqzJBJ/aAg+ooP2nr3tgqdp7ixonqNvVdPuXEMXkpMbRirye4FiN3glqGSJInVKZUSRgdL&#10;TOLcH22WAKhhpNPy6SSQSRkGIho6cBk9e9pqn3JRTVMmKrhLis7DIyT47INHTVSGIiOZWpi5mV45&#10;josRwwt7eWIPVgAV+zpuMLISrdsg8jx697mzx3cetGNmKxgnyg8WBS4+l/e6aBRT04ymIUV+Pl17&#10;2ySmVGaJ42YsLBRHay+ki4IP0B/x9uqkZAYD+fTykEBgOve2OSUQszhv3o7KbnlS3H4YEAofapCQ&#10;6qKaenkJ8VUqtD/q/wCL697GXqir0bM7PgDnx+PZ99RuzXymQkXU2rm1+PbG4O6Wsc6sNZr9nEDr&#10;10Fh2We8jP6x0/Z8YHXvYe/xuUPMWkB1Np0pcCyk86Sx+t/9f26sAdUFCSfn59Uhs4NIYE93z697&#10;dP45S1sQpMpT0tXCSbLVRRThATclBUM4UlQLmwv7oU0UZCR082lAAKEde9xcRs+ifcGFyG3svT0D&#10;JkYJchFmaxmpDRhtQjx8VPFpinDn+0dOgW/13Ld2mMkco7dP2dI1kk8RdJAzmvp8uve23cm8aKk3&#10;FU4yo101QgMMH3LRxiqmFVNFHUU6tMGlpahwSptdh7q1k9NXEf6v9VOm2IaRjI1D/h+f+ode99tm&#10;YSsRSVJJLRyP43DKbqWaFQG/zur8H2ysTOul1GnpSi6kFKUHXvbjBlBIq2JAdlaQaheMkL5FY6uC&#10;g/V70UEStTjXqwAVXzw697cvuYHVSCCfGVV10Wa9rEEmx/1/dQWL04J1ZahgSO3r3vitW0RTSWIW&#10;4vc6iP8AEhhf27Qr9vWwXjIPDr3vMcXi89KgEklJWOHZqiklSleZlS96iVFaSQBUABP4uPd1dwSD&#10;08v6j6Wwf2de99UeQyWGSWk3C0M0NN4xLk6VXSj/AHS0gIqKiRTy0iJyP1Aj3cgNlenVZkqJKUHm&#10;Ove3mGpVmuNRhaxUFhqlsCG8dyQxRvr+B71Tqwb9nXvawyVQv91sGsbmQCqyeoIwYj95b6+ef8Pb&#10;arRm6uQFiQDPHr3tGNVWGoN5HuwLRG/itflrklbj/X93MjQjxUwy8OmixA697FHoTMTR73rYQ91a&#10;ihRy12azV8HA/duDce0e/wAUa7UbtUrK609PI9SN7fy1uZqLhk0/tYde92D4/MDVTxFtKKYpWJYC&#10;+nxrdvWfSL39x5EdSO/+iaSK+eepntXIeQn4gpXrxFwR/Xj2qFyizq6qwFtViT9NI9NyGvbn3TUR&#10;xHSkSnzGOuARR/vuP9t77xedeKoaNZE0q9gfz6HC/UObcD3cpVe4Z6cUmncOunjV/wDD6/7G/wDX&#10;6/n2JlDm7otnQm1zyL24P/HQXHtC1nF/D/q/Z1YKp8z1Bkja/wDS/H5twPalTJPLGNRWwA/H15PP&#10;1HJt/sPdFjVeHVlAAwcdRjEAx/33P+x9u9Bk9bhWYG3Nrj/UueLvzY2/1re6mPTUjraoo4dRp4AQ&#10;SPr+LD83H+B/F/axpZFIHk5HqsBb6+q/5twRx/X3uMMa6enVDGtOmWoW30H9Lk/0uP8AAG/PtQ0e&#10;m5Oo3/w+lvX/AEBtcj3SViRkY69qLCh4dNM6kcW/p9eP9R/gL8e1HAQOLsT/ALcf2jY/42HtnxpC&#10;O0mnVh0yzRLe7BV/1r3HAAIHAA9vdNP+4ouRwLE3/wAP6H63/wBb274EZjr59OFQo49J6sVwGNls&#10;ebAD6WN/8faqoyWAAIJIt9P8VP8AX6e25WVBqY0HVKgZPSNq421MApGnkXPH6XW/Ive/+tx7UFCF&#10;Zrm2kMv0/wBTeP6X+rWJ+n19m8M836a0yV/z0r8vl5V6blHbj06DXPwxrHKV5Y6vUePUfLqIP4Ab&#10;8/Tj2vMVGhH1sPqDcWU/tf1J+unn2s+olQoQM8CPX/VXH+odElw5DgDj5/6vz6AXdK6xKGtZQxDl&#10;Tx/wIu17gMLe1BTrZ/rwbW55tbn6f19jK1r9PFXjTpk8Knj0WzcDhp6gKD6ZH/pa5JsLcD6H/H3K&#10;ql1U9iSLKx4Nj+n/ABB/J9m9s2lpiP6P+XovmbS7mmcdB7AzDKUx0qV1MDdLgfuJydNubf1/4n3I&#10;wqO1DD+onQBdSb/U/wBPr7L7mSMTSaqUqeP+r9nn02spCj4dH+r/AFceuO8JCuZqgCgAlJ5C2H7U&#10;OkG/I9I/1vcqVdKn/A8A8/kcH/G/vRKmhX06XoSyqaZPUTHMzy2YEf7Uv0I8bHiwH49tEsYkLGx0&#10;iwUjgXsBx+D7bluDEAgPcfLpwAV0nj0vscn6C1tQJ1D+0eXIP9AR/vv8G2ZtIZU02+o/obhbckk2&#10;vxz7QOrO4MhbUP8AV/qpx68EBoamv+r/AFY6EDGohWNiv9eR+LGQXt/Uj22zuzpqIsTwb/7Di1x/&#10;T2keOOI6UbPp1sgLgcOl1jtRexB0AcMCOTzcnj+h9tMxazf15+v9efz/AIe9gJq49tetf4OlTTXA&#10;QgANpBsPpf02/wBv/T2yVNrG4+v1sLcm9/8Abj25hWOlsDrakgGnSrx2p9JYAEqLhuRYaeDe4/1h&#10;7a6jhSRe9vpf6fUi4/w9+HVqmlKZ6U1GbvpOnTe2q31GoA2P4J49tkig3B+p5Pq+nB4/2HtQkzIA&#10;BSnWgCctx6d4lBZWFx+OBZSAV9XNyCbf7H22TRgn/Dnjiwtfnn+t/b6XUgOoUr+f+fq6in29PVPE&#10;oUD1f2bfTkEWtYC3AH0/437bmVOdQ4t/tr/ThuAfemnlb8ZA+WOtM54A9PEaabaQL3+req/15Nvq&#10;be8BhRf0mQhibgte/wBB+B/T36S5Y+SeJ5ev+XreokVpnqXEGPEl9I+uhTb6En62vyf8PeVqNhFq&#10;iGpj9ALn6nSRbSeB9f6e27aYXLj6gmi/4P8AVx/w9PRRiVwjsadcZKtIJChKojE/qIHNr8nUPqSP&#10;p+fZVe6e7sn1juCDHU1FHJDMSP3KRJ3FsfjpzZmq4P7Vb/T3KPKmwWG4sUufEK/aRXuc/wAJ9D69&#10;Qlz3zpu/Lt/9NYrEYv6ak+SN/Ev8R6FfZGw8Vu3btPk8hPM005ms1JUaIx46ypp/p43B9FMv+xHs&#10;Fm+ZuYA0tiqYC9gTjYrsbX4Y5UE29j88t7LYTShlkKlKdzD7fL14dRjd+6HNk7AQpb4H8Df5JOnm&#10;ToTaMhQtVZpSjah48jpUcW4X7ci9vbfN8zc6BaLFUY9P9rGxsPpz9Mp+Paxdt2NiBpatf6I6ZX3D&#10;5xHH6f8A5xv/ANbOuk6A2aGLNVZ83N7DLuPzf/jh7bz8zt0c6MXjUBNlL4xAGNxa5/itje/txdn2&#10;bGlG1H5/7GP83W29weayq+OIKU8kf/oPH+brOehdlMbvNnXt9Acs9h/toRbke4s3zM3iwtHQYjgc&#10;6sUGNuf9TlfwR7eXa9qGUhWv2j/BTqn+uDzF/wAK/wB5P+frtOg9jKbtJn2/pfMTccAHnxgi/uJ/&#10;s5W/mN1x+3wNJsZMRMT9f6fxax49sT2G0KgMsY0avIqP8n+ry6Zk595kYaRIi5/CpH/P3WQdDbFU&#10;3Vs+DxyMzMDwb/iP3if5kdhP/wAoG27f9qeb9P8AWwy/+PtqKz2GNqhG/av+UH+XTQ575mH/ABIX&#10;/jX/AEF1kHRexwLa8/8A15zdRe/H+0/4e4jfMfsYOCMftjT/AI4ao+ov9P8AcuR9Pal7XY3hKuj1&#10;PnVf837OtnnvmNlKtc0J/wBN/wBBdcl6N2QpuGz4/wDI1U/73pvb3hk+YvZHNsftq1jx/Bqn/C3A&#10;yx559ti22Q0Pd+1P83Xhz3zGeM60/P8A6C6yL0jshfoM2f8AXzFSfwR/T+h9wP8AZweytQP2G2VB&#10;+h/g1QLccc/xbm/u/wBPs2QqH9q/5Om2515ifUBN/wAf/wCgupP+hvZtrEZhh/RstUEf7Y8D3il+&#10;YPZh1Wo9sn6fpw8/9QLD/cqOeffki2UOpVW/aP8AN0z/AFy3/H64/wCN/wDQXXJentmL9I8rx9L5&#10;SoP4I/4n3D/2bvssAkUm2uCAD/CKm31B/OW5P+8e1UkW0UUBSCf6S/5h15+bt/k7UuaN/t/8jdZx&#10;1NtAf7qyJ/18jMf+I9xW+XvZJPFNtj6XNsRUi1rf1yo/PvTxWCAanfP9Lqh5j5nHxXh/3p/+g+sq&#10;9VbQX/lHrT/waumP4I/P+B94m+XPZR9Qg21q+nGLqf8AX/52h4J+o9+SDblK4an+r5cfn1U8yczA&#10;d90fD/0z/wDQX8+sv+jDaenSaWqIve33kv1/2HvAflt2c31g27Yj6DF1V+fyf9ytjf2rH7lSj+Eu&#10;M8V/zV/y9Nnmvewv+5r/AO9P/wBBV67HWO1B9Kes/wDO2Y2/1rm3A94D8r+yibiDb4FxyMXVX/xt&#10;bKfX/b+3DNtNBSJDTjlfy8/83TX9bd8JUG8bSP6T/l+LrKOuNrgW+2qiP6GslNx/T/W9+Pyt7MYc&#10;JgCLk3/hlVe/5/5ehHtjVsvq/wDvfVjzPuin/c1/97f/AKC6yDrraoNxQv8AS3+eb/invGflR2Wx&#10;PGD4ubLjqwabfT/l6/W493Em06u1Tq8u4f5uqHmjds/44/8Avbf9BdZF6/2uosKFv9jKx+v1HIty&#10;PeM/KHs1msVxth/Shrl/F/xkz7VB7Q4Fnb/7wvTA5l3g103z0/05P/P3XMbD20PpQn/qYx/3sfj3&#10;wPya7NZrEYz6fT7Gt+v9Sf4lfhR7us9sgoLOCn+kH+br39Zd5pT6ySv+nf8A6C65jY22xz9jz/Uy&#10;H+t/9798W+SnZhGi2Lt/1B1tj+T/AMvMHkj3X95RZqF/Z/s9U/fXMgrXcZaf6eX/AKC67Gx9tA6h&#10;jo7/ANeD+Lf6m309+X5IdmMtr47k/X7SsBH+sf4pa3+296O4W+TpX9h6qd35gGTfy4/py/5+uf8A&#10;crbd7/w6H+n6Ut/0J/j74f7MX2kfqaMg/wBKPIA8ckf8XI/U+3fqy+ViWvrpr/lHVTvu80xfzV/0&#10;7/8AQXXf9y9tfT+F09h+PGlv+hfx75n5BdnWFpKS1/oKfIH/AOSI+nur3kpNXSKv+kp/l6SnmXfK&#10;0N9LX/Tv/wBBdcxs/bo+mMpv+pUf/RnvEO/ezf8AjtDybf5mvANj9P8Ai48EH+vtYbwkf7iwDt/h&#10;/wBn+fT39Yt4dR/uwlHn/av/AJ+sg2nt8f8ALrpP+pEX+t/qP6e8UnfXZv4qIx/07r/pzwD9+D9P&#10;dhfekEP+8/7PVBvu7O5C7lPj/hr/AODV1yG1dv2t/CqI/wCvTQHnjn/N2vx7jHvXs4/8pZAN7FVy&#10;Q+v4/wCLhYH/AA90+p1FibaKv+l6SHeN2Z5NW4T1r/vx/wDoLrmNs4EW/wBxNBx/WkgP/XPm/uLL&#10;3h2b+r72dR/g2SFv9ia0i3/FPfvqG/3xB/zjHVf3tuv/AEcJ/wDe3/6C6yjb+EHH8Kx5/wBekp/+&#10;vfuN/pp7OIJORmAHJOvJqRyOOa78Hj6e3VuCSBoTPlpH+evTEl9uLsxbcrjU3/DH/wA/XP8AgWF/&#10;51OOP+vR0/8A179x37k7Kf8AVkang82kyP8Ar/X70gc+3/FauIk/Z1U3m4/9HK5/5yP/AJ+uYw2I&#10;X6YzHj/WpIP+vf8Ah7iP232UxJ/iuQAPPpqMkAfp9FFZ/h794ju5IcrX59a+r3H/AKONz/zkf/P1&#10;2MPiR/y7Mfx/0x0//Xv3D/0pdjSD15nJi/0tV5RT/r2Fb/h7fSSalPFb9v8Asnrf125+W53P/OV/&#10;8/XL+F4wfTHUA/6pKf8A69+4c3afYXMMm4cpCpA1FMjlY5APSfU33vA54/wPtu9kkCR/qMQ2rzHr&#10;/q+Xz6SXMt8yvM243JP/ADVb/P13/C8ZcH+HUNx9D9pT3H+sfHx7sa+NOQy+c69pcjkquorqiWXI&#10;B5KmpqJz+zk62JbGokla4VR/a/Huk1nBBZLdxLVifxqD5j+VP9jqXPa+e4utUs9zKxX5t/E3Rau5&#10;5KKlzmNp0iSmMiAs1NGkUjXjAGoxqGYAC3N/r7G+oRUVl/JdmJuPr+NN/r9PYG3dvGvmk09ulBT8&#10;8/s/2cU6ni3uXlQMwzw6TOHlkeFGup0hgOP6gfqta17+2tlAIsTc8/q4sT9QLfT2G5UDBm/Ig/s6&#10;fBDCo6VkMhtYgWFwDbm9r8m97++Shbf4/T1W+v1NvyLe2Ot9ciWv/h9eL/T6C/8AX3wY6rWtwbD/&#10;AFRuPz/h7WogStK5691jBP54/J030ixH+8++SFB+Tqt/QfX/AIpz7pLbrLpZ9Q9MkdbI8jXj14vI&#10;vChbX5Njcg/Tn/G3uQXYKPUPqP6f0/2/49tJaRI3aCF+3/V/q8+qgMGoB29Ydesn0/1PNx+f6ge/&#10;LIWIXi35uR+APpx+Cf6+3jCh9R1brgw0Bmub/wDBf9cc2I+oH9PfO31LWve40/Uf7f62t70sagsA&#10;T/q/LryuwLAY6xmQ8BQLWIOofW5vb+gv7zx6XI/F/wDVWXUR9NPH1A+vtiWN18IpimP89flgf5On&#10;oizL3cf9X+brHcqJNVmtyNOptP8AW/qBNyeOD79p0H9Q03urA3PP1vfgcn29EpIEjEVpT/V/g61I&#10;QaHV5dcJJAylVU6vqVYf0v8AW1ibgX/2PvMfoNJB5J5/1h/vh7MLFirM8qH+Xz/2P5dJe/8AF02T&#10;AElbm4AHH9frb6/Tnn6e+Bvf/H6/4cf639P+I9m0RCxLU/6q9UZ1T4j1iYqSf6cA8cm45PN/qP8A&#10;e/cMrGa7H31X++ha3BuQwsPobDn2S8wl22ycqMhCD/vLdN20rrdW6gDvdVb9p/1Hp8xLSLFWA6dJ&#10;o5Abg2BJX+hseB/sPYtuSaCFb3tDCQSeP+A/+FhySf8AW944aFN5czH4g0n/AB//AGOpRtokhWAp&#10;5gfz6wxXSoCgcSOlwAfzIOR+ePaZrHYjRwFa8lrAWb1C9x+Le/KFYtKa666ejQChFPTpX0ihdI/A&#10;AI+v09P9ebj/AH39PaXqh9SR9Ljj6XF/6+9St8KD7erjT5celVR/QEG4NrXHP4+tv8Dx7Yqnk2P0&#10;5PP1/wAL2tfn2n06WCg99adJpD4YBHxdPkBGkt+bD/W5F+Obe2mrUltX0408Ejjg/wCF+T7cjYaG&#10;XzrX/V+zpFM1Rnh1NT8fn63/AD9L/wBfp9faWqAHks19N7eng2AW1gbcX9qQ5pj4ui6RG/Ae/wD1&#10;Z6nINIuLf1INvrc/U/1t7A/5IwRRdJbnmk+vix/mQWEuk7nxEaWvptfVfn8ezjke6rzFa2cgBik4&#10;6fi7YnZegzz5rteUNzeJFqqpT1zInU6l5qj+qy/pJvp5jOq3JHB90X9ZbMyNFuHcWeyEXio6qKiS&#10;lNTHMmp6dqiGUkvCImtcfpbg/X3kzLdIbGWFHIcqOH29YTRbcZtxW4mQgqdQp9menf2M1Y2pwqf5&#10;PF/qZuDJ6bERFeCb8/63sohBVKu2Af2dGk8ZUkLw697GHpfqHI7/AM3SSClkfGR1ieWRYpwZrVEa&#10;yU8UgpZ4jLpl/Sfx7RXV7PKpsY6aZBp/pfs/1fn0YbVtRuriB2U6KjqNWVcFDTTVVTLHDDBG8kkk&#10;jKiIqKWZmZioCgDk/j3c51xsDHbHwNHQUVNTpVCKF3SKKJJHi+2o0NPIv28DtVF6Yar8E+zblrbo&#10;rSdW3AHRXFPtHn86/wCbqXuX9nSCdVuYz9PXiv2j8X2dFY7A3k+fq5IaWSWPFU5aASEkIJ45KtDX&#10;eSOaSL7XwScNbV+fa9eWyvFL6W1MQqGzwKQVEbqxGgxfkC4B9jycsfCG36TAKE1Wv21pX5cOHUjP&#10;Z2yJEduJIUhmqa/b8P5dICGljulRHdgY0BZ2BSpa4k8sToP3BOCNJPJHuBJYty5cDm+rm/q/oebD&#10;2VXk0sXapxny9OvM7Ece09P9KpKlvD4mYC66AFAOkn+ySOfcVjdlC/1B9R/AP9Ra3HtRayySxSyM&#10;TrCnz+z7etsKxsatw8upbRrGDqHH09K8Xbi9vyCfZK/mpoG16EfgNB/Xn/L6cGw9grdmd41lY93+&#10;z1HnNpYWAn/Ef+gh0NvU9xi8gCLf5YpsPx+ylr/1PutfEuTkqZSRxKh/HNm/Hslt0RlDkd3USTKh&#10;h8UDu6Fj3cKPA8VOBdmiMmqJf1w6348q/jWBdT7k2wst3htohNGvhtX8LeVfn+3oO7fJPJBWQKdf&#10;/Pteg6mcCeoIuurx6ZHZdEh0i/iPN9I4b/H2wZpJ6iqWnpU1ySH0xxoWaUpEhOhVuWsASffWb7kl&#10;1abfyReqCwlHDUyk/wC5N56f6Y+XWBf3i7aE8wwkhtSA6f8AbRwdKXAMftXZzz6b3NgBrlA+v049&#10;veH68rGlgaujE8srDw0sSytUMQCx1xyQtq1KbjT/AE95Kc8b3PJW4DoJBwAqDgD0avr1Cmw7Ba31&#10;yL251+Ip44VfNfTrllM5TUEMkhliRY1LPNIyCJBx9W1i3Jtz7MG/SWXoNlZrdeSohj6XHY6aqp6C&#10;ppZoJpGgZPVJEaXwyRyobgah/X3ihzit09ruF/JdJSNSSrMzNxAyK0H7ep05SlsF3G2s4mDPUCoN&#10;Rw+3opGV+TmzavsvbfWmEykGYy2cysdDU1eNrsfV01Kk0U7aDJFkPuYZ4pIdLftta9vZKsZF/v4M&#10;qbKmpJTpVQgW9ZwqgDgC3A/N/eEXOU0ku9x6wQA6/wCFv9jrIfaUIkjJHRu5Tahg5LW0C59RP7X1&#10;Yk839h12tHZIHUHUFRefyAlbYAfm/uOObkWOS3Ip+H8vj8/59SPFXw4i3rjqRi21QP8An91jf+t1&#10;S/svU6HWWJY6nvx+efwCOOR/sPYNpgHTmnToQVUAU6cvceVAItXN7cX5/BuP6297BHr0oSOgOoZ6&#10;97RmVASZWIFwjAc3HJvbnn3SMB2ahwT1S3hjaSZl82697sH+ISA46b9Viy8Eni1NUk2H4N/949qN&#10;uo902o5FP8vTm31+tPyP+foJ+3XKbduLX8ifUA/8pFN7s56qXVuenv8ATRU/4/8AKBVrf/Cx9u84&#10;XEkG1ERntJH/AB4dSrsZI3nbyPLX/wAcbqsH5MCJus8org6hPhrW0jn+8OHkB9XH9ke0PulSZqpS&#10;b6RFxf8ADJTkgn8X94xW7ufqB5dv5dZZtXWvR59paBSYxwCpZqkG350y1IBsP6H2HFZI4nYAr9B9&#10;bAk8f7AXHuL1SNo2eTgft69DCjRh349D1TraNFW/H0vb8E/8U/1vcFpCbg3vxyDzc/6304H+t7Kb&#10;hUVR8+mZUCEU4HpwQf0+g4/2HHuM7lkf8DUbDgC5N/re97X9lrP4ciKSNJHz6T8KDy6kKv0/2H+P&#10;9L/Uf4+2eeQj0Jybn8345uODe5t9P8fatZJBXV8P+rh1Rq0NaU6yhBwTYfW1h/Ti/wDS359tUzm1&#10;goLM2q9vrqB5+oF+PZlZzlRR3otP5/l+3pqtMHrmV5JH9LDkfj+t/wCl/fCLUHA40heTpPPI55uO&#10;Pb/1zgGi5+3/AGOmyePb+fXTICOTcg/Tj/YcX/Psi/yzYfx7BjUtmxN/T9P+B9UP97PsZctXTvaS&#10;1GfF4/kvUR+4ygTWrfi8P/n5up1MLR2/2o/X6/Qf4n2UZi8ekBgBawv+r6g/Q/Uf63sVQLHLG7tm&#10;n+x1D0REuskZH+XqR758WBFiCPqObW/oT/X8/T2na5di0bHH5dVEmpmQeXXvePXc/ggHjm3DW/xs&#10;Bz/vvp70jcCD3dW6974lybFeBY3B/qDcfn/D22zFiC3Hr3XvfEMfpexv/W9jx9Pra3vQYjrfXvfa&#10;NYG9+bf1AJ/px/h7cB1Vr1rr3vkZDa3B+n9ki34v/jb21II9Jqcde697Mx8WJR/pGIFjqx0d+fwc&#10;zhyTa4uLe1vLhcb3tiIONzGv+1Z0/n0Tb5UWEhX8J/59PTTnf+LNlD+Rj60j/XFLLb+v59nFzDE7&#10;k3bH6bLt3PkACx4rZgDyAOCfc9XKLDeeMD3rH/z9/m61BX6fbZD8bRR/4P8AN0n6A3w+D+vqqcZy&#10;Tyf8mj4JuTc29oqvJA2G39kS7bQ/4kVPP1sb29l9zD2mYH9WQMW/2/8Aq/z8emrxP9yVHxMrt0/w&#10;sSMkP9rnt9R/utf8LDn2E3eoH966i9gXFWTf6m05PA+tuPfrkA2MIJxjpXbORtu3gGi0TrLiP+Lf&#10;S/08Mdv9bxr7KlkWYylWA9PFwD+rg/4fX3EnMMsglda41f6v5dHMndLXpy9tEjWNjawtb/D6fX/D&#10;2EZG0iqjz68BTz697w3X+p+t/wBQ+tr/AO39t+Of4evU+fXvf//WoVlFilmvbVx/rWsfcNf8ep1K&#10;Jx1v8e0tuGRVx85v9FH6iP6x8/Vfpew92HHpuT4T172YLpesEvxZTVf0bg3mlrC1lyBFiCxAI9r7&#10;5j+9LdiMlV/wV6e3jLWhYZ/2D1DA/wAvdv8ApkhH+P8Anaj/AIr7LPlJQJ5n59MsnK2/LNb6Gxt7&#10;dvmqI2OSSP8AAemIwC8Z+z+XUz2l5q6ohl1RSyIw/KvKo0AkglkYG97X91CLpXC10/6v8HRkWQCg&#10;K1697UWK7Gy+IvEtbV1lKFP3FFUVFVUUMg/aE6y033iRurxR6WDD1IbHj2w1uWyK8emP1Qe0sRqP&#10;z/1f4Ove1lTbs6/3ZEKbP4mHDylCPu9tUWGxlb5dKqHmlqqiZ/HrlJY2B4H9PbMttKoDVJPW5I1Z&#10;VMgz8qDr3tH7p6tqqqlSt2hlqTO0n3ELQ0C5CTK7gWMuZI46mnxtEyCQLbyAG1z7ftJY1I1VB/l0&#10;7ahU0lHBofWp/l172L3a0Vbjener6fM0rYyto9vvDVQVUEtC8Ej5QHRLFUqkiMotcOAefeonDXMw&#10;U9pcn9nDovvyGu3Y4q3+UdYo/wBcxBuDIPzcC0UY/wBh7JrPXqXiljmWVZNWl45Q8P4HqIfTcN9P&#10;8fZhoOlweNT0tRaQhS1esvtvkrWRyHaB5Aw9VPzCeR/myXvcfm/591EX6dSfw/5OtaMZOaeXXvbd&#10;PkQoYF9X5AvzwR/tXP8AXn3cwKX1DB620YJrWnXvbXJW67sHNzpv/wAmj/VfTj/efegfDHh6agda&#10;qANNMde9wFqCrXL3sLcEnjjjluOPdzL/AAr14v173kOSaJDoZyz+k/lFBBuw0vqDE/n2w6eIxY9N&#10;uAx1de9ts2VlH7SPHJcmTUxZ3iLXU2YSekj/AHj34qDUsx/ydNlQa9x697dMNvXK4iRfta+UaX8e&#10;n7mpB8d47xqEqYrR/tiw+nurwhiTXPW1LKaq/wDq/b172Le16HavbLZSn3DQDDz47H5Grl3BgqbH&#10;YzP1E1DCszGTL1KV0ssczzFnJsWZQeCPdD4lstAeJ4eX7OnKLMrq40t6igP7evewzzW1N1bbpWym&#10;0clTbrwSFI46GSpr9w75likvpmMNBTx0rhEBMrBrAke7o8UjUlGlifsXovMTowZCGh9Mlv5de9pW&#10;k3bEzlMhDNiMiw9eOz8aUGUjax9C0s9Qs66UILDjgg/n2o0DIQgqPMcP29ORXEbAD4W9Dg/sr173&#10;jnmR2mAcM3pv6lL3t/b5Y3A9uoPh/PpVGe5ftP8Ag697F3qpidpdpsCTpi2Yf/WlXgfn+pHtPuCl&#10;rGFRxq3/AB4dXvc8uTDyr/1lHXvYKnJOsrr9QGHP1v8AW9v3Pa1QPDX7T1ZXIhj+1v8AJ173nNez&#10;WZbfWw+vH+2Y/wBPeioYUPVSNYp1724U2YqYB6JgjqQwPkdW1AggC0iksf8AY+3rVlgk8RjjrQUi&#10;jA9e9yshU4TcEf2ucpo0kmVVfMUsVJHmKSKQMnkgydSZHh8GtnRrWV/V7eaaMU0nHp60+VempFRh&#10;pf8AaOI/Pr3tDZDB7i27H95gayHcmEWotHRwTV2Z3YYAGlE3hpooaYg0tOi6r2NTIB9GHusbQysE&#10;agb9i9MqssJqh1R+mS3+r/Keve8+I3RFUvpn8uOqkbxy4rK6KTJhxoDtUULztJqVz43JFw4Kn6e2&#10;ZoHjqCQV4VHDp+OZmArQH0OD+Y/l9vXva0GVuoSCR9LjW6yOGWJv0lIdDjxxWP0PtKsAVi5Hd06q&#10;gMWJz173yOWkUDkHj6/7G/8Ax0t+fbpUHiOnTmtRUde9u+2soz5aIfW8dRwuo3vA+rjyX91cY6tG&#10;3cOve/ZHLtTZisil0VVDUtETSV370YEVMjACB5BDxMQ355AP19+C1UEcevM1GNcqfXr3vnRVoq1W&#10;qoKvRWTsyz46vqQDTiMyRxfY0cTM8PmjBeS/6uD71SmCMfLrykEAqc+n+br3sR58hO218XHNB9sy&#10;T151tE0SsWmS+l2e7hR7bKglh5dPsdUKqRTj172ianIGASIoZCBqswKmUlQbACQayD7bmWsTsvEj&#10;pNISFYrxp172IvRmRK72nI0EmkpQf6/8D4GFjruT7b37V+4eP4f+fOpA9vpW8eTu/wBVV697sEir&#10;SRG6OupljDgG1gSNX6HuOefccQ4DKR6/4OpqtH73X5Hr3t0pchIjadbNe4HLXubDn9xefeyq+vSs&#10;Hr3uXR1TrOH1FSz/AKS39bH/AFX+w9vkY6VefXvYm4upvEp8h+gtdvpwPp6j9LfT2wwp04OsTrex&#10;03/1v8f959q6mriFChyPpYBv8SP+OnJuPbRQHy6tXqMy83tf+vAt/vXH19v2Nnd5wR9PzySP0OP9&#10;UTx7akUU6uo1dYJALcn8n/Yci1+APx/t/Ym0MwCr6vVdvzzb1/4+2Mg0I690xVMdy1gLcH/D+za/&#10;5vY+1PQzf0/HP0+t9Y5t7ZcV/wBJ1v8AwdNNTGLfjUeL3t+VPF+Px7U9NISAfTf6/m39o8c8+6ME&#10;+fTgKfPphmTk/X+g/r9Re/A/Pt6peJEJb6j/AIg2/wBiL+1Y/sf9Xr083A9JysOrXZeQf97AFvpa&#10;3HtW0bCwtYXFuOfyv9faZum65+XSOrkN+bmzH+i3uG/pz+efalo2F/TbT6QP9e0Zvcfm/wDh7M4I&#10;qCIO3cAa+frj8h150BX506DjNksspsTdjcHggAv6rG/BI9rjFONK3/Xo4Av9NKKbn/fc+zAJ3r6a&#10;x/kPRJcJmv4f9R6ALdYOmcj9Oh+T9PrU2t9RcW9qiA3dfrwBz/sB/vJ9i6D/AHET/S9IZD2MKeXR&#10;Ys5xUVhIt++349PJP1A/s+5VQD4XPBuvA5HFrnn/AI17NLdqREHhq/zdFMjhVNeA6D6Ip/FqYAuA&#10;tuTY8iRrWF/yf6H25YVrY+AfUkXH9QAXAB+pHIPsputLXMjhaeX5+tfs61GNQDedOo+74pBmKpiR&#10;byc/UAr44jZRwDbj3nkjIuTwBYi39bgE/n/W9o5blWjEaZrxP51/1f6qGEbdir1nxUemcOeL/ReL&#10;28bAXINrAH/H6+2OoDAaS3Frjng8qPpf8e1ySxMnjhO/hwzX0r/qx+zpQma+vS1oI3ao8fJH5v8A&#10;pC+sgleQCT/vPtnmHpYgcBTf/WsP6WJHtIfjXVx1efr/AJ+nV+Jft6EXHsLqF4BW/pHBW7/64At/&#10;sPcBwRDe30tf8aS9uDfn8e0E0qm4ILZJNPnT/VXqjnuOfPpc0EZJBA4Hqc8X+htxcEtc2/2HtrlV&#10;gpJViOTwD+NX+x91E0P+/V/aOq1Hr0qaVHLqApFtI5U/7SeOP6H2yVF+bixF/rb8aj/vrfj28jKy&#10;hlNVPXloTx6U9IrIwVhY8X4550fQX5Htql5DcgkXva34B/4n251b/N0o6cEMhsQCLC9x9SPz+Lj/&#10;AGHtqkNtX+uf94v7uOrgUFOlBAAxS/8AQfX8fpH+HuBJ+n/YN9fbg68OH+r16eIv1E/W7LwAb/m4&#10;PH/I/be1he4vqP8AS9uf8D7tXrZAGfPpzTn9JIt/RgL/AEv+P9tzz7jX/wBhwfr/AIfU24PFvbE4&#10;cgaRjz/ydbVSxwM9OlPo1NqszenTbn68kA8i54v7f6KMuAw0EEepST+Hf+gsRb/e/aF5RE6VbOaZ&#10;p5f5+lUQ0yoK/wAX/HemDIEfurpkvxYqgPJEQ5F7391m/NmApvDEsG0eQzE6Da5TD7e/IFuD7nj2&#10;4cy93nnP+2k6xf8Adkf7tAa+v/HIujLdINfZFDH6v23qxZvqNWVybc8n2RsNrsrB28Y4JGpeeDa5&#10;5t/hzb3J+528csgBYCv+z1DvjGGRqDVXoYffCQCx9Cgk/TjgEfTlQBz7Sw2SmoWTP2n/ACAdKBev&#10;5IP2H/oLr3vCraQbxIw/2pWb1D6W1N+Le73FuYgoD6ierm6MmJRUHr3vGS97iBCP8Y2B+vP+8e01&#10;D6fy61rh4U/1ft6975XZwVaONRa1xGVvwPyfqfexb/UAo5AB694qfwL173GJk5+nJ08L/T/kIWHt&#10;RFtlu3wyj/ev+hf8vW/EjP4B/L/N173jLyfhE/xuG/Nvp/hb2qO0wMPjx/pv+hevfof6j/s9e98W&#10;dgbaV0kH8G/1441e6fueH1Gr/Tf9C9a1LSlFr173iMjj/daG9rgqTwLW/tH8e9nZrbiW/wCNf9C9&#10;b/xceX8/9nr3vGWdRf7cX4A/bb8/Uf4XHvcezxrguAP9N/0KeqqY692mn+r7eve8DyufT4lHH/HP&#10;0245I55t+fbw2iEVIkoR6n/Y6o0scSmRVoynr3vC2si5ihsAbXjN7WvYc2v73+74v9/H/V+XTH7z&#10;k/32f2f7PXveIyuqnTFTnmwHjIP0+vB+vvy7fE1Q7kA/6vTqw3J3BQp2n5f7PXvcUTS/8caf+v8A&#10;myR9bnjV7s+22w4Sk/7an/PvVTNH69e99+WUXJjprWvYxj6H68XPFh/tvbTbbCfNq/b/ANC9MPPH&#10;8q9e95DUi9zHESPx4+f9hyPz7qdkt/8AfuP9N/0L0w8ijiwHXvfvuOVKpAG4PKi/J/Hq+vHtr90x&#10;1rr+H+l/0L0naapqFx8+ve8i1T6xxCP1AEK4/P8Awe7f8R72IpUBw/5mv+TrX1J/g/1fs697zCqm&#10;JtpjGn82Yj6E/wCrPNj7cKS60P4enDOAEYqaHr3vtZJDxrF+DyxIvx+OT7V/Sxear+wdUG5XB+JG&#10;p/pW/wCgj173n8sqqeVH1+pPH0H1HN/9h7beygZgQ4H2EdaG5XDmmlv95J/5+6975CtlBF9ZFuba&#10;v8foC3t4qelVT173zWrY29Un9LkOQT/h6v6+2yjniP8AB0hdpWw54fZ173zaomIFmk4/xbki39W/&#10;H+39t9NVOOve8Rlmtwz/AE/q5uP9gf6+3FkINTw6eE8g4t173xWSoYFtZvc6vW9rFmNiD9T+fb4R&#10;iO046YZmDMA9B173xeSe1/O3548rarWNueQbke/d+nXin59V8aT5de9x3mm5/eYc3/zzj/H/AG9/&#10;aiMP2qD1rxJDTu697ivUzAWE7cW5Er/kg/6r2sSJ1bUWx1bU2onXjr3vGKqex/yiT8f7ue97/jn+&#10;vt3Sta0z1bxDw697xLUzaj/lD8W+srk/U8frFr+3o0BJDYA61r697wSSyS6xrLEEeos5JJVSBdm9&#10;Vgv+t7SX5OqGv9L/AI8eq3BY251f6u7r3u134oM69UUIJv8Au5Tmx5P8brje/wDvufZjd6f3Un8G&#10;f2aR1L3tKOyQjhT/AJ+boqPeCK+6sRz6hEvFx+Yjbj/eTfi3se61LFtX1tfhgedJvfUeB7ja/YNK&#10;CPRf8PU7WP8AZD/THpPYJ7wqBa2twLqQBpIAtpF/6+2qUAni9/6/Q3Fxx/Xj2HZO2ML59LANKhQe&#10;lfTkk3P0/wBuLGx54+vvhx6Qv4Av9Pr/AL4e0/lTy691I5Nyw+pNuPwffkT8/wCw/P8AsT9ePZgH&#10;LKteHVtRIoeHUeRtJt/Tkcf42tyPp7zhUI/GrmwuPpyQR+be/de6jlnBPB08c2J5/IPFr/T37xG/&#10;1vf+uo/n6XtwfeuvDrvyi30I+n+oHJ/NgQD/AK3vmHQc6XK3tdVBXn+pvweP9h71+zXTqv8Ax+n+&#10;r8usZR241Lf6kM1m4/oLcjn/AGPvmx1aSn9Tx/T/ABsPqffgtCT69bC0JI8+uKDTqD/T+v4P+FyB&#10;b3kBUyLCynUSdGkWJ0guQL88gfge3YIxNroDgfLz+fDpp51iAArn06jTO0UJqFdTHwX1kuo1HQCb&#10;Gw+v5PvpXWRCG1KwH9o2Nix+h+vIHvcls40mtT+z/Kfzz1pXWUI3l16+iUFdBRjb03I9K/kfTgkc&#10;f4+5khI0KP024te1gBe9he3u1ghcygeg/wAvWl8+m4hdLOxu2rm49Vybrb6jj/bX9425a/4Fif8A&#10;Hkj/AG/Ps2R28Iljnh1SQ+HFQH5DrB6VUAfngc/TgXFv6G3uEwAraEf1q4vp/XUAT/vfsh5jP+6u&#10;4avrx/0rdJ7av11lT4PFXj6V/wA/Shw7M0dUfoPtG5JF7XSw/wBta/8Aj7Flv+AMfJ/zMY/r9Yb/&#10;AOH9fePek/VXx9Wb+VP83UvL8Nt9i9YFI+5g/wAHX/rcw/x+t/afqornm9vGSbn/ABb6en6/4+2I&#10;jiQf0+lxNCB8ulVDJbxkWvcDj/HT/tX09puoUeoEX5P9eOP6/wBP6+2pyRIKH8P+U9VJIyD0q6I3&#10;QG4HP+HP6b8f6449p2oAuSCP8LAX/H1/1h7ZbVqbVxqa/b0y4JFOn6ntpFgbcW+trWNvr7aZ/wBX&#10;+xP+9AfT2+n9mft/ydI5v5V6mr+OP7PN/wDEn/W4PtMzxszOFF3tYar25A1X4H4PtRGwUhiMdJG0&#10;q1Tx6nKRYf6k/wBAP+R/j/YewP8Ak1GrdM7pqVJIMONLwMwsNO4sIgPhuQSW5+v+Ptzk+5B5s29F&#10;H8X5/ov+zok5+aOTlHdz5aU/6up040QIksw+l7Na/wCH41f4D3VI0gSn8CwpCiaiFSMRBy7Asthp&#10;VtJ5+nvISCSUSxNMW0Y1fZ1iEY4w1enX2p9gbAy2+dw0ePpaeoqqKSWPzPDDVTSxqzMHIeKkqoUC&#10;kW5Hu9zfLUKPi8v9Wr/J16G0NxKi6KjrhJJHDG8srrHGilnd2VFUAXJLMQoH+v7ue6c6zwmx8VSU&#10;60lEsrxQtLNTw0wKXWmYyahRUjR14aP1kgWPtbtu2u9xb3TiqRyVb7f2dSNZbO0Fk8sSVkVSw/01&#10;P9L0XDs7eVXWU9XQ4tpYRGsqRI+tBVSqs8R8yw1DrUUEwYWsLt7MPkNv19E1PVY8JXUdRSxAVNMK&#10;iqSGaQO5ieaKIRJVwooLC5ZL3+nuTfoYLy2BjoMD+GtaDzC8a9Dfad022OwMF7NGlwF/EUVq0X1N&#10;fi6KjtrsvAZRslhs88uAzmNydcWxOWegxVXW4+lmjpUydLQVddJWT4GtqHKwTWCS20/q9xGxtNFH&#10;9zWVdIz6SZqWKeM1qnSJJC8MiK4s91JP9s2PtGkg2mU2sjVeU/aaE6PswF48P59OWt3LHNIIyWgc&#10;/b2sf2fD0oItxV+TqPtMRicokKMRS5OqophhXVX0QrFWQTOjGSORZFCj/Neoe01WS0TORSxVNuQN&#10;ax2+p+pjJH0t7LdwI1rThVv8nRu1PLoR8NT5RIR/EKihL2Rj4XqL/oXgCYXte/trZgHXTcG3AJAP&#10;1Nvz9ePazbaGJyw8j/gHTxp4TavTPTzMjMjB9JF+SoJ4sb/j6c+yT/NBi216Et/qof8AeK+Acc2B&#10;P+259hbmOERQxhONPP7fP/Vw6jvnAU2lAP8AV3Doauqf+LXkAP8AlcX/AB+sKHk2vx9PdauMY/xW&#10;m5/3eo/PPC/k3+vsIwS6YkPy/nXqI5j/AIqn+lP/AB49Ct7uPWMqrSKjKkttM1iqSaCwvHJ/b0Hg&#10;i/B49zPYbzJdWsBZB5/h/wChv+L6JLOWPwY9JH4ug1nRfI0ZkDNF+qIMGZAyqQJE/sFwLjjkc+xh&#10;6y2LX7qqjFjcS+QlQofvjQVFbHT61q7M1TTUs7x+QQlb3502/B99Gfuj79tthyRu891cItNAGVUn&#10;9e6BC6mFfKtOsJPvA2Ctv8bysoX5kCv6cP8AECPP7c9IDevbW0us8fVZDdu4sZgoFRTHTV2WxeMm&#10;qCrUyyLTw5LI0EcrR/dozAHgMD+R7sA2L0Lg9uqlZlgmQyJQPedoKumisZdPjFTiYJYm0SaW+l7W&#10;+g9yjv3O0+5SutspENcFq6vLgQ5H+odQfDJIkLCGOkVaHtofL0J/y/LqlX5C/wAxTP7wq5sFsET4&#10;jDmV4FmX7ihy9SwjhEjJNh95VFNPGXiZ4zb9JB+pHt47xoFg6r3ekcCqFwdWqxRxWARY10NEgQDW&#10;1h+LH3HO+SvPsm8d5LmImpzmoJ/y9Dn23Rn5htA7E92T64NR/h6Av4mb1kz3ya60lqMlNVNPuikk&#10;aomqzPI9VL90ZoaqZ6iYtGhZhpvdT7o/gQxZ/I6QReJvrfULVbCxtaxHvDXnBKb1blvIr/hbrLrb&#10;rf8AVUmvW0IHL46Ak3uEbjkG8QNx9bqfYYdqk6accniM8fX9FcP8PoPcb85kM9sf6K/4G6Gn+goP&#10;9Xn1PxX+Ze30EjD/AFvSnH+39gJMmrnk2tz9Te5/w5+v+vz7AyfEOnoPjT/V5dOnuHMvoP1+nFwD&#10;+D+bG3Pt+vAV6XHr3tFZhCrrz+P6+n0vf08CxPu8fxP/AKvLrUPxy/6vw9e9n++IYC4+cDnlP9e5&#10;pqn/AFvoB7f23/cpft/yHqtj/uUP9Megm7eF9ugfjyR3/wAAKmmvx/j7tA6ljLbjRgf0rL+Tbmir&#10;ABexH6veudx/uo1H4a/8/j/Y6lbYxTeNrdR3nxP+ON1V18nKgRbAqotJBkmx1v03JXN4ZvoXX8Ee&#10;w33WW8892/V4/re/+ah/1v6e8arRaNcjzAX/AAjrLUpSRPXj0fraIT7Ogsv6WqbabW/z1Tz9T/X2&#10;HdXZn/UCbAEXsbXH05tb3D81x4bzKePkP9Xz6SxOFUg9DxTJ+2nFgf8AW/3wv7gu4CW1f63q+huC&#10;eb3BPsmlmYsf4/M9OE+fU1E5BA4sSBY/48n+vtvllCatNvp+T9OTyLH2gchiEDAN/h6adNdPXqUq&#10;/S4P154P9Pp9LW9tc8oYHkEgXNj9BzfSQf8AD26jlTVKgdJmGSdNF6yqoBAP+w+n5t9fz7bHk0ka&#10;l1AtdRa9vpf8/T/bezO1fUpznFf8/VCqk565Mv4HHB5/1vpb6e/NIGA08Epfg/i3P0As3+w9uGR1&#10;1E0oOmivHHXgluPz/S/5NvyTb6f63shXysZzuLB6iTbE/wBSSB/Eqq45+vsbcsyVsrgeZlP8kH+f&#10;qJfcs0+mWnGP/KepUQsvH0PP9P6fj8eyqTG2kcfQki9j9AfSP8fY1tm/SYMcDqGbM4fX+X86V6ye&#10;+jJ6Rz9eeTyORxwbj6+0oNXc06Zjy8x+f+Tr3uO0ljxYD/E/W35sCD6fdunq9e9+1t/gAPxz/sP9&#10;f/efeyfQmnXuve/GQ2+n9P6g/wCH+xF/euvde9+Mh4vx9eLm/wCfrf8Ap70ZPDzTj16hbh173yDg&#10;pbjj+gt9BwQdX5HtHLPgimOraW9OvezJfFlwnYym9x9jCL/6+bwx/qBe3sx5XlaXmHaY6UP1MOP+&#10;bidE286voJaina3/AB09NWcF8PlB/XH1v/uLL/gfz/h7Oflyf71bqB/tbVz7kW/rXTfQ/wCH+395&#10;CXvxvo/hb/j/AJ/lx6Tp/uDtP+kj/wAHSfoAP4RhLgHTV4oCxNr/AG0fP0/r7Rda7GDY5/CVu3Et&#10;b/m/c/m/5HtLdafDhr/vodOXZT9bVSuhun+IW/iP+JqD9f8AaALf4Wt7CfvcH+9cxABGiq/63tyL&#10;8e09x/yT4O2pov8Aq/y/l1a1/wCSdtv+lT/J1lxP/ACn/wCWaX/19C+yn10hErFv7PPH9Dpub3/x&#10;t7iHmUhZpAPy/l0IWH6ulenH2wySgt9SfqLc/wBAT7B7eI+CMdW8KT+H/B17316v6D/bN9P9t9Pa&#10;Txk9D/Lprr3v/9ehBmjlkRDrVF1jUbD62P8ArD1D3DrIFNAcfs6lNl00zjrf49o/c/8Axb5yTYKB&#10;yObeqLkj6H68e6VYUKcemJiwQlRn9nXvY/8ARbCX4tzRqAFTP7zK8HVb78cm5bgX9qb2U/UW8wA1&#10;EAfLA/2Ot7xKf3bt94ANZcj5do6iW/y4n/pmjFv+nk3/ABX2WfKOqy1Cki4klI/xNyRfn9PHtdeE&#10;lI6j8I/y9eSQhUOnIQHqX7SU1Suq1wxC6Tf8Ak2H6v8AjftKNYoxOCa9bUTFg5HxZ697T1TPEZGC&#10;yOgJcsImCqx1NcuA925+vtajTKFIAB+zpYrzDSdCj8uve2ySpliJkidktflCyPxc8lWB/wCN+9sy&#10;ufDIFf29WeTX2aV697dcTv3P4OVfsslU07B1dvFW1cJJBU21R1UdwQL/ANPeksIXYamIH5f5umor&#10;ZUaolan2/wCx172NlL3odx0iYTeGPxuep1TR5twUzZNqcfqJx75HJSxoNQB4T9YB9ttaJDISjkNX&#10;/B0nYRCZy5Javn/s9dBVW+kAXNzYAXP9Tb6nj2ma7qrZu6b1Gxd0zUFSou+P3Dl8VjsWNfA+0gx1&#10;HK+gRROzc/50j8E+3VkdAAwH7OlgKMP0mGr5mg/YOu/YG7i2xu3a9TJFlMJkainhtpyWJx2Rq8ZM&#10;GWFi0NbJBDHIqPULGbHhwV+o97WVDqGoZOQcdNF3QnUKr172iZayMj01CMSf80JVMgtb9aBwRf6j&#10;/D2+oQ0/T/wdOK0bAVOfy697gvOwuA6lgAVDG4Jtzb+pAH4tx7voUnUMdW7Mspoeve45q3dtAFvy&#10;5fUnHPKnWefbLxhKZ6YPXvcVqm2pQ0wI1X4sv5N7i9x/xHumTWvVCxJJPHr3tsqKn66WKtcjUraH&#10;b66r2a/6v959+6qTXr3uH93pYPYXFxrP6r3v5CdXDX/Nvx7UFAtuJF+LWo6dBpGRXOD172YHoSvM&#10;0u64n8baNv7hcs3qJ/yCAAP6jf2lu1p4VAat+zj0pRFFlPdVbxAD9mFr172HC72yeGr5RSzyRRLJ&#10;YJHLOsKq1gYwsc8aotj9PwPalrKKpFcgdFVqitEkuptZXr3t4r8vsne0KUOfxlLjMi4uNyYWgxtN&#10;mdasHvJk6ySolIkCKh49Sce2tDwGsZqp8iTT9nSp1t2wyAE+YAr+3r3tD5/Yu7trUhqsDXUG7MUp&#10;BAatrMzuadXkjjDSQUNPFE5jlmYnniFL/g+3oZ4ppG1qUf8AYo6YjjmjGtWDqvqSW/l172JnTOej&#10;qNj9syTU9TQyQxbK89Pk4jRSIZMtk1j9DyM6lgoN2tcMCPr7rdxK6w20jjRnK5PEHpSsi3e23FnI&#10;SiduaUb4ifPr3sG6iX1N4iJQzHS0d2WQgm4jZf1Ffz/T2p0qFwcDplJAV0jy6974w1ZAPqV2AGpE&#10;fXIou1roG1DV7q1V8s9PI2eve8i1lySTx9CHvxZv6Fv1f8V91I1YNQPl1csfQde98/4gEBuI5dQI&#10;PkGssh50G7foA+g+nupjDA0YjppjrrXz697wxZmrpJGlpquaH13KxzSIoiDBvEoR1si6QAv+Huyr&#10;4ec1A6qqiM6tR697cnjwG6mijrIDh8owVYMth4aSkrqqqNvHJk62bzzvBNUTa5yPUSoP1HtwyOoy&#10;ar6Hq5EUmWFH9Rg/mf8AD173DzGO3XsuSliylOczjaiJZqXIYJK/KzRUxkaJHytSywU8E6hC8lrK&#10;FIPttSkgqhUNQ1BoP2dMOZ7bSWVWB4Fak/n/AJeve+os1TVQBhqY5FsNdpUZlPBC+mZgC39PflBA&#10;I00PTiTa/Pr3tUbRqXbP0qozamSpMeslVVftpA+u7W4H090lkRUYk9KFZVaoOeve82amSbJ18epi&#10;2qnCyH9UVoI2Ihc8qHtZv6+9JXSAoH+T+XVCxLMKde9s5neCVJ0neE+q80EjJJbhf1g6vobfX6H3&#10;tnCrTi9Oqs2kE17qde9rnEb0WWjgxWbepqKKN5THNDeepvK7SOJHqaoxKL2Asv09p2ZuKgV6eW4J&#10;AR/h/wBXz697n5eiaGM11DVU+Qo5EK8TmrlpV4ZnkECrHAB9NV/rx78gWbTDKKBv4cdedQwpUEH0&#10;8uve3/o2plO9J9DjW8ECEOxCKP4hAAylSGuD/sLe0+7OJbM2zE+Gv+9fCV6H/t6oF1INf+rUvXvZ&#10;+qTKmFYmR5ZJEkjWYM2qFYhp1upDDhX554I9gAIElkhPmG/b59TLaqFkmXzoa9e9rKkroXjEhPrJ&#10;AADJpsQrg8tcc+9ZB6M1fzBz1725R1I9JuATY/gc8adXr/NuPp7cVtVRTPT6OG+3r3tcYTIkJpLJ&#10;awP1IBsFI/UxHujL06OvEX9rWmrVkAuxsLHkgfj/AF/owHtmmnA62KCg6wsn1I/P1t/vH+x59q7G&#10;VQiYEENfkhubXVx/ZI4BPtt1qOnAfLqLIur+o5HJFr8gki4/Nvp7EqgqVaPXqF/6AjgXdTwG/I/H&#10;tGaqSOt9Nc0dz9P9jY8/T+gI+v8Asfaroan1/W4H05uf7f8AiL2Hu6x1jBrnp4JUcc9M1VGRf0/j&#10;n/bLa3BAv7WVJLq5BLAAcggfk2/PFwPaZoFp3CjdbC47vi6T1TqB/HJ/IP5Fz/S5B9qKl9RBJPAA&#10;AB/oLAENccn3Vp2ChAOtk6qDphqI19Tcc3vx9ef1Aix+n4HtWUQAUFCWFufqTyVPH1+v+x90WStR&#10;IaN+zr3SMyaEsTpFja2n8cOLm9uD9faloCA3pOoli39LX0/1/wAfZvDKWVBpoAAPt/1Y6tJlR9g6&#10;DXPwkrJf68m30AA8n5ueSv8AsfayxcxVwLm1/wCn5Bj4Bvf6t7PbeGOSIFgMAf6v5dFUyBiVI6L7&#10;vFGGtlJBJexvyRaYX/pb/fce1hRaidTKRY2FuOG4+p/P+39iUBEtowstVKjP8/8AUPy49E12dAND&#10;x6K9uQn7mpRVXVrbgkk3Umx/A0gEcj8e51WR9u3HGkm4H9eLH/WA9rrMamYas4/4v/V/m6KyviVU&#10;9B/TBhkoHbnVKUtyUsTcqAWIGr/Ec+5OCLtQ04IH+bH4/wBqc/S1vZbdqFuJhX8XTgUKKdZd6eJc&#10;pUstzd/pxY+iEc3vbjj6c29zJHcK6/hb8n6j1AAXt+faaeKICN6Uc/zxn/ix65416XooIj9SB1iw&#10;7h5gSSy6Vtyot6JCP9e9/wDbe2WoLlmHGj02JJub2J54/P8Avv6eGjR566/6vt/1fmp6ELHKNMcg&#10;J1WkuAFIuWcDj6rpH+9+2uQgBhZr2/H15+tybg2v7ZmYYY6fz/yU610tsZEzOOXAuvKMbEjX9S3I&#10;vbj23Fm9cdzpYEi315ITngj6f1t7J7wUMdx+MN/s+vTbeR8+hJxyxlNH1soB5WwIWzWtbk3H0vyP&#10;cOcI0XA4A4vf8kn+t7i9vaRnninYlv1fP9n/ABXl/PqhqD8+lJQLG+gWvGSSo54INvrwb3B+n+9e&#10;0xWBQ7FSQSCbX4+rD/e/ZtaO0kVXNSDT+Q6upx0qoQAyKFQKdJa6/Q3AP+8e2aUXv6iAT/quPzz9&#10;LX49qx06ADkjPSgh40jSDpUf2Sf6CxHPHtucMOPx/wATxex/pz/sfe3cKaLk/wCTpRFErLqYnj0/&#10;0yrKA5JBUBbA/W3N/oF+v1/PuA5NyvH1PPPA5/PtwSxU/FX8v8/TngLStT06RwSWDXHABAva7WW9&#10;xY/i3uJIVI+lz+fpzc3+nPu8feNVaZ6q0SqRR6dTUVo2AF9NhY3PHBFv9bjj6+4JNzx/W/HH0B9u&#10;SCkT9tDj/COroukZWh6cYBpdQeeD+v1XuD+b8+1JjCwOjlkY883sRq/H4ufZJfRReCZy36if6uOa&#10;/wCr5dXNAVf8Q6ZK12MoULp1/S3F7+MEHj6j6/63us35vOx3Rg3sq3kr76TawGN26p5P0N/eQPtn&#10;Ai2KTGRy/wBn/NQ+n8/z+fWNHu5bIu8RR6jT/rnF0ZXpYBNrLCv6Yy1ub8NkMofwTb6f7f2RkhVV&#10;QOOSD9SDx+bW+l/cm3KiZYZnJV/6P+z1BNtK0rO7qKdDF76kKEW1Ete99d7/AF+n05PtGsZXKyP/&#10;AIP8HRigLVYRin+l697jhSpFmJUWJ1MRqA/w/wBVx700jFuINP4utTKZErRQ3y697zt9CUDM1+fz&#10;yT9ePfv1HAVUWg+wcP59IRq1BW4de94fUbhrEn06QT9b3+h+g493e1kePUsgjNfiwp/1Z6VvDD4C&#10;usr66/Lr3vgyFTwpc/W5UD/H8fn3pLaUri8QD/mp02VjIy5HXvePSTY+MKbEAaR/U/gXF+PapLWU&#10;ZF2G+xj17SgrVzTr3vg6Scnxrf8AGpGJt/r+9+FKKfrSf70et6bft/Uf/eh/q/wde94GjYgABdXA&#10;JswK20/QqxB/3j24IHI0+NJT8utkW4wXcf7z/m697xaZALek/wBbhrc/U/1B9uLbMtK3DV/0w61/&#10;i60Bd/8AjPXvcWZJWS4FvqTYvf8AH6gQf6e3Y43DGsxJNPxD/MOtVt6mrtT8uve4umS3LJ9PqSQb&#10;W/3k297ZJhw0/wDGutObcDsQ1+wde9xXjYMbv6gfoCfqQf7JF/x7bMcjVqxH+2P+SnSaSSHK0p+z&#10;r3vgTyRa4/1wR/W4vf8A3n3X6aYCgmNfmzdJHiUrQT5/03XvfDXYgFSQRe5tcgDkD+vI9+FtccRL&#10;gfNumGjprfxwAPn/AKvLr3v2pPzGfwf0D+h/H+v794Fz/EP2t0m1D+L/AA9e9961sdKLf6/5sf42&#10;IPFx7uttJQFnIb/TN1tTEBRy+r7eve+CRvcE2uAfr9Df/XBv9b+1LLMDTSCflTpwPERhX697mJ5A&#10;dRMS/X8/m2k/p5uAfbLrJjUg6dBhwCrkfZ/n697zLEwPGlvr9DyLf8V918CX+l+1ulnj2/8Avr/j&#10;I697ziF/yyH6cgkg88/gj8+6+G/HWf2nr3jwf76H+8jr3vIKd7nmM8fRjY/7yvt3RLo1aDT7G61r&#10;HHwJv95697zCCa31p/8AW1cj/bC3up8ReMZH2g9JtcAOYZ8/0eve+vBKp5uTflVL2HJ+vHHupU8e&#10;2nzI/wA3V9FtXV460+ZXr3vi0D8XI5F7f1/At6CDz7sFf0H7T/m6qFtj/wASF/3ode943R4gADGy&#10;lf6kn/eh+R7dSSEqBITrH2dMlbckku1fy697xkMw50X+v+tx/Ww4P+t7eD2ZUVMn/GetaLY/jb9o&#10;6974NFq+qKbcXNx+AQb2N7fj3aNpQCFA8P8AKh/1DqrG2Wvea/7Xr3uM8IJJKj6i4sLf7cX5v7Wx&#10;V8Na8Oq0SmK9e9xDGNRUqP6Hjj/blfbnHqvpTh173xMar9FBuPyoP9R/T2qSuhetU697wkAagpID&#10;Wv8AjlRyRwOT7LL56yolP9VOnJkraBlGf9nr3u1/4mm/U+PX+tTlrn6n/i811+Rb6Hn2b7lBENp8&#10;TX3aT/x4f4f9VPOWfanCOQKmn/Px6KX3mxTdmHb8CFbX+l/E34PBJtb2Ptag1FvVe4/2Jtf/AFPu&#10;NN0GXP8AQP8Aq/n1O9p/YH7W/wAvSewEjeJUsmnUSOLfU6QP1cfT2yyqbkgsPoP94IuOf8PYUWfC&#10;o2mvp/qPSpMIOlxEq2BFzYfUG3FxweP6n3w0vdbciygk3v8A8UsPfmXSSDxHV/TrKHQgn6G7EAEf&#10;4/7G5I95QoU8fW1z9f8AD882HPHt5Zm0BKVA/wBXDq/FaN8HUdlDG5JAH+sLDk/n68jn32RxxYf4&#10;29X+seePp7djYuuojz695V8usbeluSTx9CePr9QAOfr/ALb3yTWQQSfqfybHjkf4n35jpYN8umWO&#10;lwx4EU6xuUBuABwOOCf9h/T2746TFqJIsjFUkOVaM08UUjqEVgf88Dbkgcfj2utI7dkkMzP8/DK4&#10;+3V65/LpLcvfAKbVrennrLf8Z09JLcce6C1PPtybELJGGWZMxPXQwya3S2j7G5OlQTz/AGvbqMZh&#10;a7jH1tRTyqQP9yctNSwWJBJJjUk+lT/yER/X2qWxsnj0wPJq/wBMp/59/P8A1V6J593vYFpJAhH9&#10;AE/yrjpJtuneuFLSbhxGNraT+m2qLK19bf8ASLx1EqL+uQf8gA/09zcXt8pkhU1QSqoIipjkpv8A&#10;KGkDwSo/jMkYifRMQG0nix/I9q02y4XT9ENcQr4lMhf4aaFxq/pen7Su+5otqxIYpIpu6mtaK3w/&#10;Dnup6dM25OwoKjBPSUjSYrPVAIjp8oTj1iMdZBJ/lsa1Jqog1KrNHcAPcfg+4eboKGgSGAP/ALkC&#10;z/xBEaA0saEK9I1PZFlDsj+vWLahxx7Q7qUgaNbYgy/Ov9H+Gn59HOzXFzdUa5RQP6Or+l/F0+7C&#10;zWa3BLX19RAibe00wwMjpVrlJplNVDlFyAkkkpRElRF+z4Wvo/Xz7YYmLgeS/p+rKB4yvJFr/nnn&#10;3WAJHFU4mb9vn+3H+H7ej/TSRxTtHS5q1IkYRBNDW0q5JkDmwIIX6C44/r75sB9ByOPwb3P9Lf6/&#10;tSZyRoKd3D/UOmpRGEoWonUQIdJYtYAH6FbWH+J/PAH+w9t7aRX0KgEN91AeR/tZBtY35Hsm315J&#10;rCVWOGU/8dx/P5cOkUDn6m1Pmsi/4elFiwVpayQ2IWmmU2P54Iv9P959i+NIpYE0i3hiOo/XmGxA&#10;P+F/ePVwri7nXVhmYf8AGv8AY+fUsQSNLbwSkZCj/B1BgbyOZSWDROwCg3HDErcH68e2OrLASBRw&#10;NS2sfrdiefTf2lTTrMYXBGr/AFDowjfxURmGSOlVS2dIpXNmuo+oJtZfra9vr7SdWL6/rz+kAcXv&#10;xYWNiT7eMUbHUw/1fPpwgHPn0qqSRkVFUj8X+hb8H/Y+0/ULcub/AE+ota5Ngf8Ab/737QClfl00&#10;wB48OlJE1gosOeBz/QG1/wAfn/be2asVl5BsPpx+r6D6D6H8f7H2ojkULpYV6TyquOp0Vm5/P+sf&#10;6/1/33HtN1bOpGglWPOtWIZdIX8gWAPtToTga6adJWhRzoq1D/q/1DqdF6h6h/sCBY3B/H9R7BD5&#10;JXfpzeDFU0+LFBUCkRgncOEsSguASRf/AF/aXlBxFzZsxFMl6/lE+K/LoLc/xU5SvgK9yiv5TJ06&#10;0gtJySSB9Sbk/r/2/uqlIo6loFlcRRszB3LqoWwAtrZeLBT7yHS7muhFbiJdT/w/Fx6xFeXTC0rD&#10;Of8Aj3Tl7ta6P6y29svGYirIpJqvLMpjmIo3nBYmoAjkWjp5Rw39W+ns82/lh7qW2uJ3kALlSBTy&#10;+ZX/AFDoVctCzuY7K4kciZ5WQ008V/L7eg03luCqSHK0VDDIGoKTzTyvHII2WTUhXVHJyAAfqB7N&#10;uFEKxiNY0X0kWGhblRdmKgA3/J9jVUg26GS1QHSRxwXP+T7P9VZrsLS1ihcgk0Xh2tq6LiWfISST&#10;1EksjqWUxltalQzaURSzN6b8D2K/X1XNWQ5HGzPFPTRUlTVKk0jzNFNeliD06uzqsgViFOkHm17e&#10;xtywtm+07teGSZnht5JFXt06lUcQKD868P29Q77mWse1HZdzs7i9WWe/jjZFwmlvEOAun8+74eic&#10;fJbC0mKyuzdx0MM2My9fuPDYOeuooI6P7zGv/Fqz7HJVUKR1MmOadRJJGXKXXVbV7RG6MfLjstMj&#10;y6oqrXVRyoxOiKapqNNE76UCOoTUYhf6X9ge/uY9wvrdnRlloJKj1JPn/sUznqS+W5VfbrYGJyzQ&#10;K1WH4tCfi6MZ1ZmoMzs+B4YCs+M8WFngnh8az1VFjMd5cpTx+SV5qaRptCTkjV9Le0nMWCtoIAU+&#10;kliDa3A4P9fbV2Fe4Jcnh/lPQljjR/ir0KVEFtGHUszD1qFBGo21EBr/AIP+8+4cDLyzBmlFr3Go&#10;C6rci9mGk+19olIxpOMjPzJ61P8Apo2nh/S6kV6vq0qY0iNyLEoSFJ4NvQdQ59ks+ZvG1qAcf5yG&#10;4/J/y+C9hb6+wjzpceBaWzKvew/5/wCo75yNNpT/AFfi6GTqm/8ADclzcfeJa/J/4Dx/69vdauLI&#10;bK0y8L+8pGnj8i5/rb/e/YNhYSTxwH4WHURzV8ADyp0K3u5elcGmhBOpG1Whks0cf7jMdEYIVdb8&#10;n+p9yxA/hDwki7BXP+r/AFfz6DFtF4Ah0lm+LoNquO88riyP6LyRXWR/21A8j2udK8D+g92SfD6h&#10;gbbGSq/tqcT/AOTjyLDH5ARk88i+ooTwot9T7zJ9hIBZcnzRxXDsrsK1J4iW4PoP4vt6w/8AvCxr&#10;JzHYxktRtVckDEUB8vt6ob/mtbyymI3Nt6giyVZDRyS14elWrqEpnQ4baEtjCKhIj+61xx+on2dG&#10;KjuoJ54JIsug8/2hoP1v/wAV9zW89Caf7PUASzBHMIUafz1cB8/9XlTqles3S/qqEnaOY8LJ5GXx&#10;WNmMTLUgpb/Yf4ewl77pB/os3gQ7alwldzxq/wAyoAvbgc/T8e0V/dGPaN3bSKeAePDob+2M7nmq&#10;whK9jyL/AISf8nRrvgrnGm+TXVYZY9Eu6KJQgJMWphUapVTy2Mrf2m/te6KGiUbgrrHkxG7cE8VL&#10;arGw/A94f8yzm73ddccZqfw/7b/V+XWZNnqSWmhaautvqFycVTNz+mOw+g5iFuASefp7CHtclTTe&#10;kDmO5IA/s135HP0F/cWc1TtPeQwMF06V4f6Zv9Q4dC2CJZ41WQmmnp5xQAgbn+2f6/6lL/61j7AO&#10;ViGuVH6r3J/oT/xT2HPBWLVprTpULZYxpRm0j59OnuDK4vY/W44/wsf9vzf/AF/bCrX7OlKpqqfL&#10;r3tI5b9yZV9Nuf8Ak4/T/gx9vVaFNS4U9eZRDqK/i697Pj8SJGWiqVsLB4hck3N6arAvawH09q9m&#10;Yyy+J/q869X2+JWbxh/q9egs7YQPt+xuPUDcW/FRSn6EH3aP1N+1mg6klrSXv9B/kddf8fX2q5tT&#10;6i0e0NAtPL7UNOPUrcqk3e97cHGldMh7f9IT1Vh8niJNmOXA0+ejAtyTbM4b9RP9CvsMd06mlkcN&#10;6hpJBuR+mmANv6/4+8YTIbVrqgqnb/g/2esrpG0XCxj4f9jqwXZ6q1NSRFbD97Sw4PMtXcE/0sL/&#10;AOx9hzVGzMTc2Cj8kfRP6fS/59wfcTVklbxKav8AD/m/Lh9vSJ40DkB+h6gT0Itvp/sLcn8n8+2h&#10;5wL2Jub2A/x5+mo245/23ssYUoKY6uopTGOpyp/X8Gx/21/6D3AmfUWtcXXV+CLeoW+pNifaJ7kr&#10;JRQCo/nw/wBX+rFXJB6zqnHP1+n+N7Dk3+vHtqlmYFrkXueOPr6gSCDY+1QZXA0Gp/Z/Lj01IKio&#10;Wp6yhLfXgHn82t9Rf/G3uIZAwBfTr1cC3JuP8Wv9T/sPaqMkRNRzXVw/1f6sdJmJB00z13pGocXG&#10;kgkWtxz+bcD3yWxVrNYHV9DYgni9iPp9PdY7wyTCJ+P5f6v9X2dNMTXPHrtlsNX+PP1IsPyOfqfr&#10;9PZCvlbODuPBAcr/AAj6n1H/AIuFV9GLcD8+5G5diENnNpNGZ/8An1eom9ywdUA8/C/5+PXOI3X/&#10;AGJ/43f/ABv7KlI92VSf7JtYc2N/8fr7GlqQyVAx1CtqxDMaZ6ye8bvYKF+gH1H+H+wAP09toADJ&#10;lq16bjPdJ9vXveJmP5tb62/F/wA/4c+7VoTp4dOceve+JkK20hT9bgm5I4/x/PvyrWvV1BavXvfh&#10;K97aV4sPzz/tj7toArq49XCClW697zlgbEn6/wCx/of9j/jx7RzSMqqYq5/L/VTrRrH8Ocde94i1&#10;hYElub3AtY/S1vaCRjqIpRQOtgk1JpTr3synxWkD9khZPSEoIWU25Lfx3Dix55B/w9mnLC+Hv+1y&#10;D4jcJ/1cTop3tf8AdfIfM6v+OHpszVziMmAL3x9YPrb600v+w9nfzmlNz7ma312jnSLgHk103J/p&#10;xyfeRd8WMtuAf7RU/Yx6SREjb9rao+OFP9rTpN4wFsViwSbpX0I+pF9NPGLc8/4e0HWljBstjYL9&#10;3t1yb83acCw/Fhb2X3SL4bUJOmUJ+zP+r069eqhkulGcsvSjQWNaB+VnP+vwB/W4v7Cnvdyu6HNv&#10;1LULyOOZmH+PHve6A21nbiOmig6ftqjb7UA/Dp67w5LY6mJ+vjS/0/1C/wBAPZRsncyvzazG2kfU&#10;Aqv1N/ra/uG+bT4N1GqnDD9nQhkqhhkByR05+2IGzHgXFv8AXPptc2/w/wB59gyViUap/wBVeveI&#10;5YZ69756z/h9Lfn9X9f+N+0XTfXvf//QoMaRGdVC6W9X0XSfwf8AiPcQv8J6lmQ9p63+PaR3TZMV&#10;Uavro4t9P87Hfn2x+JPt6RS/Aevex++PEbTfGOsH105jd7fQf87FP6A/j2ovlGu1r6j/AI6er7vH&#10;/uh20kZ8Z6/s6ik2rB/UwqP+TpTwPZX8xczVYH/Hadbc/h2+n55t7MrvAh/0o/y9eClQlRkoOpXs&#10;OauWQTMCDYG1wPpZiOBfi3u6FdKrXy6MFKaVUHGnr3tkapCyPcXvqtf+mo3+p9u9O1SvXvfAya0Z&#10;j9CG0j+l7kcN/wAi9oXPe2n+LP8Aq+3pE7DW2n+L/V/l697TFYWLsA1irWIVrjk/UCxt/wAV9r0Z&#10;WAYdPDuAK9e9wTVyxqI5OVPIdSS0ZBsq34VSfd6HOmnTDRgtWgqeve5EW58pjZkNPWzxRLcJJBM4&#10;Li39pldR/a/1/etJP4Vr1XwyvACnXvYr4fvetpYI6PcsCZ6hGrRj69qmto4vVLK4WKSqQLqmaJ+P&#10;7UYP49onsnZz4eD+zqxlk10YAp173nrtvdUb6Q1GPqZNr5V7eKmwtPiqKgdvTHaZ5GkmX9iAt9D6&#10;nP8AX20GuImoQT+09UKJI1VJV/lw697C7c3U29ttxDIRChz1ChZr4aqmy9cIxpsZIKOn9LXew/1j&#10;/T2qiu1aiHj+zqoE6BQQGHyz172EQy8cctRFOtRSTqCGgyMZo5UZSw9MczB/qDbj6e35AW0U/wBX&#10;DqviBqVqD8+ve8TV2pWCSCS6liXa76j+FAP6B+PfliBrWvHq5HH0697bnqdd7udYufwR6fp9Tf6n&#10;254afw9V7T9vXvcOSdnK6yR6ioJNgRqFrfn8+3XTRafbIv8Ax09bB7Hr/qwevezF/HYCbK7uj/pt&#10;Pc8v9n+xQ05H9faC8FBbZ8/83S9f+SPP9p/46OvewFz1UYchVBmk0eQkqhvcgAA6b/19mWnP9Eno&#10;ltnAt4RXy697YVyUg9S2UC2kklZATx/qrcW/w91KKag5Xp+uvH4eve1ThN85bGTxvSVdUvL31zTI&#10;g4cW9Mg4YOfaJrc+GwHVD4qAeG/XvYq4rsfbGVwG4tvVdBHgzupMWuQzOIpETJFcLWyVtOTLNOyM&#10;VEaxDUDaNyBb3VbaVdTcQBw/b1VQHSSMrp1UyBnHXvYbZfr/AHNh6c5HbORi3Ht6G7x+SuNRuANq&#10;WOXRjaCMi4qZGAt9Ylv+D7Xxsj6lkGlj6cP59NQ2k8FSkgaM/Op/YP8AVTr3tCw5yANpmhqcZVAk&#10;SJVQtR1jm9vVHMyyspIJXjkG/tx4iKlcr9tf8HT6TBqnSVPzweve3NKst6tYCt9OSCS3Oorf6n2y&#10;ENTQZ6d11NT173yM6n+3/j+eT/jz9bj294P9L/V+3r1eve8SvckEBgeOfopJtqP1t/r+9eC3qOvV&#10;4de95aMuMpSOJGUpLCFiLlaeVROhFyLE6/px/Z9+8FqUx14V1jP+br3sXd17jq8OcL6Y5KOoxKNV&#10;UDtI1FLrleN4zEJFV4zGCvP1B9tQwhpGU8QelUjElEpinDy697DufC7b3HN93g6mTb2UdtX8Kpft&#10;sdt9mILHVIxklGgCyC/5PvwdkBVlqPnk9MGKJyDGSjegoB1725bWhzmH3TRY7NUUhkkjrCtdRJU1&#10;FBaOkkkcpXMBCyvqVRb6tce2ZGRg5jOBgg0r8sf6sdUSR0l8KRTWhyOH7eve5OcndctWEEBQ0fOo&#10;Aj9mK3AIUcn3uMaUA6dIKsR59e9p2oq9OktIxiNzJdgfTxp4vawb+vvxRXrQZ+XVDQmvXvfKCtkX&#10;1DRb8RsSNQv/AKm+ok2v720avk8et0JNPPr3t6x25qrFNeAiqgfiroqxm+1li+pUxxunkDMPoffh&#10;EgIOnI6cU6Djh172PPUFXgcnuhqqnMtBVrS0zyQUkUMVKStXCSBdmfQXa1r/AEA9kW4Eqs2rIII/&#10;w9SP7fvH9XI3A/L7V697ODJkggiWPTGONRXUGdbgfukPZtf9q1vYCLt9TMhOM0/Z1Lds1ZJ0Hmrd&#10;e9vuMy9hGrMSNSg+pj/xz/Grn240rfwjperU697WsdYrpG4N7KthxewtY8m17+2xO6gig/1fn0qR&#10;8aeve3qhzAhsC39V4PH1Av8ArFrge7m5/wCF/wA/9jp4SD0697XuNyiyBSWJNxY3P+PPDXv7RGab&#10;hr/kP83Vg3XvYk4utSUKwe/+x+n6v8W+tvbDTyBPD0ilKf5PXp0N1gkS3P8AjfkD6i1vov49iLjq&#10;hWjNnuo/x5JBktxf6k/n/efbD3JCUp+rTj5fb+z+fV69QZI+f8PwP9b/ABP+t7WeMqgZAdfBFhzw&#10;eXP1vx/tj7UsO3SV7q/6h09XDdNNTENFwOOT/a/GkX9iFj6kEcn8cXNxxcH62F7+0ki1z1vUB59J&#10;uqhP1A/PNuD+LXsD7VVAxPJ5axFzfgjj+tuPdWAFK/D1vpN1qkKQOB9fr/tr/nk/X2p6F7MB9QDx&#10;/T6j6/7b2qPWxkdInIxixa9ieL83PpN7fTmxH+x9q2jF0Asbhwfz/Rbf7f6e7wMBMh10BX9vV34D&#10;/S9B9mwfHMNN7Kw/pb9fNvyefayxca3Bubgr/Tn6f4/4f6/PsTW0rDQg4f8ARPRa/wAfReN5BtEz&#10;2B4c8hvwasADkG6sb/04/p7XVAl7t/ZEgAB/NyCf8fr/AL37PtY+nij/ABaK/wCT/P0Q3vwkfL/J&#10;0U/dLaKmdvqTqHp03DASG3PHpBH9b+5uQCpHOASV0Mef8RdvpY2+v1PtZt7H9Ekd9af5B0UxVIz/&#10;AGn+qnSHoA01XDewtLG39OQytz+oA/T8W95cCB/D6Ykg3jF/6/Vvpc/n3S9/3Jn/ANMelR6wb1Zv&#10;4vUqoYFX/P6f0Rcmw/4n8e59TEgQsCb/AI/I5YX/AKfj2WrcyyBYzSn88dLYmJ0A8Kf5Ou8QmmqG&#10;kE/W9zyvokA0/n8259sVQGa5W3Nv6/7T/T35pUjoG49KTjoS8TEzqg/TbUCSRYG7n/bm/toZSeAL&#10;luAB/W/I4+g49o5Zq1dzRR/q/b/h60T5noQ6CMIQqXZhYm4H4Ujg/Qj/AHr221CmMlfoOTa9rm34&#10;5AH191iZZVWRfP8A1f5OtU1Co6VtNqIsSCQVvpOoH62JuObA+4FTKCGA08kn86beoG3P9fZUsP8A&#10;EeqiLzY9LaijbUn1NrfUDXeyW/s3+ntP1R1HVccXKn8fU3t9P979q4u1WVeDcenFRR5dKyjU3VSp&#10;1LYfUm36P9e5Fv8AifbFMdJIUg3JP0+nBtf/AAt7MUm1fgx9v+x08kZetfh6UFPSAgansbKLaTyL&#10;rcXv9f8Aifbezk3v9Q1rD6WGqwH1/APu7nuQeekf5z/h6VKAoCjp7p4fGpI/SxY/m4ubcg/63+8+&#10;26a+o2+hv/jxz/sfr70Ot9PMFtIv/ZsLXtY3HI/qbf7z7hupU/UEfgj6G4BAA5PuyTEo5AOo/tBz&#10;1WgNKjqfpUlB9AtzYg/S9r3FhYW+nvEIxbgfXgf7e3HFr+/STuxoTX/B/Lq4Fc9SEAHPAH5sCSeB&#10;+Sb2J/2HtRYuJwSbGy24Ib+0JQOPqPp+PZBu95HHZy9wrj/jy/6v8HW2oFp02yQ+asgVV4bXqItx&#10;aHVe/P8ATm/591l/OWMx7hwJJteTJEm30tjdtEn+vFuPeRnthN422qRWuf8Aj8g6xx93lrvkfrgf&#10;9U4ujD9M8bekX+nj/P8AWryRH4H49kVYAgH6fX/Xubf8U/23uVnqYIxTNT1AVorFpRTPQxe+IjF+&#10;A3HP4/3jj2XGUsNNKdLlQk+lOve+FRNFTopYem5BIUHmwtzwCLj3XUKsz9LYYgxYFf8AV/q8uve2&#10;181Sw30o7/6rTFcgerj0OP6eyafe7eCbQ0mV9a/5x07+7DIaquP9Xy697j/3lxygsRVeTUbqIA1x&#10;ex/tHm/tZNzFaG3XxF1Dj6/5fzqOtPtMg7fDb/N/Lr3uM268aWt4664vwKf/AKTt70nMO24H0/d8&#10;l/2eq/uhvMN+z/Y6976G68Zfha3+v/AZr8cfUSe7nmWxOkxwhSfxaQv+XpuXapaAhD+z/Y6974tu&#10;zG8f8DDyP+Ub8i1+PJ+P9790/rDF/vwft/2ek/7ouf8AfLf6vy697xf3oxga7R1xH0AWnLE/XjSZ&#10;CTb37+ssGgAsfyyf21/1fb1ddmu3oI1Gv54H+9aeve8Mu7cSGssGS/pf7N7/AOP+7L+6/wBaLGnx&#10;zV/0v+x1b9x7jppoirX+LH/Heve4L7uxjIR4MiFPGo0LAfk/2pBbn29FzRYJKpJkI/0v+z06uwbh&#10;rGmOGtD+L/Y697wtujHaToirjwCbUjf6/wDx0/p/sfbrc47Tivif7z/s9efYdwNNSQj/AG4/zde9&#10;wH3JQM1vFXah+ftSOP8AAh+SLe2zzftLGgaSh/o/7PSR+X79wVIhCn+nn/B173iO4KP8R1v1+v24&#10;/wB4u3193/rXtLZM01f9L/s9Mf1Wuv8AlIWn+nH+br3vr+O0Vv0V/wCDb7c/n/p5/h79/WraQ2rx&#10;pdX+k60OVroGoljr/p/9jr3voZ+gIv8A5d/1It/X63b3T+tu2aq6pft0/wDQ3V/6qbpX4Len2/7H&#10;XvfH+N0X1X7762t4Htq5twW5Huw5w2wNXxJP9X59VPLG5nytj/t/9jr3uVHuCiNmZam17cQ3F9JP&#10;ADf1H+w93fm7bFqS8o/2v+WvVxyxuIcl1gDf6f8AL0PXvctdxYm/q+7IH9YF+g4tYPx/xPuh5u2x&#10;h8Utf9L/ALPT68r7hpAKQ1/03+x173nTceJBvatsfz9vf/D/AFV+Pdf64bTXi9P9L/s9e/q7fV+G&#10;3p/px/gp173mG6cSosPvT9efD/rHg6/r73/W3afR/wDef9nq/wDVi+/3xB+0f5uve867pxXN4qmx&#10;+l4RYAmw/tj2yeddnphrr/eP9nqr8u35GJWr9v8Asde95xujFi/olA/wiv8Aj/lpxb22ecNn8rq4&#10;/wCcf+z0w3Lt0af4w37f9jr3vl/eXFseXkGr/m3/AE/5Dvf+nvX9dbFMJopX/V59XHLkygKttCT+&#10;X+br3vE24seCfVL/ALBUtx/gZL3v/X24vOVr/CP2H/P1tOWrgcbOGnz/AOK6975vm8eyg+RBcDht&#10;N15IsbkAe3U5hsHOpphqJ1YYD/L0nblubUw0Nqr+H/iuve8X8bx4/Mf+wUDgWP8Aq/aqLmDa2p+u&#10;K/6Zaf4a9VHLstf7Nv5f5uve+T5uhZQAyDSPTyoAH1sRrP8AX+nuk/NVnEulZRoU9I15XuTMzaW8&#10;PV/q8uve465mklOlHW44t6Sfp/wYEAD27ZcxQTVo5z/q9ePp1W82Ge3UrpalP9Xl173mezDyg8Mb&#10;j83sbf6/P19jS2kE0EcoNQeibQ0dFbiOve8JFx/iP9vb2vi+E/b1rr3uNYNKAfoAB+PwCR9fZJuL&#10;ETMwGQ3+RenJmZbNmA/1as9e92y/EtB/opx4tyJ8vYj8XzFcfrb8ez3dn07IlcLX/n4DqWvaf4X+&#10;z/n49FB74Yru7FAfmnjuDfkeNieAQCf9f2PeRUBhbk8X/I5H+82AHuMb1j4Mn8Pd/sf4ep0sz+g3&#10;+mbpP7eNwBf63t/yC1z/ALyT7ZHT0X/2kE/m9if683t7CMkoNzo4jX/hFB/M9La1NBxr0IMR45Fv&#10;7P8AjcWJ4HFuPeEalsAL/ngEf4H839r5NBIY/wAP/FdW66Wxv+LNY3IIt/hxY3t75KwIs3J+n55u&#10;f9t7T9e65stjdeB9fxxYe/H8/W9z/wAV/wAPZjH/AGX5Dpxfgc/Z1Fb9QPHJP+wsSP8AH/fD3zj/&#10;AFD8AA8/0sf6n/H3R/gbpmT4G64SfpNyL3H+x/N+PeUsgZWkdktYakC3Gr6Dm3BBufbbzX1vFK1l&#10;aiSMf6f/AJ8P5elPt6STwPIjOisVXrEsEc3oYjUbNpcroOnkmzXFxbj3wqBodIlYOYg2pkIZHLi4&#10;Mj8A2HA/x9mGyvLuDA3beFjzx5+ny/1U8tQWkLW5klrT+l1hKpHFLOq6hOyaVYMssSpZSsSDkBzy&#10;f8PYsUvjwG0qTLVc1Z93Uic4/HPdqS8OQNPUgI3jlFopg5sf18nj3LHLX7n23ad9Zrsvcy+BpBCk&#10;HTIwbTSta6j8q19D1BG8NccwcxWcG2yhoLKvi0OR4qDTTTq/hbj/AJOiVbkqcv2J3HV7LxWJwcWB&#10;wjU43NuWGSSPPxjJbZiymH9SLPSNqrKEwesC8PA9XsMp6iWrn89S5epkN31nVEwUDx6mYsfSij6/&#10;Q+4jnRvrHkbgw/59yP8Aiup8tYkFggjA8b+XHo5GOpKXG4yOioIlgo6cHwiFAkqGSVjKUSMKtnlc&#10;20/Uc+/K9wAt9bcFbftLY8FPyWP0P9PZjBbKzyvWoB/b/P8AOv5dKA4ZGUfGvWKUhbatOlQG1k/v&#10;tcXtJdbaQBwB9ePc6KCWokVUjHCrfhrc2Avwfr7d06TSnRBPdN4pUip6YqitgpYZJJZiAWcXYoNI&#10;W5IHqA/5H7Z5FK5Sk1D9NXEvNibq5Y/Uf0t7KuYISu2MThtR/mrD/P0otl1PbMfN1r+fStwsqvQV&#10;eg8PQPIPqB6hFpI54/3v2MAT/IomP/HGI+ngf5sk/jj3jrfAtfFR5s3+E9S5b/7h2/8ApR/x0dQ6&#10;OTS0o44lcWY8k6owAvP5P09tFSjPE7Bb3uAbfjS30sPp7Rdi3boP4T/x7pbb8Pl0qKWS0cWp+NaE&#10;/i5Cr/U2B9pOrRgzXWx1f6x+v+8E29qH/s3/ANKf8HSg8D0q6FwfHZrjjg2I/HN/9j7TU6mzfg35&#10;H9LG3H5tb+vtGdKOQpqvVK6T8ulRA36CRyR9f8Dz+SRf23V0f7YI4vyOfpYjgWH0597hP6i/6vLp&#10;iX4epkD31A8gWuSP68c3/PHtK1IFgxsOCBf8j0/S/wDS59qmPcfTHSWP+3THn/k6cogfpY/X/H68&#10;j8Wv7BT5F2PS28/qP2sR9PqAdzYcW/P0A9lnKmpubNkPEnxP+rD9Bv3BXVypc4zpH/VxOnalv5Pp&#10;YfQfX+jG/uo7LVCw42okNwEQm4tqGqRFHHA/P095LbAA26bajcC7f4Gr/PrDe/QjaZ3UZ/2enL3a&#10;V1duqXLL15BJJMUFaqlSWIZVowliGldQQoHvIyDabf8Ac9pMiKCJHrx4f6j0H+UN8lN3tNtr7Rcn&#10;/L0ht2UCJitz1caL5ZsPJ6rAHVGJHW7Kmo+o/wBT7O4WvEmq51fQfQ/S4A4+h9xhvGtZL9o1qEU8&#10;fs/1U/PrLGzLxxCQKCNI6LJQLaVbcepQWB9IGqzEn/Varj2LXU2Mjq67LFpDFbETsDeNVH+U0fJJ&#10;BUXD3/2HsX8ky3VxsPMA0LiymJ48dMYGePHqMvd/dJodu5WAt0OrdYB+Lzjkz0Sr5vbtl21h+uWg&#10;pBWiXsrb8DxrHPNIYzj8+7aY45FZuYQvP9fbBvyFqaqkpHDTSGscxOQXfw+WsiideP03W9wLX9hN&#10;ku1uUcxKR4Nf8H+b/Ueh/wAuX0j7ZbKLdNP0yn/jC9DP0XlKTMbZo8pSkUkLY6lSqp+IFStNBiqq&#10;oglUsdM2iYBlZtYA9hpValjCgFXH1BBFiL3uCLg349tNMdZamOH5dCK2eijH+r/UOjD0Kq7szMGj&#10;I4ZWB1BtJFiDYiw+v+HvFCulQ+kHVxb68/SwH/G/a20uBpIZv9X/ABdf9WemLl8NX/V59ca4eRyg&#10;YjTYj+ySAQSTYH6j2R/5pMo2vQ/4yQWF7kf5fT/7f6+wXz5M/wBBZAvmmf8Aez/q/wBjoEc4r/uo&#10;Va14f8e6GzqxNOLyHH/KYvPH/HCO1vrwbf7b3WpipLZWkBNrzJckfS9rf7e34/HsBQ3jLd24B/i/&#10;wf6v8/URTr/iwI/1Z6FH3cxSSj7WLTbgPxx/q3v/ALz7nORdMlWU/wCr/iug9EoPgErju/1f4eg8&#10;qEJmkB4uUt/ySv0uPqL+7PPhmGk2Vkn/AAPB9D/XL54Hkg/UD3mV7Iyr/VV1rwf/AKyT9Yd/eEWn&#10;NG2geYf+UUPWub/OJq4qLfu0onNjNJlQLgEnTt/ZBPFwRbVz7OnEraDZebfW4sDa1if6C/uVZb2I&#10;g0bPUBTwgzqC3D/V/q4+XVGsmbp/GQJLgknm35tqv6yC31B/xv7CnveIt1bvAAD/AIstaLEG3+aX&#10;+nP0HtHuF0rbFvLVyID8vPoZe2Ef/Ix2xTw8Rf2VP+x0cf4E5pW+T3UChmJfeFArafSLsJww5NuL&#10;+6HahNG4a8WIvE/+vf7pufoOAD/sfeIu9O53YNg5x+1hTrM63iAfX5hqdbotK+vD0ZuP0Rf7zAv4&#10;ueb+wa7YW/2x+nqi/HJbTXgc8/19x7zIofdIONaD/jzdCaBwEjP4q9P2J/zDD+jm3P0uqfj2X2dl&#10;BJH9f95sSP8AebeyaQAyv9p/w9GwAYj0of8ACenX23Si4uD9QBe/+0k/X+vtPJhzjHTwX+EY697S&#10;+RQ+ZTxwrtyf8SOb3PIb2zJXSv8Aq8z0nnBAp172ev4jvqpK3ngSw82N+KarPP14t7X7JxH2L/gP&#10;T1h/ZJ+XQW9rf8WFeL+ogcj6meltb/G9vdn/AFhM0WaQG9mWQW/6pay35/2r2a8zKptnetGwft4f&#10;5upM5NlUb9t7cK6/+ONX/L1WL8jqNarZk4ChtMlFyNJsTmMPfnQR9F9h3nWZ3nLC3C2t+bLCOLk8&#10;394k7k4j+oJNTVf+fesrrlgt4lW/1U6P1tWIBaJUP/Ha5P8Ai1VxwOOPYX1kjBmDtcXbj/kH6fn6&#10;W9wbqSTVKBRutEKwLAd/Q8RLa1v8P8fz9T/t/bE7FdTaje3IuDa9r+n6XP8Aj/X2nleilvM8P9Xy&#10;68BjqYtjYWB/P55/p/vPtveYEFxy3IsQRfk/kGwsP6f09kt5P4dyFYf7Ff8AVTqzrSqsOpKL6fzb&#10;/ffXj63H59tUlVdjfg3+hb62vcjn8/091S5TNXqP2f4adMMtOBx1l+nA94TKGYaSSbqf1C2q5vze&#10;wPHswS7H07M3kf8AV/qHClOksi9wx5ddW/wFiLH/AFv8Ped2CqeRZlsf9iQbjk2/4p7S2d3rnYy0&#10;Hp01QMcjPXiOP9b8f1t+OfZBvlSR/eHB8jnFX/1wa6qt9bE/T3LfLEhlsbh2Yn9Wn/GQOon9yU1N&#10;bkn/AEOn/Gj14AAAAWH9PZVr+peQeCP9gP8Ab8+x1aMAh9f9X+x1C9vGpZvTrv34uLKPr/W34t/v&#10;BHP9fbcdGd9J6SBQskmc1697xFv95/5H/W9h/tvbvaPn1fr3viWsRfm9/wDeP+Ne7oa1x09F+Lr3&#10;vmv6bn6/0/AP+x9pZpq1RPh6vWvXvfMkng35/wBiP+JI9o3bStfPqtNVK8eve8Tvp/1/8f8Aif8A&#10;H2zl21Ux07HGTpx2de9mP+Lp1dlQD/VU1KD+T/xesR/X8cf4+zjloU3/AG0f8PT/AI9H0T78NNi4&#10;/wBN/wAd6bsubYnJn6Wx9Z/7jyezy50M269yRngDZmdJ4b6/fzAc2t/sfeRF9TxrBW4Exf8AHukU&#10;J/3W7V/z0Qf4Ok3jCBisay83raO1yD9aeO/54/1vaCyT6KXZKkXAr9vD6/gz2ubnkD2jnGG08PqB&#10;/gHWr0fqXRT+I9KFP+U03+qT3H+NvYU97n/fzuw+umcf4i87/n3Xev8AcW2/0n+fpRB/uBD+XXeH&#10;FsfTD/m2n/Qi/wC29lOyf+ek/wCDHj6W/Tbj+o9w5zW1biL/AErf4ej92LR21f4f8vTn7T4/U39f&#10;T/QX49gab4B9vVOve8Oo/wCP9f1H+ntN1v8APr3v/9GoDJ9S4zMH7nZuajq4lvxk5qSgZriNBZbk&#10;8PHJ/sLe4mYilGjz8v8AV/k6luRGNTFkfaB/s9b+QlKqPMuhje4jDyqP+QhGD9P6gey+762ZuPFU&#10;81PU0M0oIsZYVlnp/pE11mjjMfN7Hn6+2VSNmqsmeiy48ZVI0dZvY5/HCA/7LJnbqwFJkd3MyshV&#10;z/uTVSNBGoqLe197boZLD9TLP/k/bnP+qvSzdyP3Rs60y07n7MdQJH018K2Pritf8C3mP+wP+9+y&#10;o5oItRVOodlNTMxBUhiwkb0WI+l/99x7NJoEdJVMtNMYI+fXrUpJ9XqfSscAI+fU/wBoaqpUdmaM&#10;sTp4DjTyWZjYkD63/HsnrKoBYDj0lW4uGIJTHXvaQrY1DyjRqYaxY3K6rtflTbn2siY0GaHowiaq&#10;jUdLf6v9Xr1722VVR4YY10C5jHBYixN1sARciw/23tlU1NIdeNXH16oPxd3n172nHqOWb6k/q+p4&#10;uPoT/S3tT4H9Lq2n59e9tM8+lmAawJ9aDgMQBybG9gT7UU62TTh1723zThuCiBLcKL6Ra3Frk/U+&#10;99VJ+WOve26QqLlje/BFj9Lj8e31l0oU01HW9QoFIr173BWvlo5PLTSNAw+hj9JWy2/qSCCx9tsQ&#10;woUX9nTDAHr3tY4DubeO1VmNDlKsRFAHj87xpIiuWCOyLcga/wDW9o3tI2YHNT1Uu8TB1lap+fXv&#10;Zn89tPqrd21MHmd14KlweXzUnhfP4yiesrUY0scnkLSypExRnJAv9T7TzyyWlx9OrEoFBqa+fRju&#10;wtrGeO3eIMSoOsj+Lr3stO5vj1uaijqcx1/mo9z4WFpZDHkq+goK5Ei1zPHHQRM8sgRPGF/J1EfU&#10;ezBbmLtWQAEgcB0nltJNKywSawQONAf9XAde9gDWVVbiq16LM46tx1RDIY5pJqSpih8kcrRSeOaa&#10;NVkXWj6WHBC3+ntQFVl1I4I+0V6L2k0OVkBB/l+3r3vmtQspVlkEi6iy6WDakNmGrSSF/wAR+Pfm&#10;NYGUfhNf5dWEilXoajj172Zv40ss+4N3BXIVdkbuuW4IkXH0/oVTxpa/H09oLon6WOQjvVh/gP8A&#10;m6NbZtW0Xf2N/wAd/wBjr3sv24pQMnWJa7CRx6wVNtXJIJ4/437MYy0kUUlMt0SWya7eBq+XXvaU&#10;km/cCuOeb2BZRwPz+OB7qcAnpzWFyeve4stVIpeMPpUn6KeCAdV7jjg+9oFIqB1vxAeHDr3vwrXV&#10;7oQqDlYwCqi63I/ryefbgqBg9e15rTHXvax27vbNbblinx2QqKcqxN4X0k3DjkAEcCQ+9MQxqVGo&#10;f6vOvTivUhlbTT/V/l697EM5nYe+i43bioMblJVVBuWippKrIxkABHtI6xakjSwuPz7SNJPAP0sr&#10;6f6j15zbvQyxgv5Gmeve0nmur91YeCfKYGsh3Lt6MPMtVPW0wyojH7jRx4ynMkzeJCAot9Tb25Df&#10;RTMfEXQ9KY4fmfXpHWWOrAhovmc/sA697Q9PkYpS0TfcU1RGWWSCsielkEiWVgI5tDldZsD/AIH+&#10;nteRpNG4fI1/n07HPG5o1R9uP8PXvc+KoILlzdSrX5DK8ZILBrk/rX6j68+7AICM9Kl8MMO/r3uZ&#10;QzCTJUC6g6eem8atcLHedNK3HpCoPr7rpqrHSQR69X8MV1KcA9e9iX2lEY02xqKDybehkbxsHVv8&#10;onuSR9Cbfj2hglcPIKUavTE05SdEI4r172DSzzRn0MwVSGtfSCQbgn6XI0+33TgVGD1osa1697Fn&#10;a3ZldjzDT5JVyVFCjpHFUvIVp0cSn9sLawMrhv8AYD2WvZK76tXHryylKazVfTr3vPmMAc4qZvZu&#10;SbJS1N2rcblZYMelOUMdLT/a3YyziQRSSP8A6jSPwfauOMjtlwPUDp/RI/fG1SfI4697C+trUSV4&#10;Jo5YCujyRVFO8BbWEZNIksWIBubf1Hu3h0qR0l8U6grIQPn173iir2QsrszzIAVv9AGJ06COCdP1&#10;/p70VB+zp5XJOeve50lS36rhgVBJZhc3/sgfnT71p6sxOTXr3saOhqthuitZiEUUCfUkcrW01ufr&#10;9PYf39TaW8bp8Tmn/GT0P+SHNpOWXJYfsyvXvZyf40jTRpq5DIjWJ9QUgkElrfk+wBPGYAko4ORT&#10;8/8AJ8upks2r314j/D172rcdWCbTptYAWIv+NHABueb/AE+vtNJMygtpotePH/N0uFONfxde9ruk&#10;ySRRACx0xi+p7+oIB/X8afaQ3En6fYuf5f6v9jpUlFHEV697wy5cqVdQv4uBqsLt9Abi/C/763tS&#10;Jjw8PH2/7HWizVHDT172ucJlyEDKQBaxGo/7V9bmx59svL/Q/wBX7OlCNUde9ingcuXZYxawuAb8&#10;c+S4t/j7deHzLZ6WBM5PXvYtY+tkVBpItwCD9P1SN9AfwB7b+kjfhJnpwIPn1EkFibi/+PJtwOT/&#10;AIke11iKslhcjkc+o/7X+B/UD/efbki06sprx6gTR3vYfn/Y/j+vH19iXj6w6Rci5/2oj66rH/b+&#10;06wKT8bkfn/k6dGa9J+qjIv6V+nPAv8Ai/6gfpbi319r3G1KX+oYNb+p+hFvwLWv7bkif060Fb06&#10;SVbFx+VsCPp9OD/U2P09rChcXDAn1W0j6qblT+fdG1UVSgoOrhG9OkhkIv8AOXY3IILfRhwf+Ke1&#10;vQhRpsxYkLYf4gRn+n5Hu0CtJ3jChq/tJ603wj7P8vQZZ12W8ZQWKML/AOF3U/Q8W1e1niQQY/8A&#10;EhuOP7MXHB5/2PsTQio45pT9pPRZMaaz0XfeMigTlgCEViQRc2QTci4tzz7X1DdYmN9PqDA/4+kG&#10;1uf6+z5AGNtGM0Sn55/2OiS5Guo+fRSN0XeprHIvrllP1sNJYfS4I+v0v7zVhbxE/UWewblR/ja/&#10;s2tbdF1EH0r8+ilyIhq056QVDVEVkMOhVJkXleHH6SQeCT9R7z4R742E2X0gXC2tfU5sP8D/AL37&#10;SXcZW5kFSKrj5DyJ+fTqOWpinXPeGk52oDer99ms6sGa0cOrkk+nj/be3KoUPEjE2v8AT/ePob6S&#10;Df2WUZHaOtaf6v5fy6XxFgCmnrhiZrSufGLgKbm2pbhxb+oDA/7H2nZ2Yc3vf6f8mj8W+tvb/gxs&#10;NNKf4elnGvQmUEr6gbk8cg/p/tnhfoCPr/r+4FgX/rpBYC3B/QBew/F/ZReMyQkDFTQ/z/zdNtWn&#10;QjYsAupP4Fwbj6kkA3/2PHturVVhc8G3B4/JX8XH59oreeSEkIKg+XVUYjyqel1SRBypIPBsCPqA&#10;Cf8AAi1v6+07VrYmzc8/7zf8f1A9qUNQDTp8GoBI6WFA1yvp4uBf6g8p/WxHN/bDUfRrG36r3/17&#10;+1Ua1ALdPxxgjU3SqpSFKcX/AE2sebfT/be2qVR/a5/H+xsT9AP6f4e1CgDh0+qha6R0+wuzW0/1&#10;t+ORqUf6r+v+PuAx1ByPo114t9f8Pr7YnYh0oMjP+r9nWz5dKCkQBbPck2P1N7fk+4050XAA/Tf+&#10;g/I4A90QF8sx62qahUnpygH0/wAW+v1FyPqT7gK3DKFBUED6m/I/PIF7j8W93krUMTnrTChB8+p4&#10;QDSQWvYn8f4fT6/g+8UhsQqngX/2NiBf+n9PfmcqmvSNXTiZoxXqVBH5GJa9/qfpwOeLEE/U8+1J&#10;inKQyMoLH9s3tb9TSrxb8j/Yj2H94jS6nhtGcJG2sf7wFb+f5dOTIMU4dN8pNOz1Wku0fjsL8nzq&#10;I/r9SF/1vdZ/zti1bj22oJGuTKD83GnF7bufeRHtHJr5de5OZI/+fpJOscfedVg3GOelTn/jsI6M&#10;F0+gjw9UgtpHhsRxe1Vkx/xHshTn1lRyLKo+n4Df72QfcySMDt9pLHirt/hPWP23HxLdZvxFm/49&#10;/s9C/wC+aqDf6/0H4/17X/xP+v7LiWOfPoyUycGXr3tK7tmkpMXNNGzLKNejTY+oRuw1ML6R7TXA&#10;rbzyKxBSNm6UWz1lRSSpJ697CY7a7AyNGcvQZCSOlkmcaTVIiqfGak8NFq9McgPuLbqB7ySaRmoQ&#10;TTTT8JP+z1I9ntiC0jnafNAPIeS9e9o7IYvsqndwuWAIJAb+IQ3K6nAJXT9CB+Pp7TxW90beqOys&#10;H/i4dPmyUx+IJad3r172mZ07KiNhl2Gq/wDy8IRe1yf7P4910bgvw3JP+2r1VLOtSZifz697bi/Z&#10;rOV/irJcMeMhEPTcD+luSP6+7M134as85KeXd/qp06bDSoYS6m+3r3vox9mseMyxP9Rkof6W5sPd&#10;db/xP/PrX0p82PXveeOj7QuWXPOrXFgMjF/Q/TUtjYfn22JWDKWaRWHn/q/wdeWzjZ6Tk6ft6975&#10;fwztZzxn5rNYf8XKG3H9To4H+8e3lnYf8SpK/Z08Nv270H7Ove85xHabAq2fmMZ55ycX9CL/AKDx&#10;7ZmllMLhLpjJ9v8ALj1ZdusBwC6vs6976jwXZ30GdkP1PORhYfg/UoT7LAb8Z+oK/metnbrWlTGn&#10;7af5uve+a7f7LZrfx2UEfU/xOPm/BNiD+fdzHuCAsbo6f9Xp0y222hBDxrp+wde9yV212S3H8fkJ&#10;t9P4hFf+huLAc39tmWVO0yygdMmw2paarIfs697yHbHYhUhs9Lb8gZGA6v8AAADnn3r6iZiAsz1/&#10;1ep60lntWsAWq/s6976/uz2Cq2/jc3H4+9iP4vblPr78JbsVpecfmelP023j8Kde95Y9t7/b9Wck&#10;X/EVkB/wJJC/X3YNeELpum1/b/q/w9X+i27/AJR1r9n+x173mXa++dNznqkA2vpqoLCw/wAODf26&#10;37zOoNdGn29X+isPOJeve88W193vfXm6q/8AhPDfi/B9B9pWk3If8S8f6bqwtrCmoqun7eve8qbW&#10;3aOXzdUR/QSxccfQ+n2oaC/NB9Xn7V6r9HtPwmPv+zHXvctNr7n+pzlaTxb92Dn68WKH6e6GLcWB&#10;AuW/LrX0m0/wD9nXvcxNrbkI5zVZ+SoMkItzyf0n2hrf/wDKc37T/n699Pt38Q697lR7R3NIeczW&#10;qv01eSDjn8jTe3tqt7w+vf8An1r6TbPh7ade95jtLNobNlq4sv1b9uzW+trKQbfn25+7rxgrK60J&#10;/i/1f5utNBt9cBafaOve867Uy6rcZOsvxxZBc6RyDb3f92bgeMqcP4v9X7etiCwPFl/b173zO2Mi&#10;i6mr6piTYk+MhrcHgjgn8e6/uXmBjqjlGknykX/iz/s9Iz4Opwqjtbr3vlFt2sBX/KapiQAf2w31&#10;tewUOLC/u37p5kjGJhX5SD/CerhIhTI697mDade6sPPWBrDTaL63v9bLexb28UvFtme4kJlRlVv4&#10;celejCG3tmyYhQ9e9wIMLWYzJQRVM0pWaKR9LgcFLBeCPyR+fYx5ZWSW9itpJWoynu+xf9X+o9Ev&#10;M21wRWvjgnWf8/8Aq/z9e9ijHHemiQ/2Rwf63a/5/wBh7yC21EgsoIkcGNR/z83UDXLB55WHCvXv&#10;ccjT/wARf2axsFU1PA9Jj/Lr3uHcpUotrqzfW/0tHx+P8PZJugDS1r5D/B07MFbb5TqyP+guve7a&#10;fiUznqbHOVFzPmB+SbjMVw4H49n28xodm0t8K0P/ABrqXvayJE+rBPaiqfT4nbonnfWk7yxAJN/B&#10;HxwBzEfqfqb/AE9j1kVLMTa30vf8fWx/FtVvcW3ZVRIFP4TT/V8upwtBpgop826YtvnRGv59RHB/&#10;JsT9b3t7YpWYegXIvbkfX9X9bew9JbKribV3/wCrPS4jPS/gfUvICjT9QfpyvHHAJ98fpcMPqAPz&#10;yefpze1x78r+MsYX/V/xXXgccOuyuklgxFiSR+Ba3+FrkH3xtoJJAA/BuLm/+tx73QECldXV9IoN&#10;NSx671auASf6jnjmwHP1980FwbgWuLf6xHB/P0t/vHu6SlSIwMgf6h0mmlaIhQv+r06wTjSQwJue&#10;GH+IJuD/AL78++baVtYWH+Fh9Lj6e1lsvilixwP8v/FdeSQsdROP9X+bqMXb/gx/oSfpcH6gixv7&#10;yxESOA8Ucn9EcgIbiwJJF7qTx/T3S8N3bhIbK5kWKSuug9P9Xy6TXEskYEKXMkcL/FQfwj5dYj4l&#10;jkd3ZGS3jdCRIOeVsLCzAc+1BgttTZqSSoKSUuLidPuZIULXZ9Sw6Qy2ceZbHnj2I+XIreK6FtPK&#10;bgYNZMfhcj/VXj0ibdYbS3uLaQ+MVp8fbX8X+rj0GHZPZFLtChjp4mpKjcVbFUHF0M1QsSutLLTS&#10;Vut42LxGOlluOOfa47b0UWWTCwTSiiwXl+yjKFFT+J0uMq5/EliCWkcltN/pc+1O9Q3w3aytodoS&#10;1tSWAZNXdRBq1H5NXTU/jPy6jr2uNjP+8d0gsoRdbh4Xi6Wr4ZtzKi6T8/Ovz6Lh8Gsmd49Ujs7M&#10;mlqt2dhBW3BIs6TuTtXce68DivPPq1nTjqVANVgLaR7CyWmMTvHIhGlQzeQFHTUoKkIQG9QP+29h&#10;GW/nu9tjvXhRZQSMf6cr5f6v5dSrYt4dpb3LkVckU+wno7dK0IlUQ1BljkJRChWSKUqutryAso02&#10;/wBe/vJokVHkHpMYuYxfxn1DlT9S1/r7Ethex/vK22pY6wy07vxDUnSdbtEu5VUaldV/LpjnVHjM&#10;zPr1krqYqGUofo3+pVfx7WO1YvN9/UyfppqVZnAN7J5ABZRz7UW8Rnku2GGh14PorVP+qvQU5qu/&#10;3K9q8FHlkf4W/wBLq6CDtKv/AIYNt42FiZM7lkoYHKkap5aOR7MxOkcL/vvr7RNYNWWgkQkxvlBp&#10;/sm7Tsfp9LEH/beyDmeQiyvLZgAY4C9K/wBA/wCqvr+3oSbdM0sVpIyBS2hv5D/V/h6G/ao0YhVc&#10;Hz/w2OKQ/qB0w06k6v8Ag1vYwSReOipV5IkgiX+t7RMgB+ouLcXv7xsjlNxc3kxw0bN/x4N1LW2S&#10;NcW0anFFH+BesETgVDKDx5CxBJH0ZVP4/Tzf/X9xIqMSxyprJCxNIOBy6oVVD/reyu4uZRc27RQ9&#10;8tysXl8DNXUOH+r9vS6SYwAYqS3Si+4jhRjI4CwUz1BPqB1xqLr+Rf2jayGQSSCVNAV/GeLkkhgR&#10;9ePp7Nb9PpzcRo1Smo1/0p6fedKRmI1LCvSnw9VFUw0csT6xOkUgA/1MmnS1iP6H/Hn2kaxArhQu&#10;oE6gVXkAc/77gW/1vaPbGF9Yy3ErlJFYDT6/6uPz6rEzPHO8q6XVwPt6WpLQzBVsylOZCfqf8QPb&#10;bXE6ANItz/ixuQb3Nufbqxohq0hH+r8+m2IeijqZSMWZiL34uPx+QPoPxb2jqv8AKnkDi9gfqFNu&#10;f9f23dTNBbvMi5pX5/F0ytUdXHxdPkC3Yf1/4oLX4+o/1vYH/IprdObwQJ6WixJBI59O48Ob/UXt&#10;7T8tIbbmDb51bU8Jcf71G/8Aqx0Q89RFuU7ohshR/wBXU6cqUkyAkWuD/vANvxwOfdRG5PTha4cg&#10;CJfUf8Zor3/1/wA/n3kHyxe+Nutnr7VVvw/Y3+TrDa+Wm1z0/wBWenL3YL8fWrcjm9g06sDHNkkh&#10;XVJYIVpnBNmFhqI+v9feXVrG42KLwBr0gvntrw416hvk3erRN1tpJ6q8M7Nhfiyfi6Su96mKi2ju&#10;Stm1eOmw1bLJoQu5SOF3sqL6nJ/oPdsFBtahMkSZOsqEYxRmFKBI6nVI1rAhL2+p/wBj7hjcZGQ+&#10;FKAJLiUxDz8z/q+f7es3bTd473bY/AwDEP8AAv8As9V85PsXNGkqana+IoKmOieWeskztTNiFSGF&#10;RrZZJVs9mC/gen2aLZGzMJjJo4qdGZq7E05maanVHMNV9tqa3pDSXQek8/X3JvIm1tHt+4WSuXju&#10;IZYmJr2A6f8AV6dYe+8XuXvMrWll9OqpZ7lqQ627zF4i0enAN1Sn8ovkX2HvOhrslVmlx8Wyt+5U&#10;Yynw+TevDZfbiZf7YS2GqOkKSsDKvpvp9hXvPF0Lb2pMaqLIj1tPStOUUTxxfxerpjBGlyDDGOef&#10;z7Du72X0Es4Q10B4xk04+fDB01x1NHthzhuO9coXG7XEYSW3iYKoZtLaIIX7vPu1cejyfHbeu5W+&#10;O1XvKvkaGuG1J9zrRRyvJSVdWNi4XLff1E+nyLXVErMhA/s8+wb3tjqbGZyvpKezJFUVUQYiwCpU&#10;zJwAbEjSPYE3CLwo1njydQx/P16mfYL+Tctqgv5I9DuinT/plDf5ej2dHbpyO8dgbazuTT7eoymE&#10;xFe0SO0g11mMoqlhqdQ2ktKeSPaKRm1GP+yNRB+n+FgDYkD2usdRtnmY95Sv56Tx/wBXHo0mQmMP&#10;q49CzWRr6XFtRdVI+txqDar82Psj3zWQHbOO9RtriJ45t99T/T8kW9gTnaV5rOyQDNP+fq9Anm/u&#10;sRDTA/zjoZ+sBbF5EcD/AC5eB9P+A6f7zf3WrjyBkqNrgl5r/Q34NjcD/D/X9xksnhbhbog7e7/J&#10;1Dkjdng07ehM93L0ajwxjhR6jwOb3Yn+o5N/eTjDxGYseP8As9EycIsevQeVLESPa7fS1yLWsoH9&#10;DwP6ce7S/hXGv9yMmvJ/zAJHBv8AxjcV/r9fp7yu9oJWi5Tlp/vwfzef/N1hz94Yf8iXazq/j/6t&#10;W/8AqHWs5/OurXp9/bMkVVLGTMaQWI4G3NiXPH04P9f969nXjjXQefqCDxYf0sLj6gf717kdpKUB&#10;6x8uJH+oWi5B/wBnqhlq1iioSt2bUDywXlrMfyFJ/wBhf2EXfCsnV27io1f7hK2w+n1hQkA88gf7&#10;D3W9lI2PfKHu+nb/AAjofe1J8TnPbiWofEH+E/4ejwfy+qhJPlR05GzFR/fLHnUT9b+cEEEDm4/B&#10;vz/sfdDmQDDcVcpW14XB+l+ah/x/vHvE2/naa+kkb4kf/jp6zOKUII/i63dMdb+C0RBJASIg88/s&#10;j8/6/P09gn207J9qNIsTD+R/aSv4sORwD7CG+AG5jnDd6gD/AAn/AFf4eja2CyBCG4f7HSkxQtA3&#10;/LRrDm4AC/7wfZfZwCXP9Tf8fTlgP98fZAzl2YleJ/w9HkVAoX06dPcF1BUn8j6Wt+B9Tce2HlKe&#10;IPwn/V/PpQjYIPDr3tOZEA6zaxVW4J+lwQL2v7YuZWKaS3ccf6vy6TTDWQurLde9nf8AiCA1HVuf&#10;q7wsP8NNPWLb6D6av8LD29st1JFcCMLjH+r/AFfKvVI7hreeOClVb/Z6DDtVNW3Sb2CuAQRe956Y&#10;/wDRPuzHr0n+O0v1sy1AP4/5Q6k/4fUexfvwV9uuJWYBk/6CH+r/AIvqTuVmaLme0gSg06/+ON/l&#10;6rc74W2y8gFHqM+M03/N8vjU+p44PtC5qoMhkJVV4AJGv8CIgW5/HvDDexotZ7gGvw9uPNlXrKqf&#10;uvI2Hw/5x0e7akASWmiu7AeQhm0/TTUt+T7CeulYzNp06RpbmxIuB9T9Lg+4Z8NYkYajU4/n0q0h&#10;RSvHoboxqA1f4/74255t7YamcMNRJseAByTxzwCbD2UXVx4ZcLkgfkPy8/8AiuPT6xBfiyep0ScD&#10;8fk/g/Xjn/D2zPU6dSJZri5/V+SPz+L2+lvZNdUln1moX/V/P16s0IrkkjrOBYAf8i/1h/gPcCdx&#10;ybknm54+vJI5NiPacqAcHHSaRApHp137jR1DD9S8g/W5sLG1xxyP+J/PtQZgg8OMnw/y/wBX+rh0&#10;lkSrAhz173leqLKbnmxP9qx/P059t2iaHLqeFP8AL034IBrqNOveyMfKCYTbkwa/Qfwdjyb/AKa+&#10;sW/5/B9zDyhK52i5egJWdR+1V/l/qz1EfukPAgt5gatQD9rHr3sq5a7kHgLe1+B/if8AW59yTar/&#10;AIpC+qrEdQqhWKGKQZLr17339VQ3vcXP+H+v+fr7pTRJMK5r0mf+2m/03XvfEf4f6x/3v/evd6fx&#10;cOtde94CeQATwRf8kA/7z/tvetKPxFQBX8+rL+Kvp173njvY/wCFubf6/P4HHtudI+5i9H9P9jj0&#10;/jr3vKTxexP+A+n+8/U+0oQVKqcdbjHiGgx173ib1kA2Vif63/4p/T/b+07nwhI3n0pVPDDZqT17&#10;2YT4xSGPtCgX6rJHSIR/qh/G8QSDx/X2ZctzM++7YOH68f8A1dT/AGOiLmMn93lgaUb/AAq3TdmP&#10;+LTlObf7jq3n+n+TS8+z5Zx7bw3CumwbZuZXV+QDkZluv9Dz7yJ3A/rWQI8k/wAJ6LY3/wB1+0hh&#10;xnh/wdJrEqGxGPuf01tG39BcQRG3+tf2H+WIWk2gCOEyu34Q30uI5rc8E3IHtNOtY7oeSTnpy775&#10;r9RxUsf8vSjjHrqv9qilNv8AE2+n49hZ3z+3uOHm5mhqGPP0YTvb/W4HvW4SfVWDTsNOlR/lOPl8&#10;+n7D9bbNZHwkdcsWNNFCv4VVA/1tC+yl5O4qJLfQOb2/rYDkcH3B/MsnjyhnHcoAzno3WUypFqH4&#10;fPpx9p5mKu355B/P4H+2v7BzlvgYAU6fRQ3n1731oH0ufrb8f01X+n09t49er6F/i/wde9//0tfo&#10;bhqsaQ9PO6wC9iALg8qbKEJHqc/X3FJR9XiDjw/LjT/VnqXGhK5X+XW/x7FDFd05uOkFHmwcribE&#10;Gmmk8XoZmZl0w0wmAL2/P49oTbLWqnPTYAAoxqvXHQuouFAc/VgBfgW+v+t7GHZvY3XJ2XlNl0VB&#10;DtdK6Krfz0S5CtYzZCoMskuiaIp+sX/UObe77h40UlrMakBq0xwp/sdJN1ZZo7OGlFV6/wAuobUs&#10;pq1qvO7qqhRTsFVBYMNQZV1FiW/PHsvm4Opc2wnyWEqEzlD55p1nnmo6OYKC0gApjUa20KwtYfn2&#10;vF40iOWwxjp/q+XVjaSxRTSxmoeGn+r9nU7/AH35t/t/YA5rF1ePqp46yCWJkldXujaQ4kk16XUW&#10;Iuh5vb3pmWiepUf8d6uNKwwAju0D/jvXvaErVUyOdChSX/U351PzpJHFvfquV7T02PEK0X4eve0X&#10;lVCmVhyOAb/j1SEcfn6e1Cf8R68f+K6fX4YtXHr3tLTy+q5N7+r/AAsOSOVNufawaY1+XTwITy69&#10;7Z5mBcsfqWv/AL0v+8e3Omz173DqJNNgOW5/4i/4Pv3VSfXr3tunqWA03Goj8fX6KT+Px731qvr1&#10;72y1M9x+Lfkf8kj+g9+A6bY9e9pzI1ckdDWsbGNol0rcEryLkAAt7owBmhDcK9Jp2oI68P8Aiuve&#10;z07xeVuitnzhQ4+5qvWXUFR/DaUkhTyeePaDcBXcmH9Bf8HRlzTT6mI/h8JOP+l697Kthezc5tar&#10;E+JyEsclLUtMeUTSIpEcWYwvyGjH+PtXPAJGQrw0j9vRWZpkMLRNkKvXvYtr3pszsGOLG9pYCn3G&#10;DHHSJPWT5IPRPpNMKmEUMdMZmgWsnYAkhtZ/wsnNrcQkPC5BH5dPvOtyAl0oYfOo/wAH59e9p3Nd&#10;EbX3HDJlun91zS1EqtWf3VqKCLE0dOXSSpOPTJ5SuBljhaSnp1dhdl9X1B9rYrqRUf6tamnHz+3y&#10;/wCL681igic2kvdT4aUH2Z/Ide9vvQG3t37N3TvKDduISiWDZG8WY09XBWxLJHRwoHSWjMsblXia&#10;1ibgf4+2bwwNajwXLdw448q9PQrNFtV2s60OlvOv4R172WXPZemr8nWSwTa3ecliy+NtRsfo4B+h&#10;449mUKstvbkr+Hokspw1tFp40697aH1FRpnZHsL2QWuD+WPA490agyE7ft6VmU5x172yVcpWQhjY&#10;qOWBtfhbfQcWDce7RhaYHVQ4PAU697bTXW1cm9ufp/T6cf4+3dJxjr2v59e9zIcihOlmIFrtwdVg&#10;Lji1/eip49XWTPHr3tySuIBMczSLb/Nslh/idVvx7bKBqVHXmo3mevexQ6p3dk6HeO3aenrJKQVO&#10;WpICE0MDqmX6lozZSPaeeACN2GeqanV4SCfi697G/fa9U7x3FNitxUEG29wPTqIt0UUGQytXLM9R&#10;PBGZKUSRUaWqZmm4PDLpPB9sRtcRLVGOivDgP9VOtXK28kpWVAsn8VDX/V59e9g5ufqfde2qeTK4&#10;V13LtJFaQZN56KkrfEsc9SWGKjnmqxbHU6uLj9b6P1D2qiuUc0bEnoBj9v29MEXVudaHXB68D+z7&#10;P8PXvYb4zJxSZKlBEiolZBFLDOkkLLKsqagFkVJGCqbX+nte2oQk4p+3pdHdB0BHAH7OvexY7XrE&#10;ih2f4gqCXbVLKqJc8fczgXLLYH/D2gtwXlkNOFetTuHnjoKfpn/D172BzVz6jdvp9b/4i4/2/tZI&#10;oIWo68X697yJVHSSTqFx6SbD6n68fj/b+2So68GqOve3ai3BU42RKinmenaEN9v4wDoDhkmHKHTc&#10;Mfr9b+9tV8UHVxIVNRx697Xi7zwO65Eg3xSo9ezW/vB/lFVWUYC6g0dNTCKCYy08McJv9F5+oPtO&#10;6SormJuPlwHTpmjkr4yjX6+Y697ac9sTcGAoo87TSnK7YLSNSZ4vTRV0zIUSpjbERSy1SCmnk8YN&#10;rMo1e9pNFKaAUf08v2nqrROq+Ip1Rfxef7Ove05BVJUJoQa1QBg7ho5Q7HSbxmx+v492eqAnqxcF&#10;SQcde9jD1BV/bZ2tN/rj15A5sauA3+h/p7I+ZUElpD8j/wA+HodcsNpkA+X+br3sx4zIilDhz9VH&#10;14B1Di5Um49hS8tf8Wtzo/Evz/CP5f6j1KsFyFRAp7q9e9ift7MrJACrm/Aub2vogJHKDnk/7D2T&#10;SqxbwpBWv+DozhuiRR89e9quLKMbKH+p5v8AkDSB+L2t7Sm3ILutNJ/1fy6M431Ctar173nrMmFS&#10;OxAI0c2FxY/X6Hkn22FrUHpxiKde9vuCzUisoBIBH1+v4b82P090dOro3p172MGByjLKLSfS35H1&#10;ZHHN1+nHt0NpGlhjo1Rq+fXvY4YXKs4C+QMbXHN/+Ojcem/NveyWFGVjTp4HriyhvqOf6/nnj2LO&#10;KnW4545tz/TXc3/AH+w9sBz3eI9fy/zdWCY416b5V+lh/rkf14/qSPp7EXGXazKTa/P19X6h9QL8&#10;j28CyrpxX/B0qRO2h49M1WFtzz/iDxbg/T6Dn2ImMJBU/kfgfXi3+9e9PQjjjrS5NAeklW8hh9L/&#10;AO9kHj6/X2vMfILDkE8f155FvqPzb2jYdWHSPyKEhuLc3/wHDX/P9Pa+xTApe/8AqT+Px4za3H1s&#10;fdYq+Ko/1en+Xqsi1Fegx3Enoe4v6XH554lIP+NiPYgYpjdRyRdeB/S0V7G/At/vXsRwaVSFqd1P&#10;5/Mefp+fRZMvcacei07yj1GrGopfyEEHk81Autx9Qwvx/j7XFP8A5n6frkF/ob3Aa4P1sQP9h7Et&#10;p3vAddaR+n5U/wBWOiiYASkDy6KXuX9mrq0ClbawLt9LMbH83+gH9be8lXbwtf8A1DkD6fRT7PbM&#10;HS/5f5eieRWz8v5HoPKcf7kae3/KweRz9ZEPNr88+5WBAOOp7sLlUt/j625tx+f999PZZepSS5IX&#10;1/kOrohAFEx1m3lKRuKT0kjyn/D/AHXDzfn8f717n1F0jEesalN+L/lg3HA/ske0DDXL4wT9JuHD&#10;yFDj7el8YBaoXt6w4UqzupHqVRrAuQNQl0m9he/+8e2KUXOo/wBf9cfVf9hxb21LJp1RqPLpQFxQ&#10;dCrjI7hGJP1YgfS9tdjdTfg/717hOVUAkci7Aj8X0rY/S9/ZNdFyzordlBUfZnqroeAOOhIxMSsI&#10;z9SWYA3tYHUtuCfp/jf2yVMp1enm1wL/AJB/1iL/AF9spECBqOevCIUyc9LyjTizfQn6D8Eav9ty&#10;Prf2n6tiqngf4fX6c3J+ntbGuo0J6fRdZp0qaBQSOTzYfTi4C6R/sfafmZkDAi1if63+jXJFx/T2&#10;rWjZBx0r6V1MisyWvchT+P6pZfoT+fbPKdV+QQQSCD/W9/r7dHW+lJTro0m2kggMCBbgAcWP0t7x&#10;R8Rvr/1R+q2FgOVFz9CW9o5/7QU406qcHHTot9SaB9Rx6ueWHqJC2/s+2+ct9bfX0j/H6/4ix/w9&#10;3SnAHp0FRhT06wgDg3/1X+I+n9b/ANPbfr0fQG7f48jj8fXjnj3dl1Uz1UivToqar3sApH4Avz+T&#10;/rfj3wuhNh9ObAnni1uR9Pbc1fDBPr/n6djByT1IhDK1/o2n6gf488G3tUY3mGdB9R4ufx/nGA/N&#10;x7D97VL/AG2Vjikv2/Bnp6RTpqeHTRVqDT1Y+nNKBybD9xT+B7rV+dxtufbQ55fK/X/HGbbv7n72&#10;dNeUbnHmo/6qydY3+90dbmM09f8AjsPRiOphbF1hve5g/wDcjI/n8+yDAXmcn6WQ/wC2H+w9zYxr&#10;tVgf6T/4eoE2wU2+HGat/hPQs+89/wDEC4v/AF54/wBieSfaGoPDpaF46V697R2+HC4cDldcjrf6&#10;W/aexsefqP8AYe6ygG3u9Q4Rt1ZU1SpjIPXvfuvMstZtrIYyrAkjhq65kVmBF1pqanU3CgrZCfz7&#10;DNnYLJBd9pqA/wBtKf7H+qvQzW+kj29YvMAfs09e9x8pRYhizfZQqRH4ywaQlmBcnjUb3PtDLYWq&#10;2oMsePG/ydUF+zWik8fEp/xn/V/n697QddjcY0jaKSO3q5Gv66j9Lni2oe0RsttUkGMEH1Vv8PWo&#10;r3uPAj59e9t0mGx+ghaWPULE8vf6f8GP49tPaWTkGFO//V/q/wA/S9b6pBOF6977iwuN/NKtz9Ll&#10;rn62+kl/r7a+iGexf9X5dPfXD5fs/wBjr3ufFicergCnQH1fhxxz9F1kc2/HvYsmk7SQR9p62t0s&#10;/YTVf9X+fr3uUuOol5FNHbm36z9fp9W5+vuv7nT+AftHW/DQfi/wde9yUoKBiI2poyGva5f/ABJ/&#10;IuPfpdrgRC7x/pD/AFev2dVlZIY2krQr173JixWNUn9lCT9BqYA2v/VhwL3/ANf20m32D0EkJpT+&#10;Fv8Ai+kL7nWg8v29e9ylxmLNwaePTY/6q35vbgj2oi22yDgJF+r/AKVv8/TC7oVZdPxj5f7PXvfa&#10;4rEX/wCA6j/kGRfofyLjj/be1J2t8nV/P/ofpw7ne5Pij/el697yjF4fUpWniYg3BAl5K83Bv9bD&#10;n3RtrYJnJA+Ht/wYHTD7nfKjFpABT+j173IXH403BooLn8XYf424kPthdnp/xFX/AHv/AGekf72k&#10;JGq8an2f7HXveb+GYzQGNJCPwbE8fgf7t96/coR1LWKBaev+rP29V/ej6qfUn9n/AEL173w/h+KB&#10;KiJSQDz6ufpybH+p9qpdu2ooH8E5P8Lf4D04dxl41P8APr3vnHQ4tDb7eMn+o1kX/wBe5+oH+39p&#10;f3ZtNK6D+xutDcJaVqf59e95RR4tRYIp5H1RwAeT9SdX19t/QWZ/C37T/n6qL7c2FC9B9oHXveX7&#10;TGhf8wDzYjS4/H1PP9B72lnYcVSh/wBKf+gevfvHchX9QftH+br3vkkFECLW/wBsf8b8XJ+vtzwd&#10;qrq+hX/jVem/qrr/AH4eve5HjphyLf7c/wC+HvXg7V/ygr+x+vfV3X+/D173y/yUpxI1gTe6kg2u&#10;SeAQR7VpabPTU0P/ABlv8p619Tc+bf4Ove45alBt5SR9BaMm3JH5B+h9++j2ocbf+T9aN1cji3Xv&#10;cCoZP7FQ99YJGj6XuB9b/wBP9j7ubGLsaNSI6f8AGftx1oXM+quo0697zUNfKk8KCaT6oOQv+qRf&#10;9T+PbL2SKdJTPTqXVwrABqHr3taCtkIL+d9KH9JQFb8sRbTzb/D2S3G3r4VyFUV8cf6v8OOhZDf+&#10;FBbAtmi9e9hxu2s+7ylBZidNPMLG4Iu68+qwtb2a8vwrbbxB5nTJ/wAd/wBX+rin5jvVnsxQ/hPX&#10;vbxSLqporD9Q/wAf9V+bge5y26f/ABKFgM6Rj/bN1BU5PiyUHXvceeO1rD1fX+n1tfj6ezcHgQem&#10;+I697bl/4Fw8/l/95jHsovyNTjzx0/N/yS5vsX/j/XvdtPxJBPUuMuD/AMCMzf6D/l8Vw/P9T7Pd&#10;3kKbVOAM4P8AxodTD7XYfcT/AEE/4+3ROu/P+PyxJ+loIh+eT4mb/eh7H+u4JA/IW/8AvN/ob/n3&#10;El6waYjFM/tp/nHU1WxHhgfNv8H+fpP4IHwhibFWIW44+o0mxFh+PbCyK1weQfqPp/UXuD9T7J7q&#10;coA0f2D/AD/6v9jpbUqBTiOl3TlhYEcgav8AbEen+nHvMlKXS4HHNyG/FhcHkXt/vPthLldFXPeP&#10;lx/1fs68CKGvHrFLOY5QouQbEA/65H1KmwHuLJAQTpbi/wDaA/Fxf/D2pDOwGvj9tadboepEVQhA&#10;uvP+03F+B+Lf4++UcbrfUbm/H0/oBz+fbkI8QHSQV6bZC1CCK9YqiVCVsLEfW2q/1J4sLDnkf6/v&#10;BMpuB/ibX+t/9hcc29mNr2eLXyp/l6ZJ8PUT5U64KwIB/wAPr+LXvzex4/1val2riYMxkvt6kDxp&#10;TVUvIvZo4ZZBca1/tJxz7EG2XEImNq8OoynP+0UfL/VT7egzvu+y7YLdY7fxFds/70v9HoK+190Z&#10;DaO1zmccx8y5HD0lgdIKZHKUtKxBaKT+zLz6fazwG8arB4zE0n2qVmPyCztJTyStCpNLNI0YAWNn&#10;Nnkv9Rz/AIe1At47C43W9kP6UfhVFf4yErw/1U6Q7ztabiN9KPpkQxflXT0DnY/TeM7LzmXr48pP&#10;gt0YEiGgzlHRx1dTTJkaOD7wL5p0pwZaan0cq1lb/VezE9ydcHd+18BvLDwfaZCdcqaimiaMxkxV&#10;+LxcBMk8qXAjp2b9H1/2/vIbf7Pb7/lXlDdLW3UT/wCNanzkeOq+uMAjBIPXO77vvvTLyX7l+4PI&#10;+93zTBDY+Cz6qrW2uLiT4Y2+LWg+L7K9VtfDjttvjbWR9Tbtqny+2q53Sl3HVs0NQRTJufcdRfGU&#10;VPUsjGuzcdP/AJwDSNX9V9ls7Pp4MXvTJRrH+yafFlovXpS2OpySPUzep3/J/wBh7xt3blya3lSw&#10;LDStfQcQrU4D08vProxybcXHMmx7buPj/oFpP4c0kZT6fw9WTfDffNZ2N8f9o7nnqC9VV5DeKJUn&#10;SXmWm3pn6CO4aOFbiGlH9n2hEL6DrlYgg+NNII/xFlH4Ht6BIxJb3agB43z+3519P9XDoT3yWsKn&#10;wR3jj0Yur8YZ4Y4VDMo8r6jq/Fjdjbkn/X9i1tjDU8O09x5iSVvLPiqqAKVHBhZdJuDcfX8i3sQc&#10;qWgvNt327VvhV6f7Vv8AL/sdQfz7vevnnljYhgSyx1+wo/8Ah6Jp3fvnKyd1dO7FpMerUlJu/DZW&#10;qqhPptFW0VVCVCtGVbST+GB9g/UC+QxzhyQ2QplIt+Q36r8kXA9gTe4hJZ7xJwpbSL/x7/V/m6mi&#10;wjETwQn8KL0eHASeOkngMY1JSvNqB+uoRnQLm3pY+xsMYloaNh9RDTG/+Ggke8bbSMI25A8ay/zA&#10;B6lHaeyBAeOk/wDHV6ZZaho8gFNgplXjgf7uaxta4sPeekhKzRWX6SRAjgnhgW+hPqI+ntraIYri&#10;/QOe1XL/APGl/l0xu12ILad65Ck/yPUTduReDCV7q1neiqYVNjwzU1RoC8X4I/3w9pDcUEk1XW09&#10;Kl2Wd5ALkHTEW1c2/wB59mF1Ckm4bk8lNOt/szwH7fl0msbtorKxvZx2vp/n0qtiVwpds7Xqqt2B&#10;kxePjcnk65I0Nzzzf+l+PYeza2keORbFCqf1sP8AAfT68f7D2HIomt9CcVbP+r/V/sC0usg8SMdr&#10;Z6G9HjkjE0ZBBBI/HJP9f9gfbTXQgKAPzf8A2JBH5vxx7u9zrGqtWp6dNNnj1OouGP4At+b/AFH4&#10;vc8/63tGVaDyBLfW9yCbngEf2vp/h/T6+0G4SMbWTOe3/jy1/n00IwK0PShg+o+n1JtYf0P9b/X/&#10;AHv2C/yAhWTqXdcYHDw4z/A3/j+IJP8AU+7bPcFt5tyTkE/9Wz9npT8q9EvPA/5CN0WPkP5SJ1Op&#10;RaRf+Qrj/krj6n3UHudVXEZESGyBFvYXN/NHb6AE+8geTZUberVTkMe79h6w13ASjbrjwRql/wCh&#10;unP2er43LU1G5eu6aCYwmTL2kW6ASR+Byis72ANl1cH/AI3m9ZpcNtGi2iA/TP8Ag/pY6gHlS4SP&#10;cZxdWimTxD6+rdI/sCohpNkbqqqhS0NPgsjNIArudKU0hNljVnJ/1hf3dft2jxWJWGpMvmrQqiCV&#10;oWWT7geJhCACV0xuDZjx7i7czZQ21uLq3/xgXR05p3AN/q4cfPFesurOe/NlC8VvS1ES6u78On/V&#10;XqmLsHJ763pPk8NS0y0W25KeVMxTRVkEsLYSVpoJawmSNJfNURONUSsSPZltsq9fkzNLIyw0224q&#10;wqq30yRSQ6nW4BLhW+nPuSOVJIBaJI1SmlTSgPkDX0Pn9teHWEvvofoYbeeNRWfdNP8AvYlb14f6&#10;uPVMvYdPSbX27lsPSY6CTJ5rubceAimMroZ6OtSsSnpZLtIkUDyxKb+nT9NXstudmaq7PncKL0dR&#10;NMNTadVNBn5m85JA0OdXKWuPYN5vuY0gupFHeZmyPnrz5cftPWTPs7CV9sY2IzNQf71aw/6uPVxH&#10;U+GXFfFfCY6SQj+MbYxmPkjjTyCDJV/XWOgfGRGNmM1PF4RpmvY+wf3jO1TuTMy3un39aB9fzUzE&#10;HkBiTq9xvOTcWoBqOH/HR/sY/wAPWQewQm32K3X4exfL+gvl0dzpvHJhuuNlUIXTJBtvBI9/6xYu&#10;jjYcMyAft2PtJwhtQv8Am5/H5H+Fvz7ajJgtpMcEA4+lPPo6ijLQJjyHQqVOmQgD6a/xf/VEfQ/8&#10;V9kd+bOkbax1rW8kdz/1XQWP4+nuPea5z9NY+VE4f7bP7egPzclIST/qyOhn61VlxuQ1Xv8AfL9e&#10;P+UeP6cnj3WXQSKuQoj/AM31/BHN1P8AS3J9xvM2reLbyYBuocuFLTfKnQke7qadbU6WF2sf8AfW&#10;f8be8o42pqLeo6D8FSkP5/5eg3qDeof/AFP+3PKLf8e7SvhQlti5Q/n9j/bnNbh/qT/X3lH7WT+H&#10;yjIQaEOP+rkw6w7+8L+pzTsy04a/5QwnrV//AJ49U0HYWzCDZTJlr/0CnbvXot+k/T/ePZ0o2vGf&#10;+DE/7Yf0H19jX6pyQw4DH+r9nUGXNsouEBwCn+r/AFfPqgJa529QGooQASPxcXB4AsSvsK+8wp6w&#10;3YoJucLWcD83RPpYX/s+zu5QnZd5Zhj6ZuhF7XyFedrAECnir/hJ/wAp/l1YH/L9hkX5QdMVBvZN&#10;5Y4NcjgkVPP1HFx7oZy9l3LWA/8AHImx4sfu3/4ke8Sr00u7vONTf4T1m84qAB69bweHN8DQEc+i&#10;Lkc3/wAnX8f6x9gP28bml54Bh4/5AyBv/tvYO3aTSdLDGP8An7oysD2IPmP8nSsxfEB/4O3P9bBB&#10;/X2AMv1f/WH9LfpJ9la8B0IE+EdOfuG4/bb/ABLf1/1P1J/PtHL/AKJ+fTicT172nMktlk/2pLj8&#10;D6nnjn2xc8I/9N/n6TyU8SOnXvZ4Ph8P8hqQBa3iJtz/AMo1Ubf63P8AvPt3bP8AkoD7T/k6SS/8&#10;lWGn9L/L0GPaxC7Zcn/jrF/7kU3uyrr57ZinkJ/Ss1/pxekqRe3+v7F+/A/uzdI6cQv7dQ6ljluI&#10;jmuGvDv/AOrTdV0d3xCTbTwgcPLSaQAfomSxzE8Hngf7b2Hm4SqrKykcAAfU8HwA8Dn3hpvchO1S&#10;61oewn8pF/zdZXT/AO5S6v8AVgdHu2grCsp1IuP3frx9Yqsi5+htf2EGQqFUtyPxzf6kqjGwt+fz&#10;7gO8vDHNJFqzT/V/qr0+o1Ma9DZBH6VJB/5Ff68+0jV1YYctpH44sPqDzccX9h66uaVJP+r/AFf5&#10;+HSlRw6l/T21vVoobn1c8XseP6f0v7Lfq9WqprGfSnViMde9tzVwuSTfV+oW5/P04PA9qhcAhRTP&#10;2/5Ok8oHwjj1733HWR2JN73a/wBB9LE24F7n3cSg41U6T+GWOR173DetB12P9eOPze34HP8Ah7UI&#10;1GqGH5dVaMLkjr3sl3yQk8u4MMebDDsP8SRXVV/cs8lPq2a+U8RcL/x1adQ17tClrAp9F/48evey&#10;xc+Z/r9Dcc/T+nHuVrfFtC32/wCXqEmNLe3I40697yLyig24Frf14B/1vbOTJJ9vSb8cn29e98Cu&#10;n/iP6f8AI/dtDenW+ve+ijcWJBuf9h/Q3uDcj37WiAl+HTiUFa9e95F4INvpcf74Af19pJJXkADc&#10;Oraq/Z173mNrG5P9f8P8f6Hj2xG5c4FG6cj1VFPj697jsGU3/wB5tb/kE/4W9+kTUDUdp6WKdag0&#10;697H742yaezcSxNryUA/TxY5zFf4W/Ptdyynh79tq1z48X/H16DvMwpYJn8X/PrdN+WF8Vkx/XH1&#10;g/29NJ7PtnmvvTOLySdl5Zh/scpKD7yLvP8Acrbf+bf+E9Fqf7h7N/zXg/wdJzEC2IpPxaup1PP4&#10;FPFbn2gsx6sftkmw0bhwKDm3Ak+h5HNx7TuFVbrw/wDfrf6s/L/VXpRKvhz35Pnq/wBX8+lCnEk/&#10;9ft5D/r3I/w9hl36ts/SH8/bT/X/AKiW+n9eD7TyVfa5Qx4U/kpPT22U/dZ+0f8AHT1yxnNJGf6/&#10;9Gr7KJlH/dkAPOq1+fzb/eb+4R35S0zKPl0Zw10R140/1fy6cPafdubm4uQOD/sLXtzz7DMkTMNP&#10;A8elcYOo0408+ve+Pl/OofS/0P8AXT/T+v8AyP2x4Ev8H8x0ooeve//T10qyN41Dq5Dc3JAPN1Fw&#10;AOLg+4r8WpA056mFp2anZnrf49tMtRysxFpAf1Aj8m3FgfwPewdQI09UD69QKZHXvbRLkJKVlMDm&#10;Jyw1OAHvYagLOpsNXu1wn1QqVodJ/wBX8uqTwLK/iVodPXvb5jextwYCoiqqCudGjIJRY6carEOQ&#10;fLSSAXI/p73EmlaaaH16eZyYliBp8+vexSg7so9wwpBvfCpm4PGIf3K2opDGgHjLAY3HRN6YnkFv&#10;9r/wHtFIjF9K8F6QLOTIVl7lX/V6ddBQBZRp5J4H5P8Ah7aMh1/1VvoNU7dzR27XS6m/hyYjM5EB&#10;3DOEFXX1VLGAJaxI7kW9F/ybOpcyoKGOvz1U6WLJDIpaOLu+0/5eu/YRb66E33t+jfJwUy5HDCPX&#10;BXmtxNOZoNM8scopP4lLUKzwR6gGW4vb6+3oLuB2AZApr0z4clQRFRa8cf5+vf8AEeyzZBJqRis8&#10;RSRSQ4v9G/AupYHk+zWPQ/CX/B08iK1Q0tG697YZ6kajrbSSLqLFr2P4svH092ChaAHHTLBAaK/X&#10;vcFpiSgcaQSSBcH/AHoc8n37po9e9tVTV21knRbTcX1XPA+tufexU09eqlj+Lj172x1tSyBQpurX&#10;uxW1rW/Gm/B93Va8eqca5697R+XrwKGukiOpmhUF7EfRlH6WW1gB/T29HD4k0Knhq6S3bkQMwOVH&#10;XvZ/d2zeX427WqjZHSryYJNjfRjKI88en6/09kDTfWbu66KYC/sOnox5lIa4s1HF44/+O9e9105L&#10;IgyPGF9PkkNrkAMWYE308n2J/CYHPp0VySBOxvIde9p+WvZXBVrFRdfzYBmtwU5+nt5Iaip6Svdq&#10;KUGOve3fFb3y2CqI6iiqDG0brJcLEblGjc8SU8mm5iH49+eyEqMlaVFP8Pz+fSR76QsfDWmNP+rH&#10;+qvXvZm9ifL3cOKiOI3ErZbBTwNR1NC80NMj000cVNKhlosG1TZ6bWpswax+t7ey6XZGERjRqfP8&#10;vt/PowXenezNjIKIwpX/AGtPIfb172rW2P0J3C8lftqpXrjMTnU0VNQ7o3Ks1U4LrdslV0MEQY2T&#10;ULKPr7ae5u7MRQmDVEB5sM/5evQ21jJDGkbaXA+KhP8Ahp172FnYHQPavXVIa6ejOf26eaXLms2/&#10;jzJD5Ej1/wAOiytXWx3nYizC403+h9qopra5kc6PDYceJ6bktby1DHTri9cD/L172Xz+JQ1fpe8M&#10;sYPlj9baNQ1KNQRVe4W/BFva0WbKQQ1UY/6vXpNBdl2dSoBHXvbdJKhjM2tjH+W0H6k6R6SCbk+3&#10;REa6QM9bNwCNWhqde9wfvmQk20kgeq9+LfUftm4t7e+nVqDVj7P9npn6qhPGv2de9yxlRKAzNZkF&#10;tWn+vFrCMcAf4e2TZlSQOB/1evTi3w9DXr3tYbByenem25HfUVzFCdOk+oLMvHCavdJLfsKAUU46&#10;XWFx9TeWkJFFZtNf9Q697XfaeWC7pZ0YAGjidV5uGNRVcgmO4HtDAgkWUU+FiP2dJ7+7U3F0mjEY&#10;P56a9e9t+0O490bIyC1uHr5InCiNikdIf2DNTTND+/QVAsppF5tfj/b2/dqzUzQcf9WekttdSgK6&#10;PpxU/Z+zr3sYI959W9s11LUbyxseD3bJNDI+60kz2SnnmMyyvqxVDBR0AM9fWvN9LKV0/pItbTNb&#10;qQhJThTHRql1ZzFTIlZcd2Sf2Upx697Ze7to7hoaXD5fCqc3tDHY+PGrm2kose8ztNUy08n8Lnnf&#10;IxmWmUNYKwA4Jv73bKjEq7aH8vP7emblpRKkkSaownHh/Lj172WWPLRyOY1Y6z/tJANv8DEADb2u&#10;e3kA1E9vSdL0O5UDPXvec1ekOsraWUi8dgbm9/1Kp5H19pvBrTRw6eWcElWGeve+zkZWDI7HU2ks&#10;LA6repbjR6dIHv3g+Y4dXE5/EO7/AFfLr3vCcggcmC4tayAk+O6i9mZfUGNyf6e7fTmg1f8AF9U8&#10;WupQaD/V8uvezGxb0y+3et9l5PDVbUFX/EtxapI44pi5jqUCavuKWaNbCU/2fz7JjCPqmj01FB/q&#10;49GgleC2hkjNDU/4fs697Y8fkdobvuJ6dNt52QsavLxnI5Z8iJGXRE1JpgpaYxuC91tcm3tSYpVU&#10;gv2DgOvK8M6sxGiTzOST172t9pYDM7XzcgycCRU9dSxJQVAqKaT7uOadXgfxU0lQ0JnhTVpksR9D&#10;z7J94kS6to4wMr/0D0Mtgd42TUmPL/iv59e9it92A3jcWccr+oflQrCy/S/sO3FZIQoB/T4/7XqR&#10;I5axDJqB/g697WmGyxpTEpbUpCEsbgDUIuAoQ34X2SqmuupPPpfaXGRVePXva6p9wIZdBC6dJIa7&#10;gn6Lz+0Pyf8Abe3PBQqatQ/y+3oTW89Yxjr3vJPmhMy86QNI1WJuVP4/aF+fZc1uUFQ3SktWnXva&#10;3wlWrRqVNiBzbVz+bX0gcfT6ey+ZtDcCa/s6cT1r172v8Nl5opASCwa9wSObK3P6Tfn2peIE6Qej&#10;ZQdZVTXr3scNv5tknCP+nnm4+oWVj+mMn/Xv7TyM+nDd3SlWTSP4+vezAYSvDlD9L3FuWtZnH+ot&#10;/X/be2tJkqFB6tG4bPUeVbAn8fW1/wA8f7f2MGGqguhDZgbEeoD/AFXBuv1sOfdBI68BnowSpyRR&#10;umipiDA/ggfgE82H9D+PYkYwsGU6rc/kf8FvcgcWt7VtMHUVjwenKhhRhjpJ1sYAYAXIv/rfn+pt&#10;z7ETHDxrF6tWpV+gAK+oG3A59o3YuzEqR005q5x0jK8avIOP7X5JBNmF/r9fa/xM36LKB+kn62IP&#10;jAP+PukdvqcBnND16RCq5PHoMtyWSKU8EjWo+n1BkN/rwQf9f6exFxLn0Ai5CD/Yi0XP+xvb+nsS&#10;QxIFAD+df5/n9v2dFsw7j/q8+ix7yL6pnsQGLi1+VuJ+BwDxp/J+vsQqNfIq2I9YXn6k2Vb3HAI9&#10;nlrL4CqdB1J+z9v+rh0Tzdutvn0UXd0VqipZn4keQC4seZHOoBr/AFt/sPeasUmmdtTabMLjj8G3&#10;BuR9PZ3DOEbMQ8TSPy4V/wA38x5jopnKhzVc9BzjYQMnAmoG9QDYALf1j/WP15988ENWOgFz6kA/&#10;5PksRb8m/tm4fTcOzDgTX/V8uqxPTwzp/wA/p17fPpz0+j1Wk44sSfFT8abk/wCuL8+5tRH5Yklv&#10;pKqVa5uXsQt9Vhp1H/e/ZeZPBklgABQtXhwrQ/s/1U6XowU6aef+rHXLDSCOYLyzsLBvoFsslrqS&#10;dZF/959s7KukHWB/hYn8gjj6ey+5dxKxWKv5geXl/wAV0qHDh0LuLBKIpb6EgN9S19erU3H0/r/x&#10;HtuqWH/I/wDED6f7AeyjSGFD1o9CZjFdPUObixNlUWVmIFrX+v0t7T9Rxcj6ckW/x/PFjzb+ntxB&#10;gBut1pQjj0uKQkt9LHgc+k/Q8fS319p+sNxcCwu39SP9a/059rISKsK56ehp3dKrHoylSQT+nnkW&#10;vYcg/W1v959sEzfUW13JGq4BH1/H1On2pH29P9KqmUko2opZRdLEgj03JYm13FvbbNG3pP8AX/YW&#10;B1E/g/1/5F7r48alh5j+fXqjPSjpOQQfoASOf9SU0/0/1/cGRygZQL8Xvz/j+COLD/H3UJ41JC1B&#10;6f7PVguoVJx08RDSQp+t/rf63seLXJ+g9tzHUXv+dX4/pwP8PbhULpX0HVgKCnTtH9FYG17W5H0s&#10;OP8AYe4h9XAOgrxb63t/X/YW9+4568T+3qeo0/UFwbk/jT/ha9+De/594iCpDsLABvVe55v+P9j+&#10;PemkSWNoo/jPl6+f+TpSh7aBadSUVlbkmw03UW4uLA8XJuf6+1ZhiX1RHgzaWEv+oEYne9rc8ew1&#10;vrLFHFd0p4GsFOOrVoX/AFfbn16uxDUX+XTU8ReRoASTUGMCT9IQodXJJ9Kkn/ffT3W387I77i2p&#10;OG4llzFlsTYRYzbSWLEXPB4HudPZ2au07ltqxmqeH3f6eSZvh/b/ALPWN3ve1JIpAmRX/BD/AKvy&#10;6MJ1IS+DmlPBcx8XDW0VOQT9Q4N7eyAj1PIfyAPxa5AuOB+CL+54nj8K3trT8KV7v9MeoHsBoso0&#10;pirf8e6Fj3nDn+hsFYHn6W/2Bt9faMp8+l3hf0uvewx7TrPstuS1BPrXztGLGxcU8jD1AMP7P5Ht&#10;BuTrHZzgL+Fv+O9PxARtr8uvewy6uzhq8PkJXXSBV1oJvqBAjo2uD4l459pdlOuxuHb0YfyHRndT&#10;a7LURwFP+MnP8+ve3Lcm5qfC001bPKDCwdgnjmIMnjqJAt0iltdYfrb2kZyEZVk0OJKcAfTtzT16&#10;pZw3V5biO3iJkU14gYoPWnr172Bs/feHpp51eiUrDI6a/JWeuVSQBpGLIGqx5+g9h4bruD7hJaPF&#10;ohUNmq+TelOlNva3/ieHLDp/NP8AV8uve+EPf+GkvagXyH1LGJ6wAhR6yG/hRFuPp9fdTvMvjNHI&#10;awBqVr5f7z/q/Po1O13pQNIlI/WqnH+9f6vz697mw98Y5ohNHiIzHdSCa6qUkNwTZsdcEf63t6S/&#10;jp+mnb9pX/AOtR7RIyMfEoPsHXvcuLvSh8pBwy6QbB/vqj1XW5AH8OupDH2gvd5+kiJhh8SYfMrx&#10;P2dJ59vmitpJVn/UWnkPxHr3t0p+6aeSfwLhI9ZuIrZCY+Sya2Bc0AVSoH5PJ9s3+8z2k8MP04ML&#10;8W1afwrTtp/terybJdAxj6w939ED+Vf9Xr173Ki7ijnjYxYJDJGEJU5KS9iePU2PUG49p33/AHRb&#10;gxxbePBz36wP+M0/2vTkmxXkUscaXJcPXOkAf8e+3r3vGvcGkeVcKjQ6iC5r3BBUkMNBoNRseP8A&#10;D6+3/wCsu6Gee1jtdbRhT8arq1f7X/Vw6cOwTuSBLT9n/QXXvfUfcE0kxWHAxyIAp8hyQDXvyCHo&#10;dVhz7ZPN0sa38d7Bpkji1qmrVX+iGVccfi/b1Q8tyBWDT9wFaUHD/euve5MXbFfKkrxbfRoorl5D&#10;lFBDop1Loah1NYn8Xv7ei5lDIpuNtWORlrp8QN2N8LV0/wAsN0oi5O8dQSwWv+l4f71/s9e99x9t&#10;VDgs2EjCa9Kr/EuHb66D/kZK3B+vsun5zgjeGKw28TyPKsdA5joxPw90f8/h6QScr/TyR0lBOula&#10;AaT6/F1735u1ZDpK4SLUSAyDJD02+vJpLGx/r7WPzPc2zIt1s4jkYjHi14/6VP8AVjp9NjBMuu8K&#10;la/g9Pz697hTdzLA7IcFGUjmEbyDIsP3b2ClBQEkn63+l/fhzJftKoi2UcK/2y/4Av8AxXW/3Kvh&#10;CX94Gvw00f5a/wCode98X7pco8v8FRUWQR2XIsxYt9CB/DvSefaa85y3O2kVJLHtb8Wsf9A9Vj2J&#10;XFWuf5f9Dde99/6ZqlnWKPFIJTb0muIPFyRc4630PtHdc6XVvCk4i8QN89P4qfwf7HVZtjSEBhdl&#10;l/0n/Q3XvbivamUkSSSPD/tpp1WyEVyZGIBF6Mc+n2xc863O3aINytRFeNqxXV8NKZCsvwkf6j0r&#10;tNjsLmJS0umQ1/CTw/23XvbdSdy5XKR+TH41J4rgFjXRxEG7L6VmoY2b1RsP9h7fPOLQbithc2/h&#10;s1fPVSgJ/Cnz9afs6V2XKUd3cCFW0hq+X2/0uve8i9xZHzGnXHoWItG4rY/3ONTrZqAgFb/ng+34&#10;OckbbpLy43porjyTwWbzpXXp6TSbXt1vayT3W5NG6/h8Jjn/AEy9e98aPtvL1dRJBFj1JisWvWQD&#10;jUwH66JAfp+T7RDnPeTZS3yMWiTzOnH5adXWrTbbC6tnnt9xZnGaaD/x7r3t2p+xtwVplFHi1naM&#10;MXH39LHpCMUY/u0ifVz+NXtNc8/Ja/TvLOfCYKxbScFh3dujOkf6vRdZ7Bttwmr96kOuaeGf+guv&#10;e8tVvvP0M8cFbjVgqJ4Ip4ovv6aTWJv0etKZkF/V9bH3Uc9S3KJJtZM8Fe5/g05o3ay92nt6snLk&#10;Mk6wxXpKk1roGM0+HV172wVPcFXSTGOpowqxsyavuQR5Fcq3C0DXICnn6X9qo+bt2uDS3nNCwDdq&#10;dtKduVHr0h3LZrHa2HjbqaPKFP6Z89WMMf4f9Q6976ou4Gq8pS08cQEkgjkFpGGkNMi3s2PQH1Nx&#10;zz7RnnLfFnKTykRLNo1dp86atIXhj4afn0VqdqbcFsoNyZ+2tfDcfi0+f+Dr3s0WMqmqcZRVj/qr&#10;KZJmQgXUyAXJbSP96HsWWV79XBMPE8QtMp1/Dqp+LR1qd6zy2ytVUcDV/Fp/o9e9pTcDxrm8RThd&#10;Jno6mUsASVCNfQVP1uF49rbSYxb8sS5+MV41r5/Z5davYGuNuuJS9PDYLT+LV+Lr3tYUZ0UcBsSC&#10;G/qP7R/wH+x9zNaJ9Nbxw6g2leolvLfRPJ3+f59e99zprTk3PPHH9QP62BFvZgJTFVguf2npCzaa&#10;kL+XXvbOo01NPcXDNIPyCLR/X6Akm3svvnLa3p5DpySTXYXKBDXSp/41173bZ8Sox/omxo4t9xmS&#10;f9jma4/1/J/3j2b7nOJNrmWncAv8mHUxe2T+GNxPnoT/AI83RMvkFIY95Yhhf/Mxjj6/5hj/AL0f&#10;Y9V0fqaxsAAbX/PP4/1j/X3Fe81gkZtIYlV+z/LjqaLOVnhB8PzPTJtqbzQR6gVu8ovb/gv0N73F&#10;v6e2UwkX1Nc82/x5ufyLnjj2GHuzKwTwqAft/wCK6WCQk08On7P8/QgJZVBW3IFxc/04tcH6X94z&#10;r1jRb0gXW6i5HH1fj6/j/H2rjRlipWhcj/PXp9K+pFeuJMdj5BwNZV7FvraygLYj63v7lwShyFJu&#10;1iCliNNhpPIGkgHge00iGNyhzTrRFDTqLMhVPIAVQkEPcEMASw4LahdRf3MmoiI/IzWOkWThrixt&#10;6lP19rbS8KOYtAOtqnq3iaVI0+demj7tXcqlysbaTIdSm4P+pK3Fr+4RxlXPTT10MYeipZVp6iYy&#10;RKY6hwGSLxuyyOGU31KNI/J9iaC0aaMTeIVr+z5f6s9FU1wZGpox1Cm3Ti6LK0mBqZmTL5GlmrqG&#10;kEFTJ56GnZY6io+4ijkp4TG7AaXcO34Ht92POUzca29b0dcLG/F6aUi5AIa9v6+7zQNtjJvCy18F&#10;gunjXxCE+LFAv+k/Loh3tDNZ+AJPDYup1fFpoy/h+zpFdv0a5fZlVjyNMcmSw1T5Rb0iiydNUkiE&#10;spu+j6aveHJpFTw4COZQz00VehLavU0squOEJ0kXH59iTdbL66w+ne58P64q2rTXR4RX/e9X+109&#10;IrVJl3bmATS+LFK0Xb8Pwp/PrDtKuqHzG9aukUvEJ8TaNXVQ6minib1OAVC+r8HVb2bjee8s3g+q&#10;uu8hQ1JRZhuw10WinvUGLcFNBTkySU8mjwmZiLAX/P8AX3PNtvp2P2l5Z8G18VmFya10aaXhIxRj&#10;3BuA9M16588o+3Ww8wfeW90ori2+nztmkgs9AdsYt2+IvHT5+vVR2xOpdj9vfJLuzrXd9KldQ7Wf&#10;rldsK5yH+/eOc2PVZzNeE0ddQvXjLS46It5Jm8diF0g6WQnZ+Bw24dy1MFOFp9wzQUVoQJ5RUasf&#10;RyKGnZ46OMLToTqNr3sfcae4u0tDzAl3b3veVX9HRThEuNZYeeSfP+fWQXtXzVvdny1skcK67DxZ&#10;xXC/DPKBhlDfF0rvgVv3evVHQGIXcUTZTrDFZDc8kW5WnoKeXEo+89xGoK4OhpK/NVhfJVaw6RqI&#10;0+RfSfYA12EyOHc/xCnCBXtGolhfx6BfUGhlmvckf63sLHbmsNptCZKz3DyJX7fRcf6qdZNw30N7&#10;40KKVfQKt/pv6Olf9Xl1Z9gN/wC298SStt6teoSKCGWVjSV1OJVkIUIyVlLSsoXSefz7F3EUgGyN&#10;xJMSpixNVUrwDcOY7DStuVBve59i7lqyXZ+W94/UEgZWOr4c1XNe/j6U+3Ip1jjzhdP/AK7/ACBu&#10;KZWS+hhK8PgVzq1eh/h09E27H3M9f8gur/s4gq1G7cPjJBe/NP8AcK6nyQobnT9PT/vPsAqnmtxr&#10;hTda2nPBIuFuRYc/j3G/MVt9Ht9/F4+vxYWYfh06xw+z/iuso4LkNdpJTB0j+fHqxHb0/liribIF&#10;pZkN/wBy5DLd9V7X49j5TQtLjKGQ3X/J6VbEAG3hVgCb8WtyPeMNyw2+Tc1SjVeTPrXUMevy6kfb&#10;5qeHFpwaZ+2g6SLVAnzJhaw0TargkgEVaL9CvN7+3PGpeeaPQDpoZZNX1BMZS1/Vb8X/ANj7Ucub&#10;aZVu9zNxQxRu+ivpRtPr5/y6IucmNtbWyq2ozTpH/pfE1LXpF9o5r7OiwlEI9Qye58PiDIQePvDU&#10;QmcHTYc8WsPbbhqVf41X1Uw8yNR1zlbadLgI4AZZA9ze9wLD/b+97c/73mvoiPAAikcN8VaAilKf&#10;kRX09B0zv97o5e2zao4tLRywprrxoStaaeHyr07diZGXA7K2pRUX7043LtLFn1CO0E1SsTzkMjoS&#10;qi+n9TH/AB9g/nV8lfU1CDSskpPj4Nr2FiSbtY/1+vsMTXgZltvpwGQDOr/Y6G+1q0VlDAzVZVGe&#10;jWbYp2p8VSRyVBmIisJDDp1C1ydI4Ukf4/19pnIKOFHHpvext9QCf1W5/wBb3tbXxozI8nE/t6MN&#10;IY5OelNRzWYgLe315HH14+nFvaKqI7zji4uSGP8AjGD+nVb8ew9vEpgtJwcf9FL/AKvn00VocnpV&#10;03qsfzwCByfow/oPyfYJd9i3VG55LWWKLH+j6X1Z3FCwY2tYj2r2AeJv0UOqhJ4/7Rjw/wBX2dEX&#10;OZry9Pa0B1AZ/wBuh4dT6f8Azick/UcfT6Mbn+v191Bbik14fJl140LdSQf93p+Re/ufuUJhDzLZ&#10;xlQQOB/2h8usNd4aS3tbqON6Oq4P5j8PTh7O58YUWu3T1iQgaOfPvBSIzkBp1pZfKL+nSRb6tYe8&#10;8nSe22GWaC5oUiDU0AajT5f4PPHUJclof3xonudZMrd2nT5tnt6RHZVRHSbA3lUySGKODbmUllkV&#10;S7RxpSyl3CKrM+lQTYAk/ge7ica1TPn8dHVPeSKpp4gD47wxo7IjAppV9J45uT7x13G4mvjJDcLq&#10;lWRnr64Hb8sU6zR0ldkvYVvNIW01adHxdowf4eq881BjMPsHcdXhk8VLU4WvqXUeY/dVE8Xlnv5i&#10;7xGS9zYAL/vR0dkNCFyE7j67eloQDqPrX7VhKTbkf4Wt/j7lnaIVtdlLNcUVINVKeq8Kfbnj+fXP&#10;j7wZlurraNmSOn+ORz+IMfF46adPr+LVq/LrXM+QU+Vh3Ht+CkjWd27ngzksWuGIyUk9Vk0al1uW&#10;RPpp1D1fT039lhztG9Jv3PSuAS+OylZHyGPjfLzMslxqB+l9PH+t7jjmi8eb6e38OgeVHrwwTJil&#10;fUcf59Zee3W1vtnt3yrZmQN4sVtKW+H4reNdOnV/R+Lq7jqHO0u4OgdhtCSngye18FVxHynxVsOz&#10;8Ws9KXlji1iPzafILhrfq9gzuGmYVtROZifupJqgjSBbySSNotc3t/Xj2UvcNbwPbAagKGvHypWv&#10;+rHU2WEx+iSyC9qqM/7XT0dXZFUkuJx9KtOsQx9PT0SksxDCCCBPJ/tOq3C8/wBOfaaS6lSbji1v&#10;1XA41A/2b+2AFnh0ayQP9X/FcOjKFmiiERNV/wBX+r/D0vXIUkAA3IYHlbf7Sf62P+39ka+bbAbc&#10;xSgcO6H8/wDK9TggfUn6+4z5wfwoolB7lHHoG84LS2Hdn/Z6Gfre5xdcW+prQPqDYCFLfS39fdZV&#10;Imivo25Np1WwAW/rXj6k8D3GEd8z30NwE7lPr/F/xfUNyxnWTXgOhF93Zx2SOMNwDrP9OOD/AE/P&#10;vK6KYPJIEFSAo/meglbzV8EBKnu/z9BtMhLO1+Rb6i5vwB+frb3aN8LntsjIjSOfD9PqLZjP/T6X&#10;+vvKj2xj8Tk65ANO8f8AV2frEj39TVzVtjaqU1/9WYePWrf/AD0IzJvzZq3/ALeVufqR/v3evr2U&#10;fXi/s6MUVxpv+QLfi8lhe1vckW8GkUcZ4cfl1AV9faG1lcj/AJ8+f7fy6ogoqMkJqH67qDqNvUh5&#10;I1X/AE/0t9PYT93WPWe7yT/y5qy9gBa6g8cfj2eXP/JB3sgd4gboQ+3AI5z2ZEGTKv8AgI/1cf8A&#10;J1Yd8Bv+yk+n9X6k3jjRY86rGb0mxtyTx+PdEOXP+/lrr/8AHNz/ALH7mT8W/ofeHV6rtd3P+nf/&#10;AI9j/P1nCyVVVHEdbtOGt/AMfxx44fpzx9ut+R/rf63sAe3H0tSoE1cwnUWsDxXi/wBBfn2FN4iD&#10;MWJxWn/HujWyGAf6X+bpXYv/ADBP09Z444uqG3B9gDPIDcWte5+t/rq45P1v+PZKX8Pt8+j9QVFP&#10;Ppz9w2/QV/1ySf62I/2FvbHTi4qfLr3tNZPVwpPIRxcgm1jzYcA3HtJurC1SBx3An/V/h6TyqFkQ&#10;1697PL8OTaCsX6m6ci9v+A1Z+Lf09rNkiE13rZgo/wA3+r/D0llX/djAPKvQUdwkjakjDm08HHHN&#10;6qlH1P092PbLJGVjI+rLN9b3FqaYX5B4N/Ym5nla32rcHVdSnw/+PD/V/qzMvLEK/wBaIpNVdNf+&#10;rTdEM7GgSqw8cMjaRHJE2r8OPu6Z7WUg8Ef776+w33E5ED3IGsAgBQ1ihg+htY3v/h7wu5omW02t&#10;2VNdR/pfxqf8nWUUZ+ouwSKEf5ujx7PTy1d+V8X1BLMTqjqByTY8X/xHsD8xVqjTav7KIQLE/qCn&#10;8oP9b3j3uEniXUreX+bpcaknHQxxC0aj/X/3s8/n2H+TyYRmCG+kKb/pAuq3HKWv7C12agq7Yrn/&#10;AFfb1ZE8icdZPadlypSIsTqf1en6fReCW8X+v7LRdeExVU/zdVdyvaB1722/xdmJZkKEngar8fUf&#10;7r/x9qRcazQgdJ3ap+zr3vN/FmEZbSGFySOeLLe36AB7UxzeEFjZTj9vVFQKtK9e9wxkA2skaQdX&#10;5B4/ULWj/wBv9faldzkUA+FU/Mn/AIrreQK9e9lW74qPLm8SyjUq4xoxza16yp+twDz/ALH3MPtz&#10;Ob7bb22KhT9SDqp8hTqF/doa7eBKeSmv+2br3svMgZJhxwwY/jj8/W/1tb3LoZYWWzA1UHxdQSko&#10;kt0FPh6974AabL9CP8Ljn/EH25Iuh2INVPWmqSZDxPXvfZa/Fv8AD6/X6X/pz7pXj1ryr1735T+O&#10;fxb/AHn/AHj2zN8I+3q6ceve+7/8a/2PvTWxroDipH2H/L05Sh697yK19V/wD/hfjkcHjk+6JE8B&#10;XQ+X/wBXp1ZWZSCDnr3vonj8/ni//E2Fhz71I2tmA9cdPJOWYJp697HT45ME7OxH9TLQAD6fXN4q&#10;/Pq+gHsx5fX/AHd7W1P9Hi/4/wBEfM5/xALT8Vf+Mv1BynONyI+l6Gr5+v8Ayjyfj8+z85kud95q&#10;44/uVlPyPxlZj/vvp7yAuRql271Cx/4f9norjZTYbSPSeL/B0nsbZcTS2P1r6c/05MEf+929ofMX&#10;OP261vHbc2A+tiSfISfqfz/sLD2nuP0Ybskag84Wn+r59O3DaXvjT8TdPiW80qg/8o0puPp+tf8A&#10;X59hp36Cc7Rm99VJUMT/AEH3MgsPae8cQ7eIzxIH7af7NOlG1up2vT81/wCO9csX/wABV4tyB/1j&#10;T/ifZQModU0tweHBIJv/AGbe4d3+PwpgNVQw8/29G1sf00PqP8vTj7T78f7E8X+vHH+8+wxp7mI6&#10;WRNRwB59e99af9q/w/H1+v8At7e29Z9Or+N/R/n173//1NdbJK6ll/21gLD/ADTH8j+nuJ1UuRQY&#10;6lvQZG7R29b/AB7TE6SC4/SCP6ra/p4/xPtUM8OPSihJxx697Ya5yF/rq4Jsf9T9OR/T3cRR6hjI&#10;8v8AV/xXVjGvb6jr3tP1D8E35IPP4HDc3/pz7cokaUp29NsFC08uve2tpJASw/SLm1hzxqJuFuOP&#10;beqP+E/6vz6apH6H/V+fXvaarMnU0tSZYJPtmB9TaUl5V3bVaRCLHSD9Px7dUwniOtHww1Qf8PXv&#10;ai233Tuva1Ss0Fd5VjkURn7bGppT9sIp14ye/EQ+t+fbVxEmj4adVmneJahsde9iw3yN2Hu1Fou0&#10;9rNkKmWogpaXKNncnRBPM+mMmi29h6VH/fkLWc/4E29pYrWQtSJl/YP8vVLe7FyfDnQVrxqf8AHX&#10;vbnvP457Hy1LjM1tXdSY587Ty1sNAcPl64yDyrGVFVXZhFW1mGplX6/T26l1MGeLTXT8wOnbmGNZ&#10;GjR6NThQ/wCfr3ssm7ei987NczT4eQUX0Wt+6xdphqiUsIP4pUSoA0un6f4+1gnV9I1d/pQ/6j0k&#10;eGUUOnh9n+fr3sCMgHoxIGbxP6dSlQ30KHgjyA6g9/ahSAdNMDpP4mgUPDr3tNVMvi0sI7k3s4b/&#10;AIKLBWU2+tvx7fUhuBz1sSVyOHXvaMzFQWoK/X6iEQX4+nlWx4W35HtdZ0+stQvHU3/HekFzONE6&#10;asheve7DtzPE3xR2zUjlv4hmlBPH6MdQi1/pb/Yfj2GLaLRu8pHm5PR/zWDE23tgHw0/45173WHk&#10;a69TKOf1v/X/AFbfT0j2N4LeqVr0DHuEckk0z1720yTh2H+8f8isPalY6DpM0gJ+XXvcZ2+tm/J/&#10;Fz/tyPz7fVR58emXY8FPXvfHWbaSf94A97ovHz6prNKE9e9y6Oqmp5VaOTRpOoHxo/qHNrMp+tvb&#10;MsaOMjqwZgwNaU697H/r35Gdg7CkV8Zk/wBiMFPH9lhPUjo8bqXqMLVkemU/j2U3W2JLQA0P+r59&#10;GMG63MBrqqPsH+br3sears3ojueCEdhbZGH3JZ/9/G+d3XWAMzCR/wDcPhKHF0J109BFF/hr1fUG&#10;6KC2vLF30HBp5D/Z9ejNbrb9wBFzHST1q3+AU9Ove0Hn/iXumtoajO9Y5U7/AMTD4TVmHH0e3PtQ&#10;8kVLCT/Hc8k8vmqo6j9Kenw88Mp9mMd/EqhZVAYeeoH/AAdMS7TIQZLWYOnpQD5cS3rXr3spmWxW&#10;SwtbLQZClelqqcrqhLxSmPWiSAl4XljYsrg/U/X2ZxSxyLqV6g/z6JJkkiOkjP5Yx/Pr3tsd3chp&#10;G1N/WwH04H0/oPbmPLpsMzULGvXvao2VIE3ft1z9EytGx+n6VkBPH54HvTKD2r5n+fRrs7/7tbAj&#10;j4i9e9rDtac/3oQg3BoKX8AXvNVX+o/F/ZZaRUFyCM+I3+TpJuLf49uH+2/48evew08hl1rcf2r8&#10;Dhb2v+L/AF9rNITSek6OBClR6f4Ove+UEzQFRDL9GVidC2But/1BgbWHvzjVll60WJIA697EfbXa&#10;u5NqVEb0FZZRGI3X7fHtqjOhZU1TUFQVLKlrjke05tVcFivSyC+lgYGuKfL/ADHr3sQ6jcPXHZ0I&#10;TOUn92tyvzNuF6rNZYTyn1PbFUcNDQxCYgLxwv19s+HcWx1IdQ8xjoz8a1u10yKFk9cn+Qp172gt&#10;19W7k2tQNloGOW20Cqx5lUo6JJFklSCM/ZPXT1q66hylivFr/Q+3UuYZHOpdMnzr009nNAgdW1xj&#10;zoB/KvXvYXeWy2PI49H0v+f1WJ+pv7WhVrWnSczALRsj0/2f59e99eVrabWXmwuDb6E82v8AX3vQ&#10;DUjqonYUUrRT9nXvYu5act1hsizWP8U3OCD9L/cwAG+kD6D2SmELfykjio6N5SGsLZq/ib/D172j&#10;KKo/cVra/wAD1WvyOLWtf24y6TTpmF+AIz172MPXOYq0rJ6byeaidfpoiQRO00Ov6x+WTSAB9bH2&#10;Q7nGpRSRnz6GvL0wBpWo/wBnr3sbo88urQy/uKutXuOYwQqx6PDYBgf1fX2SfSsQykjqQYbkhkiY&#10;ilP5f6vn172oMflxN9F0utmte/Ho5BMQB9R/2/tDLYhVr/xf+T/V59G8LDHp172+Jliqqg5N0vwB&#10;ZVIBAtG1zcey5l0uPX/V/h6NYrrSUp8XXvcinyLvOACP1C/0H0N/+OY590lWtW6NYrhnalOvexZ2&#10;5WNoW/5sBdRySCT9U+tvZHLFqPeP2/z6M4gWNOvexTxtSAVe9xb+l+dLL9Lfgn3VqVK1z0YhhWlc&#10;9e9i5t5lqJVJb6hr3BBvaYfg8fT2mfA4dKY8nr3swW2606VYME5uR9fzKL8L/tPuzgY1dK4xqYDr&#10;iwuCLX/33+PHsd8E5kaIA6TcMfSRxY3/ANvb2nd1CGYqdI+z/P0aIM16a5R9f9Y8X54/xA9i3iHL&#10;FeBb+v8AsAR9CeCPp7dKBYhpOOtslMjh0lK/6sOb/n+n/EAWJ9iRQEt4XBvq0WH0ubL/AE/H9fp7&#10;ZFBrjK/n/q/1fz61pGQ3AdInIDSJb3sNfH1sLm5Fj9b+xDxJUiIkn1aD9P8AGK/+9G3uiSOkrKoF&#10;QP8AP/kx1WVT5DgOgx3BFqimv9LyXvxbiT6c/wBT7EzDlTosTypA/FiPFzz/AIc+z23JCkheB/w1&#10;6LJga18uivb5RgzgleTqP0NgDL+BzqNv969r6hutwfywBH0sGRQf9sG9iK2UGOFq5Ar+w1/ydEsw&#10;q7j+l0UPeLB551tw35+pJDSLwR9Pr7n1ADQNc8BCD9TcgH8H2bKCpP29Esw0yH7egpoZCmUpggJJ&#10;lS1yo41g/j/A/wBLf095sDFqx8D3H0Unj9Xqa4tewB9or2UQzyxgHgaH+Q/Zx6tEKKhHAdS94kzZ&#10;ye5+kzEqf7A8UTmxIOq/9D7zzlVTTGnp4JtwSQQL/QtwDb2jYM9WmfvPmfL/ACfYP2dGCxnJfj1K&#10;xUbfcKzLqK6joA4N0ewJXgm4B/IPtlbQFF9WrVfj6fi3tBctIxdlpop+f+qnSgYHQuYwaSi83DDS&#10;fRpv6zb6auWP++59tNRpH6vrcfTVbkL/AE/H9PaDzOnh1o8ehLx/l0ryOBzYLYn1k2Lc/X2n6tlF&#10;1F+V/wBcj/E3tce3Y1dhU06uqM4JHS2oASVve2v6G3P14Gk8fX2mahQSR9fqP95Y8/1+vswHDpZ8&#10;qdLOjdgAbkfpJt/yAOL/AJsLf8U9tcwCfn6G/wBLGwv+Tf8Ap7q5qCg4kdbKV8+lNQhpSshHA5/V&#10;9Wup/Gnjn201DkppQAfW55/o1yfz7aelS7sf9XkOtiMHNT0qMdFZ/wCp/AFjzqT6/X3Ba5uCPT9b&#10;nk2tyPqP6e9LLEI6knX6f6h0+iDTnj08iFg40sORyQQB+De3JP19xGUHVzf0m3+K34P+x9tyXNAP&#10;wj9p6t4a/Pp0gha441HUCTwFDccck3sQfz7hsoPPHptzwb3/AB+eP9sPdEm0q2l8da8Ohr6dOYRg&#10;yqVJ1fQc/jnn8Hn+t/eJnC/gi/0+ur6av6G3ujTux0DIH+r8/wA+roorwx1KipLjWbA/kD6WuF/r&#10;a1v6f09qbERgSxkjVcFha/A0y/Un6gEceyPeJnNjclWoagH/AHpf8nTunvUj59Nkqo1XEpWw/c/P&#10;19FrG35/3n3XF86Oczs4EEnzZs8i3P8ADttD/XHqX/evc4+zjHRvRGEPg/8AHpj1jd73ox8LT8/8&#10;EXQ99TrpwL86jdQT9b/5VXm9zyeD+fz7r8BCyGx4IU825srcmw/Gr/W95CXo/WIPoOoKtEP06Kfn&#10;/h6FP3lSxYk/n8W4vf8AP9CD7SEngvS4DgB172XD5H5A0m0qddNzJWToLmx9VDVG/wCluPZNvjFb&#10;N/8ASt/g69J+mBnNevewO6KzYqNu5wyiwjyGURebEBIMb9AsS/8AE+y/YZdFlcVbNG/ydLRmyHrq&#10;P7aHr3tN97ZzJ023FkxtZ9netiEp8EE/kp2pcqzxAVEThC+kG4GoW4+p9ob15SiaI9R8fV5YFGrx&#10;49M3Bu7WwjltQf7QVPaaLpOr4uveyt4XcX8QngfLL93LRxxoKgEQCno4CjSkxUsKCXx3Zvy5+nsJ&#10;7xY39y8r2zZoxpReOfMn16Ptj3Ownt/8bt9dyqnOpl/CPIdvxfn1724Z3KR4WviqsfkxWUOZhNei&#10;rRmDwq8rRrCTPHLLLYRm5sn+I9lm32txe2T291aGOSNqE6g2qgrWikAcek97uLRToJl02MpqM1rw&#10;pwz/AIOve4dRuieP7YvRF6BwfJF5lUVHrAWTyCnM0fjP4H19uRbHA6zMt5S5BFDpOB5/ip0xfzW0&#10;MkK+DVG860/Onyzj9vXvePPZzGxzSLhaoRUcbIIYvDPIKxSI/I4kqojJB4nLcHl7/wCt7X7ZFuaJ&#10;9NdOCprVqINPEjhk14ccdN7ldWts8Ytpf0STnOQKeor6/wCrj72t9ub0xGDyNNNPjdeHvLZvvZ0+&#10;2UQTRtqCU01VL5KmZRz9Lf0PsM71t257rt7Wgvq3S8B4a5q4bjUDgtej+fdNuEcKa9ad2aOKenlm&#10;vXvaV3Tk8O+UyE+LnEFFIKY0FOEqZ9LiCBak+aeMSNqkDN6xbmw49mmw210ljHHeQarsA6nqFp3G&#10;napplcfzOeq3d1toCOZ80OkUbBzX7a448OA697fKr+Dz7Ro8pAyjJwyVZH/AktBokjjWQhtNNJ5F&#10;J40m1vZfZ3O52nMMsZP6BC5ohrUH5EimOkpu9uZmZZO6mMMaYOeGeve03FU08uOpcRJaKuqKySWK&#10;chpCxqgqraEKsS3a55I/2Hs6voXG4XW4eLqiWJailKkcc/5hTpnw7R5IlMmiUn4u7PH0x+zr3ta4&#10;br3cOL/3PGgNdQ0cIrpFE1NB9xHD453XV95JIgkQfXQdN/p+PYWvuZ9su1/dYudE0h0jDHSxxWmk&#10;A04cc9LxbCBmK3lajB0Uz5D8v59e989wLRUkcuQpqH7TbuUoJKKqpfuZpxBu6sSaWrnMzk1sjJSJ&#10;p0Kq0xtcEN7f2HXczG1uL2u7QtrjbQO+BCvhpQdgq+dTHX5HHSURQLNcS3F1qiMfcumhY/F8Xl17&#10;2HtHkNvUNDkcRksX96lbFU1tDkvva6mFDVTQfbUrmkhVjUim0mSzuFe+kj2I7i13OW9trtbrQyEI&#10;yaVOpa1Y6vKvCgFRTHRNHfbfGb23NnWMl6HW2PIeVTTr3ubsek2lWHJ43NgNUT09V/Ccj5MigEvg&#10;WOlj+0pmVT5ahgbyEAfnj2k5ml3i2a0uNuesKMutaLldVSavkUUcB0kglgW20mKr+KKNU8MClP51&#10;45+XXvap2bjv4DmXrMhBelxjS0E3rP8Alc0y/tveGSZ6e/0sA39b+ybmC+O62EUEEn60gDDh2gHP&#10;EDV+Z6EVlNpULHjTg/M4px/Mde9vWf3Jh8VuRq+mor4qpWpG46D7mq9Na1MIMcTVS08sx8bMGtCo&#10;Rvo/su23a7672gWslz/jalfBbSvwhqv2ggZyO41HEdbu75EdC3w0Jb7cU/1ft697R20d/wBBt3I5&#10;SlOJ/i2GyppmmQV8tDf7GGpeAiT7Kap4nmudOm+mxuD7EG/ct3G62lhci+8Hcow34A1NTKDjUF+F&#10;f9R6RrzlaBpYn2ysbUI/UIpQZ4L/AJeve53VO8dr4ncFQm9E+5w2V8C1NSZK6AItHS1zIdGMp3qj&#10;eoeNfTb6c3BPv3P217rulhDLscv+7OHV5JnUYwMOQgoob7fkek0W/LHPI8jag1M09B6Afl/Pr3uX&#10;BuDG4TPvIc4uMamaOWnm/h9RW28kRN/GIJQ3DD9V/r+Leyx9su9w25VXb/GDVDDWq8D9o/l0ILm9&#10;217uMXL6YVoRXVio+Wf29e9smRrI9ubopdy0tP8AxfGVDxNJCsj0P3DpEjTWlkWeaLXIxJsnH449&#10;m1tDLu+zSbO7fT3CggHD0yaYqAf2/b0S7jNZwbir7YK25C1FT5VNav3H/J1731SbpzON3FT7rw+O&#10;LrFNBP4TU0gssMgnaDy1NM5srG2rx/4/4e6ybTtlztE2z7hP+qwKg0bzFK0U/nSvVtL2CrMu0M6M&#10;KkeJ5nu4932f6qde9tub3nV5PddFuLMUba45aOV4zUR+lIqqSoMd6amQHQWYX0c/7x7e27YIrfaJ&#10;9qsJh3BgDQ8SoWvc3njz6Rvu7WTtMNnIrWn6o888aZ697n7xz2LyE+NqKZxFAaSjyMqETyf5SXqn&#10;eLU0SMAI5F9Q4AHA9t8v7Xd2ovIp2AmV3RTjIGmnAkcR5/t6MtxvreW226S7vhGjNHJp0k6SVJ06&#10;gM0yNXn17237TqaSu3jj5oG80SUyNNH+4n7groXddbqpvYjkC3tVvNrcw7BePKNP6hAOPND5A9Ft&#10;vJt8u9I9nuCgeHWuhvi18M/L8uve7fNnMsu0tvuq6EOKpHVL30jQLDVdWb6+0XLMs0O0W6O9WqM+&#10;uD/q/Z0cEMbiZq1ctx9cde9pbcEzf3027EDYNisoxHBB0lD9TccX/wB59rVvNPMZ1Hgx8v8AoX7f&#10;9WOn5xp2ncgf9+J172JWPHkoad7cFD/WwOtlB4A/I95EWchkto3r8Q/y/PqLbtA80h869e98pVOl&#10;R/gf8eCdX+x49qHqaMTUdE8yFTU9e9tQQLWwj+jv/tmi1WIvz/vHtLchTEa8af5em5MWd1/pV/49&#10;173bZ8Rl/wCMT42/4qc1fn+uYrSSD/gPZ5uP/JKm+xP+PdTH7a8Nx/0if8efokfyNbTvLD2+pp1s&#10;bccU7cH+tyfY7ZAWLAfT/b3sVsbD/C/+HuOt3UyFzo7tKj9tajPz6mjbpIxb0rmp6ZdsOvhh5Nru&#10;ePqODbm3B9p+XUNQtyS3+sObk34v9fYVtrdTOCxwP9Xlw/1DoyWSMn4+hJEqiNT/AEC8Wufxxza9&#10;ufceMKNZHEyqSOCbxi34IA/V/sfZvJEArMvwEf5/y9fn0jurhUlUavw/6vl1illcvErcwtIqkekf&#10;un6jUpLk6R/re3fGxGZgzMNVxcaTzyt/obfX2SXOkSAD/V/qr05FMHrTj1CyU5giYBPRpJDavzaR&#10;fow1fQe5eVYJaGNf3ARHyeSSzAfquv1PH19u7dD4x8TVnVj/AFefTsjUjYhs16bseTpMsrARGIzE&#10;2BAACsR6bMLj/W9ycw5pcHjMTAfHHkIIMhkDYPetp2CKPVrflRzodU/qCfY6i/RQJq7P9X+r7OiK&#10;SQiWhbt6DzbkC5Tee4d010Xmq8DWVu38EdbRf7h66KGol9MTRwsPKBYzxtNwdJCn31iqJaGKHKtU&#10;eB2aNIQYy/kjlfxOb6mCkA/lb/091l0zWz2tKkyp+319f85x0l3UBbOSUr2jy6l5/Ky5OunwaUJq&#10;4I6WskrHWoWEQy08IqIY2BjjaTyEf2HsP7Xt43hEhqI0La/HcA2Km7Cma17kckezbmhZLKS3hU6V&#10;h1/zoeH+oVrxrkk5S3CO/to9xJ/t6/y1r/q7ekB0XVPVYurqmg8L1/27OhZJbeJ8jD/T8D2MUSHc&#10;XXW3qbIP4sZRpldc+kuIxPmzID44GgmcPPAB9Ta9/p7kDZr4XPI6bdM4EFof2eLcFvJTn/ev8+PO&#10;/bOuxe9G531mn+M7i0eP+aNiqfiZuAb+h+fRAsvXN1p8ve3cptumOT3fuRth/wANwySrStXHD9br&#10;T1QWtyC1uOg+3oK+ST9wIW06Rc6dKp7S221VvOSpenLUc8NAlGxkt42ixNGs5IE/kfURb1i3sSb3&#10;sk2587o8iUsiEp9gjXy1K3xDz8x0EvZTmzbtu9ntpjvpabgst3XDed5N/Cmn4f8AVToIfiL3NhsH&#10;0LPtjD5kNubA1eWqtxUooZlMkeZ3ZmK3GjXUY2ahiEdPIxHhkLH86fYcb6pjPS7axFULV0uQqhMx&#10;N9UJp1MFkQhANP5DX/2PsGc0wtA0sCx/pwKCMDg5Hpjy8v8Aipw5B3C6k/rTujkG1FtFp+HyJr/q&#10;/wA/Rnfi5k6ZM32rvvC1Pm2xPgsItFThJEWHJUVdXJliaiqU1cl6iSwV4gi/2Tp9zMvLHTYatSMf&#10;s1eOGOYc8vGil+W1P9QP6f6/vVnc/wDIb3SpwIGNfsP5Z4+X2dFgsl3jnDl28PGC6Ev8iPl1i2nj&#10;Z8n2Zts1vNfit4NuWM+j001dUSimsITHAQUe1yWYf2l9gFWxMHx8rJZDkkhUar3ClrfS55t/T2Ad&#10;/bxIWNM/Sj8u3j1OsEmm+txqz4q5/PqyDbc8YbKU6y3daGSochCpvK0YP6rAWv8A19j1iVH8JpVK&#10;+nww25P6vto9P9r+g9427/DqlvXJq1W/ZVq/4f5dS7ZcIHJzpX/J0hDVMu4XVWsfM6myj/le+v6C&#10;OCPbzj4yGqpT/wA6+phUcEEnS3Av9D7e5ZZYdv3X0+llPoRVFHH8+g1zTIbi5263HD6mM/8AGz/k&#10;6DztiZ6yv2bRrwy782rUO1+NEeQqQ17gKDZf959tEQNPR5CVv86Z5ELX/stELgkhl/4n2g2cG22e&#10;93OPEVRH6fEh/PyP4TxP52vohPulnZ+o1/sf/V59Lvc5GX3vtXb7MfGlCmW0WufJRZNQtgoVwAWH&#10;+7NPsHcv6GuRcu5P1uRdk4/2/sGsVkmZgOAH+r9nQ8tRpWg8ujfYQH7ZFJtpW39BwGFv6e0vkIyS&#10;Tza5B/P5U2/pfj2xJehBoU/P/V/q/LpTXIFelRQx3HP+AFuLC39b82HtGVH+c0Kv9ALWA/SDz+Af&#10;ZHvLl7C4kY1+H+TL1YVr0qKX9Sj/AIMSf9fV/S/19gV8hAU6g3QefVBjgV4+n94cVyDz+W9ruVpi&#10;eaEX+mf+rRB6IOcv+SVN9v8Alj6cKcepD/r2P5+jfn3UFmlY4uv0LrLpbRqIvaQX9THjg+5w2Cdl&#10;5hiYD8QH/GD/AKv2dYYcxKBabkwXuoP8I6n+z2fFs4+mzvWsdXGTCM/OZ5DJMPGvhlN9K3ZtLccc&#10;8++g8Uqycs3bE4+nFf8AeR/qp1AvKcczbwHiGfF/5+PSE7OjyMnX28UxX/FxbbuTWiFoTepNM4iX&#10;/KCIfU3Hq9P9fd5OKxGPrZ8LWTzCRDU0yUlfomUMygNFRimSRCPEhPrYer8+4Vuoog0vDi1OPy8v&#10;l1k5Ne3drb3If4BaA/h8uqI957/3Xt/E7+w2LxzJWwYXKVmY2uKrGvJHFI06VGebMVFJURsuQqEC&#10;/bxuRF+OPY1belSDGZCaSPyCCorIC2ooft4I4vXZb/gX/qP6+xst9Hb7E2oA0hYedPh4/wCoH5+X&#10;WNHuJCm7807SiN2mOI8K5Lv9n+r59VX9w47I5Ls/ZmIxmRONqtwUG2MpFEaWCt0Z7NZCujamvOyq&#10;dLyfq1LC2n9K+y95mtWt3FuKdAFRMXmIIyGuAqV8zJFyEudLDk/7f3E++3wmns9J/wB9/wAw3+qv&#10;+zXNbZ7JbTlDlWKlStpbD8xAor1df1PtKfbPUnWmLrnNTVtm9m11e/iWHy1p25i4aus0pNUInkng&#10;a6IxX+g9g1mWWXxj8pCAeePrITcm349k19dyVGt+4n/V+fD9vQm29Toyuf8AV/sdHV2jS+BZ2sdL&#10;1LFeDYXWK1uW4uP+I9pyNEZW4vpQ24IN7Eji/tq3vHjQkudJOeB/w9GxQqASePS4qUYOgsty66gC&#10;LaeB9QoOq4/3n2QT5vaxgMNe/NmJtz/xcaW34t7jjm65Dlxqrmn+r+f59ArnL+wr+XQ39fqFxVTp&#10;Fgau/wDh/mIvp/h7rXoBrrKUsfpMlzb8alINrf6/uObM6plMQzqWn5U9eofkBJI8/wDN0vPd2Cke&#10;GAjj9X+tyx95dxJSa4J/o/4OgjBFpMJPlq6DiQkvIDc3I4tY8AEn6e7S/hXF/vxcifqB4Rf83GZz&#10;wv8A7H8+8rfaWg5SlTyLD/q5cV6w6+8NOyc0bUA2Tq+z+xh61ev54Mit2Rs6Mg8vlybWBF9s7CY2&#10;uDxY2/3w9nShAOstzYIf9fgf737lJAA9Bwp/lPWPm5uyJEFwCW/wnqi/GRK1SEUFrqoux5JGq/JH&#10;09hH3OdXWu7rWt/CKwfjiy/7f2tu0P8AV/fKf8o7H+VT/Loa+3YpzvsH/NWP/J0fP4HR+P5IdTsS&#10;TbedFz9b3ecG39AL+6Jc0ttyV5BFhE4Fv6/dSAfUH+nvDa7LfW3Q9ZXr/vX/ABfWcDmhVfU9bsuD&#10;YHb2OPJJjgJv+f8AJkP4Psv3b6gNSH66vFf/AGC131/r9bew5uzVJHnX/oL/ADdGll8P+2/zdLHF&#10;G9OR9LOeP6DSv+2v7ACfTpP9OOfr6rG3+ufYdNdUlfT/ADdHy6qd3Hpz9t817H8EN/ydpt/X8+31&#10;/wCsX+Xp5fL10/5eve07kVP7jAC/j/2A9XNrEXuPZRzA1ba0rxAJ/wAHTcqlmjBPn172d/4bcpW8&#10;3sYuP6f5HVg/X/W9r+XSagKfX+Y6YaOt9Ca/xDoKO4TbakhP/HeD/b/d0tvyCfdkWzuKsPf9Kuv9&#10;eHhmBH0/w9iPm8V2S/r5Mn/Hh1NXKSg8xZ8qn/jDdEV31z9tEv8Au1iT/rxz0rD6n2F+6m0UcrAl&#10;QoW5/Ny9MPx/ifeDfP0pXaCSOP8A0GnWS1qv+Mn/AFeR6PPsdL1L8fWx/P8Aqarn6Dn/AIj2WPcO&#10;YSIPGV1Ober1KDwh5AiI+vvG2+vCtw4J4af9Xy6XAhQD59C17CLIZIu9U/ktoRRcrcj6i1vGAfYf&#10;uLylQVya/wCznT/q8+rKDmoz1722feAQCYuHXm1gB9PqvC/m/wDr+00cvjMTWlOP+T/V/qNZE1Ek&#10;HPXvfvu/MoZSLXuRyeASDwFX+v8AvHtcpbUoY59f59JmBLaThuve+b1lgBawCkav68c/2fqP+I9q&#10;GfSKFgD/AKvt62QAtCc9e9x2rwylR6eDwbj63H00D20ag/2mPt6ZJoSAevey5d0+R6/Gun0FIoP0&#10;H1qKjixseB7m/wBo+6C+I4eN/OiHqGvdQHwoCPh8P/n5uvewPuS6k2vyT/rj6/i3++/1vczyV+rX&#10;X6HqA4f7BP8ASjr3vGSS7fi2m3/GvyfaibyFa8enfwJ17376f14/3w9tceq9e99H/ev9h/vP1PvR&#10;AIyOtg+nXveQN/gB/ifqP9sPfmAagbPXtR9eve+zZeT/ALfn8291fXpRUrQenVgSTQ8Ove+Q/A/B&#10;Yf73bj/Ye0vTnXvY1fHxj/pPwKgi/wB/i1+n1vnMXe1wfz7Ndj/5LW114fURft1r0TczV/d6faP+&#10;Ov1ByZtjcgf6UNWf+sEn+I92EZzUu9syR+o7JyXpIH1OUmP59z9dikm1r8o/8PSBQP3ds6Dh48f+&#10;DpN4rScVBf6DJQ/Q3/3RF/vF/Ye5oSNidvLzc7mwAtx+GPP1P09t3g1QSg/8pXTl38V9/pm6f0sK&#10;iQ/9Msh/2GtefwOfYcd/DTk8dxy1HJyf6fdS2tzbn/b+2txjBtkBOAB/m6e2kEbY1WwWX/jvXLGG&#10;9Of+Wh/2+hPp/h7KDliBPpH+1lrf6q6/Tj/H/H3EPM8X+NI3qWp/P/L0dxD9CM9OPtgdbNxyB+CL&#10;82/437CQFQHpx/4vqyuTSvA9e99WH9fz/X/efr7T+E3qOneve//V11sgzSMXL2H9eTzpT/Am/H+8&#10;e4rRxWmnPUwLIpbSFp/q/Lrf49p6pa39sXtzZb35sQQPz7UoqnI49KVC01efXvaWr1CvbUWvqAFg&#10;Ba3/AAa3t4dVbr3tgrDpAUrc82Orj/E2P+B/2/vfTR697aamRJUCugcBVPDEHhSLcW59XtP9Oa1E&#10;n8uk5iNahs/Z172kslK3qjUARKW4azEga1tfSTYL+Le3Ftz/AL9z9n+z020TcBKeve0LXyMplEYK&#10;K0hdlIU3Y6gebf0HsxjhZ4C2odi/Py6ecB41T0TP+1697DndMhY4s39aZnF2YXFh93/Tn6e7baRQ&#10;MRUU6T2syQPahkrqkQftYD+fXvdjXZFRLSdZdcZOlYxSvt6RnsNWp/4myng3Ucf4D2V3iadwkBFQ&#10;XNPlw/1fz49Pc2xtZ71JCrV1s35cOvf19l/wHfW4du3V5UlivYJJBRuQLMBczUUw/wB2e1L28azh&#10;Dl/9jpFFNJBciAvq/wCK697ECTtLqvflEYd64sJW1H+fq4q2roo/2pFkT9jH0UKj9ukiXg/Xn8n2&#10;w8MwkJjGOjBp7aTtmXP+r0697DzcPx423uKA1/X+7qSpLj04paLJzzXUpEf8prq2JfU0Ur/Tgcf0&#10;9uLdvEdMkef2f5OmntI3UmBx9n+o9e9lg3/0p2DsrG1Zy236uGAKLzu9KFVS0bhyFrJmIIcf7f2v&#10;tNwha9jV2oVP+ry6Dt5Z3EckqmM9y8cfL59e9m93EtviHtiIteQZrcUci2sYwMfSAljYA2IHPtJG&#10;ANwllORqBpx4mnQj5hnF9ZWtwq00Ko08eC069/vr/wC391aVv/AqYf0dvwP9U3sbQANEG1dRqHLa&#10;sZqf8PXvcTn6/wC8fn25wp1sEnPXvff1PH9L/wC9C3+8+9HrdasoHn173zCksAQT9eP9v7qTjB6c&#10;CljSuOve8q2RtRBWxuLH8fjjke6GpFK9eKEU697yk6xqI1WP+2ta1wOPwfdaacDrQXyrQ9e981kZ&#10;bc+u/DfT/XuPzcH3oqGOBQdXUjWqeZ697Nn0rmMpjOou75cdVyU9VFB161FKw8i05fcuUSclJAyO&#10;JBIRyOL/AOHsi3GVYZbdpFqKnHD06OUnew2S6vwa00UH+3K9e99YP5AYrcFOuG7U2+u4qWIstLPS&#10;VVPg2hMzPJOzvisYssuoRRAXbjTx9T79ebZK6xy289G+ef8AUPl+fTS7rHMqC7iqD+X+D8uve8eW&#10;6h6+3tqq+sd10S1EouNrmly9XV67KNK5DITQRetwxv8AQWt70l3eWf8AuQpcDgcD/AOqm0tbmptJ&#10;qN/DQn+ZPXvYRz9c7t2PuPDDO4iooYFytO0U0jU7LJpcPrBinmNiiarH2YQbpbygSaqPThn/AGOt&#10;2kM1neW8skVFVv8AV59e9tHY8hqc5DKF0oKSmjLm1iUeoN/oPxx9Pb1synxmBqWYmnpXy6Q7kmm5&#10;nlBqJKn7Ksevew/VbOWHKm9jbg3seB+fp+PaomqgefRbr7Aijh173zMn1ViOf7NiG/FuQOOTb3UJ&#10;5gdPQgEkHj173xUf2LcG5t9SR9Dze4PHux/i8+lLGiU8+ve+OlgQVJ44Xm1v8B/X36oINR1RXUeV&#10;Ovexf6e3XmMVu2jp4qhXpZIMg01PNBBOrmLHVhj4mjfSVZr8W59oL63VoXZMPj/D0c7ZPL9RHHr7&#10;M/4D172p9w5rrredXV02XohtbcoaEf3gmq62ronJSKVj/CKGCOBf8jp1h+o9Umv6g+09vFeW0dVb&#10;VBTh59XmuLN5DHKKSrwap9B5D5CnXvYZZnYOXxkM9fj2/jOKpwhnytPEKeBRI0cSExTzGYf5QzR8&#10;D9SE/T2cRzKwrSh9Ok7WU6p4kPeM6jgfZxP5Y697U+XZB1VsRXGiU5bdOq9/Sv3dPpPFvzf6e0El&#10;GuWZM4Fft6Mmau221R3am/w9e9hvTmypqP1YgfQauTxce/ScWp6dJFqKelevexF2rMRVM7HySLCm&#10;hl9AGmSMopAXSStuSfr7J7tCynSMf8X0KNolKPnubA9OvexLpsreQRSkD1emx+ralX66fybi309l&#10;/grFVidRFP8AV/q+eOhtbODLEzHgy9e9q6hr3hZJlZSBpOkBTwAjC/H09PtLO6TLpKVH+r16FMdx&#10;qGrTj9nXvb9Dk5Gmadz6H1gRi1wGIIOor+FPsjmty1SGz0pSQ1BrQde9u1BkRHVLezam9J4F+Af9&#10;R9QPaR4gVyDQft6N7aYB9Wade9jBgcjHZG1WvawP+xJsNP5v/tvZXcgxtSnQlhm7eHXvYu4/I080&#10;ICyBCPqfUeAWP+pHFx7JllJfKEk9KoWBap49e9rLD7genlDRsotypKhD+iVRyVY8av8AX9vta6ga&#10;uf8AD0vSGtT4uP29e9mW2hkPMVA4+h+pa9/OR9R+B/vXtn6epJMgJ/4r16M4VK5r5de9mY23UK3j&#10;awJH9ng2/UD+Abfj6e0Ei3PAa6fn0ZRglaDqDOACQbfQc/1H+P19jPh2DqpZrAWudIHPH0+vPFva&#10;5plVE/i4dWJpgfF0la6NtTWF+Ljkm/1NrcH6+xPxlisfqsVBuvPquVPBXi9iPafVR2NMHz68KliR&#10;wPSGyKkq4/rf/YGzDnj8+xIxgBaM6luQvBHIB03v+P1W9pUUgitStf5+X+z16RaR+vQZZ1yI5gIz&#10;x5Be4FwFcn/Y2vb6c+xLwyNdLsCVGokAD6iD1AC3DH2ILWWMR6VXBFB/PB/b/qPRTI1C3bx6LFvo&#10;NeZwtvVY3JJN2qBfn8Aj2vqK8npFg178n6+lRcn8X9im1cQwRSMDp0+XRHcVVnY8K9E63nHaqqPV&#10;cLMykEH/AFT34H+Fzx7m1CFqdjf6ITa/9krx9P8AevZ3BKFYgjj/AJK9ENy4VmLdBFGNGTgYgDTU&#10;KpuLm7yJze9rg2/33HuRg6kLjKddOotGfyBb1OP9TyL3PtDeWGu5lYSUofTj/P8Awf4elFqKwxn0&#10;A/z9Sd2SN/Hao6SoSouBfUGCxRMRz+Ofz7lE+UM2nT+nkkG3IH9Bc8eyq6UxaY9X+z0YDCj7OnjE&#10;EK6SfqLBzz6Sp/cBA5bg34PtplVRyVNxpvZuPoLX/wAbfX2TyzsWeMUpw+fz6d6F7FwemKQSn1XY&#10;DTcXJdrcre59slQVYsbG4H1/1rcHg2tb20OtefQi0WpNC3HJ+ljxctfni4Or/intOVJYyAAHjn+u&#10;m3NweLW9qFdURq9KImABXz6XNDF6VbXbULE2IH5JPB5F/bDUrYE6v6n6E8G39Tf8+3lmrqGnI6Uq&#10;QR0r6BLlONVytiPSPpc2N/px7ZKhG5u3A5+gNv1Xt7ZNyCcLXq1KdLahhVVAtZif08j+ynJ5B4P4&#10;59tUpABB4/HIva1/r7o8niUxQdWUEmg6UtHCyHUDrub34X+lvqb35/1vbfM6kKA17f74f61/e0Ol&#10;WanDpVEtAa9PNPE5YgjTq5/N+bW+v1PtvY/Ufkf0sfoP6W9tySayBTHTvT3DGE5JvqAB/AHINvre&#10;3HvyhtJ5HJB4/H9Lj8H2XSyqrkAV6bYcSD1PEQbSfp+Bbm9r35vb6D/b+8ZQKynn6cWNv+K/UH3V&#10;rkspUoKH1/1Drwb1PWeOL6+v6G5IFmv/AIXNuP8Abe1PjRazX12Fx+L3Mi3/ADbkfj6+ya8keWJ7&#10;YDSXP2/DRv8AVXh14vpBYjtX/L00VapDKlQeVhH59P8AnQkX1AFr3+nut752L4M3tImz6Jc0bg2+&#10;uO2wP68G7e569lJvqbTd5FQqNMXHyo03+ry6xz97tWrbofxS6/yoIeh26vjMeFdSQTcMbf41Vfz/&#10;AIj3X1YmR7N+nQTyBe6/QD+n+t7yJuBWUmmCB/gHUEWRrAh0+v8Ah6E33kvoP5Nr/wBOf6/4e0Uj&#10;qgPqf9VejRQDpPnTr3ssvyLyIp8BRQtFf7iveFWFrITSVLBuVN9Nvpx9fYa3+YtaBAmK0/4y3TN1&#10;2IXXgM/4evey09QZeOl2puaeokXSdyZ+kEegghhS0UnlDxrxwDx9Pz7L9vk+ktClNWqo/wB6C/8A&#10;QP8Aq49KrVvH24EACs2j/jPn172xdrZSGfa9R6gFKFV5uGvQV4VQNNwzD8j2hvbsobeKMZa4Brk5&#10;r+XD/V5dKNy+ng25YZjVCK+Y7tJx172U2BKEwxGSNmlZo7OJXQaGF/GUHpuW/te/CWdJ5H+pHhBG&#10;/D5+n+r/ADdB6xi2yaFZJYHMniKtNRHp172sKfEUU9AZY2/h1XT1lMsfmMtZ5UBLM6ryiKtvz7Dr&#10;3Vyb1gYfFgeN2IWi0x68TToWPs8s1nGLGzaNxKpFWrjj5t6mlPXr3sRKfaW48lLFUSZyk+0VHdf9&#10;xVOFdANbIGXQ41FLX/HsKS7ztVpG6Ltsnikgf2h48PSnRnPy9vE7xXlyPDgUYBUH7B8R/wAHXvaM&#10;3dXYeq8tA1A8FVQlEpz55Dw5hlmDKI1V7gHkm4vx+PYi2SLdbaOG5+oBtZQfwrmmoChOeJ6Q8w3l&#10;pfPDBddscNe3h8WkjuHqeve1hIux8/g8bj6O1FlJDWeIvUV1RpK1gme6lEiF6eNvrf8AVccj2Qxn&#10;ftq3S7ubtfFsl01ACrXtoM5OGI/Z0aW9hyzuAIiqjY097Z9ePGmn1697bs1WYWDbRgxeMeiqodfh&#10;q5apqpaxpauIsqwzIRGaeO4N/r+Dx7U2UF5cb0HnuQ1u9KpTToop4sOOo/s8+mt7ttjhhL7YhW9X&#10;4Mu3pq444avi/Lr3uLiqTeKQUlFkB9liWdpJo5KejdpY5TrPrjBnAJsRY3BPt68m2Bp5J7b9S7oA&#10;KM4oRjzx0X7bb3szR+MyqpORQZx61oPX+XXvcupzVBV7ZfGVOIkaoFZVx4mZKvTqriVUEKsQLjT/&#10;AGWbT7Ygsrm03lL63vl8MKpcFK9oz5n/ACdKJbqKFZIZl1VqB+HOfP8Annr3vhUZfB57bkGDqY5c&#10;bWYwF1mkqZplqJIqVaYQeNI0Ak1MTdmI/Ht6C23LaN3l3GB1mt7gUZQqiis2s5NcYpUD59Ibj6Oa&#10;ZIKMusivc2CcEY/4rr3vNjqXBY/DCNcXNksn9yJmyaV8sUH2Ap4wccKCS6iZZ08nmuGIfT9PbN3d&#10;7ldXbp9YsO3nIiKAt4lTR/EArTSdOjhUauPRlb7bGttcm3c+NHG7rk5KrgcdPHr3tipqnJz5T+Hl&#10;0oaWoqfKsctPBUsKB51hWLyKpckR8arg3F7ezB4LVLQ3H9pKkdagkd4WvDyz5dFlj++4mkSaVVD1&#10;f4ENK07fz697U9fkaKlw+Tx9XTivpIKmSlhWBxTOK1YXED+ZEMmhBclSbN+fZRBb3VzfWlxBIY5C&#10;gbI1AITUinDPrTo1kudzNk8Ri1QDFSAtDpx8/Tr3tBU+DXJY9KyFXgFMAlWGkaQGUhnU8yApcfgC&#10;3PsVxbt9FuBgnYMjk6cAfL06IbaymuP05UYD/KPLBHXvc8xbebb8sNNi6iXONJTtNkfv5hFA0crH&#10;SaNh4ZPJEdPBsLX9p/G3wb01x9Yv0QDUXw1yKUrq8qH5dK22iWUyC3SpqK5rkfa3y697433HVwUl&#10;E1fAscizGmH8PpQ7rG/lls4VXGkj8n3pl2uEz7gUP1AIqupvMaRjhwzw68bfmGSQXG5zLbKfIojV&#10;x/R/L9vXvan3fjanH7dxzyVUMlM7VYSnFIsUkemrpw371tbanfj+i8eyTYLuC63S5jWIrN295bUP&#10;hb8PDhj7c9Lru8tZbLQjq7UrUAD8XXvbNtnZ6boxZjxyPJlaYyNXkOSKaKWZhRsyPKkbBwhHp/2P&#10;szv+Zrnl271NOq2j009o7iB3ZKk+fSDY9rtdxsmW/kEcoOWOo+bZIU+gHqeve89S2Oo8LkqHF4Cp&#10;jnpoH81e+Sapjo3Mio07U0ykOC9xpBIF/adY7ifcbW5uN2V4WIOkR6S2PhqD5evn0qvdpsYLeaOy&#10;JZwvx5oPnRmNeve002QzOQFNBX5mnWmVIwp/h9MmhSoS5MUSs9lb8n8ezM2tjbCaeGwYzEn8beWa&#10;5NM/LolmV5Shvd4RVFBTQ3lw+H/Vnr3tc/xLCTYSox0m7cfEsVJITjWxNQ89bOsAhbx1iQkwfcng&#10;eqy/X2H47fdI76OeHZpTrcDX4i0UE+ak50/Z0epuO2GzFnFMrnRmtR+HT6fl9vXvaX24+Fykk+Cy&#10;aaBNUSrjqgyzADytDSUh8cYDsB5WNma/9f6+zbdUv7OGPcrWSrLTWlBXALManHkBgdIbN7LfH+hv&#10;JREkEtRWpqqELxWla1/l172qsJt/F4reUFPSRN44aJoJJhNMy1FclaiedA7sU8gUWQ8eya/3a9vN&#10;hkeWWhaQMFoBRdHDAzT16NP3btW336T2MoP6dCKnJ1D+I1z173arsqnK7O26urSyYeljcEEm/jBN&#10;7Gw5Xn+nuvL134u2xDT2tIP5A/6q9MylpLqdyB3HV/Lr3tDbnlMO/dtRkE/7hcz+bWvY/SwJ+vtq&#10;SWm+lwKAsT+wAdaLfUbZeBV+Nlb/AHnr3sVcGA2KomJNzGR/T/dkn4/HPvKDZGMm12ZHmGP/ABpu&#10;o1uhSVo6Y1de9yJk/Gr9P+tybg/g8fT2bU+L7eimVACQOB697a2Ux1cUp5ALf150rbgC30v7SkfU&#10;OYa8Kf6v8HTcMP1MVxAG0hqde921fEhSnVFAx5K1GYI/F75muBufxxx7PJo/qdvkTXpwB+wgjH2/&#10;Z1K3ty4i+rjGQ6gf7yzdEb+S0oTd+FS1w8aAm1/pTmwHH+PP9fY65A6CWI1FvqNQ/pfkHj+n/FPc&#10;e7jGJnkhU8FP+b8z1LESuIz30FT/AKv9X29MG2jeKI6tIVxbi3+xGn6ck/049pqaUC9lI+v1YWH1&#10;/wBiPp7I49rm1lpHz5f7PV/Gpjj/AC/z9CPDMpUKLH9P0Ui4NjwDxb3FPkYHStxqJZlC8qUN1ItY&#10;XBv7VzgW23JK7ANXTp/L8v8AVjpHNMXmRafh/wCfh1niMclZouRpRWVmL2VxMCrA8lrEf63Hsddj&#10;7exe4cMUpwKSvpEvIztLUCQ09JT+R9HliRdUs305ta309h2+oxglSvfTzp8XAcPl/qr0lvuYotnM&#10;QNq0rNTz0/5P6PRTO3ey9w9Z7oSTKRtlsBk5RHBHTpTUb07VWTyHijaXwVEsnio6Qkn03vf6+09n&#10;8NVYuZ5JU1iOYhJAiKDZn0gLqkJuU/PsY7dsEm2x2873alJk1jt/iPn3Y/y/z6M05hgnthKYqIR6&#10;/wCx0o9m9n4TflIIKANDKsAjqKb7iWV4zHFAJR5TTQLZRLY2988zSRZXD4nI0URqFoqaOnygjcjx&#10;Vcra1VmZktYfhbj2fCzgeIutyB5fn6UoPy6Lf3vt00oUXKqx8s/5uk7s/P1m2d7br21nZBQz5vKV&#10;WW2ksyI/3mDpIIKeWaMQLNdfuG03lZWt7j5THPU4jA1tONdJjljgrrCwjmqKtPArs7B2J/wve/J9&#10;p4rBluImS4qATj+Gg9P8mKeg6U7lcpJZy2sZJZ0Y1/h0r074HdlNQbr3vt/JKKbL7geXIYHWwdsh&#10;Q43F6a+aBIkaKNYS6q3kKt/Qe5e64x93XMpEkMLxJ5AOLSrCOBdSdRH+PsRb+I94R9wWPQsx16f4&#10;NNB8XH5Y/wAvUYe2Be52/ZdoZ6Txxvn/AHt+H/Gek705UyUWNwtHIDBW1ENYRAzazJ4pK6Qn0gp6&#10;Fa/9n2KlDgq3I9R4jG0NO0pC5AVEyMigD+8T1EXpZ1JHoYcH8e9w3VxNse7WllYufFMNW18KSFh6&#10;U1UoPy+dA9zTPbw+8W0zXLgmIyaUPFtVnGp+S6eiDZTf209ifzBOy91b23bQUCVL7NG3MJUUNSZv&#10;2OmYsfl1Spgp5kk9dXDKfIvp1aV+vI/TZej21Nk8lWY81GTr6bHRNA8+j7T7NEiRh6J4m80D34tY&#10;/wBT7nXcub4OX7RLmbZmN1IACBJT4Bx+H1OeFKGuQaYaN7Wcw7/ufL+wbbzEtvt0M9xQ+Fq1+Ius&#10;/iU4f9v2dVhdc4+o+RmAw2yMFkEg2Vt3J56oxO54YZkhykuYytXU16LBF/Dsqn2FfjWi/eY/7TpX&#10;2XSbD0+Ry+Nr6MlEpa6aploGaSWVfIjKX+5Z1FpWPAA4HHuJYWG+WX1C1Wa8d49Nfg0Enga+Xzz1&#10;nWJ5eW9nvOXLq0PjTW6x+NXtJ4/2fd/x7q3Wn31mOudobt2tuoRVbf3YxdNR7wigpcdQ15V4mSnT&#10;EU8MzxvQRaQ7M3ra59p3cUsjYOHxwmJmy1fCsRKvdk1+gNyACRfn2VW6eDyzu0bsSZPEirwOB8R/&#10;n8vUdK+XrUWu+m1kl1vHBHJq+H4q9DD13FTHuCWWSriqlp9jbRy8k6RyQhI6qUMNSfqY/wBB7Dnd&#10;0SwVeAgQjSHx1Q6AWIlIl188m9h/rewTuebWS4Jqn04Tj56f8FepDs0E1/DKGp+oq/z6Nd1BVyV9&#10;Lu6pmUrKcnn6SCS6lWo46mD7c6RZbEH/AIN7GrFUQbD0b+QXeKAHg8FqVLEEnnTp/wBj7x537cs3&#10;aeDwJp/xr/OP59TNbS+HDb9v4F/ydJ5pDHuqcEMFSaokFipB0ZLTpNlFlbm1vp7footOOnb6LHM8&#10;JP8Ax0KQrcXvfTf8f4/X2xtQMG3zvXVJNGY/9IJFrqp/qp9nAK3i/Wb7bxLgI4f9kn+r/iukBuat&#10;++39iKG2kUyUucueTJ9nmHjEH6RZwBe4P4/T/VlqIglFPcWWaNpVAIccpqH+pPIB5/3n2k3iVdm5&#10;VTaC2uZ7mJ9XwELRk06e/wDZX8ulVnL9bzmxAokMMkZ+ba1z/wBC9CHtSVty9nx5iMeGPEY3I4d4&#10;dPl8s4q6eZpfL+yAfVc+n2CGQiM7ubAeJ1Xk2uLqLkkm1r+wnczpYzWsYXV4sTPT/V9h8z+zqQjF&#10;4DgFsHo52HBaCUliuh0Rjb6Gx4X0g/717TuRULpsL2vcc/W6gc/ngD2SXSPJ4jCTSDwOP9Xn/g62&#10;Acnz6V+NcABSL25N+L8Hnjgf63tGTRHV+nhh+u4OkhbXsTf1H2UbtNGNuuYVA1jTjhXuXraEB19O&#10;lNT3LqTf+1/T+jf0HsAvkYPH1JuscnxRYv8ANidWfwzc/wBOD7W8rSBuZrRSpBP+WN+ibnRS+1Sg&#10;en/PydONP+oG451cf4c/T8EXHunrNEHE1ylC5dWFg1mP7wvybAfi/wBfc8cv9/Mdsqn0/wCOH/Z6&#10;w25jhL2l/nGlf8I6m+z3fHTRV5nrVoPQsWff7k/q0J9u6qTqAJBY/j/eveft1P8AR8vT26xkl7en&#10;H0Ufn1DPIkka7xbHwtQedh8X8LH/AFf6j0ld7sV2huZgNWnCV5Vb21N9vKbA/wBSQP8AW93t9NpI&#10;mSho2jaop2ERAVgpjklkiVmDOS30+gHvH+5vpYLiciMPGTqocau+tafl/l8s5H8+J9Bylu11FFV5&#10;bMrU/h7S2qnn1r4fzDKSmqepM3nKfLRbbzFLSZJRXSU8tWskNLiMhLHTvDFoiGqQhiW1D0+x/wBz&#10;wNRYTK+GItaCuleMFb+JqeVraiT9LWv9fY0vNwkn2m0h0hfFRB9gMdP5/Z+XWHFlO+4857FFKdJb&#10;wI/9KRLp/wBny6pg+LFRRbq7b2jX5jJo4xudwNHRV0gm8c+boM9iUDJDGFKpIs5bxt+3ceyqUVCz&#10;RZysMRiSoq8mhBPkAaQJJ9QT9b+4f5wlGxybRqm8VzNGP4KlmcH/AI56cR1n6mldo5f24S90cUC6&#10;v4qJp62YMbk4srNtvBwTo8mN2vhcipSMgiChAp9QGkDgv+CPYQZiHTUVB1elfNF+r9WlpDqvY/8A&#10;IvaVtwN0cR6TxH2mg/1fPoUWEDLgnh/0L0abbMeijogTreQUsrHT+nUkd0tx/sPaWjXhlueT6Tz/&#10;AEPI+nJHt4XHgwtkOdOaf6v2+eOlzsY6AGp6W0qh5VYDQB9b2tbj/A3sw9kM+coC4LDrcmyHj+l8&#10;jSH6fj6Ae413u4FyNargn/B0Bec/9wllA4noZNhoyYuo1fVqq5/6kxe60qEWrab8kzJcD8Xe1vqR&#10;/rewxZL4TROBjUP8HUOyyaYhMB0uPd0kJKQQ6xpbS4CH6kaz/wAgng395iW9sZ4pbhJCqmh/weo/&#10;2eg+oOiM+Weg8nKmd1Fm9S3a5FvRcfm/4t7th+FcYTYWQJ9QIj/wuBmdw/0/r7yb9npTccsTBhpI&#10;cD/jc/8Aqp1hB9493HNm0gHzf9vhW/Wrt/O2VZ+0NprcL4pMkdRBe5k2tsU2AvbjTbn2cnxr6i7E&#10;BwLHizfjnkfn/H3LkDGSjquPTrH+5vGEaQxx9yV/n/q9P8PVIGHheWYVSJrVW9caggpb0q4JuLm3&#10;9Rz/ALf2C3d2QoqPYG5YKiZUeoxtUkVwx1syArpKqfwv5tz7WXh8LYd18U6Y5IioPqTgj9lepE9t&#10;4p25l2q9SPEUikjhQL5n+QwfPHVgHwH2zuDK/ITrmsxuPlqaLH7moqqsq0eDTEhkmSQMk0qP6S9v&#10;SrH6e6MNwMp3NWhfUrRsV/PBqZTzf8W/3n3hxfqBe3KeJQiQn/jRPWbnxxxS/CWCn/VXrdF26GXb&#10;uPDjSyxxqx+nIp1U20mxN7ewC7fYAU35uYf+hK//AGB9hbdQaA/P/P0bWKHQjf6vw9LLFX8DA2/z&#10;jD/bBBxf2XmQFmJv9f8Aaf6XHH5tx7DjNpJziv8Alx0f8KdOnuJIbA+m/wCPr9Tzzzx70OnRwGev&#10;e0xljdeQPUpH0FvoP9559l++KZ7cOh0lcft6sqGQ6h2levezsfDcmJasNyXMYsTbn7SsH+1Xtf2t&#10;5SP1PiOO0KP8GrplQXvVkU8Ogt7cTXtWXki01ObgXPFXSsfyLfp92Y7RiPkkGr6Wu5/BEc5+nHJ9&#10;m/N18kPKe53jwagnh9n+mkReFD6nqXOTJxJzNbIEoHD/APGYn/2eiLbuT7nNYamVvEZvvRf/AILF&#10;FIfX9APT/vH+PsFewZftsTUOzgiyG5AsbT0gv9Gv+u/vBH3Gu/DtZovDylOHzMX+x1lDaqzTSvTA&#10;p/MHo+OxEDI04uNdvSSSRzWDk/S/+t7I3mM2ZXka6poLkqVux/SvDAWvf3jfeMzMZyMfbw6XiGoU&#10;s/QlewzrMmsoqYwbNKgVTq4Q3BLcJzx7JndpGBAx/m68q1DUPHr3vHRVJan0a1JDMdBXlv8AY341&#10;H/ffT3dawkCtMcetMhFBqx1728U8tmCatP0+vJN7A8f1Hsyik1gDR03/AEWHXvbq8kccSsxUkqpA&#10;9QNrOQbLf9RH592epPy6al7nVOve4JqFk4WE35AOq4tybWP0+vug+Z6blhomqvXvYF9u382P5C/5&#10;MhsRcf5+b6MOOL+539o1pb3wJ/0en8k6hb3VOm0iI9AP5nr3sCrsGsTq0XB/TySL/wCw49zPKCt6&#10;q+dG/l1AiArEitxp1730pU+ofnTc/g/Uf7yPai4Uxvo8h1cgrSP+Hr3vnb/fc/T/AFj/AIe0/Vev&#10;e+v62P8Ah9P94/x93U6dWM9e69799Lfj/eR/X/ifel4jr1eve+bISBYXtz/vH+P9ffiNQ0nNetg0&#10;4de98Q2k6SLH6cD6/wBn+n1v7bMAYMyv+3/Kf9jp4ZFR172Nfx5cp2lt7ULF8jiolsbWvncXpJP4&#10;9q9rDw7xtZ+JDcRn/jX+z/P7OirmNTJYKD5Gv/GW6g5T/i2ZH/qBq/8A3Hk92F7gJ/vvlrnj+5uS&#10;hvcDUf4rN6j/AK3+9e5/uu6bbnPHw42/410WAEWe1LTOuJ/5cOk1h1AxFPYfSvhax/s/5PEeP6e0&#10;BlS38NwLnlYd04JCt+fS9/1H9PHtPeXaabhfC43H+x/q+37enrk0N2afEW6UCKBNIL8tSyH6fS7L&#10;+Pz7Dz5CkfxrENawlx87/g2LVb/2hx+f8Pe75w1pEQvaQP8AV/Lp7aafuoNXBYf4OuOH4pnQm5SU&#10;oTYi9kj5sf6/659k8ygvUSG/9r6W/oBc/wCw/p7iTmY6ruGgwAw/Oq9HMf8AYR/aenX2wH/eb3/1&#10;vYVm+Efb17r3v3P+8W/H+2/23tN05n+Lr3v/1tdGvuoPqFv9b+mgXsD/AFb3E6fEMdS0n9ov+ry6&#10;3+PaUqJ3sQg1f09IP+8/n6+zEVpnj0YVNM8eve05XyjyHUwv9WuVW9x/T8D3YdNsfl172yVUqnSL&#10;cD8k8Hki3+PvfTZNT17201IuL3t6S1h9GuW/Fvpb3sceqnr3tJVTetwxUAFgAC17eoD/AF/bg9em&#10;zx697R1avrmNuAx+v+Oq31/1/Zhb0a0uAfR/+O06oxBV189J/wA3XvYabqUAUDW5XMYsn/EmqH+v&#10;+PaTbWqrHyI/596LNY17cfwmeP8A48vXvdj3acenpDq6oFyX23IeeQLZdrfXjnV7R3oB3E93dU/8&#10;+9HPPB/3exk+rf8APvXEfVv+Df8ARK/X3XXkJi0b6g17ra5I+hX/AIj2vmA+pRqev+Donlp9YrUz&#10;n/B1y9pWaV/GREx4/oxve4F9V/ejQtkdNTNVyPTr3vBSbw3BhWMlBXywGPkC7MvqJBBGsD+2f9v7&#10;ejiRtVR0z48ifC3XvYy7M+V+6sAFpc1TUmcoZmKVEdRj8ZMQis7D1VVPNa5I/wBe3txtriZQx+Md&#10;Px7s8YDyLqHDr3sylL8g+mu1Nr0mzt3U4wKmsqZVlGRWlpopKsJG8jwUFIvpUL/X2XXFldRMWhrw&#10;9P8AP09LudneIsMhC/n172CW+PiVjM8smZ6u3ZjNyxTq80WPx8WQnqOY5Z1h11BjVm1SRpf+p9v2&#10;u73No/gTRkxj/Vx/ydFUuyxyKzW0gPyzXr3som7Opt97NqJKfN7bydF4i4Ms8IRGVHqF1j1sbEUz&#10;N/rD2IbfcredSTIAfTomlsriE0eI0HXvaA8Lxk+RGVkYoQR9CpJN/wDbEe1esN8LYPTDj1Hl173y&#10;0u544H9fpa9ube9VVft6aaQpUDr3vrxH63v9Lnj8fj/ePe9fVfH+zr3vsIw/pY/Uf0/3kce9Fgev&#10;LcAAVyeve+ZFh/tvzf8AJ/p/r+7IKh8Z6tE+qVCfn/g697Mz1HLbqzuaK4Jkj2D/AK4Me4ckwN/q&#10;Tzx7DW8iptgP6X+AdGt6/wDyFLtV86f9Xh172WpiPKwuFGo8n8WH5H+uPYnjUGGPV0S1/Ri9c9e9&#10;56SvqqKUTUs88MqHUs0MjxhTyR9CoNre/Nbo2Dw6tHK0Z1A0br3sctq9/bow8S0VeaLK48AI4qMd&#10;RTzLFwraKieJ5Ecxj9Q5HsqvNsGlGjXS+qvRtBu00VA6gj7B/l697UFVTdXdkGWrir12jm511PLl&#10;q6oq6Seodi2iClpYVWLVPValH0CoV9oU+ttTpVKxj7P8P+r7OtSm1vH1BtLfM/5Pt697DLcvVG5c&#10;OjVdJTTZfEeRniy1JC6Uky2nlV4zI4e0lNF5Bx+lx7M4LnWaOuk6ekf0EysxVax+vXvYXSQSRs0M&#10;iFJY2KvG/wCvUp0sLj/EW/1/a3UBny687BDpYH7Ove8YUqLk6VA/S31JF/px/iffqg44npsy6gFA&#10;z1735XB/r9D/AK30vb6/X34inTiqQw+3r3tZ9f3/AL2UViR+zX8j680FR+QPr7bmTXFoJ49GW3D/&#10;ABmIfI/4Ove2PcMdsvWeNrjVFc6eR/k8Nvrz9fdoj2KGGei+9Yi4fz/4rr3vngt1Zrbs61GOqltG&#10;b+Kpijq6ZvTKo8kE4eNgPMSLj62/p7dKBjUrnpRa301tVkYFfOuR5/5+vexRrd84rfmHxmDzyw4W&#10;qx81ZLDkv24KANWOrEmlo4Ub0pAAb/lr+0jW5jfWoyfT/KOjT66K8jSO4Ghq8eA/YP8AV8uve0Pk&#10;tq5WghmqadTkcdHHrbI00ZWmCcEn9wiQabgHj3TxEMmk4Nf29VeKVNRDBo/Xy697m7aqiSVlYOvq&#10;VVWytwyWJP1NwPaG7QKTpGSOjnaZjwY9/wDm697EKCRiEbUosysARdgARb1W/P8AvPskl46RwH+r&#10;/J0ObWSvh04VH+Tr3tVUVSfEAWvYA/UH6KtrW9pHUA/MnoSwSU7SePXvbh9/oUIGP0APNha1gDz/&#10;AMT7SPHk46XqxwRx697kU2R0sLOVvYj6ccD8ke00kRINVz0ttpTqzx697E3b+XZlUa/pb6N9eCfw&#10;fqfZZPCpVzTA/wAH59CG0n7SCe0de9i7hcuSoBPBt+f6Bx+B+D7JXtzGRpyB0bxSCoPXvYlYetWV&#10;SwtcWvdlN7eQH8fg+2JJRCUDVoa8Py6NYZaMqk4697MxsvKguDf9B+pIBsfPfUP8CfaZkouD0a2/&#10;atD172aLa+YQ6QXB+lzcWNy5+q24I9l8tT3Bq/z6NI2K8DnrDKtxcC/9f9h9D9D7MLtyoWVFYML2&#10;H0YW/F7krf6n2y8sqkBiD+X+zT+XSnwv6WOk/XRcfRvyL2vYj/C/Nrf19i1hwWHpHBt/T6sVPP0I&#10;96M5p28Pn1YR/wBLpEZOJQ13vqA/H50hvoefxx7E3D6j4wQBp0HgXN/2x/h+D+PewysQ4H+rj/q/&#10;b03KmCK9BTuFdKTKOdSyAG9h6hKAQDz7FfCAsVFhe1gTwP0w25H5HN/ZlBREU/hrX+Z6JplyadFh&#10;32QPIR+pgwPOo/7uHIsbA6vYj42PlRz+lf8Ab6Cb/wCwHsTQH9BfsP8AhXogu/ik/L/J0SjfVSRU&#10;ztb/AJSE5H+p1zLa315P+8e89UpFO4F7iM/j/aD7E8FCT6Gv+HoO3hDaqcCf8/QO08qtk4GbT/wN&#10;h+jcEBl/2HP0/wBh7w4NGkoaVfqWjb/Afqfm/wBOAB/j7Zlkji8V2PaD+fSyyKC3Q/8AF/6uPSh3&#10;qQM/WqLA+SM3/paKHluCT/xQe3fQFa0aHgq1ibBQNJ/xsvA/qfYYvJ9UchlkwQR9pNfL1+WMegr0&#10;vU/p5PTrhoCzU7geolvwRdQ7csSP7Rv+Bf8A23tpqRpS3+wB+gNiv4/xv7LfE8VmceZ/1Dp9TqyO&#10;hZxqCNkj/wBSv4AH1WTk/wCufacql0gkHg/T+otb+nH5/wBh7cHXvPoRMc5dl1D6Efk2Ny3HI/2n&#10;/Y+09OP9UL/VrHgfj/eAfdixUVXj05H8Yp0vMeFawBH9PTzyCfxz9f8AefbFWEFb3H1b/Xuef6e3&#10;IfxdK4/xdLGgUq6Ag/Qf05AsPbLJGXjbSf7XP+A9V/8Aff4e0U0xSbuXBSv50/1ft6dowxQ06XlC&#10;FAX8sG03v/ZBHIHFySfbPOujVcjknk8fW/8AW4tf3tZUkGl1z+3pQqU4DPSmp1k9BjP0AH4+gt+P&#10;+C29trIsg1A8htP9eDyb82uL+9TXBhcxH4dNfz/2cdOrVcHp6pYnCaitjck/VSALLccc8X9xmTSx&#10;A5vbm34DGw/PH+8+y+a41AE4X06tXp9po+AeCwJv+LXAB9+0gcseD/jwbf4nnke0bT1wg611NWG5&#10;F+f9gB/Tkn+lveKRgQCBYjg8k3J/1j/X22JJM1f+Q60BSucHqSkCBiLGx+vJv+Tb8gce1BjSVRlv&#10;9SvFr3t5D9Pr9fbbnxJYgOA1H9vWnXVG4+z/AA9JrKxgBmIubIL3548Qve3H591xfO/nN7XNv92Z&#10;b82+mO2x9CPz7nj2KVfoNzxj9P8A6uTdY8+9yA3OxGn4pv8AjsXQ89a/8Wd/zyvP/VTXeyASrof+&#10;nC/0twnFjbj6e8jrs94+wf4OoDs/7BftP+E9CP7xPcEA8+kfX620j+n+39k88lagH5f5/wDN0ZQ8&#10;D9vXvZVvkxTPUbexjR/WDJNM1j9QMfUj6fn6n2FN7asKAD8Vf+M9N3ia4JQPTr3sufTUEM+x93QT&#10;r6otw7jnVybAFaGgX8Afkn2wjUtoXH8Q/wAHS3akptyE8fH/AOfR172kuyQz7ZnjQoY45nkkFgW8&#10;aUVcrWP9Qv59op2thc2v1SkjUKUNM1/wcOjPdobZ7UrcYQW9V+3SevewfwO3shU4SOeCBHjNVBUw&#10;I8GqWVRAjRqjn6axYD8X59hfdNzs49ylj1lRpZeOB3Hj9n+x0n2Xa4ZNnJhfvMiv8/hX/D172+wv&#10;mMOJUzGKko8XWVUSzTVEEemleY+JGMgBYBBc2H9PaCRduvViawvPEvUQ4BPcBkin+fo9SS7t4I/q&#10;Y2W3Yg6q0z5Z697EjCrtCiylHiJMv56Wso60tl46qoWikeGNxEYomBlQSudIH9fYUvjvM9pNerYl&#10;ZY3T9MhdYBOanhgZ6WrJts4VSsunTx8RqHHl172E24cDj8VW1UNFja+qFK8afxH7lpYJTKIjwGGo&#10;X1lefyPY42zcri+gtRdbhEkZUnRooV4k+lcivQduNutILkXUVnI6gfxVGVpwY9e9irt3p7dFZh8P&#10;ufyQ4qCiFeY6KqpHeopvPUzUTfcSBgkvkdNag30q4/PsHbrzvsy7nfbRGjSNIU7g4oaKHxiuOHzp&#10;0ewcpbpuojmtJVhUVopGRXtNdJ89P+Tr3sOo4svRVEqZGikpcRUPGgq6iBTFBosXYvpZjrmKjg/0&#10;9i1EsJ7MXFtdB9zFdCKSWY1yKcMJU56RpHfbO3h3VprRh2tQeVScV8tVP59e9iW69eV9LjaOvyb1&#10;GYr5ZIDm6bIVFPjMeiIphlqKBU1uqRjQdNrtz7Bgk5lt3upbayC2cfd4bIpkeuCFfgM5z0ci8tpI&#10;hFprL6jh/q/y/Pr3tNVeKyOJaWsXE1GSxuOH3FDkYVCUkkqggsodTrYR2JBF+fZrbXNnfp4TbjHB&#10;dvho2qXIPkNIxn1oPn0Rbhtavqu0koEFftPp6+nl59e9sNXRbozsNPS021qumcVJyQqkgi/cilQq&#10;NQVELITIG/oR/X2Zxtte2yl592RiyBNBJx6HifT7ekNzDPNc2IW3IYeGanTT7cGv7eve4JlyeCzU&#10;NNTxGM1GKhpq0yosqw1MtToqnCuSEZGiHH4HA9vmKyv7GSV5gwSUstKioA7RwzUH7PXpt5biG+mi&#10;iqxMLA+jHVSmeve/VG28ZWVyTJXKayslVquqSadYKatqJS8sJiUDR45HBsOAvA92h3ma3tZI2sTo&#10;RSFGKlQtA3zqK/n02INqYBry2nWcildZABPHz+3r3udW4mn29IkNUWqoJIjItaC4ppKvUVjfTISS&#10;WKAgH8e0Vtcz7spe3XTIGA00yF9Mfb1sJDCR9HFLoGK66ivr173zo231PDNTbewdRPRVscjy1KUd&#10;PNFImjQ88ZZQY0VCb/n27c2uzW0sUm63gS5TgpYqfzHn04z70jVitqg5qQP2gVr172mI6yfbfkoq&#10;mieWrUPG0y+MINSkt+26sSdElrn6Eezaeyh3EpPb3yGE5pn/AA/l0lmfdo1RY17h50x+YP8Am697&#10;b6PGYqqpcaxqpUqWFV91D9xLruHYQlAP83dBc/1HtSb2a0vrjxYBJaqRQgD0zx9GPVbW1s71lSZ5&#10;NIHDW1f9WOve1jlcZD17n1pXo6rO0kXK1UU7PTT66SKZtKVAbmOWs0G4+qeyXb7ybmnbJDAy29w3&#10;4ady0cgZWnkpP2N0aw3R2VWXbdpmlI8ywYD/AHrH4m/P8uve5rw7zr8lHuTEYqpx+JQoVrxTRmij&#10;KximkM/i0CZROGUAg2Y+0iDYbeyuNtvbtZbwD4dR1ZauK5GOmt5gmu5GawiKwDzHDgK1z69e9pb7&#10;3MYbUMhTmro6maQSTJEkazlm8siqXU3KE8A+zVbO03CN5LWXw5IlGCSaeQ4evTFzHe7bZ6mGqvAj&#10;/Bxr8uve+CQbZqaF6iKZqSqeSRJaOapkaXRYNrVgulA7Gw/pb34PukVwqSRiSBQDULQfZ/n6pDab&#10;HInj3E1GIqRVqlh/q4/y697y1WHl2vVYzJUNK2YgljoqxamJA9Ijyn7n7KQTI2uaFYxquNJDe/Rb&#10;gm9xXdnczi3lDOtCSGp8Ort4A1NPPHTivJayNJslv4jkU1Yag40IY+WM9e95Zdv7i3fVrkMViKin&#10;ZSJZmjjQpC6ymaVgI/GUWM1KmwHAHH49+TcNp2Sye2vL5GJegye4aaDjXJoc+fTFvtt5urzaF8O7&#10;LnWdPE/i4fNuve1Ltva24cFmlra7XVUbK5qZFjYaKp5Ud4y0hZgyxpfjjn2Tbnuu07haJbQsFfUK&#10;Z/BkV6V7dsFzt25IbuQtCWA/PUP8g697tN2LKr7L226X8bYmiKAkMQCo06iAPqB7b2ZYohJFGx8N&#10;XUD7SST/AD6MrpR+8LtU+Cj9e9ondfPYW2ufphcwfp9OBxa30svtPO9N7UjjX+eK9Moi/u1yOFB/&#10;k697F3BhjiqIW/3W3P8AgZpP8feT+wMh2iyXzo3+E9Rpe0NxL9v+Qde9z5YQVvZv95sOR/rG/wDs&#10;fZuZCpyK9E07EOQRimOve2WYaammH+L/AJ+t0Vv+J9tQmt5PTyp/x3pyy/tZ/wDa/wCXr3u2v4lJ&#10;/wAYmob/APKxlfxb9OarT+fyfZ5BL/i1Pw1/wkjqTPb0/qt9n+VuiG/KBtO8sGfz4BYXsLmmH+9A&#10;exzysQIkH9B/W3IDG30/N7ewFdyGOcMcirD8sdS/B/Zj7emDa0paGL8EhSOL3vbn686bX/p7S7pc&#10;k25v+Dbnnn/Y+yjpl1IOehLjk0hQfppH1F/9Tx/iLe3jFUpKSSqyqw1qRIC14/RcKD+Sfz7Qb1ra&#10;2ihC8Gqaf6Rv8nT9pAkpf1Ar001daq1apIskkZSNlaMhNMxlOksQTcKPx/vXPsXuvD/C4sxWNfxV&#10;NHX0IHAEs06U0giiJICzOsdlPFv6+2LeFTHayyfCtB5+SrQ/5fn0FdwsTuN9MqKB4er/AIy3/Q3R&#10;R/kpTNu+q2jt2kua/Gbm25unUrX+1ocbWZinerq410megglnvLH6gw/s+1VuDDy5Pb9O0UDqRBBU&#10;Ir3aRVSJyY3a41OBJYk+x+t7DdPtStLRRAIzw4Dh+eP9Weg5FcC3uJra7bTAsjK3Rb+tN3w7M7L3&#10;bT5CshlM+4stSmaH9qCaaorKaJKmnhIbx07tF6VHF+fYU4PE52HISNSf5JQeRlrJ6qPz00ROnUTG&#10;W0hhFexH0t7GUu32CWfjxOAxWhrWmcf5vLo1a45UKDwbxfqT/Sbo0W/N7bJqsPBR5fVmc+0C1WDx&#10;WJqlx+Xr/CWZPt50VX8TVYAKsdJJ9qXMZSgwVfSHb0sVWCJP4rVEmpo66U6VhlpoZLrTokZYWHOo&#10;f7EgKKcwzzoDWNSAPQ1PH7fL/i+tWjSptu4zyfAKKtPLV0kdk7R3P2TtTJSdpY+qwMlQ1PPtLAr/&#10;ALidxbWoY0L1mNzWVx1S5y1RLWRrIXDBPE2n2/bpwdLktsT52EGjLGlaR5CXSo1VkVMpjAYBFQCx&#10;4+v+39jN7cHaBMBQKtDU/wAUg4fmPP506jD2k3UrzrfbS718Ht+zVE7Z+3oG+r+zcztLvTCdU5Se&#10;HcIrY862OShhip58GmO23V5eeLJSygyVMtb51MeluFH+3FLrWr+22/RTzlTSUizCQHSI4/uK6vC+&#10;UG4YtKRa97H3fkjcLaCS++qSrEj7O1XH2fy9fzBnvjt/1fuJyzKkwSRnuc91cW1uCK/Z0Rv+YLtK&#10;q3HuTfG3tuRSLuneP93hjQhdshWtg8fs2tqWx0gaOWAU2PgPmCMuqP8Ax9repyEu5M1laOopllpl&#10;hoBFHGkcci6oA0mqRQGIZoBb+gFvY1u7iw3/AHu22VHOgE0FTWrLrNT9o9SOoo2xLLlJeX99kvGD&#10;eLNXucjjoGPlr8vt6Jftzriu+PXROyt37RzCY3clRX7qfJ5GuNTXY+sWm3BLT0i0+PqJGjhamiyc&#10;ivx6mbV7DHJ4Y7Xy2Zml9NNS0VJUx3BAu63YXYtcgP8Anj2X2+wR7BC/hz6hEzSVqf4uH2+n+XB6&#10;yDXmKz5sm2ZrKfVqc6+7UcL6/wCXFOjx7A7xX5O9b9ZRQUj0+a3duHcO2a+EmF5IkxEklItRohWI&#10;LFOaIupX1f737Qtb48vjMVMF8Sy5qoLXIsItD+s6bfq/2/uPDdabMWn8V3ID/tjjh/q9OFOhvs8c&#10;g5h3C4Y/DbRr+asf9VOjxbdparZO/d6ReU1f8P6r241MVDF2q6eXQ8OqUOTpCj0/T2D+7vJJmsbG&#10;eVjraWFStx6EknUcnn9Psmu4g+w30zOSqSSD8kX/AGB5Z6kna0dLy3UmtWDftPR3epfFT4SskRNE&#10;ldiZsjIraWPmrI6SZ+P031N7MBhYD/DaSwBX7anb6WvaGE35+otY+8ZN6Qq914nxB2/wP/mp1MEP&#10;+48H+kH/AB3pEV1ev8fn0E3NTOjeok815DAi2n6tfn27tHaglTT/AJ2Yt/Q/uQBRdeDcn2YbfGTt&#10;lrEWGozoo/IeXQdQEb7cyVyltIf95cdBjkq2/YM1aCxjots1rux5VfFlPIVL8pwo/B9tG4YRT0dD&#10;GPzjdT/gl31KPrwxFxx7DXN1w0svgUoySBacQNDE/lwP+odW5PH1e5btfk4Ezr/JT69Cx0K7Vddu&#10;PKSEFJ83O0LD+1FUUtGeGFxYEn6/X2D1ZTBUbkMZHZ9Xq/ra/wBLHi/sHzzeO1lKxp4UWjPUjM2o&#10;27HiV6OjjJSvnQD/ADkutQLHj0/Q/T8+0Tl0tqUn6EHi9jfSf9cen6+05l16XC8cfZ1s5oQvS3xv&#10;Cjn8E883PNvyfaTqI7Kb29IILcm/0N+bewtvU2qCUpwYr9vxKOvDiD0q6T9Qvz9bf0BKt9P9v7Lf&#10;8kG09Sbv/wAYsTzf/q/YW1vZ3yoSeZ7Q1zn/AKtydFPOX/JMn+wf8eTp0p/7P/IX4t9b/X8Hn/Y+&#10;6dMxJbG1foMhKfoUhXN5eQOD+Wv7n7YWpzDBT1/wBusPeYBqtr5AaUH/AD8Opnuwv47wxvuDrD7U&#10;gzpnWeSUD9kBqSX9to7kOVtz/U+88NwkQ7GhrnwB+faP8H+rj1CnIxSLd7Asf+Jb/nk/5ekV2IY1&#10;2Pu8z6jD/d7Ih1RikhBp5gdLj9JNxY/j3eZ1Zj6umrhlNRipacRSDUptJLFLGzopuALj68WHuEpY&#10;45XvKrgo4/ac/wCQ/ljgOsqOc2t7vluOzrmVdH+9IfnX5/4Oteb51bpwmU2AOvRGa7ObklqMWIoJ&#10;0ElHRZLF5GGmqp47F2VZAVup1Mx/p7F/PZpZMNPVTyLGj1FVTCYgGNU8Ej3dRyVQXJH9Pb24Xrx2&#10;9jBX4Hj/AJCg4D7fn6Up1irsXLTP7h2cKriIxn/eZuP+r58eq8fjz01T7e7QTbuIpJqiddp0O5Kn&#10;GCSQ1klXLmcdTS/byyyDxPNJEqRt9AQfaBmpDUbVyElT4ahpZKuWgmplEClJcdelZl+shJNy35Fv&#10;6e4Z9xdwkud32OLUaeNB5cVDyiowP9mvWR73c8fMe32ADBVCeXks2nq1PpqamxXZMyYpazGw0G2a&#10;mg3DQZaqkr54clS53E/xiON3dhTxxiMIqL6UdW/1XspebjliqKhJr3Ekuri1rM4N+SL8f7D/AGPs&#10;8gjKsQVz5dTVZIKk06tA21VU9XQ0c1LpMclPTsvq1X1xxstuB/qvaZRNTXQcBWFxzwvNv9hf21dy&#10;oqEFqfKv+T58K9PXUYpUHpaC4A1Dkuv9QOSBe49kF+cUf+4HDMPqBY8X/wCU+m5H+2/r7A+7V8M1&#10;4f8AFdALnPV+619MU/3rPQw7IN8bP/hVEf8AWNPda2Na1fTJYf51AP8AYEH/AIj2Q29dMNf41/y9&#10;QvNX6L+l/s9LT3dSrXjBe7MSbfj88gfXjn3l/s8uqyYegH82b/Z6IFPbF+fQcVKFag6fSB9Sebeh&#10;bX+n192mfDOqjg6/rjK4W/h4Y2/5fW4Be/4Njx7yn9k7Sa45duViSp8Qf8en/wBnrDD7w1t4vNm2&#10;EcQH/wCrNv8A6j1rK/znsPk8z2ztClxtDLVkvky/iRX5Ta+x5FFmIuAIm459mE3P2AuJjMNBGZZ2&#10;uDVkRPAlwCCyNzdbkWHufjsqWMP1d6pMRGFyNNOJYggkHFKdQ7t3LE24yKZMRg8M1/zU4cf+LI90&#10;l8U4dyyjMb3q/tcYEjZNsJ97RZRtDzxSXrqaW2mYqsi2vpX2SbsbM5jPNWVM80kpRHL2NoNI4VBF&#10;fQLX59w5zlvdzcPKS1FA4DgBSlKf4fXrJrkbl21sLeONUCin5/P5/t49XldA7V2bsVcPicVQ01HF&#10;LJDFSq6h67ykKzOavR5X4Wyi49167hUDc1cT+rQbgDSNX3Utza31B/1veO07NNPMXPFmr+f+fqXC&#10;GCxp+GnVwO3SDt7Hkfp8cdifUdHgjtz+eD7L93C1kpOPp4T/ALEpX29hrdB3t9o/5+6OtvFQD6/7&#10;HSyxQtA3+Ln8c8Knsubtd2tf6n6XFwCfYbOovIW/i6OunX3xkFgPzcE/8mt/xT34dOj8X29e9pjM&#10;EaVUf0P/AEP/AIW59oNxxayk/wCrHV7U0afUf9Wnr3s6fw+JBqbfTWn+w/ySrvxfjn8e1PI5IguR&#10;XFD/AIW6Tx/2j/n/AJegy7WAO15b/wDHaC3/AJ1UvuzParuHqSAbrosefzHUXvcf4e1/OIj/AKhb&#10;3Ef4rf8A6vx9TFyCsf8AWHbqnupJ/wBWn6I/uCJDuvbLalBePM3BsbFaNCCP9Yn6fUey99pSsu3m&#10;YmxZDcn6kfd0AA+v9B9B7wa9x1Ui9qPOP/rH1lTZqpe4Lf0f8vR79lrpidV/Sp4A/F2qSf8AeT7I&#10;vnzHFSyMOT6rm45B8Zt/tz/t/eOF+wEioBj/AD5/ydKrnSpovp0vvYN1k37vpbSOePpb8kEi30/r&#10;7K4wzCrcekgZqd/Hr3udRSlFRlcEHgg/QklQP6cf63twtqY6lyOHTytQhj5de9qmmPlZJFa/6frz&#10;zqDfg8Dn6fj29A7UA8+k5Fc1z1728TzStASq3UAobj/Ug/Qm1uPanAIINMV6SsuiRQDjHXvbckjO&#10;ulrKOQOSvBW1/oP6e/RhQ+o/L+R/4vp2Smg1OevewX7bQR1WMNy16JGIJvyamb/b/Tn3P3tR/uLc&#10;/wDPT/kTqEfdr/cOD7R/hbr3sFrWL34Or/D9P9fx+P8AY+5ivKC9X8v8vUCDT4UVfT+fXvfACxJP&#10;Fyf8Pyeb3/1/b15TxjT/AFYHTklNZpXr3vv8f77nm/5t/T2l6p1737+n4P1/4n/H37r3+Dr3vv8A&#10;1/8Abf7wfyBwfdlX8R4de6975GQr+kHng/njnn8f1920le6vXuve+1CsCSLN9f8AY8WNvz7qpoa9&#10;XRgGr172NPQAv2jtwnlVyeHcfUcjOYz/AHse39tVX3PbiUz9Smf9uP8AJ0Vb6R9BJ+f/AB09Qslf&#10;+HZC31+yqrf6/gk92C59yd85KI/naWQt9Of9ysy/kjj3kDN/bbfTyto/8NOisyD6bazTyi/wdJ3E&#10;gDFRWsQchG3P/LCK9+ObH2gswdGJxv043fiP9jbn8XH09lt2uvxs/wCjj+X/ABfTty9fHX+iT/k6&#10;fk/z5/6hX/p+ZB/sfx7Dj5AHXkcG/wBP9xcv+H/KVIbm309qL4H6OE+Wlelm1V/dlc8R/wAdHXsY&#10;NMMo/wCmhz/X6pH/ALH8eyhZckSWUi1uL8ixJH+I/A9xPzKF+sjA4d3RrF/Zr04+063BJH+xN/8A&#10;Dk39hgr5MOrefXvftX59X0/p+L6fe/Bh9P5/7PSjUvr173//16Xcv0/iMhCJMBuPF5h3v+1Q1UlQ&#10;31jX/dcXFzG3/JJ9xKpkTBTHUxqqgkKQet/RZL3ujpb8vpsf9irN/vj7BHcXVO58WhkNDUEc2VYZ&#10;/wCz47eoqOPV7fW8j9D1tpAo+Bqfn1k9gnlsNlaWfxTU0ysGF0aJxwVHNj9be1iPqhMwU6RX+XTe&#10;sG2a6/0Mav8AjPXvaWqWKnSSfIhIMZ4f0j+l/wAkfn3YMNIeuD14svhLLq7Seve2GpqHuGXU3q8Z&#10;Kn9H1uHBNroP8fboHVTWlfn172nKqX9yUBgWYuSQfobsPoT9V93Hl1Q+fXvaWrWsZFJ1Fi5J/AF2&#10;H9Pr/wAR7UQyqkc6+bCn8um+PiNXBFOvew23Z6oKCS44zGNS9/yakf1v6T7pYgwyGBuJUn+R6KZm&#10;EE23xN/v2Nv2MOve7Kuz7f6AeqZSof8A368ovbixy5FrEn6E/wCt7KtwkjTddArXUxP8ujbneZV3&#10;m2cKe/U38164r9X/AODD/Y+hPdaVfUFWeEhSxYfQA206WsL/ANL+zd/1JfGXCAf4cdF5/Vma6Xtj&#10;A/49jrl7TM0oUKFFjck8AgkaSLfj/b+3BWpNMdNyKWckUp172nMiAdWlhbi9z/wT62/x/p+fbsSk&#10;HIz6dIJ3VOPXvaWe/NgRc25Avxxxe9vp7MlFcVFOkTyEx6VGeve2qRXEpMcjp+bqzBgeT+Dcc/T2&#10;qRhpFVz0WlShrXr3tV7b35u3bVQk+LzdfAUZbIayrMfoaNgDGKiNSD4xcf09tzW1vL8UQJ6VRXs0&#10;RGhjT7evezH7e+Vubipf4Xu/DYrP0UsZp5pXw9FPXGCWOKnkKVdbM7rL4PIVP4Zr/wBfZZLteuph&#10;ZUP+r5dGUe8mmiaJSPsH+Xr3t+jg+P3aMhkeWfZOXqAdc2Vy2OpMaJ5bM0qwUlO7iP7muuAORHER&#10;+B7SvHf2ZBVtQ+wn/V/q9erlttvWCkaHb1Ip/Lr3tE7l+NuWRpqjYeSo99UCJLMZ9uCuySRRI0jX&#10;lcU0ai0ARj/gwPtyLdiImluIyqhtPkDwr0lveX5Uspb+CVXhSQJQceFevewAzOz9y4Gd4MphcjRM&#10;hYE1NHLECVuCRrUGwPs2hu4JkV1bj9vQeaCZFVmiIB697TLRkX/Nv6mxH1+o/wBh7UhgeqD/AEuO&#10;ve+rXDHi402/qb3B/wBgPbyYYAnjX+X+rHVkcxyKSD59e9mL6qk0dfdtxAGS8Ox76TctbNV9rAC5&#10;tf2S7hA03gIjLq7v8h41+XR80DXfK13oenDj/wA1T8/6PXvZeXB1M31DFrEgEAqfx9PZuWNFj4af&#10;8vQfaoUIPLr3vENBN1vq/Pq9Fh/gT+fdk1Ht1deFaZ697xFmMg4KgfkDSG/FvwSLe3DQCj562fs6&#10;97yrIysGV5FIIsVdwRZgQRpP4t7aOjPbjrYOnzx172vdu9jbi246LT1K1dPwn2uSD10JW8IssM8v&#10;iUmOAAcfQkfQ+0726SA0NOltveSQliDVQPP8v83Xva7k3LsvfRSPcOLfF5Y2RK3HmhxdE0ragGeO&#10;NXdwamoZj+SqgfUe2HhmgK6ZKhqfPj9vy6UySw3HhJItHcA4oBU/z697YtydXVtEtO+EqYszHVUx&#10;rIYaET1M60+pxeS0KqSiqCbcWPvcMrBm8TyNOk5sXjdirVANMenXvYVVOLrqGVoquCWmkUkFZ0ZG&#10;uODwRe1z7WGReHn1Yq0Z7gR172qNjLp3NR/U2hrhccXvRT3t7T3EmiBm88f4elVo2mVG88/4Ove2&#10;jcxIzFZrKoyvD6VGnV/k8P0AP9n6+72xDxqyioNf8J6R3QLzP6V/Pr3tNk3JvpUi3pta/wBB+kcf&#10;Tn2sGBg1HVK5zx6977X63Nv9j/sRyP8AYe9McdWSmqteve1HiNy5LCyxvTzLPGrhnpqsNUUzi4Oh&#10;oJH8bC9+CLe2HiWSupelsV01uQ1ageR697VdNmsVkZPPBRT02R1GSZh4VozdwSscEdin7j35/HHt&#10;BcQOqMC/b/q/zdCXbLmG5NY0IkH7PLr3tS0sqj91SdcgVXDEFbNpZtIJ9JB+n9PYemRlehGK9DO2&#10;IjCHr3tRU05RQAWt/gfoSBxz7Zko/Ho/inEg+fXvcl5ifUdQHB4P+Fh/r+2/C7QNXRrDQxLpPXve&#10;D7mS/FxYm/8AUG/AH0/4n21JGEBq2OnVYoctjr3tZYPKulhrUn6Wvz9D/tX0sP8AW9lssAUeeOji&#10;2uUTQKNjr3sWMLmJGK+q5IsR/Q2ccX9l1zEGTIyD/I9CSKTFPPr3sZ9v5NiARwQeLck8zfQavoLf&#10;77n2GbmB3cLq4ev7ejGJyaDr3sw20K51ljXy8FiPqbfWZh+frc/4e6lQq6AOHR7bS9wGkDr3szO1&#10;a5lmjRjruwW97gWLEH9X9D7K5iyGUA/F/q/wHo5jc0wevezP7PympRc/XgDV+FItYXtb2guHlwNX&#10;8h0aDIA6bKqEEEWv/wATcEfX2Pu3qrXocuOStxqP+0DkXP0HtPJcxr2qrV+wf5+nqCgXpHZSjJDA&#10;hTwfwbEerngAj2MuEdXMR/DKguLf82hZvrYj27DKRWvz/aP9jpNMvaT0DW56Yqktj+kk2N/0kzEW&#10;5POr8+xWwRIKm621C/P09MJvzwCP9h7PYIy0aAAk6f8AKeiaZaE46Kvv4oGn1BreT6kH6n7kAXB5&#10;vf2JOOuytb68JcC/1RVuL/UKD7FNq2lIHPDTUfPu1U/PoPXcZUs1cHP+XokG/wBAs9TGTx5mZrmw&#10;Fg6g/gklx7kVo/Yk4JPjZf8AWup+o5HHsT2YLBl/D6/6vtP7Og3MmvGroFaU6cpRN5FsauB9HFwC&#10;6g2/STYgf4WPuPt/UKOlKoTpW355DauABcWF7/8AGvaW+Qk3SvN/qB4145pQf5+l8ERSEKWH+r/i&#10;ulhvQwnNSiyAzSEg3PAEUS2ItpNri/049vQI1MdN3K8c25AU8/m4X+n4PsJ7jG9AtT4dRX/V6Vr+&#10;dOlojoqiuOnjb7xgISymxf8A1DL6mdW4/wBUVHH+A/p7Y6u4tY2seAb/AIKEH/W9oVUUIpjpzSKE&#10;dC3i2Uvdxqvf1cfgSgi/AuB/vP8Aj7T1UQbBeDyDyf08fX27ind16mqgpXpfYtJNRv8ARgCv04Pr&#10;+nF/979puqKl9Okm39riwtyfr9Rb28GdY9amlT0+iuFJBpXpe4yJuQzDgEhbsNVwAPz9b/j2w1Mb&#10;M5Ut+C1yfxdhe/PPI9svdJAtdNc9KVNFP29L/FQeZUcWUWAsfqdOm4FhYC4/pzb20uWRGFxzquP+&#10;QWHH+HPtFJMJ38QCnSlNJUenS4pYEQqpBNtHqA4vdf8AXBJ/x9sdUpP6vz9D9TwzH/G/PttbhV+E&#10;V6eDaT0r6OA2FrD6Ej/XUL/gOR/j7gCF1udSi7EfRhc3P+Nvx7R3d2sj0Ar2ev8Aq/1U63rDGlM0&#10;6UFLGFj9StcOPwLXsBa7KDyfeJl0kNe/+P4v+r8j8+0plLKEJB/w9W6cY1UE2Vl/w/FvSLi305Hv&#10;A7GUWQabf15+n+Av/vj7riPLZHXidAqcjqZGmgnV6r/T/D/C5I94yhBXXa4ufoB/r/T+g9+DgCoO&#10;OvBqioPWQc3AB9Vvp+LfS/8Asfb/AEa6UB1WH+J4trktcG4+p/x90jk1zIgGc/4B08BqikWmcdJz&#10;JpaOViOV8ZsFHN2QNY/WwI+t/wDjVc3zqKrm9pIbEtJm9P0A4xu2XN72Nz7nf2HdW2zcpwCAwir9&#10;qyTj/J1jz74p4bbVckmil9X5iIfs6HXrxWjoKmJjco0f5vw09awP+xv7IBMoWQWF7rzb8hL/AOuf&#10;p/vfvIu/mUsy+Wlf+NL1j7aHVG0Pmv8Az90IfuNObkaQRz/iTyLfUDn2TSyVFSftPRlGunjx697K&#10;x8lCF29jtchQHIyKvrCXb7Gr+v0Gn/b+wtvLfoxU41/ydUuhWKUV/Cf8HXvZcOkl822t6RjyaUq9&#10;yzE3OlgsGNBUHizEH20is9lCdX+iAfnTj0s2sj92wnH+5Oj/AG2n4uve0X2ZE77bnMflvHO5dRcE&#10;qlHXanJuQ0f4N/bbxyR3KOGjGkhjqFa6SaKPn0q3xQ9o6saaYq49Qrde9o/rPcNPNJS0WYEn2VDR&#10;XpIqUpTymqplg+1klc6hJCCTrHBYewDzfYSsZ7mzjUXEr5NMaWLVoAOPp/h6NOUtzhFmlrJYu36I&#10;AIoO6gAr+3r3s2m4u0Ovcp1Wu0Bt9ajLvPj56/I+PFPLFNTRyRyRpIQamEMJL2Jt+fcJ7ZylzLZ8&#10;4Hev3kUsgrqqVkoQxBBI+E8KdDppbS82pLRowrRsFY0FdVOPrp697ADCdTZXN4zJ56DC54YGhmp4&#10;sflhHIKHw1IkCuKgxMjxiVDci30+vuS7/nS12y8tdtfcLU7jIrF4+0tUUqKHINPXokXZnRCIZACO&#10;BJJBHnwPXvasxnVOTmwkVdDuPA7gEK3SlxorJqybVUNqMwkh/dMTLqsTwoNvZJdc4Wi7gbZtqubZ&#10;mOS+kKMfhocVGOHHpw7ZuE0EcRu4HUA1RQdf+1P2de9ph92bszWILZutSip6X/gLTUcc2P8AuDLU&#10;fvWRZQsvhaFGsfpc/wBfZ0di2bb9wEO2QeNM3xOT4nBajiKjBI/L5dJSb2OYQyLOGT+Ala6vsr/q&#10;r172Iyb2p9wQVlLitrjI01JFAaSUY+jnjd5yBVf4yBJI2/HFvYXn5autmlgfctyaCdydQLOpAAqv&#10;2YI/b0pcrPZwM6sVatCc8Gzn/D6de9oDCbCyW6JKqar2tnKalf0x1cFMaejUpIVcRukZCldNja/s&#10;S3/MdrskUSW+9WskrLRlY6nHA5B9fI9IZLYLrEJ7WxXjT5/t9ade9sFRFvGbIx7fxiNkcPLKlA1T&#10;T0s01PHz4ZklmHAmgIAfgcj2vibYEsW3K6bw9yFXClgCRxBA40by6Kp4bsxtCrhkYnILYPyFeNB6&#10;efXvbFnMxuPHUq0WRqY6CSlq5Kf7cRy01bLSwxvEkykc+GQL6SbC49mlhY7bf3AuILd5IjGpLV1K&#10;vCo+0edPn1Sa48GW1+ogft01PyWuOPHjXr3td4ncFLW0OMx1Pg6jJ1TwUkyywwU09S1ZJFFD5JZT&#10;eVqZpHBZDzqN/qfYbvttNtc3d0b9YoVdhRiQugEkUFAAaDj6Y6eR4Lq48S1hIl1Y1ZJYHt+0E9e9&#10;t0Gwtybxy9dWLAuHXEPUx/ZyU09NKaihm8wrZoqeF0anBqNLE2Ppt9B7MDzBs+y7dD47m48YqKoy&#10;/Cy5AJ8+3HzNa9Xbbbm9lpdoKKThRpzWtTnhTiPM+Y697S+dxO9a+vOFWiGUNA7U+uho5nBFLKyG&#10;pGoXaNQbkkfQ+1233uwW0H7wWcw+J3AOwxUV0mnn0gvLS+sGUW66lLfw+vr6f4eve27JVFRg8V9k&#10;a+po83TSQxy0/wBzLCCo1CcxwAqVQfQ3tb2vtYH3e/W6+lE1lKrMGCg/tPCvTTy30TKbqUIxGAe3&#10;z9Ove1htrMR5DH0i1EONq5RBP5tdJDLUBrzFDIz6vUbfk3sPZDu+2yW13dNb+OkIdaZIA4en+qvR&#10;nbyzSoZYRrIFCAPX86/z697R2N673BvGsqXx8S0VPQ+MSiSKWKRPuI3MY/YjYAs8DfUi9/ZzPzRt&#10;WxQxLeEytJXgQfhP9I/McPToofYp5mBVisPyBz6Z697daXEbrlxdXQYymbc5CxfeNBRT5Kopwajz&#10;wFJHVpITJ6gePUsZH0Hti5utkhvbe4nuxaKa6auEU40moGD5H5Fvn0sh26a3VhHOXrStGP8ALr3t&#10;V7cyW18NtVsTuk5zHbipPPJF5sklJjpTU1kk6qaGX9yTx0zrcccm4/Hsh3S03a93dbzZ2t5tskoD&#10;pQs40qB8QwKsD69GVnLZ7XGy3soaQj1x+dT6H/Vnr3tz2vuGfLz0uNw1FicjP9yzxrU4yCv4ZjpO&#10;jS19RH9OfaTdttSyinub64nijKAHTIU4f5ul0U1nuJdfHSRAKBUP+r0697gJ1NlN4ZnJ0rUP8LDI&#10;8kca0z0pSqefS8t4YW/ya7+lfxb/AA9qZOcrTY7G1kE4myATUNjTWmT8Xr0WXXLVvNMYXjfRQcDS&#10;n24697QlfsHO4SrqsZic1S5mSnDx1VNBLVVhpikphlQxTUw8U0LxKpI+hNvz7FcXMWx31vaXN1Yy&#10;wl9J1nSoNRXBBqeJI6LZeWI7ZwtlftUcQzNj1+E/P0697hbb3HmuusjkDlKGvlSqpapY4SrLpFTP&#10;Fpq9M5UCnAom+nPP+v71u+07dzRBANvuEAR1zUEnSCNPb+LvHSO1uZtgkke4DshkYah6mnd3H5de&#10;9qTAdg1Wdyc+OkjVIayokrYkKoGQO0cUZ1av0BZLWAsfZTufLMO22sVyr1dECk5oaVJ8vl0ZRb+m&#10;43aRopwA2OJo1K4J9fy697s32M4j2VteMspK4ahXg8XVBZR9Pr+PabbJY7dI2NAjUav8Oa5/1f5u&#10;lWkT3UrKmnUrde9pDdOv+/8AtlWUoxw2ZspUhhbTcmxH159rt2t4rDctuvIb6OeOfurG1dNWA7ur&#10;PF4G2sS4Ymn+Tr3sZcCP9xNAFcNrjezL+k2mlNhcg395KbEmna7Jg60o3+E/6vTqK7s1nkann/kH&#10;Xvby0chaKMqf3NXqIOhdFiQfyL+zMksTVSOiWYfqN/q8uve2GqS1fEhPJ1kMARyYQbG1m9p4pWS9&#10;QeUlP5Kf8/Siw1anPn2/5eve7a/iOgPVFGg4KS5Vrf11Zut/qeP6+z4ER7fBPJhJpClf9LU/6q9S&#10;PyBUSsW9f8rdED+UrlN6YQ2uFiVv6kEUy2AFvobHj2OeWW5ci/8AsTx9Dex/Fwf9t7BF6GjkeJiN&#10;Hn9vl/MU/wBQpLcUwVNIHn/q/wAHSe2jNqghJF25K6fqQTyLW/r/AFtz+Px7TDxkEk2/ra5H/Iz/&#10;AK3smMi+VeqvOjfhPQmROCAtjY3APHH05sR9PbtQkqi6dR1kByNJ9DhQ2i9rG/0Pulw8cgMNAWUn&#10;HE8f9X50p6dWsrpFmmXWusxnt8+mKuUiZpHZUURgoTqVRLH5Cuu3DIq/UfXj2LVJTClpKGCKUaKu&#10;hpsjKWuQjyxgGIm4PlUKPxx7KjdECW3S2fQCaefEhB9nD/Afn01satbbhuctzCxRzLp/2zL0XGtq&#10;RlsxmMvXRqKnGZjI7bgjTSkk9PRTSVK1a8sXpJXlYfUXt9PYtbfqFy2LipmCRfaNDj3LtYzQwxxq&#10;/jILapnViAfYo5QsJbm2u76SXVBDcFcD4dSq9G/4r9gp1FHPlxb7Vd3bMfESaVm7fw6mOG+XVcny&#10;SeTrfsHz4ynqquq3XgchvKnEIaUUmYkydZDQzzxsIguKppIEMka34/x9gvvyvqIsvWYqgcQ01FUN&#10;TssdxJa+oCd4yBJJpb6kXt7H0l9YGCWOKBwg8if5/wCr7fn0U8scv2lxGm6+OxVgDRm+X8vXo5nx&#10;o23LXdf7U3ru4w5Pce5sJRZmoqvGRQJPPToJhiIatZJqKgMqBhGDYE+8+2NrrW0hyGQ1ikpVAVVY&#10;pJIXD6GV2UxnS/1v7Bu6SJDDrWM+GZAanhg+dM9SZf3dtNtg2i1iKzTaW1Nww39Hu6UnYvbLYfcF&#10;PtDb0lO+48uk8l5FSaGnjp/AKhJIUljqFZ4JPTp5v7W27aObI7F28aNJUjEFTqRWZVkDZOPQWVfS&#10;+kpxf/YexldbkH2Ca58Nlhx88+KvGnn/AIOoB9vLWXZfeLnSC4kVwZIKU8v8UP8A0F0VfpLLYnbf&#10;ym7NxGbqqCrzS1+H8VTU+KSeD/fj1k0qUT1Gmop1lhnVZNP6j+oe1n1XjkzOEzGGlmFLLEuPMPlO&#10;ixetr6pvLYFiGCixtxf217cmzmuJreaBmknppb8KaFmL664Hw1+31p0k+8nvrck71ylzMbYT2ifU&#10;61/HmO2jFK9v4tVPOlOi7fzC85mdmdr9O7wwNA2Wiq33/wDxL7WITmUQbd2TiqJqZ7oqaWrGDeq7&#10;BW9jDtbbUeNzedyNbOjIIMWKCRWKwVjpFLFOsXkH7xiEoDW/SfY2l2fcbbnSO9jlURk0C0IdawlM&#10;+lAMcTXPn1Cu8c42+/7ByrZQ2SpNJNcFgUXAD6xwGK6a54/b1T/8ofkLk95dBdZdW7KxmRiyVHkt&#10;+S9lU5SKfLbToMjncVldsVORlopPPiUzDxyeIuLTp/vIOdjxUyR5WolqGi+6gEccM1Q3klMYQ6UW&#10;3IsbgX+ns03O2ns7Xcr+9vI2iuKxqiga0dH7tf8AxX2dTX7WbpFeT7LYixbxEmfW4VaZ1/6uHVl/&#10;wWq8zOnWW2sfgaSubbGTqsnlc3isdF/DKaDJx1JikdrpJTzrICsjMvrk/wBY+0LHRmno8bA1tNHO&#10;mRKtwwiljPDHgXIP549w6incDDcQArEk76gPxEEZHqOpyS5gsbq5mdWKXP6Q050srfE3yz1YVX5x&#10;Hz2860uZKncm312pSzo+qGGqoqhrWQtdZEub6fUfYN7shBzmORGsJ8vThb/VRJNNZha/pF/p7rda&#10;xyxvSNAVNustyK41ro+HP4v29SPA9qZ9tlaWOIHwx3ebdHg6hqRLgxM8iSOm3IsfMU/Qs1NDRo5A&#10;uPoRyfzf2YrG0klJh8d5UsHgpI7p9PVTxt5B+bkr/T3i089vvL7s8EiiWJJJNL/FRajR/wAa9f8A&#10;LSSknj1xQopYCMGo4elOgtz1W9Hu1oz5miqMi0fljJMIaWvkAkN202VY+fof949vIpRKYY0kRXRY&#10;zLEbA+jT6lseQf0j/e/axJZ9tg5ft7nb5DHdTQypJnTpeq6X/pcXP+DoPzSxRvvW46wUS3mj0edf&#10;ir9nQZ1NbBVy9hZqGtgcYfHbqwrU6ANMKqmRqsSwf1it6D/j7Seak+6kqYgAv2byR8/T9o61Km1t&#10;JP8AX8n2GOerJrHe55GfxFl1MPkGLCh9CPKnl0t5Ctja7O13KdRvGDj5B0UaT81p+Howvx3qAux9&#10;v1BUxyZCixlQ/wBAWklpqUszf6qT/e/YZ5GFi6FRcaObBjpKMLariw4H9PYDhOmzufGIy9VqeNa8&#10;P9Q4dDdKUUNxh7T86+nRxKCdDPGqE6kXRJa1wCBcc8kH/ff4oDMU6mSxuQb/AEt9bLa3p+lz7Y8V&#10;vDLKBqFPs49PK2ulOhDxbXX6/n/Ef6o88n2jKwjzaPG4XkXOnT6VU35Fh9L8ewzurBLKZwwBOn/j&#10;64/1eXSuOA0TI6V9IDdSSCRcm1+NQe305/2PstHyVkjTqbeKAciDEAkFbLfP4Rv9cezLkub6vetv&#10;3BAEjkZ9I/F2xyJ+Y8/9WSXnOErsNxd6xpx2+fxoOniEFSFJuRe5+g5BP+sfdNeVZhR1SRnW4iBC&#10;8Fj61J4t+SePeQuySV3K03Bk/Skbhn8IbrDfeXX6S6u2Xs/6G6le7LvjOtDDuHrl5I5JaVMwGBiK&#10;q0srU0pljV2AUsn9D9Ped92kk+w2zeJoR4aV/wBqP9VP+L6g7luJxfW88bUVJ3b+Z6DjtoVb9cb3&#10;joJYIq19s5IQSVCs8MchhkCPKiesxhjzb8e72trjVhsi0n7EjYstFTraNkiAXxzMoIF3Qct9T7gF&#10;txWDcZZGasaOVzX1H5H/AD46yHv7a8vbrlxEk0xCaNu7V/Bn/D1rcd7Ymao3n1xR45Pv4Tv6knr8&#10;rL/lsc1QIa4VeOhlKmRFp5iGEZ9Ea/j+mffGqi2dACyB6iVEX/UkTYyY3PA9fFiRa/u93uMN/d21&#10;skclSAxr5irCorxr5Vr59A/24t13f3L3xlWiWgl1avxGG6HD5MPh1Z6Zvi1h2yfyA3Vk1aKakxGO&#10;yFK+i8k8VTjd34uR6Uy3Kx08Kv8A5o8p7h4mOGl2M1VWSnmIyRF3tE4XDwzJAgc6S7FTpH0sfcSc&#10;23i3HNW2WKRnxIXiOflO6A+vnn/B1IrXEM/O8ipA3ZqX/eZ/9X8vs6NtTU+Squ0cycTBAKSsOVxF&#10;VHBTn7uOeTPF6irmkh0gQxoV1H9Woeyp7hc1WQyE9wIZJql0QkXUO8roLXt9D+Pz7FN3fwwR6wnd&#10;Sn28PSvD/LTqZLQ+i+X+bqxfYmOeiwmEoCS09NRY+KWUFirNDBDHKRrAc6mS/P8AvHtIxI6pINV9&#10;PquPqFI9X5t9fZBPucdxIumFgSKfsPTlwy0OPi6FJ6cAqzFOeLfQFv7N+D+B7IR845Q+28KoQ6gv&#10;6rAD/gfTXBv9bEj/AG3sp3UkRtnBp/k6APOtBtg/L/j3QpbHTRj6sX+tYSBe9h4o7c/4/X3WZjnU&#10;ZKmIOsmdRx9f7P8Ar3+vsNwOKRH0P+A/7HUKTv8A4pWnAf5elt7uqJssKhbahJ9R9D9eRb8j3l7s&#10;qeDbT634aa/tb/P/AC6IbONprOK5Ldmf+Paeg6qDqlk5+hUCx5Iso4/1vdiXxSNQ+0MjGPI0apD/&#10;AJlrE3yeaI+nBuR7zT+7t4cXL9+zOKalyeH9rc/58dYv+9VkL3mHanDAN3fEP+Fxf5+qKP5oOTwu&#10;G39tWrrPsoqiSXJBJK5YjGunA7SQ31i/6H/2/wDT2ZKTacuV1NVFkgN18YLpJ+QedJA5HuZ9/wB3&#10;22WAwSksMYUpX/LTHr9nQOt0i24RgKuqgNfL5f5Pn1VLlPlVgtloIMLprcpGQxmVqOopSzEOqmIV&#10;EcmnS59pff8AtjF4XY+4zTU63XF1LiSVUeUNYMSJDGGXn/G49wvzBZ2k9hfeD24NK5JBx/L9n+Ay&#10;By1dTXl9a0kotRgcOB8q/wCqvU34ufIXe/aPye6njzOVnEcm9KGJqGhmqKWglp/HUxxpNSJWyxS2&#10;Uer06W49057lsN0ZCx40t/UWAqZuf6e8a7uQQ3ptq95PH/bf8V1LzxkKlT+Hrcf2uSdtYxiPrFCT&#10;+b/5NEeOfrz7L72/H5I6RgfoYDyOD+3kfoOeSB/h7DG9SeFdLbuO5qf8/dL7NyoVR5n/ADdLXFcQ&#10;MD9fI3+P4S/suUgGor/QkAj+gbgi3IF/ZE4o7+pNej0HgenX3wcHT/rc/wCwF/8Abe6jpwMM9e9p&#10;TMEgGxHJb8kH/ez7QblT6aQH5dPW1Ky1+HHXvZ1viAwUVZIJtJHci31NLWEfX6Hj2s5FB8C5FPI/&#10;8/8ASaH/AHJ/b/h6DTtRNe2ZFBAPki5IJH/Amm/pz9fdm22GCNUMBwPHqX/XSdQPre4J9uc2apuV&#10;9x20mjytF3fJJUcnqWORFc80WBrjTJ/1bfoju4RbPYGpJv4UyVhc2PlpkX8C9iBz7L32tpOBCgEg&#10;hrfgD/KaA/Rbf194O+5BdbK9uge1gv8Ax6JfXrKezZg1ya57f8vR7Nkk6Jka2qPx35JJ1Grbm/55&#10;9kS3KdMctwGRj+k/qX9Fwxt+f9f3jXchnKsTjy/b/wAX0ZqC4BrQ0r0IPsFa8JE7MwY3bjTYFeLf&#10;7zf2zDqbtGCPXpp4mGajr3vPj0JUKCSrEgKSzfq0m3+2HvUjkSVpkdeRiaV697VuNEzN6WtHHywY&#10;NZuV+lv6kDj29GBqx1plGqgGB172/VP+bQHUAVHCnTdhqa4vyL/6/wDxT2siUkGmGHTDR1bxBw69&#10;77pIXckhCuknl1DD8fX/AAufemUIMmpPVJD2aaZPXvYL9yIRU4wsVNqNEsosBeee1/pa1v6e549o&#10;/wDcS6IGPqf+fU6hL3ZFLK3/AC/wnr3sCQG1yC5NmPA/qAL/AOv7mK5IW/Un0b/D1AdQI4gfTr3v&#10;sXYXP/ED6f8AI/am4PizuV6dkYGRj1736x/I4/p9ef8AW9s6D8uqde98Txz9QLAg/m9v9j9fe9Bz&#10;16vXveRSNPKt+fqPzf8AP492ZP4R17r3viRYp/tZsP8AYm3596ditNIz1o1Pw9e9yoIg+r63UH/Y&#10;2K/p91oS1OJ6sBXr3sW+ipCnZ+2gCQGzOHUt9DxnMcf7IN72t/h7W7PAG3fbgGz9Qn/HuiXfP9wT&#10;6Z/463UPIf8AFvruL/5HU8f1/Zfj3YbnlVd71hU+ptoVb3v9AcpOxH1JFz7ny6ZYrjbwy93hRr/x&#10;rj69FLNW22kj+KNP5fF0nMQS2LFx9MiBb6fSCK34t/xHtAZw6cTQ6rMf754dbCxF7tzyDex9orgU&#10;jlc8BP0rYkm7XyUP0+x/54f9Qb/9bF/r/r+w7745r8IvP/FslBNuf+BUg/3i/tRekNaxEDFP8g6X&#10;bS1NqY/0h/x3rljv81L9P8+x/wBuiW9k/wAvcSni31P9bAW44v8Ak+4p5pTRPC4+Huz+w9G8P+4t&#10;v9n+bpw9p5+D/r/T/fX5F/YUcqcg9b697x2P9f8AD/ib/X+nv2v5dOeJ/R697//Q15VzOYxbNJRZ&#10;GupggXiKsqoRybciJ0H9o/7f3F7gYBDfl1K+pl4Hrf49uGK7r3dhnZqiKky8Sc/7k6apyC29drie&#10;uVCSX/3ge0bQo9OtfUOPiUEde+v/ACO3+8jn2KPWu7tn9tbMy27dzbfjpzj5a+JmwOOxtEqihqft&#10;SzNNJWAtpH+rHP8AT3e5S6t7CMIW7mIzXpVrry5FOyfFLIMU9euJ1enSVAv6tVybWP6eRzf2l8r1&#10;n1duRjLh91YbEVEpIWmzWbxdPOtw2n9qlpJWB1N/sbH3qKa5m7KElRXH+rh01GFuYzGsgBRK8euy&#10;bD6E/wCt/wAj9hNuH437liSSpwbpmaYO0qTYr+I10bJaZ/IskGNCFWXSQb86h/X2ujul0rrFDTpX&#10;9M+hCprjy69ccXNifwSL+y/Z/r3dWDnqkrcZVKFFQP8AgJXJN6ZJhc+WmQkkRH8/X2pWeNhjj0ld&#10;XStUPXfsLchSVdMXSenlh/bexmhdDwGA1agt+V/3j3VZxqfONXDpEJMOCfxde9hTuh2WmpEDxk/x&#10;XHMADcXE4PtbbUa6icV+E/4OkV0uq7241/0RP+PDr3uy7siW3xz6mJIZjtdgSL2uMzICBc39od1X&#10;XvUZ04o3+To554iru219mPCf/CvXBf1Sf8HH/WuP3WVXsTUm3JIIH9eLG5uQOLe1yv2SVOajop8U&#10;LDOuR3Drn7S2Qm8bBSSL3Auf+CH/AFVuNXtRHlQeqa6qprx697YaqW55IKn/AIgLb8+1VuKAV9P8&#10;vRZcYpXjXr3tlZ1I+n9oj8H+vNv8faqhxTpGSBjr3trY/uFbfi9h9f6Hj2rIxXpNIOB697xWGohS&#10;AQQefTx/sOfe64z0x59e99MVtZzyPyLf4XNyf6+9rWtRw6uvXvfOOpeBgYpJNdtKhWN11fQ+kggg&#10;ge7GNXWpGa9NOaTR0+X+Hr3s3Xx6z+do8XumeDIZPy0OJzNZHBJV1RpG+2xsEoDQCZAUJW1hbj2g&#10;vbSFrQsQP7UDH2HoXW0kh5bvjqNRcjzP+++ve+sb8kaetVsVvvam38lSatBqqHb9C+XKW5Y1eSyD&#10;DWzE3J9p5LA+HE0FKD9nRRa7hG0EQuYUIpxAH+U9e95Kna3RvYHr25mKnaVdJY+Lc+Z2/jqcvwbL&#10;Fj4J3NkiI+n6mHvUb3UJpItV9aH/AC9O/T7dPQodJ+ZA/lnr3tA5/wCPW8cZE1Vhlh3RQ8f5RtyH&#10;J5WOPU0aDzSxY1YgzuzBef7Df09vw3waaNGBVjXj8hXHTX7ndjrRlZV9K/5B173N65pKrD7O7Vo6&#10;6kqKOdY9ma462F4G5ydZILLII2IEcoPIHBHuryI80BLCh1cPsx/qHTkbFOWb2Mgj4ePn+oevey6u&#10;ApKqWIDPcm5HqN/Sf68m/s2nK+M5AqOgvRgzFvl173EKm59D2/qo4sP8Tf35TTIPVga8Ove+rW5G&#10;r6Ws17cf9C+7OwYAdb8+ve+/qP6n6WH/ABX+nHtvr3XvfY+t7f4/4Ag/qP8AgP6/n3ZeDfZ1ZSAs&#10;p/onr3ubjWtkKX6veph4BJP+dX6C5/PvUo7Vz5Dp1DV7Rq+Sf4evexa35l8lh5trvR1k9MWwMUvj&#10;WaaMMPuXGmRI3jBR9NiPyOPaGAajOKfi6V3M0kcraXIz/lPXvcCDsChykKUm58LSywqoT7vF46li&#10;riPqHeqqppCWYnk2+ntzwaBgrcenYLpXVo5oxT1Az/Pr3t+27t3btRlocht/P0NMixz/AORZnJU5&#10;yF5IJEVUipoShIGr+19CPaWbWVZJEx6jpRHFEJFaOUfYSK9e9hzvPCZCkzNZLU0NZHC7IVqnp5kp&#10;3tBTg6ZXjCnSzhT/ALVx7VWreHCq1HSS4idXZmQ+WaY4Dr3tCtqB9QHPNyPr+eD7XCnl0lJPnTr3&#10;vofX3s9bXjx6975E8H3oDq7MNJ697fsBKq1BDW5S3P5u6H/iPae4QlDTy6EXLzgzFT6f5eve19TV&#10;AV7cgXB+t+VYW/tfT2GbqOuqnn/s9DtHOAOHXvano5daryo4X8n8hbXNz9B7QUy3R3ZmtT9nXvbm&#10;zDSoB5I/H+AH9D/X26MRt+XQgg7Y8+g697hu7KxF7fX+pH1PFifzzz7YkoVU9bZ9VPXr3txx02lr&#10;6wDf+trWU3P6r349o5ASeGOn4JCGA697E3A1hLD1WsL8fjh/6tzb2W3CVBB8+hZDLqYA8Ovex72z&#10;OGF9Qt9R6uBxU3/tH6gewzeJXPkejiFqioPXvY+7crDHJG2o/VgRwfp5PyGH0J9sUrq6PrY/F+X+&#10;Xr3sym3cmFkhIcEAqBz9eGIN9Y5B+vskkVqEPXX0cwt2ivXvZktpZZBFHZuQw/tj/D/a+fr7Szpx&#10;6OYzw6wype5/w5/5H+B7MntWrR0ja+q4XjUovzGSP18Xb2UzVBK6qDj08Pt6TmRjuCbckH8fQ2a3&#10;IF7W/wB79j/tyYSeNfooCgWN+NUJvwbWs3t+BnUxmtagf4P9R+3qko7SegY3bTARVD29V5DYgW4W&#10;c2F72b0+xmwRUGM/n0/1/siEj/A/X2f2pJSnkf8ALUf4R0TTqdTdFG7BQ2mI5sDwOB6fuNR/F/ST&#10;7E/G86mseWU8f4CI34tcXX2K7dlW3tk1DUEP+A/5+iK/7UYef+weiLb+SQ1VXcNo8hAOm45klsFv&#10;e/p/P4t7mVSfszXv+h1vcAj0Gx4+vpPs9tJtWlqCoNeGP9Va9BYk6ydPQLxAx5GjAbgzxrYi5AMo&#10;tb8XIX/D/b+4mDQpQR8fRV/1rC6n/XGr3q+n1zyKD2k/7P8Agp0ZxGqJXjX/AFfy6VW6oVfMGSQn&#10;yapBqDfnSgFwb2uP+I9vOlmAIB1G6834sEvzz7CN5KFcqD+nx/madKBwHT9g1iVWL2dl0C5YEg6H&#10;JI/FzqP5+n+8sNYjamJvxzzfm4SwF/6e0iMAimmOHW+hbxZVjpUjkEi2k86pTY2A+t/8efadqV0q&#10;eb3uefryR/vfvYLOa06fSOtap0JGOZSVA9IUgc2t/a+nAAtb/Ye0zVtpI+nBB55J/wCC/wCH+8+7&#10;q6lKgHUf5dKI4yRkd3QiY2naRiDwNIAKcg3v9T+CQPr/AI+2eUgObG7EDmx/F+L/AOJ+vsqubjVT&#10;togzn/Cf8n558unlSuWWidCRi6I6Of66bJawBtYJ6eCAb/4e2epBu7FSPrqupUf2h+LA39pI5VAV&#10;Y5B8hX8+HT6hRRRw6WdPFwutdVrAMQCL+gcH/ffT20VCBGuGXi/+t/aItwPp7YkudastDU+fn1os&#10;CCCDXpVUEJAUsP6cC9vooJ/1/beSQrH8WIH0vb8/Ufkf7C/tMzEyAHiT/q/n1XOr516fEUBeOLab&#10;c/T+n+PA/wB49t0rXBF/z/r/AJJuRz/T2rHSkdTIhaxt+P6f0tx9PwPcYuUBAt6j/he3NrD8XsR7&#10;34dc04Z60RgE+vUtQHK3vwukXvpuOefrf3iD8jk2tfn6cj6gk8H23IOHW1yccepKR2DGwvdTcfX6&#10;n8W/PtT0q2hvf6lLj/DyNbiwtwfaeM/45bink/8Ax3pwA0J8ukvkbtDVcGy+IA/0u0dx9TflT7re&#10;+dYdc/s+/wCry5gf69sdtv6/j6e539hpU/cl0gGO3/q5P1j977FGhsR5fqf4Iuh32MB9tWEfkwf4&#10;8h6on/eT7ITVALICARqIX/X02a/0/wAf9495DXznxAPkP8h6x9s/7ST/AEq/4Ol37wS/S5BH0t/X&#10;6f7A8geyeSXKojfb/q/1f4ejEHuHXvZVPkxJEmAxKSIXMmVMY0hSbtQVRBJY8Af7G3sPbuQYYSDn&#10;V/k6Zuv7NzXFOvey8dGTxPt/fMCFR45tyu19IJCw49SDpv8A1H9PdrYE2lsD/v4f4Ole0kHbrYf8&#10;vp/46Ove0J2jVSrgp2gA5leCS6MUKGlrtbeh7X+lifx7rJZRXczo8+hYxrXNKkV7fnX06f35S1u4&#10;U8F/yN172+dbYbadd1/M0lRi6TOvSic1NS9DGyQri4zKgcoapZWnNxzYW559whzZfbta8wwLEk0l&#10;hq+FdR7vEIH9GlOhzypZWZ2Ozk8RBMY1PGn4BXyrX/Y697RuFztdtLLNjqrFUOZxWVmDQVX8PNdL&#10;LDIftozDVVDwxPIQTyAQT7Ob6wtt5sPqIrqSC+i4jXoAIFSCoBIH59Flvd3EW4X9mDqiMxIPH04/&#10;4cA9e9iDnf8ASLQR1mP23Qbrn27VVEbwYeggy80kMEZGkSUlGVpFEZuxspFufYc24crXf00+5z2i&#10;7uiENK7RBSckkMw1cMZPRpdXUroqRBzIKcPSua5/P7Knr3uNtbtLJ9dZPK42uwc8a1kkApIsjjiB&#10;HHBBP5Pt0qKumCgtUgvpUj+vt7duTbXmq1sri0v0Z4wdRjepYsRSulWJoFxXhnpq3vWN3HA4ZU82&#10;X4j2iumnGnn6Y697f6nAbClp6CvOZq4svP8AcnO0cmWxww9CYnSDGfa0XhM1J9xTep/If3JfUOPZ&#10;XFf8zQvNF+71+hFPAcRSeI+KyVetH0sadvwrg56X3FrEkrsIrrWOJH2Vx6V697DfblbNsGtmMNTH&#10;lqVCjUz08r1kFdcSGRaYsaeOoMD1HrA/Sy/4civd4hzRBEZUeO7auvXgrw01+IrUL58Qf2FVvG8I&#10;26Lw5ygZ9QOQPPPp172s6zL9jRYKWbE4rO0+BqfKZMlHR5NaWMGRWkWlq4JBTxSxzPZzzp+nsPw2&#10;PKz30a3d5bvua/6GWjLcMFlI1UI4evSi4jKxERZBqG40AH2cDXr3tl27u6XYMwyVPTPX4qvPiNRk&#10;4fvYjkdSVFZFBK81PAKiNxyCS4B9Xsx3LYzzGi28sghu04aOzsGFJopNPmPy6L4WmjuoGZVETOAK&#10;+RFc/wCzXr3tzz+zcNvrGVG4qWXIjNuaisrIzUU/8LpcSYnqFkMEVPPPA8dROAXZhGE4B/Pt3YeZ&#10;p+U57naLy3RrN4vCQhTrMpIFaswBwtRQFq9PbraWBISV28WtcHGfkfL7OHCvXvaYo8dU7RzWA3BS&#10;VtDX0GOpsTS1cNHNJUm1FVJWVPmjEcEPmENMA2phywBsDf2/Lcw71t+4bXJbSJeyySMpYADuXSoH&#10;Fss3kCPSpFOi+1gW2uFuUIJQagOIwdWfn5H/AA9e9uWR3ZQffZDM4/I5aKoytdVSy0NJWpEYmrpn&#10;nkLU8M/ooI2srAk24HPtLa7RepBBt1zZwmOFAKshPwADiR8fmMfPo2/fKgyTPFViTjHnngW4euev&#10;e2zbW+cjgMtU10EEctJO8sNTW5Sneqh+5qNF6SCo8yoksyLdEY3vc+1W57Bb31nHC5ImUYVCFNBX&#10;uK04Dz6YO8w3Mn6cNSpOTppX0+L/AGT172s8rhsJu/E5OsqMe6VuSrIaxammgpY5aMeovCJWhmng&#10;jf6lAbEeyKy3LdNhu7KGC+/QijZdJZu75kAgH7ek9/F9TFruiqg5xin+Tr3tC43FrsTJYbJyZXbt&#10;bjPt60TY9p2qK5DKjwx/ewSpBT+UNKHW5va9vZ/c3j8x2t/ZLbXUd0XTvppQ07jpI1NTFOHHoptD&#10;LbuGtGrF5gmv2Vp1728Um8MLFunLSkZynx+Wkp3+zw01PS1FOaOidVR4RKIYzJMSwte66jwT7S3W&#10;x7g+y7efEtHuYw2XBYZcZPbXh/Onp0aS7xGQQgWjeS0xSno3Xvac292FHtzc9XUY6KppaXI/bCqi&#10;yQjCQCloZkiLxx1EaR+SSdiL31Eg8ezXduUbi/2e2W90GVNWnRUE1da8VrwA/L16om8wIzHwgJDx&#10;qAAKcPxYr/Pr3tZ5ap2BmIcrPviKrx+SykFMlMKB8Vj/ABmnZBrplrRLJGzwKmoqTqufwfYesLbm&#10;W0eyj5dZJbaJ2rrEj1qCaMUoDQ1oPKnT17BtF8Nd7MYyxpTUq8P9N+3Hz697QFJWY7Zu4cTkNr5G&#10;LIY2Oojad46qOsljjVAWSWSmMEKlGe3JAv8A4exLNaXO/bfd2m625iuSmNSlFqf9NqPRfBFY2Mtd&#10;tn1pipDA0wfNfn9vXva0rt+QNklyeMqc9Isyx/ew46rvUx2bXMVENSBGhksFufr7D9vy9KLU211D&#10;bArXSXTt9BxXJpx6PJOZFVVoiEqKHhWg/wBt/h697D6beqYfdKZalpq4rJHE1RHXKkok1VhqJXql&#10;WZQ5YoNbMTfm/sUwbC+5bW1k7whhULoqKdoUacEilcdB645iJmZ44RWlMrjjxPd+3r3tYZTP7R3J&#10;jpcxuPS33KyY0DB/YQz0yTQSVKtOKh5kVofO+rng6eDYn2Vbbtu87ReNa2EbFF7v1A5UkEAgUAxQ&#10;Yx69Gclxs99tsUm4soGtV7WQfgqfipSmpuve0LiNubcfJwZPA56EUkLJElDU5OnfNsyypMsjR01O&#10;sLUaoVVzqX9z8W9nm47tuIs3tr7byZK/F4Z8OlD6mteJ88efRbBBsVreLPt9yHCxEULIx+L+jXFP&#10;5+vn73bT1HXDH7Y2az0lJXrU47HU0Ymp0q0EtRojjis9l81+VHJ59kXLdq+5XEth9HJceM5ISEam&#10;X8OnT5V/y9G1s/6zP4YKMjGlOGOve1P3DsGppN67Sz+PxVfSwnA5sZhaqmdKZauWRVh+wSKARww6&#10;Abq7XLfT2Nue+UbrlGLltb3YNwtmltmKtcRsq4Yr8TKp6duIQ+06xGQKefDqLS1KVImaOannRJSi&#10;NTuJNK6ENpCGYeTUSfxxb3x20zSYXF2WMaYXVyQy/qqJNOogNa3uVuVkmHL+3ky+I5RqMvw8Tj5d&#10;RBdoPEkIOa/5B1K9vx1NHpkNioNiCARf621c+xeKBgxPRTKorr697ZpoFNdTKnIJkYG+phaM/nSL&#10;2Ley+VVG42jr8AY/8d/2OnbFNLO3lgde92y/EdCvVcI/IkyX14/5fNf/AK/N/p7O7r/kl7M5/wB/&#10;Sf4V6kPkT+1k+0/8ebqvz5UuP764WNhcGGPgfUn7bj8jgfn2NeWITWSQCtgefxYgfi9uf6ewjuA1&#10;XREY7aY/l/m6lVidGnT0ndnAtSwi1wzlr6bgeo/WxsT9PaOnn+vFiCb8gj+1+b8m3tqO11eePLos&#10;muERgOhSp47AH6iw4Nyb+k8jSSOfczH1RZlj9ShiPBKBZDOTGESRtfqW/JX6n27FYW7sWY/4wFwC&#10;3z4U0/t6R295Ct47+N/jCp8Or+l/D005tHiiMyhGjW/3kJUtL9oElM0sIBISTTwrHgH2NuCq6TPU&#10;1JTtVww5TGJBRGITJAlVDSRwqyRx6pJpKqeolIW9tX5APtGLNZZpVeIKR8jkVpSmmtfy8urWe8Xc&#10;l7cRzRhYu78P9L/Tft6Jpv2PN9aV2Vy0OPr8rtLc9TW5dp/tZq+pwmTzc9ZUCsq6p3pqGi2/jcdR&#10;qZbMzRarglbexc2TA1K9dT1cTR+RqiSkikSzmUrFHApVwuqQsLWFz/Tn2K+V7GC1styt0BOuepzx&#10;bQuDT8uHp8uob927mGOITW9xqoe/upnu/Z/sdVsfNDNVu6JOvtw7ZrqeoXGw4Ok3HkKSR5aaHbiZ&#10;DKVedqknpHcU9FFSsXaSZhEq+pvT7Lpvxq6l3rkKOtiMEtbXvIqrHJEyMrxxaZNZDBtR5FiPZy22&#10;Ug0FKZH88+a/5Ovcn77C+xWgSXUmhMg1x61r6dWo/HWs23m+iNl57auRhy2Jxm0aCKCrWtpchS1V&#10;OKNqhJqSajZ6eWFoh6GDDj2qqjITwxUWEjlkhFHC8M7RSNH5pB+4jOVceS1xyy3H49hnfLKu3nVH&#10;2h0rj+n/AIeNOFM9STtd1FNGtxJTSvD5aj/q/wAvSO2pgMdVZzOdgzwU1fPuCoWsxorIYatsfTNS&#10;Cknipllhb7RJDHqZYpWVv7XNvYhNK8nWSAMUfHrToinhrVGW5uASxAX+tvZ3ucIh5cijVCHkVT9u&#10;mUcPLqI4ybX30IjDf4+ZGP8AzatBT/V3dE6xVHFD86a2rZEnpdwTZSWqkRdSRtj+tzHCNZQIhZ/6&#10;ar+xN6RAnm3BUtFCrU38LDiRLqxmXLRi6kHlQgP1449p/amSA7zapMxNOFMH4Zf89Pn0B/veBrxN&#10;hsScVmP20No3+r/N0Tb+brnaralT0VjKaryf2+5X7O0y4+qdZ6b+ExdbVGpJkkj8XllqmF1U3XV7&#10;GqplpZqWp1AU8aKmp5NEYp7ug1BxcR+Qj6/m/uZd3Xwd0ldmBkQj7fhHrk0B8vIdY88to15Py8kM&#10;ZKxNJSnmH1Yp8uqLqmh3RtrdE5WR9x5POmCOKhx/32Unz7UNN5EpmpHEcuSNDHLq02bxlfZZO6HR&#10;MvSYeDxsypBMh4ZmM9JGxLFblkP1Xj3F2871c321wW4Ios0n7K44t+38j69Zfexm1arGPc3FGMsg&#10;9BiR/VR+fWwf/KWxNTWdXZntLNPXR/xiSrxj05aRKKlXA5/IURWlglV1gnBGmX91rn/U+2/N0wiq&#10;54OB5MDjwpXgB2iH0JRLH/YH6e0nKFvDFt0zXgy7yU+0kfM0/wCKoSOpB2+6XdLiKOPgt63n/Sp6&#10;t5/4Ohw27uSfN0WHydIXaLG9r7nFSkzeSSWipq2ojX0pJKJEN/TqZRz7CXI7fzOdydC2Mw2QyIoa&#10;mCWV6OgnqmD00jK7u8EUpChnFyfpfn2Kb7lveN/2S/suTrFZruS3eNxpeQCNkK1CxAspJZckUP8A&#10;gUc188ctco3dgeZ96t7KAFNDSzRwqz9x0r4jIrNRW7Vz0ePrvsPaOyaPKJu7dNDjZqrH1ORjx8mZ&#10;oqGqSiqPtJI5BTV00WiEJEyAqCoNrHn2YWlZYsPj6eWiq46yjpqVJYZIkDJJT0qRyo9O6+VZFmFr&#10;Eg+qxt7wKv8AkbmLYuYeYLHfytrM080Ok+LFRjKw4sFH4X/D/ofA9ZDbPue17zy1Y75tG820trNb&#10;oQ6yqwIaMOKOrMpqGHBvn02VvYe2dw1CZLamUxmXokqzV1NStZQ5EpCjGSVGemnlVCkc0ZIZwAZL&#10;2H4ntG0k0Uj0f25OMM3pp/DZiRa50nnn6c/6/s7t9vVpdrt13UXC2kMYoZfEP6TZx6fmn2Vr0FZT&#10;HZ7de3L7lG/1N4YaB9R/VFOH+r/S8egOq9xx4vC7wqPSg3P2blMami6r485S6USNQ9gl/wBP+cAv&#10;/rH2HtVSH7itc/7sllkBFybNpJ5IIIN/6+wvznei/lvZ1/0Nip4eWunD7P8AVisobLEbbaNutiva&#10;kSD/AHlf9j/P0djqNv4Vt7Z2NtbTicZoUgLbStOvqUFSLD6WUf09oSvhBLgjiO39P6+kHjn6f6x9&#10;gBVAs4HHwuD/ALP+r/Z6OIZQfqSBxbo12OqX+6lS/rVv8eAAb2Nze5PtAZaFBKSASOb20kgFVBNr&#10;fi/stJPhPT4sf4elkYBAP4uhWxcr6Vvxe/8AUc+o/wBfz/T2HlWhNSxIUD+thYXUcD02vbn2Gt+/&#10;5Jp+wf8AHl6M/wAA+zpeUJ/Fze/I+n+q+vPsrvyZRT1ZvEav00+ItYi/qzuDv/UHjj2p9v5tb7FT&#10;ALS1H2eJ0S86n/kJT/Z/1lXp8QWk/J/xsbfT/e+fdNmUAWOqQOgJA0sW0jhlNwV/1v8AePeR2xvq&#10;G1OB+N/8DdYV74NWz3VOOn/L1I92ZfFSlNRubqyFiz0ybinZQ3qdZDBP5GqeGUwk/o49533Dv/Vq&#10;1KcSgI/YOPy6h7lUL4rav9+N/hboJu8av7HqXsirXyB4Nm5iT9skSkLSzWENmQ+X625HNvd8e1Ka&#10;rmp8pFUROhbGSQwao2XyKGGjTrvrVl5FvqPx7xPup5I7+aUoKLN/S8mA/wA2fkOsnry4tLa32y4J&#10;WqKjfh/h6oD7oyG3qQ9cz4uvp5gm6qOuyLpVUkgp3lx9W9UZjCQY5km9La/0seW9w96U8+WbH4SJ&#10;ZGaKloqpo4wzWXRPTaiqhiLl7XK+xvLCII9rvMdyKnz4E/5PXz6C3tbbR2248z77VaTXVyn+9SI/&#10;p/z95jpD/FvLY7aMXZ2+66SGnp6reO9aCOqrZIY1dvv8VklRJ5mhidBFBqULJ9P9v7bewg+B2bia&#10;CFSDPSY5JlCgssjYuuhk128RFjCL3F/yfcXbjapdc0ST1BMTkD/nNXAznP5ZHR9ygIt35h3y9V9X&#10;h3twg/2sqN/S/i/1cOjLfFDNtv3fG/s5WMvhXc+7JMa4JMFRjo8vgKujeJ3apEiSLWMylW0sp9I9&#10;lZr0tDqvdnYar3/OsG5tf8ezPce/Xr4Cv7aVrTH/ABfU1wxBQajH+r/V9vVnOAcCcRpfSi2XTwAF&#10;MekcHT9D/r29w8XQNUVFtN0RWY8H6KAxvZWHA/r7DwhL91aCn+X/AAnpHdkBqfLpR5rKx0VNybSS&#10;OqKLi5d/Qv8AaBsD/S/+t7IH89DSR4HERUyAXUWP7drDIUo/s24u3+39sbnIWi7jjgP8PQF5zl/3&#10;VqD/AKu7oUusTVNhqt6pryNW3/t8WgiB/WSf6f4W91aYrSMnRN9SZUsOCeCB9OeOfYbRP0Iz6Ff8&#10;PUMXMWmxJ+X+XoSfd1Ttq8IUcHzcgf1P9RcfUf7x7zB24h7GV1OO3+RPRLtS12aE18v8Dt/n6DyU&#10;aZpNR5GiwJH+oH4+vIPH+v7s6+ISRNsyukVVYkR8WUjjL53+gN7+8h/aTc7ux5TvqSOAWXzYH458&#10;dY2+7lsx33awo/j4f804/s/2R1q5/wA9HO1mJ35sWCOpmpYp5s0GeOaWEL/v29gMDqR05uTb88+z&#10;dpGLED6WvcG35/wH09yVd7lKo117v8/zr0BLqBpVQggHz/PrXjqNxypMZJGkle/p1KGF9Fixcy2b&#10;6/7H/Y+w67XjtsTc1lvbE1JAtf8As/63sMX+43EljfVb8PD+f+HoYcoR03CzLHJeh/ZWvRu/5fGX&#10;eq+WfTUTzsiyb0x4sXMYswqTb9ZueB9f8D7o83IWG6MhcWOhx9DwPuph/rfQe4O3HSdyjYDOof8A&#10;HupuuvgB/wBXl1v07XA/u1jrEEGGE82P1pk/4k+wC7dLCClCji8PP058WQFr/T6ewxzD/wAlKL7E&#10;/wAJ6cteCfaP8nSyxX+af+vkf/oj/insuT/rb/gx/wB7/wB559lDfE329H4+FPs6dfeNv8f6E/48&#10;K3IHuvXuve0zmAAgNuLNx9ONR/p/rfj2T7m5WO49KD/J/n6UWxzL9g697OZ8RJBatAAsXjv9LXNL&#10;V/4/T8+zPkSQ+Bdd3Cn/AD/T/J01B/bNX16Dns1A+3nH0PkT6Xvb7imJtbm/Hu0DaqeT7u/IPgH4&#10;sOJvp9Tfj2q5iQDamkU5AJ/a3Ur8hf8AKzbb/pZf+rT9EM3hOYMrhE+h/wAtBHIv+1AOeQB+r+n1&#10;9l87RS+I0g/QP/S5HnoT9bfk/wCw94O+5SsNknJTGP8Aq5Gf9nrKW0Brcf7X/L0fTY7BmqSCDxDf&#10;/Yfdj6fT8eyMbngOiRfVxY8fTnR/gPeNUpFSaeX+fo1jajUI6EX2CuQg1sRY/wBQbA/Tn+g+vtKh&#10;ZWZjw63LXT173koI2RQQDcEkcHg/UfT/AF/dWIdzXh0ljb4v4R/Pr3tZYmGS3Kn1kDm4NzoN+Lk/&#10;Xj/W9qoQC5Ff9X+odeZqucde9qN6ZjpZh6kARR/gP7R1D8e1tUpQ8B1osACCR173PiWyCPQosvLa&#10;QBewUc3/AMPdA3F65OP8vSSSStTSh4de9gB3RAFlxzC/EEQ4+g/fluTYcDj3PXtCGe0viv8Ayk/5&#10;E6hf3bobKA/Mf4W697AHTZ5G9XDN9foDx/sfcyXsbG/j7c06gE5EH+lHXvfQB0qDzx9f999Pp7dk&#10;QLLIern43PXvfK3H0/A+h/33PvX59ar1734fj/ffn/ebe/de697zAAL/AI/X6j/X/wCJ9+63173j&#10;+ug3+jEk/wC3v/tz7bkB7evde954W0F/6sCB/rG35uL/AE90rw+XWwaV697Ffo2x7O2tza+dwxHP&#10;1/3N44Diwv7Oti/5K23f81Y/+PDom3z/AHCP2n/jrdQ8jxj68/0oqr/rQ/uw/cVl31VKp+my6s/U&#10;H6ZacWHI5v8A7f3ON4P8c23/AEsX+HonoDZ7UDw+pi/wdJvCktiiT+cj/S3Bp4fqPx7DvOy3xFKQ&#10;Q2nemKBtc/S7fW9j7Q3YH09xTh9QP8HSlq/4/wDaf8vSgRf8oUc2NE31/wAZE/23sPe9iBW4Fjca&#10;sXIbH681Tgn+vHtTe1+mip/q4dGG16v3UPWo/wCO9d4/9Ew+tp2HH0/Qn5/PHso2ZsZH/qD9Prx6&#10;Pr7inmn+0j6N4f8AceH/AEvU/wBpx/r/AEsB/S9/9a39fYRPwr1Y8T173x/23+3/AD9Le69a697/&#10;AP/R1yqqQWlsxYft6Ax1OPpqLWNjcj3GKFW0jS4P+H/Z6luLQ9aJU9b/AB7SNYVmpp7u0RIUXDBe&#10;A31P6vyP6e2nKocj9PpuXQi0b+z/AMvr172JvxgQy9M72pgzIqSZuT9vUobXl/7VlYEEfUW9rr8r&#10;LZbfbqCsviN6Z7f9X/FdG9yIRyftsZU6vHl9Pn10fx/r/wDEH2Ee5amekrnaCaWF0kuHjkZSNLuA&#10;WKsCttP4uT7S2WhhcyEEoi0H21/wdEW3tFI91LpbQY9A/wBN/m679xqPt/feBEcdHn8u8Mcyhqaf&#10;L5loGiUpeLxR5OEaCkQGn6W49ufTh6MAtD8ulayXMYosi0/P/P163te0HyVo6jwUm7NoYHI01oo6&#10;qsi2/DWZSU/txyuKjIZx0eV0MjXYcyG5+p91NnJWqyD7On1uJCQJAhH2f5z17281+S+Oe/IzHFHl&#10;tv5Crp7u2TGyMRQw1EoIdEYNVzRQrLPxckgKfyPaNYbuNpGU1/U8q9UVbWTxAe1i/npH+froX5vb&#10;68WB+n4vz9fYHb9+LEGap4ajY279q5crV09UtLS7hjr6kxxuzlVhxG35WMlgOLkXP19mMN6YpI2Z&#10;QABQ/n+fVJ7BZJrSWF0KxlSc1/Fq8h137ML2jsrcOL6A6sw8+MrKnIUO3JIauOkoq2ZoJDl3kVJg&#10;1JHNH6G/tKDb3q7uYrzcfqYjpjWoNfnT0r/h6d5pb953tjc26MFjQq1cmrFfSp/411jQ+qX/AJaD&#10;8/8ANuP/AG3urvcGEyWOq9FRQ1MZBa4NNOunSEsGDxJb9fHtcsglDkEajToPyKzJMoBDNTy/1eXW&#10;T2G+YWUFLKxuW5QE2A8Y9RsDYg+1UGgYJANOmSoWNUpmnXvadrC3PJYj8g3tbTcH+vtbDT0oOi+f&#10;UaBT9vXvbSZB5NJYHm9uLC97c3uPa5Iyy1GD0jzgE9e9x20l78Xt/UHnn/D3cVAp0ndskVx173wA&#10;QNcMCfoApVgLc8/7H3vuIpTHTfz6974+MM12sLfS45v/ALH6e7aqCg62ppXB6974hSnJCnm/6Rq/&#10;wIP0sL/7f3fVqoqk9JpG1SKRggf5evezT/H19VBvWHXJrbam5XXU9kH+4uJQW9Rbm9vp7Jt3uBb2&#10;6RtXMo4elP8AV/xXQptmpy9fqR8Uur8vD697LDXArVTqdOpJGDOtywIa3pP1ANv8PZxakfTxkrUM&#10;MdBCKRjDCVONPXvfGKqlgIaOSRWFrOruso/F9YZSDx/X3Z1Vqihp06JZB+M9e9iDgO1t9YB1+z3J&#10;mZKdQdVDVZjMPQyXWW3kp4sjCj6DKWH9HsfbKW8SyK7KMfLpZbbjc2xP6pI9CTT9levexhw3f2Eq&#10;qevx+7dqYWOlzS0y5Op27gaRK9/sXkmo9M+SzDI3jcRr+4HsuoLbj2UPtk4lLxydo4VP5fw/5PTp&#10;XHukR21rGeAajxIAph9Xr9n4eve0/XbH683RK8+09yRYlCFK0+5cxg8fNIbBSIIMdSVCsQ8bsef0&#10;lT+T7MGeZX1MuDx8/wDB164hsbvT9GdBHHWR/wA+jr3sOs31lufEBpI6GqyNEt/8tx9NX1dJp/6i&#10;RQRRWB4J/r7cScEkNQHotexuI8UB+YqR+2nXvYfzUstOziWGcOL3Dxuuk35HqUEH+t/ahCHKioHS&#10;coQyrTJPXvcYryBY2IB5FtOqxtzxf25oNCQw8/P062FJDMOAr/Lr3vy2UEmwJupW/JH4Nhe6n6X9&#10;7ZCoBPAjrTKQjAj4kx+fXvczHNorqZiNNpYWsnDi0qH6cer/AIn3R1LqgXOQOnY1LG1Ap8Sr+df8&#10;HXvYmdq69Gy5WjBMu1oSDInrsaqfm/559preMxy3KluD+XTt6Ck8qk5VuvewiDMtjdgtyCBexv8A&#10;0FyL+1VAa4FemVUsaA9e954aqemkWSlmnhZb2eKWSN1uNJ0tEykcH3qlRQ8elKK6dwkNeve1tjt+&#10;V0OqLJ08GepTpv8AxuKfKTpbWV8RnrBGmpyurjkIPyB7aeI07Go3+r5dK1umpRhqHzz/AIT1724z&#10;47Zu4o0GFqKnEVhLBxm5cVj6BQCApT7VJpB+3C2r/amX8E+2VM0BBkNV86VPXvDglAKHSfnQDr3t&#10;G5Ta+Sxo8ghaqp/+Vmkjnnp+AoJ8wp0jsGa31+vtTHcJIaAEH59J3t2WlASPlw/wde9p1geQfqP9&#10;49vjppwaEefXvbpidQqEsGuSv4NuXH1t+PbU9PDbo62MstwMHh/l697W0RYOun1C4voGrTzclj+P&#10;pz7D04WrV49SDGhNHB/1V697VmPcBVWxP0P4J+if4gfX/W9lrIwLVpx6PbKoUajj/Y697dXcnQOQ&#10;fTYW5/rxy3q91Gk4NadHUc6KoVg1Ove8UxNxcWF7/n6E/n/fW9+0gAFePV1bVlT173kpGZTzcEg2&#10;0/4XP9Df2kk72Y0x0/FUvXy697WmGqXhYAk6it73bi2v8ar+y+cB2FP9Xl0JrR/FcED/AFZHXvY7&#10;7TyBcLdiL6udR5/4E/T1n2H76HucUGr/AIro8iJWvXvY/wCAqpQwALXuxupbm5lH5a/JH+8eyxtK&#10;guTjoQ2uSSOvezHbaqjJGn67rwQePqz/AEFzxx7KpSXY5x0eQKWNOvezJbRqolWOM+XUoUlgRY3s&#10;RzrvcXt7K7kHxfjx/g/4vo3Q0YZ64sLqR9f8P6+zRbQqA8cRW4syizk/0hP4P1PsouA+ePSodM9W&#10;vB4FyObAccH+vFh7MftksviezsCqqQBYgk0/P1/SbC/vVrcAusRxQ/5T/P0/yZ68RqQr0Eu7qfXT&#10;zkFA1nYauQR46gfUD68/7cf4+x12+SzRhVa5C/gfnwE35PBA5/HsQQzKi6m1U/4v/V/gr0U3KaOJ&#10;H+qvRQt/0jNHNdqf0GQm5uP2/uPpe30/3j/C3sXcSFRCWHN1IAJNz6LE24/SPYiikaaOAg400/Kh&#10;/wAv+qnQdv8AvDFeiE9gRstVWRr/AGJ3YMbWB1ugJ/Nyrf63P9fc2tZRBP6bnSxPptb9u9jz9fYp&#10;sIm/Tq+P85OegvKrJIa9AAryfxWkFwmmWM21tzolQcarkcGx/wAPcLAXekECGTXaMctYH9V7j8WA&#10;5/x+vtjdlMTPdSJGIxXy/wBXHpfCVMauAOlzuPQ+VjXVKTN5pF8dtQARDYuRyF1X/wBj7fJkaK3q&#10;U2ufyDzpFvz+QfYNkuBccFIbhT+fy6UIaqD0/wCJpljDFy5Vm1BrL9bOBZdTNxx7TVU5kD2K3HPq&#10;JsP0fQ/4ke7eE0WnV59Klj0qNY6FfENENFlkNiV9KjUf859bXBt7TdSdKuGN/oeDz+Pp+b29tSag&#10;8bJ8Wf2dOAEmg49CliESVG9IAvcHSCVY+S7A2I/s+0xWBWYh+LaiP6kX4/2//Ee/LL+jrjNeGf8A&#10;i+lkQ7AehLxcTxyhGBuygsLj6/0BB4A+v+PtjkKqzG5PpsTcfm/+A/3n2SXUhkoPIn+Q/wBVenwt&#10;Rnh0KeLidUW4S4N+NVwzaRcX/AUf7H3CqJE0Nfk2OkWBve5ufVx7Ky2lhpWn59NuNLDT0q6SnkLL&#10;zYXAY+ocjSOOObf7EX9p+dwSfrb68XNydYt9fz7cauDXqhrWvSoo47KAP1FbXItYWX/D8f09tk8y&#10;3KqebXB/oxv/AKm5Nj/sfb9vE2nU4z06iVoT04BbleLqD/rNp44N+Pp/Tj21yE35Kj/b3+p/2wIH&#10;tZ091OjAtxqPH5CgfQf4m5v7jSSKOPqedPAK83+vIvb3ZBrJxgdbAr1KWNh9LAEXI5Dfj6cG1/eO&#10;5XlSQbEXtwfrwR7oWjK0IqetrSh9es6ozMAbafqLHkDi5HP09qejk/ZfXYX0fgjSSzA83/r7RIHS&#10;6tnUdq6v+O/8X06h+JQKk9J7IojRzxrcs5TV9LMRIpH0+gAP+3/w91yfOtmbN7RqLKF8uYsLvcBc&#10;btpTbV6vp/U+5r9iLhI9sv7PuMi6anFO6WY5pj9g6x8984y8m2WSk+K5kp6YETZ/4rocNlR6aOd+&#10;NLiHTa39l6kW4/Iv7IVVSfuWb+oYfm90U86r34/3r3kTesVoQKnHWPlpGzvMy4wvS294HaO1xckW&#10;PIFvp+D/AFv7K3qzM/l0ZhTUE9e9lV+SOhsBjGMdyMoSutQVW1DVrqubkWt9f6+yHdRrjQk/C/8A&#10;z7Xpi6zG3y/zde9la6UlEGF38Q663m3Qo0PwAY8eQSAwcC49uRNW1gjX4lIf8qf4cdPbZqXbIGHH&#10;63/IOve2XfUtPHtyqasCyRyRyqiqqNL9waKr0EeVwLNYkW9RJ92naSN9a6avGaV/pf6vy6VbneRJ&#10;HNGympjb9pHXvc3rTa+2q3aLVmUz8lOfAtTHSY3K0MNWUSgilFLW01RA37ZLESIDYmwv7g7mzeN1&#10;h3pYLTbVYatJZ43K1LkalZTx/hPp0LuV7gDbbSNh2eGGoKE8Bxr1728y7QzkxxW4cJDgKrGxPTU+&#10;PosqtTPKDNOWgkampqcwLBEyetonGn8X9o13vb63m2Xn1KXRDM7R6QKKvd3E1Jpw1DPn0ayWKljN&#10;AkavKdYBByvzAGTTjx697UWe2j2xBUVebr914bFNJMrtS4PP7iocbAkg0OkdPLTKYgT+ldX5Psu2&#10;ne+SnWCwj2i5liCkapIYHlJoaZ1Z/pGnDp9Nru1gMss8CxVzpZgRX8uGOvewwyMeF3NlvsKiqzVd&#10;kaAstfU0ctLVSzvLGskJwkz/AHE8kKRxAVBZQVtYcc+xXZzbjslqLu3jgitpMorBlAGQfFA0gGpO&#10;ih/n0TzRwiX6WB28dfhatBnuNGAr8OPsr172Ny7LwGS2BnchTVuMlzlQuMK0sFRRyV8Hiy/hP3kK&#10;Uj1aeSlQsnqOpQT+n2AH5h3S35i2yzmimG2xmShYMEOqPV2EsF+LBxxoOPRpYu9wl07XDsV041VJ&#10;qTXh6fb172hq7G4ptlbbzmKpFf7ufMJT0NZT038U10dbHTza6elS4Depls5OixNuR7FkW5Xo5r3O&#10;3vDErRrCSYy3gUaOoyT9muv4q9MyzwnQ0bsH7qEnt40NR+z/AFHr3tHZXc+9K3CJt1auow+PRpGg&#10;jE+VoKYPO6PO2QTzvCsDFLoVT9R59mO37NsUe5HcjCk07UDMRGxoAaBDprXyNTw6QLbX8kHjgg+I&#10;WVaFtNVr8X+r+fXvatoKPr3F7SosLlajcGdyNVVSzxmmlwmUx0dZVRReVqJp41mWVdJvZS4+hJ59&#10;k89zzNe73Le2yW9vYxqoaolSTQpoNQrp4cKkD7OnrWKGazchmqhYEt6jOK0yK0HyHn173Hlp9y1e&#10;Nn25tKXDUOKmEkstTlHr6XdVWJ4xBLiYJscDT1FMAVMNO0dvIDe/A9vxts0Uybxvn1Et8GCqkfht&#10;AunuErLJ3A8Qzg8OHRZLa3rlXikicFqfEWenoKef8q/l173w2lgqD+EZ9slXVMWcxX8USnxWeqIY&#10;6LJ1VDBT+GOChnhFbWmsq9UYC6WlS6izX913rcLlL7a/oolNhMIy0kIOuNXLVJdTpXStGqahTQnH&#10;RjHBFDbTa2VHKtXWaYpnj/qP29e9hvmq4NFNRDFYuhy81UQVp6AUpWF1eN5Yhq+5FOKgWvpI49i/&#10;bbWNSLyfcJ5bRVoP1AxLChFagrw+deieQWSW7hGaSck0KkMtOFfX+f8APr3twx9NtTBYsNlZs/kc&#10;hX0582PWbHVeOWsni0LWUdHOkM6z07j9qQ3dL/k+00s29bjfuu2W1uLWMkhmWTXpByGKkrSnEHB8&#10;8dObRFBAJJXDFyGNHAI10FDnzrw697n0m39xVtC1RtrOVsNF4w+Qoc5lK1MrHMoY+OCloImVVWMf&#10;R+bkfj2Xz7ntttd+Hu22Rm41URoo1MdPmXNePp8+tSwTXAQSShz5gVJ8sAGo+359e98cTgsdURNN&#10;WNlTk00mSk3M1P8AZzyXl0tjoJoTUSU8S213IKvb2o3C9uVUSW5tltGNP8XJDjh8dDpFfL5dLYbB&#10;LeB3QogIyHwfLgKcPU+XXveOsodxZMzgbYoabLho/t6vCYWuhx7AlTN5p1R6hrU62XT/AGi1+PbM&#10;NxtdqsX+7WRrPOpZZVL/ACoK6ePH5U6K47WCZaQtEJR/DQD/AFU/1U697VGa652dsfAYrJ5quyGR&#10;3VU/ffxCgmqsXW4+P7esigpC1NU0VJkE8uPqlb1k3Zbr6QLorbm3e+Zr2a0sIQm3JSj0kVjqUsdJ&#10;VmTDKQaevr05dbfDbRxsInknNa4qPlXFeHCv5de9tmK2XT78aTIYCvpGdAolo991cQlpwt4IzQ01&#10;JTVph8v25LXbldHt+fmF+WjBBf271qTqtVOlq57iWStK/tr1qLaFulV7iVgQeDHHzoCv+rHXvfeU&#10;6+2xh4/tVkzeIyBBZmzr4+gwNTKRcijdqSGaVC3JFr6SD71BzRu+4ytcvDbyWxxSAO0oH9IamA/b&#10;x6eO12EGoRGRK/MD+QHXvaTmw2Xgk0U9dsunWZRAJ0qZ4YigAKvNKkSjUbAseRf8eza33GwILzWt&#10;89M6SoY1+QJ/Z0W/T26h9N3a6icVcZ+3/L5de9iK/Um24dn1mbrd24euzEdHU1s8Uefx9VSLGtAt&#10;U1PSxy48VRYTkhUZuFNr3N/Ydk51vn323sdt2a6isSVWrRMrFi+mp0vpC0pmnH7Olx2nb/B8WOVW&#10;kpVsoQfUDt9eA697DnCYDa+6JKXDYqskx+XjrIPKuYqMfSbYrKWN46eWSMQRT1FRWzVM6hSyBWp1&#10;a/IsRJf7pvG0QS313G0lmVanhh2mViCwBqQoUKuc1D08s9FlhtlluZkgkuWiVJzUMwVNIoMVU8a/&#10;s697f4NrYPb+ZrII6eteroDUwVFbSRUjYc1kMmmR6GpSnjlNCzRAoWs3jN/ZZJum47lt0E8kiCCQ&#10;qQrFvE0sKjWNRGuhyOGrHRsNs2Hb538GK6mfSQdAidfi8qKMenXvdjXXcqxbG2lUJKmtcRQyQKsg&#10;ESyBLxzqqMLVMTWKMpupPHuuzyXiia4s/q7OaGQqJYg0ZbNSxkHl6N08HQkCFXTswCNLfa3z+fXv&#10;fHP723JU792zQZDNZeuo2xGZNRR5DJ11TDKyDWBDBPVmF2UDi4vqHsy33mXdOYJdot955rvdxeBd&#10;GmS5e4UVbVT9RmpXj86fLpJDNKti0c1wzLQYqTXh/q/PrFFBDAGEMMUIY6mEUaRhmtbUwQC5sPr7&#10;MzgNiR5PYTZ7Bw13pWkMeNaIDJlHrpInMdDR0clgioztZ7KnPvM3l/kze09vLTma62pobBF4mORV&#10;bVKY/wBPVHpZdQ7u4eXQDv4VlknlDBVr+I/IfLh69N8+WgpsjTY+UOrVSzMkxCrTx+FEbTLK0i6X&#10;kLgIADc+0gqR+SHyxvGrhwRUIin0C9mDDT9bW/2HsNsv1kUE9pdQqshb4nz2/wAWnokaMPUpKn7f&#10;Pp19tAjL5CluPGzGTgjSwtGeCD9L2/NvZMbgW1zbNOGdoq6v9sv+rHVIF8ETOx1KtK/s/wBX5Ade&#10;920fE+K/VVMyFgJJcmmn6W05mvAubexPPIrbdYoy08Bmev8ApyvQ75DZWvLmKmY1Df71q6rt+Vkw&#10;j3/hlYAgwREX5JtRqSANQ5/4p7FfMo2plYg6+P8AeCeSR/h/Uew/exn6l8ioJ/n1LMqER/EP9Xr0&#10;3bNnQ0UTorARoCwNr8OFNgp/Nz+D9PYeVM4u1tXpLfgWIUsCRdvzb/Ye11tBXQCV/wBQ/wBXy/w9&#10;BW/uUidgehbp4m0p/tQQjk3UsFIv6ASefr+fbph43qnjiSTSdaswLMCgvEvlNlbRbVe/49sblGNv&#10;Q3kjL4eig0+WWJxVeiGEeNcm8Rjq00/nq6aMxUJBHIHhLkpIFLRqyzP4300wLG0pfR+j8n2t4MvR&#10;4KtpYIdclVqikkqY/CwB8yRvrnSWGQSa4QT+fyefaPboNw3WOa/tWhSEE/Fr11ALVwG/jx8v2dM/&#10;vOa2vZVm06GY8NX4m+bef/F9BdnNqTbrw2RTKoxx7w1dPHjZg6wyxSU0hjjFFVU89O8DQzshtx/Z&#10;HHsdtm7jnrsqtNUgsk2Inr4qmPySTJKrRLE5llncK4vq4uQfz7O+VVd7fclmuo1WO4IGs6Wxp+Ag&#10;fzpn8qEA+42y3N5s5uLGRGrJUrqyR3VHav8Axfn1Wp8qOq8PtzZuMzeCp/FNDuzB7byGEeGlXC1m&#10;JrZK45GmqsZTY+A1FNNCfCySOsZj4ZLe43Y2GxWQrcEKzyJl67HTZGjyS/bAzxwVALff1csMlRJV&#10;SSgAWB1AfW/uQWubWWzSAW8pmFBrCDQT666lj/m8hTqKeSt2kSPcNvQOWtp1haNfJqDAGqoSh/Lq&#10;B8Tt1b225iOzajb4xQ6223vGLbVdsyT+LLLhTUYmmWKk2ft2jqabA43b1JSOToZowjk+nT7YanCG&#10;sx0VXBLTSZPHRGHKwRSF66oqJX1o9LEkclTNDHGLu0hBUewruu23N9EbG2BFwzAnUKIKf7UGtONR&#10;xr5V6mSDmA7YybVLa3Bd+4OqVRNP8b6l0vXgNPQ0bb7Op9sbzrMdnqTIUmyt01Ardi5WaBIcBisZ&#10;RUqU89Hna+rroMPj6+syMmmlhow6TX/1XtRbZnkrNl5OhqIahptWOCxyJquBWTSkgSFmOlbfQD6e&#10;3N5pHy1AzSKwi4ha6u51P2YPCp4dEytE3upyjzObhPoI0u/EGr9T9SERr2/D8X8TYWnQY9jY+lwP&#10;yc2fmsbNQ01Nlot0yvWxyJHHF9rtWCjVZp6dIUjMzSEL6m1FvY29PwRwxbjp1DSVMhw4l8BDQMIm&#10;yjIFGkMbo3NybH6ewx7bwz/1g2vcoZESzUSlw/8Aad6ShCPlWueHAdE/3r7ZUvOXLugEf+MU/iyL&#10;RT69Vi/ze8+JMn0QatoqeCJ+zf4PPWt4ViDUvWwyQq2eZowTMFCeMLY21exarsNNUYiekdplqJAq&#10;1RjLrpAmDU+gtDruVHOoH/D3PN7ZvJuUks91EIZFAB1nGFrxHpin5dYo+3m9WkW5bdOI5fDkZtA7&#10;c01a8Bv8v+ADqo7MdiRbQ7XoNz08e263D7aaGowy5BFqC89bhEpa5atI66npXUTz/t+GSM3/AFer&#10;2UfsKofLb2Eio6JDTUUa61ZZW8FN4rsNUvp0rxz/AF49xHIba2lfa7h0NwJD39mj9Q8NdAOP9GnA&#10;Y6z/APa7bJdm5HRriSEyLLK5o1R3yk/wp/q8+tmH4PbZTYHxQxiRywVAr8jujKPDRyiakT+J7gny&#10;WmnVIqMAj7n1cn6fqb9XtS7iVZIopEU+ZsfBCQY7SKFp7qxS2oIGNhz7XW3KPNW7LLtnK22zXkqq&#10;r+JbxyzKAzfxwKxGPMqKfLok9u7hbaW73a6mVrVb6aiq2pu2Q/xdtf8AbdB30Xk6amy2QjzDyNj6&#10;beefrlokkRll82UJ0iCqK07zlT6gR9T+r2KHSGHpHpq6RWhZlSsaZ6kxs4dpaF3jDCNuV+ig2N/z&#10;f3IvsVcc27fvO/2V5YNDeQiSN45VlR/05EQ6VYB8sp49oPAZ6xU+/Tve1RzcrW8rSs5limQR6Mqy&#10;XAXVVhXPxU8vy6A35t7v3nH3FjaLZUmqlynXuCpilNJlkoYqSsrskdUiYerMcORVNAclGH4K+4Nf&#10;BTvm6tLyoajK1NMgQxgLLLVuY5WYoP8AJeCfyR/T3hl7sblue8e4PNjyx27G23a4ZlYOTojuZg0Z&#10;UO/6nfo4AH19Og3ssGtvu/cnyWttblv3Naz1de7QdvhNDT8Xlx0/0ujYdQRy7R6TpKrIGdclUbFX&#10;NVtUGsTV1G1cZUVJhqKkUspKVNM0nre/+qf21VqwUz1NQKmqnaiWoxZp3lWUM0TeQNDEf0x3GlfV&#10;9Px7KuXWvLm63OC72i0gs5rSQrOkZj0O4oqvIaKW/G+NQ8z0tu2vb+z5f25YYFuXvra8ZkDKvg1A&#10;ZNXxa6eWnT/S6k5aVMpt/rqgx9a8tfX7u2dviqpaiXVLLhggSrcRReScLZtF9LRlvpJ7SFbGViim&#10;0OfuKbzeoWMRd5AEkYofHI/4X8+4cv01NzRt0lzCJYbuRdWrsfQn4MjXnzx8+PU3JdxhIYxGyjQB&#10;w+X2/wCrz6sf2tWKk20amCGqkgONx8P20UQadBLVLedlDaUplC8tzpHsNalorVplBUiojVGcKulj&#10;xZ78r/rD2HmtDLt+zrEy1+lZ2pn4c/71556MLcSdq6GOv0FejSUM8sWSqCAzq1UkUYBZg3l+roBb&#10;XALWJ4/r7QVfCp+5tLFE8BUGKR0Waa6h/wBpBfXpB/4n2HL6a4ghs5/3ZdTxT8DFG7LHR9PefwV4&#10;f4OjklIJ4YZHGqQGh/AKep+fQ14hoyxjNVSxNF9WlnRQ5KFrpc/uf1J9hnVFpFE8kZRWXiJgVnHK&#10;LyhOhBfn/BfZDvhVYr+xjkq6OveD2vlT2NSr0xWv+XBybcxzvb+PGZB6HjiuMVann0IlGukobg3U&#10;iwsdPD/rHFvp/T2Vz5J0zv1Zu2xuDFiv6B7DOYUXYKD9P+J9+9vJlfddt2zt8eMtq/gGpHfsr/qH&#10;2dBfnWVP6r3UGg69I+z+1Q/6j0/Rgag3Nmvpv9eLix/P090v5R428wAdmNh4yAZCQLWCfU8f7z7y&#10;d2Swm/eG1baZE8cyN3fh7gW+3/jPWHO7wH93yxllyW/wjrP7s9+K1Q8WW63qkVNcWfmX0BgG/ZkC&#10;qwBDORf6XHPvNSXebS32W3tpYpG0qDgLoOB/E3DqHuVNunvr0WltIiu0jcWOnifQHH7egv7koFyn&#10;We/cfJJ4o63amUp2k1BCgkp5QzB2SQKbH66Tb+nvYJ2G8GWp6Wo0ukaCJZiSAwWMR3LoDKfFqPFz&#10;/sPcAb3NtzWW4mKKR76VpURdCatZbIr9hr6dS9zbZbrZ29tb/VQgrErMxZgvwn7P9Xp1qhfJ5N49&#10;d7rXHtkcQlDGYspFVVdVkmx609QK4xJTSK1FH/FSkFnCrfTb1e2rdMc2BzSZeERV/wBz46ILTK1W&#10;0cJqJptcgQx6AviHOogX/T+fZpLe69s2XbZNvnhmieNyZ10R6dAFATQ6q4Pl88muuQJdew3+2RTp&#10;9cLmSVm1duiirpViA2rV56dP9I5HSr+OVViO3evd2bSmyzYNKN8/kpZaeupsXVVmW+yx+Nmlp3lb&#10;KJUU9WaxnjJiEsmker06faa7EVdxU+KipJqWGUYegnnopJNNS8wWr8phpomnZtZnVFJ9RYFb/wBQ&#10;labNcSbnuNzJdwaTJIw1NpwWqNFUGMGnl59H/tZb321XHMj7lGz+Nu1w6lVY1Rmi06tVP4W/o9Gm&#10;+Lmch6ppdwUGTwm58jTR73zGFo9yUGNFfi4qONMDDCc3mZ5KCOKojFE08+kCMRsrhfrpLNnsfNQv&#10;JDPA6EGTSvhfmzyL9JUjPLA82/1vaa/jcSSIZlVq8C9D8uFfl/l6yAs50vWeOLDD1ov+CvVquw9w&#10;4/cFFS12OnjqYWSEmeOSCRPVDBKf3KeaROUcfn237ebxTSLOANayx6SDqswClrOQBbV9fx7KUdWf&#10;w4611DhwH+rj8/29FW4t4dw0eT9nDpS7xhaakjlhJbxNFOW1EBjGzPoBjBN302At7r6/mC0MlFiM&#10;N444vDIrMkpQiNgMhSAlZAiAkngfQ+yy/q0C8dWK/b/xXp0AucQ37tir6j/D0MvTmSGS27VSMxMs&#10;VcI5Y2YF4m+3iYI6h5GRvUTYm/uqDGNqydMfXrEq3HF+f6AjnTb2TQBWRARglf8AD1FErR/RlWXy&#10;/wCfuhd93WsrLSxSqvos/Nm1frAP0seCf6+8tOXqW5uLCbulGn/S8HP+Cnl0G9mZfoxZU/VX9nxM&#10;3+rt6D6p0vUsb8kj/U34Vf6gj6+7Pvh3TyLsSpkOn1lf1E/T+M7gFjYXN/8AeveQvt/e2MnLFzbJ&#10;G4kDrXtXzaVuP5+fn+3qBPce4trjmCxtyjmQB6U44ji9f8GOtTT+f9XpB2P19HI8gAlzpBiKlgRt&#10;vrg3XXIiixt7OKkY/Nr/AOxt/r/Tgk+xXPeKwADE5+XQDnQNVlUkfl1rkT5g+geVm9R0jUD6DY2K&#10;+T8A/X2G/bMVthbpZWIAxFXzc/hRa3H4H+PtHPNGbK+DCreH5fzr/q4/KvQn5YUC/sPE46/8hrX+&#10;fDo7n8ubK+f5hdI0zxoxfe+JsQoKgtFUkhry/wBR/qfqPdG25/TumtUjlkLA/wCvVS2JNr8gD3C8&#10;wF3uTzRntVv+OtnqXZ3y37P8/wDl6+g9tfjbGN/wiiH+HNLHwPxxf/W9gF22R9tTcjiWJCPpyIsg&#10;OOOF9h7foHe9jnofDUL+3PSm0VmKU4f8V0tcWLRN9f1MR/QXCnnk3Y39lvc/uNptp1vf/YE/T/Y+&#10;yQ/qMdPR6B2r9nTp7xvcC39fT/jzc/i3P/E+/eG1aU62eve03m9IjF9QOgni1+CeT9OSfZBuiuI7&#10;mvp/l/1DpTZAu0yjr3s4vxCIk+903uJIh9Rf/gJWfSxP9fajkV1lWcIe6q/8/dJlKxTvU51dB72U&#10;wTbkzH8NH9fp/wACKb68ge7StjwvVSVcMbKrsIra76bqlQTzZjz/AK3s75knjsOXmmuYy6LT4Pm4&#10;/wBX+XPUq8hzp/WOxfS2lVf/AI1G/VfXZEqwZLCTsG03rRwFDEMKRQfU0a3Ukf2vZfezo3GMkIII&#10;QXI1E8NPQDj02uLc/wCPvCXn2m4bBJIlU1U+L5On8v8AVTrKmzkBkmWmTT+Q6sA2SPHJURnSTaK7&#10;IABe1UbGxv8AQeySbjHokLLck/j62UxqfqRz9feMUwqNSnsB/wBn/B0ZoQdL/h6Ef2C9QFkMlybE&#10;8g2/qb/S/PP49oSTqCrxr0451GgGeve8uOgkd5FTkWseDo5dfqQD/T35x8I093SM/p6o6Z697XGN&#10;iYOrWuIiCxAPqI03A/rz7Wwgsq1wSDT8+tatVFOCR1729sysxIVhpYj6D/VfT/eeP8fa0U0gjh1o&#10;vqUde95FVri66b2/p9B+D/tXP+8+28SuFQ9JZO4j0697APu1Qpx9gbeCL/b/AHFRb8W5HuffaVRB&#10;bXMTU1NMP+Or1Dfu0pFjbio/D/x49e9l0Bb936fi1zzc/Tn3N1zEwvIG4n/V/m6gML+lbHzp1730&#10;rDTYn6f1/Lf0+v8AUH21N3SuRw/2OtkEs3XveQn8/Unnjgf74e07GgrTqvn1730eRYcH8H/efp/j&#10;78ravLr3XvfYLWseP9a/1uSByeb+7de697yoVIN7/wC8fnkH3VlB691730ym3p4tzfn/AB/p/j7q&#10;U+fXuvexT6Pcr2ftANfnPYFQV5uWzePBv+D9PZrsg8Pc7JzwEqk/kw6KN8Wm3TOPhVXLfkp6iZAF&#10;qCtUfU0lSB/rmFx+OfdjG4AB2BUKykl9k1KiwFhry9QoPP0+nudL6Jml2+YSYKRH58a/7HRIQDtu&#10;1Tq36fjRN/S+CvSawx/3FsOAY8kVN72JWCG/05I9hznjGmHhUg6xvfFrcAaQxUqLD6+0Uo1x3Co2&#10;RcV/L16XIokF4ytxVj/telBHc1CEgaTRN9T6ifKvB/2B9oDvmMtJt51I4xLEksLMBVOSbrc3Nvbs&#10;pE1muitFA/wf7H+odPbRcpJt5gGrWCv/AB3rugBC1N7f8CXNh+P24/8AYfX2T/LPqlkfV+prAcA8&#10;FfyP6e4u5o72iA4r0fR9kMKNxp1P9sJNyT/U/T8/74W9g8q2BXHW69e99e6de697/9LXEy6rBUui&#10;MGHp4BH+ojb+zpU+o+400khc46l+3jND6db/AB7R9YAYJCSQDc/W1uVt/vXtNMP1afLpi8XFPL/P&#10;172KXxTlD9VdgwgklIcs4BFwS2Yex+tvx/j7MpxnbqjGr/J0b3Kn+q23AjAmk/y9cT9V/wCDf9Et&#10;7Breb6a2exbVqYcgHnyycc2/J/2/tHtqgwbhXh3dB7aUBjlH/DG65ewtqZ7swYLwWsx5ubuP6jn2&#10;sjFUT7B0vY5I697TFW2mQkNbm973W+p/9f28Om2wR1721SuV1Ne5NyD+Ba9rH8Ee99UPXveXH7v3&#10;XgpBLidwZXHlbBRR5Ssp9P0AAEEqACy+6mOM8UH7OtLI6fC1OvexPw3yr7FxBipc00W7cfTr41p9&#10;0VGay0OkgmywyZVIuGN+ABqHtgWSdxXBPpj/ACdV+omDHWdQ+dT10ABcgAXNzYfU/S5/qbexGpu9&#10;Og97J9vvnYUGGq5raqva+1MJGoKln5nymRnYG0KAE/gkf091+mnilBV+zV5k+vStbmxagmhAHyA/&#10;y9d+2TN9DdL74p2qOv8AfuExiSEmGl3VuHamIyCaZIFcTU9JTTEA/aTFfyUZD/aPvZuZlnGtCR+f&#10;z6tJZWk5BhmUfaQOuhe3P1/wuR/vQ9l+3b8T96Y9Hmwc1Dn41GoNhKybKowtAvpagxDKbM7A8/VD&#10;/Q+10e4qlNa4+f8AxfRTdbLIorG1fsNf8nXfsum4Ort67fZhktt5WkP0LSYzJRW4Vrky0UX1B49m&#10;MO527MFMn7af5+iC5sLqI/2Z0/Yf83XvYc1FNVU8oFRTVEPjIJHikQcXHqDqL/T2axvHIlUdWB+f&#10;Re6EmpBx8uve8ekE6jYMbemK1rHlS449fPPu9QAB/h6qe3j17321xY2ZfoBcf4Hkm3vyhGqa9aoD&#10;mnXvfdzYaiCSwt9CLfj/AHn36mlyAOmWT9U0GdH8+vezO/Hc6n3pF9Sdmbpkt/TTjKf/AB9h/mBS&#10;Ut/9OP8ACehLAhbYblfMBv8AjtOvey2ZNStdVA/mWS9v6ajY/QfT2IIf9xbWn8P+boGxgLb2wHDQ&#10;Ove4I/w+v+8X+nH+HPu/28Ot9e99GwBFzzwbf8Txf37rfXvfYHH0RzyRqufzz/rn34de697kQ1U0&#10;BDxuI3W5UpIy2PIJuCCL3/x91ZdXVlYrw49e9rPFdj7sxqrE2YyWSpgf+Lbk66uqMY4uSQ1OKpEK&#10;sTcj/Ae2mgVvIDpUl3MoFZCw9CTT9nXvYh4DcG0t419Ljdw4Okxc1bLFCku38bSozySMEOt62aZr&#10;HUSTYn2mlikj0ujEgN0usxFeTxK8YBr+Ede94tw9X4j72eHBZiGKRIzKsOYraKmkZTJKiKsUMAa5&#10;OkAAf1/p7SxX76XaRcajw6R3Fukf1CxsMO3Egde9htktk5vHOxkozPHHfVUUcVRPAxTyMSJftwhL&#10;CPUOeVIPsxFyJFRtRpQdNz28ipC1O3wxw697TsEDwVSmWGRdM4U/tN5FPkBsAyqbgD/b+3VcnwyG&#10;zUdWgBBtmIz4y/5OvexN7UF6Hr1l1ssmy6WQ+b/Oq33tTZdN7D0/7z7TW5/xi+r8RlPWr8/43cfO&#10;Q9e9hAykfS1ifz+P96tf2rBr0nRxUGnDr3vCSVLG3IAP9fqRz9b+78aDpWG7VIOOve/HUeQfr9QD&#10;b/W4/wAPfhQYI63Q0xw6977SRoyrK7A/6kE8/wBOLjjn34qGBBAp1Wvp172vqDOVsGBmd5mrkjuP&#10;t6uWSeIBprX0CQfqY/1/HtJ4Y8cClOlcMjCJiTUAefXvbK9Rg8pG3libHV7jTD9pDTwUJe9r1Du7&#10;MEI5JHN/auNWVlUnt63W3mwRpY+gAH51697j0VDJTVcf+UU7pqU/tzq/p1A2GkC5IH091uSqoQOj&#10;Xard4bhT4gMZ+f8Asde9rSCJfqo1avqSBbmxa3F+f9t7DE70bj59SBbKtFp8P+qnXvb7RcFf9ha3&#10;/IP9bD2nkauTx6PIhgDyHXvbjLKAVUA+kA8n/b/T/X9p/OtQR0tSOoBrjr3vGTqVbn+n1/2/55Fh&#10;70WouoenSlTWjeVOve5kYCutvr/xHH+w9pS9KgdK4uJ697U1KxVzwfp+ObAB7i39oe0tDpH8Pl0I&#10;bCvb6f8AFde9jHs+W36r2Uk8kgc/c88H+reyXckLEhXIOOjylTx697MrtQ25fkjTa9z+ZuDyOLX4&#10;9h661aRo4Vz9n/F06EFrXUNPXvZjdrhWiC/n+psR+p/ofqLf77+ntB5t+XQjtclq/Lr3sxu1l9ak&#10;MLBYrG/JII+ungH2XyiIVIGfz6NUWnl10fof99/vfszWz5WtAqN9HS/1vqJi/wADwfZcUHeWX/Vn&#10;pWq+o6aawehh/gSOAB9D/vXs0e15fTB6D9Y7kr/QwAgm/wBPZRbj9STPkf8AJ1oefQXbpS8UlmH9&#10;r6H/AGioNwNN7i/sdNvykhDa4sgH9P0Q3/N9NvYmUZi+wf4eiy9+If6vXoo2+YQI6wXIOuc8/X/l&#10;Kt+Lar/7D2LmOZyoP1J8Rsb2PpQX/wBqP59iayA8KEeVD/l6DtytfE9OiFdgIgq64G4AZ11cXH7j&#10;Hi/0HNvz7nVJ/Yc/jST/ALdbf4exlAKIvrw/meg1drRgfP8A1f5+i5oFOYg0/XzR3P8ArNGRz+Db&#10;3C287iMFB9THaw/t+vT+r/Y/4e029LGIZRJ8/X4cV4fl8+noFCwxg/w/y6XGfgL5SjBIuI5bWI/V&#10;+0BcfT6/7D+vtRVbgBQf9Txz+bj6er6Wv7j+3Da2+3+VB/sdKI/h/PpV0UV4iwN+Vt+QG/c1fpTk&#10;knj+v+v7S9QW8ZUH63sPz+ofT8/4e1kpHiF3OMf4B0vFSFZuB6ErDIC8SohZhe4vxciW2rnTcWN7&#10;+01OPLccWW1/9c6bBfqbG3+v7LZpHho1e9v9X/FdXCshrXoacRFEAAVIRbG30JBL8Ecfkc+0/Wxs&#10;xsAwXgAEgH6C31F/zf2Xm6SIFK5p5VJ/zfLpTHQJXoU8PTBkSUgMSxvfhLC/1H1Yfk+07U3UNfgg&#10;H8G/0b/C319sOQ7qA9V6VJ3Up0v8b+lfQVJcCzcXtpte5vxf/W9ssznxszDgWIHP9G4/3j/efbRj&#10;AcaTk9UkXvFPPpV036lW/wDifxyWW3HPHP8Ah7ZJ5OWFzY6je4+l2Fv8b+6CJjTI6p4TV4jpT04F&#10;lJHPpFiPzpB/xI/I9tc0nquDa4FibDnn6DUbe3UXSKVz06i0FD05xpqABW9j/X/EfX0j6e26Vz/U&#10;Xsf8Prew/wBb26OrHHThFGp/B+v55twvPNxf3DJuTc3txY/1/J/1x7WxnSjAdbBoG65kcrYfUDkf&#10;7xbk8H3mBXUP8bfWx+lza/8AQ34t7SOS8YQ1pnrfAYbrmEKksPpfUPwb35+nP+v7f6eT/J3t/qQP&#10;95b6cn6fn20v+5Vt9p/wdPRf2i9J+rjNpeL/AKfqP6aR6rAXvfj3XP8AOg6shtIBrgS5ux+gNqPb&#10;XI+vuXvY1tMe8HTnTD/hm6x/972puuxmmay/8ci6G/Zotj2/xa//AFnqfZCq0gvf6MAgPH9CQCL8&#10;/Qe8lL9KOoPmV/46v+frH2yorzL+f+r9vSw9w3bSByObcXv7KW1fh6Meveyz/IqaGHb+O8kSzeXJ&#10;NEAyB9LGhqWLgXte/wCfZLvDabYNTh/m6TXJAjc08j172VHpbQcVv1misPLug/pHB0Y4heT/AE9t&#10;IaxID/vsf4OPT23/APJLgx/xN/59HXvbDvuniq9u1Za6iEzyxglVXyRUdYUJDA2Fm5IsQPamS6ED&#10;wEwCQ+EBQivmO78urbgkcj3Cn4vAP+E5697b+vsDWUWFhyy1WPmElOtQtBV1X7NRGaeGbxSU/jDS&#10;LIF0EKTcEj3EnM25wT7m9s1s60f4lSlO4ioNcevQo2BDDZ2VdOkwKe75j8vTr3tf7k3Vu/MYzBvH&#10;hafaGGxLUNC9ZtqlyeJo59UxkjlqKh5ZKV52ViAbgFR9P6h7b9t2W0v9xb6v6u/nEjaJWSQioIIV&#10;R3U6O9yup/8AEZIwRpjK9oxx697EiDd+y4Vp6HcWazudgq6eZ38UtBlpTLEGWMOJp7B/J/UE2HHs&#10;ISbJv0jST7XYW9vIjACoeMUPGlB6f7PTttcyPEI3LsGFfX/Dx697C/FzbK2vnshnpMVu8QEj7Z2w&#10;tKIoxNRvTMGY+JUBeX8N/t/p7GF4u/7rttvtYubHxR8X6jasNq+fp6fs49MXFLdzKsS+IPl6Y697&#10;Wm0tiV393KfsPGbqoZaerEjLgKjORhK7wV1RhbVWKgTySmnlvOnrbSRr/wAPaHfd1ghvJeXrvb0E&#10;8NKyKmpxrVZBockjIwe1cVHRvttqttt8l+JEBWlQCM1ZlGKeVaj8z1721ZvO7gyG0Me1HtzZlNDj&#10;5a9sVLtenqnqFlqKxBWmq0SusYuDo02Ju1/ddq27Z7bfLkXu57i5kVPEExSlAp0aageorWvl0HbW&#10;P6uC5MtVVQKafmfPj/Lr3tH1G7aCPbU2MrMTT5PPssoiq6Si+9iMjSCUJXVRn86xonpsq3DC3s5h&#10;2e6O6x3cF48W2AgsjPpxSnaoFKk+p6cTcLizjW2hXxI0NR5juPnp697jptIpSJnclLnIaekRaunh&#10;24nnpKaoQK7PWI8IWljYGzMGBvYX9vy79rnbbrSG18V6qxmwzKcUU1Oo+gp06YkSLvYx1q1FwO4c&#10;SD5U/wAnXvadl7Cmaqpp8fS1JrMdVRmKPGQSM9RHSH9uepWGpLmqlaxksQCfp7Nn5aQRstw8Swyx&#10;CpZqBSwyBqGAPLosmv8A6UeJaRhiPJanPz0+Z8+HXvasyW/cjK0dNjsBtCryGXwUc8s+TpZzl6PI&#10;V10eSEw1QmhyVLMQVJBdJC17n2VWXK1vFbyX95ud0tnDcsgVHXQyqAfhIoUKk/LhTpkTTXiEXAiE&#10;rA01tT4uFQa+Zz8+ve0BX1mUppIZMxi8VU5KYxQq1JFUVFbpkLaRL5GMwQTA3sbBiPyfZ1b21pLH&#10;ILG8mS1WpoxVV+0AY4dJ50u7JI/DihJ4UQFjQ/LGOve5qYOhngkyO5KzJ0k8bNPQ0uHMMksaBPLG&#10;lVBVKHgjSW4YL9Bbm/use531tKsGyRxEMNLs9RWuDpK/FUUpXj0/Ai3Eeqd5UYUIC9o+3uz9vGnX&#10;vbbL2RNTLDRYOjmNQCqSTLDItTVsD65ZjS1ZeWRk4J03t7Uvyv8AUPJdbm6hDU0r2j7Na4z8+kc2&#10;6tbTlLSPW4OaCp/OnXvb3Wb5lqKZaebH46PNUaNEzSRyKYzIdcmt3qPuEbx2AFhc+yyDl9YpjILm&#10;U2DGtAQeGBimnj08L83X+5bBJB+Q/wCNcPKnXvcGj3duahxONebJzpJoqfCKOsrHqZv8odZDlAZ1&#10;YSIH/a/2kn2uvdm2a5up0isUCgiupVpwB7cft6sGWGOLxUgR/wDhZA9OOP2fZ173NkqJc5kaKXdd&#10;bnqyZ2n/AIjFAzVtMQIRHT/YCraRpSFijMtz6WBt9B7Zls12e2kTZ47VRjQahTxqdRWlOJ0/8X16&#10;5ZgschkmJ89NafKnXvcag3vh6KWemxEOdEpC+I4uliWeXktZzBOCVS5sB9Ln3W62C/uRHLetb0rk&#10;OxoPs1Dz6Sm6tyZVjurvxMfMf6v9nr3uTkOxa/KUdTi87TYqvFKnlpqvLeafOReZlstM1RU2EqRq&#10;BYL+nj3qDlaOznW4sp5YycFEIERp8gvCvHPVjeboA8YitJKCv6uqufT59e9w9vGlrcRXVNZU43y3&#10;qEoaarqIhKJVA8RaOVzIkJU2BXn+ntzddUG4W0dpDN4dFLkKaf0sjBNeNevLNatpI2q18Xz7O3V5&#10;1/Pr3uHSy5JKaYVENbNTGqljlp6SKefHPQEC6IlwrzMgtp/Tpt+PaieG2EkckM0Il0Agsyhw/wA/&#10;lX869PmW+iGqKGyVa5ALAEf5fs9Ove07uatxcdVjn2Wmchr4YqNa4RUsdPNBXJJUCriiGObyokc3&#10;jChrOOL829mW2Q3T29wm+NA0DM5WpqpUhdJ78GorWmPTFeivmO9s5oreHaoXS8IXxdC9uvu1hSMl&#10;Q2n4uve3PDVm66eVZ8lVyvBXSKk6ZSprFq71RUSERylbvpDDm41XB9pr232mW2eO0jXVEajwwunt&#10;Bpw8vs6UbRb7rZ2fjzzApxIZmr8Kngwpw/n173aJ15oXr3aioI2RcPReOy638YjuLD/H/D2R7LfR&#10;w2m6Q7gLmjTtpqvZwPDV5dHEEnjAyvXUUb/B172yVFdHB2vtOtnpoqyOnw+YZ6WtjEkMnAbmIkBr&#10;Af19mm1/QcsbvZ7w+1Wd3aNR9EqAg0wKjtqR5d3mem4kEVi0rRq2PMV68f8Abf63s7ON7XnqcJQr&#10;hcTjsJRyx304qmnoZl0TvdY44al49BYMD/gx/r76G7595qPm7232nkvaOSNqtrcJlorZ4x2zib4l&#10;mZfw+nmeoq3eS5nvrnwhphrwoR5L8+mZcJTGZZp5qmsaMkp928UwBK2JN4RzwP8AbD3wqcbi90Rv&#10;U4g09JkmCeeiq/FS0MTagiCgjRJJ7NBAzS3/ALRH4PuCbexa4jRLaSFGirq0H+L09Oi5LK4ZR+t3&#10;f6b/AGOnDyNASJAzx8eN1Bd7WGryk2UHU1hb8ewtlV6bNU6VVLU05DMNNTE0MgDUqkBlkVSNXFuR&#10;wfbV5t3F0dXBAz8Xl/xX8+l8du6Wd3qbUdI/w9SQQeQbj+o592x/E8kdXUycKBPkzx/jmK23+HP+&#10;8+z68RVsanIoP8IP+ToW8iPp3G9z+BP+fuq5/lqhG/cBKoJbxqB/T00K3+l/9V7FTOoBLZibKzEf&#10;WwPNrDgc29h+7Ja4QhfKP8x55+X+rj1J15dOuF/h6atjSH+HXAHrWRfpyTfi/wBeL+w5qo1LSW4u&#10;7ggf8hWP5sPb9vM6KuvP+qnQE3CaWTVX/V/qx0NNK/ERAuVijb1W5/Qf6+r8e1TtTwxz3dA/liMP&#10;KhtJaWn9QuByLfX2zuTG4gkRsDh/xlvn8utbVq1FGwdQ/wAnSF3z90aZWglMZpZ1rLI+gSeNKglG&#10;te6nX+n3zzWJqKfJLPFE80U8gfXoZtIlnkYgFUtYKAf8L+77HfRWNlPbu9DpY0/JV/L/AFfLpHu9&#10;nP8AVB0Sh9P9seuGBz9LlcV4pp44KijiEDRmRELyQU8fqtJLqZmdiPoLkf09j7sCJ4Xx86w6pJMd&#10;Fj7MjatNQ0OplBGrj6c8X/r7JJI7i83m12qwudCzTCU6H4d2mh0f7P2dMbrHJFs8tzdD9FY6n/ee&#10;iIfJXJ4qHZ+86rNTIlFhspW51ZKhqdaZajD0ddVwo71LCFeEuLaW0/2h7EjfdPSYnBDLVdPT12Vx&#10;TLiqCCeOKaOCmrGdpGcMqSw1CSG6hSAP6E+8mtwtNs2blG0hlWJtzCqGY5YBaZr8fGvnj0zjGzkG&#10;RDzrud1pC2F1I05WlDUaB8Ncin/F4zW38Yd5bj7Z7TodjbWyeb2v1/vWCu7E3Zl8PUVeLqstnMLJ&#10;SLQ0VDLA9XiMpgMjRHx1DSpJLIvCuq/QuOIyOUWqkqaepqTK8ieVfLNdzYowGk6nBW4P9fp7AH1b&#10;3e2yTwwsska6WfT8Qcf6v9WesmYV2+6/eEpWJmlOofDRe3/V/q4XBby2fs+ShpMLmcXh3xkUUz0U&#10;bUtCYaHwTLUQyWmiMFM6TaWWwGlvV9fZncLQa8QJTjlopagK3jjpXhA8c0im6MupSAP6n8+wTYE7&#10;tyzubTO8jnwsAj+L7Pz+Xz6huSGDb+YLCea8qO/tLr/Bj/V/PqpPuDf392+8sLg6PdsebxuF/jMd&#10;VkclnIq+YNV7foqmBVnhqhTsZZJdJBVfov8Ah7GTrHAwYuXI1M7s1XUGl8sVJokpLxLXrEUBiSRy&#10;El1Hnhr/AI9h3lG4uYpfDXtCAAEkgEHVXIJ9Pnw9ei77ym83G8XW32zRsYoDJpoGJbULbV+I+n50&#10;/bVr/NY7iyHYP+jLF4WDFUu3aA7zNHltzNPj90UbVH+j2on+7JrJaSi89bSmJPSPLT6eLt7E6o+3&#10;E2WqxVet4qLyUUkqqlHoUKriDh4PuPqb/rPI9zJPuE0straAsxVj3ca1ritM0/zcPPEbk03ls2wu&#10;tuFUyyjA9NXHj+R8qnqszehyOTxW19rT7fkNPQTZZ8dvaixlVJV71lrmpKmrpJc6Vejzi7dI8UaR&#10;KGpR6W/r7KdvPBR0u44siqlxWeOBEcDh44yzaVEf0JPHJv7je92u63jd9xj8bRE2k6h9o9MeX5Hh&#10;5dZ/8sbpd3Ht1eMkoBiV/wCTUH7cdbLfwn72iyXxqodtVjJJkNmplarJPSszRGlq8nNHSrNNJXSO&#10;ZFRbsGC2Ptu3PP4av6wqDQUsYVjYAmJSSBq+vP8Ar+8hOSPcaP2U3KWzG3PerPaRnUsetvNqAq8Y&#10;p28KZx1T2z2DcbjYLiZgxL3Er5DfikPy+Q6VHx6xlbvfDVW4KFollTe240qFq2liQ0qZCPxkMqys&#10;y3YD9en269fbinx1NlqOmnMUhWqq2dZCq+Of7bWqkSrf1AemxHH595De01lDzfFvHuPebYILm+vp&#10;Iwugp26vGrpYMRUv8Ws1pnypgp96xZ909y+V9suqyLqtYtNSaENMvmD68aV6Mxk+lcHnKHOb+ztD&#10;Q182LwM2IhlWmpK1opsXBDWIFNRROwRWYgESC3+HtYxtranqnMFS9RAlUQo8rLNO+pA3J/dUv/XU&#10;Pp75Ic9q977u+6dxHGYrKLm3cQCTorEl27Mc0Ogqv+k8zQddXvb2GTbfZrlWwYFf90lrGPsFjGvD&#10;t/h/1DpH7vmocdsCnwNHNVRNlNlrR08caokcYq8PVUVPCESyh19PpA1i1vrY+2TJwvRNLUTI5WpL&#10;1Vmjumqcu4X6Aliv+xBP19l8O4Pu3K+/7fYTUvl3xlXQ/f4KxBP941+VNBHRlszLdbjYo4zb2IP+&#10;8Mv+r/i+uWzKCli3x1sKqOmahxPSWGo6x6qICM5amr4GaThmTzrSsPWP3Bx6fYT4HeYzeV3FiZaM&#10;iLHV2QpoGeF0U+GNxGylp5lMf7nJUD3r3c9mbzlPkblDmq3lKz38Fs01T3a5DV6fpp5L+Nm+wdSH&#10;Yb9DuN5HYRx6StBw9CPn/k6sX20kOIr9sTz18dRTZjCjJUFPDNHPDDTO9ooGjQI0TLouAl+f7Rt7&#10;D7eWWnpqmCkpo4gamJqmaRfJ47+QqGV0cAMANQ4J9zf9x/7vfKXubuG/3PuDcsNhsqr3GAZEVcm4&#10;hlSgPxYXCk8OiX3K53vuUbBYtpQNuBkRFrqpRmocowP+z0Lmdzf3lbTR0+SqcUkEJkeSkqxSVfqa&#10;aZEGmSwifxhW1MeD9faex7yvRSPWU8EuprpWV8RasRVZ7lZpAf1AW/1veNv3mtk5O5e92N12L2xu&#10;dyflvWQkdvo8Bj4cNAFtuw0djkfM9DPlgX1zy5t13vc5+sKVNGJPxGvxZ8h0NvXdbUVmE+7ydVjm&#10;lgYeOWqnDVBj81UW8rVMjHhEFuSDb2EtZn8bFlmwcSVtbNPdaerWOKeKAQQLUyapEkHi8i3Uek3I&#10;A9hXmT7uPuqfbiX3V5ih2bbNj2zTqthLPDe3f1VwLUfoPEPG8F2RzpYeHG2pv4ehLtXNO177u+m0&#10;ca7b46AUbWhIyGPkPl0OGCzeLrTKaKaolDmOxqmgEQ0iTmjtKWdT4zrtf+v059gJ8lIZF6o3gyhx&#10;pgw4tKGFj/HcMp4ABCi/vH7kiCa151tagEFj6ecMn+EfOvl03zkYn2C5KEeXp/GnS0gdXCEWP6rE&#10;G/HP5H+I90o5SNo/K7R6XW5WyEEX0/lrMOG95Y2MgTf7F0p4itT9inPWHnMBC28qAf6qjqV7tb+I&#10;VPim3F1zT5NJoYZs2fE0EcQiWUwyl2maYaUBta9v1e8r7la7Cs05NfDI/wCMg/5uok5BkkXfo2LH&#10;V4n/AD8f8nQHfI2rz1B0t2XW7aipp8xS7Oy01HDUGpCyypCxRAKS1QxJvwpBPu+gCk2BhDJFUfdx&#10;V1OpvSTJVNGkwjnTWIXh0lEUgg3AP+HPuG+TNi3Hf+c+W5DbFtuG7AP+mfhBOv8ABozj9tKg9Sp7&#10;gzT3jy2MJYTSWwWv+1brV83ruCn+Umb3Ns3JY+fa25NvYGJUi3FTyYKOurYKp8WTj2yEmTqqqKWS&#10;d2jdFUsoDf7T7DrZe5K7PbpnoMjStW47ITPTxSVUc0q0gqcjTRrOjSyPFBNDTSNZrEAE8e58+8HY&#10;bRsW12L7ZAqXUcK6dKLwEVxTC/01TGKf4XuStin2W0uZ5GbNsa/b2tXC+v8Ah6FncnSG2+vOtMVn&#10;dp5/+6e4dpUFDnsxTbfyWNwp3XLhsG1RX4vKrSUcFbl8bma6BfLHqV5mVfUGHt63DtDMZLczrjXp&#10;4PsYXoqeo8ksEaRQ5GoEK1E0NPIEdfKpYWAFvx7wn/e24TXNh9KXq08erSWPZjVTPy4j16H+y7nY&#10;bbsl7eSoAPqHJNF/gVv4l9OjK9Z9q9W7D6Krc1vyOqnhy9DU7qyWNrMfjJ66py1dtChq6gYvHVdX&#10;A1ZHOtLKkAJaSQ+jU3tN7+2U1PtxZq96GoyEIjEs9E/nqGZYpmdmkaAS2eRLkm1yQT9fd923K7g3&#10;SVWjdaV+zi3q2adG3KvMX7xvJfpZNS93+T+l0I3xV7qwO+s6x2lFn8ftquEk1Bj9w0DYiGOCd8T9&#10;sIaJKmWni0Uk6qqi+mzKP0+yxurxCEqVRlKAkEickFSdYHPJ+vNufYh5eZbhrh5eNCR+f+xXobOn&#10;izzvNx0t/q/1f7HVheT0+qMgyIwYaWVWpwPVYKSNPHFjb8eyOfzCJBWbI22XUItLEqGYjS0jPk6V&#10;hZ24a9rcW9pL7Fu1ONR/hboB84Z2g/av/HuhE6Rolo6LdRWTV91nkqBEGUrAPsKePQFABS+i9jc+&#10;6h8WE/iNFPyPLMCACAOCEPH1v7ILc6ViJ9V/w9Q9MP8AEUPy/wAo6HH3disqHEQsbg2PPFuai3Hq&#10;/N/eXW3D/dvcU9F/470R7aB42B/qoeg4qEb7s8ixJNub/wCbv/T8e7SPh2l+vHNvw1gbfnN7g+n1&#10;+oPuX+Q5tGw3zZ7pk/kZh1jxz4tea7b8/wDq3F1qEf8AChqtNP2n1/HqIVnzwOlj9P7qdaMDYlb2&#10;/wB49m9XgE2+n15/x/1v6+xIZXdgNRyegzLbijIT+f8Aq/PrWyFXLLInrYa2P5bi4H0N73sR/h7D&#10;HtrjYG6f+1PVf7D0f7H8j2tdgbK9Yj/Qz0IeXY6bjYinfrP+r+fVgP8ALVcv8yuiyeF/vti7Wv6j&#10;46pRyB+Bx/X3RhuldW7K5r/pRzf6E2q5x/W/59xDakLd3NTxP+b/ACdSg39n+XX0Q9tcbZxvA5gh&#10;4+o5p0IH0N/YAduITSRWIss6AXN/pFX/AO0/k+0W+9oQ+gH/AD90ZWLBQlfl/k6WWLJMbX/Jv/h9&#10;E/x49lyY+o/4n6/7H/G5HPsJdHPTr7xSG4/Jv9bD/gwPP5Fx/X3aprWuevevXvabzdwg/wCCW+v+&#10;J/x/r7J90/3EuP8AV69K9u+KX7T172cX4e/8p/8AweP/ANxavi/1Pv3t9xl/06/9Wz0lf/ctv9OP&#10;8HQddnf8e3N/weH/ANyqX3an1y3+5KqX+v1/H0pqy5HPNh7MOfQW5XAH/Cx+2WPqSeQsb5B+f/Vt&#10;+q++1E5w8nPoNWRb1XBakFuV+pP+PsA+yrNjahOPV4uLn8TUJ/2H0594c82If6uP/Dn+cq9ZZ2P+&#10;5D09P+fT0f7ZZvUyk3vaIfT+kdUL3/N/ZJc/B5RIdNwSwJta3IP+p+gB/wBt7xgnAELji1Mf6vz6&#10;MoyPBHQl+wfqKA+fRYqCzfQXFvz9U4PP+tb2TJN3MwNRT/V/g6qshrTiOve3KgpPtwbC5MYYi1wT&#10;Zfp6QbA+7MTI1POvTU7DxKHr3tR41WAc6DfUzAkfQsyC9h+APZlGMKgPbw/Z0yXJYqD28Ove3VlE&#10;djbTdQf9quf9a5vx7WaKx8fl/Lq2aUr1732Ct0Vf8Pr/AEW/A5HPHti3JEwc8a9J2PcD172AHeQK&#10;jG/j9iP/AF7fcVNv9ex95E+1ia1mHrL/AJB1EHu0K2UA/wBL/hbr3suSnmX6n+o/rx/h/r/63ucL&#10;2Ol5EKf6q/5+oCfEcH2f5eve+Nroo/Fwf97F/wDefaeRQbm5UDyNP5U603xt173zU8f4f61ueP6f&#10;i49pJEaM6W6oR1733/rcf73b8Hj+ntoKF691732P6f7A/wCtf/W/r72evde9+BI/rz/vh73XrXXv&#10;eUEkc/7b6+/DrfXvYo9MMqdmbPJ/O4sEFBA+v8aoCAOP6+zLZv8AkoW2Pxr/AMeHRVvlP3RuX/NC&#10;T/jh6j1YvSVQ+l6eYf7eNvdiefk09ggsLa9nugsTyWzUwBP+t9fc7XEZNvZCnd4S/wDHf9noiUE7&#10;BtAHrF/1a6TmKUfw+cCxC5OQm9vxFFcDg349h3uI68M9xbR2BjV/xUKAOLi/tF+G8/2/+A9Gdr8N&#10;3/zzP/x09PsXFRF/1BXtYD6yIf6/Xn2h+91cDbkgF9eIcKPV/wArL/Uf4XH490g/3Em/LpDsX+48&#10;p/pr/gPXdERaoA/FS4P0/wCOcf8AT2TjJr6WubnV/vJb/WHN/cbcwf2sX+m/zdC38MP+lHU32y8f&#10;7H/Y/nn/AA9hFguRWq9b6976t/vf+P0t/vv8Pbfhj+Lr3Xvf/9PWyr3YkzE3EhB4a59AVeLc39xp&#10;GDksM9TLEhQUPW/x7TVY2qjnMgZbLfgEnllH5v8A090mUuUKt01cRGRaA9e9id8TG1dc9kKOf8hy&#10;BUHjg5iQGxI4P+x9qbuRIY7OVl7FbP7MdGcug8r2dRhJpK/sx1xP1T/gx/6Fb2DO9G/3I1SsbteU&#10;AHlQ95AbMB+L/wCsPbFliG4jQVDEkfZx6I7AeCkiFfxE/wC14/6vXrl7C+qtqvzqUXb62HBFvyPr&#10;7WIAoAHDp5uOOve0zVlmdiv0vwX+lrt9dPH6fbg6aPXvbZUSWW31/PJ4+h+n+HvfVTQU697aJWUe&#10;oICP1W54+v8AxP8AsffsE18+q1yTTPXvbJUqsjE+NTf6grwp4+g9ua20BK4rXrzMCAtOve2KelVW&#10;5uVH0Bta/H0Ok3sfe+Ip59JXWoKg4697Z51lhAlpZHpZR+qeEhJD+kL6gOLIxX/WPu60J7hXqmki&#10;lD3evXvaywndHbGzfGMLvbcRiDNekfK1cVM3MpF0idQbNOzf1uPdWtoJqalAHy6v9VdRgaJm+yvX&#10;vY0Y35rVssElJ2B1vs/diAKstZlYctkKoqWNrM1ekbHSFA4HA90bZRIYzDKAW/1fPq/73KgC7t0I&#10;P2nr3+xI/wBt/wASD7HTe3X/AMfM9sbb3YVdS1e2KPclRNSrTYjB48U8U8FJHVTWWpfUqATixLH6&#10;eyp5LyyuZLRXrKADg1weH+Dp3drXb7IqLtKFgp7aHDCo697Ljl/i1tjNUsmT2DvTD1kMut4qbJ5r&#10;B0NWCVaRIzSwlpFt5EFrXvcfj2ZRbrfx6BMmPnX/AD9ErbTBKBJbTin2jr3svu5ejt97eaZJcY9X&#10;DFrJmoRPWwlIjONQlhpzHYrATe/0I/r7MYd6tz8dQfy/z9IpLC4j/DWnpnr3sLarB5THkrWUU9OY&#10;5ShWWCaJgQWH0kQEn0n/AG3szivreRgVkBx69FrK4nCFDq0/5evezD/HRtOT3ijG2rYu7yVtc2GO&#10;gFyvP0H19lu9L40UXh8aj/j3QmtUH7rngH9pob/jor172XTLq331STwPK5+nJu1rj8t7N7Vw8EKK&#10;MgU/zdAimlIovNRTr3tsIsPqo/Fv0/7xYfX28cGmk9V/Lr3v2ngcKf6i/wDT/Djm55961fI9er8j&#10;1732F03N7D/argf4cD6/6/vWoHAr1qvXvfGw/wAQDfn6Hj8ji/Hu/VqE/b1732Ppp1t/gbD/AF/f&#10;uvU697WGxmI3Zt/m6rlKR7nm1pBckf4+/JoVhq4nH8+jvl/Su4RK3maD9vXvaq7Kq5KXdYmp5Wib&#10;7SnckEqLfc1Df7e4H+v7RLHDJ46qDXU37ekO6rqu7xY61Bb/AAt17204bsLPY5/BUzNkqMMWNDXT&#10;TmlcXiUgorqGJiQp/wAFY+3ZoEkhjEYowp/IdW+sZ7aBAahQBQ/JQOve1XHuXZOfkU5TGxYCqKix&#10;w9GjRzVNw6tLJUSsQGkkOo/0UH3Tw5kWMDNGH7B0qW4hdLfxFCusgIoPJeve3be23l3PQbdrcLkK&#10;Oohw+EgxbxTVtPHUlvLNOCKdDJIQEkA/oCbe2AWikuGZTpdyR9n+TpNeReNLPNGw8NnJGc0697BC&#10;uwmQo2aOelkTSbajG4Q/S5Vyigj2qSVWJI6QiKRTUrjr3tkeNhza5HBB5H0+t/z7fVgceXSiInK0&#10;697w8iwBIP5BsB/X+v8AT3fjWvDpwDzB69769Nz+oH+vF/8AH/X49+zTy61StRTPXvappTGcBXoA&#10;t1jRtQ+pvUDggc8Ee0xDeMD8+lMasIZKU4f5eve0mfyPr7WDpKfMde9ueMJ+5huSRrQn8/2x9B/W&#10;3tPdLWNvXo52dnNwgJx172JVK2pFKggekWAPIsAb39hadT4prnPUm2QxGvkD/g697fqRADexAsQB&#10;9OfSf6ce07GtPTo9i0gqPLr3vK6j1MVuDx+P9f8A29/dDkfLowxTHXvfHUPTpvccf4cfTi/tiSta&#10;HiOvAMAAx7uve3CG5dTxe/H9CeAfwb29pTUkg16UxE6qV697UlHeSSwte5N78g6Wve5/oPbJZVAa&#10;mOhFYfpmrHHXvYxbVpjx9P1Hm9/+O9rC17/09k1/IjEnypT7ej5QHyD172Znagsqlx+bem2nnzXH&#10;1uPYXkkadqJhR/qr/q+fQhsQZHOjr3sxW1xx+3YEEWubfQuefoeR7TsQgJZhQ9COBGSpPn172Yja&#10;r2OrVwyqoIJa/Njb6/g+0UnEGRc/6vTo2iNSppnr3sy+zn0tErf6pG4t/WK9vyPZdM1AWp5dLVzp&#10;6a6oEo39bEfT/Xtx+fr/AK3sz+2Z18UK2Ooqignn1AwXF7C1z+fZZEpFyGBogz+XVKHU3QZbljLQ&#10;zj63D2HHBKzC9if9T7HzbL6fAXIt+23F/paDn/WsfZ24qmM4p+eei2+RjWn+rj0UvfUeoVQQMDql&#10;BvaxF6k8j+vNzf2MOKuQQAb63deOSLKQCPqDb2J7Vg0FqxYAFE+z06DtwvxAniP9jognYcRjrK8F&#10;SSJKuNhq9V9cvP0+vH09z6qIiCRG+ug3tbkAemxsQeB/vPsbWU6lQ6CtD5/Pj/m8+HQdvFrU0yD/&#10;AKv59FokVxl4G/stLGb+oqG1R88kE8gH+vttwPpU25IKEA35Kg/n/XHtJvDLLFJGRg+foCf9n/B1&#10;eFSIUBGehFz0UkdfRzOQAFm1WuQzHRbgW9AC+36pdH4WwH0sDzyVJPF/oPx7AyRSwks4NP8AJ+fS&#10;iONqU6VWOZZUCKVLX4PBUsgk4uDxwfabqFlsrBSoccG5A50lgbnjk+2Z7iIPIjSCgP8AgwCKf6vX&#10;pehXTpY5HQvYKlDIhRCzoWvdeRdZCLkgC+nnn+v+PtgqVdRZCCSxJ5/wUCwFv6fW9vZVNcoxLyCg&#10;A/1VP54x06q66s2B0MeDpPSqC7An9RT6n1fpv9Bx+f6Hn2wVEuqIG41XYfn6X+vI/wAPZLcKfqpK&#10;fD/sdW06MdCziYhFDGjKSFA4HFiL/Qj6qbe0xVi97NxY/wBr0kC5A4+ntRG+ktqBr/OvTqPpqCOl&#10;jRgWTSo/sWsv0HFiODcED2mqt25APHq/rxbVf8/09q6qTX5dKBnh0qKGLgFrltan6D86bXAFv8Pa&#10;cnkIJ1H/AIp9T/ja/u4f+j17pUwU4IW39Afp9OB9fpx7gSuTwG+ovcE/QXuDb8+96hq1U63Q+XTl&#10;DGAtiL2P0IFvxyCeAL8/7D3BdnI/Fz+AWt9Rbm1/9492DLrrQ0/1f6uPWtPz6nrGApH5BJ/H0sfx&#10;ccfn3HKuwspFzyfUV5/P5P8Are3UlQBtYx/k68CFrXrmVAINjwbcC5B/H0AN/fNSUC3P6R/rC/8A&#10;T6n8+2XOti1KdbBrkdc9KkED8m1/qRc3vyBb2oqEF43IKaU08k8WsxH9bf4ey6S6SKe2EmrU5anz&#10;/wBWOnhVXUEZr0z1lOzLJpUekRlh+QRpBIHBN7H8e65vnJMslbtB47afNnODYGxo9t/p/wBh7m72&#10;at2sm3iC5/tAIeH2zdY/++H/ACVtjr6y/wDVuLoW9lOsmNLrfSTxf68T1QN+PrceyIVbhpeNWnSL&#10;j/HTf/Wvb/Y+8iLyRZVSVPhr/wA+9Y+2BzP9vSy9wp76V/xNv9b/AHw9o2jbTq8ujHr3suvfVMlZ&#10;hMcJZCnjyLSL9OCKWpW5Lfmx9hnepFeEQD4q9JLo9un1/wA3XvZQ+oiYqTfa6gYDV7ohF25JvQ86&#10;QCOEHukWswxLXuVBj5049LNuDSWCwIavHc6vyA697S3YNUxwVXFEpFpZ1ci5uPtKoMCBcaSPz9Pa&#10;h11GFxKVAAH+2Xy+zpNuutFklj1EMhU0+QbH+l697bdpZFq3C0EEVNVlqPHR0gdKZzTeaGnXTJLK&#10;NQFmIJa4svPuNN8tvCv7iV5U0tJXLDVpLHAH2Yp69Cjl53n223kWJzHFEqtg8aD/ACeXXvZlq3A5&#10;6Dq7ErkMviqzF5OnoMzPjhmIKiogMQkRIRQKQ91RTcNzc+4ph3HbX5tuza2c6XkTPEH8IqprxOv0&#10;OMjoZSRw/S2Uqq9DGA1RTu9Ps/n172C2Pxm0srjcnkPvK7ETwVlFFSnH0sIqIo5yysAjsroCy88/&#10;T2O7i73qxu7O38COZGjYtrY0JH2dJQqR6qvQHhQjH7eHXvY00mycfV7IyTLvatzlbTGgFTRZitog&#10;f3cgxXVHqlm4iTVc3/SPYHuN/vF3+GR9hit4G1UaNW/g8uAOcGnr1a7t2bb5is4aUae5mAOWp5Ac&#10;Rjh172i8RuLH4/ZlbtigxT/xSk+3GGlgpJSEM2Ulr8h9xMrn7fXTyMq2Hq5Hs7vdruLnfbfd7m8/&#10;xJ9XigsK4jCJRfPuAJqccerrJa2ez3IaFm16aaVrSjmv2Z9ePXvaE6waehp83R5LcNbTQ0KUjPTi&#10;pjEcZqqiolBokdv3XckGQD6exJzWBMbCW02yN2nLANpNToC/ERwHkvRRy/aTNYX1vNMf1AvnwAZj&#10;ivr/AC697jdaZjbeZ3PX4jNU1VRY2rMMa1uJozVV8LmWVpJY4XdkEjkDmxvc+7c1WO6WG0wXm3zJ&#10;JcqD2yMFQjFASM0H29JdsZp7/cre1lXQEAqxC/aR5eXXvb9WZatod1zdb4fOZd6Dcop8aHyMn2sE&#10;EVdIxWaSxEcbWVdRYEAD2XW1jbXO0Rc0X9hCJ7WrnRRmJQZArx86ZHTt5dW9zu8VnLcFNSAErTh8&#10;zwHXvbpXUGE2bWVNDHh8SMqmI0rV0g8rzVWoqajzRONU8k0GsgAc8j2khu9w36CGd7yX6TxvhbFF&#10;9KHyoaZ6ckCWjSR20MRFa19fmT6nzr58evewWwGFn3Fu+plfLVmMmp6mbK1ExeOmkSkiycLTU9C0&#10;8n79WjTXihHLlfcg7lfptewwKtkksDRiNaAsPEMZoXpwWi9zeXRCbWN70TTzyYatFyPirpBpw/n1&#10;73iy+4qiPdk1LD5ZzRyT4WmqpBJ95UNDXvHDkZgGIFfJYFrcBj9PblhtkMmxrdTEIzqJCq00j9MM&#10;VB/hH7enJtyVb3wrW3yVoCRQkk4rTr3tzrM7RY+pWmydTXyVtVRSLK9RH/m5JyYmjdi6OELKSbi4&#10;9l9rt1zdKZrVUWBJK9pzRc1A8z+fVHmME6JuF48bMOKZPH9nH8/l172/0R25isTSVCY3DtkWo2dc&#10;gSPMz6GB/dEgHkf+gF7ey+6fdr+/njN7cG1Enwn0HDGf8J6UB7eGVhZxITT4mGT9p8/s697DCKng&#10;ymZjqsxX1tA+SaSeVoApCNEpssjzOCHZkAW45v7F00s1tYFbK0ikSOgANfM+g+XRXNbLd3STTyFf&#10;EHwr8OKADhjFP8nXvfLctYcfmqukxyzfY0roKb72N6eplWWCFnM0KsACkjEi34sT7ttFmbrbo7y7&#10;aIzkd+lwwHcQKHz4Z6tuMnhXTw/SKStKGhz6+VMcMde9u1bVVuDrUizeXysNdESYqekPmpVLxK8n&#10;qZ4yoMMykfX1E+0cEEd2W+i262kh89X/AEKc5B8/L8utrePZ3KxXcjK44Bcj19P9R697WO0d2bfw&#10;OPoqep21g1ysUtS8OVkikFZVGWWV1SqlMyIiQQNpTSPofYd3rat03C5klh3ScWtBVARRaAZApmpF&#10;el7bnap4YWziVqnIXJ+39vXvYco2CyG5ZJtxVlbQQvLGz/ZQxSgRtcgr9w1iApFr+xZIt/HtMa7V&#10;EstzQjvJFT/teiO6axuJpG+rlSSmKDz/ANX2de997unx1DnUXCQFaFKGikQvF4zUek3mlWNtPklA&#10;Ba3F/dthtZrnbJzuU/8Ajmp8VBA+QJzjhw69PeqrJHDbgqFydPXvbhn33JhMbiK1sxPSUNfDRTJR&#10;UNczWNRTPOvlgUhkvCukg/SwHtDt8W1Xs95att4a8RmozpxAbTg/6bPTd9qgjQy3LqDmi/YeNfs6&#10;97m7P3Vi8NLG9djKWfIVmQStkraqJjK9LUNSs0jSF1PlaaJmItp1En2k3vZry/Rkt7l1to4imlTw&#10;Zajh6UIHRnsV5ZREC6hjr5N+L8Pcfnxr173FzOchzO5Hl+7qXpRkWNPTqoaAWrWaELHqNo9L6ePx&#10;7UbdZPtu1lPATxTDQk8cpkn54r0YXN1b3NzLF9SRbEmgBFPl/Lr3uz/r2dZNgbVHNNow1FEFhHqt&#10;4/SGB4+p9XsjBF1ZSWlxIyyLIukp3VFTk+h6MIkjRFQNUCPtYZ1fPr3tOZJpG7HwTB9XixGZR2L+&#10;u7xi/wDwYD/YeyrcLSQmCykvpvCUj7RRjj5V/wAg6YVS+2TCpoNPXvZktpRr/d3Hq8sg0wvaRCNc&#10;X+UTMdFvw1rH68e8kOV1hi2vZPokLWkUTqzSLpLaidNfw/l1GF/4yzyBAKV/yDr3s0nRlDs2fP00&#10;mc+3mmiEuuHJpTpTSa6HKKPXIVLaFCHn+0B76T/dY5S9jtw5W3WbmqPbZuYXEVFuRDo7ZLnUdTg/&#10;6EqE6mUVC0rUjpHbOaP47AHFKEn19fy9ekD2JJm027XLhZKqGqb7Xwz0AkNWhFdRl9IRXPqj1A2H&#10;6Sfb33ljuschviowm0Ksy5JVplSokp6SGkkY4jHVPFdCWRwkSSA/0YWPN/eMvvLt3LOx+5m6cs8q&#10;RxDax4Ph+Boa2Gq3ikkpJGBGe9mLaRh8fFnow2pZbyykt3ZTcMcVbt+Nvxf6XpN9M1nYU+xsdW9j&#10;0dJR5mRq8zU9NUV1TURqmXyMcPlWrp4pAXpVhZeSLHiwt7NT8UY6iDraninQwsKjKgRyq6SMRmK7&#10;1lHsQr/UH6Ee485hje0sZnMcnhBAocL24I/F/g6NuWHNluF6WVj4iouM/Dq6Kx8rFhn3rgUR1aZN&#10;BkUMt9LUSBQo51M1voPVz7GLMU5qax4QVDlQQzOFQ6gRZZG4dh7Ie0WNpdsD4UjaUr8etP404InH&#10;qVBH9XFqWtF/i/1fs6RW1Kw0GPeVgzJCzvMkSeRhGSp1BY/VqY+0DXY+anqDE6szIvmd4/XGqFjz&#10;5NNhYD/ins12/abjdLS+uraILDAHdtQ0NpX+j/xX8+gxcmCSSWNVOtT6f6v9XHoWaHcFHLBBKs6l&#10;atlpYEZhraoKqdAUvq+rf6/9fbxhojHIgU2LFZPraysY+R/jb/efZK7JKZI+I4fmD/q/4vpFZL/u&#10;wSRf7FTp8uKt/q/Lpm3LNqpnkkF1VHQk/wBRHMfVcgEf8R7F+hpqeWkVa1RcRExnSrSXEa6TpN+C&#10;xP8AsT7jLeNzuI90SysgxDMuPwfHow3+DPl8+hobS2ujEyrXtX8/9X+DoGXjqIXnyFDKERJpFmAk&#10;dOD5KhiY1PJ0qv8Ah7HLqvD0k1NPkKmNwsVbFiaNiq/tVMkdM9M/7gAVkLXLX4/p/Rrd7vf+WNy2&#10;3e4JY3hjs2kfS2vtDa3wn4xoFEx+XRTzTtkd9tt3tsGnwzayNj1Ct1XD8y9zY/dsZ6UxmQek3FuO&#10;l/vvUU5lFKuTw9JUZPDV+PqXeRnlxWSap8U3puV41exh3/sOnl2XM0sUFXX1VaonnCrNK8tO1Sjy&#10;s4Vi1pIvqVv9P6+8kLfcpeZfb/Yefmt5Bs00cAyO6lxpXK+RqR+PA4/PnFylzije895yS07o1qlx&#10;EQx0prXSQB9oHrnqpT4v747L6o+S+Up8jkP7ubH2VVbp2pi8PTZKog2/RUeOa4o4FmeKCOA/aOqK&#10;LE3t+fYS7a6Vx1Bt5NwVtTUtUaY5BTmOBoz+5IjeX9oSJa35N/cn3R5Ntth2u1s5ZPrZIv1O1NJc&#10;08OmM8aMPXHEU6ln+unNEHuPacp2scf0UZlSQ62qHCal050tw/1eZie8/wCaVX5zsbL9V7PxlE1V&#10;/FJMVBkfNkYgYBHDNNNR1CZIxTBI2JDKrKWvb2tNrmTKmtqnP7MrU4pKRL+OFQJo5gsVyyBmXVa/&#10;J9xBEu27TtO7wu0izBoiBjQDUtTXT8wcdDD3p2S32G15d3eCXQXErH4f4ohx4k+Q6L/8iXfYuU60&#10;2nSxx12Vlod0nc+9MgmnO5malGMq8dNXVcQjpquSKmqPt0utljXT7GDC0dPjFhginlNW3k8y/tiJ&#10;j+86Asl/pC9/9f2Edi2a5sppU3FYvDlA8OjFm/TrrpWgPc1DxoPOvQW5u32DmKz2/fvBP0k3ieFq&#10;Hf2siPUV/jT/AFVPVPnyf7a3P3bmdxVLYGGi2ntxsYy10kdTBVR/xmnwCMUhmmlg9eSxJT02urfT&#10;UeWygxOUrotw5eqqEjiyEVFEztOFmX7SYwjUjrcDi3Nxb3JU11t+2y211cBvCJOAKECjKc8P9Wac&#10;eoM2Pcto8flfY4YJDdiWbQdNUJYFzR61xjowHcG+9t7WqOpdg7Yw/wDEZer6vcGUqcdBQvNSVf8A&#10;fTHY7IxrClHKzTsHkeRgFRlK+r2D24K6LI74xFK4dqaCSAiNFDJrNIQzaeVBLL9f6+wjvkU73Ji2&#10;kp4t0SlSdHAfL/i/X16zG2zb7rbfa3eZ7do42kikPc38MhPGv+qvp1Z98Udpz9cfCjsXduVMkWcn&#10;os9kamrZSK+SlG6XejpSX8LssEcmkKf0qfYb7qmgrqjWvlCxTPEtkUkLEzKb6m4sPx7kzZOUebOY&#10;bm/utosra6NlaJJPrdhhAF7dKHX3A/s6lPkuZuUuX7O23xl8aY1Hh93xKp7vh/l/m6PJ8cKL+5u0&#10;zQTMY2yNH/HFWAoRHHlhS1RlcB4zdxIL8XJ/p7jbYppCmZlVmtBh6qfWbECNGiPJJsCT/vHvMrke&#10;7vtl9mLy6ltUTcIfq3VB8OtIWKj1pVfPNOuZ3ujuMe/feE5UhFJIJN7tIVX+kbqRR2j5N/k6PJNL&#10;BSdLZMIpR8nksjGzBCrSirwsFlIH1vJ/vPsWMasdHt6DLxO0321OskiTppS9NQxVM1jyNOpLfX6f&#10;7D3x4Q3nN/ujz9sV9EI57+e8ZTE2v9a4vfDSvn+Ov+fPXYK6ltrHk7lzbUUq62tugx/y7so/l0TD&#10;uKtjoMd1jDAwSor927MxLho9DyUc9HkQ8cX7h8pd2sABcn+hPsGcV2PXbs3Jl8DMsQp6auyRjZWn&#10;PjipqlVSNRLJJEqKsnA5+vvL33A+65tntH7Qcj+4MLA7rfnb1dQF/tbi3d2dyiIxqUq7h6/z6BXK&#10;W72K8z3Nq7SF/BkU48g6g6f4v9Xn0YXdPTY2Jsra3Z1RncnVQ5ra2Ni/htS9MI4I8rjanNiOmiEK&#10;SGWIUuiNCbXIFr8+2Opye29t5uvWX7yKatqKwTSCngFOxnDQs7O06We1/ryR7Kuf/Yz3z9wvafat&#10;32xNruNhs7OFkSK5eSYCJTKf01iYE08vJuhlNzZyhtG+W9pAZhuDHyjAFS9Pjr/F0LPUcmU3HiNv&#10;bk8NRW4rFUdLS0sXkibIUtMUSZImo1qHniiiWRtYv6b/ANfeHcuPjyNBDNjYKOtKUupKiOaOU+GI&#10;yl2MsZ8ayMVva4vf3BX3X/fHY/ajft25b9zdvurfYricwzKbZhKHlQRoyxysCwTX5fDQ46OucOXB&#10;v1tHdIY2uagpUj+Ktfy6HbNbKyNZuOi3BRZmqlpKmmnNZiaWqpZYolvJwYysNnh5IDsCbcew3w+Q&#10;qsgJaPIxMTTKqxkLK5k8gkdlldjbjSAPpcE+wn95za+TPa/naDmn2v3b6/lK8dmVboxo6BFhQBY4&#10;1Q0Du9SVB7Eeg4dCrluw3WPZILXdZA12BTBqOJJyfPhX+XRjto4SlzeNnw8c9ZCUt9rWQRRpUshk&#10;nnk+5Z3ki8gZQFA4Kkj2mjj4aTMmoGEx9PChOqWKI6iWpyi35W4DPY8f19ve7Hv3yHz77VbNLuvM&#10;O5LzHCrarXQpt313cIyWOqqRRiVM/F+fRftHJ24bNvM15YiLwJ/jOqh7Iyq9oX5np62ZsjeOFq5M&#10;cM1W5WE+la2vrFL0wSGpltT+Fbr5XfS91P6R/r+y9/KnxP1TvOSFREPDh7ekoDbOYEWtx9Oef6+8&#10;JeXr3brzm6GeyU6KHiKf6G/+r8x0ccyC5i5duxNStBWhr/oi9GUwUNZT0lPDWyLJOhl1Mrl73eUg&#10;6iB/ZI90f5pkljqPUw408WJNit+L2J9PvIba7mGPfrO7mDfSoe7T8XwnrFbfHQQGV6mNa/5OlB7t&#10;N+LkEkmf66jU3b+MR2ivaM/ssLrcHl7c295hc120i8lfW2rqImhb8XfXSPwf6hWmKdRvyokVpuP7&#10;xkX/ABXxG/03E/h/1fn0F/b09PB17vR6n0wJt2taV7WATxtcs1wAAPyeB7uGzdTnDR0tGXleCMx+&#10;ZUeWSR4WhtpSIj1Wva1vr7kr7v8AyxZWfJ9xvu5QosaTyPSiBxpCMf8AJ+WfSsi8yXNrc30NzbJx&#10;iTTq7RwPWvPV0/WeT7P3BuiJaL+JfwyPHUVVUikgo0r6Svkk8n3kkmqI3YMTq4Htc7OSLD0UdX4I&#10;xV1UopooZV0urzRQSxzlBpkD+RLE/j/Xt7gb3v5qtd35hmtY5mNssfb9qSSpw8qp/qweh7GssuxK&#10;9F/sqf8AGOg/3Pt7N9g1tVS/xKpGAwZkyORyFNKstLVUNN5oqnEecrJST0fhqdQS+oi39nn2qMfW&#10;VmQyGShoaiQNRwV9fkFmdo0SWGULWiJ7/ulFZQOLke8YeTJm2jm6Y77EX269uPBtxHR8yTxeBrQ/&#10;BgP54x0Feb1G2+39+G1fVShjHp/ia2bT/wAaU+fQsd87Q2lL0Z101PjaP77HJtClknmgijqZsdTb&#10;TzHmaOUcTRyyFC1vTq4+l/YO9h7rleCpxUJAmM0qNOGdWsvmgYl19AAve5H19j3muzsYdxmAhfVT&#10;NVrnU58/X5eXn1T7vy3S2YvdzPayg+vFIW/ESeh/+HvVYx1Hht1SVIfGvjKSWix5aAwwRSU2FqYE&#10;SBYllRkSIDTqPsC6KhllfVNCTBEVFRWzhhACbFtVSbRAlSTYn6eyfaYi97DZwSKJZYmlQVAIRPOh&#10;/wAvWQO/zQ20b36SoLX7VB/Z/qz1YFujMwUOPmqUd2kE0dLFj6QGapknmuqKlImqoJ1KB6R7ID/M&#10;VyGLO1NrYrG1MdXE0d5p6R0qY3aPK0hTTJA7xyA3/wBb23u0FwiP40LI1BgrTFP8n/F8K9Rtv15D&#10;vOwx3FixaKgOftHQnfH1Mu2E3HW5imqaOeszqvDS1cVRBUwQpQU66JYKmKKaJvJfgj3UhSUkqZKm&#10;jKsUjmUQFbFSpIEhJtYcn8fj2FTeJbxxhoJiwK8I2b8QPr1Ess0b2/hIxDj1/b0YH3c2wdaQQi37&#10;QAYcf2pAy2+g5H+w95kWMfhXMm4N/YSUp+VVP8+iva5I1aKY/DJqp+WrV0g5CrTAEHVc2Iv9Ao4J&#10;+oPu1z4eEN1wzWYKxe39eM5n73H+xHuW+TrV4dinc0zIv/WQf5OoA54DJzjbRLo1qp44/wBCj605&#10;f+FELLJ23sOMFmkhOb1C2pbzbU60KWJ+lwP9jx7N8EIX6j/XH0I/4pf2dKxLAaadA+a6jYth6/P/&#10;AFcada3cAd5ApVV0kmxAVgWFwObH/H/fD2Fvbpt1/un/ALVFYPz/AKgH+l/p7NHVv3fuQHHwj/q/&#10;n0I+W3X942YPEt/gBH+Hqxb+WdGx+ZfR49B072xTMBz9BUE3PFrD/H3RlueQDctcDx+2wWw+n+Uz&#10;G/19xJayL9XMQcliP+NdSpOj6gwOD19D7bif797Hc6rRwlrm/wDyjR8fS9vZf+2ZD9lAefVPHYC5&#10;HMFde55tz7Rb8QoUj0/6C6V2g0qR5/8AFdLPGi0Z/wADb6W/C2H+wHsuTKC5v/Ui17X59hCRtCsf&#10;To4rio6c/fErZQB/UH8/4n6/1/2HtLLOrqVCn8/LrTGvl172lc4wVBfVcq30Abkk/wC34/HsvvW+&#10;phuBD+EU/If5+ltgKvK1cAde9nK+Hn/KefwJIQbH63pKz8/m/vXIr+E1xFIe+v8Az4w/kekTMGuW&#10;AP4v8nQd9mC+25h9P3Ief9aqpj/rfj3ap15CWramYWZUKhvpf1U9WosDa4Ps856k0cqeGB+pj/q7&#10;GOpM5BP+7+2tyO86/wDjj9V49p1C/c4ekbUrTirMZANh4nopX1MCQD7ADsRC1LVLzYLGPr/V6G9u&#10;AQQPeHfNrKOWCT5f9bU6y0shpmkkI7RT/AerBtkm8zHi50/jkjTV2ufZN8zEU8qEEPa3+qUklGFv&#10;Sf7HvFyf9Uto4V6WKTUAcOhM9h9PT2lLsq3IsAR+Pra2k/k/7H2RNa3CUoq0PVdLA1B6978tNIDq&#10;uunSVAJJsV/A4J/3r2qhhaSIMVXVx/b/AKuHkOmpFLEfx9e9ulMpjTQQLglgb/mwIP0/HH49q1IU&#10;g1zT/V/l6aqaE+fXvfKqlDspWygRqpHqX1Lfn8f19rEYNHQAf4enUBZCfLr3vqC7stwLAlhcH82t&#10;q/xH+8e2otcbgH/Vx6aJZSB172Bfei3XHkXFoIr8W589TzYfix/2/vIT2huY5FuYV+JZWb/aqAP8&#10;vy6h73YYfQwZ/h/483XvZabku62+hsf9h+P95/HueZ5YZZEuV/s6f8e6gR/ghP8AR69761ADT/S5&#10;PHAPp/pcHj/be2n/ALeb/V5t1pvibr3vIn1tb6sP9a/5v9Bx7SXEfGQfn/n6oR59e98v6cjnj6fQ&#10;mw/3v2kVWckIM9VA69799Bc/7z/vgPeuvde9++tv9t+B/vvr79+fXuve+YYAAc/77/ivv3XuvexK&#10;6hOnszY5J9P96dvX4P6f4zQ3uPzYH2Y7NUbjainGRR/xodFe9Kz7TuQUZ8CT/jh6j1d/tKq31+3m&#10;t/r+Nre7It0Iqb+o3ABWXacbcE/7szM5P0sPp7nZ6slkBWojjB/Lh/sdEFtWfYttRPiRolb/AGsf&#10;SYwjFsdXX+qZWpUEi36YIbfW/sNtyFThavxki3YlEv8AqTcI1vrwAPaNu36lT56j+XRpbAqbhD8T&#10;Wzt+X+rHT/Df7iA/9W8Akc8+SP8AP5v7R3e5VqXa6c3GH/2A/wAqbj+n9n3q3JNk2vjQf4K9Jtj7&#10;bWQNn9Qf8d69QD1Vh/rVt/j9I4/ZN8qhUSE2I1C1v9cD/b39xnzLUyMwPbXoUFq+H/pf9X+Hpw9p&#10;1mt/r/74c/7b2ESaeXW+ve/av9f6X/2F7f19t6W9evY697//1NcOtpDpUBLj1A/X63T/AG3q9xoq&#10;1I0mh+fUvrJq8qN1v8e0jXQstPOgGkaR9DwOQbjj/eb+66g1KgEdWL1UniOvexR+KVL/AL8Ls+Mc&#10;NBiayX6/6vLseBcD6r+fbO6t/iFsQPxnpdKf+QvHpHGST/D1xY2Kf4uR/wAmOf8AiPYJ7ujQ11Vc&#10;m5klUC341yfXn8D3e0PbX0HRLa4Dk/wdcvYXVKr67c8sOdS8XYWIIH0/23sxHSg+vXvacnAuR+Lm&#10;1z/i3+t9Afd+mzx697ZKtbc2AJ9JH/JRH+xN/e+mz69e9tUouv05vx9b/Q/W3+1e/dU697a5F5Yg&#10;8f0/oPyb3v731ojz697a6hOGubjgWHA+q/UX4v7sD023XvbDVpaJlP8ARbcfQFwR+Rf6f19uDiD1&#10;Q8DTr3tjq01aW4/tEj+n6fqPbi9NMK9e9pjKQr9nUsR6tNgeG+jg2FvoPZhCSTAfQ/7HSC7UFU+3&#10;r3ux7sSl+6+JGw3dEeOPM5xQ5YXH+4mjUaRccgf7b2Fb1iu+ahxCR/4D0c87gN4NB/oUf/HOvf77&#10;/e/dZ1NmMphappcZWTUcsU2pJYW0ujq11K3BtpKgj/W9jBYo5kUyLUEdA2CSSNU0NTH+br3sZ9sf&#10;JLs7b8aU9Vm6vNY5dEbUVbV6YWhAgVoiIodeloYSn1+jn2im2i0lOBpNP9WejCLc7mNgCxZade9i&#10;A/fWxt3wGn3lsHC0znT5MxTNk6utDaNL6IQyoR5KiSW35YW9ojtMkDILdzSnTv1tvLIni24Xtycn&#10;/V59e9rPrbGdUJk8zlNr7lrIqjObUzuIFDW41cdBDVZinRFUTzzepUZkAJsLfX6e1DibwwjeR4k+&#10;nRlFJaGNmgl7mUjhTj172Bu6ejN1YsPUx/w6shszRvTZTHzsVZiBeOnlkYG68C3Hv0e7JZFUkBDM&#10;K+fQUl264ViRQ1+eevewVrtu5agLLVUEqOp+pjfSTx/aCgG1x7N4dzgnoUOOkht5BxQ1+zr3tnaG&#10;VNPkDISDZbG1vpybXB9qnmhlyvl02Y6Gh49e98CWv+4Lr/gbkfX8cXuT+Pe0VFrXrQQevXvfEhr8&#10;m6k+kC31/P8Aibn3d1UBSvDq2mma9e98eefr/wAa9061172q9lNbcuGb6aK6mNrfS0gHN/dD/aR/&#10;b0a7JX96WtP4x172ouzDfcsZHGqipiB+eZan/be0icbj/TN/h6S7n/uXuX+2/wCPde9hw6gs3qK2&#10;Yn+oNjf/AFjz7WJ8K/Z0hi/s0+wf4Ove+mKniwb/ABP1/wBj+APdur/YOve5tFkqzHSCajmkhkUW&#10;DI1mUcci4J49tSorrpalOrBiOHXva0ouwKvR4c3RQ7litYHJSyRmIAf2BCq6rN6v9ce2RAtcHT9n&#10;SyGXVVXXUo697lRUe0txSCOknmoK2Y3SjipHMAtyw8sjDgIt/wDY+79y5PS1Y7eU1U0kPy697bc9&#10;13mMOZJZI6aWAFdDRVlPNLyIlN4YZGYep7/6wv78stBSvf01JbOlRgkft697QM1LV05DTRSJ9eXU&#10;q34BspsfyPb4ZGBoek4U1UkY697e6Fb4PKlUF/FFdjw3/Anm1xzx7bb+1X7f8nSlMwy0Gaf5eve0&#10;ve355HtSOPSOunganr3txxtzPHYc6k/p/Uf19s3FPDr8+jjZq/Urjr3sUKIErHe1rqSAT9PTb6f0&#10;/wBf2GZ+Lf6bqU7D4f8AV8uve3pG03J4UD/ilh+ObD2hIBGeHRtGKkfPHXvfIy3HP5/P9OP9YGwt&#10;78VCnHAdL17QAPLr3vFf1D/YHj6fX/efaY0qSvDq/nxx173Oiks4/IP/ACcbgfX6+2nBxXj09GW8&#10;Qca9e9qfGSWf024Fja3BIf8A2m1ufaBxUDXWtehFbnuXWTx697G3a0g0hgD6f945qAL8G/09kV8O&#10;P+m6P4CAo697MjtiVdBH0ve34HBkJI/w9XsPtGQ5f8J/2ej/AG/4j/q9evexv2/VvEFIdvrptwdX&#10;LWt6Tz/tvbF0ta/p/n/xX+XoUVOMde9mJ2fXCyBiLm30sbgkfQ2PtNPGSQfw/wCXozhFaHyHXvZp&#10;No1K3hIPNkv+b8w2vwfqfZVOuCOjGMAZ6b50Olx9b3+lx/W9v9b2Z3aUuvwn6203/wBfVASbfX8/&#10;n+nssU0kIJ4H/COm/wATZ8+g73LGRBKfoCjcf4ASD/W+nsxO2b3pv8PGLf42pR9bf4ezaRgY3I4E&#10;H/C3Rfefi/1fxdFL3stmqf6gy/n/AAqSb8g3HsZsWoUcvblQLEAjUgA54sfT/vI/r7Eli5eC2fRj&#10;R+WKf5/5H06D1wpJYgdEA7IS1dkI73vPKWIAB5kl+guQNI/r7dKxSIZWvp9FmuLjlOT9Lfq/P9T7&#10;FtlLqUKDXzH5Hh/vPl6Dh0G7tdWoAeeP9X2V6Ld4QcrTrpuyyovFx/uwXcm9uGFv8fbTgiUh8h+p&#10;I5PA4LH/AHv/AA+ntPudDK0X4eJ/MdeiACR46EfcSq7xBbhk1hdJDf2o+QLEG5HJ55/2Pt7kUNdv&#10;oSNPJ4/UpP8AvA49hKaXQgU8K1/ydLYmoCvlx6fsREzTBFGo+oC97H0SH/FvqPr7ZJyVS1tVi/Fv&#10;oD41F7cEEC/49kk7CS49BQf5T/lp0pQByorjob8HEI4gdXqbT9AB+jyJxfnjTe1z9faTrEOtgAf7&#10;JNz9eFtzb/D2ne4+Ev8AlTpeAOJ6GTCwAx3T/G5Y/wCL2sLfW9/x7S1WSptq9N/9h9RyOLe0oHE6&#10;e7rZHE0z0KNDZ1DW5sOeb2Cm4PN739pytZxrPA1W/oR+Rb/Yj27GEOkCuOthVovy6VlEh9ANiOeR&#10;cH6g/Tj6EX9puoduST9Sb2/w1f0/qfbxpUAeXV+AFOlZRxrYcf0A/Nraf6/6/wDvHtP1LLqPP5JA&#10;+gPLf8T72Bx+XWyelLSqdK/WxCj/AJNB/J/p7gs9xa3Avz/jzbkf1I960LqD07gOtqRnpyQMBpvw&#10;x1EH+nF7XII/HuLKw/PH54ueLH/Y+3AOtN1KjBt/ren6gWIIt/hx7jM5uNJ/VcH8AC3+P+t7sATk&#10;eXVWAJFesoAIIYc8WPFzzz9Lnkn35pPST/a5Nvxxb8ni3PvyrUgV6ugrQV68E+n5A/I4PquPoPb5&#10;jpW8MhBAuUv9Py0gtzb8m/8AX2Sbgvh3dmdFV7/9X+TpQyHXF8usMqK6TqSdX7R+hvcBDyRyfr/U&#10;e64Pms5NXtFj9BJnDwAeBTbeP+w95Ee2gIvt1T1EX+CTrH/3xVv3rsY/pS/8ch6EPZAAxfH9bf61&#10;p6r/AIr7IzWtYpY/2bE/U8gHj6c2PucJSFgtx/Sb/N1j5ZLpMoB6WnuHO/oFiPr/AK/496Z/0VB/&#10;1U/1Dpf172Wz5AVEq4Kh8ZC3yDoSdIuDRVJHAAvwPYPviGmWhxq/y16RXBzH/puveyZdV16xQ73i&#10;YsGWTclRwCeS1Ap5t/Vfr7UIGCgH0HRhsj/o3Q9Gbr3tPb2yiyYqp0u+pvLEyhSQWNNVXvYcX/r/&#10;AIe93FEFvWMMNaiv2fP/AFfZ1e/k8KCdlJBMZH8j/q/1Y97FTqrcVJjurcrSy4bFyT1KSIlVJVst&#10;RolwscPnKhiomV11af6+4O5z2qe45usXjvJREKNpAqMSk0+w9DHla/uYeXwqDJ0+frGuf59e9pCh&#10;yVNlaCLEx1VZBlDV0kFLJT0zzM8BbTLA7aSixzM9mP4HPs4uLS42+5a9eJDaGNy1WAzTiM8QOHr0&#10;YSXk81olszkPg1GcDy+Veve1Rkqc4N63Ax7ZplzCTRLW1SNOWWpjsygSAmFw6OBe1h7J7R13Bbfc&#10;pN3f6EqdK0Xga+WDxHSE2OlEaRhpAzSvHy697ZtnYyuqczn6KsqmocvXSUkktNO0UVKjUlNPNZKu&#10;ZkR9UIBH+PH19rd8uraGw224gj8SzjDAMAS3cyjKjIzX/iut21j9TMI7i6KK54fYOHl/xfXvb515&#10;mK/Db7rHroKVsDlmp7eeq0imWixFaCI4VYuPNVyrqva/BH9fbHNdhZ3XLVuthcv9bHqrRcsTInxc&#10;Rha6eP8Ak6paX1za3k9usjSbe1KeRFFqa/7fhx4eXXvaDqI8Vj5cpJlYTRFRAaGSKMzGtcsBMr3f&#10;TGIFdbW+vs+ikvr6Lb7aycOAW1AmmmvCn206cvljEkIW5ZENa9vHzFeH5de9q7blN/cuafLrhKBo&#10;p4oXWv8AuWMlMq3cSp4WZNdpdJBHF/ZJvP8Au4Kbc+4ya0OVCijVAxn7K46TxbXYbbP48hqGpU6a&#10;9e9prAYLIZ7e8NbuHM1NPUyVFO1PMRDLT+Ayk06fdF1jQRxN9L3A+vs03TcLHbuXTb7VZK6hW1DI&#10;NaCp05OT+Xp0VTbRbSblFciVtZaoFMUzT88jr3vBU4fdeR3VU1+OkhrKHD1boXqsjR0cbQ0NYysy&#10;JLKrPrUjlVbUDxf27DfbFabJHbXSMl5On4UZqF1BGR6fOlPl0se2maYmIqYAuQag1HmMZ8qZp9nX&#10;vb5uXB01BksLmIKhYaJ6XGVFS8LRPbdkjy1dTRBA5b7QRx/8CP0mw9l+07rc3FhuG1yAlxJJpU1A&#10;MAARXr/Fn4OPV0hhEsTyylLVWBOPQ58uGn/Vnr3tNVEuCx+eWoqaGlnylZTNmY6gOzLC09WzrVq8&#10;cpj+5jnjLBSLgn6W9nUEW7ybeEjlYWSEJpI4gKMcK004r+fVZ59nW/UwSCpANSuQNQ+X+r0697S1&#10;dt2o3FnJanIV8009a0uQohKYmikoPK7gS1AkAhku1vGfVzf2cWm4C1s/DsrVFWPD5oQ1BWgb4h54&#10;rwp0Vbns631wsovWOpwwFBTSSKjhxqTj0697gVO1dw1MlUtPTxHH46pEAj+6p1hDEmSPTrlBcW/I&#10;uB7ULvm0wDT4zeLMK10mpAxXHD7Otz7bdGXSjoLVWFASRWnA8PLr3t9koafJwJ91BDTPSMqZeeJg&#10;7Q1LTF6UU5LkVKygAMQbL7K4rp7R2SO4do5RVARxAFDX0p+0jpd+7y6Kkj0BIrTNDilPUfPr3taS&#10;ZbCVuU8WU2xis5Vwa1/iVbVVcclT5IdReYQyRxAwxoqC310j8+w/Ha7hZ2+u13SWGA/6GFUqKGmK&#10;5yTXj/Lq8m3SDc40kuNbLwqF81z/AIf5de9oiXbq5PLnHZ/PVNTX1NhT5COOOr5jpVnkLvHL41tD&#10;GkfJ5tb8exSN2k2ywaaw2eKNBxGoqR3nh5ZJNcdFF3s1wLrw7q7LMaZ7a8PUCnXvcDM7Jy02RmkZ&#10;oY6ONIRAy1NM6i0UaSWHlGk6hc/4n29Z8wbSsKAGTxDx7DU8eqXO0a52ke4pFQUweNM+XXvbOmOW&#10;jrIaLcVLHKJZAk1d5Gmljp9AMZQQt42KIBYX49qZb+W7habb7lhpGFpSpr514dFsu2SsVjmrk/F8&#10;v9j/AA9e9rGgqcZJS1TLh6LMpSwsrT18r0zxUkJUJ40RhfStrAci/sluLa/t5o2N88OsjCUYFmzm&#10;uft+fQggtoreMuArIF8+P+z172nKmlGaEM1bWtHQSZFaGn0KJmom5KQxw6g/21LC5CueDaxPs1ju&#10;LixRpYYA0qpXJpUjNf8ATEjpNdwwXUNHJKFsUpjB+XkPPr3tmqNtzjILDUVMr0S6IqetSNZWFGJy&#10;kRMav+2RFd9JNx7VwbxAbeSURD6hwSy8O8ip48c4r0SttcKOxaVhCPPTn7D+Weve+EmLq8TWwtER&#10;JGZ4npKkugkkg8pMJZAx0GRUuV5sePexf297bSRslGAOoUODTI/n69WSCFGUA1jrxpmn2U/Pr3u1&#10;DrN5qjr3aT3vKcLQF2YEEP4rnjTYt/rfT3GjbxHb3txbKv6KzFR5+eehjYzR+FGqE6fCPXvcGvHi&#10;7Iwmu4LYXOsbAfqEXA+n5B+vtfcbtayXSOYzp1D/AC/5vn0rgMJ26XGKr/q/1f4evezJbPlMu1sU&#10;yL+8IZDI301EVU35P1sP9495McsNFc8obYvCN0I/42f9Xl1E+4N/jU6jC1H+Ade9qxpiskcwUahq&#10;1srXP0Ci17C+n2o2uSw2NZLaWJu7+i3lq/M/EOiWaMcKde959oYumye9cPjqisaGCsmqAallRfsP&#10;FQTzaotQCOZ2TSbnj3JfthyfZ87898p8qzby1jtl3JMrMunUtIZJPhZl+Jl/F/F1qTxxt6xWp0yD&#10;/CWr/PqHkKmSko56iKH7iSJAUhuV1ksq2uAxFgb/AE93U9MbOocfsmHGJkWyGQYVP2mQqRCtRPI9&#10;bPN46gRkRwpDGdKn8gf195/7992bl/ZNmvuX4d1u7lPDoPFCKgJYPkKhJDHtxkADjmqn255sjst0&#10;nsr4+IcZz6n/AC9Ut/Lzfm6Md2fj90R0tRT7cxRgkztFAJ2ipaVcbBClVRhImmr6iaolGtEA0Cxv&#10;a/vBuChelmALtI0J8rB1ChiwI0r/AGjx9CPwffN9Nxj2jf8Ad5952aL92RO8UUSsz90T6Xfs/j/y&#10;V9B1kJb3EU8cksS/pkdCtsHLU24tvUDY2cibKQRmeqWy+KKaKOWFHLtYNAWOoH6N7Y5fLHjXnnlM&#10;s1Q8kDw3RlSk0CRSCpNyPoQfck7pzhyybXdJts5dENvebWLZW0yp+vTDDV0FERJLy50ClQf26unS&#10;ixzVG6aXHwpHDSYlqfLJOkivI+RWo8M7FWYgawL3H1v7z7cjVq6JWA0GSNgWBuqeaH08kcL/ALb3&#10;AvMF5Gu3AxxaLtU/D/pW/wBXnjre2RRCd0cd5f8A5+6V25jO1FUWkJR0nhb1KAz+Ge72sSWIH+v7&#10;FOsoTHPSVMDWiWCAyLccEMZWJGkH/N/7H2Cdt3P621urW9tv1+8I/HyCev8AF8/2eY4S1KW6sF7f&#10;9joFIZ1ggrKUyB5HrproVYcOgVOU9PBP9LD2YfrrJUFVtitxd/tphXCqgktctVRUVPHAReyp6xqv&#10;9B+PYW2yzntOZ7rY95nM1peRSyDj2h20aP5U459egndQXR3KW7rqtRayK3ln/Yp/PqrD577Q3Tit&#10;5dffIzYuLStrtk4rG7B3TQNOsJn2bPncluLctdGY0lq6qeOCDSkKj1k/T6+xK2rXZCsxWRxte0lV&#10;U0deaeMvxGZCTIZEkRQj6S97gkf7176RfuHb4fu8bVtNhGiiG0iT1GpGRgfUin59cmueUO2feGvd&#10;428+FruZ2cjJzJQ19K/Zwz5V6Iz8lpti1fUFN2VhPFisdviop97O0aGHKLFUVNfPLSVWPqm+5gmm&#10;hHjZJFWRCTf2sMqkEO3paIECVonkkThgzJKZLFhe3De449uvbLmPeuXFu9xuC6RR6YzUA8PwjhRS&#10;o48fn0N9056i2/3T+pSvizXBP4hp7AmM5qB/k8uqtustk7j7Q35W9zYDFJj9n4XPU8eHtOFmWly4&#10;eI/5PNIKhQrxMdN/8PYL7BrVpZKjz3REMaiIcg6kqfyBzZrH3FG4o7pfQqaSTsmeNNDKfyr/AJus&#10;nPfvYN3vNk2eZDVYFcnh+KSL/Z6tW+X22nzb7Hkx0MOQkFHuInJSyLDJFeTD3IXUVJlVGX/XX2Od&#10;CkVTkY38CU4jB8ckba/N5IHD6h6dIj0/15B97udlv9kul8eUPqrQUpSgFT5/x/yr1E67gLn2+5NK&#10;LmE3euv9K5Oj7eqDu08nLhdv7324mbymbqq/+7q5SjyNKtNTYb7Wtx9bRijljLLUtkIpdcmoAo0f&#10;F/aNrsrVNjKqFNUMNbaOOCxVYzDUBmNyA3rYXN/yePYw39IZtk8Q0Eya80HqvH5caUBxx86ue3PJ&#10;tpec07fcFVL2r6/l3o2ADX+Xpw6OZsbamLo+3dnPWVUOcrcFLHV5fMl4558nHkMExoYZvtpZISKJ&#10;D410/wBlfV7DDA4tMhn6qvkLasdHTzMCosQzSQ8EkBuP6X9koRZLuyZX0mMrT/nGD6j0rn/YMw+4&#10;O53W2cmfum1bS0rSgfsV/wDV9nVlHdPaknXPSG29ix4+mqaXsuv3Bg4GWolvEad6XJyM8ccbtGG8&#10;lhqKn2hqz7OLyyVEZcPkKxNRRr3WSS/FwAGH595K+wvP3L3L68y2+9SCN3hFKBm1KGoU7QeOr08q&#10;44dSZd7Vud1tm0yKW7IYyM/0Psrjo3m3I9zrVUa0DtFTt15tR4oknQKsk1HTEoP1vZVX/inuPjZI&#10;YsVmJoWZRPSVcKKAPowWRbc8AKbe8peZtsNz7cb5Z7PAtbrbLuSIfCNVxDKyjhjLj/L1zc5dtZbn&#10;7ymyfWdyWu8QsfsS+6Pvut5KXqbYNLNEjKc7g63Iszi5gOEAqgBaztYfj2vsdX0mX2gcWmqkmNOa&#10;WR5AI1kf+FR0uvW4/tyOD/jpPvkq3tV7g+z/ALmW/Om7bSzbfdxiUaO+hlu/qCKL5hIXofT1pTrr&#10;xvXMu2Sx7da+KCyrEP2ahn9nRA+5d5Y59w7aw+QhMuU2zu3B76xSOuuP+BYSsydNjk8kfkEbGoVg&#10;UBDLf/XPsPtkbIo9vZzJZGrWAiolyMgqfRIzrUtHwVWTlSYy3HNx7yc+9d7r8xc3ey3IHKWz7dPH&#10;O0e3zsaujERwTowqyU+Ig/l9nRdyTtVje8xX+6TqJIVkdQv2Oj+Wehzr/kxiO14NnbOq554sZtnC&#10;YZajGT0tUIP4rhoZaBZIxLFTvKgSu0qytoK8+5O7essJuuOqrKuvbGQpIZR4acVbyMrO/wCiSpgs&#10;xaUe8KuUPvg+8/s5YnlLl+2N3BIpBEknhKvYIxTTE+NKH7fy6lHd+UuXd7vbOaw2uP6lADqofJq+&#10;Z6N70pkKDCtBWYLMNQRVUSLU0CRPUJ+/9vHMQXqEZiiWAtwLe0vi8HHgcG2Oop2qo1aKAO8Ygdou&#10;QTpOqwfye8cfcL3A3H3C50fmHmyDwL9lkkCq/irrHDuH8Gj/ADdC2LbIoWt7ZoNMirx48OjaY2mD&#10;S1FbQhZXyFTC1ZOytDNeSxFopCGZZQ4AufabzuPgw4jWmjj+4nPrKux5Dqt7G1rJKB7iuy3i856u&#10;Ls7xcStt9v8ADqX+jq8vLUlfn5V6EFhEpBDfD0PuMpo8HBB9sIkmmBLhHBt62S3PBJV/aNysZipx&#10;C66ZJreoggHQ6XHLGw5/1ufcb8wMlzdyTWbN9HD+AeWrT+R/wjh6dHiwoSJF4DoWsGXWNTLpMj/V&#10;rcnR5R+F/Hsn/wAo2I6h3owb6QYW/wCLn+8GEJubm/Ps/wCQ1I5itR/SP/Vt+gRzmh/q/dr9lP8A&#10;e06VMB5j/wBZv6f7VYe6M6t2lnaIm1+L8/0ufpbj3lfsbxLvEIkymr/If9nj1iXvSg2UwpUf7I/z&#10;dTfdxHw/ip33b19NWBdFLklaMsP1yfbTqRxouR/h7zXi2i73jbdujUa7PHb+S9RVZzmOxlI9X6K/&#10;8w6rIUvxz7kOIleDJSbAzaU08bAPDI9OUWVdSuoZb8XHu5zH1+Pr6uWUU0eqJPGretbNGwAYA/0v&#10;7lPf7a/5a9uDLt9u0MaFw9c8Fpiny/L8upA+ka/m2e3JxJ4YP+z+z/UOtTnO7B3zh027hq7dGSmi&#10;3HuRKiuDCjZaiLLL5ZaSUoBYWX/g1vcDEyTZPcoQKCaepRIk1kgLFVosbg6b/WX6f0985uZLvcbz&#10;c7y+unNC0maeXiPjyzQU+0euOpiurMbPy4TI+AGz/tP+hR1bCcDtrrvoaloadliSt29DNWzFArSV&#10;VVtOI1etfIyFXaAm/sRUwQwQzdS01psvR5UqLR3RshdmIsbmzRW/5F7FXI9ha7lcbduskZP0VzFK&#10;3H/QfDcAf5eHzwadRJ7kc3W8PK+1QpGXkNxEn4vOGT/V+fVe3b3emW3pW9e9d4ShBx+Gy+1oJanX&#10;OI6jG0FTkMLUCQNGY7zU9YrAKx+v1+nsse48ZSUmRqa/L1LlGqJBDSqnmWZXmZ4jKU9cZcgqT+B7&#10;M+fuYrK8urr6WIU0P/hk/l69DX2hluL7ZaGDSAB+3w08vTq3/wCPM2cq9m7dwe3KBYftsdikr8jN&#10;I9HLRywY7GxVEdMkitHUeKNlkT66m/2/slHyu7+3HsHbmK29tHDQR0Ge3JhKLLFameBYsZU1ktDX&#10;uimBzNNHRsxVLhnItb3Ce2Xxi5t2S6Ezao7N6cfORf8AD+zoac9cvXrcvGRbg4AJ+HgQfl1YZ1f1&#10;hi4Vmz+4G/j2aFYr01VXQ0xekKQ08qPCYlsGWViwPNm5B9lv7H6dy2/8FjKTbmTgnxBEUmJXKVVJ&#10;jJYaJKpJXj+1nIeMsQfSwv7n/cLC85wt0uIWRRpFKsn/AD9/pf8Ai+oBO77ltXL8cFuxcBV/1evQ&#10;nRbnxuMlq4MnFPS16yI9d9lj8lXQNM0KEMJ6akkEgEekXtx9Db2WDtXqGLreu29Ty+CStrjUs8CP&#10;E0EJpZaIWSRJPUrLUA8j68e97Vye+0x6bopICOGpajj/AAV/i6KNsea8hEt0WVSP8/ShxOYos1Tm&#10;roHkkp9WlZJIZoC31vZJkjcWIP49nojk1xz3F9XjI/x+v04vcW9yjE4babQjz1f8fP8Al6Vbd/uP&#10;tv2y/wDHm6TEyBapSDp03/P9UX8fSxBt+fp7tZ+HXHWgX62897j6/wC57cB4vf6e5o5SkWXYmof9&#10;ET/DJ1BPPNTz5E4/o/zhj605v+FDSf8AGYdlEkgyy5UCzED07T6yHNhcXt9f6ezgq40AH6f8Qfz/&#10;ALf2YKh8So/1U6As8DGR9Ix8/wDV6da4cK2mLA8k/wC2KqRze4v/AIewr7cP/GP90f0OHqyPz9U5&#10;/H59mko/3Xbp6iI/4R0LeXIdO42hIyHNf2V/kf29WH/yzjf5l9JfgrvbFqf8f+BH4P8Asfx7ow3S&#10;T/eeu/5ZP9fz/lUv+259wza/7nSf81B/x49SxN8A+0f5evoe7bt/dzH/APLKK1v+oeMfj6+wF7XU&#10;mhpT9R9xD/jwIMhe/A+tvbW/fgz6f8/dP21NNPn/AJv8vSvxn6W/qC1/+TP+I9l0b9Zt/Vvz/tX5&#10;/H+9+wNP8Lf6f/n0dGx8+nX3if8Ar/rc/wBLavzyD7S9UPXvaUzYB1X/ANt9f6D8W+ntmNRouW89&#10;R/y9Gdh8JHz697Ob8QV5yhA+k1P/AI/8otWp5J/HunJ8bi4mqODH/jvRUey4Y+Qf/J0HvZTAbclB&#10;/tSRgf6/ngI/3ke7U+tpQs9WjH9ZjJ4/1MNYSf8AH2ec+RE8vgKOAA/bKlOpP9vgTzZttBgLL/1a&#10;fqu7tiHVXYOoUA+H7/nVf9Yo1ta3B9gPv71Q1YW9v2uR/Q/ZEn8/j3h1zggHKsuoZx/1eQdZa23C&#10;5r/R/wAJ6sE2Tfyj/W5H/INZ+fZT8/ToJHfghgDxyLWS1xce8XWJ1spPAn/CelajTpPQn+w0robv&#10;x/Un/b8G9/8AW9tyJWgHl04R173HsEUL9eT/AL1b3aMUj+df8HVWAK6a9e9yIje/P5sPxcG34t+b&#10;e2WVhxGOkhjZRlcde9xpgxfi1he30/1bc88G1vai34N09EKq3qeve+dOGDix4IC8D8gA2PH+9e7y&#10;AkCnEdMuDQH0697BDu0kx0N/wkVgQf8AjtN/xT3Ovs13S3j/ANGT/jqdQ17s1+ghP2f8ePXvZabE&#10;SMTx9bHkfgE8/n3OgqbGpPmOoCqzQW5J/D/l69742uxa/B4/3q9hb+gHta9PFk/i/wBk/wCz1dqa&#10;mp173zTn/G4/r/sP6/63tLdf2Y+3/IeqNjj1732w4H++/H+x/r7ZtaeI32f5R1peJ6977sCLH8nn&#10;/D/erG/tOQVpXFafz61173y/xH4+n+9H/e/fuHWvt6975IBcX/HP+8/k/k+/db697EbqdtPY+yf/&#10;AA6tvfn/AKvVD7Mtm/5KVl/zVX/jw6L92/5Jm4f80X/46esFV/wGqP8AlhN/1rb3ZRudg2+MaxH0&#10;2nTpb/yKTm3AuPr7nMf2cHrpT/COg1tp/wB0sdDkTL/xwdJnEJooK8A3vlaprn/ljGDfn/D2GO4f&#10;Tgciwv6ex6Wxv9LIWHP+HtPKwImWn8R/ydG0JrcNT/lBf/J/m6fIP+BEH/avHFrf7sj9o/u8a6La&#10;knA1YUvb6f8AKU55/wB69twGlm/rQf4B0l2dqW8grnWP+OjrlRfrrR/qath/1iiPH+HPsm+XcM0t&#10;wbsynnn62/PFrj3HXMIoW/23QmA/sPSjfyPU/wBp5/xwPz/vuPYL6v173x/H+w/6K+n+t7r5/n/k&#10;69173//Vpgg6sw2epQcPkEnkN7CSIU9zrIH/AAIrIxa0Lf7b3FzSYAZepdEYYYPW/sWC/W9v6gE/&#10;0/oCb+0LuHoXctPTTGKmifUo0+OroXP6kH9mtOn6+2jPBWniEH0p007pGDGZTT/S9eV1b9Nz/rhh&#10;/j+QPeLoHa2Q2ptvtilyNM1Nq28SoVkl5fJyOGBR3DEj/H23eSrNa2sUZrJrJI+3peZ4n2NbNTWc&#10;M5Ix+I9cX/VF/wAtD/1ql9lx3pjJTXTsig3Yy3sOAWlI/tC4I9uWzqgOrHl0URlYi5f0p1k9hFXQ&#10;OrSawSPXzyLG7/hSblfZqmVUjhQdLlFUQ+VOve0rUxMHJC8XYXv/AELG4F/bo6qyE0x172yVY/JP&#10;IH+p+v6gebcHj3vpphTr3tqkFlFx/wAhfn/D6f1PvfTfXvbPNrEjAcX+n6f6D/ex791og8eve22Y&#10;jlRfVY8f8QObcD3YV49Ntwr5de9stXH6CgsC36f9g6kk82vb3cHz6bI8uve2aoQM4sb2+v4tqCkD&#10;6/n3cGg6bYgcT172ms0hFDUG2r0/QjTZtSD/AHv2YW5xCpNCD0lu6eCGrhR/l697sJ3S4qvh5tNj&#10;aKWHPbiawBdTbHUag3+i3PsO7jAyb2jMDQqn+D/V+3o25yhdhbVw7RJ/x3rr8/7Af8T7rEqeZ5Fd&#10;jpLsNHFm9TcXA/N/Yti/s1KjNOgKNSgD0HXfuOUUN6RoB/Jub/1Nvrz7cDEjJqerawoz173yCni5&#10;/S2sH6cqOQR+P9f3tjT9nWnatNJx173md3Okq5WzK34NmS/BFvx/X3QUzUdNvUrQHr3tSYrfW68A&#10;wbGZaakZCNJiSmY2sBf9yCS3+t7pJYWN3pNwtSOGD09FM8IAVz+zr3sSKbvXOzRom5cfHueM/UVd&#10;WaOxJvqtR0iMebH20NosRqWI0J+R6Wi/alJE1f6vs697c1z3VW51Jq8fHtiZ+StNHl8p5CTYai3i&#10;VCiQj/X1/wCHtmeCe3CG3aoPH5damlsWWsiaf29e9xl6ix2eFW+zsmcqtH4TOk9OmMVPuPTF/wAD&#10;qyMuWaGX6E20/wCI9+W4vAglki/TPnX/AFf4Om/3f4kRu4cwjHp8v9X7Ovew9zXXu48M+ipoI1N/&#10;1xVdJOfon5inkH0b2ojvYa6pHoP9Xp0ge2kQaimPt/2eve0RLRVMchR4mU2F78fX6f7H2pW4iZah&#10;sfZ0mODTr3t+2pqiz+L1XB+7gNrX+ji4/IIJ97MsYKt5A9GW0kR31vIR2hx172oOyCRuOlB/tY6i&#10;Isb3BkqNNieAePaa3GtZyvAs38zXpncInNzeEDD6iPzavXvYfSWV2uOTITb/AGm5FwRx9R9Pa5RR&#10;QK56QIKKFPxde98TYjhL/wCux+n+9j3tiBx6c/Lr3vCStiQNJ+mock/4WP0ufz+fdTQ0HW0GpgCa&#10;de99IeCQdJ+pNrk/65P09+PSsAAYHXvan2mynM0rEHXpn5BJJHgk/oPdJQNDVpT59KIgdf5Hr3t1&#10;3Bla7F7lyMlFUSRqjQWKiO4LUUS/20b6+Q+20IdFyOm5ZJ45X0yj/UPs6974Ju01gDZvHJlpUB0S&#10;zVDwldX6jpp41Ukoqjn/AFPtvwVT4Gp1VJTUNMAwXr3t0gpdsVlDWQ4/ISR11UiKtD9lUCMMsmoX&#10;qpmEd7Ankj+nv2qQOpZe3pYrW7giN6VHCn+Xr3tDZXbWUxWqSeFVhYCzRzwTahYNcrHLI1ufauOZ&#10;WoD8XSWS2mSrNgU+R697bcdf7mMXIOtfxzfUPoP9f364+Dpfs5/xpQT172JtCSFUXJYMG/1x6R+Q&#10;APYXuEYuZKdv+qnUoWJqEI4V697eASSATpP0P0+v5+n49pQM9HkYqwBHXvfTG35ubgcWHqP1t/X3&#10;QjuNOltKCgHXvfahtQ4H05+n4P8Ahz7aYEAk9WGonhjr3ubF+q9h9Qf6i4/PHH/Ee2CaEHp2OmsV&#10;NOve1Njr3GkajYD/AGNn4P8Arj2ibKsPn0IrZdY0de9jJtnWsfKgXtxfj6z/APEeyW8Qu3acj/MO&#10;hBBXy49e9mN27J+0sl7ofyb/AId1+n6j9PYXjU6iKf6s9CDbQWZqD/Vnr3sdduSI6BtVwP6hufUw&#10;P4P9f9t7pdgnTToU6TjHXvY57aldXjVTzcC30sfT+dPPAPtpmRxRTnoztSrEAHPXvZntlVTFoQTb&#10;9HPBA9UDC3H4A/2Psqu/DVHLt+z/AFU6N1GkVPUadfza5NwP9iDxxz7Nzs4lvBc3LCIqePoxpha3&#10;9m//ABv2RCQK2of2dT/g6YoQWYr21PQf7jS8Ew0i4R/9a4E1r/n6j2Zba7eunJ+gSMcW5P8AkpNj&#10;9Tx/vXswUAxUp3V/6Cp/PotuxXA/1ceim7/V7VYFwCHIB+vIm1XH4Fl9jTipA/pB9QklP0/GlB+f&#10;6+xRYgR2sZOBoT/L0QXX6Yctw6r77Jhf7+ocKNJ81yGBsPI9r/7AC/05/wB5eK7R9tIjAltJFiCt&#10;mHP+AGkH/Y/T2LdrR5NDwtRcE/MU/wAtD9nH06DcrK8lUOK9FjmlMGcjZwul5+LaXt+6QrXsz8Bh&#10;/sT7bcSjSU8bpYKApN7AXU82/Fv9v7Qbs6W81xDIe81x9v8Axf8Ahp1VdKqqnh0JVfrlqo2CllVi&#10;S1/oAdQF7nUTp/H5/p7cJgfEQouwFudI+pU3+n1sPYVuWqwHkT/gx0sT4fz6We3VXzF5G0rpXTp1&#10;kaWErc/ker2yVMg8KkMfSPVbgA3W309JsAPZPNCRKxKd1cf6vnXh0siUqyE+dehowJsyrf8AabgE&#10;j8aZRYqRqBVuLj8D2latrayo5A/H15H+tzx/sPaWYgeHU+v+TpZVQRnoY8HFe6HkXXm/+Ln+v49o&#10;6qk/s/2v9bTyT+Af9v8A190oSzE9XI1VYdClQwqsaH6r9Prc3AOr/Yn/AG3tN1jmx4FuePr/AF/p&#10;9fbygg/Pq+kgdKyhRSVOo24+otwQLn+nP/Ee05VMxDfTktx+SLH/AAvz7eHz68VPSnpEUFbfQAEW&#10;FgGBHP8AT2mZ5CWa5/1Vha39bfj8e3AOvUPDpU08dlSwB+nP1vwt/wA/Un3BMlvyCPyQPof9tz7u&#10;Rk04daApXpwVDbkc/wBCfrb6/wCA4/p7hvJza1/z+OLXtzb6j34kKKk46uB1JRC35N/pwbD8fW54&#10;B94i7gD+hsCOATb/AGFvx78GRgSDw60RXrL4vUBb1X4/tc/k/X8e8MjgqADfgn9J/P1+v+t+B9fb&#10;0boGNWz09GOJ67ET3J08cc3H4/w49vdBM0Ub6v7YVTwOLaySOPz7Lb1RPLbNEDSOpp/L/V+XSlVM&#10;rxBDnPUSWIEOhIvJ+eSOQn1+gFre65vmwZY6vaEcgsTJntP4H/Afb3I9PJ/4r7nb2tuba63Dejbv&#10;rNIP+Oyf6qdY+++QX95bJJXtDSf9W4ehF2dE0WLVWXSbvxb/AKaKk3+p+t/ZGKvUSp/oFA/19I+n&#10;9LC319ztcKVhhQr3Bm/1f6vTrHi2oryKfi6VnuO7K4ABuSR/Uf63+vx7SE4oePS7r3sv/e9BPWYj&#10;DJCoZP4vZ7sq6YxSVIJVWZS1r/j2E9y/xVTNP8Iz/m+zploHkq4XC5br3spuzOuNw0lBuHIrCsdP&#10;kcxmKESLLSuTHUrBMoMf3BcHQL2Kg8fj2ts5kkthdKawBfiz5Lqr0bbZaNbRya8a6v8A7Vs1697U&#10;H+gCqz1MVfOS0gmTVIRQU8wXyxFWFv4hHqCmb68Xt7MfCkmClKDs10rQ06cngWSK4EbAs0bDSSFz&#10;+3r3sQ9k/GnG4qFaPIZD+OUsyeQrNR/ZqlSUhiVx4cm7egKfzbn2C9x2C73iaSW23Vre6XAAjDE5&#10;rksyj8Q8vLox2iaysdsNrc24+oqo86/DSvDr3tZ0Xx3TBZw5Tb+45sKQsyiGDFw1ITyaeFaoyLgg&#10;ILfp/HsMPy1uW5eLse7ETEZUnSurT81emft/zdO2u525mVIqoAPnx+2nXvbtVdJ7wraqoq/9KOQp&#10;2raiKpnkG38a5LRlQBZa4C72IvYWv73tHt9ZBo7bddpjgtkRguljIeHbhXrlvKnXp7xC7M144Qjh&#10;Qf5uve8G5fjCN31q1Fbu6pWtgvqkOHgk+51iK5fRkokXxxQAcDn/AHn36x5f3Ll6xvIbSzEtSgTu&#10;CBMmte9uOr8XRfNfmIGRWMjDgOH/ABqnXvakzfxv2flKKVEYUVZJp/3IpT1E8kWiSM8U75KOF9SR&#10;lP8AAG/19vJyfv22eN4e6NJAlNYIQBfTg1TqLflQfOpweZY47ZxZ7KjTHz8Rh+L/AEp8sde9t27/&#10;AIyYLdf2dOuYkoYqLyiJVxzTKTMkGs3fJxgXaC/JP19rYuQeZuUo7yaPcRdawmvtjQ+RXHiMfx+g&#10;+H59FNzukktpKJrBY7jyAYN5/ZXh172xp8Xa2sx7YWbsGtTB1eqJKFcFRslw+qUlv4oso1OoPJX/&#10;AA93veWjtbW+6GwjbcXbtbV9g9TwDdPblv0D2EVtbireYoaDh/R697fm+NmLk2cNs1GVd/t6irkh&#10;yBoQZF80SRqRTLkQPQqfljf2xPye9nfQb1LvDxyS0qgjDAgd3xawP2dMjeLaW0itRVZyxNaHj+yn&#10;XvbNT/FejloRR1O5p5yo8azNi4lK0yoEjXTHlBqCAf6q/Psyt+Wp5Ll7yOWtoiamYhVwp7m0lz00&#10;27tER40p4caU/wAnXvcx/jBg/wCAriavItWNHkPuUrXonjeSlWk+2XGmGPJ2SNixbyXv6re9bVyB&#10;vd/u99uS7uIdvFu5iUIjGSQOHQf2gZdSYJpQEVp0otbmO4J1zFrckkrQfDxI/wB58+ve2WX4i7Vm&#10;islc0LldSzigdmp/Sf2QhylpVjYghv7VvZhdWO9Wgjiu9zYQVUaNKMK8K61zw1Dy4dFd7BYLc+JB&#10;ZIYv9MfX7eve8GP+JVJS+eOTeVTNQS+QxUBwkKoKgqEp6kSDLFy0IvZSbH829sblsw3COD9y1+uD&#10;KCWUio/EO441dKHvkMQiisgKEZqcfy697eqL4sUyY+egl3TPWrIyFlfEQwiNUUhrFcodZ5v9fbUv&#10;JU7yW0qXencVUl0CjgDRqMX0/wCofnf6slVVpyWB8wP83XvbWnxDxsdPUUp3LM9PUPE8CNio18aQ&#10;m7DjLXIY8cm/swtuWN23GY3kTf4hECrN21DNhe3Vq+Lp1dwNCPE7Ps4f5ePXveSb4f4d9Lx7jlpI&#10;Tq1xpilkBvwhIbLl/S/PF/r7Vw8qb3Gnibo3j3HrqRf8D0+HT69J/wB4xi4Mzw1T7T6fLr3vFjfh&#10;rS4oo8e750eS4CjDwNbRqNtRzT/qEh/1vaXeNsvmtgnhfUaP9DJCHiPxA/Mt+XDpn662jl1eB+h6&#10;Z9Ken59e9qCn+JmLSjFJW56atik1eGnOOSNQxcvIfJFlf7dx+eLe0u2cuw7hMJlnMUw44P8APv8A&#10;IdK23CBkCu4p9n+x17211XxDxtfTLTVO5Z5BG0hiP8IjBJJI8fpy66VQcAk8+zSTlC+21mez3AA+&#10;eF9P9P0Wy3hpoEop9lR/g697wQ/DrBxwLTLmXj8kjRTyCg5lUqB4yrZchVvzce0T8sb0si3F3dUj&#10;pVcI3/HT9n7erzTWvhL/AIwakfwngfy697bU+G2JpXdqfcM0fkdopIxi42V4GYEjW2ZNtekDj6X9&#10;qf3dJcIkRmLPxHBc/t/1fl0hS7sYyVads+Wkj/J1727Q/FSOltjzuaV6F4xK1H/C4FRxxAVL/wAV&#10;LgtEAnB+nP19tLy2HjuXhPjXaFiQe2lOHdq/i6MU37b0iEKanoakd/8A0D173Cm+JWFStjM+dleL&#10;SKiGD+GAinCyBkhDrlrtosQC3J/Ptna9qeYz2t2oiuWYqKMW49o4H9n+fqi31vJXTbA/mevex5wu&#10;2ItsYjHYmjfzLQwwUqsV8JZIhoLFPNJpuB9Ln2V3fJVrZtNLcHt8Surjnj6/nj8+rfXRwS9+FKkf&#10;xcfy697aszt5ZNwUOcVfTDSVkV/9SKg2FhrDHn/D2Htz2GBGjuom/wAVbz+Z/oltWRjo6tZo/wB2&#10;yaydZoP2/wCqnXvYy7bgaHAY2A8WjcMLDSB9xMV+pa5ufc48qeLFs2zxwJSGNG/wnqM79j9ZMQMV&#10;/wAg697dFYqGQD+mg3P5JItxdef9b2Jd6guLy6t3sbpvDXVqwv8ACue7HSR0qQeve06fJFk6VW5L&#10;O6+UDlNMP4AFnJBt7c3Xwdv3jbt723c5Ib12asixlm7U8Mdraqdvb8P8unpWtorQurHxG+IU+fb1&#10;73cP8VKnI7i6/gytfUiWsDVUc1RKsEbNDBk62mhGpRDFYRqAOLi/vKq5+9F7jWHKK8ubxvDXF1NG&#10;6RXQjiaVSzVxFHb0qEJFXOBQDIFDT295T2m6u3ury4IJbhpJHxE+v+r59Vi/Mw/Z7lw+Kp1/3HVX&#10;7k9CrFEZmpYZZX16jLqkZBcLbj/W9nhrerqfcmFjyMNcTXpGRHIsSHzLCnjjiYtVJGqjkXt7B2y+&#10;zu47zuGz7hzFv86tcP4yo1tXUXJJ7wy6e4UxWn+GTrnfNj2q5ntjdfpqn8Lf5vy6oXo/5mj9HdwV&#10;XUWQ6sOK2hX1EEC5QZjMutK1dUT1FVkIqJdr1T1cs5VToE31b68ey71W1avHJMZ410fxSox0c4eI&#10;vLNGzgxmJZTpU+Mkn6f4295X/eM5G5d/1teU+XeWolg3qe8gtoCAw8Saa1nCVZ2CIWKVq7BVOCR1&#10;aFrGVTc2smqEpqZvtP216ubwHau2svU4Wow8sk842jhd35WgkhrIYosNkEpmFWKiopvXI8kyr4lA&#10;kANyvt7h2dNRihqZZNMlTLToI0WNtMcv7i+paiwPoPPHHvG33H9meX/aj2eTfeZtzaTmWeXwxWOt&#10;Lh7SZ0h1xNIjKJIifE0sufLBIa2ndLXdN5Me3Ozssug9rDuV1DcV/pD/AFU6TlN3RNvHcVfi8TSE&#10;0NAKp6pTPNEq09JXJS1NQPuKZDKRFUr6Qbt+Pa1rYqeioqOCN/KTBTeVNOmzmJ0cfkjTp594I7Nf&#10;bvcXd+b6z8OIyyoj6617k0cOPyP7M9TgLc21mgul0kqPn5fLqc1PSV1ZJXU1WRIAKpovETZBI80n&#10;qbQDzJ/vP+PtU4SFolpIqRNPmplqns/AY2VnAsV/SBx/h7L5Jg8O67zeN/jdrd/TJ/pKa/iJrhvP&#10;1I+zrW37ZHd2t5K4/wAXqRq+Wn0rXh0HW9o0rZP4VWSmbG1sMtVMrxhtU5aogWExRhHtJDezX+n+&#10;HsdOr8xXNLm6CtqWmp6KtZIrhBojWNzpXxoCdRW/Jv76Hew8ic6ezUy3bB5I9IUcNJ8FCP4fs645&#10;/ed2+35X94YJ9qQCS4d2+0tMFqdWqv5evVRHzl+PWyKnY+ffB4KnxVTPTS5aslR6qYVdUsuWJmka&#10;fJBVZlit6QF9iHmWpqunmmo21pBFIst0aPxvKihFAdR5AWQkkfT2O/aPmZYdgu9q3KqNC5EWC2td&#10;JLHtHbk4BbPkeor3zZt5k502+9ngIuDL39ymvcP6WO30/wA3VcvxI3rT7E60y/X27pvsznWoK3a6&#10;RxvWJWUWOGQeslkkx8UsdG0VTKumOokVnJ9PsKsbS08TTyEWWRk/tXvoEkYOk2Nri/vBSKTeL/c7&#10;GzijH7wAaqjyqBIRrqV+HyP5ddUPcuZ9y5alubdNVlKE8Nv+bqau34vi/i+3o2/aO4Yzt6iqEqmq&#10;MZTQziirXjjjciWrhVrU2nzgvMNNyRb/AB9i5hUtU4+VhdG+68bEKOBFKr/k3BNwR7H++brdXMt2&#10;dxTSDo8N9WrXgeJ2rlNB0U1n5Y88WrSXaIuRG2W3utW9W5OtdL9uu58VO/4cpTqibveGWpfeWYpm&#10;dHyP8AG4qPQQlMKUYilxJWokZPuWnCu9okXQBZvz7h7ioljxOKNS3nq3lrlkfSwZv3YvGtlYL+j/&#10;AI37Lt2j3GSw3J0WkKgE9yACrinHjjOOt+yF1uM/O2+WiRaUZYNAqp4LJXhXiW+XQ5dHbmw8nZ00&#10;u1ojidtCnxYjooxUzpDKuLqY6pl+6h+8kabIeRhb/Vcejj2jtmUMMv8AE5anhKpBToTyC0U8gIBB&#10;FrD+vsSbdJamH6yMgnSh093FV7uPHPGmR+fQ6967qezudpsLYf41CxeRf4FdU0fNvP4fn0YH5hby&#10;yeMr9ibaoXMNZs6oqc6WUxFnTN4rHTU4ZXiaFRpJudTD/afYNbjp9MNZFTRaooZqmXUCVKyMXDWB&#10;9XPtDyzsf735geKZwtxM4CLWuvuFMA/6j1ldb3f03Llvc3q6UWzjb+L8K/w9XL9M7zmfCbDq8zXy&#10;fxHK7e2zSMjQK4ZP4fSSwXljRYLm9jfT/T22fw0UW1qb/dVVW1QjsQCVimpBICG1leXX/D30o3+5&#10;3G02DYNn26/MF48VvaowRW1SeCy6CD2qGK5atBSlc9ctva9Z+ZPvF8yXUK6rGCWRlbOWS/UDt7Tw&#10;bo9/ZW5I12ptHGpKal6anxGSlp0HplhOMeDQ7qjBVdrL6bsL+1JQULUm2pZaojxwiWt1EKdTR0KO&#10;W03LNdQfoD7Eq2y3q7VYbrElxdLFEkmtQQZB2s1KBcsTwAFDThjqfueeadzteYobS3lBZJUjIxx8&#10;WQUwKDIp6eeeiEZOvxG8+5MdQU0AmydRjqDbclPpqLQRSbmeAxNPpSnTx1FSPqV/xb2ybXNRmszJ&#10;SVFYpxksdRJAXjT9pgVNOBGDDKR4yByfob2uPcGfe0552z2y9s7K6teXo7zeDeQRrBqeICMpLqZZ&#10;FR0GkppCcCD6dZE/d55g3q8udyt7m10KBJUakb/fNcBR5t+2vQ69ldbbSocbt3E4Af3Z3iiY85bM&#10;U9FU17tQQU+QjyIZZ6sUMjTZJU/Q+sWOkEce13Vbcp6byCWq81Isch0+A2/BBUxzS30g/wC3/r+O&#10;LHP/ALoX3NDzXVny4ljuBfOibX/H/vyNP89B5cDmJt95dWkfi24/XY/If5B0NfRe30wX8PFRuCXM&#10;mUROaifHfYu/FNdQkE06x3k4+tv979hlWxLFUyQ0crGjE308bx6St/GtpbyA8E8/1/w9xcyvNtk+&#10;57vaLJvNBpYup7W+M9nYeI/Z8+hBb3l1dR+NfIBPT1U/8d6sIxFeXq6KhhmkpqQo7TRrFr8ksJtE&#10;R5V8ot9B/wAR7Smbx8UjI33BaZT/AMczYC6G9725P+9eyHbt5ksILuGXa0SBuHf9v+r7erxzSa6B&#10;ez/V/q+3oZMajVLwPFWPKF9LXjXk2INuL/7fm3sONzHxusru10L3ThdIcwA3IFuOTx7iTedxdhc7&#10;dbbev0sunU+qvwUb4W/y/L59HtsXZACvH/Z/1f5+jEbapj4IpZZi0q69KlVFtTTKOYzb6fj2TD5P&#10;TPJ1HvJSeTT4i1tJ4/vDg/zbj0j2dckIIuZrNgMaifz8N/8AKeghzmhGwXVFz2/8fTpZwDlT/iw/&#10;PA5sLe6NmbVXhbctJYkG5F1PP+P095V7OsR3KIXElEAH/HesSN60pYTNIe1dX+EdS/dwPxelSnzf&#10;XTVLmKKPKq91GouGimBHpGpQAffSz7v8X9Yd92japotVmJEHpXPy0n89XUPQQTzwSrDx1yf4egD+&#10;SFBUZHp7smiooVnq63aOQpkjZgg1SKFW7OQhvq9287GyNLUyZGWQftRMxbiQ/tLUpZgNIYkj8e8u&#10;vvF7FtGx+1G+xx2yRoLd9GWprMT4rU/M5x+fUqQu8km2W21nVuUYjZVppzTSe9qr/LrXi+UmyMrh&#10;06ux+Gfw5au3Ng4qIo0Ac5ObG1RaINNNJAAhUku3pNvYtbVwIgyr7gpiJKWNWqCNccZLwzx1rpok&#10;k8tggHOm1vxf3xO38WUm3bgqSFWYuB2O3xKVGQCvE+vy9elXNfM99Fa2/Lu4r4e53TKirlv7RWjX&#10;uVdPxf0vs6QXZnceVmxO1um9xUop9w5SpxOKltUo6/YV1FU4BK7yxUqUjlqlWPjE+of6rT7ecrVt&#10;uSSonobKaRp6Ob1BQiQu7O95Avk5qF4QW9iD29s1sOX9z+uUCW5DxxCldbvFGVNa9hqG+PyGDnAN&#10;522WHbdm5bfdDpnW6tpCtNX4ZPxK38St/n6A3dJpOl98bRw+WqJZ6GtxuC3o9UsUsrRtU5iqo/4f&#10;4qIVZeMQYlm8mpCP9T9fZU9/4etpcrNO5MjMZHgksg0RtPOY2B1MCVZSQD7BG7wW9pd3NruJEblX&#10;TiG76mvwUFD+Xy+eQftlew/udXig0hgP+rcf8ur7vi7v/Dbx67wdVt310qQYp6iPRVU5JGIxsjo8&#10;dbDFMGMUyhiB/r/09gHv7r/bnYe3P4XnoFORpM1j8nSVrRyyyB8frljXRFNBF+7O45J4H4PsOjl2&#10;0bedt3GCatqlkUJAYfqswYdpceQ9ehXzNbbjvW2/R2q6j217gMVzxp5dHBwW98tgamVI6RKmgmlZ&#10;vsPuoYUgj9CNUJOKWaZzAi30WAb/AA9kc+XuGquusBtTLUdW8WQqYvuJJljT/J5YslAgUEyVEcgc&#10;H6gXHsRXe8XO27e0VnuJDggfCvn/AKZa/wCrh1Ge4csW+1bTFrUMe3/Vg9CxsLdf96huCRKUU9Pj&#10;cstFTuJjL9xEaSCfyFGiiaEhpCNJv9PZDc72puDe2XpqjctdJkWjk/aLrCgs/i8gP2lJTAWMK/X+&#10;ntbypzJKin977m2lh/DqzQ+gP9HHUd77YrPaAQmh/wBkevS8hghpo1igiSGJRZUjUKoH1sAP8T7s&#10;4oVkWnWRlBWbV41BFvRIxIH9Pc+xTRttEEav3rWvrlj0H9rpJFYRr8ceuv51p0i6og1TgXBTTqNr&#10;8tGtj9Pxb3a58Pgy9bFWFm9dh9b2zufva30/417nDkxgdl1H4NYz/tpD/lp1BXPGo88RPX9Jga/8&#10;4Y+tOX/hQy0D9w7CGu7LJmTJdCNOrafWNuTw1wP9u3s3vBX8EDn/AGB/1/zz7OUJRs9BOde75kda&#10;3VOzRvzxc21C1vTyTZfxY+wr7dv/AHA3T/QYisH+3jH0/wAOPZsXVdu3En4zF/lB6FnLShtws2Ay&#10;TX9n+x1Yp/LLdP8AZyOkVYet97Yi1i3Fvuibi1rj3RZuokbnr2Fj+01+Ba33UoIP++59wpauPrpc&#10;58QfyY9SbPwH2/5+voibbUf3exy8/wCZi55N/wDJ0PF+f+KewK7XcjHUpYEk1EA/w5pq8/0/w9s7&#10;86Mg0sOH/QXTlucL/pv83SsxwAD2FuW/6I/1/ZdPqx/xY3P4/wBtx7B00TsVfT2j9p6OCPPp094Z&#10;B60NgAQfr/jf/W/PtGe0ODxB/wAvXh8L/l172mM0UUKAeXUvbSfwx4uOOD7p4gto52mGnX8PS+xd&#10;V8RWGR/m697Od8RDaPJOf0tNAL3+tqWqBFr8G/tzlKFop5pJcp+Y/jp+3HRa6lbosfX/ADn/AC9B&#10;72Spfb7qv6taEcX+k0F78fSx92f7Adlq5Xtxxflf7UNVb6/Xn2dc6Ul2Ixq5Eg/6CT/UOpS9vIXP&#10;NO2y/g0y/wDVp+iC9lohahVjyWcrcN9ElpL/AKbhf6H2Cu9Qwo5Xv6SEPPPINLfnn/e/eHHOkiHl&#10;eeORf18fL/Rk8v8AVx6yxtSCLofj7f8ACej3bMt924U+ldP9OdUdWR/sR7KpuKVAGUn1MbgWY3B0&#10;G3FuRf8A2PvF+7haGdg3xY/wdLFYKB6dCd7DWqazgMCOP94/1/8AYe0zUIOfl1sGor173GLeQDg8&#10;Af0FlHH9fejRDRuvOwT4j173kjjk0k2tz9SQPwBx7ozrwrXqjOgwc9e9+luH/QDYH+0CPxb/AG/t&#10;yIpoUu/n16Gmg19eve+CI+q5UkfX6j6X+vH+t7c1qQQHoOm5CAWIOevewN7tf9mhQi7aY3U/4eec&#10;gWta1h7nH2bZEmu3kPm6flpj6hj3YWthA5+Q/mevey3EG5/IIt+L25tb8fX3OwlAjaHHiIV+zHWP&#10;9QFhh/Eo6977SwuGHIP5ANr24vz9T7ekuItTEHtfq8tCS3k3XvfAgg8W/wAf6/7Y/wCHthrhXV1Z&#10;T8v9nputa9e98iCbG/P9f6cfT21DL4RavCn8+vA06978osGvbkmwH+w/3r3V2RiChJ+2nXia0z17&#10;3yB/Vf6WP1/rf6e6efWuve+47gtc88n/AGHH+H149+x6de697EXqezdkbK5+m6dvcf8AkaotX+2H&#10;tftL6L62P/DBn/bDos3nV+69wp/vh/8Ajh6w1H/Aef8A5Yy/9CN7sn3OV/vljrt+rbtMn1a9zk5r&#10;X/wFuD7naRGtoNulmHbJCjL/ALYDT/q8ugrtiP8AuWLHCVf+ODpOYk66PIaf7GSqlbj8rEmr/C5v&#10;/sfYZ7hb/fvZoX9UfY0FuAbN4m/A+tif8PaRiJFunBqgDK32eX+rOc9HNvm7Kjzsn6eIb/c03HBx&#10;/wBf9Z4uP959ozut74fZpQk22+oJ4sC1SeObfX6c+9Q1NkmoYIx+z/V/qr03syHRKhX9QP8A4FH+&#10;r5dd0QtLkOLXrSf+sMP+w9k6ygYCXVc/uAg/67Cx+vJ/4p7jfmJQWlAX4TnoSha+Gy8AM9OHtgZT&#10;fgc8/wC2/B/HNj7B32dOHr3vrSbfT+zb8f6q/wDvXv35+XWuve//1tdAQ2iJgltILWJiva73tZmC&#10;8gn3GbMBxXHyP+x1MLWqjINP9Xz63+Pbti+zN+bXVosRn3pVBJC/YYqa/wCpr3qKCb6tIfbbQlzU&#10;qD+3/oLpo2soNQ+Ps/2eumUMLMLj2pYvkXviKOWDK0pztNWp9vXxvU4vG+SAc8tT4dn+v+oIPtII&#10;YhTuAp8j1sTSjDUI/wBXy64iNAVIXlb6frxcWP5/p7T7dmdc5RTFm9tphaieVlMv8TzuRHr1BTop&#10;KBE+hJ/H09u+A+rB7fy63rgZu9KL9pP+T/UOufuDU7V6oz0Z/hG6xT1U41imGB3DLeSRWAi81VND&#10;GvrkVb8Dj2548sZoVwPmP83VmkgJKo3+H/L172jMr0HlZlepw9KMhTEMyVfmpKTUhEkgf7epy4cA&#10;wsrWI/tW/B92F6wpX/V/Lpl1kwVWo/Lr3sH9wdUbjxBcvRGT1kSD7jHp4+XuLrkZC+kr+Pr7WpcB&#10;gD8q9bMUmkHT+Gvl/n697DHIYOroyYnT139UN4QBzoILiV7gj/H28HUioOOmmXSCa4697TM1LJC4&#10;EkdtN7J5FOngf2gSfx7sDUV6pWoHp172yzx2lJAMYN/yG+i/gX4976oa9e9s9dEvouvka7Xe+nj0&#10;D9INuBx/sPdxnqjDtHXvbJLGEZmt9bfnn6D3YiuOmHTVTPXvaczUWqhqDYWt/sOHUWI/qfam2kAd&#10;FA6RXOn6aeh/DXr3s/OTQ1Xw82831CZ7cij6c2o6EX/sj2VbxNTd7fTJ+BMU+X2dHvN0n/JNBP8A&#10;oaf8c69/vv8Ae/dZeQiKVEoPBDvYWt9Hb/E29ii2cNGlOFB0BfNj5V697i3JUf1+h/17fQf7D29T&#10;PTTDScde95B+LAH6f6/0/r9Pr7qTXj1r7Bjr3vIo/wCN8/ji4/oOD7qT1sde95VCN6T/AE/FyLj/&#10;AG3++PvXW8de98JIwDYAWueOf8T/AF/I9vCQAUbj1vBBB6974rENWlkuqn9dyNH+wHLavp/h79I1&#10;V7DnpuUa4moPTr3sV+vBHNh93xVD6bJgtEgUtpLVVY7WVbX/AEgcn/W9sXAAtgQMf7I6NYFptE6t&#10;8v8Aj5697YcT2RvTbnlgoMy8FNKRqUUeNcOFd203kop5Fs7n8839+jgglA7aH8/8/RNbXUyRgK+P&#10;sHXvakj7PxVd6NzbWXNs1g1W2ZqaAqf9V4MfQqGsABYe9myGKNX8v9npT9Uj4li1fnT/AADr3two&#10;I+sq2qp62m3GcNUrKkn8JGGztfqI5EJrpAiLqY21W4t7rJDIq4yK/IdKLZrRX1CXSfShP5V697i7&#10;z2XlcpWw5PC0hnxyUUCefzUsPkVDNIZPFU1Ucyao3BtpuL2+t/eoXVAyk5r1S7WSaQtH8FB6de9h&#10;NX42soZXSeHxkX1r5Inu2tw4ukjAXKH6fS3tXHICAOi0oyMQRjr3tuCahdYdJ5ufIDe314J+vN/e&#10;2cHAOOtceA6974FrAseTyL34ufx/t/dQKmnVo8utf9WOve+CqDcngG3+8W/H4t7uT6ZPSoGvDj17&#10;2otrm2WpiPwJ/r/yykufrzz7buP7J/y/w9Ko/i697y7tJOeydz9Xpzf6f8otPza/IPtqH4E/P/L0&#10;xcf2snXvadPK6Ryf9T9L8g3v/vufbgwa9MN8LfZ173HbWy2kOlfxbS3+H9k/0HtwaQaqKnrQNdNf&#10;h697kUOayOMP+RVRjA5BEULc3v8ASSN/bugMQSKN0+k8kYNG/wAH+br3txp6+nrqhHkoAaxnUvVf&#10;cyAsxYerxBViHrJNh/re2p1pGRXHRxtUkU061g/U9an19OHXva+o7NYA+rSL/iw9PFyR+fz7DdwS&#10;Kiv+rPUmbepKKQc0/wCgeve3eKO4ufoOfqP8P8fp/X2j44p0exA6xnr3vp421AA/n/D6cj8kG/ug&#10;pQ9LKCh6974hCG5Itcj6f4n839tNk6F49aUGtB173LiIDc82At/vf1Fx7TOKinTi01CvXvasxpsR&#10;x+CLf8gN+PaJh8S+df8AL0I7b4vzHXvYvbelOg8fQ/1I+pn/ABb6ceyicLrGv1PQjtjlf9Xr172P&#10;OAlYeOIfR7gfQ2uTfkAEfQew3B8Z9P8AYPR/tbUkp5f7B697MBt9dUiIvFzz/hyWJFz+AP8Abe0s&#10;/wDZjoUEdiDr3scduxfvxgNpsEAHN/qLD6829sgsylqdx6MrIAkHr3szuxYeY/8AXiP0J4vF9QD9&#10;AfYf3Tgn59HboQACesUp/wB6P+H+8/19m82dYR0y/QAR/ixuzUwP0uByP8fZeVYBq+p/wdNOGpnp&#10;BbgtolP0Ohr/AJHAmtyfyfZlNtcLTcc6Y+Ppa4i/PNr/APE+zG3Dkyfw1/1f5fz6K5lqx9K9FT38&#10;0ZWo+moCW9ufzOTcDi4sOT+PY24YKBxzYyG30vdYgD/tx/r29ii0J8GCvmq/yr/n6D98GDPX1/z9&#10;V8dnG9XVk/8AHaSMf4euZvqf8F9vtemiGUf6lZCBxYakuPzzwP8AX9jDZJtS6vlk/MYP+H+XQVK9&#10;zEcOip1sWrLUhJsDPCoXn9JkDLzcn+x/vPuFhZAKCmbRZtDWb8csDc+mxJJt/sPZHvKA7jeKZajU&#10;Mfkf8HH/AG37b6QWIJ6FnIQnzsqqQoLjXYkmwhPAB5vb/H6e5UjH0L9GLRFv62upP+H/ACL2H7tB&#10;plI+EBqfs6MI0UKSPh6V23tIZb/pBQD6kXJk+v5APtjq2ViSFtwo/wCTYzYf8FHHsmlDoSheuT/h&#10;OT9vS2IMFo3Q24BNUSSlQProIP0B1grYWUW4/F/aVrg8QcXDIw4X8XIj9XNrcD+vsvaaOXSdBEi8&#10;f837fl1YdzDGR0M2EgbWPULFuDc/UGS1xbgkf6/+8e0TVk678f6rm35N/p/gPbqmhIXhw6eWoBpw&#10;6E6gQNEit9QRb6kXsebn/g3tOVsv1FwT/UcE2uDwBf28o9K6a9PH4elXQRcqeQfr/rXsQQdR/P8A&#10;vftL1shGri4INhx/tVyLC3Pt5evdK2hiDaP6ggk/T8pbgnkc2HHtOyv9SbfU888cn/Uj24B1o9KW&#10;JTZfraw4FueF5ux9tcr+o6fqLgfQEn/kJeAPdqhQST14A9OMSagB/UAn+gHHPDH8f7z7gtIb2H0t&#10;zzbgXAFgL/j2nlJZq0oOvGqmhHTlHGAv9Wvf6fk2uRe30A94ZZSVPBU2/wB4v+BbjgH2/aUDM1e2&#10;nTkQyWp128YOgXBJa3+xAv8AW/8AUD3jZiSeT/gL8ccfS/vSqAFxnpxAAq/Z1lsPzzz/AE/3kn/f&#10;ce3almvGRwRZOf8ADVccWuB7Ym8SMMwFMn9lDU/tr9vSy2B8VST6/wCA9QnjVpVBJ/J0m/6hYW+o&#10;P6T/ALf3Xl825WOQ2gOL+TMn6AfSl24LfQWHPuWfZRqXu9imSIf5Cb/N1jv75j/GtiPnqm/45D0I&#10;e3100K/0Jf8Ap/x2mJ+nH59kanYAKDYH/Y/48k/T3khctWYgcKV6x2h/3MufsH+AdPvuOTf/AIoe&#10;Lf6w9oR0v697DvsajFdT4NVB0Lmo2dfp6ft51/LKfz/ZNreybd42ns7tWPaEI/4yK/4erhisN4aZ&#10;8Jv8nXvah25tei/uXUN4wG/jVZLe7n1fw+M3v9wPyfa/Z9tA5clYfwN/1bX59KnvNMkS6c/SL/g+&#10;zr3tpbHpStGkdb/Ddc0aip8BqvGpOkP4WZlfRoLW/Oi359qRbwSLtqT7l9LD9Mh8Twy+o47dII+K&#10;vxf0elWzw21/M0d436Okngfix/DQ+fXvaIyeQ3Cs2QXE72dqGgqZ46+oG36NCslOWaZPFURmXiIA&#10;kpqX8C59qb6fb9tRI9t3MT3Tf8LeP/CNPR5LZcu2/EgsD/wwf5f8HXvaNXs3cFNKY13zIadHMcI/&#10;u9SDynkI/wDxby0eg/g+zza/a/nHmq1W+sLVldgG1aoD2/FjXMh/4z0hupOW1hHhPoaozSU4/Pr3&#10;ta0e7tyT00dXJvh9NWC5pP7vUJWdlLKZfMtOpi0MCbWF/db32t3bY4te87y0Eg4fpRv/AMclPSiz&#10;seXpk1ybh/xiX/J173EHYG4hVHHDejpNHdUi/gNGxrrr5i5l+z0U5g1X0lrN7j68urEzjbr7mv8A&#10;xBviP0zmmnuXtUavi+f5eio7fyuXEJvNZ9NEo/y9e9rVqnsNnoaCXeEhyFcKn7AfwXC/5b9sDNVe&#10;oAwUppobfr0+T8XPsPpunKW8yX1nt/MfjO5jr/i8ynt7vML/AA9GkOz8slVXi7cP7X/P173ATP5y&#10;JJmyvYstHNZfOx2tSVBVQ1o/TTQ2YkWvb/Vf6/uT+XPaPmbfJzv+yTszx/CdMQ/ii/0SXHBvw/4O&#10;k8+28u2QN676EjPxaZT/AEfn/F1724QZWbVLIew5KaKZUEcv91hN94y/qQII9UGn63IAPsu3v293&#10;PlyR7jf99JkP4fAQ6f8AnHKwbpuG55QlI1SCQf6WYf5Ove0tlt77jxcEGRqN6SyUMtZLSRzDBUai&#10;Ywqx8fjSmkmT0i+plA/x9hBt+h2W2u7e35kMiSKRXwCukE0BoUJbiOB/PHS+WPlOO0kkO2gKQe/X&#10;L2j100qfy6979F2Bl2ojVS7+khp5XaML/dqCTSCof6pRBzwf8Pr7D24c67bPb3FmnMZkneDTTwGX&#10;ypSuin+T59et9p5NuoPEkkFCPSb/AKC6977p9/5OelbMY/fkjUtPUHDzSDbcSBZ4EWpm9NRR+W/j&#10;0k2Ur/Rr+1/KEFjvO82vL8O6j665tk0nwyf1JJEjVsgL8R/Eyj+Lpm52jlGFSkVGTSQR+txz8+ve&#10;3um3nXVcMsz9gyIscElZJJ/dhGukaLJJ6PtFf6EHi5/wv7F2/ct8xcnB2k3Qsq/0IRnux2u/8HSK&#10;22zlMZW3CfnKf8B697YR2bJVQVM2O3o1Y9BN4Zv9+/4ANC62ciehQG1r8Br/AI9giTny5jAjut7K&#10;ErhfC45oPhjwa/Z0dw2HLLRsyXdABT4JR173npe0DW0us7uaTwgGX/cEV8Lgallv9guvxgE2AIP0&#10;9kn9ZoHutc24GIsrL8JPxY/Cp446S/Q8qyhnkn1j7JV/wde9u+I32+Woquqo+xpKsrJCWl/uoILk&#10;hrWSSkitqC/0/Hs429YPpLiwHN+iW4ePt+lZvhPyH/QPSY7RyQ0bgoGkNM/r/wCfr3tyh3mQZZn3&#10;w9GkYXySf3d+4FMT6VUBKUGXyji4/Tf2Lr32/wB82lGe55gJU+X06Cvw/wAMrfxdFVrtu2EnxY8H&#10;/T/5G697SK9wYiXIrQ4rfzGrjtrA2zVL9triaRdJnxoSbyRg/Rjp/wBf2ErjcxtYJud7YxrwPhke&#10;anyB8z/qHQjtLDlgFo3+MfKX7Rnh1726YLtSjy9LPIm+HIPDKduT2kKyOtgWoYyhXSbcc39ke484&#10;bhZ0RNy0/wC0H+SMj59aG08nSLgj/qt/n697jx904aWtpaf+/wAwnqJ/tmY7YrLELqVVscUE4I+t&#10;xcfn27ZS7hugAuN/Zf8Am0G/wEdMx7HyZIQAw4+k3/QXXva/i3TQTTRifeDRxNHDJ/EP4FOfAkn0&#10;f7VacNIEHNv7X09jC75a2/lm2jvl9wTBKwD1+iZjla/xN/g/ydES/wBXY5WRLADS5GrXL5Y1de9p&#10;TOdw9cYerlx02/maopaVq2en/uvnVNQEd4XmMqY2VIfOyW0hjp/pb2Cdx3zmeaESbZzGb+2Z9A/R&#10;jgzk0oyVpQ1+1vPPS2O62UkrEaEeVJDnPy+3r3tvXurryCsoaOTfjQx19FS5uUDbGckEGNqJRDK5&#10;K4n9wRhf0giRrfpHsPTX3Nd1HFPDFlJhE/dF8Ypq+Kv/ABnHpXpfp5clKRrJSUqC2JeJ/wBX+HHX&#10;vako+2eo6qtpsXjOxTVvk6qJKej/ALpblg89dVypTQSeebFKsIkYqtmZVF7mw59nx3rdbSwcPbfq&#10;Rx5OpPiVK8AKHuFRjq/7o2eRlihm734Cj5P2s1OPXva8sDU1NOX1+CqaHXbSDoNidJ40m39T7kjl&#10;y6O98r2lxL3StEpb1+H7B1H2+2f0d3NFT4G0/wA/tbr3vFloFEcYsBcavySLvbnk/T2l3O1jWztL&#10;U5+E/wDGv9Q/M9KrWUNZqg697V2HkC4ykjAsQh/1v849/wCyR9PclbLbLBttrESaKrftqegNuCN9&#10;XPx/1Ade9z3XUPSbWJuTb8Na30HHp9n9rQ+JX5f5ekoFRnh172xyRynLQCK01mPkgsqf7puhErcf&#10;Rb3HtqzuYNnvbi9jXTcXGnS3xH9Mafh7v4v6PTqRoY2UL3n/AD9e92hfHrGZTL9IyxYmtbH+AZTy&#10;R/bw1ILSZ2q0+upeK4Lgn6kc295RfdU3bkHZfcCCLn2Nbi6umHgsxnXSRHK3wwBlPaFWpx0ZbHt1&#10;9FBJJaitT/Q/i+Z/1fLoi/yA3FtvbncOw6jc+CTJUdRM8MFY2Qrab7GZMY7F/t6CCoknLF1FiAB+&#10;q/HsUup9/ZPbOXnoqzOtRmaU01VRDHw1AlWKdiG+4ho59JlPNlPp+l/fXvm/luz3SwhmttuDoqgo&#10;2silVHkWFacKnj0DuYLyZRNtU9qJLomobWoww7eAK/tanr0iPlF8e9ldybQoKio2RDuGbDXy+AyD&#10;Z3IYxsfXS0PgEq0/8YxqzhIX0/u6ka97ezD52Jf4rQPjqgy48R0ucqv2jGPLUO7Tt+9+7chvov8A&#10;sAPfNj71vPQtLblLkRbDVzJLfxTQHWBpbTdQQnKGI6WDfG+k6u8Uo3Ure1m3WjW7DmJyurtAoWwd&#10;B4xnOKev29EY6vNXldrbxpt54lcLkMcu4NkROayLImbC4aSko6GDTi2SNFkiXVckyj6F2PtzTH19&#10;RFVVlHSiTVRywmQ1FONEWlZBJ45ZFY2VhcWv+P6++ffuVz3zfBzbybtPufzE0t1DNaSQW/gxDRbL&#10;JIkSeLaIV7SJE728Wvc+dPUz7Zytyzs8M+57U9YjO7NiUd5Cu3xu38K+VOl/tSj2jWbfrpMKqpR4&#10;pKvH1tUXyTaslRUlIaqmFNWypIA6lT5FDxc2X8+2spJBopqqAvKaYT/5xBZiChv4y6m5U/kj/C3s&#10;8vtl2j3F2i+3jZd1+nvLO5aq+E718FS3xO0KjvdPwdbm3BdzZkhNET/n38l/i6g0ecqNr5ESsnlx&#10;eRK0EcetI70tdKpWYFYKmoBFOhGn0t9eb+15tjTTRtIkAJlj+3UGVzoaZEXgXCuVB+tgPcRb7ZX+&#10;5Wdrsm7XXfDKLkvoj7/BHqmU1+fefzp0o25LieOYA/pLqLfD/D0ht4Zamhy9VmMXIPDJT1eMem0y&#10;gxJVvMXkJmTXKIlH6dH59i71rhXXKZV6ltEMqPPEPS+oRRMyN6JNVwV4vb/EH3mR93+63rZ+TuYL&#10;q3BdL2VSErGugyKAG1EMTQVwdI9fLrm198GDb7Xmzl/cVH+MZB48Hl/03A58uqmvnR3manb8ezti&#10;wiryWKoYdvZ+cSNSaJxU1qTtbLYhacg08ur9mVlsfS3sWNaiidIPS8qowB59J1Kwuy/W3H1HPuWP&#10;beykh2/cNp3mPxHtmVGatNRALA9rE8aH4m+fn1jhzDDJcc3bRukgCQMJeGfxDGDiufwnB6qo6x+3&#10;XB7zwWapzWJjcnjVeIy+ARVAinqKZg1Nq8gil0t6XKj2kaTAK8M0q8QIyiUWZtBNwgsZ11FibcX+&#10;vvFvfp49i9xtsigQpCRJ5j/fNR+F2pXj86evWYd97l39zs23bW9r+jpYhta/x1rXwi3xft6ect3b&#10;USbOzuHylV95uegmxf8Adz9kU/3ccuQjmy7+Smxv2FIaen9WiZjq0en1c+1bhKiGSahppYvGKX7k&#10;Uya2cDzpO83IS/8Aj6ifrx7Jt6Lxw7RPEcyibPngp86eX2/PqNYuXEs7nm+68USxSm0rj+ClPx+v&#10;+DPRXu6v7yLsbdeUxuVfICq/gx3NkBSUNH5PDlsXS4YmmmNjoLmP/J1H6dTW/Cg3FS00lLjFdQ0h&#10;lqREbspU64i5FjpJ0/1/p79vU9yeX7wquWH5Ghx9lCacck9W9kLsj3N3mEHBWLHkP0n/AG1x548u&#10;gt6RzOZwOQxWVp8g+NxcbzPm2FPTVX3kCmrjpomR45J4hHPL9YlLHVz7DrERzUOFncNdYqireKQh&#10;R6mqBe6i/wBFtyfr7OOV5PE2i9SU9/hCo+eo8M+uB8+pB93FFz7k7VZEYmESn8om/wBX8+jrd+1W&#10;396d81CR0qxvXbd2XDkaITVcheAYGjELrUlIFBlA1aYwrL7SlTiYVzVYGPkU4ykqVurJaWTSzXvK&#10;SbE/U8exb92K8G480S3N6tZorx1XPCkraT2BRggYI4nPA9T1vd9KPbbdpgT40dtIq+fwoQv/ABXR&#10;3d7b7q8PsT4/UGOj/h9LW79iw9aFkFQTR02Ep1jb/KKaaUXN/Sr3+nq9ove9Jkshh44qKPxSwTya&#10;KlWpz4RFTyxq/hlKBtLPexJv9PfSqytYJr+wklu9CRTxysukt4gWtUrXt1VrqFSKcM9YZ/d65MR/&#10;crmm/mkKxfSySUoX7muojx8TPD06se6v7K2RQ1+1KHceWM8IocRJLi2oMsoyKXol+0+7oKBzTeZA&#10;QXVjotf22Nga/L4vH02Q3C1VHTY6kaamOLijAaGmMcq+SCWNraZWW6k/Xj3Fvud76we1m/zWVpyQ&#10;Lp5LY3CyG88Ed0sqrGA8Eq1rCDUsMH4cd2Ruwe19rvXNFzcGyCk7gya9Rz+uudJkA40NK/L7ULT9&#10;8bd627Jzke0el48A+7t/5PF0e6I9/VuQeRs9uC0GQfDV2Ir7APQJUCN9H6NJKhmPtR4Hr7D4p6TI&#10;ipVkliUgmGsjCSymJhALVUkhPjFw2gf71fl/74fe75794zvHJkuwG02u1v3dYhNbTUEPjIH1fSw6&#10;qCTQQ0jDFaEltOT3Jvt7/VC5u7gSeI7ll4AYJT/hj+aevRncvnN35CioMtnt2CtpMhS09TFjThaG&#10;lSllrFlaKI1tJDHUzGmjeQK2gawb8cXV9XTRwUszUIDC0ih/1WujfqExuPrz/X/e8Kt5vLme68Pc&#10;xoPGn+bRj7PT7eEpW76SA/QodaGGWShkWo88haLV+2UOpHRudagXsf8AW/2HJCmqgqpEk8rAAy6t&#10;P7QH6ufUXD29pPA2dlY28uu4pw0v6f7xjhx6OY5lFP4v9X5dHIx2WyFNNTK9GYaVIyDMKiHm3AHj&#10;0mc6tV/9j7S1fS6RqdeUsLH6m7Lb6Mb8/wBfYf3aACJyjYYen+r/AFfyWQSKXwa9DZs7MCaZI1+g&#10;PpANjazAcMi/gfUewN3XKWklUfptY/7eAj8XAt7ia/UJKGZuH+UDoUWSgKPX/PXo3eAUCljsLG3A&#10;/r6pb8k/X2Tb5NqU6k3aCLXjxJP5HGewf+tyFb2J+TZkbmO2atasf+rcn+XoI86PTYLpuOP+f06U&#10;0H1X/AEC/wBbf7yOPdHsKu2RuoGoubDg3On8FgB9P8P9495X8rSx/wBZbBZD+jU6v94PWIe/ktYy&#10;qP6X+EdS/dyvxUxEOTyuxKeoXVK+VYgl3FrpMQLLIg/BP195++0HMMez847G1t8Jkj/w/wBJW9P8&#10;p6iiz1RW7SV+Fj/x7otvyp3JPtHpDs/ckLlf4PtDIVxsqEkQKrty0NT+P+bbf63u4nbO00xwNLSy&#10;WavkeFh42sPLJER+ueQtY/63+v7yi+9jv13e+18tzG1IlhZj8OR4DkcQKf6q9H/K+8BeZredh+nE&#10;kTV+0ken+rz61mu2e+f757p65zGcoddJtzceDycTfdPqZqeGaLj7PE08ykpUcDTIT/qfa/2hR11H&#10;PX4yqQTa5aox+qNCYpaiGJeIC4HpiP1N+ffJOTcbKLYb+4l+JfEOakYiJ86ebftzmtOpH52trPeJ&#10;9nvrc0miaN/xfh1OONP4um35LRUG9Ny9S7v2nkTjZJJ9jUcyR0k9QHdDk69gDkEp7BnmQcJYhbfj&#10;3z3FiazCwtUwx+JamRpSQyEDzeZmYhpJTx4v8Bx7EfKvPOz3XKe4Qxp/jEYfR8Vda266PwAE5H7a&#10;5r1Gm5xXnNHMW27dKT4Fs8Z/DX9ORl9V/iH+DPSd21iZ949wYjBbnrxkpKPDY2mk1U6weShpdzw0&#10;bxhqGWmQAyTy+oOzC/PsOs1RrnMHOZXtUUgazWuHEVMxJ4eJBqeT8Age4l3R7ndb0XhWqk59fiZ/&#10;QflU18+HWTnKtpFt9rHB8v8An1ft6tI6nq6DqLclHg6CFVx2WCuEEjftmqqKGhRD5EyUzGOOnH9p&#10;b+y8w0DVORSmZCzLOiEg3+rqoPDgD6j8+zy2hZYEjVgKg/4c/wCXoUTT+AjqpwVav+r9vR68puCD&#10;H4ipyfktGKSSdfQSFCws9haJ3e+n+nPsiX8ziOCh2vsnGQ8z09NOkx9X1XL0bf2y6cgn6E+yPc4p&#10;AlwZPhoP5DH7MdR/zJK77THqHp/KnS/+IWVnz21d5Z2Q3p8tupKqj4QAQnE0Sm2lIpLawf1qre6X&#10;aKRzk4Rc+uWPR9ObWD/7z/X8e023RIscWMlkP8+o8uIEayOo5NP8PRufd19OWNPAAtgnk/N+Gb/E&#10;83v7ydtSPoVQcTn/AI03QC2lNMrU4f5tXSCqgoqZWJuTo45HIjXngce7WPiLGw63u5tqM2mxFrDO&#10;543vc88e565MjC7BE6qKmT/A0vCmOoG5yuAvOMQA7qD/AKtxj9nWml/woTlSXu/ZcaKHMMuS138i&#10;td9l9ZkckBeAB7NoiaR67/0F/wA8/kexFIwkcCLgDnoISzu4Ok5/1fz9T/qGu5KVmmVafSVU3c+o&#10;86Rcc6bWX8f09hf22hOwN0i174ir/wAOdA/Nwfa2SkljuC1yI/8AZH+r5dCjluUC/sD/AEv8h/2f&#10;y6sE/lqTBfmd0gfIF0b3xQI5NxoqmFhpt9Db68f7z7oq3Wf9/TkOLaYXP01BStTLxYX9wtbxhrqU&#10;knLsP+NdStOKhW+fX0R9tWO3Mb+dUNOb3ILXp4xe5te/sBe2jqxtF+LVVP8AUD6fbV4sf8fbG8r2&#10;nVwLf9Bf5unbUYb7f8o6V+OFg355Yf4fVTx/t/Zcmc63B5Go2/5KuP8AYew8w/SWnAdHK/Cv2dOf&#10;vs2I+gP1t9LX03+v49ldwul9Xkf8nXjio9eve0rnFBjDauf0jm/Bka/+v7Rbri1j/wBKf8HT1jiW&#10;c+df+fOvezkfEZvVVx/2WkViByQVpaoD6m/AHsy5ezxGMf4G6YuD/jArw/2OkF2NxtyoYfVWiAv/&#10;ALVU04/2/u0fYpH3M4/JKg8H6mGq/wB4sfZlzRF/uqkcHtA/wOn+XqWPbsqOYNqocaZf+OP1X52Z&#10;qDYtgPTeYqeLW8tGPx+R/tvYM72TVjZOf8fpb6z0p/B/HvDPnVR+5pxp7Tp/4+nWUFmf1LsfNP8A&#10;Aej3bIa9VIPyBGPrfgRVQ/p7KBuI6XKtYW/2HGlSR/sP6+8bdzRmvpqDjp/470aHu0jyPQpe0FMN&#10;cvP1/F7G4sL/AIX+nsragqerClMcOve+CppDHTq5P55H5t9eRb22w1UzTqjx66ZpTr3uVCxIc2+g&#10;Yr/hYKOB9OAfdDGMDrXhL2/L+fXvfBrMQzckC3+2N72/2PuwWgovHq2nSjAde94Va5sh/oCeLE3/&#10;AAfbojY0BOP8H+r/AD9JZKlgSe2vXvYGd1r6KGQ8AQqB/sZqgnj3OXtL8N5j/Rf8i9RF7r/8kiL/&#10;AJqR/wDHj172Wx/0t/sP+ieDzf6+5xgGq9uARip/ydY7/wDElfsPXvfFf1MTzzx/sL8fT3eWpit2&#10;P8H+Xp6T4If9L/l6977J02/qeePpa1/qLke/RReJXNFHTYFeve/L/X6cf1I55/2P193uUA8KlcCn&#10;7P8Ai+vN5de98uP95/3j+l/ab5dV6979z9P8Pp/vrn3759e697yxqSRb6n/H8G3v3n1vr3tfdXnw&#10;9jbKubf7+jAm3NuMxSEj8gfT2qsMXUH/ADUX/j46Ld4xtm4f80H/AOOnrHMLxSj+sbj/AG6n3Zdu&#10;NFbc+DYi/kwVAQeb+qunJubjj/eveRW8f7hbB/zzQf4D0Htt/wCSJH/zXH/HF6SmENqbML/qMvXr&#10;yL/RIuALED2F240tgs+LWt2Iv5/pCf8AiR7J4RottzqeEjfyXo0t/wDc8f8APG3+Xp9gN6il/wAc&#10;aD9P9rh/3v2je6Evt/Zzc/8AFlhsLcWMrfW39be6Qmttb9mPDX/D/l6b2Vqy3H2nrlRf53ID+lYf&#10;z+TDFf8A1vZQMsvDc8EL9LH+0p5F/r7jzf8ASs24+vir+waehFF8L+tenD2nPoLG3H+P++PsHTd0&#10;khpgYP8Ag6sePXvfXH9f8fqf9v8A61vbfXuve//X12aiEhgsp8hB9SgeP8X+q2PI/wAfcPq7A1GD&#10;+XUuK09QWX/B1v8AHtP1UcKFio0fS7Bi3FhxyTxz7eVnIxnpQC1DQV697YmdUdiy2WX0udQJAUEB&#10;uDq/H492+Mf0umzR/Lu697Yap45ySFs6lgDckMFBCn8c2v7U+E2mlMdeaMEfD172lq+kjmRgdS/X&#10;Xy/JIYNchlv6m/HtSNCsFPxdVMUfA/F+fXvbLTz5HGMTi677OQkkM0SVAJJU30zl1F2iU+3Ai+Yq&#10;etKgjNVbP7eve1VQ9ydm4Jft48yk8CAxspxeEBkQWQqGkoJJAWVLf1Htpoo2JoKda+puVYqrY+wd&#10;e94Kz5FPTo8e5NhTZxmJL1ke4YMWtjcavt6XFHTzc2H0+nvX03n4lPy6be+ZK+LAT860/wAnXvYz&#10;ptzqPcmw9tb9ytQm04tx0H3xp5pM7lxTXrZKTT5qaSPzeuL9XjT6/T2zJLJAwjc+WPn0qma0itrW&#10;a6bQJVqvHP8Aqp172FVZ1n1xuRwNpb1psszn0pFiM1ASP1cmuqoQvojc/wCw9uh5VJDLQ9Mi1hlY&#10;iGYE/Yeve0NuT487ypUBoaGWohUsFZfs1/NPf/PZQkXLH/be1KXKY1Gh689lJpAAz+X+fr3sDs3s&#10;HdeHkda7GyR25YmWlP8AZiNrR1Un4Ye3BJGwBXosnjKGh+Lr3sK8/E8NBMJo/GQGABIa9pFsboTf&#10;/iPau3DeKpFSCei65V/Am0Z1de9n6o1Z/hrhmZbh9x7pVASR6vtqPj6i9j7I90YS7tDJETpVVBP2&#10;DPRvzE4vI7Ce3OqNVClvsXPXr82/1j/t7/8AFPdaGZiP3U62+jyX4/2p/wDX9iqxb9KP7B0EA1FI&#10;LZ1de9sBWxIv9Db/AAP4tb8WPsyBrTHTYz173kEg/wBcgC/4+vP5/rf37wnNaKadUKNXA697yK39&#10;SLfp/N78WHPHHuhjb061pb0697yXIJv+P9h/X+h4590KkUBGetEFTnr3vLZmUsvq+tzwP+jbG3vW&#10;Ot8RUde9xw5e8YIOojUljzYkjnj6f4e1K/2ZLYpTp9SBbzlmp8PXvYxdXapKfdUatoGnCeggG4Ml&#10;cTyR/Xn6+011JELXTXj/AJx0ZRMDtN0oOO2n+9nr3sJK5R55S3DEni9+R9R9bWsPfoSwVRTh0FoV&#10;pGB173AQkDkm5vzz/iLXHtQSWwOHTpIJ7RQde95VfSfr9f8AW9Nvo3H1AH497QEE1HVdRHXvc2hy&#10;tbjahamjmMdQjBkk0RyBdLh0/alR0NnUHkc/T350DeWerJI6tjj172uoeys1MiQZmRcnTgBTCsVJ&#10;RsVACW8tPSKwvG7i9/7V/wAD2naCmQKdKRdOcOaj9nXveZazZOcIRqA7fqHNnrJa3I5JS7H1n7YL&#10;Go1NJqsOBot+fdSJAMGo62Ggk4rpPrUnr3vrJddVSfbnF1Iy8dbTispXSEUfkpmZh5F89VdQAL2N&#10;jz9PdVlINStOt/TaWDKdVc9e9ofIbfymLZhVUjQlTbSZIWtzax8cj8g+1SzRNgPXq+nTxPXvebby&#10;GLJ05YWYCWwP/LJ7fg/S/ukjqyNpenTkLgsKHPXvfLdn/F+yOvm7U/P1valgB/1/dYa6Fp8/8PTd&#10;waSua0697TxUEccg/wCH10m5/P4J/wBv7dyKE9MkHTSuOve8MmkKbLpKDkkk2vwDb+vHuy1JFTWv&#10;VfyyOve4rE3Go34B+luPwOOPaiMgEEDFerlg3E9e9ueGRHrYgyGW8igLq0f7sHN7/wBPbV2QIXo2&#10;ejfZFU3Q1Cv+TPXvYo0sQUqSupbAIpugQ+g8sOX0/T/H2FLgnxCPP/i+pXsVNATwx/l697fYlZUu&#10;o5At9QPra30vz7SMKkCnRxENTL1734Hm7XBvz+f9hcfX3uhpUjFOl4UnJHl173yADMTb+vPIuL/8&#10;j9p5DWgHHquliSvXvfPx6WDHgX/A/wALf1+t/adtRqNPTixtqGOve1HjJLML2HH1v/tJta/tDIKq&#10;QPXo9tlrRR8uvexc2666QLfnhvVzb7j6/i/sslB1E6O7/iuhPa8c+nXvY/7ch1iNwACrH6nm5dwO&#10;Lgf7z7DULaWNfP8AzHo/23sarD/V3de9j/tsHzIZCLhk5+t7FiB6SDxx7STdy9g7ehOO5V08Ovex&#10;525ETKsoI03UXsfrqF/SCCTz7ogFFXo4skqRU4697M5smNfJBZuSY/qPzqgNvrck29kd8f0pMeR/&#10;wHo4cKBTqPObf7b/AG17j2bbZzOBEtrW0Em/+NOb3ve3+8eykvCVFJM5/wAH+r59NOF08fLpCbgQ&#10;tHKbH9Jt9ORaXi1ueb/T2ZPbOorARc/5oXtpIGinY/7YH2YW8sZACUwn2+dOP+qnRZKQGIr0VTsC&#10;Ir915RbVJJY8eoj7nSCByPx/h7HLDKVVXA5ugF7/AFtARzxpGn2d2swdY4i3bpJ/49/l6Dl+6M0g&#10;r5/5+iC9mwr5atitz5GH+uCZgLgg+r/Wtx7fasBqefgH0n6/4rxcf67exnszsrIuo1z/AJf8w6DL&#10;9rUJz0U/LAR5Sle2n9yG9v8ACWHVa/FyrH/Hn214lNNLF6rNa7L9Sb3sbX1fTn8k/T2j3WjXU36d&#10;R6/5PTPD+fV0KsR3Y6EutqdU9hIAus2jAX1WSM6wQuoFfzbji/vNULKZCpsSQPwLAem/P10g+w9P&#10;NDHEPIV/P5fmejJGVQD5dLnb0Ims6/UBlNtQFxqJ/ra3H+3/AK+2aTUlj9WGkHgEAWUAXHFj7Dt4&#10;0UskisaKfnn1/l+fDpUFqAPLodsDFKkEGhWNtWnhgt/WDbV+COb8fX2k8i+onm/H0FvqAAL3Nhcc&#10;e0KpgAUA6uAMU4dDJh10WZwwN/8AW41OT+fxb+ntG1xUaj9Bpv8A1/p/re3Uxj59WAX16EbHgtpA&#10;/JNvxxzzz7Rta9i17BLH8j6+ofkX+h/4n2ujqaMCfFr/AC6fUM3Ad3S1ooxpVdNxx/W/BXj68/19&#10;pqtnjIY6wV/1voBr+nptf6e70IIUjPVvCk806VlBA/BCXI5ve2onR/U6vwf6+0zUyrckPc3Onkg8&#10;FvqLX/339fdgynpvQ9aU6U8ELBVBTgABv02ubfTng3PtqllAa2rmwP4Nwbrb6fW3uzUYUpw6dRe0&#10;gjj04wo2m9rXNuPqNPP9f6n3AaWxF/r9Pp+SzHSSAL3/ANf3Rw+n9Pj05X149To0W/qHFr/m/AA/&#10;BJ4H+HvC8+sWW5C2+guRwLfUFvdrcCIt4rga/wDV9nXgo/CKdc3huV0ryvNz/r3NwD9L/wC3/wBh&#10;7xedwPGdRP14Atyb3uACGAHtWzwO2sOB9pH+fp0BcEDrpYCADp4HH0P05vwRyLe3ugkaQFGALtpI&#10;Tgk6TKRzYDjn/H2TXpijiEkRpGtanPnpHn+XTsbKhEhOlFrU/bjrC6ESjV/t7gDkf0BPuvn5qMDk&#10;9om/paTOafpY2o9u8W+v4/Nvctey2L3edQ7wsFf2TdY7++eLnZiRlWlr+aQ9LjBi1Eo/xf8Ar/x1&#10;k/qP+K+yNVrHVH9dQNr/AOsgt9efx7yNlYhtTHBH+XrHW2/tp2FNDAdPPvEqvfUFt/qbkf8AEj+n&#10;tK80YPc4/wBX2dL6jr3tC78qZaWmw7aSynJp5BdQFXwSlm5DXIIH6fZZfOstpcrr7qGmKYx/qznp&#10;RCoeC+Wvd4Rp172Iu0KhajZM8sfqjOSqlk+o5/h8JYchSfr+PYp26i8tyQf6OY2b/qkv+r7ek9yh&#10;W7t0YdxtV/yde9kk+SXYWZ2rVYyLHHxqMjRTu4jpZNUQnzIYAT0sxXUKdRcf059hu6lDiNA/cIQh&#10;+Tjy8/8AD+XV490faHWRMSOQh+QPHyP8PXvZbabtnP5erlpY4jULVGSaSwo4ykkhCGY/5CpKpr/S&#10;CL+483Tly3Z/q764MahsYY4yQMMOjODcG3WYRyNTVxp5Z/2vXvYp9XbnxeOqsud3bak3fOahxQ00&#10;WXkwRgoxCFkJkoYXjmWOXm7+vmw9lO7bzve2WsFvy7vAtYdFDIY1kyTwAkUnuGPQcej/APdJs49d&#10;S0pZdOKYb8z172Je5N0w5GGhqtp9Z1az09NNFTSHdZm+3hncpMPHWU4WYlCT6lv/AE9xzEm43l3K&#10;3MPOKt3VI+mC/D3DKH5f5+hL+7bu2toZ3Olj6BT554MRw/wde9hrmdo5dduDc2Vp3pJseYBjATFI&#10;Xjqq1KWrYGGp03Qj/diE/wCpt9fYisOY4f3gm0204eFw1cU4KWHFPt4H/N0jms71oVummDwfh7VW&#10;uaHgP8nXvb92X33u2u2mtHHkklqSHEuQFFjI1mJyNBIhFKMascYSFdBsfV9fZTyx7fbUd8NxPAQt&#10;fhLPj9Nwatrzmhzw6Q3l1NFZStM1LhAvpmrU8gOHXvbB2Juvcce+Ic/tqErhq6OjEUP+RTBHpMPR&#10;01SWlrIvMxaqLn9I02sLi3sR8iE7RsdzZi90X6Elm01BBlZk7SGUUFPt4nz6SeHuM18v0R/QY/0c&#10;UHHPqft697c+wMdut1iqpKeTG4XIQQJXUbGgqWqFjgidgtXGwqILzWb0gf0+g9knLW57WJbhDKJ7&#10;4MxqNScWP4aaf9Xz6oLiFLpoZ5lbVgrQio+Xp/qHXvaH3BufHZykwm2KiP7KJ6kU8OppZj5pIRCZ&#10;CyQxuwIUcGSw/r7Otr2q426fct2T9RwhPktADX1Ixny6Vs21CKS1aLRK1Qg1v8X5f8/de9gtNR1u&#10;MrclNFMXo6FKn7ebSqCSop5hphAdnkU+MXubj/XPsfJcQXtvZxNF+u5WorwDD4sUHHoO3Mu42sjs&#10;hrbBeGOOfz8uve1XQ75zEPXIx9Bk1pa5N9vlVhNHSztp/giQq+qalaMqZrC1/wDkG3tC3LdjNzY9&#10;z9KTEu1aCdR+ITVI+KvD5dNRbhd3UOpJ9E+v+EGp8hnHHr3vqoz+/MrSxjIZbzCalSQUwx2Mj81E&#10;0bBmEsUMZQOHZf8AVC9/bce3bOlw8dtaEyI5BOt8MDTzOaY6eLbnpAlugxHlpVccP5fLr3tiG6Y6&#10;GnbDw0DQPNKErKlqvyBp9PglHhMLhLjn0sBf2uGxG5na6luO6NSQunyHdxB/Lgekz39mjLC8BDEi&#10;p1E5rSn+rA697TMtDH/EqpEqAtKonmkl0PpiqEV2ii0lg7F2UC4459nKXbSWqOLb9SoouriMVbh0&#10;lImFxM8cZERNSK1oRSnzP+D1697Ve3pNxZHCZRKes8dTV1eNalvT0reRIpJfO66goURgfQ2v+PYf&#10;3h9ti3K0kmgrGiPq7mGSBT9v8urRbju0qn/HFBY1+BT6fl172otyYzetLXCimzH8YrELeWBMbQUZ&#10;hPjidbsDobXGwYWPFv6n2g2675feJpTtphjxQmV2rxHz8/8AVTpU0ckeU3ASH/SUp+0nj/q49e9h&#10;5TVBp8n9gtWuCjOkT10kX8QWDVC0qEwaWd9erRw3Gq/49itba3vI1nkTVFnFT5GnlTzHp0i+tu4Z&#10;XghutCr56A3z4de9zJMNWxQVH8Bq/wCJQ1SxoWjhWASFGu/FU4dbSah+Pp/T2mF14kscW42vhSit&#10;M6qYqPhxkaT0tig3RbWa4soSYm86ofP5nHXvcWkq62bKNLTQNK0MUCyMHjUo0ahHsHVQxV7ji4Pu&#10;01rD4SxRyZZjpGfP51/y9MLeblNLJJBH5DOP8vXvYqVWK3dkcDTmvza1lFFPJURUK42igeLVCo0m&#10;phdJH9BABsf6+wVDe7NabjKtvtxSegDP4jkHP8JqBno0tJ72e2LxXokRSdXaFoBxXieH+Hr3tGVf&#10;+/WyVFVRE47IqlLMkjj7wJGW1pVFGE8LKJY76LE8W+h9iOD/AHe208Xh+JbDVqoacMEeR8+PVZru&#10;K3VLqaOjcCTUfD3V/b173CqMfJvXIV+RFWGelxNXVSVQg0LV18EpqGhWENTrB5zV3HpKL9LfgOxX&#10;A2G2gthBhp1FNXwoRSudVaaftPRKu2HcpLi7gasZZmr6fi8yPWv+qnXvcjbuWqsRJgsO6eKWLduG&#10;yJU6HukE0MRlBEbgDUlraz/re2dztYLtr7cY2qn0ci+YyQWpx/nTpfZ3k1oYUjy6Mo48QCM/Lr3u&#10;2fYdc2SxrVBfV5JI2P003eJWv+lRyR/T3f2tuXvLC7t4hqMJo2ODaVHnpr+09a36YzsJD/ayGv8A&#10;P8uve1Vn5QFhKm6qvqA/BDAjkC3F/wAezLmJ5rKeze57bdm+L07l6SWcciqEYd/+ode9qTCWkxdG&#10;6sf83cjTc8yODxwB/wAV9zFtgN1ZR3MQ1QqP8p6D1/FIbychMV/yDr3t8jclXA5aMr5Fva2vleSP&#10;Ve/tTFdQMUImNKfl/q/LovIAbh2jr3tlk8NTlqJJyQqNIIT6hrLw+vlbHgr+be3r21ZSkd5F4yEC&#10;kf8AZ6cZ71+LV8XHt6dkCi1dk7pV4j0zjr3u4P4gqv8AoyVdBdGkrQRyNK/xjIXtcXI+v+x9qTsc&#10;dpbR7nZb4ts51aYvDL1dSv4iwp5f8V0Ofbe9uS01tcQ/DTzXzZvTPVXnzfyMce9dqUcmONTZyRUL&#10;UmIxh8fGeY/GwYf7H8ex/nzm39s1CJn4Q+HeVvuwZqiIoHjaRwstNFNObsR9LfTj3lb93blD3o9y&#10;Z5rzYeeTtm02ZqVNnb3BlqzKEHiPGyagpzXtyckU6GO88q216RdJtrPfcA2sjtrRfxaf9nosWQ60&#10;3b2dgs9H1VLJiuyo8MF2/uYrSZODE1xCQY+ofBZiso8JkBTsrEpMdL2sxHtf1+QxWewNK+zqBmon&#10;kKM61c0nhQ0wWSf/AC9Y5JAFMYt+f9v7zJ5b9ttp5T5ouOY95XXza0HhPcHxAXQOSE8MSvEhqWJK&#10;qMk+vUTc1bnDt7w2Tw6JVwc1r8Sjy86H5fZ0UnrDYHYvUu/crR/JHsGmzW44EmyFA/8AdbGYMZGo&#10;lysf29MItqVldR08swpZ/U3Cj6W49pylqtwyYOvpZ0PkFVV0MS6aMaoI6YRwy+hQCL8Wvf8Ar7Qc&#10;z+y3trzR7m7Xz5veyfUX8G3RIknjXKaXS5ecdqTIpILsalCDWhJGOnrbmy22vl1tstZqiWdpHwTp&#10;1oVf4g3kv5fLowuUptj0e+cNQY6rWPa+QocVvXI05OTl17krsm8eQQ1FQ8lcjPQqosreIW9Kg+52&#10;HpKpKIxVx+2fwh0l0I2txFEoW0VwA7qeT9Lf194A/fH5R5a5W512E8n7Tp8RIbi4TxpXqrXF6ZZK&#10;TSNT4U7YyvDA06upX9q7qHedv3CeF9ehpB54OmNvl5MOnWDNYB9z5aDEVP3GL/huRpqemRagFMk9&#10;dohT7moi8zFKTSvJKtqJ5J9v2EyNdiMzj6Qx64axqd/OPAq+KWpEGnxGOSRtagm97i1vaHkH2u9q&#10;fev2w5h3XmXeBY77tu4GKMsbiQiOK2jlDBIpoUOqWQnSFZl8KvBsJ94vOZrTd7mLbrQttvhuxasf&#10;xVp5moxjHmegd7Whrtu7N3vujB7uiweVxu3s5Wvh5cGuSepEWLytS5+9qvLTpd41i4jb63+lz7Hp&#10;KnIjc9C38Pakp4qOogifzxSieJUl0tZoy8a/mxueP8fYA9gdog5a5z3va9q5lS8gLSqI/AMdAwjD&#10;OGZ2qU/nWla06xR+8VsNlvvLtneXEv8AuxSaKqnX2/q1b4WVT9vCnVVG+Owtu7l+OFDuaV4v71bj&#10;/hEubqz59MWWrKWvhEBpxRxUiPKGvqjRY+OOPa9ogalaoMyqisodbn9tv3WRSw0A6oxfi4H559y7&#10;t+88xcv888wbPNA3hKaxH9Kjp4C6qfGeP8ZH2dY0c+bTt9xs3Kd/tN0XnhjZH7GHxSqB8df2V/y9&#10;Vi4zOp1tlqKhaP7nK7px+Tq66K7Ra56AVFNHISY6mnFoZB6UK6v9c+2/Cxmetqo5WIgR4xCouAbx&#10;y67lbE6G/wBUTf3BvOV5f7tvdi1naa7u1WQTV0dmtU0caVMgA+CtKfOvWYPM0Wzw+yuwzxr/ALtp&#10;ITo+Lu03YLeWkdvqAOoO9jg9mdRYzM1lV9nuTfS/cuzrWSHKPg9xfaM6qn3FFSClpJtPCxaz/qve&#10;auqZBlBj8exjgJYVdRp1AaaYSwXSQCT9ZIsCbn6/j2I9itU3Ll/YLlG8TwvFMg4eHrkNDWpB8QJ+&#10;Dh8hnqJtj21rXl6WTcSP3lflNCZz4MrB/wCgKJngv5dBvFhcSu0s7v7f9M1VlsKKJtk7e89TRyVL&#10;ZDKthtwf5djHNKPt6fwyn7pDYXWP1am9rXP6o8ZQztAS8bzEy6j+0fLCoJRQxfUpsLA29l1zDDuW&#10;wzra3Akho+MLqOr1YqBpbJqc8KeXQJ9ppYbf3b3mKQHxGSAAeQ/xeQ8OBr/IdAH1o0uva1LDmUpa&#10;RshlQ9I1EJnyoaSZhCs7ASUfgblmLeu9h7C+LLItOlHUIQjVEpeXUbG/qF1RdY0t/jz7N9s22eDZ&#10;op4YmFmAwfh/Zhzwr8z/AJvTqeed9uuNz5tTdbJNUMKLgD+jpc9/n+X+bo526ev6zKbv3LvDb+UW&#10;XOy4Db0GPxiUeorUUNNS05Yz1lUKN/Mkb+l4yF9o/DKanLGoZ9EbT+FY+WvCklwAwFwCov8AQH+v&#10;sd2Xtz7k+391bb1Z8tlNtkOqSUTWrkhqyBihlZ6+VNHy8+ph5qudpflxLKK4UwPbqsna3xae7/jX&#10;2U9ejy/I3JpjOgKKknPn3Pt/atDm8PUaWjvn3w0EUsKQCKag9L6z+47Rt/Qce1lkoqNaWfy/8BUW&#10;V5P85+I28p1D9wAgk8e8g7Df+YLzddpWCHVu5toaCsYBPGnAIKsSKmg9MdQP7Y7IyQ7vID4e4/Uz&#10;BeFPB1LoOG0Y4fxfb0R/b2/OxMx2BsOnwStPu+qw2z4KBAMOqtWyzQingMdRTx0Ib75lUM+lSPp6&#10;fbLRVlGlPM2P9PniehH6nEgdEslplIXVZTewI/r7C3vnyra7hslpv3uDGZre1YStGCYyixxXErDX&#10;byCukeItaENXz7esm9l5entrDbJrScG8W8jll7RiOgLNltI7tOejCZfanelLv7aM+XyYO6Z87gMg&#10;aMYvbSPjYp8zI4JMM89FUmlyIKKbXkt+E988XNOtY8VbTtUp4y8CF1hMblo/E+tFV25BXn6++TXO&#10;9py3JLve48pN9BZNuUymrPNrTVJ/HjCFD5U+XU52ieJbpL41TQK2OJ09XV7SqdyNt7ZNJuirGbyk&#10;Oy9vRzMKOloWpZBRQeaBxShY2JqPIdSjkm/59zczVwpROqgwEi1tRmvcNYglQLDn8e4YnsbxrlpH&#10;pNHX/ScPl/q8q+vS1EfUpXgOjOdbGlaqokBMMo0lTpEoKs0RtqJJ/Fvrc3PsLBAzjyByY+CRYmwN&#10;yVtdWBJ/HHs9geFh4JsaTH8Wv+fRkpoO5c9GHrKmSncs2QVgvK04pje62AF9JVuf6f8AG/aR3G8M&#10;CXUnldXqNuD47D6Efk8eyfebeV4pAaDuocftP+ToytBI7GmBXocuppZaipQyJchbgC3HpkNuPyQL&#10;/wBPZd9yKHqXINwxP0JHKrEB9bn6j/H3B25sGbweDgf5uhnaEeEi+YHR/cFqWlQkf1+tuRrlPP4F&#10;7+yhfKFFXqXdoU2UR4njkC/94cGfz/W/+2Hs95DVpd9hmVQ0dD3ef9nIv+D/AC/PoF8555dvD/R/&#10;5/XpRw8ML8HkWuPpa/8Ar+6PIAi1wU+kljY8/gNcH+tgPeUWw43qye4fTEzH/AePWIu8ajYuzHGf&#10;8I6le7rvhrIUz2wdTatWVdTcKP8Adc41D0kn30Q9ttgjF3tu7Q90MWl2b+Faf6b/AJ9z1Eyuo2y6&#10;eI1RdR/n0S355gS/GHu2E39XXmYI/VYnQvBsVFuP6+7tdoYKqqqxWSMiWScGnclSA7zRNEdBlANt&#10;X0sf9b2j+9H7qWltysnL/wBUWR3cOf8AhfhOo/0L5Y7xj9vT/KVq91zLCZ1pYlF1N89X+9f5PL59&#10;akVVujH7vz2Lx1DWLX0Wz4KLK5ShSNo2qfsWSknpjUtTwSxFjwWRnIH9fbhuyUY953V/XFSzQSnQ&#10;FCzRNMsw0q8y/rBP9LH3hnyVsw5g2++tXOszA6G+TqmjiIzgfz+zqZo9tuW3RUgi1Wele7/bf0u6&#10;umnRitrZCoXObLenoWo6em3FhMkKJ5RNJ9rFUxi/kbykGVPT9dfp/TyPabpNwVNacfjpAZYJfs4y&#10;LxDTBIVgf6xCQqA5/tX5/wAfcs7Z7QbbsXKfMc94St21rcyrTWO8wKUPZKU8s/s8q9RNebzJtXuL&#10;BbU7Hk0Njz+q0/wt/Dw659i5Kev3n/pGoqlaCp2hmRj0jaJalqoYDLV+fFKJZ4/FE887KoLwShdJ&#10;/WvoCY3XSNTz1NPSQstPH5g5LMSfG0qEETsx/sgfUn/Y+492b9yQWHh3l0v1AX4u4gHT/wALofhz&#10;wIH+HIjarm6mvhJEuq3r8WP4l9O7K9G56l3FuPdCYbcOQu8uUegqaanEdJGRHW/ZVKMHSNYzpkkb&#10;khb/AOC+w4wVBD567KzLpjpzP4nYswaTxiWLgNf1FeLqR/X2XXIRJ3eNv0CP9X+DgPy6F25TL4ad&#10;+fPo4u+dw17Yrb+0qU+fJZE0P3MSBImSj+5+1rGDPF4/2o5PVpkVv6e6kP5kOUeuptvzykCR4ahp&#10;VIHoY5CitqKooPH+FvZZu8tldxaLOTXTFM/OvQV5kubJtvjiim1SemfUdWMfGXbjbX2HPivGUhgy&#10;WmnYlv3IlpILMA8ksi8n8m/uovGC+SppHOn95AluQ4JAYgW9Nrfn2E4/EihWNlyD/q/1f6hF93K3&#10;0+iPL06MZ7u0pI4PsYXjW0lm1cufpKQP1cXtf3lJYyEWAVhgjHy7iT/l6Cu2KBIoHwt8P8+kBVtI&#10;a2UMf2wRxYEcwqTbTz9be7R/ivVzRdfRxI97+cj0oLAZnNfghv6+8tPaHZ23XY5w0FVQg8SMmST0&#10;p69Yx+4XirzUrqldNA3+2jj61Vv50GxsDufujD1WVp/KacyaW89Wty+1NjIbiCeHn/J1tf8APszY&#10;rqqQEGW9rC2iL+n5sl7e5NHL9jBlbfSftY/5egTdXMyOoVqCnoOqW4eqdkUVpIsQyMSX1fxDKSG1&#10;+GKtXMAfp+OP959hn2vVSybF3Krt6P4VVXIC/Tx/4KP979hzmO3jt9tvREtFKCuT6/P8+hxykWN9&#10;b1XNf8mf9Xn0b/4GbRwuJ+U/UFRj4wJhvCg0JrqiLr90ykeaaZQG5+tr+6R92EDc9bc3JiIAFvUT&#10;UzAWN/z/AF/w943QSRrfXMeqjKWH/G+pquaIsdRpFOt4/bKltv4/j/dUJP1NrwR3vwPp/wAT7Ant&#10;ZG/h9ICpAFbAL+nj/J68Wt/jb2i3x1ZIXV+xjp+1hq6ds5lJRVfi3+bpWY+1m/rz/X6HSfz7LxOg&#10;1EqPzz/hYtcD/WPsP5pTo78unL3Glf8Ab+hJP1v/AMFPP0HPtFLBKylQKHrTAjtPHr3tKZhyUGlr&#10;WU6iQP1Xaw5P4/Psl3kaIkMsdar60/F0/Yikj6h2nr3s4vxFdVjyExv6ZoFJ/wCD01Vx/QXt/T2u&#10;2CWOnx0rT/n4f6h+3pNdlYrhfEbTXpEb9jabByxqLlip5+g0zQNe1x9PdqOw4S1XKjWDyaSFuOdM&#10;FQfqGt9PZ/zLE52SSenYgFf97H+DqT/b+VU3/b2Pwqr1/wB4fqvDtStWEY5gLxRtKpf621zUSAFW&#10;UGzFvx7CPesarjnjMlmFrrpP/HalP9RcX94Zc1xvc7LcSW8WtBSn+9p/q/zdZS2YrLcgcTpp+w9H&#10;r2TKVrW8g0ltBHPJtFV3Frf0/wB79kz3WQlS6MeQLEf4FUI+l/r7xl3GeKS/ke2k1J2/yVft9OjV&#10;TqAKHh0LftE6H8t2FhwD6ltbSfqT9OPZY9D2jPT1KcOve+TFF1AkE8gpZuP9Y/Q8fTn8+2wKUp17&#10;r3v0Wktxexbj888fj+lvx72Sa1rnr3XvfGcgOB+CNRv9R6mB4/pf35W7j5nrZBzTr3vGjrqtexPp&#10;H6gOL/Qiwv8A8U9rYVV8Fs9JHSuDx697A7uxW+1pSB6dEJvcf2pahg31/wAPc1+1akPODxDn/jkX&#10;UQe64P7pi9PET/C3XvZbioMLf6osCLHj+zb8c8D3NsLKLu5q1MnrHckfUr9h697jgkavwb3HFx9b&#10;f0v+fb6oJIrbOP8AUf8AJ04aEJ9nXvfE/wBTzzz9ePp/X/D2sRVQBQO3rw/l173zW3PNvoP9gfx/&#10;r39s3yavB8MZ7uqt9nXvfL8f7H8f7f8A1/ZeQVJ1DI+XVeve+wCTccj6kfX/AIjnj37r3XvcuAoH&#10;BLAWNr2P+2PBHvw+zrY697WnXzR/6Q9m3a6/3lwVuCDf+L0rD/fce121iQ39r4Y7vEX/AI8Oi7dw&#10;7bbfBBnwX/46euEn6H/4I3+9H+vHuzPcUltw7a45OBxBH/IVbN/tveQG6EXNpsYibWyW8Sv/ALUH&#10;X/q4dBjboz+5lYjCzd3+1ReklhUKwZ24tfM5Fl4vwUiC3t9eP969hbuNg2C3Fa9x2Jc8/hYmuR9D&#10;yB7LdJWDcVZe5mZv9rp6NIyFuxU/8RD0/U4/fpP6DGgf63qh+v4+g9o3uTWdr7OcD0thqYhiB9PM&#10;1jYj23EV+ltD/wAKAH7Ot7GtWlcfDU/8d/2euVFbzZC31+8Nx/j4Yv8Ae/ZQMwrXH9Lfq+vJZbcf&#10;Xge4/wB6VpJ9x1KCPEU/6v5fzr0IIWH6i1zXpw9ptwb/AOt/X62+g+nHsGTmkhrx/wBjpxqajTh1&#10;73wsbfX8W+h/re30/p7ax1Xr3v8A/9DXUq68TzsANI4t9WP6FFwAOOB7iADHUxEk/Z1v8e03WOyq&#10;xBvbj88MLfkg/wBfdxk56bY5J697YayUOrcWuFsTaxsDe/8AQe1MPbRqdXVu0de9pmeUqwKm4vY2&#10;BP8AU8n+ntf1aormvXvbfI48bA2/tE8H8c/Uj8gf7b22f7Vfs/z9N/i697YKgOzal5sbc6QByRbn&#10;m5Pu+mOMAEdUwOve2k2DXfnk3t9dV2PF/wDE+6zKSr0+XTEiklz172jty+A0Mx8f4JFv6Wa1wB7f&#10;VcjU3Tcqdvc/XvZsqdRP8d+u0BV1Xb9gNA4/3K1R/Vxf1H2Wbl/b21PQ/wCTpzfwDYbHTh4J/wCP&#10;Dr3si2Yo43m0mSoi5NzHUSxf6g/SNwB+n2cIaM+B5dMFayNx697boMhntuzGqwWWmgmjuEectWqN&#10;WpL6Kl3U+mZ+P6kf0HuwWORVDrj5Y6bGtFXQ5H25/wBXHr3sQcd8je28YIzX1uMytKmq8IwGDicj&#10;U4/zho2fh3H/ACT78LK3PctR+devG9u0FJCGU/IDr3tUVvyD2PuenNHvrrasr/uEEf3lHnabFJqF&#10;r2ioscpuFQA8+9+FLH2pKP59XbconjKz25OPWnXvYrUvbfRO4+qafrKHMQ7JEVflK6JcpV5PLnXk&#10;kjjALQUaubWv+v8AHtFJZXLSLIIyQKcBjy6akutvngNtHIEBPmevfm/+t/vF/wDivsAsl8dcduQv&#10;WbN3rjNwtICIko6DIR+ST1Osf+VTx+otIg+n59vRbhNaERPGdP5V/wAHRadqSSphmDH7D/n697Cf&#10;cvx07MwYlmn2/XSU8QZxMqU6o0aLM+vT925AZIr/AOsfZtBu0RADLQn/AFenSWTbLqPOmo/1fPr3&#10;sJazbOcxUhWsoJqaSMlCkgQmyM6HgSMLAxkH/W9rBf27kL4uT9v+bpDLHIjBGQ1697aCkquWchbq&#10;Y7FQB5D9ORf8+1QlB4Z/zdaBJz173yS6gazyP63/ANif6A+6u2o1HTbfF173zZSwuQVFjp/HN/wF&#10;v7cTT5fF1sU/Pr3vioaQ88KgNuBzcXH9Cfp7s/wMR8WOtSg+Gx88f4evexk6iCmXPwk38wxJH1Au&#10;q5Bj/ifr7K7wnw0Pzp/MdGVsK7bKfPA/42evewgyDXrqlbfpf8f1PPP9be1kf9jH9nQfT+yT7T/k&#10;697bvr/r/wBP97/2JPtSnHrw49e9+4/P0sL/AO+4/r7c69173635/H+2/A59+69Xr3vIOBf6Wsfx&#10;/h9L8X9tycB9vXhin2de9yIHaN42tqRpYwxFvoWBP4v+PbXr1cGlOvexG31PLBSbRenlZAdu076V&#10;LA380xve4+n+29tRLVnB9elUtT4AB/D172nKLfOeoV8UU8BjuLrLR0sp4Fh65InN7e7fTI2aUPVo&#10;ZpUHCn5de9qmh3htypQSZfCTTV9uKiGt+2jF9Wo+CKHTyoH+29siN42BB7a9KluIq/qRnX173Erc&#10;Th9wVVTW0ObpqeaYoRRSQ1Msg0okRHkOlSdMTPz+Pd9RjhSq+f8An600ccvcsgBPl172nMntHN44&#10;PJPRTfbxhSZ7IqKGEY5AkJ/UwX/X9uB14qcHpmS3kSpK9vXvaTeNomCub67grax4F/rqIvb26G1V&#10;oKEdJipBp173BkuDY8A/QW/p/T+l/b60/Pqpp9nXvbpgwv30JJt+4liRxfWPbN3Xwmpx/wBjo62M&#10;L9TUHP8As9e9i3Q6ittVwb34/qEv/sbEewrdYl4Yp/n6lmxqFAr20697e9IEVhxcf4/0/wBc+06n&#10;u6OYTnPp173GHJP+w5t/hb/Y+7sD5joxVTSlOve5SRi3P9bfWwP9B/Q+0DHuOKda/KnXvfek3sf6&#10;gf7f/D+pP49+ZyajT29PqdXDr3tQ49lEgsOPV9P62b2WsP02/Lo2h4P+XXvYt7aMek6r3uP63uTO&#10;LC3+t9fZTdEl1YeR/wAnQktSGZT172YraqMFQkH63+n19U3+tzf2Guw4A6EdmVPAU697HLDSJG8Z&#10;WwsQbc8AEn62P49skPQ6uhLC1RXy697H3asgOkcWLCxPPJYH6WJ+v+39tsQukn0/ydHVpxX7Ovez&#10;R7Ki/cp7NbmPjn8mE2vcXHPsNblIQhSmT0aP8K/Z1HmNrkj6L/xX/iT7NZtBWDQi3JCngi9w1MQP&#10;zyf6+yBAKsa/6qH/AFf6stMvbg9I3PEeF78+k8/jlZL/AEINh7MftbVpQjggRi5P+0R/U/7D2ILW&#10;hCg/w/5ui6YVah4dFR7EsBNxdSz8W/2qqvwP98PY5YZvT9RcGn4t9bJBe4v/AFPs9tENLfGNMn+F&#10;ug1dqfEkxirf5eiB9mm8uQPPqlQ/mwt9wPrYW+ntQ1B/yaf6epGB5+lgt/8AX+nsZbSKSL9p/wCf&#10;ug5OtHP29FIzPOTov8JYbcfX1x2+v+v7bsTNenSMc39d72sbG4tY/wBPx9faHdIP15ZiaUxT8/Wv&#10;z6pEpASopjoSK1SkijQVJY2OrngC1wQDf0/X6j3JqjYxta/DE2H/AAUC/wDS5b6+wnP3LMur+Gn+&#10;HoyhBZdNfToRdrj/ADR/5aXPPP8An1BJA/AAA9s8oBgfWSRq4uP6FLAfkcccewzdErdR6BQ6Rw/P&#10;/i+lUfGPHl/q/wA/Q+YO5gUDS3qe+qxHGsf4qbEC3tC5BT62T/U/X/Gyj8kX9uo6+Z6UdC9itRZB&#10;Ip/V/rfXWfrb/Dnm/tFVxc67Wtc/kWP+x5P/ABHu3iqrDVWpHTiCh+XQnYunDKpFuNIBN7n8mwsQ&#10;Tz9Pr7RGRlYamsfqR/Tj1MQb/X6f63s1hVdQjBzSvS9EAFAelpjoQVU3FiQtvyLWANvwLf7H2kK1&#10;y51cg2Yf699V7jmw596lbTIU1VA/ketk0qPLpc46JVi5H1IJ/wAQNPNza3tgmfk24bkXPF25v+P+&#10;Ne6qOm+n6NTxf6DkC30Fx/jf8e26YlmufoSebWJF+QbC9x/xHvUP4umYvxdTQAABaxAuebgHjnk2&#10;sfcORxa/+v8AWwH+25/pz7fHTvWVF5Nv8Cfzb/W+h/1vcbXo/NtS3/4n/C59tyntVtPButpmuOpS&#10;KHLC1zYjj/HSLci3vyuGJGr83HILfU3/ANv7Z0sKEwfyb/P1fhT06yEWsQ3+HGm39eBb63/1/b/j&#10;ZNEqfW51f4D6Pe/9L+y2/StjdH0A/wAI69Ktbaf0x/h6hyLd054uf6E/QWt+ePdevzQYDIbNv9BP&#10;nhx+L0mAPH9bH3Nfs0p+t5gP9C3/AMEvUC++yVnsgf6X/HIOlhhv+Ai/67f9bZf9j7I5XPaXkclQ&#10;f6/4fmx95BXb6IoC4x/qp/LrG+0qqEn4enf32shUf7St7/6/+PsmeQks7dLDk9e9hf2ZVOlBigh0&#10;tJlQl7AhtVNP/ZIIP0/3j2gnYGOVnHBT0rtqBbg+ejr3tY7EqWbritNQ1mGcyCCw03YYmm0j0k/U&#10;lj7Ge3SgWPDP04/46OqXwpulkTx+lj/48eveyOfKDNGOXF0YRVWoegp3nkCyARTS56NjpKar2F7j&#10;n2GZDrFxVMiUlf2npq8kiintxKva7qv56j172BO0KeKvrIMXTIvjeRIJatVsHlLwx+Bf0SK8ytwb&#10;29gDmB5reKW+nJNK0HyoTX0x6dCW2giuHtvBp4S6QSPX0/YevexZqaWLYGepqykiaCTwVGJqoKhj&#10;MZGrX8Lyr5RKsemO/wBOR9Qb+wYko5msZrcn9MESKRj4BqpinE8B+R6EMsE0m4JDG1I0Xj9n+r+f&#10;Xvaz2nlaHH0u+cDnJP4dDX5bG1G3chOXMcNHRRSNURaIFaWUTy6FubWb/D2Hd5s7i5l5e3Hb08V4&#10;4HWdBSpZiNJqcCgqaDpuSW7upUtJHKxGhUn0xX7amuevew2y+4KjAZqgaBzlP4wZpTpOiOD7RI1A&#10;8UySK4fWSPpa3sW7ftH72267LJ4SW2kHzJ1k+YI9Olt1JcWu6WllMtbdtVKcMLn/AA/t697NB3zu&#10;TYhw82Cwz0UuWr9FhGr2x/21Tiaq8kcsGmQ1NMXta2m1/cR+3G2cxrfx7jeLILSOvGh11WRcUONJ&#10;pX16XbsVgubrwWBY6fTyVT6UyK9e9g5U7Ex3ZGyqfeG2KSpw8GPFSailqKuoyLX+9XHKfIZIlQNJ&#10;TO1gp4a349ju25nueUeY22jc5VmeTTpIAT8Gs+Rr8Q6K7IQSWcN5ErBNRrnjQsvH/V8+vew23VPn&#10;qzP0G6qlJazCYv7WOmhQxxLJLRUkVJUp5FIZmJTm6m3sU7NHtlvtF1tCKE3Gct3ZNAzahj7D69IL&#10;i0eeVLyMfpCtABmuRx8x8qeXr1723b9qdlfwnHbgwANJlDUSCoxclXVVc0UkEGo1IkkQQqksp4sO&#10;Pb3LcO/G9utt3I67QICJAqqCCfhoM1A6Kr8wCGScArIg1U8/9R697ZsTMmdhhzj1ENBR0CxLL5oj&#10;KKypoxHJLSqERfHJJHNcNa3sxuYvoJJduEbvcyVK0NNIfCn7Mdb2uWO/iDMaHNK5BPp172nGxqbo&#10;ysopF8ULVr0bBeUA+4sagKvjsLTjj6+zUTvs9ghmBafSGHz7ahfOtSOi+e2heVVWpTxgjEEjFe4Y&#10;/wBXz697cK7Z9TLk6SioZHp1x1HFG082uVZ6ujnaMxxgPdDPcFVJsPz7YtN98K1uJZ49TySElQKF&#10;VYDJNM0OD0ufa1kaJbOYVjIqO45H4e4jj5nh+zr3tRTUk+Hxztk8RJRRxziSbJzFJIamoiiv444x&#10;rkjNQEJUfQW9lUMsW6X3+L7grMVNEzUCvritMDy+3p/6a5VpZZYP0VUtxHDy4f6vn172gYdzz1lX&#10;UU9GkaLUTidWaOKTTHCpZlbVDqbUo+vsTnbjY26ySOcDTSvr+eOi6LeYGkkjj+HiD8vPr3t63Dmo&#10;psfQU0lbS1cVcplmp6WL7aSiaGZQiSOIxraS2r0m1uD7SbbtqxyveEHxsjuJPkR0aS3Fg0cYZtXi&#10;fkRT5jP7Ps6977qMLS16UsG2YKmmrcckq53Jz1UtXBXPVNqx7RQTWNJ4YFeMgE62N/x7dhuzZQ/W&#10;blMrK/wRhQNNDRvLurVW6al2zwI621wUmX4yRqBrwoK+nHr3uBncNFt8TU1ZUR5WqATwVlMr08dA&#10;SIXczxOD9wKmObSo/slSfz7ttW5Q7pItwbcxRMe5CfipUYpSlCKmnRNLHFINbShz6000+0VzXy+z&#10;r3towe86LGYmSlbFyS5ZdXhyIq1WFSahnBajNO6HTC2n9XJ59qLvYJby8Ewu9Nr5rpqeAHxVB456&#10;L9t35ILCS1lVjKK0Nccft9Ove8m08tRz5V0z7osFSVUuAYRYuzEXgS/59133arq1tUNkpDr658vm&#10;et7RcLM8kEslNX+z9ny697mwUOJmmrMZiauSuqchJJT080b1KpEJpLxh45Qvk0GwPPPtgXO5RxR3&#10;d1ahLeNAWBC5oONc0r0dW6QtDdWthUyuGHxE0JPpWnyxTr3tz8eUxNG2MzuJnyUcLeWORHip38Ih&#10;8Ma61EkhXTGTf68/1HtMqLeFr3brnwo2w2CwrXUT5D/Jjp2KGe0sprfcIyYzqqRT8X58eP7eve8W&#10;F3ri6SnrcTk8JPWiWsqGoqeCsFHJSxMkNPTwzTJCWqPAFKkm2o2J+nvV7y9d3E9te2d4FVYlLkpq&#10;1UJZiATRa1HCtPLpPtm828M4tHiJTgqigNMKtTTjxz59e9irU47aWIxW2c7N/uPyOQrsLWRYSoqJ&#10;6irmoJ7zNVR1NjAkRmj8VuGuL2t7B63G7Xd9utjGPEtIllUuAAAwwFIpk0Na9HK3ttb30CeBp1MO&#10;3z7m9afl173Z58d9vxdkYaWhw+NnoptcdTFUtP8AcxrTQ0sLPeIPB5DeUH/Ye5y9iOVObOcGu9k2&#10;WwPhKrd2mNtWlV49yt+L8q9I+ZIjc7jAYkKJT/n/AKbsrlaPD0bVtdKsUCvHHqa/MkraY0FgeWb2&#10;ut9bEwmBq2x2Q3jj3ytMfHNAaKsjeJtalgyo8iE6XBsCfbHPWxXnKXMM+zcwD9WN3+Xw6fm37emo&#10;bfwbopI/dVsfl1loKxMhSw1ccbpFOiyRa9N2RhdWsrG1/at2r1ZnM5tpchiT9/TwLF9tVQQ6IqqN&#10;6iUMyRyzxlBGYyORa49zD7ccqbpzvy9eXOx3qeIgXVH4eplqX89S0+HoGbnX94Xiq34j/gHUDJbh&#10;xOIqaWlyFZFTS1YlMQkJGrwqjNawN/8AOD2lshRV1BKEqaOSCrNxIrlG0kLGy8Alf0OP9v7SWzTb&#10;dZzbbuUNbwaf4V/FqznzVuizUBhvi6eUdXUMjBlN7MOQbEg/7yPbHNrTMY+GEiScNN5bKum5plMY&#10;VW+gt7ILq7u1vYzIKPU5/LrXGK6amaD/AA/5uuXu4r4bJr6t1agZC1eDx9f9zeQt+bD/AI37O5Wd&#10;7HbC4x4j+f2f6vy6Hvt+p+vvRor2J/hb/V+XVTvz1qvt997SDqfEwclgP+rdEGF9J/HsyWWpaeSB&#10;Uq0UIC6Byq3sxs+olCSNI+p4B975U9z+dvbDm5N85J3HTKSpnjKiVJUKk+GA5IBJNKqA3mMgUmq5&#10;tWuLMCI0kqT/AKv9WegU2OhnpjV0c0tPk0iJxs8MniMEiyraSaIKI54uP0Enn2ksHQ12yso2T25D&#10;MKCsfRkqAg1wngeUVNRLBNVuRTGZlWwRQVH0499OOX/vce3PPnK3j83rJt29wRkhGKfEiAY0EEip&#10;agfNFySeom5o9tf6zxNFen9TiGDMuQGAwpHqfPpy7LnxHc22Rsrs/wAFVuTCaq7aW58e1Ti6amzS&#10;UVRjMUlRR4uOB680gqZGdJnaKQ/XngGBhcPCchDBaKswetYhZhFkpUWZo5CyKPKmrSVHAtxf2Bfb&#10;z3pX3U9ytx2HY7wwbHYWzOVYK7TBLpE8UMKFEkidKDU9K141qEF9uoeVtlns7y58QiVpNXdURlR/&#10;SapAT59VWbr25u+lymBxG4cicdPhu3KWNqrxtpynXuMqpKVZEWB1kpjWFWfWS8iW5vf220e4Kmur&#10;Fj8SR/w6nNG+qOJh5KORVY2EYa/qIAvz9PcR/fR9ojzLJte8bUZJd7uLeK2jjUvUq7XkinLCP42A&#10;zkfKo6lr20batg2C7MT08dmfz4vFH6/6XofdnYvA9FzS5OszIqcJvXPtvcpKaqSRV3J4ZQkVTO1X&#10;MU+1xhAEZUDXqCn6e1BiKJKmvWcTxSzvXiqEfiCtFIsqMEu+kDS7Wt9B/vHvmZO/MHJN5fcv7vZT&#10;W8tlA8MyFz3vH2O/Zr/g/wBXHoZ2sMG6BriPMZjP51/2Ohn3vV4Hem1ErMWqSUWdphSUdbZilPRZ&#10;eGoWOikjmFOWkdam5Y2PtX71r8hRz0MphZq8fain0pFF5aFpmNS2hRoGmO5Nzf8Ap7z1+4lzFyNz&#10;At9aROI98VJBpaR5G1aF1UJUeQPD7MZrA3uvyzaTbLdM/wABOf2N/scP2dVZYv46vs3t3eFHuiuj&#10;/wBHe4KHO5KirHpWhpKbciUrQYGiHiqp6jyswJUKoRvofx7ErE5OOqx1OIuPLH5GP6iTqZgLW/x/&#10;w+nuS+aOV5tp9yt+3O7bUsrnTgLQNAi4oeA86+f7OsG+adm+h2m1S3YFGK4pSlG/1f5eqUeyNlZX&#10;bHfu833DDLKuFr6ygpHDfbRvHX4qNS8aLK6qFaUDn/be3GgpSFrqm+lklh18fQszKPoQPp/Tj3jF&#10;udwlnzduMCZ8Ygf7xAAP+Lx8up8stO/e0fK+gr+nFJ8vjuj9vp0APc+7npqzp/atTGxoMFQ73ipw&#10;H1fdLV1dPWu2t0L3jma3qP8AtufbNlS8dcIgdJn1if0DUFijj8HPNvofoTf8+yDYN9vdq2mSzt2B&#10;KBdWeBZnc1GOOv0/wdbg2yG45a5X3FB2oJ6UP/DSma/4MfywZTaO2sRuzCZLc1ZSVQoIWojtOMVk&#10;3irb1s+OzKxgMEk+2elBPkX039P19qzMitqcJHR0ysJWEgV/GGKkTxSFtLfUcfTjn3JvL8vKFvNY&#10;W2/XapayFxTW1WorE008SKV+zz6gTlaBdu9033BXBVmSuSeEDIPUfLzx+fRXuuc1tenrId2bnjZ8&#10;JtaoeqrkjmmgSOKtlnoo9UlPE7qXnlQfpb6+wZywyj0sNRU07U+iSVXJWIgLHZVJ8Z0gMFB4595o&#10;bTyN7aXl4+07RdrJF4aM8QklZnRqsoDs9QK0JC5FCDSuMhOX7+13G+uI0uB3MMZz3fPzrjPVrnVO&#10;2ui6PeNftzZm66bPGpxOEroKeKqzTTTVGTjaskghmyN3Do8xXk6QV/r7YKeSphSCloZ0iaoqpDVV&#10;DRiVY4pLnVpc3FmH4N/cyXdlZzqJbu1aVbdAY0DEEsooBWoDEjHeaeZ9epDlWCcvt7IWXSMV/i/2&#10;OjTbpwG1s7VZXde/Nt1ucpdqbaoW2ht+lyk2Knr8xjA8SQ/c0zCGoaamI9M6tF/a9qKuyDy4sUjy&#10;JNqdqcuqadTtEYiwC3IDX+n+PuAOdLi09vt1s+cl2+SGW4ukgAdww7vEm8mYCojNKDFOHCqHYNnf&#10;bd1v3EJSI27EVNeDp5/Z614fb0TvbHUn8J7en7Jwm38jhKrGUMG6XoK2u+/FJh6bNQ5IRt5JvCTT&#10;yNGvkChQV/T7csfi6GlxcFVVS6ZTKGjiGo2QQale6Fj/AJyMi9v+ItgB94b3o5w9wt8uuWttQjbU&#10;h0mmgZLToRlI61jlWoqa/KhrOvKYZ7N9A4hs/wC1j6OL0j5NybzrewtyVAkSmq6vHUMTRaP+AeXx&#10;OVppdUKlbkvIL6B/vPtypYqd6layIEoEWGTlrF5WMjck3HH0PvDaRbqCzvNlmb/GDO7jh/oYCf6h&#10;w6kvb0K2ek/EG/lQdWEVmSEkGLyVlWD+H0SImnReKpEk0dwqFjq035uf9a3ts3CivHNxqUBvpx9b&#10;2J5H4/H19khmaBliJo1f9inn5/l0YQ1ANeFcdDZ1ZGKh6aqvqXRE/JYWskT6r2BFgfaHiKxwOtvo&#10;oubgcaSbKCQL2P5PtdBbGQLMWyScfn5npYEqo6GrLVrPXrDGLDVY8E/VlBFgh4t+fYY7qmDXC6r/&#10;AF5I/DLb6/T/AIp7C++XPgW7qxGn8+B0+n+qvRtt+MHh/wAV0cHpvFszxy2twDxb8CqF7Xt+n/Ye&#10;wOzJVythcHj6gX4pwCTaw4H+w9wbd1kvHJwR/wBDE/4ehXApFPX/AKK6PHi1MdOov/U/n6c/T8+y&#10;e/KRT/ok3e3/AEz4m5vccZ/BqAPx9D7HntzCY7mM6e3h/J/8xqeglzgAOXLnHl/z+nT5ER5kH+LG&#10;3+urH/X90X07OckhXg+Q2t9f0kX5v9Of9f3kvtVs24bzs9iTpZ5G/wCOM3+DrEzdE8W2WP1Lf4ep&#10;/u7b4cSGPc/XWuMugyx12IsLwT/nn6H/AG3vN/aeXt+s9m3F7O7oDbLnT8x/SH+HqIDD4e0bkta0&#10;8T/L0Tr5zJSz/GfuyCoZVEnXuaBJLDhoQOdIvz7vsweZXCRJk5UTw0yid4mHMqq0bCMMVIBktz+P&#10;cAe6VnDfWtvtNzcltxlYJHSgo/hvU49MH/UehNyLYfV3ixw0yq5/3nrSC6062zfYvZ24MXtuGojo&#10;SsseVyYkklpqSkfMRU000sH3EMjRISBpX1G/sOK/ES71q6/JQ1KwRyy1Ss5WR1jiaZ5SrAWJZRUj&#10;n6n2ccvc0XvI237Zafuwu1IwP7P+FaedP9DrUcKVr0OtzvbjYtxht389H59zf9A8Pz6sB/vRtvo1&#10;cZtfITCurcfRUOShpHlqYqvIV8Mf2aTxTzxVbqlVJQMqRM2kM1veKi2/jdr00tZUT+VqfyMZlknC&#10;iSKNHYhdTaR/k/A/F/clbjvG9c12cPhW+iF4xVCqd+oM2n55cflgdBHZ/od35zkvLgDTCHk/3mdW&#10;/wCfv5eXQGZnu/c3cnYNDsbE4t6WGurKYGBY6FpocdPmZMOkssyU9KzyBcsFJ1ajp9lB78+TGxev&#10;IJps7uKkoWLyyLRyCfz1bFq6xidKaYL5Gp2QA/Qi/uGOYtmXaJJVlsDGpFKMR/S/oj/J1PcfMGy2&#10;8RKSKDp/1fh62DPhr8Wtwz7Xw9dmIGFNBQ0VNDlWaGOKkCUGEkWmaiGSM1RNGpMhcD1D0391Wduf&#10;zGM7msPW7d62xzYOKSoWM5WsOOyiV9MpkjeaGOXHxywiWFwACbgi/wBfcb3HMe3W0hha/SrHTo8t&#10;X7PX1/LoIbzzQJmKWlB3UzmvVk+1PjnsbAZuDc+ThbPbhow6UFe8mSoYqOGR4ZmjFFFlZqWdhPFq&#10;DOp4Om1vdaW6915rdubjy24cnPW1rRz6FJZIlMmm48SfshRpBHHth5VKUWgHQbuZzIRI7ZoejAAA&#10;AACwH0HtuxhP3kBqGvUeZLFRoAufUNK3H6bf19oSASun16KZCNLV406793b0cOmgDC9+LX/5bEW5&#10;J4IPvJmAMtja1pQ6v+PHoM7ZIQbED+n/AM/dB7VyXr5EPFtN7f8ALEG/A/FvdmvxaNtiQc3/AOBH&#10;0H1/3MZj/eefeaPsJdldr3BD/CmP+bk2f9j/AAdYz+4krJzRd0H4F4/KJD1rMfze1U9t4u4Ni5B5&#10;tYjbGzB9fyBf/Y+zOqTx/qT9f95tyOeD7liYAkgf2nl0CZqduj+38v8AL8uFeP5dUyzLqLj8en/Y&#10;D03Nv6n8f1PsN+1P+PH3L/2qqkfX/aCPwOOD7A3NY0bTc1H4T/kHQ65T/wBzbf8A0x/wDozfwjUp&#10;8oenXB+u76G4tf6pOeTcggkE+6St3EjdVUeLaeP6C9RMOR7xbiiLbnumgf6G35d3Uy339mv+k63b&#10;dsf8e9jx/wA2YgTb6/sofre3sD+15P8AcZRseQK6Afj6mnrz+Bxe/wDre0O7xBbCCh/4kL/x09Mb&#10;ecin8Q/ydKqiFiw+hIY83va6W9l1ma5ax+rkkf6+r2ScOhOvwr9nTj7gzA2vxbgf7Y3v70evde9p&#10;jL2VGW4Or1MePT+L/wCFv+I9hvmYBorck93/AEN/q/b0/CwEsRbievezf/ERDJFlEuGH3MAF+SQt&#10;LVcD6G/HtZy3bl2CjjSv/Hv+K6Lt6J+rjp61/wCO9I3fEohwsrn6Cwv+PVLCov8Aj8+7WevZdWUj&#10;ANyVnva/JNNVcfT+o9jPmy0cct3wanGI/wDG0/1f6sylyG8f78tw3A1/44/VcHb4WGgilcekSxjm&#10;wNvvKFb/AFHI1+wb31Gf4bVOG06RE34+vmpATe/+HvCXeA68vXCt50H5GUY6y0sUVron/VwPR+tp&#10;yI2QjC/m9vrzanqCeLf1PsmGdLSVLl+TqsT/AIqEUc/T8e8S/Ujic/t6MIwaU8uhX9pSaQifSOba&#10;f9jx/rf4e6AY6t59e98HZBwB9T/iPVa3Nxz793Gmo1PVmapr173kUi3FwP8AW5/xuefqfeuq9e99&#10;FQZNLf6kgf8ABtQ/PBvx7oxoyk8M9aYhQSeHXvfEoof/AGH+x+oI/IvY/wC9+10NfTNAPzPTDv5k&#10;de9gn3QNVFSlhYBIRb/XeosL835/2/ubfaxdL3ND3ayP2LF1D/uwP91EVDnxE/wnr3stCkeM/wBA&#10;VH/JPH9ePc2JETdXA4cafn1jo39uB/RPXvcVvqf8fz/gP8L829rrUUt4sZp06vwJ1730T+L3H55H&#10;P+x4v7Udb6978OOf96+nNyB/sT7q6K6lWGOvceve+an8c/j8/S4/H+x9o7lQGVvUf4P+L6qw697y&#10;C1/V9ef9iOR/S/tNjqvXvfNggF73sB/U/j8D8iw9+x17r3ta9caP787SYXBG4sKfzxbKUh/172Ps&#10;x2hgu5WZ8vFX/jw6SX/+4N3/AM0m/wCOnri/KOP6q3+9H3ZRn3Lbq2qn9ltu4X8D85Cb/Y/j3Okb&#10;FYlofwr/AJOgzY52O6/56D/xxek3jwBS5a/1GSrj/wAmJf8Aw+ntAbi0nBbrC6tQ7CcfU/iBv6t/&#10;h7auHrHN/wA03H+Hp7/iTa/88DdOlNcy0pP/ADrlv9L8tF/h7Rfc3Gz9mccDA0v1/wCog/Q+0tv/&#10;AGG3/wCk/wAnS7l78f8Apj/x0dd0P+fyX/Ub/wDG8HsoOUYhWFudXB/2K3N+fwLewXuv9rf/AOnX&#10;o2i/tZPs6cfaa/xJ/wB9xz7AV58a/Z0pPXvftP8Ah/j9D9Pp/tr/AI97/B/tf+fuveXXvf8A/9HX&#10;DrZQZiwUqpA5PI+iDn/Y+4lMZHlj50/z9TDJQHjjrf49sNTPpDlhewP1+n4I/wBcH35UY6SOm88e&#10;ve07O4I1A8gH8f71/vvx7VJC4rWlOrIjAGo697Zagj6fm97f14P44H9Pazq5697aqmKXRqtckXA+&#10;oF9RN7X+t/dNaBgDx6bYjr3tpmDALrVh6tQYknTa51Nxxz7t4iHVw/z9aqM9e9s9WVAYg6iSSSp+&#10;pYt/X/D36LVpxw6a76nTw697RecJNBUAqxNjxb/aWN/9j7ebivTFz8PDr3s3uMjZvjr18wbUseCV&#10;CbfRv4pVEf61/wDH2Vbk9bm008SD/h6c35v8S2Ggy0J/49172R/KQSrK7GwJP9CbEKo55+o/1/Zu&#10;pq5qDp6TJIskzUPaOve0zXShFA5mDH1MvAsClrgj839uRnA8j6derQAEUfzHXvabmcX0oWCAfltX&#10;5/F/xf2sUoApr/Lplwq5K9e9stcBZiysWIUIQbKpFgfT9B7Zqzy9g7eiq5YM5UDh172m65A9gyjU&#10;eA8ahbcWBZhdrj2Z2w4Fzg/4OmtIkUGTJ9eHXvbZFk8lRODSZLIQOh0qIaypjAVT6LKki83Uc+1r&#10;xQupqqlT6gdJ5HKPRZT+09e9rbBdt75266yUmXepZWVhHkdVfGD+0QGjqZHQi8IBH5BI/J9pWsbZ&#10;/wDQwPyH+bq8e4SxcHr9uevexPx/yZ3HKgi3PiNv5SAkJal2/iqeX7eyLo8rRsTJoMnq55Yf09tt&#10;tEEvwnvp5+v5dKo90eRu9VY08gOvexE2puHqLtCtqsbW7TyWNqFxtdlXqkyFJT08ctFEsrEpTwXR&#10;FaUm30sPZTfwyWKa43IYfb+zPSqF7a8D/oEaQS2eve0hk+veqMjPIMbvvC4uYtoamr6qrllDt9FP&#10;igKgiwBHtuK43RFRvpmKn7OkkkFk5BSZQfmeve2KXoHN1UZn21kaTctP9VbFQ1UosDwfWE5IX/eP&#10;ayO/uD/aWzBvy6YO3OQTG+ofLr3sPMt1nvXCvqr8BkoUs3reldFBBjFzc8amkA/1/ZjHewhZBI2l&#10;/L59NSWsywyAxmvb172oup4Z6LNVsVUjxFxS642uGOmmr5AbcDm4P+x9pbyZGhAjburj9vSiA6bK&#10;SClJMf4T172EOUBFbPcFTrIN+P6EfX6e18BBjWnQejVgoBHXvbXb8/gfn8fS315ubj2qU92et6W/&#10;hPXvfQ55Bvb8/wDE3/r7cqB5560e3B8uve+VrfUEH/YDjnk/Xjj37Uvr14+fXvfNeQw+t1sSPwCP&#10;rb/D23IRQUPn1uoAz173kiDK8SnlTIh4/oCOebH23UEnrQNeB697EDfIjfG7RPOkbdphdW/tCeb6&#10;m97e6Q4dvWvS2Wo8DtzpHXvYatrB4sy/6kD1jjgE/wBR7VnRTGOtgUoBw69764H0uoNyQf1f4WII&#10;Nh7owxwz1t1qtB173lWR2bSHaLT9GVmUni59SkEW/wCJ91IC1Yip6pQ14fs697eKHcWToykyz+Ux&#10;liI6kfcRm4dSGjkZlYWN/wDXt7pLGr0FOnRLItKGp+fXva3pM7RZPG5Goz1BHOlPDGw+wjgo3Bec&#10;IfUqcE2X/bH2kMZVlVDk9PLKrxu0q1A9Mde9pOpptsZFyKCoOIQqgJyU5nu3INmiQW55/wBb2qj8&#10;dWUMK/Z00ywO50nSPn173DxmNFPkYjBV09ZGrp+5CH0tZ72GtRzYf7z7teNWIqVo3Rvs0Gi41K4I&#10;697E6gQj8qORqFiSSCt7WH5PsLzMCaUzn/L1KtgS0a09D/z717286ToNxf08fUj/AAA+n19p6qGF&#10;Djo3jHeKf6sde9wx6bqfr/sefqObHjn3eqmpHDowQrp9Ove5qg6RpB+g/rxwtv8AH6D2ifUT3HPW&#10;jU5697zQpzzYEn+vH+2+nPtp3BJAao6UoVOAeve36gp9dmB/P+P9G5v/AK/tEwZNQKZ6OYIZEP8A&#10;Z5697FjblGQoNvqRbjki84/1hz7J7iRBKCWxno/txpNW697MXtj9KheSD/Q8m8tz/Wx/3r2GgpXL&#10;DoRWSEE1GevexxwlOJWiB/STb6tb8/gD8+0xdU1d3p0JIPhH2Dr3sd9uRGN4mH6SV+lubFRz/sf9&#10;59pWkJZl/D0dWXEinXvZmtmzhainsTa8ZNyLH1Q/1Nrc/wCv7De4rOY3NP1Py/1cOjRhIRUr1ilA&#10;0n/Yf9FezYbTZyIW9VmT66frxTC9v9j/ALb2W29PEb7R/l615Z9R0i88B4Jb24B4v/hIf+I/2/sy&#10;W1dQEdwf0x245OlIP9bjnn2c2kiaWWvmf5nH+D+fRfNTX+fRWexYixkIsOCSCWuApqA3+qI+vsdM&#10;C7MqIebhm4t9dCAMbm/0X/jXs+giVQjgd3Z/PP2cT0Gr1e+U/M/6v59EA7RciSssbRrLUCwB+qvK&#10;hA4NzY/63tQVNjBPYXtH6ib8C3p+o/FyPY52oMPDLHFT+2hr/k6DtwAGJJ/1f6qdFBy9lytMD6Ga&#10;WHSP9UvmiC8KQCT9T7aMKRotwAsQvcjjkWDfUH6+0G8mkjfOT/IemARj06FOvRiyGzM0iMVABAaz&#10;pqZBYEfT26VWoqrBrAmx4uHF0uFFjdv96B9gq5ZEkdXSr+XlQ/PPD/CRTpfCDXC56X21Vd0XQTpF&#10;9QA1EhjO4AsLNwP9cX9tFSsYg1K1mHptq/o4W9wLfQ/4+wpM7+PJjBz/ACHStGKjSw6MFglY+BHU&#10;lArgPpsLgysTbVq9Te0LXMAr6rm/1J+l/T+PqbX9vqKY6UDiKcOhZxq6mjKkDkkL/a4L/wCuAbj8&#10;+0JWvoLXvc3/AKfQEf4iw92bW8mOC/6v29KEV2yB0K+KjQwofSdRJIP5PK2/Sb/n/Y+0FlZL6rfT&#10;882H5/P+w9mUK4qR0YqOJ6X2NS2kX9X14Fzbj8f05/r7RtTMNDKTfluDb83At9eBf27IQpBJoKdU&#10;eoP5dLGliJYFV+hHI/Fgp5PAube2GZo9ZLc21C1+bcgjg/n25RqdvHplgadpz07RqSoH0+n1HH4s&#10;bEX9wZJVa39n02N/z9bn8j3dFfIrVumy+kHU3d1JCEXJ+ha6/wBf+KkC/uC8gBIZgQf0n+o/2I92&#10;BAXVSgHV1FQABTqSiE20i5/P+B5H9f8Afc+8LSIxDBtQsQTe4U/65AsPr7q8TeGVHGvD1/1Y63Go&#10;StT1lQFT6lt9bEDn8G9r/W3vErksfqf9Yc/jn6AfX3WUGMCg/S9P8nr8+nB3Cv4usoAP9Q/PJtY2&#10;/wBjYfW3t7oZgkkTMbJ6rBjwbo5Fh9AfZddxk2t1HTv7R+xh1fQXgmSncaf4eozpd1Kg/k3H1BIt&#10;Y/n3Xz80mIyWzEuSRJm9d78O1Lt9iR/S/uZfZkxm83t6jS4i0D/SLN/q/wAA8+oG98yhl29ie0l6&#10;fYEi6VmIuKYA/i5/28klv949kiriRIoJsSBdTy36Li39Tf3Pm4ywi2twHzVqft6xugosShuP+z06&#10;+4vkU83/AKH/AFv6f15/3v2H2bUSelNR172FfaL6cbjZArMI8mZPS36B9rNZv8QAfaa57omTizYH&#10;zNen7dwPFRj3MtB82r172+da1fl62yLM4lcbnyllBJbSuMpCDZrD6MPp7FNnIy2Gomg8PRXy1aB2&#10;+f8Aq+zpy+ql/bSNhfARa+Wqpx172TX5N0j5Cu2/H9xHG1RW4mnijYNrV5Zs4EchRbSDJ9P6j2HU&#10;dkjv5UhZimuqjhjP+x0X7lCLhrNVbuMiCn2k9e9smx8NJ1XuHA7iyCJkqWroKaaojRD44BUVEMj1&#10;Mi1KlB4Y6UkkWIB49w/zDdnm/btz2m31RXMcrgV4nSpGnt9S1KfLPUibPZGxFtLhqqCR+zPXvb/3&#10;fnHrt0be3diUgbGZeFXhgWKNo6imrK5yKuOyiL0qCAfqPZZ7fbcINq3LZLxmF3CxBapqpVMqfP8A&#10;Lz6WX17d/XwvZwl4mwSB6sB6+XXvah3TvfH9Yvtep/gxro8xQVc7S1KU1ShCzrTMV+5RgDaT8fQn&#10;8+yraNguebBu8QvvDaCRQApZTw1fhPy6a3XdbewlgaFl8ceR9Ove3zsB9pT7G2jv+PHsqZOnyUtK&#10;sTwh4BHlosZLrYIEOthew/HtDy4N6TmDeuXXugXjZA1Qc1jLjre8Xd1uFjDuCRkswFR9pUf8+169&#10;7CLcFHVb12Pla+hqafz4f7H7mAq7VtN/EMrDDD9xNGpJ80dKWXn9Hsb7e6ctcx2dpdwOBNqp5KdE&#10;ZY0B9NQr8+m90me/sruOxlDOAtSOI7lPHjmh/wAHXvaSwW7MvD1RJjcVVeJMCKmXL6Q99GSzjvR+&#10;QKVteQ8av68ezzddss7jm6Ce8thWagjOMlYhrzTyHp0Httv515dmicFZ4q48zV8/sHXvYmdc9gYC&#10;Xbe8a/NY2TItBiaYQ0kLwL4pErAjShJFaNTKjckcn8+wlzNy5uMO6bPbWNwIw8rVY6vNagVGTSlK&#10;HHp0d7ffxNYSOpqSv7KE8fL/AD9e9hVtbLY3cGYWlrYIIMZkcg9LVx1CR+SnopJyTIJdJWE6WsWU&#10;expue3Xu12Ru4pv8agiDoe6juo+ED8R+RoPn0W7bcpd3LeO6xxM2mjedK4H+Tz697yUlDia/LZjb&#10;2CMq41vuow5l8qwTPUilarLBE9CxlbG3A90u7/cI4Nv3nclUXwCGgWlQF1AU4ZNcdJ9wMSSmGwpp&#10;DGoH2mv2efz9Ove09tUris1ujGSPauXF5qgxhJ4q6wVkFPRCKIqdc080fpYWJ+ns35gnm3ew2W/K&#10;DwFeEyUFNK6WZ2YjyAPcek+3nwXninGmajPRv4fl8z69e9uuDya1OSajR5Mfl6WSRqiSuYyxz5Kn&#10;kjSSnjjsCrTVP0UngAg+y/cbaaHbBK0Ik2x2GkotCFKmhLedFz/Pozh3C2K+HGhBQitT+RPHr3t9&#10;2dmfuN1ZrF7myFE8FfU5GkkpZkKGOoqJFprwhg4hMeo6bC4P09oOYtrEGx7ZuG0QtrSONqqfIAt3&#10;fxVpn+fV/rUaSSO43GIRGTTpHHSwA/1fn172o63p7D46tydTj6tK6iSpNMFp5pfLTNONKLI5RBYf&#10;U2+q+ymPnm+vbW0S4g8OagJqooaen20NPn0/ccv2EMP1MMo0Ow4fs/Lr3sK4cTicHunIYPNxzGKK&#10;SRISXaNpGWmZ43hd1Y6BKy6gPqPYxlvrm/2G2vNudTMaFsVA7vy8sfb0RzW9tbSzWbyUcEUBPGgH&#10;D0oePXvcqTeMdHtfPbKq6M02SqJMWGrlSKF70td/Efqqmov4mC/X6f4H23a7AbzfNo3mOVnslWXs&#10;qT8SFcfh493Dpu43Nixs5AVcUqa/7Yefn+XXvfsLmaTIJmMHu2anStkWgGOqgiU6RHU1VVGo0xtL&#10;N5IUjC/6k/4H3u/2ue2TbNy2KrpWXXGKux4ItPIcWP8Aqr1awulLzWlyyiRKafnXUTivl172hIcd&#10;SvnKbH1lPJTzTS6JACIwFMOuNtAHF1AP+N/Z091crt8l3BJqQLjz86dF8dpbxblHFcDLf9A4697j&#10;1uIpsPuKkSrWcY15oxJKH0+grqbRIBwRe/tyG9nv9vlKFfq6Ggp8/Totkgjs9+hVhptyQfPHXvbn&#10;/Fsbtvd+OyNBFLLQ0cmPrhD5VdpJEZZGUuw0sDYf4e2/A3O+2C72u5cJNJrU9tMMNP29KPrl2vd4&#10;3hOqHz+YJNf9R697z7k3M+cyVTmq2KZaWrp2oaFYGEKU85d5oWl0WSQRxuQwAufbe1bSthawbbBc&#10;B5wwZuJrUAHj6np3d93+tuYfEkIhKipGMksST/vXXvYh4ap2fn5sLjjSLT1kO3MdDNVtJGsdRkIW&#10;hgkiBWPX9xPNNe5N7fn2Hd3i33ZlvJUuC0LzMStMqpDH/eQBToSxXlklxtawRgxeBEGftOa0b9g7&#10;uPXvbNvXHyQ5nFzr52xdBNTYuJWZ2KTx1U7IRI11CLF9VHJ9u8uXkP0V6kqKbuVHfFBxUDI889Fe&#10;536JvtpLHbtJbI610kUrr/zeR697tV+Lm9MztbZEs+IkplkmiipzJLT+YxpNQxx/VXUqxCj6exV7&#10;Xe5fM/IMm+XGzOpYyMtNKsyqyhT8Xl/qHl0Y75dSS3FvPEAVJr9nd1ByGNo8nCkFbF5okminVNTK&#10;PJCweMnSRqAYXsePbruvIVWQrJqitnD11dJ5p6hidDMNIYRrd3QOo/3x9pOad93Hmy6j5j3WfVfS&#10;MWZfhbub/ef9Vc9NwF57h5OLmvUxEWNVRFCoihVUcAKBYAf6w9nt6JzOzsJsXCvVZArXpSSeellr&#10;Hc6jPX2AhLBF9LX99YPulc0+wXIXtr+/N+3i2g5gukVpUklrUrJNGPDjJRPhYVrXjihHQWurVv3j&#10;fzC3kKsV0lTReA+XDoMN543O5WranpqVZKQeIU8ywoWQFaZ5y0hu3MikD6ce4dVmcxn6/wAcOPoa&#10;ynmJ8WOpqCFMjJ44QzaKkWUFXh1n/aAR7w95s9xds5+533G25d2ORUbT4eI21foqzfB/zTboo8OY&#10;O7SQsE/pfZ0qaXF0OBoBJNWzQrFzLUVVbOYF1SsFLLNJoFzLbnm5Hvhu34vb6eSDN4zZ24MHQUrS&#10;M/8AEVaZ0V1hp9TyRudWqa5X+gYD2Jr72n54gSzuN25XuonYvhkoOHnnGNPHpXDayTW1yVWtVHp6&#10;9Bhh/kj0llMpFt6l7W2Pk89KzLFQ0GaozUVDCF6plhp/O8jGKmQs1r2AJNvZ+fiLjK7AdZmmzdPL&#10;i3p3rxqqhpDls5XMbFSSCqOD/rH2E7vZ7yR7LZLS0aTdBIdSL8SalZl7f6RGPn60p0NeRVW3ur2W&#10;YURkTP2av9X+fqu758ZGlyHYG0VxVRFlpWuDR0X78o/3G0rKSQfHpdGv9fpb2Y+qjgnlWpjmjn1E&#10;RxwWuZHQKBZP0Fjx/sfcXc5xbtFZXe1Xuw3ECQJ4zTDt0I9fif4wuTj+QPU4bbuNhuFs0NpcI7g8&#10;V6CTrKsjphTxpW0yVE83gaGZCXJZtQCoyWvqNxf6j25bYyK0Fc0tTJRyQu5SWmeGJ5Qqyoxji8o0&#10;o1+L3+p9mvI3vjzFyBtbbG/Ki3+0zKKymBDpRtPczt3HSqcOHnQkCifcdomIC+MUJHnWn+r/AFZ6&#10;Q3yZ+NVH3PtnJQ7d3XV7N3QtLVviqqTLZSKE5gUNZBTSNDjRHJUQPUT+Tx6x+n2NpxsG58LUpgI5&#10;YpKWlqcjUxLF53p4Up1inqpjTx3hpkd0UsToS1veS/3fvcP2x2TnQc0Xm+2i7xvOmyVVmREEtxPD&#10;MtuI2YJrDE5QZ4AeQi3njaL+22thHquGeoITV+JHOnuPy/n1RZLuT5DfFPujB4P5GYbObo6/myGM&#10;2/tzdlNiJMfjp5Z9zCDHyVVdlXlqaiWTC7eqqh/IwLo2r2l9pbfSmqaozKHVJ50lkIaz1AkgMhRi&#10;v9sLcc/7f3lxzjz9tt/upG2wx3UFvakrONEkcd1FISsGDiZAQ5A/CRToJQC6/ctnZRBo786B4Zy1&#10;RGFp/vR0/t6EP5k/Ixcjt/bX92ZtNfkMFhcjg6VQsjR46al3CcWxiVljl8MzqpKn1cj3Jno6WSpq&#10;kpY546iLLtL4xKS0sK6nNUoCC0EZsCOffJb3O3+9ufdjfbvdL21l2+7SdX0w6TDcSXBX6aQ8TKaV&#10;qcdTlysJLHbLJJaavp11f0X0r2/bXo7/AEFVZip+NGw85l4Kpdx1WzsFmKoTyf5LLC+3Iqypqqen&#10;caIXSZ2APJS/B4PvPu5AMZjao10byxV9BC0PP3ErOTqKkfoSxta/+9D2Kvu0XL7F7z7ZZw8vXUdv&#10;KzfqK2lAviIvyr+X+U9Rx7xxXsnK+4XEVmzQLUsf4fiav8h69N+Oqv7x0tdV1NdSVcQpK+RYNFp6&#10;K2OmmAqXIkLSxadWo8c/QW9iTt+mrqeFHrKWSJGZBAGj0/tEWJ/ofV/T6e87/eXd9nO7WNnt24xH&#10;cwkhmUNVhpEZSvmuD+dR1hTts21czcv3SWV0k06qCNJzUa/8n+X8tfr5rZ7a1P2FT0m2M5TVOSpB&#10;W/3xbzvO0OUR6OSihl9KvBI9MpsrFtXtVtL9pPUQrIrxvKGewOk+gMLEmwszf094Zy2zbzzLBd20&#10;WuCRG7loSNCn0xkUz/Pofcij93+18FlfN4d1EijS/wAX9u4/wD0+XRON2UOP37i2zVRR1lFmcYzD&#10;CwO6p5Ya2qjTIsIogS5SCm/1XpJ94spjPPnKMxCSR5TMKkANpUpTRGKx503Iv/r/ANPZN9JDDFum&#10;6B1j2RPDJk8hUaBX7W7KZxTjnoNWXMUNh7Z7DBfTKm4Hx/DX8f8AuRn/AIxg0r5cehE607amfrPf&#10;WzPGrz7VG2/7tskURml/jmfr8nl7PZXnWMc8/p9vGXqJaR6FmZYbNJ/nE9CaUj+q25+v+8+zfZbC&#10;z5s2Sabb7We7vIyfCWF6OS0jA5/0qH5Yz59R1tEqDcJr+5OgvSrfkVqfy/4vj0EuwNsy1B3js+Kk&#10;mrdVNiBU0Yj80s4nmnro1jV0ka8RYMbc2X2h8tJEaqc1DxvSRxxMjoNMeoxr5NWrSLXt/sfeYOwc&#10;uXV9y3sp2uKa3355pFkDMdRVNWj4SKUweNMdSHyG9vFLt0kt0EdZ2Zw5yFq+huGTn8+jWbG2tnKr&#10;Zu34dk0GUx2/MxlMpjKyKdpJ6uSmoZC2PFJHARLFIEVr+r6e03WUlPkKqnlppYmF0jdITchBqsW0&#10;cXJP+v7kjYL3ceXOU93sOa4rlGUTESu9deuvajaiwNKstPLIyMy1ZbrAeZYyJR+7xpBkIop4a/Kv&#10;AfZ0YDrLd28+nerd47c7Lwu5KKsT+OZChyWdYutVNXSRWgpGrHlqBohjd1W2kr/vLVkIUSppqZW/&#10;chlSaQXY/tXZf025Jf6kn8+4L92N9h3fb9g2CO3uF2uK8hvPHkbUusCZWGupc0V2enp61PUpXT2A&#10;aS9jmVrNrcjV+HV8X7SM/wCo9Cr1fvqrqdn71zkSF8JuPaec21j0qgs9dLuCupqGqZoal1I+1eJv&#10;24lvpb2u4NvyVNDTtWO1J5RA8Ec3AmhMUZidb2/zoLAf1983/cnn2123m3cRy8sd3FFHIkkkdf05&#10;PFm1+uI/0/T/ACdSHyZ+pt7S24DR57l4fCn+r/VTo0Xxi2vNUbRqEzQnx9XVbjqaymgnUx/exPj8&#10;EadU1W5qWEtiQb+4kURpKg0UVpYYJnWSUfXyRuIzGBwbkewPRL7b594vVMd7dMHRP6DqX1/Z6f7B&#10;6ke1KNZGh/UL/wCTo3FbXvqpKOmfXFicalFNIbm1VSF4vESn0fjkcX598M94/tU9S/Q3/PqLvxax&#10;5tbgDj3Ft7FcjcpxoNNY/Z/m4/5OnIwavj/Vno1vTNVA+MgYuCTTK66b/iKJxbkEEC35/wBf2G1e&#10;TErG2hdP05sBa+n6Wvz7Gm2lRYKrMNef8329GcfwLUZ6FJUNZnf27yL5ImLCwtoYEN6TYWH+N7+w&#10;yy+mZJiULaTe3/BmTkaeRYfW97X9xFzhNKs3hxmikAV+ymD+fD7OjazBUqDw/wCL6sH6kp1hpacu&#10;w1Wbi/0BNSLj8WsP9f2CWfOjUltLD6fm3rjDHTzcWPuObOF5blS6VU/9AV48OP8Ah9OhbbldI6Nh&#10;RMoiGlr2v/QXs7gD8G9h+PZPPlHf/RJvAXHFPif9db5/BEWt/gP9t7kfkwJDeQQSNpuATw+yT/VW&#10;n+wDec3U8uXPdT/otOnulOqRGHKnVb/klvdGNOpXIq+ksfJfSPr+lgfz9R7n7amc79s8UR/UEj/8&#10;dJ6xO3WqWwPmuo/zHTn7vN+F0UA3FsOWcoIVyQYsRax8NQW+tuVP+H495x7Hfbn+757FZTrnj0oP&#10;4mr8NR6/5uoF3U7gdp3SOGBzNSWi/wCqv+r1x0Rb+YYKpviv3glArNWN1znVjVAS12hUKbAEkH3c&#10;Hnd74+lWKikVFpNQVpfIkXDJKjBmsSQELe1nO/3ZN03bbIecdwuJLY2+mXU+ooCiBx2440+zHGoN&#10;Rh7c7jLYwGeV/wDGY0Xs/pLpHWrP8Q+r+4thRbqzNHRU+Rbc0WQgGM/hUktfLFWVtJUxfbVMrFUk&#10;kJCqT/X2WDsP5x9D9NUGXhrtwUebztKtdIduYXM49Mm0kMVUVhaCoeMBnqaBoeePIwHvHLnOBNgt&#10;7W3tt0gnlTT3aSQO1/4/PA4eWK+fQxv57je9zguLyDSihc4rxPDPnq6sY2T/ACw++PkLuzHbw7Gl&#10;pOrtqrjceRFncXHk8vkESshq5HoY8bmaaaBKqgykvj8ugK0PJBPuoT5H/wAzbsjs77nBdd0VPtbZ&#10;s4liaKrooZc+ZGOcpTIMnRV7KkJxdfANIFxPGWB+nuN7nmrdb5UtZN9VV0hAMAVygwgHz49O7XtV&#10;pb3t9IjCLxYZFJbjqZhXzp5A+v5dW7fGD+XT8cvi7WndG1dtSZnsOtpHgy28Mzks1XeaWqfAV2QO&#10;Owtfla7F4uGXM7fjqYtCGaHUyCQoSPda+Z3fuDc9a9Zn8hlchMXd/wDLq2pqU1mWSW8QqJpQkRkl&#10;ay/4+ym9W+UHVunjCmfj/wCfvPq7bUkJJW+Dn7WPR8lVVAVQFUAAKoAAAFgABwAB7Z5JSVDFPS7D&#10;UqAAhjwGVv0qoP1Hv1veWwDJPtuuSnxUXH+HH+rj04iqnayajTrv3yLlkIJQqttCkXkAt+Xv+Pr7&#10;SiUl1Ur2npPKSAB5Hr3vPigqVcCMSwMqWLG5sCBbV+r6/n26pGoGQ+fRe9Bq1f6v9R697u5x8hfF&#10;xljbWGCA2sxWoN7clhbT/t/eT1nKl1t1oLX9Q9x7c/iPzp/q/aHNs1l7Gi47/wDL0HlamjIzk8Aa&#10;NR54BgUD8W592cfGCRF2FTMrKVP3PINgf9zOXB4/P195W+y7zWOz3xuxoNE+Ph/aTU/1cOsY/caK&#10;Z+ZrkGNtXZ/1bTrWW/m8aG7jxY1KNJbWG+i32ps0gG4AAIH+8+zNIQT9R9D/ALC4/p7n9gZIQyp2&#10;gj8uPQOvMRD/AE3+Q9U9vBIEv430Fxpbi/7bt+QOATb2HHaX/Hj7lFuRiqji3PKED8cfX2COaLaZ&#10;9rvTHGMKf8mP82fP7Kj3lP8A3Ot/9Mf8A6Mh8K4yvyg6gktpiG8KEMwNkJCS/wCNjb3STuu77nrV&#10;QFmVSOQPoKuYDgH8H8+8a4oDHuG4yzDSrRN/vWr7P9X59THfOhQajjT/AJK9bsm2Tp2/jjcWMMBB&#10;+g/4Dxm/q/PP+PsEe1IycTTEAACuiLf0AWlr/r/hx7L93MT2lvGr1dZlb/jJ6ptxRmGk1FR/k6Vd&#10;Ebs1/wDUn/Y8qST/AI3PsvRjLNaM3KkgWXV+Rb6XH49g15YzJPV+0E9CATKCUdhnpx94ZFHKm17f&#10;p/oQbgf6/wDtvdEJlVngyg6pqHGMmnXvaOzcB0y2ADXOleb/AOH5uQL29km/QyzwwGNCwp/s9KI+&#10;1o2PCnXvZuPiCwiWv8j2JkhJ1fgimqxx/UH/AGJ9ifk+2ZnjXSFNf8h9OkW6xyz3EckK1QH/ADdI&#10;jf4JwE4ALHVHwPz+/B/sQfdrPV6H+NRa9SgiWz8G+mlrL2BsTYn3KHMu3C85evokjBuDp7PtYenQ&#10;k5V3q3s+Zh41yqopP/Gom6rE+Slf/D9nSViH0wzUesgNZPJl8NGpJuUH6ub/AI9oPfmJeXG5ARxn&#10;haX9GrT/AJ+kCkm/PqHvBHmawWy2SW0uI2W5zh/iy6t6fwfPz6zI2Tdbe5lMsdwGj/i/Jh0d3rXc&#10;UeRydE8c8ckUpmsy20kpT1ysBY/XUnsoG49oZmCB69MdUvRJfVVKD4iNUcbXYkWPka3+HvCHdnXb&#10;L2aG8cxN6NxFdJH5UOPLoSQXUEjmESKZhxHmK5H8ujJqysLqysP8CD/vXsLHxs0s+mOJ3tYMgDFh&#10;6Rzx9fr7aju7eVQ8cwNeH+r/AFUz0tVgSQD3dcvfNsRWEFlpXsCTazcgfX6/Qkf7z7sZk1kM9D14&#10;spY91Ove86YyrjBvTycctYfgc8834t/vHugYPXgV60GXr3vC1MwJd4ypAsb3HILNcgfkfS/vbRyV&#10;qqmvTcjY7T173gWMsxsLL9b/AJP9Pr+LH2qhWQ6f4v8AV/gpx6TMGxTh172B/dqBMfSt/wAsfVqP&#10;N5Kjj6E/n3PHtXG0ZnSUfj/lpXqJfdZT+6EBGdaf4W697K7a0engsdPHI/IBH+B9zmisbmditEDH&#10;/V+zrHR2PjKTwoeve8RNzxz9Dx/xofXn3aEqsEZLU48cf6v9jpwYUV49e98b/X+l/wDWF7/kcj6e&#10;3ut9e9+/2P8Ahxx/he9h9fd0CZ1nr3Xvfgeb8X+tz/j/AFvx+fdOvde9547eon1WPFh/T6cf7H2W&#10;zxhGUBfL+fVCOve+a6W4IP8AsP8AbX/P49s1AyTjrXXvax6+OnfG0igsBuPCjkf1yVKLDV9b+1W2&#10;tS/stTcZV/4+OkO44srpTxKN/gPXF/0t/wAFP+9H3ZTn20bp2ezAgHbmCUuLWv8AxCYW5I/31vc3&#10;xP8Apw+TtEukU82I/wBX+z0GdvI/c10i/EJzj/aL0nMeCaXMW/52mQ4P9BGhtf8A3r2gc+n+4bdz&#10;kXB7Fl/ryPt3It+L+6s9TcAfhjcf6v29LI+66ttJ7hYt/h6c6U2ejU/X+HJ/j+Yfz7TXciK+y9ks&#10;tiP4DTMb/QgzNa1uPz/sPbcAb6a2kp2KFGoevT3LzBDOXb8YHyrQddY//P5Qf9N3+P5p4PZM8tbU&#10;V+uo3t/sV/w/qP8AbewfvNElvQxrrZdP9Lo9iUiaTHTn7ThFuP8Aih/3r6fT2BLlJHftWo6fPHr3&#10;vrUP6j6/4f0v/T+nutTo/wBr/wA/da697//S1sKqeS+lkbgX5Btbg/6ofQ+4z8OOReJp1M5RSPPr&#10;f49sU8k5Da420gj+y1r8E/U829+CIpVATXqhjXAz1720kPzewHN+T9D+P9h7Udbz173Dk03uQDc/&#10;6ksD+r/C359+6qeve2+pu4UXI9XA/wBg31sfp7S+cv8Aq8x0weLde9s9THqDLq/1QHP+DDjj9Puo&#10;6oeve05PEyuwvddXFwbc/T/H6D2oNDCo+f8An60y1Sh697Smcp2NFU8WJRzb/WVvr/h/vHu/ipUd&#10;9eksxFD3Vx172crEUZHxq2HJpsWwsRJsf+dtUf4fT2XXpBv7IB80b/Y6Vb0n+KctN/whv+Pde9kh&#10;y8GqoYEXu30FubhCPx/T2aiQCKajCtR/gPRRakqt1T+If4Ove0PkqbSukCxIP4/xjP5W/tyFtQHy&#10;p/g6VMdUjN6U/wAHXvaWZAptY/1uAP8ADnke1DntPDpmcdp4f6v9X7Ove2SvNmB+v9Rx/rf0/wAP&#10;btuRooOPRZH8B+3r3thqRcH6fT6j6255vfn6e16SLQClOtEjSKnj172wugBYn63v+P8AH+oPtWg1&#10;LT59F0yd/wAuve4chQEWBt/gBcC5/wBb/b+7KD0mC6uHXveNm4uOPxx/Uav9f6D2/CAJM8KdWjAF&#10;w3/NM9e9jp0GofcuZQ/Vtnbi4/16WK4vf+nsg30kohHDxR/l6Odtr4d3T+F/8HXvYY5wvDmcmqsy&#10;ulZIosSL2t/Q3Hswt82lp/pB0TnCpny697zUW5s/QAfbZvMUagGywZGsgT8j9Ec6gDk+7lFPFR1Z&#10;ZpFGJGH5nr3tZUHbW76BSrVNJkoTYMuVilyJ41MNJmqDzdr/AOwH9PaeSxinIJBqPTpVHfTLXgw+&#10;ef8ACeve1JR971yhnrdu4NZ5La5KHBUdNMdIcKA/nB4Rh/sL/wBfdTtaoSVc0+0/5j04dxOWeNR9&#10;g697iPubrXLXWqwmZpp2/VMsmMhiJPIsPUwsAAefbht3h/s2wemJLizkqpjav5de94n2XsPJQmbG&#10;7nxmOkKm1PlspF5D9RbTBA/Itf8A1vb3jTDipP5dNlImys4B+dP83Xvacqutq5PVQTQ5VSSofHCe&#10;ZbAcNcQi/Nv9v7c8TWFNKZp029r4pQJknr3tO1uz9w49rT4mtUWFr0k6jQdWlrvGOCF+vv2peBOe&#10;mHt5ojRkI697YXoKyJyslJUIRcvqiYAKCVP1XhuPfjIrD4h0nlctg8eve8SrIrKWRgvkCC4sQSQf&#10;qR+R72Kfn1SPzx172u97qwxe0gQ1n29Ssf7Nv3pQef8AY8+2bf8AtH+3oyb4Yv8ASj/L172GpVR9&#10;C4PH9r6f6okfj2u6r1730L8X4F7liD/jbk3H197HEdXPA9e98rkXH9bD8/W9/wDW+vuppn06p173&#10;yP4X/Y8fm/ulck9N6iDUde9qfHk/wHOkf8q1NcH8/wCVj6f429sEfrR/b08v9lL9nXvaGJ/31/Zi&#10;OmCeve3zASOtfTgOQpmQfUgcut78+0l4AYmxno72Nm+oA1Yr/m697GKlVSVCsbqeefrYx3uB7CU5&#10;AfK5P/Q3UtWNCiH1A/y9e9vIPp/2B/P+AFgP9b2mbiOjiI0cDr3uDJw4P1N7f6/J/wBe1v8Aifbg&#10;whqcdLFBoc4697m04uLgHkc/m/0/1/aWRy3njqykkZ697coIWYiwP4+lz9D9eb29pGZRTVw8h0pj&#10;j4HzPXvapxlK3Fr/ANALf4MSbm1/p7ankwWboVgcevexa2/TlQPSQf8AYk8ma/IH+9ewrfSkMAD/&#10;AKsdGEWMcB172Om2WEOlXU3/ABwDxeUfQkMTz/vHsukqVqOHQotahscevex222w1pq+lhfg2vdgP&#10;rx9fZVKO5z/q4dHsXr172OuCfU0NxwXULx9VFvofp7orkro6ObI5P+ry697MnsyNRNTcnlk4PN7G&#10;If0FvYfvpFSNqnPRywqp6wzDg/j6c/7fj2bbZ9gIQfwALC/B1Utuf6D+nsnT4n+0f4G6TN8Py6RW&#10;e/zL/wCs3J/ppk/BNuf6+zHba/TFc34T/W/RBb+o/wB69mtt8Sf6vxdIZOI6LFv39FV/hq/PP6an&#10;8cexvwYsV/B0x2H5JshvzwDbj2LLOYG3h/gAbPyyP8OfXogvQWZ6ep6r37Upz9xXj6s1QQQTx9XY&#10;jV+TZf8AW9qiWPVTTnk6gf1fQhRf/GzEX+t/p7F+2SgGMedf5nH8sft6C10pDGnxdE+zwZMtSHi0&#10;ZQAqRyA/1Fjc8qf+Ne2PGvoiljsLftsSQT+PUPx7QbrD/jPiVzUj/N/q+zpiOPCevDoYdfnioSS1&#10;mimdQODbWoub6rcqD7eZXvGFUAm7CxsRYaLhv+Qh7At8g8bVLwoOHHzp/Lo1hQ11Vx0vNrB1RjGR&#10;e7XLFrA2LMRa5sWbi3PthrCmhfQoY2UWUfkgcH63Nv6+w7KZFklQykr/AKjw4Y6fauphUnowGBQO&#10;sUgRbgNfk39BkXk/XkH/AB/4qgq8NzY6f6n/AGCfUfkW9uSSJQhhmnD/AFf6vt6UgZ6GHBxNdCoL&#10;aWPJsAOZLj6/W34HtB5Rx5HDm/AH045/2PA9u2woi6el0AARadCnjkLBSgNi39Rf6cn6WJJ/w9h3&#10;k7pfSeCT+P8AH6X5+vs2ik8TJNT+3pUG1Y8+l/jEtYMukrbj6EXF+RwLfQ+0fVG1/oNV7H6W+ov9&#10;bfj2zcOzy6c4p+Z4/wCXqknHpaUSgKpP1+p/wA/x+th9faencktz9SedVufUNP1/4n2rg/sk/wBX&#10;n0yenQLZrkf6n6D8WU3/AD+Le22SYfq4PouB9RyDbn+vHt10fIHTMkZZx6dSo0FrH/VfW3I/Dcf0&#10;t7bpZhJq1fUgni9vz+b/AF/4j3oTLHQLmnTiDQAAeHUlITx+ALf0J/A/T/rf7z74eQKptY25H4sT&#10;b+tj7rb51Cvp1ZqGhB6ySJcqT+dQPHJt/re/RSNYX+v403/qRzc3uLe/TSq40JXT8/P/AGOrLitO&#10;uvEFPP1/of8Abk/7H28x+qLWeABcCwv6i9v+I/2/tPHh9HSqH4ivUZ+Dx9Tx9TwQFvwbfgH2Qf5q&#10;tfO7WX/m7lh/if8Acdt8/wBb8W9yj7H/AAp/tf8ArN1jx73/ANnsP+mm/wAEXSqxn+YP+uf+h5D9&#10;f9j7JBlyPMjAEiy/1ubxr9T/ALb3PF7/AGEP+nb/ACdY6w8G+0/5OnL22l7j/eeAf+R8eywAk0HS&#10;kAk0697BruWvNHhcSUIAlypiYnkW+zna/BB4HtqYaXgFPxDq0dVubb1Lj/L17249U1P/ABj2skBD&#10;htxV5IX/ALVlASp+vHHs+iNdpXPG4P8Ax0dLN1DAQV4av8h697Kp8lFq4srt/ILDMYoavEykBWt+&#10;3WZuX/FRYD639lCORa7mFNC0jr/IdILwNGbBxUgSRn9meve8dbnM1u/auIgk2tmFFBjqSkpspBjv&#10;HRzUUFOxvPOjOZp5DLq1cAr7hSKws9n3i/uRu8JMszMyF6sHY1wDSgxSnr1JcLNPt8EzK4OlR8qU&#10;r69e98sdh8buPac82SzNFjMntOqo8Vj8bkKrwPUUgR6mQwUxV2crKxUMNNjxb3q6vLzad5hS32+S&#10;S0vYnlaRErRq6QS2MGnz4cenGmFtDrcaeIFccfQ/4OHXveSXbGN3hDjKKv8A4rJmEo6lsYs1QJKJ&#10;qSPVNWNHA8c76UEd7rYKRc+2o93u9je7uLbwBZF1ElF7tRwtTUDz869Io9r+rjN1IoMp4V9K5xSp&#10;697wUU2RzOKoOtpchi/saCOePCpIXMyIZXy1X9y/q8jmcejRGAB9f6+7XCWtjeXHNSW031EhBlIp&#10;StBGtB5Y41b/ADdVdtDJamYFeC+nkTXj/wAX172peuOut4YCpqdp12Mq2pNweEZ7IVFJWPRA4lK/&#10;JYw0s8sKNCTJMFfUramsBb2i5w5t2behHv0d0ovLevhoGXUdeiN9SgmuFrx9T0q2bbZ7KKRQrGY0&#10;1FsniaevAN/l697TWWwG39r7tzm06hJcfTZaPGRVhq5IYaR0io48hF4l8EarZ5bm6G5I/wBf2YWW&#10;47luuy7ZvcLrLPC0hUKCWFW0ZyfTGeHSU7WYY5kqBM9MH5fL9vXvfLJbP2ht6np6Xbr5HInKySw1&#10;kENZBVERoFlQyRxQR2RmY6bgjj3S13vetzklm3QRR+CAVJUrnhxJP59aXbooIATWvop/4rieve0h&#10;unrIbWrsFl8dWiKjzFVBTfw+SaQ18EvhWomdwlPFCsTlgFsSQfr7P9n5pfe7Tc7OeAtLbRliwA0E&#10;atIpknHn0hO3R+KLuDAXNCfMVqaDr3tHLtPI0Fa9RjMtDradqmoq456k0tNGz+QxVbRxqVeFhd7g&#10;gezv972t3CsV3aFVCABWC6mIFKp8m/D/AIeitLSl2AklGZq54VLf4B172qq+mw1PLh87Vx1C1lKc&#10;dSS18BiixVVPAxrHcFlDySzSqXJLeqP68+ym1kv5hd7ZAyfTsXYK1S6g9vcMgKBj4cHo3vbZGmtZ&#10;mUeKpVa/IV4j0r172zz1u2oauaup8RuF6msyEkpq43pWp5qyokMolp2QahTPIAyi9yvtctvu7wC1&#10;m3G1FtGlAndgAUyDitME9MywxkE+C1Gk4rwqfPj8PXvfDJ7KnqYYd14lp6SsGRp/uaWuklaonrZZ&#10;HqmqKdYYf+A4KgG7A397tN9giD7TesskXhMFK0oqgUANTx6T3WyxhUuEajKQSD559Ps4ceve3PLN&#10;nqyNp8juChoB5EaenpaqrpZYJ1Ysi1q8jyL9Te7af94TWL7fCot7ba3lFDpYqrV+YPp/LoyF61xa&#10;QQsw0pTgKU4HOf8AY49e95K6hlraXEZLJPR5eCjjeJK3CKfNIJpdJarqpEJnfWoCkm+kEe92tzCt&#10;1cWEQNuSciSgGASKAcP2enSe5tBuV9BNIwKqGoVxWvz/AJ+fXvcbMChkyWbik2xlJIGkoQ1R9nCa&#10;oBYkK2qmQ29Vl4H6Rb3bbUmSKwY73ArANgOQuSeA/n9vTZtIxfSLKKqtPMZqPI1HDzr173Ky2y9t&#10;ZeqzkkUmQxuaoxjyDW1UUdE/niiWyxpTtPxTR/4epr/T2zZcw7ptke1hRHNaN4ldKknieBJA4n+X&#10;r0kn2WL6ohSfEHEg/LFP9X7Ove8jdSZrcbPn4a2jallASlmpmqdUjUirSTeNxTyAlGisbEng+6jn&#10;W12iBNue2cMSah1XFTqxUj1/n0uutlE9v+8/ENRw4j5GhA697S+b2bnMZiWOSqKHIUVC0s0U1JHU&#10;y1VTI5RZIIp6mBQ7wgi68afZrtvMG3y7hE9jE6XLUqHoEAHAsoY4Pr59EVzYubZronWR50408uPH&#10;PXvcrFU9JUUsM0208rIURY4aiWggkhDxooDyM6XaIA/QfT2nv5LlLiVF3mLUTUgOa5PAUPHowgtL&#10;eVUllhYMQtahf9VPPy697fcptvF1uLrYa5qSlWnx8mRpI6cJTPFViB1iSc+EhkQMQVUXuOD7R2W4&#10;3dnfQPGsjOzhTXuqNQNRnH29am2qxYukzDQVqKU4nr3tK7R2Th8nHMKzduM268VTKIK/J5KSjgLo&#10;KZY0WRIHcks5kFv7KE/j2c77zDPbtC1tslzdMVBdUUOadxY0rj0rWlWGOksGypA6us58InDFjSmC&#10;B9tOve1TSbYqcLkGpodxYLc8c9Q8qSU1RUZOF6d5REa9DUQJaypqDgf2v8fZa++bbfWMhuNlurWQ&#10;KQKhI2D6aqrEE4r8S/Lo/sYbSLxYpYmlZmrXiQPka1/yefXvdgPRlKYNqVdpkZVracaVckBPtUB4&#10;sAT9D9faXlWXUu4vmus4PH4Rw6SbqqIYkWoQeXXvaz3ax10rRrf0Nb8j/OL+VtYj/bezxv8AcOP7&#10;f8h6pt3xT0/1dvXvZh+uUJ2vjme4ZoWLXP8Aqaiot9bfgfjj2OeX7uB9q2u0LTa6N+Lt4t+Hoqr+&#10;pQ9cWuBcW4/qP969ijjczNt+vpcnEqTJTee4K6z+7DLTC13QD/PkfX8exzy3u+6cpcxWm6bftkTN&#10;3fFDq4wsv9H+LpBeIwUGn+rHTXk8bBmaCegqWkVJvFrKPpceKaOdbGzf2oh+PZsB/MDxuPxowUm0&#10;6zIZGxV6hsZiqrHHVL9wnlE2aM1hE1v0/rX+gv7y251+81vO9XUO12+1QW8pr4haMhPgRloHmkHk&#10;fzNfLoln+oeJ9DOE+VR5/KnVW24/5WOyNzdhDeU+/d5YSkikSWCk2xuavwtajfwuOgltU0lFGseq&#10;SIMNP9lnH9r2Jfx/y28N99WVSY6kFbVZWbL+rGUcxahDZuskhP7c0rQkxxEAqTexHuSvuvXnK1rz&#10;Zum+8yb1tTymNCA7IXXQZBUM6gAUI4HgR0b8qTXtZWbh8y1OPz/1DHWP5YZLo7qLufYO+O093YTY&#10;+IwCo9LU7y3FjMPhczJ/BYMc8MTZUw01bPSrJG0iswszK39PYibd2vvXZOZiTcsGVNM8lPLT1VWK&#10;0wmQy+aaMyVIUHTElrD6H/D3kR95Tkfkf3n9medYeUlsRvy7fctE8HhguyRGiMYVYuG00UfxUyM9&#10;CHYuYzY7kbZTRlYsQKcGPoD8/wA+mR+9vjt3NhKDeHTO7Ou9xT7cyf3mWpdoZTbGRqnoaKRac3TB&#10;z1Ol5XJ0GR1BP+PsYl0U9RGY08kVYI5PNoR1R52LlRxfVGf6H6ce+CY2nmGTZ7y+vEaBtukkt3R9&#10;a6/pwFb5d4/i+3rIaxli3eyhuNakgD1z2j/V/PrFLlcBW1cePjq4KmrrIKfJ08VPJGamnWvCCDyR&#10;6rqsTnSdPOr/AGPtRYvcGQwtRPFR1ksIqKWQVLiWUQ1FHKyhqU6ZU8itovpPp4595Ofdm9odn93t&#10;0g3D62K1fa3W4SIU8Xx7eS2PiaArKqEuEZq68gCvRJzY0Fps7/pgyK2qmOOhvUH06Kd8kNgUm8sR&#10;UbbzmIocw1YJoaSepoYaqeiNXSZehpq+nqKqinlpqmm+7JSWNQyubqL++e3N6SfeZyir5Y6GKZsn&#10;JBLMRCsmuSKKOeEtMb61uVI/p/h76vXntds0PK+27PBCznwohK8fbI0vg+G8pIBIkNKk1rWhrXrG&#10;U87Rx812tslnVhKgwo4+Lpoc+vrnopvd3w4wNds7qHObawtRuPI7Yl69pchR4qGOulX+EY/IVdXR&#10;V0C4tgYY5mRZY5CB+4L/AKuVFQ1/28kVQ00c4eLTHJxIs3mZGVyzGzGRUuLX598d/fL2U33kz3C3&#10;VWtbo7TcXr3KStrNV8V9FGUUBAIDrWor8h1kLs18+7+L4ULIVejY+Q/hr69DHtfc9JktmV2yqnEL&#10;t/I7ZpJtvJiZaKnx0kWMoaFaWVvtlLNojLFVIRUBQ+xbxW0oN546lo4GX7svBWn8Mi0zEyA2hl02&#10;U6vrx/vUGXPuLvPtrz1t+9yrKsCEoeP+iFeHemfLhxp+ZRz5t95f8m8yWUIYyaHH4uPhmnp/s+tO&#10;i15bKPtDY3ZVfjjStPgqXMjHhwx+8MOHq3jU6mjFV5nSwuw1i/tebiWKgp1gjaRRQ3hV5GHjYsVI&#10;DkBbvdrC/wCT76CckbnY+5PM218w7jKtb4E6VKqQHCpw7h+AEcflnrlx7abNumyTQm7m0R5rlgOL&#10;1p+f2YGetczC7lTubszJDM0FFLkd75JazLUFHRwQ5aikoqZYD44/8pelihijLyj1EqPbN19PRZzK&#10;UxyxkSKqSeWVNaJ4ZIKaqKLL5WIRXMS8G9/cV/e+5X372sZN55MZvppzojBDMwC/SI+jQAKlpnOK&#10;Z+fWdlht+0bhydfRiFS1Y+8acjxGpQ/6vl0bDsHpDZ2y5NwdZZBhS4XAzUCbQ3M00ELZinmWPL5S&#10;abLGkhevSmqKgQakRfF+n/D2pY6uOqhkmjbTUIVDKXs5u7ryASRqVf6jj2p5e2afbWhhuoTLsF5X&#10;QWGpP0gdXc3awEnCgIBPWFe5bXcQbfamWUPANeioro1OvCvD5+v7eq4KyiqsHuqkx9RjZKOjyRlF&#10;RXU1M1PQZE0VAsyiOQxxib7SSYIbq5SQ+3LLYeGvx3gkklEza/HJ5CpB1qzHgM17L+Pb/JPN9zyZ&#10;zKdysbO2O2Q6ax6B+JHAoAUUdzVGRToOWe4zW11bwLCSrE08xwr/AJemnrDtLK7B302+aVMZVx45&#10;qaSvoK+kjrEqYzS1NBEjRvNFC+g1BPrb+nsG8zth6A1NM9ZWVH3cYiAFXNJp0WcaNYGk2P8Ar8e8&#10;3Pb73h2jnVBIbJbOWDuJkEaoxJ00U6zU5/w9T/Z+GlrbTmBFZqEUCj5Z7c/zH8urXOifmdie0KjE&#10;ZP8Auls/a02x6ybKT1Em3cNQQVArGkx7eRqerkaX1WJ1lRdrc8Xz0GIGEi8MPnkR0Vy88jSuDJZz&#10;62AIUX4/p7DO7892PPrGDx4olguXUJUAuFJQVVWYNUZ4AHPUt7FscUm0tcylNfdj+X8PQDdnfI+m&#10;+TWYaoytTgsPNhczW0EWJxSU+LjyUFA8tDTM9FT1ldHVNOkmo3/zhB59wa7FyVlTHMpXyOVg+pWy&#10;liwdiEPpu4/2/sN8y+6PJ/J1rLtW57ZHc6bTWBoieQE6xqGvyBQ0x/l6vDuKziLalz+tnHn8OOhc&#10;6v7Ghwe3ZtpUu33q8UgmqKbJS0lNUUjZyWKlo3oo6yRxGKlI01FAuoJ7U9Jg56dqaStyimKBY0aI&#10;1U/oVQumNdagDSFYcC3Hvl7z/wA9bZve6cxJy/yp4bXk8zofAhz4kkmTo+TJ51z+XWS3KEB27Yki&#10;8LSZIx/xqNK/4OrE+oaSoTblBlq6sio4nEGQlgjklganV6DGVIiClVRQNDfT0jSAPxZzkhoY4ZWp&#10;Z4pqgV97LKZW8IBCG5UC3H+HPuKFk5gkuLdNzsZIbD6bTmPwxr4n/CeNfTj0JrMMqMSO1jXoeKeq&#10;wPhlWgq/ua6pb7tj9w1QPByvIIVrah/S/HHHtL5kCQkDkiQAm5HAlk/1/r7ILskT/L/YXoxi/HXh&#10;Xo2fUZNPi4C39qjXTcXsWj/HC/pPtA5pmCsoAHpUXA5NrEMeQCfqL3Ht4OsdkGL/AIj5/bj7PP8A&#10;OvRlAtSoJ6MTsumFRmVcp/UA2Gka7chiDz/vYFvYYZFtMMpYcFgCOb/U3IHPPHuLeaHMs693qf8A&#10;jtP8J6N4UoQTx6P51xAI4o9K86ABa+nnz/T6DT9P9h7BLccqNI3J1WOnj6kJBa4/HI9h6ytJEdJd&#10;P+D1/wCL6PoQyhD0ZDHv+3Ycr+Tz9LyC3+PsmnyllH+iDeTA/wDKPhSbE2/4+DBjjn2MuWowOYIA&#10;PJz/ACQ/zx0DebR/yHrv8v8Aq4nSoob3jv8A6k/0uP1f8V90eQyxrXCWUkIJG1aeCbAjgfThh7nP&#10;ZI7cb7ZNdzrFbE5dm06RoP4usVt8ikl26dIx3kY+yo6dfdgPW3ykwPUFBga6kimyuRx9Q86QwGiq&#10;o0YKSglifI0siqQ5B5HPvJif3hsuWrSxXZoY7meE1DAJJmnnU9AXa9taV5BMhYEZpX1+zoNezurt&#10;vds7Wz+zN0tWfwLcmKmw+STHz/a1bUtSNMviqNEgje1rHSbewv7f+avcPZ88t8qm3ca87/bLgTlc&#10;PWpHadIjUyw5uZD+1ILlf7QB9g3nj395q5vht7Ofc5IoGorJqZRp0svwI2n/AFUpToRWG32sSTrG&#10;iI5DcMca/Lpk6u6C6t6fxMWI2Ztqlhji+lbkkhyOUbhL6q6aESgXjBsulQfoPp7KNlszkMvVSVOQ&#10;rK6vqphqnrqueWrnkZ3eSUtNNK8rF5JC1yfyT9T7hy7vpbkgm5aTP8TH/L+3/i+ja2sgq6wxPrk/&#10;4SOhlAAAAFgOABwAB9AB7boWDHSA6KiklpOC7C62Vri5ccjn2rhmhW3dDaqHK/FpX+H4vs/1efXp&#10;CEJjAHxde987m9/8b/jg+0fVeve+ROplH5Yj/XuT+B+Le9EUU/Z1ojtanADr3vKLDkn/ABFha9x/&#10;j+b+6xgjUD8ukUqNgefXvcugZhUw6fHYTR3JBP0K/nn+vu4A8RKevSGRamg697uxxZtjKZ5gxjTy&#10;+heJDqmexN+Ddufr9PeRySJcWVr9A3hN3emO7+j/ALbPRNagQPZEf0+kPVC1fUr+ov4rFuUusINg&#10;W5HFv68+7QvjGgTr2iZUdIr1vpcfuX/jeWub/Tlh7zR9hECbNeNurJJ2rT/nJNx1fb9vWKPuHcyS&#10;c2XquudCU4f76T/P1rI/zaJKKbu+GJmV6keALdkMCk7S2Yygpf8A1HP+vb2ZRJ0Kgi0Ya/8AnACx&#10;sT/Uix9zDNPc7orJtsZCfYcmv9GnkPXoETbddVYiUO2ODN1UDUpLUSskcM1QItFzRKRAp0i4ZY/q&#10;OP8AH2G/aU0I2TuNJpoowcVVWcnQFULcszfUAe4t513iPluzuBvG6iJmBoHJUn/e/Xj6nHr0PeT1&#10;3eK+twLCVgGNe3V5H/J6+nRn/hHtutrvk71VNiqevyEtLuuhlqaWBJKjxR+OoUvJGAAqk3Oo2490&#10;Tb839sbEbmyEuR3ht2jaHyRNDLlaSCdilRUXQKZLlmIPB94yXXux7f7I00su6x3Mis2pFlic6vSj&#10;MvDTp/Z+c4SQ7tdpGk+zTxrTiyGn2kHrdQ27ja2HCUNPNE0MohhLLKNJjPijFnUm4KkfS349lD7Z&#10;+R+0hSfYYXG5LOutWT91QnH1dK2mGvhDo6VZYpq0t9OQ4/r7jDmH7wfK9872237TNHTOomGh+Ifh&#10;c+qnHCh6Ee08qRuup7xY2Pq32f6vy6VNLTPBcvIHNiAFBAANj+Sebj+n09gVh+z6zOGWVKF6WISS&#10;WWSFUlRQUfRIUnKiaNZrG/5HsN7X7m7hfx3UUe2D6cu1DoU1UgBanVklTU049G0m0mLXEtDp7agY&#10;NMVGOBpXqZ7G7ZEcWZlSedjKpsWAsfr4WIsQ3JD3+vsf7DuzXVnLJOnh6j/pfwr/AEv+K6K3tSmo&#10;6fPr3s52xOu9tVcMVXU46nqkZowfNBTTW8oAFxJA17f649r5rtGs4/DOpgv+b/Lw+XTsTdqoEqR0&#10;kc7l6mj1RRMqSaHdSdQB0AkgFWB/I/H49mnwWydu4aD/AHG4ykovLZmMNJTQcKHX1GGFDezH/b+3&#10;9l3X6Cf5n7K+np0YQ2QmAK4/Z0XfcW6s1kWaOaqeRIiU8Uck5Vi2hwRGZmU8ge1bSU0tG4loaupi&#10;nF9JSeVVPpIchY9LcIx+n9fYgn5o3C4upQq6rd/OgGPt1dGdvY28b6PpV8T+LStR/tug/wAlDj8p&#10;SGnzeOoKmluvmgq6SGbnyI8Yb7iN4uJlVhf/AFPvnH+6Y9TyzIA/3CzOZQ2oHxghiwOg3/V/hb2n&#10;m2Tl/dqfvK308cHQOH+mT+gn+qvRrLLukagW25eAn+ncD/jI/wAnXT19fi1qBRCGmcmI0L00Twsm&#10;m3nN4mS2oSH9H5vf2I238LR5LBZiKpgpWjghiYxSQxNcPUOQTGUKnUFB5tf3HnuHyh7cw8vRRNy2&#10;j3S1/UEcPm6H+0MdccPt6kH2z5juYbqWxvp/HuVp3VLcdbfEx1dvD/Uegvruy9+4fs3aMVDncj9n&#10;m6yugmpnrcg1K/2mG1AGEVYX0yueLNa1/YL5rZ2B8kkiY2EamYfs09OLqPx6Yhe/vEPmH222W9VR&#10;YgQk/wClX/jsfU+W18txIcU/1fb0fDbm86+ojCVwikbSp1KJNRvc3byTsfx7Sx2pi9LaaMIAWJVo&#10;4tQH5FzEbD2Arn20Fi/gR3HiLppry/8Az76edP8AD0oSRM1Ga06XMOcilUGyrc2ANlvfn8v9fbBX&#10;bYooo5dNMBYP/YiXgAsB6k4+nPsln5altqaVyfz/AOff9jpwSK1QD/q/Z05xVccluRzb+lv6fUM3&#10;sI9w4eKIy+NAv+cbgDgjz/gKOTb/AFvaObbmWMqyvX9v+XFOvNpK5HUu9/pz7DeakCEqOCbiw/rc&#10;/wCHH59s2sRWbMfbX9v5f4emq/0evey/96xFMTSEH0+WnA+v5kqeAP8AD/be5u9tVrdsreaN/wA+&#10;dRP7qD/dYlfQf4T172Vdfq3+t/T/AAf/AB/qfc2x/DN/pm6xrk4Q9e94gTpW1+Q17H/G1/6j2zbc&#10;ZPy6UtTW9OFeve+H5H+vyRfn2q611733z+bg3H9eP+J+vv3Xuve+h/yPn/H/AFvfuvde98hwyg/m&#10;/N7kfkX4/JPtmf8Asn/L/COtHgeve5K/T6/4/wCxsPZe6FSUbqmR172sdgHTvbah/puDCn6/9XOk&#10;P19u2Sn660xjxF/wjpFuH+4sn2H/AAHrpv0n/WP+9e7J89KDuLZYYGxwO3z9DcXrpQb+q1rn8+5v&#10;Re/bT/y7xf4egvt6f4huB9JW/wCODpOY9bUuZ/r/ABLJfn/m2h/oOfaI3GNOD3goIH+/7ne34I8B&#10;HP8Atv8AePba/HuH/NRv+O9K7If45Ef+XVunGl5eiP8A1bU/17nxH8j/AA9pftt/JsXZDD1W2/Sf&#10;T/GRrW+tvp7taRk7I+pca1/2et7SuL2nDxx13QgCpyf+NWD/AOq8P1/2HsmORClkte9mvzcfX/Y/&#10;gf7f2DuYISJ46nFD0KYw3iXFfX/V/Ppy9p1xZj9D9Pr9Pp/vP19hVo2XJ4dX697xWFvp/a/r+dX0&#10;9sf9A9NZ/wCM9e9//9OixOs9v1lMxp96bSqKr8QQ7gpZZTZwABElIz38aE8fge4i+ocFf03/AJ/5&#10;+pj11CUYft639782sf8AXtx/t/acq+oMzMpFFHHWi1lakjq6kN9Lcx0HN7f6/t36un4W6qXc5CMT&#10;+f8Am679oLI9W7qpi6thM0pXUW/3G5HhTb12NELKb8H2tWaPQX1DSBk1wPt9OlRhIieX/QkHc3kP&#10;tPl16/tGVWz89T6hJiskjJyxNHVrpX+tzTAaR+PexPCRiVf2jpMXhNKTLn5jr3tN1eHyEKt5aWqj&#10;IJN5aeVSbFvoWgHA9sMyF2yP2/7PTDBQT3fz697TU9FOhOpJgDcXKsB9H5BKKT7dYliKqK/LrTV4&#10;nr3tlmpnOv8AUR9b+q9yX/wsSPd2YAQUI/1U60xFFAI697SOdiZKWqQk3CScXN/0P/txb29UMajH&#10;SaU6qmnl172dvBQn/ZZdhtb/AJc0Ssbelf8AcrVEXJ+jX9ku4NS8ta/CEJ/1fs6Md7A/dnLTH8Ns&#10;3/HuveyL5KJ/um9NgCTdlY/2V54/17ezESGSOQRiuRw6DsGpxciJS3cvD7Ove0pkqdZBdLNqtwou&#10;RYxg82Nz7ftmAUFjTpUjKTqLde9oaqgKMdV0t+SLf6j9N1+vtazAjFD1WcgrTB697TWVQDQEBJJb&#10;6fXgLzwLjk+7W+sZFei1RSMfM9e9pepJJAFxew/4MeRb/Ye10ZGGxXpk+F6r1720zi2ri31/HANi&#10;P8fZhC4K0LZ6RyEEkg1HXvbSwuTdXHJ5t/S5+oHI9v1A4MOmiU/jHXvfVuPz9fyPxYgE/X6n3dCN&#10;eSKU6bUqLgnUKaD+30697HPoGTRvHJI5sH2huBLt/qmhhHBLWGof778eyXfELwAxKW/UHw8aZ6ON&#10;q7luyndRH4fYOvew73UmjcOaSwv9/Jci2oCwPpIHp9q7Z1NrbaDwXonYqQoU4697TnKiwYX/AObh&#10;/F7cG/0t7f4n5dU4Dj1733qLAKxCj6+m6qLG/Nz/AE+nvYOk1XrYJ697xuza9d1IF7IDb+yFuFvY&#10;kfX6/n3ctXBUjpqYk0Onr3vDqci2o2F7WvqP9bfXm/vZNaV49MVPr173ySWReY2cNf6yFj/X6EHi&#10;/u40+dK9er6Hr3t+x2bzMUsYiymQjGoDRFXVSRWuONCygGx9+IjpSgr0ttJJC5AY8R5nr3sXt4br&#10;ye367DR2pq1J9sYmrY1iT1KvLPG7sCWnjUt6ORyefr7RaBJqzwPT9/NJHLpqD2jr3tN/6RKSsjEO&#10;WwOMWIkBpsdiqeOrOoFTqlnqWGjS7H/g9j7qLdiTpf8An0XrcBwTJGKeoHn1730Krr3KAROmcopt&#10;YkEmvDUtMHFgLks7aSz3/rYf4e/BZ1DDFfz6vEbd+2jA/l17267nweLzNHhhjNz4JhQ42KlWnnzE&#10;T1g0O7aWihjk0sFYAjj/AFvdoNYZmZCATXh0YeCrhAsiii+uevew4n2jmYWPioamvS/E1FS1VREQ&#10;LWKutOAQf6+1gZeFeqfTOlBpJA9K/wCbr3tjqsXkaQEz0NXDa3E1PNF/h9GQe9q6sKhq9VKmmVI/&#10;I9e9wdElv0N+DbS1/rzx9fetS/xdNEjr3voj1G/0t/gB/jYjm/uvl8+mvPr3tWY5dW38+q2NqanP&#10;PNrVf5tcL9PbBP6sR869KY/7KXTx697QTizG1wPZipx0jby697eMAB/EqMG5BqIQR/08Xjnjn2mv&#10;DSFzTy6Otj7btM+fXvY2QKuq4UraNbAgBb8XHA5PsJS1eQ6BWh/D1MNjXSNIr/qXr3txUlVI5va3&#10;05+g5/3n2mbNPt6NUDOVov4uve45Hq+lwXAF/p/rfS3uxppbhqp0vHDPxU697cadQRxz+Ta1h9By&#10;LWIv7RuDx0mnTkIz172/UcQtqNgf9qOnTfg2AH04+vsvmdten8PSyIHWPTr3tc4OCOQgnSbDixFj&#10;cP8A4W/Hti5Y6DT/AFZHQnQde9i9h6aNbW0kf0Fj9fJ/VfYQumYsucU6XxgUrXHXvYtYWKGR1awU&#10;rzzpAb/OW0mx/r7bfXp/o9Ca39Rw697GPAzKCiXUAfkFFty3Oq4PPsslVg7Vrno8hr6Hr3sddtyA&#10;tGLi10ANvzYFbnUf6cc+0bsy008D0c2QyPSo697M/syMeWn/AOnZ+otyYufoeL+w/uTNpaooo6Om&#10;ICnOesUv6f8AX/4j/Yj+vs2ezkFowWUg6WGg/wCNP+r+h/1vZdEFCoQp1UzX0oaU/wAvSZgfQ06Q&#10;+4GIjk/AsQLjm9n/ANh7MjtmP0wD8kKObfXRBa/5+p9mdsUo9f8AUPOn8ui+XiOiwb9kcGUi2gBy&#10;OCf7VT9fz+D7G3DRsEAseNYH+uEiFjxyeOBxz7E9lMn6DFhwSv5kn/Lx6JLojU3d59EC7PUvJXBe&#10;byzuvH6grSD6Dk3549qpvVAyhgCUDcfqHB1WP4AJ/p7F9grAg+HUVI+XlT7a0p/xXQYvFAc+mR0T&#10;XPPGuTV2YhUfTdrBblj+P7LBWJ54Fh7Y8bEzGoWylS6BT+LlAf8AUtazDn8c+/bs0InLEnxAST9n&#10;+rgOPHqkQWiHVkdCQtRLHjcU6XUPSy6kuS2ry8krqQ/5tv8AD3NmV0ZPGtwSwc35t6Gvx+T/AE/x&#10;/wBj7Am5GOra5KU4fbw/2CfkOPDo0iVadC3stjLTuTGA50cXJ9LCQ35BP1FxyfqfbJXlBGyXBYEH&#10;WLEW/b9Or6ix/HsMyBzKWKUH+r/VXp2h1V8qdD/t5SUjKs5RgQAwIJsJudP4tb82sB7QNeWYNbj6&#10;cAEE8Jc/i/8AxHvUtacMUrX5/wCr9vTyhTxNOhqwAjRwWY3vbST9BeRtX1uT/vXtAZNAHYliSfy3&#10;P0JA+v1HHHHvSSy6VU9px6jpdGKKop5dC7iUj0jSFZTexurDngjiw9oHJGwbi6m5sTcXF/pz9efa&#10;2OZh3f6J6/L0pw459enRUdLrHwrdRyF445vfixJPq/T/ALx7RVZJq1XYaubC6g39XJ5tx9falUfj&#10;4GPsb/P1Vh5+XSqpwoAAe4/J9B44uOVv7S1QxGr8k6r3/P6vr/sR7NhnpjpyiAKj+nFv6j6AWH9f&#10;bRJIQCvNhc2Daubn62P9T7pcygOND08/y8uralOS4r04QxcXIubBbm4/Av8A6309wgAzEm3FrDj6&#10;XsPqbfQ+yu7uXVVcGrE06YkkwNJ6nIo/Tcj88XPJHP8AX33JJcHQh+gIt9Re4t9Te1/frecx18W4&#10;XX9v+r/B/g69G4zqfrxS5HBt/iDzxe9vwD75o7BbFGHP1PFhx9R+PdXmUkhLgfZT/Af9X29KVdSc&#10;EddGO/NuLX4/r+OCefb1EwaHSCUIIsBwf1Pclb/Q/wC9n361lVHfXlSPt4eX8+lcLVY+fUSdCSCB&#10;c3IP4FiF5vb6gj/X491//NOZf49tZw11MuXKsCSpAx+3QSDex9y97Lq0CsJRpK01au3T/bdY8e+C&#10;t4WxY/FN/gi6UON/zH4P+I/4M/slWVk/cW7C1k5vb+wv+3P+Pud7wN4ENB262/ydY7RK1CCvTj7Z&#10;9bE8cqAT+Pxf/bg/7H2gGlACxz0sjQdv8XXvYP8AcPhOHxqThSZMiViDKh/c+2mI067+ux/HPtNd&#10;MK25Ru7UOnQB41uT/EtP9X5de9yeq9KdfV4QrYbjyKHTb0t/DKJSvH0KezVQw2kDNFuC7fsWjN9v&#10;8ulW7CggUV+JT+VDn7OveysfJitkSuwEQkCok+LkZTI2nR584DrAcDxlV5v+PZfaR+Jb7hG7YLOc&#10;fiUgdy9FG5O0a7cNXaZI6/z697VnVM0s1XSY98tj6nGVeyKutfHitMlTTVXjhjVoqYloIYoIzYWF&#10;wTwbe8f+clSOG4nW0lS4TcFUNporKC3FuJJP8vn1I+1TRmxWJmogWvdnOnFPl9o697c9kZbbWIrt&#10;146t2jnd0zPm2lgnxuFoM1DAkMQGqeSdkeOEOSxstgvPtNv9nu+5W+yXEO+21mi22kiSZ4iascCl&#10;QT5DPRtEsFzZxxTGPxAQc0/n+zr3tc7rymRqcdRPsXZpjzIp5KaapqNuSPT00VRL46lKSTElqmnV&#10;6cnjgE/UWt7Duz2dnDc3Scxb5qstYZQs4qxUVBYSUDZp+XVBMyxvBbxBnBFCo7fnp/Lh/wAX172D&#10;uR6bzu3sXT7rhydTSZinKmVMlV1scSmeZaNlhjGPhqQppnN7yDkj6jj2OLPnvbNxuJ9lkske0f4S&#10;iIT2gtklyvxU4L5dFlzbBI3uvCfx04avPuANK+n+qvXvYvdl9o0tfsLbOfxVauIqahc0dw0VPUx0&#10;OepfFmcfR4kQwU1cXpvNGGdvM51wsSn1I9gzlrlC6h5j3W1v7My25MfgOULQP+k7S9zJRtJoOwdr&#10;0DZ6MtxvWFtbTQgqH1ajwGKAUI/n172g+wWFL2DMJ6fE5dc3Fj46apnhWufGmkw9K0klZLIFWjWo&#10;LaUK6tWmx+ns+5ZR5uWQ8Lzw/TFywUlQ+qVgAoHxU4mtKVxx6rdTE3cUlu6PCCdTDuVe3zPXvbLv&#10;vaG4q/MwzY6FsOjRU2mOnjrcegtSRjVAlPTuoZyLkj639mHLu+bXb7fKl23jvVhUlH/F5kkcOHSG&#10;6utTOFiY14kDGPTr3ts320e4Jtv4Otr54sg5o8fi6rFVKxUceSEKwmbITSmaYcqdZjXyFh7VcueL&#10;tcW67hbRL9LRnkWQVZo9VaIooD5U1HTTpIT9RbSDxAtcDSaGtPOny48fs697BegqKyizGUptw/fU&#10;0FDRTUSLStJTQ1slJUJCs0q1ZVapqmNGZmsC/wBbAe5Bvltbux22420RM8jqTWhZQVqaaa6aE0Fc&#10;DoP25mk3AG4RgqtxFfhBOc1Fc8f8nXvauSvx8+1PtKNqbI1KbjOQSlqvBV1EUAofGoaGORpBSrKy&#10;qeNIYkX59kk9lcW+9rK7lIGswpaPUBUtUgnSBroCT+R6EN4YTGggmR1HxFTqK0GdR/CFH7OPXveP&#10;PQZfd1LhqTHUWKwr4yhoYZHgpJ8bDUS0aSqZXamWfz1cpnF2IBYL+LD37a32/Zbq9nu5p7iOWRmp&#10;qWRlDEY7qUUU4cM9FV0XcRi0lHjY4cP5ZrWnXvfWJrVx9JNtfcuUeaebIxCnfFVl62nrY1+1pxUS&#10;V0kbxUUc7EygR6tN7c8e73dtHd3f732yyb6cQsSHUUKnuNAoYFqcM06ehunpHBdVkkNMJk1NPI+X&#10;r172mP4HlTufLYfKpkqjGRTVbyZCkFRJT1ElNCzQSLWzxGGSKR7C+kageLezxt1239yWV5t6RJcl&#10;VAVggcVOQQp1YHlXy6aWG7ivb2Oa0kFmKlX0sBWgoCeGfMde9iTgKygbbcWLo5aD+JRmnMNNI8Di&#10;ZUnllmZIIm8riNOSbcWufYK3KK5O7PezRSfSkNUgMKdoAqTgft6MbC5QWTBgvjig0kU/w93+r59e&#10;9yMrkNwyZQilpdvpXS3109bR1KUkpihW5FOpaR/HCL/mz8+3LG2sLeLxpTNLax+alWA1EgVOBk8P&#10;WnTXi3Md40yxxnzyCU4AYp172x7Y2tTVuUfJ7k3EVp5ihlajyypFL4YJ6dNbVkLRvodYwLsbG/8A&#10;h7MN53mS2tRa7Tsv6y+TxcKkNwU1FQSf2HpRGaXz3XeSaVp8Pw0wvHhnjx697jQ7o3htuWswW246&#10;rObaqdApKqniyOVnpSCKqqMNTRzRUcEj1UjKSq8hSDyL+1S7bsO9wRXW90g3SOp0Dw4gSe0VDqWI&#10;0gH+fDong3HcJpPozaMbA1FQjVBzXPwju/1cOve+sdXRV+366jkyGivpTPUiDN1ZtPJUT2MVPTuz&#10;ySSqL3WwsPyfaeeI2u52si2Ya2YgaoUyAFwWbApXh8+je3aAsLGqlc0+Emp69740WB3bPtqaKlzO&#10;DpqZ6mrExqKzIx18ELIhLxNHCywxKeEuLf4+93u5cvx7rEwsbtpgi/hjKlvTjn5+fRNLay0MavTu&#10;Nak4H+Typ172iW25lYFmq8vuaNoYQweCPL1XnqKaIFyY46mEJIkqAhbkKT7E5vNUcMtns7gNQhjE&#10;NINOJp5Dz+XSdtru0rcT3fYPLUeAzwI9OPXveaTarZek8u0BlMw6xeSuxyE5KoSNYi1TPTUuPp5C&#10;joZI0Rm4Vn0n6j2xHzDHt1ww3eOCEOCodwEXUxwNTsMYJpxwT0xPFdtEHt5i8ZGRUn7Sorx9D172&#10;vtv5LC7Rw8NBkKPJ0+bnmihkXNwUsVZRLNTpBLDTid6ephgiqIj6bHSwPF/YU3K1v97v5bq1khey&#10;AYjwSxRskgkLqBahFD5inl0I9huYrOGP6mHL6QC4HcDT1zXr3s8nQ9QJ9rZLxOzp/E6coSytdPs4&#10;yp4JB0g/jj2s5ajaH66OUaZA7DTShqVFag56Y31h9SzKhC1NK/l172vt1vIGoiEZRpN2cELcypyS&#10;G5P4Hs6d0NmdMg8+H+r8+mNrYB59Lj/UOvezL7AqKRNrYdZ5IlKwSWOuJNX+UT3szn1WH19jHbo7&#10;2LZdrmtYoWqjfhbVTW3xac9E0pIlk7vP/J1wIuTYsP8Aevp+P6e1eghqImVWZ1Om6Eox4NzYDVcj&#10;R7Ee4Dc7swMt2sZXV8LMv+z/AKvl1W4UMGANT1wuEPI+p4Njz/sfxyfYOZyhWi3DQqp9MjyXj1eu&#10;S1FGdLIqoH0l7/4ezWGCEXVxdX+5M8jadP6nxY09ur4tPb0VzSPDC6iFiR8vn1lB1C4v/seD9be7&#10;h/hK1ZQ9ZwVNBUIpo58hMLSyCOoL5jJeiTxaDOsYY2HGn2POS+dIOVL9biHbJ/qCKfqxgqQTwYa0&#10;qPlnjw6GPIDWtyJI5IVMhHw6VP4m6pa/mjbC2r2HktsbY3dQUOUxuZE1GFmpKCsrcaVoqSdqjHnI&#10;UVbFQTzGIKzhDqTj8ezp/wB7KTPSR4bclHSu1UxipJqenj8sExBBeSStnlaNShsCqk3PvM72d9xd&#10;15o5ivts23bGFgturzeGkhtQr6qiiSuqszdrFgFJx8+lm+coQwiXd7UNHc57RQE09VC6j/vXVMEf&#10;xL3f8fYpOzfj9urNUmPo3nqt27P3FnMzJiq7C0biUrQbe2lhcTTTVMtZKGkFRMImUf194shgqcUE&#10;lJSUdZElEJaxa2SELGyFNCBaiOMk6NN7WAA+h9gD71vtbtdtyPZ8xcs7fHFLHuXiXUMC/wBrF4Nz&#10;JK0iIh1amoC0jBSSAxz0L+St5cLHbNMpPAiuRkcRXh+fl0N/QvdFTjO0cduHeO+dqVlTv2jxvW2L&#10;2tDuNpazD7hkydJWQVqYfJZFftLrqj8kUktRcBfHxw57b21jsosKVRczKItU8cieGSErCgp7yU5f&#10;7o6v0CwsPePv3Wd35g5a5h5j33YGtlQWc6taSBxOEWa2drgxROoMGoKnjsxBc6R59KvcbeI7Dbl8&#10;aHtOa0XTkP5lh9nTP/MQ+Se/+lduU+W2XhJs3WFg7ZZ8XlMpgaCc0G56tTX1VDl8bLS0VNJjomkX&#10;WNETc82tA3R17HjMsclSrJJQviXp7TXkjjqpJ55lZ9FIsKaIVBPOqxP499R/bz3Ph5v2c208kce8&#10;xz98YIViESMO6IZXfwzI+lWPmKHu6xrsLva7zfobj6bhN4mrStMSg01Ekk6uI1cfnxCb4e/zBH7w&#10;6zTam7arDYnsjHdgwVdZjMVLFjavIbeoMHtuirKvG0Fdu3I52qo6rO5KSKKR1ETMqq37nBbsRjq8&#10;4ecNTVMxhyitHURxTSQx00dOPSkhUlIB/Qem3uMvvN2O3blytBLBbQybxG6FRRTKFq+skAFigNCx&#10;wFIDEinU5bbzbZ7fusUCssUcsRIDFFLPUBadw1ajj16G3tTsvYeJ7i2rON17awEuW2LU0tdg8hm8&#10;TjM3XZbIZWqVaioxxq4WrK+SRTGWYtL5Dptc+x262yU2PlE6NNaOhnMhSTSq/tNrJDMFY6QDpP1H&#10;vlH728k7Putrys9pNAblmiEqijMshl+BtC6086F6U4V4npTf8y3a2fMi3lnJHD+p4bSIyq36de3U&#10;1Gz5rTolPZnY2awI7WwtdRSJT7gmzI2rLWU00cMyPjp6SGSJaqqFNVKJyCVp0ct9T6vqr9wrPlXo&#10;pqdJnoKmKSoqpVDvqmWQNH64/JAPUh1A8/095aezdvsnLvK27W9zfRDc42t47QrIlRGKq5DNpkoB&#10;SpQkcNfWAm2Xm3bvbX6z30FtuVqwXwnZIpWLk10p8bYOP81OqU+oZoOpq3tbK7wSlXsmTcOIptqC&#10;ZIoqSko8hDXU+45TDkf4dmIGigqoyhpmEaNYycW9pifLfwatjEdNS0dPk0mPmanihmh+3SxFPKPG&#10;ITJ5dLaSdQP9bH2L949lt492RYLv3O4v7PZ3ICwXc0viG40MTMHSVH0tGpSqgroOWHUse2/OMsnK&#10;+47PeLov4hEFRgQxBZ2r3PrPA/gFKcOjf7L2Huvduw9+ph93wdo7g2xVbXpDV1WZyG92gGXyFTLI&#10;1DUrSVlbC0tKjiS3iBEPOpUB98tmPUV+48iHn0U832nggqJXVB46GqMgMZ8iC7pf0g/gn2PPfLb9&#10;p5M9rrL6La2YWYfvSNCU8W6grVuymovTitcjqKr+zrs9paIfHlbUG8PUzrVxTFAc8M+WOPTb83Ns&#10;YDYvx86ujxO3qeTceHG82yW5sfi6Jo7Vu9NrfZmqzFPTUtf/AMBKwwJrZeQyrx7X+4dwvisXW5FU&#10;+4hpo1cNTqJYzaRImCATICfX+WX3jT7bclWnNvM+z8sXkk0Mly0msOdL0WN5hWqsa9n8LD7OPQe2&#10;vldbie0oyi5jYjSa+IKior2Y4eQ9Oq5ug+pR3H3JtLqSeonwNRvisqqOSbJSnGQJ9lhMhmoyXagy&#10;EwJWi4/yeb1N+P1ALqDdVFuOi/iCtHHJA8rNFO0StCFZoQZY1qJtCsF/qPeU+4e0x5M33brLbobi&#10;TaLhgpKDU4IQkmqxIo4kgmvD8+pn2W0haW8sL6fToiTQzMoDsWB7C6iv8/59WDdo/DHePxo7GxWy&#10;sfQ53Mba3mtDQPkNuUuVr5qtvsYsrPHR1q7bw1HJPFJITbxycD/kL3mpdxU+WNRTQyU9RJTxHytS&#10;tFL40BMet2WWRk/xNre9XvsjbbDuFruthd3QgeWpWRyGJPcQgWJQSfKp6E1xzDY7HtbQ327w26Sa&#10;lQySiPu/hWrpX9vkOmLc/wAFc91fldsbzpcdu3H4/LZeCWPH7hpclS1lbO0JrpYKSmj21QQ1Dyj6&#10;KZCxH+HPvhTTGaSrKVUQEMTtGwluXqIrKkQAPrZb8KOeT/X3jT94XZ9o2C9ut3svGu7ttuWKSMlZ&#10;EiX9RnbSqr4bErSpPEUIxXrXL6THeuX0ELkzXMb/AA1/SZl0yemhqU1/D6dDPhMC9DuHqfrv+D1G&#10;Po812Vt7LZKuqMf9tWxRZT7fH1H3NV44lTGIE1HXEyqxu2ofRR09LGcXM1ZUNFM8UkkURmtM6mLX&#10;EIopDe4sfH+feCW8bvJJzBss+27cjwaIRKwj/TEmoeJ4kijif9F8vIZ6zUZKQbbDaLrfw49QGdPb&#10;nVp/411YVgcStJS5rCU1S7fY5TIUlHT+dnk/h1OgpoZoqaIRxtTkKCraVVjzcD3IioaSCjgqIGme&#10;oaniZriIJDML+YTDkmbi3P49hvcN53K+v9ys7yONLIXL6R36njP9mIz/AAZrjowQ9yxEqG818+hC&#10;oKOmp3xn27Ry1X8OginESxL9vMJNM4qQQ1m/I/NvabyGnVJcOP3JCDYcgu2nk3uoN7/n2Cb7xPqK&#10;imnH+AV/ydK4VrqPz6O71poOGo/UjOKSJWVTcqwRSFZOFUk3+n49h7l9UkgJAUAOLFgLG/0PPP5/&#10;HI9+v54Lba5VR6ksp4HPl/mxXBwejiyAElCcEHozfW1LPLlYGeM/5uRRa17BddzYA8f1H1+v+PsL&#10;M06rHIdao2oWS1mXlLk/X3F+5QXM8sYiidkpx/1fl0dIlPhGOj87JeCGO8jxqxNrf1sH02P0vyfp&#10;7ATcM5aQsCNIPOli3F4h/UAD2qjtRHC9Wq/7B/n6NowRSvDodsUeFFiL/wBeD9HJ+v5t/sfZM/lB&#10;Mf8AQ1vW5IfwYWwN1PO5METYah9B/sfZ/sEbLzFbFkqM/wDVtv8AOOgdzgG/q9ckD0/4+nSwoQPR&#10;pta7f9Fjnj6+6SlTUpYWLXYnULk3e5sOeBb6e5KuUjnkktnn0A0NdWnT/tusY7sqEUOK9x7f9np1&#10;94JzIoCqNbMSBcsyLc3v/gR7a2vxbWSRWuVaNf4qny/4rpJtiQB5vEVUH9IAde98VcKF8wUkH0xg&#10;3X6XAIcC9x/vvx70txE880tzC7FDXtVe7PnX+XDpC0DRSXMkbVpXh+LPXveJ4gAzF7a76VifSqhg&#10;zWcH+i/X8ezSC7tLoUW2aM/01Vf9X+Hp+3uCRV4iP9MvXveIyWQIwQhSGRoRydKsq+S7fTgg+1P7&#10;uunZJYL+Dw/4fEbU3y0/xf6uPVZUkkkDKMV4de98gykgAgEi/wBf8OPagwSrlojT5dONFIq6mQ06&#10;976TU7lLG5tYAnV/qf8AAj6c+2jTj039vXvagx229x5RxFjMFmMgX4BpsbW1Y4BY38EUhsLf7D3e&#10;oYvpYHqkqlhQCv5de9mP63+KPaG8JEqVwtVjURhJ/uTxm4aViqrO1hbBVCE/sj8/n3cwXRYGO1mf&#10;/SITn9nSb6eOtXuEC/aB/k6ZcnuPAYZC+VzWKx4BAtW5GipDyyqP+BE8X5cf7f3aHjdqQ0tI1PuH&#10;d2zNoJCF53hmo8HL65JHHjNZCqcMVB4/3Yn9R7nbleeLcrSAbjdxbbXV/uUwtvxNx1f7Xz/Gvk3R&#10;MLeUvZUhcqdfAH/jXQMb/wCzodqxx5PEbH7C7HimLEf6NMBHuxF0NRwHy+DIUyqWM7afV/umX/U8&#10;iynzU6W6J2bS4WlzR3VkIfuQz7cym1M3SAvkmq0t/v5sZLbxV9v0D1IQP6mc+X/dTY+QdsuLe25g&#10;tbq6bT8E8UwNDrGdaH8Z/MHh1EG4cg3W4cx399d2kgtD4dKo3d+kBk6PXh1WR3l/L87Q+XHbTdg7&#10;myO3tlbFIpvDiJzuLAb69G36DDz+eCo2xm8Wp/iOFSRNM5Bp5bt6rKCndi/zX951Amp9jYTb8FOF&#10;UCTPYerFXZljJMTYrfmgsGv/AMg+w7zH96u/2yOdNoMEmr/fVGP/ABm5FM+nSux9pbPbJmkVpZq/&#10;hZw4/YIx0MGxv5Qnxi2tLQ5DI1m/8vkqZzJPT1Od27U4eoa8oCyUr7Kp5ZI9L3sSPUPdevZny/7x&#10;7ElqvvOxNyYWiyCNBNj9u7p3Xi6RY3DeT/JG3FWRqjX083HA94jc6e8HNfOk7/V3E6qTWhaUD/q6&#10;3+x+XUubPtljarGjbUR/pUA/1HqwTZnR3T3Xwo32d1jsHb9bQoiw5XFbO23jsuWQFRLJkaDF0tS8&#10;xBN21A8+yuZSvyGVn+6yGUrcpMxBkkrq+esmlYMxaSWSaWVnclixJPJJ/r7jGP6xGYuiysTUmhc1&#10;bOKjj0IGntzVDanSuMqCehU9soo6ucv4YKxgAWAiim0HS3pA0ai1w4/2HtatjdXpXw7AJnjpI/59&#10;6ZZIpGAiREPzAH+Tr3sTtobYzn2UrR4jKa55JJEK0NSxYSRU51LaIkgtx7HvKu1bvDrVrmFYqcCz&#10;q1KLSnb9n7OihmcfURtRu4/CD8/l172Z7rLAZ2hiRaiiqacyFLCqp6uMi6QKxYPApAAA59zDtxnh&#10;sJFkkrJp8v8AS/6v2dF8lu7GhVqdevb6+z3bCytDjqGGnrsjSRsTESslTFF6lVQeJZVY+r2fbXKZ&#10;bWDxhpdV+Fj3L9uMdUis9FHcAf6vs6Q+56OoqtRpqeR20OupI3cG4/2hW549j1BvvbGgQtl6E2Gl&#10;WORoNJJ/C3qV+t/ZwjWKuuqeIP8AMr/s9HESrAgkegQeo6Aiq2TuSR2njoZwHN2RaWu1WH0v/k7X&#10;Nx9faxpqyjlihNPI7yMG1OGjeNeW+rIxYF+f9j7dS6u7aWaSJA1tHw05Hp5Y8uP/ABXSJxNJK1yl&#10;/Ctu3w99Pl/pekhW4mrEksVbHHEpK6Y5Ekimf0qbBZVAOgsD9Pp7cIZoZXb7cIxS3lRFUuNX6dSx&#10;kn6KTz+Pbw582G3KW9w6tKD8KtCQceWqT8vKp6WT8u71eIoiS4kB+HQHNf8AS46Z5tq5rx+WYTqk&#10;i2hmmFWI00t+5qZoABe4+n59rnEV4x1BlGkDolXFAqhiNLeKVwwAcxK2kn8XsPYR55502Pc9rQWk&#10;kBYk9vYG4p5LIx7+J/Pob+3fLO52F5JLfWM6ii9zo4J+POph0HsnXmVyu7trztFNfCVNdM88cdRo&#10;jasoWRGaQ0r6CNFhfTc+wzyleszylZESzagGcIGPNrWYqW9wfPu23GOPVaOxofgVf8rV/wBX29T5&#10;ZRiEjOOjfYPBVlMqBn1XAGpzK7C1h9TECPr7Y0rYEUCRogT9SxAFh6rHU559k+43cE0paCMqlPxa&#10;dX+r/B0+0riQ6QT0q4cfUoDcu3NwIvJoF+CbBAB/sf8AiPbBmK2naOQJLDfSwADrZgQx/B5/4n2H&#10;5re0koZGjGf6OP8AUOlUUpI1EivSjoEnXSGWU3tywf8Aw45+h9gzuCaMrL+lmJc+mxtczm1r/X2D&#10;95tI9aLA2pafh/23DpZExdT3efSnh1FPUCPpwfr+lefp/X2FtXFqclPySb/kcseBYfQ+wk9sUkI8&#10;PSOtEHPWX2XfvlSmFpTq/wB306k6rgc1HGrk3t7lb23XVesQuFDf8+/5P8HUUe6dTtK9vp/hP+r8&#10;uveylx2vIebC9j/txbnjm/ubdSjWWNFr/sdY3yL/AGFR5f7HXvePkBeD/aF7c/kf7ce2IQVMjOKD&#10;HTrkGRzXFeve+tTccn/Dnm55/wBsfajrXXvfX+H+H+8fX/A297691731e345H/Ef7z7917r3vu4+&#10;g4H5+v8Atr2/Pv3Xuve86EiysDxzq/H9fzb6X9o7iLjKD6f5uqkcT172sthEHeu1luBfcGHP1+g/&#10;idN+T7dskP1lq2nt1p/hXpJeLqtZsfhP+Dro/Q/6x/3r3ZNuRVTM7GYE+rEbdW/6SzNUykKOL6mI&#10;HHuakop21mpQwR/4eg3tpX6G/DaaeM/+Bf5dJvGMzQZv6i2TyQHHFhGnP4uOfr7Re4yP4HvEkcje&#10;1UQtvpaA/jg2Huio5k3MNx1Sf6v5dP2qH6hCOP0jdOdLa9Fbn/cfHzb6i0dufaO7PJPXuymJb04O&#10;hQsfpqMkhC2uL3A9vQaP3QwBXUWX/AOt7PUrfDTlpg32dq9c6T/gRX/T/gQth+beGK5/2/sneQva&#10;MW5GoD8cgi/+I+vsF8wITLGVGCOhJDTxblvJiOp/tPyXDEG4+n1uPrwOOfYYqoFScdOceHXvcbj/&#10;AFJ/5JH9f0/p/wCNe02j+mv7evV697//1NauQVcEjSUeRyFLYfWnq5IH/SF/VGAfyfcZmHUO41bq&#10;YzZCna5B+3rf49x59073x0LSUm9d5RaQNIg3FlUF9SnkRTx34Y+7pDEBVkBbyx1oQOgJ8U/tPXrX&#10;4PI9jx8bN97o3Bn+xodxZGPcCYnauLrcfDuStyGUjSokrDG5MdbVVATWg0koFbT+fbU9sq7Xd6RQ&#10;aT/h6MrKKVti5gDtqUQGlan8XWGUX8SguoMnPjNuPHIbH/abj3izve2eoaqsgm2D1vUxwVNSJHbb&#10;ddPJLTpLKAt2ykatcJ9LBfZbbWWtrYB24jz/ANjoOQ+IHsgY0I1L5HPXLx/83JPpb9Q/2/0vf2lX&#10;7m2LkxfcOylgVrmRdt7YxpMZLHyJCKuucrEquwW/09P+Pt9oHDuFb8Xn+XSmSeEzOrRGmryA/wA/&#10;WQcADk2/J+v+x/x9wpN09AZVby0u+MWzWDfc4/adDCrkMTp8krHQDJ/tgf6e30hmU0FCfz6UR/RH&#10;gGDfMAde5/33+8e+22X1Tn1U4TfOBxnlUSL/AHi3HtzHFFblVmEEEoV1Egv/AKx/p7S/rLxjPXjb&#10;wP8ADIo+0qOve0xuDoGhrqab+G9h9Z15kRyi43eNDVzEOrhbrBjHP1/ofz7cSUhWLRtUH0/b0y1k&#10;rBtMyE/b/sdcVbV+GH/BlI/3sexjO0K7B9HbT2tSywZatocbTwVC4+WTIKJBXzzHQIaeN9OiQfWM&#10;e2bsieSEgUoDT9vSvc4Gm2/bLZc6Iz/x77OuX9f9f/iB7Jfubq/d8M7VIw2TjiNiUNDkY/xEosPs&#10;FW1/9q9r9tIimdC1D/sHop2u0lgu5o6Gtfn6Hr3sOcrtPMxakXFVkciEAr9jUgr/AJtrkCAWvf2o&#10;QjTQkdMCCRU0svXvYZ5TC5KJj5qKqDD8eCoFv83+GhH49qY2GpacK9Mujfwnr3tC5SinCl5o5YBE&#10;Q19LxM30BtqTkj/Ye1XiBQAOPRbdAlgOFOve0hV3U6mjYRAAhhGQSTzwxspvf2pQVwD3HpA+DkY6&#10;97YamO41K5IZSx5sQCCbfTi3swgIIOoUINOmymKniD17236W5ALFuf1/T+g/HtRQZrgdMMgz6de9&#10;4zqVrkx/kfk2vYi9/wA+7lRSg694Y00/pde9jH0jr/vfUlDYHbuXHGoXVlh+lvyQB7alh8SCbH4T&#10;/g6EHLakJuZ/4VJ/x0de9oveF13Pmh+Vr5R/sf8AD8+0dmgS2iUHFP8AL0HFFB+fXvaYe5tzc/ng&#10;m30P449qx1s9e99O1gP9j9bc8Af8R7vF+L/V69XHXveE2vb/AB4PN/8Abf0v7d/Dnr3lnr3vjzbk&#10;/wC9/wCsPoR7b8+kPXvfgbc8c3+nN+fx/re/de697mUhAmjv9Sy34HP/ABX/AGHvQ+JfTpXZik8f&#10;2jr3sT+0ADUbdP4/urgWP+uaedr3JP11e00JAkmQcan/ACdb3DF3Ko/g/wAvXvYVFh6V9XCX5vyQ&#10;SAObEW9r1AMbcKFv8nSFV/QbAp4n+Tr3vi7Af1PAH5/P4/wt7ZUGvHq0PH4qde9+SpliIMTvG4Pp&#10;cMyEDUPoVIIPt0LQsfXpcCQcde9ukW4s9T28OXyapYftpX1qx2/ppE6ix9+0r/COnBLIPxt+09e9&#10;qug3tUStHBWY3DVoYqryV9K9TIbk39UtQb/X+n4HtmRAEIUkdPC4JADIp+3r3t+3E+0KPM11HX0V&#10;ZSmnMA04ijxscQ108MnAlKEfrH4HJPtKgkKghhX5163L4CuyspFPQDr3tkXbu2MrIY8TmEpGIupz&#10;Nfj6WIC1z5XhikKAiNrf1JX+vu/iSrllNPsPTfgwP8ElPtI697ypt+XH4zNU8Vfj65pqeAL/AA+s&#10;NXqtOHIGiJL/AF/ofp70XBdWIIz1sRFI5AGB+w1697DeoxWRjUsaGoVBcmSWmnVBzcszeMKP9f2t&#10;SWPzb+fSGVHRWOk1+w9e95cANOUotS+oVkPBHpv5F/V+bD368qbWWnDSft4dHGyCl3HUGtfy697G&#10;/SdaFgq8oVESnT9AQGuDx/qvYPt+E/2N1Mlh/ZVPXvczSxBtf9J/x/H/ABX22tKGvy6Nrfify697&#10;wOjAfT/E3v8A4gWFuCPdK/q49M/6v2dLKd3XvcikkK+k/gf0/AsPyfrf/X9+mUEA9OIe4V697U9C&#10;wl0gtz/sP6E/Xn6eyicUp0YQ5r172IeEgC2H54tax/st+bDgj2guT2j7ehIgr172LmIso/s/n625&#10;sZP8Re3sL3nx/mel6de9iZhCtwB6uLccDgyH+nHPvQND8uhLatpP2Hr3sW8Chd0P4Y/4Fr+v9P8A&#10;gD7Lbgny+H/Vx+fR5GRpU9e9mK2zElqb/lov9OP0f4fj2Wy/2cn2dG9pw4de9mg2eoEkSj+ysZt+&#10;LBouAL8c+yO8PbqJ8v8AP0aPwH+l6jzDg/8AGx9Rb+lj9f8AbezUbPdbRAj6lL255vBybk8+y0IN&#10;aKMAIf5U6s3wJ/pf83SLzwPgkI54P0/xWUH6D/H2ZPa7nyU9rn1RD6c3C0/Nv6349rox+kf9If8A&#10;Ceiyb8XRYN+oClTqt/bP1AFrVIsCR9P969jphVuxKrZR49R50m6jRYjjg/8AFPYhtBS3gDtWTS32&#10;/Pjn/UOg7d6vEkq2c9V+dnSFaiuA5XzKQoPFtTWt+NX/ABFz7fp7LGo/qr8Em49Ki/5APuQ9maqk&#10;DyAH+E9B+fi32DomG5Iy9a0jaSPuo2VrAgDyxp/gb+n+v6fcDE/5mT/kAk2/NxY3/pz7J9+r+8Lk&#10;f0/8nTKfEOhVjFqDDH8mkm4/J/ctyPrfj25y3ZY/6g3/ANYs9z9OPobe4/v10s/2f4FHRpCoUfP/&#10;ADdCxtNwC1v0a4uOOeZxf1c/Ue0rXpcM3pvx+ef913vf+vso1U7elA9OjA4RzdOWAuQLj8jyi4t/&#10;S/49oLJ2VS3A/H4tYBfyb+7hiXCeVK9KY/ip8uhlwClrm5J1Wt6r8lifpYG5t/tvYeZM3LEDiw/P&#10;4t/rX91Y1c+gx/q/PpavHoYsIuiGMEgMxLN9OSx4sNVv02/w9oLJLZW+v9r6/W4v/rc39vQOrEFW&#10;x04vEGvn0v6IFWAIIvbgDjkD6fUW9oTI/WRr2urf72zc/wCvb/D2bW1wEQKwJocf6vt+3qpPDpSw&#10;R6itv6jVf/kEcD+tvaQqJwLgc/qF724uy/TUb39q0mVmJYUNemCMnp7SAi3+sOLc34P0t/h7b9dg&#10;eLksT/hyXJtze/8AxHsuupQxrwQL/m/1DpHJj/ef8g6nxof8L3H+xI+n4seP95HvABzc/WwH9P8A&#10;XB/xF7ey2ecSDQnw/wCH/Y6qTX7OpKrYXPJ/wtYXv/hx9Pp78zabf7G1vrcD/D6i5/2HtMOm8/h4&#10;dZAL/T6fUk/0vb/YH3yMoYhbi4Dfiw/2DE8/4+3YhTV0qg/F+XXEi3I5/wB7+n9P8fbnC1wdNz9C&#10;wH9bccKeR7djqHjrx6MrStTX/Vx6juBa5sot/sOLX5Nrf7H3X38zVJym0STceTPEfSxtR7esf9gf&#10;c2e27jVu4xWkH+CQdQF73/2GzfbJ/gi6dcWLUy/67f8AWyQ/8T7JdmOGjX/BfqeR+2vP0449z1ds&#10;PprRi/keseF8mJ4Dpy9tqMLG3+8f7b6nSPx7Jrmo8M/b/k6cbBBHXvYNdyxu2FxMgIvT5JpgSSpJ&#10;WmnHHAufr/T2jZtTW5/4b/lPTytrkgP9P/Ieve5/VDL/AKNa4tbXLu3JfS2qz4uh55sxv+PYijcf&#10;unciPKGT/AD/AJel27f2kX/POP8AAeveyw/IzxSVmDRKeJ6ifJ4yhvUwqYlSSozYLXA13Dn68gAn&#10;i/svgeNba2nLExJArMF46VWpU+RXTwrj06KN3WMRbKxp8UH7M/y697kdZR0u49y4jZtEsmOya4g0&#10;tTlMCsdLP9tHPFT1NMa2JZp9UhfVoaPSeL/09wnzqZNv2/duZSmvamu2aOOYEqCwZ07MKKKKYbGa&#10;dDK1CPJbwqwBKA1HoTT+deHXva93PtTN9Sb6kjwFbNXU1VjMrRzU2dqameSoydV5aSlleGigoEml&#10;UsLMbyA/QH6ewzs+9WHOnLKpuVtFFILiJw8aqpWNcsAzFyEOdQHbwrTj0bPFPAwqYgGwCa6skD/A&#10;M9e9qDrKfM1WB3Xt3d+SyG3tyxZPFfw+phqqrGOiRJNJUxpUZJmrEidSoYIlmBIP49lvOtrYWW8b&#10;Ze7HFBebSI5A9AsqtWgU/pgKfOhJxxHT8A0q9vPIFnBFdJoB/pa0NPXr3tL7r3FncDuDG4fKVrbl&#10;K/dAY9qqqzWPyCiOGfWaSaeL7v7QSB1IX9tkv+PZhs22bfuO23V9aW/0o7e/SsTpkr8QB06qUOe4&#10;Gnn1WaaXxAJmJReBBJr+3jnj172pO7otr4vF5CdsJgqSaUU/2+OosdQR0L6J8WHMdJaMt40k1mxN&#10;nJJ9l3IEm9X91Z237yuZIU1dzyOWWokPHNKkU4ZAA6b3Qj6aONUFDXFMLlTw8q8fn172h89t3Hbv&#10;21i9/bQzmcK07Vgqo9yZCBKmQR1MOLiDpj4p2dUkhfQGl4jK2/I9iLbt1v8Al7dNx5W33bYFaQJT&#10;wUagwZfxleIKk9pqa/I9IbMRmyluY3fwqEkVFDQ0oRShANSKniB172nc9u7elJuGlzlfjc3W4qni&#10;pAIcbSZaqxhNPSJBIfHNULTHUSNR1i5+vs32vYuXLjaZrGG7hivnLZdolcVatTjV9n8qdOSsElln&#10;aObSUHao4U86eVeJz1721Z7I7enp4dz4U5GnyccvlXH7hFHAtHURDyGop6WBzPBrdiquH1EcX9rN&#10;ut722nl2W+WGSwdQDJDqdippUamopNBwK4z0mTw1hhES1DSNk8QaeVOB697mLXvuDH1tVnsN17Gu&#10;MxBykpwlEP41NSxIq+et+7efWJFkYu11VpLc+0T2g266ii2q93Rlln0Dxm/TWp4LpApSgA40HSQa&#10;23CSN4aBYa1ocgE8eHH/AA9e9ofbFJt7cX3lNi6TcVJmqvL1NFjamKko6fb/AO80MVDDUTwrLUKT&#10;VzqXCX/Z5AuB7EG7XG5bUtvJdz2z2SQhpF1MZqCpcgGg+EGlcauPTe3PHJFeqIyrGZ1pTDDtwPn8&#10;vTr3t7rMVvLCVUKzYnIVsGLqEpqpsBR5OqaQ0chE8kh8UaM7LEdTNpvdbgX9p7a42LdoHaDcIIZZ&#10;IiwE7xpWoqAMn1wPk3p0YGNhHrisxQLpI0GuPPH+Hr3uVPjdo5yH+MLQ7hw+dp6yF5RmqLG42CeQ&#10;k1EkhcpLVzFpCBctci9+efaKC53/AG+Q2STW89g0bAeC0khUU00xRQKfLH2dbRC6pKlpSSmW0HFB&#10;kj0Pp8+ve1nhdxx1WMy8+bxm1Xx+GqEoXmwlKsm4MhLJC8kDVTVUrR1SSMNMregleAPZJf7e8M9l&#10;a2M92LicGQeKaRoAaELpAK0rUDNDnpczqYxE85ZfI11HHr8+OKHH29e9pswYGpo4shXYHN7fky7L&#10;Nh63b2JpsZDTwwuYKmOaolUmETOApEbMCCQfr7Nmn3OOc2tve2sy2wKyrNIzsxIqO0HuIH8QHSUG&#10;V3P+69QB6R8f2/s697wZTa+9sfmmzFGkO4YYSS9JSHJ5WoUTU0dP+zTQQAKCXLtdv0oW/Ht2x3fY&#10;59pksppvpWfTljHHWjluJbNKU4YqB59MXCT6C0WnTXIFa8TSlP59e9xMVUYWTGw0FfgN50Jp/Joq&#10;ZcPTU9PP5p5ZXNRNMT5BDwq/SzG3593vYtyF3JcQbrYyh6VHjMxGlQBQD+fHHVLYlgQrOpHm1RXh&#10;5+fXvbvikXG7UORgqcLJj4nqHb+HVCPmoP8AK2QtKsQSOPXIbJ6hdb/n2guTLdbwYTDci4ouWUiL&#10;K4oeP2/OnT9ojLbTSIAIQPLj8XXvab2Vm8VXZyu2znNt0cn3iQijr8Zh4JM5FJPJ5S4qKqR9DaTw&#10;VQn6/X2c75YXdnt1nu9lukimNiSrSFYyAB5KBXOfix8uiy2miS9aB1OryIHdmvn+XXveQ7TzGQyN&#10;Qm2cvUfawSslLi8vkp0NbPHNoaiqaKiiKzwvwNCkE+2o95260t433uyBmZKl4o1OmoqHDORT1qel&#10;EkLqS5k/UPAH8R8tXr5YHXvbNGuTMlVi92bLysM0FRNGajG7bqPD9rGwgLLNXgs0X+cZSV02sf6+&#10;zZ5GkiguNm5jDWpQHTJcYBpXKoaCg0j86dIALueTwriNwua01aaV9TilPLr3vNhMzU4DMU1Jt6Kn&#10;oxkqyLEVTKj0uRpcTWVUUM9XL9lLB4KqDwJqdg0SSD1KbD3ue0tbvabm53ULO0YZlDUcFwhYaA2S&#10;DnTTyP8AS6X2bf4o8aRoxM+k1FSEIz/k44z172spJsHhauurq3HwbtyFTmZcci7ioqXONHDVPq+9&#10;oVm0Tr4pkJikBKgueLn2FFS/vkggs7p7K1SESAws0JqvBX01FSvxL8uNB0efRRrBbN4QNGSlQOA8&#10;x172cTo2Wl/gOXMVMlIv8STTTrEkCxAUcQEaxLfxBR+Px7O+WxKYr2SeZ5ZCxq5JYkhahiTkn+l0&#10;Q8wSKXqHqSeP7fPr3tZbwlZ46TSSBb6E2taVb6bsR7NkoICRw/zjpFsoJklIH+qnXvY8bFppanbe&#10;JIkuqwS/2mAAaoqP9pYclfcn8tyodl29T/Af5E/5Oiu4Uidx51/yDr3/ABr/AHnj2KFDSrTlz5Gt&#10;xa7j/a/zpX/VezV31sT17h9vWF2vp45/P+xF78X9oLcNGs25MIDyTNVANw3/AChRH6FST9PaK6uA&#10;su2xjjqf/jvVJEMg0jz/AM3WVTcX/rf/AHv3bh8M6Mx9UaVBH7ld9BwAc1kef0qPqfYnkvBDfQ6k&#10;xmv7B5/7H+wIfby2Md87Ovnx/wBseqgf5hLo+/dmKWW8buwQslyf4bTtbSWB5F/Zh8zSSxiGthEs&#10;UkcjsKiIOrIQANXlRRoHHHPtTyP7wb37fcz3sWzbkwaZERYllZQ51atE0azKzpT5fmBjqbxYW25m&#10;S2lI10+X+UHoINtbbptx4CWnqomFLNA8WThqYg9HV0bKi+FVlppaeoLup1Rtdf6D2LO18tU5XAVE&#10;NacUaaWCShFUXcVLOI40kDzTSSxllViQebHm3vNma45093OTbm7/AHdJHuk0DxpGBMLA1QqrulJX&#10;MuqTuYHgvDz6iHebi15N3yBFjfukU4oRQls/gPFc/b1Rb8lep8J1x8ntkbo2jP3ZWV+092bc3zlN&#10;o4COmn2n/CaTNZGpM2PwmMx1FUfxSrnjCNqkiR4WVddz7fcdSTY2KLxRKSJVWN4UZg0R0FZdSqgM&#10;5KXuPTa1va72C9ldt9v7Pfdw3y5E/MVy9wkofSyJA5gYwp4kEcwgR4iFViUpnOKI+fN8s+Yo7Kzi&#10;clGhQ446irrTtJ/ip1h7q7lxHyCy865arbB4DBbW/hVZtfMTxYqOqy2Jauhq6/cOBrsnlaR6qqgy&#10;ckFTJ6GfSVYf6sScZRw5ujmo8gYdcdFLVWqSiqYIYVDXaoEgepbyt6R9bH3A3u37tWvst7m2kuzP&#10;NHb3DqcYgZpLuUCKkckP6P6IFDXtp6YILDkGQ7etxbINbd3Ar+Bf+F+fl1V1B8f+64t357uT4s5W&#10;SZNu7uyuOyO36DJbkp6hji8iu5q0Y7FbFxcZk2V41ooYy1RHcjSV/wA23tnOMpaSnqKWljQQNHKF&#10;RUiVXvHoDaY0VGJAte349y8/uRcc+bDFuF/4f1E1vUNHq0hXWuC7uQKt5tTGa46S/uu6bd7D6lCT&#10;C4XJr8MnqVJ/Ov7emHI93dh7n3pjqjs/yw7729uikxmYkjfN6sVU0OY8mRxkcucyVVlKSKKvLkRy&#10;Opv+oare3PESYyixk2PhjjTJz07OFMNJYBVTgcfcJ9OeOffOAbbzNvHP+7SXE8j7Lb3UgxJP6H/m&#10;3jy9P8Elc7gfuONX8o/8h+XVlvyQz+MHUPWO9pnncVb7Yhrcg6Uj3irswJCz1ckjtaRE/tSAHj2/&#10;7adJsLDS107RSKhP+e0kHyTMQ3msQbm30/PvLCRd22/atlv9g2eGVUi0sDCxHELgRft+Lj1zZ3nb&#10;fp+cN2lt2UE3HE4GUXFePoOPVRnyXr5I+081uHa2FkzmHnrqt1mTHHItN5ftkWZHxxFPKASWLajY&#10;j23bgwdNW4qnnXxy/bKwMjmJni8tRCB6vGxUSEWvxf2Mfaj3hvuUeZ5tl5is3Rb4gjQr6f0o5Tjx&#10;JEyK8Br6mPlfbJW5nmUDH5+UT8cfP/Vx6mfHXv8Az/WW8dw/Zy18GGztTRvkMTF97HLW/ZYvKJTv&#10;Bj4cvSRVf2UlY0jli3j/AFWHtn21DNTz1FVOirPGYbPRxsUa61MfoZ9DNpQ/huDf3KP3guabW+5f&#10;2/YbKVfp7oSCVJjpI8OS2dNQBKirCvepwQR69H/L/Kxfdre3MLIHBrXgewnAA9R0JvzR7KoN3be2&#10;NsTZmWyUuMzH95Fr6Tc9cgzeP+yrdp5en+8psdW1EFM1TVU0jp5YSXi0Mvqufb3hKT+M4WTHZCdA&#10;squpaokUxEPWs4DmZZQygBeLfj3GHunzSvt37pQc08q7dFIkOhlSGOqkfRqposLx8dbVo2c18+jd&#10;+U4bbdbiS3hUSVWp4cEAyQoI4notvdu+puo/lHBvnqyKjx526MHVYSCkWago4KmXY2JoMgyx7eqc&#10;a8DTvXTl/DKhZmOo/q9hvhdo08FNWxUk8iPWPNCUaSNIR455CjKIqYEA3+oDX/HvIS/9/BJBYbne&#10;8vXC20Sl21QsH+HSNBaWnnQ1pgnp3l+xS4l3KfcoIqwIuggCuTQ1L/4MdWed+/PvNDcuwK7dO2Md&#10;kMXtGmxmeqK6hxNdX5GR8jgKKGpjiqK7dngkeNpinraK35b+s2i2jSbOhnqlqqiapryY5laaKWIR&#10;y3qEtop6Zwt1tzcW/wBv7GXLPuhbe6E0w2+waPbrVVKmRNL6wWRuEki4p5UNangadYq+7G4bzfXV&#10;jZCHTAt29KBwarVT5t646Hjrj5gyfM7N1WFm2xhsTtjYO38dmcPJLipaHJyZVGjxNQJDPuHcWPe0&#10;c2q0SxyBj6mtdfcOiRqahgnZRarzMigsLkrMFezfQ6bf4ke8Dfdneod4n5+8KT9RHvE9D+m0nD5j&#10;yHl5fPMjkRor3d+T0B/xldqstX+18P8A1D/i6o+ng/jnyjxWLDSfb7f2btbPRwxsogD025lpxN4x&#10;5IhUMjWZtCsbfqB9iJUJdKC4/wCUOiYc8f7s1fXj6r/vr+8GYpdEF1Gpx9TJUf7VQP8ACf8AUOst&#10;9rcJeKlO3wv8q06NvglB3JmJrnmCujDJwOMjE/0S3q1AH88e5UUdqN2C/wC7rWsbACMH/W4AP++H&#10;sh3Z6XMY158MV+eT/lI/b8+lI/3Onb/Tf8e/2elTt5jJnJg4Yf55xJY2BapRbcEccH8WFvaPy13k&#10;EgVrgWUD+pZ4/wDff0v7DN3J4Rkj1YJJP2fF/q9aeXRpb5BH+r16PV1hTxtQQX0iyxRr6luCscSE&#10;/wBQSLfX+p9h9mT4tclmDCwN2B5PB5B5Xj2HdxuPFtfDDgjX6dHNutCpr5dHO61oStZECoAemdl/&#10;wJ54sOTb/bewZ3BLcyWNx9RxfgBP9q/H09lgFYtP2D+fRzBlQvRvNrRFGjJFuTxew/S/9Ft9bn2A&#10;mcbSZB+dQuEufr4h/r/S3+v7ZkrHGddc/wCr/UejQcBnowGLGvRptaxFzbgDXxa1r3/23snvyie/&#10;Uu8wfr9vifpb6fx7A2sdV/ZrsEgk3+2Ibs1mnl+B+grzaoHLVyPT/rYOldQrpVPxw1/z+X90sRGz&#10;soZbaifV+fV/at9D/tuPY9uQfqGYjJUf5f8AY6xVvpKyJjNT05e+FhqJP6fxfTq/p6OPr7bzStOk&#10;WrPDr3uMq6nYxK/AJb7xbAfquYit+b/T/D34Z6qWpWn8+ve+imoqLnyggpEb+OUg2XSv6m1txx9R&#10;78JWCimD0yZnwOB697UeI2LvHclmwe09x5ezBJRhsFlchBTxHxs8832lHMsUUP3C6mPCqw/qPa2K&#10;+BaOFJP1GbFafE2Kcfy6dVbiQVjict5UB64syoLuyqP6sQo/r9TYfQexy2h8XdyZcw1G48/tbY9I&#10;3j8i7wzVRteqVWETldGSwroreORhZjwyMPwfZqo3BQTPd6k+Tn/n49K4rLdZgGnfTH8y4/wjqHWV&#10;8dHAZ/BV1a3/AEUFNLWSngniOEMT9P8AefYvf6Nvjb1WsVTu/eMu9KwBSItlZjY26KXz/QKy11FR&#10;SmHyRH830G/1PtQY42o0s6Lp7sso+Xrx6XNtSxqS7ln+Rr/q/wAvUEVuTrqaOfGUiUpLqHizkNVS&#10;ShPSzssUSu9wpsL2Gr/W94Z/k51Zsw26+2Bg52+gbdW1MHdf7I5xOYpiDZj+frb2xJvttCQy2aVH&#10;9Af8+t9nSNba6GGg4fJh/gHXKsxU2RgEc+RyFDJcFnxFY9N9CCQGeNyVJH0I+nsP91/NPtDMoYsF&#10;NQ7OQnj+6M+4cAwAaFrA0243HqKMP9Z2/r7TDne6goIrT/jH+aTpV+60mUGRFH2AD/COoY2hgJad&#10;afJ4+mz4Xjy5+lo8rOfVq5eppmH1A/H9kf09gFne4extzn/c1vDduSH1EeQz+crB/uluVq8jP9PC&#10;tv8Ago/oPZVuXMm63w0vuEjGnEyN/Rrxdv4enxYWkIzIOHqv+z09UWOx+NiEGOoKKggF7Q0VLBSx&#10;C7O5tHAkaC7yMfp9WJ/PtF11buDIJoMOTnU/2o1rpmPqW1mDMLen63/Hum3Wl7Mdf1z/APOQ/wBL&#10;/V/qPTU0NpICNa0+WnqZ7nUOz90ZOUaMdWxg2t9xTZBVF7gAn7V1F/Zsmz7lJRfDf/jVegwZXUkC&#10;lB61/wA/XvYg4/pHL1emaqmpKY8cNPPCVBta3lxpP6fZnDyTuVwlDG3/ABr1/wBL/n49bF3LTub/&#10;AFft697ELHdJYKMoaypqJGVV1eCWjlUsD6tPkxqsbsD9fYhteSfCCJKuQf8AUfg639Qtcsf5de9i&#10;Fi+vtm4gLpoKaosBzlaTHygkaR+KSM8lP95PsTWvLcUahWI/4zw/ZSvW/q1UsQB/L/P172rIXwGP&#10;jC0kWHg0qV0QpRwqjWC6Y1jCaFURgAfi3s2j2yCBtYK4Nfw/4dP+DpIRVjINIqa9e9xX3pQ0YKrI&#10;pIGkiNo/7P8AQioBuLe1J3C2te2o/wBX+ry/zdWLgcevEA/X2yT9kTQOyQyLItuCzO0i/wCvprFI&#10;PP5/PtqHfo0edzJ26v4uP/GutSLhHZcddaV/1I/2w9tdH2TXyZSkjSrmdWqIyYlnqGThk48QrDf8&#10;W49pY96hnugqvX/i/wDTf6vl09fRE2QoP9Vf9Xn11oU/2V+lvoPp/tvdwWx6ZMlt3GTSxJG1TFM8&#10;kkUaxzoUqqkDW7qzL+i3N/T7lXbQs+x3cheoOjP+3/1DoNKlbKKBj3D/AD9Eh7Mys+G3pWxwSTSC&#10;mdFjp55ZHpJBNjaRmCQpJEraddza1nHsaP4XhcLQ1cEFHTyTAQ6q2Wmpmk/zpZT9wkcTH0zFfp9O&#10;PeJHMu9S23MGW7fT7Y08tX+r9nWXXLmyAxWBZMd/+Fvl1m2s+d3hR43I1dbU08TGqP2FPWVkUBKy&#10;1NOQaaTzry0Af9R9XP8AX2D249z+KjPjKxqNXALR21NHYjTORyf8Pr7BjcyRyTusktfz9PlXh0LT&#10;toj7QKD/AFfLoxOG2dBSyK7KXfSo1MschNgwuWMAY8H+vsFqrdUzav3WIFwBqf8AF/rac8fT2p/f&#10;iucFQeP+qvVTaE+Wf9Xy6W8eJhS1kA/HCqAPpyLLx7apNwTtf1kBhyNUgPFwASZvx7Rzb6gIIcGn&#10;+X/bdM+EY2IXJ/1cOpi0UYH0/PH6fx+f0fn211WWldCGdlvf+0x/Dc8yHm3spl3dWagatK/6vi6c&#10;WNm+YHUhYUX6Afjmw/H/ACDzb2k8lV67htTMV1XFm4Ovj9X9fr7TC+Ei6gaGv+ry6VwKUQinn1m9&#10;pOd08hOk21MPoPoC9r/0ufZfO2pWanGn+Tq7V0kefXvZdfkAqnAUzILH7ukF7WH6qn+n9SL+5G9s&#10;l/x26by8N/8AAv8An6iv3Pr+58/BVf8AL172UZLaHv8A6oWH+xPH+N/cu/8AEb8l/wAvWNk/wwf6&#10;U/4eve8P4Y3+gH+xN7ezW4/tPy6u/wAR6978f1Hg/U8f1+o9sdV6979f/Ycf8V455/Pv3Xuve+vx&#10;x/rf0P8AvfI9+69173lj/NifoP8AHnm/9Pej1o+XXveT8fQ3/wB5P+v/AF59669172qtigjem1mB&#10;5Gfw3+vf+JUp/wBa/Ht2zjCzEU7NP+Unpi4FLa5Hl4bf4D173ZfuRbZLYDnkij2qD/T/AIETn8W5&#10;A9zCf9w9j/5px/5OgfYj/EdwP/DX/wCOr0mcfzFn/wChr8pa/B/Qn+vx7Q+6JB/Cd6ED1f33rbnj&#10;8UxI4A54Hu543n+kf/D0b7fXxUr/AMoTdOdGLCh5+mOhFufwqD/Y+0l2YS/Wmz+fpicf/sbF72vf&#10;+vtPbf8AJNT/AEw/wHprZx3y08yP+O9c6UWqq7/lsv8AvMUXsndeOfr/AGntb/kG/wDsPYd3fuEC&#10;n49Jr0fp59OHtPTj1X4HJ+t782P+8A+wXdppkLedf9X+XpxRTUeve8Nja/8AtN/z9b6f6fX2n/D/&#10;ALX/AJ+6tTr3v//V1ychjRRTNFIyuSP1XBAuiG/6LDl/cWieYn4BT/V8+poMjA0p29b/AB7TU1Mr&#10;IyjRY3FmsosCOQSOefbjzMudOPXqjSf0evexF+MkAXePZ8BAvPtHEIoa3pvXML/T9PH197kkZ9su&#10;1PEg/wCEdLNvmZti5iBH+gf8/f7HXFvqn/B/+iH9pjekYTIZBXOi89UjGMctGJJR9G5NwL29pbeQ&#10;g26sCrKR/q/1fPoOx3LFrPGFYV65ewwqVSw0IF0k2ZOGI9QUN/wb+1/j7XBO+QscHFP8PS7SpZj5&#10;H9vXvafqqSCoU+aNHJJAEqBhxq4Bt+L+7L2vhfz62EFaBeve03V4agD+iCEsY2Zg0cehTqJI5X6D&#10;8f09vhj1ooPTr3tpeOtoPVj62pxxDC5oJXpyAeASUH9B7tjhTqtCvwtT7Ove88u8uxcfFoouxN50&#10;yKyeOODPVkSJa3CosgW2o+24YYnuKNGumh8uq2xne8RGnfwwD59e9+HavalJE7S7tzGcsUtFnM1k&#10;qlPqbWH3Ckm51f66j3uOOKK9ZdNIvkMcOmDLcQbrJ3lo68SSV+Hr3vLT/IHf1ElqrY+wMoL3apro&#10;MxPUS3BK63FcgJj1hR/QKPdJbaHx3/UYNnFBTj9vXnvbhZGDQIR+fXvcuHv3bWQJ/vf15gqNODqw&#10;GBlna3N7CsrmufSn+3b+g9+8CQApHJg+pp1oX0RzNbgfYOve5E+//i9moh/FMXvKinfUGWPa2Bjp&#10;xwAPVNXBrEAe6PFe6yysDT51/wAHSaS42yRmcqw00/CP8vXvfGfqjqncm2Ru3B5WqGIM9VABUrho&#10;PEaZF1+aJI3jjsHAN390Mt3C4BQqx9K9ee0tmiE2rTE32eX/ABfXvYT1fSe2KpnbG7y20wfUI4an&#10;cGFikBOoqjRxxEqRqA/r7UruF2tF0NT1o3SNrCFx2TxgfaB/k697Rtf0DndUhxlfgsggD2FHloat&#10;ja5UBYKZjcjT/sSP6j2rh3eRvihev+lI6Rtt8hroKnr3tF1/Te9qMuHxMrqAzK6QVkikDUBpZaOx&#10;Hp4t9fa5N3hoNSsDWnD/AGf9npP9BcIhqvdX5/5uve1L1Tt3P4HeMv32LrYEbAZNA701THGdfjWw&#10;eWFEuwHA/Pu8m4QPbztHINWR5enRvsETwfvISgLVJPX0GP8AN172G+9YpF3TnCY5FDZCdgWRxfkE&#10;EXHPIt71t0gks4XJFaf5egyUYV7TTr3tIkMPqGH04t/ri59r6g+fVOHXvfEqWA4uPr9OOfqCP9f2&#10;7HSrdXXzx17314zexHP1sw5Bve2n+vu5YADrTnTQ06974GI/gXH0/wBYc3503v7oHHn00SD/AGif&#10;s6974hQPre35Nvp/tx9OfezngRXrbRqcmg697kQi0qEfXUvJvbki3+PvXArVu3p62XTLHXhq697F&#10;Hs4kTbc1Ai+1sCBcf2TTTcj/AGkgce0kNPGnIbzP+HpvcTW8lYcNH+Xr3sKWFze5/SVP++B+p9r0&#10;ZRHT59I1/sWFPx1/l173wci31/BFvz9OP8b+6fiOPPr0SknC1z173j/1tPA/tfgcfn6X9u9GK8ev&#10;e+a6TwWcHgfSw/PP+8+/dbAPr173Jobiph1KHUOOG+p5FuCPdGGoEK1OrUrTr3tT77kc7oyjsOJH&#10;pyy2NhpoqW2oWsL+6xooQU/y9OXNfGfu409fTr3tHRHTqIH67A3txp+n0+l7+7PQgDpIaAcOve5U&#10;WRrKXinqZ4A4swildBYEEX0t/U/6/unhq1aivWi7Ke1uve8h3BkhYSVMtTFxrgnnlkilFxdZE12Z&#10;Sfx7t4Ibjx6u002QzVH8uve3HEZhKjI0SHF4yNmqoQHigdZLmRRfUZCLi/8AT3q8XTZSKGPA5/Lo&#10;52S4UzxRGJdVeNM9e9i8fTpYa/UALMDZQQSQB+AvI9hGD/RkPEg9S9ZAiEV/1cOve50A4PA/P1BH&#10;4F7H+ntpiSpX/Vx6N4GL0U+n+br3v0qj+n5P9Prz9f8AD22C3iVpin+r/V/xfS05NfLr3uPACJD/&#10;AE5/2FrDj+vu0vwj7evea/b172occTrP9L86W5/I/qL+ymYgMF8+l9uQHFW697EfEzkOBcgfUfXi&#10;6nk3uPaGcVU46EqZNOvexOx8zlRbVf8AwJ/rKBwD7DV0oqxZc/8AFdLVNevexa24Qzf7b+v+qlH5&#10;HtE7Gnz6ENqXJ7xQ9e9jPhBo0FVDfS4A1E6b/Uf049oZStJDqXoQQUC/Kg697MNtdR+wA4sZFNif&#10;UR/h7Lpvgf7P8vRzacR9nXvZnNosVmgJb6rGBzwRqiv/AEH19kl1Qg6RTozJUk0HWCUCxuP6n/X+&#10;v+9c+zQbMsTGQ31dDpueLvB9fpYH2Xn41/0v+bp1/gX7OkdneIJB/RWFx/URy/T/AFvZnNqaQ1KS&#10;PoyFgCf1WpjqvY/1v7URKSJh6oP2f6sdFdwD0V/sEnwzWbT659LD63AqeBexHI/x9jtiX8kYVRxq&#10;k1aRyLhPrb/Cw5/w9ibbRoZC3HStPy9P51p516Dt0AskpHz6ry7VUI9S+og+aYtduGJaS+oXJsWs&#10;R9Px7e6gMyn/AFKxycn6AlR/QfS9vcjbKYgi1YiTHD8/50rx+XQenIBw2f8AJ0TPcjSJVEgCzVcJ&#10;GpbnSJFv+ofQvb/XI9w8UAI5BySNJta/+8WAPA9kW+f7nXH+n/ydMR8V6FaFtWNwjcANSTC6mx5m&#10;sDckkEk+3WX/ADUT/U2I/wBgGCi1h/T2AL1P1JI6UFf5kAn+fRrETVh5V6FLasp9RupA0Wt9dIE9&#10;v8LFeL+0rkAWDEXH6Tf8WOjg/wCv7J6aXIPl0pU06MPgXXwwH/VByAbahzKfaFykZMZuQbAfQm5J&#10;K/7c39o2mJcGnxf4Kf6v59Pp8a9DptwKpFtVo/pqA06mLkcAWC/kfn2HmQRREy3AuRcC5+lwBfm4&#10;5v7aleX6gOBgDGfXifl6fl0tXVqBC46GTD6DGBYkXIIIIsABbn6mwH+w9h9lWGl7n8Hn6WuD7Uwg&#10;9op06oNBjpe0A9Q/IB+n5PP4HI+g9h7XknXqN7K1z+ONfP8Asb+zuEqQNIoPT9nWpPiPbTHSkgFm&#10;H+uDccXuVsB9fpa1vaIrFIe/NiT9LX06mPH4Fre1q8Omfl09xHi3F/rck/XSP9ibX9xlU+Mt+dV/&#10;+QRe17/4n2VX5PiovkF/wn/Y6SXHxAD06mR25+p5At9ebC9v8efeB3YE/wBL/Qj6/S9z/j7RUxjj&#10;01jrOAePqf8AY8c/gWP499k6wAW9SgaT6hb+ouePx7oildRpknps+dF69YD8cHk/p/23+3t/h7ju&#10;5VuLqt7m4I/qV/2NvaiIVrX4qdKYOJrxp12Rcfj+gsfp9Af8fbtSSkIxLMLaOdVvqzEj/YEe7sSW&#10;T4Qv+r/V/qyaW9SSQB1HkUXI+p54tyLWt/T6g+6+fmPLI+U2ifWU15qxs9v+AmABFz6R6vcy+3pI&#10;/eviU10T/rJ1AHvkf0tjqO7VN/x2Hp0x4CwADj6/0/1T/wCx9k2zKkNESwOrj6m1gi88/n3P0gP0&#10;luGyc9Y9xjtz1O9tyNpA4vf6/W97gW/417JZ/wC1b8v8A68ePHr3sHO43VsJjF1uoOTIYra5Bppw&#10;NX9R/wAT7ZlAZ7dlTu8T+fS2Ng8kJ/pf5Ove8vVUyN11ViMG8O6683lAUHx4yiHkutwdXNvZ2Gpt&#10;e5g4Jil7R/pRj9v+How3XS79mR4FMH5Ht697LX8iBPUVeA8CwCobN4vw+RrK0hnzHiDm5OhnI/2H&#10;svEkUVgonZ1RrTOnjQrnj5U/ydEu9KTHssQNHLQ+f+mz/s9e9iV1ZgNwdXZfA9iVO39v1sz4WPM1&#10;kLCpqKeXCvJBX11RGqCCR8joo20Jrs2r625947c43tlzRZ3/ACmm6XKW3j6VyqnxAGRAdVRp7sml&#10;fQeXQ9tbNrVdvkIQnShNfTzFaAnyp5fLr3td9+71oNy5LanY+1sfSSUebokz0+NqKdkTGyPkXnFL&#10;NS08sz09RHFHdVeQt/j7DHt/scu2Rb5yzuc7q0ErRI6nLrooGBYAFc5IFK9HG5TeLJE6QDQVqPln&#10;H2fZx697bd17uxRxe1uwa7GxKNyY+rr54qWkWSpacVP2cSvHJIJCqsvqZnYhfz7UbFsdyb7duWY7&#10;ttNrIqAlqCmnVggUz8gPs6SRaS0Tyxk6wT65HXvaC3c1Dn9qY3sijJx2Up0JZIFSnFF91kIsYwpz&#10;qeeNZ6dGLgvzc/j2Idl+p27eLrlWceLZscaqtq0oZM8AaMcY9PPqtwyvBU0DAHHGnqF/y9e9t28l&#10;Tt3ZtTm8VlETMbc8ZekFXDFT1ZzOTpaVTVAPU1DGGmxrslivq/qPou2R35H3+KyvLAi1ua5KNVfD&#10;jZu2ukZMgr9uKdM37reWkklof1UArTgasvpk0p+Veve0bsurysvVuXwkMxp2o01tpkljqUNTm2lU&#10;abm19JI9I4P59iLmaK3k51h3eSMSqxFTxSiwheOD6Djx6QbXb3KWFygRiqaag8CCzde9iX1PuNJ8&#10;DvH74tnsbQ4ulahhzWqqmiqTWslUYoGkZEBK8EWOkC/sF86bc67lshtwLa7klIYxdqlQg01NPTjX&#10;z6XQTPdXd0IGLp4a8M0/Z+fDr3sKMJX4fdW4KXD5vG09DTZrLnFTVGPpx5KKkeoIE9K1SzRRzqDa&#10;7AoPYxvra/2bbZb/AG+5aSSCHxAHOHcLlWoKkfZnpHaqWliAUN+oQf6J86/6q9e9ulJtjYeRzeW2&#10;3hN27ghyFVFPg45J5sVTx1MZq/tYqKsljLE0BkAJUKQLXt7Tyb3zHa2Nnuu4bNbG2UiU6RISO3UW&#10;AP4qdeDRSbncxuzLqjK1+004mv8Ag697aNmLkdkZ6s2fXJSVAObqZsRXQM9RWJWNXUuNoalHBiRK&#10;dfsy4kVSQx44Nva/emseYtuj3iNnjpbAOpACkBGdkatf4sivAfLpPtUTRvd2711CdihbzPbpqacB&#10;Wteve1XLV7kqt1U2Hp92ZPFRVmchXLGpyr48SQS5D7avFOXYCYlD6dQIfTyOPZLFbbZb7U15PskU&#10;zLbnw9Meuh0VQmnD8uHr0ZSTX8UiwnRVgNWW8zQ/L5/5uve2ndL1GKy+To43hz+Kh3gm32rq6X7y&#10;pQTVBhV0aIinM3jGsX41H6W9rNnIntLa4QyWt01kZdKDQpoK0YHNK4p6fPovmvbyCRq0EGsDifX9&#10;n2de9v8AhtsbPXc2V2jTZ+sgnyNa9RN97PjqalgmpEYLCHsdJYsLBk1E+y3cN53xtptN8l25SkSg&#10;JpDsSrHJ/L5GnHp9TaF2EZkBLVqy0A4Dj+XXvaq3RS1m3KCq2plFWslx89PDtiVTJVLkKDzLUZKf&#10;XZFlMTycGFdIt6ufZbtV1a7ndwbxarpEisbgYAD6SsYP+Zv8/Rx40qDw0KMK+RqD172E1XkN1U2U&#10;3rWYfdddgTjJ8IsNFU5iTFvL95CsbijhL6pRGCxfT+kNc/X2LkttpurTZFvdjhmSRZKskQcLpONR&#10;zStBStakHogmMhkl8OQKBThgD7BxPzrWh697z7Y3LuSp3FU7bkp4txLTGnEMWRNXWSSfcUdRXyCU&#10;K5BIvxYCwQX+l/dd92naINsg3CJ3tSdWogKhFGVBjy/b5/PqkUkhne20AheFeJqK5Hy8vkOve8FI&#10;NrpnxjcnWT4OiyTrD/CqIUkGLDRRGV/u4Khl8UbyEOLg6nN/amW43R9ou7q2tUmuUUUc6y/xAdpF&#10;amlRxx0Y21zbx2ribw0LYCg6fPPH9vXvfDfG0peut5Y3K4LJyZCnyP2Yoa81CSSPMtIs0kKT0iRI&#10;ywarABrgAX9s8vb8vM+w3VludiqSRatSlWwuqgwxNK8eHHh0HlJivhM8dUJprPyrjz9eve4OWnr1&#10;zKti822FnaipqqkqHyP8LK5eYh5ZmluCiiTnUPV+fb9rHafRut3ZfUxhypATxP0xwFPkMU4dGMjq&#10;spAkJNBQ8aH/ACf4eve8e5N57pwwpqWbNz5aepooIpZ6zIVFVNNUSo6yCNlmQTUDuhKtY6tXt/ad&#10;i22+1zLaeBAHNFRFUBRSlVph6HI61cyP2HxjkUGaVJr8vPr3uNtqros49XW52nTCyUVHUtLX4aJY&#10;6upSl8UzsZKp2VqmdpXa1/Uyqf6+/bxbXG2GG32+Vp0kkXSspqF1EgYXgBQD5VPTNkP03EjojiU1&#10;oe4iq1Pz9ftFfPr3tXbuwKR7Ywm8dsZNcnT09bjaaeOpqo2yYhFPNXzVFZTUd2QIiJ5GLAKTY+yj&#10;l/ddO8bpse7WfhPJBLpIXsqSEAUvgk50gD7OjHdNzaO0gECk00AkZJ41P2kVp8+vezU/H7IfxDa+&#10;QrCULVNfBKQl2UNJRxG17sSOf6n2INigS0O4W7EdrGlRnCnh/sdBvcpDKlq2k1da5697Ebd4doqU&#10;gGxT1EAgC8o+hJAHu7jwoHEg0ig4/wCm6X7CFEs2saR/S+zr3swexK5aXamJupLiBwWt9Saqp5up&#10;HFjx7k3l5ZP3JY/pGug/MfGaf7I9c9E98wF1MMcR/gHXvYl42q+6gDFWB+v6fr6n59RP9PZpM3h8&#10;TTqoOKjrGw5v/vf0H0H+39pzNQsu5dvsoJDTV3NhpslBHe1hYG4tb2QX9yrXlgit5v8A8d6fgUu+&#10;mnp1zX6ci314/wBifdzHw6xi/wCiN5Av6Wrz6QOCc5kNJuVNgSfp/X2e7leRi/t38RaSE4440rX5&#10;8OHy6HnI9uqzu5Xj/wBDdUhfzGc1NT9v7KoE1BC8Z5LqjE4aJtJs6qSx9jZXzJrkpqtJTTRIJoo4&#10;IlZpZjw8dQhvGYdJ/wAfca8x7cW8Hc9oukTfpJnjd3fTpQfA6N8euo9P59SjY2zC6a4D0qdPH09O&#10;u+rKmRadI6lTNjfBFL4mvJHG40u4hVdKEksdXP6fp7QNTUZvE65aOeb+GzSu6UMbyLDTFvV5lp0I&#10;CuyLZjz76Jfc6+8NtFmIvbTnu6QuWHhXjNrrK7xR6JJpJQiRCrMaKKUB9egzzpypHfqbzw9bhaEg&#10;ampQ8Mf0sdS94dY9fZjLDPZDbeJTIVCQUsmcnxdCMwYEdmioZ6yoQuMTCzNIF50t6vY+dZ7rpc7i&#10;1p6uVhWUs5itU2VykKUkamPySlnQyScW4P4/PvK/3Z2uS2t7/mTli9jl2z6ZvENs4dK6ZZWZzECv&#10;w6SxZuGkny6hSx5dvI96ZZbeQAmqrpNQCwCgIVoP9jrXO/mY/GTd3Wm9K7ffWWLZtqbj246ZKHZ8&#10;NROi5XJVW8svXVORp8NixTxSNRU0JmaWRmUhNVvR7FSuWjxs9PLVZegpxUUUTR0k1ZTKGSd/IC0E&#10;hDkkxlfSG1FSOLe+OfvNzVuvunvN5tnLXI+5bhcbXI8ctxb2lxMY2tZJ0Z2kiLqqL4yyMz+Ho1qz&#10;YegyB5RS1WB7HcQkTBSo8SiE9qKKa/z/AJ9C1/Lj6v3ds/rGr3FvapxGEbckk2cp4a/INSVWSwGX&#10;23sysSSWDJ00cpknNPIjKGZWdGANxc8nqIpI41jT0pAgR00iOWFQ1po5F/beIj6MD7EntZ7mPt/L&#10;l/y/ukzrvMUbqgYMzKyxKgjkVn1pIHx4einp0R8wbFBBfi4gQEGXUCoUhjU8SOis/K34Z1lL3EOz&#10;drGGTZ2893R5fOgSQJbL5rcOQqqqqp1pcetNLj0oUBaeSZ2XnX7YNvypWblqpZy1KtPJUUlPDOfG&#10;zwu2oS6HuWW/FxYfX3MfKXK+0we2u781TbzbXHMFzdRl40ljJWsS+IjIB4q1r2g5NCBw6jP3Vudz&#10;t9nRre1mekdToVqYB4U+zzH2dJ75/Pm9u9DbE2btvG1NThaem29WJV0VNUSiOPF19fpllkoyKVWM&#10;djq0Wt/t/a6qaJo6msEb/twTMmlWFiCDbj+n1/4n3kbyVum0P7acqB7WEXlzaBu4LUFXz8/8PDrn&#10;Zc7peTcwXAks2YmYV1K3HUvlj+fHyFOiiYHN4Fuqtpx5JcZNnc3iKuoNbU/bvUXpshVLIXmeQyEy&#10;LGvF2/p7U2LhoJsHUw1kvi+4NLZnijI/bqpSdLOwPIH+294N++O58xbRzbtV9sbSE2xm/sZHBGuO&#10;AA0T0r+316y25DKz8zOrwAP3cP8Amk3n6j/V6dAP8fsbj8r3TlcPllxtSwDnGPkHhemo/HtrK1FW&#10;BNM6CkkmIjCaP1Ov+HvDHtmsQ1RoDDpg8HlBk8cX7+pYxFqUCQ+o6tN9Nje3tfb+79pv7InNsk80&#10;8h/TJXxGBTuYsdRIroXLYYUC9DqKH6PdNqn01jHiVbj+Ht1Gtf8AD0Gva0mQwke1c1XyTVprhnL5&#10;OvnkfL3ppMdSFqs1DxaV0zqiAE3S9/6+0yfLTRRQRIiKWl1BOL+oPY/QWBH9Pc2QNte9XV5um6XU&#10;rzKqaQwBAoNGSfl6evSJ7hJtyvpiraRo/wCO9JOho4t21+S3NuDKZGqr5IaVKMSSpONUEf2Z8nnD&#10;zJ+xCv0J4/2Htphamw6pPXzJDD5JGN5I1IvdrDyMg1AN/vHuY93t77ntZdr5S2x3CxIrMY201IPx&#10;lAwFWBpXjToAXe4mODdktrhUuCle5qa+/NKA6/n/AMV0afPY7cvyGyv92+r9pZncE8WLxNHPJDhs&#10;hWQxlYIYGkyUuLiyQp4HnpWVWcDUfr/jGyNfBm6CsqqSSKSCCOTxkSKx1R6k9IVnW4v+CPY55V5a&#10;uvafZNyG4Sk7i0DsBU+GTQsBUeG2oGtaEEDIIr1APPV3LJu/Llm1jqaW4XUyoScqPiyKDh68Pl0c&#10;D41dS57435yrxW9ZchhdyZfHUxNBUeWjx0sdZUUs8MML1NPQTyTgIwZdLC1/aTlnlkixVGSxWGsg&#10;nt6rKGQRE2DKSb/6x/x94Y88WtnZDm+7MsZnvY7iU8O55GeQfhx58BT5dZz+3vKcNjd7NvQ0uHs7&#10;eL8PboCv/CNJz0ajpfGSZXsrO76qFEzvTSbUSoVhLJHT0WYpKwRrJoLLECw0+rT/AIc+xOmBenx7&#10;qwP+R0i8EF+IWaxC82sOf9f3hU8ngtfK8eRcuaeXxAYJ+Zx9mSOp3tapuOqnZo/2vxjz6M7t6If3&#10;jygLr4njrpA1m8ZV66JSxuWAv/sfr7mxXjpDf6pIjW/s6ghtxb8Ef6/sg3EiSVP4HjI+dCR/PpYc&#10;zyPTBLf6v59KPEaGz9R4wC0FXIob6ghJm+rDkob2H+PtM18QBZjEAbm44tYqx+t/oT+b/n/Y+wlu&#10;lwpVj43kft4/Zxp5U8qeVOje0Uuq/Po8fVkMxSkjVDptDq0DSALQLySbctfk8/kewn3E4/dVbkhy&#10;QA1jwRyVvcm3+29hZp3I0vTRT/VT5f5uPR/HQICadWB7Ex6RinkF9Xj0+oXt6Cou1vqLXPNv8PYG&#10;bjn0ljY/Q2t+n/daj1XseP8Aefaqv6a6XxUf5/8AZ+zoygIohDf6v9X8ujN7UpuQGFyLk3/UP84f&#10;0EXHJ/4n2CedclTwY7/1Gkt+gm1r8D2j3Fkjtpj4qMRp/LuWny/1Vx0bRLqcClehtwynUnpJHqPP&#10;NriUf6/P+PPsnHyf9XUe82X1IIcPyOVA/juEHB/Stiefa3lsynmC2ejlc93l8Df8VXoKc6UTYLkV&#10;o9Bjz+NOlfTDSEBsD6uOATyxJ+nPulJqhISZJG9A5NiPofzZiLi7+5Oljke4JVcADrEa8kYyx+mo&#10;9TfeIVsRcLLKQXJ8QhOpb21HyMWsgC/7z7rocnCHpnUagde9q/Fw7Yp9Mm7MnWQ0cmm5wJo6yrEZ&#10;IJOipOlXEV/+QuPdDqJVAuK+fSmJY2ZEnLaC3l172IH+krrPaD0ybP2Zid8q8MRnqux8JTSVVMWF&#10;5DTNjqmJLwGFDGT/AMdHv+PbLW0kgOu6K/6X/Zr0ZqlpGQI0Dn+kKddWJH1tz+Of97HuFX/JXeEc&#10;M0GzYqbrhHZxOdkSZHCvOvqSamYQ1xWWmmQR3H58Kf09pDbmJhKXDyJ3LWnxL59VWd1ZWTSgVvw1&#10;H+r/AGOuEkMUyhJo45kBDaZUWRdQvZrMCLi/19hrm+zN+7nUDPbq3Hm4zpPjrcjX1z8mQ8rLK9z+&#10;83+xb/H3o3u6XYKpK2o/0iB0ok3PWKmQmvzHXaRxxKEjRI0H0VFCKLAAWVQALAe2CKgzmQkBpqOs&#10;lWQalLw1NlY8A+mNgtv6j29FtG9XABEzkin4m4V6R/vUqS9e0f6vXrn7UeN6w3LWlRIqaj9DLJKn&#10;OluLtT/Q3/2Hs8j5e3h+Cgp9rcPXh5enVpeZ/ERtCAD7D6fb172ION6XOlTl6xo+PpSywv8A6r/j&#10;rSHgcD2aQcm7nOGJhB/b/m/ydFr7xM5ahIHyr/lPXva9x/W2ApX1SwrPc3P3NPSkf7sv6vABf1f7&#10;wPYsTkbZgRWM6fki/L5dILm+alA4b7CT6fPr3tTLh8FjlutFjUH1Ijjp+SQb8WW/6/YpseWeXbdQ&#10;CpI/0qf5/wDL0njnlPcXb+fXvcyXM0NJFqTxRWHHj8a/Uj6ev629mYbbrepjRNH5Vx/q+VOmxM5e&#10;lD/Pr3tol3kig6ZFlIuAJHNgCCPp5QOb+7nmaytgEVEofl/nbq1GcYjP7Ove2ybfShR45mT/AFRR&#10;tPrKmwus/wCkHj2ST8xQF2ZZE1H1b/Z/1fLh1dbdxXUhr/q+XXvbHXb6ndbmrkIP9ZGNuGsb+c2/&#10;V7Ip+ZnRmCeXz/2enfo2Ne0/6vyHXvaWqt2TzMSkjJZuWeRo9ZLEk31i4a/tJJzTMyj9Va0/1H4v&#10;8A/n0YpaxBEU6a0/1efXvbPNuOoDhSVJt9SxYfW5AsxUn/H2S3O+yscO1Plq/wCgunBaxVoq/wCH&#10;r3uG+amkaVhMyFDbhyL8auLsOL/T2gbdZAgYy9/+r/V/qy1PCqsoI697xYnJyJX09R56zyrNFaxI&#10;A9a3tzf/AIn37aN0kF2DJIVw3xf6X/V+fr1e8VTaFQw1+fXvewD0fkJK3YG2q6oeWZ6inqWnEt3S&#10;6V9fGli5LMPQB9fqPeUfL0ol5flR2qW0/l3PX+XQQjUNK68aEdEc70pS2868RCGB0EDQyQsY5m14&#10;3FPJq0jhhz+CdJ9mF3Aq+fJodSUy/Z6BEBc+iBm9Bt/bN/r7w951twu+R6nq5J+X+hp6V/1fLrNv&#10;Yikdrtx/5qY/NunPpaqkk2dhJWAeqf8AiXkaRi30y2UVQJCFP+bUD2TvdldIqSxeTQQx4ZivDNFZ&#10;bBlNj7hC/ung3GWISVUaPxcaKfl/qHR2WZk1FTq6ONTIvjV7C5v+Lf2jz/r+wqefXyGGq5HDkH6/&#10;8G+lvamC8BBXxf8AZ/1f6s9IXLKCCK9SveD7thqUSD6EkX/H+3/F/wAe1HiLKUkD1PTQCtpJXPXv&#10;cCarctpU/wCN9RN/rfgH6e1EaxnuL9OAClT173EMqtcyAs1rH+1cf6m5N7D3uRyraY27fs6sxoe3&#10;h1722Tqob0gANwdKqPr9NX+HPt1JEkoCvd1WoJyOvey79/IP7vUxAb/gXRksBfjVVfUAc/8AG/co&#10;e26f47cgUp4b/wDHV6i/3QjdtnooFKj/AJ+697KCeFe9gSV/xuLi/wBPyb+5VjUvDIFFSCv+XrGa&#10;Tv8AD0509e94PoX/ANsf9g3I+n1NvZnI2ty3l06/xHr3vr/b8Xvz9bD/AFvx7p1Xr3v1rk/gX5/4&#10;19effuvde99c/wBoW/2/0P8Aja9/fuvde95Y7er/AIp/r/776D3o9a697yCx/wBYfgf6/wDUe6tr&#10;p2Ur8+vZ697VeyvRu3bLAqpXPYfk/p/4H0xH5vb2otlYygAf6iR0xciltc0/gb/Aeve7LdxA+fYE&#10;hIOqj2sAQ1/1SSGwJ5J9zAzKbPYlzVEgH8v9joJWB/xO7H/Lw/8Ag6TWOPpzw4/4H5P6/wCCx/X/&#10;AA5/3j2idwgNiN7Lp9Q3rXuBYD6U7A/Un8/77+rjgeNdPX/QHH+X/V/qoaWTKJYiT/xCYdOVLcCh&#10;/oaCIf8AJqfUXH49pjsaMHrLaJuSBh8dyBcXu5te1uR7Q23/ACTRWMDvHpnjnprZ/ilr6j/B1zpT&#10;/lVdzf8AdX/YWii/4k+ya15PNvUdTf4WBK/1v9PZHuYo9uHH4D/xfR/GtC4YaenD2yTWNiACT/sf&#10;yo/r/X2E7pdTt/B/l6cXzPXveOw/q/8AvH+3/wBe/tjq2eve/wD/1tb/AM09/JXM0rva1zq/SFAF&#10;xzyAPcauKjHl1NUgJFScjrf49w6pCSAAFQ2v+f7IP0/J5/3n2zQHiOk7AEZGOvexE+Nsd9+diC/6&#10;tp4db8f87CT/ABt9fdrYjROPkD/xoU6XbOAdm5n/AOeY/wDHj1xb6r/wb/olvaO7FQx5uqX/AFNX&#10;Ib/jiSYf7G3ujZuCfkOg7YiltKfm3XL2GNRHdm+pu11/re3H05PHtSCSa+dP8vS9NVFrx09e9t08&#10;a2Nxfmx5F/yLm5HNh7c6cPXvbLURABvqLE6bW/Tz6ef9b3YHrRH7Ove0xXlgWtqvxpDf05vb8W93&#10;Xps/y697YKgHSrN+QWFv8CPp/tvdx9vVG9eve2qpW4/FweP+Tf8AW/PvfVCMde9wJYrRgXN/8f8A&#10;gynnj6n2y/xHpM/xMOve07WQLa5/1/6/6n/evflPl0ww697Qe4aSJ6f1ct6zawvzp4/23tbavpWY&#10;1zjpBcKDbbj/AKQf4R172Y7qSCmqvj/uGnkju0VTuGThR/x0pgL3/wBb2xvMoU29a11D/B0tugG5&#10;Ysx/wxv8B697Jnk6SKnydQYGeIrPIVKADSVmfkH8Wt7OLWVpIE1ZwP8AB0HEUAKQfLr3uZjd3btw&#10;0pOJ3HlaIgcGnqDHYXQi1r8XjX/be1SJG34BXp1Z50NElI697VMfcPZwCrNvDN1ccaghZ69yPR9E&#10;AH9iwP8At/aafb7e4IcqK9O/W3fnMT172/43v7d1HKJa2ipMyViMTCvqao6lOnX+hxy1j/t/ad9l&#10;t2Ha5H5f8V04u4yjLKG+09e99T9u4HKTy1GW682u007anmRa6RxqvqJvOBe/9R7um3GAaY3JHz63&#10;9ZExq9stT173yXPdTZLmsx7YkkC4oMY0w+hNgZJg39kX/wBf3cxXC9wqfz634tg3cy0+wde99/wn&#10;qWvOmizWXjsfX5sXBACfqmktL6uEP+39+P1KUqn8+tEWBwrn9g6974U3WNJmpoY8FlY6qeUsFWpq&#10;KOnYFAxJJubDTE/+2HvxMyggr1U2Cyf2b1f50697ZqjqvNQX01OGl1agFTL0TsChH1EbE2P+392i&#10;uVcGoOD0i+lfUygqafMde9puq6/3HTks1HFKvNjBL5hbj6eNTfj/AGPt4TJ6nqptZR5A9e9ssmCy&#10;tI6tLQzKFZf91SBeNX5K8XA9uK6mufLqqxSDVVPLr3tf9mhqiTbrrFYptrBwPwdWqOmlBv8A0YG/&#10;tNDhmFek9+P1Yx/QA/w9e9hI0bl7EadBJBPAOk2tcgf1+nswFNGePTahBGAfi697waSWb0DgEXFv&#10;pf8Ax/xPvYY4A6sjk0Smeve+BUqWHGktcc/6xt/Xn3da0zx6UJUceve+Q5Buv0I5vx/rAX90c8Kd&#10;eLUppHXvcmnv54bAXLJcA/kMP9v7bJw3XlYkGvXvao3xqO48mxBuzwW5NjajpQf8f+Ke2ofgXrdz&#10;/avj0/wde9pAXIJ+l7fX8Djgcj28fLphgKMPPr3vC+m5J4A/pbi9uf8Ab+7rXHVD173Ca2o/659v&#10;jgOnRwGOve3HBG2Yx5/IrKY/9Z09tXX+48n2How2M/7tbb/Tj/D172YCJg8dyTbSCLD8HTYWHPPs&#10;F58RvXP+A9TYPgt68ajr3uQjWHHP44uAbgEH3paV6MYDk5zTr3vDNIbjm311fXgkD6/6/tzw8Fh0&#10;tSoBNeve+oeS30vyfp/rD/Ye005IX5dbPXvagoGs4P5ub/7z/h7QSgEEeVOlicB9nXva4xdSpccj&#10;jgkfj0tzyD/h7SzLTB6E0bVFfPr3sT8TUhrIH55/qLX8txxYeyGeNg1QPl0ZQyUOOHXvY04CQLIC&#10;vOsL/hc6pjweQPYaaNWoWFRX/J0d2VP5/wCTr3sZtv1IRQOeVP0Bv9W/pfnn2gmjDOXrQqa9CS3y&#10;F/Lr3sf9usqeL86ivH+v9bcD62+ntiRhoJHAjo4tOJ697MntN2dqa1iP2+RcH6x/TUQbkt7JLgYP&#10;RmeHWKX6f74/4/4/09mt2cpApj+k3i1cC3Jp/wA2BFvZUP7Rvs/yjq34afLpIZzmCUH/AFL2te9/&#10;HNxb8+zN7XcHwXP4i/rY8wf4XPB9r4uIz/q09Ipvi49Ff34hEdZZb+mS/wBL/wCcqOfqQD/r+x7w&#10;DawyXABK2/4Loj/p/j7ENsCscMua6T/l/wBjoP7h21/PqvTtuyyTLYEeQAgGx4lkAVT/AIi/+29q&#10;OrWyWH9pD+ORzzbm/scbAcd38X+TH+ToIN8bfb0TDcsh+9Uj+wObEi93Gom4IH05/qPbVQavNMDa&#10;ylQD+eUY8cW9t7zpBnHmWr+wgf5unovP7P8AL0IlE2rG4SQXNqOVT+AAZtQHJ1m/P+t/vbrKW0R2&#10;/QC1hwSPUhP+vyR7j/cI0HiL/ovr5eY/yH9g6M4qZ/i6FPZ0rtKzNygKMQODYI78/pH1PH+ufaZr&#10;FIiDnhv6351BkFv9hb2HZKNJJ5qT/Lp/zI8ujI4NipijHARQAB/ZIWRrgg/W/wDr+0FkSg16T6dN&#10;geb39AP+P6lPtOUlkI1j9Stafkf8n+qvTsVdS1456HXBFECEfoINuDY+pmJP5BN/Yf5IHSzA3Cm5&#10;/wBa35v/AI/4+25P7UAjNP8AL0ZxkEVpxHQwYVv21H6btfkfghb88W45+g9hllmdRIg/tX+trj6j&#10;6/Q3PtZEquVcjI6VqdY1EZ6EjHhdK/04P55+l/pz9B7Q9cSVlJ+t2t9bgBWFjx9b+zK1XSirXpiX&#10;j+XSij5eO3Asv9DzcfTm9vaJrAdTX/N7f1/tW+lz7Xr0weAp08Q/QW5twb2sDcf6w9w1cCNuPqWP&#10;+8D/AG/H+P19lV/mdf8ASj/Cekdx8fz09TYxcf4X5/2w+hH09xZHseLE34H19P8AX+vtKOmes4BJ&#10;/P05v/X6Wt9PcdpGDBhwbtY+o/g35HB4v/T3YVo1OFM/ZUf5adarXh1zAH0/xFuBb/bX494fM0hs&#10;QPpxw1/8AOOLafz7ugWurV08miurX/k/4vrkV0/719fqP6/X839vFNJe0egsT+dOoC2o3/2P59sz&#10;j/FZjXyH/HujCDDHrAy+tTfgFuPp/ZFuePZBfmPIRkNnxXtaTNi1vp/km325vx9Pc08iZNyf9L/z&#10;/wBY/wDvhUw7Jn8Uv/WHqdj7eIkfk/7A+p+fZMctdZFUm7ADg2PLRKR/h9PeQW5yU8EJ/D/gX/i+&#10;sfCK0C8Op/tqiNmJ4A4PNvx/xHsPOVAY07etoPlnr3sDO8qhaXB0ExJUJkyTa/I+1qOAbcjj/efd&#10;7d1a6s/Kr/8AFdK4AFkgavE/4K9e95erarydb1MkZtE+4K3WpBAIbE0RPF78g+zOR9KXNB3VY/z6&#10;NK/qoQte4f4R172W/vuWVcptqpZWalpsrhmYKGbiGry7kBbAn9se0F2yy6xQa2sqf8ep0Tb4x/eG&#10;2MBgPH/x9v8AJ172YGj7Ho87sLCU1LT1ZnxGKoME8IpJ1inooaImaOZvU3jk8mlgOLH3jLuOw3EP&#10;M11cTmJYpHZxRhUNrwR8x6/LqR5LsSQWRRcrpFM5HXvab2rgl3BUZTG1tfHicVIKnIx0k1RDTxU6&#10;0sHkShpY6pk8kEnI/JvwPa7d757MW13a2wlvKqhIrnU3xEjgR9vDj0t0SXOjuCx0rSvDhgfLr3ub&#10;Hh6HdsVNtuCasSPFUdTFiYYYA9HT0w1VUwSSxRDrF1H9o+0j3txssku5yIheaRTISaMW+EY4n5+n&#10;Sd/xRs5x8IpinXvYPY3HbhGNzPX4khqoa+WhNBNlaoUctNHQSPkqgRo5EaeVjzf6kD+vsc3d1tn1&#10;lnzOFZXjDagi6tRcaATTJp/L8umHRXE4araaULcRX/BXr3tcdddb1Oydwijknq8ht3LkjOiohAmh&#10;FBRVsuMMVNHzL5a2qGq/6QLj2R8283JzJtguWCrvEP8AZGuDrdA/ceFEX8zjpjl+zSzjuIlZjq01&#10;DYpp1HGPOuf5de95Kyl2JtPdWdocjlczBHm4sbFS0UOPR6DVR0oqJRK4a4v5gRcX18e27W75l3XZ&#10;rKW0tYWWIuZCZCGYF6LjzoR+zPTkF8+3y3ETMaNQEY9Mf4eve1Xitl7f2nRV1ZRVtdLFm4RA1F9r&#10;EtNEIm8qyAxjWPL5bnULX9kV5vu5bxPbwTwRq8DV1ajqNcUzjFPLq+3KNlM8yVUzjyH9KvXvYZ5f&#10;rHM7Xy+Gz0FRRVGKymSVYZ3r6cw0c5vUvKShKRsotq1Nx+fYtsebrPdrC+2yRJEuoYjVQrVYfDSn&#10;nX5DpGttcWMktyJP0pzpqPzP5de9o2Dr3ee381W5umw+FyMFa0rxV7ZFJFovNU/drWwSRSCNJYkU&#10;EE3HPPsQSczbLu1la7XNfzwyJpGjRQNRdFGB8jXPRe1lML5ZdKgMRmucnjgH9hIHXvawrKPHwJgd&#10;5bsqDhq3GZnF4/zbYWPMNXQ0OrJBK5xI3ikqZFkMwFrFU459kiG7D7jsGzos8c0DvpmPhhTJRKr6&#10;6RpC/a3RldR/qW0+rMekYoa07s/5fTr3tu3DV7T3Nm6TM0UudEcKwCJ3xLo09WtVLVxTSBibJJ5R&#10;dh9Pazbl3/ZtvewvFgYkGg8WoVNIWi04EFTQdMSTyyXSO9Sg+H5UbH/F9e9zc7sCrrqGlrtubhga&#10;oqsnRZ7JYWryFFQr91G5llr5omfzmemFlJI4vz7RbfzNHDPPbbrtreGsTxJKqO5pSgQGlKN6dWur&#10;UXQjCmrVVyP9Lx/MDHXvbbl9n7yxdec+Nu7bzEucEtfFlBlBVtTtI+jymanlCRPq9YLHm39PZjtm&#10;+7BeWx2x9zuo0tho8Jo9AbHBQcn8qfZ0w66mJWNXqPxYPAegP+Hr3t9zE+7Z9tYjK7or8co2xGKC&#10;DK4bLwZTOouUqv3AKZHLBXYKGsLaLk/T2Ubemzw7teWuyRTB7slykkZii7Fp8f2V/PHn1a3RkRNL&#10;0cCn8+ve03ka3Y+Wq0ppUzudySaxV11XhpHkmJRJIdUkTFWKRR6f8NNvZzbxcxbdbSKotba1NKKk&#10;oxk1/mf5+vTK6VvjEy1YcTTjgnr3sQqzZtBg6aPd+ytysu8qXUZqKono6Fa3ySJj4RPKZfMBDjJZ&#10;HX+psPofYYh3+63WebaeZNvZtnelHAeQig1mmKZcAGv+Tp6ODTuAn8QtPj88ECpHy697CvK9Tb03&#10;xHDnaCm25JWSSSishpc5SsKYQmOmilB8shBm8Bvcnn2L7HnTlzl6SbbbqS7+koulmhYMa9xFMDFa&#10;fZ0V31rLcTA+BFqpircOOOH+Tr3te1G0N11m2o/7zR7fgo9uLLU+egzdLW5HHhvHC9Rj6QSHy1bl&#10;FGm3AB/w9kP795fhvv8AdK12by7bSyPEyxOBlQ7eQ49Gt1G0tgI/BiDg1oDw+fD/AFft697bKek6&#10;5ytNTS1dJm83VLP9rE1VhJC01RCqr45TGxtCxN7/AJv7UeNzRZvIsRt4Lb4mIkwFb0PqPTpiKS2a&#10;NVewBC+ZSv8Aq+XXvb/Vde7FymCqnzNZPjN3rDOm3KKmpoJKanohT2wjVNS8iyUQjqmKuG4iC+yu&#10;HmnmO03SE7dbLJs1QZ2qwJbVWWiioaqgEU+Lrzi2nDP9MBMtSoCny4HIwevewr2dsLcu53z+3cdU&#10;YiauxlVlZVSuzFJSivhojS0WjU7/ALiVUtQouCL3Nvp7Gm+8w7bYLt273f1H00kUYJWNmKFtT4Hl&#10;pAJ9B6dN2ttczJLI0CFqHic+RH51/wBjr3td0PXW6sFNJQ5Sq2zivNhaikqcHS7joWoqoufDLPPe&#10;W5rHCmMoPqg+vsK3PNGzbjGlxZw3cxWcMJWgfUtMgDHw5rX16VxxTyKn+LqGXiPL7amhr6eXXvZj&#10;Pj7jJMZg9wUZ8UUVJmY4VjppUlp1VKKKwhccOgJ4t+fYo2q6+quVuEZjrXVVgQx+1fXok3hSs1mq&#10;4AWg+VGHXvYk7xYrDCsbn9Sgf8lqP6/UW9nG+S1jgYLgg/8AHul8b0kppxQ9e9jbshmfauJ5JIgc&#10;fXnmqnv/AFH0HuWOXXD7VYqDjSf8J6DN9FqvpzXFf8g/ynr3sVsKWWAKxsCSLlv9ql4tfgC/t3eI&#10;DKo0LleH/Gf9X29PJlQRxHXR4sf9f8e23LVCLuXbiE+oSZENzc2NChAAt/Q+wU1oy3No1RXUTw+X&#10;+odGFlNR6fMdd/77+nu734aaB1DVBCDeOrtb823BWNxb/H2g3QG3t+Xg/lPL/MMOh7yPXxiPl/z8&#10;eqLf5i0MlR3ttNQGskNKbkAjV/B6W31tYG9vr7ETKSKkzRWvdiSSv49R4/oPaDdoUuy10BQkUH5U&#10;48P8HUoW6fqn01U6ndaCohx9PHqbTEqnSrrdb8EWsebA/ke29TqkFwCrLYWuBy1uT9SLfT2FrCf9&#10;2Th1FGDef+rjTy/wdHQBVBQdC9l6b+JY4prYsiksRYkaUFgPSBbU35/3k8e1ptqn2pRMK6vEiZZZ&#10;1ZP2pfAYNUM0Sq0UiKZzMh4Ia4/HHvLf2Jn9x/cm73XkHl33Oudn5eNpLL9OtwkaXExaG2dHV1Zn&#10;EqyKrBKPRQK1PQL5huVsbhbyC08S9VBQ0IwuojuH9L/J1Wr8yavuXE4Gnw2w9i7W3hi80Ux+Ul3N&#10;n8tiYqWDIY7O0tRJT09DLHBJLHAkaqZQySLI/BA4d8ti5txZWmy1HVeajpqWOlNLJZPGsdTLVgqh&#10;BdhHFOAObG/9R76Q+z3tty97Qcrbhy/e2cMm+7lcPNc3BQMZ5J4YYplaTQARLJDrZDxJrSlOoM58&#10;5h3a78DxFMEpIoakYZnB44r3fbjolG1O+6nrnZWR6/7lxMGJ3hkKqrXa9bilyOTxOO2xUY2DC4ra&#10;VNl5j9tBT02UpKopETrWNVf9LD2p8TX1GLC0FWGmp2WNIGlYv4EZ/wDMx/QCGNkBCAXNz/sMA/vV&#10;+yu18p8/bHzvyRYtb2l7L4l4qhQnivM7SMAqimqPAL1A0/EST0LuSeYLu7tLbbN5vTJOSrJUg/pg&#10;KufU/FnpQbb7CwXZGz96bGyOYlqamHbmZyO24qiTU8NfR42eGhp6fyTvJoSplRgEte/+tYS8DVba&#10;qpYqbIj/AHIPFIKGTQpKItiiF5ZAt2kU+kn8+8Tud+VPczlzet65y5StJX5OlvVkmdNfh9//ADTT&#10;FEpwH8+A+3uayvJH20MvhaTUf6X7P9VOg1otwbO370rj+sd91oodw7Y26+0qx6gQBRmUppnhMk9Z&#10;UQ07M8zkhiRf/W9uYURmqWTWZi5+4RgPTICQFt9eB/Xn3lpyRzK++cpbLdJIEtUjIjoPwFvn6/8A&#10;FceueXN2wQWfuBvNpaBNHjhh6YRSSRT5n8vLgOtfvuHb+Z2HuZtjzzxw0+0panD4urpZkYSxTyJU&#10;SmNk/bZWqJren08+5sUC1OIiEYH0XSoFgV85Y3+osAp/2PHuOucLl5d1laRyxyanjlVH7eGPQYOe&#10;pX5Wl+h5ke+INDrx/wA22T/V/s9Bd11nanY3b9SctUSSur1CVVS8pefV/d+sEJHqUEk1Krf/AFPt&#10;U42oTXW0wDaJBARdSV/ZDvcW+ou/PH+8+4Hu7a523d9rcvltdRX1TA+RHrXj8uI0s9wS5gv4CwJi&#10;0/lq6GLftDQ7/wCia3PS08EWQ2sEdawOPvCuZ3bQ0L+Tyeo/s0tl/wBpH+t7DvLyJSiWRxpVRf0j&#10;URfSD/tyfx7zL5BsLjfJrO1hUMHrWpoMBiPX06KrC6WZZF868Ps/1D14/l0XzrjB57PbsodqYaVK&#10;w5CfxCapqPAnppqir+o8gS5iI9Wr6ewk7Bw+W3NS0FNiSpV538jSyGLxL4QoZPQx1Erb/D3nL7Ob&#10;hsXIlnvj7/cxxTIiOxFG1Lqcjh8VNfACuegZb7VbXO73VzMmEQFaDNQTXzH+rh1eD/Lb7f6k+KKd&#10;o5PuCuixtdSYjF1QfHQjLtkVTK5CUQv4Z4zIIoq1WVVGqx9rTbm0odu7WnpZw7u8M/7xjVi0rKsp&#10;5uh0j6C45941e9nvXPzrzE9hy3cBdsiSlC7R6v7RC/A044HGg9cdM3PKFtuW5Ws4xokH8HAeVDjz&#10;Ofn0TTvj5xZj5N/LPa2e28k2O2Fj9w4LH0dAklVHHVQY+sqKeSeemlkZUkqaacF9J44/PthkVFqY&#10;ljGklIVZhY/RwxJH4Yn3iJzhdXs9yrXkgdVFacM0Zfs4fz+WOsoeULQ2llBbPwROFf6Kr1a78coI&#10;02Pmaq02qszebnXzqUcJPDQOsUbOS7QxarL/AEH+PtcUxtSx/glltb/VCMfS/wBPp7g7fRW4T0/2&#10;T1JVqCUSnCv+boXtqkfe5P8Aw+8v9D6fNT/j/G3t7ZTJDCtiQYlYi9uArEm9xY29g+8bwo5Wr3aq&#10;fnTH8/8AZ6e0jWW8w3+T/Z6fdsqBuGfm5WoqR9PqPuIwRwQQLG/tM5eQJHIWUgG9vzb6j/bfUX9x&#10;xu9NdVkrQZ/n+z1p69CKzThp8h1Y/wBL0zSxU48dheGysL6Qqw3sbeuytY/4ewG3HVvFPLIhIJY/&#10;g/pBu4IuABz7TQW6XcIjemlRQ1/lT9n+Ho0WNC1H/s+j+bRpxTpHqBOsAqQy312JBJsL3P8Arj2W&#10;7fe+9uYXySZTM4eBYCQYKrI0cEou0dwsMk6vcFwfpx7Edrsi/T6UFFNPI/8AFf569Vk3KwsxQyqB&#10;0YvaWMy9UyuKOvjMy6xU/bzCBrB7HztEEIIuPrzx/h7JDv75hdN7caWCpy2Vr56goEaixb1iweJq&#10;ORhFLFMQBKsov/rH+ntFd8szzqQiKD5ivGuPkOJPRbcc+7dto8bxQzJ/lx/z90OGOxVXTBPK0ChN&#10;XEbu2q+q2u8a303FuT7r/wC6fl1Ub7wOY2fgMBQrhsolGv3UzVlPVMtJU4zI2aBpGiXTVUbqPr6O&#10;fqfYg2baPoXEjE6/+ivs/i/PqNuY+fDu6SQoo0N/pv6J/wAI6fUgRG13YkG41EcXBBtZR9QfZE2E&#10;bRu0ssshuSUdSY1JsSAfrb6f63sVCeVZYyv+of8AFdRRLbiScOxPWb3zipHawhplOq9gI+Qy/wBS&#10;Cb/X+vu5meQA6m1f7PVJI4owWBOrr3t0ptr5mvljEVDJZ5EC61lWMkkgBiU0hefrb35LKSdgHACt&#10;+3ouaRiwBp172s6HqjPVbIZUjpwSvMU8YsAVubMptx/vXs1g5Yd6KP4vPqhnZa0Pl172vsZ0tRxq&#10;kldVTM8YDOhSB42sEJRmA/SzAgn+ns7t+TGmIRhVTj8P8v8Aiqf5Km/OEY1r/Pr3tYUOwNr0DCSe&#10;jgLLpIHhQ/S3+pJN7rf2JLb26sLYo+sGvzXj/q+zqzTxgDSor172p4VwmPUx0sMUKqpHpQKLWt9Q&#10;bfT/AGPsQRcv7fbKChUuRw7ekjXAOAOPXvcabcVJAp8bLf8AFxe9+RwCb/193MEMCuI2Pz/b9nWl&#10;jAJCr172wVG7QW4JFvpe5/p9Dew029p33ZYSw1DpxYmatT172x1O7ZitjVSAcX5sbgg/1+p/3n2U&#10;vvQMbDX16PbpAP8AUeve05UbhmdrGpf886mP00/1FvZVJvalgdRp+z/V/h6VrZheJ697T9TuCock&#10;NISb8kufxx/Xjk/19oZNyBWtf9X+r5dLEtKUNCeve2GfLzmT9bX9J/tf1/Ta1hb/AHv2H7i8BY04&#10;/wCr/VxHr59K1t2r6D/V/q49e9w5cm72RGcqLM/pY/W9+VueP9f2l12WrUR3f6vLh14wrqxTr3uO&#10;a6Vyo0kL+kE/1Fz/ALb/AG/tLNdWyDtw32/5+qOVQfH3/Lr3vIztZRI/lDoCFLA6B9AAPqNP/E+y&#10;t5v1JpFGGbV1QIH1OvGvDr3vxDPbS7H/AGi40n6DT/UcC/u63BYEE0FOtF3gBzTr3vnExCygryCO&#10;WBuLL+T/AFJPvVwaiJvXP7D03dnU1m9csn/P1Ove5NNI/wBxTWay+Vebi3+ct+R9be3iFFxYV40/&#10;5+r1WVFq46972Avj/M7dT7UIbV/kk4ve17ZbI/n82t9L+8seVCHsQz8af8/N/qPQQ2kVvtzB8vD/&#10;AJDomPd0SHelQzDkpF/ZvwMVjR/X8j8+zOZrVfIsp5H2th9OPGg/qASR7xU9xf8AlcJvsX/q1H1m&#10;ptP+4W1f83P+Pnrh0ppGxtvKRwz5b/G/+5fJMeDyLE+yLb2nIq59R9XGoD+gWIf1AvY/7b3jTu+n&#10;96XA8+3/AI50MLhSST/q4Do5kP8Amk/2P+9n/efYTPUgN9Ra7c+v+ot/X6e2UI0aDx6KZV49ZfeH&#10;7i54J5sfzbj0n6E29ndpKmjhQYH2U6T6gRjr3vG1Q3p59X9Ofpxb8j6H2vilrUqevV6977ModhYg&#10;Ei35/wB5+lyb+9ySMXWg7TX+XWwcHr3vG2rSdX0AsbWsPpb6c/X2tt2IC6ONetCvl172DHd1LHLt&#10;ES29SVVIh4F/pUm/P5PuWPbd6Xtyvyf/AAAf5+gL7givL9z/AKY/8dbr3skUxIksfoAFtx9RYHnk&#10;+5qsDqW6KcdZ6xUsaGJ6U/1Hr3vtk+rKP1cA8WNrDg8c39pUjdYoRwof89f8PXvIde94grE2sS31&#10;4/pa/wDrfX2tiU1D+XW+ve8ni/STf/Ef1B/of9t7ckTXSh61WnXvfmS5HIt+bf0/3nn214L0wR/q&#10;/LrdcY49e98WupFieSfx9Ppawt7pJHSqsKqevYPXvedEvybD+v05IsDbgXtb3eOMNk8Otde9qbav&#10;/H0bbsLgZzEm3+ArYD/Xnj2utf8AciD/AJqD/j3Se4/3Fuf9I3+A9e92YZo2Xrg/UmLaAAHHFnP1&#10;/wAdXuTZ/wDkn2X+nT/jvQMh/wBwL/8A5rN/gHSbobH+N/X/AIFZG5/5JH/Ee0juEhsbvq9+N05Y&#10;/wBSAtNJc/197NRIaf8AKMejG1qstuV4m16caXhKEf8ATFD/AIf2UsAPaO7Bf/jEu1xe4/hmM/rw&#10;CHtb83596XNgv/NQf5enLDNy1PX/AAHrlTD/AC2tP9XX/rXEP+I9k5q7lgeBw1/ybWFuD/vrew9v&#10;i6vpqjy/5+z0Ip664q8P9npx9srIA3+vb+gtbm1uf0kew4ysMlaA9Wp1731pP0/x/wB5tf23oX+E&#10;fs6d697/AP/X1v5FDJa5JXm5BUHUb8e421r/ABD9vU21Hr1v8e4MsskikSKoCXAF7AcgfT6/2fdW&#10;Xi1emXBNXrjr3sTfjYLb93zzYybbxKm34/y9x9f8SPbVtVVunb4KD+R6VbP/AMkXmcn/AJRj/h64&#10;n6r/AMG/4g+0n2JCr5yt+oC1c4/xt5p1F+QOB/T6e6aqSgeZVf8AAOg7YkfTTL5knrl7DOfRc3+o&#10;AW30+hNr2uPavzOn1/yf4OjJcKPWv+Tr3tlqh6RyP7R/PA5H+Fvbnr1etDXr3tkn1AH8H8/4f7f3&#10;sdNnr3tNV8iMCxUX5+pbm+q1iRYce3Bx6oade9pyoa4A/H4/xsfzf8e79Nt1721y/rsP6D/ff7H3&#10;vqv+Hr3uDUve/H9LfW9/T+Lce2W+I9JZPjbr3thqVLrwQOTyP9dPpb34VUjBB6aYcK9e9o/MIPD6&#10;iCQGHFzpPF/pxYj24hI8YjzA6QXKj6e+xxVevex96Wv/AKEN3oq/pGdcXNrXnpxcX4HHtreya25r&#10;+If8d6V3OOWrX/Tt/gPXvZPcqsn31cxW9pZje9gP3n/Asfz7OrIjwEAPkP8AB0H0rTI8uve2Jhd1&#10;4tdluePrc3PPPF/ZhHTP8XWiOHXveJrh9Nr+r8mw+puPzzb24ZCvlTpl2KtQDr3vFIGvqAAXUQQC&#10;L2uT9CLjj3TXVq17um2Yk6uve8NgCxH9ongDj6fW/u9SwJJ4daBJqanr3vwC3/Qt7CzAkfUD/W59&#10;+ZvTh1ssSKeXXvfJgpQpe/A/FgLG/H9Rx78wClWHn03Ie6MAca9e9iv0uFn3xi0aNZInep1Ix08j&#10;F5M3sOT6/d5x+gzV/wBVehJYICmofDX/ACnr3tB1VXU0lXLJTStC5kcHRY8BmC8kH6X9o1ANQR6d&#10;BeOQ+LMAc1HXvbtTdg7vo1C02erUUf2FEIFr8D/Mkkf7H3bwY/4eloupxwkPXvbi/ZO4JwkddK2Q&#10;DN9JpFj5N7t6IPqf+J93hiUa6Yx0stryX9QNmq9e9uNR2PR17xtlNrUFX9tTxQCSSrqgQsClQbJG&#10;o+jEj/X9tfTtqGl6Z6QzXAll7oQSD69e9xhntm5AstRgqXHhk1rJAaydhKbAAA/UEOTf/af8fb0i&#10;yKikEn/iurTSQmGOsVM/P0697wSUWw51BbLVdIWI0xx4uaRbvwBfXwB9Ln8D3oGUDAx0x/i5BpIQ&#10;D8uve3T/AEbU9bSpWYuvE9PJpKPU+Ck1BgWQ2lnX6rb8+7rPkoy5p0ujgSVaoc9e9slR1zmoLlDS&#10;uoB+lZSXI4vYCYkD3p5UqKfH1V7RxShFft697Yn29kaKZHlgNlkTUyFXFyR9BGxv9fbYkVhSvTBh&#10;dWyOve3De1JN/GJ2EUlnZfVobginph9NNvz79C2Knpy5B8Ut172ibMOCCBweQRb+n+8e38fn0kfV&#10;Rv4uve48gt/jx+Tb8A+3FNem1qwHz697gke3+nSufn1724YU2ytD/hVQEf8AU1f+Ke27n/ceT7D/&#10;AIOl2ymm6W1eGtf8PXvY+U7F4rWHIsBxxwo/3j2DkFJH+w/4epujzHb/AJde9yoo9N2Nxxb6X+pB&#10;Fzckce3GGoKo9f8AJ0aRVJVKef8Ak697xS2vwfUPrb6fnn/XI9+IwwXh/qr0sXCn0697407HV+b2&#10;sb/7D/Y8W9oplGmtB1qgpgde9v1I13vwL3/2JHA4Psvf7OliA4AHXvahopGjkFvre/8AiDZv8Lj6&#10;+2pdLHGQej1HKgU+Hr3sQtvVZaYrydP+B/KTH8j/AG3sou0FMCpp/wAV0ZwsSaeXXvY54OsJVGLf&#10;QH+n1vJ+ALcg8ewwVVS6oaivQhsm8l9evexow8x/b0/Q8mwJ55+pK8Hj2ikj+N6+n+boTW57f2de&#10;9mG2xUlhCbj+yAbEAkFQfqCebf4ey+hA+Hy4flw6NrQnUppj/V/m697Mvs2sCzQc8Exf0/1UJFyQ&#10;Tf2S3QqMcaf5+jhiCFp6dY5Rdb8/7z/j/T2bjZsxkamJHDGMf2f+ma3I/wBh/vuPZOAA5+z/AC9e&#10;/D+XSSzaj7eUf0Dkn6fVJePpfj+vs0O2ePtv9aP+n9Ka30/rf2pt/ib/AFfxdIZuPRZd+2MFUDe9&#10;pR+bfWX+oP09j/t4agP6Ex/9c/6/n/iPYhtcCL/SN0QX34/TPVeHbh0Crta6z/n/AINP+b8i/tWV&#10;WkcX/sn/AGFh/vYFvY22NSNB8tQ/mR/m6CDfG3RGdxytJK4PHpa4BH9kSKQTwRqDfT+n+8scC3kq&#10;VA+jr6h/XSnNvrbn27uJIu5PmR/z909FUMB69CPi3vgNvSu49VFVHQbfTzxj8i2rj/b+3RlIjUj/&#10;AGo/m5t4uT/jzf3H+5f2rDyr/lbo0j40pjoWtpSh1dfrqRf9axQ8AfX8W9pmvZyrCxF7X/p9Yza3&#10;0FvZAoXIJ7enx0Y7CKFeJ/QDzwWUn6TKbvf1f09oSujAjcseLAm9x9CoHBub/wCPujnuTT8f+T/V&#10;/l6cWtRp49DVgpWL2Aut7X+vPrPpt6bW+o/1vYb1pOlh+blv9bhf95vf3uZQzBTwI/ynoxXj0M+G&#10;Ogq6/htP0+vH+wGkg+w9yukK+oD6kk/S9/6/7H35g1VZT8ungWFdPQl4kk2UHgc/UkD6A/4/T2H2&#10;SlvGeOAGvfiw0tf629mNsppQcSf8vVX+Jvt6VtOlpL3+gUA/15HP1NjyfaJrZblv8CRb6j6Pc3A/&#10;2HtaOFemh8+PT1Ctvr9fzxb8rb6+2+5eIAcBSfr9foL/AEH+PsqvqCdf9KP8J6R3Aq4/0vU6Pj/Y&#10;n8f7x+fzb3Eb9Rvb6m4/33+I/wBh7S9M46zj6D/W/wB9/X3wYqNIP5J/H09N/oP9b3dPhl/0v+Ud&#10;a8uOeuzzb/X/AOII/wCJ9w2dUdLcix/P+wHHIH/E+7IcOWOT0/BnX+XWQKSP964/HPF/yD/sfb1T&#10;uYmR1A5JuDp/AKg/X+hPtm4zbT149v8Ax7pfB8XWAgFgD/ja39NKkj/Yn2QT5jyXyuz2PN5c4LDn&#10;6UO3R/iOLj3NHInG7/2n+GTrH/3w/stlofOT/rF1NoBpht/Qn/D6u5/w9kwy0itUKRcEhLgggACM&#10;WP4+tvc+buSI4KseP/PvWPw7QQD1O9tisQeeCRb8/g2t7D5AZmJHn0pijBFWHXvYId2U0dbhcdDL&#10;bx/xJmYjm6mkqFv9R+D/AK3vUZpdWTKf9E6dCAywUGNfXveDrCLR1/Vx05/bgz1ffmxJTGUim4Nw&#10;bhR7MJ2rDdKONXH7T/s9LzhwB5MOvey998V8yVu3UBMafxPEu9iNJtPlbqbqeNI/2HtJKiuWUCq/&#10;Qn8snol3wlb3bwDjXH+fe2OvexN2PkfAMFRtWnHUmQoaSZzS6aiOrmmMESpNYkxmZfS3I0ge4C5g&#10;tfEO4Ti3Ek0UjAaqgqBU1HrTiPXqRY0Hg2406VIBxkk8P59e9rt6faFPvCsp9349M3jBTV8tLK0d&#10;VK2PnjUGmo44aF7yRGQai7fp/PsPpNvMmwRvss3gXpkjByBqXOpiWxUigp8sdGUYtwoM0Yp68SPQ&#10;fZ172I+2+wtgYrBSUW39qUTbgmhK0rN/E6dADHMkjNNJqijcKwIDcN7Du78v75fXSybhfutkHqxB&#10;VjxFAFrU8PLh0691beC6JCDLT59e9lR3R112BUY+u3lk6kw10E1J9zA1TQ/5O9RUQ0MaxP5F8vkj&#10;UElV/PuW9o5n5ahurfYrWKtuytpYKxqApc1HAZPmeii78S2t5ZpGoRpqR8/8PXvY67g7BqP9EsO+&#10;UgGLy8gcZeqpZXmnR03HDiaDSsiDylqa6kqvpVjf6X9gDb+XIv65HYDKZrYfAGwDWEyNwOKGh458&#10;vToy3a68G3heIUuGBqfsKj0zj0697BbdeAmzeUwtfFOcz/FJKpYIavxUiUxpKaJJWjZnQEzaLnVa&#10;1hb2O9qv02u23GzljEBhC6ilXJ1EmmK/DWmK16S7lZotzbQhgSwNSeI7R+3r3sRt2UO6vLQYKkqW&#10;xtM8cKy1lJLTzuoemhdv2m1avE4/rzf2FdmudoC3W4SR+LJU0Vgy1ox8x69a3UvI8UMcnb64697y&#10;732/T53bNDsXF5w4+GItUyxlIQamurKYR1MpinkhYmeRSxs1vrp902Dc5du3W45gu9v8VjgZPait&#10;VRUA8Bj/AA9Uv3WewEEQoqCuPniv2/5evewPxOR3BiUlwGVz+RpqTHSSUbYSKCOWjydFSlKcNPUx&#10;XMP3yxlWAa6j6H3I242u2X4i3ax2qFpZAD4pYho3ILEKppXRWvCnVGSRtuSVFr6ivlpOf2cQOHl1&#10;73LjyWDyu3cniNu0yirpsvW5espJElp42MND9tUNHNPpEsxlkQWU3Ycgce0Ys9xtd0tb7cpj4LQL&#10;GrAgkVbUtQOAoDk8OHn0X2ymW2vNOHQOf2LwNft697dUn3bj9vQ1KYqlRHpooKGcZGLzoXpBJTQ+&#10;Pkp+nVz9DwfbLNtF1uDWq3batRLjQaGhoxqfXgQOPl0/CJWsx4WH05Nf6OQP8/XvebY/W+Zz38Sz&#10;ufSix1fV01ZTCV8lRyTy0dZArTVJhapiPkDOw02uefafmDmmz2prPb9teWS3jdWoEYAMjEAV0n0G&#10;eq2ROp3lNGFRUUJI4ny/1Hr3tJZYb22NBVY/G5+trdu0tWtAKACnWGppJbxtUSRReWSMxqTZbk/4&#10;+zy3l5d5lnju7rao4t0kXWZKsWVga0FaA1+zpLc0TviFENB6YwK8K8PLz/Z173xwmS2pqr8HRYuC&#10;mymQlinxWV/ylZZoKSKaWtE6SsaenLR+kKSb/g+7bha7o3gX1zfu9jCCrpRcFj20pls5448+rQNb&#10;k6ZHNTlWpkgUrw/Znj172pcLS9hQRx1u3sRRLTVIfx1bZejpppxFrhu8M7Bk0NqUcc3v7Jr6TleW&#10;Q225X8nirSo8JiBXPEfl59Nwo8l4DAePnw8j6/n/AIeve0xQ7L3W25KjJ7uSnw0bGEPFBX0FdKmi&#10;iMC6aeGoaVtf7Z+n0f8AoPZ1d8w7Ou1RWGxO09K5KugNWBOWAH8X7Ps6s0d39S4eiV8ga0x6kCte&#10;ve3bGxx7AzFVS4rLVMWGziQwUldRwLNM0lJGZqoS0itNJDonnIGorqBuOPaa+a65psYb7cbFHu7c&#10;ksjMFFCQq0PbWoAyBx+fSmztkeMSS2MdK4zwznh/hP8Ah6975bLyNHVrW4jLYmmSqeWaSpzss8oq&#10;4qWapLwyLTFkjcoo/T/Q8+675arbtbXlnuDvAyhRFowrACtCCa4r506T2y25uGjktwQxpXzX0IA4&#10;9e9rjEUPZ9Fg6qTbGExMkslXWw0VZJuPG0k0MQZTT1axVMoQSFQpCtYc+yK9veW5riC33fdbkbcC&#10;pZBC7KWp3LRanh5jq+vcoUdI0VoSxpVgP8hI/Z9nXvYIZXFdkY2vqqvdbRR1mSMtLVZE5THVMsNF&#10;PI0snjWnleOVI2V2AFiSPr7H+3bly1JbwjYVLQw00rodQzAYBBAIJ7c9MpJu6I7vChc1oQwwPIcB&#10;WnzGeve5+1MPS01VW5rGZOeStjoamhmqooAaikqRJT1T5KBNbeeaCYKygAKx4/w9peZNwu7hLS03&#10;CxRInKSBdXbIp1LRv4dQqG/h9OtGOs0NxJOyztRTQA4rUnhX5+leve5GNq6BqvJ1m48Am6KmKvqY&#10;1yWVarx8z0oYSfxExxaFNT5NUniI5ZyPx7S3dvdRQWkO2bsbMNEp8OLS4BI+DVk04CvkAD0YrFEp&#10;1SXbmSuKrX51qPP8uvezX9FVtPPhNwPRL4KJ8xG1NCA1kgajjKCzesaF/J/r7ttqXEdwiz6nn097&#10;epqK/wBH/L0HN7Ytd2tW1H+L/bde9iXuZ0kpIkLMTqUcgj/dgPA+t+fZlveFtzprUf8AP3SmFT41&#10;fs/l172YTZVO6bNw8gHHgexP1v8AdVA+lz+OP9v7lTltidusxXFG/wCPHonvEH1MrV7v9gde9qCm&#10;yE8S6QSCv1HNjyxAI4v9fYsmgEi9q0Ff9X5/5OkQb0697Yaqrap3Vt+5t+9Wc35saFRwNNxe3sN3&#10;1sqTWWtanUf+Or8unreUiQ14VH+Dr3u+34SxGfqGoUksFSsF/qTbPZCw/wBuvsAc0yeFHsgX4jPL&#10;/gXP8/29SfyCT4sh/wBXn1SN/MOqFpe69pysAA0VOL3I/wCXOukG/wCTc/T+nsWM3RHyOVsWRmI/&#10;Nrgm31AuB7DUu6FZPAfPy4V/lw9PL/JLMXx0Zcdc+vdD0ENSeI5IUXVyRZbKT6vVe/H9ePaegMpq&#10;ERwCLobmxvzYj+19bn2kuoUMTvE+cj/Mft/1Y6NyoEYoc8OhY8sUdM0gBB0s2nSVHK6/8PSSP8eP&#10;9f2I2IxDGOWskSOoppkkoipnSPwM/ileZSh8jsIgQGHPP9fYes+Z59p3baIdovJbLmSxuor2GVUL&#10;u7wv+knd2JSYI9OHb0hdrdPDE0AYhh5H9mPKv+ry6DPeAjqMdWT1dKldiK2nqcTUxlzCtJHPBM1R&#10;VoIgJZSlKWUDjlv6D3mqa1Nt1lJWY+J3pZYKehraVpJJUjMkhlqKkTESs7pFAoKKLXPHvpN91v30&#10;5r9wuYrjkv3V5nku7WaNjaSusesXpltYbeNURFZU75qOzlST3DgegL7jci23MW1reLRCoDAD1VZW&#10;4E14txr/AC6rj+Rvxj2l2zsurxb1M+EyVPlpdxbZnp45a5nraPGZtcEs0tdkYYabzVGR1OG0+ID1&#10;fm69o6jGZuhMsRWUFS5FmUxSNEG0gHSSUV/6fn3kR7tbTu1lZX+271Cr7eVfw2J7SF1BJGYUCMpI&#10;7SwB+zqC9l2ae3v4ZAzL9OywDUAMKwpSv2dUD9jYvuj49dqYagya1WOCZ+jpaCpp6imnizWJXPSU&#10;YrJHp0qIaaSqanK+ENfn3IbHvjpcVIxUQVNHFPTtqW41VEsenSrsy6VhVhexOr/D3D33e+duX+ce&#10;S/dD2u3JlO5WV9NEFIekifTRH4iqrVX1DDHj0Z89y3203UVzCWJlDDt9Sf8ABnoxHemIqKfbVRkp&#10;Elpsr2dg5ewIJY4wXjraVslTpHqEpERWWlUgskdyfofa2qsqk9fWVLuDLkp2qnLavSwWzDUwJ51f&#10;kg/6/sLcvchHYOVtn5c262YjbYghUDJBcNkLVMVwOsZIZZ7nnjcJrwN4kgdq/wC1qBxINP8Aiuqn&#10;t64/fPYe16bdmXhnr8xg6mKPKsXSeorqjJ5Nqh6iU3EhMSx29IcfT26UUjQ0Ap+GWEKNf9dbuVP0&#10;5tfi349xtzLtSruDOr0kfgPkAlR8uHn9vy6FtheM0cdyBpAP7K+v+r9vQAbikir+zpcs5UPnZaif&#10;7KxZIWo8QsTq0gYstypJvpt/vThjq0KaJNIaSXzXf6MTF5zcc6VGjj/H2At85ct5pri5PbLFw/24&#10;iH24zx/PoX2ivHuPNGgDSfptP2aPP+f7f2KbcuazdDtjfdNT19RT7dX+7P3mMQAwOfvo3pxYq0kl&#10;qt/J6baT7TG4f8o8cixa1kLhwTx6VjAvb+tv9t7yE9mbldvjuDNKFZVFCPUvJw/wcP5dBvZ7stcO&#10;hpX/AFf6v9jpU9QvBtjdWfWXJvj5qGmw8lBMsamYGrp6hpSgJKqwSa3P+q9zMXinkjhqU9CwvqYA&#10;A24sLXYC9j9PZTzvznrvbzaZj4kk4UCpz5EcF/L9vR1aOsabzMy0VI1+dDWpP8vLoHe0N7ZF8lkq&#10;CcPkVyipTmqqX8ZbxeOYWCoFfSBa+o83/PuTntwwSiOiEQmGpVIdpRZfUhFxp0j/AHm/vWz/AHfd&#10;9teVtw5sgu9DtA78Ic41fxf4ceZ6hjl33Nu7vmxbCSghEmjBPqM/CfLPl5dGX6Z+Ne8MJtqi7Zyd&#10;Q9NhcaVzNPEGonYin8NXpiRaySdyI3sP2+Af6ewlCo2Rcxr6fKX1c3UPIBo44IU/7D3AO+zXKQy2&#10;97LWdJGj8v8AQ9fWffLI8SytpmzqiX/AD1sNdX08K7D27VQKyRVu1sPUvCTcP93i8dK1YzMRIklQ&#10;DytrqfzzyIcSn7aDngaCb2uLxoTb6/hfr7hPeGVZmqMkn/n4f4T1IFsAUH2/5ulVtW8lfkxxfTOg&#10;+ouFq6Zhf+t7H/D26woRGTcBbA3FybFbNYf19fsK7lMGhRdPcBT9mR/g6dcVYDz6UmCjb+8TlDYT&#10;VDEKwBsGnCEfpHAL/wCv7Qu55yqFFb/VfTi5JlUfj6G/uO9zAEpY/wCrgf8AJ0ILKgAYnPVoHQdH&#10;5KGGTTYARka+WH7cXFyeTc/19l43hPJFjMxUJI6SQ0Fc8bKuphJHTSsluDblbfT8+24Cax0FRUfz&#10;6fvFbwGCcej7bLp4pMniKWREkjlr6FZAxIUoaqLX6bi/H+PvVU7qz27t59ibglzi1uSdK3TCskZY&#10;IrUtNq0CKBONUYNv8L+5YtC308Sg0oP83+AdQDzO24S3MgJYgf8AQv8Aq/l0fGOOOGNIokWOONQq&#10;IosqqPoAPwB7SuG6p3puFR/B8MZ1S+oVVRBR+IHykFRVMjHV4mv9Lcf19uCMVBllGP8AV/qp0RWO&#10;y7jesqPXQeufsWsX8Ut3VNps1L/C/F/xylx9X+oupCrHV/4Lzf8Atf4e727wMwRXqvR0eWpLdSWa&#10;nXDyJxz9fpwf+Ke+dF0TiKFzDWVArhE/raaOOLUGJZRdarkqbfT+nsY2uxicKSukj/PT+LoJXkwt&#10;2Kg1deuft/i2JtbEX00NOrKbgoHIGmx/sym3+8fX2dwcrRrhnH7Rn/jXRY97rJCin+r7eve+5Kug&#10;oEaOmsqWtpCMAwtwPyw4Hs1TYYYFWYsvb/q9acOkjyu3Ede9tcu44Y/0kKSPxqPPP9EuOB7URCOI&#10;1XTpH+r/AFceqxo8px172xVe7JrlY3cg3FwbDkuL8oSePZgm4hVbSe7/AFf6v8nS1dsZquGAP+r/&#10;AFfLr3tP1O4qp/pJxq/JHI5/on9D+PZdcblc6W0vT08urHbmIPd172yVGb/UHmNyfoFvzxYE6Qf9&#10;459h+a+vVapkFOqDbaEEnHXvbU+Tj0kuxv8A7Vzxc2JP1/H+t7RXG/zykogoP9X9HpXoFaaO3r3t&#10;qmygYG17/wCqBP5Fx+B+P8fZHJuTSFiWP8/9XD/D1vwkJA09e9s5rJG/TwRyRqsRfixuP6j/AA9t&#10;3F0VUDUNefP9nStyRgrivn173HZ5X+qgc35/3n/G/skluptTCjfZ0naShrSp697iskzNxHIbkX/b&#10;cgkj/Af4/T2rMhZalu3oyLrTVXHXveT+FVUrArS1RJ/Ahk5H+J0X59pgZGGEJX1p019QagAVX1p1&#10;72u8R17lq/6Rzx64QQWRUPOn/VupP6v6W59mEHLU0+hmrRv9X+rz6RyFQSWkFade9q6g6upaavx1&#10;NlKt1+6rKVGtCkg0zTIp4jmt6QrexPZ+3c9wNTuv/GeH+9dJSQjDUe2vXvebt/q6g2PHiazGVLzj&#10;I4+gq/VEI1K1f8QcDiaQnilB/H19lu5cuPZK8WkfpnT/ALyT/wBA+Y6U27hnGk4qP8nXBHD6rf2X&#10;ZD/rra/sCIWmSTyabsQCQzADgk/qN73P+39hJ4KOBwUnoxuLUSRh65J65+56yyOsjuqpqblbggHS&#10;TybH+vtNcgBVVTWhH+EDpBcrQ2YGaJ/z9173hgkBlg1av85HwAT9XHANuefbwB+otSTx6rMArSUa&#10;ueve9gH4ysanqjagW4X7eotckfXK5X/Afn3lryp/yT6nhT/n5ugdtI03+5j/AEn+DomPf7pTbjaf&#10;+08X9PwKLFofrxe3s1e4InifIrcab0x50gH0Q/Tj3ix7iKP62zv59o/6pR9ZpbRT6PbKfF+p/wAf&#10;PULoirjqthbccAgsuWItc2P8ZyyG5v8A7T7r/wB+ygV9SnAvo5P59ENueORz7xl3oOu6z5oaL/gU&#10;/wCbodTJVejrQ/5pP9Y/72fYQySanAvYC/P9AT/UfWxB9pwzKqvpyRw/wH8+imdaV9f9X+HrL76V&#10;yCVve4/Jtfn9IBBH0HtdBKRg8ekJGaefXvfNnDG/+w/pb+n+v7VLMMhlp/PrwFOPXveYLd0cn0hQ&#10;Dz+PqB/UfT/be3tesVqT14jAHXvblcFbLx9VuQb3AvyT+LD2axNQ08j1U8Mde9gp3grR7OcKeDX0&#10;n9OfRU/71f3Jft63+7NgT+Fv8H/FdAH3Cxy9Pnz/AOfW697I+63sSSTYH/X/ANtaw95A7MoP1OpR&#10;lusVtv7YXPqf9X+Dr3vqxCq3BBuR+f6fX/A+1BhAWOvW+ve+ZSwJ/PIt/sQLXv8Aj6+7Y691731a&#10;4P8AUBR/rcn6fj6D3sgqaHr3XvfkUnkm3+9nn6D8/X3o9e69778RLEf05H+t+CORxz7qwDAA8K9e&#10;Feve8yrpAANtJ/HFjfni3097C+Sr17r3tRbVOrc23yR6hmcXyP8AqMiNh9LfT2otwVmgav41/wAP&#10;TN1m2uP+abf4D173ZXnxpputSCOU2bf8/VXPF/p9Pclv/uBbfan+DoGWX/JO3D/ms/8Ax09JmgN3&#10;zdx9KrIj/bFP9vf2lM+o/h++DzzuPKk/T6fbvdvp9Af8Pdu5pfD/AOXVj0sttXj2/wDzydOlNbx0&#10;I/6ZYeLf4KP6n8/4+0bvlNXUe2b/AJxmM/3lZbfk+2kP+IIBw8QdOWH+5JH9L/n4dcqf/gZV/wCB&#10;H/QkV/8AefZNakHUQ1vxb/E3A45/3j2Tb3p12lf4ehRNTxItP+r/AFZ6cPbUycm545tx+P6jn8+y&#10;IevWh5V697x2/wABb/kL6fT+v0v7p9N/wz/V+3p/T8+ve//Q1xpIzrMapo/HBDfQa/pextf3F3HT&#10;5qOpoLZA0463+PbbPTLr1swXi4UKSfp+bNxYe7liygMM9VL1GRnr3sUvjXTyS9g75B/Sdt4gg2A4&#10;+/cAf2W/2Pu0Ei/u681+SH/Zp/PpTYS6tm5gH/CCf2nrg/8AZ/4OP96P+39pLf0IGZyh8hB+8q0H&#10;pPNpp/pyB9f6+9z/APEbH8P+XoPrmS1x5j/L1z9hZJEFNy/q5+i/QgGx+v09vdHJ41rnr3tpq7Bb&#10;67g3FtP+DW/r7302xOB5de9p+paRFb9y+rgnRzpGsfTTY3X3Ud0nyX/D0yfi697S9f62v5OCzfRb&#10;flrc/wCv7cLaRjj01K2kYOeve0/VsGYj6iwt9R+Bz/sPdogQi1OeqL8Cg9e9tEvjW1wf9YE8/Tj/&#10;AB59u/4OvcM9e9wZahAgJBC/7H8lf8Df+vtLJEzSEqKHpPIlTVRQ9e9sFXU6yx/BtYfS/C/n63P+&#10;t7dSLSij8XVdA0gV7uve0vlXvEyi36bn/WYqfpbi49uspGhfOp6R3a1jiUep697H7pQf8YV3tEfq&#10;IM21voR/lUAvx/Qj2k3c/qx/l/x3pTd/8kiQfI/4Oveyk5VG+7q1/wCb8v5HF2bn6+zK1akcZHGn&#10;QaQHQKde9ph42DFSD+R9PoL8D/bezmFg2k+o69173xEQCksLc2ufwLc/7D8+7y5kQV6YlXvBr5de&#10;9xpIQOP9v9DwfqDzx72K49emtIrX8XXveFk02sPrz/X8n68t/T3418+vEEYIz173wN/9jcfkf8aF&#10;wPfh/LrR697wqzE8/j/jfFv9h7fjADrjpRCALm3x/F/g697GLpMj+/mJ/wAWqvr/AIYnJ/n8/T2l&#10;uRW3nPpp6NdoFWuf9r/gbr3sN8oumuqVIN/J+PoQTq/BP09tW/8AZL0H0XStfmeve2wIdVxe3+w/&#10;A/re1/aiuOr0697yAXFuOL3+pAIFh/vf192RtJqerKdJ6974MDa304+tx+Df/be1Fa16cJp173xU&#10;FWF7fVf9uTx/hfj2nJ1YHVWNaAde95A1gw/q5sD/ALb8jm3up6b697EDcQLbOwzAD0w0II+ljaQ3&#10;uf8AintmH+2f8+vTf2Ef5de9hzT11bTPenmaIgW9Kof6cepW/p7XBRTrUJlQE1oOve1NS743JTAe&#10;DLSQsBYBYKX6G9/1U7W+vthohX1H+r59KRPcLQh/5Dr3tzXsLKtp/iP+5Lg3EjxU97/Q3gpV5BCn&#10;/kH/AB9t+AMgY62LtwCGGr/Y/Lr3uRJvXbNR6anY9MWNg1Qc1XkrYizeNIFDekBf9597EDgYl/l1&#10;Y3EVFLW4p9p/zde98I4Nn5iGokCDD6EQnQlfW6Szafo5UG+n/efdKzIwzX9nVQLeRSaaf2nr3thl&#10;w+0CHEe6pfJYKkRwdbYm4BGsuFH+v7f8S4UV8Ko+0dUEduz0M5r/AKU9e98sftSVa2lq6So+6pRU&#10;IdbIlOxCEPYpJPrF1A/H59vTktZu5GdJ6Mtmsz9fDIj1AZT/AD697GGGILFYfqSABub8gKDc3YEg&#10;/wBPYGmU+MW8q/5epjC9lt6UXr3vlxoJ+luP63P+A/w9uh2JAPDoziY10+XXvbZM4DOD+QdN/wDW&#10;tb6Wt7VrXSK9LAe0A9e990jkcG/0/P4FuebfT2muh21/1cetg9vXvb1Aw1cn8/1/wPNz/h7LJB5g&#10;CtOlKAEKRx697fYJiXCj86vr+RpY/W35P59otIAJIx0aQr3Y/wBVevexFwCAMSOTa5PPH+eI/I9o&#10;rmtF9M/5Oj6EECvl172OGEjUIgPIF+L/AO1NYnk/19hWKpLFfi/2D0IdsFH+f+w3XvYy4CUK8Z/r&#10;b+v15PJK+0d6KkAcehOfhHXvY9bWlIWI2tdv96ZeQSB9fp7L5Bx6MIeAHXvZl9oXc0/pP1TkX4t4&#10;vx6PaG6/spM+XRxH8NdX+z1wfgf77+h9nF2HFdKY2J/zN/qLf8BSfzwOfYdLfqU+R/w9KCSVH2dJ&#10;TOsBTyi/Ol7H6j/Ny2v/AFJ9my2jHo+1b8kx6ebG2mnJ45+lh7a8T+0FO0A/4cf5f2dFs7dx6LLv&#10;1g8VTyL2lBAtb9NQPpYHi3sdcMTrlvcHXH/S/A+vN/z7GmyfBZ/6Rv8An3oivvx1+fVcvdYAiq7e&#10;oCZDf8f8pVwQOPoPaiVSbn+zc/72eT+Txb3KtvTwU9aD/AOgpN8fDy6r7zMhWtkUck6rk3sBrfgD&#10;6cG/+v76gi1PUn6sGj/25XTcG9vyR/sfYb3KTw53XgpJr9gz/m/Z16JqOvpnoTcTIZcRg2NiPtHC&#10;C/1LzMbtcgi4X/Y39z9JtGCPo0oF/oRZf9jaxv7Ae5OC8h/or/h6NI37cHoYdqaVQsDwXbhf1KdM&#10;o+pv+fafrk0g2/2m/wDsRET/ALx7CztqmYVzX/P06CCaenRltuOHp4GItqU24t/x1F/yfqTf+t/Y&#10;fZhQ0bXt+mw/2PP1/HuiD9dvtB/kOlMa5H7eh423IVjiH+L2tb/VyE3H5/2PsMckvqNhzpBv9P8A&#10;AAf7b3d/9F/PowTgehuwrWWnueBpH9b/AEJP+xv/ALz7DrLjUzr/AMg/74+/QmkdelcfatehOxp5&#10;Rhz9De3INuOL839h7k0EhJN/823+869P5/x/1vZ/ZymKFyvHUOqz8QelFD+tVP8AT/eQUFvofaNq&#10;RqnYf4k34uPWw4/23us0nhQs3nTH29IZDRWPy/ydP8A1Acn/AHriwP0/rz7hN6L3uRa3+v65OAP8&#10;L/7D2Su5ldnpSvSA5PU9RYAAjg/0/PH+v9T7b6g3Nx/Uf6/9ri9j78PTrXWZBxY/0/3sD/EfT3Ef&#10;9BHNuD/tif8AbDn3sda6yD6/j+h/1+P6/U39t4YEoPqw4v8AixItx9Tb3fSct5dbo1NQ4dZPp/vv&#10;+J+g9qSlZWRdXp0lxf62u0tyDb/ffj2X7j/uPJjNF/48nSuP4Xx5L/kx1GAOvg3HJ/H+pP8Aj+fZ&#10;APmAoGR2gVuB5c5f/X+1wNv68e575Orqv9XHSn/HT1Bnvn/ZWOr/AIZ/gh6mUBvD/rE2/P8Abf8A&#10;P9fZLsowM9mNrKlz/wAgISOBxwPz7l+9VtaMOGkf4OoFhDF2pwoOpvtr8nFgOP6X/oLc8A/j2n6U&#10;lade9g73OHfBYsRkKTkzq+hsppJwTzb6k+0zurSwDOH6pSssNDwb/If83Xvbd1xL9vsKsQG99yVx&#10;YaeOMbTaj+fyv+t7M31NLEDxoP8AD0ZhHEsfrUD+YP8AMde9l674ajnODVlBZ8ri0lH7i2hLZXyG&#10;4Cj6/wBOT7ZUzJc3MkLETJE7efGtR8X+r8uibmSMePZEirGRK/703Xvbxs/b8OVjxGDwn+T1dS9F&#10;WRyC7nUDFAsp+4mSIkPIDYvbj3E29brJbTbhum5nXEqyKeA4gmnaCf2DqRtkic2cLEUAioPPyFOv&#10;e1zmqLevVW6w8tQ2WkrIKuGrR/4dRgyVEn28ra4WrRdRz6bA+wzYT7Dzhs+lI/BVGUqRrbCjUMHT&#10;/Pp5IZLZ5JEOpif9j5/6v5e9umwa6euye4sVlMi1DV52sgyOJYUq1Ao0oKaR3CiNBE5125dk+nAI&#10;9peY7eO3tNrvLS28SC3QpJ3U1F2AHE1H5A/t61Cw7oXkzU08+H2ft/Pr3t03BU7hyWRptq7yz02Z&#10;oq4zE10tFSUxlNEsVapanoQjRlZVQW1jhb8g29pNsi2y0tpd42TbVhmjp2B2NNVV+J61xXy+WOPV&#10;J0aUGG5kLRNw/wAPl86de9vm9dtYfb+Ag29UVrZlsz5hSUMlNLRJH9hV0tbUWnilcNrFRq9Trylh&#10;e9vaDYN23Dctxl3CGHwFhprYMGrqVlXBA4FaYHnU8OlkFoIYVtzNUtwFPQ14/wCfr3tNb26y3dk8&#10;XRZbZtY01LjfLJHcY+mP75poHscjWRycSLIP0tf/AFrezbl7mzYrO/ms9+g75SAfjPDUR8CkcKen&#10;Vbmw1LrR8LU1p/k+3/VTr3sONw9jbq2hlqauytD/ABChSKnjjoGq6WFI5oaWJaiZaimpaiVjO73I&#10;PC/j2J9t5W2be7GSCyuvDuizEtoY4LHSKMwGB/s9EkkcdsjzxiqVNRQ49T86/Z+3r3tKTS4LfmVG&#10;7KbNSQZLGGKr/hX8MqGQtTspSH76Q08fBI9Xjb6X9nMabny1aNs0lkDaygqZPEXg3E6BqP5V6RQT&#10;Ca5guI5idLVqRSnkcED1697MDtqt673PDVQ1Fe2Zlw+FFVk0kocrRCnWmWGGriQqIlnWF5CoaPVr&#10;vcAj3He6Q818vywSQwfTpcygJR421B+5a5JXVQGhpT1HR5t7LHczyodTFWJHDzByeve5NV1Fi8hh&#10;qjJ7GYY6ulqp66kkRJJWSOSl+4gmAyVbGuoTPEbFbjTzxf3S15y3IX5st8j8azjSsi1AHa2lvgWt&#10;AuoYPnjPVIrZ7tr0I2kjUxApwr68Pl6+fXvYI5iq7D2fSVP944jl0xuZaeB5anGwmRKRHKTWofuD&#10;Hq+2c6STa/5sPY+tIuVOYriE7SRal7UKwAkbJIr8en+ID8ui2e0mWMNrqyZAx+Hh/qz172namtwP&#10;ZMC7hr69tr5XGyJBqhoqvMeZ1D1ixkgUsUfllktrKkLp+tjb2tjj3PlaV9sgg+ttJQT3MsZANErn&#10;UTgcK+f59F63Ek5R2PeD6efEjh+X8+vexY25vfYGJx9JjqrLvmM5NTmKqppMZlaNZZXDRuv3EVPJ&#10;TJ6SBw1ufYR3TYOYNxuHntdsFvZI1QwlR8cQdLNXo7Wa3kAjEf61OFT+eeHXvYo0fSWwtzYAZ6jh&#10;TE5+SMOuPSPI1i0ut3jkArJslFTTEQxXuV/NvYOm585i2rcG224kM23qfjOhS1BX4RGSMn16t+7o&#10;riIDTomHl6fnjHXvYL1+0eysJAKeJWzYjv8AwWd6jD0RqV1g5B9C1EgpfEZbASG7afT9fchWW98r&#10;bpdlpECO39otJTQ0OjNFLVpXAxXPTEXiwzJHLF4jGumpp5Anh/l49e9s+6M/tLcVfLkhNJNml8f3&#10;G4WosjHPUHw00EBbGtFDTR+Klg8PpXlRqPI9rNo2zdtssks1tl+jNaRB1IXuJPdUsasdWfWg6cnW&#10;ORe1dbeZyPOvD+XXva6673r0ts/HLTVkYqstA0j5KRoNxxfexyzzPRxyCGGaCFYIpRYxm5A9XPsh&#10;5k5c9weYdwe5LEWJAp3QHTRQGIyGNSPMY8sdUtZFLKJ1HiJx+w1pw/2eve1DgNrbT7JoMrn63DxU&#10;GSqhPT00K1FbUgQ083ipX8wnpo7tFzZlBH0PPsk3DfN85UvLOytb8vAlCTpVcle4UIY8fQ5+zq8S&#10;rcvLIG0twHn/ALHXvYGZXae7KSpytDjayTNLSQStJSOmPoFp6HyeNEE0kzeTQAF4Ysfz7kGx3nZr&#10;kWFxdwCFpHUaqu+p+JwBivzFOil5J4txiSM63xUHGM/4Ovew3ym7nmY4TeWE+9ajgC01U1dIj49Y&#10;v8lhKxY+FRUClXyW1Mdd+b8H2LLTZGgK7lsW4eEGfK6BRj8Zy5xXH4ceXRRvO4XZvPppl7NIP2Du&#10;9F/1fs697F3ozevWOwq+TNZqMZDKTSPBR0ckWcpwKKabEVUFqqlgqYjpnomHqUML3NwAPYJ9xNj5&#10;w5qiWxspNFsq1ZwYTVgJVPaxU5Dg4PyGa9Hm3PCiRaV7njAAyK8M/mcU8vlTr3sfDuPbnb+6MtHX&#10;YOOg21BtvM5Klokra6pjnyNLMZKOsLqlFWRM1NVldLEoLXIufcbrte58lbPa+FuTPubXUasxRQQp&#10;WhSlWU9y/EM59B0ILeEzBhJRYlQkDBz5GvEfZ1726dM09JTY/dVNQoIqanzoip47uwSMUUekXkLO&#10;bf4knj3M/L11M1v4lwS0zR1JrpqSCPw/6s9BPeoCJ7VtVTX/AJ+697W+4f8AgLFf6CaO5/6fJ/h7&#10;VX5rCwPw0X/D0pixIR/q4de9mt2WEfZmDUEX+3mvwfqayaxJP4st/Y65bulj2ezSlAqN/hP/ABXQ&#10;fvQTcy+n+wOve3KbGMIxKOL8f8nBbW13t7Gltun4Rlqf6vw9JRGT172g64/a7kw7PwPJVf1/NEAf&#10;pe5u3+8+0++hLuCxkDYq/wDz7j/V/s9eiDa5wfwgde97CfwORa3pZGU3UyZcWsx4GcyH0sL/AI/p&#10;+fcKc63IsOYFkBoaR/8AHAPl5f5epV5DbTcXpH8Ef/P3VIf8yiN5+zto04HB9f4UN/uJp+GNmI9X&#10;0/x9j7nseKJ6jki/NuBwCzfTUfw39PYFuNwO4yLN8v28PP8ALqZEbUi/Z/k6auspycZQ0n9pdK2N&#10;7ghIwAR4ksQb/wBojj2gls0p+o03v/r6uP8Abk+6nCjq3Q9N6YFH1Laef+QPV9fyBf8A1/b/AIun&#10;qK9jRxTvH6hJpMaPbUyQ2L6bG5l/Le2LverLYvB3ObbI5n1aNWtl8tfwVH8Gez8j00bhYpVBGT0k&#10;8hh5Mn56cV0lNH4GnaAwpKCy+WP/ADykm373Hr+n+v7EbEmKipKjBZeiSupKhJonIl8TLrgWjdx9&#10;qfJdUD/U+255Lm93DaOf+V95ex3q3eKZapr71f6lP7aq/FoxpP7OL8lubhPGR6MP+L8+gLzErUU2&#10;R29W49K6l81XFHKk3hMZRpKHyg0vrugBIu1rj88j2y0mCpMDkjVY2rMWMqJgZqNYW4aWXk+eaWWe&#10;QLDGo4vf+t/eXL/e292ebuQ/6l8yXX1FwkAi8Yi2QmNIhGFZYrRcsS1dThiaHoh3Tl9NwijuZjWS&#10;IaR/h9f8PRXe5umcB2rT42Ldg/ibbclo6vbqS/cD7NMY9VPQUySUuTpEqFhkmuHkMgP0bUo9r8Z7&#10;DCSCjyrMKJ4RISEmcKysTHZKeKN/weNf5/2HuPeT/b/ny/sd05p5KgDXi3BA74UPetDmd2/45U+R&#10;zXoN7lLBtdzt+MIunz8yP9N0TPt04yOqwm3srH5ZsPSwY6qF5fRCKq8wApmijlujWOl2Fh/Xj2DG&#10;6d0vWZCqx2DDKlPWw+Nv0lYY5kmdtNTEf87GSbaiRfjn316+7P7Z79snttY7pzxP/u53GKOYikba&#10;BkqA0TaSHXTXtXHz4Y78x7DBd+4m87zGe27JNfX9JQfOv8vLj6rjqv437HxUeR7Az9NHDtvcmPyb&#10;YemcVspnjqqSsoKedjSZmasi/wAqdbo8a2/tcezMbcro63DQa3/beMFrrewM8jA/7rI5Tn3hV73b&#10;HLy17gbxBaqS8LqU+YaCI0p3/wAfzpxxQ9R9fbUKXwQ0rIlfnQimfl+z/Lqad27Nqut/kdvDa0cI&#10;aXF5BIKSUzRQhEm23Q1cttdRUwi8VZ/akP0AHtc0NJHjKLIFZjIlX9gLG6BfE0xBtrGr/O/X8f63&#10;vDnmHm285h5w5Zju4f8AcL6r0P8AaQx4+CvFOH+Xod2doljy3Y4FW8T+ch/4voydJ17Jl/jPvrLv&#10;SpS5jdCbWNC4njm+6bEb7np5yzfdxwxGGkj+rAagx41c+0pLTeLHp5R6iWtc/wC1k/QC30I5v+fe&#10;S+zbqLi+CQGlKfs/1V/y+nUVIrx3yy1wagf5T/qHRKMxXfebxyL0LaaYrj1e4K6dFDDE3DhWt5UJ&#10;4H+39w8bU2o60k2RlURfUi6zev6eoG1r/wBPx7ZuNqmu+dYgI+LICcVp4ZHD7f2/s6G+9bqi7AXc&#10;1KBv2g1p6V/4roRO1MTS1VB1htykJbKR5TLy5IG63hyMFBJSWLSCnYKisfQ1+fV7QdJM00eakk4+&#10;38hX6c6ajT/gfoPfQP3SdNn9t7O28jbhDx/BbO3Gjfw/PrCnkCBd195NlnUa1F3EeP8ADJ/tfX16&#10;vX7sxEe0+kfj7svHX8m7sht7EyKNQGrIbZomYkySzqQXUfWVeP7Q+vtsx48j61urvVP+Bb1KhsQe&#10;OQbX/A98nOaZF+vuRgxBT6+Ur5/LPlmnXXm2gIktADUC2j/l/wAV0czbdHNjdq4Ogltqpts4mAD0&#10;HmDFU8BI0k34Qf7E+xEGk00ZAtYqL/1vGv8AsP6e4gviQ5UnHH+bf7PQztEIjUn0/wA3WfbiFMnW&#10;PqvqSpHB/Kz0ur6WJH0t/re5UQGhjp1fskm349P4AH1NuT7I91am3gF6DxP8n+SvDzr0qQ0cenSv&#10;2qhfeKaFu2jRfVYkLWfT1EnlQbG1hb2F265VLOFP0Lgfn6k88j+v+9e45vB+s2PP/P0fWvwpj/Vn&#10;q2zpOndMPRGTkmCMn6W/zVNzdT9T7BbNXmiqIpf0SK6vY/qRg2ocaTyp/P1B9tKpKARAVpj/AAf6&#10;vs+fS2OFZpVjbhTo4G3fHT1VNMb6o5I3/ppdSCr3OpAAwH+sfZQc31b19SZGpyNLt6nFfPIWkqxV&#10;ZLWz6IoiSj1jxepOOBx7N25iv7WMAymlOFB/0B/xeOrNy3aSvqpn/V8+jT4XLZqtij+4rDptYqYa&#10;T1cm3qjRWFiPqfaOyO2sHErH7VChIOrXUoY7lSLKZSTqJHsNS84X8syxwXLRuPxYfzA804/6gM9G&#10;tty3DDR0+Jf+K/i6WsKzWu7avpdQqi/1NuD+B7Y3wuJrvu1qcfEbmnMbmomNjdQ11V0vdYx7Aez8&#10;/wB5YjYo5t3YsRPjwx6N6R/y6TTcqbNNNaPcp3d/k/p8m6cHQ+rT+bXvb6jn6k/Xn6+6p83u1pau&#10;rcsYoVndURRqPpYqQdMAf6j3m3Hu15dvY3C37PCnxLpH8PDI/n1iRvG02ttuV1FaE+GP9N/z8es/&#10;tE1W6NdyIRKLfqMhj/FuAIB+Pz+fZo+5Arj8v9VOi4WQXAOP9Xz697SFdnZHfVbQlzdQdQA9X+0C&#10;9z7ZG4gBlrn/AFf0T0ojhCsAG/1fs697amyrSfQ2+n4+gv8A4oDb2mbc00tR+I/1fg6UGKv4v9X7&#10;Ove4NRkZy1hLx9LaV5HP9Yz9faRt1XzfP+r5dUMLev8Aq/Z173BeokcG7WHI4W/9efp9QfbLbijZ&#10;LVPz/wBheqiFqde9wJJuTZ/zYcXYHnjT/jf8e0Ml6aNRRT5HP/Hem2hKd/XvbdPVQow8sxNhcnxt&#10;+PpwASBz7Qm/L95X5U/1f5+qG4bjr/l173BbL49PR5WJA+himH9Db/N/09p2nlfNOtfV/Lr3vJjq&#10;1a2ohSm5jYSeYAMoJEbmMEuqtwyn6e3J7baZb9SVGr/bfwjpJvF+kZJA7v8AYHXvdteG+NvVzUMM&#10;s206aqdwTM7V2XjuQ76eFy1uPpwPx7l632LZ5LBW1fxfxfxD5/7PA9Ecu/29u1Co/n/kHSWrM3LD&#10;VNAPRbRp4Vr3XUfrGbH/AFz7foenuuKUeKn21TwBLgMKvKNpY/7S9ewPH+HsSRcjbPA0cg2pST/T&#10;f/I/r8+lL3EoRXR/i+Q/zf5eoozNYbkT35BCeOL1LyDZvELe3iLaeAoWT7SkihSM+nSZy30ANtU7&#10;Mfp7PrbY9gtwqts4r/p5P8/p0ja8uAaeK37B/m6yjJV0in1m/wDwWLTa35Oi3PtKbjowsTFUWyu+&#10;jm3CBwDwbmy+zG+2mMRROqUTQNP8/wCl9vSfc9ZeGQ5OkdOtBOXNix1cF7i9tWm/Okfn2WDczOua&#10;x3rZFXM0n4U/8pE30BFv0r7Dl9aiOFiSCAPT/V/q9etzzlbRXB8v8nTz7dO84IarBbU8yhmG3MKU&#10;ZrgsBTZEqbKRYgk/0PPsqvo7M7aB4Pd4Z82/hP8Aq4/7F9pu/DikbwsZ/F8h59RqYW+45/5SZT/r&#10;cLx7KNNjhI0f7nAZSU08fqJ06i6/g/8AGvcTzWtnGbisX4uNW9PSv+r16EsV2r2U1Iv5/L7OpPuH&#10;WUBEgIbVc2KWUaTySt9XP+tz7J57WwH0pkioaf0/4vt6S219AEijdSpC/wBL/N173HjpTA6jxhWZ&#10;1swZT+ltNrE/0Ps2kTbBNDQY/wBv1S9urZxqHr/S697vU+Kcvk6owNz6oYJVINwLNlsyfqEX+yP8&#10;fp7yC5du7tNhWG2FbQhSvwfxt/F/S/zjNOi3a7qL99yhx21X/jn+r/VxKP31SwHcOOkcWNRDW6mB&#10;e48VJi1HCNf6f4D/AF/ZxuxJkTLVSopCqIbM1mI1U9Dfi345/NveNO/QyzPefU01ErwqBhV/1ftH&#10;WYnKXgvbAE/4fV+kN8b1RNj4AxOXuMmDxpJIzOcHI55J/wBj7rq34zPW1IDFyVSxtYcLECSCL2H+&#10;J9417r4UO4TRx/DUf8cXobzSKnYnR7YrmNb/AF5/x/J9hWvkBuBdSeQQvAt/j+fZVKmsnHRRNSQm&#10;vWT3NRCSCf1MALf045PJ5497jUaQIxUdJAB5de95WpRcOCSlxyP6k2Lfq59qIzp7G+PrwOaNx697&#10;mx0yMIyfwFuSTwoP/BrWHtbbjjr+An/J14juPXvc40QAFh+bfgnnm19V/qPZ1AApOn4R1ojBx172&#10;CHeyCLZDrp9RytEw/IPFUP8Aavcke3QDcwIG4aafzHQC5+0/uaQMOz/oVuveyQIhVhe/I0n/AI2e&#10;feS27Ye3ann/AJesVbk6VDEefXvfAR6CxH9o34ubm5NvwfbbAhI6jy6uSDHFT06975/X8fQW+v8A&#10;rXt9fofdVBYgDqnXvfvz/X/b2Fj9T7ekRiQR14mnHr3vsKxuBf8AH9PoOF+v9fbfhv6f4OvVHr17&#10;3lVSL83/AK8fQkEnm9vz7sImPHHXqheJz173zt+Of94B/wBYfn2pjhpWgoOmyeJ697fNrjTuTAHk&#10;n+NYwW/16yA3/wB49uhSWVq4H+fpNM9YLr+ARN/g697sg3AWNH1seORs4n/EFJif9vf3JFwwO37M&#10;fLRB/wAd6Ctm6nb9wJH+jsP+Mr0mccPXmwD9azJf7C7IfaazxKUO9DzYZbLt9fz9m5/oeBc+0sjf&#10;41OP6J/w9GtrJSe1Hn9MP5Hp1p/83R/9Q8P1+v0Xn6/X2id6Xk6j2vJ+fsMUT9P+bvJtb8e6Qf7g&#10;Tf8ANbqtiKXN4Dx1HrJFxWVA/wBpB/5Nj/x/x9lDrQS0t+bsv+tx9f8AEn+n+v7I96rqsK8dB/yd&#10;Hjatdlq46G/ydTfbKygN+fp/Um/HA4NvZVoNOOenuve+eg/1P+2P9bX+v+8fX3Tr1D69e9//0aR8&#10;f1lNlMctbSyFmcNYeMDlZ3i/t18YHEZP09xf4lDTqXFViKr59b+5IH19463pPPLZvt2bUTdr0q/2&#10;U4t/Fb/j34Sj16qYXxUf6v29cfIn+qHt96a673NtHeG5qmqprCrw+PhB8lDyqVJlThK2otdR/Qe2&#10;LWUNYXor5H/COldgki7HvxbziP8Ax7rjIyAJqNgXsPqb8N9NP+HsK9/7TykuUyjiEi9RUyg64Tf9&#10;+W9rVIN7f717UEgvb14VH/HekNrEXltNXDHWX2DtVtfIqrXi5Ba3qh+g1f8AN8/4+3dXcfSvRi0b&#10;a29K9e9sFTtrJfmE8E/R4TwNX9Zv+KfX3YSJ69NlfOvXvafq9vZFWOqE2Iv/AJyEX5Yf8dr2978T&#10;tDDpp1fSCB172nMpiaxf91m4P+qjHAJve0luL/S3tArDpAykcR172hayhrEkkulgCOCY2+qj6EPe&#10;9j7N4yNC+vT0atoBPHr3tgnjn1eoW/2KG17c/qI/Ptz5DrxqMde9sdcjhnDAC1uOD9dBvwf6n3vq&#10;hApxz172n5Ba4/1rj/be1Swg9wNUp1TQ3GnXvbXVxeRHb6egkX/4nkWIP+w9sT9jqtPPpHeAjw1P&#10;8Q697MH0kl+p99Rm4Ao8ufz/AG6un/2PtBu3xJ9o/wAHSi8H+6mQf6uHXvZWszSM1XUEW/z0g/H5&#10;Z729X+v7UW0mhVPlToNoCEBHXvaWnpmueSDcj8f1P+1XI9msDmvbwPVdJr1722ywuAf6Fj9QP8Qf&#10;qx5Nva5AWZTXA6qyVYNXh173GCkXv9ORb+l/9j/j9Painn59U0ede7r3vjpFjwPqfxb8n3VzVs9M&#10;SUUmp697juFI+nP14uLji3+HvQpWp68tAanr3vBpBVyP0gC1uPq3PF/bkX9oleP+x07AP8ahrxz/&#10;AMd697GLpRLb9w3FzrrLcf0xOTJtzYce2p9P09yD6D/Y/n0b7QF1XJP9H/Aafz697D7NR/7kan8W&#10;k5H5/SL/AJ/p7S2v9mPXoPrin5/4eve2j9Vr8cn/ABte3+IsB7VdWz1730FH1H9PoP8AD6H/AA9+&#10;68TQV69760/763+FvyT711TUvr1732qA2vbTcW/N+Rxzfj3sCvV1oxFOHXvfTJ6zbn6tc2+ht/j+&#10;B711phWo697XeZYNszHBuNP2K3v+fHJ/T3q3Q+O/7P59KAhEIJ+XXvYaNpte9r8X0k/Qf7D2t6bA&#10;+fXvfgNTC8l+fppte3+IP0I9tGig0HWyAFPXvfIkW5/w/r/X+vN7+6D5dMhtPDr3uPckMQTxbn63&#10;4+ljYcX9u0yB1TPHr3tQYfSaPLErcrBBzc35mP5/1vbEuGTOOn4j2SCuP9nr3tLyFwZDeysx4sOb&#10;kn6jke1a6Tp9adNVIJz5de958SP9yNLxa9RCLjm15B+Pd5amJ/sP+Dpbsq/7tLYgUJdf8PXvZiKU&#10;XhpQ0mu0MJ/TpsVjsP8AX9gWcHxJa8a9ToFPhWxY9w0/5B173MbhfoeRxz+Lfj2ykmT29Lovi/Lr&#10;3tonUl7m/BP5/r9PyPamNsIPLpYAKChwOve+UJtYf4Eg/wCAsRb6n3qY8SPl1dTwxnr3t5hU6gOP&#10;rxcD+trckeyqbg+fL/J0oWunjXr3t4olOu/5sf8AeNY45v8A6/tO9Apzjo7hAUgn4B/s9e9iRt6f&#10;WxXng35/w85vwq/0v7Q3MVCGPmP59HcKevXvY0Y6YhEWw9YP+tcGXj6fS3sM2y1ZjXh0IdsFWJr1&#10;72Le3DJJIvNvUBa4I41fT+v19o7soSpXhToTqBTHXvZmdrRqUiFvwn9TfkH6Xvzb2R3HwP0tj697&#10;M1s8IrQNYE2T8AkXMP8AT8c+0kpxp8b/AAf5ujaKoCrXrHJfTx/X/H+h/p/j7OHsFrpSf8EjIAP1&#10;/wCAZt+fYfmNJZv9P/lbp1zRT0kc8P8AJ5fp+mTn8j9uUf0Hs2+z/UtNdfp4/ofoT9vz9b/n2geo&#10;kk7vI/6v8vRZN8RHRY9+WWCpIF/84f8AeKr1Gwsbg259jfiY0WQk/kufqTyBGQfrfg+x5smv6e20&#10;cdC/s8/5V6Jb2ulqdVu9zTF/vVJ+k8o+luT5goNksLn2oCNMjL/rWFz/AEF/949yjYNrtY29egrM&#10;auSOiDbgXVWS2v8ATTewsSjEL+OCSPp74US2qJ+OCy8cXt4z/h/t/ZFupJe4qc6v8o6a1Ek9CFRy&#10;Ww+3QD6vs5+bcD9xrfn8/j6+3WUcJYc6mv8AgfpjsL/8g+45vSuuUfIU+2pr/hPRnAfiB9P9X+Ho&#10;ZdpeTxguSeTxe5C6ZCCbcWtb/bi/PtP16KF9I9RC6v8ACwjFuT/h7DjhvHbXwzT869KlqSCTgdGT&#10;23Prp4vV6fpe1uR5VNhpH0It/wAV9h5loW8ch/qyj6X4Pj+nP+v72SDMgPCn+fpWgDMvQ77aqVsv&#10;FrMxH0HNmF/oL2v7DTIRldQY3sbc8cf14P8Ah9OfemYESH7el8Z1CvQ54iS4pyg+ojPp/wBYf4X/&#10;AN59hrm1szH8ci/+t/xT3a2NVpXpZEe2nmOhSxhtYG/IuBfgXA/BN/YdZBdLSD8hDf8AH0Mv0+tu&#10;PZpFJSLVT5/tp1SbJX06VlONRS17ahf+vGk/7e5/3j2kKjiU882f+gv65Dc+0s7F/EYj0/ydF8+A&#10;w6f4BZFA5t9frwbC4HHH+t7ap+Ln83v/AI/Qnj/b+069IvPqWv8AT63H5N/8Bx/sPbc92F+P6/7Y&#10;H3frRoR1mH++/wBuPr7gyOwD/Q8+nk8AH+lrn34UNOqN5dZBbiw/Fzcc8/4/7D3CP1X/AF+LEfkH&#10;6/4e79Odcv6/8b/3j270cjXS3A9Z/r/akP8AS319p78D6Kav9H/CvSyP+yk/L/AOsdvXzz/t/wAq&#10;R/ifZDvl+xGQ2eOCBJmueeSaXAn/AF/p/t/c4cpGq7mafgX/AI6eoJ99T+hZt8pP8EPUmh/zP0ty&#10;3+t+t/8AefZJss5eq9P1RVt/hqRORwPp7mK9Khkr5qP8HUEW1C0n2DqZ7a2kUEqD+Pqf6/73x7Q9&#10;LfPr3sE+6PMcLimQ2AypLGyn60lQbG/4Nvbbmjxfb/l6qKmaGhxq697YuuKrx7DyNzdl3Dlbj+pT&#10;G0p/KlQQw9mJPehQZAX8s0/yf6h0acJYyBnUP8NP8nXvZfu7m8lPQVZW+nJUl+Tyvjysv1/ob2+n&#10;utqA19Kkh0jwyPWneRp/KnRDzOyo9q7LXuXHDzbr3tTdebnrevRt/feToDmsSuMpMdFixVRY7wUt&#10;T4axZ/vYKerqJBTxU5Ggxam1fW4t7i3mja7fmZt15bsrjwLrxnfxNJerLVaaWKju1fxY9M9Cnbt3&#10;K2UBUVUIKjhTt9dOaZ+3r3sdOxd07P3sNr7po4glLW0aZWroDLk2NEwrWlZPuZKekeo8Kp+pYxq+&#10;lvcc8s7NvnL7bvs1wx8eOQxq9I+7tpXSGYLX0JNONej+O4Wa1jdR2MVP2f6v9Q697fa/c206eHBZ&#10;qPCfxjCZmmqKuSoGRyNABNHN4qVvGYGq+JV+gVBxyLe0MO07zLLull9f4N7BIFA0I+CCT5heHqSf&#10;z6rMI2kaXwdcZPGpHyHXvbZ2ft/+8ux4NzLLooajxPTURS//AC9KSlJaq80EptLFq5Qf0+ntVypf&#10;vtG/HbWj/WzV68aIx+GhHnTj8+lTRS0hlpWL+H9nA+vn172HG/t17qp6XH1OXfzVUYqv4dF48dGa&#10;zVJRpVnVT0xig8ETIfWPV9F/PsVct7PtF1Pdx2raVbTrP6hphivFqmprw4efl0U3N7JJKGnP6mdI&#10;xn1oQopT59e9qJeyqbeHX9ZkABRao9NdTgvOVSLJ+Cnbyiipb6zBf0C4vY/1JQ3Kk2xcyw2rfqEH&#10;sOBkx1ONTetM/aPlr96PcW/1Ns1UzXz4Y81697X2B3Ngcjtavq0x+qPEUnnrI/vKtRJG84gQavt0&#10;KXIv6Ax/w9hvcdq3G13i2ha57pnop0rggVONRr+dOlQukmEYbAHEfb172kdk4vCb9wuSjrbU9HJW&#10;V0dRjf8AK5AKUTKqv97A9HLaT/aSGX2ecw3t9y9uFq9stZhGhD9o7qZ7SGH7RTpz6VJZQlKVFP8A&#10;ZpXOPLr3sP6DqqTH1m5s3Qbm/h+FgoMhjy38GFSqR01Qkppx5shJVHxwoPUUbV/Uk+xc3PTy2u37&#10;XNt+q8kKsRrALalpxEYA1N5BhTpJbwSRT3kwnpDpZTitdJyPUV/1Hr3tVdS9r1FRWZbZdRVCRsRT&#10;V1Xi6zxQoKpqGbHYqj/YTHgQ+YnV65TpvZgfr7D/ADnyisNtY73FFRJpEDpUnTqV5GyXqaDGFFeI&#10;6QW+7Sx3NxErZCsQMVGcH4fyoeve1RszfWEy+d3Fi6ysFJmodxZSmCGGpmM8yVNPTmQGKjipovJV&#10;SEab2Fvrb2T77y9fWW3bbewwl7JraNuKigKs3mxY0UDyqa+vS+C7ScM8v9rwP20r5Y49e94dpTDd&#10;26N8bZrn0RUmdy9EKoqG/wAjg0wNF4Yftms3kPPkLf4/0Vbo83L207Du1oaPLZqSKA1Lgni2qlaA&#10;fCKcR09HA08jKGo2nhT1Axx/n172mF+OuaqN25Cm2Nlv4ohlqZkxK0FNSFFhTUr/AHmVzN2+3Q6r&#10;FvVb2bJ7n7ba7NbTczbZoDIo1+IxBrUA6YovNvl1T6BrVgWFIyPg45xQ6uOPTr3tX9cb1ze0945D&#10;qvfsflyVO0tPSgmkp/CKbHz11QhGJpJ4ZC3mXl6i4/H5HsO80bDt+87Ha838uPS1YBm+I11OEB/U&#10;YEcDwT7eqLdLbkxJx/n8/UcT8+ve1htDuLbGyt3br6+z4+xpIJsXFRoXrqg1YXHVGVks1JjKqWn8&#10;EtQn65jqvxxcBDvXKW+b1y1su/bX3s4kLnsFP1BGMM61qNXBf8lXnv47RHgVcLT8659CfPr3uJQ9&#10;mZLL9mZ/CZU/wtov4QMVVH7esJaTBmqrCIaehjHpEar63P1uv0I96HLNjtnLG2bnbw/UqfE8RKtH&#10;SkulO4ufUnA8s9N2Mo8dmkio5pTNfIg4H+X8uvewQ7S6/wAPV5KSqxUYVqkr95TBqs+URxU4j/dq&#10;K0eP1BjZQOePcgcpc3bpFaGG9mqBwNE9SThU+z/D1S6s1jRjcTExsMinH8wfz697Ydpdl57Y2dwm&#10;28idGJmq0imjIpCKWCQeQyaoqCsqpr8enyAj2t3rlPbd/wBsvd4tRW9CGnxdxGKZdVH7OkUl2lo0&#10;R0dhP+QmuPs4de9q2m7I2j1x2DWwVeN8dJmsfS1JqPvciQ8mSqhVvJ4o6GukTUBfT6ALfQfT2SNy&#10;rvPNfLlu8d7+pbyMtNCYCLpAqXQH+f8Al6cm3m2jvrdJpO0qtBQ+uB8Py697w5rueuTeNJUxuana&#10;NdTUlHDT2ghDVM9Y7tF5zihklJouLnSOb31e39r5FtBssyTxD96xSMzGrcAvoJNPxV/wcOtme0ur&#10;0LdCtsWH8XGvDGeHXvc3O4Ki7Tlx+Njm+zrKielqRXaZp/4dgZDNCKT7UzUENWKWWv167iaS1vzc&#10;J7G/n5NF1dtDqttDAJUDXJghtVHK6glKfCPPo1fbreNtOntZcGvBCaAfF5fbXr3tUZ3GL1Dt6HBU&#10;FYtZRz41Jq+1OaYZG9LLRVFZed8pJSCeKjA8aP6b8c8kk2+7bnbc5NxuICkyykJmujuDqvaIw1C3&#10;Ej+WOqsj2UarDN+gTw08cccmvDr3t/6FmirMFuGvpo/DT1OWSaKHWZRGj0SkDWwSRwL/AFKg+5Us&#10;vEtZWgkesqppLfDmvyr0S7sBI9tJWoIBH+9Dr3sQtyOJKNWHpZZYr/Xi0g+v+ufb15ITCFb4e3/D&#10;n/D0nLlZip9f8vXvZjdhZFht7FQH6RQyD8XsaiZhey3+rf19yRy3ba9ksJCclG/wn/i/+K6ILgkz&#10;uSc/7H+br3sWI6lXgs97/wDIX4LOPoF549mb2rj4TX+R6bp172Gm5KQf3mwKjgyS1n+xKUMRsfXy&#10;Le2ry6dI7K1rlS3/AEF00ldV0P8AS9e931/y96or00kIH6Z8kPxzfP5MkDi3IJ/P49xr7jWgm3Mn&#10;NfDH2fCKf4OpT5DAFzfiv4E/5+6pb/mQqtP2PsasY2LTkKQCWATE0wJH7gHBb/U/n/bGw3q4ZJHH&#10;ICki97ABTb6/61vcQ2CNH+mRwan+r/D1MUBrGvSK6qKyfatquZI1YXJv6mH4sOB+PYQJNpYluG1G&#10;/wDrf0+n1v7Ny3dT8PTvRlXo9cIC/QIGFuLm30BuD9B/t/aw281T54lpabyzuEXyCVI+XnhAsjnx&#10;g+Rl+g9l25jbmt2bddx8Kx1/B4bvwQ/jTv8Ag1/s/PqngLLKGZqD7OkJnYau8zY+k89XFTyESiaC&#10;GwQzNcRTnxHVMqW+ht7F3bcWXWWZqyPRGUka3kpW4KwPc+JieQv+t7CHNNvypFZ2Mu1XXjPVc6Jk&#10;83H4/wDi+FcdGzLHHEuk5/PoJBl87UVlXRVUH2hHmV/3qWfkD1DTGqgD83+n+x9zaSOjp66sbL0/&#10;ld2qDERLMtonNgLUjaDaU/2v8Pam5bd7yy2l+WjosljjSSvh/H6/rDX8H8HnX80F6JZ4oo4PgLqD&#10;0iqubEww5GhzFbfJNWT11OopqqQNDGr8XpP8lsan6+Q/T2jtxY+CnysM8jaKPIQRSU3Bax8k5C+m&#10;RpOV5uwX/W99bf7vf3AtH5c5p5Hu3075Dc686srFDGG/0MRilScPXFONOog909lu7babq9iaskKP&#10;/D6N6k9V0fJWgzmIzDZbB0f3QymNmyE9UKqjgUKlRWyODDUPMGAh5vx9PT7jYTalGk24qpl9dVXU&#10;7RveYHSsBTlRUlTyPyo95u85+5F3ts/KVrZd0TwSmQAr5FaZaInGT2nPzwesTds5hupxy9NcvWSS&#10;1lb8B4kH/fY9B5/t6rv+SHzA3fiaT4+7bwk2uiwm1M9T52kVcQR5Wy9LJEVnrdsSVCFIoyf2ZH/4&#10;n2Lm0sLLT7do45nInWIg3tzaoka5KzMpstvyf9vz757e6/Nxvue72eb9T4an5iGNafAT5cf2nj0Z&#10;RXouVv5Bx1qB+3Pp/q/Z1Rz8texKLfXya31unE84fI5GAwzKZrKsO2cRRn01VFSVNnqKdh6o14/2&#10;k+3iOeenlqYaj9FaIRDYwggUynVccE3Mv1J9wFdbZYbvzLt81kM25fxMSGpkiH/QFaADzzjoZbk9&#10;OXdiA41m/wCrqnowVLlZsJ8V4ahHtXUKytE2mPkTdhMEuro0aBIqhvwePcmqldqBC49QLH8WsZVH&#10;NuPx/vPuRNjsYU3uRI8R0X7a6G/z/wDF16iq5Da4HJ4FuiOUhhOZqYYnLR1qRKSokA9MJcgByW4c&#10;f4f4e0c0zQQVcxNolQyRiw+oa8n0Vm5/1v8AW9z5sez297zty1YL/bSzhW44GlqfiAz8jjz6RcyT&#10;vFyhzBMTiOGg/N/n9v8Aq49Gd2ZhKXePb3T+z47yZnJ7lhoci15bCmmotVGCrTU1PcRqTdJAbfq9&#10;oyOYmkyEi2CVOsMRY2CzaybWF73+nHudfvOXK2ft/HGa6jKQPmfBk+3/AFfzgr7tlum5e5Vu8hOu&#10;OSvD1lHzH28fL062AO/NtiLd3xn267XbDbv2pV/Ui4iwwp1HFSQAoF/1N79iAPS1rL5weOedQINz&#10;/qgffKzmN9Uwo1X8Kn8qGn2EfZw664eHoEFKV8ML0ZSpjmgpHicWPhVgDa3jCSEIdHNiD/U3+vsR&#10;oATBCx+n7djx+fEBb8i9j7irdSod0U5/2H/zjoQWqqIwBwp/m6ZdtL/l9UeLD7j6/wBTVUdvr+TY&#10;+5q6dMpJNhSy35HGh2I/sn6sR/j7C+6OUsRSlfFFPzjA/wAnT9D4gP8Aq9OhD2dTNNu+mRRYvIoL&#10;DiwOUVrjUwF/V+PYN7klV5ZbfXySH8/lnAHIH5PsA3TVlYcCBTo7sxivVu3VFDJT4ehLcq8MDk8W&#10;BEaG1g7H08f6/sIM35DBLePyDVJddSpa5tckcmxuePr7esJ4YZ9bmgoPX/Vw/wA/l0rjXVOAvHoz&#10;mMpmmkhjikMUihRfR5AdJ4Xn0gEqP9j7ALcQkXX4pNS8akIAv9AP3Ga9uf8AYeyne93t0ZgPtHH+&#10;j5aPKn7OhFawyKKsf8H+boz20qGQU8ZmTS4BBIZTzeQ3Cq5XkG9x7CDMNQxQNJM4p4Rp8t1llveS&#10;NUt4w7khz/ZA9hK1llu7xIbKLxblvgTUE/D56tI/2elxuGhz+EdCIgYC5/B5IH+Nz/W1wfp7DCs3&#10;vtuChnklyqI66NCfbVrEkyqrWK0rITa3+t7D+18m7hJ+4Xm2Tu/X/wBFThVjwEnRa3NGywzWkV0a&#10;Sd38fpXyXqdzc8/63+HH4/2PulnPZqno6idWnHiM87eQowC6mJ1BPExurcf7D3mQ8e4Wgt0NiFhx&#10;qbUjf5/t+Xn1itul3aXW43U1qv6eoV4/5add+0e+6sW8Mi/diU+oBfDPHbnj1fbgE8+7K8lePRQ0&#10;0enDde9xpNz4mnpHCYvzVD6hDN9/UJpkK3V/Gacqxv8Ag293Z5DGzaxTpE16oBpH/M9e9sb7mnMb&#10;aEEbcqAHR+OQPrT2N/aRpHxppTpO24OeAp1721SZrKVDsEqiNVwYzBSsSbmy6zCpUMOL+2dQAqQK&#10;dMG9kIwcfZ/xfXvfNI81VN44hr1/Rv8AJltfg8HSeAf9j714invYmvTQu5GOri3Dy697cqfY+464&#10;h0x7yEsNJNRQpq/Tbk1MZH19rNQ0MCRj0/zU6dLzyLTR/g697e16t3AAGr6FqYC12MtHNz/wWGvt&#10;/T2xGhdtCnqotpDhh/q/b173Jh61of8Ad+dFIwtqAxs85/J4IrtN/wDYW59rUtC6kgVp/q8m6uLV&#10;ePify/2eve3ih2TisdOk9PlxVyR31oKCpgFmVlHrkqiourE8f09t3F5tS3irTP8At/4R/n6Y3GyS&#10;4qviVb7D8vn173YtQfJ7bFPRpDLT/sRj91zUVn0LNa6pgi3DH8H3KcXMW0Q2QovdWv8Aon8Vf4f9&#10;XHpAOW4bpyxA1fn/ANBdJ2pwAqKhqj7rxsRYAQ6rekL9TNpPA/I/PuYPkvs42DftlgFuHyL/AI5s&#10;own4t7Ol582p1RDtOP8Amq+Pz8PpY2xbWAF8Tu+xv+guoo2w4bUchfn6faAD6k24qPblR9/7Gqqi&#10;KlOWjiMjLx9plXtqP0/4s6H/AHn22eb9plB1bQf+crf5F/w9In2DbDqDXGf9K3/QXWY4GRbstRqa&#10;xsTEt7j6fWa3ubnMnQ5OlMlLULLHUanhYJMuqKSJmQ2kjjI4YfW3swk5uecRIq6UAH7a/wCk/wBX&#10;7ele52CaLZBwCr/q49OVHR+A8g3IGr6fgrf+039Px/X2WXceLyFbnMdT08erXmqYKS0A/VVSqP1y&#10;Acll/Psz+sF1bhxXh5fMfZn16QXlifpF/L+Y+3pzNgL/AEAH+8D2LO/upt77kotoQYDDvXSJtzAp&#10;IPv8VT3lCVWvmsyECgfvIeDbn/X92fe9uS1aF1IKgq1A3xLQH4Vr/l6TWOx8yNBNJb29YGJI/sxi&#10;i04mvTLHlqKAVjVFSsaxVc6klJPSqAfWyEn6H2h0+InbuXdP9+tJDMf+rtt9x+oNfjccSXu3sA3e&#10;/bPGJDTH2P6YHwn16EW1cuc2S20lbbt/5s/w/wCm6jS7u25CuqTKRKv9RFUt+SPosDH8H2p6f4Kd&#10;n1MJkyMsmLQFdSmnw1b4SVDldUO7I2cA/n6ewduXM3KpNoJXHihc5l/ip5KRn/VXo62/28v7nQ91&#10;iY/F8P8Az7Jp69Du7b9UdNNkEmc3sohqlvYXIu8AFx7f8Z/L+qpLVNbvcRMHW6f3ZV7HgWDQ7wH4&#10;t+PaDcOceWUuLYHjx/0Qf8+dCNvbEuBqm/kf+tvXGTcdi/gozOEBN/uBFe39Q8XH09no6o65TrXD&#10;Ue3/AO8IyMVOhVF/hBo9Vpa2qY2NbXMOau59TfT/AB4kfa/ejbLPb59qhTti/ptirV/3z6+jdLdu&#10;9q9Fz45ep/P0p/v3oEexsHkN5PSVa4P7ZkEwSp/iEU1vItLHcxCSm5tT6eR/vXK63z2PRvkY0iiG&#10;qcN69cpP7cFGf0vRWFgrf059whfbud7+sljbFVp8Py89I9Ope23Y5rGLSD/MfP8ApH1/z9OHWPVJ&#10;2bhKOgkqBJ9sJho8TRg+SqyErHjJVLeo1QPLH2Tvd1R91Vzzai/kAuQAoa0cduFA4BT3j7uMTQ7h&#10;cJJhxp/470aqXQeHKe8f6v8AB0YNQAoA+lvaCMQW1/yOf9fj+hP9fbAauet0BofLrv30ieqwBHIA&#10;4H9eTckHn6/n2oirpxTj141qKde9uEVOSCWFvTf6/XkWWyn2rhHFvy6tTr3uVFA5swNgCBbjkW/4&#10;N/ifZlbqhRqjga/n1UDj9nXvboIm0c/hef8AbfT6g/n8ezGICiL6/wCXqo8h172A/wAgKc/3KVhw&#10;FyVENXF+BUn8n6e5I9ue7mCPPEf4SOo+9wc7RIf9X4uveyND1gflgo54/IA/2FifeSu5geLHVfOv&#10;WKMzUDeteve8KoPVex/pcWv/AEuAPwB/vPtorr8PhpAz1dWOiMeVOve8mkcXVuT+Dzb/AGLf09uq&#10;AKDgOvVPXvfYQnnVf/ff1v8AXj2rRNA9T14mvXveS34t+P8Aff7370UjAyP8PVWYLk9e99hSSQBc&#10;/wC9cj+vvYVY6mtOvMyrlj173kIVNIt+sfk8D/bcgj35VLag3ADpKzswNeA697edtt/v4MGSfpls&#10;cOfoAauMc/7b3uRVUIBw1f5OmpT/AIvdjy8J/wDB173Y3nHBoesz+Sdmgfj/AHXMP68XI9yBPT93&#10;7KDw0wf8d6C1mf8AdZuH/PQ3/HV6TNCCHzf9Puckf9uUPtP7gUNQ71FrE1+Vf6/1pW/239faVz/j&#10;k32N0bWjA3Nr6fTHp1puIaIXB/YhH+2A/p7Rm7yq9M7WP9KHEfk/6mT8W9t21Pop6HHiD/L1bbz/&#10;AI1fE/x9dw3+/qP6aB+B/SL8+ygVjK7MT/ql5/rc2HIt+fZTu66zYrXOiT/J0dyZNoP6D/5OnD2y&#10;Mh1fT/E3A+trj+p5t/vPsq60DpKmnXvfOxvf/HX/AI302t/rf7zb3bQ/8J/YetU697//0tc+s2vR&#10;SHytLNqA+gnqhbhVH6JwpHHuKg5ZTooM/t6mLw1Oo6aZ/b1v8e2Ko28yD9ipm0g8DyzNxxwdU/8A&#10;T/D24kvcAR+p6dWVO4UOeve4Qp8pR+unrnjYX5C6wCDzfUzXHu7AZUjptkcal1de9xm3FvqnLJSZ&#10;+CNfxrxVFNf/AAvIpF+Px73pUAMV69quFoQ+PsHXvcmPsLuGn9FPumhXTcANtrBuNIAFvXCxN9I9&#10;6KRHOk0+3rXi3Q+F8fYOve/f6WO5opP8oztHVoPqE27t+Egqf8KQ/gH/AG/ttoYssB0llluwS5kB&#10;/Ide9tdd3Fv0yKa/FjIlbaxCuIpDJpvcgRUV1Lc/61/boiQqlGpjp/6ubRFVa9o9Ove2Cr77fH85&#10;HqTJZV0DlmTdNLRFidS6gExxPLKT7p9IsnwTqAfkf8lekU9yxqfpSw+TAde9ihtneWz917Fyu6qj&#10;q7IY6ooamhialbdr1DaqtpiVEscEMf8Aunj0nk/7f0iGMJGJQRQ5p0YJNE9gsjW5FF4V9evewpn7&#10;T67dz/FNkVW3/HZf8p3FVV3l1AcjwUQ0leB/yF71HG5NVav5dF0F1blqtDpFPXr3tLVXYPSJmKyR&#10;fY2sCj5DMTmMaVABZaQ6wbA/4e17RXBU0Fel0txZAEHH5nr3vtM58dq5L1O8aHHk/QNTbnmtza/7&#10;UCk8KP8Ab+2/CvP98t0n8XbjxnA/b17231X+y5VAtH2TjGNz/wAuzdguOLfWJf6f4e9G1vD3eGQf&#10;y6aJ25uF2K/Yeve1ntHIdN4fa25MNj+x8cGylDUQxg4nPtdpple37sL8gD+o+ntPLaXJdWaIn8x1&#10;VUtY4pEW4DBh6Hr3sLKvrLaOSLyUG9KGq8xLAx4zIp6nJa1pahDwWFz7cCzLxX/V+zpA1tC+RKD+&#10;R697T83RdTLqNDXR1qsCV0U8kdwT/R63i4I+v9fatA7ZUHqn0BNdJr/q+3r3tOVfQe6NTiHHTzA6&#10;iJAYVsTcBQrZC5+gPtUZXiKqTn/V8un0299AGmp/1fPr3tjfoveIDR/w6XyqSFUGl1HTq/6b/wCo&#10;+nupuyrHNf8AV9nSS42+XUBpzT/V59e9sVb0zvCnB8uLqNS/r9dPZWt/QVZHtZBuKJXpOLKVPwmv&#10;+r59e9pafr/cFOWV6GQkWFrw/Tj6kT/4+3xuMf8AEf2dNG3cY0/6v29e9wZNnZuGKR2x0ka+jnyR&#10;Nq9engeXjg+9HcIyyd3Cvl0mngk1wEIcV697EHqLGT47sHDTVcDIqPWcswt/xaMivGh30mzj3u4v&#10;tVu3cNP+z0JLJirLqOM/4D172Gmdo54cnUL4zoL6l9Q9WpVJP6ifz+T7pbzrpPcNXn0FWRhPNQYx&#10;/g697ZHU/Vl0m/N+f6Af1/r/ALH2uS5pTT17UR173xWONvSp5Y2IN/xax/2/u3ja8EdeJr173wte&#10;w+njkBv9eBYf04t73jqvXvfMxhV4f1a9Z4txb6ci9zf3rrfXvfB1uNWi/otcH6nk35559761172s&#10;8jaTZtN+kaZKJQPzqMbEn6j2yhIlPp0qLUgX8uvew6MZAJv+f6D8X/xI9qg1a46ZDVPDPXveFfT9&#10;D6uLC3451f737ux1gVHTjv4gAPHr3vg+o3H6v6n6W+n9APx78KYPn0ydPa1eve8MgNib+kEcfniw&#10;5P593WnpnqqLpo3Xvbxh5dMGTAPLQQgcfjym9iQefepKgoelMb1WQA4p172xTFtbhm5/pb+n9f6e&#10;3EAoCB0jkap49e9ysV/xcaMn8Twc/wDTwe7S/wBi9PQ/4Ol2ygfvS0/06/4evezEwKDBTm4P+TQ8&#10;f4iNSfzx7A0wPjGvqf8AD1PqxnwbbyNB1735iR/sT/vPPH9eD70WpgDpUBQYGB1723ysVY8/4DkD&#10;+v055PHvQI0GrdW4pQnHXvfcLlSbf74cH+ntKR1pTxr1727UtRpYgcm/+t/xBP49suBUYz0ohbvH&#10;XvagiewU2/H+8c/4H+vth+Lfn0JoTn8uve1rgpnEg9N9QJJ44sJj/qbkXHtJcDP5dHUR+XXvY9bf&#10;BlkQkfQ/Qfm5fj/C1vr7BiEaX0/Djo52rJJ8v+L697Grb0SxyahwLqCeSD+q5HJJPPtHcUIYLw6F&#10;IWqt172ZPbpBWEl+bLe6/W4HP1sD7JwKeJ+lpz/q/wBXDP59LogfTr3syG01VhCv1XSgt/Ufs+2J&#10;CdOrz6NoiaBjx6xy/p/4n+nH+w9nC67B/YAvxHGP+DC9Hf8A23si3MLpXP4v8h/w9KG+Bekjm+IZ&#10;Pz6HP+tZJf8AEf19m52vCNMCkWsYbWFhcJFybH/H2ztxrKrf0f8AKvRe5qQ1OiodmTFaOrsb+qe/&#10;0JA0117XX63H09jviY1EYAufQgItY8GPg3FyL+xntTMJY2ByGP8Ag6Dd9q8SX1qf8vVavb8mpKoS&#10;D0kg3vfhvOOApAHt6N+QfrqYc8f2m559yfZ/2Kn5D/jo6DDUr+zoh2ZK/eOQTp03HN7ephza/Nh7&#10;6pTapew4uqn6i4KC/wCP99b2H9yUM9wPOtf2dUqNVK56EWkLLg8K/J8kBFvoLmZlubHkAm/udU6g&#10;pYcXAuRY+klG/wAf6ewdNGhcK+cn+WP9Q6MoGGA3HoS9t1J0LpYqF4H0td/N6Rdb8G/PttnVTTh+&#10;PwPyPrIq/wBQR7Bm4K/10ygZ/wAydPHLGnRmNo1QSjpQWsh8tuCQbzzHiyn8/wBfaCycSCKVSASV&#10;UKw+otpuPqDYg/0/HtmQSMY2U9orUf6v9Q6WAE0IOOjBbZqh5xcepmNgbf1l4ub+on2F+UisZb2B&#10;0kfXi3APF7X/AMPbgBNHHwnpbAaoPl0PGFqAyRIOSp1WsSbaja502tc29hxlgVViB/xS9ybfXn20&#10;Pjk/P/L0uT4h0LeKN1hBJNxH/j/qf9h9D7DXJfqk+uvU9voP7J0j0/n2pQ9qfwU/y561LXVn4adL&#10;ml+q2t/Zv+RY2/J/w9o6rLaxo+p5Fv8AXa31HHuy8Dq6Rnz1dPsf05+l7fn8c8fX2n6kuWZm5F2I&#10;4Avq1H+gH09+dQhKjiOP5dJpFRaaT1MjsQAP9fnj/U/635HuCQFJP1Go3vxY/Ti1rXHunxL9o6Tl&#10;eNOs39LfX/e/z9Pz7a6x9MZ0xeSW40v5AAB/aBVvS1/aiCLxW0jp6GIOrima9ZF/4MLAG6gfX6WI&#10;9tMdReULK2p5Lkgm1tFrfTg/X2ay2i+ERTuz9n+X0/w9NfTlDU9cgbXI4A+n/E8f1Ht8xgWJlDP4&#10;WhBWnuLq+vU0lrjghT+fZDem0tYXF2hZnOO9uCnu+Hyx+XRi0kkds6xjVwrw9euLl3sE/T9X4W/I&#10;9P1t+T7Id8xzHFkNm6ZFmfy50OAhX6Ue3tNr8W0n3Nntu000ANotB+TecnHV/l6gH3hkneO0JwO7&#10;0/4V1Kpr6WuCPoef8S3skOXbxvCQ+lD9Ba/OgXubN+W/r7mC+i3IyBr86koNPaq/8d6gS3YrdTk/&#10;wjqT7S1VWlfowa9rWFibD8XU/k8+2owwACNSg4H/AFf6vl0ILeQUArQjr3sFe264DD0hBMeird9T&#10;evUPtZrIPT/S3tmUSHwajHiH/Dn+f+rj1u6YN9NUf6J172lNg5CeLYtZZSyy7lr2Di30fHUxJ/Tw&#10;COPZqITriqPIf4f9X8+tmI+JHj8Q4faOvewx7HwOT3BDBHRoXYVMFQwHjuihawMxLSRgqvnHNr+2&#10;w/g36441X/jZp/n9OizfNumvZYoYMMDX/a6mz/Pr3tK43DbyosbPiZ0M+OlidFTx0i2doBAmmQP5&#10;fSg/1XB/x9lm9RW0m5W7la3akAEV4az6fP16va7du0ca2/jVQLTCrw4ev+Xr3vNicRvTGUFTjqO8&#10;UFXYurQUcv7TRmJwDLJIVuhIuCD7vf2Fq13bXV7beIFUkHVQV8jUflTowS03aw0vHJ+nw+Ff8Nev&#10;e3WoxO+XxdFj4q4pQ4pDTUNIaSiYtFLM0rnzM+tgkrE+o/4X+nsmjtdrN/dXX7qYyynU51sOA0jt&#10;Ff5dVaTdSEVMKoxgcP29e9qajyXZlLgX27WZNajGuYjHTDHYuN4vDUtUkGZU87Bp2DfX8W+nsuu+&#10;XtibcY79NreO57u7xHPEU+GtOHy6VQXm7xKsc7aov9Ko/wAp+3r3vjkZd7ZjG1VA1SqRVfhupo6I&#10;/wCZnjmJVrBl0tFzY+2tv2jarW8jl8DKVzqbzUjhX59VfcbmkqqKVpmi1FPy/wA3XvaKxuydz4Na&#10;qemf9+ZYxGPBAVJRm1G0k5jPoc/X2KtxNjeiKDTrH2leNPlXy6KrcXsEjiN9TtTFB5ft/wAnXvar&#10;wOM3lt2euGEyCU610ECVRkoaOqCgO0jemqeS1pW/s29lO87Rtt4lr9ZYtOYzUaWeP8Py6OVl3SLV&#10;pkrUCtAB/kPXvefHUW/8bUzVFHuOFklu1VAmLoQZkMod4w7qwiLN+VI9pr+w2C7SC3fl+RGp2sZW&#10;IB08aV7vs6bhud1t7gTSTDwR5aB5/P8A2Ove1ris72fjyoo83BS2lM07Ph8VULJTEoWh0yRsqtcA&#10;6xzx7ILzk7YLmpk29n7aD9V1IPrhs/Z0pk3W7dtaYP2L172js3tDPZjcFNuuDLRUmSiqopHY0Ebp&#10;LXRVsmQep8SyRU6JLUS38enSPp9OPZxYS2237bJsz2jNC6lAuqtVKiOmrurSlK1r+fRZcC7eb6iG&#10;bw5cAmmrzqWpXIB/wde9t1d1xufJZKTJSbghpqyZZZJpf4ZGdbSTtNLPpSoVFvI99IHFvZ3t0cAt&#10;ltf3cxhHAaiaAKABXz9OqLBubSGT9/IGp/vkde9umI2TvPA1SVmJ3fTxVJ9by/wSCQTHUpaQJNI6&#10;rr0jiwt7SbpZbfd0tbraGeAkAUlpQEY4H5nz6vHFu0c0cke/ozE/76Ga/n172vMbV9v0s2QqKLet&#10;NBUVFSJJJjtzESB7qFNkdSBdRfi1vYV3blblBBFFLsbvBGtAPGkFP2sCejCW43aNmaPckDn+gPz4&#10;jr3tJ7n2DvXd+QhyGW3dSz5ECTyVK4OCm1MRESfHSyxRrdY1H459m2xX3Lu0WzWdtsjLH/D4zN/F&#10;6/n0U3Eu6zMtd0UOPPQP84697aZup951U7ST7upzVyn1H+BwavQot+mYL+hQOPx7NUu9rijEcezP&#10;oHD9Q9PtYbqdRG8JU/8ACx/n/wAPXvfJOldypUU9RDvOm/iERmuf4PdhrUqLg1Rja8N/6/7f2pa/&#10;25oXhbZnMLU/HT5/6qdMPtm4R6WXeBqz/ofr9p697V/+j3sOtrzk5N/0SZCER6C23KJidMYgT9sE&#10;Q8Rj+0P959h6aHZ7aA2qcsyG2auBO328ak8fn/m6Wz2t1K5l+tXgPwY9P46de988/wBSb13c0KZv&#10;fuPqZV0xrp27BTtwNCk/ayQC1l9u7BcbPtwP0nLk0YPrMT/x4n/i+kd1azXSKpuArf6X/obr3tmr&#10;Pjjnch4fvd70Us8CpFADhHQhIxoiAKVqggAfm/s5i3YW3ieDy/IFc1/tBkevn0xLts0qJ4lyNY4d&#10;n+Y9e99P8ZMhULGsm9aRZogioDh5jbSNKfpyBA9X9efbB5qWDUq8vSdwqT4g8/8Aa+v5dNzbaXCh&#10;p/1MZp/s9e9rLGdM7+xKw0uO31RKIYkgjcbdhZgI1ijjH79U7uVWJTz9T+PYcub7lu8eSTcdvZNR&#10;JIMhoCScdvrU9G9vc7hawoH3VTEFFB4YwPSv8q9e9ruk6131kYEo90bypcrQ0k8cngGBo6JzHAFX&#10;/P0s6PbQ7D6m2r/D2VNZctpLJNsSeHcMCK1lYZ86NUcdPRjHzNFHGsd7H4or5VXh/tevexB2lthd&#10;qw5KCkqQ0VXXNNFCInBSPwrEq6nlk1WC/Xj2cbDt+rcYpbxw8ix8ala5BwRjz6ST7lDLciSNNKyL&#10;qVak6c/xEH/J17257jfRi0fQQyzQKWLEj1TD6A/S/swv9uthfSyM1EFfl5dJ7FA9/cOxNKn/AI71&#10;72Muz6wDD49Q1wschLD03/dmNvp7kvl3SNksAgOnQf8AjzdFd723Mo/1cB172LmMzKgBGIufqRzz&#10;+59LL9fZkbQMrlCa0/1f8X0wHCZr1721ZeoSXcm3EIVAZsheUjWpBo0H6bXsACPZSyNDNeQq+ezq&#10;8c9TcgN3UTr3u9r4EutP1cvj9QWorzrHAt/GsoBZT9Quof09gDm23ac3g/4WKf8AGT/n6lTkOFXu&#10;L41/An8y3VMv8yJUbsHrtZH0oayf9vSG1/7hotTX+osOPz7Nnu6dLSHRqOnV5NVgODcaNJN1I/23&#10;uHLWwdiTrx9nUwwQ0jArw6RnV9TphpYreK5Mf2/BbhgqN5RwQ4/rb6ewlaKVmj0J5YnnBfkLo1fq&#10;BJs5IH9PZ4ihC2omtOn1gqSK9GBNXF4ZtT/b1EVMwiJu/k0KQmkAGMXPPq/3j2tduvNT1aibjlBH&#10;YKB4hJHoU2vqNvyeT7It3jRmLL5If25/zdadAhp0jM2YqrFSimtd5ZBPy7XlMMwlYBgNIYvwB+n2&#10;MmMlUj9Y5+g/GnSo+v5ufYN3FGIXsNafnWvCny6WISdOPLoGJYPFM51egSMGudP1ExDajxZtH+8e&#10;3Un0rJ4yxE8R4IWw1Kw/BFzp/p+faSyjHjTkSUrFIn8qevz9f8HTV1Q0ofl0y5yoJpqOlOlR56St&#10;5u3Ka/7ektY2sf8AX9467a1FnEkFRdA0Tyli84AZo5Sv0kjvcj/W49j/AJH91tz5FvNvjt8hJUx2&#10;cI3T+g3p0X3UDT2ckR+Gn+boFuwdgV24KTK5fE1Kx1pjnSK9OJR5KyKodSy1E8cf6wOfp/ri9we3&#10;Luej2VV4TCz2anroahRKZWjtNTyQpGnMUpJMkwFw1vfR+L75HIO47ebbnK3CbpKI2hPiOtEQiuIo&#10;KZASusD/AA9Y5bvyLcTb2dwioIo9QAov4lznVX9o6ry2b/K37v8AkDS9ub/E8dTm8XuPEwYeRMbi&#10;kRKKoxzPlFjgXctBRzFooNN2RyONP1HsWNp772tNlMLsrI5SKi3Jloq5qfHMk8ktqCnlyEwJjhEV&#10;/tWD8sOCALnj3i/7vfeD5fseZN33HaNtM23xSDu8QgZCLWrRHzHp0GbjkLedvtLy5FNL6fTyan8X&#10;+qnRIct/wn2+RnaFNubunHboo8TtYz46bE0suAx9bLW09c8GGkKSf37patPt6ynIOunJYH+yOfa1&#10;jzVTpocVUxXXF/d/bKBG4JqpHlqLlo0ItI6EHVz9PZIu4bXvfOW68y7UhjS58HxCXYV0WwWOmmtc&#10;RyVBQjz6Qb19WOXeWre8XTMnj1Pb+KRW/DX8+gm7H+NG4NifE/H7S3BuCGsqqla9aZI8QsX2Hg7J&#10;oqycSEZGRZWqEyEJuki6LW95IpZ50kj+yk4BuyyKbk8/Qvck/wC8+5IveZINsubRhNxIwacKfKOl&#10;PL5fy6Bq7K1zGQoJI/1f6s9V0Y749JkzU5Wk3rQuaYRsYf4PVhuGNPYu1ag/Uv8ATn2hcnNOI3ja&#10;IqjEq3K+lSFH5Gq1xfj3l17Sb7ts++bLfQj/ABsOM9xz3Dhw4Yx0l3nkm3ueXN7S7n0RpHXg3f3V&#10;/A3H/Ua16FDqLadFszs3CZyLIRNmMVW0dRjQYKgmoqVjlBREaSaAAK3Ooce0kKmOveCBV9ALxtzc&#10;kh41/wBpPABvb/jftb97vnURcubft9mc+K7E/MxSDzT/AC+mM06BP3SfbxdpvubN0LZLSqPip/bB&#10;vJiM04Hq9zBrX9g9vYioy04KbY2VtbMQ/tKp85FJEoPgFPYqhJ9RcW/p7m4+JKeFRGbP9+y3NuTp&#10;IKm4/px9eCffP7d9wl3C6VrlD4X0KeXzwf8AKfs9OugdpEYohEeFeh4fHfbxVnjNmaqqD/nNN1YE&#10;rYk3P7hFv+K+16sbtTWsBoivb631BiBxyCVU2t/xPuOL6aNZ1atdQA+ymCfyPH/Y6EUBHhhlPEdM&#10;uATVUz8G4yMp+nJPnhAA5JudVx/vPvlGQKafm96dr/k28J5/x59k+7f7ix/81D04nxj8v+PdLrZq&#10;PJviEKCP8yCTwP8Ai6x/634/pyPYI7klRpZeBceQfUlTyxt+PoT7Al3Dods4LD+f/FdCKz+EV4dX&#10;EdT+ZsTjyRa1LBquqgkrHGdfH0Bv/vPsKctIv20n4JYkDn+lv9Yjj3aIVlA+X+Xo1QVlA+XRksPG&#10;3mi44BALD8/X/C4PsAc/PK0ukflmNxb6+j6en8/19hTmF0DMv+rGno+t1AUHy6NJteEJSox+tlHN&#10;7+oynnnmxP09kh+WOMzWV61yNHhYZKmsd6HxwQsiO5XO4GRyNcscYtCjHk/Qe9+300cfNdjLIhZP&#10;1MA0/wBBk8+P+r59BrntZG5Y3IwwtJL+n2q2n/RU/F0u4PoeLfT+n9T7qol6X7erqiWeTF1yN6PG&#10;S+OIFkUSNYZBQeFF+Pc+TwQ30gkisCR/pj9gH+rj1jVdctbhdOLiTaJP+cn+1/i6zEgfUgf6/wDj&#10;7l47465/IzOK3NR0imxHkx7SeM+oMWEeRGsn/D2cW9hcaDE9i8Y/i1BuGei9mjtQbX93kTH+n/tv&#10;Trv2rZfjTTYmH7rK5+CohRQzBaKsg1AC5sYsgWH9Pp7M7XYjLT/GR/vB/wAv5f8AFdFc8rRKdVoT&#10;+Y/zddAg/wC+/wCJ+nvlgenth1tLl521VT4ykqKlVWpycRfwsEK3FUmhTbn6+z2XlpzZzLHdKZCt&#10;AKA/5f5dF67nDK/hS2hCk0J1D/N16/0/xNv94J/4j2iarb+Bx1Q0NFipVjVgEJrJpAArsBzK7M36&#10;R7DEvLt9bhnJ/wCMgf8AP3+r5dLYksC9UGPtbrv3IpWqQ4joqdQCbEEQyEpdQeZEsfqPZTJaXAZI&#10;5f7MnSeHDz6M1s7crWNMqKjjx8uve1TSbX31mgFxWHkqVNlCxigF7gW5mlT+y49snbrOEgtPQ/n1&#10;Zdu3GbCw4/2o69e3J4HtSUfQndGUs1Ns2tmD2OpavDoLELzY16W9JH49sNJt8ZKmfH5/5/8AL0oT&#10;lzdpMi1an+1/6C6wvUQRf5yaNP8Agzgf4W+v19qyh+K3dFUVWfatbRA8FpajEzgXPNhHldRtce9P&#10;c7bFUtditfn0uTlDdX4rT/ef+guo38Vx1r/eU5Fr8SA8fT8f4+1/ifhXvqUK9dlkoDc3V8WkpGnU&#10;b6os2Abcfj+1z7Syb3ttNKOT+ZP/AD4OlkfIW4yE6q/sB/5+64tlqFfpOj/8FP5/pzbn2uKP4RR6&#10;j/EN4U7AfrAw1WrfRrXMWaIvqI90be9shCf4wpB+TZ/1fL8+jiL2vmWh+uXT/pT/ANbOoxzP+oop&#10;3+v0eEfT6/qce1nSfDjrWlQLXVyVrG5JV85TH6k/RMoU4Ui/+t7bbnuwjBVrlaD5D/N/q8ujaL23&#10;VQNdyCfsP/WzrwydYwuuMkX/AIPPEf8AW4U3+vtaUvxj6LoCrTYWacrYsf45uOO9v1GxyJAuCPob&#10;n2lf3CBUnxEpTyH+ZP8AD0br7a2i0JSo+1v+g+sDz5l/80qRX+haOJxz+P8AOj+ntXY7rHpvCjTj&#10;8G8dvoWy+ZmIC+q5M1TIfxxzx7LpefxI1fE/P/N2Y/Z0aRcgWqEkx0/Nv+guuAXcBterhH+ApIbn&#10;/byke3ttubFujCm0ounSv3NeRZQdJ5kBHB9lB91yhKNAdVeOpc/9UqdPf1Q2kGh28mh+LW3+fqUt&#10;PlLG9Wmo/n7dByeL/wCc/wAP98Pahx6bfxUsE2Oiispi/UZZCuko4BEyva/jA93PusrqQ1m3+9f9&#10;c+lS8qbTpH+60/723+fptrMJVV8UkVTVsQ6yKdKGO4ZXQi8cwJtrP+w9iIu/qsQxwwyQhIoo4VAp&#10;ackIiaUGo0oJ0hhyTf36Pm6C8QSE08Q6gPk3+anz+3qybWIQI44wEBoB8h+fSKHWGIjnecxTu7yP&#10;I7fe1qgyNIXZtH3ZUB2vwAAPaayG55ZyWnqEju1zeFE0gG/PjUc8/wBPa2Lcobng1f8AV/pf8HSt&#10;LPTWtOlLSbdp6BQsEJFltcyySX+g4MkrXuAPaVqM2jFhHMZLsb+ohdVx9NS2uR9PbMtzGzzLigr/&#10;AKv9jj0p06cAfD0+Q0WlUJX6AcWF7c/7wPbbJmoUFtf7nFwXa1/rb9FvZRNqml1qpH+H7eqnj8Oe&#10;pq0/HNioJtwPxxa/5+ntlrtwz6CgOlSOOAfoUI9QBbi/tBMUjZgr/wCr7OnKqPhPUpKdRYn/AB4/&#10;17/X+nsPcxW1Mx1kiwtY8cC0YHItxx7D9xfULoH4/wCr/V/PrwOaHj1IAAFh9PaSrI5J0s7NrN7/&#10;AEBHIt+R+B7Li2tmkD8OtkVFOu/bbBSGMMRx9Ppb6X+v1P1HtqVHOnHTLjh173Njp/QJT9eV5Dcn&#10;+g5AFv8AYe9qBSP5D/D1QDr3vIAq2Cn8agOBwbf7wfa+1/0T8v8AL1dRSvXvcqJb6if9V/vr/j6+&#10;xHb8G+0/4T1c+WOve5Gg8fX6fm3/ABX2pXj023Hr3sI+5qB63ZlWq/SKeOU2F76Iqj/a1v8AX3IP&#10;tw+nmKEFsU/yj/J0DudxXY5vt/59PXvde8KaSxvq0uFPJF7j6AD+tveT2499xBUcV6xFvs/h6977&#10;CKryKBp0kH6sb6hzY82+ntdo7I6Hy68v9jD66eve8vj59X1F7fp5H/JQ/p7Tkg1GoU/P/N0naUGo&#10;pVP2de99XUG9xz/X8/7x7r4Un8P+Dpmh6977J5v9Pzb/AB/oPdVUsaDrw697yk30qT+kcf4WIB/w&#10;H09vwggNXqyjB6974gf8Tb/D68n6e3+rde9umAA/jeKPP/Fxomt/rVUI/wCK+2pP7S0/5qj/AAHp&#10;ub/ce5/5pt/g697sezLA4frK1rmLZP8At/tn/wB4Psdy/wDJNsf9Mn+HoK2X/JOvv+ehv8C9JrH8&#10;T5j6/wDAjIn/AJPT/X+ntP52L/Jd6fXmty/9LDVTSE25/J/w9sO1biID/lGb+X/FdGNu1Z7Rf+XX&#10;/N06wn9qk/xihP55/SB/tvaL3d6unduXI/4BYYfgf2ZAB/tve0r+7m0/78/ydX2+puLzRw1n9v8A&#10;xfXcP/A6f/gn+9+L2UCt5+4/4Pe1/wDAf4jjn2R7vx2//SN/z70dNws/+aZ/wjqf7ab/AI/1+R+P&#10;qb2v/h7Kurde99c/4/W3/Ef8lfi/09+69173/9OgKsminlElGhZPwQV5sFUEhv6kH3FDaAG1/wCr&#10;h1M+CXx5/wCQdb/HtJVZYTAn0LwDcf4D6n6W1c+30GtXDLQ9XHdrpjr3tklWQ6iSLc2On6c3P555&#10;9qaDq9PLr3ts0gOb2uCObf1/xB4PvfVade98G1caSGHNgBp0i7cf1P8Ar/n22R2y1/1YHVGyGHXv&#10;ccpckhSvF+dJB+l+Cv0PtsgjiOmCCOI697aK6IXJuL8k8X/LH68c+6jxD/D0wwb1Feve0Xl6YyQT&#10;H0WsRcqP6X/x/wBh7VooFKjq/hArkZ697GvrekC9O7s8cYfVlcC8p02tb7nkA2I5P49p7v41/wBX&#10;p08y0spBTzH+Tr3stWdo0aYyJEGSoOrS41FdCxqeW5A49+gOfl0RRjv7QKU697RNVjIQ7h4IWHHJ&#10;jUk8KLkkX4PsyHRgUGKrjr3tsbC0jXLU8Vj/AERRa1rf4c+6vWlQTjpmSMFa04de9t823cdIrj7U&#10;WNhqUheLi4soB491S5KrTOr/AFfPpjwUYVp1722T7NxjjWEmUsQPRUTKfpxYKyj3794MPLHTBhjN&#10;cHr3ttl2VB6m8tbF6SABW1IsACQSBIR7ul+QQAB+wf5h0ja0RWUKzZ+Z697jf3LYajFlaxCNXpFb&#10;W/1/Np1/w9qBuIJA0LX7P9jq1PQt/vR697apds5KGS0eVry0cgkF6uqtpVjxpM17Ej/b/wCv7WLK&#10;twpOgVyOH+x1pYWMbUkNc+Z697XnXU25cduikC5UshkSO0yPOPVU0yjVrkOoce2ZYoGU/p56vCJF&#10;nNXxX/L172rt79lb/wATunOUlNksdDHBXzrEsuIpJbgMBcao24HtlbKJ0VgDT7etXVzcRyHQwpX0&#10;697Sw7q7SClTksE6n6323irj/kIwEj3b93w+Qb9o6S/XXY4MtPsHXvcZ+3d/VH7dWcXU6+dUWFx0&#10;QB/VyixDUCUH+29upt0TaqE49f8AY62bud/Mfs697yUnbG4aKugrBQUzTU5kJZKDHo37sLRH6Q35&#10;VvdH28EMDw9M/wCXrY3CYMBpyPLr3tum7OlqnZq7b3mZfzFHQRD1fkhY+eAP9t7aO3mMCjKAemzd&#10;EjUYuPpTr3uFJvvDTHTVbRqnWxJEdVTRf7D0xEW9vLYPQHxBWvXvqEKZhPH5de9t8+59pykX2dk4&#10;/qSzZSKxJv8A6mJfx7eW3mipRxj7emzNCcGA/t697dsxFsekpaKonw1ZS/dxQPeTIsb+eFpL2Cfi&#10;x/23uivKSREcf6vXq7i3VVJQivz697ZVpeu6xwVqRQkxga5queVRc8pZUPqOu9/8Pb6STkkEfy6b&#10;02redPz697xzbb2Ewcx7sx0Tn+w33rkA3JBspUEHj29rl/hPWvCtvKUDr3vNLitty4lsfT7nx8xE&#10;0LABKo/5tLW5AN9R91q4bUVPWykRTQJhx697SMuzEe5pcjDOpuf20mt/X+0wt7cEucrnpj6cP8Lg&#10;9e9t77HyXjJjgkkPFrAi9z+Dq/F/bwmWtOnvpyaqMnr3uFPsrcEfpXGVLL9dQUH/AFJvYv8A1b3s&#10;SrTXXpk28v8AaBP9XDr3tkm23lokfyUU6FbfUL/UfUBv6H26JhqXh1V4JNSgqfPr3vJQUVVTLW+S&#10;GQAxRj6W4Dhuef8AD3suGKfb1YKyVx172nKkWkI0sCCRcn+h/wBc/T29GaitekJqSTTz697zYwf7&#10;kKXn/lIhH+3cc+7yf2Lmvkf8HRhs4/3a2f8AzUX/AA9e9mMov+A8JItemhtf+ojHH1t7A1wP1X9a&#10;nrISNP0bcH4u3/jvXveR0BJ/pYWHH+P+N+fbOqi1XpbQKuOve4Eqi5Av9SpPqH1/rf21VmFGOKdN&#10;0qDXhTr3vFGgueLAC444/Bv7qfn02o+eeve5tKwUiwtYXPH9Lf7H6+6OH7v4a9Koiamnr172o6Rw&#10;wHIPpJH4t9Rf8fn2lYca9COArqz172JGBVCwFuP8T9Tab68D8+0lzXTnjXo8h8vXr3sdsIUUryD9&#10;R+Li2vgn8m3sExaaPpB8v8vR1thAJoKf6m697Gbb8qWUkqfx+eLlhyLfm3+wt7TXf6mv0p0KBlW+&#10;zr3sddsVl4obfVTbngCxt/T+nsoZf8Zk/wBL/m6UxHu697M3sqq1vCB+BGL2P4MVrf4c+6MGp28e&#10;jmH4F6xyfp/339D7On10/NOST/uo3+g+tGfp/rX9h7cB2Efjzx/P/LSvSlvgHSPzwvC5A4s17fn0&#10;TDi/P++/Hs321+UiIP1aH8W/sx8kcX5HtNt39rH/AKT/ACr0XNxX7OimdmcUlWG/Dz8Xv/YrDYXv&#10;zb/Yex3xItEt+CVj4/5CTj/WFvYy2v8AtU+1v8HQcvv7R/tP+A9VodvEsauxuF+lv9ea5/1ySPp+&#10;fboPUzcHgni4/Nza97E82+tvcq2qBYYxqGaf4AP8legxINL06IdnZCtS50n88f6r9wm/0IsCf8fp&#10;740wP3Mt+STx9ABZDb8ci1/ZPuCjxXKjh/lp/l6TE/qGnS1pqn/fvYwc6Gge4/PpqLC9j+LD6/1v&#10;7dZoxoa5JNwBb6X9FwPoOTz7BV1/aKyDt/yeX+QdGUDHHQg7Wq30hXIuVPq4sWXXc8Rk83PtomLt&#10;CSb2QA8f18sV/wAgXIv/AIH2E7+CL6twB3sfP/Sf4Bjy6XEA58z0Z/adYwpICx9C6ydI0m4qagXL&#10;EXDEE3HtF5OG6NfiwvfgfXRpP14+vtKpyCOB6VIQc16H3b9T6lA+oe1rG4W8t78f1v8A4+wyy8RB&#10;kIB5sOLi/pXgG/HI9sviSh/1ZPS2H4R/q8+jD7XmV6eKx/Sbc24IAF7Fbmx9hlmVVVGogH124vc6&#10;WsPofbTVrNT5f5OjCL4T+XQy4Fi3i0i/6r2sLeq1xz/T2GOYUFifoAdA/pb1km9jwePqfamJSVAQ&#10;E1Fem5a+fCnQgUT2/URwQeT/AMFFv9fn2ipxoYqTySCT/wAhMLX5/r7USSiVtQFBw6Sk9PsKgLYf&#10;7x/rD8Hk/T2yzvq1kH6M3IFr/q5N7Wv70Vp2sMjrRUMKHqWn4/obEA34v/Qc+2phbV+OOL/05v8A&#10;n639tstPs6SyJooeI6lD8f64/wB9x7a679Ba30vYc/Vjz/trD2vsjpSRh5mh/wCKp8zX5dNeN4Rp&#10;69di5IHP+B+n+t7Y4qZ5dEVONMzhnaVjq0+Pk3VrtfQvtXBdEuwnpQH5fP09P9XDrc1zRWY9ZHIU&#10;aubcLpH9TYA3/wBf2k8j211zg8lNhctvLFY7J44xieOfzFj9zHHVoLLC5S8Eyt9fofZ/JsV9e2by&#10;Wu3tJGKVz8PkPLPD9nHy6IpudNt2OOeO9kUNJSn+14+Xz64xxT3L6CQxvYMoI4I5u9ufZPvlJvDZ&#10;W+KzbNTs/cdBllo5MsZ/tWklFpqbCxwkh4otN2ppP+Sfcw8hWf0CRrfR+ETX/n7h+3qGfdPmaz3Z&#10;LJLd1JOr/rH/ANA9ZaCOojRlqF0nixuhJ9UhP6GYcAj2UjLwQ1M3lo5NSEIrj1OLiJAbXvb1+5Ov&#10;5duuX02s6uyU1fL/AFfsPUMGIx3LsGwQvU/2ia/BTSA+NtTg3Gm9tVuP7Vv1f7H2RSjwvLHRlExQ&#10;kcR172B/YWy9z5WjhpafHVVWqVLO3jVSVRopk1EeQMR9PZZLPGJ0pgFh/sn9p69cNJ4luVU01L17&#10;2odq7FraDZTY6oopYKp66WTQ/DmSXHQRKfS5teRW/P49m5uP1I2DYoP8Nf8AL0qkncTQKeGP8I69&#10;7Y6rYufiRimPnZGkMbSFVIMQDX0t5QVBFz9P+I9sTqLi4ZWegVNf8z081Z7zw3fSBFX/AI19vXve&#10;CHaGdVNIxlSIjMqiRhGFvpUf2pNakj2VyxwSE3D3A0j7f9N0w+hX/wByBo9eve5A2bm1Yr/DKh2s&#10;QhBjA0k6QxBksbE+0tzfW89spluBp1r6/KvRh4lv4KvLcjR/tvz6975psncC6m+wnLQHRBIdISRH&#10;HrYLr9XP5P09uywWCWqzFyP9sf8Ai+qa7ClWmFfz697yLsncAs746os49V1X1W/SwDSMF5+t/dKW&#10;0G2z31sdc6Ff5tp6r49nCplikDMP9X+qnXvfGDY+4VUmTFVZENhq9C/5y/HEn0B9qLia4W1SZbNt&#10;X+1/i6d+tiK1MJr+X+fr3uU2ytxEKkeLq/2fV6ghPrtc8yfQE+2NuQ7jE43CEi2b4vw/L4v9N15b&#10;mCZGE4AHXvcj+4+4f0LiqkCUhWYaCBbn6iTVdf8AY+2NrttonmnSBmqo/EWP+TpiOXbiSBKPzJ69&#10;7ynY+4gLLiKlQg1a7KVJuPrZ/frUm8N5bW8weQL24/pf6vz6sZrNkdElDN/P/VXr3vmNj50hmfE1&#10;kkKISWjdF0zKPWxOsHQB+PbqXl9tY03Fq1a+ar/l/wA/VUvI4c+Ga/6vXr3vIdj52TTJLRzNpjXx&#10;QooWyceJGYMLyC9mP5v7c/eP1o0paDUf9L/q8/8AUOnRvEIGhkGlv9X59e9y02ZmQn7uPnZStlCk&#10;I1tP+YuHuXI+h9sDxohXS320/wBX7evfvG083x/q+fXvfJNlZogWoKgIV9EIFniHAEbv5DqcD8+6&#10;OLiRqhSB6n/N/n60242hBAccOve5kezM8PGGpZiqjmNEKEkci7a/7Ptt7dWxJt8mn7ekn1e3sAPC&#10;P+9de9yotq5cNHGlDMoZWKpYM3ptzqHN/b6PtkSFHsHLV/j6fjl20oB4Tf711725R7azcDSIKOVv&#10;FpHk8VgNYJX6yA/m3skFluvltMv7V6SCOOv9m3+9de9zhtfMEOf4fML6dLlBYW+p/WfwLe3Rt28L&#10;w26X9o6p4Uf4Q9ftPXvchNqZFGCy42ps55dSAOBb/VG/uyPvN1j93SV/L/Y6utxK1aqf9X7Ove50&#10;e269Y4y9HNHGXYa2It6f9Ygm319uiw3nDLYSE09B08rSNwGf59e9zIcRIjEMrKPoJHUkfS4NySfd&#10;C0zEoYW1nqjSsGYU697cf4RIthIQ6tZbhWXTcWJvyQOPbP0NxLwgbpgymuOHXvciHEyxIwilRGXV&#10;ONSE6oxxwzObXIH4+vuyW7lzDuNsPAHaMKuPt/0urz/w9UE9iC3a3iHjnz+zr3txjxTOEks7v411&#10;lGIW7AMw0/Q8+1kdntQxaW5Z/tr/AKv5daW4pTwCKfMauve/PiJdOuKCUEEIXvqQlrchNRAHH9B7&#10;VvsN2JbWcKyq6K38/X/V/mLpTM+4Rs/8P/P3XvcbMYOqqsFJEI9cpqKYqAgJ4kueAb34449mM/Kd&#10;7LbS3FW4evy/1efRxayPFNcZx/sde9qzb2PqaPG0kNQrRzpEQ8ZFmDM8h5FwAbEexDyxA1vs9lBI&#10;BqQN+zUzfn0VySF2aQnieve1XT+RH1X5vzz/ALSRf6HTwf8AiPch2NmJF0FAF/6K/wBX+rCCVypI&#10;8v8AD173IneabKYqbxtJ9u9UWK86Q8GgcEr/AKn2nn2dPqrydBmi+Xy+z7f8/W7VwFu5UzQD+Z69&#10;7uQ+G3cfWOz+vYqDP71w2KqHeuDQVk8kbKxyuQlsQITewlB/1vYJ5g2cFbsBaii8BnGnh/Mf6syJ&#10;yTvS213uALfgT/C3qeqr/nl0f3F2jurZ+T642RW7mgxE80k81NWYinEXlxsNNyK/IUj38qkcXsR/&#10;T2drF7/2X2DV1MGzt043OzUMCVFTDRyzSN4pGMa6hIiAB5Ftfn3B822C11iWChLHOP5U9B6U+XU0&#10;bZu6XMAZWHH/AFcOHQALsns7qjC42u7G2jktvUmQqPsIKiaoxUscFSkbzEzNQ1lVe8SMQDwbfT6+&#10;1DDgG+4VwlllIiZOf1FgSQQ1lXn/AJH7B19eiASKWNR/s4z54p9vR7Fd1qAfLpbUO6Iq6jjAkDPD&#10;rqI5VsyFAgVCbBmcAm9wTx7nyUK0Lq+lldV0m5JJKm4YAH0j0n/Y+y6Cd7yJ/QN/k/n5fl07JKZC&#10;GHCnXc2RWaQQ61kWWJnOgKOHOkKQ3JLk/wC9/wBPawwcusJfkBW5t/REJ5sPZPf/AAyU44/ydKYn&#10;qo9R0js3SCOVCLjW0ht9fqar8Ekj/Y+1alS8cUouAAskoBH9qOOw5sCRza3sliX/AB22AHa7oh/2&#10;z/P7P8nTkiaoy3kOktkcfFV4+okYN5qWCedWDMLLBAWDBVdRcC3N/eWkesmxsTxm/lSNiACLGzi1&#10;+Sw4F/8AfWEt3DtNnvN0tyO5NdP5f7IHy+zOlkRFlD5PQTNNlaumgiplMcBqKdZHZtS8svA+pAY2&#10;J/x+vtEVmCp59x4yLNUqSxrFVTAkMhjlPjZLEkH1Oqm3INvZx9Dy1zdDtW7iQia0hdF7jnV3H4R/&#10;Rp+3zz1DHuJzDLsW1XN3aR6n8WMfh4FlXpwyPaPbPSnW/aVDsFUkyec3PteURNRUk+igaSPH5CQJ&#10;VSWYrSVLnUTqBA449lrzFRDS/MfZM1TIIDTQbn1r5Dp1SbFplJ0gaAQef9f6e4t56/e+47VzS23W&#10;bvbCWHyHBmUfafL8qdGdxdXl7yTa33g0aRf4R/v2nVnfxux9HF8Itm0tVWxTRvhE81Ypdg7R73rZ&#10;Y/U9nuJBpH9D/T2futx0VLuLIpDOJkqft/E9tBAho9U9wCARpuObX59zzyLvElxsOwtdWxSdfF1A&#10;Z4uwj+zOaipGPzx73ma6uI7SK6Xsj1afXu09agPyzppqnaGfSCSRcdgFogkjMGWUZLLYDzWROXMM&#10;qf4f7zwqsbHSpC7Sq2qx/PAsJVUc8Fbn/Xsfp7PebZryW6hCEaR/1z/YfP09TTHTe3TRR6VPxf6j&#10;1U/1PLUBaqnhnjdZ39K+LyMNLV7kai3IY2BB5/oPYK7/AMgY3hpKZxrqfNHq4J4CMD9bD1fSx95x&#10;/dT2mXeN0WNl0+GVfhgYYZ4Hy+Wc56jD3u3a8h5btxY9sQLF/wDjPn+3/Z6Nx8U+pKDcXb9VuXdE&#10;E01Ht9cdW08ZkeGNp2kqqeQExG0g0A8Fef6+0bS0zO8gpiHZDHf/AIN449f1YA2Zub+yb7z9/bbb&#10;zH9DdyfoR5/4yx+37D9n2gZ/dVtLy15Kur+7Wglmnp60DKa9WXdZ001f2DuWrhpZIwtBDjYblR/k&#10;1PWQrDdrDSuk/wBOfblR0FRT1CNIwWKRnHJA/S/IseL34/2PvGe933bd025YrRNV0gQ8D/B8v2+W&#10;AR1l9JPHJNFEvxeGh6GTIUlVRVc/3Ppj+zdFIPHErAn1W5INv959iPToTDZRe8Eb24uNPiLfXk/p&#10;J/2PuLtzk+HWeGoftD0/wgdG0WIlr0lsHb+IzEEWbKX/ADbmqpz/AK349xGkWSKpUfQwvbn/AFxc&#10;i17W/wBj7KNyRobOAvxBz/vP+z1eFaTBj/qyR/l6FrY0RO8Kd4ySWmjQalsOMlFaxLGy8fn2CefC&#10;eSY/83Cf97J55P8AX2DNwr4v5HoS2nwD7D1bh1U0n8HoR+fDAPqP9Qo+nAP19hNnwVpZtJGoOQP9&#10;Y3vxf6D6+2o2otafhr0b24rKn+l6M1toCSup9d9J4/P1FipuACTfj2X3cVyqNyP1D/XK6Sbn6/Q2&#10;/wAfYL3uYhgKValfsrpp/n/LoS2qgUHn0abb6BY3A/Fv9c/5z/eBb/Yewqy6isURS05mZeQoCGQ3&#10;MbmwIt6SL/7D3HV+kskUiQSlZjprTIz/AKvTpUYY9Q8UAr514dKyMgc8AG9j9BwT7TdXTQRqZEp4&#10;Fpf92uYVZV9Mapf06iS4HHve27/cbSw+pu5tZ8tTerH/AJ/6dlitZodEarX7Pn1lZQw/HH0/P+v/&#10;AL17I3RfEOqyOSqBkt8U9NHNIZJU/wByyNGj63T1Q1AQH0j6e5g2v3dsIZbYorNJ/DrHp/pfn+zq&#10;Jtx9sXvrxbnxgE9KfL7euySP7JP+tb/iSPZicL0ftHb2M+0q83FlERSGInr7sCVB9UzyHn/D2eT+&#10;+CwtizkA+1f83+x1r/WqjkFDKtPsP+frExlb9ACf8GAP+vwDf2sNvda9M0KzLV0FXL92GglWLK1U&#10;WtZHRnXkmxPsvl+8DcArHDEdZNBlTwr8v8PTQ9nrSNvGdgyjJ+L/AD9QKqHLyaTS1tLBYknyUhmJ&#10;NiAP8+gA5/1/anp+vOlqCUSUO36gEkEGbJvUH9YZdQlU35Qf63un+vNv17rUsA1P4E/zf6j9vSyD&#10;222iM9qZ/P8Az9cFhzGm0tbTsfyY6RkP0/H7zH6+1XTHZmEVfs8LQqrqgBkhp5tGpVtdnhJNvEL+&#10;2bjnTd7uCd2P4X/D/q/1GnRzByPtsNNKioPoeo8mOqZ2Xy1lR6WU/tTSw6gL3BCOLghv9bj3KO98&#10;ZTr44cfi1S1rrR0qkHT9binVuAPoPYVbmi/lLr4rFh9tP8NP9WadGg5bskqdGf8AV/q49cxhItWs&#10;zVTH+hqpz+TxYuV9tFTvxFZ2gFMguQVjihFvoRY6L8+2DvO4EB9cn+GvTx2eyjX4BXqWuMpwLFdX&#10;/BmY/wC8G49sM+/6r1CNhcXH6YfoQLf2Afp7fO+XEqaTKtPz459etraWKZEY/n1kXH0y2IT/AGPN&#10;/wDe/bFPvKpPrklcf7EAgcG35sP9t7YN9fS6lEopX5/P5D9madPK1iO2g/1f6vn1IEES/RR/vv6/&#10;19t8u66g2C1RcEchQOP68kj6+2HN67EmJ/zP+Y9Jy0ANBaN+3rn40/1I9t77kqnIvUxwgW4kVG4+&#10;n1Fz7RPtO6OfEVJKU9T/AIK9U8aCtfp3/bXrna309xZdw1IPpcIpI/WFYfkWX02591WyvtZDyPr/&#10;AGf5+kxeXVjj173EfLysbvMjE/hOD/geOLf8T7dNnduB8RA8+P8AhB6r4so9f2de99fxJgoGok6t&#10;VtRvZibgnnkEfn2qVZUAWoH5DqvjXgOGFPsHXvb/AEWXp5FihkujEpZSz/nQhHosPetM2SGr+Q/y&#10;jp6OW8PmP2Dr3ueM01OxVJVZQXCL9WCH6DlSeQv9PbywyCrsCGIz9v8AxfTzxDQXde4jP29dFQfq&#10;P99/vj7a6vMVFTIyauLn9IAvctxwPwD7NrbdzBoDH9v+r/ZPRTM4UkDh10EUfQf7fn/e/cdKuTkK&#10;1m+rC/JIPq5+vAHsT290ZY4pK11f5f8AUemAalT13Yf0H+2/339PfIVaO3qNpPrwxBtb8jkAX/1r&#10;ezaM61OoDHV8EZ64FbDg8f4/77kn3iqmDKCT+r+yObWH09P1Fh/vPtJPaa2YKa/6v8P7fSnTdKEK&#10;TmnXMG4+luT7YauNGP1uOOQGPNlH6b/X2G7qwKkEen+r/VX162MGp679xGp/yTZT/wAhXNyb3B+p&#10;9laQrGwibh/q/wBXDq3lXy697wNGt2BtcAci4BvYfpBP9PbD4CgHGem3wFA697xiJ7NptYhjYk/T&#10;kcDVa9/bbSKhAYHqgoTnh1730tG4vqt9T9CefpyLt7X2rA+JT5f5erCmdPXvc6KIKvqAte3555Fz&#10;bUR9PZ9aH9M/6vM9b697kGPjleOW+t+PqbG/PHtYp7h1Q+oPXvYV9xSJBseuc2GqaOOxP11xTC1r&#10;H+nsb+37FeZ7Wp/Af8Iz0DedT/ulmq3+rS2eve65YyItSjm7A/425HPBtx7yzul8RoNXr1iTfAup&#10;PnXr3vzEyFmtpux5FvV+L3Fh+PZjOmhID6r/AC8umWYrFD6leve/BHNwP9j+Pp/r2+t/aRiBQkdJ&#10;nNDqbj17350I+vBt6fpwPz9Pra/vUZrUE+fVUNQeve+A5J/w/wBj/sPd+r9e95R/jf8Aw+luf+R+&#10;/db6977/ANh9efr+P8Ppb37r3XvbrgrLl8b/ANR9J9f8KiI2/P5PtmX+0tP+ay/5em7n/cS4P9Bv&#10;8HXvdjGUJOC6vb8n+5H+H/KOxPP+t7HN1/yT7XV8HbX/AJxj/LT/AIqvQRtc7fef89D/APHR0naL&#10;/P5axufNXcf8hqPp9PbRnP8AMbyUg2E2Xk/2HgkA5/p7pJ/uTDn/AIjN/g6Nrb+3s+7/AIi/5unG&#10;D/NUpv8A2Ih/h/Zvb/Yn2id0k/6HNvWHH2mH/wBhZZfz/jf3WIV25q/79P8Al6tt61ubstx1nrlH&#10;/wAD5/8AlmD/AK9/F/vA9lBq7f5Sx/EgP+sAVuP6nn2S7v8AFZf6X/P0czfHZ/6U/wCXqf7aefLq&#10;/H0sAPrb/b3twfZV1fr3vJZb/T+3/Qf6n6fT6e/de697/9TX6lXQ5QLpv+QLL+kH/Y3v+fcUKfxM&#10;/wCXUxI1Ks0n5f6v9X8+t/j2zTwt5DqBI/FyDYhbf4/092WVAa16eDBSD1721vDydI/r/ZF+P62F&#10;/ofx7d1GnceqVane3+br3ttmgAvYH6n8c/2rk8D0g+3kYtg8enVbUaEde94/B6raVtb/AFP9W+n0&#10;PPtrUfU9M1b1PXveJYydZawALXtzfkfTi1ufae4+MceHTcg7j/l697S2QQiZyCQpJF+P9qA/1hYe&#10;1sFPCQUz1cAaVHXvaTrzZJV5PpP0F7HS1v8AE/X28uaEHqlQRUcOvex566iK9M7zYqVvl9u2Btxf&#10;zXUj6gEn/H2hvTTwqGpI/wAvXrzt20hT3NT/AI9172WrL0/kqSg4CWta/HCm4Cjg8+1FsP0ccT0g&#10;tUDW4Pmeve07UUbOrelLA2vpu3NjcG3+0/j3dJVGgEmp69G4KRklq9e9sklGVF+bfQn/AG3+HtYh&#10;XUA3DpQV697hGFgSFB0jjkcf8U597IDPXTnqhHXvfAxcc/X/ABHHP+uCR71Xr3XveJ4ybjkjm/pB&#10;/wBtwPddC+nVDGnp173g8OkuCo+nHpsP1Eni1vaSTOnovnFdP59e9wZ4rhzbnURwPxzyDb9PuqSu&#10;GChukoLeIFBp173N2dT6t0Y5eP8AgVT/AOt/wLp+b24vb2ZM6lCytnP+DowRRrViMA9e9tfadORv&#10;ncH1t/Eqqw5NvWP8DY/7H29YvSHDdIJwPGl/03XvYfCn/wALA/8AFP6af6ezOL4TnpnHp173ljgN&#10;+Ba3Nrfn6fW3I597cAgfb024FB9vXveGWLhjxf8ANgAfoLc+0rN5EH8uk5697b3XSDx9eLEc24+p&#10;96Rx3ajx6qeve4pj+vA4/wAB/vNwfp7eR1UBWND1UCpFeHXveCopmZV4Asb/AFJP5H0F/wAf737q&#10;XBIz5dWCrq+LHXvap3hAZcDhSbkKaNWNv6UMv+Jva/ty1oGkx0suEBijwPL/AAde9huaYAWb+ySb&#10;/m/C2Bt/T/D2pDEntXpBXiFTr3vE0UY/1QP1uQPp+B9Ofezq9B14of4V697gPcPdHK/10krY8gW0&#10;kfQH24AOBGOvaQKinb173gaScD01VQtv6TSD/X+jEc+9hRWgHXqMDRSeve8ZqK4AFK2rU6l+lTMO&#10;Li/9r+nv1BXI6rqfFGPXvagzlXXRU+Ndaydda1d9NRMLlZIhz6gDb8e2gFJII6tdMwWI6vX/ACde&#10;9s8W48lAQqzI5F9JmQyjnn1Bm54PvfgqckdJRM48+ve5p3vlYxYR443Fyfsoibf1Nzc+/C1U149e&#10;+olGpWINfl173Am3hkJwVNLigHPqIxtPq/178+r2/HbKrKdRr1aO5lDKWVag+nXvcSHLPVVVN5ae&#10;nBE6ENBBFERZhwNIH0v7vKg7snTQdGG1T6tzt+3iyjAHr172OFP5Gp6dkVlBpIb6gSQDGpIBBsDb&#10;2E9yKLIAooaj/Cep/h/3FgKjGlf8HXveXURcMT9R9efof8SPrb2gUZHV0+Ide9xpPU3051fW/q/2&#10;B/1vbo06fLT/AC6eJH5de99gEkkXH1sb2/Jvf/Ye0hzn16aGTjr3vJEoEguP6fQH+nP9f6e6t8P+&#10;r59KI+A697e6dxERY8/1/p9T/QfQn2kGRxz0dQNwq3Xva6wNZJFICTxz9eeQs5+p/PPttqMPn0ew&#10;MeJOevexhwWXZX8LWN/7QsLfre99Rte39fYKlsHhZWVyD+35cP8AV+3o+tDrK6D172N2CryY1WRh&#10;Zha68WN7/W/+PssncIWJOa/t/L/Z/PoWWyVBBbHXvY4bVmhaSFpJC8moIFp5AiBFK2a311kLzY2P&#10;+9JpLxl0o0QBf5f4f9X+EdKY5JVYB48H5de9m52BdnhuoBKxmAHnU5aDQpW3N7+2JYJFTxm+Ef7I&#10;6OIaSABmz1jlNkP+PH+8H/ins9XXaSBKVrJJJeGN2Ef7SXFGWVwRxoP1/wAPYU3bb20mcu6oatxp&#10;6/P/AGPLyx6R4UBLzUA+fSJztVGiTRsVH7bWU2LN6ZdNrj8/i3N/ZxdnxU0wgjZ0SQRRPIpOlrD7&#10;VXmX6BIr8f4ewzBeTWElYyxj9OPGuP8AV+XRabkFv0CGP7eiwdk0z1dLOxiDXklWOXSwQHTUFIiC&#10;LPMR/wAlexwxdIQjNTyrJEmoE3Lem0LXDMbW4/PuQNi3Dxnt2nWkrqtO3hx8h+2n7eg/ey3IZ2aH&#10;NT5fb1WV3ZB9slZDLTSIsU88npkKPJKjTAIOB+pvz/vHuZI7QEJaNtSjVoiUEEcG97kA/wDGvc2b&#10;XawXdurG5Oryq54fL/UPWnRESJTVj3dV3biq6lslPM2PqYY6d2UGWFWjYMRd2sAoa5t+R/tvfqLV&#10;LO8rAjSyXViSQGQgi1uTb/e/ZfulnHaSzQR/ir8sih/Zwx/g4dNYjkZPLpQxZonAYlWdXUQswlS5&#10;U6puSpvYWH5Fr29vMuptVhcN/QWF/QCp5txxb2A7yICgHEf7JB4faD/LpXGy0WnEdCPtTILoQvJY&#10;j9Wk8/WQPxc/UAEfj201MZaNdVwSDaw4IDKBYcG9h7DF0tJGZeAND8ic/wCXpfEQQCOHRlto140C&#10;MEMLCQOXAJUCRQLX+ll9pOvhBNyp0fmxJv8Ap/w/r9Ob+yWRXXWiSDxBwx/q/wBXl08pPcNWejJb&#10;ar42SJ2W2tgSOA1g0qkXuP6f4C3+PsPsvSoQZFUWuQPp/TlbC+kg3/FvaAiYMEZjqH8/mD5/6vn0&#10;6jEALqz0YXbWRjtpBChwn040gcWbmw+v5/B/pb2F2ejiHk9AWwNlsObK/A/HH+I/w90hjmWlG1Zz&#10;6/n/ALFfXHS2J2IC6s9Dhg6pZETllPH5IX+yOCPpwPza/wDj7CPKR38oYE3MigDg/wBvkC31HtfG&#10;w7AGx0+WqR3Y6EuiY+g8f2CeeP7HBP8AT2g66IgsSvqJP05P1kH+ItY+1IcYVfh61VKaaY6UcBvY&#10;6vpb/ehb2wTKbG5Btq/re+k/Ucni/vWqlQ3TLOqip6mr+LXH0HPP0P8Axr2xTvdWsSP1X9Qtf1f4&#10;8X9+PxZPSKQguTWo6lKtrf4/T/W+v1559s0odlZtTMNVtIsfzxa7WP8Atvblvi7hYjtGekx+NK8O&#10;sv4I/J/P+29+pYmVpGTVC4st5DeNSwOoHT6iWAt7N9xvEMkLxLGQvn0tmtfFh7OsYW62Nze5Fvrp&#10;H0+otYfX2VLeXxa3VvzsXM5qgzOJpY8y1IyCemr3X/IcPT0zeNYoWUG9K17fk+5EsuebKz2V1TRr&#10;BH8Pk/yI4V/PqJ+aeQty3lhJbPSn2+ej+H/S9czXQ00IaQSgLYG+ksNTALqJcfW/sKd/fFjc/WdB&#10;Flc5uHBmD95tMdPXwkFJKaI6WlpwL3rF/p7F/KXMdvukEjRBSKeYWnFvnTy6A+58ibptO2NJdFHH&#10;zVv4h/F9vXVFlKavkljp/ITDo1lglh5AxX9LsedJ/HsEW2pTIwMeSo7Nc8OxXUBzYlB/vvp7EVtB&#10;Mk0zs36bFfL1p/qr/n6A0VjIY1EunTq9OnL3i/uvTH6ZKi/P+rsb/wBPQD/re1rQT1y48P5f7P8A&#10;n6u1hmoYf6v9Xr173y/utAy+jJUDEfXUHPB/oNN/9596jt2CgPH31/1evXnsyQtCNX+rj173lTbE&#10;KgAZHGaAwbSA/wBSL/pEf149ueCxNaGvVP3exOrWK/Z/s9e9yRtqEGxyGL02vZkYj/HjQQPdTCzj&#10;Fa9ebbXkBCvn7Ove+Q2xSkgCtxn0vYxvp1f1A8Ysf9690NozJpNKdJn2aQgkv173kbalL6WFfjCe&#10;AbK4I/wuUNj+PbYsE05jFP8AS9UXaZaaWkx6f6q9e9yBtKExgivxlubjQ/0/1vHxa359vLa1BUrV&#10;enP3Q6mgk/1fs6978NoREAGvxYF+Lqwt9Pr6Da/9D7u0Hho7FTSnVG2mSho/d/q+XXvckbOpyt/4&#10;tijf8evSdLWH0Q/j3pnfIMR0dM/uqX5/sPXvciPaFOFLfxXEgrpuNL834Fzovwfeg74Cr2t9vVht&#10;cz9rMdPz1U697yJtGC5vlcSSf0jTL/Rv+bY+lh72sSRvqjg0D+iq/wCr/V+3f7mkxTHr173Mj2jB&#10;KQBlMSfUBYA/m4H1j/p7sF8Pujh0N/R6sNomGQ3XvctNkx30nJYgBjyoDlSDe/BTSbn3QmWTuZSz&#10;+rf6uP8APy69+6Lj+Lr3vP8A3CB06a/Femw4jk5UH9Cnw8C/uoCIRIYx2/6vXqrbRIKsWFOvf7A/&#10;7xx/vPuSdgqUH+XYsWIH0bkgfqNov1e1X18TV8SLPyB/4rpr6Acdf8uur/4H/eP+K+5EPXOoA/e4&#10;08i50H/A34i9Xtr95QKdSBafZ1v6Ff4h+w9dav8ABv8Abe5qddx3B/iGJuL/AFjk4uR9Lxn8e6vv&#10;kRfAFD/pf8gx1T6NwSFI69q/2lv9t/xv3nXrhPquRxHH/NmQkE2/taNXI/r7aG82r5kgGr7Ep/Lr&#10;30b/AJ/l14tb+yx/1h/xv3m/0dJf/i44cEgXHjfn+hPoJbT/AF9rG3+zK1FnKf8AeT/kz0oFm54T&#10;H9nXtX+0sP8AXH/G/eb/AEd3AX+I4j6fUwy6f9a+gj2kffrZBq+kuCP9r/n6r9Aw/wBEP7Ouw1/w&#10;eLf7z7yr16Tcff4rVc6QIG9P9bDRf6j2oHMtuo1MvaP9L/g62u2TmhL0H59dav8AaW/2w/4k++ad&#10;eF7hq/E6VN7GFzb62AXQQRx7bfmtKARrn8ulA2+bAEp/4117V/tL/wC2H/Ffef8A0cw8Xr8Kb/1p&#10;yf8Aoi3HtOOY7GoJ2yT+XVf3XJ8/2Hr2r/aW/wBt/wAb99/6OIWNvv8AC244MBAN/wDEp9TY+1MP&#10;NFiF0DbZAfsHXv3ZKOFf2Hrxa3Njb/W/43f3kbrWNQpFbijdSL/bkEgcAf5o/Qf190bd7eQsfBXQ&#10;38Sr1U7S1a6h1x8n+0txb+n5/wBj76j64v6fvsWFDcgQEX+nPEQ/2Huq7nbIQywxV/0o62NpYHy/&#10;1fn17yf7S/8AtgP8PyfeU9bKylf4jjOPqPDJ/wBGgj6e223omTSDivz/AMvW/wB0Saq1FeveT/aG&#10;t/Xj/W45t74x9ZoT/wAXHGaS308bgFh+my6QPfv35KyU8RiOtjaJKV1mvXjJ/tD/ANfx+Pr+T7lr&#10;1pd7DKYv8i5ilv8AT/gpNre2v6yeCpRa1/1fZ1Y7Q2mnn115Da/jf6X/AB/xX3Li6sZvplMaf6Wi&#10;kuf6WuoNzb2pXm+WJQA7/t/6G6ZfaJABkV66M1vqj/7b3nHVs8XltksawcrciCQsun6n9NluW93T&#10;mB55DILqTU39Jv8AoL/B1T90OqKRSn59cPuR+Y5B/rgf8V/r7GvrL427q3xJPR7Znopv4aIpZ9FH&#10;WTcVL1CC4hi/Lxt9efZduW8W0cTvcX5VKfxj9vHy6Ee0cvSTufDbTUdBj2L3Jszq6koKzd9WcdDk&#10;55qejMstJD5pqeOOZ0Q1FTCGbRIDxf3Yl8a+gdydKVu4c1uurgqFymNp6dKeGKoglQ09W1QWH3io&#10;gDhrCxPuMN85nsnlSC1lDkNxzQcfTP8Aq/LqUdn5bmt49RdiCf6XREfkj2ltr5C7XwG2NitW+Skz&#10;zV8mRd6GSlIOOqqMR3oqyqdiktTdgVFivs1bVEUjqUIKaw5QMglHk55ZSR6Q1j/r+w5c7xbSqvwV&#10;/Py+31/ydDNIGjRajPRZMRsHM4qKZH+584iMIll8hpHWOwsickEuhYfTg+/VDGWykotgQpOm4Rdf&#10;1tqJYE8+yx7uN6uiEpUYpxJ/Z8/PrQRviAPHpTYvDzUPokdzLy8jBzw4KFlGq58dxYKR9f8AW9uW&#10;KtFpY8abm+rSAT47jnn6H/eOfZNfS6tSg5NMfL/ix/PpVCDn06m5Cl8hHAYAMCQobUxWUC4+pAQn&#10;/X9qAvqkjcMNEgRdN7KTq/UwJuAL829lafpQsmk+JG5/zgenl/qz04SwoKY6Yng8jyo3KVFK8n6W&#10;BUhVRrMUGk2bj2saf/KKMoihAEBAAJ4FwfySfaFZStyJZSWY14/8VT+Xy69IgVTQdBvmKRKGfxod&#10;C+dA9jew1D66yCb3tYH8+wW3Zn5qHc+DxzO+malr2dpNJbVE8BUcmxPP+p9yxyHZxSTSFEj8EqeA&#10;xlX4VyP24406h33Otk/dDHwxo7f+PL07bn2bFnOot6ZorVPXUeV22KeON2RjG9VC0mtIwVZdC/1+&#10;nF/r7JbuHISj5sYWimkd4z/HjcSuRFo6/pnTTdmK6mCk2+v19x9zhE8O27gsfbGzR6vKvcCfT/Vj&#10;ov5flduS9vt3cmqH/q4W+XVlPQBjn+HGyJaaOK0mB/bRUQqdG8KsL6VUKTwTwLA+7XqiRV3BQkfS&#10;UVbOznmUx0N7lj+oJ/r82t/h7FfKVzr2GzUk6lJAA8qytjGc/wCz6noCcy2hl2/mKWNMjwNP9HvW&#10;mn59apHya2bPPtPvBgsbRiPr0qqxuviP3+G1aV0lVuOL/wBP9gPbtRuHqJIWYWAGo/Tm1xYi5sVt&#10;/X3MW9W4fa7W4KEGpp8808/Ov2cfSnQM2JNe2RAnhq/48eqCdsV1dgcvVy0RjljlZNOkGVIwmrUy&#10;hdK2LScG1/Ybbpws2SqaCoiiukEsrF/GRcMkR54t+L+589geeIeT73cHa8KvIqrhz+FnB4fszj16&#10;Avuxyffcy7UlrYq5ZQ/w6vxKv8P+bo5GH7gfo+ryk9fSSPU5LF48iIJEjx6lirUcrM8erzrN9fyD&#10;7TM2Llo6KquoikkVWtzG3GlbcAXUlR7jn3M53h5i9xba4W5E8QYDPeB8WaHgR5dZCewvKU/KvI4s&#10;LwVk/UJrniR/F1aH8VhW7r6wyu78hRVtI2WqslJBNKwheWNXozGFmVnvGVm/x/2PtvxkpWmSGR2e&#10;Q1TelrSftgcuP6E3P+v/ALf2QcwQq+5/V28aRwC3X4Oyjfw/4Ps4VB0nqXbemkArnWf2fw9DPTR3&#10;pKmNhPIXNSyGoDz64mudP44CAfg/7Hn2IkDg0p/V/wABfofrfxLYfT9P9f8AH3HG4/20Xw/2g/wn&#10;/UPl0fRfAPh/1enSPw9MyZOuF/rW1PKgWsKmH1fU8cf6/toZtXkUcf5PKD+Af3lvyOPofaPecWSn&#10;z8Rf+rTdbT+0rX/VnoaOu4PHn42b1WkupB1Nb7+nEfDc2JF7f4ewk3BJH53tYAObkj6fusb/ANT7&#10;jO8ik1uCMkGn+80/L0/LoSWI7P8AV8+rburyGxNCbmyxQaio/VxETYC9zxf+v+9ews3A6GJyOG/H&#10;F/SSeBe4/r7ZsllCMBTQD/P/ADcK/wDF9G9sD4lDw6Mpg0QVUOrUW8f0B/F+Sf6N9bf7zzb2XTct&#10;1dgNI5sD9SCShOkWFifYQ32YapKcaV6E1pxofTo0e3ltSpqP4AJBPJGq39bj2E9c1tVmNxp5Fvr6&#10;b3I+v+8+49YhnahrXhX/AFf6h6dGEYDOARVT0rl+g+n/ACO/HP55/wB59o+rkazDUNB/Ut/SwGi9&#10;1JYOdX459o50Q5fv/wBXy/2elWlFHD/V+XXP2lKqskRiVPqIX1Bjq9IW39qzFVP9faGeBFQuh0H5&#10;fPH+r8+vOMYx172nHr6gyN65bG3F2I/xuA39fabSzKgdiadMg+VeHXvfjWiNHdmYuEdv1G1yQDax&#10;BPA9uKrawIwKA9OgsQacOve26HN1Hn9UkhsVtdjbXrPF9f0v7P7QhdLCv+rh/sfLpmXSRgDr3tQn&#10;NSPGFJNrLYFi34/V+oexPBP+kyahpp/z7+37PXoscFXBHwk9e9wWyRLsAxFwbWYrpuG+v1/V+faZ&#10;mFECf8V1uUnSade9wKiqLm+t/wBQAGr6/W3AP159qoJfDDI4x/g/2OkxYjUDx697x/d3Fi7Cw+ga&#10;xv8Am/q5v7VK8UeAEI6YPaade98JJ1H1PIPN+fp+Pra9v6+1IeNqGo6bYKckDr3uEs0tzp4/I4Kk&#10;Hj6WJN/e2mjCgGUZ/PptjUEauPXvfPzkMSefoQGUluePyefp/j7cEjqgGoj/AFfy6TkMBUg9e99e&#10;fkj0sDzY3JHHP1P+P+HtPQ1r59UrTr3uVqjstwq+k3uLEmxuL/n6+6mRiSurA8q/5PLppwanOOve&#10;+le6/rAuAbah/sPyePbbMNVKGvr0n/UqePXvbhRTKZACbFbEll/TpZP0jVcnj3Y101DY6UKGpUHr&#10;3ubO+gMSRqYkqwckEsDyOSOOT7spWoDaqDj1cmg8+ve2xZARJdiWJIuT/Ti/Fvz7MV8IMCUGk5H/&#10;ABXSWTjw697zo5QKbn6G9z+bfX+g459qI7krMYqjR/qqP+K6TVz173MWeN0JFuPqSRfj+jXtcX9i&#10;S1uGjbSw63lcHr3vgWRudRu17sX1W03HFiCdXsye/cIYoo/P0pT/AFfl1Zmukroh7Ps646fpe5I/&#10;N/8AG/vDMIA6PdG03uFN/wBQAAbULHn/AF/ZHOt29QA2n5dMlrotQR1/Lrl77mpiCiIjaXDW1DU3&#10;9l/qLc/1/p7LF2ncZyJw1B/q/wAP7M9Oqk2nvweurj+o/wBv74mhLNoMbkjng+qx4/Atzb22LS8h&#10;FGHn/DT/AAHqpqOJ679++0Z/CqRGzytEVUeqALf9yQ2/Q3+t7vZT3ltc3cslxbKPD+Bl7/Lyzn8/&#10;5dWhSNmmbxB4unh/sde95GoJl/4DKZSSI3qLaqeP82J+oMZNz/h73su431/cXapaK4q/wp86f6vT&#10;+fVY7iV7d4mVQany/LrokD6kD/XNvfIQB0+qhom8chBsplQDWYwB+hmPp/PtYbm5t2Zbq10SM5On&#10;TTtP2+Y/zU6eMS26xAUOpQfXj13768QVwWbjSPrb6fXj6cnn2rjmEi0ov+r/AFfl0nah8s9e9gb3&#10;6VGxJRFcXy1GAf8ApzV3H+K3/wBb2P8A29Gjmi218PDz9lV6AnPx07JKT5Ef4G697r+RdUhYqOQ3&#10;44N+Rf8APvLy8IAgCjNOsTLpiEHd59e9xy12clbWv9fzwf0m1veqkqhJrjpsf2MH2N173zufwfxc&#10;8/j6/j3WgPHpmg8x1730STyf95/2N/zf8e9AAcOtgAcOve+/94/1yf8AeD/U+99e/Lr3v3+t/rfT&#10;8/gH/C3v3Xuve+1AsSTe4te31vx+D/X37rwp17264Vf9zWNU8A19GF45P+UR2A/F/ae5/sj/AKvI&#10;9NT/ANlJ9h/wHr3uxLN3h211d/Q1WxT+eAaOTgccD0+5Buv+SXy+Qe5kg/LtHQY22nhbmrcPFl/5&#10;96TVCweozFremWvQ2/NpFPP9SL+4WaUtHu4AG5izUnIH/HBxf/Ye2JdP1j8NXgn/AFfbTpdBme1/&#10;5pjpzh4hpP6DwL9f6AcW+lvaF3K//GFsEP7SxYUX+pH7b3ANwf8AD3q1/wBx5x5av8vWtrzu+4LX&#10;Gpv8PWRQfv5D+PD9P9jEP9j7KDVLZ5AQDdweb/0sbfS9/ZTvAAWzA/hP+ToRMa+H6Bf83U720sG1&#10;fV7f4Mf7K/W3J5J/2Psj61173l5/2r+tv94/2/5t7917r3v/1aC5qcyNqBsP8eD9FHNgTzb/AHj3&#10;EI01p59S3UFqA5HW/wAe2qanUsU/3o3/AALfj8e3QzfF5dXDSVL8R173BkpwLkDgg34UsDb8cf19&#10;6Bofn1QGhqOve2iWLkkc3JBJsL8k8XA4/r7fDr656f8AFTyb/D173EZQGuP9Tbn88m/P9SPd+r9e&#10;9xmA9f0/tf1v+ebEke0klNbU6aPE9e9p+shEjvdB+b/1HJt+D9P+I9qI2YIgD0oeHXgTQUPDr3tK&#10;VtKQ0oueSQB+Bxa9wLm59u1/TXH4emGGB2+XXvZg+uqHydJ75PIMeY22CbDm7TFjcKPp/sPbF4ey&#10;3pw09KbtQdqUj5f4T1xJ9QH4Ksf9sU/4r7LNkY1SdpD9SV+lriwUA2txx7U21TFp6L7QMLcqeuXt&#10;qkpQE8dr6Dx/XkgnkC/I+v8Avj7Sk56YSgRa9e9s1TQaVkYcDk2AJsLgfQr+fauOeSqAio/1f4Ol&#10;AkfFRXr3tkkjAAsP6/kC9vx9Pa6telHHj1723yR2+nBP55/x4b0/W3vYpQU4dUI9Ove8CKVJ/ra9&#10;v8GP+w+vurEAUI6bcgCh697xsgLn62JNv9a5H0t7SyYp0gn/AA/n173Hmg9LDT9SQfqOeef0+2AR&#10;4qDpIP7aP7eve5+yqcjdeNsP+UyD/wBy6f8AP+++vtbI+mMkcNPRoMsv2de94e2qQrvjPgD9WRqC&#10;LgE/VbH9PH19qrA64i/kf8lei6Zf1pf9Mevew0+3H1t/vH4H9OD7OEj0cTnpmg6975LCLm1gCP6X&#10;44tY2HA97kwPz6pIMde94JaP03PN78/7EDj0ge08uFbFOmGX5U697aZ4ACLi1jccn+gFuVv9D7T6&#10;qVJ4dUP4vn1722kAMQP9f/YfXn/Ye70NNXVdJpq8uve8TgkjT9OL2v8AT/AcEe/VGkj59abtUD+l&#10;/sde9rTcsfl2vinA5WsiXn+q0L/0Fvd4TR0/PpyUViWnr/k697DOSMBbX9V7/j6C4H0H4I9r4/i+&#10;GvSdMsOve2qpJRiOPoR/a/x+v+2+n093TgOrr8I697apCSTf6X5+vBueBf8Ar+Pbo40r03XNK569&#10;7xfXj8Hi31PP+wtzf36grq/F1bgARx697xEqDxY8/S4v+P8AinvfVPPr3tzzrCXG4RjrBda65uBy&#10;J4V/x5490Squ1Pl/l61dCscLfb172jGP1AP9Pofx9P8ADj2qA4VHSADuB697xcf4+79OUHqeve/D&#10;lh9fex+XVVyw49e9zKE2rKc8f8CE/V/g6/X224qpHy6MNqNNztfTxF4/6br3sy9H6qGjB0/8Bace&#10;n+nhQnmx9g7dDlft/wA/WRNsa2lsP6C/8d697xzRgtxzzb6D6C9/oCv09lQY6aeXV6Zp173H8J+v&#10;1H+Or6/61vr73Xr1PPr3vkqDm44/1vzYD+nPv3p14Ak449e99KNL/wCxW39eR/t7ge9y8F6VefXv&#10;cxWu9x/xrgW5At+PaBTQ16VxSgtqHXvaxw7zMx8Y9X44b8CW/wBGH191ZgACfTo/gkJUNTiOvexW&#10;2/DVGoSGGmlqGv8ArETyWuHa97k2H0t7Du7XMSozeIBT5/Z0JdsJDNT/AFcevezGbbxrxGPzRu8h&#10;/TEBfi7k3R0vbn/ePYGe48eumlP2/wCX/V/hW3O7/SV8/wDV8j172pd7ZvePWe3YN2x9e7xOJhnn&#10;ebKVG36psaEhi1u5qi1PAq3IPLW0n2dC42y+3S2sEu4lkIUUZlqT5AUrX5ev5dA3ffeLatviOhKs&#10;po39nSq/83BjHXVxci4uLXH5F/pf+l/YI9UfzB8/SdhrQ7kx1K2CqJoaOjgpKCOGujnfKU8afuVW&#10;c8OsUwYCwvr/AMPcm7xyrb/1edrdP1FjP2f2dPJfsz0ELD3ujurowqCEIwaKP8EvXmUMLEXH+uR/&#10;vXsVO4PmX2tuGnqYsDlX23jSZqekmwsuUxFVFjjBkY4ZayfH5to2r1p5UaSQDTqRSPoPYBt9ot5x&#10;DCV1aVCnNalD5VHDJp0zzH7gbpuEWjb5SKg5UsD+L+GT5+XWFKaCMsRGpZnLlmGtrta9ma5A4+n0&#10;HsNfiv8AOHtrqHvnbma3Nvrde59q5jLYzbecpdw7kzubxtJhsturAy5PI08GT3FTUNI9Lj6KTRM2&#10;pY1drgqT7PbzlLaLjbXH0yRzKhaoVFNQp49hqa5Pr07yL7g3G0Xy/v8AnZrdzTvPw1KZ/UbAADdN&#10;e4cHSbgxFbi6qKJxU08yQvIoPgqHglihqEbSxR4jIbEC4F/e3Xtr5ZdXvt3Bbkhq5Mhisxh6Wso5&#10;cbW4WaEwVsMUsLtImT+2YaBe6kg/g88Aaz5OvJGBtWopIfNa1FflUV9eFKenUm717j8vurmGZDqN&#10;eMfz4d/VZXYHxc7H3ZWZfH0k+Cimgr5o4KzJ0uWeGopf84slO0WOl1q4l4uWBP1v9fYkbP8Akt1P&#10;v3KrgMPmMacsYnkFHJkcHLXaYEBe8EGTmmFta39P04v7HW08r77BCtCxQ+hcfZkIfL+ZrToKbdzH&#10;DukxW3caftFf+Mluq/u+vhl2717iq/etZTJksbQzQipbE0Odmp0SqmWLySRzUFNHHGGNgS1luPrf&#10;2M9DJHJUySoSY5HBJY34I5I4LCxHs0urWWKE2s60njwKeoHA/wCrz/MCVJW1aWHd/q49Eby1Y6UG&#10;PljAVJYWOmNHRCpnvdU9POn/AA/H9Pbrosf0g/Qj6HlLH6/4j/iPx7Bd8obWVbh/z9x/n/l8+laP&#10;x0npebXyICwIzWDala3oIMRlIuNZtcfWw/1vbTUMPGA9wSwubW5Aj1Ejjix/p7DN3A/ja0pShxXy&#10;8v8AB59GkLEorgeuP9X2dGj2lVxJDoJL8rZuHAJM2oEhgT/sPacrFOvQW4+hHFr2BBA03C3P49kE&#10;0I0tIsVW8j/hHzx6/l0+pqA4GejIbYyF0iBew+jgmxWxddX6vTdje/0tz7Q2WhdVcIoK6iLHUf7P&#10;J9PIJ/17ey7w45HTUx1U8vt4dWDBitTnow23MgY15tf0n6Le/ANrkccf7x7CrO04OshfS1z/AFIP&#10;q4NwbGx/1v6e7LG/Amko/YR/q/2fkqiZhUV7h0PW269CiEHUl/oBYq3p/owv9LH2DWZgMUjgfSzf&#10;9DSGxAW1h7XQPrFaZ/4rpYj6q+vQy46UPHGT/UAX/wAAvIufrb8f74IGrudaf0DAEjjjyG1vrce6&#10;zwFSZl+EnPyrT9uevHz6V1NICFBHNhYf1sF/wAAsPbHUxkRtq1Xv9fqf7f5te9x7RsQWFPTpFOw1&#10;Cnp05xm5+n5tb/DgH/e/aalVfVxzyAP6ni1/r/qfbirqIHVUQu2kdSxfj62/P4sP6/j+v19xY44m&#10;f9xZSAzN6B6CF+ge6gfU+9TaokYoRWnWpo9DIAM6eudyfpa/+P4vc2+t78f098wh8jX9KykEXGk3&#10;W9/8ACbe3LBXvYdRXIFcen+r8vs6MLWcBdLdcXIS3+HHFj/gL834/wCJ9r3FqKL7aZQXmp/NqNjI&#10;37wmC2Ppcehv8PYGl+pmlvYVnKqmnzI40/w8f5dGFu0Da0Zwn5gcOuEnjdbOBplI9Nlt6Lcc3H6h&#10;7K78uMxO2xqRZ4qmQstX+kFhxX4Hnl/9b3NPtizW0cokuCK/NvWX/Vw6AXuvHb23L7kXAU58/wCl&#10;H/q/zdcqCGFJ6p4lVdXhHAAPCt9bf4Hj3WfJmEdgtiEHKi+hrFQSG9YB/wBb3kbA4WOKXxKlifOv&#10;n1ijbXAiiWQz6yxPnXz6dffZyUNgGY/X8FbW4PPrPAJ9vmQngOlR3BDhVI6974/xOGxAJBte+pbG&#10;34/X78kpDZ4jqq36kcDX/V9nXvfEZGM8+Qrz+Jfp9P6v+PdzLxoueti+Hp/L/Z697zDIgc+Q/Qi2&#10;ocD6f6r/AB9trMQcqf2dORXyhgST1737+JhTcuQb2A1XH+PBcD/ifd2uU8mU/s62+5wgYNR173IO&#10;VUhQH+tudf8AW/8Azc9sG6A4R9J33WIU05697lplo7WaRrj6DULfT/apR9Pe47ziNPVf3uvHT173&#10;mOXhAN3Y2+i6kJNz+fWbC3Ht36lXTStNVf8AN1td3QjFP29e95UzUNrWlH9OU4/w5f8Ar79RzwAp&#10;/q+fTn7zWlVUFft697zDMwlCNM39k2Gi3+H0kHuioQxagqeJ/wBX8+tLuiVyB+3r3vkuepv06Zbc&#10;XuIz+L/6q3tyh9R+3/Y69+9V/hH7eve8yZ2BSP8APBjZCQVve9/r5gwJ96/UrQU/w/4OtfvZVGQO&#10;ve5wz8Sqp1VXAHHkTn/X9f8AvXuuiTOD/Ppj978cf6v96697kxbljNr/AHJ0n/Vra4t/zd45/wAf&#10;exDI+KYp/q9OvNuqsCv9Hr3uf/euJY1GioP6eNSgCw4sBOTaw91/dnyH8v8AoHpP9atPi/wde9yY&#10;d3xKoulSRqvclCP7Njfy3I/2Pu37qL9mj9nH/jv7erC+T/V/xfXvbqu84gB6D/yYPr9QR9yPab+r&#10;D+h/a3/QHTX1i+YP+r8uve5K75p73aJ9I5H+b+t+P93/AE9u/wBV5vRf2/8AQvVxeKPL/V+zr3vP&#10;/fuk+ngqLC/4h+p/6fe1A5Uu/K9g/Y3/AED1dbtPJqf6vt66sP8AH+n1P/FffIb6ogLiGpJB/rCD&#10;/T6Cotf2nfla8ZqG6h+zu/6Bx1s3ymtSeu/fS73oRa8dWLgk3eE/4/motb2kPKUnwhm1f7Yf8+n/&#10;AAdWXc1HaCeve8qb3x4J0it/xv4P97FQTa59sf1VuCRqLf8AGv8AoHp1d1Wq1Bp173mXftEL2Sfj&#10;6n9j/iZ+Pbo5RviAfqYdP+2/zdOfvZDxXH+r+l173I/v3QW5hqCeCdQh/wBuD5zc/wC29uJyfuTZ&#10;N3BT/bf9A9bj3Vc1wOve+/7+Y9hp8Fb+fp4T/Uc3q7lbHnj2r/qzMq6WcM3+2/6A6c/e0fqa/wCr&#10;5dcbG9+Px+P9v/X8e+xvrHp9YKv+g4gFv9cir/w97/q1J6n9rf8AQHVf3rH6n9v+x12Qf68f7A/7&#10;xb3nj37jbC8FVfSbj9i5555+6+o91/q04HE0+1v+gOt/vWL1P7euJVifqPpxwP8Abf63vsb/AMcj&#10;H9irA/wMA/2P/AteRf3YctSUXjT7W/6A6t+9o/X/AFfs69pP5IJ/xA/23+39zU7DodVhFUWUki60&#10;5F//ADo/4n2kfk+Z2LHVn/Tf9A9NfvZeFD/q/wBt13YgcWvax+o+n0+ntzh7EoipvDUXvc/8B/xf&#10;6/5R9Qf9b24OSp6KUU6f9t/0D/n6od0UUIH+r/eusZjY8XX6f0/4j/H24R9h0BHMdVJ/VB4eLarc&#10;NU3XVf8AHPtv+oG4GRpYWYRjz7v+gf8AV5dNndUVfMD/AFfPrxjP9Fv+b/7D8AD3av8Ay4ty4jKZ&#10;Lf8AJLTyOFxuDMDSincI4rMuCQTMbeq1wPcPe7PL2+WO3R+BIU9fjFR2HyTjxp1I/Jt0Lo0Cjy/5&#10;+6rR/mMKseN6bWR4hFNu7PpLGSymRf4ArAWDorKrKLhri3uwjdUFJPVMaYl4ZFABnMLUoOk3CgRn&#10;Syg8ji/vGWDdtytfEju5CLgHNNdT/wAb8/5dTpbrGlqO0aug668wWObEUk1PSxRRpz44EihqQBYa&#10;mIp/UrECxv8AQ+wbrPFQyyMsgaRgwTTINA9TWsmoEWbj/Wt7FlhdzXJ0trA/1f8AF/t9OkzaZHpQ&#10;9CxNjFqKeELDAI0I1l47SmyhW1Gz3IA/r9T/AI+8NLkfNKv6i2u41csT6QxHrNlsb+zxWaCNoy5E&#10;fn1swiMaRjpPZPArbzCOPXoNioITT62XUBF6pAR7V1JMbLz9QvPNjfi5sbj/AG/tOWUn0P8Aq4dU&#10;ZNFCOHQeZKhZRISqkKX+n6gADddJUgC59qGjDSML/QstvoFJJQfX6W/3j2nmYIhJ60OI6R1UoBKp&#10;ywDX59Q4kI/2Osj/AB9rujt9qioRfR/yD6rEjgn6WA9kniablywxX/BjqsgOQRg9B7madpWZ2Nir&#10;8/1/VrHDC/J/p7LJ2tI1PuvAzR6rRNJCxHGgzS0sdmIItcAH6j3OXt0fFE5cZofzwx/2Ook91Kjl&#10;24YE6wyfzkXoXdm0UVT1nuzHyGNvuoqepRH9Rb7WnqJAVBQ3IK3HpPss+98O1H8xdqZFrqubh3FJ&#10;SyOmn00mxqGnlKEogNyf7LE/1t7CvP8AbJDHusAH9m4H/Gozn/VT0x0SctKBtVjBXtVT/hJ6MR8N&#10;N0DcHwU68qXZXq6Tb/hqljYErId7ZNEFjJK63WPgNz/S/u2Ovo/9/dj1iusTtW+DSBY6aJQxtp0u&#10;PIn0HPH549hzk2/aTYLMy0qa1rX+J/8AIePz+3omu4BdbBvTMuW8L/j/APqp1r4/I2Cloes+7JPU&#10;1TRxbCatDNCzRiXcGKWDUl0lQvEL2Ni3+294qF1TJyR3OpjGgJIFraWv9P8AD+n595Qb+hk5bt3O&#10;KBj+2v8An6jfa4iIYVxjV/hx/g61qdmwTS5Slq/F9xTeaoViY3d7I8kdyeI73i/1Q/3r25YYUqBF&#10;qYxKfJKS3CqG87FWBJGoC9vyf9bj2Ahcbg8Ez20zRitM1rSlKedD5+lPXPUixxW0M9pHKi0n7f8A&#10;jPRsfkRg8a+7McYoYahMjiMNEkMNmCvHjaM38caLEFZja31uCeOPYPZ2vgqctVU8BZ0BKaVdSNXl&#10;f9I1cDiwt7RJBcJdLudy4DqfPOAP8PrWvHqVoJIbO0WGMKqEf4er5OncHHtzpbbOBSjhpxU46nlJ&#10;8LREGpoqVmDEwx3W1iOB9PaahVYql7ghQL3uL3MoCg8fgD3I80/1m1W7gEzlh5U/Bnz+f8vLpxUo&#10;FeuS3THLSTUtdPH5EanOvTpLSWtK1rfQkgX/AB+f9gFzEw+0X/lkv5NhphAA9gi5JMxr8/8ACejy&#10;Bj4daeXSNpoHXLSC1y2RcWK8nXUqb20m31+p9tTylGkY3sIHH9Dw5I4vxcAe0e6RpJt2haavEB/6&#10;pn/obHW1zIP9Xr0M+w0kTcFOzE2aSMWUC9hWQ6dN1DcGx9g9n5SKmYAm/rN+b8PYAG4IB59x5fwq&#10;xDEAjV6fb0JrEEqD5dWydWjTiKIEHingsb838SixsL6gF/1ufYaZdGeGW45v9B9Pxxf+n+PtFM6x&#10;xajwH+UHo3gNHHRjtr6TWxIpsSnHIuSGDf4WJta3svm5lYSMfppfWP8Aklf6/wCJ9x/vlGdx/Q/y&#10;9CK1oceVOjU7esaVPzfj+n9R9L+wmrlJDFeDaH8fklCPp9bk+49ZsOvlQ/4D0ZR/EPz6Va24P1+v&#10;JJvb6A2PtGV6vpJvxfkEk2FxYf8AINvbC6omcMO6n+r/AA9KUrUj5dc/aKqyyglRf62Gm9/0j6f1&#10;v7Yn8PwpBjV/xfH8q8ettSnz697T0ocSqHH5W3Bsb24/w/437QxEGhHTNaivXveKqGkafTcx/j8W&#10;v9PqNXt2E9vHz6vWkZ697TbBopdX0ufTySRyw5/SPqP6X9nkTrpiA/hA/bTplyCAB6de9uMNUSVB&#10;A+gJ4PI4B5ubf19miyhhpU0J6SshFT/Pr3vJJIjMQSLhTYkkDkk8c8+9rLIQhABUn9v+bpkk4NMd&#10;e9xGZjc3YAerkW45uB9Pqfpf2pMhUBlIK9MTDg35de98fKOSb3/pwQPr/iPbJmkJGlxXpMynHr17&#10;3wLtf6nm/wBCvHH0sWv9B7VpMjNpBIbqpFDTr3voTTKQNP8Ag3BINvz+eBb3VLiOjfqZ9D5fn/s/&#10;5emyoofXr3vN5JGb6D/Yhv8AeLDg3/3r26Llu0VIUf4fXpkgsKde98PL9COGU88cWIP+JN7D3csl&#10;Br63IgqK5HXvcrUx+n0sf0liB/vPPtyN2VaKQR8+HTXh4oOPXveZEJv+oHi1h+Px/wAG49tmdq10&#10;r/P/AD9MUFeHXvcqG6t/W5CknliPT+rjjn3cTyMOCgfn/n6dRSw9B173nrJG9CgjlEDH83YOlv1D&#10;1W92juAxIK0PTbnFD173DZvGq8fQc3+n9Tb/AB/3r2rik7uP5dI5Pi6975ifUq2HOmw4uLn/AGJ/&#10;5F7WxOwWurB6pjiT173i1ve2prfn1FTbn2thu3iJNB1sY4de9h12b2NF11t+fMy09RUNqh0hQjqV&#10;eqpaclfLPT8Wq/r/AFHs52wXt/cLCijR6/7UH/J9nRNvm8XW2W2qKLUo+X9JfmOveyyy/MLKRa1i&#10;21O2vTpeXFQyCykMbkZgXNyR7HT7M5TW1Afz9fs/1f4Yon9y7+3kINsf95Pp/p+ve+p/mnumwEG3&#10;aUhAdJbCIx5/1S/xgf4n2iTZA5YHXn0Lf5F6Ty+5PMMtWtYoBF/TR6/8Zk66sB/sf+I9s8/zK7Ed&#10;g9NhMLHqJUCTBzn6A/XRmLG1h+PejypFOaf44cfxH/oHonm9yuaw3aLanzR/+tnXfsd+sOxu5d+p&#10;RZySPadNgBXiKui/hWWhrzDEyeYwyLUzQKxD+ksf9f3IPI/s5a7zJLe3ruluxp+oxBOn5eEy/wCo&#10;9Fo9zOaYZrlmuLIOItWnS1cfLX/l6wzTpCt2PLXCgFdRNvwGIv7th2t15tmoxODqamlq2NXRY6qq&#10;kDxASSz08Uk8gDwkBSXNje9vr7yq5a+6t7dXXLm4XltuV4dxZJG/Sliw5RWp2wavi8vsp1HVp768&#10;5Sb5+7pjZrA0+iuh/wCPT/v3/J1Wz2f8r+0Nr7h3HjcRSbRSDE5HK0tG2SxuVk1wUVdV09P9wYc3&#10;DrmaOEa9AQMf029p3fXWeEx9WWxRKxzU6VrJrUskkr1x8cmmBRdFRbgH+nPvDjnT2vk5V3TdLFHu&#10;fD8WbR9Q2qSniOtV/TXB09p4a9fWZOw7hcbrtG33txJGzvEnwGq5RGxls5x0Z3ozuus7L2nR5TMU&#10;9DFk0kioq7+FwvFQGqTH4qonaAT5CsmVTNXMVDNqCWuL+y/ZrGSUFQQwZgur6huQJHHPpX/Ue4ti&#10;tTb3LJimr/n4ft6NlFHHp0YuKQSoHX6EA/j8qG/BP9fZfe9oUl2JUnSPRXUzH6fXx1XHFx+f8Pcl&#10;8hk/1rsv+aX+VegR7gZ2Wf7f+fW6ye671dVQt+QVFrcc/QjkcD3lpe8YfsHWJF38H5/5+ve8BPLf&#10;8GP+P4/2H1/HvX4U+zqjf2UH+l6976/xP1H+8Ef8V9+6b+zr3v3P+xt7917/AAde9934+tz/AE/3&#10;r/evfuvU69765/3n8H/Yc39+69x697zJ9OeeBb6f1b68XIJPvXWx17254n/i6Y5xY6K2mfgix0zx&#10;kMP8QR/sfbFx/ZH/AFeR6an/ALGT/Sn/AAde92JZwh9rdVtYj1bCb/1Tcn6E/wCq9yBeV/c3L3p4&#10;dv8A8dHQZ27+z3P+HxZf8A/2OktjL/dZoX+tTkSP8P3EA/23uDmZFdd0Ack0OaB4uOYJRwCQf8Pb&#10;Ugpcn/mi3+HpXaJpltj5lR07xg+Gmv8AQNB/xHH09oDcqsOmMITe3jw3H5/TJ/rWPutv/uJP/pv8&#10;vWtt/wCSvuH2v/h6yqf8ucf82f8Ar0b+yjVg/ef/AIMPp/gD/j7Kd4PZZf6T/N0Ii2oR+mn/ADdT&#10;fbYiBuB+lCQ3+uPpf6arf61vZH17r3vJoGr+1+q/0/Pjtb37HXuve//WodKA+mzXIABawJtza9v6&#10;+4iGOHUuDHAdb/HtskpmVyrhQB/aUsDYgnlyPr7316mc9e9wp47i8QN4AWCyeoy3GnRpQetD+Bx7&#10;bQZOemI/iOf9nr3tkmpgqsVcyxoDPJpYPIGKnXCNK6QiG9lP09qlZSM0r0rQpSp01697bJINZvYB&#10;frzcemzEX40/Qe9NLk93+r/VXqryfEQ/2Y+zPXvcOaIW0gALfSzfUkAE3/r9fdQc6691P9X8uqGT&#10;s+Lv/wBn/N1722TQsSRo/B50/Uc2N7eon231YjPXvaWronJcKoF1P4+nDfm3szQLQlur6VIZm697&#10;MH1aGPS3YsLcn+O7ZLE2ITQJiVBPCqSfpb2jv/8AiNp+DSf8OOr3gptoA+HH+Hrgf84v/BJP+ho/&#10;x7LLlIwJnk0llFrIANNzpAYCwBAP+x9vW1fA7aUr0gs6/SjHb1z9tTRamFxyfqber6jT+Pofr7Tn&#10;NSOmEUaQ34j17231sWlSSWs1rG/9dHB+oPuygk0Az1tg1DpGeve07Wxqi+UjWz2ASMK0iadPIBta&#10;49qYXJXw6kdejLaKVNeve2iVIizrTlS0CrJpqNOuQsbeO0fLkE/Tj2pWVq1Ydnr08JSTkDT173AY&#10;M2prBX5DJ9CLX5VeGtq/x97Zu8DUPl1tmVj5de9xWMgNwqWH5KksfrYk8e3ABTupXrVEIoQtOve+&#10;/A0tyS/pGu6ni62JB4P1v70ViBBKinTTxxVqqL172qdh0qndWMk9N/uYPSx4P+VwfVdPPP4/p7be&#10;vhmo49MAv42nVg9e98e3aUf363FcJc5GpPAH0DLwPTxx7VWkmlVQjBPTE9fGcN69e9hNJTLG3Nj/&#10;AI3FwbC/9gHkH2/9Sf8Afj/y6T49T173HMDizIR6bjTcm+ri1gtiPdxcqRRnb8/9jrVAePDr3uM+&#10;ocuWBNvRcgD6A+jk8g39qoyik1HWioB+Hr3tnneM/wBl7/kWXg8fQfgEe27jTUYWnSeYDj1720sq&#10;lrgaQR/b4P8Aj+Lc/j3qMBjnh8umKE8B173wkHHpaIH8XtyRYD6/Xn3slPIGnWgVB7hjr3tVZkvJ&#10;s6ikLov+5IxqVJFiuPJNvrY/192iA8QUPb0ukRfBXHn/AJOvewtqJWWyg8hbFhdhddQbU4IuT+b+&#10;zFdNdQHSJStQwXr3tpLORMxYMSZFUG5IB/K82H+H9PdzpqMY6o7KCajtNeve4mlbAWd3textb/H8&#10;391qa/FjpPU6vi/1fZ1732EW1ip+hBuR9b2/J5P+Hv2pvXr2tvXr3uHIUVzYHm/0tf6D6fUW49+1&#10;N69ULn1697l5wqMVhWDSnypXlLnhdFRFcJydN/zb6+7wkM7UQYp1aUjRFj1697R76fqC/wDsbW44&#10;+vtWtfMDpN8+ve+I/BN7Lyf8R7twPWhmhNaDr3vq5XkD6c+/DiOvVK1YDA697m0jkVMBZR6Hjkvb&#10;hhcem4/417pIRof7KdL9vlrdQEjTpYNUin+r+XXvZjaSpgp8bQyfuqslNTXaQjxeqnVtCnWtrH6C&#10;/wBPYOvrSSR3cy1zjJ+f9HqfNrlh+ljZ7gM2ntqV40HXvfNq+BwdLRj+typP0ve4c2+vssFq4yZV&#10;r9v+odLxcivdLDT7eve+YngKm8qnn8Ol/wAEkesAH+nuvhOCO9R+fXhcrqFXj0/b173mhCNcq8Oi&#10;3p8pu5v9LabqfaaZJ0AIST8gerGa3dgsQkI/Lr3vt6KaUgU6tISSQwEjfX62Kx30/wDE+6Lcaf7W&#10;M/sP/QXRtaW8MnxLLX8v8nXvYp9f9N9l9iZehwux9h7x3lmasTeDGbb2tn8/V1GiGeaRo6PE4usq&#10;pVgp4ZHYhTpVGP0B9lm67xt+1xSXE9xEluvFiy08hx1AcaDj0J7PYW1ifSPpR5mp/mFpx6iV1fQ4&#10;ylmrslWUmPoqcK09ZXVENJSwB3WNDNUTvHDGGkcKNRF2IH1PvYY6H/kSb/wG0sPu75FT1OCbcCVz&#10;QbcwU+exW6cOcbkMvi5BnsRvbqKH7Bq3y0VRTaZZNdO5c21IPcCbz7zWm43M1lys7PLEV7yUeM1C&#10;t2mKck0AYHA7hQcK9Bzmv3B5d5WjMO2+Hd3i/hXw5v4TwWRG+Fz/ALz8uiiw/OHofObm3HtTZm7c&#10;VuufbwxH+/mwOc2hndmZj+L458kv8DzeK3XKch9gsEtPUjRGYqqNk5CkgVNqfA/41wdx4DZe5azc&#10;e0dpZOaoiyG4MxWbH2/NQRwYCoyEckmWrtpDHUYmrlSNS0Tag4X9TA+24+YearmweeOKGS5AwoEz&#10;VzT4QwP8+oq2T3f3hTV4YCaeav8AP/h3Qh9u9rbu2V0fvLsjYe1Z+x93YDGx1eF2ltLCZPdtdnql&#10;8zS49qTHYPC5GnyeUmipJZJGSKZGHjZjwpHu0LF/y2viVsfEfc4zHbtz24qVZZqdtx0/XeUw9Uxd&#10;jT+QQbJp62oiMEgsFtzYg2Hs2TlH3D3WBJ4J9u+lan9g1yW+wdmmoPHPkfPop5x91OZvB8WzgttA&#10;46RKT5fwy/t61Wtv/wDCoTN5f5F0PVW9ersT1lsGfJw4XM1m8tkVeyt9YGqjpKk5GXI1GV79qcPi&#10;o0yECCPy0xZYn9Q1WuQb5W9L7Tq9oZTalDtush23lvvMLHFUYjHo1PkRBKKr7UQYt6GKO8do/wBt&#10;pAv6lt7Kre7ktIz44i/ekTNoah1dp011Fg/UVRb21/diK7k1BxqZSRSrce0n062uumt8VW+MNS5S&#10;uyuFyFVW4rH5qP8Agde9XRnEZiH7rETWlqahzLJTvdnU+JmvoJHvTo+QfWeU6f7YloZqKSkp4sqt&#10;ZQTwU9RBHofJ18lNEZnx+MT7hYaYEhFsLXB/plVyNu6b7sKJLJrlCaWDGpICqCaFiaEnBPS+2Zbb&#10;cIEFAAwI004Vx5gdDb7XcNfPktv0wllkZpaGGRyXdr+SiW+vU8ly3k5vf2Gr2IW1/cGJQEEjcP8A&#10;TH7Oh+s7BR3dn+x172FGRSWComETSRuC5idGZWjKu+goyi6FDYgjkH6ezu1ZJI0LgEedfPArX7f+&#10;L6aZxI7ayG697uJ+CvyLg3VsOo6n3VUyyZ3bMI/gcjTo0suBwuIoKXQ8mRzdRWtJ9xM9/DTxw/8A&#10;BTx7aitvodyE7PW2kOFLURQTX4dOjyHmT/ltej6ixjjU6ZgKCmMAccCv8qdQammLSJPGFDgaX9PL&#10;glLE6V1MVA4ubAezmbP3iu1d647MYuT7KtnqYokmDrBIYZ6iGJ1qJIKiCWzWsQGIK/X3I22yRBwV&#10;UMmfIaf8ny49MbNuFxta0W7kVz8yv/Pw6Zd27ax27NuZTAZimiraDIUksVRTzRRVCsdBKMkVTBUQ&#10;s8b2KXQ2YfT3a6nd2/8AB0MOQp/7s19LLpZkZcxVyPHrEZKlMnEpIuSPVb2db9ybsm4WsW7yXRjm&#10;mGrtaNQvfpIVdND6ZY/4T1b/AF5d6td0bZxaB44m0+IyuS2NWW8bu/Z1TfjviB0vuGuqtoVEHYGN&#10;nxZkp45GG2KL1/b/AHaCWV9tzyhC6g8IrG9/Zuev90tvzbGNz6B6QVkUryJ/wHVTFUVVPGIljq6z&#10;/lT59ZFzx/T3Ce92sG2GQwQpKG83Griy14omO41z+WOsmuWN6feNuSee3AdvMLT8TfxE/wAPVc/Z&#10;/X/+h7trPdb19ZPWxYSajTFz0M6VE8iVG3qLM1bZN5KXHI0vkrgItNMnpX1G51FXz6YbxpHPMFC2&#10;fQJDL5CpsHH1NwV/3j3H80C7iTcvNbxM1e3Vo0aMfD+x/Tzxw6PEuGj/AEgkmkedK08+PSr27kqr&#10;DlKBosrVGEtqqEgNR5/uPNUFfO1nvY6fxf8A2/tOVIJS4p5ka1tTRlQtiLHUeb2Hsgv9uXxKfvKB&#10;hXykrx8vh4Z+zA9R0viuyaAxSH/a/wCz0Z3Zm5yIwWxmRIFrBqFR6rE6ioqiLlgfpyCT/Q+07XRs&#10;KfT4GkPHrZNR+vNzrvx/h+fYansofqixu6U8lag/45/q+zpz6h618LSPmM9GJ21uCd0W1KiK97mo&#10;jtUWGocIarSD/tj7DLPUjvDIVp2FtQ1rG34DD9SKfof8ffooLcMdd2S3oWX/AAVr/Lh0qjuZVNTE&#10;P2HoftsZufywr4oAvpYALLYWK3/WQt+Oefr7BHNQeItrglZ9UhJaMMbHWbcgG3P+x9qGs0dtcd6V&#10;T/TUH+D/AFcOnWuSDVmVPlw/y9GCwOSeaJFaOD6IoVQAQToNzpmax/px7DytRjIzJTNbkkGnBubv&#10;ybD+o93FkCpU7gPT+1/yFevfVL5Sr/vR/wA/S8pqpdI1AXOm1l+g9JAB8n9D/wAT7SdbHKxa4kVQ&#10;WuAHsf1C9vzz7cXbE8riOv8Apv8AoXq31Efl4deneGqFhZGNwLHSP6cXOrj/AHq3tKVKyBj6WUWP&#10;KofrZj9Cx5v7ci22JVNLlSfm9P8AnzrQuVX4Slft6cUmv/Z/oP0/jgWJuPqPcOMzEvp12DcXDfkA&#10;25H+9e6SwwWqojzwkN/G3p+dPM+fy6aluk7Sxr9n/F9Zb350kG3OgD6njj6W99wSShtLqjaeV1Kx&#10;P0u1tVyv+x9ozNBDqEF0inzCsFGPz/wfn0ohurYDAYfs/wA/XMrqAJVv9iATz/W39D7UtPkZImJk&#10;Z2Mg9Jvcm2q5Yl7nSW4N/wCv59lD2sc1td/TRxGQlKsv2+f+XHp0vguY5JovDRABWuv7MU/y/l1i&#10;K+qO5YBdfBt+QOB6QPp7K/8ALioEfX1B5WlaQjIAlSrOB/EcHYG5ubr/AL7j2PPae1u1uJ/q0QLR&#10;cNrp/on8Q/yf4eoz93ruebbWiQW+mnA6qcYvnXqXTFDLUaCD/mrkWINw/wBLfj3WI7oWZ11sCFPI&#10;U8fQ6bEgX95FxCRZHEpUJj4a/wA/59YrVnVVWURqmo/BUf711N940kZhzqPB+t9NufpyL+3DxqTn&#10;prW3Esf29e99gsWP1AAvflfz/TgEA/092Z6ZDGnVjIQAQzde980cKVBHPqFiP9e/5vwPdCXI+Pqp&#10;dmH9of29e98y5+qjUL2PDG54t9COb+/Vb+M9e1Sf78br3vpWex9Cf8hBr3+n0v8A4+9VOuus1p1v&#10;U/8Avw1697yh2JIdVtf+yCebG4N/evPy/wAvWuve8yuCTYnj/Egc/wCsTzYe3okDVqMde697yhgv&#10;N2FgR9R9T+P9YX9q44yahF/1fn14ZNPPr3vkJL/2je35NrW+v1N+fdzHID8J/wAPXiCOve+Yntb1&#10;kg8GzXtxwB9Rf2+tvnvP7P8AiurqDWrHHXvfNZFNzc3/AKLpP44vc2F/b+lE4ADqzELXhXr3vNG6&#10;3Fy1/rc/7zzf9V/dAtWWq4/yfLpjVXj173ORr8Fi2kG5JuoHHH1+vt/w09P8PXq9e95gVDKBzyNQ&#10;B/2Omw/4n3oooK9nXuve83l1k/UiwuB/xAv9Le30cowZTnr1SPPr3vn5ePR6fp/rD/WIN7Af4ezS&#10;nTnXveQySg/i5P8AZ124A/F/8fd1JJyevde950ZyOdJb6c/Q/W3+Fvp/sfbn2de+3r3vOpJ/p+Af&#10;V/sOPev2aut/4Ove+bEi1rA/48XFuR/r391o38K9e69771j6m/8AX9Qt/vX1961j+Hr2kenXvfg3&#10;+1W+v5t9OfbgIIqD17r3vKpNvqPp/U/j+v8AsfftK+nXq9e95lJ/w+trk8j8cXPHvfVh9vXvfL88&#10;MR9OAbHm3Fr359+69173kIBQ+o3t9LjkkcMBY+99b697x3cfp02/1zf8WsPeuvZ6975Wk/oPxfhv&#10;+Rfn/Y+7UX1P7P8AZ61nr3uRFrAUsF+v9Cf9UTa3H09vxqyg6ut9e9uULN9OP9hf68/T/H2piPcf&#10;SnTTH1PXvcuMOrHkaHsfTqLC1z+RZbkcf4e6JdTx3JQyHw+38Xb8PVHnCoEYCvXvdqn8unKx0E++&#10;aoSzPFJjsOtvIukFchmfJbS4AuD9L+44907GTc9rlSHEn/RIH8/9nqUuQZUWQgNpNR/z91XZ8/6B&#10;K6g6f8kUMgh3hmm1SIrMgfBKrFCYZrXA54H092T5He1O7eJTKQCx0X/bV2vqKqKxtI/w94UX/Jt0&#10;LqcyzRKfIse+nl+Aft/2esgItU0YKydv29JXZVL4sPRyJTTObLqNMjCnKixuzafUGJ/4n2hcvmoZ&#10;11KkgNv1IBqN1b/Uynnn+vtfZbBcQyppvYOPm3z/ANL1YRnVXV0IlBIpR0mpaojklWgIXgqv6Sw/&#10;H+wt7w4uukmqojEmlPTcyR2JOpL6uWve/wBR7NZ9uSG0kNzPrm/oP094fZUyVb0HTTltIDrGmlbS&#10;MPLGhCgK+k/pW2m35/2H+An0sk4iibTGFFiLRi/1QX40tYj63J/3j2HIxbeOwaWXVw+L/i/5D/D0&#10;mKdxzn59BnmIGeOYJHTtct6mhBB0iUgA6VBI+n19v1BUuXKvGzKWsGEJJ1EqLAluCAP9fn2vnhiI&#10;iMMyKujNX/1f6h+fTkceMqx+zoMK+mZEmeeOplm84KJFGBqRTKysqkBm5/5H7U9JVlCscf3L+g6S&#10;4LAH6EixUCw/wB9pzY4qZrYGvk2f8v8Ah61JGTU6HP5Z6DzLOJQ801HlFVXUuEpjHf8AVaysLf8A&#10;Eey7dysy1VPVGaOPwVtIjESNHJ6qmmaxBPHHBvb6e5i9qrctuMVuxDKST2rq4BgfIf4fP0PUW+6X&#10;hJy+8TxGrFWyPRx0M+wZoJNuV1OlDkA9Xha/xLVRKEstDU2uFLXOv6aQf9v7C3tGCB+6Oh83BMr1&#10;ElH2UH/ci1Mf4RjYE1mNdT6UB+rf8U9kPv8AwpZ8xbusI8OBinDAbth4emfl5dRxyDLJNbiSWVmV&#10;fU6l/Fhesv8ALGfNf7LXvDaWeRg216rC0cUEkVSywrVZbOZB4446pUOldSkAItr/AJ+vuxiv+4hy&#10;8MhqKgMv3P24DygRs1NZihCjRdm/H19u+3VhYXdtyxEbKEgmXxCVTIDORWp9PWnHoi3K7lttj3pP&#10;GIUCHOr1kHn/AKvnx61w/mXvDJ0PWnyjWHIzxLEnT32zJU1KyymXN7dV/JIk4Egj0kJydNiP8Pbh&#10;SzLTTrUFbFRczFVYWKNcEMU/R9f9iB7kfmlnd5rcPWGopHUj+GlOPHhxrgnPQQ5UmLxQGQ6hq/yt&#10;/q416qf6H22m59r09KGaGpqpKlY66CRUljK12QkciRIKp1W0FyCnsLs9uyakyM7U0rmMhAsUbOIx&#10;6UJ9P3BABD/15P595Je03trYc2cj7ncXNjGlzApcNoXX/a6a1ETHiD6H7Oo1585v3jb+d9ggtL2c&#10;RGb4NT6CDHw0JItT0ZxuisnmclkZcjuDKZA7boaCuSryuTq6ryiqSOAQpLUYqRmSBLIUupVfr/ii&#10;TkZqipatVYozK1lUoQR6g35fi1x+SLD3jMmzW9rLvFld3bSMksufErnU3Dt/2c8eJ6zmsdzW5tds&#10;LWaVaND8Hqo/pdX1ipEe29h0ePxCxQ0+A2+rGLGIsLJHi6OE6wjqulvF/qVF/wCnuZT1RryyhLTr&#10;c+UKpluHH7ZsDzz/AL78iS62yDZbe3uPqS1k8ajQWPh5X4wa/wCr19FazzoS/hII9RGQaf7X/B0D&#10;0tZkZq+ojaigVkydS2v7R/ufGakKI9ACCyqpAHH/ABVYxQyiih4qP0RqQBIbgR2/IIIKj8+wfdX9&#10;p40lPp9NDQkp6+dDxBrwFPL5dGwvphHVVtqU+f8An6SlLSV8uWqLxMWevnf9tKkhNVXddB0uALMP&#10;8ePbDXSSQidi7hTE4szPaylwb8Dkkf659s3Mlvc2ccMccYk/oha5XHmeH/FV6TRXU8s6iRYQvyrX&#10;j/pv9Xz6GbYlHVx5ykkqSXQVdOLuJi3FZTX/AFKCqkHj6c/09g7l5W80jO1i0rgX5I9RBB/rzc+w&#10;Hu8MYY+Ge0Cvyz/qpn7aV6FthcKFAB7f9X+r/J1ar1g5/hlImjT+xFcBLH0xJdrgaeLA8f63tE5a&#10;YpCxUo17krIFlDarWIBH04/x9hw20c4pNJIsfDtbR/l6N47qFHBcmny/4voxm3pjHUr44UaRbEO0&#10;Hk0hTyt7GxuL/wBb+y97okcO7sIRyLcMLmy/i/Jvzb2CN+27blJpey6T/wANTh2/Iev2D1PQnsbq&#10;2kAoGp+X+fo0u26iWSlQNFpIHP7LJ/acH9TMRf6ewlqpRIzBXjVTpHBABBW9hYi/uOLi32yF2rdz&#10;Of6LJq/zDjgfs6OtcA9a/l0sgXP1UD/XB/3349o6vSViXEqckDlj9PTYem6m3uivs47HS+ofPs/1&#10;f5enVntvho/8usntJVUMiAuCtgCfSGB/BJ9syjapUnWHx/FP8ZTR/tv8Hp8utmW3aqoW1H1pTr3t&#10;hZXd7AarAAcFvqbEkc3v7LZYfDLUkiKD0P8Aq+Xn03p/prT7eve8FTBKVJkjta9gyM2khSLLqHB5&#10;P+HtqPWHAEsZ/wBIc8enCtFNGU/Yc9e9sNVTixJKBjfnkH6H86fp/Xj2Yok+o1t7nT+3+X+z01pr&#10;8SP1723xBlJvKOCygCQ34Ate9j9PaxEeLS5iuNH2dVMaBSNDU+zr3vMJD+XQ/wCIPq4FrXtb2691&#10;ER/ZT1/1fLpKyIRTw3r9nXvfK5v+oEEXN24P+Nv68+9tfAtGTHNXyx/sefTbAEDtav2de943sAmk&#10;o3A+hAJ/T9SFJJ4v7UC5iHwsla/xf7I6aMYriM/s697463H/ABz/ANY6yT9eLD62v7sJUYUWRT+w&#10;/wCGvSMw1pRW/wAPXvflYi92Nh/qyADf6AfW/wDvXtxkU0oV/wB6HW2h4URv2de9yAWB9LRH/Euf&#10;6cWsPdaEpqWX8q5HTJj/AKB/Z173HYDyDTdrEkgMvHAHA54/1/r72WkAo04p9p6aLAYYN+zr3uZ6&#10;wvoDf4kX0m311MLDge29ci8Jx+R/2et9vof2de95kV7XWSMN/aIYlr825Kn8e3zvF6h0/RxtGv8A&#10;Rb8+DY6tVf8AfZ/Z173ITyR8eRb8XBPNwQbkmx/H+290/fV8cjbYv95b/oPrdVPCE/s697yTtIy3&#10;06rD9VmNmVf7Jv8AUD2rgubRjrkdg7n5UX8uPSGU29W1aga/Lr3uGJJjc2iNv+Omr6/0+pN/ZrHN&#10;YhRWSTI8tH+r/N0hlFvX45K0/o9e95hIQpDRAHn6R+kn/m2xHPt3VZu6sHuqfIrSh9PT7fy6qI0I&#10;GmTHzOfz/wBX+fr3vG2tLsYmtY29J/H5AuCLe6F7YjT491+1f83TZjH+/R+3r3ssPyblT+537okG&#10;nTqjkW0JvlMUR6Wbm3+8n3IvIUkZuFUhio83HfgSf5egbz0WTZ0CSkNjIP8ATTr3shXqF1lW6RkD&#10;9sc+q30Zrgeq3uVpH1EhVAH5n/V/qHWMp8Uu5d2P2knr3t+yEWBXG49KUVxr5HqBWtakNPEiMpp2&#10;VorSx+m4OsWJ+ntsRkTKCR4f2f5/n6dPLNRVVZm865697aUAYsXWmEQH7WjhmcWDcEaWv/hz7V33&#10;iQ3UIidlTV+H/S/6v2/b0kvXPadQp173ZL8dm8XXD6U1/wCWZEsqgtIA329wq8AfTi9/c/8AJ0Nr&#10;4VoZGuq6h8BXw8aaeXz7ug1INN1d3JlXR4A+M1Hb01ZAEvCAUFyti/HPr9267MST+Bbf5rX14vFt&#10;eUsVCmjpjxwLAE/7b3mlydfWUG1z2u328KytAfiQeifwn5en2dRWN0tTvop9HqWb+jX+0+35U6pp&#10;7wiY7l3lUTihWOPN7giPgt5WKZDJNZy66fIy/wDJ3vn2CkAmx4AlRjj6TzcrYuWrAQSqDghvp7wO&#10;9yY95uead/F2bN4/Hm0V1g6PFl/jP+rH5Z98g7j4vLm3eE6MmhKaPhp4Ufz4dGJ+KVZQjZMjUxrQ&#10;Uy8we2gxmUY3b51RhG5X+hNz9R7LFu/xCoZg0QUBrrKym580zcg3/PvH7eeWIZzK1WV/+E0Tyb+j&#10;/OvQ7QzSUIrj7ej+YGsklpItXkOpV5lLMf0RD63/ACPZVO9agLsaqK/aX+7gTQRZDqiqjr06vr+L&#10;+98mWEO076kCyzuzJqDS9z8V7Fwvb0G+e4ieWrxXb9Svb6/CelIp1C5t+fp9P+R+65XYEK0iBQ93&#10;HiUKP6fkD6H/AG/vK/b5UkjXxgWanma/4esPY42jR/Fdjnzz/wAe65e8TA6Ra2mx+h/of7XGnV7q&#10;Cxkmqcasfn1UOSKV7R1730ALn/Hj/W9udez1733cD+n+2+n+xuPfuvde99H6cf7b/ffSw9+69173&#10;zRVIIP8Ah+Pp9R/W4HP+Pv3W+Neve83PPJtwL25+t7j3rrfXvc7FD/cnRc2H3VPxx+ZUuD9Rax49&#10;6JoDXhQ9MXDMIn0+h697sYzqgbR6qYWsafYXP09X8OkNxxf8/wCv7GVqzTbfYB21IJEp/vI6De2j&#10;XDuYPnLN/wA+9JjHH/KswPz58h/X6eVLfX225cA/3itYn+EZhmsebiFyxYAcsRx7Z3TUu52ioNKf&#10;TH/jzf6vT9nSqMKGstPovTxEf2Yr/wDHaL8Ej+zaxP8At/aDz58nS2KCryP4OoNv0gRuLA8WA9vx&#10;HRazBmFajpRbqqX96w41brtb/wAQb+ngPF+DzD+P6+yiZIBZnVRcW/B4tc/4WtY+y6/AZbTxDjT/&#10;AJuja2zChd6Hqd7bP030i31PH/EWvf2VOqnUdHV+ve+9X+J+t/z/AK9/r9fdNC/77P7f9nr3Xvf/&#10;16dKXY+Nnx6vUbk2xBPZr3ztDHpBmZeNcWr/ADYH1/r7hgzMD8Jp9nUtiukd6/t639S4Btpc/wCI&#10;Ukf7ce483X1ESgO7drXP/Zw0Z4Avx+yb8e9idv4D+zreR+Nf29e1j/Uv/wAkN/xT3EpOs5cnVeDG&#10;ZrblXWnT4qSHLRTNJwdA8MFK8z6gPwPbjOFozA0Hy6uYhUNqFR15nVAS1wACSbGwA+pJ+gHtrrus&#10;hSPJFJmtvU8mpknhmykMP7hLK6aXplcjUPoeePbfjZqK06TyDS39qOuY55/r7YZ9h0yGxz22g1+V&#10;GZpbD9Q4/a+n+9e3FcUb7OnFRdIrIv7eve2+q2BTRx6/4/tm2r/nc0n1szfiG34938Vfn+zrRWPy&#10;deve0/UbPoCzD+8m3gxBVlbN0YQfW4A8YIAI921laY61oXjrH7eve03WbKo3WTTufaakFifJuCiu&#10;eCbfov8AU+1Mbt5g0+zp6OMkGrropjI697F7YOFw+J6w3nh6jfPXiVeXy+DqKeOTdmNSoRKcSq+p&#10;WKMh9X4U+2L9jIkKorfCfLHHpRfKq7WqeMmaefz6ws1poxpkN45fUFJjHqjIDt+GNuP9j7A7JbDx&#10;ccqRneuxmCKRL490Y1rklNNrxi9v8fai2Y+CvaeJ8vl0mtYk8A/qrxPmPTrN7aJdkYYvq/vts1Ae&#10;Lf3pxYI02H08YtcX92QFVB0H7adVSCMKv6y8PUde9tdbsvBgDVvjZl7n/mKsZ/tLf6n/AA96YH8M&#10;R/Z03PAtBolX9o697YZev8NUSJJHvrZcegnWZN2YxRp+gs3iYGx9vIW8Hwwpqfl+fTkVuphCiZK/&#10;aOve5VP04ldDUV+O3NtWrjxitWV81PuGkmQUytou0kNGylA5sdRUf4+2nuPD0oVOR0xJDpFUkQ0F&#10;Tny697ZD1phjK2rfmxIib6hPu7Fo6Mbgga4LrpJ5B+nvSThlqYT+zpiMRkd0yftHXvcWo662/AQT&#10;2F16SLgj++WHbkax+I1549qY5XJBMLU62Sg/0RP96H+br3ttl2bt9HCjf+w1vHciPd+L+l2v9EuT&#10;x7uXatVjP7OnUSNxqEyf70Ove3XbW3tu4vPUFfJvnYzQU0kZf/f14pwClRDLe3oW+hf6j35mYoBo&#10;NaenzPTEiRrKCZkoB6j169767Dwe28/ubI5Sm3tsvRVVM0149zYrTZ2uCLeX6g/kn20ZHQKoRv2d&#10;NTxxySMwmTPzHXvYeTbGwspAG9tnED/s58Zc/T+kf9R73476QCjavs6ZMKf7+T/eh173HfYuG8b6&#10;d77M1qFsrbnxt2u1zYLESfSfehcSecZP5da8Baf2yf70Ove4o69xdayxRbw2q1RYgpHuOgf8auNE&#10;Dt+hCfasXLBsaq/n1rwQeEy1+3r3thruu8bSSTRzbp2+sqCMkNnqICzKpU3aBSeDf27JcGTAU6fs&#10;6YmgWorKP29e9p+bZmGRC3958E5Grhc3QEm3+vCPx/vI93FweBQ1+zpMYU4+Kv7R1722TbVwyx6v&#10;4/iTYm3+5WhJbgcEiL8X9vaz6dVMSU/tB+0de9zJaHET4FMa2axb+CukqQP4nSWsKfxfm45/1h79&#10;VlOqh6sfDEYHiAAH1HXvaPk21imMmnL4katVi2QowOSbC/jIP9bezFJWAGkY6aCquA4p+XXvbc2z&#10;qDUT/HMR+kvp/ilKA1zf6eL/AB978Vz+HptoUZifEH7R173jGzaVqearOSxgijlEPkWtpyS7LcWI&#10;h08n/H37xSCBTplkjoSGBp8+ve2WbAY+Niv8UoLHi4rqbgfg30C17/j3YSN/Cf2dVKIO3xl1/b17&#10;3E/u5RyGyZbHBrg3evpgo/rc+I/W3vRlOnUEJH2deEStQhxkevXvePJ7fSahxcC5bE/5GtWHvkoP&#10;93yow+i3H0/p9Pdo59JftPiGmKen8v59WkhVo4wJV1Cvn172nH2obgDK4fUfwclEAOLg3Mdvahbt&#10;tWnwz+z/AGemPA8vEX9vXvfabRmnkihhy2DJlbSLZKMj0rq5Kxn6/wCuefdxc6RqaNv2f7PXvp2J&#10;A1rn59e9w5dtSxFlbJ4VxGzBguRjJIH9BoF/p/X27HMHZexhX5dWFvkapF0eeeve3fauBin3Jgo6&#10;irxEkD5eijqIaisiaKSHzprSRCpR0dBax4I9uTlVSSg4A/6v9X+HpbbQIk0UgmRhXI1Dh9h697sF&#10;+W+ytt7S6f66r9v4nGYmvr6fbM89ZhaKjpROtVtbLzyGWppIIJXWWaFHJJIJVT9QPZDaQTPcO8ik&#10;xg0IbIIqO444/wAujXetz3C3htordylWUYLL5EV4/Z10Df8A2Bt7rL/imVB/4uFZf/qLqP8Ar5f8&#10;ezz6ez/5Q4v95HRCdz3cY/eU3/ORv8/Xfvkctlh/y8a3/G1VUWv/ANTAL+/fTWdf9woq/wClHXv3&#10;ru65/eU35O3+fr3tT7TnzeZzuLxseUyP+V1lNEVasqApDzxxkEanHIa30Ptu4t7Vo2VogV+wHo32&#10;fdN3nuYkO4XRj9A7eo8q9e97Dvx6+A2L3xjttGrp6mWfJRxNLK8NE4QPLICzSybcqGJVfyb29xbv&#10;sttbRzlZJKhe3Az/AMX1L9tfXFtHGZLq5Ip6npI7t3tgdmYytyuaq4qenoYWmm1TU6MFVQ1gs00V&#10;yQRxce9qb4h/BT49/EnBUO48Jh4t29jV0GqXJ7gw2zszDgZAuTopYdu1dLtnEZOCGqxuZIqQ0hvI&#10;oBuv1x3g2zmbmqWWy3uRY9mVsLrkVmFWPfqqo70quMqScHpBv/u7JZ2r7Zt8v6X8QY1wQeKyU9fw&#10;9aPH823+e72j2Bntx9IfHyrzHX2xcVVQwHdu36nce3t57gDpsrP6pK3A74fHVNNQVtLPECsFhDKy&#10;nly3s9tTu2Hc8JoN0SnJSjWYqrIytUNy0c7Xmq5JWF/t4luB+OPwfabfvamK1aPcuWbGCA+aRoqe&#10;i/DGnlVzx86nrHLd797O4O9JKZpf4CdXALH8Gqv4tXxD4eqXPib87t49O7hlxO4967urMXUfqqWz&#10;+VqIE8VFuKdNMtVnqKnGqoycYN1P9B/tVc/yN+PlXlZJs7Q7foZUnUBUxdF5a2EwQ46mYxpDjCFL&#10;6Cbhj6QTwePZHtN1d7TIEmncFfUvkGp86fLB+Xkek0G6WVqyr40oPz/4vreg+Av8w/pvt/AxbTod&#10;/GoymJAapn3Fm8DFTztkK3cVXEEqjuesecQpSFSNC2bSvNuEj8WO5sxlBXdc9o5N0rMbKRtvcG4a&#10;udcjlnlqM1W19DlMlmaoeVqKGKGGlWOMFVsrf2T7nnlbnBNvaHDmGTBAqQhJUBgNdFXiWPyr61Ge&#10;2vZ34ZSXavk1CKfZn8+qgv8AhQd/Jbxm+sHH8vvhn15RUO+sOk1V2r1z1xtnH0MOdw1NR42gxeY2&#10;XtHrrr6bM5jdtbkKmWbIyVdcVmjvIo1qQV18ttjY3LdZRZrFUFLST02RrXnahp6eCJakUNWWq4/B&#10;C7fdzrZmctckk8/X3HXOewNtPNCRRMzW86o61ye86j+AClcCnlTPQCksZLHeZUBJjxpJ/KuadC7/&#10;AMJuvnN2D3hgN79TdxZrIZDeXXWOocNCc/X5mrzq4nF10GEoKHIncO4a+vjkoGheMx+GNYyukAEk&#10;e9Tr+Yb8fYd67Qqt2YGOmXcW12rMpkzIYo5paDG47ME6Ggx09ZLO1VICQzKCebg+xpyDzK2y71HY&#10;SGkEmlTStKu4zxHpTz6Pi7PLFIjAOKE/YCfz49bayMHVWH0YAji3BH+ufdPmxc1Oyy4TIm09HE9F&#10;pYyH9ym+2pf93SXuGBH6Qf8AD8e5X360VWN1DmOQ6v8AetR8uhtZ3TSRKrZIAH+AdcvfDOxGDIqG&#10;A0TygrcH6NUyW08KP0ge2LFw8D04qP8AIOng7JNUevXvao6/3Nk+tN84TdGLmqaSN6ilp8g0Lzwe&#10;bFVdbTNXx3p5aTWskEX6Wcofzce31uPHgkTUDIlafaB+fRjayh5ASAcFfyJzwp173d9s/I47euPp&#10;d14V5Jqat8VZQJP4bwqLuqxLAZ1iVSt/Q55/PsX7Q7NAju1GVc/5eireI9E+qJtK8c9cWIUWN7Hj&#10;/iPz/r+7Fds56qynXW3YpOataFRUTNr1+T7mRrSu7vICwFhcXI9ydBd2U+x2EM6nWifFT+n+zoD3&#10;Nn4G4PftKCWPw6vy/wBX+odE9y21RjO19z5aN3FJX1FO8NGGj8QC4amilMEAhRdIk1MxLWDH2YHY&#10;fema2htXEYimx9I6UEU6yIYaxlJmq6mZbpHkYVJHnJ+g/wCJNIvb/lze4/EnnC6vQxLXJ9Y2P4ep&#10;y2D3MGx7WsZsy9P6Jb8R/pj1/wCK6JX3R8RcL2T2juveVbuLPQVmeqMZLBJHX0KGjWhweNxkqUrz&#10;4WpkplnSjUNd3uST9PSqkqvlJuaMsv8ADcVyeRHBkinqs/BXMC4Or/b+yC49l+W420VeTSOI8Jlx&#10;j4jDTy/1V6XWnu7e30KXCW8SA/hbUGqvb8PiccdN2I+FW37CUbx3ohcEkTZfHxykjyL6kGCFjc/7&#10;b2m635W7mRCFw+H4HF6bJHm4vYjMAfn+nsMXvsvy+WDMbiv2R/4PBPpXj0cQe6O5CjPHD+Rf/rZ0&#10;M+2viXgqLSF3bulubC+WoSbAyH8YhTY3/wBtx7Rdf8uN1oTGuGwpWwtenypJ/wBtmdJv7K5PZTZm&#10;DOkj1+Yjr/1a/wBXDp//AF0boirRAv8AINT/AKudC9ivjBtyHQ77k3TqS91TJUCxc6voP4SGvY/1&#10;HsPc18v92xpKP4Hg/oxN6bLcsQ17n+NE/X6+yK79ndpFAXbV9kX5f6FT/VXp0e6NzpH6Gf8Abf8A&#10;WzoVcJ0Ht7Hsjx5/czhbEA5CkItx+VxykkgewM3N8zd0RSGN9u4J2I5b7HLMfV5VIuc2Li/+9fX2&#10;Qz+2uw2bmOWW9r6oIyv/ABz4v9mletn3WmVc7cjj1KMf+snQn47rvFY8L467KyadJHlnpmNl0lQd&#10;NGnHp5H09hpUfM3cxlN9u4NCwPC0eUU2Lkcg5u30/r7TtyBy6Rp17jprxKx4/PR/g6tH7synH7pi&#10;p/zTP/WzpQR7coYwAJao/T6vD+PzxAOfaerfmDuQNIWwGCsS3/KLk/zq+hOaP1/xHuv9ReXUX49x&#10;/wB5j/6A/wAvTy+68xB07VFX/mmf+tn+XqauKp0AAknOm1rtH+P+nY9pOf5hbiLMz4LBMeQCaTI3&#10;ub/qvmTxz7dHI3L/AAUblT/Sp/0D1v8A12JuCbRDT/mm5/6ydZhQxKLBpLf66/8ARnuC/wAwc697&#10;4TDITcfsUVeB/iD/ALmj/X3aHkrllSBMtzIw/wB+hB/z5/q9eq/669wSAm024+1X/wCtnXP7SP6B&#10;5QOPoy/gWH9n3H/2bnOK2oYbH/k2NLkD/r3tmLcfn2oPI/KZGk26U/5pw/8AQPW/9dq9XA2y0p/p&#10;G/629d/ar/x1m/5LH4+n9n8e5y/MHPgKsWAwkrWNvuaGvYrq4Pjtmgx1j6/X21NyTtESuu22ykE9&#10;3alO34fhXy7v83V09370MH+gthT0V/8ArZ+3rE9AjkHz1SkG/olAB5vyNB/PtAdod/5bs3E0+Jr8&#10;ViqdU84Ap6aqTT5JqOXj7jI1A/5Qhfj8/wC2Odi2RtlPix2qL61B/pcKBfU/lnoKcw+4t/vUYjay&#10;tz/tX+X9M/w9c6WjSlMhSSaQyaNRlZWPoBAtZFtw3svglijUHwROWJ4CKQCP9Y8cexV47TElo1C/&#10;IEf4eo8e9luv7a2jRR/ApH+HqX77NVEB/wAAo1/1ojY/j/Vf0Huv59J6/Lr3vktWnOmjj545iHH+&#10;sb24P+NvdkQueI68D8uve+vuIx9aRf6/5r+nFvr9fbvg/wBPr1fl1734VkZ9JpYx9f8AdXH9Lfqt&#10;7ZKlQGIwevV+XXvef7hLA+GIg3/3WPp9foT7r/h63X5Dr3vKlUrEWpqduBcNHxa35sbX5/r73Gq6&#10;gKY69X5de98/vFHP2tDx/wA2z/veoXv/AL17Wxxk0RB16pJwBTr3vv8AiCk/8A6L/D9oi/8Ayd7M&#10;UiWOoFa9OCnoOve+SVYIH+R0P+t4yODyDfWTY39udb1fIde95fvEY6TSUJUc/wCasbk8EnV9fdCd&#10;KjqhbSvwjr3uQtTEBYUlF/r+MW5twfUb+9IA7UY4p00XrSoFeve8qVUY+lLQ3swH7f1/H1Jtf/in&#10;tVQ0ZgMdVBHoK9e9yI63/pjobDgjxN+bjj1mx966sD8uve8n3t7f5DQ/63jPAtb+v9Peqj169X5D&#10;r3vOKx9N/sqPn/my1/r/AFDfn29B/bJT5/4D1YHPAde99rWkk/5HRX5t+039R/tXP+t/T2Y+vVq/&#10;Ide98xWSn/lGo/8AqW/0/wCS/wCnuyrXjw69U+g697zpVy24paLkfQo/AFx9dQPt2vW6n0HXveVK&#10;yS2rwUJ/p6GvYcfk+/YzjrwPyHXvfM1TnkwUX/JLD8f64JAPvQoMAY69U/Lr3vwqpL/8BKP+lmR/&#10;xyeL+9MNQp1uvyHXveYVLH/lEpP9jG3Nr/4/09261X5Dr3vktS97fb0YA/qjf71f3pq6T1uvy697&#10;kLVNcf5PRf8AJDf9HH35/hPXgfTr3vmtabm1HRGxI/zTG9vyPUPz7soLBRxNOvV+Q6975/fngfZ0&#10;P1A/zTfnj/V/W/v359bqfl1730auQsStJRcE2/aewtzz6rX9+/PHXqn0HXveVauY/SloiR/tDfW1&#10;v9UPfqdbqc4HXvclKuSwH2lDf/GNjb6W/t8Xtxz7VR/AvXqn0697mR1cgP8AwGoh/jobi4/pe3t6&#10;P4x01X5de95jWzfrWnpCADrQpIYwCLC6km2r/ob3V4WUvKKaX6YaGRiWFKV697MV0x8gs11DT5KL&#10;G4fCTtkY4Yv+A9Y2poKipqBq+2yFICb1B+t/9hf2T3dqm4q8TqQD+Xypx8/z/l0INl3h9rYlcD/V&#10;8/8AP0EHa/S+2O34cLBuWry9OmCrKito/wCFy46M+apgWBy5r8XkhYInGkKeTckcexdk+a28JG8o&#10;wmDU2B0JDlgtyTc2/jttZP8Ah+PYbu/b/l28ZpbyFRM/mEStPw8U1U/P/N0N/wDXP3q30w2VvbGL&#10;1cPqr+T9MeI+Pm2MLRR0FJnt2PTxElBPkMazXNr6jHholI4+lv8AX9y4fmdu+YqJMLgxYWGqnyxA&#10;PB/53d/z9fZcfbvlNagQGv8ApYv+gOvD3T5i/wCUWz/6qf8AWzqd/oNwQ1aM/ulNX1K19Ap+n4/3&#10;EkC3tUYr5j7jWVNeIxisHTmClyWi2qM8/wC5n9XH+v8A63ukvt1y9PbsYYoSh/i8I/Z+D/Y6uPdT&#10;mEmhtLP9kn/Wzpnrfj7gahSDuPdfKMtxkaIHkSD8Yr/m5/vH+HsXcZ8xNwTxRXxdBYqn/KPkfykV&#10;/wDl9n8/63sJj2u2AzEj6f4v+E1/450oj9y9+fja2Y/KT/rZ0jsj8Z8RJr0bo3ap59H8UpbCzOwH&#10;GIH0v7VVD8ttwlbR4rF6eNWunyINxYkG+YIN+Pat/a/lhijXLA+fZ4VP+rf8/wDi+n29y97U0MNu&#10;D8jJ/wBbOkbW/FjHMW8e6t2KxVlH+5Omb0sT9ScQeB/sfaso/lnuJijDF4oHRZmFPkQef6kZrVf/&#10;AHn3tfa3lDSATLX7Ivy/0KnTLe5e+En9OH/qp/0F0gsn8SKV/KDvHdgUy+RY/wCL0TC45NteEb6n&#10;n+ntB7m7pze7Mkq19LRCGSqpbLCtboNpYgCyTV06k+jj2IuWOU9p2HftvTbVYBhIzV8M/Atc6VXh&#10;/qz0FebOa9w3zbmF4FGjhpr618yehDw3SmK25tOpjTJ5SpqaaglgiqKqamMyCWOoDCOVKCIgES2b&#10;2Km8aiSv7A6eqFhEa4yn3uhkEbJb72jpVUAgk+ox/wBR/jf3B33k4kG7bhIgyWX/AIyIAf5HgMen&#10;VPa9i/LK3Vat/md16C34I7dG3tgdo00lbLXffZDbkoM06TmMRjMCwtFGBc/Xg3t+Pdn2YRAIKjSG&#10;1mUozKt2BKRgjTwupU+n+Htr2hXxrnbQKho9eB5YlOa8aEjhn/IFOcZfprDf46FT+kP5qP8AY/wd&#10;agvz3yNZQ4furArN448n/o/FSFeZDIYKjaNRGxUMQSG/1SgH/H3BrpAlMlgRdXBIta6MFKm3HP09&#10;j7mCLXvVwMHKn8iimv5ceglyw4Flb0PHX/x9v8leiZ/DyN221A08jOyy1JpwWJdS+SzfkC31ONUZ&#10;t6fx9PZYd11DpmkjSWQDyE2DcMxjRiCA6ggEW+nvP/2C+itOSt2F6UQSw6Vpp4ayPxevH7fLrHrn&#10;rdLybna3kgj1OrJSur+D+jn/AFcerg+rNv4nLdf7yzGSpEaqqMaIpJqinp2nUQ5AohRpoHYWU8eq&#10;/srVR3xmsXWVlHHR0Mq0lbURFpY61yRFK0IuVyCC9l/oPcHJ7abTud1ut35eLJ/vv/fjH+A14/6u&#10;PWYj887jtcO1LJEfgT+P+D/Tjq9bG/E3b2a2ztWobcO5qAzbawbJHQ1+Pp0u2IpSLI+GfgBubk/4&#10;e+6H5BZiOqjBpaVPuJES0IrbgtJewvkfoT7Ed/yPy/LaW1nPBDpjQHuWP+Cn8Hy/n0psvdO9uy8S&#10;2sZ0ux71b/oPpJ5D4K4BKfIVlLuveDVCpUzl5sljCW/t8um3td9X+1X9rxvkHnVpwvhjsQqgf5ce&#10;Cmk6Qclxx/t/YNuvbjlESAi2tz38dEX2+Sf4a9CFfcS88Gn0Fv8AbpP/AEH0G1B8JqNK2WT+9u7R&#10;6JJHH8VoQpYTBhqBwQABBtwBwPYf7l+TeaxkckklFSzDRIuiWLIMn1lIazZZR5PR9fZduvt9ypb2&#10;RAXwjr4xeBrppb0j+D5ceHz6TLz9u0k5W2srVZfnr+H8n6ML1p8IMRPXQ1Eu6dxz6RG96jJUUi6v&#10;JRSfpOCILA/k/wDFPZec38vcwJpSuHx5s7k/5HkCbXc/87nnn+nuN9x5D5VL6Rc3lKf8Kzj/AJp/&#10;6q9CWz555i00NrZ/9VP+g+j2bX+N+HwdJDD/ABbIyFEVLmppGsV0fQjFx2tb2Du6fmvmKSKWJcRQ&#10;3ub6aTJKbgjg3zotx/t/ZHc8g8vx2/iW8sxl1f6J4JX7eyOv+HNOlcPuHv8ADcK09laNH6fqHH+9&#10;/wCToT8Z1PhaCVJjWZGRkQIAZqYgD8jmhvY/4Eey35v5u7gqJpIxh6Ai9iHp8ne11PJOcPPHuN9/&#10;5FsZT2JDXyIEf9H+h/xfQssvdW/jAJ2uz/3hv+tnQh0eKp6JBHC8xUf6t0P0vb9Maji/9PaFqfmJ&#10;n9Vv4NixYLb/ACXJf0FwSM5wfYBf2ssJi5pGv+lI1cP+aXRm3vFfCp/dlp/vL/8AQfTkBb8k/wCv&#10;b/iAPbPN8wdwOfVhsX/W32mRB4sRc/xwnj8e6P7TbeP9Hl0etY/+tXWl9472oP7ttKf6V/8ArZ13&#10;7Y6n5eZv6NhcZ/gfs8gSCSp+n8bPtv8A1pbAsFS5mWlOJjp8v9C/ydXHvLeKw17bbaPkjV/6ude9&#10;t3+zc5dCGOHxv9bmjyHNiR9TmPbD+z1qzE/VjV/plx/1Tr04nvRLrJO2Q1/0h/629e9+k+XuSmSx&#10;xNB+kqbUdcdP1GoXzZOot/T2jPtBaRlj9ZoX+g66/sxF8/29OH3qfQ+rbIQP6KnV/wBXOve2x/lf&#10;WOdJxdH9P+VWt/xNrHMG5ueT/j7cX2otlZT++Lyo8/FWv/VrpN/r1nV/uA3+8H/rZ173Hf5R1HB/&#10;hdCPwB9rPyefrbLE29rG9qLd43Q7vefD/v1P+tfV/wDXpLdosjWn8B/63de98F+U1TwWxdEfoR/k&#10;tVYj8fTLj6X9on9oIBw3e9p/zVH/AFq60/vKQRSxYj/Sn/rZ173k/wBmnqjb/cVQhbc6aOpv9ebD&#10;+McNz+PbX+tBbahq3a7J/pSr/wBaukze8xJJ+hb7NB/62de981+UTD64uNR/hRVHP9f+XuOfby+z&#10;0Otf8fb/AHsf9az+3plfegkgCyP+8n/rZ1730flUUJBxsP1+v21Qf8f+dvYm59rF9mrc0P1zEf6d&#10;f8kXTw94AQD+7zT/AEh/62de9yP9mogH6Metr/VqaW9zYDn+L2F/b59r7c4bcW/3of8AWvpk+8qc&#10;DZH/AHg/9bOve+v9mptfRiaRx9eaKa/P4/4vN7X9pR7WWy4kvm1V/iX/AK0jpL/rz6eNj/xg/wDW&#10;zr3uKflLXa9S4rHk2It9rVgH8g/8Xi4Nvb3+tPAQf8fb/e1/61dJv9eGTP8AuvH+8H/rZ173zPyq&#10;yZ9K4fHkXubUtaefpckZmxA91/1pYKf8lBq/6df+tXXv9eKTh+7x/vJ/62de95Y/lXVx2ZsVRhhz&#10;xSVf1/pdsxzx/wAa96PtVP8ACLg6D8+H/VKvW/8AXhmxXbxT/SN/1s697kr8ralv1YqjsT/yq1PA&#10;HB4/jHN7/wC8e/D2nuqoRM1f9X/Cs/z62vu/Kc/QAf7Rv+to6975L8pqpnYPjNMRayhKSq5XVcBQ&#10;ct+m17e9P7WSJQ+Fqcce3z886OnP9d7bzmW0HiefYOPn/ovXvbpTfKfEAf5ViclqA/3Vj9dzYXPr&#10;y31B91f23vkNVhGfkR/1j6uPdnaDlrb/AIwP+tnXveV/lNgybpjswFNh66GMFfqDwMuLKPatfb+/&#10;WPQFjBH20/45/q9B1s+7PL5On6WTV8oxp/6ude9+HylxAUlqLMH+h+wU2HHP/F11f7H348gXxNPD&#10;T9p/6A6ZPu3y9Uj6Ob/nGv8A1t697Cztju3D9h4QYOloK+OoFtUk1DHGPTWUlULyLX1P9inP9n+n&#10;sV8ucsTbdKHl0BwchcV7T5UXgT/n6DHNXO1ru+3I9srLEeAbH4l/DrP4l697A/BUFPk8pBR1ctQs&#10;dSXAFK0fktFBNIbrIrr+pB+D+fYokLKxGK/5x1F1sy3IJrg9e9rDC7awGTqIqRarLpDOzJJPV/ax&#10;ogjEjBvIYmVQWS3I49qJAy3CNo7PL1/1ft61FFH4ujUdJ9eve2Tdm312xnanEJLFUxUsFNURusqz&#10;lvuIhILFY4lJAf8AAHtbuEZae1P9L/J0m3MeESlagf5evez4dD1Zx/WNTVSedVSXIM6Q/wCe0gU7&#10;XUErwQeLjj3PHKd6tsbOJ4neMBWwuoAHT/q49BuYtIbiARREGPi3H/V+fUCri8skI9NwwtrPH9of&#10;0v8An/Y+zQ475wdbbUix2Nr33ZUT0FLSUc8dNRUlRGr0qJTuovnYmsGhI5A/1h7nnl73Q5M2G5eP&#10;drHcHpF+CCJvxA/idP4KHoJW/J8QMt+9rb6/EZvgr889nRPexvi/k96z5mSmqNtUq5StyFWryy1U&#10;c4atepe8hTB1I1A1Bva5/qW989x/PjprLvCxpt8MyU8MX/FoxoQPH52KkSbhb1Dy/W1ufcC+4nM/&#10;JnNe/Xu48uWN5HBR438SCJWMhkdnJ0FsZXz/ANnIrk/nOw2XaYbSdQGQqO0eQRF/iX+HqZ038ed4&#10;9Y4irxFVldt1kUubqMlA1NX5aQxU8lPjqeKH14ahUMgojwARz9f6A1ub5gdW15kakx+7JGs9vPiM&#10;b6STKy6imbJFtQ/2/uBt627c5w421kXH4iyeR/hH+r7cdD6D3P2hQCK1+wfL+n0ajD4uehgWOqeJ&#10;3VVBMLyOpIVB9ZkVip0+y89h9+7d3pt+TEY/H10Ek1RFMslRQxQcqkyK2uPIz/8AHQf2B7T8m8vb&#10;uu8+Lu7q8lKDS7N26gadw/1ccdEnNnPlpu22vBb10cD/ADx8Z6fQAOALD+g49lvjV7jWBIoU3Bu2&#10;lT9NV7sOR9PeQelrOWJA2Cf9X5dY8X90EAC/i697wsVLtpvYnSVJFhwLgcj6/j2sGdR+Z/w9P/DB&#10;D6EH/D1730P99+T/AIC3H4976b6977/P+w5/r/sf8ffuvde9+H9P95/Bv/sP8ffuvde980+hH+A/&#10;ofpz/X3rrY8+ve8pt/sfzf6/1+l7D37rfXvc3GEjIUX4/wAqgv8AUf21P0/rx72OPTNx/YS/6U9e&#10;92P5xQdj9UuSOTsGM8X4bFPe3FvYwsf+Sfan/hw/wDoN7V/Zbj/zVm/596SdAxGSyy2/s17/AOuR&#10;UIP9fn205P8Azm5QDyMLmwF4B/zLX5/oSPdN2A/eW3k/8obf8ebpQirrsfQqn/HunyP/ADEP/LeE&#10;35/2n/iPaHzMNulcaxNyFwzcW51IzAEEXP19vYayb08Sn+TpVBm9vf8ATN14Mf4kV/H2zH/k6L/H&#10;2ULIj9yRv6Nb8/2rX+tuLH2VXX9laf6VujG1/wBx4+nD20/nj2XdP9e98bj+n4vaw+l7f8b9oevd&#10;e9//0KE6rBlZ51eedQmjRBKFVV1RqTZGQHn6+4h0r6dSyYkrw63+PbWcSzxjXWTqw/SsZQm4Nvyt&#10;/ftK+nWvBXr3tYdSJVUXbmzo/vpylTl4I5Qz/qVYZyFa6jUL+1KIHsLuRowdK4/b/qHRntSo9vdt&#10;IAXRcft6wVX/AAGqPz+xLx/07b3K7Nx0v96s146uYIlTVTKodRoY1FQxYcDnn2hgAMUbMorqI6LB&#10;GjhXZVJ8Vh1lXlVP+0j/AHr2EU2OYlmesqC4vcalJP6raeLfU+1DaQGAGOrlEV2Arp65e2yeiZgQ&#10;1ZUupYixZLfQrccfQgf6/u/Z6eXVSsfr+H+f+r8uve2eTBROWJmkPJHqC/T1XIIUjnV78JFwPBH+&#10;r8urCOPAoK9e9sNZtyFlbliSP9Qh/wBV9Lp9OPz7WKyg8O3pzwoweHb172xNtTHaSPEikkFrRRm5&#10;DcE3X6ge3mo4o2R1Z7aKVdLrUde9wptn4xi0jxxsWOonRHY20/UAfg+2w5XtUEDpjwEjGlBQde9s&#10;VZtHD6j+2oJ4PpjuBZTzqB+oPvWt14Dt6r4EYQALjr3tom2biHOoqLX5tHHf+zb6KPr7aeV07Tx6&#10;TyRJ8JHXvbbU7OxgJ8UasgF7FIxYcfhVHIPt1JJVHc1B1Xw6KVBAHXvY0dQYaJMH2NStYwvtY/tW&#10;UqQa+HhkKEc2t7TSdzxKwxX/AFHpuJGCzqx/D172BOX2vjDXVP8AkVOt5ZLjxxgi7uQbab8/Xj8e&#10;317QVD1I6RiGMBiePXvbDJs/CsxL4+lY831QRcfUjkizEX+nu4mkUUDmnVfCTzUde9wpNnYIkH+F&#10;0ZIXTfwx3AFzb6C9vbizvVqytTrehVqFAp9nXveE7UwyAj+GUQ5BI8KAXH050/n3v6iWtKmv59UE&#10;KVoEz173hbbmGCsDj6T8WIhQ2v8AjheR7tG7vUu5NOtGOMD4B1723SbdxIJK0VKPxcRL/h/gbj3f&#10;PmT+09U8Mfwr17221GFxcalvsaUngr6Ev/ZViOPzf2qgAYsGB/n14Rx5qo697z4igoqfK0skVNDH&#10;dprlY1BNqeRQGINm0hj7dZEYOCq4+f8Aqp1ZUQNUKK9e98d3UNOMzUgwRHVHT6l0AW/YhsPp9ePd&#10;0WNADTH7eqzogfUQOve0g+PpOLUsIA406B9OP949+Bap016QlF9Ove8JoKUA/sRWINhpHDHi/wBP&#10;px7ulQ1COtBVPkKde9wpMfSDUFp4gGBvZQL3BuBxce7OSCKHrRRf4eve4T0VOq28CFQDYaOBxa4u&#10;BwP6+9CR64Y9UKj0x17201FNFe4jQN9CQoUkC5tyvN/alHcnLdNlQRw697doyi7brFI4XIQDTYH1&#10;CD6/7f3fi46sVUwtUYr/AJOve0M/jZ2IQNY8ggH/ABH0/wAfb4HAV6Tqi10jh173G9OogIFH4sOB&#10;/vFvbhoBwFenDpAoFFeve+2EZWxRSCOTYW9JF/z7rpYH59UCnyGeve2+SxI4/rpP9CRz7cGK06vR&#10;VqQOve5WKA/ilCoFh5T9ORbQ/wBRb8j3t8q9erRqutRpxXr3tlmv5ZeefI44/PqIt9Pb600gDhTp&#10;K4pqxivXvbngrLm8QQLf5dSm/wBf92r/AF93UAkBjivSm1VRdWgCgVZf8PXvdpvy/Un4/wDUhPN8&#10;BsuQEixK/wByMvZr/wCH/E+0SSUvZURsZ/w9HW/MA8KLw0j/AC9dD8/65/3v3U0SPa806DTEdd++&#10;N/euqA9e9jn8fsQMr2VtmF4xKoylCWV11LYVlNwRpb8X9s3tEs3auTToXcrRVuQ5Y1rT+Y6973Zv&#10;ja9Lgf7vwqqxLDSFUjRAAthJp0AFQGB/w+nsAbrYwzbWZHgTxf46/bg9SbfudIQNg9EM+VtNks3g&#10;c/R0sspikNNG0Uf9qMvThw11b0FeOOfdyXW26UyFM9PWfvJYGmmJYyxr/lLTcu76DIUtcW4HuIdw&#10;S7tpVcSUFe4Eih4acACtCa+f+Qgrd+R0KyeGAG8x2gHC0/DT/V+XWlJ/MP8AhXtdpod1bKxCYjcN&#10;GlStXT4/H01HRTmqm2/TAmeKlaTUKIvb6DU3P9favy1KkMpWPytawU2ULcrEzfU6vz/t/Y52Fnu7&#10;dZ38PSa4BNcFgOA+Xr1Ee78n7sslIZqetGyfh/o0/wBjrXX3LSUWCy8uIq0qoK+PQBHJCsdMuump&#10;6lwrymJxqilU8r+o3+nuTQVlVCFimeiyiAsfFPMtSgDHUeG1BfV9Dxz7I+Y+X9i3sO0tjJbk+YTQ&#10;3kPT0HDIpT0HUWbo1zNOfpY7x604xt5Bfn/nr0N3T3dfaXTVR9/sXeS46oPqqVodxTpFIoNX4bCl&#10;qYWYoaqT/alLm3BPutX5qdKbt2/gZ98dbYSGKCh+4rYXo46iPIQ1LLTLUukdHQraIyStpa/qF/r7&#10;hq1f923UlitxLI3DOK8afCTn18x8uhjynvG5eB/jcfgXIrjvSvGnx54ZPX0T/wCVD/MP2b8sdh0+&#10;0ewdybdXuGkx9MmZ27T5OKuxFVSTVGYOJOOqsjkqmrr6qbG48NPHpPjkuPpb2Pfx57n2N8leuBDJ&#10;jfJV0jSYzdO3K+jYSUFbRvPjWrYqarWeUQTsjaWZbm9r29ynPNac37fGt5MBuNtGfDkxrKqFWh1G&#10;pavEDHDoVc5wxpYxXdrdyi4RCwZQtTj4SK1NaVFPIfb1rZ/PL4u/JT+SP80qn5OfHXcdXX9EfIjf&#10;FS0VRXZWuo4aHcGczeb3xmdm5+k27jMFjaPEYuOkP2MjSSOsAN7kEmr35ffGvI7lr+w8ptvb1Tt7&#10;Y+Hw+cjyOrGS4qnylNjZcx94YYXovtq01VKysNLASAcGw9xLZ3Yt96it7iQi9Eg7ia0Jcfi8s/Lo&#10;k2FZLkRvcX8mqlST8yOt2T41d04ffvT/AFJlsxvLbme3dvLZ20sxV0+CzdFmXjq89t7H5N43+2qq&#10;moSGKWdlLyfQ2ubn3qN99dXVfUnYddUUP8QfEVmbny33EkDRrFFVZjKzmgXwxRRLFFTUAIW97fm3&#10;vJ3lnfIt6sTaTqjXUKaAGzq0hVDsCeLE59fLqQ9tuUgcIe9Qfib5Hhw+X+Xh0aH2Hu48rDkMfQZG&#10;kCtIFpVcEWfX45ZmAALPb1D2tsoHW7uYZYlRM/Dw40/1fZ0auzXEqNDH21H+Hr3vCZqzK4iJpVqA&#10;aeOFR4lkJUiMkF/SQpGr/D3QpDaXrKpWhJ409elK21z4hKDTUn/D173YF8NOxdy5KKfY0tXWibGR&#10;t/CYjJUmE4+jo3lqL6iVUhwOEXT7EEG7Wu327l2Whqf2/wC28uljWLzQaGQeMOB+VOuiAfqAf9cX&#10;93mfHPcC5zb2cwGTpvNXLPRnGExvLoghgqpp7GS7RsWH0C8+xlsfMmzyWNjFcyQV04DFaHJPAn/L&#10;0DN82W6MUcy20uoeaoe7uXz0+XRYO98FnaXL7Z3fhayakx2PjycGfjineHztWyYumoHcIlpBES9y&#10;7WUW9i/Qbc3MKaO2DysvBsY8fXOHu7/r0wf2fx9fp7mLar3YJrVjDHan8x6/Jqf7PSa3tr8WrBoZ&#10;6f6Q/wAX2dAxubfux6TKSJX7429jnJ5Sr3BhqR4tMMRtGtRVqxLX5+hsfbTksVV0JZaumqqUNfme&#10;nljYadLH0yKtrhx/tx/X2fQRwNbRSWwBiamkDA/b/pumLRtESRsGEg/C2G6e8HubGZr143J4zJsh&#10;PkNDX01Yh1GRVIemlkLW8R/2IP8AT2k62jlVdJWHT/ZZms/4vxbTf6j+vspuYKAdtV/1Yz+3o2gn&#10;oVBbt/1f8X0IuNyMMjFlebWCdSKt04NhyPVb/eL+0BlKUlpGRbi1iGFmvbni17f7z7IrmPRWqUU/&#10;6iP8Pyp0Zwy4Ug06EvE1V0jV2Gq4tpN1IvdTf+vsOctSSSB10Lp9VvqTYAix4vxf6ewnfowJJ8v9&#10;j/V+fRijhl6XdHKpCkEni/4HJN72ufr/AK/sGNy4diJnCJqAY8jkL+4GsShP5+n09hS8j1SaQuNO&#10;PT/V9vVyxwqnHT7E2pR/Ucf717B6sxjq8xcLYM2k/Xkav6/Xjn2TzCQH0NenkJYAsMg56ye01VUZ&#10;F9S/k/i/+r/Nj9fbKBqEPxPTjEeR697S9RRxEMWhXXc/2Tb/ABvx9bn3SRpENA5p0y8soqPEPXva&#10;eanRXY6Ra/FvrYf14HPth0SYq8iamH7Pt/2evKS1dXxde9+Rbkgj/Wvf/H63sPbTwpqVBCvz609a&#10;YHXvecgelggAW5UsCtifwOLHn3ZFMQcUCjphlBww697x6m/XYEn8n68X+gFvpb2sEjOxLyU/1fPr&#10;yoqmoFOve+Ci2r6CxJAHp+tw1+Pz7eIqDXqzKHBB697yDkC7gn83JJ/ofwf6e2Srnyz0l8KT0/wd&#10;e9+5T+0Tz9Fa5P4/2593iYLq1dUNR5de981Yt9fICTwfyf8AWBJ+h9qT1U1PDr3vmbEi6lf8SSti&#10;fr+fdSqtTUOqrxPXvfIWNuV1W/H0/wBuP635960L/COrMDTB69753P8At724HFrXtb6WHukRhDkJ&#10;k+fH19eqLk8T1735v+Cvbjkj6cD+n1/4p7MbdkC6R8f+Hp9acPPr3voWuDyOD+oWX/eP8Pb7Vpjr&#10;z6qdvHr3uRZf6r9OPp9LXF/bff8APprv+fXvfIWFmFj/AIW5/pythe1/do1HiqG68FJOk9e98rtY&#10;lRZRwU0n/XtzxY+3nZQPDVcevVtPlo/n1732sjhgCth/wU/42P8Ah7aMjadWr7eHVdIpUDPXvecO&#10;bXBAIP8AvAH4/wAfdPEf1619nXvcmGU6uSCOCb82Nx9f8fe/Ef8Ai6sOve5/kBB/SP8Agpsf9v7V&#10;QMWZKnGodb6974gm5sRzx6TcE/4f48+zdaCgpjq1eve5I1AEWjN7clh/thzYD6+79nXs9e95hqP0&#10;0WtYAXHH4+l/dgQet9e98wxFvQlr/wDI/wAf0PvfXvy697yKeP0xkf7Ef7wfp7a8Q+Q63173kAJ/&#10;IJ+oF/63/wAePdat69e/Lr3vJZl+pU3/AAT/AK/H++HvepvXrfXveXSLXuBf63P5v9ePr7d1L69a&#10;697yJb8Wvxc3/wBt/X3uopXy63Tr3v2lhexXk88i/wCTf6+66X4g4691733pa360/wB5/wBiOfx7&#10;1pb+L/D1sde98uRb1j/Wv9L/AOwv7tqAoGOevfn173JiuSOV/wATwbG3Bv8Aix9+1jtz1sde9zkF&#10;gBp4/JAuOb2sT9T7UQyrQKGNf9R6pqIY6WPXvcpLfQK34/HN7E2P+sPayN4xj8Xn1Tr3uXGoIKgW&#10;1/qDHg6fpe/F/aK58Yyuyt+l+zrR11pXs697kaAnCaQVN1a/5J5P0/F/eo4HWQSeMxanWtHdrJz1&#10;732qknUWNrWsWFtV/VYWA4t79KQFaOUgSfKv+X5/y62FVRQADr3txgj/ACHAtpPJt+Vt9B9PaakD&#10;ZZCPs/2erY697e6B5Umsj3UBT9LchktYD82P193MMLQhfASpr51+X2fOnVGZQ6Zz/n66Nrc/77j2&#10;L+2KlpEVWIY/pFyTc6YPze359h+5sbarOIF+f+r/AFfZ0thIK16bam41eoiwJ4twLsfyD7EejLLY&#10;kKOL3v8Ai30HNj/h79Y20Rhl/SXLfzoP9WOlHxL/AEumOra5A1Mfxa3+J+ptx/j7VuPJKAgLZbC4&#10;uTfj8j6fX2rSKMUFFA6Tq/fpZj0mcgSGPLksT9eB/vP1tb270EujL07lVeM1MZ0kmx9SabW/pf8A&#10;Htm9jkhSCW1JS5Qoupfiy3d/vX+Hpne43bbJxF2uB02TokuLrIpblXpKk6Xto9MD2N7C4Fr+z4yJ&#10;RyQ4DMPDBJLTmrEM7qgkiFRMkD6WFmAZABe/uFfvmbS1onLj28RikkWbXp/HSW29aj8vt6PPY5nm&#10;5HkguGrKnh1/3uT/AFf8V1X/APBrMVq75782rPUzvR47I7JWjopZHMNKJdu5+sfxoSFGuRrtYckC&#10;/uxTLBxLWwMQqwCl+zjQOP8AOhWm5uQbnn88n/bAr2fI/wCQhIgOuY3fi1I/AJQmOPD7OgTzq04h&#10;3jx3LIRFq1eXcv8AqPWqR/MBhpzH31XsBKlFH1mUmeMOxNbPs9WLSKApOtj9eCf6e4eOUVNO/wBw&#10;rzhdYKgkj+1zxb8j6/W/Hsd+6TG03pTYOsIIQ+n4U9a/5qZyAOkttBHFt1t4QVQNf/H/AC6Kl8NY&#10;qWHBGmqqWOUuZ1hYKWkik+/y0pMZB9AdbCw/J/Hsoe7ajTnEZAFtUgFPrb9kD6fUG5vb3n97YQov&#10;tdNeyr4k/hvpf1/U/wAGP9XDqAd1tvG50DBDUlP8Ffz6uW6swsX9ydz4uYGGKWghDAKLKJauN3DM&#10;SU/JHuuvNzBs1mDqbnK5AOSP03rJyfpxcH/b+4/gmltxGlu/hhpW1afxYHU87k7ulp4rVYKun9n+&#10;DrZt2lSAbT2yHRZDFtjBLDdrD0Y2lQWvyQVA9wYJw1ZRyWYaayOMKRdTpf8AVY83YH2J9ytoriG2&#10;qqhtC93+1HRZtMZiv7k07PC/41qHU6eF48dkYQ2rVRVMpIPqHkjP7dwSNClfa/aoLRqOPxax/JTg&#10;/j2HLjbFCgiIBvOv+qvQqSQ/DR6H1HQXQRaaiQF5BYMSAB9PINSjkj6/X2Em+nLRTarEBXHDXN/8&#10;o4uPoL8H2F96gaO3BIwZR/x1v8nSmxNZi4Gf9gdGB62VR41TUv7KnSykWuaQ3IIte39fZW8yhMsp&#10;W1tUl7G9ySw/2At/tvYGu4o8AIKjh0IIpZRQK5A6H+A8AHn6DkW/4j2XvfAOqa3pbSw1XsfwPULH&#10;2SXqqsToRVa/5uH+ry6XR90g8RtS0r/g6mey1Vy2mkYtf6W5PAAUD/E8+wFuSrpQ6Mn/AGejeBVK&#10;L2+f+Xr3tol/Tc31fUH834AP+tb2HSoRlIHSaWNdQOnr3tmn1fm/1tz/AIgfk88W92DsPP8AkOm8&#10;DgAOve2yZCfwQbH/ABsfwP8Abj/D3YMxoCcdaqSyj59e9t0qACzeoc+km34AFjzf3V0jdq6B1p2q&#10;xocde9wjpVuEPP4HBt9Pr+f9j7ZMMFDRFr9nTDSYbS4r173hkI/UAAL2t/tzydX1960R0ppFfXPS&#10;fxX8pR/P/N173iLKbAqouT/r3Jtf9V+fdgSFOCf9X+rz6140xFQx69771KByoP1+pJJNzx+oX91H&#10;AcR1rx5f4z173iaQD6AC39VGm3+HP1t7fUh+K5+XWmnkane1fl173j8zsTcMvAN9VzYn+g/It7p4&#10;aD4R0wJGUUVz173jJ1X8nIN7j/bX5sCfbgZlpoY9XW4mQjRK3XveREAB1C+ngEi34a5AHP0P9fen&#10;SOgoo63I5Iw/XveZVuQB9f6X4FuP9hf22VjAqQOmC1BUnHXvedQB+AL/AIsCbC17359qIkVhpIH7&#10;er+JJ/Gf2nr3vKtrkXbj+tgObi1/639mUdvEyqREtT+f+XrYZyOI/Z173mCL+VH4NvqPx/T3YPIp&#10;K6uzpszzZ/Vbr3vl4k/1P+8k/wDEe7B7g1pX9lP8vTX1Vx/vxv2f7PXvecMw+hPAB/1r2vzz+fag&#10;EkAVND5dJCoLE0yT1734Mxtc/kfkD83/ANb6+/AkDHWgAOA6975gD+n9pj/vBP8AvPujE9x1Z6oS&#10;c93XvfLnV/a/3i39P6+69un+lXqvl8+ve8JRUmZ1Uq7W9QUg8LY83NwD+fbEyhELLg+R8v8AV+zp&#10;SlXVY2NYxwH+r/B173Kw1XU0lXR1tI2qcGfSHLIY7JIh06LEa0J59kcqlifM/LpVo8NR4A0n5de9&#10;ihlcDk9sVONkWupaijrXmHiirknkURRIz+SGEKw9c3H+t7U2TCaYrIdeimfy8uPy6ddWitY5NQNa&#10;5r8+ve2bsRGG6pwhDyNjsY3rNyCaSLlSDf8Aw9mAAklUHitfz6TTKGWRmFTQde9nI6fdz1Xk+WW8&#10;eRX8/qVYL2/pf/ex7mXk+SXwV1HIp/OnQTlX/HS3mAOo8wvLB/g9/wDk1v8Ab+ycbsXTna97KG+5&#10;qCXNvq1VMWvb6+o8e03Mc8oudSykA9tB9jf6v29LxI4jKB20Hy/L/V/qp1I9p6/AN9QLAn/X+gP4&#10;9htoolKukegnuPzZuLdMtGpK1Xh173zDA3FyCeT9Ob/1/P591MUZ4qOvBVHAY697z06jyqbfoFx+&#10;bWI/w59m22xRCsyxL4wb4vxfZ/h/1V6c1HQYyew9e9ugeRXNiw+v+3+v9fpx7GqxxTIXkUPJXpHP&#10;DCyqSoJr173x0/qA+p/V+OebfW/09tDH+lHDqqsQAte0cOve+f0/331/3k+99ex1730eR/rc/wC3&#10;+l/fvl16nXvfa+kG4BP+C/n/AGN/x799nXuve8i+r6AKR9Pp/XnV+bC/19663173lt9P8eef9hx+&#10;LWt7vGutqeXW+ve5mPfRW0h4NqiCx/p+6v8AxT2oliTwZ9MedB/wDqtwq+FJ2+R/wDr3uxrKT69i&#10;9U2A4k2KBfnkYptP+II9iPbKDZBI2Srr/wBWk6Cu3/pwbmQP9Fl/wL0mKOPTlMkf9VDWHgW/VUi/&#10;P5N/bdlLifcg0/qwOeY8nn9kixIJ5596uzW+tix/4jn/AA9OoxMllU/wf8e6do/+A8AH4qIB/Tga&#10;fp9PwPaCzM7L0tjQW/T/AAgFb/0SQj8/0HtUFVrGU0xr/wAvS6A1vr2nDU3+TrkB/uRY25+3PNvx&#10;qi/P+vb2UevOqV+Pqx4t+R/X/Yf7z7JrzxPDtafDpP7P+L/1ceje1/3DH2Dqf7anCqx+pX6gA/i1&#10;/r/S/styR/S693af6XXvfPSP9Sf+N3+n1901N/F/q/Z03rP8Y/1fl173/9GjSvrZspLNkKqkhgYi&#10;P9uJy4sFWE2uCwACD6/k+4h4YHUvkk1JHW/x7Zm0Nolj1K2sjQUYHjj68H8X/wBh739vVeve1F1l&#10;Gh7a2MzCxObiNze/FNMbg8c3HtXCJGsr8SNUaf8AL1faXb6e/Gr8P/P3Uer/AOAtTb6/bzf9a29u&#10;nZsJXdWVK6rNNN+P+mioAAA+vtFAgNuoA7tfRZHJ2CvDxm6zL+lf+Cj/AHr2E06FSdaauWH1vxY/&#10;g8fX37UC4AOelgYVoDnrl7bpI1uNUa2P09X45+p/1vdtQz8uqll7sYHXvcF1KhwVA+oFtP5v9Rye&#10;P8Pdx5N59bBIo1Ove2qaMkNZRY/2Rb6c/kD+n9fbizKePHp9JNWCO6nXvbBUqyyPcAc/6ofTgf1+&#10;h/p7VppkjHp0+vwjr3uE4Zk+gXn8Wv8AW/05Fhf22+Jj9nTUnxnr3tP1cPqIKAsT/rfXTa30549q&#10;VIKgjrYHaCPTr3uJPSpp/Qv5+oAH15Ptokniek7VOT1722vELPZBZQpHNrg3FieT/X/b+2nOlg1f&#10;KnTDgipGOvexT6pGij35GALNtgAcH6mtiAAF+Lg+0dxxSvxV6TR/6MD8VP8AL172CeZ0fe1LMpFp&#10;JFuU4sHc8/74e18nFR8v8/Sc9e9p6V00mwPNx9RYelrgDT+fdQOq1697bpSQbLzawtY/W/1+n4Ht&#10;0BSAGNCenlQMlGwa4697gSs/NyDyR+OW54sbe91h/wBVer+HF6f4eve4qkkOSbEf8VBt7vGulyPl&#10;0kkTQwHXvcGeM8hTax5/w/T/ALV/T2900T69e9sNXq0hQCxP1JP+K34+v1Ht+111lY8PT/B/g/n1&#10;oFu8nh173HpH01cTgkBS3B/xjYfn6+154U6uONeve5e7RfM1H1/zcH4/rTw/7b6+3YQCrA8OvTfH&#10;172l2W/NuPrxxa35H/Ivd2FD8ukLrpNB173HkXi/9Pzx/jx9fdOqHHXvcGUD6AfQE8cci/1t/X21&#10;JSo/i6qeve4UwDK3+F+bfgA/7zb3QeXVSMde9sc/5/oODb/WYD/ePauL4fz6bp173KRb7ergQTqy&#10;EXBH9Ifr/U8/4+78HWnp16n6T/b172iFC63AsLMf7N/wTbn/AB9qPXpheDf6vTr3vAIzqLXBAIsC&#10;B9bW+ntymO7pwJ29x6974OByPx+P6/j/AIn3b062eve2/wCrH/YW/wBa4+v+uD7u6hRXq80SohIP&#10;Xvc7Eqf4nRH8eU8/n9Bv/gBx7bYjSwHVI2Hiovn172xzH92Qf83nP/J/tQOAPy6SS/j/AD697m4Z&#10;9OYxTf0raY/7aQc/7x7dQajQ9PwN/jVoPIuOve7Uvl+f+MAdRj6/79TZT3/xGyMx9OP8PZVGa7hc&#10;H5/5R0ab6wM0ZH8AP+Hriv54/tN+LX5+v+391K3Ps16DlTx65e+/furDy697Nh8UqZW7JwMzJcJX&#10;0pJtfgVFKxH4/p7T7lU2DDOGXqQuVoh2yfPr3vb162yppY8XMlxoiI+rL9S6/wBPybew3dIrbWq6&#10;QTVf8nQs3abQ6Bfir/l6K92XhhkXycD/AKZ9Zt6T9EU/1B5t+P6+7ROp9zQyxU86sfIFJaMEFOTU&#10;AWa2rhRf8e4o3zbLkLRvgPmf9j/Z+fl0qub67kA1qaf6vLqgT5edfpIMtQPF44ZHTRURr+7dJMRI&#10;V8TOAQzcfX/iSDay5KGtghkAAZAwcKQ1yxj02awvZV/21v68GHKVpcQxzRyE0JFOI85f8J/nUeXQ&#10;Zu7eaTSxT1r/AC60mfmhsBMDvWZ6JGESEfvuqLI2rGbT5ZVdiArTsov9Vsfz7jUGajxcvkGFx1cL&#10;A6akSut/+CqVBvf8g/T2Ld55Xbc4DFJzPd2z+qaQf9X5+fQWe7stqUyfSCR/mG/yfb0ULYm8cbhc&#10;klRXbZw2Xp9VmgyS1JRbLMLgRVQ4ZyL/APBfr7UU+6cdmKSbHZfaeIqqCrUxS02mdaZ4yQzjTCi3&#10;vxe5J4/xPuJtz9qGWV3j51u5nAr3eGTX8yfy8vLiOgwvMex8ytJq5cQSR+R1Vz6Gn+TgerBOvfmT&#10;uTpTcG1N19TbA2t1xuOirZXod2bcrM0MkJPt5YzqFVPVU0aIlS4sVN9R+nsteZ69qurNwybq6D6H&#10;64NFuNaeHeNdT5yfbuUlo0NZNNKadKarjqHSrkDL/tTH3GSpfco7nDFeblceEkh09mpTkPQ0zSle&#10;PHog2XmPbbqVoN1tgCrsFqpGNVAft+XHPW0Z0v8AIz4/fzZvi7P0f81/lpvih7IovusxicFFtHbU&#10;FLi8pNFNtzD5vHZWHb0VHmMqlHXTIUmkR18zm4vyOOLqNv70x0eK31g6HMbbygNJnMPlKPypClSP&#10;Dk4gJIoZ5lWnmdA4AWQG44Psfb3yzsvM+wS3vLSGPmFYSQQSAZAmKgkiniH9g+XQmnttnuwf3XbK&#10;JgvkunH+D/L1QLnO2PmV/Kz+UhxOF7S3FQ7FotwU39yNy47K4bKw7l6zg3VVttd8hBTU+TxmPra7&#10;b2CjmmoGBenZtDCzc1zfLT+Wn0j21Nkqip6m2LtnZdPDW5fHVOEnd6qv8H8eELVdFUzIYvvMZkCW&#10;sBZ0VQfcGbXe8w8sSyG45sv/AN4K9HARKI1QSFI8lKeufTGTnluOGYNBcwqWU18uK6B/l63afgb/&#10;ADZNgfIrrnr7HQ5/M777QykO28fuSmymArNux0OSqcPtKmy8qZOHBx0GQhh3DnFVHRQJUm13svGp&#10;h8yPivlfjlvLNpg+qNo5Trp8xkYMHkBl2kqEibK7iixQloqOeWSCRMPiFchj6GbSfx7njkrm2PeV&#10;QXXOF6NxoOKAA4StSaZ1E/b+3o7YNt12JEhU25OM8O4f5AOrscXWnI4+jrWi8ElTS0800AZnEEs0&#10;EcskIkaOLyrEz2DBQGte3sCsTDj9v9fx1eV6+wMOVzmSx+TxsTzVWl8HU0mlwJi9wDOn6TyfYjbc&#10;BfbtcRRbhJKIy4ZmHFgTUU/yjj0K7a5jEIme2XxXNRWuVI/1Y6n+zU/F/N4jZWZk7Ry3W+04NtYa&#10;KowtSPv5/XNmKU/bq0Pk8vrEZHHGn2H983C4aX93wXb+M2eHCnHj/qr0aWgilZp3tkCDGD8vn1hq&#10;ImmheJJpadnAtNDo8kZDA3TyI6XNrcg8e7wPiFVbV3xuyHe+Gw+Hx+3tx0OQyFFjqSUPS49IMbVU&#10;ypD5SXBE0LNZzcsb+z7aLTb5YLOG/Gq5AGqq8ck8P83RJzPdbxbWbHbn024yvd/SHRNPmxuHd+0u&#10;gs7PtHJZX+8MFftamp62njj+8qlqt0YWCpD+CBYlElNMyuVjACE8ezqY/dlfS1tXWUuZrZ8TRFFe&#10;lY6KdvuomSJgAuqwnYv9fr9ePebHIHJvK1zZLIbNSi8QUp/GOOa0I/4vj1EO5c1c3W9oyrclZD56&#10;vRv83VHXfnV1LvrF4jZ+6tp4XGdhbtM81BuWiqWrcvTDb9fi8lkFikkdYozUYmmjp2uv+baw9Xsq&#10;2fyubzspnytXU5LUPrUkXuUijt6VW3MKgf4KPcm2e2wbdZQWVkNNsnwrT1bUx/3phX16JrbcLm7X&#10;6u6cG7f4m/0vav8AxlR1arsvaux9ko9NtXC4vbenTcYuMJG2l6qZAbswbSKqU/68re0TV0cjG8kP&#10;nXiwkFtP0vYD+v0/2HsquLcpgjt+fRtFcA4/1fl0MuMykGkCKoWmk9RLQNqDgFtNyeQVHP8AyF7Q&#10;2Rx0weT0swA1XKkWB/sjgcL9PZHd2wozD/V/q8ujGGalCP8AV9vQn4jLQMsRDKp1W0hhyQf1Hk/r&#10;+p9oDI0D+tRGR+r+z/rk/g29hG9jIDArkf6v9XyPRxbzmnQl46tjcIxkBDAHg8/0555v7DfNYiWR&#10;HvCSzBrgoTcFXuT6fpb+nsL3VvH4pUjGn54/n0vWQMvDHSspahSq2dSt7A3H9R/T/D2EeZwLrq0U&#10;zhtT3Ggn+1J+APxp9lE1mtG/33/q/P8AyV6dUkcGOnpzV1YXuP8Aff8AI/YcZLF1EZNoHUWvbxki&#10;4LC44/wv/sfZNKixyFR0oQGjsf4uuftG1lDMQzeKW9vp4mI4Lfi31N/949onNP0/IdUYHh5de9pG&#10;po6gEsI5BYm40MAST9QbfTn3uLuwOHr1VSQpAGeve48VNUW5jmcn8aGv9fz/AFv+P8PemVtWk4/w&#10;dUcnieA6977aGUj/ADMjA/jQw/2N7f7D20e2tfLqgBq2anr3uOsU/wBPt3v9RweL8kWHtRFFUhmG&#10;OnAp9Ove+Ahls14HANv7LH6n/gt/9f2p6uor1735YZCD+01+PTpP9Pr9Bf6e9fiqV8uPWipHl173&#10;7wS3sYnW17BYy1xwfyPp7sp0tqHHqoQVJAz1732Y5CfpJf8AqIz+ODxb6f7D35u7j17wwF007eve&#10;/eOQ/wBmZv8AAowP+v8AQ8+6gaTqBz1QRIBkHr3vIqNYnwte5/sn6H/XB97kdiaIKCnTbxGvYuOv&#10;e8wjkb/dLi4vcIS1v1f6/J/x9sI5StOHSegrUDPXvfjE4sSsh/5Bf6/7z+PauOSlTGfl1vOT1735&#10;KeQ/2JH/ABYqw/P15+ntYtwCx1CieXVtVaimOve5H2zjlomW3+0t+P8AXH1J96a4r8C5+f8Asdby&#10;Thc9e9+EbC4ETq1vSdLXA/23+8/19+imZ5AG4HrS1LCvDr3vj45v6Px/SI3/ADz+fbjS/wAIz8+l&#10;Hg/0uve+QSXVYrIR/QxsAQOQPp9faIPQpo+LqhiYKpCnV59e9yft3ZP8y3BB4VuL/T8Xt7c8eT+L&#10;/B03nr3vyIwZP2G4cf2GB4INv0Dke9pM7le7B61UmvXvbggYn/MMbfX0n/YHge1ka6Wqxx1vwj69&#10;e9ylUkEeFl549Lf69ibW/wB49nMR/TQE54db0Y456977EcpIHif6j+yf6/8ABfbvXtB9eve5ISUC&#10;3ic3tyb3/wB6+lr+9E+ZPVtHz697yeGa1xE9vwQD/Uj6/j3ZmqOHXtHXveURScnwkf0Ok3/24AsL&#10;e2mIUVPXtHXveRKeVQCUYWNuUb/Wtx/r/k+2XuEU0UVPVK9e95fDKbARyD8/pIv/AIcj3Z5EoKSg&#10;H9vXv8HXveRYX/MTXHB9Bv6T9bW9vhqrjgenNAOQeve8niP08D2/rpbi/wDyD7917T6jr3vvwyck&#10;RPbgj0EcHkjn/jXvf1CjBPXtHz69778Mv+ob/kl7fj/aQffvqI/9Vf8AN1vwz69e98wjAEeBiR/t&#10;Dm9wD+LfX3USq7YYV/1eXVeBII697zwo1uYGFjxdTxyf9ptx/wAR7t+fWx1724RxsQD43F/xobSP&#10;8P0349ttcLFgtn0/1f5+tGnXvcpENidMt/p/m3uODf8AFvoPb6y8Cv7Qet9e9uFPTs/Bhdr/AJCN&#10;/U/4cW/3n3Q3YiZl1/6vXqpUE1rnr3vK0HqI8LcWv6G/4p/h7UR36ErpOft/ydb0Dr3uSlG7oAsL&#10;mzXB0N9SB+Le25pvFk18D0260NPLr3txhpJFX1QOeeLxn6WBv9P6/wC9+0xkThqz1rFfn16//FPb&#10;nS0zpq0xN9Ga2lgLG30JH0uPZhbJ4kDEH8X+T/i+mJfjH2dcGYD8/wBP9f2Ie1WkV0BiIIbiwb/m&#10;xYf7YD2hvFFJfTj+dK/4ejCDKf6vQdQaq1jzwfqeB9dV/wDC/sWqQM2n0MLRtb0/0W9/pf629pbM&#10;Uhk/03TzYQ9J6qIDC7j9QuNQH1Nrfj2p8OS6OdDcEf15Gn/ePbtBSnl0giqXzx6T2VsrJ6l5vb6c&#10;G/8AS3P/ABPt4ggm+9gcLpjDozfUD9XFibe7EJLcWyMfjkUf8aTownZWtphXBU/4OmeedEx1Zzql&#10;WnmC/Qm3hkBJ0gn6/wCv7P3icPLltoUbRsR4TBflR/nMmwB/2BTk/gewR9+K2W2Tk9j8JjuKUr/v&#10;y1qPzH7Tnoi9gt8Mqb1t1cRtF6+ayN/k/wAvVbPxQzkGE+QXdtAyKj5Or2tODa+v7TZuZIYj6AAt&#10;/tvdkebgJqRK/wCly3p45ulOWJ+puWH194z+zl2Tf8uW6H+z8b/jtxT5UoeH+frXuPIureIl/D4P&#10;/WPrWS/mKU8NF1T8ja6FSKitTqr1/pAKbi2PFw3LF9H9f9b/AF07QeSOkqio9P7drg6Dd5AQfoT+&#10;P9b3L/uQsU28Wgc9xDV9cJHT7PPy+XROkwO1Wbu1Pjr+TdEp+KFUwxHoX10jRsf6kz1mV1aXJAtp&#10;UG3H/FSRdhVclBmqVkJsa1gw/NhBHYcDnn8/X3n5yo72ftJBpxqWU8fWQ5/b+zqILaIXfOc+rGjR&#10;T9h/1eXV/XxZxNBvrae5IqtEdv4dTRozLbSy1TxNYOyaRoW/49kV3bj5aHcVbChdhUSNWPxcI1VM&#10;8jEBfryfcfhdEFt3Y8Rj/LqXtxXS1r3YKr/g62BOtM3Bmdl4yqKIn2dJFi0AJ9YxsUNOty9jaw9p&#10;+Au00JZD+3VKoBB50tYN+kfUexA90sZh18Ci/wCD/D+z9vVLeLw7hnpxT/L0q6iNBTVSo4/cppnL&#10;BhxrUkqBqJsD7XKr+wpF/wBSi5Fv7ANx/jx7R3V8pjFOA/Ppfk9Bqsf+XyA6D+25tcXA8hFja/A9&#10;hfviFlilJY/Rjz/iagX/AMfr7Bm/TrLbRgfxL/xw9GO2tquDT+Cn+DoceunBYAKBZSLr9L3pPTY3&#10;Pss2WB8kgP11SG9yR9W4v/vHsBXdSW08a/5OhDFxXod6f6KP6gX+l/wTf829l83xEQ8xve5b+v0B&#10;H1sPr7I9wNUP2HoyiNZAa/hr1N9lsykZ8r8cXH0/qAg/17H/AG/sBbl2iIn/AFcejuDsVGP+oH/i&#10;+ve2aZeUJHB1/W3PC3tf/D2HWLK5z5dJZgVeh697Z5lBN7A8j8X+oA5906Z697bJRZfp+r/YXvYf&#10;0v8An3YdVbHl1723Si5YD62sP9sDz/th72SAKnplmCgk9e9xHQFhf8n6H6EEkc/6/titOHSCpGQa&#10;de9w5lAU2H1JubXP5HJ4/A9+49VI697iX/4g8f7bjj+nv3Vc8a469765J5PB+tj/AIW/PvfW+ve4&#10;kiEseB9RcWJKj6C1v7Nz9Pd0PHpgjr3vm2q3pIDE8XF/9iLf4e7eeeHW+ve8K+RWJYhha36iBf8A&#10;5CH14/1/dm0kdta9WOgcK9e9y4QCDpP1sb/697k8cH3V2/Ex60z8Wbr3ufEoHH+N/wDblrn/AB9p&#10;iSxqePSYkk1PXvfQ5A/3n6AWJ/259mUfwD/V59Kc9e98b/6/1/xt9P8AifZpAaRoRx/2erjh173P&#10;+v5/2P0/H091RS5OekvXvfP/AH309v8ASbr3vk34/wCCj/ffQf097691730PqP8AXHH+xB9+6917&#10;3nAtY3P+Nzx/T8W+l/dNRqVpivTbH4hTr3vKFJUng2/21r+28Vz1UU8+HXvcWUhFmlWR/LGY9CAe&#10;khiFNvr/AGTf21c5WP8AP/J0ohqWQjj173Ow3iiyVNJOA0Uhl1LYvp0Quo+n9SR7JT5Yr/qPS18D&#10;I9f8B697UKSTyV1M7TvU+J3KRzkKq6kN+eCC1v8AePauxp40g+XWmJ+mTz4/4eve3HsVwN1GUqFm&#10;bH4ziO7DikTm/P4/HtSMSrpbz/1ft6Zlp4b/AMXXvZxuomK9WZO7XJhyJ/B+scB4NuObe5k5OAaC&#10;JqYq3/PnQWmzdH5Af5OsEv64v+Drb/bN/wAR7J1u25zVfe/FRU/n/ponPH+HHtJzL/uQv+m/6D6U&#10;r8OeNT1n9pxTZbH9XF+eP0j6/T8eyQ/BF66f8p68eve8igj6/wBP95+v+PvX5569173KpheYW+un&#10;8f4EH/D6W9mm3fA3+nHW/Lr3t0IGv/WLfX8/QfX8cexjD8S9MTHgOve+vp9ORf8APBv+f96916Z6&#10;976/wH+tz/xr+vv3Xuve/fW1h9b/AO8f8U9+691737kjgjn/AA/H1Nrf4e/de697yoP6/n8C3+3P&#10;+sPeut9e95FH1N7+o/72f9tb29D8Z+zr3Xvcqga1ZSt9bTw88/8AHUf7H/ifai4/sLj/AEh/wDq1&#10;3/ZS/Yf8A697sUrSZNi9WmxBD7FH1/6tF7cWvf8A2PsQbN/yrw/5r/8APkfQR23+w3L/AJry/wDP&#10;vSegsMnXC/8AyjVBP+xqP6g/j3hy+panOK3AO2c29vwxKMCOb3I90u831sP+Xc/4enEFZLMfJf8A&#10;j3U+I3hiI/5WYv8Ael/4r7DjJoZOloPzoqMQvH5/bf8AH19rP+IT92PE6MYf+Shefa3+Trne2SA/&#10;rSOf9tJD7KlVLaRlI/1QP9TxweOfqPZRfV8O2pxof8Of5dGsP+4y/wCmH+Xqf7aZBzf+t/xb6WH+&#10;x9lnV+ve8f8Avv8AiPe+t9e9/wD/0qQZIAAzMBY/7C/ABJ5/31vcP93DHUv0p1v8e2t4xcccX4At&#10;9LAHgn/H3sA+bY+zrwAJAJoOve3frsBe1dhMvBOejXVxzemlFv8Ab39mluFaK6jp2eEMfn0p2pY2&#10;ubyHT+l4Yx/tv+K6j1nFJVH/AKZp/wDrU3tQ9ohxuXIkDTqkkNvSfV9zUnV/Qf19ltuOCjgGPQfC&#10;0nZFNQJW/wAtessf+bT/AIIv/Qo9hDORdh/qmb/Hnj/b/X20ynUADw6MCmFoeHXP23SKuggAFguo&#10;cXNrNb+puL+7nitfXqr8U+3r3tnmUckC178X4uCeb/Xk+744E1PW8VIrU9e9ss99RIuTYj/eT/hz&#10;/hb3dTRdI4da1kKyjgeve2SojEjudWk35/J5IsD6jx7VFiqLqj1dLgxCLqFeve2yRbmwIvc2Fj/h&#10;cXJ+g/2/vZAoJNJ4f7PVGXtB05697bWjL8kEn+n1/wB5uOPb2EXPwjpwKAtDw697iVAI4Frfn6nj&#10;03+v4590FNI1Vr0mOig41697gsoaO5XTq5b8EG5v+OPaaU0kNPLplwAxp172KXVCFod+HTcDbSXv&#10;+P8ALY/8frx7YnqujuzXpPFgS6W8uvewWzUANXV88rNUAAE/TySi1w1gPbyMx+LLdIlJZanjXr3t&#10;ISRkM1/Tw3+PFyPrf+nt2tB17zHXvbdUKNJ/wB/qACAbWt7UR0IyK56Uw0KnUPxde9tjLqJF/wAn&#10;+p/r/sfx7doF4Dpzr3vC6qh/4mxNje1xz/Ue/CgYE9NyIrFanP8Ah697wNGpJHBP1+h/w+vPujSe&#10;ENNK06QMQBU9e9tFRErBuC4AFxfTa+mx5PN/btvMw1Ggr/k6otQMjr3tsEREqekKTquQAben+n+s&#10;fayOfiJG/wBX5dbByK9e9uG9IRFmp4x6WWKluTqub0sH+LW5PtZASw7G6cmA1kDr3tHFgv1+l+P1&#10;fS9/qfz7UJHKTWQY6S0qe9eve8TC6seCFFyLFTza304+nvUqqlNQoa9NuFHBeve4M6rZtB5ZLaeR&#10;Zhc31H+g/wB49sfpufMdNECvy697iSxoq6SxMjRlh/rkEWueOT78DFX5fn1UgDr3tgnANwPqDyeR&#10;wCwNr/1PtRGxcVI6bKmlaY697m0sYfBZAq5v92psBcavCber+vvde8UOOvKAY3z59e9oVlZA1o1c&#10;sRdibMf6G1wLG3tR6UPSXI4ceve8BViOF0ni9j9P9f8A1hb3YH+l1YE57qfz697iSDVwTxzYEX+n&#10;/FPbitXIOerq5NGB7uve4jAAi/Atyf6Cw/H+t7dYgrg+fSmZw0Z0N59e95sW5GTpGv6Vl/p9BoPH&#10;0PurZU1GemIz3r1720yAtM4H18r2/F7ubfUf4+3hQL8qdIpQwDZ8+ve5eIA/idAwJ1LWQWUD8iVf&#10;ze/19ux01ivSiyVTNCznIbhTr3u2H5ZUbVfx/wCpHphJUv8A3M2TE0SRsSso2PliWLfW6uQv9Ofa&#10;JI4vqGeMZr/KvRxv8OoWrRCrnSAP6ND1wS/quLetrf634P8AsfdUlPtrN1UghgoZGlLiPQzRxkOW&#10;VQD5HW3qYD2uIC1JOOiEWVw4qE8+uftU47qve+SnjgpcOrSPKsek1+PQhmZVFw9ULAFvadp4wDnp&#10;VDtd07oBHjV69e92DfE74978ot4Y6srsLF46eeOV75HHHTpalbVaOsZh6R7LL67LxaNQ0efUlbLY&#10;y2gUOooKefXF3VFLsbKouTYngf4AEn3sfbTx2VpqOijkQI6Ko0LJERwzH6qfyf8AY+0Vtc27Q+HP&#10;Hri/P/V6dL77RMVGnoAd4VePkqKl45SHIILeOQcFE+nFjYH2fPq1q2ipaaSdAqkEMNaNqN6oD0hS&#10;DpZgPx9fYav7mFgFZKilRxFPz4j8qnFOHT8EkjKFaTH+r/V59VI/KDDY/cU+TpqGsMc4eNRIIGIW&#10;wxbuCJHjjbVErcE2H+Ps6m3sjJLDGkgUtKtwOB6kaQk8BTxYg/4+zPaLdxWlREG9a4Ov8s4OfLzr&#10;XpLfSTLH2vj/AGf+K60xP5jGx8FSzZTKU0zLNj1pfuSlPIoP3K7Ghg4adh6Vc2K/nn6H2toXZbgN&#10;YcG1h+bc/S/FvZvdW8Vwp8VNR6CVyodGUDHVDks8lG8M9M7RmR2W+i4OgcqdQY8lv9f33JV1DqqP&#10;O7Il9Ck8KWuSFH4uf959h47XY207yQ2qo7UqfWnr/q4dAy4iWG418C3S/g3DlK/Bx0s1TNUJSGeR&#10;EYKFjE0vJX0r+oj6are+8bkJ6KqjmE8gKObWJDepWU2NmPAb2WcxbRY7lYy230y6JEII4+nz6A9y&#10;8l208KrpBb1+eP59CHtLOz7OzeC3GK6dpsbVUtbANLAeaApIF1IJGAUj+h+vuJuKWuwuWoc01PFX&#10;4KompznqsvDFLDiy1VU1LRQNDPK8kMaBgEAY/T3AaXF7y1ezR7dcNBcJ8I4gkFRpah4Eimft6PuX&#10;t1mtQ0STESKaU8saR+Vc9bQPQeF6V/mIfFjN9W75p4k7MoMJmx1diI4MxURU3YDbeocJtnPR5EVG&#10;Hx8c9RU5V1MdRK1Ml7N9OFxX4rEbjwniyaJJt7LUUkFBVO0ob7CvgMdIXggi8okFI7Nd1B/Bsfrr&#10;em2jdrYXYuXXddKtMqxlgJdDtLRiwqNT0oDT/CJJsJraygkvmQCVxrY/0j3fnn59EZ+Ku+fl98K+&#10;+Mz13s3ZWPzNZsTe2RpI6XIbw2zgxlMbtre+3sJDAk1VHX08UFbU7WjUSJ5CC9/VbmnD5p9QdRQ4&#10;TObZbH02U/vPkMji8TO6ZGNqDceZj3FjcdkUQVSGR6RmDDy6Izf1afxG9u1xYX/jgFERgTUAVUEm&#10;lBUCvyJ+0jJL4N9jvbt4hkE0/acHh19A74Tdwdmd09Q7H3d2JiqfbWfrdpbbyGYxNJkKHOQU1XU7&#10;c2vkchRpkqWipIqsRVeRmjEqKobRqHDWGpz8sM3HhN/UHXjV00UfV2Om2RUt9vJpqKrb+XyELz8I&#10;0ZLH6BZZVt9GPuevbrbJHttx3SQiRLuYypwqiOFonGuOJJFa8ehv4qSpaRaiRHGF4eh4/sz0eBSG&#10;AYfRgCP9Yi49q/F04rPjVmsTDWGtrd17i2zn6CJ1WMLj6OCqhqUZi4VG1OLByr/0HssuHm/rvC2g&#10;IkQdSK8SagE+WD+XRzFaTTbe6RSdzspHw8P9Xr137ti+BtYuyfjRkslU4oY6p27WbdxuLdXkm+8p&#10;8rX5VKxyVSRIdDTFf7d/6j2MLZ5jzEIZpw1dbFvMHStB8+Py6ZvrSZbFIpnoBw+fw9BR2HiZdw5n&#10;a23nAbGZGnz8+QQlba8dHjp6Fgh0u7CdieGGm1+fxaLs/cGGl66yFZW0qeeY0JelvOVXx5WeMASK&#10;vN1UN9OPp7y/9tZt5mujbx3jfSEr/Bntk9PKvqePUGc92VxBc2wtZiqd3p6R0+3hwz1Sr8m+td2T&#10;/KLqt9vVctNSYqm3+kuVUUupjXbQwrQl6eplA1iRXj/xBv7Sxy23nWSRMbHKfTe5qweTo/1P495R&#10;3+xQiRyl8IkH4aL9vn0HRHbW0KW8l5plH9EH+l6f6v59KKm2z2pFLSxTboqkUGbURDhmH6NYLFW4&#10;s3H+9f4NNXktvsjWxMIKgEASVJK3/IOkfW3sHz7CddG3Zj5fAM/8a69Z3MSyAS7gx/2vQj4jCdiQ&#10;SRFtx1UgZjqaSLFqGABuLJcWOrn2lKzIbfCAfwqIE2H66kGwuLWAP/FfYZ3O0+nlkgEms/xdH6XC&#10;tKngXGqPPQv4HC76LeSXclTZfUEEONdfqDcm4B9P+8f63tA5Ku2+CWOKg/UVJ11P15vza3I9gy8h&#10;oWB4f6h/q86/Lo+tpKlRq6HXCY3dYjUNn6piEVl/ZoRe1rXt9bG/P59oHK5XAq9hi4gpJsDJU3uf&#10;J9ONN7H2GbyzLszxr+H/AGf9X+qhpHIwBoc9CxhMfnhEony8rsCpuYaTm6pcfW/JH+3/AN5DzJ5P&#10;b4lJ/hkX159dTwSZDf6f0P449hy8hmYAKel6ShtIJHDpf0NNkEQCaudj/jFCDbgfgcc+w+zWTwXl&#10;QJjIReMMRrqOTrccXX6g/wCx9h27t5VerntB4/6v9X+VbFLoqPw16f6eOcJ6pmc/1IQfgECy29oT&#10;cGYwNNFCRiYC7xhmvJVXNy4JGpWJNx/vPsueAkduDXy/2OnDPCAKYPUpVkF9T35NvSo4/B49oXM5&#10;vCrjoJKfFRRyOFLMslRe5e1rsnNwP9h7utuFOQafPrxMYHw9cwCL3Yn+gsBb/bDn2nGzmNXHSTDG&#10;Qie8f7nlmuCZNJOnTY+n226MDQNX7Sf8/Wv0XGY+u/bPR5+jkpKyWTGxySIafwv5pQUJdg/AQBrg&#10;f63vccXHWat1QiEE6I+ve8NDnqMmRpsbE+nTa9RMPqX+to/969v+Gv8ACK/Z1tTG34Ove4lNnaSW&#10;qhSXHxsjPYxiWYKbA3W2kN+Px7cCMQdNSB1bUBnT1730uboTVaP4bG0eu2gySmwubH6Hnj/b+6EN&#10;TBz1rUhPDr3vjV57HrKFWgijXgWV5Tcc/wC0ci39fdAjgnu63qUE0HXvfdVnMcviC0KgmCNmHkms&#10;XIa5sUBHqHtyh9evFlHl5de98qvM42OKlKUMas8cLNZ5zcujFmI0fkj3qlKkt29WWSFaNInbTr3v&#10;hFnsZ9o7GhiLidVDa5RZdH6b6Av19+IJ8uvNLalTW3H7Sf5de9zKTPYs007GgjLpIAhD1FlUrf6+&#10;MrbV71pDCvl0mD20inSgJ6975UGfxUksomoI5AL2BeoA4QkfpQXGoe7KjfgHWwIRgRjr3vjQ7hxs&#10;tSimijkFpDpLzBW9DHkhFKj/AFvp7sFc9q1PXkECtUx1Xr3uMdxU5kI+xT/gvmfjj6/oHA9+8OSl&#10;a4/1fPq3iW1NXhLT8+ve89fnaKKaULjo1VBHoQTTcF0W/JB/Ptzw5kZGBH7D/sdXMlsMpCAP9tXr&#10;3vLX52gjkAixUEYKITaeZvUUBP6tX1PvQjcihf8Aw/5urme1/wB8/wDHv83XvfcudoBS08gxUOpp&#10;3Vj5pgdAXgfptb3QW8hCjVx/Ph/q+fTbPAUACd32/wCx173Khz2OFEZBiIvJ5nXyfcTngRiygabG&#10;3t02s38X8+m/0tJHhDr3vugz+KdqoyYiFilPNJGWqJxokTQYydKXsNXvxtp/IivWtUIBrGvXvc2k&#10;zuOmkbXiYCvgkdV89R9QRZv839Rf3cLdEahNgf6U/wCx1sTW+mvhDr3vLDuDGCQLJh4GBdRxUVAu&#10;CRYDg/n6/X2oDXqq5WZq/YOq+La8PD/49173Ll3BikqvGMNCqa7W+4nBI/r9Lf7bj2z4m5+c7fy6&#10;u0lqCf0v8PXveabcWHSYqMJAFuRb7mp/oD+U/qfbtb//AJS3/l14yW1f7Ifz697zNuLD/bwuMNEG&#10;cNqY1FRc2cfT0f6n36R9x/DdMR/tR1cvailE/wAPXVj/AFP+tx/xT3KO4cMsEDrhobny6z56jmzW&#10;BOpLH2lka/UUa4Ir6aetGS0AB8P/AA9esb3ubf0sP+KX9849w4KXyMuJS0aLx5qrgsSODoJ/Htz/&#10;AB/yb/B/n6vrsSe23FP9t16x/qf9ew/4p7y0+5MC8c9sRAWCE28tV6TYepdS2P8Ar8e2n+vIjje4&#10;bUOGV/1f6vM9b17cceAK/a3XrH+p/wBsP+KD3Ig3Lg2eFDg4DdlDMZ6q5HALf5slbj/b+/V3qp8O&#10;5Y/7z0341qGOm3xX166sefUf8OF4/wB498k3NhHLg4On4neMf5RU8LrsBfx/kcf1921brj/Gn/4x&#10;/q/Z17xrbt/S69Zvw3+8A3Pvn/efDKzqcHAQoIAM9SbWNh/uvgD3UR7mQ1Jnp/tenBLZiv6P+r9n&#10;XrN/qj/th/vHuQ25sIviJwVPZolYjzVHN15uRH/X3Twt0/5Smr+X+fr3iWf++v5t/n69Y/6o/wC2&#10;H9f9b+nuYNxbftG38Dp/3FVreaccED6EKfdl/fCnQblqD7Oql7SprF/x7r1m/wBX/sdI9z49w7aa&#10;OVlwlOhDxhT5qm4Vif6A2F/9f3oNvPaDdNT8uveJZn/Qf+Pf5uuOl+P3Dx/tIHtzi3JtYI2rEU4Z&#10;NI5krDYsedOlCTYH/C/tlod4dmJuWqf9L/xXVSLcqSI8/n11ok4/cJ/rwPxe31/r7cKLcm05HCth&#10;4D9fq1b+L86vHzz70ycwj/iY/wCxemKxDiP8PXF45T+mVv8AbLxYj8W/w98o9zbWNSqDEQAHgjyV&#10;3+oJ+hjtwPdAu5sayyuzmn8PVQ8Ncp10YpSLCZhzf9K/1v8A09yYdy7UdrNiac8n/dlcLfUA8x88&#10;+3UG5kH9dg/2L/k/zdUDJ/Dnri0MvOmU8/1A/wAP6+5Z3FtoSFUxMCDSCAGq+PySbJYj8+1gk3MM&#10;FMzav9r0oR7SnfFVvz6xinmt/nWJvzcJ9P8AbE/T3MfcO3B4gMVCWJQEiSqs2r+ll4vb6+10KX5o&#10;ZJm1fOmP9X2daZrPtPgr/wAa/wBjrGaaf12na3NvSnFv+KH25Rbj2qqRFsTAzGdQ37laToNiUHoP&#10;BA9ro4N1aKiXDaf9r/q/1Z4dJm8BmqIxTqM9JV6mtVSKPGbWSKwf6Bz9L/63tZ4nM7cMJmpsXBDq&#10;kIUpJV+lmSJl/ULfW3+29tSw7gnZNOzEj+j/AIadPIycAM9NNVR5B2VTWuQAL3ih9Qu1/wBJv9Pa&#10;3hy2LhphKaJLmLSbPKBygA/sn/U+9WiXUrlBIPDp/wAa/wBX+Hr0zBYSw+KvSbqsdWyTaRVyC02q&#10;+mH9Ie/+qFzz/t/b/h8xift1lSiiRdAd1Dz+ptF+brzcf09uRWu4SXbI0raKNnt/1f6vn0mmkhS1&#10;WSn6p/F0n83jMgWK/eOzmRVjJSMaULC4AB/B/r7yrmaWtqIDDCEjeWJSo8hBBYXPrUWsv+9+3E8W&#10;x3GL6ttahzo/4tR/h6cUi6taRt3aD+37esEuGqIMbVIZW8y00pdyI7gqrW41H6k+7LetMbHX7WWF&#10;G8fiFIHjPKuZKytZTqYt+m34HsGfe63OHdtm5cluLcNKiT93dkeNbf6T+Gn+DoB+0Ox32z8x7+8U&#10;+mAtHT4fKN+P+9D/ACdUwdc7mzGA+U+5x5r0uXkUq+uFZFak2PWQgtGIJmWzTmxbT9fz7OzuCuUV&#10;+ARKlpaep/ii1cZseYBH4yCNZHB/p/vPvHP2k25Ybe/vfpRHexeGYmz26xKG9K/t8xmg6EPudamS&#10;wnntjSZx3t/FpMYUfM+n/F9UL/PFqnObF7XxDSNKsY2d9/IQNVaVze1qmnJQSaVMMcAH6fqL/n2l&#10;8gGFHP8AZA03F1a1jq80epbWPpC/4+5Xv7j6i+szujePkila40f4a/Ly6Dl88lry7ZuTR+7j/pjT&#10;/V5f4Cl/GrEU+JqWUSsgmEZqYnUr5Y4myLx62Ql7eo2vf63ufZJOxpUj3BhKWVBI1ZWvFpJdRqjp&#10;RIxuLi50+865tyA5F2+zsH02zahp/wBP+zHQS5btoJN1nvJotU7Be78z9np1eT8FaTJ1PWvZWZmq&#10;5Kf+7mLFf5lEMjEPm62FWKN67rHHb9J+n+w9lF3JuHGSZ3IpPjIpJ4TJCZDLUA2imdVQ6YwBYf4+&#10;442A3t0lwtxIZFVm0/D9lPn1KE30bXMKyRhvh6vr2nsvKUG0dunG5yeipqqClrHgWmpWBeppYZpJ&#10;LyyMfWWv79gsjgsjU+N8VCNKLpPlqDZtSIODpty39PZ1dG40FncVp+3I/wBX8vU9JGMH1pjh+HR/&#10;z9x/yf6q9Q904XduGoBNTbjqm1TSGRTTY8XjMUspGqzH6J/sfaiqBj0YxinVEBbSLyELwwB+pJIX&#10;2XbIHu7iYXJ1ReJn8nX0/wAPz6MkijVNXh46Sb/xtIKeeOukapaCLW2mBdRKajcFQo1OP949oTcu&#10;MxlZRVBZQpVZLMqyGw8cpAI1C4ux+vsv5kSFXZI0Cr/sv6/6vLqts6rd9vadP/P3Qw9d5fPUlVSp&#10;LI06yeIOsjRKSWejQm6J+Qv1v7Kvn8DQCeVVqzHcO2oQk2YMfx5Pz7jbcGmEhIeqYx0MbKONqEgn&#10;/V/q9Ojc46rmmgRmh0ngEawbCwN76R/yP2Ce7tkRVsSvDk5C3jfUpgRddz+S0osBf2RXEr+C6luP&#10;zr0rcJGaxtUnp7jlLGxXTzbg3/1h9B7LRndi1qyyLA4mcNY63p478qPqZeSbfX2HbqFJA7PGaYPn&#10;joxtQ+nj6dZvaPq9lbiEQvRQFRciQ11HqUkrf0iX8/T2E7ldMjRoxUt8uqyxsX0+Z697TFZtnKwo&#10;pkp0BtyRNTte5W3Kyn6E+21jf8ePyPTCwy/jAH2de9petxtVEWuh0qBwLHnSPzbi3tT4EiozRx6p&#10;Om5UdUYj4uve2qSFh9UYcc8N/gOP9t7ReFPUpJFo/wBt/wAV0WlD6de9tkn7ZJ9bHm6kG5PP1NiB&#10;x9PezaNKpRbkiTyx01MjsjhDpNMde95aDA5DNF3xsRqUOqNgzrE6TXXVHpdlNlLCzfQ39smZY7aV&#10;WHehPf8AZ/q/wdMO1ESJRVyw7v8AV/q4de9xq7B1+JDyV8ZS1Q9EsYdHYS2YiXUjPb/NkfTT7urR&#10;w2cFzMocOwH+9Lq/D/n6XXtv9JaWs0g7pCg/3pa8Ove20ozAFQVYcn9JNvz+of7f3s3lv5QLT/bf&#10;5+kGv59e98PGX4MYYj6ksBf6cEcEi497S8gUUKD/AI117xDwr173haH9y9vFwQNN3/It+Dx7sJrN&#10;v+JDf7wR/l61VfXPXvfUkT6gEOsD9QIUD+v9r6290E9r/v4/7y3WgwwQeve+UVo24YMpJFrEfhuf&#10;r/Q2t7ebSfw56uwU0oueve3K/kA8ahT/AFAuBbjkkC4PHto+EqtqSp6aYIPLr3voD639X4te3HJ/&#10;2H+w/Hty3kkJUVx1oM1Ove+QjYn/ADZ5/wBquP8AEk+xDE0edbDp1WHm1f5de9yBqvY8H6f42t+n&#10;8G3+v7p/wr+f8+meve+f+88cf8jPtzpLWpqTnr3vs82B/wCCj63/AD78M1zQ9VJ9CK9e9+SzHn6f&#10;T+oJ44PJNr+/V7fn16p01/F173IuP035+v0/HtpgwoxHVDqPceve86/oF/qLXP1+p/oB7qSNXy6q&#10;eJp173Ef6qGAF9Whvr9AdXA/w9+mA8H/AFenSyJVKgkZ697ccJ4Pv4ZJgPtgXDmxJP7MumwFm/Xb&#10;/Yew0dTLTpTHWQgE9nXvalgpqeUV8yVbSzUCQSRpJEI/KahipXUxFtK2+gPszsqLcSgjGMdOaFZZ&#10;4ye1AMde95d+rJDuhdAGuooMaiD02idaFGZrm9yb/n25bES3TK69gH7c/wCbpuOISC4EgwVH+H/N&#10;172cnqVlHVGT9PqEeTBNuC2iEW4/AI9zLymfDjAU8T0CGYm8lUtmp/wjrBILyQ8/Rr/7w3+9+yd7&#10;ne+brQRf/KagWvf6VE/1A+g9pOZ8XKAnBP8A0EOjEDUnHrP7YAqgfTnVq+h/3i/+t7KJfhh/0i9b&#10;Pl173y4/33+9+6da697k0YHmH+sfxf8AJF/a/b3cOE/CX61U1AHXvbuVDfUXvxf6c/4/737HCMoh&#10;cU7z/g624UqxIz1731p1IpP+1C2m9+ePzyOPadcPJ6Y6RBRVgDjr3vrx/wBW5+n6fzfjkG319udW&#10;p1735UUXB0sLAqfpp5A5vf3rr3XveUAD6fn/AF/+J5/PtUEjYBgvW6de9+0j+g/33+HuxjjxRfLr&#10;3Xvff/Iv9h/T3sIq8F639nXvcylAWeAgWZXjP+sQRYW/r7pKzGOWhNCv+GvVJcowNaHr3uxGukYd&#10;ddVuD62l2Hcj8scOSf8Ab+xPsKk7PIoI0iRv+OJ0GdqRWfe0J7Veb/CvSbp+cvXXvzR1N/8AW+6A&#10;FuR/T3xy5LVuWDkN/v0czICxBP8AaAPHPAHu0iK1zG/n9OR/I9btu9o6fhcD/D04J6YYwOP8shBt&#10;/rp/xPsPcgFHTUKkHQZsWW/oWCML88H3RiwtGUD8Y/y/5ul1rm/vVp3VPWWw/iKm/P2sgA/wLxX9&#10;lJrSfuZEAF1cEf4G4JFuPrb2X3yr9HbMOND0bxf7gp9vU/23yKSzL/io/wCQeD/X2V6hTV14MKau&#10;ve+OhP8Aebfn+tr/AOv/AI/191q3oOq1f+Ede9//06S6n0nTcHn68fU6SLG/9PcP/qHPhn9h/wA3&#10;UttIf4et/j21PESb34+g5/w9V7gD/H+nuus5FO/qviGnDu697dOu0t2lsAC9zn4Tbkc+CexP+xHs&#10;ztgF+sHkI+lGztXcLvV/vsdRqz/gHVf9Q0//AFqb2o+1007krCB/bkP+2mqf9Y8H2lsxUv8A6Y/4&#10;ei6Ba3ExP+/GH/Gj1mi/zcf/AARP+hR7BuYAqx4/U3+w4v8ATm1wP8PbDjRJQ+R6ek7ZBXiB/n65&#10;+2acqAb8MCf9j+rm/wBOD7UxR6sn4P8AV/Lq37NNOve2+a7L/jck8CxDX5F/+R+2ziSQeR6bA0sw&#10;9c9e9tE8Y/2I+v8Ahctx9L/n25HxPT8PxH7Ove2moj5bULj8WN/yCfoeefalWAVQrZ6VrTw1Cde9&#10;wHjBB/N7c/Q34/AP59+6ap69e9wtLWtpuPpfjj/ePrf3vwk/j/1ft6toHm/+r9vXvcSohXUob88f&#10;1/1P+NvfoydDaf8AVx6qBiT/AFevXvbRLGqq1hZbfj6f61voOPdJf7Ufb/m6ZmFGX/V6de9iz1Eg&#10;Me/Lj/mF0/Jtb76If7e49op+CZzXpHDwmOry/bnr3sGs4h+/q7L/ALvn/A/46S/4/Uf8T7djGBXj&#10;0iSpBJOa9e9pKopSSx5+jP8A46ubH9Q+p9vA9bI697ZJqZrMDfgn8f4nj9X59vRtnp2E9zA9e9tr&#10;00gva/B5/T/Qkfqb8+3hIvr1fxU/i697itHx6j6vrYMB+f8ADn6f7z7qZKVNOzprxv6P6fD/AFeX&#10;XveBoxblb/T/AHq39efbBNcA56SNUggHr3tnkgLFlHF7ckjm1j/qh9Le7BqcG68QfTr3uA8VpY3d&#10;Lqmv82/UAPoGHt9JyKHqpGQeve33eFG1XmZpYVCftU17sDf/ACWEWOtlsQR7XWl14ZozV1f6uHTr&#10;gs5oMnr3tFyY2tHGkkf11w3+n9fJ9fZlFexEal+H/V6dUETMO0Y697xrh66/oFw36xqiHp/xJk+l&#10;x+Oferm4R0FDivVJoWWgB/1ft6977bbGUKhlg0BpCqny0zXJ5B5nFvr7T6wSxJ8umxGzFj8uve40&#10;m08x/bh0uCWD+SkN4+dKgCpsLtz/AF96DA8OHTPgueHXvbFU7frafy/cMUXUy3PiNiQTxpmJ/r72&#10;HGKDpoxMK1OOve8ENJQwY+qp564xmScObU0sn+69J/Q1hx/j9fb0bsZQ1M068tEVhqpX5de9piXH&#10;7YUhZs0UI9RH8Mrz+b+kxsP6+1gMhHw/4Ok5WHgZP5Hr3vCItrIWWPME8W1HG1/9LHgm9h73WSvw&#10;9e/QGRL/ACPXvfUlFthKWmnfIeVpRISDR16X0SaL8ORb/invau4J7f8AB1tPp1AZmrX5Hr3tolqd&#10;tRWVaVapz9FMldDqsR+SpC2HP+w9vqHIqeHV9duVNFr+3r3uJDncHSziRduRyFPUL5OrTm35/bb8&#10;f7b3fw2Iw5p02JooqUhz9p/zde94Dm8G7l22uigtcn+L1h0gnngRgHj3bwTQL4pr9nVDJGVobbH+&#10;mPXvfabiooZoJ6DCrRSQyqyTLXzTkOvKtoliKm3BsQfdwhFe7NPTq8V0EYGKKnzr/nHXvY14/wCS&#10;3dsk2IxFLvapgxFHDj6Gnohh9tusdPTmOliiWWTDCobTTALcsTxe9+fdDHHQHT3V+f8Aq49KVu72&#10;WeECbsqBwHr60r172y03ZXY2V3ijV+dlrfPnFicPR4eK4kyq6v8AN0cY/wB2t9P6+7uq0DEdwHS2&#10;J7troGSWqhvQevXvY4bOz+eTeq+WuZG/jIjMXgpPWDX09xrWJrX+l/ZdclVC6T6VP+r/AFf4Ojq3&#10;DJcQkN+Nf83Xvd0vx7yOQmapklLHTLpAJpyf8zD/AEjBsDz9B7ZtrY3mkqP8OPX+XQuuZjCjEDHT&#10;XlxGaN/J+n/Y/wDEEH3YFt/KVBSnLKR6k+rRn8k3H7ZsP8Px7PV5PlkSpStfT/ov/D/g6Dc1wXNX&#10;bJ6Lfuh6RJKnTIBaNwfS9+QBa5tz9PZ4tlTtWYai9OnUDc6g3PnnJH4+mn2GZuU5IjJLxIP2cfP4&#10;vPpdbbqgap9P8n+l6qG703tSbf3ll6dpLiMfTRItwuPoShOmnqCf85/h7NzhlYGgVPov3BIP4DBv&#10;odRsD/hx9bezvbLTwFlaavpX838qeXl5/wAXzRbjuocsNX+r/ef9X29adPzg3tRbhoOyEkciSRtq&#10;/bDTK1/FNtNpW1LTwgk6D+oWP459igG9ZFj+LEc34HH1+v8AxT2h01VXrx6K1Oqpp1QtMq/aU41D&#10;0STagbgnVIQp+nAW1j/r+48p9em9r3/x+h4v9L839ld9ExCyKKv/AKvXoEczyPbKJQcg/wCr/D0I&#10;OxkWoStp2Ng0UCi1xf1OzcKwN7Dnm1/6++A/QurgBtK8n9fLHkEcgEfX/Yey6FFuDLrPfSp+zgP8&#10;v+Xy6ijetwfbZlmibuYfD5eR4kHj/LoZMDhV3DQfbSQgCknldq7WGZI9SxgfbrLCf2jbkE6v9f3I&#10;3A9E+0M8mUrfBjFxGRjqVMEkoEH2Z8zHw2qm/av+m5/p7hfnyweO6jnWMmTUCPl8f+1/kP29FGzb&#10;20l5GxbU7tX09D6fPq6j+UxmcrivkD1zt/aG0Y6vcqbpwH22Q/j1LTvV6s9tyKnj+2yWukg/ehDh&#10;y9gR6vT7Czo7sXKVe3t04+G28sBhMznosdO5ptvmkpsfT0ENHhxGaFaucUlG5Amcvr8tzdh7iuWZ&#10;bC5Uy1RpOK5YElstWppXSOFCKdZO2G2vvW12kS4ZoR+3QFP8P8XWxJ/Mf+Buxu1d/dU76pdx/wCg&#10;vuXM7f2HRZbNU2EyHYslR97kt45SryDUrblx+3BJJufJeXxpGtmpdIIikt7Iz8xN09cZLJ0kmF2v&#10;FDmMBHHvDdrLk83IaJ8LV56XPMTVwinqzTyBTen16/8AdcbfT2V3i3N9LMHY+C5onw8Ce3+Gnxef&#10;5kdU2fku52+8Z58oGqOAoAR/TJx+fVwf8tnqnvDqDpOn2x3F21L2fRUFVT4fYGVm2ZtfabSbLpdq&#10;7Mx22XFHtzJZSZQy46oktWSGqHm0ysdCk6yvaW1Nv98dtbzlr8FHJh8rvfKVmDDZCrAyNJUZN3oa&#10;g+ObFVNGJxVEaZQrL+R7k3ZbzceUNqs3imLS+CK4RaFhw4OD+XUlWe0rMVEkVUBFM8c4/EOPz6sm&#10;QaUVTyVVRf8A1gB+fdi3Uv8AL92Fuul672lsnr2HG1opMdlN8Vy7kydU3kxtfCa1DBld3U8EnmoH&#10;+tLJYX9ILD2m23cN/wCaL+4llY99QgqgrUeopTPr0Irr6LbIY08HSRxyfL9v8ugM+QHyH6v+MnW2&#10;4+1+39yHbm0MEYY5K7+D7gzB+6qlWGhpBS7Zwudyf+V1no1indUvdiF93+Y3oPpTD7EoussdsOkf&#10;F4imjhgQ5nccej7aWarVw0uXMzeOaS9mmYGwH049y7tftTzXYQbZvNxcnxJxwpEeLgUw7cfkAa1+&#10;3qA+duf3h3CW3tmpEPhwc/CfxR+X29aW+7/583c2Z7v3P2Vt/tufaXVtPkoKTB45NlbdzceQoarD&#10;w41QZK3q2DPUYFbTN/nadnOq/pFj7JxvfbeA2tUR7ewdhNB5BXQ6KsEFxTVlPeSpmmjY6J2/Q5H4&#10;PNvebnt9sMm2W1tLI3+MIDXh/wAMXjqPlwp+foI05h3Pc9wMU5SkfdQ1XPCvz/y9Xd/HXv3fHyK2&#10;/Wdt7vxzUe1M/wDaVGyKv73F1XmpoJsphsz/AJNjsTiMlAUrsXGP8qpomN9Ufp1MwY6poYpCh1XC&#10;2J4+jW+jfi59ytdS2+4SvPNKFlfj2/4KedOkTWkM0x+qT9f8X+pfl0aFBE8lKhXTHEZvSCXADpc3&#10;NrH1D2yS1MgLhm5a1raGvb83EY5H+PtO23Wcn+jZPloP+cjpe21WaLqMX/H/APoPpY0ociHxx2VC&#10;92ZytixFxp13+p9smQ1Mf3BY3Labg/gfkA/U/wC9e0N5tcKorRmsf+rPxDj/AKjw6ctWjtyBGumP&#10;/V9n+DpYYOoIVir6/ousrpP5+gYc6f8AifaDycd78X9Zvf8AwDH63/HuP93tViBrx8v9X7P9joTW&#10;k2AB5f6v9joZsFUXVRqBHjH0H+K3+oI/P+t7DnLRkFtQFhcDkXt6/wDbAf7x7DbaFVgPir+X/F9H&#10;0Eo0j11dCljGDBCDa6C/B/ot/wDC5ufaBysJAW1uQPz9btI39frx7J71k1knj/L/AIqlOlyPkN0q&#10;aY3H5Fv9hYiwB+lrD2gczG6TJYfWO978g63txf8AoPZBcW6XMhcp8J8v9VOPS1CHA6doG9Lf64/2&#10;PA/1z+faH3DR+WKE6QCEAJuLA3YjjWvtg2QUHQD/AKv9X+z05Wi08h1IU3v/AK9v6e0PmaO+Oibh&#10;dGgfg2Ib6/qt+fZbNbRx6Y2BH+r869aZ1A0gkKeu/aZamAxctnP+6h+ni/lH0u39PadrUE44/s/z&#10;9PeKNPDPXvbPR07JR1ZV7D9i/H1/cb8kn6e2AqIQKV694i1ArWvXvcOnjdtfqP8AZvYDi+r8X+vH&#10;uyp8YPwnq6NTVjr3uPQqDVwa3NhI1hb6ABv6f4e3o0B1Ux/q/wAHVGf4ajr3viIk+9sJL+r66fzc&#10;n6G9r29sOugd0fl0z4xD9wx173jqIlE7gPc6eOOPqeP9gB/vHuqrg0WvVTM9Tgf6vz69751iG8Pp&#10;/wCUaK/P9Qf+K+7aYs4/w9OmVMd3XvfdWo8dKpU808DfX6DSw/r+P8fbRj14VqDpsu8oCgUFM9e9&#10;41Q/YuRwPuh+bcaPx/t/do4SDpA7j0y0bhWFPPr3vnS8UlQBcnzKLcgcKwP1+g49rI7arivVY1YG&#10;p9eve8dGjieSw+ok+pA48Z5H1PII9v8Agj+A/wA+nlkevHr3v1ELVcSEaRaT+hJ9BP6QSR7qYyla&#10;V1H16qWdqivHr3vGoiBurCx44U/0ABB/x92q2nToz616Y0vxqeve5teYzUyi/GlPweboASPp70uo&#10;AY6uddSK9e9yK8h5f1X/AG4+NJ/K/wCv70NQzoH+r8+tlHU1p173jdz9nT3NwJ25sByQB/h78gKs&#10;Sykjr1JFoaZ697kLp/h19Z/4ESn6cE6OBcj27ri9P8PWvEanDr3vvHrY1RDEKKWc8qLf2D78HiqF&#10;0Y/1f6uHXvEahHl173NoZGMjaXA/yd/qB+Cv5IH5PtRGIv8ARK1/l/n6ovnk9e99R381y30mB+n4&#10;BAtx/vuPa2NYGAKqNP8Aq/Pq4A697k1Emqrszn9fIsB/gPxYWHt36eJVoFH+HrzDNAc9e956g2nY&#10;FzcMfov+A/P+t/vXvfgRfwj9g62RQ9e98ZJIxTQc/h/7LX4def039vGHHDpzQ1Bjr3uY8iGCnsy/&#10;7tP0sANY/OkH2ke2grQx/tr1XTgY6975wPZagAf2V/I+lz/rf0968CL+D+Z/z9eAGR173kpyBHUs&#10;ACxTkfX8m3AuePfvAi/g/mf8/XgB6de98qSQGeIEkHWAQBf1f7EG3taHh7f9L/q/yf6uOwa9e95Y&#10;nBqClrFqkgXX6HWvB4ub/wC8e9eJF8VTp48cf4OHWgD/ABf4Ove805C1BUH8m4AP01kfgf1PvYdD&#10;8QFPzH+U9eo38X8uve5VSU004DH/ADKfg/km34P1HugcE5AH+9f5D1X9SvDr3vPoAEI13ui/2fpp&#10;v/T/AF/bZmhTVqXFfRunD5de9yjGgppSjG5dBbSfz9f1X91EkI4uK/aP8/XhhTVqnr3vJFzBILXY&#10;EA25P6uPpe309viSNhUHB/03+fqwZqUrjr3vNRqWkHH1J/I5sGP1P14HuhdATwr1ovnJz173KpYd&#10;U8d1JBPNzwfQfoQbfX2w2lmBU5HTOvuHdnr3vLAvJsPVdiObDkte9/6+3BQceHVlduve3FG/ymRS&#10;o4RSOb/6k/kfXn2qW3ikCuK0Pr1o6mYGuOve3acqrU5K2u6C5Y/m/wCLf4e1kFohJUcadIDU8OPW&#10;LWfVbm1/oB+B/vPubGokKggWcgA2P1PH0IN/r7NbcwQDwiMj/N/q4Z62zeFG5Px/7HWE3I4uD/r/&#10;AOP5N+LD2Ju3aUPjSg/VDOCSLm5SGEG/PPPvd/AksYkiyeH/AB75/s/w9Jre9JlApnV/q8umiqm8&#10;dQmr9LoeP8SxHHp/x9ruJZDRnj+yHXnTYBeLf7E/4eyPbo0juNDjOf8AAtOjLcLgLaoPPH+Bumeo&#10;ZfMp+nqCnjUCSxv9f+C+3akWR8eg4UtGQLabniw+n0HPsX7TZxPePRc49DWv+2/lw6C+6bg0NklO&#10;NR/q4fLpgrpFWrvyyq/N9dlswY3Fvrcf7f264pv4bSU083oaKH/OXNwxY6G0qGvoNvwefaLf9ttE&#10;3Hb4XHFj6/xL/S6psV/PcRnw/wCzUN6fwn5dQKxpK+TIQQWZZHUGM6QGUoQ63cLbWpP5FvZ0er+w&#10;91U+08fUVlW2UgyKF8cxShoz46epq4qg2io2Yetx/nADxxcH2ee6ftdb8wcqbXdXCakCtpPCg8eM&#10;twlXjo+VP8IE2jnmTbeY9xtoTSQMurj/AL6NKdjeXp+fVW3YvTXWuF7wzGe2lj4Np52ifTvOaNsz&#10;lzkKms21T0uC8i5CvlpkFPRVEigUyupEnr0sL+z89eZioz8dHWzMagQGfwORCpOo10UxKuYf+OFh&#10;wbke8SeY9ptOWbSO1s+zxQ2qhf8AiRlHaHpTX8sE9Dz953O5bPvE97x/T0j7ZArfCq/wnrX2+Yu1&#10;YqPMdgYmqKRVEo2sauiIWVIBBR7bnjIneq8cxkibVZZPSeXHsV6alFRSTqyXF3CH6AXqACLm31AH&#10;5B9gfe75opduZZKMRU+vwV4D5k/L5dX3NPqdjtggP4v+Pf5K/wCToj3X9PBiNxbilgiJTHx4wiys&#10;BdxPe7OJwCUYc+o/63skfceOjp8rtiuWymiy1RM7Dm6mi0A/rP5f+h95kcsbwt3yuhZ+4VFM/wAV&#10;MHT6Djnov2fZJLe5kJHa6jHpx4d37f8AD1cP/LuzGWqaf5AbKrI/JTZfZm146BLwqFkqcnkppltE&#10;in9Nv1SoPdc+flJzGTYOGeSsqze3Gg1EzC9wB9f9Y+xNyqsbQzylTTuPz8v55P8Aqr0tvdSbki/J&#10;etmrCQeLb2BgKaEgxmNQLe/rWjgQgWJNgB/iPbjtuVRWwaG5Zowwt+TJGSebj6j2qvQfDl+df8PT&#10;sIZb+r/wf8/dMm7Yi+LqRKgKpFMU9X10wTaRwQb2PtZ1Mju8+o/o8gH0txqBvYD63v8A4e0HLcSi&#10;5uATxLH/AI2vQgEimPjjoPJI444Md40F5Eoww5+jRXsCST/Z4/J9onNSsKeoRePRIS1r39MgsNQ/&#10;J9puYYh47HV2kfnxbovikUXJPrj9rdCjtCNfJSuyksHiAUtYC325uSpNzb2WfdTsaxwXIOiQj0/1&#10;Z+b24Btx7jDcbfLAGtB/q/1enQwsZTpHdXt6MxirfbJZbX0/n/AD6cfX2FWXqX+1OltUgQmwGkDk&#10;A/VbG2r/AF/YdntkWH8/2/n0qaXKgdPirYnj/W+l/wDePz7LpuWeYMzqLcqCdS2BJjtwQAb39lFz&#10;EfDYjjx/z9GdrKwjx5Drn7DmpyFTpKsxBI406LixU/UIPYVFukV2rn4f9j/VX+XXg5aZfX/Y697Z&#10;zl6uEIUkJ+o5EfJJ+vqjPPq/w97lZVUg8SD0/wCLRgtDXr3vs7nySuxE5VQUJOiE24+lvA39faMX&#10;JaRYrZtM7fD/AKm+VetPKa9h/V8uve4Eu6qmaN/uHaYc/VVS3Nh+mAH9P+sfbkiTr/uW+r/V/RP/&#10;ABXTJU0oz1/Lr3tqfJ0FRGBNSaxI/JMs4BB/qUQDn+n+HtFc3e3QRSvFBS7C9vxfF/g69qgjAk8P&#10;uA9evexN6l3VgttZ5NGGEktYFpKGM1tUpXJTVdGYaoMYagMQ0f6XsnPJ9lu6tAm2GwqPr7pWC4bj&#10;KpUf0fi9Cv8Atemdygjthb34XtYqR9pqf9WOve5HclJPJuWCXOUwpzmcbFXU6+WOa1LkK7JtC96W&#10;9+S3B0vxyBx7SbFt00VvHt24Lp8NxIvw5VVVR8Lj0bi32HpRcyfvazgDLQRUb/eR/tfU9dAg/Q3s&#10;bH/XH49g2u18FUvLF/GTQOusaRjqioFlNgLiYD82/wBh7FjWVmKELX82/wBjop8GOuH/AJHrv3xm&#10;2VjJIj9lljWupsSaGaD6XsSZagKOOffhZ2uQq1fh+L4v96619OhHa9T9n+z173ipti5M3NPF5zcH&#10;mSniFzzxrq7fT2kO339dRtBT/Tr/AIdXWvpZPIV/1fb1723VuxtxF+MULC4B+/ouDZCePuvfht16&#10;M/SDT/p1/wAOrqhtZv4P5jr3tmOGytOLvRDSef8AgXTkfj8rKf8AVe9mxOmmo/sH/QVOmWUpxU/y&#10;/wA/XveCRJYuJF8dh9Lq39OfT/W49pf3ZN6/6v29Jyvqeve+DagR6P6erVweP8fb/h+CFAGOrCg4&#10;8Ove+ZsPzbi/0va39bfX254jjFAOt6f2de9yFZTYD8D8X/P/ABA9q0apUUxnqjcD216975EXH+v/&#10;AEtx7fr0nb4jnr3vpR/twbD/AIp/r39+B+IfZ1QfE35de95GUqObX/1x/j/S31t7rhh1vDDPXveQ&#10;EXFvySfr/h/sT7pmhB9emzWjV9eve8tv97/2P5/4p7p1Xr3vDKOULi6ANpA5+oI5sdX6vdLjES5/&#10;1Y6WwjSqEt173yp1WN5Q5vGAn0H+q1n6rdv1H2Rx/h/0w/wjp9MI1eFeve15kqnbORoMJFhsUsVf&#10;QTVj5PI/d1rGrjqDGKRDT1CpFCadQy3S5a9z7WWTOl3MrNhtNP8AV/q49KWEThgi5Ayf+L697b95&#10;ZGDI7ghq6WrJYU1HDoMUlgYaSOMjVKiXGoX+nv1if12BXNafzP8AkPWrdleOfTx0/wCXr3s7PVDR&#10;Hq7JmwH+TZAkFi128UOrj6AEn/X9zPygwKADI1cfsKjoASil7IP6X+XrBLfXDa9tf+w/S35/1h7J&#10;zuYAZmv0ix+4nP1/H3Mwv+R9fabmf/cuL7f8p6MV4fmes/tiVSQCB9SP63v9PZO2vTHr/hFOt9e9&#10;81Fufz9P9a/+HvfW6de9yKX/AD4/roY2vz+Lc/4XPswsFWqn0b/N16gxU9e9uan9X+B/24uRawJ9&#10;jFOHXuve+YHpUfX683sb3v8AXn3Rfjk/L/B0lf8AtH/Lr3vwAva30P8AW/5+p/2A9361173wa/pC&#10;g25Hp5BvY24+oAHv3Wuve8qgnj6n/bcf7f8AHtaOL/b/AJB1vr3vkUa17f7yPd2KVAHDrYpXJx17&#10;3kVdP0N7/wCw/wB99fbfbIvy61173nh4ki/4MP8AeD71IB4UnoF/zdVf4W697sKrFJ646p/r5diA&#10;DgcHCWH+tb2JdiH+6qT+HxT/AMcX/LT8+g5tS/rb3T+Kb/COk7Aw/i1aB+KOoJ/PP3X/ABPv2T/4&#10;ueUjbm+0swP68lmFzx9fbsndeJj/AIj/AOfrUPxJ/p1/y9T05hit9PvIj/sLr7QWQA/0Nm3+663F&#10;Jbiw9B+vJ/rx9faeVtNsR/SH+X/P0tgoL29qcVbrIbjJL/RqST/Y2kh+nH+HspNcB9y/5AZwRa1/&#10;SQ39faS9p9Lb6fhoP8PRvBT6Q+mP8PU/3Ak5k/xuv+9D6W9k34Oqf6H/AKvXr3vrj/k+/wBf+Nf1&#10;9+r/AMd69n/jPXvf/9SlKoglksIUEknquh0rblfrdgouo/w9w3rdSAJDQfb/AJf83UrkHy63+PcG&#10;eMxlQzhZdX+Y0jU3pDAayzAAjn3pXdfhYgdVNfXr3t466SNO1dhpMtmOci8ZNxp/yaU/RCQePaoT&#10;6VdlwXWh/wBXz6ctdUFz4sbadfaeotdf7KrsLn7WosOBc+J+OePbn24obc+QCHXGDJaw/teepubs&#10;1z7dhGhV0YJNeqSgxSVhOlmavWaK/ijv9dC3/wBsP6ewYkOu6jgDhrc8/Q/qsPof9593ZYy4Lf2n&#10;29VYkmp49ZPbXVQtq0qC31Fv025fm5P1549uI6uoZTjrWo+vXvcZkfSV+2LKFtq8i34UqeTf/X9p&#10;powCHU0JP+r/AAdVAOoUNCeve2idHY6VjMZA+upWtY88XBJuPdVJXNenlLrShz1723tSsWOoguoJ&#10;tb8k/mx+hv8A6/uyu+khvhr04skijJJSvXvcb+GVJj9Ufjdf1n0MGufzZ7fT3dppCRoPVzI7UC1r&#10;8/8Ai+ve4wxzzsZIoyFb9PIP0uPyyk30H34SzFRgU62pkdBTr3vC+ErJL3jJta1/EvFx9AZfqB72&#10;WFUUHB68VYkDV3de9422jmJjGtPRvMHZgAssC3sBceqdSOffmo5D18um5IJWIKHr3sWOsdj7lxse&#10;7mqcY4jyGBSkg1T0gu4q0c8rVPbhT9bf6/tNMVbTU8D01FA4EpceXXvYb5nrbLw1VTLWq1IGeaT1&#10;LG9kLuwN46wk8D+l/dlcUWhr0nFrpBocde9oytwu2ccrfxXc8NDo1ag+MrZjwGJH+TyufToP+2/1&#10;vbgLFu1cdVaONR3S0H2Hr3tL1FZ1PG1qjsSmVmfx+P8AgG4De5tr1IhHBuLe9/rhgAmOk5ktkkUf&#10;UAfkeve+ONXrXKZOPG0G86eukncLHpw+bg9LSLGEHm8QJJcWJbm/t9vEVCTEQPtH+fpZ4doRpWQH&#10;0weve4G6BtzbmSq8cuMOWakmaJ5FrKyiBZCALofL9b/1PtqOSRj8VB0jaYRylBkD5nr3tHHe+EhP&#10;jHXk1Sf9Uu6Z4ibgn6GnNuP6ce14t0ZRqYU+zpcBbFBW2r/tuve+jvXFSWeHreandf7bbsmmuDxb&#10;Q1PYWAI/2PtM0IUkeIKfZ0geSNWIS1p/tuve2Or3LUz3+0w744G19VdHVfTT/wAdIV/IP/JX+HvY&#10;QDFan7OmTITwSnXvcCs3hvCSQSnNJExsBfG41x6QFHH2w+ij3eNY6MCMde8ecVo9Cfl173CfeW/O&#10;f9/MgTjg4XEA/g/U09/agQW/++s/aemzLcf79/kOve22p3ju0oBPmknILGwxmPhANuW4prnn2qWO&#10;IZjhJH+r06q8kpWmqp+wde9um5HnzmzcfVZRlqZFyRiEgCQmy49yBpp/EoA8h/H59vL2GgwetTDV&#10;Auskmv8Ak697CSTEUFgfEw0KLATTWGm5+vk+o/r7fVyTQt0g8NcCnXvcKSliiUqiWUEGxZjyLgfV&#10;vpxx71qJOeqlQOve2mZEDFh9bEKfrxqN/wA2N9PtTAprQY60EataU697gSAEWA+rE/n6gjn/AHj2&#10;oNQeOeqPqUg1z1720VGoEkAaifrcf7zwBcH6+7ggigNR0w2QRXHXvfDJKRjcdfgaar/YH7hAfqBz&#10;72nxn1623wpUV49e9pVi2oG/0+l/9bn2sAFKdeKjGO3r3vEb2IH/ACP3b59NkZOM9e99e99e4jPX&#10;vfJD61/wII/1/wDfD3o8D69eFNQFMde9qnCqgzON1D61NGx5I/5SIubg8fT2wCQK1x0thJWVCMGo&#10;697Wm3BAN8U5K/TcsJH1/GXgt/X3YltNa+XRjaSO10SW/F/l697MltLRP2PKi3b/AH8ZsvI/5edP&#10;wLj+h9lsw1FKoArdn20+X8uhBC5FwpYduun8+ve7vvjfSUs01ZTMpEizsviJcGQingAYPeyi50kH&#10;2t5Njkn3y4snP6Ss2n/alf8AZ/F0e3SvJBLM57Af83SQ3xVyUOBqKmM6dDIGYgEKjGxJUhr/AO2P&#10;uyDBbX1UtPIyFAygoC2q3JBW4n5vf6+8gNr2q6ETm48nXy/w0bz6ijceY2SeWC0k0yLn4f8AoJeq&#10;7t9doU9NkayCGUShPKsoVWS5smlgr0DW02+n59mz64oLUkVPJD6IwAFLLwNVQ9gQ1+T/AI8+3uYO&#10;RdySFnthn/iv6X+H/B0HLPnGQyUdhq/4v+ifLPVFfzY7nxm2svV5lq3UZ1kaSYRP+4yrhacOVOOm&#10;A0JKP0rf+n9fZtMaftjD4U/46XXSgCk+T/Uqfy1+PcXty9NBDINwuautOBbOR6t/h/2AI4dwW8dW&#10;Nv30/i+X+r7etQ/v7tfG75nzUcdOElq2oGaUysSwgGIdbKtBSIvppLcG1v8AW9r6ES6ru4jFiRdU&#10;N7/i/JH4/wBf2B55LcLpRdR+Vf8AV69CiBXIqTUdEHq6Jp0tS0hqSTZiKgRW+guVkYA8ah+bf4e5&#10;TRmWzD1DiwANwOD+Dz9f8fZPdSJTT4oUj/V8ui7edoO5QmNsKR8/+gl6ctt0uaw9TrGJlqEJ9SrU&#10;QIHHqNi37hXhv8PcmHbWTq0aRoS0EQ8shYxQKIk1Bm1PKtyAfpz9fYf3PmzlTbIWRr0RzNgf2knf&#10;5fCp/wBX7eiG/wDby03iGJGg71r5vw/KQen8ujBdR0vdFRuMU3X2z6yvyeS8dGkKV23I2byTI4S+&#10;XUU62ZLknTyPrz7Ycxl9gpisrg8juKkw1dNQ1dM8bwZWub96JadpCKdApIYtcB7nT/sfcF83bwdy&#10;uQ9rfme2wa+GFp/aGncK0+fDPp0XWvsfcRzCe1XSAfkPT/hpHl/g/PY6+A3xu+ffXm89h9rZj4p5&#10;TctLS5/D18VUvafVOBIpIazB5OOTwRZaYt44VJs1OXsbX40+yJ9r/OnpTrnb2T6kn3NS5nHiryUF&#10;dAlJnaMzyzUOQ29WsJ/7tVVQizR0ek6Z+L3BuAxh+DlTmS/3SbcNRiq/aSFPaH1LgPXAqeFPLzp1&#10;kpsGz7XsFjZQ+GEuY4UDmr8QBXFSOI8utvDrL4cR7h31tL5Ibs2s+0O1X2RgccYpc2+cbEU/8Vx+&#10;9/4X4sfuGDblY1FuKR/3zR+STw2JEZCCtndPzB+Ie1q7IZnZnTdRm90ZfF12Cz+WTsvfFMK7G5SW&#10;omy8K0OTwUtBS/dVcKSaokEkevShAB9jyy5M5puNLXW6gRAgqPBjxSmnPiV+X8+PR0+4bbHIZtFZ&#10;CKfiGPz+fR1KfYnaEtUXyfa8U+MhnWox2KXYeDieilgmSWjY5CCuSSpWkjBjs6/ufqb+nsKYf5mv&#10;T+yKvHJguqZsHi8ZSRK+PbfGVyTJlaV1anrDV1WzaidxTpEB4yWSS3N7+zlORN4mOqfcBJKCaHQg&#10;7T5UElM+vHqh5hWJAsRCxjhnh/Lp1yPXeWzeMyNBnN2/xCbISSRtVx4OGhEeMng8NRjxT0uQRWaX&#10;Ux8wZZFJ4sQD7Yd3fzrcdlqiel8sVBTy+V0OiKfTGurTAQnXiSPrBtqJ49yVy1s25bFEos5SpA9A&#10;2fXu1U/l0G9x3LbNwOm8XWKfxOP+Ohf83Rfk+AXxvlyNJl8rs18nk6PQ8dUdx74owZUYOsv29Nu5&#10;abhxcAqQPYB0f83jH7fzD5TEUn3dVLFUJf7tYhomj8LAio2I8Zuh+thb8WPuXo+cOcWtLa0k3UCG&#10;H4f0Yf8AAU6CVztXKt0FSewDoCP9EmHDNR3ca9LHsD4a/H7s/aU+x96bJbLbbqavGV01Au494Y8v&#10;U4jIwZagkFZitx0GQXw11Oj6RMFe1nDLcew4y/8AM+3puTIVU+K2u9MtU0ZZzlsLPqCRRqukT7Ni&#10;sVMJHHPswi9yudbeLwk3xQg4/owf5Yv9jqk20bFPpptWoLw/Uk/6C6X+E+P/AFPt/H0OMx21zFS4&#10;5ZlpIzm9xyeITyyzTDVNmJZHDvMx9bN9ffcfzJ7lzSWp6j7Mt+pDSbYqCtr29T7fjBBMRbj+vsvT&#10;3C5kmu53n3Rfwn+yT+Gmf0/9X8+lkGw7PJIzfQZ/08n/AEF0rIOtdk02nw4XRouF/wByOWa2q5P6&#10;q9v6+xN647e7F3HlY/4zllmYkft/w7DRXslSba6XHw8WQf7H2INl9wt2uNySC4v6xN/wtF9QOCf6&#10;vPpLue12kQJih0j7T8vU9PD7YwiUzQpRaYwPp9zVmw1BjyZyfqPdlNAzVeNoppBpkZBqGoW1BBe+&#10;nSPoP6e8q9lmiutmSaFP0zX/AFf6vTqGt9j8Dc5k0/gX/V/q9OiX5lDjc/k6VXLRo4K2U3VTIQLa&#10;tbGx/wAfr7TWUjkVvTwSxP8AS9tVj9f8fZBu0ERY1T/iv9QGOldno0Cnpj/V9nS92/Uo6eo30oLW&#10;/FyvH0+ot7QWUhdg7H+rf4fQORwGtY+wNf20cUwVE7dP7Oj6AgBV8+hWw9SpVRcXBFr/AJF0BHK3&#10;uD7Q2QhuCGFxza5tfTq+tm+n09kFzaxsAzL/AKvl/Po0iqwDHj0tKSW4Gk2PB/29uQbfX2ispTLJ&#10;6mGkqoAsWIC3ex/X/T/bD2VTr4RVEQVPy6XrRVUrxPTvC5BN+eT9fqT/AE4/31/aLysLeGNebeM3&#10;sV55YD1H2yXINBTpQwOKdTYiDfkfj/D6gfj/ABPtD5Sk00AAHB0k3P8AaUkgfrHsvvArstRn/VT/&#10;AC9NvSgp1n9pOaE/widtJDaoLG9/92jn6gfT8+0bJpA0mgP8uroP0x69e9slLERS1twSf8m/p/x0&#10;Yf1+vtkqrs0bLhf9Xl14A6WFO3r3tro4/XKCLABP96bnjn6+9NGiqx8/8vShKZoa5697bqNdVbDp&#10;sQjk/wCsSDyOeePdVLCaIE9rMNX+r/V9vW2XUV1Hr3voxlKtWH08tv6HnVb8/wBPbc4kF8luf7Ni&#10;MV6SmKTVTT173HrLiYg2+n+A49X+HPHujkxXDpGOzT9vXggLUK07eve8dWEAjOmzfbRi3qJHoLW5&#10;JFrn28jyEoGf/B1uSNVUGueve/VSqYaQgHWYKcN9QCNLEm/9bn+vvc5cAZGnpti6UIx17304AomA&#10;4DS8nn6heP6/j3W3Zjr9cf5evGV9BINeve+FMo+zmYAi8iFrhgblP6C5HtWCQV68CStDw6975ULs&#10;ZBpP1RuDb66XHP5PvTfDk46oqr6de946RmNUvPKhtJsLAlOQfp7q1CBrNT1pAqEVOeve+IZPKVsD&#10;9L2uPqt/zxa3vXhpWtP8PTmptXHr3uRkFX7s/i4S51Hn9tLAfjkf7z714UZyUH+DrTKK9e9565dM&#10;qW41Klx/X0Aj68/i/u+lf4R0+WfDeXXvfjf+HwEc3qJA3+I9XP459oZOx2VTQdMEsF0E4r173zQs&#10;Mfdef8ok/wAeNH1/1z7cicO2huPVAgIp51697yY8uy1ihv1UdR+Be5CXNyASPa4RoFd9GdP+fqwC&#10;qGNPLr3ufi42ErAW/wCA0lxwProv/W/u8CVq1T8NeqqzZFfLr3vpkcT3B41gDgf1X839mqxqPhXr&#10;epvXr3vLMP8AKL8cP/h9NQ/x9+9etlmr173IqLCZivHqJvfj6D6/7H37z62SanPXvfnsYYQfoNdv&#10;r/qh/X88e3DLIRQt1YyyEfEade9zDY0sHBuPLz/ryg/1HuoJ8j14OyjBI697yU1kjl/qV9TD62DN&#10;/wAU96PDHHqtWoaHPXvfoDZJiOLrY/Qj/W5/FvezStAetgn1697ywcTxMosVKkm4A+vP1Fvr71oj&#10;/gHW6nGeve80H/Aln/tCViGAJsdY5H1X234MZFNOPtP+fr1TShPXveV/XKxv6vK6n+ltRN9IsL3P&#10;u7RwsKeGK9aoPPPXvc2TV+yT9RAh+l+NV78XBII9pnS3jA1Ian7f8/WjQU697yO4eMaxdlAN9QX8&#10;k/pU2vz7r4FuSGaI6vsY9bDUA697kU1mppgQP85GR6r2/wB5sfezBbGv6Z/Y3VtRIIPXveWEHwSW&#10;/VqX+vPJ/wBhb24IoSKhRpPXsMKnr3uZR6lnTSefVYW/2g3/AB+f97968CL+H+Z/z9aCqTw49e9z&#10;ceA00ZkXUQfpfSPo34H+v7e0IFBAz/q/1cOmmABx173njiQNKFAshBAJ1cN/W9r/AKve80Hz61pG&#10;O3r3uX471DF1FgqH6kC3A4uR9D+P6+7CQx0EZyePVqKApHXvc90BMLXv611cXPH1ufoCPZpC7ODj&#10;y4fb0llZixHp1jPFx/g1rmw5+gH59u8SnxrIOCJQFa44OksD/QAH2reGLtJWswX/AGD/AKh0kZg8&#10;ngtmq/7HWC9v9j9Rb6/i31vcj2Iu15lssJX0SFXnS7Wct9uJDc6mGoH6D6fj2IbG3ja2Z7keXyXy&#10;X+GnkM9E1xb3FrdxyQnTDX+j6npjygYIWQ2kUExtbVpIWQqSDZf1W+vHsR1jaGF/FeMBHMf6Tpgs&#10;bAFvqLj6nn2FrsrFuKSW2Fbt82/F/S/1eeD0JEeG9h0OuoLH8+NOmBW8oAn/AHGDqzmxS8o4uRH9&#10;OPwOPcynZ3o4Va5YGJG4+i39SkfTkf19yXtFpC82zvEo1Oup+74+/wAvNP8Aa+Q4dRPzBdyeLLA8&#10;n6YfHTRPZaqsa1kAk0cX0nR6Tcctb3LykszUUMafRKmlhYA2uJKhQeDYD0n/AG/sPc0pZz+4E9g8&#10;dIIpGWNeOldKn4ss3d/F/l6GnLPg2PL11dJidwvz/iFfPrFho/HFLUE+qannnZje+pEe3HAXj+g/&#10;Hs4/Wm2ZnrI8NjH0yQFRQSaFYaDFU1NVdZ5gTqUMPWx/qP6e8gd+ltLPlAQ7kKlF7T3U/th5Lj0+&#10;z7OsaIZ5J91bcLnMpPefyKDFNPp1VJ8ru3sHs3Z9XvrdUdsIyKc9SmaaNhPJkMPi8TaooqCpnQrV&#10;1KN+zFpP0f8Ar7sj2bSrRT5HH0YMP2YpSFI12NTHVyoQ1QFP1v8AViBf+nvl1zPui7hzLePdkPZE&#10;oE/KOMyDsqTn/AfPHWUF9YMuztbWw0xcP+N6vXVXV1rs93DM5b459Xb/AMoxm3Rupd6NuWpC0tMK&#10;g4XemOweEY00Xio6fxUUMS/sQoGtrbU3q9rShrpqFQZ5A1r2N7BtX0JBDD/YD2j3vabTdYbeSxgI&#10;NW+dKH8vL1z9vSSOSSHaUMvxKW/49+zone28hkabP7nx1RPpiqKfDIYyUOsGASD90htZDWsRx/vQ&#10;Jz3Y5qngVP0xVEsgb6CJWiQhioPq5NrXufeTfJ1ibbYIIpE+JTq+fl/n+XRpt25SzWqOH/UUsP8A&#10;N/qr1c5/LmqhHmd3ZSRwr5HHYikpoQh/yv7KvyCaEcMwi0oQ17D3Wlk9X8TyIJ9ccs7MQB6ojM9h&#10;YWVf979j7ZWNoGW3wrf6vxf4fl03daZZvqG7pPXrZuoNMuGxJdRpkp6ZVUn9E328eprqCz2/p9Pc&#10;/CGNaynZTz5omvyLHyKfoRpPs2kjQo0rgGRlYfl/s9I4pHa4QltXl0y7jEr42siYHT9vMCODf9mQ&#10;fUWIIt+Pa5ujPUajc2mJXng6uPr/AL4eyTaZZVvJQq0Sn+UfL/V58ehHuAENojxDSWA/46eg6qo2&#10;jpccVuDrpVuLX0iNvrb6C3+39ovOFvFMFUsArl1BA9CiQnk/7SP9f29vGmhmcd3/AEV0R24kchwe&#10;+vQjbTAEtOGYLqMYDMpPrYwWsAf6/wCw9lt3O7CpkkCBA3kCpq1HQ7Pxqtcf0/3v3FW7kvK7rWg/&#10;w9C7b2YIhdvLoy2JXTTRIW1lUUFradRCi5t9B7CbKuwppjoIu6QgBuVMrabqRwQv+PsM3Yu5IwsP&#10;fNqX+H4PxfFn7OjB2QkArqPT6vFvoeD9P9h9f9a/tP8AXXSW4O794Vewtny/cbrYTTYvGrDTa8hS&#10;0FDLkcjKtRX5LG0EApqamZyJJLtf03PHuOfcj3B2vli3hgi2xo5jTW3ilqVKgdvhuOBpx6FVjtA+&#10;jkme5owHCn2+jf6vs6aNw7hwu1MRV57cNfFjMRQmmFXXTLK8cJq6uChpgywRyyky1dTGgsp5Yfj3&#10;A7D+HHd+xhTVGc2hUUuPrBMafJtkNtyKRC9HFI32tLuGpmBNRUqnqA+txxexDDzFYSwLC+4Btyau&#10;kaSOFSclAvwfbXpPabbczW818rakjpnFM1H+r/J0zbV7D2Zvdq9Nq5+kzLYtqZcgtOlTGaVqtJnp&#10;lk+4gh5lWByLXtp5tx7A7N9G9iYqjq66swk9PDTCFvH9xin0iSWOI8xZKRiCWB+h+vtye7jkvbyI&#10;sDAukLg/w93+ry6VfRsY5DJB20H4uH88/wCTpYLIjWKsrX+lje/++t7BORS2sE6XUkBbA3IIH1sF&#10;sPfljtzYxzSj9Us1fi9eiW4lEWpyvYvxdc/bTPDFDeIkOz6vwy2/J4Jt9D/Qe6rdWq4S2z/pyP8A&#10;V/sdUjrdqfBuNA+yvXvcU05kVYoktIzHxi9yzsNKj1mwvb8+3/CvJoyVcrH5rRTj88/4eri2eNkW&#10;5m1ReeKY/LPXvZsvjP8AwGn3/HtvddL/ABPbe8MJT7eq8eJqmiNPXZrLYymq641dDetkC0aOgiV4&#10;1ubqwIB9k+1bRY82817G0yadysryArJqc9sco09oZR8T/wBL16Ot+u7KLaIo4/8AcfQop3cdB/Ec&#10;9Mu46iuo8BmqzGc5CjxOSq6OO0R8tVT0U8tPFee8K651UXYFR+ePZn/ll1TisVR7Wxu3sW1Hhjic&#10;FTYhTW1NUAZI9xU+PnLVlc9S4FHHHxISDb1ckn2Leftvlg5tRYt6UJFtoBXwQNTRzyVUNq9f8vVN&#10;lk2q42xksu1zHpbL8dC1+L0PSF6j3ZX7vwGVrcpIGyFBuOtxNVFoiQ0s9LQ4yaalYwQQRSGGaqYa&#10;lBBvwSPdVtVT1mKzOeoHGiTHZCvxsjnxkNLBMYml0a5ACWU+kE/6/sORv4iJXFQD+3/V/sdB66j8&#10;GSRFXTQkdCp7gUNZURzyAHyWjlErDxqXfTcOQV4Fjew9u100x3V6TRE1OoVNOve3jCVzvUfucpok&#10;IXgWcIQCQkYa6n2pa9uPh1iv+lXp+MitKYp/q8+ve1djKqSeUa3BUrIbBVX6RvbmwP1Huh3C4Fe/&#10;P5H/ACdPK6Vzw697SlBm6gV0cRlGm78aY7i0Uj/UR359qxf3bf6L/wAZXpKJG1An/B1727Y/dFbV&#10;VMcE8yvCWIZfFGt/S7fWKIH6oPz7UrJKNLKcn+if8J/w9V1EuABn7Ove49TmYHnaOSlLKG/T5T/T&#10;n1CO9jf8e1CJbt8SY/PqhlWpBXr3uRkl25rjX+FE6o4y/wDl9UCSyXY/UfUn3tIrLJdB/vR/1fz6&#10;s/hE5TP2nr3vh/DcA+OSqSlaG1S6M5mrHsiIW0+pz9P9a9/a3Ta0ACGn+mPSUxto10/mOve4P8Lx&#10;E7s8VeIUVCSpgqZbEMCbkyg/Q/7x7bd4geyEf70f83TPgsakEU697xjBUZ/RlEJJYp/kko/URoFz&#10;Nbn68nj3W2CPK4kXtp02IwGYFs9e9yItq1k5CU8n3LN/RUjJ+gtczgf2va+4itkVSsZB/wBt08Ya&#10;4Xr3vG+0s5BMQKNvHEWWT96m5a4PBNQXtb+ntONuuJ0SWI9rf6v4uk7ROTgY697iyYTIxuS9LaO/&#10;K+WIWFl/IlJ4I96O0XgqS/8Axkf5+qmJvTr3tuqaSWLh4ipNtYLIfoAfqGYf19oLmFoyYZDVvl1R&#10;GkEnhau3r3uCFZp2U2Utb6W/CfX6gcj2RJCwYaBn16NF0j7T172+VuNo4sXja2GsAqJpKpZafxSk&#10;2hkCJaV3Kc3uLD25IksOqcSUkNPw0p/q4dWqmjWH41697bYlaVypj9J+vIN+fx9SLW9626WPxwZZ&#10;6sf6P/QPVGl+nXTG1Aevez79Vq6dV5Ilig8WRT+v0jgP0uT6fcycsuMNbyfoFifPj2/xfs6CN4Ik&#10;3A0HawB8+PWJ7F045DAg/wCFmv7KPuUEZasbT5A00/qFkCgzSkm1yfx/vPtPzFFObuNy3YD/ANBd&#10;KBTSCOHWX2nVYN+h9a3Ivp06bgeg6iCxUfQ/n2XSsKxqBwVfy63RhWpz173ksSovcEyqDa1tJ+ov&#10;e/B9tax6de8h173JgQLNdJAp9S6dJNxxcH68X9rbXWJaJw/1U62ADjr3t0MbKxDgBbk/Qc2/H5P1&#10;HsbW+tkTjr68aVx1734aeNLXH9LEWvc8n63Nvp7uf59MS/h6975D/D/D8f7H/X5J/wAbe9dNde9+&#10;t/UWH+2H+H+x/wAPdlXUwWvXuve8i25P0tyOOTweP9j7cDuAhPwde6975jVc3I0/j8f76/txHZ3K&#10;sRUde6975f7f/H/be7BQuAOvde95YF1Txc/WSO39eHHP09udphuqjIhc/wAutSf2Mp/hVj/Lr3ux&#10;GfW3WvWBB/TUbGUHSOEGFuARxckj2a7PI6bNIVbuMx+z4U6DG2Gi7tJ+NpJf+fek5EAM3VgcXx05&#10;Iv8AUmrHPNwPePLgHJ5AG+s7Oy7X/wAQZLED6C59rXB+rtg3na5/OvXm/TmsdOFYrX/bHqdEf2Vt&#10;9BXxAf614x7QVZEW6bnueRXYr6AfqCc/n6ce2Lo6bchfh8Vf+fulbVj3S5VP7NmPWVj/ALlIh+fs&#10;5z/sPLT/AO3ufZSa1VErFzdtX0P+v/QA8C3ti9XXbWgBoCn+DHR0oK2sAX4WX/V/n6cPbcy3sSPS&#10;3+82H0/3n/b+ylqAyAN3ClOq6mqRXPXvftI/p+f6f4W/r7Y1N69U1t69e9//1atcf1Ruuvw/3sVF&#10;MKIagz2hN71DwmzCqRreWMD6e4SM0YNC2epdETEV8ut+yTIUUUwppKmJZ2vaIn1GyeQ8Af6jn22T&#10;dcVcMfmqqlaCBQdc00BmFhYEnTMWLB/+hvdtYPDJ614RHE9SRIjGysGI5sP8f949s+38Zszbm89t&#10;Z/Kb8xlKmLyiVLF6Kv0qojkXkx+QKAWvex9vknQ6iM8On1SKJlYyCgPWGr8j01QkcLSO8MiKgeNC&#10;5dCukMzBVPP1PHuFvXNdW5/MVVTH2ViJBNJINK47K/Uyym2rxRj/AHZ7ehkkTBtTXzp/m/2emJXh&#10;Zz+qK9coTJ40DQtGwUDSXja1gB+pWPtFEdXq1l7BxlSQQPHHRZVGNibrqKkXvx/sfbUrOZHJTz/w&#10;Y6YJgqayjrMCT9VI/wBe3/EE+22oyXX9FOrRVK5ReAGimrIAwLEk6XiYjUqfn/Ve7eLI9BJlfTh1&#10;ovF61HXfuHPvLrmmOr+6NdWSXu7R7gqIg5vywXwlUDafp/j7uqtTDY6UCSFQKISPt665/qP9t/xv&#10;3hfs7rqOKydV5mpIH1j3bImq4AH6qf8A4j24IJDkyAfl08GQj+xP7euFpP8AVr/1LP8A0f7X+1dz&#10;7I3Bs/ceWg2DkMfJia7GwJTTZ16l4/uPI9ml8KBiNH1IPvUsUirGA4P5enT0zxi1MojoR6nr1pNa&#10;etdOltS6OWPpsQdfpAv7BTc/Y+45YpTtn7bCFTHYVNDQ5P0kxXuZoBe9m+v9f8PbUDAvnPRLDfSS&#10;P+lh/mAesnsLTvjuKYFpN24YIwACrtHEqV/r6kiHOoe18iRa/DKmh+fS9nvPEYGYFPsH+br3tN1t&#10;TvXIENW56lmb/m1iaeD8Kt/2zx+ge/RoiH4em63OruYafWnXvbFXYmormC1lXNJcEFoXmp78fgRS&#10;La3txaaF+zqjRlxpY1697Sj7GxMgBLZLyNIxdhk64Aj8enzW496LMpNKU+zpBJagZFdP2nr3vl/d&#10;HHQLoByB+pGrIVZPItfmY8Ej3TWePTfhgYz+3r3uRFiKOnQqsMjGxt5J5X5Cjk62I+o9tkufxde0&#10;gDh173DOPgImcxJoJeNEIDHU1irq3JsffgTrXurjpoj9QY8v8/XvePDUaxZ3EIkBSRq+i/c/slTV&#10;xXGkj8ke1EjRmNqU4dLzpIWg4kf4R172ouyaeMbmyKsf3IqiZHYq3rs45twALn2lgpjpFMB9Q1PU&#10;9e9hRJqBNioHF7qPofoLD8XPs6XIHRqnwjr3vA6cXVg17arfn+n1PHtE/wAZ6K5j+o3+ry697b5F&#10;H9r6/T6/SwHHH+t7r00eve4D6Axt6QR+Sf8AYf69vd4/x/6U9U697hzxmxOoH+lwbCxH4v8A19mE&#10;JPiKPLP+DrecCuOve2mUAg3IJsObE8c/1tb6e358mMfb/k6qRqIA697WlcGPXtLJ+Rn5kP0P6cab&#10;fn/D27QFyCPLp6RQbcAj8X+Tr3sJ6pyth/qlseBe12/PH/FPb6qtUP8Aq4npEVUZp172yysTcDn6&#10;8/7E/X+nPu3Wq9e9t0+pibgj62+v0F/6/wBD7uoArSuiv+r8+qaMHSvXvbfIDyARfm34t9L82Nrg&#10;e3fEJ8h02y/xD9vXvbc1jIADYWNx9fwL/S3P+8e9LUYLVHSR0K5rjr3vHl0Jx+NH5tV/S4+s6X/t&#10;cXHt+P4n/hx1tqaF/hz172lnTnn/AA/Nv9vzf2+D6dapXA697jtGfx/sPp/hf8/19uBuqkde98dB&#10;/p/vX/Ffe9Q6rp6977RSXQWP6wP959+Jwc+XWgDUY8+ve1jjYSuZxQsOZMfY/i7Tx88H+o9pjlW+&#10;w9LEH6sf5de9qTCwMm9IfqP9/JGfp/TLRXHJ+lh7o8hSIkHJH+TpVbaluccC3+Xr3sfdo1P2nYjl&#10;/UP7w2C3AJ/3JU/FyDYkj2ijl/Vjav4h+3V0IbQ1ugAPxf5R/k6972F/h5tapq6DMb4qaaQ43G09&#10;YI4mYfuKKCnrEbyhx+FYcp9PYt5PiReYb+8ZaIhZj5cFJ/1fPpXzBu0VtDJYFtMz9o/kP9novfyE&#10;3NFQYDE7TgrEpMxvDM4rG0TsnlKwz5KlpJ5BFYa9JqB/aX/X9rHdnzxpNqyS0eH27UAxEqJHqqGR&#10;P7A/TNjma1nP49j9vchCLi3taCRGX0Pw938P7eP+aP7HlKs8t7PGza/9R/F/n6BdvgnsPOSRz72y&#10;9Vn5Ar60pRmMMpaQ3b10O4lP9lf9t7BvL/zO9946OYYikp6V/QUM8WIn/KXGn+Fr/qz/ALA+y+49&#10;4/cG/Dad6i0n/l3h8uH4eP8Al6N9v5N26CreAKU9X/6C+XULJ/yzPh3nyjbj6zrc0YwwH3G+d/06&#10;nWF1XFHuiC99C/n+yPYZZX+Z/wDIisdvssti6cLYj/cHh3PqEVyb0o/Kt+Pz7DFx7ke4DE+JvKHy&#10;/wBx4v8AD4fR8+3WsANI1p9hP+HrhhP5XfwS26rLi+gsXEG06jPvHsesLafIFBNZvCcmwlYf63+s&#10;PaQrv5lHyhyoCz7ypYWN7CLAYOPTwv10UXHpUewXPYJHqLLj7TTpcxmtV7VWn2f8X0OeB+Jfx02w&#10;AMH1Tt6htYD97LVJABcgXrMlUG15G/2/tH1vzd+TGWOiXfTIjkcJjMVH9QDY+OmQ29P+39lDxQlw&#10;xjyPSv8An/1evSmG9kfGKfZ0J2N6x6+xAC47aGDpgLW00SP9Lkcy+Q8X9sk/dXfe6tbV/ZWQjEiW&#10;CePQrk+ngU7xjn2UybLy/k+F3Mf4m/4r/Vnoye5VFDCTP+r8ullBRUdKoSmpaanVRZVhgjiAH9AE&#10;Ue2as233NuimqpF3/UwFoHZp5aWSbUuk86TWg2/cv7StsWzagFhr/tj/AJ/9WekE2+3sIIhfy+X+&#10;b/VnqT7Jd2vRdsbRqKqOr3bHWqElBqP4VAhYXrgRd3kkBIgY/wBfai12/bVfSbXANKV/2P8AD0in&#10;vbx1D+KNbLXh61+fXvZP8vuHd9VNUCpyksoMkolKQxxajrkDW0rdf1H6Hj2Kra321FULAAft6JZZ&#10;NwlLUlGmvp/s9e9skS19RdpaibRezOzuQX40rbWDdgePx7edoI8Kg1eny6eRpSo1S/8AF/t697Um&#10;LwstWyEtIZFThSzXKABiRyBYeyu6vViqFAoT0thgZghkajfnw/b172KGI29A/jvExe3Dl20/2rkD&#10;Xf6D2H5p5nDd2OjOGy1BWAp172Oe1cGREoKh2vwBYEG8xJJ1kfQ39lsmpixJ6MoLNqdzD/V+zr3s&#10;zG3MLNU6I46R1k+hTVcgnz2AJb8gX+nutnZzXFzJKHwP9X8+liQaZHND172e3pzqHdkziuXGTrTW&#10;Q+QtTtcaqyM/Wp1fqt+PY15U5aub3eYV0se//nw/0v8AV8h0Hd/vFtYyZcAH/N/q/wA3SY3HuvBb&#10;apmly2RpqQsreNJWOpyugkAIrH6OPdg+Nx0mOx1NSzAh4y6kf7U4/wCDWA5/r7zn2Papdp2WCymH&#10;6i0b50b/AIof8V1BG7XiXW4yTRjGlf8AjP8Aq/n0R/P5+nz2er8jRsrwzKgVl+jLExB+q6vr/h/v&#10;Xtky0d+Rfm/I/wBY/wBbeyHeFo6jRTP8ullk/Ynl/qp0tNszXVrkW0rwf9VqW9v6+0BkoT6g30II&#10;H45sw5N/6ewZexMWMqnIH8v9X+r1P4WOnHEdC3h6hLKv+IJ5ufqvFgDbn/Y+0PXRaQ3F7Xb6/W2s&#10;8i/N/ZHcxdxDDBP+r9nRxAahftp0u6KXVpsSPSF+n0/RY3I49o/JLrB4sdKk25/tOb/X2G9xTwpE&#10;p5qf9X+HoxQUT8/83Shpzx/UXI/2IFv9b6f7z7R+Wi9EVhYmPk/67H8X5/417LyMKelQFFX7OnCE&#10;8t/wYW5/H9P8Le0Vk4C1IVsbWW5/r9ePrcXH+v8AT2luPhXu/L1/4rqr8KdSwb/8U/3359o2en/3&#10;FTrbnXCL/j/OG4AH+8+0T4048urID4eeu/adggP2tcLkEfb/AE/xkJ/LHn2mT+2m/L/B1scZf9Xn&#10;1720UUJ1S+n66Lm5sLBrX5Nvp+PbrfC32dOpwFBQde9tdJFprYhb+2wAP9CAb/qFyR7TwqWuLcj+&#10;L/V/PrTkqFI69786FqsXsf3Re4sOQeLfU/6/vcq69zgFacP8PSQirjr3uFXRDzEAW0px9b2/r/rG&#10;3ty9FLogtUgdKgO5jrr173ir4zphW31pouRxYkMb/X6ce2Yx3r9p/wAHWpVLLjy697xVC6Y6X6H9&#10;iD/eVaw/3j/H3e4+Afb/AJOkshwCB173480jj8eUG3/IB/pz7rbiisfPrQPYT173xhH+STD8+VbD&#10;/AJcf7H/AHn2ozq/o068NX+1697546/lP+s/NuP0H8/m/ux6svXveGhXVXDn8N/j9YW/p9Pewuo6&#10;R14fFnr3vGyAVBF/r9Rb+i/Xn/D254XlqFetefXvc/IJaoJP4CkG/wCdCXtz9B7oUYVr5dWNNVOv&#10;e82SH7kYF/0rYc8ftr9LEe6UoTjPW2HXveEgHHRfnTUzE8/gr9Rf88fT2Wv/AGj/AG/5em/8/Xve&#10;UD/cev8AQzSC/wCT6Prxz9Pb9uaO6kZp/g/4vra+fXvfPHC/3Q/6Y6i9v+CoT/sPZm/9ifs683wN&#10;9n+Xr3ubjVAmksf+UaT/AG1wCb2+n+HtuJjpVvP/ADdMLx6975Bbym7fRx/trj8+zgcD055nr3vP&#10;KgNSbf6ri17j1X+p+v8AxHvXn1s8eve+dT/nWP0BY2/p9B/sAQeffj148eve8rL+xCfrw/8ArH1D&#10;6m/Fh9ffutngOve87KBTQj+mvj6/7s/2H597+3r3l173yhS0cyjm6j/D6MSeefoOfabxn8LXpzWn&#10;y+3/ACfb1oHtPXveaGK6SgfXSOT9L/4Eg8C/t0TAx+IcAdbBxXy697zUkbNOg+liFtx9dV/6/i49&#10;6M8X8f8AI/5utgjr3vLHHaqIPP7xB/1/Iotw3+H+x96+oh/j/wAP+br1fLr3uV4QJGJ/ExP+BJJP&#10;0BJ/PtHJdsNdDg8B5/6v9Q60Sc9e9zaj6RAcWp1H+wsL/T/X9oXmaT/Vnqp8vs6974twkNxyygXv&#10;/Uk/j/D2tjuHEahT/q9P2163UgADr3uZCyrSzcNxJH+Rz9f8B9P8Pbn1MnoP9X59XDmnXvchApp5&#10;iTbmLiwBNif+JHtRB/ZL+f8Ah6svw9e9yKRf347GwHkP/WNj9bi1vbvWx173Kx8YMim17Ne3H0UM&#10;Qfr9QfeiSpw1Omm7TUenXveaL/gQw/slQbW/Om30/wB5/wBf37xezj39e1Yp+Lr3t0IvUt/QQx/8&#10;SfdlcaBp49b1FUWnXh/xJ/3v3MZBeEW9GpQfoTe35/4r7N4n/EGzgjpHMcrX4qfl1g+l/rfnj/fH&#10;/ePbtAw8cMQBJNSrXtaylQP6f4n2aLEC3iD4RRfsp0jlhdD9YANAx+zPWJuL/wDBST/sePa1wsZh&#10;1sL3OorqB+hEWk3491m3KNHFsrd1PL5nT0+80V3bH+JR/k6b6ldVifoLXsfyNRt/Q+xXVxUYmCRS&#10;NSU0cTfixEOprC4P59tpak6HPxF6/wCAf8X0UbWXi3Ga2fzR2/wDpGOxhr5kI9Lyu4H9buQLnkfj&#10;3Lo41FPEPqQqm3+NgSSCbG3uVOQYTfS3ZP8AoAb5fANX+bqMeb3MO4yr6yf8/dNWTcrIzDhZNX+P&#10;DXX8A2+ntyijFbUpj1GqWaeOTkkG0Lq7f7TwP8fYYs9tk3fm+XedPbG49KHUv+rh0INzvjtfK+3f&#10;8MT/AJ/09QpqgY3FyzM2mKKnnDcXtqDqP6m7Ef092WdBYiOhqhVVSXaM/styLq8GQDkKZOTz+f8A&#10;Ye5J96LW8veV54LBj4igAcaf2kNQaV+z9o6iLliyG48wx2SgFTWoPyjY8aY/LrVp/m49tePZtBg4&#10;ZD/Css7PnIozGCstBndmT4+0xhVkbzm40G7W9Xs++0MPBNX5DILcJVfaeIkagRBDVwqeSPyCBx9P&#10;fIrmPcp9aouJYq6/WrBKj9mT/k6ywu/Dj2lX/D/0DJ0UPsfNLgertm7Ny6GaH/fxCissMagf3ko8&#10;uzGyux1GZLeq3+uR7TG+Yzi18a2BXyWt6dIb7d/xwQC35/PP19zl7UQHfNu8WcmgpUnNaNIPPzp6&#10;eWOB6A26y6drlMZx/wBDf7HRHKjM0U3dVTjaEBoKj+GRaNTMPThY2DAKqtp1R/4X/wB6J339XRYr&#10;a1QzH/KMzTy0tKxa1pUSKUn6G9kP0Nr/ANfeRm3XEIin2+IfB5enz/w8OH50CDlEM8Dqx7FB/wAJ&#10;/wAvVwP8pjB5vfXZ4rSzQ4rrmuhy2Si0LKKqDLTZ2iiiLiSJoSk8JOr9wn+g91slzLLUT2s6Alrm&#10;+rSbn/WBJ9ijbqkj0z/l6FEwwR59bS8qLBDTU45R2XRwRoDKoH+vYDj2845fFUU/qBDtFIeLWJZL&#10;k/7f2dMAYZGrkD/If83SSA1uYzX8Y6TGVby0tTdCNKTxXJHqCq4Fv6XHtYQuS0xH1by2BPFv8f8A&#10;b+ybbYf8ZfURQAf4VFf29CLdP9wox6Bf8DdITIqqw0fPCtBcj6ghZLWP9be0juAMEcX+qOW/PH7n&#10;+HPu2/wq8A05GrH/ABrj/q8vTou2sxgkuP8AV/g6X+zHAeNrfR4wP9gILfni3+Hsum5dHnZgpJQl&#10;eWNyRIWAve4sB7ine4vDR1C8a/t/wdCS3cOQqrkdGQxRYwR6j9QD6bWsVW3H+PsC96bpxu1aE5HL&#10;yx0sUtbSRpHNe8iTT6HRHSOSzv8ApvY2J9xbvPMJ2xHdbdpSH00RgMnHmvDjX7OhC1nawwNNfvog&#10;oc5+Kgpw6f1BsOfx9efz9Pqfx7Nl1plKyv2VT7jwNE+yNnJTK1dW15hykudM8tVBR1FHWIRX49IZ&#10;9cbLb9wuL8D2JNou+X9u2d9037bGjvWFELN86eQZOAXov2DlZN/lnWTcjFY1/p+YrXtYenQS7k+1&#10;q9xU+HqZV3Bl5WefHY2FjRph6aGKkmqGrofuTTV7TqRJGZQGUD0i/JDGi3dg6msij27gc1FS48Ok&#10;tdWbgqMnTzfdRlk0wVZZo9Dh05PLAH8D3C3MO97pvFpuV1PdIQpj8JPCTXkrr7gB6ef+x0O9msdt&#10;2OU7fBc642+08FZvxVPn0KFPTyxr+/LFK7H1NFTiC9r2tZ2PA/x9vmH3b1DVQnE5zEVOVV/92QZ2&#10;vpBU+qWo0qI4w8fgIUHnnT/j7jKWXent4btXp4mrBCn4W0/589CJJ9pICM1R9rdcp46tr/b1McX0&#10;sHp/Lb6X58qE3/4n2jN1dE/HXfUMtbtCR+tcrYCsGayu4NyiML4kgbQKiGOziJm4PGsXtb21FvG/&#10;W109jcJ4sSafhCr8X+oDp8bRsd8ujUFr82/ynrFT/wAQgi01TR10oJ/cpoVpARckAxTVMoBCkD9X&#10;49gvWfCLd1bTzS7R3RRbtJV/BDj8NJSyPzpADV2SQWP059nkPP0dgTHcWmhvUkf5F/1V6Rz+3ltO&#10;pa1vhq+x/wDoLqQ9TFELzMIB/wA3WUD6X+oZl+n+Ptlofhp2HtzI42v3Z/uCpaeuhmqRVUqyaqZG&#10;8jNenyUjKHVSfpfj2v8A69T7uhtdvj/XkBVeDd/n+GmPPgOiSflO429GaVtUQHd/q1ddRVdNOCYZ&#10;4pQBf9t1b/ej+b+2TrX4u9qYftf++6M822sXnhX4ykSnpVkmmos/TZCmq0qWyDP4paNOI2SwvyPx&#10;7mLl/lC8s9ti3+RCJ1jEjtnI0rIwIxwOa0zXoBbnulpO823lO6hAFf8ATLXh59NVfnMFCzY6tyVJ&#10;FNUxmH7d5bSus2qK2lfUNRuPxz7sS+YVDXUu1utK+pXTkm612YkkBCho5/4duaaRXFzEXSdCCbX/&#10;AKG3sO853XLd/t9vvNpcFr36pYG+LiVeRqfh+JvL9hz0acnNaWsF6hgZSxfTnHcIwD0XL4wrlKWb&#10;vKirqNqekb5Adm1eIkMkcgnxJfAQY+aMKWdY5Yo2KhueORf3Sxv3GyJuFpBe+QoJ66qAsG801XU+&#10;VyxcabD8Dj2GtunDRihxWn8v9Q+3re5xfqVT4SK9Gq9oKjhkSaQCJooo4ZUWRiCJV0HTbkt6j/W/&#10;swkk019cf4ei6JCEkPy/wnr3tywHNYEYWOiX688+Mn68/g+7ngdXTMfHr3td4mnUyon0ssv1H/Nt&#10;za1x+APdWJqfTpQBU0697DOHQmVjA+tmv9b809yOLC3PtbH558uk2Awo3+qnXvcjGW+6iI+pZrX4&#10;uBGw/wBc+zCEVRq/6uHVECtJUnFOve+61QKliGBIAHH1uVH+v/T2o8CRUAA6owoeve/ZU/uxer/d&#10;UPN78mMf73+fZfKJ4xg1P5/7HXpDwoeve8rxsNuqVJF66e5u3Oqnufz+Pp7MUlbQgr+Hp4OohWnr&#10;/k697YaZ5420BwQ6n6qDyxAv9L+0zyzVqcfZ/qPTYkNaDr3t0op546ynvIHD1ESABANIMym1x+QR&#10;7U2jlqLXJNf2af5dF9f1GBP4uve3bJVssdYwGuLSW51cABz9Lc/j2vlZWjWvV3Arkde9v2IyLHE5&#10;CUuSRVRqpJvfUl/yBexPui7ldReHGooi/wCl61rPcfOvXvcWnzUit42N0BHBCWPNzb03sPd/3rc+&#10;i/s/2emhKeve1Jlsp4kpzeNo5fLb9tQ3BjAOoxkjk/7f34o10vjlaVP+wf8AV/n6dR/1G/L/AAde&#10;99YJcLmMnBBU0rNr130zun6IJWv6FHF4h7TxWKtTUuf8PSl5o2C6lz1725T7Y2/UqiRsKeGMuUR5&#10;KiRl1MbgvcX1Mt/9j7MByvFuBMhm0Ow/pfy7v9VPl0ljdGalaN173zh6zpasVFTR5KIpFGpZfFO3&#10;0NrAmYfn+q+3YvbqOQ6lusf7b/Ifl/q4j1zFqUsJP9X+r/V59e9ml68jxmN2lLhKmviilnNREZGW&#10;XSqyrGoYoCdX6f6+xvsm2Dl+wFqsmpw7N/vXQbubY+K0gOQvWJwxZSF1BebXA5/wufr7Q+6uhsPU&#10;xVedpt+Y8Tuks60f8MriSxWSqVfJ9147ksF/TyPYhn2kXto9wBRiv/Pv5fP16ftFjOGloPs/2esC&#10;VMrTeJqOdF5tMWhMZs2ngCUyWP1vp+nsEZuvZKVpFkzFM5VmETClkVXS7BGH7h4bRxf2DBtjM0pV&#10;fhZq/wCrj/sdLWjDNUNinUz3Gj2PXu8gp6hZtCO66IeLL/TVIv4t/t/df3ZJ8v8AV+fTfhtmmR17&#10;3Dl2xmqRXllpXMcbAF/2woFr2trvcr7MLOzMRX+PV/q/1V6sEelade9tqkH0sdLi/pYBrtzfj6WF&#10;/YoCkKx0fn6dNv8AE2Ove85DMArkMCfR+BYcNyP9p+ntoGpanSeX8PXveLxn8A3H9D9R9OPULfX8&#10;e99M9e95OCCg5sB9f9g31HN9Pv3z691735AQCfre1vza2okH/C/59ueJ8eMnr2a0697yf7Hj/Y2/&#10;2P8AT3fVT9WnHFP9X2de6979x/sf9j/hf/bX9+8b+j17r3vPTkeaH8jyJ/X/AFaj68/Q+3I5dUN6&#10;pGTC/wDgJ6rIf0pv9I3+A9e92JyejrLrJiAR91sc2t+DgieP9t7NdoqNlIP+/T/xyPoMbZ/Zbn/z&#10;Ul/wL0mojfO1Ytz/AAyf/Y/5Zb3Gy1ny2QIP02XmT/Um+v6/S3s1loLq1QeVuP8AD1aT+2sPtj/w&#10;9OEXEK3/AOV6K39P1R/4H2h6gH/Q3UC+r/LcVxb/AJtkH+oP59o7v+wH/NVf8vTz/wDJWl/0x6yt&#10;/wAXOL/qDn/620/spFahEzHVe1j9P9qX/er+01//AGFr/pW/wHo8P9lF9nTh7b3udHP9f95A+n5P&#10;Psr8rn7f8p6p/F173j4t9T9f+iv9f/ePbGeq/wCfr3v/1qbtw4vL0GQkop8hl4oEEfjSHJ1cMVzT&#10;wyEFEmtYuwJ4+re4WVqitM9SwwIJGo6et/cEEXBuPaKlxszyDyVuUmva2rIVRQ3AufGZSpP1/wBj&#10;7sSaYAr02V8qnrv2w1WKUK4cyOGBP7kjSENzfSx1fj2pHrTPSkjr3ttbFUrAIYFA+oIRQwJ4vr03&#10;9qY0jYHNf9X+r/J02VBqGA09e94hQU6P/mIRpuFvGnNiLXIXk+9fTJ6t1Twl697wzwQEXEa+kWsA&#10;BwNVrfm/Pvwto8Gpp/q+XWjGPXr3uBJDGqkiNf6epQ3Fj/h9Pb4Vf4R1cYpTj1722TQxMrErYn/U&#10;myn0n+z9L/8AE+6mJSKZp1sOwFK9e9iZ13GRsTfqLcqcxhCQCfxHKf8AA3v/AL37rcKxWNBXSf8A&#10;V+XSuqy2T6/Xrr8j/WP+9r7CDIszykNYBmIIQckBVt+njk+0kEaaqAYHRTbW8SyEKMdd+0s+q51j&#10;6/6n8ciwP+FvZk5V+7zPRq+k19eve4DIDYG4F+Tc/Qc8E839p3ZhWnRfO7AkL5de9t0qKjBlJ4JP&#10;NzwR/S/9PbkerR/S63Fr8L+kOHXvcJtJ1MpF7WIBtx/xQf8AE+7kVBr04wDAg+fXvcVkLE39Vh+S&#10;eQL83H/FfdPDBqV+IeXSKRVDUXr3uFKnJ/obm1+RweeP9b23Tpnr3uFMmpFBVjZgVsfoRqtz/sfd&#10;NIbPl1QoCwbr3uPjEP8AGcSGPq/itAiC34FZEeDcHTx/sfbZftJpinXlmbUgodNR/h697eezbjcd&#10;fzyKmoNz9bFlA5H1te/t6AimoDHTk4XxWKjj172E06C1/wC0xP1/1vZhHIxFK9OQysaqTnr3uA9/&#10;9e/1H5vZbf0HHujg0U0z01Moop4eXXvbfLdb/T/EcAf4e2wCeA6ThWYmnHr3uAxYX+n4tcf717qp&#10;r03173GLu19Rvf8AoLf6/t/xG8mx1sgVNOHXvcKoVTwIyTcD0/2efqT/AE9q4XZ5Ajk/t62nxr17&#10;2rapS/XMAUhXXc9Vz/gMWbLb8EN7UI6RkI5o4H+Xq9aW4B4hv8nXvYRVR1OF08gXJ/AI1f0PBv7U&#10;RykeIurpCSRrBbI697aZAgWQEjWHcrzwQAbW5P1Pt5TWhHDrwKsKjr3ttcggDVpJW+on/XNv8Cb/&#10;AJ93OM9ekPhgOp8uve4Tj82J/wBa5Fz9LW+vPuwOdNM9MajVlzTr3tukVLkqQWN7Ri+sgmzG1yAA&#10;Of6n25wCnz6oVBweve+OQjMlHj05BC1HpJubGVGH0P0Fvd9TKTig62yjQgApx697YRSSOxsjM3+0&#10;g/71/rD3fxOmNDde950wWSnVPDQVErMzCypf6fQab3B497E6gmrinVvCkNKIa9e99/wKtRwstNNE&#10;RbU0g4XV+SAT9PdTcChIIPWjG4BJWnXveSPFUwdddfSx2IYKQxub/T6D3oTyEfCerRxkkK8gHXva&#10;3xuNDZ3B6LTp5MZdov0i1RHc2N/oP979uIRJE5yGz0apbISpBqwp1727UcC0+9IlVWNtyx2UfUH+&#10;LKB9foOOR7oyq8fe1Om4Y63H9DX/AJeveza9GdSZvfPbcc708n8Lj3Ks8pEbj9pcvjp3JlTmwhlP&#10;+9e0WkVgAHcdJ/Y3+r8uhTYQVnMx/D3f7yR1xdgiM7cKilj/AKyi597RPVeAodv9Y5vC0kcaQwY6&#10;pijCcO2nEtEpZiFJa6/6/uZuXNmt4eW9xv0DfWSLRvsaOv8Al4+VOgFzPcNdbrDcN/aLOq/7XV1W&#10;d37uPIV/fnVHqK0VNlMeVR/VGBDuajJKrcgEheSePdM/Y21pKXISGaNmilLta5DCxjA9TXHpYf4c&#10;+4FFu9tu16AWoWFDVv4fs/ydSLZXMj20kYUaFIAx1ZkpDAEfQ8+y45fFR+SRWCaARbUOL+g/6n8H&#10;2vgluYhQyfZTpwB0wW679tM1MECWERDXvpRRyv0/SBYn/e/x7UG4DEmTB+3/AGem3t4JyTIDX7T1&#10;720ijgh5SJjbjng8kn6n/X9s3G4T3CaWYfzr1WVpLgaZR29e95oCROCCisCoGoXFgpuCDYfj2jEa&#10;PQ1Nft6tBaxVBUnX9v8Aq/n172Le36lTHGJNPFtI0aRcEen/AB9p43ZCzoBX7c/PpS9vHQMK1/0w&#10;697MXtAp4dWrU0sRjtc6dJMTCykaeLe1y3JUVVVr/pf9WeiaZWUkhc9e9k2+SmPepkrkRU1wx1E3&#10;kW+hoIxmv8nAUcSEsSfoPZX+n4zOpNdRr9tadKHWExR8dVBq+3r3utvMYt56p44ondhIwZE/UG8r&#10;jUbG3BIB9rYZPCFa46bihZgPCB1de9qzbXVW+9yvBHg9p5fJSyKvjWkp/J5AxjCso1DVqLix/wAf&#10;bE10g1DxBSvT0Ox3sz61iJNf9WOvezRbN+H/AHRkvG2U2RnduUpKlq/KUEqwgAX4MTk6Tf8A4p7D&#10;9zeprxKGPoDw6Edry9eHQZEIAp/LrgJYidIkjLf6kOt/9te/s1e0fh/hsfJHNuvtbZtIIhaXHvBk&#10;qeqjurAxO2kJquyn/Y+ys7rGp0NC2s/6uHR3Fs+imudQPTh1xeRkNhBLJ/ihht9L/wBuVD7N1s7r&#10;H4v7bjjMsVZuHIqDepotwzJTSG9RYrA6pa0MwH0+qk+zKA206kyRlQKcTw/4v8vy6MUtrOLiKn7e&#10;mavXckrj+GTYuki5uK6knqpr2S1mgroYxYhvweCP6ezObbz/AF/QRLHtfbtPGG1Xapjo629mma93&#10;iuOXk/r+P6ezWxhWO8kWJx4SldNMfxH/AFfmekV9di2IVNNP+K6T2SxGerYAuQyxUWbUMd9zQAg+&#10;P8xVBY+pQfr/AF/B9jvs6vOVE+qCGFVEdlhhSFRczC1ogB9V/wB795He01nFLfLcSJ3L5/73/qz1&#10;DfuNM0VsGibuYf8AQHRTu8Kb+CQUQhqaiYyPKGNTUSVDHStGeWmdj/a/23t5rYrEDki7cXJ5/wB4&#10;4AH+PvIu/upZpNTadWlfw/6j5+vDqFY6r3fi6CzBzDQSLKdIJPpFhze/4v8A7D2kcnCp0mx4JP5v&#10;axP0/wAfYK3E6gDTJOfzr0d2j6UqvHVnoWdvzuNXII0KPoLA3Qcn6f8AFfaGydOzqxFywDaf8QQ9&#10;h/Q+wtcqFd28q9CK2kNO7h0K2HqQjRrcWbRq/wCDft6vxwPaIyER1WAvdNX0P19d7fn2GbpHjJBO&#10;Bj/V9o6OYCajoRMdMrLe/wDb02/2n0cH6fk+0fkYQSp0E6k50krx6wP9j6/YZ3BHllXU1AFx0awt&#10;2MpamOlVRvaM2P0cj8Eg2X/Y249pDKwq0aWBuqem97gj8H/W9lpDRNoelOlNSBpPw9OUR+vNhyD/&#10;AMTYc+0ZXRMKU6V5Nv8AAAauf8CLD2nuI0bSA2a/4erYbgep0Zux+n+wsT+Pr7S09IP4dUrp9WuC&#10;xBP/AB0B4APPstcF8V69qbTTV1m9pWmpytPV3B1N4Axux+jMRc8/X36JNWouM/6v29bjdjrFeve2&#10;CjRzK3BsSL8E8gMP6fU+7yoqqD+XVwzDg3XvbXSIfu1uLFXNuP0/qtyfyPbdvEqyeIp7l61rY4PX&#10;vcaVGNUt7X8vP1+h4AvYj+z724PjCVv7TryPpY+nXvcStjtUNwT+2hX/AAILC31P5P8Ar+010Sx8&#10;Ut3dVZmT4Wx173wyCDRDfm9PHwfqfQ3+sObe0yvIKuo7eqvI7Afw9e94amNVgp7gk+GKxseQVa/+&#10;H1Pt1dVxhx2D06rxHy697jFSaOQni1Sq8/SwX9P+t9PamNVRaIevChGOve/Qj/J5R+NQ/ra1uTe/&#10;vePLry0ANOHXvePHrec/8EYf7Hxsf6X/AB78aU8tPWlpT5de95MeoFcByLBj9fx4yP8AeD+fbsZA&#10;Yahj/V/k68TSvXveNkCzN6fVZSTb+ic/k8WPt0GrHPbnj6dNKSX49e95shdqpifwF0n+tkW9vxz7&#10;beTVgDHT541697k5L/ORg/6lf+taj8D2169WYevXvfGTT/Dobar/AHE31A49IH4/1PtMscZcArj8&#10;+mFNaDr3vyE/w9uf92yfS1r6QT9f9b28FWNe3h06exW697zY4C9WB9TRTkf650c/4e/BncqhbFem&#10;dZIbPXvcyhiQSMSSp+2k/P8AQKbaf6avaqOM/gSo6qoqcde98I1HlNuLSKTcWF7j8A/X1e16yO/h&#10;kJ2Gv+r+XW+JB697kzMfuSPoA5v/ALC5+v14J9u9XJz173mqT++4J4LH/W+gt+f8Pr79SmB16lMD&#10;h173IckwQf1/cP0v/aBP5592xpFPi636de9yHA+0iubW8gHH58n0/wB49tSSFTFQjST/AC/1f5Pn&#10;1o8B173kpVLRzkgcotuCv9puR/jz7TSxRxxjPfX/AFfl16gA697zU6t4p2DLcJcA24uxI/2Nr+02&#10;oqahqfy60Ove81IbTxXH+7ADYX4/I/F/6e9db9Ove8sNmqzx9agrx9SDIDccc8D3fxJP4z+09eBz&#10;x697lyEGUj+kxX8fhiDz+faWILJMRLgf6vT9nWqZz173lqhzCB9Ptxze5vf/AHr27dQJCqaTnqzA&#10;CnXveaVSsNLbTdok1XHH6m4uOeLe/IKIp8v9RP8Ah68eA697kKoFNIWuT5IrD68eq/5/A92635fP&#10;r3uWEQUkpUEfuRcH83ZjY3sf959qo5ZmNKVH7Orgmh697zUQb7mP+nr4+tvQ4/1ifavy+fWwD173&#10;npi8bQ/nV5L8X/LgWP8AvI+nujFC7JTuA69pUnIz173lRSkzsBchQLG4N+PyBe/B9+0qQCOtGNTw&#10;49e9vEZX7hxf/dSWAKnmw+vJ45/23vXcoUDhXqrjSoHl1xN7D/E/Uj6fW3H9R7mzIwaGwupKf63I&#10;55H/AAX8+zWzYlQK5r/g6TuqN5gP1huPV/sT+P68/wCx9ukCD9tgOfKBb8+kXuPza49nULukMgHA&#10;mv7RTpmVn+me3/0Bu79o0/4OsTD/AB+g/wB5v9Pa7xmpolJsoAA5/N1Tg8D8H2HruJXn+o094PCn&#10;2N/P8v8AMjsYI4pCApozf9A9QpWtdfr/AF/P0uP6k8exAx6sKQBrmORbAi5/edF8drGwFvx7G/LB&#10;tt4a5sr3F3HbO0f4e5QNPHLdxz/k6R7sJLHcY722Wg8Bq/tP+bpF5bVFMssRF/uEEoIuPtw7+Uf7&#10;SSB9fahxkYSoSKRSQtLMT/jMg9F7mwGr8e5J9oYi8nM1nen/AHZpHKX/ACj8l8sf4eoo53b6u82W&#10;WFu6ZkMv+2fuK/w9vSf3DL/kn3MJHjMsQhtYjxuzarsLFx/j7etoosu4Pu6h0UU1TFCSRw3mUc24&#10;A9FvajkFLCDlzftwv1H1YmjCt5VaoOOJzXp7nB3uN3sOW7f/AJJkaOKfi7aMO7LfF0lexZJ4dsTQ&#10;UEUzz1NDPPEq2JXwamOrg3PP+Hu1TrSnolqpqZCTTq0YQo1mt9vVuSWNyfUP9t7tzNvl9c8pbhcw&#10;lGm7MFK0/UCn09Mf6h0HeX4H2nnK0WIaG/Urq7qHw2A/49/qHWl//MtyG5KrZe3srlVWOvdqg1pk&#10;gXwgyZ7asMdoSZI1/Zt9f7Xs5mzqtEiZaeF3jiKatFlCmVqlU9RB5Zv9uf8Ab++QO7W1xLf3zXYp&#10;JIEp/tVBOPs/l8sdZJb4NO2yW4oY4x2/7ZlZvt6lfI6hx0G0tjiDNUNHJQjdGhal5S87VeRwaP42&#10;ILXjBP8AXlv6+w839VyV8cjTHnQbiwuSTTC9hYD8cf4e8qvauzj2naybZPPH5GQ0/LjU+p6jm9nk&#10;bbu08T/z8f8AN9nVbGwqgVHedGZJmmLzUuucv+1xg6i1tVipYemw/p/sPde3yjydRLHtzGuWWnhy&#10;Errz9Q9IlwCORz7mP6WztpUuLWv1Eo7/ALaA/wCz/P59HXL8ejbNZ4sW/wAv+braU/kubXhpNq9l&#10;7reSnqKzLU1HShoksqxY3cO4Y4RpYaL2e39fZKowdU68mytz/S5A5/JJ9jHbI1aMsPX/AFf5el83&#10;dknPV6NU1hTngXKEWP403H+sfbzjiBLF/TXGfxwQy+zZUDpOHPwxsf8AV/PpMiUcHz1dJrLBvDJp&#10;4LBltzyrKwtyb34HtXUjBllN7El7/Uf0PIBt9fZPtTE7jOD+ANT9q8ejWeRri30ScFX/AJ96RGai&#10;0JSL9QzU45Fxc+XgXBP44HtK7iUNHe3JAVrcnSPLqHHFrD29v0xUdh7QxPp5N+fSWw0md4R8Kgt0&#10;tNl3V9JNrH034XUft9JF/wDH2XTc6Prn8a3IqlZQBb9pWJ1X/J/x9xLzA0skblVOmmMfNvl0JrRY&#10;45Favb0ZTDlRTwaiNXiUP9f1lVuLE+kewIq8RQ03a+0d4ZnGT5va1Dj67E5TEh1Nspk6hEx9bKJw&#10;1OIaJiHZSpYgce8b+fNkn3PbfpAzrqvImqrMuFkWvd/xXQvubmJrOLSoPcKj54ofy6UB1FCI2VX0&#10;jSWUsASOCVDKWH+x9ms73z0UHW1BgMJNTx0M/hMs2OC09PGlNlKKaJSIQrAP6rcf149l3uLtl7c3&#10;2zbes0v00aNRSW9Qx/1fZno/tpFt7XTCAp+z5noP9k0Eor9xZauppY6+urKYF6k65RFFSpEFVizW&#10;WygGxtx7Isj1O4twUeDx009PRoKzU8MjR6wKU1S38bBjcwkeo8Xt7OZdlgtreCURuzR17dWcincP&#10;xZ+HpEbmSacWxp4DcaDuwtfiHz6ET2rOj8jUZT4oYfc7Yic5bTmfNkJFhkE5XsDKUEZjuxZBDTQl&#10;Tzzb2B+Yrldsv4Nut4KW6g/EQPwh/tPx/wCxTquzwR3W3eI4fWB5k/xN1iGryteQW40xgcj086jf&#10;m559henadXjq9Yssj1dRqJarpPFT06qVLR+WI/q0IQv45Hs6O2Wl1BNefRyrcyL8Ve3t9F/1evTc&#10;V9NEkyktqXz8usvsZtt980+VgEGXzKUPguIEo5vsZP8AUAloCNREY/P59l6bbBGSRbg/av8An61D&#10;us9QWuHH+2I646RybC5+t+fY3YPsfJV0EaYSqGSjdlW9X/uRLKwW1jOx5uw/5K9+O22utH8Eqwx2&#10;9v5dH1tzBuB0Qq6spNMrq/y9YXgia5cAD6kqfH9L/lbH6f4+zAbV73/uPTU9Du/FQ0tRM6z4molp&#10;aGniSumWEUVTMCC09Kn27lk/tD6exntXPe5Ly7vuz2M8ZkkhmiIZNdFKrGR8vtx+VB0GxHZncp76&#10;WIfVkmnp8erh/pui/wDYPx+we+txYrcSZXLY96WooVycFLlsnCldjqaprKqemh8NXGtHVTyVK2mX&#10;1IF49pX5Lbm2zvbZOKyONr46nKVNXQZWtjjnkkQGXHZyeqjootIFLRiaqURxLZUBsB7A3Le27tFt&#10;+6LuxU2b3Ekq9o+Lw1A86k/GK/n59HNnfXMguIEWIBqgdg8wAOhO2thXwlTHj4KeSHG43FjGUbyO&#10;ZZJIaWWCGmaonZ2kqap6aEF5Hu7kEsb+6rf41T4/s/E66aKqoaqGLC1lNLDDK0a1eYRJ5QZdSxiO&#10;EEcci/s1sra3EE80/wDZhsfYCD8vPoP7rM1vd29uQDMyd326iP8AD0uvdhmK2HD2ZsfM7ewuAxu0&#10;slipBisHW5jF0dX/ABzErRNrytF9tGsrws9QEV2OpW9kl9Mp3K1ewq1scvQ1pRvX/S9LrWOZ7aTx&#10;0AbXpWopVT59NNXXRYw+aqlZoZDZmFgkDnQEUhnAAf8AH59kH7J6L210ZV41Owu79gYLN5Wnmmgw&#10;dXS5iCuWJJUppnkUQSRFYTICbHn2pbetxub14dt5WvLi1U5ZdFP218xw4defYrS3ZTcXqgny+XU6&#10;mqY6uMTQ3MTf5uQ6dMq2B1xkMSV5+pt7j0nVuXjpsFunb1fTbs2fuOmyE2G3XiIKhsRlIaOR6CaW&#10;laoVJdK1uqIghfUh9+st6uJb6Syv9lnt2WlVfTUVWvEY/wAPSSfavD0NBMGhIw3l1mDozOqurNGQ&#10;HUMCyFlDKHAN1LKbi/1HsE8zsHcG3MjHV5WgqaeA6wXkRkUHxRRLYsTc+Sdf9v7Gk5jS9e2hPbx/&#10;4xq/wcOiue2KPXT2j5U8uuXtMYqJhLESAzAvqA+ousliQBf6H/ePauIlr4QMD4I4H/a/6vz6LiwV&#10;xXr3uXW0377EqBdb/Qj8Afj6+zZi+nPA9MtK2ruPXvfstDeaIgLbxQ34vYaf6/g3/wBt7TmKN66w&#10;elB0mhb0HXvc11/37QTTwK6o/sj/AI42t/X6f7f3qdFQa0+LT1polMVaZJ697TcMTHkKBpFxfkcW&#10;/qPaWPTMRqFM9NmNT8S9e95oIm+8prjgTxSeoC2sTLx9QDf2oggRZXABz/sf7H7OkLdspA4V697m&#10;5OM/dyEqTrLsbr9QWNrek3vb2/ddijTSnp01NKykhStP9XHr3uVj104mtT6AVMR4/wAE4+nFvajb&#10;QLgCOVQQB/q/1fPq8Taoqkde9swdtSC/6mF7f1Dj+ntNLK8d0UAGP8HVSx1VPXvajygvBQG/BFRx&#10;dv8AVLb8/k+zOTUoYR8cf7PW8+Ofs/zde9ydpSlM1SX4AMp4XgXpai/+Nrn363lepotf+LHTkmad&#10;e9yqjIGOd40LBGb1AEE3Av8Ak/kn/Ye2zEZNwuGZzhV/470xDEmksTUnr3ta7YyLLT5hRJ+mkj0c&#10;6v8Adhv9DYi/tXtt5cyF45HYIv8Aq/z9bbTR1Pw0697jR5+rimcJOUBFgPV/qrGw1f1/p7XwbvdJ&#10;riZhpVvn/wAX/qPTCpEyMKVAbr3tXYrdNVJQ5PzVBPioamRbkkAqqhTyf8f+Nexjt3Mlysf03Z4T&#10;U8hw+XTSWturMQDgevXvaJrs80huWYsbm4YACxNwDe17m490uLlY/HMWnIZv9tx68NIDAevXvbrt&#10;vKmaesRpGAXG1Tj1EXZFjtyDex9pttup7x5lm0hFLfy6un4vkD17211uVlmWSEzHSWvpBNj9Rp/V&#10;+r2lttwuXvLmM6dKSMq/6v59NeK5DAcB172wRsRcMo5B5sARbm1/qfp/sfYoSR3jXUem2JoT59e9&#10;8JBp06bg/gtcgWP0/wBpFvbUfxP+XSZ/7Rvy/wAHXvfMeu+oXt9Bxxf6g6bfW3+Pt0V8+qitM8ev&#10;e+1AH9mxJ5te1wf6/wCw9uRqragePW+ve+YsBYcD/X/P9f63v7e8JPTr3Xvfrf8AI+fr/rg/n21K&#10;FATSMde69770c8E3F78N/vPp591RC5zw69173zjAWaMG3Ei2t9Lhh/X68X/2PtfaxrS4/wCaTde+&#10;NHXyI697sUqAP9F/WLX9Qm2P+L2YYEAfW9rn/ifZntYU7XNHo7BM37NI+zoI7azNJvNuB2K837Kr&#10;0m4ARnao/wBcfP8An/psX/iD7wZBl/i9WlrA7Jy5YfhiGdRpuT/T/efaudvDa1kXL+Co/b0oVVZL&#10;WRsuHTpwjB8XJ+lfGf8AYao+D/T2hqpFHT9YouVFdjNIBNxpgLXa3Nx/xPu/hpPZvI3xCQf6v9X2&#10;dKodM+53kjHvVn6yOf8AcpAP60U9/wDYSw/T/b+yj1ekyNzyTwb2N/p9CRcX9l92xEVtq4UavRxE&#10;a2ySPxH+r/J04e4jIhFiD/tBv/jx/iCfx+fZNPTxG0/n/q/1Zr003E9e94f99/xv6e2+vde9/wD/&#10;16Y6kCOWZKmqqZJx49MlTUvKOV1fWS7foIH4/HuF6jy6lcMDU163+PbTM+tRTs2tiSA0PB/1X6rX&#10;4J97618q9e9s87gXRkv/AIHm5CAD83tf/eD7qHPVSSCaVHXvcCQC1z+PyR9P9jwSLe3kdkJ0tTrV&#10;eve2iZ/1ADm5sP6nkD/An2rE7Fa0H+r8+nlIK9e9tE83JvYfq+gP0JP+P190BYfjP7etBQOve4cs&#10;y6TyLc/01G4P51H+ntb3afLXT8q9V7qeXXvbdJINJ5X825H9D9bm/I9268T172JXWchk2dv9SQR/&#10;FsOCLf6mKUnn+ht7TXOFanoP8PT6sRasBwr11+R/rH/e19hBkjpkdubqwtYm12AB/wBbn/D2kQt+&#10;HpBE/cSp8uu/acdRrLkED6f4cfW1wfyPavW2B8h/g6VPKysR173Cl5HP15v9OORzfn8/j3ZVr/pe&#10;qLGWrx8OvXvcCZQR/Ut/hb6D/H+nPt1QV7T08qFBpPXvcFxcMfoLHVa34v8A48ke7dePXveCwAb+&#10;mog/15B/B44v78OEn2f5+kc3xj7Ove4MoHPA+pH0/pf+v/Ivac/Cek5p173ClXgD68/S5/N7/X6r&#10;7qDUdVPXvcXHWGaxQ+l8xQfT6cVkX4BNre9nSiGuBTqq6VZK4Gode9vPZ1v7w5A/1q6i5/Nta8i/&#10;9be7RcAOnbn+0I697CSQalJ/oFH4PN+f6fT2pSRAMnz69CQFP29e9tzf2QLc3H+2tf8Ap7cfIHrX&#10;r0wqFHqeve4cgFx/vP8AiRb8/wBPbPSTr3uA4T6n6k8c2H0W/vx4LT0/ynrTcE+z/Keve4Erql7K&#10;SePwL/g/097GeqHr3uDUB3iLICrC7Di2o2+gsb359qbdgtQetq2k6qde9qnwTTbCgiiEkk/94ahy&#10;iXc2bH6f0jk6m493JHimnCnW2AMVF/i/yde9h7VYTJsodqWVBqGpmhkA4BupIAJte/t2OZQW0tnp&#10;GUfXgZ697aJcWqFvuJkhJVtRlLIBwSSbjmxB/wBt7djmZMKKjqyDwyM9e98I8NSzxTTfxfGlY2sV&#10;MrBiAms2Oi1/amGRqAFTXp0RqYR3ilf8/XvbFPLhKQkTCerdTZjRzw2/2Gqxtb+ntQA7jGB8+kxM&#10;JGakfLr3vG+U26QBHjMmrEsA8j05QWJFvTzyOPe1WSg7h1oSQ6V/TPD5de94JMuxSJaOGjCxhgRV&#10;08cjAmxA4Jvfn/ePbsaEPUk1634poNAFPn173wGYryCrU+LBb8x0aqRa5/rccW900L6nrXiv6L+z&#10;r3vFTT1k9bTh3Maa21CAvCP0Efgmw49+IUKacetKWLLU4697ZnErVE95p3FyoDSyNezEWAuQ309u&#10;EdnDqirrkoSTXr3vNHGBIpMY/qPKAzf42Nif9f22CQAp/l0q8ERkHT/q/Pr3sRcOrHN7eVEAPnxX&#10;CKAW/wAojsCove597jm8PXXIr0sR9MsKAcade9jB1d1tkt29nQlqaT7UbsjYs0c1iDn8f+RE6/oq&#10;fz7TXF0qr3mhp6cOP8v9R6N7CxM0+p1OnV6cBUde93s9DdRUW16l6lKWNJmnLyExDURpoC12NOhv&#10;+1f2Y7dF9S0NQeK8Py8ujO9f6RJkQZ0n/L0lt0ZVKHHTgMA7xOqnUByUkA51rxdfdlnWdJHkabKY&#10;ZpY4/ulnC6iFJH2ywg8Alh6/6e5026eJNoltGIAMZP8Axj1/2P8AYjq8s5Z5YpgMFa9VUfKLMVe0&#10;8ntPsCGhra7+B5DGiRKWMSsNeYFS40ySRov+a/1d+f8Abl77C+K2CqK6sau3DjYFjZ1Eb1k0bi4j&#10;sCGpdINwPzwfeMm/7lHY37sEJqa8OpN5NsDuMFuzrTxF1dHi6p+QY7C2/islTbR3Gv3tNHLrNLR+&#10;OxLhmDR5GS4Gj6i4P49k+3d8Zti4oSvNm0mIK6hDlGJPMIvZqBeBf2TwczQXYBQAg+oX/I/Hod3H&#10;LCoNRGPn0Yujr5KpQWoqmAn8TIqn+1/Rm/1PsB871l17jUjVZ8pL+r1R5Gnax/a/1VPf6Se1sdzL&#10;NUgj9nQXudrSI8Cf9X+r/N05+0RFtPrqmcCs/i7KbXKZGlDW9RHDRWtcgfX3sTuy6Q+fsP8Al6bF&#10;lEFzWv8Aq9eve1Jitn9PTy3kp9x39NyuToBY2N+fESRce1lvLKUKkio/wf6v8nXkjtzUUPXR1f2S&#10;t/8AEE/70R7FPbXXfTtVVRRp/Hx6lZtWXoiNP5GkQ3HHtM00kaP2jPS57a2KcDQf6v8AZ6wyfchS&#10;YzCTzYMsnP8AQel/yfZutubF6XxGNgnnORRI0Ut5crQn9MaMbl4gDwDb2me5nDFlII/n/q9RTpHL&#10;ZW5OoDH2jpD5Gs3uZ2hx8WIVbkK81JXPwSwBbTUqOOPYRdtdgfFfbFFOa3CT5aop9dwKnbNUZZoq&#10;fIM0Z+40lkaSA+k/XX/j7DouL17hxqFCSeB/iH+r/i+lke3QpHGzqCCAfL/L06YqHeHD5Wtwuk2/&#10;bpaKs1qLoSC0tXp16dQvbg2/xuTnJfJbpjDSSVOzOoMBVIBJNLW5vau0MnTxsSzvAzRujeVUSNiP&#10;rZj/AF9rl8VlAkmIU+lQfkf9Xy6MIJbaBax2wP8AtQelE9OZU0yzS349VPJLTfgi/wC3IW/P9f8A&#10;evaFqPlvmMu8zYPanX23qZDKsT0G0MbjpliPqXTJR1IVTpYWt/T/AA9ha9e5guJwssjKWooqfnxz&#10;+fR6LoG3DRwoKgfhp/gPXOKBIVCq0zWAF5Z5pmNvyTK7m/tLVPcW9sy5aXO5ERyn6UlZWQ0nJuLR&#10;JVtGq88fj2iO5XSVAiyPWn+bornvyp09ZveSlyuWqmZqjIS1AfQxZaid3N73DO0nI49tIZ59MtG8&#10;U/8AFdeWQPDGxJJ697GLahqVEZWQm/0VmYvws39Tz/j7PoPGUsTqr/xXTZmVMls0/Pr3s4/XtxAz&#10;v6HS37b3DLd60WP+upv7GPLsbPJpfBP/AEN6dEG8TqNMtcH/AGOoGQP7IFidRtwB/qk/r7Ob1tcJ&#10;W6gCUSAlR/XyTfi59QI/xHvLP2ltaOWJwf8APJ5/Ov8Ah6iDny4M8UY1fn+Q6I78jZQwxKKSA8tU&#10;oY3F/wBiiIuAPpb2tK9Tb6c3IA+n9m34PN7e5onFDk54/wA+ozpodanGD0DOBkBWxYEBRdgQbjUS&#10;bA/T6/6/tIV6XIJHBJFxyP7X+HAuPYW3CCnaOIP+z/gP7eja1FFI/p/5uhcwk4AIUjhFNj9edI/r&#10;b6f7H2j8iti6hSRZvwD+G/P59hu6jq2sdHULZK9CbiJNSRsTzqUX/wAAE/FuOePaNroeSNPBi4/N&#10;v1H8j2Hr6HxQzef+r/P0cQPVc8ehCxlRYD1WPl+n5JAQf1/wv7SOSgFl/wAUPHJ+mq/Fr3t/sPZB&#10;JbK4LFPh9OjKFqIMY6WVDOQTzwz8E8fXT/Uj+ntHZCmJRTYAeMXIFrDm/Fjbg+yG/jRCxr+38v8A&#10;V/Pp/VkEHPT9A4/N73/2/Nx/sbj/AA9o/Iw2p1dQLLYXI4+q25t+AfZSoLalkHHpXA2pWqM9OEbX&#10;f6/8V+puAP8AX9pQQ66epuvpYxD6c/qH9VP5/wB791nSqAgcP8Hn08wwcdSifUo/1/8AffX8+0uk&#10;B8NWQOD4bELx9Sbci/HusMdNev7P9X8qdUApqPXL2n6WIif6fT/C55VhzwAbn23LEYtPdUHqmRjy&#10;697ZYYNNWht9XP8AvAa/4+nusMLUdo1x/q4f5evISDwx173DliP3Uf0/zn0A/oSSLH6XI91k7hQj&#10;uHW/Ezw697bsjGVqOVJPjX8fUcgj/W5+vtNmuVoerBtVcde94chHxF+m328Y4uP7Lfgj/H3bqx69&#10;7xVaAU9L/wAsoT/W/wC21vqbAH3o18uPWmrTt40697iKn+Quf+mlf+tYAtxe3Hu3p14DHXvfUCkw&#10;yqOf3DwP6i4NvyQb+6kAHV59aAAJbr3vjQRgT/0AVuPx+k/X68X9768Bnr3vqiulYpW9wGJ/wvGR&#10;z/Tn37PEnPVaVweve4xLtM55/s3+oH6P9YD3Viq97Hr3h0qwXHXveauuKlyATcJa5tf0rcA3+vtv&#10;xs1p29PugUMeve5GQVvLHf8Aoh+g5/b/AKEe/fUR4yf83+r5dMlhjr3vt0b+GwfQf5RL+b/RR+ee&#10;f9v7bSRXcU49NCtVPnXr3vsJ/uOcn6eR7f48KDxf2qPn69PmpB9eve5WNX/gSfz9lMRc/j0Hnj68&#10;e24f7aH/AEw/w9Jl/wAnXvcqjF3cL/yrvx/Tgf69gOfYgpxNOnB/k6978lxKL35ccXufqObj+ur3&#10;r068KV+XXveeoB+7/oA/+uPwB+fyB7959ePHr3vLUqTUtb+v0/p6V/1/6e/f4etnjw697kv/AJiH&#10;+gD/ANPy44/3n3cnUet8B173JKkUsRb6HyWvcn/Om/8Ah7RSj4PA/PT/ACrTquAO3r3v0SlRMAbf&#10;tqLXNuWv9Tz7RSzNgsSa9azmp6976og9qgE3uh/Jty5N/p7SMxamo9aHXvcykUmqi/wkH0vb6ngD&#10;n3Xq3n173mhBFXyLf5Ub3+n67H/Dn3YM38R6359e9yXX99gb8zG4/HLHk/1+vvVrJokOK9/WvPh1&#10;73NqQoMIOn/gOtrngc3/ADxz7U3Upehbj/q/z9bbJFfTr3vnKdawD9NkS9+LhSRe30IsR/tvfomL&#10;RRk+lOvHy697l6bU8oN/1p6R/Q/7bhr+3Ot0x173MijH2VR/y0ivex48g+hP0/r7dh/tk/P/AAdW&#10;Xr3vPSLpnhNuAXvZfr6ZLkC9rf09mB4Y6c+zj14+8lBGzmMm1wzc835B+n+AH9faSf8AtR/pD/gP&#10;VfMZ8uve5SoGeQBfyvI/Vfk/0PFz/X2rHFft6t1725wxXnd/z40H+2F+P9e/tmTiB5dNyCrCvw9c&#10;GPp/1yf97J/PtyqEAeDgHhTfgG5X8/4fT2ZWVKt69J5P7Nv9Xn1HBuDyQb/8Gtz+P9h7cYgQkeoA&#10;/ur9Pp/aP0/xPs9h/sz9v+Rek0nD8v8AN1jPN/rf/G3H0t9eeLe1xigft1NvobfW4+icfX/H2Hrr&#10;45fy/wAnVbf+1P2j/J1Cl/V+eb/1uOW5+n4t7ETGsBTQh1NlVJkbj9Sqlhc/1I/1vb9hfS7Te2t3&#10;bn9QOqsDntqC3SjdbUXVlJGv9po/yN0lchCKlqhL/qEi2Bty2sA8f0/2/tQUSNWVMbxKBegqHsfq&#10;G06lH45sPeSvL8aWW3b3zba113DuvZw/Vj0/h4/711j9vt0lhdwR3DZjb/AekNXExUwoZWYhK6lQ&#10;EnkosvrNmH0u31/Pt1w8Jp4qSXQ2qsqKWaUr+Ck2kqeLi/8AsfYJ5rmk5c5M5eg1Uu5oCXr/ABJJ&#10;x/D/ABdDDl7bTve7ncnGoHUV/Z/q49NmQlXJ5LLUmpfDjoqqCNTb1rPStJcC7g2t/T3aD1k+mWCo&#10;5KzrIb/W5WOqUH62vc+1e1P9X7dXM0q/gX/q8Qf9Xy6IN1g+k56RFXSw1Z+2Ef6v59ae380qh+5w&#10;+49uxFPucTXYREWNSrhajK7RqzZVDtbSv+p/P+x9nBxFTJRY+M6xepBJNgAwgqKix4AJIuBa3498&#10;10tbfcN03Tw4O2Ex09e9B/mOfzweMycwTstnP6HT/hH+borXyTjrxS9f089TI/3f95yVMrskXhlw&#10;rgIh02Dsotxfj+n0Q25h57D1eoEC5/TYrcf7Ee8juVVFntDAr2k1JHnXzz6H/N1H0beJtsx8MAgj&#10;Pr3fzp/l6Jh1RWMvZEtYJ6MSUz0q6HUEgfZ1sXNhzb8f1+vuvD5Qrpz2Hh16yksbWBNgTRxkki9h&#10;/QexrZ3PjCNQKICSAf5ftySP59DDaEps1uRgVf8Ayj/V9vW4D/J7jDdA5TKfbiJ62pzEbyCNVDiD&#10;dGaTTdVBbTf6/W59lFjADz/W+lv1f11rYcD6+5E2n+xY/wBL/P05MScnjX/J1bxWEkU4H40fT+mj&#10;n6n6ce3CkIMkYNhZl+gAv6l/2P8Ah/rezeEkLcqfKJumB5/Z0yZFT4XYXNyTzc/2W/H0/wCN+1XQ&#10;8rOP9qmH+vwtvr/r+yDZc37n7P8Aj6dLuMOv+j/l6R24LqlETxzTcf0/bnv9P6+0/uEkRjSfwNXI&#10;uVAkLC/Fr29ub+CCVHHI/m3Sezk0XZ/io3/HulRsrSz3cG+q6gD+2fBb+v8AX2XfcbFqmoeLnTUt&#10;HoIvquzXbji4/wB79xlfslWUnP8Aqx+fQkgjdlLp5noyeKUrS04Y8+FWJ+luAf8Aej7DrJpphqgN&#10;IlNTFIVkuQun6hRwVYEcf6k+wfuO1wXcQYBa+Irf7y3+r/Vnpfb+KJArHFen+JiSotxpsDwLjg/7&#10;wPYbbnyORrIZIKiuqBQoyimpJamUTsoaJmKqXdGCSi5sPYf3C0j3TeokZcxas/7U9H8d4xIUt/s/&#10;6v8AiusyqF+gUE2LaQBc2tfj2n+tquDGb2x9VWxMkcP3oqVm0aUMmKrYYg3kKqp1SC1/r7Q7kNLX&#10;NvCF8ZdP+xj7Otx3ISZZQP8AV5ddSKXQqDpJtY/S1iD+Ofx7MCMR/dHauU62wxo227TR06oYY7mn&#10;+5rjmm1SxiONDJWVDWsnP0/x9wPzrNuS31tIYRq7vw/0Yx9v+r06EPL4JgliUdmPy7j/AJT1jiKT&#10;BJ9DKxvYMTcWuliLkWI9kA3cqfxiqKQSRFxChiYAOmiKMEhR+nURf/W9yDtX101hGssKmL/Sinyz&#10;0Rz1ElwCvZ/qHWf2iJ4H1Bop2iX9XDMriw5+l+b+3ntzEWqvSErQ4x173jOazuNHloszlIfFyop8&#10;hWRgFf6COZb/AE+ntMkaCSJdIy1enLYutxAFc/F69e92PdaTtv7qp6/ISTVuQosXPQieeRqiSP7L&#10;DUsiTF5GnkVllnJ1XBuf9ucScu7dt/K+87xbFRdqszYH/C61+HPd59NWtx4u6TxEZr/z8B02VFY0&#10;FbT09lEc3jAY8EyPI6lRyLnQt/akqYC2ywk8bMaaAYtG0mwhixJQT3NyWBudf19xnyZvt7ug3K3v&#10;odMSTSL5fCoVafF/C3QojRrZw5T8VPyr04WAfji4uR/Uk/X/AHj3W7u6So/vnUVExMePpM/Jgnni&#10;vFKVORlb9qYNYVZhuQ17g8+zLcEmkQxW1fBZxQcc0pwXy+XRZfxQ3Vw9yzDxEiOPsNf8PXP3Zk1L&#10;kNp9E7e3ZtjJVlI0WKw0kM+arKmpmqI54JJWQSwFNfk4FtQuf8PYkfZ12S12q6dQ00oWuBxLADHb&#10;/m6Q8qX53O53exZivhM1K/JVp+fSdhytNWZuuwsixSvTQ+UqArBVtDcSgsTqIlH4+nst+M7c6z7I&#10;rosf2ftynrNxU8UqSbgzlLhp8bTkKZZoqd8k9VWQJOFUAf2m+vtNdRzvuErNtt3IO7FoAv8Aq/1e&#10;fS2WKZpDHK5MnrXHT2IjEqJT+OONBYRlDpAtwFKstrf7H2KUm+uulwNDtLBZXEQ47BRyQ4Slo6qi&#10;io6eCaoNbViOnpyIVBl1H0KvPJ9obEzQ7u8kW1zwAnJuVVq9tP8Ai8+Sj7WFtpZaRpcAKuB5D+X+&#10;r165ohUs506ntr0rYEqLLYk34Hst/a+49tZHFJQY/OUWQqiSB9vWRTOCKjGzGxDhjaOMj/WHsxOt&#10;t5ZZEIFK1zntoP2npi9mR6qHq3/FdZPZacXCBUFlY6HKqCGI4RXF/wCn19izb4Q+5J8v+gW/2KdB&#10;8msgqeHXvbjkYQZmsCRZOD/io4+p9iCWyQDC5HSHxF1U1de94clCfPGGUgeKG5tcAaALH/Wt7IpU&#10;MZoD/q8+lYcgrnr3ue8GjbgvbiulH+veAn62P49t3JBAI4U/yjpcaNCrDr3tN0yr5HAA/Rb6Ei3/&#10;ABH09l0H9q/2/wCfpgefXvfGNf8ALITYcVMa/Q/8dRwPp7NYPj6TEd5x59e9y8yNExax9Vv95dr3&#10;/wAPeroVVa/6uHSedcgEY6975Y8k4+tJ+rSxm/4NkK/j2o2gaZXHy/z9VjGlGAHn172wqoLCx/Qx&#10;HP1t+Ley+8/3N/P/ACDqjcT172osmzfZY2S17pUc8m4EiDgX+v0+ns6KkKCTx/1f5+tA6ZCteP8A&#10;q/z9e95Nuf8AF6pfqLGX6XBH+SzfT36JRjGP9R/zdXmbC09f8n/Fde94azUKk31cE21avpYHj8f8&#10;V9vQJW+uio/h/wCO9NQuojJPXvan23IRDmRq/wCUOEXv/wA3D+Obce3doi1TT+lf+fq9UL1L/Pr3&#10;tilqnjm0i/JPJ4+pJ/1VuPaS4tW+okCj59NJ/l697U+3qjy0+WQg/wDFvqR+fpqjF/rb8+1sCyx6&#10;f4v9X+XqwqCw+XXvaZlc+R4xewdx6hzYE/i5t/vPte07DxAzYMY/ydM+bf6vLr3tTbTt93Wg3/4t&#10;NceCPwIv9h7XcuuXkvAfKv8Az7/sdOJSj/Z172xzuRUuFJtra9yCQQzD/ifbcK0vrw+kjf6v5dNJ&#10;xf7eve5ALHgc2/wv9b/g/wDFPYwjUeCG+X/F9OMopqHXvfJlLfTmx5NieSR/T8/0/qfdYwM9MUpp&#10;p5de9+AsOfpx+SQb8E/69h7cpT7eqrHQ1Jz173n4c/2rr/iObk297BK/Cem3XTTr3vvQLD63t9Lj&#10;nn/W978Rx+LqnXvfExnj/evx9Obf090OfPr3XvfNAf6c3uSf6/j/AHg+7RgBlHl1qgpSmOve+agG&#10;aNv6sp4/qrgfnj6f7z7WwuAtyPLw2H+r8+vKaFh/qz173YVOw/0YdZre37+ybG3AH8BH+w/PtZtk&#10;gO2yg+Urf8dHQP2v/cve/wDTT/4R0wRL/uaqW45x8w/xJ+7H+x4t745BR/Gqhvz/AHFyxB/x1OR9&#10;Pay4If6WmR4K9LIhWG2p/Gn8upkZ/b/6r0HH/Bk+tx7Rk4B6erL8k1mM/P8AzYP05t9f969ql/3D&#10;l/5qj/L0ptf+SnuP+mfrt/8Ai7U//UDUf9boP96/4n2T+sA+4P0/X+Pz/vJ4Pstvf9x7b/St/l6N&#10;4f8AcJfy/wAB6cvcIa+PqD/hf/X+v9efZZc/2g+zqjceve+tLf6k/wC2PtP1qvXvf//QpemnEkj+&#10;RFbVo9Ti8gIUW5N7g/717hvwwo49S74X9Lrf49s87g+pSiFeAVJVrkW/Hq/4n3UIoHYD0x4MYNVV&#10;geve2ioYtfmO5BYWuCLC/P8Ahce9BU/hfrZVf4W697b5JCy2YWAF+BY/W1rlh/tvd9IU08uq6Rr0&#10;1x172yTlkZzc/VuCSxC8i5sBf6e3kI0ih6cXCgde9s1TLfUOP8SBf/Vf48e3lSua9PJGGFSeve21&#10;pgTp4N9Vj/Tg/wBSObe1KhUiXPn1V4VVTQ/5uve4k8gCEKRxza4B+pH6bfU/8T78D4kbGnEEdJmX&#10;FDwPXvYo9WNbbG90tw2SxjXIBsft5uLcWtf+v1PtFOzNGXbyPT8ZP0N03kH/AMnXvYT5EgvKnABf&#10;k/2iFI/JP149pwzFA4prP7OibxHESSx6fEb9nXvbExOlyRf9I9Fm/wBjY/nn2uaONXpqNOjWWKMS&#10;mrt1722WdibxutyBd0tc/wBD7fFKCnDp5dJA0jt697gzuQVOm/JuRe39OCRxxb26FU/iz05oUj4s&#10;9e9wSwIH1sX0t9Ppb6D83I916Z697illPCldY/FwCRyOALEg+2X7WqOkUwAfHXvcVylyJCFPJADB&#10;STc2UBuTqIPuvTGPPr3tqn8lyFAHBfkMQyD6Hi3Le96VLU60VDMAMiuK9e9xcaWOZxbra6ZWg1m7&#10;cBayNmP+IF/zx71IAUYHhTqqgF1B9R/h697UPY6yT7gr/FFJKrTzNdI2Yi7qRbRcD6+/R00ivTtx&#10;XxTTr3sOf4JlHUmLGV7Jxz9pUFD9LG6oRfj2o8U/xj+XTeqbyB/Z/sde9stTjamnP+UQzUwP5mRo&#10;bCw+mtV5BI/2/txXEla0NOrqTLqEi8Pt697zU+Hx1ULtujbVKzXKRVmWihlJBa9l8ZJGlb8fgj3t&#10;gP4T1cwwtkyqp+2nXvcTPUGL29Umnq5ZMq6BHYYaaKpChkR1JMyRsAyuLcfg+2Y1MgJWgHz6SmKl&#10;c1p6de9pVs3gJgVp8RuJJRxrq4KLw3+n9htduP8AX9qfBpnUv5E9XpCeEbde9tz5+vp2DUlBjZLM&#10;eK2iMwAFyOEk03t9fbohVDqqettFpIZVFPn173HfcWdmp2pTHQU8BnaptSQVFOVkZCh0lZCqrY/0&#10;/A9uKqtUiurpOUk00FK9e9pepTIO7vLk8iCzs3jWuqPEC5ZiFRvot+B/hx7sBGmEQU+z/Z6QMma6&#10;j+3r3tpnWUK2uWaU3KfvSNISAOSS3PPtxSKjA6qQQKVJ697m4qJTj6+6g6TI4uBf/NX+tj9T7ujf&#10;rIPUdOwgUYHh172gJVuXuDZmXgfQX44H9n2ZrQUI49JdK1J0jr3vkVtYKgNr/wBm/wDhxa3v2KVJ&#10;6swCGlR173k8Y5YIPVb+zf6D8cC3vX59bC1Pp1731ZzYG1/9pBLf7Ak8e9O2hGbq5QaC1c0697m0&#10;KgVMPI1BieSLi4b6/Qg2H+x9sNIxJKjt69EjMw00p173BeJQX5XUWksbi92YkXOkH254jldJpp6d&#10;ji0uDXz697js0i6WuNQb03vY2tyQbEge9eKDXt6VuKih697H/YG1KrMbq2iqgGIzYCZlUSXYtW0o&#10;YcQyKVIl+h+ntHcSlI5GNK6T/q/1Y6MILJGlhc18uve7Xvj/ANUwUu44qw0UqkZpKjU0AGpxV4aW&#10;zOaNSblL2uPr7K1ke6YI/DT5fb/kr/LoW2aCFXwKU/zdYKmUQwTSk20RSNf6cqjN/Uf092fYLH/Y&#10;GQqFT9236bfVYx+kqtz6fckbBt8YWD4/w/8APvp0Rb2zMXoMf8X0DW6Mn90ui+oeJ2IuDyPNze7A&#10;fq9j51zVxwZSF2JjZo3VrWUFj4rk+tTf/ePYzaa8Se4t4W7EVh/xfy4+nRPbMNSRS00adP8Atf8A&#10;L0TD5BYJMvsuqjeIToKqjnVWVpWHhMzDQPDIP9j7x9s5GjiqMk0k8jPNLHqUyp4wVEI9ILgcke8Z&#10;Oak3CXeZ7bwV8FHehCnV5fn+0/7E0cm2+02UEBjkP6a9uop8/Tob/i9jkh6+2u0cQjKYuFQBGFBB&#10;apJLhVtrtz/xr2Rbd+XpZhKpJkQkX1tGxbmI/TyH629h/btllgIFX1fnj+X7MenQlv8AdIGXQmnV&#10;+X+fo40V9PIAA+lhb8sP8PZPN41bTyME0oqn0eElf84KW+ooWv6h7kCwjjiRVap9cf6b7Py49AG+&#10;vGd+wJ/vPWb2Dle8hkBLv+f7TEGyKCRz/vPvaxKgJDdInc6Scde9z8TUzxuqswP/ACE9xYH68nn/&#10;AGH493WVVcNTFKdJDKCwIB4de9iztKqn/iEDozqGdUcXYjhubaXHHvSDx9SuT/n6eFwxAU9e9mCz&#10;NdONuVCR1EqXo5G1CR9YJpyt1AfjTf8A2HtLPEIyXWpz8v8AY6T3F24DGg6xjlzcC4B/H+N/dVvd&#10;lTVTZOWEy1cshrnCwK8jPIPNk0ErxB2LQyk2JP1Jt+PZI/gtJItsazVNfPNT6cO7h6dHyXQkht4z&#10;pLaB/gHl1k9mYwXxxEfSGFhq6VhUbzxeM7Alywhb7igx+a2xH5KAVzYpZqWGByZfF+5ErerWT7L7&#10;TxZbx3ujREJUU7a0INTqHH/VTq16Gt7MGNU1MA2eOQfMjrGk0chcI6kxuY3AZSVcWupsTY8/T6+y&#10;tV2zdh7WNft+k3MJM35JoKaGtzeNmSSdUamiCxLBFUshqVAChLkG319m95BB4QlCamxWv7fT/L0h&#10;t95mS2jhJj16Bxr/AJ+snuNtnGZbHtNS5mJyaeYRaooqhYSQo/T9yqalP+sLewteSI7BoYV1f6X/&#10;AFf6s9UWSeYnx1Gofw9e9jRiaFpACqHSALaVYf1+tlYC/wCPdoGUeGPDX9v+ofsH+HozQhY0Ude9&#10;jdtSkOqEMNJ0v+CCDpnP1AJ/4j2dWyh2YupMeP5H/i/l0kn73IJxw697OhsWiVaSOy3M2vUzi7Ep&#10;NVkG4W/B/wB49irl9K3jrpxj/jr16D+7MQiIvw5/ydNGWk0Raif0j6D/ABaP/W9m064S/wB8rAKT&#10;HAPSCL/uS3H0F7D3mD7VRBi5K1XFf2yf5ePURc9OY7eNx6/8+j/LToiXyKmZRhvGWb/KKxrubhbU&#10;1FY3vxyf9b2ta7USoFtRYgC1h6QR/iL+5SuAA7AfDw6AAkMhDv59A7gLJEwbUVCBizG7Ayt/XghO&#10;OP6+0jXKdQF7nVa1jf8AP+P049kN3ErsAq8RX/V9tOja2ehCpH5VJ/wdCzhX0xs17XT63FuNH+t6&#10;rnj2kK8HU6kXNiv55BuB/hc+wveoEx5V/wA/RzAAwLN5f6v8nQoYhgY0cGwHq4I+tkbkD+l/aera&#10;VGUm51CMr/hwH/ov/E/QewpuU0kSkKvbXj+Tf6vz+XRgkrJSnDpbYmchrEcGQH/G5eH8luL39ozK&#10;0hS2kEgR3Fyb/wBof0tb2Rq2pSz1rXo5tHEsZZ/i1dLvH1IYkXA9ZBNhb6Kf9V/j7R1ZG5hsygXC&#10;rwDyObn6XP8At/ZTuMaMofiR/nH+r8ulD6RlDnpT07gswDE2Jv8A4X/B54HtHZKnH28kYubsCoH1&#10;JuLj6Hn2UiEpk8AaGvl/sdK7ZyqMCOnONvWCf6c8ccA/j2mTAFopvTY6oh6gb/r/ANa/ttgBppw6&#10;WDIr1KDkuP6WawB4Bsf9f6+05DTXjZNP69NzY6rq5I0i3BHvXn17qQf8faXjg8cgKi55t6f6qeSL&#10;H8e25Y/EAzkdNUrT1697Zo4VWpVWH6WLA2/1QPNiPqPbMQ/tpYx60H8/L+Q/L59VHEnr3trmULVh&#10;Qv0Ysbi/11WP04uR7ZkZ5GGsUP2dVyWA697askpM4J/45qxP9frYke07qQakZ6dAArTr3vDWoNNP&#10;ct6oYVNj/ZKvxx+Ofderde9w8gAKan0i2lYl/obCN7n/AF/fuvNViPXr3vCoAoGX+sqOP9fxE3/H&#10;HPv3XgBT4h/q/Lr3vuCK0Erf6pr3+v1QjkW/p7117TRdXl173jx8V5hcG5jlJ/2Cek8Dm3vwIOR1&#10;RSDkde94aa61qgEH9Zt9L2jI/wBj70lCqkcKdeTJUgde98GsrycA/oF+QOFvYe2Zko4YfFn9vDp1&#10;ATIX697y1y3qSOPov9kH+wP6ey+ORpXCfLq2oSgrkGnXveTJ3LROLAkWsObaVAt/jf2shiVmYPwH&#10;+Xph00sQeve+LhvsKYfQGplJAuLXU3v/ALf26kCoVY/FT+fVQgGk1697lxwg44H8+SS1xb+wDf8A&#10;BIsfbwNXC9bZ6Cg49e95MahP3V/p9hNyNXN/Hxcfnn2sitY6rLVtav8A6v8AOfz6ZTz697kUg0yy&#10;AAnVBJa4P145t/UW/wB59mI6uPPr3vtF1OCbj1gf0HBHHI4t7vpxqY9e86de95ZkvUuSvIcfT6/U&#10;WvccA+69lfPrxrXr3uRMgMzkkgXFiV4AIAPH+Hv1PnjrZHEjj173JliHhhAv9GPNj9GFvoOPaczh&#10;TRum1fgDw697ksgFPTq3P+c+n/B7n2ja5KPIwalf9Q6vXJp173HiD6ZmuSdKWFza5Nuf6fj2mdan&#10;SWqB074Yzk9e986WN/HUP+fHqUBjY+u31sbW9taV+f8Aq/LrQRfn/q/Lr3ubRXE8JA+joebj1agD&#10;734a/PrYQV8+ve8sZc1RFlFpyxvf/joo4PFvr79oFOPW/DFeve50ikMW4v5bDj/HVz+P+Ne06qI2&#10;JHr0yRQ/n173mqUu1MT9Wgj5+gI1Hkcfg+7u2uurrxBx173MeIIlKDzeFTewv+o/n62B9qYcRqOr&#10;U4de9yTFeimezXEkQ4ICm5KkE39Rv/T2pUa2UM/+r5eXVqVHHr3vOkbfaVPLDS8BGoiwu5/Fr/X2&#10;uRI17kAz+fV6U4de9zacuapRbUF1Eagwb1R/n6c+7AAKAOHWx173Ix6APECukFm5IOq9nFv99f2i&#10;lVpJ2APl1U8addE2BIF7e5NPCpd21NySCLfm5/qLfVfx7VM+mgp15n0EY66Y2/p/sf8Aerfk8+3H&#10;xlZCY1JIRddxcEXsLc31e1NnFBc3CRXDsq/LpvVqYBjjrEzHT+PqT9bEfW/+v7msHd4WsQgMeoyC&#10;5/2q34+lvamQR2t2qRv+l9vXtMRJpJ/PrGPo1+TyLD6cfj+o/Pt3hj1rGbBU+5WMX+pHIuP9UCD/&#10;ALx7EM8+22tsuZXkKavw0+H/AFf6q9J7hY10iPUxp/q/1f7PUclgzfQixPNyfx/jweP959rehCRx&#10;qpKxjSranIUXsv0YWsvH+w9gm63G3aZtMqr38GI/wajX/B0mtoZjIGji7a+h6jSBiCdJbgj0Ak25&#10;5+nJ59rehr8aKNY5q+hUJpaRRVwrP6UBdV1uODz9fz70CwvoZ4JUlQppwNSfFT8P4qf7HRyVaJ18&#10;ZCxMXkMfZ0m6uGoZ5BHTVIZnIVvE+gXLaWawNhf+n49ihts7blFDpyVOFrqU3MtbRARGUhSrWJ0X&#10;BuRz7yx5Dk2+XlU7bdSmheOSgZfijHblhheHWMfuJt91NvX6FnMVL/hVvX+iP9X8+gK3XV7upHzF&#10;RHipJf4bUuIVix9c71USK0oaFAw87tfSCLc++O4Kvbe364Y5dxYYmllUK5ytIVYK8UhIbXGSgZ/6&#10;e4R91eYkvd4gsbl1+jow/TGkLWnw5ZV4fLqaOSLGax2aC5FtKs6rSjCnxavktOs/XX94dzYV9x1m&#10;3cvjKjJxCY0WRxlRS1K3WaLTPTytK/kCqBbW319nm6i3/s+XD4N6neG2IppYKvyiXP41LMWrAvEl&#10;VqHH5J9mVvzry1t3KI2eO7pHRa0ePV2SlsVb9oKdAfe9t3e85jbdFsJTJimiJivwhc/Mef7etdX+&#10;Yz8V+/8AeO7+y6zZXTfYG6aObI7YbENhtg7pzEdTGkW1funVsZhaiKcRPDLfxsdOg/TT7NbU90de&#10;rj6Knrd87H1Q/cBDRbmwwZtU6ljU/wC5S/o/3UePx7xB5a5T2u33Te59uvXEcvgk/UMvkjUEdYxW&#10;tR4o+0fMjveIN7vLWBYrXR4mrXqVzSmnRp/adXVfPcPxh+a++pNoNJ8Xu5G/hP8AHPL/AAvqLsIo&#10;DWjFrGZfDjKnRYUjAE/Qe0tne4erlhikG+dqKxMgOvcmCtYFLcfxMH6e5k263hhhFtJvlgYv+awG&#10;fkdJ8/X7OiW02HehFJA2gQ/Y1f8AjnRaenvgH8003XnqrL/Ff5AY2FExpoaibpjsajWQmGuWb1VW&#10;3UR2Q6AdHHPsgnyL7M69yu5qD7feW1qnxLA7rFuDCzOoNHGAzCOtkAF/p7P4TtdlMzxbzaN/pZQf&#10;83QnhtLuzsoIXMS9zYXUPMnNT59bWP8AK36b7d6y+PCbd7B683ptHOff7gZqDcW2M5gqlo5t0Zap&#10;pnWkylFRVX7tNKj3Kcg/n2VE772OrVLPu3bqWDhQ2bxYvZ+NQ+60+xbt++7TEmmXdrWlc/qL/n/w&#10;dUkiY4Dr+0dWiTYHNsKbRi682Kl/8mnBW6C/+67i3095IOwtlrZzvLax0KH4zuNJW1hdh90PSfr7&#10;P4965bEUxG9W5k0N/o0f/QX5daigjEi63wzeo6bqrbmbl1ImGyQDHS16OcrpN+Q3jJBF/wCn/GlH&#10;i+zOvCZPJvnaSE3LL/ePDq1z4weDWE/j2GbDdIY72V4dystB1VrIvqMYb/V/LpXuEf08Cm1ZWJX8&#10;RB8m9Ok5ntpZ6WGBYsFmZnRogujH1MoAQS8nRCLfUfX8+wd7u+QWydj4FMpjc1jNwTy1EdItHh8l&#10;iMnUBpoK+RZ5KePK05FKr06qzav7Y459qtz3WzmLqLqKZ1HwxMrN+I6qhvh6R2kKlHuZVYyAfhOf&#10;4vQdLTr3ZderOcxRVdCqhnQSwzU5NvtQFAmhA1EFvp9NP1Psi4+Ted3TkJGoaChpYDOzItRRSrK/&#10;qXSH8WYlU3Vube1nJXIA533CSCWXw42btqdNPh/oP/F0jueabjbmZUtwVr+Jf+hh0OkFFDTxrGms&#10;qihQWIJIAtyQo59qKXsfdVbFKWoqNjPKsheOhqiVH1fSfumsrD/XAt7H26fdv3Kwu1a33KA2hHm7&#10;lq+VQYdP+o9F1v7kKtxpuYFC08lAz+HjJ1ICKum1/SLDn/fc+2qq3RkKsA1VFYtcpamZfHY/Qa5W&#10;K3I/HsAb17Ab7sLS7tBMGY/xGRh/Dn9ID/jXl0aW/Ok80wbwx9Of6NW/4/Trn7m7aqIarcdBqmjE&#10;zirNTEXGu60UzR+SPWW4VLi/+w9413G1yQ769vuDnvrqZDp+FarpYr/SX8+PQ/iuJL2xee0jbWKc&#10;R/SoOHXj7HrFV9dWbZqdwSTL9rXBFL1EkjTVP21c9IBG7yGOUQutj6jYf7b3jhz9GZt8htrOaRox&#10;/Sx/ZrntyP2dDPlx3ht2JPc3/QT9dAAcCw/wHsm+eRZq+WoPPkssIcfugogU+UcjTYemx+nuTLHw&#10;rXb4glxIZF4qWP8Ax2n+r14dJL6GVJWkVT4Z48eu/aSagYa7hGBJI/tfQHjlbWt7ekuGmpqMf+r/&#10;AFfZ0iXwjTUD/q/n172x1mPJV7opQKxYLqsVAPAAXk+6mFoxJLGw8ROHDj+fV/8AFoz4kLN460pw&#10;+Lr3s+HxSrD/AHA3TjqmUaR/H3Id7OlKaLERWGtvSwC8cWHtX/i0uzSW73EvjTSFSurs0utDRf8A&#10;V5fZ0gtLYQbvb3AJpKy6s+rAtp6a8hFqlo5NIbRVQkHTdgw1kHV9QObf7H2ImbrW/uZkwgMPizlZ&#10;BTiYlTPSR4qTxTJaT92KU/Rl4PuKuU3uzu3NG0X1tHHYJ9ToZVZWoXVVbU3xNp/h/EOhs7I9wEJo&#10;iio48a46cQvIc/qKBSPx9b8f7E+yD7mp55djborKajStyD90x04ApWqKiOkkoZZZJwqDzJTRyWu1&#10;9Kk+5DsYoobMxqAWjUFWY6jULwqfP/V6dBe/rF9ZcREmbUVpWoz8uPXP3ahDTCp+GG2UqqZJaqnT&#10;ZlNITGrSG1CBIFMoLGNtXINv9b2dC5Xe9tt3vQo8BQF0ilNJ1d+rV/q/kUcswrDeXl0BSSUFm8sj&#10;H+o9AZD5qTv77eOon+2yWw8nWzUzSsYPPBksFBHIkIsgkVQeSCbH6+6lc/joaDfla0USrHN983h8&#10;aLAumEIumIIgFj9P8fZGssqhZkldZP6J/wBWOjK6DtKT4r1IP4q/4Ohz94cY5V4tClWkilZ3FwQU&#10;RzZCtmUMPr9L+08kkqzGcyMzA+Z6QRl4TUSvX7evew5pn8mZp9ep7+W6sdSkrTNf6m//ABv2pt3M&#10;m4ktxwfs7D0m1ESA/wCrh172+YmM+VQtjpuQGFz6xIPUVFgTe/sT2TGPcS3of+fT0gIIZ/t697eq&#10;6FTUOAL+lDyQTqIF+P8AkXsbtCZE1lW4enReQePXvfWSptc6AqQfDD9OL+i3q4+nsJ7nG0Kl0Pb0&#10;r1nRq9Ove89ZBHHtsW1cVkzf7E0wA/x9kM01w+NIr/q/1f6sqYbiaWOjKK/6v9X+rPvaChciRjfh&#10;tS82+hYfT/are7WyacaaN04x0DC9e99hwlTFosbSoyn6nh/o2k+1dvKzSvU5DdJg5LlvOvXvbhmj&#10;r8DWF2iR+Rf+219P4t7fugdA9K/6v8vVLivb1733igHo6uM/QtruPqGSIsLn+h9vbWA0jg8Om4/h&#10;br3tPxl+GIsW5b+gtcWB/wAPaWeJWvDRjxA6qQCWz172pMjb+G4kEHiOqN+Ob1AHH+v7PLhDCupf&#10;Wn869UIPjj8/8HXvfW3iRlKSQFdd5vr9P8xKOALn6e0lrK0jaKY/6K6cmU0Gn1/z9e988kFSpZGI&#10;BB5uRwLKbj6ck+1xYw3MhhUl20/8d/2ekasUAAJ697edvmyZYA8PSxD+vHka4Xm1rn27aE2ryNHx&#10;bqinLkde9ssyjysSBcOfqPqAT/sbe7xEtcPGTjTq/Pq6ZHXval21+nMAAC2MqDfn6ho7f14ufayx&#10;P1Fy0TDtC8OtKxo5+XXvadkuJ5iL/qlNr3B9R4+n9D7adFkv5IXFAqf8/f7HTKZ1V41697Vu07rV&#10;Vw+o/gta1ragLiK35ta/tTszC3vJUj+Fi37cdXjIGqnz697YqixqZPSo9WoAC31P0+gv9P8Abe1s&#10;aBb64b+KTqqcG+3r3vLEBdD9eQbE/wCP5uT+B7FSVCIg406s7H4R173kUsvAIseCDzcc/T+yOfr7&#10;8ir3EnrSaXBZuHXveYD9LEm4B4vcX55IAJP+Pvx4mnDqjeenr3vygi97C5/NueLk2A/BP+29+Uam&#10;Ar0nY62FB173z/pb68X4/AH+A96alTpOOqde99cW4vz/AEsbW/1v8fevPr3XvfL6/wBOT/ri/wBL&#10;/wCw920p/Hn7OtU8+ve+UbDWuq+nULi3HDgEA/1v/sfagNicfi0N1o4qw49e9n8LGbq/rh1v+1kN&#10;mxCxsCseBQ86bjV6vzx7X7SgO3TMTjxiP2r/ALHQV2yNTPvbHjrm/wAI6Y1bTmpo+OcZJJzyb/dA&#10;f61re59eL5apP1X+4WWbV/avdiP6AA+zKZVVrbR/vn/V/h6uG8P6WNRxkTrMhPi/F/4jGP8AAeuP&#10;/ff6/tEaBL1BkNTNxX48XH5vBx+LH6+23nkjtShUZlH+D/V+XSqrQ7pdAfCxP+r/AFeXWV/+LrB/&#10;1A1H/W6H2UKqKmVx/aBH6iLA+oC9uTx7bvY9UFrqbt0+Xy/1Z6PAmi3iFcEdOPuILj/b/wCx4t/s&#10;efZJLo1fp8P8v+r0x0yaVx1736/+t/X/AGNrW+v09tZ61173/9GlKS/lci1uD/sdK/QDk29xD1MP&#10;W/x7bJbkva5vb6G5vYXuPqSP969txf2a9Np8I697az9G/qFb+oN+Ofp9ffpKfp/wV6o9Oz+Hr3tp&#10;qCVbgWvcW+gtz/X8e76l/jH8ut6l/iHXvbHUzjkf4Wufqb6v8eTb/efb6pUAk46dSMMAxOOve2Oq&#10;kB/JOvVzwB/a/F/zcf7f24iSUOnTj7en1TtOmmOve2qRrG30Nif8eL8D8f8AI/bgoy6gajrxXFRw&#10;697izMTf1EkfW4ueAbf1PPts6dOoKKdJ5EWlQgP8uvexc6vD/wB2t5W0gNkMcT+oN/mZSeRx9P6e&#10;2JcxHrcQ/wAQuh/SHXvYV1yn7qZSGsHH0B+ugG/6fz/r+2Qv6KE9E3h6rWOvy/w/5Ove2iJGeO5R&#10;9FwdQU3vcHkn+p/3j2rmNJzT0/ydGM7UuGHmf83XvcNoJi5ChypIYcORwLm5Fh9T7sr4APW45D2o&#10;R173FbG1crL4aeaYvqGmKKSRr8ixCoeCfbwNAKnp3Swp69e956faWdqFncYysjWKMyPJLR1aqik6&#10;QWYU5ABv7aeUcAek8gdgVUY697hHEYxWJr8/tzEzL6GTIZimoZwVstys8YYKDf6/0PtvNfhPSfQo&#10;+KRQfmeve22rj27RAu+VosxGtyXw1dRZNwBqJKMAouAvH+LD+vvfcfKn29VIiXi4I+RB697Yp9z7&#10;DgOlsfvWeQoBqjocVLSq4JGguZgy2Yf8kn25olU8V60Xiib4Xr+VOve2mr3hBSLFU7dwlA08dTDM&#10;oz+OTV6bn1/Y1CPcaVB5HN/fghOGOPl00ZgtDGg/Mf5uve2PLb93fmZ3myGI2hTF+Ukw9Fk4W0sb&#10;sZWmq5T5L/0Nre3FhBAIY1+fWy9xOS7KgNeIr172mamvzkoP+57MUoP+66PKVkMY/wBp0ayQQPbg&#10;i+S9VMU3DxKfmeve2ZYcg8sYq8vla1W12FbkJ6lVsl7ASLYXIH5H0HvbqFRsDrYjMYYlyR173EqK&#10;Clsk3giWWHVz4ogSZAqnkx6jZf8AEe6l2daVx0w7lloQOve1BveJP4vPIUEQaOl0rSqE1haWBSHF&#10;vVa3H+PusDZZenA36zL6+n2de9h/IPIthphH4b9DHk8sf9cfj2rUgHIr08CPMde9wDEWJQOxtclr&#10;nni/6gOR7f1gDVTHTnEV8uve8DWS4LDm45P1+v0vb34Eirjh0y6Uq1cde9tlSw/sm512vxb6t/Tn&#10;j3dmUrg56SyRq+Tx697Zqk6rgL/aP0uRxf68cD3RdX8fScwf0v5de9uOFDNT16f7RUG3PAMI/wAP&#10;rqPPvzsQ6VyOtBPDNfLr3tEvTgs/BBDgAkN/X/gv1v8A7b2t+oI/H0lOpW+YPXvef7ZQRxcWJP6e&#10;B/hx/X3rxTSvifz69obTqPCvXvfhEqjm9hfn8fj6/n3UXKn/AEMfs/2etrxppr173hIVWFl/2Fv8&#10;CCPwfz7eEoICk9LCKV697y0UZarjNyPV/iBwrf7SeRb3oummlevQx9yqOve4dQYwXVBJrLsoIA4O&#10;o/kC/wCPd+INSOnPDAY1yOve5NFjmqp6ePRK6mRARpuACQD/ALrIv7aLaQc9Pqmoio697sF6T2kH&#10;3fshRASGXbBkvED9a/GhjxTWHB/PsquJD4chrnPQltYu6LHkP8nXvdzPWu2I6CqgaOnRD92j+mJf&#10;+OlB+oLAt7aL+3togW5kQl/l/gHS27mEKEA5/wCL6Tm461abH1Xqt/k8vN7XPhmIsdQ/1PsxUsJS&#10;S309eogrpvZj9eAAQR7lzaICjQKB3al8/wDS/wCQjoL3Nwzs6sc/6v8AJ0A89YJoXY8gxOl76gNS&#10;uOLMb3F/a12xPJDkadxx6kT03A9ToAbEgX/31/Ynt4I/r5jKBwf/AFV49B27uGicEHFOgd7Gpoqz&#10;a9bBfVaMyesg2KRyNp4R/wCnuB2rD9xW1nkZ9JYG17WGmE/Vg3AZf9fj3D3MNlAu+3TBFzr9PKvy&#10;p/s9C/Yd3uhEoR20/wC2/wA+el18dKow7DwMSaSUpIENgxP6pgb+sE3B/p7JRuyjCtKLMtv9Yc/t&#10;fp9HsNNFbx0KKKfl/n6Eq3dwW7mb+f8An6NxTSM6i/NwP6/S5/23sr+6KLxySWtYhCOQL6VgBudH&#10;PujEFYwq4J4evp1vWGoSK5/4rqX7CWtpnB+h/wCQgQeRHz+ke2tZYZOOmpJGfB4de946CJllUWP5&#10;50/ThgPwLX1e9g4f7P8AKOmgwHDr3sWNpJKtVTjRwZFsQr2Fzq/2F7+1drGNQ1Dj/q/bx6cUio9O&#10;vex5ykTT4SWNI3aQ00gKqpY/5hlvYBj9T/re272IJXTwrX/V+3pFcD4/XrGp9Rvb/jf+H+29lSxP&#10;ROd3xvRaqtx8r4qkyS1VRLJTVTzNR02VjaaCJpcXV05VqepLBWIUn6m3sI2MEsF5ctPq0tIW/wBr&#10;X5j5dKrKaQMiuW0rQ/lXh128iRrqd1QE2BZgoLWJCi5FybfT3n7d3X3DuSnm622vR5Ta+K2XTzbM&#10;w9Zj4d0YOfKY/bq12HoEmqKGpmpayKtpZULiKGJJCg0ooAHs8u/o44dYUGQiproPH/V516f3K7ur&#10;2MwRAqExXIrTHEev2dYKamhg8zx3b7md6pi2k+uULcIVVfR6ePqf8fZAds7K3djd95Cu3csmQyOJ&#10;ytRrjzRyNXG8lNVQyOQmSpUnK+ZD9WU/X8+yHd92ha0jggYigFaUrXPo3+HpFZ2U6FHnYs4pxqfn&#10;59SvZmJpZszkHyNVFRUQrJGqFpcfE1NTqzEej7eQyEBT6baibewnaS6iSK0GM+mOj2N6tqIAHoOv&#10;exOwFGrLcpova4C+kcHgXS4+ns0iB1LqXI/1D/J0qEoAGpRXr3sbtrYzXIh0iwLi2ki/olFj+2eL&#10;j2JLKLShPmf9X+r8ui2R+7SOvezfbPpHp4KaMqRYy8gc8tUH8AfUN7GHK8Km9aX5D/n/AP1f6h0Q&#10;7tL3R0H+rHSY3BKPtpADz6eD/g0J/N/ofZoOvo9P35HAK0ynj8KZvrwf6+8t/a+qBmpU/wCXVJ/n&#10;6i/ntRJDACtTRv8AJ0Q75DTg/wAFViLiWtIsb/WCgII9XP6farr10lCL2u3I/Nl5NiL+5NnrI5qK&#10;En/iuo8CmummegpwEgaKXVywWP63HPk4+jgc3/HtJ1g5X/g97WI5AI5/px7Jbz4z/pP8/RrB/an/&#10;AEv+UdCph2Pja3I0Cx1A/XSeB+Rf/e/aTr0vJcD625tz9WP1t/T2Fb6helc6T/hr/k6N7du00P4g&#10;P8IPQoYWUrCAbck/nj9KKP7XNj/rD2wVoZUB4+gU8cnh+CL3uf8AD2QXNskwAPDowHSxx0v7hsfz&#10;q/w4MfA4/SAPaXr0Dqo/5tWtb/Bv6Aj8EeyS9j8FtCp5/wCf/Yx0YQSsmr7elpjJTdySP85fk8Hl&#10;PwSPxz7RuQitCtgb3X6D/E/0H19ktwoZSfL/AD9GcTawD0sKKS8j3PHP5/1j/thf2kclT2hIYW1H&#10;g2vf+h/Sfz7LdBjJIOOlsQpr6eonBPp5sOOeP9hzf6e0w8H+SzrpNw0ViBb8hhawI/PtBOoVwowp&#10;H+cdPKSCBXHUwMdS88+r6/4/X8iw49pxILFxY24+i2H5/wBcW9sKagmnToOoVp1KLfS31H/FB/sP&#10;z7TEVOfOvp5s1+OOY2/w9+k+EfaP8I60R1l9p1orVUXBHqb9Q/2n8cfX2zbglZS3Enh/q+3psDNe&#10;ve2iWnvWcg/UCw/x/H6R+Pbs1fCP5f4R148R61697bclAwnJsB+2nAH+v/h/T2hmBCj049OkZPXv&#10;cOvUaabi/wC1Ti5t/qT+L29petHy697i1kIMERb/AFCf0POh/wCgPvfp148B173FMZ+wYjUP3U/1&#10;reMj8D6A+/eXTmaP/H173yhQile/5/x/on+t/U+/eXWtNUBHl173wxq/vLb8RS2t+fQ/1/2B9+8+&#10;tBTVfn173GpUX7yK1l4fm17Wi/HujsUQsBU9bCEUZcnr3viyASkKC17cE/Wy/wDEf717L3k8Riek&#10;xNSeve8uTjtVgD8i1voP0Jzx/wAT9ffoUVSSOn4eLfl1731kEa0fIFwf6/Sw/r7VwDLGnkOtzDvH&#10;2f5+ve+5I2GPg5vaokP5+mn8/Xjj2o6p5Dr3uRC5NC4ta0jW5Nh6Pzyfp/r+9D40/PpqTgPz697l&#10;Y9SfuBa3+RTDm4+uj/YezKHTHE0hGT/q/wAPVFwK9e9yaOMiV7/QwPYD/XFjcr+b+7QylzpYd3+H&#10;qy8eve+KLeZR9LSqCB9LEi9uPqfaqppSuOt+fXvcuoiAqWA4tJb/AHj/AAF7fX214qaPEr2/6sde&#10;qOve/TodchP0uBe3H4/Nve/ETX4f4ut1qade9y5h46aFjcnS3H9AXQED8XuPZUzBRXpugAwOve8g&#10;F6WC9zzJ/iR+7Y24/ofaUhpCWPV1QkV6974UoLxzi1zpX8AWGs/1PBF/rz7cZkSjOcV6f4V9Ove5&#10;NLGBTTm3OgfgW/V/re0bzOJHp9nWq/FTr3uRRRt5o2t9Cp+hHFxwOLH/AIp7d+pQ0qD1tWFeve8s&#10;UbCrY6QB5jzp/wCbo5A4/A97EySdlCK9bBBanXvcmS7FrA8zn6j/AF+fz/T3U8T0w/xH7eve5s6k&#10;/Z6gV/yaO3/JbWte4+nvXXvTr3udOvFItv8AdMfFuLhv6f737VwfAft636de9y1Aahn/AOW0Fxaw&#10;uXtzf63Ht3z635de/wB9/vXvmeKOrv8AiSG4tyPX7Mo/gj/0o6c8h11+R9fz/rfj3NpVJqH9P1t/&#10;Tn0v+qxIvb3by6314/T/AG3+8H3nx6fuxk/TU1zwD9Gt9FH9Pfj17ri/6T/Xj/ex/X3Ngj9Z455N&#10;jyf1XP1H++HuzotPz6bk4D7euLE2/wCKC45+nAJ5HtyWKQ1GhVspC6idQ/ABANrcD8+9JFIsiTpW&#10;v+zX/Vnptm0x1r1iuumxN/8AWtz/ALax9zamSCIa5GWKCmUSysCgWyk6rlgEtb+pA923Ym2szduS&#10;Sq/P+Hpq1t5bmTtBOPn1wjBJt9Sx/PFh9QARzwRyfZSezfkVNj8pJhtvLTJS0spglqlWRKr7iCat&#10;ppfHPQ5lUCqEVluqnVyfwPcI7x7hbxHeta2mk26qdRJkqWNQeDhfh0/h6FNrtsLWzCVAZNR9PQeo&#10;r6dSFhRbm1yf62Nv9bi9vbVt/s/Kbhjhkm3jnaV5VQGKHP1NPEGZYDZUeumIUGcj6XsLe0e38zrf&#10;TFdxlZCT66fT1Y+rdIbqxa3BaEkefp6/w09OuehP9Sv/ACSP+Ke3HJblzlIJF/vhudzJrkiaLcFW&#10;yGP1WDN5ku3H0HFh7Hdvuu0W8IMd7dGgr2On/PrdFitds76wTQUzXrxRD9VU/wCuo/4p7Y4+y92U&#10;aRR0u993IxXxm+5smGp9RtaMpXqYdCjjj6j2f2fuRb2UTW0O5bhWh4Sf9dB0R3mzSXVwJZLVWNf4&#10;f+hW6jSUFDNqE1HSShuWElPDJq/4NqQ39sFbv7dVTUv9zvbd9ayEg1NXuPI1JlOkHUJnrGLfW1/r&#10;x7LW5p2W4E89/PPLMxx42hv9Npqx/wCM+vR54l1ZW8dtBboRTPa38iKfl1lgp6emjWKmghp4lFlj&#10;giSKNR/RUjVVA/2Htzouzd+0axpRb93zAkWoRim3RmEHqLFxeGuRQOT9LeyRt/2OWb9Rn8LP8P8A&#10;n6KyNz8QyeBQf6V+uMlJSzavNTU8uq2ryQxvqt9NWpTe1vckdodlo8hPYHYtT5LEa907glWLSATw&#10;1eoTX/vNvZ9HvPKCx1S3Jdv4EgNaf7Y/Z/k8un2/eO4qqMWj8P8AhLCtfzb0/wBVOuIoqIfSkpRb&#10;6Wp4hb/kz/H3Hbs3sepuZt8b9kA/Qsu5c6V5/VYPXn8L7abeuW2C+HZyA/6SL/P1Q2G4gD/GX/3p&#10;v83XNaWmS+ingS/10xRrf/Xsov7gVW5925N/vanPbkqKvhGeqyeTkk8aABLM9Q8nC/1NufdIt85e&#10;QuGs5Sv+kjP+E9ejtp0LG4kLL/pq/l3DrMqqosoCgfQKAB/thx7ZmymdKt5MjkizE3Z6yrYerk3J&#10;lJPPtt+YdiOYrG4I/wCacf8A0F1UxxeSH9g6794EymYkdl+/yChoQl4qqqBvwLN67Efj/Y+203Oz&#10;3CQQQKYQD/o2mNf4dJ7vi/L/AGGbmIsBRuB88de9xK/J5mkjAhyFaJHQ6Wkqqu5Lq310srfqUe5A&#10;2hNpjRTJeWeoj+NPLT1eJBLGys2APX0697dV2vn9zYyllrapJ4m+2cCpqKxxcxiQMwmp5l+kh/2/&#10;sXWmwWjVvY5VMbIU/SZGbuz6fD/tuiq4vIbeRodbgaT8BBb+H1697d8dsfIYllkpo8QxFm9flIBO&#10;kli0dLG1zo9i/lbcd45cujJtrqH/AOGF/Kn8JT+H+fQPv4Yb12QS3Kn5sP8AJX0697EXEPuhp6WB&#10;oNurAZEEhiWv8oGoFtNyV5U83v7kC8589xd2aGKSexW01qdSvciTDcP7Rl/wdFS8lQ3av4l7OFoD&#10;8a+X+0p172abcXXOKj2ricpi3xK5DIUzysK6SkSGIx1aRFbQ0KzIGj+gLm5A/HsUe5fMfMVhyXbt&#10;A9tNcuq69Jlanev8L6v5dJ9kt1a/bb2nufDjpxJpldX+rt6SeMztRV5rMY+ammjhx01PFBN4ZFWY&#10;TUonYmRpWSSzGw0gAf6/tH43p7P0m2KzeBTHz5LIrSvjpMMKmSKnWGsfHVaq/wDD1mg80LfVJG1k&#10;G/HHvD07U+5cp7tvV/BGm4RmKmKN3ylTTUC/Be7SeHxdvUwbLusNhvVns3iTGKXUTqOpOxCwrkDi&#10;3kPi6n/x+hOYOFEqLVx38yO8anmmWqTxjy6z+2ebqPaE2lWblxPTOycXuiWogzTNuhaiMPWq0o/v&#10;NPURmVa5kqJNFK6adS8fji3vC1zDuHMe4FgSqCP0/Eh9ajjXh8upU2jxDbw1Gc1/a3r8un32hNz4&#10;E6GydM5ELjhAxCxNEIkdiqRAJ5H/ADf1e/WW63F01xHE7UT1r/kbo8YQODHIwo3qR/l697CuobJR&#10;NpjEL29P6p2P/JjAX59mv7yuIzWhofX/AIvovltLX/QytPy/zde9w1yUqOYqilp9Tki5iewDfRrv&#10;ICR/t/p7VrvchAWUDwz2+f8An6RSW0MYaQhcfIf5uvezP7ZwGWw+zcft/H5aq21ubszIrt/bcsmQ&#10;qMLA1buqggixE9RLFFFXDGNVILvCszWW6KxHtbFNMge9AY2cKeKaatPb3+un59JnTVA1yp0yA48v&#10;KoP/ABXWORkVGdhqEQZ+AGIKKSdI/wBXb2aTs7a+Q2FsbY21M4+Nq84djbY/jFZjnnqp67NjE1+M&#10;yFcaqrpqaqqoamspHczSRmWS4LG5IDgtLdvC3K0CqLhhIQujHiHW2E/mOjezilmjtp5KaqqDT1oG&#10;J+zpL7Wz8e4P47JGlUi4rcGTwpFREYgzUYpmLxgu+qMiYWPp/PA/IB9b7Doa7au/Y8hFJNWvn8zn&#10;6CCqSGTiHGUxhqFjmpGl+2Wf6so4/DX9p5booJ18tVP5H/L0R3bKLy7t2yfEYj9p/wAvSpdipT6W&#10;ZgpJ/qSAB9fqfZysZnMBlPi3DgqOsoP4xjKnbdNk6IVVGXSupaINOlPTxSvUiFAQBrUOD9bezO0n&#10;lg2pDqIViKcf4SP9WaUp59a2+LwtTAipBH8ugekwuVXvChzskEr4ttj5ehhqYYqlqeKV8lh5PDVT&#10;NH9slS/iYqoa5QfTj3VDu9C296qMJ6qc1kbkL6tRiQ3+lzwPzb3cKPCqOPSq5iBkYgd3Qye2LHwF&#10;HS6X9EwQaQbARve9wLWH+w9pZBxIOK9FbRkEny697CulXTmKY3+nm+v/AFCkWPB/I9qbJf8Adk3z&#10;A/463SNl/W+3/N172pcMfWj2v9P6/UeQ/T/YexXaqf3l6ZH8l6RSKfEkH+rh172pp4w9S545VOeC&#10;36D+bWv7kOIEBVQ46JySGND17241VMpqFBAt4ITwq6v0g/6kEt7Itys1lqKU/wBX+r/VxcrqIPn1&#10;73izFME23wtgauf6jSP8x/rD2Fbiy8N8r20/1f6v9npdaeYP+qvXvYUNdHv9bH/YX1H+tuOPaRAQ&#10;xB406ekrp697jpL/AJVHzxrT+o/tj+p+t/blt8bf6c9JQc/n1729Zggil54+3j4/P6pCf6/g+1Fz&#10;wX8/8nVbjiv2de9y8MqmGfn6rIf9vEfqeb/19v7V/at9nWohhuve2FYwAUt9P9a/INjyObD2mmr9&#10;dkfiHTf4uve1DkFX+EYc2F/HVXJA+n3A/wCK+xDdf2C9Xb+1b8+ve4+3gzZOkIJHM1uCBfwy/wC8&#10;+r2T2NFmqMH/AGG6rKNNNP8Aq49e95MujffSKeDdbkg/XxrwDb+v09mFz/bH7F/46OkRr1728bcB&#10;Z6oHnyJGLc2NnY8X+t/aleB6rGK1697Za3UtTItxw5/T+bMwv/re7wf7m/7Qf4errSgA697U+2OR&#10;mPoL4mot/QnVDY/7D2q2/F4T9n/HuqA1BPnTr3tOy381R9P1Sf7yW/NvdIf+SpJ/zSf/AI8Om0/z&#10;/wCTr3tV7U/4F1v/AGo6z/bfs/T8+1W3f8lFvtP+Hp1eJ+w9e9sU/wDwJZfre9v8Tf8Ar/sPZkv+&#10;5c3+nP8AhHVE8/t697kRkjTb/Wtz/qjb/H6G/wDr+xJ15/jPXvcpF9XKre41cWA44uD9efbaGtWB&#10;x1VeHbw697kqgN+LD/VGwJP9f0kWPuxPTMjVqo69794iRwF/P45/3lQb39uRn46H8J6bFRwNOve8&#10;DDSR/Q/UX/Ta3+H1596Xzr8H+r/Y61Q+meve+Fj9Px+fp/vI4HPvRGliPPqyLqr9nXvfdv8AeP8A&#10;euf9f/ivvXT+lf4R1732t9af0MiA8g3BNjb6f09uxjtmx/obdMzKAuB172fxbJ1Z16qm4OR2Yx+n&#10;JOAAP00/09ne0Jq21wB/ojf8dToMbUuqbexTzn/wr0xL/wAXuYn/AJ1cg+v4FWLf19z6/nMyoCND&#10;dfZZ9XP1uw/1vp7NJxR4/XweqEaVtj5+MnWZDeLn6/xOIcf8Hi9oyP8A5lBkbf8AOxxv/uP/AMTb&#10;2XXf9j/zcX/B0on/AOSrN+f+DrM//F1p/wDqCqOeP+O0H+x/Psn1Vfyy/T6r9b/W6290v/8Ace0/&#10;0rf8/dHr/wBhB9n+fpx9xV+gt+L/AOP59k8/9q/5f4B0w3E9e99/8i+n+8/6/tqvWvz697//0qVq&#10;kKztPHrCH8SaQbBQnCr7hypWvr1MJ9et/j22OqEFwVKm2rUV1XU6f9ib/wCPvWpvXqp+XXvbJLK2&#10;ksbg3YMBb9AuBa4+tvbzQhUVT1p4gqoGyeve2aYyzNpWxGo3DAqb2aw4sbkH3QrGoqAK9MsoUEqM&#10;9e9tEtNLIWKRuDdr61dVuCb6DaxF/wDH24ZJBQUA6fEjgAUHXvbf/CaypfRHTzyPewEUUsgPIAFg&#10;h/LD24tyV8h1ZZpAfhHXvcgbSzk7WXE5IKfTrekqkjFzYHU1ORY31X/p7Z8StOHVtTtSiDr3vs7K&#10;qY7/AHmTw+O4NxkMnFRW4I5+4jWxH9famVhoNB040Zpkgfb172pNtVuF2phtw09XnqCtetq6KRBi&#10;8jR1iMEWRCUKSLdQzf4+25KaSukgV6bqiRTxkijMPMHr3sPand2waCpdspDu2cy20/w3EUtXH6VC&#10;sC7yDTywsf8AA+/CAmIItMdICLdIVjo3b8uve07kN4YWGO+3cbXVbXJSDPY0QR/VA2tKeQMPSXI/&#10;xC+1DQmRtTGlen5SkzGRFIZh5j/Z697SEm/OxZm8LbM6+paZv93wR5aOptbUfrVEAhxYf4H3fwIf&#10;KRq9NHxq4RPtz173GbIZ+RmvkajFzrYk4uqlhQEngoTYi/8AxPv1EoG01AHViWNCSRT0J697VOxs&#10;vuJajIwVW6dw5KOop/G0Nfkppo1XzA3VCQLfj/W9sTaANQUAdMoWRnBkYrTzPXvaG3DiqCsralqy&#10;miq5DJNdqmKOZ7GSS6hpFLWBv7qsh00U46T0V6kitW/z9e9skNHR0alaSkpqdbEERRJGSLAH9AX9&#10;Wkf7b3tndjk1PVHA1NQde94JIkc20aRqJKIAqOx1XZ1AGom3vYY0OerqoZD8+ve2yogRCW0LbQV5&#10;UWuQx1WA+qj/AGN/dwx60Yl+fXvbRIGjGlW/2N7D9RA0202uB7fjIo1erqqpWnXvbYwY3JUluTci&#10;/PtSKdX697wOSqkWUEkC4tdeQSVA+l/z7Zcq4opq3TTqrgeo697gzMHtIyhtX1U8rxpUWsR/r+9F&#10;dNc9JpE05qKfz697eN6KsuVdjwSlPYA+lbU8A4t/Uj2xEdAYr1RzoYsuMde9h/IByttXA5bn/Ee1&#10;imor0+ja1r59e9w+eFsi6ja/Kn6cjV9LW9vODxBx0++pTUHB697g1EJBOoi2n6qT/U3H1P1Hu8Zw&#10;adaGa9e9skzFmZkQeh24tf8ATqtqtz9fd9KgZbPTLRqB8Weve4NRcAEpckA3VTa4/wBVxa1/e0Ab&#10;FemlXVxPXvb3gY1dK4gEHwVLG4P1WEHkaT7Ym4AV9OqhNUbgYx172kZENzdRybnmxBFvpxa1vbwQ&#10;ep6TGBOFT173jAZ3tGGIAP8AZOm9r8kc+/FFA7uteAhFDXr3vnHQ1U5jK00za9X+bhlYAre3IQj6&#10;j3saFr3dOJDpyAa9e9zRgpbAzz09O34jnnWJzx+UdAx4sfzwR714i/hBI6dEdABWlOve5NNRY+hl&#10;WWtqJGRSCBSPDKxuLDgrYg6vdi7tQKg6cSgIrT8qde99suBF5aGKqqZFOsJX08IRm5NmEfJW49uk&#10;yadLGi9KAIz8IJPzHXvapwleHmjH8IxiWYHUKchv1KP6ixJ9pTDT/RCenoloRRR173ZH0fj0k3Ps&#10;yuZFjLR7cBjQaY0U1uNkNgUY2ANhz9PaCZKqy6vLoRWygeG/9EdcW/S1uTpP+9e7cdkTU61caqAT&#10;5VUXC8WemAP9SB7EXLNuC66D5V/45/h6Q7kzESA8Av8A0F0HG+FlOLnsSAY3vYnkGCpP+929ifWq&#10;z1I0ixZhdRwLF/8AD6m/+PuYLC3jCxyg5XH8v9noMn8WegQgn8dK6ObjTcE8m4S9gT/gL+3zBa1y&#10;FKhNzHUwpySLjyIDzybkj/efYjtoVmZrhuLk/wCH8uiK8kOsU+HpC7yZP4Dk7LZWx9ZIbBTYimlI&#10;4P4H/Ee3nsqLXW1KeOMBHax02vcRGxJU/wBf9v7g/nKNoN3mnBfUz/6v9XlnoQ7E5WJSPT/P1L+N&#10;VSJNk4QeUsWoYyQX1AczA2CseOPZMd50AV3YA3P9P8PCCeVP1v8AT2F0VTkuR/qP2U6GlvctMaug&#10;Xo6WPl1RL9Dbn68ck/Tnm1vZXN1UYe45/H9RY3pgALAc2PPtLJcNBUgf6v8AUOn5KoNY6dfYTV1N&#10;yCV/17D+gS3490FAMdNnhXr3uFTxKhLjg8f2Rb8/635PHvYJBBHHqgT59e9ijtRdNZCQLsGRrG9r&#10;cfmw/H+HtVt07TThJAD8/wDV5+nz6cioxoT172afbGNhrlQVMaFDGqtrUcAiMG+pSoKg/wBPZlc2&#10;ySJqVzXoqvZDGW8PuB6bKqdoQSvqIJ4H9eT9eDyR7cd778231jgZjQwUTZKZJrExQhnMtFVEK8kE&#10;8DhfPQqT9Of8fYR3i6EUZSNaFdPD/Snj/P8A1cDC1UukZqVJUfD+XUCmpamtm+5q5HEK3CQBm061&#10;kV1co6n+wSt/6eyF5D5KZWPPZRhtrbNcKietqIHrqaskdJ5KpvC6sK+yup5Btq1E+wh+8ZJCATRa&#10;CtKf5/8AVTozhiUcalv8telAEAVVBICaQLG1wosAbfj2BeRydRuTcOSz9XBBDUZKsqqqWClV/t4n&#10;qpfM6xiRpG0oxsNTE29ldwiyTOpalSOP7Pl/g6UFdTAsBUjrl7f8fQo5XWpaxBW6htAFyQnp+gb2&#10;vtLGNSzRu1fXy/4r/V9lhGCTo/2P+K697FzAU9vGCtw/+A1DhuCLD+vPsySNWkOgUHXmILErw697&#10;MHtGiVZFWxs2r8D6hJ+L2FgT9D7EttGp0Af6v9VOkLHU9eumNgT/AL7/AIn2abAwAIfQB4+Vstgw&#10;Yy8k/UW/2/sb8twKJe1s/wDF9EW4x+I6DV/qx0h9wTkR2ubPcEauQV8fA/re3sxuxIVRq0AD9EP1&#10;PPJlN+QDck/6/vKf2x1kSKWNMH/jb9R1z9F4Fomhix/zaeiE/IKpDfwQm4BnrL6eRZaeiKj6njj2&#10;qMjGQFCgWJPDX+lgT9f6j3JMzskpVsgH/B1GUTamVnOR0Fu3ZlZJW1EHxr+k/nU1gP8AWP8AtvaO&#10;rCxfSRb1X+gJ5/Fvx7KNwjEYaQen+r9o6OLWJCVYHPDoXcIyiNiPVdPybD+n+9j2lq6ylgeLXJNx&#10;/tX4PsLzgS+JIy1fo7tkUBs56E3ElisYBJB0ryP6aOSeR9P9j7T9YpZbAD6BjcXFrNwbf09k7tQf&#10;PpQOljQsA5JY/qKggm97r9CR+bfT2m66IhAxUBiigoLkD9f9Af6/7x7J90bUyCmNJ/4r/V69LUoa&#10;DVj16WOIlGp1DGwlYhzYE/o5+p49pStgJiGr8W5tbkXtf8j2QOoKgEY6NYaKgp0saWUeQ24/1r/4&#10;f7A8+0vXwqae5HOoDgfUX/x/N/8AX9oWjBcasgcOl0X6tNXwr0+wSWew+hv9bfX68f74e0tLFaGY&#10;re+pPqQLG5H9CbeyOaMh2NMH+f5+vT6xCh7snpzViSPp+f8AYgj/AIr7TaQHW/p/45jnnkg/m305&#10;9sjAznpwLoB8+pJbgfX6ta3AtewJ+ntOLDoleyi6kaSFsfUvN7Ae9uoIKsKjrfr1KvcA8D/jX1/P&#10;tOz0qeZGW90YnS/IuUBv+n6H3uEN36yCSa/4Oq08+u/bJURlKtdOr1Ffrb+h4+gsLe7mg4HrXBuv&#10;e2rKRkzAhRcxqCbc25/w+vtFOqHSnmP9X+fqwJJzx697gZGn1JAxJBWOKwH+0qxHFr349pxCvqet&#10;nr3uJWwBaWEkubpHYfQE+NvT9P6D220ekV1dbWhND173F0Xx0hAIIqEUc8H9v/C1gPbfp072qvp1&#10;73hp1YwSk/2Wtx9P0f7xce9dMDh173xxykTi308U9+QAPQ9ufdJJAgHqenhIgOW697wU0a/dp/QB&#10;7An6ftn/AG9/aYvJJ+mcV/wf6v8Aix000jigOD173HYD7kqAbcc/1/bv+f8AH3WSIoIyz/6v8vTR&#10;qSupuve82SDGse9jYLYi/JZFJvxe3txX1qEVKL/q9a/6vn0+QNOuMU697yV8TAwm7c2YW5P6ByD7&#10;fWMJkceqGpNSc9e983jJoIdRJAmlY/j6DgEWC8/4e7EEqQpoetHh173ziQCjawv+4/HPPo+oJPHH&#10;+w9uRohep+LqrKGBPn173NoFb94D/lSkNrfT9FxyQDb/AA9rY5IlRlYef7f+K/1Z6aFM+nXvcujj&#10;vPIGDX+3kBAFvqV+upbW/wAPr70Y4tNfGz/q8uPXgB5nr3viqnyDSL3kHBPP1BubL/j7UxkAGLxK&#10;sP8AV/L/AGOrCnCueve5Ex/ygkr9X/HHNz9PoP8AYe2HhiWo8WlOPn/LrRArx697y1PjWRlsSL8/&#10;0tZf9gCfr7SBilWDU611733OhamhH4s9h+f1i3+q5NvaQs0hAPDrYGo09eve+SqRSwgX+kn1548l&#10;jYm1/r7cIBqCMdKMUHXvcqmjVYpyo1HQvNx+NRuCb2t7RB3lIjdsV49Vrg1PXvcimOqmqLW/QRcW&#10;49Vz/jf26baM8S37f9jq4UUPXvciiQmaDgep0Ugm50/4fTi3tswoCRU9MqSrEU8+ve88Sf5UzMD/&#10;AMCSvI9NjIGvyPdfCX1PWwxqTTr3vnIt5HFrAzMbgfksRYG30t7cAoAOqn59e9uEy3NKLfSkQ6SP&#10;6O1vz9eR7t1vr3uXLCGNNq1KBApvyBwxJv6Sf8fZhFETAHQVNc/sHVqVFR173JWKMUNRy3M0H10/&#10;XUv0+t/r7oZGjBYEj7Otde/P+35/23+9+5Apw1NUC7EM8RJWw/IP0K3v7fW5cBRQY9f+L6tXHXX5&#10;/wBgf+I9zaWMCUE/2r6v68K3444t7MVGo08ur5/PrjIbKf6/77j/ABJ95qFR5EH9L2t9b2f3bQQ3&#10;y696ddSHgj/W/ItpuL8H8/8AEe5kCEOSefV9D9eCfzaw9+ZR2jgK9NSZ0gdYmNwBza1/9vzxz9be&#10;3pYirgoWGtQGsBf1fS2kD8/T2tgmJItSi6dX7P29UcalcE8B1hvwb8/6/wBP9j/sPbBvnXTbS3BU&#10;pdZafEVk8bC+olaaRtLEaSqll9lHN1ww5evWwCoYGvyQ/wCT9p6M9slMG4WtsAGifTqr8z1ygP7g&#10;/oQ1hxbi1rf191RZ6KV8jkpiqv8Ac1NZM5kv6Xnmkldx+bi/F/eKdz/uQzlmqWrw45I/Zjy6E9xa&#10;VnMiSMqj8I4cT1N9sdDkK3HzxskkyLHIrACSTgRlL+lWX02Tge/dmXQKWp5gUz0wwoQjKGWnXvYx&#10;4LecGSgWCvK+RWUeQm7N+gAOZpWup1EH2rs9zu4GNsyIkTfiGrV5D16LrqBXcCKqLSmMde9rJKCh&#10;qyZEigVX5DRCPW3HFyAb3v8AX2J47DbZovFXcZjNXK1WnSaSAoulZXz9n+ry697nUe0DXOsaU6LE&#10;p/zoUayLX9bGIqCf9f2ieC7uLmEJGHjHkcdF2p4ZAHcsB/F172raTY9FEVSU3MYNioiYnUL3JMK2&#10;Av8A7z7kPa+UbW6iU3FvpLD8Kj+kPxCvy6fO5SaAFgTH2/5+ve3yLaNLJwsUqBP9THGuq5PBIi5t&#10;7ENryDs8Zk0XU2un9D/Ivz6LDeTg1jUZ+3r3uXD1+rKoEZOgt6mVVBLX4P7HtaOUdpiZdM8jf7wf&#10;+ff8nSeS7vSFP+fr3vPL1/LYsqMth+kIApt9L3pxb2vsuVdokLCUtp+1P+gem0nvGbvSv26uve2G&#10;p68rJdfj/Va3pP8AtjYUxt9fap+V9jjY0JYD+in+bqjSzhiCg/n172kX63zsE91eRY2exIkk1Aai&#10;TYfbAKQP6/7H21/VjZpS1VKhe74U/wCgeHXqztqDKoWlfPr3uVjdhVv8RjbJiSalSSNijapVZUmj&#10;J9EsDKVZNQ/2Psuk5b22OdXWWSqsf4fJv9L/AIemoo5ULjSck/zP2de92DdWUnQsG26am3jQSR1c&#10;NPBCUpcNhJmaSKgpFWRhVAORrEi6rW+n+PuW+VNy2m2gSy3FFigEdUkTR4moBQEbWdIWvd/pvIdF&#10;G47Be3Li42x1F6adrtpXSTqbIUnVq/LoGey07o8lK/V8ezph5IPvI91V+co0EPlqvuGg/hFJOWl0&#10;eLSGsD6v8PfWbyHQENfPBjsazU8ckuk1OGwaNZXZbEIwjuBa9ub+z5uYdgWY6KNF9i1/49/q/wAJ&#10;aOVt/emuaJX/AKLt/lXpzwFL2kcXTHccu248qYYvuUxlblZqRZvGpl8T1NLHOyCW4GoX029o7cG9&#10;+ksJQs+Mw0MteEOgPhMWEBXUP1RTRtYEf1Ps2n5k2Y7cI7BgLnUvAr/z61eP5dbbl7e7ePVcXtIf&#10;6Dtq/wCO+v8Aq9XzHUG8DW68pW0K0QBstHU1bTMSeLrNBoAt/j7Ltlu46/J0+lWNPSEj7emRpo4q&#10;ePUmuOGL7pgiO6m4H1J9o7nm55LLwJwsyDyerfi8s+fn0VWmyPa3BmS4l1/6vl0r4qSniYukSeRr&#10;GSXQvklIGlWkcKC7KvAJ+g9itsv5hUG3MEm09w7bw9TjKYKkdTBRzVNcoNRPXkokuTjhuamZFNl/&#10;SP6i/uGOZOdTaWlxbxWFslsaVAX5gLivrX+XQp2zbCd0ttwnmlM0eoLXh3KV8x6f5+kDl+t6HKbk&#10;j3Qme3Lj69Neqloa+lhxs2qjjoR54GoJJ38cMZZf3BZ2J+nHsO6rvvq/L4nCxV1LmnnojkTFfF0T&#10;snnqFLWL5B9N1Qf6/vFqHY9ktNwvb2O7uqyaP4PwqV8hXz6lKw5hmsY1CWytT1B+fpnz6EXm5+lu&#10;LfW/+N+PaKznb+23xtZQ4rHR1EFSirHJkKKJZ4yJEkYoI6wqCzAg8fT2r2jlrlywS5ktb25e5k0/&#10;Hp0/F/RUf4Ok1xvt9OWIhRfs1dd+wlO5qGokaQIYYit/2kVCW/tDmUrwPa99nsG1VYBj9n+br0V9&#10;ckVb/L172I/U206fsPeuLpKeKaspaWrpKvJU0kSTLLR/cxRSoIVjnEwbyAWIAJ9pIeVbDcb232wX&#10;TrJcyBBTQunX6dv7KV+zpu53O98KfRGrFVPxV/zdR6qojpKaoqpnRIqeGWZ3dgiKsSM7FnYhVUBe&#10;SeB7M32lipZe0vj2mOH21NtPtnrZq2lYeBYsRhcnUxSKkQjY6ljIAVtKcfQexFve0nZdrvtknlVo&#10;XtXj16hq0tGVLD4F1dvl9vr0rsbi8ubSGKSNVDt3ZOAVGrT1BjmabF1NRTaJHmgqJ4ASTGzyRGSM&#10;FlDEozMPpfj+vsUu+NxPufetJCsswhx9BTUEEkLMYjDSZTLLFA7lpI19Mt2VbX/A9hG03LbbDb7P&#10;bld3mXSiV0jNNC+vQx22bwoDbqoYqSVr6gBeo+3sXHi6SoKxRwzZKtlytYI1Cq1bVxQfcP8AoRmJ&#10;aP6tdrD20bdlj2/Q7gyGQampaRdo5svUzssV5BRhyoklaOMsyxkjnUbe2YrNb5bkjtlEjVHlSlSf&#10;Wn5Y6Ibm3W4uproMfqA5BHlprqPz6d5wSI7Am08JNgTYB/qbfge2PZe1ty0W1od+M4/uXuNIMjSj&#10;yTijqWyEANFVMvgFHIzIpClZmP8AQm3tuS/uklt9gigVv0i5bu1VQ/t/1HpNtLm6vru3IASMn/bU&#10;/wBXl10Kimed6dZomqYgNcauhmjDBX9Sgl1BUg8j6Eey4ZnD4/Ib5zVXFUKq+eo+4EskCKkzwAKl&#10;OLEPGbc3P19iPabc323+JcDSx/hPS2R/Fd6YFepHtoG15UkGjQ4RJLlCrBtSkcFYrki3+w9oYkaa&#10;doycev8Aq/y/y6REAsTXI697LsaF4czCBHKLGUAyra96Un6aFUj/AFvdoHnSc3IXu/238OnpEqh5&#10;Ksafl8uve3fDxFHjBFyzNcA3Bt5LG9uQV9iuyeV5/qCi6h/0Sfn0inCqag9e9q+aF4pHYi7aUsF+&#10;ttAuTYf6n8e5HtGn0qzxrg9ELaQSRUnr3t4ePyTqxupEMX19KkFR/qhb/iPbW4BlRqof9X+rP2dW&#10;owyB173yzNOr7fEbFuJpWJFjyacg3txyB7C1/UCoHdT/AFf6vn0shYqpIPf172DVVTgysqliAur+&#10;nILC1rfT2QBq+WK9O+I0g4Dr3tisFqAVDXWQfX+ok5/x/F/doQPFZv6Q/wAA6Y/F17295TXpoG+r&#10;PSxk6tVv1PcD/W9qJwCaEdXlUNpr6de9u2CDESRmxBglYm3N1jNv6e3dqUlnb0p/PptMah1721hP&#10;Vc25H+wv9bj8/n2juGK3hIHD/JTqh4nr3tQ18SnE4a4vdKu/AuR51N7W/qbfT8exIyGaEIR/q/2e&#10;qBquRT1/w9e9wMGhWvg4PpMlr2B9cUgsdI/BPtNbWiKxZCxI/wChhj9ter3HAFTn/i+ve8+Wj0VR&#10;ZubqoN+QLqn+F+Cfay6VTLLjFVP7a/5+kfke3r3tx29xUNGPowX8Ajgm9xwfr7qqAKpr1ROPXvbN&#10;kABPM+mQskknIX0EAvYA39TWH09qXglgY3jMGRl08enoYvEfSXAX5nr3tT7S0GLMtJrW+IqiBHe5&#10;OqH0+q93v+PqfaWw/ec17/iUcRSv4y3z9P8AiuklwtytwYbZ4WFPM/b6de9puf1zzGMgKryX1m1g&#10;rEEG97Mqn6H2b3e17hZ3Auj4LCSKrUbGW1N/PHT3gNbqiXBXx2XVjhRv9nr3tT7SljNbkIwsjFcF&#10;XeqMalBQwi9/029sWE9vHeFpWfXX8uOevLHIrszkeHn/AFf6vs697YqqORakatF5GBTmxKFrAsvF&#10;v+KezZxbpeo8JciQ6j9urPTKvBU+AxP8X+m697lAXJVdYMDBJDpB1MefR+WUH2LIxF4LO5Go/wAv&#10;9X8+tSSAVJ+Lr3tX7f21nNz1kdBgMNls3UsrD7TEY+rydaDokkv9vSRTy2VVLH08KCfx7LRe2Nvb&#10;3dze3ITQVx2gnyPb+LpMt1bISkshEh4aafYeHWKaeGmieaomighSxeWaRIokBIUF5HKqt2IHJ+p9&#10;mgpfhf3k9FHXPtWtgjm1MIqjHZ+KqjCy+ErPC2EvCzuQV/qrX9hvZ+cdk3e5a2F8kLf8MKx17Wbz&#10;fy0H9h/LT218R4piURf7b/NTpGT9l9fwGz7y2yR+GjzmMkU/5scMlUQbGVQf8SP6+0Ruz419sbSp&#10;lqchtjITQ6X8k1DjszPTRaGhRDLM2IiWPW1QFFyLtcexjqhEcxgLuRTv/Dn/AEp69az2M/iRrMWm&#10;XT6fi/Pqfit8bOzc6UuK3Rt+vrJNWiipsxj5qxtKyO1qWOoaY2SJm4X9Kk/T2BNRQSwu0U0ckM0d&#10;xP5FaOKxChfGxUXfnkH6H2ztq3127+PHGsX9HV04ELuQox0qfbWVsAyBmBJHrWzfQkmwubEHj3V5&#10;4/HkhTivWmdYzSPj69e98Qp+tv8AA2v/AK9hwPp/h7drXj04js5NR1730EdnC/1J+vP9s3+l+bH2&#10;/HpWK5cDIjJ/wdPSqvhSMRlRX/jPXvdgEaEdU9ek+rRW7R5PqPG34wxBB/Hsw2m4KWDKBhmB/avQ&#10;M2ucJebkgXtkEv8AMjpjjAOam5N/4dKD/Qf5Xwf8T7lVJWTNyKCQT15lbE2vpWRl4P8AX2ZXM7n6&#10;INwIA/3r8v8AVx685LRQ4+G6UdZ1AEf/AJEYz9PzqjP+9+0alx1Hlx6f2stQopH9BTn8f1Nvak2M&#10;bF4fEcLUH/V6f7H7V5gVt1uizNgMesjn/crTjjmiqT/jxNBb/ifZP5iztIXXkt6bfWxHP9Dwf9f2&#10;X39USBUIov8Aq/zdHDKNFuoOAv8An6cfcMtoNuOD+eP6f7f/AF/ZNJ395BrTh02YwfPr3vryN/Qf&#10;T/D+v0/1r+/eGvqeteGPn173/9OoSi2fWZVRLFV00UP10VlVFTketl+kl+dS3/23uGC1OINOplCV&#10;HW/uSB9b8/0Ut/vQNvcmbYPiXVUZPDqtmGiLKUhuLLfgtfm/vWv0B694fqR10HBNrN/sUYD/AG5F&#10;vbVjdu7UrdwUODqcpUCtyFQlPAKJKeopyWDFf3RdRwOb+7a2UFgMda0oXClqnrztoRmtfSpa17Xs&#10;L/Wx9wNxw7C2nX1WMnXJVtciMEvjVlprl3VRJPEF0i8Rv9be66n0hgB03K0UXEEnrsEkAkWv+L3/&#10;AB/rew4q+wngLR0Oyds1cKkqj1X3SM0fOhmVZOGKAX/xJ9u6PVz1QykfDEp679s9RvXM1QL02Jxm&#10;35COGxMtQrC9zf1M3IZh/wBSx79pHrXqviOR8IB+XXvbNJujfT3B3jnVj5tEtY2lU+mgC3AC8e3a&#10;L2tpHVdUtf7U9e9pLMQVGUVmzFTNlr8t96RKSW1csbD6k/19qo3qaUoenVcydshqf8PXvacgxWLo&#10;5fFTY+BA6sTGsRCIygcKR+PVf27UnJOerBEBwor173zb0RSK0ED6ihXnlbG5tzxe3uuj+keqeGOG&#10;pv29e9t89rBiw1WNzc6idSheP6Ae/Nqp2ca9eb5ceve4cs8hC3Yk8j1MbWv/AK/1v78qaK57KdVy&#10;PPHXvcKWYsXDhSbKfTe30vbnm3ukI7q/L/N02Dk9e9qbZsQGTlFv1RRiwvzeS39b2/p7bm+Aj5f5&#10;OmQO+T7P8nXvaWzlxX1n+Esq2/qRLKB/U/T35KAp6Y6qlFJPlXr3thI5Y/UXP1/4px9feqDqvhrn&#10;HXvcZgCfp/sDyePr73w69hB8uve4NRwGP14a/wCP9te/9fduvMaKSeve2GVLk8D8m/4HqPDfjkj2&#10;4rFeB69WmR173DksvP8AaPP+vx+bf4+7EljU9UJ8/Pr3tolsPJb/ABt9f9p/4r7dVmchWNV63Unj&#10;1723z38YA/2rgf8ABxf/AHj2yfXpNLWg9Ove3jdgP8Ul5+qU9vx9KeHm9v6+7R4UevTcnxHr3tDz&#10;KBrJ+tj/AE/2n6i309q49Pbp4dKYtFE0cOve213HqBANvpcn0n1c/X8e338unZT8PXvbVUmUfR5H&#10;ueAg1fUHm35/p73HSpNMU6ZSurjinXvcE0VQWWTxy2dlFxGSbvzc3WwAP59ukih+zpxlNDg8Ove8&#10;/wDDKiUsHngRbfpmnjiIA/2lrEm30/x9s6gOA6TaD5kde9ueFFJjZZ3r5Y2p5KapjLU7RztqkQKj&#10;KobmwB91mJKlQOHTuI9Sk9tOve2Com21CC1JUZCsm/WIKmiCwaudSh0Ymw+vvaeKzEkALSnz/wAP&#10;SesVSQSfy697aospUkXTFUEURPBDyK1gfpY2va3t3RHX4zq6qGPARgde9vtVW1UOKpZ6KqqKOVll&#10;J+3JVDapWPgnm2kn8fn3RVHiEEVH+x06WIRSpIPXvaaqPuq2RWrX+5lAv5ZGLuvAX6kcXVbf7D28&#10;KAduB00QWy2eve8cdHpJ1fjgLcf1I+hAP49u66gEDHSlVA697faSkU2Ya1IP6NF1Zrfk21W9ttkZ&#10;6fWMnr3tYYal0Tx2Xm6/g/hl/Fv6e2mauPPpVGDUde92Q9SVIpczs3jjw7dUn6H1T0N+P8APp7QS&#10;5D9H8B/svsH+Trx5BHuz7ruqFVk4tJuPOh/1rzUX9b/g/wC+49i/l5dPi48j/wA+9INzTQXYj/Vn&#10;pC71XTiKpv6RSn/1Wqr8DTbkezBTQEzDTz/sQDcOf8PofcrWRpGn5f4B0EGJDE+fRcPOPES1r2/1&#10;P9Uv+T9b+5+LLDJ0wJ4NTEV+p4Ey/wC9j2K7FaQHT6g/4D0R3gAft4dJLdOhsDkWtyMdWIfp+aaU&#10;cAf0P+wHtW9hRGarnfTybkj/ABUxcfpv9R7gznePwb4qT+Ov8uhFsQpABTy/z9N3xsqQm1MbGCAI&#10;6aNRySLETc/qtYX/ANbj2U/elGpMtgtrXBuP+bF7cfk+wUGooxTP+foWWJoFIOaf5W6O/hpS0agk&#10;35F+Lf2yPqR+P979lQ3NSEs/AuBe2n6H/Jze9vxf2X3R7c8KD/D0YXHw/LpUewdyFO17W/5CsSf7&#10;H5t7e6s3XvbZHSrcni/H+++n+Hv3VBXNevexN2hTM9ahIHCxLbj/AFQF72tcf19u2R8JiK+YP8+m&#10;nfwgfXro/Q/6x9mPoaifF46aRDZvE5FuCD4g3NrHgrz7MpJVdRX16Lpx4uo1znqE0ayuuqxAYH/e&#10;bW/PskvcWbrq+trhVStJbz+NSxYIQ+REYBIBFgx9x1vs+rxl1ClT/l/Z/wAX0IrWNBHFqOdAp/Lq&#10;aAFAAFgAAP8AYceyuJA8szSyINYnOlgNR06la3I5Nz7CKSHVQHiOjZBGEUlM1/wdd+1pjaY8ED6g&#10;c/n6KT9Bf8+1MY0soPr/AJa9J8BjX1697XuMg5S31H0H+w/1gfx7Obeuih4H/i/8vTbN+AcOvexR&#10;wUJ8iaRx6QePr6XIHH549r4F1uqngBX/AD9W1Fo6eQ4fn172YzZkCyyob2sDxz+VmA+tvr7E9rGV&#10;+Jcj/ob/AGOksnaT28OsUzaUPF7/APFR/vPsy+AS2r6EEEgcfgT3/A4Dexvy8mWU4bH89XRTeqv6&#10;Oc93/Pv+x0HG5ZLRqeeL3/ofVT/1/qPZgtjDif6m6IPzzpaf6/QD3lD7ZCvj/l/x9uo79whW3NPX&#10;/rX0Qn5Bn1Yv/aJalifT6dUFByt7mwv7VFde8dx9Cfr/AIKo5t+SPck3KAzSHV5nqIlYA08+gswD&#10;Wila/BjW+n8gyMbjVb6E+0VXqRKLWtqta9xcavp/sB7QbjHqjYn7adHds9GHz6GPb8gNOSQbrHe/&#10;0/Vp5P44J+ntL18Z9VxyATfjgeq5+n049gyY08cf6b/L0c2zgCh4H/J0KOIlBEVjYFkFuTz+2Bb/&#10;ABs3thrEJjIH/HMWB+hsGt+PqfZQ3Ff9Xr0vj+Mfn0sMfIA5v/x1Y3X6i5S9+RwB7Ya2NtKBrFNC&#10;2H9PqDfj/D2S7goVlk1d/n/q/wBXHp9DQ8f1OlZi5FJkCg31tz/U3HI5+ov7TOQj9HFrcGw/xvYf&#10;k+yV0xQnpfC+VP5dK+hl9XOocm9/rfi9rcfn2lK2G8Fv6lf9bj6D/X9smPVxORwPRnbvQEgf6v8A&#10;UOlFTy/um/Asbj8n+hHtNzwWgm1C4un+8ED+vH+29kd1CCQyHu/1Yr/g/wBR6WFxqoD39PEb8gf6&#10;5v8A7Anm3+J9pySm8Z9NuVAP5vYC54X/AB+ntChLVoOGenFbVXHUsG4/P5/Fvz9P6e040JLvxb9P&#10;4P8AS1vp+be7OnHHd17qSGsF/wB7/F/xxyAefbDLTKZDe9x9f6H0/Tkf4f7f21Uqfn178+s4IP8A&#10;vv6e2Spo7zIeOCvNx/qf9a5sPzb21LMIwMVr1VuI679tORh0y3AXmO35vz9Px9f9j7ajYXA8N/LO&#10;P2dVOcde9tuQRfDEV/45xjkn6BX4IN/x739MScyfy/2etMCeJ697bcgh+zhtfhIxxe1/G178X/w9&#10;szxiNfiyR/lHW1qrZbNOve29I745/wAH7pfrbj9vn8+0nn05THXvfCCIfbVBva7E/wCsNP8AS3v3&#10;Xl0+fDr3vDjI184/5Zzfng+lj9be01z/AGa/b/n6oeve8FIn+Wx2PGlhyfqdJP49tReQ+3/Aet/6&#10;GftP+Dr3vA0Nqk/S/wDr8/5sDng8e1hUNgio68R5Hr3uVkY1FW4CgghLC540xrz/ALz7YVGRlLkc&#10;enW1BTVs1697yVqXaG34AHP5strf6/PtT023l173xsXoUFv93Sfn/afwST9L+/de4gAde98UXTRt&#10;9beWTkj6egcf4/0/2HvXl8+vZofXr3twx5Cmfj/lBlJ/pYleB+B9fd0kD0H4uk3Xvc6hUNI7N+r7&#10;d7c/8FFhf+l/bmr8Nf8AV69bHXvfAEJIFP8Ax1QfQfT03P8AvHv1eLVz16tDjr3vLUNGam3H+cB+&#10;nI9X+t+L+0zTGtFpTr2K9e98K2xnIF73+gW4+g/IA9sFhxY9aPXvc0rqp4FP10yWFuP1X+h+t/dV&#10;lStSfPq4wV+3r3vMIbUkIFmsJb3v/wAdL2A/Fvd/qY61oen6inXvfKFLxT2+ulfxz+ok/wBnSRx9&#10;fbNt8Z+z/N1qPzPXveWlRjBOP6R2H9TyPz9D9B7Wnj04OB697mUAMlTDx/u1Bz/wYWP+HtP0lXr3&#10;vNTljV24/wCBh/1v84LkD/H3rrY/y9e9yZIj5pPrf7h7i4t+vj/efbvhP/D/AIOvde9uE8R8tMOS&#10;ftI7n8H1EKATwOfevDenw/4Ot+meve3B4wFgsefEtj/UAAkf7b/X9mERJjjSlaof9X8ur1oB6U69&#10;/X/ff7b3y8f+Rz2t6pob/kH1D8W+h9s9V8uuvyP9Y/72PcmBf8lkt+GAsP8AFj9OPfgaEMD1vrxP&#10;I/xv/wAV9yqVB5oz/wAHuP8AXVrWsAPZvB/Zr9g6v5DrHIfSbf1sPp+CLnn3IxygzxG30LcgWP6X&#10;/p+Pdm+MD5dexw64Sk6WAP8ATjk/kf1t7nwQ3cD/ABN+PoQGt9D9OPbuvwyGA6qwopx1jYj/AB+n&#10;1ufz9Ra1r8+1FTxa3ta5Cr/S5Nh/h9f6/T3WJgt0xPCp6qumkmrhTqO59P55P5/xP+B9pXs8+DY+&#10;5zpAH8AyQvxwTRy/63F/ZFze3/Id3ED+Fx/In/V9vSi1H+7nbz56k/w9c6X9f1/F+eSfTp91cV0C&#10;1M01zYkyFfpa5aQ/m1yfeNLRFiW/pf5uh+66if8AT9OPtK12NkhvoFxyP9h6/wAgcCy+6hNfEf6v&#10;29JHT5de9ptxUQ1AMd4yGD3QFbAH63A/r/r+3AqGKpNTTpOY0ZCR8XXvYjbf3nPRNHTVMpZU0i95&#10;GXghbfUAEn2kjNxDOsolfw68K56LZIZCw1A1697Mrs3emOroWhMiIbqOT6jcMfy349yby9utnEjG&#10;4C66j9nRbeWcheIquKHr3sasPjqGptO1QslxqUa4G/1SjkEWI0+5MtN9tDEClKf6uP8Aq/LHSLwX&#10;Udy9e9rWDHRRL6EjAYi12BBAYqSbHjkn/X9+TdXn1FGx9nWqKQajrq/++/2//FPc2MKhBsP6WU3v&#10;9eAD/Qe1STyzKBgtX/V8uqsqnDKKddN9D/rf7D68H3JbxFR6Q1x9OeB+QOfz7UOZYhHoZq/8V1oh&#10;FPz6xi9zwRz/AL2fz/j/ALD36OngJLMluebD8WHP+8e21a4atCcda7DSoHXZYgWDD/X+vN/9h751&#10;FLRvGgWJHBbS3kC3CkEE3PBI/wAPa22E4ZyWqdP+r06sNBOB1jDsOTfkf4/W/wDSxPPtokx9FI9x&#10;Go0WYhQOdDG4NweGt7LbuedJyofqx49SFJI59sc2Opp6mWeEOvihkjIK6VYqxf6k/X1f4W9rVlpE&#10;hlkAFeqlajtfSeu/aRr8RCxnYu6l3b+ytze/1JH49t+BauSxkf8AbivVVjlLZuGJ+3r3tCZTBUko&#10;VDJIeDpukZOrlbgaSPr7tBfJFN4UDuW0/wCDpwwlqLLOxT5de9oPI7XqwGWGeUKCPGpZB+oj/aeO&#10;T7pebxNEjJU/LpI1nEpIoP8AV/q+zr3sOc3tvKLGJWVvKt7SLy9y0S82DN6gf949xzvLXFxb3Cwo&#10;Wbt7f9sOj2ys4gVoor/xfXvYO5Chz2Pk8kMk7pENSqXYAaggN1UX/Ux/23uNp/FVytzAVr50Py9f&#10;8HSw2tDVEBX59e9xMNnMrKQlbDICp4NpiTdm51MADa39Px7ZuZBF3QzBl8/9QPTscOtWWSAD5569&#10;7X9FUJNGquWQRks91AurHkWPH19sRbk9MkH/AFf6vLpdFaRaACMV697Hvp/tam6t3MmdxymQvFT0&#10;00TB0DKk8U7X8LBiCYx+PbK7nfRXVvcWrsLiN1dTX8Qx0XXPhwa1UfEvUerpIK6lqKKqjWWmqoZI&#10;J42AKvFKhR1III5VvYr71+Rez81v7ZGcmaroWG5NuyVNPBRs33NQMhPU1CWeUvIJTJb+p0+2JN05&#10;l3a5lN8xdFBNdbNip/yn869L4ZraG3t2OK0x+R69T0sVLTR0sC6IYoliiQWAREQIigAAABVH49ie&#10;eztibk3FFprc0Grq6KKnpVxd9NTU1x8RWPWX0jz6L+xfYbNtL2kc0sa/Vgal7fxac/tbq8O7QRfU&#10;dxqA9MefWWzKoACmwA5Yj6D+uk+3X5BbnodrbF2bjYcemTpt0b12hhq77yGQTHGZta+krKN44SP1&#10;wr6kYXJax9pI4zYRbrdFqv4UrcfMKD9v8/8AN1fX4O1XW5KNcjlmP5pX/TdYo9bys7GwTVFoH6T6&#10;lOu5AJPFvZwcvixmOsuueqdrwxYugptk0GSosaP8kooIsRH4oYmD6o4pY/KoVLEn2m2GS0uWsN5l&#10;0+NJbMPmdX8yOOet7bAsG3R7xEtHnC/LDY+306D7GJFh81u/PZAyyLNnaejjlEZmeKnlosZFHGoR&#10;dYgRiLn6Lb/A+62O0duV+0MrNHPE8FXTmRci8Kl/LUFkCOW0r5NKuBf2ey3Ee3stsqgj7eHSS4ia&#10;FqEdCLDLHPFHNEweKVFeNx9GVhcEX55HsIKXsCvhMSLLJpVXVy0jj+ySv9rSSL+2JPBiJduJ+R/y&#10;9F/iSBgD1k9xlr8XVVyzzQBv1crGW/3SU4uSf1L7aM0CkGi/z/yEdKYYwTWgp/q49e9vuIw+PnnS&#10;VD4EU/2giAemVPr+Dx/vPs5stzhUHSe7/i/nT/V+XSC7tSWbThv+K697VuV2lPDMjxy07qQpH280&#10;Uv8AutfqIwfVz7lGx3O3kCrHpoV6JjaygmoHXvcWsxE6mO8cukrGt3QgCy/Ukj829ptyuFqFHp1Y&#10;lEYaxXHXvcbMUrLgj6W4llH0/HgP0/x/2/sPXqjQG869XjQFdVe4V/wde9gpWROs0vF/Q1uCSRqY&#10;/wBPr7DsSnOM160gNDjr3tMPCxnJt9Zf6EgjUbnkcC3t6FBrJpivWqZr17285ZLx40j80cP9Rc6m&#10;+gI+lvai4RlHcKH/AFf5unHHwg+nXvbxgo28jf8ALCb+t+Y2t+CTz7UbUCS9B5/5um1Hcf8AV5de&#10;9toXkk86Qx/BAvf6g29l1yoW/IB/EP8AJ0159e9qGuQfwfEnn/NVVz+BepUD/eT7FCoVWn+rA6aY&#10;0lr/AKuHXvcTFKq1dO3PJf6WvykgFyLWsP8AePeoEqoU+f8Axf8Ak61OQNIP+r/VTr3vPuCMCtkV&#10;b20ob3B4aOP8/wCuvu8sX60leHb/ACyOmVrTPXveTAXFYy2sSE+gH0JPJ93hjDVqmB/q/wBXp1SM&#10;d1D173KodvZ3dGdp8NgaGsyVbPVqIaSip5qkvJNIURXWnjkcKxa17e0O+Xtxt+36nFv9MvHW+lv9&#10;5r05WHT4fg6pqny66JCgsxAABJJNgAOSSTwAB7sp6t/lp901GBk3TvGmo8Hhsxiz9uKCuM1ZTQ1k&#10;FJXRVTwT439mtWlZ7qTw4t9PbXIfNm3c3Xjct7Le2K74/aoM6odRKxUy38b+VT0V7n4+1wy38lo+&#10;kLXtVjSlWzj7a8eiudqfMPpPqDJx4bdeXzQyElWlCPsttZuoxwqnkrIRC+YNHHi1YPROSRKyhPV+&#10;nn28ZD+WJlMhSVU21dz1lTXp50lps3NQUtPNVCJneRngoXkMT1DxLrH1XVxx7lHcPaX3J2Rw28GN&#10;45I/HTTMrr4ThtHBR+FW6De2877TujCKSRku9ehdasoNKU4rjub7egm3B/Mn+Mmz6jGw7r3BmMTF&#10;l6aiqqGrhwtZlKd4q9pxTrKcek7xTlaWRmjsXCqOLsASmbx+L3avSWZyUG5MI89AcZkESuwy1eSx&#10;4jaongUzVaUMUMZMdE7MD/YsfoT7Cy2Vrt8rx3igTqcgj/V/q9ehglpe+EbppdVsw4g/7HRtutO2&#10;+ve39uUG6uv9yUWexGRp6eogZNdNWIlTR0lci1FBVLDWU8i09dFqVkGlmsefZYa5BHXOrrqkQyIv&#10;F1QBgOG/2k29qC9vNcRvCtNK/wDP3TMBjpKFFGU9CP7eMRjq3JV9DjqFDPV1tVT0qxR3dpJaiVYk&#10;YhUJ4L/W3Hs7mnC2pPlw/wAvSO4l9Mmv+r/P14m3J4A5JP497RPwW+Iu0+q9gY/cOd2zjK3fWXpq&#10;aauytVSwPkcTOkuXpJoqGoEUMxWopKhdeocge8ZPcjmBvrdvWO9dNCuNAyknwHvPlw+3I6U7Psab&#10;7I7iWiwdpPqSK/yp1Rh80fl7uzeG+dz9R9c5R8bsza0tHRZrMYycrJuKavx2DzcEiM0ZWSPF18Ms&#10;aeJrE/q9Xu0Hb21opIJo5qSnyP3JUlqqIFmCPI4B5JsoX/Wv7xf555kd7uG4tLySzkjxSF/PSi9S&#10;q212zWS2qR8P89eip9ZPLRUP2dZE2SpY9RifJwmFFWSerq5SoYoFVi34tb/ePYD9mdRYdIo4GoKS&#10;voawSjIULxQPSwCI0DUy+Ielg0rk/Tgj3mf92/3qtt9s935d5wgqkfhfTO4dnfU1zJNlq57EpXqC&#10;+aeT77YL20v9rcjx9Wv8lWnw/b+35dF87+3T2V05mNudkdZ7yzFFmnOWaqq8ZUwwx40x0eHxNOsk&#10;tOrxxrLBlJlsR6h6Rz7o2+aHw6odtwTb32Lj1TFRh3zeLp6aCKno6eGCjjSahp6WlLyzT1MrFwzW&#10;/p7yRv8AlzeLMJeQPWwk4ENkcOP5nh0e7XfR3VroYUnHEfLy/wAHVyn8tr+ZJtz5c4J9obslpsP2&#10;diUCrTyvKj7gElZuGRjCk6xsJqXH4lWsBdlNzY8e6jcpi2pZWVvQqkrpII0kA3BUD9Sn6j2QvFbr&#10;pMcf+Mfi/wAP+r5dbS3Jdm8uravbKVt/r/T6i1v8fz9P9j7p1enhd3Hy6977WNzNHYW1Ol+fryB9&#10;frwPbiEeDegH/QW/wjrWsulz8om697P5T2PVGxgwDaK/aq/0+m30/r/re1+1f7ir/ph/g6B23/7n&#10;332P/wAeXpjUWzcv15xsx/8AVtP6C/59yqhF/jilQQz9dZQ8/i8j3vzyTq9rr9qvYeutP+Pf7HW2&#10;oEiWv/ExepEZGh73Nsgtrf8ATv8A3j2hfW3U+cF7n+M0Nv8AzmA/px9T7MVmpI/oanj/AC/b/Po5&#10;Q6d0nPybrI4/3KU5/Io6gf7eWE/8R7KNVIyux44Ki9r/ANBY/wCHPsqvDRkB4Ef5/wDN0Zj44dXw&#10;6W/1fb6dOHtvePUR6vr9P68AX+i29lrMFoTwr1rr3v3i/wCC/W34+t7296rH6r/Lr1Ove//UpZzt&#10;R9/UlsfX1L0vBMMkHhQeiMc67N/nEJ9wqJPVepcaWp7Rjrf49o+pxcEk+pwumwvHa630fkgkgD6+&#10;3g3qM9NmTNNPXvb317TxRdmbECreL+ORnx2I13hk9Lm5Nr/4e6V8VZV4EDpVZUublYjgr1hqLinn&#10;sbHwy2P9Dobn2qO1qcwZ6u0FtEupimnixkqLqTy1j7TW8mtmDLla/wCHpEZhLdTKyAaNX/Husifo&#10;X8+lef68D2BkqINVuOSeCRzc/wCxHJ9rh06ePXL3DYaCG/Vz9B/Xkge9/n17r3uJO11OkWJf8G/I&#10;Un66fr/h78DR+GadNn+0/L/L172z1LEXs5J/A0jm97/2ePbgf5deNafLr3trlcj8k2BA4+ur6ggD&#10;3dZNLE0wadPq+kLX0HXvbXK0QYFECqgNwL2JP0vxe4B92DnScDVXj/qx14uQpAUV697ZJvTI6hVR&#10;fT9Bc+pQTw3tYi60R69w6uE1KGHHr3uPMrsQzOWA/Fha3HH5HPuoUadNMdNEYp5de94GUASMvA0q&#10;Dc8fXjn205eoj416bauQPTr3tUbJQnMjkgusS2+t7P8A1NrX9tSPUVI61GmpyzN5de9pzPJbI1q/&#10;U/cTi34/z0v0H+t7qhoARx6aWillHEHr3tPPFbk34N7cf7V+Rxb+nu1adaPaCa9e9xJFIZSf0u2g&#10;kADTcfQkn8j3pGDKGA6qDUAgY697g1CMzsiWIGs3PDcf0DD+oHu/Xjnr3timYISjAE3a5vdrj/gp&#10;FhYe7jOetVHnx697ZZJ9TlbEg/m30sLfTT7fWEsMig6qFJ49e9xZAxYKBe/5v6uADxyL8/09uLCq&#10;48ut6eve4rQTMpURsShHB/Oog/1tY/7H36SmPXpiemP4v9X+r9vXvag3VRzz5FisMgDLFZihC8QQ&#10;g+sgA2PtmMduOmnRmJoPLr3tNvtiq8Zqp6imjiXlrVVK7m1h6YxIXJv7fVgrBBmvSlIilRXHXvaX&#10;nrtn08ngqcnXmoXgouNlkiL3PCyg2PqB+g9qgkjgsB5+vV6wtqq3dX0697fXkw8G2BmaDGQVsn8S&#10;lolM7TU5UR0nnWW1/wBRNuLfn2wJCrlDWvTBuBEpZYQc+f8AxXXvYe1mYydTNH9vWz4wApIaeAK8&#10;RiUsWi1SKDp5C/149q+3QSQD1eSRpEDK+nzx1721VcYqSXrb1UratUj3BNyxPC2vdiT/ALH3oOQa&#10;IaDphmrWnDr3uGKaNUVUACqum1uLaT/Rr2931mpNOPXgaajp6974CALp5YDTYXPP+xHI968Q07ac&#10;eteI1MAde98kQakVxcL/AF/PHBsLj6/7b3Rnw7L1Rm1Zp172oqmJVwVNdtSoJARawP8Ali/Rr3Fz&#10;z7ojFpDih/2OnQC0Y9f9nr3tP+N2YBWaNebqLH+ze9/ryT/sfalQBx49XWOh49e9uMFEmuP069RY&#10;O5DAqALqRzpJsT70zUBJ6dApnr3tWUdFYITzzawHBAvcjn6e0rTfENPShDU0p172q8ZSu0qFIwTr&#10;TjUB+Rf6H8/7f2llvBH2sh4dKEGny697Pl1+ipm9mx/obwbcYgXOn96lDG9/pf22jtJE7n1PRtbs&#10;f0h8h173ZV1Uqx5aGPVw0yHkfTVUUA+lvra3sZcrytPKNY7qU/45/g6Y3TvVq4PD/D0it83GDrWU&#10;XIp52t9LlaWrP+8+zTFSJnF72JAvx9Wtfm319y9awgLEQ1QOo9unMU/DOrorEkt4EbRpLAM1jqsV&#10;S5X6n3Kx405GjuSWMsRuD9T5kP44H19jGCPwoyoxQ0/ydJJyZWJHb0l9wSGXBZUgWQUtV+oE+j7W&#10;W5HN7C1/z7WO9VkapYMoI9QPI+noItwPp7hDna2SS5klD6Sc5/n/AIP8PQj2UiOML556Y/j7URQ7&#10;fpI4yWKhF4BuCfILj6/kf6/stW7aUPFNISS4KWU/p5MP5vbm3uMQ5DRCnbn9v+r/AA9CK0NGX/V5&#10;9HnwkwsosNNrX/Nl1j6cfX2VPc1KYZpFVdYGnm3NilPe5vYixv8An3R4PH1KZKHh0dhRMo1GnS3Q&#10;3UH88/72f959gzk6T0khTfjjnmxUHkfW5+vvwOeqknjXrl7Z0peBfgmxt9SfqLD+h9769q+XXvYj&#10;7OidK5I7A38b3v8A1Yi1v9j79GRqDslR0kugCA3n1036T+OD7HmqiZ8UQeLIb2YG5EJtc/4/7b2q&#10;nZ1ACcf+K6SQnQSxHn1ESwe1/wAD+o41fW3+BHsiXalMwrKw2uWqakX/ANT+5kLAf62nn/be433O&#10;6eV7lGTzP+Xo9tnYqK+g/wAnUz2CVHSv5Sr+vUTYWB0k6eB/iLj/AG/sgCkNqPHV/l6MghK6ieve&#10;1njqOwVTfixLfQC+kf1P4/2/s6+mjXTID+XV2jAAIPXva0xkH7iXa4/B/r6b/wC8+1KMF7AlKdMN&#10;FSpA7evexZwlMishAuv9fzxqF7X/ABcezGxLGSpWpp/q/wAp6cQHTwzTr3seNoK0TrpQA2NuODdZ&#10;wbDUbextY2wnL93p/l/2Otm1WTLPX/V+XUapICc/T/ja/wCw9mQ2/qWJHILEh73vz65eP1D+yfY1&#10;5etkF00Q4Ar/AIG6LrizV5Y4iRRT/wA+9Bdul9SEBrG/+wH+Z54B/P59mG2LDriqJCLGyX4tYl5v&#10;xyLc/wC295J+3EvgzPCBUkAfsZ+on9z5hbJHAq1rj+SHqv75CTt5saqkG0k/0Nz/AJig+trG/H54&#10;v7f665KCxI8jKTf+i3vwP9vz7k65AeZpBxI/l/qz1Eyx1kJ1Z09BxgWVKeQEi4gR7BfoS/05v9Dw&#10;PaQrk/dDFb/uabc83uLfj6+0F2TMjaz6f5OjeCFWVauafL/Uehawk+inZQwAEGvV9ALBbH6E3ub/&#10;AOv7TdeoF/QDYHm9/pr/AOJ/1/YVuoSjMQ/E/L0/P+f+Xo9tASjHUePQl4SYuEs7Lcj02P5aP/W/&#10;H+++vtPVoFuFsTF/r3/Vz/sPYflR0NCfPpcimoNcdLvGsTyzXAmPJuLH0cAXtz7YK1T40Uqv6Bc/&#10;8lX+hH49ltxaic63c1H+r59PaRq1Zr0rMdMFkcqTbytx9Txotfj6n2wTxB4iG4sLfQgH62Iv9OT7&#10;JLq28Mgq3H/V/q/wdOq5TAyOlXSVJEgsL/T8gkf1HH+t7TdbCvj0jgAg/wBb/n/G/wBPaENVWJXo&#10;ztpWYPqHDpSUsvrve/1AFv8AfW9pedC0bqFubrY8/g2sPVaw9o7iMBvioG/w9L0IUmrUHp0/wvyD&#10;zx9f8Ryf6fUe0/IlyNS3/wBc2t9P9cD2XG0EYbQ2D/q/1Z6eLLCBQY6nq1/6fj8f6/B/r9PbHLCN&#10;T2F7n8fjgcG3PtHKBG1Bw6cVg4BHDqQGvY/Q/i/+349pmeAiRgPzZr35uPr+facnXimOt8MdS1cA&#10;C/1HBt+f99fj22TwfuKLBjqW1vxxb88AC/tNOmpQS9B8/wDV/n6q3r1lBuL2t7YMrB+6LAiypYcc&#10;LZrf2iLW9pmleBtSAPq8/wDV+fVDUHrv22ZCANFHyVtCrf65CyXvyPz7eju3I7o+6vkf+L68Tgde&#10;9tdfAGoobfQCEAg838TWYH6e6XUp8MrTOsj9nWiSAKceve28U6pQyLqNzOrG/wBSRHe1hx+PZcHp&#10;inXg9Fpp697wUsYemqFPF3uRa3+6/r9bc+7q1SBTHV431Hh173Hx0Q+5vzxG6/4n0H8i9iL/AO39&#10;1lj8QAaqUPT2nxT6U697wwIErFIANgb/AEH1j+vv0MGiRDqrQ+nTQqKL5Dr3vDMlqnm4J/x+hEa/&#10;7UPr7fkVlcUA0db4MCOPXveTIoRWMb34T8X/AFRD/Yfj3VaUoBQdbJNNPl173kq1tJF+b2/17BR/&#10;xHv3WiDUCmeve/FdFDGbWvLIOOLcH6/WxHutBp007ade8qde9+SImgc/T9xzbj/U3/pb/be7Gpwe&#10;HWqVGeve8mPjOqo1cgUUn4/F4+OLc+2mQVoGp1TwxWmqnXveehc+eVdOm1M4+tza6gcg/wBfd+7T&#10;orj/AFfPrwiye7r3vsMTKAVv+4p+o/qvP5v70wd6EkY6r4bfLr3vPOq/cnj6SD8X/I/17gA+2CKq&#10;32H/AAdaC6jTr3uRUxq0rOBfSbc/7b6g39oydVSTnrekGueve5BFoIFWxax/op/UPr+fr/hbj34g&#10;DuodP+br2jgeve5Tc0sVgOVb+19P3T9LDj6e6GRYzU8enlbSAw49e95aZAIZufwnBvx6mB+h/Pt+&#10;H4mx+H/KOqj4Wxx697kU0VoKkkkkRg/UWJ1khfp+k/7C/tTq/ojqobHwj9nXveagQrUwXBP7oNgb&#10;G/8AvLWHuvVR173npFQ1hJ4P3TcFW/46jj+n59+62OPXvbg0K+WUr+al/wAf1ZuPrxb2vCkRRsfM&#10;f4KdWpTr3ufLHzAdX0phf629JX8Afj3r1616de95ZkuILC58Kt/Thfx/U6fd43KGoAJ+fW+Hl17+&#10;v+v/AMb98ipWjn4DXmh/P+1D6khbn21UatPnTr3l10fqP9j/AMR7mQoWhmU3t6Lc/gk3IPuyatCS&#10;/wCqvHr2addHhl/2P/Iv959yqaMeaNbnnXcWv9VY2+n0Hs1XsVfkOr/bw6xO1wT+Lg2vwD/rfn3K&#10;xkdp0AY8Mfr+bq/9P9b29p15AJ62OPWOVuCbf8atYe3Omi1tZhazfX6j6uB9De3urOyEaTQkdNyf&#10;h/PrGx+v1PN7Xt/sT+L29qGlhEc4ANrrYEcEEW+twP6e7J+pKZGp5dWRdSyDyp1GckofqTf6W/Fj&#10;9D/Uf4+w97qY0ux88AL+fFVsV734emnuT/gAL+w5zu5t9qntA1UlQ/l2N9vSraEN5uEcrHT4YH50&#10;p1moG1l2/IuP9jcD68f091jzRBdX+r1MdV+QLHn6829wDEBCHBHF/wDD0PFOGx+Lpy94tF1Kt6r3&#10;H1/qAPrb+ntxrdZQO79Qf6vs60VB+3r3tpqccjB3QDWWY3tz9SdI5+vu62Kkd79NeABU6sde9pmt&#10;oHa0iizhrar2v9PrxYG3tDOqxkhR29MugU0pjr3vJjMhkMVKpR2tyTbSttN1A/Tybn2gdNRBRird&#10;JmhElCxpTr3swmye1kp0FPPKzOv1ZtYIIWd7EBbG+oezrb94u7QqjCq1/i+3/V9nRZcRgEgNUf8A&#10;Fde9mMw2+I54TJS1bVIYg+OT9tUCvIPQSp1atJLf0t7F8O/30AJtrQSlvi7tNP4f966KXsZdVQ56&#10;97Uf989BPlgUD8FWdgD9Rey/S4/1/Z7bc7wQ5vbQRj+jqb8uB/LpPJbFcuxqPt66Iv8A77/ff195&#10;03rjnsFleN/7SiN7/Q20l15ufYksucNmv2EVq+p1+LUrL0y1ux0+E1W660j+n++/wt7eqTOUtUCw&#10;q/T/AEkCrc3Frm5F/wAexRY7nt70Dtpb/UfSv+TpO0dzH8I64sv+pAv/AIkj27x1lJJrQSo3pJFr&#10;fX6D6/Xj6+z1XsJ4iILir+R/1f5P83ScTzRVacUH+r7f5dY9Lgg2P15sSfz/AIW+nvkoR4yYVXVc&#10;3YEC915IXnlj/jf2Wz7fbh9RuO6n+r/VSnz6UrPET3Meuesg83t9LW5H+x/wHviUXxkOPIGP6T/Y&#10;Oixa6/2uP8faeW2tYgqyuJAvy/1f5Ono/Dc08Qsfs67BZjwNP9CR9ef+Ke03k6cOtkLxKDayJ+rT&#10;c6Rce3PFsdOjQmjp3SuesntFV8CtfQSrhjZtDLwbBuGstvZcbSziJureMeKPz9Oqtpphe7r3tO1D&#10;yXCS3fQT6iNLC1jwdNrf4eyS8S4df7NaH+l/sj/UeqeGxGot172nq4I6TErrLaNIIC2sVvaw/K+y&#10;Rpbi1/VFupKerdG9pI8bLQVfr3sLMlS0kp0RoI3/ALUgUknhOefTyBb/AGHsH7ub657mAA/6J/1f&#10;6h0aCS5PFP8AVjr3tw2H1hluy944jZ+3IElyeZnaCl8ksUCPJFTTVTFpJnWNQEpm+pHsCXdnceGx&#10;nmHhj5riv+HpcpujHUxrQerdR6uqgoaaesqpPFTUsTzzyaXfRFGpZ20Rq7tZR9ACT7RO8Njbh2nJ&#10;LBXwTROlbV0CPDpmgeelkaOVHnj1xKoKnm9r+0Itngl0mjJ/q4Dq0LO6trAGaf6v9jqR7D+laZKh&#10;UMZW8gU3vbUSbkMAAfV7NYLOUyRyAUIGr06K72CsihXq3+qvXvbTuWfHQZXbkcjn+MR5vHVVKfEz&#10;GD9yQU0yPbTrSdeB9fd4U3Lxb6XRSMxNXurXIx+Y/wAHTFz4vgxRGPv1Aju+X+r5cevezjdNS4uX&#10;c+DyOYqmg+2jxzmuEfkkWthyGMn1BOB+rU+q1r+zWxWaKymuWtEJhUvor8QQBv8AjX+XoNsbi2vR&#10;rjqjNQ59WP8Aq/PrphdSP6gjn6cj8+zhds4zBZqj68q65qGsxVN2hsbNeZqmN6meGmq5ajzSUcUo&#10;kUvCxJFuCbewnPvd3uce4QtZMv1MTp2qzU1hhjHlq/PoY2V4IrWW3ljWSGYFfsqKfy6xRqV45JC2&#10;02IUWsAAxHI49ihu/fGYqNw5Cba0i02Po62Slw0kcyrLTYzy6ooI4ZU1hPofVyB7W8qbKm32O2RP&#10;PI/00AB7PiIGT9vRvb+BFt8Nl436UVCMeQ6wJSxSwMtVBEWqAslVGQGRpSgVrn6MBa3+sPYSbvwW&#10;X3dJNV56UVk1QkrTSVE0ALSMAFlKq0PqTQP8PZ5uFrd7pP41nA+PQH/V/Lqk242sxJLfyPWaCKnp&#10;YYqenSOGCJBHFEgCoiAelFH0AA/HsmWa2FT4vI1tK0iOsDookAjJdjGrHgSML3b6e9zW18IYo7y1&#10;aM0/D3dEkl3ZAkED8j1n94aLDYykQo7HUeCVQm1yxvdWB4DeyiexumOoOw+3/Bn16Xw3canSygD9&#10;vXveWtnSmBWnTWv01W/1jcAX/LH2hEd1GFKksP8AV6/6v5dVmWCcV10697baLcuYp3H2zvGQWN1a&#10;1/wQQUPBv/vHsew7wLNY+4sfs/n+X7OmZ7CFQNMzfktOvexBpN8108cSZGkjqrfRpKhr8krYlUFj&#10;Yeza33uG8LeIoUfZ+f59EM+3odR8c/s697Uk1dg8viPtkkaGdpJPSIpdKs8YUJ5G9FgzfXn2rn3E&#10;yExiLsH5fs/1f5Oksch/syDRT172HNfsyZ/NMgWS0T6Ahja4/cZdQSQ21ey9IlBoW7OlsccdO5sd&#10;e9hrW4KpgqD+2dRnIFxazeRzpuWv+PaqyWJp31nQqs1fyP8Al621ulNWo0r59e9yszipFTGK1w5o&#10;oOOPQNTA8c355933VY4E1RPqPn+zpidWUDQK4697c8HQlWkDf2aecD+ptGeOSePbmzs3hhwnxD/V&#10;/q9OkyOQWASrde9sD0uk/Tggnk2t+n/UmxJt/r+7XdqFmNzrOr/i+mjKANVO70697eK9LYbFC55j&#10;qf8AeKlAeOLezCGYvDFIBTUv+Xpoisin4RT/ACde9ttGhFREbn0ah+OdSueR9eCP6e9RznVhf9XD&#10;/L16ePSBTh1725bgg/yqRyeNEYU3FyfHH9QTf8+1LupYsMk9MRsdQQjHXveLbKNNkjHp/X40i+pD&#10;n1XU/wBLL7qJ/BFAlR/xX8utTkWoZx3de97FX8t/4j4faEEXau66SOp3NW6pqGKpjidcfHT11JW0&#10;NVT1EFQHM0itYhlsPcOe7i/vDZpIUY6pgIyF4fAQR+z/AFZ69tEniXySmZkJZVovDqrb5pfMafYG&#10;7KLqDaRjjnakp8nurNLUNr+wqxmMdNhUppcbJGAs0UbvKk2rV6bAA3uvxlbNX4rNY/K08FTi6yjr&#10;6BJZJhqpw8USrpp0WCRFihfi/wDh+efeEGxcgbryJ7ibBzPs/MF0k63sMgj0Lp/tzJ8ffXKaf9VO&#10;pS3KSGbaHtBCG1Jpr5ZXT0Vrujv3ZHbnR24tqttfESbgxm1Mlk6eq89X5RWU225cfDVRhlowZTVV&#10;/lAvzb6X9lokwVPR5XJQpTpHGtdVxRkGx+3+5MaIf3DZbJc35995eUOeN35l5Q5UuL29eaVNut1r&#10;SuVt0OeyhNG/Mj5dYgb9ysu2789zHetrLPLTTj+0dv8An3rWA737cy1NPV7f/iE7thqyejioZiIh&#10;Q1eObL0cc8TNHrdoGXQt7r7Yd17Hw27MPkcHmKaKqxuSpaulmp5VLIfu6aeAsFLLciOZv8OfZBzF&#10;streRzTPt6+MoAHyPcM+deHH9oz0O+XOZ75UjtJ2LRrRTj/SKfyPTx8W/m/2X0ZvXbW4du5+r+4x&#10;uUxVXlI9cax1WCpMphKvJYyXyUNZGYJ/4cq2VdRBPvW4+bnxYrOhd6rm8MrT7P3JLUVdONMCQYtq&#10;rJTwU2PjWKWUhTFHcazqv/txFU9iLS7MJi0sK+Rz888f+K6HjRwSxtcQoEUgsdPmafz63kvhN8u9&#10;l/Mbp+l7B2xJ4ctiKij2/vDFslXG1DuSPA4bK5BYTWUGONRSF8sAskSNESCA34Db8FuuqbsLv/B4&#10;mrpgaWjx+UzJkCeRYpsakNTFGSXQC78g3vx9D7JN83CaGxDrCSa/z4eX+r06Bl3cuqibw8V/ygdC&#10;58hOx4Op+n95b5nZFXF0lDSxmSQxKJ81laHCwsGEUx1I+QDD0245IHI2x9lbkwONrqWgyE0lLFPx&#10;LC0LukhRJGGpypUW1f0FyefeJ/uZy3zXvuzbtumwbYs19akd6tp0amUf5PnQZHQg5Qv7Dbbi8t73&#10;cDG8rLp0iurSrdayvXdDh8RuTEzbuz8p2tmld7lYZ5pkgp541LQajIA8p/wvb/bm/hwEFZi/u9sO&#10;mMAKaZqERMrDymEk+ZgFItKP6c/j3zu5b5v5lg5nex9xttMz04SM7f6Gz/hX/ml8/nXhNMawPCJY&#10;7nV6ft6sI7o2L14/XS5DqTPo8auFEcUVNRrf+NY2lJEk9SjIxvUt/Q2ta17gpuTH0v29XDBVvX5Q&#10;pAax5ojDJGBLG8HkJuAFgIHPvODlL66PcNt3KbbltNqVpPB0Nr1koyuB89deHz+XQT3SSK5SSNjr&#10;0en9LT1TZuTsDCVWJzO13z02cmkgoxmIamnFPDj0+6ir6VuELy+SNQQSw/Av7KzunbeNzmLr8PkK&#10;dKqgrIzBNDICY3UmNnBUEEgsg4v76w8oblNzLy5bWs84SJsH1/tOBP7DUD514kQZeJJt+8eLG/n/&#10;AIcf6vl59VUdbdx7z+Nvf2J31tavlpdy7VrfvYJVaJQUrsRW0kYDmCqj0NR5Nv7Lcce9Yv5OdSzd&#10;Y9k5zCAOKKZ2ylIoVVVEr5qiZYk0s4ARePrf+vsIbvYC2LRKveG/keH+z1IH1CNBG0cY0tkfn19F&#10;LoPtzCd5dT7Q7LwEyzUW4McGkK67JXUjtSV6Wkihf01cL29IFvp7KfLCgmtqYhmIPAuvJv8A7x7C&#10;bu4YgLw49I3ZpDQL59DD7yxqq6TyNLKB+A3PB5+n09q4YDJDdyaseE3+D/Z6dS2Ph3Ta/wDQ2/1f&#10;z697PLCdfVux9XAOX2tHq+tr4KL1CxNz/wAV9r9rjH0TLXyDf8ZOOght1uDfX6A/6DI/H5/D0yA2&#10;zUv9f4ZJ/rf8Cgf6e5VWANxKL/p66ycYf+pErD6f4k+zG7RdNkgPAj/D/mHV0twYou7/AIkKf9X7&#10;OssZPiZrcnIqbf05jv8An+ntFJY9XbhH0MeXoje34FMLf4AED2q0DxCPE+I4/wA/S5iY91YD8des&#10;0l/4nT/W32lR/rf5yH2UqqYysVP5uR+TxpJ4/PHsrv4gg1hzX/V/q/4vo2K0ZSDkdOHuLb06bG34&#10;/wB8Cb8n2WyPoIxUdeoP4h/P/N1731p/wX+n0P8AT/X+l/dfGX0PXtJ/h697/9Wk6skZHaHSqKR+&#10;H1CxCP8AS9xy39b39wn5adPd1LJ4aAnd1v8AHtvQU8b6Ixqb6X9QJ4J/PF7+3lBYgAVPTQpUde9z&#10;9jyMnZOyiV4XND8j8xS3F7fj3WAd04PoOlm0f7nvXj2/6v8AB1inF4Jh/WKQf7dD7WXcepc3NpX6&#10;wpJYMPy1TyDYG/tDaf2s+fX/AA9F0f8AuXf/AGH/AI91yi/zaf8ABR/vX+ufZfZmA/wJb6XPP/IX&#10;NvZmvAfZ0qXKj7OufttnkBBHI+pB5+vPu1Ot9e9tdTMdH+Nj+CL/AF4F7WH5596CgtXz6bK1bUPi&#10;697Z5mJuf6E8D6/ng8fW/u4x08gAWo8+ve22QXLG9tV9PH+t+b8e94r8+t9e9wpIz9Lf4W/r9P8A&#10;agPdweqkLp/o0/l173F8f4/wXi9uL883A/Hu6kDDcOvKNNB5Dr3vG6Af4D63t9QAoH5/r7qzFiSe&#10;PTTSV1Ede94WRBEzaSDYX+v9b2/2/vVcUBx14MNJ8lHXvb/sgA7hpUsT5ZIU+n6vWQPz/T3V66TT&#10;puEkSuB59e9pzcihMpkF0/Srqv6/UVEthYm/u0ZqvXq1Lmtc9e9pWUjT62stx9R/gfqAbcD3frR+&#10;3r3uPIA6q0bftggtwf1qGJ9J9X6ffuHVade9wJ0ldlNKzamBB/bPOprWuxFvex8+tde98YdpZavk&#10;YxKp9di7TU8dieRYPNHf/b293DDCgdXWCRzRR172oh1nNSQ/dZesWniC/VFp6gj1BeRDVu5N7fj2&#10;7HIdJoPPp8WrItXNB172l5U2LRSs0GZkq5YTaWNsXkIQpIAWzG+r0uTx/T26XfAI49Nt4C8HqfsP&#10;XvcSbe2IR5kx+1Keqa0emufJ1NO4OhXP7MkJBtcp/rC/59ssDr72x0jknQuaw1/Pr3tC5PeO7K55&#10;Inz04p2AH2X21HogFl5EogR5NbLf/D3ZRHii56SNLK3+iY9Ovew/qqKBpDNMBPNq1FyrqST/AEAY&#10;D/ePaxSxjop4j/J0o0A/aR1722SwqFRQOATZeTpFjyGJ44HtUpqW+zp4UJb0p172sqUI+xivlN1z&#10;1W2jRxxQJY3uQOB7RyArcD0I6TuNOmvCp/1fz697QszszgBeFWwbVySCbrb/AFuefa1VBUAjHTwW&#10;qAFcde9xXQvc3BFrD9P+v/W1+fewAOA62FAwB173HZdPP4/3w+tvoP8AY+/EYp59Udagimeve+P3&#10;P40W+l/X+Ppx6be2fpv6f8v9npP4H9Lr3vKiXe2kgNwDcm39Da/0A96dT4VdXDqzxnw+PDr3tVSx&#10;I2BiJ+tjyL3t92tvow9tRB/ENMj59PpH2fL/AGeve2dIYxdpLFFtqPq/1gfrf8/4+1bEjgM9OBSc&#10;0x172/UlA8pksxdWRCiWsQCTqP1ufp7TSS17V63TiAcde9rrGYWsrmWmoYbOwUCMyRqrE8AF5nRU&#10;1H/H2yrhnUs1RXpVAheWNaedOvexOodpJixBJk5jTPqS6oonsQAzC8Mziw0n/b+y2a40kACtel3h&#10;eEQHwf29e9mY25JBS7n2eaaoM0b0e3gS0TR2vUwM3BDG/oHtZEo8GXGaf5R0uRUVkI9B/h697sl6&#10;jtJl6V/rxDJ/sPuccT+QLWPsW8rf2yD+kf8AnzpLf5Df6vXpFb8Yrt+vt/apqhR/S7UlUPpY839m&#10;5aIBiw4BQn/YXI/re/uabWnh21f9yMU+3H5dR1uFfE+er+eOigGoch1/sLLp/H0vx+L2/wB6PuTi&#10;qZDX0kkhHE8QAIP5lT8j/H2LomJArwp/n6L2cFhTpL7qr5FweWigQ+qiqmNmH4ppT/bBv9f8fa/3&#10;tTRtUNoP5b6DlrhLfUj8H3CnOjM9xKaUNP8AAej/AGmQsgqPl0iPjjWzDb1EZgfVHG1yQdN0k/1N&#10;+L/7b2W3dVPqEyf2bpwSTyGj+nNwBf3FKoWA8nB6FluQHI8/9X+bqwTb03ohb63VgSo/A8nJ/B+n&#10;sse8aIBZn+unx82PN/thz6v8B7UAFl+Y6PIjVSOhEpnuB/tQP+PILcfQewYylGpTUFW4tqF/pYKf&#10;9V+R7QA9bYdS/abNLYWAPP0P9bMP6Nb6e7V6pTr3tebSpV++DarsBD+PyCT/AKu/4t9Pam3Gpgn2&#10;/wCTpucZU/PrhJ+hv8Rb/b+xzlptWLlUNwI5B9DwPER/X8H2/IjFk9f9Wei5OJ+3/IOoKuBIB+eL&#10;m/0N/wA/64v7Jp2jjh9zUC3Bml4JP0113N9Qtcrf3Gt7blri6JTg5/48f9X/ABXR3bCpQegXpxHs&#10;F6ehAlAI5DAX+v5X+j8ce0AtwaEN5fL/AA9HIB8PDY697UNHTqGI/VY8/i17C1rkm/s0CvSNRGQK&#10;/wAv8n+qnTgLmgAoOve1bjKVvKCB/SzEi/6VFv1D+ntUsYoEUY6eSIMAKY697F7AUJ0RBhza9j+f&#10;qefVxx/vftbbxgOtTgY/bw/n0oMGAD5fy697HPbUHiZbL9VIH0/1MhNjcn88+xptg7zXgD/0EOkr&#10;qqsdVNI/2R1Arj+2Re1rfT6/qQ/4f09j3hQSkXpItr/5NaX/AGNzb/D2PuWYPEuZ3Y57MfaG6QsC&#10;0+tuJz/LoKN1PoiYXB/2/wBD4D/vfsxey10U8thxZLfT6a5Pz9Da/vIn28gJuZKEaqD+TP1C3uvH&#10;qeFweB/b2p1Xn31ULJVY4E3vLUE8G3/AaiP00/U6fbvWKWKcfWRr8gfg/wBCPz7k64geMk/hA/1f&#10;4eoqJ8N6D+Af6v5joP8ABzJ4pVv+mKP+yx/IubkH6gf7x7SlbGweO4sPIb8j/E/X8mx/HsvkWjU6&#10;M7eRf4u3oV8PNG0Mtmuft1t6W5/T+CPyfaXrkIZwTxzyPwbN/jYgfX2TXEAYOv4h/q/1H/UDu2lC&#10;pwJ6EzCTKY4WUc3XUDe/9ji1gQfxb2yVCAKov9Yv+Ib6XI+p/wB79hq8tgpZxWtP2/7I/wAnDPRg&#10;DQhhx6XFBUF2I44nN/8ADlPrwfx7Za1B6OLjxj/er2/2PsrZCQTTHSlSCAelRj5f182YTG97cfQA&#10;/j/evbBVR/gfQ3vbk8XsOCSbeye/RNNa5HD8+P8An63jpWY6U6ufx/X+g/tfgC/tgrYjo+mm45H9&#10;SCeb3HslWAhcMD/q/PpVBJpDeeelVSzgvf62+h4PBsfpx/X2lporKWA5NgRwbjUPyTwfacxoQARw&#10;6M4n+ED8j0oopbkDVcfW/wDio54tz/h7YJ4gpHp/xP1PHp+gvz7YMBNf1Ps/2f8AV8/l06zlqVYf&#10;Lp0SS4Nh/rkn8fn/AFvaflSzlbf6n6C1uBY/Unm9/wDb+ymeKtWAz/n4jpy3bBBHU5TwObc88/7x&#10;fj6f8U9p2piOs8fUDjjgW/1/wfaEoAzA9Kjmh6kqwsOf6n8fX/H/AI37Z6qMiRDYfUc24+n0tcf1&#10;91KUGOtDrPG3B/2/9f8AX+lx+PbNWQl52HGnxi3J+p1C49X5P9faG5WgRgPl/m/y9VIwPTrIPp+f&#10;9j9fbXlIf2o/+WA5F/paS3N/6e9wRcTIv2V/zf5+q6fI8eu/bTVw/wCRx3/5tG5+h9DEn6i3/G/e&#10;ruNfDXTjy/y9acUUde9w1i/yOTj6Sf4ekaP8D7Q+Cnz6p5V697j0kX7U62tyfV/iUt/vuPdhGgoa&#10;dbU0NRw697j0NMPM31b0nnk/2LW5b+v5970j50/1fLqwkNeGOve48MOmsDE/QHm/BtGTY3PP+9+7&#10;qq6gBxJ68ZGIIXh173FqUvVcKCb3P6Tb9pbc/n36WNiq+JUVr/qp1Qlq1r173nycV6ll+pstr8c6&#10;FP8AX8j2jFUbuGerBqNU56977roGDRX/AKc/T/UD/H3cOtOPTmtfXr3vxgvjo2F7CSQjmxOng/Q8&#10;H37xFr59e8Reve8aqWoGsP8Adkn+t/mwf8QDYe7efV/Lr3vHQBtc5A9P2Mt/p+Ch/PI+nvx61/m6&#10;97mY6IeeViSD9vKCbHgEr/jz70SDwPWwQeBz173zjhvOh+v7qcf4XQckEDm/vxowIHHquGqBx697&#10;lVcVqprLf1gX/wBiv9T7SSfA3TI+Lr3vNKg1tc8k8E/6yj/D6D2lxX59OEZPXveRotMEDW/svf8A&#10;oW1Kf9vf8e9tTU1Phr1sjA9Ove5BA+2p+Of3T/1k/wBtce2e7xFr8PW/wjr3uRCf26j/AGFv8PV/&#10;gefaqL4/y603D8+ve5VBf7eq/p4uf8LMLD2/6dUHDr3uRSxP56cnkeRDa4H+w4N7j3s9e697zQIq&#10;1Tah9a5gB6r8SX5A/p/r+9fn1sde9y5FDvIB6h90x/3ki/8AgR/vftfG7BAAfw0/I563Wleve5sq&#10;8wGwt9ooX/XuLWva3H09661w66H5/wBf/iB7lkgLT3/44L/W/wCvj/eveut9eH5/1/8AiB7ykXpZ&#10;B9P3Yv8Aoa/0+v49tq+pwB8Hn1v7evf2h9Pof9c/T3mUfszFePUgt/W5/wB749mccQaJQ4qOPVgM&#10;Z6xEjWt+DYj/AAuB9D9eCT7k0akzx/09XP8AyA34v7VhKZrnr1c9Y3PpP+w/2/H9PbhjlAmQ2/rf&#10;j+quR+LfX3Y0XUerL1ikuRz/AK3H1PIB+vPI9vFDFqkuB9CeP68n+v8AQge2nkrluPVXHb+fWNyB&#10;x/hx/Qf76/t+hUCsaw/3Wlv9v9Dz/vre7RjxEjB4Fj/gHXo+D/Z1Ge4QEnn8/wC2P+B9hb30BHsu&#10;tJP66epiFrH60FUebf63+t7DHPlPoYR/Q/58PSvlyn1UieVf8JHWfGMSJeLeok/1/Ubcf63utGri&#10;Znci9vV9CbcE8fqHI9wZHw0+fQ4DBRpY56dfcGNSD9frxa/0+n+w9q40oAx49XA697kkcaB+RZv+&#10;DfS3I9vxx6x4j49P8/VPiozDHl173Fei8oOn6cjn/Hg8XF7j2jmjqWVxnptnrhk/n172nq/HmL9y&#10;w0gabXuQWIBIuxve/tA9mxU6TVumSBxr172EW6KXPU9XEMTqIk1HUHpwfSsVifMbj+1/xr2Y7a1j&#10;odb4UYfb8/Tonu4pPFAjFK/YPTr3sUNoVG+aSTx1FbJBHHwFU4+TXqWpZrsgcjTf83vf8e6DcZLL&#10;UdrQnXxHD4eHxj+keq3CzxLFQZz5j5fL5/L8+vezCYrdm4o9KVK+VB9S0lOoIufqEg/1vZzYrcbo&#10;Ixd2Xc/z/wBN/q+zpLNIaUkjz9vXvalGdkqmuKZQQR5P3hwALj/dVv8AbH2J4+WYI0rZReHIfi/1&#10;M1eiqS+W0YFU4jr3uSkrEXVdDngMPUP959Pu7bJegnTIB+Q/z9Ipt3Vj6H/V/R697zjKZOmsY66S&#10;BDZSVhjkFhyLKYz+P9v7WW227zAxMJGvTUfBn9n+r5dMJdwSEi5+H8+P5de956bd2aimdIsxOGW+&#10;m1LCCbOAASYP6gf09qjbcyPSrtX0DKf2V/ydPG+2yPGs/wDGuve3SHe27wWH8SmljDNa6Ui/0sSP&#10;t7ngf6/ukNhzKulo4tRr/En+XrRv7N1UW57/AM/8vXvcn++G6JLBnkkv+S9Ov+F7+Acc+1P0/NP/&#10;AChf9VE/zdNfVGtPP8uve8U24dxSodVMW5XUPPEL2P8AyyP1/r7vDY80XDiOS30hvRk6sLkk8P59&#10;e9tj12elDH7H+hB+4h/4lQDyPbsmw8yGmW/3qP8A6C6t9WVz5/I9e9wpkz0qEfZhbn6iemJU8NY/&#10;0vp9l/8AVjmOdxEzcf8ASf5+nIt1+nlEpOR9v2enXvbAdsZadAzx2bnky07fkD8yjkgf7x7am5E3&#10;uWtHov2J/wBBdLv6yvQ4oPz/AOgOve1jsNN99bblx27dq1ElFm8VI0+OqlbHFoZXpp6eRlWqFRBc&#10;w1DD1Rkc/wBfaKT213m6YQudSN5fp/8AQf7f9VPS8zyyo8Ktk/Yf8KnqNWUdLkKSooa2COppKuF4&#10;KmnlF45oZFKvG4uLqyn3gzVV2TmcVU4PJbkqp8NJWV2U/h5pMUFlrsnOZ63VJEiTIXdrk6rf0A90&#10;k9pN1eXxlWj+vYf+fxjpuLd7mJChlJX8vP8A2vUiwve3NgL/AOAvYf7C/tDR9a5DT6gS7rfR+0TH&#10;zcOGFVpa9/p7WL7Vb4kbUPcp/wCF+f8Azc8umW3JlZZCcA/L/N137TuQ6JqMrk6LNSyMKmglpyoE&#10;cTftUkpmT1DIKqku5/sk/wCv7LJ/b/mSMvEmInrXMY+X8Xp16XmDUyszUINfLy/2vXva9p9i5Oig&#10;RUchWZF02gANQUtpt5WIuEPP09mu18g7/brReKj+JPRf6VKdFU+7ieVaN21+fr9nXvfUu18+Z6aW&#10;ItA9LJFpYGmb92F9aEapLfWx/I9rrnlLmZCQtqpqP9+J/n6Uy3jgAxtn/V8uve1zSZDsnHMtRS1s&#10;kLgaPKP4W+sve10kVgPp/r+zWw5e5qgjrLb6V8/1E8vz+XVF3q8Ts8Sg/Fw/6B66IDCxAI/oRf25&#10;y7h7NrVArKl6oEeoF8VFf68DxxIfx7V/T8wsANr3RtP+kT/n4f6sdK/33bMAA1fy/wCheugiL+lQ&#10;P9Ye0RVYrds0ssskbQNIRyJaN9VgouSGsDZfdDb77p/3abmzN/pU/wCff9R49Im3ayJq3H8/83XL&#10;3hi2/mmsaim1G9rmWD+h44kAJ+nsuk5VSRT293+r0PXl3GYGh+L8v83Xvc/+7uTB/cpAyL+PNDYX&#10;I/pIPz/r29oZOT9ZGjBr/q/H/qr0oTd5ge6Sn+r7Ove8tNtjISEqIbf0PkjYWFza5kW4F/ZUPbpp&#10;zqp2f7X/AKD/AM32dLhuzOONB/q+XXvbqNmZJxdja/OkGH+t7/8AAjj/AFvp7fHIb2ul4z/x3/oP&#10;/V59aNy70ZT/AIP83Xvc6m2ZlIz4NPiBGrwhoX8gbSNRfzELrv8A7D2z+4pkoBwX/V/F1p2LAADP&#10;XvagxeLy+CmFmJ8tgaQ+AJJrkQkGcOzIJPFpP9Bz7eXayoBKivpX/UOmdTxnjn0697FKl66x+7cW&#10;axacQ5BZlepQF30zrAss6B3qYkbRNPa4+tvZVLtU8ksotxmrf6viH+D16UNOPDU1o1OsEs6QkCQ6&#10;QbWPJ5JtbhT7Ru9uoZaOOimiQswoI1NtA5JlNyxrP8Pp7pFtN3b1Nz8IP9H/AD9KLS9iOC1R/q+X&#10;XcU8U2rxtq0sVPBHItf6gf19hhSbRno55I5FPFPU/XTwwRhawlYf8i9m1pHEoVV4V/2f9Xz6TTFD&#10;NIQfPrN7DOsxpilKk2te9zyPSBcaWJI9qL1B4bKeBH+odI2IBp173zyNPbFYlQuq0VTc8Dg1CMR9&#10;Tx79AlLeI+v+f/Z62vBW697Z6dGFQgIA0ltRvzfxk8WPHHuiRUJ0VLH/AFf5er3C+nXvc3ckNqqd&#10;i1rrAEXlv91xg2bUbWP+v7ekPdw4D/Z6Txr3qfs697UHVGL/AIpvzbOHmJAqckqk3BurQySEfqUf&#10;7rP9oe/BWIYr6f5ek24PVafhp1xdxGjufoiM5/1lBJ/r/T3uEdbVMWK2jt6lp0sYsTjES1zpZKCm&#10;j1HUjcNp/rb2R3XK8u6nxSf8V0ZHr5/x1r51+z7OiDap2W4NwD2a/wDL/k/zdaaXy83vLF3j2NW1&#10;lR/lg3puRxIRGW+1Gdy/igHjpQpSPX9Lav8AX+vsYKbOVFDSVUbPqFVTStEBpsKqoBClR4h/S/8A&#10;T/D3H+68h2u6OZLZO6A+deEY8z4n5fL16lbbdwW7iWFzT/V/q49AHtTtyqp9wbajq2EQmzeOhyba&#10;gwfb8lSBJcfY2Gofhf3DwPaWaf76ZpU/3UfHJfUbMGZibynkAn8c/wCPuePY7fnsNqn2a/as8d46&#10;/wC0RbeMj9NP8/2Y6j/nzag1/HLGMtAo/wCNS1/1fyPRU/5jvWtDt7eOE3jhaRIsNuzYWGzkcqSM&#10;PLk87X74ywvHUVk9SHemhX1sip/tNz7jVcSgFm9SX1WIIAIJP4IJFh7ysaOG5sUnAyI/+fP9R/wd&#10;R7bL4Eq6BRhx6rE2rm6sV0dNTMaOt1iAyIyOZYWaCNwPIhiUu3Nv6ew67G6f2F3Lthtq9gbfpNwY&#10;RqylyC0dW9ZHGtRRGR6ZwaOsoprxSyEj12/qD7jPc9oju5ZnRu5FNP8AVXhn8/XiQM7LdzG0trqq&#10;PDY0xxB6O98bP5gnenwg3y+6OsM8aSLN0zYPcmMkotuVdPlI8lXYt6ird8ztjciQSouGissUam6c&#10;Mo49ojqD4x9SdKZ2ozHX+0aHCV1ZHOlS9NPkpGKSQiGVP8tylYlmjS30HP0559gu75Uea3ALVao9&#10;AMt6gn18v8HRVuMnjbWmkAVdPsPfjy+z/Vjo7nyb/nLdw/JfqjM9c7xyAw+26iuxFQ0tLTYOo/iF&#10;bjqyHJ4yseLG7CwVVD9tX08TKnmKG12uLr7H3J4ihrRBOtMiuQ3p1PeO2hdIIeP9RH1Iv7G3JOyQ&#10;csz7lHc22qymZNQ9Ka+PdJ+fl+Veg5e7BJu+5GdLgo1v8I9dZx+I8P5+eOquqH5o9qx08WAye7aq&#10;s/hqSQtkPtcbE2VEpaoE8kEOC00rU/6dKt6v959if112Lm9haqOI/c0Ev6qeQwqU8a1zjTMIJam7&#10;S1uo2ccj+nuGPfD7q/IPulMd+2OBLXcUpgCUhi/gJnxJkjACwvTs4H7D0Otp3HmDbEWOaTVaD/SD&#10;PD+bcOPS22r/ADBO3dq09XRUm5amoxczU/lpDS47lY/uXQLUNt9qlSKmoZhZhe3PH0VtTkcbG1dl&#10;Y5TI+c8HkXXMCDR2hYkiAek/X6xj3B0fJG/zptvL0tppTaNenCYE/wCoOMnHyxr/AJdH8m92MuoR&#10;t+r+L4/Tt8j0HuK+TtHJWZKuaTwzbmMH8QYSVbNI2OEkUPoXEWstwfqn9B7BDICN55oowVUNdeLH&#10;1aGP0txcH8+8r/bkT7bDFZ3L1kCj55/U+0cKD8vs6BV9AbiVJWpwp/q/LrL2XnDuFsfv6BARk5Jq&#10;eoGoIBFjoqejh/Wo1Hm/Eae6gf5kvXkJxWE3nDDeqetfH1Tg2IpaTGzyoSWqLGzD6BLn+p9j/mmz&#10;8QQXeAzgfyA/znoS7ewntjH+JT/I1626/wDhPF8iTvzpbenR8rF/9GUq7ipXIZbw7w3BnJpUVRjK&#10;ePSksP188pN/0p9PdI9fSqrvYWuGsefqSbWGq3PuLLuDRNjjT/V/q+fSwQqGx6dbHPtuZdLQxg8e&#10;SMfi+rUQTcW+un3eLVHbXrDj4En7KdPBKW94x4iF/wDjv+z172dqFi3VezLfVM7tgf8AJOBX6Dn+&#10;n+8+zHapf8UqPJD/AMdXoG2R03184z/isn+HpjC2zcn+1YyX/wByx/t73/3j3LrOc/Cwvd9hZEcH&#10;g3lP+HFr+1t1IxNlU50r/q9PXraavAi08fGT/V/h6kRAeNx+BXi//WPn+pNz7RwjL9X7j082zFKW&#10;ufp/ktvyw/I9vyvH9SorilKf6v8AD07cD/dslP4W/wAPWZz/ALkYB/Wlnsbf0ki4v7KRKPUAfqG4&#10;H9T9Rfn6G3+8+y3cGoZKf6v9Vej2MfqSaW8up3vEYwT/AKn/AAt+R9fzYD2S9P8AXvfXi/x/3j/Y&#10;/wC2/H/Ee99a0r/COve//9akqdNDftjQbjUeXvcC178m5P8AsfcMKWHFupYLv5Hrf49tsszj6mzW&#10;JDDSeQFuNOm3K+/fl01Xr3vPtCWQdi7MYsQVzMXNluw8Li5NhwD7tDhJW/o8Ol+2krL41fL4f9X+&#10;XrhJzHIP6o3/AEKfa77gnlfMynV6RRwEEqpv/wACb8EE3v7QWigSyDzJP+HorrovbhafHq/w9ejF&#10;kUfTj/e+fZfZ72Yk31XPPNidXFz9R7Mulma9c/bHOxJsByP8Rf6nlbn68f097PWjx697bpCQ3p9R&#10;vY/2T9TcXvyVHvY60r6CcV697gTEBefr+mw+v9Pey4XJHTquGzp697hNZmITki+rm2g/kXP6rj3Y&#10;cK1x17r3uEdZ1lE1KlgTqA+v9AefoPe+H29Vb4W+zr3uIZons8baww/oy/1H9pfrce7BSek7PSRi&#10;vn173wdz9RyL3vf6fT+z+bn3rwznU3+r8qdUc6mJ8j173HkGoMqMW+hBAsL/AJWxuVt71SmK9UqQ&#10;NIbHXval2BRV0u4sdIlMXC1UICmWEA6Xv+XUqef6e9SKK6a56cii/UVuJHp173C3fiJMdlK+TLv9&#10;ijVFRO0mgVYEUk00mvTTSuWsoJt9ePe4yNIA6d0BdQY0z172jJMzsKmp28O4hla9AxGN/hWYofJI&#10;qemI1TRNColmXx6voNV/oPbmmT+Gg61qgAP6lT6UI697Tcm9wXeGDYHhmCu1PlTucveNWKxyfZPS&#10;aBdgJNLG/wDZPuyx6qETVr8umRNU4iqfXV/sde9xRu7e0c8AXO/ZUhaNhR/wzFVIRDINK+f7bWbJ&#10;xf8A2P5928JCurT+fVvGnwddF+wde9u29SczBjausnE0goz6tAT9cxJssXiXk/4e9RA1KqOty1kC&#10;EnNOvewvmooaZeE5a/8Aaa31A/1R9rYmDcF/YOqKi8Rx697iIFVm1IGIA0nUVtcer/Bh+OfepWyC&#10;p7R1pxQgg4697iTh5AAxDFdVvSFHLLxYEWsB7YIr0ldNWdXXvbbOl2ILAhgNCaf0iwJOr+1qt/sP&#10;bsS1Yny68kWdROOve2ueNwrKDwQOPR/hx/sL+1AqpB1D/V+fToqpBBx1722vTgFW41E2J5N1/wBc&#10;N9OfbwkHCnVg4Untoeve1TBARspjr/VnKv6L9L0QJP1/p7aY1l1fLr3FNXnU9e9oJqVmZ24smoFh&#10;pv6TcnTccgf7H2qEgNBTPXletRTr3vlFSO4ZlF0QHU3FgAAf0lgeB/T3oyjA8+vGTyUde9w6iGPV&#10;Yyj8c6CebkBbX/x+vu4NRWmOq1qKjh173HSlZjc8J+CLfW1v9USv0596OODd3WtPoc9e9u9Jjama&#10;RRFGZL34DxrxYn+1IrEe0ruCtNND14KxGE697E6DZuRnwsa+MaF1Hyh4Ta9USPSKgE3It9fadblU&#10;YmnT4BCUof8AV+fXvciHb22aBI5jnRk5rtfHfw2vo/JYsukVQndFsja/p+Lfn3drkkMpjp+fTpaJ&#10;QQTU+lD172sNrVeHbK0i0OCFDLrb/Kjk6qo+iSWIhnUKPof9v7bkUio11HTsenWoVM/b173Mr8vl&#10;KiaalmrPLTOTG1P4KZT49TDSHWJZAdI4N7+2vBFQ3iZ+f+r/ACdKRrMgPiY/Lr3vPjaUPIqlLaSG&#10;ABP1uCFuTfge0VzIVKgHu6fMpDaVHXvZt9t455twbMjBAP2e3P8Ak6aEf2nHAHtTBLqikUL8X/F9&#10;Li1WU0/COve7O+pMM0FXSM/rZqaCzXVf1SY4/wDHUj6r7G3K8XhyI3BQP2fB/q/1ZJtzufDVh4dO&#10;31+3oLeza4RYCqCn6eW40k6rUlbcCyMb+n+nsyjRkT6LXCXBueSNX5P4F/cz2snbGw7cD+XDoC3Z&#10;WbXJTT0Ufyg0sjlrtISwsp4JXlQLC9x7caGCCOvpGvf/ACuAaefzNGPqG4+vsQbRNLuU0trp0ivx&#10;jHRO7yF+GKcekfuipni27lnB9S4nIG1kJ9NJM36SnP8Ah/vPtf7zCa5n8YvqAuS3FggsAfpcj/fD&#10;3GHO+3A7lLaiUhe708/83+qh6PtlYaVxj/Pw/Z0GXxoyE523i5ZHEmqCN7aFXVzM31RQDwfZcdwo&#10;W85/2pfzf8xAi/Fv0j3E8kAhr3VboZwD9Tj/AKqdWNbbqA8UCqpChGN+QLfuML8D/VfT2XXdFKZE&#10;kGm3lK2sQSBGYPr6v7Wn+vtHJdKjU01/1f6v29HkRKg/6vToW6I+kAki1zf6fUsR+APYJ19KY0N7&#10;t/W1iQLpb+0fz72Lc10hxXpRpLGg49OXtiaIBSmng3swJ+nLcDV+Pr7YNQTUGo61o/Z172pNq04S&#10;vChbj9sFhxfn88/4+19vgR/xZP8Ah6YulATHxdcJDZD/AL7n2OiU4OPlJAB8b/k/q0DgWPP+v/j7&#10;fuVXQugYP+x0WhQfz6atZ8yg/gji1uCSAeR/X/evZUezaU+edtPoEsgH45DVxA/UdN/9t7AN6KyP&#10;nzP+Xo6tEq0dT6f5OncfQf6w/wB69gb4FEhubP8AgBbfUWIvq4t/vj7RIlWNB26/82OhAYiVGe3r&#10;v26UNOSQ2k86T9bcek/6o29vl1UsK+fp/m6ukSjPi/y697EDBUSvOoI4uL3P+A4J1D8+3llKClK9&#10;PxsVFKV697FrF0hWeNQAy3/H/BT/ALXf6/19mVmA36jef/F/5ulyisZbhXrx9jNgojEYyFL6ww0l&#10;tH0DD66jYm3sbbdbqVZ/E9P+fvs/y9FlxBWpLf6s9M9c40kcCxH0F73KH6c39jhg4GPhQjTfULki&#10;1v3jz9R/a/2Psd7BItm80tddNHD/AGw/1eg6L5f8XUzfEB/xXQObslEkLkG31tcE/mmtawF72t/r&#10;+zEbWjVKOSUeoaUsAp/46SAf2jf6f09z97Z3zXN2ytF4bNX8foz/ANHj1EXujamWSz/UK6y3/GQn&#10;VdnepK5OgpvICFeYlyByDSUMhAUH0izflvc6sUalseL2sRf+zwPrzf3M79xBHw9Qwzl5S/wj06Qm&#10;ClIp5Qylm0j1atN/3OSLDi3HtNVsbNIpBAs5bhf66j+Prz7IJ4zG2knPSpGWJAD5noV8HUKIJAym&#10;zQ6OX/C6bHkCwA/2HtN1kV9eoi5uBx+LuLf4W9o2IdGA6Mre7BHw+fQh4mcoYgq2C6CfUAfpHyeL&#10;c/8AE+2Oph9I0/iNf9Y/q4P059hi/wD7OYH7f2/8X0axXBC0Ir0u8XVDyHUf1TuLfngx8gAfT2zV&#10;sJCoOSSqm/8AQc/m5vyfZADinRhDIGFKU6V+PqAzSEW4dxYfQ/p5/SCCB7Y54DoJBBtcC4t9bg/2&#10;gb/7b2guIBIHBbH+bpTWvSno6oB1Gm1yD9b/AIAH9kg/7z7T1Sg8bfUXP9Vt/wAa59lL2sseoLQn&#10;54PVlJQnGelZSzh5Uv8Aji/qN+OP9f2npKcOh/H9bAn/AFNz9R/T2WzMKg/L/L0sgcEVpg9KaGUq&#10;QBzyeLgf1+v5/PtNTQkcC9h/sf8AU24PPtmIatRYdL07tRPHp8SUGx+l7/T/AGN72+vtPNCSwX6a&#10;72HB+gH4uObj2XXrBTwxT/Z/y9K4olqDXpzVuCR+Pz/Uk/154I9sNRGPIBb/AGkG/AH+xI/pb2UF&#10;i7GkdTT1/wBVenmOkqAMdTFII+v+J4+pv/QD2z1cPqQ2+pH0Nubf1uOfbdalkPEda1hmIHWVTYf7&#10;C/8Arc2/1+fbLXUwWUXGoaBx/ibn/Vjk+2JFqFOsjz6uR8+pEbXX/Y2/4rzax9ttfCXhW1/0qn0D&#10;WsktyBdf9V70zqhUMePWmx59cx+f9e/++/B9s1VSlKSH1EglVHptwUc2HqP19+ekqFdWPXqrCq06&#10;79xUgJpJQP8AjqLf05W/Fjfn2keKSKpVu35Y6ppIBzjr3uFTRELMLf2mIN+QSP8AU3txf2x1QVoQ&#10;Ove8ePp2NUw/2hz+PwjG3B9+Boa8etKD65697wRUpNTa/wBCbWH0un49Xu6SMh1A/t62C1cnPXvc&#10;KaELPf6kWH045W30DD8D/W97uJS3+g0b+f5/8V1tjn59e95MlA33YsfqAfx9PGpH9r6C/tCHZ1EY&#10;A60ePXvfOviJMX9bcD8/pF/yOLe9PHo8+vHr3vFoIxyDTe7yAG44sDb+tz7opoQetglaHy6974xw&#10;3oWBP+7HJ4NuY7HjUfyfbniZ+HpzxMfD173yooFb7k303pJkPJt/Y5/V/h70HoAKdaR6DTTr3vLj&#10;49LytqvaKRLAWP1WxB1c/T/D3ct8vOnTgb/DTr3vtFCz6TyTKoH40hih/PvfVvPr3uZMLVbj+r8X&#10;P9mxIvwAfofaF3qKaTn16Y00YGvXvfKqQOz8kerjgH62Fvrbj2leTRSnHpw5697zNCfBFyDcHSfT&#10;/ZYH8NzYn6+32oLP6ovn+GvDu0/6vPqhftrTr3vM6f5LT/UAeWxv/wA3b8aeBf2yIn+mN0vl+H/b&#10;Bet68A0697zU0BEVQfwFWxPFvUf7Or/Ye3UKhxXqzDHXvc6kpl+2qT5PV4heyn6ar/6q3J9qem/X&#10;r3uTQqyzQDVcCUWNgLnSfoOT+Pfut+nXveSFFapcmw/yxhfkekSKT9LD24sepNWrrw49ePuWwOpw&#10;Bws7fn6WJBuTb6+1KgKABw6914e5jAa4Vsb/AG4B/FwWH+t731vriPz/AK/+v/T/ABPvKyXEXP6Y&#10;bfTk2PJAuPdVTu+I1Prw6910DbV/rn6f8Ta/9PeUp/k0qi/+di/H9PryD7UC31MULjhnq1D69dFh&#10;qU820n/eL/7yfedEOib6ABo7cXN+f6+1qDQgSpNOtjgesbNcg/1/2A/HP5vz7mUqapYyOCNVz9f7&#10;Lf4gc+1JyCCOtgZ6xM3B/wBe9/pfkD3OxwAkjFubn1f62s2I/pz7qwJJavW1xTrg99JHP44sfxbn&#10;/X49v1FdGLBNXJAIa1gSx5+ouLe2jHUULUNerEaqAHPWFzwBf8ci3+FuP9cH29wJeqdySo8SlBe5&#10;dgQNIINh9fqfbqKoRFZge/8Aw/8AFdNsfCDmlQeo0jegEC/PqI50g3JNjyfp+PaE7j27XZ/aVTS0&#10;Shpo4ZptH7XqT7OoUDVJPAq/r+t/YW5wD3kCxgaQF+LLeRX5f6v2dK9hKxXDODQk/wCUdZcW6AyA&#10;H9Tmw0kc3F7f4e6ysjj5qKoqIJE1SU9XNT1QZkHgMUjpLJwzCQRFfot7/j3DFxALScwlzqp/q/1H&#10;obkoQGR/Lp69tMihVDEELcIrm51Nc6RpuLahzz9PdEYA5JA/1fb0nMjCq6OyvXvcMghmseTZTc/0&#10;+osPrx9fa+J2kTWRn5dPRsXXURTr3vLT6gzOWtqup4FxdQDc8WPH+Ptw9XHXveasiimAVjcMur+3&#10;+DYfT6+9eIEHwdVkYIvDHXvcWkx0VySokf6ryy6Tax41gEH/AA96SwimIkU0/wBX+m/yf5+kMpBN&#10;V+Hr3uLPX11PVwxrFqVw921QrptGr8LZgSb/AOv7N7a0lta/T3OnV8Xb/h1dFztMrBDKM/6s4697&#10;G3bMkVZEq1VPrPP+7WH1ab8Rhb2sPYgsb2WL4m1flp9P6P8Aq/LpFcRs6isn8vs697FLG7KwlQ6y&#10;imUO5Hp89X+NS8XqgPx/T2JY99VVXXaV/wBt6/lX+XRYduV66jX8v+huvexGxuzaB1MaQ6dJK3Mk&#10;xv8AQc/5XdfZvZ73bNpZrT/jX/Qvz/z9MNZxpSsdOuibf77/AG/tRRbAph4WWj1lpVRgZpBZCNRP&#10;/A3/AB+nsQR7rbEHRbaR/pvT/a/6v2dJrm0jdQoj6weYC925sSOL8i31sPp7dKfqrG/crOaQAyKO&#10;PNMQutw4NxkLEX/w9ujdYVFDDUfaf83RXLtiVFU/1f711gNWAD6vpfnSfwP6afrf2o4OsaNbaImI&#10;IuF1P6dRHA15BtWke1Sb6SdNvAEx/F/0L/q8+qJtwibVGAD/AKvn1HfJKt7sBY24BN/8eEP1PvMO&#10;s6YHmAFR/tchvzwTbIHm/tQN8uP9/H9i/wDQHT4tpMAyEdcf4on+q/xHBv8An+sfucnWlFYft6R/&#10;i8p+nA/5Th9f9b3s77cMf1JdQHy/6F6stu5ahkz/AKvt64HLLe1/94I/x/MZHvn/AKP6MWUQE8nk&#10;vMAB/r/eWI/2HHto7yWrqHbTjqP+CnWzZM4b9fh8v+huvfxLm+qx/oF5/wBiCh595BsCkHCwHkjj&#10;yOxsD9AfvL8k+223Y6CsZof4qE/tx/qp00Nu0UY3GpR5Up/z910cmCfUw+n9CBcj/GP+nPvAdgUy&#10;xKhiDEH9QkkFrkkcfek2sfpf20u7yR1VZ9X2Kp/b29eayBrpNB1kGRUkm9ufzfmwP0/btfj3zTYk&#10;IBSSLyJf8tInJvfkVR4vz/j7dO/zFSFfP+16olkAQQ51f6v6XXjkFJvqsbH8E8C31Ggcn3kj2PDr&#10;jlCaZY2BDck24VVFqoLwCf8AYe3E327rQT6j9i/5unjZSSH+3AJ+X+z1wbIIoKk+kgj8/wCJuf2z&#10;7zvs2JZAI4gusetdRN2P6nuam/rb8e1T75dCORxINP5f5utHbpCrP9R2/Z8/9N1jXIIRyx/2AYWt&#10;+P8AN/j302yVJEgAVgqqb3bUo1NYf5Ubfm/09lcvMFw7AeFj7V/6B/1fn01+7VNP1P5f7PWQV6AW&#10;1G1z9AwI+g+mj68+/f3HgcEMt1B8gXU3+csRr1Crv+n/AGHt6PmS5UaDCOH8S/8AQP8ALj1dtvAT&#10;J/D/AKvPr38QQfRuTxfQwOn+gBTj3kXZFMAyiPTqU3Gtiddv18VQa1vbM263EjVaeq/ZT/J0iFlP&#10;+KTt/wBL/wBDdcf4kn1/4g/Qn6foIvx7bTseGJh4owvN29ROoqD/AFrDb6H2pg3d4AQ76kA+HK/8&#10;+/6h08tqw4uCPz6zfxBXHJP+v+APp/qR/Ue+DbTl8moAAqCLEIeSOb/5Ta3+Pto7zDHU2u3+H/ty&#10;3/Hh14WNt5REf7Zv+guuYrAQAz3H14X8Xt+E/wB49w5tmTlkbXq0AqRpQfq5JJFVxb3pN2tZ6/U7&#10;fr/5uEf8dHVBtVu3xJ/h/wA/XNaxbWBte5Bsb/4D1KL398BsNRYyKH4PNyv5P9K0Hj/X9o/rkAp4&#10;B/3r/Y6t4LcNJ67++UmwP+8Hn/kw/wBffOPY8d/WpsRzyx08EG5FWD/xP496a+U48DH+mP8Am6o1&#10;vI3Bcfs68a0c+r88cWuP8Lr7nLtRDpVYgpH0bWzH8XFzPxqHtiPcWi1Fo/yr/sf6vs6ejsWjz4v8&#10;v+huumq/6m4/1jx/sNP1HvKm1V/tJr/w1af96qL/AFPti6u2ugMafs6XRxsB3N1x+6C/Qkf7An/C&#10;/wCiw95k26IWKxkqjqqshGu1z6vU1QTybe3JrmARKPps6f4m4dXUODXX119zrFzzZjz/ALwP7NuB&#10;/t/caq23ARYKEbXqZgXOo6WB+s9gGJv/ALD2H7qRCwqlf5dGkarpFRXrLHUN9SSRbj6cf4cL7ETq&#10;7BrDlRT+PStSDFa5sZJp6OLUf3WP0H0uBx+PZ9yVtcd5vNtAWBE86rx+HW0dfxfz6J9/lWztPEBq&#10;Kav5HpCdkZRsdtuurkYg0MU9YbC5KUtJVzMP821v0f0P+t7GXeOyYDGBLHqZImKklhY3kFmAqrG5&#10;HuR/cH29+ltwlvcdpZVpp4/F6vX/ADn06jzbeZWlmdBHRCfX/B216Bnq/tEZXUzH0PIxPP09FObg&#10;igjNl1ey15zZMUUstQYwS0UymK7Xs5YfqNVfj/WPuERyvPYySRG4LhcVp/mdv9VOh3abxHM6w+FU&#10;+tf9joytHmYauNWTjVpIJJ5uLm4MS/X2Ubdu1Ps6qocx6gpIAD/W4QcH7hh+faHcoXVQDw/4voya&#10;jLrUY6ewQQCPofp+P9759hzmaCSPHY+wsvjnP1Hp/eQ3vrP49oYywgjXT/q1dbjUuqDrv2lI4nSd&#10;eCLXvyCSPGeL3tYe6xuA1NNcj/V/q8+nLgYBpn/iuve5u5af/LS3j1uqxkWa17xRCx5twfenq0r5&#10;49JY3pIMY697desK84ze2Ar5CXNLXrJYgqbCOVALqko9Ib8Kfb6NlaLn/V/qH59Id1WoqPXriyh1&#10;ZT9GUqf9Yix/p/X3t79e1VO20tu1o/eEmExhVdbgI32VMxuDGurj+p5v7FGzzG422525Lfw3kBpL&#10;9vyqfXjTyyKnoi2VkJeyZSp8Zzqx+L+j6daIf8w3a+4E+Tm7ZRlzBTYjsDOVtRhRRUcv8RoRns0g&#10;U1xn103lVSPTdk/HsV6mpgzkdDBHD9l4WivL5/PreNRFyPFT6fxz+P6+yrYuW5eS7ndLySb61Zla&#10;kfh+F/ad+P1JR+Xn+zo9F7Ltl1FHHD4o8RP6PHj5N1Xlvrs3IyrVLL/kUlJSNQvIWhqDSUVKJIvu&#10;CY8aDVGHx8L+phb/AF/fDG06QLXQaQT561mluSwY21IIjJJYnRza1vYZsrOSy5je9icos84fRTFH&#10;kU11/Zw9ePr0b71L9bDDLItD4K44eTdDJ3/2InYvSvWi1aCtk2/sPZtBS1hl8DSfwfaed8Uxpkpa&#10;VBc1WrS9yA/Gri2OeFUUlebes8k6jYk/qY2ufeUuxbk9xt8Vs40Apo4CtNFKYQf5KnPn1FV3b/4x&#10;LV+J/wBXn1U4lbU/3inhqpBP5KqYU+lY4vt42qysMf7S3l8Y/LHUfcWkkLyMtyBy4Ww49Sjg25sT&#10;7UmzjtfGCS6tZP8Aqr9g4D0PlSuxFJFPA2qoeLR/l6et/RA4CGZacI9OaeneYS6jMLTyXMRfTHr5&#10;/oL+87m80jafUXuTcm9xzx9BYe7w2sMcMbhjppw/1f6v8h4y6tuhticKP+K6SuOqaiXD42P7kyUq&#10;Uf7KGGGIwaJGupcL5JbsT6v6+86JpUAHVx9b/n+n1vc+1b3azkVUCOhoKflX1Plx9MY6Ki6zyTyx&#10;djuw9f2/ZXpF5CSt/idM0rkqonCIyRgoulSxuoJb1H6t7zu0TqB4TcEnX5Xvfn8fQe09nbG1aRY7&#10;nSKCi6R0ULHu8c/jNu+uH+Dwkp/h/wAn29S4JXlWdXltfxWAjUkjUWYWAFlGn/jfvGAyk6pBbjT6&#10;LaT/AF/23590NukwotoST/T4/wCry6PJdwtQsSwWelj8fcW1f6vLpOJT1sw5h8ipcBjLEmkMRqGn&#10;UrMHK8Dn23VFvvFDLd3K86yttKWFxY3uP9Y+0kGyLG8d5FNSMg1GmtM/6f7Pl+Z68l6GGE7ft/2O&#10;jAbYzldN11V0clSIxRJUyBTDDL5BPXepeIQRotzy3sm/za2+mX6W3BKw1tjqHJVoNyLFKQqORPCA&#10;QD/tX+t7NNxX6nb2SSv6VT+3/V+z59CjlrRI92oXSvh1+3rYZ/4TqdjHAfKLeO2VtFT702xt/HLF&#10;cyXmo6nNVcjB2oZpBck8F4QP6n3rbZOiEdVOVbUEDMPR9AGNgPUfoOPcPbqTHcNUY+3o0lm0SafD&#10;wP6XW8b7T8kSo8YDF7yrNe2nQCSNFv8Aaf6/k+0aMGt73GDA/wDg6dLB7a69GjP+Dr3s5VKqx9U7&#10;RIs5XN7dkI9S2I29HZPqeLj2YbQddu4+1f5DPQKsSJNwvyc/oyJ/xv4umTn+OP8Agfwp7H8E/dm5&#10;+nBF/c2uKjNUrAeqTr6scrfgBpSw+o0m1/8Abe192SPoxXCqo6cUfpKPwrOF6yQ+pJv8Ml9fwbCL&#10;n2msat+r9zta5OXpDb6fWjB/r+Pe3P8AjS+mf8vT0v8AyVYv9t/h6yyn/crSj/pjqv8ArZB/vfsn&#10;ki/uShgCGJJP+wFxY/UX9l+4lmdgOP8AxY6PImPiPQ9OXvh47Eer8f0/1rf61/ZYBpXPT/XvfH7c&#10;f1H1/wBq+v1v+v6/7z/j7d1L/D/Pp3xf6PXvf//Xo+qapWYL9LD6c2Ite3K/krz7hvT3V/B1LhHf&#10;q63+PbQ8pd76gf6cWA+l/qL3Pu2lOPl1Uovp173O2U+vsjZUdiSc3EoFr/7pkPqtyPfox+jKfKnS&#10;yw4D7euEv+ak/wCWb/8AQp9rvuO4zU2ph6qSMA3P0tUXHFuB7SWrKZwFXz/y9Fb0/eIA/i/ynr0f&#10;6F/1vZf53bSfzZjxzY8/4Dnj2s8z69KOuftqdiSbEKDe/Kk8k83twbe/dVr173Ckjlk1AOANR5sC&#10;eOPrf62/2PvwoOq8eHDr3tvdH+inyMOPoB+P6E2+vuslQoP4enkroXr3vDJTTSWsDE7Ak/pYvb6k&#10;KCAvA9uJTSvpQdWoT9vXvc2j2nm61UqqaidISGZptcLg/wBkelplNtSkfT3ssOHWxGxzTHXveFsJ&#10;jqJtW4MpHh4mteWSmqJwCBYXWlZmtqZB/wAhf6/vyvqRSgPr/m6bMUZo7sRUde9wazIbRxMZkxSf&#10;3oXmzU1TV40HlRwapWH9th/yB/j7fEspNCAOrmSNQSvd+0de9pGr3Rk6lBLgaNtrSAsA1S1NmQvO&#10;kMVmi0m9idP+1f4e29KrUsaj9nSUtWhjTT/P/D172mMhPuPOQGLPZuLLRhnF4cdTYsqLaQL0YjJs&#10;OPp7uAq5VaH7emmVnA1tUfs697YaHa2JxykU6yOzyPUNrqalz5JCrNy8rf2h/j/re7eIWoQetCNV&#10;wvXvbr4EVSpj4F7XY3JAsDfkmw91J63173CqUCKwjsgdDq41AXvcn8/j3sda8sde9w6qNjBC+rU8&#10;bR/0HI5/Jsfp7sDk9ePl1729ZwznD4NpOGegja1l49f+HFtdvflC6yPw16cf4U9Kde9h9O7AgcC4&#10;4PP9RwQQfqR7UqqlT6daCrpHp1723MArf6m4v+foLf6/097cVpTqsgJpQde94JU4v9AR9Te5+n4u&#10;R9PbQ6YPXvcCSP8A421vpyP8Rx7sp0kHqvA9e94ZY1cWI5/xP9Lfm4+lvegSOHXgSMg9e9xGiZNR&#10;A9RAAt+T/sT71X16qTQE9e9q+GjddkO0lx/uYq2tcf8AKiLHg/4e/eIdWmuKdOB18HLefXvaJ+z8&#10;ihyfTqEtr3FwDYXDcXv/AK3u1em6cOve3ei21lcoUNFRNNGFDaVeEXIKkXaSVPorD3rxNNc56cVX&#10;J7R1728L19NHHLW5msjwlNA5jJlgNWTJpLrHeCcspaxF7WFvbsM5qVUVbj07HEwJLGn8+ve2T/ft&#10;0TmM4h8zIrFVqo8hVUaHn9YiYMLsfx9ePd5ZXY0R6LT06rI8ddKrUevDr3twjz+XpkRMW32dMwJ+&#10;3aKmqW0m9v3pozJZRc/439sqQ7lSO7q6TOx0rjr3uGkMlRMS0pkZreRQNP0U/hXCXsv49udWpU1P&#10;Hr3t2gphHqjYaYzpub/S+pl/LEXPvxYKCT1enl172rdsU6/xij8P5lYcE/8AHKQWN25t/vPtPLLR&#10;WBFI/PpTAG1gacHr3t0moNFU9yQxmJHBvfURxdv6j2ka7Cghcr08TQnr3tXYijLyKwHJ0f15J8Y4&#10;Gr6fn2TSy1dFHHy/n08o+D1p/lPXvZ3dkYVpNwbPkAIEeN23KL35AlpWJHrtxf6+zmzDGGozg/5O&#10;l2khSwGdB64ubIx/orH/AHg+7HtlN9pUUMZ/UYKdbc3F3pAbXv8Alfz7kTlhC7270x2n9mnoP3w8&#10;ZdVOC1/w9At2Kn3GJyH5CiqJ/AIFPWf6xvZj7G1YzIA1uCy34INuCSf8Pc0W0a60qc1P+f8A2OgL&#10;fzCB2U/H0UaafxB0DH0xPb6H1XKKFvf62/3j260EaffUSn6fc04+pF7zIt/re3sW8v2RW/mJGSWJ&#10;P/F/yp0H5JSWJ/FT/B/xXSA3lXS/3WzUin9GIyAF9Jtahme1wLG59iJu+mBlcWHN+efwQbXuP8Pc&#10;Y+4Zpv8Aej/Tf5B0ItneqAf6vIDoHPixkZJNmYmUsTZKYC4FufKD/uvixPsuW4Kb/PD9XrXi31sU&#10;PA1/4e4buDIoNRin8+H+XqQYa1qOH+r/AGOrOdqVSOsBBs2hj9eLAP8A7SLi/wDtvYD7gh9ADAm5&#10;P5te3i/ofoePYdlargKOFP8AV/PPR3AKgFeP+r/P0OFA1xcfT/Y/kt+LH+nsF8tRB1ICn6g/Xn+z&#10;b6tb6n2rinYMKgZ6WLWvb09J9P8Aff776e0dJSshYFfpYfXgD0/7Vybj24kJlGtnoSfTq2knPXP2&#10;qNrwH7kOeASCTf6hX/1/8Pdrf49BHmP59J7mM6SpGesUxsn+P+9exySmD4xwt/0MD/Vh4hccN/X2&#10;9LhgKefRakZrgdMXl01I1Efg/wBedRsf0/geys9oY465HBABlYkD+n+XtazMbfT2B74kSyBeFT/l&#10;6ObUFWRVOMdKBP0r/wAFH+9D2ArQFakLo/tWNyBwWHNtXF/aOE9o/wBMP8A6EC/2a48/8nXL2paG&#10;lDMt1tewt/sAByGF+D/r+7iErLISvb5Z6bRHEr1HbXr3sSMLi9Dq1gbn+g+pW/8Ax0IPswiUEHUv&#10;RxaorL3DPXvYpYvGkhW+v5/6Gv8AV+fa21YJIF8zTpYYlVaqKdY5GsP9hz/xH+39ixhIBeNR9QDx&#10;x9Asg/r9L/j2Ntur+Efb/M/5uiq4jNS2n/Vn/J0nMjJpRyTxxb/XutvoPr7HDCQgSxA3AuRcG9rG&#10;Q2+v9PYr2aUy3F5GB8IX9ului2/iP0ErU/1ah0CO7pdFGJAQWcMQCLcFqf8AwFjq9jbtZjJRzX/o&#10;OPpz5JOB/rke8nfbWyYSxsK0z/x564+X8uob90m8M7cR/E3+BOq9O9HEeYozz9WGq30tSUViText&#10;q/Pt2r4wHQEf6x/xIY/4XI9yqGDZPr1BVtMHV2Dfi/zU6QWAmvBNY/VRqHP6dQ+tgbDn2n6uMF0I&#10;sRquOfp9bfn8W9kFyGq3ifHXpSpwa9CbhajTDKL2bx2P+x0XPI+p4/HtO1kIIf8AqLn/AGPqH4Pt&#10;EWpjy6UpKVAAFR0IuIqifExvpOlf8frH/VQfbDVJcAj/AI5i/wDyd/Tjn2hmtTRsdo4H0/4r/V59&#10;GdvJoohGK46W2NqLO4a/NQbf0PKAfUX+h/HtnrIWKqSLsFA4t/j/AEN+PZLPAIwTTBH7f9Xp0a20&#10;601fhI6VuLq11OobgysbkNccqACStjc+2eaP0m6kEj8H6/W3IP0H+w9ks0QTSQ1U/wAHS5JV1LR+&#10;lVSTXcWb6H8i3+pv9Re5t7ZKqnUxNf8AwHBH+uLXv9T7QupbFO716ULIx+FelNR1LLKpB/JJuDyQ&#10;LGxsDwPr7S00fpvbkHn/AB9Qta9/p7Irq00DQTjy/wBXz6Wxn1+Hpa01RqYc/X/bAWJJIFuTb/eP&#10;afliuGFrHgjlf8ObX/P59l1DGQR59GEchIDefShjk5HN7XH0N/8AWv8AT2mniIdDybXI/wCSRa5u&#10;PaWWLxaEU+fSyOU6R6dPayWDD+nH04HJ/r+faelgLTXP4II/1/8Ab/m/tEbdIWIK46dkk0hfPqcJ&#10;Lrx/iObn+n9f6H2xVkJEqEDjV+T9bfS/I+ntpoGdStf2f7PWgwbg2epKMLG5+t/8fr/vXuDXRFnF&#10;h/utBb/YGx/Vf6c+0M0IQKSTT59OBv4j1kRhb/Yn8cf0/pzz7aaumYxr9RyCOPq2l/rz+PbPh0JB&#10;PVq1889ZkYXv9fxcn/Ee26to3emRRzpdW/A5EbD8vxf3rSKmhz16qk0HHrmGubf7zcc+4kKNFRzK&#10;R+mU83vcFQPpc/leP9b3SRA3aw63TFOuX5/2H9P+J/w9x6WESRz+gjlvpa/Ktx9T/qf8faCaEx0O&#10;qo6oRTrv3FoojHVcLe6vzf8A2g35/pf26bXH9p/L/Z68Fzx697jxR2qlt9Srm3H4j/1/z78tudZ1&#10;ns/w/wCrz60AQ1eve4NRFaS5H+xta40r+QfdZodA1Lw/1fy6qy9e958jCPuiD+Ap4tbmNfob/kH8&#10;e0IhQevWmGeve8WUhIaHjgheOQb+MX+pNx/j/sfdZuKmnXmHDr3vEYdWPjH1vNL+LcWHPB5Iv7Y6&#10;9kr1730kBFIbA/VgCfpfRew5/I9+68B2n16979RQ3+4/JFNMP6W/QL/X6X97HEdbT4h1731Sxcz2&#10;F7eU2/5JuSb8e3BLGchx0oFM9e980jPlFx/uxSf9fUvIBNxb3tWRxVWr1sceve5dRD/lL2AtrH0N&#10;xwf8DY8ey40oOOvNa/6v29UIzXz6974zp+7JYWOq4Ava54Nvx9f9t7TTfg63173KkU/a0wJsFWTn&#10;+t3Frfjj2cPFq2wt64/41x/b/k6aIxXr3uVJ6aKFf7I89/63FQLf4XuPbfh/7qa17vh+XWqVTHXv&#10;fqONpIqj/FFPC/jU7f6r6i/vwiSNa/i6fYUSp49e9zqCK9NVD9N42BHJ5uRcG4/HvYRm4DpkcOve&#10;89HHaaAAcawODbkD+lyfx7rw68OvH3mpwPPJwOKt+B+DrH+8j2oh+A/b1vz66P0P+sfeVhaSS4Nv&#10;OxP/AAX8/m/6h7Wxwl42YfF5db01HXr/AE+gv/vf/E+5DgK8YAvanW3+uDf/AB/r7v4Xjfq6qV8u&#10;PDHy63SueuK3F/8Agx+vH/Fbc+5MigCI8f5rn/b3/r7TJ8a041HVfs49dfh/r9T/AMT/ALH3zj4p&#10;pTyB5Yv8Pz7Ml1076V+XTgr1wNtYAufS35HH1H09y4P81Uf8Gi/4n3bz68OsZ+qn/X/w/wAOP6+5&#10;1F/nov6kOB9fyr/n/X9uJ59WHl1jk/SbfTi9v63A+n4/2PuZQRnyRP8A1Lc/4AOP6/4e7ZqfTrw4&#10;9cJCLEfnj/iD/QX49vNEt35/1RP+3J/3j36tRg9W+3rC/A/rxzf8WHH+249qBEvUKQbkBSq88NY8&#10;3uRc/wCPtpno1TwBHVJVDRnqMf8ANkH835/qL2I+gJt7f2jUzxk+p5IoUeK36k/rq4UfT8D3q4gS&#10;8Sh4dII5ZreUleHTakjRRvYWVXdlf+jf002ufr+fZY++einyWPm3jtyL/KYWklraQamMy09LlMnP&#10;IJaivjiQySPGlglwD/Tj3E/NOyyJuIKikZg+Xmzr61/1evQr2y+1w6Sf1Ax/zenz6ecZlI6q8Dta&#10;ZP8AX9SgqoP6QLlifdf1dRtDLUxSpoq4Z5YJ6c8tFJE5WRiyMYyY5FIsODp49g7wmgkKkjSv+boT&#10;QBWirXh/m6evbLLdWsOdPH0/Vp+puDxa3tYhqik8etvTFB1730CR9DwByB9PoebWFxf3c56qKefX&#10;vfFifob8ji/9QDb63HvaxmRk006akVi0ZXgOve3/ABr6VZiLsbWP4/3YLC/+uPZxb2w0oAOzpMVy&#10;vp1726yUUM0kblP06vVdrk6QL8kW4X2pKlcDy6L2QA58uve1/gaXxyKL+kkc83JtJzy54LD/AH30&#10;92V8rQefVGjJzTu697Hfb0qBo1vcEBfqbEc/QE+2rqSTTGV6q8LcfPr3scNuUgkIY/Um/P1sHW4/&#10;UP8AintRZ3EpCsOH+x/s9I5I+3A7esExt/tv9b63HP8Ah7EeGNRDbSCQGJuBxpAH+P8AvXsUWFzP&#10;qavDTxrx6Sqnca8OmuQAkfUXI4HH1BP1HB49z6OJpG50jn/D+yRa51f4+1zTTAf2p608ahePUWYq&#10;g4F/r9L/AJBv9R+be1bQ0xIAb8L9Rp/CqOLnj3VbqVG1VqPTpsIvp0w1kigen66vrYj6k/W1r29u&#10;iY9T+q4Bvcgf7H+vPHt795P/AL7X+fVvDX06bHnIvpYk8W5/2H9OLn3n+zhUXsD/AEHqv9b/AJYm&#10;3P09ti/l8xXrRiUih4dYvLI3AOn+pGn/AG/6QOP9h75fZw3/AEAj/Y/7x6rfj3766TVWn+r/AA9a&#10;8McNXXQmkA4Y3/2H+2PB/Pvr7OIAkoAefqT/AL3qNjce9/vCX+AftPXhEAaeXXfkfjS5N/8AaQL/&#10;AOw0j3Hkpk5PiFvwdX+qIuLXBHvf1rfx/wCr9nThhi/j/kes0cjiw1n8XAX8j8g2N/8AH3H+3iB5&#10;jH+xJP0/H9fdvrHYqo/1f6vy6bkiTSdJ6zq0mknWbcfQAfX8/Q/09+8UX5ABP19Rvb/W1f09vRyy&#10;A6VFemFhUcE66d3PIYgDgcAAHj62Ue+JjiWxsDySeCLH/Wv+Le14aRxV/i+Zr0+0QK08+sGpwT6i&#10;BxYjj+th9L8j314oyPSg4I/J/obHk/4+7BTTJqemfpx/B/PrvyuDy7AFTza/5F/xf3kjp4yLaTyL&#10;m9/pxxyR7rR+7t4de+m/ofz64SVBBB183/oP8ebWI98TClh6B9OLX/3nnjj3vT/SPT3gR0p5ddid&#10;yfq35vf6/wCw45Nz7xGlR7DTY6iL8j0mxtfV9bj35i+QxJAFc/n021vHpYgYp1lWpKi4b8Dji+oW&#10;54Qfk/4e8clDGG5C2I+gB/J5tdv8fdkYxDBx8+kS25HDj1kSsdgeTcH63sfp+eP6D3h+zgt9QBe1&#10;rNe9j/j/AFP592Er/wAX8unxamtOuf3Mlz6ST9f1LwLj+ot+Pp7wmmhtYLb6c3Yf42HPJP8Arc+7&#10;BtLE1qfnw6d+ljPl1lEsv5P+sBpJ44JP+3/Pvj9hAOSpNv8AaiRfn8Enn/D/AGPt0zf6Wn5/5+t/&#10;TJ6dd/dSngEjn+gB5ta/p+lvfJscqc8AE/Xn6/8AJQ9oVkV6gdF3Hz65feE8WJ4H0/2H1uDY/wBP&#10;fBqCw+lvyOeDYH/ajz7qZkHz611kSpLE88j62/FyBxccjj3HeljXST9bWJuxHNvp6hzwPdvjHoen&#10;lUqQzCi9ZFmc3/IvwPz+fp6fx7hy0qEheQfpYEni5FyL/wBfaR08U4GOtm4oxIGP2dSo5yoP5F73&#10;IF72Bte31t7XfXtEn94sQQbXydDEfyNJraK4+vAt7kH20VP6zbNG64+sh/6upXoG82TvNZTCtez/&#10;AKD6CPu6vem643rOvJh2nuKcD/a48HlGWwsfyv09ml3vglMEkoH0Y2PP0JlPF5CCT7zf5p2OyuYS&#10;xjr+uv8AF6f6v+L6hXa5pI7okjH+rHVZ/RHYcks9PRu/6qcBvoSHC0an6UykAFhz7LJm6BD5hpF7&#10;OCbi35J4J4H+vx7gvmrle2juLt1GNf8AT8v9v/q8vkPbW9dJ1kL4PVjW087K0NL6738ZtpH1Nhyd&#10;Avf2V7fG3vJHVMI/7akH6WN4/wA6x9bf7z7x+3/Z9M7rQ/6v9t8upG27cEnVQ1c9GJxVas8Md2/U&#10;t78m5/5JFuT7LLuvCtHSUgYaTpm9P+vJCef3P9t/T2BrixEMaxhcL/q/1ft+00Mg1+GOnr2Es9Cy&#10;TqCbgH0+n+qj/av8fZTHF3KdFB/q+fV3Yv3Uz1737ckDR1dRIrElI4SAV+oMMY+mojkt79MCjKre&#10;Q/w/7HTYQihPGnXvcPb4MGUoYo/8686spBPBKMfobAG3vduviOv5f5ek10njmma9e97MvwQ7dpu0&#10;uoaehkqlOfwFXX0lbRW/cioaKeCipJSY6Snp9MoW3BZh+T+fZ9tk0VjdRhhitf8AV+eR/n4gzdBJ&#10;Y3Ud0i9px+YrX/Y61Sv56XQtdtbsPD9z02PaHZ28sPjdtPXrMGWLd8bbryterIcnLXMXx0Cy2FPH&#10;APoGJuvs8lIzpKkd9PjlD/1F7i4/Av7kvTZ3lo84FX8MHPn8+H50HzqOPR9tTm6AuGz/ALP+r59a&#10;vu/KWqooq6V4XliyNPJjAdYW8EiSusuks1lKr/rgf7D2+Uwb9wyD1NO7nngmykMFJUAsP6H2D7qx&#10;gl3RZLcUiWPSPL/RD5ivyGRjhXy6Nd0v43i0LQqqBf8Aj32/z6T+Z3lLTbOx+KWXyLDSUqaNCnxL&#10;FiZafxKWjYv4wp9dwbe+E5UI9rXNxa9hcrb/AB+nuRdsJs4I6mo8MZ/b+z7a/wCboBiN57ktTt1U&#10;/wBX7M/b0AVKlRk85FUBfQJozqsrEXqVkNv0XPq49p2oyVNh6WvyVU4SmoaOprKlzrCpDTQtNKx0&#10;o7aVSMk8E/059uy7h/aMfgz6GnnWvn/qx0IV2t5REwAqTjhXP+odGMwfUO4e4M5sLrnb8GrP7y3f&#10;tTauJW9OxlyW4MvS4egiKzVdDTqZamvQC8ka8eplX1eydYn54/H/ADe4/wCB029ceamWtioqcmPL&#10;Hy1EzRJCig4FBd3kA5Ngfqbey6fmiBV0nQE9c9e3Gx8ODw45Q32Y/wAv5dXtZD/hOv8AInA7Fpa7&#10;HZqjyufp8c0tZgIaTbVM6yKszSQrWS9qS0jskdrGMMWJ4Gr2eKKsppaWmkVwxnRyLBuNLEH6ILk2&#10;/wBh71t27LcNM7y0AI9PP7Twx9v5U6BO2O8012pb4HT8/wA+tcjsrpTee1N6Z3Dz4eeJMBUR0skx&#10;mpXEhqaenmUkfeylLCTT+pv6fj3mJ5BXkG4P++A49iuB1fNKPxx0rDV+3oMv4dFEsyTxtBN+2VBe&#10;RiNJtbiQoeHP9feVrEXPP1Nv6cm/u0TSxnQgx+Xp0iIVgK9JinmraaZo4FBUlNRBj5spI5Kkk3I/&#10;w9t1RdqiAjkhmJ/wGn/bc+1xUrBEpFOPS1VVdQXh0Jm1R4ts5uGoumuCIKvJ1H7p245vwp4Pst/y&#10;uTV0zvJfzJgsqgsOOYBa/P8AxT2ju5tFldIOJAH2f8WOhlyv/bXNP99j/AvV4f8AIHXy/NvbzEEL&#10;SLSyAki5MseaTjkGw/p6ves1uWNYspUqoAjMkuq1/wDjpJqA1fnV/T3EO5/qzEenRpcAeIc9fQJH&#10;0H+sP969o6RY72S7AyaRe/6tVjxYfS/tgDTb3Leeh/8AB08ppby04aD/AMd679nEo41/0Tbcf/U5&#10;fAfS5H/Hvx2PBP8AX2q2h6WbOB+I4/JegXt1Bfbh9kv/AB5emEtfcOixt/CHN+LX+8t+fx7y1IBz&#10;dC5UWPXFbb/kOQk/j2ZXNdNr69n+Xp9K6McfqV6zRn0T2P8Ay9LH8/TxcHn+ntMUE3j6v3Lc8fxq&#10;k/P0H2i/4Hgc+7SLW5Qeek9KZo9W7Rjz0t+fd1mkH+5Wlb+lJUj/AG8kP/FPZRaq3nBX9J1fT630&#10;245t9R7Q3o7pj5/7PR0iBXlPn/k6cveL6Af7H/af8Pz7K+nOve/f8U/2r62/1/6f7H36vXuve//Q&#10;okqHLtaJTIB/aH0/SP8AVW+vuICCGPb/AKv8HUxPHpyOHW/x7b5JbyKiuNQ+qW5+l1P4/wBf8e9V&#10;H8PTRFDTz697edggv2fshf0hc5G9v9eCTniwP+v7qn+48x/o9KtuJx8j1jm/zUv/ACzf/oU+xF7l&#10;BO4J0B9S08TgH6uCZwEH41E/74e0Vu4EtQnn/l6K2eu4Njz/AMvXov8ANp/wUewUpsFkclII6Snk&#10;kZj9EUGxJC2uWX8uPa0sOlAUngOsnvNV7OydAQ1fG1JGbEySrqABDn+w5INoyfr+PfgwPDpwQseO&#10;B1720SQ7SgVjLuaglqUuJ6NUqklSZbl4mfRo1Bxp+v1977sL14xR5/VFf9Xz697bZ93bTo4jT0+3&#10;a+tlBt93HkwsRIuNQjeMtpP1HurRs6VB+fW9cSYVCeve1d1pu6SqyVfTQU0FMBTVjQrVQ09Q0ISg&#10;mY6maO7G6/X22wMcOs5A6UxFjHJKBQAde9gZn6mrzFZIcjVOzkjR9qz0iJwmq6wFE5CC3tUpAQMB&#10;2norkl8SMSN8Lfl172nwl7aTI/4HlkaVb/g6Zb+3JEA7Tw6u6aSRXr3vpY+SJNJextYaBwT9QAAe&#10;PdQABReHVft697iOxAdQQSwADAAAc8ccX490YFnY1pXH8urga6knr3uGdK6bKD/Xk/7ypH4v7qql&#10;TUN1rw/n173CezsSw9ek2a+kfkKfTzqFvauNToB1Z69pIFNXXvcdo7fm5te4J4PIva/IHuzNpI6r&#10;I+k0A6974PrNgxBAAFtIBtz/AE+lx7qa4f16ZYknV1723zhBHIeDoZiACR+lW/1gCPeh1U9e9vua&#10;TyYLb+hTc4qM2/UeJW+v9bge6rh2+3px8pH/AKXr3sNKpCVDA3IsCo/V9f8AYj6e1qEDtPXlx2Vy&#10;Ove26Sx0kkKxv6D9SbAm34PHPu5UuQFOetMmqlDnr3viZFU6AQzm91BsV/IBBvyR739MaV1jrXg/&#10;0uve8aXdT+2V/wASb25/pcfX/W9tSJ4bULA9Numk0697yxUjSsEjPkY+kIo/1x9b3+p9t/DinVAp&#10;rTr3tQw7Ly9RH5WpHjhC63mbSVRRYlmtIWsA3uhdfXPW2gdl4Up172oYU2zjsDJQVuXpq6pSqnqG&#10;o4RPDIT4FjMXIY6g6Fb/AKbn3SjlqqOveFEsdDLVq9e9p5s5jKcGTFYiSkqI18az1M4qkcJyr+J1&#10;IGp1U8/gEfn3bSeLtjqnah1jiOve0/mM7k8sFjrJV0ooVBTQxUpXTrAJMAjvbUf9fj+nuyqFOOtu&#10;7Px697m4kFtuZGN2kkVKxCNUjPa1NYE6i1xb34/GPTry1CPqaor172jYKQS67j9T2AJvp+v+PPt5&#10;gy06rppx697eI4ALR2JC8cGx/NrG+rj/AHn3qNNLa656fiQqQ3XvbtTUzMWswX6XX+1bSxHJPFv8&#10;fbhOnp8Dr3t6psYliNQhjbmXWSxcgkqA+q49Qt/sfaaa4VVYhcj/AFV+zp4EFl7evexC2zRCLI0B&#10;ihOp5XF7gn9LjUSTa/PskuLkGrMPLy/1celETLVT173mnotVVJ9WYSEkgkFRrPLEn68/j/Ye6NMJ&#10;KKUAP+x0sDLIygoP9Xy697Wu38W9RNCkK6yzIulR/tSj6sbcn8ey9wUkNWxT/V/n62YnDDuqOvez&#10;/wC18W+OyG05alfGFwuAVQw9RN4WH09N20H2I9rKGEo3xsB+2i9K5V/RnB+Lwv8AJ1jkN45NPJCu&#10;P9jY/wC9ezebUmabL0CqwAMELn63t9zT8cnkG/8AX3IPK96LW8gtylcp/wAeC/5PToPXMXg2zSMa&#10;rp/yE9BXvymU7eykhvqEdZz/AI/ZVJufryPZkIUCxgNY3jve35YAWP8AXj3O9pGGS1mHwPKn8v8A&#10;V/q4dRteyC6mk0Yo38l6IdX1DmoqFUlSjSx6Sbn6t6h/rMfc3HqpyFB/T7mm/wB5mUf7z/vR9yBs&#10;kKPuUwHz/wAPDoguJAlanNOkFvOaVdobgAtf+E5Q/g/ooJ2uBzf6fT639ihutYxPIGFwGcAXtc2W&#10;/J/qPcQ+49sW5jvAHq1H/Zx/1DoS8uN48ETH46f5eP8AqHQBfFOtn/uHiSfQRFSFiUP0L1AHC/0v&#10;7L5uKlIaQ8cnm3P0aMW/VwST7hC6UIgI4Gv+DqR4HFRqX4urTtl14lWMD6qoN/pqH7tiBpHFvYH5&#10;ihEihSLWuLnm9xGfp7DN0ND1/FX/AGP8nQggwK/P/N0YPG1Nxe/1/p/rk3Y/T6n2E2QokctGQAQb&#10;n6gG4X+rEEH3qOqhSGPSkeR6U8bm1/8AYAm3+t/vB9oWsxrGTSrBb/ki5H0N/wBR+nsyjulVe+LH&#10;y4f5P8vVw/kRjqSCD9De34/P+x/PtSbZxziz6bFS1wV+vqX1GzfUj/D23by63YDBI/wf7P8Ag63O&#10;fFBqvUeqcKnP+w+n5BH5/p7GWjhL0B9JJsRc3tYRqP6/j/fc+113C6jMo/wU/b/xfp8kZgMQ/tP9&#10;X59JWSdVqwOQLDj/AJCJ/AFr+y19l0is1QhQg+WQg3P0tXC3H0Fx7Al4uqWTPEn/AC9L7RKsD/q8&#10;ulfAdUUZvf0L/wBCj2Aj0uiYj0kk/nn9RP8AU/4e08MOqgPl0IEi7FznrL7esbRuX1gghGA4vy11&#10;IuPra/tcCoZQ2OlA0jTXr3sUMLTnShJvxbgX/A/Fx7VpZvIO0jHW9dBgde9itiYLKi6B6h9SfTcX&#10;/wAOeT7Ux2pikZtZb8s+vS2KcPEO3qFOx/wH/Iv8PoePYkYSlAkUN9Tr/Nj6Vci5ub/W/wDsPYx2&#10;xGOmrZp+X4v9Xn/LouvZ/CpUY/4vpJ5mcpExH0Gnn6nlo/8AeP8AbexsxkIBUhD9T9TYA/uD+vsZ&#10;bBt0n7wvZGkWg0fzVui+WZZ7IgD4sfz6L7u7JKaOGMFgW8vNrmwembji9v8AYexY2tD44JubghbW&#10;/FpZPrb/AA95U+2d34w8NYKMtT9tS+RWnH1/1GCvdG7+qW08NSoj1fY2pU6IP3pMGytBzcu0q3IA&#10;+lJRE8H+hP59vVXH+4o/Vcr/AE/IJ/P+v7kidKyKNdGJI/Z/n/w9QZavqj1DHc3Qf4Sp0007FbaY&#10;lPF+bMBYG9jfj/WB9sdSPWtgOZNP9P8Aev6n/b+yK4tXk4Pmv+r/AFY6VDIp8uhJxU6iCW+r0wF7&#10;D/G1j/tj/sPbDVICXuOf8B9QNVvyR7QSW/hto1cOlsR7BmvS9xNS1omBIHFgfwTov/Ti/tmq4VIB&#10;HB8Sgf1t6v8AYe2irJwyOlCSlK4x0rsZUsWcN/ysMSOCBzGDbi4v7ZaqAlFubelf9hcNx7S3cBuC&#10;jA5C/wCr/V/Poyhuxp+Hh/q9elbi6tYpJgF1BpXvz/RoxccW9tNRSnQbnn/kZ5sT+PYdubTSK69Q&#10;6MI5g4BHA9K2iyQMg0oQOPpa34+nHFz9f8fbLUwqyMB9OP8AeD+eRe49kc0TJUdGEcmvjx6VtDVH&#10;yLf6kXtwfwP08XH19pipp9Mb/Tgqtwb6gSOSQf7XsuurepzgVr9h6MY2U0I4DpY0VXeRPryGNjxa&#10;1zxcf2R/sPaclhALKSLn6fX8EarW9kr2bynVq0D5/wCXpVqBA6V0NSAAVGr/AFjzY3tfgfn+ntPy&#10;w3dfTf8AVck/4X/qD+faU27QgMT21p/qx0viagUqe3p9jnBRrE8WI+g/JB+t/ackgPmDLa/0I5sR&#10;b/ez7amRWVQwNOlDEAVPDp2R/Tz9frz/AK/I/J9tFVFrN7WOu/Frfpt+OTf2l+mI/FX/AFfn1tYw&#10;WzkdS43/ANa1v94v9b/QW9tdXSt5lIAsY0Fvr/Xkci59pbmAOF1H0/1f4enZCFFT1nikFuD9CbcW&#10;4/5H/X23VkLrEn5GlfoPzob8/wCA/HtL9Guf0v5/7PW6AdZVYFjfg6j/ALa9/wDX5Ptvqo3FNHyP&#10;qPoByAr2+v0+vts26ka1FP8AV/q/zdaikUliAesqMNR+p/pz9ORf6WvY+4S04aFgRyWLf8mD/H/H&#10;2w8LUJp0+G4dZC51fm1gOAT+ef8AAHj3GhptKuv0BJb6c/T6cfU+2dBpxz1bh1yLjgj/AFvzwSRb&#10;3HipgKkEE3KP9OLeki3J5/4p7qe3HXvs65E+m/4v/rgi/wDsfcJKW1UrpY6S/H0FimkW55/437Tf&#10;UgYkjIP+r7Oq1zkdcvcGqpX8mq/B/N+OAh+pPvRmhkorIT1o0Pl173lylOPuCVsW0ofr+dKDi7A3&#10;F/aUKdGvyrTqpHXvePJIHaI2/So45+ugL9frY29sPHrzq4dePXveE0zGgRSf0SSuRz9Cqjj/AH3P&#10;tvwWrxHWqUHXveMRWontbhmv9D6QosfqeL+6+E/p17y697w0Mf8AwJF/+USe5t9B6f8Aibe6lKq3&#10;cPTrQ697zY+LVLKgNrwyyAj/AF1AFv68+05h/pdOB/l173xK2n4F/wB1Bfn+oH9f6f0t794OPi69&#10;rNeHXvciohJqXHHqJP1/1zYj/efe2iBJIY169qX+Hr3vjUwhWZ9Vl/VpseLkLa/9CfZYwkRxGvn/&#10;AKjXrxcigA697kvEGp6exKmz8Dk8MDb88ezzxf8AEfpfD7v5fFq/1fPrVRSnXvcqaECjg/1Q8oHJ&#10;sAZF4PI/Hv3if4l9LpH+zq1f6scevVxTr3vPRhfHUJ4hcBQfV9fUWX6/Q8/196Zww4Z6cZwy0pnr&#10;3vNSq3hqQBxoPBPFtRubf1I97R9GKV6a66P1H+B/4g+8lKumWMtY2kDenj/C39PdhFqAOvr3n14/&#10;Q/6x95ok/wAoAsTqqdfPFwZBwPre/tyNSq0brfXj9D/rH/evfbxWlf1WJnbj+nrB+p+vsxSXtUBe&#10;CV/Zj/V/g6uD11fgfX6fj/W/FvcuaMgw3YG9Ov8AiT/vA/B938b/AIW9fs69Xhjrgv8Aa+n6r/U2&#10;+p/1wPp7zOo0QXP+6gbH+lzb+lvaeVGD+JGKgmuM5/n/AKsdaPlTriD+oA/4f6/0/rb8H3mSP/IZ&#10;Tf6yJbgjkNf+vH19vNPGjaSK/Z1uoofTrjyXB4+h4v8A1HJ9yKZAtPNxq9Uf+0/k/n/fce1Cd6o/&#10;rnrY4dY3J1D8WBN7/n/Y/wBfbhQreVCD/qr/AOvpf3cVHEY6sOI64SWIP4+lvzxwQP8AD25Y4ANE&#10;o45c/X631f1PvRYVyuetjrFLfS1/pxz/AEFx9Lf4/j3PpCPIPr/iP9ibe/a/l1anWNhxxb8f0/2/&#10;5t7UkSoJr6buEX1fgn6j08j8+2XBL6gadaKkmurqIxPjsTwWP+25/Jsb+32JP8shk5LhYfqfTcfS&#10;63P0v/vHu6rqJqevMgY549NkjD7eVforGQ2/tWP1FwBa4PtdQRLLBChjEzPUIs0YsbwaQXYg8AE8&#10;X+vut8kF3bvBLH+sVPd5dy6T+f8AxfVUjZLlJkfsGnt/P/VTpGmaamqpZll8UMcBaNiD/nklLKt7&#10;liAObfT2UH5AfGevzL1+9dh0L1c8MdRktwY2BTJJDRo+XyuYyReeqSNI4PLEulVuL8ce4k33YpbY&#10;tK1yojOqg0uM0cgf4ehba36tEqpGwfgTX5AdLDC7zx0601JkaiKhqZZYKKkermhiWvqJTFBTRQXc&#10;eSpq5S2hALm30v7rmyOPkhqqmmcESQvIjpwGjZGKsj+rnSw9hWBmiSTVxB8v9Xl0uhcOrd1SD0uf&#10;bCYyXKxXkYEiUKADGTyQ9+CQP979qVcOKqM9OOQqF1z173wkV1ZLi9rgH/VAf6/4/PtfCgGddSek&#10;yTGXV2UZeve1FQ2KAaSp/rf/ABa5tYkWv7O4MkkHHVAQaU697UaaYwradX+xNzcgf7EG/wDX2ueM&#10;Sqvdlf8AUfs6TTDU2G/1enXva1wjalR+bg2vbhrs3tFLA0YJ1AgdU0UqdVT172M+3VVpEY2CkGx5&#10;P0v+bEAHT/vPtHIp7AfMjrzcB172Ou3ZWvpW/Atc3BHq/wBf/efZhZ6EFNP+qtOk0gUAimOsEwBA&#10;v/j/AE/3x9idRK7LyTawNri9zbn6fW3s/huIzUsuf9X+r/D0VzNqJIPb01TjT/r/AOsSP9b6/wCP&#10;+x9z4JDHLpsR6v8Ab2YCx/r7W6kz+n/PpPnNOPUR0LJq1D6D6L9Lgkkc29q+hnDRgBQp4U3u3IVN&#10;X1A90QhK1WrdeAbzb+XTDWQnWTqJBs3Fh9WYi/P+P59uuvSoJ55/wX8Hjm3/ABX29Dppgdw49b7v&#10;4umx0LPYHg3P1uPr/QE/1+vvmgLcgn/Am5HP5+gPPtwIoJIGetrXNT1ic6RZrcc2Fgf9YfX6W95A&#10;fTp13P8AXSLf0tY/ge71i8TV4IpThn/D1fA8usJDHkcC/wBLj6/X6e8Lvo+rXH4FrAGw/J/xPu/Y&#10;66BF3+tSf5daJxgZ6yohY3B0j8g2Nxz/AKm39PeNpuDZTf6HkAf7yP6c+6qkbHvUn7AD1Qaj+LrK&#10;Im4IdbDk3v8A0/wP1/HuMWD3/F/8QPp/rcHnj3aNgjqxFQOtAEEEnrOUIW39OL2N+fr9bEcf7f3x&#10;MRH09V7sCF/A/rcD6W+nPtdHcxH48H/V/qzTpyvXBiT9OLcEXtyf6m5v/r++BOpl+o/H5P8Asf8A&#10;Ye1ZddJAHHqwOCCOsYUqDe3Fzzx+DwP9598zcf2j+Byv/Gj9R7bBBFVOOtddAfT0f4kBh9Ofr9P6&#10;e+SSlCeb8D8f1938Oozx60eBA64Mmq3FgD/UH6f0/wBj/re+RmF+Ax/2IH/E/S3tuhHwr0n8Fv4/&#10;9X7Ou/Ff6so+n+qI/rY/48e+xKD9R9bgcC305/JP596IBIx1tYnBy/XjHYcfQHnm/wBT9b2HHuPO&#10;wLfQj+nJ/I/rY+/BQooOnwoXA6zwcC9wfpfj/X/rb3hKEger0i/H4/H+vx/sffqY+XWwBWtOsmuz&#10;Hj1f1tz9Px/X3lUA29IU3+mkc/n/AF7349076HuGin+r+XTel8nV1xY2v9T+LXNx9B7zeQEW5sb8&#10;aRYA/X6EfX/be9eG3qOq+E3qOsQWxv8A9FG5/H+N7H306azc/wCtYg2A4+vPtoCmOmVVVFFGOuau&#10;VHH9b/UfX/bf094JR6dNvofyeb2Nr/049uCPOrV1ooNeupr1miezEk/7Eg8i4vbm5N/cOQBf7N+P&#10;p/r3FyOP6fn3cIRQ1x1pzRa6epKOX4uBb/D8cf0/w/HuNoF7/j+v5+v0HPHI9+YVIPSB1JII6zau&#10;LfkXFv8AWBv+L839iFsKKM7kwxUEWyGPYc/U/eUhJtxe59jLkWKaPmPY5dVE+uhr9njR+fz/AG9B&#10;TmJwlpKzJQaT/gb/AFevQMd4zsOsN+oeWOz90gcHj/fv5awP1ta3+29nU3JRLJj0JHElNq+t7MVl&#10;seOfece8B5LeM66A3CY/1cB5f4KdQnbyJJeyjTkSf5R59UZ9L7knptx1cRe/gyMsQIAQCNGpBb9P&#10;PBHA9lR3RQinmmb06SXGi17AkgfUn6D3H+/QPNLLEfiXz86/6v8AD0M4qlFQDup8XVu3W+a+9oKM&#10;kNqKRkm4AbSqsbAKBc3/ANv7L7uakUrMhBGsr9FBtyv1F/rf3BfMOztG+tp1Pnn/AD/5OhRtZkjI&#10;bWG/1V6Nltuu8saWUgKhAuSLn1Wtxb2W7e+GjeCJxYhAwv6iSrvBza9uCPcYXto5ldFFNNa+nQrt&#10;pS5B8+hDgk1r/Q/0/wBv/vNvZesjjbShhquQSf6/pS31NvoPYVuLIxVZnGn/AFf5+jZiCtTw6ke2&#10;ndFARWeQGwVVEq/QuDFFoA5sLe0M0bSAv5/6v9X+o9OeIvhgaOve2PDJbK0br+tag6WPKg2Yi4I/&#10;oPZfayeE1CvHpLHTUOvex/6A+Ru6fjvv9c/hj9zhayqhh3JjDFTyPVYyKsNVL4JalXjpJWkH6wLn&#10;2YXj/USiSNhHIFx/q/1Z6L9zsluo31NRTx/zj0p0EHeXSGw/kH13mut+w8WMlhcrTVYp2FRW00uO&#10;yM+PrcfBkoXoKuimeSmjrn9BcI4Nj+CNmTqHuvZXce2cRuba2YoslJUY+ilyFFDOJJqKrekopaym&#10;mYQxrrp560RsF/PHsSbLetNbtYnUjZ9fL5euM1p8jw6IraZ9nt5rdoGZCcOPLjjjWoHWjf8APv8A&#10;l6dnfFXeO56zI4iWXrbIZ/NPs7dGilehlxlTkNyz4ajeJMxka1KsYfD+U+UK1v1AMeBmfIBmsiMN&#10;MfqJIuoUgXNgLAE8+xbtm0GBRNNdRvWatPtz+Zp5fP5V6SWryusofiz6/wDes06qX3BtySZEAVo4&#10;30xx6UBSpqW8umGMajpEx/T9L2v7bKnIxIkhd0CRq7s/OkaA1yxAb8An2a3l5EqmjGhx9o+Qx+dc&#10;eXmOjS1255Z/EDZwP+K/Z9nS1676X3DmK3GQ0WLmkrK2uoqeClCoJC1U9KIrFpES/mlQWHutP5xf&#10;LTEdfbNr9nbWyNPUbqzCtRvCjRSvT0M/3tBXGSKWFj6FI5Bvz/rewnNckaowwo5qfnk44ev+HoaQ&#10;24t4mdmUSUwOHW2T/KS/llV209yYj5D9w4VqdsTQRnZGDq9cczV7ttjO4rcCyUOZkiaKkkilTRLC&#10;CzKL/S3vXnocpNSZWlyizqaujq6ep/bGhvPDMkscl+RZXjHH59llyniIQvl0GtxgZq6DkHrZZ97S&#10;XxB7aoO3em9r1/3sdVuDD0EVNuNIns0NbU1WReNJIgkccZaGAHi/HtRsUdwjyRs5KkVAP+H19ccD&#10;8sVAN7PFsVxJJOdQuh2/IoB/n/1cOtOn+cx0Lkenu+8zvqkxtJTbN7idcnt0x0kJSmk2rt3Y2IzN&#10;O8hqJ55C+TyDMCY4wmv+2PZuYKlUAAOkEHkE8csbG4ve/uWtst5WWNtQkNeH+anl+fl+1xHS5XXC&#10;uoen+qvWtbvbbDmtqDJAlPLC6AwvGvkdmjpg59DlCBzb8+5gqgCoJLFrhrHlL/p1cDhvYmVGOoka&#10;dP8APpNErv43iKVCf8b/AJ+XHoJajbjmJmhC+I6TA/jstRpZTMI7c3jPLf095hH6jIzcray/1+q8&#10;E/W/sml3PWTGYgB/P/D0mi3LxLhrcR938vL5/PrLLTNHRxwwJqSpaSOSRTpERFm9aj1elv6+ydfM&#10;fckGN6xqqNnGrJmuoRyAQJKPXaxUkWC/1v7LN5uTHbqgXJz/AKvXqV+W7B7dJrlzl0H+XrZS/wCE&#10;6XUddk+/Owt71FM8VLtvbW2JqV2DEPNJk8vTSFWWUKbKtjdT710t13kr6x7iNTPUCzE6j+7Lc8H6&#10;En3G00euQnV09cikjjrdqXhVH9FH+9e0HIGQkg3Cj8/XUCfUP6jn21LLH4Hg6TR+z9o6bMqRwFKY&#10;ft/3ofn137N1hZzU9UYZTdTHn8WoF/oVwEJv+OADfn2p21WWN7c5oK/7yFWn/FdBiGNrW/vQW1ao&#10;Wf8Anw/1fZ0zMgGdEtvriih/1jVgn251MRbNY0XsB1zUn6A2HkI/qOBp9rZpifCYr3Agfsp1aKek&#10;auEyZgeuUVlSosb/AO5O3P5J8XP9QbH2lAhTq3cOk2vmqKw/qDTC9h9b8e3pGBu1PnQ9KJpFbd46&#10;juKt/wAe6zv/AMXOnH/THP8A7cSxf8V9lKnFgpJv9fV9PoLX/H4/Pssv30s49T/lP+x0eoamT7en&#10;D3Hv9eP+Rc/S3sq8T5dX6974an/1B/p9fza/+r+l/dtY+X+r8urU/pD+f+br3v8A/9GmSm663HWQ&#10;/etAaKgFgz1EEilQGMRu6XAHlT/C9/cOa1rTOmv+r8+puETHNO3rf21Lq06l1f6m41fS/wBPr9Pc&#10;KfBbNoLvX7528Ap/cpxUPHUj+vJWwJvf/W911Mx+E9IisY4yDru5v9D/AK/Fv97v7w4/e/X+1srQ&#10;5SDbuezuSx84mp6/GV1L9gulD42eKZkZgFaxv9T7oaqCmugPVRcxWjaApLHri6s4KhgoZSD6STzw&#10;bHUAOP8AD21bp7ezedrUrcdjKWiZpFEb5HH01UI0DOyLMQxDFdYv78lqqHxKnqjI2v6lVofn12qh&#10;VCi9hx9faAyO591ZVXXIVGPhQhrNjKIUDEWcApJEwa5DG3+Nv6e76kD6Bx6t3SV7gAPl1y9o2dHZ&#10;9U1dkXsSf3q6d0PJuAGkIA/r/gfelm9V/Z1bTTzNB1720TLCWtpDty2qy6iefUSf1g/7z72WZ01H&#10;h14qNGqvXvbVU1AsVVVUE/q0ji1/7Q/A97VWI0k0HWgh4nHXva56pBO5KiOM6i1BkiWBuLLj6jn6&#10;Gx4/1/dZxS1evqP8nSiNdNtOPmOve0LkogtY/wBTYkE/46FJ+g4+t/d4CTbRf6vPooY6raA08/8A&#10;L172yg6UsQbCx+n1ut72/wBce1zOFmYNjH+XowP9qf8AV59e99SnUPSD/rG4A+n4/wBj7ZDLktXp&#10;vw8Eueve210uSRcf4fkWH1uR9ffjnrYWgA697jutr/61vz9Rf/D3X/B1o+nXvcWUcgj/ABLX5F+b&#10;X+ntXDp8NvX/AFf7HXhTPXvcdrf0HAHF/wDA8f48H3R+P5dJpfiH2de9xJSHFr86lF/yeSeL2H0P&#10;vQNDXpsGhqOve26pBeOVfyAzC9rchhz/ALb24uEB/pdb8gfn172pczCf4FtpoyVm/hEenVq0svmN&#10;7qtyfbQPe/pXrcpCpDU/h697Q1VSST6Vd42qP9RENJPJvdQATwf6e3kfTXGOqqxHHr3uNHgMnWy+&#10;KKkkeSO4/RqPquxsQRfgH+vtSkyAMQcdOajQ6R1728vsOWkCJl6yHF+W411YkhA0f4/q+jIP+Qh7&#10;19QoVhGO/rZpGulmCv8APr3t/r8NtfashpJ0nzE4VWjmoqkeJS4WW8iygarLLYD+o9syyNKQQcdb&#10;lMIaldRHp5de9sU24Ms148fj6aCmFgDLQxtKovb/ADqWN7+2Qi+Zz0xrbyAp9nXvafnlrpW1TVNW&#10;r3vJHHPLHE31JRY9Wkc/UfT3cBfl02Sfn173BaFib+MIBclpFBJ/1V2tc8c292r6nrxr59e9xZYy&#10;xLLdgL+ofQfW4H9q+n3rSKrTrXHr3uM1PewuQbf0+v8Ar3B5N/dj1rT172scDRtJgsogH/KQxAsT&#10;6lplNr6T+fbbYZSeHTiKdDYxXr3tJpTMgNw1rjj+g+nt1RWtDnrSJWtDnr3udHSMxAcED86ePoQf&#10;r+Bx7cldEV2/D0pp6cOve36ioDUAopMCrazSX5uW+hAP9P8AefZfNOF0+JxP+qvVgPXj172qsfip&#10;AumP1y2Ol9JaP6yH1KfrdT/t/aCa411Cii/5unEUsQB172Ke2Nr1q1FHkKqCaggikYmrq0K03Akj&#10;49BuASB/sfZXNLUMGYEU6MEiI7nFE697UH8H29TVDzTVKZgzMwIxk3jVBckllZAB9AP9f2wkj+KF&#10;AoOGf9X29ORLGsyrWo+X29e9rPEyVymnjxdPTQUnkAAqKSOSpt+dMoAsw0i3+PusxUTMWJ+HpRKx&#10;WViB20HXvZnxK0OU2sXaQynE4AtqZgl9V2KIT+SeB/T2JNrrJGpHoD/x3rcp1A/NOuj+k/7H6f7H&#10;/efZp9g1BlzWNJvZ6el4+nAqqS55P4/2/sZ8vEvusagcGr/xtei7c4iNvcD+H/nw9B1v5LbYypuL&#10;inrTf+l6Cq/p7N0kV4Y7C/7Ysb2vdRcfS3vJnbYf8VsjWgPh/tr/AJ/lwr1DDzlbqdjgd3Vb2RrA&#10;tfXAsRapnNiObB29RAb629zKKLTWUJ0n/PU5/H18qH/eAPY92NQNyuHHkzfsqP8AP0Hr2f4xXtBP&#10;+z0iN2VGvbObUSLc4nI3JL25oKhR9TexJ5+nP+39iZuaMs2rSfVq+p+p1J+T/j7inn9wd9u28qt/&#10;kHQr5VuEa2QhsdF2+MtQse2KamEyFoDTqSB9BepNiotYaf6W9gluCluoIPLXBH4BBjt+BY+4Hvlp&#10;4o0ZBr+Xn/PqToG7gP8AV/qr1Z7sXIkiME3Cj0m/50ygfQni359gxl6UkmynkXW1/wDm2foF5+n+&#10;t7Cl4hJGo5/6J/zjoRW7AA6jnozOGqgUAvex5t+OZx9dVwOP9f2FWSoCHJANv8ef7K8/S/tMrdGR&#10;QngOlvBKCo+l+B/T6H6f0JH+9e05NjtTatF7f0v6v9fgn68e3Qamg49WSMk6VGepqzD8/X6/j/X/&#10;ANa/t5wFC7TGNeBfjj6Evx9CPp/sfaiyIWQy0ypr/q/Z1qlFZ/TqFkJgkVz9SP8AiLfT6/n/AGPs&#10;TqWhaOgm1WA0y2FzawTj8kXuP6ezO8ZjgfF0V3Umlsnh/q/zdIxqtGrIQP8AVJcj6/qN+OOP98PZ&#10;cOyoADIfzqexsODat5/SfYFuInE0hPwAn/L/AKvz6NbA5j9KD/J/q/PoQqNrwJ/iq/m/9lfYBSUj&#10;POePq9rCzC1/Vfgkeon3uCrED06Eat2gfLqX7ecfROGYEEnULj+lrA/64v8A4+3FA1kNx1dWBJr1&#10;72J+Io28cdr8ADnjm55/P0v7PLYdiuf9Vc9UZ6AEg0r1wdrAj/b/AOt7FfC0jO0Uen6KeQvI9L/T&#10;j/D34OBK7D0/zdKYpO0H5f8AF9NNU6orN/iPza/PH1+n1/p7EzE0V6kKeNN/9e/jkbjjn2OeXoC/&#10;xR1r9n9L/V+0+vRVuMowx/1cOg53LXiKmZg31Ite/A1wi/1vbkn2KlFTlbNqAV73W7fQFh9ByPr7&#10;lrljbg15dKG/V7cY/hfz/wAHRUb1YtujLN3f7P8Aq/b0WzdeVUwRKY+E1kSWAF2MBP144t/gfYsb&#10;cpnEUxYG5RLcEf2pP9V9LA+8iPbawWD6glcD0r/E3+H/AD9Y8867rDKfCLrT/on/AD9ET7pzEU9f&#10;jBGysFlmuNQJANNR/wCp/V9OPbnOh1oD9dbf70fxx9QfY9uANeofCf8AN1FwZFWo+Dy6R+LnvBUl&#10;R9IIjY/j1qeDY/kf09slXGTJH/hLc34P0P04PstmhLnUvHpShoDny6EnDVSLTzj6Bqaw0+ofVLg8&#10;88H/AHv2y1cTa3/N9X0H0/UOf9h/vPsouYyy6wMj/V/LpVFJRACKN0ucTVJpgH6RdOCfr/mrW9Q/&#10;1PH19tk0XAuOBGLf1/P+H1PtAw9enhJjAz0qqGpBL2IJ+5b6D8HT9fUP6e22qi9K2/1C8/j8j8D6&#10;c/4ce0soC0Pr1cFQtfLpSY2pLSyBvqJn4ubkXBBB1X/HtkmiIUg6r/2SB9TY/j8e0stv4tdJFCa0&#10;9P8AP0ZwzkAAU0+nmOlhSVaCQEafpzzewuv1+hJv7ZqiECJjbm4vYfm9rWtyCPx7KLqzddOkGv8A&#10;q9OjSOT4RXpV0NZeYLqAsp4JPIA+vLXDX/PtPTwXSVSDe6XP+xFxxYAW/wAfYeubbQWIXt/1ftr0&#10;aRTLWo4+nS2pKu7wm/8AZe1wL8g8kWP0v/T2n6ikGq9rEfT6jVwtyLD2gES5Vv8AV/k6WLKDTOel&#10;RTVzBbAkj+1fnTy5F/zxb2l54JQ6DTwC39eeAef6cn2WyQgZVPtH+x/k6WwyKGDEdK6CojZHJe5I&#10;Wxv9AGI/HB4/2/tkeBS4IFiGOr/Xt/iD7KpYCK0yv+TpVJJpIFa4/l0+RTnRYniw0/7e/tjraWxB&#10;tY6vra3Ivze1vbS04dKIpQQtBivTnFLcfXi3P54Nrfk+2ysis68f2FHIN+Qfpx/sfdJIg4AbpSzK&#10;656kQtwf8Cf8OR9f98PcCqhUwi6km/5vwdBHAI+ntg21aUen5dVkGB4f8v8AY6zxvdiDYf71/t7/&#10;AF9tdTF+0qleOCD9eNJUAcX+n496a1Br3AjrYQK7PXHWdWuf8R/sOf8AG/8Aj7b/ABWjaxB5I/p9&#10;R/Sxtf2z9Ix9R+z/AGOrq4pXy6yXF+f9f8kf7f8A3359xUUFG4Oq4H1/BU/U/wCw9ppbQIlQcf6v&#10;29PkUz1zudR/w/r/ALD/AG3B9x44yJl4v6XP+J9F/oOePaGWEpXUcDrWoUrXHXMtwbfU6R/gOfwT&#10;e/uIqETKRwAT+L/2Rxc3t7QPGhYahVut4PnnrLf03/P+2/2I+nuFWDngkj+v5+i2/wB591EEX8P+&#10;HrWkdchyOfeDJp+/bSx9K8C5+iJ9L/S1vbw639vXS/pH+x/3s+/ZKMMoP9AB/gbgC30H0v7Q/TsJ&#10;FXip8/8AV/LqunPy67BuP99/Xj3jkiIp1tblpB/h+nn+vPtoozrK71xx/PrVMEnrv3xSO9Gy8frk&#10;5F7AhLc3H6fdAMgAda697x0dPc1H1P8AkslrfW1x/tNvz786kqwI+X55/wA3XgOve+qGnKVEnJua&#10;aX6/8HT/AGkX/wAfbXgrxqevU697xLFaVR+fMB9eLXv9bX4/4j37wU+fWuPXveWqUisYEH6txwTY&#10;3/P0/PtMqs1dI6359e9+qluouOb8X45utrEfkn3YWjSsKLnr2Tw697kyQ2gg+trSFtVxflT/AEPP&#10;tR4Uf8PXj173Jdf8ngN/zLxY35f234PHv636Y69+feeFOKj+gVR/r2HII4/Hv3g/0utddfkf4+8l&#10;HxFLc2Aj5P5F2I4/Pv3g/wBL+XWx59dH8f6/+Pv1KGEgBFl8ht9P6g8/7f26wDijdeqa567PAJ/w&#10;P9f+I9zYQDUJ/Uygf041j+oFz70zBSo9evdcTcqePoL/AFvfj/C/vhMv70g44ma55+ms/X6+zKAA&#10;wx1HD/P1cdcQbf15Uf1HIH+w9yZuDBx9YFJ+vH1H+sB73LEJKGtCOvHyNeuKn9X0vq4/N7f61+fe&#10;ST/dB/pCp/x/UTx7voXTop29e+XXH+tv6n/b2/29vcyJdVFJb8SxgH625X/H2gn/ALZvy/wdep1x&#10;PDD/AFj9f8L/AOHvPEoEFQDf9UR5+v1JHBJJ4Pswgo0UR9P+K6svDrg19YP5II4FhyLH/W5HtwpP&#10;85H/AMh/9Cv7cTz62OI6xP8AT6X/AOIuR7m0CgyRm/8Aqr/7HUB/gLW/3n2169WXy66kJseOP98f&#10;bjS/53+nqPFuf7X+FuB72etjj1ie9v8AYfW/+98/U+1DCuqdvwdCcfj8fX6e/EdoPW+oMjWQW+mo&#10;/Qj83+nBPtWUtOWqovwQsX1+puT+bfj2086xEevy63gU6ZJ3P20vPF35+nNvp9f6e10sS+KlQkKI&#10;6uGU24eQr6RCrWBOu/A+l/aEXfi3CqldH7OODXq5zTOOkfIGU1kmks8lHNEt/VHGDd/My8hdNhc/&#10;W1/8PYuddz08G5MJFVRo0GTzWNxVSkyI0T0lbW0cctPOrgxvqS4a4II/B9pt2tY7208FjUUPDP7O&#10;H+H5dJpLqW0BZRUgEj8ui+92S5Wl6437lsJJKuV23sfdO5MUaaSWKqGYw2By9VQz0rxFXib7pV8d&#10;iCD+R7LZ85/grka2pz3cPVdGKmnFVW1u4sJj6eaaSCOWpy2XyOViWKOKlp6KipUTUgF1Frf4x1d7&#10;Z9PMsbJ2ECjcKmmP2/z/AJdGWy7qt0krF6Th8jzPapr9ufz6Dz4UfOzaPaGE2d1X2XlYtsdsw7bw&#10;1PSJuKuoKB91vTQYDBxpTNWZafIZDcOTzVXIAujVUMjWu/BpByNJJFKZGKqL+iVVKRSxgi44sTI9&#10;+Da3sre2aJ2FM/6v29CmO6SVAa56s39wmQsxfQ6IRdQ5vwORz9OW9qrcUCIRSp/1f5v2fb002hSu&#10;n4T172/URtYC/pJtx/ief6/U/X+vs4iHYP6X+X/Y6TyPpjY+v+r/AAde9v6xMyx+k3OrT9TexP04&#10;/B/3j2YhkAABwOmda0Geve15h4AoS5/P+sfq/wBRpF/p7YkkJR8Dh/k62JG9B172LeBa8sINhZgT&#10;/gL3vz9eB7KmIqlPXqrHC5697HHbTDy/1UqvH+PBB5H4J9roMqD6V/w9I5M1J9f9jrDN9Bbg/wBf&#10;+N3/AMfYu49wwN7cpf6fQ+n6fS9/949mHiGEUAqtei6Tift6ap1+n1HP9f68/wBT9P8AefctUJkN&#10;yLHV+m3+qNvr+faqG6DVCcfQjprBPWBhZeRyLC9/+IH9fb/jiAv1+h0/m/AT/e7f63tYrh8Dj16m&#10;OmmsVuOBb6/g8eq9x9bi/t71XUX/ANh/T6cXH+Ht5JPDrioPXj0zmMluL8W5/P8AjY3A/wBb3yDf&#10;1+o+hP8AhcHn8WB/HtWsgYFVbHp17rC0dje31/P+ubj+t7/198r/APBfxf1f1uP9bj34YAA4da66&#10;tf8ADfU/j6/kX5/P19+5NjZTa/I+nI/4p72afl1Y0r28Ouvpcc82P+2+o5HvHKf6X+nP4IsV/px/&#10;xPvw6r1zjH0JsLk2/INwf6/4e4d/UeL2vxxf/X/1+ffmfSp46et9TNNwOf1ADV9LfkD/AA+l/eYB&#10;2Ui/P44F7W/rx/h79E6sVPlXPXusLgI304IJ455/3m3N/wDD34R2PFz/AFI/1X1JueePZgk6sHqK&#10;Af4P9X+HrYIoR5dYXvwT9fpY/wDE2/Hvk0RUA/4XJv8A1/P0+n+HvUVwZHKkAenWwa9cSV/BP1I+&#10;g4/w+v1v7xi4I/ANv9tcH/b3HtSKVGoVHWyOGOvE3DWIBF7ixH1uOBb/AB9+b634/wCRDn37rZ66&#10;U8fm45H9eTe/JP4Hvr/Efg/0/wBtf8e/da65cH6/7e4/p/j9eTz74tcm4/rf62/I/wBh71nr3XJC&#10;FBFx+Ofyfr+PfgtufoP6gcW+n+N+ffuvddFwfqBx+Pzf/b/8R7nqnC3+v0/4g/i9rf63snrnqgwQ&#10;Rx64s31t/r/0+t/8bXJ942Yn9Sm4t/aNv6j6D68+1v0n/DP5f7PW9Pz64LIPqACOb/1/x+tjbi/v&#10;k4v9BxY2/N7n/Xv+Pduk3XSWAtfm/wDvh/S/uPIPT9D+f9fkf7C9x7dj/F17Nfl1kUi45t/xoi/+&#10;tb3CkFxb/Hi4+n1H1/px7v01LppkZ6lxkg6voD+Qfr9P9fk3949BsLk/X6D625H4Fuffuk/WQOCT&#10;Yc2PP4vxyLkG/tebDH+/hxBvf/clQC3PN6ulb8/763uQuTECb1y/jjd2/wDx+PoKcyAC1noPwn/A&#10;3QKd3nV1xv1fp/vz90i//kEyoP8AX2e3Lwh8XCx5/wAnX/Yao3bj8fT/AHn3mbu0+m3ioe3x0H7P&#10;9R/LqDLap3GSnr/mH+XrXq64yEkG88rAOB/FKo8H66Kinj5+hsNN+B9PZYd6Ui2cqATdhYfW5Yn+&#10;h49gHeZ3+sujgDV6Z/1fl0N7VCBqr2f5ureumcm709MJGaxjRlubLYRAf1uPr+fZbtw0t9fB1Dn8&#10;/S4/oLWNvcV8yZqAP9VOhFbyUSnlX/Z/y9Hi2tU3CEkaWB/2P1H9b39gPuikDxRq4vw3B/4PBweP&#10;6n/ePcXS2y+IW8j/ALP+qnQhsGFIzXNP8/Qs0kn1t9OP95v+L3sAPYFZOgUC5Q8fmxuf82bWsTcf&#10;7H2Q31qQXVV/1dvD/V/Po/aXsoPi/wBWenP2kNz0ivVSDTYlY/8AbaI7ixB/I+vsO3FsywrTh/q/&#10;1ft6cj7okPy697RuNpSmVowRp/eN7cA3DA+yWG2pLUZ/1Z60q0YenXvafyscgyEjKtnimZjrBZJg&#10;WayabEkt/j7TXZdbgx6Tp0j/AFf7H+z06AjIUY0z172I3VPZu9uucqcntLcORo4lYtLSJX1wovuV&#10;qqWeVZKeKphhKa4EBHBIFvam2kINTx/1f6v9RqkFtpcsWNPT59Mue25gd0Y6fEbixGOzWNqY5Ypq&#10;PJ0dPWwMs0MlPIRHURyKrmGZl1CxAY/19nFw38y7v/Df7j8gNr19DTgQU8owU33cjwmKGJJ6iTKk&#10;Su8MTF+Bqdr+z6HdZIUCeK1R6f6v8NemTBAZCXgFR6f8X/k6IbvL+Vl8Jt9bgr9z5vqdo8vkXqJK&#10;mXGbkz2PptdVWVNfK0GPhrvsaZvuatypjjUotlFhx7T+5v5gfem91rMe1XhKDHzpUxSrjsXPR1kU&#10;TCaN/wDKI8myq6RVNrj6EA/j2+25PMdbsxPzz/q8+lsDhCdEYH+H7ePQm9UfBD4vdL1FNV7F61pK&#10;aro3ikp6jLZDIZuSOSFqF0kUZKonjDiTHRNcL9Qf6+yR7uzuR3BlavK5fJ1dfVzyykSVdTPU+NJp&#10;GcqGmlcqAbn6+2nufFkUU/1f6v8AB0xcSvrB45/Z0buKKKCNIYY0iijVUjiiRUjjRQFVERQFVVAs&#10;AOB7TOqLwpExjCsFPlAADMpNufq2oezGIh/1OqeGsnc56yezhfEX5M5T4/bzikq3nqNoZNpP4tj4&#10;yCzzJQ1tLQTRGephpkWCWr1NqBJUcc+1sEREonRq6Qa/nToMcx8tneUijFPDVTU+YqV4fLGei1/K&#10;z40bO+VHUmb6y3XDTwy1xoJcRm3iZqrD1FHmsRmJTTyxaaiKOt/hCRyhGGpfr9PeyjsXf22OyMHS&#10;7h2pmKLLYysWVhNQ1UVVGqpU1VKNUkLFFvLQyAW+uk+5I2Xc7aMEh1r5+op549dWaevQNNlLy8fD&#10;lJIpg+RApWlK/wAeRXz60M/l/wDEftT4w7zqto9hbbro6in8P93s61L4sZuRZKDAV2TloJJJZXqh&#10;i1zsEUuprJIR+T7XSs6KCxCrJ+TwQY72Gq/+1f7b2Lv3rbXwKgYX0P8AF/tf6PT8d426CZI4TRP+&#10;f/s/0nrX59ETrttrS1DxxRPPPR6fHocNE4nVHYxwlLkKn6uf1fT36sysNNCZHnSOOAF5JHewZSQP&#10;1HkAE/U/19lcklsD4k1NI9f2j5V+Qqfn0abTspM6GVK/5Py/ycenDZfUO6t5ZiPEYnb+QyeVz7LS&#10;UNBQ0rSTU8tPFJO5aEfiaKP8cAL7p9+XfbFNuvJVlDSVJOMx0QCBZUKPVpDJDMV0SFbgDi4B/r7B&#10;2/7hFdGPw6FA+PlTy/b1L3bBaxxVz1v1fyr/AIft8UehMNhMvT07buy7VtfmK1YJYp2p67ISZKip&#10;pWqI1nIpYqgILkrx6ePdUOfqDUVDP9VMzMDwLklgbn6X5/2PsJlDK7d1APz6C90dUrfLq1L2mG06&#10;mKn0LqB+v1F7/wCw9+ubV6RH+kP9R/1fZ0xMSVTzJI697Nbt9gOqsU3F/wC8eMHH/agpvqDzc3/2&#10;/tZBEFkdR/vlv8P+qvRWU17hcL/y6P8A4emh7/xpf6fwy9uT/wApX9Pb/MwfM49Rzbrmq+v1sJCB&#10;zx/T23IpCxsD+Ift6YaIx29s/D9VP29doLLP/wBrS/A/5Z/09o53/wCMX7iuBxmKIfg8fbk355HP&#10;t9/9yovsPV5P+StB9jf4es7/APFypzz/AMBJ/wDrZD/t/ZTasgmIf7Qefobmx9o79SRKfIH/AD/5&#10;+hHGPj+3qf7iBbGwP5v+L2+n+x5/23sp8P8ApdO16976v/rf1/H+9Xt/sPr/ALH3Xwz6jr1eve//&#10;0qJcvltw5CpMs+bykK8FqbH5GupqI+hV/wCA6yFCSVDf8GufcNBo+AZa/l1MslXJ7+4fPrf49pWo&#10;x9M8vknVpW4uJCsitYAepZFN+P8AW971rSusft6TlKjWc9e98l0xxsqqgLBgmlRoWw4uAL/T2xIV&#10;cq2qlP8AV9nTNzbtLIjhqKvXvbXMTf1khVY6fHxzqZRwfrf+l/b0l7CsQRk76evy/l0YSSxG3ERX&#10;vp/z717211Ey6W1M9zq0erkDSbE8/j2wqSMNRyemkRggr1720NKXBVrsgv8Ag3ta1iDc3Nv9b28A&#10;q8Dnp0aVqK9e9tUxZyQLmzELb66Re1xbgj27w4460SOJPXvcaSEOnIvwDdT9bj62a3JPvRdQaVz1&#10;RmWtOvexM6Vpo/73yI6uQcflyFa3AXG1It6hY8e2Z2paFQcgr9vEdOxsPp5x8x172hctAFrai66h&#10;r4Kcgftpx9Lm5/339L2xP08Wrhj/AA9FFP8AFYMen+E9e9ptIlI06bMtrk20888H2rn/ALVv9Xl0&#10;auO9uve8LoTYBDcG99PH0+t+OfbQPz6bI697wOtyAQATq4P+xHP5F/fiwUFicde697bZ0fVYIzKA&#10;CXRTpv8A4kcCwHvRkj/jH7emmI/Z1721yuFuHYJYn9RIAtfkf0/4j2phZTGfm3+odVqCvXvbXNVq&#10;lwD5QxP6CCf+Re3CFbOodNOmo1697iGSTyJ4laQsQfEgcygMSdXjW/pubcjg+6quoVB6a8NsU697&#10;e6fbWfykN6bG1hVvU8gpahliUgXeR0Rwiqrkk/ke9EhTk9WMMuBoPXvavymOx1PicNSV+cxInoaB&#10;YaqjjqxHXB1kJZER11IR/Tjn23ksxANK9bliQiMNKKgU+fXvaXrM1gaKBV2/isi1ZGCGqMxHS1VI&#10;x1i5QwusnKEjn+17djRi66iKV8uqqUUIsanV8+HXvbJUbiy1YjeRMfSkafK+OhkpZQC4tZhITb0/&#10;j8E/19vLHT4iR6efWn8WalWpT0697ZZVqKhkSsq66qMZOhqiolntcXPMpbSLAf1+nvRkNMU6TMsr&#10;0DSEjr3td7qgK5SQFUIEVOVuvP8AwGg+rFfp7YBBUUGen2TSxJHd172k/Ax0lXcL9bAlQT/h6CbX&#10;931DPYKfn/n69jNBjr3viaZeR9SeSSOdJuPSNJ+g/wAf+K+9Ak+XWqenXveN6RUIW8bKeP3DcgHi&#10;y3HIH+uPe+4+R69ob0PXvbbUUixqLhLu5sEUA3Jb6LoHJsePbqN3fl/m6uo7/nT/ADde9wXp72Zm&#10;RWsCI3FmI+tlFuSSbf4+3SiqaEV6sYlHXvYhbWpJP4PkEMDqWleRSyN+haZbnlW9p3RSwz05HEND&#10;8eve0scfq5Gh249Km7L6rWPFvr/j7uZFTrQUDh172oMdt2tnlLLTS+Fba5zE5hAK2XVIFI9VrD+p&#10;9o728TwKd1enaFwKD8+vexB/uxRYihoMnkKiOenrVqWSnoJAKkfbzfbMHWWNUDa5Qw5PpB9kL3bS&#10;MQASR69X8MKFZjWvXvbhFmEAi/g2MgpoGLa/4pRxSS3BJHMP+1a/9gR7StU1Z2JPy634lBqRaD59&#10;e9zYFrKh1NRV1BXUbwQzSrANVz/mjdB9L/6/upeooop9v+fp1ZCaL3de9rPG49BDpkiUEfoKIB6i&#10;edZCjUSPr/h7Th28QNXNelcKEsMd3XvYh4ulCCIFZCQysSgKDgA2uB9f95Pth5wz4r/h6UPEy0JI&#10;697MBX07RZXarCOUo+HwJ1FSeNR5a6m2m3sU7QwMIiLZBOP2f6v29ekTIUt5dcByG/12H++/2Ps0&#10;3XkF8tjG0rxR0Zta30nom/2/Hsb8vVi3iwiZjSR0+3ukH+r/AFU6K93uEW0eHPw/8+leg57Ckttb&#10;NML3ipq8/Xj00FXx+L/X/b+zi08JkpoWUBbQxj6GxsBf8C97e8rNuiEIs7Ymr6Q3+rj1BV9N9Ldz&#10;6jq1Mx/wU6q7y1cPv8kx1lTWVCD6ekM0gH5spW9/c2jGiqowQtjUU5Fha1pUA1X/ADx7Hex2bfvK&#10;SQD8Tcf9j/L0HrhmuWJHxH/N0iN1VSPtnNqrPdcNkVYa7k3oqi+kg/71b6exV3AnljJAA0NZiRyb&#10;kH/H8e4h9xJY05knTR39/wC3/P5+eehjypA0Nuis4I/1f8X/AD6Kt8Z5ZqfDlpZi8VSaeSEBzpjW&#10;NZEKnUwAF/8AW5/PsGM5Sar3H9oc8n6ePUf0gfW/uCN0nSAEMe7/AD9ShaPVAPMdWm9fVhlVSh9J&#10;QXAI/AqNJ/UTyLewfzdGyFfTbUNNiPp/mSL+m9xf2DpCk8jlCNQP+r/V+fQlgbtDAZ/1D/J0arb9&#10;XaIAk2+vB/xm+nq5/r7DbIUIH1AY2Atb/gh+lvaPKk1xTo9BAr0IlLUarEGwNyOf8G+pv+Le06ce&#10;zMQAL3/of+IUAce7eIqnIr06ukNUpXpx8wAB/H+uP+K3N/bticYY2JWwYEfnk+q1/wBNjx+f+Kez&#10;Tb2R3Wqnj/gH+f8A1Z6pcMhFaN/qr015OrtGT/Zsb3445v8Angn2IBpwtIdQdRp5HNz6DcC/55/2&#10;3sznt3YCjqV+fQVvpGLNTgekFDXA1ukctqAW1uDrGk8Ncjj/AHw9lu7JiXzSqwPJLEgXJX/LAebD&#10;62/2HsF3UTRl+7g5/wAvQi20Ujt/sH+ToXsU2uliYf6hf9gdEZ/4n2CkVGJGDcadZFrfQ3VuSqn+&#10;vtEs6owqGrToTrQr6Y6dPajx2Ocn0wPbWCCUNjewvqsfT7dDIxFaUYf6v9Xz4dPtHoiRiw7l66JA&#10;+p9iFjaMR6b6QxJuT9AWB5/Tz9PYitwsioA60Hpw+z/V5dF+sSsABw6iTPYH6nj/AABP+A59iNgY&#10;THUp+2SrXtpsCQVYfixt7WptFxKJLk3Eaxhv6X+z0+lV/FmvDpO5KrQQlfUXIH4Uj9Q/qT7FzE47&#10;VXOraUYf4lSf2pP0hl44+vsfcuRPBbx3IUyIfwqNT/i9P9X+Uk3O5WIVlwvzH2dAjvHLoKMqpI5s&#10;ZWISBSJqb9R1/wBo/T2MuB2vLLFHPIhRF13DBhfmaMabxlR+kfT3kNynytfy7g91wD0wdRNV1L3E&#10;KOoc5l5wtLSV7BfEZ009y6dI1aW/i6IR2p3RiccJMRSVENRVegI0MtMbXXH1b+lasS/pkP4t7EWK&#10;CGEOkK2OlQAbcj6/QW5HPvITYuXZdhgZ5pInD/w/7fzZft/l1AW9X091OTrBT/L8+ik1eXq809NV&#10;V7XWN5SSNf1/zd1LM9gQove/uDVR+uO3Hqb6+k8fT3takMGrUP0U207PGfEjbV0qMXIqw1JWRXRo&#10;Ylup1KBc3LXA+n+x9sdWjCRRYiz3uR+Bq/4r7TmNyahDT8ujCCYUZgv+r5dCHhp4mpZD5AxMBQKC&#10;SSbR3uefbROmvyWvwWY3vb0g/wCB45/x9oLiAh6Fgo/1fLpbHLpUFVZj0s6CYRrT6inKooAPIDFB&#10;blhzxyePbZUqbA2AsgX6EAfq/Gn2WS2Yox8YUz9vT6ydmnQ/+X/D0rMZUDWVuC3nLj1i51GLi97H&#10;/iPbbPHpRPoQVU8fjg8HiwJv7LJbOV3BQVPV1l1EllKZ8/8AJw6VFDVI0ktiwKSupJUc2ZeRYk6f&#10;9h7apodSn0jnmw4/r/tvbOrwQQdQ+3pesuhahulHSzkSodXHIN+TxY/7EAe2OWGyMCAbW4P1/wB6&#10;F7/737SXTrKABEx/1f7HRlbzpVuI/wBXyr0saSf92NlbTqD/AENx+B/VuB/tre2KqjAWT0/2lHIs&#10;frbjjngeyC7jEgYsrU/1f6sdGsT8NLfZ0ssdP64hqB/bc8Hj9JNzzx7YXhAZrgH6FbL/AKxuAeOQ&#10;PZFKhVj24Pz/AMvRhG9dVD5/y6WEU91UhrfXUSf9cckX+l/acnia4ujC340/6q1rcc8D2nkjLstK&#10;dGSMCRRh0p6adArfuA6rHgn+zfVrF/8AH2n5IlWRgQfpa7cAi17iwPPsvlsfhKsAf9XrTq7sMd3S&#10;lhqSyDm4J/s/W9/pweAbe2aqh1GwAKk/gX4I4FwAPp7RT2Lqx/i/1eX+z0/FKF4jPTzS1I08mxAP&#10;1IH+9m/19tFVTM7KfVfSFIsfTa/JsOFAPtI3YzfpjQejCG5UGgXPThBIApsw5PBvfV/Uf4k+2qrg&#10;ZVCrpJLKOADYkH0gWv8A7D23UKO9M/mOlAuEIyKj/V9vUqNrm/qAAN+eCARze/8Aj7a6iH9ofp1W&#10;Hp/NrNa4t+Dz72hA8+qP68B1JV/URyefrf8A1ub/AIuBb3A8QCs1j+QeBc3H1+l/z7uTVWWnz6di&#10;fGinWXUSQLj8fn8fX8G3JHuGkHpawsAfz/W3NvSfx7TSqZBx7urBtea16yarH/X4t/xH19x44wJB&#10;wbqCLEcm4vb6H8+y24gPdUeWfs/1f6sdWUavs65XuDf8kfT8fg/0+o9xWi/cANri/N/p6fqDa/N/&#10;ZQ9uyVKt206sqlW446yBuLc/i31ufre45Jt7bp4ruykWK2v/ALYEEce2dJpwz071mVhb68H6c3+l&#10;x/X/AA98clGrO1ha4Qq3BswA/wAP8PdaEDh14n59ejPHJ/qP8OD/AFuf6+8VXGVQAqGNhwOf6j/W&#10;9669XGOuSm9+eOf6f4W98JEP21luran/ALP9R/T/AGHv3Xvy69fk/T6D/ff7z7jokgpXuSCCx9Nx&#10;cgMABwOOfbXgRV+D+Z/z9V0j065f77/ev+K+/UdtUw0tf7V7tp4NvGD/AIn3S5/s1/03+Q9a8uuj&#10;+P8AX/43/wAR77pQfNI5DACOSPn+t1/Sf0ke0PVfXrv/AI174oR5Qugg+VRyvIswF2Fvqb+/de69&#10;7z1SR/cBytyf9b+tvwePp/X25HZugI1L1YivDroG4v7wyBLhQrA34AC/T0txf6c39mIqBk1P7Orf&#10;4eu/eadlaKCy2GmT6i9uV/Vzz9faX6SXLal/1flTqpHXQ+p+v+x/4j3nZf8AJoW9P+7OObcvbgaT&#10;YW9tG3lHAA9eoeugfUw/1v8Aev8AefchB/nhpNiqm345P9LWtxb2x1rrxIuP9vfj3kpYv2ZiLEBA&#10;SB9P1Ef0/J9+69Trpjyo/N/r/vjf3kiiUsiqOb/71x9f6e9UzWmevddE/X62+n+HPP0/rz75RLoq&#10;VJ5HlH0+n6wfyBfj3vy6959dsbqfxwD/ALD/AGB98ZAfuJDY28zN/wAnk2/1x7NoxWKM/wBHpzrH&#10;fjiw4sP9iAPoOPcmdTeC/wBTSq3+w1H254dfPrR64KeD/wAHt/vHH+8e8rodEHAt4lP4/r/xv22a&#10;5Hn1bOOugQC3+v8A7D/kfHufBYUcoC8eRLkH8cH82/r7SywNIxYN+3rVMHromzLf+h/H1P0/2/H0&#10;9yES8M7Wvd0t/Xkkm3tVH2RorZPVhw6xk3YAEWI/21rWvx7m0a6ZEuCTduLfnSw+hH+Puwk+XWwO&#10;scn0PNj9Bx/je/8Ath7cMeLPHwT+r+h/1f8ArX+vupNRnra9cJf7XP0t/wAR7n0y3f8AqdZ/2BBP&#10;q5+nupNDqPW8DJ6xv9Pr+B+frf8AH+JHtR0yOK1/SCDHH9P6n6n82+nveuJQFYivWxigrjpvlINO&#10;Gvb1N9f8L/61+Pa6pYyJ42IPpjjfkc2uP08Xv7KLnU5YawT/ACp17zz0npnUQuOOZJF+t7HSw5N7&#10;f7f6e1PqDxU66G4qY3uoAl0gfW/0AF+P8faNY5FBKvn0/wBX+r/D1qjeKM9tOk+TplnYlf8AgNIg&#10;13MeoknkDkjjn/D2KnXtLNW7q2ikcMtQkO6MBPNoQyCCmiydGJpZ7AhBGr+pvoCfdpFm0YYV0/6v&#10;Lq90UEDkj8B/wdFv+Q2XpcL033JVzVENJM/VnYcVGJJlheqyDbUzT0tLRF5YzLJO8Vo0B1G3u0KT&#10;G4+vppcW6UtRTVVLKlVQ6YZPPBJG8EwmpzG8ckbxylWupBBsb/T3VIba7glhujqm9RWoNBmv5fyw&#10;B0DIDdxXqvA5SH5/6v2f6j1pW1/bPaPWe7sX2jSx7nwDYfP0IxO6cv8AxKlw1JUxZH+KUVDS5H76&#10;GSKsaWkEsUaSjSBqF29fujn5/fASqxK1/b/UWGaoxbyNPuTalBQVFXU089bUsUrMPjsVhkoqDGUN&#10;IhaUNJcfUewpd2Bgek0ilOFfnwIJKjNfQfl6yJYz/URIyvWUcR6/6vPras/lj/zTtlfKvH0XUHYe&#10;VocN3ThMaFoaisq8VjqPfOLxNHgqKSuof4nvLMZ/L56qyNdIzssASVVJ/WDqpAlpPFIqOfGy3ADf&#10;Tj+yAV/x9ofBPwoAR0ZxymRKju6ui9udGlgF0tGfwpFnP1+ig8af9j7VxdrpqFf+K/z9NyGjkt5f&#10;5uve1lJAsKQqR/m/JqFj9GuBpBAP9r2u1+KDin+r/Y60i6g1Ove1PjmQaCRYFj+qwC21gj/Y+0Vz&#10;qUaQaE9aZGFBWh697ErDNJ5UIDWuAp0k6m5ubWsfr+fZcVatfPrQjbr3sc9tKVdC/wBGVANNz/T+&#10;v4sfZhbvQAfjH+ev+x0xIGFa+vWKUXX/AA5/2/8AX2MGMAY6bEARg/UWIGnkEWPtTP3IO7FeiyTi&#10;329NkpsL/Xmw45v/AMaH+9+3lFuWNx9G4/JsRYC4/P8Ah7aRSzBa5J6Z6jMSALA/UX+tvoebX9ul&#10;CraW5QAMTa5v6Qv+BH59mtukglJMn4P9X7DwqOrDh02VjLpHpY3P1AFub/U/i4Ht4S9vz9ePr/Qf&#10;T2Y9a6aHAv8AX8c2+h+v1HA/2P04989L3GkW/qTx/wAT7eRAoEhcU691hZ1IKsC3BsB+Dzf8H+n5&#10;9+ZW+n0/4KCQPrfj/G/uwnWmQf8AV+zr1Ouha/1BsPyRyb8C/wDhb3zAKqQLEi39f63/ABzbj34T&#10;IB8JH7OvUp1wYB2BueQb3/1rAc3F/wDiPfBgQASLm9zwf8PrY2JPvfjp6Hr1Ouai5I1AC34YcfX8&#10;kcAD/efeNEJ5sOPx+foQABptcn35pBIPDUmp/Z17rmzaOSTY/Tn/ABF7m/0HPvMqXW30NuAL2v8A&#10;ji1xz71HC4kXuX8+vUr9vWKSUC/BP0/Avx9R9bN6T75rHpIHGoi9/re9/wDYj2qCsY2cHsr/AKv8&#10;PWwuPl1haVSfobfj/D6f8U98nQgeq344ub/0A/17291jZgQ6ZoK/l14VGeutQPHI+v8AQf43vf8A&#10;w9xvG/04Fm41En/WINhx7NUdXUMpx1cZ64llH9f086QPp9PyTb6f4e+DRvf/AB4+gPH+vx7t14jr&#10;ksiW/IH+uOQCL25/F7D36wXgj/A2/r9L3/p791rrxJY6gfqLi/8AQf7Y/T8+8ngbni/+wNv63/SL&#10;D2m+qj9G/l/n61XrvV/ioFgPqb/43PN/p75mB2FwjH/A2B/wP44593+ph83/AJHrdesWq3GpQf8A&#10;Br2/r/sb+86xSD6s39bWY/7D6/4+0vjxf8o6/wAv83Xq/LrixBtZrWH14HP9f9498vEv+1/7Efj/&#10;AJF719XJ/Cv8/wDP16vXH+liP9gfyebcr/X3zMf5H1P9Rz/xU8+1FPw06TEZIPHrGJD/AGr2+twR&#10;9Rf/AGAHHvE9PqBAsD/X/YEHmx9+8QJx4Hpt20AE8OsiTWIP+0g2+nBIP9R7bZKdlZvUD+fzf8k/&#10;gD26ramC07j1p1LDB6npMukGxX6ckgD8WJvf6e+CRM+pdJGkm9xa9r88A/6r2pWBz8WOkvXTzxpp&#10;N9WrTbTa1ifoSWHPp/2/sQdkUrJmsSxst8nQPYDSLfc0pI+lrex3ybdA7rtgRGrBLFq9e146/wA/&#10;59BTmd/8UftrRT/gboEO6ZQ2w95jVcz7V3JHHdiTeTD5QKfrfVY+zyZMr/CKX1KP8mj/AKXH7b3/&#10;ANiPeW+5363NlEUjfSJEf/i/8ny9a9QdZEtuFxRW+L/N/qHyr1rzbFgqV7Bzo0SMFzVdH6laxH3U&#10;B1Lf8X/3359l13bEHE1gDpLf8jTi3+v/AK3uP9zuBLNLP+B39P5Pj9n7fn0PLQKRGDwNOrZOn52h&#10;hoUZm1eGPi/09AAudX6iPoP8fZadxxlNfFrkC30+hQXIAH9PcebzOJHdU4f5z0dRKTjWT/g6PztJ&#10;w8cRuDYXuD9Lq/Auf8fYDbmjNlZiR9fSv9b04/p9PYJbwlLKEH2/aT5ef59HlmKKgp/qz0MlESRw&#10;b/S3HFxq+p/qT7B/JUysoIW6/m4AFw0Q+gH+t+T+PZXeRiVR5P8A6v8AV+3o6llUJUg16d4z9R/x&#10;P0+v/E+0hueiLZCZxoWMpAAP7X+YjA5C/lvYTuoaxtGobUK/4f8AUOnre5RoIzpNc/4esvtGUlKV&#10;ydITpIWUH6cldJHAtz9fZS9pJGS1V/y9KwwLLTr3tLZqkb7t5IwgkSV5Y9QNiwLkeTStnUni3snv&#10;UBuCzNRtK/4c/s6bcMHJDde9wsZEHqpFMZjTxa/8nHjVp/IuqRgPqjf7f20JERqSqdQ/1f6qfy6s&#10;zaxmuqnXvbNko2NWzXNw7R2AITwh3u4X8Tgf2h7TzzkzKFWq6f8AB/xfSdO3UHya/wCr8+ve8+Hj&#10;jGQSxkAKXNntcmRb6x+lgwPP9fa21WZl1GTH+rz6cjHd173izS3yEjAWu7qyFV8WnyHVZR9GP0H9&#10;PZmjKgQP8VersEOqo7uve264LKAq6YyfqOPofx9Lgm/szt5FOqnE/wCr/N0yTRTTr3vMrgnXcA3G&#10;vSbKrKQbR35HH1/x9qXealEbj/PqoaUK6+bf6h172ZLqL5DdldUzQNtjcFbHTxiQDFVlflXwvqiy&#10;Ef8AxbqbKUkB0tXNIL/7t9X1veqTPC2pn/1f6vy+XSI2glP64V19CK9Bt2P1B1t21iZMN2Ds3bu5&#10;qVzH45crhsXX1tLoqaKqYUdXXUdTLS+aTHwiTQRrVAD9BY+e2f5h/Z9W0cOXpNqBIzY+HGV6O1xO&#10;RYy7jYEIwW/9B7OU5qktz2oST/q/iHS612za4jI0Vsod/MBfs6rpz38mX4UZqepql2zuqiqKkRhz&#10;SZ3HRRr4liQFI22/MF1JGdX9Sx9uu7vmFu/dNA9D91Q0FPKGEjY5aiknYEoQBImYmXUGjA5sRc+y&#10;ufmea8ahMur5Ej/n/wDP08+l4ihgBaGPP8/29DN0v/Li+NXR2WTN7U2j97k4ijQz7iTC5jwOq1SF&#10;oWfAwSRl0rGB0kXsP6eyUb53e+USSJp5JC0kshdpGZ2d+WLs0zFgSf8Ab+3YDLLVpHx/q8umWkZB&#10;IZGqD0fCmpYqWNY4kSNVRY1WNVVFRRZVVVVQAv4/w9gFVTGWYgtwD+STex0gqb/X8ezS3NKFuFf8&#10;nRRJUtqJ6k+4QXh11Dkk2BblgCthY/q/3v2vkUOkfbwz01OD4a0/Dnr3s1uFjeHqfDlm/wA9urFI&#10;NN+PJt+BgTf/AFv9bn3WJx40x0NpEJ/kfPpFCwa9uZdHaLNv5HpnZgc6E/IxRf8A2Aq7fX/X9v0g&#10;MeeoFBBt1vVi4s3IlPAP+HtMR4sEZHwmQdUkZJbK0KcDOg65D9E5II/3JA2+h/3V/r8H2j5H0dZb&#10;iBuf9zNCOP8AqGB/B49uSL/jKLQcD/h/1f5+tvA7bnHQilG/w9SH/wCLjAf+mWf+n/HSL/Y8eyoV&#10;QbVrWxEYIP8AiG0/Q/QWt/vHtq+iZ66uNfLh+fR2GCM6sc9TvcEte17gggkE8C35+luPZMylDQnq&#10;6sGFQeve+Go/1Nr/ANB9LW/2+r/Ye2ta+nVuve//06EaiY+Tn+tyf9gP8f6f4e4RB/3mvD/V/h6m&#10;Ynrf49t084DC1yL8f7YHjkAe7s5Yg0o3Wieve2uSoIta/P1I/wBfn+1/r+6NRAdZx17QRqqOve2y&#10;aY3IIP8AaPAHJ5+vIBHPtIzs4FeHVCfLr3tqqDK12BN9R/r/AIhh+fx/sfa2CRWQLX8Na/6v9VOr&#10;qdSaT173A0SAn0km7fh7jj8+mxvfn2/4keP1B+0dXr8+ve8bQi4uLAW+n9Rc3+gub2/2Huxbt+3q&#10;jkBa+vXveQQFl5/1gPx/T6aTfn2wT59J6YJJ697FDpeFV3wI2Is2KzbAXX6pjJrmxFvdJyPpHI/i&#10;HSmEBoJT6066P/Ej/eTb2HubidKtyhBRiQCNRvZFB5AF/p+Pblq1YEB4in+HorAP00P5f4eu/ab0&#10;Ko0j6/6oENcAMRyQLj1e1k7jxXB4f6h0aSMA5B9Ove4zoVXhwLc8sL8/7Ef6rn21rX16oXX+Lr3t&#10;tcspUTCy3PqW+r6cjUeCRf8AHu4IIqp6rUEV8uve4sVDWTB1pYa6eSViqiKOSQfq9PCKzc/4e25G&#10;FaenSeQEmgBr173hXCTTyeCpnoscQ1pGzEho1HJU3MkJsBz9QPof6e1MVUQldJ+zq0aEijED7eve&#10;8dbSbXwqr95WfxaXiw27U0FYlyGaxWVYmHqT6fT1L/X22NbcBQfPpwrEnxGp+VOve8Me66ejt/As&#10;BQuhHql3Ji4pKpWNgfHJSzqFiVQpH+1aj/T2+X/i/kf9jrXiBf7OMU+Yz173gn3HmqoM0dZJjXfm&#10;SHET1VHR2b6roWU3X8aT/ZAHtt34DRUdMyySsRQkD5V697ZmgMzGeZ/u5j+uSZjO9zcG7yKZASf6&#10;n3dWFO3h+zpL6nz6978YFmXQQIgPoIyEsOD9LHj0+95r8+t5r8+ve+DUa6VQI41f2nUXI5Y2OnkC&#10;3u6tTVXq69moEde95DSREM2kELbggWsfT+V/H591LGtSc9VNanVx697WG7Ig2SYqPrHAPr/qaeH8&#10;2IYXHtpDjq8unUdPDr3tJmnA/A/r6gORyPqyn/H3evTfXveCSn+jAlSSBx6WNgRxf8e3UNQVpjpx&#10;DUFSMde9xpKdmcEy/gcggEDUTx6PdtK+nVvDX0697wNDqfRHGJDoKsGUuUj1aS8RA9Eij6H8e/F1&#10;Ucc9WAoMde9uNNt2uqNDU1DUTqyr5KiopZ5o4yQCfHIkJCeMNqX+n1v7ba4GQOrhGNCFNOve13gM&#10;bRY6kqIa7Ix62D+SFKuITgeJUZFjlRGFrEWI9omuFJChv83rx4dPxhFBVnz173Caox1MQmExwnlU&#10;gM+XpKeeLgi5RqVg36Dxf8+6yzaT3GrfLqpZFwi1Pz6975k19UxYzR0TEgtT0Mk9LSMbHkw2JYKB&#10;6f6E+y64k1KS5+zqvex40+zh172IOSo1GytrMYWmnMWX1uYxIvGWUCzadZsnsuBHiPThj/B0+yjw&#10;oqA1z/h697TVBTESESgIq/pQXC3YSFvSyjj88fn26aaGNc9aVRpavxDr3tb4+jViLC/14tq/1XIA&#10;X+p/x9o2IzQdORx+g697XlBSFUWyE/19PB/V+NN7391oV7q56NYICrIxOeve1lQ0xSaFS6oG0izN&#10;pHP0BBHtE3cynga/6v29PTDUA1PPr3sxeQpwMjtT0q+vC7fXgarXLG/0Fh7Fe0Ht/wBs3/PnTEo7&#10;16xL+mX8euT/AJH+fZnNg0yx5DGGwH+RUf0H0JlpeP0/0HPsd7MC3MGygf78g/6ujoOb3Tw3/wBL&#10;/lPQV9iTldp7hPNlpcsv9CR/Dqz/ABH5PH59m7pIrU0bDgeMWuLCwjUX+n9PeW9sv6tiP+Fr1BO9&#10;1+okXzr/AM/Hqp/KV/8AluQjJu61k99LajfzsfzJcA2tf/H3mp4T99Q8j/PwG4P58yD+n+Hse7FQ&#10;blKlc1b/ACn/AC9E4PH7D/gPSQ3VXqNo7icoeMVkbhgPp/D5/wAaub29itmqY3kF/wC1cnVb+t/o&#10;OLEe4W9yxo5nuAXz3D5/g/w/7PQ+5YasEZ+Q/wAPRVfjdmll2xRSCJrk04/QvGr7oXJMxuPz9PYV&#10;5WlZ+VHNueOB6hx9DawH++594/b9JGFOtsVx+xK/zr/g9OpMtogo06f8/VonXdcykKL24BIb/Cr5&#10;Yl+f1D+nsK85Qm44/qT6Rb6Q2/s/Xj2DLeVQ0ncdOKf5ehLbR0XhgdGwwdYxjU359V/WARqaf86r&#10;cD/X9hpX0JZh6SP9dfwAt/7PthZFrprno4VdTBRx6FKkqRoJJU8n8/m7H/VX9tyY5Q12SwP9FP1s&#10;fr+17uEBNK1PRnHZ6uNTT8v9X7epb1h08MCLgXuL/X8ev6+3Skx3ikChb+of2eD9WFvT/vr+1u2T&#10;jxA1KA+vlmh/1fLpHcRYctwJ/Z9v+ry6acpVBoGGq1gfoeSeLc6jb6e1RU0oNDxHxoNrA3v4zzwL&#10;exDLIUjw/fX/AFDoJ30LEsx+PoPaCf8A3K+trjUtwX5t5U+tz/T/AGHssvY8F5nWzf5sq3pX6g13&#10;+03J1H/D2DbxkJn7hXxD/gP+z0JduipHA1Pwr+3HQ/4Rr0kf+KKRyfoY47f1/A9hJj6UHUpX6S2P&#10;oA+pS1/TzYeyvwi7YGD/AKj0fsdCAnp6PtW0dH4tJElwQLxhmYrexsAUAFv999fax7eSKNGKVI/1&#10;cP8AV6+Vekj3czDR+EdYmcHixH9CbW/x+h9r/D0CzLcRi4PHoW/0uOShN/a+xS5l0gBieP4sf7H+&#10;XpOJkjOpznppralIRdmAB45K/wBfpa49i5tnbFVVy0/21LKzMrcpE7qgAYEXjga1gvsdbNs+77t9&#10;bYQwyHRInBZD/SrhW/1fYOia83632+WaeW4XRq9RT/jw6B7fe/tv7WozXZbKUFJCEa5qa2hprkus&#10;YH+U1lMvqZx7NDtrr6Gj/wAsyEYeRhwrAMBcTIeJaJDwHH5/4j3lPyT7UXe27DZ3u6xVB8mRuGuR&#10;PxxCmR65PUJc7e50F4jW23t+t8qH/ff8MxPl1Uj3h8t6nP5Ooweypnp6VSPJWrJojYhcdVJ46jF7&#10;jqEOpoZEPo/1v7XtdeFIY3WJESMabLoAK3JJ9KKF+pv/ALH3kfa7ZaxTzTwRBUwezSP8A+fHy/Pq&#10;C23W8uGIu3ZpgP6R/mzfl0VCSskyFXRvV1VXV1JaYPK9Q06uFUIlpZXkl/RGF/2HtqewkYgD+z+O&#10;AOf9bnn2aXEjSRAAjUB9nT6qkset5Dq8+A6WMLSimijOrxgyfXVdvUCSeSCOPbZUO5dBZuGvcKSL&#10;f8G9lsMJWEF6V/w9LFt4I0JJXPz49LbFrGYZyJAVMQsjMNYYH/UfQ8f8V9tFRq1oC3Gv/VGxH+t/&#10;h72fAjY+Iwp/tf8AL0mlt6H9Na9CHhZENLIVjN1iF/QCf7I+oubH201MdtTAsoNxwfzzq44uDx7S&#10;TR29x4j61Cn5r6/s/wAHn09BM8GqJodT/wClP+r8ulnjptYivpZl8bDWCWt6NNzf6829t1UB47al&#10;BMYYXYj8N+bg8t7KLmO2RqC4A/NOP7Djo0gm8RqeA1P9L0osW8vnLeN3C1BHpQsba47cWtcL9fbN&#10;UTRoi6pokCpp/ckROAG+l2Fh7KZb7b7Q6JblSzd/xL9vqPSvSs2E1z3rG3+8t/0D0uMZSVkzyeKi&#10;rJA0xN4KaaRdTMvBKqwJ/wBf2xz5XERA+fJUMVib66qlT8D8mVTz7Kpd12zFZkP2Ov8AnPSyLaLo&#10;j+zav+2/6BPSxptv7mldTT4TKyKQDxjK978m36YCBbn2n6ncW3FV/wDc5iEF+TNk6BSeSPSfOp4/&#10;2Hsol3XbBUeNHp+TLT/D0oj2m8B/sz/P/oHpa0W1926ojLt7MkhDYQ4jJaR6V5e9OeST9D7TlVur&#10;bCrKH3BgybqP+LpjSB6hwP8AKOPZdPvW1rrYSJpr/EtT+Wqn+qvRpBtlyug0NPtav7NPSuotp7m1&#10;wf7hcxEAGLasbkUIJU21XpiPz7TtRu7arG0eew2pRzpymOI50kX01RubD2H7/d7GTwjG6hK/xL/n&#10;H+fozhsrkZ0mn5/5ullj9s7hjB82PrmU/QPR12oEargFqcFQS3til3jtUtY57DX4+uUxxNioYfSq&#10;PHsqfdLUMV8UV+VP846Vx2dyAQK/z/zdKOHbuaVeKKqH1+lPVC9iRfmEHn2xT7m2xJIwTPYG5ty+&#10;Vx3HNvT/AJTzyOPp7ou6Wmo6pO77R/n6VJaSgnUp/n/0D0/Q4vJxRrqpKzgnhKaoueDYsPED/tr8&#10;+2xstgWkPiz2JlYkAJHk6Nrn+lhKxvx7sb2ykFS4p/pl/wCgunltJTmlB+3/ACdOkcFeFCtQVCi3&#10;LNSzgjk/7SB+ffcvhqASs0TjT6TTursx5+trgg3/ANv70HsCf7Qf8ZH+QdPrbTLkA/z6zxmoisDF&#10;IPVyZlcAf4qb8EEf7b3BqIiYwFjRRx6poyp5DDUGAF7/AF9l1yLfWxRs1/o/s6q6zI1M9OMDn6sb&#10;n1ArGxIBuPwSbe4NVBaBbxjWSAXVBoI0n6NpvyRf/W9ohDIGck9tP9X+r+fW4mcuany6lRygvYNe&#10;1xpv6gbi+oXPAJt7bftR4jxfVe/H0Gn6Wt/vj7dePSTjt6WKag4z1lEhLDn6f73e9+P9b3AWl4ay&#10;mwP+xHH54v7ZYUyOnVZuBJp1I8nP15t9f9t/Q2+vuAICH06f9iR9CV/HAHB/3v2nmWo1D8/s6dVg&#10;eBz1l1cX/wBb/e/pbm1x7hyRWmW6n8g8C30Xjhb8/n/insqZaM1OA/wdO6gTnrKD6eLf7zc/X/ev&#10;bfLEPK50n/df1H+Fv6e2ZYfwcKdbJAJz1kDcDn+v5/4qfyPeKvhDEkrcC3BFwTZf6j/D2kdCCQf2&#10;9W8+uUR/3m/1+tvzzf3xq09I9PNl4t/gOfobe2vDHr1rh16NrE83H/Gz/QWPvA8Q8Ci30LW45+nH&#10;4/23vRTFRx6359cwxDer/W/2N/8AX4/x98NA+3Y2uDe4sP8AUke6Go4jr3XK/r5/2H1H5/3m/vFS&#10;JZpTpsPA4vp/xXj6e/MpKsD1rFadef8As/8ABhfm3HPJ/wAPfGFVEk1lP1k50/4r+dPsu8CX+H/B&#10;1Whrw65fgX/wv/vrj3xRLNcpz5ByR9DqAF/Tce/eF+t4dcV/lx/wdepmh68TwT/hf33UR6pkt9CT&#10;/r31/wCP0FvZj1f7euKnj/Wt/vX+v74Sx2kj/wAFIP8AtvwQPpf37r2OuQ5+vvM0V6WC/wBQDf8A&#10;x9Y+vHI49vOcHrQ+fXEH1sPxx/X62/3j3lItTxA/jycj83cj8/1B9scePXqVFD14cs3+wP8ArcfT&#10;/X9yo9JExKk+hf6E/X/evaL6aT1X+f8Am61Trizfp/4i4/2H14PvnT2Mc/8AwS3H/B/9b6H/AIj2&#10;34Ev8H8x14Agdec2K3/rx/vHHF+b++VNzKo/o4H+P4/3ge7/AE79grk8fl16nDrp2Fj+eOP9cn+n&#10;+PvmEJqFNz/nR/Z4/X+bj3fw/wDl2/4116grw661ekgH8Hn6/j/eePfnUeRhbm7f7D1Hj/Xv7MBS&#10;iaKU09e8+PXC/H+H0PB/2/8AX6f19yZ4yTTk8/5ElrD/AGpvrx7v1sj09OuIPDD/AGv83/oD9RyO&#10;PeYx3jgA1cQj6AXvqP8AX6+2R2serUqOur8n6ck/634P9P6j3LijtSS8f7si+v8AW/54uR7r59W8&#10;j1xJ9Y/Nwbf1/B/1uRz7loAKeUf7Ulv8eTf/AF/evt615Hrib6gf8Df+n+H+t7nUqAyx8ekl7f6o&#10;elubEAWJHvXl1frG54P9bC4H5JIsLi5v7cqCMXjJH9QP8f1/kj3s+nXh1ikPBHH9fxxe34B/HuVA&#10;tyLH6u31/HJ4FvyPeutjri3A5H0FuP8AWt/rcj2raKItVElT/m4uLG40/j6Wt7Szu0cq/IderkdN&#10;M7L9ufV/aksePqef6k/4e1nGGFWFCmwgiPF7E3HAAP49lUk2KIetjj0n2CtTFmPJnkFifoCDyTb2&#10;o/HdaEcg/cwszJ6AEAUepvqEBNzew96icuHDZP8An62RVqU8uk9IxRqxxYj7WZVRruTKNR9K2sXY&#10;Cwtc/wDEjN1dnW25uXGzmCkngyFbSYozSxeaKEVtdQWkjkaaFY8hGkNw1zpvfSR7dk4Cn8PVLsFo&#10;GA/g/wAh6Kh8nOvo+zerd0YoZLNY2sw2Iy+5YafGVv2MuSnxODzax4/IxJR1stZt2tlq9E8IVfMB&#10;bUp92D4KtanroJ7z1CVhQRNTs0rpBPJF/nSHAWMabta4F/ZQ8rxykqegBezSRyNopUDzGPMf4Ota&#10;XvnrzH7x6t3Ft+SDb2Dq9rrV1NfHuCCDG42pzeFxORbXio2oqh5si5n005kjjmYp/Z9i/NjcbmcX&#10;VY7I01LXY+rieKopqqCnqoZY5IihDwzxSwsukn6qeOPp7Q73FLJAZBGQ/wAqjNTXhmvy8zU+p6PN&#10;p3KdNGrEn+r/AFfP/DSP072rvPpvu3b+4dsbhze3N0YadpsfksblcriB9tS1tNUPCK2jraCu+2mk&#10;iAYK6hxa9/p7pK+af8r+nyAruyeiaZIZZnFTm9pCFwIZZJaGlgTam39pbGnEVIkEcsk4llJ1HUOL&#10;+wts93NJLLbXYpnBrg+eSaVP2D16HlhcLOkzMyq9fsGKcM9bpXwP/nK9d9o12G6i+RGb2/snfNTT&#10;tHgt71ddgtr7Gq6TF0KeaLc24d79o5HLy7myVYQkCw0zJO7AX1E2o+q9n7iwGVhxu49v5vB1yCUS&#10;0+dxVdjKmNhCsoDQ11HDMnokQ2ZfowP0I9ilIo0FADWmaZH+GnTomSoVlofn/wBFdXxUtXS11PFV&#10;0VTT1lLOuqGppZo6inmUEqWimiZ45FDAi4J5HtQfw7y00fKSOdf7pOpGIf8AsSiNi2kCx/ofaaQp&#10;GQFJz1XxEHaDnqR7coKJYjFFIhXlrFQAB9TbVpHBHtNO2rQentWvNevexMwtLyiKS6r6vrexOr/U&#10;qebf7f2kagrXpQqk+XXvY27dTSYww+hW55H5ILfS30Ht+3bIHl/qHSW4j9B1ilHp/wB4+n+2/wB5&#10;9i3RJp0sotrVRwOOdJ/otva5q6VB6K5UqzBumqVrk3/sn6f7cXHJ9vMCAufqSb8Dm9yPqP8AY+9K&#10;oIrnpoRKDx6iSMQOQAot/r8C31v9fbzRQAsQoIuCeSSCQU+txe3PtStw0dNZrnj6f5+tMoUDPn02&#10;1Zuv+tbj/X1fRr2vx7fFpW0+ofn+lrcAn+z7XRXaSCp6bx0xyuVb0m1x/Uc2uL/Ue+TQ2XheV0gk&#10;jn8H+lz7U6tXdWvW+o4l9Vjwp1ED/iPrYH35Yv8AW5/1X4/x+n09++3rdOuzJ9bC3/Bfz+RwTa49&#10;8PEdVvxzcn6fS/4F/fuvY67Mlxfkm/AH6r3/ABc8e+QjDfVR/sQf+KG9j79Xr2OujIy/Rj/hY3/P&#10;04tb3iZAPp/jcj6fmw1Ae99ap6dZA5PJuL/QHj6WP0JuL+88cVhcXv8A63Itcc8fn24JXA41+3rd&#10;PPqO7ajYgAX/AAeD9D/Xmx98hFpN9J4/2n6cG5/HPP1+vtS90XjcGQ5/1f6qde48esN7WAsf8Qx5&#10;FxYfX/D3yMZIHpI/HpH+P54/r7SiVxTOPn16g656hyL/ANPqf8Pxzbn35oOAbC+n0m3NwDwfT+f9&#10;f2sgu1RhUnT5j/L/AKqdeBI6xEk3F7i/PP4JH+1X/wB794vtrkkhuefxe9+fqo9v/XN6p/q/Pr1e&#10;uwwUAAkW/wBtax44JHPvn9qNQYKLDk3H5vf/AFNuf9h799b+m4Zu7yI/1fs49br1w8h4U3Fxb+l7&#10;cccn/kXvN4gCfpb/AGFx/rG3HtH4qfxdV68WYgfW4/xNj/W41c++YT+qn/bKL8cc2+nv3ix/xf4e&#10;t9cLN+COLfknm/PBbn30IwL+k3PP05+vH+Htzr3XXkvb1C30FzYA2uefr7ygKBylzyb6AP8AYe/d&#10;a6xm5Js1hwOWJAN+Tybj3jSK9jY/Qk8G/wDsRb8+zJ/iPTcnxH16xGS1xcW+n+Bsfx6uLH3y8f14&#10;/UQPoL/6/IP9PbMnl0juB8H59cll/wAfp9ObKfxYWP159tjxcseP1Efj8E39rUHBfPqrPq1eh6mL&#10;KdI/wGr6H62/rce+aU5Ab1KCeQGYjkgfkC/0Hs1jhLKhVqJ0mZjgqeoUtYoaxR2t+UUN/X6gt/Q+&#10;1xtQ+KuxzHllq6VgeLnRLTE2Ngfqv+HsXcqiK2v1lbgCD+x1PQZ3dDOlxH50P+A9BB2nG1dtrcFO&#10;AQKjE5SIrdh/nqCvT6epVNn/AMefZo6jNLNQxRFiCsKC1xfhTxZpT+T7n2TfLdrJEM6fB/n8tVfl&#10;1G6bK0UzyhRk/wCr8PVReG6vqMfuvIVyUpZZ8lUym0bHTrliOryLQxgcKPzYewl3FIHSW3qvcckE&#10;8kg/1F/YQutwVgxUjTT/AFfi4f8AF9H1taspUkf5ujxdd0Bp3pQVZHQL9AVWyhTbmNTybfT2Xzc6&#10;EBjpP6rBQP8AakPIAvex+vsJXThjxwP9WOjiKDUe3gPPo6mz3FlUH6rySeeFYDkngf4f8R7ADckb&#10;FF+t/UBx9PXHb/H8ew3N3zSrwP8AsDo3gIUhfT/N0OFAfSPoRYf701zb8H2F9VCGSwUf43/rqU/0&#10;tbj2XSnBr0YTf2bf6vPp4Q2b/Acf0/B4/rf2m9xUwNVLYfUJxb6gQIB+L/X6c/j2H54i8msnj/0F&#10;1qAlo0r6f8/dZ1/SP9j/AL2faJjpNOQpiF/ti1hxbS1xwObf8T7SPGBXGel8Rzpr1y9pXJ0peeRr&#10;f7scm4H1Ba9xp/w9h+/gV7gkL+H/AFf6vLpSRqz172346nRal+B+g/hSOZVt/Z+ot7SfTD+M/tP+&#10;fqoAB697TOViJq5bcjXJzb/m69voG49l1zbhJlI9P+fuqlFJP29e98MahWtiNudKX45FpU4vYfn3&#10;eCYxkKfhPn/q/wBXn1UDQ4H4eve8GYFqudiD/nZfx6iNRPFufz7USTq8iBeHrj5/6vs689STpHXv&#10;bGrXJ/pf/e7H+v4Hsyhl+Gjf6vX/AGemyK1HXvfMOVJ444+lv68CxIH9fZvFLEyAs2f9Xp14Io49&#10;e9udLKy2Ic8fXnixDkfQ8+2ZXDkUFB1YBfTr3tR0uSqFkW0rppvz5HU+oN+fJb/b+y2eTswO7pxa&#10;itOPXvalTcNYmkGd7HnmaQ/6/In/AKe0VvIDJ2NkdOB+IrXr3uLVZaWa2p2YMbfqZhY/68hH/GvY&#10;whJAjY+f+UdJrkYBHDr3tskkN9XH1+pv/ibj8+zGJqMR69IePn1733G+ooGa2kgk/wC0/n/C9+f9&#10;b2YqSyMKfh/zjpPJ/Zv/AKU9e9m2xU0VR1NhVCi8O78Quqy/qjwEIH0J+l/bEXia7j4v7JvXpBbV&#10;8W+/55H/AMnTGVI3CH+o/g7DT/iay5/2/t1qONw44N+evKsH/DVVHmw/Nh79G3+LxADv8VP+O9Nx&#10;Y262px+oh/471nW2ie30GQH1va1o+P8AY39pOtTT1zuaO/6c7Rj/AB9NM1hza/u7V+rWnz/wjpa1&#10;f3imnj3f4R1nPNfAfr/kk35/rJDc+yqTLrVv9qYHnn+n4APvV0lGf049L3FZJOp3tqZdLNxa/P4+&#10;lgPwD+fZTMtQD6dbSQjStMde99WH++t9f6/T629pNK+nSj8+ve//1KB6qzyHxlwR9L2/tIv4F7/T&#10;3CepRjRjqadSk4THW/x7hMrWubcc2sSL/j6nix9puz/hvXqp6H+XXvbbKo4AH1HNzf8AC354/Ptp&#10;21vI5bz/AG+n8utnJJ697gPAWN/+J/xNrcf4+2nqUIXj0wxAUmg697j+FwWOgupZrkXNrcXYgXGk&#10;8/63twOrBf1PPh6dN+Kr4DDr3vA0IDahZvpdV9RHN/0/gj357ku4jds/lTq+okgE1697jOoU8i11&#10;vyD/AI/19rFddCiuQueq9e98LsBZQQLA6iCALfT6j359LKG1dvTUkZk05pTr3sZugqOjqN/hakyM&#10;7YTcDx+IRso0Yqe5OtSwN/6e6XLlLYp5kr0pt2VI2ibiQOuEhKrcf6uP68cGRQf9jY+wrzMDGtCA&#10;MY5LlVvyoWNCyvYWUk/T2rhdGiWNPiX/AD9IKgwxwD4x/n65+2emweQqrGGjqdHHraCa1zq/tLEy&#10;mxQj27csTI7Hpe6SSMz0NOve58e1oyvmr8th6IJyYKvJQ09S1zoskE0QYmxBP+Bv7TeJSuD00UAB&#10;Z3AA697bazIbRomURQZSvrlNlSalop8UbD0kFHWQhlPq/wAfb8TDEbAZ/b/sdbDxCkYBP+Dr3tw2&#10;Zu2oyW58dijtvbFLST1MEImpsfPFVDysULOxmMeq3+0/X2nnASNmM1SB6jrQeXVpKqB172Fe7hP/&#10;ABnKxPNM6iurEGt2bSv3MyqoBBAQA2A/oPau3IaJSUFa/P8Az9MLV1JJzr/z9e9pNaUKbInqJ5JH&#10;Iv8AXkLe/tU8gpr7qf6vSvVtBA1Ux173O+1awuwUfUqHIJ4+litrG3tstU6h14Kfy6975JTm/ItY&#10;kAoPV/yEbEMSTz/T2yzeQ6adqmi8Ove5MdNZbhSvJ/SLajewZ+Ddv8fe1+B+7/V/qx02F6977FIT&#10;9Qq8mxVCP6A8lOPp7qoYEGnVxExyRjr3vl4FJ0kuwP4kIbn8gccEj/ffn26upizLShHVghQhieHX&#10;veORbJIDxfRYkAIbEE/gAe23LsWqT1R1J1ny697Um59MlYpX6NGg1kLpP+TxHgkc6be6xP4QJf8A&#10;1Z6dkVg4px697TUgLkqouxDAlAT/AEAPABtz7Uh1DLx6b0nWo8+ve+/4fNUeKIQSyMxFhGjuVvbl&#10;gI7j6+/fUBNbk0NfPp2NSGZqefXvb/RbQqJ4VrKuaCjpxK0V69xTlmRVc6DLT2ZSlyOebH3RrhAa&#10;PQn7af5elCx1GpgAPnXr3uJIcbSyyRUdM1RUwsyPLLBDLQSiJ2VlWaMI7l5FBH9UN/bTzoEGQT8u&#10;qFo1BCirV/Lr3uS1fk6hEiiK42JUF0xj1FMsqCwJkQMVdirAHjkAey+RgWdzkf5utFnb5D5de944&#10;6IM7PMzueWMtwZXtzpkLLyrfn+vttWBAGsE9VABzXr3ufDTpYgokaqToMK6Wt/zcNuSGP+HukrEA&#10;UbPVwPlTr3ualK5sf7YPpK30kca9R03Y2/2HtMTkknPVtNM+fXvYmZOH/fl7ZuqqGjynjCm0n/Fz&#10;j1kixtcn/Yj2wD+q/wDq8un2/so/z/w9e9pbG0rFEDRMzHUXdoyXsGcizlb2txz+D7cJBUsDjrcU&#10;ZYg0697XmMpeFMalhI7KAg1G6k3JAU29pC6r826MoYtIqRk9e9r7FYfJVU0YpqKWVUKMzJDUSRKD&#10;z6ikRAt+fr7TtNGmqv7Ol2pVQ0Bp172K2M25jcfGlfnMhQ1DkBUocdVUtTXR6QGs9JPEjA6VK/X9&#10;XHtIJTLLSMHHH8x1RgHAIBp6ddf4fm3+w9i9l4YnzG12oNRg/gmDKrOFE6LqYhmWPhdK2F/9V7GW&#10;yhtJUj8R+z8PTE7BHCkYoOo6EiOYvYWeb9PItc2+v1J9mP2LE33+KurBRTUSG4/VaWlBIJA1An/b&#10;ex/saE79tzqMxvGT/tZB0HN7YLHM1PwE/wCHoIeyZlXaW4VLLeWmywHNguvG1pH0PBUD2bulS9JB&#10;H9CacPcrxp8Y/UbWB95c2imU7dIq9hVF9PPj/q49QHvJX6p6j4m/5+PVQGWqfHlczLruI8pURFQx&#10;ZnkWU+mMXJdSR9feWljjeqotBa6VMAu2mxtKtyrD6j2PbKKXbr15pk1Kwb4PtH+TomdxDrD+h6S2&#10;5K2d9sbjRhD+9iMmVS7641NBUDTMjH0ODb2KOdT1OAX/AFW+ll9RHButib+4Y9wI2u94uNwRCid/&#10;xn9Q/s4HGR/s9DrlKVJoISGXI/i+fRTvjVkFpcFSUNQY3kJgceE64rRrLewLahfWDxf2hcjT+MXZ&#10;VN/z+Prbk245/wB9/XGbepVnQ6FbHy/0v2/4fl9kx7dGbpv02wOrQ+vapzMg8qrwPSzG5AWovZdY&#10;vxzb+h9hdmaQu9rDRc6pWFo/0xlbtYLdjx9fr7CCSKlCF/n/AJuPQqS2aCmsr/tejc4GqIi5k9dh&#10;aJb+Tl5tQEZOsBVN/wDW9h7XU6sT+3IoDfSRdL6SAL2K/U2/23ukcT1r4sYYjyPD/V/qr0sih0sr&#10;NImfn0KNHWgAcs4sDqT1IeSbBtX9D/t/bZ9oxb/M/T08Kw5/wIjHJv7XIKiniL/xn/AWPRvDeWsY&#10;OpqD/a/9BdSmrUAN3JJsf1mwv/qv8LD280NDr9TRABeVXTyACCLjSQLgf7x7TWcywzaXVyS3GnH/&#10;AFf5emZY0kBYSJVvn/q9emvMVR8RMU8XKc/vjSL2+p1hm+v49qCuo/BRXKPpKkC8aqf80TyDpJ+h&#10;/wBb+nsSRTfVqQijXxwcf4P9X7R0Q3G2u7ErLDT7f+heg8oqk/xIAzRmz2Y+Qt/u76fraxF/p/X/&#10;AG/srXYNJeqqFcBQ0bOhYABh5KxdKgpyxH0HsN3v6QkqRUE9GttGbaGLxCKgD/AOjL7cmWShp2BL&#10;WSMNazWPihPJv+b+wypMa2pAFszyrp1rfhiukiy2K/m/9fZdbX0QbSYHP2fz/wBQ6dM/ikhImI/o&#10;+nSjd7XN+LG/9P62I/r+PYg4nbM7WvAJXYppRUaR+bKCqmL6i49nSXX1hit4LC4qRpxHT/jvVXMc&#10;MYknXQoHE4/w9NFbkIKZHlmqoYY41ZmeSdI0VV5JZmYKBb/H2POzes6+oRaishNJAStlmWSF2uoY&#10;aUmoin+H1/HuceQPbfeN9KSR2KJGBxdWX5cdH+qvUYc1887LtIdQ7u3pFpb/AJ/6KT3B8kNpbSZ8&#10;ZRZFcpkyrnRjp6OsSJlaxEpp8tFKjc3+l/ZmNqbcx+JjSOnp6V3RLeSSOEmxVuQ8cURY8+8weS/b&#10;ra9hgdbq3R9wJ7iqqwNNXn4YYdtK/I9Y677zre7peTujzpYlu1TqVv8AbLqZV6qf7+7Z3RvhpHmz&#10;GWoqN5AVpMfXV0KqBNSuweGWuqY0Gpfx9Pa91NHFGGF/1X0C6j1XFgStv1f7f3K92LabZ4dujiGt&#10;K1I4Grav9Xzx0B7rwbh5DCW8T+l/q+XRUKeOKatqfVGulo/UzKk8l42vrsr3tp/r+n2zzi6yhXYj&#10;0aRfVe2n6W+psefz7tBbSfSidGoOBr2Mf9XmfXGenImMKRtcxapgTq0+fQjY8hqmiPiigj1VAMki&#10;CHx38g9TH0gFgNP++u1Sn1OASNOm+mxJ/pptzbj2mjZC+plqo9cf5unoSZdNO2v8WOl3SJoipzIp&#10;fyvKqsPVGtiNXkZzZdV/9b2wZTJ0GOh+4ramGliQsxkqXihUi3NmlZFJF+Rf2l3K+srKNpJ5hEP4&#10;SQhPD8J/1enRpabbuN5cLHAVZCP4m0/6v9Xl0JO09t5jcc70WFxlZkKmbRGsdBS1FXJCwuQ0wpIZ&#10;5IlbTwxHI9lv3X8gNvY+rlo8YIqmeEm8k6wNTuRrSyywZRS13UfgcH3Ce/8AuJt6uVtpm1DzxT/j&#10;/DhjqRrLkfcREkk8sOB5Mf8ArX0fHrv4i5d6GOp3TkZ6RKmIH7ehqnSqi1FHtJDXYEhGCsRyTz7B&#10;XNfIvL1LusMVNTNyqfbGsjjK3kVWIjyh9ZJ5txwPYBvPc+e2k8OOdqU1YP8Ank4/6vXo6t+UrdF/&#10;XRHfV56Tjz4r0Y7b3xk2Ph4lWQVmSNwzPk0xFTKCRGTGrHDRnxApxfm7H2HWX7v3LUk6MtU04EWk&#10;iGvroiCfJ9L5Emy6v949hm69xL6Uml3N/vTf9bPz/wBVejmDlzboxVrcFf8ASr/0D0JON6g2HjlI&#10;TbWDmOvXqnw+IkN/Rc8Y9Lk+Mc+0XVdubil5l3BlmGmwC5arYW9ZtzWjgE/7x7JbnnK6nOqS4lLf&#10;6Zv8rnoyj2izQUjiGn7B/m6UlNsfadILU+28DDc6j4sPjo7tYeo6KZbtx7S1d2flZQx/jFfICSG8&#10;uQnb+trBqy30FvZfNzVL2nx5PyLfzz04NugXhH/xkf5uneLCYqAARY+iiAtxFSU8Y/5NiH59pOt7&#10;FqPUrVtQ7fW7zsdNmsbMastf2mTmC6mUlJmpX+Jv846fi2yN1qqAj/V8up608C/pijH44RR/h9AP&#10;aVq+wJJA4aWb1FSLO9r3FwbVX4Htlt5vFOk3PcP6R/2Olq7SimulP2D/ADdZAij6Ko/1gB/xHtlk&#10;3zKCzCWUAgXs0iseAB/ykm9gfaVN4uiSHlI/2x/z9PLtieSin5f5uu9I/oP9sPbO+8nd9SzygH+r&#10;uCRYjn9+31Pu7brO65maoHqP+gv8HTo25BkqAfsX/N137gjeNQslzUML/TVI3Jt+Aai1rD/X9ppd&#10;2nTuUUp/pv8AP03cberaCiAEfn/z7173kG+apHEkVXURMDw0M8iuo5tyKhW5v71HvzKyh5G+3/Ua&#10;f4D0wNvevcR+X/RPXrX4PI9uFH2nuCjmRo83kiqspWGTI1gVtJFlKCsUFWAta3tb/WMHSqu/7a/5&#10;ety2sgCkHu+3/Y6xNBA/64Ym/wCDRof97HsScV8hK5Kino8xTUs0CCF5JYI6iao8YZEYkzZTT5dF&#10;za3DH2aQ80WdtoFyHof4dP8An6bn2+cRtIwSmn/V5dQ3xlMxZkBRiDbToVb24uAl7X9mdweXx+58&#10;LSZXHVCzQzQ07PEHhYwSTUsVQ0MyQvMIJo1mUMhN1+nuRLM2+52EVxaj4ivxfF8Or+lnu6KHRUNF&#10;HE/6vz6TU4koqp4pF4YM8bgOLqX0KOSgJIT8fnn24mkIWw08tf0kWFxa5Gjj6/7b21PbSIaUU488&#10;16SG5jU6SrU65JUqSD6uOLEG9/8ADnn6f7f3CNHp1KwBZixNhcA2/DaQSbe0Jt3AqaBKedR/q/b0&#10;pSQFa07epYnDcqbWIFrgkm9vpf6+2w0njcsy6xfi3+Knj9PNvaKRC6soND1dWDV0nPUzy3X9X1H+&#10;sPr9Rz7bZqfVJfTYLfkCxFxp5sv4PtKI21aCP+K6Vkhcnh1mV+Bz9QLc3/23+FvbXUQBHk4HOjkC&#10;w+i/1Xn88+/TW5bRprTrWoNkV/PrMrXAv/j/ALH/AGAPuJWQv5LGx+huLm91T8EfT/Ye08lmViZU&#10;01H8uvagpqeHXJG/P4P+t+L/APE++qqMWDaD6bcBf8P6Wv8AX2hNlINPcuk+fVjMn8WeuasR/r/W&#10;9/8Aif8AW94DGGgX62LNa45+n+t9PejaShNZpp+3pz8Ory671Wb8f1PNhwB/Tk++AhDQMALDU454&#10;v6P9b6H/AB/r7SmNhV2Q4+zqmsUyOuWr1Xvf6f8AFCD/AIn/AG/vBBGqtKL8mFwPr+Stri1/fipo&#10;1F6vXHXJmuB/UMLfjixvbn3wp41VpQRfUHNwB/aZfqLf4e0/W+uTE2X6fji5/of9j9PeJ0Hn0rwd&#10;Stz9OTY/2efr7tRvQ9e67B9F+LfT/X/p+ePfKZNM63sCDY6b2PI+vpNvp79pJHDrXkevKfSSPyLj&#10;8f7Ec8++6iK0luOLDj620i1zYf09+o3oet9eVrryf9cnj6/0595DpFND6b8N+Af7XP8Avft0iopX&#10;r3XDnW3P5/1voLfX34oRTxHj/dlwP+D8fgf19tlO6oHXvMddhvU31sQCOB+B/Xn6e8kCkJNf/Ur/&#10;AIfn+lzzY+6de4jri5F1HP1NvqSfp+SPp7y0gsk9/rpY/wBfox/1/eiAwIIqD14def6r9fwP94+n&#10;4+vvhS81AX1XL3BFgBcgH8f4e7hdSk+fXvTrz8KDxa3P+w5+v45PuSotUD/CYfT/AIP+L+96G69X&#10;PXG/p/J9J/4p+OPeSQL5G+tyWvcC36jyR7cT4QD1o8euPNvp/qRf/Y8EH8+5c6X+3Fxb7JPz+CTb&#10;8e99Wpw+zrgONR/Os2/pcfWw4/4n3lKkLTg6dXhF7X/LX/P9b+2CtK+nW/IdeB/URflj/vHF+P8A&#10;H3OEYWjl+hLSRcjkD1cAm319+0txp1vyPXDV+4v4AB/1/p+P999feREPhlBANmQ/7z/rc/T37S2O&#10;vYoeuJIuDzax/wB6/wCN+3Gj0+aL9X9v+hP6W4P+t73oPr1YHrG5sG+n4HH55F/pbj3Po1OuO2mx&#10;vwODxq/1h7qw0nrw9esch4Ym/wDsRcc8fT+nuZSRkuotzrJ/w+rf1H+HttnVBVjTrfAHrhK1lJ/o&#10;P+Kc/UC5v7W9JGY5R9L6I+eeeLjng2/4p7LrlmZ20nIwOveZ6Y5SHi5vpLPcX/qSPxf8e1TER91c&#10;i5FPG1rfkEH2XGKSnw/4OrDiOmOQj7YgNwZ3F/8ACxHP059qGFiVgsmpnliVwFL+gi7FR/X/AF+P&#10;bixOqAnhr69Xu/LpO1BXVU3k0haaZkLNo9fNrseAP9bn2scWz00lBKhKmLL0kyxMbKjI0ZEqJ6dM&#10;yFbAj6e6yyo/YV7StOvXFBGf9L0gs1TrW0+Vp5QjCfA5CmllCa2ljljmR4JHOoPTSK92Ujn3Y5tT&#10;ITTYbariCn1Ni8VUys6yCtmTxRO7sbnyRy6uT9CfqfbcNlLLJr8QaD60rxzSmcU86DoFXCxeNLQ9&#10;1T1q3fJLCYDGbq+REFTm9yFZd178wFBDBX002zMLk6ynrI6Kn/ciRcblqRyDEiEyxxfpX+o+0kRl&#10;ojJG5gjZRIoUCMq2km31ICk/Uf8AFfbm4zW80axvD+oeOeFPX/Bwx+XSixWAUNatn/D/AKv8vWtX&#10;PXZHZ3a4pqwR7orMTVz4iRqpJMyKmklqo0qKinLtEaipCG8bEqur9S+3VQHoY/I4ZjGDMSQ0JYC1&#10;o2t6oyBbnk+wLDZtD460BV+HrTPr/wAV0dmSaMjwz0L+6N6tP2hSVGJoK7Ew4PJAYelgp2x+bWN2&#10;ppnlylJFU6o66nddSNHpCpx7KF278TOju5qOGlz21KPbubnWRjuTauA2tjcxI0c1DKzPl6zAZCd9&#10;cNCsP0/zbMn0Ispht9zWrxOpUnzLH8uNf216UfUzLq8Rq/PJP+Xq9bon+bF8jvjdWb5yLbxHcmw8&#10;dU7diGB7X3TvHdO4cFFW01bSQR4PGU26qHH0CVNfXGaoUkakijb6qb1sb5/lb5agMkXW28MXJRce&#10;BN8bhEdcvFGz2TC7LEYLyyT3ItdAl+S3t+S1v3EBliDN8g3kTXiB/lI/n0oinjAYOWDfOn+Tq7jq&#10;7+d98dN1URpt3bP7YoM5S/8AFwrtubGo6/aSeaevelEGUbeNTL6qOCNW1gD7kui3A9kpznxj7Q2v&#10;VPRV9Bj8q8Ni8+GizWRhIdVYWkfCQk2EgB4W9iPx71JZXsCa5IXU5pXV/s9GUN2I661Yn5Z/y9W4&#10;ba7O2TuvHU+TxeexywVIYxxVldQ09SNMkkR1wmqYr6ozb63BB/PvDj9l7kx0ams2luGkYF1cPgK6&#10;JgATZ3ElIhCN+CTYg+yh2dn8IRMZB8j/AJ+jCO/hZaCN9Q+X+z0sIcnjahQ8GQoZ0YkK0NXBIrEf&#10;UBkkYEj2usTj56aUCopZof0HTLA8Zb6ehQyC78cj2t8Nrch5FGM5/Z/q9R6dWVlvKmH8Pr1laRJV&#10;sjhhyLqQR/r3ufpb2LeMpopI01PEosraWZVb06TfS4P9fagyBl8SuOi2XErxFP1OmGqkdXICOxN1&#10;JVSRc8fVSLfTn27mkhU61dNP+0umr6kmwAvb08+2BdxGTwwTr+z/AFZ6ZZgvbpNeo2uYp6kP9BdS&#10;QALfq5t+fbhQwfvB1KhR9LkBiWKsOLWC/wC8XPtdIGMIeo/1f6v9VOmnfWNPdXpuqZuDGwYsfqQC&#10;VFgwPquLt7Uq0+oC2m9r3FrWt/iBwF49spK8ZOk/l5dM8OmR5QSdQb62H4P1NufpyfeEwlQVOkiw&#10;H9Rcfj6cH/e/ZpbSB2U0of8AY6c0kCp6wO4tcX55uOBYkc8n6c+8DwMvOpSD/Q3/AOI/23swr1Wn&#10;XBJla40sCPqCLfn8f198Ap0E2P45IFjzxY+9Myrknr3WS92sCPzex5HH5/A99yxhIywdCVsfSfVy&#10;wv8AgcH35WDfCcde4dcY2ZnVWRgG/LLxexA4uef9h74CEA6Cy3JNiCLANzyQD+D/AE9+fUVOnj17&#10;rn5f7dnKqBdbHUSOLAE82I9ykjAuC0akngk2Bbn6NY3vf/b+0y+NHpLIxU9az6f4OuEkitcrc2+t&#10;gbgXH9m9+APeSODyPpEkVwdNtf5uPpwP6/X3V7kMp1W01PXT14nSCWU064uTEvk1L9CT6wOPzf6/&#10;09zfswLEyQ/qKWLjUL/2jZSdI/r7R/XNFRjbTaP9L/s9WTvXVpoD1h8nkuoZS2kOSLkHj9KnUASb&#10;Hj/invA1MCxUPESD9Q455sCDpsU/x9qo7x3wthc/84z/AJ+vNRTQ9dkhAHeaAA82Mn04vZgSDr4+&#10;nvowBQTdWAbTcckn+pOn6e31mdj/ALjSj7V6prX0PXDXci0sVyuu3k+g/wBp+nPvksHNg8LG3Kq4&#10;Yg/QgqPoT/sPahEkfPgSf7yT1XxovJh1HkqUAJOpQDYM/oDL9QQxuCoHvwpwTY2U/wBG0g2te/Kg&#10;W592eN0FTw6dx1xNYCLqCw/qqsw4JFvS5N/eUQC+lShNyeCD9B/QA/717b63j06xfctoLssgtb6q&#10;Re/A5J/qeeffFaYt6WKqfoxdihT6gFzp4vbj+vs58F6eNRdPH+WqlOmfGj8bwa/qf7GrqO9coHCy&#10;P9NIjUOH5CkR3bkqTz/T34U6gqAoIYfqQAhbDnUxX+o93kt5Vj+okdfDr5nj1ozr4/051av5dcBX&#10;Bi6KWV1t6GBDHUfSFUObn3zipX5AjY3+tkJtwQAbLf2scawtDjrUrrWtcdRpa2NfrKoH4vKAT9Po&#10;Wew98ft5WuEpakW/5sOb/gn9I/4n3c2cuquuPT6/6v8Aivn0ncjjVCPsr/n68MjSrYvVwXPFvuIx&#10;/sLl7+8Yw9UbXoqssW1AR08jEA/Sw0E3PtZHEaAFVp/q8/8AY6LXuY1qD1wkz9ANRGSokCLp/dq4&#10;o0uOTq/cVbW/x986jA5CQJ4aPIagFsgppzI1g4NlWAMbkgf6/tVE4iTTQk1r0j+sjHBT/If5+osW&#10;5cSjSNUZTELFZ/3DXUoiXlW9TvUaR6bn/gvsQdp7RysklLPLTmBIhC7rUrPDLZDTsfS8HDW/xHIP&#10;sw2+SeOYS6/06/6v8uD0Uu6sX7saugS7R7N2tR0FdRRVgrKipWogiOOkpKqHXNHWxrqMdYGKawP0&#10;g8MPYp1cSQqyajdOGA/TddV7WW3sSPvF1JGkYkOoef8Ahxr6QvaiSmkLq6LBhV+4nFW0KBJzrTWp&#10;12bRpDFrkH/Y+w5zzSKkhB1KpK/2hYXNv97/ANb27++U8JVo2r/D/wAa9fl8uvLZyDhpp9vRgNm0&#10;MTzRfpV2Gs6dBFwoFwPGfpb2CG4hMykjRY/kseCCpHOke6tfQP5N9nRhFCEUKejO7YjSPSLm63vw&#10;BcENcW1cf8T7BHPU5dFSyliT9ePzExtcC/pHsnlu0NxIyq1D/mp06tFlJJx0MmPay3JNh/X8/q+v&#10;NhY+w1q6NoxZhY24H5/scfp/ofaWR1c0TPSqSVZF0pXj0+Ifzfjm5/F+ef8AePabztMGqmlGm2mI&#10;FeSSFRATpCWIt9faGSMpE5c4/wAvp1aEFYhU9SI2uAOb8/631P59puOlV66nfQoHl/pzwCSbW4vz&#10;/sPZOXDSMorWnn0+k6RkatVf9Xn1l9onK04E8oAHDuPUB/V+RwDb2gvrSVpQe34el0Uiumr1697Z&#10;aClIqTfSQ/oBHPqLqeBpBsbey5onStRgdOihPXvafylHaqlIt/nHAUC5J8kpJ/Tb2VXjKsgDA10/&#10;5T14sEqrA1697h0ECmvjsOAVXkf2vIvH04H/ABT2ifW47FNOmywYig697hZ+EirqVXSpV5T9fwC9&#10;x9CfdY1apOrry8W697SS3UnVe3+uT/vQ9m9rGykgD16b0Gpp173kQi2r63/Sf+I/P49maMEDK3Wm&#10;UrSvXvcmB3U/4Gwsbk8XB5/B491d9eB8PWgeve3RGP8AU35AsSDz/qv9t7RSvnT5dOqaVz173J+4&#10;OkfXVx9Txa5A/PtJCvhOzsRpPWyDUkefXveaGquzCQM17abXbn6gfUf74exTaXUU6mNall/1f6v9&#10;Q6blQuoAbPXvcpZV/OplvxYf4cekm55/2Hs0iI7VqKj+Y+XSJ43HmK9e95Q+nQ62sGUEfQ2HqPC3&#10;HszhcPqUeY/ydJ3jJRx8j172bvbECt1TjzcajuuhqRe1tP8Ad6D/AAuDq93jL6rgj4PDK/6vy+fR&#10;XauTPfAcPpnT86/4OmSQ2zy/9qk/T63+8H+Nvp/vXt6rAE3Bhv6vsCZvpb0motb/AFx7Tq4aELSr&#10;CVR/L/V/xXVljkG3Qsw+G5jH8v8AV/xXWWK7LVWuLZBvzf6CM3ufpf2l69Newt0IAADm6UjXwP8A&#10;gNc/i9xf/fc+33YC6DHgK/4R0pav7xSn9L9lR1IN/vaf/qElv/yXF/vF/ZUm4QH+lr/jXqsTzzf6&#10;+9yFpmIVaP0vYFpJKcep3tslUk3H9PqeL/Q/Xjge0klsyk96EH9n7Om9BUtVs9e9xf8AC7fXT9f+&#10;QtX0/p+faTQ9a6E4/wCSlPs/y9P+P/QHXvf/1aC5uJCNNuR+AP7IH4+n09wQLj+h/P8A2Opn63+P&#10;cU8o9xxp4/w5uf8Abe/fUf0P59a8j173BeEtyBa5ub/gX+n05t7T/Pr39Lr3uOYSCRY2F/zz/wBC&#10;/wBPemagr0076FrTPXvfbQaY5QJpAzh2sLAer6D6EWJ9vItShAzpp/LpNEP1B+fXvbYIHGoMBcj0&#10;yIB5OfoRwOeb/wCv7ofMHpVTj1735MfUTqQsEshT0XCMzG1iC1lb1HV7UjsAb+gf8/8Al69pJ697&#10;n0u3Kucqk01LRRmx11lQtIt+PzOoX8e3i3Wwh8+ve1xszKbc6w3QmazOSnrEfHZOmX+AtTZMA1dI&#10;1KvMckdgTLf6/T2huCzFwi4qOPW30QkPUkU8s+o8uuLjUtuDyp5+npYN/wAR7Q0+78XG1TLjMFBk&#10;/Iyfbvm6KRJgqkarLFKFBPP+2HtRbhiysrf6vn0hgbv7Ur9vXL2yZDcGayErz000uChewWkwk80N&#10;NGFVEsisWILFCx/2p29rpCCzVyPn0ullkJYDA+XXvaZq6P72QS1ryVBHBlqW1SkEAfqcerTpA/1h&#10;7YMgC9vHpDJIrLWtW697bp4Y1LeJLqgBVitjcCx+nAF/bkXBfWv+XrcIGlCB5/5eve3fr5X/AL7Y&#10;H6XbI0wBFyf87/X/AA+vt25/sX6U0yD/AKuB697ZN3UZG4MncAk1tWSf8TVzc3t9D7YtYomioV/w&#10;+nSeIVDg/wAXXvab+wUAGwF+eB/gTySLf76/tZ4iuxStSB0+atxPXveb7ItY6f7IHIBH+PFh7t+f&#10;XtHz697yxUJB555+ljz+bfT/AHr2w3xGnTDr3Hr3uclGxAKxn6WBA4P+8C49+VgDQH9Ty6oSqkAn&#10;PXvfnpVCWtYAn8An6n/AcX9+RqGvTqUU1br3tvkpwNWjhyllHAQsTzqNvqPx7dSUFQQMH/PTrbUO&#10;inmeve4ssRcrGYjOza/RGheLizfUKfwb/wCuPbUkrINTHJ+zqp8Tz/yde9rTIYOXJ1S+qGk0rHpF&#10;VIKWInxIHCGRLkrp5t9L+08NyAG8Vq/l/m6UkBzlqde9tdXR4bEMIw9TVZEgDRHDFPREkXXVMpDW&#10;Knn/AB92F2zZ8Pt+3/Y6qdCepb+XXveKSuqpYytPS0tBMi6hNRM6TFLWUFrn1gC9j9D7bM7morjq&#10;gZ6MMA/Lr3t2Vais2qklRUT1rx5edStWWkT9ukN9J4Frm3+sfbDuzSdx8unMtEKmufPr3tLwwB2e&#10;ymNNRJiQWi13UFvoRc3t/S3vbNRRU4HTNPKmOve3WGnVVDEXtx/sOOfpb2kll1ao19OvAfEtOve8&#10;rRHWAFJXj/H8Dj6f090hkySePn1ZB2jr3uTFAQTwbAAXtz+SD9ODb6+9s2oKPQdOAde9vNLSmYhL&#10;tGLE60H1HJtyo+tvr7TtJTh1sCvXvYnZKjSTam3JWSVTFFkvRHHfXryCA3DC4te/tKGpIwx0pIHh&#10;xk/Pr3vvCbVyeSaMmJcek5dUmqS9JSqyiUOJppYtKD0WH9Sbfn3uScKmniOn4EdjGOGR172Lu0ds&#10;7ZTcFPh8jVVzV4kTTDj4YKnHyGSGSRQkrKGdhHy39G49l805RNR4fz6NkWNSA7Z/l10fobWv/jwP&#10;9j7kZLM5Rax6Kkjp9vrSyMsYwsr06VK3IQVpJtYhdTWtd29soUaQFzWvr1uUswKDt+zrv3Eo4Xlq&#10;YJLS+fyapakr6Xub3Mh4a7888e1kRi1BVbNOH5eX+qvXkhopHXvZpK3HSHJ7VaEqrHbW32ctZVku&#10;TcNYAnVx7E+0LKAoAb4zT89P+c9IbwaJkp5U6gpIvhqmc3Cz1C8ckab/AO8gezJ7Op1XIYYu5FqC&#10;h1KvMNxJTahyv0Fj/Tj2L+V5Zod9iMq1Xxk+dP1Y/n0GN3illjdUBrT/AD9Ar2g+vaG4BEq6/DlQ&#10;DyJCTi8jp02b6knj2Zn+JYilhi+8yePpI1iCN562khstjw3klW36ef8AW95jWe92Ntttm7SJ4iKv&#10;r/D824dQruvL+6TXbNHExk14Pd/F/peqlqjam8sjlsomK2vuHIvPXVM4emw2SqU1mWymN6ekcEjU&#10;GFz9G/w94cdnNu1tfTxYzPYWucVUOiGjydDUyqBJHYGOGd2WxI/H59yNy9zBtm4xAXc6a9Pqv/QX&#10;y/1eZPNy1zCSfq7VgtDX4v8AIvSf3ns/fWG2znJstsfeGOh/g+SFRWZHbWbo6Z2NFUBpGqKiijiY&#10;Fb86h+n2NVZHPJLI2kv6gPHJcBz+TYeoheDcf09xP7rXu2xzt9FKob/oj8vtx+zoQ8uWkNlCkdw2&#10;mQ/6v9X/ABXRHOhmp2pqRSDFTtFqFXRFXeIItSEieW+iN5badP8Aa9pOvp1e97szEakC6oR6lPFh&#10;wSo/2/vGTeFjj1sFxnh8gM/PP+o8Op35cjlBB0/DX/n7qx7r7KVNolDrHGlvHNM5jr5Ff7nWHjLW&#10;AuefrwfbNhNjZHd+S/g9GAIvoxcssIvTtUqC3hlXl6dvottXuMtyvoIKyknP2eWMZHlToXXSOB8O&#10;D0YzdPbWC6r2vJuvPvJ+wA2iniE1YfJX0+PsIhUQyMy/xFL8/o9mRxXxK2xWaZ85uDIRSA6VWnlx&#10;rAE+RbaZaLVYKqn6+4nHN24KdEUa8PMnhj58fy6KTDcA/wBr/wAa6J/2D/Mf3Rt5Wh2T17Q5eFif&#10;3q+iz0NmtDJfXRVbKVu7r9f7PsQKP4ldWaLnLZWZgeBJFh7cG3JWkuLDn3o84bwCAyAfmf8AAemm&#10;iugfj/w9FY3B/NF+SsEzfZdY7KjhNgD99vHUt1DHU4rdH1JH0t7iH4o7EQsKevrkIPDfb4tXuBz+&#10;iiP0P+PsXpzhFoRmhGv5N/n/AM3SWWW9Uf2hqf6X+r/B0CTfzaflSKto67rDaUlKr6W0T70dStwp&#10;BY16jg3H+2v7S25/ijinxjNhMxPPVlJTFDXTUEMJYJN4/VFRiSwcqDx9L+7pz3NDMyGIquB5n0/L&#10;pC8+4ZVpCV/03RhOlf5o+481nII+zdgUeExZki+4r9sUO4MjIpNXTRSlhW5IICIDI3q/tW+vusDu&#10;fq7L4TPVOGajaeqjaWRHjimmJVavJ06/bFYBrjMiemwuSfZ3bXcm4kSTtSItXJHmFGa54V/Lo+2q&#10;7a5KxX0hCLj4vSi8T+fWwT0x2ntff2x8PurCZCM42uo6Nw0zxQvGZ8Zj8gUqohO6wVKwVa61Jup9&#10;9dZdCbi3QY3rqCWkgUJGklRFLBKCBQMrxieitbTUEj/EezF7radv7kIZqfI/xejf0eHl0Z7tzJsu&#10;wQ+LHIrso8qH+L0P9HqB2n33tTYFKzSZKmqakqZPDTyw1A0hatSH8dUrqBLTgH/X/wBf2aTGdDU2&#10;1KRJZMZNlqgvEwkmpUq2AZVjTRopo9K+SDj8+8hvbS59prZbLdeY+Z2W9YBmgHgBUbtd07zrxXP+&#10;DgeoK5l91ZN7a7sbWNoVRmVSAwqRXga8M9VNdnfNDtbszc+W2rtPFDbO2aIV8KZ+KXMY+Wup4qmW&#10;njqVmaqNDIlRTzXDC4uvsQMV1rufNlIqbEzUMFrKrU89MnBuoIaFkAKj/ePc3czfeL9ruTLAR8vI&#10;s5VePhp8v4Jaf6h1Bl5cT2ty00t009WHxtq6LM+/sDRV7xZvdNDk87LNolepy+Oq60yOCJCt6xag&#10;2b/afeXJbHym1pmWrUOilrSwt5Ywf08MiKtgW9nHtB7+bHz9dsbhkheQf2b/AKf4GONbf5P2UyUX&#10;F0buQylNIkHw/wCr7Omndueo6+GKnpLzSIoD1BVbS2lW2qaKaZQ4VR/yP2zu7GNRxax034JGr6Af&#10;195HXFp4N6LmKcNa1+zOEr9v+qvl1eO2qWLGn+f1+z/D69IGJYIqqawaSVra2UalSyN9SpvcAf63&#10;HPtjf1iYoSoXRa1wy/g+Pnm/59mCzR7jutz9O2izOnQfQac/8a/z9LZJorbSNPH/AFZPQo08bebH&#10;pKiSmRqrUHGqOUgFkFSbenST6fYa7537gtiYisy+ZrIoliiD+CN43qm0vEhMNOZopJHtMCQB9Ofp&#10;7CnP3NWzcobe0wuELrimpaimj+kvkT9vH7BBs+wTcxsBbRMiDzK0/wAKsDTT0Zjp7prdHaefoMRh&#10;6Sc46nklkqstWRVaYtUkgrJAk9bFR1MCqJKQon1Ov0/q91edt/J/K7yqJ6XHzPR4kBo4zBLUIzWX&#10;xt+0alwrGwNx+feE3NHuhuPMt1Pc28zrasANGp1FAArcWYenUy8u8kpstrHbuup9Va8Pi7v4V6uM&#10;6o6I2V1Vj448bQw1uWYE1WXq6ahetkYySSqgqIaKmkMcJkIS/IHsudVvWVl0SO0pkIIlYsXuwJIJ&#10;8hBH+uCL+4vuL/c7mdyZnoB/E3+r/V6dDJrIpGUVfLobAABYAAf0AsPbNU7ymQqBLIQsfHqZgtrk&#10;rp1G3P8AsPaiO7kEZ+pkHi18yB/l/wBXy6bgshoZ5ANWrrv2xVO8ZXDnysODY6j/ALVf6vfm/ur3&#10;6Oy0cf5v9Xp0rWyjNFPXvbDUbtkZSqyn6N9ZCAfqOPWObe7C5jzWbpQtnGtc9e9s826JiD+8eB+S&#10;xAvc25f+ntI15Brw2ftp/IdeNpDWlM/b1721y5+Rz6pSx59QciwNxzZz+f8AH6+y253EpTwcetf+&#10;K6aeMREhBQde9wJcy9zeXj8er8XH+1D+v59sNu0gHHH+r168WFKjB697gNlma48gGm1rn1c/n63N&#10;7ce2zukjEspIXz/1Vx14PxoPt697ifxQ6gplX/D1E/X+luP6e/fvaX+L+f8A0N17xeGT173hbKkG&#10;6kPf6r+VFub2I/V7cXcHaivwHz/yV63qbr3vEM22vSUW39Rqv9L883Nr+9/Wn+Efz63Xr3vC+TAn&#10;VjqCkgExgsy3YksoHAYX9syXjDwtJ79XWsVBY9e9uuG/iOXqI6OgppauWep8UMtPHNPV6pZUijSR&#10;YQ5VNbgnjhj73dXMweEux4qf5V49VuZV8MoMin58PPr3uxvpLEPtzbMeEyWv7+vePKusg/dgNRjs&#10;XSNTyBlR0kjmhN1IuD9fc8chXkstoqMe0J/z6nQXvY/BjMhy1f8AIekruGNyY6mMlhEqqyc29Jkc&#10;t9LGw/2HsdExlkb6/kra1rc2/HIPsby6XNDx6DL3H6tPxHpK/wAQ9S/0uFP1+tx/jwR7bjT2sHBJ&#10;IOk/1Fj/AFAtz7ZltS0VBn/V/PpakhEZHl1PWp9RKEAC2oH+pP8Ahc/n22vALsLCw5+luP62C/ge&#10;yee3CldC/wCr/P0qilUaAAa9Okc91uSef8Qf9f6kcE+2pqT921rhuf8AYKAOL2N7j2jYaagjuHl0&#10;s8UBepolut7/AOFx9AT/AIc2H9fbRWUumV7ryNJ+g/1Kn+nNx7qD8sda8UBi1TXqVG91WxH5+hJ/&#10;J59t1ZA3lW6ek/8AEIv9B9fdgD+fV2k9B1ljYFbhufr/AE/1vz9L+8VbDpT6H6C9gCfoAL8D+nus&#10;kepKD8uvCQgUIr1yie5P+vYf48kkgm/+39x3jVaZBx+puQPoCtyfpa/tM8DaSoyD09qop9OuV/Uf&#10;9YfX8i5/xJsPeDxAU7Na9mbm1gPT/t/aDw6k6T9nTSS6mK0xTrnquwF/wP8AY3PPHuLDES0p+toW&#10;+v8AS/0tp+vHtM0K1byP+XpSreVOuZY/m9rgfX825/I94IkPkfj8sOR/Qj/Di3tP4bavgz1avXIm&#10;6gfT6cg2JP8Ark8398GiPnH+JF/yLBv9a/v3htStO3rdeu9Q02/xP+9f69iR75TKfuOV/tj+h/tW&#10;/r+fd/AI+EinXq8eug1lt/tP+x/HBI+n095KtD5WsLi5/p/RTa3HtuOPVXNB14nPXSH0/Xm/+8c/&#10;7H3jdf2YRbmxt/sSLn6+69e67H6ib/U/j/AcC3095HQ/bRXv/bte1v8AOf1tc+/eXXvTrwtrPH9P&#10;pe/0+lzf3kgXib+ulf6Dm4/3r23ozxx1scD10x4Fz+f9e454/wBj750yHRPf/UD/AGHqNx794fz6&#10;8OB9eumI4/pf/X/2PH+v79DGq1MZA41Kf8fryf8AD3fgMnrXn15m9J5v9QP9t/ha9/eRFJqbW58v&#10;9PpeQC54+nv2Kaq+XWxk9dE+n/YG/P8Aqf8Aitvedoj5ZOF/U/4PPq5t6fdaj+P/AAdbp1xBBUX+&#10;vH+J/HH1uP8AePctx+5TC3/KIP68eo+/NxXrZ8vTriL2b6WDf4Anj/C/Nj7kPGCIza5Edhe/NiP9&#10;p/r72RWvWvTrgDa9/wDfcX+l+PcuED7KbV9fJHbn6i5P559+Cigr5dWHA9cSf3Ft/j/X/fce80aD&#10;wyWP9uO17EG+rn/ff097691xJ/TwPp/S3+39zKRP304+mv6fT9DfX8+9f4KdWHXBz6T/ALDn/YgW&#10;/wBce3GjFpIV08gn/BrHUeef8fbLmpwfLrQNQaHrHL+hubcf04+o+n1H0Ht1oox5hbka/wAi35/x&#10;5t7Yl0aP1eH+X/V+XW61pXqPMxCG3Hp5/P1t/iebH2s4kH3JIBt447fj8f4D8D2XutGKvx69wPHp&#10;jkcmn+ouXf6X4ubcer2ool/ym/P/AAHjP+8j/H/H20WWumvdXq2emOU3p/oLeeS5v/gf+Kfn2/RM&#10;8YpvGi8zR83Oom1rCxtb/D+vt9Y9cE3rTj/q/PrY+L8uk7UeN5KjyOxtTyAoB6fqfUb3a5t/j7Vl&#10;GdQgJeQztVwBFb9HkJTQNTc8seLeypkLSRpiuP5deuv7Mf6X/IeknWkRCsIjjFKuPqWkdP8AOCIB&#10;vIdA9PEf9fdlXX9LDLgNpGoISqXZ+OUtDpZkT7WEubt6hIHHA+lx7EUaKUVvML/m6Ad0zC4cD4dT&#10;f4R1ppfN/eO6Nv79+Q1Pt+nau2/WfKnJu9HmhVQ01VlJKisSGDwQkQzYSenhVZJOG0Ox9jtiwgxc&#10;UStJKohVVeo/W4VSAZrf1H19h/c4NMhlU4/z+f7a9O2svcNI8/L/AFfn1RjvnL183dmUyNbQ47BV&#10;kufqjkMbtgymhxk0tVF5YML5GMjQwoLx6v7X+v7nQsBQxrIsY9HKxkGIH/aSR6gD/reyNoQTg0H+&#10;r/V59HX1J/hz/q/1cenbPZOaTtDOSY6fK1rx5QCjyGWjeDPzR+CIsK6FAWWWUHS2g/p9o6saWmVJ&#10;Fk82gHwWLSFQzKH1aLleG/2I9mcSTOtYoOzy4Afl/sdOLNqOV/n0dvaMmz91V2RxuYhbb1XkpaaT&#10;dDVdLDQLPPSQTyYwRyZAn7jSsK21epC9vaSrpDViOfSfIS32wsW1MoVZvKf1J6Ppa1/8bezWG7s9&#10;rkEV2mouPMcB8x9oFOOfSvTokzQDHn0bbZ20czHT5PCYStSkxeLNGNzTQ1SRaFrZaqrxJwzRRiCs&#10;b7h3Wp1D9oN/sfZPd8RpDuCuSnCCECmJRNOkk00RbSq+kkuef8fY2WbZrqGJJLROAqNP2f6v9VOj&#10;GGQMqhgdfWwn8bpNzSdVbZnzmQrp8s0maVqysqJHqCiZvJRw+eWVUYWpkVR/tPsP8hT01RAZKiCG&#10;YEnV5V1TMFOm0iMo9A/s/wBPaO15Z2fcbmkUa61H8CD8/PH5f5OvT3DW8TMD5f6vXo0WM3VuDESi&#10;mp6+rgDhdHgqJTRRswMh8Mqm3ma/r/qT7Lj25t+ni29LksRTQUtTjzU1kzJEkJaKOGSys0aFiA5H&#10;5Hsl5y5ej22LVECSUH+Afy+f5dG/Ld147MBxAr/Po1/TG9cll8hUUWYq3qVlijWjLytLaUOS/wCo&#10;grdR/Q+y2UHYdTSmNGoKOoKoqO7iaRSy6Vbnyfquv9D9fcRR+MZJY9bAL/nr6dHzWavcudK10/5e&#10;jHy0MUoN3kS5JujBTcgg/wBnkWPsX9s7ppswYRNi6JFJjDBY2H1aEseWe5tKfZNdzNBNqWQ19f2/&#10;6vtz1RrFMUXpqq8a6RP46qe9mYEuODpNvoosbj2OWIx+LqljmjoqcEqlwYYwB6YCSSL83f2rh3SU&#10;pHEzVx8/n/m8+i+9sVjj1KvdX/P0F2cfIUplvV1AGs20zHkXkWwvb0+n8fT2qRi8eij/ACOktcWI&#10;Rbj8f0H9Pr/h7M7W4EteIan+bopMGkEEd3SBqsllA5tXVhXkf5wj8n68ng++nxmNZv8AgDSseTYo&#10;vq/oT/gT7MoZmjKk/Dwr/q/LpotUBSMdQDksoUYDI1i/Q/5x/TcG4H4+nvg2IoT+nG0hW5v+2LWt&#10;9f8Abe1f1MX+/P5H/N17HWNcrlBw2TrQbAC81zx+Pr+D/vPubBisVGLS42iYc6l8AN7hiOGAB9RH&#10;196W68WQKK58+vY4dNtXks4QXp8zXKwtp/fYKOY1PqGpv06vp7kQYXC3CnD499f/AB0pgf06jzdf&#10;6e1ccrIcnt68QPTpqrs3uAozpuDKQtFbmOqAU6ygtpuSw5+o94dzwba27havIyYTGvKYwYUajRld&#10;o5EVlJBRz6W/B+vu9zdSWcEl1Gup0H+qv+Hp+1RZLmFG4E9RNk1O8d5blo8Sdz5enoIpHeteKtZJ&#10;1jeCaSLxgpJHcyw/kfpPsv1L2HSNM3j23hJoy5VRJDIQvLWPpYkED2G5ea9xBo9u2un9L/oPoQGw&#10;jBp4XRn6jrkSRIv959xU5UC7w1VKGcAC4OqjcEH260G/YgKhv7tbec2k0EJKTGeWDKurSpX6cf19&#10;ktxzbexapBC1E+Tfsrrr5cPl1r93RuKaMf6vz6x1XW6VPgX+9W54gpXWI6ujHmXTpIkLUJ1avr7U&#10;VLvGjddbbbwkqyIFI8EkrK5UFjYOeVH+HtNB7lzmdFls+H9F/wDoL8+PDh16Xb0iiJEfTPWdUSyR&#10;6Yd6bqpmV9QaOuo0uoJsp/yLlGB5/wAT7PD1l13sreexl3IMBhfuoKdYaiIUNKzCpiw+NrZQNULy&#10;E6qm3Jv/ALH3NHJvPW17gv0l/tqlmqoIXyYCnFx5tgDHDIrQx5u9xPBewxIewyD8u5v9X+o9a5X8&#10;w35H/JX4yfI7aXXu3+wdz/3P3VVbfypyFXm8nDFR0ea39vLBGJpKdaeihSDHYFZDcNpHJGn2G77e&#10;wsmersN/dXCIsVTUU66KFfIBHOIRIw0ELJzxZfqPY8W52ASPot0Cg/wqPz+0D/VXr17OViZkY+v+&#10;r/i/59HMxu9exk6q2tv6btreVVNk8Bhc5OzZtZKKZqvFLkXp4ZfT5KOR/wC1r5U/X2pcX1vt01Ms&#10;L4DGIY5Hk8qUcTOyRoC/kYwmzP8Am/tTq2h1eJYE1aR+FeAPn/sdA+43a6jmi+IrqT5fi+3/AD9A&#10;7vf5O9m47B4/O0G+8/KtdFBSmjqMtUR06VuQZ46d6RYpwxgjf6Nq49qtttdclBTjauA+4X0+WXE0&#10;isbG7Xcx+q/9PYZfam7/ANImvn/s1x88DoYLeyVy/wDOvQOU/avyu+9/js3cG8Fw0upkxWP3JXVA&#10;QSjwoBTCnYjQw1D1+m3t0g2r18IFj/ubtoSD9VQMRR6jZrm8gU3uOOfaGXalpIxQ+n+qv+Gv58Ot&#10;m7etdTU6TNf3F8oRnfv4e9+xmoHDmLBzbjqVjDNAqKv2oh8i6ZB5P9gf8fcufZvUiCqkGCwcjRCH&#10;zRHG452ZnAVPQE1Ej6/j+v09uQWU0nKsl7q7hQ8QDmWmPM44+fSS3muJ93Cgdv8A0L0H8HyC/mBN&#10;2ttXa1Rnty0uAzn8b+zy0WY3YIIRi8C1fP8AfVb0/wBjTB6sCKL9QZmt+r2EO1MfgclR52my+z9p&#10;Qy41KFoGx9LFU6/vJKp2NQ8isYgsca6f63I9hLbNxk3K3ayr3fxZ8mFf832cK9Krp2t91iBJoTn5&#10;UX0p1aj3g3YGx91deZ3aXb/aVRjNyVOfhzGLz+UjpaeKPF4igSkGMp6alhed5KuZ3l1MdNg3+vNg&#10;wG2FDE4PEqACfTSQqwFyeDb6cGw9igSMXWNKcaZ6LJr2bxDpPn0kq7enZxEZXe+6XJ5IOQmZGtGL&#10;3Nxf6jn8e4hwuCEjKuKxy8f2aaIgfnj0gfQ/n2ZLKjxiRVwf89Ok73MunXXqYN19gLDGJd07gdgR&#10;dmr5wz3X+vHAP9Pz7h1FFjoXSWLH0S6NIIESXslyLqLfS3197W4Q1jRxT/UcH/MevCpBJ4dKLHZH&#10;ctTTywV+4M1K0/lIkNQ+lTNZeC3I/V+f+Ke40jUJkE0NPBHKmk/5sJcoxb6qb3LW/Pt8OtFZqavl&#10;0lMMgFOI6nwU2fWB6GsyVfVUk+tdbTGZhHMoj4DDR6YtR/3w95mrLhQpWJnQMwRwDci7fUm39fb6&#10;3hNW8UUH2D/DTprw6hieHTWu3VR3Z4JqlIpmWJponYEK37Z9CqhYDj/Y+2CqnBZ1LAgkk2P+tfm4&#10;/J9rI51Zjp4j/V8+vBAM0HS1x2NkjhgkCabCNVAVgL29Po02+i+0PmwHhl+ps4vzcW/rxa1vez06&#10;OHQybQLRT01wAWifSbANq4sOb3vf2DefhAjB/oPrYW4IB/H+PtSrhhVSQR08CD0YzbkpMjKSPUbf&#10;qP8AQkWuf8PYKZmMs6c35Y8g/QCMci1zz/X2jZiruAKY6ZrRjRKY6GfHsPH/ALb6H/g5/wBhe349&#10;hvl42DG4sbfj+vo55X6+/ReX29Pw5Kn+l/m6fYjdePzfi/8Arm3B9pivQNUShh6dMf8AUfpVSLf7&#10;AfT27cpqiJFM/wCXpcRg+HT/AFfZ1IjNrfX6/wC8c/7D2w/b6K6nAuSX5tzcabDTx/h7IYYwZgxP&#10;H/J/xXVKcPEpx/1cepB+h/1j7ROVpSZZDp4Dt+Lm9yDz9P8Akfty8iPi5/h6VxMFBr137Z6KD/KE&#10;JXjyA8Ai9mX/AA/2Hspmh1V8z/q/n0qQ+Y4de9pzLQkVct728z8EXP8AnZT/AE/x/wAfZNeWo8Uh&#10;f4af6uPVjQ5HXvbdQqTXxghf86Ltp/AlS1/6tx7R/RpT4R+09VCivXvbZuJCtXUkA/rm5sb/AFbn&#10;6c8+000fguKCgx/q/wAHW6Cp697QYuWcH/bH/b/0/HtVBJpK+o/wdV4GvXvfUXCgG2ojn+n1PP55&#10;v7MWdX+E1p1WUjt697lQ/q/P9f8Ae7ce2Xk04AzTpvr3t0jJtf6Xsbkc354t/Tj2WyOO0I/7P8/T&#10;qUNSOve8mr/fH6kcW/1gfdfEf16v173kjaxa/wBf6n6C9v6/S5Hsw26ajsdXd69Vfy697kJITx9Q&#10;RxY/jn/Dj6exLFIJArAiv+XpmQBl697kBrMov+QLf4/7H8+zSCappXhmnSTQ1G+zr3s4+2HY9T48&#10;j6/3joV/NxbbtNzxxex9rLc5nNMUb/D0QQ/pz39cDS//AB4dMri+eQf9Wr6fg3rB9eP8PairYiM7&#10;t6T/AFXXjsf/ADoJBHAHN/afQfCLE/6Mv+CnTquTtaLr/wCJSf8AHeuUDgpXLz6cm6/7xEfzf2na&#10;mEzbD3QUsunL0xOrgcUbMf8AA3P5/Pt6fM/7f8I6USf8lJPtb/COs5b/AC+mB+rUs/P+tJFx9b/T&#10;2T+RrgxhfoRa3P0HJI4/HtTB/av9n+Xoxx4sn29OPuMVJ/5Hx/r3+n490uCGk+wU6ozCvXvfDwnV&#10;9F+tv9j47X/17eyvUvTepfXr3v8A/9ahOpRRI5BVhZf8WIsBYC3I94+g9muhpTqaSppWnW/x7wmn&#10;0qAygM/ABAOk/q9Z/si/+3928+vaD173HWnlYMwQlU5JHPF/xp/p78eFTw6qSNJ1cOve3GDAZKtE&#10;fipJWVyFEhUiMG/1drWRefbZkTjXPTRKnIFT9nXvbrU7R/hyrLX1VA0RRXlEdZSyzxKwLuohWXUZ&#10;ERSLfXVx7VxshQEVpp4fL/V/xfWooNNJGYde9stZlNmY6Jv4V93lcqgJakraCSCj1qralFSl9Sio&#10;RVv/AKlifdxLWlQQv5f5+naxKKJUkeVOve07LuHMVMLJT42kwzyG4ehqJDZWX1fr1G1yP9t7c0qI&#10;6k17f8nVNTHIQA9e9s9YlfXIiZHI1Fcq6bxzkMo/LD02JX6/7f24parEgccdabU1NT1697iRUFJT&#10;eRYqKFkJBGolfHYWAAB559pZUlZqCTNePy+zrTlPgU5697ySAIF/aRzYi5a2m/Fh9NQN/d7aJ0mN&#10;Tn/Vx6Yt2CMa9e9t/j8aKolclPox4Lajc3H0BHtTLKnilSKdWlnjMhH4eve8FUyyKdSBdP6Stieb&#10;cG/JuB7aVJGbCknpIyuxJZTXr3trmgd1QR21NcG5/of6/S/+tz7UKuipIqnr/n6dhKJUMPPr3tQd&#10;f0h/v5tq9gpy1Iv0F9QLA8X/AK+3LgM8TAA1p69KvEV5EUMdVeve4W76dRuDKrY6hXVo/Tdr/d1A&#10;/F/p9PbUIdEAYEZ6aQMuqvDV172nRSk2OniwJIW4UFeR9Bz/AE93qdNKdnVs6dPl173nFKdIYC1g&#10;DpFjY6T+QCfr/j7cDBTTPTgZBQDh173nWlIKELcEcfXUDxYEEcfX3QtUEH4q9aJqGqO6vXvctYrF&#10;oyBqF73IAsB9L3+oI91BKazTNB/q/n0neMs1RTh/n6974DF1VWx0RaUX6SSAxxc/0kYaCbD/AG/v&#10;ZLE1Iz08IpGpj/J173kXDYykkQ5qt8dO4P72PWOtYWBHqVXAF2ZR/rX/AKe6jUEGsjGM9X8EVBla&#10;g/b173Hmy+OplNNh8NSVMIsRlZ0lgrRciTmIEp+tmj/4KAfaJi8hDSOa06qZQFoifn17201c9bXB&#10;PvJ5KlUJ8RnYFoyfS2kWFr6QP9h78ABwFOtNqamcde94VpRfhmIb6AgW/wBf6fi3veevaK0ocde9&#10;5fEsQuIkYtwSf7J+tyePx791ugUZGeve1NS00w2iz3uGzFWCAbgXpR/je5v/ALx7YIbxP7Ty9OnB&#10;/Z8fPr3tjho2tewC2Ln6XL3B4U/Xi/tqeUodLGo6aLBcU697kJSmxupvYsDpNrD8lbfS/tOZS2UO&#10;eteJ5KOve8hpWUqVS6vZwo5I08Xbm44HPusakd7nPVl4amOeve3mkxs1QY0jieQtYBY0Ln/Y6b2P&#10;u0jac9OgVxTr3sT8TsOq8cVTXyU1FSFWLH7iD7r6sotBIVkb1fX8ge0Mk1OxBWQ8OlSW0jceve1n&#10;V7k23jsZQ4rDYuHcDUQqBUS5aCWleIzVKzxiHQwDlzI2r+mgf190IZW76j7OlBTSFQJqp/q+zr3t&#10;nky+UyKTUlTUypQEJrpFbXEB+tSAwW4Mqhz/AI+2WmQeX+r/AD+nV41kLKGB09e9rbrxDHu3BzsA&#10;rRVTWIJOi9NOoK35JcHn2kuqJbSPKF8Omain5cc/6uHSq1bxJtBrT5inXvc3LUIbKVEqKWV5ZGkh&#10;ZSqE621XYeoa3P8Ah7Ipb5Ta3EkWtfDUDpxmCzAOGHd17284uhe4Q86wAsJ4RblbaW+trcezXZGn&#10;kK3DI3gj/V/h6MdCmMyLw697WPeW5Nx7abbEW2YozUw7N29WOWnaBUiSmrrhXsQ0okhSw5I9zjyj&#10;bW12q1jclZCPh+a/y6Ce73iRXcUVDqr/AJW6asaA6V2sKwORrR/UFddrG/8AgbeygZf5Ld2wzGkx&#10;+4cthqqnkMQajqdTFYXljtH5ID5P3Atrfq0j2MJNiC3hubeL9P7P6X+H8umw6zg0cU/1f6v8/Wab&#10;F4ypRo6nHUNRGxJZJ6SCZGLAq2pZI2BuCQf9f2xzdtd97lQx5Pce7s4tQhV0qYZfH4pfxeCmW4Ac&#10;/wCwY+194d1kNpHao2GU+daj8v8AB06YrFDGzyL4g0t5DI/LrqixOLxq6cfjaCgXk6aOjp6UXNrm&#10;0EaC50j/AG3tZdcJ3zgczTZ3aUmXoKoVsFY5ZpaUTMksUhglMlM9opQgDH629n1tFzq5SOGALq4f&#10;qaf+feq3m5WjdtxEpr5DI/wHrFmMfhsvjqvGZ2joMjjKyGSCsocjDDU0tRDIhSSOWGdWR1ZGIPH5&#10;93v/ABa7a7W7SoMljexNuYfD5vEywU9PU0Walrp8hC9NLNUTyiSGDwNrCppXUCBz7Ntw5bvdVjHz&#10;LcxrcTROyFmVvhz54PD7f2dE52jlG9DXEolSVe7EZI/MAf6uPVH/AM3OnulPi9tmLsjYdPmcDtys&#10;roBmNsbcwyVWAppajIYrGY2SnixtFDPTgS1UhUMzWa5B/Hs6kfXuTk9P2ugMLsgSQrYAkXJjKgAC&#10;/wDsfcFb3NJMStvcQsK/7+THw445NaevnTpXtXPXKO3My3N6ylT/AA/6bok23Pmd1NiIUrMnmMqn&#10;jYKk8+ErY6iUySVEWvwvaQXBIH0uB7U/Wm5ti9W9gYrbu/lFPNnXqv4aZ6R/BJ/CMPXV1UWcvEq6&#10;EroR+ebe4oveUeaeZYJW2aSLzwZkHxH1OPwk1r5+vQ22nmvljmqAy7NfK4X+Lt46v4h/RbpcfLit&#10;358gfi3unsb4+1GXzNVtGPBPVxYOCokzDnPdg7awsH2ePhgq6upsMLWFgq+mNWb9Ps5FbDszLyLP&#10;R0zRRqPS1DNSmM2CpcM1G4vdT9D7I4Pb/c4gVe9QyHjUVOfsl6DUm7TJh161YYf5pHyc6sDYLeWw&#10;MrUzrZdO8cZujFSqBI9SS6S0dGo/brEHAFlC/jn20S4zAoxtV5eNNWrQtfShL8G2lsaQBcfT2b2/&#10;t1u82lo7hNVOPhflx8T8ukL71IO5j/q/Z0yz/wA6vfcUcsFd0h19kG5UvPkN1F3BcsLxrMFuoP8A&#10;gPpb+nuF4sdEwYV1WxEl7y1cDEm1yGK0qXJI+vsT2/tvMUHiKT28BFT/AJ+/l03PvLKAzaQafxdB&#10;jmf5tva+YeeDF9SbIx8c0d2NJWbple0t9ZXVUuCxZr3INvx/X3grctjKCmqMjX1tClPj6Wermark&#10;p2cQwRNO/ihI8s8uiI6UVXZvwD7vc8vcq7CKbikmtiBpCmpNacAcCvE4A9ekA3Zp+2FgT8qf6uPX&#10;ute2f5ivy23Bi9j9G7G3bjajc2Wiw1HncFDuPG7boq3J1FPQg5Lc9ZQzYrFUtK1ZC8sk0yiOOzHj&#10;2HsG1et965OPddVh4Kt7pTipqKAQsxSp+9SWJJtEgjZZtajSBz9AfoWblyzv+42MsmyBPoQheMBj&#10;XwwpYA0r/HQmpNa8fOFuZecuZbPcJ7CSiw+K2kqw+AuyLXHHH8+rZsR8+fkp8EMVt/4x9w73yo7A&#10;ehxlfuWXF5yjz8FNXVtLDsjJpPk6ONqZqqmyu06guHIa1mJIf2IkmzsAtBFJicVSU1JCgIaCErpM&#10;cAVVClQBaO3+2HuIFg3q03Wbb7tmN0ZKZPHv44PqP8PQFud/3OR0+ouy0rfxNTifP/UPt6HXFfOO&#10;LcuDTdG5uxKyulrKJnajnliaLyVtBHVskjqFdLSyyIPp+of4Xm0m2FECSxziRJl8miaAeaGQH/NF&#10;QAV5U3J5v9T/AFc8OKO7ljudgtzPG1C/iUD/ANMZIPEUAx6eopfXRkt08Od0ufxUH+cdB1vX5gyZ&#10;KjhXFdu7+wNJLA8EGLweCeuphSOZVFJ9wYm9BHpvf9Lf7AucdHP+5BUzsILcIVPjXg8WAKgXsP8A&#10;W9qZGnQKdv2eEt8n/wBXlX/Z6IYFhWYPfXbEfMdAc++esclPTbjz/Y+6qPLoPNU1jYK9fJUSOJix&#10;8jg+the+j/WAt7TOY2Hisqk6VzoaaG5iWMCWaXlFskX+ci/eHN7c+7x7xzrsM9ruXL1s0V+57jq0&#10;InGnfwfs9K4/PoxF/t/iyxlytvkcM+fpwz/q4dGs6V+ZfSErTbS3ZvOuqBTLrx+SrcdO9bkljine&#10;Z50V1Sjk8z6Obf8AEeyT9hbTl2zXv4tf2RJCMV0E6Y6ZX1I3Keub8++uP3c/c2Xmblq1tebJim5k&#10;Hh3gfqXDCr/7Vcf7HVrS/tZZWihbxKfL8/l0Zzrbs3ZHY2YzmO2lkostHjJaNPuSBHJI1RT1VSrQ&#10;KHZpLfbOG08Lp9lr392FjtpYqarVo6qsAXw00ZaQORUUsb6jBd0tHUE2tzb3IfP/ALh7FylDNtG3&#10;3ZO9QU1BV7O4xsvd6+HIc9DDlnlS83neJHuIiLHt+L/mm2PP8S9WRdC/G/cnZmUxv8Rhq8VtwGpN&#10;ZkpVENUytT5fwimhqkInC1uOVCSfSre6Ke3e9t29hZueoytXURUKNakpfKxFGRDDDLJGrxI37xgF&#10;7/T3gNzh7gb1vl3LHuV07R/Ms34V8/sH8usjdv2iy2eJUtYwHHov+X8+rv8AZmxtr7AxEWF2riKL&#10;FUUerUKWnihknLTz1Gqd40UylZKhyL/S/HsD6jOqAyRElTzyGU+T+0wPFiSf9v8A09hS3upIYxHb&#10;MfBp+I0y3H/Vjo0FxcuC1wB4n21x5dK721T56VSr/cPp/MfDafpexsb+313CcV0f5v8AL15JKkmv&#10;XvbLLuByrFpJTqdjyxJsb8WJAtx/T8+2jJdSktjV/PrXhysS0SrTr3tvOXBuNTEk3/Jt/jxY+6kX&#10;DEan/wBX59W8K4Jyf59e9t02UBb0uwHI5Yc+o3/AIH+v7ZeaSKqsRTrwiuGrgY697wff6uQzAXP1&#10;b8ix4uoI9tNctwqP59aaOZfSvXvcSTI8gBm+vOq/At/gPxb36O4BUtIaEf6vL9vVQsp+L4v9Xp17&#10;3haudv1SG3B/Vxzf8g/Q/wCt70zwg6/P9nVfDYE9vXvfD7knnUQw+pJCgWNhe4N/6+2xJAQ+kj+f&#10;VVj1iq0r173Hara+nU4/xub2sTxwt/djNb0qAa/6X/P/AJ+vCI0yBX/V9vXvfJZpGJjTymQ/iNWc&#10;8/XlQwHto3Ecir4IOr/S+n7OvJgErSvp172rMJsvd24mWLE4jI1UjEAEU1Ta5NgdQiKqPp9falIZ&#10;ptKpSv7f9Xn15pI0qtTnz/1DrxIAuTYD6k8D2ZjZXxO3hXCGv3dU0eEwwVZat4cjSTZRYbxvLooJ&#10;grM4iYkA8lhb2a2e0bjPIG8JCF+eOqPPbPQeKQ1fT/V/xfTZPlqSGUU4aSWofiNI6epeIubhVepj&#10;heCK7DkluPZmtv7I6/2BGlLsvEw5TJRwKZdxZKjNBXpWBYFkMcseqJxHUU8cikf2mP4HsQPtDTeH&#10;EFUMNNR+3/VXoru7yFarEBWnGmfPrHBJW1AZ61Y6RTJIqU9PMlUJYAfQ8rvBG6vIpOpQCBb6n2sd&#10;vYqtqMqKx5XqHlmFTUSy6VMMrVEMs1LAdP7lOl7q31a/uWuVbb6a2jiAPjaf+M6Yx+fpw6Dd7ea0&#10;NWOrVn+fTbmqyGCimVrKNLxxqAWvqjlCkgW0sSOfwPY2/bL4iB9Sv0AsLkcm55JJ/wBt7G62VwdL&#10;aTToNTljKHBpjoJvvv3LkjSH9QvfjjiwFuB7aJaIP/Zsyr+Rxf8ANmtb8+3TpA0H4h0riuIzRQc9&#10;OsdYU5LEozfg/j8DTe5+n+wPtjemZGJK2B/pz/rWPBIHtJLCWJYenSxJFPA46fY6sMigN6gbXP8A&#10;QX/2H19tT06rKCCLX+mn/aQPrf8Ax9lk8LyqUjjqf9X+z0tE500I7unWKe8d2NrD/Efk/ixB9tdb&#10;CodywA4X6W+hAsPz+faH6OZAaqB07HVlqenGGcMqWN/8bcAgk/4E8e4VbSozqVUf61iBfSv9OGtb&#10;233JRnHb9v8Aqp1fXn4q9Z4pDYi9rD8fjk8/W49w66lUgCy+rgcf0AtzwLW90V1GOrp/Cfy6yxOQ&#10;fyLDnnj6m/1/xHtumpr0qlAOWfm39V5vyR9F91LIzFBxpw6eDAIV8+syuQ5J/pb8f1uLfQ/n3E8Y&#10;SlYfnU54Xm2n8H8XA90kjWQjVWg6qAAasOsuq7/7AD+nN7cj/Ae8EMIJmK+oeGT8C+q4t9Tf8f09&#10;oWWmJVz/AKvMdOJIADrOeuTNwo+nqH+2/wAfcaCItK9gLDWSRwByPoP9j7ZaMqtQKt08OuRN7G/9&#10;B/rm1z/j+PeJlBnK/wBoWH4v6SoP5twPbbKyEahnqwUn7OuV+L8jnn+n0/xub8fn3instRzwdXJ4&#10;AHq4sf8AY+69XPHrteRf6g/QH88f8V991dhJ9ebhbgD+g+v1/wBf26IZGJ0oafP/AFDrZBJ66T9P&#10;0/25P+8j+n498GU+KHSDYBxwf8QfZf4T/wAPXq4HXIEXYnnkG5H+8395HQ/bRG3I8nH1/t/1/wBh&#10;794TBytMevXvIddBgWPP9PzYXt9D75w/pl4P6Rcj6fU/ke6MKGnn14efXR/HPAPAP1/3nn/D3zpl&#10;Omfj/dZ/p/qj+f8AY+9Hy68K9eP9n83P4/P0/wBbn36nGuoTi4BANxb+1z/j9PeiTT4T1scevNcK&#10;ef6/T8+nj8W/417zRW+6ueLS/wDXQWHvWtfXrY49cT+m1r+m9z/S3+2+v9fcyZfWSv8Aav8A1+v+&#10;PFj79QY691xH+P8AX/ff1/2HvNILGnJ+opVVvp9b3+t/fj1s/wCTrof2v+DG3P4tbm359yCt/Dx9&#10;YVv/AI3PPAtz7sKZr6de9OuH4P8ATXx+LD/jd/edlK08gQD9cQ+lub3v73r0oy04+fW6enXG/rU3&#10;/B+n0/1vciMWp5Qfrqj/ANvdv+I90I7q1635dcT+pf8AAf7D8Xv9SbH24USsZYiB/q/yOeGHv1M1&#10;691jk/Q1/oD/AEtbkfn8E/19zKRGaeM/i5/2Bs1zf22yeajrfWOVgI24F7D/ABvzwP8Aevb5j4dU&#10;i2sbMf6f4/7YWP8AtvaeV0Re/I9OvY6h1LkKfqCF/wAf95tbm/8Ah7WKgCpA/pHDzbm9h9bC319l&#10;pNSTTreanpiYn7e9/wDdkosTbi7C4/2H+8+3xOKm5/NPGPoPqSP9b+ntp11JTq3n+XTOT/k4Cj6T&#10;ve5NrAf4fjn27Lf/ACcg/SoiIIA4X+gP+vz7W24JgdKd9CPt/wBWOvD4senTFUW11JIsDTy3B455&#10;5I/4L7X23o4p8ngYZUEoqNw4pSXBsY5KiBGBHIY6if8Ab+0n0solYuOyn+r/ADdeuSfAY+ek/wCX&#10;oLN9182P2rvOvpJWp5aDZe5amIxkFlqKXG1kqOvF1sVB+n492RbTiMcuOpI/HT0kOKSnUo41hk8S&#10;JGsZ40aB9eOR7NIgX0ADgP8AL1Hm5Ru8jSIKmoz6f5cdaiHzOylNSbK7D3NUUlbuDcmQ7SfO/Z1F&#10;FOcb4HpslPLWTV0C/t1MU0dtN+FbVb6+xshjEVF4jNIEi9WoAAsqKS0YB4sy8fX2X39uZY6j46Z/&#10;LP8Aqx5/Lrdq1GrJk4r1QHHus5DteLNDbeJrKvOVE1PHj5Kif7elr8pOlPTZQyAh1moJZFkVnOgF&#10;fV7yx1NPU46OSIFIXTUI3XRpsWNgrWIIZT/jx7Lba0aKYmVQcUp9uM/tp6GvRos/dHHpzUD/ACf6&#10;v9R6fd40W69tdq5bEZKpjrM7R5Txz56grY66SunENNIsjVNLrhcSRsouv9n2ha6apgXXQpoSkssa&#10;atK1a1BAcz8HQ0BJ0/19nVvEZVLtinlwr/sdKonMiMrf2tM44en7ej6bNxe1crko8T2LVxZPJdjC&#10;Wvy9c6pXvsGba8M09DSbYlRwmRj3FHHD92z28Y/Tf2k1rIY8oY4zUSx0hAmV4CkLCopiV0yMAGsR&#10;c2JIPHtcNus7+4RronSnyJH7Bx/wf5VPdpAHE/5OjcVVJvuj6WnqaKn23g87vpL4irxOdp5MvTnb&#10;u6I46/7inZi1OstG2ga1PkR2ZfZNcrXy1dTLUSAnW8gMqjVIFSyAC31IAtwPp7NrfbrNBpWT9Qfy&#10;P+z+fRmDpOonh1sw7ZxpxOLpcdAiLFBTwMlG146aQy3mYsbkhS7auT+r/be2qrkjkimlkWxEagWs&#10;Txwpva/q/wCI9qNssruC+UWoy1K/y8h5/wCrj03cvFLCy6h0pYWC/Z0gm9CzyEaroo1BmeP6gKik&#10;/wC8+w03ZRxV+3s5TSRRyCoxs8dn5/bcEHT/AFbTfj3vnGzury0KhDrj+L1+Hz/1evTuwuLG4SOU&#10;fGe3ocOr8jHjtz4RhM8cL1qqAAdLPyHUgE6UJb6/191gV0zUeYyNGlkjhy1bGqAhR4kqniUgfS4C&#10;/X3AxiSCaYS5YKR+3ofJL9PKRL5qD+3o/iNqRG/1Sq3+3APsTtlZZ4KqlRnJTVHe5N7mSm+vH5Hs&#10;K7oVErjzPSvUx1aePXCZNaH+tj/vR/2/s6ezq5JaaLldJijNnB/tRQm1jfjn2hRS6xaFoaH/AA8f&#10;8vSK9oYVVvXoKd0U5VpHOr9X4tcgGX/ivHsQjKjaVsLm1iLcmwvzbkkj/efZ3YRTdp8h6/6vTH/F&#10;dB66TBb/AFevQVVyBPI1z9ef8DxYG3AFxf8Aw9xyheS4sPTYG30IJ/x/w9iHWPA0fj1Vp+XRd5dN&#10;WrQdTajGQAebk3PAAPJt7lJrTkm4/pcf4/4Wvc+2e/5daHWKTwSH0qdX9SLD+ybjk+nj/YH3nQ6i&#10;WBFuDdmsByB9Te4P+8+/BiuTxr5dWAJNBx6hyoq+ixv+Qq3JBuT6QL8f7x7cIopJpo9Mkl2uFSwH&#10;0BLX4H9nn2vtG7XWnA1/b/xXXh59JvJzQ01NI0kUIRdPkcn6etQn559TW59mF3f07is90lk5K37K&#10;izxo6z+HVVRJTwKk330Vi1ROy+I+EAavpdvZfuG6LbQTRQjxJGFWGf4/KnEUBr5gDo0220uFu45y&#10;B9OD3fs6qn6s+YfZFJ/MTxnXuHocpk+nWbGU24aihhyFWafy9e5WuiMdBSUcwm/3PBVIDfRdXuu6&#10;t6I3piCZY6jBzQKS5GPz1FV1UikkgfbwsWJP4A/PsLSbtckgfSD860/wdCgsi+Z/3kf5ur9MR2/s&#10;vON44WzlM5Ok/wAU2znsVCpFwf36+ggh4/rqtb2iG29msZ9ws+IroGUvrc0VSI5hqOoazEqkPpuC&#10;PaR7+cyIbmNTb/i7tX+oDqyXCK6qVanr/q/n0IEOQx9Yqmmr6aa4GhY54iymw+gVywI4uPciiqZK&#10;OCNS7qXqxrVFPpV7alb03Uraxve3sPX7C5uQ9nbgr/vP+r/V9nT0xEqY6l+NW1ajf0WW51f1t+fo&#10;fZ9vizvk009btqeSU0s1PVZgeptIdmwNDyqqq6FjW9yfp7GXKt9c2dzYRzRRlHkWPPzKDzrnqPd8&#10;20Sq79upQafsb/Vjqk/+cL8XqHt7qOffWIjMe9NtQmHG1MawCdkxG3eyczSU6yyEyWfKZFeFuSfx&#10;+fY7bg2eItyT7iopIYqWupqh38csRf7+qq2nRxGCZDpRRyf9Y+5qiudv8bEz1p/BQ/5v8HQWKyCM&#10;JNUtWn7B8+qwfj139uOs6CwPSu9sHVzbs2JXbe29orYsm+OqdqbY23jcNWvJkZYI6VZpql5R4UJ1&#10;L6lFvbFU5R8OAs765JoWMst/3nduLsovYEjn2Mts2FrsJdRsBUV4V/4vH/F46LJLezYEmPNfPoRk&#10;xVJ2C81JQUfgx+HzFNDR46SMw4yGCmeOoT7eWUf7pudFvaC++NRMzM5ABJUc2vYW/r/T2eSW60NG&#10;JP7f8g/y9Oi6jQUqxPRkKfbi4fHwQRUsBLKqu4IRgCWBI1EDgMP9h7yLk8gyNAlU0cdrDSysQfrb&#10;kG3J/wAP9b2ieBK8PL5j+XXvrIAanVXrKdmbUjqYcnPhaarrNXrMsDG4IVL6wSWvGOf8fYRYvF7v&#10;pN2yztmanI0FQV0rUTRKWEWPcXdI1GnTUSA/X+yPd47e2s+XJdvmYfUUU5+D4yT3ZPw8ejHbp4or&#10;nx5wNFP+fWX/AAdG+3Rujq/ObGhkj2vRYTJ0Xl0mixszzUrVOXgBMBcKHM8EJvx/bPtbbXxdRgsJ&#10;maqtqStXlVogwSRDqFDVzKAxUcWjlW3uO+UNiurG+kuL2OP6dgaY1fx/6jg9b3I/VXyTQgFAT/x3&#10;pDd676wnYu8Nh4TbtHLVRbRqszPPJNT1FMsBzGGx7xtCrqschaSFr2I982qpYxcEkX/BHNgP9a31&#10;9mUojM0vp/snrTLEwoeHXdLi4qiGJSi3Ab6rytwP8Of0+8X3zr6ybmx4Lc/T8gAG/vcZTQ0DOQh/&#10;l+eePn5cek7QR5C8P9Xr1LfBrIyFI19JQtdL/wBQD9NP+8+22oyN7lW4/pc2P6r3/wAP+K+2aGur&#10;T3VrX59OeCP99D9nSnx+BWMKjKebi9l4B0ABfqeLf7Ye2qSrV5Qzft35ugJJIuP9jcn28k5SLSVq&#10;4x+X+r7ekxgcA0oelLHhCkTLGRICfpNYBSwU3X+n0HvzVIAZ9ZIC2BJKk/04/wBV/wAR7eWRG8Ma&#10;O419Mf6vLqngH/fY/l1jGLe/jCgESKW0jUuk/VVa1tI4/wBj7Z56xndgeFJPIa5vzb8Dj2qiKqlG&#10;bh8umPA/pdKKDErHHGyjW4CBgyhbcLqJJZrmxt9Dc+0/lJ18EqknVf6/jjm9hwPapNbGMD4Kgj8+&#10;tGJwTQY6VuCo7VSSaVH7b6gPwbWIB/Vz/sPYc5XRJAQx+n4AJsTYfX8Nx+fawOclT1Qhl49C5h1e&#10;KdSB9bfU6SQATyBfjn2C2bp0jm06Rxe4sT9BGf6m1gfdTLJX4ut1PQz4uUyQhuSPre9rcuLfQf0/&#10;r7DbKU7OW0KtuLfQH/ddxzza4+nu4dPDoXOqvDrYkXQNTZ6UsL/1J/p/jzce0flY2WaUIAWZUsP0&#10;3Fl+hvf27I6vFWuel8ZVlBXh1KiINr34PJ/3i/8AS/thjBNdCCv6WIP9ot6eT/tP1/3n2WJBo7i2&#10;fs4dUC61Uh+pLH0m39P97+n49puvgZ5ZmsCNcn9fprYnm1iBf/ePdbuWPWVr3aOnVcKNLfF1yH0F&#10;v6e2anpzHVRhlvrkQKqni5YX+n05HtDKhc/pjpRHJ5Bsdd+0rloiayfjhZJb/XjTLJew/OkH2T38&#10;brIhbgB/n6VK2of6v9XHr3tsoYB97GeADIpvYfmRT/hf2kjRpGCIO7qwBB697btxREVdUoALK0zX&#10;tbjUwPH5Fr+0O42s0bKzjs0/8X1o0ox8uvewvYhJJCbct9B+T+P8ePaOOQBhUZ6oeve+A4P0sR9f&#10;94+v+uD7MolLxuE+X+XqpVjw697kRkKefwObcfVT/sR9fbXVdJpXr3t4ia68C34/PJ+pNv6kc+0D&#10;RuhGvPp9nV0UjJ6975i/9Ppx/wAR/sR7rVv4enOve+jzqA40cj8/1/w/r+PayykVXk1+nXsZrw69&#10;75RvY+ogHgW4/Jtx9eRf2IbRx3x0x/qI/wAv8umSBRvTr3uYhNw3FlKuxv8A7rBv9LHT/vXs1hdd&#10;YJ88fnw6TgKNVTx7fz697OhtTS/UVAVF7bio3+n9kbbpbn+vHs3s2RfGR+JVv8P+b/iug3RUuryM&#10;8WV/+PdMbg/3gVh9P4QB/rn73ge1ZVjXmtsqh1BuvVjP1tc1PPF+V930aoAoGfFB/Knn8+vRq0e3&#10;L4n/ACkhv9rp64Ut1XJMQVtl5WH0P9iLn6f7b2nNwxSY/YO4WUBRJl4ARf1AvCwJKCxPHvbH9bxQ&#10;vZ0YorS3n1UQ/Sp1KV1fIU45LCjmYccW8sX5/rz7Jy6I6a0IuQCbix5sD/tTe6xToszDzNelbGkj&#10;sfn06+44K6gL8D6/4fn8+/SlXXSmMEdM0rgceve+Hpv9R9b/AKT/AKm1/p9faTu1/wBl5+o/h4f5&#10;Ovd9f9Xp173/AP/XplPXuR/iLiihgaKLT4nNXTxI/khu37jTWGlif9j7xtLAtrJ7Ken+T+fUyUlJ&#10;8qdb/HvnNs3Ebfe+6Mq1C1b6dNJCuSEfiGotqpJHuWV1+tvr/h7rcSs+ii8K9eJ05kYDrq9xcf7y&#10;CP8Aexf31g9wbMpdyYvD4/CU+4cdW1UcElVV/f499TAtIRAVZuGFvr6va863VRrp6cPPpQssQeNU&#10;UEE/5D10wYqQG0MfyLNY/wDIQsfc3sfLZjHZMUGAq323impYXFDReGphlMgkEil542mTWoF+fx7T&#10;KASxYVNektyzCRtDUXrsA2FzqI/JAF/9gPYDz4iCSpkqpEEs0jmWaRiUMs0jl5HbSwALu1+OPZhG&#10;W0AeF/h/z9ajUaFJGc/4eu/fExxIrxJAsZGoag7E3CheNVxyT7r59XOK4697xiJdI+n+x5/3prfj&#10;28pqBTpA572Hz697wSx8WBHB/wB4/rY83J+v+Pu3TZJ697b5D42IAF24P9eOL2/2I92WLVVyc9KE&#10;jaRVdm697iubkc2P+sL24+vHtVFGjNlcdO+HGPw/4eve4BN2P+tb6f7D8+00lRcv/q8+kUgKyNnN&#10;eve8LRh/7J/24/P9OSPb8JNdPlXp23yHH2f5eve+/t0DAfUDnn/EH8+7Su/iFQ/b16TX4oC1p5de&#10;9qzYNGG3xtQaTzm6UcXN7sRb6/09seKya341GeqQ4mQ/Pr3uHu2hZdw5d0Gtv4lXL49QAsKyo51F&#10;rWJ49uRylgNR7ulINWK/iqeve0+aawHoCs5F476hYqAQWH/JPu4bzrjq9OBHXvciDFTzHxQUwi8h&#10;v5Va93OlQpDnSFPB961AjVWvXlGoVHn59e9qFdq1FMkM+SqY6SnJUGaOSnqZWDf1gSXWCVBuLfj3&#10;rV5DpzwyKFjTr3vDuMYbALR/Y0EefFdTmqkqaoz0DQy6zGtkVnEn+q4tzx71q/iJHWpNKUota9e9&#10;oKozGdrYDBLkZlx1xpxQWE08YDXUCXQJfQ51fXg+31lgANBQ/wCr7et6yQRq7PTr3tqgxZWywRrE&#10;rfrQEELp1EAFmY3X2lu7hf0qZ/1cOqELj59e9u8dI0QEdh/W9xyLFuPqR9f9b2jW5RuAPVY81p17&#10;32KFgxuPT+Bx+DZidJ4592SYPUUow8urKadp4jr3vIlDcgccWP1/3vn+ntzV1uvXveX+HixL86fU&#10;ObnUfpfm349sG4xGVHxf6j1UHVQevXvazo8eRtBr8AZiqtYg3/yRfyT/AEPtO1w5aqgVp/q8+nRU&#10;wVT1697Tv2qRhvqX0BY1uLCfgxMDfg3PF+Pdbh/FC6eH+r/N00ylsgY697cqHD19W6pCZJql0VBG&#10;EVYlV9I5lAsNLPb/AFufbHbHxHTiQ1pju697ECm65qMfjTmc7UpjaGN0hZ6Uw5CV55EMiQNDTz60&#10;SRVILW9Pun1Idiq5PSoW7Kut8L+3r3vFT5inx48WCx0cMgsP4kJZY5nNrajFKrIC4Nre2JZSB3OK&#10;/wAv5deFRhFAPr1736WmymUqoqnIVEtTNZ7SyaLqCBqACAAhgB7QtdRqxoBXj/qHTuQwc/EM9e9u&#10;NLi31xOqKIyH18j1EBgNQJJ4t7SS7oHDAju/1f6sdK4pNZIC0697WWD2vWZiSOGlppqytmLhKaND&#10;K8oTyGwEZZ7rEhblfx7Jr+7aSLww3cPl+f2dKxA0o0nJ9OuiQBckAD8ngexI3ztDIdC5bDSb/wAV&#10;UYasmcyKFilrY5Y/tIpU0yUxmjssNahI5YXsefr76+53SzNslz4p8sUpTPp5dBocyRx7nDt11etL&#10;Jq7ailO2v4R1Bx2Ux+XpVrcZVw1tK0k0SzwNqQvTzSU8yg8cpNEy/wCuPYHZDuDFTVs9RQ0rSDki&#10;IpWopAYsHDtAPU1+QPp7ds7O4sY/Cup/G1cBQYx8v8v+XoW30wtREbi7abX8K6RjH9Ef4ep/tsn7&#10;tztx9ltWmm0geF3rp47ED0kBqawJB+ns+fdJ7SJVWIqAPWv+AA9MNuumMqIcafX/AGOve15JvfdH&#10;YOOgyOdxy0C0NFFi4/FVisAhooNcdgsULL6alv8AVfp+vPucPbbe5JNvuY1t6O0bFWONLaU/o/Z/&#10;sdBu9VbgvcSR0Civ+H7OsccMcIcRoEDyPK9v7Ukh1Ox/xY+3zq3ZO3M9ugS7jxlPWxwIZaeSZpSd&#10;UVfQvCfHBPEUt5nIB+l/cv7RLdkobidifPAz8Pr/AKv5dFOm1bUQ1GHyPy/n/q9Om7NVFVTY+eWj&#10;4qAjhDZTpPikZWs6Op0so+o9nuw2E2liYkFJi6WMRxiKNUaewUKlhzIwsAo9jdd22+zjVzIdaj0b&#10;h6/t9Oiq62y4up18KUhdX8P4f9X+DoB8pV7xyUhiNdKkbvqIEdGBwWBX/NL9bn6/09q6DJYejjss&#10;SB5UMiMPKTqCkD6alHq/r7Kxz5eXG7QpFbKsOn1H7Ph6dbYJFkr4hP8AtR0navaOZrI2eSulcQzL&#10;G8RWEKV16mNyVY+m30t7LHvvunsHrDfmC3NsPK1FHJT/AHpydGEovHXq5povFM9ZR1RTVEzqCi35&#10;9xT94ZuZru45ZXbrwIDbOOx1xWQfxf6sdCi1ivbNY0GnSykEVXNSOhKpusdlb02LV7R3ttrFbm2/&#10;kXh+7xeVpxUU0y0zxz0x06tcbQ1C61KsGVufdunxz/mZ7E7Jgo8F2BsubZu6DeNExsO6dywV8hWv&#10;maSWsoNuQU1IYIaaPTdvX5D+FPvGHb+Qd9N45i3SSS38wRHjj6k1rX8qevUU8y+3GwSLeyQzlZCB&#10;jSafh86jqgf52fyX89ksNl93fG/cS12RfRNFtfclbhNuY7btPHNt6llix+ZrshTJPDXQR1c8olsw&#10;kAUE6gPbT85cQ+8d57XqYqJJv4Ac4aeKSQxqpyuO2lHLpkcpYOKQseD9Lce8nvb/ANq7tLWs89WY&#10;U4Jinif0/Q/l69Q77XNYbbYXax35JFK9v9Kb/OR1n/kPduYuL4rTZOv00lbuJaWSprIjNVSztjew&#10;O26eMyRxwFP2otCCwS6kHn2GWwt09lYWlSDb+8MljYYdRkp0osbMhDy1DIAamCbkNI54/r7km49q&#10;5rQGWTboh/zcH/QXUp3O/bgy6TuBr+X+RejofI3rT4p9xP4e6unNq7/SoNqeTNPmQwaKHG+RrY6o&#10;p3W6UkA5P+6x7G2l7L7ZmSQz7mrJmKgCR6fEqS1yCdK0QUcc+xLtGybft8eifZ7Wvlmv7Kk/6s9B&#10;m63S9JB/eTg/Jzw/I9Vabv8A5af8saqrKd6f44bUpws0ks1PT5LsOKIo6BxqZdzxl1Lf4f4D2h90&#10;dx9n0VQlBDuCqWWRQRUJBi9d3Um2gUbIdJH0v7N5LmFVkgh2yJCDxCgf4Iwaf5embS9nnkrcuzqD&#10;5liPtyOhq6n/AJR38uKeiO50+Ouz3gBdfsanI73nh0QyKQ16vdkjfuA/lfbFtvZOa7O3fj8ruWoN&#10;fkYxRpT1c60qMhSqWSADwSU8SqrVLNyp+p/2GPfuLZ3rLNPHZlpaVPH+lXy4+n+XPUk7VzHt+3xr&#10;9SaU/wBN5cfw/wCr+fR6K3trpT4c9NZDb+yqDH7I2Dg4MrUPhcXDkpqalp4MS33TRRyxZKrlP22N&#10;VPSxb0i315tYwOLFFt7D0EVrY3E4+ilYXN5aaljheyuW4b8c2/p7jraNwj5Ut3l3V9KygtT5FVP4&#10;K5GjP8+oZ5u3WC43aR/CLxyS61X1V2bSSQcV4dfPb+Ue48/8ufl52xuPr6jkrxmuzN8U+GlaZabV&#10;ja3snPVWPmf+KChWJWG4YeGAK35A59qbBbgSlZqVnaKzuA4V7D9yGFiAqAAtoFuT/wAVA3Nls3Nl&#10;0JthWpqK8Kk97/j/ANPkfy4gAme7e03K38VNETFcA+ZYeh9BToYsB0FVdDbZO4e46KlysNRimrFx&#10;jVcMqoJaKCdY2m2/kJ5T4/4XKp4A5H+0+5lZkIJAWEhNrCMFbWPN2IUcfS4/3nge2Nr5KvUlWO+X&#10;9Umsnqf5/b+yo4no6eKed2Ma4Jxw4ft6BvcPydw+Jimp9nY1KGiijeDH0qy1apRUoRkjhV5qaWaQ&#10;Rqq/qPP09tMuTJJIBP5tcgAfX088Hgcj6/n3Im1cm2ccaBsnh9p+frTP+wOnTsVwVJ1AD/V51PRb&#10;Ny945vcNTLNLUPEXdiEX1EXPJ1mFDyfra1/6e281k+ppS7FZDc35vza5J5JuefY9t9o2VYILRrWP&#10;xY/9WMfL9vVLrYvq4msoKi5Xz86/F6/s/wBVQxl3RkzWSVzVTn7h2YksB9QUb0hfq1z7Ln8noM3V&#10;9XZiu2rFI2fpDjhSGLxB7T5/CwzkeaMpb7Pyg3U/7D6+097u9zygWm2248OMnPHOF+bebf4ejjkX&#10;lGfbL9Z90ShdeGDkeIOAb0of8nWw1/wnn3js7c/zHo9gdizwZHb2Xpco9JR5BJhSF8b1x2jlWDGn&#10;SFr/AHMcci6mtqUW5sPdS/VfXeVruyKKh7Ez2Rko3eRa5q7GwxirH8FrZacOIHg4ilSG2k/0v7Bu&#10;/wDN+68xWku5xyH6mQVY1X8LKnmvop/wDrKnbbOwnsYGsiBP3f8AHm9flXrfm7O3RDsnrLLZHr7C&#10;0GQr8fDTtiMfRVXhjD1OYo46jRIsVToBjqpXN1N7H2UTtvqHqGk3BWwyVs1CrlbTU2IyFUU/ZhIZ&#10;RHUOn0b6/wBT/j7Kduv/AA1Rb+Ma6nz/AD9Afy6P4ns7eMW1wP1j8j9vQ04fIZGuxtPVT0Ucc0qF&#10;ihqVtcOykFli4+n9PZf6343wZKof+A51mWVQ0SzU1JSo4YeksZ65dJN/z7NJLmOVmkjj7P209fLp&#10;KLM5IbPp08tKqLqkuv8AUKGf/baVJP8AtvaIzvxh3/QK0sK0NUltQKZbD3Isx/SuQZxcD2nEoHwk&#10;n8j1RrGda6Wx9o6xx1UMraUL3/2qGaP/AHmSNQfYSZfp7f2OZ0nxDmxLXjmp5Vt+59TFIw/s+2mu&#10;DqVVP6Z45/1f6vTj1URXCJQcP9X+bqR7Skuxt1U7BZMVUK1uQqBgTcj6qDcce3fqKg/qH9vV2EjI&#10;RmvXvbc2ytySSMv8MrCSxHMbWNiQDxwbe0ru7FWHHR/m9fTHWkaYAgrnr3vINg7sdlVMRVEMBx47&#10;X/H9P6/63PtOzS1Jpj8v8PTTtNX4M/t697eaXqXfFYB9vhao6WVTxGBc/QEsw5HuokZcAip+3/JX&#10;qmuda0QZ/wBX+Tr3sRcB8We1s76oMNRRRsRzV5rDUrWs5voqK2Mn/Nf4e7nwwFBZiR9v+bqpilde&#10;I/b1HnqoaZdUzMB/tEcsp+oH6YkdvqR+PYj0vwq31fVlKjG0hBOjxZbB1IPDXJaLJ/8ABf8Ab/4e&#10;3okrRVQnUPMH/N/q8+m5UeOi66avs6hpmce99Mk/Fr3oa5fre3DUwPNvasT4z9Y7bRRvDelXHVAG&#10;9NBgGrlINyP3qLISj/NSxn/X4/B9nlrtzTfCtF/1fP8A1fn0y08AGZaN9h/zdc3qqtrGko0qIze7&#10;y1LUxFuOEamdj6gR+OBf2oKHZXUW3GjloNr02eaQsIpqkZShaRlJvqQSOI/1kcjm3s2/c8cCqJO7&#10;V/q/i/1evSWe7UqohWvUm08i8t9u3+06Jbf7Flt/vHsXaXf2SxFHGuz8ZSbV8V9UdDkFqSEAABtW&#10;Qv6jJzb6/wCPtba21tHIK5H+b9n+qnSJpbqRe5gOm6owtJXxNDlguTjY8JURIqi9+AsQUWtx/re4&#10;kGYqd21pqmqKnN5dVHlp6uA0ULIr+m1V4ooGJmciw+gN/Yq22MTySRIKUWv+rH8+kshlhHiM1WOM&#10;/wCr+fWQQUuMp1iijio6SIWQRBiE4+gT68KPYnYbaNRIqGuvCkmiQ0KFZoU1lCf3kcMxAJS39Bf2&#10;Zx7cfHAIH+r8h/q/kWz3I/i6TtfuGnhR/ARIV1oJTeNtShgRoZDxwDf6X49iLi8ZDEqpFEkUVMEh&#10;WxP+6ljHCsbkEAf4H3Iuy2BR0lp5f5vmeim8koitXg3+foNs1mJJNSvIzvMTKPSOA/l41KoAtz+b&#10;+356YEXvwABxzwB/W/8AT2PYLdRAaj8/T8v9X5dEzSha8OkiKz9y1/UTex+t78/j+vuE9GrK9v1G&#10;5v8AT/D8/S4/2HslnhC3GVx/q/y/y61HMRNxyOnWGvdfH/qfSCP8b/7zY/159sctMp1qQAbXH1/I&#10;/wB4FvaWRNLdpx0aQ3ALDGD0/wANS1kYG/NjwARY3/xJIP8AW3tP1FGS5NuCObf8FH1+v19p1SMy&#10;a9Oel0UwrjpQw1lorA/6xP1AvyL/AE+vtnqqfU7Bhxx/S/0UW+v/ABPti5hV21Ba/wCf16e8QVqC&#10;enakqLRqL/6rg30gXa/1U+4lbTci35v/AK9wq241eyiSB6smk/6v9XDqyuKgg56n0tQrLf6EEX/H&#10;Fz/h7iVNMf2zb8kAfQ/p/BsLC3tE1u9O4dPrL5NnqVHODqAJt9SeLf7YHk+296e1KTa51uf+N/X8&#10;f717bVe8GvSqNtRFGx1I8nrt/RQB+frxa1vz7bvCWhckflxz/gACfqOPbhUAce7p4nHces2uzj6/&#10;2fp/Tk/0+v8At/cWKFQ8v9TA4vxyOL/Un206LJhxWnWqDP2dZS5stv8AVj/ibccfj3HgjRZXX6Aa&#10;zc3+uoAA+r6+0rQyIKg6h+w9bR3BpxHWRm9IP9bD6cfQ/wC929wZI7VRAHJa/PB/X9L3559tkK4o&#10;fh6UqcqfLrmD6L8f7Yn8cG3HFvcGqjJqr2PDjgc86lPB5NvdxH4SHw/i+fn0oIAr1yVvSPyCOPoL&#10;cf09+q1PkPoH9TyTe1vxf6W+v+t7vob/AH438v8AN1sjrtCCB+ebfgfn63/J983RRDEbcWcD6Enl&#10;Rxcn/jXsrNCKHh02evAnUef97sbXP1+v/FfeR0H28Iup/wA5b6HnyA8393Ecn8B/Yet0OkenXG41&#10;E834/r9Obf059+p11LObenSn04B5P+JP19oJfjP+r068vXIm1vqD/W9zf62tx+PeWk/TMPwVPHP+&#10;qP8AxHts9bHXT/UfU2PP4/H+82H+PuRBAPKrf7UCP9ib88n8e90bVop3dbFOuJY6f9b/AHj/AFib&#10;e+Mcd6tvo1pTb8WHkt+TY3966914n0c8cc/69h+fr9fcmRDqsBx5OOQeLn+p+vvVPXrx9euI/B+p&#10;0/6x55/21/eeSIl4rcN4Bxx9NX9b8297636dcVP1J+gP54Ib88C9vefRZoPxaOxI/oCP9tb+ntwY&#10;SRDxHW/MHrhe9zz9Twf8b8/8b9y7A08hIufLGLc25Nh+bcX9tE0Fet9df2+OPSeeR9Pr/ifcoqDT&#10;ylfpqTjn+vvy8AD17rhc6hf/ABuf8eD9Pp+fcyiFpIx/y05H1+jn6f4+9kkmpOevdY5R6D/sP8eO&#10;LfX8/n3MoVJkjP8AiwF/yfWP9ha3vXW+sU5sj/4Wvb6gcW+vB/p7f8arCS5P9on/AG5P0H9L+yu5&#10;Smlxw4f5utUpQdQahgVt/h/r8i1r/wC8f8i9qYBjPY/lYyePxxf8e0a0oNPw9W8z00sR4bj663+p&#10;4uAfz/sPb4v/AAJH/LGP/b8f8U968urefTMw/wAmP9fLJ+fwb/73f28kDRAAeGmhsf6HRb/AW49r&#10;rUkrT0r/AJ/8vWx8X5dJ+U2lqGIHpglJHP4cj2uttO0eY28dIYrnsU3Lf6mpgP4Pt6T4G+zrVz/Y&#10;SZ/D0E+/4Uqdob5jMjRpJszc0RIW5AfGVqH625F/dku0RDNV0D1EAMsmMVom9bW1PCVa4Gm4c8A8&#10;f19pdRVloaNTqPdzlmiLqj0Fc/z9etS35nyZ2j6x3/BtrMSRY6g7Gkgzsf8Ak0bT00FBkzX0njnJ&#10;maCahGljHZ/9T7G6ONmphHI1yoW545Kqx1cfU2HAv7tctpgdiPIf4R0zHLQBitK5p6f8V1rmLX01&#10;J2O+Sw1IIo6+Sv8AAkbSXSOd/H4QJAWCkH1sy8+8SxeaiZLen0lH/JAIJupsBex9+kYG8jJOSv8A&#10;n6WNIWLMx7ielA2aG2d1NkI6qRpzLPDk8Z4isUM9QiRxKlWBK9QEWTUGX8+07VQsWqHDsEUxa0sO&#10;SQNNha7WPt2zkJhTPZn/AAnpTBcEFAWqh6NdiMrS0sm2qOoxFK+amhyTYysFU8gp46cO9arPGTTQ&#10;eaC9vIPV/Z/xC7cdXX4tMpLK/hp4BRnxhkZQJjEp0kKWY63vxe3sxjZlEhX4FIp/q/Z0bwGNygQZ&#10;XH7P9VOrWPj3trrLst+oEoaOPN7h3H/ff/cw1LX008zYkZlv8pheZKemApaF4116daL7J3UMtiYR&#10;44jJJrb+vqJ5U8izH2dWa4iI4aP83RiVqyN6f5utjqBJAzJWMJ6pI4BFGbWBERFg62X/ADQX/X9w&#10;3I+3nYXKCO7m9rg8fQmwPPs323/ko2tP9+DpG39o32nqRMjq8Mb2WVmIiWwaxChuGUEsNI/1vbDT&#10;Y18uzUF7isfw8n6rJ6VAuyj8/wCHPu2/ExQXeoZEbfyr/lHSuE0vdtB9R/gPS1GfpdtpT5s+lMYs&#10;dYzBCbNCqtIxsjMbDn6H3Ul2EkuO3tuikAsKTcWbprXH+6MpWRseAf1af6n3jdcgvdTU/pH+fQ9v&#10;jS4jH9BerMMPVLXYjF1q/pq8dQ1S/wDBaimilH4H4f8AoPc7aeVP3NOSWuJokH+FpKcEXsLXt7DN&#10;9AfEJJ86/s/1DpZbmqgV/D04EXBH9Rb2eDr2taempl1D0xRtx9LaKMD8D8n2mAKMr07aD/AemLsF&#10;kPoG/wAAPSF3NCnjk4NyTY/4nynn6j2NQc6VAF2twOT/AIg/Wx4PszsZAW40jI4/6vn/AIOiO4TU&#10;D0DlbT8vqt6XAHNr2+p4/wAL/wC39yqaYk2cD6t9CfqAP6D629nNAOHRS66Wp0na2AaQyE/UXHBt&#10;ckD9X+v7yzs34P0/w/rp/wCN+/f4Oq9YaZVNuBb6cH+mrgf61veSBgU0vGJb/wC629IPqNrkc8EX&#10;/wBh7bf4TTrfDrHOhEutJWgI/wB2qNRX0qDZW4F1Nv8AY+8mUzL4LFV+dkfTLRpAYRbV4zLOtO9t&#10;KseVk/IPtbbRl1SPyrX+XSy1gMh1fh6Z6PCUu4c1QbeEeqmr/uVrNXAlSGnesi1KzLfS8Y+hH+x9&#10;l53/AN8dg70xhwOSztUmBcSpPRBaN4545DA+g6KGGZVEsCnhuD7S3EUSSUC9wNK/4f8ACf29CO3q&#10;AkdOyv7ehY6y+MvTHVmcqt1bO2LhcTuetEP3WapoqkVkvgiqoIizS1dRHdKerdLhR6T7C7Bbrze3&#10;K5avE182PnQoY54FidwVuQSksUiDg/049obq0WVNJAOPPpd9OBQhs9DdlMPjc3Ry0GUo4K6kmVkm&#10;p6gMY5EYcq1mVuQfY00nfm9K+AU+6MhPm6FTZop3ghDRCy6CKWiRreNz+L8+wzc2NvaB7iKEF4+B&#10;/wBmvy626iNGanw9BxTdMbFw8ks218LRbcq5yXeooI31eVm8pkKSztGW8oB/pf2MvVG9OjczX1sG&#10;9OucNihNRSfaVK1GayRrcpLNRok8iQRximao1yO1yFUi1+b+0CHcNwkiRHILOK8BQaj/ALHzNOHS&#10;KW4YxvoXup0AnfGyPkljdvUVd0/2xlqnIU2cSfI42sxWzaWNNuRUGSlnpoanIUL+Vo6hYEXgykG9&#10;+D7MDs/aW04qvMZraUUeKp6+HI4mkWKOVY6ejq5aWpp5IWq21O0aCLTqHIXn8+5k5Z5I2q4hS/ut&#10;yJlhUPlBXxEVX/j+Zx/s9AHc7u7F7DEEqrSL/wAeb7f9R6rX+THye7l23SbN683rtYbmrYarbWez&#10;U0OSgdsm8RzmEyWOqoMPiDHSw1k9NNrlQ2jaQaVtp9tGS3PuDA5N8VWstRFTBloaoVEBepghm8UM&#10;0sMUbCB5NBLA3K+xvbWlpLKjKgr61rXz/Z0/dWoKsKZ/1U6e9r9Z9fdibLi3bh6SXDVWcFPV7iwv&#10;8NyCQ4rKZGgirMjQ01ZWvSvkIqU1IRJY1VZdP+w9t38ZmydQ1VUszssbq8R+kbuL+lgilgt/r7Hu&#10;1ubePSB8v8uOHn0GLhVRCq8CR/n641OwMdtjGw4bEQx0kX3NLPHVRi8tVFTNovLG8sixPIqji494&#10;6eQh3uODcf15tcfj2pYY6QSLVajiOpldTqYYQh9Q0NyB+XBsBr95jUHWxB5+n+P0/wAVuPZQQQc9&#10;I2Qrhus6Y9XhjDC4Av8AXgC/4tIQfp7T7VUyMvgkMckZNraR+tD+GBAGm/0HtjdpQuv5f50/zjo1&#10;iDa200rToSMTh6OojK11OtRT1Ok2Opv81JK1iVZTw6j6t9D7xzV0zkwTyl4Y/wCtgLN6rgKL3uP6&#10;+yyymoqE/Yf9X7D0aItEHr06Lt6hp2auoKRIKyoIIK6tRMIMSqS8lrBGYfQ+8r1ULIP62tzf8WA5&#10;A59lJjOpq8OveHUn06mU+Pq4mFlFrgggj6Nc/Qng2tf/AHw9tM9YqlgDweP6fQfn08WPuhj/AKXX&#10;vBxXV/q/b0raHHSuqMUGoG4sR/quLci5IH1HHtjmrPqSf8P8Rz/Sw93z0oKsKVFOldS4pAEAUH08&#10;8G1yB9SDbn8+21q/6g3PquL3tYk/Uf19suO6vr0nkWhB6UUOKGkEaR6bHkXHA/x+gJ95jWFkB5vp&#10;Btc/6kj+nunHz6bp1gGMVJW4X9ZF7Xt6voQT/X22y1LFvre9+ORfkD+nsyR1Yal4dJ5TnSOA6cIa&#10;BVWxBH059J4sx/1Q/ofx9PbLXzEowJNuB/hzf+lvz7NIGPgqwIqP+K/wdeK/oE186/5OnjH0ipOL&#10;AHhiRe31KkWuW/p/X2iq2VRE2q5BA/A/1YP9Obn2q1GUHFCP8vSOWMnSOB6X+OgKzqVte7c3/IU8&#10;fq4HsMs0okkBXm97n/YRX4+h+ntphRiOmGUAkEdCfiCUisTawva39DJ+fwL+0DXRWVjz+OeOLlTa&#10;wP8AT3XqlOlRE3P9f9vzwQPr/vuPaFzCD72Qjn0qbfg+gcf7H2pT+yb8+jC2/s/z6nRH0gf4/wCN&#10;/qR9f9j7TgjRKuJtJvrP0+n6b/4D6H2ldXIZKj0/ydOfqnHb/PqVcaDyfx/QfQ/0+pPtOVQbzSt9&#10;F1SAjj66jcc/X8+0Ei/qlRk4/wAHSdV0yFa56zDnn3Chi1V1LcWBkhH4P+7Bf/ev9492RdQpSuel&#10;kXw1+fXRNgT/AEBPtJ5mNfvasi3+cqPryeZJbkX/AKAe2r23My0rin/QQ6M0FVb/AEx/w9dj2x0C&#10;EV0K/W8qci308qf7AfT2RQRFJe7/AFefVGOQOve4e5oP8sqmH9nz/wCF+GP9b8+9brUJE/l/mr/n&#10;6uuQ5+f+fr3sHJlPkZT+XU3+v9QeP9Yf1+nsK17iR69MkijU6977AGok/wCB/wBja/P0/r7NYpHS&#10;PSrYPWwSK0697z6bGwN/97/xB/2/tmSShZade697cI2KqLf6/wBP8bX/ANgPaYkY8unFUtWnHr3v&#10;Mjhgf8Px/wATa9rXPvZRlpXqzRsnHh17352+nP1vci3B/oCP9j7rkHHGletaG06qY697w6/UpH4t&#10;9Qb8G9v9ufZvaTUoDxH+r/Z+zpmRdLN6de9zYJGsy3sSpv8AX6NpPFh7PI3VnTHmOk0i5j9NY697&#10;O3soK3TtKCL/AO5ulP8AiQNsUf5I41X9nVq1JGI8lP8AhA6Dsy/7sLhvOh/48emR7/x9OT/xah/t&#10;zWHm35tb2racl9xbRW1wdkwofx6DWR6vxe1m9rY6PgcCSP8AAP8AJ1uRP917GuDKP8A/zdYm9EGT&#10;a9rZCVwfryIkI/1vp7ae5F/he1quCEWWqraSZkH0/UyfjUR6fagoAjAHH+bPRjY4tx/q9euOGmNU&#10;/mb9UcbRX/qCY2P/ACd/vXskuoF9YGlVuCObc8D683I9lk9CWH4ulc4DBVJ76dKL3GDA3NuTY2F/&#10;8f8AffT2neUrQMxJHTCoQNRrTr3vD6/6f2v8fr/T/b+6eN/R/n/sdOeC3qP9X5de9//Qo8qcpnBj&#10;l2+K+QYmHVopPDT6ZfNMKtx5fGahNNR6/wBXP+tx7x18aL4qZ/1fPqbCcaNfb+XW/wAe0stLFDqj&#10;gUwrNYPDqZyAPXfW7m5Zjfj6X9+8SDiUH7B014cQGFFOve523VEW8NuzlSjJkoy1SDrIQIwBEN7H&#10;SP8AD2pVkdWWNu8fYR/n63CGll0wrVlPXvYmdmxLHkoGQgtUUkGtgCLxsk1msxI5J/HPtLasHkIX&#10;4hWvSWWRJHZUPeo7v8PXhz7B+UOrkhza176L8XuB+eePz7XMzacn9P8A1enV0dAgzTr3uAz6iytz&#10;fVY8i4PA4A/p9PejRT2N/k6cJ4g9e9wWYpfnkm4Nvwbg/lv6f19roxHIiseIx/q/1Hr3hRFVJPDr&#10;3uG8rnVY82AsPyBe/wCCeLW96KWop8NPy6qVhXT6de9t0k13Zedd7EWvY8X5IAPu8cLU1Fhn+X+r&#10;/V69WEeBopTr3uIX9ehr6hfj68i39AL8+1MSEMT8uqshXr3vKIwwZrC62EgtwC36Da9iSP6e0MoY&#10;TNT4PLpDKKyNXr3uUYEVVfgB76SLjleCAATY+7xSmIshGOnI28MlG4de9yFpgEZpL/0Uck83t9GA&#10;vYj2y4LSgRU0V6q4UtRB/s9e9rnrahMu/tmrGms/xylJGuxA5seStrAe/MszpJUYp9v+Tp+KOV5Y&#10;w3Cv+rh1wkICOTwAjE/6wB9uG69tVS5rPZKRft6GLKZRJ6vXHKYxDVzySf5OJjK3jQ34HP49p3jk&#10;YLpFccOqyW8upm04qfT/AD9c/YdTZfbFHqOIQbjqgzLUeRa7EeBgCJRqmR4pPHJGo4/Vr44Hv0SX&#10;X4TpX8iOqqGWvh5PXvfjuTOiPx46pfC0k0YaejRaauDzSLpdjLND5BeLSvFh6b/n3avgFi71cn/V&#10;9vTqPIqsT2gnh172lKqmSSpNVUSa6ppdZmAILAvrv41YINTc2t79HOM6Gx+zrVNRr59e9rLcSCfF&#10;7cawW+KFlBDea9Q1mvcBOR9PaaeRTTQKUP8Aq/w9OTA6I/WnXvaKSlBYASXUEXUra1vV+q/Pt36i&#10;gqyU/PrS1p3ceve50WPErO0d1A/F7/j/AFWoXvp5/HtHNKToqe7/AFf5+vGtVoO7r3twWlMWkOLS&#10;WYAHS19JBIGliPo3thpNWnTwHVGYt173kWlmLNqA1XH0KjlgL/2vpf8A2I971AGnXmUgkeXXveY0&#10;xWwYXLAker6fkH9RJ9P+9e/autUHXvfJqYBlUi2oggC/INrXJY8g+9qfOuOrIpJ+zr3sSMJtuvyu&#10;1Vo6an1MMtUyuPNAoWFqSKMNqeoTk6xxe/tpptDamccPs6VrFK0dARx697azi9sYeQCulGRydKby&#10;4l4qymRjA9nH30byQ2NRGYri/wBdX093WZGaimg9R1ZY4lbGW9Ove3BNzZRIZEwMP93KWZXjmpo5&#10;oMkssUi6ZH11UOsa4Sq2HPpv+faacw5RiD/Lz6cUsAVVdK+nHr3tU4DBLVbMzdW6mokkzkEk0x9B&#10;8how36FlQEkOSLC3sre7USqdQ8OlPLpRGgMTn+l172xU2Ityf3EuAv4uD+n6Pc8/n2iu7yNky449&#10;NduNRx172rqLDO0UZSTTHYEroDGzFrWLSA8/19kV3uFvFC1HoT/pv8nV5dLREKAG697VC4J3pGnU&#10;aKSHTZtSi5eQx30+VZP86dP5Psve60Pof4m/4vpTb28oGR29e92k/wArXamByndmV3BkIA2Z2XSR&#10;1OKp71JDzZXam/qaVvOk8dMojiQN61lB+lhz7S7lZ3D3e0WF1HptLmYKxPopTHb6j0IPn5V6tzDP&#10;d2PLe63lkmq7QR6fhHxSopy3b8PVSf8AO+7T3l1J/Lf+Qm5tjVTY3OridnQQZaMY6aTHJU9q9eY6&#10;Z0pMnRV1NUmopsjJFyno16hza1qHyb+P+y/lXtd9sdjAU1RAKh8BudaeqqZ9u1s4pVmrIsbjsjho&#10;68yQ0axlJX0gfT/GYX5M22xsll5dhEV3iq6i2sAUAq7kLTjWn29Yjrve3DeJbvZ4PDvwO9SznxPI&#10;ZcBVKjUcA160hP5Y/wDOl+Q38vXdWTTdGOm7l6Z3RIP4x19U5Xa+xxBVUjbmrIclT7ppeud5bgRx&#10;lNzNOyRBEcroIKn0653f3wm3/wDGuumyc1Gu6uuhUzLj9ztV4XFSOIxJLLI+Eg3DlsvDphS9nXkf&#10;T6WIYG2bxaq0l7tJg3AAMFEqPXhgEVXj6+fU+ctb5ZbnbaHg8PcOCjUzVbjprpVf2/Lh19Aj4Yfz&#10;D/ir899t1+e+OHYx3pUYClo5N24t9o9h7bfb1ZVF4zRmq3zszaMeWEc8Tp5aVZEbTfgEey10uUwl&#10;VGfClpI9QmBSrBjQEDV64wsgU/S3sXWm52sdmI9yh0z/AMNS3/HF9cdCgyTIKNF/MHo7/tUbaps7&#10;PMaPF4z+MUdbIyRK9TTUID1MkUekmYiTSUsL3C8/gj2L9g5sh26OUQQ4OAuoqG+Htynbqx0wNxgj&#10;VvHP6X4sn/IvXCTSFLMbBAXJsTYKCb2H1t7M71X8Qe/NwZVM1t/ZcdfRZJfMtP8A3j2lSiGKtnx9&#10;YAr1WeimkMMMqL+gE35sRwMYfdq1tUdbnZkSn/DSaUp6w/y4Z6Ib/mLZ7RyY4RT/AG4px9VPp0WX&#10;un5d/HXonH1dX2z2N/dOno1maeVdo74z7IYIsq8hEO2dtZiV9KYepPpBv4uL6lud7bfwc7jqHhp9&#10;xYiHbELwJqqYsvtjMlXcQgARUm5F8lgWNgxHpt+fZRufuFd7ggm2zl/WCaisxXTx7sxg+nSW358t&#10;UVxBbV/2zD/Cg6rB3n/woH/lUbPkyFIvyclzWZoKianOKHSvyFoRNUQtNE1Mte/UMtKG86BNQJHN&#10;/wAexr2r/LYzq1H3OR7WrVhqmMn2kezsWyxlkX9tZYt2GVwpWwYjm/8AQckG4e4yQ2Q+omEN3Gua&#10;jVT8xFo/yfnwILz3PEczW89qUUEZ1Bv8EZ6It2D/AMKbOvnyk2P6R+Kw7oxonMVBnJO6M51797B6&#10;/HUnGbn6NNTTeTj0O2oD2NOK/l8dN0sVUd2bYg7ByTVEDUlbW1WYwLRxRlmqXFLRbmMbalVb8WW3&#10;sI/1wsN73fY59853eOzgglWRRaswLuP0+6NF4Oa/PhmvQN3b3G25lYW2+ssoOB4T/KtQY/8AVWvR&#10;VO6P+FAH8wPem0clD0j8XKLoGqepozjtyJ3P1N2hLT0kcyTVZXDbx6opoZfNTQtGWZSI/IX/ALK+&#10;xp2t0D1719qGztnUmHV7a/BX5Ge+lZUH/A3I1bEAVDgc2F/9b3JO0c3cv2comW/KNggmNj/IrSv5&#10;efl1HW5+4+4X0FzFc7cJVcrpPiBeBqCQIqeXr8/M9Us97/Pf+Zt8q8JLtbu35I5LcuBLgT7ai656&#10;Sw0EOipoMio/iOztqbeqHUT4mGbV5OdGm9i2po7P6lG9ZoZkiCVC+TyTak/cNsci+lq6BF8aQW4A&#10;vf8A2808v+7XK+12yWz32SMdkxqauc0iwP29QxyvuPMO1z7k+57XpSTRpHiRtSgfzQHiSCfT/AYX&#10;4HfMnN/FDbU+3YqiTce1aLwCKkdUxS4lJq3dtbOYnG3s5kKz77I7kD+pz4xH/qT6QownSs2GWcSV&#10;LMswRT+xDf0M5vZchIb3kH4HuV5+cOVPCQ3oGhvnLTFfPSRmvl0bT8/XFwV8DaEwT/op/wCgB0dv&#10;sv8AmhY7saqxke3aBqepxstVIdNRW2vUQUoXms2ZRoLJSP8AQt/t/b9D1RXcmKo8JvdT4aZrte35&#10;rgFA/N/ZVHzX7DRAfvTd/Dc5/sL9/XPahzjAH7elEXNW43IP+6VWH/NYf5QOmVvnhvDJNBDTYZs3&#10;GwCVKvlqPGLFEqx2u8m21WS7N+OLe4dP8ZazKVizLTazI4Eja6RbEMxLEHNxgXv/AE9pL77yHsJs&#10;ytGebPgFV/xXcfyz9M59P9WOhdtO+7/MpWTbgF8j4q/5vX/i/LoXav55/JCHa8sO1uuP4rNFTSGl&#10;jO9doY8PeILFFrr9s6ECKpOpmHA9jftTo6i2YI6zIxiBV9UU9mm1SqYGEemlyFUwtpB54/23vHvn&#10;n7yfLfMKyxcmj6mUGlKyxcA/+/4E+zo03DRcoovL/QxTK+GTT8wSM1p5evVZXb3bfzS+Se6X6/7B&#10;wDdYbUylMpr54c/13vNUxWQnnxktX4cRSY2sk1UmTLaElRxbT/a9iRj4cd/lROSMbR/cQxx/ZSMH&#10;jHMa3vrGpha55/NvcE7/AGHPnOk23TT7Ro21/Dkr48GM5804JJX+Veg/dX1rDdQCCTWVRV1UONOo&#10;DjXgR0n9q9lfHD4c4XNUeFcbu7HlhyVJk6+ai3lhGfLz0sS1c/jkpM/iQpz23I/RH6LPdfSDdjqU&#10;h+4kZTq9clmKhT+o6SSqoGsnHIHue+TdhseXtotkfuvtCVWrih0pXi7gfqJWox9vTlpyzu2/7nDd&#10;pGXhFCO5BjWSOJQ8G9Oq0u//AJX7l7XzWVqqiVqDH1NXXrBR2pJ/HS1NVlpI4zPHgqGVxHT1/jBZ&#10;Q1lvx9B1odgCBxb/AGkf7D2sulRpJXI79XGp/b/g6mKw5cv7aMCW1AjUU+IeX2N0SjJ5yGaV285D&#10;s/JEbm5bVzYwi31+nvtUY29P15508/7yD+fbRLLVeH59HSbTMKB49I+RH+fpr/i0UV+TIw5uQwK/&#10;UWsIyvFvfivIXlrD/jdv8Sfe10IpmWTTN6fy48OHTU42jbFMrz0uG+IaWP5VFRkU6nUK5LMSqlPA&#10;GKswjUTRJqBuXYFylvGLm359qnHY3HTxMZJwxbSArU1QdBVpG9JVhr1FR/QD3EXN+7btcA2rW5EY&#10;40kQVro4jFP8vkOgVuu/3u5GNLe38NFrnUDUH/aY6On8d6Go6v3BTbkGXJrG8pgT7CxVTQZiik0S&#10;p9+pZoqv+0oB/wB5ANdzdD7K7W2/UUeWSMZtAv2eRWLIu9CZajGyTn7cZOhp5/PTUCx2YnSORY+4&#10;32rfd/2e+ES2n+IilQXjzg+YVjxNa/4fNLsPOe5crbhI88tdvGnFBT4W81VmHc3W0l8H/wCYVmej&#10;8vgK7E7llyeyco2SGU2scalJHnBSw7pWjBy1XtLJZXF/w7LZVplVdPl06WAW4WnTN9R4Sh3BksLn&#10;6cUdTTCnWWcGepaZGiWaL9ujrXjQLEF4DE888j3MK2lvuG3i/Euk/ZQZNPNx5/L7MdZX7ZNY79tS&#10;7vbzam/0rL+LSR3afP8Ao/Z1tqYTt+rze38Vn9tQjM0WTE5hiaX7AxmGQwynXWY2OZrzah6kUG1x&#10;wfYFb56O2Askytu1hBoD/ajAZPSGYDVaUV5Yf4e2rN5Vgj0pqyRxHAcOH+H59PWazT25kuqLJqYe&#10;XAcPhPQo4Ld+48mq/dbSFICbeT+O0c3+t6BTRkm3+t7LuesdmYLINUbZ3QyZSNgYgMJXKPJ5GdPV&#10;W1csFy4tzwPZrHFdyAp4JH59PqkafAx1fZ/n6XMVRUuoM1GIQRzaojlA/rwqgkW9vU+R+QVJTiPD&#10;bplixynREBj9nsGAWysBUoZl1RKvB/3v2/FtSTDUYe6v8X/Q3r1b6p1FBMdP2dQJ6LBT1Beemikn&#10;08s0c97ay31A08MT7YJdy/I2OQB92VDH/tX7OXkseOIjflfd/wBzw0/3HH7T/wBBdN/Vt/v7+X+x&#10;1lXGYex00kNj+NMn9P6E8ce8P98fkdCx/wB/ROOGItRbLPp/B0/bnnj88e3V2aIaqxfi9W/Pz4dN&#10;S7hIp/tsf6X/AGOuJxGFktqo4W4AFxJ9Px+ffTdh/JZHBj3lUhuL/wC47Zd73PFvtGFwfdhy/GVC&#10;m37Pt8vzbpM+5SU0i4p/tf8AoXrCdubecG+Mpzf6+mXnj/g3twj7V+T1FG7VO86hICDrl/heyGsO&#10;ABojoHd7+/DlqAEEw1IP8R/Z8WOkc+4XBC0lwP8AS/8AQPUJ9mbRnYa8LSOwPp4nFje9+JALg+w4&#10;3HvCv3YzLvLe02VqAV8kb4KKmAfVG3L46np1IPiQ/wCw/wBf2eWu1QpoVU04+3/n7pE908opJN/L&#10;pR0lFS0EK09HCkEK8CNC1gOTxqLH8+01Q7XViZcRP98v1MJi+2uAGAIeom1Ar6j/AIW/x9mUkFjE&#10;UDSaR9j/AOr/AA/PpHNJHUBn7epXtaY7aObqCCNqx0TNcGqGbpZz9HAIh+4sSoW30/PvYkRG/SbH&#10;2deUa8KB1iM0anliPpxpb/b8L/j7ELF9eZ9mBk3NLBDJpDQDGUMw0oWsA4qlb6nVx7UGGS7YiVdI&#10;X/V9nVZFnioy8Ps6gz5KGL6KHI5HLL9bD6+M2vf2rcV09tWjq0rKmmjyFYWUmof72nsbs1zCmQaI&#10;Wb/D2ZwWFrTvkp65b/P/AD/l0ikvHgz4Wf8ATf7HTHU56oKsYojDYMRZ0k1WIFhqi/x9jHi8NBjl&#10;SOm9MClSIPUBJ+keHW0rOg0i17+z7bIdvs5JT4lcUppPD/V59Fd3uFxdqsWnCmvl/wBA9IvK5Sqr&#10;o7SRgOdX72tWMPBtKECBXIIvpt7WdJQeWKzDwwm7NGCGC8KHJfUH4Q24/p7EdikNxcIsT61+f2dI&#10;mEpwwNOg9yWUNIxYfu1PEayG6M/qcxgKYygu635H59yTFTKojiUB4l8IfUxDeNfSNLcjUyg/n3KO&#10;17fctCrqtYyP8On+l+wcf29Ir9nECvx7/wDi+ks1XUvN5KiQlZmNT4bJdPIx1HWikHQGI/F/fFkU&#10;R2sb8cWI/HPNyPr7PogEQRTGrZ6D5nJbSZO7rwkcza1/SDbVdeTfjjTc+j/W59wmUFtP50MbcD9P&#10;9LH8X9ld1ZSofGSPs/1f7P5Dq8YkT9UJ2jp3inCqDqv61Xjm+rj8gEXI9trwq5b+v1F72Nhza55+&#10;vshmt3iqG4HHSyKSgDgY9OnuOoZQpH0H1sADa/HAU2+ntlqKVtTcf01D882tzquPZdrRZACc9GcU&#10;4jYK3DpQQVKlAfpckDg2+p1cafp7ZK2l9bWFyNIIDW+qpz6jb6c+9ysp4YPS5ZlPA46eqGoJRSTw&#10;QxuR/Rnv9Bf221cBLqSCGufyLfQfkcfS3tEUiFe40/1fLp4BgGFO3p0pZ/S30K8Amx+tyOBe973P&#10;uHPH6Y2I45H44Frc83/P+8+25UUHScjq6k1FOpkEnMliLgX/AK35/HFuR7hSQ/5LaxJDsQPweLj8&#10;/X8e0TRaKsTVfs6UxOA6sR29TVm1TWBtdFub/wBGt9bXP/Ee4ZCNA5YaQC9+DxdSfqLWv7KvPpR4&#10;ieuOpgLCQAc3VfzYfX6EH+ntpFOheVg+pVhY8qb8Efgt7p51Tq65bt6lazZQQQSw+h45v/sBx7bo&#10;4iJ3YC5u1zcfTWAV4Nrf4e9lQ66WGOnYwwORTrMzDQBf+luDY8f1tckf8R74SQL9wWdedQ+lwQps&#10;fwfaBiFaiGqjq4dkIA+Hrmr3XjjjgWH9eb+4dTEDUEg+nUCf9bV/gfpx7cYaSVJ6Ull46hTrmh9H&#10;P1t+Pr9P6f1ufeGsiTy6rXDX5B03tpH5Nvp7crHTTpNP59eNeHl13GTY82t/T/ioHvDMknhhbTZb&#10;ScE3HqZb3seP9j7TaLf+zDfqev8Aqx06XjwA2T1yB5bm59NuLWtf+ov+PfNo2+1iBN/85zYk28nA&#10;P9D/AE9012o4oa/6vn1svGqipp16/rYj6Hj68fS39PfOmjURTEm3pW55/wBU1vp/rey8xyIaxnq3&#10;l10x5H45t/j+L/X+p95aGLicXHK2BJYXsx/p+R7bYMP9DH7f9npsyxrUVz152A0nm/PFv99xz7zQ&#10;XWYB+PVYD83vxa3N7e7tE1K0Grz/ANR6sHXjXHXFuV4/3w+v1/2HvtYv8oJvceUn8W/WD9bj+vv0&#10;SfxJ+3/N1sMCePXV/T/Sy/7H6f0tzf3kdSzkDkhzxwPyeefbLqUNW4deLL69eU2H+Frg8m1wB+Px&#10;7lstjCpXnwj6kcer/b+6a1Pn1vWvr1xFzq+ttRta9zfi/wDT3ka4aMEcFf6/Q6v+Jv7vUlVP4c0/&#10;y9WBByOuIt6v6j/X54v/AE9ydF6aT6cyRk/7A2v9fdW8/Tq3XAfrH5+v1/172tYce50dvtpB9fUh&#10;U/Q8m3A+lvaYmpOc9J3pqanXE31i/wDQ3/pbjg/n3Noivkiv/tX0v9LP/sfp7sK0Irj8utgOVxw6&#10;xT3Mbkf4f7fUt/yf6+5NCP3kKg25tf8A4K9uB+P949ufh0sc9PrUBQePWCp/Q17c/Xn8XS55t/X/&#10;AG3t/oEfWWsf1f14/P5/2Psuuv8AQ/z/AMnXj5dQZmXTa/1W/wBDf/eP6/X8e3tGvVE3sNEYYH+g&#10;tbg2/wCK+0qqxwqn8uvcT1AcaacA/UvIQfpz6vyOL8/63t/V4zOo4u0MS/W1249J5/r794ctP7M/&#10;sPV814dMLAiAkkWWWVvqDYcnUPp+PbxaTx0y2uRNEzDj6WH0J/rb2rtMI5+f+TqwFKmvTFMY/LUn&#10;VYGmlUX/AAxZrggAA2B9rTABFyWFnKk+PL45mYkixWohcj/b/wCHt+QihXzI6rOwMbJXuK9Bnu8S&#10;SYDdVMjaTLtvOIoCg38lFVRr/h9P8be7KNqVchgwRiiBiahomeTWtvUIvTpKBuUN7/i3tEjFwrKC&#10;ART86/7HUc7spjmYsTqr/n61Lvlfs7DtD3t/GMuUyUW5d4yUdF9jO+mnSgyTRz/dQT+ECOdraG9T&#10;+xxlVJKfSyalkI/OkoSLLJwQW0E3sfrb28RIFcIaOP8AURnHD/ixx6QWLEKxY/pg/wDF9a32Eq1x&#10;m+KWriyjUv8AD4KtpmSm8q5GnifyTYxrqwpVyEaeMyJqMerUvvhAjUtNJF5jVSmwEjKsPkC3vZQS&#10;F+v59pGgum+mz8PnjGf50+X2favkYOVIFOlhntz7Z3tvc7h/u8mxtvP9wRgYK7IbgigknhjWmh++&#10;ENPVy/5QmrVo/ter2nalyqrM45X6TX/4D6mCkeMD9zycC5+nszPl09EDRgD0YvY2KSvravbmMlKC&#10;r8ck22fH6N1ikp5quOaTLTSL/B/4MA06qrfv/pH9fYQ9vMxwdchOsKKcLew1E1dA7cgDTa/5/p7V&#10;QN2SJXu4/wCD/N0f7PSr0HdT/iurbv5VNFSR762plqakjpDkDlvvdMkkpp/tcT2DT0/Mrkz+X/aF&#10;XTq9XsoE4BRlNmQ/ojtYMeCRqAJHJv8A63s2tHZkiZuPD+dOjkDFCOtkiFdNSWRdEg9c1TqDMgKM&#10;Yz42srXA08e4syD7aWNLRo6gActb1DV9efr7PNukK3CXUh/Rj7m/l/q49Md1JtXCv/Ff5OvE3rKY&#10;sfPU+V1jbiK/DhAun0Cy2/HvjgZft8vj5HcAR1UZaw+ix3/oDb/b39v7qFujOtshZimP9vw/1fl1&#10;eCQS31m6r2h11dYN30v3mzs/TlNInxtUgN+fKyi6+p4yeSP6qPdRndcHi7H3Y1v+BG4c3VKBf6T5&#10;jJSAG2r+v+H0+nvHG4Vkv7yJ8yBnX869D27kWedHiOpCgH59Wo7MAG0Nqqv0XbeDUf8AIOMpR/j/&#10;AE9onbVSI62EFyrCVONJPHmg5uA3Bt/t/ZJfQylW/T7dQ/wdKoQ6qF09KT2erq2oeaCA3uhhiGoW&#10;5tHSWXkLxz+fZBPcW8dIlaj14U/1f6s9MXLBF7xivSY3BDqgdtN7X+pItxISfr9bH2YqBwqqSRqs&#10;PwQL2HA/J/r7W2Ku51KKp/q4/wAv+Kp0UySRivd0DWURSXT+v1ub8A3vz9LD24U6fua3BVW1Fb88&#10;Egj8k39iJX7FWvf59FUjgg92ekdWEBWERuFKgi4BFv8Abjge802q3oAI/oCB9SAfr/h790x9vUeD&#10;Tr9dwf62JHAJH0+vv1PcepfSwH/BrXLC3P8Ah7317rqrtwjXdSfpyL20m5K/Tn2j+0lqV2lJHQQX&#10;hnX991kjX0x19CyDxyDXw1xxb/iPZ3ZIqBjI2R9vzz/xfQi22WBYyHfu/P59O3WckE+7ZXragmrp&#10;/G1NEYmOky4+uWW0sREZvGoPN+fZSalCDGFjAdDqI1g6i3P1tYf7x7D14kiT/DROl9QXBX4ejSxM&#10;pBOq4IsOCPp9LD8cj3jKCKUsJFn1Bf2ymjTp/Ic35/2/tK0j/wAJDfb054kvz/b1zHK2I08nng/W&#10;31HvPEwPkVjpY6yUtfgtzdxa5v7LpnmXVMsRYrjT/qH+X/P04zSvimD/AKv9WeuiPp/vf15/1iCP&#10;blSzLHCqkERtOVZPU11IAY61BIuOP9j7Irrcr9nCrBpFP4h/0D08iQhNMhFSPn1xMakkk8gcen+p&#10;4/P9R7MQO389lsTtrbFOP4ZiMJR4ahjplenqfu6nGU32KZIzSUCVEBqKaQL4tbBdN7km/svsZrqC&#10;5Ev1JLmQHTQUFSuPh8j506Q3FrZP+oho4+R/1f6vz6B2n6b2Xj83uTdsmNhq9w51syanJs9bDLHj&#10;stV/xKbGCJci1O8aVal9YRSSbcDj2qcDWtJU1MkgtNK0pkl+pLsV1gqiqo1Nzx/r+5k5T3tp7hbW&#10;SX9Rf5/B/R+z/Y6I71CUYeY/1f5ug67F23FBjKcwJekiWFIqe50Isa1Aj/cacv6VP59inh3ZirNI&#10;EPhZSbCxso1H9IH09zjt91DcKERdTIv+H/P5cegLuHEin4v8/RJt+Y80qSKIi8c1bG4XWQUOtlRb&#10;+Ri2gnn26pIVc3X9Ssy/4gD68jj2cIfFNENT0XYp0hammUwoWawikSOT82LScL6WOr6j3hjk1O7H&#10;6MLr+foCf6A3A9o7lSgjDHA41x6dNSISqKpwOnRqa0Sxxg6kIDhbmxLc/RirC/Ptsmkj1eWRSdX6&#10;76hpsqKvH5v/AID8ew3ukiyrpifNP8vr9lf8vSyKKQOuOhDwVLPEv2ytpEZtAbIdWppXkvqItob6&#10;am5PtL1dUyW8YsGNmN78C1v1Br8n2UW8hhUh/Po2jjOkAA9CzSYtKhj5G1GM3jBW1y+sNbSykfpH&#10;uBJlipsSPp/vv91n23qWtOlSQgfFw6e4tuK41qpFjx/X+v8Ax2F/969xZ8mCLi17/QX/AKD/AJtm&#10;5/3v37Uvr034T+nU+lwDoxDX0n8kDnm//HcFQb+4ElW5X6fW/wDgLkcfRf8AD3USIQTq6tWLw+Pd&#10;/P8A4rp3jxoV/p9LD+vAYf7WP6/7x7gvOL31f6xtf/Gw4+vv3iRkHOPsPTZGot2/7HTrFSMoFk/N&#10;iNYX6WFzZvfJa1QLaubcfX6C3+0An/W90EcjsAB2npMYyRkY67ehF9RW3qux/AJP/LSwNh9f6+8L&#10;1124bm4Xnn8/Uho/bq2r611J2ef+odJntjqGkY/PrKtKPGeLn9QI45AAsLSD+ntuqqq6Ndrkcf4m&#10;1rm5FuPa0EajGR34/wCK/wBXp06EdVAIz1No6Mh1dVspH1/AubC4DXHH+v7SNawaGwYm9h9L8ix5&#10;IIA49mQmDCpbSftp000bNlwK/mP8h6VlHE0cwOi9iTf6/gi4HJ5PsPsqwWS1/ULi2k/0jvf6c29v&#10;ghypxw/1fl0ieNg41Ljpe45WMfF7HkG4N+Xt/W1vaHyCXjYhb3+vJ/qv05971DPf/q/Z02WWn9of&#10;9X5dKOH6/wC2/wCJH+x+ntHZSMioYlSHsv8Aa4/SP8bfT/W92WWL+zLYP7f9X+XpTb/Dimn+fU6P&#10;lByT9fx/iPxxb2mBE33SakOjWRxb9Vv9f/fH2ydXlx6eIb8NK/PqTcBTf62Fv8P9ccfX2m62NkaQ&#10;qLF5HA/pfU1+TwL29oZXjE6rK1RT/V/q/wCK6ZKHxNTmtOpA+g/1h7g0iE1lMLWKyR355GmT1cj6&#10;W9qwY5VxmnT6sKcevH6H/WPtgydP/l9WCL3nna5/K+Z7AkH/AHq/uk3grbmp+X5/8X0sSSPw9VaL&#10;Wn59eH0H+sPbZRUpbI00YW7vLEUsbarzIVF9Wmx9k7W76xIuFI69IvhqJnOmI/6uPXftv3ZTvFV1&#10;6spDgVFxfVyusHkcG59oN2hkiiVWXuA/o/Z/q/l1eGSPwmKnFT14G4BH0PI/2PsBpriaQXsuq688&#10;EfQfUXPI/wBv7CNO8E/FXqooTqHHr3vjqGq6fT82+hNhb63sTf8A1vatZCoAA69173nAJ4I+v+sD&#10;bkgcG1vbZIrUcOrde9zomGk6+LWAH1t9Q3A/r9ffo8MSTinT8JVS2o0697zcAgX4JsLA/ngWsPbo&#10;dSpYHgPz6Uh1bgeve/KbKysdP5A+v1I/1Nhce009S6UpSn+fqkhFO7h173iIIu3Gn6XP9eSL24v7&#10;U2r6XAr5V/yf4OkcpUnHXvfOORY2ux4sSeDc8g3+nHHs+tJELqa1o3ScLrYaBwPXvZ5dj3HTUEn1&#10;X+LQMCBfj+7FKw4sCePZ9YSpLPIiCpz5/NR0Hypm3G4WNdTaT/x7plk/4viG9v8AcYOP+qv63/w9&#10;rfDL5dx7SIXVfZEOkEgen7yIDkf0A9mtqfBeTxMdx/wf5+vXSeFYOjdreMv+DqLWECiyZBAtXyFj&#10;Y/Xxo1iPz9fbH3/aHDUqAnWzU+ofQ8Syj6kWP9OPa9pIfDY17fP/AFf6v2dLbE/4uv8AD1G2szPF&#10;UMRZRMwU3BupSIj/AFvr7JJUmxPHP5BI5PFwT+CP9jf2SXZTuAP+qv8Aq+XS1Y2WQ4x5dK33BXUN&#10;Q0m/BvcHkjkAc8D/AHr2XCpPDHTiUrnr3vhpb6aG+tv84bX+t/r9f+J971/L+X+x05WP5fs697//&#10;0aOqgAy6h9SeeBz6Qtwfr9PeMor58epmbj8ut/j20yR/uX/1vx9fQPx+LD3vyz1Smeve8uKCx7kw&#10;V7g/xCMj6/hOb34+vHtfYkKZKjyHSzbUP1LCvAL/AJ+vexG7PI+/o7cj+HUR/wCsUn+939tWT6Jr&#10;ksMEn/D0TqrfWXpNaUP+E9e9gzUsWZgBdCSP6fW/H44t+ParxGcipoOtr8Q7qfPr3tuckXuL3uP8&#10;LAn/AGxJPtuSRDERHwr9lPPpUWFKr1723SMSXAP6bn8/VQfpwPrz7eSZCqVNHJ68GGPXr3tvmYqS&#10;f62ve/F+fxzc+3o5QdYQ/wCr5daJBJp173BYyk2kOof7rHC8fT6qb2Bt+r2vhuY/CQFv8PTqyCgq&#10;eve88Eb/AEaPQv5Nw1yOeBe5Nz+PdTLGDVX6oDpJK8Ove3GKGNUtOb6CPt2IcFwzHykBSACvH1H+&#10;t7oKS6mB49MtCGZmZseXXvarxuFyVdKktLTmOa7am8kLEDTIo/VKg/Sn9Peq0qjvxzT/AFf6v2dW&#10;SBjqL/4eve5JhwOOYx1WZSaug9U+N+yq4TJrsYx90jPCmoHVce2jL31Of59UKrHJ3dx9PXr3tum3&#10;JlqSsgqtuUzbUlo5PPHO8lNm1qGtYER1sTCIMRq5B4493Esekfix9nT6u1E0dtAPn172la2OTJ1k&#10;2Xyg+4rai4mqgPF5GLtK0pihMcKancmyqLXt7o041qq0DUx1o0Zqt8XXvfd2iTxQyftuBePQPo40&#10;ka2uebW+v49tfWDzf+X+x1Wo8j173w8dgtoygKkN6+Gb66iCeL3+ntHPIJGFGqKdVbJ697bqmJbo&#10;1hfXYAE/hjz9f6+/RtUU6uhqCD5de9rHNxg4vbIINjhwb35/4EP/AI8gfT/H3UBj4pXyPT0oYxpp&#10;9Ove0/TUx4uCL83A/qtuRquP+Ne2HPD7ekgHXvbhBEqnxlxHHLy/pL6glmXm91Orjge9OXPDpS2r&#10;8Jx1733GiSs0cUXoUhllDkfUE/pY/W4I96KsuVOetaCMp173LWmL2AAkHPk40hRxpH1W31/HvSL5&#10;sO3ryx14jr3t5pNr1k0D1cqGhoIgXeoOmcAA2J8SypJcG34497LitOJ6fEZIqcDr3uXTZHDUAK0l&#10;N/F51JjEyz1NEKRh/wApDJKrLPpItp/x97CORVnoD/qp69eQhani3+Dr3vBPV5TKokVVklkphUs6&#10;0Zo4FKLyoT7hFSQ2VtN/za/tmXwlXvU/7P8Aq/LrzFmFGbFeve+cFAkKuqxaLuzE6yb6tIJuZDbV&#10;b2lDyByrSE/n1aMdxHXvbvSQ2AUoSCo+rcfRR/Uckf4e0ly4Ulj5Dp8VA697HLatKD11nFZLqudg&#10;IGri/wBgotcMP969kE0he4JHmv8AIEH/ACdKEP6Dmnn11+f9gf8AiPaLoKNaid/HDZon0omsklwt&#10;7klwVHP+8+y+9mMYoG6tDCGBcjrv2bXojoDNdmZWCapU0OPT1NKVgqOPDVMAEiy1FMQxp7E/i/8A&#10;sPZFN4kjBEALNjgv+Eg/Lz9Or3HgwQvK1AFP+fpH723riNi4WpzWWkAip1VlitPeW8sURAMFPUsL&#10;GYH9Jv7tK7G+NmBwvTuSo8Pj2lq3GO8cQq6+50bjoZGAlqc1JCpEMjHn62/r9CrmBpdtubWa6bQO&#10;+vDNaL5ajxb+fp0Ebfmdbq/+jiPYP+gdX8PRHvj58wqbuvtfM7aoZ1mx2MekWRwtvF93trK5KMer&#10;b2LlkMkmMJ4kbT9OBYECv5b+Gy+x+8xjMzSsanNUlfTlPLAhpzTbN3xIHvBNURyFo6tW/Wn0tcn6&#10;Gl1dS7luWwXMVGjjn1AYzQrXy+VOB416Hu+xQSco7oly40kR+vlMv8PQR/zycRjM9/K6+U9Lk8yM&#10;FRLt/YcsuTNDUZAU5i7h65liU0lNJFO3nqIViuD6Neo+kG917U8jy1X7wUICQxjXnTyTpufeRa3g&#10;it7JfCqXPCvDrnaZrGK8lEENZamo1N/lH+ryp18yD+B5GePI1Mlf46akSNo5mpYmDhpCpbQra1Nz&#10;wCPcOiWrp5JlpWBIidXP7KXjm1QyC8zADUrWv9QfpY8+zHfILG9tLe33eLxLKYio7xWgDcY88fQj&#10;Hy6kjY+el+iCblHpstZD9wwAR5qgPGnDpN7TXeWxd4UO8uu8n/Dd27bqqXM4bLfZ4urFJXwya4Kj&#10;7DOmpx8/hbnTLC6n/Un2m6bYWAhrHyUe3tNbUO0j1Ay9YdcjSmZnEJrvCD5TqsAB/h7CN1yxyeZX&#10;Cmka07f1v+Paqiox/n6OpOe+V01i3ufKqikmflVo/wAurRKX+bx/NFrtmUu067tk1NDTIaGHIf6P&#10;Pj+hpKSKlWjj/wAmh64RpzDEOdTFj/qh7EfH0lTF9tAGK07OqeH9siwWNbeRpi4uqgcc8f19lE45&#10;fsVuU2qwCXaR8dUhNKnNGBU0I8/8HRFce4ME2uOx27TL8IfxK0zx7o6efDPRZ937i757iqoNxd2d&#10;hf3hxuTrmm8n91tpYrz5CXz1MlMo2zDjKhWeCum9QVU5/wBUos91OIp0kSWKQQEHUmlC+kKbq41z&#10;erT+LjSbE29hkbpzDJriW51qwpQqgpWop8Oaeea8Oim75n3eSiK+sMMikYwfL4P8vSq27gPjpjaO&#10;nqNxdaSPVYyrR5slHvbeEa5haKGnd5RSUjyJQDIyxu6gKwjHp/xGFhrUMK1GlAEbyiHVdV9TL41b&#10;Styb3H+w90m27d5B4ciHR8X4RnI+3/J0Fp7rc9QaRBTT6rj/AIz0vdsdn9HYbJVldiNpeGkaaenp&#10;8T/ePcs7QqWgeKp++mo55JlpEUJpcev3PojFHxrDuTbXpW/059LHUBa97D6f19kl1te8KSTGQn2j&#10;z8sEj9p/Z0jW8vpDmI/tQ/yx0v8AJdm9Z7hihaEiFlu4ombLyMqqXkNStUaOnJFOGIKAEOP6+3NZ&#10;4luSdNz+QxHAFvxb8+27XZZ2f/GYv9rUZ+dQcU/n0+m2ePIjTfFTh6/OoOKdB3u7tGihpNeDyQrY&#10;IFCHJrSNTrjzK3oojR1dAJKpasj9fHj/AN7R0k0ZC6uGH4ufoRyAQLG9h7k2LbFDNpXt/P8Az/b0&#10;qbZJPhWKor/q/F0Wlu18i0KiZ2WZuWYrScWsQbJj9H0A+vtpnnpdBkRhoXTfh7312IF1ve3sSWtp&#10;cpIAVPi5pw9PkaU/1enXhs831EcTw0rXz+VfX06QWW3hHPjpjFUARN4fIviubidFFneDXc6T9PbQ&#10;mRMSj0FpBe8gcKWBv/ZCWFgfZ3c7Ot0M3VIh5aK/zr0bvykZpA8UXhxH8PH+euvHPlTh0n8B2N/d&#10;8VDVNM2Uq2VBFOtWaERHUxJ8aUckUpMTgf4Wv+fcqPc9bBIWVEtayqywgj6/2xBdj/r3/wCKopPb&#10;rar2MNIGr6hnP8vEoPy6NDyisUAISkvm3r+Wv/B1NxPyK35TVDx02VRoGIH238Owt+PwZ3wwkN7c&#10;km/+8+81HuqqpHd1QMWAAAKCwHBBvA/1903H25sLqJYEB0jPnx/5yDre3crzqQYhRT8v87468vyB&#10;3RQ1xq6nIrNUKi6QKXHRqANelPRiHVj6vr/yP3jq9z1FXwyaQCWA1RsdR/URaBCL/wCHF/fto9td&#10;s2+TX4Rrx4t/1sP8/wDN1u/5UuJ0jUMdWvjTy/3v/VXp4zHyi39uASpkMt/ky4qOhjUUOFUeOFSk&#10;ah4cDTuNKH6k3/2PtjMMsp8kg0I58ijg2DEvxZtX0J9yZC6eFHBG5YRgJ5cFGn09Oh7y/wAhQ28c&#10;Ms8fcUUHJ40WpxIfTorO495VlVU1LFjJJU1M099Ea6vuXndbMaYL6mf/AGHvmppYjZyfwONYPPNu&#10;LgX97mhuQga3Hd5cP8vQ5MW3bLCGc0Cj+n/0N6dJenFbkpryLqV7uAPECHVuBy0JILPybcH+nvC7&#10;MzFowVQn0C4Bt/gPdkSXww0i9+nu+XQHv+cbNLmVYZAQT8/+gOljQbLqJ4VeQFVsSFYI/BJKg6al&#10;ebe+JjbTduB9ebC9r/kfnn3pZFU/PoP3/OTNRbc0b14/yKdLTb+woXlDVA1gf8HUDgH6JVDg+3KG&#10;kh+2WR5AG1WI+pt+FsAP9f8Ar7B9/vN5+8biCOL9OmB/l4n/ADH7cdBma+N1J4kjZfNaedacKD0/&#10;2Ohoxu2aKhhgmp/UApGoO4OnSTbTJMzEkMP8f979yI6oRgqST9PozDgcqCBf2Vna3umMipUH5A/n&#10;xH/F9JzdiPR6H/B/q/wdP9dlXpUgiA0SR+VOGAuGZXsT4rN6W4/w/HvA2Tc1ViNMTM3AK24Fgf8A&#10;N/1H0/3xUnk23+kiuXzLQVOfkPJ/T/V6Bjm9j+57u6VK4XH+2T5fz+zoQdm9gZ5QcNT5IIA1qam+&#10;0opBEDLVVEtpHomD3vq9TXv7Jv311nS5jK1GWo20VBjh8iWnctalpYVN5aqNFsqkkaP8efbH081h&#10;ZvDpPh+XD+JTT468cA1Pzp1MnsrzpJLytBZzSVYa89v+/ZfRQPT8XW4F/Kb+bWQy3W2A2TvAiaro&#10;anJqtTqpIBapzO6KwWhxm1o1JWNY15YH3X9uLbkv3LrPHo8dlZtSnhRb9KT2/H/GvaFhJCWQg1JP&#10;8+slIpgYAVJqT1skbV3TRVtDBNSzI6SIGVdLC5bm95IUI4bke0BkNlxVV9UXnj+hOt47cEckVC3/&#10;ANh7VRXrxr4zNn7OI+zH+rPTUkgNCzdLen3CquIg4jcjUBbWL/nnwm3HtB5nqjbVZxNjC7fRj95k&#10;ACzKwc2WuUfV2/x9mltu0piDVwW9P2f6v8PSJ3jJ7genaDPz6iDOCAtxdIgLfjkQ3F/9t7Qtb0Pt&#10;GVrtijcLe/3+V55e9yMotvr7eG7DhUfs6Z0wH8B/1fn05R5x2FyQeSONPHAtx4+fadm6N2dBK7fw&#10;s/nj7/KW4JN7HKH8D2/HukuihU/4P8nSdoY2NdNPzPU5MnrAsf6XNrjkf8E/B9xn6m2rC/oxfJ/6&#10;bciSbX/H8Q/Fvbw3STgGNPyPScwICQBjrOtW5HJ5t/QAf9C+59P1xgqa7Q0LKeOfuqw/k8+qtYez&#10;S23BqESHH2f5uveEo/DjrG1c9+GH+2Fvp+PQb+3ul27S0i2iXSLeldchB+p4LTvxyf8AH2YJdRyZ&#10;B/1f4f5db0gcOo71jsef63v+fxbjR9b+3VKDxRqBDa9wPWeeSALBuACfaxAtzXVJhereF4mDw6iN&#10;UHV+of61v6C/9Prb3mjoVZv03P8AQN9eL3/Vx7XQwRgDT5/6vX/VXpJK3h009R5KpgOTYA3BK/48&#10;29JFvanpMVI9lSlMv1/3aI9F/wAm8nqvb/D2oX9NSBxA6QtK7UB+LpO1eTiS7SVIiHA/zRkLW/5A&#10;Onj2qKbbNWNEkjeGO6sbqjkC/NtM2oW/1vaqBtWpGNfQdMtH4h7lr0kq3dVCuuOFfPLZgLNIlyR6&#10;RdobG/8Ar+32CmoaNkIkEsoYCwE6cixvy7KwBHsR7fHE5YkfqAf6j0nks0TSV49IvI1uUrUkUxGC&#10;mYOwYmnk4II0/oWRW0sffWTrJDEwdfHGqMVOpW4s+n6AsOP9t7WxXK2lwDH/AKv9X+o9JTGKgrgd&#10;cMTjY3YFWEsrSrrGlksQYi3BbQfV9f6+0NT7rihr/wCHTm8MkhQOW/S8kohvpSEtawJ/UBb/AG/u&#10;Rtj5h0qY2+DH/Pv9D/V69Iru2MsJXT59KXKbGaoov4nT3WqhiDhQDdkSN5wl3qfHcuwF9JP+9e13&#10;HoaNfD64XQSBxqANx6RpYauV9jO2kS4RZAck/s/mf59A25t2ilo38VP9X+odBjP5Y5pPuAY6mOQx&#10;GNtBNgbs2tfR+v8A23uAIgs7hvwr6D9bgLyfrf8A2HtYz9vhgdKllXwFQDpyMxanjdSLs0RcXIsW&#10;b9P0sbf4+4niBK6bix/x+lj+Af6f6/sh3KInVXII/wAH+oHrwnZcMKjp4jqCoYsBb+nBsbj8/T6+&#10;4E8emR2tx+PqTyBe1z9PYb/d7iYEgaOlajU2mvTzT1WqBFB/rf8AA/UfrYcH2xV8A1vxcemw/wAC&#10;qDnk2+vtqWLSQvFujKF9LZ6UGOqD40+gI1cn6X1OSL2Fz7baymBa9j+Cbf4Beb3/AK+0j0Jow7/L&#10;pZ9RUUDCv2/5OnWiqGCizcEkWt/UkW+n9PbXUQWjUgcam/3gD6er3pwZFC1zXp2OSpoePTpTzfut&#10;f66VH9fqSefSDx7gPDeFrfQ6ub/jSPp9PaOaM6XQcf8AUenw1PLqfHMPOt/xb8H+pHPBPF/cFKcC&#10;mmLHUbycD6fQf4j+nspe3NcqV/wdOK9TTTjpxao/ejCnj0883sb/AFGm1jf/AH309t0cHrnA/SUc&#10;cf4kfTm9j7YZGShPDpRHJ3IOprSC0f8AUsP94/N7kce4C037z2b+v4/2ongFv6e9yKVI1LTpZ4hB&#10;+HrL5QUFjwP9444vwLe4dRD++NJ/IBFjzd+B+r/H2wadpZcjh1UyZ+HrNG3oN+P8bj8D6nj62HvB&#10;UxaZmuOC315OkahyDf6+/PEHFa0bpwHIZT1yjf0WH4F/wL8f717w1cOt4za3DXBP0+l/o359s+Ay&#10;g5rTpQh7RU8P8HXNH/V/yP8ABtzx+fcdoyYIObGzfX+uoWFzwfbEsMlGBWqj/V/q9Ok0jM4FRjrI&#10;GAZuP6cW/wAOSf6e8uhRTx+m367/AF/D/wCx4HtA0T1rWvVa1A1GvXr+o/7C3PHI/wB4v76hT9mS&#10;xA9P9Pxc2tzxz7U/T/EJR/q/MdGJYEEU64lvWv15/wB7tyPpzx77owQZfz+3+RyfVbgA+6m1citB&#10;T/V8ummRGrUZ67kYC3J+v+H5H5/p75gXqE/Bfg/7ccj6/wCHvRhZaaTUdWWgoB5dcb+k/Xj6f7b/&#10;AFvz7x8+VlH4lIvf6ev6WA+vvxQuaohC/P8A2et+fXYtpuTY6R/vKnkG5495gLkcfSYX+v1BH+p+&#10;n+t7Tsqt2nrYah01z16/+P8AZ4/1v9j+Pc2RAGhFzxToRx+Pxzf8e0dygVww4HrRHXFGNm/pqPP5&#10;5v8Ann6++dgNLNY8C3BtdW0gHnjj/ePd/DLRxBTkf4DnrYNagHuH+Xrj+SBx9f8AX5/I4/PvOBam&#10;k/xdD/sCPzybH3QgklTx6fVgwqOuj+tbW+hH+wuOP9hb25Qooomv/tFzyb+rkkX/AK+0zChIHr0n&#10;aniEk5p1hYkyL9bWPAt/Tjm35v7z0ukTRfn9dvqONL39uQr8QA6dj4N1xmv43PIuQD9P9Utvx9ef&#10;cugJaeO34P1/N7Nx/T3tkB4dOn0Pn1gqjaNyeOP94utufrfj2oaQW4v9f6D+tx/sP9f/AA9ssMUP&#10;Dq/TZN/W/Nvrf/WNr8+3JGAqSLfREPBH4vf8f4+0n0v/AAzH2f7PWiPU9RXJNOP66m+t/wAn8n/Y&#10;W9vgdvuYiD9Ejvx9bmw5t7e+nh4aP5nq9BUY6Y7kU8tzc65LfT+zYn6/8U9vYLtEjKePKoA4+qqB&#10;e5/PtQq0Sg4av8PVuHSfbQJ3DAA+BiSL/pLfTj/D/eva0wAInoWeIEJXUkh9enhGhsf8bN7RXagg&#10;K3EdJ7iTQAadIPc510WXjim0mbFZGEWjLWaSKoH9PrY+7FNsSQR0m0ZrCJqjEYrS3reyymIhrXII&#10;FvpYHj3SNEj8Nq5C9AXeF8SUvxND/Idauvf0Gd3A3yqw0RGUp8V2B2LqowKekM0tBhqgDH/cftSw&#10;vKsmny6mC6v9h7MPE6mkeTyalEbXm02v6La9PBB1fj2qeiGNTxp/s/4Oi6zgCqr6e48f8IH+frVe&#10;zGPrpOwKLHjDtS1E2Yg8e33rkmakiORRPsTkCbTDnT5C39q/uJSsZMYjEakKArLwPMLn1BOClj/h&#10;78DkUPS6RKsPLPQh76pY8P3Pl6FD9lXQ5OZKvAfuTnb0vhgBx8mRZpIsm08bX8itxq9slLqWoiMi&#10;eSJRKI59SqFujA/tryQxNufp9ffhXFR08w7TT9nRld8Jj59qZulxGSXG52qqsL/FNrfZ1FXJWGHI&#10;UzQN/Fam1NTGipv3v2mUyatH6vZfe48nIMdjE1gR5AVemDSp8P2s2OZv3dF5PITe3Fvpz7UQA9xJ&#10;9f8AJ0ItoTSswPxBqdX2/wAr7YGLxm7ezqdaV6nJ7L/uSazc/mqIk3CNwY/f0lOVw5q5afGfwuCQ&#10;Q3XX5x6/T7LTKttK/hb6R/rm/wDX+vszt/gP2/5B0atSvV3Mct3kYXDSBCzXsRovb+wfoBz7iMAV&#10;T6HUWuB9ALi35/w9iOH/AHD3Yf0B/gHTMh/Sf8v8PWDWUraY8qEdSp4JZgHuPpwRf6c/X21RyCGe&#10;J+bpIefzbVc24tzf+ntbHraVGBFQF/1f5Ok9hq8dacP9X+Xp/q6YVeNrKYgBZoGAF+NTLYch78H/&#10;AGr3VD3lKjdg5sgctVVbfU29WRyH04/NveNe4sy7nuDBs+NJ/wBXG6HMRoqEcc/4T1ZttZDHtnb0&#10;Z/sYTFJ/yTQwA/7yPYX4eQ/eRm9/3UseP+O0Z+pH+H59oZ2BQ4z6dG0R7QdP5dP3s8XUdYzxU8Sm&#10;9ooib82UJQDi6jnn2DL21pOZD8IbH7G/z9F+4f2Z/wCan+Q9MuaA+2e9uUI+h5Nn/wAR7M/CxESM&#10;f7QT6X5slv6cE39n+1IWiYj7P2n/AGOiK44V+Q/w9Ahl/wDgSV54JP1HA+l7cXBJ9vUT3jjtzx/r&#10;f7zb8+zAL+pXz/zdIz/LpI1CkGb8AsOBzzp5Nh/qb+8moab/AO8/7GxP0/Ht7quOofjIYAj6k8fj&#10;gEj8n6++VJZ3AJ0rzyRq5Go8gfgkf7D3upXK4Py691wrwViY6BI3F0/Te5QfUki639iHgt2ttyjq&#10;Y/tyyZQRBx5VGj7OWVxyYJi1zNf8W/N/ZjrEkNfXoxsxWp/1efReN99RU/YG4MHXTVwiqNovXyUj&#10;fbTP5f45R0tNIdKV1IqFUpLXKyXP00+67tyFY8jUJGLL5GfXctrMp8jL6x6dP+8+y69ZTKwXj6fZ&#10;/s9Hy4JoerM8XqNJCz/q0KD9ONI0j6fW4HtLGZ9epvz/AIA/i35H4HtCQBWi9PCgpjp1AuLX+v8A&#10;sL/74n/ePeaJwVl4+q2P+xFuP68n2muP7J6nGn/P08nxR/Yf8J66III/wP8ArDi3J/w/4p7lI7CG&#10;O/8AysAD6X+n+IAH/E+w7LEXIocAcOnZFLJRfXrjYAn/AILc/wC2/wCIt7VmEm01FNqsFMkRvYcj&#10;VEOLj6WHtEI9M8Q/4Yv/AB/pgqQHFMD/AFDqNUC8E39fFIPr9PQ5P+Fz+fY6bYqEeeZVa7gyfjjg&#10;Rf1HNv8AevZ9y5eGDeZiy41Nn/bD06Jr+OqsxNFp/n6C7fdCZ8LGD9Lw/kgkeOZT+f8AH2OW2fLV&#10;+ONedSBAwA41aVuQdJNi/wDX3kTydeG6v50qK6G/ktccPTPQB3EVaUk/6hnqv7vGOjwOLOQnvohn&#10;jqHQswuI5ZJGBIEoFwg/s8D2KsW1Ioo0FbVqDOBpHgk/VyFuY6gg+s+5N2+0VKMX4fL/AFeXQdS9&#10;IYiME049V2Zr5EZHJVdaNr7YmqlxbsaqUZajX/J1VZpiFrsSjD/J1Y+m59p7O7arsIRJJHdG1eSa&#10;8S+TmML+2JpSoXXbj2WbvG8cgVvs/ZT5+vS+3AlKmvcPLoYuke9dmduUUgwmRjaaLxmLHJHXu1Jr&#10;+8LD7qfGY5agyLSsfUPTb2gauYr4wDdfVf6C9goH4F+T7Acrx6XBI4cPT/ivn0uiRTjy6OZh6EyG&#10;RtBD/tlTZieTLqvZrcqPaKqpULSu17L47C39bX5A/wB49oWYahjh0cRpoWlc9DFjqeQRU8aizP5b&#10;m4/slit1J/p/vr+0xVVdnFjb/C3J4+h9H+P9PdhHjjnpT4fzz0tKKjvG3F/8b8fU/wC1/wDE+2+W&#10;sa4/3jgf0J/1P1/1/du1QTUAfb1vw0OadOkFCCD+frfki/Kj6BzcC3vuOsbR9ePzwOeOf7NwT7TN&#10;GCW9ekjxKdZPxf4Osr0aiRR9fp+T/X/g9j74rUkEg2+p/FvqLkCw9+KA8ePW3RH48euzTXCkfTj6&#10;f4fn9XuO8q6iRxcG6835sPxxz7VJXSM9MsjF3p9vWVYXI5BsCoBuLcXP1Nj7xeRbm5+vN7G4I/1h&#10;b2rilVUo3l00VP8ACeu2p5eNIv8ARSC34P8Ark8e4ks6v+eLg/Q2J+oBsNPHujvolkNPUf6v2dVk&#10;FAy+Yr1Op6Uoi8DV9Rzbj6/lr3IPtmqagGNv6Wtx/Xgf6n6ce/K1R8+krqVrUdvT1T05WUA/697f&#10;jk2Nm+o/1/aDyhUurfTVqP1Fibre/H5P9Pp7M0krDGBxH+T/AFfy6RvXUxPSuoUIDg/i1rfi4a1u&#10;R+D+faSq/wBJ5vc/7Ef5v6Wvx7rNMxNAKCnSKb4h9nT5F/j/ALx9CLN/vv8AY+0jlo/8rdhb6Kf9&#10;b0ID+Rfi3t1CHVq5BJ/Z0ttsxZ6nRW0Ac/7e31v/AMV9phD/AJUpKkgOb/jn6/43+ntzz6fr59SD&#10;+mwt/h+eOPbNXprIN7Wkb8X5ufrz/X/D2S3ZZbggnI/1f4OqEZ6kJ+lfxwPbVTKxrYhYCzIwH4/z&#10;qj6c/wBfz/X2ohkCsG/CR1QYPXZ+h/1j/vXtkyK3rawG3Ek5DD6+mWQfXi1/ai4qbcNTs4/y6fJU&#10;QKtMeJ/k68PoP9Yf717iY5B/F6Rh9RNBaxP1+5UgW4twfbESs6RLqolR/g6dvX/xGNa9tF/wdeP0&#10;P+sfbbvVQa7JlR9RVH8/1kFufyD7Sb+KRwH/AIXT+YP+XrVkdUAPXS/pX/BQP949lznt5X4H1bi3&#10;1IBH+x9gKYHXnpQmAD1y94EWw+tuT/rfW4sfqT/vPtzr3XvclT9GNr2PH9TY/k3/AB7rTFB1vz69&#10;7lf1/P8Atvr/AF/17e/db9Ove5I/WnH5P/G/dl+CT7P8/SiHg/r/AMX17325seeRYWtf6C/5v7oo&#10;VqUPf519f9X59WkQuRTjXNeve+LWKkcXHP8Aj9eTx/h7cgHfq8iOkciEUYjy697iE/4fVjc/7G30&#10;P4FvZva8SeqJguf6PXvZ8tjAN0lAR+oZGBv6cjatH9f6/wCw9iPaSPrpM/ib/jy9B21Zf3vdCvAN&#10;/wAe6Y5r/wAdX+n8MUf+rje1xgFI3Bs8/j+5FKOL/mpgKj/bH/ffX2fE18T/AEz/AOHq25EGCRf+&#10;GdRKv/gFkyDb/L35HP0jQfi1xx7aPkNTP/AqaX6gPAWNxzeeU/gn6/63vxp4Z/1eR6V7YA0YoMY/&#10;2Oou0pA0VUv0KzEW5/CRf1H/ABPsjdS12Fzza4/xHF7kX59k9yQXI08B0Yuc9LH3FJJIZPp/asRf&#10;n8/n6+26UWjcfLrfBSGHHr3vjq/236v9ha1/0/S/491/Ifz6pX5de9//0qPZ1vYj9X9SfpbT9PeM&#10;vUzkdb/HuFJZQLtpIHFhc/gW/wAP8Pe/y6p173GxjNJuPBFeVFfGb88DSSOPoLH2rtyqGUMaYHS3&#10;b3jjunDGmB172v8AtlmSupVFwTjKEkC3AMUv4/xA9orBwjXBKdtTn8/9X7eitVpcXblezP8Ax49e&#10;9gkZytlP1LGwuvOoC34/w9rXlDfBgHr2Q5KrQde9w5pWuB9XN7Di3JIve34Ptk44462a+fXvcB9e&#10;oqR9foPT/aP4+n9r3brVOPXvfjE5ezLZjewvx+f9S301e9/Z16hOOve3bG7dr8jVGno6WSpqZNRR&#10;FZVJKodRGt1F1HP1H19u/U+FEp8gc/Z/qr+zq41aSw+Eceve1VVbRxm3YVn3dl4MTUupaGjmgqXk&#10;eziNyJKV5EAUuh5/r7cMzuapTwj+3rUhRVR3kARv9R697aW3JFQI0GDxbw1fpH8UeeOqhcA3uKOo&#10;RlXTE7R/67X/AAPb6LIE0yMK+f8Axf7OnlrHjR+p69e9t9VX5vJupydalQ9+ZYaaGkU8Ko/bg0W0&#10;6AP9h7cFxH5y4+VOtai3xN173GSjprLH4mWNidbmRmYA83J1B739pJZxqJrU0/KvTLKC6ny/y9e9&#10;5GRGcvYLpVRGDYltPAI4t9P6+6tdDggz8/8Ai+rlvTr3vFo5LSAM1iQfoL/2eLfj2neXxG1jHp1U&#10;mpr173FZ5pWb1LHpBCrYMSARbkADkNx792ihb4etgVoW+Hr3vyw/Uu125JNiv1FuLn63PujNX4R2&#10;9a08aLjr3uLJCgLKB6iwN+bWFwPzwf8AY+3EZgFrw6dCkaanr3tc5qlBxW1rqLjDfS5/47yX/tHn&#10;n3aGRQzlhXPT8mFip5jr3thipvJ+hA4X+thYEX/Ln+vtgsBxPSMCvXvcmOnlkYKnp16vqNWoLc+m&#10;5sNIH596Q8a9PRjjTr3tRrhIKV0jzlYMZSPr/ekhchtIJJXwO8nodlH+x91qxaqivTvhkP3tReve&#10;3zPLjtvf7jsPSN98iqxrXleWNfIqTKWgmEisPHIRwR71HJ3HxXH+r/V59OGkdVA7uvew++1qKh1q&#10;K+Y1VVc/uRhqdEA4QGKJgjWXgce1Hi241BSKfaOm+01LHPXvbnTwFWvp1H6lhpHBB9NrgX/x9ttL&#10;HJmM+XWzQ/AKY697nrTs7qZANIsVuCgPN/7JBHH+9+2JJo1Ugvn5f5+t/aeve3NYjeKGMG5ZFAHJ&#10;8h9KqNX9T9Pz7RYJfRgUx1eIDVj0697daGnvKyFwHpwVl9DakaMorhh9Lj+n+Hsqu5ANaFP9Xy6V&#10;aGaulcde9j1s6EzbDzQidbLl4hyL+o0P0uSPUb/7x7Dl7MIzG0jlBQ8P9Q/Z/qDgoYCBx1ddfkD8&#10;2P8AvBF/979i50d0xXbtqYq6SJvAZY2Xj9QdQRYiqQi7L/T21CslzMqxJq/z9b8eCCBmlmCnpN7o&#10;3TitqY2bI5Spjp4oo2ku5YCyWuSVV7AD/D3dt1X1xj9i7ciEqrDVMsNlcSkm01QDcrPOqkeUWv8A&#10;W/uUOROUvrt5s3u4dFoFk/44T6gnP5jPUMc4c6xwCW2tJwZBTh/tf6Pp1rHfzL/nhldyUmc2X1OJ&#10;NxVVLPSw1L0MtGi0RM+DqkMi5DG05cvCkv6WYekezKUuAO89vSbZhytNgPv/AAmStrYDVwx/bVaV&#10;a/tM9OLMlHp/V9SCfpb3H33i9jvGvYTyvtkl4kesDw9NTXwW/ExNas/QW9tb6u4zXO6zhK6aE4/B&#10;L/D8v8vRDP5WfyP2r8ed6didmfJPeVHSDzbU/hVJUw1WKeljmxG99uVgd8RQ1tPUB2ydCQGUlBYL&#10;9b+4vXfTGy/jxhsxs/r/ACP8TgzbY45rMwvkXjyaUE1fksasceVr8i8Io3zs8bBCodlBIOlbDj2k&#10;5QvJrWy5h5q2sw7lEJAkb01REvJGx7KZZFjIOTSvCvU771uyTAQWz67Q8c/6X8/i6p//AJ4P83nN&#10;/wAwbfe1tlbOWfA9U9bvlKjFUkVbHKM2d3bd62ra8ZBqfCYiolWgz+2ZvH53m0a/29PIZdUlVJHD&#10;qeTSSCrXAJ/UdPAH0Frf7b3I28WkUs0UVrDUgev+r7esQ/3E775u9o22sp7Cncc1AJ/EK/t6qRoc&#10;tUpgMfk460NBVPVRyXgX0imdY76pI+bnjgC3t3xdfQ0s7STzHToILBZATwdVl54B/pa/sM8wbLuW&#10;52i28VpRz8wc1+3/AA+XHrVvyRu0Sh5rZtGs/p1U1H2hvP8A1cel5tDtjGbaysFTJX0tQlP4mfRT&#10;pGSLeqL9ykkBAPHHP9P6++WSzNOXcUd5CSSrMpAFxyTcc+rn3XZuWrtYo1vVKqAAR9n514Y6VJyt&#10;ubNpG2skVf4lY/4f8vUHc/aOPqqqatoamOSpeZ50qdNkTWTIq+BYEjLRufrpsb+4UO4alEKiIITx&#10;e4/xBblbggm/HsxuOUIWdG1av9X+m6MY+T9yV6Mf0iKkUXPy+Kv59JiLtys0E+T95ZNIcBdKInIm&#10;C/baQb82+vvFUZqrmCqnoQKByQ/NzcgkXRSLcfj2rs+Voo6sy1cn/VXOft6ObDksxlXki1Hy444U&#10;/EfTJ/ydJnNdp1dY3iWQxR3DSk6NMjXdXMaCBfGsmrhbC2n3DlraqVNLSXRbEelBYjgEEAOSP8T7&#10;Nbfl2FSXEP6hGck/5afy6Prfk6CNZJfA/UK0JqfPjgt0mKzsCtqAtI0pNOjh42VIlIeO6o5ZYRJZ&#10;Vb8tz7wCsq9OnyahcNawPNgL3+vtU3LkFdVKH7P9npocpQR1ZIgHpT/V3dRBvmuU+KWZpItdwBpR&#10;iVFgQfHf1D8Dj3l+/qnsDIxYW020gAXubixvf/X9pTy9HGSUiFDx/wBVemk5YKSUijGk8cH/AKCx&#10;+XThLv6aSnHlZ0kj4jkLIRouWKlRCyux/qfp7jyGdhaQH8C7f4WIHJHHs0g2iIH9N/5f7PRyvKzl&#10;SBCafn/0F0nZ94Tzcia5Ja9kudII4FoTfn3GKSWKkFQbXFv6XI/Ptcm326Hv7mH7P8PTEnLg8RZH&#10;Sjj7fPHr1jh3Ppgkpw4kjk0XsVIOly9v0XHPvJ9lJ9P8Prx/j/jf2s+tRGYiI9CAbO6E1hP8h/z9&#10;00DJsjayQtzyGe/FrXPoI598hROAP3FA550fTkX4/Huhv1c6jas3+26eXb+2hXHXGStiMpMrKp4I&#10;1SMuoW/2hD/Ue+xAD+RYEf1HH9T/AIc+7pIAc11H7P8AV/LpyCwi/EO3psfIv6jGChKkKCA1ze3F&#10;wRf/AIr7xHwqoDP6tf8AQ/Sx+mr26QzufCUE09D9nl/q/l0jv59qswGnu1Xu8weptHFka2W0NOSp&#10;jAL6owouVBuFtzxf8e+JmqJBpPEdlA4jPBGkG/8AiCfZnb7KuhJCwV/i/F9vqOo13r3WtLQT21gy&#10;u0dV8xlQw/Enl0tqDZj+SKWoDMzaXF0IB1eMjgSfhQP6+8LIqG+rW/HFuPr+CeLcezm2gihPiN8I&#10;8/z+X2jqJN49w7rd2MEx0Qkn7fMeQ8tWM9Cdh9izvH9zHERHGAWN/oFVHIIeQG9h9ALc+8kUj39a&#10;kD+gI+l/r9fyPZffwK8kpjphhQ/5PXpBYzr+mscupSCT/h/w9Kp6ampoI0DqHVLFQH5t6dP5Xgj6&#10;+8ytGTYuP9jyB9L3F+Lf4+yG8sL5zWK2krXP8/2+XDoRx6SQ07A/n1yo8nDRq9grgg8k8aiLA2YH&#10;nm/viZJA5CjUv+N7X/pybgcce1MOzWD20LXThLjP+r/P8/Pj1s11lUFV8s+XUeXN1BaV4W9GpQ66&#10;VJXngElSpNjb3xDORY3/AK3t/ifr9fp7e+ktos29KjyrX9nW1BFKjPWOStkmld52ADsCXFluQoAH&#10;AHAYf7f3CrA60AnU/pDX4H5lEa+r8Xv7YingO5Pt8jVJIp5fg1/5OHSRfBuba9huGOh9On5Zo38u&#10;hM2zDULuGklpYAjBnZ5HKsoApJ1uFYW4/wAb29lk3n2BhZMxLSS5GOPSIhzFIVu1NE9jaEkgMPwf&#10;crTezfNMm1PepsMjW38RkUmmvT/H5j/VTobcq7fFtO0QiBj4nfx4fGfX149bLHwX6H7H2z1hityz&#10;4GtmqqqTJPpi+zp1VIMxl44mKpXMt3WUG2kX+vsuUuUoKuWohyFNqiaWWzhjGCrsShHiTUOB7gTm&#10;S0sNu3K4t7iQfUIqjj6f4cU+zrJPZtwS722GZJNRp/x3rY52fgN30+BxNZtqtMX7a+SnemSoKyiE&#10;CQFqqYoQJif+N+259l7fysbtTSilc3IDSVEvLXsNPkQDk/nn2Cp7nb0Y6LlSPTu/w56WvMScEnoV&#10;aTsTsnAvDHlMLUZGMFQ80a4mlFgBchfGzGwHAFuT7TNf1nYlY6yIixtanltxfnU0978j2ssmhmVp&#10;oW1qT6/6vt/z9MmUVyc9Kun7waJkjr8PPSycfqqYGOkhb+mOlAN7H+v+HtNVPWtajEhrqLgHw21G&#10;7W+tRcGw9rAgc9n+fqn1EPnIP29Kmj7qw0ka6xpkNmIaY8cJxcUmkgM3+HtOVHXGX1uVAVCWNzGp&#10;1EFiDzUav8fbwSKmWJPyp/m6dR42UkNXPSppu39vusaeRfJoUFfJICtwoN/8m0g2PtnqOu6/STIP&#10;6AHxcm4I+ize9+LbxVZnCfb1WlfPp/puysbO6pBqkbk6VkPH0N7/AG/4/wAfbPJsN4l/emCFyCl4&#10;msF4BNvMb8fT2oQtKdUNGQfFTq6wuwJA6dU39TOdIgbUABbWLkkFh+qFfrf3xfZVOFBlro3UE6k8&#10;MqEEkcahJ+be9rdAPo/GOqmF144PWVN4Ttcx46VQw9LmaJg3FrldH0v7wLtvb0LNrVma34nqf7I5&#10;4Lm36/ZjBc3ccY8NKj/V+38v83TEutAvhipr11LnMzUEaHWIX+nhgY3J4502+i+5Sx4yn5p6cpx9&#10;TIzG3J/tA88n2Zw3c40oxr5/6v8Ai+mqalpIAT01TJkam5mqg4JAKiJEsbqCPS3+0j8e+2r6hEPj&#10;RFB+h0xg2/x49nljIs7srHy/1eXXlhtxl3x02y4qnBVpHZiDY2aTk/8AJR/4n3xjiq61wDfk/QBR&#10;weLjlebj/H2bIlFpHnpLM0Sf2b16jz1NFQKWJCgC+os39nkX9L3Fvz9Pajp8SlPC0kiFm0HQAx/X&#10;YMSQGYFbD6+1n1bWtX41/wBX+X+fSNNTs2tezpE1WYOQqUgglEaeQeRtIa6ElQvqVWDc+w23jPUp&#10;DOsaGwWUWGk2AWccH88ce6QXTzTBmyv+of7PVHC07uHQs7Qo6QCElwXJja/qF2vTt9PqCTz7LjlU&#10;rJJXk1ENrYhbfpIeQ6r35AJPHsVQ3MMMcTLL3Ar0mYx6iC+Av+r/AFf5uhggEYAXT6Stvr+LKPp/&#10;iF/HsXOvdzSmlXE1rCMxx/tuQvqWOGmjUgLGSupmJ5PuVuWt1sZYlgadTJWtf2eXQZ3S0aUlkTUA&#10;f+guga7F2oHlGZo42eQaY5IwzC5eSeVmJaRVJ4twD7FBZ4Hc+sftghDz6ha4P0/3v2K/p5yWlWP9&#10;Lhq/1eX+r59BnTItYz5/6v8Ai+gqanniRBocmVleVNQsrFrH8/Xn8e25njVuHHH+v+f6G319taGc&#10;HWvSlSxXuGenlY5GW/jYAj+nP+Ate2m49wZpbyuAeWtb/HgHm1j+PaO4t18NiF/1fzA/zdK7eQKQ&#10;Wbs/1fs6c6eMiKMngKDcf05N+DcHk+4FSIiWu31C6bfQ20XtY3vb2Q3cLAAaO/zrT/Lj/L0pMwxp&#10;cfy6eKFpQF0jhdQNx9NWu1zb6X/1vbZWeNizqb+oXPN72VSQTc/T2RmOVHAYYp1eF38WMMe3/VTp&#10;9oiwQI/BtYXtbksfoOLi/tqqApiUfkMxNwf8Pzzc/wC9+9OhUAgEHozVxXDZ6c6Yt5GJ5GlbWIsL&#10;Ei34sP8AH8e4ExVYDZgDctY35Fj9D/vufdCGMZWmelEb0IB6nRXadTpOmwBIt9eBex/1vcIPGYHU&#10;tYkuQOfoR9LDi9vabwThio1fz/b0+rUNSOpzBxKrAGw0A/T+o59Vzb20ehXl5spV+eeCCP63vyvt&#10;GLaUHA/w9PrKqsrV6dtepUv9bpccfkf4WNhf216gJnsxNg1xa3+7P+Cj3qSB3Qgp+318ulQuYm/F&#10;TqUD6R+Bf/om5H9eQf8AePeCVoxMNbKTcc2N/wBR+gsb+0LROsh0p2/M/wDFHrYlSva3WVLlDweL&#10;jn/WH9OPcOqa8r6SCNQsB/g1/wDiPbciKjAA1WnW1kQGobH+r16zRfoW4seQb8jkW/4n/ePcaZ/X&#10;GL8C/PNha1zwDw3uvbTBz0/4q4YN1zQGzcfX8f15+nNvp7iyveKMC3Aa44FrkWtxfgL732+ueteI&#10;tBnrKoszc25X8Dkc/wCP51e+Wq1Oikrf13vfi8nH1+ntO0cRq5TrWtNNevc+Rvrxa3+25+g/p74U&#10;84Mcmp+bKBf82dvxb+vt1Ygg7FoD04hpwOOvSDlT/iTx9eRzz7zU0sZ1gMLaQFsPzc/Ww9uJGqCo&#10;HS+N4gurWK9Y5Qx08f2if8LH683984pEE12I9LEsebcEE82+ntB4MhqAv+DpOZI9TAP1ybUV4uRa&#10;w+n+I+l/8PfFJF87EnhnJ/2Gv+v9PejEzChAp9o6940VfjHXZBCcX4/H+sP6f195mdQxYflz+DyO&#10;BcAixFvx7YktpnqVUV9cdNeL/ad3nj5dcQOBf8C3+I+vH4vz7kyS3aJrpYQqpPNtQNytx9P6+0jW&#10;sitQxsSPs61qg9T/AC64jgH/AIN9P8Pwf6W983mQiMj6W454/wBvpH192W1uQtQtPl59eRnFAGoD&#10;10B+of7f/YjgfX8e88coELqzHlkIF15A44/JIHtqSznc9kIB9c/5qf4elYlWtVP+Hrq/qv8A4G/+&#10;H1/2P19y0mDU8liFBZCDdf6m4Iseb/4e2RZSK58VBQ/M9VaSPUxL/wCr9nXA8FfzwQfra3H5v+f9&#10;59z6YxmWMqeTr+uq5sH/AD+AL+6+FKoEZjWvqPP+ef2dPJJGBTWOsMlyjcm3Fr/QXIP0t+be3LF6&#10;VkiZzpAJvc2txJx9Rwb/AOt7acFMNivTmtQcnqLWXdZAg1Gwt+fqVIP5+nt5iJB44Fzc/wBAW/p/&#10;j7qRUUPV+oDj/b8WFvyB9Dzxb24K8ZnNyL6Bb68EW/x/H+HtjSacOrY6ilW8QsP7ZJsQPqT/AL3f&#10;27xuDLGyHgKoubfUW4H45v7vpb06tXI6aZUtFIrixZ2NvxY3sTf8g/4/T2+oNUcNnFjOnBH+088/&#10;4+3lVFUj8XVumCQnyy3T6Uz+q9/z6bDi1iPavoHWOOJiC2krYg6fUAhtcD63HtLcDVgdJ5aFjUdI&#10;uuieWSdAwTWsnDDX6WZxqA+lhq92HbVcPtzr+VkK08+3tvxeRjwKieKARj6aj/X8D2ylI9GrjToH&#10;XmhbpkY/qZP8v9Q61ge5RP8A3++aVLS1iS5zE9pdr5sUEcIEk+2sbQTy1ou1oFJcadZ1SL+fZkhG&#10;Y8esTqZPDoVwpClrWLP/AIAf7H3Y0fByumnRfC6sdanjwPWrnLk467uGvzuHqkwsmelyeQo56mM5&#10;CPHzVBtBSGORCJnd+FbSn9be+VPFC0N4kZFlGqxdmC8EWIP9f9h71VY1FTRB0+xdz3MSeoG7M5uQ&#10;bq+1z1fBlcjiKg0cs0NBS0T1ckzRyeX9lBp0ALyxb6e0m0UxqZ5JkYU0BTwchbCSOzX/ALTfufS9&#10;/amAK41KanoztVUoNH9qcH/J+X+qvR3ptwYbH7T2phMPkac7u3THXzbrDU888k9Ricj5cc8cU0bQ&#10;UpjxzeoRsmr+17LP3RXwVD4BIfQKf+KHx/qK+VcY36itze1/zb2ojjdjj/Vw6PrONo1cv50/y9bE&#10;P8r3Yeb2jje3a7P1C19RuD+4J/iixLSxVn8Lqd/wft00U0iQ/bpMsbW069Gr8+wKlYNYjk83Fj9b&#10;Af8AEe18IcLpdcA4px/y/wCry9XpHVSSzUHVrkMaqxuSF45JAtck/wCBP49x5VKqWII0rxz9eRcX&#10;+p5/r7EFnoltNySIklk9PPpiSaMxsAePWHXetoA5W3n/AHf8FCHQxAuB+f0/4e2KZwPzpBI4P5N7&#10;n6j6f737UrEDPoY0cL/h/wAv59NbfT6iPPn0rqZXaPUFLAufybAAhRzc3Iv/ALD3UX3JUauwc3dg&#10;AtZVp9PyMhX2B45Yce8ad4IN/fU/3/L/AMebocxkaFHl/s9WY4EacHhlP4xePH/qpF7D3GOPvIhq&#10;Iu6AcX+ssV/qP8PaQf2f648sf6h0bQ0EY1Dy6dvZ1+oJUjEBLWLQx2H1BBFEQTx/X2S3qBm8KKPv&#10;B/z9IL9gUAUUFf8AP0z5kE0zf6kC5+n+pkH+vfn2aSnnaQJ9LXXjix4BH4vYX9nW3xNHAAy91P8A&#10;J0STagGNcf7HQKZSOLzyEEi5P1vwQTq/JH09v8LelLc2Xkcfiw/3v24f7X/V6dIfLpM1C2Emri7c&#10;fX63P/Ee5gb0G5/p/T/C/wDT6e7dV6bivrFhzci/4Nv0/wCA+vvFBLEjAubqLXsTfkN9SL25938G&#10;WQfpr/q+3rf5dc6lDo0iyuSdNwCbjST6T9bj2me0aqWmwSSrUaZIlkZCEC3D1FCDYC/0Vvp7VWw0&#10;6lI7vT9vRhaKwU0Gf+L6d+sIIpszWFac+N/tgxZ2bSVp67Ty1jcsPZUZ2fzaZ38hY34ATw+kHW31&#10;Dhz/ALb2W3WrX4jLg+f7ej+NTRT0ZKILp9AA/wBub2NrAm1rW9txQKJByWt9DwfqbX+ttXP9PaJp&#10;EqM9W1oDQtx6kC9xzf8AobE/4fQ2+nvCJFRLk2Ooj/Em1iOebm/H+PuzRPIo8NdWoj/D0tghY6ZE&#10;7h1788/Q/wC8f4gC/wDT3mR7wRgMoPn5H+Frccm9v8fZXeReCQzR0xn/AIr/AFV6UyDSMrnr1rsx&#10;5sP6W/4gfn2psPKDUUy21HyRsRcmwV4lP0Uk8n+vsuWDXIrK2Na/s/b6dMadKks2FP8AxmvUac2j&#10;kPA9DWPH1sTcf09jjslKisyctHTQvJU1BkWKIPy7SPBGoDM2kamYLyfz7TW9luC7rJNHCfADt5L/&#10;ABL/AJq9EN7dW/cRKKA1/LpC7zr8XjsA9dk6qOlo6aJZp53EmmKOGCokkciNWkIWNWbgfj2a3Ze0&#10;8/j5lbIY96e66VMklPI12EYXmGaS4uPeRnt1bXyXPj3MDrBX5j/DT5U+XUf7peWbLIomFR/qPVRf&#10;yu7w6qyu26mjwG7sflKtV8jwU61gLRxNO0jXkpFRfQD/AIcexvrttPX46WmNLLO8jRzeVJWj0zQP&#10;qiYKJFOlSLlb2P09zfGmiBPFFI/t8/P/ACfy+XQEhneGesoCLwofn8+HVLG3/ktgtsdj0mUTduKx&#10;FNQR1mM/hlTjjWSVWMyMSx1sf3DY6RfIVDKrsDINWpfz7cNpKudxFVtnPrqyWFFNTSTcQrkJJ2er&#10;MkSUx/YEaooILG5/P19l2+bXf/RSXFxZt9Mpy4+dTgY4D/iuhJHmVJrdxokqR8qf5+gk+Q24qjoD&#10;vHZ/yI6Lywk2N3Z/G8vJi/GayHZUe28XhdpQ0tdVZz7mTKvm6uvnkieOCHwW0sG9Leysbtw9Rt/J&#10;1VDIpHhMZKtyV1wU0p1Xd+D5gfcWT3ELstHz/q4dH8UMrAMy5/2etlnpLfWN7Q2Tht2Y2WOelyqV&#10;bRTxa9Mn2uRylCxBMFKfQ1Cw+nHsKa9nDD6kHmQ3N+ApS/5+v9PaHVCiEOK/L/V/q9OjGPQo4dGj&#10;xUYdSw0gg/s8C1yXDgfS9h9b/wBfaVqnfXckix4YLcfT/G1vz7qtxHHURxdv2/8AF9OahTh0uaOn&#10;Ux2JBJXkXt+f9hqHA9wpnQi49Q/PNv7J/wBfg+2/qJv4/wCQ/wA3XtR9enGGnCmxFjb+p49Q/wAb&#10;m3+w94lqf2zc8i/+25Nv0/09rGQ1wO3ppkNTpHb15qcawbHmx/P4/wBjx9PfBahefUBybj/jem5H&#10;+8e7CKVqY61ob065NFa3pLcfjg/7Hng/6/vxqUC8XJIsbWsP6mw+nvYik1LUcOq+Ga/DnroQG5uQ&#10;vJPNwSbcAX4Jtb34y8fkn6gXA4tx9be7CVeJHDqhCgMaY8+uxDzwbf2SbG4N/wAXvcG3uNLIpUAX&#10;1karD6gr/UfS/H0+ntrvZ2I+Dh0ikVqtpXHUuKPSTe2kNy1hYavoL/Xm/tonmASzPpve3B/3mwtw&#10;PdlDIwNK9JijZ6dYYtTcIW4BJuDb8j/E+0TkydagXtzb8fhPr9P6+zSGVDGpLY6RuramNMDpR0i2&#10;DXtf+v1/Lf4+0tVN6SGPIH554BU/T+nPtppCTjh9n+z0jkQ1qFx08RgXH+8D6fgj8j2lssAatiTY&#10;WX0j8egf65+vtfB8A9eldt2xhSe7qTF+gW/4n+v+w/4p7TqC1ShABsx/Frmwt9Lfn2/xz5dPjNKc&#10;Os5+hAv/AF+t/T/hf/D+ntirCRe3BErE8W0sGawP1/PsjvlY3BIHl1oq1KlcdSk/SPr/ALH/AIr+&#10;fcCj0/fRXt+tbE/TUz+n/X/V73BG/dRSeqlGB4ddt9D/AKx/3r2yV6IK2rN7ajP9LmzGZ7j9R5Hs&#10;xdnMJjb+01f5OtsrtEFUZ1/5OvD6D/WH+9e4uOjC5ClZhb/KYjf/AAEqcnm/+v7dRXKooXNB05dk&#10;NaJGp7wB/g68fof9Y/717b94KrVOQYEubVVr3txrFvx+D/tvZbv0TkW5RMaP+fut2JAg0kUPXS/p&#10;H+sP96/4j2WuRT9w6EXLFtIvz9D/AF+v09x/OKSEU6VCtK065e8DqytpJsVNnvYWNr/0IuLe/MDV&#10;WUY68aVPXvfNP7Q4IuORx/jfni9vduvde9y1NxybG5uDfg82tc8/T3RFIwOPVo1JoE697lK4YjSd&#10;dvxfT9f9e1vbi1QMGNCelCfp6teK9e957D/Uj8fgXHH/ABv2kJJrnPVyRU1Ir173hIIuGseL8cE2&#10;P544sfa9CGeoPl0xOwapBx173gNySR9NNh9P6/n/AGPszjYadVO1T0jJAFTw697PZsBi3SnH0XJx&#10;XN7nUdrUPA5v9LezvaGWO48R/wCybV/z7x/1fZ0GLdTHvFw7jtIf/j3n0yS2/jiAH1/w1Db/AGn7&#10;tgD/AIcn2t8HKEy+0lXmRtnUf04GkVEZI5uP1H2fsD3t+Fjq6d3BTJA0g+DxP9X+TrBUANS5MEkA&#10;Vs3P+tCov+DwPfDv6UHakXI1KaZGHB0kyvwbHTcf7Ye1IhZlUhTSvRjtsZEIouKjpp2ipV6766Wm&#10;ZlPNiNKC4vz+PZBqvVddQIaxuB/X/D6AH2TXC/rOuoV6M3javl0uPcHXGourk2JNvr/aOkW4v9fb&#10;BjLUOjqpDtmnXvfDyi31/s6vq30vb62+v5918Ob5fy61ob0697//06Opm9VyyqCRcXH9B/vHvGWl&#10;RkdTM3Hrf49t1W/H14v9brb6C4B+txf34Dyp1Q9e9t2JmX+N4m4IDVi8Xt/qvpwb3PtQB+q32Dpy&#10;EUvPnRevexJ7UHjylEdLtqxWOJvc/qgnsbW55PtLCKxzfYf8PVZB23P+lP8AhPXQ/wCJP+9+wRqC&#10;NZW6gszjw3HlkDAqNJ+gLE2H+Pt1PgX7F6qnwJ9i9d+5VHi6yr/apqGo9XFns7sToUaDfjUGFvbR&#10;YDz6qFJwBnr3t1G3zQyf7mayHCRn1/7kEctKNVvQyFyNWggf0I921OfhFet6NPxGn29e98Jsvt/G&#10;OExmLq8pUfp/iUdUj0jkHSZPt5oyxVhZ7f09+dWNNRAHXi0a4VST69e9jf1NmMpuGPM4/IRUaUlP&#10;FKsDw0FPBMqiimkJ88KiQnUv9fdZwFicj5f4eno3Z7a6DUoCvXE/g83uBYH63IH0+nsAaqm8VZUI&#10;nmqYtQF6mRqjT6E5BlLgBm/p/T2pt5me3RX4D/P0TRECziDZX/obrl7gRQxhVCXMZAtckm/Ib8XP&#10;PtZcv+pUH9QE5/z9Gsvxt61697kkkAr/AIj/AHnn2iZ6ksxqem+ve+Pv3Wuve+Dj8gH/AG5/3v20&#10;MVDcOvU/b173x+nBHH1B/AH0+nv34u3r3XvfApfn634Nr/7fnjj3aijJ49ePXvfvCSUYBiS4T86F&#10;UlTypIvp93HE/Z07GOPXvcpqZnjk4SocKfTENDKqgfU/X0/19+qB8h07THXva/q8VV5LC7Vp6Sml&#10;mk/goaVIwDJGVnYsDzq4DX9t1ALmvn05KpaJABmnXveJcRi8ZHfL5CGKaIWbHK0sdQ5JtpLqpX0a&#10;gT9f9v7T6mPwjpgIq/Ec+nXvbZLkqgr48VSLR0dVy5q446mR/CVaMRShdcemRTe31v8A4e31ZaMW&#10;PAdOrISCAKde9s4pGkDySVaysljpfWwu/p4RiQDYf7x7ba5RTRVr1X86nr3td72EZztQ4WzGKjHH&#10;AsKOAWsLfj2XqSwqTU9OTZc9e9pHT/at/sf99z7t01173LjjDRm31Hq/PPH9P8fe1coQw6sMde9u&#10;FNqA9QNw31+oP545490mkUsWOK9WH2de9ukMWt+VuJLKhFh4y5FmLDk6Af8Ab+yu6unhiLY4j/Vj&#10;puZmTQVH4h172+UGGqK+ZYKa8zGRFYIh1M/7a6S2q/qMg5/teyJrt2Ysw8vy6NbRi6BaZp172fHo&#10;TrbF1eGqqPd2Qpse8uRhr6XHzGaCorIYaWnCorR6lLSNdATfn2U34nuxHHbxFhrX0oP9Xp/l6cnW&#10;O3g1lu7Vw/Z0ns/lqnFQiamoZ6seOTW8XjKU/wBNLzBmVtC2ubc2HuyTYVLR7eoIcft/ELjoAiq8&#10;NTHFUTyKqka45NGpNAPPP19yXyLynJfTwySAlhwPl/h8/LH2CvQH5g3dFhkUtj/V/q/n1V/8sN80&#10;0uPrf7w54zU6aljOMqqnHQ0/rQpBULG1pDIymxubj/Aex3xlTMxjRmaQta5JNkI18WOoc3/B95bb&#10;NypbWVmsjLR/Pj9g9M0/w/sxo5kuRLcTTeQ/n1rL/IjeS5CsyEkP21LTQNopiUiM+QWVqRjIs8al&#10;3SnkUr6r88+x82zkPDBDIU5Gr6GxF/OjAWPAJP1+tvcXc08rxyXMj6h2j0qBXRT/ADeXr0t5Ymox&#10;UE/6tfVJ/bW+clFlMphYKmQU9bJSXW5/c+2hx9RYEkPq12P559qbyB18jW0m/wBD/j+Pryb+zy1g&#10;8KJIQKt59ZC2/dDGPl1TnuhpJtxVpjYhv8n8am/I+1i1E24GkD/ePcex1AXuGJ02/JNr8D8G3tEb&#10;elwxI9Og1+60Xc5ZdPewA/Z0oRkp6jbFLFFIQuKkq5qhRqBRaiZVUtwCDqH595dKsQRe17E3IItb&#10;/D6c+1clulVDDPR3JYx6468a9I1a6qh8nrINtdwxP1uCObf0P+HHvvxf630/ob/739Pfhbjz6r+7&#10;19R+zrpsxMV03cA2/pbgAfT/AFx770L/ALH+vH+35H197+nXzA6v9BFjtHWP+JzqTZm5W1v8Dyfo&#10;b/n/AB99hAOf68/72OLj24IlHTy20a9R3rJZDyf6gG9rA/4XH4HHvla3/Ff94/w/Puw0ghRx6eGl&#10;e3rA+tvXq1fjg2+n+F/fdv8AFbf0ve3P1/2PtvWKf2LV+zr1BT4M/l1n8fFhUR3v+rytyP8AU6dN&#10;yb/n34pYE8A/7yf+RX96EwYhQh60cCoTrn42VPXMrAEW0s1ubf6oCwLD/W/3r3jDEi7Hi3B/JH+3&#10;t7uqeEAtOmY2eNayHt69P+69lYiRTyObD/D6D6X942liVbFr2/Fr/S30vxf/AHn3cBGcAj/V86dM&#10;y31gpAlmWvUimoMhO5MUL8nkAk2Fif68C/uI1S9hbgf6wXj/AGA9+pViCvH/AFf6sdA+fm+PU4Rq&#10;/Z0r49qsEiNRdGswUuWLWJIIux+nP+v77WSZwSukWP1P/G7fW3vwtiw/2f8AV/PoM7j7h2tkVWdq&#10;Ma8f9ivy6e6HYz1ZJiuwAU3UMbWvbknk2F/fF4WU+oMeAWOq1vybC/8AT2Y+LtkUcaNO3iH7aeX2&#10;06iHcPdDmKC4dogBAWNMVx6/s/Z0Le3esqPL084SNRLTxBgt3JJ/QRYE8kg+8RCKfyCQP1fUf4gH&#10;j/bexHtD7XUCNlp+0/n/AKvT1r0C955y3jdGIlclqfCMD/V/LpS0HXQxqkz05SJWZQ7K+mykD/DU&#10;AAfrzx77eQqgufwNX0ubD8W/2PtUzRPNLpYaNTafy6CtzfGJWJPeRj86/wCXpU4HaoyVasaRsYkk&#10;0G4IFlmhHN7kgK/49x1cyHVwADY2+v1/437rRVFKV6Krdpri5DadR/lx/wBnoR8tj8ft/HGl1FWe&#10;Lgn/AGqF4/oOfrD7k3HjBsbg83ta9gSPz/T2wkToaVFP9Xl1JvL6AsqMMf4P9Vei8Z+pC1EpQ/lr&#10;Wb62LAEH8fp/1veJZNR5v+LGwtx/T/H3tLZ4lOVAr8/83Q6uo0ShAzQ/8X0mI6pmBDMSAwNvp/xI&#10;vf3jeVldh/X6fXi/1+n1uefZpFY20sKMy1p+z/MOkaK/hoxkCjjkf6qdZPMdRIVjp+uggXNwQSSD&#10;9PfB6qGCNmnkMUanmRrhPUWAvYWJJNvoPZLuwtrMeM7IB6GgpQp6mv8AMfL16btrWbcHEUCHxPUH&#10;7Tw4/Lz6EbZO0d371zdLg9q4as3Hma7zfa4bGwfcV0vgpKmpn0JcBtEEDyH6+lD7Jl318uerOqsb&#10;PH/fDC5WvlZQ+Jx9fBJWQFJMRIheKdQsGtK7WLGxVT/h7j7evcblvb0iSXZ533GMUaQSBNeqmkVW&#10;uoaGPEAinnXqT9m9rd73Owt5G3WC3iIb9Noy7nuanEilKA/MenW0j/LR/kQfIPf+dXsT5Fben6j2&#10;xi2VsBitx00NblMk1TBvjCZcPSY/MKyGhrqGikBl/VHVKyWs3urDcHz+6pFZJr2vuWqLkXqYshjh&#10;HYKv0WSZW4uB9Px7l3Y/vVbPDy5Jt0u1yFyOPjr/ABa/99/lw6kjaPabd7F1ll363cD/AIV/0NXr&#10;Z+xPwAz+EWnp8Z2thaOgph6KSPYTFblSGJZdyRXLSMW+g5b2mJ/5hfVxXxps7cSgX0u+Uxy8kaSQ&#10;iFri4/x942cz827fzLu9zu8KeHHKVXSxVm7fUkD9v7epV2nZ4bKwjt7lw8qs2QNI/wAPRjtofHPJ&#10;bYxlPj6jfUOQeCWWUzJttqQMZWvYRjOTaQB/j7w0vz16vdzqpMlQi44qMlSuRzxfRG1rf7D2Fp9w&#10;tRQ1U/kR/gyejH6Gy81p/q+3oQB1LdNEuZikNgLjGaRYAj6NWSW49rDG/N7qGr0+fcNPQDX9aqsD&#10;BR6blisVwPV/vHthd2ljYG3b9H8x/kp/qPVW2yxdtRkAHzNOm+q6Wo51Jeqp5ZNOkN9oEsL3tzKT&#10;9f8Ae/Yj435YdI5VVih7J24kpC2jkrZtStZEtZYVHBkA9t/v6+pQRsSPs/y1PTR2ayciki16T0nS&#10;jQzF4aWGYEknQ1OlxqB+jzKbm1z7XGJ7O2puOVTt/deKy+pdASjmdrlilgARa/7i/wCtf2oi5hl0&#10;P9SCM14A/wCb5/y/JiXZo46iMk4r1xn6tlpohqxJRUsxkWWBytlbULxO5tbj27zS1knkkjkYsxuA&#10;SSDyfweLG3s4t94hnKF2SnnT/Bx+ef5dFUtnJDQBMdQlwdJRhIWgKhFFj6QRYWvqtzb/AGH19tVR&#10;S1lSFvc2OonkBWHP4Y8cexJY31uscsQk+P8A1eg/wf4OkBeWPDHB64v9rSyLKUCiMFVH01owsTdh&#10;a4+vtuloJyvLaYxfV6WvqJBFip1Dn/D24gZ5BJpJNP8AVx6qJWPxdT48nSIPGulpWsVUspsovdbE&#10;WAt/tvbRNjnezLqaIg6CASTcANp/ryPZpBrdwVUagfPh1sMpYjUKjqYMrBCrJK6rLxrAIQgBrrcG&#10;2m4PvPFgqiTgoxAv9QfqdXHLf4f7H2JLKEMykr/q/wBVB/qr0hnnVSQuD/q/1fLpOZDdVLTgkTIL&#10;gXIYEWGn+gP455/4n2/UW2FLBpAVC2NiCBqvz/jb2bSf4sATitPP14cei9J2nZlYZX8+kPkN861K&#10;U7LIx1AkaD6VANxYFeb+1CuOpqRSAPoPyOBbkX/2PtyK9DFCV/V+0/7PVqf8L/n0jZsjkMg5Pk0x&#10;l78Wub+k2AN/z/tvbHWMobSpup9IGojSLG/P9L/7D21e3h8OPj8X+rPTwzw6VuFpGYNIwsypctpA&#10;u3pCgLyB9PYebkx6zBwRcMG/r+UlH+2BP/E+1NldKzIw/wBX+qn+o9MzLUUI6FPbdW8CgfQqwP8A&#10;Z59UN7D68j/insD8vh2SdwiaiS/9kkWLyf4jiw9imydLg0LcF1/PosYUrqxToXaHIh4VZjYelRzb&#10;6InFrW/PvFiMSYqundlYGVY0NiV5dhc/Xj6expswWORKDzr/AMcqP9Xp0nugBE1PTqFmsirUdQFK&#10;/tiRuQGvoRyOLG/09iyu26cqjMZhrTU370oGrm/9r8/T3Mdldl7YJKxz6eX+rj0BZpT48hPkf8GO&#10;gMl3VULK6RJATFKEXVBFqZfxxp59xJdtUajXrqRax/z8v4P/AAYcH3a4UeKy/Z5/LrXjGvhkfLqb&#10;S7trJPR46Y3v9IIv8foLG/ttk27SC58lT/reeW/NhwdX059o3IppVc/b1bxx/Djp6j3JWEgeOmtz&#10;yKeIji5sRpuP+J9wJduULhrvVcHg/czAW/J4bj9PspvIlYhl4n5niP8AY6dSSrBl+Lpzp9yVyAXS&#10;mHHI+2iF7/QDj+p4/r7gybcogjWap1CwBFTN9eLEC4twPYekiWNloTT/AFY6WJKpZaceneLcNY7q&#10;GEGk/X9lL/Xm7f659tdRtyHhSan8ciokH/RV7D2klCmQjgelqyK1BWh6c6fPSEah4PzYGIAcE/4A&#10;fj23ybbpraWNVz+DPN+AbfVvyfdSoGSadKhKKrUUHU1c3K3IEBA/pGvFz9PzwP8AevcKXbtKAQPu&#10;ALgj/KZf+K8j/ePbfDDdKkYAU8upceWlYg2i/N/2lueP6/g+2qTblLdgxqvzx9xJ/Ukf2r/n3ugI&#10;6dFGHU1Mm5CkCOxtclAP9f6W+tvbdLtyjQhx90L/APTRKOTc/wCqv7TzL8P59XUA4p1LjyEjXH7d&#10;xx+n8cXsLe4823aNlVr1NywuRPIDc/7Eey64Uax9nTwAIx1mjq5CTfRYXtwOfra349wZdu0usnVV&#10;g/n/ACqb+tz9G9l0g/Ubp2JRqNfTqQtUxUWCW+v6Rxxb/E+4Mu26Tn11Q/rapn+pH0Fj+fbZAqvT&#10;+gdZRUv/AEU/8gi9v9ub2v7wDblGI9INWP8AD7qcfm/1D/0/x92c1JZjVj14rXrl9wxP0U/04H5/&#10;3r6f7b3xk29SeLSWqrWtzVz3FmvYev8A5F7aORTrWkddidifov1FhpHP4/23uMdv0iJYST/4/wCU&#10;zn+1/wAH+vPt/UDgHNOlOkUqD1y8zE/T+tvSv/FPeUYCkjQ3eo/1X/Ame9wwsf1/7f35JFYVXI62&#10;FFOPXXmJ/A/I+igWsePx/Tj3mXFRTKFUyj6gN5ntp5F7j6e9tSp+fTYFZGx5ddNKV5a1xa4tY8WN&#10;vpz/ALf3yTb1OhBM04F/oZ5v9Vcgev6k+05BcmpyeqaS7CvXXnP1A5/wA/pwTe3HvzYaHXfVNYXA&#10;HlkNgLkWJJHvwNV0g9p61pPw/Prl5j/he1z9P9bkfX8e8xxETLa8w4/46uDxb6m/+HvdT69a09cf&#10;Mf6D+n4/qR/T8++kwRe1nl0gG15Zb8kfXke6GeNDpNcfZ/n6fWlF+zrxmA+o/pbgfgfng+5C7fBs&#10;vkm/IH7kv5B/x/PvX1Mf8Lfy/wA/VuuJqLc6R/X/AF+Rf/XIt7ljb6eBkM0v9gsvmmH0I/Ibnj2n&#10;lkDSakqKDj/q+3rxX0PXD7i7A6Ft/ZPFvp/j7lR4SMSxkzTWGu58839oFfrr/oPaPV3RyKPX/V/h&#10;6vCn6i/6vLri1Q2lhpBPBAsDexJ/3j28UeFUAXlmN7/WWS5/UOefxb2XXR71Aappw9P+L/1eXSug&#10;FKH7OsMlVpJuqi3+CgfUf8Qfb/BjIQvLzGx4/dc2AvwLt7s/xt9p6VU6gPVvewCcr+VH5tf+vubF&#10;idTl1eRQRYXdhYj/AAH9b+22ag63SvWB64KukhDaxNgp4Nub/j29U+JAK/uSf4fuP/Ucfqvc+/al&#10;9ethemubJH1WRf8AH0pY/X6cEWB9vsONu0SB5CdSsfU55uB9dX9fdcsf6HVwPn0zS5EKkrskY9DK&#10;PSosLFvpp/p7VdHi3silpLFlPDPfkj8X5sPdGPcek7/E2eknWZiNdR0xXCMBwlvSCRc2/r+PwPdk&#10;ewqOBtubCDSFXptuYB11O5S0UNOeUuRquPqfdJwCYM50/wCXoH74xEpAGKHrVy+R+58zjd5fMGOn&#10;xi19Fme1OzMc6UtNSx1nkyGOqqXV92Qjmn0fqTnV7M0I/uscihi1ykupSfonqCm31vb3ViC3pjor&#10;t+0RY/CP8HWrA+UXYvbVfUzQJTpCMthGpKyOKUrJkD9uZUEilUaDWP8Aa+P8fcimT7ilZHBClVuo&#10;utyAxGkg8C4+ntDe8Y/z/wAnSwYJp1FrMl/dHfC5ChkhqJ46xViqqmKOsggWZo4pFq46lXWokKP6&#10;Tzb/AGHtBZUz0mNm8EcviLRBUbmQjzoDdibkAk/7D2a22tYo9Y7+jyxoTF+f+Xqxjq2DaO9+8cYc&#10;xlMVNlKeLLvPkqNTTYxZW25VyRpFQJHpi1xUyr/y09X19k/7UgSbdFTRifyR0JjEbqzhGNRQUEj6&#10;fofSwIP+PsygWrykHFF/wdH0bVhDU4/7PWz78C87XVHxy2ZujI4GTC5Xcq541+Lqo6U1lL/Cd87v&#10;x9KKjxao7zUyLIun+w/sNlx4HIkJ+n1LH8H/AB+tvZgbZFoWNekdwx7Pz/ydHGfcrudBplS/19MQ&#10;Ngf8V+lz74VVLaNQJGX9VySbHleL3/x9mlhQC47a9v8An6SCp1/l1ggyeudSYgwDggKFBHDXNrfm&#10;35/3v2ma+LRDr8n6XkbnV+P6i/492tXc7jdAxGngp/l/w/b05to/xnP8X+ToRcXUJKkMQjB1uU0+&#10;jjVYf4n6f09099oyiffm4n1atGVyCj1E2KZKs54/1/eNl8Nd7fDgTdS/zZuh/CAVX11H/COrHsWu&#10;nGY5bW00FItv6Wp4xb/Ye0fQMVrorc6XjP5PIlTgfT+ntj/chP4f5/5ujMElK+fU72cvqeW607Bv&#10;90wm3Fg2ii4+h/Psrf8AtF+wf5ei27+EY8/8/TZlBemcfi3/ABDf4j2a3Hy/oueLWH/JK/Qf09nk&#10;P9kf9Xn0TXHwj/V6dAxlYj5G+urVc8fTk/m559qSJ7KpUfReAOfoPpYD/Ye6ga5gGbieP+r9vSPp&#10;MTJZX+v1+n9efxyf6D3yllawN+RyDxzyOR+QP9j7MLRf7VSPT/L14dQHjXUlvp6rW/BsLWt9b+8M&#10;BN7auf6nkcBh9f8AW9mEUYJHaNA68T1HrXshazFj+AbN9UuT/Qe012qk82HjmjgeanpxIZ2jtYeS&#10;ahSMXvx6x/tx7TldLtnP+boytpCVFBkdKLqiWCGtqoZJliqKnwCGJydbaIq6SS1wLnS1/wDW9lnn&#10;RFZpNSksF1IeGF7WsSf6+yy8XRHMQCBXh9nR2jELjh0YaJidK2Nh/a4sf6/7a/tu1GPU9mfUDYAc&#10;cc2J559kNCW0+deqZqfU9SgL2/H9Tf8AFv6f0t7iObxM8wKqWdjwQeR9QRbn/W9q5TJ9NLHCaSkU&#10;XozWb9FoQdJI09esNQt/xq/4/qbe1ztfYO692wRJhsPU1CrVLIJoERlWK0KqzHyKWUCcX/rf2RR7&#10;duk0qiRGZuH+r9g+3pEd3Xbk0t3n/V/0D0lNz752js6B6vc24cXhoAhvJkaqOnXhZpLKXI5KwMQP&#10;9pPs2PV3QdZjMjHk90yxLpogsdG0MkbxVAnoalPIVkKOI/FIhH5PsV2HJe43P08xidY1lXPy7f8A&#10;PXh9nQeu92e8LSRv/qz/AJ+iR92/NPZOKw9bi9jVaZzJyGpjapo6imlpzCaXKwExFjcO88cRU/0c&#10;fj2c7aD4ba00Cx46jnYeNQ4gh1FtcIFnkjblvD/h9f8Abml9sq7fdJpJU/6hwwcf8VxwSyyPdAqc&#10;Y6qd7yk398iNk7goW3VncFT1NNXEw0+TyVKVhkoq8hW+wrIRpKVwXg/2fZhKmno89iVrYqVElSIM&#10;NKILP4jJpsoAPLfTn3L/ACXuS+HBbF6xNQU9GwAfP8uHz9egxcbSxaQq2PTy+3/V/s9ai/ZdX2P8&#10;XPkdX7RzO68rksHmdwvolrMhkZxJhKvMjGyVGuvnlkBWKNjqF7kew5xtUJ5JKOeyyxLaWIellkA1&#10;hSB+bfQX9yxuUkCQWoDfrKeGPs/4vy/wdEV5Yd+tFFa+f8/z9ejqdgbLrsDBBvnbaT1m3c66zYvL&#10;kmopqjHTTLRz1CSzNrKai3r03PvBkMhFg1O4zRvO2KKx1lNAI1lm+/ZaVXOohCKdH1HVzpBt7LPc&#10;TfJI+UIQlBMD/hmT9pPkaedPLo+2ey1KsTntPCv8/wDV/l6XPxx65bvPeqfGvIbnamwnasNZl9ob&#10;grHq6ulxMOwMXkNzVVLThZFqlOWrqZY28LIuqxa49l47kyuAz0eM3Ztisp8zjst944yFDKJqVhRt&#10;jMeLNwCBNDInH9pT7x/eaIt8X8j/AJuhRAGVdDDh1sV/y3NldtdV7QzXSPcmDrNpbl2AuKijxOT+&#10;0esl/vJX713S5Sekq6uN9NBX0sp9ZssoHsstc0bxFL6pv7bqbJyVK8cWGk2/HvaXCqdQJB6cZeLd&#10;WzY6CdZw+nRTmxjjYXfgOrWY/wBrXz+faMqmDAk2NvrxwLf6/wBfr7a8dvwr1cjoQaOEpYXbkcf1&#10;5559tUj8EXNhfg8kG31P+Pu/jY4d38utdOqRchrW+gB/ra5sLXFr+430BA+lifx9PV/Ui/J9nizo&#10;Y0ZiASf5/wA/9VOrVHWMxkv+bggAXP8AUf4WH/Ee4epzq/HJ4uBcX4+vB592+qj/AN+fyP8Am6oG&#10;HUrwgWst7gC972sORwQQffaSEMOLDSfrb+tr25Nve2nShQOK0/1Z4deLYb1p101OSL88uOOfp/xB&#10;v/h+fedpiFUk/wC6/wDD/eOPbI7qFc16TV6xiHlhYi0n0IPP+8+8BmBbi1gjfn/A/wBbgcj2+PhH&#10;VSoPEdZhEQP7XLj8fi4uPrf6Ee2Wok1RrcgWBsPr+Rz/AMV9+6RsCOPTtAml24Jv+fp+P96HtL17&#10;Kzq11+h+tvp6R7diBCJ/F/l6SP2lvl09UwsCLMPp+f6Am3+29pWtksDwAD/r3H0PJ/P093HSJ/ib&#10;7enOMX/xsSefofxx+OfaeyYDVDsPyBwfz6FB/wBb6e1tuxogMePWvVotONX9p/sfs6kR3C/UA3/6&#10;KJH+tYe2KLmoX/g/+tzb/b+1p4dKOst+Pp+OOL/gXv8AQW9p2tjuXIuDq4tb8CQkkkfk+ye9p9Rn&#10;hp/yjpzGnu6kp+kf71/T/D3Ao1C1lPxYGROCOP8AOC3+vf8A1/b1vIBSnl16qkla9cm/Sf8AWP8A&#10;vXtnr7Gtqzbn7mf+n08j/wDFfamSpenVRw68v6V/1h/vXvjQ2NXTAcfvQ3H1t+4n4/2HtbBTz/tP&#10;+K/y9MvQk1OD15v0t/rH/D8f19tu6owZq3/BKvkn8+v8X4I9ot3/ALIfZ/n6U2vCT7f8/XSfpHFu&#10;B/rHgcj/AA9lrmK/dXP4Y8n+oAvzb6ce4vn7ZpBXOr/Z6Wof0j/q9OuXvBUANNIym/6eR+QFW9x/&#10;j/j7c/0NPtP+HpgfE329e98VFgT/AF/p+P6fT/Xv7r1br3vIqhgQf6qbD/WPNhxz72GpnpyN9BNO&#10;ve5MZIv9QOLEG2gf69vp7rVRpwOrBivh0HAf5T173IDkD6fX88C3A5/pf3RxrzXPVfi4nr3vgx4H&#10;Nzxfix/P/FPaiHLk/L/L1V+4MfPr3vgD+oC30Yj/AGx+vH09mo/s5PsP+HpNJ+H7V/yde9nj66e/&#10;TDAabrmF/IAsu16AWub2v7P9u/3Fj/0w/wAA6Ij/ALnTf6Vv+PdMMo/38UTXNv4UBb/H7wn/AFvx&#10;7WmN9Oc2k3II2hT/ANLj/Kor/wC2t7PmPZb08kHVrhiNuqPKVf8AB1xkF6fKA83rpRbm3+ZT/X9w&#10;e8XL7UMhP0qqMn8/2pLj/YH2ZL/Y/wC16NLL+yXqJt5Aksyj8Frf8m8/7H2RavYB9XIJB5H+wJH9&#10;eR7DU7AT0+XS88elX7bY9LRtfkXX+o/J5tf888m/ujN5hutde98OLfpP6f8AH6ar/wBPevE+XW+v&#10;e//UoslYuSoUll06iNNhe2nV/Qf63vGkf81OporX/RD/AD63+PcGql9IsV0gar3I1H06he9zz7r0&#10;0eve4uHp6mTL4nwRCokWqD6I1Z20WkI1D/A+1JKrKx1UFB0oSi3gYHFF697Gvf8Atqvy2Sx1TWyL&#10;iscmMxqvWVnkhpUKRuHDOAwuim55+g9pomCiagya9ONE1JyRQEHroEWNueT9D/ifaGrKfr/bUbCq&#10;r13VUOpZHwFbTv4HZHYLKJwp1QvEQwH5ce2lMhChRpHz/Z00PBiVFrqPy67/AN4/1/8AjR9pLLby&#10;ydTA9Dh6eloMYxYKKilT+JJGyyQr/lcLFhItOV9Q51gn35YwMtk9MNKxFFAC/wA+ve0cYHJBnqqm&#10;rkbm9TNLPGvNyLSE6AGN/wDY+1dCfhHTYVj6nr3ubHAsdh6HX+kYsFHA9QAtxf8A1r+2j2Gh62B5&#10;Hr3sw3RESz1ubj0v+3TVViCdDEY6pa/+PtHd18DUzdtR/h6fVlS1nLGi1HXFjYf8hL/vLAewPyJV&#10;6uQNrR1Y6CraEPpW4IH6raT7URKwtalWp/s+fRRGK2MTeX+z1y9wFElryBAberQtlv8A2QBb+i/4&#10;+1DPGWJD1Xo0ZkaQkNqXr3vmVDE+m9z+P8P8Rzx7YatWp1Tr3vG48Yu11X+rcWv+fx7sGwfXrR69&#10;74lStrj6/Tj6/wCt/X379Py69nr3vo2t+n1H/Acj/kfvepRw691732i62CqLEsQAfryQv0H+J/1v&#10;dPxcevde9vlDt/JVjCUUk70gteSNHISQaTqd1UroEZube961Un9Sp6URpnjjr3t+qcZhsUiSV9Wm&#10;SmMYtj8RUKlXA9iFFUJVsTG66X/1x70HrwNB8+niYlpqap9B173Er9xZbIUkGNVUo6CkRIqQQxNF&#10;XRwKfSk88Un7knPqIADe7DSAW10P8uqtKzrRDQDr3tlji0AFxNUW4Y1DGolYc2IZv9SLf7H3shK4&#10;FOqaF8x173LWC7pKhb1avHCzcxraxUgXU3+vtI7GIARjTXj/AKj1oYyFp17326GZGGnkheIlIJ5H&#10;1t9PadnZjqJqetnNa8eve1hvRlbMzKRpjWKls5P1Jo6cX1er6N7Tw69J1+vT03xHr3tLLCCw0Mj2&#10;/wBT6r+n6EEWP09vdM0Hpjr3uUoXSR/a1Ecn8/W3+vce9hWb4QT1br3tyo6Krq9MVPBLLJJZQEVi&#10;RfSo+l/qxH19oJW0ly462oJwB172uKTA0WNiSXO1qU7wItYlC03gq6lY0RhBAsikNLUGORFHILD2&#10;XtJbzF0aRfT7Pt/y9PpBExBlalOvexD2e9Rn6qPH4HFT09DLIqyT1UKNVAkwReRKmC5UeKRT/wAG&#10;F/aI7eryeISGIH+r/V+3pcpQIFVqBR/qz9nXFmVFLMbAC5PuyTqLYyYjG0Bq9csojgJlnkaRwQkQ&#10;IVpY9VyVv7Ntj21r/chBBbs0hX+H5LxoT/lPQb3ndIUgdBMNQP8Ak6L93BviPDYeqdKqKFEDox8o&#10;QnipBvZ1uG02/HPs5m36GJUjZL3VB+on+hBsNIJNv9v7yL5U22PbYVaeHTIT8h9lfQf4Dxx1CnMO&#10;4zzMyodS/l+XVDfyY39kM3VVlFHURzUbSMWCgsSA6kgXcqxP9f6fTn2LOJpBpLXHk/CrwR9frdbn&#10;n/ePYxG+3Anjim/3Fr6f7NP9n1844vx4sDIEOsHPp/qPVNHdmPo3ppZKGKoV4/RIZpi4LNJShRHp&#10;X0qR9P8AiPYs4SMLT3bSl9INhc/rl/F7cav9t7LN5ne6gkKAuONeH8GBj5enGvHo15ZiCEswYMpH&#10;/P3n/qz1Rz3TUDH7/oKdkk1XrRNGdD6iMbQMhJ1rdmDH8j/ifa/kgVKN2Wzqur6iwHruObc2P04N&#10;/wDY+wjt1+8u4QxSHRI1Pz7fSv8AxX5dZA2TqYkOoHogO+tuCgqGq6ZXlQOFkdQz+P00qDU1ksGL&#10;n+g9wHU6lYc6eRx/hb6fQez5g3ihwDTpPKkpvI5gDoH+bpC4Oup4sfmcfUMqHIxQxKWYaoylSZjZ&#10;j67m31A95FFha9+bk3+hNh/t/bzmpXGOl7mrIadJqfnWb2a2hQB+pQ59XAH1B98/9f8A33/Gve+t&#10;9RAhIutifyAbmxH1/wAP8ffEug/UQP8AkX+APv34tI+Lpp54YzR5AD1lSlqX5jidubXAsQ1yLcng&#10;8e8ZmjA4dfoLDn6f6w55v701QDip/LpNcbjaQIWa5QH5kdSocdVzS2NPMw1cnSSb3H9TzwPr/T3j&#10;81/obkniy/UkfTgfn2keZq1EZKjPEeX+r/Z6DV5zVttuHd76KiAt8S/h49Kei2pXVAQJTyAvpUXS&#10;Um8hBU8Dn6/776e+Yjq2H6AB/iSP9f6qTb3Q7tZjPir/AKvz6Csnu1tsdCsLH7Av/QfSri6sypcs&#10;Usf6+GYX+gsLRAAn/WHvrx1Q+iD/AB5H/Rv190O8WhwJV/1f7bps+722NRRGa/7X/oLrNJ1NnCFa&#10;WlqBHwVb7eoCseRwfELgt9feJUmkI8jELb8Hn/YE39vvNqJAT/N/LoPbz7lG5hcWEgLHhpz5/Jvl&#10;+f8APpxxmx0oJf8AL4WU3N1lRl50uBdXjH0LC39PfNoI4yD/AGf6sV/1vqPeg2as2f8AV5dAWLmL&#10;dNyqGkJf5aj8/OvpXHp+1WyYmlo21eFYkP5ZVC2tYWOlQbF7f7H3ACkn6EAE82sP9b/E8e1fivIY&#10;xUH5fl0K5Wt4onCyrrI/1efz6TapNUSoXRvECeQDbkW5NibEr7mJwpQgj83AseCePryOfayB5Vdi&#10;Icgfb/g/1cegDvFtDdyqxuBjjmmP2dKmgnkpI2Eakg/QEX9V7/W4P5/23uTHMWBuuoBhYAWIBBBJ&#10;+v8AT2Gt421vDJMml6cR/q/1evHoq3xYIrOMWsDPIVNfPyx/q/Z0JHXOUlhzt56mlggcLqE40q15&#10;wSun9JY/jg+8VUF1aioUgWtcgX/234FvduX9svWYeA8jqfM+Q4/6v8vDoCxvcw1kktTjNNNf9X5e&#10;fQt7g3ZjauOPFoaNmaUqzw+PksjQE6gSSpI4+ht/r+2yWNmKGx0mzHk2N/8Abk3Dex/aC5RntniZ&#10;ylU/L7fsA/1DAf8AFW9vJVV116/LyzT9lenalrKLBYf7xQkc8lOZUAsWDNTrIoH0AtJFf+tv9j75&#10;RiNSACLgfS4/wAP+Bv7M/AuPDo0DKv8Axf5HoRWlp4CkFauf29BJuTNVeWmkmLN4i55UMAbtM45V&#10;iGWzf63vt9TXAX6c/wDEE2/p7VwmMABmyehXst7bwyAO4Br/AKv9Xz6DzNY+XxxzWYho1+imx1X9&#10;I9IFwB/S3uI7iBGeUCNFsWd3CKABfk8AW9qVW2Ip4yk+lOhrPdrJpeKSq+WkVrX/AC46Z8PhMjma&#10;2HG42kqq7I1LrHT0VLDLUVM0hsAkUMau7G7fjn2CXZnfexOvMc81XmKKerAt9vDW0JlB8kSG8UtV&#10;Cbfug/6x9hi9382d5dQ0HhoePH/V5/s4dG+38sb3uaQt9E8cA9VIJH2U/wAPV4/wK/kc/JD5U11B&#10;nt47fyvWux6hhLJVbmxG4MZW1lOYK2SNqOT+D1EKAzUirdj9XHHHukj5R/PfeOcWbD7bysWEoGJ1&#10;S0sktHVOFfD1Ka5qHLWsJI3HAAKuR+T7jvfd6mvnBEusjyHAYA/i+QI9OPU68o8sWW3quqAIfVjU&#10;8W4ft63fPhF/Kl+LXwqwyNs/ZdLn92TRqtXuPdgodyVyGN8/Gn2VTXYmnnpQ9FnnikA/WET/AFI9&#10;1Dbj7Frs/UTVuSzs1XNOU8iVtdLUSnxxwwxgGWaQj0RA2v8AQD+nuMdw22Xc7iVLlStRhiMZVT/h&#10;WnUmDw43aCJ18EcH4jOf8Pb1Z0qKihUVUUfRVAVRc3NgAALk+w3q8zS1BYLM+n6AmdW/pYj1iwLL&#10;7LW5OSDTpulYfIt/0D6dGat9MKi7WT+iD/q/w9cvacqa10DMkrMb/XU3A+gsCb83/r7o2zAMFVyF&#10;PkAenIr3xY1dhQ+nXvbS1dNJe9/yQbg/6x/Vc/7x7ZOzGtaN/q/I/wCHqxnBzQ9e94WrZE5d7W1c&#10;G/45uefp7bNjcw1RYyU/1f6vLrQnAGWFft6979Fk5kkE0NQ0To9xpkZDq4YE6W/1Sj/be/NG4FJF&#10;IJ/1en+Xr31AP4qfn/q/w9e9qCj3tuihI+03BlqN0YFHo8nkKYFV02/zVSjahoH+wHtkq3aVjNKU&#10;4dbVmmANTU4/1Z697HLYfyr7W2GFNHnjlEUqWTMtW5ZmUaEYj7iuFmtH/t/b61GntIX9n+Xp4Vjp&#10;3Aj5/wDF9R6mkpquMx1MKSowsQw5+luGFmHB9nW65/mLwXhg33gpZ6htKfcYqlx1LSohuHMyVeSL&#10;Agm4N/oPayzZUc6roItfNiP2Z6Yuo7aZoysWafhoKdIrMdfYfJQslProZCdWtWeUagQeQ73Cn8gH&#10;8+z77E7d627LRJ9tbmw9dUzKrSYmnylLPW05tIdMkFPLIEbRAzj/AGnn3K2xTWEsaJJeqWzmq/0q&#10;f7I6Jb3bbkIzQwOyfID/AFf7HQB7x2lu3byyPTULVlHABbI00RkiAcwAmVfKZ1LSSaRcXJW3+PsX&#10;afDJKTpsUjtoUcFQb31MRxdvp9PY5G2QWyLIyKBJ/hHyAP8Al6BF1Pd2rhWiKs3+r/V/h6Ayu31O&#10;pCM0vlBbyMQND2K6dK+QMbfn27xUkcQACAg2AGlbX5+lxx9efdo3tolCKyh/t/1flX1x1eITyx1l&#10;Rvt6StZkq+rdpDLJZb6m1ScCyg3s3qFl/wB4945BHCxVyvH1AIBA4IJA/r/vPtFuUtw6J4UbB/X/&#10;AIv+X8h0pijiTxG1DV/q/wBX+Dp0w4+5HkuGjbUEuGZWNyGCMbXsfbBVyEsShVlPI+otcG/1/Av/&#10;AL4+0EZnKjWrBh/q8vXp7GadCBQwQRoqkBW/PCc+oWFv6j6e01XK2osUI0/m39ATwPbkvjsoBH4v&#10;9X+r/D07CUGrV6dLPFNABoWRSGT6En8so5J4/P8At/aZrgr6wAOAQP6/2vz7U2QmUx+IM/6v8n8+&#10;HTLAlfmOlZTMiFSpJBINx9Dcpx/rcW9h5laESyk+kMZCOR/ZLSluLc29i3b5ZklOgfh/6B8/s9Oi&#10;+dCgDKtBnpa0FYEgUMSVCraxJ9QUAfm1zYe8VLi4zJT2tcTRHi4uA17WN/ckcuJczyDxIWIp/wBA&#10;1/1f4eiy7qInLcQvTNmMt4oamzCximFjbglGUWP1P09r8wlQvJ0gEf6/FxYDi1v6e50sdv8ABtIp&#10;DG5fB/1eufXoAzOn1Dqfir0BxrFkeQ3jBZrlrKLfQaSTYhuPz7iNYkhww/1+D9B/xPtq5g8M1VKJ&#10;TP2/nn06owpw4dOcTtYMjIxIIAAH4J/oLcAe26aJf7It/Xm4HI+p/wAb/wC2HtER6deUmuTjp9pp&#10;mA9Zvb6caT9W/wB6/wCJ9t7oASbLf8m1/wCg/oQbj2guVOgAcAa9PoxwCcdO8EmoWJaxuAL2vwW5&#10;5uOfcR0vcW5PFh9SPrx/Xn2Qzxtpai9PqeBB6dYpQCDf6fkgWFrjkDgDj/Ye4U0BJ5/P+qHP0/pa&#10;3solBYDSK06UxSgChbNenSCe17X/AOIvf/Xvf/X9waiA2BReP8OSRyBzY/X2n1q7AE9KorhTIoL1&#10;6cKaa2oOxUn+v0/s3/N+PbU0PIDCxa9gbD8n63H/ABv24+RU8OjMSpStcdOaTEi68gC1x6hwB9LH&#10;8f7b3AqYAoYaeb2A/Oo6iPxz7YpWSNq4Fen45FLDvHU+CYsBc8Hm/wCLDTf6kc+2iSG9w3FrkX/P&#10;1t9Rb8+3JA2lgBnpWpCn5dOcUv0I5Bte3+wB5Bv7gSRFmIsbAWuPofpb8fX2USROGYhcV6eFKCnD&#10;pxSVdA9QBNr34N/oeb+40lMblrjji31/tW/p/T2heCXLFf8AJ1cGnA9SVmQ2F/qb3uOfz/X6+4j0&#10;1/ob8/pBJJ4ub8W9slHA1acfZ0rGRUZHWUSD/fW/r/r/AJv7wtCt7WH+PI4/xHFvdHV1Aqrfn17/&#10;AAdcw31+n+wH+8XBvf8A1vr7jzxAC39bEE3twBewX6+2SjNSgb8sf4ethS3AdZFb/W/xH5/JF788&#10;394BGWjudNvp9CGNm4+oP0B9p6yeJr8Pur6Y6vqFePWQkX/3n8f7H8/4e+TrdNPoB5B4+l/9vzx7&#10;8sMlQTHUfb/s9WA1Co661gG9z9bj/bD+v9b+48dx+o6eLA2I/r/T/X+nteV9B1VkrwHXZIN/qeb/&#10;AF/3m3+w/wB49yNKgXLa/ofoeP8AABvqfaR0mBOhaL8qdeKFfIjrrVzb/X/xtY2uT78qA82K3sQS&#10;pva4AH6Tzx72EuF4EH8/9X+Hr2g1+D+fXRIsLm5H1+n9De3Nrc+8pQm9voP66j/ifxe3Hv2i4/iH&#10;+r8uvaG/g/n1x1Af1B/NrDi1hwD9bn3JUpGqDWusrYgA2Fv8LH2XSwXbM7RxMI/t602unw0HXrhi&#10;eP8Aiv4/Nx/X3KQoByVJIFjzb62seSbc+2fBvv4W69SX0/wdcSVJPIHP0/PH5+luPfNQfoym1+eP&#10;rbkf0sT/ALx7dPiulGUV/wBX+rj04OA+zrjxfg2/2P0/H4/4p7lItyG0m4NyALMfz9fofbDRuFca&#10;eIp/n4Z6ciZVY6vTrgzC9r8H/Hj+luCCL+3SmTkKAR+rkg35JPH45I9p5mlqakeHX/V8/wDZ6UiQ&#10;YJZa9RJGFrmxbgW4+lgD9L34/wB79qGngReSQT/QD6cn/BT+fbTFaUJwelYz01yStfgG3IueARbj&#10;+0Qfp7cI0BF7Gw444X+luOOD72GX16sB1AkdgSvp/rzy3+vyfbnThL/27/4H88fTm3vxIHw06sOm&#10;ufWb3Atx+Lcc/wCBP0Ht3pU9Qk50iw9X01ek/wBbX492IJBpxp1YdNFU4CmL06iWPH6itmH5F/r7&#10;V9HdxHdrX0gHV9f0AAWvzb2mYAEgDz6St8R+3pGV9kMlgCQHYgJwP13Jva4B492FbDkUbV2frVi0&#10;eLwdmFjwtNATFc8m5+o91lBIh8IAnz6CG8xvJcUCZ0n/AFV/y9ayfyZoJD258kx95HSw5DM9kJ4J&#10;GlQ+Sp+8RMmqg+NPCremT9Q9mUhZZcaCCYfJGNI/QRqW1iF/xP497fXqGvjToriDJpBNWHH5/wCr&#10;1/PrVizlL/A+4KuONE3DHiMzN93K6/xCOpamrIpJJleYHWpCcajb36lR6egSORvLIgCoU16v1EkO&#10;TYMbH/be2FWczgD+y/L0/bx6WhfEaiL3dO2/svtzdfZGRy2Ko1wVNkqmafJpkftxQibREsRx8NMr&#10;RUiiNPpf/Oe0fuOpnij0TJ90k3P2lIumqbQyEadRAGlvU3+0g+zG1VyiDR5eXR3ttNKkGmD/AIej&#10;q/Gja2zK/NVGZ23kqradft2SOFN8b7yMdRswx5akycEjVfgjEsstTArUtMG06al1P6fZOd9zfebm&#10;yM4QFZPttIUC91oKJW/JHGm/H09nNiSjT+KdB7PlXDcft/n0eh1jjFWz1tYfFrArtLofYeBjqZai&#10;TH/3l8s08zyk/dbwz9ZH6mAc6RU6fV+PaN0FB9ANQ4B+o+tvoLj/AGPs1SIT+dAD/q+XSGVkkoAc&#10;g9D+akav1s5HPBFiB/W5PFz/AIe2ypBbTd+B/rj6C1ub+zCJVVZFUAHppAoMleP/ABVOn3HyDlhE&#10;SxUAkgG3JI5sv+v/AE9pXLhUo5mLAlVdwDyAAp5JNvr7QxySRXV9dSgpbpDTV/qr609P29K9tFbk&#10;dvn/AJehX23eesxsEaXeWqRWQC1ySvpAX8DT/iR7pb3zVat67oN7n+8GZtc8aVydUAbX+n0/x/4j&#10;G+7DSXN7JGKILh+7Hmzfl/q+XQ3jhfQjhfxH/D1ZHSLppKVbW008K2/paNRb214x1apS5AdmQhR+&#10;SXS1jxzf/ePbOtNHh+Ia+vn68OPRkEbw69SPZwupW9VNfSLJEpH9ABQ3+l/ZbIreIpp26f8AP0V3&#10;YwAR5/5+m/J/8BJP9Y25+p0Nb/bezYQHTGpQg+mx0/1sP9jcH2fwfCPsHRPNgLToHqsapmVwQC7W&#10;v/QN/Q8Af7z7UNNL+wrXHAv/AF+t/wDH6ce6RKrXAD8OkIyB0nMhEVd1QG/0H0H0PPH0v756pOQQ&#10;7av6qfxzxxzz7OYfDJPhlMfs/l1bHTNIo4LXH44PIvb+pv7xwyN5AOTf8G/1s31549rjpVanCjqu&#10;KfLrDPCGjuLBj9Db63cXIuOfa6zORo6ba4oquKmIyGtWlliiZYxTVsUylncEpqJA49ls+nXVWr/x&#10;X+r/AFV6MbJXNe3tPQb7ZwuSrt9vlqaprYxhfE8VLFPOi1H3+KlpnUxIwSTxFS3P59khrIbTyTOy&#10;MrkrpQBQiJexIHC6l/23tDfONEi6c6c/y6N9RGD0eOnb0Iovxa1yTck3b8ckEH2wTrpkuhAVLOwa&#10;3pU30Mb34b/ifZSgUZcZ6Ww6QO8dOA/Tz+bi9z9fz7GPqDrf++GRNflgVxUDA3YOiz+KeJGjjYI0&#10;erQxPPHumqRbi2URnLetPX7fl0WXcyaHjWVQ5+fQV9qdgJsnA1UlEY5sw8DikhuspjdoZWimmhM0&#10;Uhh8iWNiPZ5aaqwO1qCOloIYKYUsPhLLHAkrmCJY7l1EdyftweeSefY72y5itgZDaq4Ix8B+f+Wn&#10;/FdB2S7ljOl4mkT/AHrqsPcm1d79pZp6rM5auliq6r7labzZZaKGOaokcItPI06LpFYRx6QBb2iM&#10;j2BKkshSdSnlOnS/0Yu5UG0tjZbcDj2rk5quklSBICkLNppp+fD/AFf7HT0Fqk6tL4qxU7tLf4Oh&#10;V298Z9v/AGET1NMJaxKKPyyPoOtRBCJHGulLay9/Ufwfan2vvSbJKGka5hnS+k21aPC4ABlJN7/0&#10;9gfm7cpRJWMNxx6fj86dVMMQHa66uudV0fhcN5oYIo1jq6GdWuFuglvESQsCKNIW/s6PWOXky2Lm&#10;idJPEGLMzXa2mmgATh2tYH/C3sQ8hbiVGl2/WIBHAef+X8+im6UqQVWo61Hf57HRmM2duLaXYWMe&#10;gStpJafDimQEVNSlXnMnVCoVUpowyxyIbtrt/sfaKzMIx+58gI2YQT1HkurEMoVEH1uBYE82t7mH&#10;dd3uzFG0jESnJofy/Kv5+fSKa1BhoY6uP9X7f59DV8VoKTsb4odaPk6amqMphtrU9BLFWQLPEz1N&#10;fXynyRMkzPJoTgsP9t7k096iDIxzLrp51Gt5/XBqWKUrq1XBIP04P09q+b57DcuVorW3u0kuqjtT&#10;+0w6fbj/AFcOl1jHHGIk1dw+X+r/AFevTHs7D1Owe5urs9T0q42u25Jl4acU0H2cq02RiSKrWPxr&#10;DpSSFyW9S2DH829kJ2Ng6/b3StTtrIytUVW2EpkgqneRhJ/Fdz1FZIQ0tpXKJKqm4FiPyPcOPMjO&#10;Asb5+XRnhY1QHra73pV0FV8jtq57EywGj3v/ABs5OKyfct/dzY1NRUZYxakvqjci7PdTxY+0HXTX&#10;EjG4ZtN2BsnpK/i/4A/2/u3VejA42AgxIOUUtZCv7nq1HhrDi5/xFvaSqKnSLXsOeCSD9R/iPewy&#10;fxCvWiD6dLaCmJN9BP0uQvFrcfg+2WSrBJGr6H+p+pA/oT7dCE0x1qjeh6dUptIBt9R9fobXPHP+&#10;HvEasCIjUObgWI/I/wBfn2+HlXTVcda0t6HrkKQGS44sQbf05P8AgD7jJUAfUkAk2+ov9CLC/wDh&#10;734rNhVz1XHUh6c/6/AB4H+N/wCp/Pvr7ldbAN/ZYDkm5JNweefr7qjN4lSMnj/q+XXuu2p7RrcC&#10;wZSfpwB/Sw/P/E+/GaxS5udH9ObE82559m0Lg0JPd0nJp1HMF9WgWUvf6/8ASI+h941nJZhccI39&#10;ri9jb8j+nHtSCukMGFOt07a167aGwBsf1qT6efx/h9ObH22zP+yTb/ff1+tj9fetSjGodJ3Cmik0&#10;PU2NLSWFzz9APpYf4C4Nvz7TFXdirF7fqBuW4JsR+bc+3VkVdOc9IJkOpwBjp4hFgQF44/ABPH44&#10;vx7YKjgNxqBIAuNQH6f9f6j3dSDQg9IijiuOpi/UXNuL8ccf8aPtmyJDTlgLAgX/AD9ETg2/HtZC&#10;y6VWueqFHOQuOs0VwB/W55Fhz/Xn6+01Gf8AKVLC15BYH/gv+t/X/ePa/papFc9Zv7PBP+9D6/42&#10;/HtmyHHk/F2f6D8XY3vwefZRd18c+Yp/xXVlBIIAr1Ii/T/h/vv969tFB6q2C91HkQG//BvybEX/&#10;AKfj29CyrQrmnXqCvXJ/0t/rH/Y/4f7H215SICtqTwbzTnj6D91xfm1+R7fd1Z6a+PW/Js0+Xr12&#10;v6R/rD/eveKgUmsp/qLTRf61/Mn6vpcfi3tZAK8T5f6j0ndQcHz66b9Lf6x/3o/7Ae8O54gGyFip&#10;vFUn+ouVcgXP5uPaTdu6M6Rw6dtmWsg89R68n6F/HA9lbqV/ekuCCGNr8fX+n1/HuL7pl+oZfxdG&#10;Cj9Fv9Xp1y94+LaiwJa/05t+Dzf8fj34Yrj/AGek611Njr3vr62/BP8Asb2t/sLe91Hr1fr3vmhA&#10;vc8cf7axv/Xgf7x731sHr3uQpPPNv9axv/rg3twfbbgkY49eYkCqjPXvfNmKn0kHjn6n/Y3HH196&#10;0mmW63173xuTyfz9CP6f0t9be1UFO8fZ1ViDUE56977WOSa4iUtYF3sGIVQeWY/2QNXszSRBHJ4j&#10;Z0N0y3l9vXvZ4OtFP+h+VSf05s2J/wANs0IH1/31/Yh24mW0jkTuQFdTf6VF1f6vz6IG1fXy1B1F&#10;T/x7pklt/HY/6/w0C39f8r4/2x9rajBTM7W1g3/uhER9foalCSPrdbrz9PZ5I6NHbuki6PDHl8v9&#10;X+rPW7khtucKeEq/4OuP6osiBz/l7j/rGg/3gH3F7ntLsp3AFvuKK555u7nnk+10bKYaFs9GO3v+&#10;kqu3d1DwqlK2dTe2lyBYcWKD629kRrRqtyblTb/EcXvxzb2GbthHIGp8v2/8V0ZkgZ8ulT7a1LLG&#10;RzfjT+WuS1788fX/AGHtOkyNkmh68COve/We36T9NX1X66rW+v0t/wAj978aH+P+R/zde1Dr3v8A&#10;/9WnGq2nPu/IPX7WxWUgxDadUk1I4jXTCIiC1BBNAL1NPIBz/vN/eMIYLTUw1dTWU8U6kBC9b+2o&#10;C2plBN7c2v8A61zzYe+FbtfaG2ykm4dwUOWEZLSYrb2Uo5MyL24+3q4owS3kBF/7IPuwZ2+Fafb1&#10;opEnxtX5A568CTewII+mocH/AHm/tMzdiUeJZ02dgKVBYr9xuPF009UvNwUmoqldNn/2Fv8AD28U&#10;1Zc5+R6daRceGmfmOu7X+p/21x/xPsPctm85nqjy5XMV5u1xSQZCsTHqSSNKUs0sqKlmIt/qbD28&#10;FVRhummdmPcxp/Lrv2zCijQ6hzdrkk88EknhT9fda9ap173mIPItc3v+fxZb2FyRb22UGKdNlPhA&#10;6975qApW629I1f1+trN/U+1OSD1emOve8qDSLH8njj+v+P59pHWpqOPVWQ8Rx697M38cIfNV7gIj&#10;vppqs/ovf/cXVW/Bva3tLeHTDQnzA/4101cLWxlP9If4esM5sgP/ADcj/Nv7Y9gNkItddITH+lvw&#10;vBJVL/gD6j2YS6PoYtOAekMCU2qEV/Z/pus3tuaNW1PyBx6TYAcAXsAP949pE+ALp7ulsQ7FXT3d&#10;e98NA/AFrD/U3/Ptz/bHq3+Dr3vs+MEkqLvYE1Cg03/IAPN/62/HujcTTr2Ove+FjI6q8ZkdjpiW&#10;mS63tZbD63t79w69172+Ue166oQVUgNBSXBaryQlhowF0sy+VomTUqtc88D3QuOHn1YRscnA+fXv&#10;biP7uYk3QT5jIoAyPjGpKzGrKv0MwOmQRrUJ6vz42H5PvXe3yHz6t+mvzb5cOve4VZm8xWSK7tBQ&#10;xLEII6bGLPRx+BWcoayJHKNXaWtIfpYAe7BRwGT1qruf82P2/Pr3ttEUbP5zI8sz8OXcsbkhiSWB&#10;Y+r3bS1KUx17QfTPXveZkJJv9T+rn6Nc/wC8c8+/dmga6Ur59OIO3r3vsX4H1P0va5P1/F73Pu+P&#10;y6v173nSNgxcH1L9B+TqFrWC829prk4j9M/5OtGmCOve8rEjSkUYLsWFwn+o9X9n82HtJ9vVfsGe&#10;ve1XvAGHMyr40dglOwiZdRcfaQgKIzZmsDf/AFvdEI01Jx09LUP172moaOeeUR08csjNyfCGcoDz&#10;YiMEgA+7kjzPTQUnAHXvarhwNNToKrM1tDRpEAzY8zrTZOoRRfTTQTxhXmmH0ubG3vyTOhYR+f59&#10;PBdOWYD5efXva4XL7fodpGt2tTOKk181FUfxhaWeqULR+V5KY0bLIlpdGg3459ld2HZ38ThQf4en&#10;gQsWpFOqvn10L83t/hYW/wBvyfaVweKyO5q+KeqaepDVShkczzLFqnicxIGWXREoqDZb2F/ZDNG0&#10;JLKg0kmnTCBtethjrv2frp7r6LHwUlU1NpcrEeE06f26B7m9Kll9P449iLaYHvD4ZXH2f7Gc/wAu&#10;m729jjjaNjTH+f59I3ducjxdFKfIqtobgsv1KS/T91Df0+z47UolFNAgRBpVX1FRb0CP8WAv/sfc&#10;q8p7A1hfi80fg00/01f6J/b1GG83SyMyrwrTqtP5Cb8+4x9XRiqfU9QXsjgN6GmFh/lS/Q24sLex&#10;qxoEcUZA+gW2kC7G31tYHge5ShgmkBjUZ/kP+LPUf30hLuKZyP2f6vs6qU7Dq4JKyqknka0pktra&#10;1xqtxct9B/rexCw9VpeIMWDfUhLH/VG3J+n9bezGXaPGt5QqE+lf2en+H+eQQRf3AUu2oEV/1f7H&#10;VbHcjtF920T0iQ6gGaXyBT/wFF/QpXyMf0WNgPYt4l/JTykFC10PpPAOtiLA/psAPbRtPAijjlJq&#10;ain7c186+fS7l67e4aRYUkalKmlf4/T/AFY9DTqhT5F1aUO+cZVMklHTaa/wSZMJHPIq0GJV/KQQ&#10;jFXkIUc8EXHtYU88skJiJ9Dfp/Vxd73/AFj+nsNttdvb3Udyo71+z+E/0f8AV8q9T7tqyBEBOP8A&#10;orohO6N3zVDSRBFczFRUDTqj9P2xiEAExFwAdV/1H/D3IAAsByOf6fn/AA/3x9rejnoJ3dpXaX0o&#10;eL6bqP6cW45P9ffj/sP94/1/r70RUHrRFQR16OTSwZtbW+gvcH8KCCRf6e47OBqU8n+n9LkD8/n/&#10;AA97VtOlvLpLLdRxDSTnp7aiLiKrgtYkIwUiwIXU+oILAX/x/P049xmOtwgbkkL/ALdrck/0v7T3&#10;E/ho02Mf5K+h6Bu+7ssFvdzq1ZEjZqcfh1fMdKfB4f7ieCN7LHK0RJDhTrkMSnSNB5IPuauPQqCW&#10;ctbnkW5A5HpuF/p7Dj8wqZZIyhBP2epHrn+XWP8AunP95Pem3YoFJPqODMP9+cejGUPUUgwUOZpw&#10;JUdY3NvJIVL0kdVZytCFB5F/Vf3heCWBjblFIGpR9L34BH14Ht1N0EoEag1b/VX5Ur0pt7m23GEs&#10;8gM1OBI4/wA6ivSTq8bkMVOUeBkjR9LMIpFAAYr9T4/UQn+x9y4aoEHVqNmAve5/25IvwPaWayUn&#10;hpPRRe7YwdQumhUmnD/J/q9ennG56WISMS8pSRVvIS/AH1tqJ/H+9+5QdSLrZuBYD6kEXN/re3sj&#10;uLGZAzgsBX1/zdBO82yeN5CjOGB+f+bocNsbzxNZ9lRVsGPs0TgySQ04KFA5X/OyH1c/4Wv7zz0P&#10;iABPA/Ve5P8AS4/aA4P1F/r7Y2rmO8nm0NGaHHA09f4/2Y9ePWra3u1OkqfDp8x6/wCH7On7fG0t&#10;rUWN/icFXTyTMQywLUUzyG80MQDRikQLZTqvqvY8/n2zSiS5AB0D8EG/IH1HKk6vY+gLzdxWoPQy&#10;sfo7WHT4w+p9aj1P58OiwZCSqnqGdoiKbjSPHJyNKXsGJUetf6++RhTQQtrkW1f6xv8AX+n49qoZ&#10;qMDpyOkf7xnM48Zm8OtaflTzP5/6h04PjY1pf2dDt9NSAMLl7nlVP0PHtuZrNp1c8cjj/bf4X9mk&#10;E2smgI9R/q/zdCj6HxLcS+AG+VAT/PpISTf5QYGlaMg8kMV+ov8A6oG9j/T3Khl0ahwbKv8Aibrf&#10;6c2+p49sboBP8RrWv+rHr0RTbS7og00qx/Kv5Y6faOuNHJ5Y2BaNUcENwzLc3A1Lf6e+p9LrwSLX&#10;IJ+h/VxwD7P+XhJbMtR+L/oH/i+gJfQCki6vxFfnj/V/sdKiHJt/EKaUKG1U1O72UEAl7ki7Dn0/&#10;6/tsiaVmZH1BI2ZUJ1X0308f049jSaG2twbqMr4jgMRilfi6R3O37daRRTW2g3Dqpf4a6qf9BdKy&#10;TL1dcEjkMxhVSqAeTwIlmOlwHtpCNz/h77qKqioY2kqaiCBV1EtNNEn0W5/WVsbJ/X8G/sK7pzDH&#10;ERF4qh6DH+9f0/Xj/g6vs+1bxu7lbS2kcedEao4fb/F/m6Xm0up9+9jVtNRbM2ZuncssskMd9vYT&#10;LZenIZ6VCJDi6GssoNXGb6fo6/1HsLs523tPAfdTVeYoVEJcRp99j1kZkVzbxyVsRa7IR+L/AE9r&#10;P6wbG1jAguI2uPDq4Doaf8a/lSvnngJZ2f2y3KaO2M0AEhXvrUcf9oej3dYfyivmP29WYqhoOttw&#10;bdx2SmpXbJ7n2h2JQUdPBNLTozrVQ7Jr44tENRqA0mxW/si3eHzVoaGlrKDAyfb2Lp9xO1KsZCvZ&#10;dElNnQfofra9/YF3DcdzuXIsHKxU8jICfX4Gz/m+fUxbL7eWtnoknUPIB50oPs7BT/V+e0p/Ls/k&#10;DdUdDJiN7dyU9BvneYghneKpTHZrGUdS8EXkFPS7l64oa2nCTR3A139009v/ACIzu5aid5Mh92ZH&#10;FtM9RUAcw2Kk5SQ24HsqkaRLUJck+P8AiJ/1D/VnoaxW/wBIFhjWgXrZF2rsvbWysdDi9tYigxNF&#10;Tpoip6GjpKSNFuzWCUsEKDlj+Pz7I/uHI1ubqJJ6qqYsbERtJJz/AJhf0u8h+kYPsM4L5Cj7Pz6O&#10;LappqH+ru/2OlV7DaoofIuoxFWtyNNrBdK8LpupIXj3q4hLyvUkfl8/9WOjb8Ok4697TVTjZBcrM&#10;yD8WZxb6XtpX/H2wYnFNSA/6vn1urDj172naunr4lLLUSMq88PI1voLXF+B7tFYpNxTP+r5f7PT6&#10;SAUUjr3tlaqroibhiLm3pm+vP41Lf6e3htacc/6vy6d8Wn4z1736KvqZHCSIDqsthG39QDYtJ9b/&#10;AE/p7q+1+aDP+r+j14y1kHXvbk8bGNTqIYrcWJtyP6gHk+yqfaSSx04r/q/D1YNqrQ9e9x1aSC4k&#10;bWpP6tTnkXuCzEcWX/YeyqfbmTSEGdP+rgvr/LpXDJpUiv8Aqx173KhqC5sG4X6i5Nh/hpZr+pv6&#10;349lk0LIMjHTnieJkHHXvbgksgsY2W+n1KxNvp6rWI50/T/H2idFZTqBqOtg0I697Vu0977j2lVp&#10;XbczOYwsqOdTQZGtodd1dPUaOpgaQaHYfX6G3592S9vLVi0UuSPwk/5COn5GldGWNmC/n/kPXF0S&#10;RSkiq6NwyuoZT+eVIIPPu3j47fPWhq3pNqdpikop5vKKHPUaUlHj18EeayE/8YyGZ3M7kvpgig0J&#10;w7aT9QfZttvOW/K8iXc7FPKpcYPxYJA9PTh0Wna4r0lrhQJR54pmhNar9nQGb66PwG5ZpMjjIafH&#10;5B9BeMJHFRsUWlhQxpDSyNEVhhe9r6mbn3Z5HkqDJUiVWKqYKujkLeKsgmimgk03jkMVRBLIjaJU&#10;ZTpPBFvctcvbxBuceqVwJftGO5iMH5L59BLcYZrWYRBWKfIN/R/l0T/N7Tye269oa+CYSAx6qUxT&#10;o4/ZisXiljFtS1CkX4PJ9tryt+7r+oReWuGv/tRJBP149ii7VnMZVTivD8ukDLQIw49c6CGJBD42&#10;Fnc20kFOLg6VChb88/8AFfbVORpuOW5/1/pxzYj/AJH7Ro3AHq0cnBD0rKZDrPHp4tYAi9xq4Jue&#10;T/vHtOV7MeC1gvIJJAJ5H+w9qoo9deniwH29KvGBE0kIGZzyoALBeCPp/X2k6l7FyPWfV/j9dX+P&#10;09rY4dHaOPWi/wCzpaUw1BNXoF15+nPpH1t+q3tOzKZ3YaVQHhSVYeosbC/01G3sxtkMU0enVrr/&#10;AKq/Kn86dJbxv0gw8j0oUkEUN9WoBQzepGFgouwH9Ft7l0dB4hrlKgjSQSxB+gZeCoPBH+w9z3yL&#10;aSyGAlcf9Ej/AFf4fQM7hdLoK16DzceWEsjw04JB1K1gCPq6sCVe36T+fr7dGnQgLqYFR9Wbj/G1&#10;7m9vc9R2oEKjxBqpToGGI/Ul/l0hlhlGphCCrMDZUu1/oP8AUjgjj3ElkVgAWS39NQvyPyfzf2gu&#10;YIhXNadO5BPTlTpIrfolvxb0MBweLD8WP+HuG8qgWIQD8iw/wtyTf8+yeaxibWV+I/6vs/l/n61p&#10;B8s9PEKSlwbykg3uS1vo34C/UW/23uC7xm4uLn6cqLXtc8H839lk9pGqllk4f6vQdWAIow8unqET&#10;+ng/n8Ofpe3HuGXWxII1cWBtb+n+uOP6H2WTW0LgrpA+z/UOlenpyUSgjVq0c3/Ve31/PH1/qPeG&#10;SxYm68/4/wBB/t/Ycks4ihAH+D/N1RRQAeXTlC7qF/VwbfRuLm3PFvr7huyEAXAuOL2/F7fm9/aG&#10;WxRA0lft4+Z6WpCYzqr5dT43kv8AQmzf8RY/QD/ivttqvHcXK2vYA2/2/wDrj/H2hSlD69LYaaTT&#10;j07U3kAuAxJF7gH/AA/21/bdOkZtYrwAR+n6gkcgf4H3Vm7gvlX/ACV6VxYZW/pf5K9OMJcXuG9V&#10;/wANzexFr/63trqlSwI0heblSv15+n+wHv2K01V6XIRkaq9OFMZL8gg8fUG/0X6/T8+2rSqtYH6n&#10;6n6cG3+J/wBh7TzklxX06f1seJ6dl1FOR/sADfkX/rb6e8ciJZrkDnnkD8/XgW+p9l9wcxj7f8nV&#10;1Y6qHqRCx/o3AFuDa1jxyePp7b5RGrWMlyB/qhe9/wDiR7TCQBdVaA9OI5A7TSvUtdRHCH6/6k8c&#10;D/eQR7wv4NRYMt+Pyv8Ah/Sx/Htlm/QjHz/z9PiYEKpH59ZFEl/6/wCwN/8Aeb3+nuI5iJuGDWH0&#10;1L/r/S49tAkVz08GK8OsoBItyCT/AEP+8EA3t7wM0fIBsv4Hp/wvY3P5PtpfI0z04mjt/i6yeon+&#10;v0J+v1txx9feAsgNzb883HH49X+2/wBh7c6eGmorw67AY/8AGx9fzb8/n/b+8h8bEX8drDnUL6v6&#10;kG/Pva/EOvMampIr1xsRf9X1/ofp/QHj/be/FkCm5jt+ngj8D8m/0/HvZ8q8etf4OvANf6G/+sTy&#10;T/sffo5I2J5FhqH1Ww+huORcce69b8+vENb/ABJB/PP14/wPPvL5Iri7XH55X+v+va1vfut1HXWl&#10;rGwt9Tcg/gH/AHnj3x1xmQ6eQDa508EkcXXm1ve/w/D1quevWYDn6/05+gB/rxe/uUNLWOq1v9a4&#10;vf8AoRa9vbb/AAnt1fLrx64C4NiOT+R+bW/r/QH/AF/eQzLrPq+p5+n4Av8Am359+jTQir6da4AD&#10;riVJ/wBgB+Pp+Rb83AH+Pt3gkhJsWA5NtRS/Aa31JAPsqCF6jST1QdYJQw/H5F7A/U2/oBce3FXQ&#10;PZWINvqCOeDb6N/Qf63u30azASYLen+r/B07F8anqGxcLZhxfm9wb3F/x/U+1BSsWHIvYfWwA+pF&#10;72+t/wDeR7RS2UahScof9Xn/ALPRjHlARw6a55DcgEA3/Jub8GwsQLW/w+ntyW3BBsP6fQcHn2nF&#10;qdXy6cr1BeTgg3J5/wBvp/r/AE9zYnXUurm1v6Af0/JH59vLaqTTj9g/4vrda8Om+YvoYji5P1J+&#10;vJN7D28wOrlbMQpt+kgfUi5sPqLX/r7u8Zt42Q/F/n/2OrefTJKpJLFdTC5Gq5PoBCgkjg6/6W9q&#10;yj0iOEAkkMh/UD+AP8PZVKQGJPSd66z0lq1ZGknbSFDJILlCPqzfk3Frez+9cSo+39qlpEQ/w3FQ&#10;sJX4sYYAGVb/AOcB4U/X22hdg3djgP8AL0HNyFJnxj/YHWuF80aCek3l3U9Piayr05TeucE+Mo2k&#10;n10/8UKwVc6hWOOfRqmT9Lf19mmiMVNjo1kKmMKkQZiCQzDSt2Y2+pv/AF9+/Fx6I1UsSxHWpRma&#10;fObz7ey9RjIJ4Mo9fkc1NQUsM8FPNRUcv3dX4qOmE0jr4k088f6pvfcaWpljZgdKn16vqeSPWRze&#10;1re3osEjoxtGGqRfWh/Z/wAX0y7rrvNvGbNU9DUQitrlY4s04RYI28cDhaCNmSIRqNX6m0/T2hMo&#10;oWsxzVc6IssVYXYSaWXRGoXSz/S5I4/PtZaShmSh7WB6N4cMQoz1ZN1oZn697godh7YyGRrdu5vr&#10;umoKabEiuhrI8jl5pauSanx3rqDTw+V1ZNPjK+yS5KqFbkJ6tpAWmEQKhwAuiKKMWBdratPPJ9rh&#10;IZ9RApQ9Gc8epVUHz6299obf/uvtjGYKKAiKgNaY3aFtcn3FfVVjBpBFAGCNOdPpUj3AdAQOTcD+&#10;pI+v/FR7NLecoa0qp49IKMjFSOng3BIsgt9CEAJuvP1Av9eP6H2z1TBI2JHH0NwLH6D6Gw/p/vfs&#10;5hosgJ9et6NJanEnp8x6PO6Ij3IF/QWuL6rg2BP+v/Q8e0HueYRYuslLKNNNIbgjiw/1wB/t/ZXu&#10;jsuy7uQf9Cb/AAdGOzYl/wBXoehz67p/LujCRaJOa6n5K34P9CRfm3+p90vbxIk3VuScH9Wby/qv&#10;e4OSqmsLX/1X9fx7xsjlP086EZ8eT/B/qA6HsJ/xdafEWP8Ag6sVjFkQf0RR/tgPcDEf8DaZr2YN&#10;F9f6+WMg2/1/ZbIaOB6t/nP+TpW39iP9Xr1z9nG6o0kxOAbaUtZr39NEQfyefe3c6Ywg86/4a/7H&#10;RLefCB/S/wA/UDI/8B3+n0b8fX0N+f6ezW0bAoo55C/4g8f737PLf+wH8Weiac9o+w9BLkUIqGYH&#10;i/8ArW5Bvf2oqQr4wCQBYc8ccE/43ufdKN4lfLpGOA6TlZcsbAk3NhY/XUPrwLED3nldtQAJA9f+&#10;v9B/j/h7X2eddPl/l62vn01yRrpUta4te54+v0+nHH1990BT7ga+bXufSSRoe3BP+Ps1uK+C9Pl/&#10;hHVH+E9NdYJPGPHxybfqA/UoP6f9j7R3Z1XUU1Dj1WodEZqs6DJIpIV6K/GoD9RB9pIxqcCny/wn&#10;o9sFJSPPr/l6WXWlPTy1GUl+3j8tqO8gijI5WsUHXbV+nj2A1QVZVa5Y/ViWDKfof8b+y2ePSzoP&#10;hqR8+jER0kFOHQ2RFgfpbi/AItf/AFz+fcKDHvU1tPCglleaULKsd3KoASCQFJ0/64t7KZ2EZI8j&#10;/l61LIEUjz6ztMEidyVUKtwW4BP5H45v7PFtGCn2rgIIqeM2mgSS6qmoSyRRO59IhIJK/wCJ9uRI&#10;7oGJzn/V+VKdEF2A8i04/wCo9E73y0m79yvHK4EdHN4SpdgjQwzzxrwROjBvJc/pHHtM7n3GVWok&#10;aVo0ip5JmDPZAyiYsCGlIv8A717PIZpVjbUcH/N8unLe3WQinSj2ns+mjMCpAjOZ0iVhGNWgmED1&#10;eEG3H+8ewKrN8VYylNDGqSU0skL69LOoaSpZf1+fRxGAf9j7Ir6/0SqQaOrH/jIb59Gf7t1rhfL/&#10;AFeXQ7Um16NKGRCpEjRNESugNYwxg8eIN+tf6fUexx2nvzEinWl9Mc0bKJ2jFNFpkjWNZCSKkOoB&#10;PNxf2ENx3Oa8mGoZLfM/L16T/u31X+f/AEL0Hub6+qHmkqopjIjQyLGkzySaQzySKNIpWXgNwL29&#10;n36P7K2UMNPRT57F02QllVVpqnJ42Kplc01OoWOKWtWUs0nFgOW/x9i/lm5NpcQvKDRR+VM+gNcf&#10;nk+XSebawGDDJHWsR/On+E3fvdVTtyu2DszMZ/B48xy10uM29ufJ09KI8xVTfc1cmNw1bDBT08D6&#10;mZv0oNX049qTcU0cdZNlFCytLN/k4lCSRxq+hCJ1v+tifTZvp7mj94LuCO8QFBQfLj6+opmnRFcj&#10;LqeH+yeilfG7r7Lbf2NtjqHJzz4uDEYOZdxTYyWsx2WyNbQ/cVcNRt+oaBHOPRJbSNNArFvfdTWV&#10;FHg58hUw0scjpH+iFkpAGl8ROlyv1BFufr7dVZI4XcoPy8+k1qFaSgrSv59M+B2ztTd/fm3+udu7&#10;k3RW4/Fz5I1KZTPRVu8ZHhxKZWDx1NJHUK6LJC3lDov7J/p7ILT5ad8RviGYsKcttwRX1aTaq1vp&#10;1SaDaSxNhx7BrW0iaajP+r1p0Z+eetsXJYCh/vb1PW06qaynXfBkKiMlPLi0hUMY4TIt4rgXIv7C&#10;esq9PnVjb0pbkAerTf8Ate26da8ujBUNGSKdwCTqk1fUnjUB/Zv/AMV9oqrrGZyL/wCN73/1P0Gr&#10;/D2gRwzkD4adO/n0u4KRUjDEfXi3A/1X1sPrz7ZJ5yhFjcf1/obfk6r8+zWGbxCVagbrYPkePUsQ&#10;ix/x/H5tfji3vpajWhsQCCw/F+AeT/xr29ckCNmZ8aeqMO1u7rpY7OODyeL/AOuOP+Ke+AlMjIgu&#10;LEDn88kcC5+t/wDD3rbm78+op+1f8g6YPEdc5UCozW/qTa39GJ+oHHvj5NErp9NIZQfp9GK8cj+n&#10;v0rapXcfxda68qXiXgNqCk83vdQeePxf6+80kl9Bvf8AbH0/1uPyfb6sHGOqMCaHrEqW1DT/AGvz&#10;9Prz/qeb+8IqNDNwD6WtYf7SRc+r8ezCFKxKQe7P+HrXh4qD3dcXiLW+o9S35/xBt9P6j23GcvHp&#10;5I/r/Sxb6eojj26mNQ6YZQcMuepPjCuDwPrx/th9dNxcj2x1r2Sx/wBV9T/yB/rfUfT3o/2tP6P+&#10;XpIa1Pr04RD882P/AEl/trX9sc01tNyf9e51cBfqSfdWHEU6SvTuxjqUq/0A/H4H0ufbTUi80lz9&#10;AguSPyB+Pa2MURR8umz1zT6A/wCv/X8H+vtgSItOoDhtL/S/0vq/Bv8Ak+zJLlGww0nrwNT1nNgp&#10;P+Fr/k/S3+v7ZKy7PPb1elravz/T6/W5PtHdn9any6VRYjfrPHYKPoOTwDfn/ivHtroktWRC1/8A&#10;KFH+2b6fixsD71CQA5Py6qzZq3XNv0t/wU/717bsmD9zVP8AjzzD/G5kf+n0/p707ANGPTqo+EfZ&#10;14fQf6w/3r3ixwJrqWwP+diN7cn95eLf0HHtfBKvDUP9j/VXpPIfiBPXTfpb/WP+9e8O6lKvXhRw&#10;Ypif9ij/AOx+vvd8dUJ+2v7evQfHJ/p+uozdF/1gP9t7K5V8VLX9PqP6r2I4HuKL/wDtGpXVXH+r&#10;9nRxH/ZP+f8Ag65+4iKpH1vcf1H9eDb+o/x9uVIUU6aFOve8f0/1ufxza9z/AEHtvrXXvfdlsCBe&#10;31+nFhxyP639uJ59e697lcWH/FPx9Tz9PexwHW+ve/fk/wCw5AH9Bz/t/wDbe9D4m69173yHC/i2&#10;o/T/AA/x/wBh7dh/tT/pf8vTT/H+XXvfOOd4dZTjUhQrY/QmxtYgG2n2sIqk3+kPVCSA32de9nY6&#10;1kaXp+oNiGGXkvYG/G2qC44J5N/Y05fH/Ibvf+ah/wCrQ6JJD/uxX/mmP+PHphm/4+CA/wDVstb/&#10;AF60W/21va5pmP3+03Jsw2VT3F+R+7Gbf1+vtQgDRW60/Cv/AB3qsg12d5T/AJSafy65qAEr+DzX&#10;uf8ADlFBI9x+2WSfYcnIv91j73IFrFzwSDe9/ZgoYRYXHl+0dP2SlVFOFOo2NUrkZb8AxyH/AG7R&#10;/j/Cw9kVrQfIn1sqn624sV/NrcXP+39kG4dpIHqP9X7ejo/COlJ7bTe54+hP+P1v9f8AG/sq6117&#10;31Y/4/8AG7fX6f05/r7917r3v//Wo/bdm4MfRRUFBmMjjaU6w4xdfXUchHlE41pFVRx/51iRcfk/&#10;194yeGCcoCfs/wAnU0apAKAkD8+t/cqD9QD/AK4B9o2odZal3mlnqma2qqqG89Yx0/qNQ5ZmYWsP&#10;8Pb1CFrpz02VY8QTnj137gGPklmv+fQf8P8Agv1Ptyo1V6ep6nr3vGIwTcBW/r5OT9ef0j6+/LxH&#10;Wqde95dDH8fQWFg2m/8AtP19+P8ASbrfXvfPxf69jbj+v9Px+ffq09Ot9e94TCxZhqci7D6/1PNv&#10;rx7v4ooOwdOVFAKLXr3vMKdrfpZeLcAgfUfQhRyfbBK+ZHTJ0eo697NJ8aYyKvcShlBNPVf2uecb&#10;V8f7C/ss3HWI2buKal8/9X+r9nVZwDZTUyNS9YKi2heL/uR/X/g6/n/H2AOVSSLIS3ZVsSHGogr6&#10;ARf9Nrg+zGQj6KNaCvr+fSCExja4l1DV/s9Z/bGbcqCGAt6Qb3sAwHJH09tR1RV14bpWQVNDg9e9&#10;5YoJp30RQySsT+mNHkY/4KqAlvp7uXA61k9e9u8WBeESSZWroccgUFaTJz/aVhI/5VqeoiF3YEH/&#10;ABXn20WFe0HqwT+Igfbx697U+1q/bs2Zx+JxGNqKyqnqo4pJtyUVDNRWLNzTSUzawNY4upGke6OG&#10;0licfLpyNo9QVVz8+vH2ms7UZN8lX0hrahaKOtqYzQwVNQKBCs0kbeKmuYgpT0/T9PHuy0oDTPVH&#10;LFmWppXr3ttpokhBMaaCTyVAQm9rligUlSRz7sQT5daCnyXr3uQzFWHohubEkqS2o2Nyf6+7oO2h&#10;HTyCi5A6974qhsxKBWN/0jTyCP8AD+o92rXI4dXHr1730qtdz9bn6kk2/wBpA/s8/wCv70QGFCMd&#10;epWvXveVVs1h+pTpb8aL8jX+VFveyQASeAHW8Z697kLGllkZtKf6ocK344JNmsfZfLIZDgYHVCf2&#10;de99qk7GP7dGkqDq8cGmRpW+mrRGi+R7Jc8fjn21UZrw60PIjj172J+4sJGcm9dlsjR0cbxU91mr&#10;BTV1hTxR6aNamIrruBq5/SfaVnIjHh5qfLpS6DVVmAH29e9pXI7nx9JCaPbFEVjsFkrcnTQLktTB&#10;TIaepoZ41OmW+klf0+2tLudUrdNmUDEa/mRn+XXvaLlmqazVNW1VTU1KreFqieSWFf8AULqmZnGh&#10;T9B9PdywQgk0Femsswqxr172NOycK+U2hWU4gRp4autqSzodLIKWBA0TeJ3LF344Hp9sSVMgoOlU&#10;S1iIPGvXvY/dZbIig+1naBx6YdaSRoF84agZ3Aak5FxwS1/blrZpcztHLGSFXVw+a/L/AFefVpGi&#10;ihLa11fb8h1BrqoU8LNcBvUByP8AUOfpqU39Ps9GysSYKanjERQBIgP2tKkCOn5IESm3Fv8AAexl&#10;slvapOgDCtc5X5edP9R+XUf77enUdElfz+35j/i+i29oZuUQVBDcKrkANJf61gVbCfSP979mD22k&#10;cCoH0KdBOkNZj+2oDAkKT9Pc2xWkibbG6W8hSqDXo+ef9RyOgRdtK6PTVWv+r9nVWXa+RfJZWpSK&#10;piZg9QHiaZmjS8jkRkI8hDEHgW59iPTaisfh1OT9U03a3JuVUk25+v49nu0fqSmEgA1wa/ZWnzHQ&#10;M3K4iiqs0qp89VP50/4vojnYSU1LHU1eTaKCnjBvMzLFCDY2BlqbInlt/S3HtUU9ZBQAS5KpWADh&#10;qdJo4aw34HjScpqAYgn+g9yNYbdbr3TuI4OOpzRa+eDxx6EeXQJmP1p8G10yGnGlR+ZFfy6rp7Lx&#10;W7exJ5MJ1VtOt3JV1rH7fOVGCyGX2hDHAsUzmsyu34axoJXRJFh9PqnX/g3t5bsylEbQ0C/bRKRp&#10;fiGaQ8EktFXaG0sxAt+D7jXm3e9vsZz4d3bt9pT+h6N8v8ANa9SFydy3dQOryxuHPGgoMa6fgH8y&#10;ePDpLda/ygtw7orafOdtnK7oy0gmZ6KCWrzmAoD4a6mKU1NuPrapqKYVEKQSNqb1zoWH6V9mC23X&#10;x5jB0+UiKsjtMHv41MfjqqiBBJ42nVC/gJALG4v/AEt7BFpvtluNx4EE6GYgYVtXHOO6tB609PXq&#10;b4bRreIJobHmR+fH5da53zq+I29/ip3VuTZ2bwGepttxfwf+AZirxWSgocqZNqbXymUFJX1W3cFQ&#10;V7UVXm1jkEEdo3Gl7t6meQdX0II5+nP+v/gfp7Om7a6sfb1bhx6Im0bhimiQHj0FWDci4uvJ+n09&#10;8W5GkcMLn6/73bmw97FK1Pw9ePCvWaIaCsjxeSNm08pqUfmw5tc/6/FvcGcMD/r2F+Of8R/Xn8e2&#10;ncGhIIT9nr59A7mK6ezjM7IREDx4D8Xn0uNtQpWeSmLIAUZ0jJ5BZ1CgLdhcj8j6+49mVgTdSCGB&#10;b0k2Ita/H4/2PtKIxIkojaquufP5f5eo9n3CG/SZLekutSraDr4146dX8Xz4/Z0saOgmp5F8kn2g&#10;hkWSMzs1OrKhXTyyrqBC3/ANvc5K2Y+k6LqosbG7Wstz6rkk/wBPZNNs1uZCyqK1/wAvUfbtylt0&#10;Ti6dZQzNnC4qWb+DAH248/XoTcL2LuSClkxENVA9LEHSMPLWsjxxxxUo0BawRlXjHFl5tx75moqH&#10;9DID/wAgNY2/wufrb3eHbo45NZqKeh/1U6RxbbtUCrJFuJoKf6JH8vQD9nr13JubKVheGqxlC5Oo&#10;anoahmI5GrXLM7PySb2/1/cfySK1tMaAk2urL/Qcm4F/Zk8akcBX8ujZbeznjDpdySSigorKx/ZS&#10;p/w9Jl56mOZl8FLFG2py5jkiXjhbsW0g2PvlDUFGJc3HIFv0/wCw9VrXH1HtK9sGGAR+XXr7aJJ4&#10;I/Bt2BNPiGePyX/D1kx+VFLUvJLKjBNQVo29PKcWvKPz/T3K/iUsrgu91/ILMOADbgvbg+0kGx21&#10;v8MS/wAv+gf8vy6Rz7PohdRHJ4uPIev2cOnh92ZCulj+4yMkkBDftyVUzp9CQNDTsg9Y/p9ffIsr&#10;C4dbH66msPxxYezKNXhGlVx0G4oJEkfxIn144D5eWPs6n1lRHURxNG0CqPJdAVQ/qAGoaiPwQPfU&#10;jCJbDVcfQm1h+eTcEcH2ltpy76ahv9X8x/q+XRhDaC7n8d2UIfIV9KYFPz6j1FaKWk+0TXrNxrcj&#10;8vrA1Bww44+ntpk4JBAueT9L/wCHJ/HP09ncYkUBgrBuh5ZeHNFVJAY/9Xlw6Q9c3gk9SapT9HA1&#10;H6D6OSGFh74XYW+t/wDeef8Abe10IaWREEZI1eeelu42cdlbvLcIEUIfiovUGmrJamZUjZiGYK36&#10;zwPpexYfX3ylqo4IzJUyxxJYrqldY1+l+C5X+n+w9i2ytmUKkKYFOFT8s/6gOoT30xNKUsYzLKQW&#10;OgBiSa4ovE/zPr0K+y9vZvc+Tp6XH0dbWzmSOFYqWnq6mQJ5I4h6YYal9AL/ANLe0DujsTBbbp5H&#10;epgmn8ZKJHPQzqHaKZ0DqK+J10vCdX4HA/PsG71zRGwurO3uP1lLp2FgOwula1Hy4etejrk7263n&#10;eLiO53K0njtnf8aunZqXhqiP4Tj+fDq4b4ofys+9e/c1tyuy+2araWxVrMPUZGXO4vdWAy2SxrVW&#10;35ayfFGp2FmsXWrW4vMO1O7HxuyNq9K+olPZvedZWvUxRVzUsIMwhFBUSQDT5qwRibRlZVLBZPUR&#10;xwCPcePd3ks5lfxZGL14sfL5kUGP2Y6yi2blbZeXLePwIImkC5NEYntH9Bf4R/q4bfPw5/lpdRdJ&#10;bbwlNQ7Pwddk4cdjlyOS3Dt/a9XkZqqPH4CKqkjrIdiYuokWWag1r5PUXZtX49kR7K7bqftqoy1x&#10;LxGRV11khLcTnkNkBe5/x9qYdtnErXLXDnxO/i3y4n/B+dMdHySIGMiphv6I6uA2R11gdv0tLT0O&#10;Hx1HFTwxxLHTY+hgjjCJEoWNYKGFUVQoHAA910dgb5yGdqJjJW1CprYBEqahYj6tQLo1ZKo5H+wH&#10;sTQXbWlQYyx6ViZieHQuxQxQKEiRUUAABVVeBYAekAfj2XnLVjNI7BnYgDU1yYy3pv4zckgH2X7j&#10;ctOGZQO//V5/Z0zTxGLNTrL7SNUVku4co9gLK+n6sAeAb3sPYejBFajoxiWifPr3tokPB1GNmYEF&#10;R9VIsV+vq5H59qzpapNa9KvGBFWGeve2yWKGQHUGFr8gDn6H8D3vwSKBQD08KjAz17221OPhYAKC&#10;VP8Aiv8AgDwEt7oZHRtITpsk1OMde9sFXh4mBIRPyfoNQP8AriPjj/evdkum8hnqysfI5697b0wz&#10;AlvGVYMQtlvxzYnVEfp7s1zICO09Vd2BGeve5C4ptIDhgwA+jEngDgApb6j34uWBon+r7OnFkPrU&#10;9e9w58YzBhZlA+pIIX034sUNwbe2JoUkGR3/AOr/AFf8XXpSktf9Weve0/JHJRShWJ5IIILHi5U2&#10;PpH1P0+nsM7hbnQ2iM/7z0qjkA4Njr3ubHLZFZtbISCfAVMynjhdTWCf6q/49hzw+4qcH59KlIYV&#10;LY697nRvd9X7fPOiUnQPzfSWtdfqP8fdPESPBir+XTwmKfhBHXvb3SSFA/7h8Wr0SRyH79bl2bxn&#10;VZSzD1f1X2hvZ/GaLw4wjLXAFFzTjT+Xz6811qITQwU+i5x/q/Pr3u0T4h/KuvwFZFsfe2Tq8nha&#10;g2pK/N1dRXTUpX+O5Odvu8tuGKlhDzSRILQm4AU8gH2ect7rLFdJSYJJ8mp/ET+IeuP29M3VhBLG&#10;WcAt6mn2cT0HHYPX+P3jj3ZI0p8vCrNTVUYhgMzv9uhFZOtFU1MiJDBZdNiPp9PpbUJopIrxPdJl&#10;jeEylDKQ63u5BIKAfpAvYe8kImSext7mORZC2vXpJbh5fL8+o4uVliuGWSMrGvn3f5OiPvSVVJk5&#10;qWqp2p5aR1hZVRoKVbMUDRKwVhK9ruTYMfbbIrEXOssvJI5sv+B/1/x7oDGoohUD7eqCaNcJIlP9&#10;N/xfSkgvqJ0gBvSoKgDVf/A/kce2StYnUrpILLqDEEfquASTc6fb8CLq7AKn06eLppWjCnShoVsE&#10;ZZIzeQDSX1cLYleLXfkf6/tK1KX1cFQ2oeqwuTe1wV5v/r+18caPWp7uvH5cOlhTTMmg+l9IQnQS&#10;bWt+khuAoH9PcOGiYnUy3YEWBU31WBVrFRxz/vPsVcvbTLuN6ILeEytp19g1fjWo+F/l8s/Potv7&#10;iFIaGVVGr+L7T1iy+aip4L+QRLYxtrk0DSUlDC4lQ3Nufp9PcfJ7Y3PWASUkdbBAQWQqMhGrodZU&#10;oYoXBBUixHHvIbl3aJLCCJ2jKvoqNVU/g/oqOFK/kKDoBXt4plY6wzfl/q/1DpHUPY3XtLJLT12R&#10;wlTWJN4p4jVYWaWKZSFkSVJ64SIyODdTz7Tx2pvAk/t5iS1wdAyT8D6kf5Nzb+vsUK25GXw0tpmT&#10;10P/AJukniQ6a+IuvpRf6Qes1RS2U2pTh9NhLWYKP1MbKvNbYMT+PcQbW3c+oquW0IbMf9yWlS36&#10;VYiAgEn6A/X2kuZL+NsxSsflr/w/6v8AB1cyJ6gnpyG/OuEMSPkNsrJMpeOM1WBEkioSXeNGqwWV&#10;B9SPp7hT7T3jqNjkr/WzHJHmy2B00/8AX2VNJuErFYopG/0vif6vsr17Wp8xTp1pt+ddaATV4C30&#10;Fp8Hb6tcgmr/AMDx7Z22vvMzmBvv1lv/AJlzlRKLqJP0NBcXXn6fTn2X3Mt9G7RtG9afP/N0pDxV&#10;FHX7a9Pke8uv2ovv4qrCyUbX01cU2GenbTIYD+8tT4zaQaPr9ePr7xS7c3XHwaipRR9S82QAHI+t&#10;4ePr7LTNfkdlu+r5o/TlV0fGdVeHUyDc2zJz6RQSE/QRjGOWuD9NM5J+ntuqMDuuNVZq2oRXuFZq&#10;rIANb66SYgGtbkD2WzzX9FLwyDOKq9P+L6djljetQvTpTZzaczOkMNHI8YUuqRY4vHqvpLqspK3/&#10;AATa/vBLtneGkkz1itpDAtPkQLWutj4r6bfQ/T2XyS3cjaCp/n/m/wBjpUGjTi6hf9X2dZodx7PJ&#10;tGce3rK+gY5hqB0sDaX9YP1H19s0m3d4SF9M9W2hC7BZ8m9kF/Uf2TpA/BPHtn6G/JLG3k/3lv8A&#10;N04jx+Tqf5dOo3BtaMR6pKCISOsUYc4+PXI30RP3Rqc/0HN/cZds7zkiklWasaLyPD5RLlCglC6m&#10;j1+DSHt+L3t+PaRobhX1SRuv7en4yA+pmpjrM24drJKtO02OE7QrUCAvjxL4C2lZxGZg5hLC2r9N&#10;/wA+2qo2vvPVpWerJItYT5Qktci3ph+t/bWmQmgr/PpQssbVAkFepseb28VL+WiVRzfVRKAAAb3E&#10;n0F/r7al2xvdpniWWrkdNZkjSoyzSqi/qZlEBKhPySOB7bkWULwYkfb/AKvzx0p8VAP7UV6lnMYF&#10;YkmeeiiicoIpXejSN2awRUcyhXL/AIAJJ/HuPLtvekZuamtP+Hnyf4v9CYRxx/h7L2WQqaWwr/q+&#10;z/D1bXXz6kJk8O/6ZaX/ABs1P/h9QHPNz/j7hSbd3Qqq8z1i6xqiLSZEK51c6GaElwCAOPbQguah&#10;THIB9h/zdOKXqAWx1mTI4ty6xTUrmM2lCSU5KcXAcLJZL3J559w32zvGFCJZa5CLXLy5IckjTe8P&#10;pJHung3ANQkn5/7I6dGR8XXJMlipSvjmpJL/AE8ckDagL3IKvYgW9s/8C3cNbrPVlEN2YT5EhL+k&#10;XYR6Vu3+9+2RBcE0WNj/ALVv83+Hp8SDzkH8+pTVNDdVZ4QW/SCYQzW5uFvc8e+UW3N4SXKVFYy/&#10;S6T5BwP1DkrEQBc+9mFlyyGn2H/N09qj83X9p689ZQqQHeFT9bM0Sk/6wYgk299S7c3gSqRzVzOe&#10;dIkyZLXF7ELFc3t7dSKRtVEPT+tQD3j9v+r9nXH7ygALNJThR+S8OkW+ouzC1ief8ffCPbm85H8a&#10;y5NpFGsxq+TJUE2+nhLKL8cj8+2mikU5R/59Na1DUEgJ/wBMeu2rceqa2lplQmwdng0kgavqX5I+&#10;vvlNtjd6izzZMP8AWzT5BT9D+DEGHJ90IkB76fz69rb/AH4P59dpWUD8pJTsp+pVomF/oOQbG494&#10;RtzecYVi+RCsQA7NkwCWF+CYlBJC39uCN+Gk/tPVtXlrH+9deFbj2JVZadmUElQ8JICm3IDEgXP+&#10;w9zjtTeYRHd8gpeNXXVJlLmM3Acf5OGKf4jj3sqVOliOtqwyPEHWJcjjXLBKimbQ7IwSSBtLjkob&#10;OQrj+h/r7xx7b3q2oLJXtp/pLlTYD6knwHTx7qY5Dmh0/YeteJ/w0fz65PXY1bFpqZb2teSAX+oA&#10;F2F+T7n0W1t8zKXWeu0Jw7K+VKqzDgMwp2VX/oD7TuDQMACfLPr/AKvXrdf+GD/ej1jlyGKiYJJN&#10;TK78qjSU4ZlX9RVWcMy/1I/Pvl/dreys0YkrXZGALI2TYkkG3q8Fz6Tb26kJeJSVJX7D/g63VeHi&#10;D9vXRyOKFi09KoZSfVLABYfkEv8A19uFJtrfRmEZTJtKQf2wcwZDZCf0eHV9Fv8AT6C/tuSBiKqh&#10;r/pa/wCHrWtP4x1Hky+DSMzPW0Ah4/eNRSLECWC/rMmkepgPr9ePbzHtzehYMi5GULx6Rkntzaxt&#10;CQCP969lskksTsqxNT5BunkkQKoMi1/0x6xvlcGo/cq8el+fXUUi3vb6apACD/vftaYzAbzIUvT5&#10;SxFgfDlrXJN7Ewlb+0Mhun1abZ/95P8Aq/1U6MIZI9C/qCn2jpnqs7tWMlZMlhQR+pTWY25HFrqZ&#10;gwBJ9vj7a3bGv7iZCI2DaZRkkNrXHDRC9/wfz7QyTywv4Uiur+hVv83T4dT8LZ6iwbg2rUgyU9bi&#10;KhLsgkgqMbMusHSw1RzNYo31H1HvGmG3QshuawhBraxyBCIGF2ciI2T/ABPHtTC1wwJSGRv9q3W/&#10;z65yZbbZVQ0+OXyNoTVLQDySWPoTVKNT/wCA59vFJjdwsNSy1LDUFJR60gt6TpBCadX+Ht2RLhhW&#10;aFlH9JX/AMnWmZVNGfprqcnt2NtF6LVp1ab0AYL6gHs0gNv8fp7UtBRbjRlB+8JJsBetNyWUADgB&#10;rqOPZe0ZL1SNv9X7OmSy1w4p0y1uS2w0bs8uNVVBLsxoAEUK5YsSzaCCefdhvUS5CXbW3krI6g+N&#10;8RD5Gjn1pULDShIpZJRZY7n1j6/4e9GOSMp4kBRfIkH/AFf6sdEe6PEJFJZAdB8xX8utfL525DaV&#10;BvDtJ8TmcN/EqjZO/wDJV2FFfjA1Zt8fxg5TJ0ONppEmqsjHoCwTPeLV6Wb2cmoiP8JKSf5xVUHx&#10;30mcA6GS41Earc8MP9f2z5/OnRFEf1Kjh1pw7OzdLF8gKfJYYyPiKuvq54/4poNTHtiSojORgyYp&#10;JftknahD6k1NTNf1ej33gxUfwmniqfIKtEtM0muzyXJJUvaRhptybe0clRIS/ko/1ft6M7cxq80l&#10;aKP8v/FdPvyJqdpp3bufK7Nkw82ycrljLgqTBnGNLj6QUtBEqSwYxziaNfuNTaIWZdPq/V7Cjc8u&#10;Tp6rI1tQtHJQU5hWhUeczQrNFHHN9wjsIYi0/K6CAR9efa6ykqxjY8OH2H/Z6O7bTVQK6iM/6vs6&#10;uN+MGD6xzexuu9qbdqt00O+NzQZKq3xXtLgaahz9ZgcllK7FPhq2khky2ZgocRE0crVMcjRkaRpH&#10;sjcOIzhd0aaSRxbmCWrZXtc/Uxlm0j/bc+zeG2vW0ukDAepX1H+X5Hz6M3eMadbKv+mx1tK5DfHX&#10;1PTrK60NPDc3FYuJgMPrRPUDUKketzxx6uPcmTFZdFYh6pgouwvVcAngt+2OL/T2aQJMoAZV119a&#10;5xT5/wCH/L0kZ4yQVZNXz6YE3fsqolRf9xaCYlIdSYtC4VWDrH/lDAlQfV9B7Yq+nyohIdpmYf41&#10;H0/2I03JPsxtdZkcJHRD/q48fXpkIaYQ1/1fn0rcTX7VaaMxCjUMT6gMfyLn/UPfj/iPYU73OUp8&#10;NkTIJgi0UjElakDT4ySx1EcMB9fp7L91Eo2Tdw6MBob/AFf6v8FOle2yKtyUJAevD/V9vRg+t229&#10;U7hxD0UtHJL92ApjehYmRf7A8RZtS3+g590+bkqmbP5zgnVlMm5Yg6SfvZrnVqsW946aXhhlMq6T&#10;9Q/xfZ69SBFVYEqvdqH+Do5g44H0HvJhyrzQkkA+gDixPrjPAPNuf9hb2TSkl+3iP9R/l0ub+wPr&#10;Qde9nN6hQeOEki40XDEhv83QfVfwQR/T2oCyMqVVv9Vf9X2HohvfgH2/5+m/JG1M3+N+f6DS1/x7&#10;NPR2VL/jSOf9a3I55+nsQ2ysYgoHceiSUZPzHQUZEgzX/wBS3P1P+3P+N/8Ab+32mYhLC/455txf&#10;i9/zb2239ov2dJRw6YapAbk2vcnm2rkj8W+ov7kjVruQxUC/0B5I/B+vtbbPGgIY0YnrYIHTVVKW&#10;QBLfW1gbEG/5A/r74QXWUNwF/q3pU3VhyLW+ns4lIZGCuK9e6b5hqjClXPNvQPUPUp/xtf2i+09U&#10;kGL1W0M1ZZgeDY0H4Nx+oe0sJXW3cOI/wHo/29kKJ3LX/i+ln1mFjGTChtQWj1KRyOa48/n6ewPq&#10;Y5AHF1jsB+vUjNdb8ECxvz/re00joZWoy0/l/qPy4+XRounxFpTT/q/1Y6F+Mg6eGPP4sQLG3Nz9&#10;AfY69GY3AVtbXS5mnFS8UMPjvBSz6GEzqWtUoxUFV+ot7CW7GVpIhbZoT5+ox0V3z0BKjuH+XoLe&#10;28hnMfhof4NOtM8s7iR3lq4joERIVWpHRr6jbm/sxGYosePHFT19BEl0CRNUwxNcoQqFFULwOLD+&#10;ns62i3kMLF4mUUPx/wCT5f5/ToilkpFK1Rr0noslFncmJ2lqsXlKyY3Es9FQVM0ZtICz63kMnJF7&#10;n+vsOc7tKCux+RL5KhZ5oamJRHWx39ccxGkNTub88W/p7NpFjWMLG9G0/P5f6q9O7XPLIya42XHD&#10;9nQjbd33V0+UoKb+BZmOHzUzSSy411RQZI1ZmcVSqCgHNx+fp7KdV0kmOzjUJZ5RSVjLG7FpAwgr&#10;GhRb6V1KSl+AL39gbeV1Ow8tWf2n/iuhzasmgrTv/wBkf8V0aqjqFq6GCqVSoqKeKTRYIV8sCyEF&#10;dRsRf/G3tTYlngrZxZlNRNJM2i4A1sgZSOLf63PsvWzVe4NwH+r/AFY6an7dT0x1hqWDRD6WUAC9&#10;j9Lkf719fYv7VqZIa/z00j00sSuyuGeJmkXQyvG0Tq3kQqLEEEH3Y3E8JRUyn+D8qef+foplkY6u&#10;3pBbnx9JkMZLSV8MdZBUftywyxRzxtFIGjkjlSZHRomVjqBUgj2ZPZfa1bFUQ0O5JJ8hj7XeaVpa&#10;ur8sagxlnr68RaQxuSVuLXHuVuU9zt1nQ3FxHoPHW2Mn010x+X8+gzfQkg4Ib/Vxp1Vh8pfhbi9x&#10;7cyeX6gx2O2ZviOMxY1sRS0m3MUYah40rlmk21tWbL6pKZWVFjezFtLen2s9/wC/lydOMRtmrnMV&#10;USal56grTQ+GWnljFO9BVvGgkCNq1KdR+lufcpbneWtysZspIinCilG4fZwA9OkNpEUqXpXolPwp&#10;+HGa6xyM/YPfW29rPu7D2TB1uDxFW2fycWSosrj6+TPzbt25R5Ssq4VnhEJimXRCLNq4Hste56in&#10;x6VOMpZImFd4fK0TxOp+2NPUR63jMeonWbXDf4W+vsN3kShCdOR/L/V5/Z0u4jPHq4/r2GuzbY7O&#10;5GnqIXxgqvt4qiGeF1FaKyjn8cc4lZeIVJsyHnm/09g9lXYkadQJ+o9QJB0W4uCb+wpMGWikYrnq&#10;p4noyuJRLc6SABa1iBy1zf6C3tF1smlxyt/wb2P6fra4+nstjJUggdKKFqADPSvhUFLG4F/pb/En&#10;6255H+29wZJQ39OfyP8AiR+VN/ahGVI01Hy/1fs6b0sMlKDrKENzYH/eLn8Aj6c++oH0qdQHq1fm&#10;/wBT9AA304v7WXLK9uojkof9XH/B/PrRNVKjj1wK+v6Hi34t/vBHLf8AFPfQkIlVlN/Up4vwAwN+&#10;PwB/sPdrAsi0k4gf6v8AN0yVI8uvSoGUi1hpIufzxa3PF/8AD3GedvuGYn9TPb6/6snkfg29qy6O&#10;zjFQP9X+z05RNOQOHXJYgIlABGkLcXvbj+otxx7lvMNK8gHR9CbW/wAPre9/dFYrWh6a6xCPk8cX&#10;5I5/pf6WFre4wkOtja/oa/8AQixBNr/1Ps4t3Roog7At/lz14GvXF1/p+WH1A/JuBe1/oP8AY+4K&#10;SBU5Om1ub8Akn8e1dBxrnqjqW4Z6zMpLf1+o/wBewH15+vtqryAinVp1X4uP6oOT9B/xPtn4n7o8&#10;Dz6LpfjbqXF+Ra9vxYgfk8e0/UXLI3JALEkcj8E3tx+Pdiupivr0im/H9n+TqSnA/p+B+Pz9B/re&#10;2zIHTUPpcAMqAgMOSFU3H0uOR7ugSoYr21/1f6v59WjHaC3HrIn6eb/2h9Pz9B/rG3tmjRvNEwYG&#10;7twCb/X+gHHP+29rhKFFQjU+zq2F+zrIfobjkDkn/H6j6f09tNVGfJMODcMR+Re9/qBza3tqVqOp&#10;B/D04lQpdT/xXWdD6Re/1/1+f9gOPr7hUkbCqhIBv5l9WnnTcW/BsPfomAOk8D1Ur6jrm30P+sf9&#10;69s2QANRVXPP3M50j6keRwSBa1uD7rMW8RVUY0/6v8nWq0XQF8+vL+lfz6Rz/Xj3jx66aqBSSP3o&#10;iBbTx5UOn8/kc+1EOpTGaf6j0nkDAgqM9eb9J/1j/vXvFudv3cgD6vRUD6W4tJ/sPbt06m0kBccP&#10;9X+r+Z6tZg1k7DT/AFfZ10n6F/4KD/txf2VrJEGqe34drgcW5Bt/qR7i+9HiTsqkefRsgPhtj165&#10;e4CAgLYn8g2uSOfzz/ZB924hOmMEknr3vIYbrf63v+L8fW3IP1v78vxDr1K9e94RcluNPI4PFrXF&#10;v8D+P+I92j+Hj1UeWeve5X/Ef4fU/wCtf8+9jgOrde99gE3sL/S/Nv6/X/Ye61AY1PVSwByeve+Y&#10;4Xnjn+p/p/xX27CR4p/0v+XptqFsenXvfgVF7i91I+hPPH+8XHtZTsmUnv0t1U8G+zr3s7vVwC9P&#10;1rAaiuWmLBRfTbbOP4Nr2tcf19jHY3C7DcQMwWTU3b+L+zH4eiOYEbinb/oX/Px6YZ7/AMeg4Nv4&#10;evq/F/vDx/r29rWmIFRtmUfU7MgVABydUin6fqJJB9r4q+Dbk8FUav2Yz/q/LrelvpbzUMfU/wDP&#10;uOsoAK1oJ+uQY8kcehPcDspTJsKcsCNNTRX1emxAbjk3BJ/r7X69MQXUtf8AV/q/2eltkO1D9n+r&#10;+XWKjsMiwFuYJCLc8eRPqbAeyOVurWAByBb6W/AP0+g5/HsOboDoYqM9Gxpowen722N+rnj/AI0L&#10;f6309kGamvHprh173w1H+p+l/wA/X+v+vb3vU3qet9e9/wD/16GqtWZxyv8ATj6XsPpbj/b+8bU4&#10;DqbDx63+PbaVbV/xT63sP6f4e/Z+LrWD1734RBuL8D/Wv/gfp7rXr3XveRKZdVj+P6f1JH1Gk396&#10;Lde697yeLTdbcWbTwf6f639n3qvXuve+IjANx/h9LgXLG3IW/wCf6fX36vXuve+vEByWKksSLG39&#10;SQPpcA/X24MgDrRFRTy6978rc2Z5ZADYG5YW1AXtyD7ZdqZp0y4oak4697NF8bFL5bNIqL4fssix&#10;uLSuVxdQQwFirc/4j2jv+61Yeepf8PTgBe0uUHDUOotY2mJTe371OL3t+qZF/wB6PsBcjQ5PI5Wr&#10;FHQ1FfHI4JEFLNUTx6YlYeVYY3Km1/8AYD25C9LdBq/1V6JraJxboVSo/wBnqV7m0e1KOCJKrPZS&#10;mpIOQKegrKc5VbsUIqKaeK6HyFCv9YyT7U3bl53KrX/B0ILiIGVyx7eve27LbkpqO1Lt2hpVjAv9&#10;/V03gyAuI5L+emlCmzFl+n6ePbKIDli1fl0wXUf2amvr172jKw1uUngkyNbUV8kLsxlqqhqhwGQA&#10;DXJqOhDYAf0Ht8aETAwetGmkajUde9r7rmPy7wwZKaEFdToAV02sStuQR9PaWT4G61CAZF66P0P+&#10;sfcPOxac1lwhBH8Trufr/wApUtrAC3HvyntHWnHe1PXrv23qgB4/pf8AryLf7HkH28nA9Ox4B+3r&#10;3vIE5v8AXi5+pA4P+HuzU8+rkjieve+a6SLH+ptcj/jX597631732QpBuzJGb/uIyrdxyihv03cj&#10;6fU+9xKEUqPLrX+Dr3vlCk0moIhMzlBpKt5JB9CQFGs8Ae0twAIxjz61pxQDJPXvaroNtTVTVAml&#10;pMfHH4rRZeYUKOHBJ+1SaMCQKV9Vv0kj+vsvL0pT+XVgmc0H29e9uc24Nt4ELFtihXLZSL/PVe4a&#10;SBlh16XQUFRRSrK2uCZ0lv8Ap0qP6+2XRqGVjSg8utF44w/hirfP/JTr3tBZLIVmbqGrq+rqKhuN&#10;EdRLJIYbIkROiQyGMNoFv6j2zEAqgAdNKxdQScde9wQFH/EWA45s35B/23t3t/iP7P8AZ63173Mo&#10;qKStnSKOIvcgG6EixYXN9LAW9tzR+OoVF/1fb1YCpFOvezudNbW1YPKJJBYpQVcg9H1BSjUnmE82&#10;Pt6O1dmjAHcT/q/Z/q+VpZFSNlPp03ZCrWl+31tpEtQkY5AJZg5A/UPrp9mB2tjlpIolSCIDzJG9&#10;0s4TRThmi9K3lAX0k8cexry/sZvLtldyq+F8v4189P7eie4uRoKs3SG3ZmRTUrsDIzhXaPT+jyCK&#10;oKCXTICIiR6vz7MLtiGa9PGdaRr42jILayR4QgkABXVb6gce5N2rl7bEfsthJOf6CD04dR7vF4qu&#10;5Qrp/wCL4dEz7R3RUJSVsz1ixj99Zg80hjjj0VpkeM69WhTypP19jdQ0j+ESvItI0YF3nkFMDGqq&#10;X8TNyykcLzb8e5a5Z5Wvbi7Vd1kCbHo+B/N/wUR10f7PnnoFX29NFHpiGpy/kK/tp/q+fVYXafZ2&#10;GoZHpNu4+u3Rn6uq8a/3bojnTBJNJJE38RkxtS1TTPHJZpOLqp1e+q/sPF4CJYaCWKoqlGlpalk0&#10;qfz4JYqhCV0m/wDrj2b7wvLuyeIYFUv5k+H/AJKZ+0U/l0RjZ7vfnZrpSF9ATw+dR6+XSG2b8U+1&#10;e6q85PsWbI4Lb0kqy4/C7bqMkhngYCSNc7jczh6uGOVZYirKjf5t/wAfT2CW4O2WnqpJJ6qomcH0&#10;Rxs8gQkJww+7uoaw/H0/1/YA3XnaGeB7a3lPin7f5Z/1H7D0Otl5Nt7UxFYlBxwA9f8AS9WUdU/C&#10;vbuzMXR0WL29g8bRJGBMY6CgpWmCtOyMfDh4VkKeUi1vbDR9i5ioaIrIqxXbmWSpRraWI0gzsBcr&#10;7g3mRxfSvTuY48vlWvDqVtr22O3j0qc/8X0avEdP7ZwUUiLSqj3jNoKeiKAgsL2WkU2s/sdOve7t&#10;1bUqTSy1k+QxE7I09BPVV8tHII0rHBaJKuIemWpvccg8/wBbhkTSbYo3GzjC30QOgile6i+mf8Bp&#10;0fdj6YSMnoknzC/lv/HD5k7UqNt9ibPw8GSnTTS7todv7UTdeJdavBVUz4vK5Xb+WlpGqqfARwSE&#10;L6oLp/qSthm292bf3jj4a/A1fol1K1E706V0ciuYpNdPC8j6HaMlSeSvPuQOXObYr6Pw93MaXoz3&#10;dqkd9Ka34gDIGPT5Ed3amJ6/g6+e3/MH/lUd/fCffuTpk2rm96dfOFloN34PF7g3Jj6SnNHiKhhl&#10;cpQbQw+NomWfKrEA1kLrpF2U3UH/AC2CiQghGH4Uf8G+pt+PYzJLgfSGsP4vzH9HovaSqlK5PVUz&#10;RCIVEbfeq0RVvDKNPjmDHX5UYKVW62B/4r7xTAlQQAfG1wBb/A883/s+7yoGjI+X+Tok5n2394bP&#10;c2y+cbf4Opm36xcbk6eZyxWXxF9XP0ZWIW9hzf3DmkEhBtbSo445P5v9QBz/AK/ultG8Zchcaaf6&#10;sfLqJuUtkfZ2v2m1MQzf8eWlKr/R/wA3QnZ/IGuSl8IQJIkKF7MpRWRwWursONV+ffGJlDD8fSx/&#10;xJuD/rj23IRUg9JeZYZp9TA9vmPX4vLrLh54IgqWXyp6TIQpsV8YN3Bva4v7nLKFJdn1A8EXPANr&#10;2/p7aAqSamh6jWXa5bitvFAUPkaeY9c+fr0roaxIGFRJIJVuLqXDCxs2mxsLAD6e41RMkn6bgAfk&#10;fm/NrEj6e9QxBqE8f9Xy6GnLGwXNsVMwVifmeFB/R49MudylJUa/EZIxqLcBF/LH8ScXP+8+4+nj&#10;6/14vfj8cfm3tboHDTjqUf3fHo+BfsoPt49B0a2XWUV5SupR+px/UWI/BI98Qbf4f7xb/eR7sYgo&#10;ApjoOXW3ln/TPZ/q+R6UNNUrDDab1MAB9NX9QfqwN+ffISMBa5I/1z+f6c2/PtoKVIYAYPRNJtUJ&#10;YsI11/YP81epaZScJpLNp/HLD8kn6PYW9+M8xJ1lmvbli5P4tc/63tTb7dYhK2xTxPTt+f5dL7zY&#10;9qiCsHAFfIL12uUrJNQZjNJ+DO7luLG/L6rWHH+HvGz3I1EkgfXk/wBP9c2/4p7X/u65uFrEAflX&#10;+eadI7WbbrSqKqeF/teuEsVVVEszyK3AChnAsBa1jcgkD32ZqWMFpqmGAILuZpY4kUfklpWUC1vz&#10;7rut5Zcr2Dz7pcDxiuArBnI49o7a8OPl0Fpt33fmS9FpDbmW1Xto2rj8OaFsefH5GnQ4dR/H3snt&#10;zO47bvX2zdx7hyWSqaen+4wuCy+SpKc1EiRxmpq8bjKwQqjSckjj2WrtTtGlx3khpq0NFFfyNTyq&#10;y/tCsUn01QRlYAWa9m9x3e+4d9vhNtsCvCi1Wp1oTXSp+BvnSlMDqSOUPbeyspDfblHG9wSTTtKq&#10;O3A1JUft63DP5Z/8nOg6ywmP3R3lgcLnt15aKnrKejq8fQZiloYZ/wCBZKlhK53Z0FXBXxPBIsiB&#10;jpP0PsjW+OzaqtaTTVMyFpNDtM5Jhdql1Yn7k8kPe/Nj7Lra1kaSWW5FZ2oz/wCnpR/9X+bqU1ij&#10;hUxoP01ov+x1svdYdJbd2njsdQY3F0tFS0FNBR0lPBRUsCQ09KlDHTQIsVFGojjFOAqgD0j2Vje2&#10;+XRZpGqf+OpN5Tbj7g/XzD/D2I7CyJRvTpNJFUGvD5dGgwe36elSJVhVQioB+2oH6YRY2iF7aPZN&#10;N9btnyD1CfcnQXYr+65BBaQi/wC6Qb3/ANf2biAo3DHVxExCmnb0u4okiQKoAsBfgD6AD8f63svW&#10;Xrv1A6WJ+nJP9ocX13tz7Rv5dO1xjrJ7QFbNqY2AX6Ej6W+nNrn8D2UXGZWP+rieraqgde9p6VgV&#10;/pyLHgXP+wP09pn/ALd/9XkOl6fGfs697gsgJvwSbc/m309PF/dU8+nfKnXvbXKbf14P+92/p/re&#10;1imoB6Vq2pQeve8LE6Tzc2/P9OAePp7RnLFqZ6aOanr3vGiamIa3+xuP9bkW4v73XHXh173IWCPh&#10;vrYcfp5/qBZOOfdcqNJ63Tr3vFJTgarW+pAHH5v/AFH49uIanq8a1J+zr3tteHkqeByfpb8/63/G&#10;/dZQWb8urkHr3tN5XGq6a1/CsOQLjkuLnQfZffq4qaeYP+r9nS1FJBoM1HXvacgUqShA9Olf97HN&#10;7cWHsG3GZM9KYgakeXXvbiAGIH1/NxxYC39Le0LkpVh69Kl9eve3Glu0gUWBsxUkWseSefr9D7RS&#10;4iYn1H+XpxeHXva6xss1PMklK5jmRjocOY+SJA3qAv8ApJ+nsttbg21yklPI/wCDrcz6oyD8VMfy&#10;6972AfjX2GvZHW2PrqyoSbM0RrI66MyGWRYkr6qmpCRJU1NQAYqfjUQLDjj3PvI3Mf1n1doW7UVa&#10;f7Zmr+L/ACfn0Et6irFBNTJbh/q/zdFM7v22MXl6HM0cKxUuVd4plgVY0jqYIVZnZUgVFMtr3LMW&#10;Yk+zBzpGAAtrupXgLz6bjhRwvseNCW1S6TpH/Ff6qdAGVWRz5dApQ1UzNodjZH1C5cNbXz+tvr7T&#10;Feqkk8HhUb6fp5H9eDz7XW0lXAX4jWn28c/LHSrxC0cQBNNX+r/L0sqAOikNwL+RdOq9zYcDT9f+&#10;Ne0zKhlntcFASfrxw5FuV020n2Ltk2eS+kWq0IH7Ph/1fs6UPLoiIBxp/n081OSSgpS3Ikb0cgXO&#10;pHZT+pWDFh9R/vJ9xp2k/TTamen/AHmWK5Zlg4ZTouSGNhbi/uduUNiXZbn94KugtDp+Z1eG38Ke&#10;a/6s1B+53Cymn4q0/wCPdJ2SqSpi05Fo1gq5PEjVBUJHJOrhHBncgMqMxvzb2Jqdsywbehwp2vt7&#10;zQYYUwyE1FOuQ1x0zQify/ci1dc6gQo9Yvb3J6boxSKL6SLWEIqVOryzWvHH7egidsBuTP8AVzZa&#10;unUNPGtKU4eX2dEkqfhPR1va1d2YO8+7Vo67fI3BJsqi3bi22Q0cuWiyLYdsV/AHkbbjxp4HRpmP&#10;27adXsJYc5mxTyTNl8iqyNbSaycTIJF/SFLXFvyPau2vbmKIkytrPzz0q8NdQ7Br+wdHPq9kbMkr&#10;YKZdo7ecwDVqGHoXpXaJwwdnEJBP9D7XGyuwKna1NWQZDFUO4RWyxTJPuCCWsKiONk/ZczRKFLMD&#10;x+QPZRcbyIFkieBJNRGXFaUz6+f+rh0mubRboJonkjK1HYQP24PQBd8/GGh7ortvVmC7G351RJt2&#10;nrqWSDqfN0G2jXGtqKWf/clG2JyDSvHHSsi/pskj/wBfaO3LubKZ7c081JKuHpXbVHT4qaamoV00&#10;0XAUPIg9cRI55Zj7QW1y8s7OpCDXwWoHAdLLeFYoFQksR5nJ6GnrTq/b3XvW2IwmTbIb2r6CmMNR&#10;m96Q0OX3LWGXI1cvkrKoUtI0zpHVBLhVAjjT8j234LdFZQ5z+PSlswMZ/nKLINJVU1Z95STUaeeI&#10;SBpfBqDrdhZlB5t7JNwv5Ybnx376EYOQahRn/D+XVpYRIhhUla+a4I6UO+OsMRunYdT1/RVdXsdd&#10;wLGtPnNntSYbMYb+F5elzMpxdU9JNFSmuMLQy2ifXFM44vf29didkQbloKWHG7awW3ZozUGebE0L&#10;UE8oc0+jWfuJGYoIyeQP1H+vtyTco7uFEjtI4mXjpFK1pTzzw/w/b1uzsTbo6tcySVp8ZrTjwwON&#10;c9Bh8b/jDkulstn6rP8AdPb3b1PlFxi0NN2buql3TTYj7P8AipnONWPD41ab7z75FksX1Cnj/wBT&#10;yFs7VRjgoaqvqHmjZpIzHUGUfvAEB2b1BQn9B7K7xmKIhJJrX+X+z0vVTQClW6NfSRUCzVWSosbS&#10;RQzIkU3kpRAzCnZgSqrZXbWT9T7GSLtahXb0uIfY+1Jap6V6VsvU4lxkYxoVEkhqTUXEwtdeOD+P&#10;aNdxEUYhNnEWII1Fc8PWvSJ9tk8cXBupQoPwhhpP5U4fn0TnI/EXMV3beO7Ng+RvyBx2Mx+Ugyv+&#10;jPEb7oY+vMgyTTyyUmTwB2+8s9DN5rOonVmCL6vYGx1lUsuXmmyE8NPUQVawtDUMPFI8uoQoW9Aj&#10;iT9K3JFvaiK5YxTO0hp5H7f82ejSBW4nh0dObG0bRYSnhxlNPU0lTRvMtRTIxeOOEoalgBqM8r/q&#10;cAA39rjY/YdLs+klSu27it1U9TLL4RmqE5KKOrmWkCTyWmjWN1SnIL/Ua2/r7IJ9wWB2BhWRD/EK&#10;0Ofnx4ftPSieAzRlfGdBTipofPHA/wCqnQG99fHiv7vTG02I7Z7N6ZrsXPR1NTk+qdy021MvX42j&#10;TKxyYiWpqMRlDLjp5soshisoaSmhN7IQyO3lu58/uOkrMZSUuDglmieaixiPRUMbvXTyukUSyOPG&#10;iSBBcghFA/HsleUTy1RQgrwAoOPXre20RLHrJAFKnJNPU+p49DB1b1w2wNhU+2sxuHcG+qnFY6HH&#10;x7k3jWw5rcuUjosPRUKVuVr1o6VajI1r0rTzOsaq08rtYare2nFbgGH3VJXs75J4Z3eagmP3FBPA&#10;kySTRzRK4aRX0FSCbaWI97EwBZgCfl5Hpb4bSIQopj7P2dKXcW1/7ybNlwiTS4Na3HtTQZbHMlFl&#10;8dUT0skNPWUE8kMkdNV0zyCSNwrFZFBt+Pam7H7Vxu6MLJR4vZ2B2vXR1NMsNXgcQcfLJCJdcnmn&#10;WcsGdfSbCxX3qa/FwoAtUQjzUU/bk9KIbZo9VJXYH+I1p/IdAt0H8as503l62rzHefcXb9Hk455p&#10;aTtfeFJuePHVJjiiRMTFT4TGRwU6mMuAxchyfYPZCtqxR4panIz3jjkssVUSZCZVsVV2u683P9Pf&#10;gQFVi3S0KFp/F0aGkpKVanINDRQDySR6mNOoHpityVWwYAC31v7HLB9u0OMxVJiMn11snLzUqOlR&#10;l8hhGrMjXNJK88bvUtUKKgxK4jvYaVX/AA9p73cUWERG2jPzIyc141/L7OqtbsWL+K4HpXHRTN3f&#10;FfLbp33l99Yr5HfIXaNPkpaSSl2NtjfOOxWyMQtNi6bGSxUGHbblTUUqVb07VUg87aqqVm4B0+y7&#10;0jV3iykElYXgdaLxFJ3aVNLFpC6j0rd/p/Ue/WEw0Epjyx/tunmVlBrw6OHUxweakk8IDoZz6o1s&#10;dSheCTc2Xj/D2IfV3YNDs0ZKet2thN5xTLTLHTZ/GnMPTNDJVGQiFZE8XlMo/wCDBB7S3N14Z0sq&#10;svzFfljP5n8utPC0q6RKwX5HP+XoFO9+mMj3Fhsdh8Z2t2d1BPSzVUsmb6r3LTbXy1Us6UwSOWsq&#10;sXlUlSEQHSDH6fI39eGnsXeEe5s8M3hMTjtqU7xU8X8LxNM+KgR4I9Mkj0kcj6fKxvq41WB9sWs7&#10;tIXFFNOAxn/iv8vVo0eJQpckD14/n0qOo+uarrjY1Bs3N7z3d2VV0M1fK+69+ZSLcG4a9KyrlqYo&#10;6vJLR0STCmSQRxjxjSihefqW3H5hcLuXE1UsjV70xoq6Wjqm82PyIYk/ZVihkaenZzdk4JH59qXk&#10;aMakycfZ1UqTVfPpU5rCjcG28ziEnqsR/EaTIY2LKYtkpctimmikp1yOLnkilSlr6cHVFJpYKwBs&#10;eR7E3e/aWK3ZgZMbQbF2rturo43nbKYbDCgr5XipaiBozVCaRmgaSYSDjllU/j2ivLlZERBCisDx&#10;Ap/l6djjKFj4jEfM/wCx0A3UHx4zfV278tubI9691dlUmaimpIts9h7wpM9tvFCfJU1elVjMfDhM&#10;c9LVwx0/26kyOqwuygc3AKLWVs2G8j5CuEkGRAV3nZTojpOFU3J8QY8fT3eNytui1/D/AKv8vXtO&#10;a/Poy321OleQtNT2enOrTEvLGa51cAEni/19jjtfuSnx23IMRW9fbOzsi08WPXN1uFkr8mn+RxU6&#10;ytVtUjS+oGQkW/cYm3NvbDXY0FDChA8yM9XWHxHDeIwA8hw6K/v34y127ewqDfOP79732TBRVMNd&#10;Nsbae9cdh9j5RoMtLlHTI4eTAVVRUJPG4pXAnXVSqEuCNXsLnylXPnsnIJ0oKWrNW0FLHK9PHCXF&#10;o4qeJm0rGPoAL2v7eScCBQOGn/UOtZLGvw9GMixkNPjKCB1evmpFpY3qqhFnqJzFp1Tzyqg1yPa7&#10;GwB9rbrffTbMrqmOqwmF3bJUEvLQbhgbI0kLLDpvFCssZBW+oXHDc+yzw8+IVBBJ4io/w9MyW3iK&#10;U8VgfUcegw7r6mftrbIw1H2D2B1bIslO6bn6yzNLt3cirHVwVHgjyFXjclEIKkQiOUeM6omZeL++&#10;HYW8pN111FkMLh8btBIVqPvafDU0uIo5ml+3EPkVZHDlEhbTc8az/X2sE4aJQpChDwH+T/i8fKvV&#10;hAFACscevWTqDq6XrTbz7ezW+N5dnyL4RT53sDLU248+yxtO8plq4qChj1O8wB0xKCET+ntip87U&#10;0NbSZubIVp8wmIhMr/bLohNISyl1YH1gjn9X+29+0o6g1NOreEteJ6XtThaOso6nEJRUioniGvwp&#10;5PVMtVYftupGpbHj6f7f2Om5+2sFn8PVYqj2Xgdt1E6qn8W23hloshTFZIZg8dUtQwiZhEUuRyrs&#10;Pz7YvLjU5RYlSvoKef2nqkcJQqBK5xTJqP8AB0Ubqb4sbl603RFuXJ9/d09o0qMzjbPaO9aTcGAc&#10;NSV1IQKCHAY95ArVolsXNpYIj/Z5COgzueFI0FTlayOSmeR1eCsn1TCR20hy78kLbgAWPuiPqoAT&#10;Xo0WrAEeY6NPW7d28ar7hMNjZRUKkcgnoacrGI0+qARem5PJN+PY8bG7sw+Jw647N7Twm5apJZvL&#10;kMlilylcIWf9sGeSp1WjHAFrWt7TXFlHcSpM8akhaZr+X+T+fTvhFtJ8VlPyPRMu7PiNujsDdMO4&#10;Nod79wdSUEMNL49tde7xpdr7dq6iFZfNJVUAwFaZJKl5NTlZFJZB7QOWyM1bnqiaimFJiat/vGhi&#10;kaBooqiZ2ahjiRxEKeBGASM3sBYk29txTG0Ok4HSyKQgqh/b0ZTAYSOg2vjqPIo+VzWLpYcd97Vo&#10;lXLVVNFSxwjLVNQ8Qkeuq5Y9csoC6mYkAX9qjZW5KLaeYaesx9Pn4aiNhFj85TitolZ6iCVKiOJn&#10;jHkKRFAwv6WI/Pu80xuYWkdAXGc8OP8AnHVLqMOaFiPmP2dBp3H1nlO09ovgMTvPdPW1UkhMu5+u&#10;8tHgdyIn8MyNE9MK6SirlWCJ64VAUr/n4I2/sm6s3luyn3T9tU4rE4jbE1GYfNDh6cY2KSKm+4kk&#10;d1SR2kndpwvP6gi/S3srWceMGChaDy/w/b0yiFFI1kn59IHo3pXJdOYrK4LcfZPZXckGar62vgy3&#10;aWdh3Zl6OWvpsVQx4ykqI8ZjqemxFOmNeVU0EpLUzNdtfBvOiqubI7KppZpwXps1jkYme5l8VHRy&#10;apCzOS5LW5t7rvEpuGsjr/CPyOK/6h0Ht4X/ABmIfxIf50HVH/8AMkxWP2p3vuGKlwLzDO9DdigV&#10;MeKEppFrspnqb7aCSGOJUplPrAu3P49nC1o1EWltpstiOSzWJBN+Lg/n2WT8U/P/ACdJIQdRp1qE&#10;47F5Cm7JSgwq1P37SVUUqyiRFp6fyhKmj/ZHkSOWM20N+q/uJTZuijj8bys0qJaW5jJBHqJ/WpPB&#10;F/p7QTRvMFVCOPz6U6CM06GXcHxx7DqM7PnIcHBS4fK1sMmE+1hycdEtLLIkJSpvjHigfzR/trGz&#10;Dn+nsMNy9gbaghr4KiIV1Q5py9PNBTzxnSYjcKJ9ROghv9ce3drsoYZmKDUxb8v9Qz6n1rjoQQKz&#10;spTh+Y6tj6Z+C3ykztZ1flaLc0fXO1sDR7phizW1dw7iwG5dOTGQQeYybekoVVq2Iw+lk/Zkb+03&#10;sqGd3DRNVzV+FpzTxN4/8nMAgjjtHFENEcL3XWwYk351X/r7Hy7kNCCMd4r8v2f4f29KZ01JAK1Y&#10;av8AVn/VjrYN6s6c3Pjts0W1ezc3/eOvp/udeckyT5etrPLkcjkUFXW5Gji8ppoJIIY/2rKsdvwv&#10;uHR7hix9bFWTh66jkJLw1S+eBgkbIfJHrVbCR/Tf8gfn2x9ajyBlAIHr5/b/AKsdJ41MYIHH/V/m&#10;6VW6uoqzdm1MjtvHVh2nmxGqUmY23OmLy9E8lTFOJMfVmkqJI5JKaDTIQvMbt9B7cdzbn2/nqSOG&#10;hxVPi5ULBZqahipRM7KBpeUSOWVbX/JufbzbpFAlwUoNa1wKf6v8P5mvS2AsJAFYsPt6DPoT489r&#10;9TZusrN1do7s7JoqpoVlot3bsrNyPi4YZ55Vmx1I2No0ppZxMFe/pKqPp9PZeuyIpZtm7pdpNE9P&#10;hq1ldJLLpWNgmp7FgAOSfZTv+6q2ySVk41/1f6jxx1e0iP73hY+o6sa6hhhod87dhpoCKaorlBWa&#10;LS8czQySSMigqg9QsOOPdL2ajQ5fJyO0b/5bVF2jKuhl+4kL+v8ASWt9OL+8dtwvDctJCBQFi38m&#10;Pr1JC9wRPKg6sI9+xSxmrhCAg64hf02/zkVhx9Dfj2XKaTrU/iP+XpU/9mQx697Od1MrKkVzx6NP&#10;6hc6KD8XIt6f9j7Mh+H8ug/d/D+Y/wCfum7J/wDAZ/8Agrfj/aH9mjgKqqav9Slx/vX5+n/Eez20&#10;8bwG0U/1cPzp/s9E0+un9Hy6CauCNMx5trbkf7z9b2sf959v1M9kKm9uP9aw/APP5/p7Rt8a/Z0j&#10;HDpnqlubjkgn/A8kcn/G3uYrWFvqP99/r393631AIub/AEt9eP6c/wCFuffDyATamBZebjTf6pb/&#10;AFXNz7M7apiQV9f8J6cjXUVXqFPExRwrBX9Njq0jgj6cf09pDs1GOPxrxqW8f3trLq065KIC9uAf&#10;ekAZ6njUf4D0bwwopUdKbrhtNTlkdrahQnlratIrSbc3I9gpMJJXctGahwE0xKrO5/SAFT9VtP8A&#10;T2VThGGnVp+fr/q/ydG8QWlBx8uhgjsgBBCi5JYkKB9bm/0vf+vsYuqtsblgyU9Uaeanop44gfIl&#10;VCLLIxPpaDQL3/r7BO6877Zsr+BUSTf0e75/xL6dM3EYox9OklvKkoMzjPtpJYvIrsyFnh4cx6eG&#10;Os3s39D7EPdNS0EqIjnzIEY2Jtqs/A5uQL+xNs9zuu9QG+gVlsV+L4l7Pxf0f8n29B6e1yxVTT/V&#10;+fQcYLF42hD08yxySSFlRiIZF1XXQf069X+PsPsnvJMdDGk93ZpQDfU1iysObzIeWQ+zQyrGr47q&#10;f6v8nr/PpTYwMpVqf6v9X+rjRWUe0kqpjMpKII+ANA/tAj/dRH6T/X2DeQqTXZo1ikoJqozfUqbS&#10;1LSqLc8HyD8+w5fIs5BPDVT+Tf5uhPbjBYfZ/PoSqSH7aiip/r4oUjBIvfxxpHf/AF7L/re3rGuT&#10;krNa3I/5PT8FvaUU0L6fL/V68enLqtT9p/wjrhUD9hrcnT+f6EHi9vYvbd0/cyEg20S2AsSLBePx&#10;/wAV9pZa/wAXRRJwbur/AJekbmL/AG6BbG7x8H6f2uef9b2q4nLE6CynQfyRydTW4N/ZlttRKK8K&#10;n/AOie9GB6dIvKIoiHkAYXQC9jxqI/PH19xIsjXwkLDOwFvUPLKNVg34DC559y1stwEQFmx5f5Ps&#10;/PorQfxDpF5nA4msLNU0UbnUApaCB7HjVYup4uvtO10s07eaY6pOLeo/gon1c/6lR+fYhnZVWrfD&#10;5/6vz6dBAz09YqngpV+2pk0R/jSij6+ST+wAP1Mfx7RuUlZ2Lrww+lr6hwoH05vf/Y+wlNIQC1QK&#10;9NmlehKxcCooj+q8/wBCD6mNv6e0TXy3l5HN+f6cj+ybni/snt/hOeltr55x/wAX0rol9I+trfW3&#10;5v8A42sR7iPILjTb6/Xj6n8W1e3JfgPV7o9h/wBXl1zVT9Dc3HFz+L/U8fn3wef0AC4NyB9ObXX+&#10;v1sf9f362chGHnXpLapqNfIHrsxgkHj8fS/API/3n3hgqCS/1/Sf624Nj9D/AI/7H2ZuTGajp+6U&#10;gfIf8X1xePhRx9R/T/HT/X8H300n7gPPIDD8H9V+Tf21q7tXzr0jJ7f2dcgnpt/TUpP+wtcD3kLX&#10;5/1vrf8Arb8m+r2rDagCOmj1iC/1sbAi3+834BFre/B/UP6aSPp/hzzf6ge1kZqgz1o9cWXg2vyR&#10;fn/iPrYn3DawDG/B03/241f6449rVmMg0N8XVXNR1lAsRa35t/gfwP8AYX9tVdZ1Uf0v9f8AEg/g&#10;t9PalPhHSKZc6ussZtc/63HHBF/qPxyPaellCsq82Nybc/UA/lre9stRUcekki1FRx6kJ9Cfx/vF&#10;/wDYDi/tsyAIqDY8EcfQfhbgfT3ZfhXGerKMBdOesifQfW/F/wDH/bX+v+sfbbCCtRF9T6v9Uf8A&#10;XNzb+vtQBUQj7equpODjrITw3+t/vB/p7bqwP5phe3Bsf8b/ANR9ePbT/EPt/wAnTsGI8+vWZLaR&#10;b+v+H+w/1rW/3j3EpS4qYRbgzKCTf66gL3+lvx71+fVpfLP5dcm/S3+Ck/7wfbFXIwq6kEDUaiUj&#10;6A38j/737uzDUoJ4L1ROEn2f5+u1/SP9Yf7174US2q6Y/X9yE/0/3Yv5/wBf2qik1AGvcOmevN+k&#10;/wCsf969xdxqGlyNtJJ+4uCeTcP/AI3vY+2b8qIGAfgn+b9n2fb0othp1/Z10v6V4twOPZX69VFZ&#10;UBbX8h/ppA1Hgm31v7jqfT4o1cdXRklPC7vXrl7h6Vvcfnn6cD/Yf63uzfCOkTCjN9vXvfJZADY/&#10;4c/W9v6AsOfbZHH16p6049e94ylyeAfzz9bj+nBAHtxajV16nXvfJVt+f9SPp/Qf6/v2ru+XXhjr&#10;3vNHxquPzb/X4+o/pfn3RmDU0npiRtVKcOve+RFx/r8/65/PH0/2HvcUmhtQFcdVBz173xsbg/Qg&#10;35vxp/pb+tvp7WllkMNDXvXqxyB6de9ni6pB/wBDWVNv+XzWj/YjbGP+lr/gfn2JNt/3Kh/5pj/j&#10;w6KnNNxT18If4R0zVFv4vB/X7Vf/AHJ4/I9rSjCmbaxNwBtGm/V9b+Qcm/549ieI0S6J4B/8nTr/&#10;AO4d3/z1D/jo66N/8s+t/vWH5+hRAP6/19xuytLbByAH0TIUP0sRcg2/ra9/bRlABJHE/wCDP+Tq&#10;9p8I+0f5esVHf+JLxx9pLyb/AF8sfA/2Hsi9cNMrDg3II/5JH9Afzz7LbttcTMRkkf4ejHivT/7Z&#10;m4t/rf8AE/4f4j2RS/EPs611731/sf8Akf8AX/W9t9e697//0KIKr/OW0GwaxsPqRYWB/rbn3jWJ&#10;MVpmnU2HND1v8e4um7avGbD/AA/Nvp9Ppz79/wALr1rr3vIkX1Pp4vcfRbngn6fWx/Pulet06975&#10;lQDcXNx/W/H+N+P+Ne64z16gFade98HtpJ4tbSW+gBsW03YfRbe7dePXvcd+FB49Vip+t7i9hyb3&#10;J/2/vfn1rr3vhHG0jEgSObkKqqGNyRb6Af197B09e697WWE2XmcuUtGtBEf0z17tQwkMRYiWZApB&#10;B/rx7ZkZVY9/VfBZmOKde+n/ACK/+8Dn2NG0tybX6ZetGQyEuTzdQk0SxUaQ11Cglp3p3VaqmdGE&#10;ZEwP+Pq9oX8S4jdaHTUfbx69EY4Y7hZNRbUPn1gmi86BDwupHJ5DXR1dfSV/qv59g7kOxcjPqTA0&#10;NLtipkOqWtwzzwTzkaCTLIzlSRHqQfThm9rDGsUCKe6n+fpmRyllGETSw9Pt6zW/rz/r2/4p7Dyp&#10;nmqpjU1E0tTUSf5x5jqb0qsaEtyx0xoAP9a3tUaEk06UOdTFiMnrv3hCK1r6tVjYWOn/AGPN/wA+&#10;9de697nQQrfyMovx6V5HJZQTcXvf3RjhgvHqp4Np49e9iF1xBJPvPb8SWAORgBUGzG5I5BHNx7ST&#10;MAjsfTqsR/UDE4r1030P+sf969wdyRKmfzCICqpksgWuLcismVv94H+P09+jNUX1IHVfiOMk9d+2&#10;ewDLe/qQfUf4k8n6/n2/HwOPPp2P4T173yJYjSL6bc2W4/3gHn26qKTqIz1cgVr59e98Y4mlYLGr&#10;OT9FUElvoOAtywBPu1E9et5PXvarxm1aqpJlrWSlpI1aUpXOtMJVjTWZoEnVDJoC8Ef2uPbTGM41&#10;9WEYfDHHXveRdxYPDvKuMoEykwDL9zkqcxyUxK6VWlaIjUjqxJ/xHtHcqx8PPr/k68ZETCCrfPr3&#10;tHVeRyOQ8b5OtqKwLr8HncySJfRrBDH06yg/5J9p1BWtD0wzMSpY9e9xQAWjBDRy39JQEi2nnU1+&#10;Lfj21PXRjj1U6s04+XXvfKRXBKsFEpQayrEhgf088Xsv9OPbQU/wn9nVj/Pr3vNDBqKj6/Tj6n/H&#10;ixv7oSetgde9jjsXaqyNFM6Ak6C2oAcFlsLFQ1/p7U2gdpWOjPT6hVAbz66ZgoJPs8PW+KNJQZNI&#10;kXnDVJbxi1gRTc8AWPp/2HsW2VjraEeG3xDy+z/Djh0U7hOIkc61rT1+3oO935COFsXrdVDZalUB&#10;mAJJWosAL2Om3+x9jNtHbVXVyRMaaMQusTGSoVkgjY/bnypMUMflQNcAk8XP0HuRdr5cvb+WGGyD&#10;xyINTOx0kJrAb/Y/n8o537ektYVdX1Fn0/Fn8WKefDovPaPau3drUFbLX1slRMvnipsdi4xX1tVU&#10;LTZBoKdqSJjUGGeSEoSB+uy/U+xMqc/t3ZEYR5YsjXiMMsMgjmpYpACh0TQOtjHNDxfmzf09zPsU&#10;ey7Bar9fCJr5R58Ph9acRpp/OlRgBSTXm5zVIYRs3rk/bj0/n0SLLbH7X+RdVJLRzZHYWzJKkr99&#10;QzVGP3BW03lMypPj8jSyx+Csocr69PAki0+wn3J3JV1kkl5ZFhF1WngZ2SK17RxjWSY1vb2V8wc3&#10;390jQ2OpLfV6v6/yH+qnqe22zW7IoKLq9aZ/1fn0ZDqP4b7D2HBBMuMo6rLmNHq8xVUdAuQyU/hi&#10;SauyE0dNGJa6cx6mNv8AePYS1268lk5AySSiJvqH8qmMA6ho1XJA9ge5S93AP4kx8QfMf6v2dC6x&#10;2+2twriRA3+mXo2uK2rg8DHoipKdT/VI0/dP0LvpUckG3vhTzBnfW8jSM1/I9wZTyCWa3DAf737C&#10;8nLs0Ey3QfWKfyxT7elbX/hNROn16tDD4wiRqoNkW1ktc2C/0v8A6/8At/a7wqMqAOI2UcgNz+XB&#10;/wBubeyu926MqJKUb1/1f6s9CTbrzxEUgd3/AEV0kspXESlULg/QgC17CNgePx7EGlJYx6CE/XdA&#10;SOAG03F+bn/evYQuGWM6WAZOl0sxSslM9JyWPWrltQkumlmFwCSvN7fgDn2KGzt65PauQhrMdXVN&#10;NOhvEsEjJGzFZVbWwsUsst+BbUfYeutrlu3DRuFSucV4fy9ePTwkW4QiUDoJe0Os9ldm7VyO1t7b&#10;YxW5MNkIDT11JlaSCqieFpYJbeCZXWRfJTqeR9F9n4697Tw2/I4qeqdaDPRjUtOdf29SwL6bTyNZ&#10;ZHjUG39T+PYz2XnO52lYNsvgJIpG0eKMkfb8ga5409c9B2/t3hDyxjWV/h60e/5pH8iLP9SS757x&#10;+PCNX9e09DUZrNbNIpYa/GxxqaitbC4/HY4yTwmWbiMG4UcEiw9isxAcxuLPYg/i/wCbcfQ+5UtZ&#10;kuYFljcFTkZ8vX/V+zpPBcw3KeEXBNOFetWXJ4vIYurqKWojkimoqiSCWORCrRzRSPGysrgaWUqw&#10;YfX23SpplCAWPH0tbkm3PNrgj2+CK/EaE/nToJ7hGkO4w26rQuw/mW+z/VXpSUM8kmJknkdiqM6M&#10;Te4EcKngfQsP+I98WjI5t+bG3F7E88ce9lASewnHp0k3PaDN3CIn8v8ATdc8dkljJRnNjc/qJb1a&#10;OAPqbge8Z1Dg3B/29v6e/CJNLMKCnRH+5YoAzyhVb/P07/xGSc6YmYqBqOpmUWXk/wBB+P8Ab++h&#10;Y8G/J+nI/wCRnj21ExV3K8OnNsqsrKEIH2fl1xqZGWPUXB/xDX4HqFrcAW98mP8AUj/YW4/5GPbw&#10;LA6qdHU9wIozqeh6aoInkl1Ih+v15FyBwODe/wDvdveO3+J/1/x7UhgaEBNP2VPQYe+IOoJ0oBCC&#10;CJSCPwv1BNx9b/j/AG3199hWY8KSTweD/r/j24satExpQf6q9El1ukMXx3CBvmw/L/UeptPQvINI&#10;ifSL2sjcA3vYEE2uPcaoyNDSKTUyopFiULKHsSBcKWDc6gfZpb7BaWMP1NxuMaKfNpFVfsqf2dAu&#10;43Te7+WWCxtJXjAHwqxNcE8D/m+2nQ0bA6T372HXUlHtHZ+fz1ZUu6L/AAvDZLJICiTt+7JSUc6q&#10;NNO454uvsMtw9q4PHrPHRSLJUxi4WRZIQT6SLSAFbcm1r8L7A26+4o2dglpbrMceQcfsRv2+lR8z&#10;0N9m9utz3VA+4O0S+QzX89der6vij/IR7L7IONzfcWVfaODqmJalw9VSy5JVDVKFZoMpiFEerTGR&#10;cE+oj+nsqG++56uvkmWOrZEOoNSpK5hlJV1WN7v+ixAPP0HuNZZt33RxPvkryRFu2vd21z/nGOPD&#10;qaLblratlhQ2toisq+n+r/i+trz4u/y/Okfj/hMfjOt9j4PD1lPSxpVZyLFUFFmJKsCAvWtURUyt&#10;LUyPFc8W1Mfx7KdunelZWeaSpqCYmWRTCJWkSRSJD4zduUKm3+x9iXbrC0iatjD4clf4dH+Gn+rj&#10;0aLCLkaVkKiv+l/y/wA/8nVkW3dnQUEdPG6eZ08bCeTRLIj2jHkVlUgShkv+Pp7AXdO6VWCVvIE9&#10;DmwkIUApOVVfVe1uB/r+ziC2kWUVHaOkBUxuUHkadC1jMYkQUW1NdSWIF2I8YZmIAFyRf2WHdW5Z&#10;Kz7mN5HsWmCC7aLHzoCpJtZif9f2JrKFSI14V6cRdQ7ulXFCsQAA5sATYc2t9bfm49l7z1e2qQB9&#10;WnUP1EDgsBe35FvdpQgd1RqDV/l6fICqAOHWX2G9fUOzE6g1xcXJX6m1v68+yh1bVSnSZj172mql&#10;ix1EXLf0+gHH6b/77j2T3QHiEeRH+Hqyk0B8+ve20px6ubfi5/P0IN+fZeX1MXLU6XIcg6qf6v2d&#10;e9wpQq8fq5FubkcC17ckXt73pc1A4dXbXqbTw/1cOve4Dr9Cb3F/x+brb8f8V9uAkFwDg06c1MtQ&#10;OB697h83Cr6f6A8n8n/Wt7eCg1diCf5dKV0t3eXXvfJYRa6ni1+D/vPA/r7cbT+KlPn05Qde95oV&#10;OkkkAjnk/wCNgfaaWniE0x1T8Rxjr3v0wsb/AI9XPP8AUfnj36P8XTkf4uve2yZrEm17A8f4tz/v&#10;Z9uHSCM+ePXqzHOOve2VpDLqVrj0sLEC36T+SCLWP+HtBuYAjNONel0LAr+fXvaaeIJNJe3LcWtc&#10;H/AAD6f7H2BpzkdKY+Lde94wbnSwvb/Xte9v8Rz7QtUVo3TwOeve3qjF5Eta51AE2HI1fU/jj2XT&#10;ntb06sSRTSOve1bTjxorIP3KcksVHD+ViBY8XIDe0scCzZLcf9X/ABfTw7wgAz173aT8DM5JT5bP&#10;4tpn8GQgxiJGzEBdE2XlkbTqCgMT+fY25Gb6a/vAKFmRNPma6v8AV/k6J9/gCWtvpFcn/J0GPbWM&#10;TIbRqZmA1Y1/vENgSCI3iNuGIuJPx7s8rJDGgY8qGYD+trEAj/iLfj6+8i9vRHicEd/hj/Z/b6dR&#10;ZdaTLIqfEaft8+iZ00ZeoVFuvq5H+Ba9nHHIHP8Arjj2kMvWKkYsV9R4+oJJDcWNjfj/AG3ulhFI&#10;17OojIGnhWtKN/k68heukA9CTiqPyRozMTpb1cWH6E9RP6QGB/2/tOrkkXUvBdiy3+hAfggn8WPu&#10;V+VC8VzAGjbTVR/xtP8AV+3pq7d1iOBSnWPM4UzqHuuiPTJYcgmNXa5ABBuD7VW0cni9uZRstmKG&#10;mylLNStEtLWReaF5pJ4KgXVStrpEyk/0Y/19zzt+4QxW0AdFYErQcRwrn9lM+XQCvPFuZXRJShJ4&#10;jBpXouneWxd29pbKfZux9457YWaiyQqH3Ftyrio8pS0sOPyWOcQS1EFTGWjnrY5VGgjyRL/qfcfs&#10;7c2H3HU45tu4HDYKLxwJM2MQwSvUGaYnyIWYepZACf8AaR7EIuY7iFHWJVf5AA8ccAPlxyePTVjb&#10;y28bCa4eQ1rVvTpr+KPTm/unsDuTHdmdvdh9u10+Vrqygqt+T0VeaHFHH42BKSjloqKkvFFPSSuo&#10;OogzN/h7DuoBjmpI3dm8Oj7lD9JGSUMzHi5uOCfaCaYK5jR+6mc8ftHSgor1Ktn5dGjoT5qaumSJ&#10;EFR5PspANLxLJCyoqkkBdLcgcexpPYuxl23BiW2bt+oyFNS+H76oo385bUzmQy69JexFrD2Wy7ha&#10;PF4b2UZcClaf6vs8+iwWE/1DT/VSCMn4agj7Mg46I7/srvfMncmT7CT5J9t43aWUyq142HQZfEHb&#10;8ESUtPTLRxUkmJaqWmaSJnYGQcu3P09l3p5ZhS1U7SCymEREuOAzMjaRxYE/X3SzFEclvMY/y/n/&#10;AJOjwKAaNg9WH1scL1tFTpC2p1qWmAjJBKqjoHY35Cjj2vesd4bV2omV/vNt3H51K8UP27V1EapI&#10;/tf4h59JDKq6mqI73+pQf09lFxeQ2xYT26yaiBVqnhpz/On5dNXdrLOIxDcvHSuRTNaccHh0XP5P&#10;dJdqdyLtNOsO5d6dRT7fGeOSk2dkqHHzZP8Aip2+1D92K3H1zP8AZpi6gR6dOlal+Tfhi7Er8duf&#10;csjbdxmMw1C6w+KnoQKeElaKAOpjJOkGWJj/AIlifaKOVJrusEKqteAwOFDx/M9KLSForYCWdnlB&#10;4niQT/q/Z0IvQG0d0dYdX4vDdhb33V2LuGifJGu3JuiSGty1UtTnclVUpkmpaemjf7ejq4oVsvEU&#10;Sj2lqGuoIM7T5GSP7yCiZDVUs8eqF1SIxWYLcsuoX+v49uXNwiMG11UU+zowSLSpqe7oUsrispX7&#10;Zr8NT1L4uryUMyUWRopQtZTvLIJRJGZAVWQIbcg/X/binvHsHYu4Nt1GPw20MDhcitI6ivpaL7Wr&#10;WUxGPyI7Ny4f1X559ld9fW9wAILRFIbiAantA9fUdMRWkqmR3uXdSeBpQfZQdFX6S+O/dHWnYNVu&#10;XefyD7Q7JwFfWtJDtjc+UxlbhaGnatepSCCKjxVJOsSQv4gGc+kewBkhkkwyCaRI4xVv6xIC0jCK&#10;zXB4LODcgc390SVDA4VsV6Woi17R0d1JUjzTGON5JWo4xoZDoRPLddNrkKhFgTxb2MOwuwdjbZwZ&#10;w+4NmYDNVU9SzxVeSojPIsc1LS00R1k2FnhduLcsT7KZ7yJWWI26sdfEg8P2+VD+3rUttLPInh3D&#10;pTyFKfnUHoqXefx97d7P3nj92bH+QfaHWGMxmNo6eq27s3JYimxuRqKHJ5XIVD1MVdiK2Z3q4K6K&#10;F7OLpAgHPPsEc5J/FN15atoIKPH46XLV9VSUNIwSCmonrZJYYo0JOiOGBwoH4AA9l5AMrsqgAk49&#10;OjOKIRqoJJYDiePRsdo0FXt/Yu2MLmMtk9wZjGbawuLyedyoWTJZnJ0mKp6Wsyde8McML1mQqoml&#10;lKKql3JAHuVtHM4bbG7pM1lsbR5ygWKohnoK2L7ilaSWaGQS+NLFiIo2X/WJ9uIyoWkbI9D0o8IO&#10;po5BPp00dk7Uz++diVW2tvbpzWyMtVrGaTcOBlggy9DoglRTA9ZBUwoyyOrHUhF1F/an7W3zsvd2&#10;KX+7G1cBtUwyQxmXEU60dRUFpg+qRbj8DTex49p3u47pAyQJGwNO2uf2k9ORoyKQ0pb7af5KdBj8&#10;dul+yeov4jS7+7t7H7mkyUrVcFTv6qxNacSiU8cBo6B8VisWngaRTJaQM2onn2B2TplFLh2lqCJI&#10;4ZQZEZGI1SqxAP5sD7aIwM9PAYBPRn6aRjNWhY/SZUsGBF/2h+LDk29mV2n251vitv43C5frrbGS&#10;ydJHMk2WyOML1spaomqFeeU3OrxSBOSPStv8PaOe8iEQR7ZCeJNDX5ef5dbMZ1FvGYD0xT/B0Svs&#10;T4zdxbt7IzW+NufKHuLZu38jJRtS7A29k9vR7Wx4p8PR4uVKSCswFVWqJ6qlara8zAzysbWsPZX8&#10;UsjVjUpqNUZsJZBIDJNeKSRLgW16G45+g96sXoQGyP8ADT/UenOB6O5V6RD5FS7DlARZUBZQx+l1&#10;B/3n2IfU+68BsvJ19Zm9u4nckEopxJHk4GqIlETVX6QjAEsZl1XB/SPaS5mVWJKBvt+f+x1UiqEB&#10;iD6j/Uegq7l6+3J2Ttg4PbPYW6+tsg4m8ed2fUUNNlI2c0xDI+Qoa+EGNYmC+jjWffXb26ts7tqa&#10;bJ7T2/h9uRKQk9LjYftA4ih8bMY9RY6pBfgc+6wzB5KqVBPpw6usdEAMoY+pP+x1w6S2Du7rna67&#10;d3l2DunsvIRzVEy7i3XPRVOUlWpqp544JJKChoacpTRSLGtkFlUfn2HtQUjr8fVlll+3io5Z4GsQ&#10;yIvIUAXLc2sPayWQdpZiQPUf5utCgNadCvHGzwzxC6GQzIjqTcFri9z/AE+vsymQ7d6yyGz5cCnX&#10;O18dnarBNiIcvFivHWrXS440iV5qHsUm+6by6zcaxf68+2ZbiIgr4Kg045r/AIenYomV2ZpGz5Yp&#10;/g/y9EzwXxv7iwnajb5qPk52/n9qNu+fcZ6+ymSwEm2YMXNnDlBtuCCmwEFc2Kp6L/JY1acyCDgu&#10;fZZqaPzS5Wknn/yeKCumTwuHAeNliSwI0giO/wCfdq1goTjT/q/w9e0k689mro58jaft5ES7ySQx&#10;tqutkYFm5/PI+lvY29TdhbO2VjKqn3LtDC7kjlqXaGfJUTVcg1U1FFEpF9CkmBmP9Cx9pVkSNizI&#10;Gb5/6h06I+3SrkH1FOi6999Ob+7UXHLsnuTffVE9KKcTz7MrcZSPUrHNXPL5f4jjMiriUVCKbKOI&#10;x7SnZWf2/uPP0WX27icXh6GZQ7UdFGKeOnd6kyKkcWo2WJCAPoR7u0tRpVQB8v8AB0y6FXC1qa8T&#10;0InVG09ybL2fSbc3VuvN71yuNhhpZNyZ+WCoyuWFPSQwtW18tLTUlO1TVSIzvojVbnge2bF1UOE3&#10;DBlZo4K6GqmFQ0c5DRywIUWRBo5KsoPHN/b6FH7tNT8x1rQwq1MdK3K0UmUw1XjYameglankp0qa&#10;ayzU8rofFKhdSoeNiCDbg+zBb87J6z3jtirwO39k4Lb+YnkppEyFHjRRTRfbVlPVSg1D8IZKeFks&#10;eGViPz7Q3NxG0zrHCqlek6oyOSZWYfOnRP8ApL4/d19Zb4Tc+9fkP2T2ft7wVUT7b3TkMTV0EbTY&#10;+opIJIocfh6GVvHVziXl+GjH1t7LlETk6CeOoIjig8f26QkubSy6pCyvqtZ4wRb2shr4dWGkdKvC&#10;kI+Ho5r2pqqMxrrabX5nYEf5tLRj02v6T+fZiutuzuvtu7eFBujYeC3DU0+o1GUr8W1bWVPlr6ya&#10;MVD8qRDHKkacfpT/AA9pp3WG4kJRWHz/ANKadOeAQD+qwPy6Jr378eu4ezdwRZbr35F9n9UUz204&#10;TaGTwlHjIglFi6aRo46/C5CYtLJSySt67a5m/r7CzceQxs+4my2IEdPhatoxBQoohjieKICUeBW/&#10;bBcm3PPukbKxLR9LY+JPn0Zza+Ny9FtqlxOdqZK7NUkLJVZF380lRrlcxyecoA7+MC/HHt42ZlKH&#10;am46WvyOLoczR+SOWfH16a6WaJ9TmMqCLg6rWNxx9PdxII5F1ICBxB6rIFLUqR69Jvs7a+W7B2Jn&#10;tt4PdWd2Tlsjj6uhoN0bbkp4s5hqp4zClfj3q6eqp0qadvUpZGF/wfYsb47B2NunGw0e39pYbbWR&#10;pKn7uWbH0Qo/uIlgliFM8h/zkbyyB7AXuoPvV0IbwqQioQOAB/z9biBrUykmnn0XLoPoft/qHN5a&#10;u313v2N3HhstQigoqXfGQxNacVUNWQ1DVtLFi8TQCKQU8Jiu7MNLkW9oaNxXQQ1RmYVNI4ssLAjw&#10;QR6hbnUAJG9pBFGtrKiyLqPShI2cGlOjGS66Gslpft70lYh1NMpU/cVEhRriwUs0Y9mG2l2B11Dt&#10;sY3P7JwVTlFpxSnJHGGoqpbUMEDVMlQ+ofdvUK8hH0JN/wA+yGRzDLq0CvkfyofP/V+zrZhaNhIJ&#10;TQeXRFu1vjr8gc/2fRbv2J8juy9ubUhroMlPsalzGHpcBK0e4shlTjvt/wCDvVnEtjZoqO4l1+FL&#10;XuL+zB9GVlCdrZqajjH28vYEJokSLStLj5KPHGOmVRcRKn+o/HtLcTrI6gkhNWB/lPz/AMHQe3fw&#10;zdwBn7PCP7fy/wAPVbP8xfae7Kjufaa1mSiQ0nxD3xTZiSavUPkd1R5fJ6ciEkRfuL83m44Nrezk&#10;1M0MOLE8wjEIj9CuQurSrFV5tZnPAAPJ9qRNpimaPiBX9v8Am6Q25LVC+ef29agu0Nn7h3J37T7X&#10;x1RlxmKvLTQZKrx0b1Bgd6ynSpqxLFHIpo4Ek1STMulU/V7C2TOUlWiT0tDHFLNR1cs2qJ42jdIy&#10;UWYH1I5A4DWP9P6+0sLxu8ADmtPyGft/4sefl0YOjLoDSGgI/ZX/AFf6h1dpjPj/AL42b/HcHu/f&#10;eUzODxm+NmUO22XKU1ecjjZ6+m88mKRIEhq6SOon0SNDrjT+1f2S1txSZK9TI7rUKy+SRCXMhJ0g&#10;Fi3I0Jb2eLGscRaP7ft/y9HcbNEeHaetlin69pNueLEUtNCcWY5EpKaVFjipAimRtMaIqpeeW4+n&#10;q9ipSby67qMUsM+3KOOoAIeaPFFpAPO7LqckEAooAv8A1t7LfrSWkIiAJ8/spSlf2f6seWKRnEzz&#10;V/wDojWa+Mny2xvY7bgxHyE3fW7bLoYNsZHdlHBjDfCxUUwSCHGGRtNbI05Af/ODV/rhoyUxqJqS&#10;OON6KbTZrgmnH6z4/wCwNbfqufb8ImbUXVuPp/k/1fLrcoZSzt0eEy1kVDRZWWplhzFIJS0IZgmQ&#10;c2gtUM37hWGIAppH5/2HtU7YrNvYepeLM4aky1GyL4lraX7gQOTIXMSmwDODz/h/X2tdDJBIrwr4&#10;lf5YyP8Ai+k8TMZ4/wBSmf29F7732b2t2PhKCXrHtfdPWWfpZ55Kmr2tlaSgfKRGKGKClyUtVS1d&#10;4Kd1LIQAdTf7D2GXf1dtrI7C3pW7foYsXHS7dyDzQpSCijdYqWQMpVjdgzn/AGIF/aPf7WFdgdyC&#10;r0Nf2/yx0JduhH1yVfW1B/lPQw/CPA9zbF3Xtjb/AG9u+o7ArarJTvSZ2sy/8Zq08scs8Qllhpqe&#10;GPxQxkGwspbT7olyUWqauqkASKWrqgIF9KCQySSeYKLm7Xtf8+8cGAS5uWOV7j/xqlOhiNKvpBxo&#10;HVz/AL6wgZq6ALe5Mf8AsP3orH/kq3v0ZAkjrwr/AJOl8pGg14de9nZ6ojY+AG+kolr8ktpo73uC&#10;fZkGFFzmo6D94R4ZznV/n6a8qbUzH+gN/wDW0P8AQX5N/ZnAAojAIuNP0tqNuef8efZ/aENFp1Y0&#10;H8q0/wCL6JZmVlGk+R6CioJ1yOVYgyHgkgNyfpYH/W9usZtY8fQH/H6H6e02Sfl0iHTdKFYMPzqY&#10;f4fW/Pucn5/oBex/1jf/AHr3rier/Lpuk4sf9h/vIt/vfvzr4zewsLc2uDcWufqLm/szikVxVTn0&#10;9OtodJqGPTeylvRb/Wa+kG1zb6cDj2rsNh8TmY0hy8aToAxHkjSXTqaRmNnsefGv+vb2V3dxJGz6&#10;Y8+n+rGen0uZI6qAKdJHN5fM4MtUYOZonJQOFd41bT4VWxUG+jyt/gL+13jOvOuMZU/d1NDQsYtL&#10;C9PTvquGU2IAsLNyPr/xAJ3MbnuFvLa2rOs0tdP4NH7eB/zcfVVBfsHQFRTpLP2n2JUGnWIOIImY&#10;VTCeeR5bFCoUCMFrkEf63uXm9x4egpZEw9NTUsYDJ6FMR+l7kK30/wB559kFlyNBHMkm8P4snz0t&#10;jy/P7cYx0olvdYyelLh8hubLzATzVI1FWP7koAZvqAzIPx/T2W7c2URnmrHlT9ti5BZTdRrJC+r6&#10;D3Jm37kNvtzt1jEUtZF0t+D/AFf6hTjRKkzSzxKVIRj/AKv9X/F9DNhcJIwiapu8w5jJBchrKNTH&#10;TcewAzVcMnMzIdCJUMQTcC6NJcn9VgFf/b+0l7LICyhddP8AB/q/1Ho7SMA0p0KdDT/bRIp5OhQb&#10;W/KrwLAfUr7hKw+8oY9BOkQMT+GIk8Y5/wBpJ9o41aWOcseKZ/kf8nRrGoAFDXqUf0OQbElrf7a/&#10;H+w9qbH3/iun+jEn/YSpce0Xbpbw/ir/AD/1fl1S4r/tf9nqJNbwG/8AqSPx+FP9PYu4C4qmOogB&#10;H1C3H6UuD9TYgf4e2JCpJSnfXookFXHpq6SGVBNMDa/qWxP1/tci9hce1fRAPIxJsNL/AOP0U/7e&#10;2r2utmCyEU4Ef5/8nRffqudPkekXlAwp1H9SgP8AyUALfS3J9trR+OQm5HBP0/2mw+o+nsbbfdlC&#10;qkY/1f6vzp0Uqo1AEY6balBNCSADYr+fxq/17/j/AA9pqR5GYu1ioHCnkn9K/Q25JHsdXcqNHQS5&#10;r1pqU6lUsCRWQKysTy1iLcM31AueDz7R+SmUyEL9CV/IAPCXP0+lxz7Ct2HpVPip/n4f6v59Uzx6&#10;X+LjAjDP9RqP5IHLWvz/AEPtFV72kuLD/D/Yav8ADnn2itx2k9K7VQdRPSkiFxzfj/E/4j/be2t5&#10;G1G/0H9Lj8f7H8j/AF/bkvwUBz1e7PaAONepCqABbk35vY/kf639f8PfXl4APHrP1FuPoCOBa3v0&#10;IovWrQdtfLrlpub/AOF/9ifx9efp74q663sV/Q9yCfrc88H+ntSJKKAT29O3IqmfL/V/l64lTYX/&#10;AKj/AB4/1rcW9+1EspvyPrzYfX/X/p7TiYhqse3ovNNPHHXLR6TYfX/WP4/F+APfMn6E8LYW/wAR&#10;+bi/59rVdl4cOmuuFv8Abg8/4cf8QD77DX4B+qkkn/Efjg25/wBt7Vq3BlPWusZFgQR9Gt/rc/0F&#10;vx/t/eBv0N/hp/xv9fp/hz7VrIpIoaHpt/LrkfqLi/1/1vrxf/be2msJCXB4PN7Dg3Uc/kf8SPZr&#10;Ew8NCTmnTLCtQRjrtb6j/r8D8c3Jt/vvr7TtQbsG/PI4NgSQo/x5AH19ugg9JZVocLQdSVFha35B&#10;+hNv9gf639wK8s0wII+liDwP0pxz9L+7DpxfhHXNLAf7zx+eT/T3AhDGojvc6WINh/gf8LAn2pQI&#10;PD7+70/1f6j0xIADReuZ/Sfzx/r/AOtzb/H23VBtNKDb+0Rz+bn6X+pJ9sSgGTUpx/sdXQhUPWZP&#10;0j/X/wAP95t/h7j0hY1sI0WHlW1la36weTckjj6+9Hqr50sOHXJ/0N/wU/717bsuo+6lIUcSyXsv&#10;I/ce5v7pcf2j/wClHWk+GX7P8/Xk5Vf9Ye4dFY1kI4LeWLn6/wC7V4/rYWHtyJvgZ/8AV8+mlrj1&#10;6836W/4Kf969wtxczZILa/8AlH+wOh/z79cyAQk1rTj+0dKLaoLas9eX9K/8FH+9eyv5EFayoH9k&#10;yt9bfUfW39b2/wBv7jm5Kif5A5/w9L1FFxw65e4iqG4v/r254/p9B9fb7V0r6dJCrVJK0HXvfIxB&#10;bMGAPJ5/1zyQVuDY+2skkEdvVKE6qjt697xSXXTZg19QBB/Itw2nkH/be1CZHWz1730p1C5+tz9f&#10;z/tvetNGr1oYFOve8yfn6X/Bt+f9fn6+2ZvwU/1cOm5fw9e95B9f9v8Ag/4/7xf3VSx49M9e99f8&#10;VA+t/wDX/wBiAPaiAVlT7evEYP2de9ng6kuemMwL8jNV1y34/wB+vjx+foPV7F22Am6jrwEY/wCP&#10;L/q/LotkH+7GOo/0If8AHh/m6ZKjjMQH/pkQfT6/5ST/ALx/xPtdUoBfa55H+/QpCbWP+Jv9bMf9&#10;49iCv6U2lseLw/2ert/uFd/89X+QdeH/ACm/n/LXHI+npT6f4ce2zf6/78PMXIBGUo1H+xjb8Dnm&#10;3tMxbtoowP5dOWY7R6V/ynrumP8AuQQAn1Ukp5/5aRf7AeyOZC/kW/8Aj/vQH0+v19pLkgRsAfT/&#10;AD9GjUC0U9PXtmblmI/r/jx/Uf4+yWT4z1Tr3vqx/wB9b6/W/wDr390x1rHXvf8A/9Gi6qjIm5QM&#10;P9a/9lPrb3jMDQZPU3HHE9b/AB7jSBbjxqL/AIA1E3tweT9b/wCPvfXvy69794mJ0xqqoACw4Xhj&#10;6r39X+9e98MHrw+XXvePQ0z6UUJoF2dTe4Bsfq1r/wC39661x6976joa2rk0U8Mk8esr9vHGzrIx&#10;NjIbBm1SAgXH4Pv1QCa+g60FJY49P8vXvYkYDq3IV9I+XyklPj8ZEpdklqKVKmJY4YagtDSyyLPI&#10;Y4GcKCOWFvr7o0oHaOP59KEtyQWY0XriWAOnm5F/0sR9bckAgc++3zGxtrCY4ilTdNRTyNDVHJ01&#10;RQPTVqA+WSn8fpnWDwh0YcMWPvWh2IJNOq/oxsWUam+fr13yfrxz+Dfj/Yj2iM3vjcGb1Cprag4a&#10;Rm8OJJHgpEYsYUiBjWYiJSbav9j7v4K+QGr16Zld5PPHp14AD8c/k2Fz/r+0h41IGnkH6Eggg/Tk&#10;XF/bor+fVQABTy6799eM/W1lv+b/AFJ4HJ96qDjr2DivXveSKMF+fpcgn/DT9eT+L+9P8J9etP8A&#10;Ceve8wgW50nn+lweP6kj8e6l+Gpeq6vJl697nwoFIQKLNwP63F/r+QfdBXUa8evR/GdXHr3sQOsn&#10;Ee/Nsznjx5SmPFybqWP+I+vtm8zbydOP5H59cXF0cf1Vh/twfcXdNjuHNuVRkkymSkQk2Ot62Y3/&#10;AMDp9swmkYFfTpJGwHiDyDHrkPoPaaaN2IAQSSPbxxnmynlLW5IJ49qkZQvSlGAFM1697WGB2nkc&#10;tdlCQxxp5KlKuaOmTwJ4jK8TTFfK+h/So5On3qRuOK46cMTOfkB10SB9b/W3AJ/3r29NltobRq1S&#10;hp13Dl0R4ZqethnpaailLBJDT1UWpJVgkQFT9Gv7TSB3japoOtao4jgVbr3J/wAOfxzx/sR7zdp1&#10;0uQx2zaySFIWqcCZfCkhdY71PKqxPqUf7x7paCgkH9L/ACDr1warEfl14C2r/g1/9uB7Bhf0L9P1&#10;Sfn/ABH+Pu839ofsH+AdMngn+r06795yoJJP5t/vH1/w59tdXp173yBB+huR/r+/dbHXvfrhWQFd&#10;WoMQfyCFNtNrE6j+fdgmtWJ+Ecfz69QHjw697XO0dutXVYna8ipYgFRe12AsLhgo9sKzl0UrQV/1&#10;f6v+L6ULKNNCcV697OjsTZ81YkMVNRlnlAjVlX9LLoGprcKL/UkW9n+223is0jNhW/1f4T0S314I&#10;FDk4Lf6v8vTHmMtS4yBpqqZIo0UsSzabgKSbC12bjgDn2bzBUG2dgY+au3PPE1VU4xYUxca/dQTI&#10;0azr55aZ2aKaYwMrKRdP9f3IGyxtDJGy18MV8uJ7eAPl/h/wAzc7g3QYLw/1ft/y9FE37kd6doVV&#10;NhthxSUdFQ5oS1W5JXNDV0T07VVHOaKlracR1S04qkljYHTJ/rDkPtz91yVKtj8DGuLxhQ04paaS&#10;TxlLzQee0kWvW0LotvoAo9ybb7u9tbqA2OH/ABj7PToLJsK3ErMy1Na16n7O+NOFx9Yuf3ZK27N0&#10;idav+N5SmgWthtPS1y0cbUrrF9vDkIpJV9Ny0h9hNPnJ69pNUrv5XLkkcXctybgf6r2XvevdSVb+&#10;L/V/Po4S1+lQR+XRhKXC0mPjjWGKOPxxJGAhtwmniw4tYe81PBqcOy3b1WJt9G/x9Nvp7f16LYZ/&#10;L8h/l6Sn+0Xu8uH+r/Vjr00gF0F/qPxzcHn+pPt0polBa39VuLc83v8A0B9p7j8H5/5OrvinUGSR&#10;rcj8cG/Fh/S1yBb3OjVQxJH1Bv8AX+pN7fiwHtHdsRCuPQ/sp0rt/jh/LrANRY2P50gWB+ot9f8A&#10;X9rHGTqgH5uf941OTx9fofYbuasrDGAf5j/Z6G9gw8NT9v8Al6YMjTsz3F+SCfzYqYrf6w9HtVx5&#10;QIV08W+hP0Jt9Qfp7B1zYMXLaDT+flx/1cOlLVqT1DjpdcZVyPULHjj6nkckc/4/n280WVAb1Ecc&#10;Xv8AX9R/obg+yma2YLg1HVeotVj9dgq/Uf0/4KOeeGB+nsRNq7wlxVfS1ENQ0HglEiyIfWjeo6k1&#10;Kebn/ePYe3Wy12twwjrKV+flT/J1eJmilR0H6nSH3Psmj3DQz4zI00dVSVkTU89NOimKWJ1sUka4&#10;JVv+J92MbF33T75xkeRXw0+QhjWOpp0Z28njAArCzxRKWqCblQOD9f8AGSuQt7hmsItmkqbpWJBx&#10;gAKoX8jwzwH5dR1zRBJy5FHvUI1CS4JbzpWpA88as9fPP/nN/wAsDNfFDtrP9jbSp6rK9Sb/AMpV&#10;5WOueGmhfBboz9XuLPZLEilpqiokXHUdJTr453CK19P4v7XLSvMyuwtoKrxxwg/2/wCb/wCv7H0i&#10;RWpDKNTO2n/bE/6uB6DNxu8e57xtk0T/AOMBImNP4S2R1RHHj5KbE1kDEvAGqVUFR6GWHSGCgn9I&#10;H+t7zeRbWP6vx9T/ALE/7f2oQuFOkV6HsV+qRMAO6n+HpGChmaW8bDQG5F1U6VtwA309P1/w9xGa&#10;5uP8Tb/X/wBj/T2nnU6gQvA9AjeriNpw6HIP+VulTjopBGUlJ06SL2Bvwlxx9CSf9j74lr8gfX6H&#10;/W5tb29DFJL2qKt0WT7yiDVNEq06mw45mchSzg8hHOlR+ODcHj32FJ+lx9f6W/ryf6e1se23rMU8&#10;KpH5f8X0QXvNGzrBqmuwr+oWp/Zx/wBXp080GIqWm0ohe/BiBJ4W4JDAXPB9tGSzuMxAaTITqgFj&#10;YBmIJZFAIHI5cezIbdtVhb+LLfIUA+Dtr/xnoPPLvm+DwNhgfXX4x/PLY4Ain2efRmekvil3J3vm&#10;YMZsDY2RzLzeSz1CfYY1FFPWz3NfWNBT8iik0+rll0/X2C24+64Ejkp9uaZZgFu8hlpfzA5t5aY8&#10;2dx+Pp/rWj/d/cfb7CV432wNFX1Y0wtPOnp5enzqP9k9n4rhY5+ZpS8gr8NT/FxOrIpo/P7etkn4&#10;o/8ACeevqmo9xd7bumolcTFtsYmDD5OgI07gorSV1NlvM5VxS1K2t6iUN7ewHz3ZOVyAY5LIzTRg&#10;DSt1sA3pIskIJN15/wAfcRbnuDXpLBKMDmv+0/weX8/PqXtv2uLb1KoKfL+fWyZ0T8N+pul6KDGd&#10;d7Iwm24LaAMbTvAeJclUlv3amUWeSrkJv/qv8PZe9079M5lip2MQFwW1HgMUF/UhFyR9fx7MNhsu&#10;9NRzx/Mf5v5/n0ZSXQQL516PDiNgR0yRvUIJvoFU6foA9gSpBIa/sFMnnJZmZnlsOWN21cnVzza9&#10;r+xykbaVHHpiSQlWavQl47DU9MAscNubAKpB4txa5HNv6+wo3LuNIw8Zl5b6Hm4I8psOL/2fx7Mo&#10;IizrIfhFfz6K5T8Oelnj6AIg9IH0v/rAJ/Q/737ADc+4jVeVbmyswDEE8jzAWsBx6vYihSiIa+Q6&#10;0o4Z49KKGERD6c/71wL/AJPPHsF8/k3IIHFlPHJ0+qUD8C9v8fdpBUoD8+nlzpU9Z/YV185PkPPN&#10;/oCOOf6D2gloJGpwr/xfXn44697RVS/qIA5P0/pwSPrxf6e2C9OA6aPHr3toqJLXX8Cw/A/qP+IP&#10;suufx/l/k6uML173BJJ4P1545Fri39P8fZRLxf8A1eXSiL4T9vXvcBjySb8EXIsef8L/AFP9Ofbm&#10;QgA+LpWKqqjz697hu4Nxfnjj6fS1rXHN7W9369Xr3vAxJNv9t9P8ef8AW91bga9a697zIosQxvf6&#10;X444/wAebn3QHzHHpYhwNJ4de99qnpsCf9hwL8/j25J/aEkYr1c01Z4de98J/wBFrXIvzz9NJvf3&#10;uMHJ8j04gOT5de9tLkeofkXJ/wB5F/6e6utZCT5J1Ujur172m6uYLIwX6kkXH1ufT+faPcXXwyG4&#10;dGMC0TPXvbJPydf9bAf7bkWH+t7AkswdsZ6VIBQmueve+MH7jAk6r3sRp/xH4/xHtJKaDhTp7j5U&#10;697UWOi9dwuv9RH/ACS3Nzz9B7LLhqinn08K6gG49e9iHQ0R0fpt+CSObgv/AI88+0cYrSmSet6i&#10;oBK1J697P/8ADqCSm3zSqF0pUvEpJ+n7cOUI/A5uQfp7GXI58PfrVqd4cf8AHT/q/b0WbnMGtTnu&#10;Ff8AJ0jewgp2VuTV9BjJif8AWBW5/wBgPdtVXT/5JGCbBXZz9LfS+m9yL295EW1yx3d1KUrGo/2f&#10;9X+z1EsMga+Yjjq/w9EdpJgI3kTnyF1U2JvoPPGkH/e/+I9oLMU8ZRmC2bnSR/ZI1WI5sCL+xRtL&#10;u8jmpPcf8H8ulUrFZTT1/wAvS9xdS6GKMn06EL/1dSUJ1HTdjpv7QKKY6nxsC7GQEtb6KXt+Lrf3&#10;KG0sDQsfT/n3pu4/UjJLeXSqqj5KRpEsq+JrLf6voY/nS1gR7MhhM91XT7Yjpc3h6Wtyy49GR5qO&#10;slInTHxRq3kjulxVBzf6c3+nuV9lu9q8Fo5bfVL4fGh46VH+HP59RpulrujXwkgn0w1FRjIrny9K&#10;f8X1Vl2h1p81Mt3LT5vrfs2u2z12dxRjI42myG2k8uNfdmQq6yMQV1JJU/u4CSCMAHV+3b9Xsv8A&#10;XVOOmyeSlpMbDR0QlqqilaMSj1By0B8b/SyH8/09n0c8TrMVjCqScf4P8Hpw6VlG0BZDU+fVimDx&#10;ufoNu7epcvnqnMZhKPGUeUkn+1XynwLHXO0lOoQ65gT6frf3n2Rldr0udFfvDy1GPamqFMT0c9Su&#10;uTQY/RADIb2b2SmS3+rLXArEMcPP/i69J545mVltqCSuOmLvDbvamW68qcN01VUmJ3Z97QPTVpyF&#10;JQ+Ongd/uT5K2Oan1aNNgRY2+vt/7LzPXVTFjo9l4akiMscjzOlNVUhuk0RXUJgOdIb/AG3ut/cW&#10;j6BZxgCmcH/L03ZR3iB/q5dRrjh/k6Dj4vbM+SmDj3NN39vmrzlQtdTDEwiqwtbFDTNRzCZVkxtL&#10;T2U1DKeef+JCbImnemoII/JS+mUTrFEz8iVZEAUj1XA/FvZeZSgHdQjiejEA5Sma/wDF9G1xi1SV&#10;mSqJfFVqzwGlMsqJ6TCySlipuLOfzz7H3bma6U/u7QUGYxcE+TpVqBUu+Jr3ZzNWzTRapFXS2iDT&#10;yD+LHn21c3m0FI4pE/VFamhzkkfyPSJoNwE0jQy/pmlBj0+z16IN2Psf5wzdn7kzuw96JQ7IybYk&#10;4bGtnNvxLQLR4ChpK/RDUUMtR/lWWEzkM35uvp49lvp6mL7pqoUSQxU7lmkXyF9Dh409JF/TwP8A&#10;W91sZArVA4Z/1ft6P2WkLJXI/wCL6sOq6SX7RaRq2SaapjVEifxqpdNMknrHHq5P+v7VnX9fsjGZ&#10;Geq3grVWLm0L4Goaiqjl0tL5Eljp9UiqLqf8beyu+vLfxSZBWL7D/q8+k9JWV0hIBI/1f6qdBf3d&#10;he4M/tGTG9Q1tNht3COUU2TfI0dI9FI8cPgqIXroJ6aR+GGkqQCfc3tvL9aVdDjp9hYmlhK1jCsm&#10;joauikaBYHDR6J1BcLKQRYX9k88loAjW0eDx8v8AD0vtI51iIuHqx+z/ACAeXSX+MO2PkdhGzkPf&#10;u7GzVU9LEMXTxVuIyFNBJ90T9x58dR0ZWSSD0srAgewerp0+3p6V1Ij0x1UaAHmokjKkgEX5X8+0&#10;1xMlFSuOPSsACgHHo1VDTt9xUVYIaTVJSu114gjk1WJvb6n6ex+xm6OiJNrU9HksRT1W5lxUNEGn&#10;w+SucsuPjiXVVBDEv+5An1X0g8/T3cT7b4ZDpW4pQYPGnrw49X8GZp0KvRB/g/Z6dEh3HsT5mv2u&#10;Mlt7e0WN6uO6VyFTRRZXASTnbZ3JPU1EEdHPjXqy7bfCoFEoa/F78+y6+egly+4DSUkcVIhy3j0h&#10;tUMCzahFGjHU6KhGn+tvbMYNZNB7c+fS3Q1KV6PDFFWxYnAJW1Uk9aI8UtRI4QeepECrJNLoGlHk&#10;lB1W4F/b31nmuvsZnZJ98o8uDejqI1jOPqqwPUSGn8LtDTAyKQiuDfgfn6+0UrxRvW4WsdDj5n1+&#10;WOqvG+g6GFf9Xy6QXd2J7Zy2yJaTqCspcfvMV9C8VVV11NRxJRoZjVp5amlqovUXSwK3P4tb3z7j&#10;yPU9b/DZutcTTxQLDIK5lx1dj2SoM4MNo6pR5Lxg8jge27mezeUG2r4VKcPP19eHy6fhVyp8Qite&#10;mH45Yjv/ABWEzUPfmZpMlm2ycbYd6Gux1fF/DBRRLIHkx9DQqkn3mvgqTb8+wcyNRB9jhXqi8biK&#10;TUkcbOrt9wP1m1gdP0H59p/GqSKVHSlUPbpHd0YmBGE1WEPpLrpLG2n9uxCgXJ5/Ps0m093fG2Tb&#10;tPTboxEU+440Iy00238vMzSGpnem/fjTxS3pNF9P0tY8+0KPa6AHH6nn1U6yxowp/q+XRKOydpfM&#10;afsLK13Xm68bR7CMlKcPjpcnhIpfH/CqGOtE0dXhp6iMjKLOy3lbggiw49lbxrQfx2KFKZaVl1aj&#10;Fdwmqld/Tf8AXrH1/pf2nx5DpaqKr1Az0duov9q7FxLwOG4Bs4HPFgR/vPtXdSZzr7CZ6ok7Bp/v&#10;MF+3qjloKytVVK1Ze0VIrPZpHjP5+n+Hv12YyZCwOn/LSnVJI9daNT8ug27gxfZGX2ZX0vVmTixG&#10;72i/3HVcs9LBGkwmpzd5Kymq4bGJZB6kP1/x9q3ubL9PZOkx1Z1liqekY1EorfFja2gZoVgVUJFV&#10;pZyZeePaSARD4Rmv+TqqQhVq5DP8v9Q6R/QuG72w1FkqburO02cqysRx9RBUY2f1NPUPIp/h9BQq&#10;gSBo15U3t/twVq5op6ClyAT7aRpftlKBmNoorq5va/1H49q/8PT5AAHlTHQ/ICsrRE6xp1m9hyzG&#10;4+n9QfZqNtbm+N9RtuiotyYxH3OKKCBauTA5WZxV/ZQwpMKlB9uLVes3uB+fofbchh8BgynX15q6&#10;1/h+f/FdE43vtz5ajsiPI7Hz+KPXv3sdRUYuqymJgmal/ilXLPTok2JqKkE4zxIP3Ab35uLktdbX&#10;UC7n3DR4yiihxFVUZakxksYlDNTT5B4qOUwNqMbmm0kr+CLH3YVIVgMU6tQ1ppweHRtcZFkP4Lh3&#10;y0g/i0VFj5Mmqsjx/fJSRtWIkioivH9zqs1uRyPaq61yOysPuF4N8RPX4MRyJJSy0VRVolUJ6ZBN&#10;4aZfIXjhWQA8gXt/T3VdKtRxjrXw6l6SPZ1BvjKbUqo+vK6LGbnv5KOpklp4UZRBUEQvJUw1ESpL&#10;OYybrew/1/a/7Urelsljo6vrmgjjq6eSKGphGLrscrkvI0pLVQGv9oAcC3t2RoqL4Y60owdVK9Bj&#10;0Vj/AJB43+JU3dVfjq8SyyS4yqosjQVzJEIqVI4nSjx9FoJlEjcljz9fYM1NRT1dBR1SQ+BMcEp3&#10;hjVyoaaS6glhqNvegQQD1byB9OjDRxvFNKhcuZz5AxKgqFRVYDTYAcezO7M3R8eF21S028sWibia&#10;FhW1S4LK1r1E/knMbyTwoYiUiZACOLf4j2xCIVunZq1pnph42EitGwC+Y6Jx2xtz5cNvOav6pz2L&#10;n2jJVQNDisnlsTixRwLTUMcyRGTE1VTKJZlnchmuGsP0mwAGtqcZj9xVFJRITiKll+2nKPGyCGiW&#10;SS8PJXXUsV5PI59rnn8UaaCn59K0+M14dGyokyM+Jppq5VTJKr+eJJFkju1QwS0qooIEKg8AWPHt&#10;Rdf5DblFno03ejthJmArbU09WyolNVGICCBTK+qoaP6fjn8e02hQgRj28OqtgsB0l+yKTeFVtXIt&#10;sFqcbrjjQ4hamqio6eSZqulE4lqpkmjhX7RZLEqeeLc+xV7Gm6XrMTA2wFd62kaWSrjbEVtCqRv4&#10;vCytUaRIS4e4HtmJ41NEJrx6qurOoDoEujk+TMGWzK93UuBp8dLHRpg5sRuGmzM0sitWmsFRFBjq&#10;P7ZVi8Ok+q/N/YPO4qaaOomZ0kiZg4RdZEUYsg/wNh9Pa+R2kfxGFMfb08AVIJFAOjIRr9vK8ESq&#10;yONS6jpBkckvcfS1vZiNjV/RUuCSPegkps2jSszphchXaoPHGsLNNEjRKzMWJF/Sf9f3SQ25t31k&#10;iT7PmPn1ZzJRSgHDol3dFL8xqXe1PN0rQ7azWy5aakWqjze7aLAz09b9xWvWeGB8XWSyxpCIQp1D&#10;Vc8enkOMnUUeLztcuD/dw1fJUfZOytAf4dUVbmmbxkGRH+1jU6CdQPB9lsUCO2umPL7On47jwl0n&#10;oy2Cjy+U2thm3PHHTbko6PHnMU9PMtXAmcp8fEcjHFU6IUqKda6WQLIFVWWxAHtU7Or8FHm6VM6h&#10;fCyvE1XeCVzDI1VTLLWJEg8kssdLrsPofp7S7oBDGKD7fz1fz49XP6vDFP8AL/xXSU39j93T7Vy8&#10;uzHiXdlPRVxw0ctVBTwVk8OOqmocbU1cqSpSUdTkTEJHCkoObe7Ieparr+bb0lNsSWSqgkztPPVC&#10;ox9TjgKpaekEjgVCqGdYQh4+vsJLCZGfQaur/Zjh/s9BnerOVbmKSnaIyMEf7HWtJ86YPk7juzE3&#10;j8g8XhNtYKh6T3bhcbUbZ3RS7vqpvu8hkqqnpZaSmo6aeCmqTHIrvobTpUfn2Y7MrH/A1jnpYazQ&#10;8LJHK+mMyK10YspuCGsR7MyjqnaAT0UWcRiYktRjxp/g61wPj7ka6t+TtXk8FvPP7FhrMfuWlqsp&#10;hcctdkVxlUiJXUqUVRFIZEng1K3+sPz7DefJ4ahxmVqcjTLiZZzEleaRJKlZpHHjVi4AEmhSFuB/&#10;r+37TZTuTC5kx4RziuSPz/1H7ejqKBpaFG1BOFcf8V59Wsrh+8pux+rtndWbik7gwMVDka/ZTb0y&#10;eL2dWYDFYqenraqgFMsYngWsmUuwnBb0Lptq9kazENBQZiQYb/LMLJb7aWWNoWZRAlyYDd0tUM1g&#10;frYH8+xRBZw20WgZT/V/q4/mR0vaXwk1Nhv9Xn1s6bEy+8N07Hx1V2HS022ewUjJzOLxdeuXoqSZ&#10;6+o8cVNlfFTR1SSY6KNmYINLMV/s3988O1PQ1kMWRZ5KCYv5JWjLtLohlZA8aeoaJnAH+Av7TpYE&#10;XCuvBvz6Ri6MzlgBqX/L1L3pLks1tytm23HBDuGj8H2lMKhII6UzVlLHUaKiYFf36GJybqblrexO&#10;zY6/kxzPt/I1IrSp8MX8Nmp1lcPGSrPIi2VfUR9Ln/X9iBLS0EKCNiX9COP86DFfy8+tndblE0SI&#10;NPrqHz+3ohvU+W+ag319r3R15sym2YZh93l8d2FS5uuoIhS1zRyw46noofPJUVAp42Gr0rdv7PtK&#10;U1QtekURbTURMbPazMCWAAJ9PAB9szWpjjkZz8Yx/wAX+z/iqdIY7wTm7qO3T/q+f+z69GeyFLJg&#10;qqaoij14+dEWSEMGjiZQrsSiBmGp3/NufaO7bm20elezWyjyU+SXZ2fWB4qWWdnlSlYQAsLKtyP9&#10;h7CHPiltoRR8ZZf2aa/5ehly0XffbenwaV/LJ6UXSNN2bTfIfYK4GKlq9gSVxmzLz5OCllo4pMdk&#10;GqXp6II01S4m8a6dXP8AsPdFNQrN5yzlhd2S9rshU+Njcel2B5H4943N2JOmnHjsP5/7HUigUvHr&#10;6/8AP3VyHuVg2C18CnkiSID/AGM0IP09souqWJx+fT8qF0D/ANHr3s7fUysfGSSANFuPyFouT/X2&#10;eRrhQOJB/wAnRDd/CxYeef59M2aIFK34P9ebgaJP6c+zGKRr9QH+9fU/4/4+zODCoPkP8nRQ66TT&#10;y6DacMVaxI9R5+vNj+P6+3qJQRH/AKw/3q/+J9uSV0P9nVG+HpPu5DuP9q4vb8f4XA/P+HuWv6h/&#10;sf8Aevp7Zp011Hf9J/2H+9j3JkYKPV/RuP8AYA3/AK+9r8Q+3ry/Ev29RFUsG0mx45+n9fr7f8RW&#10;QUMjmoKlRos5P6dQl5IB+t2Ht5o/EBHS1U1mgOR0kc9Q1WQij+11ByX1KF/VYw2HN/7Kn235XPRU&#10;z3SsjkU/QF4xpsF/Nz+T7ZaJzrUqenfpC4C149PGF2808atJQvA6Xu3jkIYsXHOoAfQewry++IQ0&#10;8RdpHAsAwYR3P4DBVXn2wYtRGO3+denYbIh8noWMXtbwrE4VU/qVtfT/AKxLG/sJsnnZsirq6eON&#10;XbSiHVqHqGkjSLFvbLgeG58Sr+mafl0aRw6RWvd0u6WiSmK6PUSBdiAD+Ob3+v8Ah7ZW/wCAq2Nr&#10;zNbj86b2/wBh7RjGOlIwKdTv7f8AWyj8/wC1H/e/cuH/AD1GR/qafn/EOpPJA90NVnXV6H/L0+im&#10;N1ZxQDrG/wCiXkfV+LfW4Nhb/X9qahBFbr/PlHP/ACGtub/k+yi3VWv7kf6b+bf7HW5nRiaHqJUH&#10;/JgP7JX6fX+wSR7FTAXedxxyr/m/0C3+n5+v+x9pOO4XDAYz/k6LpWw5HD/UOkxlyFoYubWaP6/S&#10;xvb/AGFyPa2gWQOl7C6yXH+w+gHIN7X49mFlp1yfw4/y9FL6NL1rp6RWTZTDx9dSH/k5eT9Le4c7&#10;N5V02t6+LgD6c/7G/sS2tfCFeP8Axf8Ak6K3+L59QQiaGJH+ovx9TqF78+0ZKSJACP6/m3BUf4f1&#10;9i4Sx0+L/D1QnPTzEhMZYc3sbnn6MR/Uc+0BkWPB/I/tW/po4sP9b2pjljwNfV4zQceljSxm30P9&#10;CLgkglieCfzf2laxhqcgDgf7e4sfpf6f8R7KWUOpFcHpee7hw6f4QQBc/wDE/wBeOeOfcWQgMAwJ&#10;9AX/AF7DixuQbH/H2hyTXzPVD1nW9uP6/wDEj/Djj3HYjxg3uAzAf7Dn/be3UkZe0cOqxGhOPxdc&#10;rc83BsP8P68e8UJvI/5vG3+w9Q+v9bD29Nlf9Xoeq3eU/wBXz68fx+OQPwP9t7yq5v8A19duf6Hj&#10;/b+2SKp+XSMiqfl11YX/ANc/X83+v+tb3nncWW/H6AOb2t/xX2rg/sU/P/Cemx1jA5JuDzf6fX6X&#10;/wBf35DyG+oCEf69h7eAqyjz60QDg9dH9NuRc8fW9uQf8L+4Ac6F+p5Itcf1/wBhb6ezDr3XIgf8&#10;UNja/wDtzf3BrJOAOL3PFj9PSD/h9B7NLYJ4S6ePn0mYAOT59eC8n+gF/wDeOPp+fbDIQzC9/o31&#10;v9OPrb/X9rEwpPTZVc449ZRx/th+f98fcGqVPMzAX4S555Gkcm31I93Hxfl1o8euSni30Nzbn/XH&#10;5tx7gwNpljsLXY3P+wY8Xv7rJ4eNfSeUAEH16yW44uf9f/fDnj22zqks8kn0uzC55NlP0/rb3ZF0&#10;qo6aGMdZgSFA+v0t/wAhXtz9AffClYrUJY/SQE/T/VD/AA59rk8POj/V+3r3p11ILryPxb6G/wDs&#10;Lce2yrIeoqNZN9c1hx9NbfU/U2P4/PtNOP1UOn/VT/V+zq6pqPGlOua/pX/go/3r3Ap4wtXTE+m0&#10;kX15v+6lvqR9L/X/AB92RdbBa8errDnJ67b6H/WP+9e4W4V/cr7/AKgJv+hWJ/23vUwr4/5/4elC&#10;qNTU4566X9K/8FH+9eywZMWqas/1l/PH+N7/AJ5PuM7z/clf9N/kXpanwr/q8h1y9xgLluPrb/bg&#10;X/3n2qhjYxqV4f589NLU6qfZ173xZG4sSbX+lv8AD/X9+Jqe8mvSZ31afUde94St2seLf0H9T/sb&#10;/j8e7IQdVOmR3CoPXvfYIUfnTf8A1yL8fX/AD3vu1db4fb173yiYMW/FgLD8n688ce6yYp01J+H8&#10;+ve8x/2P4/2ANv6/4j236dNde98G50/4OPp/rkf4+3LX/cmH/Tj/AI904nE/Z172eHqMsemsupPP&#10;8YrRc2Nv9+vjTwbj+vsX7c2m4vl8i0n+FeiufO5x/OMf8ePTLUC+Ypz+RSx8f69Sbn2vKc/t7XB4&#10;/wB+tRjj688/1+ns54QwH/Sf4OtIdMF6f+Xj/n3rin6q7/qNkv8A0HpTm3549tO+Yw+xM3p4tlKP&#10;n6WsjfUfUX9rVJ8MFuIp/k6V25OgFvX/AGevU5/3JQC55opzz/hLF9Px+fZH8io1k/7x/rEC5/P+&#10;29hu/SlDXFP9X+HpcRpAHn0+e2VuCbf0H/Ef74+yzqvXvfHj/eb/AO8f717317r3v//SpHyuMq8X&#10;UeOoCm7LyGjYfpjbgqzE8yD8e8ZAQU/Lqb2BVc+nW/x7bGjdT5EBsSSBqHJ+nN7W+vtwVrSTrQr5&#10;0697c8bgsnl6uOix1Ka6omdV0ySLANTn0qGkZY+NNvr7bd9JJOE62FdmwtV68eOT9B7EeTrKh2zD&#10;HUb5rf4LTTIrE00UeVdVdfKQFoKuRyQivxbVx/X2z44cfpGp+dR06URBWRqfz/wdYxIHBMfqIJFi&#10;GTkf4sv0v+fcF+xcNt+GSh2ZgoI6pI2jpt3LVVcVUqqvjhnOJrKaWItG8Uc+k/2vT/X24ELZdsen&#10;+z1vx0UUiX8/9jrspqPqYlStjHZdNz+b2DfTj629hTuHcGc3NVfd7gykuWmia8c00UEBCpJNIkYS&#10;mSIWDzub2t6vbyqqiiLTpO7u5q5qeuSqFACgACwAH+AsP94HtPsgYo9tLgWVByG5Ok3vxz+PdutY&#10;x69d++RDFiZnKmw0hRqtccWI4JX/AB9+/wBKMdeoaV8uve/CIgLaQsQbhiq3b6HVa4CgH3rBJPr1&#10;XSM/Pr3v3jNz9ASD+fqb/T8k8+/VAGB17hwHXvciKPUpKnTe35I+lxa2o3/1/bbYarDHTbfEC3Dr&#10;3uSIiTYHn/EfT8G/PHtqvVKft697yrHoIA50G9x/iL3+n+8+7qdTV6dTL1PXvYgdX0xn39tiADiX&#10;KwLbj6Nr4t6f+hvbV5/uPIR6dOOCaY8+uEh0xu3+pRj/ALYE+1JX7HzGc3Fm1gpl+ypcpk3kqpJ6&#10;eIxiOtlRykUs8bS6Ve9he/tJHIFVSTk06RwoxZ8YLcf29d6gAt/za1gTf/bD3EkqdobQd2Ujceap&#10;1MX280NZj1o5oWJ1R1EYmgl8FTT6B+G1X+g9qKM/DC9LKxxfN+u+T/hz+LG4/wBiOPaCzm6cvn9Q&#10;rpWejMzGkoCY/HSJqkNPCsyQpJL9ukpUFvqOT7cCBRUcemXkZ+Pw9d+04gIX0P5ptLCRT6PAtvUF&#10;Y8SGK/8Asfp7pNwp8+q0oaefXvYt79WI7V628RuF2soaTTbUfuyQ1m4HHti1/wBG/wBN/kHT8wrH&#10;D6aeuK/V/wDFhb/khR/vY9g+xChfT/U3/r+P8Ppb25N8S/Z/lPTP8HXL3j8tyRb6Afk/0/1h7ap1&#10;fr3vmDcX9+69173PoIZq2qijgUuwJ+mlSvob1ANbVqt7UQKpEmrhTp2IatQ697PV111hHisbDnN0&#10;lcPjFu5q4zFXysqtdyaWmqTONIYf2eb+y1JDJcLBD3N+z/V/q+fRbdOwah4Hprra90EkFFF91Wqt&#10;1gLGBG1A6QZ3jaMXt/iePYjZTvLEbZo5MZsKjWnqDG0Mu5Ekq0nlupUxnHV9BNEBDKocckE8fT2O&#10;bW3NvGssxqpwBjy/1f6uHRbdBbhEj4hWr0iKjYX946oVW7aj+I0SlZKfAyQQilpKhS4M61lNJHPM&#10;zQvos3AHP19g9VbnyO4qs1mQrXWoJ+7kcRq5muxdpWaOKNVaRpCdNjb2JrG5YgBVNB/L8vy4ih6L&#10;foB3H/V/sfl0u4KCloKaOmpoUjhjRYYo1uFjjRAkaKCSSFVQPr7ccZDksrJItNCKemKteu8qPLNL&#10;rQFDTuVZBIjh9X0BFvYkt6zyBGA9Pl0nkCWys9KeX2n/AFf6j1HqpYaVA8jFiAD49JAUW+uoC1gR&#10;/r+xHxtB9tTLBLN5J1AZmZLAlEQHlbrbWvsS2lhVdRXHD9n+2/zdEF1eF5WBXHSTrq8vJrRLRn08&#10;Hkay5BsUBuAfbtGgIsBylkNj/iB+f8T/AK3vTNpcL5ev7etahpD/AIf9ivUBi1tV/wBd3AP+I/JH&#10;1/3v3PQRxoPp/X8/U2H41XsB7SNqeUimR/g6rkuPt6jlmI+v1vfkXvyR9Lfk/T36OaJ5tAvY3sOf&#10;ppufx+faDdCY7SSTz7f21/2elcTFWVvPrPBC5Zbkf2rni34H9f8AafbnFWLEdJuD/hfggf1083J9&#10;h9KPqINVJP8AhPQqsXBUkHHl/PrqopGkC/S4Fmvb8hP6N/Qc+3EZEaWAJuP8PqPr/qb3AHtPLENa&#10;ahUHpcX/AFFznqClC178AfU/4f7ZrG5/w5984Moweyt/Tj6gm3BIIH09o7m0jYAn7Pn07WvHrMaM&#10;aTcD8m39QeLA3P8AX6+3mPNsiKVJ1ni5v9RY3F0ItY/n6eyZtvjaYQ/gb/Z/2eHV0l8F1kPAdR3x&#10;5cOzKPRcW9J/IF/1g349jP1j2zUbUz1HXoCtPF4VyFCjroqqWOSMuGn+zldDJYcKpItxf2EVSXYN&#10;wS9RtX6+pSfI6q/0v9R6XXG0xbpsM8dydSSeJT5al6LH8u/iltT5YdEb/wCnNz2p13dtTcGEx2b+&#10;3lqZ8HkMthq3HU+TpaNMniUqZce1V5FR5kRytmsPdoe29zY3deEpMtjJLxVMUUssX7t42kgindNU&#10;8MDvoEwW+kXt9PwMguXZf37tn1hKApGD/twq186fi+dPs6xN3q0m5M50gguxqWcKI2/hR5SB8GrI&#10;IPGpPnXr5mHzn+G+/fhj3VvTqDdMEjUdHUZus2zlmfG2zu1f7w7kwuEy0sNDlsvHQVGQptvPI9PJ&#10;N5ISNJH0ZnwF/ov1+lv+NW54Pt0RMzHUKdDCffhBHgjI/wBX+qvRAYcK1RK11NwxNgL3OoAC5YWJ&#10;Y/059tGVzmKwcYkylT9uDawEU8xbhyP8zHIAbRn+huPb1LWKKe5u5kW2iVnf10rSvblvPj0E7vdr&#10;ncZhBtcRlvC2gUFFDNXTUn8vXHRtPj98Ou+fkXkocP1XsGbcE09TDSpI+YwWGpxNKaJUBqM5lcZT&#10;kn7+M8OeDf2Htb3VsWlaREyRklj1eg0WVN2XkC4oCq3t+T7Bt77h8tW6BtpiMsh8zrjp/vS1+ynz&#10;6M7LkHn3cGVd4kEUVM0MRJ/3lvn/AC6uM6n/AOE6fzI3HV0zdj4bHbCxcojLz0+f6+3TMisEK+OH&#10;F9gpr0Xa/NvYY7i+QqzU8kWBpTDIfSJxPKARrU3EdTi730g8Xv7Ds3u9zKBJBZxqkLDTWqMRq/0y&#10;UFPUcONehJZ+wvLEzRzbxcNK47qUdRjjUJMMH9nVxPxx/wCE53TvX+Qp8n3Hvmt7MiQ+YYGr25UY&#10;CljMSONH3W3uxKiea8pVrk82+nsAc92TX52pNXnZPvahb2LWiClxGpH+T0sa+oRr+B9PcYPtc9sp&#10;G33rkn+ipOPtJ+f+rImy22ewGNtXSP8AV6n7etgnr3pvZewsTDgNp7bo9vYaJQiUlNUVksQVZKia&#10;3+U1k8gIed2/V9T7DHJ7uiUmaOUyMLERFWUW0xqw1vF9dPP+uPZtY2G7zNpuIat/pl/yeX+Tr1zD&#10;JASLrh/q9OhfpdqY2OMQxIKeM3UyBZWJOuRx6DNwbm3+x9hXld1VU07hKhkX08BFbnSh/Ma/635H&#10;sWjYVKaXOf8AV/q4dJLuZVUBePS5xWJp6aNG+3UkX51EEWZgeRIw5B/1/YZ5TcOjWJCZCfqOVtfS&#10;RyEC/X2eWe3xxUCHNOP+r/V59JIIfHJLP0rYKIuAQBGL/jn6Xv8AqJPsNc9utkUqDp9JFjquAVJ/&#10;45H8f4ezaKEKf7SuR1qZgimhytD/ADp0+U1Aq86ef8Lf1B59X09g1lcyayZtUh+p/FvozD8IPrqP&#10;/GvZrFHrrnA6K5DUdPCRhBYcf630/H/FPYfZatCu/OoaubcAf5z6WU/j/b+zRVAGkcOnUFCPQdc/&#10;YW52sEkjW/ow/wBuZLm1v6+/ONJHrTpTTSKV697RdZOulvwTb/if8PZNKzeNIAfxdNE5PXvaSqHv&#10;I/4bm4/pzz9Dz9fbR7q16aPnjr3tpqCNNuPqLc/gH+v4vx7STCOoK8f9jP8APpfCo0I3n/qHXvcE&#10;ykC1xqv9ePpYWF7cey+YVkFRin+fp9RUmq1697jNZ+f68/8AFRyQT9PdT04fl173FdLD6Hjnnn+l&#10;vyb/AF9+6ocde99IhY6rcW/rbV9bf61ufdKjWAfTrVRqCnj173xcAcf4fk/7Vc/6n8+3FemNWPy/&#10;zdOpJox+Hr3vJHxGDf8AI/3gEH3qY956VN173hnuUZ734Jte/wCDf8e7AhaJ59OhgvYePXvbNI9l&#10;ZgPoSLX/ADb/AGH1PuxNKevWgKmnXvaNr5j5WHBP+NwP7Q5vyf1+w5u8iaSa46MISCE9P9nr3tsa&#10;RndF4t6uP9jY82uDcX9g6gAZvPpSGqade9u9DENYH9eT/rW/33HtFcP2np5f5de9iLhsfc6woNrA&#10;XH+Egt+r/D2SM/iMVLdKSpIJrQ9e9ixh8SXYKVvYkf7H1k8aj/r/AOv7VRBWIBzX/ob/AGB9lei+&#10;4cgEE5PXvdhXxswJos/i6tU0NHKXJ4tYpXL9S5t9b+5E9v8AbzJzHaACoLLT/eWp/qx+dei29r9K&#10;1fTpC9lTpBsfcZf9LY6RD9bkM8akCwJ5v7sIq6iRqdtQuBqt9PqD9eQbk+8mbXZ67pJpwfCT/V/L&#10;/Vg9RVCzfXuCfLz6I/STQpFTqv8AaqJSDZhYNa3FwLDVb8+0jkXkaNg3qGgsbcWBDH6H+gNreza2&#10;2+O0DsgOW/1fP59PzU8UkdLbGTrNLFzZgwjVbHkgoDe3AJP5/wAfaKdF+6skjKtrsQtwCZP6n6/X&#10;2L9rYhACaf7P+odX1Fo26WUsjfaFnhV2DWVWexYLFfnSOPp/tvfOWuSnliiEhctEEDFSDqDlALAG&#10;xAHHsYbPOy3gApwH86dBy8jBJ0rnV/0F01jFvVUs0rRLGBO8uhXBWxQSFySQSCWt7zV7t9kIo4wZ&#10;JgtS02vSVi0uGIVhpb+tvr7HRndYQBSnGvnT5dF5Wj6jwBp/k6Z8TAjZV6mWdhDTM9CtIItSPU64&#10;2S7L619PF/oPYo7c2X17ldv0dbmN7VVBkHo45ft48BV1S6jGHaIyxSKltdxf/Y+21traYAvdkSla&#10;00k/zrTonnm3COfw4bDWleOsD86EdE/7Z73+VOzex6zA9cfGTC772gmUNJNuSr7i2/taaKJqhYvu&#10;xhshhqupfxwNr0h+bafYE52moqXcdZQ4Vf4hTwyHx1jhqNyixo7/ALEt21c/k2FvZTLJCsjJG2pQ&#10;eNCP5dGKa2jXWgDEf6vl0e3ZlfmspsnDZfdtMuAy1ZRxPXYaCpiy0VNUyu6CFa+nSOOZU49Squq/&#10;09zNuCHL7ppKbJVhocdOtSZalYvuGgMdHI0Y8SFHPklUD8f7x7ZLq9QzUSpzSvAf5+n4UIdSEqft&#10;p029gVWV2v1/lcntfCJuPcNF/DvssRLXpioq77jK00VTqr5oqiGE09JK8g9LX06fz7XnYOxdkbdw&#10;dRk9u72q8nXxBT9o+BmpAzNVUUHNRLK6i0E7v9P7NvqfZFepbq5aG71n/Skfsz9v+o9KIZbxpCtx&#10;ahF9Q4b18qD/AFHoufx072+SHZG7P4F278acP1hgWKfbZ2j7fwm9JJlONzlXMTisdhcfPH4q+gp4&#10;B6zqFR5OFjb2Bi11T/DJqiP0tUqFiYFf1QzWYcrx/QXA9mMcix7fKwfuxX5DV/P/AIrz60NNQK9o&#10;PR3Hx9M2Wgp3GpKVmaRSpItNBdDw3B/1j7GHrvYW092YNWz276jbVcjzEpT4h8n5w1RKqIXWVI0A&#10;RQf9j/h7IykVy5ae5Mbf6XVXq0slzEymC3EjHj3BaU/I9FL+R/ePevUmcoB1J8f8d3Xjq10jrTXd&#10;m4rr1sPHHSRSmpRcjh8o9e0s0hTQukrpv+fYTdg4PGbZ3IuDwmbmzlAIYZ1q5qE0Dmol8pePwOzt&#10;pUIPVcDn2lfQrSKkmpPWlPQ9GtsXmVTIml/Stf59GR6W3hu3f2wKHde/NjUvX25KqWqirNt0u46f&#10;dMNJDTyKsLjM0lLRQVBlU3sIwV+ntgjglrNw4anknKQNNQRPMVQ/a/ulXkWPUpkMd+Bfn2hdq6XD&#10;5NM9LEVAKrkHpf1NQKHb+aqYqXzTRU2Snjpg7p926ws8cTS6W8XmK2Jt6b+xq3L0tseh2rl90Q9l&#10;V02Vo8JXZ1cV/dpkiNVBjp8itP8AdfckBDUIItWki3Nj7rdQxIkbpdVc1JGnzpwrX7M0+zr0Uk5k&#10;QG3omrjq/wAlPz6JLs35UfInMdt0fX2V+KeMw+wJt2U+2IuxR3TiK6pkxb7lpsKM1/dJNrx1gdsN&#10;K1f9uanUCvh1ljq9lSwtdUTT5ECQmSTHVgjcgLrjcxaZCCAAzMb6fx71az1Uh+HRkRqIHl1YNkKe&#10;IJSkgBUq6diOTpdS9lU/0A/PsTurNh4Le0lXRbl3bPtlVMrpWQYv+KO8kccASLxRyx2D+Ukn8af8&#10;faWZkkk0ySaT60r/AC68QyqdCVPpWnQJd+9mdi9Y7YiznWXVVN2zmjV0cDbbqt50Wxo/s55J/uq3&#10;+MZDGZSDVSLEto/HeQv+Le2Pt/Y2J68yWKodv7wqN0U9fS1FVPLU4kYvxvBMsaekyza9SsT+LW9l&#10;ssaowVJNQp6U6VrGaDUp1ela/wCDpw+P/Zu++1dq1uc7D6ug6qzVJXpRJgKfeVHvVZImpIJ5Jv4p&#10;Q4rFRLomkMenx3IXV+fYY1wqZqXDyx6W88cjyRkogkCzAaifrdALgD6+/eJKyldRI8/+L6e7mAoO&#10;hxi0LJUC36WUXH4ut7D/AG/Ps0m3ukuvNz4LHZ/I9lV2Kr6+KZ6vGR7alqotcNRLTRD7r7lL2jhD&#10;3AHLW91SNNOp56E+Wmv869J9EiykiMFPLP8AsdEq7D+RHf8As7f+a2ptX41Y/ee1sdJRpQ7xk7ew&#10;2AmrEqcTRV87vt6o25WVEHirql6YXnNxF5P7QX2V/HTpDuOmpIalqo07PqDxiAp5KJ5Bbghr6v68&#10;29s0IQE/6s9KgtATXo6dQvkpJC6aNY5sdY9LgcfQm9v9h7duutu47dO5I8FuPLyYHGZZ2hbMw0v8&#10;QmoPFFUTmRKKN42n8kkSx2JFg9/x71dVKBQaVNOnKGhAFT5DpI9kbi3JtTZed3Fs/a8e9dx4mj+5&#10;xe1Js3BtyLOVBnhi+0fOVVLW0+NAidn8jROPTa3PsTe3eptn9f4CkyO1t+1u6qgzzCpo58E+KWKG&#10;OJZEdZnnlWQtIdOmxI+vtiBURl/Uq5HpT/P1RVNGLxgfsNf5dAv0B3N3F2hk9xUnaPRVH1FSYymo&#10;pMNWU3ZmL362amnmqo6qCSnx+DxD40UscMbhmLiTyWFip9l7NRLU4GCZIhPJHWz+WmaQRqI1Q2Pl&#10;0gXJNrDn2ZHIyOrk9v59GeA0zsD6QY1s/JJuzC1rg/QezJ9XdVbM7F2+uQ3Dv+r2xWU9RJS/w+DA&#10;SZNBBBBSmM/cLUQhg7VLD6cab+2SsaRMzTaXrQdtf9WK/s6rpZVBVdRPzp0VPvruzubq7N0GP616&#10;Eo+2MdWUVJVVWTqOz8VsZqOpqJsnHPB9nX4HLvUCnSihbUCobz2H6T7CbemFx2xt5rhsfnJ8nBT1&#10;K1NNXPQmleSjiy1VSxSmDVOqFkpA+m+oFrf67pVF+FgVpj7OrUoynzp0O+wtw5feezMTm8/t2PbO&#10;YyWKoZctt9crHmExWRq8VRVldjVykNPRR1q0NVVPCJljRZBHrAAawaqVJJtzQLV1DRU+Zrk8mSCJ&#10;JJT43IVaJLItMmnyaEYvp9L3FuL+2dIrnrwRdXDj0paqSSnxNVLR0q1NTQUUz01CZft1qKqlp2aC&#10;lNQwcRCWRQmsggA35t7MxmegNlUu2ZdxYjs6tr6gUrVBoJNstSoGMDzBFmlrS3GkC+k/63vWqFzo&#10;V68afl17QWJQpRfI1r0T7aPyR7mynZE2yt3fHmk2pglrGpqPddP2ljc+1XCtVT0yVD4ak21TyUxk&#10;8rtpac6Qn159llx0k1Rj6vF0kzVFVLJFUOXQRahTqS9mceK9v8R7rpX+LqoVCCNWfy6OROEjmjqJ&#10;bBY1eMEXYgystrgc/wBn+nsWOotkYPf09Rit0bon2myGP7B6XGfxgzqsFRUTljHLEsOloVWzfW9x&#10;7bmCkku+kV40r5HqjB+6i1PpXoDu/Oyew+rtrDcfXHV1P2rkkdEqcJVbzo9khBNkMbRxla+uxmVS&#10;T9msllNozxDp+rC2Tufr3FddVeO/g27qncVNkmq9csuKXHsoo48bovGJp2sz1jD8fp/Orhq0l1ys&#10;A9V/4r/Z6dXVQFhT5cesXQHau8e19u1OQ3z1tD1pm6Fafz4SHdMG7YlNVVZaIImTp8XioZLU2Pik&#10;uEPM2njRdg2nqK2eaHMU4EUNRrFQokQ+IQp9vDYMA8nkKm9hx7N51rClT5/z624Lkk8ehthSKIGi&#10;Y62j5UlSNQdjK1yPSukkf6/s2mzej9mbowNLnYuyqzF1FYZkkxUe3DLFqpp3isamWrjb9wqX+gsT&#10;7DoIV6mQj5U/1f6sdVYuGoI6r61/ydEV7Y+UHdXXfYVZtHG/G+j3ftikgoagb1btbG4iQmtpPPKo&#10;26dtV9T/AJLKRFfz+oeoWHHsAKqFsRlshhBWM80s81FSzeNRr0SuIp9K+RFMqLcqzWF7X9mkLa40&#10;emD15loRXgejm0tSuTxePyz0/iX7aGtng1lvEZIFeWHWVjZxEzWBCgta9vbpsrHpmdwUmAzeYkxs&#10;VbWR0rzx0qVeiGadIvOFjZFLMLnTfj+vtLcAGVQTQUH+E9OtXOM06Yd/ZrIba2dntzbc2/HuPJYj&#10;EZDJ0OIkyIxQyFVR0U1TBQtWyw1AplnkRU8hRtN72Psbuwum6DZ+3Is5g951O5HjnRzQzYmnxq0s&#10;C0NVVmojmaqkaVojTogWxJ13/FjsFIpkjWXU5yRSlP8AV/P8sajikkJlZQOJ4/7HRTugvk/v3tje&#10;uZ2p2B0dT9XUlLSVf2Wag34m8P4vVR5fG42GieipdvYsUSVcVdNN5GkYJ4Lc67gF6SvnrFimgk11&#10;VIqJNTGyDxw6WlnaVwqlvIwFhf8AqPaq6iFxCVz/AKv9X+qnW2l8IAjHRvZKWCikkjlTTTVTO8dR&#10;cuRNLdY6dYkuwHjUnUbD8H3YH8V8piP4PVx5GuEchyhlaiaGRgagUeNPmEyAAkPcW4Ujn2G5raC0&#10;mBZu1lr+z/N5f7HSS6ZruPxAKle38s/6v9nqhD+cjtPuLOYnGP1RtBcpXNt2TFTZ9MxjaSemxdVU&#10;7jWqxq0OS1RyR1EbI7OPWrWUezy109DkcUY4Z1khLwuq2YCRhcoh1aWUP/vHvU6oYwVNOiKVDFn4&#10;G4eWOtTHqDb3aPVXfCZDcm1q2izK47PY+qrdcUjYumqljgrchD9rHU01a9GF8iqq/uOukfj2DPYM&#10;TxbZqopgKcVE9AIYQ6yrQQmrhSaNHW4mU3LXNjfgezLZ5ng22/1HuZ0P2Up+3pq3vZIp0BBqwOeF&#10;fMY/1fPq6H4jVWK3P8m9j5fb1XNnTtjaG/afce46jHVWJqewsvPhp5sZl8hjqlYTgp6QRGFY4VaP&#10;Ty349hXUdTY/+FipodzSzK4DRRNQxRK4SYBgXkqQy6SCfxf6fn2ttLnx3p4nb9g/z9Vm3N5ZNDw0&#10;9c8MY4dH2oPndven7Bfa27+gocF9o7Q5PLU+9arMfaST4tqmlEdNRbYZKrzl4oywciPUW/s+y91G&#10;XFnoo6pqidNJpZGXx+QuRLN9VCxlVP5Pq/HsZ2sUVxCyyipWg9P9WKf5ulOkwEsFpq6s2p9syRy0&#10;+YkxqUFJP5BlIY5RVGFYlNLRgaJPJOJJBq9K+i/q9qLZkFJuivjxtVk3xcim1NOtP9yahnSeSYMr&#10;mJIvEsQFybG/HsluJvp5ZI1fSajyrXHSSVWkJAj1Gv2fsp9vQdd653cHU2z67eGA2VFvmOOHyZTE&#10;yZpcGKKGOpoaankjqEgr5ar7hqpmIRLro55b2/712tUbLhpchDm3yEPlf/KHpoIZIdKqxZYUkmaQ&#10;3e3AN7X9ofqmmSYrJqVV449P8Pr/AKqK7m2FpbCVY6eJ/q/1fs6Dr46910nf0uWweZ64GysvBT0z&#10;y4UZXI5enq4qmpqYoQ2TmxmKgjV0pddg111W9lj7p3bLUdcbtNO/ngnweSgnlb9tyPtmEi+NoQeD&#10;/Tk+yDnRfF2tdRwoH50B6F3KVP31FrHbRf8ADjo/fSmwqbA7sp5J6daSppzNUU9Kh80cayLKFdZ0&#10;nkBLI5HI91L1UZVXeP0xylnsRf1MCxJ/oCD/ALH3jpNRYpDqwZn/AJkY6k4qVmY1/F/hbo6PubgF&#10;LZGmPIGqEH68HzQXseR/h7L4uMP+m/z9XP8AuOn2/wCU9e9nb6rYCOED6gqD/wBS6IAc/Wx9iC2+&#10;FvE+DT/lFOHRDemqkjjXH8+mXND/ACZv9b6f8gyXP1/p7MMq3dfwPp/vP+w9mKfEOidjU1p0HMja&#10;Y3HJP1/3j6/n29xXVIyWuSv0/wCR8W/4n3Z+Bx1RsKe3pPyWZ5ALj1f7yD/sP6e5i/Uf776g+2T0&#10;31Fb9J/3359yZLgXAuQG+v8Ajwfe1+Jft68vEfb1FSxuCbA2P+2BN/8Abe2LcjhMDXTqfSqw6m+h&#10;ANVAg4tc3v8A09rogSejOFTpLHgenDb/APxfKKBxZiZio/sm1LO7XIuBYf4+wDr4oUjhnpZTKJGf&#10;yjQYyqqLDh2uQG/w9qpUCRzOY8f7P+r8+jaKFEqwXHQxU0ju7RzKEKhdBDBgSb3+gH49sszFptAc&#10;yCy3jKEAng2JsTz/AE9kc0zBQa0PToahrXpyjUaf024Jve/BuPxxb/be8KRSCKQxoIEFyyqwcOP7&#10;Sm4JH+w9ljToHKsanr3jKainWbi63JJP9eAP6W95CA1MLc/v24P0BjH1uP6D/D22vAdOJ8APXV7P&#10;/wAg/wC35Nrc3vz/AE9yI/8AgRRA3HFMpP8AruL88f19tk/qinp/kPTwTCt1xb9Ep/4Obc2+nH9f&#10;aoo20VujkXmC8AXA1qfZfbqTfXT/ACb8+4j/AD9NM5LHzPHqFOL03P8AqBxbi+nn8f09ijg1Kzy2&#10;H1LL/Tnx/Tj6/Qe04ZfrpaNVAGJ6L5WzTV9vSXytzRJfggwkX/H7n+8i59ranBVlKm11kJB+vA4s&#10;T/r39qLatWDeRH+HpFLqKsG8h0jq8q0f0JtxcX/Nhz9Tbj23M7Gew+oDn8/6jm/+w9ia2H6daf6q&#10;9FLfER1GlRRGT/Up/T8Ef7G4J9pSqISbjj6/4/VFFhwPrb2uZ3koWNT00ST0o6RP2eB/Qn/kpvqS&#10;bi3sPck6hVtwLfTj+q/4cWt/vHtVG7nuLd3TqZU/b0radLAj/H/H/av9vw3+8+0hUMWL2BvYWItb&#10;/E2sOSnt98U1U8Pz9f8AVWn/ABXRgfnw6dIwBa/HP+P1/wCR+407MshBFxo+n5/SbkcX/HtGOHTZ&#10;6zLyP8b8/wC3vbm9/cdgPCj3tyT/AICw5/r9PbcTsZ5I2Axw6bt/jNf9XHrl/wAU/wCJ+vvFC51u&#10;Bz6P9bj0/wBRzb+vt2TSPiGP+L6rdUpnj/0V13bgW/r/ALyPx/sb+8fksx5/3b/vY/qF+ntVEFKJ&#10;rrTR1RUqik/w/wCA9df77+vuTK/ojP0FoxYmx+tv6fX2ojVB3L59NHNR1jsbkf65+h+pH5+vIv76&#10;jv5P8DGxt/rqeObD2/F8a9NHrxsQfqOfz+TcX/r7ia9I5/1zyQf+J9q+q165Wv8A719ARx/tufcC&#10;sa4BH0Yf0+lrWtcf4ezizRREG86/5K/5etUBzTrofW1/p/T/ABPN+b+2GRGLCwtck8W/oObcezBA&#10;CGqOtFQeI6yA25/3n+n4tyLe484CysH/ANSn9b/Tk8e/GlccOkz01GnDrsX08X4J/P4v9Lf4n/b+&#10;40GnyxX+uo6eTa9m4916SSfEesjfQ2v/AEPH4uP8Obe22ptqbTe+s/0t9X+l7e2o61On+z8v9X+f&#10;pv8AwdZkvYX/AKcjn/af9h9P9v7j0RLTrc8+YLe30Gtbf7z7XW/4sV/1Hqw4jtr8uvS/pJv/AL19&#10;fx9fcGuX/KJSP0kysbX+oZiPwRex91mH6gqf9VelEYw2fxU65L+lfx6R/h+PcKAn72nt/wAdYwx/&#10;6eWtb/g3+x91RC5CcD1ehrTz67b9J/1j/vXuPnkGvJWuNQn45F7I3P8AtwPfri3ItnDU1f6v838+&#10;roornrpf0rb6WH+9eysZP/gbVf8ALT/iR/sfx7jO+/3KH+n/AOgeln+f/N1y94B+P9b/AFj9Tf8A&#10;x/Ht6I6App5dImYqzEf6sde99k2Nxa/PP9P6c/63urH/AA9JZH/COve40j2I/wALk/i305+nNvdo&#10;KnWetR+fXvfGwYWINr/6x4t+OR7e7q9OHP29e99oNGqxtf8Aw4Nvpf8Aqfx7sQDxHXioPEde989T&#10;cc/7Cw+t/ddK+nVdCenXvfJST9eeCb/4/Tkcf193hUCe3NP9EX/D17Qq1NOvezvdP89PZgN9Bmq4&#10;Dj/s2MYP969ifb3/AFrw+ZMh/wAHRNP/AMlNCP8Aff8Az8emaoH+5aA2/wCUeIfX/ppP9Pa8Rv29&#10;rk2/49mgtwT/AGhb8n+ns9P9lbf6Uf4B1df9xLv/AJ6D/wAcHXGIeqvHNvvJL8j8qn+H159tu7JL&#10;7I3ELmy5enFjyLeJh/iefx/re1i18M/l0ptNVPz/AM1evRAfxKlIH/KDNci//HSLj2SHJEsrG3I0&#10;3H+PPPP459hncgVGpPhp/q/ydLaUUdPfthk+t+OTx/th/tr+yXxm9B1Xr3vjf/fc/wC3/wBv734z&#10;eg/1fn17r3v/06a6La+b3VVtXJD93NLYvJ5KWnHpR4U9L1NMDYQW4Fxb3jIWC9TqI2c6uJ639yQP&#10;r7dPBsbbscks+SG4cvSHU21jR5XFBizWRP40hqKZTKkuu/NtFvz7rWRq0FB6/wCx1v8ASQHNX9Mj&#10;+fXG7FiumwsLPcHn8jT9ePa26o7CzM3Zu0cbjz/djFT5eBZcUn2uYWRTHKzL95LRrUIWNjcMLfT2&#10;nkiB264Zs9p63ZSyGykphc44+f8AxXUTIwpNQ1SSIJQaaYaSxUH0Mfqtrc+0D2rHp3dmZYIzpetq&#10;pJjqH7zNV1TObMbx6zzx9Pbe2udJDHGeiWzr49xThqb/AA9TEFkQf0RR/tgPYTSWGon088D629Rs&#10;ByCbezPRmg6W1oaBeuXuHI11ubfrFv8AD9X9PqBb3UfH+XWvx/l173HRSSwJtyT/AMlW/H5+vu5O&#10;ft63UYHn173ljU3/ACLrcW5P1H4t/X3o9b697ziwst+T+L3/ALN7kXsOPbZ1Gvp002ttQ8h173JV&#10;bc8g/n6f48XsPbYYjh15WK1p173kUqGVkj8k0o9C6ivk0Cxsx9K6Qf8AY+9Hia9aPE4zXr3vKwZW&#10;KzqGla1qW4uvAsfOnpa4N/6j6e9elOtHjnj1728YTCV+YmljpIvu40EZnGuKn8KnUqEmWaPXqZbc&#10;c8e9MwUaiadXRC9aCvXva3xOb2zsetocvQyDcOWoavWaIpXYs0skFwT9zNDVU8/r1L+gj8+22VnB&#10;U4BHTqvHEdQNWH2jriy61ZTwGUgn/A3B/ofp7YN3dkbq3iZUylbqx7yyTJRmDH/sRSGRUgM9PQ0s&#10;ziKKXTqPJ+v19uRRJGG0jPTckzyYY9v5ddJGkYsi6R/S5P8AvZPtAERuoamit4v1N5GN/Hw3pe1r&#10;6h7cJqanpr7B1z94DJqLNyCNV/8AXN7/ANngc/149uItBx6cjFFrXr3voMx45/SAeCLW5t9LCxHv&#10;2uP+MftHTlevexi3dIkmytmO4utLhqeAuWPpZ5mIBAAPJt/Ue0rf2w/Pr11/xFrw0nroCxb/ABN/&#10;94A/4j2DMkuhQJZTCrEeKQJ5LjVzZVDWLHjn36Zcg6Kf5eq0ogJx1379KSZzI0d1P6pjIP3LDSD4&#10;xyhF7e2Yn8NaManz+3phRUmnH/YHXvb1gdr5TczsmPpvuKGPSZq4zU0PgDrLoP2088Mzh5oWTj6W&#10;v9PbVxdrGCZH7h5f6sdPeGz1YCq9e9iVQ782V1jH/uJpF3BuYgimyfny2KbESKWczClqKOvoa7z0&#10;9U0eluEKX+pHtJDcvUlxRH8hQ18vX+fn14yQxBQAWkJ+zh/Lh1jkQyaRqslz5EsD5ARYDVwy2PPH&#10;tDZ3t3dW7K4VOayhqmjKhXaloIvEqIY0Gimx1MrhUsPpc/X2eWt9EgbSuP8AV6jptnZzVhXrqGGK&#10;BBHEgRASQoJPLEseWJPJPudht2GZgZD5tbFfOPQC3p9AQU4tp/r+PZrBdCR1jXDLx4f9AeX29NSC&#10;ir6/6vl1l9mB2VUxzywyEKLlTb1D9TQNwABe5Y+xvszFGUA+f88f8V0Q38dVbPH/AGeo9UCYXt/Q&#10;/wC9H/evr7MVQQL4I3H+oT6E/QohvfUBc/4e5AhcSRqw6CUgo3y6QNbKUldD+GIuf66mH0Cn+nty&#10;NkW31FrW/wACP9j/AKn2502M9N4Bdrng6r3H9Ryf6cG/+8+8DNYm34vzb6/71731smvWdRcAH/C/&#10;/Iv8Pflm0qbm5Ug/ng6jyOCPz7QyD9RgP9WOmwADpXrMYtVuAAQRfj+n9L3H094Yp7OWB/p+OPoQ&#10;Pxzf/Y+2LxQ1uysMf7HS+2FZYw3WcR8i17i/1/xIPP8Ah7kir0XJ/wAOT9ABwb+k/X2QyK0gAXo6&#10;Q6iMZ6yiAE8/0I+v5PI/x/HvHJXjk/63P0+tuf0XuB/t/aNwKNQ9v+qnT8baWWvDqRHSkFb/ANeQ&#10;Lm39ber6X/2I99xZIMLg/wCNv6/X8hLgfn21o7irDpfEe8gcevPSW5/3x/1wWA49yhkVAJ5uLkfU&#10;k8/j0/Ue0vhGWkfk3SxGofl1w+2IN+Dbj6W/HH9rj24U+YWnlQqvmU2DITo+nPB8JN+Px7Dm4bU6&#10;/Yf9X8Xzp0+kpHw5B8usggMsbAnxtzpawexHANri4HseOve795dfa4ts5T7KmrHYTUYosVUh/P8A&#10;beQCevxda92EKjgD6cfX2VO8dnG1y8mmSGMHXU/hOqtKH+CvHrc9rbbrbzbbe5tLhDGw7vhftYdu&#10;lvh/pD5dE8+UPwY+OvzGwtDt3v3r2LfeNoK2OuoIpNyb0299vWU9DmcbTTK+0N2bZnfx0+4KpbNI&#10;QfJc8qukSa35RdiZImNcgY5F4ciDCtqA1q3H8CjUE6x9Cb/gexPac48y320Pabfvv6TrT+wh4Fci&#10;rIPXGR5ZqOggvtLyJtkokitu4GvG4Ocesrfw9Ef21/Ih/lq7FztLnKb47061FFWQ1tG79nd5OIaq&#10;mqoKilk0zds1qt4ZKQGzIV/r/T2HeX7Cyedr1rq+b7uukJjmlIhgsjytJILQUsMBtI1+FB5449gq&#10;HZXZr2bdtyrO4Yj9MfH/ALXz/wBVeh1YLtNjb+BEaBVGkd/p/q8+rONo9a7T682zh9nbEwC4La2D&#10;paGkxlAmRr60QUVBSRUdJCJcrkKutdY6WBV1SO5On1XN/cabdSwj62PAJ1MbD6Wsab1H2UptHiLU&#10;/D9nH/jZ6aeWNkYV/LpXx4hmf6G/J/BH4N/1iw59p+s3iyqdPI/HBH1/xNMR7O4NrIoPP/VxPHpM&#10;ZKKRq7epMO342Y6/683J/A/CicC/tJ1+8H8dg/8Aj9BcXK/0pfqPx7EkOxShiSKD7a/8/wD+DpOW&#10;qSaUr050+GgDAhBcXB+o455/WP8AffT2iMhueeS4u1rggWX+qD8wLcnT+fYgg2xIlXTStOP7f9XD&#10;/P1RnCg0Pd08wYyJWva/4tduQdX1tL+Afaaq82Sz6CeLeo254X+sR4J9+hhcZYZ6L/H9U/n/ALHT&#10;tHRoFFxxz+Db6kfTX/Q39oHJZdgGMht9dPH0sR/qY+L+zeOPSAET7T/xfVWnRSaCvz6cooVBuP6c&#10;c/Qf7c39hllsiZCwsCAWP1+v1/GkD6ezG1tnQh/9X5dFxVixI6cVWwt/vhf8e0NkKyNVYG5vqH5H&#10;0El7ek2t7PrdS1T08q6u0YHXL2g8lU+mQfW5ex/T6bsbcqfqffpJdTBFHaP9X8unlepSgx/q/wAH&#10;XvaCr31Mw5Xk3sQef3P8PaO5lVBWnd1djQde9pSpAZ5P+DMeP8WY2H5Psq6YIB697YJgbk3HP+ty&#10;L/Xgf4/n20zVPy6b697hyerWfoVH+FuQP9jx7Sv8dPKv+bp+PgiUxXr3tr0qx5uRaw/24/3g+0c2&#10;r/QfX/Vx6XkGgpx697xu9mIC2C8j1f0AP+PPst9a8OmPXr3uIzanJt+f9t9B/iT7dACEDy6VAAAD&#10;5de95WUCNQRq+v1H9P6j8C3+x91YlmFempDqkoT173hmN1A+hAAvx/S/9fr7vp0oR1cLpFOve8Sh&#10;jZAfSPV9PzwP9f26XpD4fz6VRMClDxHXvcWoYD0f2eR9L8AMv0PFhb2gSN0mMle09OaS2R172mMr&#10;XxU8TDWQzBgbA8lgy/XSwA/4r7puO6eEBb0/D/n/AKPT0ZKCjDFR172kpHQpGVGp5NDkXI9Zte4u&#10;QR/vP/EAi4YzTvJWg4dLETxKZweve8aqzyumhk1OGNjf6j63/pc29sNRFBrWg6WigAU8T/q/2eve&#10;11hKW1n/AKajx/wUj/Vf1Psgu3LuEHTipV1PXvYr4agLlbi5HI/1v3jyNXFvbTMGUr5V6cLGsg8v&#10;83+fr3swe0MEKieIG5FybXP/AE0WvaUfU/7b2o2yNnl8Qrj/AIv/AFZ6LpWBYu3XvZ++nqNqLJ0w&#10;iW41p5RdTxpq9P6tfJ1e5+9v7NxuBYcQB/lr+L/Vx+XRBuk6xon5/wCToNO1Hi/unk45TYNTuF4Y&#10;+rXCf7IJvb2bSSpVKdlt62v9CfxyLek/8T7nRbdhucDE47fL1x0AbyZPHYk/On29EkgpmmUsOER3&#10;Ita17jk+tX1c/X/D2kMg8ZTWWC/uEqfWQDZ/wPrx7VSfp7jKrL3+F1eN1UEHj0IeGin8CIqFwCqs&#10;DoW4HjJJJsQbj2HOUykdFJKzP5AAwAsV5BewuI3+gH+wv7PrCYeGgP8Aqx009wjY/wAHQnY/DSVs&#10;cSrH4iShY6g/+oubGReWLH/be2PGSz5LJLURD9hXV3Ho/wA2sschILCNzaOT8C9/YisbcXk0SFOH&#10;d/g/1efHomv5VMQ1ev8A0F065hIMRiZIZGIqHiaJG/c5laCSNbhTKg1SR/k29r7A4LJby3EcDik+&#10;7mSmkk8Gqng8UMdRHC37lTLSo2jzAfq1En82uBve2sn0sMcI1N204eWPP7R0Uy3EUMXiSGij7f8A&#10;JXoCex+zdmdI7Bquwt+ZFcBgoKlFqskaTK5LXUy0VRVg/aYagytYfItI54hKgD8XALlvPqHduw6O&#10;rzeUU0lAk6RRvfGT+Mzt44kC02Rq5mu4tcrb+p93svqI7Dw5O1a+oPr8q/Zw6at9wtrtjFDJV6ej&#10;D/CB0G3RHzX6A+Sebptq9Z7kG5c1/Dp8hUUww+9MQGp6LwNVStLuDa2DpF0fcJ6Vk1Nf0qfYRwZQ&#10;wUlXkWk11cLRxNNp0tpmBR/2/EYx6OP0/wCtb2jlu0RWMZ7x5+Xof9WR0uAACqBUjo4FRiFqaujx&#10;pi0UMyyTLT6yw1U7CSL9wSCUnWL/AKh/jf2sNi9U7q7KxmQrds4g10VG9IFmFdjafy+dp7EpkMhQ&#10;FdIgYWsfpzb2XyWlxfWly8MZYAipqBxrnJHp/Lq8lxbWLKLiXSXrTDHAyeAPRePkT8zugfibmNpU&#10;Hd/YCbNl3dFm5MVEdsb0z5l/gi4r7wK20tr7jEeg5iA/umPVr9OqzaUtu7bWZ2DXVGB3LC1BWyeM&#10;SjXSVPMcVNWJxQVFbF/mqyP6OPrzyDYNXEEsLCKYAOB61+flX16WwlbiNZoXBQ8Dn7PQdDL07271&#10;93/s7D9mdV5pdz7RyS1r4nIjH5rECcU+SyeBrLU24cdhslH4sjiKlP3Kdb6LrdSpZJZatooUpKCC&#10;m+6MDTNfySwW8+mUEqyMLm5H6j9PaSVgkLJrqB8/29aaB9DKX/M9Cpiqaslmqa6aX7c1KwroEccv&#10;EGuL9asPra/6R9fYwVvx57Mni/iOO2cP4XJTwyir/j2ABkuimRfBPmfuF0O1r6Rf8ce349pvGjE8&#10;NvWP11L/ANBdM289ukjRiX9WuRQ/4aU6JYP5j3xExW8pus893OkG/qatlpJcB/cDspzE7GZoP9yl&#10;JslsPIZIYSeJzb88+wSkqpBmxHXDxV1DUfYy3IfxNSM0RW8SiF9DKRcFgbfU/X2lDLUB3FR0eqnY&#10;EbOOjtQxQSYcy0H7tHX0xroDZ080daizq9pm8sfkRweQpF/oPp7advYKv3xuWp29t7FfxDLVc8iQ&#10;j7yGm1Sz1i08Z/y2akp1vLKBy4UX5IFz7bAMsjRIMdXVUVWZsRqKn7Om/fe/Nr9U7Iyu/wDfmbGC&#10;2ptbD1eZzuSagr8iKHF4nHT5HIVBpcTSZDI1Xgo6WRykMMkj6bKpaw9q3d/SXZPWuLqc7ubbv8Hx&#10;c6y4xpTlcDXiZnpqitZilBlq6oTXT0UhtosNNtVyAU91BcwKstxHpQ8BUHP5efH5dKbeWGY/pPVq&#10;fPh+fQHdHfNf4x/JjcVVtLpfsxd7bgxOOl3BW0S7R3/t40uOo8hjMXPP9zunauBopfDW5mmTQkrS&#10;N5NWkqrFQfWaiiwU9Z4z5TkzSKS0o/YkpfIv9RyR/S/+Pt6zkIjJABH/ABf+z0u8FqVBHHo1LCZq&#10;9ItX7X2xl+i3MqSqt/wRx/j7X/X/AFDvLs3E11Ts3bf34pK3wSS/xXE0v7q00MxOjKZKgJISdDax&#10;HP8Arj2iuIZ55iESpGeI6aJWIr4poSft/wAHQHd1/JzpT46Jj6nuLfK7RpsqitQsdu7rzvmDzSQJ&#10;6dr4HNvGGkiYesL9P9j7TO+9j7n6/raTCb3x/wDC6loZJIyaqgrdTU8qrYDEVdbHyzgcv/tx7SyR&#10;vD2SCjHpaCDEGHBuH2dLjq3trr7uja9PvbrPPjcu268RPTZEYzM4jypNCs0bGkz+OxVfHqicH1RK&#10;R9Dz7R2SmhNNhjJSirWSN1jczSQ21zAHgAG3P5/p7bJXjTPWyyVDac9CLGp1zWbTyCbC9rKDz9bn&#10;2N+P+M3am4aNc7tjZH3uHrF8lHV/3i25TmVI3aCS9PX52CqAE8Tr60BNrjixO7mCaVHmSPsPzHCt&#10;PX5dMvLErlC3d0Uffnzx+K3Vm9KnrjsLtePBb2x7xR1uFbZfYWS8Mk+Oo8tCP4hhto1+JbXj8hDJ&#10;6ZiBr0mzBgAXpVjptxpBVR+HIUzAynUJDL5aJnW3i1RJohI+hN7/ANfbNk41x/s/ydODDjo2sp8t&#10;IWQ6o3/T9R+lwD9eeWH9P9494dlYSp3puaj2ziaf/cjkppYqSATJ6pEhqKl28tTNSQC6QsfVIB+P&#10;rx7qieI2jTWvl16Ohemn/Y6ad37ow+ydtZbdm4qv7LCYOlNbkqv7erqRBTIyIXNPQ09XWS2aQDTH&#10;G7f0HsXd2fG7tTYOAymXy+3zj8DHSvPU1f8AFNu1X7I/cdzBS52srPTrBsq3PtLLbzwVEi0ofUdX&#10;V1JYI2R+XRdupfmx8Z+890Ns/rHspNz7np30S4wbT35hjG6mpBX7rP7WxNAxBpJR/nfqh9gslNSH&#10;CTxBzKKMT1jnQy2FgCNNxe3+BP8Are19sf7MeWOthvw4p0aZmbzA2/WQn1/pcjn/AFvYhdX9V7o7&#10;OpqmLaGG/iVdTtPI6/xDHUhalRqaNV1ZLI0MIJlqV5Hq5/wuN3ELyrIIxVlz5fZ06ACBqNKnoHO6&#10;e/eqvj3g6XdPbm7BtPb1ZWpjIK9sLuLNhq+SjyOQEX2228PmKxR9lip31NGEHjsTcqD32T11ufre&#10;vx9Bv7G/wermpKQURNXj8gRSzTV0FPBbDVtdGR5aGY6nIb08/VSbmN4Y4lkWhKA/6qdVDK4DBqjr&#10;3SXfXU/yG2zXby6b3Wu8NuUeZqMLWZBcNuLBqmWpsfisrUU5pdz4jC1rFKDNUr6kiMf7mkNqVwqP&#10;yMlAHxQ+xE1H/DqeRpxUyoJpg7/WKxlTWgv/AEF/ei2OHVjTt9KdC3Cstpy0nqMz6bovoQqthe+l&#10;rH8n6+x42x8d+xN1YOk3RtXa/wB9ja+ijqqdhmcJTeKCpjEyC2QzcE8mmJg3MYY/S1+PaMRSyzFk&#10;TsDDzHl9p6bZ40YamoT0VbtD5tfGvpjdkGxez+zE2zueeojpafHttLfWXNRPJULSp/lOA2tlKCLV&#10;VHRdpgq/UkLz7C6qof7m7nq8Pm4xTZ6k+4o66lDibRUSxKDeekapoz6JhyrMP8fayMvSjrRvMdOi&#10;gofPoxmHzeM3jt3F7gwFV97hM1S0uUxlaYaim+4opNM0Ev21bFTVcWtUHpkRGH9PbJQYgVG4lwSU&#10;fmqWZ4oW82jSxgElgplCHXqHJfj3t2KkjhTregq2lhnp3qK6Gnx718koSnij8sj6Gb0BrE2RC7Wt&#10;+FufY7ZT4zdt7Zw9bVZTapOFU0xr5jm9tjT/AJVFHSXjp87PVsDVzqPQD9Lnj6NTLJEhdoqx/aKf&#10;4a/y6rWMEBX1KfT8+ie7B/mAfEvtTeuH2DsftiPMb0zAyH8Jw67J7HoDU/w/E1mZryK/LbPx+KiM&#10;OKx8sn7ky6tOlbuQpBWm+2qMZUQyfuvjwpoW/cTyPUTt57AaVXSBb16gbcW97jjVgs4wW/2OrUAq&#10;CMjo4TmWOoiKj0S6vNyvpCJdL3uxuT+LWv7WOwOvs92VUPjNq4QVGTo9Mlv4jRwkmoMoT/i41lDT&#10;/pgb6sfp+OLstcpG4XUdXy6oxXSSxIA9Og47Y7f2D0htmq3r2ZuMbf2tRoz1WQbE5jKeCOIxq7fa&#10;4HG5bISeudeFiJ5/2yt311Tv3r6Kmrt5bZ/ha1En21E5zGGrtU8UTODpxeQrCuqJNXqW34vf3Qz+&#10;JHqYmOv5/Py+X+rj1tZEkBKnh0hekvk30d8h0yn+hvfa7xjxCrLlCNtbuwP28c1RJAotujA4UyXn&#10;jZf29RFr2APtGZBaMLT1ppvHAYYYZozNKxldFLStrX1IXP8AqRYfj3pbpady5+XV9QzXocqZZ180&#10;H3Hkl8k0kb+JFEaObRJaxD6Bb6m5/PsVtpdM9g7xpIs3srbn8Yw5QQNVLlsJj/t6lUgnel8OWydL&#10;VSiGCeM6wml9XBuCA018dfhxrVifPz/ydOBlCMK0J6LR3B8uvj30PmIds9ydiJs/OVNJHlKWiba+&#10;888anG1E+Ro4K3z7Y23l6SHz1GKqB42kEiePkWZSWKv2/m9nZ2pxWbw/2WRqDNj61P4hSVASKWrk&#10;pKlb0s9VAwE9O49Dc24NiL2USTnTIaEV/wAPA0NOqlHoCRxGOhW2rvfaHZuz8NvPZmc/je2chQY7&#10;cOCrhjsnj/u6aqxlPl8ZVCnytJQV8PnoK6J9MsSsuqzqGBAgU6xQ5QUAj87POKKkpdTRAyyyiKAi&#10;e5A9VhZmA55PtwotuwBPxcOmWQgnGOlFUSyS4s1xm+2SKn++qqkoJisMURln/ZsGb0gm6qT/AEHs&#10;yW3ev++cFijX4XbzwYl4xXq/8X2fJrjjj1JNoqa6WpGmNL6SObfpv7063OgSaKRfaOtIY2fwge/q&#10;vnfHyy+CG6Owj1nvDsmCr7BgyA2xJhztDt2Fkrq6oip2oBkMftuDDHzT1KKZRPpGoeu3tlqO39/7&#10;hx1Rg8xlGk0NHpX7XCr4vCwnMd6XHRBwzgG5c2/x+nvcLyz9paoHyHz/AM3VJ7RVdaDu/P59CVtj&#10;4g/Hnq7dZ37sbY0GJy+Q8zVtYmb3lVmreop1ofKYMpuKtgiKU5KgJCt/8Pr7S+Fizu7qyPE4il/i&#10;eYmDEUpno6PymKNp3/fqTT0qFKeEt+oXtYckAmIuJIxpVs+XSdogAWZsfZ0Km985srqvb9dvDeOT&#10;G3tp4w0wqsn9jlcqKQVtXT42mBo8XBkMlL5q+uSP0xNp13NgCQtd0de9kbVpVy+6NufZ0cQb7ytO&#10;WwdRqDSQ00J+3x9ZUyrpkqI1Oleb88aiCOLeRqkLgg1/1cF61DCtxqZGqF/l/qp0EHUfyW+N3deQ&#10;k211F2Om5cleIU2OXae+MT4i0GRrpR95uPB4qB/LBial7mQ6dFhyyAoKpqlmhjrWhv5C2k+Q3/bO&#10;gjhF/A/I9mMdwkykg56UCHwhQLQdD/T0ElLO9As+kRhSR4lsRLqkB5c/lvwfay2jsnd25pJJtpYk&#10;5HwhJCfvsbR3LF00/wC5GrpyLOrC4B+n9PZfvo/xCWQjsUeVPs6SXcyM0IkalG/bw+3oJuze9eo+&#10;no8eO2d3JtmLLTyUtIWwm5sz5JIY1qDxt3EZNlPhZTZ9P1/r7Bnvrbm5dlbZzdJufDmjasoaslDX&#10;4+p9E8MzfqoJ6oWAVha4P+t7DHPtw45Vs01AV1Ur/pRn/UOhvtEZEII4EEdCl8fu2Os+56Ko3R1j&#10;uVdy4WmaWgNYuHz2HAmo5PBMhp8/jsXVeiQjkRkH+p+vutqslaWS7HQNCqkPDWiAOiQyBVDX+ljy&#10;PcGIumLhnT0N7dKIlRkf4KdGZ9u+ASNq+lJ+uuG/6j/u2En8i9yP6fn23BTxDq4U6cuf7E9e9nb6&#10;tQLEth+B9R9f26Ln/Y39ndt3Me7On/N0GLwVP5f5+mLOn/Jx/r/T+vpk/wCKex/T9Q/2HH+Fxz/X&#10;2tg+GL7B/g6Keg7qRcSfj1Hk/g3Nx+B7doWFj/W/+8j/AGF/x7dfh1WQ9o+3pjlQ6r8Wt/Qcgn+t&#10;xxz+f9f3Ph/T/vv6n20em+oU36h/vvwPfKVdUbA35sfpe9jf+o/p7vC2mVPt/wAOP8vXusQbT6rD&#10;gH82P0uLcH+nts3LEz4HLJ9brS3P4/4FQHk3HFlt7fR11xHyz/l6N7NlNGJ8v+gupW32C5vGH6G9&#10;Xb+p/wAml+gsefz7LgKk0sxDgNDqYOLr9LE/UK7cE/j3RHImVzk0H+GvRzGSFr8v83Q3tH5I7A2a&#10;w02vb+n0uBe3v1TTeOP7inOuBg2q9xoA5a2s6ySzfQD3W5l8VyDg1/ydaYVzXt69C/OiT9Y/1iT+&#10;Lmw0jj+p9t0DMocyOZInFowTp8btfkOLltI/rx7JbgB9TDiP8HVaAA46l2HpAHPF/wDED/C/5Pvn&#10;fRFq4t5bL/sFvwefp7aXgOnU+Add/ViP9p+l/wCpI+nuahvVY4i4OqlsSB/x0HI/JHvx/s5fs6d/&#10;C/8Apf8AKOsZtol+n+7Ppfng3B/x9qijuMkRe95Cf6r/AJxSfp/X21HwH+ry61D5/b/m6b5/+A5+&#10;nCkcfX9JPP8Ah7FTbiJ91UXv9JCL3/CgEfX/AGPsvvGOtGX5dFV7mUYxTpJ5Ut9rGB9C6g/T835H&#10;tZU6EyWB/st9OR+nj23FIWJ1mv8Aqz0Ut8TH59JisskQ03FyB/sbj63v/vj7b2usygXt+5/sTpuf&#10;6X59ncWgNqbpMVANQMnrGdT07Acm8X+HBb8ci3tD1zxgiygfW/qb+iW/s3/Ps81P5N/Idb0tX4/5&#10;dKajjax1cj6/Qf1b86hY29h5lmXWT/sfyDwsajm34Hu4HVzwHr0qqUHQL/T6W4I+pJ+p/PtgmIVg&#10;VP8Atx/gPoT/AK/vfSk9T05Bvx9fpb+p4PFv+Re4M7BuTwOBxY/hrf6m/B92HVT1kVbD/jf+9/W3&#10;uKzFYSosAWcG/H4tYH6/n3vz611z+hBv/vv9YX9wkuGl1enWjWH+F+P6f19+8z17rl/QAXsb8G//&#10;ACPge5SvaIr/AESw55JAtzcH6+9imK8OqOrH4T1x+v0v/j/gP9h/T3jMhCxW/wBQLj6/U/7A/wDG&#10;/brLqBz0kddQAr14fU/1v+Lfjk8/g++AfU7n6DS35/2k/wC8D2rhbQIgP9VD1cIVRW/1Y64kf8R9&#10;QPp/tv6e4Or9oXIuL25/AIH1+p9nANGR1XB/y9MsmQVHXf5/33+PvFWN6E/x1f0/JX83+v19mFum&#10;vTJjT/sdN0xXriOCV5/4i3++/wB59sZe8Y0n/XP5+v8Ajx9famlDQjpIwpVT1lta5P0P0+tr/wCw&#10;/wAD7w5Fr1Ug45WL6cW/bUfTk829q4tOhTSh6dQnSAePXkHHH+Nz/sbjn6Ae4dMLSwn+rE/1A5P+&#10;x496fiem2+I9cmPB/wCRH8c/T3CqHtLILDjX9P8AY/kf1/4n2jYFm1BsdJSjA60PEdZ1AK/T8j/Y&#10;/wC3+n194aV71aNzwIgf8f3P+N+3410LQ8emhjrzj0kf6/8AsODe1vcCua80unn95x/rnyMbD+v0&#10;9uDpWvwj7Oua/pX/AIKP969xaM66hDb6TL9eb/uLyPez14YFPLrzfQ/6x/3r227nSwqiRyyy/gfj&#10;yC5P9be2bgAwuDw6sgDEenXl/SP9Yeyw5MhK6c/T94m35NlU/U/4+42vQTPpNdVP5eXRiq10qOu/&#10;cEsW0k88fUfQcj8X92mFPDGv0x+3/iv8PTenLgde98l+pA/w/wCKe7w/i/LpLL+Hr3vGSQAFJFx/&#10;jci9voeeT7UoFq/SRR3Pq6974c8j/Y8/X8e3unOve+QW55uPwSb/AO3/AK2490ZqDGeqs2mmOve/&#10;aSPqf+K2+n1t714g/hP+r8+q+KvXveRE0XJIFxYWubj8nn3R2LaQB59UdwU697PB08yN03nUtwM3&#10;k7fW1htfFr/rexBt/wDuXF9i/wCHooc/7s46/wC+h/x49M9QD/Fadh9Pt0B+n/Kwf9jz7XSKoh2p&#10;Ipuf7q0I/PCtf8En8+xKxLQz4/0X/N09IzNZ3Rp/xJ/yDPXUX6q0H81ktv8Aklbf09tmYUvszd6n&#10;hv45COTb1Cnfj/C/texSkDhe3wz/AIelJo11YU4eAevJ/wAXGjtc/wCRVHP/AE8h9kgyHMslrGxs&#10;bXPN/qefr7Dm40rDT06XTcbX/SHp59sTjm54B+vI5H5uP9f6eyyX+zPTfXvePi/4+l/x/qb3/wBb&#10;2k69Tr3v/9SkXIy1GRo48e8oiSj8lpVRP3BUSLKfQmkjS0duSfeMwwa9TixJGk+XW/x7bWUSmMtI&#10;fICwRNJBcgAWDAWFgPfvs6rxpnr3sS+k5gvbex2For52EeQnVcCGZv0EMbC/++PtLIo/d921M+Gf&#10;8PV9v/3El+w/4T1DyA1UFaunVelnGm9r3ibi9xa/vh3CsLb0zEynySJNK3mBICEVdSQfFbSSp/33&#10;59sbXlWGnFT6+vRRZ/21wfPU3/HupMX+aj/H7acf8gj2DEjMSbnUQSQbAX+pvp/sg/7f/iDdvTy6&#10;MOufvAPU1jck8cfX/kfu2qi6utcOve5CppAtfiwv9R/U+0bGpJ6YY1JPXvcgJx9TyAfzblbEfix9&#10;+DUr1ZWIqfM9e9+WMarfhjxz9Lf0Fxf8+7HKg9XYalDefXveZRextpt/iOfp9fqT7c6dp172pMVt&#10;7J5ZZI6OnapXjyxqYY/HfyFLs8kZ9RiJ4/p7Ssyqa+XTQjLV08Ove3xk2lt1NFZOufyC/ooIzXYx&#10;qYk6/VOPLFJ5Y5Qf8Av+PuveeGB1b9NK1NT172lsxubI7iiigragNjKV5HpsesMUbKZNKSBquGGG&#10;ZvoLXJt7uFC8BnptpGf4j2+nXvafsEQuEJUWK0muzEi/+7TcnV/vHvfVOve+LWHq8GiRo7D9y4AY&#10;G9/xcEe1EAqH7sdORr2t/q/1ceve4RCsrIZgrA6vHoYktptbVe1yTb3uh4gn+X+bq9P6X+r9nXvf&#10;XlBKi1ito9Wo3Oj8g/jVce9KMfHX/V8ut16976Mmn8WtIBxwQQeCeAeL+2pBSkglIFPtB+z/AFHr&#10;R9a9e9inVTir2DHVObnHvRUax/1aQOwbUoFrGwsQfaeUfrqvl03ddyxA8Aaf4Ovew0xdFkMnVGio&#10;6Vq6tmJKQCRISgW5capGEbaUF/rxb3qcqCSccP8AAOrIuoAKKt172vKvbu09l0iVm8KpZ8wBZdt2&#10;rqWWU+REf/cjQyT0yCKGdJvpyOPrf2UXMz50cPX7f8PD/B1ZEih1tM/d6f8AFde9hbuztHM7ljFD&#10;DJ9vg09MOHEdHI6Bmp5ZQch9pDUOHqoDJyTYHT9PaVh4WknMnr5fs6ZnunYUHw+n+z172FtfkY6G&#10;CSeSU0UKgFnkVpvENSrqbgs2pmsB+L+7IrXDAUDfZ/qPVUWoY8V/1fb172FFX3LFW5eLAbbdZ3ke&#10;OKatFgP3V+vgrKFT6JQR+rn2JoeXri3tmvLuqIfL1zngfTqpnQyCK3yxPH/UOvezK7IpGRIp5CZJ&#10;5RHJJOSyKS5V2j8WooChvyByPe7QGKVmZsgHh0qmt1SNaHJP+r0697NdsiSQPTBbAa4/qBcjVFc8&#10;24IPuQtmPerBzpp/0DT+fQfvEPc1cYP+brg4ujXF/Sf969muwlQWo47/AF0Io5ve0UVz9ALe5Asp&#10;Car5Fan+XQSvECsfma/4ekPlIAZdX1sxtxYXJkvbn6+3OWU2Y/11D+nBvze39Pa/pF1AjiAsOTa3&#10;9f6j+hPuGajm1x9bH/if7Pv1OrKvmepIj+vB/wBbn/it/cRqs2IBABaw/H1/4n2244UHTir5KOpC&#10;w83N+Bc/04vf68fj/kfvEKseNz9LgAg/Xhr3tpNrA+01yoWNWrXuHSu3UJLG2qvWVYSZAP8AAkfW&#10;305/Nrf8V98GrLD1af8AD8WsQLH0Dnn8eymZAaOoOMH/ACf6vs6NlyKKD/xfUhIuTzxcG/5vY3/t&#10;cfT3Berb6H6H+n+t/wAFPtDJGojYKPn/AJ+t+fUxIxf6/T/W5sQbcEH3ySs0Fbcre3Fvzf8AIBH1&#10;PtJp1LLnJA/l0qhckNVq9cjFf6/0P9fz/r/n3l/iBjYWk0Mp4bSCBfgG2gj3RmCr4tOA9f29GAcM&#10;K1668AYFWW6kci55tfi4b+nv38REbtpBd2sfIOALsT+jRa/19vQp9bGCFqetI9RUceuDQFbC/pBP&#10;H1/Fvre/+39u+PzhClfOupOU9C+hrqD/ALqNzf8A2/sjvtlV7gI6alc9y/xef8X2dPRsXZUB4nrq&#10;SKw1BSCLhWBIsOef9t7eaneFHFSeesnVVpY2LMUsCYELt/m4GK6tLfg+y6z5c3Ubj9PtG1N4ZfHe&#10;v8QX8Tf6Wnl0nvI4oSTK/bq/pf0s9YPshLqDvdpFtazXtIG/oV+lz9CPaYxfZ5ytXNHjatPt4lmi&#10;JMatq0Mn08tMpXUhH9PZ/vHI+5W8UNxuG2sHqrHuFfxN+E5/ycB800O5bcOxT3av6X/QP/FdZf4T&#10;BBFZhdmAA/WLXUL/AMdGH4/1/bvPnZ511KAfr+FH+1c/tj6/6/sug27J7h/q/wBXp0Yl2PnjrgtL&#10;FGbc244u3/Bfw3/FPbVUZ6TRpZh/yaf9f/dZ4APszjsEiOpVrX/V5npouF8usi0qk3t/hzqH9Db6&#10;2ube07Lk3le2u/15sP8AD6nxj6j2ZkhVJPDqhYDiepSU4UfS304v/wAUP49xp6wA2L2H+tz9Afwp&#10;9p/qP6H8/wDY6SvKEFSOsyw/nn/ioFgR/X2y1ORkhcktzxYek/hf9pbgX93hjDg0PaOi7xF9es4S&#10;4C2/1/8Aef6G/PtB5OulnEmkc8qblRfn/gg/3319nkUAABkyD5fl16oxXz6koun6f7f63HH0N+Pa&#10;OyE8ioAb+q+r+nAJ+mnm3s28BDRiuB1onrJ7RlbUo97j6Mfrq5A1f0X6G3vTu8Z8MS1FOlDGmK46&#10;97SeRkBVz+CGJtbmxY/6n/D/AHj2nLFcjjXqinuHXvaQqZP1G1vraxt/qvza/wCfZdcEFwBxHV3O&#10;eve0zVSAM9wDybG19P14t7Tk0BPTRx172yyMORY82a3+x4/3r223xHqg697hyx3Un8kEf4EWAHOr&#10;+nB4/HtK1HkI8ulMSjUn+r59e9wBZbsD9FXkf4kX/p9bf19oLhWLJEOJJ/l0sbNB173jaMsxJB5t&#10;6rgXsRYjm4AHP+Hsv8xjpqh697guCHIP9fqeP9sPqPp7UDTpHDh0pX4R9g697zg3VhzwPoB9Byb+&#10;2mILV49NO1JK+nXvcN7lnubWu3H4J5/J/H+9e3FFAo/1cOrKtBQ8eve8esIjXPquRcG/FuLG1vei&#10;KuB04hIYeteve2XJVRpYHdieVsARpsPG7W+hNrryfdrqMCMt4fd/0V/qp0axqGoCOP8As/5uvew4&#10;rq5p5TdGddZsbgaSWYEW0qRYfT2CdyHiXKuXzo/ynrYXvoRUef8Am697ww6BqmlOhYwQCbm5tcm6&#10;3+h9lrahpCCpJ6M4u0B/Lr3t+w0cNafJGwc8g21CxsDa7FSfZZfvJD2uKdNsfFKEHGOvexWxGPCl&#10;LfUKeP8Ag2r/AGv6+ydavGWPmelbA6Vr59e9jJt/EiaRUAvfVq4b6aJvqfJz9PbcZzIteGn/AC9N&#10;TMyFdJ8uvezXbKwKU0sRe97kHVq5uKki41kD6+xdy/Erygrx/wCL/wBXDotnbTWnH/iuumNlJ/p7&#10;NVtCNKM1U0PoeKOEkjUw9TSC3JP9f6e8mOQrELcrRhpBFPX8Q/1f6h0Dt/lKRQZ7dR/ydBXvxxU0&#10;sFNIutKh5UKkhb2WNvqPrbT/AF+vtUy5KveMMJxbUwACR/0/qEHuWpoa7lEQKU0/7HQBlnEkxqM9&#10;ICmxeOjikQwfqW7HyS8k2+oLn8H/AF/bdavq1ZWl9BYqfRGLDm1raWJ/r7QbgNG4OQM6B/k/znpR&#10;cSlYInH+qmOnqm/h9HGmmMhwdQ/ckNz/AE5LBQSvvql2t91IzavI19RsrLYkqdI/fUGxPsxsFLAV&#10;Pcf8FSeiqa6apo3HrDkt2JQoAUEYH51BhYKQWNoGINh/X2qP4XDgcbLUy+nyRyUyqSw9UtOWAGlp&#10;bX8R/HsW7XN9NKvnX/oX/P0WzT6wFBqNX+X/AIroP5MvNunLQUdPZhA8NYxGkgJBUsrE6khvYSj8&#10;+05HuLL4PTlKDMRUUotFFG2Pp6hlpnAk/wA5JHIrWKgcrq49iXfLp5dviKyj4KfzbpRAgk0qVwR/&#10;lp081WzNt7pEuCzm3pcnRu5qahxlKylV6yMeL/N088Eq3WQn0tpF/cPcW+8tunHDGZncMVSDJDMl&#10;sbDTlVhJa5FPBDqs1zy1/ZFZvKti8rydtfl/qp9vRvDbRxq3hqAOuezepNn9fZmbK7T2i+Mklimg&#10;nYZiurPI0/juB99W1QW6oo9Kgce0pUtjaeko4lz8JeoAIf7GUgMsh0nQbg3/ANh7YuLkVKa8n5Z/&#10;P/V8unVQa2GkD/L0IVKMjPVVcsmAlRIH0Kv38B1q8Y1WIIIIP+v9fb3S9j7m2gs2Pod4QQIjIJB/&#10;AqR76byJcS00xWwmNrH6n2lN5Kp8BJAB546UR28UkgDIOHSH3D0t132O9LlNz7FfI1Eccy0zPuHL&#10;U5jWcRpNZaHI0sbFxTJe6nhfaI3Ll33zuSXK1ufjqslW6CoWgaID7ehgpmsIkp4CDT0Y+oH0/qbl&#10;NK6yya3mBY/L/N0YrCFAVTgdLnZG1MT1ntGg2rtvANi8DiBUilp2yElXoFdkavIygz1s9XVvqrK6&#10;QnU7W1W4AsI9XlBkssz0WbihWYRrEhofL6oacK9zIi/Qofrb2zNpo5EgrTrawKXXhTp+o6JqLHJF&#10;UY6RzGZGe1SE4edmW1nPNmH9fapi7233Gq0NRvanahS8UtP/AHexiGWJRYIJUoPKhUgG4Nz7a+sx&#10;p8Xt+z/Y6v8ATRBtWnP59BQ/xj6aOT/vBFsIrmxK1SladybiZo6iQMGkMD5o0rFg5Filh7CyBaOo&#10;qszkny6STTRy1BkFNKgLPMZCAnCAqz/XTb2m8RTCXLiv8q+lK/6uPDrdFIp0OhE0EVDSxUTeFGjh&#10;C+ZD44o49CsWYksulR+bn3j25uDMbbrps3hM7FFV0jGeCT+GwSkSQSpPENNSkkb2ZAeQb35HtI00&#10;i0k/EOHoOnY46/5uoe5dt4TduGrNu7hxprsRlaWooq+lNXVU4mpauCSlqIjNRzwVMYkhmZbo6kfg&#10;j2+bo7k3XvPBNhN0bpp8nTivatSGPD0FCYqg0c9IEMlHRwu5jjq5Fvq0m97XAITzXLzAiSSv+TpY&#10;sUSqQBk9IXY3RXWHWudk3Dsnan8Eyk2IODlqhms7kBJjTWUtc0BhyeUracaqmiibVoEnotqsSChq&#10;ZaWHbVQgy0QnbLmpjjNLIxEP2aIg1H0tZxa5a/t+0kAXTXurUdPLwIrnoUXExyCEU5MP2hQyiRQo&#10;k819Oi+rVp5va3tX7W7F3j1rRf797dEWPhywGRkEmGoau8ssccZ5q6aptdIFH9kcfS/tLcXJWRgW&#10;4kjrTDyPDpBb66m6+7TEEW99t/xxcc4SnByuXx/j0O0im+Kr6FmIdyeb/X+ntF7+3vW7/wAhQZPc&#10;Odir66mgkjeRaCOlUNNKrMdFJBTxj1qDYKfbbMWFSc168SDGBXAPSl2ZsnbuwcOmA2pijicRCV8N&#10;KKutrSoSNYwDNkKmrqGARQBd7+2vIeFaXCMmZissMoVDRkn1TrZtR4HI91NVI68aoR3dKSPUXmvC&#10;1tS+rWObKPwBwLexPoO9e0NqwR7fo96U8OJxgaOmgO3MPIY0nZqlgZ5aGady085blmIvb6ce6Xc0&#10;kaBa1A+z/V59WMdGNTnoG878een925+v3bndm/fbgyrU719f/HtyU5nampIKGAmlpMxT0UeikpUT&#10;0RqDpBN259hnjZsfW7qp6yDJJOrF/NAKaVDGFoXRAZDo1iRlvwOLW91sWwqVzT/J04mX+P8A1fs6&#10;GKcSLSOvjswAAOoc3fUbfqt9fz7l4GqrsTuKgq9ubghhy8U8j45/4Yk9pTBOk3oqw0D2hdh6xbjj&#10;n2/Hhqg56bh+PDZp1BzOPx2YxNbjszRGoxtXAYa2DzywiSHUrBTJTPHOl2QcqwI9r/P94bz3Vh8p&#10;tncW66etoa2B6B4xhMfStfUqygvS0EMp/SBw4/1/aKSaSUkyN05qwanj0HO1OiusNkZiHcO1tq/w&#10;vKRu8v3IzWcrBeRJUf8AZr8rVU5uszf2Pz/X2Hu3VooKLOUsWVQH+GTK3+TSOCGkVdQBJIFh/X2Y&#10;QjKyeWD1VEGo0OKV6FGr1s9MfAWAqB/bClBofk8+o8/T2qti7q3JsuXI5DaG5oaGsXHTNVM2Jpat&#10;VpEkgmaQpXxSxhfNAh9Ivx/Qn3q5bTGSCNX+z05+Fs9JHe+xdpdh4ynwm9MIcvjFrUqYac1+QobV&#10;f21VSq5mxlXSTn/JquVbF9Pqva4Fsm79/wCc3/Qg7p3FFXV4eOmjrFxlPRokAhqdB+3oqeCNtMtZ&#10;K45JN7fQCzKTjw4wxzWn2ef+Xr2oaAK5r1x2V13tPrqllxuzcIMRjZZZKqWmWvyFcWqZIqSndzNk&#10;6ysnu0FDEv6gBov9SbtcVDTy7ep2fMxSJQz09ElT9nJGFeKmXSDGLHi9+bj/AB9++pj4Ub+X+frd&#10;VKgE4HSp8jpVtGKdgZYmlIEgtzJY/wBR+R/t/YiYPtDfm0sRHRYPeFPDQaIV8BwOOnMiCMJxJU0s&#10;8gvGtjz/AI/X2hDyC5l0tTuP8uHTix6kLasg46DfdvTvW+/MjBkt17U/idfS3MNScvmaQxN5RMPR&#10;j8jSRsfLzyD/AE+ntA5vI/3iyn8Yqa9Dkq+VauvlNPpDSqyA/txrHCgMcY/SAP8AD2YxSM9RIav1&#10;vw2NKkdCBicZS4PG02Ix9MYMfj4EpKKn8zy+OCJdKL5ZpJZpCL/V2Lf4+33JUcKVFJl4s9HQpVF5&#10;FBoHnsVZI151Ekah/qR9fbNwxBc+g/2elAXSB3dYKaaVkmo2oWkMGlG/fRQ+oFjwSAOP8fYo1nav&#10;YEUjUdbvaDJ42T9MabextL94ECyHTIlIZYTBOVJ/1VrfQ+00tw6VQNRfM9WRQgABx0EWM6K6rp6m&#10;nzFHsf8AhuXg8mmU57N1D0pkjkpnBjbKvTyeandh9DbVf6j2E2JxVBTZNas5qOojF2QijmiDEwuj&#10;gDW1ravyPdVv1ijEP+ift/1HpgosYLKe7oZKmWplp2T7NlZwAQZ42KgMCDfm9wPx7W2Fr83tPOpV&#10;YncsOMyrFHAbFQVYZTG5jGmYSQ/plJ+nP59ptDT6yuABTptI2etCPz6S25MHgd54GpxG4MI2Ww1U&#10;jxVMH31RSalDjWPNSzU1Stmj/ssDx7VO4Owt1bxop8TuncEOViiRmpVTFUdCaaZl8ZmLUdNCZQU4&#10;0liB9fegWt6Lq/L16dEQhq9a9IvY/TfXfW1fPldibVbA1WRWGLIyDM5nJCqgidpIovHlclWpAUkY&#10;m6KpP09o7F0NOKaooo8ik8iJJURMKdkKzuVUJZj6wn9SbH24Xb1H7P8AZ699P/T/AJdCTWVEySQz&#10;vSNGrSLBITKhHhUMdfFwL/4cj2Ieyuwt87Npq6h2zuKHGRpHUVU/lxGOrQ0tqZZltWU8zqT9uhuD&#10;YaePqbp3gaZ/HBIH2V/n07HGGQnilf8AY6BvtnorqLuH+GnsrZjblEM9JHRqu4dw4jxiJa8QP/uD&#10;yuN8oUZCYWa99fP6Vs27p3Nld8TJlty5eOqyyxDGtUJj4aUNQap6h7QUkUMC3qKmRr21WNvoABoX&#10;It6ICSw8/wDV9vTbxqFHhr3V6UvXXW20uqMOdrbCwD4fbgnGRShfLZLJstelLQ46M/d5isyFcVSh&#10;xsEdvJo9N7aiSYHgBoaaSlrkVaGKKijP25czBELKRrJKki31JI/r7WLd/UKHIxw/1fPrcUeoNq+z&#10;9nSlB8VXUQzUbMaySStkHnCiLUwQqbcsBa3AF/6exWwfcXaWIwlPiqHcMMWHoqeKhWJ8LhZmjQIY&#10;44jJNRvOx8Z/VqP+v7obqSFQq/Cfs/zdPrAh79NOiub1+F/xg35v2fsHdHXMuR3xVVxy38UTeW+6&#10;APVJJFMaj7DHbjpcUAJoVOjwhbgce0JVh6/JPmKnII1ZUsHqgKbTqkKrEvpjEcSWVR9FAv7Q/vI2&#10;rCvFq/5/9Xp1aZFYqa9GQoKKDHYqHB0OPkix9DEsNGDVNJpiS7frlaSZ/Ux/UxJ9u6z5PEV0OQoa&#10;xYDPreKL7aJ3lWNPEzK0msLoDkm4F7+18lw9zCrA1b9g+zh/qp0z4Cn8R6YZKDD5miqcTkqI1EMI&#10;jjqH+4nRIzK/mQOImQtqKgCxNrexWznbXZu4MR/Ds1n4KzE191WmXC4emMv21RFK1qiGkSZQtRAh&#10;PI+mn8n2HkVo3m/hPH8uvQJDbHtFAfn0WHrv4ZfFvq7ecW9Ov+uJsDvLDXIyp3tvzKLAa7G12N9W&#10;Oyu463GSeTG5KdBeJv16/wBSqfYW0lDDSzhI8isOMl/3b4He5GoyfqYyi0pt/wAa9qIbl0Aocj/V&#10;/qH29OiBZRxz0aiuq5aumMj4tqjJxcmD7mOMgFgsdm0+H/MgH/jftZbS3Du7YORNRt7KJiqqZkP7&#10;lBQ1wYLrlibRVrUoCfKTb/Hnn3vctxE+33ingF/1eXVTt0SmrDH+GnQQ9rdPdT9/bcXbPZ22JN27&#10;ebyxy0sedz+Aa8ojhqEFVgq/E1g4iC3Dj6cewh+T/Ym+dy7ShpN0ZmHIGCqlrI3XFYyi066OdIyR&#10;RUsRIEUhHJN73tf2C+dr1puXbVZjwZxX/a0/1fn0KLCBIoAgFKnp3+Lnxo6K+P77hbpbZk20KXLU&#10;tJR18Em592biWUUs8svpbc2ayxhYStzo0kWte1vdbsYgigmswkZ5ZnY+seqQC9xawBPHuPJF07db&#10;yk0b/oXP+DoVQ0WEMftPRv8A27YDQ9dARzpeLj1Dnyw8g8/n2gU0ljqc6umrv4R9h/yde9nf6t0f&#10;Zx2A/Qo/It+3S/X6Cx9ndpqM9AfL/oHoNXlKZ4V/zdJ/P/5gf7D8X5tJa3+I9jivFrW/3vm/P+9e&#10;zhPiHRa+GPQfyWZWvf8A3oWvYf7z7nQk/S3JKr/vFx/r+3H4Hpp/hPTZKATYn8Mf955v/T6e3mL6&#10;f4cfi39fac9N9NE36v8Aff0HuQFupH1B/wCIPPvwxQ169WhHUYmzL9Ra/wDvI9t2WVpsJXIPqfBa&#10;1zcioX/W9+Y1LH/Vx6ObTh+f+bqdibRZzHtyLfcDn/qFc/4/19ldqmkimYadTFiNPoGoW1auQeLt&#10;/tvdZJHSNgWyP9X+r/P0coWClV6HWJVZVt9LXtzxfi3198aOoXHyNqOuGbiW/BQXu3PLN6j+PaZp&#10;pGXSKDq4PEfg65SR+UD/AFSXKn/YEXPAFjb3jqoXpvLUQXeCcN+FIUteRjdzr9Iv+Pd5UJiMhH4B&#10;XrTpQAqMdeicMQjfrVuRz9BwPobE/wCHvLqjOPRiefMf6/8AHIcG9/p7LVZmarcKdUj1ac8OudiJ&#10;SLf2RxY88n+nudTAfdUB4uftdJuTYl1A/wBf3dv7OT0p/q/y9Km+E/waB/h/z16xP/m5R/jJf6C4&#10;ALf717U9EoGVYH/jtz+D/nUBvb/D2zHXT+XTcVeoE/NNf/aD/jb0kj+nN/YqbfjY1ktjwNbWt/gC&#10;ATf+p9l15khvy6Kr5dTh/n0lMkyrSpcckqP8OTa445sP9b2uqVR5fxcq3+9MAf8AC/8Aj7Q6ymVP&#10;Re6JQmmektV+uKxBsGS3P5uL/wC2P9PbJONUwtxw97/W+n/Y29nkUtW0k1XphgqudPw16zIuiAnk&#10;N+2DyR/bP+xvc/63tF5BUJtbn+nJtYIRa/J9qrN5A+ovWMf6v9X2dWWPzD/p9KmH9P4BNv8AU2+r&#10;XPF1FvYcZhUDf7yLg/XTHxwfz7EkCaqt1ow4+L+XT9SsxA+n0F+f8W/w/wAPaenW73P6bH/XPOn/&#10;AGHHPtvq549OCH02H9QeP9a/4tf3AnRh9fVwPx9AB/gfwfdgeqnrKCD/AL7/AFz/ALyPcCRtKoOO&#10;X/17/wCH1v78etdcxyeOL/42/wBf+th7xqPWeeBGf8ebj/b396Hn17r1xzbgk3H+tf6cfT3waQAO&#10;PwNQNhexAtb/AGx9vwfGfs/zdbH29dW+n9f97+vN/fFpbCEAfVAQvBtwP8L3v7fZRTAz1SVV0ljx&#10;69b63/rb62/r/X/W98o5hqf6/pa4H1Nv68fW3u4Q9q07unAO1a8QP8nXj+P99b+lr/4/7z7bWkXx&#10;rybm1wOL8j6m1/pb2aQFgSn4MnpK6lSW/CT1ysf8OOOf8OL/AOP0P+2946hwYVN+fUB/sWB/pb6H&#10;2axDUYR86/yH+bpLIDWvXFQbn68/Ucj/AA/xtb2n5GsvH15uD/rra/0/p7MQ1QGHDpsnHWS1zf6c&#10;A8AfXm/9eb++6sf5Qx/qI/8AeI1Ht5D21PAdVPGvXQ4Uf7H/AGPJ4tbkc/7f3GppPXCP9q+nHH1H&#10;+vb2y7ipqemHBqesjL9frY/n6X/x+tvx7iSrqL3+lz9P9jf8+0r1D6V6YcvrAT06yL/X6G39P9a3&#10;0B+vvFSparUX+oj5/wCnhuB/tvb8ba1qePScdekPoP8AvrcH6/7D23VwUTyqBa8z/wCPJkf+v0Ht&#10;weXStfhH2dc1/Sv+sP8AevcekGioTkH95LX/AD+4p025/I9+P2deBB+zrzfQ/wCsf969wdyIZRVs&#10;vFllUf61pCP7QN7+2bg/otjqy/EKevXl/Sv+sP8AevZX8pGf4hUEnSDK9ueLhVuTzb8e41vj/jDZ&#10;qaDpeuUQfLrv23MpCpf82tbkD/fX9qXPdqpwXrQ+Jz6de98h/vX9R/yP36H4D9vSWX4R9vXvfpAd&#10;KW+i3H5va4/H1ufakaVLdJR8T9e94Px/xo/7f251br3vIGLG5/H0H4sb/wC9+2X0AAY6akwFFcde&#10;950X8/64P+2FuTxf6+616aHXvfIjj1AWuQP6g/gD8k+6muPWvWzwNevezr9MhD05uIn6fxrLX+v1&#10;G2MV/T8+xHt+LuEf6X/D0UyCm5RD/hY/48emepJ/idN9LeKP/eZz7ECAq9HtP+p2zQi9iBYA/wBL&#10;X+nsSH+wuP8Amt/m6eP+4N5/z1/8+jrpLh6z/qJc2uPqVX/bXv8A7z7bK4g7R3kpXgZpP6hrGka4&#10;5/It7MG4WZ/oH/L0tp/jVg1f9Bb/ACdeH/Fxoj/0xzfQi3+cg5/xufZH65TqqT/SYfQXvfnnn/H2&#10;Q7jxj/0g/wAI6WTcbb/SH/COnn2xyAfn6D+n9LD/AIj2Sy/CPt6a6979f/X+tvp/vuPabPW+ve//&#10;1aNmqLJy92P4ANr/AEuLjk+8Zad3w46m6ueHW/x7bJ5lLfX+nP5/s25t9QB7t5daJ697EjpuYDtT&#10;ZJZiT/Goha3N/FMeeBxb2WTSH6S7AHFf9X8unbM1ZU+f+Q9YKoXpqgf1gl/6Eb/X9yO21T+9WVYm&#10;+uqqri7H1GqqWseAfr73t+rWorjH7Oi231/vB+OmuPs1f5usqfoX/gq/T/WHsI2AAHP0PHH9bng/&#10;4k+zPz6WEZJ65e8JdRa5/wBbg/Tnn+nB9+FDw6qCCMde980ZeQHRmf8ASAbFAPwSR9R78fs6t173&#10;PjhmDAyuDc8BVKaVNuLqb8/T3RnXqpYUoc9e9qfB7Ry2eqfFjqWWeTSWWOPTd4FDNLINbqCIkuT+&#10;fbMl2kSLU5H7OqvdhY1jGSv+r/V59eJA5Jt/r/48D/efaoek21teeOOpmXcU7B/uMVRyy0dVQPGt&#10;4kmqJdSvrWRZOPwtvaZHaU14Dy9OmIXRn1E6scB5ddc8/j/E/Q/7zf2icxurLZlQnlSko7nxxpDH&#10;GwuYtWqWJUdv3U/xtq9rwqAlSM9LHlLkpwB679phiCR+7qI/IJLEta/JIb6e/A/8L6Zr/wAL6976&#10;Ekf0DfX8WP8Arf04+v8AT3oqxNSOqlWJrTr3vvyLqIAvYn/C1uBze/5/p70VIFSR1oqQKk9e94JH&#10;AIct/ZHB1XAUm30sObe/Kx+ALUnqyHBWnXveEVB1EgfUnj0g2Lf63PPtwx/Pr3h/0uve/EtddDhG&#10;1j1FNQAYn6D9P6v6+03hh+5WxSnTfXvfvU7eOOMtVM4Qm4PmpybSaVNgga/B+o97SAGtW6uBr+3r&#10;3sesDtnH0fXdbUbqy0G3IJ8jjavGU1dHPM+Rx6JqcwyU7PbXICgLWIPtBLex2zeGQSwBrT1B6UmN&#10;BFWVtIqD9vXEs2pQFup1amBHoI06QQTc6gf949hhurtukoaM4XYdEuGoU9NVXVZhybVrB1aN6Z6i&#10;DzUoVSynnkm9vZVPeNM2TU+nD9v+H/UOkzXVKLAKfzr1y/1/+Kf8SfZfKysmrZHlleRi5DQCSRnZ&#10;VuBJqJJ1BtNvp7TrdG1qv+itwP2cOmdDsCa954de9hjvTtXBbRh0SzwyyxgmWmV2SRg7UrrZ/A4F&#10;lqQ3+t7Ott5O3bd5A7xssZ4fzH8X9HpJcr4IHiGn+oedevewQgwHanyAr4WwOJy1HggzRQz0+ObJ&#10;q5MawzjVQKszET0n0txqFv8AGRdvtNk5TWRKCa9IGrLYpkcQfI9O7Xy9zHzBMy7NtF3cAn/QoZJj&#10;+yME8R/q8/ez2dU/E7em2aKFMf1/uuqnlUNVz1mEy9LHPrbVeKpyiRRxrrJNw9h9PYY3Lcn3S58S&#10;WVQOArpUCnyrQ46kvZ/Zb3MvW8Oz5E3JT6zQtbg+eDceGp/b1jM0KmxljBvaxdQb/wBLE/X2avAf&#10;HTtYmMNtZaGGykPWZXDR6NVuPEmQepNv+Ce9W09jaktLOA3oAaVr5kE/8X+fQ2tfu3e7922iXlyO&#10;CM+cl1bU/MRzSP8A8Z6xGsph/u1T/wAFDMP9uqkex42x0PvWg0NVzYKlKsC6mtqZSbFCQRDRSgtZ&#10;T/h7EdnzTtVmyO/iO49F4f70w/w9HL/dE9zroVO7bLHXyae4qPs0WjA/711gkr6cqwGtriwstvr9&#10;OWK+xpx3XWRpokSfJ0qlVUHwxzOAbAWHkELW9P8AvHs5HuPt0JpHt0zZzUr/AJ2r0vg+5FzBcgHc&#10;ef7SJjxEdvLKP2tLDX9g6ZZwJ2J02+tjqINvz+kWBN/bsdizstjmQB+FXHA/j/VmtHPP9PaU+5I1&#10;sV2j7SZv8AEX+Th0cWv3FrZXBvfc2R08wlgEP+9NdyD/AIx1hFPGLem/+HNv8bjV9P8AY++x17TM&#10;f3stVML3bxQU8V7kfS/kta3tK3uVdEME2tFB/idm9fkOP/F9CW1+5DyMope84btIf6At4/8Aj0Uv&#10;WVVC2ICEjgcNwPpY+u3vl/o3xB5etyp/paWlUf7DVSP7Rt7ibtjRZ21fmH/59dejNPuT+1o+LmHf&#10;yf8AmtZj/tR6zB7XAC/7zcf69yT7kp17ggulpMlICQ1mqYgW5v6tFMvtM3P29sAoS3UfJX/yuejy&#10;0+597SWrKzS7tKw/juE/58gTrhzq1XsbW+im30+lx+be+P8Ao624eXSscn6k1bD8n/UKP6+22563&#10;wjSvgqPkp/6C6PIfurezsXxbPdv/AKa6m/59ZesglkH0b/bhT/xHvJ/o+2yqhftqo3sP+BdST/r+&#10;kqCTf20Ocd6ZtYaKlfNV/wArH9ueli/df9llqW5VlP23d3/knHXvNJe2rn8EAED/AGOke8w2Ftof&#10;8ocxP4/yyrNzxxzMSAf8PaOXmneJCSZUP2qBT9gH+Dp0fdk9lFNf6nsf+ou8/wAlwOu/NJYAsAB9&#10;bKP6Hnn8++J2DtdvrQyn8f8AA6t+n1sf8ot9ffhzTvAGkTpT/SL/AJunP+Bo9lx/zqDf9ld7/wBt&#10;HXvPKOdX/Jq/8U+n+Hvj/o92s31oJAeORX1oA54P+fB4J92/rTvC/Dcgj5og/wAA6sfu1ezH/TIt&#10;/wBld7/20dd/cS2+o/1gq88fnj3wXr3ayD00dQNTG96ysIsT9APLbTcfX3Y81byahpUPZ5Bf8tc/&#10;Lj1Q/do9mSCBymwHyu7z/LcHr33Ep51jg/TSt/p+fSB9D7h1/V20cjTS0tRT1rQSKysq5CoQ2dGj&#10;cK6Mz2KyH8n2YWXPW/bc6LAYlqfNP8NSv8OOH5dFlx91P2RujWTlidT8ry7/AMs3Xa1EoOoMtx9e&#10;Eb+n4txz/rH224npbY2DEgx8GThEjEsXyczm7Bbn91JPppH49uy+43Md5o8b6c/YjH9lJFr6f6sp&#10;I/umezEP+4+zXafZdSn/AI8W65SVc78EjjkAIlv9jqDHm/twk6x2+/8Ayk5dP+CVMBt/yVROfx/j&#10;7Rpzlu1TSG3J+an/ACuB01P9032tmH6c+6xH+hcJ/wA/wt1191Iv4U/4aTz/ALYi3uK3VGAP0yGY&#10;vb+1NROv0/p9iv5+o92TnbcxUm2hr9jA/tDnj+XRafuf+22ab9vtf+a1r/2xjrl90/8AqY/r/Rv9&#10;tbVb3gl6oxTfoyuRX6Aao6Z/r+TohQ8D3qHm25Bq1olePxf4NRp/g6LpPuacgGv0/M+8IT/E1s3/&#10;AGrr1395JblEJ/5CF/8AD6/19t0/T8Ul/HuGePjjXj45bG6/ULWQg2A/1r+1Sc6NHTVtisa/x48/&#10;Iof8/RLc/ct2Fv8AcLnq7j/5qW8Un+B4+uQrTx+2Lf4MV/H9bH2nqvoupnv490xH6afJiGQNwv6m&#10;XJy2HH9D7MYee4oqJLtbEf6f/PGv7eiGT7kT/g9zAW+e3U/7Xj1mGQUfWG31vpkBI5/Fha/tN1Px&#10;+3AfVT5/EOwJIM61sA45BOmGptyf8efZvB7ibYVCPYXAPooQ/wDP46KLv7lHMQBFlz3ZyH+nbyxf&#10;8ckk6yfxGP8AMbj/ABBX+tvzb8e0pkPjvvyRGEGQ2zODexNdk4rj6jiXEhAb/wC1Efm/sxT3G2Jw&#10;NUFwo4AaY2H8nLftA+zoNN9zH3OjZvD3/YmjHAeNdVH/AGZn/D1zGQg/IkU/kFQbfT8hiD9faGyX&#10;xw7QCsIaHE1dy5/yfMQKxYj6qasU45ufrbn2+vPXLkpaRrthwwyMK/sB8/TpLP8AdI92LZSYztlw&#10;/wDQuCK/85Io+uYrqY/22H+Hjc/9CqefaCyXx97hhDf78+ecKpsafMYKoJHq5VYcpJIASfpbj28n&#10;OHLcq1XclHzKOtftYqo4epBp0G5fu0e9MRcDkwOo81u7GjftuQx/MA9c1qqdjYSre9rMCv8A0MB7&#10;QmS6X7WpkPl6+3RJYH/gJiamvJsrfT7EVF/p/j7bk37aZNWnc4CfnIlf2cT8iP8AD0HNw9i/d7bw&#10;zT8g37af99Ks38oWkJ/Lrn54P+O0X/UxP+K+0DX9f78otRrNkbwpgQ3NRtrNwKtr8v5qJRwPelvb&#10;OYHwryNqcaMp/wAB6DM/tn7kQKXn9vt7RRxLWN0B+0xDrmrq36WVvz6SD/vR9oOuoa2jlK1dJU0s&#10;l2HjqoJIX1KeRplVDcf6w9vLoIw1T/P8hQdBK+2zcdtk8Hctvnt5fSSN4z+xwp65e2qT9Rt9b/gc&#10;/Qfi304+vtqf4Y/TPTA+Feve2+T9X+w/4k8/7G3tHcfj/L/J0Zpx697xvylh9T9fpewN+b/6/sra&#10;ni93w06q3xHXXR1730PSWDf0uP8AA3F/ofzf3s/AvVD/AGS/b/n697wKGuxYcAgfjm/PB5B/2/va&#10;6QE9adbXQukn4j173glt+Df6cDk/kf7H/Ye9ni3+r06cPXvcWQhI2c/2BqYfkxgXJ+n14/r70HCU&#10;J9enI4yxVyevew2z2SWqlkjia0EeoO1/7cbz3UmwIBVvqPZVuNyHQimf8/59G1uRo7hiv+avXvaZ&#10;pTrlCyMIoifRM3KmMkFV03uSwa9/x7D0wIs30dzB6kfOlOlirSNtRwDX9nXvbVkt10WLyEeOkF2q&#10;ZVp0kLWVo5JfBqEYS3N/9f29BtVzf2guh8MSf4BqpWvTcs4MdacDTr3sZ8DjlWKnSJV8YQaGFwGW&#10;5u31Lf7f2BL2dpJXLVLVz0qtdGkN+Ede9jPhMcXC3WxFj9Ofq455t/tve1ceEqDJ6emlQLjr3sxG&#10;zcGvjNRIQHhHoGkkt5PKh/NjpH090sIGaeY0yNP/AD9/qP8Ak49IHcV1Hr3szeOoftKRJaaFmV9f&#10;rvccSsPoxJsS7e5T5fgCMute7/YP+r9vRbdYAp/q4dYJWvdLgfTj/bHn2O/Vs8IlyrV0kYCwUt4y&#10;NLWMk4FtIsfoD7mzYYHmlZlw4/6G6BXMEDTpABxqf8nQJ9r/AHa0WMSihkd3qKgB1KkIRHC2ptTi&#10;wIuP9f2K5qMKzCNpYUkU3kSz6vHYaP7Fhf8A2/uUrPbJZI43csPl8v8AV/xXQQmjZKEjJ+zoBpTu&#10;SMSvHTzTRMmmnmvEF8wP7o0+QMbfj8e5VPlMNAwV5YGvwAAVaMEi0h9NmAA+nujbEzyaUlFPOvDz&#10;/PpOWMhZa8OPp1Aq6Pc1TCXipapLDUSXR1qCOTAt5Bocs17+8GVy+MaECAqYz6YZEBAepKPpS2kE&#10;E8G3049n9hYrZsp1AmvH/V/qrXph4HZy1RnrHhsRnXmJrFlSb1NPTykOY6EPFrlJ8hSynUtxz7Cr&#10;cmdNRC1FHi6p2DkGZKmNUsomhMmgqGA1NqtccexB9VE8fhSIWVPn/l/Lr0FuscmqfKf6vPoYtq7a&#10;ainXJfxikVZYx/kxpHMil2p5lj1iQhiFXT9DyfY17C+Q2K2zt6h20mxK+rnoqalpqipNRj2WWaCl&#10;hpZKi00DOsbNHq03JF/aOfd7eJBbpASdNK1HGmDw8vtoc9ek2zb7ifxnZq0wAxp+wEfz6rz+Q/8A&#10;Lj3n3b2lVdoy/IqfbFHLW1MtBgcfiM/SxQ4ufLVeVXHSzY3dmPhqKjTUeL7gxBrL9NPp9ll35uas&#10;3NvjK5WnoftoKitmnWIJT/txFlYx/tqilrLfjj2h+pt7cvM6kJUmleHy6P447GO3VRGxAA/Fn/D1&#10;ZR1HsOLrzq7Z+y5MtLl5cDt3GYiXKVElZJLXSUdKtOaqR6uaoqC0jC/rdm/x9oOprk/jy11RSySR&#10;09VFPFEkgj1xI8ckkYAGm76LXI49oLrdLS4oyIT+f8untNkdPYdX+m/2ehNhoJlxLUUdSscklLJC&#10;0zRl9Ero6LLpLC4Qte1+bezoL8rNrZLE/wAFpeva2mqTEympmqsZPHTMkjT2k/yYsxlQEDk2J9vW&#10;V7ZC8gkWEh+6tW/o/Z/q9Om4dvtjLHNE7+J6ajny4V/1fb1UdQ/y1e2MZ2U/YGX+UFXlsI1Sss21&#10;qXbOcxKVIOPTHQLFVRb0lhpRBNaVgsB8hHJHsh+KyGRnrfv66WKKlhOqWcU8aoA8ckSD9qzcyIF+&#10;h59+kux5t2fl0aBX4eXVwFRSwJTmnhRndxZIjK1yQys3LsRwCTz7fOrd4YrY+9sRurLY6TK0uMmq&#10;pDSQyLCXE9DWUYIMqyIbSVANiv49lIuYVkV7mrwA5zTpua3hlieO5qYGHcdWk9IDuzYOd7O6u3ds&#10;Lbe5F2hmdx4+GjotxNQvkRi3jr6Orab7OOroJJtUVMyWEyEar349mP7X+Re3d/bOyOIwuy58NWTU&#10;8irWVM2NmVCzRKraIoFJ/QeAQef8fbdzdbfcqPCtypApXUT/AJB0mtNt2u3VmhMxqPORm/wn/i+i&#10;bfFn4W9odCb1qNyb479m7PophH9tihtzJYJaZlSvEhaSfc+YjmEjVScGNVXx/wC2JrS1lWcVWzVF&#10;REVqVlpYZFgVQJY7ak9PqJAt7TRuC0dR2efRmgGkMR+l1Y26J5UCqboQ5Gon0sCAT+Pr7F/oLtXb&#10;vU+Uy1duHAVG4RX496dY4JoIDFrq6WoFQ61MckZjtTsOLHn/AA9sTXsED1ZSR8j8/I/l17VZ0C9w&#10;IPEN0Wj5U9Fb27+2Phtr7H7K/wBF2Rxu5oM3Pm/4LUZtqykiw+YxrY77emzGGeMvPk45g5kYXhtb&#10;m4dvkB3Riex8fj67a+3HwUcFZS0s8VQaSollWGny0jzq8MMemOT7yMKCTYrf88Px3lrLo0xkHTgV&#10;/wCK8qDh/h6UI1pGoVdRauKt/q/ydNHxU+PO8+g8Fl8LvjtCftHI1+UyOTgy74uswy0lLWwYKCPH&#10;/ZVGazKuaaXGSyeRXW4n06RpuxfJoppMHTyVNVFG8j09esQjZWVDATqLI1iikEEfn27MwY4WnV2B&#10;AqcdGwUr5mAUkKGj1Egi+r6WPN7H2ano7vrrzrrbFTi9y7ckzVXUVqVMdZFVQQxBDR09OIkSWFyA&#10;ZIWIsbeq3suFjGCS9WJ+dP8ACD0iaJi8aibSPs/2eiUfKT439y915/b+S617qpurqDFYuWhyFDPt&#10;epz719Q9fJUiq81PnsOIgsLhCrK/0uD+PYH9y75xm7N6R5ra+MXHUOVaWojpJfFO8cbyRAanESKx&#10;Cg/Qc/S/t57dySyilTw/1f5ulzK/YOJp0ZDpzZm4dhdc7Z2ju3co3dnsDiaPHZLcaUj45MtVU8Cp&#10;NWpRPVVrUoncFtBlfTf6+w0zL2mhMkyRmGVHqCEut1dHVQFHo1KLce6vb6ad/wDLrUilaZ6E2I3W&#10;wH6gbX/pz9b/AFPs+Gxflx1ntrbGHwdfsGryFVTQ1KPVpW45VlZqmpqdSrNRtILRzBeT9fZZdWsP&#10;h6WQ8ak6j+X2/wCx58ek/wBNampqw+xj/n6rP7o+Ene3ZPZu4t8bV+TY2Rg8xLjno9rtsevyYx60&#10;eHxmOmX72DeWOSUT1VC8xtCtvLp/F/ZKc7nZxvmd4Uigp2MBgjWKD9sLiYRLrsnrDvcj8i/tVttn&#10;EIwQp/af9X/F9KfAt9eI2p/pj1ZNSQFcfHFI5kYayzkkFgZ3Yck8WHH+w9wdv1EO0d40OZqqd8jS&#10;YqVqqWGF1jMv3VLNHp1SeQAK0w+t/p7UTOrLpDGv59bCrE1X8usWVo5MtiKzHwz/AGctZA0CTtH5&#10;PEdQPk8YaMsbKeLi9/r7PNuH5YbF3btTIbRx/XtVQZDJ437GmrJarGTJS1EiRgVEipSLJIno+gIJ&#10;v9R7LrqxspgC0TB6AfERw+Q/z9UD7Mrs0ySFv9Ow/wAv+qn7K5+rvhL3J1529i+ycx8k5t07eoM/&#10;X5Wt2g+0cjRrXY+pjrUp8aldJvGugpjStVKfIad9Wj9I9kaoa2snyWUx1S0XhyfmogyRRoIElnNu&#10;UAZtC3+hB49qRMFRIw3auR06ndlP7M/D1ZJJEnjSUBrxevgk3IUg3ufz/j7EjqXdtJ1zvCHNV+Of&#10;K0VNPDRy0yNGrVMVLkKWodI2mSULJNHTkAn/AFXvQuI1kV5DUV+QrT/VTp+KPVqLHHDoMe49hZHs&#10;3rnc+zcPuB9q5bN4TMUWL3AkE1V/B8hkMPX46kyL0sFXRPVLQ1FYs3jEqailri9/Zke4++dm9pbP&#10;/gGB2VVYqsoZ1y0lZJVUUixGkxmSo2hdIoIXYpLXoxFyp0/4j2SzLJJPM2ntZ2PHh/q4/wAulYRq&#10;EVJFPTopPxY+JPaXx/3xkt07475fszHZHb1bt+nw0m28hivDU12YwGRiyInqtzZmMvFDhpogojDW&#10;qCdXB1FSwxrclj6rFTqFaMy5OMrEiB6aGBEEdkN9blj6ifbiWzNQ6hp/n1YRsRTo/NSYaeaOpubu&#10;Vp+STZ3k+pv+AR/T2PvRHbmI6nkrBm9rVGdpaoyVAiSopY5I2MEMSkPUxTEKgiJABAufdJ7ZgmT5&#10;cR08o/S0ZH+r8uitfKr4/bo+QO1KbCbN7Kl61zVLVU0kecTGVmVjanjmeWop5KGkzOF8hqFYLqZz&#10;p+vud3v2/t/tCnxuT2xtSXATYyOSndZ56Op+5FTVQyGRfDDFGBHHERzc8+2bLUr6i71r58fy4+v+&#10;x1bIT4iT/q+3pv8AiZ8et/fHzb+4Nvb97YPak2YylPkaPIHCVeEbHRQUK0rUjRVWazck/llGvVrU&#10;X4t7A9hJmMKKmZ0pv4R4oXkdAUc1k9wVRNNtOm30Pt+d2MjVPn17itT0atTHS1fiUF2rdcgUMePB&#10;Gga5P0vf+o9mn6Y792x1lt2Lb24drS50MLUdZBPRwfprMnV1Gr7inllPqrUAux/R/T6EU88xVjq/&#10;LgPn8z1psgLqp/q+3oiHyu+Hu+/kBuPCbi2J3LUdXzY0ZE5alOHyWZiyZq6Lb1HQ6Up9xYinpjRp&#10;hpiSEbWaj8FfUGvcO9cZv3cTbqwOCkw+PrvGklJJJBM6LSUNDQqdcUcajXNSs/AH6rH6c6srhkOi&#10;Q4/1f6vs6tWgHn0YX489Xbk6f6zwnX+7d6/3+zWEOVebchoJ8Y1eMnnsvmIlNLUV+TlT7OlyEdON&#10;Uz3EWoW1aVDqvp3qRS5GZi1XVM8TsoKBVpx44hoUqg9ItxyfYhmuF0ZNPXr1PPoYqTRA8tJGumGE&#10;B0u17mZmdySbsbsf8Bb2dHY/yi2Tg9sU2Ezmx6jMVtECk1ZSVWPpkdBoWNDE1LqDKFsTc3PsM3Re&#10;S7E6OCg8uFfX/Y9OqtbGV/GVqD7P9n/V+fVXne3wD7i7H7Gye9eufkgetsZkqenRMBW7Tye6Ep62&#10;N6iWorFqG3djozHO83+bESBQPqfwWbd+Vo8juity+Ko2psVWTPk0omZXkiepqZqh6czlV9UcbqvH&#10;puL29mtpPpXucVH8x/q/1V6vqEZHy6sT2Tg8rhdnYXA57Jplc3jMXRYmry6wGlirp6GigpJMglH5&#10;ZvClVLE0gQuxAa2o/X230UqYLOYzLSzIsa1FDkVhZeHvUrUrStw6szKuk3Gk/wBPe74NdpqVs6et&#10;ltRDdO1XB/GMNk8SqurT01djGmVyrJrp5KZqlCrpIli+oWYMPwfZ0pPkX1ZkNmptus2bIcnNt5cd&#10;LkUr4ET7uTHfZS1XijpwyqZ2Z9I5txf6+wxBtlzDd+M8raPT/VnHr/LhS0dfEJ8THpTqrdfhL8oM&#10;Z3S/Y2H+SeOj2VH2M26o9i1GwquqqG28u6xnV29/Gp90lPIcPGtEJvAAG/d0/wBn2T+SrhiylUIE&#10;tQVtRIlCpIf01EnjgfUQGICf1sT7EaTJEYY68R1tgFOOB6tAjpKiXGUzVEl66kghatcLoDSwxh5w&#10;FUlV1Pf6XA9rHZGbh2buaCtyEa10EDlainsqhk1xmQ3kWVb6ENja49qLlyYW8MnV1X4a56Dzsvad&#10;T2LsjJ4PGVr4asyFM60WRXyu1PUGKUU7lIZaeR1WZxqXUA3szW++5urd4beq8NT7VqqCaoNO8OQO&#10;RjMeunnSUAJDCH9bJoP+J59h2AslWA7qn+Y6U2oYCSslRQ+XVdfx5+Hnyw6d7Kod4bv+R2H39tin&#10;pchTVGz4+u2xNVaspXp45f4xPuXILenZhJbwi4Fh7K3R1EjvLQTyRwMpHlkkj1iMhWkQaQAVDjjg&#10;839msl4Ft6Ic/wCr/V8utOr1oBnqziqoo18WQgikqBY+OKOQoZAxSNySTpYpe/I/H49i11TvjE7F&#10;zMbZ6hbJ4tiT9gjxJMoSmyIsk0kUtiZ6tGP0uF/N/YTuNcniSK1D/h/1cetRW/jCRSaDoAPkx09u&#10;7uXr+vwuwd2x7F3bKtOKHc82PmytLSt/F8FVTtNi4q/HLVCXH4yanW8g0NMG/s2Ih9o7/wCvd/Y+&#10;jXbe36jCZKneoKVE9aKqORpPtoyvgiRFbRHA31/1V/aVZZYnBeUE0/1ca/4el0KLbr3NV/s/wdAR&#10;8S/j78j+hqzcSdv9zYntrC5OPGLRU2O2Sm1ajF/aPmZqmSSsOYyT1X3slfBb9PjENudXsCIJUyCm&#10;GeVEEdxFJptrYkqyekBrgLzf3c3cgVlDGlfP/D/q/wBjqk8hmMaBsA9HsqKP+HOtTTwvIZAPJGrf&#10;oUAMrWLaBdiPoPZf/kdlmqdjYTBlkZqbP1VRq0aXeKSgmjCswXXoNvoSR7KbrvLl27CvQntBS1QH&#10;jXpYbNw8dNk8rl0WRDkKLHU7oZHaMNTPUuSELmNWPm5IAJ9kNeFeU0aX1nUxbUG5NtI+gBv7CdxX&#10;xWrw/wBjp1ycKeA6EX2oNur/ALkYFvYXiP01A/5VAP8AAcD3uL40+3/n3p1v7Fv9X4evezw9Xxha&#10;YG/0Bt/1JpP8fr9D7EFotJKeek/8+9EF3hP9t/n6TW4mIhW3PKfT6/7tHsanAshI/wBTck8fU245&#10;AHszjqWFB0UyL3AKOI6QALfuAG1tVrAc/S9zcH8+5kQ0Febgj6X/ACD/AK3+Pu2nUBnNOmGXVShz&#10;1AlfVrGkWvcn/D6/1/qPbnGdQFv+Kf6/5/p7cHT3TNL6WN/95/1z7lxkqLrwRY/0+v8Arf4H3VqU&#10;7uvE6QT5dQ3AdwDcA3+v4sL8/wCPHvuRC9BUR/XV4x+Pr5i1/wDYW9pJ/jFI6f5P+L49GVqVNKDr&#10;PTSBMhTSajZfMbWNiPCFsT/hq9lJrQHqGubeORza/wBSTa1vx9PdpsRSLTh/nHRuDqUqePRgoeFU&#10;/W6j/A35/J+o+vvAgRb3C3P+0i1uf6e0B4H7OtgUHWY3Nvr/AIAf6/uVDUhHCPzGz2txYKTY34a3&#10;Htr4tZ+XTsdO8HhpPXFkNgRwQP8AbkfW1rfk++6ylaGJZqL1wvPqn/tBQwLS21kgcWHA9+jmTJeQ&#10;ft6dgUAF6/L/AC9cUYElXFm08fi/0A5H+39uNOg8lHLfgx04uBa0hKtb8ngD6+2muKyBE4av2+X+&#10;X/AelIbuWnDrE4ssi/gajb+osfr9D9fanxylsiSv1MpA5PP7qADjj3V2QLlf5dF7cKnhXqBUEinN&#10;zwF/r/tJv/r+xawkZWqe4tfXcm/5At/sbfX/AB9lUsmvA4dFsuSMdI/Kkfbrbk3U2Fj+T+f6c+1X&#10;ShJJ3IHIRza7A2C/U/UH3ZJdIVG6ZOK1HSVrVZIAytYakvcLa9wTb+nHtveMCXlSODzcmwsP9h7U&#10;OeHSGf8AB1NikJiPqvyvFvzdh/ri/tE5JGQvYD6KRzweU/2PtVbTozA1/wA/TlM56VVOupVufoT+&#10;P8Gv/UfX2GmQa6kX/o1xz9dP5/pc/n2ewuFGluI6qwNaUz0oolsb88ixB4H5H+3t7TNWxVh+R+Rw&#10;fx+D9ePasdMk5pTqdH9P8f8Aef8AYj6e2+pZuLng/wBoWsfp+PqLX9ux8MdOpSh9esg/p/vv9ufq&#10;feOwMSXHqBPA/wABxf8APPurUqacOm2pU04dd/8AE8c/8b98PSPIP9oYn6/S9/8AX/HuvVevcm3+&#10;wt/jbgX9wX4I0n8r9PpwB/T8c+9db65/X/eb/wCA5v8AW3Nx9ffpDcRj/gtvp9P9b8+/da66F7n/&#10;AA+tieT/AK/vpTeZuQwVHuf9cMfbqHFOkbV1NXjXr39n6EG4A/H9P+Ke2+Syx6ifqDz/ALEW/wAP&#10;x7M4OMdWrkZ611y/2Fvp9OL/AIJ4/wBf3ikYNSrf8Akgi1vXc3uDx/r+ztNXbx1f6qdJ3rU9cRYN&#10;/h9Pr9OP9hb2xOfWAPzcD/k3j8fn2YR5gT8/8PTTiqinXO3N/p+f9t/U/m3vJWopm1i99Cj8/wCp&#10;X/EA2v7oZVUlCemqmlK468t9JHH1/wBvyef979w6b01Ef50t9LfXg+3VOQPLqvXNuUN7m4PPPFuA&#10;f9fn3HmILSc/SQj+v1vz/re9H4j/AM0+mX+Nv9L1zQcCwIvY/wBBb+n0+vvhALVMf19WixP5BdbX&#10;5PF/biH9ME+X+TrQLIndx8uvN+k2/sk/4W+v+sOL+4FYbVEouLGV/r/qtT2F/wDW96fiPWnTq/CO&#10;ua/pH+sP969x6AA1ajnmX8i/PmXkn6/j24vwjrfXT/ob/grf70fbbuMET1S2v+1Kbf14ck/7Ee9u&#10;2m3kan+rHTqcKfPry/pH+t/rW/w/2Hsr2V/4H1Nh/u2T/eh/W/4PuL90dUum1enS1sZ65e283CAD&#10;9J5sL/2foT72ZtOnUKj/AFE9NIe5q+fXvfo1LFrm1rcW/rf/ABvf26jhNJBqpH8+tMtKde98zzfT&#10;+n8X/wCN8/8AE+1A7qEdJZOK+vXveK58vJ+r/wBf+R8+9fh/P/L0l/0P/V69e95wAb3F/ofr+fz9&#10;OOAPe+tyfh6978FIIN7/AO2W3+H1496PTNPTr3vmSQACfTquf98CT9PdW4j1x/l6pJxh/wCag697&#10;Of0v/wAyl3F/2ucmL/4f3cxtrj2I9k/sp/sb/J0l/wCJc/2H/D0zVf8AxdKX/lnHb/X85/2/sTAu&#10;qj2ra/G3qG9j+CD/AEA4/p7N7FgbSUHiblf5U6rb/wBh/wA31/wDrwNpKw8H96T68j9I4/1/cGvC&#10;jZu9V+rDOLb/AFhRN/h9R7NnYi7jX8Phk/z/AOK6Vyj/AHd24PDwH/wjrgoJr6A/j7OUf65MsR/r&#10;a3+39kTyYOtjwT+ePzcW/Pq4HsO7kRWn2f6v5dLmoY4zXp89t9LTVFdVU1FRwzVVVV1EVLTUtPG0&#10;k9RUzyLFBBDEgLvJLI4CqASzED2H55VVdbN2quotqI8qmpNSAKgktxrTrdnZXe43lrt9hbyTX00i&#10;pEiAs7u5CqiqKlmZiAAMkmg697OB/som6ftNPmi++/uD/FfL91T/AG39/P435f7vePV5Ps/7u/s/&#10;cX8X3fr16PT7A/8AXLbtddD+H9RopRq+Fppqrqpq192n4tPbTVjrMv8A4EPffo/D+qT639weJq8R&#10;dP71+q1/Taa18D6T9HxtVPG/Wpp/S6hffRX/AMPJp+hv49F/Jb+mvi31tzb3/9aiOWQqLn/bi5Nj&#10;b+pNrD3jOBTA6m3AFOt/j3BLM9hweOCOf9c/7f6+99V49e9iL1CSvaexv8M2h+v/ADZm+lvpf+vs&#10;quf9x7n8+nrP4o/t6xT/AOYm/wCWUn/Qh9u/b8bf3mrze96mo+vAv56rm3uu2NVgStMj/D0U2udw&#10;f/TD/j3XNf0r/wAFH+9ewlZW4UC5UW4+v+82PBPs2BFT0YfiYfPrl78sb/14/P4NjY/gWB97/wAP&#10;Xqft697UuH27kcxdYYHliTlqqJLQ0yoI3YVDD9xmjDaj+be22cCtOI6uFZg2kVp172r6VNqbbb/c&#10;pN/Gsgh5WgqNCQMLKRLDP9bOt+fx7T9zcMDqgEcfxGrde9it1Ru+t3Dvj+FpT0kWNiwuc+yEFJDF&#10;UiGLHSSDzSxkGViy/X+ntNc2h8ASeZI+ytR1tbR7ijle0g/t6j1LBIi17fuQi5Jt6pkT/Yfq9l33&#10;DCi1dbFJM0R1xkyyMQ7WSNrmQHUQb2+nt6AaWApjouhjEUrIcf6h1I9peQiZtUkciMP1KLDSWA0D&#10;TxzYX/2PtcrGpA6XBqsQeve+Mjlm8calUF7n+t7MLn/kH3oiqhvPqr0ZQwHXvfFio4jYED8kc6hY&#10;m3+293+3pzr3vgWIGoHng/gj8C9uL/X3s5x1ogEUPXveLgHyX/2mxPq5H4H+BPvTZ7RxPWmz2+Z6&#10;9782lrJHe5/Nza54J4J/5F7bEn4gBnpvxD8uve1ptfZOb3DrqIY2p8WrPBU5SSF5KSlbTC8pdo9T&#10;iSKnl8hsCSo49o5rxIDQ08RgCFAJJJ8gBxzjp+C2uLqRI4Iy0rsFUBWYlj5ALx697GXF9ebrxUJp&#10;Nmdf5zc+esYoNzVMVPj9svCwaJ3T+8Zx0FQTPEJVKObKdP19kst1e3L/AAaFHkRQ0xx1E1HzBPUm&#10;7P7Ne6O9VO2ckXgp+KdVtVI9VN00WoedV1E9YnmjS+uRFsOVJGsH/WBJvb+g9+f4pdz71qzW7t3J&#10;tjAQuxMlLDU1uRkhDFGKQ46ggjxyIh+gFUvP0/r7r4UrrWRqV4Vy3n54B/n1KO0fdI58v5I5OYOY&#10;dus4GGdAluJVPoU0xRn8pj1Havp1tbW9/wAqtrf6+soefa+wfwW2lTuJNxb43DkmLBmXE0GPwyf8&#10;FC1v94TYfT+z/Xg3tX93opJMpYjjQhR9lSQSPU1BPy6lHaPuf8oWyV3vmncbqav+grFbIR6FXW5a&#10;nqRICfUdRmyRIISGzG+ksxYfXjUFUfUf0PsS6L4edC0yqMhtWuzzqwtJl9wZwElbNc0+Nr8bROrE&#10;DUDDY/09rgEQxtFCviJ+I9wP2+X2efUp7b93v2k2wxOvKommX8U09xIG/wBNGZREf+cfWJq+drWK&#10;J/wVeT/sJNX09r7C/HzonbkkVRhun+tqKsi0eLIjZW36jKjSqol8rWUE2SdkVABeX8ezA7rurihv&#10;pvDAyAzBfnVUwR9oPUg7byTybs8vj7TyjtltcfxxWsMb/myIGP2knrC1TUOf869/pZX8f0/4LpUX&#10;v9fr7FuCCCmhjhpoIqeniXxxwQKIoUUj9CoiBUW34W3tE7EMSzlnrwIAA+yh+zoT8PPrASWJLMSW&#10;5LE6m4/Pqv8An3m/41/xH9P9f2z17r3v3+t/j/xr/e/fuvde9+/41cfT6f6/v3Xuve/f7fj/AHj+&#10;vv3Xvn173737r3Xvfv8Ae/yP9j/h/re/de/w9e9+/wBj/vv9v7917r3v1/8Aef8AY/763v3Xuve/&#10;f7EfT/W54/w9+6959e9+5+n++P8Avfv3Xuve+v8Aff1PH/Ee/de6977/AN9/sPx7917r3vw/x9+6&#10;91737/ff77/Y+/db4de99f77/kXv3Wuve+/x7917r3v3+++n+9+/db6976v/AID/AH3+Pv3Wuve+&#10;/wDff6/v3Xuve+vzb/ff8j59+691733+fr/vf9Le/de697697691733b8e9de6979/T/AIn/AHu/&#10;v3Xuve/f71+ef9h7917r3vx/3n/ff7378OveXXvfv99/gffuvde98JEWVGjaOOSNxYpLynN1s6m6&#10;spv+ePbkRK0cSMsgBrpAII/P/V8+vCn59evY3H9eDezD/WI5B9pyt2Xs7KKRkdp7YyF7/wDA/AYu&#10;rve1w33FJLe5HN/apNwv4TQ3k1DxCyNQ/sZf9Xl0VXuw7Huasu5bNa3CniJIo5Af96U9ZfPN9BNN&#10;/TmRxb/EC5+ntIVvRvTmR1CfrPZShj6mpMBj8eTa/IfHw07BrD6j2/HvW7wE1vpCf6Rr/hHQWl9q&#10;/bKVSr+3uyiv8NlbKf2rGD/PrmKuoUemRvpxezn/AKyajf2ja74p9C192bYqU7m4ElHnNx0wXVyN&#10;EMOYWlAF/wAoQPbw33dvxzrkfwqoxx8h/h6C1793n2bv5DJPyRCrn/fc11CP95inRf5dclrqkHl1&#10;a1rqUX8/10gN7ReQ+FHTFbc08m8MTa+kUGcpprX5uP4ri8k3p/3n2oTmW+NB4cJJ8ypFM/0XpT5m&#10;vQU3L7qXtJfhhbWl/Z184bljT7PHWcftHWX+Iz/6iIjn6B7kf4er6n2iMh8C9lyq/wDCt97oo9V9&#10;H8QocVkip5sT4I8VcC/IBW/tWnNEqkLJaLUeYc0/OimvQXvfud8iulNv5n3eKTyMht5R+YSCEn9o&#10;6yDJGwvDc/kh7D/bFTb/AG59oPIfALKIrnFdm0NVe5VchtWpoAL8hS9PncjqsfyE9qV5ogNPEtWX&#10;0oyt/wBA/wA6fLoKXH3MSuprT3EH9FXsf8Lrdn9oQfZ1kXIxm+uNlP40kMD9fy2i3sMtxfA3uRYJ&#10;P4Nndg5JWjdCGymboqhkYPcIk+3mp0JJH+7PdJOYLOUFRHIGrgMop+wVPQZm+6Fz1CZFs+Ydpljr&#10;jW08ZP8AtVt5B/xvrItfATY60/xZQQf+SC/sv+a+DPyZo5ZPttjUOYp2d3klxm7dqm4YnU6Q1+Yx&#10;9SwK/QBCf8PZdLuELkky10/bn5ZoT+zoMXv3ZfdqwcR2+0W12teMNzCo/Px2gJH2KD1zFZTEgeUX&#10;P9VdR/sWZQo9hlnvjZ8gtu0NQZund/VdRBFNFEMPgKzcIKLFJ/mxgf4iXa44IBB91imia4ijNwix&#10;yEEmozU0yeFOPnjoMbp7L+6+0Rs1xyPevj/QNFyfzWBpSfyHWXzw/wDHaLj6/uJ/xX/H2VXA9ddk&#10;P2HJPuzYe8tv01ItYSdxbYzeIjR4pUlUOtfRU2gnUbXA9jbmG4tNo5aWKK4TxnKfCwJOoUx69Ai5&#10;5K512hmfeOUN0tbalCZbSeNRWmRrjFR8+svs4O38coK2U3YAk6mCk/T0i1h7h0wuYzI54n/P0jKG&#10;NEXr3sc9rYvyzouk8+iwFr2WRvpYkgD/AHn2iSQ6ioPl/mH+r5dIpJGLU1Y/1Dr3s0m1sXFBEsjx&#10;M0cf+dNrBdQnVQ2qy8u1/Y52ayikEztxOnz/ANN0xK4Wh1Y66P8AvP8Avv8AX9iteWPHxU8bJdTJ&#10;qHP9qbyC30N+fY+2yAxuTpx/0V/q+X59F0zluob2aRmP4tY/14A/FwBz7ETasMNTO8yF1iqEijkZ&#10;JdKqI2lBN144YW9zPyNGJpL6I17QP8BA6CnMs4t47Vm4Fm/wDoN971MtLRwlVieWN5HiR4wzMzeP&#10;hdX5Ct7V2zdvZHeG9MfhaT7iGmqqlKeorpi8kKRAyWYlG1g647E8/wCPuUGlEB0jJqB9n5fLHl0F&#10;T+oruxrQVP7Ogd7f7DwnUXUu7OwMzFHW/wB2cDkM3HiaMQR11bLTU/namphUFITLKDZQzKOfY59j&#10;/HobM25V7lq920EgpaeaSGlT7uGaplhpZalaeNmco0jhCADxf2VRbxDHPMkk4LafKvk/D8vnwp9g&#10;6TK2UJgYBhx+zoiHxc/mQ0PyV7ETrjbXRHZeDEU8X3+481DtuTDUdHNXU+OOQk+zyU1UtPrkD3CX&#10;KeylUdZFIa2SCecmjgqamOnkqWdjUQMpVwuqxjYkAD2YQbjFcMaV+X29LooVkGRj7OrUq6hkjSkj&#10;lhgIqp4KWaaOnVAKaZX1qTbhhYkn2pOqdiZPtHeUuIjrWpH+xlyZqpBM0EAXJUEGmWJGJYxtW6mF&#10;gNIt/T2ouLiS3jEiJ3M2K8BkcacOPT0yiziecQlqeX+TyH+rPQN/JTvfanxo6pq+wtx0M+QxtBUH&#10;Hx4vHvRx5LJTxYDN5eKkoGrJKeF6urhwrxxXcXkIv+fa47n+OlZ1ZgZd01u9cdUh8hBTrSQLW0s0&#10;jVK1MgdS0hjCA09iP6n2HbrdXWUSMAW8qD/P1uyvXvK/7r5EoM1C08sYNegA+G/8wnZ/zA3HV7T2&#10;l1P2FteHGYGtytZm9yjb8mKhkx8+Fp2xbNjsnV1BrpUzSSJaPQURvV+PZQoMg2moyZkmlA8kI8cr&#10;8tMnpJPKsf8AH2ubcJLm1KeGak+g/wBX+qnRwrSUYm1/kOrHmp0BjhCooFmsQONB/p/r+xg6H6cz&#10;Pb9RkhSZWmxD0sixST5CGqqYUeSnklMZjhbhmCcc+ywvOin9PhxwP9X+TrwllhjLGxdj8lWvRZfl&#10;X8ptlfFbZ1Pu/d+Hze4YKiWNKbEbdfHLlqkGuoKJpIEyVXQwOkDV6s/rFlH59uPd3x8rekKLFVWV&#10;3jjcrJk1rDBBQLWUdQBST4+CbUZ3ZZLivVuDwq/63tDbbu73yW4XJ1eXDt+ef9Xp1eKYzK1bR0+1&#10;QP8AL0mviP8AMzaPzCxm68vs7Ye99pUG1KrEU08+748GqZBstDk54ZKA4jK5IMkBxbK+rSdTAD82&#10;LqZJ/wC7mQRCGlyYpRQxKCHT7KtvUaubMWQXFvp+fZlNcNQajny/1f7HT7LrQgnPRxdKmqiYcLDr&#10;1/0byR2Qg3vx+fZjuhvjvuPubbeTq6XM47b8UyQIZsjR1NSPTX5GA+IwsnjKmhu31B1D2VXF4YYZ&#10;ZlAMieVOPl8/8/TLXQ29RdeAZJF/CKVahC+Z6Jl8s/m11z8Sp9orvLb+6Nzz7mqMtDSUW1nw7VUB&#10;xtJjKmRp4cnkcerrLHlE0WJ/Sb/i6G7r6OrOlslS4rKbtx+aqqoreKhWtpW0vAlRGDDOzC2lvwfq&#10;PaS33WSZyrQMhH2H9h6vFu8t6gc7c8Y9CFr/ACNOhU+NnyK218m+vaXsjaG39wYPBVlRXU1Ku4Ys&#10;ctTJLjsjW4yqt/Dq2ugISpom51fQj2CmTqZabA45aQrJEMjUFCFD/uGMmRZL8lQfx/tvZ6kgKtJT&#10;I8vt6eKVAkC5Xy6H+NAaiQsCGMag8n6AtYjng2P9PZuenfi3ne3+v6XM0+5sTg1jztVJJHW0VbPP&#10;KIaanLL5ad0Ihb7rhTwCp9kV5cOWY6MjHDh/q8vl1pp5Iwoazck5wq/5T0Qz5P8Az864+Ku/cbsz&#10;duzd7blrcvt7HZamqdsNgTSxLkK/NUkUM0eWy2OcTIcM7Oyggh1AvzYBO4et6nqLdh2fW52iys70&#10;i5b7qnSoipY4pMjkMcITFUEssytQFrgW0tb6392sLqZv9Cp5VwfUdKFlkdV/xQqCK1ovn+Z6NH0r&#10;25iO79h47sDB4jMYbH5EU4ioc2tGlePPi8blVZxQ1NXTlPFkkW4c3ZTbixId7uyLU3930hnhVW27&#10;jmk9IKSFmnDIAQQWYDj/AF/ZhNO8OpiTQmv+r/Vw69MhXSCagjoT6RAfudSn/gXKBq+tgEI+nP19&#10;nA2L8Qt49q7K25uvD7owOCoqvC0E5pK7FVlVO8lTSx1aOskLpGqCKcLbk8eytuYYlkWKoqMf6vs6&#10;YcIoWpPD06Ij3v8AzAup/j1vg7F3dtzeWZyspkkjnwC4KSkRFqjRmOU5LM4+VJfLGTbSQQRzfj2V&#10;/fmzavr3etVsvKbhxVbWYivWikq4YJYY/Q0TFEjlu6GXXYC9vav6+le44Pqf83ThqKd3Ho4fXW+M&#10;b2XsTa3YGHoa6ixm7sFQZ/H0mRFMK6KkyVOtRAtStLUVNOJRG4vpdh/Q+0xuSqaLPSUoEcggqYIh&#10;Gq+upWbwMGXVpusf5vb3cbkSK6v9X7OvMTqoOlhAoMKsQQWW9ieFPI/BNjz7OzgPhPvHsLDU27sR&#10;vfbOJo8yjzU1BU4evnmpFpZpaGQPJE8cZ8j0pYaQB6ueb3K7jenGTARX5D/JX/V5dNfvMpK0Zs5N&#10;WOCrT+Z6rt7e/mTdPdH9i57q7dG0t/5DN7alx8FZkMTHt18dUNk8Ri81C1O1duCjqmVIMtGj641O&#10;tTa40kkqzmIn21uWbGV2Xo6ueDxGonVXUKXoI54rCW7peOcD/G3tftm8koP0cfYM/F/q8vy6XJeS&#10;KwH01R9i9WG0tQldRx1MUbxrLq0pJYOumUodQRiv1S/19466tnG8I/0NTxeFnj0AhlahDeq50sNT&#10;XF/bks/haqDzp1WmiQALqb/B1ljS9PpubkNyCb/qP0/P49nqX4I7nrMS+5oN94CmSpoYqqSIUGTE&#10;qxSIrqsTqwEbjXYkccD2VTczGBdItNRXyFK/4OtfVzxHw49pkev9FP8ADXquWp/mWdS0XZ69VVOx&#10;+wP4y+aqsJFkQm2zi5KqleoikkJbOrV+JjTkreK5B+nsklLTHGblq8K86VDUGWqcdJINWqonpKyS&#10;nkaIuLgMYri4J59vi4kZfE0gVH7P59KUi7iQKFv5dWLRzrV0UNXGrKtRTRTorWuqTRrIocAlbhW5&#10;sfaw2pQy5Dd2OwyMkYymapqWOeZNcVPPVV8cIlmQXLRxarsAbn2nZwO5uPqT0oRFDD16a8/kUxOA&#10;yuYkhmqExWKrsg9LTWFRURUNHLUvBTlii+aURWW5A1H2cXNfDHc9BtjK71/vphZYIMLX7jGNpKCv&#10;iqKiCGglyphSUyCJllRPGLjTqIPsqO8R+K0ejIP+H8v9X7OrVFSM16rtwP8AMu6rzfbmL6bTr/sO&#10;kzFfvei6/Gcrf7tjCU2dqNzQbVKytHm5K4rDVTCZgIS3hB41Ar7KLj5EpqnIQM/+VQUtZS2VrMJF&#10;Cr43Xg/rHI9rE3ONeFf9X29eBAqPPqx2aJpEiYAFDJFJzYi1wQVt/UfQ/T277Axsm5dzUeAqKmGj&#10;fID7ISTg6Iqmpmhp4mYKSxVTLc25sPfr3cgsIbiB/q/1f6q7TJAr0zbqyq7d2/lc79rUVqYmiqMl&#10;JS0un7ieCigeqmih8hSMySJEQtyBc8kezb7p+Eu7Nrbcrc5/e3E5OmpI1lalpKKvilZFBOpS7lP2&#10;wCTcfT2Ek5mQzaEfvJp/q8uvLpY6Qxr0QPqP+ZT1R25v7H9fUuxt97XyuR84hq9xnbkdEssSxn7d&#10;vss1V1PlmaQKoCH1cG35Jxt6ujrFqsPE9/vAsrC4YlqVHmFrWP49ilboSQJPp49eVhSnViNZCsbx&#10;1LDmnuFP4AmZUbgi1+Pr7VPWeEl3rm4No1E9PQNmRKI62qRmipf4dR1+Sb9F5QKgUuj0nm4vx7KL&#10;h6Gvp/l60mcEdJbsTdMWxNrZHd74/IZePDmk1Y3GeL72rGQyVDi18SzyRQk07VnkOphZVNufZot+&#10;/D/dWxNm5Pdw3dicvBiIopoqCloq6N5TUVtPROtpXaI81Or8/T+vsmj3BF3PwDUN/wBCV6W28ayI&#10;GDGteFP9noh/Qn8y3qvv7sXA9a4fYO/tr5fPy5CGGt3J/d6OiiONxeUy0ms0GYrKlleHFMoIS2p1&#10;/Bv7KPSZCGsx+Rpgsvmo0DQuzgq0skxDgJ9RpCj2IpLltAVj/q/1fPpwRA1o2erF3geOohkBXRJc&#10;SDTb0qnpOq541f4e111Ns+s7MzlNtNsjR4SWWVPtamthkP3E1QzKVHgLPLpRL6faFbhdGrT5+XTQ&#10;mEeuPTgf6vl0GXdfZtF0v1/uTsqvwWZ3Hj9tYuqyeRx2DNMa40dDA88jRCtnpqZTZbXLD6j2P/Yn&#10;xe3H1ttmbck+4aDM0tIs8lVHSUtZG0FJBSTVckxeZiqxqsOm/wCCR7v45NCWpX16bVFuKsh4Dz/4&#10;vom3xr/mQ9TfJzf1b17t7am7NqZmlpIKqFtzSYFYq6abIw40UlMmMyVZK9SJJgxBA9APstyVi5Kh&#10;KQaZKikZqgq1nK0cEYQShQLqoc/X6G/tbbXioPDJr/h/P16qyeGSnmOrBHp/tqryOdEU6iKwOnVP&#10;LIWt/rlfx9ePYpdTdf1fa2Q/upBmcTgsmspyUU9fTSS/cUUUtDRJBGkBEmueauBU3t6T+be0u67g&#10;LaNpQCVC/wAz+3/UOvIcjoC/kF3RjPjzs6o7Iy+19z7rwlKTQ11Hto0T1VCFocrl6jJ1P8RraKnS&#10;jpKXEssjBiwMi8WvYVO2fjRu7qXCQZ2uz2LydE81NEBT0NbCYpZ/uGjQvOxUMgg+g/qPYV2vmFNw&#10;uZNBPY9OI4inoeB8vn05QOa14dAZ8Yfnt1N8p8/XbV2lgdyYHNUuOrsmaPOz4dpqrGUUmLp56yGL&#10;HV1W/wBu0+VRATblW4+ly9T1ss9GjwywGoi0CoZk162BJe3NxqX+pPscK7NCE8utlBSlejox0ccN&#10;W4kSQRPcwhW0BRZAOPpwf6W9i31T19P2zXQ4rG5nG4WupI3Bhr4JZ2qbRPO0kcUBA0xBADc/X2SX&#10;Uwtoi4rQ+f8Aq+XXjSMAjou/yT+QGH+MezMhv/c+1dy7pwMc9GlQ+3Xx6SUbVdfR4ynjmkydZSoD&#10;PUVgtYngH2u+0ugt09T0ePzOYzGPylNItR5q+koamnhpz5qSliFSZWckzS1qqn9Cp/w9hqHeVnma&#10;3ANB5eXr5/LPSmFVcBzwHl0F/wAUvnH1J8uk3BS7BxebwdZiZ6CN8Rn6zESZCoFTBlKvXSxYytq1&#10;EcEOIdn9XIZfxf2Dk9X51SeIJLLAW+50qpUCYqkOhTfTwOf6+11xLoEeeI/wf5x0+8iW+mvn/wA+&#10;9HFo6HwvLBJrSGTT9sCzah49Tza21XazHj2O3WXVOT7VNdPgs5h8TWUq03loKuknqJj5Wq4YzGtO&#10;VVLrSM3+KsP8fZDebiIyq0LVrnyHXgVmNa5r0U35JfJ7Z/xYxWIyO/8Aa+68xt7ISVy/xzET46Oj&#10;ovtRjpXOQlyNXTEJJJkkjUi9mVr24v12f1BuvqpqOpy9ZQ1kVa7QxT0tBNTRgxQJIwAmvzZ/x+fb&#10;dreLL4hA+ec9Px21HR6Y64/GT5cdR/K/F5Ofrpq6NsKsbV1DW5KgqqyFJ6yqpoXlWgqahFSWSjdl&#10;ueR7If8AJaaOoxmH8UketqzSwj4Yn7Ob6gfQ3/1vaoPqD14gH+f+qv59CRUCwp9v+To7e0IJKeln&#10;Rw4HkOjWSx06nsATybD2St1JckK1h6GLG4JBIJ5sLn/efYeuxV3fzB/y/wCz02GOuoHDpYe1BtuI&#10;nJQ/2jeLgkCy/cQcf05A9sxgsyH5/wCTpVKGeD50r172eHq5SaS1+fr+PqYaE8f4m/s+ttPi9vCn&#10;/QXQdvaaTo/ix9madJjcbaYQbf6n+vP+cH0/w49jVKthH9Pon5/oP99/r+zNPiGeiiT4z0HqOGEv&#10;PPrsLf1P0/qf+I98x9FH1J+n05tb29qAPccdUQa3016wEXLEcG9zzY2ubfUG549utK2uwHFuPyfw&#10;fp/sfe5U0oTXpUIP6X8umWp9Lc/m/H+vb3PjsZApJHB4+g/Nrf63vUgoh6amjKRkkjpvJ9OoD/Dn&#10;3ORQ8JIFwx4/5KPtDMTRT8/8nSixY0z/AKuP+brCD46ix4KKR/ibhTf8cC/soeUpzBVSM1rSOw+g&#10;4KC/H1uTz7qxqj08j/l6OoiRTox1M+uNLXuEH+2P04va3/FPbbPEw5X83J5Om4HHttFrk8Ol0UVa&#10;Mwx5dSAw+n5/33+w99RoGtqP5+v5At9Pzz7rMTGjvTpScCtOu7/0/wCK/wDFP6e3mmcwAR3D08t/&#10;I172L6Vdgxb/AFPshklYmtP1POvl/q8v8nXkQn/SdYnXUT9Qw+n4+lyByL++PgkhrKd1a1NJPEEP&#10;9kM0upRq4v8Atj/X97ikLPGTk16UaBQHiKdeLAo4PJCni39Fsf6/k+1thlvX3CgWlN/8P3YyR/sf&#10;rx/T2pn4fF0VTcTVq5/b01VZ/Y5/K8D8/obnn8C3sXsMlqmT+mmQX5H9kc2+h49k8nDPGvSBl1E6&#10;uOekdk2/ydOL8p/Q8ajwPz+Pp7VFHcVDXW/pccjn9Dn+v191Z+2vp0lY0BPSbrUvALNYFkNxb/Vr&#10;+bcAfj839x5dBl/Tptq+gX8J+bgj6j3dJZBiuo/Op/2ekblD8dOs6xDx3va5HIJHBf8A2ABt7D+v&#10;UO7Ag+rSfr+Qifn/AI17dimKvqHl/g6uxOo/LpZ0yhY15FuebD/VMfp9SPYV5K6TMDxwv54+igc/&#10;7H2fW8y6ajKnpuvGnSiiF0Fv6n8fqHJv/Xg+2Grtr/1yLn6cfj/D2fjpFq7wx6zRXt9Pp/vrXtf6&#10;n3ClAH0/qL/8k/Xn88n3YdPg6gD1lHP+H+3/AKn/AGB494W0LEvIU6ibXFjcXH+t72AScdbArw67&#10;5J/r9PcJgHLkH/dbck/nn6/X1e9da65fQWP9b/T6/wCxvyPeEqAF+t/T/r2I5/PH9feuvdd8j/ev&#10;68j6Aj8n8e8UtyI/xYpx/U3v9Pz7917r3A/xv+f6L9Pr+P8AinvjEbuxJtdGP9OSG+n+3/33PtwM&#10;AM9IpHAdq8euyCbcD68fn62+tvwPbdK14xxxxYH/AF/p+Tf2Zxf6H+XVH+E9dgH/AGPP0HA+n+P+&#10;N/cOVgKYar2HJP5/XYgf4+zxFNFUDPl01J8R69/aP+9G/wBRY/7b20H6oB+A3+A5+n+9e1kTlk0H&#10;y6Yc4A65G5vz9f8Ae/z/AE9865j9wR/tK/kfhBz/AI/X2zKe+vpT/P1TrlGLr/xr68nj+g94qIA1&#10;EfH9q45+nDf4/i3tQumnacda+3rpzwb34/BH/Ef4n3GmA1uTyAz/AO39XH5t9PbnGNvt/wA3TTqS&#10;U+3rkpItb6kD/W5sL3/PvlT/AOfi/wCCp/rfqH0/1h78UGvHp1sU/tP6P+z1059Lf65/3r/W5v7b&#10;Mil6pzbkSNb631CR/wAWP9felHx/6Y9ajWiv6av9X+DrKv6V5vwOf9h7iUPFUv4/cP8At/MDe/F+&#10;D/h7fQEqAOr0rwHXbfpb/WP0/wBb3C3Adc9VyOY5gf8AWIcf6/tu6bw7WViOHT8dFHcPPrpP0r/w&#10;Uf71z7K7lv8Ai5S/Q+vn/WCL/j+PcVbp/bN+fSnyk/Prl7gp+lR/r/73f/Dj3tiNKUOR1VeD9e98&#10;kYH9P4t/vufbyPq8sjqhBU9e98NJS4P5PH4/rcj+n09rImJ1/b0xMfh697xW/eP49RH9fzx/X6/6&#10;3tz8P5/5ekf+h/6vXr3vJpJIt9R+SbHn6f0+nvfXpfw9e9yFFwbkWF+Rz/r/AOt71+XVKfs6976b&#10;T+nn9X145PIvzfj/AGHuh4j8v8vTclKw/wDNQde9nO6WNuqM/wDknM5P6c/8w7ixf/Y+xJy98N7/&#10;ALf/AI6vSRf9zJ/sP+Hpmqx/uSpf6BIvr/1EG1v8fYlp/wABNp/1G3qH+n9D7ObH/cS4/wCeof4R&#10;1uL+zf8A56F/wDrsfrrP8JpP+hF/4r7h1cZ/unvcfS+dH1vexojYix/Pszl/3Li/5pt/k6USCu+2&#10;/wDzQf8A491wU/5bj735o5Lfkf52P/iPZFMiD5nW1zrP0/5B+lr+w/uorFJ9n+QdGDAmMAdPfuwL&#10;40dCtt5absTeVEVz1TBr25iahDrw9JPGb5Krjdf28tVxN+2jAfbRk3PkbTHBvNfMXjltrspf0+Ej&#10;A4rUdoJ+JAcPxLMPSpPRj7tnsRJyjBb8+c4WZXmiaM/TW7jutInFC8gPw3MinSU+KGMlH/Ud1jaq&#10;2q+sMZ4B/dI/Itcxgjnn8+zo2/33/Ee496y+6bPf/9eiSoMq3DvBH+dEuoMf0E6QPpcN/t/eNA6m&#10;3gAPLrf49wtIvrUMtyBcD9v+gvpuBcgD37rXXva+6jdY+zdkSNJErRZyNzLJ6adx4ZdKjVbUU/Ps&#10;rnjrHcLwGk9eWolTSdJr1inF4ZhYm8UgsPqboRYf4+37tsGTc9e0Df5yeUSXu6kGoqWLQEfpJYcH&#10;/U+72eADTNOk6g+KzAd3/F9c1/Sv/BR/vXtE4fbOZyvopKGeRbsZawQSPTU9NdEeeWQIxQQqwZm+&#10;gH09rSQHyfLpSkbM9APLrle31/1vaxTGbW2xTl6+vpc7kLG1HiKyGZ6SqCXEVdBUeNtNNUQMkqjn&#10;1Ae29bNwag+zq/6cYzLU/Lrr/eOfz+f9ax/PtOV27MrkA8FGtPjKNS6RilgejleL1AGdoJCryMjW&#10;J/NvdQoHHJ6TmVjwwOu/aaUayS93uzapAPUSAbkufUQf9q9uEEAsePXipoSxz172NPRU4p+waMoL&#10;KcNnFBuf7VBKtv1Ac3/3j2kmdvDmUmiD/Y6UbezeM61xpb/jvUerTXAV+v7kJ+l/0zRt9P8AYew8&#10;7DhaDc+Vi0hVWdAECkKv+T054X9I+v8At/dtpYMITJntP+Xor2zvkh8QaqKf8vUj2gw7anYk24/L&#10;DkBgOfpyf8PapWVjpHx/6q9PwHUimlG697xQXu31/HH0P5/P9P8AD2+dP4uHT5pTPXveLS4FiwZW&#10;LDTGP3lNyCzf0DH6e0UzkTsFbFF/z/t61WhB697VG3tk7u3VMkG3Ns5nNoziMz0dJI1LTv8A0qsj&#10;L46Kl4P1kkUX92Scae4gUFKVFD+0Dj6dCzlvkTnPnF1Xlnlu7u46lfERCsIYeTTvphU/JpFPy64s&#10;6ILuyqP9qIF7C/F/qbezDba+I+9smsc25s3iNtQsIz9tArZvJxXCtplip5KXHsRrsSlU/P4ta9ZL&#10;qKrFV+3iPyJp2+dCcdZBct/dL5rv1SbmbfrTb0Kg6I1a6lBPFX7oolI8mSSUfL1hPkIVuIw0ptcE&#10;WVSeeCW9QsB/Q+zDbV+MHWm3pIaqvhyO5q+Ixt5stVNBSCRGDhoqDHfZxNHrS+mZ5tXK3t7L2nd/&#10;iJx3dtQtfMEUrT55A4mooOp65f8Aux+12y6ZL+zutyuAwYG4mIUEcQI4BChU/wAMgkFONR1Fkr5m&#10;4ULGCbCxDP8Aj6E3W/8Aha/sd8ZhMLhYhDh8TjsZEAl0oaOnpb2jEd3MEQZ2KC3N2I+p9t6DVc0a&#10;hFQAAfsqRQj1DEnhXqa9m5b5f5dhNvsOyWllCeIghjiB+Z0KtT8zU9Q3lke+t2cE3szE/m/6RcWJ&#10;H9AP6e3X/bf8U/HunR169cPfVvfvn17r3v3+9+/de69797917r3vv/kf++/p9Pfuvde9+/oP9h/t&#10;/r7917r3vr37r3Xvff1/p/vv9f8APv3Xuve/f6/++/Pv3Xqde99e99e6977/ANh9f+I/3v3rr3Xv&#10;fv8AX/335/3n377OvfLr3v3++/4r791vr3v3+8f7b/efz791rr3v39Lf8jNyP8ffuvde99H37r3X&#10;vffv3Xuve/fj/ff1/wB79+8+vde9+/p/vvp/xPv3Xuve/f09+691737/AHw9+r17r3v3+8/77/D3&#10;7r3Xvfr/AO+4t/X/AG3v3Xuve/e/db6979/Qf8V/3349+611737+v0/1uf8Aiffuvfl1737/AIrf&#10;88f0/wAfz7917r3v30/2PH1PA9+691737/ivv3W+ve/f7x/rf778e/da69769+691733/vv97/1r&#10;c+/de6979/vuf8P63/w/1/fuvde99f8AFP8Ajf8AX37r3Xvff++4/wAPfuvde9+/33++/wBt791v&#10;r3v3/E/k/n37rXXvfv8Abf74f19+9Ovde9+P+HvfXuve/f71/vuPeuvde9+9+69+XXvfX++/x9+6&#10;91733/tuP+N/T/D37r3Xvfr3/wB7/HP+v7917r3tlr9vYDKav4ng8PktZu38QxdDV3v+rUKmmkBJ&#10;5+o9vhqvR6hT5A1r/wAaP+Gv7ek13Y2V+hivrOKaP0dVcfsYEdcxNMosssgA4/W6jj+gFuPadfq/&#10;rlizLsjbNOxuS1Dh6DHkk3u2qihgYFr8Xt/re20jEbKUjWppmmfSlcEkfLPz6B1z7X+3F4GE/Im0&#10;VbiRaQq3+9IitX51r1kFVULe0rf8hnV/rE31WHvG3WGy/E8UGLakWUqXNPV168oS6sElqJ0FifoB&#10;7MLXc7q1YhNOk/h7QBUU4qBT8jT5DoF3v3dPZ+9Lk8qGJ2/33c3SgfYvjaB9gWny65msqP8AVhrX&#10;tdE5+n1Fh9be4dV1Zg6gMYK3KU7AnQxlpZVtwD6WpY5COOPV7PLfnC9tdIktoWQmtArCmfXhx9Vp&#10;+zoDXv3Rvba4d3tt13eCvBVlgZB9mq3Zj+bnrpaqT+0Fbjn6g3sD9AxA/wAffVF14+Np6yKkzLmS&#10;pjRImmp9McTq5IYiGo5JDWNgv9f8PY42P3YO2PK8mzEq6jVok4ac8GT/AJ+6jvffuT224Oh233Ca&#10;KBCaLLYrKf8Ae1uYh/xg9NGSoo8jLSPLo00sruUZAWkWSMpo1knTY8jg/wBP8fbR/cXd2PlNRidw&#10;fbzr61lpchkqGpRxZtQeFAUP1+jAgH2OIPerly5A+osr2NzwwjKa+hEmrjjhx6A1/wDct52gJXau&#10;YtomiAwX8aEn/aCCZf2v1FrcLisnTPQ5bD4nJUMqmOalrqGlraaWI3Vo5aeqgeGRSLXBBB98MxR9&#10;oVWL/h9VX5rMl3kLtXbhkrqYK8egMsNXkRKr3Yj9B9Jt+fauH3G5Mu5B4m4mI44xsPy1BSDw8m6j&#10;PdPum+9NtOY15cgvLYfjt7u2Ufmszwuf9qvTPhNhbK2/kHyOD2htbAymJUaXDbfxWLqpNMolKyS0&#10;FJEzR6rNYn9Qv+PaBqNrZ/H4lo6jHZAVktTJJJNR01RIv28kBDRvLEkjAB1uQfT7PoebuXHp9Hvd&#10;s3qDIFYfaupegZf+x/uvscqxS+3W6t51jt3uFH2tbiRP+NdKxWM9dqKMKeOJVQSr9Z1lJEiE+k+g&#10;8Ec+0o0+49psldRZ6vwtdUqpjNDkchja1qGW0ulnR6aRgWhBYfTWAfqB7Nf30GiZmuFeHhQUIr9l&#10;SPT/AFcAdue277y+5i3/AGaa1JxSaBom1U9JFB6x5HCbe3TA2OzmAxecoYpS7U2YxlDk6IVKK8Qc&#10;QVcNRGJBHOyg6QdLsPoT7jbi3jn9xYYYrL7syeWi88FZ/uWzVbXGOWGJlSFvu6icLzI3pA+rH+vv&#10;cN9b0pVcnhx/wdFa3ETiiqBX/V5dRMBsPaG162St23tDb23ppYZKeWTBYHF4lpUlkid/IaClp2kD&#10;GnjvcnhR/T2jauA0tDT0/wB7SN96kdX+y7WQJdTqX02a1hxf2tS7csDa0r6Ef4OHV1+qRw1sKv8A&#10;wla9KuMh5HLRuvjZkBYCx+hJB9X+829yqfK7q2nHTz4bdWRxaZFTOFw2WydDNJ47xkzmlmp/KyBr&#10;XubKSP8AH2S3V1I0jFnow8uHSgByuqVkDfw8OmzJ7f23uVDTZ/b2IzcMB0rFmsVQZOFSSkn7cVbD&#10;OiXdFP0HKj+g98ty7zyO56DERZnc9blqrHx1Ec7ZfMVWREUlTPCyiMVNTUNGHSEFhwSVH9B70JnM&#10;LEAFvX8X7ft/1Y6baS7YCMqvg140/wAv+m6xbf2ntvazVq7c27hMBDWSRPLFg8RQYmOdoUdUaoSh&#10;p6ZJXTyNpLA21ED6n215inNDQUGOhrKeKsxn3IeSaRvGfu5IpR5BYSH9o2FwOT/T2Z21wNDFmQn5&#10;/wCr/VQdaH6SitKjp5j9ckkul9Eugiw59AKnkf7V7krnt8bKklx+K3tk8THII9cOIzeXxtMVK/cX&#10;ENPUwKSDOzc29TE/k+y2fcYDIFon8s9X+shUgMF/l0z5Pau090inn3BtbA5x6cyGmfOYXGZOSnZt&#10;Mchhesp6gxF1iUHSRcKP6D237jz+T3M1M+Y3PLkq4E/vZfJ1WQqtKxgRhJamWab9IFj+BwPeo76J&#10;q1Sr+Zx1sXUbgURf5dTcPg8Nt2lGPwWHx2Gx6M7x0OIoKTHUaNLI0krJS0UcMCs8jlmIFySSf6+4&#10;+4USI09HRZHGwxiKKZxUOCGeSI6zCEAtIW45W/tQ11WJyMt9n+r/AFfl1sK4KOig/LqfASbsyOCW&#10;IBAI4v6b2PIIH+t7zDeG/Npw0+Nx++8niY6qNJ4qfE7hzGPoitUvpKwU9TChmZYQC2lr6R/Q+0fj&#10;sajw2/Z0q8a6U6BbtX7D0x5TZ+z9xTrWZzam3M1VQgRR1OYweMyNTEkbO6xpNWU08iIrysQAQAWJ&#10;/J9s+4czPurKY2qr89Jk8gaGixMlRW5Koralqz7iVmkllmkml+38s7MR+oM17XJ9+ildTTwyE1ZF&#10;OA8/837eqF7hyQ8BCgd2OA8+nbHYzH4emNJjaCjx1Gjs8dLj6WCjp0AREUJBAkUSkJGFFgOAB9AP&#10;cjPUxkmwdMlXi3qabH0FIWddcSMkkiEutmIZZDz9Tb3eSeOrgOSnzPWtVsGGlyTT8R6kw8LKxVxe&#10;R35+rAgW08/0Ht9pN89jbY+3x1Hv3J0NPF4mgoqHP5mkofsYyI/HT0kVZBGqBU0pZQoHH19sPcxo&#10;a+EgU/Kn+r9vVzeTQ0XRHp+zpNZPY+yNwTmszWzts5arNwavKYDE11XydRvPVUs0p9XP1PPPtHZ+&#10;aq3BuSPOVeagr6qsyFPPVmpq5qir8rzxD993eR9Shbks1/dvFjKlFAr02ZEcjw6celDRUdLjaKCg&#10;oKSGioqKBKelpKWGKnpqeCFdMUNPBCqRRRIosqqoUDgD2oN11Riz9ZHDWYBfHMiI1SpM13SK3qF2&#10;FtX+293CqI8r31/l157Z6kgivXqW5gjZlkBK3ZTxzzcWv9fbieyexsBIcNT79zEX8KtHDTYrP5yn&#10;o5BVj7h/FTx10Snx+Uk2W1yx/PtKLuVhR44afIAdWa83Ru2WO3p/QTT/AKv5evSZrdgbDzNTNkcr&#10;sra2RrqsxtUVeT27h6ytmMKJFF5qiopJZpDHHEqrqY2VQB9B7DbcVf8AxnNS5CCtj0zeLzyzys5t&#10;HSwU8d2u4FzFbk+1sbqoAaJf2dWIZqGRQK+nSuhjWGNY1ACrewAAHqYsbAWA5PtY7wpYEz8s9FmM&#10;PC7wUaxs05ChxRxB/IAgJ/UfbJNwoAelPs6ZMd5G4zH/ALz1HpJGaBdUUqkNJwygEgSuAQNR+o5H&#10;+Ht9bfvZWCr4cfVdhZ+opFp4Hkgh3JnGpPA8d0iED1ixKF4FituOPehdqFOhUr9n/F9Lo729hxVP&#10;2HpNPsPYlZP/ABCXZW1XrvLJIK2XbmHatExZg0wqWpDNrckktqub8+05iIY5dw0+SOSgMr133Uq1&#10;FRqZ2kmeR5DcnUXZrkk3P9fdJLiPuOrrYoTqqNR6VMihYGiVCFEegBALABbAKOOAP8Palemq1yiT&#10;0udxdJPJkP2HWpliliZpy6SRvGVZJFNiGU3BHHtO11GUOkn/AFfZXp1VrU1HHrERG0Dxy07yxmEh&#10;0eNXWVCulo2V/SwYcWPBv7UX99t+UtUaKr7A3FU4+FTSTUh3Pm5KCeijfwyUy00tb4JIJoEK6GXQ&#10;VNiLeyJrl/FlAjSmr+EVp+zj06brcgVTRF4Y4dmaf5+k2uxdj+dclHsra8WQ+5XIJWrt7EJXJX+T&#10;zrW/dLSedaxJzrEgbWH5vf2kIJfPuM1cFdETU5MGVHlLxrTzVSvIJEBsJP6sbi3twSK2DQH5CnTN&#10;ZC9ZFof6Ip0qiumn06T6IrACwN0SwsLj+ntQ1L1FHuCp+zytHSSfflqSogleGSN/KviPmiYOCJAC&#10;NP5HHtV9dF4SQsi/5P8AD/qz1quk0WgNeoixRz0gE8DSpJDomhlRXWRHSzxvG6lXDKSpB+o+vtWS&#10;9gb+o6qqo8hv3cFdGNcFRTTbkzU9G6sgVikFRWlNKq/5HB9sPfQKy6LO3qP+Fp0oW53GMgJHDX5p&#10;0lKfr3YUTxVtHsna9HVKVlhqqbbuHp6uNgwcETwUayhtS3Nj7R2Lalx+bWanyFE9PL5RCqzhpl/Y&#10;0EseAbsx+n49lVxeyTSO1GQHioAA/IdeDmR9cyqJfPSKD8h0spFMkOh0N/SbkcfW/H5H09u9WKrB&#10;ZusNFlVoKmnMPimSrlgmTyUy6/HJGUdCyTMpta4ax4N/abxJCB6H5DrxUqcdRilPXUipUUyTwS8v&#10;DNEksbaX1LqjcMjAOgI/oRf8e1lLvPelNW/Y53f2fyePVV8tFUbky1TTVCPEJgJKeqq2hmEcjIQG&#10;X9SgjkD2yXhDEeEPEHnT/V/qPSj60Q/oMBVfn0l6HYuyKN0yGI2VtjF16ljFXUe3MRSVkTWkgJSp&#10;pqSOdGaJmW4b9LEfQke0rgjj8dk4K6WfVTSzMaqGWSNtMYEmkuG/bAZzxe49qfHeRSA3lj/V/n6p&#10;r8VhpGP9X+r/AIvpU1SSy08kcfpfQRG1yvqNgD6SG4/2/ueKzL4LLxT47LRUMscn3cNVST1FJU00&#10;chLRP9xC0bxgKeCpH+Ht8vboJPFYl/If6sdXVbWMFrjX4v29RamjocvQzUWRoIK+iqYmp6mjraeG&#10;qpqlCCskU1PULJFLG9rEMCCPr7Wc26t5TqKLO7zzuUxdTGGmgqM/laqilp6lTrhSKpqnhc+IkEFS&#10;LG309pvq6HCAn1Iz/q/ydUa6aPthAp/S6S2N2BsPE1P8QwOx9qYbJRm0dZjttYagrEeN9at9xSUc&#10;U4USWYer68/X2y4ymgpsisiVlOKOsnWma0jB0pZ50ZkkKto9KXve4v7bmuppGLYxjh0nlklnbXMF&#10;1fDjpUVGpqdwYnaaKMyqCo5mSNtJS/5LW/p7e4clX4PKNNh80MXUPO0NPU01ZUUlSKFqhWSRKink&#10;hkCholYMDbUoP1A921mQaZP1F+eOnY0INAQCT0112Lxmcxv2eaxFNlKR4dVTQ19HTV1M8rQtFJFJ&#10;S1STQvqjkZSCDdWI+h9qCq3humvWWg3Fu/NZuhl1hIMhm8lXwNEbxrVxRVtRJEJEVm0yWutz/U+2&#10;Qxhb/FbeGnn21NenmmvYjptViKeeoVNek9ievtiYKdMjtrZO2tuZAJpaqwm3sNiKrQxjkellqaCj&#10;gmeGR4kLR6tLFB/Qe2fGx0tJVuUrITTjywwx1MvkeVXAVJWuAsrKx+v1/p7e+oupE0OaJ8hT/L/l&#10;60rXEi/rRxj/AEq6elNVh5YQDBIZfS7tH9FKEFkB/UNSi1uf8fb7Q5XNbeyAmxuXGNMJMS1GMqai&#10;gqnEiaA0c9PLCxVQ1n55HHujh5FKjj88/wAulEcMqBvCUAf0u7/UOmPK4PAbmx70OewdLmqKpCvN&#10;QZihpclRFonWRVlpayKeEkMupPTw3PtUVu8dxZRjjd0buqs3QOv7gqsvX11MCgWdNAramWMXlVCb&#10;r+pR+QPaE1/Dbxqf9LTq5nukxpT8l6TOC652NtcPkNl7EwW1q5iLnDbdw2GqJP1wnzHGUlO76YZX&#10;A9XCsfwTdkwrRUdTHPNV0awtqFS00gMD2SRIzGG9PoLC97er3d2eYEMMj0HW/Fec6ZQtRw7elVlU&#10;aelkjhp6ry+nwiIaZkOuNnBYHUNSqfp/Z9rPHZ3P7bqrUGfTCyrp8k1DV1mOedSGZFDQSxPJ4RKf&#10;r9Lm319op4o9RJSoI86f6h0siAQ0I7R0js3tfam9ccKfcG1qTc1HIXC0WaxeOzNPCwZNZaCvgqYE&#10;MrQL+OdIv9Pblld17ozLx0+5dwz5OCMXX+JV1fVrEjIFDQ/ezzLGzotjYC9vZdHJBbAkJQlq4AFT&#10;8+HSiWdYGTgKt1C2511sXakc0uyNm4XbUkyhJF2/hMVh/uPG7uqVAxdLTGZIpJWIDE2JP9fZNPkE&#10;qJDSwedWY1JkULJ6grwSaWS1zZvwRz7dW7DRM4X0H8ujeKZXiTt8/wDJ0NeF5pNWkrc2PFuQSD/T&#10;kfn2Ut21KiE2CzXW31a5tdje7A+w7cmsxow/1D/P0zLq1LQ+fTx7Uu2llSvj4LrYXY6uAHgsVvb0&#10;jj2ZWoV0jFO3/ZoenlBCD0/1V697PH1hEy0Ecv8AzbUGwPH7VExvxa/H+8ezS3INxIB6f5uiXcmU&#10;wtQ8ZP8AP0ldysDEiH/VKebc8Tjj8/nj2MYOtAD/AEFv8LXt+fyPZgnxjoj6D+RdLGxHDWNuDyw/&#10;JB/P+HvtVte5tf8A3oc8/wCv7UjiOrJ8afaOsLt9Pzb/AHtgQVH54PtyiXSLhyefx/S/9fpyT7rr&#10;/S00/D/k6UeP/R/n01zeqQ3UDkWJH5/wH14t7caZwba1J+n6eG/UbEX5591ddMbqrYr55/Lq5K0d&#10;CMD/AIvpsnVtYK2H+v8ApPA+tuOL+5cGqIXc3WMejTYKdX1LcWIJbj+ntgDUaHr1tiTPp1GqdMpt&#10;FYSSEa9XLjQRp0c6lIA5/r7KlldcWRqaOts0gYMukFRGHOsX8h1W8YH+39ohkgj0/wAn+foU2yro&#10;Kso1dGLpir06SxE6SvJuDqt6SRp4Nmv/ALb2x1Qqo5l0I0kYtclXYEAWI9Nl9uVVV4gDp86Yx6Af&#10;6v29Sk0sDzY/UfQfU/i/P/IveWOxJdtN7AnSRpDD/C5sTf222ainHq329ePAFrixP+2/1vyB7cYh&#10;wRc3/wAP6+k8250+ya5CvRljovl8/wDJ/q9evKVDAkdvXBib3P8ATj/WPt8otTGJWU21r9V4BUi7&#10;c3UNb829k0i6JHbXVFb8xwP+bgfLpWjppZSO0j/V/qr5dYntzb6lT/Tnj8/Tj2oqGgkhqUnj8hje&#10;oBvc/pd1vyABZQPatdwMx8Omf83+T/VTpFP3Adoz1BqGUxMrWuI+f6XCnk8/Uk+xYwDWq5wr6nPk&#10;NrhgqgLcgW4t/vftiS0WVA5XB/w/6vsHRPJHqrTh0iczMY6eO91UaBewFyW9Oo/n6e1ZRjTUkn/U&#10;vzyPoh+vFr+2WIpU9IX+E9Jyt9dKAv5ePjg/2x9Lm/H+8j3Al1GcgKLXNiAbCy/Rr82v7XRNGIRq&#10;bFDUVz0kZQHElcef+DrKFYJ/aJ9JBFgP1fXni4sPaGzKssoACAD66QVH6Yzz/sGHtJbIFFMk+vTw&#10;K1Xt6W1E4dCxLXP0BIJ+rjj6G5Kn2DmU8izTuSCToP8ATTZVHsSQaUxp6W+GF7QMdKiGzItuALn/&#10;AF7k8/1/2PtnqHPmA9P9n6qLfpAB+nFrexSvhugIXH8+i4ovGnXaAhTyfrbgk/n8c8/X3EqCTY+o&#10;fSwNz9Bybcfk+9CleC9UqK0otOsi2tx/U8/8U5PuM6/tD/g3H+uF5/1z71gNTy6oaajXhXrnfn/H&#10;/it/979xbMNY/wBob/evr6h9PdfXqnXf1Ivzzz/vXFj+feMEAhTyfGCxtxqBI+nHPvXXuuyCf9a9&#10;hzew/wB5/oPfVQQAOPohJH05vYGxuLe/enXuvL/xI+n5H1P+9f7D3BjciR+LqFbg34Oki9gf1XP0&#10;9rIgCik8evBVJqVB67Nrf6/+3IvwP+N+2+S9gAf62B+l7g2549qUYsVFe3/V/wAV1UojgEjrkP62&#10;H++J+lvx74VK2givb6NcWtzrH+sTwfZvaH9EMD5/6v8AY6LZRR2pwB66H6mFv6D+vFif6cD2xsws&#10;tj9fpf8AHN7XPtfAGJYj4fPphhUV8+uZvc3+t/cjIAipa4/sx8fX+woH+x90XVK2OP8Ak60tCBQd&#10;eXhPr/UX/wB7BP8AT3CpT+9Hc/kfX6/qY/T63v7M6DyHTgABx59eYGxtz+Pr/vX+Fjx7wS8l+b/u&#10;N/r25/qLce2pBRuFD0zJSuPPrItrf0va31H1/H4PNveSjU+a44toAJt6fWvA44PHttSfEUeXSWUt&#10;UKOHXT20/wC3Jt+Rb6+4lZp8s/p/MoH+F2P4AI9qwcfPq0R7W9a9c1vpH44/xP4/r/X3CpUBq1st&#10;uNRFz9fIPyf6W/1vfqkZB6dUkEEddt+k/wCsfbTuAHyz8FdSSfk/kPf/AGFx7S32v6OetKV/yjp0&#10;fi+3rpf0rzfgc/T2WXK3++rARyJhbjg2AtY/63+8+4p3Fg1y32n/AFfy6Wjgft65e4FhpbgEcC5F&#10;/wA/W/8AX3qOpRa8eqOD5DPXvfgtvxb/AGFj/vre1Uf4K/On+Xppq1z173jN3YsCPra5/qPqBYm3&#10;+9e1aa1LaR1VwBTWOve/GLgkWLc82/2I/H59qa8COHSVuJxTr3vtEKag17Xufp9W/wBbj/jfujFW&#10;889NMVbic9e98ufxa34+l/x/sfz7b6a6975OAVfjmzWBtwLHn63b28vwz4/0Nut48h172czpA/8A&#10;GKtxAm5GVyxv/S22sV6jf6/T2Jdl/sZMcUb/AAjpMafVjt+KP/n7pmrR/uQpD/ywH+v++3HsTYwP&#10;sNrEte2Axq3BFidIA5JP49mNtq+kutPw/V5/1fb0yn/Ej/nsH+TrmD+5VDm/klI/2Cg8D/Y+8VUn&#10;k2pvdUV2c5pVVV9TsTRsoHGpidRtxyx9mJbRNGGIBERJJGCpOAAPXyFMUp59Kyjzb/aQwxl5niYK&#10;AKksWwFA4lvJesAP+XY36WNJNx/Qh4ibf4Af7b24dF/HQUE9Dvnf1IDkY9NVgNu1KhloGvriyOYh&#10;YHVWpa8VOwAh/VIPIAscHc7c7RXLS7ZtEmuMEiVweJ4USvEcAWWuo0AHDrov9377ui7ANv545/s9&#10;W/Lpe1tHFRbHik844G5GGjj4W5o7D6jStvJqqz6xQn68NJzb8+lCLWJt9f8Akfs6fuIuszOmv37/&#10;AIpf/iP6/T37PXvy697/AP/Qpb31t6j2vlmooMni84fRpbGVkeSAJpqWUEssUX1M5H0+qn6294yR&#10;tqUNQqPnjqc5kVDQEHrf1jfyIH0ul7+mRdLixI5Xm17XH+HtCrE5VifHo5tFHcyDk3/bsF5A1fX3&#10;fpmnr1z9iL1dicjHvna+TkxtQcVR5VJp8k1FMcdTKEkDtVVjR/bRIrNYksLH2VXjYkUfEfL8+vOG&#10;1qwTAHXCTlHA+pRgLfUnSfp+b+xI34Nk4/N1OTrspDuGaqvHT0+2K/FZSkppxNLKoroHKGNkF1kC&#10;kkEgH3azLkU00p69UhMQkZi1fsofXrqNiyKdLJbghwQeOCQLn6/j2GOY3rlMlAaCjSlwlHCrJG+C&#10;SXF5CpgjEkS09ZJDUtDPNLC4LqBZpFB/HtYEA45T5/6q8enGlZsLiL5YPXMC1+Sbm/Jvb/W/oPaF&#10;McuoyzqJhISpEal8i5Y6vuqzUNTE2Pkf8ufajiMdezxP+z137zrFGvJMy3DFVLA21cBdBH19pa9J&#10;h173iD6bx+JhcEqzJc/XSbtf68W/2PtT0p+VOvexV6b8kW+8fY3IoslGCC3IenYC2kA/Q+ye6FfG&#10;H4f9jrdkp+okU8NLf8d64SfoP+w/3se2nuSlek3znYAunRU062YG/NFRt9LJ/X+numyvH4UQUnKn&#10;/L0WbaKMn+lb/Aeu0OpVP1uB/t/z/vPsNKPHZDI1sdBjqOrr66dhHBR0VPNVVUrEE2hghRpnYgfg&#10;X9rdRIHAjGcE19PMV+QHRptO27lu81vYbTYT3V+/wxxI0kj0FSAiAs1BxABoOuRIAJJsBySeAAPq&#10;SfZjtlfFvfWdEVXuKal2lQycmOp/3IZl0/shcfTPHDTa1utpp43UgXQ+9tdJEKaq0oaU9fMHGr50&#10;rQ8esmOT/us86b0EuuaLyHaLM50UE9weBroRxGoNfxS60auqM9Qpa6FOEPlb6WQjSDx9XPA+v4v7&#10;NJtH459Z7VCSyYhtzZFCNdduJlrYbj1WTGBIsWiem6hopHA41Hn2w9x4rB2qgpWhI1VxwIqSKnHa&#10;KDOeJyl5U+7/AO2HKojl/cQ3C+Ff1bwicmuf7LStuKH4WEOsfxk1JgyV07khSEU3toBLWJI5Zhww&#10;/qLexzip4aaOOmp4YYIIlCRQwxrDDEo4Ajhhssax/gC1vaUuXqTxpTJBJAyASwAp9n8/OZ0VI0RI&#10;1CxqKADAAHAAYx8uoZYklixLE3ubtzawN7lmJHHPvLx/vv8AD/Yf190z1brr37+n++/1/wDbe/de&#10;6976/wB9/T37r3Xvfv8AD/evfuvde9935+n+w/p7917r3v3+w/3g+/de/Lr3v34v/vh/xX37z691&#10;737m/wDvvx+Pfsde6976/wAf6/7z7916nXvfv99/tvfuvde99/8AE+/de69799f99/t/fuvde9+/&#10;P9f+KW9+698uve/fX/bfn37r3Xvff1v+P+R/4f0Hv3Xuve+v98ef+Ke/de+3r3v3+3/4p/vPv3W+&#10;ve+v99/vH+xt791rr3vv/H/D/H/W/wB79+691737/kfvfW+ve+v97/1j711rr3vv/jd/99+ffuvd&#10;e9+/1/8Ae/8AH37r3Xvfvxb/AHr/AA/r/sffuvde99f77/ff09+6917373vr32de99/7D/fD3rr3&#10;5de9++v9P99/re/de6979/xP++/3n37rx69799fz/rD37rfXvfvp/wAj/wB49+611737/eb/AO+/&#10;2B9+69j16976/wB9b/ff09+691732P8Ab+/de6976/r/AL7/AHr37r3Xvff/ABT37r3r1737n/H/&#10;AIn/AHr37r3Xvfv95/33+2t7917/AAde9+/2P+v9ffuvde99e/de6979/vj7317r3vv/AH319669&#10;1731/vPv3Xvn1733/T6f0/3349+691737/ff778e/de/wde9+/3n+v8AT37r3Xvfvp/xr/ivv3Xu&#10;ve/fi1/6/wC8e/de+XXvfv8AY/8AFfx/jz7917r3v3/G/pb37rw6976/3n8D37r3Xvff9f8Akf8A&#10;t/6n37r3XvfuP98fx7917r3vq3v3Xuve+/8Afcf7x7916nXvfEgEEMoKleQUJSwtxpbSbH+o9vKS&#10;HqrEMPhIYBjXzLLUft+3rRAYFSKg9df0H9T6gQf9jwSD7ZqvbO2q5iazAYepd7s0k+MopW1WsWMk&#10;kOosbfW5Psxt9/3u0XXb7xcqF/CsrD9i1x+QH8ugpunIfI+9yeNvPJu1Xco/FNaQSN+TPGSPyI6y&#10;B5FsA7KP0izMBb/DTxa3+wHtMV/Vew8hIk02ASOWJkeJqStr6VV0MraBT09TFB4mI5XRY/09n1t7&#10;gc125pHvDMhxR0Q0+wkE/tqOgLuX3e/ZvdZPFuORreOT/hEk9sB/tbeaNP2qR1zWonQaQ3FrG9mL&#10;CxHLFb6h+Df2MGFyG2cPj6LFVHW3XmVpqCmaminyO2aOfJujMWBaslWQM4v9TGbgDjj3c8+7/Pma&#10;SJzmhowAqB5hgTx+X2mvUbb19zn2o3aUTWd7vNgw8obpWX8/qIp2/Yw6LnvD4/vurcVduai7r792&#10;jUV9VS1c+F2x2RVUW2UelSGIRwYWSiqFpaeZYP3I4pUV2ZieSfZcN0dMU2bzWRzOKqcDiEyEkMpx&#10;a7agaig8EEMKLTfbV9MiKxj1n9s3ZifYls/dSSMIl1tpanxUc1/MMop6cT0Db77le2eIv7m9wrqK&#10;3A+G4tlnY/7dJ7cD/nGejCYdWxeNpMbJV5HItSxmP7+uq3qK6pu7t5KidwzSuNVrk8AAew73B0Fu&#10;rJ5epq48zh3oagRl4lnraSoXw08cQ8cf2dVB6pYgT6vofYig91didAktncJITgBVZc+Vdatj5gdA&#10;fd/uac7eL/uq5o2qeAf798eBv95WKcH83HTrBWxxwqhSTUt+TZhy1+W1D/Vf7x7sZw9d0FHh4KTL&#10;ddU1Xkow4kq5drbPqhIWkZk1VNSDN6IrDk8Wt9PZYOcdqnvopEvnRR5SI6/LFO0j8v2+cc7l90z3&#10;fsrhhDs0F5F/HDdQqB/tZWhY/kvVSPYXRf8AMKyO9cvldo9w7YoNo1bUhx+Npuxu0aCqpUioYoqk&#10;mho4fs0aWr1v6CdQIJ9Xuq7dmJ3dV7pqZoetRjsZNXTR0ksO15hDHFG0oheWaiappo/IgGkhrH8D&#10;2LLXf9oYaU3eJ3pkalDD8tX+Tj0C7/2U90NmmMV1yFupK+cVu86gf81IEdKf7bq2vGRLSUFLTy5C&#10;ermhgjWWaoqzNNLIqL5GaWQJI/q/J5/r7DjN48yZyCoy9TQ0UEAgRqVZftZSYriVHgqI9LWP4JHs&#10;/wDrBLBIsLn4eIz+xgxp+zoG7htG47fK1nulnPaTkcJFeJh+TgEfs6c04SyXN7kFubnm1yPqD7s5&#10;2n218VRtnA4rJbS21ks8MVjaDy1OE65rZ2rVoaanMhlqMiayxqAedOu5PGon2VlZqt/jU1P+ah/z&#10;f5ei5tpDyCm7z0/5q/6h/PqqPs3oj55ZztTKbh2h3Pg8H18dzV2SgwcO8e38dXfwF8zX1MNClDi6&#10;B8MapcbOkekMYdSgA6AvuuDdu68fV9pZimwuC2xSYiXelelIYsVTQLBjX3FUx04vSztTR1EdKU/T&#10;6Bbji3tRGzqyP40jUNaaq1oOFPnw6r9IYpdQupX0mtNWrVp8qedeFPPqznalDk6DaG3aLNVk1bma&#10;TbmIpstWPUVNQ1Tk4MZTxV9T56tVq5jPVo7a5QJGvdub+2DI0UbbnOQqtwYKOjXMlTTjJpHLHCK9&#10;pmh8Ug8SFYrrbVYHj6e1r3IIosBX7RnpzQJmNIdBB9KefSgQkRBQr6hEOWUm5CgXJ+pJP+x92f7K&#10;7S+KFNsjbuLzWK2ZXbjo9uUVDWVtZR9b1U8mRWjSOVWnrMiK5pZqnmzKJGbkjV7KJo7mVy6SlRx+&#10;Jv5UH+XpttkkmfxF3MKPi0+I3+b+XDqqHsrpj51ZXubce49o9rUuM61rN4NV4vb8O7e3qGrpsAch&#10;HKKf7HGUEmARxRx6dMbeEXsDpPutTsrc+Jn7Rzw27isLBgv4+iURpqCkihWNzTKuk0M5pAFY/Vfp&#10;+Pa9LgqoqWrT0HTnhLFIVAHVoO0KLJUO1cBRZqqmrMvT4ihhydXNUVNRLPWrToKmRp6sLUyFpb8y&#10;DWfzz7ibk25HLuqor5Nx7Vp0+8ikmoq3LeJ9KJAGU05hK/pS/J/UffjfEDJep/1eXTjOA9C4q3T1&#10;DJaKMeKb9H108/0HJI5PuzfZHbnxMo9q4ql3DtzZdRnVin+9yE+M62leRjV1TRmSqrcglW7CmKIN&#10;Qv8AgcW9hyO0ugTJ+85GHp4hI/wft6Sry3Oshk/rCpT08dj/AC09Vbd4dMfOncXamfzvWXa+IwPX&#10;1RLQnFYSbdvb2PrIETCYymqlNDgaKow0evKxVEl4mtpYFvXq91g9n7sol3tmItu4LbkGGUUH28ce&#10;Kp0dteJoWmAWim+2a1Tr/T9L8839n8VxOiL36qfMnpUawkrQMV/PqzvB0lZSYump6+pmqatPMJp5&#10;JppXfVUzOl5JwsraYmC8j6D+lvfHeeIM24KmQ5Pb9LFJT48iKWrMLwt9nDqIUxFY9R5+vPs0dtKF&#10;zcfz6aNq0jErfqB836n08n7QGiXhnF2Xk2ka355Huzvrzuj4qUe16Ch3TtraVbloofHUV9Vietqg&#10;TFdCqPu8jk0qZNAH0ZRb2DbxLsSBluTq/wBM/wCfl9lTU/Z1ZtmeeRCu66R6eI3+bqr3vroL5rbo&#10;7KyG4uq+6IdtbKqFpxT4CXfHa+MlhePyGZlxu3cdLi4vKXHKOSbD6e69+0Mxh6ff+Qn27j8ZT4aq&#10;larohHSUsaJR1NXVPAENFIKWMLDpAC3QAcEi3tWly8SqGI1j/V69KigicICMdWV7VpsnS7bwtJmq&#10;hqrLU2LoKfJ1JlnmM9dDSQx1colqlFRIJZ1ZtTgOb3IBv757kxC01dhj/EcLSy1GHxmZVJKvwteo&#10;EjatPjUgm3H1HH1Pto3kjq1SdAP+rh0qEZcglgBQdOdLUrMk9o5bR1M9ObqOTE2glfUbqf6+7Kus&#10;+2/i3TbF27it2bW2lVbioMLiKTIVsmJ67mlrchSYegpayY1ORrxW1D1Nekr6nUM55azX9hefbb5p&#10;pJU3TsZiaa2xWpAoAAKA0p148us7rcLvqgONWnxm7dXdp06cU+GnVVXenR3zmzPaGYz3VPb0WH2X&#10;ka/IPS4at3n27S/ZUtXuHL1kCwY/b1C+KpvtsVJTxKEcqmkqAU0H2QbubN7eTsXL1+0MfiKHbdfW&#10;5HJY8U9HRU6pDLlKpqSGM42T7Jf8lC2WNtJA4Om3s+tvESMK8mpwB56v8OenWthbMAWDgDyOrqx/&#10;qvG7oxfXGycVvfIHK7vxm1dvY/c2SFTkKpK/O0mGooMtWpUZZFyU61OQSRxJOoma939V/aWrMelU&#10;cPk467FU01ZTQ5JlrqkRqH8gYjSFZhpt9Ln/AF/dZGaVm/CR+XTTKsrYAT7e3pcpIVEiFJGCNoGl&#10;dVxpB455HPuxfqntn41YvZOGx++dq7Uym56ehihyFWmG2FVy1U4LiacTZbIJkJlUFTeRQR+fx7Ib&#10;vadxmkLxbnoUnh4jj+QHTcmwvdgNHvixt/zWZf5aeqyfkN0v8zty9m5HM9M9rR7b2bVyeeDD5bd3&#10;aGPWlMdNRKsMNHtihlxlPE88chIVzcN/wb2TnvzJbQm33V5/r7HYmn25lZhNiqKjpMWngigo8dTz&#10;AQ4dzQoDOsjftuyhTc839mNqssEKwzyl5V/ETWtTXj8urfStZLHA1wJmH49WrV+fR5Oj8dv3E9X7&#10;UxHZ+Rhym+8djft9yZKkqMxVUlbXmrqnWemqc+iZieM07Ri86h7g/i3sOczSvmloM21Zj6OTLfcs&#10;sdTOadW+zMdI3o/cJssV7B2+o+n09viRhXqzVakmqhPz6E+ArD5KdVkIh0AkAMSXHkFvpf8AV+QP&#10;Z9Oke3/j7t7ZVDi+y9q7ezm5ce1W1VXx4fZNe9Z9xlMjPAq1OcyUVdP9vQyRJZl9ISwuoX2WXFld&#10;zSvPDIwRvKpp5D+Hp36KScfUBqA/56en7eq0Plp0B8yOwd7S5j4+dzx7FwFfHTxtisnvntLAU9C1&#10;Ji8RA8lPQ7Lx1RR07VNZTVDudR1mS/DF/Ze/kLntg5XdjZ3rbH0lNgq6KliFFDS4aKNHpqKBJilP&#10;hJZaNC9Rq1esk/4G/swsUeJBFN8Y6eEAgNK1PRuPjXt3tja3VOC2/wB1Z2h3Hv6gmyxymaxtduLI&#10;0lZHU5ivqcfpr90xRZmoMGOkiQ+RQFK2X029hTUwNmaGnzQrMXQ1ErGjNLUz+DypSqFVYae0jPI9&#10;ufUbj8D25LOY38PwtQ9aV/n01JOuE8DVXzIrw+fQ5KfA7U4SVxzJrC6gDIxJ1MSALf63s7fRHc/R&#10;mztnx4fsvaeG3JmRV1OmrpMJs/LNHTutMkCPPnslTVSCMRuCAukX4+p9lt1Y3V5JWGbw1A4VK/4A&#10;a/t6c/dzXvwTrEaeWP8AJ1Wj8zvjh8u+195YfcHxw7um60xlNj8dT5XEZLsDs7a1BVTU0uZkq5oK&#10;DY2MrKWSap+6phqkIZhGQ36U9hR3/uLrvc2bp919ZYyHE4ZqamxsmLjpcJRhcks2WrZplo8FUTUo&#10;/YmgS5k8nGkiwB9uwQT2MXh3E2uU5BJJ9PUdOfuw2KLHJP4khzXVq/ydGW+Ku0+7NjdcptPvvc+O&#10;3lvalyE9Qm4cTkt1ZinqMOMfh6OljnyO74afKyVhraapkf0eM6wwNy3sHWpps1S0mUSoxNHNSRwY&#10;8w1DtTPIIo/OZWiUStIzNJYsWFyCLce36kGlSek7pShrjoxokWllem8VXL5S9R5FHkRCzaPGrXUJ&#10;p0/SxsPZ2Ohez+l9sbbmxXZe19uZvJrUAQ1yYbamQmSmShoqcRtUZ2vgqQrTxyMwAC3IP59k11az&#10;3zrLBuTRBcU1stfOtAp6afZ5N1pNFu4tzGdOkS+Hq89VNLefVa3zV6I+XXY24sFm/jR2xPsWCmxy&#10;w5fFZjeXZWBxFVUHI19TNOlDsShqIpag00kMaPI2oLcfQD2H3f2Y61z+Tx+b6uosdR0EcMseTolg&#10;wcQirJagPAYabATTQRwRwi7+Rww/HHtbZxXFvIY5pi7eTaif8I6MItultI6teCYjz16v29vQ3/D/&#10;AG58hNpbAq9u/JDOYjcW7KfIIuKzGBrN6V8NRhYMdSxMclkN8RwZSpykuQ8pLInjZStzqv7AunEu&#10;bphKaiijnowqOySMlPMZDq1xEeV5FQDkm1vagurFaMVH7OqTVcoPE8P89NejYOVoZNPiqJUmJYDS&#10;HZNIA0tcqiavwOb+zgdB746lxWPqsL2fhdr1Ut6b+H5NMdtqRyi/xCeqNVW56qjdmLPEq6Fsfo34&#10;9lt/a3blJLa6NTWtWPy8gP8AD1ePa2uqN+8F/wB7p/k6rq+anVnyj3TUbf3J8at95XblRSR5Vdw4&#10;PJ7h7BocfVvUvt6mxbY/F7HpKgMaaCCreUzEFWcMlrv7jd65LrDMSUeb6sp8KGjFT/EsU8eBenTU&#10;mHpaPxUOBknEfkEVRI2tuT6l/tD3uwtrq2DrdSlyxwak14+oHDp59sfbitbhZA39LVw/2q/xU6f/&#10;AIb4n5M7c25kdp/JjJ0+UyVKtCuD3Fgpd+STVRlyG6cjk2yOX32sVVVeGnnoIIfFH6NLI5I8Z9l+&#10;imTNUrTSvTx19H650lZVjdZJDHCI1JllOmNebkc/Tj2pm1rTTwIx/q9f9jpRBnT656OsIji51hRJ&#10;mpKk6I2iUs6FE8kplYBEUM54sD/t/Znvj/uHqqJ67GdpDBzRiOP7Ssc7dM2uWaZ5FqKjP1MY8aRB&#10;Auhbi39LWCXMMN4yxmyrVfLu8h5aQa8el0ViL3SoIx/q/hbol/y8218kanD43L/G3I/ZZ5ampOTx&#10;+Zk3sMZJSpTRLB9pR7Ihep+6kqAxYyNpYH+t/df3zl3TsPMdqmk63FM+3oMRih5aT+DSU4q41ro6&#10;lQ+DqJaMMno1fRv6+77bDcRWai6X9Uk+vCuPiFa9HBs1gUACv+o/Lj0ZT4vYrtPEdObepe5qylru&#10;wHqstUZaajbcBpxFPkJnoo0G51XMJoptPpkuB/Z4t7JXS0K1Eul5NJCia7Mqrp1KotqUn+17TihY&#10;gjpqNVaUq49ejCe1Vt2DRkljR1KhrE6tXCzxAjgWP+w9mlthFHy/yjrc4opUHgvXvZ4etoBFi1uQ&#10;SUQEE8XMNGSbEfU+1Ns5a8p/R/ydBa+eoALeY/wHpI7lY+Nf8CvI+osZOP8AD6exQT0cn+nI+v8A&#10;Tj8f09nSfEOi7pDS+tTa5NwQfp9CeTw39feX9S3Xn6D/AFr/AE+nt84611FFlazcckn/AFx9Ra/u&#10;dTq7D+1/sb2PJ+n1968+rDqBUsg59Nr/AFFgQeP62+vPt4ijb0mFV8l+NQNrgn6hRc39sSEeEwl4&#10;f5Py6vjgOPTO0imT1E6LjlSAQeLWLmw59uUaatRCloGW6J9XYLw5UW0N6xzb6D/H34Ciq34q06VQ&#10;V1l/n/h6aJptJCFlSoT9b8KiX5jDsDrUFG4va5/w98+79kdbV+16TcO08rQ0+5aQVUldijX4ZKup&#10;UPSU9NGtBjqdq2UmMM4DuPTyP6ew5az3CzmOVD4WKGh9M5OOhlboGtqj4v8Aiuk30TvTuVN5Z/a/&#10;YeAkk2wwoDtvcNFidyCkDNHk6rIiuy2ZqhQlUcQxp4I+Hup/B9k2hYVSyQS+mZFIAPpc88fq1Nfj&#10;+nszY51DrYOrB49HGYeMgqOCfx9LEf4WHv0USwExyL6mZgGIuF5sp9em3K+0clzUsF+HhX/V+dPy&#10;6azrHd2ddk6gCLWte1+eP9a45B9uECILFSptZbcH8qL/AKbE3PtJI2ti2qtT0466TxwesTEn63H5&#10;v/sCeLH+g9v1AfWgKggsgJ+trlOTa/HtPJarIrqMFk6TiViOA6jyPpF72tfi9uACR+P9h7EHFReV&#10;4oioMfpOpgOChQXuQQbqOPZSbY2peVyaj0/1Dzp1QsSzZ7umirnvGxQ2YhhcE/Qg8EC59rvFYqSD&#10;IvUIFMUiyEAEsPUBYcQhQSB/X22d4VIxG1dY/L+Wv8+qBTRmrmvSXyRWpoliY6SrRi5IBNjbgkEt&#10;zf2o6cBqlrHiz/j8gX+v+Hu8cmpP6Q6LZU1ZHSdrFKUwH9WQgjm12HB+o59w542dgx4YBgP6EBbm&#10;+k/n2tgkETZ+E/y6ROArfLrmNJSym9mXn8nkCw1cfUf7cew/yya5lbzXHPJb/aI7EcG9x7fjRkA1&#10;R0r1tONNP+z0sqCQeIgLz/gPzqkHJutiLewmy6p5ZU8hJASwLAEjTHot+T9PbyuQQ3Ak9KT8Veld&#10;TfoU6RYX/BP5b/H8e0/Ot5l+lio4N7HgH+v1+vsQWtyPDVX4fy/PpHX16zAcH/XubfX6/wBPcGpY&#10;araje/I/HAP05H0Hs8ABoQBQ9UIUfhHXS3t/xP5598bWiT/gxB/xBDcH/Hn20csemG7iT1y/4n3h&#10;CXL3P0jb6D+lrXuBcj/be9HrXXd/95P5/wB5/wAfcIpZmP4KNyTxybj6iwt79w611yB+n9f8B9Lf&#10;4gEn3jnGrQt/91D/AGHI5X6gE+/db67F/rY25+nJP1+v0PHuKq/uMByDG54v/qP8P7X+9e1sRpEp&#10;P+rPWxQZPXj9ObXuL/0H/Gv6+2ttZA0/1P8AtiBa3+HtRB8R+z/N1rrnx/xH9fp/X8XF/fqi/hiH&#10;PCsD/r3H1/wt/vXsztGAiVfxdFc/9o329cR+on6/S1z+D/Tj8e2V00KOb/X6HgDj68D2vizIv+ry&#10;6TN6Dj1zv/h/sf8AinJ95a8lqlzxfTHz/X0Kf+J90HWxwHXk4X886v8AD/X/AKf09w6X/PJ/yBb/&#10;AG3+t7NunPTrzfQ/T6nm3+8/7z7izE63sfrIfwPrc/m3+PvzAMcjrRUHiOsicqLg8KL/AND/ALA/&#10;n3KpOZl4/spz/rMOf949tqKOwHp0ncAEjy64SX034HJ4P+2/3r+nuDV2+4mvyNchP1+mt/6e7VFd&#10;Hy6aZwpFePWRP0L9PoP96Hv1LH/lCEEfS9iOT6h/ifqRb2lMny6b8f8Ao/z67b9J/wBb/bf7yPp7&#10;ZM+gE9TbkFZV5/1Q1/4fQce93T6rCWp7v9npVE2qP5168v6R/rf74/7H2V3Nrpr63638l/8AY+nj&#10;/Dk+4yvjomf5v/hp0dQfAf8ATdcvbfa1j+CP1cH/AHr8+2k+FR8h0l6977kBUfX8hfwCP0/j6c+3&#10;7f8AtV/P/Aet+Y6976QcHn+nsx4K4p5f5+mJ+0oAuP8AV/g6975/j+o/x/3u/u/SCvXvfDgfj8jm&#10;x/230v7Z6S9e9924HP4v/X/Hj/Ye/db697zJpu1+eP6A21W54+vPuz/A/wBh62OvezkdJFf9F25V&#10;HNsnmL/Uj07dxYHN/r7FeweJ4U9OGhvTh21/y9JxX60f80/+f+mau/4H0f8AwaC3+v5m9i1icbXZ&#10;ODalHQU0tXUvhcaFjiQsAtgWd3NgkaA8u7BR9Tb3aW8tdu2y8vL2dI4FvMkmtAFFcE5J40ALV9QO&#10;jnlPlTmLnHc/3FyztUt5uj3lQiD4VXSDJIWoscYNNcjlVWoq2QOu2YLJUk8DVJ9fyT+B/XkezE7J&#10;2DT7cjrJ8g0NdX12QfJWVVNPQSJGI4lgDktJNHYt5SqkN+kD9TQrzfz3PvTPbbcXg20ALwo0qnPc&#10;aYVvNKitaMeCJ049m/u57B7czQ8zb8Y9w540ALJSsNrXLC3DAFnPBp2AbT2xrEpcPBlPkaFrENDD&#10;4h6iOGYFiyg2INhb68fT2I/+9f7H3HPWS3y64+/f77/ff7f37r35de9+4/31/r/X3vr359e9/wD/&#10;0aYqfauZz1Ss1NSVdTM3/Amp8FTLSRWQrCfPHDK0esQkXJ5YW94vGXSKFuptAkf1r1v7kgfUgf65&#10;t7U8+2tq7Xh82ZyMVflLXjpMVUY2tptQ0krVQzwwzBfG4tb+0D/T3QM7U0jt+df5db0LGBqarddA&#10;k2sCB+dQIP8AhYe09mt7ZjJwCkxcFJtugQBDHgVqsUsqAFdc0MFS8TvIRqY25bn2zDAyyKWqaeZz&#10;+VertI8gAFAvy67At+SeSbn6i/4HHA9oVYiWJMkkja2kd5ySDITd31WuWYm5Y8+zAKo4KB00I0UY&#10;Udd+83iN76EPNyUB/V+CDb6+916vTr3vkF0nXf1WsTzc3P0LHUbD375Hrefz697xeJixJZuHJtzq&#10;/Vcm9hb/AHr37B4gdV0g5I69768Ta73N73vf8A/QkL9be9+XW+vexE6saqTfGLFLR19bUTGaOKHH&#10;08k8hDgLI7orLpjS3rY2Cgknj2WTKGkkSh8xmhBxjNCaDiDwpmoHRxy9s+6b3u0O2bNts9zuEoYL&#10;HGpckaeNAMKK1LE6QMlgOuEhARixAFuSTYD/AF/Zs838d49474ze4ty5g02FqqyCSjxuI0jIVUUN&#10;JSRSGqrJ1MNIrTQsAsccjMv9tD9EViHtbZVK1kIrTOkCvCtATXzpmh/LrKX25+6bduo3H3F3HwEe&#10;hW0tmDSAYxLcaSi1yGSESVU1WdW6bBXhIkVVJfTZjJwEP+IUn/exb2Om19lbV2ZSml2zhaLFKyqs&#10;08SNLW1JThTW5Cfy1tVpt9XcgD6f09utqJUNqocUIpX7RUA+oGaeYA6zF5Y5N5X5Msf3dyvscFna&#10;0FdC970rQySsWklIqaGR2IGAQOoUk8s3+cfUL3sCNIFj+lQLAi9uef8AH8+1Vb+ntnoS9Yvfv99/&#10;xr3vr3Xvfv8Aff7D3rr3Xvff/Ff68f63v3Xuve+v99/sPfuvde998/737917r3v39Px+f6f1/Pv3&#10;29e6979/vv8Abf09+691731/xP8Ah7917r3vv+v+9+/deFM9e9+/31v99/X37rfXvfv+Re99a697&#10;6/33/Ee9de6979/sf99/sffuvfn1732f9f8A4r/sffh17r3vr/ff4/8AGvr7917r3v3v3Xuve+z/&#10;ALb+n4/31vfuveXXvfv+Rf74fnj37r3Xvfv99+f6j37r3Xvfr/74/wDI/fuvde9+/wBv/vv8P9f3&#10;7r3Xvfv9bj/D6/776e/de6979/vv9f37rdOve+v9b/ff7wPx791rr3vv6cf7D/jf5+nv3Xuve/fi&#10;/wBffvl17r3v3+t7917r3v1v+J/1v94Pv3Xsde9+4+v5/wCJ/wBv79177Ove/f77/ffn37rfXvfv&#10;+NX/AN5/Hv3Wuve+v99/vX9ePfuvde99j/Yc/wCH9Pz7917r3v34/ob/AO+5vb37r3Xvfjzf/ff6&#10;3Hv3Xuve+v8AA2/33/FPfuvfb1737/jR9+691733b8/77/in1Pv3Xuve+vfuvde99/6/v3Xvy697&#10;6/2P0/Pv3Xuve/e/de6977/33+8/n8m/v3Xj1737/Y/77/YX9+691737/eOf99x7917r3v35/r/r&#10;/wDI/fuvde99e/de6979/vv99/j7917r3vv+v4/33+349+691737n/fW/wB7t7917r3v3++/p/xT&#10;37r1B1731/vv99/sffuvde99/wDE/wC+/wBb37r3Xvfv96/2P/G/p7917r3vr37r2eve+/fut9e9&#10;+9+611737/ff4D/e+L+/f4evde9+/H5/41a/19+6917373vr359e9+/p/vv9h9feuvenXvfv+NfX&#10;37r3z6978f8Aff73/h7917r3vr/ff737917r3vsfn/jX+w/Hvx69173hnpoapGiqIY54za0VRFHI&#10;n00+pJAQfT/h7djuGt9LxyMjniULVPnxAIp/h6qyq6lHUFDxByD/AJOu1ZlI0ki1/UDb8/Tgg3v/&#10;AI+05PsbZlTKlTLtXAGpVleKrjxNHHVq6nUClTBClQrhhcENw3szg33e4HBj3WYADP6hp+x6r/LH&#10;l69A/cPbrkDdZWn3LkjaJ7g8Xe0t2f8A3sx6v59cxPMAV8shBGnSzFhY/S/qNgR/vHtKz9M9bz1Y&#10;yI21TwVpqjVmoiqKvVJUmQTF3SSdom/cGphoXn2dRc88wwllN6smeBRBQfKi1+zu/b0A9w+7l7Nb&#10;i8sknJyRyt5xT3MVP9KiTBF+VF6yirqApTWdOmw9K8D6cMAGB/2/tNZb49bKyc8lRD9xRyzTtUPe&#10;nxtTCZWcyFvG1DFKTqf/AI6E+18HuJu0f9vEki+lXWn2Nrb+anz6j28+577azPLJab3vduW4KJ4X&#10;Rfs127Sftk6ypkJUUKwV9IAueGIta5tYfj+nsNK/4t1MVdJXYXdONYGoNRDRZLb8sMMTBgyxiWly&#10;UosluLRC39PZtF7jI+JtuZVPCkiufzVgtftqKcaefQJvPuYhWlfa/cDt/CstnWn+mdLgA/b4f5dZ&#10;0ySnh4mH05Q6gePrchAOf8fafrvj/wBjxZJchFTbEyRNRFNNHTTV8LtpdWMjRV9FAhkUJx+61vZp&#10;Z8+bK9RdNPGATRmQMD+SFiDw+VP5gG++6F7lwNK9pu+z3EYPaBLOjt9qtb6Af+bhHz6yLXU5WxMi&#10;i1gWHJv/AEKk8+0jvTqXsqbcNdW/3Ikno6mojaOoxsuNrW8fiiVisFPXzVKGyn6p+Pp9fa1+adiu&#10;11QbogpmjBkr9jOqfswf5dADc/u3+8lm0sh5MMsa/iintZC3+lUTeJ+RQH5dZIKiARonmF1UA+Q2&#10;a4sCSTYHn/Ye09leoOw3zlZR4PYG+MpjoGULPQbVzdfGwNPE7aJaLHPA5WYsDaw4/r7fn5k2kqBB&#10;c24djxVkI+3iCRwyMH7Oo43DkP3B2tpvrvb/AHeFFNNRsrgLX11+HpI+amnUSqzuGx0ImyeWxeOQ&#10;jl66vpaNB/yFUTIBx/j7Q2XoMtHkpzk8f/DcgmnzUWUpqijrqcNDGE+7p6lFnj8kOlk1W1IwI4Ps&#10;1sN3hdQdCH506DP1pjZllswsi8dSf4enOOSOZFkhkSWNrlZI2V0axIOllJU2YH/Y+8298tO24KwG&#10;HGnRTUGjyqfGT9rCWM+qQjSF+n+HtQ+4IUqJGr9nTb6Fc0QVp15FCqFF+C31/wCDE+xBg6l7K3CK&#10;ev2r15uDOYSSGIrkMVtXO5LGPMsSCpSGpxuNlpZHimBDAEFT9efZLcbtbqdMrBW9K5/L06syyADQ&#10;pA+XSUzPYGw9t1n8O3FvbaOAyGhJfsM1uTDYqt8Ul/FJ9rXVsE/jkt6W02b8e2vcuO3ZjMslBufb&#10;8OCyMdHTxGkz+MyOLn+2QlIikGRiimYtpNjpKmxt7sjq6B1dm+Yz0po9AGArTz6fcXlMVmaNMhhs&#10;lQZagmZvFXY2tp6+klKmziOppZJYXKn62Y29qHeWQnlqsPP9tiZ44dsYmi16TJKZ4UmvTwtqK2VP&#10;0LwR/T3eJlAZJAaE9LUOTgUoP8vWelhESygahrqZ5Tf8mRy5P0B5J/2/t+h2PvPO0ePrdn7Ey+fp&#10;XoKVqqbB7by2VNLXtEJplkfGUcyxNFHPEzBj5F8ik/qHtGzqGYSSgCvmR/l6YYTM1QW01/memDNb&#10;12ftd0j3Pu3bW3ZJmXwJns7i8Q8yyNKsRiXIVVOZBI0EgUgeoo1v0n235/bu+MTJQU27trPt5hj4&#10;lo489h8rippodbxxTNFk6eEySO4ddSi2oELyPbTTKx/RmBAwaEHPTyiZ6FiAo+XU3B7h29uOllrt&#10;uZ3Ebho0qGglq8JlKLK00VQI4pTA0+PnniSVYpUbSTqCuCeCPfHKPM2KxrSJjVWipIaTyRA+Mi97&#10;a2IHmP4HFv6e1CPVFNWr5/6h1Von0rwwOnVAA8nLettdj+OALAD+z7fdvbNz+7qOKfae3MnnKqlU&#10;LULjcRW5KoZmvITox1LUSlPGhLXtxb8e0dzdhDRp2B+eP8ND00wdwCtT0z5zc23dr05rdzZ/C7fo&#10;SQFrM3lKHFUty6xhTUV89PDqZ5FUC/JIHt33Bsvf+HpaJ907HzO3sfBHKsFTX7bzGKijDyoulpsh&#10;SxU8YeZkWwIuWA+pHu1vcwyKoEwZvtH+TpSiO8Q1jHTdgN8bH3RLOm1d47Y3LNEU88eB3Dicy0RZ&#10;GZfKmOq6h0LRxsRf6hSRxf22u7PtOKSahoTW4O4KtAWjhORr1UCMNeRBJH9f03P9fapGBAJXj1po&#10;30DAqOlCAFqj62tOABY/UxIb/wCxH+x959t7cqt5Q5OnwuK/iGchWm+xosbQvVVFY0rStMIIKSCp&#10;q52ip4Cx0i6gEngH3SS8MJK1pGPtx/Pqq300SGJRhftp/h6h5jM4vb1Kclm8lRYnFQBmrMllK2Cg&#10;oKRQyJE1TV1csFNAryyKgLMAWIA5PtSV3W/Z2Gx1RVZrr/P47GwR65Kyv2vnqSko11ANMaipoY4a&#10;cSF7FiwuSB+fflvIpDRGUn5U+3hXp0XjvQ+CD+XSUw/aXV+48hDi9vdkbHzuVqSwp8bht4bfyeQq&#10;SsckjLDR0WQnqJikcLMbKbBSTwD7TdGtT/Da+OojxbGlhknpI1DPIlQz2dqZGAtMV+umzWH+Pt0K&#10;XowGOnow8yFwoA6XDlRJGVEnqIUkDi1iQHNr2uOL8XPuXtWjOenrMamKgmy0tO/8KpaaiMlVW5B5&#10;Ykp4PCqSVNQZWbhY1LM309ttOI8mUAD1P+z15ZWjOWOqnUXJ1cWNpmr6qqhpaClVp66rq5lp6ako&#10;4Y5JKipmnlaOGCKJUuzOQqqLk+xQi6q7coaCVqjrXORY9I5K2d6zae5VoqeARBpa6J3x608c0cSk&#10;iQmwW5Jt7TG+tJcG6Umvr59WR5JKkOePQYw929KZDJw4ui7e62qsxLXR4yHHUW/tpT5KfIPOaaPG&#10;LRxZaSqlqZKpxGIQpcyWUC/tlxCSR1OQoKyLD07pBXQJBV3jlTKI0cSExTaSGVlK306xYj3ZmgIB&#10;pj7PL9nXiobDUx0IdU/kipqinkqZUZ6eby0zB0emcFidaEq0bKwb62P19ttIqS5Gegqaam84L0sb&#10;UkSsZa5iscTLdiz0zSHlgNX9B7sXhjAWi0OemXkEMnh+CtW+XUpywgWdHcIFWV/MxXTDyz3sBaRU&#10;vwf9j7EnF9XdowQB6br3dGRo54fM9TS7X3DVY+ouOJYp4cf4poyh4bnj8+0Mm42yyDRMikfMcfsr&#10;6dOJeuo0mNf2f7PQWZPuzpWir5cVlu3ut8TmKWZaebF5Dfu1MflaSZiAIKihqMqlVBMX40MoNza3&#10;tpo1qcNkpsblMMMbMhkSqoKjHS0k1PP4rxxy01QqPEf3AbMoNjce6CUT6ZocgDjw/wBXDpuUG8dG&#10;SPTpH+l6XYnpMrj4K7GZKKvo6hUmpK+jrYqumqYGcHywVVM0kMyMAQGUlT7bDOseR+2yFLRRinLL&#10;J4IbQoZYSy28pAXkj6gc+3zKPDLeINRH2/y6MImWJACi6upwjZqcPBJO2sBh5JDqIVrG5UH/ABta&#10;/teYrY2/kmapwmydy5vHegzVWN29mshSVQCvGn289HR+CcRTF1clvSykfUH2nj3aKPxo5rhQ9TTU&#10;RX/V8v8AJ1Rb3ubxBX01d3Qe7h7H6wxbrR7l7E2VtrIgXWizW7NvYauhusMxMlNkK+KePXFJGwsv&#10;KOp+jA+4IoM5tnJNFn9vVmMqECGtx2QxdbRysrx66cfa1ccEj+iRWGoWtYjg+/S36TU8OUH0Ip/x&#10;X+r5dGMREhoIx0+4/Kbf3biIshtrcWNzmNqTKtFl8JlqLJ0cjQzNBOYshQy1MDGOeF420sSGUg8j&#10;hIb33LS7WgqqqWCiVDErwukaB7lY2ZQTLD6gr/QG9/aGWj+GdbDo6tI3hdnyvb0osXTmoiVnkmOl&#10;mDhmNm0llU2N7gkX/wAfZCsxlWy+Smrn1P5qmawcOxEfld0U6pJPQA39be0sryAga3pT/V/q4dKV&#10;Z2LFifz6U3vC7q06lXaO0KqSp0NqUkFbj6Xv7LZQw06cGvVLhRSMxijauve1ntiFPuInVwWZkLNc&#10;Eka4L+oC5u/54+nswstenU2rj/0D/qH/ABXSaQP4Z1luPXvZ3+vABjYFsDeFOQByxhpBf8fn2vtR&#10;/jp+z/J0G7pe8avUf4D0jNzX8d7nhlvzxYGQ2/pf2JKITJ6rMtjw1yv54AIH09nifEOi99Oo6eHS&#10;IlceI6fS3pN1AB/HJI+l/csRjQx06QCosvBv/wAk2v7drjJr1TgO49N7St5FUEkkOfV6gOeT+on6&#10;+5NMObgt9Pyef949+48R1cdRKtrf6ng8lRa/5/PP59v9Or3XgWGok2Ia9vwbf090kGD6mnT0Q/VX&#10;Of8Ai+k5O8YDcm/AANiOQASRf6+3OKM8abLGnCW9KprJLFLCy6z9be2ySUJPEdOBv1Tp4ef+fppm&#10;kUN6vVLL+u4DM+gehXNwW0j6Xt7SlbSQVldPFHT00lY8cQjWoRGRzoBKsFVpCNK349kjMizIXICB&#10;vLh8v837R5dH8Vw8cLNrNB+z/V69CPQ1M9Ni4ZZJqtaZPKZXhZhIi6yNakkIDqb8+wt3f1pu2nE+&#10;46DaOeoccsdqqZ8DkqaiiSBbPUB4qBYUSRjcOzWIPsn3HcER0hS5XPAVBP8AhP8An6X2z+MARnpW&#10;7c39s/IzphIt47YyWYDsq0VLuDGVeQdjqZYvt0rZKlpEReVC8W9hosf3ETQz/s1MVypW6eRraUju&#10;VMjtc8j2vtL+1aAp4as7/wCr+Kn+EdK5YCsdRQN0um1I4ZSSjWuP6C/6rfQX98qVZIn0MCWvb+0T&#10;a634uL8D8/T2rLwuoNAD6ED/AA0p0yA34nP50/zdeexFxwP9hb8/7b6/j6+1LQq5eMMNIutiAbnl&#10;NOrgD6f7x72UQVIArWvTpRPDciMVp1AnI0t+fSfyPpY3AH1v7EvCRtdbfqJT1c8AKnH0sR+PZTfi&#10;N0ZWXA/w/wCr/Y6KySWp6dJyscoL345Nvr/qyT9fr+fYsYvTBCNSg6hpJ0/QEBWBuFsAR7Al3C4m&#10;IXhX1/Z+2vWizV7j29Juqfz2IaxWzKATyVP09Oq9j7mfZjzmSnAKhXuALKSVP1VFsP8Ab+1FvO6M&#10;Glkb9tT/ALPTU9CG0rXpsnnV6YQSKiuWSzNcN+oc6nItz/h7amBNQFZVVhq40kXui82sBYH8/wBf&#10;Z7G4eOqk6fn0TSqaUDHrsrohJ1FgdHqB/Ac2sTzz/T2HuTjCTMCB6bW+n+pX8AC3PtcGdhqLk9WS&#10;tCScdLGhYGIaeL3vYWH6j/U2PH+xHsIM4oMxZQPouqwFyAsZ+n9SR7WRtRT0rV6g0HHpX0vCgXP1&#10;J/wHJ/3gX/3j2m6r/OnSSNKC30+lr2A/Jt7PIXjoqrGlM/Z+3NOkJOcjqRHfSPre54/xv+T/AK/v&#10;DPFGWvzYKDbiwPJuCOb+zOIzFqB/29UKv6jroNx9Lc2BH5H0+n9D7jyqfGP6+RuTcg8E/wCw920v&#10;XV4mKemOmOuQPPAtx9L2I+n/ABT3ga+l7AL+0eDx/wAg2+hH9fe5C4po/b1sUrx67FuLj8/4/n+v&#10;H1/p7j6SR+D6OCR+BbjVwbi/+x93z1Xru/8AS/1/H44sT+R/xT3wnUhYzYiyAE83tcgC5HBB9+Pl&#10;17ry82H9Tf8A33H5HuEFAmcXJ9Lf1F/Tbn/Ye1kJ/TX/AFefVl+3rq/H+xA/H05P0/1/baBdOAQw&#10;5sPr/gD/ALH26hFDRQT00zArRXAPWT888j8E2/p/xPvjLfxQBvyr3vzf1/T/ABufZjCz+Enfnotf&#10;j14fVj/rf717aqsW5sf9f6/lfpz/AF9mVujyIdJxTP8Ak6bp13cXt+b/AO24+v094qosZw309KH8&#10;/wCoUg2I93fUruNdT/q/1U61SmOuS20n/Y/UD8H/AAt/T3Go9P3EYP8AaYWvwOb/ANP9f2Ytq/D1&#10;s6/w9ee+g/Uafr+f6D6fXkD3il0rI6st21s3I5B1EAcgf09p3MrOmhqVr1VWZuuS/pvfji/PB/3n&#10;g29yceNTMxv+kkf7Blvb6X/x93auo16baupq9cZLCw/Nxc2/PH+t7b6kgVMtwCPJJ+NX+7G/qfei&#10;cihPVPM46yqPSPr9B/h/ZH+29+p9TT8G172+otZhza3Fve0A1A9VKqclc9dN+n/Djg83/wAOP+I9&#10;t2ajOmW/LmOU8C920N+SOOR7cVUZCpGpKH8/8/V7fgP9Xn12huo/w4/3gf09lWzamPJ1yn6CY/qP&#10;9VW4ubC3P+8e4su9P74lj041Ho4gyCWGeuXtsjF9RIBuRa39kWIuPpbk+2G7Z5lWumvTZpU6eHXv&#10;fTq5PANj9Df6D6/4829rbZ0AK1o5P7f9X+rj14fz6975qFCmwF/x9L/qI/H4A9qsnUB5g9NTcF69&#10;74auWB/pxwL8fW5v/X250W9e9+0fQk/T/AX/AOJuBf3SlS1D02VqWoeve+fP9fr/AIfkEf0v7v07&#10;1734qWsOfyLLbk/gDn/D6e9kgRuQO4Keq0A4DPXvdifx26w3DVbArIM9SV236LLZOrqIPvoTDW1V&#10;BV4fG0y1dLSTCORY3aJtLyKqtw6hh9SyTnnb9htZYYAJ7/SykLXSp7RSRxqAzqoi91RRilK9ZJ+1&#10;33XOc+c7q33nmiNtm5aIH9oh+rlXVUiOB8xBgKeJPppVXSOVa9Mle3+VQuuljF42Pq+jJI7aeLnV&#10;/X+gP+Ps42B2/ituY6kxuOh0xUtNBT/cS6ZKyoWnTQjVU6aXkbV+FCopY2Uce4j3Tetz3i4knu56&#10;1YlVHwIG/hUjSPMtqqWooLUqOuiPI3t5yl7c7Udo5S2hLaFyDI/xSzMK980h7nbJoCQiAlY1RO0R&#10;HbW7SG+pjqYc6bk8gAkgCwAH+3+vt8/P9fr/AL63sm6GnXH3639P68H/AIoP6+/de6979/vjx/S3&#10;v3p17r3vvn/H62/41791vr3v/9Kn6r3plcPSHH4WUY+C37tXRyywVtSGf7hQ4ikCSeCR3HI4Qn3j&#10;DoVgxkAK/wCT59TuZWUUU0HW/uVB+oB/pcA2/wBbji/sP3WaRmqKxhPLNwrOTIylb6jKzD0XHH+P&#10;usahwJeDH/V/k6TFdR1E93Xfv0cagMBJL+eH4H6uR+PTx/vHt8Ak46t173z0DQVcHkNZlBJ/oTa3&#10;49uhAOPW/l1737xgKLC6gDg/k/k8ge2jxPr1ry697wsunkfT+nH1J4/2HvXy8+vde98JLi1ubgHk&#10;/S/1P+w/Fvexnr3XvZhOuPj3uTdwhyu4TNtrb8gWRDNGBmsjCCDqoaSZSlLC4+k1R9fSyRyA39pZ&#10;J1V1qCzjFBwBOQCRxoK0FPUVBNeslfbP7t/MfNn02782NLtewN3COn+NTLX8KNUQoRWjygtwKxMj&#10;B+odRWRw3VfXJ/qQeFP+1H/iBc+zu7R2LtjY9CaLbmLiogVX7irbVNXVn9TWVst55gDqOi4jT+wq&#10;Dj2XySFxkAhiKjzqPPFfPINckniMdZz8p8lcr8kbf+7uWdpjtoTTWw7pZSK0aWVqySEEmmpiFqQo&#10;C4DRLUSzH9xvySqiwUcm3pJ+vP1Nz7Vv+H+v/rf8i49s9CrrF79/vP8AsP8Aif6+/de6979/vvzx&#10;7917r3v31/4n/ilz9Pfuvde99f7H/ff8i9+6917339fr+P8AXv8A4D37r3XvfXv3n17r3v3+w976&#10;98uve+7/APGv+N/nj3rr3Xvfv98fr/vPv3r17r3v39f+INv+R+/dez1737/fX/H+Hv3Xuve/f763&#10;++Pv3Xuve/fn/fHj/kXv3Xuve+vfuvcOve+yP+Kiw/H+8e/de6979/tv+J/p7917z6976ZwoLMQo&#10;UFmZiAAAL3N7DSAPfuPXhnA68BfgXN+AB/W/+HN/aNy3ZHXeBJTOb92bhWUlXXK7owmPYW59S1lb&#10;C4t/j7Xx7ZulyC0O3TOP6KNT+QAHSe5u7SzUyXl1HEnq7Kg/axA6yCCb/jlLb8ftyH/ebH2h6z5K&#10;/HTGlhke/ulaFgSSlV2nsaBh9eNM2eDM/wDha/tSeX9+Y/p7Hd0+ccn/AEAOgre+4vt7tuNw562a&#10;3/5q3ttH/wAekHXYgm4Hhl/p/mnH+v8AgWH+x9o+u+ZvxPxxIn+QvU76CAfsN44fKD6f2P4dUVms&#10;f61/atOU+ZJan9yzEn17M/tXouf3d9p0Gpvc7l4/ZuNmf5CYnrL9nU/Xx/X+rR3/ANiGb6+0nU/z&#10;A/hxSlhN3ztVtN7/AG9FuOuHGonQaLB1Ia5HGm/+8j2qXkjmiuNoJ+14x/z+Oiqf329nLf8AtPcj&#10;aD/pbhX/AOOFuvGiqf8Ajn+fw8f+t+W9ss38yL4U04Kyd5Y5iP8Ajhs7sepAN24Q0+z5VIsv1vb6&#10;f1Hu39RuamYkbUePnLF/P9QdE0/3k/Y+Bv1PcK1P+ljuH/45C3Xvsqnj9v8A5Pjt9P8Ag3tvf+Zr&#10;8Ilvfu3VYE2Xrjthi5/orLsOwJP01G3u39Q+adIP7sWv/NSL/oOnRa33qPYVKA8+ivys9wP+C0PX&#10;hRVP/HK1/wA+SMgf4ka/969wn/mgfCePTo7crZ9V76Ouey102K2DeXZ6Wvz+m/0592/1v+Z5CPE2&#10;9U+yVP8AoMda/wCCp9gzx5+H/ZFuX/bH1kFBUc20DkfqN/6/Sym9v9h7xf8ADofwp/5+rkf/AEXf&#10;Y39f/DV+nvf+t/zR/wAoaf8AORP+gut/8FT7B/8ATfj/ALIdy/7Y+vfw+f8ArH/yU3+2/T79/wAO&#10;h/Cn/n62R/8ARd9j/wD2K/T37/W/5n/5Q0/5yJ/0F17/AIKr2D/6b8f9kO5f9sfXv4fP/WP/AJKb&#10;/o33Ki/mefCOTRr7iqIL3v5eue0zo+ps3g2XNcN/tN/r7oeQua01aduVj85Ij/x5v8nWj96r2DFa&#10;c/D/ALIdy/7Y+uJoKj+im1uEYD/bfo+nuWn8zH4RSW092xj6/q687XiB49XM2xQAbDgni/A91HIf&#10;NFR/urNPnLCf+OuP8H5+jkf3pfYeU0Xn5B/prS/X/j1qOuJo6qx/b/1rPGLW+n1k/qfbjF/Md+Fc&#10;tvH3liv6fvbU7Cp+NNwbT7Rjsf8AX/PH196/qLzS1dW1kfY8X+DxB/Loyh+8f7Iz5T3Dsx/plmT/&#10;AI/EvXX2VVb/ADX+wMkf+96jf28Uv8wD4cVQXx987SB/6aaXcNF/jz93hKfSOfzz71JyTzQCSNoI&#10;HyeM/wDWQ56N4ffT2dnzH7k7QB/SuET/AI+R139lU/8AHP8A5Pj/AOj/AGpaP5rfEutIWH5B9XJq&#10;BA+73RQUA+l/U2QekVf9iR7TPyhzOhBGzy4zgj+VNX+x0Zp7v+08gqvudy8Pt3G0X/j0w68KKp/M&#10;Vz/wdLf7H1+1PTfKX4zVug03yJ6Nkd9JCDtfYwlIPADQSZ5XU3/BAPtM2wb6oKnYrwj0ELV/JtFe&#10;lEPup7X3D+Hb+5GwSP6LuFox/lMesZpp1JBik/PIRmAP140hr3HtTUXefSWRsMd3H1XXavSn2nYW&#10;0avUT+lR4Mu2okkfT2nOy70CA2zXYr6Qy/yqp/nX8+hDacy8uX4Bsd/sp/8AmnPE/wDx1j114J/+&#10;OEh+h/Q3/FPr7WmP3XtbL6RiNy4DKM/6Bj81j67UDci321U973/B+nth7G9i7p7OZB6lCv8AhUj+&#10;XR2hEi6o+5PUZH8uujDMBcxSADkkxtb/AG9gfqPb97Sdezx6x++/+N3+n+w9669w697697691737&#10;3rr35de99+/de6979/t/+Rf8T7917r3vr/fH/ff7H37r3Xvff++v9eP969+69/h6979/vv8AiPfu&#10;vde9+/3rj68X/wBt7917r3v3+w/3309+691737/ff0Pv3Xuve/fX8f73/T829+6917376f8AEH/f&#10;ce/de6976/334/3309+691737kf1/wBb37y69Xr3vvj+n+t7917r3v3+9/0/P++N/fuvceve/f77&#10;8f8AEW9+691731/xP+x/5H79jr3Xvfd7/X37r3XvfX+w/wBfj6e/Y691732eP9cf1A9+69173173&#10;17r3vv8Ax/41xf8A23vXXuPXvfv959+631737/W/3w/p/sffutde99e/de+zr3v3v3XvTr3vsW/3&#10;1vr/ALH37r1eve+r/wDGvfuvde9++v1Nv999T7917r3v3/Ivx7917r3v3v3Xuve+7f77/Y/j/b+/&#10;de6979/vv99z7917r3v39f8Aff4/4e/de6976/p/vvx731706977/wB8P9v7116nXvfh/r2/wH/F&#10;f8ffuvde9+/33++/w9+698uve4FbisVkUKZDHY/ILyrito6WqQgDSB+7G4ICj/W9q47i8hciGeRC&#10;RwVmFfM8D/qz0jvdusNyiMG4WEM8B/DIiuv5hwR/LrtZHUel2QcEWJUj6/W/05PtEZfqXrbPPJJk&#10;9l4OWaZVV56ejNBO4VQq6pce1NKNGn083tb2Yxb7u8Sro3B9K8dTBv5tXyx+3oCbj7Pe1e6RtFd+&#10;3+06TxMdvFCx/wBvCsbfz6zirnQWWVrf4qHt+eCyk/n2YXrfsfN9VbcpdqbVo8R/AaOapnpqPJQV&#10;layNVSNNMpq/4hBVujSkkAubfQWHtPLu15PIZJJqk0/Cop+yv+XoC333YfZ67Rlt9iuLUkcY7qck&#10;fZ4zzD9oPRVe7PiD0735uE7t3xTblg3KcdS4v+K7f3DUY5/tKEymmAoaiCtxPljEzDV9vqYHkmws&#10;Xnu/YB7u3ON2ZLKrt/JChpqL7fFUDT0DfatVNHKYamuNSZGNSb/vEGwtb2I7HnKW2hWF7JZKedSl&#10;P2g1/kB/PoCbn9z3k2eM/uvmvc4JwMGUQTKP9qkduT/vQ6GfqHr3D9M7IoNh4GuzmYxWNqKuenrt&#10;x11HWZZ/vJPK6TVFBj8dTMkR4S0Km31uefYSVPx4qZcdS0j7ljrKmkrlqY6lqOSh1RRwmKOFgGyh&#10;4Yk2DEezaHni0IrLYyLXjRlf9tdGny9PXoEbh9zneYoT+6eeLWeb0mtngB+0pJcEf7yfs6E3+I+u&#10;4jIQra1yTruTdRZbi3+x9mU6V3pvzonB1uExO3MVupJ6+orBNW1qaoxUUeHpPCnkrsYBGv8ACQVB&#10;X+0b/izcm/7PdnVJM6BhShRs8eBVT60yegXffdW9z9vj126WF4w/DBcaSfsM8UC/tYfb0Uj5L/Er&#10;ZPydqcPU7p3dvLaz4Zcd4H2lU4qlkd8bLnpIjMcphswpDHPSatGk3RLH9WoLPk3vHe3c9HQ5KXYF&#10;XiMliTSUAp8JRy1ZlpYpMhVyTAUtZkZXRpa0LccED6X+qyz3Da4QwTcY21V+NlU/lrArw8ugfuvs&#10;b7q7VCXuOR7pwPKIxXB/IQPKx4eQ6Wvxq+Pm3fjXtbK7O27uvcm5sZlc5U7heq3VV0FRWwVVRjsR&#10;jDTxNj8ZiqdKZYMSrhShfW7ckWAK5j8LVQ7Xr4t0Yzc9IyZWmZVOJqPOsaxIWASqhV1hD6rm1gPZ&#10;wlzC9PBlVyMnSagfP59AbceT+aNnhkk3rlncLWMcTLbzRgD1q6L0Y9nJlTxtEQyMCS/15XTbTe/0&#10;9jT0b3vTdGZieuwuOyGYp6xZWamy1DUrTxt9s0ABFHNTBGANxq/Psvvl+oXQX0/Zk/4D0H1KoCoB&#10;KnoEe/uhdufIbY1RsXdWQymIo56ijqBkcBLSRZKFqOtpq5Vhmr6CuiVJHpgrDxm6k+xV7f8AljN3&#10;zszIbVfatJh8lPJQy0U9LR5CGaNKXI0uRqQslVVVGjyLQ6SNJuCf9f23Z2j2bRsr6oxWtaZ8s/Z6&#10;/tr0+mYdCIdPQL/HH4R7P+Mu46vPbU33v3cEGQRhXUG6chhqijMv2tTSQSRw4vBYmzIKxzdi3Nrc&#10;AAFJ2s1VmKpsBXCqjiy1jVTaJb/5DHPWQcygxm7xAeoH/Dn2co50l08vI9MLHq7fXo6lUVhT7jSp&#10;aH9AIHAcqjWtyOD7UvWHYdZ1fu3HbvwVLV1VRjJKhlxtdDPFSVAmoa2h0zR0zxTtpStZxyPVY/S/&#10;utwY5FeOR/1CPL7f2dXhW0VqSKNdPl0i+zeu8L2tsfP7B3K9RFhtw08FNWTUJpxWxJT1tLXo1O1b&#10;TVlMreekT9cbi349nL3N82q/sbAZDY2U2ZhaOnz1IaKWtjpMkJoRqSYyI9TXSQhgYAPUtufaaKyg&#10;hkSRbpseVR0vRdtqo8Mfy6Id1B/LQ616O7Owfa+1Oxu0a7K7drKmtpcJl8ltl8DUmqoK7HSRVNPj&#10;9q0FayCLIOw0zKdYH+t7IdQy1dJn0Fb9yaaSulNREEdoUpDLIU8atYFipFwePa15FTtVTT8v8/SK&#10;SaKKQQJXTX+XVlDrrhOjSG0eljc2Yj8m17X9q3E17bG3hi8/Rz5Y1ONrqTO0jyRsoIWo+4gpS8Qj&#10;bwxhRZVII/B9sP8A4wjLKKA1FK18v9nqghEr8Kjj00ZjE0e5cDlsDkYoZ8fmMbXYiviZY5Ukpq6m&#10;ko6pGjlV421xykWZWB+hBHs9qfzBspVYSPblTsTE1kMuLTE1M9VR5hmnielFFNI6mv8AG/lDFzqB&#10;BueLc+yZtoZJ/ES5bjXyP+SvywRjpRFbLCaDjWvVVMf8oHpij7LPaWI7O7cwGaj3pJvegxuFym0q&#10;LD47J/x05+CnpYU2f9xFSQVVkAEpk0KPXfn2Sfd9VPU7nr88tD4oNwV9Xuqmp4YXMVCcrkKiugxk&#10;SADxUlOjWWMksqgcn6+zaOWUIEwSBTz8unDE4auKHPn1adtnFriNu4fAfxCtyT4HFY/AyZHIypLX&#10;5FsXQwUT19dMkccc1bVmLySuqqpkY2UfT25ywY+jbF5dZswmRqqWmyUohgU09LUMwleGNwFkjdJE&#10;uqk6rc+6xTLQxyhSgx8/l15Y7QUM1C1PSvUsGom+6p2jpvAjyU663YtLFp06pFKlWDAkH6j2eHYP&#10;zgy20Nq4rbs+24snHjqOnokrK2kystTPFFGImM7CvRDKwHIAAJ9kl3tVrNKZHloSa07f8FP59PhN&#10;uOfDFfsHVVneX8p3qjuvs/Ndoy733xtLN5qunydTTbXrNtUFDHWyGJ0eAVO166qVVeBWBaUkH2WT&#10;tzebdh7pq96YrGHFHKzGoqqWmpZaWNJSlPBErJeWQFY4DYs1+R7XWjx2sRiRq0HnnA8/9jqlwYI1&#10;HgUzx6sG6V63PUvXG2Ot6jPZLcse1cXBiaXM5yqhq8rXwwGRvNWzxU9JDJKxksSkSDj6D6e0n9tR&#10;V+K++rxlI5o/H/EHgptdRLI83jpyuq7TBFUAk3sPaWS5OrREQT/LouLeKKK1D9nQlXlhqPDF9uY2&#10;v9urPpVVCapNQAstyT9Pr7Nj0n8vaLqPDvtvIxfxygjCClq8wk01dHrqstXTj011PEuuXJKvC+pE&#10;H5HJJueyS3lJvEKsD5UA8vl5U/n0Z2+0iZWLf6v29V+fLD+X1tX5QZrHbmm3JntkZilFctcdq1GJ&#10;ooMsKmk27j6dciavAZOapFFS7fHiGpdLSP8AUHgE/k58qNjdk1NPuDC0gxOXg8hqkoaRKdMgopsb&#10;RwRzymtlmqFgjpmYLf03P4PDm22M22o0Mr6l8q+XE+lPPjTo6hsUgVRmo8uhn+JnxoyHxp2J/o/q&#10;N6Zze+HpmkkxlTuTIx5Gvo2qstm8vWCPwYvG00QlnywX0rykS35F2rS3z2Rm9zzvDWTt9sir+zHN&#10;O8Cq8YAKh5XBZiov7MCV0DSvS9FOkiv7OjbxxRxLpjRVH50gC/1+tgL/AF9oWKr/AHTpFkCKV5v6&#10;/wC0Rc6b/wC8n2zUngM9az+XWT2+UFOJXXyGxZtS3FxpZwR9VNhx7ZehahXga9VVgzlKZHXvYibY&#10;iiSsCBhdZAPqCLCWAavp+dJHsxswdAAHCn+TqkyfokDyHXvZ0uvATQxccBQP9bTFSgcfjj2YWgAu&#10;5T/Q/wA3QYu1AJb0I/y9IvdBAj/12HHP5Wb/AIn2KCaSxHF7fi/4t9eDYj2adFcn9o3SEYMFH1P/&#10;AAa1uSbAf1HPubTqGDAjVcj+hIsPr/X2p6qOHTVVMVKsDpsCPra/PH9fcqFPVwthbj8W4+n+3979&#10;et9Q53OkXbUb8834v9fb9Txf0bUObjVq/wBV9Rb6e2ZGotadPQ/2qfb0nZ5QWCldJ4sdNvroFwQR&#10;ci/tzQNpb/U8X4PPJP8AX+vtte1S6nu6tWk+P9WOmmUqZEVjYm9v0j8Dm4F/p7ZMnilWpFbFPNC8&#10;YDeSAorr6FBtZbkkH+vsO3k4jkldaaQB/h9eGP8AD0ckFrWWnGn+Xpe7fyTVFCmPqIIpllaRGimD&#10;tG3qZ7FWPKX/AMPZpNpfI3Z6bNl2vvbAJmIpoJqao8+IGQM8LyjSjioq9LhUQC1vz/sPYKv+XJ72&#10;VZraYrIDUZp5f6uP5Z6MNuQoFDfF0Rjf/wAON/8A+l6m7O6s39kdqOk9LO+Lps6mIx6yxwzJLII6&#10;PCTyXmMxvd+fzx7rv7RwmIotx1Oc2rHVNgauZ5o4KmGOH7KWSaoqXjhhpkVIoIY2VU9RIAsfZhDb&#10;3cCp4nxrjH5Z6OGn1SrGPxfLqzbZNdl58DRUe42o/wCO09NHFWPRzy1MVQY40i+4806JJI87qWY6&#10;QCTx7RsarVQJKn+cHrZbAEEKCRexPLn/AF/ZtbXWp28Q+XVmh06mFK9Kd7qbc2PA5P5P1/A+nt9o&#10;ZV1wxsoUiRAwtybFV/J/w9mcbloyD5DpFrqHT+j/AJ+oFQh9bAmxVv8AYXuf8efYo4OMGRSDcek/&#10;i4HoBvxf6n2WyAMpB6K16SmVkKRkng82FuP7Rta9uQP9f2J9PHGYE1W/TpOpVH+xN/639ks9t4sx&#10;Gjt/2M8OmnJ1H16Qj1ssTtpJLE34Lc2PF/xxYf48+3CjmWlkH0MRVwGNzYkc3AIB4PH+Psj3gmFq&#10;KTqx9p8uP2/y6ZMpKjS3ef8AV59Z6eA5GDU4AdZASv0AsQ3FwT9L/wC39tGQh/dWeOxBDCyjjkBQ&#10;eP8AEe12y3HixsKY/wBX+f8Al0n0kgPTHU1x40MEh5Uqbn6kA6+b/Tgf7z7DbKHVUPb/AGkcX59E&#10;X4twB7Ei/wBl/q9emk+EdKugBES3+tyTf6D1P+fzf2D+aBEvJ/H4/wCCR/4D/evamP8AD9vShR8H&#10;5dLGlIKf655ufyC3+w/HtMVaHytptYKgIv8AQFR9Bbj2st5T4gDMaf6v+L6ThNTtq6mqfSBx9T9R&#10;e9j+bnkke8M6sHIOrlB9Db02/ob29iqzVmiVq4x/g6robTq046w6hbi3BsBx9b/4W9+dR4kF+QB/&#10;Qgenk/gcf4+6/wCinH+qvSZuBx+LrscXsP63+v8Axu/PuJKhJcg/WNiDz9bk/QDj3fy6b65X+nF+&#10;RwP98Pr7ijhdPIbR/wAQPr/t/e/l17rlxzb6c/8AGv8AGx/1/fc59MJtwUBte4H6iSL/AE/r7r17&#10;roAc2+vP+H9Pr/X68e4ClWkkA9JKvcjn+yfpyBx7UprRUJPb6dUd9FDTrl+Bx9CAPx/r3tc3Ptt0&#10;6AT/AIfX8fq4I4H9PbsJrIT8ukrtWrHrn9QP9f6fn6WP9feOf/M05+g0yfXj6uLc/wCw9mkfwL0l&#10;Y1z15f1Nz/T+n4H9P6e2icE3P9CB9PrfTb/D2aWfxR/n/l6qOPXL3irP+BBF/wAKfSfxoU2v+Dz7&#10;NPLrZ49cF/T9P6/X/XI+n+w94qKO1RH+bH/ewf8AY8n3ptRpTh02zEUoeuUh4P8Aif8AkXvDOymW&#10;TjjUfyBY6j9TxyB7TOtJEYyaf9X+znrScK9c1/SDa/0/3kD8WI/4n3mof1yWsCVIN+BcFb2PH0t7&#10;cc1NeqM2o464yDgf0F/zfg/15P4PuBOv7sjMWB8zmxJ/1V/9e3+++vvw4Htr1oDDYr1lB4Cj/U/7&#10;e3Fv6X98qT/ON/rtx9fyPfl+IdV9euMl7fS/0/4n8e4OTUt9wT+I5zz/AKzDi39Pb3+/P9IevWuS&#10;f9Xp1yU2UX/1v9v/AF/x9lT3CL5Wstfip4/2y/m1ub+4pn/5Lc/+mb/COjuH8X+rz65+2wem1v6C&#10;/A/H0uOLWt9ePaSdmS4l/wBN00y0JB6979YMObEH/C9rcX4tx7cjkNQy1DDqpBBoRnr3vtVDgWJH&#10;p/w/1+fa2EySa/t/1f5KdMykdoPr173wK6T+P9f6f14/2B9r8EeoPRf1732EdiqhS7uVCgKSWNwF&#10;X0glnbVaw+p92HcSMgDgBkknyA/wdWjR5nSKNGLE0VR3FifJV/wde9mJ68+MfZe+TT1lbQDaGEls&#10;5yW4I3hrJYeNTUeGUrkZyyMChmFPE4Ppl9hncuaNs29WQS+NcClVWlATXJbC1oKGmQMlesieQ/ux&#10;+4/OBhud1tBsuzMatJdKwnYZHZa1WUsKVAmMClTVXPUaarhh4JLt/qEGo3+nJHC8/wCx9nz63+O3&#10;XnXLU1fDQ/3h3BFp05zPRxTSQS/XyYujANDjCn0V1Dzp9PKR7AG58z7luAkjVzBb4NIzig8mxVuP&#10;AABhii9Zye3XsN7f+3Hg3thtxvOYEAP1dzSSVWHnCtBHAK1AMaiTSdLyPTprmrJJeB6ENxoUkMf+&#10;DPcG3+2H+v7Hj+n++/4n2G+po6ie+v8AjXHP49+6917339Ppzzx/t/8AeL+/de6979/xP+2/4379&#10;17r3v3/FP98f9f37r3XvaP8A9IGzP4r/AAT+8eK/iv8Ae/8A0f8A2P3P7/8AfP8Aub/pB/u59NP8&#10;V/uX/uR8f/Kv/tXHtZ+7bvR43gt4fg+NWgp4evw9VK8NeK8dXdTy6Lv3xtX1X0X7yh+s+o+n0a11&#10;+P8AT/V+DprXxPpf8Y0fF4P6tNGeufikt+hraPL/AI+PXbXb9WnV/vH+Hv8A/9OlvIUwMglMCKF1&#10;AaVewJCqbG39oD3izC8spI8Wn5Dqcsnz63+PbcEB+g4Y+q/NwOBa9uf6f74+1gwMDy61mnDr3vxH&#10;01c/65Jt9OOLke3To69173xuRa1v8OP6W/P496DsMg569173xZbMHJurKDpFiPrqJ4ubEf63uh4k&#10;9ep17244PAZbc+ThxOAoZ8jX1TssNLCosBqBaWSRiEp6aEEa5GIVRe5HttiqEvIRQrTP51AJpx8s&#10;/MAdHXL/AC5vnNW7W2z8v7dJdblKO1F8h5s7NRURfN3KotRU5A64syopZiFUckn6f8jPs9HV3QeG&#10;2f8Aa5nc32+e3PpSSNNBlxOHdSCBQwSqhq6yMkH7iVQQwBjRdNyiubsyVSJdKggFjiopUCo4KTwN&#10;c0BahbroP7U+wGw8iLb7xvoj3DmwUYORWG3YZpArAVYHhO6h+1SixEtqaaitZwyxelLHkG0jW+v9&#10;dIuPoObfkfT2Yf8A3v8A3n/iPaDrITpv9++t/wDez/Tj/D+h9+691734/wCv/h/yL/D37r3Xvfr/&#10;APGv8Lj/AI379177eve/f1v9f+R/7b6+/fZ17r3v3++/4r7917r3v3+9f77/AF7H37r3Xvfv9h/v&#10;v9v/ALD37r3Xvfv+N/776X9+691737/ff8i9+691737/AH39f+R+/de6976LKi6nIVFuzuSAoQfV&#10;mJtYC3v2fLj14VrTrwBJsOSfoB9Sf6D+pPsEN5fJb499fipXeHdfWOCnpdXlxk+88FLmVZW9QGEp&#10;KyozE7o3BEcBYEezy15e327kUW+03DlvxsjKpx5F+1f9sT5Y6Ce98+8j8symDmLnHa7G5ArouLqC&#10;JyPkjyBj9gUnrOtNUMbCFxa5sRoA/H6jpBv/AIH2Vrdn80/4cbaVhQb33Hvaoj1BqfaOydwqQy6r&#10;KtVuik2zj5tV+DHMU5+v19n9t7e8yXAYPDFD/wA1JA1fXToDkDzqxJ+frEW6/er9jNqE4TnBrq4j&#10;NNEFtdOWP9CRoUgYfPxafPrKuPqGuToTngO3q/HJ0a1/5F7Lbuj+dN1jSNINmdKb73AgBEb7m3Ft&#10;/aLNa2m64uDe/jF/8W49ndv7X3dNVxu8av6LGXH82T/B+zqK93+/LyHBCTsXJ+7XNx/DObe2U/7e&#10;OW6b/jH5dZxjCQLzAHi4CEi/5sdak/7Yey9bk/nRdwVUkh2h0/1tgoW1eJNx5Hc+6ZY78DXLi67Z&#10;qSED62jS/s5g9sNnQDx7+5dh6aFH5go9f29RxvH36+YZoyOX/b6ytpqcbi5luhX5rHHaE/70Pt6y&#10;jHQ8XaUni/K2P/JhIF/8fYEbh/mu/MTNSO+N3PszaIe9o9vbEwtUiXFrJ/exd0PYfi7G3s2i9v8A&#10;leNdMlk8hrxaSQH/AIwyD9o6j/dfvne8e4xslou02DH8UFszEf8AZTNcL+1T1m+ypv8Ajl/h+t/+&#10;jvr7BjP/AD4+Ye5C7ZHvvetMZP1f3f8A4PtMc2/Su1sXhlT6f2QLezSHlTlyAAJs0BA/iXX/ADfU&#10;fPoDX33nffXcIzFcc/zKv/Crezhb/eobeNh+R6yCngAA8MfH9UUn/Ykgk+wlzPyJ+QG41ePP949v&#10;5mJwytBk+yd41tPpf9SCnqMzJCqH/UhQP8PZhBtO1Wp1W22W8beqxop/aBXoFTe73uvca/G9zN/K&#10;sakfvC7C/wC8iUKPyHWRUVBZFVR9bKAo/wBsAPYX5DNZjLO0mVy2TycjHU0mQr6qtdj/AFZ6mWRi&#10;fa5VVfhUD7OghuG+73u5LbrvN1dN6yyySf8AH2brl7bPduirr3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve3Whz2cxhBxuZyuPK8qaHI1lIV/1jBNGR70VVqalB6OLHmLmDbKfu3fL&#10;y3pw8KaSP/jjDr3td4vu/ujCaf4L292hiNFtH8L3/uug0W+mn7TLRabf4e08tnZz4ntY3H9JVP8A&#10;hHQoh92PdO3XRB7l8wInou43YH7BMOve1zQ/Lr5TY9lan+RPdD6SCBW9kbryacfgx5LKVaMv+BBH&#10;tA3L2wsanZbWv/NJB/z70bWPvp7xbdm39yd4Y/8ADbmSf/q8ZOsXgg/44xf9S0/4p7ETEfzC/mZg&#10;woou99yzBRYfxfE7S3BwOBqOe29ki9gfzf2kn5R5buMybRFX+jVP+OlehZF96f35hQInPrED+Kz2&#10;9z+1rUn+fXRp4CLeGLn+iKD/ALAgAj2IeN/mm/M+hK/ddh4HMgG5GS6+2TEH/wAGOIwmKYD/AIKR&#10;7RHkLlU0ptpH/N2X/K56Em3ffF96bIL9TfbfeU/39aotft8BoP5U6x/ZU3/HP/k+T/o/2JOK/nDf&#10;KagVUrtu9N5ywAaTIbU3PTTEfkg4je+NgDH+pjI/w9oZ/bjl2UnwzcRD0Vwf+Pq5/n0JY/vwe6YZ&#10;PF5c5faOuaQ3isfzN8wH+8n7OuLUNOforJze6sTf/D16xb2JWF/nSdqwFf7xdMdf5Vbgv/Bs1uLA&#10;s3+q0tWtuMLf8XDW/wAfaKb2x2hv7C/uEPz0MP8Ajqn+Z6GFj9+3dY1H7y9treV/MxXrwj8g9vOR&#10;+09cP4dB/qpf+Sk/6M9ili/52GIkKLmvjvk6RbASSYzs6lyRP1uyRVexcXp+vAMht/U/X2Xt7W4Y&#10;LvQqf+E/5paU/LoTbd9+3Y5X/wB23t1dwJX/AEG7jnP7Hhtx/P8APrEcYL3E1he4Hjv+PyRIL/7x&#10;7FHDfzmfj/UIgz/W3cGKmIAP8Notm5uBTzfVJUbuwcxUf1EZP+HtBc+2W56ybe+t2Qnz1o3/AB2Q&#10;f6v2C+L773tRIUEuwb+jE5PgWhUfOovSx/Jfy64tjXH6JVY/0ZSgH/JJb2KmC/mzfEDLMi1+Z35t&#10;gGwZs7sivqVS5Fy3926jcLsVub2FuOPZfN7b8xR5R7eSvo1CP2qo/YSfXoZWH3tvYy8QPcc0z2rH&#10;8Mtndkj7fAhmX9hPWP8Ah09j6or/AOBfm3+uoA9i1h/5iXwxzbIKPvTAU7SWFsxgN6YBVYkfqfO7&#10;bx0aj+pYhR7LX5G5pWo/dRPp+pF/kc06F+1feF9ld50/R+4u3oD/AL/Z7X9v1KQ0/PrH9lU/Tx8f&#10;1Eic/wC3YH/W/PsW8P8AKP42Z9Yziu/emqxnI0Uq9lbRgreeAGop8xHXKT9BqjFz7QScu77ExVtn&#10;uqmufCLD/BSvDOroYWXuX7cblKLfbfcDZLi4P4Yr61kb/eUlJ6xtTVCGxikvx+lTIPr/AKpARb/D&#10;8exbwu6Nr7liMu3dx4HPxaQ/kwmXoMvFY2AOuhqKhdJJ+t7cey2azv7Qq1zayxjhVkMf8yFHQyik&#10;SeNZoXDwngykEH7CMdY3ikQXeJ1W9vUjAX/1yP8AD6e33/in+P1/4r7R9X9euPv3H+8/U/09+691&#10;731/vuPfuvde99/8i9+631737/ff72f9h791rr3vr37r3Xvff+9f73b+vJ9+69173737r35de9+/&#10;1v8Aff4fn37r1Ove/e/db6976/33+x97611732P6f6/vXXuve/f77/eP8ePfuvde99e/de6979/v&#10;f/Gvfuvde99/X8/g/Xj+n5/x9+691737/be/db/Lr3vr37rXXvff4/1/96/2/Pv3Xuve/e/de697&#10;9/h79175de9++v8AsL/4fn+nv3XvPr3v39ffuvfZ1737/eP8f8eL+/de6976/wB9/vX+9e/de697&#10;7/5F+ffuvde9+/33/FP8Pfuvde9+/wB99f8Ainv3Xuve/f0/33+t+Pp7917r3v3+uSef98fzz791&#10;7r3vr/jX++/p7317r3v3/Gv99/sPeuvde99/77/ePfuvfn1731/xT/fW9+691733/wAR/jz+ffuv&#10;de9+9+638uve22pw+JrQwrMXjqwPyfuqKmn55N38kRDNx7Vrd3SaRHdOgXjpJGr7O78/9jon3Pl/&#10;Yd6Qxbxslndx+k0McoP5OrDrkJJF+jyD8D1sLA3+lrm3tPy7A2hJKtQMFS01QupVlx8tXjnRZFZX&#10;saOogCgq1rAW9rI973NMJeuFI/Fpb/n3oF7h7Oe125rouOR7BFP++U+nP7bcxH+fWX7mexUyF144&#10;dVe9iCB6wb8i9z7Z4uqtr0tbHX0MuXo5YjIRHHkWmgtJE8JBSriqZGAWQkWN7/j2sTmfch2uUNRS&#10;umhHz4j/AA9Ajc/uy+1m4LptrK8sm8jDcOx/7OBcD+XXJ6uWSMxyLG6tb9S2JKkNa6kKCSP9b2j6&#10;/oyOaojqMbuzJ0bwlmtV0NLWiTUugLIY56BiB+LEWv8An2pj5qlpWe0Ut8mI/mF/yfl0At1+6By1&#10;PQ7TzffQv/w+OK4H7I/pif29SBkSAA0Sm550sw/xJtpf207h6V3BUVv3OBzmPpo1SLRT1S1VIqyp&#10;GqyNqp4K43mYE/7H2tt+abVEJktW1+lAa/LiKdBG/wDujb9bgvs3NO33EnpNDLAD+aNckfs65RZB&#10;FQLKrsfV6l0sCuolf1FDwpHtIZHqLs+EFoavHZWQIAhgybR3Zfor/f09FZRx9L+1sfMW1TPqkkKE&#10;eqE1+ymr+dOgTun3Xfc63rNBZbddOPKC4oT9n1CQL+0jrMlbTWtpaMfkFB/1zLe8e59n9gNRUdfN&#10;i8s9SqQYyWhxkaZHxRU8DH71lpTO4WRiBfke1cG8WDECK9iBOe5qZPpjP5V6DF77J+6e0RiSfku5&#10;YDyhKTn8lt3lJ/IHr0M1KrPGjKFJMpZ/SCzudSguBci3+v7UOyeq+wOxYDj8FjzQZuhkZjBlHfF1&#10;E9NTJTQ+SEVMXkmmeoqk9IHIBt9PdLjd7aAq0kxMbCh0gsFPz40/b0A955a5r2ej7pytudvHpyZL&#10;WdEA+ZaNadJrd++ds7Ex4zG5q77HFNIIWq1glqYopGjqJ7zeBH8MSxUzkuwCj8nn2/bv6H732XiF&#10;yu5IETH08iwRTJkTLpRIKidUkIpkWKJIqaRiSTpt7vb79t87aEU6vsPRBHexlQWR/wBjdJPZfdnU&#10;2/8AJzYfaG6cXl8ktO9ZLSU4KzGFZqWneXS6qXJmrIluL3Lj2hqGpzLYCsgqKmKaqhqjU+iqSUrS&#10;wU6iV0I5IRvpx9fb7BblllVmUUpwp8/KnT/gR3yieMlNOOFPn0KDJAlTG2gBXQpfQbF2YaQSf6i/&#10;uTs/IV24JP4JFpknrqhDR1FQ5jljuBGkSFrxr5JHH+PtiZUtm1OpJA6T/p2p0Mmo9YsgYKKJ6+Ul&#10;IKaKSSZUS6lEGt3ZVu50op9mIPxz7qpaSoqvtPJRC0r6K7Xr0BisiqlOQ+k/kHj2TybzZMQqgA8O&#10;BHSc3SSkIIRT/St0BcPyR6RqsnFil3hi1yjsY0ppT4pVdrAxPrKNG7hvoQL+y07p3rldlQ1CZN0d&#10;v2xPRtKS4JdAgMVhLf8AfDfT/H6ezOGIXJTwiK14/wCz0cWVmrUAjVT0OsVNSVSJNGBYX0SKByDw&#10;Sp5B/Tbj2VPObwr8pJraokCkCw1HU3phUhtV2Fig9u3Udzb+EXmHcR+XHPGnRv8ATz2IBaWqv/k/&#10;4vpzAAFgAB/QcD2HlfWSSsuqQsVvp/oLhf8AintIssjAs7Y6cieRquzdd+2dpHsQfUshs6kjSeP6&#10;fkXPtsEjNenwzDI697zowJAFv8QL/j/jXv1TwBx1oknj172rKBwfGBYPpRdXIYgabj+lgPdWNeOe&#10;rUB4jr3sTtsoivE4X1NIoL/6oEwlj/t/ZjZhdQ9dP+VerSopjNR5f4evezj9eHTRQ8kqyJf/AF2h&#10;oyfTe5t7Wo9Ljt+PTT+Z/wAPHoK34HdpP4qD/jVOkfuQBkN/wQT9L2Xyc3sbc/737FqKNWJbSPob&#10;3/rYD/bj2aqWAUn4uikR8S5/1fn0HM8hHoBa1xbj8Bifx+CPcmElXIAA5HKj1fT6n/b+31IKD16q&#10;4VTRePTfULcAtcjngm62v9B/hx7cUQEA25P/ABuxtfk2/wBf3V3ZWxw68AME9NpP4J/3n/iR9Afb&#10;5SKS0YsPqTY/QrqbVe4sfaOd6RyHVmn86Y6dJQqdK93TJU2u31508gWuLJa3PI49voiVVZQqsOPT&#10;/Z/PA+o9oxLcFdHiMjfz/wAnT8IDGpSh6ZHeIyJKQDYk6h/iAPr9T/vPuLPSViz0xWmoHiZnE0U9&#10;R445IwLKsliF06je1/r7SSBJxIWUtH9ny8v8HD9vRxbsrkIBVPn070lfRxwVCfeZGnqVjjaGWnpj&#10;LLG5f1PH6W1MwFv9b2yZPHrjauO1BQ1FDIVcVIk8kiuwJkQRoSgSMmwN+fZTJO8Z0xylf2+nSzW8&#10;bEITp6WWErjl6ORpautgro1ZWpjGIlKKxWKQtIFbXIouRbj280ezG3qjUeKxtHPSyxGOoj5EsTN+&#10;3JMkR1EsWcW4sT7oJTJFIJixfSKf4f8AV9vTDySEM4ch1+HpLbg7AxvWyrX7kzMtCFnJjmmKilnT&#10;SzpTyznSqKI4yTzcAewN3t1juDrnI2yNHLBQ1TiWGVFcjxzNUukfEaqG8NKx0/Xj2Vzh1NLeUhh6&#10;9Gu3+MykyyFvmf8Aa9Cx152js/s7FNkdsZajySwSPTVKwTRSeOenSlM4sjudCNVrz9OR7ZqahhnE&#10;VVCNMv7amMqFVkOmTzH8+VmIFvZpYXD6VjuH1P6/s6reRFWBB7f+L6V1VK0etCLRWazA8hvUNFuB&#10;oAF7+xH27E2rQUsw08kc2AjBP9Tb+n09qLuRQuoDy/b0gf4h9nSMy7XW+u6m4IH0H6z/AEsCR+SP&#10;YmwQgqBoGoqEN7XubX5v/U+yGaeUNpRuzXX8uPSZh8Snh0hpGW7MSRZNfB+p4AsD+B/xHvhJGY10&#10;8hSPofp+fpY/S5/3j25c21vdH9aJWp9vSJ1AY4x1xo62ZDqilZHJFyLEm1v1cWB0i/tmNQ1NNpmP&#10;khtYRk3UX03sB+NbX/PsuWIRxj6Y6P8AL6dWP9in2/5+lZ41rE1lQZrBhJp0tcXP1N/qot7SW4KQ&#10;RzfdUo108wPiQEMPSsMbawtygDm/+Ps626UuCszgkfl/n/z/AD6ZRSSFB6dsdOWiEEoKTx/rbkfq&#10;aR10EhVc6frb6ewRz4CT6FPlRivlf6GIBEZfFpsHZ78/0t7NpR2Np7W8v59LKAaiBnpcUJLRhmGk&#10;2JC83IuQQb8ixHH+v7SFQZPPKGJsqx6f6Wtbi/0+ntdbiM6O35f6vXpigI4Y6cFto4uP1Hj8n6/X&#10;+vv0jHUCzfTSCfrc2/r/AK3P+w9iK2bQFEQOk9NOWWiJgdYdNweLc3HH05H+398pAGQFR9GJH4+i&#10;kfQ/Qge7sWUErk9F/wCfXS8NZr/T/bf1/wBe5PuDUAlWCDSRG9ubXOkj6/0BHusfj5z/AIOnI6d3&#10;WT08XN+R/iP+R/T3EVCQBc/5og/61gQePyf8fb3nw6Z8+Hn12TYnj6H/AGH9P+Re+505Q3YWjFhw&#10;AnJ5/JHvXWuuh/S1+f8AG5/w/wBb3DXSrsunnS9iABY6Wuf6gce7oWY5b9vTUiDuepr1yP0vf/bk&#10;/wBRbk8H6+2y7FABzcXseeCf8fd6VI9fl0nZVJPXMH6/7a4/JHP9B/xT3gnBENOP9okIHFh6h/vP&#10;s5g/so/s6Tvgnry/VjY/UfX/AGPHtvaz2AAPHIC/63451AD2shJrSuOm+uZ4F/6EC/0/r/W3uPkF&#10;01DlbD0R8fS1lUNY3+vHs2gZ2FS/D9v7etnj1wT9I+vJP/E/4cc/7D3hof8AgVCD9S3/ABB/2At7&#10;VfhPVH4D7evP+kn8D/e/x+D7iVOoyuq8BZH4W/0uw/Htvs1dwGvy/Lr0dKZ6yIPSDf6gcn6fj+v5&#10;v7zY4/uyqpv+wx+pPIIJP4/p7vpSmVz151FC1M9cZT6Qf9quP62A/re/vFOV8hBIvcn/AF2LHn6/&#10;Uj20yea8OmwCRqHDrklwP97P+sB/sfr79TgCU8aQQ3C8WHFwOfz7sqghRoz9nTLpq+3rzmw+txx/&#10;xPP09tuUP7dQNWn0yE8nk2J/r+be6XBKwsy8etwatY9OuafT/W4B4+n+w9lX3Bq/i9eOFUSvyL8f&#10;pKWH+v8Aj8+4pvtYu2kB/V1Do9t9Wk1rXrn7ZI76QT9Tzbj6A2/P4sfbMxBWN69/+r/V+fWpGViK&#10;de95bf0/1iT/AK/Pt1FUYC/s/wBR6Z697EDafVfYW+CjbY2nl6+nltbINT/ZYoi9rnK5BqbG3UG+&#10;kSXt+Pbc+42tmqm5uQpHBeOPnnV+WT8uh7yz7Ue4fOggm5e5VuprRxqWZlENuy/KeZkjen8KMW/o&#10;9Y5JooheR1XgmxPqIH9FF2b/AGA9mn2d8LslUGGp35uenoIzYyYjbkX3tYwZdRilytckdJSyA8HR&#10;BUqf6+yG552giASytmduOtzoWn8SipZwPQ6CfLrJblH7nM0nh3HPfNIRQf7CxFTTyJnnSgIOCot2&#10;H8L+fUKTIRi/iUv9RqYFVv8AQcfqP+8ezebJ6c646+EUm3NtUceQjsTmq4HI5fXa2pa6rLy0omH1&#10;Wn8KG36fYPv+YN13FGW4um8IimlBpU+pxhtJ411AfLrK7k32s5B5CRP6sctW8F2AR47Ay3B1ABv1&#10;5C0gVqVKKyx1rRR1AlqZ5bhnspv6B6VtwCrD9R459V/Ynf73xx7JepA6j+/f0/335+gv9Pfuvde9&#10;+BP0/wBh/vre/de6978f9t/xH+w9+HXuve+uf99/sPfuvde99/T/AF/+K/8AGvfuvde9kj+b3y/2&#10;/wDFPraSehkpMn2ru6nqqTr/AGxIySJDOq+Oo3XmqdTqj29g5XvoNmrKjRTpZWlmiGHKfLM3MF4s&#10;kykbdEQHc5LADEYY5LMCCxFNNakghVMK++XvFtns/wApvuTiOfma6DR2Vux+OQDMsgBDeBBVWk0k&#10;FyUiDo0gdZdJTmd7sP2kJ1EcBiedIP5Itz/h/rj3q0f6b+3dWv8A0h7p1/6S/wDTJr/ik2r/AEpe&#10;Lwf361fX+8Pg9Hm+uji1uPc/fQWP/KJH/Y+F8I/s/wCDh8H9Hh1yS/10vcDX4n9aLjxP31+9q9lf&#10;3jp0fU1011aOzR/Zae3w6Y6e9Cf6lf06P0j9H+p+n6f8Pp7/AP/Upqrau8RgZFLEC41fTlX4upA/&#10;3r3inCG8X9L58fT50/1V6nEHgFHW/wAe2tUJW3N+eLfgFiDYD8+zKo49WGRX1697wlebAAgH6nkH&#10;+n0v/T3ppEHxMK9awOPXvfAoPxb/AG/+xP1+v1/r7t5Y60eve1XsnY+b31mFxGEp7m4eurZ7rSY6&#10;lZ7NPUzc3+h0Ivrlbhb82ZdwoOs0GDivGtDRaGg9SK4qfWg45B9vuYvcXe49m2OH9JaNPM1RFAla&#10;anIHE0IRAdb0IXAdlxyypChdzYD6D8k/gAfkn3Yf1/13t/rzFihxUAlrZkT+KZidB97kZf1ESMrf&#10;sU0JJ8cIOlPqdTlnYsllMjCrUAaoFQKAftyx8yakedCKdL/b7245d9uNnXbNjg1XUlDPcMB4s7jz&#10;Y+SDOiNe1AScszuzFUTyVBubhBcqi8j/AAPIGo2PJt/re1//AK3+8e2MdD7rB79/vP8Avuffuvde&#10;99f4f77/AH1/fuvenXvfZ4v+fx79x69173179177Ove+z/vh/tv979+HXuve+vfuvde99/76/wDv&#10;H1v7917r3uDkcnjsNQVGTy9fQYnF0MTT1mRyFVT0NDSU621SVFXUNHSU6KW9RZgB7URwPOwjhieS&#10;dzpAAYkt5EAEORQUr/PqrukaPLI4VFBJJNAAOJJJwAPM068qszWQFm+oRRqawvfi34Av7Jh2X/MT&#10;+IvWJqaat7Wx28MtTAlcR11SVW9ZZitwYYs1i1O1Yp0Y8rNkYipFvxwKrHkfmS+KsbHwYjxaRggJ&#10;41KAaiD6GPJNfWsL8z/eJ9muUy0e489Wk9zpYiO0LXjFlwULWyyRxvXFJnjzxpnqWlFUPzpVARcF&#10;+DzxpsNUgNv9b/H2QfsT+dLi4jUUvUvSlbVrdhSZrsPcEFAEA4Uz7Y25FkWk1f7Tl0IAtzfgWWPt&#10;gCVfdN1JJGRGtM/6Zq/8c6x15k+/RsEJKco8i3lzVP7S7mjttLf80oRdeIv/ADejP2dSkxq/WSRj&#10;x9EGmx/121XX/YD2R/f380r5f72NRHjt44Dr2gqRoeg2JtXG05VL8eHK7k/vLnqWTgEvDVxtcf7D&#10;2K7PkTlu0EdbNpZF/E7sa/aqlUP5r1AnMH3xPefedK7de2G1RioP0tsrFgf4muzdEH5poNeFOHUp&#10;KOnS37YYj8vdrm1rkH035/p7JtvbuTtvslmPYHZ2/t6KSbQbn3bnc1SRAm+iCjr66elpogfokaKo&#10;/A9iW1sLGyUpZ2cUSk1OhVWp9TQCp+Zz1Bu/+5PuDzTHNBzFztul5ayGpiluZmhqfSHX4Sj5KgHy&#10;6zqqoNKKqj+igKP9sLD2G3tX0CuuXv3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3vkjvG6yRu0ciEMjoxR1YfQqykFSP8PfuHV45ZIZElhkZJVNQQSCD6gjI697ETAdxdubUKNtbtPs&#10;bbTR28ZwG99zYcpb6aDjsnTFbf4e009lZ3S6bm0ikX0ZVYfzB6Gtl7m+5O2xCDbvcHfLeH+GO/uk&#10;X9iygddEAgggEHggi4I/oQfr7GLBfN/5cbdZGoPkD2VUGM3UZ3OyboW/+1JuaPLpJf8A2oG/ssk5&#10;Z5ekBB2W2FeOmNVJ+0qAT+fQ22v7yHvfs6Klp7h3jgf7/SC5P5m5ilJ/MnrH4IP+OMX/AFLT/ins&#10;ZMN/NK+aGLZDWdj4XcKIVJizWwNkRq4X+y8mDweFqDqH1IcMf639lb8h8rNw24qflJL/ANB0P556&#10;Gm0ffC97NtNbzdLHcBXhPaRL+X+K/TY6xfZUv/HIfW/6nH+29XA/w+nsaMJ/OT+RdH4487sHqDNx&#10;KAryUuL3fhq2Uf2i0ybvrqRXP4K04A/p7LJPbXYWIMdxcof9MhH/ABqM9DrbPvy8/RS13jk/Z54f&#10;SH6mBv8AepJrkf8AGR1jbHwEkgyKOPSrCwt/QsrNz/r+xswf86+ULGm5fjyjuCPLWYPspo0twDox&#10;uQ2TMePqL1X+H+Psqn9rYi3+Lbwyx04NHqP5Mrr/AMd6Hdj9++wklVdy9s5ooKZaK+WVq/JGtIR/&#10;1U6xtjUP6JWUf7Uobn/YaPY1YD+cv8fq1EXcnXHbeCnbTq/hlFtLO0UbfktUSbqw1WUH+005J/p7&#10;K5/bDdENLa/gkHq2pP8AjIWT/j35dDu0++37TztHHcbLvsBJyzQWzIv2lLsufyQ9Ynxri3jlU88h&#10;1K2/1iC3sbNu/wA0z4ZZ0D77f+f2nIxAWHcWw92uwLfjz7cxm4qZAPyWkVR7LrjkDmiH+yghlr5J&#10;ItPz8QRD/CPn0PbP71fsTdiKvOxhlc00yWl6tD/SYWxjH2l6fPrG2OnUAjRIfp6Wsfzz67C3+xv7&#10;HDbXzW+Jm6tP8L+QPWFOWvZc9uWk2hI7MLqoh3UMM4bmwH1J4tf2UXXKfMtsNUm1TuoGAo8Un80Y&#10;tn0016H1n7ye024RpLbe5ex91KK97bxvngNEkiPX5Fa9Y2pKlVuYjyR+kqxX8fpQsT7G/bvYvX+7&#10;yP7p752ducuAV/u7ubCZvUGF7r/C62qDC39PZTcbZuNope4sZkjXhrUjgf6QFf8AL+fQ9sNw2/c4&#10;fqNsvobm3/iidZF/3pSR1hMMoGpopFH5JjdQPoCT6fSPay/33PtB0s64e+vr/t/6/n/jdvfuvde9&#10;9/T6f4f8a9+691737/ff8a+nv3Xuve/f7H/jX/FPfuvde9+/3v8Arf6D37HXuve/X/419P8Aeffu&#10;vde9+/31/wDjX9ffuvde9+/w4v8A7H/bfT6+/de6976/33+29+691733/vv99/r+/db6979f/in+&#10;+/HPv3Wuve/f1/335Hv3Xvt6979/vHH9P9f/AIj37r3Xvfv99/vv8Pfuvde9+/33++/Hv3Xuve/X&#10;+v8Axv8A5H7917r3vx/p/vre/dePp1731/yP/eP+N+/de6977/33H9D7917r3v3/ABJ/3349+691&#10;737/AH3+8f4X9+69Xr3vr/ff737917r3v3Hv3Xsde992/wCKW/P/ABq3v3Xuve/cf63++/4n37r3&#10;Xvfv9e/++Pv3Xuve/f77/iffuvcD1734/wDED/fce/de6979/vuR/vvr7917r3v1v99/r/T/AFvf&#10;uvde9+/33++Hv3W+ve/f7z/xr+l/futde9++v+8f776+/de6976/2/vfXuve58uUyc1BJip8hXz4&#10;uZWjkxk1ZUSUEqMksDq9G8v28ivDKykaSCrEcAn3aNmjcSRPpkWlSoofLicHjTjTgPzLrzaNq3BW&#10;W/2y3nQjIkjRwfkQyn+fTWcJhnrUyb4jGHJRi0WRahpTXRDXHMAlX4mnjHliVuCPUoP1A9or+5m0&#10;0d5ItvYqld4ZYJWpaWOi1RSLZ470ghBUgWFrf7f2YxbvuiBQl85Y/n5/Mmn+ry6Cd17We3F6hjm5&#10;I2xVP++7eOI/tiVCP29PLTSsLNJIwVlZQxLEFTcE3ub3/rf230vXe1cfXUlfjqGbH1dDLDU00lNW&#10;VJRJYZRKpIqJJxp8qA2A9vjf9w0tqMb146lBP7F0j+XQKu/u5e0V0GKctvC580ubmv5K8rp/xmnX&#10;U8r1VPNTVBEkFRFLDKhUDVFKhRl4F+UYjn2dDCfKff2LxNNhavG4HJ01NTSUqyzrkaaomSQt6qiW&#10;GtMDTLr/ALCItrceyxzCWaVYQXY17VBIp6BmrT1qCfn0F3+6t7eqZDZ7juUZY8C8LgfYPBU0+0k/&#10;PqsHen8qT457u37k+xafPdk7azmUy1HmZ6fEZXbZxEFXRJTIq0tNU7UmrUilFKuvVUuxJPI91xdt&#10;9Gy9l7srt2U2bocRJWyLK+NbFVE8SaKGkpQFqTk2kfUaTV/m+C3sRwcypFFHC1oRTga18/OigY/K&#10;o6D1391WEyF9v51McdMK9oCfzdbhP5IOrNduQrgMLj8M01RXCghMIrJ/Cs895ZJA0iRpFEpAewtx&#10;x7L3lPib2BG3lx+c2tW3vdJanI0UtgAAYw2LnhIa3N5Rb/H2ok5itJ2UOkumuAVB+zCkH/Vw6CV/&#10;917ngy6bTmLbZrccDIZo2/YsMg/410/rkICbWkX/ABYLb/W9LE3/ANh7D7IfGTuKkYmHbtJkFF7m&#10;izmGW2nm+iuq6KUkW+gU/wCtz78N1sCKmcVH9H/BQEU/Ovyx0Gbv7vHufYsBDtdtd/OK4iUD7PGa&#10;I0/n8vPrIK2mJA8vJ/qjj/bkqAPaKyHS/bFCD9x1/uR9N7tQ0L5RvrY6RjTVM3H+B9vm8sgMXiUH&#10;zH+c1/Log3D2f9ytsQtPyhdMq+UQSc/shaQn8h1l88H/AB2i/wCpif8AFfaYfaO68Yx/iW2Nw44q&#10;Tf73C5Kl54B1eamTT/sfx7fDo4DpICPOnl/g6Dd1ydzfYJ4t7ytuUMY4mS1nQD82QDrICGFwQR/U&#10;G4/249zsfD+4depQFKsCCpB1LwQPUrAj2xcMyKCpoSeg82pTQ4avXfsV9swjVTX5HkjJ4sLXh5H0&#10;tx7XWMlE1E9xX+fb16Q1gbVw09e9nE2IgShp2vb0RL9OADDTG/8AUXI9r7Rm+pCnhT/KOgnfOQD9&#10;tfzz/m6SG4fUji1+G+hv9BKPoePp7FgSgkD6XQf1H1/qLH8ezpECKq8adE4I6DV42bUx59ZNvr9B&#10;bgkj/evfUbATA/8ABi3+P5B4t/X28nBvXq8mvFacPLrhMhMFv6FbX/HNj+bD26xS83+lz9fx/Thb&#10;fX3txRQK9VQUAHTNJGSeRc/4n6fT+0T7fYCCBckCxuQAT+T9P8fbB/l0qREBUh8/6vLpgqgyliqh&#10;mJGlSbA/pH6v6j/kftSREu5VFDCw+rAH6E/m3tNNGzEHVw6cB0nhkdJdnjgiDSllJvcqGfm4H6QO&#10;APeKrx4qYWgewMgIQXuAf1cc8i3+29l8ktYnp/qz0/bTh5o1HGvTrjq80lVFUrysbamIFifTpJta&#10;45NvebD4yGQvi6ga6Jls9Vb103ka7tHECvlYFbWv7C24zEOGQZ/2B0aNJkhR+3p/yGSnjhGXpjpr&#10;kN46IMAlV4wwRJZ2V/CrA3vb/eva42vVVPW+dhyOOqqiWK0DVEPi0JVUomEoicgTsgJQf1I9vQyI&#10;6rqUVX+VBSv+HpoOhenkf9X+foFO29n4b5A7AzGztzY6jVMjT19JTVDy+eTG189JNRGrgUyUYklh&#10;WpOklgp9iF2L2JtvtHb0uDy+34Yq9Kd3o60munenqDSVdLBUxjwQReSOStZgGJFxz9PaSWJ3lEkc&#10;p01GMZGMca+Q9PPo0t70R0UHH+r/AFf4ei6fGL4rbo+K256jMbZ7ByOW21kquYZHA1FLhaWBo6nJ&#10;Y6vqYhKKirqhG1PjFi1AEhW4559knOAkw+QnppIhMgq5VpmcFL0izeOGcaWKqwSK+n68+9tC6/qI&#10;TRRq/Pz/ANVKfOvT/wBQjk8afPq1OmztPlqCCpRxG0tPF51jOvRUPAJJICSASFaS1/obe1nhKART&#10;eQrYW1D8/Uqfp9TYn2nmvmfsUD8/+L6ami0qNPn0ncvIGgI1m/CkC1x6WH5Ugfj8ke1ykYUrYfqD&#10;2/H6rEX+vI/1/bSSeKsppQin+ry6QuKB/XHSDnDLa7AgEc259IsfqbW5/HvDVpaK5Fmseef9UB9P&#10;p7pHcSMdOqq14Y/zdFn6muh+PqXSRospIJHPHJJuQbMTq5Fx7RmQjLIQ/B/rf83T/eLfj2bqAxAI&#10;r1VgRUEZ6U9BKEIZCR/Uj66bN/vN/wDb+0LPlWx7NSSfuQsR9w7X/aCaZIymkHya3k5/p7rM3hAG&#10;MAfIU8/9gdOwgUPr0sYaCOu0VPKyKD4bHk6gUcG5BUgL/sfYYbrhWnnT7U+Wnk1GJ+AWKJD5NXB0&#10;/uEjn6+zDbpmnjIkGRx6UsAtAOHSooSWQ+S6yD9Smxtdn0i//BQPp9B7RFbfzyC59SRAj8nUo/3r&#10;8e1kMgJNVFemmVRqIHTknCj6Hk2/H0uP9if6++Lx3K2NgNI/3i97/wCAPs4t5yGGrj/qx00eHXD8&#10;H+puf9b/AB4+t/fJbBBq4s3Iv/vVh/j7OtJKrjy/z9FBB1OaYr1iudRtc8WFv9gfz+PcKVbsxtcF&#10;G5/qBqA/of8Aivt1OFK8D07HwOeuYP0/H0+lv9fjn3HX0k6eP2yv4P8Aa5HP9D7q3E9NP8R67/33&#10;9PfU5/Rbn9oE/wCtc3/rb3X1611yXm/1tcgG1uTb/Wvx7gBSZJD+SjcH/go+h/1vfgQCMdMyNxSn&#10;XL6Af7e4t/X/AG3+9+25R6GF/wDU/wC935+t/r7f6T9dn/W/qf8AeLfXiw49x6oft0/J/TJz9Dyy&#10;25+v19nEH9jH9nSd+J67X9TX/qP94uPbWVI+o+v9Lf0H+JsR7WQ/Efs6b65k/wCP+H+8/wCt+f8A&#10;b++OQKmeT+mmK39LBF/wHs3tkCxA+Z/yY6saVPWNb/4car8km5N/cejX/KYTc21XH+N1P14Ht48f&#10;y6ak4r12x9J/3n/ifp7jTACaQkfWRgPxyWt9OPaeV5BIqKaf7OOvITpHWReV/wBgL/Xi39Dz9T7k&#10;UC6Z52J4+3f6H86gf6e7Rs0kdWFTXqxyp7anrhIRZQLfq/pb8f439wqi3lc/S7MQP9d249ux1C/n&#10;1pML+fXNf0gc8cHn/D/YG3Hvul1CQi34kI/xBt/j7eAUpqB60wVgWr11JYji1uL/ANBc/wBR7kLt&#10;fcubMi4nA5fIJIrqstPQVUlOC3CaqkReFNf51N/sfZVvG6bbaW8yXW5wRP5KZFB88gVqR81HQ25e&#10;9tufeZBE+y8n7jPbyHskW3kEJ+fikCJR89QHy67EsSKNUiKbC+pgDe39CfaVpvil2xuHJ1FVVUuH&#10;29S1E3kWTL5ZJJ3iIB1LTYePKTK9jwsni5Fjp9wzufMe1mZ2hn10bioPD5aguPzrwpWvU47D91f3&#10;P3RA+5pY7bGGoRNOJH0+qrbLMh/0ryIT8usT11Ol7MXINrIpNz/gx0ofp/X2M+2/hTt2ARSbs3fl&#10;MmylWakwlFBiKckWJjaprDlZ5Y2bi4SByDxY8+yC65qYj/FrUV4kswr9pVaVPqQWXGPM9TRsH3QO&#10;WLQiTmbmm9vZQwYLCkdsvzVy3ju9f4laM+Yp1FkyRuRHEB9LM7E3H5uqgAG3+1ezCbX6O6q2eY5M&#10;Ps3EyVaG4rsshzNak402liqMsaxqaWw58IiA/wAB7J7ne90ulKyXhVBQilR2/OhXB/pCnoB1PfLX&#10;tJ7b8pGOTY+ULNLlG1LLIpnmU04rLOZJE+xGUegHDqK9XUPb9xlBv6UAUXsfoR6iP+Qj/t+PYsqA&#10;AoChVUBFCgBQqggKFU2AC/QeyZmLEknPUi145/1f6vPqL9LgG/N+Tcm9iSSfqSfz76/33+8+9de6&#10;799j/ff8a+vv3Xuve/f1/wB99P8Akfv3Xuve/f8AED/jZ9+4de69799P+I49+691731/vv8AiPfv&#10;Pr3Xvff+3/330/2HHv3XuveyufKv5W9e/FXYE25d1TxZbdOVhqINjbGpaoRZbdOUjCjUfTK2NwFA&#10;7K1bXOjRwo2hBJM8UMgk5d5cu+YL4JArJaIw1uRhccOA1Sd1dANQQGYUo3UZe63utyz7R8tS7/v8&#10;uu8k1La2qsBLdTAV0Lg6I0qpmmKlYVK4eR4opJNNTPOefTGCQ7CxP1B0oSSCSDa9uB/tjqVdxdwb&#10;7727BzvZXYuWbK7izkw9MatDjcRjoSwoMHhKIvItBh8bE2mKIFmJLSSM8rySNkRt232m12kNjZRa&#10;LdBgeZPmSeJJ4knJ641c/wDP3MfuVzPfc18z3fiX83aiLURQQqSY4IEJOiKOpoCSzMWkkZ5Xd2fV&#10;VUUKosqiwA/p/wASfYYe1vQL65e//9WmirZZSssTfcH1XJ1RgDhL6WNwbj3i6I6VrGP2DqcCJPL/&#10;ACdb/HuNI0RlW83jfUCyaGb6i/6wvq1fQf4e3QWIqFFOvamORTr3uO4Ak8vFieaYXswFhcSX/t8/&#10;8F93JhIAIqP9Xr1vWnrjr3tV7M2Xl9952mw+IiuJFElZVyg/bYukBBlqpypUy6LgRqCDJIVUfmzD&#10;OioVLYHyOaEAAn0zSvDJ6G/t7yDvfuJzBb7Ds6aYfinnYEpBECAXalNR4hEBGtzQFQGYY5ZUhjaR&#10;zwPoPyx/Cj+pPuxnZuzcJsnC0+GwtPpjX9yqqpAPu8hVEeupqnsgLaR6V/TGvpWw+pY7ySSGrAAA&#10;AYFAKUAAHEngSM8CQAMdQuTOTNi5C2K15f2G30WyZdzQyTSEANLKwA1O1PIBVUKiKqKqqw1E7TNq&#10;b6DgLfhBcfn/AH2r/elX+f8Ajf8AtufbXQs6w+/X/wB9/t/x7917r3v1v9b/AGPv3Xuve+v9f/C3&#10;+t/tuffuvde99/1/3w/3j37rfXvfX++/41791rr3uJkchj8RRVWUylfRY3GUMD1NfX5Cqp6KioaS&#10;JC0lTVVlRJHTUtPGouWYqFH1Pt2JHuCkEcTtO1QKKxJYHIAFGZh5k48j1V5EjR5JXCxqCSSaAAZJ&#10;JPkBkk467VXZrKCx4IVeSfzwLHiw/wAeOfde/cn80D4s9VNWY3C7jr+2txUxlT7DrqlgyGGWqQft&#10;mq3fXz0W3paSZ+DJQy17RgE+MmwI02vkDf7/AMOW4iS2gOP1GbWFPCiKPiH4gzLq8+seed/vSez/&#10;ACWZLdd/O67ktP0tvC3AFRgm41Ja4OHVZ2kXzjrjqbHQSuLufEpsQCAW+l/0g8fX6GxHurDtn+b3&#10;8g94PVUnWOC2p1JiZDaCsjpk3ru1U0lCJsrn6Vdu2YG48eIR4z9HNr+5B2/262S2RDfSS3UoGanw&#10;0/2qx0I+Y1kHzr1iLzl99rnzdvFt+TNjs9otSMSSf43cA1PcpdUt1BFKo1vLQ/jI6mx0FOnLAubq&#10;fUfSCOTYDkgn8MW91vdgdtdn9rV4yfZPYG798ViMzQNubP5LLQ0YYsxjx9JVVElHjoAXJEcEccYu&#10;bAX9jW0sLGwQx2NnFChyQiKtT6mgFT8znrFvmr3A5354mM3NvNN9fjWXCSysYkYihMcIIhir6Roo&#10;+XUxVVRZVCj+igAf7Ycew89qugf13797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v309+69wyOPXvYgbb7Z7U2cyvtDsvsDarpbQ+295bjwbJb6aGxm&#10;SpStvxb2mns7S6XRc2sciejKrD9hB6Ge3e43uFs8It9p583m1tx+GG9uY1/3lJVH8uuiAQQQCDwQ&#10;RcEf0IP19jptv52/L7arI2M7+37VGPTpG462j3ip0/TWm7qLOJJ/jqBv+fZVNyvy7cCkmzW/+1UI&#10;f2rQ/wA+pA2z7y3vltMQhtfcG5dKcZora5b/AHq4glY/bWvWM08BBHhi544RQf8AYEAEH2O23P5s&#10;XzBwjI2T3BsfeAW2pNx7GxdKstrX1naMm1n9VudJX/C3sol9v+WJFAjs3jPqsjk/8bLD9gHUg7X9&#10;9D3i2+JY7uLaL5wPintnVj86W09uv7FHWE0NMf8AdZH+IeTj/k63sdNufzo+2qV4/wC9vTfXObiG&#10;nyJtzK7l2u72Pq0SZOp3gsZb8XVrf4+yqf2x2l6GDcLlW89Whh+VFU/zPUg7T9+zfYYgN99vLS5m&#10;pkwXUlstfkskN0R9mo/b1i/h0Nv1y3/Fyn1t+QEF/Y9ba/nUdeVLx/3v6O3pg0uvlfbm6cHuuRR9&#10;G8ceToNmrIQPpdlv/h7KJ/a2YL/i+8IzEcDGUA/MPIT+wfb1IW0/fm5FniB37kzdraamVt2t7la/&#10;6aSS1J/3kdYjjbg/vC/9DHYH/Dh+AfY87b/m1/EXOvGuUyHYezFYrqk3HsmWqSG4sdQ2jkd1yen8&#10;6FP+F/ZTN7c8wRAsn00p9A5BbPnqVAfsYkf5JE2n73vsfuUQkvN9u7B6fDcWk7N9n+Kpcr/xojrF&#10;/DprH1RXtwAzf7xdLA/7b2Pm2/nr8Pd1sseL772PStJbncb5PZUa6hYFpN34/ArGPydViPz7Jbjk&#10;zmaBQ7bXLpHChWUnzpRS/n6gdSFtPvt7Ob1EJ7P3J2lEI4T3C2rfmtz4TD7COsX2dV9TF/yen+9B&#10;vrYW/Psedt9s9V7zaOPZ/ZnX+6ZJbeOPbm8duZ5n1H0hFxeTqy2o/T639lcm0bnaK0lzts8aLwJR&#10;0r9mpBw/l1Iu1b5sm+wi42TeLS8tzwaCaOVT8wY2YdYjDOOTFJaxLEo3AH5PAtx7EEf8b/PPsr6N&#10;Osfvr/kXvfXuve/f4/4fX3rr3z6977/r/jz/ALb/AIj37r359e99e99ez1733/h/xX/jf9feuvde&#10;9+/33+2H9P8AD37r3XvfX5/331/239fe+vde99/7ADj+n+sfeuvde9+/1/8Aff4e/de6976/33P9&#10;P9497691733/AL7/AH30sPeuvenXvfv6f8i/4n37r3Xvfvfuvde99e/de69797917r3vv6/7D/in&#10;9D7917r3v3++4+h9+691731/t/8Aff63v3Xuve/f77j37r3y6979/j9fx7916vXvfZ/2H+8fj/W9&#10;+69173763/3r/ffj37r3H7Ove/fT/ff778+/de69797917r3v3+v791v8+ve+v8Aff7xb6f6w9+6&#10;11732f8AiP8AHj/inPv3Xsde9+/2x9+691731/rf77/bH37r3Xvfv9h7917r3v3++/2/v3Xuve/f&#10;77/jXv3Xuve/f77n/ePe+veXXvfdr/6/196+fXj17343/wB9+D/T377Ovde9xKmgoay61tDSVYK6&#10;WWop4ZwwNl0sJ42UjT7cEjU/TmZTXz/6FYnpuSGGZSksasvowBH869dq7pwrsAORodl/xNvpYn2y&#10;PsrZ8pDHa23vJe4kXDUCTfj6SpArjkf19qFvb1KUuZAT5ljTj6UAx9v+DoOXfJPJl85kveUtslkP&#10;m9rAx/aYyf59ZBUTAk+aXgAadbN/0Mx5t/h7mU23sLSKiU2OigVSCBD5IlX0qBZUlS1gBxbgj2pT&#10;eNxhZ2iuqE+qq37NSsP8nQT3L2T9q92DC65KtFH/AArxIP8Aqw8f+brBOoqQRNeQcggsyg8n66Ct&#10;/r9fc5qGl+pisV/TaSZjxyLhnNyP+J9r4eaN0RgPFVgeNVUUPy0/4TXhjoMXX3aPaO5DCPY54SRx&#10;S5nJH2eI8g/l01vhaJwVCyJf66ZLk/4XkDW/3j3iGOpwdYeUMLWAK6DquSF1oWsP9j/re1yc47jq&#10;HiW0TKftDCmOAJGfmB9vQXn+6X7dSM7Q7vu8Zby8W3IH/ZtX9rfn1Gfb9Ky6BLUL/UnQT/sWCIb/&#10;AOt7kLTItiC/H1ZiGA54uFCg+3l50lIbxLFWpwAYiv5kH/B+XQcvfug7O/8AyTOdbmKnAS26y/8A&#10;HJYf9Xl02y7RVyfHXtHq+t6cPbkfS0ykWHufDIkVuXPH00qLC5/2vnk/4e3xzfbVDPZuHHChU/4R&#10;j+fRHP8AdD3KOptOeYJPQPavHT81nk/mD0z1examYER10Fj9RJHKo/s/6hm5sv1/w9uMVegZmYur&#10;EC3A5sDe+nUOST/X2oXm3bSQphmr8lH/AEED/LoNXH3TvcFHP0+97RJH/E0lwrf7z9My/wDGuk9P&#10;1xlyqqlRjnQFmYPNUg3Zgwtemb6Ef6oe5i5GnDgmayKDxpdh9B6tQW4uf6e9nmDZrhSCzjVTirCt&#10;Meh+zOOiW4+697o2vfBFt85HlHcUr/zlSMH5VPTe+wdyxL+3DTSuLkNHUwjTdiSAspjHI9qfH56g&#10;ji8Rq1UXuqvrUC/qBDPF/wAjv7Jrm72uXvV1J+wj+R/1fkOidvYP3jiqX5SLAelxZmv+8z9MVVsT&#10;drT+T+GPZgA7JUUcjEKLWtDUi5v/AK/tbUW46GpgZJsvjI5Y1bwCavpIlVgLJyzILX/rx7K5biKj&#10;BG1Qt6YPl/FT/Vx4dI5fZn3Mtf8Acnkm8ZR/AEk/6tu3+qnSDyHXuYx9bDUw7czLBpV+7NNj6ys1&#10;xku7jRSCokuWH9kXPH4PvDR5mnqpJaeXI0IVpJIoZI6qlfwVDyBBWL4GvKqixFyUPu0M1pDRo8+f&#10;GtQKmlTgf8V0UXHt3zrCe7kTdwR/y6XRH7fDI6z5naWcWGGrpsHl2kSGOWohfFV0LVVIsXkbHMjw&#10;aoWd/SdK+Qf09zavbE+51WKqaGeaIrDj51qaUmfRqjpGKQVKrCZJKjVZ+E+h49uTXlstrdLC618N&#10;q5/omvxAfP8AyZ6KZOWuZ7WRUn5Z3CMV/FbzDz/pRjpixu5n2LV088WNytHS1FTFNl6WTEZVVpXq&#10;JonrhHNJjp5KtYYqYJ+1fyfUc+wzrMbUberp6OsUloJZKUozRsgdZfHrDweUNpZLGxsf6+w3H4x0&#10;MJq1zgAH+f8Aq+3pu5gngYJPG6v6EEH+f+ToxdDl6Hc+MpshQIyw1VPFWJI61KOYpYhMqtHULA8R&#10;KSA+pQV/p7coj6ALiR2bVq0i8XFgouBqBJ+o9uJeFRTUwWnqf8n+XpAy4NPT+fTTU0QeQvpCADSF&#10;4IkHLBj9WQj8D/D3KqYQUIPLf2W/pzbjnT/xX3WG5lHco7a8PX/V/qr0TTeIrVDVPUaNYwwU2H5+&#10;hFhpJ5uLkEj/AGHtA5iFrGw0m1ybf1IuPqSB/gPYpspy5zICP9Xp/lPT1sFZTqWrdKTH6EPAY+q1&#10;ufwD+GBufYO5y6IVACpdLC4uR+0Lcc/q9m0kUM1e3AHV6cdK9CLi3fgsxLHUDxcca+efTcgew7pq&#10;lFWSlnVZKWQqHiOpVazF/wBUYMgs7A/X8+0c0lzbsPp30r5f6vt6cDFfPHSnaNWKy/SVf0t+VJGk&#10;2DcfTj2xbkoTj5TOv7tM6qdfpQWVI7/VmkuA9hxz7PYDGFUgd9fz6YLEZr1yo5TMmkjS6k3H1HLN&#10;b6AL/Z9tgYaIXfUnlZFRQb8heP8AW4/r7XCRwAAwqPXqwao7uPWa3LWsdIJYkf1J/wAPrf3laIGI&#10;kn+0/wDZXjj/AHq3s/idtMeTXSvnX7OidwdZ7cauHUfV6j9Lf1uf9if9hf3gkAH6l1DR/W1xze31&#10;t9Ofd1JHA9UDEYB65g3+h/P++/pce4mkfuELaysBb8A+oD6/Tj/ePbjEdtDnplpHVjRsU65f778c&#10;+8Uur9rSRcxL9bn6G1uPp7qukk66060jE1Ltjrw/I/oTxa3+J94SF1utuTG/+P4b/int1RoFR014&#10;jaq6uuyeOTxf8f7AfT6e2gISoCqSf9SvquLr9PrcD+n9T79Ug1BFT5EEn9nHq8cMk8qxwxl3PkAx&#10;P+8jPWQ/1N+Pze3/ABTk+80uIyc8dP8AbYzITXRuI6OeQn1ILgLET/yP2ojv4UUeLdRqBXiR/lr/&#10;AD6OYeSOdL7usuUdzmB4eHaTuP8AjKHroMt2uy/i/qAtwf8AevfKPZ26pwQm284fqNbYutiQcf6q&#10;SIKbn68/19uDfdkRv1N2t1J4L4yVP2BWqf29HVn7Q+6F+4SD2/3dW/4ZbSxA/wC2lVF/n14zRD/d&#10;if48qbWI+p5t7dX6w3tVs7Q4CexWOxnqaCmHCgHT56qMmwB4/wB591l525ctqKd1QEfwB2z8wiU9&#10;PKvQsh+7j7zXOkpyaUQ+b3NmtPtU3Ab/AIzX5dYxUwgC8gF7kABj+f8Ab/X8+3eg6Y3m8sUsiYqi&#10;0kMRPkGZhfj6UsNUCR7Sy+5XLcAI8SeQ+elOH+9eH/KvQtsvuke6N2itc3O025/hknkYj/nFbyr+&#10;xj9vWNquEiw1Nf6WX68H+tvyP8PbvB0Dl53LZDcdBT6nLAU1DUVhW9jY+aSgBII/PsPXnudZ6tVp&#10;YTP66yifsp4lfXy6G23/AHMt1dFO6c928MnmIrV5l/JnmgJ/3kdd/fxqLLE3At+oC/8AsRf+vtVY&#10;7onDUpY12cylUzqUvTwUlEAvDGyyx1x+n+vx+fZVN7nbkyabawhXT8QZy4OOHaYzT5aq/wCHofbd&#10;9zzkaFI/3rzLutxIOOgwRIflpMUzAf8ANyvz8+sD1zNbTGqi9+dR/NuSAOB/re1RS9P7DpWDTYqa&#10;vkBLK9bXVbAt9B5IIJoInuP6xg+yibn3me4UrHerCnAhEXPqQ7KafYGI+VT1I22fdt9nNsaGReU/&#10;HmT8U09xID/po/FEJHyMZHy6xGtqCAAyr/wVVuBbgG+o+1nj9r7cxRVsdgsRRMo4mgoKdJiR9A06&#10;xCZyLW9Tew5db/vd4HF3uk8kZOFLHT9pGrSPtUE/PqT9n5O5S5eJbYeWNvsnPEwW8UTH5lkQEn5k&#10;k9YWlke2p3JvzdiQP9YEW9vn/Ff6j/erc+ynoSeVOuHvr/ff776e/de6977P1/23++5H9ffuvde9&#10;9e/de6977/P+x/5F791vr3v3/Iv9v7917r3vr6+/da49e99/Ti//ABT/AHj37r3Dr3vr/Ye/fZ17&#10;r3v1v99f3vr3XvffN/8AX9669172RT5ifOzrf4r4epw1PJR7z7grqPVg9hUlWDHi/uI9VPmt7VNM&#10;zNiMSisskUAK1lddRCqRl6iEZ8tcpXnMDrNIpi2vV3SUy1PKLVnPwk0IWlCSRp6gz3o9+eVfZ/bf&#10;CuWW85tmSsFkjDVTylnYV8CCuAWGuUgrErBZGjl01G81na6R3+vGpwPwvHI/xP8AvPvVs7Z7c3/3&#10;fvfLdhdlbgqtw7kyzhWmmPjo8dQxs7UmIw1AhFNi8RQiQiKCIBQSztqkd3ae7GwtNstorOygCW6C&#10;gA/wk8STxJOT1yN57585m9yOY7vmfmvcDPuEvaqioihiBJSGBKkRxJU0WpZmLSSM8ru7PaqqKEQB&#10;VUWAH++5J9ht7V9A7rl797917r3v/9aqnsas2xJlfHsymVKe/wBVnr5gL01Ef+XkDJ/nBJ/rf61v&#10;eKsc50p4vnx/b8up0ndC1EHb1v5U6zLEonfXJzqbSi/2mtwnp/SR7DhtDS+RZdEgUaroSSugaQLc&#10;cKvtwXCaStD/AC/z9NVFNAOes3tU7V2fnt45FMViKYZFCQz1HlpqYUSSa2knkinngeVYwuo2ufqR&#10;wbe0r3OAoPfQA/MeeaUyAR5YYioYE9GfL2w7tzVve38v7NbGbcrp9CjyrTuYkcEUKWc0AVASSKEn&#10;HJKkSl5G0qLC9ieSQAAACTcn3YB1/sPF7BwcWMoytXWzBJMvljCkU2QqFDBS4Bcw01Ot0ijuQitf&#10;l2di2xJoCTrFKeQJpmnmONR6kEH0HVP219u9p9teW7fZNupJesA9xORR55qZb+ii1KxR1OhBks7O&#10;7sVRUPO5Y+lBcKt7leRyR9G1fn+lvr/Vdf717a6kHrB77/px9Pfuvde9+/23/FP9Y/j6+/de6979&#10;xb/ff7H37z691737/ePp/rf7x/X37r3XvYf9jdp9cdRbfm3V2dvPAbLwMRkRKzOZCKlasmiUytRY&#10;ui1vXZiuZAWWmpIpp5APSnsxsdtv9ymW32y1aWY0yqmgFMazQBSQKKzMKHBJPRLzBzJsPKm2S7zz&#10;JvFtY7WmDLM6xrWhIVS1NUjAHQi1djhVY46yRxSym0aM2mxIutgWBIOogKOfwfr+PdOXfn847F0T&#10;1mB+OmyBmZEMkK7/AOwYKikxrEa4zPhdoUdRBlKuJ1KvDNX1VIykESUbA+5M2f2zFI5d8uz5nwoj&#10;gZrQsRSn8Sqta/DJTrCv3E++1sm3PNt/tnsZ3CcVH1d0Hit61BBjtxouJVIqCZGtWVh8Lr05RY4A&#10;6pW1E2BROFNjflj6jcf0t7pw7f8AkX3Z3zkTkO1uxdxbrRZjPS4eeqWh2zjpDxqxm2MYlHgKCTSA&#10;Gkjp1lk0guzHn3Je3bRtu0x+Ht9mkeACQKs1OGpzVmp5VJp5dYPc8+7fuJ7jyu3NvNFzcWhIIt1I&#10;itl0k6SLeIJEWWtBIytKRTU7HPU9I0jGmNFQccKAL2/r+SfYKezHqOOufv3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve11tvtDs&#10;vZrI+z+xN9bUeO3jfbe7c/gmj0/p0Ni8hSlbX4t7Ymtba4XRcW6SJ6MoYfsIPQv2r3B592KEW+yc&#10;77vZwAU0wXlxEtPsjkUfy68QCCCLg8EHkEH6gj2PW2vnb8vtqNG+L7+37VGK2gblrKPeaen6a494&#10;UOdST/HUDf8APsnn5W5duEZJNngAPHSugn7Smkn8z1Im1/eV98dohEFp7g3ToBxnitrlvze5hlc/&#10;aWr1hNPAQQYYuQRwig2P9CACD/rex721/Nm+X2CZGymY2FvML9Y9y7Ho6VH+n6v7n1W1HF7f2Svs&#10;on9veWJkCpayRn1WRyT/AL2XH8upD2z76PvDYQrFdQbPeyAfHNbSKx+0W9xbp+xQOsRoqYg2Qqf9&#10;UHe4/wARdiLj2P22P50/Y9IY/wC+XSOyc8o/zn92ty53aha/1K/xSl3mF/1jf/X9k9z7YbbItLXc&#10;po28ywVx+waD/wAa6kbbfv27pHCF3n23t55/Nobx4F/JJLe4P5a/z6xHHRWNpJQfwToIB/1gi3H+&#10;x9j9tj+dF1FV6RvPp3sTAk/qbbeT21uwKSPqTk6rZrEXtcgA2+g9lE/tfeopNnu8bMwyGV0X8iDI&#10;acfLqRdu+/H7czRId15W3q3uTxES206D/btcQMQP+adfl1hbGta4mDMP0ho9I/24Zv8Aej7H7bP8&#10;1j4c5/T/ABPd269mM/Nty7Fz8xViLaWO0afdECkk8kvpvyT+fZRc+3fMcCgxJDOQMBXr+0y6OHyH&#10;2dSNt33sfYu+ijebm6W1lanZNaXdRX1aKGWMU8zroPXrEcfUAXBjY8XCsQT9P9Uqj/efY/ba+anx&#10;P3aFOI+QHWURksBFnty020pyWtZUp92/wWokYt9FUXv+PZRNylzHb1EmzzYoQQFkr/ziZhX5aa+R&#10;6kbb/eP2n3RI3s/cjZCXppV7y3jkNfLw5HR6/IrXrE1JUKLtEzD8BCpNzf8AC3N7fn2Pm3t57P3d&#10;Canae69s7ngsL1G3s5i83AEYgB/JjqqoUAn/ABt7Jbjb722oLuzmhHHS6uh/bQDqQrW6tr6Fbmyu&#10;UmtjwZGDKfsZSQf29YmjlQXdHUfTUUKi5B49Q+tvp/j7Uh+vH+9fX6/4/T2j6f64e/c/Q/8AE/74&#10;Hn37r3XvfuP9b/ef9b37r3XvfXv3Xuve+/8Abf77/Ye/de+fXvfX++/pwPfuvde99/73/vA/2349&#10;+691734fT/iP+Kf7H37r3XvfvfuvenXvfX++/wB49+691737/ff763v3Xsde99/7630H++59+691&#10;737/AIp/yP8AHv329e69769+691733yf99/vf59+4de69769+691733/AL7/AGP/ABX37r3n1737&#10;/kdvfuvde9+5/wBh/W3+Pv3Xuve/f8V+n+ta3+Pv3Xh17317917r3vv/AGH++4/4n37rx6979f6/&#10;nn/Y/wC9e/de69799P8Aef8Aff19+691731/vrf7D+vv3Xvn1733/wAa9+638uve/f77/e/9jb37&#10;rXXvfh/tv9e/Hv3Xuve/H/ff1/Pv3XuPXvfVv98ffuvde99j+t/99/jz7917r3vr/ffT/be/de69&#10;77/339Pfuvde9+/3n/ff4/19+6917317917r3v34/wAb/wC+/wBt7959e6979/vv99/j7317PXvf&#10;f++/3q1veuvfl1734/77/Wt/xPv3Xuve/f7H+n++4/Pv3Xvl1737/ff6/v3W+ve/AlfpccfUG34H&#10;5B+hv73itcU+eeq0Hn176+8iTzp/m5plFzazunH1/slffnCOQXVeHlRv51P+HpqS2tpKeJbxt9qg&#10;/wCHrGYo2HMaN/gyL/vN195Fra0WtV1Y/raeX6f7BwOPe2EeonSp+yo/wgn/AFcekM2xbJP/AG+z&#10;Wj/6aKM/4VPWE0NE49dJStb6a6aF/wDD6abfT3jeeeXmSaaT6/5x3kPH+ux5t7tG7xHSkhA/okqP&#10;9X2/Potk5K5Nm/tuU9scfO1gP+FOuhQ0P1FFSg/9Q8N/xf6J+be4ctLSzLaSmhlHFxJEhA/rckNc&#10;cD2+Ly51Va4YD5Ekf8ap+3pF/rce3tf+VE2b/sitv+tfWdIooz+3Gif4qioT/sFFvofcJsFhZDd8&#10;Vj2sf7VLCef6fp/2m3uovLoVCzsPsNP8HVT7be3h/wCdF2f/ALI7cf8AWPrP5JPxIw/2P/Fb/k++&#10;LYDCmIxHFUAha94xTxqhuSWOkKBa493Xcb4NQXLlj/q9Oqn2z9uiT/yBNoJ/55IP+tfXWprhtRuP&#10;odRvx/sb+4/91Nt2C/wTGgKdQH2sdgf+SSePbv733L/lLf8Al/m69/rZ+3X/AEwmz/8AZHB/1r65&#10;eaX6+R+Rb9R+nvmNs7euP9wuPAHIH2sLAf7C1je3txt73ejL+8pSD8z/AJeqf61/ttWv9QNmJ/54&#10;7f8A619da5Prqa/9Sx/3sXP599nbW3v7WDxbc/migfjji7IBYe9De93Ydu6T59SV/wCO1P8ALqw9&#10;svbheHIOy/8AZFbf9auveSQf22H4srXB/wAebc++125t9bkYPDfpI1fw2j5FrG4EIFh/vPvTbvur&#10;UB3G448PEc/zLE/z6v8A62ntyGDLyBsgb/nhtq/t8Lr3kfi8j/X8Nb6f0tx/vHvMMJhoiCuJxaFP&#10;pahplC/kf7rP591O6bnL2fXTkH+kSf5U/lTHRpByjynbClryxt0Y/o20K/4EHXHUx/tNz/RmHB/1&#10;yfx7kLQUKXMdDSoRyCtPAv1Fj+lePbTXt8dOu+kP+3c/4adG0O32FsKW9lCg/ooq/wCADr1/8T/s&#10;f9c/4n3IRQgKoAgA/spo/wBuvI9syGpBclqngWDD+VKdK6AcB11f/e7/AJv+R9Tz75/T/ef99/t/&#10;bPXuve/e/de6977Nv6f77+nv3Xuve/f77+n/ACPn37r3Xvfv99+P9Yf6/v3Xuve/f4f77/evfuvd&#10;e9+t/vf4/wAf8P8AYe/de6976/33+9/4f09+69173737r3Xvff8Aj/vI9+691737/ff1/r/r+/de&#10;6979/UfSw9+691731f8A33497691733/AL37117r3v3+t/vJ/p/tvfuveXXvfX+v7917r3vv/ffj&#10;37rfXvbVms3hNt4mvzu4stjsFg8VTyV2UzOZraXF4rGUcA1S1NbX1slNS0tMg5LuwVR9T7UxRz3U&#10;ywW8RaRqhVWrs5IxkFiSBxANOmLq6t7K2uL28uI4bOJGd3dgqIiglnd2IVVUAlmJAABJIHXaqzEB&#10;AzObDSBz/tR0gfT68nn3Rx8u/wCbJCiZTr/4uMZZX8tHku38nRFY4QSyzx7Ew1dEHnkPCjJV0YQW&#10;fwUzftVQljlr288IpecwaWYU0wrQrgUq5pn5KuMdzMGKjBH3m++JZbcLrl32mKXG4AlH3F1DQR0F&#10;D9LE4pOwY4mlXwO3sS4SQOrrBQKtnmF2BBCXJX+tn/BIP4HHH5HuiXLZfK5/KZDN53J1+ZzOVq6j&#10;IZTLZWsqMhksjXVUjTVNZXV1VJNU1VVUSsWeSRmZmNyfcrJGkSJHGgWNRQAUAA9ABgD5dc6dx3G/&#10;3e+u9z3W9mudyncvJLK7PJI54s7sSzE+ZJJ6cvbd7t0j69797917r3v3v3Xuve//16a9uYbJZqpF&#10;FjaN6mrcftyK8Y8hCzSEqkjxgFEiP5+g94mswUVJoOpvQOx0qvd1v7khQSTYD6k+zPYvpzb2zcam&#10;Y7SyseMU3dMBUJVxVNSquwCrX4uqnWO8UsUlyPpx9fZC26TMWjhFR/EKU/YaV6VCFYxquRj/AFen&#10;TZ/EDUkJj0+5QlleqR4/DAwDfqV2VpPWpWy3sfZk9mtC+BpJqHGth8VWolTjcXNUGpnho5B+1Uz1&#10;TwRVRetW0ojkJ0KR9Gv7MoIGT9eVv8YIA1AAAkUOAcEjFSMgADJJB6Hfd69r15S2Feat2tSvMe4R&#10;LpVhmC3NGRKHKyS4klrlR4cZCsjgt86ETEyS/cTIrLJKFKCxLaUWIOyKFvYn8n6+1V/vZt/vvr/X&#10;271kf1j99f77/fH37r2Ove/fj/X/AN69+8+vde9+9+69172w7n3TtvZWCye6N3Z3E7Z23iKY1OTz&#10;uerqbGYyhg1BFeqrKySOmhDyOFUGxZ2VVBLAFVDbXF3NFbWsDSTE9qJUkYy2CCfQEmmPLySX+4WG&#10;1WVzuO6X0Ntt8Cl5JZXWOONRxZ3cqqqPMswHqeuUaO5VVBZyRfjg8/SxBAA/P+88e6Ufk1/N6x1A&#10;a/afxjw0eWql8lPL2juyhnjxkDaXjaXam1alaeqyLLqDRVWUWBFdSGo5lIf3Kmx+29dNzvs541ES&#10;UFeHxsK/miYBFQ9DpGDnur98/ads+p2f2sshfXwqpvp1ZbZMDMEJ0yzMKsNcnhRq6ghLiNunOCgA&#10;Gqfkkf5sE2HA/U176r/0Nv8AEj3SB2J2d2D21uOp3b2TvDO7z3DU6lbI5yulqmp4WkaUUePprrR4&#10;rHxu5MdNTRxU8d7KgHuUrSztLCBbazt0igHAKKD7fmT5k5Pn1gBzbztzZz3ujbzzfv1xf7ga0Mjd&#10;sYJqVijULFClc+HEiJXOmp6cgoUBVAUD6AAAD/WA49oT2p6C3Xfv3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve8kUssEiTQySQyxsHjlid&#10;o5EYfRkdCGVh/UG/v3TkM01vKk9vKyTKahlJVgfUEUIP2de9iztr5Ad7bNVI9qdzdp7dhjtppsPv&#10;7dNBRkD6K9HT5SOlkQf6lkI9objbNtu/9ytvgl/06K3+EHofWHu37pbX4K2HuNvkcSGqp9bcmP8A&#10;5xtIYyPkVI64squLMqsAb2YAi/8AXm/Psftt/wAxn5m7XVIqTuzLZKBCuqLcm39n7leUL/Zetze3&#10;63JgH8lZ1J/r7Jrjk3lm6YNLtMYp/AXjH7EZR1I+3/es99bAwhuc1uIE/BLaWbBv9M4gWU/85Afn&#10;1iamp2+sSC3+pGj/AHlNJPsf9tfzg/lDhkjhzeB6o3bGpHkqMjtvO4zIuAOdE2C3RjsfGWP1JpW/&#10;wt7Kbr245euG1ReNF8lYEfsdW6kXb/vwe5sEkQ3HlvY7iAfFpjuYpG/231Lov5RH7OsTUFO30DJ9&#10;b6WPP9Ll9R4/wt7H7bn862uRI4t3/H2jqZCV8tdtvsGahRQP1ePFZTaeQLEtyL1i2HHP19k8/tbb&#10;Mw+l3iREpnUgc/kVaP8A1efUjbd9+6zeSFN29tZY4adzw3yyGv8ARie1iH5GX8+sLY1ONErLb661&#10;D3+lrW0W/wB59j7t3+ch8c8ikabj2P21tyqewkeHF7YzmNiv9SaqHdFLXuFJ/FHyB/sPZNP7Y7sr&#10;gW99bPF/SBU/sCFf9Xrxkbbfvre0V7LHFd2G9WYIy8lvCyA/82bmWQ/b4fWJsdILaJEb6XLa0/22&#10;kuTcf4j2YDbn8zH4YbhSJW7c/gVTKb/Z7i2dvXGvETa3krF29U4Zef6VR/x49k83IHM0MmmOxEq+&#10;oeOn5ksrfsT5/LqRts+8x7G7tMlvbe4Fukp/39DdW6j5GSeCOP8A411iegqB9FRuPqj8D8W9egn+&#10;vsfdufKD447sWE7e726lyMs6/tUab/2tBkzdgAsmJqcnBkI2N+NUS3b2Tzcub/buUk2eeo8xG5T/&#10;AHunypk+vn1I22e4XIG9zC22XnnZ7u546Ib22lb/AHlJGYfYR1hamnX6xSfUH0qX4N/oU1r/AK/+&#10;HsaqOvo8jTRVlBV01fRzgPFVUdTFU0sqm3rjqaZnR1N/qCfZU8TxOUkBSRcUKgMfsVsH/UeNehh9&#10;n+r7OsTIymzKyt9bENcX5F7gEf7x7l8f7b/ffQfkE+2c9e6699/Qf7yP99+ffuvde99e/db6976/&#10;33/E+/da6977t/rf7z791vr3v3++/wBh791rr3v3++4/3v6e/de6979z/vv6e/de69799f8AeT79&#10;17r3v3+v/vv9j/rH37r3Xvfv98ffuveXXvfv6f8AFP8AX/P19+691737/ePx/X/kf09+691736/+&#10;t/vv9h7917r3v30/33+++nv3Xuve/fj6D/inv3Xuve/f77/Ye/de6979/T/iv/EfUe/de6979/rf&#10;4fT/AJF7917r3v3++5/w9+691737/if9f/bf7x7917r3vr/fW/23v3Xuve+/yf8AjXHv3XvPr3v3&#10;/Ivfuvde9+/335/437917r3v34/r9fp/j9ffuvde9+/33/E/4+/de6976/w/33++t7317r3vvk/7&#10;yT/X6e9dePXvfv8Aif8AY/77n37r3Xvfv999Pe+vde9+/wBb/kXvXXuve/f8T/vv6/4+/de6976/&#10;3se/de6977/x/P8AX/X/ACOPfuvde99f77/ff7D37r3Xvff+9fW3+w/r/X37r3Xvfv8AffUf8U9+&#10;691734jj/ff6/v3Xuve/ccf0/wBYf77n37r3XvfX++/41/vHv3Xuve+/9j/tr/7fn378uvde9+/H&#10;vfXuve/cW/33+8fT3rz69/g69799f6f8SffuvV6979/tv6f776cH37r3Xvfv94/23P8AQ+/de697&#10;6/33++/23v3Xvt69779+691731/vv+K/S3v3Xuve/f76/v3Xuve+/wDffn37r3Xvfvr/AL7/AGHv&#10;fXuve/f8i/H+9e9de/w9e9+/31h/vPvfXuve/fj/AJFY/wC+v7117r3v3+x/w4/2P+9+/de6976/&#10;33+9fn37r3Xvff8Avv6/77ke/db6979+P9uP8P8Afce/dax1737/AH3/ACL37r3XvfX++/31uPfu&#10;vde98JJIoIpJppI4YYkd5JJHVUREGt2Z3IVFRASSSAALn3cBpGAArXOeFPMk+n+HrfHrwvcAAkgg&#10;AKDfkgAWA5JJ/wBf3Wp8j/5oPQnTMddg9hVcPc++4g8KY/a1dENnYyoUBVOb3miVdDUCME3hxq10&#10;mtWjkaBjr9j7ZOQd33DTLf6rW2rWrE+Ia57Y6AChwS4ShAIVhgY0e533pvbb2+Wex227G98yLjwL&#10;WRTEjeYmuwHiSlCGWMTSo4CvEoOoToaCV7NKRGv+psDIRweOTovc/U3H9PdAPyH+XXeHyZyfn7H3&#10;Q6bdp6j7jE7D2+JsVszEMuvxSRYoTzy5OuhEjBauvlqqtVYqsipZBL2z7Btexw+HY248UjukNC7n&#10;zLEAcTnSoVQa0UV65we5/vp7g+68xj5h3TwdjDApZW+qO2UilGddRaZwRqDzNIUZm8Lw1bT07RQx&#10;wi0a6b/U8kn/AFybn2WX2ddQ91k9+9+69173737r3Xvfvfuvde9+9+69173/AP/Qqz2P3JJ1vt54&#10;MJRU752cAvUVVPS1aKUraqSICKpjYKDS1rA2PPHvDq5iF0yrIeweQx/l6neO4ESUUd3W/bV0UFaq&#10;pUeQoL+mOaaHVex9TQyRsbFRb3n6rxub7l7ANduKeTIYLCrBk82rFvtKh1ZVxmJMVzGBXSw3kX8w&#10;Qyf2tPu0EcYqGGBU5AFTXifWlSaeZqtRUdTZ7Be3v9f+dEu90h18vbbpnnBA0yOf7GAg1qHZS7ih&#10;DRxyRsQWXruplWmhsg0k+iMAfQn82sfp/rHm1/dhnAGkf4C1gALcKAAQALe1XCgHDrpn0w8kkn6/&#10;W97nm1+T9Tf378/8i/2Pv3W+ve+vfutde99+/de697JF8sPnb1J8WKGbE106717SmpxLi+uMJWxR&#10;1NOJohJS1+7MmsdRFtnFsjBkDpJWT6laKB49cijDl7lHcuYAk2nwtuIAMrgVxx0LQFy2O6oXTU6t&#10;QC9Qn7u+/HJXtDZmPdJvrOZZEJhsYWXxmxVXmajC3hY0HiOGZhqMMUxRwsuno2mOpvRFquTbl7kG&#10;yAkiwtYki3vWi+Q3yp7l+TW4Dl+ytyySYilqJJsFsrD+bHbO26r6wv8ADsR5pfPWCOQo1ZVPUVrp&#10;6WlKBVWcdn2LbNigEG324XGWNC7fNjQfsAA9AOuV/uj7089e7N94vMe4+Hs6PWGzhqltFQEBtFSZ&#10;ZaFqzSl37mVCkdEDzFEkKhUFuBdjyzWvyzfUnn/Yfj2XL2cdRL1k9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvbpis5msFUCrwmXymGq&#10;lIK1OKyFXj6gFfoRNSSwyAj8c+9FVYEMAR8+jXat93zYZjcbHvN3Z3H8UE0kLf71Gyn+fXvY54D5&#10;bfJ/bHjXD9/dtxQw6fFSVm+twZehjC/pRKDMV1fRKg/1Pjt/h7K5di2WZtcm02xf18NAf2gV6kba&#10;ffn3k2WXxrP3J3Z39J52ul/3m68ZafKlOsbRROSWjjYn6lkUk24FyQfx7Hvb/wDNA+Z+C8SVHZ+P&#10;3HTxABafcGx9ly3UfUSVmMweKycur8lpy3+Psol5H5Yld5P3YFkbiVdx/wAZ1aT+anqQ9p+99737&#10;dKZLze7O/X+GezgVf+zVbZv2sT8+sTUdMxuYl/HALKBb+gUgD2PW3/5y3yBojEm5Ouupc/ChQO+P&#10;o92YCtmUX1apm3Pl6NXa/wBVpgB/qfZPL7Z7C9SlzdK3+mQ/tqn+UdSJtH35+doZCd+5K2q5i8hb&#10;vcWx/NpHuwf95H2dYmx8BNwZFH4VSth/sWVm/wB59j3t/wDnXYaUxJuv4/ZSjtpE1Vt/sOkyeriz&#10;PHj8jtPEBLfhDUt/wb2Ty+1o1H6feAqHiDDU19a+Jj9nUh7R9+vl2aUjffb69tYfW3uYro/skjtB&#10;+Wo/b1iONFzpmYD8BkDEf1uQyg8/4D2Pe3/5wPxayxijy+G7a2u5CCV8ntbBV9EjWAbRLgd05Wsk&#10;jH9ft1Y/6n2Vy+2m9jEdxbMK8dUgb/jtD/LqRNn++V7M7lJovJd025f4ri11D/s0lump+Vfl1hON&#10;mBOl4iPwTqU/7FdLWt/wY+x7wH8xj4Y7kMcdJ3dh8fNIFBiz+3t5bdEbt9Elqs1tyhoAF+hYSlP9&#10;q9ksnI3NEZr+66rXyeNqflrJP7D+3qQ9n+8V7J745Sx9xbFDX/iQJbQftu44R+YNOsRoakEgJqFx&#10;6ldRf6XIuysP9sP9b2PW3/kL0NuzwptjuzqfPS1GlUpMX2HtKtqtThSI3pYMs1SknP6SoI/p7KZd&#10;i3iBmEuz3Shc6hG9Dx86MB9lK+dcV6kXZ+dOTeYXMewc2bZfSA8La6gnP/VKR89YjTzgm8DmxsbI&#10;WHH5Ur9f9cH2LcUsc8ccsMkU8Mo1K8bh1ZH9SurqzoysDwQSPZWVCFlcMsgAIOKH/Bwp/q8xMcVr&#10;x6xsCLgggg2IKkEW+oIIBv7y/wC+/wCJHtrrXz669+P/ABX37r3+Dr3vr/ff4f7H8+/deNeve+/6&#10;f77/AJH7917yx1737+n/ABv6fX8fn37r3p1731/sffuvfn1737/ff8i9+691733b/Ef7G/8AxHv3&#10;Xqde99f717917r3v3+v/AL7/AFuffuvde992/wB9/vP+H49+696de99fn/Yfn/W9+691733/AL7j&#10;/fW5v799vXsde99e99e69775v+fr/wAi/wBb3rr3y6976/p/sP8Aff4+/de6977/AMbfj/H/AFuP&#10;fuvefXvfX+H9P9h7917r3vl/rn/Wsfr/AE/3r377Ovde99f7D/iv9ffuvde9+/29v94v9P8AW9+6&#10;91731/xX37r3Xvfv99b6+/de+3r3v3+82/33+v7917r3vvj/AHrj/e/fuvde9+v9Pr/vv9v7917r&#10;3v31t/h7917r3vr3vr3XvffvXW+ve+v99/vPvfWuve+zx/vP+v8A7G3596691737n6f77/e7fn37&#10;r3Xvfv8AH/H/AFuffut9e9+/3n/ev6D+h59+611731/xv37r3Xvff+++n+w9+691731/X/ff7b37&#10;r3Hr3v3++/437917r3v3/I/r/h/xX37r3Xvfvfuvde99/wC+P/FPfuvf4eve/f0/31vp/re/de69&#10;797917r3v35P/ED37r3Xvfve+vDr3v3vXXuve/e/db6979/Q/wC8f70ffuq9e99e99b6977/AN9x&#10;/r/j/Ee9de6979/yMf4m/wDxv37r3Xvfv99/vuOb+/de697Rm+extgdZYd9wdh7z2zsnDLrVcjuj&#10;NUGHhmZFEjUtJ99UwGuq2UgLDCJZXJGkcqCvtNuv9wlFvY2jSPxIj4V/iLaTpXjQsVFcAE16K943&#10;vZeXrF9z3/d7Wx21SAZZ5Y4YwTwBeRlUEngK1JwAT1ySOSU2RWksVF9JIH4API0/65PurDu/+cD1&#10;BtH7zE9KbYy/aeZjEkcO4cstRtLZEcxDCOojjrIG3NmRTyfriNJQpKoGie3PuQtq9tb6dY33e6EM&#10;RGY1o7ioyof4VrxqNX7cjE7nz753t5y/41pydZXG+biMaxW2tQcg/qyoZnKkA0S38OQHtnFa9T4s&#10;cxN5nCjj0pyx4/tMQFUg/wBAR9fdMnfHzR+Q/wAiXqqXf2+qqk2tUOxTYe1Fk27s6KIyCVIKnG0s&#10;z1WdWCQXjfJ1FdMn9lwAAJM2nlvZ9lzZWiiYjLnuc/meA86LQegHWDXuJ94P3R9ylntN53422xyY&#10;NnaAwW5BABWSjNLOpIDabiWVVapUL05RQRQi0a2/qxJZjwByxuedP+tf2VX2edQn1l9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9//RpFzcMcE3gUHR/UkF76Yz9bqv9v8Ap7xARiRq&#10;b4q9TYSx48et/j3ZP0tsZdh7ExlFND4sxlgMzmgfTKlbVxxmOjfVf/i30gSEqDYurN/a9qI1IUKP&#10;iAFaioDMRU+ZHCnEioIA49dV/ZrkVeQeRNq2qaLRu84+ouq8fHlVaocsP0kCRVBoxQvxc9MFZN5Z&#10;T/qIyVUgn1BQdZHNvUx4P9LexZ/33+HvXUp9Rvfv8ffuvfMde992P++5+v8AXni9/euvde90n/OL&#10;+Z7R7PfLdT/GzJ0eT3XG02O3R2lTrT12H246loqjGbMDLLSZnOK4Ilr2D0dJbTCJpT5KeWeU+Q/E&#10;0bjvsR8PBSJq938JkzwHkpoTgsFypwk9/fvWWnKb3nJ3trcRXXMy1We8oskFq3ApCDVJ7hfxlg0M&#10;JojCWTxI4XSmoeFkmH+KxkWtfm7/AOJ/K/7Ak/T3r75TKZPOZKvzOayNdl8vlKuor8nlMnVz1+Ry&#10;NdVStNVVldW1UktTVVVRM5d5JGZ3Ykkk+5eREjRUjQLGooABQAegHkOuZ9/uF9ut7dblul7LcbjO&#10;5eSWV2eSR2NWZ3YlmYnJJJJ6dPcD3bpJ173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9vmF3PuTbcwqNu7hzmBqFbWs+Fy1fi5g34YS0NRA4bj6&#10;391ZEf40B+0dHmz8zcycvOX2DmG+sXPnbzywn9sbr172OOA+X3yl20Y/4T8ge2xHFp8dPkt8Z7OU&#10;aBP0otDnKzI0YjH+p0af8PZVJsGxynU+z2pf18JK/kQKj9vUg7T79+82yuZLP3I3V2/5eJjdj9l0&#10;JgB8gKdY2hiYktFGxPJLIpJ/HJI549jrgf5oHzPwgiSo7Ox24qeIALT5/YuyJQyj+zJVYzA4vIS3&#10;/JaYt/j7KZeRuVpWZztYDnzDyD+Qen8upB2n733vft0he83uzv1/hntIFH/Zqts386/PrEaSnJuY&#10;wD/tLOo/2CqwUf7D2OmC/nKfIiiEUee6/wCoc5FHpDy0uN3dhq2UD9RaVd25CiV2P+pp1UfhfZVL&#10;7a7DIQVubpfsZDX7axk/sI/wdSBtf35ue4ZdW98nbRcQ+kBuLdvzaSW6H/GR1ibHwE3BkX8aVYWH&#10;/JSsb+xywP8AOviIij3P8eXVgf3azA9kK6N+D48ZkNmxlf8AWNWQf8PZRN7WwknwN5cJTg0YJ/3p&#10;WWn+8k9D7bvv27TLKF3b23uYLenxQ3qTtX/SvbW4H+9nrE2NUn0SlRb6Mms3/rfUv+9exvwP85H4&#10;416Ime2P29t+pa2sxYfamZx0d/1f5TDu2mrmAP8ASk+g/wBh7KpfbHdUYCC9t3U8SxkWn2KqtU/7&#10;Yf5eh9YffW9obyZIrmw3u1UjLy28LIP+cN1LIf8AeOsbY2QEaJEItyWBU3FrD6SXFvY44H+Z98Ls&#10;4sZqO0q7b1S5H+TZ/Y294WBIuddVjdv5LGRhTwf3wP6X9lU3IHM8BpFaJIv9CRf+fyp/b0PbH70f&#10;sVfPFFHz5HHK3lLbXsQH+md7dYx/vfWJ6CoX6BHv/qWA/wBvrC/X2NW3vmN8Vd0APi/kF1OrSkBI&#10;MxvLDbaqXYmwVaXclTiaqRz/AECk/wCHsrvOVuZLQaJdmn7RUFAZa19PCLj8ita0+fQ9tfdv2rvf&#10;BW19ydiaRz2r9fahyfTQZQ9flpr1wNJUKATE3JsQulz/ALHQSfY1bf35sfdqh9p7x2rudSNStt7c&#10;GIzKFQt9QOPrKgMAObj6eyqfbdwtVDXlpLEp85EZa/yHQ6tbu0vohcWV1HNB/EjB1/apI6xNFKo1&#10;NFIqj63Vh+f6nge1V7RdKKdY/ff++4v+f9f37r3Xvfv99/vH9ePp7917r3v3/Fffut9e99e/da69&#10;79/vP9P+J9+691733/X8/wCP+P55/wBb370691737/ff7D8W9+6969e9+/x/Hv3Xuve+v99/tre/&#10;de69774/41+B7917r3v1/wDW/wB9b6e/de6976v/AL7/AH39b+/de6977/P+w/3j/jfv3Xuve/fT&#10;/X59+6969e9+/wBv/j/rH6f7379178+ve/f7D/b/AJ/B9+691736x/33/Ff9h79jr3Xvfrf6/wDv&#10;rcX/AMffuvHr3vx+v+9f7f8A3n37r3n1737/AGP+v9ef6e/de6979/vv9v8A8i9+63Tr3vw/31/p&#10;+ePz+Pfutde9+H+H/Ivxz/sPfuvde99f6/8AvX++Pv3Xuve+/wDjX+9/7x7917r3vr/ife+vde99&#10;8cf6/wDsPeuvde9+97691731/vv99/T3rr3XvffH+9cf74+/fLr3XvfX++59+691737/AA/p/T37&#10;r3Xvfv8Aevfuvde9+9+69+XXvff++/1uOPfuvenXvfvzf/ef999Pfuvde9+/3n/ff7D3vr3Xvfrf&#10;8a+n++/PvXXuve/f0/x/w/4n37r3Xvfvp9P99/t/fuvde9gx2N8iuiupBUDsbtjYu1KulGqbEZDc&#10;OPk3CRp/5R9t0k1XuCpNvxHSyEAg/kezqx2DetyEYstvlZGFQ2lghFfN2VEqP9OK0oOgrzHz1yZy&#10;eoPNPNe37e5TUFnnjjkdR5pGzCST7EUk+nWZKaeTlYntYFSwCAg2IsxIBuD/AFPuvrs7+cH8fdq/&#10;c0nW22N59qZCKQiCsNPFsja9UnN2GSzcFRuONtX0Bw4BHP149jCx9s91uO7cLuKBGXgKu4PpghB+&#10;Tt8j5nG/mz753tVsiyxcuQX283eiqmOM28Bb+F5bkJMv+mS2lHoT1LTHSGxkdENgbKC/P1Ib9A/3&#10;k+62+2P5r3yh7BNVRbQq9udR4WfyxrFtLGR5LPyU8lwFqtybiXIvHVRg8T0FPj3H1Fjz7HO3cgcv&#10;2GhpYXuJV4GQ1AqKUCig0/I1A8usX+cfvm+6G/GWDlm2s9ksSx0mNBc3GkihV5rgGI+oaO2iceRH&#10;U2Oigj50lzc/rNxyLfpACH/Yi/uuvdO792b4zFTuHem5s/u3PVZvVZncuXyGcyk9iSBLXZKoqall&#10;W/A1WUcDj2MooYbeNIreJI4VFAqgKoHoAAAB6ACnWLu/cycwc0Xx3LmTfLu/v6U8S4leZwvkoaRm&#10;IUeSiijgAOpQAAAAsBwAOAAPoAPac9udEvXvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173//0qtOutlJu7s3DU1RCZMdiX/juWuvoeHGrSNBA1xZ0qchJCjK31Rm&#10;P494jQr4YNThSaAitQCSNXkagmg8yB6dZq+wnJ683+5W0LcR6tt2+t3KD5iEp4SnGltUzRhlp3IH&#10;9Ot/Gpl8ULsDZj6U/wCDNwD/AI6fr/sPdiX+3/339ffuPXUHh0nvfv8Aff19+695de99M4jUszKg&#10;RS7vIVVURRdmZiQERRyWP092VS7UXj14Zp176/gm9gAvJYkiwA/JP9PevL/MJ/mMz7ylzfRfx/zr&#10;QbMQz4vfnY2IqGjl3ewDwVm29q1kLAxbTUFo6qujIbKcxxEUWpqyauTeSlsvC3fdY63hFUjIxHU1&#10;1EGpDV7gpNUNSe8nTzo+8p951rtr/wBvfbTcaWY1R3l/E39qch7e1cf6EOEtwprKapEfCq8zzS0g&#10;jtJKAZPqAbHR9OSfoX4+v4tx7pT9yb1gB1P9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde99glSGUkEEEEGxBHIII5BB9+62CQQQaEde9r/bvbHa&#10;e0WVtp9l9gbYZLaG29vLcWFK25Gk43JUxWx/p7Tz2lrdALc20ci+jKrf4Qehpt/uT7i7TEINq5+3&#10;q2gHBYr65jUfkkoHXiAQQRcHgg8gg/UEexmwfzc+W23mVqD5BdmVBQ3Azu4Z9zqSP9Wm5Vyyv/yE&#10;D7K5OWeXpQA2y2wHyjVf5qB0N9q+8b73bOqpae4d64H+/wBYbo/mbmKUn8z1i8EH/HGL/qWn/FPY&#10;x4b+aP8ANDFshq+ycPuBIwAI8zsDYygqvADy4bA4eoe44JLkn8m/PssPInK5B07ey19JZf8AoM9D&#10;Xavvg+9u3mt5u9lfivCe0iUfZ/iwt/8AP8+sRo6Ym5iH+wZwP9gAwA9jJhv5yHyTohHHmNkdO5tF&#10;I1TLhN3YytkF/UDJT7zmoVJH000wt7LJfbXYGbVFNcp8tSkfzWv8+hrYffj9xY5Qdz5T2SaAeUS3&#10;ULf709zOP+MdY2x8DHgyILfpVgR/r+tWb/ebexgwn867ORIibk+PeKyD8a58J2PWYdQf7TLS12zc&#10;2XFv7JmH+v7Lpva+1ZibbdnRSPxRh/2d6f5/n0N7f7+K1jW69riB+Jk3Gv5qjWI/YXH29cGxsdvR&#10;I4N+S4Vxb/WUR2PsWsF/Ok6onKjcvTXYeJBtr/gWZ23uG35Ola+XbAbT+L2v/h7LpPa26C/pbxGz&#10;fOMr/MM3+AdDWy+/H7byRqdx5V3yKX0jS1lH+9NdQn/jI64HG/0m5/F4/wDidfF/Ys4b+bz8TsmV&#10;Wtpu1duBrBnzGzsbOqAnksNv7mzjG35sD7LX9teYBlZrVuP43H/WMf5ehftf3xPZXcAhu9xv7Eny&#10;ntZGp9v0xuB+wnrF/Dpv9XF/t2/6M9i3iv5lnwqyqx6e6IaGZrXp8psnsTHtGzfhqmbaRoeD9SJS&#10;o/r7LpOROaUYou1qwJwwljoPtBdT/LPy6F1j95r2L3GXwrf3Bt1b1lhu4F/3qa3jX+fWM0NSDwob&#10;/FWWx/5KIPsUML8z/ihnwjUPyE6ogLcgZneGL26xFtNmXcU+KZGufoQD7Qz8pcxWmsybPOwp+ABz&#10;+yPX/L9tOhjD7w+006a4/c3YKf0twtFP7GlDfy64tSVIFzEePrYqx+v4CtqPsT8R3V01uDQuC7Z6&#10;yzbOB40w+/NqZQsSNVlWjys5Y6f6D8e0DbPvcVa7XdqpPHwpVrn10jHQu27mLYN3AbaN9s7pTwMM&#10;0cgP5ox6x+Ce9/FL/rmNif8AoU+xGp6iCqjSamngqYHUsstM6yxsv4MbozI4/wBYn2gmR1JVomWS&#10;uNRBB/ZQ+nRyQRxHWMqVJDBlPHDAqR/rhgCP9t7zf77/AH349tda6699/wCv/iOOP8T+P8feuvde&#10;9+P+P+J+n++49+691737/kXF/wDiffuvde9+/wCR/wC+Hv3Xuve/f4/7H/eT7917r3v3++PF/r79&#10;17r3v3++/wBj/tvfuvde9++n0/2P9Pfuvde99f77/fH37r3Xvfd/8B/xP+v7917r3vr37r3Xvff/&#10;ABT/AJFf37r3Xvfh/Tnn+n++/r7917r3v3+++n+x9+691737/fcf7x+Rc+/U69173737r3Xvfvr/&#10;AL17917r3v34/wCIt/vh7917/B1736/+vyD/AL4f4e/U691737/ff7173177eve/Dj3rr2B1737/&#10;AHv+v+8fT37r2fz6979/vv6/77j37rfXvcHI5LHYmmetytdQ46ihH7lZX1lPR0sa6SQz1VSyRKth&#10;+WHtVBFNMSkULtI2SoViR55VSB/q+wdaJAVmOABU+gHz/wA/XkRnJCBmtc2Qar8gf0LD/bewO3P8&#10;rPjRs+OVtwd9dT0ksN/JR0++dvZPKIRe9sRi66tyjEfS4hPPHs0t+W+Y7ljHHs9wPXUmhf2tRfLy&#10;PQJ3T3M9utkllg3jnzZra5QVMct7bpJT/mmZA5PyC16zJSzufTC9x+XBTj6cNJpub/j/AGPstW7P&#10;5pvw52yr/Yb53BvWoQMHpdpbH3Dr1j6Bavc1JtrFzEg2BSZk/wAfZ7b+3vMdyreJBFD/AKeSv5Lo&#10;DkCuasa/PqLd2+9X7GbWtwF5wa6uIzTRBbXTlv8ASSNCkJHz8anz6zrj52HOhLGwDN9QPz6A4t/s&#10;fZXN5fzp9jUrzR9fdIbrzqaWFPV7v3PiNpsjkWR5KDDUW8w8aNzoFQpI41D6+z229rpmCte7uoY/&#10;EqoWB9e4lCT/AEior/CPOI97+/Pybboh5c5I3O7kxUXMkFoPnRojek/Kqivy6kLjRxqlP41AL/r3&#10;CsW/4j2UPe/83z5QbjWSDamM6569p/WIKnFbeqs/mI1a9hNVbpyWVxEzIPoVoIwebg/QCW19ueXY&#10;CxmE01fJn0gfZoCn9pPUMb/99v3L3D6mLYdi2rb7dqaGKS3E6f7d5Fhb87brMtBTre4aS9v1ta1v&#10;6aAn+8+yXb/+V/yS7Q+6Te/dXYOWo60sarEU2fqsFt+bVe4bbm3jisDpAJAApgFBIFgfYns9j2fb&#10;yhs9sgR1FAwQav8AeyCx/M9QbzF77e8HNJY7v7hbloK6SkEn0kbL6NFaCCNv9spPUpY40/QiLxa6&#10;qAbf4kC5+nsvrMzEsxLMxJZmJJJPJJJ5JJ9mvUTkliWY1Y9c/fXv3Wuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v8A/9MpXQ2B&#10;FLicxuGaIJPl61aOFgBqNBjowt04DKJa2SRW/H7I/wBhiQVWhphiQQx9KEVJGKcSB56j6V665/dX&#10;5XG2cobrzPNHS43O50oTShgttSKR6VmacN66V9B1vxZCT1pH9Qo1lRbliRp4P1IA/wB59j5/vvp/&#10;vv6+69ZR/Z02+/f8R/vXv3Xvt697oS/ma/PCd5878aOm80YaeEz4vt3d+KqQJKmUgw1vXmJrIDeO&#10;niuY81IjAyPqovSgqkkmPkXlJUWHfNyi1SYaFWGVpwkIPn5xg5UHUSSFK4Bfes+8IbH672s5I3D/&#10;ABwgpuNzGf7MHDWUbj/RCMXLKf0wfpyfE8ZI3eipSgE0o9ZHoX66QedTfjV/T+g/x+lEvuVuuc3T&#10;j797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de697l0lfXUD+WhrKuiluD5KSomp5Lj6HXC6Nx71QcaZ6W2W5bjtsni7dfzW8vrG&#10;7If2qQeve1/ie5+4cBp/gXa/ZWF0fo/hO+t0Y3Rb6afs8pDp/wBh7Ty2dnN/bWsb/wCmVT/hHQvt&#10;vdP3Osk8Oz9x9+iT0TcLtR+xZh172IuO+YXyqxZU03yI7jk0kEDIdgbkyy3HIuuVyFarW/xB9oDy&#10;9sB/5Ylp/wA4o/8AoHoQbd79e8u14tvcjdW/5rTG4/6v+L1i8EP/ABxi/wCpafn/AGHsRsX/ADFP&#10;mhh1VaTvTOTBbWOV27sfOudP01Pm9r5B3t/iT7RS8n8tTYfaUH+lLr/x1h0KE+9T79xroXn00+dl&#10;t5P7TaE/z66NPARbwxgf7SoU/wBOCoBHHtb0H80v5pUZUz9k4XJ6bXFd17sSMNb+v8N2/j/94t7S&#10;PyFyo4p+7CPslm/62dH9h98L3rtBS43Owuv+atpGP+rPg9Y/sqb/AI5f7d5D9f8AXb2u8Z/N5+WV&#10;Bp+6puqs1p+v8T2bkotf/Bv4NubEgX/wt7Sv7dctNXRFMn2SMf8Aj2roRx/fe92EWj7Fy+59Wgu6&#10;/wDGb5R/LrxoqYi3jt/iGa4/x5JHtbUf85r5DJp/iHWvS9Va1/s8ZvihuPyAZt8ZArf/AGPtEfbH&#10;Y80vLv8A3qP/AK19G9j9+XnyMD95cnbRKf8AhZuIv+PSzdYv4dD/AKub/kpP+jLce1dQfzp+y4rD&#10;J9JbGqxxqFBuTP44m36tJqqfLaQw/rf22/tjtTU07hcV+YT/AJ9VOhJB9++9Uf417ZROf6N+yf4b&#10;N+uv4bB/q5v+Sl/6M/HtXUv87OtUAV3xupZ/8aTtmWl/5Nm63rbj/C4P+PtG/tbAQfC3hgf6Udf+&#10;OyJ0s/4PJDj/AFqSB/0s6/y/d4/w9cWxyXGiV1/rqVX/AOIXn2oKf+djhHt938dstBcjUaftClqm&#10;HI/S0uxaQk2/1vbX+tawoV30Vp5wVH7PFz9vRvbffr5fan1ft7eJ/pLmN/8Aj0UfXD+GD/jt/sBH&#10;Yf7bye3yn/nVbAYg1fRe8IPwftt24Sp0/n0iTFUf9r/W9tf61ciii72D9sR/62Ho4h+/J7en+35R&#10;3lf9L9M3+GdOu/4b/wA3v+sf+9/uc+3uD+dD043FT1D2ZDyw/ZrdrVXGm6t+5kqMctwVtwObn6e6&#10;N7XXWqo3aIj/AJpsv/P79GC/fh9q/wAfLvMA+yGzP/a8Ovfw3/m9/wBYx/T/AIOPz7dov5znQDAC&#10;frHuFPSCTFR7Kl0vxdRq3fT3Qc88E/09sn2w3OtV3K3H5Mf8IPVx99/2l/6MHMX/AGT2f/ew66/h&#10;lvpP/t0PP+uRJ9fcyP8AnMfHDT+7153crX+iYTYUg0/01N2BE31/FvbTe2e9nAvbUL/ppOP5oet/&#10;8G/7S/8ARg5i/wCyez/72HXE41vxKp/BJUg/7wfeT/h5f41f8+/7y/8AQf2D/sf+aj+6f62O+f8A&#10;KZaf71J/1r61/wAG/wC0/wD0z/MX/ZPZ/wDbf13/AA5/+Oif48H3jf8AnM/HEAeLrvuxjccPhNhx&#10;hR+baewJNRuP9p97/wBa3dq1N/Af9vKP56D17/g3/aXz2DmP/sns/wDvYde/hzn6yIP+QNV+f+Qb&#10;ce4E385voJSft+se4Jv06fNS7Mpr/S4Pj3dVaQtzb63/AMPahfbHcv8Ao4wL+TP/AIVX/V59eP33&#10;/aby5f5ir/zz2f8A239cv4bcczf7ZCPx/wAtPbNUfzo+o1DfbdOdjVBINvucptmlDHWLE+OqrNPp&#10;5/PPH+Pt2P2vvK1beI1PlRGP/Pw6Zf78PtcP7Llvfz9sVoP8F4evfwz/AJvcf8s/9t/b9p6q/nWb&#10;PS/2HQe5p7D0/db7xdJc2vciHblbb1D+p4/23t5faxvx70Pyi/66dFVx9+fkpR/ivJW6Of6bwJ/g&#10;eTrr+Gf83x/sYr8f9TLe09VfztIgHFF8bZJCQRHJVdtiEKfwXgg63lLAf0Ein/H3dfawDSG3w6B/&#10;wkE/70X/AMKkfLoP3P377NHAtPbGV4/V9wVD+wWcg/n1yGNFwTMSL8gJa/8ArHWQP9sfaLyf86nf&#10;0ob+D9FbOoWJupye7s1lgv8ArilxWGZv9uPa2P2v2wU8bcp2/wBKEX/CG6QT/fwuGX/Ffa9Eb+lu&#10;JcfsFkn+HrJ/DoP9VL/yUn/RlvaCr/5y/wAjJSwxvXfS1Cp1hTVYfe+QkUMLAhk31QRl1H0JS1/x&#10;7Uj2y2If8S7sj/TR/wDWvoJ3335PcCRq7Zyhs0SV4S/UzH9qTwf4Py67GPgB/VKeRwWWxt+OFB9h&#10;pmf5sfzAyhY0ec2Lt0MSQuG2Nj5gl/wv8fnzjED8XJt7M4uQuWIv+ILM3qZJP+fWA/l0QX331Pd+&#10;7Qrb2Wy2pPnFbTEj/nNcyj9oPWT7Kl/45f8AJ8h/x/1f19hZnf5jHzP3CrJWd45mjja4C4Hbuydu&#10;Oo/oKjA7ax1WbfgmQt/j7W2/J3LVtiPaYyvo5eQfskZh/LoF3P3q/fi48Qf148ONjwSzsRT5Bvpi&#10;/wC1ifn1zWmp0FhEh/4MNZ5/xfUbewbz3yh+SO50kizvfXcGRppbiSjl7E3XHQMG4IOPgysVFYg2&#10;/wA39OPp7M4dl2e3bXBtVsj+qxoD+0L0CL/3q93dylea59yt7DMKER3c0KU/5pwvGn/GesixxoSU&#10;jRCeCVVVJ/PNgPz7BrI5bK5ic1WXyeQylSSSajI1tTXTksbsTNUySyEsfrzz7MFVVFFUAfLoA7lv&#10;G7bzN9TvG6XN3cfxTSvK3+9OzH+fXP23+7dF3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173//1Am2rilwe3cLi9AVqTHU4nXTwaqRPLVNf6APVSO3H194luQzOQOFQKYx&#10;WpNPnxP29d7eSNhXlflDlvl8IqyWtnEj6cAyaQZWp/TkLsfm3W+rUPrmkcEWLkf64UaVH+uBb2oP&#10;99/vj+OfbXQp6xe6z/5kHzIPx26+Tr7YmSEPcPY2PqBjKuklVKjZO1XeSiyG7WClpYsnWvHJS4s+&#10;kfcLLUBr0oSSQeSOWP3veC/vowdstyAVY1EkgqdNP4VJUsDgii0YO9MaPvL+9g9quV12vY50/rxu&#10;aMsArU20OVe7ZfVT2W4eitNVqSLBLGZ1FTCVvM4uik2Bvdmstgb/AFVb/wC34/HvVrkkeV3kkd5J&#10;JHZ5JHYu7u5LO7uxLM7Mbknkn3PJJJJJz1yDkkkmkkllkZpWYlmJJJJNSSTkknJJyT09e+HvXVOv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v8A/9VDf74D/jfvEbr6Fut9D2HH&#10;bnaW1+mOt939obyqGptvbNxNRlKxEYfc11TrSlxmIoUYqhyWZyk8NLTK7KpmnQkhSSDLatsn3S/t&#10;7C3AEsukYpQL8Ttk0ZdILN/EaqSMVIeaOZdo5N5d3jmjfbjwtpsYGlkbtqQOCIGKhpJGKxxpUF5G&#10;VAakdZYo2lkSNSSWPLaR6V/LHkcrf6cfT+vvTP7n7b3Z3n2Zu3tLetSJs5urJPVmnjZzR4nHRKlN&#10;iMFjlflMbhcbDFTw39bLHrcs7Mxyb26wttssrewtUpBGtB6k8ST82Ykn5n8uuHnuHz1vPuRzdvHN&#10;+9v/AI1dSdkYNVhhXEUCYHbGlFrQF21SPV3YlQoixqqKLKosB/xP+uT9fYX+1nQK65e/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve//9ZC+8RuvoW630PevD/N7+SL7l3n&#10;g/jltqub+CbHNJujsDwt6a7eOQoNWCw87C7Om3sHWmocB2RqivAYeSnFps9t9j+ksn3i4T/GJwVT&#10;OBHWpK08nIXjmiLw4dc5Pvq+57XF/tntVtNyfAtwl1f6SRqlda20DUphI2+oZTqRjLbth4enmhg0&#10;I0pHqkNl4sRGPoLEA+o8/wBCLe6V/cm9YCdT/fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9//XL33H2bhemert99o7g0ti9lbcyOcNKz+E5Cthi8GJw8EpV0iq&#10;c3lZYKSIkECWoW/HvFjattfdtwsrGInxJXVWaoB06quTwrRST5YDUz1335q5j27k/lrfead2Yjb7&#10;C1kmcAgMwjUsEXUQC8jUjjBPc7KOJ631YYzLKif6pj/sBbUSL8XUA2/2HvSm3huvOb73XuTeu5qx&#10;shuHdmdyu4s3WsNP3OUzFbNX1siRj0xRmedtCL6USygAAe8ooIYraCG3hXTFGoVQPIAAAfkB1wi5&#10;j3/cuat/3nmTeJQ+531zJPKRga5GLEKKnSi10ovBUAUYA6UQAAAAAAFgBwAB9AB+APac9u9EvXfv&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve//9Ch/wDnI9xt&#10;hOvuvOkMXWaaze+Wm3lumKKVklG3NruKbCUdZFwslHltw1bVCfW0uJB49w77Z7WJLi+3h0oiARpQ&#10;gipALfMMAFr8nPzr08++1zs208lbDyPaTEXG7XJlmAKkfTWmhgjqe4CS4eF0YUzbuPXrfjxsf+cl&#10;N/8AjmCbck2dj+Txxb3rv+5i65h9Ovv3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de697//0dOb+Y72g3aHy57OmhqGmxGxKum6zwqMwYU0Wz1kpc5EhUlP&#10;HJvCfJSrb6CQXubkhfk2x+g5d25D/aSJ4h/2+R+xdI/LrI371fNo5q95+YY4ZlkstqjjsIyBQgwA&#10;vOrerJdy3CV9FA8ut/ClTx08Y/JUM3FuX9XP9SAbf7D2Rj2KOscupHv3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697//0tBHM5evz+Yyudyk7VWTzWSr&#10;stkalyS9RX5KqlrKydyxZi0tRMzG5JufdVVUVURQEAAAHAAdGO8breb7u+673uMgbcLy5lnlalKy&#10;Su0jmnlVmJ63+Pbb7t0Xde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvf/0/n/APv3Xut/j3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173//ZUEsBAi0AFAAGAAgAAAAhACsQ28AKAQAAFAIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9y7v&#10;zSgDAADPBgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;N53BGLoAAAAhAQAAGQAAAAAAAAAAAAAAAACOBQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BL&#10;AQItABQABgAIAAAAIQDRtAyA3gAAAAgBAAAPAAAAAAAAAAAAAAAAAH8GAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAKAAAAAAAAACEAFE2F7u7hFADu4RQAFAAAAAAAAAAAAAAAAACKBwAAZHJzL21lZGlh&#10;L2ltYWdlMS5qcGdQSwUGAAAAAAYABgB8AQAAqukUAAAA&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId11" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="0030907B" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:0;width:615.75pt;height:415.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAUZ0IRugIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0&#10;/8Hy+0hbUSgRKapATEgIEDDx7Do2seTYnn1t2v31O9tJigBt0rQ+uGff7y/f3fnFrtVkK3xQ1lR0&#10;ejShRBhua2VeK/rj+frbgpIAzNRMWyMquheBXiy/fjnvXClmtrG6Fp5gEBPKzlW0AXBlUQTeiJaF&#10;I+uEQaW0vmWAV/9a1J51GL3VxWwyOSk662vnLRch4OtVVtJlii+l4HAvZRBAdEWxNkinT+c6nsXy&#10;nJWvnrlG8b4M9g9VtEwZTDqGumLAyMarD6Faxb0NVsIRt21hpVRcpB6wm+nkXTdPDXMi9YLgBDfC&#10;FP5fWH63fXIPHmHoXCgDirGLnfRt/Mf6yC6BtR/BEjsgHB9PF4j/bE4JR918dnoyWSwinMXB3fkA&#10;34VtSRQq6vFrJJDY9jZANh1MYra1Vu5aaU1qh8Dh1/IWXhQ0CQYkV/KNRj0Q+Bn/TpcM8ZXlm1YY&#10;yJzxQjNAwoZGuYBpStGuRY0F3tTTzIjg+SNWm9gRwAvgTaxQYnX9O7Y5KlAeao9W2sTT2NhL7jK+&#10;FAeAkwR7LbL1o5BE1QjpLHWYuC8utSdbhqxlnGPhufnQsFrk5/kEfz3eo0dCXxsMeKi2j90HiHP1&#10;MXauMneXXEUanbGwyZ8Ky86jR8psDYzOrTLWfxZAY1d95mw/gJShiSitbb1/8JEIiRDB8WuFXLpl&#10;AR6Yx0lFluD2gXs8pLZdRW0vUdJY/+uz92iPzEEtJR1OfkXDzw3zghJ9Y3C0zqbHx3FVpMvx/HQW&#10;mfhWs36rMZv20uJnmuKeczyJ0R70IEpv2xdcUquYFVXMcMxdUQ5+uFxC3ki45rhYrZIZrgfH4NY8&#10;OT5QP87K8+6FedcPFOAs3tlhS7Dy3Vxl28zF1QasVGnoDrj2eONqScTp12DcXW/vyeqwrJe/AQAA&#10;//8DAFBLAwQKAAAAAAAAACEAFE2F7u7hFADu4RQAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/&#10;4RQ+RXhpZgAATU0AKgAAAAgADAEAAAMAAAABBPsAAAEBAAMAAAABA2IAAAECAAMAAAADAAAAngEG&#10;AAMAAAABAAIAAAESAAMAAAABAAEAAAEVAAMAAAABAAMAAAEaAAUAAAABAAAApAEbAAUAAAABAAAA&#10;rAEoAAMAAAABAAIAAAExAAIAAAAkAAAAtAEyAAIAAAAUAAAA2IdpAAQAAAABAAAA7AAAASQACAAI&#10;AAgAFuNgAAAnEAAW42AAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUuNSAoV2luZG93cykAMjAx&#10;NzowNjozMCAwOTowMTo0NgAABJAAAAcAAAAEMDIyMaABAAMAAAAB//8AAKACAAQAAAABAAAE+6AD&#10;AAQAAAABAAADYgAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAFyARsABQAAAAEAAAF6ASgA&#10;AwAAAAEAAgAAAgEABAAAAAEAAAGCAgIABAAAAAEAABK0AAAAAAAAAEgAAAABAAAASAAAAAH/2P/t&#10;AAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMT&#10;FRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQU&#10;Dg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAbQCg&#10;AwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEB&#10;AQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIG&#10;FJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieU&#10;pIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEA&#10;AhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdk&#10;RVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwD&#10;AQACEQMRAD8A6GuSXbTIBgNPHAT1tgMHDmASO0gbU9cOOo2kaT+P0kZlTnCt4Hg4/MJ9ItE5o7DQ&#10;mCEMsOhOmnPz7q96IiRrJ/KoHHf8u33oGKuJ57rmltGn5rv+qCyLidpXQ9axXONRA0h+nzCwr69o&#10;hSRj6Q18h9ZRYvXszGrGPsrtayQxz924N7M9p/NV6v6w5h/wNP8A0/8AySwf8L96u1cSU2l3Ee7s&#10;N69mn/BU/c7/AMmp/tzO/wBHV9zv/JqrXgZxAcMewggEGNCDwUVvT87/ALjWfcP70Lj3CfX2P2J/&#10;21nfuVf5rv8AyaY9Zzv3av8ANP8A5ND/AGfnf9x3/h/5JL9nZ5/7Tv8Aw/8AJJpMe4TU+x+xc9Yz&#10;/Cr/ADT/AOTUHdZ6gAY9MGDqGajzHuQrK31vdXY3a9hhzT2KG5v8fyIaKs93T+rtDMrPorvI2E77&#10;N3BDfed0/vrsut0YGTiepedzcclzdhEk7T+ia73bd3tXD9Jq9fIqo3bQ86n4Av8A872rXy+rV351&#10;fT8OBjUV2NscNZcK3nY3+2P0ln+Eell3ruuwnS/F2srqFFr6a62hxsAe+wH6J9jtg09/84uJ0Gfl&#10;jwyLPyrawb2PexjXBxqbDw0ztJFftd/K2rFsH69ln/uw/wDKoeUkcnqIriB0/wAJl5kCIAGtEfk7&#10;uFriV+EEfc5yGwfr1w8h+RiL09s4VXwd/wBU5Mxv+ULR/JH5GKWQ1+q2O30f/9Dq8WuwOPDw6NPo&#10;nQBv53scrtDK3GoVu9P1HQGuEAgtc/Rrob+b/g3Krh7dx2WFu2IbyONfZYtTHL6q66CxtrHewfmn&#10;Rpd7mP31u+gnrVfZPTMWiNziW2M1EmT7m/T/AOi9IYxc3cSCwgjczXvpLUdjWt5LqSHEtB1b/J/e&#10;r+j+45S+kPUcBBBBcw68/wCxCymg4/VcD1QwgDTcJHB1j/vq5Lq2L6ROkAr0LKghs6mTrEHTxXK/&#10;WSppDiB2lTY9RTXyiiS8J/hj8SrjR+jPwP5FSaP05HmVotb+jPwKEQtJe06ZjOyaaQ3bpXWDukf4&#10;Pd+b/VV39nWD6Jr8tXGVX6Q5jMP3ua2a6wA4jWa9sQfpK23JxwSTc0H8VFCESNabMpG9LYHpt/jX&#10;/wBJBycW3GDS8tO7do2e0eKu/asKI+0sA8CSQqvUrqLKmCi5r3N3GAZiQPpJSjHhNAbdlCUrG7yX&#10;UnhuflE8erHzIaqAyG+u6rQkw5pH7pB0/BF6zYDfmNLf0vqSGT32tj3fnsWHVl+vnve0+nurGydT&#10;rut4+h7lDxUB4f8AcrhCzLxL1X1feLM3HB4JcD8C14Qfq5YbM4k6gOuA0iAK3t/go/Vd/wCv47eS&#10;C6e3DXoX1Weft2067fUkfnS6uz27f5E7lNOjKJ7xtigKiR2l/wB62fqhu3dQJEA5Vhb5iQNEdlJf&#10;lZbhwL3z96q/U17n2dTLjO3Le0d4AjRaFLiL80eN7/ypvKD10exZOaPpvxDrYDduHW3wB/6pyg0f&#10;5St/qj/qWIuF/Ra/7X/VFDaP8o2f1B+Rqdk+b/CVD5R/df/R62h4kNcwuDYnh3K0ML0gyv1N1T2x&#10;B9w90R/KZ9Hcsug+6Z1dE6eC0Ma90MeInR0QfAj97+UpFroMJcdLWna4xIEmP6mzxU4n3lukEHaf&#10;P+z4IAyDZEtaYd3M8f2URpDtdkDUGDH/AJFNSxyyYYCTy7lcx9YHFzHeQhdNme3090jV3J+C57rl&#10;Nln6Gtu+57SWVCC9wAkltf01Ni2a+bcvnrP6U7+sVrsZ+i+SyLa78XPfVk1upsDiC2wFp0O3utqg&#10;tdVyAI5To/tYz+x67pgDKq7O7ahB55rCv0O2uHtjwk+X/UrPwcimvHZuD3B1bRLRpBZG4bv/ACKL&#10;9qxmjRtv+aNPgoomIBB7tk2adFuQQ4RrA76aFUusu30MLSW7dxEfD+0hHqNIP0biPCAPv9v/AFOx&#10;Byc2u5mwMsaAIGk/ka1CRiQdUgGw8J1y57eoX7tz5sLXOYBtJ2tLhsndXt/r2LnqYdY4CDIEiDp7&#10;j7d0eXsXRdcDTn5gkOBt3HQiJa32O3Ae/wDOWG7FbRnakHdX6rQBABd25d9BRSxHStj/AOgpjP5x&#10;2eo+qEnPpjk7oH9l63+m9A6b0du6ptmRlbS0X2kNiQWO9Np9Ouv6X/DWLA+rWUcaoAuf6Rhz6mOD&#10;Q50aep+81b7esBv83itHm5//AJFqsnHI0QL03YYZIiwT1Q9D6Nd0xmS6yxt1mRa61rKmu2tn819t&#10;np/9BirbslmZkscxu71C60AmA50O2sP5zdqs/tLNDtweHGdBY4vA54DfSQnC4C/PtaQy0h9lsRWI&#10;/R+37k3Hh4JA/LXiuyZRMUPV9HawDOJWf63/AFRUB/yi/wDqD8gTdNdOFWR4u/6opf8Aa939QfkU&#10;OQ+o/wB5mx/KP7of/9LoaXDcSONI5/BXKnCG7R7Z7CNFTpOsRqI7+KtVjaGifJSLW9UW9m99eyuU&#10;kETt01VCkjSNSTJ/1CuVnaJjiZQIVabLsOM05ZAc2muwuaT/AFLN3H5vprx9vTvrdj9edn9Ow8kt&#10;faLq8q5hIFjhtdYH3lv6K1n6K5n+Er/4qleh/WnKcOneixwDbHbbY7tP5iyMWxtnTqgfefZ9Mkg6&#10;t+nr9FDrX1Tda/Rbr2N1TIvpy8zErxvTpHrC19Ja6yPcMerfZf7P33fzilgupdWAaquP9GEuuPY3&#10;FLAGzABcAASf3v7Sp4VsQmzPDk06hMfVHydwO0AEAAQABwkSfJAqtkIu5K1LEny/1+ag4u8vuP8A&#10;enLkNzkFNbLqqexxfVU5x5cWAn5uK5mqtjvrBmMIY9raY2xLRH5u3+2uwxqKso2NtJAaBBaY1M8/&#10;cq46B0/GzLcoY1jrcgRY/wBYkOEz7W/m8JGMqvoUgjbqy6Y7CqorbZVU0kAzsER9H3ODDt/tLRpf&#10;gXF4rrqf6bg0loYQZDX+3/PVaihjA2NtArggAOcfb9H3Ofu3apnUn7XLgyypznO9pBaCQGDd/K9i&#10;lhL0jWvqslHU6W3zTjf6Fn+Y3+5DvZQWNrc1npEtDqyPaRukyyNqYX1hx3uDQeJI8ULqPUsbp2I7&#10;LyS702lrAGCXOc+QxjdWtSMrHmkCmw0Vsbtra1rBw1oAH3BA/wC17v6g/IsS/wCvfRKzjGvddXeN&#10;1xkNfTLtm22k7t9jf5za1/8ANraMfbjrI2cj4KGS8fsf/9PpKmgGSeY8uEelwgaanST/ALVVqiSR&#10;3jXt96kLNwDpgHWFLS1vi3b3HKTskNaTzzMlUDaRxoJ5WV13rTum4ptYA+0yWNd9H+s5Kq1Kt9A2&#10;Ov3utx9rZeQ72hoJ1mOGrFxeq41WPVTbdXW9+yGucAedOVyp+vn1he2yumwBrnOcDtabGsc7e2o5&#10;Ebntr/lKg/q3U7XP9Y1TYXFzn1sLvf8Azm17GN2b/wCQoyfVY7UvECRXi971TqDMiz7Njn1rHO2w&#10;z3a/u6fSerGL0zqehNW34uH+1cr9T+j/AFitzhm4ANNDfbZfd+jY5vPp0M+m7/rf82u7sZ9YaWEv&#10;rFobz6Nhcf8Atv2Pd/ZQMOMmRJ8KVYh6RXjbB1OVjMD7m7WnSQQdVJtsjlZn2t+UXOe4gAe3Tkjs&#10;785Fqe4RM/cozKjSRGw3y9Qc5QaSR3+5JwMd/uKdxWimnndSyOm1WZmPDn0t3Orfo17QRvrfH8n6&#10;DvzFYr6903rGM1+G5wedTRY0h7TG5zf9HZ/Wrcs3rjZ6blAz/Nu7eCz/AKoMMYp199pPyA2/wThL&#10;ogjq65sq3fSHMBRsysalxbbYK3iJa6QdePanNTTm7SA5vqH2kAjTceCqHWL2VPqsoxy71H+mbjo0&#10;x+a36TtqJGhUDq2sjJrfjvZVYDYdu2J7Oa7+C1zRjdS6a7CzWl9FgEwYcC33MfW/817HLMZitA0C&#10;0cT2sATKo2uvSmhnfUPo+TiY9OK5+K6guD7oFj7WuO53ruOz9I3/AAT/AMz/AEa3GgNyg0aBtYA+&#10;AG1GqM1fM/lQTP28f8WiRsQgF//U32ucSR9HbGvJ1SA0ArGgjWe3xVbKzaMOsW3Euc76FY5dH/ff&#10;5ay683rXUXGnArsLW6FuO0kif9Jd+b/nVqzGBOuw7lrZeZx4zw6zmf0IDik74qsM6CR3eQxo0/Oc&#10;72tWJlVY7sh1l9ld1gOj3OG0H/g2T/1aPV9SPrFkndcyuk/8NZuP/gQvVtn+LzqR+nlUN/qte7/0&#10;mlKOM6HJ9jGOY5n9Hlj/AIcuF4rqv1Vx8rJbkYOTRjF8/aGEjaT/AKWpjfz/AN9nsV7ov1S6VjWM&#10;svuZk2t1Be5u0H+TVO3/AD11X/jdZn/c2r/tt3/k0N/+LzqY+hlUO+IeP4PTeDCf0/wT7/ODflx9&#10;Jh0ccMDGtrLSANA0g/kKshr2VuscCGjvBhc9Z9QOuM1acaz+q9wP/Tqagu+q31qoBDKHlvf07m/9&#10;T6jU6MIdMg+uiDzOb9Llp/4J4/8AuUWbtszMi1ogOfvDR3MCf8+z3JNoc0Hn2h3z2N2f9K2xDdgf&#10;WPHO52JkyIJd6Rs+idzPcG2fQd9FV3dQzKfZcA3TbtsZt03eoezPpP8ApqKXKSlIyEom+xXj4lji&#10;KljyQ/vRdQ1bWvGunqD/ADWs/uSsEOdEyC6PiNuQz/vzVQb1kmS+lri7fO10a2CHdnqY6rVO51bm&#10;kFjtCDq0bH/ufSYh91yDouHxDlj/AJSvMSCs7GbkY12PW7abWOYxxBiS3dSXf2D6SH0PBGNk4jGk&#10;AViXBgMGWuO73x9P/wA+In2vDc0NDyzQtktOgB30H27v5r/1UrGBdgeoMl+QytwBLajLSC7+dDpG&#10;30936RjWv/4xIYZgiwfsX/ecJGmSB/wgjeC7KIDiwuefcOe/ipXsYytlbRDZ4/vQLLh6m+twJDiQ&#10;QQRynsyG3bC3Qz7gex/8j+4iBva6wao35N1jRtHwR6hAQWcD4IvqVtHve1vxcB/FMkF11qXRxz+j&#10;HxKE4gZ4J0AqJJ8hqSqo6z07Hqh1vqOknZWC4/52lf8A01Q9fO69nDCwKjWLAGv1mGA+6zIePoVf&#10;yPz/AOb/AEifHDIgWOEdZS0YcnNYoaA+5M6RhD1SMv8AuX//1droH1cb1u9/VM/cMHcW49IJBsDT&#10;t9z/AKTaW/yP5yz/AME7eiijHqbTRW2qpmjWMAa0fBrUHpX2b9mYn2T+j+jX6M87No2bv5StKTIZ&#10;HUgiP6PZhwRxx4gCJZN8pBuXH/WUkkko2ZSSSSSlJJJJKUmc1rhDgCDyDqnSSU0rui9Hvn1sHHeT&#10;yTW2f87buVG36mfVyyf1T0ye7H2N/wCiH7FtpJ8fc/R4vpbDP7v/AJT2/wDD4f8Aunl7f8X3R3Sa&#10;78is9hua4f8ATr3f9JVLP8XI/wAF1AjwD6gfxbYxdmkpBLOP3vsYJY+QO5xfSYj/ANGTwVn+LzqY&#10;/msqh39YPb+T1EF31A66OLMZ3we/+NK9DSThk5j90/4rGeX+Hn9OA/6p/wChPnI+oXXp/wC04/64&#10;7/0ki1/4vesE/pL8Zg8i9x/891r0FJL3eY/dP+KoctyH78f/AAwPIYn+LzFYQ7Ny33D9yporHwLn&#10;G1//AFC6bA6bg9Op9HCpbQzk7eSfGx7pfY7+u5WUlFM5T8/FXiKDZwR5aJrDwX/VPHJ//9n/7Rwa&#10;UGhvdG9zaG9wIDMuMAA4QklNBAQAAAAAAA8cAVoAAxslRxwCAAACAAAAOEJJTQQlAAAAAAAQzc/6&#10;fajHvgkFcHaurwXDTjhCSU0EOgAAAAABBwAAABAAAAABAAAAAAALcHJpbnRPdXRwdXQAAAAFAAAA&#10;AFBzdFNib29sAQAAAABJbnRlZW51bQAAAABJbnRlAAAAAENscm0AAAAPcHJpbnRTaXh0ZWVuQml0&#10;Ym9vbAAAAAALcHJpbnRlck5hbWVURVhUAAAAEgBIAFAAIABMAGEAcwBlAHIASgBlAHQAIABQADIA&#10;MAAzADUAAAAAAA9wcmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBvAGYAIABTAGUAdAB1AHAA&#10;AAAAAApwcm9vZlNldHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGluUHJvb2YAAAAJcHJvb2ZD&#10;TVlLADhCSU0EOwAAAAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRPcHRpb25zAAAAFwAAAABD&#10;cHRuYm9vbAAAAAAAQ2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5DYm9vbAAAAAAAQ250Q2Jv&#10;b2wAAAAAAExibHNib29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wAAAAAAEludHJib29sAAAA&#10;AABCY2tnT2JqYwAAAAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv4AAAAAAAAAAAAEdybiBk&#10;b3ViQG/gAAAAAAAAAAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50RiNSbHQAAAAAAAAAAAAA&#10;AABCbGQgVW50RiNSbHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAYsAAAAAAAAAAAAp2ZWN0b3JE&#10;YXRhYm9vbAEAAAAAUGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExlZnRVbnRGI1JsdAAAAAAA&#10;AAAAAAAAAFRvcCBVbnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1ByY0BZAAAAAAAAAAAAEGNy&#10;b3BXaGVuUHJpbnRpbmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcAAAAAAAAADGNyb3BSZWN0&#10;TGVmdGxvbmcAAAAAAAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtjcm9wUmVjdFRvcGxvbmcA&#10;AAAAADhCSU0D7QAAAAAAEACWAAAAAQABAJYAAAABAAE4QklNBCYAAAAAAA4AAAAAAAAAAAAAP4AA&#10;ADhCSU0D8gAAAAAACgAA////////AAA4QklNBA0AAAAAAAQAAABaOEJJTQQZAAAAAAAEAAAAHjhC&#10;SU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABIAC9m&#10;ZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAAB&#10;AC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////&#10;/////////////////////////wPoAAAAAP////////////////////////////8D6AAAAAD/////&#10;////////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklNBB4A&#10;AAAAAAQAAAAAOEJJTQQaAAAAAANdAAAABgAAAAAAAAAAAAADYgAABPsAAAAUAGIAYQB0AGgAcgBv&#10;AG8AbQAtAHMAdwBvAG8AcwBoAC0AdwBvAHIAZAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAA&#10;AAAAAAAE+wAAA2IAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAQAAAAAA&#10;AG51bGwAAAACAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxvbmcAAAAA&#10;AAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAA2IAAAAAUmdodGxvbmcAAAT7AAAABnNsaWNl&#10;c1ZsTHMAAAABT2JqYwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcAAAAAAAAAB2dy&#10;b3VwSURsb25nAAAAAAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1hdXRvR2VuZXJh&#10;dGVkAAAAAFR5cGVlbnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNPYmpjAAAAAQAA&#10;AAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcA&#10;AANiAAAAAFJnaHRsb25nAAAE+wAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhUAAAAAQAAAAAA&#10;AE1zZ2VURVhUAAAAAQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJc0hUTUxib29s&#10;AQAAAAhjZWxsVGV4dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xpY2VIb3J6QWxp&#10;Z24AAAAHZGVmYXVsdAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGlnbgAAAAdkZWZh&#10;dWx0AAAAC2JnQ29sb3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABOb25lAAAACXRv&#10;cE91dHNldGxvbmcAAAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21PdXRzZXRsb25n&#10;AAAAAAAAAAtyaWdodE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAAAAAAADhCSU0E&#10;FAAAAAAABAAAAAQ4QklNBAwAAAAAEtAAAAABAAAAoAAAAG0AAAHgAADMYAAAErQAGAAB/9j/7QAM&#10;QWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUT&#10;ExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4O&#10;Dg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAG0AoAMB&#10;IgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEB&#10;AAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSR&#10;obFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSF&#10;tJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIR&#10;AyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVV&#10;NnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEA&#10;AhEDEQA/AOhrkl20yAYDTxwE9bYDBw5gEjtIG1PXDjqNpGk/j9JGZU5wreB4OPzCfSLROaOw0Jgh&#10;DLDoTppz8+6veiIkayfyqBx3/Lt96Biriee65pbRp+a7/qgsi4naV0PWsVzjUQNIfp8wsK+vaIUk&#10;Y+kNfIfWUWL17Mxqxj7K7WskMc/duDezPafzVer+sOYf8DT/ANP/AMksH/C/ertXElNpdxHu7Dev&#10;Zp/wVP3O/wDJqf7czv8AR1fc7/yaq14GcQHDHsIIBBjQg8FFb0/O/wC41n3D+9C49wn19j9if9tZ&#10;37lX+a7/AMmmPWc792r/ADT/AOTQ/wBn53/cd/4f+SS/Z2ef+07/AMP/ACSaTHuE1PsfsXPWM/wq&#10;/wA0/wDk1B3WeoAGPTBg6hmo8x7kKyt9b3V2N2vYYc09ihub/H8iGirPd0/q7QzKz6K7yNhO+zdw&#10;Q33ndP767LrdGBk4nqXnc3HJc3YRJO0/omu923d7Vw/SavXyKqN20POp+AL/APO9q18vq1d+dX0/&#10;DgY1FdjbHDWXCt52N/tj9JZ/hHpZd67rsJ0vxdrK6hRa+mutocbAHvsB+ifY7YNPf/OLidBn5Y8M&#10;iz8q2sG9j3sY1wcamw8NM7SRX7XfytqxbB+vZZ/7sP8AyqHlJHJ6iK4gdP8ACZeZAiABrRH5O7ha&#10;4lfhBH3OchsH69cPIfkYi9PbOFV8Hf8AVOTMb/lC0fyR+RilkNfqtjt9H//Q6vFrsDjw8OjT6J0A&#10;b+d7HK7QytxqFbvT9R0BrhAILXP0a6G/m/4Nyq4e3cdlhbtiG8jjX2WLUxy+quugsbax3sH5p0aX&#10;e5j99bvoJ61X2T0zFojc4ltjNRJk+5v0/wDovSGMXN3EgsII3M176S1HY1reS6khxLQdW/yf3q/o&#10;/uOUvpD1HAQQQXMOvP8AsQspoOP1XA9UMIA03CRwdY/76uS6ti+kTpAK9CyoIbOpk6xB08Vyv1kq&#10;aQ4gdpU2PUU18ookvCf4Y/Eq40foz8D+RUmj9OR5laLW/oz8ChELSXtOmYzsmmkN26V1g7pH+D3f&#10;m/1Vd/Z1g+ia/LVxlV+kOYzD97mtmusAOI1mvbEH6SttyccEk3NB/FRQhEjWmzKRvS2B6bf41/8A&#10;SQcnFtxg0vLTu3aNntHirv2rCiPtLAPAkkKr1K6iypgoua9zdxgGYkD6SUox4TQG3ZQlKxu8l1J4&#10;bn5RPHqx8yGqgMhvruq0JMOaR+6QdPwRes2A35jS39L6khk99rY9357Fh1Zfr573tPp7qxsnU67r&#10;ePoe5Q8VAeH/AHK4Qsy8S9V9X3izNxweCXA/AteEH6uWGzOJOoDrgNIgCt7f4KP1Xf8Ar+O3kgun&#10;tw16F9Vnn7dtOu31JH50urs9u3+RO5TToyie8bYoCokdpf8Aetn6obt3UCRAOVYW+YkDRHZSX5WW&#10;4cC98/eqv1Ne59nUy4zty3tHeAI0WhS4i/NHje/8qbyg9dHsWTmj6b8Q62A3bh1t8Af+qcoNH+Ur&#10;f6o/6liLhf0Wv+1/1RQ2j/KNn9QfkanZPm/wlQ+Uf3X/0etoeJDXMLg2J4dytDC9IMr9TdU9sQfc&#10;PdEfymfR3LLoPumdXROngtDGvdDHiJ0dEHwI/e/lKRa6DCXHS1p2uMSBJj+ps8VOJ95bpBB2nz/s&#10;+CAMg2RLWmHdzPH9lEaQ7XZA1Bgx/wCRTUscsmGAk8u5XMfWBxcx3kIXTZnt9PdI1dyfgue65TZZ&#10;+hrbvue0llQgvcAJJbX9NTYtmvm3L56z+lO/rFa7Gfovksi2u/Fz31ZNbqbA4gtsBadDt7raoLXV&#10;cgCOU6P7WM/seu6YAyquzu2oQeeawr9Dtrh7Y8JPl/1Kz8HIprx2bg9wdW0S0aQWRuG7/wAii/as&#10;Zo0bb/mjT4KKJiAQe7ZNmnRbkEOEawO+mhVLrLt9DC0lu3cRHw/tIR6jSD9G4jwgD7/b/wBTsQcn&#10;NruZsDLGgCBpP5GtQkYkHVIBsPCdcue3qF+7c+bC1zmAbSdrS4bJ3V7f69i56mHWOAgyBIg6e4+3&#10;dHl7F0XXA05+YJDgbdx0IiWt9jtwHv8AzlhuxW0Z2pB3V+q0AQAXduXfQUUsR0rY/wDoKYz+cdnq&#10;PqhJz6Y5O6B/Zet/pvQOm9HbuqbZkZW0tF9pDYkFjvTafTrr+l/w1iwPq1lHGqALn+kYc+pjg0Od&#10;GnqfvNW+3rAb/N4rR5uf/wCRarJxyNEC9N2GGSIsE9UPQ+jXdMZkussbdZkWutayprtrZ/NfbZ6f&#10;/QYq27JZmZLHMbu9QutAJgOdDtrD+c3arP7SzQ7cHhxnQWOLwOeA30kJwuAvz7WkMtIfZbEViP0f&#10;t+5Nx4eCQPy14rsmUTFD1fR2sAziVn+t/wBUVAf8ov8A6g/IE3TXThVkeLv+qKX/AGvd/UH5FDkP&#10;qP8AeZsfyj+6H//S6Glw3EjjSOfwVypwhu0e2ewjRU6TrEaiO/irVY2honyUi1vVFvZvfXsrlJBE&#10;7dNVQpI0jUkyf9QrlZ2iY4mUCFWmy7DjNOWQHNprsLmk/wBSzdx+b6a8fb0763Y/XnZ/TsPJLX2i&#10;6vKuYSBY4bXWB95b+itZ+iuZ/hK/+KpXof1pynDp3oscA2x222O7T+YsjFsbZ06oH3n2fTJIOrfp&#10;6/RQ619U3Wv0W69jdUyL6cvMxK8b06R6wtfSWusj3DHq32X+z99384pYLqXVgGqrj/RhLrj2NxSw&#10;BswAXAAEn97+0qeFbEJszw5NOoTH1R8ncDtABAAEAAcJEnyQKrZCLuStSxJ8v9fmoOLvL7j/AHpy&#10;5Dc5BTWy6qnscX1VOceXFgJ+biuZqrY76wZjCGPa2mNsS0R+bt/trsMairKNjbSQGgQWmNTPP3Ku&#10;OgdPxsy3KGNY63IEWP8AWJDhM+1v5vCRjKr6FII26sumOwqqK22VVNJAM7BEfR9zgw7f7S0aX4Fx&#10;eK66n+m4NJaGEGQ1/t/z1WooYwNjbQK4IADnH2/R9zn7t2qZ1J+1y4Msqc5zvaQWgkBg3fyvYpYS&#10;9I1r6rJR1Olt8043+hZ/mN/uQ72UFja3NZ6RLQ6sj2kbpMsjamF9Ycd7g0HiSPFC6j1LG6diOy8k&#10;u9NpawBglznPkMY3VrUjKx5pApsNFbG7a2tawcNaAB9wQP8Ate7+oPyLEv8Ar30Ss4xr3XV3jdcZ&#10;DX0y7ZttpO7fY3+c2tf/ADa2jH246yNnI+ChkvH7H//T6SpoBknmPLhHpcIGmp0k/wC1Vaokkd41&#10;7fepCzcA6YB1hS0tb4t29xyk7JDWk88zJVA2kcaCeVldd607puKbWAPtMljXfR/rOSqtSrfQNjr9&#10;7rcfa2XkO9oaCdZjhqxcXquNVj1U23V1vfshrnAHnTlcqfr59YXtsrpsAa5znA7WmxrHO3tqORG5&#10;7a/5SoP6t1O1z/WNU2Fxc59bC73/AM5texjdm/8AkKMn1WO1LxAkV4ve9U6gzIs+zY59axztsM92&#10;v7un0nqxi9M6noTVt+Lh/tXK/U/o/wBYrc4ZuADTQ322X3fo2Obz6dDPpu/63/Nru7GfWGlhL6xa&#10;G8+jYXH/ALb9j3f2UDDjJkSfClWIekV42wdTlYzA+5u1p0kEHVSbbI5WZ9rflFznuIAHt05I7O/O&#10;RanuETP3KMyo0kRsN8vUHOUGkkd/uScDHf7incVopp53UsjptVmZjw59Ldzq36Ne0Eb63x/J+g78&#10;xWK+vdN6xjNfhucHnU0WNIe0xuc3/R2f1q3LN642em5QM/zbu3gs/wCqDDGKdffaT8gNv8E4S6II&#10;6uubKt30hzAUbMrGpcW22Ct4iWukHXj2pzU05u0gOb6h9pAI03Hgqh1i9lT6rKMcu9R/pm46NMfm&#10;t+k7aiRoVA6trIya3472VWA2Hbtiezmu/gtc0Y3Uumuws1pfRYBMGHAt9zH1v/NexyzGYrQNAtHE&#10;9rAEyqNrr0poZ31D6Pk4mPTiufiuoLg+6BY+1rjud67js/SN/wAE/wDM/wBGtxoDcoNGgbWAPgBt&#10;RqjNXzP5UEz9vH/FokbEIBf/1N9rnEkfR2xrydUgNAKxoI1nt8VWys2jDrFtxLnO+hWOXR/33+Ws&#10;uvN611FxpwK7C1uhbjtJIn/SXfm/51asxgTrsO5a2XmceM8Os5n9CA4pO+KrDOgkd3kMaNPznO9r&#10;ViZVWO7IdZfZXdYDo9zhtB/4Nk/9Wj1fUj6xZJ3XMrpP/DWbj/4EL1bZ/i86kfp5VDf6rXu/9JpS&#10;jjOhyfYxjmOZ/R5Y/wCHLheK6r9VcfKyW5GDk0YxfP2hhI2k/wClqY38/wDfZ7Fe6L9UulY1jLL7&#10;mZNrdQXubtB/k1Tt/wA9dV/43WZ/3Nq/7bd/5NDf/i86mPoZVDviHj+D03gwn9P8E+/zg35cfSYd&#10;HHDAxray0gDQNIP5CrIa9lbrHAho7wYXPWfUDrjNWnGs/qvcD/06moLvqt9aqAQyh5b39O5v/U+o&#10;1OjCHTIProg8zm/S5af+CeP/ALlFm7bMzItaIDn7w0dzAn/Ps9yTaHNB59od89jdn/StsQ3YH1jx&#10;zudiZMiCXekbPoncz3Btn0HfRVd3UMyn2XAN027bGbdN3qHsz6T/AKailykpSMhKJvsV4+JY4ipY&#10;8kP70XUNW1rxrp6g/wA1rP7krBDnRMguj4jbkM/781UG9ZJkvpa4u3ztdGtgh3Z6mOq1TudW5pBY&#10;7Qg6tGx/7n0mIfdcg6Lh8Q5Y/wCUrzEgrOxm5GNdj1u2m1jmMcQYkt3Ul39g+kh9DwRjZOIxpAFY&#10;lwYDBlrju98fT/8APiJ9rw3NDQ8s0LZLToAd9B9u7+a/9VKxgXYHqDJfkMrcAS2oy0gu/nQ6Rt9P&#10;d+kY1r/+MSGGYIsH7F/3nCRpkgf8II3guyiA4sLnn3Dnv4qV7GMrZW0Q2eP70Cy4epvrcCQ4kEEE&#10;cp7Mht2wt0M+4Hsf/I/uIgb2usGqN+TdY0bR8EeoQEFnA+CL6lbR73tb8XAfxTJBddal0cc/ox8S&#10;hOIGeCdAKiSfIakqqOs9Ox6odb6jpJ2VguP+dpX/ANNUPXzuvZwwsCo1iwBr9ZhgPusyHj6FX8j8&#10;/wDm/wBInxwyIFjhHWUtGHJzWKGgPuTOkYQ9UjL/ALl//9Xa6B9XG9bvf1TP3DB3FuPSCQbA07fc&#10;/wCk2lv8j+cs/wDBO3ooox6m00VtqqZo1jAGtHwa1B6V9m/ZmJ9k/o/o1+jPOzaNm7+UrSkyGR1I&#10;Ij+j2YcEcceIAiWTfKQblx/1lJJJKNmUkkkkpSSSSSlJnNa4Q4Ag8g6p0klNK7ovR759bBx3k8k1&#10;tn/O27lRt+pn1csn9U9Mnux9jf8Aoh+xbaSfH3P0eL6Wwz+7/wCU9v8Aw+H/ALp5e3/F90d0mu/I&#10;rPYbmuH/AE693/SVSz/FyP8ABdQI8A+oH8W2MXZpKQSzj977GCWPkDucX0mI/wDRk8FZ/i86mP5r&#10;Kod/WD2/k9RBd9QOujizGd8Hv/jSvQ0k4ZOY/dP+Kxnl/h5/TgP+qf8AoT5yPqF16f8AtOP+uO/9&#10;JItf+L3rBP6S/GYPIvcf/Pda9BSS93mP3T/iqHLch+/H/wAMDyGJ/i8xWEOzct9w/cqaKx8C5xtf&#10;/wBQumwOm4PTqfRwqW0M5O3knxse6X2O/ruVlJRTOU/PxV4ig2cEeWiaw8F/1Txyf//ZOEJJTQQh&#10;AAAAAABhAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwAAAAGQBBAGQAbwBi&#10;AGUAIABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADUALgA1AAAAAQA4QklNBAYAAAAA&#10;AAcACAAAAAEBAP/hDkJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvADw/eHBhY2tldCBiZWdp&#10;bj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6&#10;eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMTMyIDc5LjE1&#10;OTI4NCwgMjAxNi8wNC8xOS0xMzoxMzo0MCAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJo&#10;dHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlw&#10;dGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;IiB4bWxuczpkYz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnhtcE1N&#10;PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25z&#10;LmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlRXZlbnQjIiB4bWxuczpwaG90b3Nob3A9&#10;Imh0dHA6Ly9ucy5hZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtcDpDcmVhdG9yVG9vbD0iQWRv&#10;YmUgUGhvdG9zaG9wIENDIDIwMTUuNSAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIyMDE3LTA2&#10;LTMwVDA5OjAwOjUyLTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE3LTA2LTMwVDA5OjAxOjQ2&#10;LTA3OjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxNy0wNi0zMFQwOTowMTo0Ni0wNzowMCIgZGM6Zm9y&#10;bWF0PSJpbWFnZS9qcGVnIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjk1NTcyY2MzLTVkNzIt&#10;NWQ0ZC1hZDc4LWEwMjBmZjI4YjFiMiIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDpjYmIwZjZh&#10;Yy1jNzUwLWYwNDUtYjZkNC0wNDUwOGYxMTJhYmUiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0i&#10;eG1wLmRpZDpjYmIwZjZhYy1jNzUwLWYwNDUtYjZkNC0wNDUwOGYxMTJhYmUiIHBob3Rvc2hvcDpM&#10;ZWdhY3lJUFRDRGlnZXN0PSIwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMSIgcGhvdG9z&#10;aG9wOkNvbG9yTW9kZT0iNCIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRlZCAo&#10;U1dPUCkgdjIiPiA8eG1wTU06SGlzdG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0aW9u&#10;PSJjcmVhdGVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOmNiYjBmNmFjLWM3NTAtZjA0NS1i&#10;NmQ0LTA0NTA4ZjExMmFiZSIgc3RFdnQ6d2hlbj0iMjAxNy0wNi0zMFQwOTowMDo1Mi0wNzowMCIg&#10;c3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUuNSAoV2luZG93cyki&#10;Lz4gPHJkZjpsaSBzdEV2dDphY3Rpb249InNhdmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlk&#10;Ojk1NTcyY2MzLTVkNzItNWQ0ZC1hZDc4LWEwMjBmZjI4YjFiMiIgc3RFdnQ6d2hlbj0iMjAxNy0w&#10;Ni0zMFQwOTowMTo0Ni0wNzowMCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9w&#10;IENDIDIwMTUuNSAoV2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPC9yZGY6U2VxPiA8L3ht&#10;cE1NOkhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgIDw/eHBh&#10;Y2tldCBlbmQ9InciPz7/4v/iSUNDX1BST0ZJTEUAAQkACIBwQURCRQIQAABwcnRyQ01ZS0xhYiAH&#10;0AAHABoABQApADVhY3NwQVBQTAAAAABBREJFAAAAAAAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUFE&#10;QkUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAApkZXNjAAAA&#10;/AAAAHRjcHJ0AAABcAAAACt3dHB0AAABnAAAABRBMkIwAAABsAAAogZBMkIyAAABsAAAogZBMkIx&#10;AACjuAAAogZCMkEwAAFFwAACOLRCMkExAAN+dAACOLRCMkEyAAW3KAACOLRnYW10AAfv3AAAkJFk&#10;ZXNjAAAAAAAAABpVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AHRleHQAAAAAQ29weXJpZ2h0IDIwMDAgQWRvYmUgU3lzdGVtcywgSW5jLgAAWFlaIAAAAAAAALVa&#10;AAC8ZwAAkjBtZnQyAAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAB&#10;AAACAAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kghyGy&#10;Itoj/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07iTylPcI+3j/4QRFC&#10;KUNCRFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6W1FcZl14Xopfm2Ct&#10;Yb5iz2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4vXnDesh7zXzOfc1+&#10;zH/LgMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY/5ny&#10;muSb1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2va7BZsUeyNrMktBK1&#10;ALXtttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfslsylnLRMwuzRjOAc7r&#10;z9XQvtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvjnuR75VfmM+cO5+jo&#10;wema6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+tP9a&#10;//8AAAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvhHOEd&#10;3x7bH9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjODNIE1fzZ/N384gDmC&#10;On87fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTVVddW&#10;2VfbWN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx3nLa&#10;c9Z0zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obth9uIyom4iqaLlYyDjXGO&#10;YI9OkD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLmo9ikyqW9prGnpqib&#10;qZGqh6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7xITF&#10;isaQx5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr3Xneht+U4JzhouKo&#10;463ksuW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v/xf/&#10;/wAAAgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAdPx46&#10;HzQgLCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000QTU2Nis3ITgWOQs6&#10;ADr2O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hUiFWI&#10;VolXiliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6psq22rbqtvq3Cpcahy&#10;pXOjdKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M4o3Y&#10;js2Pw5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhuqXiq&#10;gquOrJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznIXsmC&#10;yqbLysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ58zo&#10;xOm66qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm/RH9s/5N/uH/cf//&#10;AAAB2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtmHFUd&#10;QR4sHxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5MmczVTRENTI2IjcR&#10;OAE48TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCtUaFS&#10;lVOIVHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr5WzS&#10;bb5uqm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuBwoKog42EcoVXhjuH&#10;IIgFiOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrqm9Scv52qnpafg6Bx&#10;oV+iT6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2yLfNuNO527rju+28&#10;+L4EvxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD1ifXTNhz2ZvaxNvv&#10;3RreRt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67////&#10;AIAAgADltH/Nf1TMP3+lfsOyjH+UfmmYf3+efkx943/BfmNiQX/+fpJEYYB/fwUfZIH+gBz8uH50&#10;i3nkD35XibLK235PiBSxPn5chrSXL36ChZt8k36+hLpg6X8Pg/RDAH+Wg3gdooDkg9/6o30llwji&#10;SH0clDHJWH0lkXqvzn1Ljx6V1n2GjQ17Tn3XizxftH43iYlBy37AiC0cBH/PiBH4v3wXorDggnwX&#10;nsnHsnwrmxSuRXxbl6OUc3yrlKZ6Dn0MkeZelX13j09Atn3/jS0ajH7Ei8n3CXtHrnXe2ntEqXrG&#10;G3tdpMSs0nuWoGaTEHvqnFp42nxbmLtdiHzPlU0/uX1SkosZPH3GjvD1hXqqul3dWXqftEjEp3qz&#10;rourfHrwqT2R4ntMpE53snvAn7pci3w9m48+03y8mHYYF3zbkEn0OHovxnLcDXobvzvDYnonuHOq&#10;TXpksjaQ33rJrHF20ntEpxBbrnvAojA+DHw7nw8XHHwHj6DzHXnR0sja8Xm0ymHCSXm4wo2pP3nw&#10;u2GP53pZtM52BnrdrsZbBnteqYc9Y3vQpNMWSXtSjxHyKnmM34TZ/Xlm1dPBVXlgzO6oVnmUxOKP&#10;E3n+vZJ1S3qGtwdaaXsMsdw82nt6qSUVnnrIjp3t7YkTfivWfogAfbG+zYcFfVemtYYwfTOOGoWE&#10;fUh00IT8fYxaa4Sbfeg9joSffosYi4Z6gAHryYeuiQjVAIajh329jYW5hiGlfoT4hQOM0IRkhCpz&#10;fYP0g4hZD4Oogwc8OYO4guAW+YV3hAPp+4Zwk/jTU4V3kXW8EIScjxmkFIP1jROLiYN1i1ZyVYMX&#10;idVX/4LYiHw7LILrh5QViIR7h6joUoVznvjRsoSDm4G6f4OymDuioYMOlTqKOIKgkqFxKYJQkENW&#10;94Ibjhw6NIIujJYUOIOJisnmyISqqhjQMoO7pa25BoLxoYKhP4JVnaSI7oHjmhJwC4GjludWAoF1&#10;k/85U4GGkgwTFYKajOflY4QMtWLO1oMdsAO3tYJSquqgBYG5pi6H1YFOocZu/YEJnbxVH4DjmjM4&#10;iYDzmDgSH4G8jEHkL4OLwNrNrIKcuoK2koHOtHqe9IE2rt+G6IDTqbBuMYCTpO1UXIBloNg33YB0&#10;nlgRVIEDi7fjKYMkzJXMr4I2xTu1mIFlvkOeA4DKt8uGCYBpsd1td4AzrI1TxoAIqFY3TYAKo1wQ&#10;roBsi0fiToLQ2LvL2oHm0E60xIETyGGdNYB0wRSFToASunps1X/ftM1TPH+6sEg20X+8pRAQKn/0&#10;iu7dPJJhfJjHa5B6fEOxVo6yfBCax40afBGDl4u3fElrnoqCfLFSdYmIfTI2joknfgERMovWf97b&#10;RpEthsvGBY9ChYSwKo2DhG+Zsov8g5CCg4qtgvJqjImNgohRXoijgkA1eohJgmAQBIqYg4bZs5AA&#10;kSTEnY4iju2u/YxjjN+YgIrxiyaBVYmzibJpaoimiHxQSofLh3Y0dod5hwUO+olWhrvYR48Im5LD&#10;Lo0ymHutgYuGlZeXHooTkv2AF4jokL5oU4fmjrxPW4cTjP8znYbCjB0OFIgoiYTW6Y5KphXB0Yx4&#10;oiasJIrUnnOV0olomwp+5ogyl+pnS4c+lS1OfYZvkswy2YYckcENTocliP/Vp42xsMfAm4virACq&#10;9oo+p3eUtIjWo0F94oekn1xmWIanm9pNtYXdmPkyLIWKl/IMqIZLiI/UkI0zu6W/kotntgWp8onC&#10;sKaTvohbq6R9CocwpwhlnoY2oudNDIVfn68xnYULnT8MHoWXiDHTo4zLxse+s4sDwEmpFoleuhSS&#10;54f0tEl8QobMrwRk9oXcqndMh4UFp2UxJISioToLroUEh+bS4Ixy0le9+4qwyvGoXYkNw+GSMYej&#10;vVN7nYZ6t3xkaYWLssdMDYS9rmcwt4RcoPALVYSOh6nM+5vye1u4k5lHeyGj9pa4ewmO3pRgeyZ5&#10;FZJFe3hiaZBle/lKco7afJMvY441fX4KfpAff8DLOprihP23Zpgjg+ejAZWZgvyN+pNNgkt4K5FD&#10;gdhhfI91gZpJfo33gYEueY1XgeMJz46bgwjJ05nfjq22HJcljMKh5ZSYiviM4ZJbiYl3IZBeiFRg&#10;g46eh15ImI0qhqAtp4yMhp0JNY1HhejIqJjnmI6045Y9lc6gp5O9kzSLu5FykO12A4+Gjv9ff43S&#10;jVJHsYxmi/ss3ovMi80Ir4wfhd/HfJgsooazxpWEnvqfe5MLm6yKhJDSmKp07I7ZlfRej40xk6BG&#10;7ovFkcQsO4snkb4IPIshhZHGX5ebrKWyspT1qFmebJJ+pEqJhJBKoI10AY5TnSNduIydmidGQYs0&#10;l/crroqUlzsH24pMhVDFZpcmtuyxyZSAsd6diZIIrQ6Iqo/VqJpzQI3lpI9dE4wwoRNFsYq0ntMr&#10;OooSm8gHi4mbhRrEkpbDwXixB5Qeu6WcyZGnthaH7o9ysO5yj42FrFVcfYvaqJlFPopcpkEq2Ymo&#10;nPkHSokLhO7D4pZuzHmwZ5PKxdicKJFWv4WHTo8jubNx/o02tKpcA4uNsRNE1YoarEIqfIlpnLoH&#10;FoiZhMu9P6XQenqqHKJoek2W0Z8cekWDFJwIenJunZk4etRZLJaye2RCU5SifAon85PzfP0EqpN/&#10;f6a7s6Tig5SpKqFagpyWFZ4KgdCCYJr9gT5t25g6gOtYY5XCgM5BgpO8gNsnNJMLgXUEaJIDgpq6&#10;iKPrjMKoF6BoiwGVJJ0ViW6Ba5oXiCls8ZddhydXipTvhmZAvJLuhegmjpI4hlsEL5C0gtS5fKMb&#10;lfWm/Z+jk3qT/5xZkTmAX5lOjzNr9ZadjZFWrZQ0jDFAApI0izkl+ZF3i9kD/Y+SgrK4lqJVn2im&#10;Cp7pnDOS/puqmT9/VpimlotrBJXYlC5V2ZN8kj8/UpF+kOwlbpC/kVYD046Zgpa3o6HIqQKlNZ5V&#10;pRWSLpsRoWt+gpgRnhlqOZVWmyJVIpLrmKw+w5Dslz8lAZAnlgsDr43Ign22y6FXsr2kbZ3hrh6R&#10;bJqdqcZ9ypegpdFplpTrolJUlpKAn4M+T5BsnlQkrI+gmMwDkY0agmm2D6D+vLajxp2Ct2GQypo9&#10;slx9LJc/rcxpAZSOqeBUF5Itpw0975ASpMMkZY8wmJsDeYyNglm1caCvxyyjPJ0twReQQZnqu198&#10;pZbwtj9oiJRAshJTs5Hgr0c9m4/SqagkH470mGwDZYwdgkyuHq/+eeScKaveebaKEKfeebJ3iqQX&#10;eeZkR6CYelBP+Z1zeuY6H5r2e40gKZqYfHEAAJXTf8qszq8ogoObaKrkgZmJfqbagOB2+6MTgGNj&#10;qJ+bgCZPU5x/gCM5dJoFgEwfoZmWgRcAAJSOgACr3649iy6aiqn+iY2IvaXtiBp2MaIwhvti5J68&#10;hiBOn5umhY441ZkshUsfLpirhkYAAJNwgACrEq1qk+eZqqk3kZqHzKUwj4R1UKFojb1iEp38jFFN&#10;6Jroizg4QZhqiqIeypfXi7MAAJJ4gACqQazKnLSY2qiYmcKG86SUlxd0daDPlMBhTZ1LkrBNQpo9&#10;kSg3v5e4kGsedZcUkGEAC5GSgAepkKwspcyYL6f8ojGGSKP5nuJzyqA1m+9gqpyymVxMr5mPl2s3&#10;TZcKluUeKJZflFgAG5DEgBKo4qu5rwOXoqd9qriFwqNypsNzQJ+so0NgKZw2oE9MQZkcnjs29paA&#10;nX0d85XIlEAAKJAZgBuoQqthuHSXGacbs3uFQ6MNrudyyJ9IquRfu5vWp6lL4ZjFpeM2sJYjousd&#10;zJVPlCYAM4+PgCKnuasVwl6WpqbEvKuE1qK2t3FyYp72svpfY5uGr7pLnJh1rR82e5XdpNYdp5UJ&#10;lA0API8ggCifsLqEeXSO1bWreTp90bD8eTJsZKyLeWdaOKhkedRG76Suemox66HmewcX8KJye74A&#10;AJEogACeprm2gaSOQrTCgL19YrAFgA1r86uMf55ZuKdkf3JGbKOuf4MxbKDef8EXsKE7gLoAAJBu&#10;gACd97jLidWNmrPeiEl8z68ahu5rVaqjhe1ZHqZ6hTRF4aLGhMww+p/shMQXgaAchgQAAI/LgACd&#10;aLfzkhCM+LMPj+d8Gq5SjftqqqnOjGNYfaWriy1FWaH2ilcwlZ8TiiwXXJ8cirAAAI8+gACc1bdG&#10;mmmMYrJhl6Z7e62mlTRqBqkkkxhX7aTwkV1E4aE/kDUwPp5SkCoXPp42jrgAAI7EgACcO7a/ou6L&#10;2bHRn5J6+q0PnI9pi6iPmfhXeaRal9ZEfaCSlnAv+J2elqQXJ51nj6gAAI5egACbyLY2q6CLcLFE&#10;p6V6mKyCpBNpL6gEoQVXJaPUnpdEOaAInUkvxJzwnCcXFZyoj5sAAI4KgACbSrXXtIyLIrDUr9t6&#10;V6wDq6to6ad5qDFW36NLpbBD/J+VpJ4vnJyGoDEXFZwXj5sAAI3FgACa2bWGveuKy7B0uIN6Dquh&#10;s7ZorKcbr+NWsqLvraBD3584qqcvkZwvoCkXH5u2j6IAAI2OgACR88VjeRiCH7/SeMtyFrp8eLlh&#10;o7VpeOpQcbCneVM+C6xzeeQppqmWemoPZqtZewsAAI1DgACRN8SLgOaBtr7zf/hxwrmQf0phSrRt&#10;fuJQDa+efsQ9ratffuUpXahmfzIPhanDgEQAAIz+gACQzcOSiKiBR74IhydxXriehdxg27N1hPNP&#10;oa6fhFk9UqpahBkpI6dKhE4Pr6hPhO4AAIzBgACQgcKpkGuA6L0jjl9w6be8jJVga7KGiyZPOq2y&#10;iiU9AKlqiZMo9qZIieMP2qcEiQIAAIyMgACQLMHomE+AlLxblbVwkrbwk3RgC7G7kZVO6KzWkCY8&#10;w6iSj2ko16VjkBsQBKXhitQAAIxegACPx8FQoGKAQru1nTdwTbZAmnNfz7EJmCxOrqwmlnE8lafQ&#10;lbIowqSWlbwQK6Tjiu4AAIw4gACPZsDVqJR//LsqpNBwFrWqoYdforBvnt9OiauTnQc8fac6nKwo&#10;uKPgmm4QTqQGiwYAAIwZgACPJsBRsPV/zLqhrJNv9rUfqMtfja/jpdhOd6sJpBo8b6a8ov8os6NT&#10;m4UQbKNEixsAAIv/gACO1L/wucl/rrottJtv7bSbsC1fh69RrPpOe6pwq1w8gKYgp/Uo3KLIm6AQ&#10;sKK4i0gAAIvrgACEtNCfePN118pZeINmrsRveFtXEb7WeH1Gs7mTeNo1B7UIeVgg9rJ3ea4H67LZ&#10;e0UAAIn5gACEYs+fgG51m8l+f2dmcMOMfq1Wzr3WfkRGcbh0fik02bPMflAg9rD+fp8IZ7Dqf+cA&#10;AIoWgACESs6Fh8V1b8h8hkFmQ8KFhPpWmby9hCFGP7dLg540vrKRg4EhC6+Vg/gI5q8og/4AAIov&#10;gACERs18jxZ1X8dsjRlmIMFyi2dWdrubihpGJLYoiUg0tbFmiP4hLK5JieQJXa2bhlUAAIpFgACE&#10;OcyYloV1WMZ4lAdmHcBwkfBWarqXkElGIbUVjyQ0xLBVjt8hWq0gj3sJzKxChqAAAIpYgACEHcvU&#10;niF1UMWkmxpmKL+OmJBWg7mvlplGOLQvlUs0469dlUohkqwYlEAKNKsbhuYAAIpogACD/ssspc91&#10;SsTvojlmN77MnztWobjpnP1GXLNum7k1Dq6am60hzasyltsKkaofhyUAAIp1gACD3MqaraZ1RcRU&#10;qXZmSr4opgFWwrg9o45GhLLCoqE1Pa34oOkiCqqClwQK56lPh18AAIqAgACDvsoStcV1RcPFsOpm&#10;ZL2TrPJW8rejqmZGwrIlqN81iK1WpDIiZanbl0ELR6iwh6AAAIqIgADyhntGeYra93uceaXC/Xv2&#10;edGqfXxYehyRcHzDeop3u307exZc9n3De6o/1n54fFwbFn/RfQ/wXHmQhO/ZOnoHg+jBcXqAgwSp&#10;FXr+gk6QHXuFgch2eXwXgWRbunyygQo+l31ngNQZdX5fgNvuangmkHTXaHisjlG/13k3jFGnknnM&#10;ip+OvHppiSV1N3sRh9VakXu6hpU9dnxrhYkX9nzvhRjsmHb4nAbVn3eFmNO+IHgaldGmAXi8kw2N&#10;UnlvkKZz9XonjmtZdXrbjE08bHuFioIWmnuIiN/q8HYFp6PUAHaTo2y8inctn2+khXfXm7mL73iR&#10;mEZyvnlalSxYZ3oXkjk7dXq3j9UVZHpXjBTpgnVLs1LSmXXVriK7KXZsqSijNXcZpH6KvXfaoCJx&#10;mHinnBNXbHlrmGY6lnoCla4UVnlnjcDoUHS5vx3RbXU9uPS5/nXOsv+iE3Z6rWSJuXdDqCxws3gW&#10;o05WkXjYnus51nlmnCoTcnimjSbnV3RMywvQeXTKw+q5BnVSvQChGXX5tnaIzHbEsGhv6HeequFV&#10;53hkphw5M3jjodESuXgIjKjmkXQD1ynPuHR5zwy4OnT2xzGgRXWUv8iH/3ZcuPdvL3c4suhVRngA&#10;ri04pnh3pk0SJXeLjETh44Qud+XMM4OjeDu18oMueJie/oLReQyHWoKLeZ1u8IJdektVYIJPewI5&#10;JoKZe9MT34SdfI7gH4Kggr3K94Ipgfe03YHFgU2d34F5gMyGI4FDgHRts4EpgEBUHoEwgB437oGD&#10;gCwSeIMggKbehIFKjavJToDhi96zUYCHii+cZ4BRiMOE1IAyh4xshoAuhoFTDIBAhY4254CNhOIR&#10;PIGyhHPc54AqmJfHpH/FldWxqn92kzqa6n9GkNSDfH88jsJrWH9IjN5SCH9kiyQ1+n+sieEQK4B1&#10;h8HbYH89o5LGJH7Yn+qwMn6QnGuZgX5pmSSCL35hlhdqOn5+k2hRFX6jkPM1IX7ij0oPQH9lilDa&#10;DX6Frq3E2n4gqiSu7X3Vpb2YS32xoY+BFX2wnalpMn3LmhtQOH35lws0Xn4ylV8Oe36AicrY833z&#10;uerDyH2OtIGt2n0+rzGXPH0YqiCAI30epW9oYX0/oSdPfH1nnYwzuH2Zm2YN2H3DiVzYEH2FxVnC&#10;630fvw6s8nzIuNeWUHyZsuN/RHygrW1nnXzLqJVO2nz3pNkzLH0boFgNU30oiQLXZH010RfCPHzQ&#10;yeesMHxuwsaVgnw0u/d+hHw4tc1m93xlsJdOVHyXrJYyuny3okwM6HytiLrRwY1RdpK9tYvrdwap&#10;A4qpd36TfomOeAl9MYiXeLJmBYfFeXpNnocoekkyOIclezEM1okkfHnQPIvxgMe8fIqZgD6n2olj&#10;f86SaIhVf358H4duf1dk+4auf1FMlIYef1wxNYYaf5gL7IeLgFrO4oqpixu7IYlfiZymrIgriDeR&#10;L4cwhw168oZYhhNj4oWphUZLj4UmhJYwRIUhhEQLHoYkg8LNfomPlXW5sYhJkxelJoclkNqPzYYu&#10;js95sYVsjQtix4TMi3ZKnIRRihUvboRGiVkKa4TshrfMJoiwn9q4V4dsnKujzoZOmZ6OgYVdlsJ4&#10;hISYlB5hwoQIkdFJwIOTj9Aur4N+jvEJ0oPhhqTK9ogAqmi3L4a9pmqiqoWeooiNaISwntp3goPv&#10;m29g04NYmF5I+4LqleMuB4LQlQ0JUYMAhkzJ+YdytRm2N4YxsE6hsYUPq5eMdYQgpxp2p4Nmovdg&#10;F4LSn0dIVYJYnHUte4I4mkkI5oJGhgTJLIcDv/+1bYXFumeg34SftN6LoYOpr5J13oLvqsJfZ4Jm&#10;pqRHx4Hto/ktBIG6nnAIj4GuhcnIkYauyz20zYV0xNigL4RJvnqK6oNLuGh1NYKOswBe1YIGrrVH&#10;SoGTqtYsl4FeniYISoE1hZvCB5a9dYSvWZSKdgucDZKDdpeH8JCudzZy+I8Hd/NdBo2UeMtFuYxy&#10;eaYrA4xOeowGqYz/fJzAvJV9fyyuU5NQfsubFJFTfn6HAY+IflNyCY3tfk9cHIyIfm1Ezotvfpkq&#10;J4tDfvoGLItsgBe/jpRXiNitGJI0h52Z+5A2hnWF5I54hYlw/4zqhMZbKIuShC9D8YqBg7opY4pN&#10;g7kFvooKgya+b5NBkqer5JEokJmYuY83jqGEyI1wjONv64v0i2ZaMIqoihxDGYmeiREoqolliOcF&#10;X4jXg6G9R5JnnIWqz5BOmbKXmY5hlwODlYyqlIVu2YsokkFZQInrkFJCU4jkjscoCIigjsoFDYfQ&#10;g2q8PJG/poapxY+poviWkI28n4eCl4wHnEpt8IqHmVFYbYlAlrtBp4g8lN8nfIfwlDsEyIbzgzy7&#10;W5E5sKeo6Y8lrF+VtI01qCyBwIt+pDRtLIoEoJhXxoi9nYNBGYepm5UnC4dVmL4Ej4Y8gxW6pJDP&#10;uwGoNo69tgCU+YzKsQ+BBIsOrF5seYmUqDBXKIhXpNdAnYdAotwmqobWmiQEYIWmgva6GpB8xbqn&#10;p45twAOUW4x4ulKAYIq2tPJr4ok3sE5Wp4f7rRJALYbsqMQmSIaBmeIEO4Uvgt2yw6B6dMOhSJ2I&#10;dU6PPJrHdeJ8aJg9doxosZXpd1NT6JPaeDI9oZJFeQwjZ5JJedQBSpBZfLqxsJ9gfeagfZxrfZiO&#10;fJmsfWN7qpckfVFn7JTYfWZTJJLSfZ0825FAfeEiuZEzflQBLI7Mf92wu55Ghw6feZtchfSNj5ib&#10;hPl6tpYghDNnBZPdg5xSUJHhgzE8HZBTgu4iHpA1gzsBEY1vgLmvvJ1TkDGeaJptjmCMbpe0jLZ5&#10;t5UwizNmE5L6ifpRfpEFiPM7bo94iDkhlY9KiLMA+oxAgKmu1ZxwmYqddpmTlwSLcpbilKd4s5Rl&#10;knNlMZIbkIJQtpAzju46yo6njdwhF45tji8A5os9gJyt85vMowicrJjun9GKqZY4nL534JO8meVk&#10;Y5F9l1dP/4+KlT06OI3+lBIgqY23kuAA1opjgJGtMptNrKCb7JhvqMGJ6JW3pP53JZM6oX5jupD/&#10;nmZPbo8Km/E5wo1qmwIgVY0WldwAyImugIeskJrrtmqbUJgNseOJSJVRrXV2hZLOqVZjIJCTpctO&#10;5o6no0o5WY0AoVsgDIyQlasAvYkbgICsFJqcwJ2a05e+u2+IvpUAtlZ195J4saJin5A5rc1Oeo5M&#10;q104/IyupmUfvow+lXYAtIilgHqkCaqRdDmTn6bsdLyCsaN8dU9xBaBFdfxec51KdsVKvJqod6I1&#10;V5i+eGsbQJlreOwAAI2efxGjMKmWfOOTC6XnfJuCJKJwfHNwdp80fHBd2pw5fJdKIpmbfN40v5et&#10;fS0a0Jg1fZgAAIxsgACic6iKhYiSP6TkhIWBbKFmg6Rvsp4xgv5dH5s8gohJeZijgkQ0LJaygisa&#10;bZcZgsYAAItggAChsKeVji+RY6P2jIOAfaCAiv5u251EibJcVZpZiKtIy5fFh+EzoZXRh3gaE5Ya&#10;iDgAAIp3gACg46bUluaQl6M1lJp/qZ/Ckn9uApyIkJ9bnJmJjvZILJb9jb8zJpUCjS8ZyJUtjO0A&#10;AImvgACgOqYin96P7aKJnPN+/J8WmjVtVpval7Za+JjalYZHoJY5k+Uyu5Q7k4kZhJRWkOoAAIkH&#10;gACfnaWhqPKPZ6IFpWd+d56KogZsyJtGnvNabphOnFtHKpWympMyYpOdmhAZUJOikR0AAIh8gACf&#10;FqVDsjSO5qGkrhB99J4jqhVsSJrapnpZ9Zfgo5RGvpVMog4yEZMun3QZJpMQkQEAAIgLgACeqqT5&#10;u96OfaFUtyF9hJ3Qsotr15qDrnpZkJeGq4NGbJTvqUIxzpLYoawY95K1kOEAAIewgACV8bUIc8SG&#10;fbC4dDd2kKyidMJl76jFdWxUZ6UrdjFBoqIIdwMs8J/4d6wSbqIcd6wAAIl+gACVVbQifAGGH6/F&#10;e7R2NKuee5Bljqeye5ZT+6QRe8hBOKDpfBosj57JfGkSVKCdfK8AAIjEgACU1bMZhCyFjK7DgzR1&#10;sKqTgmVk/KapgdhTb6MHgX9AvZ/ggVssL520gWcSP58/ggkAAIghgACUTrIfjFOE7K3PisJ0+6mk&#10;iWBkWaWxiD9S1qIYh2hAPZ7yhtgr0py6hsESK54GhsoAAIeTgACTu7FTlJKEVK0EknB0WajckIhj&#10;sqTpjt9SSqFAjYQ/yJ4fjKErgZvbjKgSG5zuiuIAAIcZgACTKrC3nPmDy6xmmktz1Kg4l9VjL6RB&#10;la1RzqCUk+U/Zp1ZksMrQJsLkxMSEJvyjDYAAIazgACSvrAlpYWDYKvVoktzaKeln0pixqOtnKdR&#10;bqABmo4/G5y/mXorEJpGmJQSCZsMjDIAAIZegACSU6/FrkWDG6tsqnhzJqcspuNieKMfo8lRHZ9t&#10;oY0+zpw9oLoq2pnKnPkSB5pdjDEAAIYZgACR+696t2yCyqsXsxFy1abQrvFiKqK/q3xQ3J8JqXM+&#10;npvUps0qvJlknOUSBpnmjDAAAIXigACIdr/lc1F54br1c61q2bZDdCtbJ7HKdMxKiq2edYc4k6oU&#10;dkYkUqgrdrcKWKoHdxcAAIYMgACIHr8Fey55uboIetRqrrU8eqxa9LCrerZKT6xueu44X6jVe0Mk&#10;NKbHe4EKn6gufGIAAIW2gACH3r3ygul5Yrj9gfRqXrQmgS5alq+PgLVJ9qtMgHQ4GqesgGwkE6WB&#10;gJQK36aDgSYAAIVrgACHl7zniph5Abf1iRtp57Mih9RaLK6BhtdJlKpBhi03z6adhdUj8qRbhhgL&#10;F6UHhVEAAIUpgACHPrwKkmB4pbcWkGJphLJBjqZZwK2ejTNJP6lOjBw3j6Wsi5Yj16NWjD4LSqO5&#10;h6IAAITxgACG37timlN4ULZnl9ZpNbGIlZxZdazfk71I+aiMklU3XaTTkcYjw6JrkegLdKKUh78A&#10;AITCgACGh7reol94CbXan2Ro9bDvnK5ZOaw+mmtIwqfsmNs3OaQsmKojuqGYlqMLnKGUh9kAAISa&#10;gACGTbpiqpV31bVapx5oxrBro/ZZD6uzoWVImqden+U3FKOmnwojqqD8mB0LwKC0h/IAAIR7gACG&#10;DboRsz53wLT4rzlot6/zq4NY9asjqKhIiKa9pzk3E6L9pA8jwqBgmC0L8aAdiBMAAIRhgAB7bssx&#10;cv1tmcW2czdfWMB/c5pQc7uCdCdAnrbfdMsvRbMhdWQbBrH4dWsDb7BNd4kAAIMkgAB7aMpAeoht&#10;q8TCehFfXr9redlQcLpJedpAmbWHeg0vUrGoelYbR7Axel8EC64vfEYAAIMigAB7cskSgdltl8Oe&#10;gNhfR749gA9QTrkLf6BAfbQ6f20vULBHf3cbfa6Sf6sEl6xJgHUAAIMhgAB7cMfoiRRtfcJzh55f&#10;F70RhmdQJbfUhYVAXrMBhQIvSq8ChN8bra0dhYQFEqqbg24AAIMfgAB7W8bskGVtZcFwjoBe/rwE&#10;jOhQArbCi6VAT7Hfis8vUK3ciqwb36vQizAFgakkg7kAAIMegAB7OcYll+RtVMCalZBe97sfk45Q&#10;A7XVkfZAT7DukOwvYazSkQEcFaqmkAsF5Kfhg/sAAIMdgAB7F8WEn3VtR7/qnLNe97pgmkdQCrUM&#10;mGZAW7All10veawAl3kcS6mjkyEGO6bOhDcAAIMdgAB69sUGpzBtP79bo/1e/LnBoSxQFrRhnxRA&#10;Z691nlkvjatWnNMceKjgk0AGh6XrhGoAAIMcgAB63MSdrz5tPr7hq5NfCbk4qFtQKrPMpjNAha7X&#10;pM4vuaqwoEUcs6gxk2cGyKVGhJYAAIMcgADmH3ZwcxjQG3dLc/G5gHgfdMyiKnjqda+KJHmydqFx&#10;Y3p/d6NXhntPeJ87L3wxeZYWnX0heejkD3SHfmjOa3WJfhu3+nZ8feWgy3dlfcqI3XhLfc1wLnkz&#10;feRWW3oVffk6B3rvfhIVIHtUfcHiMXLwidLMmnQCiGS2X3UKhxKfRnYKhf2HfncIhRFu83gGhEJV&#10;Pnj2g3k4+XnEgsQTxHnVggvgaXGTlTjKzXKukr+0nHPAkGydsXTRjkyGEXXmjHZtsnb2isJUKnfy&#10;iSE3/niyh7cSlHiLhezeyXB1oJ3JMnGSnS+zAnKrmeecK3PFltWErnTlk/hsfHYHkWlTI3cLjvo3&#10;FXe7jP4Rj3dxiT/dbG+YrA3H2XC0p7qxqnHLo3+a23Lon3qDd3QPm7RrWHU1mDNSLnZBlQ82Qnbh&#10;ksUQtHaEi0vcTm7rt4zGwXAEsluwi3EVrTGZvnIwqDyCcnNdo5pqcnSKn0xRWnWUm3U1j3YlmSUP&#10;/nW/itDbb25twx7F5W+BvRWvo3CItwSYy3GbsSOBhXLJq6xppHP9prZQr3UJons09HWFnrUPanUf&#10;imzay24bzsbFRG8px+Su63AhwPOX/3EnujaAu3JPs/xo63ODrn1QCnSOqkk0Y3T9oygO9HSfihzW&#10;FX8OcbbB5X8Qcsqs9H8dc8+XH381dNGAdX9Wdd1o7n+IdvZQMX/PeAg0moBZeQcPWIHyeTzUjH1R&#10;fH/Asn1zfHqrzn2XfHyV/n3AfI9/U33zfLln0343fPdPHn6NfTQzkH8SfXIOQYBIfYPTAHvSh1C/&#10;B3wChkKqQXwzhUSUgXxxhG99/ny7g71mon0VgyZOC312gpgyk33tgiUNTH7SgYPRbnqGkhi9ZXq8&#10;kBmooXr3jjCTDXtAjGl8qnuhit1leHwMiXJNCXx2iCExrXzehx4MeH2NhPzP83lynOm773mqmgun&#10;LXntl0GRpHo/lJh7ZnqlkhxkW3sij+dMGXuTjeEw3HvqjH8Lwnx3h/POs3ibp9K6s3jUpB+l8nkV&#10;oHGQcnlqnOZ6SnnWmZFjVnpTloRLPnrMk+YwIXsVkoILKXuNh4vNrnfxstO5sHgqrk6k6nhlqb+P&#10;bHi5pVR5WnksoTRihXmunXFKhHohmksvg3pcmHIKqnrLhzbM5HdzvfG443equKCkEHfcszWOi3gn&#10;ret4gXibqQlhxHknpLdJ5XmcoWsu/HnBnU4KQnothvDMVXceyT64SndRwyOjX3d3vOCNy3e1tsJ3&#10;yHgksS9hIHiwrHtJVHknqPIufXlBn28J8HmvhrjGfogYcIqz/Iczcb6gkoZyctqMG4XRc+52t4VH&#10;dQtgXITcdjVItISed1UtxYT0eFII3IZPeWDFRoaAeriy6oW7euqfc4UMexuLB4R1e1d1qoP5e6df&#10;W4OcfAlHuoNofGks2IOyfMAIL4SqfXXEEoUOhPmxqIRchDGeX4Ozg3KJ2YMsgtJ0h4K6glReUYJr&#10;gfNGx4JEgZ8r+4KFgW4HmIM5gQvCrYPHjyqwMYMWjY2cyYJ8i/eIcYIAinxzQoGoiTZdNYFriBJF&#10;1YFKhxMrLIF4hn4HFIH4hCjBVIK9mWGu2IINlv2bdYF6lJ2HKYEFklFyG4CwkC1cNYCEjlRFAIBo&#10;jLwqeICEjAkGo4DmhH3AMIHto76tuIFAoJaaV4CrnWSGFIA4mkVxHH/nl1pbUX+2lMJERH+hkrQp&#10;13+wkhMGRH/+hD2/RIFJrjesy4Cfqk6ZZIAFpkuFIH+OoltwPX9Enrhakn8Ym4JDpn72mSIpUX74&#10;l0IF9n8/hAi+kIDOuNqsEIAmtDKYmX+Er2CETn8Cqp9vc363pk5Z2H6VoqlDDH53oHAo335em4IF&#10;tn6jg9y+FIB4w8Grgn/TvmOX7H8kuMGDk36TszVuxn5ArklZRX4gqnNCk34HpzAoeX3mm14Fg34m&#10;g7q3XJFXb7GmNY+ecO2UIY4cchKA9IzJcy5sy4uYdFRXk4qVdYZA74ngdqQmgYo7d4EDKookeb22&#10;WI/heVOlQ45HeZ6THozUeel/+YuHej9r1opfeqlWqolmeyRACoi1e5glsoj6e/QC24iEfWm1SY6L&#10;guqkDI0Cgl2SA4uSgdN+14pTgWlqzIk3gRlVu4hKgOM/NoeegLok+ofOgLgClYcWgKK0LI1NjJWi&#10;1IvLiz6Qtopqieh9uYkqiLRpvYgfh6xUzoc+hsc+a4aYhg0kUIa2heYCWYXZgZazBYxLlkmhworL&#10;lDiPnIlvki18i4g6kDdosIcxjmtT34ZhjOU9pYW9i68js4XEi7kCJYTKgXOyBouFoB+gvooJnVmO&#10;mIismo97kod5l9pnyoZxlVtTEoWYkzE8/oT3ka4jLITskSEB+YPlgVaxNYrpqg6f64lxppaNwIgP&#10;ow16vIbZn51nBYXVnHtSaoT9mdQ8dYRKmD4iwIQwlZ0B1YMngT2wkopytCefQIj+sAKNCYeWq756&#10;AoZWp5dmUYVQo+FRxoSDoPQ78IPOn18iYYOUlz8BuIKNgSmwIIoavouevIiqucKMboc7tMZ5XYXv&#10;r+5luYTiq8BRRIQTqOY7f4NkpTEh/4MilvwBoIISgRmom5rpbwiYjphzcEGHpZY8cWl1sJQ8coxi&#10;tZJoc7dOkpDVdOc41I/CdfQeo5CGdoQAAIpye0WnypmdeCeX0pc9eICG15UOeN105JMNeUdh65E7&#10;ecVN0I+selA4GY6VesweBo81ewsAAIjZfpOm75hXgTuW0ZYJgMqF6ZPbgGVz7ZHlgBxhBZAdf/FN&#10;AY6Yf983Y42Bf9Ydd43+f/MAAIdygACl9Zc2ikCVwpTqiR+ExpLHiA1y9pDNhw9gG48ThkFMOY2W&#10;hZU2wIx+hRsc/IzdhWYAAIY7gAClC5Yuk3GUzpPskaODy5HQj+Jx9o/cjjNfRo4WjLNLfoyli302&#10;KouMiq4cj4vQiuMAAIUwgACkNJVvnMaUDZMvmlGDCpEOl95xJI8alYZed41ak2hKyovfka41mIrF&#10;kMccI4ryj5EAAIRPgACjgZTapi6TUpKeoxmCSpB6n/pwaI6BnPxdyYzDmlNKNotGmD81JYoWl5Qb&#10;0Yosks8AAIOVgACi8ZRpr7uSvZIxrAuBq5AHqEZvx44EpKddLYxEoYpJporPn2Q0tImYndkbi4mH&#10;kp8AAIL9gACiipQWuZqSSJHgtVuBI4+usPNvOI2hrL9cqovYqVJJN4pgp0g0UokwotcbN4kYkmcA&#10;AIKEgACaUqTbboSLPKG6b697WZ7dcNJqe5w4cfRYlZnGcxtFbpevdD8wcpZldSgV/5hNdSgAAIYg&#10;fmmZsqO7dy6KtKCkd4V6w53Bd+lp5JsReF5X/JibeOdE3ZaCeXov6pUqee0VppbUedwAAIUAgACZ&#10;C6KGf8GJ6p99f156CpyWfw1pH5ntfuBXRpd6ftBEO5VmftkvYpQHfugVVJV4fwgAAIQEgACYSqFl&#10;iEqJDZ5jh0R5GJuGhlNoTpjZhYRWgJZzhONDk5RkhGou3pL/hCsVB5Q+hIAAAIMogACXfqB8kN2I&#10;Q518j0J4R5qhjb1ndJf3jFhV0ZWBixpC/JN7ijUubJIMidEUypMbiUAAAIJsgACW15+wmauHl5y5&#10;l3p3l5nflVdmyZcvk1NVL5S3kY1Ce5KbkEAuDJEnkA4UkpIUjUYAAIHOgACWRp8coo+HGJwon893&#10;FZlEnQ1mOZaKmnRUnZQVmEFB/5H8lskttJBtloUUYZE4jcgAAIFLgACVzp6xq5eGnZu9qE52kpjS&#10;pPlltpYOoddUHpOVn1FBh5GCnhAtWI/pm+AUOZCEjawAAIDggACVdZ5itPCGO5trsSl2Iph4rUZl&#10;QZWqqa5TtJMqpw5BL5ESpTotDo99nnYUApAMjYcAAICLgACMnK80bgB+V6t7bxdvXagDcC9feaTA&#10;cUtOjKG7cmg8QZ83c3cnzZ33dCQNL6C4c8UAAIJ/gACMLK45dkF+Bqp6do5vAKbtdvJfGqOVd2xO&#10;K6CDd/s76J30eIwnhJyZeOQNOp7ieNEAAIHFgACLuq0Nfl19c6lYff9ufKXCfbtei6JpfaJNp59W&#10;fag7eZzHfcYnM5tXfd4NP502fjsAAIEhgACLMKvqhmd8z6g6hXdtw6SrhKJd66FNg/lNEZ5Dg4E7&#10;AJu0gzYm4Jo1gy0NP5u1gxEAAICTgACKm6r5joN8NKdNjQ1tHqPBi7RdQaBiioFMiZ1MiYk6jZrB&#10;iOwmlJkxiP8NP5pchz0AAIAagACKEKpBlsR7rqaWlM1smKMFkuxcup+hkTlMCZyFj9E6MpndjvQm&#10;W5g/j1sNQpkniPcAAIAAgACJqKmenyB7QKX4nKtsJqJkmkZcSJ79mBhLoZvellw545kulYYmNpde&#10;lNwNSpgRiPwAAIAAgACJS6k0p6d7BaWKpL1r56Hkoc5b+J5inyNLSps5nTk5ipiZnKwl85bLmXIN&#10;Spc5iPwAAIAAgACJA6josIJ6vKUzrSprlaGCqcBbo532pr1K/5rFpPo5TpgfosQlyJZRmYwNQ5ag&#10;iPcAAIAAgAB/crn/bWxx4bXAbmljsbG9b3FUq63pcIBEmapgcY0zAaeTcngeu6bRcsEFvac/c20A&#10;AIAAgAB/M7kfdVBxx7TJdYxjkbCedelUiqypdmJEdqkJdvAy66Ymd3UexKUwd5IGIKUheMUAAIAA&#10;gAB++bfxfP5xb7OffJ1jRa9nfF5UM6tofFREKqfCfGsytqTVfJYeuaO1fKEGcqM2faMAAIAAgAB+&#10;qra/hJJxBbJxg7Bixq49gvFTyqo4gmZDyaaWghQycqOkgfAepKJighYGtqF/geQAAIAAgAB+TLW/&#10;jDhwpLFyiuFiW60+ibBTVak3iK1DdKWGh/AyMaKTh54ekKE0iCsG8Z/6hLEAAIAAgAB98LT+lAZw&#10;T7CtkkBiCKxxkJdTAqhijyZDJaSqjhIx/qGdjbUegaAjjeAHIZ6jhNIAAIAAgAB9n7Rpm+ZwC7AS&#10;mbZhxqvJl5lSvqevlcRC4qP2lIIx0qDelHoefp8ukqcHTp14hPEAAIAAgAB9arPpo+Vv2K+OoVBh&#10;kKs9ns1ShqcbnKlCrKNcm3AxnKBKmuIeZp58lI0HeZx2hQ4AAIAAgAB9NrObrEdv0K8rqVZhhKrB&#10;pl1SZKaCo+tCkKKtosMxlJ+Pn/Medp3JlJkHoJvFhSgAAIAAgAByr8VIbN5lpcCsbbRYHbw5bp9J&#10;07fsb5U6dbQBcIEpU7E0cS0UlrHpcLgAAKspdHsAAIAAgAByosR3dHBlw7+xdItYOrsEdNVJ8baG&#10;dUA6lrJ2db8pja9/diEVFa/EdbsAD6npeOcAAIAAgAByo8M6e7hlqr5ye0VYJrm1ev1J1rUkevc6&#10;iLEDexIpnq3yezgVbq3eewQAo6fTfS4AAIAAgABylcHtgtplgL0mgfhX57hqgUJJqLPSgMw6Zq+t&#10;gJYpnKyKgJAVr6wwgMwBIaX4gMQAAIAAgABydsDSigtlX7wHiMhXwLdFh7ZJdbKohto6Ua5zhlEp&#10;nqtHhkkV7aqvhpABkaRVgQ8AAIAAgAByUb/5kWhlSrsfj8tXsrZOjlRJZ7GojSI6Qa1sjF4pqKoh&#10;jIUWJ6lYi4MB8aLqgVAAAIAAgAByML9QmNNlP7piluBXrrV/lQpJY7DPk406P6yQksIptqk4kwcW&#10;YKgtjyECR6G0gYoAAIAAgAByE77ToGBlPbnMnhpXsbTVm+5JZLAWmjo6OqvSmbYpt6h9mHkWhadN&#10;jzoCjaCzgboAAIAAgABx/r52qDZlQ7lQpaJXu7RDoyhJa693oWs6RaspoFEp0KfKnEUWqKaPj1IC&#10;up/zgdgAAIAAgADZtXGBbKrFDnLXbjevv3Qbb7eZm3VJcS2CrHZrcqNq63eKdBtSBXigdYI2enmg&#10;dsASAnp5dq3Xt29Xd97DcHDceEeuSXJBeLeYS3OPeTSBdHTSeb5px3YOelFQ63c0etY1aHghez4Q&#10;znjCeq3V4m2Egx3BpG8bgmestXCZgcKWzHIAgUmAHHNegOpok3SygJxP2XXlgEo0bHa8f+8PwHdB&#10;fyLUGWvqjkq/1W2OjJCq7m8ZivCVOnCXiXV+sHIOiDFnV3N2hwROzHS0heIzgHVyhNsO1nXzgzDS&#10;emqUmW++O2xAlsypVG3WlD+Trm9ekdV9UnDij5RmJXJejZFNznOki6gypXRHihgODnTUhqjRJmmK&#10;pJ2862s4oSOoAmzPnaqSYW5cmlF8HG/olyplCnFolD9M43K2kaYx4HM/j84NZXPjiQ7QFWi5r9S7&#10;3Wpnq4qm62v5pyuRSW2Foud7GG8YnuZkJnCfmzNMGXHol+8xOnJalhQM2XMbiLDPR2gfuxW7EGnL&#10;tgGmDGtTsMOQXmzWq5h6L25qpsZjV2/4om1LcHFDnsgwqnGXm5AMZ3J5iGLOuWe8xmC6gGlhwH2l&#10;YWraumOPnGxNtGB5bW3ars9ip29oqe9KznCuplAwGnDrn+4MDHH3iCXKWnnka4u3fXpkbUujwXrm&#10;buuPAntocHR5VXvucfpitXx8c39K0n0VdO4v4X3Qdh4LOX9kdjfI6Xfodjy2V3iRduSipHktd4ON&#10;7HnEeCJ4QnpdeMphr3r/eXpJ2Xuiehou9XxJepAKa32xeqjHZXYqgOS0rnbmgIehHHeVgCyMc3hD&#10;f+h28nj1f7lghXmtf5hIz3paf3MuB3rlf0AJtnwzftbF03Sli3qzC3VrijOfeHYniPKLA3bkh8R1&#10;oneuhr9fX3h4hdBH1XkthO8tMHmchDQJGXrognfEW3NdlhOxl3Qqk/aeBHTwkdmJl3W3j810ZXaJ&#10;jeFeSHdmjC1G7Xggip0sbHhyiYoIk3nMhZPDJHJboMKwYnMsndecznPymt6IaHS+l/RzSnWXlTNd&#10;S3Z0kq5GG3c0kIsrvXdrj3oIInjdhYDCK3GPq36vZnJhp8ybzXMjo/mHaHPuoDNyXXTPnKxcfXWx&#10;mXZFanZpltErLHaHlVcHxHgXhUDBbnD4tk2upHHHsdma+nKBrTGGjnNEqJNxh3QmpE1bvXURoIxE&#10;znXJncAqrnXHmiMHeHd2hQ3A8HCUwTauF3FevAOaUnIJtomF1nK+sR5w1XOZrCtbHnSEqAhEO3U7&#10;pRAqKnUjnIIHO3b2hOS7boKUapyqMYI4bHiX64H5biqEeYHRb79v/IG5cU1acIG4ctlDgIHddEcp&#10;BIKBdVMFPIO7do26TIC9dLOpEICNdY2Ws4BldlaDT4BLdxdu5YBCd91ZcIBQeKZCk4B4eVooLoD8&#10;ecgEyIIMetK5HH8Ofs2nwn75freVmH7ffpyCJH7YfoZtz37cfoNYeX74fo1Bun8nfpInbn+OfnwE&#10;YoCRfpK3vH2UiNWmXH2Gh+6UDn18hv6AyX2BhhVskH2fhUxXYX3MhJhAzH3/g/YmqH5Eg4QECX9I&#10;gdS2bXxZkuGlC3xQkTiSv3xQj39/hHxdjchrd3yAjC1WaHy+isc//nz0iZAl/30YiQYDvn4vgoi1&#10;VXtinQyj83temqORqHtemB5+dXtulZtqeXuVkzxVinvPkR4/RnwJj3UlaHwPjwADfn1Bgly0dXqe&#10;p0mjDXqdpCaQvHqZoNV9inqnnYhpoHrUmnVUznsSl78+rHs+lcYk7HsqlCADSXx9gjmzzHoLsaCi&#10;WHoMrcaP+Hn/qa98wnoEpZlo3Hoxod1UGnp5nro+GXqjnOQkf3pqmFIDHnvdghyzXHmnvCCh0nmn&#10;t5iPVnmNsr58FHmDreloOXmoqZdTjHnupkE9l3oao3wkC3nNmF8C/HteggSs2Iu9adqc+YqAa7uL&#10;/Yl+bXB5wIipbwhmaYfxcJhR7IdiciQ76Icgc4UhsYf1dE4AAIeBdySr84oCc2WcB4j4dFWK7ogM&#10;dTJ4uYc/dghlcYaNduJRB4YGd7w7EYXAeHgg9oZqeMcAAIWVexWq8IhqfNua1Yd7fPmJ2YaYfQt3&#10;nYXafSFkcYU0fUZQKYS4fXU6UYRyfZkgVYT0fZAAAIPmfoqp0Yb2hlqZpIYPhbeIkIU+hQB2i4SG&#10;hFNjeYPtg8NPXIN5g0k5poM4guMfxoOYgrgAAIJvgACopYXDj9uYmITgjoqHg4QXjSJ1YoNni7Zi&#10;b4LWimROa4J1iUo44YIyiG4fMoJmiHsAAIEugACnq4TXmX6XloP6l36GgYMwlVx0b4KAkzNhjIHx&#10;kTBNqoGGj3g4RYFFjlIetYFYjd0AAIAggACm4oQcozKWyINFoIiFrYJ2naxzmYHCmspgxIE3mCZN&#10;AIDNlfI3x4B2lLoeUYBsklcAAIAAgACmSoOPrQiWI4K+qbqE+IHnpiZy4YEmooxgEoCXn1ZMU4A5&#10;nNk3N3/fm7Ud+H+nlEQAAIAAgACl44MttxqVpIJgszOEXoF8rutyPICpqqBffIAQpu9L13+vpHo2&#10;zX9YoXkdnn8NlAcAAIAAgACeppUeaU6P1JMmayN/7pF5bNRuzJADbmpcjY6wb/ZJD42dcXQz1o0Q&#10;crIZh46icvYAAIMWeryd7JOUclqPFpHIc01/FJAndDNt+o6sdRRbxI1YdflIVYxFdtkzKIutd4oY&#10;/Y0Ad4MAAIGhfh+dGJITe06OEJBie31+IY7Ge6dtAI1Ye9ha4IwNfBhHjosBfF8yfopjfJEYfot8&#10;fGwAAIBagACcGZC3hCuM/Y8Lg7N89o1+gzVsCYwQgrhZ+orWglhGzonTggkx5Ykwgc0YEYoSgdkA&#10;AIAAgACbJo+EjSyMAI3ijBB7+IxeiulrCIr2ib9ZLYm1iLJGHIi+h9wxWYgXh1AXsIjGh1gAAIAA&#10;gACaUo6gllGLP40GlJh7N4t+ksRqNYoUkPBYXojVj0ZFbYfUjfEwy4cpjU0XSYesjAUAAIAAgACZ&#10;pI3vn4KKh4xanTB6eYrNmrVpeolemD1XrYghlgpE1YcclFswXoZXk/QW/4ayj40AAIAAgACZHI1o&#10;qMyJ9YvYpel53IpEos1o3IjJn7dXEoeInQ9EQIaLm0kv5oW9mikWvoXhj2EAAIAAgACYvY0IslaJ&#10;hIt7rvF5VoncqzloTohSp5BWkYcGpJRD1YYEovYvhoU4nx0Wa4VIjygAAIAAgACQ2J7haMyC15xM&#10;ao1z35oCbDRjxJfvbcVSh5YLb0k/7JSGcLErSpPocbMQbJbecS8AAIAAfdCQQJ2NcWOCSJsQclFz&#10;PJjDczpjJpajdCJR8JS2dQw/ZZMqdekq05J1dnoQOJT1dfIAAIAAgACPmJwhedmBdZm6ehJyfZdt&#10;ek1iYJVTepVRPZNqeuk+y5Hhe0AqWZEce3EQBpMveyUAAIAAgACOz5rMgj2AkphugdtxhJYtgXlh&#10;kJQTgSZQe5I3gOo+KpCzgMIp3o/igKkP0pGSgKoAAIAAgACOAJm0iqh/xpdZiblwtJUdiMdgtJMH&#10;h95P1pEchww9m4+ghnopd47Bhj4PrZAWhXsAAIAAgACNVZjGk0d/F5Z4kctwAZQ8kEBgCpIfjrpP&#10;M5AzjWA9JY6fjGopIo22jF0Pi47AiZEAAIAAgACMxpgYm/d+mpXPmfhvgpOJl9RfepFglblOno91&#10;k/E8pY3iks0oz4zYksUPaY2dimsAAIAAgACMVZeZpL9+IpVSokNvAJMDn5Ne9pDNnPFOHY7cmtQ8&#10;Jo1Pmdwoa4w4mBoPS4ysilcAAIAAgACMAZc9rcR9w5T0qtxukZKap6hegpBWpJFNtI5bolE7z4zG&#10;oPUoH4uvmyEPHIv5ijcAAIAAgACDiakTaDd2PKX2aeBoFaMea3hY4qB4bP5Ii54ObnI2spw1b7ci&#10;XpvjcFoIWJ2vcCAAAIAAgACDEqfycGd13qTWcUdnraHncixYgZ8ncxZIMJyrc/42Z5rDdMsiK5pH&#10;dR4IgJt0dTEAAIAAgACClqaWeGh1P6OIeKJnIqCTeOVX753SeT1HsJtUeaA2AJlnef4h65jMehUI&#10;nZlneqcAAIAAgACCAKVCgFB0kKI6gABmX59Of7ZXTpyMf4JHHJoYf2k1i5gpf18hoZd1f1gIrpeL&#10;f5MAAIAAgACBZKQliEdz8KEkh3hltZ48hq1Wn5t5hfFGlpj6hVw1G5cPhQIhWpZChRQIvJXfg9EA&#10;AIAAgACA2KNLkF9zaKBOjxllLp1hjctWFZqYjI9GE5gSi4g0yJYHivEhK5Uki2IIzJRghfMAAIAA&#10;gACAbaKQmIdy95+Zls5kuJyolQJVnZnak01FppdRkfI0d5U8kVshFZQekOgI4pMOhgIAAIAAgACA&#10;FKIUoNNyw58bnrlkfpwXnG1VUZksmjhFUJaVmKY0F5SOmGEgxpNvlX8I6JIAhgYAAIAAgAB/0aG8&#10;qVxyfZ63puxkLpumpDJU+pitoaVFApYNoC0z2ZP8nnwgmZLYlgoI45E7hgIAAIAAgAB2tLPBZ39p&#10;9bA4aQhcgKzlaoxOGKm8bAI+h6bibVwtPaTrbmsYuaWXbmwBiaKqcAIAAIAAgAB2WrLQb1Jpyq8o&#10;cB1cV6umcPlN+ahUcd0+cKVecrwtOqNJc2oY46Onc0YB/qA3dWEAAIAAgAB2DLF8duhpYK3Ydxtc&#10;AqpHd2BNoKbrd8M+KKPseC0tEKHHeIQY7qHpeFQCXp35elgAAIAAgAB1rLAdfl1o6ax9fhZbd6jz&#10;fd1NNKWUfcM9x6KZfcYs0KBqfdEY56BafbwCrJv6fq8AAIAAgAB1RK70heFof6tYhS5bBafPhIdM&#10;t6Rtg/M9cqFkg48skJ8yg2sY2Z73g78C7Zo7gfsAAIAAgAB05K4TjYpoKKp1jHJar6bji1hMX6N5&#10;ilg9HqBoiZosX54YiWgY0p22iYMDI5i2gh8AAIAAgAB0lK1llT1n5qnBk8pabqYjkkNMGKKtkN48&#10;1J+aj+4sMJ07kAcY2pyVjlkDVpdqgkIAAIAAgAB0XazXnQJnsaktmztaMqWGmVZL2KIGl6M8lJ7s&#10;lrUr65yTlnYYu5vGkLkDiZZTgmQAAIAAgAB0Lqx+pRdntKi+oxlaLqT8oNBLuKFdnsk8e54pnfMr&#10;65u+m5MY0ZrykMgDrJWMgnwAAIAAgABqMr8DZrRdzrtAaA5Q47eWaXBDI7QFasY0KrDoa/QjH68+&#10;bKIOIbFIa+MAAJ8Ec7AAAIAAgABp7b49bjJdz7o5bthQ9bZCb5xDRbJ3cG40W68ucTEjc61KcZwO&#10;ta7ocOYAAJ3AeCkAAIAAgABpzbzndWRdnbjadYBQ1bTPdbhDJrDtdhk0Ua2QdnwjkauIdq4PHKzI&#10;diYAAJyJfCIAAIAAgABpqLtyfGtdYbdmfB5Qh7Nde+lC8q93e940LawUe/Ajk6nye/gPZ6rie9gA&#10;AJtof6EAAIAAgABperoxg39dNbYjgtpQVrIVgktCtK4rgdc0FKq3gZojlKiFgZ4Pqakwga4AAJps&#10;gAAAAIAAgABpTrk8irtdHrUciclQRLEAiNxCnq0NiBAz/KmRh5Ijnac6h8AP5qerhrgAAJmQgAAA&#10;AIAAgABpKbh/kf5dFLRHkMhQP7AYj4JClKwbjmwz8aibjeEjp6YyjkUQIqZZiukAAJjfgAAAAIAA&#10;gABpDbfzmVldF7Oel+ZQRK9ZllVCkqtNlQgz5KfHlLYjnKVek8wQP6VZivwAAJhIgAAAAIAAgABo&#10;+rePoOtdI7MTn0lQUa61nXxClqqbnCUz6acLm24jsaSUmCIQVqSDiwwAAJeygAAAAIAAgADNUGxt&#10;ZkS5524waHWl02/YapCQ4HFjbJR7DnLfbo1kVXRPcH1MbHWkclAxrXapc9YNx3gxc7bLXGnucVS4&#10;WGvncmekbW22c3ePn29ndIZ543EGdZdjPnKWdqVLYXP6d5swsXTceFUM5nZ0d+XJiGfJfGC2kWnc&#10;fFyi4WvLfF+OJm2ZfH14kW9WfKpiEnD/fN5KWXJvfQQvxnMrfQQMIXTufIPHu2Xih1C0wmgKhlCh&#10;G2oLhWCMmmvyhId3Km3Ng9Ng22+Mgy9JVHEFgo0u6XGZgesLdnObgLjGGGRGkjSzKWZ8kFSfg2iN&#10;jn6LD2qDjLt112xuixdfsm5DiaJIYG/CiEEuHnArhx8K5HJ4hFLExWMAnSGx3WU/mnCeOGdVl7WJ&#10;ymlTlQp0pmtHkoVepW0hkDNHgm6mjiktaW7mjMUKaHGEhwnDtmH9qBOw1GRApJedKmZVoPqIu2hU&#10;nWtzqWpSmhNdyGwzlv9Gx22xlFQs0m3LkvMKAnC5hsTC7WE8swmwDWN/rsScU2WNqkyH22eFpdty&#10;ymmEobhc/2ttngVGJGzqmv0sT2zZmFwJr3AUhozCamC7vf6vhWL6uOebsmT4s5OHJWbirk5yF2ja&#10;qXNcXWrCpT5Fi2w3oj4rxmwAnKgJbXAShl++r3SOZWCtBHWCZ76abHZxae+Gvndaa/1yD3hCbftc&#10;Wnksb+5FU3oPcbsrA3rfcxkHgH0Wc329RnI9b/Cr6XNmcTuZWnR1cnCFtnV2c5hxDnZzdL1bandx&#10;dd9EdnhdduQqOHkFd5AG9XtbeBS7wHAuemuqPnFyeraX03KaevmEP3O2e0JvwXTPe5VaRHXke+xD&#10;c3bWfDIpWHdOfD8GennWfGy6KW5dhMqomm+yhDOWMXDsg5aC13Ibgv5ueHNPgoBZJ3R4gg5ChXVu&#10;gZ8okXW3gS4GD3iFgDG4rmzRjymnJ24yjcOUv298jFCBbHC4it9tRnH3iYRYGnM0iFJBqHQthzsn&#10;3nREhnkFtHdkg2y3eGuWmZql9Gz/l22Tj25NlSOAQ2+RktpsMHDZkK9XKXIWjrdA4nMTjRInPnL7&#10;jFYFZ3beg6e2gmqbpBSk/GwIoSSSkm1UngV/SW6amuZrR2/rl/lWYHEulVZAPnIfkzgmvHHekiMF&#10;J3dKg3y1y2nfrpekPmtMqueRxWyRpvh+dm3PowZqd28in2FVo3BunDc/pnFdmfMmSXDqluIE9Heh&#10;g1m1VmliuSSjuGrJtLeRI2v+r/h9xm0vqz5pz256pvJVD2/Fo2c/GHCuoQ0lx3AVmYsEynfngz2w&#10;cHz/ZKygTX0dZx2PEX1UaVd8ln2ca2do/n3xbWVURH5Wb1M+EX7VcQ8kAH+rciYB94FndAGvU3rR&#10;bqCfM3sncBON33t6cWh7dXvVcqln83w6c+NTU3yvdRQ9OH0sdh0jQ33Jdp8Btn+ueHGuHXjVeJGd&#10;4HlNeRmMvnm2eZF6S3omegBm5HqcenZSZnsfeu08cHude0winHwCe1QBfX4rfFesuHcQgmecc3eY&#10;giWLN3gWgc94+niWgXJlrnkngSZRWnm8gOU7j3o6gKMh5npkgFYBS33Rf7qrZnWXjECbIHYqi0CJ&#10;5Xa0iiV3sXc/iQBknHfXh+tQZnh9hvs6x3j6hishSXjohcwBIH4YgMOqT3RpljKaCXUDlHiI0XWR&#10;kpZ2pHYjkKljoXbBjtZPkndjjTc6GXffi/kgv3eYi7YA/X5VgKupcHN4oC+ZJXQXnb6H6nSjmxZ1&#10;wXU1mGVizHXaleJO23aAk7E5inbrkiggUXZzkMwA336HgJeoynLBqjmYc3NipxaHK3Poo6x0/3Ry&#10;oDliDnUYnRNOK3XHmng4/XYsmRAf73V6lPQAx36wgIaoXHJEtFiX8HLisIqGj3NbrGJ0WnPXqDhh&#10;c3R2pIFNpXUiobA4fHWDn4Yfd3SolUYAtH7RgHmif4XFZBmToIUWZomDl4ScaMJyP4RHatFfuIQL&#10;bMpL8YPybqw2gYQgcEgcZYVhcOYAAIBMdrqhmIO4bYOSp4NFbwmCgILocG1xNYKfcb5ew4JrcwRL&#10;F4JadDs1wIJ9dTgbyINvdWYAAIAAermgi4HZdtWRZoGId4uBXYE7eCtwEoEDeMBdwIDeeVVKOIDX&#10;eeQ1BYDzek8bN4GaeiwAAIAAfjqfZoAZgCWQM3/dgCKAF3+ngANvE395f95c239kf8JJgH9mf600&#10;eH9+f5Qayn/hf1cAAIAAgACeO36wiX2PJH59iM9/B35Qh/9t5H4rhx1b1n4ehkpIkX4yhZkzsn5C&#10;hQ0aOX5ZhQwAAIAAgACdRH2Qku6OJH1lkZV+Cn06kA9s8n0Zjnda9X0OjPhH130Zi7EzHH0kit0Z&#10;x3z7imYAAIAAgACcfXyqnGeNWXyGmml9PXxXmC5sJnw0leRaNHwuk8lHNHw4kgoypXwrkSYZcXvH&#10;jtkAAIAAgACb5Xv7pfOMtnvco1V8jnunoGtrd3t5nXJZiXtxmslGj3uDmMMyH3ttl/kZIHrEkP0A&#10;AIAAgACbfXt/r5+MOXtirG57/HshqNlq3nrkpTxY/nrSoh1GGXrgoBoxr3rGnZ8YuHnykLcAAIAA&#10;gACU0Y8MY5KG8o2dZfF38Ix5aCBnn4uJaidWG4q7bBVDPYoqbeEudoopb0cTyIybbxQAAIAAekCU&#10;EI0tbHqGK4v3bf53Dorlb2hmy4n0cMBVWYklcgtCkYiTcz8t34h9dB4TYop9c6wAAIAAfbaTMYtf&#10;dUeFHIpNdg52GIlIdsRl1Ihkd3BUfYefeBpB14cTeLktSYbueR8TA4h/eJoAAIAAgACSLIm4ffuE&#10;C4iyfiR08ofBfjVk6obifjtTqYYufkdBLoWpflUsy4V2flQSuYagfgYAAIAAgACRMIhMhsyDD4dT&#10;hldz/IZrhcNj9YWShR1S9YTZhIFAnIRchAwsW4Qgg78Sd4Tog4YAAIAAgACQV4c7j76CVIZKjrJz&#10;Q4VgjXdjIoSFjCdSJIPMivA/8oNEigAr0oL9iZ4SH4NniDoAAIAAgACPqIZimLWBmoV4lxdyhYSJ&#10;lTliZ4Opk0ZRbYLykYo/VYJlkEIrb4H7kB0R5YIejBkAAIAAgACPIIW8ob6BCYTZn5Zx6YPhnRth&#10;zIL0motQ1YI3mFo+uYGylvQq8IE6lkYRsoERi/cAAIAAgACOvoVFqveAl4RlqFdxY4NipUVhP4Ji&#10;oiFQWIGXn5g+VoEKnmUqm4COmzURcYBFi8sAAIAAgACHfJidYxV6aZaYZVlsRJTjZ3hc4ZNkaXJM&#10;SZIPa006NpEgbPUl2ZE4bgELPJOVbXQAAIAAfUaG1Zb9a4p5z5UfbQJrmZNpbmdcRZHbb79LvJB7&#10;cQY5vo+BcicleI92csgLLpEYckUAAIAAgACGIJVIc9t47pOIdKVq0pHZdWRbe5BRdh5LDI71dtQ5&#10;Lo36d3QlDo3Ud7sLHI7Id30AAIAAgACFSJOwfBZ3/pH8fExpzJBdfHNapo7afJdKS42MfMA4kYyU&#10;fOUknIxYfOYLAYy8fQwAAIAAgACEb5JdhFl3KpCxhAdo+I8Yg6FZxo2agzFJqIxBgsk4BYtRgock&#10;OIr+gmcK7Yrxge4AAIAAgACDupFHjMh2co+oi+9oP44PivRZGIyJietJBosuiP03nIoliFsj64nA&#10;iGsK2YlnhhQAAIAAgACDJpB0lUR18Y7dk/BnvI07kmJYhouokMVIa4pNj2g3FIlCjpgjnoiyjsYK&#10;xogdh0kAAIAAgACCsY/Wnc51do5CnAVnOoyXme9YBIr2l8xH6omTlho2j4iMlWsjNIfplBUKtocQ&#10;hz4AAIAAgACCWo9kpoR1Fo3OpFtmy4wXocdXkYpnny9HhIj3nVI2PIflnHAi7oc5l54KlYZGhygA&#10;AIAAgAB6kKKlYnBuE6AmZJVgq53uZqBSIJvnaIpCWJoeak4w4pj+a8McgZnBbD8D35ihbL4AAIAA&#10;f9B5/KFBanttoJ7Ma+JgNJx/bUFRuZpdbpVCAZiAb9Iwo5dKcNQcZpfPcQcEIJYQcdIAAIAAgAB5&#10;a5+iclhs7p1CcyFfnZr0c+ZRIZjRdKxBgpbydWgwRJWxdf4cNpYFdfsEUpPFd00AAIAAgAB4xJ4Q&#10;eh1sMpu7emFezZl4epxQfJdYetxA7JWBex0v05Q8e08b95RnezEEdJHAfEwAAIAAgAB4G5y/ge9r&#10;iJpygbleHpg1gXZPyJYTgS1AaJQ0gPgvZJLvgNwbtZL1gNgEjo/9gJ0AAIAAgAB3hpu6id9q+plz&#10;iThdk5cwiHVPOpUJh60/4pMihwcvGZG5hrEbj5GdhxYEqI52gyYAAIAAgAB3EZrdkddqgJiekMRd&#10;FZZYj4ZOupQrjkg/bZJAjU4uxJDKjPQbhpBljKQEx40pgzsAAIAAgAB2s5pFmetqS5gGmINc3ZWu&#10;lstOc5NhlQw/HpFlk9YuY4/7k9IbMI+MkT0E1Ywcg0UAAIAAgAB2a5nWoitqApeNoHtci5UnnlxO&#10;HJLMnEQ+0pDEmxkuJ49LmfAbB47NkkYE2ItSg0YAAIAAgABuBq05YZNiA6pdY5JVOqe3ZYNHaaU7&#10;Z1c4TaMdaPcnNqIXahsSKqR/aacAAJjTbmIAAIAAgABtg6wQaT9huqkbao9U/aZGa+FHQKOgbSo4&#10;N6FgblMnP6AxbxsScaItbooAAJctc2kAAIAAgABtF6qBcLNhOaeTcXNUmKS0cjdG3qIDcwE37Z+5&#10;c7onG55ydC4SkqATc5gAAJWgeDAAAIAAgABsoajqeAhgr6YDeFNT/aMseJxGaqB6eO83iZ4zeUEm&#10;3ZzceWwSl54yePUAAJQwfGMAAIAAgABsKKeQf2xgOKSvf1BTgaHZfytF458mfwQ3MZzQfvQmnZtw&#10;fvISkpyGfuMAAJLogAAAAIAAgABrvaaHhvJf2aOlhndTJaDHheRFhZ4LhVA22JurhOUmb5oohNUS&#10;kpsDhLgAAJHGgAAAAIAAgABrZKW3jn1fkaLSja9S35/njLJFOp0ei7s2hpq8ixsmO5kli0oSpZmo&#10;iaEAAJDbgAAAAIAAgABrJKUPlhBfVKImlPVSnJ8zk59E85xfklk2QJn0kbMl6ZhhkbwSgpitjIMA&#10;AJAngAAAAIAAgABq8KShneNfVqGknKhSmZ6YmvdE2JuimVY2M5kXmM8l/JdqlucSqpepjJ4AC4+K&#10;gAgAAIAAgABhs7h8YIlV9LV8YlJJobKQZBg8Ya/DZcMtu62MZyUckq1EZ7gIXK6kZ2sAAJNYctgA&#10;AIAAgABhMLeRZ9tVx7RPaQJJkrEVajg8b64La2Yt5aufbGQc8KsKbLoI8awJbGkAAJIXd24AAIAA&#10;gABg6rYLbuxVd7K/b5JJXa9ycEU8Q6xRcQct1qnOcacdFKkFcckJXKmlcZ0AAJDhe4AAAIAAgABg&#10;qrRkddhVJbEadhlI/a3QdmE8BKqrdrotqqggdwsdF6cydwYJqKd6dzgAAI+/fxYAAIAAgABgaLL1&#10;fNJU6a+sfL9IvqxdfK07uak0fJwtjqaVfKIdGaWOfJkJ6qWIfRkAAI7BgAAAAIAAgABgLrHag/FU&#10;x66Bg5dIo6skgyo7m6fxgsEtb6VIgoMdJaQQgqAKJ6PMgjkAAI3jgAAAAIAAgABf/bD8ixRUta2N&#10;in1ImKofibw7i6bhiQgtXaQxiLYdK6LeiSAKZaJKhogAAI0zgAAAAIAAgABf2bBXkkZUsqzLkX5I&#10;mKlIkHY7haX5j4ktS6NBj2UdGKHsjrwKfKEfhxcAAIycgAAAAIAAgABfwa/dmaBUu6wsmL1Io6iR&#10;l4E7h6U0loQtUqJtli0dM6EBk04KkqAihyYAAIwAgAAAAIAAgADBE2cVX+2u02k5YrSb7Ws+ZWCI&#10;Im0kZ+5zaW74amldt3C5bNFGx3JFbxAsz3MmcN0KBHYqcRS/IGQlatGtS2aKbIWajmi/biyG6GrS&#10;b8tyRmzPcWBcqG6xcutFyXBJdFMr6HDxdV0JbXRodWu9SWGVdaerhmQgdk6ZB2Z9dvOFc2izd6Vw&#10;+GrSeFxbgWzQeRFEym5wea8rD27ZegoI6XLcei27d19LgF2puGH1gA+XQ2Rsf8iD7mbBf41vl2kB&#10;f2laUmsYf01Dz2y+fykqQmzkfu0IdnGzfoa5zF1ViwSoIGAXidyVsmKmiLWCaWUMh5duUmdiho5Z&#10;NWmQhadC52s5hM0piWsZhBoIFHJZgj+4cVvAlbOm1F6Sk7uUcGEtkbWBMWOij7ZtLWYDjdRYPGg3&#10;jB1CGmnjiqAo5Wl+ibEHwXLlhT63XFp5oGOlzF1WnZ6Tal/1mrqAMWJwl95sPWTelTFXamcaksBB&#10;cWi7kK8oYGgXj8oHfHNZhRC2jll/qw6lBVxip3ySnF7+o75/X2F2oAhrbmPnnJlWrWYsmY9A1mfJ&#10;lycn7GbilSIHRHO4hOq2CljUtaykflu1sT+SA15ErKV+umCxqCFqz2MdpANWH2VgoH5ATWbwnh8n&#10;bmXImV8HGHQDhMyzN27sX0eimXBPYjGRDnGnZOl+aHL2Z3dqtHQ/ae1V6XWBbE0/vHakbncmAnda&#10;b/wEMnsJcRKxwmwsaauhe23Pa4yQAG9QbVB9a3C9bv9pw3IgcJ9VDnN4cjI++HSgc5olV3UPdHgD&#10;4XlydcmwMWm1c/SfzWt+dN+Oe20gdbh79m6tdoxoenAwd2BT7XGheC49/nLJeNwkh3LmeSYDmXnr&#10;ekaukmeCfh+eJmlmfi2M2mshfi56lWzHfilnOG5pfjBS2W/ufjs9HHEXfjwj0nDhfhADW3pTfiut&#10;EGWfiEecs2eYh4uLbGlphrp5LmsgheFmE2zRhRVR125shGc8S2+Sg8cjMG8Gg1MDJnqtgYKr1mQY&#10;kn2bgGYfkPyKQWf6j1l4Dmm/ja9lBWt6jBpQ9m0Wiq87lG46iYgioG1diR8C+nr5ggOq3GLcnLWa&#10;iWTsmnKJS2bLl/53H2iVlYVkJWpckzVQNmv+kSY6/20Sj48iL2vqjtwC1Xs3geqqI2Hspu2ZzGP+&#10;o+mIhGXZoKh2VmefnWJjYGlqmmFPgGsUl9E6bmwhlhYhyWqqk5ACt3tqgdaprWFFsR+ZRmNUrVuH&#10;6GUiqU11sWbcpUVixWiioaRO+mpKnrY562tKnPohT2mKloUCn3uTgcWlpHcVXsOWenevYbqGNHhc&#10;ZHR0p3kUZvth8HnTaWdOBnqba7c4i3tmbb8ey3w7btMAAIAAcmCkeHR5aI2VWnVUao6FAXYlbGlz&#10;i3b2bidg7nfLb9VNInijcWw3w3lmcsceKHnYc1EAAIAAdwWjNnIXclCUAnMfc26D5HQOdHRyaHT4&#10;dWZf7HXgdlNMRnbHdzY3EXeFd+0dnXeSeAcAAIAAexihxG/1e/eSjXEXfE+CWHIffIxxGXMefLle&#10;uHQlfOlLPHUefRg2NXXVfTYc83V3fQMAAIAAfqKgbG4mhZyROG9ahTuBCHB1hLdv1HGDhB9dtHKU&#10;g5BKVXOfgxc1fHRNgq0canOFgm8AAIAAgACfUGyvj1aQIG3vjj5/+G8TjPduzXAsi51cvXFFilVJ&#10;jXJMiTY023LyiGMb73HLiEsAAIAAgACebWuAmROPPGzIl0d/FG3ulT9t8G8Lkydb7nAukTRI3HE3&#10;j4g0WXHFjnEbkHBdjVgAAIAAgACdxGqWotOOimvjoFd+WG0FnZFtNW4dmrxbNm9CmCtIMHBSlhkz&#10;0XDUlR8bOm81kXoAAIAAgACdVGnxrJeOCGs9qXJ9wWxUpfJsl21fomtapW59n01HtW+KnQMzVm//&#10;m3gaxG5HkhkAAIAAgACYUH+XXlqKSX9wYUZ7GH94Y/hqln+eZnZY2H/XaNVFxoAuaw0w5YC+bN4W&#10;tYI9bTQAAIAAdlyXU30bZ5iJRn05aaR6AX1ka4dpkX2cbU1X7X3jbv5E+35BcI8wOX69cckWNn+z&#10;cbsAAIAAemeWOXrXcL6IAXsgcgF45XticydoeHuwdDdW+nwIdTpEL3xwdikvl3zbdtgVxX1IdoUA&#10;AIAAffOVBXjEeeeGvHkqenJ3l3mFettneXnhezlWEHpOe45DcXrAe9wvCXsbfAoVZnsde6YAAIAA&#10;gACT03cHgw6Frnd/gvN2hHfqgrBmTXhSglJVH3jHgftClnlIgbQuV3mSgXYU6XlNgVMAAIAAgACS&#10;1HWkjEuEqXYmi4d1hHaXipFlWHcGiYNUOnd+iINB4Hf2h64txngwhy0UgXfGhqYAAIAAgACSB3SC&#10;lYmD23UMlCN0t3V9knxkkXXukMFTfXZsjylBQXbijeEtWnb8jVMUOXZ+ixYAAIAAgACRanOgnsyD&#10;N3QwnMp0C3Semnhj53UImBNS13WGlfNAoXYAlGYs2nYHk/4T9XV3jX4AAIAAgACQ/XL9qByCunOP&#10;pYpzfXP0opNjVXRRn49SU3TGnP1AM3U5m2osbHUzmYwTi3S0jTcAAIAAgACLLIh+XfB+EYetYMdv&#10;04cdY2pgR4a4ZdtPdIZxaCc9K4ZmajsovIbta7kOBoj+a0cAAIAAedOKUYY0Zq19OoWkaLVu7IUt&#10;appfc4TObGJOuoSKbg88j4R8b48oQITfcI8N14ZJb/UAAIAAfViJXoQHb1N8HYOkcKNt7YNCcdte&#10;d4LzcvpN34K7dAs72IKxdPons4L3dYcNnoPndO8AAIAAgACIT4IUd+h6+oHFeJdsuIF4eSpdhIEy&#10;eahNAIENeh47I4EHeoEnLIEyeqsNZoHRel0AAIAAgACHSoBWgIt5/YAbgKNrwn/fgJZci3+mgG5M&#10;Z397gEk6qH99gC0m3H+OgBANUn/+f+gAAIAAgACGaH8HiU95Nn7YiNNrAn6biCNbwn5eh1ZLjX43&#10;hpc5/X4shgkmUX4khdkNDX56hKMAAIAAgACFsX3zkhF4eX3MkQZqR32Nj7dbDX1OjlBK3H0pjQ85&#10;Zn0WjCwl9XzjjDoM6n0yiJYAAIAAgACFIn0dmtV353z7mURpsHy3l19aeXxvlWJKSXxGk7I403w0&#10;krElgnvmkkoMy3wniKYAAIAAgACEuHx/o7F3dHxgoaxpL3wTnzhZ9nu8nLFJ1nuHmqw4dntrmeAl&#10;JnsMlyMMintfiHoAAIAAgAB+Q5H5XWZx2pCRYBpkaY9xYqZVuo6DZQdFvo3DZzk0H41yaRsf0o5W&#10;ahcGTo6ZahQAAIAAfMt9e4/oZahxKo6wZ6Bjso2ZaX9VGYyka0NFNovcbOUztYt9bkUfjownbuAG&#10;aov2bvAAAIAAf958ro3XbdFwOozFbyNi5Iu8cGJUTorQcY5Ei4oNcqMzLompc4YfNoojc8wGd4mf&#10;dCsAAIAAgAB7yYvtdelvRIrudqph3on5d1RThYkTd/FD14hdeHsyo4f2eOce3YhGeO0GfIeSeb8A&#10;AIAAgAB66YpKfgVueIlYfkRhGYhrfmRSsIeOfmpDUYbLfm0yNoZnfncenYaMfmMGjIXGfq8AAIAA&#10;gAB6Ioj6hkRtuYgWhftgXocqhYdSC4ZChPhCuoV8hHEx8oT3hCAeboT5hDsGkYQ8gtsAAIAAgAB5&#10;g4f0joxtOocajc5f44YnjMpRd4Uwi6dCGYRpirIxYIPeijIeKYOjiokGi4LzhGwAAIAAgAB5BIcq&#10;lt1suYZUlbFfXYVZlCdQ9YRVknxBmoODkTEw1IL4kMgduIKbj9YGiYHlhGsAAIAAgAB4ooaSn01s&#10;UoW+ncte6oS4m8ZQgoOlmaJBNoLCmCUwhoIml7YdgYGvk/MGfYEUhGMAAIAAgABxr5vYXLJl8Zn3&#10;X0JZO5hgYbRLTpb8Y/s8CpXaZgcq4pV9Z54WLpeFZ8cAAJMNab8AAIAAf0pw95oOZIxlZ5hHZm9Y&#10;tJaiaEBK4ZUjafg7tpPqa4Mqr5NubKsWMJUXbJQAL5C+brYAAIAAgABwT5gTbEJkopZqbY5YDpTL&#10;bsxKP5NNb/s7NJIRcQkqVpGCccoWFZLccYUAc45wdDMAAIAAgABvk5Yxc+Nj0ZSWdK1XK5MHdWVJ&#10;jZGPdhI6mZBbdqgp5Y/BdwkV3pDZdq0AooxreUQAAIAAgABu15Sbe5BjF5MMe+JWcZGCfB1I0JAJ&#10;fEM6Eo7PfGcpdY4xfHwVnI8OfDoAw4qqfaYAAIAAgABuMpNbg1pifJHWgz5V3JBIgvtIO47KgqE5&#10;hI2GglYpMIy+gjcVdo1kgmgA4IkngJcAAIAAgABtrJJPiydh9ZDViqFVVI9FieRHs42/iRU5Box2&#10;iHYoz4udiFEVdYvjiAQBA4ffgK8AAIAAgABtQpGLkwphsZAXkjVVEo55kQFHaYzTj7E4vIt0jtMo&#10;cIqejwQVGYrHjKABGobRgL4AAIAAgABs75D4mw5hX499mfhUuY3UmF9HEIwglrE4coqxldEoOYnF&#10;lScU/InJjjABJ4YDgMgAAIAAgABlYqZXW7BaEqQfXhVN8KIjYGVAq6BbYo0x8p8FZGgg558TZYoL&#10;+6G7ZRoAAI2UbdIAAIAAgABks6TMYydZpqKOZPFNk6BtZrBAbJ57aFYx0pz/ab8g85zVaooMT576&#10;af0AAIv7cswAAIAAgABkK6LoanVZDKC4a7hNGZ6UbPE/+Jyabh4xf5sRbxog0JrBb5UMfZxsbwYA&#10;AIp7d6IAAIAAgABjnaEHcatYa57icnpMaJzJczw/dZrRc/UxEZlIdI0gkJjedMMMjpoZdFUAAIkU&#10;e+UAAIAAgABjDp9uePBX4Z1TeVhL3ps7ea0+45k/eewwtJepeicgTZctejEMjpgBeioAAIfRf5wA&#10;AIAAgABikJ4sgFZXcZwWgGFLdZn4gEg+fJfzgBowVZZOf/ogJZWif/gMlZYegBEAAIa0gAAAAIAA&#10;gABiJp0th79XGZsYh3lLJJjwhvg+KJbchmYv+pUyhg4f5pRthkQMrJR0hQ0AAIXOgAAAAIAAgABh&#10;1ZxejytWzJpKjptK05gcjb492JX9jNsvrpREjHYfi5N+jK8MiZMliHoAAIUhgAAAAIAAgABhlZvL&#10;ls1Wv5muliRKxZdslO89vZUok6wvq5NKk2cfsZJbke8Mv5HsiJ8AAIScgAAAAIAAgABZI7GtWmRO&#10;Gq9SXI1CZK0ZXqo1nKsYYJ4nLKnjYiMVk6thYmgDRam2Y1oAAIjncf0AAIAAgABYcLBnYX1Nuq3i&#10;YxtCI6tqZLk1f6kuZjonOqe9Z2AV6qjPZ3AD0qa/aFEAAIegdrIAAIAAgABYCK6SaGhNSqwLaZBB&#10;0KmJarQ1OKc4a84nGKWsbJoWCqZzbHwEOaPzbXgAAIZnet0AAIAAgABXrqynbzpM36omb/1BV6eo&#10;cLk056VVcW0m36O8cewWCqROcasEhKFccvwAAIVBfooAAIAAgABXUqr9dhxMiqiCdopBBKX/duo0&#10;iqOmdzMmuqH1d20WCaJddykEwp8GeOEAAIQ+gAAAAIAAgABW/6mtfSNMUKcqfUpA1aSdfU40XqI3&#10;fT8mkqB0fTMWG6CXfRYE/5zvfhYAAINegAAAAIAAgABWuqighC1MKaYShBZAuaN1g8c0QaECg2wm&#10;dJ80g0cWHZ8tg4cFPpshgnoAAIKtgAAAAIAAgABWhafSi0NME6Uyiv1AqqKDimc0Mp/+ic8mXZ4h&#10;icoV/54RiTYFTZmrg5YAAIIWgAAAAIAAgABWYqc0kn5MDKR6kiJAp6G6kVU0Lp8jkKQmZ50vkJkW&#10;Jpz2jeQFaphwg6kAAIGAgAAAAIAAgAC1JmFTWbKj/mPRXQOSNmYvYDd/hmhxY0xr3mqfZkZXKGyu&#10;aSVBKm5ia88n627abd0GuXSjbsWzKl3OZGGicWCaZqyQ1GM2aOZ+S2WuaxBqumgNbShWHmpAby5A&#10;NWv8cQYnGGwScl4GY3U1c0GxTlqxbwGgql2zcEqPTWCDcYx81mMmcs5pbmWsdA1U+2f+dUM/Pmm7&#10;dlYmUWlldwoGF3W1eCKvdFfleYGe3VsWedyNjF4Jejl7WWDSepdoFGN/ewFT1GXqe2s+Tmeoe8Ql&#10;l2bde+sF1XYkfJqtvlV4g/KdRljOg3WMBFvjgvZ53l7Fgnlm4mGMgghSyGQRga89dmXKgVgk8mSE&#10;gREFnXaDgG2sUlN2jmab91bpjRiKzFoUi8B4uF0Nimplzl/kiShR52JwiAo8vmQlhxkkYmJ1hp0F&#10;bnbTg6arLVHPmNWa6lVYlraJ0FiRlIN3yluYkllk716AkFRRJGEUjoU8KWK4jQwj8GDIjKIFRncW&#10;g5GqUFCEozaaHlQboEOJCldanTd3DFpkmjtkN11Ul4BQeF/xlR47nGGKk1Yjjl9skewFJndMg3up&#10;wU+YrXWZklM0qaCIeFZspbl2eVlwofhjsFxenplQBF76m8U7KGB/mgUjIl5Flh4FDXd3g2qoF2jb&#10;WUmYY2qpXK+Hz2xrX+Z2JW4fYvBjZW/KZdxPf3FfaKc6InKvayog6HLxbMwBTH3PbvOmgWWIY3eX&#10;NGelZeSGvWmaaDF1LWt2amNigG1CbH1Os27xbn85dHA+cEUgW3ACcUwBLn4Bc8ek3mKIbY6Vf2TZ&#10;bw6FN2b7cHhzuGj/cdRhOGrvcyZNlmy4dGk4gW39dXwfnW0udfkBFH4teGWjNF/Xd4iT1WJQeDCD&#10;lmSUeMdyX2a4eVFf/mjNedxMjGqqemM3q2vmes8e+mqdeuEA/X5UfGahqF1/gX2SYGAZgV2CLWJ8&#10;gSZw/mS4gOJe6GbhgKRLl2jUgHc26GoDgEsea2h0gB0A6n51f9SgY1uQi3uRK15CipaBCWC4iZJv&#10;6WMJiINd5mVAh4JKyWc1hqM2Q2hYhfgd7marhdoA2X6RgJOfX1n5lXSQMly8k8yAGl8+kftvBmGb&#10;kCRdEWPijm9KE2XcjPM1v2bli+Edj2Uzi4wAzH6ogIqenVi7n2GPc1uInPd/WV4NmltuSmBsl79c&#10;WmK4lWFJaGS5k2k1N2WykjcdOmQEkDYAwX66gIKeHVfYqTaO6lqlpgx+w10joqdtsl97n05b0GHE&#10;nFhI9WPCmgc0w2SimOUcy2MNk3gAuH7JgHybNnCyWPeM1XHMXGB9Z3LxX5BsvHQbYoxa4XVEZWRH&#10;wXZnaBMy8ndoamAZXnfNa1oAAIAAch2Z4W2HYo2Lo27uZQ98MXBBZ2lro3GMaaFZ5XLRa75G5nQH&#10;bboyOHT1b2AY0nTJb9wAAIAAdsiYhWqhbCCKP2xAbcd7EW29b1VqhW8mcMZY7nCDcihGGHHJc3Qx&#10;mXKldHwYY3ImdJMAAIAAeuKXBGgFdZmIwWnLdn55g2tnd0ZpOmzsd/lXvm5seKNFFm/CeUEwx3CJ&#10;ebcXym/seYwAAIAAfnGVoGXGfw6HZ2emfzx4M2lef0Zn+Gr5fzlWxmyIfyxEOW3tfygwGm6efx4X&#10;Um4GfvAAAIAAgACUe2PqiJKGTGXfiAp3Jmemh1Zm92lThoxV1mrthcxDf2xOhSsviGznhL8W6Wxy&#10;hMAAAIAAgACTj2JikhKFZWRmkNh2RmY2j2ZmIWftjeJVDWmSjH1C1mr0i1YvFWtqiqwWnWsjiccA&#10;AIAAgACS3mEum4mEsmM7maF1jmUOl3VlbmbDlTpUXmhtkz1CL2nSkbIuk2oukSUWVmoVjeUAAIAA&#10;gACSZmBNpPOELmJdomd0+2Qpn4Rk2WXWnJxT2Gd6mhdBwWjZmFMuImkYl2AV5WlMjs4AAIAAgACO&#10;fHjnWLGBJ3lSXAlyt3nhXyhi/nqEYhNSAXsxZNQ/nXvvZ14rPHzFaVsQ3n5QaWAAAIAAdgmNUnXh&#10;YbqAEHaZZEBxnHdSZpth/XgPaNNRH3jPaus+3XmVbNMqn3pHbkAQiHuFbfYAAIAAeh+MHXMbarV+&#10;vXQJbHlwe3Tjbh1g5XW7b6JQMnaPcRI+Gnddcl0qC3ftc0UQPXkQcssAAIAAfbWK1XCTc7J9a3Go&#10;dMBvKXKhda1f6HONdodPT3R6d0s9Z3VPd/spjnW9eGkQA3bsd/AAAIAAgACJk25rfK58UG+ZfRZu&#10;C3CpfVdeuHGlfXpOXXKefZo8inN9fboo3XPGfcMPoXUlfZ4AAIAAgACIiWykhbZ7R23jhXptDm7/&#10;hQxdx3AJhIJNf3EHg/8743Hbg5koW3H/g2UPWnOhgvoAAIAAgACHsmssjrp6dWx5jd5sQW2cjMNd&#10;Am6ri5FMxm+wins7SHB+iaYn+nBwiWkPLnJZh3AAAIAAgACHDGoCl7l5zWtYlkRrlWx8lIFcXW2J&#10;kqlMI26OkQ86qm9bj/YngG8nj+wPAHFQiiUAAIAAgACGl2kkoLN5T2p/nrRrCmuenFFb0Gyhmd5L&#10;p22dl9I6RW5flq4nFW4JlWUOp3CRiegAAIAAgACB14GLWF11WIFYW5dnxoFaXqFY7IF9YXdIwYG4&#10;ZBs3A4InZnEi0YMdZ/gI54SkZ98AAIAAeXOAy362YOJ0aH7KY19m1H7tZbVYF38eZ+dIC39gafI2&#10;cH/Ka7kiZ4CEbMkI34HpbJoAAIAAfQZ/unwNaV1zOXxWayllzXyXbNhXGXzcbmZHMn0tb9g1vn2W&#10;cRMh5n4YcbYIxX+GcZsAAIAAgAB+mHmmccpyDnoNcvdklnpodAVWLnq7dPdGW3sgddM1F3uHdogh&#10;dHvUdtAIsn1wdwsAAIAAgAB9gHeJektw+XgLetxjjHh5e0lVLHjae5lFtHk/e+E0i3mpfBshGXnA&#10;fCAIqnuhfJYAAIAAgAB8j3XXgt5wLHZrgt9izXbhgq1UX3dGglxE5XesghAz8ngCgd8gn3fjgdUI&#10;g3ofgVwAAIAAgAB7y3Rxi2pvZnUQit5iDHWJihBTpXXxiShENHZYiF0zXHagh9kgSnY7iA8IcnjY&#10;hVUAAIAAgAB7MXNSk/BuznP7kuBhc3RzkX9TE3TVkARDo3U5jswyy3V6jisf3HTgjg0IY3fOhasA&#10;AIAAgAB6vnJ4nHxuV3Mnmv1g83ObmRBSk3Pylw5DNXRJlYEydHR6lRIfgXO2ktYILHcKhYYAAIAA&#10;gAB1Toq3V9ppgIn7WvBcsol8Xd5OpIknYJs/NIj+Yxst84lKZSkZf4r5ZfMB9YoUZxgAAIAAfF90&#10;WIgbX+dos4eZYlNb6IcuZJ5N+IbZZsU+qYaraLktjobiaksZT4gwarsCLIdsa/oAAIAAf4NzaoWR&#10;Z+dnrIU+abNbC4Tpa2ZNI4ShbPk9+IR4bmQtB4Shb30ZAIWZb6ACToUTcTYAAIAAgABycIM/b99m&#10;oYMIcRlZ9oLHcjhMSoKMcz49NIJwdCMsbYKOdMoYnIM2dLICXYMKds0AAIAAgABxfYFCd+BluYEd&#10;eJFZDoDqeSJLXYC3eZg8mYCTefwr6ICpekIYSID/ehMCboFEe8AAAIAAgABwpn+Qf/Jk739/gCNY&#10;Un9VgCdKtX8hgAw8B374f/Ars37pf+UYM37zf+gCjX+9f/gAAIAAgABv9n45iAtkYX46h8ZXz34N&#10;hz1KK33KhpQ7cn2bhgsrKX19hdQX930qhh0Cln52gcAAAIAAgABvaX0mkCRj130vj3JXRX0AjmdJ&#10;qny1jTw69Xx8jGAqpHxRjDwXkHu0i1sCn31qgcYAAIAAgABu/XxTmEtjanxgl0JW03wslb9JO3vW&#10;lCI6l3uNkxIqW3tJkv8XUXp1j48CkHyggbwAAIAAgABpA5R/Vwpd0JNIWfdRrpJVXMVEUZGVX2I1&#10;eZElYbAkcpGiY1UPT5SMYycAAIgJaZoAAIAAftRoHZIjXqhdH5EUYP1RCZAhYzhDzI9RZU41F47M&#10;Zx8kPo8caFsPaZFtZ/oAAIYibmQAAIAAgABnUY+2ZjdcQI7MZ/1QUI3naa1DHI0baz00jYyRbJUj&#10;4ozCbW4PXo6CbOkAAIRec6cAAIAAgABmfo1xbbxbXoyebv9PYovJcCpCZYsFcTwz7IqAciAjb4qY&#10;cp0PN4vPcg4AAIK8eJoAAIAAgABlr4t9dUxaloq8dhVOm4nxdsJBnokud1AzZoifd8gjA4iid/0P&#10;DIlTd5QAAIFOfOUAAIAAgABk94nifPBZ7okwfUtOAIhnfXtBCYeffY0y3ocEfZki2YbMfaMPC4cS&#10;fbUAAIAbgAAAAIAAgABkWoiIhItZUofmhHdNaIcghC9AdoZUg9AyWoWwg4oigIVYg4kPM4Uhg0cA&#10;AIAAgAAAAIAAgABj3oeAjEVZDYbvi+VNL4YfiyRAP4UsijsyL4RnibAiNoQGigEO5YOgh/IAAIAA&#10;gAAAAIAAgABjfIaxlBlYrYYhk3xMy4VNklM/4YRPkQYx44NzkG4iAoLtkCoO24JdigsAAIAAgAAA&#10;AIAAgABc4J7xVd9SQp1ZWJ9GwJwIW0U5+Zr7XbgriZp9X74aSZvNYLgGhJxKYQQAAIOjbUkAAIAA&#10;gABcBpzdXR1RrJtZX1VGN5n0YXk5lZjAY3IrUZgUZQwaUJkRZbQG35jdZeMAAIIQcjEAAIAAgABb&#10;X5qFZENQ9ZkbZfxFn5e9Z6I5BZaEaSYq6pXFalYaJpaHarUHF5WcauQAAICXdxQAAIAAgABatphA&#10;a1pQOJbnbJ5E0ZWXbc44apRhbuMqapOfb7EZ3ZQzb84HLpKxcCMAAIAAe2UAAIAAgABaDJZMcoFP&#10;kpUEc1tEMJO3dBw3xpJ8dLcqApGrdS0ZlJIcdSEHMZAqdd4AAIAAfy4AAIAAgABZc5S3echPBpN9&#10;ekNDsZIuepU3UZDpesMpmJAEet8ZcZAteswHO434e9EAAIAAgAAAAIAAgABY8JNrgRNOlpI+gTtD&#10;TJDqgSM27Y+XgOwpLo6lgM4ZII6pgOsHUIwcgOAAAIAAgAAAAIAAgABYiJJciGBOL5E6iDtC54/m&#10;h8Q2kI6GhzYo3I1+hwYYt41zh0cHK4qjhNkAAIAAgAAAAIAAgABYN5GOj+VOCZByj6NCw48Vjs42&#10;b42Qjdso4oxXjcIY+YwIjKEHcolUhQkAAIAAgAAAAIAAgABQpqphVE1GYqiYVtI7TacNWT0u7KXk&#10;W2kghqXZXPcOl6ijXQgAAKAIYHwAAIAAcS4AAIAAgABPxqiUWypFxKbMXTc6v6UeXzIuhaPBYPcg&#10;W6NtYisOx6WyYgcAAJ1sZRUAAIAAdfgAAIAAgABPPaZTYe9FLaSWY446QaLrZRguEaF+ZnkgE6EH&#10;Z1YO0aLhZwoAAJreae4AAIAAejwAAIAAgABOx6QLaKdEo6JZad45pKC2awEtoZ9JbAAfwJ6/bJEO&#10;xqA/bCgAAJh3bysAAIAAff8AAIAAgABOS6ILb3FEK6BrcE45M57FcREtK51McaQfjJylcfYOwJ3Z&#10;cY4ANZYAdQkAAIAAgAAAAIAAgABN16BqdmBDyp7TdvA45J0od1Us65ued5EfWJrXd5wO2Jupd14A&#10;cZPaelQAAIAAgAAAAIAAgABNc58TfVVDf52DfaI4q5vPfbAst5o3fZ4fJpldfYwO0ZnlfbUAsJIJ&#10;fs4AAIAAgAAAAIAAgABNJJ4DhFlDSpxzhHE4gZq2hDIsmZkIg98fCpgSg+QOqph3g3sAtZCZgHsA&#10;AIAAgAAAAIAAgABM8Z0pi49DKJuUi4Y4ZJnQiwgshpgQio4fE5bziq8O2ZceiEQA3Y9ngJYAAIAA&#10;gAAAAIAAgACpzlrqU6mZrV3HV3yI82CGWzV3UGMsXsxkqGW6YkNQ4WgVZZU7wmndaKMjJWlwaukD&#10;53lnbMunwlajXiCYFFngYP6Hh1zuY8Z2DV/YZnhjgGKfaRBP1mUia40602bnbdAiZWXYb2wDyHmc&#10;cWel3FLMaI2WR1ZVanOF+1mnbEx0lVzGbhxiMl+7b99OtmJecZA55WQYcxUhsWKxdBkDrXnKdmKj&#10;+U9Tct2UelMgc9qEPFahdNRzH1nxdchg4V0UdrtNmV/Qd6g5AWF8eHghCmAEePkDlXnyevWiMkxA&#10;fR2S4FBIfUSCvlP8fWhxr1dtfYZfxFqzfapMnl2Ifdg4Ol8hfgEgel3Jfh0DgXoUft+gsEmkh1mR&#10;i03dhrCBkVG5hf9wnVVOhU5ew1iphKlL2FuJhB43mF0Ng7MgAVv0g6ADcHowgiufdkdxkYqQeEvT&#10;kA2Ank/PjodvxFN/jQpd91bxi6pLJ1nYinY3GltAiY8fpFp1iZYDYnpIgkmehEWsm6SPo0oumUx/&#10;4E4/lvBvGlH/lKtdV1V/kp9KjlhskN82m1m5j7AfVVlAjtUDVnpcgkKd4kRfpYaPD0jwokl/VU0J&#10;nxVum1DOnBZc61RTmXJKNVc/l0g2QFhpliAe/lhEkv8DTXprgjydh2ImU4COpGRlV1h+9maVWwZu&#10;Omi3XohcYWrFYeZJUWypZRc0s24GZ+0b122CaZsAAIAAbfCbxF4QXXSNXmCxYGR92mMnYzVtQmV+&#10;ZeZbhGe3aHdIkmm2auQ0F2sDbQEbZ2pNbiAAAIAActOaC1paZ1mLnl1DaWZ8T1/1a1xrzGJ+bTxa&#10;PGTibwlHd2b7cLwzK2gtci4aumeRcs8AAIAAd4OYUlb9cSaJ7loicl96rl0Dc4dqeF+2dJ1ZCGJF&#10;dadGdWRxdqQyYWWFd3YaK2U7d7YAAIAAe5aWuFQFeuyIdVdde195SVpqe71pHl0+fApYAl/qfFZF&#10;jmIofKQxrWMbfOUZsGNEfO4AAIAAfxKVZFGChLWHPFUBhGR4K1gxg/poFVslg4JXDF3jgxJE1WAk&#10;grkxGmD0goEZSGGlgqEAAIAAgACUUU9ojnOGP1MGjV93Q1ZPjCtnP1laivJWQlwridREK15uiOYw&#10;qV8UiFIY/GBNiEkAAIAAgACTgU24mBqFe1FtlkR2iFTFlElmkVfbklJVnVq3kJNDjFz6jy0wLF14&#10;jnwYuV85jO0AAIAAgACS9Ex3oZeE7VA3nwR191OTnERmB1armZlVJVmIl0lDLFvGlY0vyVwTlPsY&#10;WV5mkHYAAIAAgACRWGmsU2KDnmtMVy9082zwWsxlG26QXjdUEHAjYXhBrHGYZIAtdXKlZwkT0XPG&#10;Z8cAAIAAceSPymXDXL6CU2fAX7dztmmhYolkA2tvZTdTGW0nZ8BA2G6uahosx2+SbAITYXDnbFIA&#10;AIAAdpWOS2IqZiCA3WRyaElyj2aMaldi6GiBbENSKWpWbhdAFmvrb8UsOWylcRUTEm5dcQ8AAIAA&#10;erOMt17ob25/U2FocNdw/mOrciVhoWXGc1hQ/mfDdHg/G2ljdYArcWnrdkUSkmxHdgwAAIAAfkeL&#10;RVwMeLh98l61eWlvrWEgefxgYGNZenVQEGVseuY+R2cXe1Eq0Gdoe50SNGp6e28AAIAAgACKEVmg&#10;ggh80lxqggduol7ygd9fZWFGgaBPJ2NngWQ9nWULgTsqTWUkgSwR5mj3gTsAAIAAgACJGVeZi097&#10;51p9ip5txV0Yibxell9/iMhOZGGuh+08+mNLh0Ip6WMnhv8Rs2ewhkMAAIAAgACIXFX2lIJ7MVjt&#10;kydtEVuVkY5d7F4Cj+pNv2A2jns8W2HOjXEpb2FujUkRgmaqimIAAIAAgACH2VS6nZl6qle9m59s&#10;glpnmVZdXlzSlwhNRV8DlRY7+mCPk9MpCV/vk2gRJGXvi5cAAIAAgACFMHGSU0B4anKWVvNqpXOz&#10;WnhbpXTYXclLXnX3YOc5l3cOY7slmXf5ZdcLunrEZgIAAIAAdcKDx23SXA53N28wXwNpgXCEYc5a&#10;pXHNZHNKgnMGZu044XQiaSQlC3TIarYLjXf3aqoAAIAAeeGCcGpdZN110mwBZxdoWG2DaTJZjW7u&#10;aylJmHBAbP84I3Febp4kgnG8b7ILZXWCb4oAAIAAfYCBDmczbbB0cGkMbzdnAGq2cKFYlWxAcfJI&#10;vW2ucyI3fW7MdCskF27hdMsLTnNedLMAAIAAgAB/umRydoBzSGZzd2Nl3Gg+eCJXYGndeMFHz2ta&#10;eVQ2pGx4edMjbWw5ehULCnGbemUAAIAAgAB+oGIdf1lyN2Q5f5pk3GYbf61WcGfQf6NG9GlUf5g2&#10;Bmpff5gi92nKf6MK33AYf8cAAIAAgAB9vGAoiCZxXmJah8pkD2RMhzRVrmYNhoZGPWeYhes1cGiT&#10;hYIipGekhYoKy27PhEMAAIAAgAB9Cl6RkOVws2DUj/ZjZGLQjrtVDGSUjWtFn2YejFA01GcKi6Ui&#10;LmXYi+kKs23qhzwAAIAAgAB8i11XmZJwMl+omCBi22GllkpUhGNklGFFKWTlktY0eGW+khshyWRi&#10;kVEKa25khwsAAIAAgAB4/XnuUv5tBHpiVo9gDXsAWfZR13uwXSlCR3xoYB8w/31BYq4c4n5sZCME&#10;hIDpZO0AAIAAeSB3s3ZgW0hr9XcoXi9fDnfyYO9Q/3i4Y4VBlHl9ZeYwdHpHZ+ociHsFaPEEm34p&#10;abIAAIAAfMB2fXMNY5dqsHQXZdRd/HUJZ/NP/HXqaetAuXa/a7gvxXd9bTUcEHfLbdYEnHvFbrkA&#10;AIAAf+91RHAFa99pc3E6bX1cunJPbv5PEHNFcGA/4nQucZovIXTfcpYbpnS6cuIEn3mxdCgAAIAA&#10;gAB0E21XdDdoS26wdTpbom/edh1OBXDndt4/PHHWd4wumXJ7eBIbWHHueCIErXgZebMAAIAAgABz&#10;DmsYfJ5nb2yPfRNa2m3PfVpNMm7ifX4+am/OfZwuAHBSfb0a4W+IfcIEmHg8foIAAIAAgAByOmkz&#10;hPlmoWq+hORaFmwKhJFMeG0lhCI9um4Qg8Qtbm51g5camG2Ig94Emng4goMAAIAAgABxkmenjUZm&#10;AGlDjLFZeGqWi81L5Guwis49KGyTigYs3GzfiboaK2v2icwEmXg6gxwAAIAAgABxFWZxlY1lhGga&#10;lI5Y92lwkyJLZWqDkZ48vWtYkIAsimuFkF8Z0Gq0jogEbHiHgv0AAIAAgABsxYLZUnthgoLNVedV&#10;SIL0WSxHy4M5XD041oOhXwEn2YR4YSwS9Ia7YZUAAIM6Za4AAIAAfANrln+EWk5gkH/BXSFUZoAH&#10;X9BHEIBVYlM4Q4C5ZJAndIFrZkQS14L7Zl8AAIEJamIAAIAAfzZqhHxTYiNfb3zLZF5Tdn0yZnxG&#10;Ln2QaG43i334aicm6n6Ka2cSlH+Jaz8AAIAAb3oAAIAAgABpbXlmafheTnoEa6FSUXqFbS1FS3r3&#10;bpg2v3tob84mTHvbcKESOXyPcEgAAIAAdP4AAIAAgABoY3bVcdNdVHeQcvVRXXglc/VEUXiidNE2&#10;I3kLdY0lyHlgdgMR9Xn4dZ4AAIAAeeIAAIAAgABnc3SgecVccHV4emJQiHYeetVDmnadeyU1f3b/&#10;e2QlfXcfe5IR13e5e2AAAIAAfgkAAIAAgABmrnLIgbNby3O9gdtP9nRrgcVDC3TjgYw06XU5gWMk&#10;93UvgWQRqXXagYkAAIAAgAAAAIAAgABmEnFJiZpbNHJNiVVPYnMBiL1CgnN0iAU0Z3O7h4skcnOJ&#10;h5sRS3RqhsEAAIAAgAAAAIAAgABlmHAWkYZavnEokOpO63Hgj9tCE3JLjrM0C3J+jgIkL3IhjjYR&#10;EXM/ivAAAIAAgAAAAIAAgABgpoxvUZhWB4vtVNxKd4upV/09nIuVWuQvGovXXWUeCI0pXvoJgI5q&#10;XykAAIAAaWkAAIAAfnBfj4lSWP5VK4kRW7tJqojeXlU89YjEYLwuoYjuYsYdyYn5Y/gJpIqoY/0A&#10;AIAAbikAAIAAgABen4ZBYGNULYYxYphI14YXZK88L4YEZpYuBYYkaCkdYob1aP0Jo4dRaOsAAIAA&#10;c2QAAIAAgABdsINoZ8lTMoN3aXpH1YNxaw07Z4NqbHotVYOJbZwc44QkbhgJhoRnbgwAAIAAeFsA&#10;AIAAgABcxoDobz1SToEScHFG9IEccYU6i4EVcm8swIEncy0cZ4GOc2MJYYHjc4oAAIAAfKwAAIAA&#10;gABb9H7HdsRRiH8Kd4VGPX8feBw53X8XeI4sI38UeOIcJX8oePEJWn+0eZkAAIAAgAAAAIAAgABb&#10;PHzwfj1Q131PfpJFmX1vfrQ5R31kfrcrm31Pfrob0X0kfsQJjX3SfzMAAIAAgAAAAIAAgABarHt5&#10;hctQdHv5hc5FRnwbhXg5BnvxhP0rb3u2hMMbjXtahRsJUnxcg98AAIAAgAAAAIAAgABaO3pKjWxQ&#10;BXrXjStE2Xr/jG04p3rNi5IrJ3p1i0gbYnnZizIJTHsqhkkAAIAAgAAAAIAAgABUpZbcUD1KjJXx&#10;U1U/iZVPVkozJpUCWPokz5V3WxYS75hSW6gBgpSlXY0AAIAAbRQAAIAAgABTnpP9Vz9JvJNEWeA+&#10;xZKnXF0yiJJEXpskZ5KIYE8S2JTnYJkB1JEKYmkAAIAAcfgAAIAAgABSy5EMXj9I3JB5YGc+Co/s&#10;Ym0x2I+HZDkj5I+vZYcSm5GkZY4CBo3LZ2cAAIAAduQAAIAAgABSAI5CZUBIBo3IZvE9KI1LaIEx&#10;L4zpaeEjVI0BatASSo6Tap0CH4rwbKQAAIAAezwAAIAAgABROYvIbFVHRItpbZY8a4r3brUwdIqP&#10;b54i44qKcD0R/ou+b+YCLYh4cloAAIAAfwYAAIAAgABQgomrc4BGmYlndFw70oj9dQ0v6oiMdY8i&#10;aYhoddcR4okfdYgCRYZVeEoAAIAAgAAAAIAAgABP4ofieqlGDIe4ey07WIdUe3UvgIbVe5ciBIaT&#10;e6YRqIble4sCcISCfVcAAIAAgAAAAIAAgABPYIZjgcRFiIZSgfA62IX2gdcvDIVwgachm4URgaYR&#10;L4UYgcMCYYMRgXUAAIAAgAAAAIAAgABO+IU0iTNFWoVGiUA6uYTziL0vEIQ4iBQh7YODiBoR5IMd&#10;hyQC14G0gewAAIAAgAAAAIAAgABIWKJxTl8+36E8UUI0aaBnU/YoWaAoVk4Zw6FzV78Io6MbWGUA&#10;AJGUX+QAAIAAcHoAAIAAgABHR5/mVP49+J7sV3czeJ4aWcUnj52vW7wZRZ6hXNgIp59zXVkAAI7c&#10;ZH4AAIAAdVEAAIAAgABGm50NW509NJwtXawywptvX44m25r5YSQYw5u9YeoIl5vOYlAAAIxDaVEA&#10;AIAAeakAAIAAgABGB5o8Yjo8hJlvY9wx9pi8ZVYmQJhHZosYR5jtZwYIgJhMZ18AAInebnwAAIAA&#10;fYAAAIAAgABFZJe4aOg73ZcMaikxXpZYa0AlqJXSbAoX+5ZMbEsIdZUPbK8AAIfGdC8AAIAAgAAA&#10;AIAAgABExZWTb747SpUKcKcw5JRbcV8lTJO+cdMXuJQAcdAIkpIpcmQAAIYQeWcAAIAAgAAAAIAA&#10;gABEO5PCdpw6z5NadzkwgpKud5Yk+JIBd7wXaJIed5kIgo/SeJsAAISyfcoAAIAAgAAAAIAAgABD&#10;yZJBfZA6bZH2fe0wMpFPffgkw5CIfdoXQpBzfcgIUo3wfngAAINFgAAAAIAAgAAAAIAAgABDgJEE&#10;hMY6JZDOhPQv8ZAyhLMkmY9ZhGUXSo8FhIcIhYxZg1gAAIJxgAAAAIAAgAAAAIAAgACe+1PVTdWP&#10;yFcIUh2ABFoiVlBvXF0sWmNdpWAZXlFKv2K1YhE2cWRjZYEeX2OWZ/QBe32Aaxmc0U6FWAiOFFIu&#10;W29+hFWyXr5uCFkRYfJcb1xDZQZJq18HZ/Y1gGCYap8drWAybHYBi31kb8+a2kmsYj6MO03AZLl8&#10;71GcZyJsilVBaXtbIFioa75IjVuKbeg0mlzzb9odDl1KcSQBmn1LdOKY6EU8bGSKa0mzbfl7Mk3U&#10;b4hrH1G5cQ1Z2lVWcoVHflhOc/AzyFmFdTQcf1radgYBpn02eYuXCkE2dniIy0YKdzh5vkp5d/Vp&#10;vU6PeKpY2FJceV5GnFVoehAzF1ZmerMcCljTeyoBsX0kfYiVZz2pgH6Ha0LUgGx4m0eLgFxow0vc&#10;gEtX70/GgD5F91LegEMykVOggFgbq1cpgKgBun0UgOWUCjqWinGGSkAPiYh3sUUGiKdoAUmJh9RX&#10;O02ThxVFXFCthnsyLlE1hiEbZ1XKhpIBwn0IgTCS9TgGlD+FZT3AknZ2+ULtkMRnbkeYjzVWuUu7&#10;jdZE3E7UjLYxw08YjBsbMVSvi8sByHz9gTSSMzYPnbSEvjvymwd2cUFCmIZnBEYJlktWbEo/lGNE&#10;pU1ZkuMxiU1eklAa91PPj/ABzXz1gTiTg1q+Te6FQ11hUiB2W1/9VjlmfWKKWi9VgWT5XftDPWcX&#10;YY8vT2hAZLEWqml1ZlQAAIAAbdKReVWZV5mD1Vi7Wv51LVu2Xkplf16NYXZUo2ExZHhCgGNqZ0ou&#10;uWRdabcWTmZgatoAAIAAcrCPmlDkYUmCAlRtY9dzmVe5ZlBkAlrPaK9TVl2lavJBY1/xbRAt0WCd&#10;btoVsWPgb4oAAIAAd2KNykyTauuAR1BzbKdx9VQBblZitFdSb/JSKVpZcXhAalyvcuctE10KdBgV&#10;OGG4dHMAAIAAe3aMHEiudIZ+xUzbdXtwklCtdmNhYFQsdzxRNFdceA0/lFm7eNQscVm6eXsU1V/n&#10;eawAAIAAfvOKsUVIfht9hEm4fk1vek3EfnJgZlF2foxQTlS/fqk+9FcdftQr9VbAfwkUh15kf1gA&#10;AIAAgACJiEJbh558fkcGhw1ul0tEhm1fnk8ehc1PlFJ+hUM+WFTUhN8rm1RMhMQUVV2ihPoAAIAA&#10;gACIoT/wkP97skTKj61t4kkwjkpfAU0mjPNPA1CVi9A9y1LcivkrLVJHisYUKl3riZsAAIAAgACH&#10;/z4Rmh57HEMMmBZtVkeKlfVehkuSk/JOoE8KkkU9glFFkR0q4VCtkRMT315pjUAAAIAAgACIHWHs&#10;Tgx6w2QHUh1ssWYmVhddm2g5WexNVmouXZE7pGvaYO8n8myYY6kOk3DrZGgAAIAAcbSGJ1z5Vxt5&#10;SF+LWndrY2H+XbZce2RRYNNMWWZyY8M6zGgpZnUnQmiHaJQOQ24RaP8AAIAAdmiEblhiYEZ3tFtb&#10;Yt9qLV4cZWNbXGCjZ8VLaWLoagM6C2ShbA0muWSSbZkOE2uHbcUAAIAAeouCu1QwaWl2F1d5a0Jo&#10;lVp0bQtaFF0wbrpKP1+gcEo5FGFVcbQl+WDIcr0NuGl4cs8AAIAAfiOBMlBrcoh0qlP0c6pnQVcp&#10;dLlY1FoPdbJJXFyfdp04TF5Ld3ElZ12DeAkNfmkxeDoAAIAAgAB/600he6dzgFDhfBdmNlRHfG9X&#10;31dWfLVIe1n2fPk3sluQfUMk9lrMfYkNUml8fgkAAIAAgAB+4UpNhLRyjk48hHhlW1HKhBlXGFT4&#10;g7BHwFelg1k3GVkmgykkpliRg0QNPGmhgxMAAIAAgAB+E0f1jaVx0kwKjMNkqk+2i7JWd1L4ipxH&#10;J1Wqibg2hFcKiSskN1bCiWINJWnIhzYAAIAAgAB9gkYglmdxSEpTlPJkH04RkzZV81FbkXpGulQL&#10;kBc2MVVPj1Ej31VQj2QM4Wo8iLUAAIAAgAB8lWlzThNwBmsNUfxiumy3VdJUYW5YWYNExm/dXPsz&#10;j3ErYBMf1HGsYjkHM3e2YxAAAIAAdYZ6s2SyVpFunGa3Wdxhg2ipXQtTWGp9YBVD4mwhYuoy0m1l&#10;ZWgfRG1PZwoHH3TqZ78AAIAAea15HWBFXyttF2KmYclgSWTaZE5SN2baZq9C8WiZaOQyEGnKas4e&#10;umlNa/cHDXQVbKUAAIAAfVJ3klwuZ9Nrml7aab5e5GFEa5dRO2NybVhCF2VLbusxbWZlcEUeWGXe&#10;cQEHDnQTcc4AAIAAgAB2I1iHcHhqXltvcb1dtV4Jcu1QAmBUdAFBLWJBdQAwmmM7ddYduGL7dj0G&#10;53RVd4QAAIAAgAB081VTeSFpQlhpecdcsFsrek5PEV2WerxAVF+JeyIwB2BYe4MdT2CJe7sG1nRy&#10;fOoAAIAAgABz/VKRgbloYFXPgcZb4VixgaZOUFsygXM/oF0mgU8vdV3EgUsdDF5+gYgG2HRvgWkA&#10;AIAAgABzPVBDijlnr1OjiblbNlaeiPhNs1kqiCc/B1sWh4Yu3lt8h0EcnVzkh8UG03R4hJ0AAIAA&#10;gABys05wkppnLVHtkaJasFT1kEtNL1eCjuI+mFlhjdIuilmUjXkcQFuejRkGnXTThHkAAIAAgABw&#10;0XFzTeJlBnKTUaRYeHPNVVVK0XUGWN47zXYtXCAq53dDXtkWnXgwYBYAp37mYloAAIAAeNpvD2zr&#10;Vdxju25qWRNXX2/cXC5J6XE2XyE7DXJqYdAqUnNaZAMWQ3QJZNcAzn6kZyEAAIAAfIRtlminXfdi&#10;Ump4YJFWNmwjYxFI2G2dZWk6Jm7dZ4gpmm+faTcVx3B9aa0A4H6GbCoAAIAAf7xsNWS0Zhdg+GbE&#10;aBJU4micafdH3mo2a705RmuEbU0o8GwRboIVXW1ubqkA835lcZYAAIAAgABq42EjbkZfuGNmb6RT&#10;u2VkcO1GymcXchY4o2hucyIobWjDc+cVG2rJc9oBE34udx4AAIAAgABpxV4DdoBeyGB2d1BS52KW&#10;d/9F9GRceJA3zWWjeREn2WWqeXgUrmiaeWcBEn4we/QAAIAAgABo3FtLfqtd7V3jfvRSG2AffwxF&#10;NmHyfws3G2MrfxMnR2Lefy8UcWa7f2YBJH4Tf/oAAIAAgABoJVkDhsBdRFu7ho9ReV4LhhdEoF/j&#10;hYk2iWEIhSkmtGBhhSYUBmVUhUQBMH3+gM4AAIAAgABnnlctjsZcxVoAjjNQ91xejTZEIl4yjCI2&#10;IF8/i2omZ15hi4kTsGQ4ifMBD341gLgAAIAAgABk43oMTVpZ3Hq4UPhOB3uIVIJBA3xkV90ydH1M&#10;WtshlH6AXQ0MzICgXXgAAIAAZZ0AAIAAe7RjRXXCVN9YqHbBWAJM/Xe6WwVAKnikXdgxyHmCYFMh&#10;HHpnYhEMtHysYj0AAIAAakgAAIAAfvRh8XGnXINXXXLuXxdL7nQSYZA/L3UPY9cw+nXmZdAggXZ4&#10;Zx4MfHlBZxoAAIAAb1YAAIAAgABgsG3VZDJWG29RZjRKsHCXaB0+N3Gsad8wHnJ+a1kf1XKzbD8M&#10;MHZYbCAAAIAAdNEAAIAAgABfhGpca+hVA2wEbV9JpG1pbrw9LG6Lb/MveG9PcPkfS28dcYgL/nPQ&#10;cW4AAIAAebIAAIAAgABedmdGc7JUBmkZdKRIvmqcdXQ8amvHdiIuz2x0drAfA2vbdv0L9HGZdx8A&#10;AIAAfdMAAIAAgABdmGSTe3hTS2aVe/NIG2gzfDo70mlffGIuM2nofIseemkdfKwL12/CfT0AAIAA&#10;gAAAAIAAgABc52JKgzJSpGRtg0FHfWYhgwc7Q2dMgrMtq2ezgood7GbqgrcLim5cgnsAAIAAgAAA&#10;AIAAgABcYmBtiuxSJmKqiqVG/2RuifU6zGWViS0tS2XYiMwdqGUmiSoLWW0+hqoAAIAAgAAAAIAA&#10;gABY84NcTGBOq4OWT91DhIQEUz43CoSaVmEovIWAWQIXVoeJWlwEcYfVW6IAAIAAaTUAAIAAfhpX&#10;eH9OU3xNhH/VVopCeYBgWXE2LIDxXBsoE4GxXkkW8YMzX0MEjYQIYG4AAIAAbfEAAIAAgABWSHta&#10;WrNMVHwfXUBBe3zJX6o1Pn1fYdcnU34CY5EWa377ZC8EioC2ZVYAAIAAcyQAAIAAgABVK3eiYfVL&#10;MXiSY/1AVnlVZeQ0WHn3Z5omiHp/aOYV03r4aS8Ec33cam8AAIAAeCAAAIAAgABUGnQ5aUdKKXVS&#10;as4/VXYvbDYzYnbQbWwl4nc3blgVR3eEbl4EWntpb+MAAIAAfHIAAIAAgABTJnEscKtJQ3Jvcbs+&#10;hHNkcqYyoXQGc2clN3Q9c+sVBXSHc9MEYnlDdd8AAIAAgAAAAIAAgABSUW53eApIc2/neKk9xHD2&#10;eRox9XGWeWskoXGbeZ8UonImeYAEkHhKe3MAAIAAgAAAAIAAgABRpmwnf3RH723Mf7g9WG73f7Ex&#10;qG+Jf40kZW9Sf4kUQnA6f7AEXHiigCcAAIAAgAAAAIAAgABRJWo/hvJHb2wBhuk83G1BhngxOW3O&#10;hfMkEW1khdsUEG6khbgEUXi1gusAAIAAgAAAAIAAgABM742gStdDYI1qTjY41Y2DUWksvY3/VEQe&#10;VY9fVlcMgJHdVvYAAImKXDQAAIAAbK0AAIAAgABLk4nLUZRCOInmVIs3tYoXV1ArxYp/Wb4dmYuY&#10;W2wMOY0VW9YAAIZOYN8AAIAAcY4AAIAAgABKhYX6WGdBHIZLWuk2vIaUXTwq14bzXzsc3IfUYIQL&#10;5IieYL8AAINUZboAAIAAdogAAIAAgABJjYJUX0dAF4LIYU81q4MjYysqAYOBZL8cIIQxZasLiIS3&#10;ZcIAAICqat4AAIAAeusAAIAAgABIm37xZjw/J3+PZ840wn/+aTcpHoBPalcblYDBavgLO4Fgav0A&#10;AIAAcHkAAIAAfr4AAIAAgABHunvibUw+TXywbnAz/n02b2gocX19cCIa+32mcGwLE36GcIcAAIAA&#10;dlUAAIAAgAAAAIAAgABG+HkxdF09lXotdR0zXHrLdacn5nsFdgMacnrndhMK1Hw2dmwAAIAAe0cA&#10;AIAAgAAAAIAAgABGT3bQe2w863gDe9AyvXi8e/gnXXjtfAAZ+niEe/sKbXpvfK0AAIAAf3gAAIAA&#10;gAAAAIAAgABF03Tbgrw8h3ZEguAyb3cggp8nOnc5gksaJHZyglsKzni1ggYAAIAAgAAAAIAAgAAA&#10;AIAAgABAmZlFSKs3spitS+Uto5iUTtQhqplRUTsSeZwyUlMDUpm+VGAAAISyX4oAAIAAcA0AAIAA&#10;gAA/N5W8TwQ2VJWOUdksLJWZVGIgS5ZAVmYRbpihVy8DCZUVWT8AAIGuZEAAAIAAdQEAAIAAgAA+&#10;QZIWVXg1OpIZV+ErHpI+WgIfOpLXW6AQoJTDXB8C0pDPXi4AAIAAaSMAAIAAeXQAAIAAgAA9b459&#10;W/00UI6fXfYqGI7VX6keZ49kYOgP/5DXYSoCqo0GYzoAAIAAblYAAIAAfVgAAIAAgAA8mosUYpoz&#10;dItpZCYpRIutZXQdmYwiZksPp40QZmcCmYnFaIcAAIAAdAQAAIAAgAAAAIAAgAA7y4fyaV0ypoiH&#10;aoEokIjla2sdBolCa/EPP4mka9YCpocDbjAAAIAAeTsAAIAAgAAAAIAAgAA7FYUpcCkx9IX+cO8n&#10;+IZ3cXkcjYa/cbQO54aucYYCloTFdFMAAIAAfZgAAIAAgAAAAIAAgAA6fIK7dwoxXYPPd3wndoRl&#10;d64cLoSXd6gOo4RJd5ICboMCeisAAIAAgAAAAIAAgAAAAIAAgAA6DYCqficw54H2fk8nC4KsfjEb&#10;44LMfgEOkYJcfi4CiYGIfv8AAIAAgAAAAIAAgAAAAIAAgAAAAP//AAD//wAA//8AAG1mdDIAAAAA&#10;BAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkK&#10;NguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYppyrH&#10;K+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K&#10;90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJoI2kz&#10;akJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuG&#10;t4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+gjqF8&#10;omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQu368&#10;a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHVSdYx&#10;1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbv&#10;dvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQHvwjn&#10;CgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+JLgl&#10;syauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31Af0GC&#10;QoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zqXe1e&#10;8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5m3qQ&#10;e4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6lOmV&#10;2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmevYLBa&#10;sVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2zL/N&#10;yM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDpw+rU&#10;6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggGCTIK&#10;UgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXu&#10;JuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/LQMRB&#10;vUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fck12W&#10;Xphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiReYx6&#10;h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yUkpWJ&#10;loCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDfsfOz&#10;CbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU&#10;07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y71zw&#10;W/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38Ilgmh&#10;CqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9I6Yk&#10;kCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6Y&#10;P4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhDWTVa&#10;JlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZzQHQp&#10;dRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9jWKO&#10;R48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWnCKf9&#10;qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNSxGbF&#10;esaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ&#10;5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOZPf85/WM2Zf6h+&#10;zbTaf5l+eZwUf6N+ZYNMf8Z+hWqFf/5+wFG/gGN/PTkAgRKAD/zFfnyLNOS1fmOJbMxAfl2HzLOa&#10;fm6GZprYfpiFQ4IYftmET2lafy+DZ1Cuf6+CoTgUgHaB5vq8fTaWceL7fTCTksrLfT6Qz7I6fWmO&#10;XpmTfayMLIDvfgeKImhOfnWIE0/BfwyGADdBf+iDrPjjfC6ht+FBfDOdv8kzfE2Z8LDCfIWWV5hF&#10;fN+TGn/LfU+P82dWfdGMtU7vfnyJTTaHf2eFXPc3e2OtA9+le2an68eqe4ejCq9ge8meaZb4fCuZ&#10;+H6yfK+Vt2ZufUORQU4uff2MezXlfvSG7/W8esq4Vd4veseyFMZDeuSsFK4ZeyymYZXce5mg2n2k&#10;fCSbWWWVfMiVqE2CfZGPgTVbfpGIX/R3elLDqtzseka8MsUJel21Cqz5eqeuO5Tpex+nm3zZe7ag&#10;6GTYfGCZ3UztfTWSUDTofj2Jp/NjeffPAdvYeePGQMP6efK95Kv3ejq17JQCeriuJHwge1umQGRI&#10;fBCd5UxvfOqU4zSJffeKxfJ1ebTaWtrreZfQMsMPeZ/GlKsYeeO9apM7emS0ant3ew2rQGPCe8yh&#10;lkwJfK+XMzQ9fb6Ltu5TiNt+NteGh8R9wsCfhsN9cKmMheZ9VZJShSp9dXsHhIZ9xmPEg/F+NUyP&#10;g3h+6TWSgyiAAOw9h32Iy9YUhnCHQL9rhYOF46hjhLuEwZEehBuD33nUg5SDLWKcgx2CjUuSgsOC&#10;FjTYgpCBwep6hkeTZdR0hU2Q2r38hG+Oc6cLg8SMWI/tgzmKd3jKgsqIvWG2gmmHA0rNgiaFTDQz&#10;ggeDb+jbhU+d/tLghF+adLx6g46XFKWrgueT6I60gnKRC3e7ghWOQWDWgceLZEoYgZeIaDOigYuF&#10;BOdchIuooNFsg52kFbsQgtSfuqRbgjeblI2AgcKXlXa6gXiTu2AIgTmPskl1gRqLZTMkgR+Ge+YA&#10;g/GzS9AbgwSturnNgjqoWKMygaOjLYx7gTaeIHXIgO6ZFF9KgL6T20jkgK+OOjK5gMGHz+TVg3O9&#10;+M76goe3Vri1gbyw4qIvgSaqqIufgMSkinURgIOeVV6ngFSX0UhpgFOQ2TJggHKI++PWgw7Ipc4F&#10;giTA4rfGgVe5U6FKgL+x+orQgGGqu3RrgC6jXF4pgAeblUgCgAeTOzIXgDCJ/uMAgr3TVM03gdbK&#10;Wbb6gQfBmqCIgG65E4ojgBGwonPaf+KoBl23f8ae/Uerf9CVVjHcf/uK194SkeJ8sMjuj/F8Y7Ox&#10;jhh8Op47jGh8R4iNit58j3LFiWl9Cl0Rh/x9qEd7hpl+kzJRhTl/8dwqkLSGl8eUjsGFUrKSjPSE&#10;PJ02i1eDW4eOieSCtnHSiIiCPVwrhzOB2Ea5hemBojHLhKKBndqjj46QlcY5jaiOV7Fyi92MPpwV&#10;ileKcIZ4iPiI2XDQh7WHaFtIhneF/EYFhUaEnzFUhBmDNNlCjpual8TYjL+XbLAHiweUa5rIiYKR&#10;pIVSiDmPHW/ZhwWMqFqDhdiKJkVvhLqHjzDsg6CEr9fujeGklMOHjAmgga66ilucm5mPiN6Y5IQ6&#10;h42VT27whmuR1VnOhUqONETohD2KWzCRgzWGC9a1jUuunMJci3epna2ZicqkxJiCiFKgF4NMhwib&#10;fm4aheGW4lkrhM6SHURzg9CM/zBFgtqHRNWnjNC4o8Fciv+ysKyhiVGs2pebh92nKoKGhpuhim13&#10;hXqb0FihhGKV0EQSg3OPbDAFgo2IVtTCjGrCpsCGip27sqvPiPG01JbRh3uuEoHOhj2nW2zjhSmg&#10;glg2hBaZTkPBgyeRnC/Rgk6JQdQEjBPMqb/Vik3EoKsfiKO8pZYnhy20voE3hfGs3mxnhOCk1VfU&#10;g9mcbUN4gvSThS+nghuKBc5Pmxt7gLqimFl7Uabvlax7RpMKkyd7c37okMZ72mqojnV8d1aIjCJ9&#10;OUKWicJ+UC9Ch0J/4sydmg+E0rmBlzyDvqYGlJeC1ZI0kiCCJH4Tj9OBrWnajZiBY1XGi1mBMUH8&#10;iRGBNy7vhqaBestCmRGOIbhElkWMLqT5k52KWpEukTeI1X0gjvqHfWkCjNGGSlUOiqWFH0F0iHCE&#10;Ci6lhhuC+sohmB6XjrcYlWOUuaPLksmSAZAbkFePjHwdji2NUWggjBSLKVRYifmI+UDyh9uGwS5l&#10;hZ+EXsj/l2ag9rYHlK2dRKKvkhuZv476j72WaXsgjYmTM2dRi3+QEVO+iW2MzUCKh12JYS4uhTSF&#10;ocfsltiqYLT+lCKl16GukZKhcI4LjzmdMXpMjQmZAmaXiviUzlM2iPCQdEAwhu+L0y3/hNiGwcb7&#10;lmSzv7Qgk66uVqDXkR+pBY1Bjsij0XmejKGep2YKipOZY1LGiIKT4j/nho+ODS3YhIyHu8YulgO9&#10;GbNlk062xKAhkMCwfIySjmmqRHj+jEakEWWJikSdulJriDaXFj+qhkGQCy24hEyIkMWFla/GcbLN&#10;kvy/HJ+JkHK3xov+jh2wd3h7i/upKGUgif6hslIah/2Z7D9whhGRwi2fhBqJQL8gpId6razJoPp6&#10;jZp/nXx6logUmh962HVylt57VmK0k6V8DFAqkFt86T3hjO5+ICxqiTt/072io5yDcKvin/KCfJnO&#10;nHOBtYdumR+BJXTFle+A0mIKkseArk+Jj4+Apj1ujDWA3CxJiJeBWbyDoqmMNqrcnwaKbpjsm4WI&#10;z4aMmEGHdXPzlRyGUGFSkgOFUE7zjtmEWz0Ki5CDhSwsiAWCxLuCod2U7KnQnkSSW5fZmsyP+YWV&#10;l36NwnMTlGSLzWCYkVSJ5k5mjjSH+jyyivuGECwTh4SEEbqloRqdw6jpnY6aZZbnmiGXNIShltqU&#10;JnI8k6mRP1/mkKmOa03hjZSLfTxhim+Idiv9hxWFPbm8oI+mmqgenP2iaZYkmYyeYIPflkmaf3GI&#10;kyuWr19NkCKS2k12jRWO4zwiif6KtyvqhreGRbjtoCCvWqdgnIqqWJVumRqlcYM1ldugqnD3ksSb&#10;617Xj7+XFU0ejKeSCzvwiZuMwCvbhmiHKrg3n8e4CabBnC2yJ5TWmLysWIKllX6mnHBzkmug5F5t&#10;j3CbDEzXjFmU8zvHiUuOjCvPhiiH67egn3nAtKY+m9m53pRWmGqzDoIplTCsSnAIkiCliV4ajyqe&#10;pEyZjCCXgTufiRyQFCvFhfSIibCdrih6Jp+Kqc16CY6OpX56G32AoUh6amxKnSF6+FsFmPB7wEoJ&#10;lKB8sTlqkBF9/ynQixx/xK9crVKCZp7UqNmBgo4GpISA0Hz+oFCAWmu/nDKAIlp9mA+AHUmNk8qA&#10;Njkhj0uAkyngimuBOa53rGuKn54Cp/eI941So52He3xHn3OGR2sTm12FSFnpl0WEc0kakwuDrjjk&#10;jpuDECnuic+Cka20q5uSz50upzSQaoxzouOOMnt7nrGMNWpcmqOKcFlUlpKIwUiwkmCHEjivjf6F&#10;bin6iUeDyaztqv2a9ZxqppaX1IuqokmU53q0nhmSLGmwmfmPg1jNlfKM+EhUkcWKVjiCjXGHpSoE&#10;iNGE4KxEqmKjN5vJpf2fUosLobCbmXoanYSYCGkjmWaUhVhWlVGRBUgCkTCNazhajPCJryoNiG6F&#10;1Kueqe+rXptEpYCmqIqOoS2iGHmdnQCdr2izmO+ZVFf9lOaU5UfFkLuQTTg+jIiLhyoUiByGpasG&#10;qZezaJrDpR+t2ooZoMqobHkxnJ6jH2hUmJOd21ewlJWYfEeTkGqS7DgqjDWNJSoZh9iHVKqDqUy7&#10;ZJpXpMm06Im0oHWuhXjVnE2oQWgHmEaiCVd4lEubtUdukC+VMzgXjAOOgioeh6OH46Lht/x5x5MB&#10;ssx5o4M8rap5uHN1qJZ6EWOZo316rFO/nkh7g0RGmN98hjVKkxx95yd/jNl/tqHkty2BjZJ3seiA&#10;sILWrLyADHMRp6N/qGMroox/h1NYnV1/nkPxl/p/1jUskkSAVSe8jBmBHKE/tkaJQpHbsQmHsIJP&#10;q9iGTXKEpsKFOWKooa6EXFLrnIaDrkOllyqDFDUWkYOCqCfyi3CCYqC3tXKQ5pFEsD6OpYGpqxKM&#10;lXHspfKKxGIgoOeJLVKBm8aHsUNglnGGOjUFkNmE2ighit6DiKAstMeYh5C3r5KVlIEZqmmS2XFb&#10;pUyQT2GmoDON6VIjmxyLm0Mnlc6JQDT4kEOG5ChIimGEjZ+btEKgJZA3rwSceYCjqdaZAnDupLqV&#10;vGFEn6SSiVHVmn6PVUL5lTiMFDTtj7+IwShpifeFbp8us7qnsI/WrnqjQIBJqUyfA3CcpDWa8mD9&#10;nyWW7lGhmgKS20LWlKuOqjTlj0aKZiiFiaCGL563s1yvGY+NrgypzYAOqNKktHBeo7GfzWDCnqWa&#10;+lFxmZqWEUK8lFSRBTTlju6L2iibiVmGz55Nswq2Z488ra6wNH/LqHOqMHAoo1ekZGCcnlCetFFb&#10;mUiY70K0lBCTDTTqjraNEiitiSCHUZXswf15f4cyu/J5UHiRtfh5Ymn8r/95wltnqet6aEzso6F7&#10;Tz7rnQ58YjGFlgV90yV0jm9/qZU8wSaA2IbRuxh/+XhFtRR/XGmurw9/B1sVqPN+/Eymoqd/LD69&#10;nBN/gDGTlRaAHyXcjZ2BAZTZwDKID4ZrujOGi3frtCuFO2lNriKEQVq8qAODhExiobyC+j6amy2C&#10;iTGllECCSyY2jOaCOJSRv1CPLoYUuVSNCHeCs0+LGWjtrTyJbVpopyWIAkwloOWGtT5+ml+FdDG4&#10;k4SEUyaEjEiDTpRCvpOWSIXGuJKTeXczsoqQ6miZrHqOk1olpliMZUv4oCeKVD5rmayIPDHLkuKG&#10;MybHi8KEQpPkvf2dXYV7t/CZ3Hb1seGWm2hmq9KTkln2pbWQpUvWn32NwT5fmQ2K0zHdklWH5ib+&#10;i1KFFZOJvYOkToU6t2igD3bEsVGcEGg/q0GYS1nYpS+UokvEnvyQ8T5YmIONLTHskdyJZScsivWF&#10;xpNNvQGrE4UOtuWmCnansM2hRmgsqr+cv1nJpLOYUku6npGT1T5VmBmPRDH6kXGKrydRiqmGWpMA&#10;vKKxtYTytnSrv3afsFGmEmgnqjmguVnMpCybjkvHnhKWVz5ul7qRETIYkTCLxidvim6G0YmVzCR5&#10;cHv1xTZ5KG5mvmh5L2Dst455j1OQsHh6PEZpqQl7LjnaoTd8TC4GmNR9ySOkj+F/nIlJyyqAZXu/&#10;xGJ/dm4vvY5+1WC0tpx+iFNbr3B+i0ZJp/Z+0TnZoB1/PC5Dl8d/9CQzjvyA6YkzyhqHInuXw2qF&#10;oG4IvJOEV2CHtZWDcFM0rmGCy0Y2puqCYDnlnxeCEi6AltaB/CSwjjaCE4kvyR2NvnuJwmeLp23o&#10;u5CJz2BqtIiIQFMfrVyG+kYwpfCF1zn3niyExS65lgWD3SUbjY2DGokjyEKUUHuCwYCRmm3mup+P&#10;LmBfs5qNAlMdrGqLBUY6pRKJKjoRnWCHUS7ulVGFlSV1jP2EAIkJx4Sa2Ht7wLaXd23wuc2UZGB1&#10;ssmRlVMvq6SO50ZQpE2MSTovnK+Jqy8flLmHICXBjIWExYjsxuGhL3t2wAqdGG39uRqZVGCOshiV&#10;2lNLqwCSf0Zuo7WPJzpQnBmLyC9LlDmIeSX/jCKFaojNxlSnUHtxv3eidm4NuIKd+GCqsYCZylNr&#10;qnCVwkaPozmRtjpym6qNpC90k9GJoSYyi9KF84ixxdCtMntxvvGnh24lt/qiPWDSsPmdV1ObqfCY&#10;o0bDosWT7jqkm0uPNy+hk4eKliZai5OGYfLPe2N5sNvde7x50sSofBx6B60lfIN6XpVxfPd63X2t&#10;fXx7gmXwfhV8Pk5Eftl9NDbLf+l+ffCyebmEz9otejSDysMqerOC6KvPezuCMpQ0e9CBqnyIfHaB&#10;QmThfS6A401VfhCAnzYBfzqAaO7MeFmQAthqeOWN2sGfeXiL0qpeehmKEJLqesmIfXtke4uHBWPk&#10;fF+Fhkx9fVuD/jVMfpuCP+0GdzObMdaud8iX77/4eGiU2KjgeRmR8pGYeeGPVHpBeruMw2Lye6eK&#10;Gku4fLmHRzStfgyD/etpdkemVdUbdt6iA75yd4Wd3qd3eEGZ7JBNeRaWHXkoegaScmINewaOlksC&#10;fCyKbzQkfY2FneoEdZOxb9O/diesEb0eds2m16Y3d4+hz48veG6c5ngfeWmX/WE5enyS60pfe7KN&#10;bTOvfR+HF+jadQW8e9KddZW2Drv/djevuqUkdvuplI49d+SjjXdReOqdc2CBegaXDEnUe0uQMzNN&#10;fMKIaOfndJzHcdGwdSe/7rsQdcK4e6Q3doKxK41gd3Gp+HabeIOirl/yeaqa/EleevaSuzL8fHSJ&#10;jOcndFXSQdD2dNnJm7pMdWrA/6NudiS4gIyidxOwFXX0eCuniF9qeVuejkj5erGU+jK8fDaKgeKZ&#10;hBF4G82Ng4V4eLgcgw544aI4gqt5ZIwJglx6DHW8gh962V+AgfB7w0lVgeJ87DN8ggR+deDhgo6C&#10;qcxcgheB5rcSgbOBP6EogWWAwYrpgSuAa3SggQmAOV5zgP6AGUh1gRWAHzLggVqASd9RgUGNQcrB&#10;gNmLbrWWgIKJuJ/FgE2IPomygC6G8HOUgCmFvl2PgDWEike6gGSDWDJWgL+CB92/gCiXxcklf8eU&#10;9LQBf3ySQp5cf1CPuYh0f0uNbnKHf1yLMVy3f3+I40cTf8WGdDHdgDSDrNxEf0KiQcezfuKee7Ka&#10;fqCa0p0HfoCXSodBfoKT3XGJfqqQk1vvfuCNIEZ7fzmJbTF0f7qFMNr6fpCsvsZ0fjGoBLFjfe6j&#10;WJvjfdOexYY9fd+aSHCefgyV0Fs5flaRNkX0fsKMOzEbf1GGjtnofgK3MsVsfaSxfrBcfV6rx5rk&#10;fUOmIYVefVqgkW/mfZKa8lqefeGVF0WBflyO0TDQfvmHw9kNfZfBmMSWfTq64q9/fO20FpoGfM2t&#10;TYSRfOemm285fS2f11oafYeYw0UhfgiRKzCTfq+IzthmfUrL7sPufO7EJ67FfJi8NZlEfG+0O4Pg&#10;fIisWG6mfNWkYFmsfTucFETTfciTPTBjfnSJrdLvjOt22b+Si3x3V6u9ii133ZdfiP54fIKph+Z5&#10;Q23Rht56NFkYhd57RkR7hPF8oTBahBp+a9F1i5SAwb5kijWAPKqjiPR/0ZZah9V/hoGvhtJ/ZWzo&#10;heN/Z1hAhP1/e0PMhCx/ui/ug26AKtAmilSKub0WiQWJNamDh8mHypU0hr+Gk4CbhdCFg2vxhPmE&#10;kVdthCyDokMrg3eCvy+NgtSB0s7OiUKUpbu0h/iSN6gQhs6P4pPphcuNs392hPWLtGr6hDOJwlaq&#10;g3yHw0KdgtuFry85gkuDXc2BiGmehLpohyKbNKbJhgCX+pKyhQaU2X5khDGRzmoWg4WO2lX6gt6L&#10;xEIfglCIeS7xgdOExsxbh76oablMhnqkNqW0hVegCZGshGKb7X15g5WX32lHgumTzlVdglSPnEGy&#10;gdiLFy6zgWyGC8tmhzOyRLhehfKtJ6THhM6n/5DJg9qi33yygxedymikgnOYoFTZgd2TPUFXgXKN&#10;fi6AgRaHJ8qghse8D7echYq2AaQAhGOv1ZAEg2qpoXv8gqqjd2gLghSdMlRpgYeWpUELgR6Ppy5W&#10;gM6IGsoKhnXFzbcDhTy+wKNZhBC3fY9ZgxKwJXtiglGo1GeNgcChaFQGgT+ZsEDFgOGRiC40gJWI&#10;5MO7lfh13rHKk7J2cp9vkZB3EIyUj5F3yXlcjal4qmX+i8t5uFLLiet66j/EiA18ay1phiR+YMJ8&#10;lMF/NLDQkoN+2J6EkG1+k4u2jnp+cniFjKJ+eWU1itl+pVIUiQ9+5z87h0d/Wy0rhXSADMFZk6KI&#10;f6+ikW+HQJ17j1qGEoqvjXeFG3eWi7CERGRlifyDilFoiEaC1z7BhpSCNiz0hNeBncBFkpOR2K58&#10;kGyPupxLjmWNqomnjH2Lx3aeisyKDWORiSmIYlDCh4eGrz5Qhe+E8izFhEuDEL8nkb6bJq10j5iY&#10;MZs8jZeVUYiLi8CSiXWoig6P12LFiICNNVAphu2Kdj3thWSHkCycg9KEYr4nkRukc6x2jvigq5pC&#10;jPic6IehiyWZNXTXiXiVi2ISh+eR3E+mhmKODj2ZhOuJ/ix5g2uFjr1OkJitrquljnipDZlzjHak&#10;YIbaiqSftnQoiP6bEmGFh3OWWE85hemRbD1VhIKMNSxcgxWGkryfkDG22ar6jhOxV5jDjBCrtYYt&#10;ijmmB3OIiJagWmD/hxealE7bhZSUjj0bhCyOLixFgs6HcLwZj9+/96pyjca5hpgui8Cy24WWieWs&#10;F3MBiEGlU2CThsaedE6GhU+XVTzhg/OP3ywygpWIJ7UOnz11MqRjnCh1zpNimTd2eoHxlmV3RXAs&#10;k6N4Ol5GkOF5XkydjhF6qDs2iyx8RCqtiB5+VLQHnil9/KOjmxR9t5KumCd9joFElVt9im9+kqR9&#10;sl2jj/J+AUwKjTJ+ajrUimB/Cyqdh2V/7rMdnReGvKKtmg2FoJHRlyCEoIBklGKD0W6ykbmDKVzz&#10;jxmCn0t+jGmCHzp9iamBuyqPhsGBa7IpnCmPYqGqmSWNf5DClkGLvH97k36KFG3dkOSInFxFjlGH&#10;LUr9i7GFvDoxiQSESiqDhjGCyLFMm0uYH6DFmFGVdI/XlXaS4n6PkruQYm0XkBSN+1ugjZSLpUqF&#10;iwOJODnsiGyGsip5hbSEA7B0mqug2qAGl7CdZY8dlNKZ+n3OkhmWoWxij4CTUlsKjPyP/0obineM&#10;kTmwh++I8ipwhUqFGK+7mi6peZ9RlzWlOo5plFWg830lkZ2csmvOjwmYdVqTjImUJknFif2PrDmC&#10;h4SK+SpphPKGCK8hmc6x/p69ltSs643Uk/KnvnyTkTaiiGtIjqSdVFojjC6YB0l6iaWShzlbhyuM&#10;xCpjhKqG0q6qmYG6dp5Gloi0gY1Uk6OuWXwSkOOoHGrXjlCh4VnLi92bjkk2iWGVCjkwhvKOSSpe&#10;hHCHeKcBqLp0wZd+pNx1W4e4oR52DHebnXV24mc5mc535lbElhl5HEahkkV6eDbgjkR8Kigvif5+&#10;SKYyp8R9Cpbzo+B8z4c2oB18t3canHN8yWa1mNF9C1ZJlSd9eEY3kV5+ATaojW1+yChLiTh/0aV/&#10;pr+FPZYzouSEOoaNnx6DWHZqm3yCrGYUl+OCKlXBlEeBykXRkIyBejZ4jKuBTChkiIqBO6TGpc+N&#10;W5VmofyLnoWxnj6KAHWqmpmIjmVnlw6HRlU3k32GEEVxj9CE2zZMi/+Dryh6h/KChaQEpRGVapSm&#10;oT+S+ITunYWQpXTnmeOOcWTIlkqMSlS5ksiKO0UdjyWIGDYoi2SF6iiNh3CDq6NjpGOdj5QHoJia&#10;YIRPnN6XQ3ROmTyUOWQ8laaRN1RKkhmOOETUjoOLJzYIitmH9SichwGErKLPo+WllpOKoBehpIPU&#10;nFadtHPPmK+ZzmPGlSKV8lPtkZ+SCUSXjgKOADXvimeJzyiphqaFiaJOo4itepMRn7eowINdm/Kj&#10;9XNdmEafK2NflLqaZ1OYkUGVkERgjaeQljXbiguLbii0hluGQqHooz+1SJKun2qvuIL2m6Gp/3L4&#10;l/KkPmMJlGWeh1NXkO6Yv0QzjV+S1zXEic+Myii8hh+G2Zmssmx0aYs8rcd0+nydqTp1rW2+pLN2&#10;jF6woBp3nU+im2B44kD+lnZ6TzLckUR8FCX2i7d+PJkasYt8PIrlrNx8AXxKqEJ79G1po7F8GF5W&#10;nxd8ck9RmmN8+0C/lYB9ozLRkFt+jCY8iuN/tpihsImD6opdq+KC9nvSp0KCKmzoorSBnV3hniCB&#10;Pk7zmXeBBkCClJ+A4jLHj4qA5yZ6iimBEJgir5aLe4nJqvSJ23suplqIYmxZoceHG11inT+GA06S&#10;mKGFAUBHk9SEBjK/jtKDHyaviYiCR5eYrs6TA4k8qi+QunqcpZeOl2vHoQaMllztnHWKsU46l+SI&#10;4UATkyGHBzK4ji6FLybciP6DW5cQrjWahoi+qZOXkHojpPeUtGtVoGWR9FyHm9SPQk3wlzWMkT/q&#10;kn2J2DKzjZ6HECcCiIqES5arraWh8IhaqQaeRXnCpGqaqGr5n9iXHVw4m0qTmU24lq6QCz/NkeaM&#10;ajKwjRyIuichiCqFF5ZHrUapN4gaqKCkzHmGo/WgWWq1n1Gb8Vv1msKXmU1+ljqTOD+rkYOOwTKv&#10;jLuKMic7h9yFwpX0rPywYYfQqE2rKXk9o5yl1GpxnvWghlu/mmWbUU1ald6WFD+YkTSQxzKvjHmL&#10;bCdPh52GTI0RvFJ0HH+ituN0oHIWsYR1UWRkrBd2N1acpn93VEjroK54qzu8mph6Ki8wlCN8AiQB&#10;jUl+MIy/u3h7gn99tgF7QnHwsI17O2Q5qw17b1ZtpWx730jGn518hTurmYt9TC9SkyN+VyRujGR/&#10;noyEum6Csn8utP+Bx3Gpr4SBDGPpqgKAmlYmpGOAXUiUnpyATTuYmJWAVC9wkj+AjCTNi52A6YxB&#10;uWyJvn7VtAGINXE/roqG2mOOqQKFulXXo26E0EhfnbKEATuFl7eDPy+KkXWCnCUfivGCEYvvuJWQ&#10;vn6CsyqOmHDnrbKMoGMyqCuK0lWUopCJKEgxnOOHmDt2lvSGBi+ikMaEgyVkil+DFYuXt/GXuH40&#10;sn+U8HChrQGSS2Lzp3iPyVVbod6NXkgOnCmK/ztqlkeInC+2kC2GPCWfieSD9otFt3CejH3zsfeb&#10;G3BprG+XvmK/puCUf1UwoUyRVkf0m5yOKztlla+K9y/Ij6iHwyXOiX+EtIsQtvalMn3FsXyhD3A/&#10;q/Gc9mKbpl+Y81UQoM2VA0famymRDTtclTyNEC/ZjzWJEyX1iS2FUorUtqarvX2xsR6m03Axq4Gh&#10;2mKFpduc+lUCoD+YQ0fZmqGTkDtqlNOO3i/wjuuKLyYUiOuF0YENxmRz9nSKwDR0ZGf+ugV1C1tp&#10;s6x1807crQd3GkKCpgt4fzbDnrR6DivKluV79SJFjrZ+JYEHxX96+XSZv096p2gEuQZ6nltnspF6&#10;207Yq9x7XkKLpNx8HTbjnYd9ACwalcl+KiLXjcB/h4EQxGCBsHSHvjuAwWfwt+yADVtKsW1/sU7D&#10;qrZ/kEKJo75/pTb+nHR/1ixglM2AOyNVjOqAxYEPw0SIN3RwvSCGumfGttKFdFspsFCEdE6sqaKD&#10;tEKForeDFTcWm32Ciiyek/CCJSPAjDOB34D7wlOOr3RbvCqMo2ewtdeKz1sMr1aJLU6gqKaHuUKJ&#10;oc2GZTcvmqSFGCzWkzCD5iQci5iC1oDcwZSVH3RLu2CSfmeqtQSQCVsNroGNwk6gp9aLmEKUoPyJ&#10;gzdKmeaHdS0HkoyFeyRoixaDqoC9wPmbYnRAurqYI2eqtFOVBVsTrc6SEE6ppyuPNUKkoFqMZDdl&#10;mUOJly0zkgGG3SSniqyEXICfwH6hcnQ5ujOdjGevs8KZu1scrTWWDk6zppeSgUKyn9eO+jd8mMqL&#10;eS1YkZCIDiTailWE74CHwBmnUHQ4ucCis2e6s0SeHlstrLKZtE7JphWVckLPn12RPTeamGONEy14&#10;kT2JCCUCihGFZea3drFzaNFVd5N0S7uGeHB1NKU6eUh2Ko6heiR3OXfvew94ZWFPfA95qkrPfT17&#10;KDSvfrt8/+S1dNd+c8+zdeF+K7oPduB9+qPtd9t9541weNt99Hbaeep+GmBTew5+Skn3fF9+ljQG&#10;fft+/OLlc02Jis3xdGmIGriFdX+GxKJ9dpWFqIwrd7OEr3W/eOKDy19keiaC4kk0e5WB9TNwfUyA&#10;5OEocfyUjcwzcyOSCLbUdEaPpaD9dXGNa4rYdqyLanSgd/eJc159eVeHaUiAeuGFPDLsfK+Cst+U&#10;cOifesqmchOb87VLc0GYiJ+MdHiVQomPdcSSF3OLdyqPCl2ieKKL1UfbekOIXzJ6fCSEXt5BcBOq&#10;VclZcT+l17QCcm6hYZ5Oc6ydBohwdQSYwHKHdneUfFzXeAaQGEdGebyLVjIZe62F490rb221GchK&#10;cJivpbLvccKqIJ1BcwKkqYd/dGWfR3G7deaZ1Vwnd4GUJUbIeUqOFTHJe0eHO9xSbvO/usd2cBu5&#10;TbIRcT6ytpxccnmsGYakc+GljnEDdXCe8luadxiYAEZceOuQlDGGevOIZtuzbqXKI8bab8bCsrFh&#10;cN27Apuccg6zO4Xqc3WrfnBgdQqjp1sTdr2bd0X3eJySxjFReq+JYdcgfxVyGsOafxlzOa+Afyh0&#10;TprJf0B1aIWqf2R2l3Bif5Z35Vszf9h5TkYegD569TF+gN58/dWjfWZ8mcJyfYt8mq5ofbN8o5m4&#10;feJ8wYSefh58+29pfm19T1pRftF9skVmf11+NzEAgCF+5NQje/OHFMDXfCiGBKztfGCFAphSfKmE&#10;KINlfQGDa25cfXCCwllxffGCGES4fpiBcDCRf3WAtNKeerKRdL9Eeu+PaatgezWNbpb1e4yLjIIu&#10;fAGJ1G1VfImIJViffSWGZkQdfeeEizAvftyCZ9Eueaibxr3deeqYzan+ejmV3ZWiep2S/IEFex2Q&#10;LWxbe8CNdFfdfHOKl0OQfUyHgS/aflWD98/5eNmmEryseR2iMKjSeW2eQpSDediaWoACemSWfWt3&#10;exCSnFcte9mOnkMTfMiKSS+SfeKFYc79eDWwTLuzeHqrfafXeMemjJOOeTShlH8necucpmrBeoSX&#10;pVaYe1aSbUKrfFeM2S9XfYGGn845d7y6aLrveAC0qqcIeEeurpK8eK+om35heUuijmoZehOcbVYY&#10;evGWBEJSe/qPKS8mfTCHsc2vd2rEXrpcd6y9pqZfd+i2lJIIeEWvWn25eOCoJGmJea+g1lWkepqZ&#10;PEH/e7CRLi7/fO+IlcgJh9JxBbY6huhyRqO3hh9zdpB2hW90p3zBhM518GjfhDt3XFUlg7F46kGH&#10;g0N6vC57gvl8+cbchkd65bU0hX57H6KnhMl7Wo90hCl7pXvNg5t8CmgBgyF8i1RfgrR9IEDugmZ9&#10;3C4ngjp+y8WzhOGEyrQAhC2EAqGig4GDQo5agvWCnnrFgnmCGmcbgheBrFOfgcqBREBhgZ2A5i3e&#10;gY6Ag8Rag6WOjrKZgvSM5KAiglmLPI0MgdyJp3mfgX+INmYngTiGzlLigQOFXj/egO6D2C2dgPaC&#10;HsMOgqSYQLFOgfaVvp7ggWWTNovbgPKQsHiVgJ6ONmVLgHGL01I7gFGJUj9tgFOGoC1mgHGDlcH1&#10;gduh9bA7gTKem53SgKKbJIrbgDSXpHewf+mUKWSIf8CQrlGpf7eNGz8Jf86JOi03f/+E5MESgT2r&#10;m69ZgJinYpztgASi9on5f5eecXbnf1eZ8mPlfzqVZVEufzOQrT63f16LnS0Qf6CGCcBkgMa1Kq6m&#10;gCWwDZwtf4uqoYk2fxalCXYyftmfeGNHfsyZ11C4ftKUAD5wfwKNwizwf1GHBL/tgHS+oa4ef9W4&#10;mJuKfzGyGoiJfq+rX3WWfm+kr2LKfmmd8lBbfn2W/D4yfruPnSzXfxKH1bl3kK5wRqkSjuZxkpf4&#10;jUxy0IYei9R0EXPRiml1bmFaiQd28k8Zh6V4mz0DhlB6jyumhQd887h+j0R5lagsjZx56pcFjBR6&#10;Q4U3iqd6rnL3iUp7NmCVh/x73U5shrB8mjyJhXV9iCt+hEN+srd6jfmCy6cEjGOCP5X7iuGBtoQs&#10;iYWBS3ILiDuA+V/NhwSAvk3MhdCAjDwdhK6Aaitag5OAVLZojMWMAKXbizmKnZTDiciJNoMmiHCH&#10;6XEahz2Gtl8GhhqFj000hP+EYju7g/mDLCs6gvmB17VOi8yVJqTXikOS9pO7iNmQwYISh4+Oj3As&#10;hmSMaF4+hVuKT0yghFKIHTthg16FyCsggnODNrRaiw2eSaPgiYmbTZLIiCCYOYEthtuVHG9ghbaS&#10;AV2UhK2O4Uwkg7eLqTsVgtmINCsJggCEbbOSinanVaMYiPejh5H/h4yfjIBqhkabfG6yhSmXal0J&#10;hCmTRku/gzKO+jrYgmaKaCr2gaGFfLL2igKwSKJ3iIirpJFUhxmmuX/Ahcyhpm4UhLGckVyAg8CX&#10;Z0tdgtKSCzqiggiMXirngVKGYrKIia65IaH6iDizn5DChsKts38phWynj22OhE6halwWg2GbMEsJ&#10;goGUxDprgcSOCyragROHH6tamcBvu5wjlytxCoxOlMdyUXvSkoFzomrrkEN1EVnfjgJ2qUkai7Z4&#10;ZjiaiWR6cykGhwN87KqTmH94gZtxlgF454uPk6d5WHsakWV53mo6jy96hFlBjP57S0iUisJ8LDhI&#10;iIR9QikHhjV+manDl0OBLJp/lNiAvoqykoKAXno6kE+AGmlyjil/81iZjAt/5UgSieN/4jf+h7p/&#10;+SkIhX+AJ6jVliuJtJmAk8WIh4mlkXqHZXlbj0iGT2injTaFWVf3iyqEa0eeiRaDfTe/hwOCjikJ&#10;hN+Bk6f2lSuSS5ibktCQXYi9kI+OcXh0jmaMhGfvjE+KpldgilmI1Uc1iFiG8jeIhl2E+SkKhFWC&#10;3KcqlHKa35flkhqYMYgLj9eVcHe3jbCSqWc8i6OP5FbQia2NHUbPh7yKQTdRhdSHOCkKg+CD/qZ/&#10;k+GjU5c2kY+f44daj0mcSXcOjSCYnWanixmU7lZYiSmRMUZ+hzWNUjcohV6JPikLg3+E96X3k3Sr&#10;pZaqkSWnbIbHjtui8nZ9jKueVGYgiqaZslXliMGU/EYvhtKQIDcFhP2LCCkLgy+FyqWVkyOz3pY8&#10;kNeu1oZJjoepanX8jE6jymWvikSeJ1WNiGKYc0XrhoGSmTbbhLmMiykLgu+Gd53NowtvW4+ln7Vw&#10;o4D5nItx7nHCmXNzSmI0llN0x1KRkyN2cENKj9h4PjRojHF6XyaiiOF85J02ofR3o48nnqp4DoBw&#10;m314jXE8mGB5J2GzlUJ55lIfkhx6y0Lvjt17zDRBi4Z9BibLiAh+gJyZoMl/xI5qnY5/aX/HmmB/&#10;InCOl0x/AGEZlDp+/1GikSR/GkKVjfZ/RjQdirJ/kibwh0h/+5vin7KHxo2dnH6Gt37qmVuFuG/V&#10;lkmE1GBzk0iEDlEgkEODWEI+jSaCpDP7ifWB+ycPhqGBVJsins+PtIzhm56N+X4smICMSG8UlXOK&#10;o1/fkmuJBFCrj3iHeEH0jGmF3jPgiUyEOScqhhGCiZqFngiXsYxCmuKVRH2Nl8aSzm5+lLeQVF9X&#10;kbKN3VBIjriLaEG1i7qI5zPJiLWGSCdAhZiDl5n8nXmfj4vMmlacbn0WlzKZKW3/lByV1F7dkR6S&#10;g0/pji6PKUF8iyyLuDO0iDmIIydThTOEfpmMnRGnRItame+jaXyflsWfUG2Lk6abGV5zkKiW5E+O&#10;jcKSokFBisWORzOih9SJxCdihOGFQJk4nMSu2or/mZ+qPHw5lm6lQG0kk0igGV4akEaa9U9KjWGV&#10;xkEQinGQgjOLh46LISduhKCF35DurI5vBYO3qH5wQnYepI1xjmgboJpy9FnanIp0f0uYmFd2OT3K&#10;k/l4GjCDj2V6TiSBipl825CFq5t22oNsp4l3Q3XKo4d3y2fJn4V4eFmKm3F5UEtXl0R6Uj2dku97&#10;cjCIjmp80CTQibF+aJAbqnl+eYLmpnJ+KXVVomt99mdNnmx981kfmmB+FUsFlkF+Wj1tkfp+sjCL&#10;jYh/MyUViOZ/04+aqWCF8IJQpV6E+3SvoV+EHWbEnWGDZFimmWWCz0qslVSCTT07kR2B1TCKjL+B&#10;cSVRiDaBG48PqHaNWIHCpHmLw3QboH+KP2YxnIOIzVg3mIOHcUpZlIOGJT0OkFmE1DCKjA6DhiWE&#10;h5+CPY6Op8OUuYFHo8mSg3Okn8uQS2W9m82OG1fQl82L8koWk8KJzDzsj6aHozCMi3KFbCWuhyGD&#10;Oo4tpySb+4DiozCZHnM+nzGWK2VbmzKTMld8lzWQOkndky2NPDzXjwSKMzCPiueHHCXShriEEY3X&#10;pr2jGYCtosefkXMGnrib0mUXmqKX+1c3lqCULkmdkqyQXzyvjpWMhjCQinyImCXuhmOExY2TpnKq&#10;EoBqonKl1XK+nlmhP2TOmj2ch1b6ljeX30lxkkSTNzyWjjqOijCMijGJ1CYFhh+FV4S7tkZuqnhh&#10;sYNv2mvGrMhxJl7pp+9yllHrot90MUUEnZN1/zinmAx39Sz0kjh6PSKijCd80oSBtW52FnhKsJl2&#10;eGurq753CF7Nps13x1HQobN4uET1nGt52Tislut7Gy0lkSd8nSMVizB+U4RMtE19O3f6r3188Wto&#10;qpp8zl6FpaV86FGUoJB9L0TQm1V9njimleJ+Ji1OkDN+2yN4ilh/r4QDsyiELnebrlyDTWr5qX6C&#10;jV4tpIuB/FFKn4OBmESimlaBTTiblPSBES1vj1uA8iPNiZ6A54OtsjCLEXdDrWiJnmqcqI2IRl3M&#10;o5qHBlEInpCF50R2mXSE3jiQlCCD2C2Mjp6C4CQWiP+B+4NZsXWR7Hb3rKuP5mpTp8qN5V2GotSL&#10;81DLncuKE0RTmKmIQDiIk2SGby2kjfiEoSRSiHqC6IMPsOWYnna6rBaWAGoapyuTUF1Ooi+QolCX&#10;nSqOA0Q2mA2LaDiHkr+IzC26jWmGLySEiA2DsoLesGmfHnaMq5ib4WnrpqeYfF0goaaVDVBunKCR&#10;qkQRl5CORjh6kkKK5i3PjO+HhySth7SEWYKusBylgnaFqzuhoGngpjWdaV0DoRuZGVBYnAmU60QM&#10;lv2QyjiDkc+MtS3ijJuIpiTNh22E4XkawDBuZW19ustvgGHOtUpwx1YKr4ByPUpHqVxz5j64ouF1&#10;yTPKnBd31CmolO16MSD6jZF8yXkOv2l1b22XueR1wWHntDN2UVYirkd3HkpfqBR4Jz7boZt5ZzQB&#10;mth6yyoGk8J8cSGNjIh+PnkQvj58Hm2BuLl7z2HWsv97tVYMrQl76UpVpth8Uj7moGp87DQombV9&#10;oypVkrl+iyIMi6N/jnkDvQOCkG1ct4GBuWGhscmBD1Xnq9eAoko8pbGAbT7ln1KAWDRFmLCAWSqY&#10;kc+AfiJ5it+AuXjnu/WI7W0/tnOHlWGAsLqGYVW/qsmFUUotpKWEaz7mnlmDpjRgl8mC6irSkQKC&#10;SCLWijiBv3jGuyaPRG0ttZmNZ2F0r9iLmVW0qeWJ40oio8WIRz7snXmGwzR6lv2FSysFkFKD5SMj&#10;iayCoHiouoWVbG0ktOmTBmFwrxyQllWwqSWOMkogow2L5T70nMqJpjSTlk6HcSsyj72FUSNiiTqD&#10;XXiOug2bYW0itF2YamFzroGVUFWxqIOSNkocom6PND71nDuMPzSklcmJWStWj0KGiSOViN2D+nh7&#10;ubShJm0ns+qdkWF8rf6ZwFW2p/iV6EokoeOSLz8Fm7iOiTS0lVmK9yttjuiHiSO+iJOEedqlcfBt&#10;Ksamc1FuxLIrdKRwV50gdepx6Ye0dzBziXImeIV1Qly1efN3FUdte5R5IzKtfYp7k9i2b9t4GcUX&#10;cWt4ibDGcuN5BZvkdE95koaUdb56NHEidz1661vMeNR7r0atep58lDIlfLl9pNbvbhiDBcNbb7+C&#10;Ua9EcVSBrpp7ct6BNYVXdG+A13ASdhSAilrqd9GAPUX9eb9/9DGte/t/ndU0bI+Nz8GdbkWMDa2S&#10;b+yKY5kAcZGI1oQJc0OHdW77dQqGHFoPdumEtkVaePiDODFEe1GBetOia0eYfcASbQiVxawKbr2T&#10;G5eMcHKQhYLIcjuOBW3tdCGLnFk/dh6JFETFeEqGWDDperyDMtJYakmjGL7PbA+fdqrIbcmbyJZU&#10;b4iYI4GrcV+UjGz0c1aQ9liAdW+NR0Q/d7WJSjCcejuEwdFQaYGtl73La0mpDam/bQKkWJVNbsWf&#10;nYC+cKqa7mwtcrKWMlfddNqRQ0PPdzaMBDBbec+GItCIaO+37L0Garayd6jrbGisuZRxbiem3n/p&#10;cBShDWt4ciubLVdVdGSVCENvds6OezAneXWHU8/+aJDCA7x8alO7lKhIa/e0xJO7ba2tx384b5im&#10;zWrecbifv1bSc/2YZ0MPdnaQoi/9eSyIU8vEehlsJLmXep5t8qa9eyhvqJMse7ZxVH8ifExzDGrq&#10;fPF031bWfat20ELpfo95AC+af7d7mMpgeC92i7h9eOB3PKWteYh36ZInejB4nX4oeuJ5ZGoGe6l6&#10;QlYOfIl7MkJOfZd8SS85fud9k8jodoKA3bbld0mAgaQ5eAeAKpDHeMx/6nz2eZ9/v2kDeot/plU6&#10;e41/kEGyfLx/gy7jfit/c8dkdQ2LC7VTdeGJvKKrdrCIcI9wd4mHMHvFeH2GEGgEeYeE9lR0eqmD&#10;00Eme/mCnS6YfYSBNcX5c9OVJ7PwdLCS8qFLdY6Qto4edneOfXqmd3uMT2cUeKSKMVO9eeGH90Cp&#10;e02FkC5YfPKC0sTOctyfObLHc7+cJKAmdKGY8Y0EdZSVtnmndqeSfmY6d92PQ1MYeTWL8EA6erqI&#10;VS4hfHWERsPdchqpMrHXcwClOp8zc+GhC4wWdNicx3jRdfiYhGWJdz6UMFKOeKKPrj/eej6K4C30&#10;fAuFjcMncYmzBbEdcm+uKJ5rc0uo+ItMdD+jn3gQdWaeRmTldr2Y2lIUeDGTMT+PediNKi3Oe7SG&#10;psKucSq8pbCWcgy22Z3NctywnIqhc8aqJ3dvdO2jrmRddkydIVGid86WUz89eYWPJC2xe26HkL1g&#10;gntrUqzdgh5tP5uJgdxvC4lega5wyHatgYxylGPIgXh0f1ERgXJ2iz6HgY143Syzgdh7m7xJgLZ1&#10;G6vJgId2AJpjgF922ohLgEZ3tnWygDt4omLugER5p1BbgF16wT4EgJp8BCx5gQZ9gLsmfxd+2aqM&#10;fwZ+xplYfvF+sIc2fu9+o3S5fvt+q2IcfyB+xU+0f1p+5j2Qf7x/FCxGgEl/SbnTfa2IdKk2faWH&#10;hZfmfaSGioX3fbSFkXOdfeGEr2EwfiWD1E7/fnuC9D0afvqCBCwZf6KA8riSfH+R/Kf2fH+QOZar&#10;fIuOYITMfKqMe3KifOSKnGBefUWIyE5ifbWG3jy2fk+EzCvyfxGCdreGe5Obgabse5qY6pWme6mW&#10;J4PSe9CTT3HBfBaQc1+jfICNkk3YfQqKmzxdfbyHYyvSfpWD0Lavetik7qYSeuShf5TJevKdzYL7&#10;exuZ93EAe26WHV8Ge+aSMU1lfHiOHjwVfUCJwiu3fi2E/rYMekuuOKVmelqp7ZQRemSlRIJDeoig&#10;ZnBTeuGbgl5we2uWikz2fAqRYDvWfNuL4CugfdeGAbWheey3V6TmefyyKpN6efqsfYGkehSmjG/C&#10;emuglF35evuaiEyWe6qURjuTfIuNsSuPfZOG169miztqsqBOifRsqJBZiOBufn+Dh+5wR24phwdy&#10;I1yghil0I0tXhVF2STpAhJB4uyn7g+x7nK6KiZJz6p9qiH906Y9dh4R13H6Uhp921G1Phch34Vvj&#10;hQB5CUq5hEF6SjnZg517uynngxN9ba2TiAp8/55IhxN9I45bhiV9Pn2RhVZ9YmxvhJR9mVssg+Z9&#10;5Uotg0R+OzmCgr9+pCnWglJ/IKyChqWGC50ohbqFYI0phOGEoXyYhB6D52uWg3GDRFqEgtuCqUmx&#10;gliCDTk1gfaBaSnGgaiAsatjhX+O/pwshJqNlIwvg82MC3uMgxaKcWqtgnqI3Fm/ggOHVUkjgZaF&#10;vDjmgUqEBCm5gRaCHKp2hJ2X8Zs5g8CVwIs/gvWTXnqvgkOQ3WnogbGOWFkigT6L00izgOmJPTik&#10;gLaGbymugJiDX6m2g+qgx5p2gxWdzYp7gkiainnugZeXGWk5gQ6To1iYgKeQIkhZgFSMgzhvgDiI&#10;oimlgDCEd6klg2SpgJnbgpWluInUgcOhinlIgQmdHGifgIOYqlgMgC6UKEfzf+mPhjhBf9KKlyme&#10;f9uFZajEgwayF5lkgjytfYlFgWCoVXizgJii3GgegA6dYleof76X3Ueof4mSNDgSf4OMQymYf5aG&#10;KaHllBRqTpPvkgJsP4UtkC1uGHWcjnZv7GWXjMFx1VVtiwlz5kWWiUx2HjYJh5d4pid2hel7m6E1&#10;kppzAZM+kLV0CIRlju51C3TgjTp2GWTqi413P1TaieZ4hUUfiD155jXHhp97fieIhQh9WaBskSl7&#10;jZJJj2B7xYOGjaN7/nQBi/98RWQoimR8o1Q8iNV9GESqh0R9nDWMhcB+PCeXhEB+9596j9uD75FI&#10;jhmDcoJ0jG6C7nMkitKCamNkiVCB+1Olh9iBlkRDhl+BNDVZhPeA1Sekg5GAcp6VjrSMWJBcjP+L&#10;I4GLi1+J23JAic+IhWK1iFCHNlMZhvGF80PkhZGEpDUshEODQyewgvqByJ3NjdqUv4+ojC6S04Da&#10;io6QvXGFiQCOjmIFh4uMXFKQhjCKKkOFhOSH6jT9g6yFgie6gnqC9Z0pjS+dAo78i4qaW4AtieiX&#10;cnDeiFmUYmFwhuyRTFIahZmOK0M8hE2K8jTbgyuHiSfCghCD+JypjK+lHI51ixChtn+diWid9HBS&#10;h9GZ+WDthmaV9VGmhSKR4kLsg9+NtjS+gsGJUyfIgbmE05xPjFOtE44Mireo7H8jiQekQW/Vh2Wf&#10;TGCBhfSaUVFThLSVSUKtg4CQJjSYgnOK1ifNgXOFh5TjnSRp/Yfbml1r5Hotl8htv2vXlUNvnl0g&#10;krJxlk5VkBBzuD/xjVt2ATH5ipl4myUrh8l7l5RVm91yM4dYmTBzPXmZlpx0TmtNlBJ1cFykkYN2&#10;r03vju14Ej+mjEZ5kjHiiZd7TCVhhtt9RZO3moF6OIaVl+t6gnjulVt602qgktx7O1wQkFt7vk18&#10;jdl8XD9ai0d9DDHMiK993yWQhgp+0JL7mTqCF4XElq6BtXgNlC2BU2nrkbWA/1twj0qAwE0DjN2A&#10;kT8NimGAaDG1h+CATCW5hVSAOJI6mCyJ4IUJlaaI2ndSky2HymkskL2GtlrojlCFpkyYi/mEpj7N&#10;iZGDnjGkhyiCjyXbhLeBeZGal0iRs4RnlNCQA3axklmONGiYj+mMUFpjjYGKa0xBiyeIij6ZiNSG&#10;ojGVhoaEoiX5hDOCk5EVlqGZY4P1lDCXC3Y/kbKUdGgcjzqRuVnpjNmO/UviiouMPT5niDiJbzGG&#10;hf6GgCYRg8aDhJCrlieg5oOGk7id33XKkTSafGeqjrKW5FmAjFKTSkuEihCPpz4ph8SL9jF5hZCI&#10;IiYkg2yET5Bdlc6oP4Mvk16khnVnkNGgS2dGjkWby1kqi+CXSUtEiaGSwT37h2OOLTFjhUCJgCY0&#10;gyWE9IiApmxpp3xRovhrgW+jn6VtXWJ2nElvR1UFmMpxUEeVlSlzhTqhkWZ14i47jX94kCMhiYB7&#10;k4gSpVdxbHv8oehyc29HnoJzjWIjmxZ0w1S8l5R2HEdfk/t3nTqEkEN5Pi5PjG97HCN5iIR9MYeg&#10;pAp48ntroKp5RW7MnUR5q2Gomd16MlRXlmZ62UcXkt57ojpgjzh8gC5ci3p9hyPGh6h+rIcWosSA&#10;SnrNn2yAAG4gnBJ/v2EgmLJ/llPilU1/iEbGkdh/jzo3jkd/oy5liqB/yyQIhumAAoaFobOHkXo8&#10;nmOGr22LmxCFy2CMl7OE61N5lFGEHkZ3kPCDXjoQjXGCoC5sieCB5iRAhkaBMoYFoOGOznnCnZeN&#10;VG0VmkGLw2AYluSKKFMSk4OIkEY9kByG/jn3jK+FbS5ziTiD0iRvhbyCO4WioC2V5nlcnOuTz2ys&#10;mZSRiV+zljaPKlK8ktmMyUYFj3iKZTnqjAKH/S5+iKWFiCSWhUuDHIVQn7ac13ksnHSaKWx6mQ6X&#10;IF90lZiT5VJ6kjaQsEXDjumNfzm/i4WKTS6BiDCHCCS1hO+D2YUSn2GjnHjunBWgS2w0mKOcd18r&#10;lSSYYlI9kb6UV0WYjnOQUjmnix+MTy5+h9uIRiTOhKWEcny+r+tpP3FLq9drC2WLp8Js6Fl8o4Ju&#10;301InwRw/EEvmkxzSTWnlWN1vyrOkER4hCFXiwx7jXxtrwNwnXElqthxnWVopp1ywVliokJ0C003&#10;nbt1gUEtmQp3JTW7lCx46ysLjx967iHOigF9H3wlrb93rHDIqZl4BWUfpVh4fFkaoPx5JE0CnH15&#10;8kESl9x66DXAkw97+Ss9jhp9NSI2iRl+i3vOrHF+hHBeqFF+TWSopBl+KljCn8R+LEy5m1V+U0Dp&#10;lsZ+kzW9kg1+5StmjTJ/VCKPiFB/0ntwq1WFSXAApzyEimRHowiD01hdnraDJ0x6mkqCmEDAlc+C&#10;HzW3kSmBrCuHjGeBSSLbh6WA83sZqn6MBm+zpmWKvmP+oiyJZFgWndiICUw7mW+Gu0ChlPKFfTWz&#10;kF6ERSuji7aDESMahxaB7XrQqdeSlm95pbuQw2PGoXqOwVfcnR+MrUwEmLuKo0CDlEWIojW3j6yG&#10;pSu9ix2EpiNOhqGCwXqfqU+Y729LpS+WimOToOiT3VepnIiRDEvVmCSOQkBXk7yLfDWojyWIwCvX&#10;ipyGBSN4hkGDcXp0qPmfJm9NpMmcOWOPoGyYx1eOm/KVF0vDl4KRgkBWkx+OADWzjqiKkSvpikCH&#10;KSOahfWEAHGBuaNo3GartQRqklvFsDFsbVDKqv9ucEXQpWlwojsNn4FzCzDymVh1nCejkul4eh/C&#10;jHJ7h3FEuORv12artBJwyFvUrwJx8VDkqapzTkXxpAh04zs9niV2rDE1mAZ4mSgKka56xCBXi1d9&#10;DXEot6J2c2aAssp2yVu6rbB3TFDMqE94E0XrorN5CjtOnN56MTFjltJ7dihfkJV86CDXimJ+bXEH&#10;tkN8z2ZMsW98olt5rFt8mVCjpwN8w0XSoXR9HztPm7J9mzGFlbx+Lyimj51+5CFFiZB/p3DetRSD&#10;FGYmsEKCcFtRqy+B4FB0pduBZ0XBoFOBGDtQmqaA6DGjlMaAwyjjjsSAtyGjiN6AunC4tCyJUmYT&#10;r0+INltCqjWHEVBjpOGF9UWwn2CE8DtVmbeEBTG+k+uDKikXjgiCXiHwiEiBp3CXs3mPYGYLrouN&#10;yFs+qWaMCVBbpBCKQUWpnpeIjDtamPiG6THZkzCFVSlGjWqD0iIwh86Cb3B+svWVN2YNrfCTIVtC&#10;qLyQwFBZo1+ORUWfnemL3DtUmFyJhTHmkqCHQylrjOeFEiJkh2qDFXBtspaa2WYXrXKYPVtNqCyV&#10;MVBcoseR/EWjnVOO3Dtgl9CL1DHwkieI5Sl9jISGFyKNhxyDm86hbRhm+rvobuxpPai1cK1rcZTq&#10;cl5tnIC1dBJvzmxWddpyF1ggd790f0Qded93JzDJfFl6Psy+arRxxbpqbMFy5Kdgbq10BpO+cIt1&#10;MH+kcm52Z2tidGd3s1dJdn55EkN0eM96mzBie3h8Ysr5aKd8fri0atJ8gaXobOR8jZJebuZ8tn5w&#10;cPJ882pccxd9QVZ0dVt9lkLXd9p9+zAHeqx+bMk7ZteHDbb4aRuGCqQ5a0SFFpDrbWiENX0pb5yD&#10;dmlOceqCv1WldFiCA0JFdv+BPS+3efeAVsenZVCRe7VxZ6aPi6K2aeWNno98bB6Lu3v1bm+J6GhM&#10;cOOIKFTic3WGU0HBdkCEWi9yeViCG8ZfZByb1rQyZn2ZA6F9aMaWGo5NaxCTL3rhbXSQTGdkb/6N&#10;alQzcrKKeEFLdZyHSS84eM+DtMVbYyamErM1ZY+iW6B9Z9yeco1Rai6aeHn9bKWWhmalb0SSiFOf&#10;cgyOZEDqdRKJ/i8IeFyFHcSZYnCwILJ2ZNyrgZ+yZyWmlIyAaXehhHkza/iceWX4bqyXYlMfcYmS&#10;E0CXdKCMby7gd/2GVcQaYfe567H0ZGC0Up8ZZp+uV4vYaOioLXiRa2uiB2Vtbimb0FKncRWVXEA/&#10;dECOjC7Ad7CHWsCCdP9mNK+Pdf5opp3ldv9q9Yt4eAFtMHiKeQ5vc2Vrei5x0FJ8e2l0UD/EfNZ3&#10;FC3TfpB6S78ncshwe66Bc/9x1JzjdSNzHoqEdkZ0Z3ejd3R1vWSdeL53KlHPeiV4rj9Fe8R6Yi2O&#10;fa98WL2vcNF6n6zqcid68ptzc2p7QIkodK97mXZ4dgV8A2Ojd3l8f1EHeQp9BD66etN9nC1SfOR+&#10;SLwobxeEmatZcIKD/pnpcd2DXofbcz2CwXVQdLqCO2KwdlOBvFBQeAuBPD5BefuAti0dfDCAGLq7&#10;bZ+Oe6n4bxuNBJiNcIuLeoaNcgCJ6HQ/c5OIXmHMdVGG4k+mdyuFVD3UeT6DqCzve5OBwrmSbHWY&#10;U6jUbfyWAJdvb3WThoV7cPqQ+XNHcqCObGEBdHGL3U8QdmuJPz10eJ2GaizJew2DQLima4iiC6fo&#10;bRae3JaCbpKbbISWcB+X3XJ4cdiUTWBXc7yQr06TdciM7z0meBWI8Sypep2Ej7f3atermKc0bGen&#10;iJXBbeGjHIPUb22egnG/cTCZ5V+5cyqVOU4gdUmQXzzid6WLNiyPekCFr7eGamG06Kaza+2v7ZUp&#10;bVyqfIMybuCkz3EpcKWfIF88cqqZYE22dNqTbDyVd0qNKSx6efWGnrLVfSFlpKN1fURoLJM5fYFq&#10;iYIcfdBsz3Bwfi5vH16Sfp1xjkzwfyF0IjuNf893ASsIgLp6VbHEewxvS6Jqe2lwz5Ibe8dyPoET&#10;fDJzp2+EfK11HV3KfUB2rExPfep4VDsifsJ6LSrmf9V8TLCceSh44aEqeat5cpENeiR5+YACeqt6&#10;fm6Ve0R7FF0Fe/p7vEu6fMt8cjrDfc19PyrIfwl+Ja9Gd3qCS5/QeBGCB4+heKWBrn7PeUSBUW2F&#10;egOBAlwnet2AvEsVe9KAdzpefPiAMCquflR/264EdhWLoZ6PdrqKjo5md2CJXH2keBKIF2yVeOSG&#10;1VteeeGFnEqDevWEVjoHfDyC9iqXfbeBa6z6dPiU8J2IdaiTDo1mdlaQ+HywdxaOxmu4d/iMjlqw&#10;eQWKUkoEejeIBzm8e5uFjCqEfTGC0KwmdBSeH5yxdMyba4yPdX2YbHvhdkSVRWr+dzeSFloaeFWO&#10;2EmdeZSLfDmAexOH5yp1fMGEB6uHc2inJJwJdCSjmYvddNOfq3sydZmbhWpZdpaXVlmLd8mTFUk3&#10;eRmOrjlLeqSKASpofGWFEKsfcvKv8ZuOc66riYtNdFSmonqcdRGhdWnSdg+cPlked0uW9kjbeK2R&#10;gjkLekyLzCpefByF7KWLhXxlO5d/hMhnyIiNhERqLHi2g95se2hRg4Nu2Fe9gzNxV0dygvBz/jdy&#10;gsx29ChqgtR6XKSvg4huU5aVgxJv74eMgq9xdHfGglxy9md+ghh0iFcNgeV2NEbqgcF3/DcjgcB5&#10;+Shrgeh8PqOwgcB3RZVogXB4CYZ/gSN4u3bAgOl5b2afgL96L1ZagK17A0ZogKp75jbbgM185Chr&#10;gRZ+AaKbgBiAI5RIf9+AIIVTf66AA3Xcf4d/4mXaf3p/y1XHf4Z/vkYFf6Z/tTamf/F/rChrgF5/&#10;oKF/fsKI75NLfpaIL4RZfnOHSXTMfl2GSmT6fmSFTVUJfpKEWEV9fs+DWTZffzWCRyhrf7+BGKCW&#10;fbKRs5JcfZGQMYNxfXWOdnP0fWqMl2Q5fX6KsVR2fbeIx0UWfg+G0TYofpOEsShrfziCZZ/ZfNma&#10;UpGefMKYDIK1fKeVdnM+fKCSsWOVfMKP4FP1fQqNAUTFfWuKCzX+fgmG4ihrfseDhp9KfDSiyJEG&#10;fCSfu4IUfAacQ3Kie/yYjGMDfCSUyFNzfICQ8kRqfPGNADXYfZiI1ChrfmuEe57oe8CrDJCRe7On&#10;NIGOe42i0XIae3meHmKNe6GZX1MXfASUjkQefIePnjWnfUKKeShrfiGFRZidjjFk6YupjK5nbH3d&#10;i2hp0G86ikFsKGAdiRxukVDeh/lxIEH6htdz2TNyhcl25iX/hNV6YZfojGpteYrwiyFvGn0QifJw&#10;rm5/iNNyRV96h7xz71BZhq91uUGYhah3oTNGhLh5xSYhg+B8MJcXirR134n1iZJ2uXwxiHR3im2m&#10;h2t4X17Dhmt5Rk/LhXp6REE2hJF7VTMdg8F8hyY+gwd93ZYiiSN+Goj5iBB+R3smhwx+X2zZhhB+&#10;cV4ShS5+j09KhFt+uEDmg5F+6jL9guN/JSZYgkl/ZpU1h8uGV4gQhsiF0npHhdKFK2wChOWEbl18&#10;hAyDsU7bg1aDA0CegquCUDLggh+BkyZugaaAyJRrhsmOj4djhdGNWnmghN6L7GtJg/aKVlzPgymI&#10;vE5agnyHKUBHgeqFjjK5gXmD1CaAgRyCAJPHhfuWn4a3hQ2Utnj1hBmSemqmgzOQClw3gnGNk03j&#10;gdCLGEAIgUOIkDKggOyF3SaPgKmDDJNHhV+egYYyhHmb4nhog4GY02ofgpOVflu5gdSSIU1ugUaO&#10;vD+4gMaLSjKKgHiHqSacgEuD75LshO+mOoXJhA6i5Xfvgw2e92mlghOar1tTgU+WZE0jgMeSFD+D&#10;gFmNtTJtgB6JLSamgACEqYwolwNkrYAelNBnIHNZktRpg2XfkOhr41gEjutuV0oZjOFw9jygis1z&#10;wC+ciLx23yPMhrd6Y4uOlXhswn+Rk25uYHLBkXdv/WVZj4dxpleSjY9zZ0nCi5d1TDxniZh3Uy+V&#10;h6F5mSQOhbV8IYrmk9p0pH7EkfB1iXIQkAZ2b2SsjiV3YVcFjEB4a0laimF5kDwpiH16zS+NhqN8&#10;MiRIhNN9u4oekld8XX3pkHx8nnEnjqd81WP2jNR9ElZpiwt9XkjqiUZ9vDvnh35+Ji+AhcJ+pSR5&#10;hA5/MYlVkRaEAn0pj0eDpXBrjXuDMWM3i7WCsVXnifKCM0iFiEmBxzuthpuBWC93hPqA7CSkg2WA&#10;foitkA+LqnyCjk6KqW/IjImJfWKkisOIMlVmiQmG5Eg7h2OFnzuBhc6EWi9thE2DAyTIgtaBoogl&#10;j0eTLXwMjZKRjG9Ui8ePnmInifuNgVTriEqLYkfahrSJRTtVhSOHIy9kg7qE5CTlgmCCnYe5jrOa&#10;fnuejQGYOG7hizGVhWG6iV6SkVSFh6+Pmkd8hieMoTsZhKKJpS9dg0KGiST9ggCDb4dojkahnntG&#10;jJWesm5/irybMmFZiN+XXVQ0hyyTh0dChamPsTrxhDOL2C9NgueH6iUQgbOEG4BCoAxkW3T2nThm&#10;v2kkmoJpIVzLl8JrjVAtlN1uFUOUkdtwyzeAjr9zqywDi5V23iHYiG56ZH+6nrpr/XSQm/RtmWi9&#10;mTJvQVx2lmRw/0/rk39y3ENqkIp04jdzjYB3Ciwkim15cyI4h198En82nTJzY3PxmoN0U2g6l8d1&#10;Tlv4lQJ2YU+Jkix3kUMrj0144zdbjFt6Tiw+iWN75SKMhnJ9nH6em7V6m3NJmRN682eHlmh7TFtw&#10;k7B7tU8XkPJ8NELgjit8yTc7i1N9byxPiHh+MCLVhaR+/34EmnaBwXKxl+CBiGbvlT2BQlrcko2A&#10;9k6zj9mAu0KWjSqAkDcaimmAaixch6mAUCMShPWAO319mX6I3XI0lvGIEmZ4lE+HIlpokaCGH05N&#10;jvCFHkJljECEKDcHiZeDOCxphvWCQSNGhGGBTn0SmK6PznHHliqObGYLk4mMzVoAkNuLDE31jjKJ&#10;SEIti4yHhjcCiN+Fxyx5hlmD/SNwg+eCOXy9mB2WlXGXlZ6UqGXbku+STlnGkCqPtU26jX2NIkHu&#10;iu2KmDbYiFWIFSyAhduFgSOSg4SC/Xx8l7SdKHFXlSyapmWVknOXjFl/j6aUIU2BjPaQvkHHimqN&#10;ZTbDh+KKFyyBhX2GwyOugzWDnXTrqVBj6GpPpeNmPV9gonJooVQfntBrHki5mu5tvj1vltlwkDK+&#10;kp9zjCjAjkh22SAiifh6YnR1qDVrI2oQpLhsul8toSRublP/nWpwREipmYNyQj10lXl0bjLdkU92&#10;vSkHjQ55TCCeiNt8A3QVprxyFGmfo0lzDV7Zn7V0HFOxm/11U0h0mCN2rT1flC54MDLrkBp5zilC&#10;i/Z7myEKh+J9fnOspTx40WknodR5P15Xnkx5uVNWmqJ6T0gtltx7BT06kv571jLujwR8vClwiv19&#10;wSFnhwt+03NAo/Z/fGjAoJd/Z13wnRZ/T1LtmXJ/OkfulbZ/QT0Uke9/XjLsjg5/hSmWiiR/viG1&#10;hlV//3LhovuGHmhun6CFhV2jnB2Ez1KjmHmEDkevlMKDWjz4kP+CuDLsjTOCICm0iWiBjiH3hbyB&#10;BHKSojeMj2gvntuLdV1qm1KKHFJol6qIpkd2k/qHOjzZkEGF2TL0jHaEgynSiMaDKiIthT2B4XJZ&#10;oZmSxWf7njyRIl0ymq+PJFIxlwKM9kdEk1SKzzypj6uIrzLli+SGoSnwiD+EkCJZhNeCmXIroTCY&#10;1Wf9nciWvV0vmiaUBFIclmCQ/Ec7kqaODDy0jwOLNDL2i16IdSoEh9qFuSJ8hIWDL2oJstdjal/8&#10;ruhlqVXhqrloDUuwpiRqm0GAoSttWDeJm+hwTS49lnRzayW9kNl20x6gi1x6YGmYsfJqQF/XrdJr&#10;y1XWqWltiUu6pLFveEGcn65xmze5mnRz8y6FlQ//4v/iSUNDX1BST0ZJTEUAAgl2cCYoj415KB82&#10;ijB79WlbsIRwwl+TrGBxu1Wsp/Jy20uZozV0N0GSnjx1wTfLmRV3ei64k8d5USaCjmN7Vh+3iSt9&#10;ZGkkrvl3CF9Pqtt3g1VfpnZ4Gktroch430F2nOF50DfNl9J64y7dkp98DibMjVx9WyAniEt+qmjq&#10;raJ9OV8cqYt9QVUtpSl9VEs0oIF9d0Fkm6h9xDfOlrB+Li78kZd+pycLjHZ/NiCFh41/ymi3rJmD&#10;Y18AqHqC+VUXpBWCe0sen2+B/kFPmp+BlzfUlbCBTC8ZkLCBEydBi7CA5iDThu6AwmiOq8qJW17x&#10;p56IflUOozCHaksSnouGRUFDmcSFMTfXlOKEMS83j+mDRCdyiwmCYiEUhmuBk2huqy+PG17vpvCN&#10;yVUPonWMG0sNncqKRUE4mQiIgTfNlDmG0C9Bj0+FNyeYin+DqyFIhgGCQWhaqr6UoV72pmKS2VUX&#10;odiQiEsPnSeN/UE8mGeLgzfbk6OJJC9Mjs2G3yeqihSEtiFyha2CzcLPaA5g4LFKak5jv59RbHlm&#10;jIzCbplpTXnDcMNsE2aWcwhu8FOfdXJx8kDoeCB1PC8Ieyx5AsDuZUVrf6/TZ8htRZ4GaipvB4uf&#10;bIBwzHi8buNymmWucWR0f1LYdAp2fEBVdvV4sS7Bej17Ob8pYth2BK4iZYZ2t5yVaBh3bIpFapt4&#10;NnePbTB5EGSxb+Z5/FIRcsR69z/Mded8ES6BeWV9U71pYLCAWaxqY4OADprqZjZ/zIjdaON/lnZS&#10;a6l/eWOubpB/Z1FOcaF/WT9LdPh/Uy5KeKV/TLvPXtmKjKrmYcmJWZlxZJuIJYd2Z2aG9HUvak+F&#10;zmK8bWaEu1CbcKWDnT7ZdCiCby4ad/6BHLqBXV6Uq6mpYGOSl5hDY0iQbIZWZiuOO3QpaTCMD2Ho&#10;bGSJ50/+b8yHtT50c3eFWy3yd26Cv7l3XC2epqiuX0GbrpdNYjCYiYVrZSOVU3NTaEGSIWE3a5GO&#10;5098bxSLkj4jcuGICy3QdvaEMLixW0SobqfwXmGkjJaLYVOgaISqZEycJXKbZ3uX52CYauWTn08H&#10;boKPLT3ccmaKdi21dpKFbbgzWqSx6qdwXcKtC5X7YK6n3IQSY6SijXINZtidQ2AgalKX606fbgKS&#10;Yj2Rcf6Mji2fdkKGd7V+b65gXqWjcSZjY5UWcp1mQoPHdBhpC3H1daNr2l/0d0luxU4xeRFx2Dy4&#10;exZ1OCwtfXB5F7QYbRNqeaSUbs5scJQZcHRuUoLechhwL3Efc89yFV87dah0FE2ed6d2MjxUeel4&#10;iSwEfH57NrKZar90bqL8bKZ1ZpKtbnR2VIGJcEV3Rm/8cit4Rl5KdDh5Wkzidmt6fzvbeOB7xSvg&#10;e6Z9NrEMaK9+NKFsarZ+RpEobKZ+TIBGbpl+UW7fcLB+ZV1lcup+hkw6dU1+rTtzd/R+3yvAeuZ/&#10;FK+bZuqH4aANaQyHGo/SaxmGPH7/bSqFUm3eb1+EblyPcceDmEugdFWCujsXdyaBzyulekCAya5v&#10;ZX6Rf57qZ7KP4I68adGOGH34a/mMOmzwbkiKW1vVcMqIfksZc4CGmTrGdneEjyuOebKCUa2BZFia&#10;+Z4BZpqYf43XaMKVx30favmS8GwsbWGQFls3b/6NNEqscsqKOjqGdeOHEyt7eTuDqKzQY3ikQJ1P&#10;ZcCg540dZ+ydOXxoaiiZYGuAbKCVhVqhb1iRn0pCcj2NmDpOdWmJVCtreNmEzqxfYt6tP5zQZSao&#10;/oyNZ0qkUnvSaYOfcmr4bAKak1o0bseVp0njccKQlDoKdQeLQStfeIqFw6iHd4hgBpoueDBjG4r4&#10;eO9mA3riecJo0Wo/eqZrp1lte6NunkjlfL1xwDiwfg11NSl9f6R5KadqdRFphJkfdf5rnoncduht&#10;nnnhd99vlGleeOxxlVizehZzskhWe2B17ThafOR4ZSlyfq17MaY4ctNy7Zfbc/F0HIjUdQJ1O3jb&#10;dh12U2h/d053eVgBeKV4tUfYeh96BTgSe9d7eClofdJ9GaTacNN8KpZ9chF8iIdmc0N8znetdH59&#10;Cmd0dd99UVcrd2N9pEc9eQp+ATe7eu5+ailgfRB+3aOSbyOFTpU9cHiE4oYxccWEU3aJcxuDrmaU&#10;dJaDC1ZydkWCcka7eBSB1jd0eiGBMClZfGmAeKKFbceOZ5Q3by2NL4U2cImLw3WdcfWKNmXAc4iI&#10;pVXSdU2HE0ZLd0CFfDc3eXKDxSlTe9qB5qGvbK2XW5NhbiCVVYRlb4WTBXTXcP6QjGUOcqiOC1VF&#10;dIWLgUXwdoyI5DcIeN6GHilOe2ODJaEPa9SgHZK7bU+dRIO4breaC3QwcDSWnGRxce2TJVS8c+SP&#10;o0WSdgKMBjbdeGSINSlKewGENqClazyonJJCbLmk7YMtbhugw3Ojb5WcV2P1cVOX5lRbc1eTaEU+&#10;dYqOyzajeASJ/ClHerOFF5vof51f0Y7Df3pi44C+f4NlzHHaf6lon2Jtf95rflLWgCRugUOXgH9x&#10;sTS5gQZ1Nyb4gcR5N5r6fUdov43TfWtq6X+/fZ9s+nDzfeJvBWGmfjhxHlI3fqVzVEMjfyp1qzSA&#10;f954QScMgMZ7KpnweyZxh4yke3ty4H68e850Jm/6fDJ1Z2DZfKt2tFGYfUF4FkK4ffF5jzROftJ7&#10;Licdf+V8+5jPeTZ6P4t3ea16032MeiF7TG8Yep97wWAUez98OVEFe/x8wEJafNV9UjQlfeN99Scs&#10;fx9+ppevd5iC3Yp8eCWCunySeLGCbm4QeUiCCV9KegCBplBdeuaBTEHme+WA8TPufReAkic5fnWA&#10;KZa/dk6Lb4mLduqKjXuqd4OJcW05eCuIMl6KePiG7E/SefGFp0GIexGEXjPBfGaC/CdDfeSBgJX/&#10;dUGT2IjMdeqSNXrxdoqQRWyKdz6OJl3teB6L/U9YeSyJzEFCelyHjTOje9CFKydMfWyCqZVsdHGc&#10;D4g1dSOZqXpVdcWW3mv2dnuT111jd2iQxU7eeI+NpkDwedKKdjOFe1WHGydTfQmDpZUGc9qkBofB&#10;dJKg3nnUdTCdMWt2deKZOlz2dtKVOE6LeASRKkCpeVyNBjNXeveIvSdZfLqEdY+Xh+9fqYN3hxFi&#10;r3aIhmlllmjNhdtob1qYhVJrWExFhM9uaT5bhFdxpjDlg/11PCSlg8t5Qo7LhcloEIKyhS5qQHW4&#10;hKZsXmgWhCxue1n/g7pwqkvRg1hy+j4PgwN1bDDQgtF4ICTWgsN7IY3pg8BwUYGsg1ZxwHTVgutz&#10;IWc8go10gVlNgjt18UtLgf13eT26gc95GjC2gcR65SUBgdp83Iztge94cICigZ55LnPBgVB52GZq&#10;gQh6eViYgNp7JUrGgMF73j1pgLh8pjCcgNR9gyUngQ5+cov6gFCAgX+7gBmAlHLlf+KAhWWVf7OA&#10;Xlgcf5SAO0ptf6CAIT05f7yACjCTf/9/9SVGgF9/34sofxmIj38GfvKH9XI6fsOHI2TpfpuGK1ds&#10;fpGFLknwfq6EODzmfuiDQDBzf0yCNiVhf8uBIIp/fhqQbn5aff+PJXGUfdSNi2ROfbWLwVbdfbuJ&#10;7kmDfemIFzywfjGGOTBjfrKEPyV3f1CCNYn6fVSYFn3VfUKWHHEOfRiTuGPQfPiRElZofQiOYkkZ&#10;fUyLqjxtfaSI6jBVfjSGCSWJfuyDHomYfMOfhH1sfLac3HCcfIiZpWNgfGOWHFYMfHOSiEjWfMGO&#10;7jw3fS2LSDA3fdSHiiWXfpyD3oOlkJxfc3hajwpiY2xnjatlRl/LjFpoKVLQiv1rIUXIiZpuRDk7&#10;iDdxlC08huV1PiKJha95S4Ltjq1nWHe8jU9phGvHjAFrrV9Firht31JliWtwJ0V/iCRylDkXht91&#10;Ji1KhbB3/SLWhJt7F4IxjL5vFXbli4twkGsTilRyCV6biSFziVHgh+91HkUihsh2zzjohaZ4nS1Q&#10;hJt6miMag6h8v4FgivZ2rnYIidt3iGoviL54Vl30h6B5J1FUho96AkTEhYp68Ti5hIx78i1Tg6Z9&#10;ECNVgtV+QYCTiXF+MHVRiGh+cmmDh1x+mV1ChlJ+rlDthU1+x0R6hGt+8jiXg45/Ii1agsx/XCOH&#10;giB/mX/eiDmFrXSmh0OFTGjhhj+EvVy6hTiEDVB5hEKDWERLg2iCtTh/gqyCGC1dgg+BciOwgYiA&#10;x39Mh0aNBXQ1hl6MCmh3hVqKv1w/hE+JQE/9g2eHwUPpgqGGTjhage+E3y1agXGDVyPTgQqByn7Y&#10;hoyUJ3PBhauSkGgChKWQhVvUg5eONE+cgrOL5kOLggGJnjgggV6HXi1ZgO6FASPvgKOCo35/hgGb&#10;FHNlhSKY5GefhBeWElt1gwOS5k9PghyPwUNXgXGMpTgDgOCJjy1TgIiGZiQFgFGDVXgzmWZfKW2/&#10;lzJiCGLBlSFk6Vc6kwVn1ktvkMRq3j+vjmxuFzR9jAhxfSnpiap1PSCqh2h5UHeOl7hmn21GlaVo&#10;xWJOk5Bq91bikW1tPEsyjzNvnz+QjPFyLDR+iqd03yoXiGl32iEShkZ7DXb3leFt4WyZk+9vZWHC&#10;ketw8FZgj9ZykUrTjbN0Sj9Yi452KDRyiWV4Iyo8h0p6UyFthUh8pHZOlCB0+WvikkF16WECkFR2&#10;2FXSjlZ300phjFF44D8Sikt6BzRZiER7QypVhkx8oyG7hG1+E3Wmkqd8AGtAkNl8YWBljvl8s1U7&#10;jQd8/Un/ixR9Vz7NiS99xDQ8h0Z+PSpmhW5+yCH+g7F/WnUTkX6C/Gq5j76Cz1/pjeOCe1TFi/aC&#10;EEmZig6Bqj6iiC+BVTQrhmSBCyp1hK6AwCI1gxSAd3SbkIaJympDjtSJC193jP2IDFRZixSG50k9&#10;iTaFwz5nh2eEqjQrhZ+DmyqIhAmCgSJjgpKBanQ8j9GQbGoIjimPKF8/jEqNdFQeik+LfUkJiG+J&#10;kj4threHtjQDhQaF6SqUg4GECyKIgiiCNXPyj0mW1mnBjZ6VCF71i7mSmlPZibmP10jTh9iNIj4L&#10;hiWKfzP2hIaH7CqbgxmFUiKmgdOC221Com9esGN4n6RhgFlanNZkY07mmdpnYkRMlqJqhznRk0Ft&#10;4i/1j8lxaSbPjEt1Qh8HiPJ5VGypoPxlvWMcnjRn4lkPm1BqI062mERsg0Q2lQxvCjnYkbxxwTAc&#10;jlt0nicfivt3vh+Ih8J7AmwxnzpsjWKZnIVuHVismaxvwk5elqlxiUP+k4VzcDnFkE91gTAxjQx3&#10;sSdhic96FB/3hrl8imu1nXxzMGIRmth0OVgdmBF1TE38lSJ2d0O0khl3vjmijwF5IzA5i956oCeV&#10;iMV8QSBXhdV96ms4nAB5w2GcmWx6Sletlq96zE2Nk8t7UEN2kNN77jl+jdp8pTA5itV9aie9h95+&#10;RSCphRN/ImrKmtaAS2E9mEyAUldYlZKAOk1AkrKAFEM2j8R//DlojNN//DA8ieuACCfehxaAGyDt&#10;hHCAMGptmemGpGDzl2aGLFcXlKqFdE0BkcmEnkL5juWD0zlGjAODGTBHiSGCbif+hmuBvyElg+mB&#10;FWonmSqMv2CylqyLw1bWk/CKaUzGkQ2I30LHji2HXjkVi12F6zA3iISEjigehd2DKyFSg3yB1Gnv&#10;mKKSsmCnliKRSVbLk1mPO0yykGCM3ELFjXWKmTkqiq2IczBQh/SGZyg2hW+EWiF2gyWCcGKsq8pe&#10;Gll9qHNg11A3pONjvUbRoPFm0D1pnKVqGTQ4mB1tnSu1k3dxTSP6jsd1RR2VilR5VWIVqpBkwVkv&#10;pyJm4VAEo2dpMEa9n1xrrz1xmwpuYjRflo5xSyv8kft0WiRojWh3ox4tiRZ6+GG9qN5rJFjUpXRs&#10;vE/FocBueEaLnbhwaj1dmXdyhzRtlRN01SwxkJx3QCTFjCx52R6wiAJ8c2FwpxpxVlh9o7xyc09p&#10;oBVzqUZTnCN1CT07l/p2kjRtk7V4PSxXj196ASURixV75h8ghxV9xWEjpZJ3eFg4okF4IU8pnqJ4&#10;00YTmrl5lD0llqV6fjRskn17hix2jkd8nSVRiiN9yh9/hkt+72DdpF19klgKoQ59yk8GnXF97UX0&#10;mY1+ED0NlYR+SjR1kWl+pCyVjVF/DiWIiVJ/gh/PhaN/8GCjo2aDelfqoBWDQU7wnHWC0UXgmJSC&#10;Tzz7lJaB4TR1kIuBiSy0jH6BRSW5iKKBBiAQhRiAymB2oqiJKlfYn0+IgE7lm6iHeEXWl8SGSjzu&#10;k8yFLzRoj9eEKiy8i9uDPiXgiBGCVyBEhKiBf2BZohiOpFfTnq+Nh07imv+L4UXTlxeKADzzkyGI&#10;NDR5jzeGgyzKi1CE7SX1h5+DaSBuhE6CEbdZYrda6ab3ZV5eWJYrZ/ZhuYTOao1lDXL+bTpoZ2EA&#10;cA1r209Gcw1veT3cdltzaC1xegp347VyX2plVKV+YmRnuZTgZUNqF4OsaB5sdXH7axFu22Afbi1x&#10;W06McXhz+z1ddRN24C1GeQ56LLOpXIFvpKPOX7lxAZNxYtVyXIJWZetzxXDTaRt1PF8rbHp2yE3S&#10;cAp4bDznc+16QC0heCt8VbHkWel5xqIZXVZ6K5HNYKF6lYD5Y+t7B2+iZ1p7jV42avZ8I00ebsZ8&#10;xTx5cul9gi0Ad2N+W7BBV6uDxKCXW0WDRJBgXryCwX+fYi+CQG6UZcyByV1WaaSBZEx9ba2A/jwZ&#10;cgiAnSzkdrSAN67lVdONqZ9bWY+MSI89XSaK1n6TYL6JXW2hZIGH6FycaH+Ge0v0bL2FCzvFcUmD&#10;hyzMdh+B463OVE+XZp5dWCeVH45TW9SSt327X4eQQ2zdY22N01v7Z5CLX0uGa/GI2juEcKiGNCy5&#10;daKDW6z7UyGg552cVwudso2aWsaaT30NXoiW22w8YoeTbVttZs2P9ksea1CMYztMcCOImyypdTuE&#10;nqxzUkmqDJ0YVjyl2I0TWfihc3yIXb+dAWvFYcuYmFsNZiaUIkrKasOPhjsPb7WKrSycdOiFrKrc&#10;agxarJv6a/1eNYx2bfFhnnw8b+5k82uEcgRoUFqhdD9ry0oLdqRvdDnSeVNzdSqufFp4AKlaZvBk&#10;k5rdaTRnHIt3a2Rpk3tbbZlsAmq8b+hueln6cmRxDkmMdQ9zxjmFeAp2xyqfe1p6MKfMZCVuVplB&#10;ZqZv64oNaQ1xdXoKa3py/2mfbgZ0l1kScMJ2REjec654DDkfdul6BSqRenZ8P6Y3Yah37ZexZFl4&#10;oYiNZu55SXjSaYp57WiObFF6n1g6b0h7YUhFcnF8MjjIdel9HyqFeax+KaS/X4GBaZZTYlqBR4c/&#10;ZRmBD3eVZ92Ay2eeas+Ajld0bf6AYEe7cV6ANTh9dQuADyp6eP1/6aOKXbyK0ZUxYLOJ2IYyY5CI&#10;u3acZneHi2a/aY2GW1bPbOGFMkdGcHGECDg8dE2CzipyeGiBeqKUXEmUD5RIX1iSO4VWYkmQNHXQ&#10;ZUqOE2YIaIKL8lY9a/mJzUbqb6iHnTgKc62FTyprd+uC2KHcWyidEZOVXkWaX4SkYUKXaHUoZFKU&#10;UGVrZ6OROVW0azuOHEaLbwuK6jfecyqHjCpld4WEBKFjWlmlvZMVXXyiKIQaYHqeO3SgY46aKWT1&#10;ZuyWHFVYapmSB0Y6boON1jemcsCJdSpgdzOE/p6lcZhajpEics1eH4LbdBhhinPEdXdk32Qodu5o&#10;PVRkeIdrv0T5ekZvcjX1fElzgSgWfpl4Gp1ibqVj2pAGcCxmfoG/ca9pCnLJc0FrjGNSdO5uGlO4&#10;dsNwx0R7eMBzmTWzewV2tCghfZN6MZwaa/VtFY65bbxu14C3b3JwinHMcTNyNGKAcxJz7FMWdSF1&#10;vUQPd1t3qTV/eeB5yCgrfKp8J5qwaY92Jo1Wa4R3Gn9MbWd3+XCmb1N4zmF/cW15rFJMc7R6nEOC&#10;dih7nTU4eOR8uygze91995lhZ4B/HIwVaZl/Sn4aa6J/V2+JbbV/UGCtb/V/TVGgcnF/WEMPdRh/&#10;aTUBeAZ/gSg6eyx/nZhMZc+IAosOaAOHZn0maiaGm26mbFqFtF/jbryEylERcVmD5kKudC2DBDTR&#10;d0iCFShAepWBFZdvZGyQvYo5ZrSPVXxaaOuNrG3qazaL3187bbiKDlCOcHWIO0Jic2WGYTSvdqeE&#10;bShFehiCW5bJY1WZPImTZayXB3uzZ+6UfG1NakaRwV6obN+PBVAOb72MREINcsqJdTSPdiSGgShJ&#10;ebGDcZZZYoqhbokZZOmea3suZyya92zJaYmXTF45bC2ToE+6bx6P8EHDckaMLDRddb2IRShNeV+E&#10;WJKueWFaiIZNedxeEHkien9hd2sqeztkzFyyfAtoL04afPVruj/off1vdjIsf0BzkiWpgMJ4L5GX&#10;dpRjRIVNd2Fl83gjeDloi2pJeSFrHlv3eh9tv02Jez5wgT+GfH9zazIGffx2nyXPf7N6MJB4dAZr&#10;44QVdRBtx3cedhRvm2lWdyhxaFszeFZzQ0z3eat1Nz8peyN3STHlfNl5jyXwfsN8D49FcbR0coLe&#10;cu11lXXvdBt2oWh7dVV3qFp5drV4s0xyeDx50T7ceel7AzHLe9Z8VSYMffF9xo4ab71854HbcRh9&#10;U3Twcmh9nWd0c8R90FmzdUh+CEvOdwN+TT5veOB+mjGfevl+8yYlfT1/VI0ibiGFSIDpb5OE+nQN&#10;cPyEeWakcnWD2Fj/dBeDNEtTde6CmD4gd/WB/zF/ejqBXiY5fKOAs4xabM6NfIApblSMcnNWb82L&#10;IWX7cVqJp1hpcxmIKErhdQ6Gpz3ldy2FJDFreZeDjSZKfCSB5IvBa8KVdn+QbVeTr3K9btqRimVt&#10;cHKPL1flckaMz0pudFmKbD2bdpKIAjFXeRGFeyZYe7yC5otUavqdJn8dbJmapnJBbh+XqGT0b7uU&#10;Z1eBcZeRIkokc7yN2j1bdhCKhjEveKyHGyZje2mDu4bwgW1ahHuCgThd/G9cgTJhXGJ+gURktVUv&#10;gV5oIEfOgYhrtjrhgcdvfi6AgjJzpiNsgs94QYX5ftBiuHqpfuhlaW6Hfw5oC2HJf0FqrlSff4Jt&#10;Y0dmf9pwPTqmgEpzQC58gOp2jiOsgbV6LoT+fGBq0nmXfLNsyG2gfQJutGDzfVxwnVPzfchymUbp&#10;flF0sTpefvR26C5wf8V5VSPjgL179oPzei5yy3iJeqh0FGyPex51TWAue5h2flNLfDR3ukZ0fOx5&#10;Cjoffb96bi5nfsF79SQTf+R9l4LyeER6vXeQeOB7WWumeXV72F9Veg98RVLIesd8ukYTe659Oznt&#10;fK19yC5jfd1+ZiQ8fyp/DoIVdryCnnbYd3GCkWsAeBmCU16peMmB9VImeZyBmEWpep2BRjmqe8OA&#10;+S5QfRuAqiRffo2AWIFhdXqKTnYmdkGJlWpXdvaIlF4Pd7iHalGceKOGPEVCeb6FEjl8evmD6i5I&#10;fHWCsyR7fguBdIDVdHmRwHWedU+QW2nRdg2OlV2UdteMmFEsd9SKlkTfeQqIlDlAelyGki5Be+2E&#10;fCSSfaGCZIBsc7eY73U0dJeW5GlidVmUVF0rdiWRfFDXdymOoESkeG6LxTkQedqI5y4me4aF/CSk&#10;fUyDKXt5icFaaXDkiOZdzWW2iDRhKVnth45kiE3KhuBoAUGlhjVrqTYFhZRvgisHhRJzuSFkhLd4&#10;T3qbh1xiHnAuhsFkzmUKhi9nellihZ9qL01ihRBs/UFjhIxv8zXuhBZzEisjg8J2fCG9g5F6KXnE&#10;hQtpt29GhKVrvGRMhDZtv1i0g8dvx0zeg11x5kEMgwZ0JTXJgr12hSs1gpZ5HCIKgo973Xjhgu9x&#10;NG5bgqxymGNggl9z8lgEghF1TkxMgdJ2uUCqgaV4PDWagYl51Ss9gY97lSJNga59angHgSJ4nW2O&#10;gPp5ZGKbgMd6FldFgJN6vUvZgGx7bUBVgGx8LzVygHh8/itGgKd94SKGgO5+zHdGf5t/9Gzdf4+A&#10;HmH7f3CAIVa+f02ACkttfz5/9EAzf1B/7zVpf4R/9StVf91//CK1gE2AA3anfmiHImxhfnOGtGGN&#10;fluGAFZQfjyFIksAfkGERz/cfm+DeTVMfrWCsytafzOB4SLcf8eBDXYpfXKOF2vofYuND2EYfXqL&#10;olXpfWKJ+kqlfXSIVz+JfbqGvTUdfhWFLCtffqeDiyL8f1qB7HXIfLaUy2uIfNeTL2C4fMqRBFWQ&#10;fLSOjUpgfMuMGz9bfR2JtDUAfY6HVStXfjuE7iMVfwOCo3B1kl5aHmaskNpdcFxtj3NgylGzjgRk&#10;Nka5jHpnxDvPiuNrhjF6iU1veCfZh8tzxR+ZhnF4Wm+pkDRhYGYUjuBkDVvkjYlmxlFMjCRpkkZ0&#10;iq5sfTuxiTlvlzGGh8hy2SgUhnB2ZSAJhT56I272jf5ogGVVjNdqkltMi5xsrFDEilFu2EYUiP1x&#10;Hzt8h69zjDGBhmd2GyhChTt44iBqhDF7xm47i/BvgmSTiuZxAFqJiclyf1A3iJ10CkWlh291qTs6&#10;hkp3ZDFvhS15OShihCt7NSC+g0h9QG2Fiix2cGPoiT13XlnmiDZ4QU+fhx95IEVJhg16Ejr9hQ97&#10;GTFchBh8MCh9gz19XyEFgoF+kWzkiLp9TWNZh+J9r1lohul9708theF+HkTshOF+VTrmg/F+ojFc&#10;gx9+/CiXgm5/WiFAgdp/tmxah4WD8mLUhsKDwFjshdeDWU69hNqC1kSSg+yCWDqzgxCB5jFugkaB&#10;gyiygb2BHCFxgVGAsGvuhpiKdWKaheyJxFi+hQGIqk6Ug/SHVUR1gwaGEzqKgkmE5zFLgZ6D0ijD&#10;gSqCqyGZgOCBgmuYheGQv2JJhTmPilhthFONuk5Ng0iLnERBgluJmDptgaaHrTFGgQ+F1yjRgLiD&#10;9iG4gIeCLWXemzFZoVznmQhc5VOZludgQUntlJ9jv0AZkiJnaDZmj4lrTC1XjOdvXyUDildzxx4H&#10;h/x4YmUimUdgfVxrlz9jKVMulRpl8Umlksxo2j/1kFhr6TZqjdlvKy2Ei1dylyVbiO52Sh6Mhrt6&#10;HWSUlydnLFvUlT9pTFK3kzNrgEk9kPlt1j+0jqFwSjZWjERy6i2fiel1rCWkh6x4ph8AhaN7sGQE&#10;lRptt1s4k0tvUFIWkVlw90jNjz1ytT9kjQp0jjYyitV2hy2qiKR4miXchpF62B9jhLJ9G2Nzk1d0&#10;M1qwkaJ1SVGaj8B2YEhYjbZ3ej8ki6B4sDYPiZF6Ai2sh4d7ZCYHhZx84h+3g+R+W2Lwkep6pVo9&#10;kEt7OlE3jnV7uEgFjHd8Kz7iinB8sDX/iHJ9VC2whot+BSYohMh+vx/9gzh/cmKCkMGA6VnijzWB&#10;AFDpjWeA30e+i22Apj6hiXaAfjXYh42Abi27hbOAbiZIhBSAaSA3gqmAX2Iqj8+G8FmOjlOGhFCb&#10;jI6FwUd9ipiE1z5uiKiEADWmhtWDPS2phQmCkiZog32B3SBmgjaBJGHljxiM01lvjaeL+FB/i+OK&#10;hEdmid2Iyz5yh+SHODXGhhiFxy3MhGyEcSaFgwaDESCLgdqBxVuTpFxY+VNQoZRcMUrlnqZfkUJI&#10;m2ljJjmcl+Bm+DEnlCxrCylfkGtvTCJejL1z0xyliV54aFraoqxfcFLUn/RiHkp9nPZk+kIEmato&#10;BjmFliBrRzE9knxuwCmkjtNyYCLPi0d2Oh0+iA96FlproKJltVJenf1n5kohmxRqOEG4l9Zsvjle&#10;lGRvbTFBkOByTSnXjVp1SyMtifh4dx3Chux7nFoKnpZr1VHznARti0mvmTFvW0FwlhNxUjkxksJz&#10;cTE8j2N1tCn8jAd4DiN6iNF6ix40hfJ8+FmlnMtx6FGVmlNzJklel450ckEjlH91zTkWkUx3VDE6&#10;jhJ4+iobit16rSO7h9J8dh6UhR5+LFlGm1R39FFLmPF4vkklljh5fED6kzN6PDj6kA97GDFFjOh8&#10;Fyo6idh9IyPxhvd+Nh7khGx/NVj2miJ90FERl89+J0j8lR1+UUDZkiF+cTjfjwx+qTFCi/p++ypc&#10;iPh/YCQihj5/wh8mg9mAFli1mS+DelDnlueDW0jelDiC7kDFkT2CZTjQjjGB9TEwiziBnipfiEuB&#10;XyRKhaWBGh9bg2OA0ViLmG+I9VDNlimIYUjJk36HU0C5kIWGGTjWjXqE/DFFio2D/Sp0h7aDFSRj&#10;hSyCNB+FgwSBaax/XONVK50yX/1ZJo2FYxFdFX1MZjBg+2yfaXRk51vEbOpo70s7cJVtKDsQdJlx&#10;uywHePp25aqLWO1fYZuwXG9iYIwzX99lV3wnY1doTGucZvRrSVroasZuYUqMbtBxojqlczR1NCv3&#10;d/J5Pqi9VWdpgJn9WT5rgIrEXP9tfnrRYMNvg2p4ZK9xlln8aNVzwUnebTd2DDpAcfV4livqdwd7&#10;dqbyUj1zc5hLVmN0gokmWmR1lHmAXmx2q2lTYqZ30lkUZxt5DUk6a856XTnlcN572Svedjd9iKVC&#10;T3d9QpbLU+B9bofFWCJ9mXg0XGR9xGhbYNx9+FhJZZt+PkirapZ+jjmWb+x+9CvTdYN/bqPUTSCG&#10;8ZWLUcKGPYavVjiFf3c9WrGEu2d9X12D+1eoZFGDRUg4aY2CkjlUbyCB3SvKdOmBIqKpSymQc5SJ&#10;T/uO14XPVJuNKnZ6WUCLdWbNXh6JxFcaY0OIEUfeaK2GVjkibnSEhyvDdGmCoaHESZeZsJPCTo6X&#10;JIUhU02UgnXiWBCR2mZEXROPN1afYmWMjUeEZ/uJzzj5beaG6yu9dACD6aErSHCigZM3TXue94Sg&#10;UkubXHVwVyGXxWXnXDuUOFZYYaqQnUdEZ2KM5DjKbXKI+iu5c6uE+6DVY/NVNZLUZmlZOoRJaOdd&#10;J3UZa3hhBmVxbixk7lWicRBo+UYvdChtNzcrd5Vx1ilbe1h3Cp8rYDBe5ZGjYw9h+4NFZeBlAnQ8&#10;aLxoAmS0a71rClUKbvVuMUXDcmVxgjbzdi91Kiljekt5SZ2KXM5oeZABYABqpYHbYxtsx3LuZkFu&#10;52ObaY9xE1QqbRlzWkUhcN11wjaedPh4aylqeVt7ZZvqWcRx5Y5vXT1zNIBdYJd0enHAY/11u2KW&#10;Z5h3B1Nfa214aESXb3554TZYc+V7hilveIl9W5poVxt7NY0PWtB7r38XXmd8GXCNYgV8eWG4Zdt8&#10;31Kqafh9WEQdbk593DYdcvZ+dil0d9N/JZkoVN+EaovtWMSED34TXIuDmm+jYF6DFWDoZGaCkVIZ&#10;aLaCGEO6bUmBpjXrciuBNCl5dziAvpgmUwGNcIsCVw+MPH0/WvuK4m7lXveJdGA+YzCICFGVZ66G&#10;nUNubGyFMDXHcYCDsyl8dreCI5diUYWWMYpNVbCUInyVWbeR3m5NXdCPg1+zYiyNLFEaZtaK00Mb&#10;a72IcDWncPOF7il/dk2DVZbdUGqej4nKVKebo3wSWL2Yc23TXOeVKl9PYVqR6lDQZiGOpkLZaymL&#10;TzV6cIOH1CmBdfmEUpVbazVVVoiUbQRZVnsnbupdPW0EcOdhFl5ncwNk+0+pdUxpB0FTd8RtSTN2&#10;eo1x8SbZfaJ3K5PmZ6NeaodiaddhkHoIbAlko2wObkxnsF2ZcLFqyU8Ic0luBEDjdhNxazNGeS91&#10;Jyb4fI15UZKBZGFneIYJZuppxnj+aWFsB2sXa+RuQlzTbo1wik51cXBy7kCIdIh1dDMjd/J4PCcT&#10;e5h7U5EHYXRwYYSfZEBx43eUZvRzV2n5abR0wlvcbKh2NU23b9N3v0AJczR5YjLrduN7MScqesF9&#10;Lo+tXul5LoNbYep563ZmZNV6kGjjZ8x7JVsYavd7wE0Zbmd8bD+kcgl9JjLDdfV9+Cc+egh+3o6P&#10;XMaB5IJSX/KB23V3YwmBrGgJZjGBZ1pZaYyBIkyZbSuA6T9ScQaAuTKgdSmAiydPeWuAXY2pWv6K&#10;aYF7Xk2JmHSxYYaIkWdXZNSHbVm6aF2GSUwhbCiFKT8UcCqEDDKKdH2C4iddeOiBq4z5WZCSrIDU&#10;XPqREnQQYEyPL2bEY7WNJ1kzZ2CLIUura1WJHD7Jb32HFDJ0c++E9SdpeH2Cxox/WHyalYBZW/mY&#10;N3OQX1mVdmZKYtKShljQZpKPm0tkaqKMsj6KbuyJwDJLc4KGtidyeCeDsYoHcrZVgH5Mc95ZcXHn&#10;dSldT2TQdo5hI1dGeAtlCEmmeaxpGTx6e3VtYS/XfYVyESSBf9R3R4i5b09eBX01cNlhL3Dlcmxk&#10;SmP1dA5nYlaWdc1qikkjd7dt1zwnectxUi/CfCZ1IiS3frV5Vod9bDRme3vwbg5o42/eb95rP2MH&#10;cb5tl1Xac75v/Uibde5ygjvYeEp1Ki+veux4EyTmfbh7QIY2aWJu43qwa31wjW6ubYhyJ2I0b55z&#10;vlUscd91WkgldFF3DjuadvF43S+kedV62iUPfNx9AoT9ZvV3MXmkaUJ4JW2ta394/2EvbcZ5yVRw&#10;cDx6mUeLcvB7fDs5dcx8bi+EeOh9eiUyfB1+mYP6ZOp/Z3iuZ15/pGzMacJ/t2BkbDd/slPDbtl/&#10;rkcccbd/tzr2dMp/yy9weBt/5SVPe32AAIMpYzaHaXfrZcqG72wZaE2GOF/CauSFX1Mzba+Eh0ay&#10;cLeDtDrIc+2C6C9nd2yCFCVoeveBN4KGYdWPK3dRZISN+2uDZx6Mdl86ac2KxFK3bLiJE0ZGb+eH&#10;ZjqGc0CFvS9bdtyEASV7eoqCP4IRYMeWm3bdY4qUvGsLZjKSZ17IaO+P11Jba+2NSkYGbzaKwjpO&#10;crCIOC85dm+FoCWLejODGH7SenxVn3QEewFZfWibe7BdUVyPfHNhJVAgfUNlEEOofixpKjexfzRt&#10;eyxXgHVyNCJYged3X32md0pdnXMTeCtgx2e/eRZj6Fvdeg1nDU+XexZqR0NLfEBtqTeEfYtxOixi&#10;fxF1HyKkgL15WHyMdFJlj3HydYBoBmbSdqZqd1sId9Ns6E7weRhvbULWeoRyEzdHfBF03ixjfdV3&#10;6SLnf7d7LHtwcaRtZ3DYcwpvM2W9dGVw9FpGdcNysk5Nd0h0fEJqePF2XzcSer54XixkfL56iiMh&#10;ftN813pcb0x1NW/ScOJ2VGTOcmp3YFlsc/Z4Xk3Qdah5Z0IRd416gzbreZJ7sSxse8l8+yNTfg9+&#10;V3lxbVl8728Qbxd9aGQjcMF9uljAcnN9800zdE1+MUGtdlp+gTaxeJB+3Sxhevp/QiN8fWp/qHix&#10;a7eEdG5abZOERWN8b1qD2VgqcSyDS0yvcymCwEFPdVyCQDaNd7KByCxiekiBTCOefOGAy3gaamSL&#10;tW3NbFqK4WL1bjaJtVeycB2IW0xDcjeHA0DwdI6FsjZYdwSEaixiebWDFiO6fHKBwXepaVySrm1g&#10;a2aRO2KHbVGPTVdMb0WNIEvzcXCK9UC8c96I1DYsdnWGtyxLeUeElSPPfBmCinPMgoxVmmnfgnFZ&#10;Z19sgntdNFRsgo9hDUkbgqFlBD3Rgr9pMDMWgvFtkSkLg09yVCBjg9R3c3K+f5JdHGkMf8pgRl6v&#10;gAZjb1PZgENmpUiygIRp9j2UgNttdDMKgUlxHyk0geN1GyDGgp15WXHKfL5kkGgSfTxnFl3nfaxp&#10;nVMnfhlsLEgufpBu0j1BfyJxnjLtf8x0kClQgKB3vyEbgY17GHDTei1r7mcZet5t1Vz0e31vt1J1&#10;fBtxnkeefMtzljzjfZd1qzLFfnt33Clgf4Z6OiFlgKF8rm/od/JzOGZBeM10g1wqeZR1wFGzelt2&#10;9kcwezN4OTyWfDd5lDKnfVB7ASlyfo58iSGkf9Z+GW8Udgt6c2V9dw57IVt7d/d7sFEmeN58LEa9&#10;edt8sDxpewB9SzKafEh98ymEfbh+pSHZfyx/V25mdHiBfmTwdaCBlVsCdqKBclC3d52BL0ZUeLqA&#10;9TwcegOAzDKGe2iArymQfQKAjSIEfp+AaG3cczKISmRvdHOHyVqJdYqG8VBOdpeF7EX6d8yE8TvP&#10;eTaEAzJceraDIimZfGyCOCInfi2BTW1ycjCO0mQKc4WNwFondKyMME/4dcaKY0W6dwmIoTuoeIeG&#10;7TJDeiWFRSmTe/uDmyJDfdGCCGkgiuRVXGAMiiNZHFaNiX1c6UyZiNBgzUJliA9k2jhJh01pIC7J&#10;hpZtmyYJhf9ybx6ohZF3g2guiCBcbV9Uh6pfmVXphypi0UwdhptmHkIWhgFpjjgphW9tLy7bhOtw&#10;/SZNhIp1FR8fhE15WGdfhWxja15/hTNmA1VBhOJoo0uLhH1rV0GxhBJuJjfzg7ZxIC7ag2l0PSaB&#10;gz93lR+GgzJ7BGaRgvBqU12vguRsWFR0gr1uYEr4goVwd0E+gk9yozeygil08C7MghJ3WSanghx5&#10;7B/fgj18iGXHgMdxLFzxgONyoFPCgOB0DUpXgMp1ekDfgL53ADdzgMt4ni67gOZ6TibFgSB8GSAq&#10;gWx94WUTfvV38lxNfzV41lMzf095o0nZf1h6ZkB7f2p7NzdSf5R8Hy63f9x9FSbhgEV+FiBpgLx/&#10;DWR2fWR+fVu7fct+0lKyfgF++0ltfiF/EUAkflB/MDcofph/Xy7QfvR/nycEf4l/3CCdgCuADmP7&#10;fCiE31tqfLSEr1JxfPuEKkk+fRyDe0AIfVWC4TcGfb+CWy60fj2B6icXfu+BayDHf7WA5WOaeyqL&#10;BVsPe8qKT1IdfCOJGkj5fFGHrD/bfJWGVTbwfQ6FFi6xfaaD6ickfniCtyDof1eBlF7jk4hU2Vae&#10;khVYk04KkKpcZkUdjyVgYTwEjX5kjjMUi8ho+irLihZtmCNNiH9yhR0mhxx3kF4IkPtbg1X3j8Ze&#10;t013jnZiA0SxjQZlcDvIi3lpCTMKieps2Cr2iGRw0iOqhv51DB2vhct5VV1YjmdiFVVFjWRkw0zr&#10;jD1ng0Q6iu9qYjt9iY1tZDLwiC5wlSsQhtlz5yP1had3bB4mhKV68lyxi/toklSbiyBquExDih5s&#10;60PIiPtvNjsrh8hxoTLMhpt0LisdhXp21iQwhHt5ox6Ng6h8ZVwNidpvA1QCiSZwoku3iEVyRUNL&#10;h0Fz8TrrhjV1vjKrhTh3pyskhEZ5oCRhg3d7sB7jgtB9rlt1iAt1YVN7h352fEtHhrp3iELvhdB4&#10;lTqmhOB5tjKfg/969isxgzd8QCSJgpd9kB8rght+zFryhod7jVMNhh98J0rthXN8mEKphJt8/jpu&#10;g8N9dzKFgv5+CCtHgk1+pySwgdh/PB9ngYV/v1qHhUaBcFKlhP2BgUqPhGiBVEJcg6KBEjo0gt2A&#10;5TJQgjeAyis/gZOAxCTbgTKAsB+XgQyAilozhEiHSFKBhCeG60p5g6aGCUJfgs+E9DpigfuEDjKg&#10;gVqDTSt8gN+CpST9gLKB6h+9gKyBL1TcnIZUI02LmlpX10X7mCBbrz4fla5fwDYmkv5kFi5gkDVo&#10;sSdFjW1tfCDvisxyihvSiH53mlQEmjxaakzemFNdp0VVliphCj2kk7lknjXpkQ9oaC5hjl1sbCeF&#10;i7VwlSFhiT909xxthyB5UlN9l79glExMlfxjWkTZk/1mPT05kadpUjWsjyFsjS5ajJlv+ye3ih9z&#10;hSHCh9x3Oxzyhe964VMIlVJmo0vJk69o7EROkdBrUTzcj6ht2jVyjVBwiy5OivpzXyfbiLN2SiIQ&#10;hqZ5VR1khOl8RlKJkylspUtOkbNudEPnj+5wUzyDjd5yRTVOi7N0ZC5JiYt2oif3h3d46yJQhZp7&#10;Rh3FhAp9gVINkVRyo0rikAtz+EOWjmN1SjxNjGl2pjUvilR4Hy5XiEl5vSgYhmF7ZCKFhLR9DR4W&#10;g1B+klGhj8p4dUqIjqx5UUNUjRt6EDwcizR6zzULiTZ7qi5Qh0Z8oSg7hXN9piK1g/J+oB5Ygrd/&#10;eVFKjod+GUpBjY1+ekMfjBJ+oTv9ijV+ujT5iEV+9C44hnV/RSg4hLp/qiLdg1B//x6OgjqAOVER&#10;jX+Dm0oNjKCDfUL0iz2DADvliWuCazT9h3+B/C5RhbyBqShUhBuBaSL9gtGBIB65gdeA1aI1VptP&#10;qpPkWilUI4VCXb9YmHYdYXhdC2aHZWhhh1bGaZpmI0dmbgpq9jh3ctpwLSrHd/t2BKAoUcpZn5JN&#10;VdpdMIPhWexgunTsXhhkQ2V9Ynxn1FXqZyNrhUa+bA1vZzgacVhzpyrPdup4bJ5NTXFji5CTUflm&#10;KIJtVndow3OXWwtrYmReX9VuDlUGZOpw2EYdakRzyjfIcAB3CyrXdfh6sZx3SYNtVY7iTnxvBYDW&#10;U1hwunJUWEhycmNIXXl0OFQvYvJ2F0WMaLN4FTeAbtR6TyredSJ8zpq0Rf52+41gS2B3yX+CUJx4&#10;m3EaVeB5bWJtW2Z6S1N9YT97PEUTZ1t8PzdEbdN9airjdGp+vZkqQu6AdowZSK+AZX54TkCAVHA8&#10;U9eAQmGoWaeANFL8X8mANES3ZjeAPDcVbPqAUyroc82AeZfiQEyJvYsNRmGIwn2kTD6HyW+RUhuG&#10;0WEPWDGF3FKDXpWE6kR0ZUGD9zbzbEOC/Crsc0qB/pbfPh+Ss4o5RHqQxnz9SpaO4G8PUKuNA2Ci&#10;VvqLK1IfXZmJTEQsZH2HYjbYa62FXirvct6DS5YoPHWbIYmeQwCYO3yBSUeVam6yT4aSsmBhVf6Q&#10;A1H0XMeNQ0QEY9eKaza7azSHairycoiEYZdkXWVP/ooZYGFUaXxtY3NY0W47ZqldN1+cahBhq1Dd&#10;bbZmRUKJcZlrGDS0ddxwVigvemd2MJV6WMdZaojHXElc/3tbX81gj21bY2tkHl7iZztntVBMa05r&#10;bkImb6FvWDSLdFhzqChMeU94fZO6VJpizIcYWJJlg3nuXHxoNmwNYH1q6l3MZLNtqk9yaTFwikGP&#10;bfBzkjRGcw127ChleFd6ppIIUNJsEIV/VTJt7HhzWXdvyGrpXdFxpFzSYmtzik61Z0t1i0EUbG13&#10;qzQQceZ6CCh7d318ppB2TXV1N4QcUjB2P3czVs53Q2nBW3t4Q1wIYGh5TU4TZaR6bECsax57nzPm&#10;cOh8+SiOdsF+eY8jSo5+PIL1T5d+cXY4VIN+mmjoWX5+vVtKXrV+5U2aZDh/HUBdaf9/YjPEcBB/&#10;tyiediGAGY4PSBSHC4IGTWOGaHVtUpCFsmg7V82E9VqxXUeEPU0mYwqDjUAkaQyC4zOub1mCNSir&#10;dZ2BhI05RgyPi4FLS5OOEHTLUPaMeWezVmeK2Fo7XBaJQEy8YhSHqz/faEqGFjOcbsOEbii1dTCC&#10;u4yiRHqXloDBSiuVSHROT7SSz2dJVUuQTlnrWyGN20yGYUeLZj+vZ6qI6TN8bk6GUSi+dNmDvIy+&#10;ZF1QY4BwZslUt3O6aVRZDmZ+bAFdaFjebthh1UslcehmbT3gdTFrPzEleNdwgCXAfL12WIrsX/hZ&#10;Mn8XYuVcyHKRZdtgWmWHaOhj7lgQbCRnkUqGb55rWz12c1JvWDEBd19ztiXxe5t4i4lUW/FiDX2n&#10;X1Nk2HF9YqlnoGSRZhFqaFdPaahtP0n6bYRwNj0kcZ1zVzDrdgt2yiYcepx6mYfCWFFqznwvXBRs&#10;z3ATX8Buz2N6Y31wzVZgZ3dy1UlIa7J0+jyzcCh3PzDCdOt5wSZBebx8foZYVRpzdHrkWS10sG7n&#10;XSt142JqYTp3EVWqZYN4Ski4ahd5mDxdbuB6/DCoc+18iSZhePx+NoUqUlN7/HnXVq18dG38WvJ8&#10;2GGaX0p9MlT4Y9p9kkhKaLF+BTwbbcN+iDCTcxR/HSZ7eFl/vYQ2T/eETXj9VIyEAm08WQ2Dk2Dy&#10;XaSDFFRkYnSCnUfdZ4iCMjvtbNCB0jCJcluBciaRd9GBEIN5TgaMVHhUUs2LRmygV3+KAmBrXEWI&#10;p1PrYUmHV0d0ZpaGEDutbBCE0DB/ccSDgyajd2KCMIL0TIKT9HfXUXKSMGwnVkaQFl/8Wy+N3VOV&#10;YFeLskc6ZcuJkDt6a3KHcDBfcVGFQiaxdwqDH4Iba45Qw3a2bW1U/mrub3BZQ16rcY9dlFIOc85h&#10;/kVldj5mlzk8eN9rai2te9JwryN7fvh2e4BiZ2FZAHVxabhckmnfbBtgJV3ObpNjv1FdcS9nbkTk&#10;dAJrRzjvdwdvUy2jellzwCPAfcx4ln7vY4thSHQVZk5kI2jPaQpm/lzea9dp3FCjbsxszkRgcf1v&#10;4zimdWBzIy2aeQl2sSP8fMN6i32IYA1piXLCYy1rqGeaZjttx1wOaVZv6k/7bKRyFkPycCt0YDhz&#10;c+R2zC2bd995diQxe918Vnw6XPxxsXGpYGdzGWaVY8B0elsMZyZ11k9JasB3P0Nkbp14wDgfcqR6&#10;WC2IduR8GSRdexZ99XsnWlN5u3CtXf16cGW1YZh7DlpGZUR7oE6kaSF8PEMCbTx87TfqcYl9ry1/&#10;dgh+hSSCem9/Y3pIWA6Bjm/lW/CBkGUDX8KBaFmpY6iBLU4cZ8CA+0KibBaA2DfHcJWAxC2AdUyA&#10;tCSheeSAoHmbVi6JGW9JWkCIbmRxXj+HflkpYlGGcE2pZpuFbkI+ayeEeTePb9SDkC19dLKCoCS6&#10;eXOBrXkeVLSQSm7WWO2O/WP+XQ6NRVi+YUCLYE1VZauJiUIHal2HwTdgbzeGAi1jdECEPiTOeRiC&#10;indscwZRBWzxdFdVK2IcdcxZZFbVd1VdsUtCePBiHT+yerFmvTSvfJhrmCpXfsRw4CFkgRN2mXXY&#10;bxhYvWvPcNVcTGEucp5f4lYbdHNjhUq2dmJnQz9WeH5rMDSGesFvTypsfURzyyG9f9p4nXSHa3Fg&#10;gmqUbZJjamA0b61mVlVBcdFpS0oOdBNsWD7jdoZvjDRPeSFy7Cp1e/J2liIKfsh6e3NMaB5oOWln&#10;apJqdV8XbPlstVR8b2Ru+0lscfxxUz57dMJzyzQhd652ZSp/esl5OCJNfdl8L3IfZSlv42hSZ+Vx&#10;c14gapBzAFOibUJ0i0j2cB52KT4qczJ34TQEdmZ5sCqQecR7qSKFfQx9t3EhYpx3dmeCZZd4YV1w&#10;aH95N1L6a3B6BEhebol63j3Rcdh70jPVdUt82CqQeOZ98iK1fGB/D3BTYGt+0mbFY5x/GVzHZrl/&#10;NVJlaeB/QEffbTF/Vz15cLV/gjO6dFd/vSqZeCh//SLce9GAOG+wXpmF5WY0YfeFjVxBZUGE71Hw&#10;aJOEM0d4bBGDhD0hb8mC5zONc5WCWSqgd4qBxyL8e12BMm85XSSMqmXHYKqLv1vWZBaKZVGOZ4iI&#10;20cuayWHYDzzbwCF+TNncviEnyqOdxeDRiMVewCB/2zSes1RFWNKe4dVLlltfGJZYE8pfUVdr0Sk&#10;fi1iJTowfy1m1TBVgEprvic4gZpxDh+AgwR2smtodx9YVWJEeDxb5ViVeV5fg06EeoJjNUQve7Nn&#10;CTnufQRrDzBKfnJvRydogBJz1h/sgb94ompAc6dfoGEtdR9il1e7dotlmE3Gd/RoqEOleXBr1jma&#10;exJvLzAwfNBysieKfrl2eyBJgKF6a2kocHpm32Adcj1pOFa7c+1rl00NdZ5uBEMRd2hwiTk9eVdz&#10;MTANe2F1+iehfY14+CCZf6p8CmgkbaRuC18zb6lvxlXkcZlxgkxGc4xzQ0KkdZV1GDjzd853Di/2&#10;eht5GSe6fIZ7SCDeftd9fGc7ayp1Jl5fbW12RFUtb5l3VEu3ccR4YUI1dAd5fTjNdnJ6uS/yePp8&#10;BifUe6B9ZiEXfiV+wWZ8aQd8EV3Da4d8mFSrbed8+EtGcEF9S0HOcrV9sDiEdVR+Li/keAV+vifn&#10;et5/TyFGfZJ/12XkZz2CuV05ae6CrFQvbHyCXErebv6B8kF2cZyBnDg6dGqBXC/Ad0KBLif1ej+A&#10;+yFsfRqAwWVyZcuJHFzQaKSIg1PLa1iHgEqHbfuGU0E4cLeFOzgXc6WEOy+pdqWDTCfxeciCXyGL&#10;fLqBgGKEgtxQ4Vn0gvFU91EUgyBZKkfTg0tdgz5bg25iDTUDg5tm1ixNg9tr2CRihENxNR3VhMR2&#10;x2FDf2pXt1kDf91bT1BHgEpe+0c2gKpixD30gQhmtjTVgXtq3yxbggJvOCSqgrFz3h5Sg3F4pWBD&#10;fB1ekFgMfOFhnk+EfZBkuUaPfi5n7D2AftBrQzSYf4xuySxagFxydiTigU92YR6+gkl6W19UeQ5l&#10;Xlciehdn2U6lewNqX0Xwe+Rs+j0HfM5vsjRUfdJykSxOful1jyUNgBx4ux8cgUl7515wdk9sH1ZO&#10;d5huBk3jeMFv80VGedxx6jylewZ0ADQXfE52NixCfaN4gSUwfxF66h9rgG59R12lc+Ryy1WXdWx0&#10;IU1Hds51bkTCeCF2wTxBeX54KDP6evR5rixFfIF7RiVTfih86R+tf7d+elz0ccl5RFTyc496CEy3&#10;dSh6skROdqt7WTvqeDV8FDPQedh85ixde4V9yiV5fV9+rx/jfx9/gFxmcAJ/jFSIcgd/x0xnc9F/&#10;xkQZdXN/sjvHdxx/uzOmeOx/3SxCesGAFCWPfLyAQCAPfqSAXFv8bpCFmlQkcL+FTEwLcrSEnkPP&#10;dHiD0TuXdjyDIzOReCmCjyw9eiKCDyWbfEKBjCAyfkKBD1iKizpQYVD4ipRUgUkaigBYvkDdiV5d&#10;KzhxiKdh0zAyh+5mwSidh0Jr5CHYhrZxVRxghlF22Vdxh/1W11AVh7hagUhMh1peRUA+huJiLjgQ&#10;hlhmSDAShddqnii/hWZvICI1hRtz4hzthPF4p1aYhNVdSU87hNhgdUechLhjsz+ohHZnEzevhChq&#10;nC/qg+huWCjVg7lyNiKBg692Rh1ng756TFXSgd1jr052gh1mU0bcgjdpBz8jgjRr2DdQgihuzy+/&#10;gixx7Cjggj91JSK+gnJ4gR3QgrZ7x1URfylqDU3Bf6tsJkY5f/5uTD6XgDFwgjcKgGFy4S+bgKR1&#10;XyjogPR37iLxgWB6kR4pgdR9F1RffMRwW00dfYpx6kWxfhdzej4tfnx1FTa+ftx2zS+If014pyjz&#10;f9J6iyMcgHR8dB5zgRd+O1PFerN2eUyUe7h3gEVCfHt4dD3ZfQx5bjZ7fZd6gy9rfjJ7sikIftZ8&#10;7iNEf6p+IR6wgHt/M1NBeOd8WUwWei981kTVeyZ9LT2Ge+B9gjZAfIx98i86fVJ+eCkDfg9/DiNv&#10;fv9/lh7hf/2AA1Lgd3GCHkvMePaCF0Sgeh+Bvz1xeu2BWDZVe6OBGi9ofHyA+CknfWOA6COKfn6A&#10;zh8If5iArE7Yk/1Po0hKkoRT0kFxkRFYHTo9j4VcpDLhjdlhdiu7jCNmkyVBinpr5B+UiPZxbxsZ&#10;h7R2503MkPpVuUdSj+1ZfUCAjq9dXzl9jT9hcTJsi61lwSuWih1qTyVsiJ9vAyAAh1Jz5Ru1hkd4&#10;p00Ujfhby0aMjSxfHD/VjClihDjqiuhmHDIRiYlp4yt5iDFt4CWQhu1x9yBbhd12Lxw7hQl6Pkx4&#10;ixFh0EXqinxkpD8xia9njzh7iKxqnzHJh4lt4Ctlhm9xRiWvhWp0wCCohJd4TRyvg/h7qkvaiF5n&#10;zkVTiBBqIT6uh3tsiDgQhqhvCDGihb9xuStchOJ0iiXPhBd3YiDsg316QR0QgxB87EtBhe9tx0TG&#10;hfFvlT5AhZlxbjfEhPZzXjFzhDl1cCtjg4l3pCXwgvF52iEmgox8CR1hgk5+A0q8g9Bzk0RMhCB0&#10;3D3khAJ2IjeGg4t3ezFMgvV48itagm16giYSgfd8FyFbgcB9nB2kga5+70pMggB5L0Pngpd58j2V&#10;gq96nzdWgl57WDEtgep8MitFgYt9ICYagTJ+FiGEgRl++R3agSx/tEn7gHx+pUOXgVJ+2z1VgZ1+&#10;5jcxgWx++TEkgQ9/MCtUgMp/fCYogJZ/0SGagJ6AGx4FgMSAVAAA//8AAP//AAD//wAAbWZ0MQAA&#10;AAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICQoLDA0O&#10;DxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZH&#10;SElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+A&#10;gYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5&#10;uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy&#10;8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZ&#10;GRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJ&#10;SkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5&#10;uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo&#10;6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgI&#10;CQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywt&#10;LS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGD&#10;homLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV&#10;1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4&#10;+fn6+/v8/P39/v7//6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6&#10;pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZ&#10;pselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9&#10;oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfG&#10;tqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpsel&#10;ZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g&#10;8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOH&#10;y7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHE&#10;p2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRM&#10;cuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Og&#10;h9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2&#10;wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuan&#10;TITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9Cv&#10;nYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4&#10;u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITa&#10;qFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5&#10;Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjW&#10;q5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72n&#10;gcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRUr9oUxg8qVLceapSoPaqk2V&#10;z6lWpcioYbDFqmu1wqx1ur6rfb+6qoPFtqiHyrKmh9CroofWpJ6J3Jqaj+Gamo/hmpqP4Zqaj+Ga&#10;mo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/h/6Y4Mv+j&#10;RUr9oktg8qZJceaqSILbrUqT0KxSo8msXa/Gr2ezw7FxuL+zeb24r4HEsqqHy6ymhtClo4bVnZ+G&#10;2pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYve&#10;k52L3pOdi96TnYve/6c4Mv+jRUr9okpf8qdIcOesRoHcr0eS0rBOocqxV63ItmKwxbpstbqzeL6y&#10;roHFraqHy6enhc+gpITTmKGF14+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+f&#10;iNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja/6c4Mv+jREv+o0lf86lGb+iuRIDds0OQ07ZI&#10;n8y3UarKwFysvbhst7OyeMCtroHGqaqGyqKohM6bpYTRlKOE1Iyhh9eMoYfXjKGH14yhh9eMoYfX&#10;jKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX/6c3Mv+jREv+&#10;pUde86pEbumxQX/fuD6O1r1Cm8/DSqTCvlyvtrdsua6xeMGproHGpauFyZ6phMyYp4PPkaWE0oqj&#10;htSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG&#10;1IqjhtSKo4bU/6g3Mv+kREv+pkZe9K1Cbeq0Pn3hvTuL2sY8lsrGSKS5vFyyr7Ztu6mxecGlroLF&#10;oayEyJuqg8uVqYPNj6eEz4mmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJ&#10;pobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobR/6g3Mv+kQ0v/qENd9a8/bOy4OnrkwzeH3dM1kMHE&#10;Saexul61qbVuvKSxesCir4LEna2Ex5ishMmSqoTLjamFzYiohs6IqIbOiKiGzoiohs6IqIbOiKiG&#10;zoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO/6k2Mv+lQkv/qkFc&#10;9rI7au69NnfoyzOA0NIzk7jDS6iquWC2pLVwvKGye8CesIPDmq6ExZWthMeQrITJi6uFyoeqhsyH&#10;qobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeq&#10;hsyHqobM/6k1Mv+lQkv/rD1a+Lc3Z/HEMXHf1yx7xdA1lbDCTqmkuGO3n7VyvJ2zfL+bsYPBl6+E&#10;w5KuhMWOrYXGiqyGyIesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ&#10;h6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ/6o0Mv+mQEv/sDlY+b0xYufOLWnQ4CR/uc83l6fCUqme&#10;uma1mrVzu5izfb6XsoPAlLGFwZCwhcONr4XEia6GxYauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoau&#10;h8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG/6szMv+qO0n/tjJT8Mcq&#10;WtjeIWbC3ySCrc48mJ/DVqeZvGiylrd1uJS0fb2Ts4O+kbKFv46yhsCLsYbBiLCHwoawiMOGsIjD&#10;hrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOG&#10;sIjD/60xMv+wM0X4wClM39YjTcfoIGqz3iaEoc9BlpfGWaSTwGqskLx1so+5fbaPt4O4jLaEuoq1&#10;hbyItIa9hrOHvoSziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOI&#10;v4SziL+Es4i/hLOIv4SziL+Es4i//68vMv+5KT/ozh4/zOYbUrfuIW2l3iyDl9JFkpDLW52MxWul&#10;i8J1qoq/fK2Hvn+whLyAsYO8grKBu4Ozf7qEtH66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+&#10;uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1/7IqMvHGHDPR4hQ6vPMbVqju&#10;Jm2Y4TV/jthKjIjQXZWGzGubhMl0oIHHeKN+xXulfMR9pnvEfqd5w4CoeMKCqXfCg6p3woOqd8KD&#10;qnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq&#10;+r4cKNbdDiPA8BQ/rP0eV5zwLWqP5T55ht5Og4HYX4t/1GuQetFwlHfPdJd1zneYc815mnLNe5tx&#10;zH2bcMt/nG/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/L&#10;gJ1vy4Cdb8uAnW/LgJ1vy4Cd2dILGMTtDimw/RZBn/8kVZH0NWWH60Zwf+VUeXvhYX923WiEcttu&#10;h2/ZcYlt2HSLa9h3jGrWeY1p1nqOaNV8jmfVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P&#10;Z9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P/6M5Kv+fRkD/nVBV+qBQZe+jUXXk&#10;pFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5&#10;Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/J&#10;toiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKc&#10;g7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG&#10;2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+f&#10;RkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiS&#10;zLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/&#10;mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJb&#10;ltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/&#10;nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOE&#10;l8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+&#10;vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCg&#10;ZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV&#10;+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+y&#10;gZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWL&#10;wrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTI&#10;nXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nk9U+qFO&#10;ZO+kT3XlplGF2qVYldGiYqPJn22vxZ93tcKegLm/nYi+vJmJw7mUi8e2j43Ls4qQz7GGltSug6DX&#10;p4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWn&#10;gaHV/6M5Kv+gRkD/nk5U+qJNZPClTnTlqE+E26dVlNKlX6HKo2mtxaJ0tMKhfbm/oIW+u52Iw7iY&#10;ici1k4vNsY6O066JltinhZ3aoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg&#10;1qGFoNahhaDWoYWg1qGFoNahhaDW/6M5Kv+gRkD/n01U+6NMZPCnTHTmqU6D3KpTktKpW6DLpmar&#10;xqVws8Oleri/pIK9u6KHw7idh8mzmInPsJSO1auSl9qgipzcm4mf2JuJn9ibiZ/Ym4mf2JuJn9ib&#10;iZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y/6M4Kv+gRUD/oExU+6RLY/Go&#10;S3Pmq0yD3a1QkdSsWJ7MqmKpx6psscSqdrbAqn68vKiEwrikhsmzoYjPrJyN1aOWlNqakZzclo6e&#10;2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y&#10;/6Q4Kv+gRUD/oEtT+6VKY/GpSXLnrUqB3rBNkNWwVZzOsF6nybBor8ayc7PDsny4vbCAwbasgsmu&#10;p4XPpaGK1ZyckdqVmZzckZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGU&#10;ntmRlJ7ZkZSe2ZGUntmRlJ7Z/6Q4Kv+gRUD/oUpT+6ZIYvKrSHHor0iA37NKjta1UZrQtlqkzLhl&#10;q8q9ca7BuXu2t7KAwK6shMimqIXOnaSH1JSgjtiOn5nbjJue2YybntmMm57ZjJue2YybntmMm57Z&#10;jJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57Z/6Q4Kv+hRUD/oklT/KdHYfKtRnDp&#10;skZ/4LdHjNm7TpfTv1ef0MVjpMXAcK26uHm3sLKAwKmthcegqITNl6WF0o6hideHoJLZh6Gc2Ieh&#10;nNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzY/6Q3&#10;Kv+hRED/o0hS/KlFYfOuRG/qtUN94rxEidzCSpPYylSZysZipLy9brCytni5qrGAwaSthcebqYTM&#10;k6aE0Iqjh9SDoo7WgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaC&#10;opbWgqKW1oKiltaCopbW/6U3Kv+hREH/pEZS/apEYPSxQm7ruEF75MFCht/MRo3Tz1KXwcRhp7O7&#10;bbOrtXi7pbGAwZ+uhMaYq4TKkKiEzoimhtGCpIzTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS&#10;04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT/6U3Kv+hREH/pUVR/qxCX/W0P2ztvD54&#10;58dAgeDWRofJzVGauMJgqqy6bbWltXi8oLGAwZuuhMWVrITIjqqEy4eohs6Cp4vPf6aP0H+mj9B/&#10;po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Q/6U2Kv+i&#10;Q0H/p0NQ/64/Xfe3PGnwwjtz5tA/edPZP4q+y1Gdr8BhrKW5bragtXm8nLKBwJivhMOSroTGjKyF&#10;yIeqh8qCqYrMf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N&#10;f6mOzX+pjs1/qY7N/6Y2Kv+iQkH/qUBP/7I7W/m9OGXsyzht3Nw1eMfWPo6zyVKgp8BjrZ+5cLaa&#10;tXq8mLKBv5SxhcKPr4XEi66GxYath8eCrIrIf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+r&#10;jcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J/6c1Kv+jQkH/rDxN/7c2V/LFM1/h1jZjzeMx&#10;fLrTP5GpyFShn8BlrZm6crWWtnu6lLOCvpKyhcCNsYbBibCHw4aviMSCrorFgK6MxYCujMWArozF&#10;gK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozF/6g0Kv+mPj//&#10;sTdK+b4wUufPL1XR4ixowOEwf63SQpOgyFehmMFnq5S8c7KSuHy3kLaCuo60hbyLs4a+iLKHwIWx&#10;icGDsYrBgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCM&#10;woGwjMKBsIzC/6kyKv+rOD3/uC9F7sgpSNbfJVLD7Clssd8xgqHSRZKXylqfkcNpp46/dK2NvHyx&#10;i7qBtIi5g7aFuIS4g7eGuYG2h7p/tYm7frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+&#10;tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8/6swKv+xLzj2wiY83NofO8brI1ez7Cpvo981gpbU&#10;SpCPzV2ai8hroYnEdaaGwnuqg8B+rIG/gK5/voKwfb2DsXu8hbJ6u4ezebuIs3m7iLN5u4izebuI&#10;s3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz/60uKv67JTDj0hot&#10;yegbQbb3I1ql7C5vluE8f4zYT4uH0l+ThM1smYHKdJ5+yHihe8d7o3nGfaR4xX+ldsSBpnXDg6d0&#10;w4Soc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPC&#10;hqlzwoap/7QkJezKFiPN5RMsufYbRqf6JluY7jVsjOVEeoTeU4OA2WKKfNVsj3jScZN10HWVc894&#10;l3HOephwzXyZb81+mm7MgJttzIKcbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc&#10;bMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc9cEVGdHfDBi88xMxqv8eR5r8LFmO8jxnhOpLcn3lWHp5&#10;4GOAdN5qhHDbb4dt2nOJa9l2imrYeItp13qMaNZ8jWfWfo5m1YCOZdWBj2XVgY9l1YGPZdWBj2XV&#10;gY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP0tIKCb/oDR2t/xUznf8j&#10;RZD/M1SF90NffvFRaHfsXG9w6WJ0a+dnd2jlbXlm5HB7ZeNzfWPidn1i4Xh+YuF5f2Hhe39g4H2A&#10;X+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff&#10;4H+B/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCL&#10;kry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXCh&#10;zJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfef&#10;VGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunym&#10;xrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+&#10;h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7&#10;q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGnt&#10;oFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5&#10;If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/&#10;vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aU&#10;hLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4&#10;459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+c&#10;Rjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOY&#10;wbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzG/6A5If+dRjb/mlBK/55RWfegUmjtoVZ45KFahtueZJTSm26gzJh4qsaVgbLE&#10;lYm2wZGOur+MkL29iJPAvISXw7qBm8W5fqDHuHynyLJ7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7&#10;qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI/6A4Iv+dRjf/m09K/59PWfiiUGjuo1N35aRX&#10;hdyiYJPTnmqfzZt0qceYfbHEl4a2wZSMur+Pjr68ipLCuoaVxbiCmsi3f6DLtHynzKx8qcqqfanK&#10;qn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanK/6A4Iv+dRTf/&#10;nE5K/6BOWPijT2fvpVF25aZVhN2lXZHUomadzZ9wqMicerDEmoK2wZiKur6SjL+7jY/EuIiTyLaD&#10;mcy0gKHPrH2lz6Z+p8ykf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+o&#10;y6R/qMukf6jL/6E4Iv+dRTf/nU1J/6FMWPmlTWbvp0915qlTg96oWpDVpmKcz6Nspsmgdq7Fnn+1&#10;wZyHur6XisC6kI3GtouSy7SIms6yhqTRpoCk0aCBp82fgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yf&#10;gafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafM/6E4Iv+eRTf/nkxJ/6JLV/mmTGbwqU5056tRgt+r&#10;V47Xql+a0KhppMulc6zGo3yzwqCEub6ciMC5lozGtZGSy6+NmM+qiqHSoISj05uEps6ahKfNmoSn&#10;zZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfN/6E4Iv+eRTf/nktJ&#10;/6NKV/qnS2Xwq0xz6K1PgOCvVI3ZrlyY0q1moc2rcKnIqnmww6eBt76hhMC1m4nGrpWPzKiRlc+i&#10;jp7Smomi05aHpc+Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWH&#10;ps6Vh6bO/6E3Iv+eRDf/n0pJ/6RJVvqoSWTxrEty6bBNf+GzUYvas1qV1LNjns+zbqXLs3irw6x8&#10;t7ilgb+vnobGqJmMy6GVktCbkpvTlY6i1JGMpdCRi6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bO&#10;kYumzpGLps6Ri6bOkYumzpGLps6Ri6bO/6E3Iv+eRDf/oElI/6VIVvuqSGTyrklx6rJMfeK2T4nc&#10;uFeS1rphmtO9baDJuHWrvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSkJWi1I2QpdCMkKbPjJCmz4yQ&#10;ps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP/6E3Iv+eRDf/oElI/6ZH&#10;VfurR2PzsEhw67VKfOS6Tobev1WP2sNgldLEbZzFu3OqubN4tq6tfb+lp4LFnaKIy5afjs+PnJbS&#10;i5yi04iVpNCJlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+J&#10;lKXP/6I3Iv+fRDf/oUhI/6dGVfysRWL0skZu7LhIeua/TIPhx1OK3M1ijs7IbJvAv3GqtLd3tamx&#10;fL6frIHFl6eGypCkjM6KopXRhqKh0oSbpdCFmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZql&#10;z4Wapc+FmqXPhZqlz4Wapc+FmqXP/6I2Iv+fQzf/okZH/6hEVP2uQ2H1tURs7rxGd+nES3/jz1SE&#10;2dRliMjLa5q6wnCprrp3tKO0fL2ar4HDkqyFyIupisyEp5LPgKac0ICjpc+AoabOgKGmzoChps6A&#10;oabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabO/6I2Iv+fQzf/o0VH/6pCU/6x&#10;QV/2uEFq8cFEc+rMS3ng2lZ8z9VejcDMaZuzw3Kop7t5s561f7uXsYPCjq2FxoeriMqBqY3NfKiW&#10;znuoos17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN&#10;/6M2Iv+fQzf/pUNG/6xAUv+0Pl35vT9m7shDbePWTW/V3U6BxNNZkbXJZp+pwXGroLt5s5m2gLqU&#10;soXAjK+GxIatiMeAq4zJfKqSynqrnMp5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmr&#10;n8p5q5/Keaufynmrn8p5q5/K/6M1Iv+gQjf/pkFF/689UP64O1nzxDxh5tFDZNnfQ3PI3EqFt9BX&#10;larHZaKgwHCsmbp5tJS2gLqRs4W+i7GGwYWwiMOBrovFfa2Qxnqtl8Z6rZrGeq2axnqtmsZ6rZrG&#10;eq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG/6Q0Iv+hQTf/qT1D/7M5Tfm+N1Xq&#10;zDpZ2907YsvlP3e72UiJq85XmKDGZaSYwHGsk7t6s5C4gbiMtYS7iLOGvoWyicCBsYvBfrCPwnuw&#10;lMN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbD/6Q0&#10;Iv+jPjb/rTlB/7g0SPDGM03f2TZQzeU2Z77kO3ut10iMoM1YmZfGZ6SSwXKrjr17sIy6gbSIuIO3&#10;hLeFuYK1iLt/tIq9fLONvnqzkb96s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796&#10;s5O/erOTv3qzk796s5O//6YyIv+mOjT/sjM998AuQuTSL0HP5C5Vv+8za6/hO36g1kqNls5bmZDI&#10;aaGMw3OoicB7rIa+f6+CvIGygLuEs326hrV7uYi2ebiLt3e3j7h3t5C5d7eQuXe3kLl3t5C5d7eQ&#10;uXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5/6cxIv+sMzH/uSs26swmNtLhJkHB7yxa&#10;sO0zbqHhPX+V102MjdBelonLa52Gx3Sig8R6pn/Dfal8wYCresCCrHm/hK13voavdb6JsHO9jLFz&#10;vY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2x/6kuIf+z&#10;KivyxSIs1t4cLcPtI0ey+Stdouw2b5XiQn2L2lKIhdRgkILQbJZ+zHObe8p3nnjJe6B2yH6idMeA&#10;o3PGgqRxxYSlcMSHpm7Eiqduw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4un&#10;bsOLp27Di6duw4un/6wqIPq9HyLc2RIbxesaM7T6I0qj+S5ele48bYrlSXmD31aCftpkiXrWbI52&#10;03GRc9J1lHHQeZVvz3uXbc5+mGzOgJlrzYKaas2Em2nMh5xozIicaMyInGjMiJxozIicaMyInGjM&#10;iJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic/7YeGOTQDhPI6REgtfkbN6X/JkuX+jRci/FC&#10;aILqT3J85Vt6d+Fkf3LeaoNu3HCGbNt0iGrZd4lo2XmLZ9h8i2bXfoxl1oCNZNaCjmPVhY9i1YWP&#10;YtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWP6ccNDMraCw+3&#10;9xIkp/8dOZj/K0mM/jpXg/ZJYXzwVWl17F5vbuljdGrnaXdn5W55ZeRye2PjdXxi4nd9YeJ5fmDh&#10;e39f4X1/X+B/gF7ggoFd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+D&#10;gV3fg4Fd34OBy9AJA7riCxOo/xQmmv8hN43/MUWE/0BQfPxOWHT4V19t9F1kZ/JiZ2PwaGph7mxs&#10;X+1wbV3tcm9c7HVvW+x3cFrreXFa63pxWep8cljqf3JY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY&#10;6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9z/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZ&#10;Z4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB&#10;/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrB&#10;faK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQ&#10;sMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fc&#10;lnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pT&#10;T/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7&#10;wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWH&#10;lLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS&#10;1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6c&#10;VV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHum&#10;vMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;/504Gv+aRS7/l1BB/5tRT/+dVF31nlhr7J1deeSbZIbcmG6S1ZV4nNCSgaTLj4mrx42PscWJk7XD&#10;hZe4woKausF/nrvAfaK9v3unvr95rb67eLG+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5&#10;sr62ebK+tnmyvrZ5sr62ebK+/504Gv+aRS7/mE9A/51QTv+fUlz2oFVq7aBaeOWfYIXdnGqR1phz&#10;m9CVfaTLkoWrx4+NscSMkbbCh5W5wYOZu79/nb6+faK/vXqowLx5r8G0ebDBsHqwwLB6sMCwerDA&#10;sHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDA/503Gv+bRS7/mU5A/55OTv+hUFv3&#10;olNp7qNXd+aiXYPen2aP15xvmtGYeaPLlYKrx5KJscSOj7bCiZO6v4SYvb2AncC8faPCu3uqxLR6&#10;rcSte67Dqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/B/543&#10;Gv+bRC7/mk1A/59NTf+iTlv3pFFo76VVdeelWoLfo2KN2KBrmNKcdaHMmX6pyJWGsMSSjbbBjJG7&#10;voaWv7yBnMO6fqTFt3yrx617q8anfK3EpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOk&#10;fa7DpH2uw6R9rsOkfa7D/543Gv+bRC7/m0xA/6BMTf+kTVr4pk9n8KhTdOioV4Dgp16M2qRoltOh&#10;cZ/OnXqnyZmDr8WVirXBj4+7vYmVwbqFncS2gqTHsICqyKd9qsiifqzFn3+uw59/rsOff67Dn3+u&#10;w59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67D/543Gv+bRC7/nEs//6FKTP+lS1n5qE5m&#10;8apRc+mrVX/iq1uK26lllNWmbp3Po3elyp+ArMWZhrS/k4y8uI2TwbKJmcWuhqHIqoSpyaGAqcqc&#10;gazGm4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3E/542Gv+c&#10;RC7/nEo//6JJTP+mSln5qUxl8axPcequVH3jr1mI3a5ikdata5rRqnWiy6V9q8Gdg7S5lom8spGQ&#10;wayMlsaniZ3Io4emypuDqMuYg6vHloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3F&#10;loStxZaErcWWhK3F/542Gv+cQy7/nUk//6NIS/+nSVj6q0tk8q5OcOuxUnvks1eF37RgjtmzapbR&#10;sXWexqh7q7yggbSzmoe8rJSNwqaQlMagjZvJnIuky5aHqMuTh6vIkoesxZKHrMWSh6zFkoesxZKH&#10;rMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF/582Gv+cQy7/nkg//6NHS/+oSFf7rUlj87BM&#10;b+y0UHnmuFaD4btei9q7apLNtHOewat5qrekf7SunYS8ppiKwaCUkcaakZjJlo+hy5GMqMyPiqrI&#10;joqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzG/582Gv+cQy7/&#10;nkc+/6RGSv+qRlb8rkhi9LNLbe64T3fovVV/4cFehtbAbI7It3Gdva53qrKnfbSpoYK7oZyIwZqY&#10;j8aUlpbJkJSfy4ySqMyKj6rJio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6s&#10;xoqOrMaKjqzG/582Gv+cQy7/n0Y+/6VFSv+rRVX8sEZh9rZJa/C8TnTnwlV738hhgNHDao3EunCd&#10;uLJ1qa2re7OjpYC7m6GGwZSdjcWOm5TIipmdyoaZqMuGlKrJhpKrxoaSq8aGkqvGhpKrxoaSq8aG&#10;kqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvG/581Gv+dQi7/oEU9/6dESf+tQ1T+s0Rf97pHaO/B&#10;TXDlyVZ13M5keszGaY2+vm6csrZ0qKewebKeq366laaEwI6ji8SIoZLHhJ+ayYCfp8qBmqrIgpir&#10;xoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvG/6A1Gv+dQi7/oUQ9&#10;/6hCSP+vQVP/tkJd975GZezHTWvj0lht1tNhesfKZ4y5wm2brLxyp6G2d7GYsX25j62CvoiqicOC&#10;qJDGfaeZyHqnpcl7oqvIfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2e&#10;rMZ9nqzG/6A1Gv+dQi7/okI8/6pAR/+yPlH9ukBZ88NEYOjPTmPf3Flnz9hgecDPZoqyyGuapsJw&#10;ppu8dq+RuHu3ibWBvIKyh8B9sI7DeK6WxXatocZ1rKzGd6atxXemrcV3pq3Fd6atxXemrcV3pq3F&#10;d6atxXemrcV3pq3Fd6atxXemrcV3pq3F/6A0Gv+eQS7/pEA7/6w9Rf+1O073vz5V7MtEWeHaT1rU&#10;31FsxtpafbjTYourzmmYn8ZxpJXAd62Ou360h7eDuYG0h718soy/ebGTwXawm8J0sKbCcrCtwnKw&#10;rcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C/6EzGv+eQS//pz06/7A6&#10;Q/26OErwxjtP49VFTtXhRl/I4ktxut1SgazVW4+fzGablsZwpI/AeKuKvH+xhLmDtYC3h7h8tou7&#10;ebSQvHe0l712tKG9dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50&#10;s6W+/6IzGv+gPi7/qjk3/7Q1P/bANUTnzzlF1988UMnnQWS75UZ2rNxOhZ/TWpKVzGecjsZxpIrC&#10;eaqFv36ugLyCsn26hrR6uYq2d7iOuHW3k7lzt5q5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eg&#10;uXO3oLlzt6C5c7eguXO3oLlzt6C5/6MyGv+jOiz/rjQ0/roxOu3KMDva3TI/yuc4VbzsPWmt5UR5&#10;n9tOh5TTXJKNzGibiMhyoYTEeaaAwn2qfMCBrXm+ha93vYiwdLyLsnK7kLNwu5W0b7qatG+6mrRv&#10;upq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0/6QwGv+nNSr/tC8w9MMqMd7Y&#10;Ky3M5i5FvfI1Wq3uO2yf5ER7k9tRh4vUXpCGz2qYgstznX7IeKF6xnykd8SApnXDg6hzwoapccGJ&#10;q2/AjaxtwJKtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt&#10;/6UvGv+tLSX8vCco5dAhJM7kJDO+8SxKrvgzXaDtPW2T5Ed6it1UhYPXYYx/0mySe89yl3fNd5p0&#10;y3uccsp+nnDJgaBuyIShbceHomvGiqNpxo6kaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjF&#10;kaVoxZGlaMWRpWjFkaVoxZGl/6csGv+1JR/syRoc0OIZIb/wIjiv/StNoPg1XpPuQWyJ5k13geBY&#10;gH3cZIZ42GuLc9VxjnDTdZFu0nmTbNF8lGrQf5Zpz4KXaM+FmGbOiJllzYyaZM2OmmTNjppkzY6a&#10;ZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a/64kFvXBFxTU3w4QwO8YJrD9Izyh&#10;/y1OlPk6XYnxR2iB61JxeuZdeHTiZH1w32uBbd1whGrcdIZo23iIZtp7iWXZfYpk2ICLYtiDjGHW&#10;hY1g1omOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuO/rkW&#10;DdTSCwbC7g4WsfwZKqL/JT2U/zJMifxAWYH2TWJ68Fhpc+xfb2zpZHNo52p2ZuVveWTkc3pi43Z8&#10;YeN5fWDie35f4X5+XuGAf13gg4Bc4IWBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb&#10;34iBW9+IgVvfiIFb34iB1MgJA8TXCgey+xAZo/8cK5X/KDuK/zhIgf9FUnr8Ulpy91lga/ReZGby&#10;ZGhi8GlqYO5tbF7tcW1c7XRuW+x2b1rseXBZ63txWOt9cVjqf3JX6oJzVumEc1bphHNW6YRzVumE&#10;c1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzxM0IAbTdCAuk/xIal/8fKov/LjaB/z1B&#10;ef9KSXH/UlBp/1hVY/1dWF/7Y1tc+WddWvhrX1j3bmBX93FhVvZ0YVX2dmJU9XdjU/V5Y1P0fGRS&#10;9H5kUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBl/5YzFP+V&#10;QyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ue&#10;q8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbV&#10;h4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhh&#10;be2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7Oy&#10;xnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/&#10;klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5&#10;oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc&#10;0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2V&#10;aHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/k1E3&#10;/5dTRf+ZVlL9mVtg9Zhgbe2WZ3nlk3GE35B7jtqNhJbViIqc0YSQos+AlabMfZmpy3udrMl5oa7I&#10;d6WvyHaqscd0rrLHc7SyxHS6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91&#10;urK/dbqy/5YzFP+WQyX/lVA3/5lRRP+bVFL+nFhf9ZtdbO2ZZHjmlmyD35N2jdqPgJbUjIid0YeO&#10;o82Dk6jLgJiryX2crsh6obHGeKWyxneqtMV1sLXFdLi1vXe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1&#10;uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1/5czFP+WQyX/lk43/5pPRP+dUlH+nlVe9p5aau6cYHbn&#10;mmeC4JZyjNqSe5XUjoSd0IqLo82GkanKgpatyH6bsMZ7oLPFeaa1xHestsN2s7e+d7e3t3i2uLJ5&#10;triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4/5gzFP+XQyX/l003/5tN&#10;Q/+fUFD/oFNd96BYae+fXXXonWSA4Zpui9uWd5TVkYCc0I6Jo8yJj6nJhJWux4CassV9oLXDeqe3&#10;wniuucB3tbm4eLW5sXm1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbms&#10;erW5/5gzFP+YQyX/mEw2/5xMQ/+gTk//olFc+KNVaPCiW3TpoWF/4p5qidyac5PWlXyb0ZGFo8yM&#10;jKnJh5OvxoKZs8N+oLfCeqi5wXixu7l4s7yxebO7q3q0u6d7tbqne7W6p3u1uqd7tbqne7W6p3u1&#10;uqd7tbqne7W6p3u1uqd7tbqne7W6/5kzFP+YQyX/mUs2/55LQv+hTE7/pE9b+aVTZvGlWHLqpF59&#10;46Jmh92ecJHXmXiZ0pWBoc2PianJipGvxYOYtMJ/n7i9fKe7unqwvbJ6sr6re7K9pnyzvKN9tLqj&#10;fbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6/5kzFP+YQyb/mUo2/59KQv+j&#10;S07/pk5Z+qhRZfKoVnDrqFx75adihd+jbI7Zn3WX05p+n82ThqjFjY2vv4eUtbmDnLm1f6O8sX2s&#10;vqx8sb+lfLG/oX6zvZ5+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7&#10;/5kzFP+ZQyb/mkk1/6BIQf+kSU3/p0xY+qpQZPOrVG7trFp55qxgguCqaYvapnOUz598ncaXg6i+&#10;kIqwuIuRtrKGmLqtg6C9qYGov6WAsMCff7DAnICyvZqBs7uagbO7moGzu5qBs7uagbO7moGzu5qB&#10;s7uagbO7moGzu5qBs7uagbO7/5ozFP+ZQyb/m0g1/6FHQf+lSEz/qUpX+6xOYvWvUmzusFh26LFe&#10;f9+waIjVrHSQyqN6ncCbgai4lIewsY+OtquKlbumh52+ooWlwJ+Er8GZga/Bl4KyvpWDs7yVg7O8&#10;lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8/5ozFP+ZQyb/nEc1/6JGQP+nR0v/&#10;q0lW/a9MYPayUWrutFdz5bdefN22aoPPr3KQxaZ4nbuefqeymIWwq5OLtqWOk7ufi5q+m4miwZiI&#10;rMKTha/Ckoaxv5GGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8/5oz&#10;FP+ZQib/nEY0/6NFQP+oRUr/rUdV/rFKX/W1UGjruVZw471ed9m7aoDLsnCQwKl2nbaifKetnIKv&#10;pZeJtp6TkLuZj5i+lI2gwZGMqcKNiq7CjYmxv42Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2N&#10;ibK9jYmyvY2Jsr2NibK9/5szFP+aQib/nUU0/6REP/+qREn/r0VT/LRJXfK5T2XpvlZs4cNgctO+&#10;aYDGtW6Pu610nLCmeqenoICvn5uGtZiXjruTlZW+jpKdwYqSp8KIkK7CiI6wwIiNsr2IjbK9iI2y&#10;vYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9/5szFP+aQib/nkQz/6VCPv+rQkj/sURS&#10;+rdIWvC9TmHmxFZn3slibc7BZ3/BuW2OtrFym6uqeKaipX6umaCEtZKdi7qMmpO+h5ibwISXpMKC&#10;lq/Cg5OwwISRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+/5szFP+a&#10;QSb/n0Iz/6ZAPf+tQEf/tEJP97tHV+3DTV3kzFhg2c1gbMnFZn68vWuNsLVxmqWvdqWcqnytk6aC&#10;tIyiibmGoJC9gZ6Zv32eosF7nq/BfZmwwH+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+&#10;f5ayvn+Wsr5/lrK+/5wzFP+aQSb/oEEy/6g/PP+wPkX/t0FN9MBFU+rJTlbi1VpX0tFea8TJZH22&#10;wWqMqrtvmZ+1dKSWsHqsjayAsoaph7d/p467eqaWvneloL90pq2/d6Gxv3qdsr56nbK+ep2yvnqd&#10;sr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+/50zFP+bQSb/oj8x/6o8Ov+zPEL7uz5J8MZE&#10;TebST03c3FdWzNVdar7NY3uwx2iLpMFtl5m8c6KPuHiqhrR+sH+yhbV5sIy4dK+Vu3Gun7xur6u9&#10;caqzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8/50zFP+bQCb/&#10;pDww/605OP+2OT/1wTxD6c5ERN7dTUfS4FNYxdtcaLfTYXqpzWaJnMhrlZHEcZ+IwHanf719rXi7&#10;hLFzuou0b7iUt2y3nbhqt6i5aba2uG2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1&#10;uW2vtbltr7W5/54yFP+dPiX/pzku/7E2Nfu8NjrtyTo84NpEOtLiR0zH4k1eud5UbqzZW3yf1GKI&#10;lNBok4rMb5uCx3eifMN+qHbAhKxyvoqvb7yRsW28mLJru6Gzarutsme6trRnura0Z7q2tGe6trRn&#10;ura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0/58yFP+gOiT/qjQs/7UyMfPDMjPj1Dgw0+E8P8bo&#10;QlK55UhjrOJNcp/fVH+T2V2KidJnk4PNcJp9yXefeMZ9pHTEg6dwwoipbsGOq2zAlKxqv5utab+l&#10;rWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66t/6AwFP+jNiL/rzAo&#10;+7wtK+jNLCjV4DAwx+k4RLnsPles6UVnnudLdZLgU4CJ2V6JgtRokXzQcZZ4zHebdMp9nnDIgqFu&#10;x4eja8WLpWnEkKZoxJanZsOeqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXD&#10;pahlw6Wo/6EvFP+oLx//tSoi8MYkIdjdIyDI6S01uvI1SazxPFqe8ENpkuhMdYjhVX+B22GHe9dq&#10;jXbTcZFy0XeVb898l2zNgJpqzIWbaMuJnWbKjZ5lyZKfY8mYoGLInqFiyJ6hYsieoWLInqFiyJ6h&#10;YsieoWLInqFiyJ6hYsieoWLInqFiyJ6h/6MtFP+uKRr4vyAa3tYYE8noIiW69Cs6rPg0TZ73PFyS&#10;8UZpiOlQc3/jWXt632SCdNxrhnDZcYpt1naNatV7j2jTf5Fm0oOSZNGHlGPRipVh0I+WYM+Ul17P&#10;mZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY/6coEv+3HxLmzhENy+YV&#10;Frv0ISqs/is+nv80TpL6P1yI8kpmf+xVb3noXnVy5GR7buFrfmrfcIFo3nWEZdx5hWPbfYdi2oGI&#10;YNqEiV/Zh4pd2IuLXNeQjFvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b&#10;1pSN/7AeC+3GDgjN2wsIu/MVGqz/IS6e/yw/kv83TYf9RFh/9k9hePFZaHHtX21q62RxZ+hqdGTn&#10;b3di5XR5YOR4el/je3td4358XOKBfVvhhH5a4Yh/WeCMgFjgj4FY4I+BWOCPgVjgj4FY4I+BWOCP&#10;gVjgj4FY4I+BWOCPgVjgj4FY4I+B870NBMzPCQG95QwMrP8XHp7/JC+S/y89h/89SX//SVJ4/FRa&#10;cPhaX2n0X2Rk8mVnYfBqaV7vbmtc7nJtW+12blrseW9Y7HxwV+t+cFbrgXFV6oRyVOqIc1Ppi3RT&#10;6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0zMYIAL3UCAOt9Q4Pn/8aH5P/&#10;Jy2I/zQ5fv9CQ3f/TUpu/1NQZ/9ZVWL8Xlhe+2RbW/loXVn4bF5X93BgVvdzYVX2dmJU9XhiU/V7&#10;Y1L0fWRR9IBkUPODZU/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84Zm&#10;vcsGAK7bBgSf/xAQk/8dHYj/Kih+/zgydv9EOm3/S0Fl/1FGX/9XSVv/XUxY/2JOVf9mUFP/alFS&#10;/21SUP9wU0//clRO/3VUTf93VU3/eVVM/ntWS/5+V0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9&#10;gVdK/YFXSv2BV0r9gVdK/YFX/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8&#10;f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/&#10;lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJt&#10;s6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40t&#10;Dv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ&#10;1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SF&#10;hIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7G&#10;oshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU&#10;/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HR&#10;bLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+N&#10;Ph3/jEwu/5RTO/+VVkf/lltU/ZVhYPaSaGvvj3B16Yt6f+SHg4ffgoqN3H6Qktl6lpfWd5ua1XSg&#10;ndNypZ/ScKmh0W6uotBttKPQbLqk0GzCpMpuxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8Sk&#10;xG/EpMRvxKTEb8Sk/44tDv+OPh3/jksu/5VROv+YVEf/mFhT/pheX/aVZGrvkmx16Y52fuSKgIff&#10;hYeO24COlNh8lJjVeZqc03afn9FzpKLQcaqkz2+vpc5utqbObb2nym7Cp8Nwwqe9ccKnvXHCp71x&#10;wqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn/48tDv+OPh7/kEot/5dPOv+ZUUb/m1ZS/ppb&#10;XveYYWnwlWh06pFxfuSOfIbfiYSO24OLlNd/kprUe5ie0neeodB0pKTOcqqmzXCxqM1vuanLb8Gp&#10;w3HBqbxywKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cq/48tDv+PPh7/&#10;kkot/5hNOf+bT0X/nVNR/51YXPibXmjxmWVy6pVtfOSRd4bfjIGO24eJldaBkJrTfZaf0Hmdo851&#10;o6bNcqupzHCzqstvvavFcr+rvXO/rLZ0vqyxdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+&#10;rbF1vq2xdb6t/5AtDv+QPh7/k0kt/5lMOf+dTkT/n1FQ/59WW/meXGbynGJx65hpe+WUc4Tgj32N&#10;24qGlNaEjZvSf5Wgz3qcpc12o6jLc6urynG1rcZxvq2+dL2utnW9rrB2va6sd72urHe9rqx3va6s&#10;d72urHe9rqx3va6sd72urHe9rqx3va6sd72u/5AtDv+QPh7/lUks/5tKOP+eTEP/oU9P/6JUWvqh&#10;WWXzoF9v7J1meeaYb4Pgk3mM246Ck9aHipvSgZKhz3yapsp4oqrHdautw3O0r79zvLC3dbywsHe7&#10;sKp4u7Cnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebyw/5EtDv+RPh7/lkgs&#10;/5xIN/+gSkL/o01N/6RSWPulV2P0pF1t7qFjd+iea4DimHWJ3JJ+ktOMh5rMho+hxoCXp8F8nqy9&#10;eaavuXavsbd2urKvd7qyqnm6sqV6urKie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7&#10;u7Gie7ux/5EtDv+RPh7/mEcs/51HN/+hSEH/pUtM/6dQVvyoVWH1qFtr7adhdOWkaX7en3OH1Jh9&#10;kMuRhJrEioyivoSTqLiAmq20fKKwsHqrs615tbSoerm0pHu5tKB9ubOdfbqznX26s519urOdfbqz&#10;nX26s519urOdfbqznX26s519urOdfbqz/5ItDv+SPh7/mEYr/55GNv+jR0H/p0lL/6pOVfqrU17y&#10;rFlo6axgceKpaHrZpXODzZx6j8WVgZq9joiit4iQqbGEl66sgJ+xqH6ntKV9sbWhfbi2nX64tZp/&#10;ubSZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqz/5ItDv+SPh7/mUUr/59E&#10;Nf+kRUD/qUhJ/6xMU/iuUlzvsFhl5rFfbd6waXbSqXGCyKB4j7+Yfpq3koWisIyMqaqIlK6khZyy&#10;oIKktZ2BrraagLe3l4G3tpWCubSUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOU&#10;grmz/5MtDv+SPR7/mkQq/6BDNf+mRD7/q0ZI/65LUfWyUFnstVdh5Ldeadq0aXPNrG+CwqR2j7mc&#10;fJmxloOiqpGKqaOMka6eiZmymYehtZaFq7eThba3kYS3t5CFuLWQhbm0kIW5tJCFubSQhbm0kIW5&#10;tJCFubSQhbm0kIW5tJCFubSQhbm0/5MtDv+TPR7/m0Mq/6JCNP+oQj3/rUVG/LFKT/K1T1bpulZd&#10;4b1gZNS4Z3LIr22Bvad0jrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqLeMirO4i4m3t4uIuLWL&#10;iLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0/5MtDv+TPR7/nEEq/6NAM/+p&#10;QTz/r0RF+rRITPC6TlPnv1ZZ3sJgYM+7ZnHDs2yBuKtyjq6keJilnn6hnpqEqJeWjK6Rk5SyjJGc&#10;tYiPpreFj7G4hY62t4aNuLaHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1&#10;/5QsDv+UPR7/nUAp/6Q+Mv+rPzv/sUJC+LhHSe2+Tk/lxldT2sZeX8u+ZHG+tmqAs69wjampdpig&#10;o3yhmJ+CqJGbia2KmZKyhZaatYGVpLd/la63fpS3t4GRt7aCkLi1gpC4tYKQuLWCkLi1gpC4tYKQ&#10;uLWCkLi1gpC4tYKQuLWCkLi1/5QsDv+UPR7/nj8o/6Y9Mf+tPjn/tEFA9LxGRevETUnizlhL08pc&#10;XsbCY3C5umh/rrRujKOudJeaqXqfkqWAp4qhh6yEn4+xf52XtHucobZ4m6y3d5u3tnqXuLV8lbm0&#10;fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0/5UsDv+VPR7/oD0n/6g7MP+wPDf9&#10;uD888cFEQOjLTkLe01VKzs1bXcDGYW60v2d+qLltip20cpWUr3iei6t+pYSohap9poyveKSVsnSj&#10;n7Rxo6q1cKO4tXOeubR2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mz/5Ys&#10;Dv+XPB7/ojom/6o5Lv+zOjT5vTw47shDOePVUDfX2lJIyNJZXLrLX22txWV8ocBriZe6cJONtnac&#10;hLN8on2wg6h3roqscq2Tr26snbFrrKiyaa22smyou7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fv&#10;o7uxb6O7sW+ju7Fvo7ux/5csDv+aOx3/pDcl/602K/+3NzDzwzox5tBDMNzfSjXP31JHwdhYWrPR&#10;Xmumy2N6msdpho/CbpCGv3SYfbx6n3a6gaRwuImoa7eSq2i3nK1lt6euZLe0rmWzva5orb2uaK29&#10;rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2u/5gsDv+dORz/pzQj/7EzKPm9Mirqyzcp&#10;3N0+KdDjRjrF4k1LuN5VWqzZXGie02J3ks9ngojLbYx+yXOUdsd5mnDFgZ9qxImiZsOSpWLDnKdg&#10;w6aoX8O0qF/BwqhhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGp/5ksDv+g&#10;NRr/qjEg/7YuI/DFLSLf2DMc0OM6LsToQkC45UlQq+FOX57eVWyS21x3h9hjgX7Vaol21HGPb9F5&#10;lGvOgJhnzIibZMqQnWLJmJ9gyaGgX8mroF/JuZ9cyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOi&#10;XMjDolzIw6JcyMOi/5ssDv+kMBj/rywb+L4nG+TRJhfR4i0gxOs3M7frPkWq6UVUnudMYpLlUm6G&#10;41h4feBgf3bcaYZw2HGLa9V4j2jTf5Jl0YaUYs+NlmDOlJhezpuZXc2jmlzNrZpbzbeaW823mlvN&#10;t5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbea/50sDv+oKxT/tyQV68ocEdPgHhPE6ysmt/E0&#10;OKrwPEmd70RXke5LY4btUm196Ft1deNifHDga4Fr3XKFaNp4iGTZfoti14SNX9WKjl7UkJBc05WR&#10;WtOcklnSpJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyT/6ErDf+vIw/0&#10;whcM1t0QB8XrHhi39ikrqfczPJ32PEuR90RYhvZNYn3wVmp2615xbudkdmrka3pm4nJ9ZOB3gGHf&#10;fYJf3oKEXd2HhVvcjIZa25GHWNqWiFfZnYlW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmj&#10;ilbZo4pW2aOK/6gjCf25FgfW0QsDxuoQC7b3Hh2p/SkunP40PpD/PkuG/kdWffhRXnbzWWVu8F9q&#10;aO1lbmTqa3Jh6XF0X+d2dl3me3hb5X95WeSEeljjiHxX44x9VuKRflThl39T4Zx/U+Gcf1PhnH9T&#10;4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx//7EVA9THCQHG1goDtvcSD6j/HyCb/yswkP82PYX/&#10;QEh9/0tRdf1UWG35Wl1n9mBiY/NmZV/ya2dc8HBpWu90a1jueGxX7XxuVeyAb1TshHBT64hxUuuM&#10;cVHqkXJQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVz1r4HAMXLCAC32wkF&#10;qP8UEpv/IiGQ/y4uhf85Onz/REN0/05KbP9UUGX/WlRg/V9YXftlWlr6alxX+W5eVfhyX1T3dmBS&#10;9nlhUfZ9YlD1gGNP9IRkTvSHZE3zjGVM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85BmxMIGALbRBwCo7QsGm/8XE5D/JR+F/zEqfP88NHP/Rjtq/0xBY/9TRl7/WUla/15MVv9j&#10;TlT/aFBS/2xRUP9vUk//clNO/3ZUTP95VUv/fFVK/n9WSf6CV0j9hlhH/YpYR/2KWEf9ilhH/YpY&#10;R/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYtskEAKjZBAGb/w4Hj/8aEYX/Jxt7/zMkcf88LGj/QzJh&#10;/0o3W/9QO1b/Vj1T/1xAUP9gQU7/ZENM/2hESv9rRUn/bkZI/3FGR/90R0b/dkhF/3lIRP98SUP/&#10;gElC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK/4IoCf+CORb/gUgl/4pP&#10;Mf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO&#10;3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRx&#10;mIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo&#10;8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLU&#10;ZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+O&#10;Vj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mix&#10;kN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;/4IoCf+DORb/g0cl/4xOMf+QVT3/kVtI/5BhU/6NaF74iG9o8oN4cO1+gnjpeop+5naRg+Rzl4fi&#10;cJ2K4G6ijN9rp47daqyQ3WiykdxnuJPbZr+T22bHlNlm0JTPaNCTy2nQlMtp0JTLadCUy2nQlMtp&#10;0JTLadCUy2nQlMtp0JTLadCU/4MoCf+DORf/hkYk/45NMP+TVDz/lFhH/5JeU/+QZV34jG1n8oZ1&#10;cO2Bf3jpfYd+5XmPhOJ1lYjgcpuM3m+hj91sp5Hca6yT22mzlNpoupbZZ8OW2WbNl9BpzpbIas6X&#10;xGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82X/4QoCf+EORf/iEUk/5FMMP+VUTv/&#10;llZH/5VcUv+TYlz5j2pm84pycO2Fe3jpgIR/5XuMheJ3k4rfc5qO3XCgkdttppTaa62W2Wm0l9ho&#10;vZjYZ8iZ0WnMmclrzJnCbMyavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcua/4Uo&#10;Cf+FORf/ikQk/5NLL/+XTzr/mFRG/5dZUP+WYFv5kmdl845vb+6JeHfpg4F/5H6KheF5kYvedZiP&#10;3HGfk9puppbYbK6Y12q2mtZowZvTacubymvLm8Jtypy7bsqduG/Knbhvyp24b8qduG/Knbhvyp24&#10;b8qduG/Knbhvyp24b8qd/4UoCf+GORf/jEQj/5VKL/+ZTTr/mlFE/5pWT/+ZXVr6lmRk9JJrbu6N&#10;dHbph35+5IGHheB8j4vdd5eQ23OeldhvppjWbK+a1Wq5nNRpxp3LbMmdw23JnrxvyJ+1cMifsnHI&#10;n7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccif/4YnCf+GORf/jkMj/5dJLv+aSzn/nE9D&#10;/51UTv+cWlj7mmBi9ZZobO+Rb3Xqi3l+5YWDheB/jIzdeZWR2XSdltRwpZrQbq6dzWy3n8trw6DD&#10;bsegu2/HobVxxqGvcsahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ah/4cnCf+H&#10;ORf/kEIj/5hHLf+cSTj/n0xC/6BRTP+gV1b7nl5g9Jtlau2WbHPnkHZ84YqAhNuEiYvTfpGSzniZ&#10;mMl0oZzGcamfwnCyosBvvaO6cMWjs3LFpK5zxaSpdMWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWj&#10;pnXFo6Z1xaOmdcWj/4cnCf+IOBf/kUEi/5pFLP+eRzb/oUpA/6NQSv6jVVT2olxd76BiZ+icaXDh&#10;lnR52pB9gtGJhovKgo2TxX2VmcB5nZ68dqWhuHOtpLVyuKWycsOmrHTDpqd2w6ajd8SloXjEpaF4&#10;xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSl/4gnCf+IOBf/k0Ei/5tELP+gRTX/o0k//6VO&#10;SPunVFHzplpb66VgZOOiaG3cnXN20ZV6gsmNgovCh4qTvIKRmrd9mZ+yeqGjr3eppqt2s6epdsCo&#10;pHfCqKF5wqedesOnm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOm/4gnCf+JOBf/&#10;lUAh/51CK/+iRDT/pUg9/6hMRviqUk/vq1hX56tfYOCoaWnUoXB1y5l4gcKSf4u7i4aUtYaOmq+C&#10;laCqfp2kpnump6N6sKmgebyqnXrBqZp8wamYfcKoln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3C&#10;p5Z9wqeWfcKn/4knCf+JOBf/lj8h/55BKv+jQjP/p0Y7/qtLRPWuUUzssFdU5LFeXNutaGbPpW51&#10;xZ11gbyWfIu1kIOUroqLm6iGkqCjgpqlnoCiqJt+rKqYfrirln7Aq5R/wKqTgMGokoDCqJKAwqiS&#10;gMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKo/4knCf+KOBf/mD8g/58/Kf+lQTL/qkU6/K5JQfKx&#10;T0nptVZQ4bdfV9WxZWXKqGx0wKFzgLeaeouvlIGUqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrj4K/&#10;q46DwKqNg8GpjYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8Go/4onCf+LOBf/mT4g&#10;/6E+KP+mQDD/rEM4+bFIP/C1TkXnulVL3rteVNC0ZGXFrGtzu6RxgLGeeIqpmH6TopOFmpuPjaCW&#10;jJWlkYmdqI2Hp6uKh7KsiIe/rIiHwKuIhsCpiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiG&#10;waiIhsGo/4onCf+MNxf/mz0f/6I9J/+oPy//rkI297RHPO26TUHkwFZG2b9cU8u3Y2TAr2lztqhv&#10;f6yidYqknHyTnJiDmpWUiqCPkZKlio6bqIaNpKuDjK+sgY29rIKMv6uDisCpg4rBqYOKwamDisGp&#10;g4rBqYOKwamDisGpg4rBqYOKwamDisGp/4snCf+ONxf/nDwf/6M7Jv+qPS3/sUAz9LhFOOq/TDzi&#10;x1VA08JaUse6YWO7s2dysK1tfqenc4meoXqSlp2AmY+aiJ+Jl5CkhJSYqH+Toqp8kq2repK6rHuR&#10;wKt9j8Gpfo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGo/4wnCf+PNhb/nToe/6U6&#10;Jf+tOyv8tD4w8bxDNOfFTDbey1I/zsZZUcK+YGK2uGZwq7FsfaGscoiYp3iRkKN+mImghZ6CnY2j&#10;fZuWp3iZn6l1mKqqc5m3q3SYwKp3lMGpeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4&#10;k8Ko/4wnCf+RNRb/nzgd/6c4I/+vOSj5uDws7sJCLuXNTC3Y0E89yclXULzDXmCwvGRvpbdqfJuy&#10;cIaSrXaPiql8loKmg5x8pIuhdqKTpXKhnadvoKipbaC1qW2gwahwm8KncpnCp3KZwqdymcKncpnC&#10;p3KZwqdymcKncpnCp3KZwqdymcKn/40mCf+UNBX/oTYb/6o2If+zNiX1vjkn6slAJuDWSSjR1U48&#10;w85WTrbIXF+qwmNtn71oepS4boSLtHSNg7F6lHyugZp1rIiecKuRomupm6RoqaamZqmzpmaqw6Vp&#10;pMSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSl/44mCf+XMxT/ozQa/60zHv64&#10;MiDwxTUg49M/HNjeRSbK2006vdNUTLDOW12jyWFrmMRnd43AbIGEvXKJfLp4kHW4f5ZvtoeaarWQ&#10;nWW0mqBis6WhYbSxomC1wqFir8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai&#10;/5AmCf+bMRL/pjEX/7EuGve+LRrnzjEX2d45Gc3jRCjC4E04tdtTSqjVWVqc0F9okMxlc4bJa319&#10;xnGFdcR3i27DfpBpwYaUZMCPl2DAmppdwKWbW8Cxm1rBwZtbvMqcXbfKnV23yp1dt8qdXbfKnV23&#10;yp1dt8qdXbfKnV23yp1dt8qd/5EmCf+fLxH/qi0U/7coFe3IJhLa3CkOzOQ2HcHmQC6240g+quBO&#10;TJ7dVlmS2l1liNZjb37Uanh20nB/btB3hWjPf4ljzoeNX86QkFvNmpJZzaWTV86yk1bPwpNWy9CU&#10;V8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+V/5MmCf+jLA7/sCYP9cAfDd/VGwfN&#10;5CcTwes0I7XqPTOp50VCneVLUJHjUlyG4lhmfOBfbnTfZnVs3m16Zt51f2HdfYJd3IaFWtuPiFjZ&#10;mIpW2KGLVNisi1TYt4xT2MmLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taL/5ck&#10;Cf+pJgr+uBwJ5s4RBc7jFwjA7iYXtPAyKKjuOzic7UNGkexLUobsUlx861lkc+tea2rqZHBl6Gx1&#10;YeZ0eF7kfHtb4oN9WeCLf1bfkoFV3pqDU96ig1LdqoRR3baEUd2/hFHdv4RR3b+EUd2/hFHdv4RR&#10;3b+EUd2/hFHdv4RR3b+E/58hBv+wGwXpxQ0D0NkLAsDuGAyz9iYcp/UxLJv1OzqQ9URHhfVMUXz1&#10;U1pz9Vlga/NfZmXwZmph7W1tXet0cFrqenNY6IF0VueHdlTmjXhT5ZR5UeSbelDkoXtP46p8TuOw&#10;fE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8/6gcAuu8DAHNzAkAweAMBLL6GRCl/Ccg&#10;mv0yLo/9PTuF/kVFe/9NTnL/VFVr+1paZPhgX2D2Z2Jc9G1lWfJyZ1fxeGlV8H5qU++DbFHuiW1Q&#10;7Y9uTuyUb03rmnBM66FxS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZy97MNAMzD&#10;CAC/0QgAse8OBqT/GxOZ/ykhjv80LoT/Pzl7/0dBcf9OSGr/VE5j/1pSXv5gVlr8ZlhX+2xaVfpx&#10;XFP5dl5R+HpfT/d/YE72hGFM9YliS/WOY0r0lGRJ85plSPOeZkjznmZI855mSPOeZkjznmZI855m&#10;SPOeZkjznmZI855mzbsFAL3HBgCx2AcBo/8QCJj/HxSN/ywgg/83K3r/QTRw/0c7aP9NQWH/VEVc&#10;/1pJWP9fS1X/ZU1S/2pPUP9uUU7/clJM/3dTS/97VEn/f1VI/oRWR/6IV0b9jVdE/ZNYRPyWWUT8&#10;lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZvb8EALDOBACi4AYCl/8TCIz/IhOD/y4def84&#10;JW7/Pi1m/0UyX/9MN1n/UjtV/1g+Uf9dQE//YkJM/2ZDSv9qREn/bkVH/3JGRv92R0X/ekhD/35I&#10;Qv+CSUH/hkpA/4tLP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49Lr8YCAKLWAgCW&#10;9woCi/8WB4L/JA93/y0XbP8zHmP/OiRc/0IoVv9JLFH/Ty9O/1UxS/9aM0j/XjVG/2I2RP9mN0P/&#10;aThB/2w4QP9wOT//czo+/3c6Pf97Ozz/fjw6/4M8Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+G&#10;PTr/hj06/4Y9/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu&#10;8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HU&#10;Y9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+B&#10;aFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/L&#10;geZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc&#10;/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzq&#10;Yq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj&#10;34HUY9+B/3YkBv93NRD/eUIc/4JJJ/+HUTL/iFg9/4dfSP+DZlH/fm5a+3l3Yvd1gmn0cYpu8W2S&#10;c+5rmXbsaJ9562ake+pkqn3pY69/6GK1gOdhvIHnYMSC5l/OguNf14PcYduD0mPdg89k3YPPZN2D&#10;z2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2D/3ckBv94NRD/fEEc/4VIJ/+KTzL/jFY9/4tdR/+HZFH/&#10;gmxa+3x0Yvd4f2nzdIhv8HCQdO1sl3jrap576WekfuhmqoDnZLCC5mK2g+VhvoTlYMeF5WDThd1i&#10;2YXTZNyFzGXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduG/3gkBv94NRD/fkAb/4hH&#10;Jv+NTjH/j1U8/45bRv+LYlD/hmlZ/IBxYvd7e2nzdoVw73KOdexulXnqa5x96GmjgOdmqYLlZbCE&#10;5GO3heRiwIfjYcuH32LVh9Vk2ofNZdmIxmfZicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InE&#10;Z9iJ/3kjBv95NBD/gD8b/4pGJv+QTTD/klM7/5FaRf+PYE//imdZ/IRuYfd+eGnyeYJw73SLdutw&#10;k3vpbZt/52qiguVnqYTkZbCG42S5iOJiw4niYtCK2GTYis5m2IrHZ9eLwGjWjL5p1oy+adaMvmnW&#10;jL5p1oy+adaMvmnWjL5p1oy+adaM/3kjBv96NBD/gz4b/41FJf+TTC//lVE6/5RXRP+SXU7/jmVY&#10;/IhrYfeCdGnyfH9w7neIdutzkXzob5mA5muhhORoqYfiZrGJ4WS7i+Bjx4zcY9SMz2bWjMdo1Y3A&#10;adSOumrUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SO/3ojBv97NBD/hT0a/49EJP+W&#10;Si7/l044/5dUQv+VWkz/kmFW/I5pX/aHcGjygXpw7XuFd+p2jnzmcZeB422fhuBqqIndZ7CM2ma7&#10;jdZlx47RZtSPx2jTj79q05C5a9KRs2zSkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKR&#10;/3sjBv98NBH/iDwa/5JDJP+YSC3/mkw3/5pSQf+ZWEr8l19U9pNmXfCNbmbrh3dv5oCBduF7i33c&#10;dZOD13Gch9JupIvPa6yOzGm1kclowJLHaM+Tv2vRk7hs0JOybdCUrW/Qk6tv0ZOrb9GTq2/Rk6tv&#10;0ZOrb9GTq2/Rk6tv0ZOrb9GT/3wjBv99NBH/ijsZ/5RBI/+aRiz/nEs1/51QP/+dVkj4m11R8Zhj&#10;W+uTa2TkjXVt3oZ+ddiAh3zReo+DzHaXicdyn43Eb6eRwG2wk75su5W7a8iWtm3PlrBvzparcM+W&#10;pnHPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+V/3wjBv99NBH/jDoZ/5dAIv+cRSv/&#10;n0k0/6BOPPuhVEX0oFpO7J1hWOWZaWHek3Nq1Yx7dM6Fg33If4uEwnqTir52m4+6c6OTtnGrlrNv&#10;tpixb8KYrXDNmKhyzZikc82YoHTOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6X/30j&#10;Bv9/MxH/jjkY/5k/If+eQyn/oUcy/6NMOvilUkPwpFhL6KNfVOGfaF3XmHBozpF4dMaKgH3AhIiF&#10;un+Pi7V7l5Cxd5+UrXWnl6pzsZmnc72bpXPLm6B1y5qddsyamnfNmZl3zZiZd82YmXfNmJl3zZiZ&#10;d82YmXfNmJl3zZiZd82Y/34iBv+AMhD/kDgY/5s/IP+gQij/pEYw/qZLOPSoUEDsqVdH5KldUNyl&#10;ZlrQnW5ox5V1c7+OfX25iYSFs4OMjK1/k5GpfJuVpHmkmaF3rZued7mcnHfInJl4ypyXecublXrM&#10;mpR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJmUesyZ/34iBv+CMhD/kjcX/5w9H/+hQCf/pkQu&#10;+6lJNfGsTzzprlVD4a9dS9WoZFnLoWtnwplzc7mTen2yjYGFrIiJjKaEkJGhgJiWnX2gmpl8qpyW&#10;e7adlHvEnpJ8yp2Rfcqcj33Lm499zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcya/38iBv+E&#10;MRD/kzYX/548Hv+jPyX/qEIs+K1HMu+wTTnmtFQ/3bNbSdCsYlnGpGpmvJ1xcrSXd3yskX6FpoyG&#10;jKCIjZGahZWWloKempKAp52Pf7KejYDBnoyAyZ6LgMqdioDLm4qAy5uKgMubioDLm4qAy5uKgMub&#10;ioDLm4qAy5uKgMub/38iBv+FMA//lTYW/587Hf+lPST/q0Eq9bBFL+y1TDTjulQ52LdZSMuvYVjB&#10;qGhmt6Fvcq+bdXynlXyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhoS+n4WFyZ6FhMmdhYTKnIWE&#10;y5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5uFhMub/4AiBv+HLw//lzUW/6A6HP+nPCL+rT8n87NE&#10;LOm6SzDhv1I107pYR8ezX1e8rGZlsqVtcamfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKop2Biq2f&#10;f4q7n36KyJ5/icmdgIjKnICIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMub/4EiBv+JLg//&#10;mTUV/6I4G/+pOiD7sD0k8LhCKOa/Sirdw080zr1WRsK2Xla3sGVkralrcKSkcXqcn3iDlJt+io6X&#10;hpCIlY6VgpKWmX6QoJx6j6ueeI+4n3eQyZ55jsqdeozLm3uMy5t7jMube4zLm3uMy5t7jMube4zL&#10;m3uMy5t7jMub/4EiBv+LLQ7/mzQU/6Q3Gf+sOB74tDoh7b1AI+TGSSPXx0wzycFVRb26XFWytGNj&#10;qK5pb5+pb3mWpXaCjqF8iYedg4+Bm4uUfJiUmHeXnZtzlqidcZa1nnCWxp1ylMqcdJLLm3WRy5p1&#10;kcuadZHLmnWRy5p1kcuadZHLmnWRy5p1kcua/4IiBv+NLA3/nTQT/6Y0GP+vNRv0uDcc6cM+HODN&#10;RR/Ry0syxMVUQ7i/W1OtuWFhorRobZmvbneQq3SAiKd6h4GkgY17oomSdaCRlnCem5ltnaabap2z&#10;nGmew5xrnMubbpjMmm+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZ/4MhBv+QKw3/oDMR&#10;/6kyFf2zMRfwvjQX5cs7FdrUPx3Lz0kwvslSQrLEWVGnv2BfnLpma5K2bHWJsnJ+ga94hXqsf4t0&#10;qoeQb6iPk2qnmZZnpqSYZKaxmWOnwZlkpc2YZ6DNmGifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl2if&#10;zZdon82X/4QhBv+TKQv/ojAP/60uEvi4LBLrxi8Q4NU4C9LaPRzF1EguuM9QQKzKWE+gxV5dlcFk&#10;aIu9anKDunB6e7d2gXS1fYdus4WLaLKOj2SxmJJhsKOUXrCwlV2xv5VdsdCUYKrQlGGo0JRhqNCU&#10;YajQlGGo0JRhqNCUYajQlGGo0JRhqNCU/4YhBv+XKAr/piwN/7EoDvLAJgzj0CgH1N8yC8nfPhm9&#10;20cssdZPPaTRVkyZzVxZjsliZYTGaG57xG92dMF1fG3AfIJovoSGY72NiV+8l4xbvKKOWbyvj1i9&#10;vo5XvtSOWbbTj1q005BatNOQWrTTkFq005BatNOQWrTTkFq005BatNOQ/4ghBv+cJwj/qicK/Lgh&#10;CenKGwXV3iAEyeUwD77jPR204UYsqN5OOpzaVUiR1ltVhtNhYHzQZ2l0zm5wbc11dmfLfHtiy4R+&#10;XsqNglrKl4RXyqOGVcqvhlTLvoZTzNWGVMTZiFXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlV&#10;wdmJ/40dBf+iJQb/sB8F8sIUA9nbDgHJ5iAHvegvFLLnOiKn5UMxm+NKPpDhUEqG31dUfN5eXXTd&#10;ZWRs22xqZtt0b2HafHNc2YR2WdmOeVXZmHtT2qN8UdqwfVDbvn1Q3NN8UNTgflHQ4H9R0OB/UdDg&#10;f1HQ4H9R0OB/UdDgf1HQ4H9R0OB//5UaA/+pHwP7uhIC1M0LAMnmDwK87SALsO0uGaXsOSea60I1&#10;j+pJQYXpUEt76FdTcuhdWmrnY2Bk52plX+dyaVvnemxX54JuU+eLcVDnlXJO6J90TOiqdUvotXZK&#10;58N2Sujddkvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1/50WAf+xEgHTwwkAx9EKALvy&#10;EQSv8yEPo/MuHZnzOSqO80I2hPNKQXvzUkly81dQafNcVmPzY1pd82leWfNwYVXzd2NS839mT/KH&#10;Z03wj2lL75hrSu+gbEnuqW1I7rNtR+3Abkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cdu&#10;/6cPANO6BwDFxwcAutYJAK36Ewai+iISl/ovH437OiuD/EM1ev1MPnH9UUVo/VZLYf5bT1z+YlNX&#10;/mhWVP1vWFH7dVpO+nxcTPmDXUr4il9I95FgR/aZYUb2oGJF9adjRPSxZEP0tWRD9LVkQ/S1ZEP0&#10;tWRD9LVkQ/S1ZEP0tWRD9LVk1rIEAMS+BgC3zAYArNwJAaD/FgiV/yUUi/8yH4L/PCl5/0Uyb/9K&#10;OWf/Tz9f/1VDWv9bR1X/YUpS/2dMT/9sTk3/ck9L/3hRSf9+Ukf/hFNF/4tUQ/+RVUL+mFZB/Z5X&#10;QP2mWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVhA/KlYxrgEALbEBACq0wUAnvINApT/GgmK&#10;/ygTgf80HXf/PCVt/0IsZf9HMl3/TTZX/1M6U/9ZPU//Xz9M/2RBSv9pQ0j/bkRG/3NFRP95RkL/&#10;fkdB/4RIP/+KST7/kEo9/5VLPP+cTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59Mt7wD&#10;AKnLAgCc2wMAkv8QAon/HQiA/yoQdf8xGGv/OB9i/z4kW/9EKVT/SixQ/1EvTP9XMkn/XDNG/2A1&#10;RP9lNkL/aTdB/244P/9zOT3/dzo8/3w7O/+CPDn/hz04/4w9N/+TPjb/lT42/5U+Nv+VPjb/lT42&#10;/5U+Nv+VPjb/lT42/5U+qsQAAJzSAACP5wIAhv8RAnz/GwVx/yQLaP8rEV//MhdX/zkbUf8/Hkz/&#10;RiFI/00jRf9SJUL/VydA/1soPv9fKTz/Yyo6/2crOf9rLDf/byw2/3QtNf94LjT/fS4y/4IvMf+I&#10;MDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx/4ow/2okBP9pMgr/bD4U/3ZGHv97TSn/fFUz&#10;/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5bvNZwW7z&#10;WMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw/2okBP9p&#10;Mgr/bD4U/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916o&#10;avZcrWv1W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw&#10;3F3ocNxd6HDcXehw/2ojBP9pMQr/bj4U/3dFHv98TSj/flQz/3xcPP95ZEX/c21O/294Vf9rglr9&#10;aItf+2WUY/lim2b3YKFp9l6na/VdrWz0XLNu81q6b/JZwXDyWcpx8VjYcexZ4XHmWuRx4Fzncdhd&#10;6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx/2sjBP9qMQr/cTwU/3pDHf+ASyj/gVMy/4Ba&#10;PP98YkX/d2pO/3F0Vf9uf1v9aolg+maSZPhkmWj2YaBr9V+nbfNerW/yXLNw8lu6cfFaw3LwWc1z&#10;7lndc+ha4nThXOVz2V7mc9Bf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d0/2wjBP9rMQr/&#10;czsU/31CHf+CSif/hFEy/4NZO/+AYEX/e2hN/3RxVf9wfFv8bIdh+WiQZvdlmGn1Y59s82Gmb/Jf&#10;rHHxXbNy8Fy7dO9bxXXvWtB16lrfduJc4nbbX+V10WDmdsph5XfKYeV3ymHld8ph5XfKYeV3ymHl&#10;d8ph5XfKYeV3/20iBP9sMQv/djoU/4BBHf+FSCf/iE8x/4dXO/+EXkT/f2ZN/3huVf9zeVz8boRi&#10;+WqNZ/Znlmv0ZJ5u8mKlcfFgrHPvXrR17l28du5bx3ftW9Z45VzgeNxf43jSYOR4y2HkecRj43rE&#10;Y+N6xGPjesRj43rEY+N6xGPjesRj43rEY+N6/24iBP9tMQv/eDgT/4M/HP+JRyb/i04w/4tVOf+I&#10;XEP/g2NM/31rVP92dVz8coBi+G2KZ/VplGzzZpxw8WOkc+9hrHXuX7R37V2+eexcy3roXNx63l/h&#10;etJh43vKYuJ8xGPifb5l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9/24iBP9uMAv/ezcT&#10;/4Y+HP+MRSX/j0wu/49TOP+NWkH/iGFL/4NpU/p8cVv3dnxi83GHaPBtkG3taZlx6mahdehjqXjm&#10;YbJ65GC7e+Jfx3zgX9p91GLhfcpj4H7DZOB/vWbfgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn&#10;34C3Z9+A/28hBP9vMAv/fjYS/4k8G/+QRCT/k0wt/5NSNv+SWUD/jmBJ+YhmUvSCblrvfHlh63eD&#10;aOdyjG7kbZVz4Gqdd91npnraZa581mO4ftNiw4DRYtOBymTfgcFl3oK7Z92CtWjdg7Bp3YOwad2D&#10;sGndg7Bp3YOwad2DsGndg7Bp3YOwad2D/3AhBP9yLwv/gTQS/4w7Gv+TQyL/l0sr/5dRNP+WVz36&#10;k11G845kT+6Ia1jognVg43x/aN53iW7ZcpF0026ZedBroX3MaKmAyWaygsdlvYPFZcuEwWbchLlo&#10;24WzaduFrmvbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuF/3EhBP90Lgr/hDMR/486&#10;Gf+WQyH/mkkp/5pOMvyaVDv1mFtE7pRiTeePaVXhiXNe24J8ZtN8hW/Nd411yXKVesVvnX/BbKWC&#10;vmqthbtpuIe5acSIt2nYiLBr2YirbNmIp23ZiKNv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oej&#10;b9qH/3EgBP92LAr/hjIR/5I6GP+ZQiD/nEcn/55ML/ieUjjwnVhA6ZpfSeKVZ1Laj3Bc0Yd4ZsqB&#10;gW/FfIl2wHeQfLt0mIC3caCEtG+ph7Fts4mubL+KrGzPi6hu14ukb9iKoHDYip1x2YmdcdmJnXHZ&#10;iZ1x2YmdcdmJnXHZiZ1x2YmdcdmJ/3IgBP94Kwr/iDAQ/5Q5F/+bQR7/n0Ul/aFKLfSiUDTsolY8&#10;5KBcRdybZU/Sk21cyox1ZsOGfW+9gYV2t3yNfbN4lIGudZyGq3OliadxroulcLqNo3DJjaBx1Y2c&#10;c9aMmnTWi5d02IqXdNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiK/3MgBP96Kgn/iy8P/5Y5Fv+d&#10;Pxz/oUMj+qRIKvGmTjHop1Q44adcQNWfYk7LmGtbw5FyZryLem+2hYJ3sIGJfat9kYKmeZmGoneh&#10;ip91q42cdLaOmnTFj5h11I6VdtWNk3fVjZJ31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aL&#10;/3MgBP98KQn/jS8P/5g4Ff+fPRv/pEEh96hGJ+2rTC3lrVIz3KpZP9CjYU3GnGlavpVwZbaPd2+v&#10;in92qYWGfaSBjoKffpaHm3uei5d5qI6UeLOPknjBkJB505CPetSPjnrVjYx71oyMe9aMjHvWjIx7&#10;1oyMe9aMjHvWjIx71oyMe9aM/3QfBP9+KAn/ji4O/5s4FP+hPBn/pz8f9KtEJOqvSinis1Eu1q5X&#10;PsunX03BoGdauZluZbGTdW6qjnx2o4qDfZ6Gi4KZg5OHlICbi5B+pY6NfbCQin29kYl+0JGIftOP&#10;iH7Ujod+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y2HftWN/3QfBP+AJwj/kC4O/503E/+jOhj8&#10;qT0c8a9CIOe0SCTft04s0bFVPceqXky9o2VZtJ1sZKuXc26kk3p2no6BfJiLiIKSh5CHjoWZi4mD&#10;oo6Ggq2Qg4K7kYKCzJGCgtOQgoLUj4KB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWN/3Uf&#10;BP+CJgj/ki0N/582Ev+lOBb5rDsa7rM/HeW5Rh/au0srzbRUPMKuXEu4p2NYr6FqY6accW2fl3d1&#10;mJN+fJKQhoKMjY6Hh4qWi4OIoI5/h6uQfYe4kXuHyZF8h9OQfIbUj32F1Y19hdWNfYXVjX2F1Y19&#10;hdWNfYXVjX2F1Y19hdWN/3UfBP+EJQj/lC0M/6A1EP+oNhT2rzgX67c9GOK/RRnVvkkqyLhTO72x&#10;W0qzq2JXqqZoYqGhb2yZnHV0kph8e4yVg4GGkouGgZCUi3yOno55jaiQdoy1kXSNxpF1jdOQdovU&#10;j3iJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14idWN/3YeA/+GJAf/lywL/6IyD/+rMxHyszUT&#10;6Lw6E97FPxfQwUgpxLtRObm1WUiusGBVpapnYZymbWuUonRzjZ56eoabgYCAmImFe5aSiXaUm41y&#10;k6aPb5OzkG6Tw5Buk9OPcJHUjnKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWN/3ceA/+J&#10;Igf/mSwK/6UwDfyuLw7vuDEO5MM3DdnKOxbLxUYnv79QOLO6WEeptV9Un7BlX5asa2mOqHJxhqV4&#10;eICif356n4eDdJ2PiG+bmYtsmqSNaZqwjmebwI5nm9WOaZjVjWyU1oxslNaMbJTWjGyU1oxslNaM&#10;bJTWjGyU1oxslNaM/3geA/+MIQb/nSsI/6gsCvizKgvqvysJ4MwyBtHOORXFyUUlucRONq6/VkWj&#10;u11SmbZjXZCyaWeHr3BvgKx2dnmpfXxzp4SBbqWNhWmkl4hlo6KKY6OujGGjvoxgpNKLY6DXi2Wc&#10;2IplnNiKZZzYimWc2IplnNiKZZzYimWc2IplnNiK/3odA/+PIAX/oCkH/6wnB/K4JAblxyQE2dUn&#10;BcvTNxO/zkMjs8pMNKfFVEKcwVtPkr1iWom6aGSBt25sebR0cnOye3htsIN9aK+LgWOulYRfraCG&#10;Xa2th1utvIdartCHXKrah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqH/34aA/+UHwT/&#10;pSYF/bEgBOzBGgPf0xcB0NwlBMTZNRC41UEhrNBLMaDMUj+VyVlMi8VgV4LDZmB6wGxnc75zbWy8&#10;enNnu4J3YrqKe165lH5auJ+AWLisgVa5u4FVus+BVrbegliw3YJYr92CWK/dgliv3YJYr92CWK/d&#10;gliv3YJYr92C/4QXAv+ZHAL/qh8D9bkVAt7NDADQ3xIAxeAmBbvfNg6w3UAdpNlJLZjVUTuN0VhI&#10;g89eUnvMZVpzy2thbMlyZ2bIeWxhx4FwXcaKdFnGlHZWxZ94U8aseVLGu3pRx895UcTjelO84nxT&#10;vOJ8U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8/4oUAf+fGAH/sBQB2MMKAM7RCgDE5RQBueQmCK7k&#10;NBOk4j8gmeBHLY/eTzmF3FZEe9pdTHPZZFRs12taZtZyX2HVeWRc1IJnWNSLalXUlW1S1KBuUNSt&#10;b07VvHBN1tBvTdXocE7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOly/5IRAf+nEQDYuQkA&#10;y8YIAMLVCgC36hYDrOonDKLpNBiY6D4kjedHMIPmTjp65VRDceRaSmnkYVBk42hVX+NwWVrjeFxW&#10;44BfU+OJYlDjk2RN5J1lS+SpZ0rltmdJ5cZnSObfZ0rg7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf&#10;7GdK3+xn/5wNANuxBgDKvQcAv8oHALXaCgCq7xkFoPAoD5bwNRuM8D8mgvBHMXnwTjlw71RAaO9a&#10;RmHvYEtd72dPWO9uUlTvdVVR8H1XTvCFWUvwj1tI8ZlcRvGjXkTyr19D8rtfQvPMYEHz52BB8+hg&#10;QfPoYEHz6GBB8+hgQfPoYEHz6GBB8+hg3qcCAMu2BQC9wQUAss8HAKfqDQGd9xwHlPgrEor4NhyB&#10;+UAmePpIL2/6TTZn+lM8YPpYQFv7X0RW+2VHUvtsSU/8cktL/HlNSPyBT0X9ilFD/ZNSQf6cUz/+&#10;plQ9/7FVPf68Vjz+zVY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WzrACAL26BACxxwQApdYH&#10;AJv9EAKR/yAJiP8tEoD/ORt2/z8jbf9FKmX/SzBe/1E1WP9XOFP/XTtP/2M+TP9oQEn/bkFG/3VD&#10;Q/98RED/hEY9/4xHPP+USDv/nUk6/6VKOf+tSzj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4&#10;/7lLvrUCALDAAgCkzgMAl94FAI//FAKG/yMIff8uEHP/NRhq/zweYv9CJFv/SChV/04sUP9UL0z/&#10;WjFI/18zRf9kNUL/ajY//3A3Pf92OTv/fDo5/4M7OP+LPDb/kz01/5o+NP+hPjP/qj8z/6o/M/+q&#10;PzP/qj8z/6o/M/+qPzP/qj8z/6o/sboBAKPIAACW1gAAi/QJAYP/FgJ5/yAGb/8oDGf/MBJf/zcX&#10;WP8+G1L/RB9M/0oiSP9QJET/VSZB/1onPv9fKTv/ZCo6/2krOP9uLDb/dC00/3ouM/+BLzH/iDAw&#10;/48wLv+WMS3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54ypMIAAJbPAACI3wAAgP8MAXX/&#10;EgJq/xgDYv8hB1r/KQtT/zEPTf84Ekj/PhVD/0QXP/9KGTz/Txo5/1MbN/9YHDX/XB0z/2EeMf9l&#10;HzD/aiAu/3AgLf92ISv/fCIq/4IjKP+IIyf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5Ak&#10;/2AlBP9bMAb/YToN/2pBFv9vSh//cVIp/29bMv9rZDr/Z25B/2R6R/9ghEz/XY5Q/1qWU/9Ynlb/&#10;V6VY/1WrWv9UsVv/U7dc/1K+Xf5Rx178UdFf+1DgX/hQ6V/zUe1f7lPwX+hU8V/kVvJf5FbyX+RW&#10;8l/kVvJf5FbyX+RW8l/kVvJf/2AlBP9bMAb/YjkN/2xAFv9xSR//clEp/3FaMv9tYzr/aG1B/2V4&#10;R/9hg03/Xo1R/1uWVP9ZnVf/V6RZ/1aqW/9VsVz/VLdd/lO/Xv1Sx1/8UdNg+lDiYPZR6WDxUu5g&#10;61TvYOVW8WDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg/2ElBP9cMAb/ZTgN/24/Ff90Rx//&#10;dVAo/3RYMf9wYTr/a2pB/2d2SP9jgU3/YItS/12UVf9anFj/WKNa/1eqXP5WsF79VLdf/VO/YPxT&#10;yWH6UtZi+FHkYvNS6mLtVO5i5lbvYuBY8GLbWPFj21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj/2Il&#10;BP9dLwb/ZzYN/3E+Ff93Rh7/eE4o/3dWMf90Xzr/bmhB/2pzSP9mfk7/YolT/1+SVv9cm1r/WqJc&#10;/lipXv1XsGD8Vbdh+1TAYvtTymP5U9pk9VLmZO9U62ToVu5k4VjvZNlZ8GXTWvBm01rwZtNa8GbT&#10;WvBm01rwZtNa8GbTWvBm/2IkBP9eLwb/ajUN/3Q8Ff96RB7/fEwn/3tUMP93XDn/cmVB/2xvSP9o&#10;e07/ZIZT/2CQWP9dmVv+W6Fe/VmoYPxYsGL7Vrhj+lXBZPlUzWX3U95m8lTnZupW62biWe5m2lru&#10;Z9Fb72jMXPBozFzwaMxc8GjMXPBozFzwaMxc8GjMXPBo/2MkBP9fLgb/bTMM/3c6FP99Qh3/gEom&#10;/39SMP98Wzj/d2NB/3BsSP9sd0//Z4JU/2ONWf1gllz8XZ9f+lunYvhZrmT3WLZm9VfAZ/RWy2jx&#10;Vd1o7VbpaeNZ7GjaW+1p0Fzuasld7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5r/2QjBP9h&#10;LQb/cDIM/3s4FP+BQBz/hEkl/4RRLv+BWTf/fGFA/3ZpSP9wc0/7bH9V+GiJWvZkkl7zYZth8V+j&#10;ZPBdq2buW7No7Fq8aupZx2voWdhr5Fnoa9pb62zPXe1tyF7sbsJf7G6+YOxvvmDsb75g7G++YOxv&#10;vmDsb75g7G++YOxv/2UjBP9kKwb/czAM/342E/+FPxv/iUgk/4lPLf+GVzb/gl4+/HxmRvh2cE70&#10;cXtV8G2FWu1pjl/qZZdj6GKfZuZgp2njXq9r4V25bOBcxG3eXNNu2V3mbs5e62/GX+pxv2Hqcbpi&#10;6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+ly/2YjBP9nKQb/dy4L/4I1Ev+JPhr/jUci/41O&#10;K/+MVTP8iFw89oNkRfF8bE3sd3dU6HKBWuRuimDhapNk3WabaNpko2vWYqxu02C1cNBfv3HOX81y&#10;y1/ic8Rh6HO9Yuh0t2TndLJl53SvZud0r2bndK9m53SvZud0r2bndK9m53SvZud0/2ciBP9qJwX/&#10;eiwK/4Y0Ef+NPRn/kUUg/5JNKP2RUzH2jlo68IlhQuqDaUvlfnRT4Hh9WtpzhmDUbo9m0GuXasxo&#10;n27JZqdxx2Svc8RjuXXCYsZ2wGLad7pk5nezZeV3rmbld6po5XeoaOZ3qGjmd6ho5neoaOZ3qGjm&#10;d6ho5neoaOZ3/2ciBP9tJgX/fSoK/4k0EP+RPBf/lUQe/5dLJviWUi7xlFg26pBeP+SKZ0jdhHFQ&#10;1X15Ws94gmHKc4pnxm+SbMJsmnC/aqJzvGiqdrlntHi2ZsB5tGbQerFn43qraON6p2rjeqNr5Hmh&#10;a+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hmha+R5/2ghBP9vJAX/gCkJ/4wzD/+UOxb/mUMc/ZtJI/Sb&#10;TyrsmVUz5ZZcO96RZUXUiW1QzIN2Wsd9fmHBeIZovXSObbhxlnK1bp11sWymeK5rr3usart8qmnK&#10;fahq4X2jbOJ8n23ifJxu4nuabuN7mm7je5pu43uabuN7mm7je5pu43uabuN7/2khA/9xIwX/gigJ&#10;/48yDv+XOxT/nEIa+Z5GIPCfTCfon1Iu4J1aNtaVYUTNjmpPxohyWb+CemK5fYJotHmKbrB2knOs&#10;c5p3qHCieqVvq32ibrZ+oG3Ff55u23+bb+B+mHDhfpZx4X2UceJ8lHHifJRx4nyUceJ8lHHifJRx&#10;4nyUceJ8/2khA/90IgT/hSgI/5ExDf+aOhL/nz8X9aJEHeykSiPkpFAp26FXNc+aX0PHk2hPv4xw&#10;WbiHd2Gygn9orX6Gbql6jnOkd5Z4oHWee51zqH6acrOAl3HAgZZy04GTc9+AkXTgf5B04H6PdOF9&#10;j3ThfY904X2PdOF9j3ThfY904X2PdOF9/2ohA/92IAT/hycH/5QwDP+dORH9oj0V8qVBGumoRx/g&#10;qk0l1KRUNMqdXULBl2VOupFtWLKLdWGshnxop4KDbqJ/i3SdfJN4mXmbfJV3pX+Sdq+BkHa9go52&#10;zoKNd96Bi3ffgIp44H+KeOB+injgfop44H6KeOB+injgfop44H6KeOB+/2ogA/94HwT/iSYH/5Yw&#10;C/+fNw/6pDoT76k/F+atRRrcrkokz6hTM8ahXEG9m2RNtJVrWK2PcmCni3looYeBbpuDiHSXgJB4&#10;kn6ZfI58on+Leq2CiHq6g4d6y4OGe96ChXvegYV734CFe+B/hXvgf4V74H+Fe+B/hXvgf4V74H+F&#10;e+B//2sgA/96HgT/iyYG/5gvCv+hNQ33pzgQ7K08E+OyQhbXsUcjy6tSMsGlWkC4n2JMsJlpV6iU&#10;cGChj3dnm4t+bpaIhnORhY54jIKWfIiAn4CEf6qCgX+3g4B/yIR/gN2Df3/egX9/34CAfuB/gH7g&#10;f4B+4H+AfuB/gH7gf4B+4H+AfuB//2wgA/98HAP/jSUG/5ouCf+jMwv0qjQN6bE5D9+3PxLStEYi&#10;x65QMb2oWT+zomBLq51nVqOYbl+clHVnlpB8bZCNg3OLiot4hoiUfIGGnYB+hKiCe4S1g3mExYR4&#10;hd2DeYTegXqD34B6guB/eoLgf3qC4H96guB/eoLgf3qC4H96guB//20fA/9+GwP/jyQF/50sB/6m&#10;MAnwrjEL5bY1C9u8ORHOt0Ugw7JPMLisVz6vp19KpqFlVZ6dbF6XmXNmkJV6bIqSgXKFkIl3gI2R&#10;fHuLm393iqWCdImyg3KJwoNyitqDc4negXSH34B1huB/dYbgf3WG4H91huB/dYbgf3WG4H91huB/&#10;/28eA/+AGwP/kiME/6ArBvqpLAftsiwH4rwxB9XANhDJu0MfvrZNLrSwVjyqq11JoaZkVJmial2R&#10;nnFlipt4a4SYf3F/loZ2eZOPenWRmH5xkKOBbpCvgmyQv4NrkdWCbY/egW+N34Bwi+B/cIvgf3CL&#10;4H9wi+B/cIvgf3CL4H9wi+B//3EcA/+DGQL/lSED/6MpBfatJwXotyYE3sMqA9DDNQ7Ev0EdubpM&#10;La61VDulsFtHm6xiUpOoaVuLpW9jhaJ2an6ffG94nIR0c5qMeW+Zlnxrl6F/aJetgGaXvIFlmNGA&#10;Zpbff2iT4H5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+/3UaAv+HGAL/mCAD/6YlA/KyIAPk&#10;vh4C18kiAsrHMw2+w0Acs79KK6m6UzmftlpFlrJhUI2vZ1mFrG1gfql0Z3imem1ypIJybaKKdmih&#10;lHlkoJ98YZ+rfl+gun5foM5+X5/hfWKb4X1jmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8/3gY&#10;Av+LFwH/nR0C/aseAuy4FwHeyBEAz80fAsTMMAu4yD4ZrcVIKKPBUTaYvVhCj7lfTYa2ZVZ/s2td&#10;eLFyZHKveWlsrYBuZ6yJcmKqknVfqZ14XKmqelqpuXpZqsx6WKnkeluk5HpdoeR5XaHkeV2h5Hld&#10;oeR5XaHkeV2h5HldoeR5/30VAv+QFAH/oRgB9rEUANnBCwDSzwsAyNIcAbzRLgmxzjsXpstGJZzI&#10;TzORxFY/iMFdSYC/Y1J4vGpZcbpwX2u5d2Rmt39pYbaHbV21kXBZtZxyVrSpdFS0uHRTtct0U7Xk&#10;dFSw53VWrOd1VqzndVas53VWrOd1VqzndVas53VWrOd1/4MSAf+WEQD/qBEA2bgKAM7ECQDH0goA&#10;v9kZAbTYKwep1jkUn9NEIpTQTS+KzVQ7gcpbRHjIYk1xx2lTa8VvWWXEdl5gw35iXMKHZljBkWhV&#10;wZxrUsGobFDBt21PwsptT8LkbE+97G5QuexvULnsb1C57G9QuexvULnsb1C57G9Quexv/4kQAf+d&#10;DgDarwgAzbsIAMTHBwC81gsAs98aAarfKweg3jkSlt1DHozaSyqC2FM1edVaP3HTYUZq0mhMZdFv&#10;UmDQdlZb0H5aV8+HXVPPkV9Qz5xhTs+pY0zPuGNL0MtjTNDlYkrO8mVLyPJmS8jyZkvI8mZLyPJm&#10;S8jyZkvI8mZLyPJm/5INAN6mBADOtAYAwr8GALnMCACw3QwAp+UdA57lLQuU5TkWiuRCIIHjSip3&#10;4lAzb+FYO2ngX0Fj4GZGXt9uSlrfdU5W331RUt+GU0/fkFZN35tXS+CnWEngtVlI4cZZSOHfWUff&#10;8FlG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVb7ZwEANGtBADCuAUAt8MFAK3RCACk7RABm+0g&#10;BZLtLg6J7DoYgOxDIXbsSipu7FAxZutWN2DrXDxb62RAV+trQ1PrckZQ63pJTeyDS0rsjE1I7JZO&#10;Re2hUEPtrlFC7rxRQe/MUkHv5VJA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFR1KUAAMSyAwC2&#10;vAMAq8kFAKDYCACX9BMBj/UkB4f1MQ9+9jsYdPZCIGz2SCdl9k8tXvdVMVn3WzVV92I4UfdoO034&#10;bz1K+HY/R/h+QUT5h0NC+ZFFQPqbRj76pkc8+7FIO/u+STr8z0k5/ONJOfzjSTn840k5/ONJOfzj&#10;STn840k5/ONJx60AALe3AgCqwwIAntAEAJPjCQCM/RgChP4nB3v/MQ9y/zgWaf9AHGL/RiJc/00m&#10;Vv9TKlL/WS1O/18wSv9lMkf/azRE/3E1Qf95Nz//gTg8/4o6Ov+TOzj/nTw2/6c9Nf+xPjT/vj4z&#10;/8o/M//KPzP/yj8z/8o/M//KPzP/yj8z/8o/uLIAAKq9AACdygAAkdgCAIj7DQF//xkCdv8kBm7/&#10;LQxm/zUSX/88F1j/QxtT/0keTv9PIUr/VSRG/1smQ/9gJ0D/Zik+/2sqO/9yKzn/eS02/4EuNP+K&#10;LzH/lDAw/5wxLv+lMi3/rzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czq7gAAJ7FAACQ0gAA&#10;g+AAAH3/DwFy/xYCaP8eBGH/Jwha/y8MVP83EE7/PhNJ/0QWRf9KGEH/Txk+/1UbO/9ZHDn/Xx02&#10;/2QeNP9pHzL/cCAv/3chLf9/Iiv/hyMo/5AkJ/+ZJSb/oSYl/6cmJf+nJiX/pyYl/6cmJf+nJiX/&#10;pyYl/6cmn8AAAJHNAACD2wAAePYCAG//DQFk/xICXP8ZA1T/IARO/ycGSP8vCEP/Ngo//zwMPP9C&#10;Djj/Rw81/0wQM/9RETD/VhIu/1oTLP9fFCr/ZRQo/2sVJv9xFiP/eRci/4EYIP+JGB7/kRkd/5cZ&#10;Hf+XGR3/lxkd/5cZHf+XGR3/lxkd/5cZ/1YnBP9RMgX/VjUH/189Dv9kRRb/Zk4f/2RYJ/9hYi//&#10;Xm41/1p5O/9XhD//VI9D/1GYRv9PoEj/TqdK/02uS/9MtUz/S7xN/0rETv9Jzk//Sd5P/0jpUP9I&#10;8lD8SfZQ90v5UPFM+k/rTvtQ6k/7UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ/1YnBP9RMgX/WDQH/2I7&#10;Dv9nRBb/aU0f/2dWJ/9jYC//YGs1/1x3O/9YgkD/VY1E/1OWR/9Qn0n/T6ZL/06tTf9NtE7/TLxP&#10;/0vFUP9Kz1H/SeBR/0nrUf5J8lL5S/dS8035Ue1P+lHmUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ+lLl&#10;UPpS/1cnA/9SMQX/WjIH/2Q6Dv9qQhb/bEsf/2pUJ/9nXi//Ymg2/150PP9agEH/V4tF/1SVSP9S&#10;nUr/UKVM/0+tTv9OtE//TbxR/0zFUf9L0VL/SuJT/0ntU/tL81P1TPdT7k/4U+hQ+VPhUvpU4FL6&#10;VeBS+lXgUvpV4FL6VeBS+lXgUvpV/1gmA/9UMAX/XTEH/2c4Dv9tQBb/b0ke/25SJ/9qXC//ZWY2&#10;/2FxPP9dfUH/WYhG/1aSSf9UnEz/UqRO/1CrUP9Ps1H/TrtS/03EU/9Nz1T+TOBV+0zrVfhM9FXw&#10;T/dV6VH4VeJS+FbbVPlX2VT5V9lU+VfZVPlX2VT5V9lU+VfZVPlX/1kmA/9XLgX/YC8H/2o2Df9x&#10;PhX/c0ge/3JRJv9vWi7/amM2/2VuPP9hekL/XYVH/1qPSv9XmE3/VaBQ/1SoUv5Sr1P9UbdV/FDA&#10;VvpPy1b4T9xX9U/pV/JP81fqUvZX4VP3WNpV+FnRVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+FrPVvha&#10;/1kmA/9aLAX/ZC0H/24zDf91PRX/eEYd/3dPJf90WC3/cGA1/2pqPP9mdkL/YoFH/l6LS/tblE/5&#10;WZ1S+FekVPZWrFb1VLRX81O8WPJTx1nwUtVa7FLmWulT8lnhVPVb11b2XM9X913IWfhdx1n4XcdZ&#10;+F3HWfhdx1n4XcdZ+F3HWfhd/1olA/9dKgX/ZyoG/3IyDP95OxT/fEUc/3xNJP96VSz/dV40/29n&#10;PPxqckL5Zn1I9mOHTPNfkFDxXZlT71uhVu1ZqFjrWLBa6le5W+hWw1zmVtFc41bkXN9W8F3VV/Vf&#10;zFn2YMZa9mDAW/Zhvlz2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZh/1slA/9gKAX/aygG/3cwC/9+OhP/&#10;gUMa/4JLIv9/Uyr/e1sz+XZkOvVwbkHxbHlI7WiDTepkjFHnYZVV5V+dWONdpVrhW61c3lq2XtxZ&#10;wF/aWc5g1VniYNFZ72HKWvRiwlz0Y7xd9GS3XvNktl/zZLZf82S2X/Nktl/zZLZf82S2X/Nk/1wk&#10;A/9jJgT/byYF/3svC/+CORH/hkEY/4dJIP+FUSj4glkw8n1gOO13akDocnVH5G5/TeFpiFLdZpFX&#10;2WOZWtVgoV3SX6hgz12xYs1cu2PLXMdkyVzbZcVd62W/XfJmuF/xZ7Ng8WevYfFnrmLxZ65i8Weu&#10;YvFnrmLxZ65i8WeuYvFn/10kA/9mJAT/ciQF/34uCv+HNxD/iz8W/4xHHfmLTyXyiFYt7INdNuZ+&#10;Zz7geHFG23N7TdVug1PQaoxYzGeUXcllnGDGY6Njw2GsZcFgtWe/X8FovV/Qabpg5mm1Ye9qr2Lv&#10;aqtj72qnZO9ppmXwaaZl8GmmZfBppmXwaaZl8GmmZfBp/14jA/9pIgT/diME/4IsCf+LNg7/jz4U&#10;/ZFFG/SRTCLtjlMq5opaMt+FZTvXfm1F0Hh2Tct0f1TGcIdawmyPXr9pl2K7Z59luGWnaLZksGqz&#10;Y7trsWPKbK9j4WyrZO1tpmbtbKNn7WygaO5rn2jua59o7mufaO5rn2jua59o7mufaO5r/18jA/9r&#10;IAP/eSIE/4UrCP+ONAz/kzwS+JZDGO+WSh7nlVAm4JFYLteKYTrOhGpFyH5zTcJ5e1W+dYNbuXGL&#10;YLVukmSybJpnr2qjaqxorGypZ7Zup2fEb6Vn2m+iaOtvnmnsb5tq7G6Za+1tmGvtbZhr7W2Ya+1t&#10;mGvtbZhr7W2Ya+1t/18jA/9uHgP/eyEE/4gqB/+RMgv/lzoP9JpBFeubRxrjm00h2pZVLc+PXjnI&#10;iWdEwYNvTbt+d1W2eX9bsXaHYK1zj2WpcJZopm6fbKNsqG6ga7JwnWvAcZxr0nKabOlxl23qcJRt&#10;63CSbuxvkm7sbpJu7G6Sbuxukm7sbpJu7G6Sbuxu/2EhA/9wHQP/fiAD/4spBv+VMQn7mzgN8J4+&#10;EeegRBbfoEod05pSK8qTXDjCjWRDu4dtTbSCdFSvfnxbqnqEYaZ3i2WidJNpnnKbbZpwpHCXb69y&#10;lW+8c5NvzXOScOZzkHDpco5x6nGNcetwjHHrcIxx63CMcetwjHHrcIxx63CMcetw/2MgA/9yGwP/&#10;gB8D/44nBf+XLwj4njYL7aI7DuSlQBLapEYczp5RKsWXWje9kWJCtYxqTK+HclSpgnlbpH+AYJ98&#10;iGWbeZBql3eYbZN1oXCQc6xzjXO4dItzyXWKdOJ0iXToc4h16XKHdepxh3XqcId16nCHdepwh3Xq&#10;cId16nCHdepw/2UfA/90GgL/gx4C/5AmBP+aLQb0oTQJ6aY3C+CqPQ7Up0QbyaFPKcCbWDa4lWBC&#10;sJBoS6mLb1Ojh3ZanoN+YJmAhWWUfY1qkHuWbox5n3GJeKlzhne1dYR3xXaDeN91g3jodIJ46XOC&#10;eOpxgnjqcYJ46nGCeOpxgnjqcYJ46nGCeOpx/2cdA/93GQL/hRwC/5MkA/+dKwXxpDAG5qozCNyu&#10;NwzPqkMaxaVOKLyfVzWzmV9Bq5RmSqSQbVOei3RamIh7YJOFg2WOgotqioCTboZ+nHGCfad0f3yz&#10;dX18w3Z8fdt2fH3odH186HN9fOlyfXzqcX186nF9fOpxfXzqcX186nF9fOpx/2kcAv95GAL/hxsC&#10;/5UjA/ugKQTuqCwE468vBdeyNAvLrUEZwahMJ7ejVTSvnV1Ap5lkSZ+Ua1KZkHJZk415X46KgGSJ&#10;h4hphIWRbYCDmnF8gqR0eYGxdneBwHZ2gdZ2doHndHeB6HN4gOlyeH/qcXh/6nF4f+pxeH/qcXh/&#10;6nF4f+px/2sbAv97FwL/ihoB/5ghAvijJgPqrCcD37QpA9K1MgrHsEAYvKxLJrOnUzOqols+op1j&#10;SJqZaVGUlXBYjpJ3XoiPfmSDjYZpfoqObXqJmHF2h6Jzc4audXGGvXZvh9J2cIfodHGF6HNyhOly&#10;c4TqcXOE6nFzhOpxc4TqcXOE6nFzhOpx/20ZAv9+FgH/jRgB/5seAfSnIgLmsCAB2rohAc24MQnC&#10;tD4XuLBJJK6rUjGlplo9naJhR5WeaE+Om25XiJh1XYKVfGN9k4RoeJCMbHSPlXBwjaBybYysdGqM&#10;u3Vpjc51aY3odGuL6XNtiepxbYjqcW2I6nFtiOpxbYjqcW2I6nFtiOpx/3AXAv+BFQH/kBYB/54a&#10;AfCrGwHithYA070dAci7Lwi9uDwVs7RHI6mwUDCgq1g7mKhfRZCkZk6JoWxVgp5zW32cemF3mYFm&#10;cpeKam6Wk25qlJ5xZpSqc2STuHNjlMtzY5TmcmWS6nFnj+pwZ47qcGeO6nBnjupwZ47qcGeO6nBn&#10;jupw/3MVAv+FEwH/lBQA/KMVAOqwEgDZvgwAzcEbAcLALQe4vToTrrlGIaS1Ty2asVY5kq5eQ4qr&#10;ZEyDqGpTfKVxWXajeF9xoX9jbJ+HaGiekWtknZxuYJyocF6ctnFdnMlxXZzkcF6a63BglutvYZXs&#10;b2GV7G9hlexvYZXsb2GV7G9hlexv/3cSAf+JEQH/mREA86gOANe1CgDPwQoAxsUYALzEKgWywjgR&#10;p79EHp67TSuUuFU2i7VcQISyYkl8r2lQdq1vVnCrdltrqn1gZqiGZGKnj2depppqW6WmbFiltW1X&#10;psdtV6bibFek7Wxan+1sWp7tbFqe7Wxanu1sWp7tbFqe7Wxanu1s/3wQAf+OEAD2ng0A2K0JAM24&#10;CQDHxAgAvsoUALXKJwSryDYPocVBG5fCSyiNv1Mzhb1aPH26YUV2uGdLcLdtUWq1dFZltHxbYLKE&#10;X1yxjmJYsZllVbClZlOws2dSscZnUrHhZ1Gv8WhTqvBoVKnwaFSp8GhUqfBoVKnwaFSp8GhUqfBo&#10;/4IOAP+UDADbpQYAzrEHAMW7BwC9xwcAtdAQAKzQIwOjzzMMmc0/GI/KSCT/4v/iSUNDX1BST0ZJ&#10;TEUAAwmGyFEufcZYOHbEXz9vwmZGacFsS2TAc1Bfv3tUW76EWFe9jVtUvZhdUbykX0+8s2BNvcVg&#10;Tb3gX0y88GFNt/ViTbb1Yk229WJNtvViTbb1Yk229WJNtvVi/4kLAOGcAwDQqgUAxbUFALu/BACy&#10;ywgAq9gNAKPZIAKa2C8JkNY8FIfURh9+0k8pdtBWMm/PXjlozWQ/Y8xrRF7Mc0lay3pMVsqDT1LK&#10;jVJPyphUTcqlVkvKs1dKy8VXScvgVknJ8FhHx/pZSMX7WkjF+1pIxftaSMX7WkjF+1pIxfta95EE&#10;ANSiAgDHrwQAurkDALDEBQCn0AkAn+EQAJjhIQOP4DAJhuA7En3fRBt13k0kbt1VK2fcXDJi22Q3&#10;XdtrO1nacj9V2npDUtqDRU7ajUhM2phKSdqlS0jbs0xH3MRMRtzeTEba7UxE2PlPQ9j7T0PY+09D&#10;2PtPQ9j7T0PY+09D2PtP25oAAMqpAgC7swIAsL0DAKXJBQCb1gkAlOgUAYzpJQSE6DMLe+g8FHPo&#10;RBtr6EsiZOdSKF7nWS1Z52AyVedoNVLnbzhP53c7TOeAPUnniT9H6JRBROifQkLprENB6bpEQOrN&#10;REDq5ERA6PVEQOf4Q0Dn+ENA5/hDQOf4Q0Dn+ENA5/hDzaMAAL2uAQCwuAEApMQCAJnQBQCP4QoA&#10;ifEaAYHxKAV48jIMcPI7E2nyQxli8kofXPNQI1bzVydS814rT/NlLUz0bDBJ9HMyRvR7NEP0hDZB&#10;9Y43PvWZOT32pDo79rA7Ove/PDn4zzw49+g8OPfsPDj37Dw49+w8OPfsPDj37Dw49+w8v6oAALGz&#10;AACkvwAAmMoBAIzYBACE+g4AfPsbAnT7JgVs/DAKZfw4EF79QBVY/kcZU/5NHU//VCBL/1oiSP9h&#10;JUX/ZyZC/20oQP91Kj3/fSs6/4YtOP+RLjb/my80/6YwM/+yMTL/vjIx/9AyMf/WMjH/1jIx/9Yy&#10;Mf/WMjH/1jIx/9Yysq8AAKW6AACYxgAAi9IAAH/fAgB5/xEBb/8ZAmf/IgRg/ywHWv80DFT/PA9P&#10;/0MTSv9JFUf/TxdD/1UZQP9bGz7/YRw7/2YeOf9tHzb/dCA0/30hMf+GIy//kSQt/5slLP+lJiv/&#10;ryYq/7snKf++Jyn/vicp/74nKf++Jyn/vicp/74nprYAAJjCAACLzgAAftsAAHX5BwBr/w8BYv8W&#10;Alv/HgNU/yYFTv8uBkn/NQhF/zwLQf9DDT7/SA47/04QOP9TETX/WBIz/14TMf9kFC7/ahUs/3IW&#10;Kv96Fyf/gxgl/44ZJP+YGiP/oBoi/6obIf+tGyH/rRsh/60bIf+tGyH/rRsh/60bmr4AAIvKAAB+&#10;1wAAcOMAAGf/BABe/w0AVv8SAU//GQJJ/yADQ/8nBD//LgU6/zQGN/86BzP/Pwcw/0QILv9JCSz/&#10;Tgkp/1MKJ/9YCiX/Xgsj/2QLIf9sDB//dA0d/30OG/+HDhn/jw8Y/5kPGP+bEBj/mxAY/5sQGP+b&#10;EBj/mxAY/5sQ/0wqA/9IMwX/TzQG/1Q3CP9aQQ7/XEoW/1pUHf9XYCT/VGsq/1B4L/9NhDP/So82&#10;/0eZOf9GoTv/Rak8/0SwPv9Dtz//QsA//0LJQP9B1UH/QeRB/0HuQv9B9kL/Qf1C/0L/QflE/0H0&#10;Rv9C70f/Qu9H/0LvR/9C70f/Qu9H/0LvR/9C/00pA/9KMgT/UTIG/1c2CP9cPw7/XkkW/11THf9a&#10;XiT/V2kq/1N1L/9QgTT/TY03/0qXOv9Inzz/R6c9/0auP/9FtUD/RL1B/0TGQv9D0UL/Q+JD/0Ps&#10;Q/9D9UP/Q/xD/ET/Q/VH/0PvSP9E60n/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E/00pA/9MMAT/VDEF&#10;/1k0CP9fPQ7/YUcW/2BSHf9dXCT/Wmcr/1ZzMP9TfzT/T4o4/02UO/9LnT3/SqQ//0isQP9Is0H/&#10;R7tC/0bDQ/9GzkT/Rd9E/0XqRf1F80X7RftF90b/RPBJ/0XqSv9G5Uv/R+VL/0flS/9H5Uv/R+VL&#10;/0flS/9H/04pA/9PLgT/Vy4F/10yB/9jOw7/ZUYW/2VQHf9hWST/XWQr/1pwMP9WfDX/U4c5/1CR&#10;PP9Omj//TaJA/0upQv9KsEP/SrdE/0nARf9Iykb9SNtG+kjnR/hI8kf1SPpG8Un/R+pL/0jjTP9J&#10;3k3/St5N/0reTf9K3k3/St5N/0reTf9K/08oA/9SLAT/WiwF/2EvB/9nOg7/akQV/2pOHP9nVyT/&#10;YmEr/15tMf9beDb/V4M6/1SNPf9SlkD/UJ5C/k+lRPxOrUX7TbRH+ky8SPlMx0j2S9RJ80vlSfBL&#10;8EntTPlI6Uz/SuFO/0vaT/9M01D/TdNQ/03TUP9N01D/TdNQ/03TUP9N/1AoA/9VKgT/XSkF/2Ut&#10;B/9sOA3/b0IU/29LHP9sVSP/aF4q/2NpMf9fdDb9XH87+1mJP/lWkkL3VJpE9VOiRvRSqUjyUbFJ&#10;8VC5Su9Pw0vuT89L60/iS+dP7kvkT/hN30/+TtVR/0/OUv9QyVP/UMlT/1DJU/9QyVP/UMlT/1DJ&#10;U/9Q/1EnA/9YJwT/YScE/2osBv9xNgz/dEAT/3RJGv9yUiL/blsp/WhkMPllcDb2YXs7816FQPBb&#10;jkPuWZZG7FeeSOpVpkroVK1M51O1TeVTv07jU8xO4VPfTt1T7U/YUvdR0VP9UspU/lPEVv9Tv1f/&#10;U79X/1O/V/9Tv1f/U79X/1O/V/9T/1InA/9bJQP/ZSQE/24qBv92NAv/ej0R/3pGGP94TyD7dFgo&#10;9m9hL/FrbDbtZ3Y86WOAQOZgikXkXZJI4VuaSt9Zok3dWKpP2leyUNhWvFHVVchS0lXbU85W61PL&#10;VvZVxlb9Vr9Y/Va6Wf1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1X/1MmA/9fIgP/aSED/3MoBf97&#10;Mgr/fzsQ/4BEFvt+TB70e1Ql7nZdLelxaDTkbXI74Gl8QdxlhUbYYo5K1F+WTdFdnVDOXKVSzFqt&#10;VMlZtlbHWcJXxlnQV8JZ5li/WfNZu1r7WbVb+1qwXftarV37Wa1d+1mtXftZrV37Wa1d+1mtXftZ&#10;/1YkA/9iIAP/bSAD/3cmBP9/MAj/hDkN/YZBFPWFSRvuglEi531aKuF4ZDLcc2461G53QdBqgEfM&#10;ZolMyGSRUMVimFPDYKBVwF6oWL5dsVm7XbxbuVzJXLdc4Fy0Xe9csF75Xatf+V2oYPlcpWH5XKVh&#10;+VylYflcpWH5XKVh+VylYflc/1giA/9lHgP/cR8D/3skA/+ELgf/iTYL+Is+Ee+LRhfoiE4e4YRX&#10;Jtl+YTHReGo6y3NzQsZvfEjCbIRNvmmMUbtmk1W4ZJtYtWOjWrNhrFywYLdermDEX6xg2F+pYetf&#10;p2H3X6Jj91+fZPdfnWT4Xp1k+F6dZPhenWT4Xp1k+F6dZPhe/1sgAv9oHAL/dB0C/34jA/+IKwX9&#10;jTQJ85A7DuqQQxTij0oa2opUJdCDXTDJfmc6w3hvQr50eEi5cYBOtW6IUrJrj1avaZdarGefXKll&#10;qF+mZLJhpGS/YqJk0GKgZOdinmX1Yppm9WGYZ/Zglmj2YJZo9mCWaPZglmj2YJZo9mCWaPZg/10f&#10;Av9qGgL/dxwC/4IhAv+LKQT5kTEH75U4C+aWPxDdlEcX0o5RJMqIWy/Cg2Q5vH5sQbd5dEiydXxO&#10;rnKEU6pvi1embZNbo2ubXqBqpGCdaK5jm2i6ZJloy2WXaONklWnzZJNq9GORa/VikGv1YZBr9WGQ&#10;a/VhkGv1YZBr9WGQa/Vh/18dAv9tGAL/ehsC/4UfAv+OJwP1lS4F65k1COGcOwzWmEMWzJNPIsSN&#10;WC69h2E4toJpQbB+cUirenlOp3eAU6N0iFifcZBbm2+YX5huoWKVbatkkmy3ZpBsxmaPbN9mjm3x&#10;ZYxu82SLbvRjim70Yopu9GKKbvRiim70Yopu9GKKbvRi/2EcAv9vFgL/fBoB/4geAf+RJALymSsE&#10;554xBd2gNgnRnEEVx5dNIb+RVi23jF83sYdnQKuCbkilfnZOoHt9U5x4hViYdo1clHSVX5FynmKO&#10;cahli3C0Z4lww2iHcNtnhnHuZoZy8mWFcvNkhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GOEcvRj/2MaAv9x&#10;FQH/fxgB/4ocAfyUIQLunCcC46IsA9ikMgjMn0AUw5pLILqVVSyzkF03rItlP6WHbEegg3NNm4B7&#10;U5Z9gleSeopcjniSYIp2m2OHdaVmhHSxZ4J0wGiAdNVogHXsZ3928mZ/dfNlf3XzZH9182R/dfNk&#10;f3XzZH9182R/dfNk/2UZAv90FAH/gRcB/40aAfmXHgHroCMB36YmAtKnMAfIoz4Tv55JH7aZUyuu&#10;lFs2p49jP6CLakabh3FNlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfnmvaHt5vWl6edFpeXrqaHp6&#10;8mZ6efJlennzZHp582R6efNkennzZHp582R6efNk/2cXAv92FAH/hBYB/5AXAfWbGgHnpB0B26sf&#10;Ac6qLwbEpj0SuqFIHrKdUSqqmFk0opRhPpyQaEWWjG9MkIl2UouGfVeGhIVbgoKNX36Al2N6f6Fm&#10;d36saHV9u2lzfs5pc37oaHR+8WZ0ffJldXzzZHV882R1fPNkdXzzZHV882R1fPNk/2kWAf94EwH/&#10;hxQA/5MVAPGeFQDjqBYA1a4bAcqtLQbAqTsRtqVGHa2hUCmlnFgznphfPJeUZkSQkW1Li450UYaM&#10;e1aBiYNbfIeLX3iGlGJ0hJ9lcYOqZ2+DuGltg8tpbYPmaG6D8mZvgvJlcIHzZHCB82RwgfNkcIHz&#10;ZHCB82RwgfNk/2sUAf97EgH/ihIA/5YSAO2iEADerQ4A0LEZAMWwKwW7rTkPsqlEG6mlTiegoVYy&#10;mZ1eO5KaZEOLl2tKhpRyUICSeVV7j4Bad42JXnKMkmFuipxka4moZ2mJtmhnichoZ4njZ2iJ8mZp&#10;h/NlaobzZGqG82RqhvNkaobzZGqG82RqhvNk/24SAf9+EAD/jRAA95oOANunCgDTsAsAyrQWAMC0&#10;KQS2sTcOra5DGqSqTCWbplUwk6NcOYygY0GGnWlIgJpwTnuYd1N2ln5YcZSGXGySkGBokZpjZZCm&#10;ZWOQtGZhkMZmYZDhZmGQ8mVjjvNkZIz0Y2SM9GNkjPRjZIz0Y2SM9GNkjPRj/3EQAf+CDwD/kQ0A&#10;3p8JANOqCQDMswkAxLgTALq4JgOxtjUMp7NBGJ6vSiOWrFMujqlaN4emYT+ApGdGeqFuTHWfdVFw&#10;nXxVa5yEWmaajl1jmZhgX5ikYl2YsmRbmMNkW5jeY1uY8GNclfViXpP1Yl6T9WJek/ViXpP1Yl6T&#10;9WJek/Vi/3UOAP+GDQDrlggA1aMHAMytCADFtgcAvbwRALS9IwKruzIKobk/FZi2SCCQs1EriLBY&#10;NICuXzx6q2ZDdKlsSG+oc05qpnpSZaWCVmGjjFpdopZcWqKiX1ehsGBWocFgVaLcYFWh72BWn/df&#10;V5z3X1ec919XnPdfV5z3X1ec919XnPdf/3oMAP2LCQDamwQAzqcGAMSwBgC8uQQAtcEOAKzCIAGk&#10;wTAImr88E5G9Rh2Juk8ngbhWMHq2XThztGQ/brJqRGixcUlksHlNX66BUVutilRYrZVXVKyhWVKs&#10;r1tQrMBbUKzaWk+r7ltPqvpbUab6W1Gm+ltRpvpbUab6W1Gm+ltRpvpb/4AJAOGSAQDRoAQAxqsF&#10;ALy0BACzvQMAq8cLAKTJHAGcyCwGk8c5D4rFRBmBw00jesFULHO/WzNtvmI5Z7xpPmK7cENeundH&#10;WrmAS1a5iU5TuJRQULigUk24rlRMuL9US7nYVEu37VRKtvlVSrP+Vkqz/lZKs/5WSrP+Vkqz/lZK&#10;s/5W+ocCANaYAADJpQMAva8DALO4AQCpwgQAoc0IAJrQFgCS0CgEis82DIHOQRV5zEoecstSJmzK&#10;Wi1myWEyYchoN1zHbzxYxnY/VcZ/Q1HFiUVOxZRIS8WgSknFrktIxb9LR8bYS0fF7UtGw/lNRcL/&#10;TkXC/05Fwv9ORcL/TkXC/05Fwv9O35AAAMyfAAC/qgEAs7MBAKm9AgCfxwUAltIJAI7aEgCI2yQC&#10;gNoyCHjZPhBx2EgYatdQH2TWWCVf1V8qW9RnL1fUbjNT03Y2UNN/OUzTiDtK05Q+R9OgP0XUrkBE&#10;1L9BQ9XYQETT7EBC0vZCQdH+REHR/kRB0f5EQdH+REHR/kRB0f5E0ZgAAMOlAAC1rgAAqbgAAJ7D&#10;AgCUzQYAitkKAITjGAF95CYDdeQyCG7jPA9n40UVYeNNG1zjVSBX410kVONkJ1DiaypN4nMtSuN8&#10;MEjjhjJF45A0Q+OcNUHkqTZA5Lg3P+XLNz/l5Dc/4/M2PeL7OD3i+zg94vs4PeL7OD3i+zg94vs4&#10;xqEAALerAACqtAAAnr4AAJPJAgCI1AYAf+4OAHntGwFx7ScDau4yCGTuOw1e7kMTWO5LF1PuUhpQ&#10;71keTO9gIEnvZyNH728lRPB3J0HwgCk/8IoqPfGVLDvxoS058q4uOPK+Lzfz0C838+cvNvHzLzbx&#10;8y828fMvNvHzLzbx8y828fMvuacAAKuwAACfuwAAksYAAIbQAQB73QUAdPcRAG33HAFm+CYDX/gv&#10;Blr5OApU+UAOUPpHEUz6ThRI+1UWRftbGEL7YhpA/GgcPfxwHTr9eB84/YIgNv2NIjT+mCMy/qQk&#10;Mf+xJTD/vyYv/88mLv/jJi7/4yYu/+MmLv/jJi7/4yYu/+Mmra0AAJ+3AACSwgAAhs0AAHnaAABw&#10;8ggAaP8RAGH/GgFa/yMDVP8rBE//MwZK/zsIRv9CC0P/SQ1A/08OPf9VEDr/WxE4/2ETNf9oFDP/&#10;bxUw/3gWLv+CFyz/jRkq/5kaKf+kGij/rxsn/7ocJv/HHCb/xxwm/8ccJv/HHCb/xxwm/8ccobQA&#10;AJO/AACGygAAeNYAAGziAABj/AcAXP8PAFX/FgFP/x4CSf8mA0T/LgRA/zQFPP87Bjn/QQc2/0YI&#10;M/9MCDH/UQku/1cKLP9dCir/ZAso/2wMJf91DSP/fw4h/4oPIP+VEB7/oBAe/6gRHf+xER3/sREd&#10;/7ERHf+xER3/sREd/7ERlbwAAIbHAAB50wAAa+AAAF7tAABW/wMAT/8MAEn/EgFD/xkBPv8gAjn/&#10;JwM1/y0DMv8zBC7/OAQr/z0FKP9CBSb/RwUk/0wGIv9RBiD/VwYd/14HG/9lBxn/bggX/3gIFf+D&#10;CBP/jQkT/5YJEv+eCRL/ngkS/54JEv+eCRL/ngkS/54J/0ItA/9CMgT/SDIE/0w2Bv9OPAj/UEcO&#10;/1BSFf9OXxr/S2sf/0h3JP9Fgyf/Qo4q/0GXLP8/oC7/P6cv/z6uMP89tTH/Pbwy/zzFMv88zjP/&#10;O98z/zvqNP878zT/O/s0/zz/M/48/zP8Pf809j//NfU//zX1P/819T//NfU//zX1P/81/0MsA/9E&#10;MAT/SjAE/040Bv9ROgj/U0YO/1JRFf9RXRr/Tmkg/0t0JP9IgCj/RYsr/0OVLf9CnS//QaUw/0Cs&#10;Mf8/szL/P7oz/z7CNP8+zDT/Ptw1/z3oNf898TX/Pvo1/T7/Nfs//zT4P/828kH/N/BB/zfwQf83&#10;8EH/N/BB/zfwQf83/0QsA/9HLgP/TS4E/1EyBf9UOQj/V0QO/1ZPFf9UWhv/UWYg/05yJf9LfSn/&#10;SIgs/0aSLv9FmzD/RKIy/0OpM/9CsDT/Qrc1/0G/Nv9ByTb/QNc3/0DlN/1A8Df6QPg390H/NvZB&#10;/zfyQf847EP/OepE/znqRP856kT/OepE/znqRP85/0UrA/9JLAP/UCwE/1UvBf9ZNwj/XEIO/1tN&#10;Ff9YVxv/VmMg/1JvJf9Peir/TIUt/0qPMP9ImDL/R580/0amNf9FrTb/RbQ3/0S8OP5Exjj8RNI5&#10;+UPiOfZE7jnzRPc58UT/Oe9E/zrrRf875Eb/PONG/zzjRv8840b/PONG/zzjRv88/0YrA/9NKQP/&#10;VCkE/1ksBf9eNQf/YUAN/2FKFP9eVBr/Wl8g/1drJv9Udir/UYEu/06LMf5MlDT8S5w1+0qjN/pJ&#10;qjj4SLE590i5OvZHwjv1R8078kffO+5H7DvrSPY76Uf/PedH/z7hSP8/2kr/QNhK/0DYSv9A2Er/&#10;QNhK/0DYSv9A/0cqA/9QJwP/WCYD/14qBP9jMwf/Zj0N/2ZHE/9kURr/YFsg/1xnJv1Zciv6Vn0v&#10;+FOHM/ZRkDX0UJg38k6fOfFNpjvvTK087ky1PexLvj3rS8o+6UvcPuVM6j3iS/U/30v+QdxK/0LU&#10;TP9DzU3/Q8tO/0PLTv9Dy07/Q8tO/0PLTv9D/0ooA/9UJAP/XCMD/2MoBP9oMAb/bDsL/2xEEv9q&#10;Thn+Zlgf+WFiJfVebSvyW3gw71iCNOxWizfqVJQ56FObO+ZRoz3lUao+41CyP+FPu0DgT8dA3k/Y&#10;QdlP6EHUT/RD0E7+Rc5O/0bIUP9GwlH/R8BR/0fAUf9HwFH/R8BR/0fAUf9H/00lAv9XIQL/YCAD&#10;/2gmA/9uLgX/cjgK/3JBEP1wSxf3bVQd8mheJO1kaSrpYXQw5V5+NOJbhzjgWY873VeXPttVn0DY&#10;VKZC1VOuQ9JSt0TQUsJFzlLQRstS5UbIUvJIxVL9ScJS/0q8VP9Kt1X/SrZV/0q2Vf9KtlX/SrZV&#10;/0q2Vf9K/1AjAv9bHgL/ZB4C/20kA/9zKwT/dzUI/ng+DvZ3RxTwdFAb6m9aIuRrZSngZ28v22N5&#10;NdZggjrSXYo+z1uSQcxZmkPKWKFFyFepR8ZWsknEVrxKwlXJS79V30u8Vu5MuVb6TbdW/02yWP9N&#10;rln/TaxZ/02sWf9NrFn/TaxZ/02sWf9N/1MgAv9eHAL/aBwC/3EiAv94KAP/fDEH+H46C/B9QxHp&#10;ekwY4nZXH9xyYSjUbWsvz2l0NstlfTvHYoVAxGCNQ8FelUa/XZxIvFukS7parUy4WbdOtlnDT7RZ&#10;1U+xWupQrlr3UKxa/1CoW/9QpFz/UKRd/0+kXf9PpF3/T6Rd/0+kXf9P/1YeAv9hGQL/bBoC/3Ug&#10;Av98JQP9gS4F84Q3CeqEPw7igUgV231THdF3XSfLcmcwxm5wN8JqeDy+Z4BBumWIRbdjkEi0YZhL&#10;sl+fTa9eqE+tXbJRq12+UqldzlOmXeVTpF70U6Je/1OfX/9SnGD/Uptg/1KbYP9Sm2D/Uptg/1Kb&#10;YP9S/1gcAv9kFwH/cBkB/3kdAf+AIwL4hioD7YkyBuSKOwrciEUS0YJQHMp9WibEeGMvvnNsN7lv&#10;dD21bHxCsmqERq5njEqrZZNNqGSbT6VipFKjYa5UoWG5VZ9hyFadYeFWm2LxVZli/VWXY/9UlWT/&#10;VJRk/1OUZP9TlGT/U5Rk/1OUZP9T/1oaAv9nFQH/cxcB/30bAf+EIAHziiYC6I4uBN+QNgfUjEER&#10;y4dNG8SCVya9fWAvt3hpNrJ0cT2ucXhCqm6AR6ZsiEqjao9OoGiYUZ1noFOaZqpVmGW1V5VlxFiU&#10;ZdtYkmbvV5Fm/FePZ/5Wjmf+VY1o/lWNaP5VjWj+VY1o/lWNaP5V/1wYAf9pEwH/dhYB/4AZAf2I&#10;HQHvjiIB5JMpAtqUMQbOkD8PxotLGr6GVSW3gV4usX1mNqx5bjyndnVCo3N9R59whEucboxOmGyU&#10;UpVrnVSSaqdXkGmyWY1pwFqMadVaimrsWYpq+liJa/1Xh2v9Vodr/laHa/5Wh2v+Vodr/laHa/5W&#10;/14XAf9sEgH/eBQB/4MXAPmLGgDrkh0B4JgjAdOYLwXKlD0OwY9JGbmKUySyhlstrIFkNaZ+azyh&#10;enJCnXd6R5l1gUuVc4lPkXGRUo5vmlWLbqRYiG2vWoZtvVuEbdBbg27pWoNu+FmCb/xYgm/9V4Jv&#10;/VeCb/1Xgm/9V4Jv/VeCb/1X/2AVAf9uEQH/exMA/4YUAPaPFgDnlhgA25wcAM+bLQTFlzsNvJNH&#10;GLSOUSOtilksp4ZhNKGCaTucf3BBl3x3RpN5fkuPd4ZPi3WOUohzl1WEcqFYgnGsWn9xulx+ccxc&#10;fXLnW31y9lp8cvxZfHL8V3xy/Vd8cv1XfHL9V3xy/Vd8cv1X/2IUAf9xEQH/fREA/4gSAPKSEgDj&#10;mhIA1Z8ZAMqeKwTBmzkMuJdFF7CSTyKpjlgroopfM5yGZzqXg25AkoB1RY1+fEqJfIROhXqMUoJ4&#10;lVZ+d59Ye3aqW3l1uFx3dcpcd3blXHd39Vp3dvtZd3b8WHd2/Fd3dvxXd3b8V3d2/Fd3dvxX/2QS&#10;Af9zEAD/gBAA/4sQAO+VDgDfng0A0KIXAMahKQO9njcLtJpDFqyWTSCkklYqnY5eMpeLZTmSiGxA&#10;jYVzRYiDekqEgIFOgH+KUnx9k1V4fJ1YdXuoW3N6tlxxesdccXriXHF781pxe/tZcnr8WHJ6/Fhy&#10;evxYcnr8WHJ6/FhyevxY/2cRAf91DwD/gw4A9I4NANuZCgDUoQsAzKQVAMKkJwO4ojYKsJ5CFaea&#10;TB+gl1QpmZNcMZOQYziNjWo/iIpxRIOIeEl+hn9NeoSIUXaCkVVzgZtYb4CmWm1/tFxrf8Vca4Df&#10;XGuA8lprgPtZbH78WG1+/FhtfvxYbX78WG1+/FhtfvxY/2kQAf94DgD/hQwA4pIIANWbCQDOowkA&#10;x6gSAL2oJQK0pjQJq6JAE6OfSh6bm1InlJhaMI6VYTeIkmg9gpBvQ36Odkh5jH1MdYqFUHGIjlRt&#10;h5lXaoakWWeFsVtlhcJbZYXcW2WF8FpmhftZZ4P8WGeD/Fdng/xXZ4P8V2eD/Fdng/xX/2wOAP97&#10;DADyiQkA2ZUGAM+eCADJpggAwasQALirIgKvqjIIpqc+Ep6kSByWoVElj55YLoibXzWCmWY8fZZt&#10;QXiUdEZzkntLb5CDT2uPjFJnjpZVZI2iWGGMr1lfjMBaX4zZWV+M7llfjPtYYYr9V2GJ/Vdhif1X&#10;YYn9V2GJ/Vdhif1X/28MAP9/CQDfjQMA0pgGAMqiBgDCqQYAuq8OALKwIAGpri8Goaw8EJipRhqR&#10;p08jiaRWLIOiXTN9n2Q5d51rP3KbcURumnlIaZiBTGWXilBhlZRTXpWgVVuUrVdalL1YWZTUV1mU&#10;7FdZk/lWW5H+VVuQ/lVbkP5VW5D+VVuQ/lVbkP5V/3MJAPWEBADYkQMAzJwFAMOlBQC7rQQAs7MM&#10;AKu1HAGjtCwFm7I5DpKwRBeKrU0gg6tUKX2pXDB3p2I2caVpPGykb0FoondFZKF/SV+fiExcnpJP&#10;WJ6eUladq1NUnbxUU53RVFOd61NTnPhTVJr/U1SZ/1NUmf9TVJn/U1SZ/1NUmf9T/3gGAOGJAADQ&#10;lgIAxqEDALypAwCzsAEAq7gIAKS6GACcuikDlLk2C4y3QRSEtUodfLNSJXaxWixwr2Aya65nOGat&#10;bjxiq3VAXqp9RFqphkhWqJFKU6idTVGnqk5PqLpPTqjPT06n6U9NpvdPTaX/T06k/09OpP9PTqT/&#10;T06k/09OpP9P+n8AANiOAADJmwEAvqUCALStAQCrtQAAob8EAJvBFACUwSUCjMAzCIS/PhF8vUgZ&#10;dbxQIW+6WCdquV8tZbhlMmC3bDZctnQ6WLV8PlW0hUFRtJBETrOcRkyzqUhKs7lISbTOSEmz6UhI&#10;sfZJSLD/Skiw/0pIsP9KSLD/Skiw/0pIsP9K4oYAAM6UAADCoQAAtqkAAKuxAAChugEAmMMFAJDJ&#10;EACKySABg8kvBXvIOw10x0UUbsZOG2jFViFjxF0nXsNkK1rCay9WwXIzU8F7Nk/AhDlMwI88SsCb&#10;PkfAqD9GwLhARcDNQEXA6D9EvvZBQ73/QkO8/0NDvP9DQ7z/Q0O8/0NDvP9D1o0AAMabAAC4pQAA&#10;ra4AAKK2AACYvwIAjcgGAIPRCwB/0hoAedIqA3LSNwhs0UIPZtFLFWHQUxpcz1sfWM9iI1TOaSdR&#10;znEqTc56LUrOgzBIzo4yRc6aNEPOqDVCzrg2Qc/NNUHO6DVAzfU3P8v+OT7L/zk+y/85Psv/OT7L&#10;/zk+y/85ypYAALyiAACvqgAAo7MAAJi8AACNxgMAgs8HAHjZCwBz3hgAbt4mAmjeMwVi3j4KXd5I&#10;D1neUBRV3lgXUd5gG07eZx5L3W8gSN54I0begSVD3ownQd6YKT/epio+37UqPeDIKj3f4yo83fEr&#10;O9z7LTrc/S463P0uOtz9Ljrc/S463P0uwJ8AALGnAACksAAAmLoAAI3DAACBzQIAdtcHAG7oDwBp&#10;6BsBY+gnAl7pMgVY6TsIVOlEDE/qTA9M6lMSSepbFUbqYhdE62oZQetyGz/rex0864YeOuyRIDjs&#10;niE37awiNu27IzXuzyM07uYjNOv1IzTr+CM06/gjNOv4IzTr+CM06/gjs6UAAKatAACZtwAAjcEA&#10;AIDLAAB11QEAaeEGAGTzEQBe8xwBWfQmAlT0MARP9TgGS/VACEf2RwpE9k4MQfdVDj/3XA8892MR&#10;OvhqEzf4cxQ1+H0WM/mIFzH5lBgv+qEZLvqvGi37vhos+88bK/vnGyv76xsr++sbK/vrGyv76xsr&#10;++sbqKoAAJq0AACNvwAAgMkAAHTTAABn3gAAXvIIAFn+EQBT/xoBTv8jAkn/KwNF/zMEQf86BT7/&#10;QQY7/0cHOP9OCDX/VAkz/1oJMf9hCi//aQss/3IMKv99DSj/iA4m/5UPJf+hECT/rhEj/7oSIv/K&#10;EiL/0BIi/9ASIv/QEiL/0BIi/9ASnLIAAI68AACBxwAAc9EAAGfdAABZ4wAAU/0GAE3/DgBI/xYA&#10;Q/8eAT//JgI6/y0CN/8zAzP/OQMw/z8ELv9EBCv/SgUp/1AFJ/9WBiT/XQYi/2UHIP9uBx3/eQgb&#10;/4UIGv+SCRn/ngkY/6gJF/+zCRf/twkX/7cJF/+3CRf/twkX/7cJkLoAAILFAAB00AAAZ9wAAFjj&#10;AABN8AAAR/8CAEL/DAA8/xEAOP8YATT/HwEw/yUBLP8rAin/MAIl/zUCI/86AiD/PwMe/0QDHP9J&#10;Axn/TwMX/1YEFf9eBBL/aAQR/3IFD/9+BQ7/igUO/5QFDf+eBQ3/ogUN/6IFDf+iBQ3/ogUN/6IF&#10;/zkvAv88MAP/QTED/0Q0BP9EOgb/REUI/0VRDP9DXRH/QWkW/z52Gf88gRz/Oowe/zmWIP84niH/&#10;N6Uj/zerI/82siT/Nrkl/zbAJf81yib/Ndcm/zXlJv817yb/Nfgm/zb/Jv42/yb8Nv8m/Db/J/o2&#10;/yj6Nv8o+jb/KPo2/yj6Nv8o/zkvAv8+LwP/RC8D/0YyBP9IOAb/SEMI/0hPDf9HWxL/RGcW/0Jz&#10;Gv8/fx3/PYof/zyTIf87myP/OqIk/zmpJf85sCb/OLYm/zi+J/84xyf/ONMo/zjjKP847Sj+OPco&#10;+zj+J/k5/yf4OP8p+Dj/KvY4/yr2OP8q9jj/KvY4/yr2OP8q/zovAv9BLAP/RiwD/0ovBP9MNwX/&#10;TUEI/0xMDf9LWBL/SGQX/0ZwG/9DfB7/QYcg/z+QI/8+mCT/PaAl/z2mJv88rSf/PLQo/zu7Kf87&#10;xCn/O88p/jvgKvs76yr4O/Up9jz+KfQ8/yrzO/8r8jv/LO87/y3vO/8t7zv/Le87/y3vO/8t/zwt&#10;Av9EKQL/SikD/04sBP9RNAX/Uj4I/1JKDf9QVRL/TWEX/0ptG/9IeB//RYMi/0ONJP9ClSb/QZ0n&#10;/0CjKP9Aqin+P7Eq/T+4K/w/wSv6P8sr9z/cLPU/6SzxP/Qr7z/9LO0//y3sPv8v6z7/MOc//zDn&#10;P/8w5z//MOc//zDnP/8w/0AqAv9IJgL/TiYD/1IpA/9WMgX/VzwH/1dHDP9VURL/Ul0X/1BpHP9N&#10;dCD/Sn8j/UiJJvtHkSj6Rpkp+EWgKvdEpyv1RK0s9EO1LfNDvS3yQ8gu8EPXLuxD5y7pRPMt5kP8&#10;MORC/zHjQv8y4UL/M9xD/zTcQ/803EP/NNxD/zTcQ/80/0MnAv9LIwL/UiIC/1gnA/9cLwT/XTkH&#10;/15DDP9bThH/WFgX/lVkHPpSbyD3UHok9E2EJ/JMjSnwSpUr70mcLe1Joy7sSKov6kexL+lHujDn&#10;R8Uw5kfSMOJI5TDfR/Iy20f7NNhG/zXVRv820kb/N81I/zfNSP83zUj/N81I/zfNSP83/0YkAv9P&#10;IAL/Vh8C/10kA/9hLAT/YzUG/2RAC/9iShD6XlQW9VtfHPFYayDuVXUl61N/KOhRiCvmT5Et5E6Y&#10;L+JNoDDhTKcx30yuMt1LtzPbS8I02UrPNdVL5DXQS/A2zUr7OMpK/zrISv86xkv/O8FM/zvBTP87&#10;wUz/O8FM/zvBTP87/0ohAv9THQL/WxwC/2IiAv9nKQP/aTIF/2o8CfloRg/yZVAV7WFbGuheZiDk&#10;W3El4Vh7Kd5WhCzbVIwv2FKUMtRRmzTSUKM10E+qN85OsjjMTrw5yk7JOshO3TrET+07wU75Pb5O&#10;/z28Tv8+uk//PrZQ/z62UP8+tlD/PrZQ/z62UP8+/00eAv9WGgH/XxoB/2cgAv9sJgL/by4E+XA4&#10;B/JvQgzrbEsS5WlXGd9lYh/aYWwl1F12KtBbfi/NWYcyylePNchWljfGVJ05xFOlO8FTrTy/Urc+&#10;vVLDP7xS0z+5Uug/tVL2QbNS/0GxU/9Br1P/QaxU/0GsVP9BrFT/QaxU/0GsVP9B/1AcAf9aFwH/&#10;ZBgB/2wdAf9xIwL9dSoD83YzBet2PQrjc0cP3G9TF9RrXh/OZmcmymNxK8ZgeTDCXoE0v1yJN71a&#10;kTq6WZg8uFigPrZXqEC0VrJCsla9Q7BVzEOtVuNEq1bzRKhX/kSnV/9EpVj/RKJY/0SiWP9Eolj/&#10;RKJY/0SiWP9E/1MZAf9dFAH/aBYB/3AaAf92IAH3eiYC7XwuA+R8OAfcekQN0nVPFstwWh7GbGMm&#10;wWhsLL1mdTG5Y301tmGEObNfjDywXZQ/rlybQatbpEOpWq1Fp1q4RqVZx0ejWt5HoVrvR59b/Eed&#10;W/9Hm1z/Rppc/0aaXP9Gmlz/Rppc/0aaXP9G/1UXAf9gEgH/axQB/3QXAP96HAHyfyIB54EpAt6C&#10;MwTTf0AMy3pMFcR2Vh6+cWAluW5oLLRrcTKxaHk2rWaAOqpkiD2nYo9ApWCXQ6JfoEWfXqlHnV60&#10;SZtdwkqZXdZKl17sSpZf+kmVX/9Jk2D/SJJg/0eSYP9HkmD/R5Jg/0eSYP9H/1gVAf9jEQH/bhIA&#10;/3cVAPt+GADtgx0A4ocjAdaHLgPMgz0LxX9JFL17Ux23dl0lsnNlLK1vbTKpbXU3pmp8O6JohD6f&#10;ZoxBnGWURJljnEeXYqZJlGKwS5JhvkyQYdBMj2LoTI5j+EuNY/9KjGT/SYtk/0mLZP9Ji2T/SYtk&#10;/0mLZP9J/1oTAf9mEAD/cREA/3oSAPeCFADohxcA3YscANCLLAPHiDsKv4RHE7h/URyxe1okrHdi&#10;K6d0ajGjcXI2n295O5ttgD+Ya4hClWmQRZJomUiPZqJKjGatTIpluk2IZcxOh2bmToZn9kyGZ/9L&#10;hWj/S4Ro/0qEaP9KhGj/SoRo/0qEaP9K/1wSAf9oDwD/dBAA/30QAPOFEADkixEA1o8XAMuOKgLC&#10;jDgJuohEErOETxusf1gjp3xgK6F4aDGddW82mXN2O5VxfT+Sb4VCjm2NRYtslkiIa6BLhWqqTYNp&#10;t06BachPgGrjT4Br9E5/a/9Mf2v/S39r/0t/a/9Lf2v/S39r/0t/a/9L/14QAf9rDgD/dg4A+4AN&#10;AOqIDQDbjwwA0JIVAMeSJwK+jzYItoxCEa6ITRqohFYiooBeKpx9ZTCXemw1k3dzOo91ez6Mc4JC&#10;iHKLRoVwk0mCb51Mf26oTn1utU97bcZQem7gUHlv8k55b/5NeW//THlv/0t5b/9LeW//S3lv/0t5&#10;b/9L/2APAP9tDQD/eQwA7oMLANuLCQDUkQoAzJUTAMKVJQK5kzQHsY9BEKqMSxmjiFQhnYRcKZeB&#10;Yy+Sfmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKmTnZys1B1csNQc3LdUHRz8E90c/1NdHP/&#10;THRz/0x0c/9MdHP/THRz/0x0c/9M/2IOAP9vDAD8ewoA3oYGANWOCADPlAkAx5gRAL6YIwG1ljIG&#10;rZM/D6aQSRifjFIgmIlaKJOGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXp5j0l2eJlMc3ekTnF3sVBv&#10;dsFQbnfZUG53709ud/xObnf/TW93/0xvd/9Mb3f/TG93/0xvd/9M/2QNAP9yCgDwfgYA2ogFANCQ&#10;BwDKlwgAwpsQALmbIQGxmjAGqZc9DqGURxeakVAflI1YJ46LXy2JiGYzhIZtOICEdD17gntBeICE&#10;RXR/jUhxfZdLbXyiTmt8r09pe75QaHzVUGh87U9pfPtOaXz/TWp7/0xqe/9Manv/TGp7/0xqe/9M&#10;/2YKAP91CADhgQIA1IsFAMuTBgDEmgYAvZ4OALWfHwGsni4FpJs7DJ2YRRWWlU4ej5NWJYmQXSyE&#10;jmQyf4trN3qKcjx2iHlAcoaBRG+Fikdrg5VKaIKgTWWBrE5jgbxPYoHRT2KB605jgflNY4H/TGSA&#10;/0tkgP9LZID/S2SA/0tkgP9L/2kIAPt4BADchAEAz48EAMaXBQC/nQUAt6EMAK+jHACnoiwEn6A5&#10;C5ieQxSRm0wciphUI4SWXCp/lGIwepJpNXWQcDpxjnc+bY1/QmmLiEZlipJJYomeS1+Iqk1eiLpO&#10;XIjOTl2I6U1dh/hMXYf/S16G/0tehv9LXob/S16G/0tehv9L/20FAOp8AADViAAAypIDAMGaAwC5&#10;oAMAsaYJAKmnGQCipykDmqU2CZKjQRKLoUoahJ9SIX6dWih5m2AudJlnM2+XbjhrlnU8Z5R9QGOT&#10;hkNgkZBGXJGcSVqQqUtYkLhMV5DMTFeQ50tXj/dKV47/SliO/0lYjv9JWI7/SViO/0lYjv9J/3EB&#10;AOCAAADPjAAAxJYCALueAgCypAAAqaoFAKKsFQCbrCYClKs0B4yqPw+FqEgXfqZQHnikWCVzol4r&#10;bqFlMGqfbDRlnnM5YZ17PF6bhEBamo5DV5maRVSZp0dSmbZIUZnKSFGY5khRl/VIUZf/R1GW/0dR&#10;lv9HUZb/R1GW/0dRlv9H9ncAANiFAADJkQAAv5sBALSiAACrqAAAobAAAJqyEQCUsyIBjbIwBYWx&#10;PAx+r0YUeK5OG3KsViFtq1wnaKljLGSoajBgp3E0XKZ5OFilgjtVpIw+UaOYQE+jpUJNo7RDTKPI&#10;Q0yj5ENLofRDS6D/REug/0RLoP9ES6D/REug/0RLoP9E430AAM+LAADClgAAt58AAK2mAACjrQAA&#10;mbUAAJC5DgCLuh4BhLotA325OQl3uEMQcbZMF2u1Ux1mtFoiYrNhJl6yaCtasW8uVrB3MlOwgTVP&#10;r4s4TK+XOkqupDxIrrM9R67HPUeu4zxGrfM9Rqv+PkWr/z9Fq/8/Rav/P0Wr/z9Fq/8/2oMAAMeR&#10;AAC7nAAAr6QAAKWrAACasgAAkLoBAIbBCQCBwhgAe8IoAnXCNQZvwUAMacBJEmS/URdfvlgcW75f&#10;IFe9ZiRUvG4nUbx2Kk27fy1Ku4owSLuWMkW7ozRDu7I0QrvFNUO74jRCufM1Qbj9N0C3/zdAt/83&#10;QLf/N0C3/zdAt/83zosAAL+YAACyoQAAp6kAAJywAACRuAAAhsACAHvIBwB0yxIAcMwiAWvLMANm&#10;yzwHYctFDFzKThFYylYVVMpdGVHJZBxOyWwfS8l0IkjIfiRFyIgnQ8iVKEHIoio/yLErPsnEKz7J&#10;4So+x/IrPcb8LTzF/y48xf8uPMX/LjzF/y48xf8uxJMAALafAACppgAAna4AAJK3AACGvwAAe8cD&#10;AHDPBwBn1g0AZNcaAGDYKgFc2DYDWNhBBlTYSgpQ2FINTdhaEErXYhNH12kWRddyGELXfBpA2Icc&#10;PdiTHjzYoR862bAgOdnDIDnZ3yA51+8gONX5IjfU/yM31P8jN9T/IzfU/yM31P8juZwAAKukAACf&#10;rAAAk7UAAIe+AAB7xgAAcM4DAGXWBwBd4w4AWuMbAFbjJwFS5DICTuQ8BErkRAZH5U0IReVVCkLl&#10;XAxA5WQOPuZsEDvmdhI55oAUN+eMFTXnmRY056gXMui4GDLozBgx6OUYMeb0GDHl/Bgx5fwYMeX8&#10;GDHl/Bgx5fwYrqIAAKGqAACUswAAiL0AAHvGAABvzgAAY9YBAFjeBQBU7hAAUe8bAE3vJgFJ8C8C&#10;RfA4A0HxPwQ+8UcFPPJOBjryVQc38lwINfNkCTPzbQox9HcML/SCDS30jw4r9Z0PKvarECn2vBAo&#10;9s4RJ/fmESf18REn9fERJ/XxESf18REn9fERo6gAAJayAACIuwAAe8UAAG/OAABi1wAAVt4AAE7w&#10;BwBK+hAARvsZAEL7IgE//CoBO/0yAjj9OQI1/j8DMv5GAzD/TAQu/1MFK/9aBSn/YgYn/2sGJP92&#10;ByP/gggh/5AIIP+dCR//qwke/7oJHf/JCRz/3Qkc/90JHP/dCRz/3Qkc/90JmLAAAIq6AAB8xAAA&#10;b80AAGLYAABV3gAASeQAAET7BQA//w4AO/8VADj/HAA0/yQBMf8rAS3/MQEq/zYCJ/88AiX/QgIj&#10;/0gCIP9OAx7/VQMc/10DGf9nBBf/cgQV/38EFP+MBRP/mgUS/6YFEf+yBRH/vAUR/7wFEf+8BRH/&#10;vAUR/7wFjLgAAH3CAABvzAAAYtgAAFTfAABH5QAAPvEAADn/AQA0/wsAMP8QACz/FgAp/xwAJv8i&#10;ACL/JwEf/ywBHP8xARr/NgEY/zwBFf9BARP/SAIR/08CEP9XAg3/YQIM/2wCCv95Agn/hgMI/5ID&#10;B/+dAwb/pQMG/6UDBv+lAwb/pQMG/6UD/zExAv82LgL/Oi8C/zsyA/87OQT/O0MF/zlPB/84XAr/&#10;NmgN/zR0EP8ygBL/MYsU/zCUFv8wmxf/L6IX/y+oGP8urxn/LrUZ/y68Gf8uxRr/Ls8a/y7gGv8u&#10;6xr/LvQa/y78Gvwv/xn7L/8a+i7/G/ou/xz6Lv8c+i7/HPou/xz6Lv8c/zMvAv85LAL/PS0C/z4w&#10;A/8/NgT/P0EF/z1NB/88WQr/OmUO/zhyEf82fRP/NYgV/zSRF/8zmRj/M6AZ/zKmGf8yrBr/MbMa&#10;/zG6G/8xwhv/Mcwb/zHdG/8x6Rv9MfMb+jL7G/gy/xv3Mv8c9jH/HfUx/x71Mf8e9TH/HvUx/x71&#10;Mf8e/zUsAv88KgL/QCoC/0ItA/9DNAT/RD8F/0JKB/9BVgr/P2IO/z1uEf87ehT/OYQW/ziOGP83&#10;lhn/Np0a/zakG/81qhz/NbAc/zW3Hf81vx3/Nckd/DXYHfo15x33NfEd9DX6HfI1/x7xNf8f8DX/&#10;IO80/yHvNP8h7zT/Ie80/yHvNP8h/zgqAv8/JwL/QyYC/0YpAv9JMgP/STwF/0hHB/9GUwv/RF8P&#10;/0JqEv9AdhX/PoAY/zyKGf88khv/O5oc/TqgHfw6px37Oa0e+jm0H/k5vB/4OcYf9jnTH/I55B/v&#10;OfAf7Dr6H+o5/yHpOf8j6Dn/JOc5/yTnOf8l5zn/Jec5/yXnOf8l/zwnAv9DIwL/SCIC/0wmAv9P&#10;LwP/UDkF/05DB/9MTwv/SlsP/0hmE/9FcRb8Q3wZ+kKGG/hBjhz2QJYe9T+dH/M/oyDyPqog8T6x&#10;IfA+uSHuPsMh7T7PIeo+4iHmP+8h4z75I+E9/yXfPf8n3j3/KNw9/yjcPf8o3D3/KNw9/yjcPf8o&#10;/z8jAf9HIAH/TB4B/1EkAv9VLAP/VjUE/1U/Bv9TSgr+UFYP+k5iE/ZLbRfzSXca8EeBHO5Gih7s&#10;RZIg60SZIelDoCLoQ6cj5kOuI+VCtiTkQsAk4kPMJN9D4CTbQ+0l1kL4KNNC/yrRQv8rz0H/K85B&#10;/yzOQf8szkH/LM5B/yzOQf8s/0MgAf9KHAH/UBsB/1chAf9bKAL/XDID/1s7BvxZRgn2VlEO8VRd&#10;E+1RaBfpT3Ia5k18HeRLhSDiSo4h4EmVI95InCTcR6Mm2kerJ9hGsyjVRrwo00bIKdFG3CrNR+wq&#10;yUb3LMdG/y7ERv8vw0b/L8JG/y/BRv8vwUb/L8FG/y/BRv8v/0YdAf9OGAH/VhgB/1weAf9gJQL/&#10;Yi0D/GI3BfRgQQjuXUwN6FpYEuNYYxffVW4b21J3H9hQgCLUT4kk0U2QJ89MlyjNTJ4qy0umK8lK&#10;rSzHSrctxkrCLsRK0S/BS+cvvUr0MbtK/zK4Sv8yt0v/M7ZL/zO2S/8ztkv/M7ZL/zO2S/8z/0oa&#10;Af9SFQH/WhYB/2EbAf9mIQH+aCkC9GgyA+xnPAblZEgL32FUENleXhfSW2kczlhyIMtWeyTIVIMn&#10;xVKLKsNRkizBUJkuv0+hL71PqDG7TrEyuU68M7dOyjS1TuE0sk7xNa9P/TatT/82rE//NqtP/zar&#10;T/82q0//NqtP/zarT/82/00XAf9VEgH/XxQA/2YYAP9rHQH4bSQB7W4sAuVtNgTda0MI1GdPEM1k&#10;WhfIYGQdxF1tIsFbdia9WX4pu1eFLLhWjS+2VZQxtFScM7JTpDSwUq02rVK3N6xSxTiqUto4p1Lt&#10;OaVT+jmjU/85olP/OaFU/zihVP84oVT/OKFU/zihVP84/08UAf9ZEAD/YxIA/2oUAP9vGQDych8A&#10;5nQmAd10MQLTcT8Iy21LD8VpVhfAZmAdu2NpIrdgcSe0XnkrsVyALq5biDGsWY8zqliXNadXnzel&#10;V6g5o1azOqFWwDufVtI8nVbpPJtX+DyaV/88mVj/O5hY/zuYWP86mFj/OphY/zqYWP86/1ISAf9c&#10;DgD/ZhAA/20RAPpzFADrdxgA4HkfANR5LQLLdjwHxHJIDr5vUxa4a1wds2hlIq9lbSesY3UrqWF8&#10;L6ZfhDKjXos1oV2TN55cmzmcW6Q7mVqvPZdauz6WWsw/lFrlP5Jb9T6RW/8+kFz/PZBc/zyPXP88&#10;j1z/PI9c/zyPXP88/1URAP9fDQD/aQ4A/3EOAPV3EADmexEA2X0YAM59KgLFezkGvndFDrd0UBWx&#10;cFkcrW1iIqhqaSelaHEsoWZ4L55kgDObYoc2mGGPOJZgmDuTX6E9kV6rP49euECNXshBi17hQYpf&#10;80CJX/8/iWD/Pohg/z6IYP89iGD/PYhg/z2IYP89/1cPAP9iDAD/bAwA+HQMAOl6DADefgwA0oEV&#10;AMiBJwHAfzYGuHxCDbJ4TRWsdVYbp3JfIqJvZieebG4sm2p1MJdofDOUZ4Q2kWWMOY5klTyMY54+&#10;iWKoQIditUKFYsVChGLeQ4Nj8UKCY/1BgmT/QIJk/z+CZP8/gmT/P4Jk/z+CZP8//1kOAP9kCwD/&#10;bgoA6ncIANt9CADUggoAzIQSAMOFJAG7gzQFs4BADK18SxSmeVQboXZcIZxzZCaYcWsrlG9yL5Ft&#10;eTOOa4E2i2qJOYhokjyFZ5s/gmamQYBmskN+ZsFEfWbZRHxn70N8Z/xBfGj/QHxo/0B8aP8/fGj/&#10;P3xo/z98aP8//1sMAP9nCQD3cQcA3noFANSABwDOhQkAx4cRAL6IIgG2hzEEr4Q+C6iBSROifVIa&#10;nHpaIJd3YSaTdWgrj3NvL4txdzOIb342hW6GOoJtjz1/a5k/fGujQnlqsEN4ar9EdmrURXZr7UN2&#10;a/tCdmv/QXZs/0B2bP9Admz/QHZs/0B2bP9A/10KAP9pBwDsdAMA2nwEANCDBgDJiAcAw4oPALqL&#10;IAGyii8Eq4g8CqSFRxKdgVAZmH5YH5N8XyWOeWYqindtLoZ1dDKCdHw2f3KEOXxxjT15cJZAdm+h&#10;QnRurkRybr1FcG7RRXBv60Rwb/pDcW//QXFv/0BxcP9AcXD/QHFw/0BxcP9A/18IAP9rBADhdgAA&#10;1H8DAMuGBQDFiwYAvo0NALWPHgCuji0Dpow6CZ+JRRGZhk4Yk4NWHo6AXSSJfmQphXxrLYF6cjJ9&#10;eHk1eneCOXd2izxzdZU/cXSfQm5zrERsc7tFa3PORWtz6URrc/hDa3P/Qmxz/0Fsc/9AbHP/QGxz&#10;/0Bsc/9A/2EFAPpuAQDdeQAA0IICAMeJBADAjgQAuZEMALGSGwCpkisDopA4CJuNQw+UikwXjohU&#10;HYmFWyOEg2IogIFpLXx/cDF4fnc1dXx/OHF7iDxuepI/a3mdQWh4qkNmeLhEZXjMRWV450RlePdD&#10;Znj/QmZ4/0FmeP9AZnj/QGZ4/0BmeP9A/2QDAO5xAADYfAAAy4UCAMOMAwC7kQMAs5QJAKyWGACl&#10;ligCnZQ2B5aSQQ6Qj0oVio1SHISLWiJ/iWAne4dnLHeFbjBzg3U0b4J9N2yBhjtpf5A+Zn6bQWN+&#10;qENhfbZEYH3JRF995UNgffZCYH3/QWF9/0Bhff9AYX3/QGF9/0Bhff9A/2cAAON0AADSfwAAx4gB&#10;AL6PAgC2lQEArpgGAKaaFQCfmiYCmJkzBpGXPwyLlUgUhZNQGn+RWCB6j18ldo1lKnKLbC5uinMy&#10;aoh7NmaHhDljho48YIWZP12EpkFbhLRCWoTHQ1qE40Jag/RBW4P/QFuD/0Bbg/8/W4P/P1uD/z9b&#10;g/8//2oAAN54AADNgwAAwowAALmTAACwmAAAp50CAKCfEgCZnyMBk54xBYydPAuFm0YSf5lOGHqX&#10;Vh51ll0jcJRjKGySaixokXEwZZB5NGGOgjdejYw6WoyXPViMpD9Wi7JAVIvFQFSL4UBUivM/VYr+&#10;P1WJ/z5Vif8+VYn/PlWJ/z5Vif8+728AANZ8AADIhwAAvZEAALSYAACqnAAAoKIAAJmkEACTpSAB&#10;jKQuA4WjOQl/okMPeaBMFnSfUxtvnVogapxhJWaaaCljmW8tX5h3MFuXgDRYloo3VZWVOVKVojtQ&#10;lLA9T5TDPU+U3zxPk/I8T5L9PE+S/zxPkf88T5H/PE+R/zxPkf885HQAAM+BAADCjAAAuJYAAK2c&#10;AACjoQAAmKgAAJCqDQCLqxsAhasqAn6qNgZ4qUEMcqhJEm2nURhpplgcZKRfIWCjZiVdom0pWaF1&#10;LFahfi9ToIgyT5+TNU2foDdLnq84Sp7BOEme3ThJnfA4SZz8OEmb/zlJm/85SZv/OUmb/zlJm/85&#10;23oAAMiHAAC8kgAAsZoAAKagAACcpgAAkawAAIexCACBshYAfLMmAXayMwRxsj0Ja7FHDmawTxNi&#10;r1YYXq5dHFqtZCBXrGsjVKxzJlCrfClNqoYsSqqSL0ipnzBGqa0yRam/MkSq2jJEqO8yQ6f7M0Om&#10;/zNDpf80Q6X/NEOl/zRDpf800IEAAMGOAAC1mAAAqZ8AAJ6lAACTrAAAiLIAAHy5AgB2uhEAcrsh&#10;AG67LgJouzoGZLpDCl+6TA5buVMSV7haFlS4YRlRt2kcTrdxH0u2eiJItoQlRbaQJ0O1nSlBtawq&#10;QLa+Kj+22Co/tO4qPrP6LD2y/y09sf8tPbH/LT2x/y09sf8tx4kAALmVAACsnQAAoaQAAJarAACK&#10;sgAAf7gAAHO/AwBqxAwAZ8UaAGPFKAFfxTUDW8U/BVfFSAlUxFAMUMRYD03EXxJKw2YVSMNuF0XD&#10;eBpCw4IcQMOOHj7DnB88w6sgO8O8ITrD1SE7wu4hOcD5Iji//yQ4v/8kOL//JDi//yQ4v/8kvZEA&#10;ALCbAACkogAAmKoAAIyxAACAuQAAdb8AAGrGBABezAgAWc8SAFfQIQBV0C4BUdA5Ak7QQwRL0EwG&#10;SdBTCEbQWwtD0GMNQdBrDz7QdRE80YATOtGMFDjRmhY20akXNdG7FzTS0hc10OwWNM/3GDPO/xoz&#10;zv8aM87/GjPO/xozzv8as5kAAKahAACaqQAAjrEAAIG5AAB1wAAAascAAF7NAwBU1AgATN0NAErd&#10;GABI3iYARt4yAUTfPAJC30UDP99NBD3gVQU74F0GOeBmCDfgbwk14XoKM+GGDDHhlA0w4qMOLuKz&#10;Di7jxw4t4+MOLeDyDizf+w8s3/0QLN/9ECzf/RAs3/0QqKAAAJynAACPsAAAg7gAAHbBAABqyQAA&#10;Xs8AAFPVAQBJ3AYARekPAELpGQBA6iQAPeouADrrNgE47D4BNuxGAjPtTQMx7VUDL+5dBC3uZQUr&#10;7nAFKe97BijviQcm8JcHJfCnCCTxuAgj8cwIIvLlCCLw8wgi7/UIIu/1CCLv9Qgi7/UInqYAAJGv&#10;AACEuAAAd8EAAGrJAABd0AAAUdcAAEbdAAA/6gUAPPYOADn2FwA29yAAM/coADH4MAAu+TYBK/k9&#10;ASn6RAEn+koCJftSAiP7WgIg/GMDHvxuAxz9ewMb/okEGf6YBBj/qAQX/7cEFv/IBBb/4AQW/+QE&#10;Fv/kBBb/5AQW/+QEk64AAIW3AAB4wAAAaskAAF3SAABQ2QAARN8AADrkAAA19wMAMv8MAC7/EgAr&#10;/xoAKP8hACb/JwAj/y0AIP8zAB7/OQEc/z8BGf9FARf/TQEV/1UBE/9fARH/agIQ/3gCDv+HAg7/&#10;lgIN/6QCDP+wAgz/vgIM/8ICDP/CAgz/wgIM/8ICh7YAAHm/AABryQAAXtMAAFDbAABD4AAAOOUA&#10;AC/wAAAr/wAAJ/8IACT/DgAh/xMAHv8ZABv/HgAY/yMAFf8oABP/LQAR/zIAEP84AA7/PwAM/0YB&#10;Cv9PAQf/WQEE/2UBAf9yAQD/gQEA/48BAP+bAQD/pwEA/6kBAP+pAQD/qQEA/6kB/ywvAf8wLAH/&#10;MiwC/zMwAv8xNgP/MEED/y9NBP8tWgb/K2YH/ylzCP8ofgr/J4gL/yeRDP8nmQ3/Jp8N/yalDv8m&#10;qw7/JrEP/ya4D/8mwA//JskP/ybXD/8m5g//JvAP/ib5D/sn/w/5J/8P+Sb/Efgm/xH4Jv8S+Cb/&#10;Evgm/xL4Jv8S/y4sAf8zKQH/NSoC/zYtAv82NAL/NT8D/zNLBP8yVwb/MGQH/y5wCf8sewr/LIUM&#10;/yuODf8rlg7/Kp0P/yqjD/8qqRD/Kq8Q/ym2EP8pvRH/KccR/ynTEf4p4xH7Ku8R+Cr4EPYr/xD0&#10;Kv8S9Cr/E/Mq/xTzKf8U8yn/FPMp/xTzKf8U/zEpAf82JgH/OSYB/zopAv87MgL/Oz0D/zlIBf83&#10;VAb/NWAH/zNsCf8ydwz/MIIN/zCLDv8vkw//L5oQ/y6gEf8uphH/LqwS/y6zEv4uuhL9LsQS+y7P&#10;E/gu4RL1Lu0S8S/3Eu8v/xPuLv8V7S7/Fuwu/xfsLv8X7C7/F+wu/xfsLv8X/zQmAf85IwH/PSMB&#10;/z4mAv9BLwL/QTkD/z9FBP89UAb/O1wI/zloCv83cw3/Nn4O/zWHEP00jxH8NJYS+jOdE/kzoxP4&#10;M6kU9zOwFPYztxT0M8AU8zPMFPAz3hTtM+sU6TT2Fecz/xfmM/8Y5DL/GeQz/xrjMv8a4zL/GuMy&#10;/xrjMv8a/zgjAf89IAH/QR8B/0UjAf9HLAL/RzYD/0ZABP9ETAb/QVgI/z9kC/s+bw75PHkQ9juD&#10;EfQ6ixPzOZMU8TmZFPA4oBXuOKYW7TitFuw4tBbqOL0W6TjJFuc42xbjOeoW4Dj1GN04/xrbN/8c&#10;2Tf/Hdc3/x3WN/8e1jf/HtY3/x7WN/8e/zsgAf9BHAH/RRoB/0sgAf9NKAH/TjIC/008BP9KRwb6&#10;SFMI9kZfC/JEag7vQnQR7EF+E+pAhxToP44V5j6WFuU+nBfjPaMY4j2qGOA9shjfPbsZ3T3GGds9&#10;2BrWPeka0j31Hc49/h/MPP8gyzz/Ick8/yHJPP8hyTz/Ick8/yHJPP8h/z8cAf9FFwH/SxcB/1Ad&#10;Af9TJAH/VC0C/1M3A/dRQgXxTk0I7ExaC+hKZQ/lSG8R4kd5FN9FghbdRIoX2kORGdhCmRrVQp8b&#10;00GmHNFBrh3PQbcezkHBHsxB0B/JQuUfxULzIcJB/iPAQf8kvkH/JL1B/yW9Qf8lvUH/Jb1B/yW9&#10;Qf8l/0IYAf9JEwD/UBQA/1YZAP9ZIAH/WigB91oyAu9YPQToVUkH41NVCt5RYA7ZTmoS1Ex0FtBL&#10;fBjOSYQbzEiMHMpHkx7IR5ofxkahIcRGqSLCRbEjwUW8I79FySS9Rt8luUbvJrZG+ye0Rv8os0b/&#10;KLJG/yixRv8osUb/KLFG/yixRv8o/0YVAP9NEQD/VRIA/1sWAP9eGwD5YCMB72AsAeZeNgPfXEQF&#10;2FlQCtFXWw/MVGUUyFJuGMVQdxvDT38dwE6GH75NjiG8TJUjukucJLhKpCa2SqwntEq2KLNJwymx&#10;SdYprkrqKqtK+CupSv8rqEv/K6dL/yunS/8rp0v/K6dL/yunS/8r/0kSAP9QDgD/WRAA/18SAP9j&#10;FgDyZR0A52UlAN5kMQHUYj8FzWBLCsddVg/CWmAVvlhpGbtWcRy4VHkftlOBIrNSiCSxUJAmr1CX&#10;KK1PnymrTqgrqU6yLKdOvi2mTs4uo07mLqFP9S6fT/8unk//Lp1P/y6dUP8unVD/Lp1Q/y6dUP8u&#10;/0wQAP9UDQD/XQ4A/2MPAPlnEQDraRUA32ocANNqLAHLaDsExWVHCb9iUg+6YFwVtl1lGbJbbR2v&#10;WXUhrFh8I6pWgyanVYsopVSTKqNTmyyhU6Mun1KtL51SuTCbUskxmVLiMZdT8jGWU/8xlVT/MZRU&#10;/zCUVP8wlFT/MJRU/zCUVP8w/08OAP9YCwD/YAsA+2YMAPBrDQDkbQ4A1m4WAMxvKAHEbTcEvWtE&#10;CbdoTw+yZVgVrmJhGqpgaR6nXnAhpF14JaFbfyefWocqnFmOLJpYly6YV6AwlVaqMpNWtTORVsU0&#10;kFbdNI5X8DSNV/0zjFj/M4xY/zKMWP8xjFj/MYxY/zGMWP8x/1EMAP9bCQD/YwgA62oHAN1uCADY&#10;cQoAz3ITAMZzJQG+cjQDt3BBCLFtTA6salUUp2deGaNlZR6gY20inGF0JZpgeyiXXoMrlF2LLZJc&#10;kzCPW5wyjVqmNItasjWJWsE2h1rWNoZb7TaFW/s1hVz/NIRc/zOEXP8zhFz/M4Rc/zOEXP8z/1MK&#10;AP9dBgD1ZgQA320DANVyBgDQdQkAyXYRAMB3IgC4djEDsXQ+B6txSQ6mblIUoWxbGZ1pYh2ZZ2oi&#10;lmZxJZNkeCiQY38rjWGHLopgkDCIX5kzhV+jNYNerzaBXr44gF7ROH9f6jd+X/o2fmD/NX5g/zR+&#10;YP80fmD/NH5g/zR+YP80/1UIAP9gBADoaQAA2nADANB1BQDKeAcAw3oPALt7HwCzei8CrHg8B6Z1&#10;Rg2hc1ATnHBYGJduYB2Ta2chkGpuJY1odSiKZ3wrh2aELoRkjTGBY5Y0f2OhNnxirTd6Yrs5eWLO&#10;OXhj6Dh4Y/g3eGT/Nnhk/zV4ZP81eGT/NXhk/zV4ZP81/1cFAP9iAQDhbAAA1HMCAMt4BADFewUA&#10;vn0NALZ+HQCvfiwCqHw5BqF5RAycd04Sl3RWGJJyXRyOcGQgim5rJIdsciiEa3orgWqCLn5pijF7&#10;aJQ0eGefNnZmqjh0Zrk5c2bLOnJm5jlyZ/c4cmf/N3Jo/zZyaP81cmj/NXJo/zVyaP81/1kCAPZl&#10;AADdbgAAz3YBAMd7AwDAfwQAuYAMALGCGgCqgioCo4A3BZ19QguXe0sRknhUF412WxuJdGIghXJp&#10;JIFxcCd+b3cre25/LnhtiDF2bJI0c2ucNnBqqDhuarc6bWrJOmxq5Dpta/U4bWv/N21r/zZta/82&#10;bWv/Nm1r/zZta/82/1sAAOtnAADZcQAAzHkAAMN+AgC7ggMAtIQJAK2FGACmhSgBn4Q1BZmCQAqT&#10;f0kQjX1SFol7WRuEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCbNmtvpzhpb7U6aG/HOmdv&#10;4jpnb/Q4aG//N2hv/zZob/82aG//Nmhv/zZob/82/14AAORqAADTdAAAyHwAAL+BAQC3hQEAr4cH&#10;AKiJFQChiSUBm4gzBJSGPgmOhEcPiYFQFYR/Vxp/fl4ee3xlInh6bCZ0eXMqcXh7LW53hDBrdo4z&#10;aHWZNmZ0pThkc7M5YnPEOmJz4Dpic/M4Y3P/N2Nz/zZjc/82Y3P/NmNz/zZjc/82/2EAAOBtAADP&#10;dwAAxH8AALuFAACziQAAqosDAKOMEwCcjSMBlowwA5CLPAiKiUUOhIdOE3+FVRh7g1wdd4JjIXOA&#10;aiVvf3EpbH15LGl8gi9me4syY3qXNWB5ozdeebE4XXnCOVx53TldefE4XXj+N154/zZeeP81Xnj/&#10;NV54/zVeeP819WQAANxwAADKegAAwIMAALaJAACujQAApI8AAJ2REACXkiAAkZEuA4qQOQeEjkMM&#10;f41MEnqLUxd1iVobcYhhIG6GaCNqhW8nZ4R3K2ODfy5ggokxXYGUM1uAoTZZf683V3/AOFd/2jdX&#10;f/A3WH79Nlh+/zVYfv81WH7/NVh+/zVYfv816WgAANR0AADGfgAAu4cAALKNAACokQAAnpQAAJaW&#10;DgCRlxwAi5crAoWWNwV/lEEKeZNJEHSSURVwkFgZbI9fHWiOZiFljG0lYYt0KF6KfSxbiYcvWIiS&#10;MVWHnzNTh601Uoe+NVGH1jVRhu41UoX7NFKF/zRShf8zUoX/M1KF/zNShf8z42wAAM55AADBgwAA&#10;tosAAKyRAACilQAAl5kAAI+bCwCKnRgAhJ0nAX6cNAR5mz4Ic5pHDW+ZTxJqmFYXZpddG2OVYx5f&#10;lGoiXJNyJVmSeyhVkYUrUpGQLlCQnTBOkKsxTJC8MkyQ0zJMj+0yTI76MkyN/zFMjP8xTIz/MUyM&#10;/zFMjP8x3HEAAMh+AAC7iAAAsZEAAKaWAACcmgAAkJ8AAIeiBgCBoxQAfKQjAXekMANyozsGbaJE&#10;C2ihTA9koFQTYJ9aF12eYRtZnWgeVp1wIVOceSRQm4MnTZqOKUqamyxImqktR5m6LUaa0C1GmOst&#10;Rpf5LkaW/y5Glv8uRpb/LkaW/y5Glv8u0XcAAMGEAAC2jgAAqpUAAKCbAACVnwAAiqQAAH2pAAB3&#10;qxAAc6seAG+sLAFqqzcEZatBB2GqSQtdqVEPWqlYE1eoXxZTp2YZUKduHE2mdh9KpYEhSKWMJEWl&#10;mSZDpKgnQqS4KEGkzidBo+onQKL4KECh/ylAoP8pQKD/KUCg/ylAoP8pyX4AALqLAACvlAAAo5oA&#10;AJigAACNpQAAgqoAAHWwAABsswwAabQYAGW0JwFhtDMCXrQ9BFq0RgdWs04KU7NVDVCzXBBNsmMT&#10;SrJrFkexdBhFsX4aQrCKHUCwlx4+sKYgPLC3IDywzCA8r+ggO673ITqt/yI6rP8jOqz/Izqs/yM6&#10;rP8jwIYAALOSAACnmQAAnJ8AAJCmAACErAAAebEAAG23AABhvAUAXb0SAFq+IABYvi0BVL44AlG+&#10;QgROvkoGTL5SCEm+WQpGvmAMRL5oDkG9cRE/vXwTPL2IFTq9lRY4vaQXN721GDa9yhg3vOcXNbv2&#10;GTW6/xo0uf8bNLn/GzS5/xs0uf8buI8AAKqYAACfnwAAk6YAAIesAAB7swAAb7kAAGO+AABYxAQA&#10;UMgMAE3IFwBMySUASsoxAEfKOwFFykQCQ8pMA0HKVAQ+ylwGPMpkBzrLbgk4y3gKNsuFDDTLkg0y&#10;y6IOMcuyDzDMxw8wy+UOL8n1Dy7I/REux/8SLsf/Ei7H/xIux/8SrpcAAKGeAACVpQAAia0AAHy0&#10;AABwuwAAZMEAAFnGAABOywMARdAIAD7VDgA91RoAPNYmADvXMQA52DsAONlFATbZTQE12VYCM9pe&#10;AjHaaAMw23MELtt/BSzbjQUq3J0GKdytBijdwQYo3d4GJ9vvBybZ+Qgm2P4JJtj+CSbY/gkm2P4J&#10;pJ0AAJilAACLrQAAfrQAAHG8AABlwwAAWckAAE3NAABD0wEAOtkGADXkDQAz5BYAMeQgADDlKgAu&#10;5jMALeY8ACvnRAAq50wBKOhUASfoXQEl6WcCI+lzAiLqgQIg6pEDH+uhAx3rsgMc7McDHOzhAxvq&#10;8QMb6fkDG+n5Axvp+QMb6fkDmqQAAI2sAAB/tQAAcr0AAGXFAABZywAATNAAAEHVAAA43AAAL+EC&#10;AC3xDQAr8RMAKPIcACbyJAAk8ysAIvQyACH0OQAf9UEAHfVJABv2UQAZ91oBF/dlARX4cgEU+YEB&#10;E/mSARL6ogIR+rMCEPvGAhD73QIQ++kCEPvpAhD76QIQ++kCj6sAAIG0AABzvQAAZsYAAFnNAABL&#10;0wAAQNkAADXeAAAs4wAAJvEAACT+CgAh/xAAH/8WABz/HAAZ/yIAF/8oABX/LgAT/zUAEv88ABD/&#10;QwAO/0wADf9WAAv/YgAJ/28ACP9/AQf/kAEF/6ABBP+uAQT/vAED/8cBA//HAQP/xwED/8cBg7QA&#10;AHW9AABnxgAAWs8AAEvVAAA/3AAAM+EAACnlAAAh7AAAHv0AABr/BQAX/wwAFf8QABL/FAAQ/xkA&#10;Dv8eAA3/IwAL/ygACP8uAAb/NQAD/z0AAP9GAAD/UQAA/10AAP9rAAD/ewAA/4sAAP+ZAAD/pQAA&#10;/6wAAP+sAAD/rAAA/6wA/ycsAf8qKgH/KyoB/youAf8mNAL/JT8C/yNLA/8hWAP/IGQE/x5wBP8d&#10;ewT/HYUF/x2OBf8dlgX/HZwG/x2iBv8cqAb/HK4H/xy0B/8cuwf/HMMH/xzOB/8d3wf/HesH/B31&#10;B/kd/gb3Hv8H9x3/CPYd/wn2Hf8J9h3/CfYd/wn2Hf8J/ykqAf8sJwH/LicB/y0qAf8sMgH/Kz0C&#10;/ylJA/8nVQP/JWEE/yNtBP8ieAX/IoIF/yGLBv8hkwb/IZoH/yGgB/8hpQf/IasI/yGxCP8huAj/&#10;IcEI/yHLCPwh3Aj5IekI9iH0CPMi/QfyIv8J8SL/CvEh/wvwIf8L8CH/C/Ah/wvwIf8L/ywmAf8w&#10;JAH/MSMB/zEmAf8yLwH/MToC/y9GA/8tUgP/K14E/ylpBf8odQX/J38G/yeIB/8mkAf/JpYI/yad&#10;CP4mown9JqkJ/CavCfsmtgn6Jr4J+CbICfYm2QnyJugJ7yfzCe0n/QrrJv8L6ib/Dekm/w3oJv8O&#10;6Cb/Dugm/w7oJv8O/y8jAf8zIAH/NR8B/zcjAf84LAH/ODcC/zZCAv80TgP/MloE/zBlBf8ucAb+&#10;LXsH/C2ECPosjAn4LJMJ9yyZCvYroAr0K6YK8yusC/IrswvxK7sL7yvGC+4s1AvqLOYL5izyC+Qs&#10;/A3iLP8P4Sz/EOAs/xDfLP8R3yz/Ed8s/xHfLP8R/zMfAf83GwH/OhoB/z0gAf8/KAH/PzIB/z0+&#10;Av87SQP/OVUE+zdhBvc1bAf1NHYI8jN/CfAyhwrvMo8L7TKWC+wxnAzqMaIM6TGpDOgxsA3mMbkN&#10;5THDDeMy0Q3fMuUM3DLxD9gx/BHVMf8S0jH/E9Ex/xTQMf8U0DH/FNAx/xTQMf8U/zcbAf87FwD/&#10;PxYA/0McAP9GJAH/Ri4B/0Q5AvxCRAP2P1AE8T1cBu08ZwfqO3EJ6Dp6CuU5gwvjOIsM4jiSDeA3&#10;mQ3fN58O3TemDts3rQ/ZNrYQ1zbBENU2zhDRN+MRzTfxE8o3+xXIN/8Wxjf/F8U3/xjEN/8YxDf/&#10;GMQ3/xjEN/8Y/zsXAP9AEwD/RRMA/0kYAP9MIAD/TCkB+kszAfJIPgLsRkoE50RWBuNDYgjfQWwK&#10;3EB1DNk/fg3VPoYP0z2NENE9lBHPPJsSzTyiE8w8qRTKO7EUyDu7Fcc7yBbFPNwWwTztF748+Rm7&#10;PP8aujz/G7k8/xu4PP8buDz/G7g8/xu4PP8b/z4UAP9EEAD/ShEA/08UAP9RGwD7UiMA8VEtAelP&#10;OAHiTUUD3EtRBdZJXAjRR2YLzkZwDstFeBDIRIASxkOHFMRCjhXDQpUWwUGcF79BpBi9QKwZvEC2&#10;GrpAwhq4QNIbtUHoG7JB9h2wQf8erkH/Hq1B/x6sQf8erEH/HqxB/x6sQf8e/0IRAP9HDQD/Tw4A&#10;/1MRAP9WFQDzVxwA6FYlAOBVMQHXUz8Cz1JMBcpQVwnGTmENw0xqEMBKchK9SXoVu0iCFrlHiRi3&#10;R5AZtUaXG7NGnxyxRacdsEWxHq5FvB+sRcwfqkXjIKdG8yGlRv8ho0b/IqJG/yGiRv8hokb/IaJG&#10;/yGiRv8h/0UOAP9LCgD/UwwA/1cNAPlaEADrWxQA31ocANRaKwDMWjsCxlhIBcFWUwm8VFwNuVJl&#10;EbVQbRSzT3UXsE58Ga5NhBqsTIscqkuSHqhKmh+mSqMhpEmsIqNJuCOhScYkn0reJJ1K8CSbSv0l&#10;mUv/JJlL/ySYS/8kmEv/JJhL/ySYS/8k/0gMAP9PCAD/VggA9VsJAOleCgDkXg0A1V8VAMtgJwDE&#10;XzYCvl5DBbhbTgm0WVgOsFdhEqxVaRWqVHAYp1N4GqVSfxyiUYYeoFCOIJ5PliKcTp8jmk6oJZhO&#10;syaXTsInlU7WJ5NO7CeRT/snkE//J5BQ/yaPUP8mj1D/Jo9Q/yaPUP8m/0oJAP9TBQD4WgQA4l8D&#10;ANpiBgDUYwkAzWMSAMRlIwC8ZTICtmNABbFhSwmsXlQOqFxdEqVbZRahWWwYn1hzG5xWeh6aVYIg&#10;mFSKIpVUkiSTU5smkVKlJ49SsCmNUr4qjFLQKopT6SqJU/kpiFT/KYdU/yiHVP8oh1T/KIdU/yiH&#10;VP8o/0wFAP9WAQDpXQAA3GMCANFnBQDMaAcAxmgQAL1qIAC2aS8BsGg8BKplRwmlY1ENoWFaEp1f&#10;YRaaXmkZl1xwHJVbdx6SWn4hkFmGI41YjiWLV5cniVehKYZWrSuFVrosg1bMLIJX5iyBV/crgFj/&#10;KoBY/yqAWP8pgFj/KYBY/ymAWP8p/08CAP1ZAADiYAAA1WcAAMxqAwDGbAUAwGwOALdtHQCwbiwB&#10;qmw5BKVqRAigaE4Nm2ZXEZdkXhWUYmUZkWBsHI5fcx6LXnshiV2CJIZciyaEW5QogVueKn9aqix9&#10;WrctfFrJLnpa4y56W/Utelz/LHlc/yt6XP8qelz/Knpc/yp6XP8q/1EAAPJbAADeZAAAz2oAAMdu&#10;AgDAcAQAunAMALJxGgCrcSkBpXA3A59uQgeabEsMlmpUEZJoXBWOZmMYi2VpG4hjcB6FYnghgmF/&#10;JIBgiCZ9X5Epe1+cK3hepy12XrUudV7GL3Re4S90X/MudF//LHRg/yt0YP8rdGD/K3Rg/yt0YP8r&#10;/1MAAOheAADZZwAAy20AAMNxAQC7cwIAtXMJAK11FwCndScBoXQ0A5tyPweVcEkLkW5SEIxsWRSJ&#10;amAYhWlnG4Jobh5/ZnUhfWV9JHpkhSZ3ZI8pdWOaK3JipS1wYrMvb2LEL25i3i9uY/IubmP+LW5j&#10;/yxuY/8rbmP/K25j/ytuY/8r/1UAAOVgAADTaQAAyHAAAL90AAC3dwEAsHcHAKh4FQCieSQAnHgy&#10;ApZ2PQaRdEcLjHJPD4hwVxOEb14XgG1kGn1sax16a3Mgd2p6I3RpgyZyaI0pb2eXLG1noy5rZrEv&#10;aWbBMGlm2zBpZ/AvaWf9LWln/yxqZ/8ramf/K2pn/ytqZ/8r/lgAAOFjAADPbAAAxHMAALt4AACz&#10;egAAq3oEAKR7EgCefCIAmHwvApJ6OwWMeEUKh3dNDoN1VRJ/c1wWe3JiGnhwaR11b3Agcm54I29t&#10;gSZtbIspamyWK2hroS5ma68vZGq/MGNr2DBja+8vZGv8LWRr/y1la/8sZWv/LGVr/yxla/8s9FsA&#10;AN1mAADLbwAAwHYAALd7AACvfgAApn4BAJ9/EACZgB8Ak4AtAo1/OQWIfUMJg3tLDX56UxJ6eFoW&#10;dndhGXN1ZxxwdG4fbXN2ImpyfyZocYkoZXCUK2JwoC1gb60vX2+9L15v1C9eb+0vX2/7LV9v/yxg&#10;b/8sYG//LGBv/yxgb/8s614AANhpAADHcgAAvHkAALN/AACrggAAoYIAAJmDDgCUhB0AjoQrAYiD&#10;NgSDgkAIfoBJDHl/URB1fVgUcnxfGG57ZRtremweaHl0ImV4fSVid4cnYHaSKl11nixbdasuWnS7&#10;L1l10S9ZdOwuWXT6LVp0/yxadP8rWnT/K1p0/ytadP8r5mEAANFtAADDdgAAuX0AAK+DAACmhgAA&#10;nIYAAJSIDACOiRkAiYkoAYOJNAN+hz4HeYZHC3SFTw9whFYTbYJdF2mBYxpmgGodY39yIGB+eiNd&#10;fYQmWnyPKVh7nCtWe6ksVHu5LVN7zi1UeuotVHr5LFR5/ytVef8qVXn/KlV5/ypVef8q4WUAAMxx&#10;AAC/egAAtIIAAKuHAAChigAAlYsAAI2NCQCHjhYAgo8kAX2PMQJ4jjsFc41ECW+MTA1rilQRZ4la&#10;FWSIYRhhh2gbXoZwHluFeCFYhIIkVYSNJlKDmilQgqcqT4K3K06CzCtOgugrToH4Kk+A/ypPgP8p&#10;T4D/KU+A/ylPgP8p22oAAMd1AAC6fwAAsIcAAKaMAACcjwAAj5EAAIaTBQCAlBIAe5UhAHeVLQFy&#10;lTgEbZRCB2mTSgtlklEOYpFYEl6QXxVbj2YYWI5tG1WOdh5SjYAhT4yLI02LmCVLi6UnSYu1KEiL&#10;yihIiucnSYn3KEmI/ydJh/8nSYf/J0mH/ydJh/8n0W8AAMF7AAC1hAAAq4wAAKCQAACVlAAAiZcA&#10;AH6aAAB3mw4Ac5wcAG+dKQFrnDUCZpw/BWKbRwhfmk8LXJpWD1iZXBJVmGMVU5hrF1CXcxpNln0d&#10;SpWJH0eVlSFFlaQjRJSzI0OUyCNDlOUjQ5L1JEOR/yRDkP8kQ5D/JEOQ/yRDkP8kynUAALuBAACw&#10;iwAApJEAAJqVAACPmQAAg50AAHSiAABuowsAaqQXAGalJQBjpTEBX6Q7A1ukRAVYpEsIVaNTC1Kj&#10;Wg1PomEQTaJoE0qhcRVHoHsYRKCGGkKfkxxAn6IdPp+yHj2fxh49n+MdPZ30Hj2c/x88m/8fPJv/&#10;IDyb/yA8m/8gwnwAALWIAACpkAAAnpYAAJObAACHnwAAe6QAAG+oAABjrAQAX60RAFytHwBarisA&#10;V642AVSuQANRrUgFTq1PB0utVwlJrV4LRqxmDUSsbg9BrHgRP6uEEzyrkRU6q6AWOauwFzirwxc4&#10;quEXN6nzGDen/hk2pv8aNqb/Gjam/xo2pv8auoQAAK6PAACilgAAl5sAAIuhAAB/pgAAc6sAAGev&#10;AABatAAAU7YMAFG3FwBPtyQATbgwAEq4OgFIuEMCRrhLA0S4UgRBuFoGP7hiBz24awk6uHULOLeB&#10;DDa3jg40t50PM7etDzK3wQ8xt94PMbbyEDC0/BEws/8SMLP/EzCz/xMws/8Tso4AAKWVAACamwAA&#10;jqIAAIKoAAB1rQAAabMAAF63AABTuwAAR8AFAEPCEABCwhsAQMMnAD/DMgA+xDwAPMREATrETQE4&#10;xFUCNsRdAzXEZgQzxXAEMcV8Bi/FigYtxZoHK8WqCCrFvggqxdoIKsTwCCnC+wkowf8KKMH/CyjB&#10;/wsowf8LqJUAAJ2bAACRogAAhKkAAHivAABrtQAAX7sAAFS/AABJwwAAP8gEADbNCQAzzhEAMs8c&#10;ADHPJwAw0DEAL9A6AC7RQwAt0UwAK9JVACrSXwEo02kBJ9N2ASXThAIk1JQCItSmAiHVuQIh1dIC&#10;INPrAiDS9gMf0f8EH9H/BB/R/wQf0f8En5sAAJSiAACHqQAAebEAAG24AABgvgAAVMMAAEnHAAA+&#10;ywAANdABAC3VBgAl2wsAJN4SACPeHAAi3yUAIeAuACDgNwAf4UAAHuFKAB3iUwAc414AG+NqABrk&#10;eAAY5IgBF+WaARbmrAEV5sABFOfdARPl7wET4/oBE+P6ARPj+gET4/oBlqIAAImpAAB7sQAAbrkA&#10;AGHAAABUxgAASMoAAD3PAAAz0wAAKtkAACLeAgAe6woAHOwQABvtFwAZ7R8AF+4mABXuLQAU7zUA&#10;E/A9ABHwRgAQ8VAAD/JbAA7yaQAN83gADPSKAAv1nAAK9a4ACfbCAAn22QAI9e0ACPXtAAj17QAI&#10;9e0Ai6kAAH2yAABvugAAYsIAAFXJAABHzgAAO9IAADHYAAAn3QAAH+EAABnoAAAW+AYAFPoNABL7&#10;EgAQ/BcADvwdAA39IwAM/SkACv4wAAj/OAAG/0EAA/9MAAD/WAAA/2YAAP93AAD/iQAA/5sAAP+r&#10;AAD/uwAA/84AAP/PAAD/zwAA/88Af7IAAHG6AABjwwAAVssAAEjRAAA61gAAL90AACXhAAAc5QAA&#10;FOkAABH3AAAP/wEADf8JAAv/DQAI/xAABv8UAAP/GAAA/x4AAP8jAAD/KgAA/zIAAP88AAD/RwAA&#10;/1QAAP9jAAD/cwAA/4UAAP+XAAD/pAAA/7IAAP+yAAD/sgAA/7IA/yIpAf8jJwH/IygB/yArAf8c&#10;MQH/Gj0B/xhJAf8WVgL/FGIC/xNuAv8SeAL/EoIC/xKLAv8SkgL/EpkC/xKeAv8SpAL/EqkC/xKv&#10;Av8StgL/Er0C/xLHAv8S1AL9EuUC+hLxAvcS+gL1E/8C9BP/A/QT/wP0E/8D9BP/A/QT/wP0E/8D&#10;/yQnAf8mJAH/JiQB/yQnAf8iLwH/IDoB/x5GAf8cUwL/Gl8C/xhqAv8XdQL/F38C/xeIAv8XjwL/&#10;F5YC/xecAv8XoQL/F6cC/xetAv8XswP+F7sD/RfFA/oX0QP3F+QC9BfvAvEY+gLvGP8D7hj/BO4Y&#10;/wTtGP8F7Rj/Be0Y/wXtGP8F/ycjAf8pIAD/KSAA/ygjAP8pLQH/JzcB/yVDAf8jTwL/IVsC/x9m&#10;Av8dcQL/HXsD/x2EA/8djAP+HZMD/ByZA/scnwP6HKQD+RyqA/ccsQP2HLkD9R3CA/MdzgPwHeED&#10;7B3uA+ke+QToHv8F5h7/BuUe/wblHv8H5R7/B+Ue/wflHv8H/ysfAP8tHAD/LRsA/y4gAP8vKQD/&#10;LzQB/yw/Af8qSwL/KFcC/yZiAv0lbQP6JHcD+COAA/YjiAP1I48D8yOVBPIjmwTxI6EE7yOoBO4j&#10;rgTtI7YE6yO/BOojzATnI+AE4yTtBOAk+QbeJP8H3CT/CNsk/wnaJP8J2iT/Cdok/wnaJP8J/y4b&#10;AP8xFwD/MhYA/zUcAP82JQD/Ni8B/zQ6Af8xRgH7L1IC9y1dAvMsaAPwK3ID7ip7BOwqhATqKosE&#10;6CqSBecpmAXmKZ4F5CmlBeMprAXhKbQF4Cq9Bd4qygXbKt4F1irtB9Iq+AnPK/8KzSr/C8wq/wzL&#10;Kv8Myyr/DMsq/wzLKv8M/zIXAP81EgD/OBIA/zsYAP89IAD/PCoA/js1Afc5QQHxNk0C7DRYAugz&#10;YwPlMm0E4zJ2BOAxfwXeMYcF3DCOBtowlQbYMJsH1i+iB9QvqQjSL7EI0C+6Cc8wxgnNMNgJyTHq&#10;CsYx9wzDMf8OwTH/D8Ax/w+/Mf8PvzH/EL8x/xC/Mf8Q/zYTAP85DwD/PhAA/0EUAP9DGgD/QiMA&#10;9UEuAO0+OgHnPUYB4TxTAt06XgPZOWgE1DhxBtE4egfPN4EIzTeICcs2jwrKNpYKyDadC8Y1pAzF&#10;NawMwzW1DcE1wA3ANs8OvTbmDrk29BC3Nv8RtTb/ErQ2/xOzNv8Tszb/E7M2/xOzNv8T/zkQAP89&#10;CwD/Qw0A/0cQAP9IFAD1RxwA60YmAONEMgDcREEB1ENNAs9BWATLQGIGyD9rCMU+dAnDPXsLwT2D&#10;DL88ig29PJAOuzyXD7o7nxC4O6cQtjuwEbU7uxKzO8kSsTvgE6488RSrPP0VqTz/Fqg8/xaoPP8W&#10;pzz/Fqc8/xanPP8W/z0NAP9CCAD/SAoA/0sMAPpMDwDsTBQA4UodANZKLADOSzsByUpIAsRIUwTA&#10;R10HvEZmCbpEbgu3Q3YNtUN9DrNChBCxQYsRsEGSEq5AmhOsQKIUqkCrFalAthanQMQXpkDZF6NB&#10;7RigQfsYn0H/GZ5B/xmdQf8ZnUL/GJ1C/xidQv8Y/0AJAP9GBQD/TAUA8U8HAOZQCQDjTw0A1U8V&#10;AMxRJwDFUTYBv1BDArpPTgW2TVgIs0xhCrBKaQ2tSXAPq0h4EalHfxKnR4YUpUaNFaNGlRahRZ4Y&#10;n0WnGZ5FshqcRb8amkXRG5hF6RuWRvgclUb/G5RG/xuTRv8bk0f/G5NH/xuTR/8b/0IFAP9KAQDy&#10;UAAA4VQBANlWBQDTVQkAzFUSAMNWIgC8VzIBt1Y/ArJUSgWtU1QIqlFdC6dQZA6kTmwQok1zEp9M&#10;ehSdTIEWm0uJF5lKkRmXSpkalUmjG5NJrh2SSbsekEnMHo5K5R6NSvYei0v/HotL/x2KS/8dikv/&#10;HYpL/x2KS/8d/0UAAP9NAADlVAAA2VkAAM9bAwDKWwYAxFoPALtbHgC1XC4Br1s7AqpaRgWmWFAI&#10;olZZC59VYA6cU2gRmVJvE5dRdhWVUH0Xk1CEGZBPjRqOTpYcjE6fHopOqh+ITrcgh07IIYVO4iGE&#10;T/Mgg0//IINP/x+CUP8fglD/HoJQ/x6CUP8e/0cAAPNRAADfWAAA0V0AAMlgAgDDYAQAvV4NALVg&#10;GgCuYSoAqWA3AqReQwSfXU0Im1tVC5hZXQ6VWGQRkldrE49WchaNVXkYi1SBGohTiRyGU5IehFKc&#10;H4JSpyGAUrQif1LEI31S3iN8U/EifFP+IXtU/yF7VP8ge1T/IHtU/yB7VP8g/0oAAOlUAADaXAAA&#10;zGEAAMNkAAC8ZAIAtmMKAK9kFwCpZScAo2Q0Ap5jQASZYUoHlV9SC5FeWg6OXWERi1toE4labxaG&#10;WXYYhFh9GoFYhhx/V48efVaZIHtWpCJ5VrEjd1bBJHZW2iR1V+8kdVf9I3VY/yJ1WP8hdVj/IXVY&#10;/yF1WP8h/00AAOVXAADTXwAAyGQAAL9nAAC3aAAAsWcHAKloFACjaSQAnmgyAZlnPQSUZUcHkGRP&#10;CoxiVw2IYV4QhV9lE4NebBaAXXMYfV16Gntcgx15W4wfdluXIXRaoiNyWq8kcVq/JXBa1SVvW+0l&#10;b1v8I29b/yJvW/8ib1v/IW9b/yFvW/8h+k8AAOFaAADPYgAAxGcAALtrAACzbAAArGoEAKRrEgCe&#10;bCEAmWwvAZRrOgOPaUQGimhNCYZmVQ2DZVwQgGRiE31iaRV6YnAYeGF4GnVggB1zX4ofcF+UIW5e&#10;oCNsXq0la168Jmpe0SZpXuwlal/7JGpf/yNqX/8ial//Impf/yJqX/8i8FIAAN1dAADLZQAAwGsA&#10;ALduAACvbwAAp24BAKBvEACacB8AlHAsAY9vOAOKbUIGhmxLCYJqUgx+aVkPe2hgEndmZhR1Zm4X&#10;cmV1GnBkfh1tY4gfa2OSImliniRnYqslZWK6JmRizyZkYuomZWL6JGVj/yNlY/8iZWP/ImVj/yJl&#10;Y/8i61UAANhgAADIaAAAvG4AALNxAACrcwAAonEAAJtyDgCVcxwAkHQqAYpzNgKFckAFgXBICH1v&#10;UAt5bVcOdmxeEXNrZBRwamwXbWlzGmtpfBxoaIYfZmeQIWRnnCNiZqklYGa5Jl9mzSZfZugmYGb5&#10;JGBm/yNgZv8jYWb/ImFm/yJhZv8i6FgAANNjAADEawAAuXEAALB1AACndwAAnnUAAJZ2DQCQdxkA&#10;i3gnAIZ3MwKBdj0EfHVGB3hzTgt1clUOcXFcEW5wYxRrb2oWaW5xGWZuehxjbYMeYWyOIV9rmiNd&#10;a6clW2u3JlpryiZaa+clW2v3JFtq/yNcav8iXGr/Ilxq/yJcav8i41sAAM5mAADAbgAAtnQAAKx5&#10;AACjewAAmHkAAJB6CwCKexYAhXwkAIF8MQF8ezsEd3pEBnN5TApweFMNbHdaEGl2YRNndWgWZHRv&#10;GGFzeBtecoEdXHGMIFpxmCJYcKYkVnC1JVVwyCVVcOUlVXD2JFZv/yNWb/8iV2//Ildv/yJXb/8i&#10;318AAMppAAC8cgAAsngAAKl9AACffwAAkn4AAIp/BwCEgBMAgIEhAHuBLgF3gDkDcoBCBW5/Sghr&#10;flELaH1YDmR8XxFie2YUX3ptF1x5dRlZeH8cV3iKHlR3liFSdqQiUXazI1B2xiRQduMjUHX1I1F1&#10;/yJRdP8hUXT/IVF0/yFRdP8h2GMAAMVtAAC4dgAArn0AAKWCAACagwAAjYMAAISEAwB9hRAAeYYe&#10;AHWHKwFxhzYCbYY/BGmFRwdlhE8KYoNWDV+DXA9cgmMSWoFrFVeAcxhUf30aUX+IHE9+lB9NfqIg&#10;S32xIUp9xCJKfeEhS3z0IUt7/yBLe/8gS3v/IEt7/yBLe/8g0GcAAMByAAC0ewAAqoIAAKCGAACV&#10;iAAAh4gAAHyKAAB2jA4Aco0aAG6OJwBqjjIBZo08A2ONRAVgjEwIXItTClqLWg1XimEQVIloElGI&#10;cRVPiHoXTIeFGkqGkhxIhqAdRoavHkWFwh5Fhd8eRYTyHkWD/h5Fgv8eRYL/HkWC/x5Fgv8eym0A&#10;ALp4AACvgQAApYcAAJqLAACPjQAAgY4AAHSRAABukwoAaZQVAGaVIgBjlS4BYJU4AlyVQQRZlEkG&#10;VpRQCFSTVwpRk14MTpJmD0ySbhFJkXgURpCDFkSQkBhCj54ZQI+tGj+PwBo/j9waP43xGj+M/Rs/&#10;i/8bP4v/Gz+L/xs/i/8bwnMAALV+AACqhwAAn4wAAJSQAACIkwAAe5UAAGyZAABlmwQAYJwQAF2d&#10;HQBbnikAWJ40AVWePQJSnUUDUJ1NBU2dVAdLnFsJSJxjC0acaw1Dm3UPQZuAET6ajRM8mpsUOpqr&#10;FTmavRU5mtkVOZjvFjmX/BY4lv8XOJX/FziV/xc4lf8Xu3oAAK+FAACkjAAAmJEAAI2VAACBmgAA&#10;dZ0AAGigAABbpAAAVqUMAFOmFwBRpyMAT6cvAEynOAFKp0EBSKdJAkanUARDp1gFQadfBj+maAg9&#10;pnIKOqZ9Czimig02pZkONKWpDzOluw8zpdQPM6TuDzKi+xAyof8RMqH/ETKh/xEyof8RtIIAAKiM&#10;AACdkgAAkpcAAIacAAB5oQAAbaUAAGGpAABVrAAAS68FAEewEABFsBwARLEnAEKxMgBBsjsAP7JD&#10;AT2ySwE7slMCObJbAzeyZAQ1sm4FM7J5BjGyhwcvsZYILrKmCC2yuAksstAILLDsCSuv+Qorrv8L&#10;Kq3/Cyqt/wsqrf8LrYsAAKCSAACVmAAAiZ0AAH2jAABxqAAAZK0AAFmxAABNtAAAQrgAADu6CgA4&#10;uxMAN7weADW8KQA0vTIAM707ADK9RAAxvkwAL75VAS6+XgEsvmgBKr50Aim+ggInv5EDJr+iAyS/&#10;tAMjv8sDI77oAyO89wQiu/8FIrv/BSK7/wUiu/8FpJIAAJiYAACMngAAgKUAAHOrAABnsAAAW7UA&#10;AE+5AABEvAAAOsAAADDEBAAqxwsAKMgTACfJHQAmyScAJckwACTKOQAjykIAIstLACHLVQAgzF8A&#10;H8xsAB3NegAczYoAG82cABnOrgEYzsUAGM3kABjM9AEYyvwBGMr/AhjK/wIYyv8Cm5kAAI+fAACC&#10;pgAAda0AAGizAABcuQAAUL0AAETBAAA5xAAAMMgAACjMAQAg0AYAGdULABbXEAAV2BkAFdkiABTZ&#10;KwAT2jQAE9o9ABLbSAAR3FMAEd1fABDdbQAQ3n4ADt+RAA7gpAAN4LgADODSAAvf7QAM3vcADN37&#10;AAzd+wAM3fsAkp8AAIWnAAB3rgAAarUAAF28AABQwQAARMUAADjJAAAuzQAAJdEAAB7VAAAW2gEA&#10;Ed4GABDnDQAO5xIADegZAAzoIQAL6SkACuoxAAnqOwAH60UABetRAATrXgAD624AAeuAAADqlAAA&#10;6qcAAOu8AADr0gAA6+kAAOzvAADs7wAA7O8Ah6cAAHmvAABrtwAAXr4AAFHFAABDyQAAN80AAC3R&#10;AAAj1gAAG9sAABPfAAAO4wAADO4CAAr2CgAH9g4ABfYSAAP2GAAA9R4AAPUlAAD1LgAA9TcAAPZC&#10;AAD2TgAA9l0AAPZuAAD2gQAA9pUAAPenAAD3twAA+McAAPjQAAD40AAA+NAAe68AAG24AABgwAAA&#10;UsgAAETNAAA30QAAK9cAACHcAAAY4AAAEeQAAAznAAAH7wAABPoAAAH/AwAA/wgAAP8NAAD+EAAA&#10;/hQAAP8aAAD/IQAA/ykAAP8zAAD/PgAA/0sAAP9bAAD/bAAA/4AAAP+SAAD/oQAA/60AAP+zAAD/&#10;swAA/7MA/xwmAP8cJAD/GiUA/xUnAP8RLgD/EDoA/w5HAf8NUwH/C18B/wprAf8KdQH/Cn8B/wqH&#10;Af8KjgH/CpUB/wqbAf8JoAH/CaUA/wmrAP8JsQD/CbgA/wnBAP4JzAD8Cd4A+QnrAPUJ9gDzCf8A&#10;8gr/APEK/wHxC/8B8Qv/AfEL/wHxC/8B/x8jAP8fIQD/HiEA/xkkAP8XLAD/FTcA/xNEAP8RUAH/&#10;EFwB/w5nAf8OcgH/DnsB/w6EAf8OiwH/DpIB/w6YAf8OnQH/DqMB/g6oAfwOrgH7DrUA+g6+APgO&#10;yQD1DtsA8g7qAO4O9QDsDv8B6w//AeoP/wHqEP8B6RD/AekQ/wHpEP8B/yIfAP8iHAD/IRwA/x8g&#10;AP8fKQD/HDQA/xpAAP8XTAH/FVgB/xRjAf8TbgH/E3cB/hOAAfwTiAH6Eo4B+RKVAfgSmgH2EqAB&#10;9RKmAfQSrAHzErMB8RK8AfASxwHtEtgB6RPoAeYT9QHkFP8B4hT/AuEV/wLhFf8C4BX/AuAV/wLg&#10;Ff8C/yUbAP8mFwD/JBYA/yUcAP8mJQD/JDAA/yE7AP8fSAD/HVQB/RtfAfkaaQH3GnMB9Bl8AfIZ&#10;hAHxGYsB7xmRAe4ZlwHsGZ0B6xmjAekZqgHoGbEB5xm6AeUZxQHjGdUB3xroAdwb9QLYG/8C1Rz/&#10;A9Qc/wPTHP8E0hz/BNIc/wTSHP8E/ykXAP8qEwD/KRIA/ywYAP8sIQD/LCsA/yk3AP0nQwD3JU8B&#10;8yNaAe8iZAHsIW4B6SF3AechfwHlIYYB5CGNAeIglAHhIJoB3yCgAd4gpwHcIa8B2iG4AtghwwLV&#10;IdMC0SLnAs0i9APKI/8EyCP/Bccj/wbGI/8GxiP/BsYj/wbGI/8G/ywSAP8uDwD/MBAA/zMUAP8z&#10;GwD/MiUA+jAwAPIuPADsLEkA5ypVAeMqXwHgKWkB3SlyAdooegHXKIIC1SiJAtMokALRKJYDzyic&#10;A84oowPMKKsDyiizA8kovgTHKMwExSniBMEq8Qa+Kv4HvCr/CLoq/wi6Kv8IuSr/Cbkq/wm5Kv8J&#10;/zAPAP8yCwD/Ng0A/zgQAP85FQD5Nx4A7zUoAOczNQDgMkIA2zJPANUxWgHQMWQCzTBtAsswdQPJ&#10;MHwDxy+DBMUvigTEL5EFwi+XBcEvnga/L6YGvS+vBrwvuQe6L8cHuDDdB7Uw7gmyMPsKsDD/C64w&#10;/wuuMP8LrTD/C60w/wutMP8L/zMMAP82BgD/PAkA/z4MAP09EADvPBUA5DkfANs5LQDSOjwAzTpJ&#10;Acg5VAHEOV4CwThnA783bwS9N3YFuzZ9Brk2hAe3NosHtjWSCLQ1mgmzNaEJsTWqCq81tAuuNcEL&#10;rDXUC6k26gymNvgNpTb/DqM3/w6iN/8Oojf/DqI3/w6iN/8O/zcHAP87AgD/QAMA8kIFAOlCCQDl&#10;Pw4A2D4WAM5AJwDHQTYAwkFEAb1BTwK5QFkDtj9hBLQ+aQaxPXEHrz14CK48fwmsPIYKqjuNC6k7&#10;lQynO50NpTumDaM6sA6iO7wPoDvND5475hCbPPURmjz/EZk8/xGYPP8RmDz/EZg8/xGYPP8R/zoB&#10;AP9AAADvRQAA4UgAANlIBQDTRgkAzEUSAMRHIgC9SDEAuEg/AbNHSgKwRlQErEVdBapEZAenQ2wI&#10;pUJzCqNCeguhQYEMoEGIDZ5AkA+cQJgQmkChEZhArBKXQLgSlUDIE5NA4RORQfMUkEH/FI9B/xSO&#10;Qv8TjkL/E45C/xOOQv8T/zwAAPlEAADkSgAA2E4AAM5PAgDJTQYAw0sPALtNHQC1Ti0Ar046AatN&#10;RgKnTE8EpEtYBqFKYAieSWcJnEhuC5pHdQ2YRnwOlkaDD5RFixGSRZQSkEWdE45FqBSMRbQVi0XE&#10;FopF3BaIRvAWhkb9FoZG/xaFR/8VhUf/FYVH/xWFR/8V/z8AAOxIAADdTwAAz1MAAMZVAADAUwMA&#10;u1EMALNSGQCtUykAqFM2AaNSQgKfUUsEnFBUBplPXAiWTmMKlE1qDJFMcQ6PS3gPjUt/EYtKhxKJ&#10;SpAUh0maFYVJpReDSbEYgknAGIFK1hl/Su0Yfkv8GH5L/xd9S/8XfUv/Fn1L/xZ9S/8W/0MAAOZM&#10;AADWUwAAyVgAAMBZAAC6WAEAtFYJAKxXFgCmWCUAoVgyAZ1XPgKYVkgElVVRBpJUWAiPUl8KjFJm&#10;DIpRbQ6IUHQQhU97EoNPhBOBTo0Vf06XF31OoRh7Ta4Zek69GnhO0Rp3Tusad0/6GXZP/xl2T/8Y&#10;dk//F3ZP/xd2T/8X+EYAAOJQAADQVwAAxFwAALteAAC0XQAArloGAKZbEwCgXCIAm1wvAJdbOwKS&#10;WkUDj1lNBotYVQiIV1wKhlZjDINVag6BVHEQflR4EnxTgBR6UokWeFKUGHZSnxl0UqsaclK6G3FS&#10;zRxwUugbcFP5GnBT/xpwU/8ZcFP/GHBT/xhwU/8Y70kAAN1TAADLWgAAwF8AALdiAACvYQAAqF4C&#10;AKFfEACbYB4AlmAsAJFgOAGNXkIDiV1LBYVcUgeCW1kKgFpgDH1ZZw57WG4QeFh1EnZXfRR0V4cW&#10;claRGG9WnBpuVqkbbFa4HGtWyx1qVuYcalf3G2pX/xpqV/8Za1f/GWtX/xlrV/8Z60wAANhWAADI&#10;XgAAvGIAALNlAACrZQAAo2IAAJxiDgCWYxwAkWQpAIxjNQGIYj8DhGFIBYBgUAd9X1cJel5dC3dd&#10;ZA11XGsQc1xyEnBbexRuW4QXbFqPGGpamhpoWqccZlq2HWVayB1lWuQdZVr2HGVa/xtlWv8aZVr/&#10;GWVa/xllWv8Z6E8AANNZAADEYQAAuWYAALBoAACnaQAAnmUAAJdmDQCRZxkAjGgnAIdnMgGDZj0C&#10;f2VGBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4IWZ16NGWVemBpjXqUcYV60HWBexx1g&#10;XuMdYF71HGBe/xtgXv8aYV7/GmFe/xphXv8a5FIAAM9cAADAZAAAtmkAAKxsAACjbAAAmWkAAJJq&#10;CwCMahYAh2skAIJrMAF+ajoCemlDBHZoSwZzZ1IIcGdZCm1mYA1rZWYPaGRuEWZkdhRkY4AWYmOL&#10;GGBilxpeYqQcXGKyHVtixR1bYuEdW2L0HFti/xtcYv8aXGL/Glxi/xpcYv8a4FUAAMtfAAC9ZwAA&#10;smwAAKlwAACfbwAAlGwAAIxtCACGbhMAgm8hAH1vLQF5bzgCdW5BA3JtSQVubFAHa2tXCmlrXgxm&#10;amUOZGlsEWFpdBNfaH4WXWeJGFtnlRpZZqIbV2awHFZmwx1WZt8dVmbzHFdm/xtXZv8aV2b/Gldm&#10;/xpXZv8a21kAAMdiAAC6agAAr3AAAKZzAACacwAAj3AAAIdxBQCBchEAfHMeAHhzKgB0czUBcHM/&#10;A21yRwVqcU4HZ3FVCWRwXAtib2MOX29qEF1uchJabXwVWG2GF1ZskxlUbKAbUmuvHFFrwRxRa9wc&#10;UWvxG1Jr/hpSav8aUmr/GVJq/xlSav8Z1FwAAMNmAAC2bgAArHQAAKJ3AACWdgAAiXUAAIF2AQB6&#10;dw8AdngbAHJ5JwBveTIBa3g8Amh4RARld0wGYndTCF92WgpddWEMWnVoD1h0cBFVc3kTU3OEFlFy&#10;kBhPcp4ZTXGtGkxxvxtLcdkbTHHwGkxw/RpNcP8ZTW//GU1v/xlNb/8ZzmAAAL5qAACycgAAqHgA&#10;AJ17AACQegAAhHoAAHp7AAB0fAwAb34XAGx+JABpfy8BZn85AmJ/QgNffkkFXX1QB1p9VwlXfF4L&#10;VXxlDVJ7bg9QencSTnqCFEt5jhZJeZwXSHirGEZ4vRlGeNUZRnfvGEd2/BhHdv8YR3X/F0d1/xdH&#10;df8XyWUAALpvAACudwAApH0AAJh/AACLfwAAfn8AAHOBAABsgwkAaIQTAGWFIABihiwAX4Y2AVyG&#10;PwJZhUYDV4VOBVSFVQdShFwJT4NjC02Daw1LgnQPSIJ/EUaBjBNEgZoVQoCpFkGAuhZAgNIWQX/t&#10;FkF++xZBff8WQX3/FkF9/xZBff8WwmoAALV1AACqfQAAn4IAAJKDAACFhAAAeYUAAGqJAABkigMA&#10;YIwQAF2NGwBbjicAWI4yAFWOOwFTjkMCUI5KA06NUgVMjVkGSYxgCEeMaApFi3IMQot9DkCKiQ8+&#10;ipgRPIqnEjuKuBI6is8SO4jrEjuH+hM7hv8TO4b/EzuG/xM7hv8TvHEAAK97AAClgwAAmYcAAIyI&#10;AAB/iQAAc4wAAGWQAABckwAAV5UMAFSWFgBSliIAUJctAE2XNgBLlz8BSZdHAkeXTgNFllUEQ5Zd&#10;BUGWZQY+lW8IPJV6CTqVhws4lZUMNpSlDTWUtg40lMwNNJPpDTSS+A40kP8PNJD/DzSQ/w80kP8P&#10;tXgAAKqCAACeiAAAk40AAIaOAAB5kAAAbZMAAGGXAABVmwAATZ4GAEmfEABHnxsARqAmAESgMABD&#10;oToAQaFCAT+hSQE9oVECO6FZAjmhYQM3oGsENaB2BTOggwYxoJIHMKCiCC6gswguoMkILp/nCC2d&#10;9wktnP8KLZv/Ci2b/wotm/8Kr4AAAKOJAACXjgAAjZMAAH+VAABymAAAZpwAAFugAABPpAAARacA&#10;AD6pDAA8qhQAOqofADmqKQA4qzIAN6s7ADWrQwA0rEsAMqxTATGsXAEvrGYCLaxxAiusfwMqrI4D&#10;KKyeBCessAQmrMUEJqvkAyWp9QQlqP8FJaf/BSWn/wUlp/8Fp4kAAJuPAACRlAAAhJkAAHieAABr&#10;ogAAX6YAAFOqAABIrQAAPbAAADSzAwAvtQ4ALbUWACy1IAArtikAKrYyACm3OgAot0MAJ7dMACa4&#10;VQAkuF8AI7hrACK4eAEguIgBH7iZAR25qwEcucABHLjfARy28gEbtfwCG7T/Ahu0/wIbtP8Cn48A&#10;AJSVAACImwAAe6EAAG6mAABiqwAAVrAAAEqzAAA/tgAANbkAACy8AAAkvwYAH8INAB3CFAAcwh4A&#10;G8MmABrDLwAZxDgAGMRBABfESgAWxVUAFcVhABTGbwATxn8AEsaRABHHpAAQx7kAD8fUABDG7gAQ&#10;xPoAEMP/ABDD/wAQw/8Al5YAAIucAAB+ogAAcakAAGSvAABYtAAAS7gAAEC7AAA1vgAAK8EAACPF&#10;AAAbyQEAFMwGABDQCwAO0READdEZAA3RIQAM0SoADNE0AAvSPgAK0kkACdNVAAnTYgAI03IABtSE&#10;AAXUmAAE1KsAA9XAAAHV3AAB1e0AAdX2AAHV9gAB1fYAjp0AAICkAABzqwAAZrEAAFm4AABMvQAA&#10;P8AAADTDAAAqxwAAIcoAABnOAAAS0gAADdYBAAnbBQAG3A0ABNwRAAPdGAAB3iAAAN4oAADfMQAA&#10;4DwAAOFHAADiVAAA42MAAON0AADkiAAA5JsAAOWuAADlwQAA5dUAAObnAADm5wAA5ucAg6QAAHWs&#10;AABoswAAWrsAAE3BAABAxAAAM8gAACjMAAAf0AAAF9QAABDZAAAL3QAABeEAAADkAAAA5QcAAOYN&#10;AADnEQAA6BYAAOkdAADqJQAA6y4AAO05AADvRQAA8FMAAPFkAADxdgAA8ooAAPOcAADzrQAA9LsA&#10;APTIAAD0yAAA9MgAd60AAGq1AABcvQAAT8QAAEDJAAAzzQAAJ9EAAB3WAAAU3AAADuAAAAjjAAAB&#10;5gAAAOoAAADuAAAA7gAAAO8EAADwCgAA8Q4AAPMSAAD0GAAA9iAAAPgqAAD6NQAA/UMAAP5SAAD/&#10;YwAA/3YAAP+JAAD/mgAA/6YAAP+wAAD/sAAA/7AA/xYjAP8VIQD/ESEA/w0kAP8JKwD/BjcA/wNE&#10;AP8AUQD/AF0A/wBoAP8AcgD/AHsA/wCDAP8AigD/AJEA/wCWAP8AnAD/AKEA/QCmAPsArAD5ALMA&#10;9wC7APUAxQDzANEA8gDkAPEA8QDvAPoA7gD/AO4A/wDtAP8A7QD/AO0A/wDtAP8A/xkgAP8YHQD/&#10;FR0A/xAfAP8OKQD/DDQA/wpBAP8HTQD/BVkA/wRkAP8EbgD/A3cA/wOAAP8DhwD/A40A/QKTAPsC&#10;mQD5Ap4A9wKkAPUCqgDzAbAA8QG4AO8BwgDtAc8A6wHjAOoB7wDoAvsA5wT/AOYF/wDmBv8A5gb/&#10;AOYG/wDmBv8A/xwbAP8bGQD/FxgA/xUdAP8TJQD/ETAA/xA9AP8OSQD/DFUA/wtgAP8LagD9C3MA&#10;+wt8APkKgwD3CooA9QqQAPQKlgDzCpsA8QqhAO8JpwDtCa4A6wm2AOgJwADmCc0A5AniAOIK8ADf&#10;C/sA3gz/ANwN/wDcDf8A2w3/AdsN/wHbDf8B/x8XAP8eEwD/GxIA/xwZAP8bIgD/GCwA/xU4AP8T&#10;RAD+ElAA+RFbAPUQZgDzEG8A8BB3AO4QfwDsEIYA6hCMAOkQkgDoEJgA5g+eAOUPpQDjD6wA4Q+0&#10;AOAPvgDeD8wA2hDhANUR8ADSEvsAzxL/Ac4T/wHNE/8BzRP/AcwT/wHME/8B/yISAP8iDwD/IQ8A&#10;/yIUAP8iHAD/ICcA/x0yAPgbPgDyGUsA7hhWAOoXYADnFmoA5BZyAOIWegDgFoIA3haIANwWjwDb&#10;FpUA2RabANYWogDUFqkA0haxANAXuwDOF8kAzBjeAMgZ7gHFGvsBwxr/AsEb/wLAG/8CwBv/AsAb&#10;/wLAG/8C/yYOAP8lCwD/KAwA/ykQAP8oFgD+JiAA9CQrAOwhOADmIEQA4R9QAN0fWwDZHmUA1R5t&#10;ANIfdQDQH30Azh+DAMwfigHLH5AByR+XAcgfngHGH6UBxSCtAcMgtwHBIMQBwCHWAbwi6gK5IvgD&#10;tiL/A7Uj/wO0I/8EsyP/BLMj/wSzI/8E/ykLAP8qBQD/LggA/y8MAP8tEADzKxcA6CgiAOAmLwDZ&#10;Jj0A0idKAM0nVQDKKF8AxyhoAcUobwHDJ3cBwSd+Ab8nhAG+J4sCvCeSArsnmQK5J6ACtyepA7Yo&#10;swO0KL8DsyjPA7Ap5gStKfYEqyr/Bakq/waoKv8GqCr/Bqgq/waoKv8G/y0FAP8wAAD/MwIA9jQG&#10;AO8yCgDoLhAA3CwYANEuKADLLzcAxjBEAMEwTwC+MFkBuzBiAbgwagK2L3ECtS94ArMvfwOxL4YD&#10;sC+NA64ulAStLpwEqy6kBakvrgWoL7oFpi/KBqQw4gahMPMHnzD/CJ4x/widMf8InDH/CJwx/wic&#10;Mf8I/zAAAP81AADvOAAA4joAANs5BADWNQkAzjQTAMY2IgC/ODEAujg/ALY4SgGzOFQBsDddAq03&#10;ZAKrNmwDqTZzBKg2eQSmNYAFpDWHBaM1jwahNZcHnzWgB541qgicNbYImzXFCZk13QmWNu8KlDb9&#10;CpM3/wqSN/8Kkjf/CpI3/wqSN/8K/zMAAPY6AADkPwAA2EIAAM5CAQDJPgYAxDsPALs+HQC1PywA&#10;sT86AK0/RQGpP08Bpj5YAqM9XwOhPWcEnzxtBZ08dAacO3sGmjuCB5g7igiWO5MJlTqcCpM6pguR&#10;OrILkDvADI471QyMPOwNijz7DYk8/w2JPP8MiDz/DIg8/wyIPP8M/zcAAOo/AADcRQAAzkkAAMVJ&#10;AAC/RgIAukMMALNEGQCtRScAqEY1AKRFQQGgRUsCnURTAppDWwOYQ2IFlkJpBpRBcAeSQXYIkEB+&#10;CY5AhgqNQI4Li0CYDIlAog2HQK4OhUC8D4RAzw+CQekPgUH5D4BB/w+AQv8OgEL/DoBC/w6AQv8O&#10;+jsAAOVEAADTSwAAx04AAL5PAAC4TAAAskkJAKtJFQClSyMAoEsxAJxLPQGYSkcClUlPA5JJVwSQ&#10;SF4FjkdlBotHaweJRnIJiEZ5CoZFgguERYoNgkWUDoBEnw9+RKsQfEW5EXtFyxF6ReYReUb3EXhG&#10;/xB4Rv8QeEb/D3hG/w94Rv8P8D8AAN9JAADNTwAAwVMAALhUAACxUgAAq04FAKROEQCeTyAAmVAt&#10;AJVQOQGST0MBjk5MA4tNUwSJTVoFhkxhBoRLaAiCS24JgEp2C35Kfgx8SYcOekmRD3hJnBB2SagS&#10;dEm2EnNJyBNySuMTcUr1EnFK/xFxS/8RcUv/EHFL/xBxS/8Q7EMAANlMAADIUwAAvVcAALRYAACs&#10;VwAApVIBAJ5TDwCYVBwAk1QpAI9UNQCLU0ABiFNIAoVSUASCUVcFf1BeBn1QZAh7T2sJeU9yC3dO&#10;ew11ToQOc02OEHFNmRFvTaUTbU2zFGxNxRRrTuEUa070E2tO/xJrTv8Sa07/EWtO/xFrTv8R6EYA&#10;ANNQAADEVgAAuVoAALBcAACmWgAAn1YAAJhWDQCSVxkAjlgmAIlYMgCGWD0BgldFAn9WTQN8VVQF&#10;eVRbBndUYQh1U2gJc1NwC3FSeA1vUoEPbVKLEGtRlxJpUaMTZ1GxFGZRwxVlUt4VZVLyFGVS/xNl&#10;Uv8SZVL/EmVS/xJlUv8S5EoAAM9TAADAWgAAtV4AAKxgAACiXgAAmlkAAJJaCwCNWxYAiFwjAIRc&#10;LwCAWzoBfVtDAnlaSwN2WVIEdFhYBnFYXwdvV2YJbVdtC2tWdQ1pVn4PZ1aJEWVVlRJjVaEUYlWv&#10;FWFVwRZgVdsWYFbxFWBW/hRgVv8TYVb/EmFW/xJhVv8S4E0AAMtWAAC9XQAAsmEAAKhjAACdYQAA&#10;lV0AAI1eCQCHXhMAg18gAH9fLAB7XzcBd15AAnReSANxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1k&#10;WnwPYlqHEWBZkxJeWaAUXVmuFVtZvxZbWdgWW1nvFVtZ/RRcWf8TXFn/ElxZ/xJcWf8S3FAAAMdZ&#10;AAC6YAAAr2QAAKRlAACZZAAAkGAAAIhhBgCCYhEAfmMdAHpjKgB2YzQBc2I9AW9iRgJsYU0EamFU&#10;BWdgWgdlYGEIY19pCmFfcQxfXnoOXV6FEFtekRJZXZ4UWF2sFVddvRZWXdUWVl3uFVdd/BRXXf8T&#10;V13/Eldd/xJXXf8S1lMAAMRcAAC3YwAArGgAAKBoAACVZwAAimMAAINlAgB9Zg8AeGYaAHRnJwBx&#10;ZzIAbmc7AWtmQwJoZksDZWVSBWNlWQZhZF8IXmRnClxjbwxaY3gOWGODEFZijxJUYpwTU2KqFVJi&#10;uxVRYtIVUWHtFVJh+xRSYf8TU2H/ElNh/xJTYf8S0VYAAMBfAACzZgAAqWsAAJxrAACQagAAhWcA&#10;AH1pAAB3ag0Ac2sXAG9rJABsbC8AaWw4AWZrQQJja0kDYWtQBF5qVwZcal0HWmllCVhpbQtVaHYN&#10;U2iBD1FnjRFPZ5oSTmepFE1nuRRMZ88UTGbrFE1m+xNNZv8STmX/Ek5l/xJOZf8SzFoAALxjAACw&#10;agAApW8AAJhuAACMbQAAgGwAAHdtAABxbgsAbW8UAGlwIQBmcSwAZHE2AWFxPgFecUYCXHBNA1lw&#10;VAVXcFsGVW9iCFNvagpQbnMMTm5+DkxtihBKbZgRSWynEkhsuBNHbM0TR2zqE0hr+hJIa/8SSGr/&#10;EUhq/xFIav8Rx14AALhnAACsbgAAoXIAAJNyAACHcQAAenEAAHFyAABrdAcAZnURAGN2HQBgdygA&#10;XnczAFt4PAFZd0MCVndLA1R3UgRSdlkFUHZgB051aAhLdXEKSXR8DEd0iA5Fc5YPQ3OlEEJzthFB&#10;c8sRQnLoEUJy+BFCcf8QQ3D/EENw/xBDcP8QwWMAALNsAACocwAAm3YAAI51AACBdgAAdXYAAGl4&#10;AABjegIAXnwOAFx9GQBZfiQAV38vAFV/OAFTf0ABUH9IAk5+TwNMflYESn5dBUh9ZQZGfW4IQ3x5&#10;CkF8hgs/e5QNPnujDjx7sw48e8gOPHrmDjx59w48eP8OPHj/Dj13/w49d/8OvGgAAK9yAACkeQAA&#10;lnoAAIh6AAB8egAAcHwAAGN/AABcggAAV4QLAFOFFABRhiAAT4YqAE6HNABMhzwBSodEAUiHSwJG&#10;h1MCRIZaA0KGYgRAhmwGPoV2BzuFgwg5hZEKOISgCzaEsQs2hMYLNoPkCzaC9gs2gf8MNoD/DDaA&#10;/ww2gP8Mtm8AAKp4AACffwAAkH4AAIN/AAB3gAAAa4IAAF6HAABVigAATowGAEqOEABIjxoAR48l&#10;AEWQLwBEkDgAQpBAAECQRwE/kE8BPZBWAjuQXwI5kGgDN49zBDWPgAUzj44GMY+eBzCOrwcvjsMH&#10;L47hBy+M9Agvi/8IL4r/CC+K/wkviv8JsHYAAKV/AACYhAAAioQAAH2FAABwhwAAZYoAAFqOAABP&#10;kgAARpUAAEGYDAA+mBQAPZkfADuZKAA6mjEAOZo6ADeaQgA2mkoANZpSATOaWgExmmQBL5pvAi2a&#10;ewIsmooDKpqaAymarAQomsAEJ5neAyeX8gQnlv0FJ5X/BSeV/wUnlf8FqX4AAJ6FAACSiQAAhIoA&#10;AHaMAABqjwAAXpMAAFSXAABJmwAAQJ8AADeiBAAyow4AMaMXADCkIQAupCoALaQyACylOgArpUMA&#10;KqVLACmlVAAopV4AJqVpACWldgEjpYUBIqWWASCmqAEfpbsBHqXXAR6k7wEeovsCHqH/Ah6h/wIe&#10;of8CooYAAJeMAACLjwAAfZEAAG+UAABjmAAAV50AAE2hAABDpQAAOKgAADCrAAAorgcAJK8QACOv&#10;FwAhryEAILApAB+wMQAesDoAHbFCAByxTAAbsVYAGrFhABmybwAYsn4AFrKQABWyogAUsrYAE7LO&#10;ABOx6wATr/kAE67/AROu/wETrv8Bmo0AAJCSAACElwAAdZoAAGifAABbowAAUKgAAEWsAAA7sAAA&#10;MbIAACe1AAAguAAAGLoHABS8DgATvBUAErweABG9JgARvS4AEL03ABC+QQAOvkwADr5XAA2+ZQAM&#10;v3QAC7+GAAq+mQAIvqwAB77CAAe+3wAIvvAACL36AAi9/AAIvfwAk5QAAIeZAAB6nwAAbKUAAGCq&#10;AABTrwAAR7MAADy2AAAxuAAAJ7sAAB++AAAXwQAAEcQBAAzICAAIyQ4AB8kUAAbJHAAFySQABMos&#10;AAPKNgACykAAAMtMAADLWQAAy2gAAMt5AADMjAAAy58AAMuzAADLyAAAzOIAAMzvAADM8QAAzPEA&#10;ipoAAHyhAABvpwAAYq0AAFWzAABIuAAAO7sAADC+AAAmwQAAHcQAABXIAAAPywAACs4AAATSAgAA&#10;0woAANMPAADUFAAA1RoAANYiAADXKgAA2TQAANo/AADcSwAA3FoAAN1qAADdfQAA3ZEAAN2kAADe&#10;tgAA3sgAAN7eAADe4gAA3uIAf6IAAHGpAABksAAAVrcAAEm8AAA8wAAAL8QAACTHAAAbywAAE88A&#10;AA3SAAAH1gAAANsAAADeAAAA3wMAAOAJAADhDgAA4hIAAOMXAADlHgAA5icAAOgxAADqPQAA7EsA&#10;AOxaAADtbAAA7oAAAO6UAADupQAA7rQAAO7CAADuxgAA7sYAdKoAAGayAABYuQAAS8AAAD3FAAAv&#10;yQAAJM0AABnRAAAR1gAAC9sAAAPeAAAA4QAAAOUAAADoAAAA6QAAAOoAAADrBgAA7QsAAO8PAADw&#10;EwAA8hoAAPQjAAD3LgAA+TsAAPtKAAD8WwAA/W0AAP2AAAD+kwAA/qIAAP6tAAD+rwAA/q8A/xAf&#10;AP8OHQD/Ch0A/wEgAP8AKAD/ADUA/wBBAP8ATgD/AFoA/wBlAP8AbgD/AHcA/wB/AP4AhgD8AIwA&#10;+wCSAPkAlwD4AJwA9wCiAPYApwD1AK0A8wC1APIAvQDxAMkA7wDcAO4A6wDtAPcA7AD/AOsA/wDq&#10;AP8A6gD/AOoA/wDqAP8A/xMcAP8RGQD/DRkA/wYcAP8DJQD/ADEA/wA+AP8ASgD/AFYA/wBhAP8A&#10;awD9AHMA+gB7APcAgwD1AIkA9ACPAPIAlADxAJkA8ACfAO4ApADtAKsA7ACyAOoAugDoAMYA5wDW&#10;AOUA6ADkAPUA4wD+AOIA/wDhAP8A4QD/AOEA/wDhAP8A/xUYAP8TFAD/DxQA/w0ZAP8LIgD/CC0A&#10;/wQ5AP8BRgD/AFEA/gBcAPoAZgD2AG8A8gB3AO8AfgDtAIUA6wCLAOoAkQDoAJYA5wCcAOYAoQDk&#10;AKgA4wCvAOEAuADfAMMA3QDRANsA5gDZAPMA1wD9ANUC/wDUAv8A1AP/ANQD/wDUA/8A/xgTAP8V&#10;EAD/Eg8A/xIVAP8RHQD/DigA/ww0AP8KQQD5CEwA9QZXAPEGYQDtBmoA6QVyAOYFegDkBYEA4gWH&#10;AOAGjQDfBpIA3QaYANsGngDZBqUA1watANQGtQDSBsAA0AfPAM4I5QDMCfQAygv/AMgM/wDHDP8A&#10;xwz/AMYM/wDGDP8A/xsOAP8ZDAD/GA0A/xgRAP8XGAD/FCIA+xEuAPMQOgDtDkYA6A1SAOUNXADh&#10;DWUA3g1tANsNdQDYDXwA1Q2CANMNiQDRDY8A0A2VAM4NnADNDqMAyw6rAMkOtADIDsAAxg7PAMMQ&#10;5gDAEfUAvRL/ALwS/wC7Ev8AuhL/AboS/wG6Ev8B/x8KAP8cBAD/HwgA/x8NAP8dEgD4GhsA7hYm&#10;AOYUMwDgEz8A2hNLANQTVgDQE18AzhRoAMsUbwDJFHcAxxV9AMYVhADEFYoAwxWRAMEWmADAFp8A&#10;vhanALwXsAC7F7wAuRfLALcY4gCzGfIBsRr/Aa8b/wGuG/8Brhv/Aa0b/wGtG/8B/yIEAP8iAAD/&#10;JQIA/CQHAPchDADsHRIA4RocANgaKgDQGzgAyx1FAMcdUADDHloAwB5iAL4eagC8H3EAuh94ALkf&#10;fgC3H4UAth+MALQfkwCzH5oBsSCjAbAgrAGuILcBrCHGAash3QGnIu8CpSL9AqMj/wKiI/8CoiP/&#10;AqEj/wKhI/8C/yUAAP8oAADyKgAA5SsAAN8oBQDcIQsA0iEUAMkkJADDJTIAviY/ALonSgC3J1QA&#10;tCddALInZACwJ2wAridyAa0neQGrJ38BqieGAagnjgGnJ5YCpSeeAqMoqAKiKLMCoCjBAp8o1QKc&#10;KewDmir6A5gq/wSXKv8Elyr/BJYq/wSWKv8E/ygAAPUuAADlMwAA2jUAANAzAQDMLQYAxioQAL4t&#10;HgC4LiwAsy86AK8vRQCsME8AqS9YAKcvXwGlL2YBoy9tAaEvcwKgLnoCni6BAp0uiQKbLpEDmS6a&#10;A5gupASWL68ElS+9BJMvzwSRMOgFjzD4BY0x/wWNMf8FjDH/BYwx/wWMMf8F/y0AAOo1AADcOgAA&#10;zj0AAMY8AADANwIAuzMNALM0GQCuNicAqTc0AKU3QACiN0oAnzdTAZ02WgGbNmEBmTZoApc1bwKV&#10;NXUDlDV8A5I1hASQNY0EjzWWBY01oAWLNasGijW5Bog1ygeHNuUHhTb2B4Q3/weDN/8Hgzf/B4I3&#10;/weCN/8H9DIAAOM7AADSQQAAxkQAAL1DAAC3PwAAsTsJAKo7FAClPCIAoD0wAJ09OwCZPUUAlj1O&#10;AZQ8VgGSPF0CkDxjAo47agOMO3EEijt4BIg6gAWHOogGhTqSBoM6nAeBOqgIgDq1CX47xgl9O+EJ&#10;ezzzCXs8/wl6PP8Iejz/CHo8/wh6PP8I7jcAAN1BAADLRgAAv0kAALZJAACuRgAAqUEEAKNBEQCd&#10;Qh4AmEMrAJVDNwCRQ0EAjkJKAYxCUgGJQVkCh0FfA4VBZgODQG0EgUB0BYBAewZ+P4QHfD+OCHo/&#10;mQl4P6UKd0CyCnVAwwt0QN0Lc0HxC3JB/wpyQf8KckH/CXJB/wlyQf8J6TwAANVFAADFSwAAuk4A&#10;ALBOAACnSwAAokYAAJtGDgCWRxoAkUgnAI5IMwCKSD0Ah0dGAYRHTgGCRlUCgEZcA35FYgR8RWkE&#10;ekVwBXhEeAZ2RIEIdESLCXJElgpwRKILb0SvDG5EwAxtRdkNbEXvDGtF/QtrRv8La0b/CmtG/wpr&#10;Rv8K5UAAAM9JAADBTwAAtVIAAKtSAAChTwAAm0oAAJRKDACPSxcAi0wkAIdMLwCETDoAgUxDAX5L&#10;SwF7S1ICeUpYA3dKXwR1SWYFc0ltBnFJdQdvSX4IbUiICWtIkwtqSJ8MaEitDWdJvQ1mSdQOZUnt&#10;DWVK/AxlSv8LZUr/C2VK/wtlSv8L4EQAAMtNAAC9UgAAslYAAKZVAACcUgAAlU4AAI5OCQCJTxQA&#10;hVAgAIFQLAB+UDcAe1BAAXhQSAF1T08Cc05VA3FOXARvTmMFbU1qBmtNcgdpTXsIZ02FCmVNkQtk&#10;TJ0MYk2rDWFNuw5gTdEOYE3sDmBN+w1gTf8MYE3/C2BN/wtgTf8L3EcAAMdQAAC5VgAArlkAAKJY&#10;AACYVgAAkFEAAIlSBgCDUxEAf1MdAHtUKQB4VDQAdVQ9AXJTRQFwU0wCbVJTAmtSWQNpUmAEZ1Fn&#10;BmVRbwdjUXgIYlGDCmBRjwteUJsNXVCpDltRuQ5bUc4PWlHqDltR+g1bUf8MW1H/DFtR/wtbUf8L&#10;1koAAMNTAAC2WQAAq1wAAJ5aAACTWQAAi1QAAIRWAwB+VhAAelcaAHZXJgBzWDEAcFc6AG1XQgFq&#10;V0kCaFZQAmZWVwNkVl4EYlVlBWBVbQdeVXYIXVWBCltVjQtZVJoNWFSnDlZVuA9WVcwPVlXpDlZV&#10;+Q1WVf8NV1T/DFdU/wxXVP8M0U0AAMBWAACzXAAAp14AAJpdAACPXAAAhlgAAH9ZAAB5Wg0AdFsX&#10;AHFbIwBuWy4Aa1s3AGhbQAFlW0cBY1pOAmFaVQNfWlwEXVpjBVxaawZaWXQIWFl/ClZZiwtUWZgN&#10;U1imDlJZtg5RWcoPUVnnDlFY+A1SWP8NUlj/DFJY/wxSWP8MzVEAALxZAACwXwAAo2EAAJZgAACL&#10;XwAAgVsAAHldAABzXgwAb14VAGtfIABoXysAZmA1AGNgPQFhX0UBX19MAl1fUwNbX1oEWV5hBVde&#10;aQZVXnIIU159CVFdiQtQXZYMTl2kDU1dtA5MXcgOTF3mDk1d9w1NXP8MTVz/DE5c/wxOXP8MyVQA&#10;ALlcAACtYwAAn2MAAJJjAACHYgAAfGAAAHRhAABuYgkAaWMSAGZjHQBjZCgAYWQyAF5kOwBcZEMB&#10;WmRKAlhkUQJWZFgDVGRfBFJjZwVQY3AHTmN6CExihgpLYpQLSWKiDEhisg1HYscNR2LkDUhh9gxI&#10;Yf8MSGD/C0lg/wtJYP8LxFgAALVgAACqZgAAm2YAAI1mAACCZQAAdmQAAG5lAABoZgUAY2cQAGBo&#10;GgBdaSUAW2ovAFlqOABXakABVWpHAVNqTgJRalUDT2ldBE1pZAVLaW0GSWh4B0dohAlGaJIKRGeh&#10;C0NnsQxCZ8UMQmfiDEJm9QxDZv8LQ2X/C0Nl/wtDZf8Lv1wAALFkAACmagAAlmkAAIlpAAB9aQAA&#10;cWkAAGdqAABibAEAXW0NAFluFgBXbyEAVXArAFNwNQBRcD0AUHBFAU5wTAFMcFMCSnBaA0hwYgRG&#10;b2sFRG91BkJvggdAbo8JP26eCj1urwo9bsIKPG7gCj1t9Ao9bP8KPWv/Cj5r/wo+a/8KumAAAK1p&#10;AACgbgAAkW0AAIRtAAB4bQAAbG4AAGFwAABbcgAAVnQKAFJ1EgBQdh0ATncnAEx3MQBLeDkASXhB&#10;AEh4SQFGeFABRHdXAkJ3XwNAd2gDPndzBDx2fwY6do0HOXacCDd1rQg3dcAINnXeCDd08gg3c/4I&#10;N3L/CDdy/wg3cv8ItWYAAKlvAACacQAAi3EAAH5xAABzcgAAaHMAAFx2AABUeQAATnsFAEp9DwBI&#10;fhgARn8jAEV/LABDgDUAQoA9AEGARQA/gEwBPYBUATyAXAI6f2UCOH9vAzZ/fAQ0f4oEMn+aBTF+&#10;qgYwfr0GMH7aBjB98AYwe/0GMHv/BjB6/wYwev8GsGwAAKR1AACUdQAAhnUAAHl2AABudwAAY3kA&#10;AFd9AABPgQAAR4QAAEKGDAA/hxMAPYgdADyIJwA7iTAAOok4ADiJQAA3iUgANolPADSJWAEziWEB&#10;MYlsAS+JeAItiYcCLImXAyqIpwMpiLoDKYjUAymG7gMphfwEKYT/BCmE/wQphP8EqnQAAJ57AACO&#10;egAAgHoAAHR7AABofgAAXYEAAFKFAABJiQAAQYwAADmQBQA1kQ8AM5IXADKSIQAxkikAMJMyAC6T&#10;OgAtk0EALJNKACuUUgAqlFwAKJRnACeUcwEllIIBJJSTASKTpAEhk7cBIJPPASGS7AEgkPoCII//&#10;AiCP/wIgj/8CpHwAAJeAAACHfwAAe4AAAG6CAABihQAAV4kAAE2OAABCkgAAOpYAADKZAAAqnAkA&#10;KJ0RACadGQAlnSIAJJ4qACOeMgAinjoAIZ5CACCeSwAfn1UAHp9gAByfbQAbn3wAGp+NABifnwAX&#10;n7IAFp/JABae6AAWnPcAFpv/AReb/wEXm/8BnYMAAI+GAACChgAAdIcAAGeLAABbjwAAUJMAAEaY&#10;AAA8nAAAM6AAACujAAAjpgAAHKgLABqpEQAYqRgAF6khABaqKQAVqjEAFKo5ABOqQwATq00AEqtY&#10;ABGrZQAQq3QADquGAA6rmQANq6wADKvBAAyq3wAMqfIADaj8AA2o/wANqP8AlooAAImMAAB6jQAA&#10;bJEAAGCVAABUmgAASZ8AAD+jAAA1pwAAK6oAACOuAAAbsAAAFLMBAA+1CgANthAADLYWAAu2HwAK&#10;ticACbYvAAi2OQAHt0MABrdPAAS3WwADt2oAArd7AAC3jgAAt6EAALa0AAC2ywAAtuUAALXxAAC1&#10;9wAAtfcAj5EAAIGUAABylwAAZZwAAFihAABMpgAAQasAADevAAAssgAAI7UAABq4AAATuwAADr0A&#10;AAnABQADwQ0AAMERAADBFwAAwh4AAMImAADCLwAAwzkAAMREAADEUAAAxF4AAMVvAADFgQAAxZUA&#10;AMWoAADFvAAAxNEAAMTmAADE7gAAxO4AhpgAAHmeAABrowAAXakAAFCuAABEswAAN7YAACy5AAAi&#10;vAAAGb8AABHCAAAMxQAABsgAAADLAAAAzAcAAMwNAADNEQAAzRYAAM4dAADPJAAA0C0AANI4AADU&#10;RAAA1FIAANVhAADVcwAA1ocAANabAADWrQAA178AANjOAADY3QAA2N0Ae6AAAG6mAABgrQAAU7MA&#10;AEW4AAA4vAAAK78AACHCAAAXxgAAEMkAAArMAAAC0AAAANQAAADXAAAA2AAAANoFAADbCwAA3A4A&#10;AN4TAADfGQAA4SEAAOMqAADlNgAA50MAAOdTAADoZAAA6XcAAOmMAADqnwAA6q4AAOq6AADqwwAA&#10;6sMAcKgAAGKvAABVtgAAR7wAADnAAAAsxAAAIMgAABbMAAAO0AAAB9QAAADZAAAA3QAAAOEAAADj&#10;AAAA5AAAAOYAAADnAQAA6QcAAOsMAADsEAAA7hUAAPAdAADzJwAA9jMAAPdDAAD4VAAA+WYAAPl6&#10;AAD6jgAA+p4AAPupAAD7sAAA+7AA/wsbAP8HGQD/ABkA/wAcAP8AJQD/ADIA/wA/AP8ASwD/AFcA&#10;/wBiAP8AawD/AHMA/QB7APsAggD6AIgA+ACNAPcAkgD2AJgA9QCdAPQAogDzAKkA8QCwAO8AuADu&#10;AMMA7ADRAOsA5gDpAPMA6AD+AOgA/wDoAP8A6AD/AOgA/wDoAP8A/w4YAP8KFQD/ARQA/wAYAP8A&#10;IgD/AC4A/wA7AP8ARwD/AFMA/QBeAPoAZwD3AG8A9QB3APMAfgDyAIQA8ACJAO8AjwDuAJQA7ACa&#10;AOsAnwDpAKUA6ACsAOYAtADkAL8A4wDMAOEA4gDfAPAA3gD7AN4A/wDdAP8A3QD/ANwA/wDcAP8A&#10;/xATAP8NEQD/BhAA/wIVAP8AHgD/ACkA/wA2AP8AQgD6AE4A9ABZAPEAYgDuAGsA7AByAOoAeQDo&#10;AH8A5wCFAOUAiwDkAJAA4gCWAOEAnADfAKIA3QCpANoAsQDYALsA1QDIANIA3QDRAO0A0AD5AM8A&#10;/wDOAP8AzQD/AM0A/wDNAP8A/xEPAP8ODQD/DA0A/wsSAP8HGQD/AiQA/wAwAPYAPADvAEkA6gBT&#10;AOcAXQDkAGYA4QBtAN8AdADdAHsA2wCBANkAhgDWAIwA1ACSANIAmADQAJ4AzgCmAMwArgDKALgA&#10;yADEAMYA1wDFAOoAwwD3AMIA/wDBAf8AwAL/AMAC/wDAAv8A/xQLAP8QBgD/EAkA/xAOAP8OFAD/&#10;Ch4A9QYpAOsENgDjA0IA3wNOANsEVwDWBGAA0wRoANAEbwDOBXYAzAV8AMoFggDJBYgAxwWOAMYF&#10;lADEBZsAwgWjAMAGqwC+BrUAvQbCALsI1AC6CekAtwv4ALUM/wC0DP8AtAz/ALQM/wC0DP8A/xcE&#10;AP8UAAD/FgMA/xQJAP8RDgDyDhUA6AwhAN4KLgDWCzsA0AxHAMwMUQDJDFoAxg1iAMQNagDCDXEA&#10;wA13AL8NfQC9DoMAvA6KALoOkQC5DpgAtw6gALYOqQC0D7QAsg/BALEQ1ACuEesAqxL6AKkS/wCo&#10;E/8ApxP/AKcT/wCnE/8A/xoAAP8bAAD5GwAA6xkAAOUUBgDlEA4A2Q4XAM8RJgDIEjQAxBNAAL8U&#10;SwC8FFQAuRVdALcVZAC1FWsAtBVxALIVeACxFn4ArxaFAK4WjACsFpQAqxecAKkXpgCnGLAAphi9&#10;AKQYzwCiGucAnxr3AJ0b/wGcG/8BnBv/AZsb/wGbG/8B/x0AAPchAADoJAAA3SUAANQhAQDPGwgA&#10;yhcRAMIaIAC8HC0Atx06ALMeRQCwHk8ArR5XAKseXwCpH2YAqB9sAKYfcwClH3kAox+AAKIfhwCg&#10;II8AnyCYAJ0gogCbIKwBmiG5AZghygGWIuQBlCP1AZIj/wGRI/8BkCP/AZAj/wGQI/8B/yIAAOsp&#10;AADdLgAAzy8AAMctAADBJwMAvSINALYjGgCwJSgArCY0AKgmQAClJ0kAoidSAKAnWgCeJ2EAnCdn&#10;AJsnbQCZJ3QAmCd7AZYnggGVJ4sBkyeUAZEongGQKKkBjii1Ao0pxgKLKd8CiSryAocq/wKGKv8C&#10;hir/AoYq/wKGKv8C9CgAAOMxAADRNgAAxTgAALw2AAC2MAAAsisJAKssFACmLSIAoi4vAJ4uOgCb&#10;LkQAmC9NAJYvVQCULlwAki5iAJAuaQGPLm8BjS52AYwufgGKLoYCiC6PAocumgKFL6UDgy+yA4Iv&#10;wgOBMNoDfzDvA30x/gN9Mf8DfDH/A3wx/wN8Mf8D7S8AANs3AADJPQAAvj4AALM8AACsOAAApzME&#10;AKIyEQCdNB0AmTUqAJU1NQCSNUAAjzVJAI01UACLNVcAiTVeAYc1ZAGFNGsBhDRyAoI0eQKANIIC&#10;fjSLA300lgN7NaEEeTWuBHg1vgV3NtQFdjbtBXQ3/AV0N/8EdDf/BHQ3/wR0N/8E5zUAANI9AADD&#10;QgAAuEQAAKxCAACkPgAAnzkAAJo4DgCUOhkAkDomAI07MQCKOzsAhztEAIQ7TACCO1MBgDpaAX46&#10;YAF9OmcCezpuAnk6dQJ3On4DdjqIBHQ6kwRyOp4FcTqrBW87uwZuO88GbTvqBm08+gZsPP8FbDz/&#10;BWw8/wVsPP8F4jkAAMxCAAC+RwAAsUgAAKVGAACdQwAAlz8AAJI+CwCNPxUAiT8hAIVALQCCQDcA&#10;f0BAAH1ASAB7QE8BeUBWAXc/XQF1P2MCcz9qAnE/cgNwP3oDbj+EBGw/kAVrP5wGaT+pBmg/uAdn&#10;QMwHZkDoB2ZA+QZlQP8GZUD/BmVA/wVlQP8F3D4AAMdGAAC5SwAArEwAAKBKAACXRwAAkUMAAItD&#10;CACGQxIAgkQeAH5EKQB7RTQAeUU9AHZFRQB0REwBckRTAXBEWQFuRGACbENnAmtDbwNpQ3cEZ0OB&#10;BWZDjQZkQ5kGYkOnB2FEtghgRMoIYETmCF9F+AdfRf8HYEX/BmBE/wZgRP8G1kEAAMNJAAC2TgAA&#10;p08AAJtNAACSSwAAjEcAAIVHBACARxAAfEgaAHhIJgB1STAAc0k6AHBJQgBuSUkBbEhQAWpIVgFo&#10;SF0CZkhkAmVIbANjSHUEYUd/BWBHigZeSJcHXUilCFtItAhbSMcJWkjkCFpJ9ghaSf8HWkj/BlpI&#10;/wZaSP8G0UUAAL9MAACyUgAAo1EAAJdQAACNTgAAhkoAAIBKAQB6Sw4AdkwXAHJMIwBvTC0AbU02&#10;AGpMPwBoTEYAZkxNAWRMUwFiTFoCYUxhAl9MaQNeTHIEXEx8BVpMiAZZTJUHV0yjCFZMsghVTMYJ&#10;VUziCVVM9QhVTP8HVUz/B1ZM/wZWTP8GzEgAALxQAACvVQAAoFQAAJNTAACJUQAAgU0AAHpOAAB1&#10;TwwAcE8VAG1QIABqUCoAZ1AzAGVQPABjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNZUHAEV1B6BVVQ&#10;hgZUUJMHUlChCFFQsQlQUMQJUFDhCVBQ9AhRUP8HUU//B1FP/wZRT/8GyUsAALlTAACrVwAAnFYA&#10;AI9VAACFVAAAfFAAAHVRAABwUgkAa1MSAGhUHQBlVCcAYlQxAGBUOQBeVEEAXFRIAVpUTwFZVFYB&#10;V1RdAlZUZQNUVG4EUlR4BVFUhAZPVJEHTlSgCExUrwhMVMIJS1TfCUxU8whMU/8HTFP/B01T/wZN&#10;U/8GxU4AALZWAACnWgAAmFkAAItYAACBVwAAd1QAAHBVAABqVgYAZlcQAGJXGgBgWCQAXVguAFtZ&#10;NwBZWT8AV1lGAFZZTQFUWVQBU1lbAlFZYwJPWGwDTlh2BExYggVKWI8GSVieB0hYrghHWMAIR1jd&#10;CEdY8ghHV/8HSFf/B0hX/wZIV/8GwVEAALJZAACjXAAAlFsAAIdbAAB9WgAAclgAAGtZAABlWgMA&#10;YFsOAF1cFwBaXCEAWF0rAFZdNABUXjwAU15EAFFeSwFQXlIBTl5ZAkxeYQJLXWoDSV10BEddgAVF&#10;XY0GRF2cB0NdrAdCXb4IQl3aCEJc8QdCXP4HQ1v/BkNb/wZDW/8GvVUAAK9dAACfXwAAkF4AAINe&#10;AAB4XQAAbVwAAGVdAABfXwAAWmAMAFdhFABVYh4AUmIoAFFjMQBPYzkATmNBAExjSABLY08BSWNW&#10;AUdjXgJFY2cCRGNxA0JjfQRAYosFP2KaBj5iqgY9YrwHPGLWBz1h7wY9Yf0GPmD/Bj5g/wY+YP8G&#10;uVkAAKthAACaYQAAi2EAAH9hAAB0YQAAaWEAAF9iAABZZAAAVGYJAFFnEQBOZxoATGgkAEtpLQBJ&#10;aTYASGk+AEZqRQBFakwAQ2pUAUJqXAFAaWUCPmlvAjxpewM7aYkEOWmYBThoqAU3aLoFN2nTBTdo&#10;7gU3Z/wFOGb/BThm/wU4Zv8FtF4AAKdlAACVZQAAhmQAAHplAABvZQAAZGYAAFloAABSagAATWwE&#10;AEluDgBHbhYARW8gAERwKQBCcDIAQXA6AEBxQgA/cUkAPXFRADxxWQE6cWIBOHFsAjZweAI1cIYD&#10;M3CVAzJwpgQxcLgEMHDQBDFv7AQxbvsEMW3/BDFs/wQxbP8Er2QAAKFpAACPaAAAgWgAAHVpAABr&#10;aQAAYGsAAFVuAABNcQAARnMAAEJ1CwA/dhIAPXccADx3JQA6eC0AOXg1ADh5PQA3eUUANnlNADV5&#10;VQAzeV4AMXloATB5dAEueYMCLXmSAit4owIqeLUCKnjMAip36gIqdvkDKnX/Ayp0/wMqdP8DqmoA&#10;AJptAACJbAAAfG0AAHBtAABmbgAAW3EAAFB1AABIeAAAQXsAADp+BQA2fw4ANIAWADOBIAAygSgA&#10;MIEwAC+COAAugkAALYJIACyCUAArgloAKoJkACiCcAAmgn8BJYKPASSCoAEjgrIBIoLJASKB5wEi&#10;f/cBIn7/AiJ9/wIiff8CpXEAAJNxAACDcQAAdnEAAGxyAABgdQAAVngAAEx8AABDgAAAO4MAADOG&#10;AAAtiQoAKooRACmLGQAniyIAJosqACWMMQAkjDkAI4xCACKNSgAhjVQAII1eAB+NawAdjXkAHI2K&#10;ABuNnAAZja4AGIzEABiM4wAZivUAGYn/ARmI/wEZiP8BnXcAAIx2AAB9dgAAcncAAGV5AABafAAA&#10;UIAAAEaEAAA8iQAANIwAAC2QAAAlkwIAH5UMAB2WEgAclhoAG5ciABqXKgAZlzIAGJg6ABeYQwAW&#10;mE0AFZhYABSYZAATmHMAEZiEABCYlgAQmKkADpi/AA6X3QAPlvIAEJX8ABCU/wAQlP8AlX0AAIV8&#10;AAB4fAAAa34AAF+BAABUhgAASooAAECPAAA2kwAALZcAACaaAAAenQAAF6ADABKiDAAQoxIAEKMZ&#10;AA+jIQAOpCkADqQxAA2kOgAMpEUAC6RQAAqkXAAJpGoAB6R7AAajjgAEo6EAAqO0AAOiywADouYA&#10;A6HzAAOh+wADofsAjYMAAH+CAABxhAAAZIcAAFiMAABNkQAAQpYAADiaAAAvngAAJqIAAB6lAAAX&#10;qAAAEasAAAyuBwAHrw0AA68SAAKvGQABryEAAK8pAACwMgAAsDwAALBHAACwUwAAsGEAALBxAACw&#10;gwAAr5cAAK+qAACvvwAArtkAAK7rAACu9AAArvQAh4kAAHiKAABqjgAAXZMAAFGYAABFnQAAO6IA&#10;ADCmAAAnqgAAHq4AABaxAAAQtAAAC7YAAAW5AwAAugoAALoOAAC6EwAAuxkAALshAAC8KAAAvDEA&#10;AL08AAC+SAAAvlYAAL5lAAC+dwAAvowAAL6fAAC9swAAvscAAL7eAAC96wAAvesAf5IAAHCVAABi&#10;mgAAVZ8AAEmlAAA9qwAAMq8AACi0AAAetgAAFbkAAA68AAAJvwAAAsIAAADEAAAAxQQAAMYKAADG&#10;DgAAxxIAAMgYAADJHwAAyicAAMwwAADOPAAAzkkAAM9ZAADPagAAz34AAM+TAADPpgAAz7gAAM/I&#10;AADP2wAAz9sAd5wAAGihAABbpwAATq4AAEG0AAA0twAAKLoAAB29AAATwAAADcQAAAbHAAAAygAA&#10;AM4AAADQAAAA0QAAANICAADTCAAA1QwAANYQAADZFQAA2xwAAN0kAADgLwAA4jwAAONLAADkXAAA&#10;5G8AAOWDAADlmAAA5akAAOW2AADlwwAA5cMAbKUAAF+sAABRsgAARLkAADW8AAAowAAAHMQAABLI&#10;AAAMywAAA88AAADTAAAA2AAAANwAAADfAAAA3wAAAOEAAADjAAAA5AMAAOYIAADoDQAA6REAAOwY&#10;AADuIgAA8S4AAPM8AAD0TQAA9V8AAPZzAAD3hwAA95kAAPilAAD4sAAA+LAA/wMXAP8AFQD/ABUA&#10;/wAYAP8AIwD/AC8A/wA8AP8ASAD/AFQA/wBeAP8AZwD9AG8A+wB2APkAfQD4AIMA9gCIAPUAjgD0&#10;AJMA8gCYAPEAngDwAKQA7gCrAO0AswDrAL0A6gDLAOgA4QDnAPEA5gD9AOUA/wDkAP8A5AD/AOQA&#10;/wDkAP8A/wcTAP8AEQD/ABEA/wAVAP8AHwD/ACsA/wA3AP8ARAD+AE8A+gBaAPcAYwD0AGsA8gBy&#10;APAAeQDvAH8A7QCEAOsAigDqAI8A6ACUAOcAmgDlAKAA5ACnAOIArwDgALkA3gDGANwA2gDaAOwA&#10;2AD5ANYA/wDWAP8A1wD/ANgA/wDYAP8A/woQAP8DDgD/AA0A/wASAP8AGgD/ACYA/AAyAPcAPwD0&#10;AEoA8QBVAO0AXgDqAGYA6ABuAOUAdADjAHoA4gCAAOAAhQDeAIsA3ACQANsAlgDYAJwA1QCjANMA&#10;qwDRALUAzgDBAMwA0QDLAOcAyQD1AMgA/wDIAP8AyAD/AMgA/wDIAP8A/wwMAP8GCAD/AgoA/wAP&#10;AP8AFQD8ACAA8QAsAOwAOQDpAEUA5QBPAOEAWQDeAGEA2wBoANcAbwDUAHUA0gB7ANAAgADOAIYA&#10;zACMAMsAkgDJAJgAxwCgAMUAqADDALEAwQC8AL8AywC9AOMAvADyALsA/QC7AP8AugD/ALoA/wC6&#10;AP8A/w4FAP8JAAD/CQUA/wYLAP8BEADwABkA5gAlAOEAMgDcAD8A1gBJANEAUwDOAFsAywBjAMgA&#10;agDGAHAAxQB2AMMAewDBAIEAwACHAL4AjgC8AJQAuwCcALkApAC3AK4AtQC5ALMAyACxAN8AsAHv&#10;AK8B+wCuAv8ArQP/AK0D/wCtA/8A/xAAAP8OAAD/DQAA9gsDAPIHCgDiAREA2wIdANIDKwDMAzcA&#10;yARDAMQETQDBBFYAvgVdALwFZAC6BWsAuAVxALcFdgC1BXwAswaDALIGiQCwBpEArweZAK0HoQCr&#10;B6sAqQi3AKgJxgCmCt0ApQvwAKMM/QCiDf8AoQ3/AKEN/wCgDf8A/xEAAPwSAADsEwAA4hMAANsP&#10;AwDWCQsAzggUAMYKIgDADDAAvA08ALgNRgC1DU8Asg5XALAOXwCuDmUArQ5rAKsOcQCqDngAqA5+&#10;AKcPhQClD40ApA+WAKIQnwCgEKkAnxC1AJ0RxQCbEd4AmRLxAJcT/wCWFP8AlRT/AJUU/wCUFP8A&#10;/xUAAO0bAADgHwAA0h8AAMkbAADEFAUAwRAOALoSGwC0EykAsBQ1AKwVQACpFUkAphVSAKQWWQCi&#10;FmAAoRZmAJ8WbACeFnIAnBZ5AJsXgACZF4gAmBeRAJYYmwCUGKYAkxmyAJEZwQCQGtgAjRvuAIsc&#10;/QCKHP8Aihz/AIkc/wCJHP8A9B0AAOQlAADTKQAAxyoAALwmAAC2IAAAtBkLAK4aFQCoHCMApB0v&#10;AKEeOgCeHkQAmx5MAJkeVACXH1sAlR9hAJQfZwCSH20AkR90AI8gfACOIIQAjCCNAIoglwCJIaIA&#10;hyGuAIYivQCFItEBgiPrAYEk+wGAJP8BfyT/AX8k/wF/JP8B7CUAANstAADJMQAAvDEAALEuAACr&#10;KQAApyQFAKMjEQCeJB0AmiUqAJYmNQCTJj8AkSZHAI8mTwCNJlYAiydcAIknYgCIJ2kAhidvAIUn&#10;dwCDJ38AgSeJAYAokwF+KJ4BfSmrAXspuQF6Kc0BeCroAXcr+QF2K/8Bdiv/AXUr/wF1Kv8B5SwA&#10;ANA0AADBOAAAszgAAKg1AACiMQAAnS0AAJkqDgCUKxgAkCwkAI0tMACKLToAhy1DAIUtSgCDLVEA&#10;gS5YAIAuXgB+LmQAfS5rAHsucwF5LnsBeC6FAXYujwF0L5sBcy+oAnEvtgJwMMkCbzDlAm4x9wJt&#10;Mf8CbTH/Am0x/wJtMf8C3zIAAMk5AAC7PgAArD0AAKE6AACaNwAAlTMAAJAxCgCMMRQAhzIgAIQz&#10;KwCBMzUAfzM+AH0zRgB7M00AeTNUAHczWgB2M2EAdDNnAXI0bwFxNHcBbzSBAW40jAJsNJgCajWl&#10;Amk1swNoNcYDZzbiA2Y29QNmNv8CZjb/AmY2/wJmNv8C2DcAAMQ+AAC1QgAApkEAAJs/AACTPAAA&#10;jTgAAIg2BwCENxEAgDccAHw4JwB6ODEAdzk6AHU5QgBzOUkAcTlQAHA5VwBuOV0AbDlkAWs5awFp&#10;OXQBaDl+AmY5iQJkOZUDYzqiA2I6sQNhOsMDYDvgBF878wNfO/8DXzv/A187/wJfO/8C0TsAAMBC&#10;AACwRQAAoUQAAJVDAACNQAAAhz0AAII7AgB9Ow4AeTwYAHU9IwBzPS0AcD02AG49PwBsPUYAaz1N&#10;AGk9UwBnPVoAZj1hAWQ9aAFjPXEBYT57Al8+hgJePpMDXD6gA1s/rwRaP8EEWj/dBFk/8gRZP/8D&#10;WT//A1k//wNZP/8DzD8AALxGAACrSAAAnEcAAJFGAACIRAAAgkAAAHw/AAB3QAwAc0AVAG9BIABs&#10;QSoAakEzAGhBOwBmQkMAZEJKAGNBUABhQVcAYEJeAV5CZQFdQm4CW0J4AlpChANYQpADV0KeBFZD&#10;rQRVQ78EVEPaBFRD8QRUQ/4DVEP/A1RD/wNUQ/8DyEIAALhJAACnSwAAmEoAAI1JAACDRwAAfUMA&#10;AHZDAABxRAoAbUQSAGpFHQBnRScAZEUwAGJFOABgRT8AX0VHAF1FTQBbRVQAWkZbAVlGYwFXRmwB&#10;VkZ2AlRGgQNTRo4DUkecBFBHqwRQR70ET0fWBU9H7wRPR/0ET0f/A09H/wNQR/8DxEUAALVNAACj&#10;TQAAlUwAAIlLAAB/SgAAeEYAAHFHAABsRwcAaEgQAGRIGgBhSSQAX0ktAF1JNQBbST0AWUlEAFdJ&#10;SgBWSVEAVUpZAVRKYQFSSmkBUUp0Ak9KfwNOSowDTUqbBExLqgRLS7wESkvTBUpL7gRLS/0ES0r/&#10;A0tK/wNLSv8DwUgAALJQAACgTwAAkU8AAIVOAAB7TQAAc0kAAGxKAABnSwQAYkwOAF9MFwBcTSEA&#10;Wk0qAFhNMgBWTToAVE1BAFNOSABSTk8AUE5XAU9OXwFOTmcBTE5yAktOfQJJTosDSE6ZBEdPqARG&#10;T7oERk/RBEZP7QRGTvwERk7/A0dO/wNHTv8DvUwAAK5SAACcUQAAjVEAAIFRAAB3UAAAbkwAAGdO&#10;AABiTwAAXVANAFpQFABXUR4AVVEnAFNRMABRUjgAUFI/AE5SRgBNUk0ATFNVAEpTXQFJU2UBSFNv&#10;AkZTewJFU4kDQ1OXA0JTpwRBU7gEQVPPBEFT7ARBUvsDQlL/A0JS/wNCUf8Duk8AAKpUAACYVAAA&#10;iVQAAH1TAABzUwAAaVEAAGJSAABcUwAAWFQKAFRVEgBSVRsAT1YkAE5WLQBMVzUAS1c8AEpXRABI&#10;V0sAR1hSAEZYWgFEWGMBQ1htAUFYeQJAWIYCPliVAz1YpQM8WLcEPFjNBDxX6gM8V/oDPVb/Az1W&#10;/wM9Vv8DtlMAAKVXAACUVwAAhVYAAHlWAABvVgAAZVUAAFxWAABXWAAAUlkHAE5aEABMWhgASlsh&#10;AEhcKgBHXDIARVw6AERdQQBDXUgAQl1QAEBdWAA/XWEBPV1rATxddgI6XYQCOV2TAjhdowM3XbUD&#10;Nl3LAzZc6AM3XPkDN1v/Azhb/wM4Wv8DslcAAKBaAACPWQAAgVkAAHVZAABrWQAAYFoAAFZbAABR&#10;XQAATF4CAEhgDQBFYBQARGEeAEJiJgBAYi4AP2I2AD5jPgA9Y0UAPGNNADtjVQA5Y14AOGNoATZj&#10;dAE1Y4EBM2ORAjJjoQIxY7MCMWPIAjFi5wIxYfgCMWH/AjJg/wIyYP8CrlwAAJtdAACKXQAAfF0A&#10;AHBdAABmXQAAXF4AAFJgAABMYgAARWUAAEFmCgA+ZxEAPGgaADtoIgA5aSsAOGkyADdqOgA2akEA&#10;NWpJADRqUgAzalsAMWplADBqcAEuan4BLWqOASxqnwErarABKmrGASpp5QEqaPYCK2f/Aitn/wIr&#10;Z/8CqWEAAJVgAACEYAAAd2AAAGxhAABiYQAAWGMAAE5mAABHaAAAQGsAADpuBQA2bw4ANHAVADNw&#10;HgAycSYAMHEuAC9xNQAucj0ALXJFACxyTQArclcAKnJhAClybQAncnsAJnKLACRynAEjcq4BI3LD&#10;ASNx4gEjcPQBI2//ASNu/wEjbv8BoWUAAI5kAAB/ZAAAcmQAAGhlAABeZgAAVGkAAElsAABCbwAA&#10;O3IAADR1AAAueAoAK3kRACp5GAApeiEAJ3ooACZ6MAAlezgAJHtAACN7SAAie1IAIXtcACB7aAAf&#10;fHYAHXyGABx7mAAbe6oAGnu/ABp73gAaefIAG3j+ABt3/wEbd/8BmWkAAIhpAAB5aQAAbWkAAGNq&#10;AABZbAAAT28AAEVzAAA9dwAANXoAAC59AAAngQMAIoMNACCEEgAfhBoAHYQiAByFKgAbhTEAGoU5&#10;ABmFQgAYhkwAF4ZWABaGYwAVhnEAFIaBABKGkwARhqYAEYW7ABCF1gARg+8AEYL7ABKC/wASgf8A&#10;kW4AAIFtAAB0bgAAaW4AAF1wAABTcwAASXcAAEB8AAA3gAAAL4MAACeHAAAhigAAGo0GABWPDQAT&#10;kBMAEpAaABKQIgARkCoAEJEyABCROwAPkUQADpFPAA2RXAAMkWoAC5F6AAqRjQAIkJ8AB5CzAAeP&#10;yQAHj+YAB470AAiN/AAIjf8AiXMAAHtzAABvcwAAY3UAAFd4AABNfQAAQ4EAADmGAAAwigAAKI4A&#10;ACGRAAAalQAAE5cAAA6aCAALnA4ACZwTAAicGgAHnCIABpwqAAScMwADnD0AAp1IAACdVAAAnWIA&#10;AJxyAACchAAAnJcAAJuqAACbvwAAmtsAAJrsAACa9QAAmfgAgnkAAHZ5AABoegAAXH4AAFGCAABG&#10;hwAAPIwAADKRAAAplQAAIZkAABmdAAASoAAADqMAAAmmBQADpwwAAKcQAACnFQAAqBwAAKgjAACo&#10;KwAAqTQAAKk/AACpSwAAqVkAAKloAACpegAAqY4AAKmhAACotQAAqMsAAKfkAACn7wAAp/MAfYAA&#10;AG+BAABhhAAAVYkAAEmOAAA+lAAANJkAACqeAAAhogAAGaYAABKpAAANrAAAB68AAACyAAAAswcA&#10;ALMMAACzEAAAtBUAALQbAAC1IgAAtisAALc1AAC3QAAAuE4AALhdAAC4bgAAuIIAALiXAAC4qgAA&#10;t74AALfSAAC35gAAt+oAdogAAGeLAABakAAATpYAAEKcAAA3ogAALKcAACKrAAAZrwAAEbMAAAu2&#10;AAAEuQAAALwAAAC+AAAAvgAAAL8GAADACwAAwQ8AAMITAADDGQAAxCAAAMUpAADHNAAAyEIAAMlR&#10;AADJYgAAyXUAAMmKAADJnwAAyrEAAMrBAADJ0QAAydkAbpMAAGCYAABTngAARqQAADqrAAAvsAAA&#10;JLUAABm4AAAQvAAACr8AAAHBAAAAxAAAAMgAAADKAAAAygAAAMwAAADNAwAAzggAANANAADREAAA&#10;0xYAANYeAADaKAAA3TQAAN5DAADfVAAA32cAAOB8AADgkQAA4KQAAOCyAADgvgAA4MMAZp8AAFmm&#10;AABMrQAAP7QAADK4AAAkvAAAGL8AABDDAAAIxwAAAMoAAADNAAAA0QAAANUAAADYAAAA2QAAANsA&#10;AADdAAAA3wAAAOEEAADjCgAA5Q4AAOcTAADqHAAA7ScAAPA1AADxRgAA8lgAAPNrAADzgAAA9JQA&#10;APSjAAD0rgAA9LIA/wATAP8AEQD/ABEA/wAVAP8AHwD/ACwA/wA5AP8ARQD/AFAA/wBaAP4AYwD7&#10;AGsA+QByAPcAeAD1AH4A9ACEAPIAiQDxAI4A8ACTAO4AmQDtAJ8A7ACmAOoArgDoALgA5gDFAOUA&#10;2wDjAO0A4gD7AOIA/wDhAP8A4QD/AOEA/wDhAP8A/wAQAP8ADgD/AA0A/wASAP8AGwD/ACgA/wA0&#10;AP4AQQD7AEwA9wBWAPQAXwDxAGYA7wBtAOwAdADqAHoA6QB/AOcAhQDmAIoA5QCPAOMAlQDhAJsA&#10;4ACiAN4AqgDbALQA2QDAANYA0ADTAOgA0gD3ANEA/wDRAP8A0AD/ANAA/wDQAP8A/wANAP8ACQD/&#10;AAoA/wAPAP8AFgD7ACIA9wAvAPQAOwDwAEcA7QBRAOkAWgDlAGIA4gBpAOAAbwDeAHUA3AB6ANoA&#10;gADYAIUA1QCLANMAkQDRAJcAzwCeAM0ApgDLAK8AyQC6AMcAyQDFAOIAxADyAMMA/gDCAP8AwQD/&#10;AMIA/wDCAP8A/wMGAP8AAQD/AAYA/wAMAPkAEQDxAB0A6wApAOcANgDjAEEA3wBLANsAVADVAFwA&#10;0gBjAM8AagDNAHAAywB1AMkAewDIAIAAxgCGAMUAjADDAJMAwQCaAL8AogC9AKsAuwC2ALkAxAC3&#10;ANoAtgDtALQA+gC0AP8AtAD/ALQA/wC0AP8A/wQAAP8AAAD/AAAA/wAGAOwADQDlABYA3gAiANcA&#10;LwDRADsAzQBFAMoATgDGAFcAxABeAMEAZAC/AGoAvQBwALwAdQC6AHsAuQCBALcAhwC1AI4AswCV&#10;ALIAngCwAKcArgCyAKwAvwCqANEAqADoAKgA9wCnAP8ApwD/AKYA/wCmAP8A/wYAAP8FAADxAwAA&#10;6AAAAOEABwDVABAAzQAbAMcAJwDDADMAvwA+ALwASAC5AFEAtgBYALQAXwCyAGUAsABqAK8AcACt&#10;AHYArAB8AKoAggCpAIkApwCRAKUAmgCjAKQAoQCuAKAAuwCeAc0AnQLmAJwE9ACbBP8AmgX/AJoF&#10;/wCZBf8A/woAAPEOAADkEAAA2Q8AAM4LAADIAwsAwgATALwCHwC3AywAswQ3ALAFQgCtBkoAqgZS&#10;AKgHWQCmB18ApQdlAKMHawCiCHEAoAh3AJ8IfgCdCIUAmwmOAJoJlwCYCqEAlgqsAJULugCTC8wA&#10;kgzlAJAN9gCPDv8Ajg7/AI4O/wCNDv8A9hEAAOYXAADWGwAAxxkAAL4VAAC5EAAAtwoNALELFwCs&#10;DSQAqA4wAKUOOwCiDkQAnw9MAJ0PUwCbD1oAmg9gAJgQZgCXEGwAlRByAJMQeQCSEIEAkBCKAI8R&#10;lACNEZ8AixGqAIoSuACIEssAhhPmAIUU9wCDFf8AgxX/AIIV/wCCFf8A7RoAANwhAADKJQAAuyIA&#10;ALEfAACrGgAAqRQGAKUSEQCgFB4AnBUqAJkVNQCWFj4AlBZHAJIWTgCQFlUAjhdbAIwXYQCLF2cA&#10;iRdtAIgXdACGGHwAhRiGAIMZkACBGZsAgBqnAH4atQB9G8cAfBziAHod9QB5Hf8AeB3/AHgd/wB4&#10;Hf8A5SIAANApAAC/LAAAsCoAAKcnAACgIwAAnR8AAJoaDgCVHBgAkR0kAI4eLwCMHjkAiR5BAIcf&#10;SQCFH1AAgx9WAIIfXACAH2IAfx9pAH0gcAB8IHgAeiCBAHkhjAB3IZcAdSKkAHQisgBzI8MAciPf&#10;AHAk8wBvJP8AbyT/AG4k/wBuJP8A3SkAAMgwAAC3MgAAqDAAAJ4uAACXKgAAkycAAJAjCgCMIxMA&#10;iCQfAIQlKgCCJTQAgCY9AH0mRAB8JksAeiZSAHgmWAB3Jl4AdSZlAHQnbAByJ3QAcSd9AG8oiABu&#10;KJQAbCihAGsprwFqKcABaSrbAWcq8QFnK/8BZiv/AWYq/wFmKv8B1C8AAMI2AACvNgAAoTUAAJY0&#10;AACQMAAAii0AAIcqBgCDKRAAfyoaAHwrJQB5Ky8Adyw4AHUsQABzLEcAcSxNAHAsVABuLFoAbSxh&#10;AGstaABqLXAAaC16AGcuhQBlLpEBZC6eAWIvrAFhL70BYTDVAWAw7wFfMP0BXzD/AV8w/wFfMP8B&#10;zTQAALw7AACpOgAAmzoAAJA4AACJNQAAgzIAAH8wAQB7Lw4AdzAWAHQwIQBxMSsAbzE0AG0xPABr&#10;MUMAajFKAGgyUABnMlcAZTJdAGQyZQBiMm0AYTN3AF8zggFeM44BXTScAVs0qgFaNbsBWjXSAVk1&#10;7QFZNfwBWDX/AVg1/wFZNf8ByDgAALc+AACkPgAAlj0AAIs8AACDOgAAfTcAAHg0AAB0NAsAcDUT&#10;AG01HQBqNScAaDYwAGY2OABkNj8AYzZGAGE2TQBgNlMAXjdaAF03YgBcN2oAWjh0AVk4fwFXOIwB&#10;VjmZAVU5qAJUObkCUzrPAlM66wJTOvsBUzr/AVM5/wFTOf8BxDwAALJBAACgQAAAkkAAAIY/AAB+&#10;PQAAeDoAAHM4AABuOQgAajkRAGc5GgBkOiQAYjosAGA6NABeOjwAXTtDAFs7SgBaO1AAWDtXAFc7&#10;XwBWPGcAVDxxAVM8fAFSPYkBUT2XAU89pgJOPrcCTj7NAk4+6QJNPvoCTj7/AU49/wFOPf8BwD8A&#10;AK5DAACcQwAAjkMAAIJCAAB6QAAAcz0AAG08AABoPQUAZD0OAGE+FwBePiEAXD4pAFo+MQBYPjkA&#10;Vz5AAFU/RgBUP00AUz9VAFJAXABQQGUAT0BvAU5BegFNQYcBS0GWAUpBpQJJQrUCSULLAklC6AJJ&#10;QvkCSUH/AklB/wFJQf8BvUMAAKpFAACYRQAAikUAAH9FAAB2QwAAb0AAAGhAAABjQQEAX0ENAFxB&#10;FABZQh0AV0ImAFVCLgBTQjYAUUI9AE9CQwBPQ0sATkNSAE1EWgBMRGMASkRtAUlFeAFIRYUBR0WU&#10;AUVFowJFRrQCREbJAkRG5wJERfgCREX/AkVF/wJFRf8BukYAAKZIAACUSAAAhkgAAHtHAAByRgAA&#10;akIAAGNDAABeRAAAWkULAFZFEgBURhsAUUYjAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABH&#10;SGEARklrAERJdgFDSYMBQkmSAUFJogJASbMCP0rHAj9K5QI/SfcCQEn/AkBI/wJASP8BtkkAAKJK&#10;AACRSgAAg0oAAHdKAABuSQAAZUUAAF5HAABZSAAAVUkIAFFKEABPShgATEohAEpLKQBJSzEAR0s4&#10;AEZMPwBFTEYARExOAENNVgBCTV8AQU1oAEBNdAE+TYEBPU2QATxNoAE7TrECOk7GAjpO5AI7TfYC&#10;O03/ATtM/wE8TP8Bs00AAJ5MAACNTAAAf0wAAHRMAABqTAAAYEoAAFlLAABUTAAAUE0FAExODgBJ&#10;TxUAR08eAEVPJgBEUC4AQlA1AEFQPQBAUUQAP1FLAD5RUwA9UlwAPFJmADpScgA5Un8BOFKOATdS&#10;ngE2Uq8BNVLEATVS4gE2UvUBNlH/ATZQ/wE3UP8Brk8AAJlPAACJTwAAe08AAHBPAABmTwAAXE4A&#10;AFRPAABPUQAASlIBAEZTDABDVBIAQVQbAEBVIwA+VSsAPVYyADxWOgA7VkEAOlZJADlXUQA4V1oA&#10;NldjADVXbwA0V3wBM1eMATFXnAEwV60BMFfCATBX4AEwVvQBMVb/ATFV/wExVf8BqFIAAJVSAACE&#10;UgAAd1IAAGxSAABiUgAAWFMAAE9UAABJVgAARFcAAEBZCAA9WhAAO1oXADlbIAA4WycAN1wvADZc&#10;NgA1XD4ANFxGADNdTgAxXVcAMF1hAC9dbAAuXXoALF2JACtdmgEqXasBKl2/ASld3gEqXPIBKlv+&#10;AStb/wErWv8Bo1UAAI9VAAB/VQAAclUAAGdWAABeVgAAVFcAAExZAABFWwAAP10AADpfBAA2YA0A&#10;NGETADJiHAAxYiMAMGIrAC9jMgAuYzoALWNCACxjSgAqZFMAKWRdAChkaQAnZHYAJmSGACVklwAk&#10;ZKkAI2S9ACJk2gAjY/EAI2L9ASRh/wEkYf8BnFgAAIlYAAB6WQAAblkAAGNZAABaWgAAUFwAAEhe&#10;AABBYAAAOmMAADRmAAAvaAoALGkQACppFwApah8AKGomACdqLgAmazUAJWs9ACRrRgAja08AImxZ&#10;ACBsZQAfbHIAHmyCAB1slAAcbKYAG2u6ABpr1AAbau4AHGn8ABxo/wAcaP8AlVwAAINcAAB1XAAA&#10;aV0AAF9dAABWXgAATGEAAENkAAA8ZwAANWoAAC9tAAAocAQAI3INACFyEgAgcxoAH3MhAB5zKAAd&#10;dDAAHHQ4ABt0QAAadEoAGXRUABd1YAAWdW4AFXV+ABR1kAATdKIAEnS2ABF0zwASc+wAEnL6ABNx&#10;/wATcf8AjmAAAH1gAABvYQAAZWEAAFtiAABRZAAASGcAAD5rAAA3bgAAMHEAACl1AAAieAAAHHsH&#10;ABd9DgAWfRMAFX0bABR+IgATfioAEn4xABF+OgARfkQAEH9OAA9/WgAOf2gADX94AAx/igALfp0A&#10;Cn6wAAl9xgAKfeQACnz0AAt7/QALev8AhmUAAHdlAABqZQAAYWYAAFZoAABMawAAQm8AADlzAAAx&#10;dwAAKnoAACN+AAAcgQAAFYQAABCHCAANiQ4ADIkUAAyJGwALiSMACokrAAmJMwAIiT0ABolIAAWJ&#10;VAAEiWEAAolxAAGJgwAAiZYAAIipAACHvgAAh9oAAIbsAACG9QAAhvoAfmoAAHFqAABnawAAW2wA&#10;AFBwAABGdAAAPHgAADN9AAAqgQAAI4UAAByIAAAVjAAAEI8AAAySBgAGkwwAApMRAACUFgAAlB0A&#10;AJQkAACVLAAAlTUAAJVAAACVTAAAllkAAJZpAACVegAAlY4AAJShAACUtQAAk8wAAJLmAACS8gAA&#10;kvcAeHAAAG1wAABgcgAAVHUAAEl5AAA/fgAANYMAACyIAAAjjQAAG5EAABSUAAAPlwAACpoAAASd&#10;AwAAngkAAJ8OAACfEgAAoBcAAKAdAAChJQAAoi0AAKI3AACjQwAAo1AAAKNfAACjcQAAo4QAAKKZ&#10;AACirQAAocIAAKHcAACh6wAAoPIAc3YAAGZ3AABZewAATYAAAEKFAAA4iwAALpAAACSVAAAbmgAA&#10;FJ4AAA6hAAAJpAAAAqcAAACqAAAAqwQAAKsKAACsDQAArREAAK0WAACuHAAAryQAALAtAACxOQAA&#10;sUYAALJVAACyZgAAsnkAALKOAACxowAAsrcAALHKAACx4AAAsekAbH4AAF+CAABShwAARo0AADuT&#10;AAAwmQAAJp4AAByjAAATpwAADasAAAeuAAAAsgAAALUAAAC3AAAAuAAAALkCAAC5CAAAugwAALsQ&#10;AAC8FAAAvRsAAL8jAADBLQAAwjoAAMJJAADDWgAAw2wAAMSCAADElwAAxKsAAMS8AADEywAAxNoA&#10;ZYkAAFiOAABLlQAAP5sAADOiAAAoqAAAHa0AABSxAAANtgAABrkAAAC8AAAAvwAAAMMAAADEAAAA&#10;xQAAAMYAAADHAAAAyQQAAMoJAADLDQAAzREAAM8YAADSIQAA1S0AANY8AADYTQAA2V8AANpzAADa&#10;igAA254AANuuAADbugAA3MMAXpYAAFGcAABEowAAOKoAACyxAAAgtwAAFbsAAA2+AAAEwgAAAMUA&#10;AADJAAAAzQAAANAAAADSAAAA0gAAANUAAADWAAAA2QAAANsAAADeBQAA4AoAAOIPAADlFgAA6CAA&#10;AOwtAADtPgAA7VEAAO5lAADvegAA748AAPCfAADwqwAA8LMA/wAQAP8ADgD/AA4A/wASAP8AHQD/&#10;ACkA/wA1AP8AQQD/AE0A/gBWAPsAXwD4AGYA9gBtAPQAdADyAHkA8QB/APAAhADuAIkA7QCPAOsA&#10;lQDqAJsA6ACiAOYAqgDlALMA4wDAAOEA0gDgAOoA3wD5AN0A/wDdAP8A3QD/AN4A/wDeAP8A/wAN&#10;AP8ACgD/AAkA/wAPAP8AGAD/ACQA/gAxAPsAPQD4AEgA9ABSAPAAWgDtAGIA6wBpAOkAbwDnAHUA&#10;5QB6AOMAfwDiAIUA4ACKAN4AkADcAJYA2gCdANgApQDVAK8A0gC6ANAAygDOAOMAzQD0AMsA/wDL&#10;AP8AywD/AMsA/wDLAP8A/wAIAP8AAwD/AAUA/wAMAPwAFAD3AB8A8gArAO8ANwDrAEIA5wBMAOQA&#10;VQDgAF0A3QBkANoAagDYAHAA1QB1ANIAegDQAIAAzwCFAM0AiwDLAJIAyQCZAMcAoQDFAKoAwwC1&#10;AMEAwwC/ANoAvgDuAL0A/AC8AP8AvAD/ALwA/wC8AP8A/wAAAP8AAAD/AAAA+QAHAPEAEADqABoA&#10;5AAlAN8AMQDbADwA1wBHANIAUADOAFcAywBeAMkAZQDGAGoAxQBwAMMAdQDBAHoAwACAAL4AhgC8&#10;AI0AugCUALkAnAC3AKUAtQCwALMAvQCxAM8ArwDoAK4A+ACuAP8ArQD/AK0A/wCtAP8A/wAAAP8A&#10;AAD9AAAA7gABAOMADADaABQA0QAfAMwAKwDIADYAxQBAAMIASgC/AFIAvABZALoAXwC4AGUAtgBq&#10;ALQAbwCzAHUAsQB6ALAAgQCuAIgArQCPAKsAmACpAKEApwCrAKUAuACjAMgAogDiAKEA8wCgAP4A&#10;oAD/AKAA/wCgAP8A/wAAAPYAAADqAAAA4AAAANMABgDJAA8AwgAYAL0AJAC5AC8AtgA6ALQAQwCx&#10;AEwArgBTAKwAWQCqAF8AqQBkAKcAagCmAG8ApAB1AKMAewChAIIAoACKAJ4AkwCcAJ0AmgCnAJgA&#10;tACWAMMAlQDcAJQA7wCTAPsAkwD/AJMA/wCSAP8A+QUAAOoLAADcDQAAywoAAMIFAAC8AAoAtgAR&#10;ALEAHACuACgAqgAzAKcAPQCkAEUAogBNAKAAUwCeAFkAnABfAJsAZACaAGoAmABwAJcAdgCVAH4A&#10;kwCGAJIBjwCQAZkAjgKkAIwCsQCLA8AAiQXWAIgG7QCIB/oAhwj/AIYI/wCGCP8A7w8AAN4UAADK&#10;FQAAvBIAALMQAACuDAAAqwYNAKcDFQCiBSAAnwcsAJwINgCZCD8AlwlHAJUJTgCTCVQAkQpaAJAK&#10;XwCOCmUAjQprAIsKcgCKC3kAiAuCAIcLjACFDJcAgwyiAIENsACADcAAfw3YAH0O7wB8D/0Aew//&#10;AHsQ/wB7EP8A5hcAANEeAAC9HQAArxwAAKYZAAChFQAAnhAEAJ0NDwCYDhkAlA4lAJEPLwCPEDkA&#10;jBBBAIoQSACIEE8AhxBVAIUQWwCEEWEAghFnAIARbgB/EXUAfRF+AHwSiAB6EpQAeBKgAHcTrgB1&#10;E74AdBTVAHMV7gBxFv0AcRb/AHEW/wBwFv8A3B8AAMYlAACzJQAApSMAAJwhAACWHgAAkhkAAJEU&#10;CwCNFBQAiRUfAIYWKQCDFjMAgRc8AIAXQwB+F0oAfBdQAHoXVgB5GFwAdxhiAHYYaQB0GHEAcxl6&#10;AHEZhABvGpAAbhqdAGwbqwBrHLsAahzQAGkd7ABoHvsAaB7/AGce/wBnHv8A0SYAAL0qAACrKgAA&#10;nSoAAJMoAACNJQAAiCIAAIYdBgCDGxAAfxwaAHwdJAB6HS4Adx42AHYePgB0HkUAch9LAHEfUQBv&#10;H1gAbh9eAGwfZQBrIG0AaSB2AGghgQBmIY0AZSKaAGMiqABiI7gAYSPNAGAk6QBgJPoAXyT/AF8k&#10;/wBfJP8AyiwAALYvAACkLwAAli8AAIwtAACFKgAAgCgAAH0kAAB6Ig0AdiMVAHMjIABxJCkAbyQy&#10;AG0kOgBrJUEAaiVHAGglTQBmJVQAZSVaAGQmYQBiJmkAYSZyAF8nfQBeJ4oAXSiXAFsppQBaKbUA&#10;WirKAFkq5wBYKvgAWCr/AFgq/wBYKv8AxTEAAK8zAACeMwAAkDMAAIYyAAB/LwAAeS0AAHUqAABy&#10;KAoAbygSAGspGwBpKSUAZyotAGUqNQBjKj0AYipDAGAqSgBfK1AAXitXAFwrXgBbLGYAWSxvAFgt&#10;egBXLYcAVi6VAFQuowBTL7MAUy/HAFIv5QBSL/cAUi//AFIv/wBSL/8AwTYAAKo2AACZNgAAizYA&#10;AIE1AAB5MwAAczEAAG8vAABrLgYAaC0QAGQuGABiLiEAYC8qAF4vMQBcLzkAWy9AAFkvRgBYL00A&#10;VzBTAFYwWwBUMWMAUzFsAFIydwBRMoQATzOSAE4zoQBNM7EATTTFAUw04wFMNPYATDT/AEw0/wBM&#10;M/8AuzkAAKY5AACVOQAAhzkAAHw5AAB0NwAAbjQAAGkzAABlMgIAYTINAF4yFABcMx4AWjMmAFgz&#10;LgBWMzUAVTQ8AFM0QwBSNEoAUTRQAFA1WABONWAATTZqAEw2dQBLN4IASjeQAEk4nwBIOLABRzjD&#10;AUc44QFHOPUBRzj/AUc4/wFHOP8BtzsAAKI8AACRPAAAgzwAAHg8AABwOgAAajcAAGQ2AABgNgAA&#10;XDYLAFk3EgBWNxoAVDcjAFI3KwBQNzIATzg5AE04QABMOEcASzhOAEo5VQBJOV4ASDpoAEc6cwBG&#10;O4AARTuOAEQ8ngBDPK4BQjzCAUI93wFCPPMBQjz/AUI8/wFCO/8Bsz0AAJ4+AACNPgAAfz4AAHU+&#10;AABsPQAAZjoAAGA5AABbOgAAVzoIAFM7EABROxgATjsgAEw7KABLOy8ASTw2AEc8PQBHPEQARj1L&#10;AEU9UwBEPlwAQz5mAEI/cQBBP34AQD+NAD9AnAA+QK0BPUDAAT1A3QE9QPIBPUD/AT4//wE+P/8B&#10;rkAAAJpAAACJQQAAfEEAAHFBAABoQAAAYTwAAFs9AABWPgAAUj4FAE4/DgBMPxUAST8dAEdAJQBG&#10;QCwAREAzAENAOgBCQUIAQUFJAEBBUQA/QloAPkJjAD1DbwA8Q3wAO0OLADpEmwA5RKsBOUS+AThE&#10;2wE5RPEBOUP+ATlD/wE5Q/8BqkIAAJZDAACGQwAAeEMAAG5DAABlQwAAXUAAAFZAAABRQgAATUIC&#10;AElDDABGQxIAREQaAEJEIgBBRCoAP0UxAD5FOAA9RT8APEZHADtGTwA6RlcAOUdhADhHbAA3R3oA&#10;NkiJADVImQA0SKoANEi9ADNI2QA0SPAANEf9ADRH/wA1Rv8ApkQAAJJFAACCRgAAdUYAAGpGAABh&#10;RQAAWUQAAFFEAABMRgAASEcAAERHCgBBSBAAP0kYAD1JIAA8SScAOkouADlKNgA4Sj0AN0tEADZL&#10;TAA1S1UANExfADNMagAyTHcAMUyGADBMlwAvTagALk27AC5N1QAuTO8AL0z9AC9L/wAwS/8AoUcA&#10;AI5IAAB+SAAAcUgAAGZJAABdSAAAVUgAAExJAABHSgAAQksAAD9MBgA7TQ4AOU4VADdOHQA2TyQA&#10;NU8rADNPMwAyUDoAMVBCADBQSgAvUVIALlFcAC1RZwAsUXUAK1GEACpSlQApUqYAKVK5AChS0gAp&#10;Ue4AKVD8ACpQ/wAqT/8AnEoAAIlKAAB6SwAAbUsAAGNMAABaTAAAUUwAAEhNAABDTwAAPVAAADlS&#10;AgA1UwwAM1QSADFUGQAwVSEALlUoAC1VLwAsVjcAK1Y+ACpWRgApVk8AKFdZACdXZAAmV3IAJVeB&#10;ACRXkgAjV6QAIle3ACJXzwAiV+wAI1b6ACNV/wAkVf8Alk0AAIROAAB1TgAAaU4AAF9PAABWTwAA&#10;TVAAAEVSAAA/UwAAOVYAADNYAAAvWggAK1sPACpbFQAoXB0AJ1wkACZcKwAlXDMAJF06ACNdQwAi&#10;XUwAIV1WACBeYQAfXm4AHl5+AB1ejwAcXqEAG160ABpdzAAbXekAG1z5ABxb/wAcW/8AkFEAAH5R&#10;AABwUQAAZFIAAFtSAABSUwAASlQAAEFXAAA7WQAANVsAAC5eAAAoYAMAJGIMACJjEQAhYxgAH2Qg&#10;AB5kJwAdZC4AHGQ2ABtlPgAaZUcAGWVRABhlXQAXZWoAFmV6ABVliwAUZZ4AE2WxABJlyAASZOcA&#10;E2P3ABRi/wAUYv8AiVQAAHhVAABrVQAAYFYAAFdWAABPVwAARlkAAD1cAAA2XwAAMGIAAClkAAAj&#10;ZwAAHWoHABlsDgAYbBMAFm0aABVtIQAUbSkAFG0wABNtOQASbkIAEW5MABBuWAAPbmUADm51AA1u&#10;hwANbpoADG2tAAttwgALbOAADGvzAA1r/QANav8AglkAAHJZAABmWQAAXFoAAFRaAABKXAAAQV8A&#10;ADljAAAxZgAAKmkAACRsAAAdbwAAF3IAABJ1CQAPdw8ADncUAA53GwANdyMADHcqAAt3MwAKdzwA&#10;CXdHAAh3UgAHd18ABXdvAAR3gAADd5QAAXanAAB2uwABddUAAXTrAAJ09gACdPwAe10AAG1dAABi&#10;XgAAWV4AAE5gAABFYwAAPGcAADNrAAArbgAAJHIAAB51AAAXeQAAEnwAAA1/BgAJgQwABYERAAOB&#10;FgACgR0AAYEkAACBLQAAgjYAAIJAAACCTAAAglkAAIJoAACCeQAAgo0AAIGgAACAtAAAgMsAAH/n&#10;AAB+8gAAfvkAdGIAAGhiAABeYgAAU2QAAElnAAA/awAANnAAAC10AAAleAAAHnwAABeAAAARgwAA&#10;DYYAAAiJBAACiwoAAIsOAACLEwAAjBgAAIwfAACNJgAAjS8AAI45AACORAAAjlEAAI5gAACOcQAA&#10;joUAAI6ZAACNrQAAjMMAAIzfAACL7gAAi/YAbmgAAGRnAABYaQAATWwAAEJxAAA4dgAAL3sAACZ/&#10;AAAehAAAFogAABCMAAAMjwAABpIAAACVAAAAlgcAAJcMAACXDwAAmBMAAJkYAACaHwAAmyYAAJsw&#10;AACcOwAAnEgAAJxXAACcaAAAnHsAAJyQAACbpQAAm7oAAJrQAACa5wAAmvEAam0AAF5vAABRcgAA&#10;RncAADt8AAAxggAAJ4cAAB6MAAAWkQAAEJUAAAqZAAAEnAAAAKAAAACiAAAAowEAAKMGAACkCwAA&#10;pQ4AAKYSAACnFwAAqB4AAKomAACrMQAAqz4AAKxNAACsXQAArHAAAKyFAACsmwAAq68AAKvDAACr&#10;2QAAqugAZHUAAFd5AABLfgAAP4QAADSKAAApkAAAH5YAABabAAAQnwAACaMAAAGnAAAAqgAAAK4A&#10;AACwAAAAsAAAALEAAACyAwAAtAgAALUNAAC2EAAAtxUAALkdAAC7JgAAvDMAAL1BAAC9UgAAvWQA&#10;AL55AAC+kAAAvaQAAL23AAC9xgAAvdcAXH8AAFCFAABEiwAAOJIAACyZAAAhnwAAF6QAABCpAAAJ&#10;rgAAALIAAAC2AAAAuQAAAL0AAAC/AAAAvwAAAMAAAADBAAAAwwAAAMQFAADGCgAAxw4AAMkTAADL&#10;HAAAziYAANA1AADRRQAA0lcAANJrAADTggAA05cAANOpAADSuAAA0sQAVYwAAEmTAAA9mgAAMKIA&#10;ACWoAAAargAAEbQAAAm5AAAAvQAAAMEAAADEAAAAyAAAAMsAAADNAAAAzQAAAM8AAADQAAAA0gAA&#10;ANQAAADYAAAA2gYAAN0MAADgEQAA4xoAAOYnAADnOAAA6EoAAOldAADqcgAA64gAAOubAADsqAAA&#10;7LIA/wANAP8ACwD/AAsA/wAQAP8AGgD/ACYA/wAyAP8APQD/AEgA+wBSAPgAWgD2AGIA8wBpAPEA&#10;bwDwAHUA7gB6AOwAfwDrAIQA6QCKAOgAkADmAJYA5ACdAOIApQDhAK8A3wC7AN0AywDbAOYA2QD3&#10;ANgA/wDYAP8A1wD/ANcA/wDUAP8A/wAIAP8ABAD/AAQA/wANAP8AFQD+ACEA+gAsAPcAOAD0AEMA&#10;8ABNAO0AVQDqAF0A5wBkAOQAagDiAHAA4AB1AN4AegDdAH8A2wCFANkAiwDVAJEA0wCZANEAoADP&#10;AKoAzQC1AMsAxADJAN0AyADxAMcA/wDGAP8AxgD/AMYA/wDHAP8A/wAAAP8AAAD/AAAA/wAKAPgA&#10;EQDxABwA7AAnAOkAMgDmAD0A4gBHAN0AUADZAFgA1QBfANIAZQDQAGoAzgBwAMwAdQDKAHoAyQB/&#10;AMcAhQDFAIwAwwCUAMEAnAC/AKUAvQCwALsAvQC6ANAAuADrALcA+wC2AP8AtgD/ALYA/wC2AP8A&#10;/wAAAP8AAAD9AAAA8wAFAOkADgDhABYA2wAhANUALQDRADcAzgBBAMoASgDHAFIAxABZAMIAXwDA&#10;AGUAvgBqALwAbwC7AHQAuQB6ALcAgAC2AIcAtACOALIAlwCwAKAArgCqAK0AtwCrAMgAqQDjAKgA&#10;9QCnAP8ApwD/AKcA/wCmAP8A/wAAAP4AAADxAAAA5QAAANcACgDNABEAxwAcAMIAJgC/ADEAvAA7&#10;ALoARAC3AEwAtABTALIAWQCxAF8ArwBkAK0AaQCsAG8AqgB0AKkAegCnAIEApgCJAKQAkQCiAJsA&#10;oAClAJ4AsgCdAMEAmwDaAJoA7wCZAP0AmAD/AJgA/wCYAP8A/QAAAPAAAADhAAAA0QAAAMYABAC9&#10;AA0AtwAVALMAIACwACsArQA1AKsAPgCoAEYApgBNAKQAVACjAFkAoQBfAKAAZACeAGkAnQBuAJsA&#10;dQCaAHsAmACDAJYAjACVAJYAkwChAJEArQCPALsAjQDPAIwA6QCLAPgAjAD/AIwA/wCMAP8A8wIA&#10;AOIHAADMBwAAvwQAALcAAACxAAgAqwAQAKcAGQCkACQAoAAuAJ4ANwCcAEAAmgBHAJgATgCWAFQA&#10;lQBZAJMAXgCSAGQAkABpAI8AbwCNAHYAiwB+AIoAiACIAJIAhgCdAIUAqQCDALgAgQDKAIAA5QCA&#10;APUAfwD/AH8A/wB/AP8A6A0AANAQAAC+EAAAsQ4AAKgNAACjCAAAoAIMAJwAEwCYAB0AlQAnAJIA&#10;MQCQADkAjgFBAIwBSACKAk4AiQJUAIcCWQCGAl8AhANkAIMDawCBA3IAgAR6AH4EhAB9BY4AewWa&#10;AHkGpwB4BrUAdgfIAHUI4wB1CfQAdAr/AHMK/wBzCv8A3RUAAMQXAACxFwAApRYAAJwTAACWEQAA&#10;lA0EAJMIDQCOBxUAiwkgAIgJKgCFCjMAgws7AIELQgCAC0kAfgtPAH0MVAB7DFoAegxgAHgMZwB3&#10;DG4AdQ12AHQNgAByDYwAcA2ZAG8OpgBtDrUAbA7JAGsP5gBqEPcAaRD/AGkQ/wBpEP8A0B0AALke&#10;AACoHgAAmx0AAJIbAACLGQAAiBUAAIcRBwCFDhAAgQ8aAH4QJAB7EC0AeRA2AHcRPQB2EUQAdBFK&#10;AHMRUABxEVYAcBFcAG4SYgBtEmoAaxJzAGkTfQBoE4kAZhOWAGUUowBjFbMAYhXGAGIW4wBhFvYA&#10;YBf/AGAX/wBgF/8AxyIAALAjAACfJAAAkiMAAIkiAACCIAAAfh0AAHwZAAB6FQ0AdxUVAHQWHwBx&#10;FigAbxcwAG4XOABsFz8AaxdFAGkYSwBoGFEAZhhYAGUYXgBjGWYAYhlvAGAZeQBfGoUAXRuSAFwb&#10;oQBbHLAAWhzDAFkd4ABYHvQAWB7/AFge/wBYHv8AvycAAKkoAACZKAAAiygAAIInAAB7JQAAdiMA&#10;AHMgAABxHAkAbhwRAGscGgBpHSMAZx0sAGUdMwBjHjoAYh5BAGAeRwBfHk0AXh5UAFwfWwBbH2IA&#10;WSBrAFggdgBWIYIAVSGQAFQingBTIq4AUiPAAFEj3QBRJPIAUST/AFEk/wBRI/8AuSsAAKMsAACT&#10;LAAAhi0AAHwsAAB0KgAAbygAAGslAABpIgUAZiEOAGMiFgBhIh8AXyMnAF0jLwBcIzYAWiM9AFkk&#10;QwBXJEoAViRQAFUkVwBTJV8AUiVoAFEmcwBPJn8ATieNAE0onABMKKwASym+AEsp2gBKKfEASin/&#10;AEsp/wBLKf8Asy4AAJ4vAACOMAAAgTAAAHcvAABvLgAAaisAAGUqAABjJwEAXycMAFwnEwBaJxsA&#10;WCgkAFYoKwBVKDIAUyg5AFIpQABQKUYATylNAE4pVABNKlwATCplAEorcABJK3wASCyLAEctmgBG&#10;LaoARS68AEUu1gBFLu8ARS7+AEUu/wBFLf8ArjEAAJoyAACJMwAAfDMAAHIzAABrMQAAZS8AAGAt&#10;AABdLAAAWSwJAFYsEABULBgAUiwgAFAsKABOLS8ATS02AEwtPABKLUMASS1KAEguUQBHLlkARi9j&#10;AEUwbQBDMHoAQjGJAEExmABBMqgAQDK7AD8y0wA/Mu4AQDL9AEAy/wBAMv8AqjMAAJY1AACGNQAA&#10;eTYAAG41AABmNQAAYTIAAFwwAABXMAAAVDAGAFEwDgBOMBUATDEdAEoxJQBIMSwARzEyAEYxOQBE&#10;MUAAQzJHAEIyTwBBM1cAQDNgAD80awA+NXgAPTWHADw2lgA7NqcAOza5ADo20QA6Nu0AOzb8ADs2&#10;/wA7Nv8ApjYAAJI3AACCOAAAdTgAAGs4AABjNwAAXTYAAFczAABTNAAATzQDAEs0DABJNBIARjUa&#10;AEU1IgBDNSkAQTUvAEA1NgA/Nj0APjZEAD03TAA8N1UAOzheADo4aQA5OXYAODmFADc6lQA3OqUA&#10;Njq4ADU6zwA2OuwANjr7ADY5/wA3Of8AojgAAI45AAB+OgAAcjsAAGg7AABfOgAAWTkAAFM2AABO&#10;NwAASjgAAEY4CgBEORAAQTkXAD85HwA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3O1MANjxcADU8&#10;ZwA0PXQAMz2DADM+kwAyPqQAMT62ADE+zQAxPuoAMT76ADI9/wAyPf8AnjsAAIs8AAB7PAAAbj0A&#10;AGQ9AABcPQAAVTwAAE46AABJOwAARTwAAEE9BwA+PQ4APD0VADo+HAA5PiMANz4qADY/MQA1PzgA&#10;ND9AADNASAAyQFAAMUBaADBBZQAvQXIALkKBAC1CkQAtQqIALEK1ACtCywAsQukALEL5AC1B/wAt&#10;Qf8AmT0AAIc+AAB3PwAAaz8AAGFAAABZPwAAUj8AAEk+AABEPwAAQEAAADxBBAA5Qg0AN0ISADVD&#10;GQAzQyEAMkMoADFELwAwRDYAL0Q9AC5FRQAtRU4ALEVYACtGYwAqRm8AKUZ+AChGjwAnR6EAJkez&#10;ACZHyQAmRucAJ0b4AChF/wAoRf8AlUAAAIJBAABzQgAAZ0IAAF5CAABVQgAATkIAAEVCAAA/RAAA&#10;O0UAADdGAAA0RwoAMUgQAC9IFgAuSR4ALEklACtJLAAqSTMAKUo6AChKQgAnSksAJktVACVLYAAk&#10;S20AI0t8ACJLjQAhTJ8AIUyxACBMxwAgS+YAIUv3ACJK/wAiSv8AkEMAAH5EAABvRAAAZEUAAFpF&#10;AABSRQAASkYAAEFHAAA8SAAAN0kAADJLAAAuTQcAK04OAClOEwAnTxoAJk8hACVPKAAkTzAAI1A3&#10;ACJQPwAhUEgAIFBSAB9RXQAeUWoAHVF5ABxRigAbUZwAGlGvABlRxQAZUeQAGlD2ABtP/wAcT/8A&#10;ikYAAHlHAABrRwAAYEgAAFZIAABOSAAAR0kAAD5LAAA5TAAAM04AAC5QAAAoUwIAJFQLACJVEAAg&#10;VRYAH1YeAB5WJAAdViwAHFYzABtXOwAaV0QAGVdOABhXWQAXWGYAFVh1ABRYhwAUWJoAE1esABJX&#10;wgASV+EAE1b0ABRV/wAUVf8AhEkAAHRKAABmSwAAXEsAAFNLAABLTAAARE0AADxPAAA1UQAAL1QA&#10;AClWAAAkWQAAHlsHABpdDQAYXRIAF10ZABZeIAAVXicAFF4uABNeNwASXkAAEV9KABFfVQAQX2IA&#10;D19xAA5fgwANX5YADV+pAAxevgAMXtoADV3wAA1c/AAOXP8Afk0AAG5OAABiTgAAWE8AAE9PAABI&#10;UAAAQFIAADhUAAAwVwAAKloAACRdAAAfXwAAGWIBABNlCQARZg8AEGYUAA9mGwAOZyIADWcpAA1n&#10;MgAMZzsAC2dFAApnUAAJZ10AB2dsAAZnfQAFZ5AABGajAAJmtwADZc8ABGXpAARk9QAEZPwAd1EA&#10;AGlSAABdUgAAVFIAAExTAABDVQAAO1gAADNbAAArXgAAJWEAAB9kAAAZZwAAE2oAAA9tBgALcAwA&#10;CHD/4v/iSUNDX1BST0ZJTEUABAkRAAdwFgAFcB0ABHAkAANwLAACcDUAAHA/AABwSgAAcFcAAHBl&#10;AABwdgAAcIoAAG+eAABvsgAAbsgAAG3lAABt8gAAbfkAcFYAAGNWAABZVgAAUVcAAEdYAAA+WwAA&#10;Nl8AAC5iAAAmZgAAH2oAABltAAATcAAADnMAAAt2BAAFeAsAAXgPAAB5EwAAeRkAAHkfAAB6JgAA&#10;ei8AAHo5AAB6RAAAelAAAHpfAAB6cAAAeoMAAHqYAAB6rAAAecIAAHjfAAB47wAAd/cAalsAAF9b&#10;AABWWwAATFwAAEJgAAA5YwAAMGgAAChsAAAgcAAAGXQAABN3AAAOewAACX4AAASBAgAAgggAAIMN&#10;AACDEAAAhBQAAIUZAACGIAAAhigAAIcxAACHPAAAh0kAAIdXAACHaAAAh3sAAIeQAACGpQAAhboA&#10;AIXTAACE6gAAhPQAZWAAAFxgAABRYQAARmQAADxpAAAybQAAKXIAACF3AAAZewAAEoAAAA2DAAAI&#10;hwAAAooAAACNAAAAjgQAAI4JAACPDQAAkBAAAJEUAACSGQAAkyAAAJQpAACVMwAAlUAAAJZOAACW&#10;XwAAlXIAAJWIAACVnQAAlLIAAJTIAACT4gAAk+4AYWUAAFZmAABKagAAP24AADV0AAAreQAAIX8A&#10;ABmEAAARiQAADI0AAAaRAAAAlAAAAJgAAACaAAAAmwAAAJwCAACdBwAAngsAAJ8OAAChEgAAohgA&#10;AKMgAAClKQAApjYAAKZEAACmVQAApmgAAKZ9AACmlAAApakAAKS9AACk0QAApOQAW2wAAE9wAABD&#10;dQAAOHsAAC2BAAAjhwAAGY0AABGSAAALlwAABJwAAACgAAAAowAAAKYAAACoAAAAqQAAAKoAAACs&#10;AAAArQQAAK4JAACwDQAAsREAALMXAAC1IAAAtisAALc6AAC3SwAAuFwAALhxAAC4iAAAuJ0AALix&#10;AAC3wgAAt9AAVHYAAEh8AAA8ggAAMYkAACaQAAAblwAAEp0AAAyiAAADpwAAAKsAAACuAAAAsgAA&#10;ALYAAAC4AAAAuAAAALoAAAC7AAAAvQAAAL4AAADABQAAwQsAAMMQAADGFgAAySAAAMouAADLPgAA&#10;zFAAAMxkAADNegAAzZEAAM2kAADNtAAAzcAATYMAAEGKAAA1kQAAKZkAAB6gAAATpgAADKwAAAOx&#10;AAAAtgAAALoAAAC+AAAAwgAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM4AAADQAAAA0gEAANUI&#10;AADZDgAA3RUAAOEhAADiMQAA5EMAAOVWAADmawAA5oIAAOeWAADnpQAA5rAA/wAJAP8ABQD/AAYA&#10;/wAOAP8AFgD/ACEA/wAtAP8AOAD9AEMA+QBNAPUAVQDyAF0A8ABjAO4AaQDsAG8A6gB0AOkAegDn&#10;AH8A5gCFAOQAiwDjAJEA4QCZAN8AoQDcAKoA2gC2ANcAxgDVAOEA0wD0ANIA/wDRAP8A0QD/AM8A&#10;/wDKAP8A/wABAP8AAAD/AAEA/wAMAP8AEgD6AB0A9gAoAPMAMwDwAD4A7ABIAOgAUADlAFgA4gBe&#10;AN8AZADdAGoA2wBvANkAdADWAHoA1AB/ANIAhQDQAIwAzgCTAMwAnADJAKUAxwCwAMYAvgDEANQA&#10;wgDuAMEA/gDAAP8AwAD/AL8A/wC+AP8A/wAAAP8AAAD/AAAA+gAHAPEADwDrABgA5gAjAOIALgDg&#10;ADgA2wBCANUASwDRAFIAzgBZAMsAXwDJAGUAxwBqAMYAbwDEAHQAwgB6AMEAgAC/AIYAvQCOALsA&#10;lgC5AKAAtwCqALYAtwC0AMoAsgDmALEA+ACwAP8ArwD/AK8A/wCwAP8A/wAAAP8AAAD3AAAA6gAC&#10;AOEADADXABMA0AAdAMwAKADJADIAxgA8AMIARQC/AE0AvABTALoAWQC4AF8AtwBkALUAaQC0AG4A&#10;sgB0ALEAegCvAIAArQCIAKwAkQCqAJoAqAClAKYAsQCkAMEAowDcAKEA8gChAP8AoAD/AKAA/wCh&#10;AP8A/wAAAPcAAADoAAAA2QAAAMsACADDABAAvQAYALkAIgC2ACwAtAA2ALIAPwCvAEcArABNAKsA&#10;VACpAFkApwBeAKYAYwClAGgAowBuAKIAdACgAHoAngCCAJwAiwCbAJUAmQCfAJgArACWALoAlADP&#10;AJMA6wCSAPsAkgD/AJIA/wCRAP8A9wAAAOcAAADTAAAAxgAAALsAAgCzAAwArQASAKoAHACnACYA&#10;pAAwAKMAOACgAEAAngBHAJwATgCaAFMAmQBYAJcAXQCWAGMAlQBoAJMAbgCSAHQAkAB8AI8AhQCN&#10;AI8AiwCaAIoApwCIALUAhgDHAIUA5ACEAPUAhAD/AIMA/wCDAP8A7AAAANMAAADBAQAAtAAAAKwA&#10;AACmAAcAoAAOAJ0AFgCaACAAlwApAJUAMgCTADoAkQBBAI8ASACNAE0AjABTAIsAWACJAF0AiABj&#10;AIcAaQCFAG8AgwB3AIIAgACAAIoAfgCWAH0AowB7ALAAegDCAHkA3QB4APEAdwD9AHgA/wB4AP8A&#10;3goAAMQLAACyDAAApgsAAJ0IAACZBAAAlQAKAJEAEQCOABkAiwAjAIkALACHADQAhQA7AIMAQgCC&#10;AEgAgABOAH8AUwB9AFgAfABeAHsAZAB5AGoAeAByAHYAewB0AIYAcwCSAHEAnwBwAK0AbgC+AG0B&#10;1gBtAu0AbAP6AGwD/wBsA/8AzhAAALcRAACmEgAAmhEAAJEQAACLDgAAiQsDAIcFDACEARMAgQEc&#10;AH4CJQB8Ay4AegM2AHgEPAB3BEMAdQVIAHQFTgBzBVQAcQVZAHAGXwBuBmYAbQZuAGsHeABqB4MA&#10;aAiQAGcJnQBlCawAZAm8AGMK1ABjC+wAYgz6AGIM/wBiDP8AwxYAAK0XAACdGAAAkBgAAIcWAACB&#10;FAAAfREAAHwOBgB8Cg4AeAoWAHULHwByCygAcAwwAG8MNwBtDD4AbAxEAGsNSgBpDU8AaA1VAGcN&#10;XABlDWMAYw5rAGIOdQBgDoEAXw6OAF0PnABcEKsAWxC9AFoQ1gBZEfAAWRH9AFkR/wBZEf8AuRsA&#10;AKUdAACUHgAAiB4AAH4dAAB4GwAAdBgAAHEVAABxEQkAbxARAGwQGQBpECIAZxEqAGYRMgBkETkA&#10;YxE/AGIRRQBgEksAXxJRAF0SWABcEl8AWhNoAFkTcgBXFH0AVhSLAFQVmQBTFakAUha6AFEW0gBR&#10;F+0AURf9AFEX/wBRF/8AsiAAAJ4iAACOIgAAgSMAAHciAABwIQAAbB4AAGkbAABnGAQAZhUOAGMW&#10;FQBhFh4AXxYmAF0WLQBcFzQAWhc7AFkXQQBYGEcAVhhNAFUYVABTGFwAUhlkAFEZbgBPGnoAThuI&#10;AE0blwBLHKYAShy4AEodzwBJHesASR37AEkd/wBKHf8ArCQAAJglAACIJgAAeycAAHEmAABqJQAA&#10;ZiMAAGIhAABgHgAAXhwLAFsbEgBZHBoAVxwiAFUcKQBUHDAAUx03AFEdPQBQHUMATx1KAE0eUQBM&#10;HlgASx9hAEkfawBIIHcARyCFAEYhlABEIqQARCK2AEMizABDI+kAQyP6AEMj/wBDIv8ApicAAJMp&#10;AACDKgAAdioAAG0qAABlKQAAYCcAAFwlAABZIwAAVyEHAFUhDwBSIRYAUCEeAE4hJQBNIiwATCIz&#10;AEoiOQBJIkAASCJGAEcjTQBFI1UARCReAEMkaQBCJXUAQCaDAD8mkgA+J6MAPie0AD0nygA9KOgA&#10;PSj5AD0n/wA+J/8AoioAAI4rAAB/LQAAci0AAGgtAABhLAAAXCsAAFgoAABUJgAAUSYEAE4lDQBM&#10;JRMASiYaAEgmIgBHJikARSYvAEQmNgBDJzwAQSdDAEAnSwA/KFMAPilcAD0pZgA8KnIAOyqBADor&#10;kAA5K6EAOCyyADcsyAA3LOYAOCz4ADgs/wA4LP8AnSwAAIouAAB7LwAAbzAAAGUwAABdLwAAWC4A&#10;AFMrAABQKgAATCoAAEkqCwBGKhEARCoXAEIqHwBBKiUAPyosAD4rMwA9KzkAPCtAADssSAA6LFAA&#10;OS1ZADguZAA3LnAANi9/ADUvjwA0MJ8AMzCxADIwxwAyMOUAMzD3ADMw/wA0L/8AmS8AAIcxAAB3&#10;MgAAazIAAGIyAABaMgAAVDEAAE8vAABLLQAARy4AAEQuCABBLg4APy4UAD0uHAA7LiIAOS8pADgv&#10;LwA3LzYANjA+ADUwRgA1MU4ANDFXADMyYgAyMm4AMTN9ADAzjQAvNJ4ALjSwAC00xQAtNOMALjT2&#10;AC8z/wAvM/8AlTEAAIMzAAB0NAAAaDUAAF41AABXNAAAUTQAAEsyAABGMQAAQjIAAD8yBQA8Mg0A&#10;OTMSADgzGQA2MyAANDMmADMzLQAyNDQAMTQ7ADA1QwAwNUwALzZVAC42YAAtN2wALDd7ACs3iwAq&#10;OJwAKTiuACg4wwAoOOIAKTj1ACo3/wAqN/8AkjQAAH81AABxNgAAZTcAAFs3AABUNwAATTYAAEc2&#10;AABCNQAAPTYAADo2AgA3NwsANDcQADI3FgAxOB0ALzgkAC44KwAtOTIALDk5ACs5QQAqOkkAKjpT&#10;ACk7XgAoO2oAJzt5ACY8iQAlPJsAJDytACM8wgAjPOAAJDz0ACU7/wAlO/8AjTYAAHw4AABtOQAA&#10;YjkAAFg6AABROQAASjkAAEQ5AAA9OQAAOToAADU7AAAyOwgALzwOAC09FAAsPRoAKj0hACk9KAAo&#10;Pi8AJz42ACY+PgAlP0cAJD9QACNAWwAiQGgAIUB2ACBAhwAfQZkAH0GrAB5BwAAeQd4AH0DzAB9A&#10;/gAgP/8AiTkAAHg6AABpOwAAXjwAAFU8AABNPAAARzwAAEA8AAA4PQAAND4AADBAAAAtQQUAKkIM&#10;ACdCEQAmQxgAJEMeACNDJQAiQywAIUQzACBEOwAfREQAHkVOAB1FWQAcRWUAG0V0ABpFhQAZRpcA&#10;GUapABhGvgAXRdwAGEXxABlE/QAaRP8AhDwAAHM9AABmPgAAWz8AAFI/AABKPwAARD8AAD1AAAA2&#10;QQAAMUMAACxEAAAnRgEAJEcKACFIDwAgSRQAHkkbAB1JIgAcSSkAG0owABpKOAAZSkEAGEpLABdL&#10;VQAWS2IAFUtxABRLggATS5QAEkunABJLvAARS9kAEkrwABNK/AAUSf8Afz8AAG9AAABhQQAAV0IA&#10;AE5CAABHQgAAQUIAADpDAAAyRQAALUcAAChJAAAjSwAAHk0GABtPDQAYUBEAF1AXABZQHgAVUCUA&#10;FFAsABNRNAASUT0AEVFHABFRUgAQUV8AD1JtAA5SfgANUZEADVGkAAxRuAAMUdEADVDsAA1Q+gAO&#10;T/8AeUMAAGpEAABdRAAAU0UAAEtFAABERQAAPkYAADZIAAAvSgAAKUwAACRPAAAfUQAAGlMAABRW&#10;CQARVw4AEFgTABBYGQAPWCAADlgoAA1YMAANWDkADFhDAAtYTgAKWFoACFhoAAdYeQAGWIwABVif&#10;AARYswAEV8oABVfmAAVX8wAGVvwAc0YAAGRHAABZSAAAUEgAAEhIAABBSQAAOkoAADJNAAArUAAA&#10;JVIAACBVAAAaWAAAFVoAABBdBgAMYAwACmAQAAlgFQAIYBwAB2AjAAVgKwAEYDQAA2A9AAFgSQAA&#10;YFUAAGBjAABgcwAAYIYAAF+aAABfrgAAX8QAAF7iAABe8AAAXvgAbEoAAF9LAABVSwAATEwAAEVM&#10;AAA9TgAANVAAAC5TAAAnVgAAIFkAABpcAAAVXwAAEGIAAA1lBAAIZwsAA2cOAABoEwAAaBgAAGgf&#10;AABpJgAAaS4AAGk4AABpQwAAaU8AAGldAABpbQAAaYAAAGmUAABoqQAAaL8AAGfcAABm7gAAZvcA&#10;Zk8AAFpPAABRTwAASk8AAEFRAAA4VAAAMFcAAChbAAAhXgAAGmIAABRlAAAQaAAADGsAAAduAwAB&#10;cAkAAHANAABxEAAAcRQAAHIaAABzIQAAcygAAHMxAABzPAAAdEgAAHNWAABzZgAAc3kAAHOOAABz&#10;owAAcrkAAHHSAABx6wAAcPQAYVMAAFZTAABPUwAARVUAADtYAAAyXAAAKmAAACJkAAAbaAAAFGwA&#10;AA9vAAALcgAABnYAAAB5AAAAegYAAHoKAAB7DgAAfBEAAH0VAAB+GwAAfyIAAIAqAACANQAAgEEA&#10;AIBPAACAXwAAgHEAAICGAACAnQAAf7IAAH7KAAB+5QAAffEAXFgAAFRYAABJWgAAP10AADVhAAAs&#10;ZQAAI2oAABtvAAAUcwAADncAAAl7AAADfwAAAIIAAACEAAAAhgEAAIYGAACICgAAiQ0AAIoQAACL&#10;FQAAjBsAAI4iAACPLAAAjzgAAI9GAACPVgAAj2gAAI9+AACPlQAAjqsAAI3BAACN3AAAjOsAWV0A&#10;AE5fAABDYgAAOGYAAC5sAAAkcQAAHHcAABR8AAAOgQAACIUAAACJAAAAjQAAAJAAAACSAAAAkwAA&#10;AJQAAACWAwAAlwgAAJgMAACaDwAAmxMAAJ0aAACfIwAAoC4AAKA8AACgTAAAoF4AAKB0AACfjAAA&#10;n6IAAJ+3AACeywAAnuAAU2QAAEdoAAA8bQAAMXMAACd5AAAdfwAAFIUAAA2LAAAGkAAAAJQAAACY&#10;AAAAnAAAAJ8AAAChAAAAogAAAKQAAAClAAAApwAAAKgEAACqCQAArA0AAK0SAACwGQAAsiMAALIx&#10;AACyQgAAslQAALJpAACygAAAspgAALGsAACyvwAAsc4ATG4AAEBzAAA1egAAKoEAAB+IAAAVjgAA&#10;DpUAAAaaAAAAnwAAAKQAAACoAAAArAAAAK8AAACxAAAAsQAAALMAAAC1AAAAtgAAALgAAAC6AAAA&#10;vAYAAL4MAADAEQAAwxkAAMUmAADFNwAAxkkAAMZdAADHcgAAx4oAAMifAADIrwAAyLwARnoAADmB&#10;AAAuiQAAIpAAABeYAAAPnwAAB6UAAACqAAAArwAAALMAAAC3AAAAvAAAAL8AAADBAAAAwgAAAMQA&#10;AADFAAAAxwAAAMkAAADLAAAAzQAAAM8DAADSCgAA1hAAANwaAADdKgAA3jwAAN9QAADgZQAA4XsA&#10;AOGRAADiogAA4q0A/wACAP8AAAD/AAMA/wAMAP8AEwD/AB0A/wAoAP4AMwD7AD4A9wBIAPMAUADw&#10;AFcA7QBeAOsAZADoAGkA5wBvAOUAdADjAHkA4gB/AOAAhQDeAIwA3ACTANkAnADWAKYA0wCxANEA&#10;wADPANoAzgDxAMwA/wDLAP8AywD/AMYA/wDBAP8A/wAAAP8AAAD/AAAA/wAIAPsAEAD2ABkA8gAk&#10;AO8ALgDtADkA6ABCAOMASwDgAFIA3QBZANkAXwDWAGQA0wBpANEAbgDPAHQAzgB5AMwAfwDKAIYA&#10;yACOAMYAlgDEAKAAwgCrAMAAuQC+AM0AvADqALsA/AC6AP8AugD/ALoA/wC2AP8A/wAAAP8AAAD+&#10;AAAA9AAEAOsADQDkABQA3wAfANsAKQDYADMA0wA9AM4ARQDKAE0AxwBTAMUAWQDDAF8AwQBkAL8A&#10;aQC9AG4AuwBzALoAeQC4AIAAtgCIALQAkACyAJoAsQClAK8AsgCtAMQArADhAKsA9gCqAP8AqgD/&#10;AKoA/wCqAP8A/wAAAP0AAADuAAAA4gAAANUACgDNABEAxwAZAMQAIwDBAC0AvwA3ALsAPwC3AEcA&#10;tQBOALIAUwCwAFkArwBeAK0AYwCsAGgAqwBtAKkAcwCoAHoApgCBAKQAigCjAJQAoQCfAJ8ArACe&#10;ALsAnADSAJsA7gCaAP8AmgD/AJkA/wCZAP8A/gAAAO4AAADeAAAAywAAAMEABQC5AA0AtAAUALEA&#10;HgCuACcAqwAwAKoAOQCnAEEApABIAKIATQChAFMAnwBYAJ4AXQCdAGIAmwBnAJoAbQCYAHMAlwB7&#10;AJUAhACUAI4AkgCZAJAApgCOALQAjQDIAIwA5gCLAPkAigD/AIoA/wCLAP8A8AAAANsAAADHAAAA&#10;ugAAALAAAACoAAoApAAQAKAAGACdACEAmwAqAJoAMwCYADsAlgBBAJQASACSAE0AkQBSAI8AVwCO&#10;AFwAjABhAIsAZwCKAG4AiAB1AIcAfgCFAIgAgwCUAIIAoACAAK8AfwDAAH4A3QB9APIAfQD/AH0A&#10;/wB9AP8A4AAAAMYAAAC1AAAAqgAAAKIAAACbAAUAlQANAJIAEwCQABwAjQAkAIsALQCKADQAiAA7&#10;AIYAQgCFAEcAgwBNAIIAUgCBAFcAfwBcAH4AYgB9AGgAewBwAHoAeQB4AIMAdgCPAHUAnAB0AKoA&#10;cgC6AHEA0QBwAOwAcAD7AHAA/wBwAP8AzQQAALcGAACnBwAAmwYAAJMEAACOAAAAigAIAIYADwCE&#10;ABYAgQAeAH8AJwB9AC4AfAA2AHoAPAB5AEIAdwBHAHYATAB1AFIAcwBXAHIAXQBxAGMAbwBrAG4A&#10;dABsAH4AawCKAGkAmABoAKYAZwC2AGYAywBlAOcAZQD3AGUA/wBlAP8AwAwAAKsNAACbDgAAjw4A&#10;AIYNAACBCwAAfgcBAHwBCwB5ABEAdwAYAHUAIQBzACkAcQAwAG8ANgBuADwAbABCAGsARwBqAE0A&#10;aQBSAGgAWABmAF8AZQBnAGMAcABiAXoAYAGHAF8ClQBeAqMAXAOzAFwDxwBbBOQAWwX0AFsG/gBb&#10;Bv8AtRAAAKESAACREwAAhRMAAHwSAAB2EQAAcw4AAHIMBABxBw0AbgQSAGwEGwBpBSMAZwUqAGYG&#10;MQBkBjcAYwY9AGIHQwBhB0kAXwdOAF4IVQBdCFwAWwljAFoJbQBYCngAVwqFAFYLkwBUC6IAUwuz&#10;AFIMxwBSDOQAUQ31AFEN/wBRDf8ArRUAAJkXAACJGAAAfRkAAHQYAABtFwAAahQAAGcRAABnDgcA&#10;ZgwOAGMMFQBhDB0AXwwlAF0NLABcDTMAWw05AFoNPwBYDUUAVw1LAFYOUQBVDlkAUw5hAFIOawBQ&#10;D3YAThCDAE0QkgBMEKIASxCyAEoRyABJEeUASRH3AEkS/wBJEf8ApRkAAJIcAACDHQAAdh4AAG0d&#10;AABmHAAAYhoAAF8XAABeFAEAXhEKAFsQEQBZERgAVxEgAFURJwBUES4AUxE0AFEROwBQEkEATxJH&#10;AE4STgBMElUASxNeAEkTZwBIFHMARhSAAEUVjwBEFZ8AQxawAEIWxQBCF+MAQhf2AEIX/wBCF/8A&#10;nx0AAIwgAAB9IQAAcSIAAGgiAABhIQAAXB8AAFkcAABXGQAAVRYGAFQVDgBRFRQATxYcAE4WIwBM&#10;FioASxYwAEoWNwBJFz0ARxdDAEYXSgBFGFIAQxhaAEIZZABBGXAAPxp9AD4bjQA9G50APByuADsc&#10;wwA7HOEAOx31ADsc/wA8HP8AmiEAAIcjAAB4JAAAbCUAAGMlAABcJAAAVyMAAFMgAABRHgAATxwC&#10;AE0bDABLGhEASBsYAEcbIABFGyYARBstAEMcMwBCHDkAQBxAAD8dRwA+HU8APR5YADweYgA6H20A&#10;OR97ADggiwA3IZsANiGtADUhwQA1Id8ANSHzADYh/wA2If8AliMAAIMmAAB0JwAAaCgAAF8oAABY&#10;JwAAUyYAAE8kAABMIgAASSAAAEcgCQBEHw8AQh8VAEAgHAA/ICMAPiApADwgLwA7ITYAOiE9ADkh&#10;RAA4IkwANyJVADYjXwA0I2sAMyR5ADIliQAxJZoAMCWrADAmvwAvJtwAMCbyADAm/wAxJf8AkSYA&#10;AH8oAABxKgAAZSoAAFwqAABVKgAATykAAEsoAABIJQAARCQAAEEkBQA/JA0APSQSADskGQA5JB8A&#10;NyQmADYkLAA1JTMANCU6ADMmQQAyJkoAMSdTADAnXQAvKGkALil3AC0phwAsKZgAKyqqACoqvQAq&#10;KtoAKyrxACsq/gAsKf8AjSgAAHwqAABtLAAAYi0AAFktAABRLQAATCwAAEcrAABDKAAAPygAADwo&#10;AgA5KAsANygQADUoFgAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0cALCtRACssWwAqLGcAKS11&#10;ACgthQAnLZcAJi6oACUuvAAlLtgAJi7wACYu/QAnLf8AiisAAHgtAABqLgAAXy8AAFYvAABOLwAA&#10;SC4AAEMtAAA/LAAAOywAADcsAAA0LAkAMiwOADAtEwAuLRoALS0gACstJwAqLi0AKi41ACkvPQAo&#10;L0UAJzBOACYwWQAlMWUAJDFzACMxgwAiMpUAITKnACEyuwAgMtQAITLvACIx/AAiMf8Ahi0AAHUv&#10;AABnMAAAXDEAAFMxAABLMQAARTEAAEAwAAA7MAAANjAAADMwAAAwMQYALTENACsxEQApMhcAKDIe&#10;ACcyJAAlMysAJTMyACQzOgAjNEMAIjRMACE1VwAgNWMAHzVxAB42gQAdNpMAHDalABs2uQAbNtIA&#10;HDbtAB02+wAdNf8AgjAAAHEyAABjMwAAWTQAAFA0AABJNAAAQjMAAD0zAAA3MwAAMTQAAC41AAAr&#10;NQIAKDYLACU3EAAkNxUAIjcbACE4IgAgOCgAHzgwAB44NwAdOUAAHDlJABs6VAAaOmAAGTpuABg6&#10;fwAXO5EAFzukABY7twAVO9AAFjrsABc6+gAYOf8AfTIAAG00AABgNQAAVTYAAE02AABGNgAAQDYA&#10;ADo2AAA0NgAALjgAACo5AAAmOgAAIzsIACA8DgAePRIAHT0YABw9HwAbPiUAGj4tABk+NAAXPj0A&#10;Fj9HABU/UQAUP14AFD9sABNAfAASQI8AEUCiABFAtgAQQM4AET/rABI/+QASPv8AeTUAAGk3AABc&#10;OAAAUjkAAEo5AABDOQAAPTkAADc5AAAxOgAAKzwAACc9AAAiPwAAHkEEABpCCwAYQxAAF0MVABVE&#10;GwAURCIAE0QpABNEMQASRDoAEUVDABBFTgAQRVsADkVpAA5FeQANRYwADUWfAAxFsgALRckADEXl&#10;AA1E9gANRP8AdDkAAGU6AABYOwAATzsAAEc8AABAPAAAOjwAADQ8AAAuPgAAKEAAACNCAAAfRAAA&#10;GkYAABVICAASSg0AEUoSABBKGAAPSx4ADkslAA1LLQANSzYADEtAAAtLSgAKS1YACUtkAAhLdAAH&#10;S4cABUuaAARLrgAESsQABUrgAAVK8AAGSfoAbjwAAGA9AABUPgAASz4AAEQ+AAA9PgAANz8AADFA&#10;AAAqQgAAJEUAAB9HAAAaSQAAFUwAABFOBQAOUQsAC1EQAApRFAAJURsACFEiAAdRKQAFUTIABFI7&#10;AANSRgABUlIAAFJfAABSbwAAUoEAAFGWAABRqQAAUb8AAFDcAABQ7gAAUPcAaEAAAFtBAABQQQAA&#10;SEEAAEFBAAA7QgAANEMAAC1FAAAmSAAAIEsAABtNAAAWUAAAEVMAAA5VBAAKWAoABlgOAAJYEgAA&#10;WRcAAFkdAABZJQAAWS0AAFk2AABZQQAAWU0AAFpaAABaaQAAWXwAAFmQAABZpQAAWLoAAFjVAABX&#10;7AAAV/YAY0QAAFZFAABNRQAARUUAAD9FAAA3RwAAL0kAAChMAAAiTwAAG1IAABZVAAARWAAADVoA&#10;AAldAwAEXwkAAGANAABgEAAAYRQAAGEZAABiIAAAYicAAGIxAABiOwAAYkcAAGJVAABjZAAAYnYA&#10;AGKLAABioAAAYbYAAGHPAABg6gAAYPUAXUgAAFJJAABKSAAAQ0gAADpKAAAyTQAAKlAAACNTAAAc&#10;VwAAFloAABFdAAANYAAACGMAAANmAQAAZwYAAGgLAABpDgAAahEAAGsVAABsGwAAbSIAAG0qAABt&#10;NAAAbUAAAG1OAABtXQAAbW8AAG2EAABsmgAAbLAAAGvIAABr5gAAavMAWE0AAE5NAABITAAAPk4A&#10;ADVRAAAsVAAAJFgAAB1cAAAWYAAAEGQAAAxnAAAHawAAAW4AAABwAAAAcgMAAHIHAABzCwAAdQ4A&#10;AHYRAAB3FgAAeBwAAHkjAAB6LQAAejkAAHpHAAB6VgAAeWgAAHp8AAB5lAAAeKoAAHjBAAB33wAA&#10;d+8AVFEAAExRAABCUgAAOFUAAC9ZAAAmXgAAHmIAABZnAAAQawAAC28AAAVzAAAAdwAAAHoAAAB8&#10;AAAAfgAAAH8CAACABgAAgQoAAIMNAACEEQAAhhUAAIgcAACJJQAAijAAAIo+AACJTQAAiV8AAIlz&#10;AACIiwAAiKIAAIe5AACH0QAAhugAUlYAAEdXAAA8WgAAMl8AAChkAAAfaQAAFm8AABB0AAAKeQAA&#10;An0AAACBAAAAhQAAAIgAAACKAAAAjAAAAI0AAACPAAAAkAQAAJIIAACTDAAAlRAAAJcVAACZHQAA&#10;mycAAJs0AACbRAAAmlYAAJpqAACZggAAmpoAAJiwAACYxwAAl94AS1wAAEBgAAA1ZQAAK2oAACFx&#10;AAAXdwAAEH0AAAmDAAABiAAAAIwAAACRAAAAlQAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoAAAAKIA&#10;AACkBQAApgoAAKgOAACqFAAArR0AAK0qAACtOQAArUsAAK1fAACtdwAArJAAAKunAACrugAAq8sA&#10;RWYAADlrAAAucQAAI3gAABl/AAAQhgAACY0AAACTAAAAmAAAAJ0AAAChAAAApQAAAKgAAACrAAAA&#10;qwAAAK4AAACvAAAAsQAAALMAAAC1AAAAtwEAALkHAAC8DQAAvxMAAMIfAADCLgAAwkAAAMJUAADB&#10;awAAwYMAAMCbAADBrQAAwbwAPnIAADJ4AAAngAAAHIgAABKQAAAKlwAAAJ0AAACjAAAAqAAAAK0A&#10;AACyAAAAtgAAALkAAAC7AAAAvAAAAL4AAADAAAAAwgAAAMQAAADGAAAAyAAAAMsAAADOBQAA0Q0A&#10;ANYUAADXIwAA2DUAANlJAADaXgAA23UAANuMAADcnwAA3KsA/wAAAP8AAAD/AAAA/wAJAP8AEAD/&#10;ABkA/gAkAPwALwD5ADkA9ABDAPAASwDtAFIA6gBZAOcAXwDkAGQA4gBpAOAAbgDeAHMA3AB5ANoA&#10;fwDXAIYA1ACOANEAlgDPAKEAzACsAMoAuwDIANIAxgDuAMYA/wDFAP8AxQD/AL8A/wC6AP8A/wAA&#10;AP8AAAD/AAAA/gAFAPcADgDyABUA7gAfAOsAKgDpADQA4wA9AN4ARQDZAE0A1ABTANEAWQDOAF4A&#10;zABjAMoAaADJAG0AxwBzAMUAeQDDAIAAwQCIAL8AkAC9AJsAuwCmALkAtAC3AMgAtgDmALUA+wC0&#10;AP8AtAD/ALMA/wCuAP8A/wAAAP8AAAD4AAAA7QAAAOUACwDdABEA1wAaANIAJADPAC4AywA3AMcA&#10;QADDAEcAwABOAL4AUwC8AFkAugBeALgAYwC2AGgAtQBtALMAcwCxAHkArwCBAK0AigCrAJQAqQCg&#10;AKgArQCmAL4ApQDbAKQA9ACkAP8AowD/AKMA/wCiAP8A/wAAAPYAAADmAAAA1wAAAMsABgDEAA4A&#10;vgAVALsAHwC5ACgAtwAxALQAOgCwAEEArQBIAKsATgCpAFMApwBYAKYAXACkAGEAowBnAKEAbACg&#10;AHMAngB6AJ0AgwCbAI4AmQCZAJcApgCWALYAlQDMAJQA6wCTAP0AkwD/AJMA/wCTAP8A9wAAAOQA&#10;AADQAAAAwQAAALcAAgCvAAsAqwARAKcAGQClACIAowArAKIAMwCfADsAnABCAJsASACZAE0AlwBS&#10;AJYAVwCVAFsAkwBhAJIAZgCQAG0AjwB0AI0AfQCMAIcAigCTAIgAoACHAK8AhQDCAIUA4gCEAPcA&#10;hAD/AIQA/wCEAP8A5QAAAM0AAAC8AAAArwAAAKYAAACeAAcAmgAOAJYAFACUAB0AkgAlAJEALQCQ&#10;ADUAjQA8AIwAQgCKAEcAiABMAIcAUQCGAFYAhABbAIMAYACBAGcAgABuAH4AdwB9AIEAewCNAHoA&#10;mgB4AKkAdwC6AHYA0wB2AO8AdgD+AHUA/wB1AP8A0AAAALsAAACrAAAAnwAAAJcAAACQAAIAiwAL&#10;AIgAEACGABcAhAAgAIIAJwCBAC8AfwA1AH0APAB8AEEAewBGAHkASwB4AFAAdwBVAHYAWwB0AGEA&#10;cwBpAHEAcQBwAHsAbgCHAG0AlQBrAKMAagC0AGoAyQBpAOgAaQD5AGkA/wBpAP8AwAAAAKwAAACc&#10;AgAAkAIAAIgAAACDAAAAfwAGAHsADQB5ABIAdwAaAHYAIgB0ACkAcwAwAHEANgBwADwAbwBBAG0A&#10;RgBsAEsAawBQAGoAVgBoAFwAZwBkAGUAbABkAHYAYwCCAGEAkABgAJ8AXwCvAF4AwwBeAOEAXgD0&#10;AF0A/wBdAP8AtAcAAKAJAACQCwAAhAsAAHwKAAB3BwAAdAQAAHEACQBvAA8AbQAVAGsAHABpACMA&#10;aAAqAGcAMQBlADYAZAA8AGMAQQBiAEYAYABMAF8AUgBeAFgAXQBfAFsAaABaAHIAWAB+AFcAjABW&#10;AJsAVQCrAFQAvgBUANoAUwDvAFQA+wBUAP8AqQ0AAJYOAACHEAAAehAAAHIQAABsDgAAaQwAAGcJ&#10;AwBmBAsAZAAQAGIAFwBgAB4AXgAlAF0AKwBcADEAWgA3AFkAPABYAEIAVwFHAFYBTgBVAlQAUwJc&#10;AFIDZQBRA28ATwR7AE4EigBNBZkATAWpAEsFvABKBtQASgftAEoH+QBKB/8AoRAAAI4SAAB+FAAA&#10;cxQAAGoUAABkEwAAYBEAAF4PAABdDQUAXQkNAFoGEgBYBxkAVgcgAFUHJwBTBy0AUggzAFEIOABQ&#10;CD4ATwlEAE4JSgBMCVEASwpZAEoKYgBIC20ARwt6AEYMiABEDJgAQwypAEINvABCDdUAQg3uAEIN&#10;+wBCDf8AmhQAAIcWAAB4GAAAbBkAAGMZAABdGAAAWRYAAFYTAABUEQAAVA4IAFMNDgBRDRQATw0b&#10;AE0NIgBMDSgASw0uAEoNNABJDToARw5BAEYORwBFDk8ARA5XAEIPYQBBEGwAPxB5AD4QiAA9EZgA&#10;OxGpADsRvAA6EdYAOhHwADoS/QA7Ef8AkxgAAIEaAABzHAAAZx0AAF4dAABYHAAAUxsAAFAYAABO&#10;FgAATBMDAEwRCwBKEBAASBEXAEYRHgBFESQARBEqAEIRMABBETcAQBI9AD8SRAA9EkwAPBNUADsT&#10;XgA5FGkAOBR2ADcVhQA2FZYANBanADQWugAzFtMAMxbuADQW/AA0Fv8AjhsAAHwdAABuHwAAYyAA&#10;AFogAABTIAAATh4AAEodAABIGgAARhgAAEUWBwBDFQ4AQRUTAD8VGgA+FSAAPRUnADsVLQA6FjMA&#10;ORY6ADgWQQA3F0kANRdRADQYWwAzGWYAMhlzADAagwAvGpQALhulAC0buAAtG9AALRvsAC4b+wAu&#10;G/8Aih4AAHggAABqIgAAXyMAAFYjAABPIgAASiEAAEYgAABDHgAAQRsAAD8aAwA9GgwAOxkRADkZ&#10;FgA3Gh0ANhojADUaKQA0GjAAMxs2ADEbPgAwHEYALxxPAC4dWQAtHWQALB5xACsfgQAqH5IAKR+k&#10;ACggtwAnIM4AJyDrACgg+gApH/8AhiAAAHQjAABnJAAAXCUAAFMlAABMJQAARyQAAEIjAAA/IQAA&#10;PR8AADoeAAA3HgkANR4OADMeEwAxHhoAMB4gAC8eJgAuHy0ALR8zACwgOwArIEMAKiFMACkhVgAo&#10;ImIAJiJvACUjfwAkI5AAIyOiACIktQAiJMwAIiTpACMk+QAkI/8AgiMAAHElAABjJgAAWScAAFAo&#10;AABJJwAAQycAAD8mAAA7JAAAOCIAADUiAAAyIgYAMCINAC4iEQAsIhcAKiIdACkiIwAoIyoAJyMx&#10;ACYkOAAlJUEAJCVKACMmVAAiJmAAISdtACAnfQAfJ48AHiihAB4otAAdKMoAHSjoAB4o+AAfJ/8A&#10;fiUAAG4nAABgKQAAVikAAE0qAABGKgAAQSkAADwoAAA3JwAANCYAADAmAAAtJgMAKycLACgnEAAn&#10;JxQAJScaACQnIQAjKCcAIiguACEpNgAgKT4AHypIAB4qUgAdK14AHCtrABsrewAaLI0AGSyfABgs&#10;sgAYLMkAGCznABkr9wAaK/8AeicAAGoqAABdKwAAUywAAEosAABDLAAAPisAADkrAAA0KgAAMCoA&#10;ACsqAAApKwAAJisIACMsDgAiLBIAICwYAB8sHgAeLSUAHS0sABwtMwAbLjwAGi5FABkvUAAYL1wA&#10;Fy9pABYweQAVMIsAFDCeABQwsQATMMcAEzDlABQw9gAVL/8AdioAAGcsAABaLQAAUC4AAEguAABB&#10;LgAAOy4AADYtAAAxLQAALC0AACcvAAAkLwAAITAFAB8xDAAcMRAAGzIVABoyHAAZMiIAGDIpABcz&#10;MQAWMzkAFTNDABQ0TQATNFkAEjRnABE1dwARNYkAEDWcABA1sAAONcYADzTkABA09QAQNP8AciwA&#10;AGMuAABXMAAATTAAAEUwAAA+MAAAODAAADMwAAAvMAAAKTEAACQyAAAhMwAAHTUCABo2CQAXNw4A&#10;FTcTABQ4GQATOB8AEjgmABI4LgAROTYAEDlAABA5SwAOOVcADjpkAA06dAAMOoYADDqZAAs5rAAK&#10;OcEACjneAAs58QAMOPwAbi8AAF8xAABTMgAASjMAAEIzAAA7MwAANjMAADEyAAAsMwAAJzQAACE2&#10;AAAdOAAAGTkAABU7BgASPQwAED4QABA+FQAOPhwADj4jAA0+KgAMPjMADD48AAs/RwAKP1IACD9g&#10;AAc/bwAGP4EABT+UAAQ/qAADPrwABD7XAAU+7AAFPvcAaTMAAFs0AABQNQAARzUAAD81AAA5NQAA&#10;NDUAAC41AAApNwAAIzgAAB47AAAaPAAAFj8AABJBBAAOQwoADEQOAApEEwAJRBkACEQgAAdEJwAG&#10;RC8ABUQ4AANFQgACRU4AAEVbAABFagAARXwAAEWQAABEpAAARLkAAETRAABE6gAAQ/UAZDYAAFc3&#10;AABMOAAAQzgAADw4AAA3OAAAMTgAACs5AAAlOwAAID0AABpAAAAWQgAAEkQAAA5HBAALSQkAB0oN&#10;AARLEQABSxYAAEscAABLIwAASysAAEs0AABLPgAATEkAAExXAABMZgAATHcAAEuMAABLoQAAS7UA&#10;AErOAABK6QAASvUAXzoAAFI7AABIOwAAQDsAADo7AAA0OwAALjwAACc+AAAiQQAAHEMAABZGAAAS&#10;SQAADksAAAtOAwAHUAgAAlEMAABREAAAUhMAAFMYAABTHwAAUyYAAFMvAABTOQAAU0UAAFNSAABT&#10;YQAAU3IAAFOHAABSnAAAUrEAAFHKAABR5wAAUfQAWT4AAE4+AABFPgAAPj4AADg+AAAwQAAAKUIA&#10;ACNEAAAdRwAAF0oAABJNAAAOUAAAC1MAAAZVAgAAVwcAAFgLAABZDgAAWhEAAFoVAABbGgAAXCEA&#10;AFwqAABcNAAAXD8AAFxNAABcWwAAXGwAAFyBAABblwAAW60AAFrFAABa5AAAWfMAVEIAAEpCAABC&#10;QgAAPEIAADRDAAAsRgAAJUkAAB5MAAAXTwAAElMAAA5WAAAKWQAABVsAAABeAAAAYAQAAGEIAABi&#10;DAAAYw4AAGQRAABlFgAAZhwAAGcjAABnLQAAZzkAAGdGAABnVQAAZ2YAAGd6AABmkQAAZagAAGXA&#10;AABk3gAAZPAAT0YAAEdGAABARQAAN0cAAC9KAAAmTQAAH1EAABhVAAASWQAADVwAAAhgAAACYwAA&#10;AGYAAABoAAAAagAAAGsEAABsCAAAbQwAAG8OAABwEgAAchcAAHMdAAB0JgAAdDIAAHQ/AAB0TgAA&#10;c18AAHRyAABzigAAcqEAAHG4AABx1AAAcOwATEoAAEVKAAA7SwAAMk4AAClSAAAgVgAAGFsAABJf&#10;AAANZAAAB2gAAABrAAAAbwAAAHIAAAB1AAAAdgAAAHcAAAB5AgAAegYAAHwKAAB+DgAAgBEAAIIW&#10;AACEHgAAhCkAAIQ2AACERQAAhFYAAINqAACDgQAAgpkAAIGxAACAyQAAgOUASk4AAD9QAAA1UwAA&#10;K1cAACJcAAAZYgAAEmcAAAxsAAAFcQAAAHUAAAB5AAAAfQAAAIEAAACDAAAAhQAAAIYAAACIAAAA&#10;iQAAAIsEAACNCAAAjw0AAJIQAACUFgAAliAAAJYsAACWOwAAlkwAAJVgAACVdgAAlJAAAJOnAACS&#10;vQAAktUARFUAADlZAAAvXQAAJGMAABppAAASbwAADHUAAAR7AAAAgAAAAIUAAACJAAAAjQAAAJEA&#10;AACTAAAAlAAAAJYAAACYAAAAmgAAAJwAAACeAAAAoAYAAKILAAClEAAAqBcAAKkjAACpMQAAqUMA&#10;AKlWAACobQAApocAAKeeAACmswAApccAPl4AADJjAAAnagAAHXAAABN4AAAMfwAAA4UAAACLAAAA&#10;kQAAAJYAAACbAAAAnwAAAKIAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUCAAC3&#10;CQAAuxAAAL4YAAC+JgAAvjgAAL5LAAC9YQAAvHoAALuUAAC6qQAAurkAN2oAACtwAAAgeAAAFoAA&#10;AA2IAAAFjwAAAJYAAACcAAAAogAAAKcAAACsAAAAsAAAALMAAAC2AAAAtwAAALkAAAC7AAAAvQAA&#10;AL8AAADCAAAAxQAAAMgAAADKAAAAzggAANIQAADVGwAA1SwAANRAAADUVwAA024AANSGAADUmwAA&#10;06sA/wAAAP8AAAD/AAAA/wAFAP8ADgD/ABUA/AAgAPkAKgD2ADQA8QA9AO0ARgDpAE0A5gBTAOQA&#10;WQDhAF4A3gBjANwAaADZAG4A1QBzANMAeQDQAIAAzgCIAMsAkQDJAJwAxgCnAMQAtwDCAMwAwADs&#10;AL8A/wC+AP8AvQD/ALcA/wCyAP8A/wAAAP8AAAD/AAAA+gABAPMACwDtABIA6AAbAOUAJQDkAC4A&#10;3wA4ANgAQADSAEcAzgBOAMsAVADIAFkAxgBeAMQAYwDCAGcAwABtAL8AcwC9AHoAuwCBALkAiwC2&#10;AJUAtAChALIArwCwAMIArgDjAK4A+gCsAP8ArQD/AKkA/wCmAP8A/wAAAP8AAADyAAAA5gAAAN0A&#10;BwDSAA4AzQAWAMoAIADIACkAxQAyAMAAOgC8AEIAuQBIALcATgC1AFMAswBYALEAXQCwAGIArgBn&#10;AKwAbACqAHMAqQB7AKcAhAClAI4AowCaAKEAqACfALkAngDSAJ0A8gCcAP8AnQD/AJwA/wCZAP8A&#10;/AAAAO4AAADdAAAAzAAAAMEAAgC6AAwAtgASALIAGgCwACMArwAsAK0ANACpADwApgBCAKQASACi&#10;AE0AoABSAJ4AVwCdAFsAnABgAJoAZgCZAGwAlwB0AJUAfQCTAIcAkQCTAJAAoQCOALEAjQDGAIwA&#10;6ACLAP0AjAD/AIwA/wCMAP8A7QAAANgAAADFAAAAtwAAAKwAAACmAAgAoQAOAJ8AFQCdAB4AmwAm&#10;AJoALgCXADUAlQA8AJMAQgCRAEcAkABMAI4AUQCNAFUAiwBaAIoAYACJAGYAhwBtAIUAdgCEAIAA&#10;ggCMAIAAmgB/AKkAfQC8AHwA3AB8APUAfAD/AHwA/wB8AP8A2QAAAMEAAACxAAAApAAAAJwAAACU&#10;AAMAkAAMAI0AEQCLABgAiQAgAIkAKACHAC8AhQA2AIMAPACCAEEAgABGAH8ASwB9AE8AfABUAHsA&#10;WgB5AGAAeABnAHYAcAB1AHoAcwCGAHEAkwBwAKIAbwC0AG4AzABuAO0AbgD+AG4A/wBuAP8AxAAA&#10;AK8AAACgAAAAlAAAAIwAAACGAAAAgQAIAH4ADgB8ABQAewAbAHkAIgB4ACkAdwAwAHUANgB0ADsA&#10;cgBAAHEARQBwAEoAbwBPAG0AVABsAFsAawBiAGkAagBoAHQAZgCAAGUAjgBjAJ0AYgCtAGEAwgBh&#10;AOQAYQD4AGEA/wBhAP8AtAAAAKAAAACRAAAAhgAAAH4AAAB5AAAAdQADAHEACwBvABAAbQAWAGwA&#10;HQBrACQAawAqAGkAMABoADYAZgA7AGUAQABkAEUAYwBKAGEATwBgAFYAXwBdAF0AZQBcAG8AWgB6&#10;AFkAiABYAJgAVwCoAFYAuwBWANgAVgDxAFYA/wBWAP8AqAEAAJQFAACFBwAAegcAAHIGAABsBAAA&#10;aQEAAGcABwBkAA0AYwARAGEAGABgAB8AXwAlAF4AKwBdADAAWwA2AFoAOwBZAEAAWABFAFcASwBW&#10;AFEAVQBYAFMAYQBSAGoAUAB2AE8AhABOAJMATQCkAEwAtgBMAM0ATADrAEwA+gBMAP8AnQkAAIsL&#10;AAB8DQAAcA0AAGgNAABiDAAAXwoAAF0GAQBcAQkAWgAOAFgAEwBXABkAVgAgAFUAJgBTACsAUgAx&#10;AFEANgBQADsATwBBAE4ARwBNAE0ASwBVAEoAXQBJAGcARwBzAEYAgABFAJAARAChAEMAsgBDAMgA&#10;QwDmAEMA9QBDAP8AlQ0AAIMPAAB0EAAAaREAAGARAABaEAAAVg4AAFQNAABTCgQAUwYLAFEDEABP&#10;ARUATgEbAEwBIQBLAScASgIsAEkCMgBIAjcARwM9AEUDQwBEA0oAQwRRAEIEWgBABWQAPwVwAD4G&#10;fgA9Bo4APAefADsHsQA6B8YAOgfjADoH8wA6CPwAjhAAAHwSAABuFAAAYhUAAFoVAABUFAAAUBMA&#10;AE0RAABLDgAASw0GAEoKDABJCBEARwgWAEUIHQBECCMAQggoAEEJLgBACTMAPwk5AD4KQAA9CkcA&#10;PApPADoLWAA5C2MAOAxvADYMfgA1DI4ANA2fADMNsQAyDccAMg3jADIN9AAyDf4AiBMAAHcVAABp&#10;FwAAXhgAAFUYAABPGAAAShYAAEcVAABFEwAAQxACAEMOCABCDQ4AQA0SAD8NGAA9DR8APA0kADsN&#10;KgA5DTAAOA43ADcOPQA2DkUANQ5NADMPVwAyD2IAMRBuAC8QfQAuEI4ALRGgACwRsgArEcgAKxHm&#10;ACsR9gAsEf8AgxYAAHIZAABkGgAAWRsAAFEbAABLGwAARhoAAEIYAAA/FwAAPhQAADwSBAA7EQoA&#10;OhAQADgQFQA3EBsANREhADQRJwAzES0AMhEzADAROgAvEkIALhJLAC0TVAArE18AKhRsACkUewAo&#10;FIwAJxWeACYVsAAlFcYAJRXkACUV9gAmFf8AfhkAAG4bAABgHQAAVh4AAE0eAABHHgAAQh0AAD4c&#10;AAA6GgAAOBgAADcWAAA1FQcANBQNADIUEgAwFBcALxQdAC0UIwAsFSoAKxUwACoVNwApFj8AKBZI&#10;ACcXUgAmGF0AJBhqACMZeQAiGYoAIRmcACAZrwAfGcQAHxniACAZ9AAgGf8AehsAAGoeAABdHwAA&#10;UyAAAEogAABEIAAAPh8AADoeAAA3HQAANBwAADIZAAAwGQQALhgLACwYEAAqGBQAKRgaACcYIAAm&#10;GSYAJRktACQaNQAjGj0AIhtGACEbUAAgHFsAHx1oAB4ddwAdHYgAHB6bABserQAaHsMAGh7gABod&#10;8wAbHf8Adx0AAGcgAABaIQAAUCIAAEgiAABBIgAAOyIAADchAAAzIAAAMB8AAC0dAAArHQAAKB0I&#10;ACYdDgAlHRIAIx0XACEdHQAhHSQAIB4qAB8eMgAeHzoAHR9DABwgTQAbIVkAGiFmABkhdQAYIocA&#10;FyKZABYirAAVIsEAFSLfABUh8gAWIf4AcyAAAGQiAABXIwAATSQAAEUlAAA+JAAAOSQAADQjAAAw&#10;IgAALCIAACkhAAAmIQAAJCEGACIhDAAgIRAAHiEVAB0iGwAbIiEAGyIoABojLwAZIzgAGCRBABck&#10;SwAWJVcAFSVkABQmcwATJoUAEiaYABEmqwARJsAAECbdABEl8QASJf0AcCIAAGEkAABUJgAASiYA&#10;AEInAAA8JgAANiYAADElAAAtJQAAKSQAACYkAAAiJQAAHyUDAB0mCgAbJg4AGScSABgnGAAXJx8A&#10;FiclABUoLQAUKDUAEyk+ABIpSQARKVUAESpiABAqcQAPKoMADiqWAA4qqQANKr0ADSrXAA0q7gAO&#10;KfsAbCQAAF0mAABRKAAASCgAAEApAAA5KAAANCgAAC8oAAArJwAAJycAACIoAAAeKQAAGyoAABgr&#10;BwAWKw0AFCwRABMsFgASLBwAES0jABAtKgAQLTIADy48AA4uRgANLlIADS5fAAwvbgALL38ACi+S&#10;AAkvpQAJLrkACC7QAAku6QAKLvcAaCcAAFopAABOKgAARSsAAD0rAAA3KwAAMSoAAC0qAAApKgAA&#10;JCoAACArAAAbLQAAGC4AABUvBAASMQoAEDIOAA8yEwAOMhkADTIgAA0yJwAMMi8ACzM4AAozQgAJ&#10;M04ACDNbAAY0agAFNHsABDOOAAMzogACM7YAAjPNAAMz5wAEMvMAZCoAAFYsAABLLQAAQi0AADot&#10;AAA0LQAALywAACssAAAmLAAAIi0AAB0vAAAZMQAAFTIAABI0AwAPNgkADDgNAAo4EQAJOBYACDgd&#10;AAc4JAAGOCwABDg0AAM4PgACOUoAADlXAAA5ZQAAOXcAADmLAAA4nwAAOLMAADjKAAA45gAAN/IA&#10;Xy0AAFIuAABILwAAPzAAADgvAAAyLwAALS8AACkvAAAkMAAAHzEAABozAAAVNQAAEjcAAA85AwAM&#10;OwgACD0NAAU+EAADPhQAAD4aAAA+IQAAPigAAD4xAAA/OwAAP0YAAD9TAAA/YQAAP3MAAD+HAAA+&#10;nAAAPrAAAD3HAAA95AAAPfIAWjAAAE4yAABEMgAAPDIAADUyAAAwMQAAKzEAACYyAAAgNAAAGzYA&#10;ABY4AAASOwAADz0AAAw/AwAIQQgABEMMAABDDgAARBIAAEUWAABFHQAARSQAAEUtAABGNgAARkIA&#10;AEZOAABGXQAARm4AAEWCAABFmAAARK0AAETEAABD4wAAQ/IAVTQAAEo1AABBNQAAOTUAADM0AAAu&#10;NAAAKDUAACI3AAAdOgAAFzwAABI/AAAPQQAADEQAAAhGAQADSAYAAEkKAABKDQAASxAAAEwUAABN&#10;GQAATiAAAE4oAABOMgAATT0AAE5KAABOWAAATWkAAE19AABMlAAATKoAAEvBAABL4QAASvIAUDgA&#10;AEY4AAA9OAAANzgAADE3AAAqOQAAJDsAAB49AAAYQAAAE0MAAA9GAAALSQAAB0sAAAJOAAAAUAQA&#10;AFEIAABSCwAAUw4AAFQRAABVFQAAVhsAAFcjAABXLAAAVzgAAFdEAABXUgAAVmMAAFZ3AABWjgAA&#10;VaUAAFS9AABT3QAAU/AASzwAAEI8AAA7OwAANTsAAC08AAAmPwAAH0IAABlFAAATSAAADksAAAtP&#10;AAAFUQAAAFQAAABXAAAAWAEAAFoFAABbCAAAXAwAAF0OAABfEQAAYBYAAGIdAABiJgAAYjEAAGI+&#10;AABhTAAAYV0AAGFwAABgiAAAYKAAAF+3AABe1AAAXe4AR0AAAD8/AAA6PwAAMUAAAClDAAAhRgAA&#10;GkoAABNOAAAOUQAAClUAAARYAAAAWwAAAF4AAABhAAAAYwAAAGQBAABlBAAAZwgAAGgLAABqDgAA&#10;bBIAAG4XAABvIAAAbyoAAG82AABuRQAAblUAAG5oAABtfwAAbZgAAGywAABrygAAaugAREQAAD5D&#10;AAA1RAAAK0cAACNLAAAbTwAAE1QAAA5YAAAIXAAAAmAAAABkAAAAZwAAAGsAAABtAAAAbwAAAHAA&#10;AAByAAAAdAIAAHUGAAB3CgAAeQ4AAHwSAAB+GAAAfyIAAH8uAAB/PQAAfk0AAH1hAAB9dwAAfJAA&#10;AHuoAAB6wAAAed8AQ0cAADlJAAAvTAAAJVAAABxVAAAUWwAADmAAAAdlAAAAagAAAG4AAAByAAAA&#10;dgAAAHkAAAB8AAAAfgAAAH8AAACBAAAAgwAAAIUAAACHAwAAiggAAIwNAACPEQAAkhkAAJIlAACS&#10;MwAAkkQAAJFXAACQbQAAj4YAAI6fAACNtQAAjM0APU4AADJRAAAoVgAAHlwAABViAAAOaAAAB24A&#10;AAB0AAAAeQAAAH4AAACCAAAAhgAAAIkAAACMAAAAjgAAAJAAAACSAAAAlAAAAJYAAACYAAAAmwAA&#10;AJ4GAAChDAAApBEAAKYbAACmKQAApjoAAKVNAAClYgAApHsAAKOUAAChqwAAob8ANlcAACxcAAAh&#10;YgAAF2kAAA9wAAAHdwAAAH4AAACEAAAAigAAAI8AAACUAAAAmAAAAJsAAACeAAAAnwAAAKIAAACk&#10;AAAApgAAAKgAAACrAAAArQAAALAAAACzBAAAtwwAALsSAAC7HwAAuzAAALtDAAC6WAAAuXAAALeL&#10;AAC3oQAAt7MAMGIAACVpAAAacAAAEHgAAAmAAAAAiAAAAI8AAACWAAAAmwAAAKEAAACmAAAAqgAA&#10;AK4AAACwAAAAsQAAALQAAAC2AAAAuAAAALsAAAC9AAAAwAAAAMMAAADHAAAAywMAAM8MAADTFQAA&#10;0iUAANI4AADRTgAA0GUAAM9+AADNlgAAzKkA/wAAAP8AAAD/AAAA/wADAP8ACwD8ABEA+QAbAPcA&#10;JQDzAC8A7gA4AOkAQADmAEgA4gBOAN8AVADcAFkA2QBeANUAYwDTAGgA0ABtAM4AcwDLAHoAyACC&#10;AMYAjADDAJcAwACjAL4AsgC8AMgAugDqALkA/wC4AP8AsQD/AKoA/wCnAP8A/wAAAP8AAAD7AAAA&#10;9gAAAO0ABwDnAA8A4gAWAN8AIADeACkA2QAzANEAOwDMAEIAyABIAMUATgDCAFMAwABYAL4AXQC8&#10;AGIAugBnALkAbQC3AHQAtQB7ALIAhQCwAJAArgCcAKwAqgCpAL0ApwDeAKYA+QClAP8AowD/AJ0A&#10;/wCbAP8A/QAAAPYAAADrAAAA3wAAANEAAwDKAAwAxQASAMMAGwDAACQAvgAsALkANQC2ADwAswBD&#10;ALAASACuAE4ArABSAKsAVwCpAFwApwBhAKYAZwCkAG0AogB0AKAAfQCeAIgAnACVAJoAowCYALQA&#10;lgDNAJUA8QCUAP8AlQD/AJAA/wCOAP8A8wAAAOYAAADRAAAAwgAAALgAAACxAAgArQAPAKoAFgCo&#10;AB4AqAAnAKYALwCiADYAnwA8AJ0AQgCbAEcAmQBMAJcAUQCWAFUAlABaAJMAYACRAGYAkABuAI4A&#10;dgCMAIEAigCNAIgAmwCGAKwAhQDBAIQA5gCDAP0AhAD/AIMA/wCBAP8A5AAAAMsAAAC6AAAArAAA&#10;AKIAAACcAAQAmAAMAJYAEQCUABkAkwAhAJIAKACPADAAjQA2AIsAPACJAEEAiABGAIYASwCFAE8A&#10;hABUAIIAWgCBAGAAfwBnAH4AbwB8AHoAegCGAHgAlAB3AKQAdQC3AHQA1ABzAPQAdAD/AHQA/wB0&#10;AP8AywAAALYAAACmAAAAmgAAAJIAAACKAAAAhgAIAIMADgCBABQAgQAbAIAAIwB/ACoAfQAwAHsA&#10;NgB6ADsAeABAAHcARQB1AEkAdABOAHMAVABxAFoAcABhAG4AaQBtAHMAawB/AGkAjQBoAJ0AZwCu&#10;AGYAxwBlAOoAZgD/AGYA/wBnAP8AuAAAAKQAAACVAAAAigAAAIEAAAB8AAAAdgAEAHQADAByABAA&#10;cQAWAHAAHQBwACQAbgAqAG0AMABrADUAagA6AGkAPwBoAEQAZwBJAGUATgBkAFQAYwBbAGEAYwBg&#10;AG0AXgB5AF0AhwBbAJYAWgCoAFkAvQBZAN8AWQD4AFoA/wBaAP8AqAAAAJUAAACHAAAAewAAAHMA&#10;AABuAAAAagABAGcACABlAA4AZAASAGMAGABjAB8AYgAlAGEAKgBfADAAXgA1AF0AOgBcAD4AWwBE&#10;AFkASQBYAE8AVwBWAFYAXgBUAGgAUwBzAFEAgQBQAJEATwCiAE4AtQBOANAATgDwAE4A/wBPAP8A&#10;nAAAAIkAAAB7AwAAcAMAAGgDAABiAQAAXwAAAF0ABABbAAsAWQAPAFgAFABXABkAVwAgAFYAJQBV&#10;ACoAUwAwAFIANABRADkAUAA/AE8ARABOAEsATQBSAEsAWgBKAGMASQBvAEcAfABGAIwARQCdAEUA&#10;sABEAMcARADoAEQA+gBFAP8AkgQAAIAHAABxCgAAZgoAAF4KAABZCQAAVQcAAFQEAABSAAcAUAAM&#10;AE8AEABOABUATQAbAEwAIABLACYASgArAEkAMABIADUARwA6AEYAQABFAEYAQwBOAEIAVgBBAF8A&#10;QABrAD4AeAA9AIgAPACZADwAqwA8AMEAOwDgADsA9AA7AP8AiQoAAHgMAABqDgAAXw4AAFcOAABR&#10;DgAATQwAAEsLAABKCAIASQQJAEgADQBGABEARQAWAEQAHABDACEAQgAmAEEAKwA/ADEAPgA2AD0A&#10;PAA8AEMAOwBKADoAUgA5AFwAOABoADYAdQA1AIUANACWADQAqAAzALwAMwDYADMA7wAzAPsAgg0A&#10;AHEPAABkEAAAWREAAFERAABLEQAARxAAAEQOAABCDQAAQQsFAEEHCwA/BQ4APgMSADwCGAA7Ah0A&#10;OgMiADkDKAA4Ay0ANwMyADYEOQA1BD8ANAVHADMFUAAxBloAMAZmAC8HcwAuB4MALQeVACwHpwAr&#10;B7oAKwfSACsH6wArB/cAfRAAAGwRAABfEwAAVBQAAEwUAABGFAAAQhMAAD4SAAA8EAAAOg4BADoN&#10;BgA6CgwAOAkQADYIFAA1CBkANAkfADIJJAAxCSkAMAkvAC8KNgAuCj0ALQpFACwLTgArC1kAKQxl&#10;ACgMcwAnDIMAJg2VACUNpwAkDbsAIw3SACMN6wAjDfcAeBIAAGgUAABbFgAAURcAAEgXAABCFgAA&#10;PRYAADkVAAA3EwAANREAADMQAwAzDggAMg0NADANEQAvDRYALQ0bACwNIQArDScAKg0tACkONAAo&#10;DjsAJw5EACUOTgAkD1kAIxBlACEQcwAgEIQAHxCWAB4QqQAdEL0AHBDYAB0Q7gAdEPkAcxQAAGQW&#10;AABXGAAATRkAAEUZAAA/GQAAOhgAADUXAAAyFgAAMBUAAC4TAAAtEQQALBAKACsQDgApEBIAKBAY&#10;ACYQHgAlECQAJBAqACMRMQAiETkAIRFCACASSwAeElYAHRNjABwTcQAaE4IAGRSVABgUpwAXFLsA&#10;FxPUABcT7gAYE/oAcBYAAGAZAABUGgAAShsAAEIcAAA8GwAANhsAADIaAAAvGQAALBgAACoWAAAo&#10;FAEAJhMHACUTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULgAcFTYAGxU/ABoWSQAZFlQAGBdhABYX&#10;cAAVGIEAFBiTABMYpgASGLoAEhfSABIX7AATF/oAbBkAAF0bAABRHQAARx0AAD8eAAA5HQAANB0A&#10;AC8cAAArGwAAKBoAACYZAAAkGAAAIhcEACAXCgAeFw4AHBcSABoXFwAZGB4AGRgkABgZLAAXGTQA&#10;Fho9ABUaRwAUG1IAExtfABIcbgARHH8AEBySABAcpQAPHLkADhzQAA4b6gAPG/gAaRsAAFodAABO&#10;HwAARR8AAD0gAAA2HwAAMR8AAC0eAAApHQAAJR0AACMcAAAgGwAAHRsBABsbBwAZHA0AFxwQABYc&#10;FQAVHBsAFB0iABMdKQASHjEAER46ABEfRQAQH1AADyBdAA4gbAANIHwADSCPAAwgogALILUACyDK&#10;AAsg5QAMH/QAZR0AAFcfAABMIQAAQiEAADohAAA0IQAALyEAACogAAAmHwAAIx8AACAeAAAdHgAA&#10;GSAAABYgBAAUIAsAEiEOABEhEwARIhkAECIfAA8iJgAOIy8ADiM3AA0jQQAMJE0ACyRZAAokZwAJ&#10;JHgACCSLAAckngAHJLEABiTHAAYj4wAHI/EAYh8AAFQhAABJIwAAQCMAADgjAAAyIwAALCMAACgi&#10;AAAkIQAAISEAAB4hAAAaIQAAFiMAABMkAwARJQgADyYNAA4nEQANJxYADCcdAAsnIwAKJysACSg0&#10;AAgoPgAHKEkABihVAAUpZAAEKXQAAymHAAIpmwABKK8AACjFAAEo4QABJ/AAXiIAAFEkAABGJQAA&#10;PSUAADUlAAAvJQAAKiQAACYkAAAiIwAAHyMAABskAAAYJQAAFCYAABEoAwAPKQgADCwMAAosEAAI&#10;LBQABywaAAYsIQAFLCgAAy0wAAItOgABLUUAAC1SAAAuYAAALnEAAC2EAAAtmQAALa0AACzCAAAs&#10;4AAALPAAWiQAAE0mAABDJwAAOicAADMnAAAtJwAAKCYAACQmAAAhJgAAHSYAABknAAAVKQAAESsA&#10;AA8sAwANLgcACTAMAAYxDgADMRIAATIXAAAyHgAAMiUAADItAAAyNgAAM0IAADNOAAAzXQAAM20A&#10;ADOBAAAylgAAMqsAADHBAAAx3wAAMfAAVicAAEopAAA/KgAANyoAADAqAAArKQAAJygAACMoAAAe&#10;KQAAGioAABYsAAASLgAADzAAAA0xAgAKNAcABTULAAI2DgAANxAAADgUAAA4GgAAOCIAADgqAAA5&#10;MwAAOT4AADlKAAA5WQAAOWkAADl9AAA4kwAAOKgAADe/AAA33gAANvAAUSsAAEYsAAA8LAAANCwA&#10;AC4sAAAqKwAAJSsAACAsAAAbLQAAFy8AABMxAAAQMwAADTUAAAk3AgAFOgYAATsKAAA8DQAAPQ8A&#10;AD4SAAA/FwAAQB4AAEAlAABALwAAQDoAAEBGAABAVAAAQGUAAD94AAA/jwAAPqYAAD69AAA93AAA&#10;PfAATS4AAEIvAAA5LwAAMi8AAC0uAAAoLgAAIi8AAB0wAAAYMgAAEzUAABA3AAAMOgAACTwAAAU+&#10;AAAAQQQAAEIIAABDCwAARA0AAEYQAABHFAAASBkAAEghAABIKgAASDUAAEhBAABITwAASGAAAEdz&#10;AABHigAARqIAAEW5AABF2QAARPAASDIAAD4yAAA2MgAAMDEAACsxAAAlMgAAHzQAABk2AAATOQAA&#10;EDwAAAw/AAAIQgAAA0QAAABGAAAASAIAAEoFAABLCAAATAsAAE4OAABPEQAAURUAAFIcAABSJQAA&#10;UjAAAFI8AABRSgAAUVoAAFFtAABQhAAAT50AAE61AABN0gAATe4AQzYAADs2AAA0NQAALzQAACc1&#10;AAAhOAAAGjsAABQ+AAAQQQAADEQAAAdHAAACSgAAAE0AAABPAAAAUQAAAFMCAABUBQAAVQgAAFcL&#10;AABZDgAAWxEAAF0XAABdHwAAXSoAAF02AABcRAAAXFQAAFtnAABbfgAAWpcAAFmvAABYywAAV+oA&#10;PzkAADg5AAAzOAAAKzkAACM8AAAcPwAAFUMAABBHAAALSgAABU4AAABRAAAAVAAAAFcAAABaAAAA&#10;XAAAAF0AAABfAAAAYAQAAGIHAABkCwAAZg4AAGgSAABrGQAAayMAAGouAABqPAAAak0AAGlfAABo&#10;dQAAZ48AAGaoAABlwgAAZOMAPT0AADc8AAAuPQAAJUAAAB1EAAAWSQAAEE0AAApRAAAEVQAAAFoA&#10;AABdAAAAYAAAAGMAAABmAAAAaAAAAGoAAABrAAAAbQAAAG8CAABxBgAAdAoAAHYOAAB5EwAAexsA&#10;AHsnAAB6NQAAeUUAAHhZAAB4bQAAd4YAAHafAAB1twAAdNIAPEEAADJCAAAoRQAAIEoAABdOAAAQ&#10;VAAAClkAAAJeAAAAYwAAAGcAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAH8AAACC&#10;AAAAhAMAAIcJAACKDgAAjhMAAI8eAACOKwAAjjsAAI1OAACLYwAAinwAAIqVAACIrQAAh8UANkcA&#10;ACxLAAAiTwAAGVUAABBbAAAKYQAAAWcAAABtAAAAcgAAAHcAAAB7AAAAfwAAAIMAAACGAAAAiAAA&#10;AIoAAACNAAAAjwAAAJEAAACUAAAAlwAAAJoBAACdBwAAoQ0AAKUUAACkIQAApDEAAKNEAACiWQAA&#10;oHAAAJ+LAACdogAAnbcAMFAAACVVAAAbWwAAEmIAAAtpAAABcAAAAHcAAAB9AAAAgwAAAIgAAACN&#10;AAAAkQAAAJUAAACYAAAAmgAAAJwAAACfAAAAoQAAAKMAAACmAAAAqQAAAKwAAACwAAAAtAcAALgO&#10;AAC6GAAAuicAALk5AAC4TgAAt2UAALZ+AAC1lgAAs6sAKVsAAB5iAAAUaQAADHEAAAJ5AAAAgQAA&#10;AIkAAACPAAAAlgAAAJsAAACgAAAApAAAAKgAAACrAAAArAAAAK8AAACyAAAAtAAAALYAAAC5AAAA&#10;vAAAAMAAAADEAAAAyAAAAM0HAADSEAAA0h0AANEvAADQRAAAz1sAAM1zAADLjQAAyqEA/wAAAP8A&#10;AAD7AAAA+gAAAPwACAD4AA8A9QAXAPQAIADxACoA6wAzAOYAOwDiAEMA3gBJANoATwDWAFQA0wBZ&#10;ANAAXgDOAGMAywBoAMkAbgDGAHUAwwB9AMEAhgC+AJIAuwCeALkArgC2AMMAtADoALMA/wCvAP8A&#10;pQD/AJ4A/wCbAP8A/QAAAPcAAADyAAAA8AAAAOcAAwDhAAwA3AASANgAGwDWACQA0gAtAMwANgDG&#10;AD0AwgBDAL8ASQC8AE4AugBTALgAWAC2AF0AtQBiALMAZwCxAG4ArwB2AKwAfwCqAIoAqACXAKUA&#10;pgCjALkAoQDZAKAA+QCeAP8AmAD/AJIA/wCPAP8A8wAAAOwAAADjAAAA0wAAAMgAAADBAAkAvQAP&#10;ALsAFgC5AB8AtwAnALMALwCvADcArAA9AKoAQwCoAEgApgBNAKQAUgCjAFYAoQBbAJ8AYQCeAGcA&#10;nABvAJoAeACXAIMAlQCQAJMAngCRALAAkADIAI4A8ACNAP8AigD/AIUA/wCCAP8A5wAAAN0AAADG&#10;AAAAuAAAAK4AAACoAAQApQAMAKEAEgChABkAoAAiAJ8AKQCbADAAmAA3AJYAPQCTAEIAkgBHAJAA&#10;SwCPAFAAjQBVAIwAWgCKAGEAiABoAIcAcACFAHsAgwCIAIEAlgB/AKcAfQC8AHwA4wB8AP0AfAD/&#10;AHgA/wB2AP8A1gAAAMAAAACvAAAAowAAAJkAAACTAAAAjwAJAI0ADgCLABQAigAcAIoAIwCIACoA&#10;hQAwAIMANgCCADsAgABAAH8ARQB+AEoAfABPAHsAVAB6AFoAeABhAHYAaQB1AHMAcwCAAHEAjgBv&#10;AJ8AbgCyAG0AzwBsAPQAbAD/AGsA/wBpAP8AwAAAAKsAAACbAAAAjwAAAIcAAACAAAAAfAAEAHoA&#10;DAB4ABEAeAAXAHgAHgB3ACQAdQAqAHMAMABxADUAcAA6AG4APwBtAEQAbABJAGsATgBqAFQAaABb&#10;AGcAYwBlAG0AZAB4AGIAhwBgAJcAXwCqAF4AwgBeAOkAXgD/AF4A/wBdAP8ArAAAAJkAAACKAAAA&#10;fwAAAHcAAABxAAAAbQAAAGoACABpAA4AaAASAGcAGABnAB8AZwAlAGUAKgBjAC8AYgA0AGEAOQBg&#10;AD4AXwBDAF4ASABdAE4AWwBVAFoAXQBYAGcAVwByAFUAgQBUAJEAUwCjAFIAuABRANwAUQD5AFIA&#10;/wBSAP8AnQAAAIsAAAB8AAAAcQAAAGkAAABkAAAAYAAAAF4ABQBcAAsAWwAPAFsAFABaABkAWgAf&#10;AFkAJQBXACoAVgAvAFUANABUADgAUwA9AFIAQwBQAEkATwBQAE4AWABNAGIASwBtAEoAegBJAIsA&#10;SACdAEcAsQBHAMwARgDwAEcA/wBHAP8AkAAAAH4AAABwAAAAZgAAAF4AAABZAAAAVgAAAFMAAQBS&#10;AAgAUAANAE8AEABPABUATgAaAE4AIABNACUATAAqAEoALgBJADMASAA4AEcAPgBGAEQARQBLAEQA&#10;UwBDAF0AQQBoAEAAdQA/AIUAPgCXAD0AqwA9AMMAPQDmAD0A+wA+AP8AhwAAAHUDAABoBgAAXQcA&#10;AFUGAABQBgAATAQAAEoBAABJAAQARwAKAEYADgBFABEARQAWAEQAGwBDACAAQgAlAEEAKgBAAC8A&#10;PwA0AD4AOgA9AEAAOwBHADoATwA5AFkAOABkADcAcQA2AIEANQCTADQApgA0ALsANADdADQA9QA1&#10;AP8AfgYAAG0JAABgCwAAVgwAAE4MAABICwAARAoAAEIIAABABQEAPwEHAD4ACwA9AA4APAASADsA&#10;FwA7ABwAOgAhADkAJQA3ACoANgAwADUANQA0ADwAMwBDADIATAAxAFUAMABgAC8AbQAuAH0ALQCP&#10;ACwAogAsALYALADQACwA7gAsAPwAdwoAAGcMAABaDgAAUA4AAEkOAABDDgAAPg0AADsMAAA5CwAA&#10;OAkDADcFCAA2Ag0ANQEQADQAEwAzABgAMgAdADEAIgAwACcALwAsAC4AMgAtADgALABAACsASQAq&#10;AFIAKQBdACgAawAnAXoAJgGMACUAnwAlALIAJQDKACUA6AAlAPcAcg0AAGIOAABWEAAATBEAAEQR&#10;AAA+EQAAORAAADYPAAAzDgAAMQ0BADALBQAwCAoALwYNAC4FEQAsBBQAKwMZACoDHgApAyMAKAQp&#10;ACcELwAmBTUAJQU9ACQFRgAjBlAAIgZcACEHaQAgB3kAHweLAB4HnQAeB7AAHQbGAB0G4wAdBfMA&#10;bQ4AAF4RAABSEgAASBMAAEATAAA6EwAANRIAADERAAAuEAAALA8AACoOAwAqDQcAKQsLACgJDgAn&#10;CREAJQgWACQIGwAjCSAAIgkmACEJLAAgCjMAHwo7AB4LRAAdC08AHAxbABsMaQAaDHkAGAyLABgM&#10;ngAXDLAAFgzFABYM4QAWC/AAaRAAAFoSAABOFAAARRUAAD0VAAA3FQAAMRQAAC0TAAAqEgAAKBEA&#10;ACYQAQAkEAQAIw4IACMNDAAiDA8AIAwTAB8MGAAeDR0AHQ0jABwNKgAbDTIAGg46ABgORAAXDlAA&#10;Fg9cABUPagATEHsAEhCNABEQoAARELMAEA/JABAP5AARD/IAZRIAAFcUAABLFgAAQhcAADoXAAA0&#10;FwAALxYAACoVAAAnFAAAJBMAACITAAAgEgMAHhEGAB0QCQAcEA0AGw8QABkQFQAYEBsAFxAhABYQ&#10;KAAVETAAFBE5ABMRQwASEk4AERJaABASaQAQE3kADhOMAA4TngANE7EADRLFAAwS4QANEvEAYhQA&#10;AFQWAABJGAAAPxkAADcZAAAxGQAALBgAACgXAAAkFgAAIRYAAB8VAAAcFAIAGhMEABkSBgAXEgsA&#10;FRIOABQSEgATExgAEhMfABETJgARFC0AEBQ2AA8VQQAOFUwADhZXAA0WZQAMF3UACxeHAAoXmgAJ&#10;Fq0ACBbBAAgW3QAJFe4AXxYAAFEYAABGGgAAPRoAADUbAAAvGgAAKhoAACUZAAAiGAAAHxgAABwX&#10;AAAZFgEAFxYDABUWBAATFgkAERYNABAXEQAPFxYADhccAA4YIwANGCoADBkzAAwZPAALGkcAChpT&#10;AAkaYQAHG3EABhuDAAUblwAEGqoAAxq/AAMZ2gAEGewAXBgAAE4aAABDHAAAOhwAADMcAAAsHAAA&#10;JxwAACMbAAAgGgAAHRkAABoZAAAXGAEAFRgCABIZBAAQGwcADhsMAA0cEAAMHBMACxwZAAocHwAJ&#10;HScACB0vAAceOQAGHkMABB5QAAMfXgACH24AAR+AAAAflQAAHqkAAB69AAAd2AAAHewAWBoAAEsc&#10;AABBHgAAOB4AADAeAAAqHgAAJR0AACEcAAAeHAAAGxsAABgbAAAWGwEAExsCABEcBAAOHgcADB8L&#10;AAogDgAIIBIABiEXAAUhHQAEISQAAiIsAAEiNQAAIkAAACNNAAAjWgAAI2sAACN+AAAjkwAAIqcA&#10;ACK8AAAh1wAAIe0AVR0AAEgfAAA+IAAANSAAAC4gAAAoIAAAIx8AACAeAAAdHQAAGh0AABYdAAAT&#10;HgAAER8CAA4gBAANIgcACiQLAAYlDQAEJRAAAiYUAAAmGgAAJiEAACcpAAAnMgAAJz0AACdJAAAo&#10;VwAAKGcAACd7AAAnkAAAJ6UAACa7AAAm1gAAJe0AUSAAAEUhAAA7IgAAMiIAACwiAAAmIQAAIiEA&#10;AB4gAAAbHwAAGCAAABQgAAARIgAADyMAAA0lAwAKJgYABigKAAMpDQAAKw8AACwSAAAsFwAALB4A&#10;ACwmAAAtLwAALTkAAC1GAAAtVAAALWQAAC13AAAsjQAALKQAACu6AAAr1gAAKu4ATSIAAEEkAAA4&#10;JAAAMCQAACkkAAAkIwAAISIAAB0iAAAZIgAAFSMAABIkAAAPJgAADSgAAAoqAgAGLAUAAi4JAAAv&#10;CwAAMA4AADIQAAAzFQAAMxsAADMiAAAzKwAAMzYAADNCAAAzUAAAM2AAADNzAAAyigAAMqEAADG4&#10;AAAw1gAAMO8ASSUAAD4mAAA0JwAALScAACgmAAAjJQAAHyQAABslAAAWJgAAEigAABAqAAANLAAA&#10;Ci4AAAYwAQACMgQAADQHAAA1CgAANwwAADgOAAA6EgAAOhcAADofAAA6JwAAOjIAADo+AAA6TAAA&#10;OlwAADpvAAA5hgAAOJ4AADi2AAA31AAANu8ARCkAADopAAAxKQAAKykAACYoAAAiJwAAHSgAABgp&#10;AAATKwAAEC4AAA0wAAAJMgAABTUAAAE3AAAAOQIAADsFAAA8CAAAPgsAAD8NAABBEAAAQxQAAEMb&#10;AABDIwAAQy4AAEM5AABDRwAAQlcAAEJqAABBgQAAQJoAAD+yAAA+zwAAPu8APywAADYsAAAvLAAA&#10;KisAACUqAAAfKwAAGS0AABQvAAAQMgAADTUAAAg4AAAEOgAAADwAAAA/AAAAQQAAAEMCAABFBQAA&#10;RggAAEgLAABKDgAATBEAAE0WAABNHgAATSgAAE00AABMQgAATFEAAEtkAABLewAASpQAAEmtAABI&#10;ygAAR+wAOzAAADMvAAAtLwAAKC0AACIvAAAbMQAAFTQAABA3AAANOgAACD0AAAJAAAAAQwAAAEYA&#10;AABIAAAASgAAAEwAAABOAQAATwQAAFEHAABTCwAAVQ4AAFgSAABZGQAAWCIAAFguAABXPAAAV0sA&#10;AFZeAABWcwAAVY0AAFSnAABSwgAAUuYAODMAADEyAAAsMQAAJTIAAB01AAAWOAAAETwAAAxAAAAH&#10;RAAAAEcAAABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABZAAAAWgAAAFwDAABeBwAAYQsAAGQOAABm&#10;EwAAZxwAAGYnAABmNAAAZUQAAGRXAABkawAAYoUAAGGfAABguQAAXtwANTcAADA1AAAoNwAAIDoA&#10;ABg9AAARQgAADEYAAAZKAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGQAAABlAAAAZwAA&#10;AGkAAABsAQAAbgYAAHELAAB0DwAAdxUAAHcgAAB2LQAAdj0AAHVPAAB0YwAAc3sAAHKVAABwrwAA&#10;b8kANToAACs7AAAiPwAAGkMAABJIAAAMTQAABVIAAABXAAAAXAAAAGAAAABkAAAAaAAAAGsAAABu&#10;AAAAcQAAAHMAAAB1AAAAdwAAAHoAAAB8AAAAfwAAAIIEAACGCgAAig8AAIwXAACLJAAAijMAAIlF&#10;AACHWwAAhnIAAIWLAACDpQAAgrwAL0AAACVEAAAcSQAAE04AAA1UAAAEWgAAAGEAAABmAAAAawAA&#10;AG8AAAB0AAAAeQAAAH0AAACAAAAAgwAAAIUAAACHAAAAigAAAIwAAACPAAAAkgAAAJYAAACZAgAA&#10;ngkAAKIQAACiGgAAoSkAAKA7AACfUAAAnWcAAJqBAACamQAAma8AKUkAAB9OAAAVVAAADlsAAAVi&#10;AAAAaQAAAHAAAAB3AAAAfQAAAIIAAACGAAAAiwAAAI8AAACTAAAAlQAAAJcAAACaAAAAnQAAAKAA&#10;AACjAAAApgAAAKoAAACuAAAAsgAAALcKAAC7EQAAuh8AALkwAAC3RQAAtVwAALR0AACxjgAAr6QA&#10;IlQAABhbAAAQYgAAB2oAAABzAAAAewAAAIIAAACJAAAAkAAAAJUAAACaAAAAnwAAAKMAAACmAAAA&#10;qAAAAKsAAACuAAAAsAAAALMAAAC2AAAAugAAAL0AAADCAAAAxwAAAMwBAADTCwAA1BUAANMmAADR&#10;OgAA0FEAAM1oAADLgQAAypYA/AAAAPYAAADyAAAA8QAAAPMABQD0AAwA8gATAPAAHADtACUA6AAu&#10;AOIANgDeAD4A2QBEANQASgDRAE8AzgBUAMsAWQDJAF4AxgBjAMQAaQDBAHAAvgB4ALwAgQC5AI0A&#10;tgCaALMAqwCxAMAArwDmAK4A/wClAP8AmgD/AJQA/wCPAP8A9AAAAOwAAADoAAAA5wAAAN8AAADZ&#10;AAkA0gAQAM8AFwDPACAAzAAoAMYAMADAADcAvAA+ALkARAC3AEkAtQBOALMAUwCxAFcArwBdAK0A&#10;YgCrAGkAqQBxAKcAegClAIUAogCTAKAAogCdALYAmwDUAJkA+QCWAP8AjQD/AIgA/wCEAP8A6AAA&#10;AN8AAADZAAAAyQAAAL8AAAC4AAQAtQANALMAEgCxABoAsAAiAK0AKgCpADEApgA4AKQAPQCiAEMA&#10;oABIAJ4ATACcAFEAmwBWAJkAXACXAGIAlQBpAJMAcgCRAH0AjwCLAI0AmgCLAKwAiQDFAIgA7gCG&#10;AP8AfwD/AHoA/wB4AP8A2QAAAM0AAAC7AAAArgAAAKUAAACfAAAAnAAJAJkADwCZABUAmQAdAJgA&#10;JACUACsAkQAxAI4ANwCMADwAiwBBAIkARgCIAEsAhgBQAIUAVQCDAFsAggBiAIAAawB+AHUAfACC&#10;AHoAkgB4AKMAdwC5AHYA4AB1AP8AcgD/AG4A/wBsAP8AxwAAALUAAAClAAAAmQAAAI8AAACJAAAA&#10;hQAEAIQADACCABEAggAXAIIAHgCAACUAfgArAHwAMQB6ADYAeQA7AHcAQAB2AEQAdQBJAHMATwBy&#10;AFUAcABcAG8AZABtAG4AbAB6AGoAigBoAJsAZwCvAGYAzABlAPUAZAD/AGEA/wBgAP8AtAAAAKAA&#10;AACQAAAAhQAAAH0AAAB3AAAAcwAAAHAACABvAA4AbwASAG8AGABvAB8AbQAlAGsAKgBpADAAaAA0&#10;AGcAOQBmAD4AZQBDAGMASABiAE4AYQBVAF8AXgBeAGcAXABzAFsAggBZAJMAWACmAFcAvwBXAOoA&#10;VwD/AFYA/wBUAP8AoQAAAI4AAAB/AAAAdQAAAGwAAABoAAAAZAAAAGEABABgAAsAXwAPAF8AEwBf&#10;ABkAXwAfAF0AJQBcACoAWwAvAFkAMwBYADgAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEAUABtAE4A&#10;ewBNAIwATACfAEsAtQBKANwASgD6AEoA/wBKAP8AkgAAAIAAAAByAAAAZwAAAF8AAABaAAAAVwAA&#10;AFUAAQBTAAcAUgAMAFIAEABSABQAUgAaAFEAHwBPACQATgApAE0ALgBMADMASwA4AEoAPQBJAEMA&#10;SABKAEYAUgBFAFwARABnAEMAdQBCAIYAQQCYAEAArgBAAMsAPwDyAEAA/wBAAP8AhQAAAHQAAABn&#10;AAAAXQAAAFUAAABPAAAATAAAAEoAAABIAAQARwAKAEcADQBGABEARgAVAEYAGgBFAB8ARAAkAEMA&#10;KQBCAC0AQQAzAD8AOAA+AD4APQBFADwATgA7AFcAOgBiADkAbwA4AIAANwCTADYApwA2AMAANgDo&#10;ADYA/gA2AP8AfAAAAGsAAABeAgAAVAMAAE0DAABHAwAAQwEAAEEAAAA/AAEAPgAHAD0ACwA9AA4A&#10;PAARADwAFgA8ABoAOgAfADkAJAA4ACkANwAuADYAMwA1ADoANABBADMASQAyAFMAMQBeADAAawAv&#10;AHsALgCOAC0AogAtALgALQDdAC0A+AAuAP8AcwEAAGQFAABXBwAATQgAAEYIAABACAAAOwcAADgF&#10;AAA3AwAANgAEADUACAA0AAwANAAPADQAEgAzABYAMgAbADEAIAAwACQALwApAC4ALwAtADYALAA9&#10;ACsARQAqAE8AKQBaACgAZwAnAHcAJgCJACYAnQAlALMAJQDPACUA8AAmAP8AbQYAAF4JAABSCwAA&#10;SAwAAEAMAAA6CwAANgsAADIKAAAwCAAALgYCAC4DBgAtAAoALAANACwAEAArABMAKgAXACkAHAAo&#10;ACAAJwAlACYAKwAlADIAJAA5ACMAQgAiAEsAIgBXACEAZAAgAHMAHwCFAB8AmQAeAK4AHgDHAB4A&#10;6QAfAPoAaAkAAFkMAABNDQAAQw4AADwOAAA2DgAAMQ0AAC0NAAAqDAAAKAsAACcJBAAmBggAJgQL&#10;ACUDDgAkARAAJAEUACIBGAAhAR0AIQAiACAAKAAfAC4AHgE2AB0BPwAcAUkAGwFUABoBYQAaAXAA&#10;GQGCABgAlgAYAKoAGADBABgA4QAYAPQAYwwAAFUOAABJDwAAQBAAADgQAAAyEAAALQ8AACkOAAAm&#10;DgAAIw0AACIMAwAgCwYAIAkJAB8HDAAeBg4AHgURABwFFQAbBRoAGgUfABoFJQAZBSsAGAUzABcG&#10;PAAWBkYAFgZSABUHXwAUB24AEweAABIHlAASBqcAEgW8ABIE2QASA+8AXw4AAFEPAABGEAAAPBEA&#10;ADURAAAvEQAAKhEAACYQAAAiEAAAIA8AAB0OAgAcDQUAGg0HABoLCgAZCg0AGAkQABcJEgAWCRcA&#10;FQkcABQJIgAUCikAEwoxABIKOgASC0UAEQtRABAMXwAPDG4ADgyAAA4MlAANC6cADQu6AA0K0gAN&#10;CuoAXA8AAE4RAABDEgAAOhMAADITAAAsEwAAJxIAACMRAAAfEQAAHBAAABoQAgAYDwQAFg4HABUO&#10;CQAUDQsAEwwNABIMEAASDBQAEQwaABENIAAQDSgADw0wAA4OOwANDkYADQ5RAAwPXgALD20ACg9/&#10;AAkPkwAJD6YACA65AAgO0AAHDugAWBEAAEsSAABAEwAANxQAADAUAAApFAAAJRQAACETAAAdEgAA&#10;GhIAABcRAgAVEQUAExAHABIQCQARDwoAEA4MAA4ODgAODxIADRAYAA0QHgAMECUADBAtAAsRNgAK&#10;EUEACRFNAAgSWgAHEmoABhJ8AAUSkAAEEqQAAxG4AAMRzwACEegAVRIAAEkUAAA+FQAANRYAAC0W&#10;AAAnFgAAIhUAAB4UAAAbFAAAGBMAABUSAwATEgUAEhEHABARCQAPEQoADRELAAwSDgALEhEAChIV&#10;AAkTGwAJEyIACBMqAAcUMwAFFD4ABBVKAAMVWAACFWcAARV6AAAVjgAAFaMAABS3AAAUzwAAE+kA&#10;UhQAAEYWAAA7FwAAMhcAACsXAAAlFwAAIRYAABwWAAAZFQAAFhQBABQTBAASEwYAERIIAA8SCAAO&#10;EwkADBQKAAoVDQAIFhAABhYTAAUWGQAEFx8AAxcnAAIYMAABGDsAABlHAAAZVQAAGWQAABl3AAAZ&#10;jAAAGKIAABi3AAAXzwAAF+oATxYAAEMYAAA5GQAAMBkAACkZAAAjGQAAHxgAABsXAAAYFgAAFRUC&#10;ABMVBQARFAYAEBQGAA4VBwAMFggAChcKAAcZDAAEGg4AAhsSAAEbFgAAGx0AABwkAAAcLQAAHDgA&#10;AB1EAAAdUgAAHWIAAB11AAAdigAAHKAAABy2AAAb0AAAGusATBgAAEAaAAA2GwAALRsAACYbAAAh&#10;GgAAHRkAABkZAAAXGAAAFBcDABIWBAAQFwQADhcEAAwZBQAKGgcABxwJAAMdCwAAHw0AACAQAAAg&#10;FAAAIRoAACEiAAAhKgAAITUAACJBAAAiTwAAIl8AACJyAAAhiAAAIZ8AACC2AAAf0QAAH+0ASBoA&#10;AD0cAAAzHQAAKx0AACQdAAAgHAAAHBsAABgaAAAWGQEAExkBABEZAQAOGgEADBwCAAodAwAHHwUA&#10;AyEIAAAiCgAAJAwAACYOAAAmEgAAJhgAACcfAAAnJwAAJzIAACc+AAAnSwAAJ1wAACduAAAmhQAA&#10;Jp0AACW0AAAk0QAAI+4ARB0AADkfAAAwHwAAKB8AACMeAAAeHQAAGxwAABgbAAAUHAAAERwAAA4d&#10;AAANHwAACiEAAAYiAQADJAQAACYGAAAoCAAAKgsAACsNAAAtEAAALRUAAC0cAAAtJAAALi4AAC46&#10;AAAuSAAALVgAAC1qAAAtgQAALJoAACuyAAAq0AAAKe8AQCAAADYhAAAtIQAAJiEAACEgAAAdHwAA&#10;Gh4AABYeAAASHwAADyEAAA0iAAAKJAAABiYAAAIoAAAAKwIAAC0EAAAvBgAAMAkAADIMAAA0DgAA&#10;NRIAADUYAAA1IAAANSoAADU2AAA1QwAANVMAADRmAAA0fAAAM5YAADKvAAAxzQAAMO8APCMAADIk&#10;AAAqJAAAJCMAACAiAAAcIQAAFyEAABMjAAAQJQAADScAAAkpAAAFKwAAAS4AAAAwAAAAMgAAADQB&#10;AAA2BAAAOAYAADoJAAA8DQAAPhAAAD4UAAA+HAAAPiYAAD4xAAA+PwAAPU4AAD1hAAA8dwAAO5EA&#10;ADqrAAA5yQAAOO0ANycAAC8nAAAoJgAAIyUAAB8kAAAZJQAAFCYAABAoAAANKwAACS4AAAUwAAAA&#10;MwAAADUAAAA4AAAAOgAAADwAAAA+AQAAQAMAAEIHAABECgAARg0AAEkRAABJFwAASCEAAEgsAABH&#10;OgAAR0kAAEZbAABFcQAARIsAAEOlAABCwwAAQegANCoAACwqAAAnKAAAIicAABwoAAAWKgAAES0A&#10;AA0wAAAJMwAAAzYAAAA5AAAAPAAAAD4AAABBAAAAQwAAAEYAAABIAAAASgAAAEwDAABOBgAAUAoA&#10;AFMOAABUEwAAVBwAAFMnAABTNAAAU0MAAFJVAABRagAAUIMAAE+eAABNuQAATOAAMC0AACssAAAm&#10;KwAAHywAABguAAASMgAADTUAAAg5AAACPQAAAEAAAABDAAAARgAAAEkAAABMAAAATgAAAFEAAABT&#10;AAAAVQAAAFcAAABZAQAAXAYAAF8KAABiDgAAYxUAAGMfAABiLAAAYTwAAGBOAABfYgAAXnsAAFyW&#10;AABbsAAAWc8ALzAAACovAAAiMAAAGjMAABM3AAAOOwAACD8AAAFEAAAASAAAAEwAAABPAAAAUgAA&#10;AFUAAABYAAAAWwAAAF0AAABgAAAAYgAAAGQAAABmAAAAaQAAAG0FAABwCwAAdBAAAHQYAABzJQAA&#10;cjQAAHJFAABwWQAAb3EAAG2LAABrpgAAasAALjMAACU1AAAdOAAAFDwAAA5BAAAHRwAAAEwAAABR&#10;AAAAVQAAAFkAAABdAAAAYQAAAGUAAABoAAAAawAAAG0AAABvAAAAcgAAAHQAAAB3AAAAegAAAH4A&#10;AACCBAAAhgsAAIoRAACJHAAAiCsAAIY9AACEUgAAg2cAAIGBAAB/mwAAfrIAKToAACA9AAAWQgAA&#10;D0gAAAhOAAAAVAAAAFoAAABgAAAAZAAAAGkAAABuAAAAcgAAAHYAAAB6AAAAfQAAAIAAAACCAAAA&#10;hQAAAIgAAACLAAAAjgAAAJIAAACWAAAAmwMAAKAMAACiEwAAoCEAAJ8zAACdRwAAml4AAJh3AACX&#10;jwAAlacAI0MAABlIAAARTgAACVUAAABcAAAAYwAAAGoAAABxAAAAdgAAAHsAAACAAAAAhgAAAIoA&#10;AACOAAAAkQAAAJMAAACWAAAAmQAAAJwAAACgAAAAowAAAKcAAACrAAAAsAAAALYEAAC8DQAAuhcA&#10;ALkoAAC3PAAAtFIAALJqAACvhQAArZwAHE4AABNUAAALXAAAAWQAAABsAAAAdAAAAHwAAACDAAAA&#10;iQAAAI8AAACUAAAAmgAAAJ8AAACiAAAApAAAAKcAAACqAAAArgAAALEAAAC0AAAAuAAAALwAAADB&#10;AAAAxwAAAM0AAADUBQAA2BAAANUeAADTMQAA0EgAAM1fAADLdgAAyI4AAAAAAAAAAAAAAAAAAAAA&#10;AAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZH&#10;SUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+Q&#10;kZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ&#10;2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////&#10;/////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIk&#10;JSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamts&#10;bm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1&#10;tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+&#10;//////////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAA&#10;AQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJ&#10;SktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CR&#10;k5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na&#10;293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////&#10;////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKiss&#10;LS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2Rl&#10;ZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2e&#10;n6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX&#10;2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAA&#10;AAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4PEBESExQVFhcY&#10;GRoaGxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5P&#10;UFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeI&#10;iYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2t7i5uru8vb6/wMHC&#10;w8TFxsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP09fb3+Pn6+/z9&#10;/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8g&#10;ICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1ha&#10;XF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TF&#10;xsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u&#10;7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4P&#10;DxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2&#10;Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZud&#10;n6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd&#10;3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+&#10;/9rLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIve&#10;qJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Ol&#10;h9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKs&#10;xrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trL&#10;CRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN&#10;4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9Gw&#10;oofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQ&#10;tMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvo&#10;zQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZ&#10;j+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofV&#10;rZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCz&#10;aLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ46&#10;6cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Ol&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I&#10;2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7&#10;rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQ&#10;YNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2aud&#10;idyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvE&#10;taiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzI&#10;DpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyq&#10;nIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5tnLCRvnzg056M0QYNzJDZLLuzCrxrhPtMCzZ727rnvEtamI&#10;y7Kmh9Gvo4fVraCI2aueidypnIrep5uM4KWZj+OhmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk&#10;oZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5NnLCRrkzg05584OYNrKDJLL&#10;vC6rxblNtMC0Zr26rnrFtamHy7Gmh9Guo4fVrKCI2aqeidynnIrepZuL4KKajeKemY/jnpmP456Z&#10;j+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP&#10;49jLCRrhzww55c8OYNnKDJHLviyrxblMtb60Z725rnvFtKqHzLCmh9Gto4fVq6CI2aieiNulnYnd&#10;o5yK35+ai+GbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKb&#10;mY7im5mO4puZjuKbmY7im5mO4tjLCRrc0As549ANYNjLC5HLvyurxLpMtb2zZ764rnvFtKmHzLCm&#10;h9Gso4fVqaCH2KafiNujnYjdoJyJ3p2biuCYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN&#10;4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4dfMCRra0Qs43tEMX9bLC5HLwCms&#10;wrlNtryzaL63rnvGs6mHzK+mh9Gqo4bVp6GH2KSfh9qhnofcnp2I3Zqcid6Vm4zglZuM4JWbjOCV&#10;m4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4NbM&#10;CRnZ0Qs42tMMX9TMC5HJwCmtwLlOtrqzab+1rnzGsqmHzK2mhtGpo4bUpaGG16Kghtmfn4bam56H&#10;3JediN2TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve&#10;k5yL3pOci96TnIvek5yL3tXMCRnY0gs32NMLXtLMC5PHvyutvrhQt7myar+0rXzGsKmHzKumhtCn&#10;pIXUo6KF1p+hhdicoIXZmJ+G2pSeh9yQnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCd&#10;it2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3dTNCRnW0gs31tQLXtDLCpXEvi2uvLhR&#10;uLeyasCzrXzGrqmHzKmmhtClpIXToKOE1Z2ihNaZoYXYlaCF2ZGfh9qOnonbjp6J246eiduOnonb&#10;jp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J29PNChjV&#10;0ws21NQLX87LCZfBvjCvurdTuLWybMCwrX3HrKqGy6enhc+ipYTRnqSE05qjhNWWooTWk6GF14+g&#10;htiLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ&#10;2YugidmLoInZi6CJ2dLOChfT1As10dMKYsvMCZm+vTOxt7dVubKxbcGtrX3GqqqGy6SohM6fp4TQ&#10;m6WD0pekg9OTo4TUkKOF1YyihtaJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJ&#10;oYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI19DPChbR1As3ztMKZcbKC525vDiytLZYuq2x&#10;bsGqrn3Gp6uFyaGphMycqIPOl6eDz5Omg9GQpYTSjaWF04qkhtOHo4jUh6OI1IejiNSHo4jUh6OI&#10;1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1M7QChXO1Ao6&#10;ytMKaMDID6G1uz60rbVbu6mxb8Gmr33Eo62Ex52rg8qYqoPLk6mDzZCohM6Np4TPiqeFz4emh9CF&#10;pojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWm&#10;iNGFpojRhaaI0czQCRjK1Ao+xdMKbbjFFqWuuUS1p7Veu6OycMChsH3Dn66ExZmtg8eUrITJkKuE&#10;yo2qhcuKqoXLiKmGzIWph82DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInN&#10;g6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzcjRCRvF1QpCv9MKcrHEHqeluUm2obZgu56zcL6d&#10;sX3Bm7CEw5WvhMSRroTGja2Fx4qthseIrIbIhqyHyISricmCq4rJgquKyYKrismCq4rJgquKyYKr&#10;ismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKycTSCCDA1glIuNQK&#10;eKnPF5ievkeumrZiupi1cbyXs3y+l7KEwJKxhcKNsIXDiq+GxIivh8SGr4jFhK6JxYOuisWBrovF&#10;ga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WB&#10;rovFga6Lxb/UByW61wlOrtoLcKDbE4eXzTmaksNYqJG8bLKRt3q5krSDvY6zhr+LsofAiLGHwIax&#10;iMGEsYnBg7GKwYKxi8KAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCM&#10;woCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwvfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/&#10;vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3&#10;KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY&#10;2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCx&#10;j4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCI&#10;w7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzM&#10;qESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vS&#10;sIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mb&#10;iMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESq&#10;xqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfA&#10;EBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN&#10;1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3&#10;mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVd&#10;tMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4&#10;wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+K&#10;kNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2vfADxX4wBYw+b0gU+q4J3zMqESrxqVdtMKkcLq+on+/vKCIw7mbiMe3mIjK&#10;tZWJzrOSitCxj4vTsI2N1a+Kj9etiJPZrYaY2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqr&#10;hp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2vfBDxX3wRYw+L4fU+q4JnzLqUOrxqZctMKk&#10;b7q+on6/u6CIw7mdh8i2mofMs5eIz7GUidKwkorVro+M162NjtmsipLcq4mZ3aeInNuniJzbp4ic&#10;26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic2/bBDhT3wRUw&#10;+L8eU+q5JXzLqUKrxqdbs8Klbrq+o36/u6GIxLieh8m1nIfNspmH0bCWiNSulInXrZKL2quQjdyp&#10;jZLfqI2a36OLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOL&#10;nNyji5zco4uc3PbBDhT2whUw978eU+q6JHzLqUGsxqdas8Klbbq+o32/u6OIxLegh8m0nYfOsZuH&#10;06+ZiNatl4naq5WK3KmTjd+nkpHipJGZ4KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc&#10;oI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3PXCDhT1whQw9sAdU+q6I3zLqkGsxqhZs8Kmbbq+&#10;pH2/uqSHxbehh8qzn4fPsJ2H1K6biNirmYncqZiL36eYjuKll5LmoJaZ4JyTm92ck5vdnJOb3ZyT&#10;m92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3fTCDRT1wxQw9sAc&#10;U+q7InzKqkCsxqhYs8KmbLq+pHy/uqWFxbajh8uzoYfQsJ+H1a2diNqqnYrdp5uM4KSajuKfmI/j&#10;nZqY4ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Z&#10;l5vdmZeb3fLDDRT0wxMw9cEbU+q8IXzKqz+txqlXs8Kna7q+pXu/uqaExbalh8uyo4fRr6GH1quf&#10;iNqnnYndpJyK36Cbi+Cbmo3il5qT4Zecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb&#10;3pecm96XnJvel5yb3pecm96XnJvel5yb3vDDDRT0xBMv9cIaUuq9IHzKqz6sxqpWs8Koa7q+p3m/&#10;uqiDxbanh8yypYfRrKKH1qigh9mknojcoZ2I3Zycid6Xm4vgk5uP4JKdl96SnZfekp2X3pKdl96S&#10;nZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3u3EDBPzxRIv9MIZUuq9&#10;H3zKrDysxqtVs8Koarm+qXe/uqqAxbWph8yvpYfSqqKH1qWghtihn4banZ6H25mdh92UnYnekJyN&#10;3o6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd&#10;jp2T3erFDBPyxREv88MYUuq+HXzLrTqsxqxUs8Kpabm+rHO/uq1+xbKph8yspYbRp6OG1aKhhdee&#10;oIXYmqCF2pafhtuRnojcjZ6L3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iue&#10;j9yLno/ci56P3Iuej9yLno/ci56P3ObFCxPxxhEv8sQXUurAG3zLrzisxq1SssKrZrm/sG++t61+&#10;xrCph82qpobRpKSF05+jhNWbooTWl6GF2JOghdmPoIfZi5+K2oifjdqIn43aiJ+N2oifjdqIn43a&#10;iJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2uHGChPwxxAu8MYWUerBGXzL&#10;sDWrx69PssOwYLi8smy/sq1+x62phsynp4XPoaWE0pykhNOYo4TUlKOE1ZCihdaNoYbXiaGI2Ieh&#10;i9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL&#10;2NvHCRLuyQ8u7sgUUevEFnzMszCrx7FMscS4Vre2sW7Brq1/x6mqhsujqITOnqeDz5mmg9GVpYPS&#10;kaSE046khdSLo4bUiKOI1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWF&#10;o4rVhaOK1YWjitWFo4rVhaOK1drICRLryw0t68oRUOvHEnzMtiqqyLdEsLq2WbqvsXDCqq1/x6ar&#10;hcqgqoTMmqiDzZaog86Sp4PPj6aE0IymhdGJpYbRh6WH0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ&#10;0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0tjJCRHfzQss580PT+jLDnvNvCKo&#10;wrw8sbG1XrypsXLCpq5/xaKthMecq4PJl6qDypOqhMuQqYTMjamEzYuohc2IqIbOhqeHzoSnic+E&#10;p4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz9XJ&#10;CRDYzwor2tMLTtjQC3rNwxaos7pGtam0Yr2ksXTBobB/w56uhMWZrYTHlKyEyJCrhMmOq4TKi6qF&#10;y4mqhsuHqYfMhamIzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM&#10;g6mJzIOpicyDqYnMg6mJzNLLCQ/U0Qop1dULTNDQCn64vyWuqLhPuKG0ZryesnW/nbF/wZuwhMOW&#10;roTFka6Exo6thceLrIXHiayGyIesh8mGq4fJhKuJyYKrisqCq4rKgquKyoKrisqCq4rKgquKyoKr&#10;isqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKys/MCQ3Q0gooztQKUsXRCoOqwy2onrdX&#10;uJu1aLuatHW+mbJ/v5exhMGTsIXCj6+Fw4yvhcSKrobFiK6HxYauiMaErYjGg62KxoGti8eBrYvH&#10;ga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx8zNCQzL&#10;0wotx9QKWbLYC4CezSuamMFQq5a4Z7eVtXW8lLR+vpSzhb+QsoXAjLGGwYqxh8KIsIfChrCIwoWw&#10;icODsIrDgq+Lw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+M&#10;w4GvjMOBr4zDga+Mw8fPCBDF1Ak0uNkKW6LnEnaX2iWJkM9FmI7HXaONwW6rjb15sYy6gbSJuIO3&#10;hreFuYS2hrqDtYe7grWIvIG0ib2AtIq9f7SLvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+&#10;s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvsLRBxa91gg6p/EOVZvxG2iR5i14id1AhYXV&#10;Vo+Dz2eXgstznX7IeKF7xnykecR/pnfDgqh1woSpdMKFqnPBh6tywYircsCKrHHAi6xxwIusccCL&#10;rHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrP+4FA7/uB4n&#10;/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820&#10;g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGL&#10;xriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbC&#10;m3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7Qq&#10;RvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bP&#10;s4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriN&#10;jci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5&#10;wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvev&#10;Nmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ&#10;0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3&#10;io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuI&#10;vb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmne&#10;p0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOA&#10;ndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0f+4FA7/uB0n/7UpRvewNWneqEGQx5xhscSccbbCm365v52Gvb2aicG7l4nEuZOKx7ePjMq1jI7M&#10;tImQzrOHktCyhJXSsYKZ07GBntSugKLUrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9Ks&#10;gKPSrICj0qyAo9KsgKPSrICj0v+5Ew7/uRwn/7YoRvewNGrdqECQx51gscSccbbCnHy6v56Fvryc&#10;iMK6mYjFuJWJybaRisy0jozPsouO0bGIkdOwhpTVr4SZ1q+Dn9eqgqHVp4Ki06eCotOngqLTp4Ki&#10;06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki0/+5Ew7/uRwn/7YoRvexM2rdqT+R&#10;x51gscSdcLbCnnu6v5+DvryeiMK5m4jHt5eIyrWUic6zkIvRsY2N06+KkNauiJPYrYaZ2aqFntml&#10;hKHVpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1P+6&#10;Eg7/uhsn/7cnRvexMmrdqT6Rx55fscSdb7bBn3m6vqCCv7ugiMO4nIfItpmIzLOWiNCxkorTr4+M&#10;1q6MjtisipPbq4mZ3KaHndqihqDWoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLU&#10;oIai1KCGotSghqLUoIai1P+6Eg7/uhsm/7cmRvayMWrdqj2Rx55escSdb7bBoHi6vqGBv7uhiMS4&#10;nofJtZuHzbKYiNGwlYnVrpKL2KyPjduqjZLeqIya36KKndqeiaDWnImh1JyJodSciaHUnImh1JyJ&#10;odSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1P66EQ7/uxom/7gmRvayMGrdqjyRx55d&#10;scSebrbBoXa6vqJ/v7ujiMS3oIfKtJ2Hz7Gah9OumIjXrJWK26qTjd6okZLipJCZ4J6NnduajKDX&#10;mYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1f67EQ7+&#10;uxom/7glRvazMGrcqzuSx59dscSfbLbBonS6vqR+v7qkh8W3oofKs5+H0LCch9WtmojZqpmK3qiY&#10;juKll5Pmn5WZ4JqRnNuXj5/Xlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h&#10;1ZaOodWWjqHVlo6h1f27EQ7+uxom/7klRvazL2rcqzqSx59cscSgarbBo3O6vqV8wLqlhcW2o4fL&#10;s6GH0a+fh9asnonbqJyL36SajeGfmY/jnJqY4ZeWnNyUk5/Yk5Kg1pOSoNaTkqDWk5Kg1pOSoNaT&#10;kqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1v27EQ39vBkm/rkkRva0LmrcqzqSx6BcscSh&#10;aLbBpXG6vqd6wLqnhMW2pofMsqSH0a6ih9epn4jbpJ2J3qCbiuCamozhlpuT4ZWbm92Sl57YkZWg&#10;15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg1/y8EA39vBkm&#10;/rojRva0LWrcrDmSx6BbscSjZrXBpm66vql4wLqpgsW2qIjMsKWH0qqih9emn4faoZ6H3JudiN6W&#10;nIrfkZuQ35Gdmd2Pm57Zj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Z&#10;n9ePmZ/Xj5mf1/y8EA38vBgm/boiRfa1LGrcrTeTx6FascWlY7XCqWu6vqx1v7qtf8WzqYfMraWG&#10;0qeihtaioYbYnZ+G2pieh9uSnYndjp2N3YyelNyNoJ7ZjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X&#10;jJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f1/u9EA37vRcl/bsiRfa2K2rbrTaTx6JZscWnX7XC&#10;rWa5v7FwvretfsawqYfNqqaG0aSkhdSeooXWmaGF2JSghtmPn4fai5+L24ifkNuIoJjYiKGd14ih&#10;ndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd1/q9Dg36vhYl/Lwg&#10;Rfa3KmrbrzSUyKRVscarWLTDs1+3u7Juv7KtfsesqYbMpqeF0KClhNKbpITUlqOE1ZGihdaNoYbX&#10;iaGJ2IahjdiEoZPXhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aE&#10;opfWhKKX1vm+Dgz5vxUl+r0fRfa4J2rbsDGUyKhNr8eyTrLBuFi4tLFwwa2tf8epqoXLoqiEzp2n&#10;g9CXpoPRkqWE0o6khdOLo4bUiKOI1YSji9WCo5DVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT&#10;1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1fTADQz3wBMk+b8dRPa6JWrasi6Vyq9Arci9Pa+3tl26&#10;rrFywqmtf8alq4XJn6qDy5mpg82UqIPOkKeEz4ymhdCJpobRhqWH0oSlitKBpY3SgKWP0oClj9KA&#10;pY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0uzBCwz1whIk9sEaRPe9&#10;IWratCmWzbwoqbu7Q7OutWG8qLFzwaWuf8WhrYTHm6yDyZarg8qRqoTLjqmEzIuphc2IqIbOhqiH&#10;zoOoic6Bp4zPgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P&#10;gKeNz9/ECQvyxRAj88QWQ/TBHGnewhWPwcAjrK+5TLamtGW9orJ1wKCwgMOdroTFl62ExpOthMeP&#10;rITIjKuFyYmrhsqHq4bKhaqIyoOqicuBqovLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4Cq&#10;jMuAqozLgKqMy4CqjMuAqozLgKqMy9rFCArryQ0i7sgSQu/GFWjQ0gqHsb4vrqW4VLiftWi8nbN2&#10;v5uxf8GZsITClK+Ew5CvhcSNroXFiq6GxoithsaHrYfGha2Ix4OticeBrYvHgKyLx4Csi8eArIvH&#10;gKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx9XGCAnZzAog5c8NQNjVC1+9&#10;1guIpcQ0ppy3WriZtWu7l7R3vZazf76VsoXAkbGFwY6xhcGLsIbCibCHwoiwh8OGsIjDha+Jw4Ov&#10;isSCr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+L&#10;xNLICAfTzwod1dQLPcLZC2Or3hCDm84zmZTEU6aRvmevkLp0tJC3fbmRtYS8jrOGvoyyhr+KsofA&#10;iLKIwIaxiMGFsYnBhLGKwYKxi8GBsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKA&#10;sYzCgLGMwoCxjMKAsYzCgLGMws7KCAbO0QocxtcKQa/qDmGd5hx4kNoyiIvSTJSJy1+ciMZuo4jD&#10;eKiFwHyrg79/roC9gbB/vIOxfbyEsny7hrN7u4e0erqItHm6ibV4uYu1eLmMtni5jLZ4uYy2eLmM&#10;tni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtsnLCAbI0gkis98JQqD8FVqT8Chq&#10;i+Y5d4TfSYKB2FuLgNNpkXzQcZZ5zXaadst6nXTKfZ5yyX+gcciBoXDHg6Jvx4WjbsaGo23GiKRs&#10;xYqlbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpcTO&#10;Bwq32Qcmo/sOPZb/Hk6N+i9bhvI/Z4DrTnF75Vt5duBlgHHdbIRu2nKIa9l3i2nXeo1n1n6OZtWA&#10;j2XUgpBk1ISRY9OGkWLTiZJh0ouTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT&#10;YdKMk2HSjJNh0oyTYdKMk/+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/&#10;k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpc&#10;l8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLK&#10;t3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/&#10;sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmD&#10;lsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9&#10;vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iV&#10;crDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3yn&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe&#10;/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5&#10;gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+O&#10;wLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDF&#10;lX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xFwn/siIe/64w&#10;Ov+pPVnso0p52JtbmMeVcrHFl3u1w5iDuMGZiru/lYu+vZGMwbuOjsO6ipDFuYeSx7iElcm3gpjK&#10;toCby7Z+nsy1faPMs3ynza98qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuv&#10;fKjLr3yoy/+yFwn/siEe/68vOv+qPFnspEl62JtamcaWcbLEmHi1wpmBucCbiLy+l4q/vJSLwrqQ&#10;jcW5jI7Ht4iRybaFlMu1g5fNtIGazrR/n8+zfqTPrn2mzqt9qMyrfajMq32ozKt9qMyrfajMq32o&#10;zKt9qMyrfajMq32ozKt9qMyrfajMq32ozP+yFgn/syEe/7AuOv+rO1nspEh615xZmsaXb7LEmXa2&#10;wpt/ucCch729monAu5aKw7mSi8a3jo3JtoqPzLSHks6zhJbQsoGa0bKAn9Kuf6PSqn+lz6Z/p82m&#10;f6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzf+zFgn/syAe/7AtOv+r&#10;OlnspUd61pxZmsaYbbLEmnS2wpx9ub+dhb29nIjBu5iJxbiUisi2kIvLtIyOzrOIkdGxhZXTsIOa&#10;1LCCoNWqgaLTpoGl0KOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN&#10;o4Gnzf+zFQj/tCAe/7EtOv+sOVnrpUZ71pxYm8aZa7LEnHK2wp17ub+fg768nojCupqIxreWicq1&#10;korNs46M0LGKj9Ovh5TWroWa2KuDn9emg6LUooOk0J+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+D&#10;ps2fg6bNn4OmzZ+Dps2fg6bNn4Omzf+0FQj/tB8e/7EsOv+sOVnrpkV71Z1Ym8eaabLEnXC2wp95&#10;ur+ggr68n4jCuZyIx7aYiMu0lInPsZCL06+MjtatiZPZrIeb26aGntmihaHVnoWk0ZyFps6chabO&#10;nIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzv+0FAj/tB8d/7EsOv+tOFnr&#10;pkV71Z1XnMebZ7LEnm62wqB3ur+hgL67oYjDuJ6HyLWah82yl4jRsJOK1a2PjdmrjJPdqIqb3qKI&#10;ntmeiKHVm4ek0ZmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYem&#10;zv+0FAj/tR4d/7IrOv+tOFrrpkR71Z1XnMecZbLEn2y1wqF1ur6ifr+7o4fEuKCHybSdh86xmYjT&#10;rpaJ2KuTjNyokJLho46a356Mntqai6HVl4qk0ZaJps6WiabOlommzpaJps6WiabOlommzpaJps6W&#10;iabOlommzpaJps6WiabOlommzv+0FAj/tR4d/7IqOv+tN1rrp0N81Z5VncedY7LEoGq1wqNzur6k&#10;fL+7pIXEt6KHyrOfh9CwnYfVrJqJ26mYjOCll5PmnpSa35mRndqWj6DWlI2j0pOMpc+TjKXPk4yl&#10;z5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz/+1Ewj/tR4d/7MqOv+uNlrrp0N8&#10;1Z9TnceeYLLFomi1wqVwur6mer+7poPFt6WHy7Oih9GvoIfXqp6J3KSbi+CdmY7jmpuZ4JWWnNuT&#10;k6DXkZGj05CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz/+1&#10;Ewj/th0d/7MpOv+uNlrrqEJ81aBRncefXrHFpGS1wqdtub6pd7+7qYHEtqiIy7Glh9GroofXpZ+I&#10;256diN2Xm4vgkpuT35KcnNyPmJ/XjpWi042TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ&#10;jZOk0I2TpNCNk6TQjZOk0P+1Ewj/th0d/7QpOv+vNVrqqEF81aJOnMehWrHFpmC0wqppub+tc767&#10;rn3EtKqHy62lhtGnoobVoKCG2JmfhtuSnYndjZ2O3YyemNuMnp/Yi5qi1IqXpNGKl6TRipek0YqX&#10;pNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0f+2Egj/txwd/7QoOf+wNFrqqUB91aRJ&#10;nMikVbDGqluzw69jt8CzbL22rnzFsKmHzKmmhtCjpIXUnKKE1pWhhdiPn4faip+L24efktqIoZzX&#10;iJ+h1IecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0f+2Egj/&#10;txsd/7UnOf+wM1rqqj591qhEm8moT6/HsFOyxbhZtbmzbb+xrX3GrKqGy6Wnhc+fpoTRmKSE05Kj&#10;hNWMoobXiKGK14WhjteDopbWhKSf1ISio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj&#10;0YSio9GEoqPRhKKj0f+3EQf/uBoc/7YlOf+xMVrqqzx+16w7mcqtRK3JuUWuvbhZuLKyb8Csrn7G&#10;qKuFyqGphM2bp4PPlaaD0I+lhNKKpIbThqOI1IOjjNSBo5HUgKSZ04CmodGApqHRgKah0YCmodGA&#10;pqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0f+4EAf/uRkc/7ckOf+zL1rprTl+2bQvlsy4&#10;MqnCvUCws7ZduqyxccGnrn7FpKyFyJ2rg8qXqYPMkqiEzo2nhM+Jp4bQhaaI0IKmi9GApo7RfqaU&#10;0H2nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz/+5Dwf/uhcc&#10;/7kiOf+1LVrsszB63cAfkMnDIai1uki0q7VivKayc8Cjr37DoK6Expmsg8iUq4TJj6qEyouqhcuI&#10;qYbMhamIzYKois2AqI3OfqiRzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXyp&#10;ls18qZbNfKmWzfy7Dgf8vBUb/rsfOP+3KVrwvSR039MOhrnBKqqquU+2pLVlvKCydL+esX/Cm6+E&#10;w5auhMWRrYTGja2Fx4qshsiHrIfJhauIyYKrisqAq4zKfquPynyrksp8q5LKfKuSynyrksp8q5LK&#10;fKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSyvG9DAb5vhIa+r4bN/y6JVrnzhNoyNkLia3DMqeh&#10;uFa4nbVou5uzdb6Zsn/AmLGEwZOwhcKPr4XDjK+GxImuhsWGrofFhK6IxoOtisaBrYvGf62Ox32t&#10;kMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx9/ACAX1wg8Z9sIW&#10;Nu7IFVDN3AxmtdoPiKLJNqCavlawl7dquZW1dryUtH6+lLOEv5CyhcCNsYbBirGGwYixh8KGsIjC&#10;hLCJwoOwisOBsIvDgK+Nw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+&#10;r4/Dfq+Pw9nCBwXkxwsY78gQNNHaC0W66Q5opt4YgpjRN5WRyFOhj8JlqY6+cq6NvHuyjLqBtYm4&#10;greHuIS4hbeFuYO2hrqCtoe6gbWIu4C1ibt+tYq8fbSMvHy0jb18tI29fLSNvXy0jb18tI29fLSN&#10;vXy0jb18tI29fLSNvXy0jb18tI29fLSNvdTEBwTWywkV09QLJ73iDEmp9BRlmeYleI7cOYaI1E+Q&#10;hs9gl4TMbZyDyXWgf8d4on3Ge6R6xX2mecSAp3fDgah2woOpdcKEqnTBhqtzwYercsCJrHG/i61x&#10;v4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+Lrc/GBwLQzQkSwNkJLKz3&#10;D0ib+h5cj+8xa4bnQnaA4lB+ft1fhXvZaYp31W6PdNNzknHRd5Rw0HqWbs99l23Of5lszYGZa82D&#10;mmrMhZtpzIecaMuJnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoyd&#10;Z8qMncrICAHC0gcTruYJLZ3/FUGR/yhQh/o5XIHzSGZ87VRud+hedXHkZXpt4Wt+at9wgWjedYRm&#10;3HiFZdt7h2Pafohi2oGJYdmDimDZhYpg2IeLXtiKjF7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7W&#10;jY1e1o2NXtaNjV7WjY1e1o2NXtaNjcTKBwOx2gQVn/8NKJL/HTeJ/y5Dgv89Tnz9S1d3+FZfb/Nd&#10;ZWjwYmpk7WluYetvcV/pc3Nd6Hd1XOd7dlvmfnda5oB4WeWDeVjlhXpY5Ih6V+SLe1bjjnxW4458&#10;VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfP+qHAX/qicX/6c2L/+iREr6&#10;nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9&#10;ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9&#10;voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSS&#10;ibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl&#10;6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8&#10;e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+q&#10;HAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSW&#10;v76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbD&#10;kY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qGwX/qicX/6c1L/+jREr6nVFl6Zde&#10;ftuUbZTPknemxZKBtMSTiLbDko24wY+PusCLkby/iJO+voWWv72CmMG8gJvCvH6ewrx9ocO7e6TE&#10;u3qpxLp5rcS1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw/+rGwX/&#10;qyYX/6g0L/+kQ0r5nlBl6Zhdf9qVaZXNlHSoxZR+tMSVhrbClYy5wZGOu7+NkL2+iZK/vYaUwbyD&#10;l8O7gZrEun6dxbp9oca6e6XGuXqqxrV6rMaxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqt&#10;xLF6rcSxeq3EsXqtxP+rGgX/qyUX/6k0L/+kQkr5n09m6JlcgNqWZpbMlXGpxZV8tMSWg7fCl4u6&#10;wJOMvL6Pjr+9i5DBvIeTw7qElsW5gZnGuX+dx7h9oci4fKbJtXqqybB7q8ese63FrHutxax7rcWs&#10;e63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxf+sGQX/rCQW/6kzL/+lQUr5n09m6JlbgdmY&#10;Y5bMlm+qxZZ5tMOXgbfBmIm6v5WLvb6RjcC8jY/CuoiSxbmFlce4gpjJt3+dyrZ9osu2fKjLsHup&#10;yqx8qsiofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxf+sGQX/rCQW&#10;/6oyL/+lQUv5oE5n55pZgdmZYZfLl22rxZd3tMOZf7fBmoe7v5eKvr2TjMG7jo7EuYqQx7iGk8m2&#10;gpjLtX+dzbR+o86xfKbOrH2oy6h9qsmlfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+&#10;rMalfqzGpX6sxv+sGQX/rSMW/6oyL/+mQEv4oE1n55xXgdmaXpfLmGqsxZl0tMOafbfBm4W7vpmJ&#10;v7yVisK6kIzFuIyPyLaHksu0g5fOs4Cd0LJ/pNGsfqXPqH6nzKR/qcmhgKzGoYCsxqGArMahgKzG&#10;oYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxv+tGAX/rSMW/6sxL/+mP0v4oE1n551VgdmcXJfK&#10;mWisxZpytMOcerjAnIO7vpyJv7uXicO5k4vHt46Ny7SJkM6yhJbRsYGd06yAotOngKXQpICnzaCB&#10;qcqegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxv+tGAX/rSIW/6sx&#10;L/+nP0v4oUxn555TgdmdWZfKm2WsxZxvtMOdeLjAnoG8vZ6IwLuaiMS4lYnJtZCLzbKLj9GwhpXV&#10;roSe16eCodSjgqTRn4KnzZyDqcqag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8ea&#10;g6vHmoOrx/+tFwX/riIW/6swL/+nPkv4oUto559RgdmfVpfKnGKsxZ1stMOfdbjAoH68vaCHwbqd&#10;iMa3mIjLs5OJz7COjdStiZTZqIad2qKFodWehaTRm4WmzpmFqcqXhavHl4Wrx5eFq8eXhavHl4Wr&#10;x5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx/+uFwT/riIW/6wwL/+nPkv4okto6KFPgdmgU5fKnl+s&#10;xp9ptMOhcrjAony8vaKEwbmgh8e1nIfNspeI0q6Ti9iqjpPfoouc3JyJoNaZiKPSl4imzpWIqcqU&#10;iKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx/+uFwT/riEW/6wvL/+o&#10;PUv4okpo6KJNgNmiUJfLoFysxqFls8OkbrfApXi8vKWCwrikh8i0oIfOsJ2I1auZit2ll5Pmm5Gb&#10;3ZaPoNeUjaPTkoymz5GLqMuQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI&#10;kIqryP+uFgT/ryEW/60vL/+oPEv3oklo6KRKgNmkTZbLolirxqRhs8SnarfAqXS8vKl+wrioh8iz&#10;pofPrKKH16Sdid2amo3hlZqb3pGVn9iPk6LTjpCl0I6PqMyNjqrJjY6qyY2OqsmNjqrJjY6qyY2O&#10;qsmNjqrJjY6qyY2OqsmNjqrJjY6qyf+vFgT/ryEW/60uL/+pPEv3o0lp6KZIf9qnSJXMpVOqx6hc&#10;ssSsZLbBrm67va94wLashMmup4fQpqOG1Z2ghtmTnYndjZ2U3Y2dn9iLmaHUi5ak0IqTp82KkanJ&#10;ipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyf+vFQT/sCAW/64uL/+pO0v3&#10;pEdp6ahEfturQ5TNqUypyK1UsMazXLPCt2a5t7B3wrCrhMmpp4bPoaSE05eihNaOoIfZiJ+P2oeh&#10;mtiHoKHUh5uk0YeYps6HlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wp&#10;yv+wFQT/sCAV/64tL/+qOkv4pkRo6qtAfdyvPJLPr0KmyrVJrca8UrG5tWe7sLB4w6ushMmkqYTN&#10;nKaD0JOkhNOLo4bVhaKM1oKilNaDpJ3Ug6Kk0YOeps6EmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuE&#10;mqjLhJqoy4SaqMuEmqjLhJqoy/+wFAT/sR8V/68sLv+rOUv4qUBn6687e962M4/SujShzMI5qru6&#10;VbWwtGq9qrB5w6ethMefqoTLmKiDzZCnhNCJpYbShKSK04CkkNN/pZfSf6ag0H+lps6AoKjLgKCo&#10;y4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy/+xEwT/sh4V/7ArLv+sN0z6rDtl&#10;7bU0eOK/KYnYzCCYvr89rrC4Wbips2y+pbB6wqKuhMWbrIPIlKqEyo6phMyIqIbOg6eJz4Cnjc9+&#10;p5PPfKiaznypos18p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy/+y&#10;EgT/sx0V/7EpLv+tNkz8sTVi8b0qcubNH4DIzCGbsbxFsqi3Xrmjs2++oLF7wZ6vhMOXroTGkayE&#10;x4yrhcmHqofKg6qJy4CqjMx9qZDMfKqVy3qqnMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TK&#10;eaukynmrpMp5q6TKeaukyv+zEQT/tBsU/7MmLv+vM0z9uStd68ofadLfEX+5zCecp71MsaC3Yrmd&#10;tHG9m7J8v5qxhMGUsITDj6+FxYquhsaGrYfHg6yJx4Csi8h+rI7IfKySyHusl8h5rZ7Hea2ex3mt&#10;nsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex/+1EAP/thkU/7UkLf+0LEnyxR9U1t0S&#10;YsHfE4GszS6an8BPq5q4ZbeXtXK7lrR8vZWyg7+RsYXBjbGGwomwh8OGr4jDg6+JxIGvi8R/ro3F&#10;fa6QxXuulMV6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxP+3DgP/&#10;uBYT/7cgLfm/H0Hc2RFExOsSZrHfGIGg0DOVl8ZQo5PAY62Ru3Gzkbh7uJC2gruOtIW9i7OGv4iy&#10;h8CGsonAhLGKwYKxi8GAsY3BfrGPwnyxksJ7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GV&#10;wXuxlcF7sZXBe7GVwfS6CwP9uxIS/rsbLOXQDzLI6Q9KtPIVZ6LiIn2W1jeNj85PmIzIYaCKxG6m&#10;isF4qoe/fa2EvoCwgbyCsX+7hLN9u4W0e7qHtXq5ibV5uYu2d7mNtna4j7d0uJO3dLiTt3S4k7d0&#10;uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt9y+BgL4wA4R7sgOIsvbCy62+BFMpfUdY5fo&#10;LHWN3z2Bh9hQi4PTYJKCz2yXf81zm3zLd515yXqgd8h9oXXHf6NzxoKkcsWEpXDFhqVvxIimbsSK&#10;p23Djadrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqNfABgHbxggO&#10;y9MKFbjoDDKm/xVKmPomXI3wN2mF6UZ0f+RTe3zfYIF43GiFdNptiXDYcYtu1nWNbNV4j2rUe5Bp&#10;036RZ9OAkmbSg5Nl0oWUZNGHlGPQipVi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQ&#10;jpZi0I6WYtCOltHCBgHNywkFutoHGaj+DjGZ/x1Djv8vUYX6P1x+9E1kefBYanPsX29t6mNzaedp&#10;dmflbnll5HJ7Y+N2fWLieX5g4Xx/X+B+gF7fgYFd34OCXN6Gg1vdiYRa3Y2FWt2NhVrdjYVa3Y2F&#10;Wt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhcvEBgC70QYHqecGGpr/EyuO/yQ5hf82RH7/RE15&#10;/1FVcftXW2v3XWBl9GJkYvJoZ1/wbWpd73FsW+11bVrteG9Z7HtwWOt+cVfqgXJW6oRyVemHc1Tp&#10;inRT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdbzJBQCr2wEImv8L&#10;Fo//GSOF/ystfv85N3j/RkBw/05Haf9UTWL/WlJe/mFWWvxmWVj7a1tV+XBdVPh0XlL3eF9R93tg&#10;UPZ+YU/1gWJP9YRjTvSHZE30i2VM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM&#10;85BmTPOQZv+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSI&#10;lLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ&#10;2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzA&#10;d7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+c&#10;STz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2h&#10;u8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbD&#10;hZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+&#10;l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+hGAP/oysQ/6A6Jf+cSDz/&#10;l1ZT+JNjaOySaXrhkXOK2I98mNCOhKTKjoytxo2QtMSKk7fDhpW4woSYucGBm7rBf527wH2gvMB7&#10;pLzAeqe9wHmsvcB4sL29eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHiz&#10;vP+hGAP/oyoQ/6E5Jf+dSD3/mFVU95RhaeuUZnvgkm+M1pF4ms6QgqbIj4mwxI+PtsOLkbfCiJS5&#10;wYSXusCCmrzAf529v32gvr97pL6+eqi/vnitv714sb64eLK+tHmzvbR5s720ebO9tHmzvbR5s720&#10;ebO9tHmzvbR5s720ebO9tHmzvf+iGAP/pCkQ/6E4Jf+dRz3/mVVU95ZeaeuVY3vglGyN1ZJ1nM2R&#10;f6jHkYeyxJGOtsONkLjBiZO6wIaWvL+Cmb2/f5y+vn2gv717pcC9earAvXiwwLh5sMC0ebG/r3qy&#10;va96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyvf+jGAP/pCkQ/6I4Jf+eRj3/mVRV&#10;95dcaeuXYHzflmmN1ZNyncySfKrFkoW0xJKMtsKPj7nBi5K7wIeVvb6DmL+9gJzAvX2gwbx7pcK8&#10;eavCuXmvwrR5r8GwerDArHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvv+j&#10;GAL/pSgQ/6I3Jf+fRj3/mlNV95laaeuZXnzfl2WO1JVvncuUeavFk4K0xJSKt8KRjrnAjJC8v4iT&#10;vr2El8C8gJvCu32gw7t7psS6eq3FtHquxK96r8Kse7DAqHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/&#10;qHyxv6h8sb+ofLG/qHyxv/+kGAL/pSgQ/6M2Jf+fRT3/mlNV95pXaeubW3zfmWKO1JdrnsuVdqzF&#10;lIC0w5WIt8GTjbrAjo+9vomSwLyFlcK7gZrEuX2gxrl7qMe0eqvHr3utxat7rsOnfK/BpH2xv6R9&#10;sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv/+kGAL/picQ/6M2Jf+gRD3/m1JW95xV&#10;aeucWHzfm16O1JlnnsqXc6zFlny0w5eFt8GWi7u/kY2+vYuQwbuGlMS5gZnHt36gybZ8qcque6rI&#10;qnysxqZ9rcSjfq/BoH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv/+lGAL/&#10;piYP/6Q1Jf+gRD3/nFFW955TaeueVXvfnlqN1JtknsqZb6zFmHm0w5mCuMGZiru+lIy/vI6Ow7mI&#10;kse3gpjLtX6hza98p82pfanKpX6rx6J/rcSff6/CnYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCx&#10;v52Asb+dgLG/nYCxv/+mGAL/pyYP/6Q1Jf+gQz7/nVBV959RaOugU3vgoFeN1J5fnsqba6zFm3W0&#10;w5t+uMCbh7y9l4rAupGMxbeKkMq0hJfPsoCj0qh/pc+jgKjLoICrx52BrcWbga/CmYKxv5mCsb+Z&#10;grG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv/+mGAL/pyUP/6U0Jf+hQz7/nk5V+KFOaOyi&#10;UHrgo1KM1aFbncueZqzGnXG0w556uMCehLy8m4jCuZWKx7WNjc6whpbUqYKg1qGCpNCdgqjLmoOq&#10;yJmDrcWXhK/CloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwP+mGAL/pyUP&#10;/6U0Jf+hQj7/n0xV+KJMZ+ylTXnhpk6L1aRWnMyhYarGoWyzw6J2t8CigL28oIfDt5qIyrKTitKs&#10;i5TboIef2JqGpNGXhqfMlYaqyJSHrMWTh67DkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKH&#10;sMCSh7DAkoewwP+nGAL/qCQP/6YzJf+iQj7/oEpU+aRKZu2nSnjiqUuK1qhRms2mW6nHpWWyxKdw&#10;tsCnery8poPDtqKHy6+diNall5Xml4+e2pONo9KRi6fNkIuqyZCKrMaPiq7Dj4mwwY+JsMGPibDB&#10;j4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwf+nGAL/qCQP/6YzJf+iQT7/okhU+aZHZu6qR3fj&#10;rUeI2a1LmM+sVKbIrF6vxq9os8Kxc7m+sn3AsqqHy6WihtWUnIvej5qd2o2VotOMkqbOi5CpyouO&#10;q8eLja3EjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwf+oGAL/qSQP/6cy&#10;Jf+jQT7/pEZT+qlEZO+tQ3XksUKF27RElNK1SqHLt1Oryr5frb23briysHzCqaqGy5ylhNKNoIfY&#10;hqCX2YeeotOHmKXPh5Woy4eTqsiIka3FiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KI&#10;kK/CiJCvwv+oGAL/qSMP/6cyJf+jQD7/pkNS+6tBY/CxP3Pntz2C3r47j9bEP5rMxUqmvLxdsrG1&#10;b7uqsH3Do6uEyZang86KpIbTgaOQ1YGln9KCoaXPgpyozIOZqsmElqzGhZSuw4WUrsOFlK7DhZSu&#10;w4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw/+pGAL/qiMP/6gxJf+kPz7/qEBR/K88YfO2OXDqvzd9&#10;48o1h9TRN5W+wkupsLlgtai0cL2jsH7Cna2Ex5KqhMuIp4bOgKaN0H2nmNB9qKTOfqSoy3+fqsmA&#10;m6vGgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxP+qFwL/qiIP/6gwJf+l&#10;Pj7/qztP/7Q3Xfa9M2rryjF13NopgsTOOJmywU+rp7hjt6G0c7yesX/BmK+ExI+shMiHqofKgKmM&#10;zHypk8x6qpzLeaumynqnqsh8oqvHfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E&#10;fZ6txP+qFgL/qyEO/6kuJf+nPD7/sDZM/LowWe/ILGLe2Sdty9wmhrbMPJuowVSrn7lmtpu1dLyZ&#10;sn+/lbCEwo2vhcSGrYfGgayLyH2skMh7rJjIea2fx3etp8d3qqzGeaWtxHmlrcR5pa3EeaWtxHml&#10;rcR5pa3EeaWtxHmlrcR5pa3EeaWtxP+rFQL/rCAO/6stJP+rNjv/ti9I88QoUeDWJlbM5CJxu9oo&#10;iKrMQZufw1epmbxpspa3drmUtIC9kbKFwIuxhsGGsIjDga+LxH6uj8V7rpTFeq+axHivoMR1r6fE&#10;dK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw/+sFAL/rR8O/6wrJP+wLzf6&#10;vyVB5NEgRc7kHVu96SJ0rdosiZ/ORZmXxlqkk8BqrZG7drOQuH+3jbaEu4m0hr2Fsoi/grGLwX+x&#10;jsF8sZLCerGWwXmxm8F4sqHAdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGn&#10;wf+uEgH/rx0N/64oJP+4JDHqyxo10OIXQ7/wHV6v6CV1oNsxh5bRSJSQylyejcVqpYvBdqqJvn2v&#10;hbyAsoK6g7R+uYa2fLiJt3m3jLh3t4+5draTunW2l7p0tp26c7ekuXO3pLlzt6S5c7ekuXO3pLlz&#10;t6S5c7ekuXO3pLlzt6S5c7ekuf+wEAH/sRoN/7ElI/PEFyfU3xArwe8XSLD3IGCh6itzld85go3X&#10;TI2I0V2Vhsxqm4TJdKCAxnmkfcR9pnrCgKl3wYOqdcCGrHO/iq1xv42ub76Qr26+lK9svpmva76g&#10;r2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr/+zDgH/tBYM/LwXGtbWCxbD7RAw&#10;svwZSqL5JV6W7TNujOVBeoXeT4OB2V6Kf9Vqj3rScJN2z3WXc855mXHMfZtvy4CdbcqEnmvJh59p&#10;yYqgaMiOoWfHkqJlx5aiZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco/S2&#10;CgH/uBIL1cwKC8TbChmy/BEzo/8dSJb8LFiM8ztlhOxJb37nVXZ642B8dd9ngXHdbYRt23KHatl2&#10;iWjYeotm132NZNaBjmPVhI9h1IiQYNOLkV/Tj5Je0pSSXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmT&#10;XNKZk1zSmZNc0pmTXNKZk9y7BADYwwcExNEIB7PoChyj/xQxlv8kQ4z/NFCE+0JaffZPYnjxWmhx&#10;7l9ta+tkcWfpaXRk5252YuZzeGDld3lf5Hp7XeN+fFzigX1b4oV+WuGIf1ngi4BX4JCAVt+VgVbf&#10;lYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgdS9BQDEyAcAtNkFCqP+DRyW/xosi/8r&#10;OoP/OkR8/0hNdf9SU279V1hn+l1cY/diX2D2Z2Jd9GtkW/NvZVnyc2dX8XdoVvF6aVXwfWpU74Br&#10;U++Ea1Luh2xQ7ottT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2QbsbABQC0&#10;0AQBo+MCCpb/EBiL/yAkgv8wL3r/Pzdy/0g+av9OQ2T/VEhe/1lMW/9fT1j/ZFJV/2lUU/9tVVL+&#10;cVdQ/XRYT/x4WU77e1pN+39bTPqDXEv5hl1J+YteSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQ&#10;X0j4kF9I+JBfSPiQX7XHAgCk2gABlv8GB4r/FBGB/yQaef8zInD/Oypo/0IxYf9KNlz/UTtX/1c/&#10;U/9dQlD/YkRO/2dGTP9sSEr/cElJ/3RKSP93S0b/e0xF/39NRP+DTkP/h05C/4tPQf+RUEH/kVBB&#10;/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUP+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuM&#10;a2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCy&#10;q8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL&#10;/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TO&#10;daKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+P&#10;ltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCq&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2Py&#10;inJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8tw&#10;tqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+SEgH/licK/5Y7&#10;HP+USzD/kFlD/49jVPqOaWTxjXBy6Yt6fuKJgonchYmS2IKOmdR/k57RfZeiz3ubps15nqjMd6Kq&#10;y3alrMp0qa3Jc62uyXKyr8lxt6/IcbyvwnO9rr50va++dL2vvnS9r750va++dL2vvnS9r750va++&#10;dL2vvnS9r/+TEgH/lycK/5g7HP+VSzD/kVlE/5FgVfqQZmTwj21z6I13gOGMgIvbiIeU1YWNnNKC&#10;kaHPf5amzH2Zqct7nazJeaGuyHelsMd2qbHGda2yxnSys8ZzubPCdbqzvHW6s7h2urO4drqzuHa6&#10;s7h2urO4drqzuHa6s7h2urO4drqzuHa6s/+UEQH/mCcK/5k7HP+WSzD/kllE/5JeVfqSZGXwkWp0&#10;549zgeCOfYzZi4WW1IiLntCFkKTNgpSpyn+Yrch9nLDHe6CyxnmktMV4qLXEdq62xHW0tsF2t7a8&#10;d7e2t3e3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3tv+VEQH/mScK/5k7HP+X&#10;SjD/k1hE/5RcVfqUYWXwk2d055Fwgt+Peo7YjYOY0ouKoM6Hj6fLhJOsyIGXsMZ/m7PEfZ+1w3uk&#10;t8J5qbnCd6+5wna1ubx4tri4eLa4s3i2t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3&#10;sHm3t/+WEQH/micK/5o7HP+XSjH/lFVE/5ZZVfqWXmXwlWR055Nsgt6Rdo7Yj3+Z0Y2Ios2KjqnJ&#10;h5KuxoSWs8SBmrbCfp+5wnukusF5qrrBd7G6vXi1urd4tbmzebW5r3m2uKx6tresera3rHq2t6x6&#10;tresera3rHq2t6x6tresera3rHq2t/+XEQH/myYK/5s7HP+YSTH/llNE/5hXVfqYW2Xwl2F055Zo&#10;gt6Tco/WkXua0I+Eo8uNjKvHipGxxIaVtsODmbjBf566wXuku8B5q7y/d7O8uHizu7J5tLuuebW6&#10;q3q1uah7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uP+XEQH/myYK/5w6HP+YSTH/&#10;mFFE/5pUVPqbWGTwml1055hjgt6WbY/Wk3ea0JGApMqPiazGjY+zw4mUt8KEmLrAf568v3ulvr95&#10;rr65eLK+snmyva16s7ype7S6pnu1uaR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2&#10;uP+YEQH/nCYK/5w5HP+ZSDH/mU9E/5xSVPudVWPxnVpz55tfgd6ZaY/WlnKaz5N8pcqRha3FkI20&#10;w4uSuMGFlru/gJ2+vXulwbt5r8GyerDArHuxvqh7s72lfLS7on21uaB9trigfba4oH22uKB9trig&#10;fba4oH22uKB9trigfba4oH22uP+ZEQH/nSYK/505HP+ZRzH/m01D/55PU/ufUmPxoFZy6J9bgN+d&#10;ZI7Xmm2a0Jd3pMqUga3Fkoq1wo6Qub+Hlb29gJzBu3unxLN6rcSre6/Cpnyxv6N9sr2gfrS7nn+1&#10;uZx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uP+ZEQH/niYK/504HP+aRzH/nEtC&#10;/6BNUvyiUGLyo1Nx6aNXf+ChXozYnmeY0Jtxo8qYe63FlYW0wpKNur6Kkr+6gZvFt3ypyat8q8ek&#10;fa7DoH6wwJ1/sr2bgLO7mYG1upiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uP+a&#10;EQH/niYK/544HP+aRjL/nklC/6JKUf2kTWDzplBv6qdUfeGmWIrapGKW0qFrocuddavGmoCzwpiK&#10;uryOj8K2g5nLrH2mzqJ/qsmdgK3EmoGwwJiCsr6Xg7O8lYO1upSDtriUg7a4lIO2uJSDtriUg7a4&#10;lIO2uJSDtriUg7a4lIO2uP+aEQH/nyYK/543HP+bRjL/n0dB/6RIUP6nSl/0qUxt66tQe+OsVIfc&#10;q1yT1Kllnc6mb6fIo3qww5+EuLuWi8SwjJnOoIOk0ZmEqcqWha3FlIWvwZOFsb6ShbO8kYW0upGF&#10;tbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uf+bEQH/nyYK/583HP+bRTL/oUVA/6ZG&#10;T/+qR132rUlr7bBMeOazT4PftFWO2bVfl9O1aaDOtXanwat8trCfhcShlZLOlI6j0pCLqMuPiqzG&#10;joqvwo6Jsb+OibK9joi0u46ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uf+bEQH/&#10;oCYK/582HP+cRDH/o0M//6hDTv+tRFv4sUVo8LZIdOm7TH7jwFGH38ZbjtbIa5TGvXGmtbN4taWo&#10;gcOUn43NiZyi0oeUp8yIkavHiY+uw4mOsMCJjbK+ioyzvIqLtLqKi7S6iou0uoqLtLqKi7S6iou0&#10;uoqLtLqKi7S6iou0uv+cEAH/oSYK/6A2HP+eQjH/pUA+/6tATP+xQFn6t0Fk871Eb+7FSXflzlJ8&#10;3dZif8zOaJK8xW6kq7t2tJqxf8GKqorLf6edz4CfqMyCmavHg5WtxISTr8GFkbG/ho+zvYeOtLuH&#10;jrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u/+dEAH/oiYK/6A1HP+gPzD/pz09/648Sv+1&#10;PFX6vT1g8MZCZ+bRSmze3k52zdpXh77QYpauxW6lobx5spW0g72GrYjGe6qUynirqMl7oqvHfpyt&#10;xICZr8KBlrDAgpSyvoOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvP+eEAH/oiYK&#10;/6E0HP+iPC7/qjo7/7I4R/y7N1HyxTpY5tFBXNveQmnN4kZ8vtdRjK7MX5uhw22omLx5spG1hLuF&#10;sYnCfK6RxXiun8V1razFeKWuxHqgr8J8nLDAfpmxvn+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+W&#10;sr1/lrK9f5ayvf+eEAH/oyUJ/6I0HP+lOS3/rjU4/7gzQvTDM0rn0DhO2d45WsvmPW6+4EKArtRQ&#10;kKHLX52Yw22okb15sYu4g7iDtIi9fbGQwXmxmsF1saXBcq+vwnWor8F3o7DAeZ+xv3ucsr17nLK9&#10;e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvf+gEAH/pCQJ/6MyHP+oNCv/sy80+b8tPOnNL0DZ&#10;3i9Kyuc0X73qOnOv3kGDodNRkZfLYJ2QxG6mjL96rYa7gbN/uIe4eraNu3e1lbx1tZ+8crSovW6z&#10;sr5xrLK+dKeyvnajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvf+hEAH/pSMJ/6Qx&#10;HP+tLif/uSkv7sgmM9rcJjfK5yxPvfIyY6/oOXWh3UKEltRTkI/NYpqKx3CihsN6qIC/gK17vYWx&#10;druLtHO5krVxuZq2cLmjtW25q7ZquLS4a7K2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strhu&#10;rLa4bqy2uP+jEAH/pyIJ/6UvG/+zJyL0wiEm3dgdJMvnIzy98ipTr/MyZqHnO3aV3kaDjdZWjYfQ&#10;ZJaEy3Gcf8h4oXrFfqV2woOpcsGJq2+/j61sv5aua76drmq/pq5ov66uZb24sGW5u7BlubuwZbm7&#10;sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sP+lEAH/qCAI/6wmF/y7HRrj0RMZzOUZKb3yIkGv/SpV&#10;ofM0ZpbpP3SM4Ut/hdtZiIDVZo980W+Ud852mXPLfJxwyYGfbciHoWrHjKNoxpKkZsWZpWTFoKVk&#10;xailY8aypGDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pv+oEAD/qh4I/7MdEezJ&#10;Dg/O4w4VvvIYLa/+IkOh/y1VlvQ5ZIzsRW+E5VF5fuBcgHncZ4Z02W6KcNZ0jmzTeZFp0n+TZ9CE&#10;lWTPipdizo+YYM2VmV/NnJpezaKbXc2rm1zNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSa&#10;XM20mv+rDwD/rRoH8sANCM7TCga+8A4ar/4ZMKH/JEOV/zJSi/g/XoPxS2h97FZwd+hfdnHkZXps&#10;4Wx+ad9ygWbdeIRj3H2GYduCiF/ah4ld2YyLW9iSjFnXmI1Y1p6NV9aljlbVrI5W1ayOVtWsjlbV&#10;rI5W1ayOVtWsjlbVrI5W1ayOVtWsjv+vDQD/tw4DzckIAb7YCQmu/RAcof8cL5X/KT+L/zdMgv5F&#10;Vnz5UF519FlkbvFfaWjuZG1k62pwYepwc1/odXVd53p3W+Z/eFnlhHlY5Il7VuOOfFXik31U4ph+&#10;UuGeflHhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf/G0CADOwAYAvc4HAa7gBwug&#10;/xIclP8gK4r/LziB/z1Dev9JS3P/UlFs/ldXZftdW2H5Y15e92hgW/VtYlj0cmRW83dmVfJ7Z1Px&#10;gGhR8IRpUPCJak/vjmtO7pNsTO6ZbUvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2f&#10;btG5AwC8xQUArdYDAZ/4CwuT/xYYif8kJID/NC95/0E3cP9IPmj/T0Ni/1VHXf9aS1n/YE1W/2VQ&#10;U/9qUVH/blNP/3JUTv92VUz+e1ZL/X9XSf2EWEj8iFlH+41aRvuTW0X6mFxF+phcRfqYXEX6mFxF&#10;+phcRfqYXEX6mFxF+phcRfqYXL29AwCtzQEAnt8AAZL/DQiH/xkSfv8pG3X/NSNs/zwqZP9DL17/&#10;SjRY/1A3VP9WOlH/WzxO/2A+S/9kQEr/aEFI/2xCRv9wQ0X/dERE/3hFQv99RkH/gUdA/4ZIP/+M&#10;ST3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSq7FAACe1wAAj/UAAYb/DwR8/xsL&#10;cf8kEWf/LBdf/zUcWf89IVT/RSZP/0spTP9SLEj/Vy9G/10wRP9hMkL/ZjNA/2o1P/9uNj3/czc8&#10;/3c4O/98OTr/gTo4/4Y6N/+MOzb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPP+D&#10;EwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426e&#10;iOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/u&#10;d4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn&#10;0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4Fe&#10;Qv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR&#10;3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+EEwH/&#10;hSIG/4Y1FP+ERiT/gFU0/4RdQ/+FZVD/g21d+IB1aPJ9fnHseoZ56HeNf+V1k4XicpiJ4HCdjN9u&#10;oo7dbKaQ3Gurkttpr5TaaLWV2me7ldpmw5baZsyW02jPlsxpz5XIas+WyGrPlshqz5bIas+WyGrP&#10;lshqz5bIas+WyGrPlv+FEgH/hyIG/4c1FP+FRiT/hFQ1/4hcQ/+IZFH+h2te94NyafGAfHPrfYV7&#10;53qMguN3kofgdJeM3nKcj9xwoZLbbqaU2WyqltlqsJjYabaZ12i9mddoxprTaMyazGrMmcZrzJrC&#10;bMyawmzMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmv+GEgH/iCEG/4g1FP+GRiX/h1M1/4tbQ/+M&#10;YlH+impe9odxavCEenTqgIN95X2KhOJ6kIredpaP3HSbktpxoJXYb6WY1m2rmtVrsJvVarec1Gm/&#10;ndRpyZ3Ma8qdxmzJncBtyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnf+HEgH/iSEG&#10;/4o1FP+IRiX/ilI1/45aQ/+PYVH+jmhe9otvau+HeHXphIF+5ICIhuB8j4zdeZSR2naaldhzn5nV&#10;cKWb1G6qntNtsZ/Sa7ig0mvCoc1sx6HGbsehwG7Hobtvx6G4cMehuHDHobhwx6G4cMehuHDHobhw&#10;x6G4cMehuHDHof+IEQH/iiEG/4s1FP+JRiX/jVE1/5JYQ/+SXlH+kGVe9o5sa++LdXboh36A44SG&#10;iN5/jY/be5OU2HiZmdV1npzTcqSf0XCqotBusqPQbbqkzmzEpcZvxKS/cMSlunHEpbVxxKWycsSk&#10;snLEpLJyxKSycsSksnLEpLJyxKSycsSksnLEpP+JEQH/iyEG/4w0FP+KRiX/kE80/5RWQ/+UW1H+&#10;k2Fe9pFoa+6OcHboi3uA4oeDid2DipHZfpGX1XqXnNN3naDQdKSjz3Gqps5vs6fNbr2ox3DCqL5x&#10;wam4csGptHPBqa90wqitdMKnrXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp/+KEQH/jCEG/400&#10;FP+LRib/k040/5ZTQv+XWFD+ll5e9pRkau6SbHbnj3aB4YyAityHiJLYgo+Z032Vn9B5nKPOdaOn&#10;zHKrqstwtKvIcL+sv3O+rLd0vq2ydb6srna/rKp2v6uod8CqqHfAqqh3wKqod8CqqHfAqqh3wKqo&#10;d8CqqHfAqv+LEQH/jSAG/440FP+NRSb/lk0z/5lQQf+aVU//mlpd95hgae+VaHXoknCA4Y97ityL&#10;hJPWhoya0oCToc57mqbMd6KqynSrrshyuK/AdLyvt3W8sLB2vLCrd7yvqHi9r6V5vq2jeb6to3m+&#10;raN5vq2jeb6to3m+raN5vq2jeb6to3m+rf+LEAH/jiAG/480FP+PRCX/mEoz/5tNQP+dUU7/nVdb&#10;+JxcaPCaY3Tol2p/4pN1ityPgJPWiomb0YSQo81+mKnJeaKux3WtscR0urO3drmzr3i5s6p5urOm&#10;erqyo3u7saB7vLCffL2un3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rv+MEAH/jyAG/5A0FP+S&#10;QyX/mkgy/51KP/+fTk3/oFNa+aBYZvGfX3LqnGV945hviNyTepLWj4Sb0IiNo8uBlqvHe6GxxXaw&#10;tbp3t7avebe2qHq4tqN8uLT/4v/iSUNDX1BST0ZJTEUABQmgfLmznn26spx+u7Gbfrywm368sJt+&#10;vLCbfrywm368sJt+vLCbfrywm368sP+NEAH/jyAG/5E0FP+UQyT/m0Yx/6BIPv+iS0v/pFBY+qRV&#10;ZPOkWnDromF75J9phd6ac5DXlX6Z0I6Io8qFk6zEfaC0vXiwua95tbmme7a4oX23tp1+uLWbf7m0&#10;mX+6s5iAurKXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sf+NEAH/kCAG/5E0FP+XQiT/&#10;nUMw/6JFPf+lSEn/qExV/KlRYfWqV2zuqV1356hjgeGkbYvWnnmWy5WDosCLjq22g5q2rn6qu6R8&#10;s7yefrW6moC3t5iBuLWWgbm0lYK6s5SCurKTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7&#10;sf+OEAH/kSAG/5I0FP+ZQSP/n0Ev/6RCO/+oRUf/rElT/q5OXvWwU2jsslpy5LNhe9uvboTMpnaU&#10;wJx+orSSiK6pipS3oIWkvZmCsb6Vg7S7k4S2uJKEuLaRhLm0kIS5s5CEurKQhLqykIS6spCEurKQ&#10;hLqykIS6spCEurKQhLqykIS6sv+PDwH/kiAG/5M0FP+aPyL/oT8u/6dAOv+sQkX/sEZQ+bNLWvC3&#10;UmPou1lr371kctG2bILErHOTtqN6oaqZg66ekpC3lI2fvo6Lsb+MibO8jIm1uYyIt7aMiLi1jIe5&#10;tIyHurOMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qyjIe6sv+PDwH/kh8G/5Q0FP+cPSH/ozwt&#10;/6o9OP+vQEL/tERM9bpJVey/UVzkxlph2MVib8m8aYG7snCSrap3oKChgK2Tm4u3iZabvYOVr7+E&#10;kbO8ho61uYeNtreHjLe2iIu4tYmKubSJirqyiYq6somKurKJirqyiYq6somKurKJirqyiYq6sv+Q&#10;DwH/kx8G/5U0Ff+eOyD/pTkr/6w6Nf+zPT/7ukJH8cFITujJUVLf0VtZz8pgbcHCZ4CyuW2QpLF0&#10;n5eqfauKpIi1f6CXu3ifrL58mrO8f5W0uoGStriDkLe3hI+4tYSNubOFjbqyhY26soWNurKFjbqy&#10;hY26soWNurKFjbqyhY26sv+RDgH/lB8G/5YzFf+gOB//qDYp/7A4Mv+4Ojv2wD9B7MpHRePWVEXW&#10;2VdYx9Bea7jIZH6qwWuOnLpynI60eqiAroWydquUuG+rqbpypbW6d521uXqZtrd9lre2fpO5tH+R&#10;urKAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sf+SDgH/lR8G/5czFf+iNR7/qzMn/7Q0&#10;L/m+NjXtyT044tZIONngTUXN31ZWv9hcabDQYnuhyWiLk8NvmYW+d6R4uoOtbriTs2i4qLZpsri2&#10;b6e3tnOhuLV2nLm0eJm6s3qWu7F7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sP+TDgH/&#10;lh8F/5kzFP+lMBz/rzAj/bovKfDGMi3j1Dss1uBAOsvlSEzA4U5cs91WbKXYXXqY0mWIis5tlH3J&#10;dp9zxIOnbMCRrGe+oa9lvravZrS7sWuru7FupbuxcaC8sHOdva90mr2udJq9rnSava50mr2udJq9&#10;rnSava50mr2udJq9rv+UDgH/mB4F/50xEv+pLRn/tCoe9cIpIuTRLSHV4DMsyeg8P77oQ1Gx5Ulh&#10;pOJPcJffVn2K2mCIgNNrknjNd5pwyIKhasWOpWbDm6hlw6ynYcK9qmO4v6tmsL+saaq/rGylv6tt&#10;osCqbaLAqm2iwKptosCqbaLAqm2iwKptosCqbaLAqv+VDQD/mh4F/6IsEP+tKBX7uyMY6M0gF9Xf&#10;JR3I6DAxvO85RLDsQFWj6kZkl+hNcYvjVX2B3GGGedVsjnLRd5VszYGaZ8qLnmTIlqBhyKOhYMiz&#10;oV3Hw6NfvsSlYbbDpWSww6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpf+XDQD/nB4F&#10;/6YmDf+0IA/vxhcP1t0WDsjpIyK78y42r/Q2SKLyPliX8UZli+tPcIHlWHp632SCc9ptiG3Wdo1o&#10;03+SZNCIlWDPkphezp2ZXM2pmlvOuZlZzciaWsXKnFy9yZ1euMmeXrjJnl64yZ5euMmeXrjJnl64&#10;yZ5euMmeXrjJnv+aDAD/nx0F/6wfCPi+EwjY1gsEyOgVE7r0Iieu+i05ovo2Spb6P1iL9Uhjgu5S&#10;bXroXHVy5GR7beBtgGjddYVk2n6IYNiGi13Wj41a1ZiPWNSikFfUrpFW1LyQVtTNkFbN0ZJXyNGT&#10;V8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk/+cCwD/ox0E/7USA9TJCgLI2gsGufQWF6z/Iyqh&#10;/y47lf84SYv/QlWC+ExfevJWZ3PuXm1r6mRyZudsd2LkdHpf4nx9XOGDf1rfi4JX3pODVd2chVTc&#10;pYZS3K+GUty7hlHczIVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahf+gCgD/rRMB1MAI&#10;AMbOCAC54wsIq/8XGZ//JCqU/zA5iv86RYH/Rk96/VFYcvhYXmv1XmNl8mVoYO9sa13tcm5a63lw&#10;V+qAclXph3RT5492UeaWd1DmnnhO5ad5TeWvek3ku3pM5MV6TOTFekzkxXpM5MV6TOTFekzkxXpM&#10;5MV6TOTFev+kBwDYuAQAxMQGALfTBwGq8w0Lnv8aGpP/JyiJ/zM1gP8/P3n/Skdw/1FOaf9XU2L9&#10;XVde+2RbWvlqXlf3cGBU9nZiUvR8ZFDzg2VO8opnTPGRaEvwmGlK8J9qSe+na0jvsGxH7rdsR+63&#10;bEfut2xH7rdsR+63bEfut2xH7rdsR+63bN2vAADFvAQAtcoEAKjbBQKc/xALkf8dF4f/KiN+/zYt&#10;dv9BNm3/SDxm/09CYP9VRlv/W0pX/2FMU/9nT1H/bVFO/3JSTP94VEr/flVI/oRWR/2LWEX8kllE&#10;+5haQ/ufW0L6p1xB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXMi2AQC1wQMAp9EBAJnr&#10;BQKP/xIJhf8gEnz/LBtz/zUjav89KmL/RDBc/0s0V/9SOFP/WDtP/149TP9jP0r/aEBH/21CRf9y&#10;Q0T/d0RC/31FQP+DRj//ikg9/5BJPP+XSTv/nko7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NL&#10;O/+jS7a6AgCmygAAmNwAAIz/CAGD/xQFeP8eDG7/JhJl/y8ZXf83Hlf/PyJS/0YmTf9MKEr/UitG&#10;/1gtRP9dLkL/YS9A/2YxPv9rMjz/cDM6/3U0Of96NTf/gDY2/4Y3Nf+MODP/lDgz/5g5M/+YOTP/&#10;mDkz/5g5M/+YOTP/mDkz/5g5M/+YOafDAACX1AAAiOQAAID/CgFy/w4CZ/8TBV//HQlX/yYNUf8v&#10;EUz/NxVH/z4XQ/9FGUD/Sxs9/1AdO/9VHjn/WR83/14hNf9iIjT/ZyMy/2wkMf9yJS//dyYu/30n&#10;Lf+EKCv/iykr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKf92FQL/cyAE/3IxDP9xQxn/&#10;cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat17mCwdu5e&#10;tXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDjedVg43nVYON51WDj&#10;ef92FQL/cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu&#10;8mOhcfFipnPvYat17mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nV&#10;YON51WDjedVg43nVYON51WDjef92FQL/cx8E/3QxDf9yQhn/dE8n/3hYM/95YD//d2lK/3NxVP9x&#10;fFz7boZj92uOafRplG3yZ5tx8GWgdO9kpXbtYqp47GGweetgtXvrX7x86l7EfepdzX3nXdl94V/e&#10;fdpg4HzRYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhff93FQL/dB8E/3UxDf9zQhr/d00n&#10;/3tWNP98X0D/emdL/3dvVf5zel76cYNl9m6Ma/Nrk3DwaZlz7mefd+xlpXnrZKp76mKvfelhtX7o&#10;YL1/6F/FgOhe0IHiX9qA22HegNJi34DLY9+BymTfgcpk34HKZN+BymTfgcpk34HKZN+BymTfgf94&#10;FAL/dR8E/3YxDf90Qhr/ekwn/39VNP+AXUD/fmVM/3puVv52d1/5dIFm9XCKbfFtkXLua5h27Gme&#10;eetnpHzpZal+6GOvgOditoLmYb2D5mDHhOVf04TdYdqE02Pdg8xk3ITGZdyExWXchMVl3ITFZdyE&#10;xWXchMVl3ITFZdyExWXchP95FAH/dh4D/3cwDf92Qhr/fksn/4JTNP+DXED/gmRM/39sVv16dGD4&#10;d39o83OIb/Bwj3TtbZZ56mudfOhoo3/nZqmC5WWvhORjtoXkYr+H42HJh+Bh1YfVZNqHzWXaiMdm&#10;2YjBZ9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiP96FAH/eB4D/3kwDf94QRr/gUkn/4ZS&#10;M/+IWkD/h2JM/4NpV/x+cWH3e3tp8neFce5zjXfrcJR86G2bgOZqooPkaKiG42aviOJkt4rhY8GL&#10;4WLOi9hk1ovNZtaLxmfWjMBo1oy7adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjP97EwH/&#10;eR0D/3owDf98Pxr/hUgm/4pQM/+MWED/i19M/4hnV/yEbmH2f3hq8XuCcu13innpc5J+5m+Zg+Rs&#10;oYfiaqiK4GevjN9luI7eZMSP22TSj85n04/GaNOQv2rTkLpr05C1bNOQtGzTj7Rs04+0bNOPtGzT&#10;j7Rs04+0bNOPtGzTj/98EwH/eh0D/3swDf9/Phr/iUYm/49OMv+RVj//kF1L/45kVvyJa2H2hHNr&#10;8H9+c+x7h3rodpCB5HKXhuFun4rfa6eO3WiwkNxmu5LbZcqT0GjRk8Zq0JS+a9CUuGzQlLNt0JSv&#10;btGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk/99EgH/exwD/3wvDf+DPBn/jUUl/5NNMf+V&#10;Uz7/lFlK/5JgVf2PaGD2inBq8IR5dOt/g3zmeoyD4nWViN9xno3dbaeR22mxlNlnv5bUZ86Xx2vN&#10;mL1szZi2bs2YsG/NmKxwzpepcc6WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlv9+EgH/fBwD&#10;/34vDf+GOxn/kUMk/5ZLMP+YUDz/mFVI/5ZcVP2TY1/3j2tp8Ip0c+uEf3zmfomE4XiSi91znJDa&#10;bqaV2GqzmdZoxZvJa8ubvW7KnLRvypyuccqcqnLLm6Zzy5qjc8yZonTNmKJ0zZiidM2YonTNmKJ0&#10;zZiidM2YonTNmP9/EgH/fRsD/38vDf+JOhj/lEIj/5lHL/+bTDv/nFJG/5tYUv+ZX134lWZo8ZBu&#10;cuuKeXvlg4SE4HyPjNx2mpPYb6aZ0mu1nc5qyJ++bsifs3HHoKxyx6CndMifo3XJnqB2yp2edsub&#10;nXbLmp12y5qddsuanXbLmp12y5qddsuanXbLmv+AEQH/fhsD/4AvDf+MOBj/l0Ai/5xELf+fSTn/&#10;oE5E/6BVT/yeW1r1nGJl7pdqb+iRdHnhin+D2YOKjM97lZXIdaCcw3Cuob5vv6OzcsWjqnTFo6R2&#10;xaOgd8ahnXjHoJt4yJ6ZecqdmHnKnJh5ypyYecqcmHnKnJh5ypyYecqcmHnKnP+AEQH/fxsD/4Ev&#10;Df+PNxf/mj8h/59CLP+iRjf/pExC/6RSTPekWFfvo19h56Bma+CacXXVk3yBy4qFjcOCj5a7e5qe&#10;tXanpLB0uKeodsKnoXjDpp15xKWaesWjmHvGopZ7x6CUe8melHzJnZR8yZ2UfMmdlHzJnZR8yZ2U&#10;fMmdlHzJnf+BEQH/gBsD/4IuDv+RNhb/nDwg/6FAKv+lRDT/qEo/+qlQSfKqVlLqql1c4qlmZtei&#10;b3LLmXiBwZCBjbiIipevgZWgqHyipqN6sqmeesGpmXzBqJZ9w6aUfsSkkn7Fo5F+x6GQfsifkH7J&#10;npB+yZ6QfsmekH7JnpB+yZ6QfsmekH7Jnv+CEQH/gRsD/4QuDf+UNRb/njoe/6Q+KP+oQjL/rEc7&#10;9q9NRO2xVE3ls1tV3LBlYc6obHHDn3SAuJZ8ja6PhpiliJGhnYOdp5eArauTgL+rkYHBqY+BwqeO&#10;gcOljYHFo42BxqKMgcifjIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn/+CEQH/gRoD/4YtDf+W&#10;NBX/oDkd/6Y8Jv+rQC/7sEU48rRLP+m5U0bhvVxN07ZiYMataXC7pXF/sJ15jKWVgpebj42hk4qZ&#10;p4yHqauIh7+siIfAqoiGwqiIhcOmiIXFpIiExqKIhMigiITIn4iEyJ+IhMifiITIn4iEyJ+IhMif&#10;iITIn/+DEAH/ghoD/4grDP+ZMhT/ojcb/6k5JP+vPSz3tUIz7btJOeXCUj7awlhMzLpgX7+yZ2+z&#10;q25+qKN2i52cfpeSl4mgiZKWp4KPpat+j7qsgI3AqoGLwqiCisOmg4nFpIOIxqKEh8ighIfIn4SH&#10;yJ+Eh8ifhIfIn4SHyJ+Eh8ifhIfIn/+EEAH/gxoD/4sqDP+cMRL/pTQa/6w2If6zOijzu0At6cNI&#10;MeHLUTfSx1ZLxcBeXbi4ZW6ssWx9oKpzipSke5WKn4aegJuSpXmYoqp0mLerd5XBqXqRwqd8j8Ol&#10;fY3Fo36MxqF/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn/+FEAH/hBoD/44oC/+fMRH/&#10;pzIX/7AzHfm5NiLuwj0m5s1HJtvTTDXLzFRJvsVcW7G+Y2ykuGp6mLJxh4yseZOBqIKcd6SPo3Ci&#10;n6dsorSobp/Cp3KZw6Z1lcSkd5LGoniQx6F6jsifeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsmeeo7J&#10;nv+GEAH/hRkD/5EmCv+hLw//qy4V/7UvGfS/Mhzpyzoc39lEHdHaSjPE0lJHt8taWanGYWmcwGd4&#10;kLpuhIS2do95soCYb6+Nn2itnaNkrbKkZarFpGqixaNtncaicJnHoXKWyJ90k8mddZPKnXWTyp11&#10;k8qddZPKnXWTyp11k8qddZPKnf+HDwH/hxkD/5UkCf+kKw3/rykR+rspE+zILBPe2DcQ0+FBHsnf&#10;STC82lFEr9NYVqHNX2aUyGV0iMRsgHzAdIpxvX+TabuMmWK5nJ1eurGeXbjJnmKuyJ9mpsifaaHJ&#10;nmudyp1umsubbpnLm26Zy5tumcubbpnLm26Zy5tumcubbpnLm/+IDwH/iRkD/5ojB/+oJwr/tSIM&#10;8cQgDODVJAnR4TAUx+Y9JL3jRjSy4E5EptxWUpnXXWGM0mNvgM9renTMc4Rryn6LYsiMkVzInJVZ&#10;yLGWV8jOllu7zZhessyZYavMmWSmzZlnos2YZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl/+K&#10;DgH/ixgD/58hBf+uIAb4vRgG49ETBNDhHgnF6i4Zuuk6KbDnQzmk5EpImOJQVozgV2KA3V9sdtto&#10;dWzacn1j2H6DXNiMiFfYnYtU17CNVNjNjFXL049XwNKRWrjRk1yy0ZNfrNGTYKrRk2Cq0ZNgqtGT&#10;YKrRk2Cq0ZNgqtGTYKrRk/+MDgH/jxYC/6UeA/+1FQPaygsC0OEOAsTrHg247ywdre43LqLsQD2X&#10;60hKjOlPVoHoVmB2515pbOdlcGTmcHde43x8WeCJgFbel4NT3aaEUdy4hVHd1IRT0NqHVMbYiVa/&#10;14pYuNaLWbbWi1m21otZttaLWbbWi1m21otZttaLWbbWi/+ODQD/lxIB/60VAdm/CQDMzgkAw+sO&#10;BLb1HhGr9SwhofQ3MJbzQD6L80hKgfNQVHfzV11t811kZfBmal/tcG5a6npyVueFdlPlkXlR5J57&#10;T+OsfE3jvXxN49l8UNjgfFHO4H9Sxt6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6BU8Tegf+SDAD/&#10;oA0A27cGAMrDBwDA0gkAtfQQBqn7HxSf/CwjlPw3MYr8QT2B/UlHeP1RUG79V1dl+l5cYPZmYVv0&#10;b2VW8XhoU++Ca1DujG1O7JdvTOujcUrqsHJJ6sFySOrYckvj5HJO2OZzTtXndE7V53RO1ed0TtXn&#10;dE7V53RO1ed0TtXndP+WCgDerAIAy7oFAL3HBgCy2AgBp/8SCJz/IRaS/y4jif85L4D/Qjl3/0pC&#10;bf9QSWX/Vk5f/15TWv5lVlX8bVpS+nVcT/h+X0z3h2FK9ZFiSPScZEbzpmVF8rNmRPLBZ0Py1GdF&#10;7udnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hnRuvoZ+6iAADNtAIAvL4EAK/NBACk3gcBmv8VCZD/&#10;JBWH/zAgfv87KnT/QjJr/0g5Y/9OP13/VUNY/11HU/9kSlD/a01N/3JPSv95UUf/glNF/4tUQ/6U&#10;VkH9nldA/ahYP/yzWT78v1o++9FaPfvbWj3721o9+9taPfvbWj3721o9+9taPfvbWtKtAAC9uAIA&#10;rsUCAKHVAgCW9wsCjf8YCIT/JhF8/zEacf84Imj/Pilg/0UvWv9MM1T/UzdQ/1o6TP9gPEn/Zj5G&#10;/21ARP90QkH/e0M//4NFPf+MRjv/lUc6/55JOf+nSjj/sUo3/75LN//CSzf/wks3/8JLN//CSzf/&#10;wks3/8JLN//CS7+zAACuvgAAoM0AAJLeAACJ/w0Bgf8aBXf/Iwxt/yoTZP8xGVz/OB5V/0AiUP9I&#10;Jkz/TylI/1UrRP9bLUL/YS8//2cxPf9tMjv/czM5/3o1N/+CNjX/izcz/5Q4Mv+cOTH/pDow/687&#10;MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7MP+yO7C4AACgxwAAkdgAAITvAAB8/w0Bb/8RA2b/GQZe&#10;/yEKVv8pD1D/MhNL/zoWRv9BGUL/SBs//04dPP9THjn/WSA3/14hNf9kIjP/aSMx/3AkL/93JS3/&#10;fiYs/4cnKv+PKCn/lyko/6AqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKqHCAACR0QAAguEA&#10;AHj/AABs/wgBYP8NAlf/EQNP/xgFSP8gBkP/KQg//zEKO/84DDj/Pg41/0QPMv9JEDD/ThEu/1MS&#10;LP9YEyr/XRQp/2MVJ/9pFiX/bxck/3cXIv9+GCH/hRkf/48aH/+RGh//kRof/5EaH/+RGh//kRof&#10;/5EaH/+RGv9oGQL/ZCME/18vBv9eQBD/Y0sa/2dUJf9oXS//Zmc5/2RyQf9ifUj/YIdO/12QUv9b&#10;mFb/Wp5Z/1ikW/9Xql3+VrBf/VW1YPxUvGH8VMRi+1PNY/lS3GP2UuZj8VPqY+xU7WPmVu9i4Ffw&#10;Y+BX8GPgV/Bj4FfwY+BX8GPgV/Bj4FfwY/9pGAL/ZSME/2AuBv9fQBD/Zkka/2pTJf9rXDD/aWU6&#10;/2dwQv9ke0n/YoVP/1+OVP9dllj/W51b/1qjXf1YqV/8V69h+1a1YvpVvGT6VcRl+VTOZfdT3Wbz&#10;U+Zm7lXqZudW7WXhWO5l21nvZttZ72bbWe9m21nvZttZ72bbWe9m21nvZv9qGAL/ZiIE/2EuB/9g&#10;PxD/aUgb/21RJv9uWzD/bGQ6/2luQ/9neUv/ZINR/2GMVv9flVr/XZxd/VuiYPtaqWL6Wa9k+Vi1&#10;ZflXvGf4VsVo91XPaPVU4GnwVeZp6VfqaOJZ7GjbWu1p01vuadNb7mnTW+5p01vuadNb7mnTW+5p&#10;01vuaf9qGAL/ZyIE/2IuB/9jPhD/bEYb/3FQJv9yWTH/cGI7/2xrRP9pdkz/Z4FS/2SLWP9hk1z9&#10;X5tg+12hYvpbqGX5Wq5n+Fm1aPdYvGn2V8Zq9VbRa/JV4WzsV+ds5Fnpa9xb62vUXOxszV3tbM1d&#10;7WzNXe1szV3tbM1d7WzNXe1szV3tbP9rFwL/aCED/2MtB/9nPBD/cEUb/3ROJv92VzH/dGA7/3Bp&#10;Rf9tc03/an5U/2aIWv5jkV77YZli+V+gZfhdp2j2XK1q9Vq0bPRZvW30WMdu8lfUb+5X4m/mWeZv&#10;3VzpbtNd6m/NXutwx1/rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcP9sFwL/aSED/2UtB/9rOhD/&#10;dEMb/3lMJv96VTH/eV08/3VmRf9wcE7/bXtW/2qFXPxmj2H6ZJdl92GfaPZfpmv0Xa1t81y0b/Ja&#10;vXHxWcly71jac+ha43PeXeZy017oc8tf6HTGYOh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHo&#10;dP9tFgL/aiAD/2YtB/9vOBD/eEEa/31KJf9/UjH/fls8/3tjRv92bE//cXdX/m2CXvtqjGP4ZpVo&#10;9WSdbPNhpG/yX6xx8F20c+9cv3XuW8t26lvdd+Bd43bTYOV3ymHleMRi5Xi+Y+V4umTleLpk5Xi6&#10;ZOV4umTleLpk5Xi6ZOV4umTleP9uFgL/ayAD/2gsB/9zNhD/fT8a/4JHJf+EUDD/hFg7/4FgRf98&#10;aU//dnJX/nF9X/ltiGX2apJq82abb/Fjo3LvYat17V+1eOxdwXnsXNB6413fe9Rh4nvKYuJ8wmTh&#10;fbxl4X23ZuJ8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifP9wFQH/bB8D/2ksB/93NA//gTwZ&#10;/4dFJP+KTS//iVU6/4ddRf+CZU//fG5Y/XZ4YPhyhGf1bY5t8WmYcu9moXbsY6t562C2fOlexH7n&#10;Xth/2GHffspj34DBZd6BuWfegbRo3oGwad+ArGnff6xp33+sad9/rGnff6xp33+sad9/rGnff/9x&#10;FQH/bR8D/2srB/97Mg//hjoY/4xDIv+PSy3/j1M4/41aQ/+JYk3/g2lX/XxyYPh2f2f0cYpu8GyV&#10;dO1on3nqZKp96GG3gOZfyILdYduDzGTchMBm3IW4aNuFsWrbha1r3ISpbN2DpmzdgqZs3YKmbN2C&#10;pmzdgqZs3YKmbN2Cpmzdgv9yFAH/bx4D/28pB/9/MA7/ijgX/5FBIf+USiz/lVE2/5NYQf+QYEv7&#10;i2dV9YRvX/B9emfrd4Vv53KQduNtm3zeaKaB2mWzhNVjxIbPZNqHwWfZiLdp2Imva9iJqm3ZiKZu&#10;2oejbtqGoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uFoG/bhf9yFAH/cB4D/3IoB/+CLg3/jjYW/5VA&#10;H/+ZSCn/mU80/5hVPvqWXEn0kmRT7YxrXeeFdmbhf4Fv23iMd9Nyln7NbaGEyWqticVou4vBaNCM&#10;tmvVja5t1Y2nb9aMo3DWi59x2IqdcdmJm3Lah5ty2oebctqHm3Lah5ty2oebctqHm3Lah/9zFAH/&#10;cB0D/3UmBv+GLA3/kTYV/5lAHf+cRif/nUwx/J1SO/ScWUXtmWBP5pRoWd+Oc2PVhn1uzX+HeMZ4&#10;kYDAc5uHu2+njLZttI+zbMiRrG7SkaVw05CgctSPnHPVjZl01oyXdNiKlnXZiZZ12YmWddmJlnXZ&#10;iZZ12YmWddmJlnXZif90EwH/cR0D/3gkBv+JKwz/lTUT/5w+G/+gQyT/okku96NQN++iVkHnoV1K&#10;351nVNSVb2LLjXhuw4WCebt/jIK1eZaJr3Whjqpyr5KmccGUoXPQlJx00ZKYdtKRlnfTj5R31Y2S&#10;d9aMkXjYipF42IqReNiKkXjYipF42IqReNiKkXjYiv91EwH/chwD/3sjBv+MKQv/mDQS/588Gf+j&#10;QSL7pkYq8qhNM+qpVDziqVtE16NjU8yabGLCk3Vuuot+ebKFh4Oqf5GKpHuckJ54qpSadruWl3fP&#10;lpR50JSRetGSj3rTkI561I+NetWNjHrXi4x614uMeteLjHrXi4x614uMeteLjHrXi/91EwH/cxwD&#10;/30hBf+OKQr/mzQQ/6I5F/+mPh/3qkQm7q5KLuWxUjXcr1lBz6hhUsWgaWG7mHJusZF6eamLg4Oh&#10;hY2LmoGYkZR+pZaQfLaYjX3Nl4x+z5WKftCTin7SkYl+04+JfdWNiH3Wi4h91ouIfdaLiH3Wi4h9&#10;1ouIfdaLiH3Wi/92EgH/dBwD/4AgBf+RKAn/njMP/6Q3Ff6qOxvzr0Ei6rRIKOK5UC7UtFZAya1f&#10;Ub6lZ2C0nm9tqpd3eKGRgIKZjIqLkYeVkYuEopaGg7KZg4TLmISDzpaEg9CUhILSkoSB05CEgdSO&#10;hIDWjISA1oyEgNaMhIDWjISA1oyEgNaMhIDWjP93EgH/dBsD/4IeBP+UJwj/oDIN/6c0E/quOBjv&#10;tT0c5rxGIdy/TCzOuVQ/w7FdULeqZV+tpGxso510d5mYfIGRk4aKiY+SkYKMn5Z9iq+YeovHmHyJ&#10;zpZ9iNCUfobSkn+F05B/hNSOgIPWjICD1oyAg9aMgIPWjICD1oyAg9aMgIPWjP94EgH/dRsD/4Uc&#10;BP+XJgf/oy8L/6swEPWzNBTruzoX4sREGNXESCvIvVM9vLZbTrGwY12mqmpqnKRxdpKfeoCJmoOJ&#10;gZaOkHmTnJV0kqyXcZLDmHORz5Z2jtCUeIvSkXmK05B6iNWOe4fWjHuH1ox7h9aMe4fWjHuH1ox7&#10;h9aMe4fWjP94EgH/dhsD/4gbA/+aJQb/pisJ/q8sDPG5Lw7mwzYP3c08Fs7IRynCwlE7trxZTKq2&#10;YVufsGholatvdIumd36BooCGeZ+LjXGcmZJsm6mVaZu/lmuZ0JRulNGScZHSkXOP1I91jdWNdovW&#10;i3aL1ot2i9aLdovWi3aL1ot2i9aLdovWi/95EQH/eBoC/4wZA/+eIwT/qiYG+LQlCOvAKAjhzTAH&#10;1NI3FMjNRSe7yE85r8JXSqO9X1iYuGZljbNtcYOvdXt6q36DcaiJimqmlo9lpaeSYqa9kmOj0pFn&#10;ndOQapjUj22V1Y1uktaMcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYiv97EQH/fBcC/5AXAv+i&#10;IQP/riAE8rsdBOXKHgPa2yQDzNk1EsDTQyS0zk02qMlVR5zEXVWRwGRihrxrbXu4c3ZytXx+arOH&#10;hWOxlYpesKWMW7G8jVuv1Y1fp9WNY6HWjGac14tomdiKapbZiGqW2YhqltmIapbZiGqW2YhqltmI&#10;apbZiP98EAH/gRQC/5UVAf+nHQL8tRYC68YQAdrbDwDN4CUEw982D7jbQSGs1UszoNFTQ5TNWlGJ&#10;yWJdfsZpZ3TDcXBrwXt4ZL+Gfl2+lIJYvaWFVr67hlW924ZYs9qHXKvah1+m2odhoduGY53bhWOd&#10;24VjnduFY53bhWOd24VjnduFY53bhf9+EAH/hxEB/5oRAP+tFADavgoA0c0KAMvkEAHB5CUHt+M1&#10;E63hQCGj3kkvl9tSPovXWUuA1GBXdtFoYW3PcGllzXpwXsyGdVjMlXlUzKZ7Uc28fFDM4nxTweB/&#10;VbffgFix3oFaq96BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgf+ADwH/jg4B/6INANu1CADO&#10;wQgAxtAJAL7pEgK06SUKqugzF6DmPiWW5Ucyi+NOP4DhVUl24F1Tbd5mW2Xdb2Fe3XpnWNyGa1Pc&#10;lW9Q3aZxTd67ck3f4XFO0ed0UMbmd1K+5HhTuOR5VbLjelWy43pVsuN6VbLjelWy43pVsuN6VbLj&#10;ev+DDgH/lgsA3asEAM24BgDCxAYAutQJALHvFAOn7iUNnu4zGpTtPSeK7EYzgOtOPnbrVUds6ltO&#10;ZOpjVV3qbVpY6ndeU+qDYk7qkWVK66FnR+yzaUbt0GlI5uhpS9nrakzP7G1Ox+tvT8DqcE/A6nBP&#10;wOpwT8DqcE/A6nBPwOpwT8DqcP+JCwDpoAEA0LEEAMG8BQC3yQYArtoJAKT1FwWb9ScQkvU0HIj2&#10;Pid/9kcydvZOO2z2VEJk9lpIXfZiTVf2a1FS9nVVTfeAWEj4jVpF+JtcQvirXkH3vl9A999gQ+7s&#10;YEfj8V9I2/FhSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY/6VAADUqQAAwrUDALXBAwCqzwUA&#10;oOcLAZj9GgaP/ikQhv81G37/QCV0/0Yta/9MNWP/Ujpc/1k/Vv9gQ1D/aEdM/3FKR/97TEP/h05A&#10;/5RQPv+hUj3/sFQ7/8NVO/7hVTz58FVA8PRVQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VNuh&#10;AADFsAAAtboCAKjHAgCd1gQAk/wOAYv/HQaD/ysPev81F3H/PB9o/0ImYP9JLFn/TzFT/1Y1Tv9d&#10;OEn/ZTtF/209Qf92Pz7/gEE7/4tDOf+YRTj/pEY2/7JHNf/ESDX/3Uk0//BJN/74STf++Ek3/vhJ&#10;N/74STf++Ek3/vhJN/74ScmrAAC2tAAAqMEAAJvPAACO3wEAh/8RAX7/HQR1/ycLbP8vEmT/Nxhc&#10;/z4dVv9FIlD/SyVL/1IoRv9YK0H/Xy0+/2cvO/9vMTj/eDM2/4I0M/+NNjH/mTcw/6U4L/+yOi7/&#10;wDsu/9M7Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPLiwAACovAAAmskAAIzZAACB9QMAef8Q&#10;AW7/FgNl/x8GXv8nC1f/MA9R/zcTS/8+F0b/RRlB/0wbPf9SHTn/WB82/18hNP9mIjH/biQv/3cl&#10;Lf+AJiv/jCgp/5cpKP+iKif/rSsm/7ksJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLaq3AACa&#10;xQAAi9MAAH3iAAB1/wUAaf8MAV//EQJX/xcDUP8fBUn/JgdE/y4JP/82Czv/PQ03/0MPM/9JETD/&#10;TxIu/1UTLP9bFCr/YhUn/2kWJf9yFyP/exgh/4YZH/+RGh7/nBse/6UcHf+wHR3/sB0d/7AdHf+w&#10;HR3/sB0d/7AdHf+wHZzAAACMzgAAfN4AAHD1AABl/wAAWv8GAVH/DQFJ/xECQ/8XAz3/HwQ4/yYF&#10;NP8tBjD/Mwct/zkHKv8+CCf/Qwgl/0kJI/9OCSH/VAkf/1oKHf9hChv/aQsZ/3IMF/98DRb/hg0U&#10;/48OFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oPFP+aD/9cHAL/VyYD/1EyBv9OPAj/V0UQ/1tOGf9c&#10;WCL/W2Mr/1lvMv9Xejj/VIU9/1KQQf9QmUX/T6BH/06nSf9Nrkv/TLRM/0u7Tf9Kw07/Sc1P/0nd&#10;UP9I6VD/SPJQ+0n2UPZL+VDwTftP6k/7UOdP/FDnT/xQ50/8UOdP/FDnT/xQ50/8UP9cHAL/WCYD&#10;/1IyBv9ROgj/WkMQ/19NGf9fVyP/XmEr/1xtM/9ZeTr/V4Q//1SOQ/9Sl0f/UJ9J/0+mS/9OrU3/&#10;TbRP/0y7UP9Lw1H/S85S/0rfUv9J6lP9SvJT+Ev2U/FN+FLrT/pS5VD6U+JR+lPiUfpT4lH6U+JR&#10;+lPiUfpT4lH6U/9dGwL/WSYD/1MxBv9UOQj/XUIQ/2JLGv9iVSP/YF8s/19rNP9cdzv/WYJA/1aM&#10;Rf9UlUj/Up5L/1GlTv9QrE//T7NR/067Uv9NxFP/TM9U/0vgVf9L61X6TPJV9E32VexQ+FTmUfhV&#10;31L5VtxT+VbcU/lW3FP5VtxT+VbcU/lW3FP5Vv9eGwL/WiUD/1QxBv9YNwj/YUAR/2VJGv9mUyP/&#10;ZF0t/2JoNf9fdDz/XH9C/1mKR/9Wk0v/VJxO/1OkUP9Rq1L/ULNU/0+6Vf9OxFb/TdBX/03iWPxM&#10;7Vj2TvJY7lD1WOZT9ljfVPdZ11X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ01X4Wf9fGgL/WyUD/1Uw&#10;Bv9cNAj/ZT0R/2pHGv9rUST/aVot/2ZkNv9jcD3/X3xD/1yHSf9ZkU3/V5pQ/1WiU/9TqlX/UrJX&#10;/1G6Wf9QxVr/T9Jb/E7kW/hP7VzwUfJb51T0W95V9VzVVvZdzlj3XctY913LWPddy1j3XctY913L&#10;WPddy1j3Xf9gGgL/XCQD/1YvBf9gMgj/ajsQ/29EGv9wTiP/b1ct/2thNv9nbD7/Y3hF/2CDS/9c&#10;jk//WphT/1egVv9WqVn/VLFb/1O6XP5Rxl78UNZf+VDnX/JS7l/nVfFf3VfyYNJY82HLWfVixVv1&#10;YsNb9WLDW/Viw1v1YsNb9WLDW/Viw1v1Yv9hGQL/XSMD/1otBf9lLwj/bzgQ/3RBGf92SyP/dVQt&#10;/3FdNv9sZz//aHNG/2R/TP9gilL/XZVW/1qeWf9Yp1z+VrBf/VS6YPxTx2L5Utxj81PoY+lV7mPe&#10;WPBk0FrxZchc8mbCXfJmvV7yZrte8ma7XvJmu17yZrte8ma7XvJmu17yZv9iGQL/XiMD/14qBf9p&#10;LQj/dDUP/3o+GP98SCL/e1Es/3haNv9zYz//bW1H/2l6Tv9khlT/YJFY/12cXP1apWD7WLBi+la7&#10;ZfhVymb1VOBn7FbqZ99a7WfQXO9pxl3var9f72q5YO9qtWHvarNh72qzYe9qs2HvarNh72qzYe9q&#10;s2Hvav9jGAL/YCID/2InBf9uKgf/eTIO/388F/+CRiH/gk8r/39YNf97YD7/dWlH/290TvtqgVX4&#10;Zoxb9WKXX/NfoWPwXKtm7lq2aexZxGrpWNpr4Vrqa9Bd7G3FX+xuvGHrb7Zi7G+xY+xurWTsbqtk&#10;7W2rZO1tq2Ttbatk7W2rZO1tq2Ttbf9kGAL/YSID/2YlBP9yJwf/fjAN/4U7Fv+IRR//iE0p/4ZV&#10;M/+CXj37fWZG9nZwTvJyfFXubYdc6miSYuZknGbjYaZq4F+ybd1dv2/aXdNw0l7qcMRg6XK6Yuhz&#10;s2Toc61l6XOpZulypmfqcaRn6nCkZ+pwpGfqcKRn6nCkZ+pwpGfqcP9lFwL/YiED/2kjBP93JQb/&#10;gi8M/4o5FP+OQx3/j0wm/41TMPmKWzrzhWNE7X9sTeh5d1XjdIJd3m6NY9lpl2nTZqFuz2Osccth&#10;uXTIYcp1xWHldrlk5newZuV3qmjmd6Vp5naiaud1n2roc55r6XOea+lznmvpc55r6XOea+lznmvp&#10;c/9mFwH/YyED/20gBP97IwX/hy4L/484Ev+TQRr/lUoj+pRRLfORWTfsjWBB5YdpSt+BdFPWen5d&#10;z3SIZcpvkWzFa5txwWimdb1msni6ZcJ6t2Xde65o43unauN7omvkep5s5XibbeV3mW3ndphu53WY&#10;bud1mG7ndZhu53WYbud1mG7ndf9nFgH/ZCAD/3AeA/9+IgX/iywJ/5M3EP+YQBj9mkgg9JpOKeyY&#10;VTPllV083Y9mR9OIb1PLgXlexXuDZr91jG65cZZ0tW6heLBrrHytart+qmrSf6Rs4H6ebeF9mm/i&#10;fJdw43qVcOR5k3Dld5Nx5neTceZ3k3Hmd5Nx5neTceZ3k3Hmd/9oFgH/ZCAD/3McA/+BIAT/jisI&#10;/5c1Dv+dPhX4n0Qc76BLJeefUi3fnVo305VjRsqObFPDh3Veu4F+Z7V7iG+vd5F1qnOceqVwqH6h&#10;b7aBnm/Kgptw3oGWcd+Ak3LhfpFz4nyQc+N6jnPkeY5z5XiOc+V4jnPleI5z5XiOc+V4jnPleP9p&#10;FgH/Zh4D/3YaA/+EHwP/kioH/5s0DP6gOxLzo0EY6qZIIOKnTyfYolY2zJpgRcOTaVK7jXJes4Z6&#10;Z6yBhG+mfY12oHmYfJt2o4CXdLGDlHTFhJF13YOPdt6BjXbgf4t34X2Kd+J7iXbkeol25HmJduR5&#10;iXbkeYl25HmJduR5iXbkef9pFQH/aR0D/3gZAv+HHgP/lSgG/54yCvqkNw/vqD0U5qxEGt2tSyTQ&#10;plQ1xp9eRLyZZlK0km9drIx3Z6SHgG+egop3mH6UfZJ7oIGNeq2EinnAhYh63ISHet2ChnrfgIZ6&#10;4H6FeuJ8hXnjeoV55HmFeeR5hXnkeYV55HmFeeR5hXnkef9qFQH/axsC/3sXAv+KHAL/mCYF/6Iw&#10;CPWoMwzrrjkQ4rNBFNaxRyPKq1I0wKRcQ7aeZFGtmGxcpZJ0Zp2NfW+WiIZ2j4WRfYqCnIKFgKqF&#10;gX+8hoCA24WAgN2DgH/egYB+4H+AfeF9gH3je4B85HqAfOR6gHzkeoB85HqAfOR6gHzkev9rFQH/&#10;bRkC/34VAv+NGwL/myQD/qUsBvGsLwjnszQL3bo6ENC1RiHFr1EyuqlaQrCjYk+nnWpbnphyZZaT&#10;em6Pj4N2iIuOfIKImYF8hqeFeYa5hneH14V4hd2DeoPegXqC4H97geF9fIDje3x/43p8f+N6fH/j&#10;enx/43p8f+N6fH/jev9rFAH/cBgC/4EUAf+QGQH/nyIC+qkmBO2xKQXiui8G1r82D8q6RCC/tE8x&#10;tK5YQKqoYE6ho2damJ5vZI+ad22IloB1gJKLe3qPloB0jqSEcY22hW+O0YVxi92Dc4nfgXWH4H52&#10;heF9d4Tje3eD5Hp3g+R6d4PkeneD5Hp3g+R6d4Pkev9sFAH/cxYC/4UTAf+UFgH/oh4B9a0gAue4&#10;IQLdwyYC0MM0DcS+Qh65uU0vrrNWPqSuXkyaqWVXkaVtYomhdWuAnX5yeZqIeXKXlH5tlqKCaZWz&#10;hGeWzYNpk96CbI/fgG+M4X5wiuJ8cojjenKH5Hlyh+R5cofkeXKH5Hlyh+R5cofkef9tEwH/dhMB&#10;/4gSAf+YEwD/pxkB77MWAeLAFQDVyh4ByccyDL7DQByzvkssqLpUPJ61XEmUsGNViqxrX4Gpcmh5&#10;pXtvcqOFdmugkXtmn59/Yp+xgWCfyoBinOB/ZZfhfmiT4nxqkON7bI3keW2M5XhtjOV4bYzleG2M&#10;5XhtjOV4bYzleP9uEwH/exEB/40QAP+dEAD6rBEA2rsLANXJCwDNzhsBwswvCrfJPRmsxUkpocBS&#10;OJe8WkaNuGFRg7VoW3qycGRyr3lra6yDcWSrj3ZfqZ56W6mvfFmqyXxap+J7XqDje2Gb43pjl+R5&#10;ZpTld2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd/9wEgH/gA4B/5IOAPKjCwDZswkAz74JAMvMCQDE&#10;0xcAutIsB7DPOxalzEYmmshQNY/EWEGFwV9NfL5nVnO8b15ruXdlZLiCa162jnBZtZ1zVbWudVS2&#10;yHVTs+d2V6vmdlqk5nZcoOd1X5zndGCa6HRgmuh0YJrodGCa6HRgmuh0YJrodP9yEgH/hgwA+5gJ&#10;ANmpBgDOtQcAxsEHAMDPCQC62xMAsdopBafYNxKc1EQhktFNMIfOVTx9y11HdMllUGzHbVdlxXZe&#10;XsSBY1nDjmhUw51rUcOubE/EyG1Owu1tULjrb1Ow63BVq+pwWKbrcFmj63BZo+twWaPrcFmj63BZ&#10;o+twWaPrcP93DwH/jQgA3qACAM+uBQDEuQUAu8UGALXTCgCu4RYBpuEpBp3gNxGT3kIdidxMKX/a&#10;VDV111w/bdVkSGXTbE9f0nZUWdKBWVTRjl1Q0Z1gTdKwYkvTyWJK0u1iS8jyZk2/8WhPuPBpUbLw&#10;aVKv72lSr+9pUq/vaVKv72lSr+9pUq/vaf9/CgDtlgAA0qYBAMSyAwC5vAMAsMkGAKnYCgCh5xkC&#10;mecqCZDnNxSH5kIffeVKKXTkUTNr41k6ZOJhQV7ia0dY4nVLU+GAT0/ijVNL4ptVSeOsV0fkxFdG&#10;4+lXRt32WUfQ91xJyPdeSsH2YEu99mBLvfZgS732YEu99mBLvfZgS732YP+JAADZngAAx6wBALm2&#10;AgCuwQMApc4GAJzkDACV7x0Dje8sC4XvORV870Eec+9JJ2ruUC9i7lc1XO5fOlbuaD9S7nFCTe98&#10;RknviUlG8JZLQ/CmTUDxuU4/8ttPPvD3TkLm+09D3ftRRNT8U0XP/FRFz/xURc/8VEXP/FRFz/xU&#10;Rc/8VOGVAADLpgAAu7AAAK67AQCiyAIAmNUFAJD4DwGJ+CAEgvguC3n5NxNw+T8baPlGImD6TSha&#10;+lQtVPpcMU/7ZTVL+204R/x3O0P8gz0//ZA/PP2fQTr+r0M4/8ZEN//qRTb8/UU78v9EPur/RD7m&#10;/0Y+5v9GPub/Rj7m/0Y+5v9GPub/RtCfAAC9rAAArrUAAKLCAACVzwAAit0DAIT/EgF7/x4DdP8q&#10;CWz/Mw9k/zsWXf9DG1f/SiBR/1EkTP9YJ0j/YCpE/2gsQP9xLjz/ezE5/4gyNf+WNDP/pDYx/7Y3&#10;L//QOC7/7zkt//85Mf//OTP8/zkz/P85M/z/OTP8/zkz/P85M/z/OcGoAACvsQAAor0AAJTKAACH&#10;2AAAffMHAHb/EgFt/xoDZf8kBV7/LQpY/zYPUv89E0z/RRZI/0wZQ/9TGz//Wh48/2EgOP9pITX/&#10;ciMx/30lLv+KJiv/mSgp/6cpJ/+5Kyb/0iwl/+8sJP//LST//y0k//8tJP//LST//y0k//8tJP//&#10;LbGuAACjuQAAlMYAAIbTAAB54QAAcf8IAGf/DwFf/xUCV/8eA1H/JgVL/y4HRv82CkH/PQw9/0QO&#10;Of9LEDb/URIy/1gTL/9fFSz/ZxYp/3EXJv98GCP/iRog/5gbH/+mHB3/tx0c/8oeHP/mHxv/8B8b&#10;//AfG//wHxv/8B8b//AfG//wH6S1AACVwgAAhs8AAHfeAABr9AAAYv8DAFn/CwFR/xEBSv8XAkT/&#10;HwM//yYEOv8tBTb/NAYy/zoHLv9ACCv/Rggo/0wJJf9SCSL/WQog/2ILHf9rDBr/dg0X/4QOFf+S&#10;DxT/oBAT/60RE/+6ERP/wxIT/8MSE//DEhP/wxIT/8MSE//DEpe+AACGzAAAd9sAAGnnAABc/QAA&#10;VP8AAEv/BQBD/wwBPf8RAjf/FwIy/x4DLv8kAyr/KgQl/y8EIv81BR//OgUd/z8FGv9FBhj/SwYW&#10;/1IGFP9aBxL/YgcQ/2wHD/93CA3/hAgM/5AIDP+cCAz/oggM/6IIDP+iCAz/oggM/6IIDP+iCP9Q&#10;IAL/SyoD/0Q2Bf9HOgb/Sj8I/05JD/9PVBf/T2Ae/01sJP9KeSr/SIUu/0aQMv9EmjT/Q6I3/0Kq&#10;OP9BsTr/QLk7/0DBPP8/yz3/Ptw+/z7oPv898z7/Pfs//z7/Pv9A/z76Q/899ET/Pu5G/z/uRv8/&#10;7kb/P+5G/z/uRv8/7kb/P/9QIAL/SyoD/0U1Bf9KOAb/TT0I/1FID/9SUhf/UV4e/09qJf9Ndyv/&#10;SoMv/0iOM/9GmDb/RKE4/0OpOv9CsDz/Qrg9/0HBPv9Ayz//QNxA/z/pQP8/9ED/Pv1B/0D/QP1C&#10;/0D2Rf9A8Eb/QelI/0HpSP9B6Uj/QelI/0HpSP9B6Uj/Qf9RHwL/TCkD/0c0Bf9NNgb/UTsI/1VG&#10;EP9WUBj/VVwf/1JoJv9QdCz/TYAx/0qMNf9Ilzj/RqA7/0WoPP9EsD7/Q7g//0PBQf9CzEH/Qd5C&#10;/0HrQ/9A9UP/QP1D/0P/Q/hG/0LwSP9D6kn/RONK/0XjSv9F40r/ReNK/0XjSv9F40r/Rf9SHwL/&#10;TSkD/0oyBP9QMwb/VTkI/1lDEP9aTRj/WVgg/1ZkJ/9TcS3/UH0z/02JN/9LlDr/SZ49/0emP/9G&#10;rkH/RbdC/0TBRP9EzEX/Q99F/0LtRv9C90b/Q/1G+Ub/RvBJ/0bpS/9H4kz/SNtN/0jbTf9I203/&#10;SNtN/0jbTf9I203/SP9THgL/TigD/04vBP9UMAb/WjYI/15AEP9gShj/XlUg/1tgKP9YbS//VHk0&#10;/1GFOf9OkT3/TJtA/0qkQv9JrUT/SLZG/0fBR/9GzUj/ReFJ/0TvSv9F+Er7R/1K8Ur/SehN/0vf&#10;Tv9M10//TM9R/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/TP9UHQL/UCcD/1IsBP9ZLQX/XzII/2Q8EP9m&#10;Rxj/ZFIg/2FcKP9daDD/WnU2/1aBO/9SjT//T5hD/02iRf9Mq0j/SrVJ/0m/S/9IzEz/SOFN/0ju&#10;TfxI+U7yS/xN5079T91Q/VDSUv5QzFP/UcZU/1HGVP9RxlT/UcZU/1HGVP9RxlT/Uf9VHQL/UScD&#10;/1YpBP9eKgX/ZC8I/2o6D/9sRRf/bE8g/2hZKP9kYzD/YHA3/1x8Pf9YiEL/VZNG/1OdSf9Rpkv/&#10;T7BN/066T/1NxlD6TdlR9kzqUfJN91HnUPpS21L7VM5U/FXHVv1VwVf+VbxY/lW8WP5VvFj+VbxY&#10;/lW8WP5VvFj+Vf9XHAL/UiYD/1omBP9iJgT/aiwH/3E3Dv9zQhb/c0wf/3BWKP9rYDD/Zms4/2N3&#10;Pv5fg0T7W45I+ViYTPdWoU/1VatR81O1U/FSwVTvUdBV61HnVeZS9lbaVPlYzFb6WcNY+1q8Wvta&#10;t1v7WbNc+1mzXPtZs1z7WbNc+1mzXPtZs1z7Wf9YGwL/UyUD/14jA/9nIwT/cCoG/3c1Df96QBX/&#10;ekod/3hTJv9zXC/8bmY3+GlyP/RlfkXxYYlK7l6TTutcnVLoWaZV5liwV+RXvFjiVsxZ3lbkWdhW&#10;9FvKWPddwFr4Xrhc+F6zXfherl74Xatf+VyrX/lcq1/5XKtf+VyrX/lcq1/5XP9ZGwL/ViMD/2Ig&#10;A/9sIAP/dSgF/30zC/+APRP/gUcb/39QJPl7WS30dmI27nFtPupseUXmaIRL4mSOUd5hmFXbXqJZ&#10;1lysW9NbuF7QWsZfzVrfYMha8mG+XPVitV70Yq5g9WKqYfVhpmL2YaNj91+jY/dfo2P3X6Nj91+j&#10;Y/dfo2P3X/9aGgL/WSEC/2YdAv9wHgP/eiYE/4IxCf+GOxD/iEQZ+YZNIfKDVivrfl405XlpPeB0&#10;dEXab39M02qJU89mkljLY5xdx2GmYMRfsWPBXr9kvl7SZbpf7GayYPJmq2LyZqVk8mWhZfNkn2X0&#10;Y5xm9WKcZvVinGb1Ypxm9WKcZvVinGb1Yv9bGgL/XB8C/2kbAv91HAL/fiQD/4cuCP+MOA77jkIW&#10;8o5KHuuLUifkh1sw3YFmOtN6cEXNdXpOyHCDVcNsjVu+aZZgumagZLdkq2e0Y7hpsWLKaq5j5mqo&#10;ZO9qombvaZ1n8GiaaPFnmGnyZpZp82SWafNklmnzZJZp82SWafNklmnzZP9bGQL/XxwC/2wYAv95&#10;GwL/gyED/4wsBv+RNgv1lD8S7JVHGeSTTyLcjlgt0odiOsqBbEXDe3VOvnZ/VrhyiF20bpFir2ub&#10;ZqtppmqoZ7NspWfDbqJn4G6eae1tmWrubJZr72qTbPBpkmzxZ5Bs8maQbPJmkGzyZpBs8maQbPJm&#10;kGzyZv9cGQH/YhoC/3AWAv98GQL/hh8C/5ApBPqWMwnwmjwO55tEFd+aSx3TlFUsyo1fOcKHaUW7&#10;gXFPtXx7V694hF6qdI1jpXGXaKFuomydbK5vmmy+cJhs2XGVbetvkW7sbo9v7WyNb+9qjG/waYtv&#10;8WeLb/Fni2/xZ4tv8WeLb/Fni2/xZ/9dGQH/ZBkC/3IUAf9/GAH/ih0B/5QmA/abMAbrnzgK4qI/&#10;ENifRxzNmVIrxJJdObuMZkS0h25OrYJ3V6d9gF6ieYlknXaTaZhznm2UcapxkHG6co5x0XOMcupx&#10;inPrb4hz7W2Hc+5rh3PvaoZy8GiGcvBohnLwaIZy8GiGcvBohnLwaP9eGAH/ZxcB/3UTAf+DFgH/&#10;jhoB/pgjAvGfLATnpTMH3ag5DNGjRRvHnVAqvpdaOLWSY0StjGxOpod0V6CDfF6af4ZklXyPapB5&#10;mm6Ld6ZyiHa2dIV2zHSEd+lyg3fqcIJ37G6Cdu1sgnbvaoF28GmBdvBpgXbwaYF28GmBdvBpgXbw&#10;af9eGAH/aRUB/3gSAf+GFAH/kRgB+pwfAe2kJwLiqiwE1qw0C8unQxrBok4puJxYNq+XYUOnkWlN&#10;oI1xVpmIeV6ThYJkjYGMaoh/l2+DfaRyf3yzdH18yHV8fehzfHzqcXx77G99eu1tfXnua3158Gl9&#10;efBpfXnwaX158Gl9efBpfXnwaf9fGAH/axMB/3sRAf+JEwD/lRUA9aAaAeipIAHdsCQB0LAyCsas&#10;QRi8pkwns6FWNaqcX0Gil2dMmpJvVZOOd12Mi4BkhoiKaYGFlW58g6Fyd4KwdHWCxXV0g+dzdYHq&#10;cXZ/6293fu1teH3ua3h88Gl4fPBpeHzwaXh88Gl4fPBpeHzwaf9gFwH/bhIB/34QAP+MEQD/mREA&#10;8aQTAOOuFgDWthwBy7QwCMGwPxe3q0slraZUM6ShXUCcnWVKlJhsU4yVdFuGkX1if46HaHmMkm10&#10;ip5xcIitdG2IwXRtieRzb4fqcXCE7G9yg+1tc4Hua3SA8Gl0gPBpdIDwaXSA8Gl0gPBpdIDwaf9h&#10;FwH/cRAB/4IOAP+QDgD1nQ0A46kMANm1DADPuRoAxbguB7u0PRWxsEkjp6tSMZ6nWz6Wo2NIjp9q&#10;UYabcll/mHpgeJWEZnKTj2xtkZxvaZCqcmaQvnNlkeFyaI7rcGqK7G5siO1sbYbva26E8GluhPBp&#10;boTwaW6E8GluhPBpboTwaf9jFQH/dQ4B/4YNAPiUCwDcoggA1K0JAM+4CgDJvRcAv7wrBrW5OxOr&#10;tkchobFQL5itWTuPqmFGh6ZoT3+jcFd4oHhecp6BZGubjGlmmpltYpmob1+ZvHBemd9vYJbsbmOR&#10;7W1mju5rZ4vvammJ8GhpifBoaYnwaGmJ8GhpifBoaYnwaP9nEgH/eQwA/4oKAN+aBADTpgcAzLEI&#10;AMe7CADBwhMAuMIoBK6/OBClvEQem7hOLJG1VziIsV5CgK5mS3irbVNxqXZaa6d/YGWlimRgo5do&#10;W6Oma1mjumxYo9xrWaDua1ya72pflvBpYZLxaGOP8WZjj/FmY4/xZmOP8WZjj/FmY4/xZv9rEAH/&#10;fgkA8ZAEANaeAwDMqgYAxLQGAL6+BQC4yBAAsMgkA6fGNQ2dw0Ibk8BMKIq9VDOBulw+ebdkRnG1&#10;a05rs3RUZLF+Wl+wiV9ar5ZiVq6lZVOuuWZSr9tlUqvyZlWk8mZYn/JmWpvzZVyX82Rcl/NkXJfz&#10;ZFyX82Rcl/NkXJfzZP9wDQD/hAQA3ZYAAM6jAwDErgQAu7cEALTCBQCuzQwAp84gAp7NMQqVyz4W&#10;i8hJI4LGUi56w1o4csFiQGvAakdkvnNNXr18U1m8iFdUu5VbULulXU67uV5NvNtdS7n3X06x9mBR&#10;qvZgU6X2YFWh9mBVofZgVaH2YFWh9mBVofZgVaH2YP93CADrjAAA05sAAMaoAgC7sQIAsrsCAKrH&#10;BgCi0woAndYaAZXWLAaM1DoRg9JGHXrQTydyzlgxas1gOGTLaD9eynJFWMp8SVTJiE1PyZVRTMml&#10;U0rJuVRJytxTR8j3VUjA/FhKuPtZTLL7Wk6t+lpOrfpaTq36Wk6t+lpOrfpaTq36Wv9/AADckwAA&#10;yqIAALysAQCxtQAAqMADAJ/LBgCW2QsAkeAbAYrfLAaC3zkOed5DF3HdTSBq3FYoY9tfL13aZzVY&#10;2XE6U9l7Pk/ZiEJL2ZZFSNmmR0baukhF29tHRNj0SULT/01Eyf9PRcL/UEe7/1JHu/9SR7v/Uke7&#10;/1JHu/9SR7v/UuaKAADPmwAAv6cAALKwAACnuwAAnMYDAJPRBgCL6g4AhegfAn7oLQZ26DgObuhB&#10;FmbnSh1f51IjWedbKVXnZC1Q520xTOd4NUnnhDhG6JE6Q+igPEDpsj4/6ss+PujvPj3m/z894P9C&#10;P9f/REDO/0ZAzv9GQM7/RkDO/0ZAzv9GQM7/RtaTAADEowAAtKwAAKe2AACbwQAAkMwCAIbZBgCA&#10;8hIAefIfAnHyKwZq8jYMY/M/El3zRxhX808dUvNXIU30YCRJ9GkoRvRzKkL1fi0/9YsvPPaZMTr2&#10;qTM49740NvjhNTb1+TU18/80N+z/Njnl/zg55f84OeX/ODnl/zg55f84OeX/OMieAAC2qQAAqLIA&#10;AJu9AACPyAAAg9QAAHnoBwBz/BIBa/0dAmT9JwRe/jEIWP47DVP/QxFN/0sVSf9TGEX/WhpB/2Md&#10;Pv9sHzv/diE3/4IjNP+QJTL/nycw/7AoLv/IKS3/6ios//8qLP//Ki/5/yov+f8qL/n/Ki/5/yov&#10;+f8qL/n/KrmmAACqrgAAnLkAAI7FAACB0QAAdd4AAG36CQBl/xEBXv8aAlf/IwNS/ywFTP80B0j/&#10;PApD/0QMP/9MDjz/UxA4/1sSNf9jFDL/bBYv/3cXLP+EGSn/kxon/6IcJf+0HST/zB4j/+0eIv/9&#10;HyL//x8i//8fIv//HyL//x8i//8fIv//H6yrAACdtgAAj8IAAIDOAABz3AAAZ+kAAF//BgBY/w4A&#10;Uf8VAUv/HQJG/yYDQf8tBDz/NQU4/zwGNP9CBzH/SQgu/1AJK/9XCij/Xwol/2kMI/90DSD/gg4d&#10;/5IPG/+iEBr/shEZ/8gSGP/lExf/+hQX//oUF//6FBf/+hQX//oUF//6FJ+zAACQvwAAgMwAAHLa&#10;AABk5AAAWPUAAFH/AQBK/wsARP8QAT7/FwE5/x4CNP8lAjD/LAMs/zIEKP84BCX/PgUi/0QFH/9K&#10;BRz/UQYa/1kGF/9jBxT/bgcS/3wIEP+MCA//nAgO/6wJDv+7CQ3/0wkN/9MJDf/TCQ3/0wkN/9MJ&#10;Df/TCZG8AACByQAActcAAGTkAABU6wAAS/8AAET/AAA9/wQAN/8MADH/EAEs/xYBKP8cAST/IgIg&#10;/ycCHP8sAhn/MQMW/zYDE/88AxH/QgMP/0kEDf9RBAv/WgQJ/2YEBv9zBQP/gQUC/5AFAf+cBQH/&#10;qwUB/6sFAf+rBQH/qwUB/6sFAf+rBf9EJAL/Py4D/zw2BP9AOAT/QT0G/0FFCP9BUQ3/QF0T/z9q&#10;GP88dxz/OoQg/zeRI/82myX/NaQn/zSsKP80tSr/M74r/zLIK/8y1Sz/MeUt/zHxLf8x+y3/MP8t&#10;/zD/Lf8z/y3/Nv8s/jj/Lfk6/y72O/8u9jv/LvY7/y72O/8u9jv/Lv9FIwL/Py4D/z40A/9CNgT/&#10;RDsG/0RDCP9FTw3/RFsT/0FoGf8/dR3/PIIh/zqPJP84mif/N6Mp/zasKv82tCz/Nb0t/zTILv80&#10;1i7/M+Yv/zPyL/8y/DD/Mv8w/zP/L/82/y//Of8v+Tv/MPQ9/zHxPf8x8T3/MfE9/zHxPf8x8T3/&#10;Mf9GIwL/QC0D/0EyA/9GMwT/SDgG/0hACP9JTA7/SFgU/0VlGv9Cch//QH8j/z2MJv87mCn/OqEr&#10;/zmqLf84sy7/N70v/zbHMP821TH/NuYy/zXxMv81+zL/Nf8y/zb/Mv86/zH6Pf8z8z7/NO1A/zTq&#10;Qf806kH/NOpB/zTqQf806kH/NP9HIgL/QSwD/0UvA/9JMAT/TDUG/009CP9OSA7/TVQV/0thG/9I&#10;biD/RXsl/0KIKP8/lCv/Pp4u/z2nL/88rzH/PLgy/zvDM/86zzT/OuE1/zruNf86+DX/Ov81/zr/&#10;Nfs+/zXyQf8360L/OOVE/zjhRf844UX/OOFF/zjhRf844UX/OP9IIgL/QywD/0gsA/9OLQT/UTEF&#10;/1M5CP9VRQ7/U1EV/1FdHP9OaiH/S3cm/0iDK/9Fjy7/RJkw/0KiM/9BqzT/QbQ2/0C9N/8/yTj/&#10;P9s4/z/qOf8/9Tn/P/85+0D/OPFD/zroRf884Uf/PNpI/z3VSf891Un/PdVJ/z3VSf891Un/Pf9J&#10;IQL/RCoD/00oA/9TKQT/Vy0F/1k2CP9cQg7/W04V/1hZHP9VZSL/UnIo/09+Lf9MijD/SpQz/0ie&#10;Nv9Hpjj/Rq85/0W4O/9FxDz/RNI8/ETlPfhE8j31Rf488UX/PuZI/0DcSv9B0kv/QcxN/0HJTf9B&#10;yU3/QclN/0HJTf9ByU3/Qf9KIAL/SCcC/1ElA/9YJQP/XSoE/2AzB/9jPw7/YkoV/2BVHP9cYSP/&#10;WW0p/1V5Lv9ShDP/UI82/U6ZOftMojv6S6o9+Eq0P/dKvkD1ScxA8UnhQe1K8EHqSvxC5Er/RNhM&#10;/0XMT/9GxlD/RsBR/0a+Uf9GvlH/Rr5R/0a+Uf9GvlH/Rv9MIAL/TCQC/1UhAv9dIQP/YycE/2cx&#10;Bv9qPAz/akcU/2dSG/9jXCP/X2gq+1x0MPdZfzX1Voo58lSUPPBSnT/uUaZB7FCvQ+pPukToTsdE&#10;5k/dReFP7kXdTvtI1E//SchR/0rAU/9KulT/SrZV/0q0Vv9KtFb/SrRW/0q0Vv9KtFb/Sv9NHwL/&#10;UCEC/1oeAv9iHgL/aSUD/20tBf9xOQv/cUQS/29OGvtrWCL1ZmMp8WNvMO1gejbpXIU75lqPP+RY&#10;mELhVqJE31WrRtxTtkjaUsNK1lLYStFT7EvMU/pNxVT/TrxW/0+1V/9PsFj/TqxZ/02qWv9Nqlr/&#10;Tapa/02qWv9Nqlr/Tf9OHgL/Ux4C/14bAv9nGwL/biID/3MqBP93NQn/eEAQ+XdKGPJzVCDsb14o&#10;52tqMOJndTbeY4A82V+KQdRdk0bRW51JzlmmTMtYsE7IV7xQxlbNUcNX5lG+V/dSuFj/U7Ba/1Or&#10;XP9Sp13/UqNd/1GiXf9Qol3/UKJd/1CiXf9Qol3/UP9PHgL/VxsC/2IXAf9sGQL/dCAC/3knA/9+&#10;Mgf5gDwN8X9GFep7UB3kd1sm3XNmLtVtcDfQaXo+y2WERMdijknEYJdNwF6gUL1dqlO7W7ZVuFvF&#10;VrVb31ayXPNXrF39V6Ze/VahYP5VnmD/VJxh/1OaYf9TmmH/U5ph/1OaYf9TmmH/U/9QHQL/WhkB&#10;/2UVAf9wFwH/eB0B/38kAv2ELgXzhjgK6oZCEeOESxnbf1cj0XliL8t0bDjFb3ZAwGx/RrxoiEu4&#10;ZpFQtWObU7FhpVauYLBZq1+/Wqlf1FumYO9bomH6Wp1j+1mZZPxYlmT9V5Vl/lWUZf5VlGX+VZRl&#10;/lWUZf5VlGX+Vf9QHQL/XRcB/2kSAf90FQH/fRoB/4QhAfeJKgPtjTQH5I09DdyLSBbRhVQjyX9e&#10;LsJ6aDi8dXFAt3F6R7JuhE2ua41SqmiWVqdmoFmjZatcoGS5Xp5kzV6bZOpemGb4XZRn+VySaPta&#10;kGj8WY5o/VeOaP1Wjmj9Vo5o/VaOaP1Wjmj9Vv9SHAH/XxQB/2wRAf94EwH/gRcB/4gdAfKPJQLn&#10;ky8E3pU4CdOQRRXKi1EiwoVbLruAZTi0e25Br3d3SKp0f06lcIhToW6SV51rnFuZaqdelmm1YJRo&#10;yGGSaeZgj2r3X41r+F2La/lciWz7Wohs/FiIa/xYiGv8WIhr/FiIa/xYiGv8WP9UGgH/YhMB/28Q&#10;Af97EgD/hRQA+o0ZAO2THwHimSgC2JkzCMyVQhTEkE4hvItZLbSFYjeugWtAqHxzSKJ5fE6ddoVU&#10;mXOOWJVxmFyRb6RgjW6xYottw2OJbuJih2/2YYZv91+Fb/ldhG/6W4Nv+1mDb/xYg2/8WINv/FiD&#10;b/xYg2/8WP9WGAH/ZBEB/3IOAP9+EAD/iBEA9ZEUAOiYGQDdniAB0Z4xB8eaQBO+lUwgtpBWLK6L&#10;YDenhmhAoYJwSJx+eU6We4JUkniLWY12lV2JdKBhhXOuY4Jyv2SAc95kgHT1Yn909mB/c/hefnP5&#10;XH5y+lp+cvtZfnL7WX5y+1l+cvtZfnL7Wf9YFwH/ZxAB/3UOAP+BDgD/jA4A8ZUQAOOdEQDWoxsA&#10;y6EvBsKePhK5mUoesJRUK6mQXTaii2Y/m4duR5WEdk6QgH9Ui36IWYZ7kl2BeZ5hfXirZHp4vGV5&#10;eNlleHn0Ynl49mB5d/heeXb5XHl1+lp5dftaeXX7Wnl1+1p5dftaeXX7Wv9aFQH/aQ4A/3gMAP+E&#10;DADvkAsA3ZoKANmiCwDQphgAxqUsBb2iPBC0nkgdq5lSKaOVWzSckWM+lY1rRo+Jc02JhnxThISF&#10;WH+BkF16f5thdn6oZHN9uWVxftNlcX7yY3J99mBze/dedHr5XHR5+lt1eftadXn7WnV5+1p1efta&#10;dXn7Wv9dEwH/bA0A/3sLAPaICQDckwYA1Z0JANGlCgDKqhUAwakqBLemOg+uokYbpp5QKJ6aWTOW&#10;lmE8j5NpRImPcUyDjXlSfYqDV3iIjVxzhplgb4SmY2yEt2RqhM9kaoTwYmyC9mBtgPdeb3/5XG99&#10;+ltwfPtacHz7WnB8+1pwfPtacHz7Wv9fEQH/bwoA/34IAOOMAwDWlwUAz6AHAMqoCADErhMAu60n&#10;A7KrNw2pp0QZoKROJpigVzGRnF86iplnQ4OWb0p9k3dQd5GAVnKPilptjZZeaIujYWWLtGNji8xj&#10;Y4vuYWWJ919nhvheaYT5XGqC+lprgftaa4H7WmuB+1prgftaa4H7Wv9iEAD/cgcA+IIDANuPAgDP&#10;mgUAyaMGAMOsBgC9shAAtbIkAqywNQujrUIXm6pMI5KmVS6Ko104g6BlQH2dbEd2m3RNcJl9U2uW&#10;iFhmlZRcYpShX1+TsmBdk8lgXZPtX16Q+F5hjPlcY4r6W2SH+1plhvtZZYb7WWWG+1llhvtZZYb7&#10;Wf9mDQD/dwMA44cAANOTAQDKngQAwqcEALuvBAC1tg0ArrchAqW2Mgmdsz8VlLBKIIytUyuEqls0&#10;fahjPHalakNwo3JKaqF7T2WghlRgnpFYW52fW1idsF1WncddVp3rXFea+ltalfpaXJH7WV6O/Fhf&#10;jfxXX438V1+N/FdfjfxXX438V/9qCgD/fAAA3IwAAM2YAADDowMAuqoCALOzAQCsvAoApr0dAZ68&#10;LwaWujwRjbhHHIW1UCd9s1kwdrFgOG+vaD9prXBFY6t5Sl6qhE9aqZBSVaieVVKnr1dRqMZXUKfq&#10;V1Cl/FdTn/1XVZr9VleW/lZYlf5VWJX+VViV/lVYlf5VWJX+Vf9vBADmggAA0pEAAMadAAC7pgEA&#10;sq4AAKq3AQCiwgUAnMQYAJXDKgSNwjkNhcBEGH2+TiF1vFYqbrpeMmi5Zjhit24+XbZ4Q1i1gkdU&#10;tI9LULSdTk2zrlBLtMVQS7PqUEqx/1FMq/9STqX/UlCh/1JRnv9RUZ7/UVGe/1FRnv9RUZ7/Uf92&#10;AADdiQAAypcAAL6iAACzqgAAqbMAAKC8AgCYxgYAkcwSAIvMJQKEyzQJfMlAEnXIShttx1MjZ8Vc&#10;KmHEZDBcw202V8J2OlPCgT9PwY5CS8GdRUjBrkZHwcVGR8HqRkS+/0lFuf9KR7P/S0mt/0xKq/9M&#10;Sqv/TEqr/0xKq/9MSqv/TOl/AADRkAAAwp4AALWnAACqrwAAoLgAAJbBAgCMywcAhNUNAIDVHgF5&#10;1S4FctQ8DGzTRxRl0lAbX9FZIVrRYidV0GssUdB1ME3PgTRJz443Rs+dOUTQrjtC0MY7Q9DqOkDN&#10;/T4+y/9AQMP/QkG9/0NCuf9EQrn/REK5/0RCuf9EQrn/RN2IAADHmAAAuKMAAKurAACgtAAAlb4A&#10;AIvIAwCA0QcAeOENAHThHQFu4SsDaOA3CGHgQg5c4E0UV+BWGVPgXx1P4GkiS+BzJUfgfihE4Isr&#10;QuCaLT/hqy8+4sEvPuLlLzzf+jE53v80Odn/NjrQ/zg7zP85O8z/OTvM/zk7zP85O8z/Oc2SAAC8&#10;oAAAragAAKGxAACVuwAAicUAAH7PAgB02gYAbusRAGjrHgFi6yoDXew1BlfsPwtS7EgPTexRE0rt&#10;WhZG7WMZQ+1tHEDteB497oUhOu6TIzjvoyQ28LYmNfHSJjTv8yY07P8mMuv/KDLn/ysz5P8sM+T/&#10;LDPk/ywz5P8sM+T/LMGcAACwpgAAo64AAJa4AACJwwAAfc0AAHHYAABn5gYAYvYRAFz3HQFX9ycC&#10;UvcxBE34OgZI+UIJRPlLC0H6VA4++lwQO/tlEjj7bxQ1+3sWMvyJGDD9mBku/aobLP6/HCv/4x0q&#10;/PodKvr/HSr3/xwq9/8dKvf/HSr3/x0q9/8dKvf/HbOjAACkqwAAl7YAAInBAAB7ywAAb9YAAGPf&#10;AABb9QYAVf8QAFD/GQFL/yMCRv8sA0L/NAQ+/zwFOv9DBjf/Swc0/1MIMf9bCS7/ZAor/28MKP98&#10;DSb/iw4k/5wQIv+uESH/xRIg/+kTH//8Ex7//xMe//8THv//Ex7//xMe//8THv//E6apAACYswAA&#10;ir8AAHvKAABu1QAAYN8AAFTnAABO/wQASf8OAEP/FAA//x0BOv8lAjb/LAIy/zMDL/86Ayv/QQQo&#10;/0gEJf9PBSL/VwUg/2AGHf9sBxr/eQcY/4oIFv+bCBX/rQkU/8MJE//jCRP/+AkT//8KE///ChP/&#10;/woT//8KE///CpqxAACLvQAAfMgAAG3UAABf4AAAUeYAAEf1AABB/wAAPP8JADf/EAAy/xUBLv8d&#10;ASr/IwEm/ykBIv8vAh//NQIc/zsCGf9CAxb/SQMT/1EDEf9aAw//ZgQN/3QEC/+FBAr/lgUJ/6gF&#10;CP+5BQf/0AUH/+MFB//jBQf/4wUH/+MFB//jBY26AAB9xwAAbdMAAF/gAABQ5wAAQu0AADr/AAA1&#10;/wAAL/8CACr/CgAm/w8AIv8UAB7/GgEa/x8BFv8jARP/KAEQ/y0BDv8zAQz/OQIK/0ECB/9JAgP/&#10;UwIA/14CAP9sAgD/fAMA/40DAP+dAwD/rAMA/7UDAP+1AwD/tQMA/7UDAP+1A/85JwL/MzIC/zU0&#10;A/84NgP/ODsE/zZDBf8zTgf/MVsJ/y9oDf8tdhH/K4QU/ymRFv8pmxj/KKQZ/yitGv8otRv/J74c&#10;/yfIHP8n1B3/J+Qd/yfvHv8n+R7/J/8e/yf/Hv8n/x3/KP8d/yv/Hv8t/x/8L/8f/C//H/wv/x/8&#10;L/8f/C//H/86JwL/NDEC/zgxA/87NAP/OzkE/zpBBf83Swf/NVgK/zNlDv8xcxL/L4EV/y2OF/8t&#10;mBn/LKEb/yyqHP8rsh3/K7se/yvEH/8r0B//KuEg/yrtIP8q9yD/Kv8g/yv/IP8r/x//LP8f/y//&#10;Ifwx/yL3M/8i9zP/Ivcz/yL3M/8i9zP/Iv87JgL/NTAC/zsvAv8+MQP/PzYE/z49Bf88SAf/O1UL&#10;/zliD/83bxP/NX0X/zOKGf8ylRv/MZ4d/zCnHv8wrx//MLcg/y/AIf8vyyL/L9wi/y/qI/8v9SP/&#10;L/4j/y//Iv8w/yL/MP8j+zP/JfU1/yXwN/8m8Df/JvA3/ybwN/8m8Df/Jv88JgL/OS0C/z8sAv9D&#10;LQP/RDIE/0M5Bf9DRQf/QlIL/0BfEP8+axX/O3gY/zmFG/83kB7/N5og/zajIf81qyL/NbMj/zS8&#10;JP80xiX/NNQl/zTmJv808Sb/NPsm/zX/Jf41/yb6Nv8o8zj/Kew6/ynmPP8q5jz/KuY8/yrmPP8q&#10;5jz/Kv89JQL/PSoC/0MoAv9HKQP/SS0E/0o2Bf9KQQf/SU0M/0daEf9FZxb/QnQa/0CAHf8+jCD/&#10;PZUi/zyeJP87pib/O64n/zq3KP86wSj/Os0p/zrhKf467in7Ovkp9zv/KfY6/yvwO/8t6D3/LuE/&#10;/y7bQf8u20H/LttB/y7bQf8u20H/Lv8+JQL/QSYC/0gkAv9MJQL/TykD/1IzBf9RPgf/UUkM/09W&#10;Ev9MYhf/Sm8c/0d7IP9FhiP/Q5El/0KaJ/9Boin/Qaoq/UCyK/xAvCz7P8gt+D/bLfRA6y3wQPct&#10;7UD/L+s//zHkQf8y20P/M9FE/zPLRv8zy0b/M8tG/zPLRv8zy0b/M/9AJAL/RSMC/0wgAv9SIQL/&#10;ViYD/1kvBP9ZOgf/WUYM/1ZREv9UXRj/UWod/k51IfxMgSX5Soso90mVK/VHnSzzR6Yu8kauL/BF&#10;uDDvRcQx7UXTMehG6DHlRvYy4kX/Nd9E/zbTR/83ykj/OMRK/zi/S/83v0v/N79L/ze/S/83v0v/&#10;N/9BIwH/SR8B/1EcAf9XHAL/XCMC/2AsA/9gNgb/YEEL/15NEf1bWBj4WGQd9FVwI/FTfCfuUIYr&#10;60+QLulNmTDnTKEy5UyqM+NLtDTiS8A14EvPNdtL5jbVSvQ40Ur/Os5K/zzETP88vU3/PLhP/zy0&#10;T/87tE//O7RP/zu0T/87tE//O/9CIgH/TBwB/1UYAf9cGQH/YyAC/2YoA/9oMgX/aD0J+mZIEPRj&#10;UxfuYF8d6l1rI+ZadijiV4Et31WLMNxTlDPZUZ021VCmONNPrzrQT7s7zk7JPMtP4T3HT/I+w0//&#10;QMBP/0G3Uf9BsVL/QK1T/0CqVP8/qlT/P6pU/z+qVP8/qlT/P/9GHwH/UBkB/1kVAf9iFwH/aB0B&#10;/2wkAv9vLgP5bzgH8W5EDutrThXlaFsc32RnI9pgcSrUXXsv0FuFNMxYjjjJV5c7x1WgPcRUqT/C&#10;U7RBv1PCQr1T1kO5U+1EtlP9RbNU/0WsVv9Ep1f/RKRY/0OhWP9CoVj/QqFY/0KhWP9CoVj/Qv9I&#10;HQH/UxYB/10SAf9mFAH/bRkB/3IhAft1KQLydjMF6XY+C+JzShLbb1ca0mtiI81nbCvIZHYxxGF/&#10;N8BeiTu9XJI+uluaQbdZpES1WK5Gsle7R7BXzUitWOhIqlj6SadZ/0ihWv9InVv/R5tc/0aZXP9F&#10;mVz/RZlc/0WZXP9FmVz/Rf9LGgH/VxMB/2EQAP9rEgD/chYA/3gcAfV7JAHrfS0D4n45B9l7RhDQ&#10;dlMayXFeJMNtaCy+anEzumd7OLZkgz2yYoxBr2CVRaxen0epXalKply2S6Rcx0yiXOJNn133TJxe&#10;/0yYX/9KlWD/SZNg/0iRYP9HkWD/R5Fg/0eRYP9HkWD/R/9OGAH/WhEB/2QOAP9vEAD/dhMA/H0X&#10;AO+BHgHkhCcC24Q0BdCBQw/IfE8ZwXhaI7tzZCy1cG0zsWx2Oq1qfz+pZ4hDpWWRR6Jjm0qfYqVN&#10;nGGxT5lgwVCXYNxQlWHzT5Ni/06QY/9MjmT/S4xk/0qLZP9Ii2T/SItk/0iLZP9Ii2T/SP9QFgH/&#10;XBAA/2gNAP9yDgD/ehAA9oESAOmGFwDeiiAB0oowBMmGQA7Bgk0Zun1XI7R5YSyudWo0qXJyOqRv&#10;e0CgbIREnWqNSJlol0yVZ6FPkmatUZBlvVKOZdRTjGbwUYtn/1CIZ/9Oh2j/TIZo/0uFZ/9JhWf/&#10;SYVn/0mFZ/9JhWf/Sf9SFAH/Xw4A/2sLAP91DAD5fg0A8IUOAOOLEADWjxoAzI4uBMOLPQ27h0oY&#10;tINVIq1+Xiune2czondvOp10eECZcoBFlW+JSZFtk02NbJ5QimqqU4dquVSFas9UhGvuU4Ns/1GC&#10;bP9PgWv/TYBr/0yAa/9KgGv/SoBr/0qAa/9KgGv/Sv9UEgH/YQwA/24KAP14CQDogggA3IkJANiP&#10;CwDQkxcAxpMrA76QOwy2jEgXrohSIaeEXCuhgGQznHxtOpd5dUCSd31FjnWGSopykE6GcZtRgm+n&#10;VH9vtlV9b8tWfG/rVHxw/1J7cP9Qe2//Tntv/017bv9Le27/S3tu/0t7bv9Le27/S/9XEQD/YwoA&#10;/3AHAPB8BQDchQUA1IwIANCTCQDKlhQAwZcpA7mUOQuxkEYWqY1QIKKJWiqchWIyloJqOZF/cj+M&#10;fHpFh3qDSoN4jU5/dphRe3WkVHh0s1Z2dMhWdXToVXV1/VN1dP9RdXP/T3Zy/012cf9MdnH/THZx&#10;/0x2cf9MdnH/TP9ZEAD/ZgcA/3MEAOF/AQDWiAQAz5AGAMqWCADEmhIAvJsmArSYNwmslUQUpJFO&#10;H52OVyiWimAxkIdoOIuEcD+GgnhEgX+BSX19i014e5ZRdHqiVHF5sVZvecVWbnrmVW56/FNvef9R&#10;cHf/T3F2/01xdf9McXX/THF1/0xxdf9McXX/TP9bDgD/aQQA9ncAAN2CAADQiwMAyZMFAMSZBgC+&#10;nhAAtp8kAq6dNAimmkETn5ZMHZiTVSeRkF4vi41lN4WKbT2AiHVDe4V+SHaDiExygpNQboCgU2t/&#10;rlVof8JWZ3/jVWiA+lNpfv9Ranz/T2t7/01sef9MbHn/TGx5/0xsef9MbHn/TP9eDAD/bAEA5noA&#10;ANaGAADLjwIAxJcEAL6dBAC4og4AsaMhAamiMgehnz8RmZxKG5KZUyWLllwthZNjNX+Razt6jnNB&#10;dYx8RnCKhUtriJFPZ4edUmSGrFRihr9VYYbhVGGG+VJjhP9QZYH/T2Z//01nfv9MZ37/TGd+/0xn&#10;fv9MZ37/TP9hCgD/bwAA4H4AANCJAADGkwEAv5sDALihAgCxpgsAqqgeAaOnLwWbpT0PlKJIGYyf&#10;USKFnFkrf5phMnmYaTl0lXE/b5N5RGqSg0hlkI5MYY+bT16OqlJbjr1SWo7eUluN+FBci/9PXoj/&#10;TmCF/0xhg/9LYYP/S2GD/0thg/9LYYP/S/9kBQD1dAAA2oIAAMuOAADBlwAAuJ4BALGlAACpqwcA&#10;o60aAJysLASVqzoMjahFFoamTx9/pFcoeaJfL3OgZjVtnm47aJx3QGOagUVfmYxJW5iZTFeXqE5V&#10;l7tPVJfcTlSW9k5VlP9NWJD/TFmN/0tbiv9KW4r/SluK/0pbiv9KW4r/Sv9oAADleQAA0YcAAMWS&#10;AAC7nAAAsaIAAKmpAAChsQIAm7MVAJWzKAKOsjYJhrBCEn+uTBt4rFQjcqpcKmyoZDFnp2w2YqV1&#10;O12kf0BZo4pDVaKXR1Ghp0lPobpKTqLZSU6g9UlOn/9JUJn/SVKW/0hUkv9HVJL/R1SS/0dUkv9H&#10;VJL/R/9uAADefwAAyo0AAL6YAACzoAAAqqcAAKGuAACXtgAAkboQAIy6IwGFuTIGfrg+Dne2SRdx&#10;tVIea7NaJWWyYitgsWowW7BzNVevfTlTrok9T62WQEytpUJKrblDSa7YQkir9UNHqv9ESaX/REug&#10;/0RNnP9ETZz/RE2c/0RNnP9ETZz/ROp1AADShgAAw5MAALedAACspAAAoqsAAJizAACOuwEAhcEM&#10;AIHCHQB7wi0DdcE6CW/ARRFpv08YY75XHl69XyNZvGgoVbtxLVG7ezBNuoc0SrqVN0e6pTlFurg6&#10;RLrXOUO49TtCtv89QrP/PkSu/z5Fqf8+Ran/PkWp/z5Fqf8+Ran/PuB9AADJjQAAu5oAAK6iAACj&#10;qQAAmLEAAI65AACEwQIAeckHAHTLFABwzCYBa8s1BWXLQApgyksQW8pUFlfJXRpSyWUfTshvI0vI&#10;eiZHyIYpRMiULELIpC5AyLgvP8nXLz/H9TA9xP8zO8P/NTy+/zY9uP83Pbj/Nz24/zc9uP83Pbj/&#10;N9GGAADAlQAAsp8AAKWnAACarwAAjrcAAIO/AAB4xwMAbs8HAGXXDQBj2B0AYNgtAlvYOgRX2EYJ&#10;U9hQDU/YWRFL12IVR9dsGETXdxtB14QePtiTIDzYoyE72bciOtrVIjrW8iM31P8nNtL/KTTR/ys2&#10;yv8tNsr/LTbK/y02yv8tNsr/LcWQAAC2nQAAqKUAAJytAACPtgAAg74AAHfHAABszwIAYtYHAFrk&#10;DgBY5BwAVOQpAVDkNQNM5T8FSOVJB0XlUwpC5lwNP+ZmDzzmcRI6534UN+eMFjXnnBcz6K4ZMunG&#10;GTLo6hkx5f4ZL+T/HC7k/x4t4v8gLeL/IC3i/yAt4v8gLeL/ILqaAACqowAAnasAAJC0AACDvQAA&#10;d8YAAGvPAABf1gAAVN4EAFHwEABN8BsASvAmAUbxMAJC8joDPvJDBDvzSwU481QHNvRdCDP0aAkw&#10;9XQLLvWBDCz2kQ4q9qIPKPe3ECf41hEn9vQRJvP/ESbx/xEl8f8TJfH/EyXx/xMl8f8TJfH/E62h&#10;AACgqQAAkrMAAIS8AAB2xgAAac8AAF3YAABR3wAASe4EAEb8DgBC/RcAPv4hADv+KgE3/zMCNP86&#10;AjD/QgMt/0oDK/9TBCj/XAUl/2YFIv9zBiD/gwcf/5QIHf+mCBz/vAgb/+IJGv/5CRr//wkZ//8J&#10;Gf//CRn//wkZ//8JGf//CaKnAACTsQAAhbsAAHbGAABp0AAAW9oAAE7gAABD5QAAPvsBADr/DAA2&#10;/xMAMv8bAC//IwAr/yoBKP8xAST/NwEh/z8CH/9GAhz/TgIZ/1gDFv9jAxP/cAMS/4EEEf+TBBD/&#10;pwQP/70FDv/gBQ7/9gUO//8FDv//BQ7//wUO//8FDv//BZWvAACGugAAd8UAAGjQAABa2wAATOEA&#10;AEDnAAA38wAAMv8AAC7/BwAq/w4AJv8TACP/GgAf/yAAG/8mABj/KwEV/zIBEv84ARD/QAEO/0gB&#10;DP9SAQn/XQIG/2sCBP99AgL/kAIB/6MCAP+2AgD/zQMA/+wDAP/sAwD/7AMA/+wDAP/sA4i5AAB4&#10;xAAAadAAAFvdAABL4wAAPukAADLuAAAr/wAAJv8AACH/AAAd/wgAGv8NABb/EQAT/xYAEP8aAA7/&#10;HwAL/yQACf8qAAb/MAAC/zcBAP9AAQD/SgEA/1YBAP9kAQD/dQEA/4gBAP+aAQD/qgEA/7sBAP+7&#10;AQD/uwEA/7sBAP+7Af8vKwH/KzIC/y8xAv8wNAL/LzkD/ytBA/8nTAT/I1gF/yFmBv8gdAf/HoIJ&#10;/x6OC/8emAz/HqEN/x6pDv8esA//HbgP/x3BEP8dyxD/HdsR/x3oEf8d8hH/HfwR/x7/Ef8e/xD/&#10;Hv8Q/x//Ef8f/xL/If8T/yL/E/8i/xP/Iv8T/yL/E/8vKwH/LjAC/zIvAv8zMQL/MjYD/y8+A/8r&#10;SQX/KVYG/ydjB/8lcQj/JH4L/yOKDP8jlQ7/Ip4P/yKmEP8irRH/IrUR/yK9Ev8ixxL/ItQT/yLl&#10;E/8i8BP/IvoT/yL/E/8j/xL/I/8S/yP/FP8k/xX+Jv8W/Cf/Fvwn/xb8J/8W/Cf/Fv8wKgH/MS0C&#10;/zUrAv83LQL/NjID/zQ6A/8yRQX/L1IG/y1gB/8sbQr/KnoM/ymGDv8okRD/KJoR/yiiEv8nqhP/&#10;J7EU/ye5FP8nwxX/J88V/yfhFf8n7RX/J/gV/yj/Ff8o/xX/KP8W/yf/F/wp/xj2K/8Z9Cz/GfQs&#10;/xn0LP8Z9Cz/Gf8xKQH/NCkB/zkoAv87KgL/PC4C/zo2A/85QgX/N08G/zVcCP8zaQv/MXYO/zCC&#10;EP8vjRL/LpYU/y6eFf8tphb/La0W/y21F/8tvhj/LcoY/y3cGP8t6hj/LfUY/S7/GPou/xj5Lf8a&#10;+S3/HPMv/xztMf8d6jL/Heoy/x3qMv8d6jL/Hf8zKQH/OCYB/z0kAf9AJQL/QSkC/0IzA/9BPgX/&#10;P0oG/z1XCf87ZAz/OXAP/zd9Ev82iBT/NZEW/zWaF/80ohn/NKkZ/zOxGv8zuhv/M8Ub/TPTG/oz&#10;5hv3NPMb8zX+G/E0/x3wM/8f7jP/IOc2/yHhN/8h3jj/Id44/yHeOP8h3jj/If81JwH/PSIB/0Ig&#10;Af9GIAH/SCUC/0ovA/9JOgT/R0YG/0VSCf9DXw3/QWsR/z93FP89ghf+PIwZ/DyVGvs7nRz5O6Ud&#10;+DqtHvY6th71OsAf8zrOH/A64x/rO/Ef6Dr9IeY6/yPkOv8l4Tr/Jdg8/ybQPf8mzT7/Js0+/ybN&#10;Pv8mzT7/Jv85JAH/QR4B/0cbAf9LGwH/TyIB/1ErAv9RNgT/T0EG/0xNCf9LWg78SWYS+EdyFvVF&#10;fRnzQ4cb8UKRHe9CmR/tQaEg7EGpIepAsiLoQLwi50DKI+RB3yPgQe8k3ED8J9hA/ynUP/8qz0D/&#10;KsdC/yrCQ/8qwEP/KsBD/yrAQ/8qwEP/Kv88IAH/RRoB/0sXAf9RFwH/Vh8B/1gnAv9YMQP/VzwF&#10;/FVICfZSVA7yUGET7k5tF+pMeBvnSoIe5UmMIOJIlSLgR50k3kelJdxGribaRbkn2EXGKNRF3CnP&#10;Ru4qy0X7LchF/y7FRf8vwEb/L7pI/y+1Sf8utEn/LrRJ/y60Sf8utEn/Lv9AHQH/SRYB/1ATAf9W&#10;FAD/XBsB/18jAf9gLAL6XzcE811CCO1aTw3nWFwT4lZoGN5TchzaUX0g1k+GJNJOjyfQTZgpzUyg&#10;K8tLqS3JSrMux0q/L8VK0DDCS+gwvUv4MrpK/zO4S/8zs0z/M65N/zOqTv8yqU7/MqlO/zKpTv8y&#10;qU7/Mv9DGgH/TBMA/1QQAP9cEgD/YRcA/2UeAftmJwHyZjED6mU9BuNjSgvcYFcS1V1iGdBabR/M&#10;V3cjyFWAJ8VUiSvCUpIuwFGaML5QozK7T600uU+5NbdPyDa0T+I2sU/0N65Q/zisUP84p1H/N6NS&#10;/zagU/81n1P/NZ9T/zWfU/81n1P/Nf9GFwH/UBEA/1gNAP9gEAD/ZhMA/2oZAPRsIQHqbSsC4Ww3&#10;BNlqRQrQZ1ISymNeGsVgaCDBXnImvVx7KrpahC63WIwxtFeVNLFVnjavVKg4rVSzOqpTwjuoU9o7&#10;pVTwPKJV/zyhVf87nVb/OppX/zmXV/84l1f/N5dX/zeXV/83l1f/N/9JFAD/Uw4A/1wMAP9lDQD/&#10;aw8A+m8TAOxyGQDidCMB2HMyA85xQgnHbU8SwWpaGrtnZCG3ZG0ns2J2LK9ffzCsXoc0qVyQN6db&#10;mTqkWaM8oVmuPp9YvT+dWNFAmlnsP5hZ/j+XWv8+lFv/PJFb/zuPW/86j1v/Oo9b/zqPW/86j1v/&#10;Ov9MEgD/Vg0A/2AJAP9oCgD6bwwA83MOAOV3EQDaeRsAz3kuAsd3Pgm/dEsRuXBWGrNtYCGvamko&#10;qmdyLadlejKjY4M2oGGMOZ1glTyaXp8/l12qQZVduEKTXctDkF3oQ49e/EGOX/9Ai1//Popf/z2I&#10;X/88iF//O4hf/zuIX/87iF//O/9OEQD/WAoA/2MHAPpsBgDncwYA3XgIANp7CwDRfhcAyH4rAsB8&#10;Owi5eUgRsnZTGaxyXSGnb2Yoo21uLp9qdzObaH83mGaIO5VlkT6RY5tBjmKnQ4xhtEWJYcdFiGLl&#10;RYZi+kOGY/9ChGP/QINj/z6CY/89gmP/PIJj/zyCY/88gmP/PP9QDwD/WwcA/2YDAOxvAgDcdgMA&#10;1HwHANGACQDKghQAwoMoArqBOQezfkYQrHtRGaZ3WiGhdGMonHJrLphvczOUbXw3kWuEO41qjj+K&#10;aJhChmejRIRmsUaBZsNHf2bhR39n+EV+aP9Dfmj/QX1n/z98Z/8+fGf/PXxn/z18Z/89fGf/Pf9S&#10;DgD/XQMA/WkAAOFyAADWegIAzn8FAMqDCADFhhIAvIcmAbWGNgaug0MPp4BOGKF8WCCbeWAnlndp&#10;LZJ0cDOOcnk3inCBPIZuiz+DbZVDf2yhRXxrrkd6a79IeGvdSHhs9kZ4bP9Ed2z/Qndr/0B3av8/&#10;d2r/Pndq/z53av8+d2r/Pv9UDAD/XwAA8mwAAN12AADQfQIAyYMEAMSHBgC/ihAAt4wjAbCKNAWp&#10;iEEOooVMF5yBVR+Wf14mkXxmLYx5bjKId3Y3hHV/O4B0iD98cpJDeHGeRnVwrEhzb71JcXDZSXFw&#10;9Edxcf9EcnD/QnJv/0Fybv8/cm7/PnJu/z5ybv8+cm7/Pv9WCgD/YgAA5m8AANd5AADMgQEAxYcD&#10;AL+LBAC5jg4AspAgAauPMQWkjD8NnYpKFpaHUx6RhFwli4FkLIZ/azGCfXM2fnt8O3p5hj92d5BC&#10;cnacRW91qUhsdbpJa3XUSWt18kdrdf9FbHX/Q21z/0Ftcv8/bXL/P21y/z9tcv8/bXL/P/9ZBwD/&#10;ZQAA4nIAANF8AADHhAAAwIoCALmPAgCzkgwArJQdAKaTLwSekTwLmI9IFJGMURyLiVokhodiKoGF&#10;aTB8gnE1eIF6OnR/gz5wfY5CbHyaRWl7p0dmerhIZHvQSGR78Edle/9EZnr/Q2d4/0Fodv8/aHb/&#10;P2h2/z9odv8/aHb/P/9bBAD3aQAA3XYAAM2AAADDiAAAu44AALSTAQCtlwkAp5gaAKCYLAOZljoK&#10;kpRFEoySTxqGj1cigI1fKHuLZy52iW8zcod3OG2FgTxphItAZoKXQ2KBpUZggbZHXoHNR16B70Zf&#10;gf9EYH//QmF9/0Fie/8/Y3r/P2N6/z9jev8/Y3r/P/9eAADpbQAA1nkAAMiEAAC+jAAAtpMAAK6X&#10;AACmmwQAoJ0XAJqdKQKTnDcIjJpDEIaYTRiAllUfepRdJnWSZSxwkGwxbI51NmeNfjpji4k+X4qV&#10;QVyJo0RaibRFWInLRViI7URYiP9DWYb/QVuD/0Bdgf8+XYD/Pl2A/z5dgP8+XYD/Pv9iAADkcQAA&#10;z34AAMOIAAC5kQAAsJcAAKebAACeoQAAmKMTAJOjJQGNojQGhqFADYCfShV5nVMcdJtaI2+ZYihq&#10;mGouZpZyMmGVfDddlIY6WZKTPlaSoUBTkbJBUpLJQlKR60FSkP9AUo//P1WL/z5WiP89V4f/PVeH&#10;/z1Xh/89V4f/PflnAADddgAAyYMAAL2NAACzlQAAqZsAAKCgAACWpwAAj6kPAIuqIQGFqTAEf6g8&#10;CninRxJzpVAYbaNYHmiiYCRkoWcpX6BwLlueeTJXnYQ2U5yROVCcnztOm7A9TJzHPUyb6jxMmf88&#10;TJj/PE2V/zxPkf87UI//O1CP/ztQj/87UI//O+ttAADTfAAAw4kAALeTAACsmgAAop8AAJmlAACO&#10;qwAAhbALAIGxGwB8sSsCd7A4B3GvQw1rrk0UZq1VGWGsXR5dq2UjWapuJ1WpdytRqIIvTaePMkqn&#10;njVIp682R6fGNkam6TZFpP43RaP/N0ag/zdInP83SZr/N0ma/zdJmv83SZr/N+J0AADKgwAAvI8A&#10;ALCYAAClngAAm6QAAJCrAACFsQAAergEAHa5FAByuSUBbbkzBGi4PwhjuEkOXrdSE1q2WhhWtmIc&#10;UrVrIE60dSRLtIAnSLOOKkWznSxCs64tQbPFLkGz6S1AsP4vP6//MT6t/zJAqP8yQab/MkGm/zJB&#10;pv8yQab/MtV8AADCigAAtZYAAKidAACdowAAkqoAAIexAAB8twAAcL4DAGjCDgBmwx0AY8MtAV7D&#10;OQRaw0QIVsJODFLCVxBPwV8US8FpF0jBcxpFwH4dQsCMID/AmyI9wK0jPMHEIzzA6SM6vv4mOLz/&#10;KDe7/yk4uP8qOLb/Kzi2/ys4tv8rOLb/K8mFAAC5kwAArJwAAKCiAACUqgAAiLEAAHy4AABxvgAA&#10;ZsUDAFvLCABXzRMAVs4jAFPOMgFQzj4DTc9IBUnPUghGz1sLQ89lDkDPbxA+z3sTO8+JFTnPmRc3&#10;z6sYNtDDGDbP6Bg0zfsbMsv/HTHK/x8wyf8hL8j/IS/I/yEvyP8hL8j/Ib6PAACvmgAAoqEAAJap&#10;AACKsAAAfbgAAHG/AABmxgAAW8wCAFDSBwBH2gwARtwYAEXcJwBE3TUBQd1AAj/eSwM93lUEOt9f&#10;BjjfaQc133YJM+CECzHglAwv4aYNLuG8Di3i4A4t3vgPK93/Eirc/xQp2v8WKNr/Fija/xYo2v8W&#10;KNr/FrOYAACloAAAmacAAIuwAAB+uAAAccAAAGXIAABZzgAATtMAAETbBAA/6Q0APekXADvqIwA5&#10;6i4ANus4ATTrQgEx7EsCL+1VAy3tXwMq7msEKO54BSbviAYl75oHI/CuByLxyAci8O0HIez/ByHr&#10;/wgg6/8KH+r/Cx/q/wsf6v8LH+r/C6ifAACbpgAAja8AAH+4AABxwQAAZMoAAFjQAABM1gAAQd0A&#10;ADjkAAA19gwAM/cUADD3HgAu+CcAK/kwACj5OAEm+kABI/tJASH7UgEe/F0CHP1pAhr9eQMY/osD&#10;F/+eAxX/swQU/9MEFP70BBP8/wMT+v8DE/n/AxP5/wMT+f8DE/n/A52lAACPrgAAgLgAAHLCAABk&#10;ywAAVtMAAEnaAAA+3wAANOQAAC70AAAr/woAKP8QACX/FwAi/x8AH/8mABz/LQAZ/zQAF/88ABT/&#10;RAES/04BEP9ZAQ7/ZwEM/3cBC/+KAgr/nwIJ/7UCCP/VAgf/9AIH//8CB///Agf//wIH//8CB///&#10;ApGtAACCuAAAc8IAAGTMAABW1QAASN0AADviAAAw5wAAJ+4AACP/AAAg/wQAHP8MABn/EQAW/xYA&#10;E/8bABH/IQAO/ycADf8uAAr/NgAH/z4ABP9IAAD/VAAA/2IBAP9zAQD/hwEA/50BAP+yAQD/ygEA&#10;/+oBAP/zAQD/8wEA//MBAP/zAYS3AAB0wQAAZcwAAFbYAABH3wAAOeUAAC3qAAAj7gAAHP0AABj/&#10;AAAV/wAAEf8EAA//CwAN/w4ACf8RAAb/FQAD/xoAAP8gAAD/JgAA/y4AAP83AAD/QQAA/00AAP9c&#10;AAD/bQAA/4IAAP+WAAD/qAAA/7oAAP/DAAD/wwAA/8MAAP/DAP8kLwH/JS8B/ygvAf8nMQH/JDYC&#10;/yA+Av8aSQP/F1YD/xVkA/8TcgT/En8E/xKKBP8SlAT/Ep0F/xKkBf8SrAb/ErMG/xK6Bv8Swwb/&#10;E84H/xPfB/8T6wf/E/YH/xP/B/8T/wb/E/8G/xT/B/8U/wj/E/8I/xX/Cf8V/wn/Ff8J/xX/Cf8l&#10;LgH/KS0B/yssAf8rLgH/KTMC/yQ7Av8fRgP/HVMD/xthBP8ZbgT/F3sE/xeHBf8XkQX/F5oG/xeh&#10;Bv8XqQf/F7AH/xe3CP8XwAj/GMoI/xjbCP8Y6Aj/GPQI/xj9CP8Z/wj/Gf8I/xn/Cf8Z/wr/GP8L&#10;/xr/C/8a/wv/Gv8L/xr/C/8mLQH/LCkB/y4oAf8vKgH/LS8C/yk3Av8nQwP/JFAD/yJdBP8gagX/&#10;HncF/x6DBv8ejQf/HpYH/x6eCP8epQn/HqwJ/x6zCf8evAr/HsYK/x7TCv8e5Qr/HvEK/x/8Cv4f&#10;/wr9H/8L/B//DPwe/w38H/8O9yH/Dvch/w73If8O9yH/Dv8qKgH/LyYB/zIkAf8zJQH/MioB/zE0&#10;Av8vPwP/LUwD/ypZBP8oZgX/JnIG/yV+B/8liQj/JZIJ/yWaCv8loQv/JagL/ySwDP8kuAz/JcEM&#10;/yXODf8l4Q38Je8N+Sb6DPYm/w31Jv8P9CX/EPQl/xHyJv8S7Sf/Eu0n/xLtJ/8S7Sf/Ev8uJgH/&#10;NCIB/zcgAf85IQH/OCUB/zkvAv84OwL/NUcD/zNUBf8xYQb/L20H/y55Cf8thAr/LY0M/yyWDf8s&#10;nQ3/LKUO/SysD/wstA/7LL0P+SzJEPYs3RDzLewP7y34D+0t/xLrLP8U6iz/Feks/xblLf8W4C7/&#10;FuAu/xbgLv8W4C7/Fv8yIwH/OB0B/zwbAf8+GwH/QCIB/0ErAf9ANgL/PkID/zxPBf85XAb/OGgI&#10;/TZzC/s1fgz4NYgO9zSRD/U0mRDzNKAR8jOoEvAzsBLvM7kT7jPFE+s01xPnNOoS4zT3FOE0/xfe&#10;M/8Z3DP/Gtsz/xrUNP8azjX/Gs41/xrONf8azjX/Gv82HwH/PBkB/0EWAP9EFgD/Rx4B/0knAf9I&#10;MgL/Rj0D/0RJBfpCVgf2QGIJ8j9uDO89eQ/tPIMQ6jyMEug7lBPnO5wU5TukFeM6rRXiOrYW4DvC&#10;Ft870hbaO+gX1Dr2GtA6/xzNOv8eyzr/Hso6/x/EO/8fwDz/HsA8/x7APP8ewDz/Hv85GwH/QBUA&#10;/0URAP9KEwD/ThkA/1AiAf9QLAH9TjcC9ktDBPBJUAfrSF0K50ZpDeNFdBDgRH4T3UOHFdtCkBfY&#10;QZgY1UCgGdNAqRvRQLIcz0C9Hc1AzB3KQeQexkD0IMJA/yK/QP8jvUD/I7tA/yO2Qf8js0L/IrNC&#10;/yKzQv8is0L/Iv89FwD/RBEA/0oOAP9QEAD/VBUA/1YdAP1WJgHzVTEB61M9A+VSSwbfUFgK2k5j&#10;DtRMbhPQSngWzUmBGctIihvIR5IdxkeaH8RGoyHCRqwiwEW3I75FxSS8RdwkuEbwJbVG/yeyRv8n&#10;sEb/J65G/yeqR/8mp0j/JqdI/yanSP8mp0j/Jv9AFAD/SA4A/04LAP9VDgD/WREA/1wWAPRdHwDq&#10;XCoB4ls3AtpaRgXSV1MLzFVeEMhTaBXEUXIZwVB7HL5PhB+8TYwiuU2VJLdMnSa1S6cns0uxKbFK&#10;vyqvStEqrEvrK6lL/CymS/8spUz/K6NM/yqfTf8qnU3/KZ1N/ymdTf8pnU3/Kf9DEQD/SwwA/1MI&#10;AP9aCwD/Xg0A+WAQAOthFgDhYiEA1mIxAc5hQQXHX04LwlxZEb1aZBe5WG0btlZ2H7NVfiKwU4cl&#10;rlKPKKtRmCqpUKIsp1CsLaVPuS+jT8svoFDmL55Q+TCcUP8vmlH/LphR/y2WUv8slFL/K5RS/yuU&#10;Uv8rlFL/K/9GEAD/TgkA/1YFAP5eBgDvYgcA52UKAORmDgDWZxkAzWgtAcVnPQW/ZUoLuWNVErRg&#10;XxewXmkcrFxxIalaeiSmWYIopFiLK6FWlC2fVZ0vnFWoMZpUtDOYVMUzllThNJNV9jOSVf8ykVb/&#10;MY9W/zCNVv8ujFf/LYxX/y2MV/8tjFf/Lf9JDgD/UQUA/1oBAO5iAADfZwMA2GoGANVrCgDNbRUA&#10;xW4pAb5tOQS3a0cLsWhSEaxmXBioZGUdpGJtIqFgdSaeXn4pm12GLZhcjy+VWpkyk1mkNJBZsDaO&#10;WcA2jFnbN4pZ8zaJWv80iFv/M4db/zGGW/8whVv/L4Vb/y+FW/8vhVv/L/9LDAD/VAAA+14AAOJl&#10;AADYawEAz24FAMxwCADGchIAvnMmAbdzNgSxcEQKq25PEaZrWRihaWEdnWdqIpllcieWY3oqk2KD&#10;LpBgjDGNX5U0il6gNoderTiFXbw5g13UOYJe8DiBX/82gF//NIBf/zN/X/8xfl//MH5f/zB+X/8w&#10;fl//MP9NCQD/VgAA7mEAAN1pAADRbwAAynMDAMV1BgDAdhAAuHgjALF4MwOrdkEJpXNMEJ9wVheb&#10;bl8dlmxnIpNqbyePaHcrjGd/L4lliDKFZJI1gmOdN4Biqjl9Yrk6e2LPO3pi7jl6Y/84emP/Nnlj&#10;/zR5Y/8yeWL/MXli/zF5Yv8xeWL/Mf9PBwD/WQAA5mQAANdsAADMcwAAxHcCAL95BAC5eg4Asnwg&#10;AKx8MQOlej4Jn3hKEJp1UxeVc1wdkXFkIo1vbCeJbXQrhWx8L4JqhTJ/aY81fGibOHlnpzp2ZrY7&#10;dGbMPHNn6ztzZ/84c2j/NnNo/zVzZ/8zc2b/MnNm/zJzZv8yc2b/Mv9RBAD/XAAA4mcAANJwAADH&#10;dgAAwHoAALp9AgC0fwwArYEdAKeBLgKgfzwImn1HD5V6URaQeFoci3ZiIYd0aSaDcnErf3F6L3xv&#10;gzJ4bo01dW2YOHJspTtwa7Q8bmvJPG1r6TttbP45bWz/N25s/zVua/80bmr/Mm5q/zJuav8ybmr/&#10;Mv9TAAD0XwAA3moAAM1zAADDegAAu34AALWBAACugwkAqIUaAKKFKwKbhDoHlYJFDpB/TxWKfVgb&#10;hntfIIF5ZyV9d28qenZ3LnZ0gDJzc4s1b3KWOGxxozppcLI8aHDGPGdw5ztncfw5aHH/N2hw/zVp&#10;b/80aW7/M2lu/zNpbv8zaW7/M/9WAADrYgAA2G4AAMl2AAC/fQAAt4IAALCFAACohwYAookXAJyK&#10;KQGWiTcGkIdDDIuFTROFglUZgIBdH3x/ZSR4fW0pdHt1LXB6fjFteYg0aXeUN2Z2oTpjdrA7YXbE&#10;PGF25Tthdvs5Ynb/N2N1/zVjc/80ZHL/M2Ry/zNkcv8zZHL/M/9YAADmZgAA0nEAAMV6AAC7gQAA&#10;socAAKuKAACijAIAnI4UAJePJgGRjjQFi4xAC4WKShGAiFMYe4ZbHXaFYyJyg2onboJyK2qAey9n&#10;f4YzY36RNmB9njldfK46W3zBO1t84zpbfPo4XHv/N117/zVeef80X3f/M193/zNfd/8zX3f/M/5c&#10;AADhagAAzXUAAMB+AAC2hgAArosAAKWOAACbkQAAlZMRAJCUIgGLkzEDhZI9CX+RSA96j1EWdY1Z&#10;G3GMYCBsimglaIlwKWSHeS1hhoMxXYWPNFqEnDZXg6w4VYO/OVWD4ThVgvk3VoL/NVaB/zRYf/8z&#10;WX3/Mll9/zJZff8yWX3/Mu9gAADbbgAAx3oAALuDAACyiwAAqJAAAJ+TAACUlgAAjZkOAImaHgCE&#10;mi4Cfpk6B3mXRQ10lk4Tb5VWGGqTXh1mkmUhYpFtJl6PdipbjoEtV42NMFSMmjNRjKo1T4y9NU+M&#10;3jVPi/c0T4r/M1CJ/zJRhv8xUoT/MVKE/zFShP8xUoT/MeplAADScwAAwn8AALaIAACskAAAopQA&#10;AJiYAACMnAAAhJ8KAICgGQB8oSkBd6A2BXKfQQptnksPaJ1TFGScWxlgm2MdXJprIViZdCVVmH4p&#10;UZeKLE6WmC5LlqgwSpa8MUmW3DBJlPYwSZP/MEmS/zBKkP8vS43/L0uN/y9Ljf8vS43/L+JrAADK&#10;eQAAvIUAALGPAACmlAAAm5kAAJGdAACGogAAeqYDAHanEwBzqCQAbqgyA2qoPQZlp0cLYaZQD12l&#10;WBRZpGAYVaNoHFKjcR9OonwjS6GIJkihlihFoKYqRKG6K0Oh2ipDn/UrQp3/K0Kc/yxCm/8sRJf/&#10;K0SX/ytEl/8rRJf/K9dyAADDgAAAtowAAKqUAACfmQAAlJ4AAImjAAB+qAAAcK4AAGqwDgBosR0A&#10;ZbEsAWGxOANdsEMGWbBMClWvVA5Sr10RTq5lFUuubxhIrXkbRa2GHkKslSA/rKUiPq25Iz2t2CI9&#10;q/UjPKn/JTun/yY7pv8mO6T/Jjuk/yY7pP8mO6T/Jsx6AAC7iAAArpIAAKKZAACXngAAjKQAAICq&#10;AAB1rwAAabQAAF65BgBbuhQAWbskAFa7MQFTuz0DULtHBU27UAdKulkKR7piDUS6bBBBuncTPrmE&#10;FTy5kxc5uaMYOLm3GTe61hk3uPQaNbb/HDS0/x4zs/8fM7L/IDOy/yAzsv8gM7L/IMGDAAC0kQAA&#10;ppgAAJueAACPpQAAgqsAAHaxAABrtgAAX7wAAFTBAwBMxQ0AS8UZAEnGKABIxjUARcdAAUPHSgNA&#10;x1MEPsddBjvHZwg5x3MKN8eADDTHkA0yx6EOMci1DzDI0w8wxvQQLsT/Ey3C/xUswf8WK8D/FyvA&#10;/xcrwP8XK8D/F7iNAACqlwAAnp4AAJGlAACErAAAeLIAAGu5AABgvwAAVMMAAErIAgBAzQcAOtIO&#10;ADnSGwA40ygAN9M1ADbUQAA01UsBM9VVATHWYAIv1mwDLdd6BCvYiwUq2J0FKNmxBifazQYn1+8G&#10;JtT/CSXS/wsk0f8MI9D/DSPQ/w0j0P8NI9D/Da6WAACgnQAAlKQAAIasAAB5tAAAbLsAAGDCAABU&#10;xgAASMsAAD7QAAA11QQALd0KACzhEwAr4h8AKeMqACjkNQAn5D8AJuVKACTmVQAj5mEBIeduASDn&#10;fgIe6JACHemkAhvpvAIa6uICGub8Ahnl/wMZ5P8EGOP/BRjj/wUY4/8FGOP/BaOdAACWpAAAiKwA&#10;AHq1AABsvQAAX8QAAFPKAABHzgAAPNMAADLaAAAq3wAAJe4JACPwEQAh8RkAH/EiAB3yKwAb8zQA&#10;GfQ+ABf0SAAV9VIAE/ZfABL2bgER94ABEPiUAQ/5qgEO+cYBDvntAQ32/wEN9P8BDfP/AQ3z/wEN&#10;8/8BDfP/AZmjAACLrAAAfLUAAG2+AABfxgAAUs0AAEXSAAA52AAAL94AACbiAAAf6gAAHPsGABn/&#10;DgAX/xMAFP8aABL/IQAQ/ygADv8wAA3/OQAL/0MACf9OAAb/XAAE/2wAAv+AAAH/lgAA/60AAP/K&#10;AAD/8AAA//8AAP//AAD//wAA//8AAP//AI2rAAB9tQAAbr8AAGDIAABS0AAAQ9cAADfdAAAr4gAA&#10;IuYAABnqAAAV+QAAEv8AABD/CAAO/w4ADP8RAAn/FgAG/xwAA/8iAAD/KgAA/zMAAP89AAD/SQAA&#10;/1cAAP9pAAD/fgAA/5UAAP+sAAD/xwAA/+gAAP/6AAD/+gAA//oAAP/6AIC1AABwvwAAYckAAFLT&#10;AABD2wAANeEAACnmAAAe6gAAFe4AABD4AAAO/wAAC/8AAAj/AAAE/wYAAP8KAAD/DgAA/xEAAP8V&#10;AAD/GwAA/yMAAP8rAAD/NgAA/0MAAP9TAAD/ZQAA/3oAAP+RAAD/pgAA/7gAAP/PAAD/zwAA/88A&#10;AP/PAP8cLwH/ICwB/yEsAf8eLgH/GjMB/xQ8Af8PRgH/DVQC/wthAv8JbwL/CXsC/wmGAv8JkAL/&#10;CZkC/wmgAv8JpwL/Ca0C/wm0Av8JvAH/CcUB/wnRAv8J4wL/Ce8C/wn5Af8K/wH/Cv8B/wr/Av8K&#10;/wL/Cv8C/wv/A/8L/wP/C/8D/wv/A/8fLQH/IykB/yQpAf8iKwH/HjAB/xg4Af8UQwH/EVAC/xBe&#10;Av8OawL/DncC/w6DAv8OjQL/DpUC/w6dAv8OpAL/DqoC/w6xAv8OuQL/DsEC/w7NAv8O3wL/DuwC&#10;/w74Av8O/wL/Dv8C/w//A/8P/wP/D/8E/xD/BP8Q/wT/EP8E/xD/BP8jKgH/JiYB/yglAf8nJwH/&#10;IysB/x4zAf8bQAH/GU0C/xZaAv8UZwL/E3MC/xN+Av8TiQP/E5ED/xOZA/8ToAL/E6cD/xOuA/8T&#10;tQP/E74D/xPJA/8T2gP/FOkD/hT2A/sU/wP5Ff8D+RX/BPgV/wX4Ff8G+BX/BvgV/wb4Ff8G+BX/&#10;Bv8mJgH/KiIB/ywgAP8rIgH/KCYB/ycwAf8kPAH/IkkC/x9VAv8dYgL/G24D/xt6A/8ahAP/Go0D&#10;/xqVA/8anAT/GqME/xuqBP8bsgT/G7oE/xvFBPwb0wT5G+cE9Rz0BPIc/wXxHP8G8Bz/B+8d/wjv&#10;Hf8J7xz/Ce4c/wnuHP8J7hz/Cf8qIgH/Lh0A/zAbAP8wHAD/MCIA/zAsAf8uNwH/K0QC/yhRAv8m&#10;XQP/JGkD/yN1BP8jfwT+I4gE/SORBfsjmAX6I6AF+COnBvcjrgb1I7cG9CPBBvIkzwbuJOQG6iXy&#10;Bugl/gjmJP8K5CX/C+Ml/wzjJP8M4iT/DOEk/w3hJP8N4ST/Df8uHgD/MxgA/zUWAP81FQD/OB0A&#10;/zgnAf83MwH/ND8B/zJLAv8vWAP7LmQE+C1vBPUsegXzLIMG8SyMBu8slAftLJwI7CyjCOosqwjp&#10;LLMI5yy+CeYszAniLeII3i3xCtss/gzWLf8O1Cz/D9Is/xDRLP8Qzyz/EM4t/xDOLf8Qzi3/EP8y&#10;GQD/NxQA/zoRAP88EgD/PxkA/0AiAP8+LQH/PDkB+jpFAvQ4UgPwN14E7DZqBek1dAbmNX4I5DSH&#10;COI0kAngNJgK3jSfCtwzpwvaM7AM2DO7DNUzyQ3SNN8NzjTwD8o0/RLHNP8TxTT/FMM0/xXDM/8V&#10;wDT/Fb80/xS/NP8UvzT/FP82FQD/OxAA/z4NAP9DDwD/RhQA/0YcAP9GJgD2RDIB70I/AelATAPk&#10;P1kE3z5kBts9bwjYPHkK1DyCDNE7iw3PO5MPzTqaEMs6ohHJOqsSyDq1E8Y6whPEOtUUwDvrFbw6&#10;+xe5Ov8Ytzr/GbY6/xm1Ov8Ysjv/GLE7/xixO/8YsTv/GP85EgD/Pw0A/0MJAP9IDAD/SxAA/0wV&#10;APVMHwDrSioA5Ek3Ad1JRgLVR1ME0EZfCMxFaQvJRHMNxkN8EMNChBLBQowTv0GVFb1BnRa7QKYX&#10;ukCwGLhAvBm2QMwas0HmGq9B9xytQf8dq0H/HalB/xypQf8cpkH/G6VB/xulQf8bpUH/G/89EAD/&#10;QgkA/0gFAP9NCAD/UAsA+VEPAOtQFQDhTyAA2FAxAM9QQQLJT04FxE5aCcBMZA29S20Qukp2E7dJ&#10;fhW1SIcXs0ePGbFHlxuvRqAcrUaqHqtFth+pRcYfp0bgIKRG9CChRv8hn0f/IJ5H/yCeR/8fm0f/&#10;HppH/x6aR/8emkf/Hv9ADQD/RgQA/0wAAPhSAgDoVQQA4VUIAOJVDQDVVRkAzFcsAMVXPAK/VkoG&#10;ulVVCrZTXw6yUmgSr1BxFaxPeRiqToEaqE2KHaVMkh+jTJwgoUumIp9LsSOdS8Akm0vYJZlL8CWW&#10;TP8klUz/JJRM/yOTTP8ikU3/IZFN/yGRTf8hkU3/If9CCgD/SQAA/1EAAOZXAADdWwEA1VwFANJb&#10;CQDLXBQAw14oALxeOAK2XUYGsVtRCq1ZWw+pWGQTplZsF6NVdBqgVH0dnlOFH5tSjiKZUZckl1Ch&#10;JpVQrSeSULwokVDQKI5Q7CiNUf4ni1H/JotR/yWKUv8kiVL/I4hS/yOIUv8jiFL/I/9FBwD/SwAA&#10;8FUAAN9bAADTYAAAzGEDAMhhBgDDYREAu2QkALVkNAKvY0IFqmFOCqVfVw+hXWAUnlxoGJtbcBuY&#10;WXgelViBIZNXiiSQVpMmjlWeKItVqSqJVLcrh1TLK4VV6SuEVfwqg1b/KINW/yeCVv8lgVb/JIFW&#10;/ySBVv8kgVb/JP9HAwD/TwAA51gAANlgAADNZAAAxmYBAMFmBAC7Zg4AtGkgAK5pMQKoaD8Fo2ZK&#10;Cp9lVA+aY10Ul2FlGJNgbRyQXnUfjl19IotchiWIW5AohVqaKoNZpiyAWbQtf1nHLn1Z5i18Wvos&#10;e1r/Kntb/yh7W/8ne1r/Jnpa/yV6Wv8lelr/Jf9JAAD7UgAA41wAANJjAADHaAAAwGsAALprAgC1&#10;aw0Arm0dAKhuLgGjbTwFnWtICplqUQ+UaFoUkGZiGI1lahyKY3Igh2J6I4RhgyaBYIwpfl+XK3te&#10;oy15XrEvd13EL3Ve4i91XvktdV//K3Vf/yl1X/8odV7/JnVe/yZ1Xv8mdV7/Jv9LAADwVQAA3l8A&#10;AM1nAADDbAAAu28AALVwAACvbwoAqHEaAKNyKwGdcjkEmHBFCZNuTw6PbVgUi2tgGIdpZxyEaG8g&#10;gWd3I31mgCZ6ZIopd2OULHVjoS5yYq8vcGLBMG9i3zBuY/cub2P/LG9j/ypvY/8ob2L/J29i/ydv&#10;Yv8nb2L/J/9NAADrWAAA2WMAAMlqAAC/cAAAt3MAALB0AACpdAcAo3YXAJ53KAGYdjcEk3VCCI5z&#10;TA6JcVUThXBdGIFuZRx+bWwfe2x0I3hqfSZ0aYcpcWiSLG5nni5sZ6wwame+MWln3DBpZ/UuaWf/&#10;LGln/ypqZ/8pamb/KGpm/ydqZv8namb/J/9QAADnWwAA02YAAMVuAAC7cwAAs3cAAKt5AACkeAMA&#10;nXoUAJh7JQGTezQDjnpAB4l4Sg2EdlMSgHVbF3xzYht4cmofdXFyInJveyZvboUpbG2QLGlsnC5m&#10;bKowZGy8MWNs2TBjbPQvY2z/LWRs/ytka/8pZWr/KGVq/yhlav8oZWr/KP1TAADjXwAAzmkAAMFx&#10;AAC3dwAAr3sAAKd9AACefQAAmH4RAJOAIgCOgDECiX8+BoR9SAx/fFERe3pZFnd5YBpzd2geb3Zw&#10;IWx1eCVpdIIoZnOOK2Nymi5gcagvXnG6MF1x1DBdcfIuXnH/LF5w/ytfcP8pYG//KGBu/yhgbv8o&#10;YG7/KPFVAADeYgAAym0AAL11AACzewAAq4AAAKKCAACYgQAAkYMPAI2FHwCIhS4Cg4Q7BX6DRQp6&#10;gU4PdYBWFHF/XhhufWYcanxtIGd7diNjeoAnYHmLKl14mCxad6YuWHe4L1d30S9Xd/EuWHb/LFh2&#10;/ypZdf8pWnT/KFp0/ydadP8nWnT/J+1ZAADXZgAAxXEAALl6AACvgAAApoQAAJ2GAACRhwAAiokM&#10;AIaKGwCCiysBfYo4BHiJQgh0iEwNb4dUEmyFWxZohGMaZINrHmGCdCFdgX0kWoCJKFd/lipVfqQs&#10;Un62LVF+zi1Rfe8sUn3/K1J8/ylTe/8oVHr/J1R6/ydUev8nVHr/J+heAADQawAAwHYAALR+AACr&#10;hQAAoYkAAJeLAACJjQAAg48IAH6QFwB7kScBdpE0A3KQPwZtj0kLaY5RD2WNWRNijGAXXotoG1uK&#10;cR5XiXshVIiGJFGHlCdPhqIpTYa0KkuGzCpLhe4pTIT/KUyD/yhMg/8nTYH/Jk6B/yZOgf8mToH/&#10;JuFjAADJcAAAu3sAALCEAACmigAAm44AAJGRAACEkwAAepUCAHWXEgBymCIAb5gwAmqXOwRml0UI&#10;YpZODF+VVg9blF0TWJNlF1WTbhpRkngdTpGEIEuQkSNJkKEkR5CyJkWQyiZFj+0lRY3/JUWM/yVG&#10;i/8kRor/JEaK/yRGiv8kRor/JNhpAADDdgAAtYEAAKuKAACfjwAAlZMAAIqWAAB+mgAAcJ0AAGuf&#10;DgBonxwAZqAqAWKgNwJfn0EFW59KCFieUgtUnloOUZ1iEk6caxVLnHUYSJuBGkWbjx1Cmp8fQJqw&#10;ID+ayCA/mesfP5j/ID6W/yE+lf8hP5T/IT+U/yE/lP8hP5T/Ic1wAAC8fQAAsIgAAKSPAACZlAAA&#10;jpgAAIOdAAB3oAAAaaQAAGCnCABdqBQAW6kkAFmpMQFWqTwCU6lFBFCoTgZNqFcJSqhfDEenaA5E&#10;p3MRQaZ/FD6mjRY8pp0XOqavGDmmxxg5peoYOKP/Gjeh/xs3oP8cN5//HDef/xw3n/8cN5//HMR4&#10;AAC1hQAAqY8AAJ2VAACSmgAAhp8AAHqjAABuqAAAYqwAAFWwAABQsg4ATrIbAE2zKABLszUASbM/&#10;AUazSQJEs1IEQbNbBj+zZAg8s28KOrN7DDezig41spoPM7OtEDKzxRAysukQMbD+EjCu/xQvrf8V&#10;L6z/Fi+s/xYvrP8WL6z/FruBAACujgAAoZUAAJaaAACJoAAAfaYAAHGrAABlrwAAWbQAAE63AABD&#10;vAUAQL0RAD+9HgA+visAPL42ADu/QQA5v0sBN79UAjXAXwIzwGoEMcB3BS/AhgYtwJcHK8CqCCrB&#10;wggqwOcHKb39Cii8/wwnuv8NJ7n/Die5/w4nuf8OJ7n/DrKMAACllAAAmZoAAI2hAAB/pwAAcq0A&#10;AGazAABauAAAT7sAAES/AAA6xAIAMMkIAC7KEQAtyh0ALMspACvLNQArzEAAKs1KACjNVgAnzmEA&#10;Js5vASTOfwEjz5ECIc+lAiDQvQIgz+QCH836Ax7L/wQeyv8FHcn/Bh3J/wYdyf8GHcn/BqiUAACc&#10;mgAAkKEAAIKoAAB0rwAAZ7YAAFu8AABOwAAAQ8MAADnHAAAvzAAAJ9AEAB/WCgAb2hAAG9saABrb&#10;JgAa3DEAGd08ABjdSAAY3lUAF99iABbgcgAV4IUAFOGaABPisQAS488AEuD0ABLe/wER3f8BEdv/&#10;AhHb/wIR2/8CEdv/Ap6aAACSoQAAhKkAAHaxAABouAAAW78AAE7EAABCyAAAN8wAAC3QAAAk1QAA&#10;HNsAABXfBQAU6Q4AEuoUABHrHQAQ6yYADuwwAA7tOgAN7kYAC+5TAArvYgAJ8HQACPGJAAfyoAAF&#10;8roABPHkAALx/QAC7/8AA+3/AAPt/wAD7f8AA+3/AJWhAACGqQAAeLIAAGm6AABbwgAATcgAAEDM&#10;AAA00QAAKtYAACHbAAAZ4AAAEuQAAA/wAQAN+QoAC/oPAAn7FQAH+xwABPwkAAH8LAAA/DcAAPxC&#10;AAD8UAAA/GEAAP11AAD8jAAA/KQAAPzBAAD86wAA/P8AAP3/AAD9/wAA/f8AAP3/AImpAAB5sgAA&#10;arsAAFzEAABOzAAAP9EAADLXAAAn3QAAHeEAABXlAAAO6AAACvEAAAj9AAAF/wMAAf8JAAD/DgAA&#10;/xIAAP8XAAD/HwAA/ycAAP8xAAD/PgAA/00AAP9fAAD/dQAA/40AAP+mAAD/wgAA/+cAAP/8AAD/&#10;/wAA//8AAP//AHyzAABsvAAAXcYAAE7PAAA/1gAAMd0AACXiAAAa5gAAEeoAAAzuAAAF8gAAAP8A&#10;AAD/AAAA/wAAAP8AAAD/BQAA/woAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zkAAP9KAAD/XQAA/3MA&#10;AP+MAAD/pAAA/7kAAP/UAAD/3gAA/94AAP/eAP8YLAD/GSkA/xkoAP8VKwD/EDAA/ws4Af8DRAH/&#10;AFEB/wBeAf8AbAH/AHgB/wCCAf8AjAH/AJQB/wCcAP8AogD/AKgA/wCvAP8AtgD/AL4A/wDIAP8A&#10;1wD/AOcA/wDzAP8A/QD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8bKQD/HSYA/xwl&#10;AP8ZJwD/EywA/w40AP8LQAH/CE4B/wVbAf8DaAH/AnQB/wJ/Af8CiAH/ApEB/wKYAf8CnwH/AaUA&#10;/wGsAP8BsgD/AboA/wHEAP8B0QD/AOQA/wDxAP8A/AD8Af8A/AL/APwD/wD8BP8B/AX/AfwF/wH8&#10;Bf8B/AX/Af8fJgD/ISIA/yAhAP8eIwD/GCcA/xMwAP8RPAH/DkoB/w1XAf8LYwH/Cm8B/wp6Af8K&#10;hAH/Co0B/wqUAf8KmwH/CqIB/wqoAf8KrwH/CrcB/wrAAP8KzAD/CuAA+wrvAPcK+gD1C/8B9Qz/&#10;AfQN/wH0Df8C9A3/AvQN/wL0Df8C9A3/Av8iIgD/JB0A/yQcAP8iHQD/HiIA/xwsAP8ZOAD/FkUB&#10;/xNSAf8SXgH/EGoB/xB1Af8QfwH/EIgB/xCQAf8QlwH/EJ4B/xClAf0QrAH8ELMB+hC9AfkRyQH1&#10;Ed0B8RHtAe4R+QHsEv8C6xP/AuoT/wPpE/8D6RP/A+kT/wPpE/8D6RP/A/8mHQD/KBgA/ygWAP8m&#10;FgD/Jh0A/yYoAP8jNAD/IEAA/x1NAf8bWQH/GWUB/hlwAfwYegH5GIMB9xiMAfYYkwH0GJoB8xih&#10;AfEZqAHwGbAC7hm6Au0ZxgLqGtkC5hrrAeIb+QLgG/8D3hz/BN0c/wXcHP8F3Bz/Bdsc/wXbHP8F&#10;2xz/Bf8qGQD/LRMA/y0RAP8tEQD/LhkA/y0iAP8sLgD/KToA/yZHAfokVAH2I2AB8iJrAe8idQLt&#10;In4C6yKHAukijwLnIpYC5SKeAuQipQLiIq0C4SO3At8jwwLdI9YC2CTqA9Ik+QXPJf8GzSX/B8sl&#10;/wjKJf8IyiT/CMok/wjKJP8IyiT/CP8uFAD/MRAA/zINAP80DgD/NRQA/zUcAP8zJwD6MTQA8y9B&#10;AO4tTgHpLFoB5SxlAuIscALfK3kC3SuCA9oriwPYK5IE1SuaBNMrogTRK6oFzyuzBc0rvwbMLM8G&#10;yC3nB8Qt9wnBLf8Kvy3/C70t/wy8Lf8MvCz/DLss/wy7LP8Muyz/DP8xEQD/NQwA/zYHAP86CwD/&#10;PBAA/zsVAPg5HwDvNysA5zY5AOE1RwDcNVQB1TVgAtE1agPONHMEzDR8Bco0hQbINI0HxjOUCMQz&#10;nAnCM6UJwTOuCr8zuQu9M8gLuzThC7c08w20NP8PsTT/D7A0/xCvNP8QrjT/D640/w+uNP8PrjT/&#10;D/81DgD/OAcA/zwCAP9ABgD/QQsA+kEPAO0/FgDjPCIA2j0xANI+QQDMPk8CyD5aA8Q9ZAXBPW4H&#10;vzx2CLw8fgq6O4cLuDuPDLc7lw21Op8OszqpD7E6tBCvOsIRrjrZEao77xKnO/8TpTv/FKQ7/xOj&#10;O/8Tojv/E6I7/xKiO/8Sojv/Ev84CgD/PAAA/0EAAPVFAADmRgIA4UUHAONCDQDVQxkAzEUsAMZH&#10;PAHBR0kCvEZVBLlFXwa1RGgJs0NxC7BDeQ2uQoEPrEKJEKpBkRKoQZoTp0CkFKVArxWjQLwWoUDQ&#10;Fp5B6hecQfwXmkH/F5hB/xeYQf8Wl0H/FZdB/xWXQf8Vl0H/Ff87BgD/PwAA+UYAAOVLAADcTgAA&#10;000EANFKCQDKShQAwk0nALxONwG3TkUCsk1QBa9MWgirS2MKqEpsDaZJdA+kSXwRoUiEE59HjBWd&#10;R5UXm0afGJlGqhmXRrgalkbKG5NG5huRR/kbj0f/Go5H/xmOR/8YjUf/GI1H/xeNR/8XjUf/F/8+&#10;AgD/QwAA60sAAN1RAADRVAAAylQBAMZSBQDBUREAuVMiALNVMwGuVEECqlRMBaZTVgiiUV8Mn1Bn&#10;D51PbxGaTncUmE5/FpZNiBiTTJEZkUybG49Lph2NS7Mei0vFHolL4h6HTPcehkz/HYVM/xyFTf8a&#10;hUz/GYVM/xmFTP8ZhUz/Gf9AAAD8RwAA5VAAANVWAADKWQAAwloAAL1YAwC4Vw4AsVkeAKxaLwGn&#10;Wj0CollJBZ5YUwmbV1sMl1ZkEJVVaxKSVHMVj1N7F41ShBqLUY0ciFGXHoZQox+EULAgglDBIYBQ&#10;3SF+UfQgfVH/H31R/x19Uf8cfVH/G31R/xp9Uf8afVH/Gv9CAADwSgAA31QAAM5aAADEXgAAvF8A&#10;ALZeAACxXAsAq14aAKVgKwCgYDoCnF9FBZdeUAmUXFgMkFtgEI1aaBOLWXAWiFh3GIVXgBuDVokd&#10;gFaUH35VnyF7Va0ieVS9I3hV1yN3VfIidlb/IHZW/x92Vv8ddlb/HHZW/xt2Vv8bdlb/G/9FAADs&#10;TgAA2lgAAMleAAC/YgAAt2QAALFjAACrYQgApGMXAJ9kKACaZTcClmRDBZFjTQiOYVUMimBdEIdf&#10;ZROEXmwWgV10GX5cfRx8W4YeeVqRIHdanSJ0Waokclm6JXFZ0iVwWvAjb1r/Im9a/yBwWv8ecFr/&#10;HXBa/xxwWv8ccFr/HP9IAADnUgAA01sAAMViAAC7ZgAAs2gAAKxoAAClZgUAn2cUAJppJQCVaTQC&#10;kGhABIxnSgiIZlMMhGVbEIFkYhN+Y2oWe2JyGXhhehx2YIQec1+OIXBemiNuXqglbF24JWpeziZp&#10;Xu4kaV7/Impe/yBqXv8fal7/Hmpe/x1qXv8dal7/HflKAADjVQAAz18AAMFlAAC3agAAr2wAAKds&#10;AACfagEAmWsRAJRtIgCQbjEBi209BIdsRweDa1ALf2pYD3xoYBN4Z2cWdmdvGXNmeBxwZYEebWSM&#10;IWpjmCNoYqYlZmK2JmRizCZkYuwlZGL/I2Ri/yFlYv8fZWL/HmVi/x1lYv8dZWL/HfJMAADfWAAA&#10;ymIAAL1pAACzbgAAq3AAAKJwAACZbgAAk3AQAI9yHwCKci4BhnI7A4JxRQd9cE4Lem5WDnZtXhJz&#10;bGUVcGttGG1qdRtqaX8eZ2mKIWVoliNiZ6QlYGe0Jl9nySZeZ+olXmf+I19n/yFfZv8fYGb/HmBm&#10;/x5gZv8eYGb/Hu9PAADaXAAAxmUAALptAACwcgAAp3UAAJ10AACUcwAAjXQNAIl2HACFdysBgXc4&#10;A3x2QwZ4dUwJdHRUDXFzWxFucmMUa3FrF2hwcxplb3wdYm6HIF9tlCJdbKIkWmyyJVlsxyVYbOgl&#10;WWz9I1lr/yFaa/8fW2v/Hltq/x5bav8eW2r/HutTAADTYAAAwmkAALZxAACsdgAAo3kAAJl5AACN&#10;dwAAh3kLAIN7GAB/fCgAe3w1And7QAVzekkIb3lRDGx4WQ9od2ETZXZoFmJ1cBlfdHocXHSFH1pz&#10;kSFXcqAjVXKwJFNyxSRTcuckU3H8IlRx/yBUcP8fVXD/HlVv/x1Vb/8dVW//HeVXAADNZAAAvm0A&#10;ALJ1AACoewAAn34AAJN9AACHfQAAgH8HAHyAFQB4gSQAdYIyAXGBPQRtgEYHaYBPCmZ/Vg1jfl4R&#10;YH1mFF18bhdae3caV3qCHVR6jx9ReZ0hT3muIk55wyJNeOUiTXf7IU53/x9Odv8eT3X/HU91/x1P&#10;df8dT3X/Hd9cAADIaAAAuXIAAK56AAClgAAAmoIAAI6CAACAgwAAeYUCAHSGEQBxiCAAboguAWqI&#10;OQJnh0MFY4dMCGCGUwtdhVsOWoRjEVeEaxRUg3UXUYKAGk6BjRxLgZseSYGsH0iAwSBHgOMfR3/6&#10;Hkh+/x5Iff8dSXz/HEl8/xxJfP8cSXz/HNZhAADCbgAAtHgAAKqAAACfhQAAlIcAAIiHAAB7iQAA&#10;cIwAAGuODQBojxoAZo8pAGKQNQFfjz8DXI9IBVmOUAhWjlgLU41gDlCMaBBNjHITSot9FkiKihhF&#10;ipkaQ4qqG0KKvxtBiuEbQYj5G0GG/xtBhf8bQoX/GkKE/xpChP8aQoT/Gs1nAAC8dAAAr34AAKWG&#10;AACaigAAjowAAIKNAAB1kAAAZ5QAAGGVCABelxQAXJcjAFqYLwBXmDoBVJhEA1KXTAVPl1QHTJdc&#10;CUmWZQxHlm8ORJV6EUGViBM/lJcVPZSoFjuUvRY7lN8WOpL4FzqQ/xc6j/8XOo7/FzqO/xc6jv8X&#10;Oo7/F8VuAAC2ewAAqoUAAJ6LAACUjwAAiJIAAHuUAABulwAAYpsAAFeeAABSoA4AUaAbAE+hKABN&#10;oTQAS6E+AUmhRwJHoVADRKFYBUKhYQc/oGsJPaB3CzqghQ04oJQONqCmDzWguxA0oN0PNJ33EDOc&#10;/xIzmv8SM5n/EzOZ/xMzmf8TM5n/E713AACvgwAAo4sAAJiRAACNlQAAgZkAAHOcAABnnwAAW6IA&#10;AE+mAABHqQgARKoSAEOqHwBBqysAQKs3AD+sQQA9rEoBO6xTAjmsXAM3rGcENaxzBTKsgQYwrJEH&#10;LqyjCC2suAksrNkILKr1Ciuo/wsqpv8MKqX/DSql/w0qpf8NKqX/DbWAAACoiwAAnJEAAJGWAACF&#10;nAAAeKAAAGulAABfqAAAU6wAAEivAAA9sgAANrULADS1FQAztiEAMrYsADG3NwAwt0EAL7hLAC64&#10;VQAsuGABKrhtASm5ewInuY0CJbmfAyS5tAMjudIDI7f0BCK1/wUhtP8GIbP/ByGy/wchsv8HIbL/&#10;B62KAACgkQAAlZcAAIidAAB7owAAbqgAAGGtAABVsQAASrQAAD+3AAA0uwAAK74DACTCDAAiwhQA&#10;IsMfACHDKgAgxDQAH8Q/AB7FSgAdxlYAHMZjABvHcwAax4UAGceZABjIrgAXyMsAF8bxARfE/wEW&#10;w/8CFsH/AxbB/wMWwf8DFsH/A6ORAACYmAAAi54AAH2lAABwqwAAYrEAAFa2AABKuQAAPr0AADTA&#10;AAAqxAAAIsgAABnMBAAT0AoAEdIRABDSGgAQ0yUAD9MwAA7UPAAO1EgADdVWAA3VZQAM1ngADNaN&#10;AAvYpAAK2L4ACdnmAArW/gAL1P8AC9L/AAvS/wEL0v8BC9L/AZqYAACOnwAAgKYAAHKtAABktAAA&#10;V7oAAEm/AAA9wgAAMsYAACjJAAAfzQAAF9EAABHWAAAM2wUACN4LAAbfEQAF3xoABOAkAALhLgAB&#10;4joAAONHAADkVgAA5GcAAOV7AADmkgAA5qoAAOfIAADn8AAA6P8AAOj/AADo/wAA6P8AAOj/AJGf&#10;AACCpwAAdK8AAGW3AABXvgAAScMAADzHAAAwywAAJc8AABzUAAAU2QAADt0AAAnhAAAC5QAAAOkG&#10;AADpDQAA6REAAOoYAADrIQAA7SsAAO83AADxRQAA8lYAAPNoAADzfgAA9JcAAPWwAAD20AAA9/MA&#10;APf/AAD3/wAA9/8AAPf/AIWnAAB2sAAAZrgAAFjBAABKyAAAO8wAAC7RAAAj1gAAGdwAABHgAAAM&#10;4wAABOcAAADqAAAA9QAAAPQAAAD1BQAA9QsAAPYPAAD2FAAA+B0AAPonAAD8NAAA/0MAAP9VAAD/&#10;aQAA/4EAAP+aAAD/sgAA/88AAP/tAAD/+QAA//kAAP/5AHiwAABougAAWcMAAEvLAAA70QAALdgA&#10;ACHdAAAW4gAADuYAAAjqAAAA7QAAAPAAAAD4AAAA/wAAAP8AAAD/AAAA/wAAAP8GAAD/DAAA/xAA&#10;AP8YAAD/IgAA/zAAAP9AAAD/UwAA/2kAAP+BAAD/mQAA/68AAP/DAAD/1QAA/9UAAP/VAP8TKAD/&#10;EyUA/xElAP8NJwD/Bi0A/wA1AP8AQQD/AE8A/wBcAP8AaQD/AHQA/wB+AP8AiAD/AJAA/wCXAP8A&#10;nQD/AKQA/wCqAP8AsAD/ALcA/wDAAP8AzAD/AN8A/wDsAP8A+AD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/AP8WJQD/FiIA/xQhAP8QIwD/CigA/wAwAP8APQD/AEsA/wBYAP8AZAD/AHAA&#10;/wB6AP8AhAD/AIwA/wCTAP8AmgD/AKAA/wCmAP8ArQD/ALQA/wC8AP4AyAD9ANkA+wDpAPoA9gD5&#10;AP8A+AD/APgA/wD4AP8A+AD/APkA/wD5AP8A+QD/AP8aIgD/Gh4A/xgdAP8THgD/DiIA/wosAP8H&#10;OQD/A0YA/wBTAP8AYAD/AGsA/wB2AP8AfwD/AIgA/wCPAP8AlgD/AJ0A/wCjAP4AqQD8ALAA+gC5&#10;APcAxAD1ANIA8wDmAPIA9ADxAP8A8AD/AO8A/wDvAP8A7wD/APAA/wDwAP8A8AD/AP8eHQD/HhkA&#10;/xwXAP8XGAD/Ex4A/xEoAP8ONAD/DEEA/wpOAP8IWwD/B2YA/wZxAP8GegD/BoMA/gaLAPwGkgD6&#10;BpkA+AafAPYGpgD0Bq0A8ga1APAFwADtBc4A6wXkAOkG8wDmCP8A5Qr/AOQL/wDkC/8B5Av/AeQL&#10;/wHkC/8B5Av/Af8hGAD/IRMA/yARAP8bEgD/HBoA/xokAP8WLwD/EzwA/xFJAP8QVQD8DmEA+Q5r&#10;APYOdQD0Dn4A8g6GAPAOjgDuDpUA7Q6bAOsOogDqDqoA6A6zAOYPvQDlD8wA4Q/jAN0Q8wDZEf8B&#10;1hL/AdQT/wHTE/8C0hP/AtIT/wLSE/8C0hP/Av8lEwD/JRAA/yQNAP8jDgD/IxQA/yIeAP8fKQD/&#10;HDUA+RlDAPQYTwDvF1sA7BdmAOkXcADmF3kA5BeBAOIXiQDgF5EA3xeYAN0XnwDbF6cA2RixANYY&#10;uwDUGcoA0BrhAcwb8wHJHP8Cxhz/AsQc/wPDHP8Dwxz/A8Mc/wPDHP8Dwxz/A/8oEAD/KQsA/ygG&#10;AP8rCwD/KxAA/ykXAP0mIgD0Iy4A7CE7AOYgSQDiIFUA3iBgANohagDWIXQA0yF8AdAhhAHPIowB&#10;zSKTAcsimwHJIqMByCOsAsYjtgLEI8QCwiTbAr4l7gO7Jf4EuCX/BbYl/wW1Jf8GtSX/BrUl/wW1&#10;Jf8FtSX/Bf8sDQD/LQUA/y4BAP8xBQD/MQsA/S8QAPErGADnKSUA3ygzANgoQgDRKk8AzStaAMkr&#10;ZQHHK24BxCx2AsIsfgLALIYDviyOA70slgO7LJ4EuSynBLgssQW2LL8FtS3RBbEt6gauLvsHqy7/&#10;CKku/wioLv8IqC3/CKgt/wioLf8IqC3/CP8vCAD/MQAA/zUAAPY3AADqNgIA5zMIAOQvDwDZLhsA&#10;zzEsAMkzPADENEkAwDVVAbw1XwK6NWgCtzVwA7U0eASzNIAFsTSIBrA0kAauNJkHrDSiCKs0rAmp&#10;NLkJpzTKCqU15QqhNfgLnzX/DJ01/wydNf8LnDX/C5w1/wucNf8LnDX/C/8zAgD/NQAA9joAAOU+&#10;AADcQAAA1D0EANI3CQDLOBUAwzomAL09NgC4PkQBtD5QAbE9WgOuPWMErD1rBak8cwanPHsIpjyD&#10;CaQ7iwqiO5QLoDudDJ47qA2dO7QOmzvFDpk74A6WO/QPlDz/D5I8/w+SPP8OkTz/DZE8/w2RPP8N&#10;kTz/Df81AAD/OQAA6kEAAN1GAADQRwAAyUYAAMZBBQDAQBEAuUIhALNEMgCvRUABq0VLAqdFVQOk&#10;RF4FoURmB59DbgidQ3YKm0J+C5lChg2XQY8OlUGZD5NBpBGRQbASkEHAEo5B2RKLQfESiUL/EohC&#10;/xGIQv8Qh0L/EIdC/w+HQv8Ph0L/D/84AADzPQAA40cAANJMAADITgAAwE0AALtKAgC2Rw4AsEkd&#10;AKtLLQCmTDsBokxHAp5LUQSbS1oGmUpiCJZJagqUSXEMkkh5Do9Igg+NR4sRi0eVEolGoBSHRqwV&#10;hUa7FoRG0RaCR+4WgEf/FX9H/xR/R/8Sf0f/EX9H/xF/R/8Rf0f/Ef87AADuQwAA3EwAAMxRAADB&#10;VAAAuVQAALRRAACuTQsAqE8ZAKNRKQCeUjcBmlJDApdRTgSUUVYGkVBeCY5PZguMTm0NiU51D4dN&#10;fhGFTYcTgkyRFYBMnBZ+S6kXfEu4GHtLzRh5TOsYeEz+F3dM/xV3TP8Ud0z/E3dM/xJ3TP8Sd0z/&#10;Ev8+AADoRwAA1VAAAMZWAAC8WAAAtFkAAK1WAACnUwcAoVQVAJxWJQCYVzQBlFdAApBXSgSNVlMG&#10;ilVbCYdUYwuEVGoOglNyEIBSehJ9UoMUe1GOFnhQmRh2UKYZdFC1GnNQyRpxUOgacFH8GHBR/xdw&#10;Uf8VcFH/FHFQ/xNxUP8TcVD/E/VAAADkSwAAz1QAAMFaAAC3XQAAr14AAKdbAAChWAMAm1kSAJZb&#10;IgCSXDEBjlw9AopcRwSHW1AGg1pYCYFZYAx+WWcOe1hvEHlXdxN2VoAVdFaLF3JVlhlvVaMabVSy&#10;G2xUxhtqVeYbalX7GWpV/xdqVf8WalX/FWtV/xRrVf8Ua1X/FPJDAADfTwAAy1gAAL1dAACzYQAA&#10;q2IAAKJgAACbXAAAlV4QAJBgHwCMYS4AiGE6AoRgRQSBYE4Gfl9WCXteXQt4XWUOdlxsEHNcdBNw&#10;W30VblqIF2talBlpWaEbZ1mwHGVZwxxkWeMcZFn6GmRZ/xhkWf8XZVn/FWVZ/xRlWf8UZVn/FO9G&#10;AADaUgAAxlsAALphAACwZQAApmYAAJ1jAACVYQAAj2IOAItkHACHZSsAg2U3AX9lQgN8ZEsGeGNT&#10;CHVjWwtzYmIOcGFqEG1gchNrYHsVaF+GF2ZekRljXp8bYV2uHGBdwRxfXeEcX134Gl9d/xhfXf8X&#10;YF3/FmBd/xVgXf8VYF3/FetKAADUVgAAw14AALZlAACsaQAAomkAAJhnAACPZQAAiWYMAIVoGQCB&#10;aSgAfmo1AXppPwN2aUkFc2hRCHBnWQptZ2ANa2ZnEGhlcBJlZHkVY2SDF2BjjxleYp0bXGKsHFpi&#10;vxxZYt8cWWL3Glpi/xlaYf8XW2H/Flth/xVbYf8VW2H/FedNAADPWQAAv2IAALNoAACpbQAAnm0A&#10;AJNrAACJaQAAg2sJAH9tFQB8biUAeG4yAXVuPQJxbkYEbm1PB2tsVglobF4MZWtlD2NqbRFgaXYU&#10;XWmBFltojRhYZ5saVmeqG1VnvRxUZ9wcVGf2GlRm/xhVZv8XVWX/FlZl/xVWZf8VVmX/FeJRAADK&#10;XQAAu2YAAK9sAACmcQAAmXAAAI5vAACDbgAAfXAFAHhyEgB1cyEAcnMvAW9zOgJsc0QEaXJMBmZy&#10;VAhjcVsLYHBjDV1waxBbb3QTWG5/FVVuixdTbZkZUW2oGk9tuxtObdkaTmz0GU9r/xhPa/8XUGr/&#10;FlBq/xVQav8VUGr/Fd1VAADFYQAAt2oAAKxxAACidQAAlHQAAIl0AAB8cwAAdnUAAHF3EABveB0A&#10;bHkrAGl5NwFmeUADY3lJBWB4UQddd1gJW3dgDFh2aA5VdXERUnV8E1B0iBZNdJcXS3OmGElzuRlI&#10;c9UZSXLzGElx/xdKcf8WSnD/FUtw/xRLcP8US3D/FNRaAADAZgAAs28AAKh2AACdeQAAj3gAAIR4&#10;AAB3eQAAb3wAAGp9DQBnfhkAZH8mAGKAMgFfgD0CXIBGA1p/TgVXf1UHVH5dCVJ9ZQxPfW8OTHx5&#10;EUp8hhNHe5QVRXukFkR7txZDe9IWQ3ryFkN5/xVDeP8URHf/FER2/xNEdv8TRHb/E81fAAC7awAA&#10;rnQAAKR8AACXfgAAin0AAH9+AAByfwAAZoMAAGGECABehhMAXIchAFqHLgBYhzgBVYdCAlOHSgNQ&#10;h1IFToZaB0uGYglJhWwLRoV3DUOEgw9BhJIRP4SiEj2EtRM8hM8TPILwEjyB/xI9gP8SPX//Ej1+&#10;/xE9fv8RPX7/EcVmAAC1cQAAqnsAAJ+CAACSggAAhYIAAHmDAABthgAAX4oAAFiNAQBUjg8AUo8b&#10;AFCPJwBPkDMATZA9AUuQRQJJkE4DRpBWBESPXwVCj2gHP49zCT2OgAs6jo8MOI6gDTeOsw42jswO&#10;No3vDjWL/w41if8PNYj/DzaH/w82h/8PNof/D75tAACweQAApYIAAJmHAACMiAAAf4gAAHKKAABm&#10;jQAAWpEAAFCVAABJlwkAR5gTAEWYIABEmSsAQ5k2AEGaQABAmkgBPppRAjyaWgI6mmQDN5pvBTWZ&#10;fQYzmYwHMZmdCC+ZsAgumcoILpjtCC6W/wotlP8KLZP/Cy2S/wstkv8LLZL/C7Z1AACqgQAAnogA&#10;AJONAACGjgAAeI8AAGuSAABflQAAVJkAAEmdAABAoAAAOqINADijFwA3oyIANqQtADWkNwA0pEEA&#10;M6VLADGlVAEwpV4BLqVqASyleAIqpYgDKKWaAyelrQQmpcYDJqTrBCWi/wUloP8GJJ//BiSe/wck&#10;nv8HJJ7/B69+AACjiAAAl44AAI2TAAB+lQAAcJgAAGObAABXnwAATKIAAEKmAAA4qQAAL6wDACqu&#10;DgAprhgAKK8jACevLQAmsDcAJbBBACSwSwAjsVYAIrFjACGxcQAfsYIAHrKUARyyqQEbssEBG7Hn&#10;ARuv/gIarf8CGqz/Axqr/wMaq/8DGqv/A6iIAACbjwAAkZQAAISaAAB2nwAAaKIAAFulAABPqQAA&#10;RK0AADmwAAAvswAAJrYAAB65BQAYuw4AF7sWABe8IAAWvCoAFb01ABS9QAATvksAEr5YABK+ZwAR&#10;v3gAEL+MABDAogAOwLoADsDhAA+9+wAPvP8AELr/ARC6/wEQuv8BELr/AZ+PAACUlQAAh5sAAHmh&#10;AABrpwAAXqwAAFKxAABFtAAAOrYAAC+5AAAlvAAAHb8AABXDAAAPxgUAC8oNAAnKFAAIyh0AB8on&#10;AAfKMgAGyz4ABctLAATMWgADzGoAAsx+AAHMlAAAzKsAAM3IAADM7QAAzP8AAMv/AAHK/wAByv8A&#10;Acr/AJeWAACKnAAAfKMAAG6qAABgsAAAUrYAAEW5AAA5vAAALr8AACPDAAAbxgAAE8oAAA3NAAAI&#10;0QAAAdQJAADUDgAA1RUAANYeAADYJwAA2TEAANs+AADcSwAA3VsAAN5uAADehAAA35sAAN+0AADe&#10;2QAA3/cAAN//AADf/wAA3/8AAN//AI2dAAB/pQAAcKwAAGGzAABTugAARb8AADjCAAAsxgAAIckA&#10;ABjNAAAQ0QAAC9UAAATaAAAA3gAAAOABAADhCQAA4g4AAOQTAADlGwAA5yQAAOkvAADrPAAA7UsA&#10;AO5dAADucQAA74kAAPCiAADwvAAA8OMAAO/5AADw/wAA8P8AAPD/AIGlAAByrQAAY7UAAFS9AABG&#10;xAAAN8gAACrMAAAf0AAAFdUAAA7aAAAH3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gUAAO8MAADx&#10;EAAA8xcAAPUgAAD4KwAA+zkAAP1KAAD+XgAA/3QAAP+NAAD/pgAA/8AAAP/hAAD/9QAA//UAAP/1&#10;AHSuAABltwAAVsAAAEfIAAA4zQAAKtIAAB3YAAAT3QAADOIAAAPmAAAA6QAAAOwAAADwAAAA8wAA&#10;APQAAAD2AAAA+AAAAPoAAAD9BwAA/w0AAP8SAAD/GwAA/ygAAP83AAD/SgAA/14AAP92AAD/jwAA&#10;/6YAAP+6AAD/0QAA/9EAAP/RAP8PJAD/DiIA/wshAP8DJAD/ACkA/wAyAP8APgD/AEwA/wBZAP8A&#10;ZQD/AHAA/wB6AP8AhAD/AIwA/wCSAP8AmQD/AJ8A/wClAP8AqwD/ALIA/wC6AP8AxQD/ANMA/wDn&#10;AP8A9AD/AP8A/gD/AP8A/wD+AP8A/gD/AP4A/wD+AP8A/gD/AP8RIQD/EB4A/w0dAP8HHwD/ACMA&#10;/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlQD/AJsA/wChAP8ApwD+&#10;AK4A/QC2APwAwAD7AM0A+QDiAPgA8AD3APwA9gD/APUA/wD1AP8A9QD/APUA/wD1AP8A9QD/AP8V&#10;HQD/ExoA/xAZAP8LGQD/AB0A/wApAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD+AIMA/ACK&#10;APoAkQD5AJcA+ACdAPcAowD1AKoA9ACyAPIAuwDxAMgA7wDcAO4A7ADtAPoA6wD/AOoA/wDqAP8A&#10;6gD/AOoA/wDqAP8A6gD/AP8YGQD/FhUA/xMTAP8OEwD/CxoA/wckAP8CMAD/AD4A/wBLAP8AVwD/&#10;AGIA/ABsAPgAdQD1AH4A8gCFAPEAjADvAJMA7gCZAOwAoADrAKYA6QCuAOcAtwDmAMMA5ADUAOIA&#10;6QDhAPcA3wD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8bEwD/GhAA/xYOAP8SDgD/EhUA/w8f&#10;AP8MKwD/CTgA/wZFAPsDUQD3AlwA8gJmAO4CcADqAngA5wKAAOYDhwDkA44A4gOVAOEDnADfBKMA&#10;3QSrANsEtADYBcAA1gXQANMG5wDQCPgAzgr/AMwL/wDLDP8Aywz/AMsL/wDLC/8Aywv/AP8fEAD/&#10;HgsA/xoHAP8ZCwD/GBEA/xYZAP8SJAD6EDAA8w4+AO4NSgDpDFYA5QxhAOIMagDeDXMA2w17ANkN&#10;gwDWDYoA1A2RANINmQDQDqAAzw6pAM0OswDLDr8Ayg/QAMYR6QDCEvkAvxP/AL0T/wG8E/8BvBP/&#10;AbwT/wG7E/8BuxP/Af8iDAD/IQQA/yAAAP8hBQD/HwwA/xwRAPYYHADsFSgA5RM2AN8SQwDZE08A&#10;0xRaANAVZADNFm0AyxZ1AMkXfQDHF4UAxRiMAMQYlADCGZwAwBmlAL4ZrwC9GrsAuxrLALgb5QG0&#10;HPYBsh3/ArAd/wKvHf8Crh3/Aq4d/wKuHf8Crh3/Av8mBgD/JQAA/yYAAPsnAADxJQMA8CELAOgc&#10;EgDeGR0A1BstAM0dPADIH0kAxSBVAMEhXwC/ImgAvCJwALojeAC5I38BtyOHAbUjjwG0JJcBsiSg&#10;AbEkqgKvJLYCrSXGAqsl3wKoJvMDpSb/A6Mm/wOiJv8EoSb/A6Em/wOhJv8DoSb/A/8pAAD/KAAA&#10;9i0AAOcwAADfLwAA2SsEANYiCgDOIxYAxiYnAMAoNgC7KkQAuCtPALUsWQCyLGIBsCxqAa4tcgGs&#10;LXoCqi2BAqktigKnLZIDpS2bA6QtpQSiLbEEoC3ABJ8t2AScLu8FmS7/Bpcv/waWL/8GlS7/BZUu&#10;/wWVLv8FlS7/Bf8sAAD/LgAA6jUAAN05AADROQAAyjYAAMcvBgDBLREAujAhALQyMQCwND4ArDVK&#10;AKk1VAGnNV0BpDVlAqI1bQKgNXQDnzV8BJ01hASbNY0FmjSXBpg0oQaWNK0HlDW7CJM10AiQNewI&#10;jjb+CIw2/wiLNv8Iizb/B4o1/weKNf8HijX/B/8vAADyNAAA4jwAANJBAADHQgAAwEAAALs6AQC2&#10;Ng4AsDkcAKo7LACmPDoAoz1GAJ89UAGdPVkCmj1hA5g9aASWPHAFlDx3BpI8gAeRPIgHjzuSCI07&#10;nQmLO6kKiTu3C4g7yguFPOgLgzz7C4I8/wqBPP8KgTz/CYE8/wiBPP8IgTz/CP8zAADsOgAA2kMA&#10;AMpHAAC/SQAAt0cAALFCAACtPgoApkAXAKJCJwCeQzUAmkRCAZdETAGURFUCkUNdA49DZAWNQ2sG&#10;i0JzB4lCewiHQoQKhUGOC4NBmQyBQaUNf0GzDn5Bxg58QeQOekL5DXlC/wx4Qv8LeEL/C3hC/wp4&#10;Qf8KeEH/CvY2AADmQAAA0UgAAMNNAAC5TgAAsU0AAKlJAACkRQYAn0YTAJpIIwCWSTIAkko+AY9K&#10;SAKMSlEDiklZBIdJYAWFSWgHg0hvCIFIdwp/R4ALfUeKDXpHlQ54RqIPdkawEHVGwhBzRuAQckf3&#10;D3FH/w5xR/8NcUf/DHFH/wtxRv8LcUb/C/M5AADgRAAAzEwAAL5RAAC0UwAAqlIAAKJOAACdSgEA&#10;l0sRAJNNIACPTy4AjE86AYhPRQKFT04Dg09WBIBOXQZ+TmQHfE1sCXlNdAt3TH0MdUyHDnNMkg9x&#10;S58Rb0utEm1LvxJsS9wSa0z1EWpM/w9qTP8Oakv/DWpL/wxqS/8Makv/DPA9AADbSAAAx1AAALpV&#10;AACwWAAApVYAAJxTAACXTwAAkVAOAIxSHACJVCsAhVQ3AIJUQgF/VEsDfFRTBHpTWgZ4U2IIdVJp&#10;CXNScQtxUXoNblGED2xQkBBqUJwSaFCrE2ZQvBNlUNgTZFDzEmRQ/xBkUP8PZFD/DmVP/w1lT/8M&#10;ZU//DOxBAADUTAAAw1QAALZZAACsXAAAoFoAAJdXAACRVAAAi1UMAIZXGQCDWCcAgFk0AH1ZPwF6&#10;WUgDd1hQBHRYWAZyV18Hb1dmCW1WbgtrVncNaFWBD2ZVjRFkVJoSYlSpE2BUuhRfVNMUXlTyE15U&#10;/xFfVP8PX1T/Dl9T/w1fU/8NX1P/DedEAADPUAAAv1gAALNdAACoXwAAnF0AAJJbAACLWAAAhVoK&#10;AIFbFgB9XCQAel0xAHddPAF0XUYCcV1OBG9cVQVsXF0HalxkCWhbbAtlWnUNY1p/D2FZixFeWZgS&#10;XFinFFtYuBRZWdAUWVjwE1lY/xFaWP8QWlj/DlpX/w1aV/8NWlf/DeNIAADLUwAAu1sAALBhAACk&#10;YgAAl2EAAI5fAACFXAAAf14HAHtfEwB4YSEAdWIuAHJiOQFvYkMCbGFLA2phUwVnYVoHZWBiCWNg&#10;agtgX3MNXl59D1teiRFZXZYSV12lE1VdthRUXc4UVF3uE1Rd/xFVXP8QVVz/DlVb/w5WW/8NVlv/&#10;Dd5MAADHVgAAuF8AAK1kAACgZQAAk2QAAIljAAB/YQAAeWIDAHVkEQByZR4Ab2YrAGxnNwFqZ0AC&#10;Z2ZJA2VmUQRiZVgGYGVgCF1kZwpbZHAMWWN7DlZjhhBUYpQSUmKjE1BitBNPYswTT2LtEk9h/xFP&#10;Yf8QUGD/DlBg/w5QYP8NUGD/DdlPAADDWgAAtGMAAKlpAACbaAAAj2cAAIRnAAB5ZQAAc2cAAG9p&#10;DgBsahsAaWsoAGdsNABkbD0BYmxGAl9rTgRda1YFWmpdB1hqZQlWaW4LU2l4DVFohA9OaJIQTGeh&#10;EktnshJJZ8kSSWfrEklm/xBKZv8PSmX/Dktl/w1LZP8NS2T/DdFUAAC+XgAAsWcAAKZtAACXbAAA&#10;imsAAH9rAABzawAAbW0AAGhuDABlcBcAYnEkAGBxMABecToBXHFDAllxSwNXcVMEVXBaBlJwYgdQ&#10;cGsJTm91C0tvgg1Jbo8PR26fEEVusBFEbscRQ23qEERs/w9Ea/8ORWv/DUVq/w1Fav8NRWr/DctY&#10;AAC6YwAArWwAAKFxAACScAAAhW8AAHpvAABucAAAZXMAAGB1BwBddhIAW3cfAFl4KwBXeDYAVXg/&#10;AVN4SAJReE8DT3dXBEx3XwVKd2gHSHZzCUV2fwtDdY0MQXWdDj91rg4+dcUOPXXoDj5z/Q0+cv8N&#10;PnH/DD9x/ww/cP8MP3D/DMVeAAC1aQAAqXEAAJx1AACNdAAAgHQAAHV0AABpdgAAXnkAAFh8AQBU&#10;fQ4AUn4aAFF/JgBPfzEATYA7AEyAQwFKgEsCSH9UAkZ/XARDf2UFQX9wBj9+fAg8fooJOn6aCjl+&#10;rAs3fsMLN33mCzd7/As3ev8LN3n/Cjh4/wo4eP8KOHj/Cr5kAACwbwAApXgAAJZ5AACHeQAAe3kA&#10;AHB6AABkfAAAWIAAAFCDAABLhQoASIYUAEeHIABFiCsARIg1AEOIPgBBiUcBQIlPAT6IWAI8iGED&#10;OohsBDeIeAU1iIcGM4iYBzKHqgcwiMAHMIfkBzCF+wgwg/8IMIL/CDCB/wgwgf8IMIH/CLdrAACq&#10;dgAAoH8AAJB+AACCfgAAdn8AAGqAAABegwAAU4cAAEqLAABBjgIAPZAOADuQGAA6kSMAOZEtADiS&#10;NwA3kkAANpJJADSTUgAzk1wBMZNnAS+TdAItkoMDK5KUAyqSpwMokr0EKJLhAyeQ+gQnjv8FJ43/&#10;BSeM/wUnjP8FJ4z/BbF0AAClfgAAmYUAAIqEAAB9hAAAb4UAAGOIAABYiwAATY8AAEOTAAA6lwAA&#10;MpoHAC6bEAAtmxoALJwkACucLgAqnTgAKZ1BACidSwAnnlUAJp5hACWebgAjnn4BIp6QASCeowEf&#10;nrkBHp7dAR6c+AIemv8CHpn/Ax6X/wMel/8DHpf/A6p9AACehQAAk4sAAIWKAAB1iwAAaI4AAFuR&#10;AABQlQAARpkAADudAAAyoAAAKqMAACKmCQAfpxEAHqcaAB2oJAAcqC0AG6g3ABqpQQAZqUwAGKlY&#10;ABeqZgAWqnYAFaqJABSqngATq7QAEqvTABKo9QATp/8BE6X/AROl/wETpP8BE6T/AaOGAACXjAAA&#10;jZEAAH2SAABtlQAAYJgAAFScAABIoAAAPqQAADSnAAAqqwAAIa4AABmxAAASswcAD7UQAA61FwAO&#10;tSEADbUrAA21NgAMtkEAC7ZOAAq2XAAJtmwACLZ/AAe2lAAGtqoABbbFAAa26gAHtf8ACLT/AAiz&#10;/wAJsv8ACbL/AJqNAACQkwAAhJgAAHScAABloAAAV6QAAEuoAABArAAANbAAACqzAAAhtQAAGLgA&#10;ABG7AAAMvgIABsALAALAEQABwRkAAMEiAADCKwAAwjYAAMNCAADDUAAAxF8AAMRxAADEhwAAxJ0A&#10;AMS1AADE2gAAxPYAAMP/AADD/wAAw/8AAMP/AJOUAACHmgAAeKAAAGqmAABcrAAAT7EAAEG1AAA1&#10;twAAKboAAB+9AAAWwAAAEMMAAArGAAADygAAAMwFAADMDAAAzREAAM4YAADOIQAA0CoAANE1AADT&#10;QwAA1FIAANRjAADVeAAA1Y8AANWnAADWwgAA1ukAANb9AADW/wAA1v8AANb/AIqbAAB7ogAAbKkA&#10;AF6wAABQtgAAQroAADS9AAAowQAAHcQAABTHAAANywAABs4AAADSAAAA1wAAANkAAADaBQAA3AsA&#10;AN0QAADfFQAA4R0AAOMnAADlMwAA50IAAOhUAADoZwAA6X4AAOmXAADqrwAA6s4AAOvvAADr/gAA&#10;6/8AAOv/AH2jAABuqwAAX7IAAFG6AABCwAAANMMAACfHAAAbywAAEs8AAAvTAAAC2AAAAN0AAADh&#10;AAAA5AAAAOUAAADnAAAA6QAAAOsHAADtDQAA7xEAAPEZAAD0JAAA9zEAAPlBAAD6VQAA+moAAPuE&#10;AAD7nQAA/LYAAPzSAAD97QAA/fQAAP30AHGsAABhtQAAUr0AAETEAAA0yQAAJs0AABrSAAAQ2AAA&#10;CN0AAADhAAAA5QAAAOgAAADsAAAA7wAAAPEAAADzAAAA9QAAAPcAAAD5AQAA+wgAAP4OAAD/FQAA&#10;/yEAAP8vAAD/QQAA/1YAAP9tAAD/hwAA/6AAAP+2AAD/ygAA/9QAAP/UAP8LIAD/Bx4A/wAdAP8A&#10;IAD/ACUA/wAuAP8AOwD/AEkA/wBWAP8AYgD/AG0A/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCg&#10;AP8ApgD/AK0A/wC1AP8AvgD/AMsA/wDhAP8A8AD+AP0A/QD/AP0A/wD9AP8A/QD/APwA/wD5AP8A&#10;+QD/AP8NHQD/CxoA/wQZAP8AGgD/AB8A/wAqAP8ANwD/AEUA/wBRAP8AXgD/AGgA/wByAP8AegD/&#10;AIIA/wCJAP8AkAD/AJYA/wCcAP4AogD8AKkA+wCwAPkAuQD4AMYA9gDZAPUA6wD0APkA8wD/APIA&#10;/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8QGQD/DhUA/wgUAP8AFAD/ABkA/wAlAP8AMgD/AEAA/wBM&#10;AP8AWQD/AGMA/gBtAPwAdQD6AH0A+QCEAPcAiwD2AJEA9ACXAPMAngDyAKQA8ACsAO4AtADtAMAA&#10;6wDPAOkA5gDoAPUA5gD/AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AP8SFAD/EBAA/wwPAP8DEAD/&#10;ABUA/wAgAP8ALAD/ADoA/wBHAPoAUwD3AF4A9ABnAPEAcADvAHgA7QB/AOsAhgDqAIwA6ACTAOcA&#10;mQDlAKAA4wCnAOEAsADfALoA3QDJANsA4ADYAPAA1wD+ANUA/wDUAP8A0wD/ANMA/wDTAP8A0wD/&#10;AP8VEAD/EgwA/w4JAP8LDAD/CRIA/wMaAP8AJgD9ADMA9ABAAO8ATQDrAFgA6ABhAOUAagDiAHIA&#10;4AB6AN4AgADcAIcA2gCOANgAlQDUAJwA0gCjANAArADOALYAzADEAMoA2QDIAO0AxwD7AMUA/wDE&#10;Af8AwwH/AMQB/wDEAf8AxAH/AP8YCwD/FQUA/xAAAP8QBgD/Dw0A/wwUAPwHHwDxAysA5wA5AOIA&#10;RgDeAVEA2gJbANUCZADSA2wAzwN0AM0EewDLBIIAygSJAMgFkADGBZgAxAWgAMIGqQDBBrQAvwbB&#10;AL0I1QC7CewAuAv9ALYM/wC1Df8AtA3/ALQN/wC0Df8AtA3/AP8bBQD/GAAA/xcAAP8WAAD7EwYA&#10;+hAOAO4MFgDjCSIA2gkwANMKPgDOC0oAygxVAMcNXgDFDWcAwg5vAMEOdgC/Dn4AvQ+FALwPjQC6&#10;EJUAuBCdALcQpwC1EbIAsxHAALIR1QCuE+4AqxT+AKkV/wCnFf8ApxX/AKYU/wGmFP8BphT/Af8f&#10;AAD/HAAA+h4AAOseAADjHAAA3xUFAN4ODQDTDhgAyxEoAMUTNwDAFEQAvBZPALkXWQC3F2EAtBhp&#10;ALMZcQCxGXgArxqAAK4aiACsG5AAqxuZAKkbowCnHK4Aphy8AKQdzwChHuoBnh78AZwf/wGbH/8B&#10;mh//AZoe/wGZHv8BmR7/Af8iAAD/IQAA7CcAAOAqAADUKQAAzSQAAMocCADEGRIAvRwiALceMQCz&#10;ID4AryFJAK0iUwCqI1wAqCRkAKYkbACkJHMAoyR6AKElggGgJYsBniWUAZ0lngGbJqoBmSa3AZgm&#10;yQKVJ+YCkif5ApAo/wKPKP8Cjif/Ao4n/wKOJ/8Cjif/Av8mAADyKQAA4zEAANI0AADINAAAwDAA&#10;ALspAgC4Iw4AsSYcAKwoKwCoKjgApCtEAKEsTgCfLVcAnS1fAJstZwGZLW4BmC51AZYufQKULoYC&#10;ky6QApEumgOPLqYDjS6zA4wuxQOKL+EEhy/2BIUv/wSEL/8DhC//A4Mv/wODL/8Dgy//A/spAADr&#10;MQAA2TgAAMk8AAC/PAAAtjkAALAyAACsLQsApy8XAKIxJgCeMzQAmjRAAJg1SgCVNVMAkzVbAZE1&#10;YgGPNWkCjTVxAow1eQOKNYIDiDWLBIY1lgSENaIFgjWvBYE1wAZ/NtwGfTb0Bns2/wV7Nv8Fejb/&#10;BHo2/wR6Nf8EejX/BPUtAADkNwAA0D8AAMJDAAC3RAAArUAAAKc6AACjNgYAnTcTAJk5IgCVOi8A&#10;kjw7AI88RgCMPE8BijxXAYg8XgKGPGUChDxtA4I8dQSAPH0EfzyHBX08kgZ7O54HeTusB3c7vAh2&#10;PNUIdDzxCHM8/wdyPP8Gcjz/BXI8/wVyO/8Fcjv/BfEyAADePQAAyUQAALxIAACwSQAApkYAAJ9B&#10;AACbPQEAlT0QAJE/HQCNQSsAikI4AIdDQgCEQ0sBgkNTAYBDWwJ+QmIDfEJpBHpCcQV4QnoGdkGE&#10;B3RBjwhyQZsIcEGpCW9BuQptQdAKbEHuCWtC/whqQv8HakH/BmpB/wZqQf8FakH/Be03AADWQgAA&#10;xEkAALdNAACrTQAAoEoAAJhHAACTQgAAjkMNAIlFGgCGRigAg0c0AIBIPwB+SEgBe0hQAnlIVwJ3&#10;SF8DdUhmBHNHbgVxR3YGb0eAB21GjAlrRpgKaUamC2dGtgtmRswLZUbsC2RH/wlkRv8IZEb/B2RG&#10;/wZkRf8GZEX/Bug7AADQRgAAv00AALNRAAClUQAAmk4AAJJLAACNRwAAh0gLAINKFgB/SyQAfUwx&#10;AHpNPAB3TUUBdU1NAnNNVQJxTVwDb01jBG1MawVrTHMHaUt9CGZLiQlkS5YKYkukC2FLtAxfS8oM&#10;XkvqC15L/gpeS/8JXkr/CF5K/wdeSv8HXkr/B+M/AADLSQAAvFEAALBVAAChVAAAllIAAI1QAACH&#10;TAAAgU0IAH1PEwB6UCEAd1EuAHRSOQByUkIBb1JLAW1SUgJrUVkDaVFhBGdRaAZlUHEHY1B7CGFQ&#10;hgpfT5MLXU+hDFtPsg1ZT8cNWU/oDFhP/QtYT/8JWU//CFlO/wdZTv8HWU7/B99DAADHTQAAuFQA&#10;AKxZAACdVwAAkVUAAIhUAACBUAAAe1IEAHdTEQB0VB4AcVUrAG9WNgBsVkABalZIAWhWUAJmVlcD&#10;ZFZeBGJVZgVgVW8HXVV4CFtUhApZVJELV1SgDFVTsA1UU8UNU1PmDFNT/AtTU/8JVFL/CFRS/whU&#10;Uv8HVFL/B9pGAADDUAAAtVgAAKhbAACZWgAAjVgAAIRXAAB7VAAAdlYBAHFXDwBuWRsAbFooAGla&#10;MwBnWz0BZVtFAWNbTQJhWlUDX1pcBF1aZAVbWWwGWFl2CFZZgglUWI8LUlieDFBYrg1PWMMNTljk&#10;DE5Y+wtPV/8JT1f/CE9W/whQVv8HUFb/B9NKAADAVAAAslwAAKNeAACVXQAAiVwAAH9bAAB2WQAA&#10;cFoAAGtcDQBoXRgAZl4kAGRfMABiXzoAYF9DAV5fSwJcX1ICWl9aA1hfYQVVXmoGU150B1FdfwlP&#10;XY0KTV2cC0tdrAxKXcEMSV3jDElc+gpJW/8JSlv/CEpa/whKWv8HSlr/B85OAAC8WAAArmAAAJ9h&#10;AACRYAAAhV8AAHtfAABwXQAAal8AAGVhCgBiYhQAYGMhAF5kLQBcZDcAWmRAAVhkSAFWZFACVGRX&#10;A1JkXwRQZGcFTmNxBkxjfQhJYosJR2KaCkZiqgtEYr8LRGLhC0Rh+QpEYP8JRGD/CEVf/wdFX/8H&#10;RV//B8hSAAC4XAAAq2QAAJtkAACMYwAAgGMAAHZjAABqYgAAY2QAAF9mBgBbZxEAWWgdAFdpKQBW&#10;ajMAVGo8AFJqRQFQakwBTmpUAkxqXANKamUESGlvBUZpegdEaYgIQmiYCUBoqQo/aL0KPmjeCT5n&#10;9wk+Zv8IP2X/Bz9l/wc/ZP8HP2T/B8NXAACzYQAAp2kAAJZoAACHZwAAe2cAAHFnAABlaAAAXGoA&#10;AFhsAQBUbg4AUm8YAFBvJABOcC4ATXA4AEtxQQBKcUkBSHFRAUZxWQJEcGIDQnBsBEBweAU+cIYG&#10;PG+VBzpvpgg4b7sIOG/bBzhu9gc4bf8HOGz/Bjlr/wY5av8GOWr/Br1cAACvZgAAom0AAJFsAACC&#10;awAAd2sAAGxsAABhbgAAV3AAAFBzAABMdQoASXYTAEd3HwBGdykARXgzAEN4PABCeEQAQXhNAT94&#10;VQE9eF4CO3hoAjl4dAM3eIIENXiTBTN3pAUyd7kFMXjXBTF29QUxdP8FMXP/BTFy/wUycv8FMnL/&#10;BbdjAACqbQAAnHEAAItwAAB9cAAAcnAAAGdxAABccwAAUXcAAEp6AABCfQMAP34OAD1/GAA8fyMA&#10;O4AtADqANgA5gT8AOIFIADaBUAA1gVoBM4FkATGBcAEvgX8CLYGPAyyBoQMqgbYDKYHSAyl/8wMp&#10;ff8DKXz/Ayl7/wMpe/8DKXv/A7FqAACldAAAlXYAAIV1AAB4dQAAbXUAAGF3AABXegAATH4AAEOB&#10;AAA7hQAANYgJADKJEQAxiRsAMIklAC+KLwAuijgALYtBACyLSgAqi1QAKYtfACiLawAmi3oBJIuL&#10;ASOLngEii7MBIYzOASGK8QEgiP8CIIb/AiCF/wIhhf8CIYX/AqtyAAChfAAAj3sAAIB6AABzegAA&#10;ZnwAAFt/AABQggAARoYAADyKAAA0jQAALJEAACaTDAAklBMAI5QcACKVJgAhlS8AIJU4AB+WQgAe&#10;lkwAHZZYAByWZAAal3QAGZeGABiXmQAXl64AFZfJABaV7gAWk/8BFpL/ARaR/wEWkP8BFpD/AaV7&#10;AACZgwAAiYEAAHuAAABsggAAX4QAAFSIAABJiwAAP5AAADWUAAAtlwAAJZoAAB2eAQAWoAwAFKES&#10;ABShGwAToSUAEqEuABGiOAARokMAEKJPAA+iXAAOo2sADaN9AA2jkgAMo6cACqLAAAui5gAMoP4A&#10;DZ//AA2e/wANnf8ADZ3/AJ6EAACSiQAAg4gAAHOIAABliwAAWI4AAEySAABBlwAAN5sAAC6eAAAk&#10;ogAAHKUAABWoAAAPqwQACq4MAAetEgAGrRsABa0kAASuLgACrjkAAa5FAACuUgAArmEAAK5zAACu&#10;hwAArp0AAK60AACu1QAArfQAAK3/AACs/wAAq/8AAKv/AJaLAACMkAAAe5AAAGuSAABdlgAAUJoA&#10;AESfAAA5owAAL6cAACWrAAAcrgAAFLEAAA60AAAJtwAAAbgJAAC4DgAAuRQAALkcAAC6JQAAui8A&#10;ALs6AAC8RwAAvFYAALxnAAC8ewAAvJEAALypAAC8xAAAvOsAALv+AAC7/wAAu/8AALv/AJCSAACD&#10;mAAAc5sAAGOfAABVowAAR6gAADutAAAwsQAAJbQAABu3AAASugAADL0AAAW/AAAAwwAAAMQCAADF&#10;CgAAxQ4AAMYUAADHGwAAyCQAAMouAADMOgAAzUkAAM1ZAADNbAAAzoMAAM6bAADNtQAAztoAAM72&#10;AADN/wAAzf8AAM3/AIaZAAB3oAAAaaYAAFqsAABMsgAAPrYAADC5AAAkvAAAGb8AABHCAAAKxQAA&#10;AskAAADMAAAA0AAAANEAAADSAQAA0wgAANUNAADXEQAA2hgAANwhAADfLAAA4ToAAOJKAADjXQAA&#10;5HIAAOSLAADlpQAA5cAAAOXmAADl+AAA5f8AAOX/AHqhAABrqQAAXK8AAE22AAA/vAAAML8AACPD&#10;AAAXxwAAD8oAAAfOAAAA0QAAANYAAADcAAAA3wAAAOAAAADiAAAA5AAAAOYDAADoCQAA6Q4AAOwV&#10;AADuHgAA8SsAAPQ6AAD1TQAA9mEAAPd5AAD4kwAA+K0AAPnGAAD55AAA+fMAAPnzAG2qAABesgAA&#10;T7oAAEDBAAAxxQAAIskAABbOAAAN0gAABNgAAADdAAAA4QAAAOQAAADoAAAA6wAAAO0AAADvAAAA&#10;8QAAAPMAAAD2AAAA+AMAAPoLAAD9EQAA/xsAAP8pAAD/OwAA/08AAP9mAAD/fwAA/5kAAP+vAAD/&#10;wwAA/9YAAP/WAP8EHAD/ABkA/wAZAP8AHAD/ACIA/wArAP8AOAD/AEYA/wBTAP8AXgD/AGkA/wBy&#10;AP8AegD/AIIA/wCJAP8AjwD/AJUA/wCbAP8AoQD/AKgA/wCvAP8AuQD/AMUA/wDZAP4A7AD9APsA&#10;+wD/APsA/wD7AP8A+gD/APQA/wDwAP8A8AD/AP8HGAD/ARUA/wAUAP8AFgD/ABsA/wAmAP8ANAD/&#10;AEIA/wBOAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD9AJAA/ACWAPoAnQD5AKMA+ACrAPcA&#10;tAD1AL8A9ADOAPMA5gDxAPYA8AD/AO8A/wDvAP8A7gD/AO4A/wDqAP8A6gD/AP8LFAD/BhEA/wAQ&#10;AP8AEAD/ABYA/wAiAP8ALgD/ADwA/wBJAP8AVAD+AF8A+wBoAPkAcAD3AHgA9QB/APMAhQDyAIsA&#10;8ACSAO8AmADtAJ8A7ACmAOoArgDoALkA5wDHAOUA3gDjAPAA4gD+AOAA/wDgAP8A4QD/AOEA/wDh&#10;AP8A4QD/AP8NEAD/CQ0A/wEMAP8ADAD/ABIA/wAcAP8AKAD8ADYA+QBDAPYATgDyAFkA7wBiAOwA&#10;awDqAHIA6AB5AOYAgADkAIYA4gCMAOEAkwDfAJoA3QChANsAqgDYALQA1QDAANIA0wDQAOoAzgD6&#10;AM0A/wDNAP8AzQD/AMwA/wDMAP8AzAD/AP8QDAD/DAcA/wMCAP8ACAD/AA4A/wAWAPYAIgDwAC8A&#10;7AA8AOkASADlAFMA4QBcAN4AZQDbAGwA1wBzANQAegDSAIAA0ACHAM4AjgDMAJUAygCdAMgApQDG&#10;AK8AxAC7AMIAywDAAOUAvgD1AL0A/wC8AP8AvAD/ALwA/wC8AP8AvAD/AP8RBQD/DgAA/woAAP8I&#10;AQD/BAoA+AAQAOkAGgDjACgA3gA1ANkAQQDTAEwAzwBWAMsAXwDJAGYAxgBuAMQAdADCAHsAwQCC&#10;AL8AiQC9AJAAvACYALoAoQC4AKsAtgC3ALQAxwCyAOAAsQHyAK8C/wCuA/8ArQT/AK0E/wCtBP8A&#10;rQT/AP8UAAD/EAAA/w8AAPINAADqCgAA6QMJAN0AEgDUAB8AzQEtAMgCOgDEA0UAwANQAL0EWQC7&#10;BWEAuQVoALcGbwC1BnYAtAd9ALIHhACxCIwArwiVAK0JngCrCagAqgq1AKgKxQCmC98ApA30AKIO&#10;/wCgDv8Anw7/AJ8O/wCfDv8Anw7/AP8XAAD/EwAA7xgAAOQZAADbFgAA0hACAM8JCwDICBYAwQok&#10;ALwMMgC3DT4AtA5JALEOUwCvEFsArRBjAKsQagCpEXEAqBF4AKYRgAClEYgAoxKRAKESmwCgE6YA&#10;nhOzAJwTwwCbFN4Alxb0AJUW/wCUF/8Akxf/AJIX/wCSFv8Akhb/AP8aAAD0HQAA5SMAANUlAADK&#10;JAAAwh0AAL4WBAC7EBAAtBMdAK8VKwCrFjgApxhDAKUZTQCiGVYAoBpdAJ4bZQCdG2wAmxxzAJoc&#10;ewCYHIMAlx2NAJUdlwCTHqIAkh6vAJAevwCPH9gAjCDxAYkg/wGIIP8BhyD/AYcg/wGGIP8BhiD/&#10;AfoeAADrJgAA2i0AAMowAAC+LgAAtSgAALAiAACuGwwAqB0XAKMfJgCfITMAnCI+AJkjSACXJFEA&#10;lSRZAJMlYACSJWcAkCZuAI4mdgCNJn8AiyaIAYonkwGIJ54BhierAYQnuwGDKNEBgCjuAX4p/wF9&#10;Kf8BfCj/AXwo/wF8KP8BfCj/AfUkAADjLgAAzzUAAME4AAC0NgAAqzEAAKUsAACiJgYAniYTAJko&#10;IQCVKi4Akis5AI8sRACNLUwAiy1UAIkuXACHLmMAhi5qAYQucgGCLnoBgS+EAX8vjwJ9L5oCey+n&#10;AnovtwJ4L8wCdjDqAnUw/gJzMP8CczD/AnMv/wJzL/8Ccy//AvAqAADcNQAAxzsAALo/AACsPAAA&#10;ojgAAJwzAACYLwAAlS4QAJAwHACMMikAiTM1AIY0PwCENUkAgjVRAIA1WAB+NV8BfTVmAXs2bgF5&#10;NXYCeDWAAnY1iwN0NZcDcjakA3A2tARvNsgEbTbnBGw2/ANrNv8Dazb/Amo2/wJqNf8CajX/Auow&#10;AADTOgAAwkEAALNDAAClQQAAmz4AAJU6AACQNgAAjDUNAIg3GACEOCUAgToxAH87PAB8O0UAejxN&#10;AHg8VQF3PFwBdTxjAXM8agJxPHMCcDx8A247hwNsO5QEajuhBGg7sQVnPMUFZTzlBWQ8+gRkPP8D&#10;Yzv/A2M7/wNjO/8CYzv/AuU1AADNPwAAvUYAAK5HAACfRQAAlUMAAI5AAACJPAAAhDwKAIA9FAB9&#10;PiIAej8uAHhAOAB1QUIAc0FKAHJBUQFwQVkBbkFgAmxBZwJqQXADaEF5A2dBhARlQZEFY0GfBWFB&#10;rgZgQcIGXkHiBl5B+QVdQf8EXUD/A11A/wNdQP8DXUD/A985AADIQwAAuUoAAKlLAACbSQAAkEcA&#10;AIhEAACDQQAAfkEGAHpCEQB2Qx4AdEUqAHFFNQBvRj8AbUZHAGtGTwFqRlYBaEZdAmZGZQJkRm0D&#10;YkZ2BGBGggReRo4FXEWcBltFrAZZRr8HWEbfBlhG9wVXRf8EV0X/BFdE/wNYRP8DWET/A9o9AADE&#10;RwAAtU4AAKROAACWTAAAi0sAAINJAAB9RQAAeEYCAHRHEABwSBsAbkknAGtKMgBqSzwAaEtEAGZL&#10;TAFkS1MBYktaAmBLYgJfS2oDXUt0BFtKfwVZSowFV0qaBlVKqgdUSr0HU0rcB1JK9gZSSv8FUkn/&#10;BFJJ/wNSSP8DU0j/A9RBAADASwAAslEAAKBQAACSTwAAh04AAH5MAAB4SAAAckoAAG5LDQBrTRgA&#10;aE4kAGZOLwBkTzkAYk9CAGFQSQFfUFEBXVBYAltPYAJZT2gDV09yBFVPfQVTT4oFUk6YBlBOqAdO&#10;TrsHTU7ZB01O9QZNTv8FTU3/BE1N/wROTP8DTkz/A85EAAC8TgAArlQAAJxTAACOUgAAg1EAAHpQ&#10;AAByTQAAbE8AAGhQCwBlURUAY1IhAGFTLABfUzYAXVQ/AFtURwBaVE4BWFRWAVZUXQJUVGYDUlNv&#10;A1BTewROU4gFTFOXBktTpwdJU7oHSFPVB0hS8wZIUv8FSFH/BElR/wRJUP8DSVD/A8pIAAC5UgAA&#10;qlcAAJhWAACKVQAAf1QAAHZTAABsUQAAZ1MAAGJUCABfVhIAXVceAFtXKQBZWDMAWFg8AFZZRABV&#10;WUwBU1lTAVFZWwJPWGQCTVhtA0tYeARJWIYFR1eVBkVXpQZEV7gGQ1jSBkNX8gZDVv8FQ1X/BERV&#10;/wREVP8DRFT/A8ZMAAC1VgAApVoAAJRZAACGWAAAe1gAAHFXAABmVgAAYVgAAF1ZBABZWhAAV1sb&#10;AFVcJgBTXTAAUl05AFFeQQBPXkkATV5RAUxeWAFKXmECSF1rA0ZddgNEXYMEQl2SBUBdowY/XbYG&#10;Pl3QBj1c8QU+W/8EPlr/BD5a/wM+Wf8DP1n/A8FQAACxWgAAoV0AAJBcAACCWwAAdlsAAG1bAABh&#10;WwAAW10AAFZeAABSYA0AUGEXAE5iIgBNYiwATGM1AEpjPgBJY0YAR2NOAEZjVgFEY14BQmNoAkBj&#10;cwM+Y4EDPGOQBDpioQQ5YrQFOGPNBThi7wQ4Yf8EOGD/Azhf/wM5Xv8DOV7/A7xVAACtXwAAnGAA&#10;AItfAAB9XwAAcl8AAGhfAABdYAAAVWIAAE9kAABLZgoASWcSAEdoHQBFaCcARGkxAENpOQBCakIA&#10;QGpKAD9qUgA9alsBPGplATpqcAI4an4CNmmNAzRpnwMzabIDMWnLAzFo7QMxZ/8DMWb/AzJl/wMy&#10;ZP8DMmT/A7dbAACpZAAAlmQAAIZjAAB4YwAAbWMAAGRkAABZZQAAUGgAAElrAABDbQQAQG4OAD5v&#10;GAA9byIAPHArADpwNAA5cT0AOHFFADdxTgA2cVcANHFhATJxbQExcXoBL3GKAi1xnAIrca8CKnHI&#10;Aipw6wIqb/8CKm3/Aips/wIrbP8CK2z/ArFhAACkaQAAkGgAAIBnAAB0ZwAAaWcAAF9oAABVawAA&#10;S24AAENxAAA8dAAAN3YKADR3EgAzeBwAMnglADF5LgAweTcAL3k/AC55SAAselIAK3pcACp6aAAo&#10;enYAJnqHASV6mQEjeqwBInrFASJ56QEid/8BInb/ASJ1/wIidP8CI3T/AqxoAACdbgAAim0AAHts&#10;AABvbAAAZWwAAFpuAABQcQAARXUAAD14AAA2fAAALn8CACmBDQAnghQAJoIeACWCJwAkgi8AI4M4&#10;ACKDQgAhg0sAIIRWAB+EYgAehHEAHISCABuElQAahKkAGITBABiD5gAYgf0AGYD/ARl//wEZfv8B&#10;GX7/AaZwAACVcwAAhHIAAHZxAABrcQAAXnMAAFR2AABJeQAAP30AADeBAAAvhAAAJ4gAACCLBQAb&#10;jQ4AGo0VABmNHgAYjicAF44wABaOOQAVjkMAFI9PABOPWwASj2oAEY97ABCPjwAPj6QADo+7AA2P&#10;4AAOjfoAD4v/ABCK/wAQif8AEIn/AKF6AACOeQAAfncAAHJ3AABkeAAAWHsAAE1+AABCggAAOYYA&#10;AC+KAAAnjgAAIJEAABiVAAASmAUADpoOAA2aFAAMmh0AC5omAAuaMAAKmjsACZpGAAiaUwAGm2EA&#10;BZpyAASahgACmpsAAJqxAAGZzwACmfAAApj/AASX/wAFlv8ABZb/AJmBAACHfwAAen4AAGt+AABd&#10;gQAAUIUAAEWJAAA7jQAAMZIAACiWAAAfmQAAGJ0AABGgAAAMowIABqUKAAGlEAAApRYAAKYfAACm&#10;KAAApjIAAKc9AACnSgAAp1gAAKdoAACnfAAAp5EAAKaoAACmwwAApekAAKX8AACl/wAApP8AAKT/&#10;AJGHAACChgAAcoYAAGOIAABVjAAASZEAAD2WAAAymgAAKJ4AAB+iAAAXpgAAEKkAAAusAAAErwAA&#10;ALEGAACxDAAAshEAALIXAACzHwAAsygAALQyAAC1PwAAtU0AALVdAAC1cAAAtYYAALWdAAC1tgAA&#10;tdwAALT3AAC0/wAAtP8AALT/AIuPAAB6jgAAapEAAFuVAABNmgAAQJ8AADWkAAAqqAAAIKwAABaw&#10;AAAPtAAACbcAAAG5AAAAvQAAAL4AAAC+BgAAvwwAAMAQAADBFgAAwh0AAMMnAADFMgAAxkAAAMZR&#10;AADHYwAAx3gAAMeRAADHqQAAx8cAAMfsAADH/gAAx/8AAMf/AIOXAABxmgAAYZ4AAFKjAABFqQAA&#10;OK4AACyzAAAgtwAAFroAAA69AAAGwAAAAMMAAADHAAAAyQAAAMoAAADMAAAAzQMAAM4JAADQDgAA&#10;0hMAANQbAADYJQAA2zIAAN1CAADdVAAA3mkAAN6BAADenAAA37UAAN/ZAADf8wAA3/8AAN//AHef&#10;AABopgAAWa0AAEqzAAA7uAAALbsAAB+/AAAUwgAADMYAAAPJAAAAzAAAANAAAADVAAAA2QAAANoA&#10;AADcAAAA3gAAAOAAAADiBQAA5AsAAOcQAADqGAAA7SQAAPAyAADxRAAA8lgAAPNvAAD0igAA9KQA&#10;APS/AAD03wAA9PMAAPT0AGqoAABbrwAATLcAAD29AAAtwQAAH8YAABPKAAALzgAAANIAAADXAAAA&#10;3AAAAOAAAADlAAAA5wAAAOkAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYHAAD5DgAA/BYAAP8iAAD/&#10;MwAA/0cAAP9dAAD/dgAA/5EAAP+pAAD/vgAA/9gAAP/bAP8AGAD/ABYA/wAVAP8AGAD/AB4A/wAn&#10;AP8ANgD/AEMA/wBPAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD/AJAA/wCWAP8AnAD/AKMA&#10;/wCrAP8AtAD+AL8A/QDPAPsA5wD6APgA+QD/APkA/wD5AP8A9QD/AO4A/wDpAP8A5wD/AP8AFAD/&#10;ABEA/wARAP8AEgD/ABcA/wAjAP8AMQD/AD4A/wBKAP8AVgD/AGAA/wBoAP8AcAD/AHgA/QB+APwA&#10;hQD6AIsA+QCRAPgAmAD3AJ4A9QCmAPQArgDyALkA8QDHAO8A4ADuAPIA7AD/AOwA/wDsAP8A6wD/&#10;AOUA/wDgAP8A3gD/AP8DEAD/AA4A/wANAP8ADQD/ABMA/wAeAP8AKwD/ADgA/wBFAP4AUAD7AFoA&#10;+ABjAPUAawDzAHIA8QB5AO8AfwDuAIYA7ACMAOoAkgDpAJkA5wCgAOYAqQDkALMA4QDAAOAA0wDe&#10;AOsA3AD7ANsA/wDaAP8A2gD/ANkA/wDUAP8A0gD/AP8HDQD/AAkA/wAGAP8ACQD/AA8A/wAYAPsA&#10;JQD4ADIA9QA/APIASgDtAFQA6gBdAOcAZQDkAGwA4gBzAOAAegDeAIAA3ACGANoAjQDXAJQA1ACb&#10;ANIApADPAK0AzQC5AMsAyQDJAOQAyAD2AMYA/wDFAP8AxgD/AMcA/wDHAP8AxwD/AP8KBgD/AQAA&#10;/wAAAP8ABAD/AAsA9AASAO8AHwDqACwA5QA4AOIAQwDdAE4A2QBXANQAXwDRAGcAzgBtAMwAdADK&#10;AHoAyACAAMYAhwDFAI4AwwCWAMEAngC/AKgAvQCzALoAwgC5ANsAtwDwALUA/wC2AP8AtQD/ALUA&#10;/wC1AP8AtQD/AP8MAAD/BAAA/wAAAP4AAAD2AAMA6AANAOAAFwDZACQA0QAxAM0APADKAEcAxgBR&#10;AMMAWQDAAGAAvgBnALwAbgC6AHQAuQB7ALcAggC1AIkAswCRALIAmgCwAKQArgCvAKwAvQCqANAA&#10;qADrAKcA+wCmAP8ApgD/AKUA/wClAP8ApQD/AP8NAAD/BwAA9AkAAOoJAADiBAAA2gAHAM8AEQDI&#10;ABwAwgApAL4ANQC7AEAAtwBKALQAUwCyAFsAsABiAK4AaACsAG8AqwB1AKkAfQCoAIQApgCNAKQA&#10;lgCjAKAAoQCrAJ8BuQCdA8wAnAToAJoG+QCZB/8AmAj/AJcI/wCXCP8Alwj/AP8QAAD3EAAA6BQA&#10;ANwVAADOEQAAxg0AAMIECwC8ABQAtwEhALIDLgCuBToAqwZEAKgITQCmCFUApAlcAKIKYwCgCmoA&#10;nwtxAJ0LeACcC4AAmgyJAJkMkwCXDJ4AlQ2qAJQNuACSDcwAkA7qAI4Q/ACMEP8AixD/AIsQ/wCL&#10;EP8AihD/APsTAADtGgAA3SAAAMwhAAC/HQAAtxcAALMRAACyCw0Aqw0ZAKcOJgCjDzMAnxA+AJ0R&#10;RwCaEVAAmBJXAJYSXgCVE2UAkxNsAJITcwCQFHwAjxSFAI0VjwCLFZoAihWnAIgWtQCGFskAhBfn&#10;AIIY+wCAGf8Afxn/AH8Z/wB/GP8Afxj/APUaAADkIwAAzykAAMAqAACzJgAAqiIAAKUcAACkFQgA&#10;oBQTAJsWIQCXGC0AlBk4AJEaQgCPG0sAjRxSAIscWQCJHWAAiB1nAIYebwCFHncAgx+AAIIfiwCA&#10;H5cAfiCjAH0gsgB7IMUAeSHkAHci+QB2Iv8AdSL/AHQh/wB0If8AdCH/AO8hAADbKwAAxzEAALYx&#10;AACpLgAAoCoAAJsmAACYIQEAlR4QAJAgGwCNISgAiSMzAIckPQCFJEYAgyVOAIEmVQB/JlwAfiZj&#10;AHwnawB7J3MAeSd8AHgohwB2KJMAdCigAXIorwFxKcEBbyngAW0p9wFsKf8Bayn/AWsp/wFrKP8B&#10;ayj/AegoAADQMgAAwDgAAK43AAChNQAAmDIAAJItAACOKQAAiycMAIcoFwCDKiMAgCsvAH4sOQB8&#10;LEIAei1KAHguUQB3LlgAdS5gAHMvZwByL28AcC95AW8vgwFtL5ABay+dAWkvrAFoML4BZzDbAWUw&#10;9QFkMP8BYzD/AWMv/wFjL/8BYy//AeIuAADKOAAAuj0AAKg8AACaOgAAkTcAAIozAACGMAAAgy4J&#10;AH8vEwB7MB8AeDIrAHYzNQB0Mz4AcjRGAHA0TgBvNVUAbTVcAGw1ZABqNWwBaDV1AWc1gAFlNYwB&#10;YzWaAmE2qQJgNrsCXzbWAl028wJdNv8CXDb/AVw1/wFcNf8BXDT/AdwzAADFPAAAtEEAAKJAAACV&#10;PgAAizwAAIQ5AAB/NgAAezQEAHc1EAB0NxwAcTgnAG85MgBtOTsAazpDAGo6SwBoO1IAZztZAGU7&#10;YQFjO2kBYjtyAWA7fQFeO4oCXDuXAls7pwJZO7gDWDv/4v/iSUNDX1BST0ZJTEUABgnSA1c78QJW&#10;O/8CVjv/AlY6/wFWOv8BVjn/AdQ3AADAQQAAr0QAAJ1DAACQQgAAhUAAAH4+AAB5OwAAdDoAAHE6&#10;DgBtPBgAaz0kAGk+LwBnPzgAZT9AAGRASABiQE8AYUBXAF9AXgFdQGYBXEBvAVpAegJYQIcCVkCV&#10;AlRApANTQLYDUkDPA1FA7wNQQP8CUD//AlA//wJRPv8BUT7/Ac87AAC9RQAAqkcAAJlGAACLRQAA&#10;gUQAAHlCAAB0PgAAbz8AAGtADABnQRUAZUIhAGNDKwBhQzUAX0Q+AF5ERQBdRU0AW0VUAFlFXAFY&#10;RWQBVkVtAVRFeAJSRYUCUUSTA09EowNNRbQDTEXMA0tF7QNLRP8CS0T/AktD/wJMQv8CTEL/Aso/&#10;AAC5SAAApkoAAJVJAACHSAAAfUcAAHVFAABuQgAAaUMAAGVECQBiRRMAX0YeAF1HKABcSDIAWkg7&#10;AFlJQwBXSUoAVklSAFRJWQFTSWEBUUlrAU9JdgJNSYICS0mRA0pJoQNISbMDR0nKA0ZJ7ANGSP8C&#10;Rkj/AkdH/wJHRv8CR0b/AsZDAAC2TAAAokwAAJFMAACESwAAeUoAAHBJAABpRgAAZEcAAF9JBgBc&#10;ShAAWksbAFhMJQBWTC8AVU04AFNNQABSTUgAUU5PAE9OVwBOTl8BTE5pAUpOcwJITYACRk2PA0VN&#10;nwNDTbEDQk3IA0FN6gNBTP8CQUz/AkJL/wJCSv8CQkr/AsJHAACzTwAAnk8AAI1OAACATgAAdU0A&#10;AGxMAABjSgAAXkwAAFpNAgBWTg4AVE8YAFJQIgBRUSwAT1E1AE5SPQBNUkUATFJNAEpSVABJUl0B&#10;R1JmAUVScQFDUn4CQVKNAj9SnQM+Uq8DPVLGAzxS6QI8Uf4CPFD/Aj1P/wI9T/8CPU7/Ar5LAACu&#10;UwAAmlIAAIlRAAB8UQAAcVAAAGhQAABeTgAAWFEAAFRSAABRUwwATlQUAExVHwBLVikASVYyAEhW&#10;OgBHV0IARldKAERXUgBDV1oAQVdkAUBXbgE+V3sCPFeLAjpXmwI4V60CN1fEAjdX5wI3Vv0CN1X/&#10;AjdU/wI3U/8COFP/ArpPAACpVgAAlVUAAIVUAAB4VAAAbVQAAGRUAABYVAAAUlYAAE5XAABKWQkA&#10;R1oRAEZaGwBEWyUAQ1suAEJcNgBBXD4AP1xGAD5dTwA9XVcAO11hADpdbAE4XXkBNl2IATRdmQIz&#10;XasCMV3CAjFc5QIxW/wCMVr/AjFZ/wIyWf8BMlj/AbZUAACkWQAAkFgAAIBYAABzVwAAaVcAAGBY&#10;AABUWQAATlsAAEhdAABDXwQAQGAOAD5hFwA9YSAAO2IpADpiMgA5YjoAOGNCADdjSwA2Y1QANGNd&#10;ADNjaAAxY3YBL2OFAS5jlgEsY6kBK2O/ASpj4wEqYvsBKmD/AStf/wErX/8BK17/AbFZAACeXAAA&#10;i1wAAHtbAABvWwAAZVsAAFxcAABRXgAASWAAAENiAAA8ZQAAOGcKADVoEgA0aBsAM2kkADJpLQAx&#10;aTUAL2o9AC5qRgAtak8ALGpZACtrZQApa3IAKGuCACZrkwAka6cAI2u9ACJq4AAjafkBI2f/ASNm&#10;/wEjZv8BJGX/AaxgAACYYAAAhWAAAHZfAABqXwAAYWAAAFdgAABNYwAARGYAAD1oAAA2awAAMG4E&#10;ACxwDgAqcRUAKXEeAChxJgAnci8AJnI3ACVyQAAkckoAInJUACFzYAAgc20AHnN9AB1zkAAbc6MA&#10;GnO5ABlz3AAacfcAGnD/ABtv/wAbbv8BG23/AaZmAACRZQAAf2QAAHFkAABmZAAAXWQAAFJmAABI&#10;aQAAP2wAADdvAAAwcwAAKXYAACJ5CAAfexAAHnsXABx7HwAbeygAGnswABl8OQAYfEMAF3xOABZ8&#10;WgAVfGcAFH14ABJ9iwARfZ8AEH21AA991QAQe/UAEXn/ABF4/wASd/8AEnf/AJ5rAACKagAAemkA&#10;AG1pAABiaQAAV2oAAExtAABDcAAAOXQAADF4AAApewAAIn8AABuCAAAUhQkAEYYQABGGFwAQhx8A&#10;EIcoAA6HMQAOhzsADYdGAAyHUwALh2EACodxAAmHhAAHh5gABoauAAWGyQAGhewAB4T/AAiD/wAJ&#10;gv8ACYL/AJVxAACDbwAAdG4AAGluAABcbwAAUHIAAEZ1AAA8eQAAMn0AACqBAAAihQAAG4kAABSM&#10;AAAPjwMACpILAAaSEQAEkhgAApIgAAGSKQAAkjMAAJM+AACTSwAAk1kAAJNpAACTewAAkpAAAJKm&#10;AACRvwAAkeUAAJD6AACP/wAAj/8AAI//AI13AAB9dQAAcHQAAGJ1AABVeAAASXwAAD+AAAA0hAAA&#10;K4kAACKNAAAakQAAE5QAAA6XAAAJmwAAAZ0IAACdDgAAnRMAAJ4aAACeIgAAnysAAJ81AACgQgAA&#10;oFAAAKBfAACgcQAAoIcAAJ+dAACftQAAntoAAJ32AACd/wAAnP8AAJz/AIZ9AAB4fAAAaXwAAFt/&#10;AABOgwAAQYgAADaMAAAskQAAI5YAABqaAAASngAADaEAAAakAAAApwAAAKkDAACpCgAAqg4AAKsT&#10;AACsGQAArSIAAK4rAACvNwAAr0UAAK9UAACvZgAAr3sAAK6UAACuqwAArskAAK7vAACt/wAArf8A&#10;AK3/AIGEAABxhAAAYYcAAFOLAABGkAAAOZYAAC6bAAAjoAAAGqQAABKoAAAMrAAABK8AAACyAAAA&#10;tgAAALcAAAC3AgAAuAgAALkNAAC6EgAAuxgAAL0hAAC+KwAAwDgAAMBIAADAWgAAwW4AAMGGAADB&#10;oAAAwboAAMHjAADA+QAAwP8AAMD/AHmNAABokAAAWZQAAEuaAAA9oAAAMaUAACWrAAAarwAAEbMA&#10;AAu4AAACuwAAAL4AAADBAAAAxAAAAMUAAADGAAAAxwAAAMgFAADKCwAAzA8AAM4VAADQHwAA0ysA&#10;ANU6AADVTAAA1mAAANh3AADYkgAA2KwAANnJAADZ7AAA2fsAANj/AHCZAABgngAAUaQAAEOqAAA1&#10;sAAAKLYAABy6AAARvgAACcEAAADFAAAAyAAAAMsAAADPAAAA0gAAANMAAADWAAAA2AAAANsAAADd&#10;AAAA3wcAAOINAADlEwAA6B0AAOwqAADtPAAA7VEAAO5nAADvgQAA75wAAPC3AADw0wAA8OwAAPD0&#10;AGemAABYrQAASbQAADq6AAAqvgAAHMIAABDGAAAHygAAAM4AAADSAAAA1gAAANwAAADgAAAA4wAA&#10;AOQAAADmAAAA6AAAAOsAAADtAAAA7wAAAPICAAD1CgAA+BEAAPwcAAD/LAAA/z8AAP9VAAD/bgAA&#10;/4oAAP+kAAD/ugAA/9EAAP/hAP8AFAD/ABIA/wASAP8AFAD/ABkA/wAlAP8AMgD/AD8A/wBLAP8A&#10;VgD/AGAA/wBoAP8AcAD/AHgA/wB/AP8AhQD/AIsA/wCRAP8AmAD/AJ4A/gCmAP0ArgD8ALkA+gDI&#10;APkA4gD4APQA9wD/APYA/wD2AP8A7wD/AOcA/wDiAP8A3gD/AP8AEQD/AA4A/wAOAP8ADwD/ABQA&#10;/wAgAP8ALQD/ADoA/wBGAP8AUQD/AFsA/wBjAP4AawD8AHMA+gB5APkAgAD3AIYA9gCMAPUAkgDz&#10;AJkA8gCgAPAAqQDuALMA7QDBAOsA1gDqAO4A6QD+AOcA/wDnAP8A5QD/AN0A/wDVAP8A0QD/AP8A&#10;DQD/AAoA/wAIAP8ACQD/ABAA/wAbAP8AKAD/ADUA/wBAAPoASwD2AFUA8wBeAPEAZgDuAG0A7AB0&#10;AOsAegDpAIAA5wCGAOYAjQDkAJMA4gCbAOAAowDeAK0A3AC5ANoAygDXAOYA1AD4ANIA/wDSAP8A&#10;0gD/AM4A/wDJAP8AxgD/AP8ACAD/AAMA/wAAAP8AAwD/AA0A/AAWAPcAIgDzAC4A7wA6AOwARQDo&#10;AE8A5ABYAOEAYADeAGcA2wBtANkAdADVAHoA0wCAANEAhwDPAI4AzQCVAMsAngDJAKcAxwCzAMUA&#10;wgDDANwAwQDxAL8A/wC/AP8AvgD/AL4A/wC9AP8AuwD/AP8AAAD/AAAA/wAAAP8AAAD2AAgA7gAR&#10;AOcAGwDhACcA3QAzANkAPgDTAEkAzwBSAMsAWQDIAGEAxgBnAMQAbQDCAHMAwAB6AL8AgAC9AIgA&#10;uwCQALkAmAC4AKIAtQCtALMAuwCxAM4AsADqAK8A/ACtAP8ArQD/AK4A/wCuAP8ArgD/AP8CAAD/&#10;AAAA/QAAAPIAAADoAAAA3gAMANMAFQDMACEAyAAsAMQAOADBAEIAvQBLALoAUwC4AFoAtgBhALQA&#10;ZwCyAG0AsAB0AK8AegCtAIIArACKAKoAkwCoAJ0ApgCoAKQAtQCiAMYAoQDjAJ8A9gCeAP8AngD/&#10;AJ4A/wCeAP8AngD/AP8GAAD7AAAA7gUAAOIEAADVAAAAywAGAMMADwC9ABkAuAAlALQAMQCxADsA&#10;rgBFAKwATQCpAFUApwBbAKUAYgCkAGgAogBuAKEAdQCfAHwAngCFAJwAjgCaAJgAmACkAJYAsACV&#10;AMEAkwDcAJIA8gCRAP8AkAD/AJAA/wCPAP8AjwD/AP0KAADwDgAA4REAAM4QAADCDQAAuwcAALcA&#10;CgCxABIArAAeAKgAKQClADQAogA+AJ8ARwCdAE8AmwBWAJkBXACXAWMAlgJpAJQCcACTA3gAkQOA&#10;AJAEigCOBJUAjAWhAIoFrgCJBr4AhwjYAIYJ8ACECv8Agwv/AIML/wCDC/8Agwv/APYQAADmFwAA&#10;0hwAAMAaAACzFgAArBIAAKgNAACmBw0AogUWAJ0HIgCZCS4Algo4AJQLQQCSDEoAkAxRAI4NWACM&#10;DV4Aiw1lAIkNbACIDnQAhg59AIUOhwCDDpMAgQ+fAIAQrQB+EL4AfRDbAHoR9AB4Ev8AdxL/AHcS&#10;/wB3Ev8AdxL/AO8XAADbIQAAxiQAALQjAACoIAAAoBwAAJsXAACZEQQAmA4QAJMQGwCPEScAjBIy&#10;AIkTPACHE0QAhRRMAIMUUwCBFVoAgBVgAH4WaAB9Fm8AexZ4AHkXgwB4F48AdhicAHQYqgBzGbsA&#10;chnUAG8a8QBuG/8AbRv/AG0a/wBtGv8AbRr/AOcgAADQKQAAvCsAAKsqAACeKAAAliQAAJAgAACN&#10;HAAAjBcMAIgYFgCEGiIAgRstAH4cNwB8HUAAeh1IAHkeTwB3HlUAdh9cAHQfYwBzH2sAcSB0AHAg&#10;fwBuIYsAbCGYAGshpwBpIrgAaCLPAGYi7gBlI/8AZCP/AGQi/wBkIv8AZCH/AOAmAADILwAAtDEA&#10;AKMwAACWLgAAjSsAAIcoAACEJAAAgiAIAH4gEgB7Ih4AeCMpAHUkMwBzJTwAcSVDAHAmSwBuJlIA&#10;bSdZAGsnYABqJ2gAaShxAGcoewBlKIgAZCmVAGIppABgKbUAXynLAF4q7ABcKv8AXCn/AFwp/wBc&#10;Kf8AXCj/ANgsAADDNQAArTUAAJ00AACQMwAAhjEAAIAtAAB8KwAAeSgDAHYnEAByKRoAcColAG0r&#10;LwBrLDgAaixAAGgtRwBnLU4AZS5VAGQuXQBjLmUAYS9uAF8veABeL4QAXC+SAFovoQFZL7IBWDDI&#10;AVYw6QFVMP4BVS//AFUv/wBVLv8AVS7/ANAxAAC9OgAAqDkAAJc4AACKNwAAgDYAAHoyAAB1MAAA&#10;ci4AAG4uDQBrLxYAaTAhAGYxKwBkMjQAYzI9AGEzRABgM0sAXzRSAF00WgBcNGIAWjRrAFk1dQBX&#10;NYIAVTWQAVQ1nwFSNbABUTXGAVA15wFPNf0BTzX/AU80/wFPNP8BTzP/Acs2AAC4PQAAozwAAJI8&#10;AACFOwAAezoAAHQ3AABvNQAAbDMAAGg0CgBlNRMAYjYeAGA3KABeNzEAXTg6AFs4QQBaOUgAWTlQ&#10;AFc5VwBWOl8AVDpoAFM6cwBROn8BTzqNAU46nQFMOq4BSzrDAUo65QFJOvwBSTn/AUk5/wFJOP8B&#10;Sjj/Acc6AACzQAAAnj8AAI4/AACBPgAAdz0AAHA7AABqOAAAZjgAAGI5BwBfOhEAXDsbAFo7JQBZ&#10;PC4AVz03AFY9PgBUPkYAUz5NAFI+VQBRPl0ATz9mAE0/cABMP30BSj+LAUg/mwFHP6wBRT/BAUQ/&#10;4wFEPvsBRD7/AUQ9/wFEPf8BRTz/AcM+AACvQwAAmkIAAIpCAAB9QQAAc0AAAGs/AABlPAAAYDwA&#10;AFw+BABZPg8AVz8YAFVAIgBTQSsAUkE0AFBCPABPQkMATkJLAE1DUgBLQ1oASkNkAEhDbgBHQ3sB&#10;RUOJAUNDmQFCQ6sBQEPAAT9D4QE/Q/kBP0L/AT9B/wFAQf8BQED/Ab9BAACqRQAAlkUAAIZFAAB5&#10;RAAAb0QAAGdCAABgPwAAW0EAAFdCAABUQw0AUUQVAE9FHwBORSgATEYxAEtGOQBKR0EASUdIAEhH&#10;UABGR1gARUdhAENIbABCSHgBQEiHAT5IlwE8SKkBO0i+ATpI3wE6R/gBOkb/ATpF/wE7Rf8BO0T/&#10;AbtFAACmSAAAkkcAAIJHAAB2RwAAa0cAAGNGAABbQwAAVkUAAFJHAABOSAoATEkSAEpJHABISiUA&#10;R0ouAEZLNgBFSz4AQ0tGAEJMTQBBTFYAQExfAD5MagA8THYAO0yFATlMlQE3TKcBNky8ATVM3QE1&#10;S/cBNUv/ATVK/wE2Sf8BNkn/AbhJAACiSwAAjkoAAH5KAABySgAAaEoAAF9JAABVSAAAUEoAAExL&#10;AABJTAcARk0QAEROGQBCTyIAQU8rAEBQMwA/UDsAPlBDADxRSgA7UVMAOlFcADhRZwA3UXMANVGC&#10;ADNRkwEyUaUBMFG6AS9R2gEvUPYBL0//ATBO/wEwTv8BME3/AbRNAACdTQAAik0AAHpNAABuTQAA&#10;ZE0AAFtNAABRTQAAS08AAEZQAABCUgMAP1MNAD1UFQA8VB4AOlUnADlVLwA4VTcAN1Y/ADZWRwA1&#10;VlAAM1ZZADJXZAAwV3EAL1eAAC1XkQArV6MAKle4AClX1gApVvUAKVX/ACpU/wEqU/8BKlL/Aa9R&#10;AACYUQAAhVEAAHZQAABqUAAAYFAAAFhRAABOUgAAR1MAAEFVAAA7WAAAOFkKADVaEQA0WhoAM1si&#10;ADJbKwAxWzMAL1w7AC5cQwAtXEwALFxWACtdYAApXW0AKF18ACZdjgAkXaEAI121ACJd0gAiXPMA&#10;Ilv/ACNa/wAjWf8AJFj/AKhVAACSVAAAgFQAAHFUAABmVAAAXFQAAFRVAABKVgAAQ1gAADxbAAA2&#10;XQAAMGAFAC1hDgArYRUAKmIdACliJQAoYi4AJ2M2ACZjPgAlY0cAI2NRACJkXAAhZGkAH2R5AB5k&#10;igAcZJ4AG2SzABlkzgAaY/EAG2H/ABtg/wAcYP8AHF//AKFZAACMWAAAe1gAAG1YAABiWAAAWVgA&#10;AFBZAABHWwAAPl4AADdgAAAxYwAAKmYAACRpCQAhahAAIGoXAB9qIAAeaygAHWswABxrOQAba0IA&#10;GmxMABlsWAAXbGUAFmx0ABRshgATbJoAEmyvABFsygARa+8AEmn/ABNo/wATaP8AE2f/AJldAACF&#10;XQAAdVwAAGhcAABeXAAAVVwAAEteAABCYQAAOWQAADJnAAAragAAJG0AAB5wAQAXcwsAFXQRABR0&#10;GAATdCEAEnUpABF1MgARdTsAEHVGAA91UgAOdV8ADXVuAAx1gQALdZUACnWqAAh0wwAJdOcACnP9&#10;AAtx/wAMcf8ADHD/AJFiAAB/YQAAcGEAAGRhAABaYQAAT2IAAEVlAAA8aAAAM2wAACtvAAAkcgAA&#10;HXYAABd5AAARfAQADX8MAAt/EgAKfxkACX8iAAh/KgAGfzQABX8/AAR/SwACf1gAAX9nAAB/eQAA&#10;f44AAH+jAAB+uwAAfeAAAH33AAB8/wAAe/8AAHv/AIlnAAB4ZwAAa2YAAGFmAABUZwAASWkAAD9t&#10;AAA1cQAALHUAACR5AAAdfAAAFoAAABCDAAAMhgIABokKAAGJDwAAiRQAAIobAACKIwAAiywAAIs3&#10;AACLQwAAi1AAAItfAACLcQAAi4YAAIucAACKswAAidMAAIjzAACI/wAAh/8AAIf/AIJtAABzbAAA&#10;aGwAAFptAABObwAAQnMAADh3AAAuewAAJYAAAB2EAAAViAAAEIwAAAuPAAAEkgAAAJQGAACVDAAA&#10;lRAAAJYVAACXHAAAmCQAAJguAACZOQAAmUcAAJlWAACZaAAAmX0AAJmUAACYqwAAl8gAAJbuAACW&#10;/wAAlf8AAJX/AHt0AABvcwAAYXMAAFN2AABGegAAO38AADCEAAAmiAAAHY0AABSSAAAOlgAACZkA&#10;AAGcAAAAoAAAAKEAAACiBgAAogwAAKQQAAClFAAApRwAAKckAACoLwAAqD0AAKlMAACpXgAAqXIA&#10;AKiJAACoogAAqLwAAKflAACm+wAApv8AAKX/AHd7AABoewAAWX4AAEuCAAA+hwAAMo0AACeSAAAd&#10;lwAAFJwAAA6gAAAHpAAAAKgAAACrAAAArgAAAK8AAACwAAAAsQQAALMKAAC0DgAAtRMAALYbAAC4&#10;JAAAujEAALpAAAC6UgAAu2UAALt9AAC6lwAAurEAALrSAAC68wAAuf8AALn/AG+DAABfhgAAUYsA&#10;AEOQAAA2lwAAKp0AAB+iAAAVpwAADawAAAWwAAAAtAAAALcAAAC7AAAAvgAAAL8AAADAAAAAwQAA&#10;AMMBAADEBwAAxQ0AAMcRAADKGQAAzSQAAM4zAADPRAAA0FgAANBuAADRiAAA0KQAANDBAADR5gAA&#10;0fgAANH/AGePAABXlAAASZoAADuhAAAupwAAIa0AABazAAAOuAAABrwAAADAAAAAwwAAAMYAAADL&#10;AAAAzQAAAM4AAADQAAAA0QAAANQAAADWAAAA2gIAANwJAADfDwAA4xcAAOYkAADnNgAA6EkAAOlf&#10;AADqeAAA65QAAOuvAADrzAAA7OgAAOz2AF+eAABQpAAAQqsAADSyAAAmuQAAGb4AAA7CAAAExQAA&#10;AMoAAADNAAAA0QAAANgAAADbAAAA3wAAAOAAAADiAAAA5AAAAOYAAADpAAAA6wAAAO4AAADxBQAA&#10;9Q0AAPkWAAD8JQAA/TkAAP5PAAD/ZwAA/4IAAP+dAAD/tQAA/8sAAP/kAP8AEQD/AA8A/wAPAP8A&#10;EQD/ABYA/wAiAP8ALwD/ADsA/wBHAP8AUgD/AFsA/wBkAP8AbAD/AHMA/wB6AP8AgAD/AIYA/wCM&#10;AP4AkwD9AJkA+wChAPoAqQD4ALQA9wDCAPYA2gD1APEA9AD/APMA/wDzAP8A6QD/AOAA/wDYAP8A&#10;0wD/AP8ADgD/AAsA/wAKAP8ACwD/ABEA/wAdAP8AKgD/ADYA/wBBAP8ATAD/AFYA/gBfAPsAZgD5&#10;AG0A9wB0APUAegD0AIAA8gCGAPAAjQDvAJQA7QCbAOwApADqAK4A6QC6AOcAzQDlAOkA5AD7AOMA&#10;/wDiAP8A3gD/ANEA/wDMAP8AyAD/AP8ACQD/AAQA/wABAP8ABAD/AA4A/wAYAP8AJAD9ADAA+wA7&#10;APcARgDzAFAA7wBZAOwAYADqAGcA5wBuAOYAdADkAHoA4gCAAOAAhwDeAI4A3ACVANoAngDWAKgA&#10;1ACzANEAwwDPAN8AzgD0AMwA/wDLAP8AywD/AMUA/wC/AP8AvAD/AP8AAgD/AAAA/wAAAP8AAAD9&#10;AAsA9wATAPEAHgDtACoA6gA1AOcAQADiAEoA3QBSANkAWgDVAGEA0gBnANAAbQDOAHMAzAB6AMoA&#10;gADIAIcAxgCPAMQAmADCAKEAwACtAL4AuwC8ANAAugDtALkA/gC4AP8AuAD/ALcA/wCzAP8AsAD/&#10;AP8AAAD/AAAA/wAAAPkAAADuAAUA5QAOAN4AGADYACMA0gAuAM8AOQDLAEMAxwBMAMQAVADBAFsA&#10;vwBhALwAZwC7AG0AuQBzALcAegC1AIEAtACJALIAkgCwAJsArwCnAKwAtACrAMYAqQDkAKcA+ACm&#10;AP8ApgD/AKUA/wClAP8ApAD/AP8AAAD/AAAA9QAAAOoAAADeAAAA0AAKAMgAEgDCAB0AvgAoALsA&#10;MwC5AD0AtQBGALIATQCwAFUArQBbAKwAYQCqAGcAqABtAKcAcwClAHoApACCAKIAjACgAJYAnwCh&#10;AJ0ArgCbAL4AmQDYAJcA8QCWAP8AlgD/AJcA/wCXAP8AlwD/AP8AAAD1AAAA5wEAANQAAADJAAAA&#10;wAAEALgADgCzABYArwAhAKsALACoADYApgA/AKMARwChAE8AnwBVAJ0AWwCbAGEAmgBnAJgAbgCX&#10;AHUAlQB9AJQAhgCSAJEAkACcAI4AqQCMALgAiwDNAIkA6wCIAP0AiAD/AIgA/wCIAP8AiAD/APkG&#10;AADpDAAA1A4AAMMMAAC3CQAAsAIAAKsACQCmABAAogAaAJ4AJQCbADAAmAA5AJYAQQCUAEkAkgBQ&#10;AJAAVgCOAFwAjQBiAIsAaQCKAHAAiAB4AIcAgQCFAIwAhACYAIIApQCAALQAfgDIAH0B5wB8AvkA&#10;ewP/AHsE/wB7BP8AewT/APEOAADeFQAAxRUAALQUAACpEQAAoQ4AAJ4KAACbAwwAlwATAJMAHgCQ&#10;ASkAjQIzAIoDPACIBEMAhgVLAIUGUQCDBlcAggdeAIAHZAB/CGwAfQh0AHwIfgB6CYkAeAmWAHcK&#10;owB1CrMAcwvHAHIM5gBwDfsAcA3/AG8N/wBvDf8Abw3/AOgWAADQHgAAuR0AAKkcAACdGgAAlRYA&#10;AJATAACPDgMAjgoOAIkLFwCGDCMAgw0tAIANNgB+Dj4AfA5GAHsOTQB5D1MAeBBaAHYQYQB1EGgA&#10;cxBxAHERewBwEYcAbhGUAGwRogBrErIAaRLHAGgT5wBmE/0AZRT/AGUU/wBlE/8AZRP/AN8eAADG&#10;JAAAsCQAAKAjAACUIQAAix8AAIYbAACDFwAAghIIAH8REgB8Eh0AeRQoAHYUMQB0FToAchZBAHEW&#10;SABvF08AbhdWAGwXXQBrGGQAaRhtAGgZdwBmGYMAZBmQAGManwBhGq8AYBrEAF4b5ABdHPsAXBz/&#10;AFwb/wBcG/8AXBv/ANUlAAC9KgAAqCkAAJgpAACMKAAAgyUAAH0iAAB5HwAAeBsDAHYZDwByGhgA&#10;bxwjAG0dLQBrHTUAaR49AGgeRABmH0sAZR9SAGMgWQBiIGEAYSBpAF8hcwBdIX8AXCGNAFoinABZ&#10;IqwAVyLAAFYj4QBVI/kAVCP/AFQi/wBUIv8AVCL/AM0rAAC2LgAAoi4AAJIuAACFLQAAfCsAAHYo&#10;AAByJgAAbyMAAG0hDABqIhUAZyMfAGUkKQBjJDEAYiU5AGAmQQBfJkgAXSZPAFwnVgBbJ10AWSdm&#10;AFgocABWKHwAVCiKAFMpmQBRKaoAUCm+AE8p3gBOKfcATSn/AE0p/wBNKP8ATij/AMgwAACwMgAA&#10;nDIAAIwyAACAMQAAdjAAAHAtAABrKwAAaCkAAGYoCQBjKBEAYCkcAF4qJQBcKy4AWys2AFksPQBY&#10;LEQAVy1MAFUtUwBULVsAUy1jAFEubgBQLnoATi6IAEwvlwBLL6gASS+7AEgv2wBIL/YARy//AEcu&#10;/wBHLf8ASC3/AMQ0AACrNQAAlzUAAIc1AAB7NQAAcjQAAGsyAABmLwAAYi4AAF8tBQBcLhAAWi8Y&#10;AFgwIgBWMCsAVTEzAFMxOgBSMkIAUTJJAFAyUABOM1gATTNhAEszawBKM3cASDSFAEc0lQBFNKYA&#10;QzS5AEI01gBCNPQAQjT/AEIz/wBCMv8AQjL/AMA4AACnOAAAkzgAAIM4AAB3OAAAbTcAAGY2AABh&#10;MwAAXTIAAFkyAgBXMw0AVDQVAFI1HwBRNSgATzYwAE42OABMNz8ASzdGAEo3TgBJOFYARzhfAEY4&#10;aQBEOHUAQziDAEE5kwBAOaQAPjm4AD050wA8OfMAPDj/AD03/wA9N/8APTb/ALs7AACiOwAAjzsA&#10;AH87AABzOwAAajoAAGI5AABdNwAAWDYAAFQ3AABROAsATzkTAE05HABLOiUASjotAEg7NQBHOzwA&#10;RjxEAEU8SwBEPFMAQjxcAEE9ZwA/PXMAPj2BADw9kQA6PaMAOT22ADg90QA3PfIANzz/ADg7/wA4&#10;O/8AODr/ALY9AACePgAAiz4AAHw+AABvPgAAZj0AAF49AABYOwAAUzoAAE87AABMPAgAST0RAEc+&#10;GQBGPyIARD8qAEM/MgBCQDoAQUBBAEBASQA+QVEAPUFaADxBZAA6QXAAOEF/ADdBjwA1QqEANEK0&#10;ADJCzgAyQfAAMkD/ADNA/wAzP/8AND7/ALFAAACaQAAAh0AAAHhBAABsQQAAYkAAAFtAAABUPwAA&#10;Tj8AAEpAAABGQQUAREIOAEJDFgBAQx8AP0QnAD5ELwA8RDcAO0U+ADpFRgA5RU4AOEZYADZGYgA1&#10;Rm4AM0Z8ADFGjQAwRp8ALkazAC1GzAAtRu8ALUX/AC5E/wAuQ/8ALkP/AKxDAACWQwAAg0MAAHRD&#10;AABoQwAAX0MAAFdDAABQQwAASEMAAERFAABBRgEAPkcMADxIEwA6SBwAOUkkADhJLAA2STQANUo7&#10;ADRKQwAzSkwAMkpVADBLXwAvS2sALUt6ACxLiwAqS50AKEuxACdLygAnS+0AJ0r/AChJ/wAoSP8A&#10;KUf/AKdGAACRRgAAf0YAAHBGAABlRgAAW0YAAFRGAABMRwAAREgAAD9KAAA7SwAAN0wJADVNEAAz&#10;ThgAMk4gADFPKAAwTzAAL084AC5PQAAsUEgAK1BSACpQXAAoUGgAJ1B3ACVQiAAkUJsAIlCvACFQ&#10;yAAgUOsAIU//ACJO/wAiTf8AI03/AKFJAACMSQAAekkAAGxKAABhSgAAWEoAAFBKAABJSwAAQEwA&#10;ADtOAAA1UAAAMVIEAC1TDQAsVBQAKlQcAClVJAAoVSwAJ1UzACZVPAAlVkUAJFZOACJWWQAhVmUA&#10;H1Z0AB5WhQAcVpgAG1asABlWxQAZVukAGlX/ABtU/wAbU/8AHFL/AJtNAACGTQAAdU0AAGhNAABd&#10;TQAAVE0AAE1OAABFTwAAPFEAADZTAAAxVQAAK1gAACZaCQAjWxAAIlsXACFcHwAgXCcAH1wuAB1c&#10;NwAcXUAAG11KABpdVQAYXWEAF11wABVdgQAUXZUAE12qABFdwgARXecAElv+ABNa/wATWv8AFFn/&#10;AJRRAACAUQAAcFEAAGRRAABZUQAAUVEAAElSAABBUwAAOFYAADJZAAArWwAAJV4AAB9hAwAaYwwA&#10;GGQRABdkGQAWZCEAFWQpABRlMQATZToAEmVEABFlUAAQZV0AD2VrAA5lfQANZZEADGWlAApkvAAK&#10;ZOAAC2P5AAxi/wANYf8ADWH/AI1VAAB6VQAAa1UAAF9VAABWVQAATlUAAERXAAA8WQAANFwAACxf&#10;AAAmYgAAH2UAABloAAATawUAEG0NAA5uEgANbhoADG4iAAxuKwALbjQACm4+AAhuSgAHblcABm5l&#10;AARudgACbooAAG2fAABttgAAbNYAAGzzAAFr/wACav8AA2r/AIVaAAB0WgAAZloAAFxZAABTWQAA&#10;SFoAAD9dAAA2YAAALmMAACZnAAAfagAAGW0AABNxAAAOdAMACncKAAV3EAABdxUAAHccAAB3JAAA&#10;eC0AAHg3AAB4QwAAeFAAAHheAAB4bwAAeIQAAHiZAAB3sAAAds0AAHXwAAB1/wAAdP8AAHT/AH5f&#10;AABuXwAAYl4AAFleAABNXwAAQmIAADllAAAwaAAAJ2wAAB9wAAAYdAAAEncAAA17AAAIfgAAAoAI&#10;AACBDQAAgREAAIIXAACDHgAAgyYAAIQwAACEOwAAhEgAAIRXAACEaAAAhHwAAISTAACDqgAAgsUA&#10;AIHrAACB/gAAgP8AAID/AHdlAABpZAAAX2MAAFJkAABHZwAAPGsAADFvAAAocwAAIHcAABh8AAAR&#10;fwAADIMAAAaHAAAAigAAAIwDAACMCQAAjQ4AAI4RAACPFwAAkB4AAJEnAACSMgAAkj8AAJJOAACS&#10;XwAAknMAAJKLAACRogAAkbwAAJDlAACP/AAAjv8AAI7/AHFrAABmagAAWGsAAEttAAA/cQAANHYA&#10;ACp7AAAggAAAF4UAABCJAAALjQAABJEAAACVAAAAmAAAAJkAAACaAwAAmwgAAJwNAACeEQAAnxYA&#10;AKAeAACiKAAAojUAAKNEAACjVQAAo2kAAKKAAACimgAAobMAAKDYAACg9gAAn/8AAJ//AG5xAABf&#10;cgAAUXUAAER5AAA3fgAALIQAACGKAAAXjwAAEJQAAAqZAAABnQAAAKAAAACkAAAApwAAAKgAAACp&#10;AAAAqgAAAKwGAACtCwAArxAAALAVAACyHgAAtCkAALQ5AAC0SgAAtV0AALVzAAC1jgAAtagAALTG&#10;AACz7QAAsv8AALL/AGZ6AABXfQAASYIAADyHAAAvjgAAI5QAABiaAAAQnwAACaQAAACpAAAArQAA&#10;ALAAAAC0AAAAtwAAALgAAAC5AAAAuwAAALwAAAC+AgAAwAgAAMIOAADEFAAAxx4AAMgsAADJPQAA&#10;ylAAAMpmAADKfwAAypsAAMq4AADK3QAAyvUAAMr/AF6GAABPiwAAQZEAADOYAAAnnwAAG6UAABGr&#10;AAAJsAAAALUAAAC5AAAAvQAAAMEAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4AAADQAAAA0gAAANQF&#10;AADZDAAA3RIAAOEeAADiLgAA40IAAORXAADlbwAA5owAAOaoAADlxQAA5ecAAOb2AFaUAABImwAA&#10;OqIAACypAAAfsAAAE7YAAAu8AAAAwQAAAMUAAADJAAAAzQAAANIAAADWAAAA2gAAANsAAADeAAAA&#10;4AAAAOIAAADkAAAA5wAAAOkAAADtAAAA8AoAAPQRAAD4HwAA+TIAAPpIAAD7XwAA/HoAAP2XAAD9&#10;rwAA/ccAAP3kAP8ADgD/AA0A/wAMAP8ADgD/ABMA/wAeAP8AKgD/ADYA/wBCAP8ATQD/AFcA/wBf&#10;AP8AZwD/AG4A/wB0AP8AegD/AIEA/QCHAPwAjQD6AJQA+QCcAPcApQD1AK8A9AC8APMAzwDxAOwA&#10;8AD+AO8A/wDvAP8A4wD/ANcA/wDOAP8AygD/AP8ACgD/AAYA/wAEAP8ACAD/ABAA/wAZAP8AJQD/&#10;ADEA/wA9AP8ARwD+AFEA+wBZAPkAYQD2AGgA9ABuAPMAdADxAHoA7wCBAO4AhwDsAI4A6gCWAOgA&#10;nwDmAKkA4wC1AOIAxgDgAOMA3wD4AN0A/wDdAP8A1AD/AMkA/wDCAP8AvgD/AP8AAwD/AAAA/wAA&#10;AP8AAQD/AA0A/wAUAP0AIAD6ACsA9wA2APMAQQDvAEsA7ABUAOgAWwDmAGIA4wBoAOEAbgDfAHQA&#10;3AB6ANoAgQDYAIgA1ACQANIAmADPAKIAzQCuAMsAvADJANMAxwDwAMYA/wDEAP8AxAD/ALsA/wC2&#10;AP8AswD/AP8AAAD/AAAA/wAAAP8AAAD3AAgA8AAQAOsAGgDnACUA5AAwAOEAOwDcAEUA1QBNANEA&#10;VQDOAFsAywBiAMkAZwDHAG0AxQBzAMMAegDBAIEAvwCJAL0AkgC7AJwAuQCnALcAtQC1AMgAswDm&#10;ALIA+wCxAP8AsAD/AK4A/wCqAP8ApwD/AP8AAAD/AAAA/gAAAPEAAADlAAIA3AANANMAFADNAB8A&#10;ygAqAMcANADEAD4AwABHALwATgC6AFUAtwBbALUAYQCzAGcAsgBtALAAcwCuAHoArACCAKoAiwCo&#10;AJUApwCgAKUArQCjAL4AoQDbAKAA9ACfAP8AngD/AJ8A/wCdAP8AmwD/AP8AAAD8AAAA7gAAAOAA&#10;AADQAAAAxQAIAL4AEAC5ABkAtQAjALMALgCwADcArQBAAKoASACoAE8ApQBVAKMAWwCiAGAAoABm&#10;AJ8AbACdAHMAmwB7AJoAhACYAI4AlgCaAJUApwCTALcAkQDMAJAA7ACPAP8AjgD/AI4A/wCOAP8A&#10;jwD/APwAAADvAAAA2wAAAMkAAAC9AAAAtQACAK4ADACpABMApQAdAKIAJwCgADEAnQA6AJoAQgCY&#10;AEkAlgBPAJQAVQCTAFsAkQBgAJAAZwCOAG0AjQB1AIsAfgCJAIkAiACVAIYAogCFALEAgwDEAIEA&#10;5ACAAPkAfwD/AIAA/wCAAP8AgAD/APQCAADgCQAAxwgAALcHAACsAwAApgAAAKAABwCbAA8AmAAX&#10;AJUAIQCSACoAjwAzAI0APACLAEMAiQBJAIcAUACGAFUAhABbAIMAYQCBAGgAgABwAH4AeQB8AIQA&#10;ewCQAHkAnQB4AKwAdgC+AHUA3QBzAPQAcwD/AHMA/wBzAP8AcwD/AOkNAADPEAAAuRAAAKkQAACe&#10;DgAAlwsAAJMGAACQAAsAjAARAIkAGgCGACQAgwAuAIEANgB/AD4AfQBEAHwASwB6AFEAeQBXAHcA&#10;XQB2AGQAdABsAHMBdQBxAYAAbwKNAG4CmgBsA6oAawO7AGkE1gBoBvEAaAf/AGcH/wBnB/8AZwf/&#10;AN8UAADDFwAArhcAAJ4WAACTFQAAixIAAIYQAACEDAIAgwYNAIADFAB8BR4AeQcoAHcIMAB1CDgA&#10;cwlAAHIJRgBwCkwAbwpTAG0LWQBsC2EAagtpAGkMcgBnDH4AZgyLAGQNmQBiDakAYQ27AGAN2ABe&#10;DvMAXQ7/AF0O/wBdDv8AXQ7/ANQcAAC5HQAApB4AAJUdAACJHAAAgRoAAHsXAAB4EwAAeBAGAHcN&#10;DwBzDhgAcA4iAG4PKwBsEDMAahA7AGkQQgBnEUkAZhFPAGQRVgBjEl0AYRJmAGASbwBeEnsAXBOI&#10;AFsTlwBZE6cAVxS6AFYU1QBVFfMAVBX/AFQV/wBUFf8AVBT/AMoiAACwIgAAnSMAAI0jAACBIgAA&#10;eSEAAHMeAABvGwAAbhcAAG0TDABqFBQAZxUeAGUWJwBjFi8AYRc3AGAXPgBeGEUAXRhLAFwZUgBa&#10;GVoAWRliAFcabABWGncAVBqFAFIblABRG6QATxu3AE4b0ABNHPEATBz/AEwc/wBNHP8ATRv/AMMm&#10;AACqJwAAlicAAIcoAAB7JwAAciYAAGwkAABoIQAAZh4AAGQbCABiGxEAXxwaAF0dIwBbHisAWh4z&#10;AFgfOgBXH0EAViBIAFQgTwBTIFcAUSFfAFAhaQBOIXQATSGCAEsikQBJIqIASCK0AEcizQBGI+8A&#10;RSP/AEUi/wBGIv8ARiH/ALwqAACkKwAAkSsAAIIsAAB2KwAAbSoAAGYpAABiJgAAXyQAAF0iBABb&#10;IQ4AWCIWAFYjHwBUJCgAUyQwAFIlNwBQJT4ATyZFAE4mTABMJlQASydcAEknZgBIJ3EARid/AEUo&#10;jwBDKKAAQSiyAEAoywA/KO0APyj/AD8o/wBAJ/8AQCf/ALctAACfLgAAjC8AAH0vAABxLwAAaC4A&#10;AGEtAABdKwAAWigAAFcnAABUJwwAUigTAFApHABOKSUATSosAEsqNABKKzsASStCAEgsSQBGLFEA&#10;RSxaAEQsZABCLW8AQC19AD8tjQA9LZ4APC2wADotyAA6LesAOi3/ADot/wA6LP8AOiz/ALIwAACb&#10;MQAAiDIAAHkyAABtMgAAZDIAAF0xAABYLwAAVSwAAFEsAABPLQkATC0RAEouGQBJLyIARy8qAEYw&#10;MQBFMDgAQzA/AEIxRwBBMU8AQDFXAD4xYQA9Mm0AOzJ7ADkyiwA4MpwANjKvADUyxwA0MukANDL/&#10;ADUx/wA1Mf8ANTD/AK0zAACWNAAAhDUAAHU1AABpNQAAYDUAAFk0AABUMwAAUDAAAEwxAABJMQYA&#10;RzIPAEUzFgBDMx8AQjQnAEA0LgA/NTYAPjU9AD01RAA8NkwAOjZVADk2XwA3NmsANjZ4ADQ3iQAy&#10;N5oAMTetAC83xQAvN+gALzb+ADA1/wAwNf8AMDT/AKk2AACSNgAAgDcAAHI4AABmOAAAXTcAAFY3&#10;AABQNgAASzQAAEc1AABENgMAQTcNAD84FAA+OBwAPDkkADs5LAA6OTMAOTo6ADg6QgA2OkoANTpT&#10;ADQ7XQAyO2gAMDt2AC87hwAtO5kALDusACo7wwApO+YAKjr9ACo6/wArOf8ALDj/AKQ4AACOOQAA&#10;fDoAAG46AABjOgAAWjoAAFM6AABNOgAARjgAAEI6AAA/OwAAPDwLADo8EQA4PRkANz0hADY+KQA0&#10;PjAAMz43ADI/PwAxP0cAMD9QAC4/WgAtQGYAK0B0AClAhAAoQJcAJkCqACVAwQAkQOUAJD/8ACU+&#10;/wAmPf8AJj3/AJ87AACKPAAAeD0AAGo9AABfPQAAVj0AAE89AABJPQAAQj0AADw+AAA5PwAANkEI&#10;ADRBDwAyQhYAMUIeAC9DJQAuQy0ALUM0ACxEPAArREQAKkRNAChEWAAnRWMAJUVxACNFggAiRZUA&#10;IEWoAB9FvwAeROMAH0T7AB9D/wAgQv8AIUH/AJo+AACFPwAAdEAAAGdAAABcQAAAU0AAAExAAABG&#10;QAAAPkEAADhDAAA0RQAAMEYDAC1HDQArSBIAKkgaAClIIgAoSSkAJ0kxACVJOQAkSUEAI0pKACJK&#10;VQAgSmEAH0pvAB1KfwAbSpIAGkqmABhKvQAXSuAAGEn6ABlI/wAaR/8AGkf/AJVCAACAQgAAcEMA&#10;AGNDAABYQwAAUEMAAElDAABCRAAAO0UAADVHAAAwSQAAK0sAACZNCQAkThAAIk4WACFPHQAgTyUA&#10;H08sAB5PNQAdTz0AHFBHABpQUQAZUF0AF1BrABZQfAAUUI8AE1CkABFQugARUN4AEU/4ABJO/wAT&#10;Tf8AFE3/AI9FAAB7RgAAa0YAAF9HAABVRwAATUcAAEZHAAA/RwAAN0oAADFMAAArTgAAJlAAACBT&#10;AwAcVQwAGlYRABlWGAAXViAAFlYnABVWMAAUVjkAE1dCABJXTQARV1kAEFdoAA9XeQAOV4wADVeg&#10;AAtXtgALVtQAC1b0AAxV/wANVP8ADlP/AIhJAAB2SgAAZ0oAAFtKAABRSgAASkoAAENKAAA7TAAA&#10;M04AACxRAAAmVAAAIVYAABtZAAAVXAcAEV4NABBeEwAQXhoADl4iAA5eKgANXjMADF49AAteSAAK&#10;XlQACF5iAAdecwAFXoYAA16bAAJesQACXcwAAl3uAANc/wAEW/8ABVv/AIFOAABwTgAAYk4AAFdO&#10;AABOTgAAR04AAD5PAAA2UQAALlQAACdXAAAhWgAAG10AABVgAAAQYwMADGYLAAhnEAAGZxUABWcc&#10;AARnJAACZy0AAWc3AABnQgAAZ04AAGdcAABnbQAAZ4AAAGaVAABmrAAAZccAAGXrAABk/AAAZP8A&#10;AGP/AHpSAABqUwAAXVIAAFRSAABLUgAAQlMAADlVAAAwWAAAKFsAACFfAAAaYgAAFGUAABBoAAAM&#10;awEABm4JAABvDgAAbxIAAG8YAABwHwAAcCcAAHEwAABxOwAAcUgAAHFWAABxZgAAcXkAAHGPAABw&#10;pwAAb8EAAG/nAABu/AAAbf8AAG3/AHNYAABlVwAAWlcAAFFWAABGVwAAPFoAADJdAAAqYQAAImQA&#10;ABpoAAAUbAAADm8AAApyAAAEdgAAAHgFAAB4CwAAeQ4AAHoTAAB7GQAAfCAAAH0pAAB9MwAAfUAA&#10;AH1OAAB9XgAAfXIAAH2IAAB8oQAAfLoAAHviAAB6+gAAef8AAHj/AG1dAABgXAAAV1wAAEtdAABA&#10;XwAANWMAACtnAAAjawAAGm8AABNzAAAOdwAACHsAAAJ+AAAAggAAAIMBAACEBgAAhQsAAIYPAACI&#10;EwAAiRkAAIohAACLKwAAizcAAIxGAACLVgAAi2kAAIuAAACLmQAAirMAAInYAACI9wAAiP8AAIf/&#10;AGhjAABeYgAAUWIAAERlAAA4aQAALm4AACRzAAAaeAAAE30AAA2BAAAGhQAAAIkAAACNAAAAkAAA&#10;AJIAAACSAAAAlAUAAJUKAACXDgAAmBIAAJoYAACbIQAAnC0AAJ08AACdTAAAnF8AAJx2AACbkQAA&#10;m6sAAJrJAACa8AAAmf8AAJj/AGVpAABXaQAASWwAAD1xAAAwdgAAJXwAABuBAAAShwAADIwAAASR&#10;AAAAlQAAAJkAAACdAAAAoAAAAKEAAACiAAAApAAAAKUBAACnBwAAqQwAAKoRAACtGAAAryIAAK8w&#10;AACvQQAAr1QAAK9rAACuhQAArqEAAK6+AACt5gAArPwAAKz/AF5xAABPdAAAQnkAADV/AAAohQAA&#10;HYwAABOSAAAMmAAAA50AAACiAAAApgAAAKoAAACuAAAAsAAAALEAAACzAAAAtAAAALYAAAC4AAAA&#10;ugQAALwKAAC+EAAAwRcAAMMkAADDNQAAxEkAAMReAADFdwAAxZMAAMWvAADF0QAAw/IAAMP/AFZ8&#10;AABHggAAOogAACyPAAAglgAAFJ0AAA2jAAADqQAAAK4AAACyAAAAtwAAALsAAAC/AAAAwgAAAMIA&#10;AADFAAAAxgAAAMgAAADKAAAAzQAAAM8AAADSCAAA1Q4AANsYAADdJwAA3joAAN9QAADgaAAA4IQA&#10;AOGhAADhvQAA4eIAAOD0AE6LAABAkgAAMpkAACWhAAAYqAAADq8AAAW1AAAAugAAAL8AAADEAAAA&#10;yAAAAM4AAADRAAAA1AAAANUAAADYAAAA2gAAAN0AAADfAAAA4gAAAOQAAADnAAAA6wUAAO8OAAD0&#10;GQAA9SsAAPZBAAD3WAAA+HIAAPmQAAD5qwAA+MQAAPjhAP8ACwD/AAgA/wAJAP8ADAD/ABIA/wAa&#10;AP8AJgD/ADIA/wA+AP8ASAD/AFIA/wBaAP8AYgD/AGkA/wBvAP8AdQD+AHsA/ACBAPsAiAD5AI8A&#10;9wCXAPUAoADzAKoA8gC3AO8AyQDtAOYA7AD7AOsA/wDrAP8A3QD/AM4A/wDGAP8AwgD/AP8ABAD/&#10;AAAA/wAAAP8ABQD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD9AEwA+QBUAPcAXAD0AGMA8gBpAPAA&#10;bwDuAHUA7AB7AOoAggDoAIkA5wCRAOQAmgDiAKQA4ACwAN0AwADaANwA2AD0ANUA/wDTAP8AywD/&#10;AMEA/wC7AP8AtwD/AP8AAAD/AAAA/wAAAP8AAAD/AAoA/QARAPkAGwD2ACcA9AAyAPAAPADsAEYA&#10;6ABOAOQAVgDhAFwA3gBjANwAaADZAG4A1QB0ANIAewDQAIIAzQCKAMsAkwDIAJ0AxgCoAMQAtwDB&#10;AMwAwADrAL4A/wC9AP8AvQD/ALQA/wCuAP8AqwD/AP8AAAD/AAAA/wAAAPoAAADyAAUA6gAOAOUA&#10;FgDgACEA3QArANsANgDTAD8AzgBIAMoATwDHAFYAxABcAMIAYQDAAGcAvgBtALwAcwC6AHoAuACC&#10;ALYAiwC0AJYAsgChALAArwCuAMEArQDgAKsA9wCqAP8AqQD/AKYA/wChAP8AnwD/AP8AAAD/AAAA&#10;9wAAAOgAAADcAAAA0AAKAMoAEQDFABsAwgAlAL8ALwC8ADgAuABBALUASACyAE8AsABVAK4AWwCs&#10;AGEAqgBmAKgAbACnAHMApQB7AKMAhAChAI4AnwCaAJ0ApwCbALgAmgDQAJkA7wCYAP8AlwD/AJYA&#10;/wCUAP8AkgD/AP8AAAD2AAAA5AAAANIAAADFAAAAuwAFALUADgCwABUArAAfAKoAKQCoADIApQA6&#10;AKIAQgCgAEkAngBPAJwAVQCaAFoAmABgAJYAZgCVAGwAkwB0AJIAfQCQAIcAjgCTAIwAoQCLALAA&#10;igDFAIgA5gCHAPsAhgD/AIcA/wCHAP8AhgD/APgAAADlAAAAzQAAAL0AAACzAAAAqgAAAKMACgCf&#10;ABEAmwAZAJkAIwCXACwAlQA0AJIAPACQAEMAjgBJAIwATwCKAFQAiQBaAIcAYACGAGYAhABuAIMA&#10;dwCBAIEAfwCNAH4AmwB8AKoAewC8AHoA2wB4APUAeAD/AHgA/wB4AP8AeAD/AO0AAADRAgAAuwIA&#10;AKwBAACiAAAAmwAAAJYABQCRAA0AjQAUAIsAHQCIACYAhgAuAIQANgCCAD0AgABDAH4ASQB9AE8A&#10;fABVAHoAWwB5AGEAdwBpAHUAcQB0AHwAcgCIAHEAlgBvAKUAbgC2AG0AzgBsAO4AawD/AGsA/wBr&#10;AP8AawD/AN8LAADCDAAArgwAAJ4MAACTCwAAjAcAAIgCAACFAAkAgQAQAH8AFwB8ACAAegAoAHgA&#10;MAB2ADgAdAA+AHMARABxAEoAcABQAG4AVgBtAF0AbABkAGoAbQBoAHcAZwCEAGUAkgBkAKEAYwCy&#10;AGEAyQBgAOkAYAD8AGAA/wBgAP8AYAD/ANAQAAC2EQAAohIAAJMSAACIEQAAgA8AAHwNAAB5CQEA&#10;eAMLAHUAEQBzABoAcAAjAG4BKwBsATMAagI5AGkDQABnA0YAZgRMAGUEUgBjBVkAYgVhAGAFagBf&#10;BnQAXQaBAFwHjwBaB58AWQewAFcHxgBWCecAVgr7AFUK/wBVCv8AVgr/AMYVAACtFwAAmRgAAIoY&#10;AAB/FwAAdhYAAHETAABuEAAAbQ0FAG0JDQBqCRQAZwodAGUKJgBjCy4AYgw1AGAMPABfDEIAXg1I&#10;AFwNTwBbDVYAWQ1eAFgOaABWDnMAVQ6AAFMOjwBRDp8AUA6xAE4OyABNEOoATRD9AE0Q/wBNEP8A&#10;TRD/ALwbAAClHAAAkh0AAIMeAAB3HQAAbxwAAGkaAABmFwAAZBQAAGQQCABiDxAAXxAYAF0QIQBb&#10;ESkAWhExAFgSOABXEj4AVhJFAFQSTABTE1MAURNbAFATZQBOFHAATBR9AEsUjABJFJwARxWuAEYV&#10;xQBFFegARRb+AEUW/wBFFf8ARRX/ALUfAACeIQAAiyIAAHwiAABxIgAAaCEAAGIfAABfHQAAXBoA&#10;AFsXAgBaFQ0AVxYUAFUWHQBUFyUAUhgtAFEYNABPGDsAThlCAE0ZSABLGlAAShpYAEgaYgBHGm0A&#10;RRt6AEMbiQBCG5oAQBusAD8bwgA+HOUAPRz8AD4c/wA+G/8APhv/AK8jAACYJAAAhiUAAHcmAABs&#10;JgAAYyUAAF0kAABZIgAAVh8AAFQdAABTHAsAURwSAE4dGgBNHSIASx4pAEoeMQBJHzcARx8+AEYg&#10;RQBFIE0AQyBVAEIgXwBAIWoAPyF3AD0hhwA7IZgAOSGqADgiwAA3IuMANyL7ADci/wA4If8AOCH/&#10;AKomAACUJwAAgSkAAHMpAABnKQAAXykAAFgoAABUJgAAUSMAAE8iAABMIgcASiIQAEgiFwBHIx8A&#10;RSQmAEQkLgBCJDQAQSU7AEAlQwA/JUoAPSZTADwmXAA6JmcAOSZ1ADcnhAA1J5YANCeoADInvgAx&#10;J+EAMSf5ADIm/wAyJv8AMyX/AKUpAACPKgAAfSwAAG8sAABkLQAAWywAAFUrAABQKgAATCgAAEom&#10;AABHJwQARCcNAEIoFABBKBwAPykjAD4pKwA9KTIAPCo5ADsqQAA5KkgAOCtQADYrWgA1K2UAMyty&#10;ADErggAwLJQALiynACwsvAArLN4ALCz4ACwr/wAtKv8ALSr/AKEsAACLLQAAeS4AAGsvAABgLwAA&#10;WC8AAFEuAABMLgAASCwAAEUrAABBKwAAPywLAD0sEQA7LRkAOi4hADkuKAA3Li8ANi82ADUvPgA0&#10;L0UAMy9OADEwWAAwMGMALjBwACwwgAAqMJIAKTClACcwugAmMNwAJjD3ACcv/wAoL/8AKC7/AJwu&#10;AACHMAAAdjEAAGgyAABdMgAAVTIAAE4xAABIMQAARDAAAEAvAAA8MAAAOjEJADcxEAA2MhYANTIe&#10;ADMzJQAyMywAMTMzADA0OwAvNEMALTRMACw0VgAqNWEAKTVuACc1fgAlNZAAIzWjACI1uQAhNdkA&#10;ITT2ACI0/wAjM/8AIzL/AJgxAACDMwAAcjQAAGU0AABaNQAAUTUAAEs0AABFNAAAQDQAADozAAA3&#10;NAAANDUGADI2DgAwNxMALzcbAC43IgAtOCkAKzgxACo4OAApOUAAKDlJACY5UwAlOV8AIzlsACE6&#10;fAAgOo4AHjqiABw6twAbOdUAHDn1AB04/wAdOP8AHjf/AJM0AAB/NgAAbjcAAGE3AABXNwAATjcA&#10;AEg3AABCNwAAPDcAADU4AAAyOQAALzoCACw7CwAqPBEAKTwYACg9HwAmPSYAJT0uACQ9NQAjPj0A&#10;Ij5GACA+UAAfPlwAHT9pABs/eQAaP4wAGD+gABY/tQAVPtIAFj7zABc9/wAYPP8AGDz/AI43AAB6&#10;OAAAajkAAF46AABTOgAASzoAAEU6AAA/OgAAOToAADI8AAAuPgAAKUAAACZBCAAkQg4AIkIUACFC&#10;GwAgQyMAH0MqAB5DMgAcQzoAG0RDABpETQAYRFkAF0RnABVEdwATRIoAEkSeABFEswAQRNAAEEPy&#10;ABFC/wASQv8AE0H/AIk7AAB2PAAAZj0AAFo9AABQPQAASD0AAEI9AAA8PQAANj4AAC9AAAAqQgAA&#10;JUQAACFGAwAdSAwAG0kRABlJFwAYSR4AF0kmABZJLgAVSjYAFEpAABNKSgARSlYAEEpkAA9KdAAO&#10;SocADUqbAAxKsAAKSsoAC0nsAAxI/wANR/8ADUf/AIM+AABxPwAAYkAAAFZAAABNQAAARUAAAD9A&#10;AAA5QQAAMkIAACtFAAAmRwAAIUkAABxLAAAWTgcAE1AOABJQEwARUBkAEFAhAA9QKQAOUDEADVA7&#10;AA1RRgALUVEAClFfAAlRbwAHUIEABVCWAANQqwACUMUAA0/oAANP+wAFTv8ABk3/AH1CAABrQwAA&#10;XUQAAFJEAABKRAAAQ0MAADxEAAA1RQAALkcAACdKAAAhTAAAHE8AABdRAAASVAMADlcKAAtYEAAK&#10;WBUACFgcAAdYJAAGWCwABVg2AANYQAABWEwAAFhaAABYaQAAWHwAAFiRAABXpwAAV8AAAFblAABW&#10;+QAAVf8AAFX/AHZHAABmRwAAWUgAAE9HAABHRwAAQEcAADhIAAAwSgAAKU0AACJQAAAcUwAAFlUA&#10;ABFYAAANWwIACV4JAARfDgAAXxIAAF8YAABgHwAAYCcAAGAwAABgOwAAYEcAAGBUAABgYwAAYHYA&#10;AGCLAABfogAAX7sAAF/iAABe+QAAXf8AAF3/AG9LAABhTAAAVUwAAExLAABESwAAO0wAADJOAAAr&#10;UQAAI1QAABxXAAAWWwAAEV4AAA1gAAAIYwAAAmYHAABnDAAAZw8AAGgTAABpGQAAaiEAAGopAABq&#10;NAAAakAAAGpNAABqXQAAam8AAGqFAABqnQAAabYAAGjdAABo9wAAZ/8AAGb/AGlRAABcUAAAUlAA&#10;AEpPAAA/UAAANVMAAC1WAAAkWQAAHV0AABZgAAAQZAAADGcAAAZqAAAAbgAAAG8DAABwCAAAcQ0A&#10;AHIQAAB0FAAAdRsAAHYjAAB3LAAAdzgAAHZGAAB2VgAAdmgAAHZ+AAB2lwAAdbEAAHTTAABz9QAA&#10;c/8AAHL/AGNWAABYVQAAUFQAAERVAAA5WAAAL1sAACZfAAAdYwAAFWcAABBsAAAKcAAABHMAAAB2&#10;AAAAegAAAHwAAAB8AwAAfggAAH8MAACBEAAAghQAAIQbAACFJAAAhi8AAIY9AACGTQAAhV8AAIV1&#10;AACFjwAAhKkAAIPJAACC8QAAgf8AAID/AF9bAABWWgAASVsAAD1eAAAyYQAAJ2YAAB5rAAAVcAAA&#10;DnUAAAl5AAABfgAAAIEAAACFAAAAiAAAAIoAAACLAAAAjQEAAI4GAACQCwAAkQ8AAJMUAACVGwAA&#10;lyYAAJc0AACXRAAAl1YAAJZsAACVhgAAlaIAAJTBAACT6gAAkv8AAJL/AF1hAABPYQAAQmQAADZp&#10;AAAqbgAAH3QAABV5AAAOfwAAB4QAAACJAAAAjgAAAJIAAACWAAAAmAAAAJoAAACbAAAAnQAAAJ8A&#10;AAChAwAAowgAAKUNAACnEwAAqRwAAKooAACqOQAAqksAAKphAACpegAAqJkAAKi1AACn3QAAp/gA&#10;AKb/AFZoAABIbAAAOnAAAC52AAAifQAAF4QAAA6KAAAHkAAAAJYAAACaAAAAnwAAAKMAAACnAAAA&#10;qgAAAKsAAACtAAAArwAAALEAAACzAAAAtQAAALgFAAC6DAAAvRIAAMAcAADALQAAwEAAAL9VAAC/&#10;bgAAvosAAL6oAAC+yQAAve8AALz+AE50AABAeQAAMn8AACWHAAAZjgAAEJUAAAecAAAAogAAAKcA&#10;AACsAAAAsAAAALUAAAC5AAAAvAAAAL0AAAC/AAAAwQAAAMMAAADGAAAAyAAAAMoAAADNAgAA0AsA&#10;ANUSAADWIQAA1zQAANhJAADZYAAA2nwAANqaAADbtQAA29kAANvyAEaCAAA4iQAAK5AAAB2YAAAS&#10;oAAACqcAAACuAAAAtAAAALkAAAC+AAAAwgAAAMgAAADLAAAAzgAAAM8AAADSAAAA1AAAANYAAADa&#10;AAAA3QAAAN8AAADiAAAA5gAAAOoKAADvEwAA8CUAAPI6AADzUQAA9GsAAPSJAAD1pQAA9b8AAPXd&#10;AP8ABgD/AAMA/wAFAP8ACwD/ABAA/wAXAP8AIgD/AC0A/wA5AP8ARAD/AE0A/wBVAP8AXQD/AGQA&#10;/wBqAP8AcAD9AHYA+wB8APkAgwD3AIoA9QCSAPMAmwDwAKYA7gCzAOsAxADpAOQA5wD5AOYA/wDl&#10;AP8A0wD/AMcA/wC/AP8AuwD/AP8AAAD/AAAA/wAAAP8AAgD/AAsA/wASAP8AHQD/ACgA/wAzAP8A&#10;PgD8AEcA+ABPAPQAVwDxAF0A7gBjAOwAaQDqAG8A6AB1AOYAfADkAIMA4gCLAN8AlQDcAJ8A2QCr&#10;ANUAuwDSANQAzwDyAM0A/wDMAP8AxQD/ALoA/wC0AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA&#10;+QAPAPUAFwDzACIA8QAtAO0ANwDnAEAA4gBJAN8AUADbAFcA1wBdANQAYwDRAGgAzwBuAMwAdQDK&#10;AHwAyACEAMUAjQDCAJgAwACkAL0AsgC7AMYAuQDoALgA/QC3AP8AtgD/AK0A/wCnAP8AowD/AP8A&#10;AAD/AAAA/wAAAPUAAADrAAEA5AAMAN4AEwDZABwA0wAmANEAMADMADoAyABCAMQASgDAAFAAvQBW&#10;ALsAXAC5AGEAtwBnALUAbQCzAHQAsQB8AK8AhQCtAJAAqgCcAKgAqgCmALsApQDaAKMA9QCjAP8A&#10;ogD/AJ4A/wCaAP8AlwD/AP8AAAD+AAAA7wAAAN8AAADQAAAAxwAHAMEADwC8ABcAuQAgALcAKgC1&#10;ADMAsAA7AK0AQwCrAEkAqABPAKYAVQCkAFoAowBgAKEAZgCfAG0AnQB0AJwAfQCaAIgAmACUAJYA&#10;ogCUALIAkgDJAJEA6wCRAP8AkAD/AJAA/wCMAP8AigD/APwAAADsAAAA2QAAAMcAAAC6AAAAsQAC&#10;AKsADACnABIApAAbAKEAJACgACwAngA1AJsAPACYAEMAlgBJAJQATwCSAFQAkABaAI8AXwCNAGYA&#10;iwBtAIkAdgCIAIAAhgCMAIQAmgCCAKoAgQC+AIAA4ACAAPkAfwD/AH8A/wB/AP8AfgD/APEAAADY&#10;AAAAwgAAALMAAACoAAAAoAAAAJkABwCVAA4AkgAVAJAAHgCOACYAjQAuAIoANgCHAD0AhQBDAIQA&#10;SQCCAE4AgQBUAH8AWQB+AGAAfABnAHoAbwB5AHoAdwCGAHUAlAB0AKMAcgC1AHIAzwBxAPEAcAD/&#10;AHAA/wBwAP8AcQD/AOEAAADEAAAAsAAAAKIAAACXAAAAkQAAAIsAAgCGAAsAgwARAIEAGAB/ACEA&#10;fQApAHwAMAB5ADcAeAA9AHYAQwB0AEkAcwBOAHIAVABwAFoAbwBiAG0AagBrAHQAagCAAGgAjgBn&#10;AJ0AZQCvAGUAxgBkAOgAZAD9AGMA/wBjAP8AZAD/AM8FAAC2BwAAowgAAJQIAACJBwAAggMAAH4A&#10;AAB7AAYAdwAOAHUAEwByABsAcQAjAG8AKwBtADIAbAA4AGoAPgBpAEQAZwBJAGYATwBlAFYAYwBd&#10;AGIAZQBgAG8AXwB7AF0AiQBcAJkAWwCqAFkAvwBZAOEAWAD4AFgA/wBYAP8AWQD/AMIMAACqDQAA&#10;lw4AAIkOAAB9DgAAdg0AAHEKAABvBgAAbQAKAGsAEABpABYAZwAeAGUAJgBjAC0AYQAzAGAAOQBf&#10;AD8AXQBFAFwASwBbAFIAWgBZAFgAYgBXAGwAVQB4AFMAhgBSAJYAUQCnAFAAuwBPAdsATgL0AE4D&#10;/wBOBP8ATgP/ALgQAAChEgAAjhMAAH8TAAB0EwAAbBIAAGcQAABlDgAAYwsDAGMGDABhBBEAXgMZ&#10;AFwEIQBbBSgAWQYvAFgGNQBWBzsAVQdCAFQHSABTCE8AUQhWAFAJXwBOCWkATQl2AEsKhABJCpQA&#10;SAqmAEcKugBGCtgARQvzAEUM/wBFDP8ARQz/ALAUAACZFgAAhxgAAHgZAABtGAAAZRcAAF8WAABc&#10;EwAAWhEAAFoOBgBaDA0AVwwUAFUMHABTDSQAUg0rAFANMQBPDjgATg4+AE0ORQBLDk0ASg5VAEgP&#10;XgBHD2gARQ91AEMQhABBEJUAQBCmAD4QuwA9ENwAPRH2AD0R/wA9EP8APhD/AKkZAACSGwAAgRwA&#10;AHIdAABnHQAAXxwAAFkbAABVGQAAUxYAAFITAABSEQoAUBAQAE4RGABMESAAShInAEkSLgBIEzQA&#10;RxM7AEUTQgBEE0kAQxRSAEEUWwA/FGUAPhVyADwVgQA6FZIAOBWkADcVuQA1FdgANRb1ADYW/wA2&#10;Fv8ANxX/AKMcAACNHgAAeyAAAG0hAABiIQAAWiEAAFQfAABQHgAATRsAAEwZAABLFgYASRYOAEcX&#10;FQBFFxwARBgkAEIYKgBBGDEAQBk4AD8ZPwA9GUYAPBpPADoaWAA5GmMANxtvADUbfgAzG5AAMhui&#10;ADAbtwAvG9MALxzzAC8b/wAwG/8AMBv/AJ0fAACIIgAAdyMAAGkkAABeJAAAViQAAFAjAABLIgAA&#10;SCAAAEYdAABFHAIAQxwMAEEcEgA/HRkAPh0hADweJwA7Hi4AOh81ADkfPAA3H0QANh9MADQgVgAz&#10;IGAAMSBtAC8gfAAtIY4ALCGgACohtQApIdAAKSHyACkh/wAqIP8AKyD/AJkiAACEJQAAcyYAAGUn&#10;AABbJwAAUycAAEwmAABHJQAARCQAAEIhAAA/IQAAPSEJADshEAA5IhYAOCIeADYjJQA1IysANCQy&#10;ADMkOQAyJEEAMCRKAC8lUwAtJV4AKyVrAColegAoJYwAJiWfACQlswAjJc4AIyXwACQl/wAlJP8A&#10;JST/AJQlAACAJwAAbykAAGIqAABXKgAATyoAAEkpAABEKAAAQCcAAD0mAAA6JQAANyYGADUmDgA0&#10;JxQAMicbADEoIgAwKCkALygwAC0pNwAsKT8AKylHACkpUQAoKlwAJippACQqeAAjKooAISqdAB8q&#10;sgAeKswAHirvAB8p/wAgKf8AISj/AJAoAAB8KgAAbCsAAF8sAABULAAATCwAAEYsAABBKwAAPCsA&#10;ADgqAAA1KgAAMisDADArDAAuLBEALSwYACwsHwAqLSYAKS0tACgtNAAnLjwAJi5FACQuTwAjLloA&#10;IS9nAB8vdgAdL4gAHC+bABovsAAYL8oAGC7tABku/wAbLf8AGy3/AIwrAAB4LQAAaC4AAFsvAABR&#10;LwAASS8AAEMvAAA+LgAAOS4AADQuAAAwLgAALS8AACswCgApMRAAJzEVACYxHAAlMiMAJDIqACMy&#10;MQAhMzkAIDNCAB8zTAAdM1cAGzNkABo0dAAYNIYAFjSaABQzrgATM8gAEzPsABQz/wAVMv8AFjH/&#10;AIcuAAB0LwAAZTEAAFgxAABOMgAARjIAAEAxAAA7MQAANjEAADExAAArMwAAKDQAACU1BgAjNg0A&#10;ITYSACA3GQAfNyAAHjcnAB04LgAbODYAGjg/ABk4SQAXOVUAFTliABQ5cQASOYQAETmYABA5rQAO&#10;OMcADjjrABA4/wAQN/8AETb/AIMxAABwMgAAYTQAAFU0AABLNAAARDQAAD00AAA4NAAAMzQAAC01&#10;AAAoNwAAJDkAACA6AgAdOwsAGzwQABk9FQAYPRwAFz0jABY9KwAVPjMAFD48ABI+RgARPlIAED5f&#10;AA8+bwAOPoEADD6VAAs+qQAKPsEACj3kAAs9+wAMPP8ADTv/AH00AABrNgAAXTcAAFE3AABINwAA&#10;QTcAADs3AAA1NwAAMDcAACo5AAAlOwAAID0AABw/AAAXQQYAFEMNABJDEgARQxgAEUMfABBEJwAP&#10;RC8ADkQ5AA1EQwAMRE4AC0RbAAlEagAHRHwABkSQAARDpQACQ70AA0PgAAND9gAEQv8ABkH/AHg4&#10;AABnOQAAWToAAE46AABFOgAAPjoAADg6AAAzOgAALTsAACc9AAAhQAAAHEIAABdEAAATRgMAD0kK&#10;AA1KDwAMShQAC0obAAlKIwAISisAB0o0AAVKPgAESkkAAkpWAABKZQAASncAAEqLAABKoQAASbkA&#10;AEndAABJ9QAASP8AAEj/AHI8AABiPQAAVT4AAEo+AABCPQAAPD0AADY9AAAvPgAAKUAAACNCAAAd&#10;RQAAF0cAABNKAAAPTAIAC08JAAdQDQADUREAAFEXAABRHgAAUSYAAFEvAABROQAAUUQAAFJRAABS&#10;YAAAUXIAAFGHAABRnQAAUbUAAFDYAABQ9QAAT/8AAE//AGxAAABdQQAAUUEAAEdBAABAQAAAOUAA&#10;ADJBAAAqQwAAJEYAAB5IAAAXSwAAEk4AAA5RAAALUwEABlYHAABXDAAAWBAAAFgTAABZGQAAWiEA&#10;AFopAABaMwAAWj8AAFpMAABaWgAAWmwAAFqBAABZmQAAWbEAAFjRAABY9AAAV/8AAFf/AGVFAABY&#10;RQAATUUAAEVEAAA+RAAANUUAAC1HAAAlSgAAHk0AABhQAAASUwAADlYAAApZAAAEXAAAAF4EAABf&#10;CQAAYA0AAGEQAABiFQAAYxsAAGQjAABkLQAAZDgAAGRFAABkVAAAZGYAAGR7AABjkwAAY60AAGLM&#10;AABh8gAAYf8AAGD/AF9KAABTSgAASkkAAENIAAA5SQAAL0wAACdPAAAfUgAAGFUAABJZAAANXQAA&#10;CGAAAAJjAAAAZgAAAGgBAABpBQAAagoAAGsNAABtEQAAbhYAAHAdAABxJgAAcTEAAHA+AABwTgAA&#10;cF8AAHBzAABvjQAAb6cAAG7GAABt7wAAbP8AAGz/AFpPAABQTgAASE0AAD1OAAAzUQAAKVQAACBY&#10;AAAYXAAAEWAAAAxkAAAGaAAAAGsAAABvAAAAcgAAAHQAAAB1AAAAdwQAAHgJAAB6DQAAfBAAAH0W&#10;AAB/HgAAgCgAAIA1AACARQAAf1YAAH9rAAB/hAAAfqAAAH2+AAB86QAAe/8AAHr/AFZUAABOUwAA&#10;QlQAADdWAAAsWgAAIl8AABhjAAARaAAAC20AAANyAAAAdgAAAHoAAAB9AAAAgAAAAIMAAACEAAAA&#10;hgAAAIcCAACJBwAAiwwAAI0QAACQFgAAkh8AAJIsAACSOwAAkk0AAJFiAACRegAAj5cAAI+0AACO&#10;4QAAjPsAAIz/AFVZAABIWgAAO10AAC9hAAAkZgAAGWwAABFyAAAKdwAAAn0AAACCAAAAhgAAAIsA&#10;AACOAAAAkQAAAJMAAACVAAAAlwAAAJkAAACbAAAAnQQAAJ8KAACiDwAApBYAAKYhAACmMQAApkMA&#10;AKVXAACkcAAAo44AAKOrAACh0AAAoPUAAJ//AE5hAABAZAAAM2kAACduAAAbdQAAEXwAAAuDAAAA&#10;iQAAAI4AAACTAAAAmAAAAJ0AAAChAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1&#10;CAAAuA4AALwWAAC8JQAAvDcAALtMAAC6ZAAAuYEAALeiAAC3wAAAt+oAALf8AEZrAAA5cAAAK3cA&#10;AB9/AAAThgAAC44AAAGVAAAAmwAAAKEAAACmAAAAqwAAALAAAACzAAAAtwAAALcAAAC6AAAAvAAA&#10;AL8AAADBAAAAxAAAAMcAAADKAAAAzQUAANEOAADUGQAA1CsAANRAAADTWAAA03QAANOSAADSsAAA&#10;0tMAANLyAD55AAAxgAAAI4gAABeRAAANmQAAA6AAAACnAAAArgAAALMAAAC4AAAAvQAAAMIAAADG&#10;AAAAygAAAMoAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADfAAAA4wAAAOcFAADrDwAA7B8AAO0z&#10;AADuSwAA72QAAO+CAADwnwAA8bkAAPHYAP8AAAD/AAAA/wAEAP8ACQD/AA4A/wAVAP8AHgD/ACkA&#10;/wA0AP8APwD/AEgA/wBQAP8AWAD/AF4A/wBlAP0AawD7AHEA+QB3APgAfgD2AIUA8wCNAPEAlwDu&#10;AKIA6wCvAOgAwADmAOAA4wD4AOIA/wDbAP8AywD/AMEA/wC5AP8AtAD/AP8AAAD/AAAA/wAAAP8A&#10;AAD/AAkA/wAQAP8AGQD/ACMA/wAuAP0AOQD5AEIA9QBKAPIAUgDuAFgA6wBeAOkAZADmAGoA5ABw&#10;AOIAdgDfAH0A3QCGANkAjwDVAJoA0QCnAM4AtgDLAM4AyQDwAMcA/wDFAP8AuwD/ALQA/wCtAP8A&#10;qQD/AP8AAAD/AAAA/wAAAP8AAAD7AAIA9gANAPEAEwDtAB4A7AAoAOkAMgDjADsA3QBEANgASwDT&#10;AFEA0ABYAM0AXQDLAGMAyQBoAMYAbwDEAHYAwgB+AL8AhwC8AJIAugCfALcArQC1AMEAsgDkALEA&#10;/QCvAP8ArAD/AKUA/wCgAP8AnAD/AP8AAAD/AAAA+wAAAO4AAADkAAAA3AAIANMAEADPABgAywAi&#10;AMkAKwDGADQAwQA9AL0ARAC6AEsAtwBRALUAVgCyAFwAsABhAK4AZwCsAG4AqgB2AKgAfwCmAIoA&#10;owCWAKEApQCfALYAnQDRAJwA8wCbAP8AnAD/AJYA/wCTAP8AkAD/AP8AAAD2AAAA5wAAANMAAADG&#10;AAAAvQADALgADQCzABMAsQAcAK8AJQCuAC4AqQA2AKYAPQCjAEQAoQBKAJ8ATwCdAFUAmwBaAJoA&#10;YACYAGYAlgBuAJQAdwCSAIEAkACOAI4AnACMAK0AigDDAIkA6ACIAP8AiQD/AIcA/wCFAP8AggD/&#10;APMAAADjAAAAzAAAALwAAACwAAAApwAAAKEACACeAA8AmwAWAJkAHwCYACcAlgAvAJMANwCRAD0A&#10;jgBDAIwASQCLAE4AiQBUAIcAWQCFAGAAhABnAIIAbwCAAHoAfgCGAHwAlAB6AKQAeQC4AHgA2AB3&#10;APcAeAD/AHgA/wB3AP8AdQD/AOYAAADLAAAAtwAAAKgAAACeAAAAlgAAAI8ABACLAAwAiAASAIcA&#10;GQCFACEAhAApAIIAMAB/ADcAfQA9AHwAQwB6AEgAeQBNAHcAUwB2AFkAdABhAHIAaQBxAHMAbwB/&#10;AG0AjQBsAJ0AagCvAGkAyABoAO0AaQD/AGkA/wBpAP8AaQD/ANIAAAC4AAAApQAAAJcAAACNAAAA&#10;hgAAAIEAAAB8AAgAeQAOAHcAFAB2ABwAdAAjAHMAKwBxADEAbwA3AG4APQBsAEMAawBIAGoATgBo&#10;AFQAZwBbAGUAYwBjAG0AYgB4AGAAhwBfAJYAXQCoAF0AvgBcAOQAXAD7AFwA/wBcAP8AXAD/AMIA&#10;AACqAQAAmAMAAIkEAAB/AgAAeAAAAHQAAABwAAQAbQAMAGsAEQBpABcAaAAeAGYAJQBlACwAYwAy&#10;AGIAOABgAD0AXwBDAF4ASQBcAE8AWwBWAFoAXgBYAGgAVwBzAFUAgQBUAJEAUgCjAFEAtwBRANYA&#10;UQD1AFEA/wBRAP8AUgD/ALYHAACfCQAAjQsAAH4MAABzCwAAbAoAAGgHAABlAwAAYwAHAGEADQBf&#10;ABMAXQAaAFwAIQBbACcAWQAtAFgAMwBWADkAVQA/AFQARQBTAEsAUQBSAFAAWgBPAGQATQBvAEwA&#10;fQBKAI0ASQCfAEgAsgBHAMwARwDvAEYA/wBHAP8ARwD/AKwMAACVDgAAgxAAAHUQAABrEAAAYw8A&#10;AF4OAABbDAAAWgkCAFkECgBXAA8AVQAVAFMAHABSACMAUQApAE8ALwBOADUATQE7AEwBQQBKAkgA&#10;SQJPAEgCVwBGA2EARQNtAEMDegBCA4sAQAOcAD8DrwA+A8gAPQTqAD0F/AA9Bv8APgb/AKQQAACO&#10;EgAAfBMAAG4UAABkFAAAXBMAAFYSAABTEQAAUQ4AAFAMBQBQCQwATwcRAE0HFwBLCB8ASQglAEgJ&#10;KwBHCTEARgk4AEQKPgBDCkUAQgpNAEALVQA/C18APQtrADwLeQA6DIoAOAycADcMrwA1DMcANQzp&#10;ADUN/QA1Df8ANgz/AJ0TAACHFQAAdhcAAGkYAABeGAAAVhgAAFAXAABNFQAAShMAAEkRAABJDgcA&#10;SA0OAEYNEwBEDRoAQw4hAEIOKABADi4APw41AD4PPAA9D0MAOxBLADoQVAA4EF4ANhBrADQQeQAy&#10;EIoAMRCcAC8QsAAtEMkALRHsAC0R/wAuEf8ALxD/AJcWAACCGQAAcRsAAGQcAABZHAAAURwAAEwb&#10;AABHGgAARBgAAEMVAABCEwIAQRILAEAREAA+EhcAPBIeADsTJQA6EysAOBMyADcTOQA2FEAANBRI&#10;ADMUUQAxFFwAMBVoAC4VdwAsFYgAKhWaACgVrgAnFccAJhXqACcV/wAoFf8AKRX/AJEaAAB9HAAA&#10;bR4AAGAfAABWHwAATh8AAEgeAABDHQAAQBwAAD4aAAA9GAAAOxcHADkWDgA4FxQANhcbADUYIgAz&#10;GCgAMhgvADEZNgAwGT0ALhlGAC0aTwArGlkAKhpmACgadAAmGoYAJBqZACIarQAhGsUAIBroACEa&#10;/gAiGv8AIxr/AI0dAAB5HwAAaSEAAFwiAABSIgAASiIAAEQhAAA/IQAAPCAAADkeAAA4GwAANRwE&#10;ADQcDQAyHBIAMB0YAC8dHwAuHSUALR4sACseMwAqHjsAKR9DACcfTQAmH1cAJB9kACIfcgAgH4QA&#10;Hx+XAB0fqwAbH8MAGx/nABsf/QAdH/8AHh7/AIkgAAB1IgAAZSMAAFkkAABPJQAARyUAAEEkAAA8&#10;IwAAOCMAADUiAAAzIAAAMCABAC4hCgAsIRAAKyEVACoiHAAoIiMAJyIpACYjMAAlIzgAIyNBACIk&#10;SgAhJFUAHyRhAB0kcAAbJIIAGSSVABckqgAWJMEAFSTlABYk/AAXI/8AGSP/AIUiAABxJAAAYiYA&#10;AFYnAABMJwAARCcAAD4nAAA5JgAANSYAADElAAAuJAAAKyUAACklBwAnJg4AJSYTACQnGQAjJyAA&#10;IicnACEoLgAgKDYAHig+AB0oSAAbKVMAGSlfABgpbgAWKYAAFCmUABIpqAARKcAAESjkABEo+wAT&#10;KP8AFCf/AIAlAABuJwAAXygAAFMpAABJKgAAQikAADspAAA2KQAAMigAAC4oAAAqKAAAJikAACQq&#10;BAAiKwwAICsRAB8sFgAdLB0AHCwkABstKwAaLTMAGC08ABctRQAWLlAAFC5dABIubAARLn4AEC6S&#10;AA4upwANLb0ADS3fAA0t+QAOLP8AECz/AHwoAABqKgAAWysAAFAsAABGLAAAPywAADksAAA0KwAA&#10;LysAACsrAAAmLAAAIi4AAB8vAAAcMAkAGjEOABkxEwAXMRoAFjIhABUyKAAUMjAAEzI5ABIzQwAR&#10;M04AEDNbAA4zaQANM3oADDOOAAozogAIMrkACDLZAAgy9AAKMf8ACzH/AHcrAABmLQAAWC4AAE0v&#10;AABDLwAAPC4AADYuAAAxLgAALS4AACkuAAAjMAAAHzIAABszAAAXNQUAFDYMABI3EQARNxYAETcd&#10;ABA4JAAPOCwADjg1AA04PwAMOEoACzhXAAk4ZQAHOHYABTiKAAM4nwABN7UAATfTAAI38QADNv8A&#10;BTb/AHMuAABiMAAAVDEAAEkxAABBMQAAOTEAADQxAAAvMAAAKzAAACUyAAAgMwAAGzYAABc4AAAT&#10;OgIAEDwJAA09DgAMPRMACz0ZAAo9IQAJPSkACD0xAAY+OwAFPkYAAz5SAAE+YQAAPnIAAD6GAAA9&#10;nAAAPbIAAD3QAAA88AAAPP8AADz/AG0yAABdMwAAUDQAAEY0AAA+NAAANzQAADIzAAAtMwAAJzQA&#10;ACI2AAAdOAAAGDoAABQ9AAAQPwIADUEIAAlDDQAGRBEAA0QWAAJEHQAARCQAAEQtAABENgAAREEA&#10;AEROAABEXAAARG0AAESBAABEmAAAQ68AAEPNAABC8AAAQv8AAEL/AGg2AABYNwAATDgAAEM4AAA7&#10;NwAANTYAADA2AAApNwAAIzkAAB47AAAYPQAAE0AAABBCAAANRQEACEcHAANJDAAASQ8AAEoTAABL&#10;GQAASyAAAEsoAABLMgAASz0AAExJAABMVwAAS2gAAEt9AABLlAAASqwAAErKAABJ7wAASf8AAEn/&#10;AGI6AABUOwAASTsAAEA7AAA5OgAAMzkAACw6AAAlPAAAHz8AABlBAAATRAAAEEcAAAxJAAAITAAA&#10;Ak8FAABQCgAAUA0AAFEQAABSFQAAVBsAAFQjAABULAAAVDcAAFREAABUUgAAVGMAAFR3AABUjwAA&#10;U6gAAFLGAABS7QAAUf8AAFH/AFw/AABPPwAART8AAD4+AAA3PQAALz4AACdAAAAgQwAAGUYAABNJ&#10;AAAPTAAAC08AAAZSAAAAVAAAAFcCAABYBwAAWQsAAFoOAABbEQAAXRYAAF4dAABfJgAAXzEAAF49&#10;AABeTAAAXl0AAF5xAABdiQAAXaMAAFzBAABb6wAAWv8AAFr/AFZEAABLQwAAQ0IAADxBAAAyQgAA&#10;KUUAACFIAAAaSwAAE04AAA5SAAAKVQAAA1kAAABbAAAAXgAAAGAAAABiAgAAYwYAAGUKAABmDgAA&#10;aBEAAGoXAABrHwAAaykAAGs2AABrRQAAa1YAAGpqAABqggAAaZ0AAGi7AABn5wAAZv8AAGX/AFFI&#10;AABISAAAQUYAADdHAAAsSgAAI00AABtRAAATVQAADlkAAAhdAAABYQAAAGQAAABnAAAAagAAAGwA&#10;AABuAAAAcAAAAHIFAABzCQAAdQ0AAHcRAAB6GAAAeyEAAHsuAAB6PQAAek4AAHliAAB5eQAAeJYA&#10;AHezAAB14AAAdPwAAHP/AE5NAABHTAAAO00AADBPAAAmUwAAHFgAABNcAAANYQAABmYAAABqAAAA&#10;bwAAAHIAAAB2AAAAeQAAAHwAAAB9AAAAfwAAAIEAAACDAgAAhgcAAIgMAACLEQAAjhgAAI4kAACO&#10;MwAAjUQAAIxYAACLbwAAiowAAImqAACIzwAAhvcAAIX/AE1RAABBUwAANFUAAClaAAAeXwAAFGUA&#10;AA1qAAAFcAAAAHYAAAB7AAAAfwAAAIMAAACHAAAAigAAAI0AAACOAAAAkQAAAJMAAACVAAAAmAAA&#10;AJoFAACdDAAAoBEAAKMaAACjKAAAojoAAKFOAACgZQAAoIEAAJ6gAACdwQAAm+4AAJr/AEZZAAA5&#10;XAAALWEAACFnAAAWbgAADnUAAAV7AAAAgQAAAIcAAACNAAAAkgAAAJYAAACaAAAAnQAAAJ8AAACh&#10;AAAApAAAAKYAAACoAAAAqwAAAK4AAACxAwAAtAsAALgRAAC5HgAAuS8AALhDAAC3WgAAtXYAALSX&#10;AAC0tQAAseIAALD8AD9kAAAxaQAAJW8AABh3AAAPfwAABocAAACOAAAAlAAAAJoAAACgAAAApQAA&#10;AKoAAACuAAAAsQAAALIAAAC1AAAAtwAAALoAAAC8AAAAvwAAAMMAAADGAAAAyQAAAM4KAADSEwAA&#10;0iMAANE3AADQTwAAzmoAAM2KAADKqwAAy8sAAMvvADdxAAApeAAAHYAAABGJAAAIkQAAAJoAAACh&#10;AAAApwAAAK0AAACzAAAAuQAAAL4AAADCAAAAxQAAAMYAAADJAAAAzAAAAM4AAADSAAAA1QAAANoA&#10;AADeAAAA4QAAAOUAAADqCwAA6xcAAOorAADqQwAA6l4AAOp6AADrmQAA67UAAOvVAP8AAAD/AAAA&#10;/wABAP8ABwD/AA0A/wASAP8AGwD/ACUA/wAvAP8AOgD/AEMA/wBLAP8AUwD/AFoA/QBgAPsAZgD6&#10;AGsA+AByAPYAeAD0AIAA8QCJAO8AkgDsAJ0A6QCqAOYAvADjANwA3wD3AN0A/wDMAP8AvgD/ALUA&#10;/wCwAP8ArQD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFAD/AB8A/wApAPsAMwD3AD0A8wBF&#10;AO8ATQDsAFMA6ABZAOUAXwDjAGUA4ABqAN0AcQDaAHgA1gCAANIAigDPAJUAzACiAMgAsgDFAMkA&#10;wgDtAMAA/wC7AP8AsAD/AKgA/wCkAP8AoQD/AP8AAAD/AAAA/QAAAPoAAAD4AAAA8AAJAOwAEQDo&#10;ABkA5wAjAOUALQDeADYA1gA+ANEARgDNAEwAygBSAMgAWADFAF0AwwBjAMAAaQC+AHAAvAB4ALkA&#10;gQC3AI0AtACaALEAqQCuALwArADhAKoA/ACoAP8AoAD/AJkA/wCWAP8AlAD/AP8AAAD5AAAA8gAA&#10;AOcAAADbAAAA0QAEAMoADQDHABQAxAAdAMIAJgC/AC8AuwA3ALcAPwC0AEUAsQBLAK4AUQCsAFYA&#10;qgBcAKgAYQCmAGgAowBwAKEAeQCfAIQAnQCRAJoAoACYALEAlgDMAJUA8QCUAP8AkQD/AIsA/wCI&#10;AP8AhgD/APcAAADsAAAA3gAAAMkAAAC8AAAAtAAAAK8ACgCrABAAqQAXAKgAIACnACgAogAwAJ8A&#10;OACcAD4AmgBEAJgASgCWAE8AlABVAJMAWgCRAGEAjwBoAI0AcQCLAHsAiQCIAIcAlwCFAKgAgwC+&#10;AIEA5ACAAP8AgAD/AHwA/wB7AP8AeQD/AOkAAADXAAAAwQAAALEAAACmAAAAnQAAAJcABQCUAA0A&#10;kgASAJAAGgCPACIAjgAqAIsAMQCJADgAhwA+AIUAQwCDAEgAgQBOAH8AVAB+AFoAfABhAHoAaQB4&#10;AHMAdgB/AHUAjgBzAJ8AcQCzAHAA0ABvAPYAbwD/AG8A/wBtAP8AbAD/ANoAAAC/AAAArAAAAJ4A&#10;AACTAAAAjAAAAIUAAACCAAkAfwAPAH4AFQB9ABwAfAAkAHoAKwB3ADEAdQA3AHQAPQByAEIAcQBI&#10;AG8ATQBuAFMAbABaAGsAYgBpAGwAZwB4AGYAhgBkAJcAYgCqAGEAwgBgAOsAYQD/AGEA/wBhAP8A&#10;YAD/AMUAAACtAAAAmwAAAI0AAACDAAAAfAAAAHcAAAByAAUAcAAMAG4AEQBsABcAbAAeAGsAJQBp&#10;ACwAZwAxAGYANwBkAD0AYwBCAGIASABgAE4AXwBVAF0AXQBcAGYAWgByAFkAgABXAJAAVgCjAFUA&#10;uQBUAN4AVAD7AFQA/wBVAP8AVQD/ALYAAACfAAAAjQAAAH8AAAB1AAAAbgAAAGkAAABmAAEAYwAJ&#10;AGEADgBgABMAXwAZAF4AIABdACYAWwAsAFoAMgBYADcAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEA&#10;TwBsAE4AegBMAIoASwCcAEoAsQBJAM4ASQDzAEkA/wBJAP8ASgD/AKoBAACUBQAAggcAAHQIAABq&#10;CAAAYwYAAF4EAABbAAAAWQAFAFcADABWABAAVAAVAFMAGwBSACIAUQAoAFAALQBOADMATQA4AEwA&#10;PgBLAEUASgBMAEgAVABHAF0ARgBoAEQAdQBDAIUAQQCYAEAAqwBAAMUAPwDqAD8A/wBAAP8AQAD/&#10;AKAIAACKCwAAeQ0AAGwNAABhDQAAWg0AAFULAABSCQAAUAYAAE8CCABOAA0ATAASAEsAFwBKAB4A&#10;SQAjAEcAKQBGAC8ARQA0AEQAOgBCAEEAQQBIAEAAUAA+AFoAPQBkADwAcgA6AIIAOQCUADgApwA3&#10;AL4ANgDjADYA+QA2AP8ANwD/AJgNAACDDgAAchAAAGURAABbEQAAUxAAAE4QAABKDgAASA0AAEcK&#10;AwBHBwoARQQOAEQCEwBCAhoAQQIgAEADJQA+AysAPQQxADwENwA7BD4AOgVFADkFTgA3BVcANgVi&#10;ADQGcAAyBoAAMQaSADAGpQAvBbsALgXdAC4G9QAtB/8ALgf/AJEQAAB9EQAAbBMAAF8UAABVFAAA&#10;ThQAAEgTAABEEgAAQRAAAEAOAABADQYAQAoMAD4JEAA8CRYAOwocADkKIgA4CigANwsuADYLNQA1&#10;CzsAMwtDADIMTAAwDFYALwxhAC0MbwArDH8AKgySACgMpQAnDLsAJQzdACUN9QAmDf8AJw3/AIsS&#10;AAB3FAAAZxYAAFsXAABRGAAASRcAAEMXAAA/FQAAPBQAADoSAAA5EQEAOQ8IADgODQA3DhIANQ4Y&#10;ADQOHwAyDiUAMQ8sADAPMgAvEDoALRBCACwQSwAqEFUAKBBhACYQbwAkEIAAIxCTACEQpwAfEL0A&#10;HhDgAB4R9wAfEP8AIBD/AIYUAABzFwAAYxkAAFcaAABNGwAARRoAAEAaAAA7GQAAOBgAADUWAAA0&#10;FAAAMxIEADISCwAxEhAALxIVAC0SHAAsEyIAKxMpACoTMAAoEzcAJxQ/ACYUSAAkFFMAIhRfACAV&#10;bQAfFX4AHRWRABsVpQAZFbsAGBXeABgV+AAZFP8AGhT/AIIXAABvGgAAXxwAAFMdAABKHQAAQh0A&#10;ADwdAAA3HAAANBsAADEaAAAvGQAALhYAACwXCAArFg4AKRcTACgXGQAnGCAAJRgmACQYLQAjGDQA&#10;Ihk9ACAZRgAeGVEAHRldABsaawAZGnwAFxqPABUaowAUGboAEhnbABMZ9gAUGf8AFRj/AH0aAABr&#10;HQAAXB8AAFAgAABHIAAAPyAAADkfAAA0HwAAMR4AAC0dAAArHAAAKRsAACcbBQAlGwwAJBwRACIc&#10;FgAhHB0AIB0jAB8dKgAeHTIAHB46ABseRAAZHk4AFx5bABYeaQAUH3oAEh6NABEeogAQHrgADh7Y&#10;AA8e9QAQHf8AER3/AHodAABnHwAAWSEAAE0iAABEIgAAPCIAADYiAAAyIQAALiEAACogAAAnIAAA&#10;JB8AACIgAgAgIAoAHiEPAB0hFAAcIRoAGyIhABkiJwAYIi8AFyI4ABUjQQAUI0wAEiNYABEjZwAQ&#10;I3gADiOLAA0jnwAMI7QACyPQAAsi8AAMIv8ADSH/AHYfAABkIgAAViMAAEskAABBJAAAOiQAADQk&#10;AAAvIwAAKyMAACgjAAAkIwAAICMAAB0kAAAbJQcAGSYNABcmEQAWJhcAFSceABQnJQATJywAEic1&#10;ABEoPwAQKEoADihWAA0oZAAMKHQACiiHAAkomwAHJ7EABSfMAAYn7AAHJv4ACCb/AHEiAABgJAAA&#10;UyYAAEgnAAA/JwAANyYAADEmAAAtJgAAKSUAACUlAAAiJQAAHScAABkoAAAWKgQAFCsLABIsEAAR&#10;LBQAECwbABAsIgAOLCkADi0yAA0tOwALLUYACi1SAAgtYAAGLXAABC2DAAItmAAALK4AACzJAAAs&#10;6wABK/wAAiv/AG0lAABdJwAATygAAEUpAAA8KQAANSkAAC8oAAArKAAAJycAACMnAAAfKAAAGyoA&#10;ABcsAAATLgIAEDAIAA4xDQANMRIADDEXAAsxHgAKMSYACDIuAAcyNwAFMkIAAzJOAAEyXAAAMmwA&#10;ADJ/AAAylQAAMawAADHHAAAw6gAAMPwAADD/AGgpAABYKgAATCsAAEEsAAA5LAAAMisAAC0rAAAp&#10;KgAAJSoAACArAAAcLAAAFy4AABMwAAAQMgIADjQHAAo3DAAHNxAABTcUAAM3GwACNyIAADcqAAA4&#10;MwAAOD4AADhKAAA4WAAAOGgAADh8AAA3kgAAN6kAADbFAAA26gAANv0AADX/AGMsAABULgAASC8A&#10;AD4vAAA2LgAAMC4AACstAAAnLQAAIi0AAB0vAAAYMQAAFDMAABA1AAAONwEACjoHAAY7CwACPA4A&#10;AD0SAAA+FwAAPh4AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD53AAA+jwAAPacAAD3DAAA86QAA&#10;PP0AADv/AF4wAABQMQAARDIAADsyAAA0MQAALjAAACkvAAAkMAAAHjIAABk0AAAUNgAAEDkAAA07&#10;AAAKPQAABUAFAABBCgAAQg0AAEMQAABEFAAARRoAAEYiAABGKwAARjUAAEZBAABGTwAARl8AAEZz&#10;AABFigAARaQAAETAAABD6AAAQ/4AAEL/AFg0AABLNQAAQTUAADk1AAAyNAAALTMAACY0AAAgNQAA&#10;GjgAABQ6AAAQPQAADUAAAAlCAAAERQAAAEcDAABIBwAASgsAAEsOAABMEQAAThUAAE8cAABPJQAA&#10;Ty8AAE88AABPSgAAT1oAAE5tAABOhQAATaAAAEy8AABL5wAAS/4AAEr/AFM5AABHOQAAPjkAADc4&#10;AAAxNwAAKTcAACE5AAAbPAAAFT8AABBCAAAMRQAAB0gAAAJKAAAATQAAAE8AAABRBAAAUgcAAFQL&#10;AABVDgAAVxEAAFkXAABaHwAAWSkAAFk2AABZRAAAWVQAAFhnAABYfwAAV5oAAFa3AABV4wAAVP0A&#10;AFT/AE49AABDPQAAPDwAADU7AAAsPAAAJD4AABxBAAAVRAAAEEgAAAtLAAAFTgAAAFEAAABUAAAA&#10;VwAAAFkAAABbAAAAXQIAAF4GAABgCwAAYg4AAGQSAABnGAAAZyIAAGYuAABmPAAAZk0AAGVgAABl&#10;dwAAZJMAAGOxAABh3QAAYPwAAF//AElCAABBQQAAOj8AADBAAAAmQwAAHkYAABVKAAAQTgAAClIA&#10;AANWAAAAWgAAAF0AAABgAAAAYwAAAGUAAABnAAAAaQAAAGsBAABtBQAAbwoAAHIOAAB1EgAAdxsA&#10;AHYmAAB2NQAAdUYAAHRZAAB0bwAAc4sAAHKpAABwzQAAb/cAAG7/AEZGAABARQAANUYAACpIAAAg&#10;TAAAF1EAABBWAAAJWgAAAV8AAABjAAAAaAAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9&#10;AAAAgAMAAIMIAACGDQAAiRMAAIodAACKKwAAiTwAAIhPAACGZgAAhYEAAISgAACCwgAAgfAAAH//&#10;AEZLAAA6TAAALk8AACNTAAAYWAAAEF4AAAlkAAAAaQAAAG8AAAB0AAAAeAAAAHwAAACBAAAAhAAA&#10;AIcAAACIAAAAiwAAAI4AAACQAAAAkwAAAJYAAACZBwAAnQ0AAKEUAACgIQAAoDEAAJ5EAACdWwAA&#10;nHYAAJmWAACZtQAAluUAAJX+AD9SAAAyVQAAJloAABtgAAARZwAACW0AAAB0AAAAewAAAIEAAACG&#10;AAAAiwAAAJAAAACUAAAAlwAAAJkAAACcAAAAnwAAAKEAAACkAAAApwAAAKoAAACtAAAAsQYAALUN&#10;AAC4FgAAtyYAALY5AAC1UAAAtGoAALKJAACwqgAArs8AAK31ADdcAAArYQAAHmgAABNwAAALeAAA&#10;AIAAAACHAAAAjgAAAJUAAACaAAAAnwAAAKQAAACoAAAArAAAAK0AAACwAAAAswAAALUAAAC4AAAA&#10;uwAAAL8AAADDAAAAxwAAAMsFAADRDgAA0RsAANAuAADPRQAAzV8AAMt+AADJngAAyL4AAMXpAC9p&#10;AAAjcAAAFnkAAA2BAAABiwAAAJMAAACbAAAAogAAAKgAAACuAAAAtAAAALgAAAC9AAAAwAAAAMIA&#10;AADFAAAAyAAAAMsAAADOAAAA0QAAANYAAADbAAAA3wAAAOQAAADoBgAA6xEAAOojAADqOgAA6VQA&#10;AOdyAADlkwAA47MAAOPUAP8AAAD/AAAA/wAAAP8ABAD/AAsA/wAQAP8AFwD/ACEA/wArAP8ANQD/&#10;AD4A/wBHAP8ATgD/AFUA/ABbAPoAYQD4AGYA9gBtAPQAcwDyAHsA7wCEAO0AjgDqAJkA5gCnAOMA&#10;uQDfANUA2wD3ANYA/wDAAP8AsgD/AKoA/wClAP8AogD/AP8AAAD/AAAA/gAAAPwAAAD8AAMA/gAL&#10;AP8AEQD/ABoA/QAkAPkALgD0ADgA8ABAAOwASADpAE4A5gBUAOIAWgDfAF8A3ABlANgAawDUAHIA&#10;0AB7AM0AhQDKAJEAxwCeAMMArgDAAMUAvQDrALsA/wCwAP8ApAD/AJwA/wCYAP8AlQD/AP8AAAD6&#10;AAAA9AAAAPEAAADyAAAA6gAFAOcADgDiABUA4QAeAOEAKADYADEA0AA5AMsAQADIAEcAxQBNAMIA&#10;UwC/AFgAvQBeALsAZAC5AGsAtgBzALQAfACxAIgArgCVAKsApACoALgApgDcAKMA+wCfAP8AlQD/&#10;AI8A/wCLAP8AiQD/APkAAADvAAAA5wAAAN8AAADPAAAAyAAAAMEACgC/ABEAvAAYALsAIQC5ACoA&#10;tAAyALEAOgCuAEAAqwBGAKgATACmAFEAowBWAKEAXACfAGMAnQBqAJsAcwCZAH4AlgCMAJQAmwCS&#10;AK0AkADHAI4A8ACNAP8AhgD/AIAA/wB9AP8AfAD/AO0AAADgAAAA0QAAAL8AAACzAAAAqgAAAKYA&#10;BQCiAA0AoQATAKAAGwCfACMAmwArAJgAMgCVADkAkwA/AJEARACPAEoAjgBPAIwAVQCKAFsAiABj&#10;AIYAawCEAHYAggCCAIAAkgB+AKMAfAC6AHoA4QB5AP8AdwD/AHIA/wBwAP8AbwD/AN0AAADLAAAA&#10;tgAAAKcAAACdAAAAlAAAAI4AAQCLAAoAiQAQAIgAFQCHAB0AhwAlAIQALACCADIAfwA4AH0APQB7&#10;AEMAeQBIAHgATgB2AFQAdQBbAHMAYwBxAG4AbwB6AG0AiQBsAJoAagCuAGkAzABoAPYAZwD/AGUA&#10;/wBkAP8AYwD/AMoAAAC0AAAAoQAAAJMAAACJAAAAggAAAHsAAAB4AAUAdgAMAHUAEQB0ABgAcwAf&#10;AHIAJQBwACwAbgAyAGwANwBqADwAaQBCAGgASABmAE4AZQBVAGMAXQBiAGYAYAByAF4AgABdAJIA&#10;WwClAFoAvgBZAOkAWQD/AFkA/wBYAP8AWAD/ALkAAACiAAAAkAAAAIMAAAB5AAAAcQAAAG0AAABp&#10;AAEAZgAJAGUADgBkABMAYwAZAGMAIABhACYAYAAsAF4AMQBcADcAWwA8AFoAQgBYAEgAVwBPAFYA&#10;VwBUAGAAUwBsAFEAeQBQAIoATwCeAE4AtABNANoATQD7AE0A/wBNAP8ATQD/AKoAAACUAAAAggAA&#10;AHUAAABrAAAAZAAAAGAAAABdAAAAWgAFAFgADABXABAAVgAVAFYAGwBVACEAUwAnAFIALABRADEA&#10;TwA3AE4APQBNAEMATABKAEoAUgBJAFsASABmAEYAcwBFAIQARACXAEMArABCAMkAQgDxAEIA/wBD&#10;AP8AQwD/AJ4AAACJAAAAeAMAAGoEAABhBAAAWgMAAFUBAABSAAAAUAACAE4ACQBNAA0ATAARAEsA&#10;FwBKABwASQAiAEgAJwBHAC0ARQAyAEQAOABDAD4AQgBFAEEATQA/AFYAPgBhAD0AbgA7AH4AOgCR&#10;ADkApgA4AL8AOADoADgA/wA5AP8AOQD/AJUDAACABwAAbwkAAGIKAABYCwAAUQoAAEwIAABJBgAA&#10;RwMAAEYABgBEAAsAQwAPAEIAEwBBABgAQQAeAD8AIwA+ACkAPQAuADsANAA6ADoAOQBBADgASQA3&#10;AFIANgBdADQAagAzAHoAMgCMADEAoQAwALgALwDeAC8A+QAvAP8AMAD/AIwJAAB4DAAAaA0AAFwO&#10;AABSDgAASw4AAEUNAABBDAAAPwoAAD4IAgA9BAgAPAENADsAEAA6ABUAOQAaADgAIAA2ACUANQAr&#10;ADQAMAAzADcAMgA+ADEARgAvAFAALgBaAC0AZwArAHcAKgCJACkAnQAoALMAJwDRACcA8gAnAP8A&#10;JwD/AIYMAAByDgAAYxAAAFYRAABNEQAARREAAEAQAAA8DwAAOQ4AADcNAAA2CwQANggKADUGDgA0&#10;BRIAMgQXADEFHAAwBSIALwUoAC4GLgAtBjQAKwY8ACoGRAApB04AJwdZACYHZQAkB3UAIweHACIH&#10;mwAgBrAAIAbLAB8F7QAfBv4AHwf/AIAOAABtEQAAXhIAAFITAABIEwAAQRMAADsTAAA3EgAANBEA&#10;ADIQAAAwDwEAMA0GADALCwAvChAALQoUACwLGQAqCx8AKQslACgMKwAnDDIAJgw6ACQMQwAjDE0A&#10;IQ1YACANZQAeDXUAHA2IABoNnAAZDbEAGAzKABcM6wAXDfwAGAz/AHsRAABpEwAAWhUAAE4WAABF&#10;FgAAPRYAADgVAAAzFQAAMBQAAC0TAAArEgAAKhADACoPCAApDg0AKA4RACYOFgAlDx0AJA8jACMP&#10;KQAhEDEAIBA5AB4QQgAdEEwAGxBYABkQZgAXEHYAFRCJABQQngASELMAERDOABEQ7gASEP4AEhD/&#10;AHcTAABlFQAAVxcAAEsYAABCGQAAOhkAADQYAAAwFwAALBcAACkWAAAnFQAAJhQBACUSBAAjEgsA&#10;IhIPACESFAAgEhoAHhMgAB0TJwAcEy4AGhM2ABkUQAAXFEoAFhRWABQUZAASFHQAERSHABAUnAAO&#10;FLEADRTKAA0U6wAOE/4ADhP/AHMVAABhGAAAUxoAAEgbAAA/GwAANxsAADIaAAAtGgAAKRkAACYY&#10;AAAkGAAAIhcAACAWAQAeFggAHRYNABsXEgAaFxcAGRcdABgYJAAWGCsAFRg0ABQYPQASGUgAERlU&#10;ABAZYgAOGXIADRmEAAwZmAAKGa0ACRjGAAkY5wAJGPoAChf/AG8YAABeGgAAUBwAAEUdAAA8HQAA&#10;NR0AAC8dAAAqHAAAJhsAACMbAAAhGgAAHhoAABwaAAAaGwUAGBsMABYcEAAVHBUAFBwbABMcIgAS&#10;HSkAER0xABAdOwAOHUUADR5RAAweXgAKHm0ACR6AAAcelAAFHaoAAx3CAAMd5gAEHPgABRz/AGsa&#10;AABbHQAATR4AAEIfAAA6HwAAMh8AAC0fAAAoHgAAJB4AACEdAAAeHQAAHB0AABgeAAAVHwIAEyAJ&#10;ABIhDgAQIRIAECEYAA4hHwAOIiYADSIuAAwiNwAKIkEACSJNAAciWgAFImkAAyJ8AAEikQAAIqgA&#10;ACHAAAAh5QAAIPgAACD/AGcdAABXHwAASiEAAEAhAAA3IgAAMCEAACohAAAmIAAAIiAAAB8fAAAc&#10;HwAAGSAAABYhAAASIwIAECQHAA4mDAAMJhAACyYVAAomHAAJJiIACCYqAAYnMwAEJz0AAydJAAEn&#10;VgAAJ2YAACd5AAAnjwAAJqYAACa/AAAl5AAAJfkAACT/AGMgAABUIgAARyMAAD0kAAA0JAAALiMA&#10;ACgjAAAkIgAAISIAAB4hAAAaIgAAFyMAABMkAAAQJgIADigHAAsqCwAIKw4ABisTAAQrGAACKx8A&#10;ASwnAAAsMAAALDoAACxFAAAsUwAALGMAACx2AAAsjAAAK6QAACu+AAAq5AAAKvoAACn/AF8jAABQ&#10;JQAARCYAADomAAAyJgAAKyYAACYlAAAjJAAAHyQAABskAAAXJQAAFCcAABEpAAAOKwIACy0GAAcv&#10;CwAEMA4AADARAAAxFQAAMRwAADEjAAAyLAAAMjYAADJCAAAyTwAAMl8AADJyAAAxiQAAMaIAADC8&#10;AAAw5AAAL/sAAC//AFonAABMKAAAQCkAADcpAAAvKQAAKSgAACUnAAAhJgAAHCcAABgoAAAUKgAA&#10;ESwAAA4uAAALMAEABzIFAAM0CQAANQwAADYPAAA3EgAAOBgAADggAAA4KAAAODIAADk9AAA5SwAA&#10;OVsAADhuAAA4hQAAN58AADe6AAA25AAANfwAADX/AFUqAABILAAAPSwAADQsAAAtKwAAKCoAACQp&#10;AAAeKgAAGSsAABQtAAARLwAADTEAAAo0AAAHNgAAAjgEAAA6BwAAOwoAAD0NAAA+EAAAQBQAAEAb&#10;AABAJAAAQC4AAEA5AABARwAAQFYAAEBpAABAgAAAP5sAAD63AAA94wAAPPwAADz/AFAvAABDLwAA&#10;OS8AADIvAAAsLQAAJywAACAtAAAaLwAAFTEAABEzAAANNgAACTgAAAU7AAAAPQAAAEABAABBBAAA&#10;QwcAAEULAABGDgAASBEAAEoWAABKHgAASigAAEo0AABJQgAASVEAAElkAABIewAASJcAAEe0AABG&#10;4AAARfwAAET/AEozAAA/MwAANjMAADAxAAAqMAAAIzEAABwzAAAWNQAAETgAAA07AAAIPgAAA0EA&#10;AABDAAAARgAAAEgAAABKAAAATAQAAE4HAABPCwAAUQ4AAFQSAABVGQAAVSIAAFQuAABUPAAAVEsA&#10;AFNeAABTdAAAUpAAAFGuAABQ1wAAT/sAAE7/AEU3AAA8NwAANTYAAC80AAAmNQAAHjcAABc6AAAR&#10;PQAADEEAAAdEAAAASAAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFgCAABbBgAAXQsAAF8OAABi&#10;EwAAYhsAAGInAABiNAAAYUUAAGBXAABgbQAAX4kAAF2nAABczAAAWvgAAFn/AEE8AAA6OwAANDkA&#10;ACo6AAAhPAAAGEAAABFDAAAMRwAABksAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAYwAA&#10;AGUAAABnAQAAagUAAG0KAABwDgAAcxUAAHIgAAByLQAAcT0AAHBPAABvZQAAboAAAG2fAABrwQAA&#10;afEAAGj/AD9AAAA5PgAALj8AACRCAAAaRgAAEkoAAAxPAAAEVAAAAFgAAABdAAAAYQAAAGUAAABo&#10;AAAAawAAAG4AAABxAAAAcwAAAHUAAAB4AAAAewAAAH4DAACBCgAAhQ8AAIcXAACGJAAAhTQAAIRG&#10;AACCXQAAgXYAAH+WAAB+tgAAfOcAAHr/AD9EAAAzRQAAKEgAAB1MAAATUgAADFcAAANdAAAAYwAA&#10;AGgAAABtAAAAcQAAAHYAAAB6AAAAfgAAAIEAAACDAAAAhgAAAIkAAACLAAAAjgAAAJIAAACVAQAA&#10;mQkAAJ4QAACeGgAAnSkAAJw8AACaUgAAmGwAAJaLAACUqgAAktQAAJD6ADhLAAAsTgAAIFMAABVZ&#10;AAANYAAAA2cAAABuAAAAdAAAAHoAAACAAAAAhAAAAIoAAACOAAAAkgAAAJUAAACXAAAAmgAAAJ0A&#10;AACgAAAAowAAAKcAAACrAAAArwAAALQJAAC4EAAAtx4AALUwAACzRgAAsWAAAK9+AACsoAAAq8EA&#10;AKnuADFVAAAkWwAAGGEAAA5pAAAFcQAAAHkAAACBAAAAiAAAAI8AAACUAAAAmgAAAJ8AAACkAAAA&#10;qAAAAKkAAACsAAAArwAAALMAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMsAAADRCgAA0xQAANElAADQ&#10;OwAAzVQAAMpxAADIkgAAxbMAAMPeACliAAAcaQAAEXEAAAd7AAAAhAAAAI0AAACVAAAAnQAAAKMA&#10;AACpAAAArwAAALQAAAC5AAAAvAAAAL4AAADCAAAAxQAAAMgAAADMAAAA0AAAANQAAADaAAAA3wAA&#10;AOQAAADqAAAA7gwAAO0aAADsLwAA6kkAAOhlAADmhgAA5KUAAOLGAP8AAAD/AAAA/wAAAPwAAQD8&#10;AAgA/gAOAP8AFAD/AB0A/wAmAP8AMAD/ADoA/wBCAP8ASQD+AFAA+wBWAPkAXAD2AGIA9ABoAPIA&#10;bwDwAHYA7QB/AOoAiQDnAJUA5ACjAOAAtQDbANAA1QD2AMoA/wC2AP8AqAD/AJ8A/wCaAP8AlgD/&#10;AP8AAAD7AAAA9gAAAPMAAADzAAAA9gAJAPoADgD9ABYA+wAgAPcAKgDyADMA7QA7AOkAQwDmAEkA&#10;4gBPAN4AVQDbAFsA1gBgANIAZwDPAG4AzAB2AMkAgADGAIwAwgCaAL8AqgC7AMEAuADpALYA/wCn&#10;AP8AmgD/AJIA/wCNAP8AigD/APoAAADxAAAA6gAAAOcAAADnAAAA5AABAOAACwDbABEA2gAaANsA&#10;IwDRACwAygA0AMYAOwDCAEIAvwBIALwATgC6AFMAuABZALYAXwCzAGYAsQBuAK4AdwCsAIMAqQCR&#10;AKYAoQCjALUAoADYAJ4A+wCVAP8AiwD/AIUA/wCAAP8AfgD/AO8AAADjAAAA2gAAANMAAADGAAAA&#10;vwAAALkABgC3AA4AtAAUALQAHQCzACUArgAtAKsANACnADsApABBAKEARgCfAEwAnQBRAJsAVwCZ&#10;AF4AlwBlAJUAbgCTAHkAkACHAI4AlwCMAKkAiQDEAIgA7wCFAP8AfAD/AHYA/wBzAP8AcgD/AOAA&#10;AADQAAAAxgAAALYAAACpAAAAoQAAAJ0AAQCZAAoAmAAQAJgAFgCXAB4AlAAmAJEALQCPADQAjAA6&#10;AIoAPwCIAEUAhwBKAIUAUACDAFYAgQBeAIAAZgB+AHEAfAB9AHkAjQB3AKAAdQC2AHMA3wByAP8A&#10;bgD/AGkA/wBnAP8AZQD/AMwAAAC+AAAAqwAAAJ0AAACTAAAAigAAAIUAAACCAAUAgAANAH8AEQB/&#10;ABgAgAAgAH0AJgB6AC0AdwAzAHUAOAB0AD4AcgBDAHAASQBvAE8AbQBWAGwAXgBqAGgAaAB1AGcA&#10;hABlAJYAZACrAGIAyQBhAPYAYAD/AFwA/wBbAP8AWgD/AL0AAACpAAAAlwAAAIkAAAB+AAAAeAAA&#10;AHMAAABvAAEAbQAJAGwADgBrABMAawAZAGoAIABoACYAZgAsAGUAMgBjADcAYgA8AGAAQgBfAEgA&#10;XQBPAFwAVwBaAGEAWQBtAFcAewBWAI4AVQCiAFMAuwBSAOkAUgD/AFAA/wBPAP8ATwD/AK0AAACY&#10;AAAAhgAAAHgAAABuAAAAZwAAAGMAAABgAAAAXQAFAFwACwBbABAAWwAVAFsAGwBaACEAWAAmAFYA&#10;LABUADEAUwA2AFIAPABRAEIATwBJAE4AUQBNAFsASwBmAEoAdABJAIUASACZAEcAsQBGANgARgD8&#10;AEUA/wBFAP8ARQD/AJ8AAACJAAAAeAAAAGwAAABiAAAAWwAAAFYAAABTAAAAUQACAE8ACABPAA0A&#10;TgARAE4AFgBNABwATAAhAEoAJgBJACwASAAxAEcANwBFAD0ARABEAEMATABCAFUAQABgAD8AbgA+&#10;AH4APQCSADwAqQA7AMcAOwDzADsA/wA7AP8APAD/AJMAAAB+AAAAbgAAAGEAAABYAAAAUQAAAEwA&#10;AABJAAAARwAAAEUABQBEAAsAQwAOAEMAEgBDABcAQgAdAEAAIgA/ACcAPgAsAD0AMgA7ADgAOgA/&#10;ADkARwA4AFAANwBbADUAaAA0AHgAMwCMADIAogAxALwAMQDnADEA/wAyAP8AMwD/AIkAAAB2AwAA&#10;ZgUAAFkHAABQBwAASQYAAEMFAABAAwAAPgEAADwAAwA7AAgAOgANADoAEAA5ABQAOQAZADcAHgA2&#10;ACMANQAoADQALgAzADQAMgA7ADAAQwAvAEwALgBXAC0AZAAsAHMAKwCHACoAnAApALUAKQDcACkA&#10;+wApAP8AKgD/AIEEAABuCAAAXwoAAFMLAABKCwAAQgsAAD0KAAA5CQAANggAADUFAAA0AgYAMwAK&#10;ADIADgAxABEAMQAVADAAGgAvAB8ALgAkACwAKgArADAAKgA3ACkAPwAoAEkAJwBUACYAYAAkAG8A&#10;IwCCACIAlwAhAK4AIQDMACEA8wAhAP8AIgD/AHsJAABoDAAAWg0AAE4OAABFDgAAPQ4AADgNAAAz&#10;DQAAMAwAAC4LAAAtCQMALQYIACwEDAArAg8AKgESACkBFwAoARwAJwAhACYAJwAlAC0AJAA0ACMB&#10;PQAiAUYAIQFRAB8BXQAeAWwAHAF/ABsAlAAaAKoAGgDFABoA6wAZAP8AGgD/AHUMAABkDgAAVQ8A&#10;AEoQAABAEAAAORAAADMQAAAvDwAALA4AACkOAAAnDQEAJwwFACcKCgAmCA0AJQcQACQGFAAiBhkA&#10;IQYfACAHJAAfBysAHgcyAB0HOgAcCEQAGghPABkIXAAXCGsAFgh9ABUHkQAUB6cAEwa/ABIF5AAS&#10;BfoAEgX/AHEOAABfEAAAUREAAEYSAAA9EgAANhIAADASAAArEQAAKBEAACUQAAAjEAAAIg4EACEN&#10;BwAhDAsAIAsOAB8LEgAdCxcAHAwcABsMIgAaDCkAGQwxABgMOQAWDUMAFQ1PABMNXAASDWsAEA1+&#10;AA8NkgAODacADQy+AA0M4AANDPUADQz/AG0QAABcEQAAThMAAEMUAAA6FAAAMhQAAC0UAAAoEwAA&#10;JRMAACISAAAgEQAAHhEDABwQBQAcDwgAGw8MABoOEAAZDxQAFw8aABYPIQAVECgAFBAwABIQOQAR&#10;EEQAEBBQAA4QXQANEGsADBB8AAsQkAAJEKUACBC8AAcQ3wAHEPQABw//AGkRAABYFAAASxUAAEAW&#10;AAA3FgAAMBYAACoWAAAmFQAAIhUAAB8UAAAdEwAAGhMCABkSBAAXEgYAFhIKABUSDgAUEhIAEhIY&#10;ABETHgAREyUAEBMuAA4TNwANFEAADBRLAAsUWAAJFGcABxR4AAYUjQAEFKMAAxO7AAIT3QABEvQA&#10;AhL/AGUTAABVFgAASBcAAD0YAAA0GAAALRgAACgYAAAjFwAAIBcAAB0WAAAaFQAAGBUCABYVBAAU&#10;FQUAEhYIABEWDQAQFxAADhcVAA4XGwANFyIADBcpAAsYMgAJGDwABxhHAAUYVAAEGGMAAhh1AAEY&#10;iwAAF6EAABe5AAAX3QAAFvUAABb/AGEWAABSGAAARRoAADsaAAAyGgAAKxoAACUaAAAhGQAAHhgA&#10;ABsYAAAYFwAAFhcCABQXAwASGAUAEBkHAA4bCwAMGw8ACxsTAAobGAAIHB8ABxwmAAUcLwAEHDgA&#10;AhxEAAAdUQAAHWAAAB1yAAAciAAAHKAAABu5AAAb3gAAGvYAABr/AF4YAABPGgAAQhwAADgcAAAv&#10;HQAAKRwAACMcAAAfGwAAHBoAABkZAAAXGQEAFBkCABIaAwAQGwQADh0HAAweCwAJHw4ABiARAAUg&#10;FgADIBwAASEjAAAhKwAAITUAACFAAAAhTgAAIV0AACFvAAAhhgAAIJ4AACC4AAAf3gAAHvgAAB7/&#10;AFobAABLHQAAPx4AADUfAAAtHwAAJx4AACIdAAAeHQAAGxwAABgbAAAVGwAAEhwAABAdAgAOHwQA&#10;DCEGAAkiCgAFIw0AAiQQAAAlEwAAJRkAACYgAAAmKAAAJjIAACY9AAAmSgAAJloAACZsAAAmgwAA&#10;JZwAACW3AAAk3wAAI/kAACP/AFUeAABHIAAAPCEAADIhAAArIQAAJSAAACAfAAAdHgAAGh0AABYe&#10;AAATHgAAECAAAA4hAAAMIwIACCUFAAUnCQAAKAsAACoOAAArEQAALBYAACwdAAAsJQAALC4AACw6&#10;AAAsRwAALFYAACxpAAAsgAAAK5oAACq1AAAp3wAAKfsAACj/AFEiAABEIwAAOCQAAC8kAAAoIwAA&#10;IyIAAB8hAAAcIAAAFyAAABMhAAAQIwAADiQAAAsmAAAIKAAABCoEAAAsBwAALgkAADAMAAAxDwAA&#10;MxMAADMZAAAzIQAAMyoAADM1AAAzQwAAM1IAADNlAAAyewAAMpcAADGzAAAw3gAAL/sAAC7/AEwl&#10;AAA/JgAANScAAC0mAAAnJQAAIiQAAB4jAAAZIwAAFCQAABEmAAAOKAAACyoAAAcsAAADLwAAADEC&#10;AAAzBAAANQcAADcKAAA5DQAAOhAAADsVAAA7HQAAOyYAADsxAAA7PgAAO04AADtgAAA6dwAAOZIA&#10;ADiwAAA32wAANvwAADX/AEcpAAA7KgAAMioAACspAAAlJwAAISYAABsnAAAVKAAAESoAAA4sAAAK&#10;LwAABjEAAAE0AAAANgAAADgAAAA7AQAAPQQAAD8HAABBCgAAQw4AAEURAABFGAAARSEAAEUsAABE&#10;OQAAREgAAERbAABDcQAAQo0AAEGrAABA0gAAP/oAAD7/AEItAAA4LgAALy0AACkrAAAkKgAAHSoA&#10;ABcsAAARLgAADTEAAAk0AAAENwAAADoAAAA8AAAAPwAAAEEAAABEAAAARgAAAEgDAABKBwAATAsA&#10;AE4OAABQEwAAUBwAAFAnAABPNAAAT0MAAE9VAABOagAATYYAAEykAABKygAASfgAAEj/AD4yAAA1&#10;MQAALi8AACkuAAAgLgAAGTEAABIzAAAONwAACToAAAI9AAAAQAAAAEQAAABHAAAASQAAAEwAAABP&#10;AAAAUQAAAFMAAABVAQAAWAYAAFoLAABdDgAAXxUAAF4gAABeLAAAXTwAAFxOAABbYwAAWn4AAFid&#10;AABXwAAAVfIAAFT/ADo2AAAzNAAALTIAACQzAAAbNgAAEzkAAA49AAAIQQAAAEUAAABJAAAATAAA&#10;AFAAAABTAAAAVgAAAFkAAABbAAAAXQAAAGAAAABiAAAAZQAAAGgFAABrCwAAbxAAAG8YAABuJQAA&#10;bTQAAG1GAABrWwAAanUAAGiUAABmtgAAZOkAAGL/ADg5AAAyNwAAKDkAAB47AAAVPwAADkQAAAdJ&#10;AAAATQAAAFIAAABWAAAAWgAAAF4AAABiAAAAZQAAAGgAAABrAAAAbQAAAHAAAABzAAAAdgAAAHkA&#10;AAB9BAAAgQsAAIURAACEHQAAgiwAAIA+AAB+VAAAfmsAAHuKAAB6qgAAd9YAAHX9ADg9AAAsPgAA&#10;IkEAABdGAAAPSwAAB1EAAABXAAAAXAAAAGIAAABmAAAAawAAAG8AAAB0AAAAeAAAAHsAAAB+AAAA&#10;gAAAAIMAAACGAAAAigAAAI0AAACRAAAAlgMAAJsMAACdEwAAmyEAAJozAACXSQAAlGIAAJN/AACQ&#10;oAAAjsUAAIzzADFEAAAlSAAAGk0AABBTAAAIWgAAAGEAAABoAAAAbgAAAHQAAAB5AAAAfwAAAIQA&#10;AACJAAAAjQAAAJEAAACTAAAAlgAAAJkAAACdAAAAoAAAAKQAAACoAAAArAAAALIDAAC3DQAAtxcA&#10;ALUoAACyPgAAsFYAAKxzAACqlAAAqbQAAKXlACpPAAAeVAAAElsAAApiAAAAagAAAHMAAAB7AAAA&#10;ggAAAIkAAACOAAAAlAAAAJoAAACfAAAApAAAAKYAAACpAAAArQAAALAAAACzAAAAtwAAALsAAADA&#10;AAAAxQAAAMsAAADRBAAA1Q4AANMdAADQMgAAzUsAAMpmAADGhwAAwqkAAMHLACJbAAAWYgAADGsA&#10;AAF0AAAAfQAAAIcAAACQAAAAlwAAAJ4AAACkAAAAqwAAALEAAAC2AAAAugAAALwAAADAAAAAxAAA&#10;AMgAAADLAAAAzwAAANQAAADaAAAA4AAAAOYAAADrAAAA8QYAAPATAADuJwAA7D8AAOpbAADnegAA&#10;5JsAAOC7AP8AAAD7AAAA9gAAAPMAAAD0AAUA9gAMAPoAEQD/ABkA/wAiAP8ALAD/ADUA/wA9AP8A&#10;RQD8AEwA+gBSAPcAWAD1AF4A8wBkAPEAagDuAHIA7AB6AOkAhQDlAJEA4QCgAN0AsgDYAM4A0gD2&#10;AMEA/wCtAP8AngD/AJYA/wCQAP8AjAD/APoAAADyAAAA7AAAAOkAAADpAAAA7AAFAPIADAD4ABIA&#10;9wAbAPUAJQDwAC4A6wA3AOYAPgDiAEUA3QBLANgAUADTAFYA0ABcAM0AYgDKAGoAyAByAMUAfADC&#10;AIgAvgCWALoAqAC3AL8AtADoAK4A/wCdAP8AkAD/AIgA/wCDAP8AgAD/APAAAADlAAAA3gAAANoA&#10;AADbAAAA3AAAANgABwDRAA4A0QAVANIAHgDLACcAxQAvAMAANwC9AD0AugBEALcASQC1AE8AsgBV&#10;ALAAWwCuAGEArABpAKkAcwCnAH8ApACNAKEAngCeALIAmwDVAJkA/ACMAP8AggD/AHsA/wB2AP8A&#10;dAD/AOIAAADTAAAAygAAAMcAAAC8AAAAtgAAALAAAQCvAAsArAARAK0AGACtACAAqAAoAKQALwCg&#10;ADYAnQA8AJsAQgCZAEcAlwBNAJUAUwCTAFkAkQBhAI8AagCMAHUAigCDAIgAlACGAKcAgwDCAIIA&#10;8AB8AP8AcwD/AG0A/wBqAP8AaAD/AM8AAADBAAAAuQAAAK0AAACgAAAAmAAAAJQAAACRAAYAkAAN&#10;AJAAEgCPABkAjgAhAIsAKACIAC8AhgA1AIQAOgCCAEAAgABFAH4ASwB8AFIAegBZAHgAYgB2AGwA&#10;dAB5AHIAiQBxAJ0AbwC0AG0A3wBsAP8AZQD/AGAA/wBeAP8AXAD/AL4AAACxAAAAoAAAAJIAAACJ&#10;AAAAggAAAHwAAAB6AAEAeAAJAHcADgB4ABQAdwAaAHQAIQByACcAcAAtAG4AMwBsADgAawA+AGkA&#10;RABoAEoAZgBRAGQAWgBjAGQAYQBwAF8AfwBeAJMAXQCpAFwAyABbAPcAVwD/AFQA/wBSAP8AUQD/&#10;ALAAAACfAAAAjQAAAH8AAAB0AAAAbgAAAGoAAABmAAAAZQAEAGMACwBjABAAYwAVAGMAGwBhACEA&#10;XwAnAF0ALABcADIAWgA3AFkAPQBXAEMAVgBLAFUAUwBTAFwAUgBoAFAAdwBPAIkATgCfAE0AugBM&#10;AOkASwD/AEkA/wBHAP8ARwD/AKIAAACNAAAAfAAAAG4AAABlAAAAXgAAAFkAAABXAAAAVQABAFQA&#10;BwBTAA0AUwARAFQAFgBSABsAUQAhAE8AJgBOACsATAAxAEsANwBKAD0ASQBEAEcATABGAFYARABh&#10;AEMAcABCAIEAQQCXAEAArwA/ANcAPwD/AD4A/wA9AP8APgD/AJQAAAB/AAAAbwAAAGMAAABZAAAA&#10;UQAAAE0AAABKAAAASAAAAEcABABHAAoARgAOAEYAEQBHABYARQAcAEQAIQBCACYAQQArAEAAMQA+&#10;ADcAPQA+ADwARwA6AFAAOQBbADgAaQA3AHoANgCPADUApwA1AMYANAD1ADQA/wA0AP8ANQD/AIgA&#10;AAB0AAAAZQAAAFgAAABPAAAASAAAAEMAAAA/AAAAPQAAADwAAgA8AAcAOwAMADsADwA7ABIAOgAX&#10;ADkAHAA3ACEANgAmADUALAA0ADIAMwA5ADEAQQAwAEsALwBWAC4AYwAtAHMALACIACwAoAArALsA&#10;KwDqACsA/wArAP8ALAD/AH8AAABsAAAAXQEAAFECAABIAwAAQAMAADsCAAA3AAAANAAAADMAAAAy&#10;AAUAMgAJADIADQAxABAAMQATADAAGAAvAB0ALQAiACwAKAArAC4AKgA1ACkAPQAoAEYAJwBRACYA&#10;XgAlAG4AJACCACMAmQAjALMAIgDeACIA/wAjAP8AJAD/AHcAAABlBAAAVgYAAEsHAABCCAAAOggA&#10;ADUHAAAwBgAALQUAACwDAAArAAMAKgAHACkACwApAA4AKQARACgAFQAnABkAJgAeACUAJAAkACoA&#10;IwAxACIAOQAhAEMAIABOAB8AWgAeAGkAHQB8ABwAkwAbAKwAGwDNABsA9gAbAP8AHAD/AHAFAABf&#10;CAAAUQoAAEYLAAA9CwAANQsAADALAAArCgAAKAkAACUIAAAkBwIAIwQGACMCCQAiAQwAIgAPACEA&#10;EgAgABYAHwAbAB4AIAAdACYAHAAuABsANgAaAD8AGQBKABgAVwAXAGYAFgB4ABUAjwAVAKYAFADD&#10;ABQA7gAUAP8AFQD/AGsIAABbCwAATQwAAEINAAA5DQAAMQ0AACwNAAAnDQAAIwwAACEMAAAfCwEA&#10;HgoFAB0ICAAdBgsAHAUNABwEEAAbBBQAGQQYABkEHgAYBCMAFwQrABYEMwAVBDwAFARHABMDVAAS&#10;A2MAEQN1ABACigAQAaIADwC8AA8A5QAPAP4AEAD/AGcLAABXDQAASQ4AAD4PAAA1DwAALg8AACgP&#10;AAAkDgAAIA4AAB0OAAAbDQEAGQ0EABgMBwAYCwkAFwkMABcJDgAWCRIAFQkWABQJGwATCSEAEgko&#10;ABIJMAARCToAEAlFAA8JUgAOCWEADQlzAAwIiAALCJ8ACge3AAoG2wAKBfYACgT/AGMNAABTDgAA&#10;RhAAADsRAAAyEQAAKxEAACUQAAAhEAAAHRAAABoPAAAYDwEAFg4EABUOBwAUDQkAEw0LABMMDQAS&#10;DBAAEQwUABAMGQAQDB8ADwwnAA4NLwANDTkADA1FAAsNUQAJDWAACA1xAAYNhgAFDZ0ABAy0AAMM&#10;0gACDPEAAgv/AF8OAABQEAAAQxEAADgSAAAvEgAAKBIAACMSAAAeEQAAGxEAABgRAAAVEAIAFBAF&#10;ABIQBwARDwkAEA8KABAODAAODg4ADg8SAA0PFwAMEB0ADBAkAAoQLAAJEDYACBBBAAYQTgAFEF0A&#10;AxBvAAEQhAAAEJwAAA+0AAAO1AAADvMAAA7/AFwQAABNEgAAQBMAADYUAAAtFAAAJhQAACETAAAc&#10;EwAAGRIAABYSAAAUEQMAEhEGABERCAAQEAoADhALAA0RCwAMEQ0ACxIRAAoSFQAJEhoACBIhAAYT&#10;KQAFEzMAAxM+AAITSwAAE1oAABNsAAATggAAEpsAABK0AAAR1wAAEfUAABH/AFgSAABJFAAAPRUA&#10;ADMWAAArFgAAJBUAAB8VAAAaFAAAFxQAABQTAQATEgQAERIHABASCQAOEgkADRIJAAsTCgAJFA0A&#10;BxUPAAYWEwAEFhgAAxYfAAIWJwAAFzAAABc7AAAXSAAAF1gAABdqAAAWgAAAFpkAABW0AAAV2QAA&#10;FPcAABP/AFUUAABGFgAAOhcAADAYAAAoGAAAIhcAAB0WAAAZFgAAFhUAABMUAwASEwYAEBMHAA8T&#10;BwANFAcACxUIAAkWCQAGGAwAAxoOAAEaEQAAGhYAABscAAAbJAAAGy0AABs4AAAbRgAAHFUAABtn&#10;AAAbfQAAG5cAABqzAAAZ2wAAGPkAABf/AFEWAABDGAAANxkAAC4aAAAmGgAAIBkAABsYAAAYFwAA&#10;FRYBABMVBQARFQQADxUEAA0WBAALFwUACRkGAAYaCAACHAoAAB4NAAAgEAAAIBMAACAZAAAgIQAA&#10;ISoAACE1AAAhQgAAIVIAACBkAAAgegAAH5UAAB+xAAAe2wAAHfoAABz/AE0ZAAA/GwAANBwAACsc&#10;AAAkHAAAHhsAABoaAAAXGAAAFBcCABIXAgAQGAEADRkBAAsaAgAIHAMABR0EAAIfBgAAIQgAACML&#10;AAAlDgAAJhEAACYWAAAmHgAAJycAACcyAAAnPwAAJk4AACZgAAAmdwAAJZIAACSvAAAj2gAAIvsA&#10;ACH/AEgdAAA8HgAAMR8AACgeAAAiHgAAHRwAABkbAAAWGgAAEhoAABAbAAANHAAACx0AAAgfAAAE&#10;IQAAASMCAAAlBAAAJwYAACkJAAAsDAAALg8AAC4TAAAuGgAALiMAAC4uAAAuOwAALkoAAC1cAAAt&#10;cgAALI4AACusAAAq1AAAKfsAACj/AEQgAAA4IQAALiEAACYhAAAgIAAAHB4AABgdAAAUHQAAEB4A&#10;AA4fAAALIQAAByMAAAMlAAAAJwAAACkAAAAsAQAALgMAADAGAAAzCgAANQ0AADYRAAA2FwAANh8A&#10;ADYpAAA2NgAANkUAADVXAAA1bQAANIkAADKoAAAxzwAAMPoAAC//AD8kAAA0JAAAKyQAACQjAAAf&#10;IQAAGyAAABYgAAARIQAADiMAAAolAAAGKAAAAioAAAAtAAAALwAAADIAAAA0AAAANwAAADkDAAA7&#10;BgAAPgoAAEAOAABBEgAAQRoAAEAlAABAMQAAQEAAAD9SAAA+ZwAAPYIAADyiAAA6xwAAOfgAADj/&#10;ADooAAAwKAAAKScAACMlAAAfIwAAGCQAABIlAAAOKAAACioAAAUtAAAAMAAAADMAAAA2AAAAOAAA&#10;ADsAAAA+AAAAQAAAAEIAAABFAgAARwYAAEoKAABNDgAATRUAAEwfAABMKwAASzoAAEpMAABJYQAA&#10;SHwAAEebAABFvwAAQ/MAAEL/ADYsAAAtKwAAJykAACMnAAAbKAAAFCoAAA4tAAAKMAAABDMAAAA3&#10;AAAAOgAAAD0AAABAAAAAQwAAAEYAAABIAAAASwAAAE0AAABQAAAAUwEAAFYGAABZCwAAWxAAAFsZ&#10;AABaJQAAWTQAAFhGAABXWgAAVXQAAFSTAABStQAAUOoAAE//ADMwAAAsLgAAJywAAB4tAAAWLwAA&#10;EDIAAAo2AAADOgAAAD8AAABCAAAARgAAAEkAAABMAAAATwAAAFIAAABVAAAAWAAAAFoAAABdAAAA&#10;YAAAAGMAAABnBgAAawwAAGwSAABrHgAAaywAAGk9AABnUgAAZmoAAGSJAABhqwAAX9wAAF3/ADEz&#10;AAAsMQAAIjIAABk1AAAROQAACj0AAAJCAAAARwAAAEwAAABQAAAAVAAAAFgAAABbAAAAXwAAAGIA&#10;AABlAAAAaAAAAGsAAABuAAAAcQAAAHUAAAB5AAAAfQYAAIINAACCFgAAgCQAAH41AAB8SQAAe2EA&#10;AHh/AAB2nwAAc8YAAHD3ADE2AAAmOAAAHDsAABJAAAALRQAAAksAAABRAAAAVgAAAFsAAABgAAAA&#10;ZQAAAGkAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4AAACCAAAAhQAAAIkAAACOAAAAkwAAAJgGAACc&#10;DgAAmxoAAJgrAACWQAAAklkAAJFzAACNlQAAi7UAAIjoACs+AAAgQQAAFUcAAA1NAAACVAAAAFsA&#10;AABhAAAAaAAAAG4AAABzAAAAeQAAAH4AAACDAAAAiAAAAIwAAACPAAAAkgAAAJUAAACZAAAAnQAA&#10;AKEAAAClAAAAqgAAALAAAAC3BwAAuBEAALUhAACyNQAAr00AAKppAACoiAAApqgAAKLRACNIAAAY&#10;TgAADlQAAARcAAAAZAAAAG0AAAB1AAAAfAAAAIMAAACJAAAAjwAAAJUAAACbAAAAoAAAAKMAAACm&#10;AAAAqQAAAK0AAACxAAAAtQAAALkAAAC+AAAAxAAAAMoAAADSAAAA2goAANYWAADSKQAAzkEAAMpc&#10;AADFfAAAwp0AAMG9ABxVAAARXAAAB2UAAABuAAAAdwAAAH8AAACIAAAAkAAAAJgAAACfAAAApQAA&#10;AK0AAACzAAAAuAAAALoAAAC+AAAAwgAAAMYAAADKAAAAzgAAANMAAADaAAAA4AAAAOcAAADtAAAA&#10;8wAAAPQOAADyHgAA7zYAAOxRAADobgAA5JAAAN+xAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsN&#10;Dg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RV&#10;V1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2e&#10;n6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn&#10;6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////////////&#10;//8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAy&#10;MzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6&#10;fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLD&#10;xMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////&#10;////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0O&#10;DxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVX&#10;WFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6f&#10;oaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo&#10;6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////////&#10;/wABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3&#10;ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9w&#10;cXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ip&#10;qqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi&#10;4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAA&#10;AAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMk&#10;JSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P&#10;0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQE&#10;BQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYn&#10;KCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9x&#10;dHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P&#10;0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T0&#10;9fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQV&#10;FhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BC&#10;Q0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+w&#10;srO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk&#10;5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//pSUG/6QwDv+m&#10;Ohj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9&#10;pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRl&#10;cOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/&#10;sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnC&#10;t6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTC&#10;bIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj&#10;/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9&#10;y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbX&#10;unCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tL&#10;Mv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7Gd&#10;gtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZ&#10;zLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/B&#10;VUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG&#10;/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOr&#10;moncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0&#10;qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+&#10;w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6Qw&#10;Dv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmonc&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/piUG/6QwDv+nOhj/skMi/7xLMv/DVEX8xl1a8chkcePGaofWwG+by7hyrMKx&#10;dLq7rXfEtKl7zaujf9SinoXbmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO&#10;4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuH/piUG/6UwDv+oOhf/s0Mi/75LMf/FVEX5yVxb&#10;781jcePMaYjVxm2cyb9wrr22crq0sHXDq6p4yqKlfNGZoYHYkJ2J3ZCdid2QnYndkJ2J3ZCdid2Q&#10;nYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid3/piUG/6UwDv+q&#10;Ohf/tUMi/8BLMf3IU0X2zVtb7dFhcuHQZ4nRy2udwsBurba3cbissXPBo6x2yJqoec6SpH7UiaCF&#10;2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY&#10;iaCF2Imghdj/pyUG/6UwDv+rOhf/tkMh/8FLMfrLUkTz0Vpa6tlgct7WZYnLzGqcu8Ftq6+5cLal&#10;tHK+nK90xJSrd8qLp3vPhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISk&#10;gdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdT/pyUG/6YwDv+tOhb/uEIh/sRKMPfOUkTw1lha5+Be&#10;ctbaZIjEzWmatMNsqKi7b7KetnC6lrJywI6udsaGqnrKf6d/zn+nf85/p3/Of6d/zn+nf85/p3/O&#10;f6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf87/qCUG/6cwDv+uORb/&#10;ukIg+8ZKL/TTUUPr3Vda4+Zccc7bZIe9z2mYrsVrpaK+bq+YuW+2kLVxvIixdMGBrnjFe6x9yXus&#10;fcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9&#10;yXusfcn/qCQG/6cwDf+wORX/vUIf98lKL+/YUELm41VZ3OhbcMbdY4W20WiVp8hroZzBbaqTvG+x&#10;irlxtoS1dLt9sne/d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3&#10;sHzCd7B8wnewfMJ3sHzCd7B8wnewfML/qSQF/6gwDf+zORT+wEIe881KLendT0Dh6VNZ0+pbb7/f&#10;Y4Kv02eRoctqnZbFbaWNwG+rhr1xsH+6c7V6t3e4dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7&#10;u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7v/qiQF/6kvDf+2OBP5xEEd&#10;7dJJK+LjTUDb71JYyu1abbfhYn+o1meNm89ql5HJbZ+IxW+lgsJxqXu/dK12vXewcbt7s3G7e7Nx&#10;u3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7&#10;e7P/qyQF/6svDf+6OBLzyUEb5NpJKNjoTEDO81FXwO9Za67kYXqg3GeGlNRrkIvPbpeEzHCcfclz&#10;oHjGdaNzxHimbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp&#10;bsJ8qW7CfKluwnypbsJ8qW7CfKn/rSQF/7AvC/vAOA/q0EEX2uJGKMzuTEHD+VBVtfNYZqXpYXSX&#10;4Wd+jdtrhoXXb4x/1HKRetF1lHXPeJdxzXuabMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzM&#10;fpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpz/ryME/7YtCfHINgzd3D0TzepG&#10;KsH2S0C2/09RqvdYYJvvYWuP6Gh0heRte3/gcYB53nSDddx4hnLae4lu2H6La9aCjWvWgo1r1oKN&#10;a9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo3/&#10;sSME+r8sBuPULwfO5jsWwfNFK7T/ST2o/05Mnv1XWJH2YWGG8Wlpf+1vbnnqdHJ16Hd1ced6d27l&#10;fXlr5IB7aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOE&#10;fGnjhHxp44R8aeOEfGnjhHz/tSID68siAtDjJwfC8ToZtP5CKqb/Rjmb/01Fkv9WT4b+YlZ++mpc&#10;d/dwYHP1dWNv83hlbfJ8Z2rxf2ho8IJqZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm&#10;74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWv2whsB1N8RAcLvJgu1/Doap/8+J5n/&#10;RDON/0s9hf9VRXz/YUt1/2pPcP9wUmz/dVRq/nlWaP18V2b8f1hk/IJaY/uGW2P7hltj+4ZbY/uG&#10;W2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hlvUzwoA&#10;xO0SArX7Jg2o/zYZmf87I4z/QSyA/0o0eP9TOnH/Xz9s/2lDaP9vRWX/dEdj/3dIYv97SWH/fkpf&#10;/4FKXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/&#10;hEte/4RLXv+ES17/hEv/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7&#10;mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/&#10;uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50t&#10;DP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HF&#10;t3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6b&#10;f6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P&#10;+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+e&#10;OBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+X&#10;y7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bI&#10;k4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7Zm&#10;Y+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/&#10;qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9&#10;oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sx&#10;wo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60&#10;b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe&#10;/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+u&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2I&#10;ub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+fOBX/qkAe/7NJK/+5Ujz/u1xP+rplZO24bXjh&#10;sHOL1ah5nMyffarFl4G1v5GFvrqMicW2h4/MsoOW0q+BoNanfqLTp36i06d+otOnfqLTp36i06d+&#10;otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otP/nyIF/54tDP+gNxT/q0Ae/7RJ&#10;K/+7Ujz/vVtQ+r5kZOy8bHngtXKN0613nsqkeq3CnH65vJaCw7eQh8qyi4zSroeV2KaDndqhgqHV&#10;oYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodX/&#10;oCIF/54tDP+hNxT/rEAd/7ZIK/+9UTz/wFpQ+sFjZezBanreuXCP0rF1ocioeLDAoXu8uZt/x7SW&#10;hM+wlI3Vq5GX2qCJnNyaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig&#10;15qIoNeaiKDXmoig15qIoNf/oCIF/54tDP+iNxT/rUAd/7dIKv+/UTz/wlpQ+cRiZevFaXvevm6Q&#10;0bZzo8audrO+p3nAuKN/ybShhs+snI3Vo5aU2pqRnNyVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iV&#10;jp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9j/oCIF/58tDP+jNxT/rkAd/7hIKv/B&#10;UDz+xVlQ98hgZuvKZ3zdw22Rz7xxpcW0dLW9sHnAtqx/yK6nhc+loYrVnJyR2pWZnNyPlJ/Yj5Sf&#10;2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9j/oSIF&#10;/58tDP+kNxT/sD8c/7pIKv/DUDv7yFhQ9ctfZunPZnzcyWuSzsNvpsG6crW2snbArKx7yKSof86c&#10;pIXUlKCN2I2fmduKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqc&#10;n9iKnJ/Yipyf2Iqcn9j/oSIF/6AtDP+mNhP/sT8c/7tIKf7GTzv4y1dQ8tBeZufUZH3az2mTyMVt&#10;prq7cLSts3O/o612x5qoes2SpX/SiqKG14SgkdmEopzXhKKc14SinNeEopzXhKKc14SinNeEopzX&#10;hKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNf/oSIF/6AtDP+nNhP/sz8c/71HKfzITjv1&#10;zlZP7tVdZuTaYn3T0miSwcZspLO8b7GmtXK8nK90xJOrd8qLp3vPg6SB1H2ii9Z7o5XVe6OV1Xuj&#10;ldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldX/oiEF/6At&#10;DP+oNhL/tD8b/79HKPnLTjry01VP6txbZuDgYX3M02eRu8hroqy+bq+gt3C4lbJzwI2udsWFqnrK&#10;fqh/znimh9F1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1&#10;pY/SdaWP0nWlj9L/oiEF/6EsC/+qNhL/tj4b/cJHKPXNTjnu2VRO5uNZZdjiYHvF1WaPtMpqn6XB&#10;bauZum+0kLVyu4ixdcCBrnjFeqx9yXSqhMtxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamL&#10;zHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8z/oyEF/6IsC/+sNRH/uT4a+cVHJ/DRTTjp4FJM&#10;4ulXZM7kX3q912aMrcxqm5/EbKeTvm+virlxtYO2dLp8s3e+drF8wnGvgsRurofGbq6Hxm6uh8Zu&#10;rofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8b/pCEF/6MsC/+v&#10;NRD/vD4Y9MlGJerYTTbi509M3O9VY8bmX3i02mWJpdBplpjIbKGNw2+ohb9xrn67dLJ4uXe2c7d7&#10;uW61gLxrtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+&#10;a7SFvmu0hb7/pSEE/6QsC/+zNQ/7wT4X7c9GIuHfSzTY609Mz/NUYrzoXnSr3mSEndRpkJHObZmH&#10;yW+ggMVypXrCdKl0wHiscL57r2u8gLJou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7&#10;hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLP/piEE/6grCv+4NA3zxz0U5NhFHtbmSTXL8U5MxPdT&#10;X7HsXXCh4mR9ldtph4rVbo+C0HGVe810mnbLd51xyXmgbcd9omnFgaVmxIWmZsSFpmbEhaZmxIWm&#10;ZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhab/qCAE/64qCPy/Mwvp&#10;zzwQ1+FCHsrtSTW/+E1Kt/tSW6bxXWmY6WV0jOJqfYPdb4R82nOJd9d3jHPVeo9v032RbNGAlGjQ&#10;hJZlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+H&#10;l2XPh5f/qiAD/7UpBvDIMQfa3TMMy+pCIb72SDWy/0xGqf9RVZv3XWCO8GVqhetscX3ncXZ35HZ6&#10;c+J5fW/hfH9s34CBad6Dg2fdh4Vl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl&#10;3ImGZdyJhmXciYZl3ImGZdyJhmXciYb/rR8D+b8lA9/WIgLL6DIPvvRBIrD/RTOk/0pBnP9RTY/+&#10;XVaF+WZeffRuZHbyc2hy73hrbu58bWztf29q7IJwZ+qFcmXqiXNj6Yx0Y+mMdGPpjHRj6Yx0Y+mM&#10;dGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHT/thwC6M0UAczmHQS+8zES&#10;sf8+IqP/Qi+W/0g6jf9QRIT/XEt7/2dRdP5uVm/8c1ls+3hbafl8XWf4f15m+INfZPeGYGL2iWFh&#10;9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2&#10;jGLzxA8AztoLAL3zHQex/zIUo/86H5X/PyqJ/0YzgP9POnj/W0Bx/2ZFbP9tSGj/c0pm/3dMZP97&#10;TWL/f05h/4JPYP+FUF7/iVFe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tR&#10;Xv+LUV7/i1Fe/4tRXv+LUV7/i1HMywkAvuYMAa//Hgmk/zATlf81HIf/PCR8/0Qrc/9NMWz/WDVn&#10;/2M5Y/9rO2H/cT1f/3U+Xf95P1z/fEBb/39BWv+CQVn/hkJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/&#10;iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEL/mR8F/5YrC/+VNhL/oD4a/6hH&#10;Jv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8&#10;vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//&#10;mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuA&#10;lazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h5&#10;45t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+u&#10;UTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGy&#10;vrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F&#10;/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazH&#10;fJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/&#10;h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/&#10;r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5Yr&#10;C/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmx&#10;xXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uS&#10;hZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF&#10;/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5crC/+X&#10;NhL/oT4a/6pGJf+wUDT/sVpF/7BkV/esbWnsp3d74Z59itmWg5fRjomiy4iOq8eCk7HEfpe3wXqc&#10;u753or+8darCtXGuw7Nyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B&#10;s3KvwbNyr8H/mR8F/5cqCv+YNRL/oz0a/6xGJf+zTzT/tFlG/7RjWPaxbGvqrXV936N7jdWbgZzN&#10;koaox4uKscKFj7m/gJS+u3yaw7l5oce1dqnKrXWsxqt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2&#10;rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcT/mh8E/5gqCv+aNBL/pT0Z/65GJf+1TjT/t1hG/7dh&#10;WfW1amzpsnN/3ah4kNOffqDKloKsxI6Ht76IjL+6g5HFt3+Yy7R8oc+reKXPpXmqyKR5rMakeazG&#10;pHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMb/mh8E/5gqCv+bNBH/&#10;pj0Z/69FJf+3TjT/uldG/7tgWfS5aW3ntnGB3Kx2k9Cke6PImn+xwJOEvLuMicW3iJDLtIaZzrKG&#10;pNGkfKTRn32pyp59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2q&#10;yJ59qsj/mx8E/5kqCv+cNBH/pzwZ/7FFJP+5TTT/vFdG/r5fWfS9Z27num+C2rF0lc+oeabFn320&#10;vpeBwLmUisa1kZLLr42Yz6qKodKegqPTmYGozJiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqY&#10;gqnKmIKpypiCqcqYgqnKmIKpypiCqcr/mx8E/5kqCv+dNBH/qTwY/7JFJP+7TTP/v1ZG/cFeWvPB&#10;Zm/mv22D2bZzl82td6jEpXu3vqGDwLabicaulY/MqJGVz6KOntKZh6LTlIanzZOGqMuThqjLk4ao&#10;y5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMv/mx8E/5kqCv+eMxH/qjwY&#10;/7NFJP+8TDP/wVVG+8RdWvPFZW/lw2yE2LtxmMyydavDrXy2uaWBv7CehsaomYzLoZWS0JuSm9OU&#10;jqLUj4qmzo+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+K&#10;qMv/mx8E/5oqCv+fMxD/qzwY/7VEI/++TDP+w1VF+cdcWvHJZG/lyGqF1sFvmsq5dKq+sHq2s6l/&#10;v6qihMainYrLm5qQz5WXmdKPlKLUipCmzoqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jM&#10;io+ozIqPqMyKj6jMio+ozIqPqMz/nB8E/5oqCv+gMxD/rDwY/7ZEI/+/TDL8xlRF9spcWu/NYnDk&#10;zWiG08VtmsW8c6q5tHi1rq19vqWngsWdoojLlZ+Oz4+cltKLnKLThpWmzoaUp8yGlKfMhpSnzIaU&#10;p8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8z/nB8E/5opCv+iMxD/rTsX/7dE&#10;I//BTDL5yVNF881aWuzSYHDg0GaGzshsmsC/cam0uHe1qbF8vp+sgcWXqIbKkKSMzoqildGFoqHS&#10;gZymzoGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8z/&#10;nB4E/5spCv+jMxD/rzsX/7lEIv3DSzH2zFJE8NJZWejaX3Db1WSGycxqmbrDb6itu3S0orR5vZiv&#10;fcOQrIPIiamJzIOnkc9+ppzQfaSmzXyiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKo&#10;y3yiqMt8oqjLfKKoy3yiqMv/nR4E/5spCv+lMg//sTsW/7xEIfrGSzHz0VFD69pXWePfXW/T22OF&#10;ws9pl7HEbaekvHCymLV0u46xeMKGrX3GgKuCynqpis12qJTOdqmjzHerqMp3q6jKd6uoynerqMp3&#10;q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMr/nR4E/5wpCv+nMg//szsW/75DIPXK&#10;Sy/u1lBC5uFWV9zkW27L3mODutFolKnHbKObvm6ukLhxt4a0dL1+sHjCd658xnKsg8ltq4zKbauZ&#10;yW6sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8f/nh4E&#10;/50pCf+pMg7/tjoU+sJDH/DOSi7n3U9A4ulSV9LoWm3B4GKAsdRnkaHKa56Uw26oib1xsIC5dLZ5&#10;tne6dLR7vW6ygcBqsIjCZ7CSw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2aw&#10;lsNmsJbDZrCWw2awlsP/nx4E/54pCf+tMQ3/ujoT9MdCHejVSivf5Ew/1+xRVsnuWWu342F8qNhn&#10;i5rPa5eNyW6gg8Rxp3vAdKx1vXiwcLt7s2y5gLZouIa4ZLePuWO2kbpjtpG6Y7aRumO2kbpjtpG6&#10;Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbr/oB4E/6EoCP+xMAv7wDkR7M5CGd/fRyjT&#10;6UxAyvFRVb7yWGit5mF3nt1nhJLVbI+Hz2+WfstznHjIdqFyxnmkbsR8p2nCgalmwIasYr+NrWG/&#10;j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j67/oh0D/6Yn&#10;B/+3LwnyxzgN4dhBFNLmRirH8ExAvvhQU7L1V2Oi62FwleNne4rdbYSB2HGLetR1kHTSeZNw0HyW&#10;bM5/mWjMg5tky4idYcqNn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59g&#10;yY+fYMmPn2DJj5//pB0D/60mBfu+LQbm0DQI0+I8FsfuRiu7+Uo+sP5PT6b6V1yY8WFojOtocYPm&#10;bnh74nN9dd94gXHde4Rt23+HatqDiWfZhopk14uMYdaQjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWR&#10;jmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY7/pxwD/7UjA+7JJgPV3ykHx+w8Gbr4RCut/0g7&#10;o/9NSZr/V1SN+WFdhPRqZXzwcGp27XZucet6cW3pfnRr6IJ2aOaFd2bliHlj5Ix6YeORfGDjknxg&#10;45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknz/qxsC98AdAdnc&#10;EgHH6ygKuvc7Gqz/QSmg/0Y2lf9MQY3/VkuD/2FSe/1rV3T6cVxv+HZfbPZ7YWn1f2Nn9INkZfOG&#10;ZmPyimdh8Y5oX/CSaV/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq&#10;X/CTal/wk2r/txUB1s8LAMfqEwK59ykNrP85Gp7/PiaS/0Qwh/9LOYD/VEB4/2FGcv9qSmz/cE1p&#10;/3ZQZv97UWT/f1Nj/4NUYf+GVWD+iVZe/o1XXf2SWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9&#10;k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1jWxAgAxtQJALj3FASr/ykOnv80GJD/OiGE/0Epev9J&#10;MHL/UjZs/146aP9oPWT/b0Bh/3RBX/95Q17/fURd/4BFXP+ERVv/h0Za/4pHWP+PR1j/kEhY/5BI&#10;WP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEjExwcAt9sHAan/Fgaf&#10;/yoNkP8wFYP/Nhx3/z4ibv9HKGb/UCxh/1ovXf9kMVv/bDNZ/3E1WP91Nlb/eTZW/3w3Vf9/N1T/&#10;gjhT/4U5Uv+JOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+K&#10;OVL/ijn/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L&#10;3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+h&#10;blv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX&#10;/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXN&#10;ca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICV&#10;k9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3&#10;m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BE&#10;If+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6o&#10;zG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/&#10;kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8&#10;m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq&#10;7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kx0E/5ApCf+PNBD/mjsX/6JEIP+p&#10;TS3/qlg8/6hiTP+kbFz1n3Zs7Jl/euSRh4beiY2Q2IOTmNN+mZ/Qep2kzXaiqct0p6zJca2vx2+0&#10;ssFsubS8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7H/lB0E&#10;/5EoCf+RMxD/nDoW/6RDIP+sTC3/rVY9/61gTf6pal70pXRu6p99feGWg4vZjoqW04eQoM6BlafK&#10;fJqtx3ifssR1pbbCcqu5wHC0u7dutbmzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNv&#10;uLWzb7i1s2+4tbNvuLX/lB0E/5IoCf+TMg//njoW/6dDIP+uSy3/sVU9/7BfTv2uaF/yqnJw56R6&#10;gd6agI/VkoeczouMpsmEka/Efpe1wXmcu752o7+8dKvCtG+uw65ys7yrc7a4q3O2uKtztrirc7a4&#10;q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrj/lRwE/5IoCf+VMg//oDoW/6lCH/+wSi3/&#10;tFQ9/7ReTv2zZ2Dxr3By5ql4g9uffpPSl4Ohy46JrMSGjrXAgJS9vHuaw7p6o8W3eavHrHOsxqd1&#10;sb+ld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbr/lRwE/5Mo&#10;Cf+WMQ//oTkV/6pCH/+ySiz/tlM8/7ddTvu2ZWHwtG505K11htmke5bPm4Clx5KFscGKi7u9h5TA&#10;u4WdxLaCpMewfqrIpXeqyKF5sMGferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yf&#10;erO8n3qzvJ96s7z/lRwE/5MoCf+XMQ//ozkV/6xCH/+0Siz/uVM8/7pcTvi6ZGLvuGx147JziNip&#10;eZnNn36pxZiEtL+TjLy4jZPBs4mZxa6GociqhKnJn3ypypt9rsKZfrK9mX6yvZl+sr2ZfrK9mX6y&#10;vZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr3/lhwE/5MoCf+YMA7/pDkV/61BHv+1SSz/u1I8&#10;/b1bTva9Y2LuvWt24rZxidWud5vLpXyqwp2DtLmWibyykZDBrIyWxqeJncijh6bKmYCoy5aBrsSV&#10;gbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb7/lhwE/5QnCf+Z&#10;MA7/pTkU/65BHv+3SSv/vVE8/L9aTvTBYmLswWl34btwi9KxdJ3HqHuqvKCBtLSah7yslI3CppCU&#10;xqCNm8mci6TLlYaoy5GFrcWQhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/&#10;kIWxv5CFsb//lhwE/5QnCP+aMA7/pjgU/7BBHf+4SSv/v1E8+sJZTvLEYWPpxWh33b5tjM20c53C&#10;q3mqt6R+tK6dhLymmIrBoJSRxpqRmMmWj6HLkIuozIyJrMWMibDAjImwwIyJsMCMibDAjImwwIyJ&#10;sMCMibDAjImwwIyJsMCMibDAjImwwIyJsMD/lxwE/5UnCP+bMA7/pzgU/7FBHf+6SSv/wlA7+MZY&#10;TvDIX2PmyGZ42MFrjcm3cZ29r3epsqd8s6mhgruhnIjBmpiPxpSWlsmQlJ/Li5GozIeOrMaHjbDB&#10;h42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMH/lxsD/5UnCP+dLw3/&#10;qTgT/7NAHf+8SCr8xU879slXTu3NXmPiy2R40sRqjMS7b5y4snWprat7s6OmgLuboYbBlJ2NxY6b&#10;lMiKmZ3Khpmoy4KTrMaCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKv&#10;wYKSr8H/lxsD/5UnCP+eLw3/qjgT/7VAHP++SCn5yE46881WTerTXGLez2J4zcdoi7++bpuyt3Oo&#10;p7B5sp6rfrqVp4TAjqOLxIihkseDn5rJgKCnyn2arMZ9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9&#10;mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8H/mBsD/5YnCP+gLw3/rDcS/7dAG/3BSCj2y04579NUTObZ&#10;WmLY1GF3x8tnirnDbJqtvHKnobZ3sZixfbiPrYK+iKqJw4KokMZ9p5nIeqelyXeirMV4n7DBeJ+w&#10;wXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMH/mBsD/5cmCP+iLwz/rjcS&#10;/7k/GvnERyfxzk046ttTS+DfWWDQ2l92wdBlibPJa5mmwnClm711r5G4e7aItYC8gbKGwHuwjcN2&#10;rpbFc66hxnKtrcRyqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKp&#10;sMD/mRsD/5gmCP+kLgv/sTYR/r0/GfTIRyXr1E025eNQSdnjV1/J3150utdkhqzPaZadx22jkcBx&#10;rIa7dbN+t3q5d7R/vXKyhb9tsY3BarCXwmmxpcFstLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9&#10;bLSyvWy0sr1stLK9bLSyvWy0sr3/mhsD/5kmCP+nLQr/tTYP+cE/F+7ORiPk3Ewy3edPSc/oVl7A&#10;5F1yst5kgqPUaZGVy22cicVwpX/Ac6x3vHexcLl8tWu3gbhntoe6Y7WQu2G1m7xjt6a5Y7emuWO3&#10;prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prn/mxsD/5slB/+rLQn/uTUN8sc+&#10;FeXVRh/a40kzz+tOScbtVF236lxuqOJjfZrZaYqO0m2UhMxxm3vIdaFzxHimbsJ8qWnAgaxlvoeu&#10;Yr2OsF+9l7FevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrH/&#10;nBoD/6AkBv+wLAj5wDQL6c89ENrfQh3O6UkzxPFOSLvyUlqt8FtpnudjdpLgaYGH2m+JftRzkHfR&#10;d5VxznuZbMx/nGjKg55kyYigYceOol7GlaRcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMab&#10;pFzGm6RcxpukXMabpFzGm6T/nhoD/6UjBf+3KgXwyDIH3Ns1DM7nQh/C8Ug0uPlMRq/3UVWi9Vti&#10;le1kbYrna3aA4nB9ed51gnPbeodu2X6Ka9eCjGfVho5k1IuQYdOQkl7RlpRc0ZuVXNGblVzRm5Vc&#10;0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5X/oRkC/60hA/i/JgPi1CUDzuUzD8Lw&#10;QiG2+kczq/5LQqL+UE+X+1tai/VlY4LwbGp67HJwdOl4dG/nfHds5YF6aOOEfGbiiH1j4Yx/YOCR&#10;gV7floJc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoP/oxkC&#10;/7YdAenMFwHP4x4DwvAzErX6QCKp/0Qwnf9JPZX/UEiL/1tQgv1lV3r5bV109nNhb/R5ZGvyfmdo&#10;8YJpZvCGamTvimxi7o5tYO2Sbl3sl3Bc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzr&#10;m3Fc65txXOubcVzrm3H/rBUB88MQANHaCwDB7x8GtPszE6j/PCCb/0IskP9INof/Tz9//1pGeP9l&#10;S3H/bU9s/3NSaf95VWb+fldk/YJYYvyGWWH7ilpf+o5bXvqSXFz5l11b+JteW/ibXlv4m15b+Jte&#10;W/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m176uQ4AzcsJAMDmDQGy/CAIp/8zE5r/OR2N&#10;/z8mgv9GLnr/TjVz/1g6bf9jP2n/bEJl/3JEYv93RmD/fEdf/4FIXf+FSVz/iEpb/4xLWv+QTFj/&#10;lU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU3NwQYAvtAH&#10;ALH2DgKl/yEJmf8uEoz/NBmA/zsgdv9DJ23/TCxm/1QwYv9gM17/aTVc/283Wv90OFn/eTlY/306&#10;V/+AO1b/hDtV/4c8VP+LPVP/kD1S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S&#10;/5M+Uv+TPlL/kz69xQUAsNcFAKP/EAOZ/yIJi/8pD37/MBVz/zgaaf9AH2L/SSNb/1EmV/9aKFX/&#10;YipS/2krUf9vLFD/cy1P/3cuTv96Lk7/fS9N/4AvTP+EMEv/iDBL/4swS/+LMEv/izBL/4swS/+L&#10;MEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izD/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0&#10;/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjV&#10;acyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/4v/iSUNDX1BS&#10;T0ZJTEUABwn/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3Hs&#10;gpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51i&#10;Qv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacya&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/&#10;jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1v&#10;rpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN5&#10;6HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+Z&#10;bU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4koCP+FMw7/kDkU&#10;/5hCHP+eSyf/n1Y0/55hQv+abVD/lXdd94+BaPGJi3Lrg5J7532YguN4nYjgdKOM3XKokNtvrZPa&#10;brOW2Gy6mNZrwpvRacqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpm&#10;ypz/jBwD/4knCP+IMg7/kzgU/5tBHP+iSif/pFQ0/6JfQ/+falH9mnRf9ZR+bO2OiHjnh4+B4oCV&#10;it17mpDad6CW1nSmmtRxrJ7Sb7Kh0G25o89sw6bFZ8OmwGnHocBpx6HAacehwGnHocBpx6HAaceh&#10;wGnHocBpx6HAacehwGnHocBpx6H/jRwD/4onCP+KMQ3/ljcT/55AG/+lSSf/p1M0/6ddQ/+kaFP8&#10;oHJi8pp8cOqUhX3ji4uI3YSSkdh+mJjTep6f0HWkpM1yqqjLb7CryW24rsJpvLC8a8Cqt23Epbdt&#10;xKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKX/jRsD/4snCP+MMA3/mDcT/6BA&#10;G/+nSCb/q1I0/6tcRP+pZlT6pXBk8J95c+eYgoHfj4iN2YiPl9KBlaDOe5unynahrcdzqLHFcK+1&#10;wW23t7lruLWzbr2usHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaj/&#10;jhsD/4smCP+OMA3/mjYS/6I/Gv+pSCb/rlE0/65bRP+sZFX5qm5l76V3duWdf4XclIWS1IyMnc6E&#10;kqfJfZivxHietcJ1p7nBdLG7uHCzu7FvtriscbuxqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/&#10;q6lzv6upc7+rqXO/q6lzv6v/jhsD/4wmCP+QLw3/mzYS/6Q/Gv+rRyb/sVA0/7FZRPywY1X2rmxn&#10;7ap1eOOhfIjZmIOW0ZCJo8qHj63Fgpe0wn+guL58qLu7erC9sXSyvalytLumdLmzo3a+raN2vq2j&#10;dr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq3/jxsD/4wmB/+RLgz/nTYS/6Y+Gv+t&#10;RyX/s080/7RYRPq0YVbzsmpo7K9zeuGmeovWnYCazZSGp8aNja+/h5S1uoKcubV/pLyyfay+q3mx&#10;v6N2sr2geLi1nnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va//jxsD&#10;/40mB/+TLgz/njUR/6g+Gf+vRiX/tk4z/rdXRPe3YFbwtmhp6LNwe96qd43Qn3ydx5eDp7+Qiq+4&#10;i5G2soaYuq2DoL2pgam/pX6wwJx5sb+ae7e3mH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9&#10;u7CYfbuwmH27sJh9u7D/kBoD/40mB/+ULQz/oDUR/6k+Gf+xRiT/uE0z/LtWRPW7X1btu2dp47Vu&#10;fdasc4/Ko3qdwZuAp7iUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZZ+sMGUf7a4k4C7spOAu7KTgLuy&#10;k4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7L/kBoD/44mB/+VLQz/oTUR/6s9GP+zRiT/&#10;uk0z+r5VRPO/XVbqv2Vq37hrftCvcY/Fpnicu59+p7KYha+rk4u2pY6Tu5+Lmr6biaLBmIiswpCC&#10;r8KPg7W5j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurP/kBoD/44l&#10;B/+WLAv/ojUQ/6w9GP+1RSP/vEwy+MFUQ/DDXFbnw2Nq2rtpfsyycI/AqnactqJ8p62cgq+ll4m2&#10;npOQu5mPmL6UjaDBkYypwouIrsKKiLS6ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSK&#10;iLm0ioi5tIqIubT/kRoD/48lB/+YLAv/pDQQ/649GP+3RSP/v0wy9sVTQ+7IW1bjxmFq1L9ofse2&#10;bo67rXScsaZ6pqeggK+fm4a1mJeOu5OVlb6Okp3BipKnwoaOrsKEjbS7hYy5tIWMubSFjLm0hYy5&#10;tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubT/kRoD/48lB/+ZLAv/pjQP/7A8F/+5RCL8wUsx&#10;9MlSQuvNWVXfyWBqz8JmfcK5bI22sXKbq6t4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJelwoCWr8J/&#10;krO8gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLX/khoD/5AlB/+b&#10;LAr/pzQP/7I8Fv+7RCH5xUsw8c5RQefSWFTazl5pysZlfL29a4ywtnCapbB2pZyqfK2TpoK0jKOJ&#10;uYagkL2Bnpm/fZ6iwXuer8F5mbO8epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1&#10;epe4tXqXuLX/khkD/5AlB/+dKwr/qjMO/7U8Ffy/RCD0yEou7dNQP+PYVlPT0l1oxcpje7fCaYuq&#10;u2+Yn7Z0o5WxeqyNrYCyhaqHt3+njrt6ppe+d6agv3Smrb9zobS7dJ64tXSeuLV0nri1dJ64tXSe&#10;uLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLX/kxkD/5EkB/+fKwn/rDMN/7g7FPjDQx7vzUos59pP&#10;Pd3eVVHN2Ftnvs9ierDIZ4mkwm2XmbxyoY+4eKmGtX6wf7KFtXmwjLh0r5W7cK+fvG6vrLxtq7W5&#10;bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubT/lBkD/5IkB/+iKgj/&#10;sDIM/rw6EvLHQhzo00kp4eFMO9TjU1HG3Vplt9VgeKnPZoedyWuUkcVwnofBdqZ/vnyseLyEsXK6&#10;i7RtuZO2aricuGe3p7hnt7e2aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7&#10;sWiyu7H/lRgD/5UjBv+lKQf/tDEK+ME6EOvOQhjg3Ucl1eVLO8vnUVC941ljr95fdKLYZYOW02qP&#10;is5vmX/Ic6F1xHinbsF9q2m+hK5lvYuxYbyTsl+8nbJfvKyxYr++rWK/vq1iv76tYr++rWK/vq1i&#10;v76tYr++rWK/vq1iv76tYr++rWK/vq3/lhgD/5khBf+qKAb/uTAI8Mg4DeHYQBPU40UmyutLO8Hs&#10;T0+z6FdgpuVfb5riZnyO3GyGhNVxj3rQdZVzzXqbbMp/n2fHhKJjxoqkX8SRplzEmadaw6SnWsSw&#10;p1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKf/mBcC/54gBP+vJgX4wC4G&#10;5tAzCNXhPBTJ6kUov/JKO7XxTkyp71Zbne1faJLqZ3OH4218ft5ygnbaeIhw132Ma9SCkGbSh5Jj&#10;0YyVX8+SllzOmZhZzqKZWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljN&#10;q5r/mhcC/6UeA/+3IwPtySYD1t4pBsnpOxe+80Qps/hJOqj3TUif9lVVlPVfYInxaGiA7G9weOh1&#10;dXLlenlt4n99aeCEgGXfiYJi3Y6EX9yThl3bmYda2qGJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJ&#10;WNmoiVjZqIlY2aiJWNmoiVjZqIn/nBYC/60bAvbBHQHb2hMByegpCb3zOxmy/UMopv5HNpz9TEOT&#10;/VVNiv1fVoH5aV159XBic/J2Z27wfGpq7oFtZ+yGb2Tri3Fh6o9yX+mUdF3omXVa56B3WOameFjm&#10;pnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnj/ohUB/7cVANjPCwDK5xMCvPMp&#10;C7H9Oxmk/0Ammf9FMo//SzyH/1REf/9fS3j/aVBx/3BUbP12WGn7fFpm+oFcY/iGXmH3i19f9pBh&#10;XvaVYlz1mmNa9KBkWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWX/&#10;rRAA1sMIAMjTCgC79BUDr/8qDaP/NxiX/z0ii/9DLIH/SjR6/1I6c/9eP27/aENp/29HZv91SWP/&#10;e0th/4FMX/+FTl3/ik9c/49QWv+TUVn/mFJX/55TVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+j&#10;VFb/o1RW/6NUVv+jVFb/o1TZugUAxccHALnZCACs/xcFov8rDZX/MxaJ/zkefv9AJXX/SCtt/1Aw&#10;Z/9aNGP/ZTdg/205Xv9zO1z/eD1a/30+WP+CP1f/hkBW/4tAVf+PQVT/lEJT/5pDUf+fQ1H/n0NR&#10;/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0PGvgUAt80FAKrkCAGf/xkGlP8oDIf/&#10;LhN7/zUZcf89Hmn/RSNi/00mW/9WKVj/XyxW/2gtVP9uL1P/czBS/3gxUf98MVD/gDJP/4QzTv+I&#10;M03/jDRM/5I0S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljW3xAMA&#10;qdQCAJz5CwKT/xsFhf8jCnn/KQ9u/zEUZf85GF3/QRtX/0oeU/9SIFD/WSJN/2AjS/9mJEr/ayVJ&#10;/28lSP9zJkf/dyZG/3snRf9+J0X/gihE/4coQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/&#10;iylD/4spQ/+LKUP/iyn/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aE&#10;WfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/&#10;lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZn&#10;x4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4An&#10;B/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal3&#10;7G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyC&#10;jmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt&#10;/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4Pj&#10;Zc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/99&#10;Mgz/iDcR/5A/GP+VSSL/l1Qt/5ZfOf+Ta0X/jndR/4iCW/qEjGT1f5Rr8Xqbcu52onfrcqd76W+t&#10;f+dssoLlariE5Gm/h+Jox4ngZs+K1mPWjM9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiK&#10;z2LYis9i2Ir/hBsD/4EnB/+AMQz/izYR/5M+GP+ZRyL/nFIt/5pdOv+YaUf/k3RT/o5+X/eIiWnx&#10;gpFy7X2Yeel4n3/ldKSE43CqiOBtsIzea7eP3Wq/kdtpyJPVZs+Vy2TRk8Zl1I7GZdSOxmXUjsZl&#10;1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7/hRsD/4ImB/+CMAz/jjUQ/5Y9GP+cRiH/oFAt/59b&#10;O/+cZkj/mHFW+5N8YvSNhm3uh4536ICVgOR6nIfgdaKM3XKokdpvr5XYbbeZ1WvAnNJpyZ7JZcme&#10;wmfNmL5p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZP/hhsD/4MmB/+FLwv/&#10;kDQQ/5k9F/+fRiH/o08t/6NaO/+gZEn/nW9Y+ph5ZfGSg3Hqi4x85IOSht99mY7aeKCV1nSnmtNw&#10;rp/Rbbajz2vApcdmwqfAaMaiu2rLm7dszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zO&#10;lrdszpb/hhsD/4MmB/+HLgv/kzQQ/5s8F/+hRSD/p00t/6ZYO/+kYkr8oWxZ95x2aO+WgHXnj4mB&#10;4IeQjNqAlpXVep6d0XWlo81wrKjLbbWsx2u+rb1ov6y4a8Oms23In7BvzJmwb8yZsG/MmbBvzJmw&#10;b8yZsG/MmbBvzJmwb8yZsG/MmbBvzJn/hxoD/4QlB/+JLQv/lTMP/508Fv+kRCD/qkwt/6pXO/6o&#10;YEv4pWpa86F0au2cfnnkk4aG3IuNktWDlJzPfJuly3ejqsd0q63Ec7Wvv3C8sLVrvLCwbsGprHDG&#10;oqlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypz/hxoD/4QlB/+LLAr/lzMP&#10;/587Fv+mRB//rEss/65VO/usX0v1qmhc7qZxbOegenzfl4KK1Y6ImM2Fj6HHgJenwnuerL14p6+6&#10;drCxt3W6sq1wurKpcb+spXTEpKN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1&#10;yZ7/iBoD/4UlB/+MKwr/mDIO/6E7Ff+pQx//r0ss/7FUO/ixXUvxr2Zc6qtvbuGjdn/VmX2PzJGE&#10;mcWKjKK+hJOouX+arbR8o7CwequzrXm2tKZ0ubSidb2vn3fDpp15x6CdecegnXnHoJ15x6Cdeceg&#10;nXnHoJ15x6CdecegnXnHoJ15x6D/iBoD/4UlB/+OKgr/mjIO/6M6Ff+rQh7/sUor/bVTO/a1XEvu&#10;s2Rd5a5sb9ulc4HOnXqPxZWBmb6OiKK3iJCpsYSXrqyAn7Gofqi0pX2ytZ96uLabebuxmXvBqJh8&#10;xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqL/iRoD/4YlBv+QKgr/nDEN/6U6&#10;FP+tQh7/tEor+7hSOvO5WkvquGJe4bFqcNOpcIHIoHePv5l+mbeShaKwjIypqoiUrqWEnLKggqS1&#10;nYGutpl/t7eUfbqzk3/AqpJ/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaP/&#10;iRkD/4YkBv+RKQn/nTEN/6c5FP+vQh3/tkkq+LxQOvC9WUvnvGFe3LVncc6sb4HDpHWOuZx8mbGW&#10;gqKqkYqpo4yRrp6JmbKZhqG1loWrt5OFtreOgbm0joO/q42DxKWNg8SljYPEpY2DxKWNg8SljYPE&#10;pY2DxKWNg8SljYPEpY2DxKX/iRkD/4ckBv+TKQn/nzEN/6k5E/+xQRz/uUkp9sBPOe3CV0rkv19d&#10;1rlmcMmwbYC+qHOOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qpt4yKtLiIhri1iIe+rIiHw6aI&#10;h8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6b/ihkD/4ckBv+UKQn/oTAM/6s5Ev+0&#10;QRz8u0go9MNOOOvHVkrgw15d0bxlb8Sza4C5q3GNr6R3mKaefqGemoSol5aMrpGTlLKMkZy1iI+m&#10;t4WPsbiCjLe2goy+rYOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6b/ihkD&#10;/4gkBv+WKAj/ozAM/604Ev+2QBv6vkgn8cdON+fMVUjcx1xczL9jb7+3aX+0sHCMqal1l6Cje6CY&#10;n4KokZuJrYqZkrKFlpq1gZWkt36Vr7d7kre2fZG9rn2Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Q&#10;wqd9kMKnfZDCp32Qwqf/ixkD/4kkBv+YKAj/pS8L/7A4Ef+5QBn4wkcm7stNNeTQVEbVy1tbx8Ni&#10;brq7aH6utG6Lo65zlpqpep+SpYCmiqGHrISfj7F+nZi0epyhtnibrLZ1mre2d5i9rniWwqd4lsKn&#10;eJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqf/jBgD/4ojBv+aJwf/py8K/7M3D/y9Pxjz&#10;xkYj6tBMMuDVUkXPz1lawchgbLTAZnyoumyKnbRylZSweJ6LrH6lg6iFqn2mjK94pJWydKOftHGj&#10;qrVvpLm0cKC+rXKdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3Kdwqf/jBgD/4wi&#10;Bv+dJwf/qi4J/7Y2DvfBPhbtzEYg5NhLLtncUETJ1FhYu81ea67GZXqiwGqIl7twko23dZuEs3yi&#10;fbGDqHaviqxxrZOvba2dsWqtqbJprbexaqm/rGumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6Zr&#10;psOma6bDpmumw6b/jRgC/48gBf+gJgb/ri0I/bs1DPHHPRPl00Qc3eBILdDhT0LC21ZWtNNdaKfN&#10;Y3iayGiFj8Nuj4XAdJh9vXqedrqBpHC5iahruJKqZ7ecrGW4qK1juLatZLXBqWWwxaRlsMWkZbDF&#10;pGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaT/jhcC/5MfBP+kJQX/sywG98EzCejOPA/c3kAZ&#10;0OVILsflTUK54FVUrNtbZZ/VYXSS0GaBh81si37KcpN2yHmZb8aBnmrFiaJlxZKkYsSdpl/Ep6dd&#10;xLSnXsPEpF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKD/kBcC/5gdBP+p&#10;IwT/uSkE7sgxBt3aNArQ5EEbxutHLrzqTEGw5lNSo+NaYZfgYW6M3Wh5gttugnrZdYly1XyPa9KC&#10;k2XPiJdgzY+aXMyXnFrLoJ1Yy6udV8u6nVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZ&#10;WczMmVnMzJn/khYC/50cA/+vIAL2wCUC4tMkA9DjMgzF7EAduvFHL7DvSz+l7VFOmutaWo/qYmWF&#10;6GpufedydXXjeHtv4H6Aad2EhGTbiodg2ZGJXdiYi1rWoI1Y1qiOVtW0jlTVwY5U1cGOVNXBjlTV&#10;wY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY7/lBUC/6QZAv+3HAHpyxYB0eEdAsXsMQ669UAervdF&#10;LqP1Sjya9FBIkPNaU4bzY1t+8mxid/FzaHHuem1s64BwZ+mGc2PnjHZg5pJ4XeSYelrjnntY46V9&#10;VuKvflThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH7/mBMB/60UAfPDDwDS&#10;2AsAxOweBLj2MRGt/T4eov1DK5f8SDeO/E9BhfxZSX38Y1B3/G1WcPt0Wmv5el5o94FhZPWHY2Hz&#10;jWVf8pNnXfGZaFrwnmlY76VrVu+tbFTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60&#10;bVTutG3/oxAA8bkMAM7JCQDE3wsAtvcfBqz/MhKg/zsdlP9BJ4r/RzGB/045ev9YP3P/YkVu/2xJ&#10;af9zTGb/ek9j/4BRYP+GU17/jFRc/5JVWv6YV1n9nVhX/KRZVfurWlT7sVtU+7FbVPuxW1T7sVtU&#10;+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVvwrwgAzb8HAMDNCAC07g4Cqf8hCJ//MRGS/zcah/8+In3/&#10;RSl1/00wbv9VNWn/YDll/2o8Yf9xPl//d0Bc/35CWv+EQ1n/iURX/49FVv+URlX/mkdT/6BIUv+n&#10;SVH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUrPuAQAvsMFALLUBgCm/hAD&#10;nP8jCJD/LQ+E/zMWef87HHD/QyJp/0onYv9SKl3/XC1a/2UwWP9tMVb/czNU/3k0U/9+NVL/hDZQ&#10;/4k3T/+OOE7/kzhN/5k5TP+gOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/&#10;pjq/vAMAsMoDAKPcAwGZ/xIDj/8iCIL/KA12/y8Sbf83F2X/Pxte/0ceWP9OIVT/VyNR/18lTv9l&#10;Jk3/bCdL/3EoSv92KUn/eypI/4AqR/+FK0b/iStF/44sRP+ULEP/mi1D/5otQ/+aLUP/mi1D/5ot&#10;Q/+aLUP/mi1D/5otQ/+aLUP/mi2xwgEAo9IAAJXrAwGM/xMDgP8cBnT/Iwpp/yoOYP8yEln/OhVT&#10;/0IXTv9JGUv/URpI/1gcRv9dHUT/Yx1D/2ceQf9sH0D/cB8//3QgPv94ID3/fCA8/4EhO/+HITv/&#10;jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCL/eh0D/3YoBv9yMwv/fDcP/4Q/&#10;Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr&#10;82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/&#10;eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxx&#10;qGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE&#10;/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPd&#10;W+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+I&#10;SB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bI&#10;be9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/ehwD&#10;/3cnBv90Mgv/fzYP/4Y9Ff+LRx3/jlEn/4xeMf+Jazz/hXdG/4GDTv99j1b/eZhc/HWgYflypmX3&#10;b61p9WyzbPNquW/yaMBx8GbIc+xkzXXoYdR241/ed9td43nVXeV21V3ldtVd5XbVXeV21V3ldtVd&#10;5XbVXeV21V3ldtVd5Xb/exwD/3cnBv93MAr/gjUO/4o8Ff+PRh3/kk8n/5FcMv+OaD3/inRI/4aA&#10;Uv+Bi1r8fZVh+HidZ/V0pG3ycapx8G6wdO5rtnfsab566mfHfedlzn/iYtaA2V/dgdBf4H7MYON7&#10;zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje8xg43v/fBwD/3gmBv96Lwr/hTMO/407FP+SRBz/&#10;lk4n/5VaMv+SZT7/jnFK/4p9Vf6FiF75gJJn9HuabvB2oXPtcqd46m+ufehstIDmabyD5GfGhuFl&#10;z4jZYteKz2HZiMhi3YLEY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H//fRsD/3km&#10;Bv98Lgr/iDIO/5A6FP+VQxz/mkwn/5lYM/+WYz//km5M/456V/yJhWL1hI9r8H6Xc+x5nnrodKWA&#10;5XCrheJss4ngaruM3mjGj9pm0ZLOYtGSx2TVjMFl24a9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9&#10;Zt2CvWbdgr1m3YL/fRsD/3omBv9/LAr/izEN/5M6E/+YQhz/nUsm/51WM/+bYUD/l2xN+5J2WveN&#10;gWbyiIxw7IKUeed7m4HjdaKI33GpjtxtsZLZa7uW12nImcxky5vFZc6XwGfSkbpo2Iq2aduGtmnb&#10;hrZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24b/fhsD/3smBv+BKwn/jTEN/5U5E/+bQhv/oEom&#10;/6FUM/+fX0H7nGlP9pdzXfGSfmrsjIh154WRgOJ+mIndeKCR2HKnl9Jtr53PbLmfzGvFoMNnx6C8&#10;aMubt2rQlLJs1Y2vbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2Yn/fhoD/3slBv+D&#10;Kgn/jzAM/5g4Ev+eQRv/o0km/6ZSM/2kXUH3oWdQ8ZxxX+uXe23lj4N63oeLhtV+kpHPeJmXynSh&#10;nMdxqp/Db7OhwW6/o7prxaOza8ifr23NmKtv0pGpcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaM&#10;qXDWjKlw1oz/fxoD/3wlBv+GKQj/ki8M/5s4Ev+hQBr/p0gl/6pRMvmpW0HzpmRR7KJuYeWadnDc&#10;kX5/0omGi8uCjZPFfZWZwHidnrx1paG5c66ktnK5pbJww6arb8aiqHHLm6Rz0JOidNSOonTUjqJ0&#10;1I6idNSOonTUjqJ01I6idNSOonTUjqJ01I7/gBoD/3wlBv+IKAj/lC8L/503Ef+kPxn/qkck/a5P&#10;MvatWUHvq2JS56ZrYt6ecnPSlXqByo2Ci8OHipO9gZGat32Zn7N5oaOvd6qmrHa0p6p2waijc8Ol&#10;oHXJnp53z5acd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pH/gBoD/30lBv+KJwj/&#10;li4L/582EP+nPxj/rUcj+7JOMfOyV0HrsWBS4qpoZNaicHTMmXeBw5J/i7yLhpS1ho6ar4GVoKp+&#10;naSme6ano3qwqaF5vKmbd8GomXnHoJh6zZiXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vR&#10;k5d70ZP/gRoD/34kBv+MJgf/mC4K/6I2EP+pPhj/r0Yj+LVNMPC3VkDntV5S3a5mZNClbnPGnXWA&#10;vZZ8i7WQg5SuioubqIaSoKOCmqWff6Oom36tqph9uauUe8Cqk33GopJ+zJmRf9CUkX/QlJF/0JSR&#10;f9CUkX/QlJF/0JSRf9CUkX/QlJF/0JT/gRkD/34kBv+NJgf/mi0K/6Q1D/+sPRf+skUi9rhMMO28&#10;VEDkuF1R17JkY8upbHPAoXOAt5p6i6+UgJOoj4ibooqPoJyHl6WXhKColIKpqpGCtauNgb+rjYHF&#10;pIyCy5uMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5X/ghkD/38kBv+PJQf/nC0J&#10;/6Y1Dv+uPRb8tUUh87xLLurBUj/gvFtR0bVjY8atanK7pXF/sp53iqmYfpOik4Wam4+NoJaMlaWR&#10;iZ2ojYenq4qHsqyHh7+shobEpYeGypyHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eG&#10;zpf/ghkD/4AjBf+RJQb/niwJ/6g0Df+xPBX6uEQf8L9LLefFUT3cwFpQzbhhYsGwaHG2qW9+rKJ1&#10;iaSdfJKcmIKalZSKoI+RkqWKjpuoho2lq4OMsKyBjb6sgIvDpoGLyZ2Bi82YgYvNmIGLzZiBi82Y&#10;gYvNmIGLzZiBi82YgYvNmIGLzZj/gxkD/4IiBf+TJAb/oCwI/6szDf+0PBT3vEMe7sRKK+TJUTvV&#10;xFhPyLxgYby0Z3CxrW19p6dziZ6ieZKWnYCZj5qIn4mXkKSDlJiof5OiqnySrat6krusepHDpnuQ&#10;yZ58j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZj/gxgC/4QhBf+VJAb/oisI/60z&#10;C/63OxL0wEIc6slJKODNTznQx1dOw8BeYLe4ZW+rsmt8oaxxh5ineJCQo36YiaCFnoKdjaN9m5an&#10;eJmgqXWZq6pzmbirc5jDpnWWyZ52lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZn/&#10;hBgC/4cgBf+XIwX/pSoH/7EyCvu7OhDxxUEZ589IJdvSTTjLy1VMvcRdXrG+Y26luGp7m7JvhpKu&#10;do+JqnyWgqeDnHuki6F2opSlcaGdp26gqalsobapbaHDpm+dyZ5wnM2YcJzNmHCczZhwnM2YcJzN&#10;mHCczZhwnM2YcJzNmHCczZj/hRgC/4oeBP+aIgT/qCkG/7UwCPbAOA7ry0AV4dhGINPYSzbF0FRL&#10;t8lbXKvDYmyfvmh4lLlug4u1c4yDsnqTe6+BmXWtiZ5vq5Kia6qcpGiqp6VmqrSmZqvFpGimypxp&#10;pM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZf/hhcC/40cBP+eIQT/rCcF/bovBu/H&#10;Ngrj1D4Q2N9DH8veSjS+1lJIsNBaWqTKYGmYxmZ2jcFsgIS+col7u3iQdLl/lW63h5pptpCdZbWb&#10;oGK0pqFgtbOhX7bFoGGxzJpirs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5X/hxcC&#10;/5EaA/+iIAP/siUD9cArBObPMQbY3jgPzOVDIMPiSTO23lFGqdhYV5zSXmWQzmRyhstqfHzIcIR0&#10;xneKbsR+j2jDh5RjwpCXX8GbmVzBpppbwrObWsPFmlu+z5VcutKRXLrSkVy60pFcutKRXLrSkVy6&#10;0pFcutKRXLrSkVy60pH/iRYC/5YZAv+oHQL+uCEC7MkiAtndJQTM5TcRwupDIrfnSDOs5E9EoOBW&#10;U5TdXWCI2mNrftZqdXXUcH1u0neDZ9F/iGLQh4te0JGOWtCckFjQp5FW0LWSVdLHkVbN1I5WyNaL&#10;VsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1ov/ixUC/50XAf+vGQH0wRgB3dgRAMzlJgXB&#10;7jcTtu9CI6vtRzKh60xAlulVTYvnXViC5mVheeRsaXLkdG9s43x0Z+KEeGLijXte4pV+W+CegFjf&#10;p4JV3rGDU96+g1Le0oNR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IL/jxMC/6QT&#10;Af64EgDWzAsAzOQRAcDvJge19TgVqvRAIp/zRjCV8ks8jPFURoLwXU968GZWdPBuXG7vdmFp735k&#10;Ze+GaGHvjmpe7pZtW+2eb1jrpXBW665xVOq4clLqx3NR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR&#10;6dVzUenVc1Hp1XP/mBAB/64OANTBCQDJzwkAvvASArP5Jwqp+zgVnvs+IZP7RCyJ+ko1gfpTPnn6&#10;XUVy+mZKbfpvTmj6dlJk+n5VYfqGV1/7jlpc+pZbWvmdXVf4pV5V96xgU/e1YVL2wWFQ9spiUPbK&#10;YlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymL/owsA1rgGAMbEBwC71AkAsPwUA6b/KQuc/zUV&#10;kP87Hob/QiZ9/0kudf9RNG//Wzpp/2U+Zf9uQWL/dURf/3xGXP+DSFr/i0lY/5NLVv+bTFX/ok1T&#10;/6lOUf+xT1D/u1BP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1HarwIAxrwFALnJ&#10;BQCt2wgAo/8XBJr/KwuO/zESg/84Gnn/QCBw/0cmaf9PK2P/WC9f/2IyXP9rNFr/cjZY/3g4Vv9/&#10;OVT/hjtS/408Uf+VPU//nD5O/6M+Tf+qP0v/s0BK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lB&#10;Sv+5QUr/uUHItQIAuMEEAKvQAwCf6wkBlv8aBYv/Jgp//y0Pdf81FWz/PRpl/0QeXv9MIlj/VCVV&#10;/10nUv9lKVD/bCpO/3MrTf95LEz/fy1K/4UuSf+ML0j/kjBH/5kwRf+gMUT/qTJD/64yQ/+uMkP/&#10;rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjK4ugIAqsgAAJ3ZAACS/wwCif8aBH3/IQhy/ygMaP8w&#10;EGD/OBRa/0AXVP9IGk//TxxM/1cdSf9dHkf/YyBF/2kgRP9vIUL/dCJB/3oiQP+AIz//hiQ+/4wk&#10;Pf+SJTz/mSU7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niarwQAAndAAAI/hAACG&#10;/w4Cev8VA27/HAZk/yMJXP8rDFX/Mw9P/zsRSf9CE0b/SRRC/08WQP9VFj7/Whc8/18YO/9kGDn/&#10;aBk4/20ZN/9yGjb/dxo1/3waNP+BGzP/iBsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+N&#10;GzL/jRv/cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K&#10;/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/l&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98&#10;bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8Fzj&#10;Xutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN&#10;/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/&#10;Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ&#10;8V//cB4D/2woBv9rMQn/dTYN/3s8Ev9/Rhn/g1Ah/4FeKv9+azP/e3g7/3iGQv91kkj/cptN/3Ck&#10;Uf9trFT/a7JX/2m5Wv9nwVz8Zcde+GLMX/Vg02HwXt1i7FzkY+hb6WTiWu9k4FrwYuBa8GLgWvBi&#10;4FrwYuBa8GLgWvBi4FrwYuBa8GL/cR0D/20oBv9uMAn/eDQM/387Ev+DRBn/h04h/4ZbK/+DaDT/&#10;f3U9/3yCRf95jkz/dplS/3KhVv9vqVr+bbBe/Gq3YftovmP5ZsZl9GPMZ/Bh02nrX95r5l3lbOBb&#10;6W3ZXO5o1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72f/ch0D/24oBv9xLgn/ezIM/4M6&#10;Ef+HQxj/ikwh/4pZK/+HZTX/g3I//39+SP98i1D/eZZW/3WfXP1ypmD6bq1k+Gy0aPZpvGv0Z8Vt&#10;8GTMcOth03LlX99z3lzldNZc6HHPXu1szV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mv/&#10;cxwD/28nBv90LQj/fjEM/4Y5Ef+LQhj/jksh/45WK/+LYzb/h29B/4N7S/9/h1P+fJJb/HicYfl0&#10;pGf2cKtr822yb/FqunPvaMN262XMeOZi1XreX998013je81f5nbHYOpwxmDsbsZg7G7GYOxuxmDs&#10;bsZg7G7GYOxuxmDsbsZg7G7/dBwD/3AnBv92Kwj/gS8L/4k4EP+OQBj/kkkh/5NULP+QYDf/jGxD&#10;/4d3TfuDg1f4f45g9nqXZ/N2oG7wcqhz7W6veOtruHzoaMJ/5mbNgt9i2ITRX9yFymDgf8Vh43q/&#10;Y+h0vmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XL/dBwD/3AmBv95Kgj/hS4L/403EP+S&#10;Pxf/lkgg/5dSLP+VXjj+kWlE+ox0UPWHf1vygoll7n2Tbup3m3XncqN85G6rgeFqs4beZ72K2mXK&#10;jdJi1I7IYtiKwmPchLxl4H63ZuV4tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5nb/dRsD&#10;/3EmBv98KAf/iC0K/5A2D/+WPhb/mkcg/5xQK/+aWzj5l2ZF9JJwUu+Me1/qhYVq5X6NdOB4lX3b&#10;cp2F1G2ki9BqrY7NaLeQy2jDkchn0ZK/ZdSPuWfZibRo3YKwaeJ8rmrkea5q5HmuauR5rmrkea5q&#10;5HmuauR5rmrkea5q5Hn/dhsD/3ImBf9/Jwf/iiwK/5M1Dv+ZPRb/nkYf/6FOK/ugWTj1nGNG75ht&#10;VOiQd2LiiH9v2oCHe9J6j4PNdZeJyXGfjcVuqJHCbLGTv2u8lb1ry5W2adCUsWvVjaxs24aobeB/&#10;p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt4nz/dhsD/3MlBf+BJgf/jSwJ/5Y0Dv+dPBX/&#10;oUQe/qVMKvelVzjwomFH6ZxqVuGUcmXYjHtzz4WDfMl/i4TDepOKv3abj7pzo5O3cKyWtG+3l7Fv&#10;xJisbc2YqW/TkKVw2Imhcd6CoHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H//dxsD/3Ql&#10;Bf+DJQb/kCsJ/5kzDf+gOxT/pUMd+6lLKfOqVDjsqF5H46FnV9qZb2fPkXhzx4qAfcGEiIW7f4+L&#10;tXqXkLF3n5StdKiXqnOymadyv5qkcsuaoXPQk5501oybddyEmnXegZp13oGadd6BmnXegZp13oGa&#10;dd6BmnXegZp13oH/eBoD/3YkBf+GIwb/kioI/5syDP+jOhP/qEIc+K1KKPCvUjfnrFxH3qVkWNGd&#10;bWbIlXVzwI58fbmJhIWzg4yMrX+Tkal7m5WleaSZoXeum552upydd8qcmXfPlpd41I6VeNuGlHjd&#10;g5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg5R43YP/eBoD/3gjBf+IIwb/lCoI/54xC/+mOhL+q0Ib&#10;9bBJJ+y1UDbjsFpG2KljV8yha2bCmnJyupN6fLONgYWsiImMpoSQkaGAmJadfaGamXuqnJZ7tp2U&#10;e8aeknvNmJF805CPfNmIj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchY983IX/eRoD/3oiBf+K&#10;IgX/likH/6AxC/+oORH7r0Ea8rRIJum5TzTftFlF0q1hVselaWW9nnBytJd3fK2RfoWmjIaMoIiN&#10;kZqFlZaWgp6akoCnnY9/s56NgMKei4DMmouB0pKKgNiJiYDbhomA24aJgNuGiYDbhomA24aJgNuG&#10;iYDbhomA24b/eRoC/3shBP+LIgX/mCgH/6MwCv+rOBD5skAY77hHJOa9TjPbuFdEzbBgVsKpZ2S4&#10;om5xr5t1e6eWfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+FhL+fhYXLm4WF0ZOFhdiKhITah4SE&#10;2oeEhNqHhITah4SE2oeEhNqHhITah4SE2of/ehkC/30gBP+NIQX/mygG/6UvCf+uNw72tj8X7LxG&#10;IuPBTjDVvFZDyLReVb2sZmOzpmxwqp9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqjnYGKrp9+iryf&#10;forKnH+K0JR/idaLf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yj/ehkC/38eBP+QIQT/&#10;nScF/6guCP6yNg3zuj4V6cFFH9/FTC/Qv1RCxLddU7iwZGKuqmpvpKRxepyfd4OUm36KjpiGkIeV&#10;jpWCkpeZfZCgnHqPq554j7mfd5HKnXmQz5V5jtaMeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJeY3Y&#10;iXmN2In/exkC/4EdBP+SIAT/oCYF/6stB/u1NQvwvj0S5sdEHNrJSS7Lw1NBvrxbUrO1YmGor2lu&#10;n6pveJaldYGOoXyJh56Dj4Gbi5R7mZSYd5eem3OWqZ1xlraecJfInXKWz5VzlNWMdJPYiXST2Il0&#10;k9iJdJPYiXST2Il0k9iJdJPYiXST2In/fBgC/4QcA/+VHwP/oyUE/68sBve6MwnsxDsP4s5CGNPO&#10;SCzGx1JAucBaUa26YV+jtGdsmbBtd5CrdICIqHqHgaWBjXqiiZJ1oJKWcJ6bmWyep5tqnrScaZ/F&#10;m2ye0JRtmtaMbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2In/fRgC/4caA/+YHgP/piMD&#10;/7MpBPPAMQfnyzgL3dg6Fs3SRirAzFA+s8ZYT6fAX12cu2VqkrdrdImzcX2Br3iEeq1/inSqh49u&#10;qY+TaaealmanpZhjp7KZYqjDmGWn0ZNmo9aLZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh&#10;2Yn/fhcC/4sYAv+cHAL/qyEC+7kmA+3HLATf1TEG0945FMbYRCi50U47rMxWTKDHXVqVwmNni79p&#10;cYK7b3l6uHaAc7Z9hm20hYtos46PY7KYkmCxpJNesrGUXLLClF6y05BfrNmJYKrahmCq2oZgqtqG&#10;YKrahmCq2oZgqtqGYKrahmCq2ob/fxcC/5AWAv+hGgH/sR0B9MAgAePRIAHT3ywGyeI7FL7fRCWy&#10;2Uw4pdNUSZnPW1eOy2FjhMhobHvFbnVzw3V7bMF8gWfAhIViv46JXr6Yi1q+pI1YvrGOV7/CjVi/&#10;14tZuNyFWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YP/gRYC/5UUAf+nFgH9uBcA6csR&#10;ANPfFgHI5ywHvuY7FrPkRCWo4Us1nN1SRJHZWVKG1WBdfNNmZnTRbW5sz3R0Zs58eWHNhX1czI6A&#10;WcyZg1bMpYRUzLOFU83EhVPN3YNTxuB+VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X3/&#10;hxMB/5wSAf+uEQDawgoA0NIKAMfoGAG87CwKsus8F6jqQyWd6EgzkuZQQIjkWUt+4mBUduFoXG/g&#10;b2Jo33doY95/bF7eiHBa3pFzV96bdVTep3dS37R4UN/EeE/g3nhP1uV1T9PndE/T53RP0+d0T9Pn&#10;dE/T53RP0+d0T9PndE/T53T/jw8B/6QOANu4CADNxQkAxdUKALrxGgOw8i0MpvE7GJvwQSSR70cv&#10;h+5OOn7uWEN37WFKcO1pUGrscVVl7HlZYeyBXF3sil9a7JNhV+2dY1Xtp2VS7bNmUe7AZ0/v1GhO&#10;6+ZoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaE3o6Gj/mQsA3a4EAMy8BgDByQcAuNsKAK34&#10;HASk+C8Nmfg5F4/4PyGF+EYqfPhNMnX3Vzlu92A/afdpQ2T4cUdh+HlKXfiBTFr4iU9Y+JJRVvmb&#10;UlP5pVRR+q9VUPq7Vk76yldN++NXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76VflpQAA&#10;zrQEAL+/BQC0zgYAqusNAaD/HwaX/y8NjP82FYL/PR14/0QkcP9MKmr/VC9l/14zYf9nN13/bzla&#10;/3Y8WP9+Plb/hj9T/45BUf+XQlD/oENO/6lFTf+zRUv/vkZK/9BHSf/cR0n/3EdJ/9xHSf/cR0n/&#10;3EdJ/9xHSf/cR0n/3EfRrgAAv7kDALLFAwCn1QUAnP0PApT/IgaJ/ysMfv8yEnX/Ohhs/0IdZf9J&#10;Il//USVa/1ooV/9jK1T/ay1S/3IvUP95ME//gDFN/4gyS/+QNEr/mDVI/6E1R/+qNkb/szdE/784&#10;RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOET/xTjBswAAsr4CAKXMAQCZ3QMAkP8SAob/HwV7&#10;/ycKcf8uDmj/NhNh/z4XWv9GGlX/TR1R/1UfTv9dIEv/ZCJJ/2sjR/9xJEb/eCVE/38mQ/+GJ0H/&#10;jihA/5YoP/+eKT3/pyk8/7AqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCqzuAEApcYA&#10;AJfVAACL7wQBhP8TAnf/GgRt/yIHZP8qC1z/Mg5V/zkRUP9BE0v/SBVI/08XRf9WGEL/XBlA/2Ea&#10;Pv9nGjz/bRs7/3McOf95HDj/gB02/4gdNf+PHjT/lx4y/6AfMv+kHzL/pB8y/6QfMv+kHzL/pB8y&#10;/6QfMv+kHzL/pB+mwAAAl84AAIneAAB//wcBdP8QAmn/FQNf/xwFV/8kCFD/LApK/zMMRf87DkH/&#10;QQ89/0cQOv9NETj/UhE2/1cSNP9cEzL/YRMx/2YUL/9rFC7/cRUt/3cVLP99FSr/gxYp/4sWKf+O&#10;Fin/jhYp/44WKf+OFin/jhYp/44WKf+OFin/jhb/ZiAD/2EqBf9hMwj/aTYL/249D/9xRhX/c1Ec&#10;/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zUSv9b3kv7&#10;WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD/2EqBf9h&#10;Mwj/aTYL/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HC&#10;Rv9gyEf/Xs1I/1zUSv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN&#10;7FX4TexV+E3/ZiAD/2IqBf9jMQj/azUL/3A8D/9zRRX/dU8c/3ZdI/9zbCr/cHox/22HNv9rlDv/&#10;aZ8//2ioQv9msEX/ZLhH/2PASf9hx0r/X8xM/13TTfxc3k75WuRP9VnqUPFY71HtV/RR6Vf5UOlX&#10;+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VD/Zx8D/2MqBf9lMAj/bjML/3Q6D/93QxX/eU4c/3pa&#10;JP93aCv/dHYz/3GEOf9ukD//bJtD/2qlR/9orUr/Z7ZM/2W+Tv9jxVD/YctS/V/SVPld3VX0W+RW&#10;8FrqV+tY8FjnWPVX41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lT/aB8D/2MpBf9oLgf/&#10;cTIK/3c4D/97QhX/fUwc/35YJP97Zi3/d3M1/3SAPP9xjEL/b5dH/2yhS/9qqk//aLJS/2e7VP9l&#10;xFb+YspY+WDRWvVe3FzwXORd6lrrXuZZ8V/iWvVb3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5&#10;V9xb+Vf/aR4D/2QpBf9rLQf/dDAK/3s3Dv9/QRX/gUoc/4JVJf9/Yy7/e3A2/3h8Pv91iUX/cZRL&#10;/2+eUP9splT/aq5Y/Wi3W/xmwF36ZMlg9WHQYvBe3GPqXOVl5VvsZt5a8GPYW/Rg0V34W9Fd+FvR&#10;Xfhb0V34W9Fd+FvRXfhb0V34W9Fd+Fv/aR4D/2UoBf9uKwf/eC4K/382Dv+DPxT/hUgc/4dTJf+E&#10;YC//gGw4/3x5Qf94hUn+dJBQ+3GZVvluolr4a6pf9miyYvRmu2XzZMVo8GLQa+pf3W3jXedu21vq&#10;bdNc72jNXvNkyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91//ah4D/2YoBf9xKQf/eywJ&#10;/4M1Df+HPhT/ikcb/4xQJf+JXS//hWk6/YF1RPp8gE33eItV9HOVXPFvnWLvbKVn7Wmta+tmtm/o&#10;Y8By5mHMdeNg33fWXOR4zl7pcslf7W3EYPBov2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i&#10;9GP/ax0D/2cnBf90Jwb/fysI/4czDf+MPBP/j0Ub/5FOJf+PWjD8i2Y7+IZxRvOBfFHvfIda7HaQ&#10;YuhxmGnlbKBw4Wiodd5ksHrbYrp+2GHHf9Rh2n/LX+F+xGHld79i6XK7Y+1ttmTxZ7Zk8We2ZPFn&#10;tmTxZ7Zk8We2ZPFntmTxZ7Zk8Wf/bB0D/2omBf93Jgb/gioI/4oyDP+QOxL/k0Ma/5ZMJP2VVzD3&#10;kWI88oxtSeyGeFTnf4Ff4niKadxyknLWbZp40mqifM5nq3/LZrSByWW/g8dkzoTBY92DumTifLZm&#10;5nayZ+pxrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvaq5o72r/bRwD/2wkBf96JAX/hSkH/44x&#10;C/+UORH/mEIZ/5tKJPibVDDyl18965JqS+WKc1jegnxk1XyFbs92jXXKcpV6xm6dfsNspYK/aq+E&#10;vWm5hrpox4e3aNqHsWjega1p43qpa+h0pmvsbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W3/&#10;bRwD/24jBP99IgX/iCgH/5EwCv+YOBD/nEAY+59JI/ShUi/tnVw95ZZmTN2Ob1rTh3hlzIGBbsZ7&#10;iXbBd5F7vHOZgLhwoYS1bqqHsm20ia9swYqtbNKKqGzchaVt4X6ibuV3n2/rcJ9v63Cfb+twn2/r&#10;cJ9v63Cfb+twn2/rcJ9v63D/bhwD/3EiBP9/IQX/iycG/5QvCf+bNw//oD8X+KRHIfCnTy7oolo9&#10;35tjTdSUbFrLjHVlxIZ9b76AhXa4fI18s3iVga91nYWrcqWJqHGvi6Vwu4yjcMuNoHHZiJ1x34Gb&#10;cuR6mXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcplz6XL/bxsD/3MgBP+CIAT/jiYG/5cuCP+f&#10;Ng79pD4V9KhGIOysTS3jp1g82aBhTM2YalnFkXJlvYt6braFgnawgIl9q32Rgqd5mYajd6KKn3Wr&#10;jZx0t46adMaPmHXWi5Z23YOUduJ8k3bndJJ26HSSduh0knbodJJ26HSSduh0knbodJJ26HT/bxsC&#10;/3UfBP+EHwT/kCUF/5otCP+iNQz6qD0U8axFHuiwTCvfq1c70qRfS8icaFm/lW9kt493brCKf3aq&#10;hYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMKQkXrVjY9624WOeuF+jXrmdo165naNeuZ2jXrmdo16&#10;5naNeuZ2jXrmdo165nb/cBsC/3YeA/+GHgT/kyUF/50sB/+lNAv3qzwS7rFDHOW0Synar1U6zahe&#10;SsKgZli5mm1ksZN1bqqOfHajioN9noaLgpmCk4eUgJuLkH6ljo19sJCKfb6Rin/Tj4l+2oeIft9/&#10;h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+5Xf/cBsC/3gdA/+IHgP/lSQE/6ArBv+oMgr0&#10;rzoR67VCGuG4SifUs1M5yKtcSb6kZFe0nmtjrJhybaSTeXWejoF8mIuIgpKHkIeNhZmLiYOijoaC&#10;rpGDgryRgoPOkYOD2YiCgt+BgoLkeYKC5HiCguR4goLkeIKC5HiCguR4goLkeIKC5Hj/cRoC/3oc&#10;A/+KHQP/lyME/6IpBfysMQnxszkP6LpAF928SCXPtlI4w69bSLmoYlavompip5xwbJ+Xd3WYk358&#10;kpCGgoyNjoeHipeLg4igjn+Hq5F8h7mRe4fLkXyI2Il9h96CfYbken2G5Hl9huR5fYbkeX2G5Hl9&#10;huR5fYbkeX2G5Hn/cRoC/3waA/+NHAP/miID/6UoBPmvLwfuuDcM5L8/FNjARiTKulA3v7NZR7Ss&#10;YVWqpmhhoaFua5mcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejniNqZB2jLaRdI3IkXaO2Ip3jN2Cd4rj&#10;eneK43p3iuN6d4rjeneK43p3iuN6d4rjeneK43r/choC/38ZAv+PGwL/nSAD/6kmA/azLQXqvTUJ&#10;4MY8ENLERCPFvU81urdYRq+xX1Slq2ZgnKZtapSic3OMnnp6hpuBgICYiYV6lpKJdZSbjXKTpo9v&#10;k7SQbZTFkHCV2Ipwkt2DcZDje3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43v/cxkC/4IXAv+S&#10;GgL/oB8C/60kAvK4KgTmwzEG28w1D8zIQiHAwk00tLxWRKm2XlKfsWRelqxraI6pcXGGpXh4f6J/&#10;fnmgh4N0nY+Ib5yZi2ubpI1om7KOZ5vCjmmd2Ipqmd2Ca5bje2uW43trluN7a5bje2uW43trluN7&#10;a5bje2uW43v/dBkC/4UVAv+WGAH/pBwB+7IgAe2/JQLhzCoD1NEyDcfMQR+6x0wxrsFUQqO8XFCZ&#10;t2JckLNpZoewb26ArXZ1eap9e3OohIBtpo2FaKWXiGWko4pipLCLYKTBi2Km2Yhjot6BZZ7jemWe&#10;43plnuN6ZZ7jemWe43plnuN6ZZ7jemWe43r/dhgC/4kTAf+aFgH/qRgB9rgbAefHGgHb2RwBzdYw&#10;C8DSPx20zUovqMhSP53DWk2Sv2FYibtnYoC4bWt5tnRxcrN7d2yxg3xnsIyAYq+Wg16uoYZcrq+H&#10;Wq+/h1uw2oRdrOB/XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xj/ehUC/44SAf+fEwD/&#10;sBMA78AQANnUDADO3xwBxN0vCbnZPRqt00gsoc9QO5XLWEmLx19UgsRlXnnCbGZywHJsa756cma9&#10;gnZhu4t6XLuVfVm6oX9Xuq+AVbu/gFW82X9WuON6WLLndViy53RYsud0WLLndFiy53RYsud0WLLn&#10;dFiy53T/gBIB/5QQAP+mDwDjuAsA0sYKAMzXCwDD4x4CueIxCq/gPRik3UYnmdlON43UVkSD0V1P&#10;es9kWHLNal9ry3JlZcp5amDJgm9byYtyV8iWdVTIondSyK94UcnAeFDK23dRxuhzUsDrb1K/7G9S&#10;v+xvUr/sb1K/7G9Sv+xvUr/sb1K/7G//hw4B/5sNAN+uBwDQvAgAx8kIAMHbCwC36CADrecxDaTm&#10;PRmZ5EQmjuJMM4TgVD573lxHc91jT2vcalZl2nJcYNp6YFvZg2RX2YxnU9mXalDZo2xO2bFtTdrC&#10;bUzb3GxN2OxqTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8Gf/jwsA6aQEANG0BgDFvwYA&#10;vM0IALTpDgGq7iIFou4zDpftOxmN7EIkg+tJLnvqUzZz6Vw+bOlkRGfpbEli6HRNXuh8UVrohVRW&#10;6I5WU+mYWVHpo1pO6bBcTeq+XEzr0l1L6uldSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPzXErj&#10;81z5mQMA1KwCAMW3BAC5wwUAsNIIAKf2EQGe9SQGlfUyDor1OheB9UEgePVIJ3D1UC5q9Fo0ZfRj&#10;OGD0azxd9XQ/WfV8Qlf1hERU9Y1GUfaXSE/2oUpN9qxLS/e5TEr3yE1J+OBNSPfzTUj39E1I9/RN&#10;SPf0TUj39E1I9/RNSPf0TUj39E3aowAAx7ECALi7AwCtyQQAo9kHAJr9FAKS/ScHh/4vDX3+NxR0&#10;/z8bbP9HIGb/TiVg/1cpXP9gLVn/aTBW/3EyU/94NFH/gDZP/4k3Tf+SOUv/nDpJ/6Y7SP+xPEb/&#10;vT1F/8w9RP/mPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z7LrAAAubYBAKzCAQCg0AIAleUH&#10;AI7/GAOE/yQGev8sC3D/NBBo/zwVYf9EGVv/Sx1W/1MgU/9bIlD/YyRN/2smS/9zJ0n/eilI/4Iq&#10;Rv+KK0T/lCxC/54tQf+nLkD/sS4//7wvPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTC7&#10;sQAArLwAAJ/JAACT2QAAifwLAYD/FwJ2/yAFbP8oCWT/MA1d/zgQV/9AE1H/RxZN/04YSv9WGUf/&#10;XBpE/2McQv9pHUD/cB4//3gePf+AHzv/iCA6/5EhOP+bIjf/pCI2/60jNf+4IzX/uSM1/7kjNf+5&#10;IzX/uSM1/7kjNf+5IzX/uSOttgAAn8QAAJLSAACE4QAAff8NAXL/EwJo/xsEX/8jBlj/KwlR/zML&#10;TP86DUf/QQ9D/0gRQP9OEj3/VBM7/1oUOf9fFDf/ZRU1/2sWM/9yFjH/ehcv/4IXLv+LGCz/kxgr&#10;/5wZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxmhvwAAkswAAITcAAB49wAAbv8KAWP/&#10;EAJa/xUDUv8dBEv/JAZG/ywIQf8zCTz/Ogo5/0ALNf9FDDL/Sg0w/1ANLv9UDiz/WQ4q/14PKP9k&#10;Dyb/ag8l/3EQI/94ECL/gBEg/4gRH/+RER//kREf/5ERH/+RER//kREf/5ERH/+RER//kRH/XCID&#10;/1ctBf9YMwf/XzYJ/2M9Df9lRhL/ZlAX/2VeHP9kbiL/YXwn/1+KK/9eli7/XKEx/1uqM/9asjX/&#10;Wbo2/1jDN/9YzTn/V9g5/1bgOv9V5jv/VOw8/1PxPPxS9T34Uvk99VH9PfNR/z3zUf8981H/PfNR&#10;/z3zUf8981H/PfNR/z3/XCID/1csBf9aMgf/YTUJ/2U8Df9nRRL/aE8X/2hcHf9mbSL/Y3so/2GI&#10;LP9flC//Xp8y/12pNf9bsTf/Wrk4/1rBOv9Zyzv/WNU8/1ffPf9W5j7/Ves+/VTwP/lT9T/2UvlA&#10;81L9QPBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/PvBS/z7/XSED/1gsBf9cMAf/ZDMJ/2g6Df9rQxL/&#10;bE4X/2xaHf9qaiT/Z3gp/2SFLv9ikTL/YZw2/1+mOP9erjr/XbY8/1y+Pv9byD//WtJB/1ndQv9X&#10;5UP9VupE+VXwRPVU9UXxVPpF7lT+ROxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0L/XiED/1ks&#10;Bf9fLgb/ZjIJ/2w4DP9vQRH/b0wX/3FXHv9uZyX/a3Ur/2iCMP9ljjX/ZJk5/2KjPP9gqz7/X7NB&#10;/167Qv9dxET/XM5G/1rcR/5Z5Ej6V+pJ9VbwSvBV9krtVfpK6Vb+R+dW/0XnVv9F51b/RedW/0Xn&#10;Vv9F51b/RedW/0X/XiED/1krBf9iLQb/ajAI/282DP9yQBH/dEoY/3VVHv9yZCb/b3It/2x/M/9p&#10;izj/ZpY8/2WgQP9jqEP/YbBG/2C4SP9ewUr/XctL/1zaTfpa4071WepP8FfxUOtW9lHnV/tO5Fj/&#10;S+FZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0n/XyAD/1orBf9lKwb/bS4I/3M1DP93PhH/eEgX&#10;/3lSH/93YCf/dG4u/3B7Nf9thzv/apJB/2ebRf9lpEn+Y6xM/WG0TvtgvFH6XsZT+V3UVfVb41bv&#10;WupY6VjyWeVZ91bgWvtT21v/T9db/03XW/9N11v/Tddb/03XW/9N11v/Tddb/03/YCAD/10pBf9o&#10;KQb/cSsH/3gzC/98PBD/fUYX/35QH/99XSj/eWow/3V2OP9xgj/8bY1F+mqXS/hnn0/2ZadT9GKv&#10;VvNguFnxX8Fc8F3NXu1c4GDoWuxh4VryYNpb9lvTXPpXz139U8xe/1HMXv9RzF7/Ucxe/1HMXv9R&#10;zF7/Ucxe/1H/YR8D/2AnBP9rJgX/dSkH/3wxCv+BOhD/g0QX/4RNH/+DWSj/f2Yy/HpyO/h1fkP1&#10;cYhL8m2SUe9pmlbtZqJb6mOqX+hgsmPmXrxm5FzIaeFb2mvdWupr01zwZs1e9WHIX/lcxGD8WMFh&#10;/lXBYf5VwWH+VcFh/lXBYf5VwWH+VcFh/lX/Yh8D/2MlBP9vJAX/eSgG/4EwCv+FOQ//iEIW/4lL&#10;Hv+JVij6hWIz9YBuPfB6eUfsdYNQ6XCMWOVrlV7hZp1k3mOkadtgrW3XX7dv1F7DcNFe0nHNXedx&#10;x1/ua8Jh8ma+YvZhumP5XLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fj/Yx8D/2YjBP9yIgT/&#10;fScG/4UuCf+KNw7/jUAV/49JHvqPUyj0jF807oZqP+l/dEvjeH5V3nKGXthtj2XTaphqz2egbcxl&#10;qHDJY7FzxmK8dMRhyXXBYeB2vGPqcbdk72q0ZfNlsGb2YK5n+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5&#10;XK5n+Vz/Yx4D/2ghBP91IAT/gSUF/4ktCP+PNQz/kj4U/JRHHfWWTyjukVs054tmQeCEb07ZfXlY&#10;0XeCYMxzimfHb5NsxGybcMBpo3O9Z6x2uma2eLhlwnm2ZdV5smbmdq5o7G+qafBpqGn0Y6Zq91+m&#10;avdfpmr3X6Zq91+mavdfpmr3X6Zq91//ZB4D/2sgA/94HgT/hCQF/40sB/+TNAv/lzwS+JlFG/Cb&#10;TSfol1k04ZBiQteJbE7Og3VYyH1+YcN4hmi+dI5tuXCWcrZunnWybKd4r2qxe61pvXyqac19qGrj&#10;eqVs6XKibO1soG3yZp5u9WKebvVinm71Yp5u9WKebvVinm71Yp5u9WL/ZR0C/20eA/97HQP/hyME&#10;/5AqBv+XMgr9nDsQ9J9DGeyhSyXjnFYz2pZgQc+OaU7HiHJYwIJ6Ybp9gmi1eYpusXWSc6xymnep&#10;cKN6pm6sfaNtuH6hbcd/n27gfpxw53WacOtvmXHwaJdx82SXcfNkl3HzZJdx82SXcfNkl3HzZJdx&#10;82T/ZR0C/28dA/9+HAP/iiIE/5MpBf+bMQn5oDkP8KNBGOemSSPeoVQx0ppeQMiTZ03AjG9YuYd3&#10;YbOCf2iufYduqXqOc6R3lnigdJ97nXOofppxtICYccKBlnLYgZV05XiTdOpxknXva5F18maRdfJm&#10;kXXyZpF18maRdfJmkXXyZpF18mb/Zh0C/3EbA/+AGwP/jCED/5YoBf+eLwj2pDcN7Kg/FeOrSCDY&#10;plIwzJ5cQMOXZU27kW1Xs4t0Ya2GfGingoNuon6LdJ17k3iZeZx8lXelf5J2sIGQdb6CjnbRgo54&#10;43qNeOhzjHjtbIt48WiLePFoi3jxaIt48WiLePFoi3jxaIt48Wj/ZxwC/3MaAv+CGgL/jyAD/5km&#10;BP6iLgbzqDUL6a09E9+vRh7SqVEvx6JaP76bY0y1lWpXro9yYKeLeWihh4FunIOIdJeAkHiSfZl8&#10;jnyigIt6rYKIeruDh3rNg4d84nyHfOd1hnzsboZ88GmGfPBphnzwaYZ88GmGfPBphnzwaYZ88Gn/&#10;ZxwC/3UZAv+FGQL/kh8C/5wlA/ulLAXwrDQJ5rI7ENuzRB3NrU8uw6ZZPrmfYUuwmWhWqJRwX6GP&#10;d2ebi35uloiGc5CFjniMgpZ8iICggIR/q4KBf7iDf3/KhIGB4X2BgeZ2gYDrb4CA72qAgO9qgIDv&#10;aoCA72qAgO9qgIDvaoCA72r/aBwC/3gXAv+HGAL/lB0C/58jA/ipKgTssTEH4rc5DdW3QhzJsE4t&#10;vqpXPbSjX0qrnmdVo5huX5yUdWaWkHxtkI2Dc4uKi3iGiJR8gYaegH2EqIJ7hLWEeYTHhHqG4H97&#10;heZ3e4XrcHuE7mt7hO5re4Tua3uE7mt7hO5re4Tua3uE7mv/aRsC/3oWAv+KFwL/lxwC/6MhAvSt&#10;JwPotS4F3r01CtC6QBvEtEwsuq5WO6+oXkmmomVUnp1sXZeZc2aQlXlsipKBcoWQiXd/jZJ8e4ub&#10;f3eKpoJ0ibODcorEg3SM4H90i+V4dYnqcXaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wz/axoC&#10;/30UAv+NFgH/mhoB/6YeAfCxIwLkuykD2cIwCcu9PxnAuEoqtbJUOqqsXEehp2NSmaNqXJGfcWSK&#10;m3drhJh/cX6WhnZ5k497dJKZfnCQpIFtkLGCa5DBgm2S3X9ukeV4b4/qcXCO7Wxwju1scI7tbHCO&#10;7Wxwju1scI7tbHCO7Wz/bhgC/4ASAf+QFQH/nhcB+6saAey3HgHgwyEB0sYtCMbBPRi6vEkor7dS&#10;OKWyWkWcrWFRk6loWoulb2KEonVpfp98b3idhHRzm415bpmWfGqYon9nl66AZZi/gWWZ2H9omOV4&#10;aZbqcWqU7WxqlO1sapTtbGqU7WxqlO1sapTtbGqU7Wz/cRYC/4MRAf+UEwH/ohQA9bAUAOa+FADZ&#10;zBUAzMorB8DGOxa1wUcmqrxRNp+4WEOWs2BOjbBmWIWsbWB+qnNnd6d6bHKlgnJso4t2aKKUeWSh&#10;oHxgoK19X6G9fl6i1H1hoeZ2Yp3rcGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubGOb7mz/dBMB/4cQ&#10;Af+YEAD+pxAA57cNANbFCwDQ0BEAxc8oBbnLORSux0Ujo8NPM5m/V0CPu15LhrhkVH61a1x3snFj&#10;cbB4aWuugG1mrYlyYauTdV2rnnhbqqx5Wau8eVis0nlaq+hzXKfsbl2k72pdpO9qXaTval2k72pd&#10;pO9qXaTval2k72r/eREB/4wOAP+eDQDcrggA0rsJAMzICQDH1g4AvdUlBLLSNhGnzkIgnMpML5LH&#10;VDyIw1xHf8FiUHe+aVdwvHBeart3Y2W5f2hguIhsXLeSb1i2nnFVtqtzU7e7c1K30nNUt+tvVrLv&#10;alev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8Wf/fw4B/5MLAOGlBQDSswcAyb4HAMLLCAC83Q4A&#10;tN0jA6raMw2f1kAclNNKKorQUjeAzVpBeMthSnDJaFFqyG9XZMZ2XF/Ff2BaxYhkVsSSZ1PEnmlQ&#10;xKxqT8S8a07F02pPxe1oUMDzZFG99WFRvfVhUb31YVG99WFRvfVhUb31YVG99WH/hgoA8JoEANSq&#10;BADItgYAvsEFALfPCQCw4xEAqOMlBJ/iNQ2V4D4Zi95IJYHcUDB42lg6cNhfQmnWZ0lj1W5PXtR2&#10;U1nTf1dV04laUtOTXU/ToF9N061gS9S+YErV2GBL1O1eTNH3XEzM+VpMzPlaTMz5WkzM+VpMzPla&#10;TMz5WkzM+Vr/jwMA2qIAAMqvAwC9uQQAtMYFAKvUCQCk6hQBnOkoBpPpNA6J6D0Yf+dEInfmTipv&#10;5lcyaeVfOGPlZz1f5G9CWuR3RVbkgElT5IpLUOSUTk3kn1BL5axRSeW7Ukjmz1JI5uhSSOT4UUjh&#10;/E9I4fxPSOH8T0jh/E9I4fxPSOH8T0jh/E/hmQAAzakAAL6zAgCzvgMAqMsFAJ/aCQCY8hgCkPIq&#10;B4byMw588TsWdPFDHWzxSyNm8VQpYfFdLV3xZjFZ8W41VvF2N1PxfzpQ8og8TfKSPkvynUBJ86lB&#10;R/O2Qkb0x0NF9N9DRPTwQ0Ty+kJE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kLRogAAwK4AALK4AQCn&#10;xAIAnNIEAJLtDACM+xwDgvsoB3n7MQxw/DkSafxBF2L8SRxc/FAgV/xZI1T9YiZR/WooT/1zKkz+&#10;eyxK/oMuSP6NL0b/mDFE/6IyQ/+uM0H/uzRA/8s0P//jND//7zU//+81P//vNT//7zU//+81P//v&#10;NT//7zXEqgAAs7MAAKe/AACaywAAj9oCAIb/DwF+/xwDdf8lBmz/LQpk/zYOXf8+Elj/RRVS/00Y&#10;T/9VGkz/XBxJ/2QeR/9rH0T/cyBC/3wiQf+FIz//jyQ9/5olO/+kJjr/ryY5/7onOP/KJzj/3Cg4&#10;/9woOP/cKDj/3Cg4/9woOP/cKDj/3Ci1rwAAp7oAAJrGAACN1AAAgeYBAHr/EAFw/xgCZ/8hBV//&#10;KQdY/zEKUv85DU3/QQ9J/0gRRf9PE0L/VRRA/1wVPf9iFjv/aRc5/3AYN/95GTX/ghkz/4waMv+X&#10;GzD/oRsv/6ocL/+1HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxyptQAAmsIAAIzPAAB/3gAA&#10;dv8FAGz/DgFi/xQCWv8bA1P/JAVN/ysHR/8zCUP/Ogo//0ELO/9HDDj/TQ01/1MOM/9YDzH/Xg8v&#10;/2QQLf9rESv/cxEp/3wSJ/+GEiX/kBMk/5kTI/+jFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/&#10;qxScvgAAjcsAAH7aAABw5gAAZ/8AAF3/CgFU/xABTf8VAkf/HQNB/yQEPP8rBTf/MgY0/zgHMP89&#10;CC3/Qwgq/0gJKP9NCSb/Ugok/1cKIv9dCyD/Ywse/2sLHP9zDBr/fAwY/4QMF/+ODRX/lQ0V/5UN&#10;Ff+VDRX/lQ0V/5UNFf+VDRX/lQ3/UiUD/00vBP9RMgb/VzUH/1o8Cv9bRQ7/Wk8T/1ldF/9YbRv/&#10;Vnsf/1WJIv9TlSX/UqAn/1GoKf9QsSr/ULgr/0/BLP9Pyi3/TtYu/07kLv9O7S//TvMv/034MP9N&#10;/DD/TP8w/Ez/MPlM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y//UyQD/00vBP9UMAX/WTQH/106&#10;Cv9fQw7/Xk4T/11aGP9bahz/Wnkh/1iGJP9Wkif/VZ0p/1SmK/9Tri3/UrYu/1K+L/9RxzD/UdIx&#10;/1DhMv9Q6zL/T/Iz/0/3M/9O/DT7Tv80+E3/NPVO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL/&#10;UyQD/04uBP9WLwX/XDIH/2A4Cv9iQQ7/YkwT/2BYGP9faB3/XXYi/1uDJv9Zjyn/WJos/1ajLv9V&#10;rDD/VbMx/1S7M/9TxDT/U841/1LeNv9S6Tf/UfE3/1H2OPtQ+zj3T/849E//N/FQ/zXwUP808FD/&#10;NPBQ/zTwUP808FD/NPBQ/zT/VCMD/1AtBP9ZLQX/XzAH/2M2Cv9mQA7/ZkoT/2VVGf9jZR7/YXMj&#10;/16AKP9cjCz/W5cv/1mhMf9YqTT/V7A1/1a4N/9VwTj/Vcs5/1TaOv9U5zv/U/A8+1L2PfZR+z3y&#10;Uf8971L/O+xS/zjrUv8461L/OOtS/zjrUv8461L/OOtS/zj/VSMD/1IrBP9cKwX/Yy4H/2c0Cv9q&#10;Pg7/a0gT/2pTGf9oYR//ZnAl/2N9Kv9giC//XpMz/1ydNv9bpTj/Wq06/1i1PP9XvT7/V8c//1bT&#10;QfxV5EL5Ve5D9VT2RPBT/ETsVP9B6VX/P+ZV/zzlVf875VX/O+VV/zvlVf875VX/O+VV/zv/ViID&#10;/1UpBP9fKAX/ZysG/2wyCf9vPA3/cEYT/3BQGf9uXSD/a2sn/2h5Lf9lhDL/Yo83/2CZO/5eoT79&#10;XKlB+1uxQ/pZuUX5WMJH91fOSPVW4ErxVuxL7lX2TOlW/ErlV/9G4lj/Q95Z/0DdWf8/3Vn/P91Z&#10;/z/dWf8/3Vn/P91Z/z//VyID/1knBP9jJgT/aygG/3EwCP90OQ3/dUMT/3VNGf91WSH/cWcp/210&#10;MP1qgDb6Zoo8+GOUQPZhnET0XqRI8lysS/FbtE3vWb1Q7VjJUutX2lPnVulV5Ff1VOFZ/U/bWv9L&#10;1Vv/SNBc/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c/0T/WCID/1wkA/9mIwT/byYF/3YuCP96Nwz/&#10;e0ES/3tLGf97VSH+d2Mq+XNvMvZuezryaoVB72aPR+xjl0zqYJ9Q6F2nVOVbr1fjWbha4VfDXd9X&#10;0l7aVuZe1lnzWtJc/FXNXv9QyV7/TMVf/0nEX/9IxF//SMRf/0jEX/9IxF//SMRf/0j/WSEC/18i&#10;A/9qIQT/dCQF/3ssB/9/NQv/gT4R/4JIGf2CUiH3fl8r8nlrNe1zdT7pboBG5WmJTeFlkVTeYZlZ&#10;2l+iXNZdql/TXLNh0Fu+Ys5bzGPLWuJjyFzxYMZf+lrBYP5VvWH/Ubpi/025Yv9LuWL/S7li/0u5&#10;Yv9LuWL/S7li/0v/WSEC/2IgA/9uHwP/eCME/38rBv+EMwr/hzwQ/ohFF/eITiHwhFsr6n5mNuR4&#10;cEHfcnpL2W2DUtNpjFjPZpVczGSdX8lipWLGYK5kw1+4ZsFexGe/XthovF/rZrpj91+2ZPtZs2X+&#10;VbBl/1CvZf9Pr2X/T69l/0+vZf9Pr2X/T69l/0//WiAC/2UeA/9xHAP/fCID/4QpBf+JMQn/jDoO&#10;+Y5DFvGOTCDqilgr44RiN9t+bEPTeHZMzXN/U8hvh1nEa5BewGmYYr1moGW6Zahot2OyarVivmuz&#10;Ys5ssGLla69m9GSsZ/hdqWj8WKdp/1Omaf9Spmn/UqZp/1Kmaf9Spmn/UqZp/1L/WyAC/2ccAv90&#10;GgL/fyAD/4gnBP+OLwf9kjcM9JRAFOyVSR7kkFUq24pfN9GEaUPKfXJMxHh7VL90g1q6cYtftm6T&#10;ZLNrm2evaaRqrWetbKpmuG6oZsdvpWbfb6Vq8Wiia/ZhoGz5W55s/VaebP5Vnmz+VZ5s/lWebP5V&#10;nmz+VZ5s/lX/XB8C/2oaAv93GQL/gx8D/4wlBP+SLQb5lzUL75k+EuebRhzellIp0pBcN8qJZkLD&#10;g29MvH53VLd5f1uydYdgrnKPZapwl2imbZ9so2ypbqBrtHCeasJxnGrXcZxu7muab/NkmW/4Xpdw&#10;/FiXcP1Xl3D9V5dw/VeXcP1Xl3D9V5dw/Vf/Xh4C/2wZAv96GAL/hh0C/48jA/+WKwX1mzMJ6587&#10;EOKgRRnXm1AozJRaNsSNY0K8iGxMtYJ0VLB+fFureoRgpneLZaJ0k2mecpxtm3ClcJhvsHKVbr1z&#10;k2/Qc5Ry626Tc/JmknP2YJBz+lqQc/tZkHP7WZBz+1mQc/tZkHP7WZBz+1n/Xx0C/24XAv99FwL/&#10;iRwC/5IiAv2aKQTxoDAH56Q5Dd6lQxfRn04nx5hYNb6SYUG2jGlLr4dxVKmCeVukf4Bgn3yIZZt5&#10;kGqXdpltk3WicZBzrHONc7p0i3PLdYx253CMd/Boi3f1Yop3+VyKd/painf6Wop3+lqKd/painf6&#10;Wop3+lr/YRsC/3EWAv9/FgH/ixoB/5UgAvmeJgPtpC4F46k2CtipQBbMo0wmwpxWNLmWX0CxkGdK&#10;qotvU6SHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qnSGd7Z1hHfHdoV65HKGe+9qhXv0ZIV7+F2F&#10;e/lchXv5XIV7+VyFe/lchXv5XIV7+Vz/YxoC/3MUAf+BFQH/jhkB/5keAfahIwLqqSoE4K8yB9Ks&#10;PhXHpkskvaBVM7SaXj+slWVKpZBtUp6MdFmYiHtgk4WDZY6Ci2qKgJNuhn6dcYJ9p3R/fLR2fXzF&#10;dn1+4HN/f+5rf3/zZX9+915/fvhdf374XX9++F1/fvhdf374XX9++F3/ZRgC/3UTAf+EFAH/kRcB&#10;/5wbAfKlIAHmriYC27QuBs6vPRTDqkkjuaRTMa+eXD6nmWRJoJRrUZmQclmTjXlfjoqAZImHiGmE&#10;hZFugIOacXyCpXR5gbJ2d4HCdnaC3XR5hO1seYPyZnqC9196gvheeoL4XnqC+F56gvheeoL4XnqC&#10;+F7/ZxcC/3cRAf+HEwH/lBUA/p8YAO6qHAHisyEB1bcqBcmzOxO+rkgitKhSMKujWj2inmJHm5lp&#10;UJSVcFiOkndeiI9+ZIONhml+i49teYmYcXaHo3Nyhq91cIa/dm+H13Vzie1tc4jyZnSH9mB0h/df&#10;dIf3X3SH9190h/dfdIf3X3SH91//aRUB/3oQAf+KEQD/lxIA+aMUAOquFQDduRcAz7ooBMS3ORG5&#10;skYgr6xQL6anWDudo2BGlZ9nT46bblaImHVdgpV8Y32ThGh4kYxsc4+WcG+OoHJsja10ao29dWmN&#10;0nVskO1tbY7xZ26M9mBujPdfboz3X26M919ujPdfboz3X26M91//bBMB/30PAf+NEAD/mxAA9KgP&#10;AOW1DQDVvxAAyr4mA7+7NxC0tkQeqrFOLaGtVzmYqV5EkKVlTYmibFWCn3NbfJx6YXeagWZymIpq&#10;bZaUbmmVnnFmlKtzY5S6c2KVz3Nml+xsZ5XxZmiT9mBokvdfaJL3X2iS919okvdfaJL3X2iS91//&#10;bxEB/4EOAP+RDgDyoAwA2q0JANO4CgDOww4AxMIjA7m/NQ6vu0IcpLdMKpuzVTeSr1xBiqxjSoOp&#10;alJ8pnFZdqR4XnCif2NroIhnZ56Ra2OdnW5fnalwXZ25cFydzXBfn+trYZ3yZWKa9mBimfdeYpn3&#10;XmKZ915imfdeYpn3XmKZ917/cxAB/4UMAPqWCgDbpQYA0bEIAMu7CADGxwsAvccgArLFMguowUAZ&#10;nr5KJ5S6UzSLtlo+g7RhR3yxaE91r29Vb612WmqrfV9lqYZjYaiQZ12nm2pZp6hrV6e4bFanzGxY&#10;qOloWqf0Y1uj+F5co/ldXKP5XVyj+V1co/ldXKP5XVyj+V3/eA0A/4sJAN+cAwDSqQYAybQHAMK+&#10;BgC8zAgAtc0cAavLLwmhyD0Wl8VII43CUS+Ev1g6fLxfQ3W6ZkpvuG1Qabd0VWS1fFpftIVeW7OP&#10;YVezmmRUsqdlUrK3ZlGzzGZSs+ljVLL3X1Wu+ltWrftaVq37Wlat+1pWrftaVq37Wlat+1r/fgkA&#10;8pECANahAgDKrQUAwLcFALjCBQCyzwkAq9QXAKPTKwaZ0DoSj85FH4XLTip9yVY0dcddPW7FZURo&#10;xGxJY8JzTl7Be1NZwYRWVcCPWVK/m1xPv6hdTb+4XkzAzV5MwOpcTr/5WU+8/lVQuv5VULr+VVC6&#10;/lVQuv5VULr+VVC6/lX/hQIA3ZgAAM2mAgDBsQMAt7oDAK7GBgCn0woAoN0VAJndKASQ2zcOhtlC&#10;GX3WSyR11FQtbdJcNWfRYzxh0GtBXM9yRljPe0lUzoRNUM6PUE3Om1JLzqlTSc65VEjPz1RIzutT&#10;Sc74UErL/05Kyv9NSsr/TUrK/01Kyv9NSsr/TUrK/03njwAA0Z8AAMOrAQC3tAIArb8DAKPLBgCb&#10;2QoAlOUaAY3lKwaE5DUNe+M/FnPiSB5s4VImZuFaLGDgYjJb4Go2V+ByOlPfez1Q34VATd+PQ0rg&#10;m0VI4KhGRuC4R0XhzEdF4OhHRd/2RkXe/0RF3v9ERd7/REXe/0RF3v9ERd7/REXe/0TZlwAAx6YA&#10;ALiwAACsuQEAosUCAJjRBgCP6w0Aie4fAoDuKwZ47TQMcO09E2jtRhli7U4eXe1XI1ntYCdV7Wgq&#10;Uu1xLU/teS9M7YMySu6NNEfumDVF7qU3Q++zOELwxDhB8N85Qe/vOEDt/ThA7P84QOz/OEDs/zhA&#10;7P84QOz/OEDs/zjLoAAAuqsAAK20AAChwAAAlswBAIvZBQCE+BEBfPgfAnT4KQZs+DIKZPg7D175&#10;QxNY+UsXU/lTGlD5Wx1N+mQfSvpsIUj6dCNG+n4lRPuIJkH7kyhA+54pPvyrKj38uSs7/csrO/3i&#10;Kzr89Cs6/PcrOvz3Kzr89ys6/PcrOvz3Kzr89yu9qAAArrAAAKG8AACVyAAAidQAAH7oBQB3/xIB&#10;b/8cAmf/JgVg/y8IWf83C1T/Pw5P/0cRS/9OE0f/VhVE/10WQv9kGED/bBk9/3UaO/9+Gzn/iRw3&#10;/5QdNv+gHjX/rB8z/7kfM//IHzL/4iAy/+cgMv/nIDL/5yAy/+cgMv/nIDL/5yCwrQAAorcAAJXE&#10;AACH0AAAe90AAHL9CQBq/xEBYf8ZAlr/IgNU/yoFTv8yB0n/OglF/0ELQf9IDD7/Tg47/1UPOP9b&#10;EDb/YhE0/2kRMv9yEi//exMt/4YUK/+SFSr/nhUp/6kWKP+zFif/whYn/8cWJ//HFif/xxYn/8cW&#10;J//HFif/xxaktAAAlsAAAIfMAAB62gAAbesAAGT/BQBc/w4BVP8UAU3/HAJI/yQEQv8sBT7/MwY6&#10;/zkHNv9ACDP/RQgw/0sJLv9RCiv/Vwop/10LJ/9kCyT/bAwi/3YNIP+ADR7/jA4d/5cOHP+hDhv/&#10;rA8b/64PG/+uDxv/rg8b/64PG/+uDxv/rg+XvAAAiMkAAHnWAABr4wAAX/YAAFb/AABO/woAR/8Q&#10;AUH/FgI8/x0CN/8kAzL/KgMv/zAEK/82BSf/OwUl/0AFIv9FBiD/SgYe/1AGG/9WBxn/XAcX/2QI&#10;Ff9tCBP/dwgR/4EJEP+LCRD/lQkP/5gJD/+YCQ//mAkP/5gJD/+YCQ//mAn/SScC/0QxBP9LMQT/&#10;UDQG/1I6CP9SQwv/UU4P/09cE/9Naxb/THkZ/0uHG/9Jkx3/SJ0f/0imIP9HriH/R7Ui/0a9I/9G&#10;xiP/RtAk/0bgJP9G6iX/RvMl/0b6Jf9G/yX/Rv8l/0b/Jf9G/yT9Rv8j/Ub/I/1G/yP9Rv8j/Ub/&#10;I/1G/yP/SScC/0YvA/9NLwT/UjIG/1U5CP9VQgv/VE0P/1JZE/9QaBf/T3ca/06EHf9MkR//S5sh&#10;/0qkIv9KrCP/SbMk/0m7Jf9IxCb/SM0m/0jdJ/9I6Cf/SPEo/0j5KP9I/yj/SP8o/kj/KPtI/yf5&#10;SP8m+Uj/JvlI/yb5SP8m+Uj/JvlI/yb/SicC/0gtA/9QLQT/VTAG/1g2CP9ZQAv/WEsP/1VWE/9U&#10;Zhj/UnQb/1GBHv9PjiH/Tpgj/02hJf9NqSb/TLEn/0u4KP9LwSn/S8oq/0rZKv9K5iv/SvAr/0r4&#10;LP9K/yz9Sv8s+kr/K/dK/yn1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj/SyYC/0srA/9SKwT/WC4F&#10;/1s0CP9dPgv/XUkP/1pUFP9ZYhj/V3Ed/1V+IP9TiiP/UpUm/1GeKP9Qpir/T64r/061LP9OvS3/&#10;Tccu/03TL/9M4zD/TO0w/Ez2MfpM/jH3TP8x9U3/L/JN/y3wTf8r8E3/K/BN/yvwTf8r8E3/K/BN&#10;/yv/SyYC/04pA/9WKQT/XCsF/2AxB/9iOwv/YkYP/2BRFP9eXxn/XG0e/1p6I/9Yhib/VpEp/1Wa&#10;LP9Toi7/Uqow/1GxMf9RuTP/UMM0/k/ONftP3zb4Tus39U71OPJO/TjwT/817lD/M+tR/zHpUf8v&#10;6VH/L+lR/y/pUf8v6VH/L+lR/y//TCUC/1EnA/9aJgP/YCgF/2UvB/9oOQr/aEMP/2dOFf9lWhr/&#10;Ymgg/192Jf9dgSr/Wowu/liWMfxXnjT7VaY2+VStOPhTtTr3Ur479VHJPfNR2j7wUOg/7FDzQOlR&#10;/T7oU/875lT/OONV/zXhVf8z4VX/M+FV/zPhVf8z4VX/M+FV/zP/TSQC/1QkA/9dIwP/ZSUE/2ot&#10;Bv9tNgr/bkAO/21LFP9rVhv/aGQh/mVxKPtifS34X4cy9lyRNvNamTryWKE98FepQO5VsULsVLlE&#10;61PERulS0kjlUeVJ4lLySN9U/ETdVv9A21j/PdZZ/zrSWf840ln/ONJZ/zjSWf840ln/ONJZ/zj/&#10;TiQC/1ghA/9hIAP/aiME/3ArBf9zNAn/dD4O/3RIFP9yUhv7b18j9mtsKvJndzHvY4I37GCLPeld&#10;lEHmWpxF5FikSeJWrEzgVLRO3VS/UNtUzVDXU+JR0lTwTtBX+0rOWv9FzVz/Qslc/z7FXP88xVz/&#10;PMVc/zzFXP88xVz/PMVc/zz/TyMC/1sfAv9lHQL/biED/3UpBf95MQj/ejsM/3pEE/p5Thv0dlsj&#10;7nFnLOlscjXlaHw84WOFQ91gjkjZXZdM1VyfT9Jap1HPWbBTzVi6VMtYxlXJV9pWxVfsVcNb+U/C&#10;Xv9KwF//Rr1g/0K6YP9AumD/QLpg/0C6YP9AumD/QLpg/0D/UiEC/14dAv9pGgL/cx8D/3omBP9+&#10;Lwb/gTgL+4FBEvOASxrsfFcj5ndjLeBxbTjabXdA02mARs9liUvLY5FPyGCZUsVfoVXCXapXwFyz&#10;Wb5cv1q8W85buFvlW7de9VW3Yv9PtWP/SrJk/0awZP9DsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0P/VR8C&#10;/2EaAv9tGAL/dx0C/34kA/+ELAX+hzUJ9Yg+EO2HSBjlg1Qi3n5fLtR4aTjOc3NAyW58R8RrhEzA&#10;aIxRvWWUVLpjnFe3YqVatGCuXLJguV6wX8derV/fX6xi8VmsZf5Tqmf/Tqhn/0qmZ/9Gpmf/RqZn&#10;/0amZ/9Gpmf/RqZn/0b/Vx0C/2QYAv9wFgL/exwC/4MiAv+JKgT5jDIH7447DeeORBbeilEh1IRc&#10;Lcx+ZjjFeG9BwHR3SLtwgE23bYhSs2qQVrBomFmsZqBcqmWpX6dktGClY8Jho2PVYqJl7V2iaftX&#10;oWr/UZ9r/0yea/9Jnmv/SZ5r/0mea/9Jnmv/SZ5r/0n/WRwC/2cWAf9zFQH/fhoB/4cgAv+NJwP0&#10;ki8G6pQ4C+GUQhPWj04gzIlZLcWDYze+fWtAuHl0SLN1fE6ucoRTqm+MV6dtlFuja5xeoGmlYJ5o&#10;sGObZ71kmWfOZJhp6GGabflamW7/VJdu/0+Wbv9Llm7/S5Zu/0uWbv9Llm7/S5Zu/0v/WxoC/2kU&#10;Af92FAH/gRgB/4odAfyRJALwlywE5Zo0CNyaPxHPlEwfxo5XLL6IYDe3gmlAsX5xSKx6eU6nd4BT&#10;o3SIWJ9xkFybb5hfmG2hYpVsrGSTbLlmkWvJZpBt5GSRcfZckXL+VpBy/1GQcv9NkHL/TZBy/02Q&#10;cv9NkHL/TZBy/03/XRgB/2sTAf95EwH/hBYB/44bAfiVIQHrmygD4aAwBtWePRDKmEoewZJUK7mM&#10;Xjaxh2Y/q4JuR6Z+dk6he31TnHiFWJh2jVyUdJVfkXKeY45xqWWLcLVniXDFZ4hw4GaKdPRei3b8&#10;WIp2/1KJdv9OiXb/Tol2/06Jdv9OiXb/Tol2/07/XxcB/24RAf97EgH/hxQA/5EYAfSZHQHnoCMC&#10;3aUrBM+hOw/FnEgdvJZTKrSQXDWsi2Q/podsR6CDc02bgHpTln2CV5J6ilyOeJJginacY4d1pmaE&#10;dLJognTCaIB022iDePJghHr7WYR5/1SEef9PhHn/T4R5/0+Eef9PhHn/T4R5/0//YRUB/3AQAf9+&#10;EQD/ihIA/5QVAPCdGQDjpR4B16goA8ulOQ7Bn0Ybt5pRKa+VWjSnkGI+oYtqRpuHcUyVhHhSkIF/&#10;V4x/h1yIfZBghHuZY4B6o2Z9ebBoe3m/aXp51ml8fPBhfn76Wn59/lV+ff9Rfn3/UX59/1F+ff9R&#10;fn3/UX59/1H/YxQB/3IPAf+BEAD/jREA/JgSAOyhEwDfqhYA0awmA8eoNw28o0Qas55PJ6qZWDOj&#10;lGA9nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo5ffoCXY3p/oWZ3fq1odX69aXN+0ml2ge5ieIL6W3iC&#10;/lZ5gf9ReYH/UXmB/1F5gf9ReYH/UXmB/1H/ZRMB/3UOAP+DDgD/kA4A9ZsOAOimDgDZrw8AzK8k&#10;AsKrNQy4p0MZrqJOJqadVjGemV47l5VmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaVYnSEn2Vxg6to&#10;boO6aW2Dzmlvhutjcof5XHOG/VZzhf9Sc4X/UnOF/1Jzhf9Sc4X/UnOF/1L/aBEB/3gNAP+GDQD2&#10;kwwA3qAJANapCgDSsg0Ax7IiAr2vMwqzq0EXqqdMJKGiVTCZnl06kppkQouXa0mFlHJQgJJ5VXuP&#10;gVp2jYlecoySYm6KnWVrialnaIm4aGeJy2hpi+ljbI35XG2M/Vdtiv9SbYr/Um2K/1Jtiv9SbYr/&#10;Um2K/1L/axAB/3sLAP+KCgDimAYA1qMIANCsCQDLtQsAwbYfAbi0MQmusD8WpKxKIpyoUy6UpFs4&#10;jKBiQIaeaUiAm3BOepl3U3WWflhwlIdcbJOQYGiSm2NkkadlYpC2ZmCRyWZikudiZZT4XGeS/Vdn&#10;kf9SZ5H/UmeR/1Jnkf9SZ5H/UmeR/1L/bg4A/38JAPGOBQDZmwUAz6YHAMmvBwDEuQgAu7ocAbK4&#10;LweotT0Tn7FIIJauUSuOqlk1hqdgPoClZ0V6om5LdKB1UW+efFVqnIVZZpuOXWKamWBemaZiXJm0&#10;Y1qZx2NbmuVgX5v3W2Ca/lZhmP9SYZj/UmGY/1JhmP9SYZj/UmGY/1L/cgsA/4MFAN+TAQDRnwQA&#10;yaoGAMGyBQC7vQQAtL8YAKu+LAWiuzoRmbhFHZC1TyiHslcygK9eOnmtZUJzq2xIbqlzTWmnelFk&#10;poNWX6SNWVyjmFxYo6ReVqOzX1Wjxl9VpORdWKT2WFqj/1Rbof9QW6H/UFuh/1Bbof9QW6H/UFuh&#10;/1D/dwcA8IkAANaYAADLpAMAwa0EALm2AwCywAQAq8UUAKPFKASbwjcOkcBDGYm9TCSAulUuebhc&#10;NnK2Yz1ttGpDZ7NxSGKxeUxesIFQWq+LVFavl1ZTrqNYUK6yWU+uxllPruRYUa72VFOu/1BUrP9N&#10;VKz/TVSs/01UrP9NVKz/TVSs/03/fQAA348AAM6dAADDqAIAubACALC6AgCoxAUAocwPAJvMIwKS&#10;yjMKicg/FYHGSR95xFIocsJaMGvBYTdmv2g8Yb5wQVy9eEVYvIFJVLyLTFG7lk9Ou6NRTLuzUkq7&#10;xlJKu+RRTLv2Tk26/0tOuf9JTrn/SU65/0lOuf9JTrn/SU65/0nvhQAA1JUAAMejAAC6rAEAsLQA&#10;AKe/AwCeyQYAldQLAJDVHQGJ1C4GgNI8EHjQRhlxz08has5YKWTNXy9fzGc0WstuOVbKdz1SyoBA&#10;T8mLQ0zJl0VJyaRHR8mzSEbKyEhGyuZHR8n3RUfI/0NIx/9CSMf/QkjH/0JIx/9CSMf/QkjH/0Le&#10;jQAAy5wAAL2nAACxsAAAproAAJzEAwCTzwcAit0MAIXfHQF+3ywFdt43C2/eQxNo3U0aYtxVIF3b&#10;XSZY22UqVNptLlDadjJN2oA1StqLN0falzlF2qQ7Q9u0PELcyDxC2+U7Qtr0OkLZ/jpD2P85Q9j/&#10;OUPY/zlD2P85Q9j/OUPY/znQlgAAwaMAALKsAACntQAAnMAAAJHKAwCH1gcAgOkRAHnpIAJy6SwF&#10;a+k2CmTpPw9e6UgUWelRGVXoWhxR6WIgTulrI0vpdCVI6X0nRumIKkPpkytB6qAtQOqvLj7rwC49&#10;7NsuPervLj3o/C495/8tPef/LT3n/y095/8tPef/LT3n/y3FnwAAtakAAKixAACcvAAAkMcAAITS&#10;AQB63wYAdPQTAG30IAJm9CoEX/Q0CFr1PQtU9UUPT/VMEkz1VRRJ9l0XRvZlGET2bhpB9nccP/eB&#10;HT33jR8795kgOfimITj4tSI3+cgiNvnjIjb48yI29/wiNvf8Ijb3/CI29/wiNvf8Ijb3/CK3pgAA&#10;qa4AAJy5AACQxAAAg88AAHfbAABv9goAZ/8TAWD/HQJa/ycDVP8wBU//OAhK/0AKRv9IDEP/Tw5A&#10;/1YPPf9eEDv/ZRI4/24TNv93FDT/ghUy/48WMP+bFy//qRcu/7cYLf/IGCz/4Rgs/+8YLP/vGCz/&#10;7xgs/+8YLP/vGCz/7xirqwAAnrUAAJDBAACCzAAAddkAAGnkAABh/wkAW/8RAFT/GQFO/yICSf8r&#10;BET/MgVA/zoGPP9BBzn/Rwg2/04JM/9UCjH/Wwsu/2IMLP9rDCn/dQ0n/4AOJf+NDiT/mg8j/6YQ&#10;Iv+zECH/wRAh/9AQIf/QECH/0BAh/9AQIf/QECH/0BCfsgAAkb4AAIPKAAB11gAAZ+IAAFvxAABU&#10;/wYATv8OAEj/FAFC/xwCPf8kAjn/KwM1/zIEMf84BC7/PgUr/0MFKP9JBiX/TwYj/1YHIf9dBx7/&#10;ZQgc/28IGf96CRf/hwkW/5QJFf+fChT/qgoU/7MKFP+zChT/swoU/7MKFP+zChT/swqTuwAAhMcA&#10;AHXTAABn4QAAWOgAAE77AABI/wAAQf8KADv/EAE2/xUBMf8cAS3/IgIp/ygCJf8tAiL/MgMf/zgD&#10;HP89Axr/QgMX/0gEFf9OBBP/VQQR/10FD/9nBQ3/cgUM/30FCv+JBgr/kwYJ/5wGCf+cBgn/nAYJ&#10;/5wGCf+cBgn/nAb/PyoC/z8wA/9EMAP/SDME/0k5Bv9IQgj/Rk0L/0VbDv9DaRH/QXcT/0CFFf8/&#10;kRb/PpsY/z6kGP89qxn/PbMa/z26Gv89wxr/PMwb/zzbG/885xv/PPAb/zz4G/89/xv/Pf8b/z3/&#10;G/89/xr/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/QCoC/0EuA/9HLgP/SjEE/0w3Bv9LQAj/SksL&#10;/0hZD/9GZxH/RHUU/0OCFv9Cjxj/QZkZ/0GiGv9AqRv/QLEb/z+4HP8/wBz/P8kd/z/WHf8/5R3/&#10;P+8d/z/3Hv8//h3/P/8d/z//Hf9A/xz+QP8b/kD/G/5A/xv+QP8b/kD/G/5A/xv/QCoC/0MsA/9J&#10;LAP/TS8E/081Bv9QPgj/TkkM/0xWD/9KZBL/SHIV/0d/GP9Gixn/RZYb/0SfHP9Epx3/Q64e/0O1&#10;H/9CvR//QsYg/0LRIP9C4iH/Qu0h/0L1If9C/SH9Qv8h+0P/IPpD/x/5Q/8e+UP/HvlD/x75Q/8e&#10;+UP/HvlD/x7/QSkC/0YqA/9MKQP/USwE/1MyBv9UPAj/VEcM/1FSD/9PYBP/TW8X/0x8Gf9KiBz/&#10;SZIe/0ibH/9HoyH/R6si/0ayI/9GuiP/RsMk/0XNJf9F3iX/Reom/EX0JvlF/Cb2Rf8m9Ub/JPRG&#10;/yPzR/8h80f/IfNH/yHzR/8h80f/IfNH/yH/QigC/0knAv9QJgP/VSgE/1gvBf9aOQj/WkQM/1dP&#10;EP9VXBT/U2oY/1F3G/9Pgx//To4h/02XI/9MnyX/S6cm/0quJ/9Ktin+Sb4q/UnJKvpI2Sv3SOcs&#10;9EjyLPFI+yzvSf8q7Ur/KOxK/yfrS/8l60z/JetM/yXrTP8l60z/JetM/yX/QygC/00kAv9UIwP/&#10;WiUD/14sBf9gNgf/YEEL/15MEP9bVxX/WWYZ/1dyHv9VfiL+U4kl/FGTKPpQmyr5T6Ms906qLvZN&#10;si/0TLow80zEMvJL0TPuS+Q06krwNOdL+jPlTf8w5E7/LeJP/yvhUP8p4VD/KeFQ/ynhUP8p4VD/&#10;KeFQ/yn/RiUC/1AhAv9YIAL/XyED/2QqBP9mMwf/Zj0L/2VIEP9iUxX/YGEb/F1tIPhaeSX1WIQp&#10;81aNLfBUljDuUp4z7VGlNetQrTfpTrU5506/O+ZNzDzjTOA9303uPNxP+TnZUf811lL/MtRT/zDT&#10;VP8t01X/LdNV/y3TVf8t01X/LdNV/y3/SiMC/1QeAv9cHAL/ZB8C/2knBP9sMAb/bToK/2xED/1q&#10;TxX4Z1wc82NoIu9gdCjrXX4u6FqIM+VXkTfjVZk64FOgPt5SqEDcUbFB2VC7QtZQyEPTUNxEz1Ds&#10;Q8xS+D/LVf87yVf/N8hY/zTHWf8yxln/McZZ/zHGWf8xxln/McZZ/zH/TSAC/1cbAv9gGQL/aR0C&#10;/28lA/9yLQX/dDcI/XNBDvZxSxTwblgc6mpkJOVlbivgYXkz3F6CONhcizzTWpQ/0FicQs5Xo0TL&#10;VaxGyVW1R8dUwEnFVNBJwlPmScBW9UW+Wf9AvVv/PLxc/zm7Xf81ul3/Nbpd/zW6Xf81ul3/Nbpd&#10;/zX/UB4C/1sZAf9kFgH/bRsC/3QiAv94KgT/ejMH9no9DO94RxPndVQb4XBfJdprai3TZ3Q0zmR9&#10;Osphhj/HX45CxF2WRcFbnki/WqZKvFmvTLpYuk24WMhOtljfTrRZ8EuzXP1Fsl//QLJg/zywYf85&#10;sGH/OLBh/ziwYf84sGH/OLBh/zj/UhsB/14WAf9oFAH/chkB/3kfAv9+JwP5gDAF8IE5CueAQxHg&#10;fFAa1ndbJM9yZi7JbW81xGp4O8BngUC8ZIlEuWKRSLZgmUqzX6FNsV2qT65ctFGsXMFSqlzUUqhd&#10;61CoYPpJqGP/RKhk/0CmZf88pmX/O6Zl/zumZf87pmX/O6Zl/zv/VRkB/2EUAf9sEgH/dhcB/30c&#10;Af+DIwL0hiwE6og1B+GHQA7WgkwZzX1YJMZ3Yi3Ac2s1u290PLdsfEGzaYRGr2eMSaxllEypY5xP&#10;pmKlUaRhr1OiYLxVoGDNVZ5g5lSeZPdNn2f/R59p/0Oeaf8/nWn/PZ1p/z2daf89nWn/PZ1p/z3/&#10;VxcB/2MSAf9vEQH/eRQB/4EZAfuHIAHvjCcC5I4wBdqNPQzPh0oYx4JVI799Xy25eGg1s3RwPK9x&#10;eEKrboBGp2yISqRpkE6gaJhRnWahU5tlq1WYZLhXlmTIWJRk4ViVaPRQlmv/Spds/0WWbf9Blm3/&#10;QJZt/0CWbf9Alm3/QJZt/0D/WRUB/2YQAf9yEAD/fRIA/4UWAPaMGwHqkSIB35QrA9OROgvJjEcX&#10;wIdTIrmCXCyyfWU1rXltPKh1dUKjc31HoHCES5xujE6ZbJVSlWueVJJpqFeQabRZjmjDWYxo3FqN&#10;bPJTj27/TJBw/0ePcf9Dj3H/QY9x/0GPcf9Bj3H/QY9x/0H/WxQB/2gPAP91DwD/gBEA/4kTAPKQ&#10;FwDllhwA2ZkmAs2VOArEkEUWu4tRIbOGWiytgmM0p35rO6F6ckGdd3pGmXWBS5VziU+ScZFSjm+b&#10;VYtupViIbbBahmy/W4Rt1VuGb+9ViHL9Tol0/0mJdP9EiHT/Q4h0/0OIdP9DiHT/Q4h0/0P/XRIB&#10;/2sOAP94DgD/gw8A/YwQAO2UEgDgmhUA05wkAsiZNgm/lEMVto9PIK6KWCunhmEzoYJoO5x/cEGX&#10;fHdGk3l+S493hk+LdY9SiHOYVoRyoliBca5af3G8XH1x0Fx/c+xWgXb7T4N4/0qDeP9Fgnj/RIJ4&#10;/0SCeP9Egnj/RIJ4/0T/XxEB/20MAP96DQD/hQ0A8o8NAOeYDQDbnw4Azp8iAcSdNAi6mEIUspNN&#10;H6qPViqjil8ynIZmOpeDbUCSgHVFjX58Sol8hE6FeoxSgniVVn53oFl7dqtbeXW6XHd2zVx4d+pY&#10;e3r6UX18/0t9fP9GfXz/RX18/0V9fP9FfXz/RX18/0X/YRAB/28LAP99CwD1iAoA35MIANibCgDT&#10;ogwAyaMfAb+gMge2nEATrZdLHqWTVCiej10xmItkOZKIaz+NhXJFiIN6SoSAgU6Af4pSfH2TVXh8&#10;nVh1e6lbcnq4XHF6ylxyfOhYdX75UXeA/0x3gP9Hd4D/RneA/0Z3gP9Gd4D/RneA/0b/ZA8A/3IJ&#10;AP9/CADljAUA2JYHANGeCQDOpQoAxKYdAbqkLwaxoD4RqJxJHaCYUyeZlFswk5BiOI2NaT6IinBE&#10;g4h4SX6Gf016hIhRdoKRVXKBm1hvgKdabH+1XGuAyFxrgeVZboP3UnGE/01yhP9IcoT/R3KE/0dy&#10;hP9HcoT/R3KE/0f/Zg0A/3UHAPaDBQDcjwMA0pgGAMyhBwDIqAgAv6kaALWoLQWspDwQpKBHG5yd&#10;USWUmVkvjpZgNoiTZz2CkG5DfY52SHmMfUx0ioVQcIiPVGyHmVdphqVZZoazW2WGxVtlhuNZaIj2&#10;UmuK/01siv9IbIn/R2yJ/0dsif9HbIn/R2yJ/0f/aQsA/3gEAOWHAADWkgMAzZwFAMakBgDBqwYA&#10;ua0XALCsKwSnqToOn6ZFGZaiTyOPn1ctiJxfNYKZZjt9l2xBeJVzRnOTe0tukYNPao+NUmaOl1Vj&#10;jaNYYI2xWV+Nw1pejeBYYo/1UmSQ/01mkP9IZo//R2aP/0dmj/9HZo//R2aP/0f/bAgA/nwAAN6K&#10;AADQlgIAyJ8EAMCnBAC5rgMAsrIUAKqxKAOhrzcMmaxDF5GoTSGJpVUqgqNcMnygYzl3nmo+cpxx&#10;RG2aeUhomYFMZJeLUGCWlVNdlqJVWpWwV1mVwVdYld5WW5bzUF2X/0xfl/9HYJb/RmCW/0Zglv9G&#10;YJb/RmCW/0b/cAMA64EAANaPAADKmgEAwaMDALmqAgCxsgEAqrcRAKO3JAKbtTQKk7JAFIqvSh6D&#10;rVMnfKtaLnaoYTVwp2g7a6VvQGejd0Rion9IXqGJTFqglE9Xn6BRVJ+uU1OfwFNSn91SVZ/zTleg&#10;/0pZoP9GWZ//RVmf/0VZn/9FWZ//RVmf/0X/dQAA4IYAAM+TAADEnwEAuqcBALGuAACptgAAob0N&#10;AJu9IAGUvDEHi7o9EIO3SBp8tVAidbNYKm+yXzBqsGY2Za9tO2CtdT9crH5DWKuHR1Wqk0pRqp9M&#10;T6quTU2qwE1NqtxNTqrySVCq/kZSqf9DUqn/QlKp/0JSqf9CUqn/QlKp/0LyfAAA14wAAMiZAAC9&#10;owAAsqsAAKmyAACguwIAl8QJAJLFGwCLxCwEg8I6DHvBRBV0v04dbr1WJGi8XSpju2QwX7psNFq5&#10;dDlWuHw8U7eHP0+3kkJMtp9ESratRki2wEZIt91FSbbyQ0q1/0FLtf8+S7T/PUu0/z1LtP89S7T/&#10;PUu0/z3igwAAzZIAAMGfAAC0pwAAqq8AAKC4AACWwAMAjMoHAIbNFACBzSYCesw1CHPLQQ9sykoX&#10;ZslTHWHIWyNcx2IoWMZqLFTGcjBQxXwzTcWGNkrEkjlHxJ87RcSuPETFwTxDxd88RMTzO0TD/zlF&#10;wv83RcH/N0XB/zdFwf83RcH/N0XB/zfViwAAxZoAALekAACrrAAAoLQAAJa+AACLxwQAgdAIAHjZ&#10;DgB12SABb9gvBGnYPAlj1kYQXtZQFVnVWBpV1GAfUdRoIk7UcSZL03spSNOFK0XTki5C1J8vQdSv&#10;MD/VwjE/1eEwP9PyMD/S/S8/0f8uP9D/Lj/Q/y4/0P8uP9D/Lj/Q/y7KlAAAu6EAAK2pAACisQAA&#10;lrsAAIvEAACAzQMAddgIAG/kEQBq5CABZOQtA17kOAdZ5EELVeRLD1HkVBJN5F0WSuRlGEfkbhtF&#10;5HcdQuSCH0DkjiE+5ZsjPOWqJDvmvCQ65tMkOeXuJDnj+iM54v8kOeL/JDni/yQ54v8kOeL/JDni&#10;/yS/ngAAr6YAAKOuAACXuAAAisIAAH7MAABz1gIAaeUJAGTvFABf8CABWfArA1TwNQVP8D4HS/FG&#10;CkfxTgxE8VcOQvFfED/yZxI98nAUOvJ7FTjzhxY285QYNfSiGTP0sRky9cUaMfXiGjH08Rkx8f4Z&#10;MfH/GTHx/xkx8f8ZMfH/GTHx/xmypAAApasAAJi2AACLwAAAfsoAAHHVAABl3gAAXvUKAFn8EwBT&#10;/B4BTvwnAkr9MANF/TkFQf1ABj7+SAc7/k8JOP9XCjb/Xgsz/2cMMf9wDS7/fA4s/4kPK/+WECn/&#10;pBAo/7QRJ//HESf/4REm//IRJv/2ESb/9hEm//YRJv/2ESb/9hGnqQAAmbMAAIu+AAB+yQAAcNMA&#10;AGTeAABY5wAAUv8JAE3/EQBH/xkBQ/8iAT7/KgI6/zIDN/85AzP/PwQw/0YFLf9NBSv/VAYo/1sH&#10;Jv9jByP/bQgh/3kJH/+HCR7/lQod/6MKHP+xChv/wAsa/9YLGv/fCxr/3wsa/98LGv/fCxr/3wub&#10;sQAAjbwAAH7HAABw0gAAY94AAFXkAABL9QAARv8FAED/DgA7/xQAN/8bATP/IwEv/ykCK/8wAij/&#10;NQIl/zsDIv9BAx//RwMd/04DGv9VBBj/XgQV/2gFE/90BRH/ggUQ/5AGEP+dBg//qQYO/7UGDv+6&#10;Bg7/ugYO/7oGDv+6Bg7/ugaOugAAf8UAAHDRAABi3gAAVOUAAEbrAAA//gAAOf8AADT/CQAv/w4A&#10;K/8UACf/GgEj/yEBH/8lARz/KgEZ/y8BFv80AhT/OgIR/0ACEP9GAg7/TgIM/1YCCf9gAwf/bAME&#10;/3gDA/+GAwL/kQMB/50DAf+hAwH/oQMB/6EDAf+hAwH/oQP/Ni0C/zkuAv8+LgP/QDID/0A4BP8+&#10;QQb/PEwI/zpaCv84aAz/NnYO/zWDD/80jxD/M5kR/zOhEf8zqRL/MrAS/zK3Ev8yvxL/MsgT/zLT&#10;E/8y4xP/Mu0T/zL2Ev8z/hL/M/8S/zP/Ev8z/xH/M/8R/zP/EP8z/xD/M/8Q/zP/EP8z/xD/Ni0C&#10;/zssAv9ALAP/Qy8D/0M1BP9CPgb/QEoI/z5XC/88ZQ3/OnMP/ziAEP83jBH/N5YS/zafE/82pxP/&#10;Nq4U/za1FP82vBT/NcUV/zXQFf814BX/NusV/zb0Ff82/RT/Nv8U/zb/FP43/xP+Nv8T/Tb/Ev02&#10;/xL9Nv8S/Tb/Ev02/xL/NywC/z4qAv9DKgL/Ri0D/0cyBP9GPAb/RUgI/0NVC/9BYg3/P3AQ/z19&#10;Ef88iRP/O5MU/zucFf86pBb/OqsW/zqyF/86uRf/OcIX/znMF/853Rj/OekY/znzGP86+xj8Ov8X&#10;+jr/F/k6/xb4Ov8W+Dr/Ffg6/xX4Ov8V+Dr/Ffg6/xX/OSsC/0EnAv9GJwL/SikD/0svBP9MOQb/&#10;S0UI/0hRC/9GXg7/RGwR/0J5E/9BhRX/QI8X/0CYGP8/oBj/P6cZ/z6uGv8+thr/Pr4b/z7IG/89&#10;1hz+PeYc+z7xHPg++hz1Pv8c8z7/GvI//xnxP/8Z8T//GPE//xjxP/8Y8T//GPE//xj/PSgC/0Uk&#10;Av9KIwL/TiUD/1EsBP9SNgb/UUEI/09NDP9MWg//SmcS/0h0Ff9HgBf/RosZ/0WUG/9EnBz/Q6Qd&#10;/kOrHv1Csh/8Qrog+kLEIPlC0CH2QeIh8kLuIu9C+SLtQv8g60P/H+pD/x3pRP8c6ET/G+hE/xvo&#10;RP8b6ET/G+hE/xv/QCUC/0ghAv9PIAL/UyEC/1cpA/9ZMwX/WD4I/1ZJDP9SVRD/UWMU/09vF/5N&#10;exr7S4Yd+UqPH/dJmCH2SJ8i9EemJPNHriXxRrYm8Ea/J+9FyyjsRd4p6EXsKeVG+CjiR/8m4Uj/&#10;JN9J/yLeSf8g3Un/H91J/x/dSf8f3Un/H91J/x//QyIC/0weAf9THAL/WR4C/10mA/9fMAT/XzoH&#10;/11FC/9aUBD9WF4V+FVqGfVTdh3yUYAh70+KJO1NkybrTJop6UuiK+dKqSzlSbEu5Ei7L+JIxzHg&#10;SNkx3EjqMdhJ9i7US/8r0kz/KdBN/ybPTv8lzk7/I85O/yPOTv8jzk7/I85O/yP/Rx8B/1AaAf9X&#10;GAH/XhwB/2MjAv9mLAT/ZjYG/2RBCvpiTA/0X1kV71xlG+tZcCDnVnsl5FSEKeFRjS3eUJUw3E+d&#10;MtlOpTPWTa010023NtFMwjfPTNE4zEzmOMlN9DXHT/8xxVH/LsRS/yvDU/8pwlP/J8JT/yfCU/8n&#10;wlP/J8JT/yf/ShwB/1QXAf9cFQH/YxkB/2kgAv9sKQP/bTIF+Ww9CfJpRw7rZlQV5WNgHOBfayLb&#10;XHUo1ll/LdJXiDDPVZAzzFSYNspToDjHUqc6xVGwO8NQuzzBUMk9v1DfPbxR8Du6U/w3uVX/M7hX&#10;/y+3WP8tt1j/K7dY/yu3WP8rt1j/K7dY/yv/TRoB/1cUAf9gEgH/aBcB/24dAf9yJQL7cy4D8nM4&#10;B+lxQw3iblAU22lcHNNlZiTOYnAqyV96L8ZcgjPDW4o2wFmSOb1Ymju7VqI+uFWrP7ZVtUG0VMJC&#10;slTUQrBV6kGuV/k8rln/N61b/zOtXP8wrV3/Lq1d/y6tXf8urV3/Lq1d/y7/UBcB/1oSAf9kEAD/&#10;bRQA/3MaAf93IQH0eSkC6nozBeJ4PwrZdEwTz3BYHMlrYiTEaGwrv2V1MLtifTW4YIU4tV6NPLJc&#10;lT6vW51BrVqmQ6tZr0SpWbxFp1jMRqRY5UakW/ZAo17/O6Nf/zejYP8zo2H/MaNh/zGjYf8xo2H/&#10;MaNh/zH/UxUB/10QAP9oDwD/cBIA/3cWAPt8HAHufyQB5IAtA9p/OwjPekkSx3VUG8FxXyS7bWgr&#10;tmpwMbJneTavZYA6q2OIPahhkECmYJhDo16hRaBeq0eeXbdInF3GSZpc30maX/JEmmL/Pppj/zmb&#10;Zf82m2X/M5tl/zObZf8zm2X/M5tl/zP/VRMB/2AOAP9rDgD/dBAA/3sSAPWBFwDohB4A3ocnAdGE&#10;NwfIf0YRwHtRG7l2WyO0cmUrr29tMapsdTananw6o2iEPqBmjEGdZJREmmOdR5dip0mVYbJLk2HB&#10;TJFh2EyRY+9HkmX9QZJn/zyTaf84k2r/NZNq/zWTav81k2r/NZNq/zX/VxEB/2MNAP9uDAD/dw4A&#10;/38PAPCFEQDjiRYA1osjAcuINQbChEMQuoBPGrN7WSOtd2IqqHRqMaNxcTafbnk7nGyBP5hqiEKV&#10;aZFFkmeaSI9mo0qNZa9MimW9TYll0U6JZ+xKimn7Q4tr/z6Mbf86jG7/N4xu/zeMbv83jG7/N4xu&#10;/zf/WRAA/2ULAP9xCwD/egsA8YIMAOiJDQDdjg4Az48gAcaNMga9iUEPtYRNGa6AViKnfF8qonhn&#10;MJ11bzaZc3Y6lXF9P5JvhUKObY5Gi2yWSYhqoEuFaqxNg2m6T4FpzE+BauhMg235RYRv/z+FcP87&#10;hnH/OIZx/ziGcf84hnH/OIZx/zj/Ww8A/2cIAP9zCADzfQgA3oYHANmMCQDVkQsAypIeAMGQMAW4&#10;jT8OsIhKGKmEVCGigF0pnX1lMJh6bDWTd3M6j3V7PoxzgkKIcotGhXCUSYJvnkx/bqlOfG23T3tt&#10;yVB6buZNfHH4Rn5z/0F/dP89gHX/OoB1/zqAdf86gHX/OoB1/zr/XQ4A/2oGAP92BgDkgAMA2YkG&#10;ANKPCADPlAoAxZYbALyULgSzkT0Nq41IF6SIUiCehVsomIFjL5N+ajWOfHE5inp4PYZ4gEKDdohF&#10;f3WRSXxzm0x5cqdOdnK1UHRyxlB0cuNPdnX2R3h3/0J6eP8+e3n/Ont5/zp7ef86e3n/Ont5/zr/&#10;XwwA/2wEAPV5AgDegwIA04sFAM2SBwDJlwgAwJkZALeYLAOvlTsMp5FHFp+NUB+ZiVknk4ZhLo6D&#10;aDSJgW85hX92PYF9fkF9e4ZFeXqPSXZ4mUxzd6VOcHeyUG53xFBtd+BPcHn1SHJ7/0N0fP8+dX3/&#10;O3V9/zt1ff87dX3/O3V9/zv/YQoA/28CAOh8AADZhgEAz44EAMiVBgDDmgYAu5wWALOcKgOqmTkL&#10;opVFFJuRTh2UjlcmjotfLYmIZjOEhm04gIR0PXuCe0F3gIRFdH+NSHB9l0ttfKNOanywT2h8wVBn&#10;fN1Qan7zSW2A/0Nugf8/b4H/PG+B/zxvgf88b4H/PG+B/zz/ZAgA/3IAAOF/AADTiQEAypIDAMOY&#10;BAC9ngQAtqATAK6gJwKlnTYJnZpDE5aXTRyPk1UkiZFdK4SOZDF/jGs3eopyO3aIeUByhoJEboWL&#10;R2qDlUpngqFNZIKuT2KCv09hgtpPZITySWaF/0Nohv8/aob/PGqG/zxqhv88aob/PGqG/zz/ZwQA&#10;9nYAANyCAADOjQAAxZUCAL6cAwC3oQIAr6QRAKikJAKgojQImJ9AEZGcShqKmVMihJdbKX6VYjB5&#10;kmk1dZBwOnCPdz5sjX9CaIyJRmWKk0lhiZ9LXomsTV2JvU5cidZNXorwSGCL/kNii/8/Y4z/PGOM&#10;/zxjjP88Y4z/PGOM/zz/agAA5noAANWGAADJkQAAwJkBALifAQCwpQAAqKkOAKKpIQGaqDEGk6U+&#10;D4ujSBiEoFEgfp5ZJ3icYC1zmmcyb5huN2qWdTxmlX0/YpSHQ1+SkUZbkp1JWZGrSleRu0tWkdNL&#10;V5LvR1qS/UJck/8+XZP/O12T/ztdk/87XZP/O12T/zv/bgAA4H4AAM6LAADElQAAup0AALGjAACp&#10;qQAAoa4LAJuvHQGUri4EjKw7DIWqRhV+qE4ceKZWI3KkXSptomQvaaFrNGSfczhgnns8XJ2FP1mc&#10;j0JVm5xFU5uqR1GbukdQm9FHUZvuRFOb/EBVm/88Vpv/Olab/zpWm/86Vpv/Olab/zrxdAAA2YMA&#10;AMiQAAC+mgAAs6EAAKqnAAChrgAAl7UGAJK2GACMtSoDhbQ3CX6yQhF3sEwYca5UH2ytWyVnq2Iq&#10;YqppL16pcTNaqHo3VqeDOlOmjj1QpptATaWpQUulukJLptFCS6XtP02l/DxOpP85T6T/N0+k/zdP&#10;pP83T6T/N0+k/zfkegAAz4kAAMKVAAC2nwAArKUAAKKsAACYswAAjrsCAIi9EgCDvSUBfLwzBna7&#10;Pw1vukkUarhRGmW3WR9gtmAkXLVnKVi0byxUs3gwUbOCM02yjTZKspo4SLGoOkayuTpFstE6RrHt&#10;OUew/DZHsP80SK//M0iv/zNIr/8zSK//M0iv/zPbggAAx5AAALucAACuowAApKoAAJmxAACPuQAA&#10;hMADAHvGDQB4xh4Ac8YuA23FOghnxEUOYsNOE13DVhhZwl4dVcFmIVHBbiROwHcoS8CBK0i/jC1F&#10;v5ovQ7+oMUG/ujFBwNIxQb7uMEG9/S9BvP8uQbz/LUG8/y1BvP8tQbz/LUG8/y3OigAAv5gAALGg&#10;AACmqAAAm7AAAJC4AACFvwAAescEAG/PCQBr0RUAZ9EmAWPRNARe0EAIWdBKDFXPUxBRz1sUTs9j&#10;GEvOaxtIznUeRc5/IELOjCJAzpkkPs6oJjzOuiY8z9QmPM3vJTvM+yU7y/8lO8r/JTvK/yU7yv8l&#10;O8r/JTvK/yXDkwAAtZ4AAKimAACdrgAAkbYAAIW/AAB5xwAAb84EAGTWCQBe3hEAW94gAFfeLQJT&#10;3zoEUN9EBkzfTglJ31cMRt9fD0PfaBFB33ETPt98FTzfiRc64JYZOOClGjfgtxo24c0aNt/sGjXe&#10;+Ro03f8bNNz/GzTc/xs03P8bNNz/GzTc/xu5nAAAqqQAAJ6rAACStQAAhb4AAHnHAABtzwAAYtYD&#10;AFjhCABV6hMAUesgAE3rKwFJ6zUCRew+BELsRwU/7E8HPe1YCTrtYAo47WoMNu50DTPugA4y7o4P&#10;MO+dEC7vrREt8MARLfDeESzu8REs7P4RLOv/ECzr/xAs6/8QLOv/ECzr/xCtogAAoKkAAJOzAACG&#10;vQAAecYAAGzPAABg2AAAVd4AAE7zCgBK9xMARvgdAEP4JwE/+DACO/k4Ajj5QAM1+kcEM/pPBTD7&#10;VwUu+18GK/xpByn8dAgn/IIJJf2QCST9oAoj/rAKIv7ECyH/4Ash/fIKIPz8CiD8/Aog/PwKIPz8&#10;CiD8/AqipwAAlbEAAIe7AAB5xgAAbM8AAF/ZAABS3wAASOgAAEP/CAA//xAAO/8ZADf/IQA0/ykB&#10;MP8wAS3/NwIq/z4CJ/9EAiX/SwMi/1MDIP9cAx3/ZgQb/3IEGf+ABRf/jwUW/58GFf+vBhT/wAYU&#10;/9YGE//pBhP/6QYT/+kGE//pBhP/6QaXrwAAiLoAAHrFAABszwAAXtoAAFDgAABE5gAAPPUAADf/&#10;BAAz/w0AL/8TACv/GgAo/yEAJf8nASH/LQEe/zIBG/84ARn/PwEW/0YCFP9NAhH/VgIQ/2ACDv9s&#10;Agz/ewML/4sDCv+aAwr/qAMJ/7UDCP/CAwj/wgMI/8IDCP/CAwj/wgOKuAAAe8MAAGzOAABe2wAA&#10;T+IAAELnAAA27AAAMf8AACz/AAAn/wcAI/8OACD/EgAc/xgAGP8dABX/IQAS/yYAEP8sAQ7/MQEN&#10;/zcBCv8+AQj/RgEF/08BAf9ZAQD/ZgEA/3QBAP+CAgD/kAIA/5wCAP+mAgD/pgIA/6YCAP+mAgD/&#10;pgL/Li8C/zMsAv83LQL/ODAC/zc2A/80PwT/MUsG/y9YB/8sZgj/KnQJ/ymBCv8ojQv/KJcL/yif&#10;C/8opgz/J60M/ye0DP8nuwz/J8QM/yfODP8o3gv/KOkL/yjzC/8o+wv/KP8K/yn/Cv8p/wr/Kf8K&#10;/yj/Cv8o/wr/KP8K/yj/Cv8o/wr/MC0C/zYqAv85KgL/Oy4C/zo0A/84PAT/NkkG/zNWB/8xYwn/&#10;L3EK/y1+C/8tigz/LJQM/yycDf8spA3/LKsN/yyxDf8suQ3/K8EN/yzLDf8s2g3/LOcN/yzxDf8s&#10;+g3/LP8M/i3/DP0t/wz9Lf8M/Sz/C/0s/wv9LP8L/Sz/C/0s/wv/MisB/zkoAv89KAL/PyoC/z4w&#10;A/89OgT/PEYG/zlTCP83YAn/NW0L/zN6DP8yhg3/MZAO/zGZDv8xoQ//MagP/zCuD/8wtQ//ML0Q&#10;/zDHEP8w1BD/MOQQ/zHvEP4x+Q/7Mf8P+TH/D/gx/w73Mf8O9zH/DvYx/w72Mf8O9jH/DvYx/w7/&#10;NSgB/zwlAf9AJAL/QycC/0MsA/9ENwT/QkMG/0BPCP89XAr/O2kM/zl2Df84gg//N4wQ/zeVEf82&#10;nRH/NqQS/zarEv82shP/NboT/zXDE/81zxP8NeET+TbtE/Y29xPzNv8T8Tb/EvA2/xLwN/8R7zf/&#10;Ee83/xDvN/8Q7zf/EO83/xD/OSUB/0AhAf9FIAH/RyIC/0kpAv9KNAT/ST8F/0ZLCP9EWAr/QmUN&#10;/0BxD/8+fRH/PYcS/z2RFP48mRX9PKAV/DunFvo7rhf5O7YX+Du/F/Y7yhj0O9wY8DvqGO079hjq&#10;O/8X6Dz/F+c8/xbmPf8V5T3/FOU9/xTlPf8U5T3/FOU9/xT/PSIB/0QeAf9JHAH/TR4B/1AmAv9R&#10;MAP/UDsF/05GCP9LUwv/SGAO/0ZsEftFeBP4RIIV9kOMF/RClBjzQZwZ8UGjG+9AqhvuQLIc7T+7&#10;Hes/xh7pP9Ue5T/oH+JA9B7fQP4d3UH/G9tC/xrZQv8Y2EL/F9hC/xfYQv8X2EL/F9hC/xf/QB8B&#10;/0gaAf9OGAH/UhsB/1YjAv9YLAP/VzcE/1VCB/9STQv5UFoO9U1nEvFMchbuSn0Y60iGG+lHjx3n&#10;Rpcf5UWeIONEpiLhRK4j4EO3JN5DwiXcQ9Am10PlJtNE8yTQRf4izUb/IMxH/x7KR/8cyUj/G8lI&#10;/xvJSP8byUj/G8lI/xv/RBsB/0wWAf9SFAH/WBgB/10fAf9fKAL/XjID/V09BvZaSQrwV1UP6lVi&#10;E+ZSbRjiUHcc306BH9xMiiLZS5Ik1UqaJtNJoSjRSakpz0iyKs1IvCvLSMksyEjfLMVI7yvCSvwo&#10;wEv/Jb9M/yK+Tf8gvU3/H71N/x69Tf8evU3/Hr1N/x7/RxgB/08TAf9WEQD/XhUA/2IcAf9lJAH+&#10;ZS0C9GQ4Be1hQwnmX1EO4FxdFNpYaBrUVnIe0FR7IsxShCbKUIwox0+UKsVOmyzDTqMuwU2sL79M&#10;tjC9TMIxu0zTMrhM6TG2TvgttFD/KrNR/yezUv8kslL/IrJS/yKyUv8islL/IrJS/yL/ShUB/1MR&#10;AP9bDwD/YhIA/2gXAP9qHwH2aygB7GsyA+RpPgfcZkwN02JYFM1fYxvIXG0gxFp2JMFYfii+VoYr&#10;u1WOLrlTljC2Up4ytFKmM7JRsDWwUbw2rlDLN6xQ4zeqUvQzqVT/LqhW/yuoV/8oqFf/JahX/yWo&#10;V/8lqFf/JahX/yX/TRMA/1YOAP9fDQD/ZxAA/2wTAPtwGQDvcSIB5HEsAttwOgXRbEgMyWhUFMNl&#10;Xxu+Ymghul9xJrZdeSqzW4EtsFqJMK5YkTOrV5k1qVahN6dWqzilVbY6o1XFO6FV3TufVvA3n1j+&#10;Mp9a/y6eW/8rnlz/KJ5c/yieXP8onlz/KJ5c/yj/UBEA/1kMAP9jDAD/aw0A/3AQAPV0EwDodhoA&#10;3XclAdF2NgTIckQMwW5QFLtrWxu2Z2QhsWVtJ61idSuqYHwvp1+EMqRdjDSiXJQ3n1udOZ1apjua&#10;WbE9mFm/PpdZ0z6VWuw7lV37NZZe/zGWX/8tlmD/KpZg/yqWYP8qlmD/KpZg/yr/Ug8A/1wKAP9m&#10;CQD/bgoA9nQMAO94DgDhexIA1HwgAMp7MwTBd0ELunRNE7RwWBuubGEhqWppJ6ZncSuiZXgvn2SA&#10;M5xiiDaZYZA4ll+ZO5Reoj2RXq0/j127QI1dzUGMXug/jWH5OI1i/zOOZP8wjmT/LI5l/yyOZf8s&#10;jmX/LI5l/yz/VQ4A/18GAP9pBgD0cgYA4ngGANt8CQDZfwwAzYEdAMR/MAO7fD8KtHhLEq11VRqo&#10;cV4ho25mJp9sbiubanUvmGh9M5VnhDaSZYw5j2SVPIxjnz6JYqpAh2G3QoVhyUKEYuRBhWT3O4Zm&#10;/zWHZ/8xh2j/Lodp/y2Haf8th2n/LYdp/y3/VwwA/2EEAP5sAwDkdQEA23sFANOACADQgwoAx4Ua&#10;AL6ELQO2gTwJr31IEqh5UhmidlsgnXNjJplwayuVbnIvkW15M45rgTaLaYk6iGiSPIVnnD+CZqdB&#10;gGa0Q35mxUR8ZuFDfmj1PH9q/zeAa/8zgWz/L4Fs/y+BbP8vgWz/L4Fs/y//WQsA/2MBAPRvAADf&#10;eAAA1H8EAM6DBgDKhwgAwogYALmHKwKxhToIqoFGEaN+UBidelkfmHdhJZN1aCqPc28vi3F3M4hv&#10;fjaFboY6gmyPPX9rmUB8aqVCeWqxRHdqwkR2at1EeGzzPnlu/zh6b/80e3D/MHxw/zB8cP8wfHD/&#10;MHxw/zD/WwgA/2YAAOdyAADaewAAz4IDAMmHBQDEigYAvIwVALSLKAKsiTgHpYVEEJ6CThiYf1ce&#10;k3xfJI55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwl0B2b6JCc26vRHFuwEVwbtlFcnDxP3Ny/zl1&#10;c/81dnT/MXZ0/zF2dP8xdnT/MXZ0/zH/XQYA/2kAAOJ0AADUfQAAy4UCAMSKBAC/jQUAt48TALCP&#10;JgGojTUHoIpCDpqGTBaTg1UdjoFdJIl+ZCmFfGstgXpyMn14eTV6d4I5dnaLPHN1lUBwdKBCbXOt&#10;RGtzvUVqc9VFbHTvQG52/jpvd/82cXj/MnF4/zFxeP8xcXj/MXF4/zH/XwIA92wAAN53AADQgQAA&#10;x4gBAMCNAwC5kQMAspMRAKuTIwGjkTMGnI5ADZWLShWPiFMciYZbIoSDYiiAgWktfH9wMXh+dzV0&#10;fIA4cXuJPG56kz9reZ5CaHirRGZ4u0VkeNFFZnnuQGh7/Tpqe/82a3z/Mmt8/zJrfP8ya3z/Mmt8&#10;/zL/YQAA6m8AANl6AADMhAAAw4sAALuRAQC0lQEArJcOAKWXIQGeljEFl5M+DJCQSBSKjlEbhItZ&#10;IX+JYCd7h2crd4VuMHOEdTRvgn03a4GHO2iAkT5lf5xBYn6pQ2B+uURffs9EYH/sQGKA/DpkgP82&#10;ZYH/M2aB/zJmgf8yZoH/MmaB/zL/ZAAA5XIAANN+AADHhwAAvo8AALaVAACumQAAppsMAKCcHgCZ&#10;my4Ekpk7CouWRhKFlE8Zf5FXH3qPXiV1jmUqcYxsLm2KczJpiXs2ZoiEOWKGjz1fhZo/XIWoQVqF&#10;t0JZhcxCWoXqP1yG+zpehv82X4f/Ml+H/zJfh/8yX4f/Ml+H/zL9aAAA4HYAAM2CAADCjAAAuZMA&#10;ALCZAAConQAAn6AJAJmhGgCToCsDjJ84CIWdQxB/mkwXeZhUHXSXXCJwlWMna5NqLGeScTBkkXkz&#10;YI+CN1yOjTpZjZk9V42mP1SNtkBTjctAVI3pPVaN+jlXjf81WY7/MlmO/zFZjv8xWY7/MVmO/zHt&#10;bQAA2XsAAMiHAAC9kAAAtJgAAKqdAAChoQAAl6YEAJGnFQCMpycChaY1Bn+kQA15okoUc6BSGm6f&#10;WR9pnWAkZZxnKGGbbyxemncwWpiAM1aXizZTl5c5UZalO0+WtDxOlsk8TpboOk+W+TZRlv8zUpb/&#10;MFKW/zBSlv8wUpb/MFKW/zDmcgAA0IAAAMKMAAC4lgAArZwAAKOhAACZpgAAjq0AAIiuEQCDriIB&#10;fa0xBHesPQpyqkcQbKlPFmeoVxtjp14fX6ZlJFukbSdYpHUrVKN/LlGiiTFOoZY0S6GkNkmhtDZI&#10;ocg3SKDnNUmg+TJKn/8wS5//Lkuf/y1Ln/8tS5//LUuf/y3deQAAyYYAALySAACxmgAApqAAAJym&#10;AACRrAAAhrIAAH22DQB5th0AdbYsAm+1OQZqtEMLZbNMEWCyVBZcsVsaWLBjHlWvayFRr3MlTq59&#10;KEutiCpIrZUtRa2jLkStsy9DrcgvQqznL0Or+S1Eq/8rRKr/KUSq/ylEqv8pRKr/KUSq/ynRgAAA&#10;wY0AALWYAACpnwAAnqUAAJOsAACIsgAAfbgAAHG+BgBuvxUAar8mAWa/MwNhvj8HXb5IC1m9UQ9V&#10;vVkTUbxgF068aBpLu3EdSLt7H0W6hyJCupQkQLqiJj66syY9usgmPbroJj24+SU9t/8kPbb/Iz22&#10;/yM9tv8jPbb/Iz22/yPHiAAAuZUAAKydAAChpAAAlqsAAIqyAAB/uQAAc78BAGjGBQBgyg4AXsod&#10;AFvKLAFXyjgDVMpDBVDKTAhNyVULSsldDkfJZhFEyW8UQcl5Fj/IhRg8yJMaOsiiGznJsxw4yckc&#10;OMjoHDfH+Rw3xf8cNsT/HDbE/xw2xP8cNsT/HDbE/xy+kQAAsJsAAKSjAACYqgAAjLIAAIC5AAB0&#10;wAAAaMcAAF3NBQBT0woAT9cSAE3YIgBL2DAASdg8AkbYRgNE2U8EQdlYBj/ZYQg82WsKOtl2DDfZ&#10;gg412pAPNNqgEDLasREx28cRMdrnETDY9hIw1v8TL9T/Ey/U/xMv1P8TL9T/Ey/U/xOzmgAApqEA&#10;AJqpAACNsQAAgLoAAHTBAABoyQAAXM8AAFLVAwBI3AgAReUSAEPlHgBB5ioAPuY1ATvnPgE550cC&#10;N+dQAzToWQQy6GIFMOhtBi7peQcs6YcIK+qWCSnqpwoo6roKJ+vWCifp8Aon5/0JJub/Cibm/wom&#10;5v8KJub/Cibm/wqooAAAnKcAAI+wAACCuQAAdMIAAGjKAABb0QAAT9cAAEXdAAA+7gkAPPIRADnz&#10;GwA28yUANPQuADH0NwEu9T8BLPVHASn2TwIn9lcCJfdhAyP3bAMh+HoEH/iJBB75mgUc+asFG/rA&#10;BRr63gUa+fIFGvf9BRn2/wUZ9v8FGfb/BRn2/wWepgAAka8AAIO5AAB1wgAAZ8sAAFrTAABN2gAA&#10;Qt8AADjlAAA1+wcAMf8PAC7/FgAr/x8AKf8mACX/LQAj/zQAIP87AR7/QwEb/0sBGf9TARb/XQIU&#10;/2oCEv94AhH/iAIQ/5oCEP+rAw7/vgMO/9UDDv/tAw7/8AMO//ADDv/wAw7/8AOTrgAAhLgAAHbC&#10;AABnzAAAWtUAAEzcAAA/4QAANeYAAC30AAAq/wIAJv8LACP/EQAg/xcAHf8dABn/IwAW/ykAFP8v&#10;ABL/NQAQ/z0ADv9FAQz/TgEK/1gBB/9lAQX/dAED/4UBAv+WAQH/pgEA/7UBAP/GAQD/ygEA/8oB&#10;AP/KAQD/ygGGtwAAd8EAAGjMAABa1wAAS94AAD7kAAAy6QAAJ+0AACP/AAAf/wAAG/8FABf/DAAU&#10;/xAAEf8UAA//GAAN/x0AC/8iAAj/KAAF/y4AAv81AAD/PQAA/0cAAP9SAAD/XgAA/20AAP9+AQD/&#10;jgEA/5sBAP+pAQD/qwEA/6sBAP+rAQD/qwH/Ki0B/y4rAf8wKwH/MC4C/y41Av8pPQP/JUkE/yNX&#10;BP8hZAX/H3IG/x1/Bv8digb/HZQG/x2cB/8cowf/HKoH/xyxB/8cuAb/HL8G/xzJBv8c1gb/HeUG&#10;/x3vBv8d+QX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/LCsB/zAoAf8zKAH/&#10;MysC/zExAv8tOgP/K0cE/yhUBf8mYQX/JG8G/yJ8B/8ihwf/IpEH/yGZB/8hoQj/IacI/yGuCP8h&#10;tQj/IbwI/yHGB/8h0Qf/IeIH/yLtB/8i9wf/Iv8G/SL/Bvwi/wb8Iv8G/CL/Bvsi/wb7Iv8G+yL/&#10;Bvsi/wb/LigB/zMlAf82JQH/NycB/zUtAv80OAP/MkQE/y9RBf8sXgb/KmsH/yl3B/8ogwj/J40I&#10;/yeWCf8nnQn/J6QJ/yerCf8nsgn/J7kJ/yfCCf8nzQn/J94J/yfrCfwn9gj5KP4I9yj/CPYo/wj1&#10;KP8I9Sj/CPUo/wj1KP8I9Sj/CPUo/wj/MiUB/zciAf86IQH/OyMB/zspAv87NAL/OUAE/zZNBf80&#10;Wgb/MWYH/zBzCP8ufwn/LokK/y6SCv8tmQv/LaEL/y2nC/8trgv/LbUM/y2+DP4tyQz7LdkM+C3o&#10;C/Qu9AvxLv4L7y7/C+4u/wvtLv8L7C7/Cuwu/wrsLv8K7C7/Cuwu/wr/NSIB/zseAf8/HQH/QB8B&#10;/0ImAf9CMQL/QDwD/z5IBf87VQb/OWII/zduCv82eQv/NYQM/TSNDfw0lQ36NJwO+TOjDvczqg/2&#10;M7IP9TO6D/MzxQ/yM9IP7jPlD+o08g/nNP0P5TT/D+Q0/w7iNf8O4jX/DeE1/w3hNf8N4TX/DeE1&#10;/w3/OR4B/z8aAf9DGAH/RhoB/0kjAf9JLQL/SDgD/0VEBf9DUAf/QF0J+z5pC/g9dA31PH8O8zuI&#10;D/E7kBDvOpgR7TqfEuw5phPqOa4T6Tm2FOc5wRTmOc4V4jnjFd458RXbOvwU2Dr/E9U7/xLTO/8S&#10;0jv/EdI7/xDSO/8Q0jv/ENI7/xD/PRsB/0MWAP9IFAD/TBcB/08fAf9QKAH/TzMC/00/BPtKSgb1&#10;R1cJ8UZkDO1Ebw7pQ3kR50KDE+RBixTiQJMW4D+bF98/ohjdPqoZ2z6zGtg+vRrWPsob0j7fG84+&#10;7xvLP/sayUD/GMdA/xfGQf8VxUH/FMRB/xTEQf8UxEH/FMRB/xT/QRcA/0cSAP9MEAD/UhQA/1Yb&#10;AP9XJAH/Vi4C+FQ5A/FRRQbrT1IJ5k1eDOFLaRDdSXQT2Uh9FtVGhhjSRY4a0EWWHM5EnR3MRKUe&#10;ykOtH8hDtiDGQ8MhxUPTIcFD6SG+RPcfvEX/HbpG/xu5R/8ZuEf/GLhH/xe4R/8XuEf/F7hH/xf/&#10;RBQA/0sQAP9RDgD/VxEA/1sWAP9dHgD5XSgB71szAudZPwTgV00I2lRZDdNSZBLOUG4Wyk53GcdM&#10;gBzFS4gewkqQIMBKlyG+SZ8jvEinJLpIsCW4SLwmt0jLJ7RH4yeySfMlsEr/Iq5L/x+uTP8drUz/&#10;G61N/xqtTf8arU3/Gq1N/xr/RxEA/08NAP9WDAD/XA4A/2ASAP1iGADwYyEA5mIsAd5gOgPUXkgH&#10;zVtUDcdYXxPDVmkXv1RyG7xSeh65UYIhtlCKI7RPkSWyTpknsE2iKK5NqyqsTLYrqkzELKhM2yym&#10;Te8qpE/9JqRQ/yOjUf8go1L/HqJS/x2iUv8dolL/HaJS/x3/Sg8A/1IKAP9aCQD/YAsA/2UOAPVn&#10;EQDoaBgA3WckANJmNQLKZEQHw2FQDb1eWxO5XGQYtVptHLFYdSCuV30jrFWEJalUjCinU5QqpVKd&#10;LKNSpi2hUbEvn1G+MJ1R0TCbUeovmlP6KppV/yaZVv8jmVb/IZlX/x+ZV/8fmVf/H5lX/x//TQ0A&#10;/1UGAP9dBQD7ZAcA72kJAOlrDADhbBAA020eAMlsMQLCakAHu2dMDbVkVxOwYWAZrF9pHahdcSGl&#10;XHgkolqAJ6BZhyqdWJAsm1eYLplWojCWVawylFW5M5NVyjORVeUzkVf3LZFZ/ymRWv8lkVv/I5Fb&#10;/yGRW/8hkVv/IZFb/yH/TwsA/1cCAP9hAgDqaAEA3m0EANhwCADVcAsAy3IbAMJxLgK6bz0GtGxJ&#10;Da5pVBOpZ10ZpGRlHaFibSGdYXQlml98KJhegyuVXYstkluUMJBbnjKNWqg0i1m1NYpZxjaIWeE2&#10;iFz0MIhd/yuJXv8oiV//JYlf/yOJX/8jiV//I4lf/yP/UQkA/1oAAPVkAADgbAAA13EDANB0BgDN&#10;dQkAxHYXALx2KgG0dDoFrnFGDKduURKia1oYnmliHZpnaSGWZXElk2R4KJBigCuNYYgui2CRMYhf&#10;mjOGXqU1g16yN4JewjeAXtw4gF/yM4Fh/y2CYv8pgmP/JoJk/yWCZP8lgmT/JYJk/yX/UwYA/10A&#10;AOdnAADbbwAA0HQCAMp4BQDGeQcAvnoVALZ6KAGveDcFqHZEC6JzThKccFcYmG1fHZRrZyGQam4l&#10;jWh1KIpnfSuHZYUuhGSOMYFjlzR/YqI2fGKvOHpivjl5YtU5eWPvNHpl/i97Zv8rfGf/KHxn/yZ8&#10;Z/8mfGf/Jnxn/yb/VQMA/2AAAONqAADVcgAAzHgBAMV7AwDAfQUAuX4SALF+JQGqfTUEo3pBCp13&#10;TBGXdFUXknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmLMXtnlTR4Z6A2dmasOHRmvDlzZtE6c2ft&#10;NnRp/TB1av8sdmv/KXdr/yd3a/8nd2v/J3dr/yf/VwAA9mMAAN9tAADRdQAAyHsAAMF/AgC7gAMA&#10;tIEQAKyCIwGlgTIEnn4/CZh7ShCSeVMWjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXVskjRz&#10;a543cGqqOW5quTptas46bWvrN29t/DFwbv8tcW7/KnFv/yhxb/8ocW//KHFv/yj/WQAA62UAANtw&#10;AADNeAAAxH4AALyCAQC2hAEAroUOAKeGIACghTADmoI9CJOASA+OfVEViXtZGoR5YB+Ad2cjfHVu&#10;J3l0dSp2c30uc3KGMXBxkDRtcJw3am+oOWhvtzpnb8s6Z3DpN2lx+jJrcv8tbHP/Kmxz/yhsc/8o&#10;bHP/KGxz/yj/XAAA52gAANVzAADJewAAwIIAALiGAACxiAAAqYkNAKKKHQCciS4ClYc7B4+FRQ6J&#10;gk8UhIBXGX9+Xh57fGUieHtsJnR5cypxeHstbneEMGt2jjNodZo2ZXSmOGN0tTlhdMk6YXTnOGN2&#10;+TJldv8uZnf/K2d3/ylnd/8pZ3f/KWd3/yn/XwAA42wAANB2AADFfwAAvIUAALSKAACsjAAAo44K&#10;AJ2OGgCXjisCkIw4BoqKQwyEh0wSf4VVGHqEXB12gmMhc4BqJW9/cSlsfnksaH2CL2V8jDJie5g1&#10;X3qkN116szhcesc5XHrlN157+DJfe/8uYHz/K2F8/ylhfP8pYXz/KWF8/yn1YgAA3m8AAMx6AADA&#10;gwAAt4kAAK+OAACmkQAAnZIGAJeTFwCRkygBi5I2BYWQQQt/jkoReoxSFnWKWhtxiGEfbYdoI2qG&#10;bydmhHcrY4OALmCCijFdgZY0WoGjNliAsjdWgMU3VoDjNliB9zFZgf8tW4L/KluC/ylbgv8pW4L/&#10;KVuC/ynsZgAA2HMAAMd+AAC8hwAAs44AAKmSAACglQAAlpgBAJCZEwCKmSQBhZgyBH+WPgl5lEgO&#10;dJNQFG+RVxlrkF4daI5lIWSNbSVgjHUoXYt+K1qKiC5XiZQxVImhM1KIsDRRiMM1UIjiNFKI9jBT&#10;iP8sVIj/KVWI/yhViP8oVYj/KFWI/yjmawAA0HgAAMKDAAC3jAAArZIAAKOWAACamgAAjp4AAIef&#10;EACDnyAAfp8vAnidOwdznEUMbptNEWmZVRZlmFwaYZdjHl6WaiFblXIlV5R8KFSThitRkpIuTpKg&#10;MEySrzFLksIxSpHgMUyR9S1Nkf8qTpD/KE6Q/yZOkP8mTpD/Jk6Q/ybecAAAyX0AALyJAACykgAA&#10;p5cAAJ2bAACTnwAAhqQAAH6mDAB6phsAdaYqAXCmNwRspUEJZ6NKDWOiUhJfoVkWW6FhGVigaB1U&#10;n3AgUZ56I06dhCZLnZEpSJyeKkacrixFnMEsRZzfK0Wb9ClGmv8nR5r/JUea/yRHmv8kR5r/JEea&#10;/yTUdwAAwoQAALaPAACrlgAAoZwAAJagAACLpQAAf6oAAHSuBQBvrxQAbK8kAGivMgJkrj0FX61G&#10;CVusTw1YrFYRVKteFFGqZhdOqm4aS6l4HUipgyBFqI8iQ6idJEGorSVAqMAlP6jfJT+m9CNApf8i&#10;QKX/IUCk/yBApP8gQKT/IECk/yDKfgAAu4sAAK+VAACkmwAAmaEAAI6mAACCrAAAd7EAAGq2AABj&#10;uA4AYbgdAF64LAFauDgCV7hCBVO4SwhQt1MLTbdbDkq2YxBHtmsTRLV1FkK1gRg/tY4aPbWcHDu1&#10;rBw6tcAdObXfHDmz9Bw5sv8cObH/Gzmw/xs5sP8bObD/Gzmw/xvBhgAAtJMAAKeaAACcoAAAkacA&#10;AIWtAAB5swAAbbgAAGK9AQBWwgcAU8MUAFLDIwBQxDABTcQ7AkrERQNHxE4FRcRXB0LDXwlAw2gL&#10;PcNyDTvDfg84w4wRNsObEjXDqxMzw8ATM8PgEzPB9RMywP8UMr//FDG+/xQxvv8UMb7/FDG+/xS4&#10;kAAAq5kAAJ+gAACTpwAAh64AAHu0AABuuwAAY8AAAFjFAQBNygUARM8MAEPQFwBC0CUAQNAyAD/R&#10;PQE90UcBO9FQAjnSWQM20mMENNJuBTLSegcw0ogILtKYCS3TqQks074KLNPfCSvR8woqz/4LKc7/&#10;DCnN/w0pzf8NKc3/DSnN/w2umAAAop8AAJamAACJrgAAfLYAAG+9AABjwwAAV8gAAEzNAABC0gMA&#10;OdkJADXfEAA03xsAMuAnADHhMgAw4T0ALuJHAC3iUAEr4loBKuNlAijjcQIm5H8DJeSPAyPloQQi&#10;5bQEIeXNBCDk7AQg4vsEH+H/BR/g/wUf4P8FH+D/BR/g/wWkngAAmKUAAIuuAAB9tgAAcL4AAGPG&#10;AABWywAAS9AAAEDVAAA23AAAL+UHAC3tEAAr7hgAKe4iACfvKwAl7zQAI/A8ACHwRQAf8U4AHfJY&#10;ARvyZAEZ83EBGPOBARf0kgIV9KUCFPW6AhP11gIT9O8CEvL8AhLw/wIS8P8CEvD/AhLw/wKapAAA&#10;ja0AAH+2AABxvwAAY8cAAFbOAABJ0wAAPdoAADPfAAAq4wAAJvQFACT7DQAh/BMAHv0bABz9IgAZ&#10;/ikAF/4xABX/OQAT/0EAEf9KABD/VQAO/2EADP9vAQz/gAEK/5MBCf+mAQj/ugEH/9QBB//rAQb/&#10;9gEG//YBBv/2AQb/9gGPrAAAgLYAAHK/AABjyQAAVtEAAEjYAAA73QAAMOIAACbmAAAf8AAAHP8A&#10;ABn/CQAW/w4AFP8TABH/GQAP/x4ADf8kAAv/KwAJ/zIABv87AAP/RAAA/08AAP9cAAD/awAA/30A&#10;AP+QAAD/owAA/7QAAP/GAAD/1gAA/9YAAP/WAAD/1gCCtQAAc78AAGTJAABW0wAAR9sAADrgAAAu&#10;5QAAI+kAABrtAAAV/QAAEv8AABD/AgAO/wkAC/8NAAj/EAAE/xMAAf8YAAD/HgAA/yQAAP8rAAD/&#10;MwAA/z0AAP9JAAD/VgAA/2YAAP94AAD/igAA/5sAAP+oAAD/sQAA/7EAAP+xAAD/sQD/JSsB/ygp&#10;Af8pKQH/KCwB/yMyAf8eOwL/GkcC/xdVA/8VYgP/E3AD/xJ8A/8ShwP/EpED/xKZA/8SoAP/EqcD&#10;/xKtA/8RtAP/EbsD/xHEA/8RzgP/Ed8D/xHrAv8S9gL/Ev4C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/&#10;Ev8C/xL/Av8S/wL/KCkB/ysmAf8sJgH/KykB/ygvAf8iOAL/IEQC/x1SA/8bXwP/GGwD/xd5BP8X&#10;hAT/F44E/xeWBP8WnQT/FqQE/xaqBP8WsQT/FrgE/xbAA/8WygP/FtsD/xboA/8X9AP/F/0D/Bf/&#10;AvsX/wP7F/8D+hf/A/oX/wP6F/8D+hf/A/oX/wP/KiYB/y4jAf8vIgH/LyUB/ywrAf8qNQL/J0EC&#10;/yROA/8iWwP/IGgE/x50BP8dgAT/HYoE/x2SBf8dmgX/HaEF/x2nBf8drQX/HbQE/x29BP8dxwT/&#10;HdQE/h3mBPsd8gT3HvsD9R7/BPQe/wTzHv8E8x7/BPIe/wTyHv8E8h7/BPIe/wT/LiIB/zIfAf80&#10;HgH/MyAB/zImAf8yMgH/Lz4C/yxKA/8qVwP/J2QE/yZwBf8lewX/JIUF/ySOBv8klgb/JJ0G/ySj&#10;Bv8kqgb9JLEG/CS5Bvskwwb5JM8G9iTjBvIk8AXuJfoF7SX/Busl/wbqJf8G6SX/Bukl/wbpJf8G&#10;6SX/Bukl/wb/Mh4B/zYbAP84GQD/OBsB/zojAf85LQH/ODoC/zVGA/8yUgT/MF8E/y5rBf8tdgb9&#10;LIAH+iyJB/krkQf3K5kI9SufCPQrpgjzK60I8Su1CPArvwjuK8sI6yvfCOcs7gjkLPoI4iz/CeAs&#10;/wneLP8I3iz/CN0s/wjdLP8I3Sz/CN0s/wj/NRoA/zoWAP89FAD/PxcA/0EfAP9BKQH/QDQB/z1B&#10;Av86TQP8OFoF+DZlBvQ1cQfxNHsI7zOECe0zjQnrMpQK6TKbCugyogvmMqoL5DKyDOMyuwzhMsgM&#10;3zLcDNoy7A3VM/gN0jP/DdAz/wzOM/8MzTT/C8w0/wvMNP8LzDT/C8w0/wv/ORYA/z4SAP9BEAD/&#10;RRMA/0gbAP9IJAD/Ry8B/kQ7AvdCRwPxP1QF7D5gBug8awjlO3YJ4jt/C+A6iAzdOZAN2zmXDtk4&#10;ng/WOKYQ1DiuEdI4txHQOMMSzjjTEso46BLHOfcSxDn/EcI6/xDBOv8PwDr/Dr86/w6/Ov8Ovzr/&#10;Dr86/w7/PRMA/0IPAP9GDQD/SxAA/04WAP9PHwD9TikB9Ew0AexIQQLmR04E4EVbBttEZgnWQnAM&#10;0kF5Ds9AghDNQIoRyj+RE8k/mRTHPqAVxT6oFsM+sRfBPrwXwD7LGL0+4hi6PvIXtz//FrVA/xS0&#10;QP8Ts0H/EbNB/xCzQf8Qs0H/ELNB/xD/QBAA/0YMAP9LCgD/UQ0A/1MRAP9UGADzVCIA6VItAeFQ&#10;OwHaT0kD0k1VB8xLYAvISWoOxUhzEcJHexO/RoMVvUWLF7tFkxi5RJoZt0OiGrVDqxu0Q7YcskPE&#10;HbBD2R6tQ+0dq0X8GqlF/xioRv8WqEb/FadH/xOnR/8Tp0f/E6dH/xP/RA4A/0oIAP9QBgD/VQoA&#10;/1gNAPdZEQDqWBgA31ckANRXNQHMVUQExlRQCMFSWwy9UGUQuU5tE7ZNdha0TH0YsUuFGq9KjRut&#10;SZUdq0mdHqlIpiCnSLAhpUi9IqRIzyKhSOgioEn4Hp9L/xueS/8ZnUz/F51M/xadTP8WnUz/Fp1M&#10;/xb/RwsA/00CAP9UAgD3WgQA610HAOddCwDhXBAA010eAMpdMAHDXD8EvVpMCLdYVwyzVmARr1Rp&#10;FKxTcRepUXgap1CAHKRPhx6iT48goE6YIZ5NoSOcTaskmk24JZlMyCaWTOImlU71IpRP/x+UUP8c&#10;lFH/GpRR/xiUUf8YlFH/GJRR/xj/SQgA/1AAAPtYAADlXgAA3WIDANZjBwDUYQoAymIZAMJjLAG7&#10;YjsDtGBICK9dUwyqW1wRplpkFaNYbBigV3QbnVV7HZtUgyCZVIsillOTJJRSnSWSUacnkFGzKI5R&#10;wymNUd0qjFLyJotU/yKLVf8ei1b/HItW/xqLVv8ai1b/GotW/xr/TAQA/1MAAOxcAADfYgAA1GYB&#10;AM5oBQDLZwgAwmcWALpoKAGzZzgDrWVFB6hjUAyjYVkRn19hFZtdaBiYXHAblVp3HpNZfyGQWIcj&#10;jlePJYxXmSeJVqMph1avKoVVvyuEVtUsg1fvKYNY/iSDWf8ghFr/HoRa/xyEWv8chFr/HIRa/xz/&#10;TgEA/1cAAOVfAADYZgAAzmoAAMdsAwDDawUAvGwSALRtJQCtbDUDp2pCB6FnTQycZVYRmGNeFZRi&#10;ZRiRYGwbjl90HoxeeyGJXYMkhlyMJoRblSiBWqAqf1qsLH1auy18Ws8ue1vsK3xc/CZ8Xf8ifV7/&#10;H31e/x19Xv8dfV7/HX1e/x3/UAAA9VkAAOFjAADSagAAyW4AAMJwAQC9cAMAtnAQAK5xIgCocDIC&#10;oW4/BpxsSguXalMQkmhbFI5mYhiLZWkbiGNwHoVieCGCYYAkgGCJJn1fkil7Xp0reF6pLXZeuC51&#10;XswvdF7pLXVg+id2Yf8jd2L/IHdi/x53Yv8ed2L/Hndi/x7/UgAA7FwAANxmAADObQAAxHIAAL10&#10;AAC3dAEAsHQOAKl1HwCidC8CnHI9BZdwRwqRblEPjWxZFIlqYBeFaWcbgmhuHn9mdSF9ZX0kemSG&#10;J3djkCl1Y5sscmKnLnBiti9vYskvbmLmLm9k+ShwZf8kcWb/IXFm/x9xZv8fcWb/H3Fm/x//VAAA&#10;6F8AANdpAADKcAAAwHUAALl4AACyeAAAq3gNAKR5HQCeeC0Bl3c6BZJ1RQqMck4OiHBWE4RvXheA&#10;bWQafWxrHXprcyB3ansjdGmDJnJojSlvZ5ksbGalLmpmsy9pZsYwaGbkL2po9ylraf8lbGn/Imxq&#10;/yBsav8gbGr/IGxq/yD/VwAA5GIAANJsAADGcwAAvXgAALV7AACtfAAApXwKAJ99GgCZfCoBk3s4&#10;BI15QwmId0wOg3VUEn9zWxZ7cmIZeHBpHXVvcCBybngjb22BJmxsiylqbJcsZ2ujLmVrsi9ka8Qw&#10;YmvhL2Rs9ipmbf8mZm3/I2du/yBnbv8gZ27/IGdu/yD2WQAA4GUAAM5vAADCdgAAuXwAALF/AACp&#10;gAAAoIAHAJmBFwCUgSgBjoA1A4h+QQiDfEoNfnpSEXp4WRV2d2AZc3ZnHHB0bh9tc3YjanJ/Jmdx&#10;iSlkcZUrYnChLWBwsC9ecMIvXXDfL19x9Spgcf8mYXL/I2Jy/yBicv8gYnL/IGJy/yDvXAAA3GkA&#10;AMpyAAC+egAAtYAAAK2EAACkhQAAmoUDAJSFFACOhiUBiYQzA4ODPgd+gUgLeX9QEHV+VxRxfV4Y&#10;bntlG2t6bB5oeXQiZXh9JWJ3hyhfdpMqXHafLFp1ri5ZdcAuWHXdLll28ypbdv8mXHf/I1x3/yBc&#10;d/8gXHf/IFx3/yDqYAAA1WwAAMV2AAC6fgAAsYQAAKiIAACfiQAAlIoAAI2KEQCIiyEAg4owAn6J&#10;OwV5h0UKdIZODnCEVRJsg1wWaYJjGmaBah1igHIgX397I1x+hSZZfZEpV3yeK1V8rCxTfL4tUnza&#10;LVN88ilVfP8lVnz/Ild8/yBXfP8gV3z/IFd8/yDlZAAAz3AAAMF6AAC2gwAArYkAAKOMAACZjgAA&#10;jY8AAIaQDgCBkR0AfZAsAXiPOARzjkIIbo1LDGqMUxBniloUY4lhF2CIaBtdh3AeWoZ5IVaFgyRU&#10;hY8mUYScKE+EqipNhLwqTYTXKk2D8SdPg/8kUIP/IlCD/x9Qg/8fUIP/H1CD/x/eaQAAyXUAALyA&#10;AACyiAAAqI0AAJ2RAACTkwAAhZYAAH6XCwB5lxkAdZcoAXGXNQNslj8GaJVICmSUUA1hk1cRXZJe&#10;FVqRZhhXkG4bVI93HlGOgSBOjo0jS42aJUmNqSZIjbsnR43UJ0eM8CRIjP8iSYv/IEqL/x5Ki/8e&#10;Sov/HkqL/x7VbgAAw3sAALeFAACsjQAAopIAAJeWAACMmQAAf5wAAHWeBQBwnxMAbZ8jAGmfMAFl&#10;njsEYZ5FB12dTQpanFQNV5tcEVSaYxRRmmsXTpl0GUuYfxxImIseRZeZIEOXqCFCl7oiQZfTIkGW&#10;7yBClf4eQpX/HUOU/xxDlP8cQ5T/HEOU/xzMdQAAvIEAALGMAACmkgAAm5cAAJGbAACFnwAAeaMA&#10;AGqnAABlpw4AY6gcAGCoKwFdqDYCWadABFanSQZTplEJUKZZDE2lYA5KpWkRR6RyFESkfRZCo4kY&#10;P6OXGj2jpxs8o7kcO6PSGzui7xs7oP4aO5//GTyf/xg8n/8YPJ//GDyf/xjEfAAAtokAAKqSAACf&#10;lwAAlZwAAImhAAB9pgAAcaoAAGSuAABasQgAV7EUAFWyIwBTsjABULI7Ak2yRANLsU0FSLFVB0Wx&#10;XQlDsWULQLBvDT6weg87sIcROa+WEzevphQ2r7gUNbDRFDWu7xQ0rf4UNKz/FDSr/xQ0q/8UNKv/&#10;FDSr/xS7hQAAr5AAAKOXAACYnQAAjKMAAICoAAB0rQAAaLIAAFy2AABQugEASbwNAEi8GQBGvScA&#10;Rb0zAEO9PQFBvUcBP71QAj29WAM6vWEFOL1rBja9dwg0vYQJMr2TCjC9pAsvvbcMLr7QCy687gwt&#10;uv4NLLn/DSy4/w4suP8OLLj/Diy4/w6zjwAAppcAAJudAACPowAAg6oAAHawAABqtQAAXroAAFK+&#10;AABHwgEAPccGADjJEAA3yRsANsonADXKMwA0yz0AM8tHADHLUQEwy1sBLsxlAizMcQIqzH8DKcyQ&#10;BCfMoQQmzbQEJc3OBCXL7gQkyfwGI8j/ByPH/wcjx/8HI8f/ByPH/weplgAAnp0AAJKjAACFqwAA&#10;eLIAAGu4AABfvgAAUsIAAEfGAAA9ygAANM8EACvUCQAm2Q8AJdkZACXaJQAk2jAAI9s7ACPbRQAi&#10;3FAAId1bACDdaAAe3nYAHd6HARzfmQEa36wBGd/EARje5wEY3PgBGNv/Ahfa/wIX2v8CF9r/Ahfa&#10;/wKgnAAAlKMAAIerAAB5swAAbLoAAF/BAABSxgAARsoAADvOAAAx0wAAKdkAACHeBQAe6A4AHegV&#10;ABvpHgAZ6ScAGOowABbqOQAV60MAFOxOABLsWgAR7WcAEO53ABDuigAO754ADvCzAA3wzQAM7+wA&#10;DO38AAzr/wAM6/8ADOv/AAzr/wCXowAAiasAAHu0AABtvAAAX8QAAFLKAABFzgAAOdMAAC/YAAAl&#10;3QAAHeEAABjsAgAW9wsAFPcRABH4FwAQ+B4ADvklAA35LQAL+jUACfs/AAf7SgAE/FcAA/1mAAL+&#10;dwAA/YsAAP2fAAD8tQAA/NEAAPztAAD8/AAA/P0AAPz9AAD8/QCLqwAAfbQAAG69AABgxgAAUs0A&#10;AETSAAA32AAALN0AACLhAAAZ5QAAE+oAABD6AAAO/wYADf8MAAr/EAAH/xQABP8aAAH/IAAA/ycA&#10;AP8wAAD/OgAA/0UAAP9TAAD/YgAA/3UAAP+KAAD/nwAA/7MAAP/HAAD/5QAA/+UAAP/lAAD/5QB/&#10;tAAAcL0AAGHHAABT0AAAQ9YAADbdAAAq4gAAH+YAABbqAAAQ7QAADPoAAAn/AAAG/wAAAv8EAAD/&#10;CQAA/w0AAP8QAAD/FAAA/xoAAP8hAAD/KQAA/zQAAP9AAAD/TgAA/14AAP9yAAD/hwAA/5oAAP+q&#10;AAD/uQAA/7kAAP+5AAD/uQD/ICkB/yInAf8iJwH/HyoB/xkwAf8SOQH/EEUB/w1TAf8MYAH/Cm0C&#10;/wl5Av8JhAL/CY4B/wmWAf8JnQH/CaMB/wmpAf8JsAH/CLcB/wi+Af8IyAH/CNYB/wjmAf8I8QH/&#10;CPsA/wj/AP8I/wD/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8J/wH/IyYB/yUkAP8lJAD/IycB/x0sAf8Y&#10;NQH/FUIB/xJQAf8QXQL/DmoC/w52Av8OgAL/DooC/w6SAv8OmgL/DqAC/w6mAf8NrQH/DbMB/w27&#10;Af8NxQH/DdEB/w3jAf8N7wH+DfoB+g3/AfkO/wH5Dv8B+Q7/AfgO/wH4Dv8B+A7/AfgO/wH/JiMA&#10;/yggAP8oIAD/JiIA/yIoAf8gMgH/HD8B/xlMAf8XWQL/FWUC/xNxAv8TfAL/E4YC/xOOAv8SlgL/&#10;Ep0C/xKjAv8SqQL/ErAC/xK3Av8SwQL/EswB/RLfAfkT7QH1E/gB8xP/AfIT/wHxE/8C8BT/AvAU&#10;/wLwFP8C8BT/AvAU/wL/Kh8A/ywcAP8sGwD/Kx0A/ykkAP8oLwH/JTsB/yJIAf8fVAL/HWEC/xtt&#10;Av8adwL/GoEC/xqKAv8akgL/GpkC/RqfAvwapgL7GqwC+Rq0AvgavQL2GsgC8xrbAu8a6gLsG/cC&#10;6Rv/Augb/wPnHP8D5hz/A+Uc/wPlG/8D5Rv/A+Ub/wP/LRsA/zAXAP8xFQD/MBYA/zEgAP8wKgD/&#10;LjYB/ytDAf8oTwL/JlwC/yRnAvwjcgP5I3wD9yKFA/UijQPzIpUD8iKbA/AiogPvIqkD7SKxA+wi&#10;uQPqIsUD6CLVA+Qj6QPgI/YE3iP/BNsk/wTZJP8E2CT/BNck/wTWJP8E1iT/BNYk/wT/MRYA/zQS&#10;AP82EQD/NxMA/zkbAP84JQD/NjEB/zM9Af0xSgH4LlYC9C1iA/AsbQPtK3cD6iuABOgqiATmKpAE&#10;5SqXBOMqngXhKqUF4CqtBd4qtgXcKsIF2irSBtUr5wbQK/UHzSz/B8ss/wfJLP8HyCz/B8cs/wbH&#10;LP8Gxyz/Bscs/wb/NRIA/zkOAP86DQD/PhAA/0AWAP8/IAD/PSoA+Ts3AfI4RAHsNlEC5zVcA+M0&#10;ZwPgM3IE3TN7BdoygwbWMosG1DKTB9IxmgjQMaEIzjGpCcwxsgnLMbwKyTHKCsYy4QvCMvELvzP+&#10;C70z/wq7M/8KujP/Cboz/wm6M/8JujP/Cboz/wn/ORAA/z0LAP9ACQD/RA0A/0YRAP9FGQD3RCMA&#10;7kEvAOY/PAHgPkoB2j1XAtM8YgTPO2wGzDp1B8k6fQnHOYUKxTmMC8M4lAzBOJsNwDijDb44rA68&#10;OLYPujjDD7k41xC1OOwQsjn7D7A6/w6vOv8Nrjr/DK06/wutOv8LrTr/C606/wv/PA0A/0AGAP9F&#10;BAD/SQkA/0sNAPlKEQDtSRoA40YmANpGNgDRRkUBy0VRA8ZEXAXCQmYIv0JvCrxBdwu6QH8NuD+G&#10;DrY/jhC0PpURsj6dErA+phOvPrAUrT69FKs+zRWpPuYVpj/3E6RA/xKjQP8QokD/D6JA/w6iQf8O&#10;okH/DqJB/w7/PwkA/0QAAP9KAAD3TgIA7FAGAOpPCwDjTBAA1kweAM1NMADGTT8BwExMBLtLVwa3&#10;SWEJtEhpDLFHcQ6uRnkQrEaAEapFiBOoRJAUpkSYFqRDoReiQ6sYoEO3GZ9DxxmdQ+Aam0TzF5lF&#10;/xWYRv8TmEb/EZhG/xCXRv8Ql0b/EJdG/xD/QgUA/0cAAPdPAADlUwAA3VUBANdVBgDVUgsAy1MZ&#10;AMNUKwC8VDsBtlJIBLFRUgetUFwKqU5kDaZNbA+kTHQRoUt7E59KghWdSooXm0mTGJlJnBqXSKYb&#10;lUiyHJRIwR2SSNgdkEnvG49K/hiPS/8Wjkv/FI5M/xKOTP8Sjkz/Eo5M/xL/RQAA/0sAAOlTAADe&#10;WAAA01sAAM1bBADKWAcAwlgVALpaJwCzWjcBrlhEBKlXTwekVVgKoVRgDZ5TaBCbUW8TmFB2FZZQ&#10;fheUT4YZkk6OGo9OmByNTaIdi02uH4pNvCCITdAgh03rH4ZP/BuGUP8YhlD/FoZQ/xSGUf8UhlH/&#10;FIZR/xT/RwAA+E8AAORXAADVXQAAzGAAAMVgAgDBXgUAul0RALNfIwCsXzMBpl5AA6FcSwedWlQK&#10;mVlcDpZYZBGTVmsTkFVyFo5UehiLVIIaiVOKHIdSlB6FUp4fg1GqIYFRuCJ/UcsiflLnIX5T+R1+&#10;VP8aflX/F35V/xZ+Vf8VflX/FX5V/xX/SgAA7lIAAN5bAADPYQAAxmQAAL9lAAC6YwIAs2IPAKxj&#10;IACmYzABoGI9A5thSAaWX1EKkl5ZDY9cYRGMW2gTiVpvFoZZdhiEWH4agleHHH9XkB99Vpshe1an&#10;InlWtSN3VsckdlbkJHZX9x93WP8bd1n/GXdZ/xd3Wf8Wd1n/FndZ/xb/TAAA6VYAANlfAADLZQAA&#10;wWgAALppAAC0aAAArWcNAKZoHACgaC0Bmmc6A5VlRQaQY04KjGJXDYlhXhCGX2UTg15sFoBdcxh+&#10;XHsae1yDHXlbjR92WpghdFqkI3JasiRxWsQlb1rhJXBb9iBxXP8ccV3/GnFd/xhxXf8XcV3/F3Fd&#10;/xf9TwAA5VkAANNiAADHaAAAvWwAALZtAACvbAAAp2sLAKBsGQCbbCoBlWs3ApBpQwWLaEwJh2ZU&#10;DINlWxCAY2ITfWJpFXphcBh4YXgadWCBHXNfix9wXpYibl6iJGxesCVrXsEmaV7eJmpf9CFrYP8d&#10;a2H/G2xh/xlsYf8YbGH/GGxh/xj1UQAA4lwAAM9lAADDawAAuW8AALFxAACqcQAAom8IAJtvFwCW&#10;cCcAkG81AotuQAWGbEkIgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXYacGR+HW1jiB9rY5MiaWKgJGZi&#10;riVlYr8mZGLaJmRj8iJlZP8eZmT/G2dk/xlnZf8YZ2X/GGdl/xjwUwAA3V8AAMtoAAC/bwAAtnMA&#10;AK51AACmdQAAnXMFAJZzFACRdCQAi3MyAoZyPgSBcEcIfW9PC3ltVw52bF4Rc2tkFHBqbBdtanMa&#10;a2l8HGhohh9mZ5EiY2eeJGFmrCVgZr0mX2fWJl9n8SJgaP8eYWj/HGJo/xpiaP8ZYmj/GWJo/xns&#10;VwAA2WIAAMdrAAC8cgAAs3cAAKp5AACheQAAl3cBAJB4EQCLeCEAhngvAYF3OwR8dUUHeHRNCnRy&#10;VQ5xcVwRbnBjFGtvahZobnEZZm56HGNthB5gbI8hXmycI1xrqiVaa7smWWzTJlps7yNbbP8fXG3/&#10;HF1t/xpdbf8ZXW3/GV1t/xnoWgAA0mYAAMNvAAC4dgAAr3sAAKZ+AACdfgAAkXwAAIp8DwCFfR4A&#10;gX0tAXx8OQN3ekMGc3lLCXB4Uwxsd1oQaXZhE2Z1aBZjdG8YYXN4G15ygh5bco0gWXGaIldxqCRV&#10;cbklVHHQJVRx7iJWcf4eV3H/HFdx/xpYcf8ZWHH/GVhx/xnjXgAAzWkAAL9zAAC0egAAq38AAKKC&#10;AACYgwAAi4EAAISBDQB/ghoAe4IpAXaBNgJygUAFbn9JCGp+UAtnfVcOZHxeEWF7ZhReem0XW3p2&#10;GVl5gBxWeIsfU3iYIVF3piJQd7cjT3fOI0937CFQd/0eUXf/G1J3/xlSd/8ZUnf/GVJ3/xneYgAA&#10;yG4AALt3AACwfwAAp4QAAJ2HAACShwAAhIcAAH2HCQB4iBYAdIgmAHCIMgJshz0EaIZGBmWFTglh&#10;hVUMXoRcD1uDYxJZgmsVVoF0F1OAfhpQgIkcTn+WHkx/pSBKf7YhSX/MIUl+6x9KfvwcS37/Gkt+&#10;/xlMfv8YTH7/GEx+/xjVZwAAw3MAALZ8AACshAAAookAAJiLAACNjQAAfI0AAHWOBABvjxIAbZAh&#10;AGmQLgFljzkCYo5CBF6OSwdbjVIKWIxZDFaLYQ9Ti2gSUIpxFE2JexdKiYcZSIiVG0aIox1EiLQd&#10;Q4jKHUOH6hxEhvsaRIb/GEWG/xdFhf8XRYX/F0WF/xfNbQAAvXgAALGCAACnigAAnI4AAJKQAACG&#10;kwAAeZUAAGyXAABmlw4AY5gbAGGYKQBemDUBWpc+A1eXRwVVlk8HUpZWCU+VXgxMlGYOSpRvEEeT&#10;eRNEk4UVQpKTF0CSohg+krMZPZLJGT2R6Rg9kPoXPo//Fj6P/xU+j/8VPo//FT6P/xXFcwAAt38A&#10;AKyJAAChjwAAlpMAAIuWAAB/mQAAc5wAAGSfAABcoAkAWaAUAFehIgBVoS8AUqE5AVChQwJNoEsE&#10;SqBTBUigWgdFn2MJQ59sC0Cedg4+noMQO56RETmdoBI4nbITN57IEzed6BI2m/oSNpr/EjaZ/xE3&#10;mf8RN5n/ETeZ/xG+ewAAsYcAAKWPAACblAAAkJgAAIScAAB3oAAAa6QAAF+nAABSqgAATasOAEur&#10;GgBKqycASKszAEarPQFEq0YBQqtOAkCrVgM+q18FO6toBjmqcwg3qoAJNKqPCzKqnwwxqrAMMKrH&#10;DDCp5wwvp/oNL6b/DS+l/w0vpf8NL6X/DS+l/w22hAAAqo4AAJ6UAACUmQAAh54AAHujAABvqAAA&#10;Y6wAAFevAABLsgAAQbUGAD62EQA9th4AO7YpADq3NAA5tz4AN7dHADa3UAE0t1oBMrdkAjC3bwMu&#10;t3wELLeLBSq3nAUpt64GKLjFBSi35gUntfkHJrP/Byay/wgmsv8IJrL/CCay/wivjQAAopQAAJea&#10;AACLoAAAfqYAAHGrAABlsAAAWbQAAE23AABCuwAAOL4BAC/CCQAtwxIALMMeACvDKQAqxDMAKcQ9&#10;ACjFRwAnxVEAJsVcACXGaAAjxnYBIsaGASDGmAEfxqsBHsfBAR7G5AEdxPgCHML/AxzB/wMcwf8E&#10;HMH/BBzB/wSllAAAmpoAAI6hAACBpwAAc64AAGe0AABauQAATr0AAELAAAA4wwAAL8cAACbLBAAe&#10;0AoAG9ERABrSGgAZ0iUAGNMvABjTOgAX1EQAFtRQABXVXQAU1WsAE9Z8ABLXjwAR2KQAENm7ABDZ&#10;3gAQ1fMAENP/ABDS/wEQ0f8BENH/ARDR/wGcmgAAkaEAAIOoAAB1sAAAaLcAAFu9AABOwQAAQsUA&#10;ADfIAAAtzAAAJNAAABzVAAAV2gUAEOILABDjEQAO5BoADuQjAA3lLQAM5TcAC+ZCAArmTwAJ510A&#10;COdtAAbmgAAF5pUABOarAALmxAAB5uYAAOf5AADn/wAA5v8AAOb/AADm/wCToQAAhakAAHexAABp&#10;uQAAW8AAAE7GAABBygAANc4AACrSAAAh1gAAGdsAABLfAAAN4wAAC/EIAAnzDgAH8xMABPIaAALy&#10;IgAA8ioAAPI0AADyPwAA8kwAAPJcAADybQAA8oIAAPKYAADzrQAA88YAAPTlAAD09gAA9PsAAPT7&#10;AAD0+wCHqQAAebIAAGq6AABcwgAATskAAEDOAAAz0wAAKNgAAB7dAAAV4QAAD+QAAAroAAAF8wAA&#10;A/0BAAD8CAAA+w0AAPsRAAD7FgAA/B4AAPwmAAD8MAAA/TwAAP5JAAD+WgAA/m0AAP+CAAD/mAAA&#10;/6wAAP/AAAD/2AAA/+QAAP/kAAD/5AB7sgAAbLsAAF3EAABPzQAAQNIAADLZAAAm3gAAG+IAABLm&#10;AAAM6gAABe0AAAD0AAAA/wAAAP8AAAD/AAAA/wQAAP8JAAD/DgAA/xIAAP8YAAD/IQAA/ysAAP83&#10;AAD/RgAA/1gAAP9rAAD/gAAA/5UAAP+mAAD/swAA/7sAAP+7AAD/uwD/GyYA/xwkAP8aJAD/FScA&#10;/xAtAP8KNgD/BUMA/wFQAf8AXgH/AGsB/wB2Af8AgQD/AIoA/wCSAP8AmgD/AKAA/wCmAP8ArAD/&#10;ALIA/wC5AP8AwgD/AM0A/wDfAP8A7AD/APgA/wD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A&#10;/wD/HyMA/x8hAP8eIQD/GSMA/xMpAP8OMgD/DEAA/wlNAf8HWgH/BGcB/wNzAf8DfQH/A4cB/wOP&#10;AP8ClgD/ApwA/wKiAP8CqAD/Aq8A/wG2AP8BvgD/AckA/wHbAP8A6gD8APYA+AD/APcC/wD3A/8A&#10;9gT/APYE/wD2Bf8A9gX/APYF/wD/Ih8A/yIcAP8hHAD/Hh8A/xgkAP8VLwD/EjwA/xBJAP8OVgH/&#10;DGIB/wtuAf8LeQH/C4IB/wuLAf8LkgH/CpkB/wqfAP8KpQD/CqsA/wqyAP8KuwD9CsYA+wrUAPcK&#10;5wDzCvQA8Ar/AO8L/wDuDP8A7Qz/Ae0M/wHtDP8B7Qz/Ae0M/wH/JRsA/yYYAP8lFwD/IRgA/yAh&#10;AP8eKwD/GjcA/xdFAP8UUQH/El4B/xFpAf8RdAH/EX0B/xCGAf0QjgH8EJUB+hCbAfkQoQH3EKgB&#10;9hCvAfQQtwDzEMIA8RDQAO0Q5QDoEfIA5hH+AeQS/wHjEv8B4hL/AeIS/wHhEv8B4RL/AeES/wH/&#10;KRYA/yoTAP8pEgD/JxMA/ygcAP8nJwD/IzMA/yA/AP8dTAD/G1gB/BlkAfgZbgH2GHgB8xiBAfEY&#10;iQHvGJAB7hiXAewYngHqGKQB6RisAecYtAHmGL8B5BjNAeAZ4wHcGvEB2Br+AtQb/wLSG/8C0Rv/&#10;AtAb/wLQG/8C0Bv/AtAb/wL/LRIA/y4PAP8uDQD/LxAA/y8XAP8uIQD/LC0A/yk5APkmRgD0JFMB&#10;7yJeAesiaQHoIXMB5iF8AeMhhAHhIYwB4CGTAd4hmgHcIaEB2iGpAdghsQLVIbwC0yLJAtAi3wLM&#10;I/ADyCP9A8Yk/wPEJP8DwyT/A8Ik/wPBJP8DwST/A8Ek/wP/MA8A/zILAP8zCAD/Ng0A/zYSAP81&#10;GgD9MiUA9DAyAO0tPwDnLEwA4itYAd0rYwHZKm0B1Sp2AtIqfwLQKoYCziqOA8wqlQPKKpwDySqj&#10;BMcqrATFKrYEwyrDBcIq1QW+K+sFuiv5Brgs/wa2LP8FtSz/BbQs/wW0LP8FtCz/BbQs/wX/NAwA&#10;/zYFAP85AwD/PAgA/zwNAP07EwDxOB0A6DUpAOA0NwDZM0YA0TRSAc0zXQHJM2cCxjNwA8QyeATB&#10;MoAEvzKHBb4yjwa8MpYGujGeB7gxpge3MbAItTK8CLMyzAmxMuUJrTP1Casz/wmqM/8IqDP/B6gz&#10;/wenM/8HpzP/B6cz/wf/NwcA/zoAAP8+AAD6QQEA8UEGAPE/DQDmPBIA2zofANA7MQDKPEAAxDxN&#10;AcA8WAK8O2EDuTtqBbY6cga0OnoHsjmBCLA5iAmvOZAKrTiYCqs4oQupOKoMqDi2DaY4xQ2kON4O&#10;oTnxDZ86/wyeOv8LnTr/Cpw6/wmcOv8JnDr/CZw6/wn/OwIA/z4AAPdEAADmRwAA30gBANpGBgDZ&#10;QAsAzUIZAMVEKwC+RDsAuURIAbVDUwOxQlwErkJlBqtBbAepQHQJpkB7CqQ/gwujP4oNoT6TDp8+&#10;nA+dPqUQmz6xEZo+vxGYPtQSlj/tEZQ//A+TQP8OkkD/DJJB/wuSQf8LkkH/C5JB/wv/PQAA/0MA&#10;AOlJAADeTgAA008AAM1OAwDKSQgAwkkUALtKJgC1SzYAr0tDAqtKTgOnSVcFpEhgB6FHZwmeRm8K&#10;nEZ2DJpFfQ6YRYUPlkSOEJRElxKSQ6ETkEOsFI9DuhWNQ80Vi0ToFYpF+hKJRv8QiUb/DohG/w2I&#10;Rv8NiEb/DYhG/w3/QAAA8kcAAONPAADUUwAAy1UAAMRUAADAUAQAuU8RALJQIgCsUTIAp1E/AqJQ&#10;SgOeT1MFm05cCJhNYwqVTGoMk0txDZFKeQ+OSoARjEmJEopJkhSISJwVhkioFoVItReDSMcYgUjk&#10;GIFK9xWASv8SgEv/EIBL/w+AS/8OgEv/DoBL/w7/QwAA7EsAAN1TAADOWAAAxFoAAL1aAAC4VwEA&#10;sVQOAKpWHgClVi4An1Y7AZtVRgOXVFAFk1NYCJBSXwqNUWYMi1BtDohPdBCGT3wShE6FE4JOjhWA&#10;TZkXfk2kGHxNshl6TcMaeU3fGnhO9Bd4T/8UeE//EnhQ/xB4UP8PeFD/D3hQ/w/9RgAA508AANZX&#10;AADIXAAAv18AALdfAACxXAAAqlkMAKRaGgCeWyoAmVs4AZRaQwOQWUwFjFhVCIlXXAqGVmMMg1Vq&#10;DoFUcRB/U3kSfVOBFHpSixZ4UpUYdlGhGXRRrxtzUcAbcVHbHHFS8hlxU/8VcVT/E3JU/xFyVP8Q&#10;clT/EHJU/xDzSAAA41MAANBbAADEYAAAumMAALNjAACsYQAApF4JAJ1fFwCYXycAk181AY5eQAOK&#10;XUoFhlxSB4NbWQqAWmAMfVlnDntYbhB4WHUSdld+FHRWiBdyVpMYb1afGm5VrBtsVb0ca1bVHWtW&#10;8BprV/8Xa1j/FGxY/xJsWP8RbFj/EWxY/xHxSwAA31YAAMxeAADAZAAAt2cAAK5oAACnZgAAn2IG&#10;AJhjFACSZCQAjWMyAYliPQKEYUcEgWBPB31fVgl6Xl0Ld11kDXVcaxBzXHMScFt7FG5bhRdsWpAZ&#10;alqcG2hZqhxmWrodZVrRHWVa7htlW/4XZlv/FWZc/xNnXP8SZ1z/Emdc/xLtTgAA2lkAAMhhAAC8&#10;ZwAAs2oAAKtsAACiagAAmWcCAJJnEQCNZyEAiGcvAYRmOwJ/ZUQEe2RNBnhjVAl1YlsLcmFhDXBh&#10;aQ9tYHASa195FGlfgxdmXo4ZZF6aG2JeqBxhXrgdX17OHV9e7BtgX/0YYV//FWFf/xNiX/8SYl//&#10;EmJf/xLqUQAA1FwAAMRkAAC5agAAsG4AAKdwAACebgAAlGsAAI1qEACHax4Ag2ssAH5rOAJ6akID&#10;dmlKBnNoUghwZ1kKbWZgDWtlZw9oZG4RZmR3FGRjgRZhY4wYX2KYGl1iphxbYrYdWmLMHVpi6hxb&#10;Y/wYXGP/Flxj/xRdY/8TXWP/E11j/xPmVQAAz18AAMFoAAC2bgAArHIAAKR0AACacwAAjm8AAIdv&#10;DQCCbxsAfXApAHlvNQF1bj8Dcm1IBW5sUAdrbFcKaWteDGZqZQ5kaWwRYWl1E19ofxZcaIoYWmeW&#10;GlhnpBxWZ7QdVWfKHVVn6BtWZ/sYV2f/Fldo/xRYZ/8TWGf/E1hn/xPhWAAAy2MAAL1rAACycgAA&#10;qXYAAKB4AACWdwAAiHMAAIFzCwB8dBcAeHQmAHR0MgFwcz0CbXNGBGpyTgdncVUJZHBcC2FwYw5f&#10;b2oQXG5zElpufBVXbYgXVWyUGVNsoxtRbLMcUGzIHE9s5xtRbPoYUWz/FVJs/xRSbP8TUmz/E1Js&#10;/xPcXAAAx2cAALlvAACvdgAApXsAAJx8AACRfAAAgngAAHp5BwB1eRQAcnojAG56LwFreToCaHlD&#10;A2R4SwVhd1IIX3dZClx2YAxZdWgPV3RwEVR0ehNSc4YWT3OTGE1yoRlMcrEaSnLGGkpy5RpLcvkX&#10;THL/FUxy/xNNcv8STXL/Ek1y/xLUYAAAwmsAALV0AACrewAAon8AAJeBAACMgQAAen4AAHN/AgBu&#10;fxEAa4AeAGiALABlgDcBYoBAA19/SARcflAGWX5XCFd9XgtUfGYNUXxuD097eBFMe4MUSnqRFkh6&#10;nxdGeq8YRXrEGER65BhFefgWRnn/FEZ4/xJHeP8RR3j/EUd4/xHNZQAAvXAAALF5AACngAAAnIQA&#10;AJKGAACGhgAAd4YAAGuGAABmhw0AY4cZAGCIJwBeiDMBW4g8AliHRQNWh00EU4ZUBlCGWwhOhWMK&#10;S4RsDEmEdg9Gg4ERRIOPE0KDnRRAgq4VP4PCFT6C4hU/gfcTP4H/EkCA/xFAgP8QQID/EECA/xDG&#10;awAAt3YAAKx/AACihQAAl4kAAIyLAACBjQAAc44AAGWPAABdjwkAWpAUAFiQIQBWkS0AU5A4AVGQ&#10;QQJOkEkDTJBQBEqPWAVHj2AHRY5pCUKOcwtAjX8NPo2NDzyNnBA6jawROY3BETiN4RA4i/YQOIr/&#10;DzmJ/w85if8OOYn/DjmJ/w6/cgAAsn0AAKeGAACcigAAkY4AAIaRAAB6kwAAbZUAAF+XAABUmQEA&#10;T5kPAE6aGgBMmicASpoyAEiaPAFGmkQBRJpMAkKaVANAmVwEPplmBTuZcAc5mHwIN5iKCjWYmgsz&#10;mKsLMpi/DDKY3wsxlvULMZX/CzGU/wsxk/8LMZP/CzGT/wu4egAArIUAAKGLAACWkAAAi5QAAH+X&#10;AABymwAAZp0AAFqgAABOogAARaQJAEKkEwBApB8AP6QqAD6lNAA8pT4AO6VHATmlTwE3pVgCNaVh&#10;AjOlbAMxpXkEL6SHBS2klwYspKkGK6S9Biqk3gYqovUHKaH/Bymg/wgpn/8IKZ//CCmf/wixggAA&#10;pYsAAJqRAACQlgAAg5oAAHafAABqogAAXqYAAFKpAABGqwAAPK0AADWvDAAzsBUAMrAhADGwKwAv&#10;sDUALrE+AC2xSAAssVEAK7FbACmxZwEnsXQBJrGDASSxlAIjsaYCIrK7AiGy2wIhr/MDIK7/AyCt&#10;/wQfrP8EH6z/BB+s/wSqiwAAnZEAAJOXAACHnAAAeqIAAG2nAABgqwAAVa8AAEmxAAA+tAAAM7cA&#10;ACq6AwAkvA0AIr0VACG9IAAhvSoAIL0zAB++PQAevkcAHb5SABy/XgAav2wAGb98ABi/jgAXwKEA&#10;FsC2ABTA0wAVvvEAFbz/ARW7/wEUuv8CFLr/AhS6/wKhkgAAlpgAAIqeAAB9pAAAb6oAAGKvAABW&#10;tAAASrcAAD66AAAzvQAAKsAAACHEAAAZxwUAE8sLABHMEgARzBsAEMwlAA/NLwAOzToADs1GAA3N&#10;UgANzmAADM5wAAvOgwAKzpcACc6sAAjOxgAIzugACM37AAnL/wAJy/8ACcv/AAnL/wCYmAAAjZ4A&#10;AH+lAABxrAAAZLMAAFe5AABKvQAAPsAAADLDAAAoxgAAH8oAABfNAAAR0QAADNYFAAjZDAAG2RIA&#10;BdobAATaJAAD2y4AAds5AADcRQAA3VIAAN5iAADecwAA3ogAAN+dAADfswAA384AAODuAADf+gAA&#10;3/8AAN//AADf/wCPnwAAgaYAAHOuAABltQAAWL0AAErCAAA9xQAAMckAACbMAAAd0AAAFNQAAA7Z&#10;AAAJ3QAAA+EAAADjBwAA4w0AAOQSAADlGQAA5iIAAOcrAADpNgAA60MAAOxSAADsYgAA7XYAAO6M&#10;AADuoQAA77cAAO/RAADv6wAA8PYAAPD2AADw9gCEpwAAda8AAGe3AABZvwAAS8YAADzKAAAvzgAA&#10;JNIAABrYAAAS3AAADOAAAAXjAAAA5wAAAOsAAADrAAAA7QUAAO4LAADwEAAA8RUAAPMeAAD0JwAA&#10;9zMAAPlAAAD6UQAA+2MAAPx3AAD9jQAA/aMAAP62AAD+yQAA/98AAP/fAAD/3wB3sAAAaLkAAFrB&#10;AABMygAAPM8AAC7UAAAi2gAAF94AABDiAAAJ5gAAAOkAAADsAAAA8AAAAPYAAAD2AAAA9wAAAPgA&#10;AAD6BwAA+w0AAP0RAAD/GQAA/yMAAP8vAAD/PgAA/08AAP9iAAD/dwAA/40AAP+fAAD/rgAA/7oA&#10;AP+6AAD/ugD/FiMA/xUhAP8SIQD/DiQA/wYqAP8AMwD/AEEA/wBOAP8AXAD/AGgA/wB0AP8AfgD/&#10;AIcA/wCPAP8AlgD/AJwA/wCiAP8AqAD/AK4A/wC1AP8AvQD/AMcA/wDWAP8A5wD+APMA/gD+AP0A&#10;/wD8AP8A+wD/APsA/wD7AP8A+wD/APsA/wD/GiAA/xkeAP8WHgD/ECAA/wolAP8EMAD/AD0A/wBL&#10;AP8AWAD/AGQA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA/wCxAP0AuQD7AMMA&#10;+gDQAPgA4wD3APEA9gD8APQA/wD0AP8A8wD/APMA/wDzAP8A8wD/APMA/wD/HRwA/xwZAP8ZGQD/&#10;FBsA/w7/4v/iSUNDX1BST0ZJTEUACAkhAP8MLAD/CTkA/wVGAP8CUwD/AF8A/wBrAP8AdQD/AH4A&#10;/wCGAP8AjgD/AJQA/gCbAPwAoQD6AKcA+ACuAPUAtQDzAL8A8QDLAPAA3wDuAO4A7AD5AOsA/wDq&#10;AP8A6gH/AOkB/wDpAf8A6QH/AOkB/wD/IBcA/x8UAP8cEwD/FxUA/xYdAP8TKAD/EDQA/w1BAP8M&#10;TgD/CVoA/whmAP8IcAD+B3kA/AeBAPoHiQD4B5AA9gaWAPMGnQDxBqMA7waqAO0GsgDqBrsA6AbI&#10;AOYG3ADkBuwA4gj6AOAK/wDeC/8A3Qv/AN0M/wDcDP8A3Az/ANwM/wD/IxIA/yMQAP8hDgD/HhAA&#10;/x4YAP8cIwD/GC8A/xQ7AP8SSQD8EFUA+A9gAPQPagDxD3QA7w58AO0OhADrDosA6Q6SAOcOmQDm&#10;DqAA5A6nAOIOrwDgDrgA3g7FANwO2gDWEOwA0hH6AM8S/wDNEv8BzBL/AcsT/wHKE/8ByhL/AcoS&#10;/wH/Jw8A/ycMAP8lCQD/Jg0A/yUTAP8jHAD/ICgA+xw1APUaQgDvGE8A6hdaAOYWZQDjFm4A4BZ3&#10;AN4WfwDcFocA2RaOANYWlQDUFpwA0hejANAXqwDOGLUAzBjBAMsY0gDHGugBwxv4AcAb/wG+HP8B&#10;vRz/Arwc/wK8G/8CvBv/Arwb/wL/KwwA/ysFAP8rAwD/LQkA/ywOAP8pFQD3JiAA7iMtAOchOgDh&#10;H0gA2x9UANUgXwDRIGgAziBxAMwheQDKIYEByCGIAcYhjwHEIZYBwyGeAcEipgG/Iq8BvSK7Arwj&#10;ygK5I+MCtST0ArMk/wOxJP8DryT/A68k/wOuJP8DriT/A64k/wP/LwYA/y8AAP8yAAD/MwIA+TII&#10;APcvDgDrKxYA4SciANgnMgDQKUEAyypOAMYqWQDDKmIBwCprAb0qcwG7KnoCuSqCArgqiQK2KpAC&#10;tCqYA7MqoQOxKqoDryu1BK4rxASsK9sEqCzvBKYs/gWkLP8Eoy3/BKIt/wSiLP8Eoiz/BKIs/wT/&#10;MgAA/zMAAPk4AADpOQAA4jkAAN41BwDeLg0A0S8bAMkxLADDMzsAvTNIALk0UwG2M1wBszNlArAz&#10;bQKuM3QDrDJ7A6sygwSpMooEpzKTBaUymwakMqUGojKwB6AyvgefMtEHnDPqB5oz+weYNP8HlzT/&#10;BpY0/waWNP8FljT/BZY0/wX/NQAA/zgAAOo+AADfQgAA1UIAAM8/AwDNOAgAxTgVAL06JgC3OzYA&#10;sjxDAK48TgGqO1cCpztgA6U6ZwOjOm8EoTp2BZ85fQadOYUHmzmNB5k4lgiYOKAJljirCpQ4uAqT&#10;OcoLkTnlC4869wqNOv8JjDv/CIw7/weMO/8HjDv/B4w7/wf/OAAA8T4AAONFAADUSQAAy0oAAMVH&#10;AADBQQQAuj8RALNBIQCtQjEAqEM+AKRDSQGgQlMCnUFbA5tBYgSYQGoFlkBxBpQ/eAeSP38IkD+I&#10;Co8+kQuNPpsMiz6mDYk+sw2IPsQOhj/gDoQ/9A2DQP8Lg0D/CoJA/wmCQf8IgkH/CIJB/wj/PAAA&#10;60MAANxKAADMTwAAw1AAALxOAAC3SQEAsUYOAKpIHACkSSwAoEk6AJtJRQGYSE4ClEdXA5JHXgWP&#10;RmUGjUZsB4tFcwmJRXsKh0SDC4VEjQyDRJcOgUOiD39DrxB+Q8AQfETaEXtE8Q96Rf8Nekb/C3pG&#10;/wp6Rv8Jekb/CXpG/wn1PgAA5kgAANNPAADHVAAAvVUAALZUAACwUAAAqUwLAKJNGACdTigAmE42&#10;AJROQQGQTUsCjU1TBIpMWgWHS2EGhUtoCINKbwmASncLfkl/DHxJiQ56SJMPeEifEHdIrBJ1SLwS&#10;dEnSE3NJ7hFySv8Pckr/DXJK/wtySv8Lckr/CnJK/wryQgAA4EwAAM5TAADBWAAAuFoAALBZAACp&#10;VgAAolIHAJtSFQCWUyQAkVMyAI1TPgGJUkcChlFQBINRVwWAUF4Gfk9lCHtPbAl5TnMLd057DXVN&#10;hQ5zTZAQcU2cEm9NqRNuTbkUbE3OFGxN6xNsTv0QbE//DmxP/wxsT/8LbE//C2xP/wvuRQAA3FAA&#10;AMlXAAC9XAAAtF4AAKxeAACkWwAAnFYEAJVWEgCQVyEAi1gvAIdXOwGDVkQCf1ZNA3xVVAV6VFsG&#10;d1RiCHVTaAlzU3ALcVJ4DW9Sgg9tUY0Ra1GZEmlRphRnUbYVZlHLFWVS6RRlUvsRZlP/D2ZT/w1m&#10;U/8MZlP/DGZT/wzqSQAA1VMAAMVaAAC6XwAAsGIAAKhiAACfXwAAlloAAI9aEACKWx4AhVssAIFb&#10;OAF9W0ECelpKA3dZUQR0WFgGcVhfB29XZgltV20La1Z2DWlWfw9nVYoRZVWXE2NVpBRhVbQVYFXI&#10;Fl9V5xVgVvoSYFb/D2FX/w5hV/8NYVf/DGFX/wznTAAA0VYAAMFeAAC2YwAArWYAAKRmAACbZAAA&#10;kF4AAIleDgCEXxsAgF8pAHxfNQF4Xz8CdF5HA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRafQ9i&#10;WogRX1mUE15ZohRcWbIVW1nGFlpZ5RVbWvkSW1r/EFxa/w5cWv8NXFr/DVxa/w3jTwAAzVkAAL5h&#10;AACzZgAAqWkAAKBqAACXaAAAi2IAAINiDAB+YxgAemMmAHZjMgBzYzwBb2JFAmxhTARqYVQFZ2Ba&#10;B2VgYQhjX2kKYV9xDF9eew5dXoYRWl6TElhdoBRXXbAVVl7EFlVe4xVWXvcSVl7/EFde/w5XXv8N&#10;V17/DVde/w3eUwAAyF0AALtkAACwagAApm0AAJ1uAACTbQAAhWcAAH5nCQB4ZxUAdGcjAHFoLwBu&#10;ZzkBa2dCAmhmSgNlZlIFY2VYBmBlXwheZGcKXGRvDFpjeQ5YY4QQVWKRElNinxNSYq4VUWLCFVBi&#10;4RVRYvYSUWL/EFJi/w5SYv8NUmL/DVJi/w3ZVgAAxGAAALdoAACsbgAAo3EAAJpzAACPcQAAf2sA&#10;AHhrBQByaxIAbmwfAGtsLABobDcBZmxAAmNrSANga08EXmpWBlxqXQdZaWUJV2ltC1Vpdw1TaIIP&#10;UGiPEU5nnRNNZ6wUS2jAFEto3hRLZ/USTGf/D0xn/w5NZ/8NTWf/DU1n/w3SWgAAwGQAALNsAACp&#10;cgAAoHYAAJZ3AACKdgAAeXEAAHFxAABrcQ8AaHEcAGZyKABjcjQAYHI9AV5yRQJbcU0DWXFUBVdw&#10;WwZUcGMIUm9rClBvdAxNboAOS26NEElumxFHbasSRm6+E0Vu3BJGbfQRRm3/D0dt/w5HbP8NR2z/&#10;DUds/w3MXwAAvGkAALBxAACldwAAnHsAAJF8AACGewAAdXgAAGt3AABldwwAYXgXAF94JABdeTAA&#10;Wnk6AVh5QgJWeEoCU3hRBFF3WAVPd2AHTHZoCEp2cgpIdX0MRXWKDkN1mQ9CdakQQHW8EEB12RBA&#10;dPMPQHT/DkFz/w1Bc/8MQXP/DEFz/wzGZAAAt24AAKt2AACifAAAl38AAIyBAACBgQAAcoAAAGV/&#10;AABdfwgAWX8TAFeAIABVgCsAU4E2AFGAPgFPgEYCTYBOAkt/VQNJf10FRn9mBkR+cAhCfnsJP36I&#10;Cz19lww8facNOn26Djp+1g06fPENOnv/DDp7/ws6ev8LOnr/Czp6/wvAaQAAsnQAAKd8AACdgQAA&#10;koQAAIeGAAB7hwAAbocAAGCHAABVhwEAUIgOAE6IGgBNiSYAS4kwAEmJOgBIiUIBRolKAUSJUgJC&#10;iVoDQIhjBD2IbQU7iHgGOYeGCDeHlQk1h6YKNIe5CjOH0wozhvAJM4X/CTOE/wkzg/8JM4P/CTOD&#10;/wm5cAAArXoAAKKCAACXhwAAjYoAAIGMAAB1jgAAaI8AAFqQAABPkQAAR5IKAESSEwBDkx8AQZMq&#10;AECTNAA/kz0APZNFADuTTQE6k1YBOJNfAjaTaQM0k3UDMpKDBDCSkwUukqQGLZK3BiyS0QYske8G&#10;K4//BiuO/wYrjf8HK43/ByuN/wezeAAAp4IAAJyIAACRjAAAh5AAAHqTAABtlQAAYZcAAFWZAABJ&#10;mwAAP5wBADmdDgA3nRcANp4iADSeLAAznjUAMp4+ADGeRwAwn1AALp9aAC2fZAErn3EBKZ5/Aiee&#10;kAImnqECJJ61AiOezgIjne4DI5v+AyKa/wQimf8EIpn/BCKZ/wSsgQAAoIgAAJWOAACLkgAAf5YA&#10;AHKaAABlnQAAWaAAAE6jAABCpAAAN6YAAC6oBQApqQ8AKKkYACeqIgAmqiwAJao1ACSqPwAjqkgA&#10;IqtTACGrXgAgq2oAHqt5AB2riwAbq50AGquxABmrygAZquwBGaj9ARin/wIYpv8CGKb/Ahim/wKl&#10;iQAAmY8AAI+UAACDmQAAdZ4AAGiiAABcpgAAUKkAAESsAAA5rgAAL7AAACazAAAetQYAGbcPABi3&#10;FwAXtyEAFrcqABW3NAAUuD4AE7hJABK4VAASuWIAEblxABC5gwAPuZcADrmsAA25xAANuOcADrb7&#10;AA61/wAOtP8ADrT/AA60/wCckAAAkpUAAIabAAB5oAAAa6YAAF6rAABSrwAARrIAADq1AAAvtwAA&#10;JboAAB29AAAVwAAAEMMGAAvGDgAKxRUACcUeAAjFKAAHxTIABsY9AAXGSQAFxlcAA8ZmAALGdwAB&#10;xosAAMagAADFtgAAxtIAAMXvAADF/AAAxf8AAMX/AADF/wCVlgAAiZwAAHujAABtqQAAYK8AAFO0&#10;AABGuAAAOrsAAC6+AAAkwQAAG8QAABPHAAAOygAACM4BAAHQCgAA0BAAANAWAADRHgAA0icAANMx&#10;AADUPAAA1UkAANZYAADWaQAA1nwAANaSAADWpwAA1r8AANbgAADW8wAA1v4AANb/AADW/wCMnQAA&#10;fqQAAG+rAABhsgAAVLkAAEa9AAA5wQAALcQAACLHAAAZywAAEc4AAAzSAAAF1QAAANsAAADcAwAA&#10;3QoAAN4PAADfFAAA4RwAAOIkAADkLgAA5joAAOdJAADoWQAA6GsAAOmBAADpmAAA6a0AAOnFAADp&#10;4gAA6fIAAOn1AADp9QCApQAAca0AAGO1AABVvAAAR8IAADnGAAAsygAAIM4AABbSAAAP1gAACNsA&#10;AADfAAAA4wAAAOUAAADnAAAA6AEAAOoHAADrDQAA7REAAO8YAADxIQAA8ysAAPY4AAD3SAAA+FoA&#10;APltAAD6hAAA+psAAPqvAAD6wgAA+toAAPrfAAD63wB0rgAAZbYAAFa+AABIxgAAOcsAACvQAAAf&#10;1AAAFNoAAA3fAAAF4wAAAOYAAADpAAAA7QAAAO8AAADxAAAA8wAAAPUAAAD2AgAA+AkAAPoOAAD9&#10;EwAA/xwAAP8oAAD/NgAA/0cAAP9aAAD/bgAA/4UAAP+aAAD/qwAA/7kAAP+8AAD/vAD/ESAA/xAe&#10;AP8MHgD/BCEA/wAnAP8AMAD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA&#10;/wCeAP8ApAD/AKoA/wCwAP8AuAD/AMIA/wDOAP8A4gD+APAA/QD7APsA/wD7AP8A+wD/APoA/wD6&#10;AP8A+gD/APoA/wD/FBwA/xIaAP8OGgD/CBwA/wAhAP8ALQD/ADoA/wBIAP8AVQD/AGEA/wBsAP8A&#10;dgD/AH8A/wCHAP8AjgD/AJQA/wCaAP4AoAD9AKYA/ACsAPsAtAD5AL0A+ADJAPcA3AD1AOwA8wD4&#10;APMA/wDyAP8A8QD/APAA/wDwAP8A8AD/APAA/wD/FxgA/xUWAP8RFQD/DBcA/wUdAP8AKAD/ADYA&#10;/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/ACCAPoAiQD4AJAA9wCWAPUAnAD0AKIA8wCoAPEAsADw&#10;ALgA7gDDAOwA0wDqAOcA6QD1AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AOUA/wD/GhMA/xgRAP8U&#10;EAD/DxEA/w0ZAP8KJAD/BTAA/wE+AP8ASwD/AFcA/gBiAPoAbAD1AHUA8gB9APAAhADuAIsA7ACR&#10;AOsAlwDpAJ4A5wCkAOYArADkALQA4gC/AOAAzQDeAOMA3ADyANoA/QDYAP8A1gD/ANUB/wDVAf8A&#10;1QL/ANUC/wD/HhAA/xwNAP8XCwD/FQ4A/xQVAP8RHwD/DioA/ws4AP0IRQD4BlEA9ARcAO4EZgDq&#10;BG8A5gN3AOQEfwDiBIYA4ASMAN4EkwDdBZoA2wWgANgFqADVBbEA0gW7ANAGyQDOB+AAzAjxAMkK&#10;/wDHC/8Axgz/AMUM/wDFDP8AxQz/AMUM/wD/IQwA/yAGAP8cAwD/HQoA/xsQAP8YGAD/FCMA9hEw&#10;AO8OPgDqDkoA5Q1WAOENYADdDWkA2Q1xANUNeQDTDYEA0Q2IAM8NjwDNDpYAyw6dAMoOpQDIDq4A&#10;xg+5AMQQyADCEN8AvhHyALsS/wC5E/8AtxP/AbYT/wG2E/8BthP/AbYT/wH/JQYA/yMAAP8jAAD/&#10;JAMA/yEKAP0dEQDxGhsA6BYnAOEUNQDaE0MA0xRPAM4VWQDLFWMAyBZrAMUWcwDDF3sAwReCAMAY&#10;iQC+GJAAvBiYALsZoAC5GakAtxm0ALUawgC0GtYAsBvtAa0c/AGrHf8BqR3/Aakd/wGoHf8BqB3/&#10;Aagd/wH/KAAA/ycAAP4qAADvKgAA5ycBAOciCQDkHRAA2RsdAM8dLQDJHjwAxCBJAL8gUwC8IV0A&#10;uSFlALcibQC1InQAsyJ8ALEigwGwIooBriKSAawjmwGrI6QBqSOvAacjvAGmJM4BoyToAqAl+QKe&#10;Jf8CnSX/Apwl/wKbJf8CmyX/Apsl/wL/LAAA/y0AAO0yAADiNAAA2jMAANMuAwDSJQoAySUXAMEn&#10;JwC7KTYAtipDALIrTgCvK1cArCtgAKorZwGoK28Bpit2AaQrfQGjK4QCoSuNAp8rlQKeK58CnCuq&#10;A5ortgOZLMcDlyziA5Qt9QSSLf8DkS3/A5Au/wOQLf8DkC3/A5At/wP/MAAA8jMAAOQ6AADWPQAA&#10;zDwAAMc5AADDMQUAvS4RALUwIQCwMjAAqzM9AKczSQCkM1IAoTNaAZ8zYgGcM2kCmjNwApkzdwKX&#10;Mn8DlTKHA5MykASSMpoEkDKlBY4ysQWNM8IGizPcBok08gaHNP8FhjT/BYY0/wSFNP8EhTT/BIU0&#10;/wT8MwAA6zoAANxBAADNRAAAw0QAAL1BAAC4OwEAsjcOAKs4HAClOSsAoTo4AJ07RACaO00BlzpW&#10;AZQ6XQKSOmQCkDprA445cgOMOXoEijmCBYk5iwWHOZUGhTmgB4M5rQeCObwIgTnTCH867gh9Ov4H&#10;fDv/Bnw7/wV8O/8FfDv/BXw7/wX0NwAA5UAAANJHAADFSgAAvEsAALVJAACvQwAAqT4LAKI/FwCd&#10;QCYAmEE0AJRBPwCRQUkBjkFRAYtAWQKJQGADh0BnA4U/bQSDP3UFgT99Bn8+hwd9PpEIez6cCXo+&#10;qQl4PrgKdz/NCnU/6gp0QPwIdED/B3RA/wZzQP8Gc0D/BnNA/wbxOwAA30UAAMxMAAC/TwAAtlAA&#10;AK5PAACnSgAAoEQHAJpFFACVRiIAkEYwAIxHPACJRkUBhkZOAYNGVQKBRVwDfkVjBHxEagR6RHEF&#10;eUR5BndEggh1Q40Jc0OZCnFDpgtwQ7UMbkTJDG1E5wxtRfoKbEX/CGxF/wdsRf8HbEX/B2xF/wfs&#10;PwAA2EkAAMdQAAC7VAAAsVUAAKlUAAChUAAAmUoCAJJJEQCNSh8AiUssAIVMOACCS0IBf0tKAXxK&#10;UgJ5SlgDd0pfBHVJZgVzSW0GcUl2B29IfwhtSIoJbEiWC2pIowxoSLINZ0jFDWZJ5A1mSfgLZkn/&#10;CWZK/whmSf8HZkn/B2ZJ/wfoQwAA0k0AAMJTAAC3WAAArVkAAKRYAACcVQAAk04AAIxODgCHTxsA&#10;gk8pAH9QNQB7UD8BeE9HAXZPTwJzTlUDcU5cBG9NYwVtTWoGa01yB2lNfAhnTIcKZUyTC2NMoA1i&#10;TK8OYU3CDmBN4Q5gTfYMYE7/CmBO/wlgTv8IYE7/CGBO/wjjRwAAzVAAAL5XAACzWwAAql0AAKFd&#10;AACYWgAAjVMAAIZSDACAUxgAfFMlAHlUMQB1VDwAc1NEAXBTTAJtUlMCa1JZA2lSYARnUWgGZVFw&#10;B2NReQhhUYQKYFCRDF5Qng1cUK0OW1HADlpR3g9aUfUMWlL/CltS/wlbUf8IW1H/CFtR/wjfSgAA&#10;yVMAALtaAACwXwAApmEAAJ1hAACUXgAAiFcAAIBWCgB6VxUAdlciAHNYLgBwVzkAbVdBAWpXSQJo&#10;VlACZlZXA2RWXgRiVWUFYFVtB15VdwhcVYIKWlWODFlVnA1XVasOVlW+D1VV2w9VVfMNVVX/C1ZV&#10;/wlWVf8JVlX/CFZV/wjbTQAAxVcAALheAACtYgAAo2UAAJplAACQYwAAg1wAAHtbBgB1WxIAcVsf&#10;AG5cKwBrXDYAaFs/AWVbRwFjW04CYVpVA19aXARdWmMFW1prBllZdQhXWYAKVVmMC1RZmg1SWaoO&#10;UVm8DlBZ2A5QWfINUVn/C1FZ/wpRWf8JUVn/CFFZ/wjUUQAAwloAALRhAACqZgAAoGgAAJdpAACM&#10;ZwAAfWAAAHVfAwBvXxAAa18cAGhgKABmYDMAY2A8AWFgRAFfX0wCXF9TA1tfWgRZX2EFV15pBlVe&#10;cwhTXn4JUV2KC09dmQxNXagNTF66Dkte1A5LXvEMTF7/C0xd/wpMXf8JTF3/CExd/wjPVAAAvl4A&#10;ALFlAACnagAAnW0AAJRtAACJbAAAeGUAAG9kAABpZA4AZWQZAGJkJQBgZTAAXmU6AFxlQgFaZUoC&#10;WGRRAlZkWANUZF8EUmRnBVBjcQdOY3sJTGOICkpjlwtIY6YMR2O4DUZj0Q1GY+8MRmL/Ckdi/wlH&#10;Yv8JR2L/CEdi/wjKWAAAumIAAK5pAACjbgAAmnEAAJByAACEcQAAdGsAAGlpAABjaQsAX2kVAFxq&#10;IQBaai0AWGs2AFZrPwFVa0cBU2pOAlFqVQNPal0ETWplBUppbgZIaXkHRmmGCURplQpDaKULQWm3&#10;DEBpzwxAaO4LQWj/CkFn/wlBZ/8IQmf/CEJn/wjFXQAAtmYAAKptAACgcwAAlnYAAIt3AACAdgAA&#10;cHIAAGVxAABccAcAWHARAFZwHQBUcSgAUnEzAFBxPABPckQBTXFLAUtxUwJJcVoDR3FiBEVwbAVD&#10;cHcGQXCEBz9wkwg9b6MJO3C1CjtwzQo6b+wJO27+CDtu/wg7bf8HO23/Bztt/we/YgAAsWsAAKZz&#10;AACdeQAAknsAAId8AAB7fAAAbXoAAGB4AABWdwEAUHcOAE54GABMeCQAS3kuAEl5NwBIeUAARnlI&#10;AUR5TwFCeVcCQXlgAj94aQM8eHQEOniCBTh4kQY3eKEHNXizBzR4ywc0d+sHNHb9BzR1/wc1df8G&#10;NXT/BjV0/wa5aAAArXEAAKJ5AACYfgAAjYAAAIKBAAB2ggAAaYEAAFuBAABRgQAASIAKAEWBEwBD&#10;gR4AQoIpAEGCMgBAgjsAPoJDAD2CSwA7glMBOYJcATeCZgI1gnEDM4J/AzGBjgQwgZ8ELoGxBS2B&#10;yAUtgekELX/8BS1+/wUtff8FLX3/BS19/wWzbgAAqHgAAJ1/AACSgwAAiIYAAH2HAABwiAAAY4kA&#10;AFWKAABLigAAQYoCADuLDgA5ixcAOIwiADeMLAA2jDUANIw9ADOMRgAyjU8AMY1YAC+NYgEtjG4B&#10;K4x7ASqMiwIojJwCJoyvAiWMxgIli+gCJYr7AyWI/wMliP8DJYf/AyWH/wOtdgAAo4AAAJeFAACN&#10;iQAAgowAAHaOAABpkAAAXJIAAFCTAABElAAAOpUAADGWCAAtlxEALJcaACuXJAAqly0AKZc2ACiY&#10;PwAnmEgAJphSACWYXAAjmGgAIph3ACCYhwAfmJkBHZisARyYwwEcl+UBHJX6ARuU/wEbk/8CG5P/&#10;AhuT/wKnfwAAnIYAAJGLAACHjwAAepIAAG2VAABhmAAAVZsAAEmdAAA9ngAAM58AACqhAAAhowoA&#10;H6MRAB6jGgAdpCQAHKQtABukNgAapD8AGaRKABikVQAWpWEAFaVwABSlgQATpZQAEqWoABGlvwAQ&#10;pOIAEaL4ABGh/wARoP8BEaD/ARGg/wGghgAAlYwAAIyRAAB/lQAAcZoAAGSeAABYoQAATKQAAECm&#10;AAA1pwAAKqkAACKsAAAZrgAAErAJABCxEAAQsRgADrEiAA6xKwANsTUADbFAAAyxSwALsVgACrFn&#10;AAixeAAHsYsABbGgAASwtQAEsNAABLDvAAWv/gAGrv8ABq7/AAau/wCYjgAAj5MAAIKYAAB1nQAA&#10;Z6IAAFqnAABOqwAAQa0AADWvAAArsQAAIbQAABi2AAARuQAADbwDAAe+DAADvRIAAb0ZAAC+IgAA&#10;visAAL42AAC+QQAAv04AAL9cAAC/bQAAv4AAAL6VAAC+qgAAvsIAAL3kAAC99gAAvf8AAL3/AAC9&#10;/wCSlAAAhZoAAHigAABqpgAAXKsAAE+wAABCswAANbYAACq4AAAguwAAF74AABDBAAALxAAABMcA&#10;AADJBwAAyQ0AAMkSAADKGQAAyyIAAMsrAADNNQAAzkEAAM5QAADPYAAAz3IAAM+HAADPnQAAz7MA&#10;AM/OAADP6wAAzvgAAM7+AADO/gCImwAAeqIAAGyoAABerwAAULUAAEK5AAA1vAAAKb8AAB7CAAAV&#10;xgAADskAAAjMAAAA0AAAANMAAADVAAAA1gYAANgMAADZEQAA2xYAANwfAADeKAAA4DQAAOJBAADi&#10;UQAA42MAAON3AADkjgAA5KQAAOS6AADl1AAA5eoAAOXzAADl8wB8owAAbqoAAGCyAABRuQAAQ74A&#10;ADXCAAAoxgAAHMkAABPNAAAM0QAABNUAAADaAAAA3gAAAOEAAADiAAAA5AAAAOUDAADnCQAA6Q4A&#10;AOsSAADtGgAA7yQAAPIxAAD0QQAA9FMAAPVmAAD1fAAA9pMAAPapAAD3vAAA984AAPffAAD33wBw&#10;rAAAYbQAAFO7AABFwwAANscAACfMAAAb0AAAEdUAAArbAAAA3wAAAOIAAADlAAAA6QAAAOwAAADt&#10;AAAA8AAAAPEAAADzAAAA9QQAAPcKAAD6EAAA/BYAAP8hAAD/LgAA/0AAAP9TAAD/aAAA/4AAAP+W&#10;AAD/qAAA/7YAAP+/AAD/vwD/DRwA/wobAP8CGwD/AB4A/wAkAP8ALgD/ADwA/wBKAP8AVgD/AGMA&#10;/wBtAP8AdwD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCsAP8AtAD/AL0A/wDJAP4A3QD9&#10;AO0A/AD6APsA/wD6AP8A+QD/APoA/wD6AP8A+gD/APoA/wD/EBkA/w0XAP8GFgD/ABgA/wAeAP8A&#10;KgD/ADcA/wBFAP8AUgD/AF4A/wBpAP8AcgD/AHsA/wCCAP8AiQD/AJAA/gCWAP0AnAD8AKEA+wCo&#10;APkArwD4ALgA9gDDAPQA0gDzAOcA8gD2APAA/wDvAP8A8AD/AO8A/wDvAP8A7gD/AO4A/wD/EhQA&#10;/w8SAP8LEgD/ABIA/wAaAP8AJQD/ADMA/wBAAP8ATQD/AFkA/wBkAP0AbQD7AHYA+QB9APcAhAD1&#10;AIsA9ACRAPMAlwDxAJ0A8ACjAO4AqgDsALMA6gC9AOgAywDnAOEA5QDxAOMA/QDjAP8A4gD/AOEA&#10;/wDhAP8A4AD/AOAA/wD/FBAA/xEOAP8NDQD/Bw8A/wIVAP8AIAD/AC0A/wA6AP8ARwD5AFMA9QBe&#10;APIAaADwAHAA7QB4AOsAfwDpAIUA6ACMAOYAkgDlAJgA4wCfAOEApgDfAK4A3AC4ANoAxQDWANkA&#10;1ADsANIA+QDRAP8AzwD/AM4A/wDOAP8AzgD/AM4A/wD/FwwA/xQIAP8PBQD/DgsA/wwRAP8HGgD/&#10;ASYA/AA0APQAQQDtAE0A6QBYAOYAYgDjAGoA4AByAN4AeQDbAIAA2QCGANYAjQDTAJMA0QCaAM8A&#10;oQDNAKoAywCzAMkAvwDGANAAxQDoAMMA9gDBAP8AwAL/AL8D/wC/A/8AvwP/AL8D/wD/GwYA/xcA&#10;AP8UAAD/EwUA/xENAP8OFAD5Ch8A8AYsAOYDOQDgA0YA3ANRANYEWwDSBGQAzwVsAMwFcwDKBXoA&#10;yAWBAMYFhwDFBo4AwwaWAMEGnQC/BqYAvQawALsHvAC5CM0AuArlALUL9wCzDf8AsQ3/ALAN/wCw&#10;Dv8Arw7/AK8O/wD/HgAA/xsAAP8bAAD6GgAA9RYFAPYRDQDrDhUA4gsiANgLMQDQDD4Ayw1KAMcN&#10;VQDEDl4AwQ5mAL8ObQC9DnQAuw97ALkPggC3EIoAthCRALQQmgCyEKMAsBGtAK8RugCtEcoAqhLl&#10;AKcU9wClFf8AoxX/AKIV/wCiFf8AohX/AKIV/wD/IgAA/yAAAPAjAADmJAAA4CEAANwZBQDbEAwA&#10;0BEZAMgTKQDCFTcAvRZEALkXTgC1F1cAsxhgALAYZwCuGG4ArBl1AKsZfACpGYQAqBqMAKYalACk&#10;Gp4AoxuoAKEbtACfHMUAnhzfAJod8wGYHv8Blx7/AZYf/wGVH/8BlR//AZUf/wH/JgAA9CcAAOYt&#10;AADaLwAAzy0AAMonAADHHwgAwRwTALoeIgC0HzEAryA9AKshSACoIlIApiJaAKMjYgChI2kAoCNv&#10;AJ4jdwCcI34AmyOGAJkkjwGXJJkBliSjAZQksAGSJb8BkSXWAY4m7wGMJ/8Ciyf/Aoon/wKJJ/8C&#10;iSf/AYkn/wH6KQAA7DAAAN02AADNOAAAxDcAAL4yAAC6KwIAtSUOAK4nHQCoKSsApCo4AKAqQwCd&#10;K0wAmitVAJgrXACWK2MAlCtqAZIrcQGQLHgBjyyBAY0sigGLLJQCiiyfAogsqwKGLLoChS3OA4Mu&#10;6gOBLvwDgC7/An8u/wJ/Lv8Cfi7/An4u/wL0LgAA5DcAANI9AADFPwAAuz8AALQ8AACvNQAAqS8L&#10;AKMvFwCeMSYAmTIzAJYyPgCSM0gAkDNQAI0zWACLM14BiTNlAYczbAGGM3MBhDN8AoIzhQKAM48D&#10;fzOaA30zpwN8M7UEejPJBHk05gR3NfkEdjX/A3U1/wN1Nf8DdTX/A3U1/wPwMwAA3T0AAMpDAAC+&#10;RQAAtUYAAK1DAACmPQAAoDYGAJk2EwCUOCEAkDkuAIw5OQCJOUMAhzlMAIQ5UwGCOVoBgDlhAX45&#10;aAJ8OW8Cejl3Ank5gAN3OYsEdTmWBHQ5owVyObEFcTnEBm864gZuOvcFbjv/BG07/wRtO/8DbTr/&#10;A206/wPqOQAA1UIAAMRIAAC5SwAAr0sAAKdJAACfRAAAmD4BAJE8EACMPR0AiD4qAIQ/NQCBPz8A&#10;fj9IAHw/TwF6P1YBeD9dAXY+ZAJ0PmsCcj5zA3A+fANvPocEbT6TBWs+oAZqPq4GaT/AB2c/3gdn&#10;P/UGZkD/BWZA/wRmQP8EZj//BGY//wTlPQAAz0YAAL9MAAC0TwAAqlAAAKJPAACZSgAAkUQAAIpB&#10;DQCEQhkAgEMmAH1EMgB6RDwAd0REAHVETAFyRFMBcENZAW9DYAJtQ2cCa0NvA2lDeQRoQ4MFZkOP&#10;BmRDnQdjQ6sHYUO9CGBE2QhgRPMHYET/Bl9E/wVfRP8EYET/BGBE/wTgQQAAykoAALtQAACwUwAA&#10;p1UAAJ5TAACVTwAAi0kAAINHCwB9RxUAeUciAHZILgBzSDgAcUhBAG5ISQFsSFABakhWAWhIXQJm&#10;R2QCZUdsA2NHdgRhR4AFYEeNBl5HmgdcR6kIW0i7CFpI1AhaSPEHWkn/BlpJ/wVaSP8FWkj/BFpI&#10;/wTbRAAAxk0AALhTAACtVwAAo1kAAJpYAACRVAAAhk4AAH1LCAB3SxIAc0wfAHBMKwBtTDUAa0w+&#10;AGhMRgBmTE0BZExTAWJMWgJhTGICX0xqA15McwRcS34FWkuKBlhLmAdXTKcIVky5CVVM0QlUTO8I&#10;VE3/BlVM/wZVTP8FVUz/BVVM/wXVSAAAwlEAALVXAACqWwAAoFwAAJdcAACNWQAAgVMAAHdPBABx&#10;TxAAblAcAGpQKABoUDIAZVA7AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1hQcQRXUHsFVVCIBlNQ&#10;lgdSUKUIUFC3CVBQzglPUO0IUFD/B1BQ/wZQUP8FUFD/BVBQ/wXQSwAAv1QAALJaAACnXgAAnWAA&#10;AJRgAACJXQAAfFcAAHJUAABsUw4AaFQZAGVUJABiVC8AYFQ4AF5UQABcVEgBWlRPAVlUVgFXVF0C&#10;VVRlA1RUbgRSVHkFUFSGBk5UlAdNVKQIS1S1CEtUzAlKVOsIS1T+B0tU/wZLVP8FS1T/BUtU/wXM&#10;TgAAu1cAAK5eAACkYgAAmmQAAJFkAACGYgAAd1sAAG1YAABmWAwAYlgWAF9YIgBdWSwAW1k2AFlZ&#10;PgBXWUYAVllNAVRZVAFSWVsCUVljA09ZbANNWXcES1iEBUlYkgdIWKIHR1mzCEZZyghFWeoIRln9&#10;BkZY/wZGWP8FR1j/BUdY/wXHUgAAuFsAAKthAAChZgAAmGgAAI5pAACDZwAAcmAAAGheAABhXQkA&#10;XF0TAFpdHgBXXSkAVl4zAFReOwBSXkMAUV5KAU9eUgFOXlkCTF5hAkpeagNIXnUERl6CBURdkAZD&#10;XqAHQV6xB0BeyAdAXugHQF38BkFd/wVBXf8FQVz/BUFc/wXDVgAAtF8AAKhmAACeagAAlW0AAIpt&#10;AAB/bAAAb2cAAGRkAABbYgUAVmIQAFRiGwBSYyUAUGMvAE5kOABNZEAAS2RIAEpkTwFIZFcBRmRf&#10;AkVkaAJDZHMDQWN/BD9jjgU9Y54GPGOwBjtkxgY7ZOYGO2P6BTti/wU7Yv8FPGH/BDxh/wS+WwAA&#10;sGMAAKVqAACbbwAAkXIAAIZyAAB7cQAAbG0AAGBrAABVaQAAT2gNAE1pFwBLaSEASWorAEhqNABH&#10;aj0ARWtEAERrTABCa1QBQWtcAT9qZQI9anACO2p9AzlqjAQ3apwENmquBTVqxAU1auUFNWn5BDVp&#10;/wQ1aP8ENWj/BDVo/wS5YAAArGkAAKFwAACYdQAAjXcAAIJ3AAB3dwAAaXQAAFxzAABRcQAASHAK&#10;AEVwEgBDcR0AQnEnAEByMAA/cjgAPnJAAD1ySAA7clAAOnJZAThyYwE2cm0CNHJ6AjNyiQMxcpoD&#10;L3KsAy5ywQMucuMDLnH4Ay5w/wMub/8DLm//Ay5v/wOzZgAAp28AAJ12AACTegAAiHwAAH59AABy&#10;fQAAZHwAAFd7AABMegAAQnkDADx5DgA6ehcAOXohADh6KgA3ezMANns7ADR7RAAze0wAMntVADB7&#10;XwAve2oBLXt3ASt7hwEqe5gCKHuqAid7vwIme+ECJnr3AiZ4/wImeP8CJ3f/Aid3/wKubAAAo3YA&#10;AJl8AACOfwAAhIIAAHiDAABshAAAX4QAAFGEAABHhAAAPIQAADOECQAwhBEAL4QaAC2EJAAshS0A&#10;K4U1ACqFPgAphUcAKIZQACeGWgAmhmYAJIZzACOGgwAhhpUAIIanAR6GvAEeht4AHoT1AR6C/wEe&#10;gv8BHoH/AR6B/wGodAAAnn0AAJOCAACJhQAAfogAAHGKAABliwAAWIwAAEyNAABAjgAANo4AACyP&#10;AAAlkAwAI5ATACKQHAAhkCUAIJEuAB+RNgAekUAAHZFJAByRVAAakWAAGZFuABiRfgAWkpAAFZKk&#10;ABSRuQATkdgAE4/0ABSO/wAUjf8AFIz/ARSM/wGjfQAAmIMAAI6IAACEjAAAd48AAGmRAABdkwAA&#10;UJUAAEWXAAA5mAAALpkAACWaAAAdmwIAFp0MABWdEwAUnRsAE50kABKdLQARnjcAEZ5BABCeTAAP&#10;nlgADp5nAA2edwAMnooAC52eAAqdsgAJncwACZzsAAqb/gALmv8AC5n/AAuZ/wCchAAAkYoAAIiO&#10;AAB7kgAAbZYAAGCZAABUnAAASJ8AADygAAAwoQAAJqMAAB2lAAAVpwAAEKkFAAurDQAIqhMAB6ob&#10;AAaqJAAFqi4ABKo4AAKqRAABqlAAAKpeAACqbgAAqoEAAKqVAACpqgAAqcEAAKjkAACo9gAAp/8A&#10;AKf/AACn/wCViwAAjJAAAH+VAABxmgAAY54AAFaiAABKpgAAPagAADGqAAAmqwAAHa0AABSwAAAO&#10;sgAACbUBAAK2CgAAtg8AALYVAAC3HQAAtyUAALcvAAC4OQAAuEYAALhUAAC4ZAAAuHYAALiLAAC3&#10;oAAAt7YAALfTAAC27wAAtvwAALb/AAC2/wCPkgAAgpcAAHSdAABmogAAWKcAAEusAAA+rwAAMbEA&#10;ACazAAActgAAE7gAAA27AAAGvgAAAMEAAADCBAAAwgsAAMMQAADEFQAAxBwAAMUkAADGLgAAyDoA&#10;AMlHAADJVwAAyWkAAMl9AADJlAAAyKoAAMjDAADI5AAAyPQAAMj9AADI/QCFmQAAd58AAGimAABa&#10;qwAATbEAAD+1AAAxuAAAJboAABq9AAARwAAAC8MAAAPHAAAAygAAAM0AAADOAAAAzwMAANAJAADR&#10;DgAA0xIAANUZAADXIgAA2i0AAN05AADeSQAA3loAAN9uAADfhQAA35wAAN+yAADeywAA3uYAAN/0&#10;AADf9AB5oQAAa6gAAFyvAABOtQAAQLsAADG+AAAkwQAAGcUAABDIAAAJzAAAAM8AAADTAAAA2QAA&#10;ANwAAADdAAAA3wAAAOEAAADiBQAA5AsAAOYQAADoFgAA6iAAAO0rAADwOgAA8UsAAPFeAADycwAA&#10;84sAAPOiAADztgAA88kAAPPhAADz4QBtqgAAXrEAAFC5AABBvwAAMsQAACTIAAAXzAAADtAAAAbV&#10;AAAA2gAAAN4AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4AAADwAAAA8gAAAPQGAAD2DAAA+RIAAPwc&#10;AAD/KQAA/zoAAP9NAAD/YgAA/3gAAP+QAAD/owAA/7MAAP/BAAD/wQD/BxkA/wEXAP8AFwD/ABoA&#10;/wAhAP8AKwD/ADkA/wBHAP8AVAD/AF8A/wBqAP8AcwD/AHsA/wCDAP8AigD/AJAA/wCWAP8AmwD/&#10;AKEA/wCoAP8ArwD/ALgA/wDEAP4A1QD8AOoA+wD4APoA/wD5AP8A+AD/APgA/wD2AP8A8wD/APEA&#10;/wD/CxUA/wUTAP8AEwD/ABQA/wAaAP8AJwD/ADQA/wBCAP8ATwD/AFsA/wBlAP8AbgD/AHYA/wB+&#10;AP8AhQD+AIsA/QCRAPsAlwD6AJ0A+ACjAPcAqwD2ALMA9AC+APMAzADxAOMA7wDzAO4A/wDtAP8A&#10;7AD/AOsA/wDsAP8A7AD/AOsA/wD/DREA/wkQAP8ADwD/ABAA/wAWAP8AIgD/AC8A/wA9AP8ASgD/&#10;AFUA/QBgAPoAaQD4AHEA9gB5APQAfwDzAIYA8QCMAO8AkgDuAJgA7ACfAOsApgDpAK4A5wC4AOUA&#10;xQDjANoA4QDtAN8A+wDeAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/Dw0A/wwLAP8DCQD/AAwA/wAS&#10;AP8AHQD/ACkA+wA3APgARAD1AFAA8gBaAO4AYwDsAGsA6QBzAOcAegDlAIAA4wCGAOEAjADfAJMA&#10;3QCZANsAoQDZAKkA1QCyANIAvgDQAM4AzgDmAMwA9gDKAP8AygD/AMkA/wDIAP8AyAD/AMgA/wD/&#10;EQgA/w0CAP8HAAD/BQgA/wAOAP8AFgD3ACIA7wAwAOsAPQDoAEkA5ABUAOAAXQDdAGUA2QBtANUA&#10;cwDSAHoA0ACAAM4AhwDMAI0AygCUAMgAmwDGAKQAxACtAMIAuADAAMcAvQDfALwA8QC7AP4AuQD/&#10;ALgA/wC4AP8AuAD/ALgA/wD/FAAA/w8AAP8NAAD/DAAA/wcJAPgBEADoABoA4wAoAN0ANgDYAEIA&#10;0gBNAM4AVwDKAF8AxwBmAMUAbQDDAHQAwQB6AL8AgQC9AIgAuwCPALkAlwC3AJ8AtQCoALMAswCx&#10;AMIArwDYAK4C7QCsA/sAqwX/AKoG/wCpBv8AqQb/AKkG/wD/FgAA/xIAAPcSAADsEQAA5g4AAOUG&#10;CADdAxIA1AMgAM0ELQDIBDoAwwVGAL8FUAC8BlgAuQZgALcHZwC1B24Aswd1ALEIewCvCIIArgmK&#10;AKwJkgCqCZsAqAqlAKYKsAClC78AowzUAKEN7QCfDv4AnQ7/AJwP/wCbD/8Amw//AJsP/wD/GgAA&#10;9xkAAOoeAADfHgAA1RoAANATAgDODAsAxwsWAMANJQC6DjIAtg4/ALIPSQCvEFIArBBaAKoQYQCo&#10;EWgAphFvAKQRdgCiEX0AoRGFAJ8SjgCdEpcAnBKiAJoTrQCYE7wAlxTQAJQV7ACSFv0AkBf/AI8X&#10;/wCOF/8Ajhf/AI4X/wD6HQAA7iMAAN8oAADQKgAAxycAAMEhAAC9GQUAuRIQALIVHgCtFiwAqBc4&#10;AKQYQwChGUwAnxlUAJwaXACaGmIAmRppAJcbcACVG3cAlBt/AJIciACQHJIAjxydAI0dqQCLHbcA&#10;ih7KAIgf5wCGIPoAhCD/AYMg/wGDIP8BgiD/AYIg/wH1JAAA5SwAANMxAADGMwAAvDEAALYtAACw&#10;JQAArB0MAKYeGAChICYAnCEyAJkiPQCVIkcAkyNPAJEjVgCPI10AjSRkAIskawCJJHIAiCR6AIYk&#10;gwCEJY0AgyWYAYElpAGAJrIBfibFAX0n4gF7J/cBeSj/AXgo/wF4KP8BeCj/AXgo/wHvKwAA3TMA&#10;AMo5AAC+OwAAtDoAAK02AACmLwAAoSgHAJsnEwCWKCAAkSktAI4qOACLK0IAiCtKAIYrUgCEK1gA&#10;gixfAIAsZgB/LG0AfSx1AHssfgF6LIgBeCyUAXYtoAF1La4CdC3AAnIu3QJxLvQCcC//Am8v/wJv&#10;L/8Bbi//AW4v/wHoMQAA0zoAAMM/AAC3QQAArkEAAKY+AACeOAAAlzEBAJEuEACMLxwAiDAoAIQx&#10;MwCBMj0AfzJGAH0yTQB7MlQAeTJbAHcyYQB1MmkBdDJwAXIyeQFwM4QBbzOQAm0znQJsM6sCajS8&#10;Amk01QNoNfECZzX/Amc1/wJmNf8CZjX/AmY0/wLiNgAAzD8AAL1EAACyRwAAqEcAAKBEAACYPwAA&#10;kDkAAIg0DQCDNRcAfzYkAHw3LwB5NzkAdzhCAHQ4SQByOFAAcThXAG84XgBtOGUBbDhtAWo4dQFo&#10;OIACZziMAmU4mQNkOagDYjm5A2E60ANgOu4DYDr/A186/wJfOv8CXzr/Al86/wLdOwAAx0MAALlJ&#10;AACuSwAApEwAAJtKAACSRQAAiT8AAIE6CQB7OhQAdzsgAHQ8KwByPDUAbz0+AG09RgBrPU0AaT1T&#10;AGg9WgBmPWEBZD1pAWM9cgFhPX0CYD2JAl49lgNdPqUDWz62BFo+zARaP+wEWT/+A1k//wNZP/8C&#10;WT//Alk+/wLWPwAAw0cAALVMAACqUAAAoFAAAJdPAACOSwAAhEUAAHpABgB1PxEAcUAcAG1AKABr&#10;QTIAaUE7AGdBQgBlQUkAY0FQAGFBVwBgQV4BXkFmAV1CbwJbQnoCWkKGA1hClANXQqMEVUOzBFRD&#10;yQRUQ+kEU0P9A1ND/wNUQ/8DVEP/AlRD/wLQQgAAv0oAALJQAACnUwAAnVQAAJRTAACKUAAAf0oA&#10;AHVFAgBuQw4Aa0QZAGdFJABlRS4AYkU3AGFFPwBfRUYAXUVNAFtFVABaRlsBWUZjAVdGbAJWRncC&#10;VEaDA1NGkQNRRqEEUEexBE9HxwROR+cETkf7BE5H/wNOR/8DT0f/A09H/wPMRgAAu04AAK9UAACk&#10;VwAAmlgAAJFXAACGVAAAe04AAHBKAABpSA0AZUgWAGJJIQBfSSsAXUk0AFtJPABZSUMAV0lKAFZJ&#10;UgBVSlkBVEphAVJKagFRSnUCT0qBA05KjwNMS58ES0uwBEpLxQRJS+YESUv6BElL/wNKS/8DSkv/&#10;A0pL/wPISQAAuFEAAKxXAAChWwAAmFwAAI5cAACDWQAAdlMAAGtOAABkTQoAX0wTAFxNHgBaTSgA&#10;WE0xAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU1OaAFMTnMCSk9/AklPjQNHT50ERk+uBEVPwwRE&#10;UOQERE/5BEVP/wNFT/8DRU7/A0VO/wPETAAAtVUAAKlbAACfXgAAlWAAAItgAACAXgAAclcAAGdT&#10;AABeUQcAWVERAFdRGwBUUSUAUlIvAFFSNwBPUj8ATlJGAE1TTQBMU1UASlNdAUlTZgFHU3ACRVN9&#10;AkRTiwNCU5sDQVSsBEBUwQQ/VOIEP1T4A0BT/wNAU/8DQFP/A0BS/wPAUAAAslgAAKZeAACcYgAA&#10;kmUAAIhlAAB9YgAAblwAAGNZAABZVgMAVFYOAFFWGABPViIATVcsAExXNABKVzwASVhEAEhYSwBH&#10;WFMARVhbAURYZAFCWG4BQFh7Aj9YiQI9WJkDPFiqAztZvwM6WeADOlj3AzpY/wM7V/8DO1f/AztX&#10;/wO8VAAArlwAAKNjAACZZwAAkGkAAIVpAAB5ZwAAa2IAAGBgAABVXQAATlsMAEtbFABJXB8AR1wo&#10;AEZdMQBFXTkAQ11BAEJdSABBXlAAQF5YAD5eYQE8XmwBO154AjlehwI3XpcCNl6pAzVevQM0X90D&#10;NF71AzVd/wI1Xf8CNVz/AjVc/wK4WQAAqmEAAKBnAACWbAAAjG4AAIFuAAB2bAAAZ2kAAFxmAABR&#10;ZAAASGIJAERiEQBCYhsAQWMkAD9jLQA+YzUAPWQ9ADxkRQA7ZE0AOWRVADhkXwA2ZGkBNWR2ATNk&#10;hQExZZUCMGWnAi9luwIuZdoCLmT0Ai5j/wIvY/8CL2L/Ai9i/wKzXgAAp2YAAJxtAACTcQAAiHMA&#10;AH1zAABycgAAZHAAAFhuAABNbAAAQmoDADxpDgA6ahYAOWogADhqKAA2azEANWs5ADRrQQAzbEkA&#10;MmxSADFsXAAvbGYALmxzACxsggEqbJMBKWylAShsuQEnbdYBJ2vyASdq/wEnav8BKGn/Aihp/wKu&#10;ZAAAo2wAAJlzAACOdgAAhHgAAHl5AABteAAAYHcAAFN2AABIdQAAPnMAADRyCgAxcxEAMHMaAC9z&#10;IwAucysALXQ0ACx0PAArdEQAKXRNACh1VwAndWMAJXVvACR1fwAidZAAIXWiACB1twAfddIAH3Tx&#10;AB9z/wEfcv8BIHH/ASBx/wGpawAAnnMAAJR5AACKfAAAgH4AAHR/AABnfwAAWn8AAE1+AABDfgAA&#10;OH0AAC99AgAofQ0AJn0UACR9HAAjfiUAIn4tACF+NgAhfj8AH39IAB5/UgAdf14AHH9rABp/egAZ&#10;f4wAF3+fABZ/swAVf84AFX7vABZ8/wAWe/8AFnv/ABd7/wCkcgAAmnoAAI9/AACFggAAe4QAAG2G&#10;AABghwAAVIcAAEiIAAA8iAAAMogAACiIAAAgiAUAGokOABmJFQAYiR0AF4omABaKLgAVijcAFIpB&#10;ABOKTAASi1gAEYtlABCLdQAPi4cADoqbAA2KrwAMisgADInqAA2H/AAOh/8ADob/AA6G/wCfewAA&#10;lIEAAIqFAACAiAAAc4sAAGWNAABZjwAATJAAAEGSAAA0kgAAKpIAACGTAAAZlAAAEpYGAA6XDgAN&#10;lxUADJcdAAyXJgALly8ACpc5AAmXRAAIl1AABpdeAAWXbgADloAAAZaUAACVqAAAlb4AAJTgAACU&#10;9AAAk/8AAZL/AAGS/wCYggAAjogAAIWMAAB3jwAAapIAAF2VAABQmAAARJoAADibAAAsnAAAIp0A&#10;ABmeAAASoAAADaICAAejCwABoxAAAKMXAACjHwAAoycAAKMxAACkPAAApEgAAKRWAACkZQAAo3cA&#10;AKOLAACjoAAAorYAAKHSAACh8AAAoPsAAKD/AACg/wCRigAAiY4AAHuSAABtlwAAYJsAAFOeAABG&#10;oQAAOaMAAC2kAAAjpgAAGagAABGqAAAMrAAABa4AAACvBwAArw0AAK8RAACwGAAAsCAAALEoAACx&#10;MgAAsj4AALJMAACyWwAAsmwAALKBAACxlwAAsawAALDGAACw6AAAr/cAAK//AACv/wCMkAAAf5UA&#10;AHGaAABjnwAAVaQAAEeoAAA6qgAALawAACKuAAAYsAAAELMAAAq1AAACuAAAALsAAAC7AAAAvAcA&#10;ALwNAAC9EQAAvhYAAL8eAADAJwAAwTIAAMJAAADDTwAAw2AAAMN0AADDiwAAw6EAAMO4AADC1wAA&#10;wu8AAML6AADB/gCBlwAAc50AAGWjAABXqAAASa0AADuxAAAtswAAIbYAABa5AAAOuwAAB74AAADB&#10;AAAAxQAAAMcAAADIAAAAyQAAAMoFAADLCwAAzQ8AAM4UAADQHAAA0yYAANYyAADYQQAA2FMAANlm&#10;AADZfAAA2ZQAANmrAADZwwAA2eEAANnwAADZ9AB2nwAAZ6YAAFmsAABLsgAAPLcAAC66AAAhvQAA&#10;FcAAAA3EAAAFxwAAAMoAAADOAAAA0gAAANUAAADWAAAA2QAAANsAAADdAAAA3wcAAOEMAADjEQAA&#10;5hkAAOkkAADsMgAA7UMAAO5WAADvawAA74QAAO+cAADvsgAA78YAAO/dAADv5ABqqAAAW68AAEy2&#10;AAA+vAAAL8AAACDEAAAUyAAADMwAAALQAAAA1AAAANkAAADeAAAA4gAAAOUAAADmAAAA6AAAAOkA&#10;AADsAAAA7gAAAPACAADyCQAA9Q8AAPgXAAD8IwAA/zMAAP9GAAD/WgAA/3EAAP+JAAD/nwAA/7EA&#10;AP/AAAD/xgD/ABUA/wAUAP8AFAD/ABcA/wAdAP8AKAD/ADcA/wBEAP8AUQD/AFwA/wBmAP8AbwD/&#10;AHcA/wB+AP8AhQD/AIsA/wCRAP8AlwD/AJ0A/wCkAP8AqwD/ALQA/gC/AP0AzgD7AOYA+QD2APgA&#10;/wD3AP8A9wD/APcA/wDwAP8A7AD/AOkA/wD/AxIA/wAQAP8AEAD/ABEA/wAXAP8AJAD/ADIA/wA/&#10;AP8ATAD/AFcA/wBhAP8AagD/AHIA/wB5AP0AgAD8AIYA+gCMAPkAkgD4AJgA9gCfAPUApgD0AK4A&#10;8gC5APAAxgDuAN4A7QDwAOsA/gDqAP8A6QD/AOkA/wDnAP8A4wD/AOAA/wD/Bw4A/wANAP8ACwD/&#10;AAwA/wATAP8AHwD/ACwA/wA6AP8ARgD+AFIA+wBcAPgAZQD1AGwA8wB0APEAegDvAIEA7gCHAOwA&#10;jQDqAJMA6QCaAOcAoQDmAKkA4wCzAOEAvwDfANAA3QDpANoA+QDZAP8A1wD/ANUA/wDVAP8A1QD/&#10;ANQA/wD/CQoA/wEFAP8AAwD/AAkA/wAQAP8AGQD7ACYA9wA0APQAQADyAEwA7gBWAOoAXwDnAGcA&#10;5ABuAOIAdADgAHsA3gCBANwAhwDaAI0A1gCUANQAmwDRAKMAzwCtAMwAuADKAMcAyADgAMYA8wDF&#10;AP8AwwD/AMMA/wDDAP8AwwD/AMMA/wD/CwEA/wMAAP8AAAD/AAMA/wALAPMAEgDuAB8A6gAtAOYA&#10;OgDiAEUA3gBPANkAWADUAGAA0QBoAM4AbgDMAHQAygB7AMgAgQDGAIcAxACOAMIAlgDAAJ4AvgCn&#10;ALsAsgC5AMAAtwDUALUA7ACzAPsAswD/ALIA/wCyAP8AsQD/ALEA/wD/DQAA/wYAAP8DAAD3AAAA&#10;9AADAOcADQDgABgA2gAlANMAMgDOAD4AygBJAMYAUgDDAFoAwABhAL4AaAC8AG4AugB0ALgAewC2&#10;AIEAtACIALIAkACwAJkArgCiAKwArQCqALoAqADLAKYA5gClAPcApAD/AKMA/wCiAP8AogD/AKIA&#10;/wD/EAAA+wwAAO8OAADmDQAA3wkAANoABgDQABEAyQAdAMQAKgC/ADcAuwBCALcASwC0AFQAsgBb&#10;AK8AYgCtAGgAqwBuAKkAdQCoAHsApgCDAKQAiwCiAJQAoACeAJ4BqACcArUAmwPGAJkF4gCYBvQA&#10;lgj/AJUJ/wCUCf8AlAn/AJQJ/wD8EQAA8RUAAOMZAADWGQAAzBUAAMcQAADEBwoAvQMUALcEIQCy&#10;Bi4Argg6AKoJRACnCU0ApApVAKIKXACgCmIAngtpAJwLbwCbC3YAmQx+AJcMhgCWDJAAlAyaAJIN&#10;pgCRDbMAjw3FAI0O4gCLEPYAiRD/AIgR/wCHEf8AhxH/AIcR/wD2GQAA5yAAANYkAADIJQAAvyIA&#10;ALkcAAC0FAEAsQ0OAKoOGQClDycAoRAzAJ0RPgCaEUcAmBJPAJUSVgCTElwAkRJjAJATaQCOE3AA&#10;jBN4AIsTgQCJFIsAhxSWAIYVogCEFbAAgxbBAIEX3QB/GPQAfRn/AHwZ/wB8Gf8Aexn/AHsZ/wDv&#10;IQAA3SkAAMotAAC+LwAAtSwAAK4nAACoIAAAoxcIAJ4WEwCZFyEAlBktAJEaOACOGkEAixtJAIkb&#10;UACHG1cAhRxeAIQcZACCHGsAgBxzAH8dfAB9HYYAfB6RAHoengB4H6sAdx+8AHYg1AB0IfAAciH/&#10;AHEi/wBxIf8AcSH/AHEh/wDoKAAA0jAAAMI1AAC3NwAArTUAAKUxAACeKwAAmCMCAJIeEACNIBsA&#10;iSEnAIYiMgCDIzwAgSNEAH4jSwB8JFIAeyRZAHkkXwB3JGYAdiVuAHQldwBzJYEAcSaNAG8mmQBu&#10;JqcAbSe4AGwnzgFqKO0BaSn/AWgp/wFoKf8BaCj/AWgo/wHhLgAAyzYAALw7AACxPQAApz0AAJ85&#10;AACXMwAAjy0AAIgnDACDJxYAfygiAHwpLQB5KjcAdyo/AHUqRwBzK04AcStUAHArWwBuK2IAbCtq&#10;AGsscgBpLH0AaCyJAGYtlgFlLaQBZC60AWMuygFhL+kBYC/9AWAv/wFgL/8BYC//AWAu/wHaNAAA&#10;xTwAALdBAACsQwAAokMAAJlAAACQOgAAiDQAAIAuCAB6LRIAdy4eAHMvKQBxMDMAbzA7AG0wQwBr&#10;MUoAaTFRAGcxVwBmMV4AZDFmAGMybwBhMnkAYDKFAV8ykgFdM6EBXDOxAVs0xgFaNOYBWTX7AVk1&#10;/wFZNP8BWTT/AVk0/wHSOAAAwEAAALNFAACoSAAAnkgAAJVGAACLQAAAgjsAAHk1BABzMxAAbzQa&#10;AGw0JQBpNS8AZzU3AGU2PwBjNkYAYjZNAGA2VABfNlsAXTdjAFw3awBbN3YBWTeCAVg4jwFWOJ4B&#10;VTivAlQ5wwJTOeQCUzr5AVM5/wFSOf8BUzn/AVM5/wHNPAAAvEQAAK9JAACkTAAAmkwAAJFLAACH&#10;RgAAfUAAAHM7AABsOA0AaDkXAGU5IgBjOisAYDo0AF46PABdOkMAWzpKAFo7UABYO1gAVztgAFY7&#10;aABVPHMBUzx/AVI8jQFQPZwBTz2sAk4+wQJNPuECTT74Ak0+/wFNPv8BTT3/AU09/wHJQAAAuEgA&#10;AKxNAAChUAAAl1EAAI5PAACESwAAeUUAAG5AAABmPQsAYj0UAF89HgBcPigAWj4xAFg+OABXPkAA&#10;VT9GAFQ/TQBTP1UAUkBdAFBAZgBPQHABTkB8AUxBigFLQZoCSkGrAklCvgJIQt4CSEL2AkhC/wJI&#10;Qv8BSEH/AUhB/wHFRAAAtUsAAKlQAACeVAAAlVQAAItTAACAUAAAdUoAAGpGAABhQggAXEERAFlC&#10;GwBXQiUAVUIuAFNCNQBRQj0AT0JDAE9DSwBOQ1IATURaAEtEYwBKRG4BSUV6AUdFiAFGRZgCRUap&#10;AkRGvQJDRtwCQ0b1AkNG/wJDRv8BQ0X/AUNF/wHBRwAAsk8AAKZUAACcVwAAklgAAIhYAAB+VQAA&#10;cU8AAGZKAABcRgUAV0YPAFRGGABRRiIAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdIYQBF&#10;SWwAREl4AUJJhgFBSZYBQEqnAj9KuwI+S9gCPkrzAj5K/wI+Sf8BP0n/AT9J/wG9SgAAr1IAAKNY&#10;AACZWwAAkF0AAIZcAAB7WQAAbVMAAGJPAABXTAEAUUoNAE5KFQBMSx8ASksoAElLMABHSzgARkw/&#10;AEVMRgBETE4AQ01WAEJNXwBATWoAP012AT1OhAE8TpQBO06lATlPuQI5T9QCOU/yATlO/wE5Tv8B&#10;OU3/ATpN/wG6TgAArFYAAKFbAACXXwAAjWEAAINhAAB4XgAAaVgAAF9WAABUUgAATE8LAElPEgBH&#10;UBwARVAlAENQLQBCUDUAQVE8AEBRRAA/UUwAPlJUADxSXQA7UmcAOlJzADhTggE3U5IBNVOkATRT&#10;twEzVNEBM1PxATRT/wE0Uv8BNFL/ATRS/wG2UgAAqVoAAJ5gAACUZAAAi2YAAIBlAAB0YwAAZl4A&#10;AFxcAABRWAAAR1UHAEJVEABAVRgAP1YhAD1WKgA8VjIAO1Y5ADpXQQA5V0kAOFdRADdYWgA1WGUA&#10;NFhxADJYgAExWJABL1miAS5ZtQEtWc8BLVnvAS5Y/wEuV/8BLlf/AS5W/wGyVwAApV8AAJtlAACR&#10;aQAAh2oAAHxqAABxaAAAY2UAAFhiAABNXwAAQ10CADxbDQA6XBQAOFwdADdcJgA1XS4ANF02ADNd&#10;PgAyXUYAMV5OADBeVwAvXmIALV5uACxffQAqX44AKV+gAChfswEnX8wAJ1/tASde/wEnXf8BKF3/&#10;AShc/wGtXAAAomQAAJhqAACObgAAg28AAHlvAABubgAAYGsAAFRpAABJZwAAP2UAADVjCQAyYxEA&#10;MGMZAC9kIQAuZCkALWQxACxkOQArZUIAKmVKAChlVAAnZV8AJmZrACRmegAjZosAImadACBmsQAf&#10;ZskAH2brACBl/gAgZP8AIGP/ASFj/wGpYgAAnmoAAJVwAACKcwAAgHUAAHV1AABpdAAAXHIAAE9x&#10;AABEbwAAOm4AADBtAwApbA0AJ2wUACZsHAAlbSQAJG0sACNtNAAibT0AIW5GACBuUAAeblsAHW5n&#10;ABxudgAabocAGW+aABhvrgAWb8YAFm7pABdt/AAYbP8AGGv/ABhr/wCkaQAAmnEAAJB2AACGeQAA&#10;fHsAAHF7AABkewAAV3oAAEp5AAA/eAAANXgAACt3AAAidgcAHXYPABx3FgAbdx4AGncmABl3LgAY&#10;dzcAF3hAABV4SgAUeFYAE3hjABJ4cgAReIMAEHiXAA94qwAOeMMADnfmAA52+gAPdf8AEHX/ABB0&#10;/wCfcQAAlXgAAIt8AACCfwAAd4EAAGqCAABdggAAUIIAAESCAAA4ggAALoIAACSCAAAcggAAFIIJ&#10;ABGDEAAQgxYAEIMeAA6DJwAOgzAADYM5AA2DRAAMg1AAC4NdAAmDbAAIg34ABoORAAWCpQADgrsA&#10;BIHbAASB8gAFgP8ABn//AAZ//wCaeQAAkH4AAIaDAAB9hQAAb4cAAGKJAABVigAASYsAAD2MAAAx&#10;jAAAJowAAB2NAAAVjgAAD48DAAqQDAAGkBEABI8YAAOPIAABjykAAI8yAACQPQAAkEkAAI9WAACP&#10;ZQAAj3YAAI+KAACOnwAAjrQAAI3PAACM7gAAjPsAAIv/AACL/wCUgAAAi4UAAIKJAAB0jAAAZo8A&#10;AFmRAABMkwAAQJUAADSWAAAolgAAHpcAABWYAAAPmgAACpsAAAKcCQAAnA4AAJwTAACcGgAAnCIA&#10;AJ0rAACdNQAAnUAAAJ1OAACdXAAAnW4AAJyBAACclwAAnKwAAJvGAACa6AAAmfkAAJn/AACY/wCO&#10;iAAAhowAAHiQAABqlAAAXJcAAE+aAABCnQAANp4AACmfAAAfoQAAFaIAAA6kAAAIpgAAAKgAAACp&#10;BAAAqQoAAKkOAACpEwAAqhoAAKoiAACrKwAArDYAAKxEAACsUwAArGMAAKx3AACrjgAAq6QAAKu8&#10;AACq3gAAqfQAAKn9AACp/wCJjgAAe5MAAG2XAABfnAAAUaAAAESkAAA2pgAAKqgAAB6pAAAUqwAA&#10;Da4AAAawAAAAsgAAALUAAAC1AAAAtQMAALYJAAC3DgAAuBIAALgZAAC6IQAAuysAALw4AAC9RwAA&#10;vVgAAL1rAAC9gQAAvZkAAL2wAAC9zAAAvOoAALz3AAC7/gB+lQAAcJsAAGKgAABTpQAARqoAADit&#10;AAAqrwAAHrEAABO0AAAMtwAAA7kAAAC8AAAAvwAAAMIAAADCAAAAwwAAAMQAAADGBgAAxwwAAMgQ&#10;AADKFgAAzCAAAM8rAADQOgAA0UsAANFeAADScwAA0osAANKkAADTuwAA09gAANPtAADT9gBznQAA&#10;ZKMAAFapAABHrwAAObMAACq2AAAduQAAErwAAAq/AAAAwwAAAMYAAADJAAAAzQAAAM8AAADQAAAA&#10;0gAAANQAAADWAAAA2QIAANsIAADeDgAA4RMAAOQdAADoKgAA6DwAAOlPAADpZAAA6nwAAOuVAADr&#10;rAAA68IAAOzVAADs5QBmpgAAWKwAAEmzAAA7uQAAK7wAAB3AAAARxAAACcgAAADMAAAAzwAAANMA&#10;AADZAAAA3QAAAOAAAADhAAAA4wAAAOUAAADnAAAA6gAAAOwAAADuBAAA8QsAAPUSAAD4HAAA+ysA&#10;AP0+AAD+UwAA/moAAP+DAAD/mwAA/64AAP++AAD/ygD/ABIA/wAQAP8AEQD/ABMA/wAZAP8AJgD/&#10;ADQA/wBBAP8ATQD/AFgA/wBiAP8AawD/AHMA/wB6AP8AgQD/AIcA/wCNAP8AkwD/AJkA/wCgAP8A&#10;pwD+AK8A/AC6APoAyQD5AOEA+ADzAPcA/wD2AP8A9QD/APEA/wDpAP8A5AD/AOEA/wD/AA8A/wAN&#10;AP8ADQD/AA4A/wAUAP8AIQD/AC4A/wA8AP8ASAD/AFMA/wBdAP8AZgD+AG0A/AB1APsAewD5AIIA&#10;+ACIAPcAjgD2AJQA9ACbAPMAogDxAKoA7wC0AO0AwQDrANUA6gDsAOgA/ADnAP8A5QD/AOYA/wDg&#10;AP8A2QD/ANQA/wD/AAsA/wAIAP8ABgD/AAkA/wAQAP8AHAD/ACkA/wA2AP8AQgD7AE4A9wBXAPQA&#10;YADyAGgA7wBvAO0AdgDsAHwA6gCCAOgAiADnAI4A5QCVAOMAnADhAKQA3wCuAN0AuQDaAMoA1wDk&#10;ANQA9gDRAP8A0AD/ANAA/wDPAP8AywD/AMcA/wD/AAMA/wAAAP8AAAD/AAQA/wANAPoAFgD2ACMA&#10;8wAwAPAAPADtAEcA6QBRAOUAWgDiAGIA3wBpAN0AbwDaAHYA2AB8ANQAggDSAIgA0ACPAM0AlgDL&#10;AJ4AyQCoAMcAswDFAMEAwgDYAMAA7wC/AP4AvgD/AL0A/wC8AP8AvAD/ALwA/wD/AgAA/wAAAP8A&#10;AAD/AAAA9AAHAO0AEQDoABwA4wApAN8ANQDbAEEA1gBLANEAVADNAFwAygBjAMgAaQDGAG8AwwB1&#10;AMEAewC/AIIAvgCIALwAkAC6AJgAuACiALUArACzALkAsQDLAK8A5wCuAPgArAD/AKsA/wCsAP8A&#10;rAD/AKsA/wD/BAAA/wAAAPYAAADuAAAA5wAAAN8ADADWABUAzwAiAMoALgDHADoAwwBEAMAATQC8&#10;AFUAuQBcALcAYwC1AGkAswBvALEAdQCvAHsArQCCAKsAigCpAJIApwCcAKUApgCjALMAoQDDAJ8A&#10;3gCeAPIAnQD/AJwA/wCcAP8AmwD/AJsA/wD/BwAA9gkAAOkLAADfCgAA1QQAAM4ABQDGABAAwAAa&#10;ALsAJwC3ADIAswA9ALAARgCtAE8AqgBWAKgAXACmAGMApABoAKIAbwChAHUAnwB8AJ0AhACbAI0A&#10;mQCXAJcAogCVAK4AkwC9AJEA0wCQAO0AjwD8AI4A/wCNAf8AjQH/AI0B/wD5DgAA6hIAANwVAADN&#10;FQAAxBEAAL4MAAC6AgoAtAASAK4AHgCqACoApgA1AKIAPwCgAEgAnQFQAJsCVgCZAlwAlwNjAJUD&#10;aQCTA28AkQR2AJAEfwCOBYgAjAWSAIoGngCIBqoAhge6AIUIzwCECusAggv8AIEM/wCADP8AgAz/&#10;AIAM/wDxFQAA4B0AAM0gAADBIQAAuB0AALEXAACsEAAAqAkNAKIHFgCdCSMAmQouAJULOACTDEEA&#10;kAxJAI4NUACMDVcAig1dAIgNYwCHDWoAhQ5xAIMOegCCDoQAgA6PAH4PmwB8D6gAexC4AHoQzgB4&#10;EewAdhL/AHUS/wB0E/8AdBP/AHQT/wDoHgAA0yYAAMMqAAC4KgAArigAAKcjAACgHAAAmxMDAJYP&#10;EACQEBsAjBEnAIkSMgCGEzsAhBNDAIIUSwCAFFEAfhRXAHwUXgB7FWUAeRVsAHcVdAB2Fn4AdBaK&#10;AHIXlgBxF6QAbxi0AG4YyQBtGegAaxr8AGob/wBqG/8Aahv/AGob/wDgJgAAyi0AALwxAACwMwAA&#10;pzEAAJ8sAACXJgAAkB8AAIoXDACFGBYAgRkiAH4aLAB7GzYAeRs+AHccRQB1HEwAcxxTAHEdWQBw&#10;HWAAbh1nAG0ecABrHnoAah6FAGgfkgBnH6AAZSCwAGQhxQBjIeQAYiL6AGEi/wBhIv8AYSL/AGEi&#10;/wDXLAAAwzQAALY4AACqOQAAoTgAAJg1AACQLwAAiCgAAIAhCAB7IBIAdyEdAHQiJwBxIjEAbyM5&#10;AG0jQQBrI0gAaSNOAGgkVQBmJFsAZSRjAGMlawBiJXUAYSWBAF8mjgBeJp0AXSetAFsowQBbKOAA&#10;Win3AFkp/wBZKf8AWSn/AFko/wDPMgAAvjkAALE9AACmPwAAnD8AAJM8AACKNgAAgTAAAHkqAwBy&#10;Jg8AbicZAGsoIwBpKCwAZik1AGUpPABjKUMAYSpKAGAqUQBeKlcAXSpfAFwraABaK3IAWSx9AFgs&#10;iwBWLZoAVS2qAFQuvQBTLtwAUi/1AFIv/wBSLv8AUi7/AFIu/wDKNgAAuj0AAK1CAACiRAAAmEQA&#10;AI9BAACFPAAAezcAAHIxAABrLAwAZy0VAGQtHwBhLigAXy4xAF0uOQBcL0AAWi9GAFgvTQBXL1QA&#10;VjBcAFUwZABTMW4AUjF6AFExiABQMpcATjKoAE0zuwBNNNgATDTzAEw0/wBMNP8ATDP/AEwz/wDG&#10;OgAAtkIAAKlGAACeSQAAlUkAAItHAACBQgAAdz0AAG03AABkMgkAYDISAF0yHABaMiUAWDMtAFYz&#10;NQBVMzwAUzRDAFI0SgBRNFEAUDRZAE81YQBNNWwATDZ3AEs2hQBKN5UASDemAEc4uAFHONMBRjjx&#10;AUY4/wFGOP8ARjj/AEY3/wDBPgAAskUAAKZKAACcTQAAkk0AAIhLAAB+RwAAc0IAAGk9AABfNwYA&#10;WjYQAFc3GABUNyIAUjcqAFA3MgBPODkATThAAEw4RwBLOE4ASjlWAEk5XwBIOmkARzp1AEU7gwBE&#10;O5MAQzykAUI8tgFBPdABQT3wAUE9/wFBPP8BQTz/AUE8/wC+QgAAr0kAAKNOAACZUAAAj1EAAIVQ&#10;AAB7TAAAb0YAAGVCAABaPQIAVDsOAFE7FQBPOx8ATTsnAEs7LwBJPDYARzw9AEc8RABGPUsART1U&#10;AEQ+XABDPmcAQj9zAEA/gQA/P5EAPkCiAD1AtQE8Qc4BPEHuATxB/wE8QP8BPED/AT0//wG6RQAA&#10;rEwAAKFRAACXVAAAjVUAAINUAAB4UQAAbEsAAGFHAABWQgAAT0AMAEw/EwBJQBwAR0AkAEZALABE&#10;QDMAQ0A6AEJBQgBBQUkAQEJRAD9CWgA+Q2UAPUNxADtDfwA6RI8AOUSgADhFswE3RcsBN0XsATdF&#10;/wE3RP8BOET/AThD/wC3SQAAqVAAAJ5VAACUWAAAi1kAAIBYAAB2VgAAaFAAAF1MAABTSAAASkUJ&#10;AEZEEQBERBkAQkQiAEFFKQA/RTEAPkU4AD1FPwA8RkcAO0ZPADpHWAA5R2IAOEhuADZIfAA1SI0A&#10;NEmeADNJsQAySckAMUnrADJJ/gAySP8AMkj/ADNI/wC0TAAAp1QAAJxZAACSXAAAiF0AAH5dAABz&#10;WgAAZVUAAFtSAABQTgAARkoFAEBJDgA+SRYAPUkeADtKJgA6Si4AOUo1ADhLPQA3S0QANktNADRM&#10;VgAzTGAAMkxsADFNegAwTYsALk2cAC1OrwAsTscALE7pACxN/QAtTf8ALUz/AC1M/wCwUAAApFgA&#10;AJldAACPYQAAhmIAAHthAABwXwAAYlsAAFhYAABOVQAAQ1EBADtPDAA4TxMANk8bADVPIwA0UCsA&#10;M1AyADJQOgAxUEIAMFFKAC5RUwAtUl0ALFJpACtSeAApUogAKFOaACdTrQAmU8UAJlPnACZT/AAn&#10;Uv8AJ1H/ACdR/wCsVQAAoFwAAJZiAACNZgAAg2cAAHhmAABtZQAAYGEAAFVeAABKWwAAP1gAADVW&#10;CAAxVRAAMFYXAC5WHwAtVicALFYvACtXNgAqVz4AKVdHAChXUAAmWFoAJVhnACRYdQAjWYYAIVmY&#10;ACBZqwAfWcIAH1nlAB9Y+gAgWP8AIFf/ACFX/wCoWgAAnWIAAJNnAACKawAAf2wAAHVsAABqawAA&#10;XWgAAFFlAABGYwAAO2AAADFeAwAqXQ0AKF0TACZdGwAlXiMAJF4qACNeMgAiXjoAIV5DACBfTAAf&#10;X1cAHl9jABxgcQAbYIIAGWCVABhgqQAXYMAAFmDiABdf+QAYXv8AGV7/ABld/wCkYAAAmWgAAJBu&#10;AACGcAAAfHIAAHJyAABmcQAAWG4AAExsAABBawAANmkAAC1nAAAjZggAH2YPAB1mFQAcZh0AG2Yl&#10;ABpmLQAZZzUAGGc+ABdnSAAWZ1MAFWhfABNobgASaH8AEWiSABBopgAPaL0ADmjgABBn9wAQZv8A&#10;EWX/ABFl/wCfZwAAlm8AAIxzAACCdgAAeHgAAG14AABgdwAAU3YAAEZ0AAA7cwAAMXIAACdxAAAe&#10;cQAAFnAKABNwEAATcBcAEnAfABFxJwAQcS8AEHE4AA5xQgAOcU4ADXFbAAxxaQALcXoACnGNAAhx&#10;oQAGcbYABnDSAAdw7wAIb/8ACW7/AAlu/wCbbwAAkXUAAId5AAB+fAAAdH4AAGZ+AABZfgAATX4A&#10;AEB9AAA1fQAAKnwAACF8AAAYfAAAEXwEAAx8DAAKfBEACXwZAAh8IQAHfCkABnwyAAR8PQADfEgA&#10;AXxVAAB8YwAAfHQAAHyHAAB7nAAAe7EAAHrLAAB56wAAefoAAHn/AAB4/wCWdwAAjHwAAIOAAAB5&#10;gwAAbIQAAF6FAABRhgAARYcAADmHAAAthwAAI4cAABqHAAAShwAADYgBAAaJCgABiQ8AAIkUAACI&#10;GwAAiCMAAIksAACJNgAAiUIAAIhOAACIXQAAiG0AAIiBAACHlQAAh6sAAIbEAACF5gAAhPgAAIT/&#10;AACE/wCQfgAAh4MAAH6HAABxiQAAY4sAAFaNAABJjwAAPJEAADCRAAAkkQAAGpIAABKTAAANlAAA&#10;BpUAAACWBgAAlgwAAJUQAACWFQAAlh0AAJYkAACWLgAAljkAAJZGAACWVQAAlmUAAJZ4AACVjgAA&#10;laQAAJS8AACT3wAAk/UAAJL/AACS/wCLhgAAg4oAAHWNAABnkAAAWZQAAEyXAAA/mQAAMpoAACab&#10;AAAbnAAAEp0AAAyfAAAEoAAAAKIAAACjAQAAowcAAKMMAACjEAAApBUAAKQcAAClJQAApi8AAKY8&#10;AACmSwAAplsAAKZuAAClhAAApZsAAKSzAACj0AAAo+8AAKL8AACi/wCGjQAAeJEAAGqVAABcmQAA&#10;Tp0AAEGgAAAzogAAJqMAABulAAARpwAACqkAAAGrAAAArQAAAK8AAACwAAAAsAAAALAFAACxCwAA&#10;sg8AALMUAAC0GwAAtSQAALcwAAC3PwAAt1AAALdiAAC3eAAAt5AAALapAAC2wgAAtuQAALb1AAC1&#10;/gB7kwAAbZgAAF+dAABQogAAQqYAADSpAAAmqwAAGq0AABCvAAAJsgAAALQAAAC3AAAAugAAALwA&#10;AAC9AAAAvgAAAL4AAADAAgAAwQgAAMINAADEEgAAxhkAAMkkAADKMgAAy0MAAMtVAADMagAAzIMA&#10;AMycAADLtQAAzM4AAMzpAADM9gBwmwAAYaEAAFKmAABEqwAANrAAACeyAAAatQAAELgAAAe7AAAA&#10;vgAAAMEAAADEAAAAyAAAAMsAAADLAAAAzQAAAM4AAADQAAAA0gAAANUDAADYCgAA2xAAAN4YAADi&#10;JAAA4zUAAORIAADlXAAA5nMAAOaNAADmpQAA5rwAAObTAADn5wBjpAAAVaoAAEawAAA4tQAAKLkA&#10;ABq8AAAPwAAABcQAAADHAAAAywAAAM8AAADUAAAA2AAAANwAAADdAAAA3wAAAOEAAADjAAAA5QAA&#10;AOgAAADqAAAA7QYAAPEOAAD1FgAA+CUAAPk4AAD5TQAA+mMAAPt8AAD8lQAA/KoAAPy7AAD9ywD/&#10;AA8A/wAOAP8ADgD/ABAA/wAWAP8AIwD/ADAA/wA9AP8ASQD/AFQA/wBeAP8AZgD/AG4A/wB2AP8A&#10;fAD/AIIA/wCJAP8AjwD/AJUA/gCbAP0AowD7AKsA+gC1APkAwwD3ANsA9gDwAPQA/wDzAP8A8gD/&#10;AOwA/wDiAP8A3AD/ANYA/wD/AAwA/wAJAP8ACAD/AAoA/wASAP8AHgD/ACsA/wA4AP8ARAD/AE8A&#10;/wBZAP4AYQD8AGkA+gBwAPgAdwD3AH0A9gCDAPQAiQDyAI8A8QCWAO8AnQDtAKUA7ACvAOoAvADo&#10;AM0A5gDoAOQA+gDjAP8A4gD/AOAA/wDVAP8AzgD/AMsA/wD/AAYA/wABAP8AAAD/AAQA/wAOAP8A&#10;GQD/ACUA/QAyAPsAPgD3AEkA8wBTAPAAXADuAGMA7ABqAOoAcQDoAHcA5gB9AOQAgwDiAIkA4ACQ&#10;AN4AlwDcAJ8A2QCpANYAtADTAMQA0ADeAM4A8wDMAP8AywD/AMoA/wDIAP8AwgD/AL4A/wD/AAAA&#10;/wAAAP8AAAD/AAAA+wALAPYAEwDxACAA7QAsAOoAOADnAEMA4wBNAOAAVgDcAF0A2QBkANUAawDS&#10;AHEA0AB2AM4AfADMAIMAygCJAMgAkQDGAJkAxACjAMEArQC/ALsAvQDPALsA6wC5APwAtwD/ALcA&#10;/wC2AP8AtAD/ALEA/wD/AAAA/wAAAP8AAAD2AAAA7gAFAOcADwDhABkA2wAlANUAMQDSADwAzgBG&#10;AMoATwDHAFcAxABeAMEAZAC/AGoAvQBwALsAdgC5AHwAuACDALYAigCzAJMAsQCcAK8ApwCtALMA&#10;qwDFAKkA4QCnAPUApgD/AKUA/wCkAP8ApAD/AKQA/wD/AAAA/AAAAPEAAADoAAAA4AAAANQACwDM&#10;ABMAxwAfAMIAKgC/ADUAvAA/ALgASAC1AFAAswBXALAAXgCuAGQArABpAKsAbwCpAHUApwB8AKUA&#10;hACjAIwAoQCWAJ8AoQCdAK0AmgC8AJgA0gCXAO4AlQD+AJQA/wCVAP8AlQD/AJUA/wD8AQAA8AUA&#10;AOMHAADVBQAAzAAAAMUABAC+AA4AuAAXALMAIwCvAC4AqwA4AKkAQQCmAEoAowBRAKEAVwCfAF0A&#10;nQBjAJsAaQCaAG8AmAB2AJYAfQCUAIYAkgCQAJAAmwCOAKcAjAC2AIoAyQCIAOcAhwD5AIcA/wCG&#10;AP8AhgD/AIYA/wD0DAAA5BAAANESAADFEQAAvQ4AALYIAACxAAgAqwARAKYAGwChACYAngAxAJoA&#10;OgCYAEMAlQBKAJMAUQCRAFcAjwBdAI4AYwCMAGkAigBwAIgAdwCGAIAAhACLAIIAlgCAAKMAfgCx&#10;AH0AxAB7AuEAegP1AHoF/wB5Bf8AeAb/AHgG/wDqEwAA1hoAAMYdAAC6HAAAsRkAAKoTAACkDQAA&#10;nwUMAJkAFACVAB8AkQIpAI0DMwCLBDwAiAVEAIYGSwCEBlEAggdXAIEHXQB/B2MAfQhqAHsIcgB6&#10;CHwAeAmGAHYJkgB0CqAAcwqvAHELwQBwDN8Abw32AG4O/wBtDv8AbQ7/AG0O/wDhHAAAyyMAALwm&#10;AACxJgAAqCQAAKAeAACZGAAAkxACAI4LDgCICxcAhAwiAIENLAB+DTUAfA49AHoORQB4DksAdw5R&#10;AHUPWABzD14AcRBlAHAQbgBuEHcAbBCCAGsQjwBpEZ0AaBGtAGYSwABlEt8AZBP2AGMU/wBjFP8A&#10;YhT/AGIU/wDWJAAAwyoAALUuAACqLwAAoC0AAJgoAACQIgAAiRsAAIITCAB9ERIAeRIcAHYTJwBz&#10;FDAAcRQ4AG8VPwBtFUYAbBVMAGoWUwBoFlkAZxZhAGUWaQBkF3IAYhd+AGEYiwBfGJkAXhmpAFwZ&#10;vABcGtgAWhvzAFoc/wBZHP8AWRz/AFkc/wDNKgAAvTEAAK81AACkNgAAmzQAAJIxAACJKwAAgSUA&#10;AHkdAwBzGA4AbxkYAGwaIgBpGysAZxszAGUcOwBkHEEAYh1IAGAdTgBfHVUAXR1cAFweZABbHm4A&#10;WR95AFgfhwBWIJYAVSCmAFQhuABTIdIAUiLxAFIj/wBSI/8AUiL/AFIi/wDILwAAuDYAAKs6AACg&#10;PAAAljsAAI04AACDMgAAei0AAHImAABqIAwAZiATAGMhHQBhISYAXyIvAF0iNgBbIj0AWiNEAFgj&#10;SgBXI1EAVSNYAFQkYQBTJGoAUSV2AFAlgwBPJpMATiejAEwntQBMKM4ASyjuAEsp/wBLKP8ASyj/&#10;AEso/wDDNAAAszsAAKc/AACcQQAAkkAAAIk+AAB/OQAAdTMAAGwtAABjJwgAXiYRAFwmGQBZJyIA&#10;VycrAFUoMgBUKDkAUihAAFEoRgBQKU0ATilVAE0pXQBMKmcASypzAEkrgABIK5AARyyhAEYtswBF&#10;LcsARS7sAEQu/wBELv8ARS3/AEUt/wC+OAAAsD8AAKRDAACZRQAAj0UAAIVDAAB7PgAAcTkAAGc0&#10;AABeLgQAWCsOAFUrFgBSLB8AUCwnAE8sLwBNLTYATC08AEotQwBJLUoASC5SAEcuWgBGL2QARS9w&#10;AEMwfgBCMI0AQTGeAEAysQA/MsgAPzPqAD8z/gA/Mv8APzL/AD8y/wC7PAAArUMAAKFHAACWSQAA&#10;jEkAAINIAAB4RAAAbT4AAGM5AABaNAAAUjAMAE8wEwBMMBwASjAkAEkxKwBHMTIARjE5AEQxQABD&#10;MkcAQjJPAEEzWABAM2IAPzRtAD40ewA9NYsAPDacADs2rwA6N8YAOTfoADk3/AA6N/8AOjb/ADo2&#10;/wC3QAAAqkYAAJ5LAACUTQAAik4AAIBMAAB1SAAAakMAAGA+AABWOQAATTUJAEk0EQBHNRkARTUh&#10;AEM1KABBNS8AQDU2AD82PQA+NkUAPTdNADw3VQA7OGAAOjhrADk5eQA4OYkANzqbADU6rQA1O8QA&#10;NDvmADQ7+wA1O/8ANTr/ADU6/wC0QwAAp0oAAJxOAACSUQAAiFIAAH5QAABzTQAAZ0gAAFxEAABS&#10;PwAASDoGAEQ5DwBBORYAPzkeAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc8UwA2PF0ANT1pADQ9&#10;dwAzPocAMT6ZADA/qwAvP8IALz/kAC8/+gAwP/8AMD7/ADA+/wCxRwAApE0AAJlSAACPVQAAhlYA&#10;AHxVAABxUgAAZEwAAFlJAABPRQAARUADAD8+DQA8PhMAOj4bADk+IwA3PioANj8xADU/OAA0P0AA&#10;M0BIADJAUQAxQVsAMEFnAC5CdQAtQoUALEOXACtDqgAqQ8AAKUTiACpD+QAqQ/8AK0L/ACtC/wCu&#10;SgAAoVEAAJdWAACNWQAAg1oAAHlaAABuVwAAYVIAAFdOAABNSwAAQ0cAADpDCgA2QxEANEMYADND&#10;IAAyRCcAMUQvADBENgAvRT0ALUVGACxFTwArRlkAKkZkAClHcgAoR4MAJkeVACVIqAAkSL4AI0jg&#10;ACRI9wAlR/8AJUf/ACZH/wCqTwAAn1UAAJRaAACLXgAAgV8AAHdeAABrXAAAX1gAAFVVAABLUQAA&#10;QE0AADVKBwAwSQ4ALkkVAC1JHQAsSSQAK0orACpKMwAoSjsAJ0tDACZLTAAlS1YAJExiACNMcAAh&#10;TIAAIE2TAB9NpgAeTbsAHU7dAB5N9gAeTP8AH0z/ACBL/wCnUwAAnFoAAJJfAACIYwAAfmQAAHRj&#10;AABpYQAAXF4AAFJbAABHWAAAPFUAADJSAgAqUAwAJ08SACZQGQAlUCAAJFAoACNQLwAiUTcAIVFA&#10;ACBRSQAeUlMAHVJfABxSbQAaU30AGVOQABhTpAAWU7kAFVPZABZT9AAXUv8AGFH/ABlR/wCjWQAA&#10;mGAAAI9lAACFaAAAe2kAAHFpAABmZwAAWWQAAE1hAABCXwAAOFwAAC5aAAAlWAgAIFcOAB5XFAAd&#10;VxwAHFgjABtYKwAaWDMAGVg8ABhYRQAWWVAAFVlbABRZaQATWnoAElqNABFaoQAQWrcADlrVABBZ&#10;8wAQWf8AEVj/ABFY/wCfXwAAlWYAAIxrAACCbQAAeG4AAG5vAABibQAAVWoAAEhoAAA+ZgAAM2UA&#10;ACljAAAgYQEAGGALABVgEAAUYBcAE2AeABJgJgASYC4AEWE3ABBhQAAPYUsADmFYAA1hZgAMYnYA&#10;C2KJAAphnQAJYbIACGHLAAhh6wAJYP0ACl//AAtf/wCbZgAAkm0AAIhxAAB+cwAAdXUAAGp0AABc&#10;cwAAT3IAAENwAAA4bwAALW4AACRsAAAbawAAE2sEAA5qDAANahIADGoZAAtqIQAKaikACWoyAAhq&#10;PAAHa0cABWtTAARrYQACa3EAAGqEAABqmAAAaq0AAGnGAABp5wAAafgAAGj/AABo/wCXbQAAjXMA&#10;AIR3AAB7egAAcHsAAGN7AABWegAASXoAAD15AAAxeAAAJ3cAAB12AAAVdgAAD3YCAAl2CgAEdg8A&#10;AHYVAAB2HAAAdiQAAHUsAAB1NgAAdUEAAHVOAAB1XAAAdWwAAHV+AAB0kwAAdKgAAHPAAABz4wAA&#10;cvcAAHL/AABx/wCSdQAAiXoAAIB+AAB2gAAAaYEAAFuCAABOggAAQYIAADWDAAApggAAH4EAABaB&#10;AAAQggAACoIAAAKDBwAAgg0AAIIRAACCFwAAgh4AAIImAACCLwAAgjsAAIJHAACCVQAAgWUAAIF4&#10;AACBjQAAgKIAAH+6AAB/3QAAfvQAAH3/AAB9/wCNfAAAhIEAAHuEAABuhgAAYIgAAFKKAABFiwAA&#10;OYwAACyMAAAhjAAAF4wAABCNAAAJjgAAAo8AAACQAwAAjwkAAI8OAACPEgAAkBgAAJAfAACQKAAA&#10;kDIAAJA/AACQTQAAkF0AAI9wAACPhQAAjpwAAI6zAACN0AAAjPAAAIv+AACL/wCIhAAAgIgAAHKL&#10;AABkjQAAVpAAAEiTAAA7lQAALpYAACKWAAAXlwAAD5gAAAiZAAAAmwAAAJ0AAACdAAAAnQMAAJ0J&#10;AACdDQAAnhEAAJ4XAACfHwAAnykAAKA1AACgQwAAoFQAAKBmAACfewAAnpMAAJ6rAACdxgAAnekA&#10;AJz5AACc/wCDiwAAdY4AAGeSAABZlgAAS5kAAD2cAAAwngAAI58AABegAAAOogAAB6QAAACmAAAA&#10;qAAAAKoAAACqAAAAqgAAAKsBAACrBwAArAwAAK0QAACuFgAArx4AALEpAACxOAAAsUgAALFaAACx&#10;bwAAsYgAALGgAACwugAAr90AAK/yAACv/QB4kQAAapYAAFyaAABNnwAAP6MAADGmAAAjpwAAF6kA&#10;AA6rAAAFrgAAALAAAACyAAAAtQAAALcAAAC3AAAAuAAAALkAAAC6AAAAvAMAAL0JAAC+DgAAwBQA&#10;AMMeAADFKwAAxTwAAMZOAADGYgAAxnoAAMaUAADGrQAAxsgAAMXlAADF8wBsmQAAXp4AAE+kAABB&#10;qAAAMqwAACSvAAAWsQAADbQAAAO3AAAAugAAAL0AAADAAAAAxAAAAMYAAADGAAAAyAAAAMkAAADL&#10;AAAAzAAAAM4AAADQBgAA0w0AANgTAADcHgAA3i0AAN9AAADgVAAA4WsAAOGFAADhnwAA4bcAAOHP&#10;AADh5gBgoQAAUqcAAEOtAAA0sgAAJbUAABe5AAANvAAAAb8AAADDAAAAxwAAAMoAAADPAAAA0wAA&#10;ANYAAADXAAAA2gAAANwAAADfAAAA4QAAAOMAAADmAAAA6QEAAOwLAADwEgAA8x8AAPQxAAD2RgAA&#10;91wAAPh0AAD4jwAA+aYAAPm4AAD4yQD/AA0A/wALAP8ACwD/AA4A/wATAP8AHwD/ACwA/wA5AP8A&#10;RQD/AFAA/wBZAP8AYgD/AGoA/wBxAP8AdwD/AH4A/wCEAP4AigD9AJAA/ACXAPoAngD5AKcA9wCx&#10;APYAvgD1ANIA8wDsAPEA/gDwAP8A8AD/AOYA/wDcAP8A0gD/AM0A/wD/AAcA/wAEAP8AAgD/AAYA&#10;/wAQAP8AGwD/ACcA/wAzAP8APwD/AEoA/gBUAPsAXQD5AGQA9wBrAPUAcgDzAHgA8gB+APAAhADv&#10;AIoA7QCRAOwAmQDqAKEA6ACrAOYAtgDkAMcA4gDjAOAA9wDeAP8A3QD/ANkA/wDMAP8AxQD/AMEA&#10;/wD/AAAA/wAAAP8AAAD/AAEA/wANAP8AFgD8ACIA+QAuAPYAOQDzAEUA7wBOAOwAVwDpAF4A5gBl&#10;AOQAbADiAHIA4AB3AN8AfgDdAIQA2wCLANgAkgDVAJsA0gCkAM8ArwDNAL4AywDVAMkA7wDHAP8A&#10;xQD/AMQA/wC+AP8AuAD/ALUA/wD/AAAA/wAAAP8AAAD+AAAA9wAJAPEAEQDrABwA5wAoAOQAMwDh&#10;AD4A3QBIANgAUQDTAFgA0ABfAM4AZQDMAGsAygBxAMgAdwDGAH0AxACEAMIAjADAAJQAvgCeALsA&#10;qAC5ALYAtwDIALUA5gCzAPoAsQD/ALAA/wCwAP8ArAD/AKkA/wD/AAAA/wAAAPoAAADxAAAA6AAD&#10;AOAADQDYABYA0QAiAM0ALQDKADcAxgBBAMIASgC/AFIAvQBZALoAXwC4AGUAtwBqALUAcACzAHYA&#10;sQB9AK8AhQCtAI0AqwCXAKkAoQCnAK4ApQC+AKIA2ACgAPIAnwD/AJ4A/wCeAP8AngD/AJwA/wD/&#10;AAAA9wAAAOsAAADhAAAA1gAAAMsACQDFABEAvwAbALsAJgC3ADEAtAA6ALEAQwCuAEsAqwBSAKkA&#10;WACnAF4ApgBkAKQAaQCiAHAAoAB2AJ4AfgCcAIYAmgCQAJgAmwCWAKcAlAC2AJIAygCQAOkAjwD8&#10;AI4A/wCNAP8AjAD/AI0A/wD4AAAA6QIAANsDAADMAQAAxAAAAL0AAgC2AA0AsAAVAKsAIACnACoA&#10;pAA0AKEAPACeAEQAnABLAJoAUgCYAFgAlgBdAJUAYwCTAGkAkQBwAI8AdwCNAIAAiwCKAIkAlQCH&#10;AKEAhQCvAIMAwQCBAOAAgAD1AH8A/wB/AP8AfwD/AH8A/wDuCgAA3A4AAMoQAAC+DgAAtQsAAK8D&#10;AACpAAcAowAQAJ4AGACZACMAlgAsAJMANQCQAD4AjgBFAIwASwCKAFEAiABXAIYAXQCFAGMAgwBq&#10;AIEAcQB/AHoAfQCEAHsAjwB5AJwAdwCqAHUAuwB0ANQAcgDwAHIA/wByAP8AcQD/AHEA/wDjEQAA&#10;zRcAAL8ZAACzGQAAqhUAAKMQAACdCgAAlwEKAJEAEgCNABsAiQAlAIUALwCDADcAgAA+AH4ARQB9&#10;AEsAewBRAHkAVwB4AF0AdgBkAHQBawByAXQAcAJ/AG4CiwBsA5gAawOmAGkEtwBoBc4AZwfsAGYI&#10;/QBmCf8AZQn/AGUJ/wDWGgAAxCAAALYjAACrIwAAoSAAAJkbAACSFAAAjA4BAIYHDQCABBQAfAYe&#10;AHkHKAB2CDAAdAg4AHIJPwBwCUUAbwpMAG0KUgBsClgAagtfAGgLZwBnC3AAZQx6AGMMhwBiDJUA&#10;YA2kAF8NtgBeDc4AXA7tAFwP/wBbEP8AWxD/AFsQ/wDNIQAAvCgAAK8rAACkKwAAmikAAJIkAACJ&#10;HwAAghgAAHsRBQB1DQ8AcQ0XAG4OIQBrDioAaQ8yAGcQOQBlEEAAZBBGAGMQTQBhEFMAXxFaAF4R&#10;YgBcEWsAWxF2AFkSgwBYEpIAVhOiAFUTtABUE8sAUxTsAFIV/wBSFv8AUhX/AFIV/wDGKAAAti4A&#10;AKkyAACfMgAAlTEAAIwtAACDJwAAeiEAAHIaAABrEwsAZxMTAGQUHABhFCUAXxUtAF0VNABcFTsA&#10;WxZCAFkWSABYFk8AVhdWAFUXXgBTF2cAUhhyAFAYfwBPGY4AThqfAEwasABLG8cASxvpAEoc/QBK&#10;HP8AShz/AEoc/wDBLQAAsTQAAKU3AACaOAAAkDcAAIc0AAB9LwAAdCkAAGwjAABkHAcAXhkQAFsa&#10;GABZGyEAVxspAFUbMABUHDcAUhw9AFEcRABPHUsATh1SAE0dWgBLHmMASh5uAEkffABHH4sARiCc&#10;AEUhrgBEIcQAQyLmAEMi/ABDIv8AQyL/AEMi/wC8MgAArTgAAKE8AACXPgAAjT0AAIM6AAB5NQAA&#10;bzAAAGYqAABeJAIAVyANAFQgFABRIB0ATyElAE4hLABMITMASyI6AEkiQABIIkcARyJOAEYjVwBE&#10;I2AAQyRrAEIkeQBBJYgAPyaZAD4mqwA9J8EAPSfjAD0o+gA9KP8APSf/AD0n/wC4NgAAqj0AAJ5A&#10;AACUQgAAikIAAIA/AAB2OwAAbDYAAGIwAABZKgAAUSULAE0lEQBLJRkASSUhAEcmKABFJi8ARCY2&#10;AEMmPQBCJ0QAQSdLAD8oVAA+KF0APSlpADwpdgA7KoYAOSuXADgrqQA3LL8ANyzgADcs+AA3LP8A&#10;Nyz/ADgs/wC1OgAAp0AAAJxEAACRRgAAh0YAAH1EAABzQAAAaDsAAF82AABVMQAATCsHAEcpDwBF&#10;KhYAQyoeAEEqJQA/KiwAPiszAD0rOQA8K0EAOyxIADosUQA5LVsAOC5mADYucwA1L4MANC+VADMw&#10;pwAyML0AMTHeADEx9wAyMf8AMjD/ADMw/wCxPgAApEQAAJlIAACPSgAAhUoAAHtJAABwRQAAZUAA&#10;AFs7AABSNgAASDEEAEIuDQA/LhMAPS4bADsuIgA5LykAOC8vADcvNgA2MD4ANTBGADQxTwAzMVkA&#10;MjJkADEycQAwM4EALzSTAC40pgAsNbsALDXbACw19QAtNf8ALTT/AC40/wCuQQAAokgAAJdMAACN&#10;TgAAg04AAHlNAABuSgAAYkUAAFhAAABOPAAARTcAAD0zCwA5MxEANzMYADYzHwA0MyYAMzMtADI0&#10;NAAxNDwAMDVEAC81TAAuNlYALTZiACw3bwArN38AKjiRACg4pAAnObkAJjnYACc59AAoOf8AKDj/&#10;ACk4/wCrRQAAn0sAAJRPAACLUgAAgVMAAHdSAABsTwAAX0kAAFZGAABMQgAAQj0AADg4CAA0OA8A&#10;MjgVADE4HQAvOCQALjgrAC05MgAsOTkAKzpBACo6SgApO1QAKDtfACc8bQAlPH0AJD2PACM9ogAi&#10;PbcAIT7UACE+8wAiPf8AIz3/ACM8/wCoSQAAnU8AAJJTAACJVgAAf1cAAHVWAABqUwAAXU8AAFNM&#10;AABKSAAAQEQAADZABQAvPQ0ALT0TACs9GgAqPiEAKT4oACg+LwAnPjcAJj8/ACQ/SAAjQFIAIkBd&#10;ACFBagAgQXoAHkGNAB1CoAAcQrUAG0LRABtC8QAcQv8AHUH/AB5B/wClTQAAmlMAAJBYAACGWwAA&#10;fVwAAHJbAABnWAAAW1QAAFFSAABITgAAPUoAADNHAAAqQwsAJkMQACVDFgAkQx4AI0QlACJELAAh&#10;RDQAIEU8AB5FRQAdRU8AHEZaABtGaAAZRngAGEeKABdHngAWR7MAFEjOABVH7wAWR/8AF0b/ABdG&#10;/wCiUgAAl1gAAI1dAACEYAAAemEAAHBgAABlXgAAWVoAAE9YAABEVAAAOVEAAC9OAAAmSwYAIEoO&#10;AB5KEwAdShoAHEohABtLKAAaSzAAGUs4ABdLQgAWTEwAFUxXABRMZQATTXUAEk2IABFNnAAQTbEA&#10;Dk7MAA9N7gAQTf8AEUz/ABFM/wCeVwAAlF0AAItiAACBZQAAd2YAAG1mAABjZAAAVmEAAEpeAAA/&#10;WwAANVgAACtWAAAiVAEAGlIKABZSEAAVUhYAFFIdABNSJAASUiwAEVI0ABFSPgAQU0gAD1NUAA5T&#10;YgANVHIADFSEAAtUmAAJVK0ACFTFAAlU5wAKU/sAC1L/AAtS/wCbXQAAkWQAAIhoAAB+awAAdGwA&#10;AGtsAABfagAAUmcAAEVkAAA6YgAAMGAAACZeAAAdXQAAFVsFABBaDAAOWhEADloYAA1bIAAMWycA&#10;C1swAApbOgAJW0UAB1tRAAZbXgAEW20AA1uAAAFblAAAW6gAAFvAAABa4gAAWvYAAVr/AAJZ/wCX&#10;ZAAAjmsAAIRuAAB7cAAAcnIAAGdxAABZcAAATG4AAEBsAAA1awAAKmkAACFnAAAYZgAAEWYBAAxl&#10;CgAHZQ8ABGUUAANkGwACZCMAAGQsAABkNQAAZEAAAGRMAABkWgAAZGkAAGR7AABkjwAAY6QAAGO7&#10;AABi3QAAYvQAAGL/AABh/wCTbAAAiXEAAIB1AAB4dwAAbXgAAGB3AABSdgAARnUAADl0AAAudAAA&#10;I3IAABpxAAAScQAADXEAAAZxCAAAcA0AAHASAABwFwAAbx8AAG8mAABvMAAAbzsAAG9HAABvVAAA&#10;b2QAAG91AABuigAAbaAAAG22AABs1gAAa/IAAGv/AABr/wCOcwAAhXgAAH17AABzfQAAZX4AAFh+&#10;AABLfgAAPn4AADJ+AAAmfQAAHHwAABN8AAANfAAABn0AAAB9BQAAfAsAAHwPAAB8EwAAfBkAAHwh&#10;AAB8KQAAfDQAAHtAAAB7TgAAe14AAHtvAAB6hAAAepoAAHmxAAB4zgAAd+8AAHb+AAB2/wCJegAA&#10;gX8AAHiCAABrgwAAXYUAAE+GAABChwAANYgAACmHAAAdhwAAFIcAAA2IAAAGiQAAAIoAAACKAAAA&#10;iQYAAIkMAACJDwAAiRMAAIkaAACKIgAAiiwAAIo4AACKRgAAiVYAAIloAACJfAAAiJQAAIerAACG&#10;xgAAheoAAIX7AACE/wCFggAAfYYAAG+IAABhiwAAU40AAEWPAAA4kQAAK5EAAB+SAAAUkgAADZMA&#10;AASUAAAAlgAAAJcAAACYAAAAlwAAAJcFAACXCwAAmA4AAJgTAACZGgAAmSIAAJouAACaPQAAmU0A&#10;AJleAACZcwAAmIsAAJijAACXvAAAluIAAJb3AACV/wCAiQAAcowAAGSPAABWkwAASJYAADqZAAAs&#10;mgAAH5sAABScAAAMngAAA58AAAChAAAAowAAAKUAAAClAAAApQAAAKUAAACmAgAApwgAAKcNAACo&#10;EQAAqRkAAKsjAACrMQAAq0EAAKxTAACsZwAAq4AAAKqaAACqswAAqtAAAKnvAACp+wB1jwAAZ5QA&#10;AFmYAABKnAAAPJ8AAC2iAAAgowAAE6UAAAunAAABqQAAAKsAAACuAAAAsQAAALIAAACyAAAAswAA&#10;ALQAAAC1AAAAtgAAALgEAAC5CwAAuxAAAL0YAAC/JAAAvzUAAMBHAADAWwAAwHIAAMCNAADBpgAA&#10;wMEAAL/jAAC+8wBqlwAAW5wAAE2hAAA+pQAAL6kAACGrAAATrQAAC7AAAACzAAAAtQAAALgAAAC8&#10;AAAAvwAAAMEAAADBAAAAwwAAAMQAAADGAAAAxwAAAMkAAADLAAAAzggAANEPAADVGAAA2CcAANk5&#10;AADaTQAA22QAANt+AADcmQAA3LAAANzJAADc4wBdnwAAT6UAAECqAAAyrwAAIrIAABS1AAAKuAAA&#10;ALsAAAC/AAAAwwAAAMYAAADLAAAAzgAAANEAAADRAAAA1AAAANYAAADZAAAA2wAAAN4AAADgAAAA&#10;5AAAAOcGAADrDgAA7xkAAPAqAADyPwAA81UAAPRtAAD0iAAA9KEAAPS2AAD0xwD/AAkA/wAGAP8A&#10;BwD/AAwA/wARAP8AHAD/ACgA/wA0AP8AQQD/AEwA/wBVAP8AXQD/AGUA/wBsAP8AcgD+AHgA/AB+&#10;APsAhAD6AIsA+QCSAPcAmQD2AKIA9ACsAPMAuQDxAMsA8ADoAO4A+wDtAP8A7AD/AOEA/wDSAP8A&#10;yQD/AMQA/wD/AAEA/wAAAP8AAAD/AAQA/wAOAP8AFwD/ACMA/wAvAP8AOwD9AEYA+gBQAPcAWAD0&#10;AF8A8gBmAPAAbADvAHIA7QB4AOwAfgDqAIUA6QCMAOcAkwDlAJwA4wCmAOEAsQDfAMEA3QDdANsA&#10;9ADZAP8A1gD/AM8A/wDEAP8AvQD/ALkA/wD/AAAA/wAAAP8AAAD/AAAA/wALAPwAEwD3AB4A9AAq&#10;APIANQDuAEAA6QBKAOYAUgDjAFkA4ABgAN4AZgDcAGwA2gByANcAeADUAH4A0gCFANAAjQDOAJUA&#10;zACfAMkAqgDHALgAxQDNAMMA6wDAAP4AvwD/AL4A/wC2AP8AsAD/AK0A/wD/AAAA/wAAAP8AAAD5&#10;AAAA8gAGAOsADwDmABkA4QAkAN4ALwDaADkA0wBDAM8ATADMAFMAyQBaAMcAYADFAGYAwwBrAMEA&#10;cQC/AHcAvQB+ALsAhgC5AI4AtwCYALUAowCzALAAsQDCAK4A4ACsAPcAqwD/AKoA/wCoAP8AowD/&#10;AKAA/wD/AAAA/wAAAPUAAADrAAAA4QAAANYADADPABMAygAeAMYAKQDCADMAvwA9ALsARQC4AE0A&#10;tgBUALMAWgCxAF8AsABlAK4AagCsAHAAqwB3AKkAfwCnAIcApQCRAKMAnACgAKkAngC4AJwAzgCa&#10;AO4AmQD/AJcA/wCWAP8AlgD/AJMA/wD9AAAA8QAAAOUAAADZAAAAzQAAAMQABgC9AA8AtwAYALMA&#10;IgCwACwArQA2AKkAPgCnAEYApABNAKIAUwCgAFkAnwBeAJ0AZACbAGoAmgBwAJgAdwCWAIAAlACK&#10;AJEAlQCPAKIAjQCwAIsAwwCJAOMAiAD5AIYA/wCGAP8AhgD/AIYA/wDzAAAA4wAAANEAAADFAAAA&#10;vQAAALYAAACuAAsAqAASAKQAHACgACYAnAAvAJoANwCXAD8AlQBGAJIATACRAFIAjwBYAI0AXQCL&#10;AGMAigBqAIgAcQCGAHkAhACDAIIAjwB/AJsAfgCpAHwAuwB6ANUAeADyAHgA/wB3AP8AdwD/AHcA&#10;/wDnBwAA0QwAAMMNAAC4DAAArggAAKgAAACiAAUAmwAOAJYAFQCSAB8AjgAoAIsAMQCIADkAhgBA&#10;AIQARgCCAEwAgABSAH8AVwB9AF0AewBjAHoAawB4AHMAdgB9AHQAiABxAJUAcACkAG4AtABsAMoA&#10;awDqAGoA/ABqAP8AagD/AGoA/wDaEAAAxhQAALgWAACtFQAApBIAAJwOAACWBwAAkAAJAIoAEACF&#10;ABgAgQAhAH4AKgB7ADIAeQA5AHcAQAB1AEYAcwBMAHIAUQBwAFcAbgBeAG0AZQBrAG4AaQB3AGcA&#10;gwBlAJEAYwCfAGIArwBgAMQAXwDkAF8B+ABeAv8AXgL/AF4C/wDOGAAAvR0AALAgAAClHwAAmxwA&#10;AJMXAACLEQAAhAwAAH4ECwB5ABIAdQAbAHIAIwBvACsAbQEzAGsBOgBpAkAAZwNGAGYDTABkBFIA&#10;YwRZAGEEYABfBWkAXgVzAFwGfwBaBo0AWQecAFcIrQBWCMEAVQnhAFQL9gBUC/8AVAv/AFQL/wDG&#10;HwAAtiUAAKkoAACeKAAAlCUAAIshAACDGwAAexQAAHQOAwBuCQ0AaQgUAGYJHQBkCiUAYgotAGAL&#10;NABeCzoAXQtAAFsMRwBaDE0AWAxUAFcNXABVDWQAVA1vAFINewBQDooATw6aAE4OrABMD8IATBDj&#10;AEsQ+QBLEP8ASxH/AEsQ/wC/JgAAsCsAAKQvAACZLwAAjy0AAIYpAAB9JAAAdB4AAGwXAABlEQcA&#10;Xw4QAFwPFwBaEB8AWBAnAFYQLgBUEDUAUxA7AFIRQgBQEUgATxFQAE4RVwBMEmAASxJrAEkSeABI&#10;E4cARhOXAEUUqQBEFL4AQxXfAEMW+ABDFv8AQxb/AEMW/wC6KwAAqzEAAKA0AACVNQAAizQAAIEx&#10;AAB4KwAAbyYAAGYgAABeGQEAVxQNAFQUEwBRFBsATxUjAE4VKgBMFTEASxY3AEkWPgBIFkQARxdM&#10;AEUXVABEF10AQxhnAEEYdABAGYMAPxqUAD0apgA8G7sAOxvbADsc9gA8HP8APBz/ADwc/wC1MAAA&#10;qDYAAJw5AACROwAAhzoAAH43AABzMgAAai0AAGEnAABZIQAAURsJAEwZEABKGhcASBofAEYaJgBF&#10;Gy0AQxszAEIbOgBBHEEAQBxIAD4cUAA9HVkAPB5kADsecQA5H4AAOB+SADcgpAA2ILgANSHWADUh&#10;9AA1Iv8ANSH/ADYh/wCyNAAApDoAAJk+AACPPwAAhT8AAHs8AABwOAAAZzIAAF0tAABUKAAATCIF&#10;AEYfDgBDHxQAQR8bAD8fIgA+ICkAPSAwADsgNgA6IT0AOSFFADgiTQA3IlcANiNiADQjbgAzJH4A&#10;MiSPADElogAvJbYALybSAC8m8gAvJv8AMCb/ADAm/wCvOAAAoj4AAJZCAACMQwAAgkMAAHhBAABu&#10;PQAAYzgAAFozAABRLgAASCgBAEAkDAA9IxEAOyQYADkkHwA4JCYANiQsADUlMwA0JToAMyZCADIm&#10;SgAxJ1QAMCdfAC8obAAuKHsALCmNACsqoAAqKrQAKSrPACkr8AAqK/8AKir/ACsq/wCsPAAAn0IA&#10;AJRGAACKRwAAgEcAAHZFAABsQgAAYT0AAFc4AABOMwAARC4AADwpCQA3KBAANSgVADMoHAAyKCMA&#10;MCgpAC8pMAAvKjcALio/AC0rSAAsK1IAKyxdACosagAoLXkAJy2LACYungAlLrMAJC/NACQv7gAl&#10;L/8AJS//ACYu/wCpPwAAnUUAAJJJAACISwAAfkwAAHRKAABqRwAAXkIAAFQ9AABLOQAAQTQAADgv&#10;BgAyLQ0AMC0TAC4tGQAtLSAAKy0nACouLgApLjUAKS89ACgvRgAnME8AJTBbACQxaAAjMXcAIjKJ&#10;ACEynQAfM7EAHjPLAB4z7QAfM/8AIDP/ACEy/wCmQwAAmkkAAJBNAACGTwAAfFAAAHNPAABoTAAA&#10;XEYAAFJDAABJPwAAPzsAADY2AgAuMgwAKzIRACkyFwAoMh4AJjIkACUzKwAkMzIAIzQ6ACI0QwAh&#10;NU0AIDVYAB82ZQAeNnUAHDeHABs3mwAaN68AGTjIABk46wAaOP8AGzf/ABs3/wCjRwAAmE0AAI5R&#10;AACEUwAAe1QAAHFTAABmUAAAWkwAAFBJAABHRQAAPUEAADM9AAAqOQkAJTcOACM3FAAiOBsAITgi&#10;ACA4KAAfODAAHjk4AB05QQAcOksAGjpWABk7YwAYO3IAFjuFABU8mQAUPK0AEz3GABM96QAUPP0A&#10;FTz/ABY7/wCgSwAAlVEAAItVAACCWAAAeVkAAG5YAABkVgAAWFEAAE5PAABFSwAAOkcAADBDAAAn&#10;QAUAID4NAB0+EQAcPhcAGz4eABo+JQAZPi0AGD81ABY/PgAVP0gAFEBTABNAYAASQXAAEUGCABBB&#10;lwAPQawADkLEAA5C5wAPQfwAEEH/ABBA/wCdUAAAk1YAAIlaAACAXQAAdl4AAGxdAABiWwAAVlcA&#10;AExVAABBUQAANk4AACxLAAAjSAAAG0UJABdEDwAVRBQAFEUbABNFIgASRSkAEUUxABFFOwAQRkUA&#10;D0ZQAA5HXgANR20ADEd/AAtHkwAJR6cACEe+AAhH4AAJR/YACkb/AAtG/wCaVQAAkFsAAIdgAAB9&#10;YgAAc2MAAGpiAABgYQAAU14AAEdaAAA8VwAAMlUAAChSAAAfUAAAF04EABFMDAAPTBEADkwXAA5M&#10;HgANTSUADE0uAAtNNwAKTUIACU1NAAdOWgAGTmkABE57AAJOjwABTqQAAE26AABN2wABTfIAAU3/&#10;AAJM/wCWWwAAjWIAAIRmAAB6aAAAcWkAAGhpAABcZwAAT2QAAEJhAAA3XwAALVwAACNaAAAaWAAA&#10;ElcBAA1WCQAJVQ4AB1UTAAZVGgAEVSIAA1UqAAJVNAAAVT4AAFVKAABWVwAAVmUAAFV3AABViwAA&#10;VaAAAFW2AABU1AAAVPEAAFP9AABT/wCTYgAAimgAAIBsAAB3bgAAb28AAGNuAABWbAAASWoAAD1o&#10;AAAyZgAAJ2UAAB1jAAAVYgAADmEAAAlgCAADYA0AAF8RAABfFwAAXx4AAF8mAABfLwAAXzoAAF9F&#10;AABfUwAAX2EAAF5yAABehwAAXZwAAF2yAABczwAAXO8AAFv9AABb/wCQagAAhm8AAH1yAAB1dAAA&#10;anUAAF10AABPcwAAQnIAADZwAAArbwAAIG4AABdtAAAQbAAACmwAAAJrBgAAawsAAGoPAABqFAAA&#10;ahoAAGohAABpKgAAaTQAAGlAAABpTgAAaVwAAGltAABoggAAaJgAAGeuAABmygAAZe0AAGX8AABk&#10;/wCLcQAAgnYAAHp5AABwewAAYnsAAFV7AABIegAAO3oAAC96AAAjeQAAGXgAABF3AAAKdwAAA3cA&#10;AAB3AgAAdwgAAHYNAAB2EAAAdhUAAHYbAAB2IwAAdi4AAHU6AAB1RwAAdVYAAHVoAAB0fAAAdJIA&#10;AHOqAAByxAAAcekAAHD7AABw/wCGeQAAf30AAHZ/AABogQAAWoIAAEyCAAA/gwAAMoQAACWDAAAa&#10;gwAAEYMAAAqDAAACgwAAAIQAAACFAAAAhAMAAIMIAACDDQAAgxAAAIMVAACEHAAAhCYAAIQyAACE&#10;PwAAg08AAINgAACCdQAAgowAAIGkAACAvQAAf+MAAH75AAB+/wCCgAAAeoQAAGyGAABeiAAAUIoA&#10;AEKLAAA1jQAAJ40AABuNAAARjgAACo4AAACPAAAAkQAAAJIAAACSAAAAkgAAAJIBAACSBwAAkgwA&#10;AJIQAACTFQAAkx0AAJQoAACUNgAAlEUAAJNXAACTawAAk4IAAJKcAACRtgAAkNgAAI/zAACP/wB+&#10;hwAAcIoAAGGNAABTkAAARZMAADeVAAAplgAAHJcAABGYAAAJmQAAAJsAAACcAAAAngAAAKAAAACg&#10;AAAAoAAAAKAAAAChAAAAoQQAAKIJAACjDgAApBQAAKUdAACmKgAApjoAAKZMAAClYAAApXgAAKWS&#10;AACkrAAApMkAAKPrAACi+gBzjgAAZJEAAFaVAABHmQAAOZwAACqeAAAdoAAAEaEAAAijAAAApQAA&#10;AKcAAACpAAAArAAAAK4AAACuAAAArgAAAK8AAACwAAAAsQAAALIAAACzBgAAtQ0AALcTAAC5HgAA&#10;uS4AALpAAAC6VAAAu2oAALqFAAC5oQAAubsAALreAAC58gBnlQAAWJkAAEqeAAA7ogAALKYAAB2o&#10;AAARqgAAB6wAAACvAAAAsQAAALQAAAC4AAAAuwAAALwAAAC8AAAAvgAAAL8AAADAAAAAwgAAAMQA&#10;AADGAAAAyAMAAMsLAADPEgAA0SAAANEyAADSRgAA010AANR2AADUkgAA1asAANXEAADU4gBbnQAA&#10;TKIAAD2nAAAvrAAAH68AABGxAAAHtQAAALgAAAC7AAAAvgAAAMIAAADHAAAAygAAAMwAAADMAAAA&#10;zgAAANAAAADSAAAA1QAAANgAAADbAAAA3wAAAOIAAADmCwAA6xMAAOwkAADtOAAA7k4AAO9nAADw&#10;ggAA8JwAAPCyAADxxQD/AAMA/wABAP8ABAD/AAkA/wAPAP8AGAD/ACQA/wAwAP8APAD/AEcA/wBR&#10;AP8AWQD/AGAA/QBnAPwAbQD6AHMA+QB5APgAfwD2AIUA9QCMAPMAlADyAJ0A8ACnAO4AswDsAMQA&#10;6wDhAOoA+ADpAP8A5wD/ANkA/wDLAP8AwgD/AL0A/wD/AAAA/wAAAP8AAAD/AAAA/wAMAP8AFAD/&#10;ACAA/wArAP4ANwD6AEIA9gBLAPIAUwDwAFsA7gBhAOwAZwDqAG0A6ABzAOcAeQDlAH8A4wCGAOEA&#10;jgDfAJYA3QCgANsArADYALsA1ADRANMA8ADQAP8AzgD/AMgA/wC9AP8AtgD/ALIA/wD/AAAA/wAA&#10;AP8AAAD/AAAA/QAIAPcAEADzABoA7wAmAO0AMQDoADsA4wBFAOAATQDcAFUA2QBbANYAYQDTAGcA&#10;0QBsAM8AcgDNAHgAywB/AMkAhwDHAJAAxQCaAMMApQDAALIAvgDFALwA5QC6APsAuAD/ALcA/wCw&#10;AP8AqQD/AKUA/wD/AAAA/wAAAP4AAAD1AAAA7AADAOUADQDfABUA2gAgANQAKgDQADUAywA+AMgA&#10;RwDFAE4AwgBVAMAAWwC+AGEAvABmALoAbAC4AHIAtgB4ALUAgACzAIgAsQCSAK4AngCsAKoAqQC7&#10;AKgA1QCmAPMApAD/AKMA/wChAP8AmwD/AJgA/wD/AAAA+wAAAPAAAADlAAAA2AAAAM4ACQDHABEA&#10;wgAaAL4AJAC7AC4AtwA4ALQAQACxAEgArgBOAKwAVACqAFoAqQBfAKcAZQClAGsApABxAKIAeACg&#10;AIEAngCLAJwAlgCZAKMAlwCyAJYAxwCTAOgAkgD+AJEA/wCQAP8AjQD/AIsA/wD5AAAA6wAAAN0A&#10;AADPAAAAxgAAALwABAC1AA0AsAAVAKwAHgCoACgApQAxAKIAOQCfAEEAnQBIAJsATgCZAFMAlwBZ&#10;AJYAXgCUAGQAkgBqAJAAcQCOAHoAjACDAIoAjwCIAJwAhgCqAIQAvACCANwAgQD2AIAA/wB/AP8A&#10;fwD/AH4A/wDsAAAA2gAAAMkAAAC+AAAAtgAAAK4AAACnAAkAoQAQAJwAGACYACIAlQAqAJIAMgCQ&#10;ADoAjQBBAIsARwCJAE0AhwBSAIYAWACEAF0AggBkAIEAawB/AHMAfQB9AHsAiAB4AJUAdgCjAHUA&#10;tABzAMwAcQDtAHAA/wBwAP8AcAD/AHAA/wDfBQAAygoAALwLAACxCQAAqAQAAKEAAACbAAMAlAAM&#10;AI8AEwCKABsAhwAkAIQALACBADMAfwA6AH0AQQB7AEcAeQBMAHcAUgB2AFcAdABdAHIAZABwAG0A&#10;bwB2AGwAggBqAI8AaQCdAGcArgBlAMMAZADkAGMA+gBjAP8AYgD/AGMA/wDQDgAAvxIAALITAACn&#10;EgAAnRAAAJULAACPAwAAiQAHAIIADgB+ABUAegAeAHYAJQB0AC0AcQA0AG8AOgBuAEAAbABGAGoA&#10;TABpAFIAZwBYAGYAXwBkAGcAYgBxAGAAfABeAIkAXACYAFsAqQBZALwAWADcAFgA9ABYAP8AVwD/&#10;AFcA/wDGFgAAthoAAKodAACfHAAAlRkAAI0UAACFDwAAfgkAAHcBCgByABAAbgAXAGoAHwBoACcA&#10;ZQAuAGQANABiADsAYABAAF8ARgBdAEwAXABTAFoAWgBYAGIAVwBsAFUAdwBTAIUAUgCUAFABpQBP&#10;AbgATgLSAE0E8ABNBf8ATQX/AE0F/wC/HQAAsCIAAKMlAACZJQAAjyIAAIUdAAB9GAAAdRIAAG4N&#10;AgBnBgwAYwMRAF8CGQBdAyEAWwQoAFkELwBXBTUAVgU7AFQGQQBTBkcAUQZOAFAHVQBOB14ATQhn&#10;AEsIcwBJCYEASAmSAEcKowBFCrYARAvQAEQM7wBDDf8AQw3/AEQN/wC5JAAAqikAAJ4sAACULAAA&#10;iioAAIAmAAB3IQAAbhsAAGYUAABfDwUAWQsNAFUKEwBTCxsAUQsiAE8MKQBNDC8ATAw2AEsNPABJ&#10;DUIASA1JAEYNUQBFDloARA5kAEIOcABADn8APw+QAD4QogA8ELYAOxDRADsR8QA7Ef8AOxH/ADwR&#10;/wC0KQAApi8AAJoyAACQMgAAhjEAAHwtAAByKAAAaSMAAGEdAABZFgAAUREIAEwPEABKEBYASBAd&#10;AEYQJABFECsAQxExAEIRNwBBET4AQBFFAD4STQA9ElYAPBJhADoTbQA5E3wANxSNADYUnwA1FbMA&#10;NBXNADMW7gA0Fv8ANBb/ADQW/wCvLgAAojQAAJc3AACMOAAAgjYAAHg0AABuLgAAZSoAAFwkAABU&#10;HgAATBgEAEYUDQBCFBIAQBQZAD8UIAA9FScAPBUtADsVNAA5FjoAOBZCADcWSgA2F1MANRdeADMY&#10;agAyGXkAMBmKAC8anQAuGrEALRvKAC0b7AAtHP8ALhv/AC4b/wCsMgAAnzgAAJQ7AACKPAAAgDwA&#10;AHY5AABrNAAAYi8AAFkqAABQJQAARx8AAEAaCgA8GRAAOhkWADgZHQA2GiMANRopADQaMAAzGjcA&#10;Mhs+ADEbRwAvHFAALh1bAC0dZwAsHnYAKh6IACkfmwAoH64AJyDHACYg6gAnIP4AKCD/ACgg/wCp&#10;NgAAnTwAAJI/AACHQQAAfUAAAHQ+AABpOgAAXzUAAFYwAABNKwAARCUAADsgBwA2Hg4AMx4TADIe&#10;GQAwHiAALx4mAC4fLQAtHzQALCA7ACsgRAAqIU4AKSFYACciZQAmInQAJSOFACMjmQAiJK0AISTF&#10;ACEl6AAiJf0AIiT/ACMk/wCmOgAAmj8AAI9DAACFRQAAe0QAAHJDAABnPwAAXToAAFM2AABKMQAA&#10;QSwAADgmAwAxIwwALiIRACwiFgAqIh0AKSIjACgjKgAnIzEAJiQ5ACUlQQAkJUsAIyZWACImYwAh&#10;J3IAHyeDAB4olwAdKKsAGynDABsp5gAcKfsAHSn/AB4o/wCjPgAAmEMAAI1HAACDSQAAekkAAHBH&#10;AABmRAAAWj8AAFE7AABHNwAAPjIAADUtAAAsKAkAKCcPACcnFAAlJxoAJCchACMoJwAiKC4AISk2&#10;ACApPwAfKkkAHipUAB0rYAAbK28AGiyBABkslQAXLakAFi3BABYt5AAXLfoAGC3/ABkt/wChQQAA&#10;lUcAAItLAACCTQAAeE0AAG5MAABkSQAAWEQAAE9AAABGPQAAPTgAADM0AAAqLwYAJCwNACEsEgAg&#10;LBgAHy0eAB4tJQAdLSwAHC40ABsuPAAaL0YAGC9RABcwXgAWMG0AFTF/ABMxkwASMagAETK/ABEy&#10;4gASMvkAEzH/ABMx/wCeRQAAk0sAAIlPAACAUQAAdlIAAG1QAABiTgAAVkkAAE1GAABEQwAAOz8A&#10;ADE6AAAnNgMAHzILABwyEAAbMhUAGTIbABgyIgAXMykAFjMxABU0OgAUNEQAEzRPABI1XAARNWsA&#10;EDZ9AA82kQAONqYADTe8AA033QANNvYADjb/AA82/wCbSQAAkU8AAIdTAAB+VgAAdVYAAGpVAABg&#10;UwAAVU8AAExMAABCSQAAOEUAAC5BAAAkPQAAHDoIABY4DgAVOBIAFDgYABM5HwASOSYAETkuABA5&#10;NwAPOkEADjpMAA07WQANO2gACzt6AAo7jQAJPKIABzy4AAc81QAIPPAACTv/AAo7/wCYTgAAjlQA&#10;AIVYAAB8WwAAclsAAGhaAABeWAAAU1UAAElSAAA+TgAANEsAACpHAAAhRAAAGEIDABJACwAQPxAA&#10;Dj8VAA4/HAANQCMADEArAAtANAAKQD4ACUFKAAdBVgAGQWUABEF2AANBigABQZ8AAEG0AABB0AAB&#10;Qe4AAUH8AAJA/wCVVAAAjFkAAINeAAB5YAAAcGAAAGZgAABdXgAAUVsAAEVXAAA6VAAAL1EAACVP&#10;AAAcTAAAFEoAAA5ICAALRw4ACEcSAAdHGQAGRyAABUgoAANIMQACSDsAAEhHAABIUwAASGIAAEhz&#10;AABIhgAASJsAAEixAABHzAAAR+0AAEf7AABH/wCSWgAAiWAAAIBjAAB3ZQAAbmYAAGVmAABZZAAA&#10;TGAAAEBdAAA1WwAAKlkAACBXAAAXVQAAEFMAAAtSBwAFUQ0AAVARAABQFgAAUB0AAFAlAABQLgAA&#10;UDgAAFBDAABQUAAAUF4AAFBvAABQgwAAT5gAAE+uAABOyQAATusAAE37AABN/wCPYQAAhmYAAH1p&#10;AAB0bAAAbG0AAGFrAABTaQAARmcAADpkAAAvYwAAJGEAABpfAAASXgAADFwAAAZcBgAAWwsAAFoP&#10;AABaEwAAWhkAAFkhAABZKQAAWTMAAFk/AABZTAAAWVoAAFlrAABYfgAAWJQAAFerAABXxQAAVukA&#10;AFX7AABV/wCMaAAAgm0AAHpwAABycgAAZ3IAAFpxAABMcAAAP24AADNtAAAoawAAHWoAABRoAAAN&#10;ZwAAB2cAAABmAwAAZgkAAGUNAABlEQAAZBUAAGQcAABkJAAAZC4AAGQ6AABjRwAAY1UAAGNmAABj&#10;egAAYpAAAGGnAABgwQAAX+YAAF/6AABe/wCHbwAAf3QAAHh3AABueAAAYHgAAFJ3AABFdwAAOHYA&#10;ACt2AAAgdAAAFnMAAA5zAAAHcgAAAHIAAAByAAAAcQUAAHEKAABxDgAAcBEAAHAXAABwHgAAcCcA&#10;AHAzAABvQAAAb1AAAG9gAABudAAAbosAAG2iAABsvAAAa+IAAGr4AABp/wCDdwAAfHsAAHN9AABl&#10;fgAAV38AAEl/AAA8fwAAL4AAACJ/AAAXfgAAD34AAAd+AAAAfwAAAH8AAAB/AAAAfgAAAH4FAAB+&#10;CgAAfg0AAH4RAAB+FwAAfiAAAH4rAAB9OQAAfUgAAH1ZAAB8bQAAfIQAAHucAAB6tgAAedoAAHj1&#10;AAB3/wCAfwAAd4IAAGmDAABbhQAATYYAAD+IAAAyiQAAJIkAABiJAAAPiQAAB4oAAACLAAAAjAAA&#10;AI0AAACNAAAAjAAAAIwAAACMAwAAjAgAAI0NAACNEQAAjRcAAI4iAACOLwAAjj8AAI1QAACNZAAA&#10;jHsAAIyVAACLrgAAis0AAInvAACJ/wB7hQAAbYgAAF6KAABQjQAAQo8AADSRAAAmkgAAGZMAAA6U&#10;AAAGlQAAAJYAAACYAAAAmgAAAJsAAACbAAAAmwAAAJsAAACbAAAAnAAAAJ0FAACdCwAAnhAAAJ8X&#10;AACgJAAAoDQAAKBGAACgWQAAn3AAAJ+KAACepQAAnsIAAJ3oAACc+QBwjAAAYY8AAFOSAABElgAA&#10;NpkAACebAAAZnAAAD50AAAWfAAAAoQAAAKMAAAClAAAAqAAAAKkAAACpAAAAqQAAAKoAAACrAAAA&#10;rAAAAK0AAACuAQAAsAkAALIPAACzGAAAtCcAALQ5AAC1TQAAtGQAALR+AACzmgAAs7QAALPVAACz&#10;8ABkkwAAVZcAAEebAAA4nwAAKaIAABqkAAAOpgAABKgAAACrAAAArQAAALAAAAC0AAAAtgAAALgA&#10;AAC4AAAAuQAAALoAAAC8AAAAvQAAAL8AAADAAAAAwwAAAMUHAADJDwAAyhoAAMssAADMQAAAzVYA&#10;AM5vAADNiwAAzKgAAMzCAADM4gBYmwAASaAAADqlAAAsqQAAHKsAAA+uAAAEsQAAALQAAAC3AAAA&#10;ugAAAL4AAADDAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADh&#10;BQAA5g8AAOceAADoMgAA6UgAAOpgAADrewAA65cAAOyuAADswgD/AAAA/wAAAP8AAAD/AAYA/wAN&#10;AP8AFQD/ACEA/wAsAP8AOAD/AEMA/wBMAP4AVAD7AFsA+gBiAPgAaAD2AG4A9QB0APQAegDyAIAA&#10;8QCHAO8AjwDtAJcA6wChAOkArQDnAL0A5QDYAOQA8wDiAP8A4AD/ANAA/wDEAP8AvAD/ALYA/wD/&#10;AAAA/wAAAP8AAAD/AAAA/wAJAP8AEQD/ABwA/QAnAPkAMgD1AD0A8QBGAO0ATwDrAFYA6ABcAOYA&#10;YgDkAGgA4wBuAOEAcwDfAHkA3QCAANoAiADYAJEA1ACbANIApgDPALQAzADJAMkA6QDIAP8AxwD/&#10;AMEA/wC3AP8ArwD/AKsA/wD/AAAA/wAAAP8AAAD/AAAA+AAFAPIADgDuABcA6gAiAOYALADhADcA&#10;3QBAANgASQDTAFAA0ABWAM4AXADMAGIAygBnAMgAbQDGAHMAxAB5AMIAgQDAAIoAvgCUALwAnwC5&#10;AKwAtgC+ALQA3QCzAPcAsQD/ALAA/wCoAP8AogD/AJ4A/wD/AAAA/wAAAPkAAADvAAAA5gAAAN8A&#10;CwDWABIA0AAcAMwAJgDIADAAxAA6AMAAQgC9AEoAuwBQALgAVgC2AFsAtQBhALMAZgCxAGwAsABy&#10;AK4AegCsAIIAqQCMAKcAmAClAKUAowC0AKAAywCfAO4AnQD/AJwA/wCZAP8AlAD/AJEA/wD/AAAA&#10;9gAAAOoAAADdAAAAzwAAAMcABgDAAA8AuwAXALcAIACzACoAsAAzAK0AOwCqAEMApwBJAKUATwCj&#10;AFUAogBaAKAAXwCeAGUAnQBrAJsAcgCZAHsAlwCFAJQAkACSAJ0AkACsAI4AvwCMAOIAiwD6AIkA&#10;/wCJAP8AhgD/AIMA/wD0AAAA5AAAANQAAADIAAAAvwAAALUAAQCuAAsAqQASAKUAGwChACMAngAs&#10;AJsANACYADwAlgBDAJQASQCSAE4AkABTAI4AWQCNAF4AiwBkAIkAawCHAHMAhQB9AIMAiACBAJUA&#10;fwCkAH0AtQB7AM8AeQDxAHgA/wB3AP8AdwD/AHUA/wDlAAAA0QAAAMMAAAC4AAAArwAAAKgAAACg&#10;AAYAmgAOAJUAFQCRAB4AjgAmAIsALQCIADUAhgA8AIQAQgCCAEcAgABNAH8AUgB9AFgAewBeAHkA&#10;ZQB4AG0AdgB2AHMAgQBxAI4AbwCdAG0ArgBsAMQAagDnAGkA/QBoAP8AaAD/AGkA/wDVAwAAwwcA&#10;ALYIAACrBgAAogAAAJsAAACUAAAAjQAKAIgAEACDABgAfwAgAHwAJwB6AC4AdwA1AHUAOwB0AEEA&#10;cgBHAHAATABvAFIAbQBYAGsAXwBpAGYAZwBwAGUAewBjAIgAYgCXAGAApwBeALsAXQDcAFwA9gBc&#10;AP8AWwD/AFsA/wDJDQAAuRAAAKwRAAChEAAAlw0AAI8IAACIAAAAggAFAHsADQB3ABIAcwAaAG8A&#10;IQBsACgAagAvAGgANQBnADsAZQBBAGMARgBiAEwAYABSAF8AWQBdAGEAWwBqAFkAdQBXAIIAVQCR&#10;AFQAogBTALUAUQDPAFAA7wBQAP8AUAD/AFAA/wC/FAAAsBgAAKQaAACZGQAAjxYAAIcRAAB/DQAA&#10;dwYAAHEACABrAA4AZwAUAGQAGwBhACIAXgApAF0ALwBbADUAWQA7AFgAQQBWAEYAVQBNAFMAVABS&#10;AFwAUABlAE4AcABMAH0ASwCNAEkAngBIALAARwDHAEYA6QBGAPsARgD/AEUA/wC4GwAAqiAAAJ4i&#10;AACTIgAAiR8AAIAaAAB3FQAAbxAAAGgLAABhBAoAXQAQAFkAFgBWAB0AVAAjAFIAKgBQADAATwA1&#10;AE4AOwBMAEEASwBIAEkATwBHAVcARgFhAEQCbABDAnkAQQOJAEADmgA+BK0APQTEADwF5QA8B/gA&#10;PAf/ADwH/wCyIgAApScAAJkpAACOKQAAhCcAAHsjAABxHgAAaRgAAGESAABaDQMAUwgMAE8FEQBM&#10;BRcASgYeAEgGJABHBioARQcwAEQHNgBDCD0AQQhDAEAISwA+CVMAPQldADsKaAA6CnYAOAuHADcL&#10;mQA1C6wANAzCADMM5AAzDfkAMw3/ADQN/wCtJwAAoCwAAJUvAACLLwAAgC4AAHcqAABtJQAAZCAA&#10;AFwaAABUFAAATA8GAEYMDQBDDBIAQQwYAD8MHwA+DCUAPA0rADsNMgA6DTgAOA0/ADcORwA2DlAA&#10;NA5aADMOZgAxD3QAMA+FAC4QmAAtEKsALBDDACsR5QAsEfoALBH/AC0R/wCqLAAAnTEAAJI0AACH&#10;NQAAfTQAAHQxAABqKwAAYCcAAFghAABPGwAARxYAAEARCQA7EA8AORAUADcQGwA2ECEANBAnADMR&#10;LQAyETQAMRE7ADARQwAuEk0ALRJXACwSYwAqE3EAKROCACcUlQAmFKkAJRXAACQV4wAlFvoAJhb/&#10;ACYV/wCmMQAAmjYAAI85AACFOgAAezkAAHE2AABnMQAAXS0AAFQoAABMIgAAQx0AADsXBQA1FA0A&#10;MhMRADEUFwAvFB0ALhQkACwUKgArFTEAKhU4ACkWQAAoFkoAJxdUACYXYAAkGG8AIxiAACEZkwAg&#10;GacAHxm+AB4a4AAfGvgAIBr/ACAa/wCjNAAAmDoAAI09AACDPgAAeT0AAG87AABlNwAAWzIAAFIt&#10;AABJKAAAQCMAADgeAQAwGQoALBgPACoYFAApGBoAJxggACYZJwAlGS0AJBo1ACMaPgAiG0cAIRtS&#10;ACAcXgAfHWwAHR1+ABwdkQAaHqUAGR68ABgf3QAZH/YAGh//ABse/wChOAAAlT0AAItBAACBQgAA&#10;d0IAAG1AAABjPAAAWTcAAE8zAABGLgAAPSkAADUkAAAtIAcAJx0NACUdEgAjHRcAIR0dACEdJAAg&#10;HisAHx4yAB4fOwAdH0UAHCBPABohXAAZIWoAGCJ7ABYijwAVIqMAFCO6ABMj2gAUI/UAFSP/ABYj&#10;/wCePAAAk0EAAIlEAAB/RgAAdUYAAGxEAABiQQAAVzwAAE04AABENAAAPDAAADMrAAAqJgMAIyIL&#10;ACAhEAAeIRUAHCIbABsiIQAaIigAGiMwABkjOAAYJEIAFiVNABUlWQAUJmgAEyZ5ABImjQARJ6IA&#10;ECe4AA4n1gAQKPQAESf/ABEn/wCcQAAAkUUAAIdIAAB9SgAAdEoAAGpJAABgRgAAVUEAAEw+AABD&#10;OgAAOjYAADEyAAAoLQAAICkJABsnDgAZJxIAGCcYABYnHwAVKCUAFCgtABMoNgASKUAAEilLABEq&#10;VwAQKmYADit3AA4riwANLJ8ADCy1AAsszwAMLO8ADSz/AA0r/wCZRAAAj0kAAIVMAAB8TgAAc08A&#10;AGlOAABeSwAAU0cAAEpEAABCQAAAOT0AAC84AAAlNAAAHTAFABYtDAAULBAAEy0VABItHAARLSMA&#10;EC0qAA8uMwAOLj0ADS9IAA0vVQAMMGMACjB0AAkwiAAIMZwABjGxAAYxywAGMesABzD8AAgw/wCX&#10;SAAAjU0AAINRAAB6UwAAcVQAAGdSAABdUAAAUkwAAElKAABARgAANUIAACs+AAAiOgAAGjcBABI0&#10;CQAPMw4ADjMTAA0zGQANMyAADDQoAAs0MQAKNTsACDVGAAc1UgAFNmAABDZxAAI2hAAANpkAADav&#10;AAA2yAAANugAADb5AAE1/wCUTQAAilIAAIFWAAB4WAAAb1kAAGVYAABbVQAAUVIAAEdPAAA8TAAA&#10;MUgAACdEAAAeQQAAFj8AABA8BwALOg0ACToRAAg7FwAGOx4ABTsmAAQ7LgACOzgAATxDAAA8TwAA&#10;PF4AADxuAAA8gQAAPJcAADysAAA7xQAAO+cAADv4AAA7/wCRUgAAiFgAAH9cAAB2XQAAbV4AAGNd&#10;AABaXAAATlgAAEJUAAA3UQAALU4AACNLAAAaSQAAEkYAAA1EBgAHQwwAA0MQAABDFQAAQxsAAEMj&#10;AABDKwAAQzUAAENAAABDTQAAQ1sAAENrAABDfgAAQ5QAAEKqAABCwwAAQeYAAEH5AABB/wCOWAAA&#10;hl4AAH1hAABzYwAAa2QAAGJjAABXYQAASV0AAD1aAAAyWAAAJ1UAAB5TAAAVUQAADk8AAAlNBQAC&#10;TQsAAEwOAABMEwAASxgAAEsfAABLKAAASzIAAEs9AABLSQAAS1cAAEtnAABKewAASpAAAEmnAABJ&#10;wAAASOQAAEj4AABH/wCLXwAAg2QAAHpnAABxaQAAaWoAAF5pAABQZgAAQ2QAADdhAAAsXwAAIV0A&#10;ABhbAAAQWQAAClgAAANXAwAAVwkAAFYNAABVEAAAVRUAAFQbAABUIwAAVC0AAFQ5AABURQAAVFMA&#10;AFRkAABTdwAAU40AAFKkAABRvQAAUOIAAFD4AABP/wCIZwAAf2sAAHduAABvcAAAZXAAAFduAABK&#10;bAAAPWsAADBpAAAlaAAAGmYAABFkAAALYwAABGIAAABiAQAAYQYAAGALAABgDgAAXxIAAF8XAABf&#10;HgAAXigAAF4zAABeQAAAXk8AAF5fAABdcgAAXYgAAFygAABbuQAAWt8AAFn3AABY/wCEbgAAfHIA&#10;AHV1AABrdgAAXXUAAE90AABCcwAANXMAAChyAAAdcAAAE28AAAxuAAAEbgAAAG4AAABuAAAAbAIA&#10;AGwHAABrCwAAaw4AAGsSAABqGQAAaiIAAGotAABqOgAAaUkAAGlaAABpbAAAaIMAAGebAABmtQAA&#10;ZdgAAGT1AABk/wCAdQAAenkAAHB7AABiewAAVHwAAEZ8AAA5fAAALHwAAB97AAAUegAADXoAAAR6&#10;AAAAegAAAHoAAAB6AAAAeQAAAHkBAAB4BgAAeAsAAHgOAAB4EwAAeBoAAHglAAB4MgAAd0EAAHdS&#10;AAB3ZQAAdnwAAHWVAAB0rwAAc84AAHLxAABx/wB+fQAAdYAAAGeBAABYggAASoMAADyEAAAuhQAA&#10;IYUAABWFAAANhQAAA4UAAACGAAAAhwAAAIgAAACIAAAAhwAAAIcAAACHAAAAhwQAAIcJAACHDgAA&#10;iBMAAIgcAACIKQAAiDgAAIdKAACHXQAAhnMAAIaNAACFpwAAhMUAAIPsAACC/gB4hAAAaoYAAFyI&#10;AABNigAAP4wAADGOAAAjjwAAFo8AAA2QAAACkQAAAJIAAACTAAAAlQAAAJYAAACWAAAAlgAAAJYA&#10;AACWAAAAlwAAAJcAAACXBwAAmA0AAJkTAACaHwAAmi0AAJo/AACaUgAAmmgAAJmDAACZnwAAmLoA&#10;AJfiAACW+ABtigAAX40AAFCQAABBkwAAM5YAACSXAAAWmAAADZkAAAGbAAAAnQAAAJ8AAAChAAAA&#10;pAAAAKUAAACkAAAApQAAAKUAAACmAAAApwAAAKgAAACpAAAAqgQAAKwMAACuEwAAriEAAK4zAACu&#10;RwAArl0AAK52AACukwAArq4AAK3NAACs7wBhkQAAU5UAAESYAAA1nAAAJp8AABehAAANowAAAKUA&#10;AACnAAAAqgAAAKwAAACwAAAAsgAAALQAAACzAAAAtAAAALUAAAC3AAAAuAAAALkAAAC7AAAAvQAA&#10;AL8BAADDCwAAxRUAAMUlAADGOQAAx08AAMdoAADGhQAAxqIAAMa8AADG3gBVmQAAR50AADiiAAAp&#10;pgAAGagAAA2rAAAArQAAALEAAAC0AAAAtwAAALoAAAC/AAAAwQAAAMQAAADDAAAAxQAAAMYAAADI&#10;AAAAygAAAM0AAADPAAAA0gAAANYAAADbAAAA4AwAAOEYAADjKwAA5EEAAOVaAADmdAAA5pEAAOWs&#10;AADlxAD/AAAA/wAAAP8AAAD/AAEA/wAKAP8AEgD/AB0A/wAoAP8ANAD/AD4A/QBIAPoAUAD3AFcA&#10;9QBdAPQAYwDyAGkA8ABvAO8AdADtAHsA6wCBAOkAiQDoAJIA5gCcAOQAqADiALcA3wDNANwA7gDZ&#10;AP8A2QD/AMoA/wC+AP8AtQD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8ADwD8ABgA+AAjAPQA&#10;LgDwADgA6wBCAOgASgDlAFEA4gBYAOAAXQDeAGMA3ABoANkAbgDWAHQA1AB7ANEAggDPAIsAzQCV&#10;AMoAoQDIAK8AxQDBAMIA4wDAAPsAwAD/ALsA/wCwAP8AqAD/AKQA/wD/AAAA/wAAAP8AAAD7AAAA&#10;8wABAO0ADADoABMA4wAeAOAAKADaADIA0wA8AM8ARADMAEsAyQBRAMYAVwDEAF0AwgBiAMEAZwC/&#10;AG0AvQB0ALsAewC5AIQAtwCOALQAmQCyAKcArwC3AK0A0ACrAPIAqgD/AKkA/wChAP8AmwD/AJcA&#10;/wD/AAAA/wAAAPQAAADpAAAA4AAAANUACADOABAAyQAYAMUAIgDBACsAvAA1ALkAPQC2AEUAswBL&#10;ALEAUQCvAFYArgBbAKwAYQCqAGYAqQBtAKYAdACkAHwAogCGAKAAkgCeAJ8AnACuAJkAwwCXAOcA&#10;lgD/AJUA/wCSAP8AjQD/AIoA/wD8AAAA8AAAAOMAAADUAAAAyAAAAL8AAwC5AA0AswATAK8AHACs&#10;ACUAqQAuAKUANgCjAD4AoABEAJ4ASgCdAFAAmwBVAJkAWgCXAF8AlgBmAJQAbACSAHUAkAB+AI4A&#10;igCLAJcAiQCmAIcAuACFANYAhAD2AIIA/wCBAP8AfgD/AHwA/wDtAAAA3QAAAMwAAADBAAAAuAAA&#10;AK4AAACnAAkAogAQAJ4AFwCaAB8AlwAnAJQALwCRADcAjwA9AI0AQwCLAEkAiQBOAIgAUwCGAFkA&#10;hABfAIIAZQCAAG0AfgB3AHwAggB6AI8AeACeAHUArwBzAMcAcgDsAHEA/wBwAP8AcAD/AG4A/wDd&#10;AAAAyQAAALwAAACxAAAAqQAAAKEAAACZAAMAkwAMAI4AEgCKABkAhwAhAIQAKQCBADAAfwA3AH0A&#10;PQB7AEIAeQBIAHgATQB2AFIAdABYAHIAXwBxAGcAbwBwAGwAewBqAIgAaACXAGYAqABlALwAYwDh&#10;AGIA+gBhAP8AYQD/AGEA/wDNAQAAvAUAAK8FAAClAgAAnAAAAJQAAACNAAAAhgAIAIEADgB8ABQA&#10;eAAbAHUAIwByACkAcAAwAG4ANgBtADwAawBBAGkARwBoAEwAZgBSAGQAWQBjAGAAYQBpAF8AdABd&#10;AIEAWwCQAFkAoQBXALQAVgDQAFUA8gBVAP8AVAD/AFUA/wDBDAAAsg4AAKYPAACbDgAAkgsAAIkF&#10;AACCAAAAewACAHUACwBwABAAbAAWAGgAHQBmACMAYwAqAGEAMABgADYAXgA7AF0AQQBbAEYAWgBM&#10;AFgAUwBWAFsAVABkAFIAbgBRAHsATwCKAE0AmwBMAK4ASwDGAEoA6gBJAP4ASQD/AEkA/wC5EgAA&#10;qhYAAJ4XAACUFgAAihMAAIEQAAB5CwAAcQMAAGsABgBlAA0AYQARAF0AGABaAB4AWAAkAFYAKgBU&#10;ADAAUwA2AFEAOwBQAEEATgBHAE0ATgBLAFYASQBfAEcAaQBGAHYARACFAEMAlwBBAKkAQAC/AD8A&#10;4gA/APgAPgD/AD8A/wCyGQAApB4AAJgfAACOHwAAhBwAAHoYAAByEgAAag4AAGIIAABcAQgAVwAO&#10;AFMAEwBQABkATgAfAEwAJQBKACsASAAwAEcANgBGADwARABCAEMASQBBAFEAPwBaAD4AZQA8AHIA&#10;OgCBADkAkwA4AKUANgC6ADYA2wA1APQANQD/ADUA/wCsIAAAnyQAAJQmAACJJgAAfyQAAHUgAABs&#10;GwAAZBUAAFwQAABUDAEATgYKAEoCDwBHABQARAAaAEIAIABAACUAPwArAD4BMQA8ATcAOwI+ADkC&#10;RQA4A00ANgNWADUEYQAzBG4AMQV+ADAFkAAvBaMALQa4ACwG1AAsB/AALAj/ACwI/wCoJQAAmyoA&#10;AJAsAACGLQAAeysAAHInAABoIgAAXx0AAFcXAABPEgAASA4EAEEKCwA+BxAAOwYVADkHGwA4ByEA&#10;NggmADUILAAzCDIAMgk5ADEJQQAvCUkALgpTACwKXgArC2wAKQt8ACgMjwAmDKIAJQy3ACQM0wAj&#10;DfAAJA3/ACUN/wCkKgAAmC8AAI0yAACDMgAAeTEAAG8uAABlKQAAXCQAAFMfAABLGQAAQxMAADwQ&#10;BgA1DQwAMwwRADEMFgAvDBwALg0iAC0NKAArDS4AKg01ACkNPQAnDkYAJg5QACQOXAAjD2oAIg97&#10;ACAQjgAfEKIAHRC3ABwQ1AAdEfIAHRH/AB4R/wChLwAAlTMAAIo2AACANwAAdjYAAG0zAABjLwAA&#10;WSoAAFAlAABIIAAAPxoAADgVAAAwEQgALBAOACoQEgAoEBgAJxAeACUQJAAkECoAIxEyACIROgAh&#10;EUMAIBJOAB4SWgAdE2gAGxN4ABoTiwAYFKAAFxS1ABYU0QAWFfEAFxX/ABgU/wCeMwAAkzcAAIg6&#10;AAB+OwAAdDsAAGs4AABhNAAAVy8AAE4rAABFJgAAPSEAADQcAAAtFwUAJhMMACMTEAAiExUAIBMa&#10;AB8TIQAeFCcAHRQvABwVNwAbFUEAGhZLABkWVwAXF2UAFhd2ABQYiQATGJ4AEhizABEZzgARGe8A&#10;Ehn/ABMZ/wCcNgAAkTsAAIY+AAB8PwAAcz8AAGk9AABfOQAAVTUAAEwwAABDLAAAOicAADIiAAAq&#10;HgEAIhkJAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj4AFRpJABMbVQASG2MAERx0ABAc&#10;hwAPHZwADh2xAA0dywANHewADh3/AA8d/wCZOgAAjz8AAIRCAAB7RAAAcUMAAGhCAABePgAAUzoA&#10;AEo2AABBMgAAOS0AADEpAAAoJQAAICAGABodDAAXHBAAFRwVABQdGwAUHSIAEx0pABIeMgARHzwA&#10;EB9GABAgUwAOIGEADSFxAAwhhQALIpkACiKuAAkixwAJIucACiL7AAsh/wCXPgAAjEMAAINGAAB5&#10;SAAAcEgAAGdGAABcRAAAUj8AAEk7AABAOAAAODQAAC8wAAAnLAAAHicDABYjCgASIQ4AESETABAi&#10;GQAQIiAADyInAA4jLwANJDkADCREAAslUAAKJV4ACSZvAAcmggAGJpYABCasAAMmxAAEJuUABCb3&#10;AAYm/wCVQgAAikcAAIFKAAB4TAAAb0wAAGVLAABbSAAAUEQAAEdBAAA/PgAANzsAAC02AAAkMQAA&#10;Gy0AABMqBwAPKA0ADScRAA0oFgAMKB0ACyglAAopLQAJKTcABypCAAYqTgAEK1wAAytsAAErfwAA&#10;K5QAACupAAArwQAAK+MAACv2AAAq/wCSRgAAiEsAAH9PAAB2UQAAbVEAAGNQAABaTQAAT0oAAEdH&#10;AAA+RAAAM0AAACk8AAAgOAAAFzQAABExBQAMLwwACS4QAAcuFQAGLxsABS8jAAMvKwACMDUAADA/&#10;AAAwTAAAMVkAADFpAAAxfAAAMZEAADGnAAAwvwAAMOEAADD1AAAv/wCQSwAAhlAAAH1UAAB1VgAA&#10;a1YAAGJVAABYUwAATlAAAEVNAAA6SQAAL0UAACVCAAAcPgAAFDsAAA45BQAJNwsABDYPAAE2EwAA&#10;NhkAADYgAAA2KQAANjIAADc9AAA3SQAAN1cAADdnAAA3eQAAN48AADalAAA2vQAANuAAADX1AAA1&#10;/wCNUAAAhFYAAHxaAAByWwAAaVsAAGBbAABXWQAATFYAAEBSAAA1TgAAKksAACBIAAAXRgAAEEMA&#10;AAtBBAAEQAoAAD8OAAA+EQAAPhYAAD4dAAA+JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dgAAPYwA&#10;AD2jAAA8uwAAPN4AADv1AAA7/wCKVwAAglwAAHlfAABwYQAAaGEAAF9hAABUXgAAR1sAADpXAAAv&#10;VQAAJVIAABtQAAASTQAADEsAAAZKAwAASQkAAEgNAABHEAAARxQAAEYaAABGIgAARiwAAEY3AABG&#10;QwAARlEAAEZgAABFcwAARYkAAESgAABEuAAAQ9wAAEL1AABC/wCIXQAAf2IAAHdlAABuZwAAZ2gA&#10;AFtmAABOYwAAQWEAADReAAApXAAAH1oAABVXAAAOVgAAB1QAAABTAQAAUgYAAFELAABRDgAAUBEA&#10;AE8WAABPHgAATycAAE8yAABPPwAAT00AAE5dAABObwAAToUAAE2dAABMtQAAS9gAAEr1AABK/wCF&#10;ZQAAfGkAAHRsAABtbgAAYm0AAFRrAABHaQAAOmcAAC1lAAAiZAAAGGIAABBgAAAJXwAAAF4AAABe&#10;AAAAXQMAAFwIAABbDAAAWg8AAFoTAABZGQAAWSIAAFktAABZOgAAWUgAAFhYAABYawAAV4EAAFeZ&#10;AABWsgAAVdIAAFT0AABT/wCBbAAAeXAAAHNzAABocwAAWnIAAExxAAA/cAAAMm8AACVuAAAabAAA&#10;EWsAAAlqAAAAagAAAGkAAABpAAAAaAAAAGcDAABmCAAAZgwAAGYPAABlFAAAZRwAAGUnAABkNAAA&#10;ZEMAAGRTAABkZQAAY3sAAGKUAABhrQAAYM0AAF/xAABe/wB9dAAAd3cAAG55AABfeQAAUXkAAEN5&#10;AAA2eAAAKXgAABx3AAARdgAACnUAAAB1AAAAdQAAAHYAAAB1AAAAdAAAAHQAAABzAgAAcwcAAHMM&#10;AAByEAAAchUAAHIgAAByLAAAcjsAAHFMAABxXwAAcXQAAHCOAABvqAAAbsYAAGztAABr/wB7ewAA&#10;cn4AAGR+AABVfwAAR4AAADmBAAArggAAHoEAABKBAAAKgQAAAIEAAACCAAAAgwAAAIMAAACDAAAA&#10;ggAAAIIAAACCAAAAggAAAIIFAACCCgAAgg8AAIIXAACCIwAAgjIAAIJDAACBVgAAgWwAAICGAAB/&#10;oQAAfr0AAH3mAAB8/AB2ggAAaIMAAFmFAABLhwAAPIkAAC6KAAAgiwAAE4sAAAqLAAAAjAAAAI0A&#10;AACPAAAAkQAAAJIAAACRAAAAkQAAAJEAAACRAAAAkQAAAJIAAACSAgAAkwkAAJQPAACUGQAAlCcA&#10;AJQ4AACUTAAAk2IAAJN8AACTmAAAkrMAAJHYAACQ9gBqiAAAXIoAAE2NAAA/kAAAMJIAACGUAAAU&#10;lQAACpYAAACXAAAAmQAAAJsAAACdAAAAnwAAAKAAAACgAAAAoAAAAKAAAAChAAAAogAAAKMAAACk&#10;AAAApQAAAKYHAACoEAAAqBwAAKgtAACpQAAAqVYAAKlvAACpiwAAqKgAAKfHAACm7ABfjwAAUJIA&#10;AEGWAAAzmQAAI5wAABSdAAAKnwAAAKEAAACjAAAApgAAAKgAAACsAAAArgAAAK8AAACvAAAAsAAA&#10;ALAAAACyAAAAswAAALQAAAC2AAAAtwAAALoAAAC9BwAAvxAAAL8fAADAMwAAwEkAAMBiAADAfgAA&#10;wJsAAMC3AAC/2ABTlwAARJsAADWfAAAmowAAFqUAAAunAAAAqgAAAK0AAACwAAAAswAAALYAAAC7&#10;AAAAvQAAAMAAAAC/AAAAwQAAAMIAAADEAAAAxgAAAMgAAADKAAAAzAAAAM8AAADTAAAA2gcAANsT&#10;AADdJQAA3jsAAN9TAADgbgAA34wAAN2pAADdwgD/AAAA/wAAAP8AAAD/AAAA/wAHAP8AEAD/ABkA&#10;/wAkAP8ALwD8ADoA+QBDAPUASwDzAFIA8QBZAO8AXgDtAGQA6wBpAOkAbwDnAHUA5gB8AOQAhADi&#10;AI0A4ACXAN0AogDaALEA1QDFANIA6ADQAP8AzwD/AMQA/wC4AP8ArwD/AKkA/wD/AAAA/wAAAP8A&#10;AAD/AAAA/wACAPsADQD3ABUA8wAfAO8AKQDqADQA5gA9AOIARQDeAEwA2wBTANgAWADUAF4A0gBj&#10;ANAAaQDOAG4AzAB1AMoAfQDIAIUAxgCQAMIAmwDAAKkAvgC6ALsA2QC5APcAuAD/ALQA/wCpAP8A&#10;ogD/AJ0A/wD/AAAA/wAAAP8AAAD2AAAA7gAAAOcACgDhABEA3AAaANcAIwDQAC4AywA3AMcAPwDE&#10;AEYAwQBNAL8AUgC9AFgAuwBdALkAYgC4AGgAtgBuALQAdQCxAH4ArwCIAK0AkwCqAKEAqACxAKYA&#10;yACkAO0AogD/AKIA/wCbAP8AlQD/AJEA/wD/AAAA/AAAAO4AAADjAAAA2AAAAM0ABQDGAA4AwQAV&#10;AL0AHgC5ACcAtQAwALIAOACvAEAArABGAKoATACoAFEApwBWAKUAWwCjAGEAoQBnAJ8AbgCeAHYA&#10;mwCAAJkAjACXAJkAlACoAJIAvACQAN8AjgD7AI4A/wCLAP8AhgD/AIMA/wD4AAAA6QAAANwAAADM&#10;AAAAwQAAALgAAACyAAoArAARAKgAGAClACEAogApAJ4AMgCcADkAmQA/AJcARQCVAEoAlABQAJIA&#10;VQCQAFoAjwBgAI0AZwCLAG8AiQB4AIYAhACEAJEAggCgAIAAsgB9AMwAfADxAHsA/wB6AP8AdwD/&#10;AHUA/wDmAAAA0wAAAMYAAAC7AAAAsQAAAKcAAAChAAUAmwANAJcAEwCTABsAkAAjAIwAKwCKADIA&#10;iAA4AIYAPgCEAEQAggBJAIEATgB/AFMAfQBZAHsAYAB5AGgAdwBxAHUAfABzAIkAcACYAG8AqQBt&#10;AL8AawDmAGoA/wBpAP8AaQD/AGcA/wDTAAAAwwAAALUAAACrAAAAowAAAJsAAACSAAAAjAAKAIcA&#10;EACDABYAfwAdAH0AJAB6ACsAeAAyAHYAOAB0AD0AcgBCAHEASABvAE0AbQBTAGwAWQBqAGEAaABq&#10;AGYAdABkAIEAYQCRAF8AogBeALYAXADVAFsA9wBbAP8AWgD/AFoA/wDFAAAAtgIAAKkCAACfAAAA&#10;lgAAAI4AAACHAAAAgAAFAHoADAB1ABEAcQAYAG4AHgBrACUAaQArAGcAMQBmADcAZAA8AGMAQQBh&#10;AEcAXwBNAF4AUwBcAFsAWgBkAFgAbgBWAHsAVACKAFIAmwBRAK4AUADIAE8A7gBOAP8ATgD/AE0A&#10;/wC7CgAArA0AAKANAACVDAAAjAgAAIMCAAB8AAAAdQAAAG4ACABpAA4AZQATAGIAGQBfAB8AXQAl&#10;AFsAKwBZADEAWAA2AFYAOwBVAEEAUwBHAFEATgBQAFUATgBeAEwAaABKAHUASACEAEcAlQBFAKgA&#10;RAC/AEMA5ABCAPwAQgD/AEIA/wCyEQAApRQAAJkVAACOEwAAhBEAAHsNAABzCAAAbAAAAGUAAwBf&#10;AAsAWwAPAFcAFABUABoAUQAfAE8AJQBOACsATAAwAEsANgBJADwASABCAEYASABFAFAAQwBZAEEA&#10;YwA/AG8APgB+ADwAkAA7AKMAOgC4ADkA2QA4APUAOAD/ADgA/wCsFwAAnxsAAJMdAACJHAAAfxkA&#10;AHUVAABsEAAAZAwAAF0GAABWAAYAUQAMAE0AEABKABUARwAaAEUAIABEACYAQgArAEEAMQA/ADYA&#10;PgA9ADwARAA7AEsAOQBUADcAXwA2AGsANAB6ADIAjAAxAJ4AMACzAC8AzgAvAO8ALgD/AC4A/wCn&#10;HgAAmiIAAI8kAACEJAAAeiEAAHEdAABnGAAAXxMAAFcOAABQCgAASQMIAEUADQBBABEAPgAWADwA&#10;GwA6ACEAOQAmADcALAA2ADIANAA4ADMAPwAxAEcAMABQAC4AWwAtAGcAKwB2ACoAiAAoAJwAJwCw&#10;ACYAyQAlAOoAJQH7ACUB/wCiIwAAligAAIsqAACBKgAAdygAAG0lAABkIAAAWxsAAFIVAABLEAAA&#10;QwwCAD0HCQA5Aw4ANgESADMBFwAxARwAMAEiAC8CJwAtAi0ALAM0ACoDOwApBEMAKARNACYFWAAl&#10;BWUAIwZ0ACIGhgAgBpoAHweuAB4HxgAdB+cAHQj4AB0J/wCfKAAAky0AAIgvAAB+LwAAdC4AAGor&#10;AABhJgAAWCEAAE8cAABHFwAAPxIAADgOBAAxCwoALggOACsHEgApBxcAKAgdACcIIwAlCCkAJAkw&#10;ACMJNwAhCkAAIApKAB8LVQAdC2IAGwxyABoMhQAYDJkAFwytABYMxgAVDeYAFQ35ABYN/wCcLQAA&#10;kDEAAIY0AAB8NAAAcjMAAGgxAABfLAAAVScAAEwjAABEHQAAPBgAADQTAAAtEAYAJg0LACQMDwAi&#10;DBMAIQwZAB8MHwAeDSUAHQ0sABsNNAAaDj0AGQ5HABcOUwAWDmEAFA9xABMQhAASEJgAERCuABAQ&#10;xgAQEOgAEBD7ABEQ/wCZMQAAjjUAAIQ4AAB6OQAAcDgAAGc2AABdMgAAUy0AAEooAABCJAAAOR8A&#10;ADEaAAAqFQEAIxEHAB0QDQAbDxAAGQ8VABgQGwAXECEAFhApABUQMQAUEToAExFFABISUQAREl8A&#10;EBJvAA4TggAOE5YADROrAAsTwgALFOMADBT6AA0T/wCXNQAAjDkAAII8AAB4PQAAbz0AAGU6AABb&#10;NwAAUjIAAEkuAABAKgAANyUAAC8hAAAoHAAAIBgDABkUCgAVEg4AFBISABMTGAASEx8AERQmABEU&#10;LgAQFDgADxVCAA4WTwANFlwADBdsAAsXfwAJGJMACBioAAYYvwAHGOAABxj1AAkY/wCVOAAAij0A&#10;AIBAAAB3QQAAbUEAAGQ/AABaPAAAUDgAAEczAAA+MAAANisAAC4nAAAnIwAAHx8AABcaCAASFw0A&#10;EBcRAA8XFgAOGBwADhgjAA0ZLAAMGjUACxpAAAobTAAJG1oABxxpAAUcfAAEHZEAAh2mAAEdvAAC&#10;HN0AAhzyAAMc/wCTPAAAiEEAAH9EAAB1RQAAbEUAAGNEAABZQQAATz0AAEY5AAA+NgAANTIAAC4u&#10;AAAlKgAAHSUAABQhBAAPHQsADR0QAAwdFAALHRoACh4iAAgeKgAHHzMABiA+AAQgSgADIVcAASFn&#10;AAAheQAAIY4AACGkAAAhugAAIdsAACHyAAAg/gCQQAAAhkUAAH1IAAB0SgAAa0oAAGJJAABYRgAA&#10;TkIAAEU/AAA9PAAANTkAACs0AAAiLwAAGSsAABIoBAANJAoACSMOAAYjEgAFIxkABCQgAAIkKAAB&#10;JTEAACU8AAAlSAAAJlUAACZlAAAmdwAAJowAACaiAAAmuQAAJtkAACXyAAAl/gCORQAAhEkAAHtN&#10;AABzTwAAak8AAGBOAABXSwAATUgAAERFAAA8QgAAMT0AACc5AAAeNQAAFTIAAA8uAwAKLAoABSsO&#10;AAEqEQAAKhYAACoeAAAqJgAAKy8AACs5AAArRQAALFMAACxiAAAsdQAALIoAACugAAArtwAAK9YA&#10;ACryAAAq/wCMSQAAgk4AAHpSAABxVAAAaFQAAF9TAABWUQAATE4AAENLAAA3RwAALUMAACM/AAAa&#10;PAAAEjgAAAw2AwAGMwkAADINAAAyEAAAMRQAADEbAAAxIwAAMSwAADI3AAAyQwAAMlAAADJgAAAy&#10;cgAAMocAADGeAAAxtQAAMNQAADDyAAAv/wCJTwAAgFQAAHhXAABvWQAAZlkAAF5ZAABVVwAASVMA&#10;AD5PAAAyTAAAKEgAAB5FAAAVQgAADkAAAAg9AgABPAgAADsMAAA6DwAAORIAADkYAAA5IAAAOSkA&#10;ADk0AAA5QAAAOU4AADldAAA5bwAAOIUAADicAAA3swAAN9IAADbyAAA1/wCHVQAAf1oAAHZdAABt&#10;XwAAZV8AAF1fAABSXAAARFgAADhVAAAtUgAAIk8AABhMAAAQSgAACkgAAANGAQAARQYAAEQKAABD&#10;DQAAQhAAAEEVAABBHQAAQSYAAEExAABBPQAAQUoAAEFaAABBbAAAQIEAAD+ZAAA/sQAAPtAAAD3y&#10;AAA8/wCEXAAAfGAAAHNjAABsZQAAZGYAAFlkAABLYQAAPl4AADJbAAAmWQAAHFYAABJUAAAMUgAA&#10;BFEAAABPAAAATgMAAE0IAABMDAAASw4AAEsSAABKGQAASiIAAEosAABKOQAASkcAAEpWAABJaAAA&#10;SX4AAEiWAABHrwAARs0AAEXxAABE/wCBYwAAeWcAAHJqAABrbAAAYGsAAFJpAABEZgAAN2QAACpi&#10;AAAfYAAAFV4AAA1dAAAGWwAAAFoAAABZAAAAWAAAAFcEAABWCAAAVgwAAFUQAABUFAAAVB0AAFQn&#10;AABUNAAAVEIAAFNSAABTZAAAUnkAAFKSAABRqwAAUMoAAE/vAABO/wB+agAAd24AAHBxAABmcQAA&#10;WHAAAEpvAAA8bQAAL2wAACJqAAAXaQAADmcAAAZmAAAAZQAAAGUAAABlAAAAYwAAAGIAAABiBAAA&#10;YQgAAGENAABgEAAAYBcAAGAhAABfLgAAXzwAAF9NAABeXgAAXnQAAF2NAABcpwAAW8UAAFrtAABZ&#10;/wB7cgAAdXYAAGt3AABddgAAT3YAAEF1AAAzdQAAJnQAABlzAAAQcgAAB3EAAABxAAAAcQAAAHEA&#10;AABxAAAAbwAAAG8AAABuAAAAbgIAAG4IAABtDAAAbREAAG0aAABtJgAAbDUAAGxGAABrWAAAa20A&#10;AGqGAABpoQAAaL4AAGfoAABm/gB5egAAcHwAAGF8AABTfQAARH0AADZ+AAAofgAAG30AABB9AAAH&#10;fQAAAH0AAAB9AAAAfgAAAH8AAAB+AAAAfQAAAH0AAAB8AAAAfAAAAHwAAAB8BgAAfAwAAHwSAAB8&#10;HQAAfCwAAHw8AAB8TwAAe2UAAHt+AAB6mgAAebYAAHjfAAB3+gBzgAAAZYEAAFaDAABIhAAAOYYA&#10;ACuHAAAdhwAAEYcAAAeIAAAAiAAAAIkAAACKAAAAjAAAAI0AAACNAAAAjAAAAIwAAACMAAAAjAAA&#10;AIwAAACNAAAAjQQAAI4MAACOEwAAjyEAAI4yAACORgAAjlsAAI10AACNkAAAjK0AAIvOAACK8wBo&#10;hgAAWogAAEuLAAA8jQAALY8AAB6QAAARkQAAB5IAAACTAAAAlQAAAJcAAACZAAAAmwAAAJwAAACb&#10;AAAAmwAAAJwAAACcAAAAnQAAAJ4AAACeAAAAnwAAAKEDAACiDAAAohYAAKMmAACjOgAAo08AAKNo&#10;AACihgAAoqIAAKLAAACh6ABcjQAATZAAAD+TAAAwlgAAIZkAABKaAAAHmwAAAJ0AAACgAAAAogAA&#10;AKQAAACoAAAAqgAAAKsAAACqAAAAqwAAAKwAAACtAAAArgAAAK8AAACxAAAAsgAAALQAAAC3AQAA&#10;uQ0AALkaAAC6LQAAukMAALpbAAC6dwAAu5QAALuxAAC50gBQlQAAQZgAADKcAAAjoAAAE6IAAAik&#10;AAAApwAAAKoAAACsAAAArwAAALIAAAC3AAAAuQAAALsAAAC6AAAAvAAAAL0AAAC/AAAAwAAAAMIA&#10;AADEAAAAxgAAAMkAAADNAAAA0gEAANQPAADVHwAA1zUAANhNAADYaQAA14YAANejAADWvQD/AAAA&#10;/wAAAP8AAAD/AAAA/wADAP8ADQD/ABUA/wAgAPwAKwD4ADUA9AA/APAARwDuAE4A6wBUAOkAWgDn&#10;AF8A5QBkAOMAagDhAHAA3wB2AN0AfgDbAIcA2ACRANMAnQDPAKsAzQC9AMsA4ADJAPsAxwD/AL0A&#10;/wCxAP8AqQD/AKMA/wD/AAAA/wAAAP8AAAD/AAAA/AAAAPYACwDxABEA7QAbAOkAJQDkADAA3wA5&#10;ANoAQQDVAEgA0QBOAM8AVADNAFkAywBeAMkAYwDHAGkAxQBvAMMAdwDAAH8AvgCKALsAlQC4AKMA&#10;tgC0ALQAzQCyAPIAsAD/AKwA/wCjAP8AnAD/AJcA/wD/AAAA/wAAAPoAAADxAAAA6AAAAOAABgDZ&#10;AA4A0gAWAM4AHwDIACkAxAAyAMAAOgC9AEEAugBIALgATQC2AFMAtABYALIAXQCwAGIArgBpAKwA&#10;bwCqAHgAqACCAKYAjgCkAJsAoQCrAJ8AwACdAOYAmwD/AJoA/wCUAP8AjgD/AIoA/wD/AAAA9gAA&#10;AOgAAADcAAAAzgAAAMYAAQC/AAsAugARALYAGgCyACIArgArAKoANACoADsApQBBAKMARwChAEwA&#10;nwBRAJ4AVgCcAFwAmgBiAJkAaACXAHAAlQB6AJIAhgCQAJMAjQCiAIsAtQCJANMAhwD3AIYA/wCE&#10;AP8AfwD/AHwA/wDyAAAA4wAAANIAAADFAAAAugAAALEAAACrAAcApQAOAKEAFACeABwAmgAlAJcA&#10;LQCUADQAkgA6AJAAQACOAEUAjQBKAIsAUACJAFUAiABbAIYAYQCEAGkAggByAH8AfQB9AIsAewCa&#10;AHgAqwB2AMQAdADrAHMA/wBzAP8AcAD/AG4A/wDfAAAAzAAAAL8AAAC0AAAAqwAAAKEAAACaAAIA&#10;lAALAJAAEACMABcAiAAeAIUAJgCDAC0AgQAzAH8AOQB9AD8AewBEAHkASQB4AE4AdgBUAHQAWgBz&#10;AGIAcABrAG4AdQBsAIMAagCSAGgAowBmALgAZADeAGMA+wBiAP8AYgD/AGAA/wDMAAAAvAAAAK8A&#10;AAClAAAAnQAAAJQAAACMAAAAhgAHAIEADQB8ABIAeAAZAHUAHwBzACYAcQAtAG8AMgBtADgAawA9&#10;AGoAQgBoAEgAZwBOAGUAVABjAFsAYQBkAF8AbgBdAHsAWwCKAFkAmwBXAK8AVgDLAFUA8gBUAP8A&#10;VAD/AFQA/wC+AAAAsAAAAKQAAACZAAAAkAAAAIgAAACBAAAAeQACAHMACgBvAA8AawAUAGcAGgBl&#10;ACAAYwAmAGEALABfADIAXgA3AFwAPABbAEIAWQBHAFcATgBWAFUAVABeAFIAaABQAHQATgCDAEwA&#10;lQBKAKgASQDAAEgA6ABHAP8ARwD/AEcA/wC0CQAApgsAAJsMAACQCgAAhgUAAH4AAAB2AAAAbwAA&#10;AGgABQBjAAwAXwAQAFsAFQBYABoAVgAhAFQAJgBTACwAUQAxAFAANgBOADwATQBCAEsASABJAFAA&#10;SABYAEYAYgBEAG4AQgB9AEAAjgA/AKIAPQC4AD0A3QA8APgAPAD/ADwA/wCsEAAAnxIAAJQSAACJ&#10;EQAAfw8AAHYMAABuBQAAZgAAAGAAAQBZAAgAVQANAFEAEQBOABYASwAbAEkAIQBIACYARgArAEUA&#10;MQBDADYAQgA8AEAAQwA+AEsAPQBTADsAXQA5AGkANwB4ADYAiQA0AJwAMwCxADIAzgAyAPEAMQD/&#10;ADEA/wCmFgAAmhkAAI4aAACEGgAAehYAAHASAABoDgAAXwoAAFgDAABRAAQATAAKAEgADgBEABIA&#10;QQAWAD8AGwA9ACEAPAAmADoALAA5ADEANwA3ADYAPgA0AEYAMwBPADEAWQAvAGUALgBzACwAhQAr&#10;AJgAKgCtACkAxgAoAOoAKAD+ACgA/wChHAAAlSAAAIohAAB/IQAAdR8AAGwaAABjFgAAWhEAAFIN&#10;AABLBwAARAAGAEAACwA8AA8AOAASADYAFwA0ABwAMwAhADEAJwAwACwALgAzAC0AOgArAEIAKgBL&#10;ACgAVQAmAGEAJQBwACQAgQAiAJUAIQCpACAAwQAgAOQAHwD5AB8A/wCdIgAAkSYAAIYoAAB8JwAA&#10;ciUAAGkiAABfHQAAVxgAAE4TAABGDgAAPwsAADgFBwA0AAwAMQAQAC4AEwAsABgAKgAdACkAIgAn&#10;ACgAJgAuACQANgAjAD4AIgBHACAAUgAfAF4AHQBtABwAfgAaAJIAGQCnABgAvQAXAN8AFwH1ABcC&#10;/wCaJwAAjisAAIQtAAB5LQAAcCsAAGYoAABdJAAAVB8AAEsaAABDFAAAOxAAADQNAgAtCQkAKQUN&#10;ACYDEAAkARMAIgIZACECHgAgAiQAHgMqAB0DMgAbBDoAGgVEABkFTwAXBlwAFgZqABQHfAATB5AA&#10;EgelABEHuwAQB9sAEAjyABAJ/wCXKwAAjC8AAIExAAB3MgAAbjEAAGQuAABbKgAAUSUAAEkgAABA&#10;GwAAOBYAADESAAApDgQAIwwJAB8JDQAdBxAAGwcVABkIGgAYCCAAFwknABYJLgAVCjcAEwpBABIL&#10;TQARC1oAEAtpAA4MewAODJAADQylAAwNuwALDdkACw3xAAwN/wCVLwAAijMAAH82AAB2NgAAbDUA&#10;AGMzAABZLwAAUCsAAEcmAAA+IQAANh0AAC4YAAAnEwAAIBAFABkOCgAVDA4AFAwRABMMFgASDBwA&#10;EQ0jABANKwAPDTQADg4/AA0OSgAMD1gACw9nAAoQeQAIEI0ABxCiAAYQuAAFENQABRDvAAYQ/wCS&#10;MwAAiDcAAH46AAB0OwAAazoAAGE4AABYNQAATjAAAEUsAAA9JwAANSMAAC0fAAAmGgAAHhYBABcT&#10;BgAREAsADg4OAA4PEwANEBkADRAgAAwQKAALETIAChE8AAgSSAAHElUABhNlAAQTdgADE4sAARSg&#10;AAATtgAAE9EAABPuAAAT+wCQNgAAhjsAAHw+AABzPwAAaj8AAGA9AABXOQAATTYAAEQxAAA8LgAA&#10;NCoAACwmAAAlIgAAHh4AABYaAgAQFQkADBMOAAoTEgAJFBcACBQfAAcVJgAGFS8ABBY6AAMWRgAB&#10;F1MAABdiAAAYdAAAGIkAABifAAAYtQAAF9AAABftAAAX+wCOOgAAhD8AAHtCAAByQwAAaEMAAF9C&#10;AABWPwAATDsAAEM3AAA7NAAAMzAAACwsAAAkKQAAGyQAABMfAgANGwkACRkNAAYZEQAEGRYAAhkd&#10;AAEaJAAAGi0AABs4AAAbRAAAHFEAABxgAAAdcgAAHYcAABydAAAcswAAHM4AABvtAAAb/ACMPgAA&#10;gkMAAHlGAABwSAAAaEgAAF5GAABVRAAAS0AAAEM9AAA7OgAAMzcAACoyAAAgLQAAFykAABAlAgAL&#10;IgkABSANAAEfEAAAHxQAAB8bAAAgIgAAICsAACE2AAAhQQAAIU8AACFeAAAicAAAIoUAACGbAAAh&#10;sgAAIc0AACDtAAAf/ACKQwAAgEgAAHhLAABvTAAAZk0AAF1LAABUSQAASkYAAEJDAAA6QAAALzsA&#10;ACU3AAAcMwAAEy8AAA0sAgAHKQgAAScMAAAmDgAAJRIAACYZAAAmIQAAJikAACYzAAAnPwAAJ00A&#10;ACdcAAAnbQAAJ4IAACeZAAAmsAAAJcwAACXuAAAk/QCISAAAf0wAAHZQAABuUQAAZVIAAFxRAABT&#10;TwAASkwAAEFJAAA1RAAAK0AAACE8AAAXOQAAEDYAAAoyAQADMAcAAC8LAAAuDgAALREAAC0WAAAt&#10;HgAALScAAC0xAAAtPQAALUoAAC1ZAAAtawAALYAAACyXAAAsrwAAK8sAACruAAAq/gCFTQAAfVIA&#10;AHVVAABsVwAAY1cAAFtWAABTVQAAR1EAADtNAAAwSQAAJUYAABxDAAATPwAADT0AAAY6AAAAOAUA&#10;ADcJAAA2DQAANQ8AADQUAAA0GwAANCQAADQuAAA0OgAANEcAADRXAAA0aAAANH0AADOVAAAyrQAA&#10;McoAADHuAAAw/wCDUwAAe1gAAHNbAABqXQAAYl0AAFtdAABPWgAAQlYAADZSAAAqTwAAIEwAABZJ&#10;AAAORwAACEQAAABCAAAAQQMAAD8HAAA+CwAAPQ4AAD0RAAA8GAAAPCEAADwrAAA8NwAAPEQAADxT&#10;AAA8ZQAAO3oAADqSAAA6qwAAOcgAADjtAAA3/wCBWgAAeV4AAHFhAABpYwAAYmQAAFdiAABJXgAA&#10;PFsAAC9YAAAkVQAAGVMAABBRAAAKTwAAAU0AAABMAAAASgAAAEkEAABICAAARwwAAEYPAABGFAAA&#10;RRwAAEUnAABFMwAARUAAAEVQAABEYQAARHYAAEOPAABCqAAAQcYAAEDsAAA//wB+YQAAdmUAAG9o&#10;AABoagAAXWkAAE9mAABCZAAANGEAAChfAAAdXQAAElsAAAtZAAACWAAAAFYAAABWAAAAVAAAAFMA&#10;AABSBAAAUQkAAFANAABQEAAATxgAAE8iAABPLgAATzwAAE9LAABOXQAATnIAAE2LAABMpQAAS8IA&#10;AEnqAABI/wB7aQAAdGwAAG5vAABkbwAAVW0AAEdsAAA5agAALGkAACBnAAAUZQAADWQAAANiAAAA&#10;YgAAAGEAAABgAAAAXwAAAF4AAABdAAAAXAQAAFwJAABbDQAAWxIAAFscAABaKAAAWjYAAFpGAABZ&#10;WAAAWW0AAFiFAABXoAAAVr0AAFXoAABT/gB5cAAAc3QAAGl1AABbdAAATHMAAD5zAAAwcgAAI3EA&#10;ABZvAAANbgAABG0AAABtAAAAbQAAAG0AAABsAAAAawAAAGoAAABpAAAAaQAAAGkDAABoCQAAaA4A&#10;AGgVAABnIQAAZy8AAGc/AABmUgAAZmYAAGV/AABkmgAAY7cAAGLhAABh/AB3eAAAbXoAAF96AABQ&#10;egAAQnoAADN7AAAlewAAGHoAAA55AAAEeQAAAHkAAAB5AAAAegAAAHoAAAB6AAAAeAAAAHgAAAB3&#10;AAAAdwAAAHcAAAB3AQAAdwgAAHcOAAB3GAAAdyYAAHY2AAB2SQAAdV8AAHV3AAB0kwAAc68AAHLT&#10;AABx9wBxfgAAY38AAFSAAABFggAANoMAACiEAAAahAAADoMAAASEAAAAhAAAAIUAAACGAAAAiAAA&#10;AIkAAACIAAAAhwAAAIcAAACHAAAAhwAAAIcAAACIAAAAiAAAAIgHAACJEAAAiRwAAIksAACIPwAA&#10;iFUAAIhtAACHiQAAhqcAAIXHAACE7wBmhAAAV4YAAEiIAAA5igAAKowAABuNAAAPjQAABI4AAACQ&#10;AAAAkQAAAJMAAACVAAAAlwAAAJgAAACWAAAAlwAAAJcAAACXAAAAmAAAAJgAAACZAAAAmgAAAJsA&#10;AACdBwAAnREAAJ0hAACdMwAAnUkAAJxiAACcfwAAnJwAAJy5AACb4gBaiwAAS44AADyRAAAtkwAA&#10;HpUAABCWAAAEmAAAAJoAAACcAAAAngAAAKEAAACkAAAApgAAAKcAAACmAAAApwAAAKcAAACoAAAA&#10;qQAAAKoAAACsAAAArQAAAK8AAACxAAAAswkAALMVAAC0JwAAtD0AALVVAAC1cAAAtI4AALSsAAC0&#10;zABNkgAAP5YAAC+aAAAgnQAAEZ8AAAWhAAAAowAAAKYAAACpAAAArAAAAK8AAACzAAAAtQAAALcA&#10;AAC2AAAAtwAAALgAAAC6AAAAuwAAAL0AAAC/AAAAwQAAAMQAAADHAAAAywAAAM0MAADOGgAAzy8A&#10;AM9IAADQYgAA0IAAANCdAADQuAAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBob&#10;HB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJj&#10;ZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqus&#10;ra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT1&#10;9vf5+vv8/v//////////////////////////////////////////////////////AAAAAAAAAAAA&#10;AAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5A&#10;QUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeI&#10;iouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR&#10;0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////&#10;/////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhsc&#10;HR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNl&#10;Zmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6yt&#10;r7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX2&#10;9/n6+/z+//////////////////////////////////////////////////////8AAQIDBAUGBwgJ&#10;CgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFC&#10;Q0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7&#10;fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0&#10;tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt&#10;7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADASEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAA&#10;AAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywt&#10;Li8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2Rl&#10;ZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2e&#10;n6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ&#10;2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoL&#10;CwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8w&#10;MTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuO&#10;kJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY&#10;2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7&#10;+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhsc&#10;HB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9Q&#10;UlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/&#10;wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err&#10;6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////4oHwSUNDX1BST0ZJTEUACQn/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////T/////////////////////////////////////////69H/////////////&#10;////////////////////////////9+n+////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////4c3X////////////////&#10;///////////////////////dr5a39P/////////////////////////////////////FjGin5///&#10;///////////////////////////////////MnImk5///////////////////////////////////&#10;///6zrvG9f//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////3MW99f////////////////////////////////////+/k3qFxf//////&#10;/////////////////////////////9uQWz1lqPb//////////////////////////////////rx1&#10;NABUm+v/////////////////////////////////05R+SSxOmuz/////////////////////////&#10;///////Y1MqzfmVtpfn////////////////////////////////////0xa6vyf//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////8NbG7P//////////&#10;/////////////////////////+a7kXRjq/f////////////////////////////////2xJpzRSY0&#10;fcz///////////////////////////////+1gFUwCgAZYLL/////////////////////////////&#10;/890NQsAAAAKUqf//////////////////////////////5Y0AAAAAAAAT6f/////////////////&#10;////////////9mkdAAAJDAYJUrH/////////////////////////////yzsOEzVMW01MXsP/////&#10;////////////////////////qWA2YIaftqypuNn/////////////////////////////4JeNvuX/&#10;/////////////////////////////////////+35////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////r2cq8x///////////////////////////////////z5qBbVpGiOr/&#10;///////////////////////////////EfD4mEAAAVLD//////////////////////////////+CD&#10;PAAAAAAALoft/////////////////////////////6xTEAAAAAAAF23W////////////////////&#10;////////+4AxAAAAAAAACWHM////////////////////////////0loCAAAAAAAAAF3M////////&#10;////////////////////qDUAAAAAAAAAAFzT////////////////////////////fQ0AAAAAAAAA&#10;AFTW///////////////////////////ufUUAAAAAAAAAAETU///////////////////////////8&#10;qmQvAgAABCI3SVjO////////////////////////////6aRrQSg/Y3+Vp7ra////////////////&#10;///////////////VsqyyzOT6////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////lu5d3Ysj/////&#10;////////////////////////////255nNgoAAoz////////////////////////////////Ifz8F&#10;AAAAAF7P/////////////////////////////9mBOQAAAAAAADyq////////////////////////&#10;/////55MAAAAAAAAACOQ////////////////////////////3G8aAAAAAAAAABB9+f//////////&#10;////////////////r0gAAAAAAAAAAABv7v//////////////////////////hBMAAAAAAAAAAABk&#10;5v/////////////////////////sUQAAAAAAAAAAAABX3v////////////////////////+4FQAA&#10;AAAAAAAAAABI1v////////////////////////90FAAAAAAAAAAAAAA4z///////////////////&#10;//////miWhMAAAAAAAAAAAAjxf/////////////////////////fm1wsAAAAAAAAAAANuv//////&#10;////////////////////77F9VTkiEQcBAhEisv//////////////////////////////37+lmZia&#10;oKy92v//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////476dgHz7////////////////////////////////8reEVzAO&#10;AB2s///////////////////////////////SikwVAAAAAABy8///////////////////////////&#10;/9Z/NgAAAAAAAABLyf//////////////////////////+pE+AAAAAAAAAAAvq///////////////&#10;////////////wFoAAAAAAAAAAAAalf//////////////////////////jSQAAAAAAAAAAAAIhP//&#10;///////////////////////nXgAAAAAAAAAAAAAAd/////////////////////////+0JQAAAAAA&#10;AAAAAAAAav////////////////////////99AAAAAAAAAAAAAAAAW/T/////////////////////&#10;//0rAAAAAAAAAAAAAAAATOv//////////////////////6UAAAAAAAAAAAAAAAAAPOH/////////&#10;/////////////zAMAAAAAAAAAAAAAAAALdn/////////////////////mYphJwAAAAAAAAAAAAAA&#10;J9f//////////////////////+2+iVUnAAAAAAAAAAAAJdz//////////////////////////sqd&#10;dl1KPDItLDA5R97///////////////////////////////3m3dbS0NPZ5P//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////v1LvW&#10;/////////////////////////////////+e4j2pLLxVv///////////////////////////////k&#10;oWc0BwAAAAA8yf///////////////////////////9aCOwAAAAAAAAASl///////////////////&#10;////////7YUxAAAAAAAAAAAAb///////////////////////////pkIAAAAAAAAAAAAAUOH/////&#10;///////////////////saQAAAAAAAAAAAAAAN8n///////////////////////+zLwAAAAAAAAAA&#10;AAAAIrb///////////////////////95AAAAAAAAAAAAAAAAEKf///////////////////////I0&#10;AAAAAAAAAAAAAAAAAJn//////////////////////6kAAAAAAAAAAAAAAAAAAIz/////////////&#10;/////////0YAAAAAAAAAAAAAAAAAAH//////////////////////3wAAAAAAAAAAAAAAAAAAAHT/&#10;////////////////////lwAAAAAAAAAAAAAAAAAAAGr/////////////////////zgAAAAAAAAAA&#10;AAAAAAAAAGP//////////////////////ykiAQAAAAAAAAAAAAAAAGH/////////////////////&#10;/7mjgFc3FwAAAAAAAAAAAGj///////////////////////////rTrpSGfHVxcHJ3gZT/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;27qdgmlp0///////////////////////////////yJNlPRkAAAAdnv//////////////////////&#10;/////9uOTBMAAAAAAAAAbv//////////////////////////23wsAAAAAAAAAAAARdf/////////&#10;////////////////iyoAAAAAAAAAAAAAIrT////////////////////////CRAAAAAAAAAAAAAAA&#10;A5f///////////////////////99AQAAAAAAAAAAAAAAAH///////////////////////+c2AAAA&#10;AAAAAAAAAAAAAGr//////////////////////50AAAAAAAAAAAAAAAAAAFj/////////////////&#10;/////0YAAAAAAAAAAAAAAAAAAEf4////////////////////6QAAAAAAAAAAAAAAAAAAADXp////&#10;////////////////lgAAAAAAAAAAAAAAAAAAACXb////////////////////vAAAAAAAAAAAAAAA&#10;AAAAABjO////////////////////6wAAAAAAAAAAAAAAAAAAAA/C/////////////////////wAA&#10;AAAAAAAAAAAAAAAAAAq5/////////////////////ycAAAAAAAAAAAAAAAAAAAq1////////////&#10;/////////3AAAAAAAAAAAAAAAAAAAA25/////////////////////+CcjHBVQjMmGxQPDQ4SGia/&#10;////////////////////////////+eTY0s7My8zP1uD8////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////69O84///////////////////////////&#10;/////9KphWVILBIBhf////////////////////////////GrcTwPAAAAAAAAT+D/////////////&#10;////////////1X81AAAAAAAAAAAAH7L////////////////////////jdR0AAAAAAAAAAAAAAIn/&#10;//////////////////////+QIwAAAAAAAAAAAAAAAGf//////////////////////9VDAAAAAAAA&#10;AAAAAAAAAEj2/////////////////////4oAAAAAAAAAAAAAAAAAAC7d////////////////////&#10;/zgAAAAAAAAAAAAAAAAAABfI////////////////////vgAAAAAAAAAAAAAAAAAAAAS2////////&#10;////////////nAAAAAAAAAAAAAAAAAAAAACl////////////////////ugAAAAAAAAAAAAAAAAAA&#10;AACT////////////////////3AAAAAAAAAAAAAAAAAAAAACC/////////////////////wAAAAAA&#10;AAAAAAAAAAAAAAB0/////////////////////xMAAAAAAAAAAAAAAAAAAABo////////////////&#10;/////0IAAAAAAAAAAAAAAAAAAABg/////////////////////3oAAAAAAAAAAAAAAAAAAABd////&#10;/////////////////9EAAAAAAAAAAAAAAAAAAABh//////////////////////8kAAAAAAAAAAAA&#10;AAAAAABm///////////////////////JrJmJfXZxbGlnZmdrcHqM////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////4sWqkXlhd///////////////////&#10;///////////dpndQLAwAAAAAMcT/////////////////////////4JJOEwAAAAAAAAAAAI//////&#10;///////////////////ScB0AAAAAAAAAAAAAAGD//////////////////////+5vDwAAAAAAAAAA&#10;AAAAADfi/////////////////////5YcAAAAAAAAAAAAAAAAABTA/////////////////////0AA&#10;AAAAAAAAAAAAAAAAAACj////////////////////rgAAAAAAAAAAAAAAAAAAAACJ////////////&#10;////////ngAAAAAAAAAAAAAAAAAAAABy////////////////////vAAAAAAAAAAAAAAAAAAAAABf&#10;////////////////////2gAAAAAAAAAAAAAAAAAAAABN////////////////////+gAAAAAAAAAA&#10;AAAAAAAAAAA7/////////////////////w4AAAAAAAAAAAAAAAAAAAAq+f//////////////////&#10;/zMAAAAAAAAAAAAAAAAAAAAb6f///////////////////14AAAAAAAAAAAAAAAAAAAAP2///////&#10;/////////////48AAAAAAAAAAAAAAAAAAAAG0P///////////////////9AAAAAAAAAAAAAAAAAA&#10;AAAAyv////////////////////8rAAAAAAAAAAAAAAAAAAAAyP////////////////////+AAAAA&#10;AAAAAAAAAAAAAAAAy//////////////////////3FgEFBQMBAAAAAAABBg0Yy///////////////&#10;/////////Ovh2M/Mzc/Q0tTX3OLq////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////Haxv//////////////////////////////8cajhGhNMhgAFav/////////&#10;/////////////////7l8RhgAAAAAAAAAAHH////////////////////////XfC8AAAAAAAAAAAAA&#10;ADvj/////////////////////99kCQAAAAAAAAAAAAAAAAy1/////////////////////3QDAAAA&#10;AAAAAAAAAAAAAACN////////////////////xRUAAAAAAAAAAAAAAAAAAABq////////////////&#10;////mQAAAAAAAAAAAAAAAAAAAABL////////////////////tgAAAAAAAAAAAAAAAAAAAAAw/f//&#10;////////////////1wAAAAAAAAAAAAAAAAAAAAAZ5///////////////////9gAAAAAAAAAAAAAA&#10;AAAAAAAF0////////////////////w4AAAAAAAAAAAAAAAAAAAAAwf///////////////////y8A&#10;AAAAAAAAAAAAAAAAAAAAr////////////////////1IAAAAAAAAAAAAAAAAAAAAAnv//////////&#10;/////////3kAAAAAAAAAAAAAAAAAAAAAjv///////////////////6UAAAAAAAAAAAAAAAAAAAAA&#10;gP///////////////////9gAAAAAAAAAAAAAAAAAAAAAdP////////////////////82AAAAAAAA&#10;AAAAAAAAAAAAbf////////////////////98AAAAAAAAAAAAAAAAAAAAaf//////////////////&#10;///XDQAAAAAAAAAAAAAAAAAAaP//////////////////////cAAAAAAAAAAAAAAAAAAAYf//////&#10;/////////////////1A8Rk5UWV1hZGhscHZ+if//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////79W7o4tzWpX///////////////////////////i/jmRBIQUAAAAAAFL8&#10;///////////////////////3nVYYAAAAAAAAAAAAABfB/////////////////////+VsFgAAAAAA&#10;AAAAAAAAAACN/////////////////////2MAAAAAAAAAAAAAAAAAAABe////////////////////&#10;nQAAAAAAAAAAAAAAAAAAAAA1/P//////////////////oQAAAAAAAAAAAAAAAAAAAAAR2f//////&#10;////////////ygAAAAAAAAAAAAAAAAAAAAAAu///////////////////7gAAAAAAAAAAAAAAAAAA&#10;AAAAof///////////////////wwAAAAAAAAAAAAAAAAAAAAAiv///////////////////y0AAAAA&#10;AAAAAAAAAAAAAAAAdv///////////////////00AAAAAAAAAAAAAAAAAAAAAZP//////////////&#10;/////28AAAAAAAAAAAAAAAAAAAAAUv///////////////////5QAAAAAAAAAAAAAAAAAAAAAQP//&#10;/////////////////7wAAAAAAAAAAAAAAAAAAAAAMP///////////////////+oOAAAAAAAAAAAA&#10;AAAAAAAAIv////////////////////9EAAAAAAAAAAAAAAAAAAAAFf////////////////////+B&#10;AAAAAAAAAAAAAAAAAAAAC/X////////////////////ICwAAAAAAAAAAAAAAAAAAAuz/////////&#10;////////////XgAAAAAAAAAAAAAAAAAAAOX/////////////////////yRwAAAAAAAAAAAAAAAAA&#10;ANr//////////////////////50BAAAAAAAAAAAAAAcOF8X////////////////////////VubzB&#10;x87V2+Hm7fT7////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////438//////&#10;////////////////////////7MaliG1UOyEHADLe////////////////////////15JZKQAAAAAA&#10;AAAAAACg//////////////////////+JNgAAAAAAAAAAAAAAAABn/////////////////////2YA&#10;AAAAAAAAAAAAAAAAAAAy9v//////////////////lQAAAAAAAAAAAAAAAAAAAAADyP//////////&#10;////////pwAAAAAAAAAAAAAAAAAAAAAAoP//////////////////1wAAAAAAAAAAAAAAAAAAAAAA&#10;fP///////////////////wAAAAAAAAAAAAAAAAAAAAAAXv///////////////////yUAAAAAAAAA&#10;AAAAAAAAAAAAQ////////////////////0gAAAAAAAAAAAAAAAAAAAAALP//////////////////&#10;/2oAAAAAAAAAAAAAAAAAAAAAGP///////////////////4sAAAAAAAAAAAAAAAAAAAAABfP/////&#10;/////////////68AAAAAAAAAAAAAAAAAAAAAAOH//////////////////9UAAAAAAAAAAAAAAAAA&#10;AAAAAM////////////////////8kAAAAAAAAAAAAAAAAAAAAAL7///////////////////9UAAAA&#10;AAAAAAAAAAAAAAAAAK7///////////////////+LAAAAAAAAAAAAAAAAAAAAAJ//////////////&#10;///////LDgAAAAAAAAAAAAAAAAAAAJL/////////////////////VwAAAAAAAAAAAAAAAAAAAIb/&#10;////////////////////qgoAAAAAAAAAAAAAAAAAAHn//////////////////////20AAAAAAAAA&#10;AAAAAAAAAGb///////////////////////dVAAAAAAAAAAAAAAAAAEX/////////////////////&#10;////aiMrNT9KVWBqdX6HkZz/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+jPtp2D&#10;aU65/////////////////////////+yyg1w6HQIAAAAAAAB7///////////////////////FbSkA&#10;AAAAAAAAAAAAAABA/////////////////////4MbAAAAAAAAAAAAAAAAAAAHy///////////////&#10;////kgAAAAAAAAAAAAAAAAAAAAAAmP//////////////////pAAAAAAAAAAAAAAAAAAAAAAAav//&#10;////////////////3QAAAAAAAAAAAAAAAAAAAAAAQf///////////////////w4AAAAAAAAAAAAA&#10;AAAAAAAAHf///////////////////zkAAAAAAAAAAAAAAAAAAAAAAOj//////////////////2AA&#10;AAAAAAAAAAAAAAAAAAAAAM7//////////////////4UAAAAAAAAAAAAAAAAAAAAAALf/////////&#10;/////////6gAAAAAAAAAAAAAAAAAAAAAAKP//////////////////8sAAAAAAAAAAAAAAAAAAAAA&#10;AJD//////////////////+8WAAAAAAAAAAAAAAAAAAAAAH3///////////////////8+AAAAAAAA&#10;AAAAAAAAAAAAAGz///////////////////9pAAAAAAAAAAAAAAAAAAAAAFr/////////////////&#10;//+ZAAAAAAAAAAAAAAAAAAAAAEn////////////////////SFgAAAAAAAAAAAAAAAAAAADn/////&#10;////////////////WAAAAAAAAAAAAAAAAAAAACn/////////////////////ogAAAAAAAAAAAAAA&#10;AAAAABn/////////////////////9VYAAAAAAAAAAAAAAAAAAAT//////////////////////7sv&#10;AAAAAAAAAAAAAAAAAAD4//////////////////////+rKQAAAAAAAAAAAAAAAADP////////////&#10;////////////yUcAAAAABxMgLj5SaITt////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////9NXJ////////////////////////////+tKw&#10;knddQigMAABK////////////////////////xX1FFwAAAAAAAAAAAAAR2P//////////////////&#10;/8RQAAAAAAAAAAAAAAAAAAAAn///////////////////ogwAAAAAAAAAAAAAAAAAAAAAaP//////&#10;////////////lAAAAAAAAAAAAAAAAAAAAAAANv//////////////////2gAAAAAAAAAAAAAAAAAA&#10;AAAAB+z//////////////////xUAAAAAAAAAAAAAAAAAAAAAAMT//////////////////0gAAAAA&#10;AAAAAAAAAAAAAAAAAKL//////////////////3UAAAAAAAAAAAAAAAAAAAAAAIP/////////////&#10;/////50AAAAAAAAAAAAAAAAAAAAAAGn//////////////////8MAAAAAAAAAAAAAAAAAAAAAAFL/&#10;/////////////////+cPAAAAAAAAAAAAAAAAAAAAAD7///////////////////8zAAAAAAAAAAAA&#10;AAAAAAAAACv///////////////////9YAAAAAAAAAAAAAAAAAAAAABj///////////////////+B&#10;AAAAAAAAAAAAAAAAAAAAAAX///////////////////+sAAAAAAAAAAAAAAAAAAAAAAD/////////&#10;///////////eIgAAAAAAAAAAAAAAAAAAAADy////////////////////XAAAAAAAAAAAAAAAAAAA&#10;AADf////////////////////nwAAAAAAAAAAAAAAAAAAAADM////////////////////6EoAAAAA&#10;AAAAAAAAAAAAAAC3/////////////////////6AWAAAAAAAAAAAAAAAAAACc////////////////&#10;//////96AgAAAAAAAAAAAAAAAAB3////////////////////////egsAAAAAAAAAAAAAAAVM////&#10;/////////////////////6JXaHSAjZyrvNDn////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////+3j////////////////////////&#10;///So3pYOikjHBYOBgAAn/////////////////////+sUg4AAAAAAAAAAAAAAAAAaf//////////&#10;////////5EMAAAAAAAAAAAAAAAAAAAAANP//////////////////eQAAAAAAAAAAAAAAAAAAAAAA&#10;AOP/////////////////zQAAAAAAAAAAAAAAAAAAAAAAALL//////////////////xMAAAAAAAAA&#10;AAAAAAAAAAAAAIX//////////////////08AAAAAAAAAAAAAAAAAAAAAAF3/////////////////&#10;/4MAAAAAAAAAAAAAAAAAAAAAADr//////////////////7IAAAAAAAAAAAAAAAAAAAAAABz/////&#10;/////////////9sDAAAAAAAAAAAAAAAAAAAAAAL///////////////////8qAAAAAAAAAAAAAAAA&#10;AAAAAAD7//////////////////9PAAAAAAAAAAAAAAAAAAAAAADn//////////////////90AAAA&#10;AAAAAAAAAAAAAAAAAADU//////////////////+bAAAAAAAAAAAAAAAAAAAAAADA////////////&#10;///////EBwAAAAAAAAAAAAAAAAAAAACt///////////////////wMwAAAAAAAAAAAAAAAAAAAACa&#10;////////////////////ZwAAAAAAAAAAAAAAAAAAAACG////////////////////owAAAAAAAAAA&#10;AAAAAAAAAABy////////////////////40QAAAAAAAAAAAAAAAAAAABc////////////////////&#10;/5EGAAAAAAAAAAAAAAAAAABB/////////////////////+tfAAAAAAAAAAAAAAAAAAAd////////&#10;///////////////KSwAAAAAAAAAAAAAAAAAA////////////////////////y1cAAAwYJDE/TmB0&#10;i6fH///////////////////////////X5/L/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////r1M3Hwr66t7Owramopf///////////////////91+Uz8wIxkRCQIAAAAAAAAAANv/&#10;////////////////dgAAAAAAAAAAAAAAAAAAAAAAAKf/////////////////ugAAAAAAAAAAAAAA&#10;AAAAAAAAAHX//////////////////wcAAAAAAAAAAAAAAAAAAAAAAEb//////////////////04A&#10;AAAAAAAAAAAAAAAAAAAAABr//////////////////4wAAAAAAAAAAAAAAAAAAAAAAAD9////////&#10;/////////8EAAAAAAAAAAAAAAAAAAAAAAADb//////////////////EZAAAAAAAAAAAAAAAAAAAA&#10;AAC+//////////////////9EAAAAAAAAAAAAAAAAAAAAAACk//////////////////9rAAAAAAAA&#10;AAAAAAAAAAAAAACN//////////////////+RAAAAAAAAAAAAAAAAAAAAAAB5////////////////&#10;//+3AAAAAAAAAAAAAAAAAAAAAABm///////////////////eIQAAAAAAAAAAAAAAAAAAAABT////&#10;////////////////SgAAAAAAAAAAAAAAAAAAAAA/////////////////////dwAAAAAAAAAAAAAA&#10;AAAAAAAr////////////////////rAoAAAAAAAAAAAAAAAAAAAAW////////////////////50UA&#10;AAAAAAAAAAAAAAAAAAAA/////////////////////4oAAAAAAAAAAAAAAAAAAAAA////////////&#10;/////////9ZNAAAAAAAAAAAAAAAAAAAA/f////////////////////+nLgAAAAAAAAAAAAAAAAAA&#10;1f//////////////////////mCoAAAAAAAAAAAYYLUVg4P///////////////////////6hjdIGP&#10;nKu7zeL6////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////ny7epnZWOiYSAfHh0&#10;cGxoZZD/////////////////vGpILRkKAAAAAAAAAAAAAAAAADH//////////////////wAAAAAA&#10;AAAAAAAAAAAAAAAAAAP//////////////////0IAAAAAAAAAAAAAAAAAAAAAAADc////////////&#10;/////44AAAAAAAAAAAAAAAAAAAAAAACy/////////////////84AAAAAAAAAAAAAAAAAAAAAAACN&#10;//////////////////8pAAAAAAAAAAAAAAAAAAAAAABr//////////////////9aAAAAAAAAAAAA&#10;AAAAAAAAAABO//////////////////+GAAAAAAAAAAAAAAAAAAAAAAA0//////////////////+u&#10;AAAAAAAAAAAAAAAAAAAAAAAe///////////////////UFwAAAAAAAAAAAAAAAAAAAAAK////////&#10;///////////6PQAAAAAAAAAAAAAAAAAAAAAA////////////////////ZQAAAAAAAAAAAAAAAAAA&#10;AAAA////////////////////jgAAAAAAAAAAAAAAAAAAAAAA////////////////////vBkAAAAA&#10;AAAAAAAAAAAAAAAA7///////////////////8U4AAAAAAAAAAAAAAAAAAAAA2P//////////////&#10;/////4sAAAAAAAAAAAAAAAAAAAAAv////////////////////8xDAAAAAAAAAAAAAAAAAAAAof//&#10;//////////////////+RGQAAAAAAAAAAAAAAAAAAev/////////////////////ydAoAAAAAAAAA&#10;AAAAAAARX///////////////////////6HQTHyw4RVNicoWbtNL1////////////////////////&#10;///X6PT/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//v38/Hu7Ovr7PH//////////////////9mymYd5bWRdVlFLRkE8ODItKCPE////////////////&#10;/0slCwAAAAAAAAAAAAAAAAAAAACS/////////////////4gAAAAAAAAAAAAAAAAAAAAAAABm////&#10;/////////////9cAAAAAAAAAAAAAAAAAAAAAAAA9//////////////////8zAAAAAAAAAAAAAAAA&#10;AAAAAAAY//////////////////9sAAAAAAAAAAAAAAAAAAAAAAAA//////////////////+dAAAA&#10;AAAAAAAAAAAAAAAAAAAA///////////////////JDAAAAAAAAAAAAAAAAAAAAAAA9v//////////&#10;///////xNQAAAAAAAAAAAAAAAAAAAAAA3///////////////////WwAAAAAAAAAAAAAAAAAAAAAA&#10;y///////////////////ggAAAAAAAAAAAAAAAAAAAAAAt///////////////////qQYAAAAAAAAA&#10;AAAAAAAAAAAAo///////////////////0y8AAAAAAAAAAAAAAAAAAAAAjf//////////////////&#10;/14AAAAAAAAAAAAAAAAAAAAAd////////////////////5MHAAAAAAAAAAAAAAAAAAAAXv//////&#10;/////////////81DAAAAAAAAAAAAAAAAAAAAQP////////////////////+HEAAAAAAAAAAAAAAA&#10;AAAAHP/////////////////////YXgAAAAAAAAAAAAAAAAAAAP//////////////////////v04A&#10;AAAAAA4cLD5SaoalyP///////////////////////8J8jJqntsXW6P3/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+7h18/Jw766trGtqaempqeu////////&#10;/////////76GbVtMQDcvKCIcFhALBAAAAAAU/////////////////9cFAAAAAAAAAAAAAAAAAAAA&#10;AAAA//////////////////80AAAAAAAAAAAAAAAAAAAAAAAA9v////////////////92AAAAAAAA&#10;AAAAAAAAAAAAAAAA0v////////////////+wAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////&#10;///hJAAAAAAAAAAAAAAAAAAAAAAAlv//////////////////UQAAAAAAAAAAAAAAAAAAAAAAfP//&#10;////////////////eQAAAAAAAAAAAAAAAAAAAAAAZv//////////////////oAAAAAAAAAAAAAAA&#10;AAAAAAAAUf//////////////////xyMAAAAAAAAAAAAAAAAAAAAAPP//////////////////7ksA&#10;AAAAAAAAAAAAAAAAAAAAJ////////////////////3QAAAAAAAAAAAAAAAAAAAAAEP//////////&#10;/////////6MWAAAAAAAAAAAAAAAAAAAAAP///////////////////9hMAAAAAAAAAAAAAAAAAAAA&#10;AP////////////////////+IDwAAAAAAAAAAAAAAAAAAAP/////////////////////LUwAAAAAA&#10;AAAAAAAAAAAAAP//////////////////////pTgAAAAAAAAAAAkdNE5rjP//////////////////&#10;/////5k5Q1Ffbn2OoLXL5f/////////////////////////////r+f//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////rzLmsoZmRi4aBfHh0cGtoZmZo8f////////////////9hRTIjGA4GAAAA&#10;AAAAAAAAAAAAnv////////////////9+AAAAAAAAAAAAAAAAAAAAAAAAdf/////////////////D&#10;AAAAAAAAAAAAAAAAAAAAAAAAUv/////////////////7NwAAAAAAAAAAAAAAAAAAAAAAMv//////&#10;////////////agAAAAAAAAAAAAAAAAAAAAAAFv//////////////////lgAAAAAAAAAAAAAAAAAA&#10;AAAAAP//////////////////vxsAAAAAAAAAAAAAAAAAAAAAAP//////////////////5kIAAAAA&#10;AAAAAAAAAAAAAAAAAP///////////////////2kAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;/////5ACAAAAAAAAAAAAAAAAAAAAAP///////////////////7ksAAAAAAAAAAAAAAAAAAAAAPT/&#10;/////////////////+hcAAAAAAAAAAAAAAAAAAAAANn///////////////////+RGAAAAAAAAAAA&#10;AAAAAAAAALz////////////////////KUwAAAAAAAAAAAAAAAAAAAJ3/////////////////////&#10;mC4AAAAAAAAAAAAAEClGZsT/////////////////////7n8dDBooN0ZXaX6Vr8zu////////////&#10;/////////////+egqrnI2On8////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////fXw6+bi39vY1NLR0NLX4P/////////////////Onop8&#10;cWlhW1ZRTEhDPjo2Mi8uMf/////////////////SJREDAAAAAAAAAAAAAAAAAAAAAP//////////&#10;////////QgAAAAAAAAAAAAAAAAAAAAAAAP//////////////////fQAAAAAAAAAAAAAAAAAAAAAA&#10;AP//////////////////sAsAAAAAAAAAAAAAAAAAAAAAAPb/////////////////3TkAAAAAAAAA&#10;AAAAAAAAAAAAANz//////////////////2IAAAAAAAAAAAAAAAAAAAAAAMX/////////////////&#10;/4kAAAAAAAAAAAAAAAAAAAAAAK///////////////////68iAAAAAAAAAAAAAAAAAAAAAJn/////&#10;/////////////9ZIAAAAAAAAAAAAAAAAAAAAAIL///////////////////9yAAAAAAAAAAAAAAAA&#10;AAAAAGn///////////////////+hKAAAAAAAAAAAAAAAAAAAAE7////////////////////TXAAA&#10;AAAAAAAAAAAAAAAAADP/////////////////////li4AAAAAAAAAAAAAABUyUnf/////////////&#10;////////4HITAAABDx8vQlhwi6jI7P///////////////////////8pvbn6OnrDD2O//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////+eDSyMC6tbCsqKWin52bm5ygp///////////////////gmRWS0M8NjArJyIdGBMOCQQAANT/&#10;////////////////kgAAAAAAAAAAAAAAAAAAAAAAAK3/////////////////zB4AAAAAAAAAAAAA&#10;AAAAAAAAAIv/////////////////+1IAAAAAAAAAAAAAAAAAAAAAAG3//////////////////4AA&#10;AAAAAAAAAAAAAAAAAAAAAFH//////////////////6kbAAAAAAAAAAAAAAAAAAAAADr/////////&#10;/////////9BCAAAAAAAAAAAAAAAAAAAAACP///////////////////VoAAAAAAAAAAAAAAAAAAAA&#10;AAz///////////////////+PFAAAAAAAAAAAAAAAAAAAAAD///////////////////+4PgAAAAAA&#10;AAAAAAAAAAAAAAD////////////////////lbQMAAAAAAAAAAAAAAAAAAAD/////////////////&#10;////nzcAAAAAAAAAAAAAABAvUHT/////////////////////3XIUAAAAAAYXKkFadZS22v//////&#10;/////////////////7xYRFRkdYaar8jj///////////////////////////////SzeHx////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////8+/r7/f//////////////////////7rmonZaPioaCf3t4dnRy&#10;c3V4f5D/////////////////6086MCghGxUQCwcCAAAAAAAAACP//////////////////2kAAAAA&#10;AAAAAAAAAAAAAAAAAAD//////////////////5sKAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////8g5AAAAAAAAAAAAAAAAAAAAAAD///////////////////BjAAAAAAAAAAAAAAAAAAAAAAD/&#10;//////////////////+KDgAAAAAAAAAAAAAAAAAAAAD///////////////////+wNAAAAAAAAAAA&#10;AAAAAAAAAAD////////////////////VWwAAAAAAAAAAAAAAAAAAAAD/////////////////////&#10;hRoAAAAAAAAAAAAAAAAAAAPs////////////////////sUkAAAAAAAAAAAAAABg5XYH/////////&#10;////////////5XseAAAAAAAMIThSb4+z2f///////////////////////7tYKTlJWmyAl7DN7f//&#10;//////////////////////////+znrTF1+v/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////67+fh3NnW&#10;1NLQ0NDR09ng6/f//////////////////7iKfndxbGhkYV5bWVhXV1leZXH/////////////////&#10;/78xHxYQCgUAAAAAAAAAAAAAAAD//////////////////+1WAAAAAAAAAAAAAAAAAAAAAADo////&#10;//////////////+CBAAAAAAAAAAAAAAAAAAAAADM//////////////////+rLwAAAAAAAAAAAAAA&#10;AAAAAACz///////////////////SVwAAAAAAAAAAAAAAAAAAAACb///////////////////3fBAA&#10;AAAAAAAAAAAAAAAAAACF////////////////////ojcAAAAAAAAAAAAAAAAABSuU////////////&#10;////////y2ECAAAAAAAAAAAADCxQdp7R////////////////////9Y0wAAAAAAANIztXdpm+5f//&#10;/////////////////////8NjGCo7TF90jafG5/////////////////////////////+of5aou9Dn&#10;/////////////////////////////////////f//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////dzsW/vLm2tLOxsrK1ucDJ1eP/////////&#10;//////////+XbGReWVVRT0xKSEdGSEtQWWah//////////////////+nJg4HAgAAAAAAAAAAAAAA&#10;AABW///////////////////OUAAAAAAAAAAAAAAAAAAAAAA6///////////////////0eQsAAAAA&#10;AAAAAAAAAAAAAAAh////////////////////nzIAAAAAAAAAAAAAAAAAAAAO////////////////&#10;////xFgAAAAAAAAAAAAAAAAIMVqE////////////////////6X8fAAAAAAAAAAAGJ0txmsLp////&#10;/////////////////6dJAAAAAAIXL0poiq7V/P///////////////////////9N1HiY4Sl51j6vL&#10;7/////////////////////////////+ucoWYrMLb9v//////////////////////////////////&#10;3+//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////v7KqpqOhoJ+foaOmrLTAzd3s////////////////////ilpTT0tIRkRD&#10;QkFCQ0dOWWl9////////////////////ni4GAAAAAAAAAAAAAAAAAAAA////////////////////&#10;w1YAAAAAAAAAAAAAAAAAABVB////////////////////53saAAAAAAAAAAAAAAk0YIu0////////&#10;/////////////58/AAAAAAAAAAQlSnGZwuv//////////////////////8ZmDwAAABMqRGKDp831&#10;/////////////////////////+uONSs+UWiBnbze//////////////////////////////++dn+U&#10;qcHc+f//////////////////////////////////0tjz////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////28vDv7+/x8/j9////////////////////////////+LCf&#10;mpeWlpaYm5+krLbC0eHu/////////////////////o5QSkdFRERERUZHS1FaaIOp////////////&#10;/////////6ZBAQAAAAAAAAAABzZjj7rh/////////////////////8ZlCgAAAAAABCdMc5zE7P//&#10;/////////////////////+WILwAAEypEYoKmzPT///////////////////////////+rUDZKYXuW&#10;tNb6///////////////////////////////Sh3yYscvp////////////////////////////////&#10;////1M7t////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////t5ePj5Obo7fH5//////////////////////////////2xlJKSlZmdo6myvNDt////////&#10;//////////////////+dU0dJTVFWYHOKr9b8//////////////////////////+yVgAaNVBti67S&#10;9//////////////////////////////Nbz5fe5m31/n////////////////////////////////u&#10;n4OmwuH/////////////////////////////////////487r////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAD/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////wAAAP/u&#10;AA5BZG9iZQBkQAAAAAL/2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEB&#10;AQEBAQECAgICAgICAgICAgMDAwMDAwMDAwMBAQEBAQEBAQEBAQICAQICAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABQIA2IE+wQBEQACEQEDEQEEEQD/&#10;3QAEAKD/xAGiAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAAAAYF&#10;BAMHAggBCQAKCxAAAgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1Jx&#10;gRhikSVDobHwJjRyChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm&#10;83UqOTpISUpYWVpnaGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW&#10;19jZ2uTl5ufo6er09fb3+Pn6EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhC&#10;gSORFVKhYhYzCbEkwdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOz&#10;w9Pj8ykalKS0xNTk9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5&#10;SVlpeYmZqbnJ2en5KjpKWmp6ipqqusra6vr/2gAOBAEAAhEDEQQAAD8Ap+quv8Zn4HymwqtauRAC&#10;+3UhqFeiOpYBqymVrI1m+68MswsPQBp/p7C2ogUI6HpiVqmM1+XW/aJ2iZlqFCINOiYspEt7lrIt&#10;ymgkDn6+wjq6OWkqXo6lNNQllnjuLtxdF9LsBpAP0Pu/z6YOMHqX7ieIsPT6UH6Yv1An6H9y4tqt&#10;/Xj3vr3XvcUobGFm1zsNMVPpALE30ASA6Rf6c+/VHGuOteVPPr3uNNC6AhxpYKQy8HT9bi4Nmt/X&#10;3ZHoykHFetjivXvbaSEJJF72Jt+DzyR/Qke39R1avOvT/XvfQclBx/asBe4+g/wv+P8AefdWIUMT&#10;5Dr1ade9uNAdVVQ/j/KqXj8/51Df8fX36vHrYNSPt697N32tlajDbY62q6ap8E4wNWonMUcgjU5C&#10;IGPxyJIr+Vfzbj2hiq9xIvlq/wAlOiO5U/vGShp3f8+9M+OANXmvTb/L4+b/AK/8jpjqsLW5Nv8A&#10;YewmiyG194uqZEDAbhYHx5iR6zIiua15GGOgWnoqbRBEIrf7Xq+o9mJBRa/h6NxGrR+jev8Asfy6&#10;c7OpJX1qdOlOF0/g+o3LXvf2gc1hanAV02KyVOYJ/TYl45NJSKOd+YXlVtSyr/aH19sP3sWXI6b0&#10;GMBW49ZFYMAym4P0P/I/bFIyNG0zm6zcGO558ZK/qFiCbX+g9syfAevYIrXrv21zxuoRXTxNz6Sy&#10;sdP+qDDg3Xn2ssnQRyI3oP8AB05a8boU8h172YlJP+MD4oDgDN50XtwfR+P6G/8Ah73cgG6i+0f4&#10;OtbiP1LH/moD/I9QUH+5Kc3+tHTC39LTVX+H5v7LrUAoNQFywLEc8fU/8Fv7fdTJqavdU9WUEBz8&#10;+p3tperVWQqNE0Th1PJsysdPBXR+v2hli8ShrnrR/n172Ju39/JJQx7a3RD9zh6hozE/kEIx9U8M&#10;VFDkT9jTLUVIpYNZ8RfTJ+ebH22kGjWVPdXH2dOh6jQ/+r9nXBl9QccMBa/1ut7lfrYXP5/HsdOu&#10;9kyY05/OYfICvwU22s5KuWSk+3QTS0qSQ437aoqZKp2mgQMJtNlvzz7ZkoT3DPVRAoLuTVdJ/LqF&#10;VVSRtTxOoMstTThItdjpMyAy6gLWj+tj9bW/Psss9TI87TNHZHfVYsvoN1AXUBdrW93LeGqgjPSW&#10;NWCgEdOHubT1b62MzlFIOmUqOAQABoAu1yf9h7XoVZV0Hy6UMhrVRjr3uXCW0Mvj4a1pdYP3HJN/&#10;H/uvRa3+PtWZq014b+XTEyt8RGeve83mimQwOtmWwBuT9TrPpsv4H9faiNytAf7PpOyMcEUHXvap&#10;xWfMMbYvLxGpxUo0tT60gMi+uVl8tPCZ1tJpYWb8f096uAWaNVOeqZBC0qOuiL/Tg/g/X/ePz9fc&#10;uv2/LS04yNG4yODdiIKpVFOsj8CamEckpqVNO506yNLWuPbkNRGoPH/Z634bKK8R10HBJU8MBcr9&#10;eLkA3+nNvadu0YaUyAu10ZtFtMQItGfwdNv1ck+33ZSqKDQ9NyIGUDVTrl75x1Ok+mQgtYEhbj1W&#10;JbkAEXP+PtpCGFdX+r7OmPpj5N/Lr3udBIiMzSSeQFCzw6PGJVupeHUCdPkU2v8Aj3eRjIigvUVr&#10;+XVJYXZRQV7v5de9rPAZlAPsqqPyYysfwx0Yexp2qAkSN9wiColEMJIsSNX1+vty2UKSpOT/AKqd&#10;NCJk7W8+uDqT6lNmA4P1v/hY8c+5+c2zUYXx1dMTUYuqQSpGFVPtmc2iUvJNLNKUC3vYA/n2bRyH&#10;SpYdynrTrpUDzHXCKYSFl+jISCL/AFsBc/QD8+05rIkEznUAjq0P6TIWHDeQCyhb/T8+34mRF00p&#10;0wAFFAMdZvc3Aqhro2dQfRLpS9vswsTgxllb/KPIeb/j2682uNu79vVgSSKnrpvp/sR/vY9t5y01&#10;DknrqdvFIL3mCI+gPB4gTHIjqdSkj6ce0QHmfi6qop3/AIjx68yhhYi44/3g3H0/xHvLlsdSZCml&#10;zGGHhh4FdQXeVolV1pqa9RUSLr8zoz+hRb6H2440ROa5/wBQ/wAvT5TShcfF1xUkHSxufw3A1fk8&#10;D9On20SHXh6GWIhTNJVqasC4bxyEaPC3C6Dx9Bf2qtP7ED5/5B16P4K/Prn+f9tx/t/bRFQVVbUI&#10;kD6Hkbxq2iJxEw/3YVLqHLEfS3HsovjQgeZ/2OnzVUoMFj/L/V/h697PX8Z905molq9p1tT5ocbG&#10;Kot4aVNQerpaYgiOIPwq/wDHQn/D8+wrzagEEjf8L/59PU3+15ImvF4/oV/mOgt7FxFAIafM+H/L&#10;zKlGsvknF1EdVOi6BJ4eHvyVv/j7N0yalf8APraMkWP7dz6vr+kE8259hCZ0WO3fV+Ff+O/7HU7w&#10;ikxIbu8H/V/q+fQQQahNItiDoaQD6evWLj/XN/8AW94xHYkWOkX5AJH+w+th70JYyKmQftHSkMCK&#10;16ynWf7JJ4ABuLf4/i5F/fPSRIONJ+tx9LWF/wCtuOPbbvH4TgNUcPz8utdoUgHHXoww08Hk3IP9&#10;ASLWvySPr7z/AO8W5/r/AMU9l3VOs4+v9QeP8f8AeL/095U/SP8AY+/de6wsTqP0+qi/0H9eL8f7&#10;x75r9T/xP9CQPz73nr1CcAZ6xv8AQW/2JX/AH8D6j3nT68/4f63A+v8Ah79QnA62oZsL1Gk5HHP1&#10;/wBexI4+hJ+nuchUkALY/wCuSB9Rfn8m3tvrxAPHpucMASxFr/lQOeL/AE/HtxjBPGuxNuLC/wBW&#10;HH+J9qIAdBNPP/N03Q0rTHSfrWVXBMer0/XUQOSD/T8e3ygksxH49PP5+o+hH+H+v79MKqD6dNyi&#10;qg+nSUycWpf68sfxb8/j8/X28UzfgkD6W/pe455b8ezJh1rpBV8YW+kG12uB/wAhf0X8+36CdhGD&#10;9QzfbOn0vE2nWw4+tv6c/wCP19sLbguT+fTBtBRmrk8OkTk4F1sn6THEa+GT9X+UK0gjjtcXH/Bu&#10;P8PaX7K2Jjd/bTrcVVC9VHBLPizeceOsjx1XHQHTFU0yOFlq/pI2g/2uPout43DigwVP/Hvt6Cu8&#10;WH1GuM+dafb3D149S+r+zsl1xvWmrlH+4mvq4aPOEinIWnqsjj2yVRrajqZvRTUROmIBh/Z9X6qh&#10;t4beyO0M7ksDk7rNQ109LKtov8o8MzxPPphmnEIOgjSH9P8AU+xJBH+lEVGKf5uo5ntGt5GQj4W6&#10;tjwOZodxYfG5zGSiaiylDS19JKokVWgq4EniIEqRyWKSA8qCb/T2nWRozK8cd0ZyIRdbiAi7LcgF&#10;j9fUefdhRhp4N0mqJBQ/H07A3Iuf+lvp+CbX9+LKY1sPGv8AZU3Nhf8AqeT/AMa91IoSOm2GkkV6&#10;7/P9SPqefz9eOfqPcR1NyQOPr/xXj6+9f4eqHrl7hyPZj+Txx/sOPfutcePXvcVgCCD/AIj6f6x/&#10;3n3vr1PLr3uDOiKSPqSB9b+o354+nPv3VSOve291W/8AtI/FmI1KCf8AY+/Ainz61/h697hTBdJs&#10;eRfizX/TyD+fd1GoqACT16gwM/Pr3uF5PHcj6n6/g8D8XUj8ezWFo46BDUU9et4yB173Dc3uTe4a&#10;/wDsP9tb/be7O6yHUvA9XU0B9Ove4TFmOk2sebXF/wBX9fxf3UdNGpNOve8UpC6SvOpfzewH+P8A&#10;sPehRRngOqdsajOB173Ha55vfgcAf1/A4A971D+Ida1p/EP29e9xrKpGok+ocW/H+ufwPbM6sRg4&#10;9Pn04tTqHy6974WiFxx+b/qPNz+P9f2X5x0z173GlKfRSLi3N+AP6/0Fj/vHtVbBg8jFfX9teHVY&#10;18OtOve4UiKy/wC8W/AJFr3ufa6vT2rHz697juhUhvoRcEH8XHFrNb6X/r791493Dr3vDJf6/T9P&#10;/RXP+8e9dU6974O2lP8Ap4bf4cf8V90X4h/pemI6LIpHHQOve45UkkgXB5B4+h5/P9fbtenuve+h&#10;cEixB/1/r/tuffqinXqhcnh1730VI/xH+PpuOfpbn8e9BgTSvVQ6k0DVPXveJktY8Ef4fjn6/X+v&#10;vdaAnrxNAT6de9+F1+vF/wDY8j/Y8e2m76aemJP1aaM04/6j17305FmX6E8f0PBA900nTqr014Z8&#10;PXX/AFcOve+Ghv8AUn6/1F/9jzf6H3TpunXvfVj9LH/bfT/YD3vrXXvfEAn6Dn+g/wBcfX88H3Vt&#10;FO+lPn177eve/fnn/ityLX/r+fdut/Z17376/i/1Fxxx9D9fr7917r3vMPoP9Ye054n7ekrfE329&#10;e98/9gf9f8f4fX2t6p17343/AOI/3n6/4X9+691736/0P+Fxc8D3sgqSCMjr1KY6974s/wDsfx/S&#10;wP8AsLH/AGHvxJJqTU9b8+PXvfP/AHx4/wB9+Peutde9+/x5H+8/717917r3vr8fX/bc/wBPx791&#10;vr3vkPqP9j/vR/2N/wDb+1Ft8bfZ/m6snHr3viGYkc6hz9NI/wB9/h7W06cpwPXvchXYfUlh/sLj&#10;/eL/AO9+/de6977MvF7D/b/8a96p17r3vkslz/T6/wCP0+v44uB791uvXvefyf4f7c/61/x/h791&#10;6vy697yf1+v+2Hv3Xuve/f7z/X/bf09669173lXkAf6/+98e7db9T173zF7/AOFx9Pp/T+h/HvfW&#10;x59e9yFHqHJ5I5tY3vb8Hj6e/deHn173n/21uOP8P+R+9U6sBXr3vMjKBa9iOPpx9f62/PupHXiK&#10;Hr3vmGuLg8Ai5PH+vwQOLH3vHDrXXveQBT9DqP8AtrD8ng396p17r3vMp0/p/wAL3vf/AF/8OPfi&#10;AR3DHXuPHr3vtdP9r+g+lze354/2HveOtkg/b173zXTc2vexHAN7cC/N7/T6+6O6Jp1HqpNOve+L&#10;IVt/iOD/AK4+l/p7a+oj8gf9X59e1Dr3vG0g0m51f4W4Jv8A1t9Of8ePbbSCRkVVwP8AN15TVhTr&#10;3uM0gDHVcGw4+pAtzzcX+l/dfLtp055dtOve8buNIIOogqVH0JNjwTYnj+ntPLEHKUX4X1fs6o0p&#10;iKnT+Lr3uVi6KqzOVx2Io4/LU5WupKBCDGuk1tRHTLCEdokI1yg6tS/X6j6+1dxKEtRjgP8AJ+Xr&#10;176F9yngVB3Fl/m35cNXXCSRIo3lkbTHGjSOxvZUQFmY2ueAPdpfVnX9PsTaNDR/prKyClrq5byM&#10;RVzY2iiqlOqrqov85Tf2CF/oP6hKe/8AGJhQZDf4Dg/D1kByrtv7u2yGMr30X/jo+Z6BTcmaOUyj&#10;CNf8lpGkp0a4/caGabTIAVjdNSsP+K/kLWqFvSDf+n+2IH0+v0/p7Rt36/nXoTefUalP6SbcWv8A&#10;UX+nNz7gTjRGB/qSeTf8nm309lTOZHLsMnpITUk+fT3Ti7W5t+P9fki/+PtKVzFWuf6WPH0F78cC&#10;/wCfau27gyefH/V/Lpp1Lig4jp9hUWFvp/T83/2P4B9sU8gAa5/AP0PP6f8AA+1mmikdIuJ6nxC7&#10;KQLfW3Njzq+p4J9pTJC72DXA/IFvxESLH+v9fb8Caq/xf6qf5+ks0gUksc9OURsLEfU25P4BYX9o&#10;fKTGJH0yBWsPV4wb/p/DD1ez3b7XXcQKx/F0VTXFPibPU9bn8f7AH/ifwLe6x/mX8iU2tiqjYeCq&#10;lfKZGGSLJsI0bRSz09PNTkrV4ioh/wA4pt45VP8AX3OHI8cfK0F3fHBOKf7bV6H/AAdQFz9vcd20&#10;ljE2SP8AV+Ef4epapYhj9fwP6fUH82JI9015HKVNdUzTzvqkmLux0xrcuzMTZERf7X9B7Ce+b+b2&#10;9uZOGrV/hPyH+fqMbe3FspVFpUf4fzPWT216/wDff74ew39Wvz/1fl09Q9e98klKurA2IYEGw4IP&#10;B+luPd0vWV0dD3gin2+Xl14qGBVvhOD9h49e9nd+Fm8noewqfa9ZL4qPI1a5lGKq2uuFbhaOGO0d&#10;M0ymQA86wgH1H59yLyFv+6XF7cbDZQ1luiQTVMFyiHBWnE+q/b0GN83duVpLTfoYtcSukDLUL2M2&#10;pskN5D0r/S66IuCP6gj/AG/vYApJvPSSSQv+5TyrEz6eYD4yzU+mRVV9Sn9VrA+znmPk3cNkmurv&#10;fbTxBExiHwrQEinwSMfi9c9HvLPufDebi52628Bn1D4tepTSvGP/AKG6ZGQxyJGDpEimQjkhyDYP&#10;fkrb+g9qHHzRClR3NjMFc2LE+k2fkC30/wBb2HobZ1gEY/h8/Qf6v5dSJLPquUccSP8AV/g6a6pX&#10;eYgf2CyjhRywuPzewP8Avfub11PTS5feH27ahBWY5X/WNOqimt+sD68/19iKztRFY7Ua40n/AI/9&#10;vQZmuxNu29xjH6sf/Hfs6Tu9tf2mIVxZpFqz9AeVkpiBwDfgj+n190N/zJcl5++czRHk0b0n9Dbz&#10;bU2TKP7Cn6j63Psy3yQtZ2Qb4jr/AJMvQg5rmD7TssZXNJf+Pp0tNsKEwWOUCwEUlh/gZ5T/AFP9&#10;fZEsQ4Eylr6FPNubcSG9uD9T7VbOIvCZmbP+z0C5Bqjm/L/CB0/e1Rkd2PHF/DaBv2iAplNm1FrM&#10;y6JoLroYW/V7ea/tNukVXNan54/ZX/V69Jy+qBnlxT/V5f6vt697FTYmISipRm8ufDTp+55CWbVo&#10;YG3+TSsVsD9dP59m88Ul7D9RZZFP9Xxj/i+o4vdwa5ujBbjVn/VxHXvagr97HMVKU8JvDE6wpbQR&#10;44wUX600bC6sPqb+93cDGEKxFVC+vTTWzqSaj+f+br3tU4uWMxoL/uej6E86hFweLXv7LLeT6eUg&#10;cD0c2xApXr3sTMYCUhI4/biI/pq/aNjfj2w9JJJCeDMelKKDJpPDr3tYQgmNbXJsosLfXSL8X/Pt&#10;M4CsVJ7SOjSOShKu32V697T2zwYc3ue/9rMlh9ASdFieb/2T7ZUnxQOFIW6bll073t2af4tJ173c&#10;98PXvtOoX+j0n5t/YrLcWB+ntNsa18Y0FKE/y6EW2mr2nbxVj0Xb5ALfHYhh9f8AKgODc/vUJP8A&#10;geB7sl60kK1NYoA9RiA/P+6asm9weDf2H+cCo2BFrgEf8fTqdPb9wu6SBuP/AEK/VZPeVL5avb85&#10;NhGuRLj6fqkxyjT6hyNP9Pz7DHOKIp5WXj9I/N/0wXtw3N/ePjr+jJ6V/wBX+HrI1zhcdH/21I1R&#10;BSq1rkSFrWI/zk5HII/1P+w9h/Pcux/s3/w44H9PZNHT8NfE8v8AV9levdCwlgqg/wBPUPV9Re34&#10;+g9t9Sw9Tf7H8f4fkfn2oiSkSow9f8vTRWi06lw8sAP8PofoACCefxx7T1eb62S/1JHHPKgk/wC2&#10;PusA7UB8gf8ACei64IDAHjp/ynp7g4IB/wBpBv8AS34/ofx7SlQxBYEc8j6cXu1/z/T6ezS2ViwP&#10;AD/V/q+Xz6JJ31NUcOHTmLaQAfxa31v+n6cf717b3kN9RudWr6D88kj6WH9fZsFEYiRD+Nf9X7Ok&#10;ZIq32dclAa/04Xn6j/AG9/x7jyvqXSLXP9ByQy/ngA39rLvC2ppjs/wnpHbGguW+bf4T13Ctmc/Q&#10;DVzc24t/sf8AX910dmUkw39uM3sr5iuk+itf/KX5OprEkexxBp+jgpx8Mf4P8/DqCOaB/u6uKHOp&#10;v+PdKeD/ADEP/LKP/D+wPx+PaZMTRxjUT+LfQAAWNuCb/wBPaHUDQE95z/q/1eXRcq/o0pU9ZffF&#10;SLW02sf6k3/Nj/jz7VEkgD06TDieve+LNp4+p/33P496p1s9e95qSUh7E8Nbkrf6Bj+Bb2kuSD4Y&#10;pio/n14Hr3t4IBFr/gc/1/1vr9bf63tKaCQhR0YRHI7KZ6977W4Lkf6n/inA+vujtRUPl05L5de9&#10;+TjT/sB/vXu5NA329Ot8J+zr3s3/AMbSft9x/wDasydvr/q8ST/vfu+2n/djCP8AV8Q6D9wf8c2s&#10;ef1S/wCE/wCbpHbzF6LG/wDa4pT/ANYar/evYnUxP2GU/wAN4VY/BJHjUnj/AGPsWXB/WUf0f8vR&#10;luL1vVH9D/KesKgGppP6DBQ/1/Mgtz7aoXYb+oz/AKra9Xc/W3+XRW4t7tHSnd/EKfb/AKv50607&#10;araQ/wBIdZqhf9w8w+tq2P8Aw/C3/P8AT2WrsZ2G6s4p+v8AEpTwBbkj/e7/AOt7STf2bCnkf8vS&#10;m1NFp0pqD/gFSf8AUPF/0IPYcO3LG4txe3PHAH+8j2HpSGYg8D/k6U8CB1L99atQ+vH0H+PN/r+f&#10;dKqp9D17PXvfK/8AgL2v+Ppe39fpb3vQvp/q/b1uvz697//Qoqpa+THTrVxSskqajGVJUPqjeNro&#10;QVOhX/I9hjiMUr0NlYfEp63+PYuUe/MLumnjxe9qRZapdS0+YilFFDRBzcyTUtDBE0wMUaIAT9ef&#10;dCpFf4elAkV+2Tj69RvA0RBgbStyZI2DP5OGsFdpP2zqN78+0/unqzLYiP8AjdATnMAULmtp41pY&#10;4FVQzBhNVGZ/HqCkBeTz7SrIwXScV6q8LDuGV67jqY3cxEhJ1F2hYjWFN7NwSCDp9hk8auHSU+YP&#10;dECERNE/5UsOX0jg+91NKeXTPUj3FZV0GMA2X9IZiSCOObfU8e1AnoQdHW1ww697a54R9Lj+t/rw&#10;L/kN9f8Ab+3Pqf6H8/8AY6cLfLr3vB4gEBt/Q2/PHBP1P4/HtTXPVuve5VHYVlGf+minPN+SZ1se&#10;L/n37rY4jr3s1/c5dtk9diNgpOCqSWYKR6a+IEWYek/19pYaJLIXNM/4eHRZOK3khr50/bTpmxt/&#10;vc3/ANR8VuCOPsaY3v8Ank+ynlpLR+a90DaZAdI/obBbtz9P8Pa1nJAXFOjMCgHp08+19tzen2oi&#10;oc3SnN4y7rJSRvHRzGxnkX/LFjaYD7h1bk/RbfQ+2GQeGkimhPVNaqFUio64sGIOltLfgkagPp/Z&#10;uL8D3NrdkxGlnzGzqxMnBThHeOONycfrcU6tKayVTOKiXXay8W/1vad2xRm09VMY+KM169q5Cn0k&#10;/puR6rC5tb+g9hlUQqJIfHG0Ss8gMbuXOsf5w6idNi54H49v20hfx2pQgD/J1u2pqvDTOlf8nXL2&#10;YWjjU9D0rE30ZnPsW1G3DDmxN/r/AL76+/O/+NQoeNRT9nWr+muxr/GP8HUJf+LhN/1B0/Fv+b1R&#10;+f8AH2Xapls5ZbFy3jta9wL2+o/B9mKfCOrL8I6m+2eoiuwZ1Kk3cW4/Vc/QMPyPdJEqNQPDrxGe&#10;ve4tnjbnmIt+4fSCUP60B5ZDpHBHPtjrX+Dr3tW7V3jldp10dRjKg/bSnRPA2iRXoZWiE1ODMkgV&#10;nhjsH03H49tyRo4NevDBJ8j/AKv9X8uuLKrCzC4uD+fqOQeP6e1/kaTD72kmyW2XFJmJA8tVgneS&#10;qnrL+uepinkMNNAkMQsUAFzyPZZOSjoDwp1ZVWQHQKH067FxwTf/ABtb+lgeTz7DUpPSSS0aj7Wp&#10;ifRV0slpXVvqFMhYgFVN+D+fb0UzqAI8jqoJGBx679utNKsaP4VIvbRqYnXx6rBvpa59mqsHw3Hq&#10;5VWGeve3BZPKlnSzDn8An1fUFef0j/D3cM8eUbB6bZSo+XXveVGOkp+piBc8C31NjwfqB9fay1k1&#10;lq8ekjrp4cD/AC697f8ACZ6vwU5npZA1LIFFfCyRvqiW7AK8iuI21seUUk+6zBUrT060rFcjh10V&#10;DWuL2Nx/r+3zJ4yjztLUZjb0bQeOF5K7GeR55oyqlpKx6iZkTxyynhAPT7RiV+Bb/B08IxIpdT+X&#10;XQuOGN+eDa17kkC1zyAP9j7Q0cp8Txsh8yOy8uPTpFvoePr/ALx7sJXHz60Ix6nrl7kJIU0SaQXU&#10;LYk6tAWx1aTe4VvwPa2OcOFUN3npwRIwoB3de9qbCVMj5Gh8XLNUU/kc2KENNGJAF5Ck3vx9Pb+o&#10;6SfMf5P9Vei+4jIxTINevexhz+Vkx8mNSNQ8ElCRVQ2BMitIY5HV2VjHaM2459uLcsG0SGo/1ft6&#10;QO51hC3aeo0SAhz9D5DpI/FgCOL2PPtG1lBStA+RxSGagZ1D04di9OzWCK00p1vpAvwLH2YJWgKy&#10;dvWzCOIbHWZWPCtbVb8f2rfUgc2HvHg5mnyKREakKTCOQKFFlikY8KBqBK+1GtUGvz9P9nrSpoOq&#10;teu3/Sf9h/vY/wBb2kcpMWrJS0TGRStqYFQ7+hCRrICjQPUfe0kSlaGvWkAoD+Lrl7xY7IZDGTJV&#10;U9Ssc8fJmMKSx1V0ZLLE+pIxCjkG45PPuruXFCMdP07GanXRAYEHkH/XH+8jn2vqqHE1+KiqaWIy&#10;QY8zT1OIWWQTMZ3Cm1WNOnyyAvxew49r7Wmhj8+mY6UPWK7hyD/aFlf/AFrmxW55F/8AY+0HW5qa&#10;VJqenK0tIFCx0pRJJA3AY/cePyE8H8/8T7Krv4h9v+Q9PITrWnD/AGOs3s0nxHRptwZ0hS0hxQB5&#10;tpUZCj5t6R9W9hHm9mFkzVyF/wAjdTr7WCtzf+vg/wDPw6D/ALFZExFEXNlOUiHN+f8AJas245/H&#10;s/AVXuyjSNZia5uC6j1fjjn+nsCTtRIO86gq/wCH1/n1OsaqJWz/AKD/AKv8vQIQ6lklRxqDI8yk&#10;G2lH+htc3+tvfEpoAFuBb8f7429p2JYkse7r3H7es6OrXsOObWP+BB+v0PPP19+AJ/wA+v8ArfXi&#10;3P8AtveuOOvUqR69dsQPqbkj8n8i/wBQf9b33qZuAALf776m459vaEXicdKCkaZbrFYDn63PFvrb&#10;+lhY8e+Ufq9P0tYfn8/Xg+9Ov4q9adOMmrrpyV5te9z+P8f99/xv31GTz/Tiw44Fyf8Ab+3T0/1x&#10;f8H/AFwfzc8D8/g+5UZ4I/A4t/t7n22wqQeqsuplPkOo0gFwfoTze/1Ppst/z7noxLKSOB9LkcEn&#10;k34/Htsq9GCcD5D9vDqkkfmg6bXEaqRq5tybHngg/jnV/vfuXT2FwSLC+oeo/k88k29mDrUVHHpp&#10;11cBnpP1LMOQtyeF/SP6cfT68f6/t4g/ULm5utuOeSOB/Tk+/BQBIa/hPVXUAY6TlafSCBwHsebD&#10;0ggfn6f439qGlUFhfkcX4t+V/H+HtwGRUBJ/U/1enTNKfDx6QOUYAtoFlLWHOv8ADD83vc/4+32j&#10;AMl1IJAAkBubJ5F1Nb/E/wBOePenk0FfWn/PvTNzMIk/pEf5OkNl1c0jrICFaQyQsLC82iTxxccj&#10;08ci3tQQRmNSUBZWdmZh+lWY/Qi2r0jkfj2YWcoldFI/CPyxx/yfn0SGZZ2KN/q/1f4eggz8gcky&#10;v4pUsscX9qeOMuRYg+MCRvT/AKq/ssnyM6f/AL64WXcOHjAzmJUlgqM5no4FrKypl0GphgF9VrlS&#10;R+OPYkIEcC/wlP8AP0Ft8s1dZHHkP+gujM/FLvdNt5tevNyz+PE5iUy4qtldESlyVRLicXQ4chYJ&#10;JpJJQpIbUqX+vq91e1cMsMsiVClXpw0Uq6lGl+G0HSbXYf6/+29p4qFgo6AURBlC+Y/y9WjqysPT&#10;yD+k/UED6EXsbD3EjIKi3H4t/S34v+fbkoo59OrTLpkZadc/97/2/vHNJp4P1/p/X6f4cW9t9Mnr&#10;rj/fG/uE1n9V+Tzf8n8fi35Hv3Xuu/cYkKLk/wDE8/72Tb3vrx697hyaWOoi3HNyT/h/Xj68D20z&#10;eQ6oaV697gyCMXt+Qf6/knj6H8e9avh+XWj/AC697a51/c0ra2n/AB5Hq/1XH49mdswWB3Pw6v8A&#10;D1vFPn173H8Y+t/rz9P9b6cm309pZnzXQB8h1Q5+XXvcOeMhww+lhfi/Ny39eL/7x7U2bho3p5H/&#10;AFf4Orpwbr3uPIwA/Fx/T8W+n+x/w9rOtE9e9xCbXNrn68D8D/evbLMCR6dIJZASv2fz697xkfq0&#10;i39Lm/5PP15HtPIw0PnyP+DpOXWnHr3uHJHYrqB+lwPpxf8A417VRNq1fb0ttX1eJn/V/qHXvcWV&#10;QLWN7G4Pqv8Ai/AP9Pbmka9fnSn+XpQ44H5de94WQaVsf9V/T8cHn+oHupfS1NPSYyaXK6Pz9eve&#10;8GkkW4/x+gtcf1/x93atMDPV2LAdoz173hZCB6iOPzck/X68tp/PvQOoautq2pQade9xkIEn+wa3&#10;/JR/1/x70/wnqk39m3+rz6976kXUw/qFv/trn/G4sfdQ2nV6V6ZEmgvj8f8Ahr/m6974aQOCbXPH&#10;+J/1vevEzXT1rxzqroFP5/t697xyJpUkfk/8T78rFnB/1cOtIxaUMeP+x173j4AuWb+t7/X/AGHv&#10;de6nhjr2vu0+EP8AV8+ve8Or030/Uf4f1t7cDAsV6eEgLlOve8duAP6j8f7EA/Tj3fp0AnHXvflt&#10;cc/1+v44N/z7pJ8B6am/s2H+rj173k/xt/h/rfkn/D/H2n+VekfXvff+x54/3xAv/j7117r3vCx0&#10;+lSV/tE/n88c244v71QMKMAetH0pjr3vEwIKj/G97/8AIxz7qsiOSFPl1rVXr3vv/Y/X6f0/1/x9&#10;PbnW+HXveYfQf6wv/X8fX2nPE/b0lb4j9vXvfer/AFvpf/b/AO9+3PGb0HVade993Pv3jN6Dr3Xv&#10;fY+gAtbj/kf+3HtUSSSxOevVznr3vi0fP9Dwb/g/7C9re/EEcRTr3Dy6975/j/ffn/X96611737+&#10;nH/Ffz/xX37r3XvfX+8f4ccf7b+nv3Xuve+7+pf6XP8Ah+Cf9bj2otv7Q/Z/lHV049e98vrfm30P&#10;P+H1/Nvx7W9Ode98rkfS/wCfpx/xT8e99X1D+Hr3vs3+p4uSf9e5Puvz6p8+ve+SC5/1vr/sQefw&#10;PwPfuvde95/eut9e99qxXi3H+2I/B+n+HvfXuve8oNxf8/719eR7917r3vMv6Rf/AB/PH1N7j/WP&#10;+39762eJ6975j6/8hD8+99bXz+zr3uQByP8AEj+tjyB9Afz7914efXveYsAQObkjn8f0v9bf4/n3&#10;rrfXvfIckf71Yf8AGrce9de6975Kri1vSeR+OQbE2v8A0t7917r3vKAfybm/+2+lh9Peuvde98wb&#10;Djm/05I/r/QW9+691737lvwT+f7P9Px+Pz7917r3vKnpLEmx/H0t/wAj49pbn8H5/wCTqjeXXvfi&#10;5/HH1+hDf7wQB9PaXqvXvcaZbaQf8LLx+b2/1jYcD24nnjp2Pzx173jMbaS3H4+vItYW/wCQhf3b&#10;Wvr1fxF9eve8EsrqoIW4e6SNwAg5Bcgi5sf9h7r4nhFs449eSHxWdCeGevez2fFvqOWkiffmap2P&#10;mSRcWjHTppz/AADL0WQ/bqXRkAVhpKaz+f6eyi+uzMWhUZ+XzJ+z7fPqTeTNoEjeLIMj/OnQW9h7&#10;nWjhXCUk6pV1ajz2GvyU1QtZSSUo9J0SvIB6ri3s6dUheEyMoX1MkfHDoQXWRR+EYMOCb+wsiiO/&#10;egqAP8BpT0rx6ktSsdx9Ovwhf8B0/wCHoMaaUKscIYk21yWteN/SHjJBvqUr9QLce01VKBe3P1t/&#10;X88W4v7WE8ST0ofy6UdK1wova1r/APJv9AbH20VNtLEfS9v9twfrxf2UDpP0oae5YAj8Xt+eRwf9&#10;9/sPaOyLm408/knm4vb8fi1vZjbBQkhLcTT9n/F9NvoowLUB6UEC/S4tYcf0/pb2kKyTQrM3pAt9&#10;f8dH+HPtbTUtBwPRc/HHHp3hA4A5J+v+wJ/Fx+T7StZUxfqaSwP1FzzwObn/AF/ZnZxq1ar3j/Z6&#10;KbtwpIHH/onqaiMPoPpY8/g6rfQewM7P3tRbQ27l8/Vyr9tjIEmlOrRxJJTU6gHwykWaYf2T7Fe3&#10;RKk0D6DUH/Kf9VegHzBuhs9vu59WVX/n5ep8SX5Ycfj/AIr9fp71sOyN3128905TOVjl5aiokRSd&#10;PEETssHCRooAjt+Ln8+xJvm8NoS2Q5p/k8sdY+Xskl1cy3LeZ6k+w/YcA/n/AIg8+wrNC0ao7H4v&#10;8uektaj5jr3vh7T9e69797917r3t/wBvVq43NYuuk8i00VdRtWiORo3akWqikqVV1u6aokPI5H1H&#10;s5264SxubW8WM6AVVs0yaEmvljpFuVqb2yu4Uj1SaGIH9LSaf4eve7xvjvjdhY7GYzsHaTVsddl8&#10;WXqfucxlK+JP4hBF5oPBXM0Acog0sEFvwPc+zW+3bjtNhcWUbTSyRK7UZu1hn+R/y56A3L13Yy0i&#10;3u2+nmsf0NRJozjuX4PU/bT164uutSp+ht/X8G/4I9ngw+cR8YtU7DT9sxBP9kMkgNvQD9Rf2FZU&#10;VZCpB/1U4/7HUs21z4lt4temielJlsv01KT/AI2KkcXsOPfD4+18tTVdkVDtqL5Db7ITpv8A8A67&#10;8WA/HsXS2oTZrBypICn/AI90Btpvmm5i35CezxU/450ld9Rh5cKv4/y9fr+CKIf7H6e6PP5hlYaj&#10;5J72U8eKbCC3/Btk7PI/A+un2Hd3otrYeh1/4R1I/MDf4js4HkJP8K9K/CII8VRIPosR/wB5dz/j&#10;/X2Rx61ogUj/AFG39CP9axFvofYTvOYXsozHGf8AV+zoOsV0uvrTp09iZszbEFLTnc24JAlDT/uR&#10;RMHUzFJnhcBoZCRyQeV9nHKmyXVxW+3dqRcckjzJ/Cf9L0E923AXLDb7Y/qvj+Qb0PXvcXdW/qjP&#10;ypBGPtcfBZIKYaGMhRfGCZEhjN2QD6/T2IL/AJ5sbVzYbYRVe2vxV8vxL/q9Ontq5bh2wfVSjVIf&#10;+L9T1731tzKGKqh0n0koLEggXZCALrxcj6+1kO5/WKrU/UIX/YPSTdIEVWcLQ/8AF9e9mAwOTWWS&#10;MXOr0G1wNPqhANtK2Nz7N1tfHUE/H0U2Tl30sO4de9jHiq4FIRqICqg/s8aSlr2W3tDMpSaWJf8A&#10;S/4P8o6XlqSMPU9e9rqhkErD6ODb883Cxn8kD6n2mdda0X4h0vikqOwUI697b9uOsedzqC4JyZOn&#10;686Rfi973/H59oVNbplJ7fCb/B0XzyU32xUt/wARn/w4697uN+IBI2vMOPrS/wCFrx1lyL/1J9+5&#10;eiRxO1TTP+A9DrZhUWzV4Bui99/G2LxZueDUcf1/fovr/tvdkfW/qr5x9Pp/rACmrD+OPYa53jI2&#10;coPiBH83j/z9TdyKKbvMB8v+OP1Wx3S6x0+Nma+n9783JvU48Xsfzxf6+w6zisZqn828J/I4KwX/&#10;ANv7xzlZAp9PL06yNlbSIyfh4dHw2wf8movxcThgw1E2ee3B5+p/PtBzOpkYDj6f1P1At+WHssiE&#10;ooRHn5jqwNRU9CeiehRquPpwR9QT/hf6+4FWiBHtY/Qcm9uB+foefbdbk0w38+mnLkAEU6caRhrW&#10;9rc3tp55P1/2HtHV02kFTctckj/WuARYW4t/vHsxhQUop/Tpj9la/nXoqu2IZxqwFx/q/Pp+iQsQ&#10;3F/p/h9R6Tzf8+0zUSkkC97szD6n/VcHj86fZrbKG1E+Zp/l/wAvRHKw7up+nSB/go/w5JA/1QHp&#10;9t8/qUFfw/5+t7MSoB9rsqI1PqvSMn+1P9HrnHwzE/lTz+Bcjm/vgxVBEDfkpzwTqIsfTz+fb14c&#10;W2aDs/w+vSK2carruwS3XowWM3+AkFhwLcEfX/X9kL7YVH39lWHA+6qmsL8t9y4/29vY3RRHYWgX&#10;yQcfsHUIczD/AHdTimdTf8e6UtNf7eC/18Mf/Qg9oCpchgov+B+ODqA4B/B9lWvv1fPotP8AZU/1&#10;ces3uO4f06ha/wBLAc/8T+Pa15GCp8/8nSRn0nI697xFdX+2NgLE/k/n23TNerae7VXPXvfNAI3Q&#10;EaSb/wBTwAbEXuPdXI7M/iHVlp69e9vf1AI/ryfz/T6X/oPbAYswJNT0vt+Cfn/l6974ILFiCDqK&#10;/T/jf+I/PvzeVPh6dl8uve8y2Eqj9QNwP9cfQi3vZX9MfZ1Zq+GeNade9m4+NUg1bmUk2/g+SYH8&#10;cy4rj/E8fT3rbv8AkqRH5j/jw6Dd0P8AG9pP/L3H/hPSP3oCcfQW/wCdvS/9aar/AHr2KFMw/h2b&#10;ueF3pXXIvawjTi1j+fYtuG/xhfs/yno03Bwb9a/w0/403WCIH7mi/wC1DAB+P92Lck3/AN8fbZA9&#10;t9Y+4HO1Z+PxY10X4t+B7chpVftP+Xqp0mInh39Z6gH+E1Qv/wApqc8/UBbn/XNvx7LR2cwG6cyF&#10;uAcjLzzzyAD9LcD23c/DLj1/y9GNr8Bx0pMf/wAAaP8AH+TQ/wDQi/6/sN5D+P8AXta34/3ni3sL&#10;yD9Qn5np0gllPUz3hNgLnn/YfUH8/wCw96PmOrde98fJx/ja31/x+n0+lve+t9e9/wD/0aHG5AYf&#10;T6f63J9gzIx0PKUx1v8AHuOwC2I4v/tuP8OBb37j1qg+XXvZqZc9kMR1nt3I0bxB/wCIZFGjqYhU&#10;JKsSKApR/SQTb6j3S/lVrqJUIHD5eX59It5leO7tfDY6e3j9nUFUR62pDKf8xT83K/VpvoVIP49o&#10;iDIbJ3reLNIu38wy6UyU04hxwdrJHIaWmA1BXcsb/VRb225cBTWvDpaTHIsAYUaq9SG8kYLIDKqr&#10;xGP84SLnh3cAk/QX9oPcWxMxg/JVCP77GGRmpcpBHppnW0ssU+kvraNqdNdiLaT7dDA/I9ONEyZ4&#10;r69c1kV+AbNYFkJGpf6ggH6g8ew/kR3cjWjzICW0qArxAkuiD+y7MeD7tw6a/wAPXP3HdLrZEI1S&#10;AkMLsPwVJ/qt/dtTAUDGnXs+XXvfOFlSqokLrG33FNdnGpVYyi3H1+vuyE6ifOnTkfxDr3s03cAH&#10;9x+ufWJW/gFSfIoIRrZBOQp5F7+24DWWT7f8nSOc/wCOso4A/wDPo6aMd/wMzP4/y6Lj/qhpbn/Y&#10;+yn6j6eb8mzcf7x9Df8A4p7NelfTv75AkWKxsxN9RH6T/Tj6jg+y06kdqHPTYrQUHXvc/H5TIYqb&#10;z08sigfWMEmNwAwCunCOLvf2rgp4Y9a5/wBX2U6cQleHXva8ibb2+Cy5Wtpdu5x9KPkKh2joJUUa&#10;IilJTC0bpDF6jf1E396uJQsqlo6pT/V8unapJQMaH+XXE3UEgFrfRRy3+PLsAfYnVlHVYjo+lx+T&#10;pZadpc3nolmYIiS05u8NVHpJISaNdQ/Nm9oxMCw7asAOqSLpg70qQT1CTSclOQ4JWkp1ZB9VPlqD&#10;6vxYg+yuVMfqJ1qAGIjl5EZtq0hueXQXJP59qLeYKoDk/wCr+fSaHEa1PkP8HU/3DKnX+6QzFbpL&#10;z4zf9PH59XP+t7ekuFI7WJb7P8/ThPzz173GeI3e5PDNY/g/Ua7/AEAt9P8AW90+p/4X/P8A2Oq1&#10;HXvccgg8/Uf0/wCK+9ST/EjR/t/1f5fz62fs697l01XJROs0EjpMpXSsLFHP0BYuDymocj8j2lJ1&#10;U1darQjr3sRqPNYrcYjodzoKWpAb7fLR+Okp4zbWVqFhTyzNK6Kov+n3WhGR07qV8P8At697wZjb&#10;mQwtREZlNRSVPkNDloVKUVcsSRiZ4Ax1aYZJNBv/AGvaiCVVZ6mg62y6GP8AD5HroEG4vyPqLi4v&#10;zz/T22RPrJd5A5J/eWMf5kWOjV/TX+LezOOVdC04dbBFOu/edKrW3H1P6gWv9NQFzYDn28rpUaeP&#10;7OvAL6Dr3tyRTIht+SRZfzYX/wBha/vav4Umo1IIz0yw0Njr3tRbPLJuXCRJ5GefIU8UUSOVR3L2&#10;AmjvolT+qnj3q4lV+HAA568GGoH59cXICMSbAKxJH4Fjc8c+1hu2iwNdU5CFLU24YlmYsrlYazRJ&#10;IiY2GljsFrHqW/Wbiwt7ZjrqHp09RS/o3XFdVlNwyFVtx6hx9S1wCLfi1/YTDzRSvDNE1PLHqi0y&#10;AXdUfR4lC/2mYHn/AA9uyHtqOqTV0/Oo6ye3rE1DLXUAU+PVX0gkRgCzfuxAkMLWB+n+FvbBcq1d&#10;WB1rQDGvqB172JW9agefGIt0T7HySIWBYsJW51fgW5t9PZtAx8NHZ/LovmUCbUfSn8+scYsGH+1n&#10;/eh7YsZl3pG/Z9cF7yxmxBHINw36SBf2+usElDRukjwsCxjOPT/V/sdcyAf99yP9b2ucVSUuSq1r&#10;cO3qWOUzxglrF4nHFrBBpUn+nt8sjxuWpWnD59JkjqxJ6xu+hfX+SBf6C1x9f6H2EddIGmn51OGT&#10;xMBbyXVdei5v6R9ffllmrRjj8unkRtdJBj/V6dZfcdLMIyeVu2lBw1N+GMpJ58p5X+g9qUkLSKaf&#10;6uP+TpQy6kPXvc+jrqmjD1VOCXX9URCuJApsAVb0/m/N/azxv6PSYBgCacOve5VZR0mXp3rqA2qV&#10;QmrhUljpW63RF9KanP1+vvYkDDSU49PQqSwYDHXvZo/iJ687myLo8VAVKk2JC5CkW3pH+q9x9zuf&#10;8TkUcCn+BT1O/tGnbu2f9BP8mTpA9iEDD0dxfVk4l+gIF6Wr9RuRaw9n5BRpZtA9apMHHB4Ba5Fv&#10;odR+v19gCT/cKzanEx/8dHU3OP042p+FegLAdZXWQ3Qs5RrEWYyWUH63Fk+n098bu3BZiObfUjjj&#10;8/6/59p9dv8A75H7B1UKB5Z6klGUXBBv+NbD9XJ5H+t+B77MYI5v9Px/t7/j+vt5bha1Cn+XTqKx&#10;IZR1is/0DJa/Iub/AEA+nP8AT3wCAf6/H+PH+t9Bz+fbn1P9D+f+x0r65eMnktwP8Lc/697nj33b&#10;/D6f63+H+I+vt3xo/wCL/D1rrF43t/xHFrm/15N7ce8iKoN73P1X6kcc2Fm4+n+x9otbadFe3rY6&#10;zNc3bTY/2vxf+zex4Nwfx7yA2vbn68WNxa3F7G3u3iyfxf4OvdRzCjfUA2t/b/4jVz7mRPYkN/gL&#10;j8fX/H29KS0euPiOqSIWpTiOmp4gCFPH6rC45JHpt/QEj/H27QDWP6E/15PH4/P59pmmVfI9MmN0&#10;z00VETK3JBt/rgfi5+gBsPc9blwwva4/2IHPA459mluaxlDxH+XqxSi0J7j0lqoKoJ4JIsLfXULL&#10;za/p9vlKpIX8EfUHn+gvy1xx7WllPDh0lkXSajoPMmSjvfnVfSyk/wCpJt+gBiPajo0CkHiw4/qS&#10;Ra4+t7c+29S1Za91P9X+r59MSqSjAcekDmWkaI8MQWLDiy/R/V+kfS3+8e36kVQdH+2/SVJIQ8jn&#10;k8f7b2ZRSsFWVRQn58KE8P8AV+fRPPFqKlcHoH89EzliST47rexLaDrFuNPA9uS08cwdHCukgand&#10;DYhhNwyNfi7Kbc/19iWKQNbwsfg0D8qf8V+39vRZPHUEtw/wdA9kaysoK1ngaSCpp5/4nBMhfWpo&#10;5DIkyMLHSsgVvp/Z91w/KfoqowuQqd77epm/hVXU+bLRxh2SnrJ6hVgFywjhUIvIUWPtEzhnMZqB&#10;5dAbdLMh2ZAQPPq3L4ifIWi7H2tjto5+thTeGIx8UUEcska1GZx1FSUwmyMMeppZFSV9LE2PHI9k&#10;icpIF1EG/wCplayH6Di3+tx7140kS6fEXHyz0GpLi5iJRZUov9Hu6OuOB/xX6/6xP+v7wFIbemNn&#10;I/Ie/wBf9f376uc/C61+zqpvLof6NH/vJ679xHiJZr6kY6SF1FiBf08cr6h7v9TGB+pQv5+XTq3M&#10;WkGZgZKZ/D/q/Lr3uBNFOgYqW4IAtHcDkD83PI+vvzTWzYHD7eqO9swoCKf6br3vC664/JKHL2/s&#10;toIOs/6r9Ptv6lgdEWkJ8xXpr6lx2QOgi/pLq697iPDGVLeJ208cMBb+gJ+n1P8Ajz719W3f+oue&#10;OP8AVTrX1V1n9ZP95PXvbdLTws7MY5V/Iu+kWDH6X4+v09vxXzomkgE/If5uqm5uOBCsf6IPXveB&#10;0jFrEpp44YG4H5/T/Q+7fWP/AL7X9h699Tdf77/keve4zCGzajc/QXcLcfRfxaxPuzX8gI/TP8/8&#10;3TMtxdgikJp9nXvcRo4zcXv+oqOAeP8AA8/n3tr9guoRgD516uJ7mlfBp+R697b5I4mN9Yjt9dTc&#10;E3+n1tYf09vQXzxijo1RwIGf59OpPOMPAfyXr3vHJFHoXTMv1/qSf9iOb/n3Zr8A/wBm37B1V57h&#10;QaQY/wBKD/Pr3vEyoiqZW1XJ0lTpH+PFrn6/7x7pqF38Xbp/1ef2dJ2NzMQBDj7P8/XveCRUsDrU&#10;fgAggkE8/wBr8fT24tqvlKf5deWO84iNv2jr3uP+3dh5NfFgADYLa55uOPz7sbeNqd4GetmO6YLq&#10;j/wde94SiqxsRxwbqW/pz+rk+6/Sqc+Kf2/7HWvBvDnQf29e9xpFdiVBVQDdSVIte4sQP98Pd1At&#10;SWRz3fn1sRXQrVD/AIf8PXvccrIfzdTaxCHn/bAW9uG/k/31n/V8+nCl4P8AQBX/AFfPr3v329iW&#10;BJubci3JFyRzz/xT2xJfSOih4h+3/V/k6o4mCqJYSQP9Xl173hdZl5vY3/KAj/YcXI49s/VRg/2J&#10;p9p6a7f+UZv2nr3viIZm9QPkOn9AAvbggAA8+7fWKfwhV/w/nTrw06ixjZP9X2de943p6sNbwNzb&#10;+yDfixIAJ96+rh/1H/Y69SH+I/6vy6976NLVkWFO5uLrYAcA3+n1PH+x9uC6hc1RyW6uoErVhesl&#10;fP8A4rr3vl/C61wAtPKT/gn0Bv8A7V+Qvv31Mo4x/wA/9jp3wr8U1RH86de98hhMit2almbTzwgF&#10;+Stv8Pd1vZdRIQ0614V9oY+E2nr3vkuCy0hsuPqT/wAFF/8AbesDi3vf170oEoPy6p4d9/vk/wAv&#10;83XvchNr7huG/hNWQLHiIcAEHmz8g+6m6kfBDZ+zrwt79seA1G697xna24dRIw9Xe/8AqCB9b2/V&#10;/vj734jfxN1v923n++z/AKvy6977j2nuOVmK4itLWJCiG92PNuTe1z+fdNbUXQh/l1o7ffaaC3br&#10;17fX3l/uduq3/Fjrv+pQvb/Gzf09v+NL8v2Hqn7u3H/fJ66uP6j/AG/vIu0N1X0DAV51cELCtyT+&#10;AL8f8U9thmpUAV/Pr37sv80ifr2oD6kf7ce5Y2NvBgCdt5Jf7P6FBA/xu309t6G/1EdNfu6+/wCU&#10;Zv5f5+utS/6pf9uPfE7C3db/AI9vI2/5Zx/n+l2HPvbLIuWqOt/u+/8A98P/AKvz69rT/VL/AMlD&#10;/ivvsbE3krALtrJm9v8AdS24/HL24A/r7UK8j10iv5/7HTn7r3Lyhbr2tP8AVr/yUP8AivuZ/o23&#10;466l2vkwP6rFF/UD6eUm5A+tvejI3yP59Vba9xABNuxHXEzRD6yxj/Xdf+K+8Q613uB6ds5O3/BV&#10;A/25lHJ92Wa4ZqCE/sH+b/L1b92b/wD8oL/7ynXvLF/x1j/5LX/ivvPH1fv0m/8AdnKHkW9CDjn6&#10;/ujge6+Pcj/Qx/Lqo27fvOx/kvXRngH1miH+vIn/ABX3I/0Wdjqf+PRy1iOToi5A/oDN+L+3SshX&#10;UVz/AKvl0+2x7oU1GBtX2dcBWUh4FVTk/TieL/o73zTq/sFv1bRyo5tYLEQPwSf3facx3Pk38umD&#10;sW5/74b9g67+6pv+VmD/AKnR/wDR3vkOrexXLj+6OUsDx+3D9OQpv5b+10c86eGNVCo9P9X+rjXp&#10;YmxbwAlLc0p/D1193S/8rNP/ANTo/wDX/wBV/T3xPU/YYJ/36mXexIsUi/rb6mc2A9rIrmbVpBTP&#10;oP8Aiq9WGyb3wFsf95PXX3lJ9fuqe3/LaP8A6O9yU6q7CawXaeUB5+kcQHP9f3jb/Ye6NLMzE+BV&#10;q+uem25Z3uRmb93yk/aOvGto1FzV0wH9TPH/ANHe5sfUHZZFxtDKsT/WGM/0A581iffg8r/8RgTT&#10;161/VfedFf3XL/L/AFfy6wtlMYnDZCiX/g1VCP8Ae39806d7PZjq2XmTa4B8cK34v/x3v+P6e6eL&#10;c+KwGB6Ef6h+z/P07/VffiaC0ZV/hp1wOYxI+uToP/OuD/o/3lHTvZrNp/uVmbW+pjhHFr2/zxvz&#10;7UA3Cin/AD6f8/Xv6sb9/vg/s/2euv41hx/y9cdybf8AAyn/ANb/AI6e5KdHdpa7xbOzAQj6FIDf&#10;+v8Au825PtxpJtHdESPXSf8AP0+OVt/0/wDJOkb+kF6xHcOBH1zOLFvreupv+vnvP/oO7Wv/AMeb&#10;lv8AH9mG30/5a+2vEk/3wP2db/qtv/8A0a5v2f7PXX948B9f41iv/O+m/wB68l/cyn6H7Tla/wDd&#10;HKpf8NDGfob/APKwffvqLgf6B/h/zdeHK3MNa/uuT9nWN9z7cjvrzuJW31vX03H+P+c+nuYvQfaF&#10;yTtfJf63hiPF/pxPyD/vXtSjzE4tpP8AB04vKnMAz+7Jfy6x/wB7dr/89BiP/O+m/wCvnvm/RHZ6&#10;jSu1sje5+sUX15ubeYkD20I7qbv+mf8AIY61/VXmD/o1y/s67/vZtn/nf4j/AM76f/W/46e+S9Ed&#10;oMOdrZPnnmKK3FrjiYck+7fTXX/KK/7P9nrf9VOYP+jXL+zrid3bWH13Dhx/5EKb/r57yxdC9mlT&#10;fa2S4bi0UVz/ANZwOPegLqBiPBZTjiP8OD1deV9+Qd1i6H+kP+L68d3bXH13BiP/ADvp/wDo/wBy&#10;4Pj92XI/O362Lg28lOjWta3+7/ezJO6EUNPs/wBX8urf1Y3wjNu37D/m64tvHaqfq3Bif9YVsBP+&#10;8P7cR8deybXXEVBPP/KOVP1P1Hl9p5hOzqWBx8v8w/1evpv+qm5NQzRlW/0vWE732iPruHFf+dkP&#10;/R3vKPjn2Uy6BhqkG/INPc/69vN/h9PbIrp8TVj+XH1p14cp3eSSf+NDro752gv13Fih/wBVcX+H&#10;+1f4+8kXxr7IkJD4+amsF/zlKzFwRb8TL+m3+8+7RQmapFSUPz4/mOtryldZ1FuP9LrG+/tnRgE7&#10;ixRB/K1cLf4c2Y+5rfGDsNh/mWU3/FHJax4/E/4PuxsSBWh/n1tuUrkCo1U+xv8AY6j/AOkfZP8A&#10;z0WN/wDOmP8A1/8AVf098W+MHYhAHgbTc8mjf8i3N5iRbn29bWLkvSvl/l6aHKl1Xi1fsP8AkPXR&#10;7J2QODuPGX+thUxfi309XP198v8AZXOwWX1DTawF6KY2AH4/e5tf201iTI1Q1an06cHKlyx4tX7P&#10;8nXX+kjZRIC7gx7XFxaoivz9ONXt72V8Wdx1G68Sm4ahFxMGQopq5PtaiJpaaOqjE8PkWZgt4S3N&#10;uPaS9X6a31MMV/y/8V+z7ejbauVZmuVDg6AB/wAe6jZrsXAUWIrq3H1sFfVxUlTJSU8EkbmWoSnk&#10;kgUgyKCryKB9eb+7LMXtWLE4mkxeO8cOMxeOgpYItBZ5moqaKnjIl/U3lp4lFiOTyfYCvr5YmZnT&#10;Jb/Dq/1H18uPUw7VtRtIANGQv+bosrbiOUyMtbWLK+RyFY7sfIBFR01TUCUxmIlgBTTuTqUkqOL+&#10;4VfiniEQb9tZIUmKm50k3t6vwFt9Pr7LU3KKcSBRUiv+r/Z6XKimVgR3Z/4rpU4+q1PI11fxzPCG&#10;FhqVbAkj6sTq+o9ouug0ekm4vz9fzc/4cce1IIZfEUU/2P5dakQZquellRzFiVIGqwAt9OQOPpf8&#10;/wCPtM1tOdQIPNr/AJtcH83P0P8AsfbzzK60pSmek4U6qVx0o6GW1web2A+gP44ta3H+uPadrUCr&#10;p4HP9D+Rfg/42/w9+iVDIWbgBXpmYKKv0+wyE+q/1+v+A+l+eOLe0HkYCVZgTf0cH1f2ohb6WP55&#10;9rQ+lg4+H1/1fPoquWVtWnH+rj0+wPwAQPqTwbD+1b/Y2/HsOM1IsLF2NhwfyPosQ4/2/wDX2LJJ&#10;VvbUJElGP/QQ49BndLhPCIAz/wBE9OMANgODb6c3vyf9j7q6+dXZH8K2PJtqOUhtxiopfS6A2o5c&#10;JVm39o8fgfT2dbZbNbWF3LIRXT/z91BXNt4dLxV7GFP5jpyAsLe6YWYsST7QSvrY+nUcVJyeu/fH&#10;21Unievde9+9+69173737r3XveRdQHF7D1G34IBHuzEiMKeBNetgdwYcR/kPXvdiXw77J8lNV7Dq&#10;p7yPOlbSKzAEQUNNCjLH/aCXP+w9zz7e7vDf7O+w0pIpDV+SLmpOaf6vTqKuZoDsfMFvvsY/RlJV&#10;v4NbtgsG7a/b173atX7ioMJ17VVVVKIEigU63e3isJDodh9S2n6j25uNisdxVpx4HyFPl8XUh2E9&#10;3c3NolxcJoMR+EaesGi84e30U834PAH0/qD7CH42fJbqyDDbvGZ3rh8JVVc+Felpa6dxUVSwx5IT&#10;FCkRDCLi9z/T2J+X49iu9ovbW1nL3AZKd7Pp7mJP+8jz6i9p935Y54vL60sZJLd3xlWX+zC+f206&#10;bcrjjXyUjBQwg84JJAsJRF/Ug+rx24+nuqD5g74xG+u8d4Z3BVsFdjamXDfb1UTeRZhFtfbtI5Vr&#10;C9pqNx/sPcac+7jY2lykW03AaA17alivwHi3zLZ6mq6uP3nM13JJT5eXADA/Lp0hj8USR3B0LbgW&#10;H9eB/sfYG4LFU9PGczmh/kkNiIeY2ku0lM2lyCp0sVPtHsPKAFh/WLmbVHs59dSsaMYzQ5HxUPQd&#10;vbw3jm0gr8yPsBH+DrL7b9w7prM04XV4qdeEhjComkKqC4SwJIQE8fX2R79zE126pbSEQrgAGmPy&#10;6dsdtS37mAMnr172mWfUo+t/9f2RNdeKlanX0ZngOve3fG1Ekcsd3ITUOT/W68/Tn2M9hvp42hEb&#10;VNR+fDpDcxVRiI6nr3sa9n5EtXxLLKNJEYjBP9rz0yoDb6k+5Og3rckVCkHFR+DoF7lPPb1eNKGv&#10;8P29e9mD27WPIzjn01JW5vaw8JDH6ixv7uUluWNxJiRizf711q1Lzqksg7mFevexqxkhECEFbhL2&#10;C8kaQOb2559seCeFf8B6M0RiK0x172k9qTN/encYYkE5aUjkcARq30H0BA9syqDHI1cgj/N0numU&#10;7ltue7wW/wAPXvd03xBu21XIYfWDhb/2Uq+P954v7ry+Qu5Sn1DfzToZ7LJWWU8Mg/t6ALvm38Hx&#10;5Kg+uQXNrC9RRc8/63uyrrCbRX1ELAXk0kXAuNNLWk82vyD7DXOJH9Vbxh8RMf8A1ej/AMvU78lA&#10;fvq60/Dq/wCfH6rI75x5qJdv1qOyx0gyCOAzEHzz41EuAQpKMl/8bew9zHM04POjRexNzqSIC9r/&#10;AEtz7xaaSu1xNrxSvDh3fz/1DrIxzhGP+rh1YFgltNH6QSxfkm4OhZtQB/HsPmQLGF/PJ9X+xsDf&#10;3SfUl3IRj060f7Z+hIjcycn6fQ2/2BP0t+PbZUkaP8bH/Xv7VmgQ0pTqlwSsTH5f4eptMD5Lm/4+&#10;v9Of6/X2k61lKtcHi9rC9/r/AK//ACP2nhLeIaNTP+r9vQWnLeI9B/sdKOFOF4/ABv8AQfj/AGwP&#10;+PtKVP1a/wDUkfn8H+n+t7PrXS3hD0/2T0XOf8HTgOB/th+P8B/r+26VtJsBxe4/2BP9ATxf2aim&#10;g1Hn0kl+IfZ1zUE25P6Tfj/W/BsB75o11a4W2ggEj6te1/pwAT9fe7dQbhFJ4mvSRxRsNk9cHFhc&#10;A8Ef7BT/AI/T6eyIdugw74rNRX92SqkVr2HNUyWv/wAg25PsYW+bZxT8VP5EjqLecI1+vhKpnT/z&#10;82elJTG9PBxb9qPj/WQD2gJhdASDfi3+Fz9Leyvu1A6u3oIefWb3BYlrC1v6/wDGjbi3sxDGgzTq&#10;tfXr3vCZOfpx+PqLcX/ra9/es1p59ar173lU8gn/AB/w/B5+hJ96LadPzNOtjj1724rdlDBv6WBA&#10;5/5H+PaI0qdPDpzU3qeve5Abgjn+oBb888DgWt79+fXtTUpqwOve/Am30/3ZwfwQTx/iefbw+D8u&#10;lw/3GP8ApT172bH40S/5VuOO/wDy561vqfoKrGA8c2t7vs1P3ta6+Opf+PJ/s9EN9/xEr/vwdJDe&#10;gJxtJb6jJwEfQ/8AKPV/S/5PsW42/wAlzQ+mjdeQY8X+igajyPp7Flz/ALkTn5H/AA9LZxWKNjxo&#10;B/LrDAv7mOP4OFpR9bflTxx7b6YX3ziyfo+2JRYWuQcgtvr+Of8Aefaa3J+muCGz4p/wcfXrUhpt&#10;4Yf78H/HepNV/wAWuqA/FWD9PyEUm9uPZbO0Ap3ZnB9bZGf/AA+rji/+v7buSQHFMVP+A9KLQtQV&#10;Ap0/43/i30P/AFCwf0/45r/T2Frt+2fwwtx9bWPP0v8AT2G2/tD2U+XS5T3ivU33g1k/n8H+yP8A&#10;X54/Hv2pf4enc9e99a2/qf6fQf7b6f7x79qT+Hrf59e9/wD/0qIBYgEhRa9rc/k/4kfj2C+h5Xrf&#10;49x5gLn8W5/PN7fS/P597HWqcOvezJZqMnpvb4HP+5LLsVteT6KLhvwbW/31vZPeOz36A8DT/B0k&#10;30VurYfMf4Oocdvvqng3+3phf8fqnNv9fn2XKR3JXRIkdrlhJdZrC4OlgRfn6fX2bhQdIPDGelBQ&#10;ARg8BTqZ7VuD33l8JFJAXhrKB1aCfHZdDWzPTt4xJJQrNJ4oleKPRHxYXP4PurKPs6UJKy44jrgy&#10;B7XuCpuCrFTx+CQRcf4fT3LqcVgN1xS12Fq4cRk2Ly1FBX1EYkq5irTTQY6CnDWFRPUKkSk8FSP6&#10;e91K4Ix1sqr1KmjfP/J13cj63PIAIH4P5PP4/PsPcljK/DuKfI0dZR6nASWeNo45gGKK41AM4Yxm&#10;x/NvdQ4LYOOmirLgg9cr3+nuEnpq6ZdCyKZ4ykgAb6yIAA1uSR7dRwSR+HpyPievezP9tgrsPrUi&#10;+n+71Tb6G4++X/Enn+nvUFPGl9a/5OkU9PrX/ir/AM+j/Z6aqAg1mZH9K2G//nDS/wCA/Hsq4t6b&#10;3+gB/ra31/3j2ZLxf0r/AJB0q8z06+8iGxJUx8W4tcg+o3Fr8f8AE+2ZV1RhvMdUX4B1733YNdi1&#10;/oLK3P8ATgE8/T2hdwtBXuPXuve8QmMYJEb/ALnpZiPoFt/mz/ZY/n3tG1CvXq0697XWG33XUNHJ&#10;hMq8mQwtQpWenqC1RUrFKR5Bj3qZzHBPoFlIH096KitRx68JCtUY1XriVBOr6N/X+v1sDa1wL/T3&#10;Hye2KSvp2yu0pfuIwrPU4SV/vMrTqqvJJVtFCnjipSzIitf9XHtozAEgkUBp8uthAwJj9eHn13f8&#10;H/b/AEBP9ByTf2H0o1SNAXjHhutVF9JKeaNikyMONBiPBH0B921N69V+XXfvBICBpvqVV0xkm10F&#10;9JJ/LEH6+7q5AGfPrR49e9xdIYgf7Af8j/Nvd+vcOve+/GyjX6CoFitrPz/auBYe/daPXvfBVEbB&#10;oxKVb1HW2oKfxa5Fvfuvde9iFtzeM9JDPjclEcji5zFqQ/vVVP4fNKgopZ5CtMrzMDJpA8ij22+C&#10;pA6dSQgaWFV69b6Hnj/E/wC8j6H295DbX3FMMntiVcnjJwfu6alvU123hE8cELZuSJRFEuUqVdqa&#10;xN0W31HtyKcqTQ9XK/ijNVP8vt64axqKkaT/AGSSoD8XOgaix0j68D2iQyMQyN6CxABI1grcH6c6&#10;SRx7WLcAk1WnVQf2dc/bpBPpFrk8f7z/AIcj/Y+1KSllBX4fn1f4hwx172sNltG+68BrJCplKYsy&#10;Npb9ZA0N+G/3j23O1V6boFkVjwr1wkv45LWJ0Na/0vpP1/w9zd/uItx1c0JKsinxgcESrUVDJLKw&#10;+oA+pH5HtqPyFevP/agg067T9K/8FH0/1h7h4vK0eZRMXmEgp6hVUUOQiSKnjWYBKelkrXJZ5oQ8&#10;rSS2ILAX+vtQvaSenGIbSrca8euzwOP9e39f8B/j76qMHVYfJ427CVZclRvHlFDtjpUepsqRuwUm&#10;WQx61/2j2nMi/UMfPTw/n/g68y6TTy/l14G/+++n+B/x9qvfZZJ8bISQy4/SRq4nbzO3kgH5iNvZ&#10;wkgESLx/4qn+fpGyhrhQRjPXFP7X/Bj/AK44H6v8faKgnKRiVTaYjmH6kAnSw8eoAkL7UxSghqVx&#10;/q/Z/s9WmiHcw49c/bzT5Opo5Y3o6g0zkEyRF3QMRfSLIwHOr/D6+1eoFTq6RMtAQMA9dEA8EAj/&#10;AB59zq+Cmz0L11Kq02WXT9zQ6lRq4lo44ziaaK+n7eniLT3+t7+/K4qA2Ot0D8DQ9cRdTY3Kn6H+&#10;lvrrYn8k8e0jrqCxXxeKT/lIR1K34vGYwD6eOTf6+3lJEmjgfI9b0D4Tx65++b1DuyunpZP912H7&#10;gK6QQvI/x9qAT69W8NQTUde956OumoZlq44yGiYM1MVuZtNvT4+FPJubnn3vWTmuD1sKFbX1488e&#10;zs/FuWirM3lK2lVYpRjlM8KlR6lraQsPGgtfWf8AX9x7zuD9FOpONP8AhB6nP2ljFN3bV/oJFP8A&#10;bjpAdhNbF0SEemTIooNv0k0tVYlj9Pz7OzoLTySKNKlJAxt9SJLkC31FvYHZwdvsxTIMf806m2g0&#10;w4/CvQIKRHLJGzMxuxT8WtIFF7/m4+vvnZf7JAJtzxb/AHq3PtgIBx6ssKjia9c9bH6g2/2P+P5v&#10;9ffEoTwT9AD9Sf8AA3J5I97qo4EdPKgANBQdd6gLek/7Yf7x/Q++rW+v0/H1HH+B/wBh7t1vT69c&#10;gb2Isf8Affm/vw/5Cv8Ai3B4HJNvx7917T5g9dNe30Fvzf6c/T/ePeVImvyLn/Y/4ix4/wBt7b8R&#10;fQ9b09cHcEcHjj/kfJ/w95gtha34/wBiOP6cH3ZG1Vx17T8+o7sRY3/1iL/4f4m49y41H9q1/wAA&#10;f7E2Nh/j7uykHHSh4jwUVHTa8vHBNh9Sef8ADg6v8OfbnCnFh/je4+nB+vH09sE9MU8x001MnJvY&#10;i44Bufqv0F/qfb9DEpAvzbTyb/Tj/D8/4+3IZzERnH+DrbLTh0j8hdtRAANm4HAa1yL88abcEe3a&#10;mjFwVv8AUkjk2sRYXP5JP5Pszhmc60JFcU+f+r7OkTIAdFMeXSCyxUINS3H0BtwDpN7aebEf717U&#10;tJAGKKedSC9/wxKk24/x9trM9JGrgSH8+mmQaSfn0HeZlVFYqLEx+kn8L+7pt6l+mn/fD2oKWkUn&#10;8XvpHP04A/pyL/7D2ZJcadFGOk5Pz/L1p58ei2dV1AaeggztW+iS6+oBiGtwCFk+rKeAG/H59qGm&#10;oox6rDXYXBJI5H6lAABJJuDb2d2943hoqE0PyFDT188Upj06LLiGqsegD3PVSiWUSt+0kn64yVkV&#10;ix0xuxcjwj6sp9ws/t3H7hxE+JyNKailqE0Towjco9mCswZHVXTVe9r/AJ9m8cMbkNWq8RT/AFV6&#10;JZrRG+LPSd2R2fuTrveNNuTC5GloMhSSt9t5vOsdZSM8TywQJHPE8kE/iK2J0k29lth+GHUsiq8g&#10;zJLfr8eWZY2/UPSv2QI4+ntPLcLHLKrQknyOPt/4v/D0zHtG2NGpltHMnrjo61R/Mg7ZsTS7e2pE&#10;DfSlThq5plQFRaTRuYJcXt/sPckfDjqGOw8eaZv8cre178XaiP8AX/be2zdx1PhwHT+XTg2jZ14W&#10;kn7V6xQ/zEu65V1PhtlRX+v+4LJ2FrX/AOYiJIH9ffM/EXqpQ5Siy7Afk1y/gL+oikvzfn2klvLd&#10;ZFEpo3pqAP8Ax3rabHy+7h5V0P8AwlhU/wDGen6j+fPcFUiO1HspNTMrWw2QN+W/SrbgHPHA5+nt&#10;uqfid1WPpQZbSQSSK5Be4+nqpRcf7b6+347u00gF+6v8Q/w0r0Yx8u8u4JZa/wCmH+b/AD9KKj+b&#10;3cExu9Ns36+m2GyNyb2sQM4w/wB5P+t7jp8U+q1jsaTJKQSQjV0XHN+dVGePaae4hWT9KEsh8+J/&#10;yfs6Ym2LZIn0x2rOnqtP83TwnzS7ZdwppNqFTpGtMRkApuv0X/cySSLf7H30/wAXerEWy0WQb/qs&#10;iP0/reh44Htr6of8ov8Aq/b1T9z7R/ygP+0f5unCH5h9rSsNce1U/wADiq0fUXuD/GB9CfeA/GLq&#10;5dX+42uIF+Gqac/UcC/2YsP959svfhdCqKY+X54px9fLq0ezbWRqS30j50/zdPEHyw7RmW+na59Q&#10;GpMZkAvH15/i54BH+P8AvHuM/wAaeslIviam3H6poC1uf+mMDkj3ttxUaxG+a+gp/n/bnp1tm2xf&#10;wL+xenWn+UPZcgHkG3hxf04+sF/0/S+Ut+fcd/jl1mgKjFv9eDrgJ+h5v9n9P+Ke3FvI24lh+S9O&#10;psW2PX9MD/ef83U6P5K9lOVJjwh4+goqwKDqAtzkSAef9ufcdvjt1moP+4pza/5pLD6XH/Abnj24&#10;l23lSn2/9C9Px7Bt3ERrT5U/6B6nL8jOxGZQRiBex5oawH+t+cjxe/uKfjz1lpucQ5v9DqpTbT+f&#10;+Ah4P+w96e/KuFPD8v8AN/n6cbYdtXigp/tf83TjH8gOxJL6Ww/4uPsasE35/wCdif8Abe8Z+PXW&#10;igH+DSG/+00ptyPpamuOfdf3kSNNRT7R/wBA9NHZNvII8Nf5f9A9SE787CdmXXhhb8mlqgD6Sbm+&#10;R44HuTF0V1pAqn+CKxudXkShe9r6dOqk45PP+Ptia7uJGf6Z+PD/AC1p/h60mz7amr9Jc/L/AKF6&#10;8vePYDlhPNjEA06TFTVqWBA5YmtI5t6f6398n6a63BBjwdKAAL6qahJ/xI/yTjj/AGPugk3AhvFd&#10;jIPm38/z6d/dG3EZC1/2v+bqVH3NvVra6ul0sbgqs4+v44qze49xG6a66VgwwVDc3sTS4/6fT80P&#10;0v7dE+4f8pDf8b/6C6v+6ts8wv8ALqancO7nBBqI/Tb9LSm3/qx/h76fqXrlTxg6K4tb/I8aePre&#10;4pOLe6B93Uf2mP8ATP8A5+tfujblGIkp+XUmPtXd0gBNX+SD/wACBz/QA1JHN/6+8L9SbDcLowOM&#10;4+t6KgNxx+ftPaiO5uLclpJX0/6vSnW12ra8/pr/AMZ/2Oux2luxtSmsOomy6WqgFJ+lyaoi5/1/&#10;p74nqjYqA/7gcab34+woTYjn80v1497/AHh5UFftH+brf7q2vH6S/wDGf83WVex93SWP8QlUAj1a&#10;qoDkfi1Xb8n3Hk6x2SAurb+NVQRy2NoRc2bj/gNa/uy7gM6AG/Z/s9bG2bcp/TtUf/ef83UtN+bs&#10;JI/iUrNYkqs9Tfj6N6qgEr/sD74r13sleBt/Cm1/rj8ewIHHP+S8+3zuisamNifsH+bq/wBDt/nt&#10;w/3hevPu/eDcnKVqhrD01FYpubHj/K+LX495hsLZqfTbuE/5BxmP1D62JJpSPz7oNxYnCLX5oKdW&#10;Wxsa1Wwjr/SjWnXA7q3S3JzGTH4/4uNYF4+oFqhT+P8AD3iOxtnm4/u5hwDf6YrHfn/Xpfbn7xkY&#10;6tMZb5qOnTY2dP8AcCH/AHhf83WZdz7mFr5nJk/WxyNd/vQqDbn31/craUQ1rt3DA35L4vHGwPB/&#10;5RwBf376127W8OnyUDrR2+yYaXtIgvyRR/k65Dcm5JG0/wAZyvN7ePIVyk/n/jt/T3kG1tsBdQ29&#10;gT/T/cTjrn/Din+vvf1i8K938v8AB/l69+7LD/fS/sH+brj/ABrcbNY5zNgWP/L0yAt/sTU/1H9D&#10;/T34bd25oI/u9gb8fTE0H4P+EF/dxdRlxTy+z/N/g60217e2PCX9i/5uunym4AwP8ezgHPH8Vr/y&#10;v0I+4IBJ99Dbu3Pxt/CfTnTiKEHn83+2H1HvRu1HFzT/AEw6bO1bav8AoK0/LrkcruDj/c5mPqB6&#10;snXNwP8AD7o/n3kG39un0jA4gH6enFUXH9R/mgf97592+rVRq8RiPtH+brQ2ywQavCWh+z/N1jbK&#10;7h5P8aydvrzlK7+n1t5rfn/D3wO3sATpGCxFufpjKMNe/wDX7cG5Pt5dwi+IH9ua/wAyOt/R7d5I&#10;v/Geuv4nnwLtm8vc2vbJVYUfW/Hm/A94Bg8NG0iDB4kEgjnGUn9bHkQfVT7ut/A7ITSmqvl/nH5f&#10;4Oqi123Tq0LT/a9Z2yGbaNX/AI7lxYLfRlKwAnTe1jKfqDz/AID3hOEw45GFxN/r/wAW6l/1vqIv&#10;ZkdwtxxcU+zqrW9gvFFp/tesYyGbP1zOY44/4udSbfm9vL/j/t/fA4bEer/cPiQbnj+HUwYC3II8&#10;PJH+t7sL201IoAx54/l5f6qV614O26dXhCn+1p1yGQzegE5jMHhfrkavS39CbTXsfp9f9h74rj8V&#10;b/i14z/WFBTc8fUWjHsw/RH2/l1XwNvUmqCv5dYmr8uTf+LZYD+pyNXwb8A2l/PvicbjSbjFY6xA&#10;H/AGl/2/+av72TAVoRw601vtzUBRf+M9drkcoBY5fKAqST/uQqzb/A2kIP8Axr30cXjXJcY3G2uB&#10;cUVNYf0X0xDn8+9FreoUgagK+Vft/wBWOtmDbu39NccPh67XJ5WNQpyeWb6/qrav68E/qlP9ffvs&#10;aLlRQUR/H/ASBf8AH8R+9foDgo/l/l68sG3LwRf5dchXZDhmyWQA+vNbUNb8H/dvHvpcdixc/YUY&#10;Nv8AlXg/rx/uv254lceEv7Or+GjY8BT/ALXrpshljYHJV5AP/K1Pxx/hJ7zxUeMjP/AGjP0/5RYL&#10;HkmwXxL/AE968U/75X9n+z1rH/KMv+8r1gnqss44yWQW9/pW1Nx6QOW8je/PTUzmy0FGRb6/axXH&#10;4/1It/xr2sjuIPDAJpn5fy8+lHibaFGtFr/teuCy1kfrfJZDVc3H3k9m/pxqIP099LRUoPqoaXkD&#10;/lFiva5+voPH49tm4tv4x+0dNFtt8o0/4z121XXH9FfX8X+lXUWB/wAPXa/uSKbGaQDS0WoHn/J4&#10;frzq/wB1/UAfj2iMVwXZo4xoPDHl5dIzFcszNFbjwm4Y8vw9YjWZMf8AKdkTcWH+VT/TjT/bA599&#10;eLFqRqpqO4+pFPDx9Rblfz7dS2vStRED+XVfpr3/AJRx/vPWNqnJvfTW5EAk2U1NQf6c+lz+f9j/&#10;ALf3xEGMB1LR05F7gpTwj6i/Hpv/AE9viO+BCFUBp5/6qdKV+vUAERL9o/2OvNVZIrpavrFP0Ouq&#10;n/Bt9NZ5+t/eVRj7W+0AP40wwg/7EEc+7mK+VguqPP8Aq9OrA3/8UP8AvP8AsdYTJkOT99KbfXVU&#10;THn+gs5HvKFpGUKscKm/OuKPVe31BC3tz7oI7kOxMVX+Qx5dWH1ZFTCC3yGOsBlqwdRnqWT6grPM&#10;FYkkgWMmkHjn3wBpFaxSE/n/ADcY/P8Ajzf8+3Yo7ulQgDD5EH+XXgbwf8Rx/vPXKQ1TC4lqrHj/&#10;ADspXi9uL2NiOffNDDqsv26glfqiggWuLkAgX9+mS6BYvA+r5cK/Zg/Lh/LqrPPqJa2k1f0eHWM+&#10;TxrqaqJ9Vv3X55Nxcn6+82qMi/8Ak/8AreEX/N/ofddM2vw/Akr/AC+2v+r9vW6zVp9NN+zrBpcC&#10;+up/6ntc3/H0PPvnGYQ17wfQE2Sw+o/2Pu4hnPGFx+Y/yderNx+ll/l1gmMuiw+5Y3IHqYtcA/1N&#10;veXyRE2Bhvz/AGB9P8T/ALD3bRdVppf9vVdc1f8AcWWn5dR/E4FytR/UXJ4NxawvYcH3xKo92JhH&#10;qsOLXP8AthcG/t1Z5LceEUkz8vXz8/5Z68XnqR9LL/LrrTISNIlJ0XN3uLX4A/obD3zjCfkwgfTl&#10;VueR9Of6ce6y30n4EkJ/YOva5vK2kP8Aq+zrg8Dk8+U2u1g7EDgn1cH6nn+v+9e+i8Kn+y39StlW&#10;4/2Jtf8A2PtRGbqZQ/gnPqAf83l+zh14PdeVuaH1WvXAxSjgOygWCh9TOb/j/WBP+8fT3lWSnPIi&#10;Rf6W+v8Ar/ptf239Lferfs/6G61qu/8AfLf7z/s9Y2E4vqkZrD83tzbi9r2/1/fasnNh9CLcarjm&#10;344+vvclnPKdcgp+wU/n/qr1b9RxWdKH/eesbSslgTyQxc6ioubHn/Hj3lE1rXv9D+B/T/Ae2/oT&#10;qpoH8v8ADWnVaRfwL/q/PrGzXB5F/wCupvrf+n1/H+399mRWs3BsP9SB/W4/2/tbZW/grKrJ218/&#10;2f6uNfLget0hSooPzz1DlBLBQxBt/ZZiRb1C1uffJHYn8Acf2Rze4/H59q20Dy6q/gpUac9RJYkV&#10;bXYkg3OtuCNJt9Tx7nhgUsV9Vvx/T/H6kD3qBk1MNPb/AKvs6ROYa8Mf6vs6ZZ43V1cPYaiLMT9O&#10;f0/gke+JiYg+kWt9W/4n6Ae2iyB2xTJ62rRinbT/AFevWSOcAJ+4xJ03CHk8X4J5P1/334gUMarl&#10;aYsUvJPHGLAckyLwf6j2HuZiv0cYAHx/8+t/g6MbN4lnUaf9VelvBMzYqv0CU+GgnlOok2UKumx/&#10;DX/PsSJyfHGuhrgIiaLBSLMAzKLhluOSfqPcPblGTI5IpnP7Gp/h4f7PQ3tdLxcM0/yDpr2863lZ&#10;ZkZWDySeRmkYOXptcaORdSq/Qfg+0vk1uGTS0hCsTKATErDyXiGr1KwPNv6eyWBXhlZ+BqcfKvSJ&#10;otM0jeef8PQo4x0kCWZEUmO0RskrhhHpnsvBUji/9fYc5CM2b8i4P+twfUByOAfZtHMXai1Vvt/4&#10;rqkseoVHEdL6iCra9iLX5A+twLf4avaNrXNv+JP0uf8AA8X9vlnIoTjpCy6TkZ6VVJFGGGkC/wDT&#10;m445/wARyP8AYe0Vlam3qB4uR+Sfxbm/1X2b2isI9L8aDpFddqHPT/TwgmwAP9eOf6n8XN7+0FX1&#10;5SGQsT/ZFr2Iuy8WJ459nlvZi6ZYwtQP9R/ydBt5TJIqrw/1f5OnaKP1r9Byb8f0BI+n+t7BjeGd&#10;hp6OdvIodQnBKg2L0vFtXPHs52e2f60xNwz/AMdP+DoD79daK6af6tPTzDH+k/gfT/k7/iT7oP8A&#10;mHvl9x72hwevUmDPn+o/5eWNxUgBAkc8CP8ANjz7EW6yCJfp4zg56gbmG7+ouFQHC/5QOpPsnfsi&#10;6DvXvfvfuvde9+9+69173737r3XvfK9yP9sf8eef9b3dj4hjX0AHW6nJHE9e9id1Ju99k79wmYV9&#10;EJqYaKocmyrT1VTAsshu6DSI1+pP09ijk7dl2PmCyupGP05cK2adrEBvMD4a9Bnm7azvOySQqP1Y&#10;iJB/pkqaY9eHXvZ1/lP8jzuShOw9qVkUeFpXWOrqKKSIT1UlPUx1EMkVXSVTfsWJDBluw9yzzzuN&#10;puXMMz7MjDZ11AEEEkGn4l7Tx6JeUW3K7strvLy3kiXwzXUCpOT10AASR/aNzzf8Af7AWHuvn7+e&#10;AgUk0yFbgGF3RnvySullBAB59xzd7zHYxPFstyTc4qa1r5cAf4SQehxLaJdyu2hWavp8qeny679v&#10;2M2rn5ddZVYfJPFJpKyy00zBtOuM3eRSDZgB9bj2Ycs8pzz/AO73eQ3hR/6E9dTa9cZqHVq0w1Om&#10;bqOe4CrYqSp9KmvD0/Pr3tjz1fWzVUlPUI1KkWi1No8P644muUFl5sG+n59h/mTmjct/uBHOGhsl&#10;+GIDQBUCtVB09xFevWe3mzQmVGEx41r8+Fft697ToF/YVjjaSuny6WE06975ICWt/X2ptIi0ug9a&#10;Oft697FrZnT2/wDetK2QwGFrquljZ/3YKGrmU+IRFrNDA6/SZf8Ab+x1tXJnMviJcRWshhJB+F+D&#10;ZB4enRfcbrDqaFRqcYNKY8uvexz2h8euzsdVrV5nb+UpYUVTC02OyEKvplp5V9UsABVkU/7b3Jdp&#10;a7tYxKt3b/D/AETxwf8An3+XRVdeDdVBiOn7Bxz172NuL6/zeNC/eUslMGmU3eKaNgDo/VeNTe0Z&#10;/wBt7u98wZgV7v8AV8+k6QFPI6K+nXvYixYxaCFF8hZzEP7RN+ADdSp/K+2Rex0qM9L4Y0KVOeve&#10;w725rj3jnFbgtWVLH8EkRi/5v7Zkl8WOVyPiYD9lT/g6D+4Gm9WYpgxH/D173dZ8OX1bTvb6/b88&#10;fXRWccnj6e6bCxG5yf6Vv+OU6GOyMfFkHqR/LoA++h/uEovzZpfSPqf8oof8D7sw6yj1ZhpBxp1j&#10;kfk0laAD/wAk/wCv7D/OA/5CN0fnH/1dj6yA5I/5LNz9v/PjdVld7VHioqGnPPk8jDm/6arGsxS3&#10;F/V/vXsPs6o+5qwALt4tP/IMcdx/Qi494r6P91USg4/zMOsjWoAlD29WAbdkOuldr+jzFh+R5POB&#10;Y3vex9h9PyGY24t+eD6ALf7D25NX6safi/2T17/Rh9n+XoRKWwiVef8AiguGH+Nz/wAi9tFU/oYt&#10;+L/Xg24/4n29QeEoH+rPTd5QRsB8unSnX90Wt+PxxfkD/W4v7R1VIC7X5uAD/jcfi/ttV+H7f8vQ&#10;VuVozen+odKSJSB/sDz/AE/PP9faaqWJfj6WHP1J9Ug/rb2dWeNP2n/AOi5/LqZYEXP9Pp+APr/x&#10;HttmIBsRzpuv0vb1D8249nA/sX+3/N0xJ8B6yJc/mwvz+R+P6X594y/7YAtqLf4WsR/wb839tx/2&#10;q/aP8PSCT4l65aeTe9rH+t/9jwfofZJu64Cm80lI9T09QTwSfVWz8jjg829ji0FbWX/T/wDPo6jb&#10;m9a3sB/o/wCUdPlN/mIrfQRoB/ySPYYtxGo5vwbD6m/+HP59lUn9o32n/D0EzSlD1n9wFJ1Gx41E&#10;L+Txwbg2+ot7XEAwxCnl/kHSadV7BTy/1f5eve+Gmxv+OOCbEfXkWHvVRxzrr0z173lFwQfryefq&#10;P8bD8Wv7aeg0AfxDrwoMDr3twh5B/wAf9h/W3+PtJ1fr3vmgubLe91BJv9Lf4XF/fuvde981axC3&#10;+rg2sbD6fkf6/t8fB+XRkoHg6fKh697NV8Z9X8WzyD84XIAj/g1ZiLD6X4922en71irx1j/jw6D1&#10;9TxItVNXiL/hPSQ3oQMXTk/jIQn/AG1PVf717GOKwi3ALj07ky7D/gy/Tng359i8/wC5t7/zSf8A&#10;w9L5v9x0/L/jvWKG5jxTWJvjaEHj6hlBv/QDjn21QOf764T6+rbNmsP616D6cDn2mgotpPpGBKf9&#10;X7evXFP3bFp4ah/gPUucasbWg/T7piOf6RC30+lrey59p2Td2dH9k11Rf/kq4uf959p5qSM5+dP2&#10;g9OWfdXGR094z/i3UN/r9rB/1rX6f4ewnZtAP140/wCAPN7f7b/H2H5hWZh/q4dLk+Pqd7xeQfSx&#10;/pyBcH/bi/ulD6jp+vXvfvIn9T/T8fS97/7b36h+XW69e9//06IQpA+h+tvpYfn2C+h51v8AHvDI&#10;NV7Hk2/4qffh1rr3sx2Rct0lg241/wAVzXq51cG1rnmwt7RXSq19EdODT/J1TeAr3dn29tR/g6gx&#10;3/iNTybfa0th+L+Souf9f2XCQBS+oKW55I5/tWvf6n2YtSqelB0+wUlKDFB1O9wpnBPNi3IJb1aR&#10;c8KRyLW9sM3kOHTfXveCOqlgcPFLLE6FSrxyFGUhgQVZWBBBAI91qfXr1eFOve1rjt5K9L/B9w0i&#10;5OkmmWU1E8CVWZWPQsFqKqq52EaaCxTiwkN/6+7aVpVfh6ur0qHFRX8+uiObgm9iALnT/rkf4e50&#10;2zcdXJFktpZOOsgSaAvgqmsjq9zQuzhgGoaGFo0SGOwk54Y+9RvjS4z/AC6fRAw7DX5efXWqxAYG&#10;+nUWAsgIIBFyeCb8f4exl7igqKbr/rVKiCWCoTb06vTTo8csRNel1micAxvb8fX2zZSATzHyMn5U&#10;oOiyQH6+Usv4+mrHOr1mZ0kECshFxpIv9lT3AKk3sfrf8+yqqokeIR6AqhvIZPobgFbFR/tP59nj&#10;Sx6eBr0YyBDFRfiz07+/HQGsiEL/AFZfUP8AA24+vtG8jMTVsdJE1BFVuPXvfmFhccfT6H22wB8u&#10;rde9xHJvyTb+nNjwP969tvx+XWuve+Dfg/UgcX5N/wAWPNhf/Ye6ip8+tED0697z0uRraCZJqapq&#10;ICSuoxTTRRSAEP4qzxvGJaQ29S+9lEUUpTrakrw697n1T4vOvzoxuYCqUq1MNHhKtwSEWoK6556m&#10;apm1yH+3GP6j2mnwseMZ/wAnSgaHUYo38uve0rVNUY+ZoclTy0rCTw0ldJC0OJqzqZIKimmmCtPQ&#10;zspZCvDRi490jJoDGQSf9X2deKgL3Ba/6v8AV9nXvfkGr1sdV/1y0/8AwFMv1AU8aUb6gHm3tXEx&#10;KglePSdlOaDHXvfRJcqRe/Go/wC6j/in50e7P5Zz1QAitePXveMgiw5sPoPwbD8X+tifdNR9erde&#10;9z6KzuEaaGENfl3CHgMfSfp+Ob+9t3Njrw697G3rSuqKLbG/6qnjp3lgTbN4J0Zo5fJkK5NLxIw1&#10;6FYn/A8+/UPaD8+lERISYjjjrC/MkQ5/t2IH09P9fxf2lMnT0GZWXL4wU+OycQvVYeYxUqVYGmGB&#10;cNjadZHeYIpkmu3N9Q92bWKU4dNYarD4vT/N1l+n++/1/r7SkNZGWIYvHICxk1siCIAkEst/27+9&#10;0f1HWq/Lrv2ttoOF3FgSrK1slTepCCv14Fwb/wCuPp70CalmJ6djoXWvr1036W/1j/vXvnv6Zlz9&#10;WAzjWCb35BaaotyDf6f4e1dvKKKjD7D1uSmogqOvL9B/rD/evaHj8yyDS+kC1yT+4VDciBhyJuPT&#10;/j7UySCNSTx8uqatNK9d+xD2xumKBqely8M9djoaqE6HCT5KF4zGiyxmplEUdPHGrc2Ghjf3ViJI&#10;6oerF6xkE466N+bfW3F72v8Ai4/1/ay3vUU2RbGV+KilqcalAsazWScUmuV3Wlq5IWkijrdDA6L+&#10;3IHJGlm/U/1ZHSR1Piq4OQP8v+HrhGGAOu2osSbfQmwuRfm1/Yek/tyP6UpjInmab/gUJCf21jce&#10;lVZv1A8t7Uq7L8LdXGoDj1k98ZJ0VSTrjcn9Mnodzxfxqb6gAeffhJIAKSj/AHr/AFH+XVfCUmlO&#10;ve8EeQqIXWeCR9cWqxRm1gsDGQCr35BP59qUY6+920f6b/VXPp1fwwpFQOve1ewpNwQhqZ4aXJc+&#10;FWZI45WL2Pljj8kraYIuP6E+18TlXUsOmjEQNRp172lTBNTyiKSN0Ed/OKhSJyjAlfFq0n/b/j2s&#10;WSMjSKjpk8NJx173jdnjt6tSu1kVbFo7Dh5OQVUg8H3eKRJJFBH7ftHz6cTLr172c74in/cxnrEg&#10;/wANbkX4/wAuo73+nI/2/uO+aHUpdLI2oEn/AC9Tl7Pr+nuNTxB/48vQf9i6v4RQlQDbKRk3sP8A&#10;lEq/639n8cBQlieUWxIubsD/AIfS/uPrRzJHKrHs1H9g6m6Naq1f4+gVlSzhtILcn/WsT9Df8j3y&#10;EJB1R3vyOSPyPxcf1HuwlVwRLw/Pq1QePWNpLcEf42+v9OTzYjn3wtbn8XAvx9b8D+v/ABHtzxRW&#10;lM9PVFaefXIJf6H8En8cAcnk++IAP9T9ODz+Cf6c8e3Grp7f9X2de64g2Nz+f6f1/wBjx9fflUar&#10;kD8/UW/rf63/AONe/a19et068+qxsT/Thr82XgW/P+9+5HBNuPz/AL4m5JBv7T9b6xnj6Cw4/wBt&#10;+eP6ge8iC97qOPoL/wCv9Bb8+9Hr3WJyRpIP1/PNuLXub3/HuZCQbllS/FuPwf8AA8i3t0yOPI9O&#10;fqf0v59N08YFgJCVsbn/ABH+sQD/AMT7cYSQR6QR/iP9fm/4v/r+2yV/jP8Aq/Lqg6aalLg82P8A&#10;wa17hfr6ubX/AKe32nYMLAgD8fj+gv8A4ce/HrTdJSsVksTyW/5CuRc2PP0J9u9KGDA/2eB9SR9V&#10;v+P8PapJAUALd4/L7OmmGCKdIvLRqdYWPhgx4UfTSbm1+Pr+ePauowNMfI9Ok/0Avo/FiLk+/Ruf&#10;EkUknUPtyP8AY6SNxceX+boKM4rBWIjAALAEA8g+QNa1h/jzf2/U4TUpvqB+trXuSum1+R9D7OrY&#10;gxFR8VOH7a/5/sz0xIvawpnoF9w+f9z0sLM1jzpA/c/pwSOB/T2paUekEM1go0jnj6Dj68Aj2+lT&#10;KtCoYnNfMf5z/qz0klClSAF1V6BnPlRHMjxIxu/IUelrOQQBbmxPtwlKiHVeO5FmN9J1HkEkeo8f&#10;gfX2dWZnEhRWk0Vrj04Yrj7ScDB6JZ0pIy07egaqqeKaqCPFHZeEDqW0qp1+OyhgnJv/AFPv0ESS&#10;QRErywDf0HP1Fv6cf7x7fkuJEml0Njh+zgf8J/PpLmtFOOmmtDQ1MsTu58chubuT6lU8+r6gH/D/&#10;AHv3xmp7D0gKALr9AfqBbjn2glu1DMZCS3n/AKv83V8k1NelNg2knWP9RUmyglnB4lW+klvyn+39&#10;w2lbxrHqY3PFrD1DSPqDxx7LZY4vHeYhQ358Cf5/4envpixDaFB6EeipXPCxoEWxZP1DUIjfnTza&#10;/wDUD2zzlySfUfxcA/0H9QR9Pb6mIUoU/aOlaxJwEY6WNDGw+iMBcm1jz+sf4fn21sTfSQNV/wDi&#10;Afyb2t7cZ00eIp7af7H+HqzrTCny6VtPASSL/U2Nj/QG3+t7jO5ANwL6rf14/wBvcXPtHK2psPVf&#10;2f6vt6p0qKGlWykgrZRc6gSeASSQCLf4X9wZXPPJ+h/2B5JHBHPtunWwK9KKliAsLD9Si3IJWwsf&#10;0tce2+SQAXbm9xz+fr/j+fewCTQdOqhJoBU9KCCnbUNPpsAfTYWPp+vp/p+Pp9fcNpVu30uOBYBh&#10;/r8fS/uwVjmmOrrGzCqrjp3SB7xga/VY2JYN/j9b349t0koB/F7W402tYm/6hbn2rVfwgY6WhQBp&#10;A7eniGBiOS1vryTwbj+qkHge4Us97AL+Ppp+vJ4A1f196dF1pUjj/q/LqxQVFSCenijp20yWdieB&#10;wxvyOeQvPpPvA0lyDd78fX9PI+gBJ9p6FQ60GnpnTQP2qF/1cenaKAWVrC3PPOr/AFywAv7itpsD&#10;qPF/zxwb/wCPH+29uLQE0QUPVlQeca/6vyHTgiMSAyi9vwovyLfmx5A5t7hlwLktf/Y/7b8jn3ev&#10;2dW0x/wD9nTksGqyhCPzYgnj6fi/09wZXDDk2Jv+fpwLH63/AB7eR9OV1U+VOvaU8kHU+CnIuCkb&#10;AWHNz9Sb2uLXF/8AePcI2uSTc/kWFv68A/m/u/1H2/tP+frVF/gXpzWn4AUALfgj/bckL9B7jmQh&#10;rKeAL3BspHI55HqPvRZZFYue7+f/ABXWwiHVVV6mJT6bWT+1bleQSBf8fp4/1/eEzAE+pvqfyf6/&#10;4ED6e0+lfQdb8OOn9mOnBYG0j0L+kfgD8Ac3H9R7jySBreokf6m5Kk882uP9492/D8Oa8erUHp5d&#10;S4YGW/CqbfXSA4/TbnTcjn8+4jNa54H+925/1j+Peut9OKIWFje3+H0LWANr35/PuO89uCwPJ/Kj&#10;88G1/p7VwhS7EJT0+XW1pnrmaawUgccX4Jvxe5sPwLf7G3uLJISSW1Cw4ubWA/wJ/qfahdNOylPl&#10;1vrPHGQLGx5A+h5P04sP8P8AY+8YkJspJ/2JuvLfT6/2iPdJQulyQK9aNCCPPrMsdm1D6XP9jn9N&#10;/wCn4v8A095Wf0FSbf71z/W5/PtItK101HVe35dc9Hq1Dj8ngX/3kfj3iMhA4bn6gE8cX4/UT+Pe&#10;0ALKPn16g4dZDGLcjixBsORxzxYe+hI9rkxkj88/7D6n+vt0hTgR4/Lpo0NaDHXDxqD9Zf6W+hNv&#10;r+AQf97PvppTpazWa/5BJvfjTY/190WtU1fDTpOmrVHq+GmKfZ5/l1zWFdQ4uOQRwOB/qjY2t/vX&#10;vCshVVu5BNrkva5/17/W3+Pt5lTNFH7OnnSI1Kov7P8AJ1yMZZj6NQ5sApIAvxfj+t/9f320oKgF&#10;78DkabHgj639pqlWqFXDdJZFUFjoX/L+yv8Ak6ypByw0FQQbg3NuRfgjg8+40kgC3Dufp9W45/oL&#10;kf63tZFMZJNBjWhr/n6aULUDSOuX21gDb6fX0/X+v9kEC3uMajixYXNiOBcc8f6/tfEiiRCB59W8&#10;NfTrzU5Ktx9AR/h6RcngfX3jEth9L/1GlSR/hYf6/sx8VVz43/Gv9nrWhFJagBPn1gNKx/sf1PAN&#10;jcfW5H9Pp74ecf6oAf1b6i1vyLk/X3qScDDMfTH+Yda0ouAh/LrKtCRZhFc8ngf1/PqAH498VqWH&#10;9r6f4H8n+l7e2Y2RwAVo3+r59e0r/Af2/wCz1nkpDckAlTb8hjxcm40A8f7b34zgm97n/Y/9frE+&#10;31aRV0itPy/ljH5dNeEB/of+D/N1jNIOfSPrz+Pp+CBD+ffHyr+Dpt9bcf7C+r+ntUjF5lJNcf5+&#10;lJoK0NR1iNMyq3F7m41XYcsORdB9CPfZksD/ALEnm/8AS9rni3+8e1S0otPhp02WI6weJi3IN7i3&#10;Fvzzfjn/AIn30HNvr9f9qub/AI+hHvfVQkXmgr1y8IJN1X+t7W/3m1yfeNpSOAW/x9R1X/2Fz7Ux&#10;lGBqgr9g6sBF/vtf2DrsQD6kLz9Dbj8f4Ae+YkNhyBcD83A/p+ePr/t/e2Zh8DdW8Qg9rmnWAwgF&#10;rhjzb9Avfi4+lvoPfV1J5C/8Tbj6f4j25483+/m/1fn1vxn/AN+H/V+fXYjAHAb82Nh9QDwePz75&#10;pJb/AGH05FiP6fXm3+9e2tRrSp6pqNeJ64SQ3+l7m34PB4t/Zvc/j3z8o/oOP8Px/sDf37VJp0+K&#10;2n7eqd3+/G/l/m6xeGxvxe/41XJ/2I/I99CSw4vxcXBJvYj68gX93DClKnp4SUAGo9cjESfUBa17&#10;FRxcH6XF/wDDn30GB5ZV1f1N/p/gfexNIBRZWA+XXhK38Z/1fn15o7Hj1C1gBb/Y8f63uQpjI1Em&#10;5NgbA8WP1J5N/dDJNXQH7PSv+odVMsurSG/411GZXBsqjgXP1HNxwLDg+8iFLG5X6D6sP9Y2Fwf8&#10;fdWlcPUSSavX/Z/l1p5WHCR/y/1HrEyMdNlv9eFU/wCv9NNvfIMo4Cr+edPH+sTcfU+3xNISB4r/&#10;ALer+I/8bft6xNESCW/oPST/ALbgqSLe+yw+th9PoB9f8ODwL+34ZZHX+0f/AFfb1oSyEfGadYHS&#10;xsRe5/LEEf4j6A3H9ffavpJH+qAHNjx6fxf6g+3yxYAk1/1eXXjJKRXWcdYHjNiQCNJP0JXn1A34&#10;5uPeXyAEf044H9Cf8D9Ln23RfTphpZRguw/PrH43YE6mJ/1Rv9QOeP8AVWHvxdb8AW4uB9Tb/Y/4&#10;+3YmdCAr6a/s/wAHXkkYGusg/b1j8TEanvqBbSx+gv8A4kfUge8qutvoL/0AHH+vz/X3rxZfKRv2&#10;nrYlYfCzV+XWBoiDYf7c35/Fxx/T335AhGm5v+P8B/seBz7VRyFw1Wqa9NuzMBqPz6jvT6+WsosT&#10;f/aj9Re3Jt7yrILXPJ/ANuPp/j9ePd+m+ozwH6C6qLcqT+L3txa3vIJBwf8AiPx9f8effuvdYWgY&#10;hgDf+nq/PH+H09yI5Rf6D6DgHkC/PF/r7bk8umZfw9Q5KZx9SRY31G1ifxc2vYf4+5YaxDC45tcc&#10;cH+n+x9sEVBHTBFQR1AdLqUOlja9j6hcf1H9R9PcpXBJBPpt9G55vf6X+p9+UGlOJ62oalDk9Nc0&#10;baVKgq1/1ICCR9P1W+g/qfbUzr/E6HSRYVcFj+V/c+v1P9fx7R7umqyaq+Z4fJW/y9G23j9Y6lFa&#10;f5R0scUjrismW1XbG1IKn6MCsY0fQX4H59ikbGnQkXIhBBBuAfGbG9ybH3BG+Sst4yI/Zr/wsf55&#10;P5fYKDO1YBQFGP8AiuoW3YgdZK8mRxY/2rCAesfQCw/31/aOy0lkf1DSQxJvwf1i55Nyfp7S2ygt&#10;gZ6fVQ0rUHQpYmP1oSpBGlQGWxA0oQBwLIo/3n2HmQaxYXJ5PH4+n9P6m34t7VEegA6rKBQ0AA/n&#10;0ImNFwCfqABc/wDR3+F/aLrx6TxyOb2H1B+p/A/x9uK+liQO0+XSMoGqunpYUakkAnnT9b2/A+n+&#10;v/T2gsrDrXk6dX0FrflbgWBFvYh2+4j04QY/n/q/2fl0U3kB0tQY6e4Qytb6/UsQb2sDc82P45/w&#10;9hdmBII3jF+Qv6Q1/rG3+sQPYt2ueAzKEWh/b/F9vQV8IRy6x8I6eoh9Cbk3Ngfob8fi31Hsqva2&#10;W/hmLdzII0k/W7HTp0S48KNRddIJe3+Ps+2tTHdNLQUFPkf9R6ivmyYRgkH7fl8HTvH9P6f63+uf&#10;z712t/Z+Tc26spmJZGlaoeFNbMWLCmp4qZTqMs1+Iv8AVH3feJRLdFl4UH+AdQPdyia4kevXP2jf&#10;ZV0m69797917r3v3v3Xuve/D6i31/Hv1K469xx173yP5B+tzyfr/ALH26KaTGwAYefXuHXvcilik&#10;lmjESuXDBrqGOkKQS11F1APN/wAe1W32U17cLGtQONaHy+dD03IQqPUVFD1725ZCdhK4aaSoqHb9&#10;xzIZbN+bM3rvp9nu4X7WCfSx3BaSmTqr/Otf9WembaJVgiKnTGBgDA/Zw697EDrrbM9TmsdXVtGk&#10;lA8jCNK+maSOcSJNGxCzQtDLolH4Nwf8fbmxbSZl+pkWhPA0+eniR6dFW8XT/SyR2kjJJ5FCQeI8&#10;1NeHp173e5uDrLZ+MoXSPbG3rJpsFxGN0qGlgvZRRKFB8nvJgrbD6KJYE8NtfbQaeH8PHpDsr3S2&#10;af4y/wDvR/ibrGjhy1voLf7zf/H/AA90V98rSR9m7gioqWno4IxitENNDHBEurCY1jojisoDMSTx&#10;9SfeNHO0cUW+XKQxhVATgFH4F9Ohdrdx3sSfUmvWT2Er6BZh+m/Gm1wRa4aw08/j2ElmXxFADKg/&#10;b17WHRtagS+VMD9nHr3tW7bwBrKlJ6tStHCVlmUApNLGGGpYg8LRl7N+fcp8hcnT3+5RXm5K0e06&#10;hVzVRSuaMy6P59Em7btHFbPBb/7mNUKRSmry4EHr3u4j4hUUFVhqynhooI6eOnmWMeCNSAr45BI4&#10;QMrSsv5t7yM26SK2hjij74BMQDimhaU7uHD/AGv8uoq2u5um5knSWVyDGrMKtprrz1jlbSl725/3&#10;w+o9mb7CpBRpSpGqLpp6d2QcAER1YPoCj6lPZLzlfRLcQpAVAaJfh/2/2DqTrLSXjqKgyft4dY6Z&#10;9aMTf/OMOf8AC3+J+nsAdxJeKNig+sZ/SCbaJfzpB/HuJA0slxMSx0s7/wCH5/6vl0YBV8eQaRp1&#10;t9nxf6q9SPaCq7f0F9BubAE2v+Ppz7MkjqB2UFMDpi7ICNRdP+r/AIvr3sGMfGsG/KuZJZGM5rXa&#10;EvqS5sLaByCF/qT7VTBVhjKjAHHz/wBX+DogmCGSORhVgDnz697up+GhL7WqPwS9NZb2/wB01hIA&#10;+v8Aj7QWNBKGBINf8Nehby8VIFV7v9X+o9AX3ibYmguCVvPf03Cnz0NifxYn3Z91TdspU6gBe11/&#10;wFJXH9J/AHss59GnYEREJOPn/okfD/VxPU2ck6hzDEAW05/44/VWPyHKpj8RIrghGmOskXu9bil5&#10;YH635/2HsOtxggswADenVwOfRDyfpb3i7FQzPET+ma9ZOIR9W6Mez/Y6sJ2tYwxEm/6tPJH+7J+P&#10;9h7D6SzSPqJUfQC5AGkDkgcm3tCS7AH8fVTqKinxdChGAkahRqtyfySWJuvPtkrkIUglv8CL2+n+&#10;F/x7VRzeLQUAb/D0jmJcKoOfTp1pbKQRa3+IAI5/1hYm/tL1qBl1L9V/IIU2v+bDm5P09skfqEDh&#10;x6Dl2hE2OFOn6nYiwP5sPyRe/wBefpx9PaZq1FldQLg2+qm9gx/r9bjj2d2bkE6vQH/V+3pLjOrh&#10;1MX8rc2vb82sbfX/AFhb21zKoi9ROoyBgBa4jIa1w17DVf8Aw9mmp2lUqf0af6h9uR9vSG4/tBTh&#10;TrKl7mwHCkXP01XFzdbA3HuMVDKdJbhCTci1wOD6bWJ9q4CFcM9KEfs/1f6sdInrWrcKdcje/wCP&#10;1D8H6E8/W/09k+7zhCbgoHCteWgkJcixYmrkFwbfkD/b+xJaTkQv35Df5D/n6j7mwAXNv/pP+fm6&#10;e6X/ADQHHHHH44Bt/sL+wXcqIgbm91HN7n+tx9bW9ss5aQsV7adR84k1EasdSPcEXAAX68XANwbc&#10;8j8/j248rHRRjgdOMzMqaj173yv+ePz+f+KC5901P/Eem+ve/KD9OSPoCPx+P8OOfetTfxGvXhx6&#10;97mRsbAX5BNrf6xsST+B7r1br3vmjMHXkrfk831X/P0/pf37rfXvcjWvr4HIa36RY3+oHFveqyaS&#10;tfz/ANjpTU+Ge7NOvezUfGVwM9mR9b4OpuL3vqr8TcmzfTj2o2b/AJKth/p1/wCPDohvOKD+kP8A&#10;L0kd6rfDjm1qpSD+b/bVQFuPrz7GnS5TddlOoZ3NsOGv+g2+lzcW9jAODebpQ/Csv/Hv9npfdNSG&#10;yNewon+r/B1Gp7CDBG/BoMYv1A+ip/jyD7Zw2ndu0jp4bbFOGYj1FjXKTqJ+p5+ntiCv0ctNPia/&#10;83+r7em31fu+5rx8T/J1OK3octctxW1FrfgeFR6bfQH2XXtk/wC/xz4FhavqbcWPD2svH9Dz7T3O&#10;kqG+X+fpXZ6TFat5aF/1ft6ecVf+GUF/r9nT35vz4l/J5PsHWJ0qL8E3/wBck8D/AFyf959kE1Pq&#10;HPzH+ToxWnj3PyPTh7jMTckEgWFuePxf/XF/bFa+fTtRWlc9e996uL/4f9FW9+69173/AP/UomYg&#10;r+f6j6/S9v8AbewX0POt/j3DkfTc/T6fX6H6f7AH37j1r59e9mIkGvpHC3JF8zmz+eLy/wC9+yu+&#10;Ym8gFcAD/B1TeiGurIfID/jPUJB/uQqD/wBMtN/tvJUey7VXpL6fzqtcf1BH9Ppx7MtRZoz9nSg/&#10;En2Dqb7aJP8Aor/io91IqzdNt8R+3r3vB6tX/I/6/wC2v7926fn1Xr3vGWZo2CFjMtTqR5T+4kY+&#10;ogfl1pQef6X9qCg0A0zo/wAnTugaK6c0697n0GWrsbUrNjamqpKrTqnqoZpqeJ29OoCogkSR5XA9&#10;Nzz7SmlKnpsOVNQ1D69etfg8j2MsHZVHunDUu3N+rkJqWjiSmosljgk2bVtTSq7VmYrqiNYWmt5S&#10;qD0D+vvSQFCZVOWJ6opDSOzk5P5/tPz6jCnEJkkpljR5WVnUgJGx9Cs5EagmTQvBN/8Abe0DltmZ&#10;PE/v0E9PuXFE/wCTPt2abN5CBLqpObMFMlNDNLKxMVvSUU/090a6FQpX9pp0qSNm7VoyH0/y9Zw1&#10;yRYgg8aha/ANxzyOfaThqUkIuVYn+hBU+k2t6ube3UdvDU06addDleuXuRKQQNNgefp/rj+n9Le7&#10;6xnJ/l1Wnp173BYfU3N+OP8AeLe9Akmh4da697jP+B/W3+xvf/YfTn34doLefVSfLr3uM2pebh1Z&#10;dPjNyP6atP4B/r/j7r+DHr1rr3ttlPjkZWeoW5EiFHCxo1iFsCBpZf8AD6D/AGHtPNxT7P8AKenV&#10;4Dj17240mdEiLS5mFMrRBhSh6yP76opKQBYxJjmqZvFDWwRljCbaVY/SxPthRoBCef8Anr1cPXDC&#10;o4de9xJ8TkBLUV23WqMrgg0okxYaet3HC1tcdTJj6GMUsdNT04AkYn0SH+ntwSmLSK5Ofl0ojtyQ&#10;GUkrTh5/y697hUlWkykBnWSNtMtPLYS0zWJaKaLVrhkUm+k8+720jS69X8XSe4UK6gcade9zWYkA&#10;n8f0H9ePyf6+1ABJx0x1733Goc2DBGb9Dk6QtjdvWLkahx/j73lT16nXvYzbAkb+63YEE4eOVE2x&#10;aWnGlJL19a/Lu2pgqkD6cG/vdalfz6eTEU35f4esbA64z+Brv/yTx7QKTu0hkWYQ1Qt4Jg5QRtYq&#10;TNIp1oCosLf19vElqVz0ynE+vWT3KhTH5EqlVDNSO/oeajhhgDmxBaeSVXLRm1wT+T7rmnVwAaV6&#10;97WGGwdbgM1g5JazG1tHJkKdqepx9TJVIDxJ4JpzHFGtRGg9ag+kn3SQkLqpx6cVGRkNQRXrr6g/&#10;UfUcj/Ye4W+ZRLm2l/wUf1uBJOb8k3PP+x9+j+Adal+KvXftIJJGdTFlFjYEW1AjkBB/x0A+nt93&#10;LKiny6pWvXveeFpG/JjJN45VLKShtZKhxf1t9WH09061172pMbmKqkQQNI8tKfRPS1DvIjuVA+7g&#10;gaVYm8aD0uwuD7XBomGutKfl06NNKkY697fXxy1Uf3uHYVsei82PqSs0zM9rTRUdMjgrApvqLelu&#10;fdTNHXSXNP5f6v5dbKIxqp697RdU8kWsM8jMpAbzXZwzWtob0lAR9fezKFfTpJPVVUBhQZ697wxH&#10;9xdMvBvceS17KSotyp59qIZcVIx1dlz8uve3SKpeOcPTSyU7jkSBjCFuLEmRCrKDyP8AY+zSKRqh&#10;T1RkDAinHr3tbJNQZegphVSQUuRmeVKOpleGGnd0azfxaeQyTmBYl/b086v8PanxGBrQU+zr3hqa&#10;dgr+X8+ujcG4+n5HJPANtI/rf2kqykq8XM1LUiU/2knmEjGXXqa0crpHrit+mw/T7dtm/UUE9VSL&#10;QRRadd+zj/EJ75nPC/1xjf7G9fR83vc2B9xvzVMFW6Kj8R/lX/N1NvtABo3A082/wr0ht/IJMXRA&#10;/wDOziP/AKrVQ5/qOfdgMjgKnP0QAWPq4U2J9Q9x7YTO3i19f9Q6m4A6dVfxdA9UU6hhYc6m+tgt&#10;9Qv9R+be+KScWuT/AMjB/rwbezSnVuockfNzYc3HH9QR+QLi/Pvmw1XH+xIX/Dm/N+bH6+6giqtX&#10;rWDQ16xrdbggWIKgt/U8cfkD34DVx9Sef9sL2v8A7D27H59W49Y5LL/WwNrH/Xt+Te9vfv8AfW/P&#10;1v8Am3uuVPXuuX1B/p/sOPr9QORb3mjRmB5NiONQIueeP1fT2l+oH++/5/7HT2hfn/q/LrlJGAba&#10;vof7IBtci3+xPuSqWFwb35/J5sDweeLce6+P+GRc+f8Asj/V9nXnX0HUV1JN1NrXt9OAPoQbfkj/&#10;AG3uZHGDJpCDjTa2r+jWNwb290+pm/j/AJD/ADdOqWJoOocwjWLUxPNwbsf9Ut7X+rC3tzhhaOQB&#10;hxdSQRxcj/FR9L+2jcuVpXNKV8+t54+dOmmcwyozKfprIFxbggfQMbg2/wBb240wYFbn+t/6k8Wv&#10;fkge1zMBUaTQf6v+K6acL3AKa9Jit0ur2A9QH0+gAv8ASw4vb/b+32ka7AX/ANh+fqpP9B70cUI6&#10;YI8xx6R2Sj0o11/r/sRpfg3vx/r+1VS3Uop/Ij+v/IBF78e7o6smpG7gP5cP+L6TSRrRnBz0F2ai&#10;YmZig0a5T/UaiZSw5vf88/T2oKcAAjV+dP1FwOFH+H0Hs9tnOlHI9D/gP+GvSZvi4dAluBCZZFCf&#10;VWNyreohpRcng3/1vaiowzLY3IsLXJIuR9AR9APasTaZI3Hkf5dIJz8H5/5Oga3FDGokAIUuz8aV&#10;B1At9R6je4Av7mVl/t2Nz9E/1jdvZ/tv9vH9p/wdE03xr9nQPEKciselLEE3K3Is1/ofp9P9j7m4&#10;6zUdKSOdK+rn+ptxqIsL+y6/uGS6u0BxnH+r9nSelTjj1EzGPQZOpksRqnAupGnUI4wAfQPxb/Xt&#10;7yVSMI76b2JubkgcrYHTwLf8T7JzcBpKCWlf5+vHp+JUY0Y59OlDt6njDAOtif8AU/2RpkAFgwFr&#10;D/YD2xStxb8E/wCP5t/rWv7cjZ4wKHNOlaCigNx6FCnpo5H1MoutiP0gjSG+htqPttlNxbUL/Ui/&#10;54/3k29+8+nqAcB0qqRLNwpAN9LWN/o3+HIBPtrl06ri2qwuR9BYWt/r/wDEe3db6fDLHSDw68Rm&#10;hGR0qKSIaQ+gaQTYMQSQRxb8XP8AsD7gyEXuDyL8g/4/1/xPtp3pVdNemtI6VFHCSoJJAuDoPJtY&#10;fRSLCwH09waiVVuSB/W4I5Nj9OeCfbSaiAgY06vHGSQF4npQ0VLrIIBBBA/tG1mT6grZrX9tU7g/&#10;j9XP1N7G4FrN9be1MLPltXy6UwL8T/l0o6amsQAttNvr+CAOTdbG1v8AX9t7MAri5P1v9OPqf8Of&#10;agSt6DpT08x05LIQDwFA5JvbTzwpNvzzb6+4ErXvcn8j63YDUTx/j/xHu4lYUwOrKPM8OnaClAA4&#10;/ob/ANi+lfqAv5t/t/cd5VQc3ufpexNzz+b/AFt7sA8zeQoP9Xr1ahNABw6nxU7LypJUE3sCPwbX&#10;sAePcaRx+Lj6fT9XFrW5PHugHVQvlXp1p4iQAbHg/wCtyWBvxa9h7hSSlbckG/6Rf/D6m4P0592A&#10;68cUHl06RQK97Lx+SxAH5t/ZP54/HuA0l7fQf6/A/wB4J/r731Tj07xw2/xt/Q8n+o+gP4+n09xS&#10;xv8AUD+v5v8A4KPfutefTgqgLbk88Wvx/XV/rj8+40pIB/339m9uRz72OtefUuABiv8Ah/r/AOq5&#10;Nx9LX9w5CCByy3NuDb8/T6293VtPkCPn1dfPqdEhLGwDaVv/AFP04/Bve/uO5AH1+v8AiP8AH/bj&#10;3TrdcVr1OiDMf0/T/aW+npta5uGHuPIwsLEXv/X/AAPJsD78OvY416nRKSxuDbSfwP8ADjn+vvE0&#10;l1P1Jt9LXF7fW1/z7tTrfWdYwGH0tf8A2Nr3/p7bUVy7Fr3sb/U/Qg8/jV7USSVoqGi9UZvIdS7K&#10;EF7Hkf0/I5t/hz78/AK2tza4ve/H0/oQTz/tvdfEbVrrnrWo1r1kRFYf1/1yLH68n3jQWOoX54ub&#10;fT8e9vKzihpTrxYmnWQqPoebH6X4vz+fr+ffmexP1uPz9ef9e97e2utaj69c1S4H0t/tv+I98S/B&#10;sefrf6f2r/X/AB9763XyrjrkEsV4BFgLfXnT/wAV94ddxcN/vIAt9LX/AB/T29ocEgvn9vVWByK5&#10;670gcFPzzxzf+tvqR78zkqQH/N7XuTz9bge2yrAAk+XSdUfUhY4A/Z1yRV1D0f4X08cqT+fpx7iS&#10;syoLFvr9Lm1gOD9Px7VGtTXj0+a17uPUiFVLf2eBwSFFyT9OT9b++CyMAv5u+lr/AEF1/wCK/wC8&#10;+07hQW8hp/y9MSCrMP6P+XrN4wxJ4BAuv0+mojmw499s5HJv/sP+R3ufbCsG+3pKT1zEQHHH9LHn&#10;/bcf09xCq/7ULf1b+t/8Ofa/6uX+Ff2H/P1bWesgiA455/1vr/hx74NGSPS1/p+om34/pz9P8Pd0&#10;vPKRP2f6v8vXtXXJUVTf/okf7f8AH098LMAALgk8Elvpax+vPPvS3b1HiZHmfPrWrz6yGJG+gH/B&#10;RbT9b/ge8Go/0I/2P1/5O9mHV+vaQf7V7fkfj/kwfge+/J/wX/ff4X9qo5a1Vz3fs611HaC3KhiD&#10;/sT/ALwPp76DH68/7E8f7zb3tJBpXW3d178uu3jBLBV44tYC/wBBexH1/wBh771yE/i/H1J1H/bE&#10;/X2phuEj7DXT/g/2Ps6ZJX8PUd6dTyvP1/A08f044+n+t75knnk/4Hm/9P6+6/WPrrp7PT/LXrWo&#10;16xiBLCwF/8AYWvxxa39PfQuf+K/6/8AvNwfz7MurdYD6frbj8f098TIF45Nh+CPx/rm/t9BUAk0&#10;6sqlq9dGLVcgC/1BII/V/S1/9j74+cf7V/vv9j7c8M18ut+Gfl17wm1hpNx/T/efp7yrJe1j9PoP&#10;z/h+f6+6U+XVOsTRAXuPqPr+D9bkcG4A/wBv756/9e1/x/xPP496691j8f0/QT9ObmxH5+lx75K4&#10;bjUPqCebcD+guRwPeiaAnqrHSpPXFomX+yR9QLL+Tf8AJUXPvJf86v6/2b3v+f1H8e6aj/AeqeI/&#10;++z/AKvy6xafxb+n9q30/H6R9D771gkgE/69/wDX44J936drXrh4iuklfyfoB+LC/IHvmHX+t7/7&#10;z/t+APfhWmePW69cGicnhbBefofp/h/W/vKsikC5BsT+qwB0/wBeeB7abVr7Tk9JJaiRiDxH+r/B&#10;1iMLc2W17XsCTzz/AE5vb32ZQLW+nP0AIFvp9WP09q7NmPiVPp/l62sshrVv8HUaWnJtcfnjkg2N&#10;rgAJbke+/LcA/wBP6fW/5N72/HtdXpSpqoPn1H8FjYg3+tzfgWtYgC//ABHvn5AQCf63/pf6f4/W&#10;39Pfq9Ny/h6xmJlNv8Dz9bfUf0ta/wDsPfllZvr6iGvx/h/jfj6n3uqAEs3TJNBUnHXF4NJBWyhl&#10;sdRv/ibAAnjj/ifeRJv99cWuLX+hF7/7f3XHW+sckF+SP624Oog3t/ZNuf8AYe8jPexPB/PNrG30&#10;H09qLcYJrjrwI4jh1EdCPSASLf6n63YfXk3v7yK/05AP+24+nHN/ajrfp1GZeLWJX6A/0P15Frc+&#10;8uvkE/Tm9uP+J9+HWusHjsCBa9xb8/6/9n/H3ljnUMFvbk/6/Cj/ABtx7akUAahw8+mnTzUdYZKV&#10;mQkLckKOeRy555BsLX9zxMpHJsP8P8CT+D7bArQDj0yASaDppemYMSqhiLcNf+i/QleLe8okHIHI&#10;v9R/haw5J49uqlMnj0+iacnj1CeI8H6G30J/r/yD9f8AevbYHIyePYfmugX6XJ/cH0+v19lm9gfQ&#10;lTwqf+OP0vtO2SnnT/J0rsbGBjMov9MVUtwbBRpjBPFhYA8exbkt9ohP1MAIt9QfCbi/NjY+4B3x&#10;q3jleGv/AJ/P+x0K7V+yoOP+K6atti7yAj/d0g5/SbeHn8cf7zf2g8o7evn0gH6fXhmItY3Nx73a&#10;lPDwP1P8lP2celcJAcjzp0KuOj9aC3Flt9LE6U+oIvwB7QdcxLPz/XjkfUn6f4D2obgo63Me0Dz6&#10;X2PWypx/sbA/QD/ef959pOtIs9uefxz/AEv/AE/HutGNKcekjNoOqvSpoiFYajxb88AX+n+H1/3n&#10;2ictIiqwZgGv9CVA+qji9/x7O9vgYENTH+qnp8v9VOia8uVoT5f6vn08wsWI03sP6X/o1/oDa3sL&#10;cxU6EkkSPWV0WGm4a7RgjSCAf1exNBG8QEnl6/4P9X+DoH3VzVXVRjp7gW5AJIvfi/I+tubXB91p&#10;fM3d77c6/wAtNSymGrkSmFIVleNwwye2hLbRVU8g1Ryk+n8fX3IAiEdks54+f+9NX/D1CnOt5ojk&#10;oc/7K9O6cKP97/rz7omZizEk3JJN/wAm5+vPPsPO7OdTdQ7WuTx65++PuvXuve/e/de69797917r&#10;3vw4N/ewaEEde697kxQS1MiJEjOzWvpBYKCQCW03Khb8/wBPaqGFruRIYVJlJFf8vqet5Zsceve3&#10;dpocbE0MShqo3V3Olio5VwHXRIvAv9PYmuHi2e0WGMAXzABvUeXybpmSIklWPXvb3sba1Ru/Ow0Q&#10;cRpaSeaWRmRQIUaQJ5Pt6lQXC2swsfaLbbIXLC6vP7Mev+yD/h6T3U6W0GgUFfs/zjr3s7eJ2tQ0&#10;tbgadKZIoo2l0QRRRIWBl1EmNaZVbSxvwBb6+x3IBNapFtgAp/D/AKbV+D/V/g6IZrWRbZZ2JJP/&#10;ABX+r/Y697uG3xjS1FK0Sa7+Mfovx5aUfiLn8e5QW61XW2iv+/Mfl9vRhtcCpZqdOPL/AHo9N9JI&#10;GLA8Hg8/1s9/yfxz71z/AJA0stJ2puSORNLBcLZdLD64DFHjUq3+vuCOel/3dXZ+S/8AHF6PWTSP&#10;ln/D04ew4xuOYhaiaLU+oCGlZNSSsNV1lgdC0i6RcAH/AB9nnKXIkW5w/WXrlZx8MeKtxB7GjJOM&#10;4Pz6Lbq6jZjDq0imWGKcPxVx6de9nK686I3C+2Kve+ZpDQ4+CmeahxldHV0008kDRMWnoarE+J6O&#10;WOS6FZgW/wBb3lFsPtpzGNsF1e230+0ov8MsRIH+mj0MCvyp1EPMnNlnDf8A7qs2D3RHxih0k/0g&#10;1cfZ173YT8QMaIsVmHKpFZ69VVfSi/u41gqXjFlVfpz9PaKfbBbWoVeCT6R/ta+q/wCr/Al2XUd/&#10;1t8RhSv+99Raw2iHF7uB9L/2W/Fx+f8AX9jd2cgWaO0n6aCP+1f8V1yePxa59x1zWsj7hBGpx4S/&#10;8eJ6lawzIg/4f/gYdeo+Yifp6z/vS/19l3ztQv26K3JTRqPB5Cy8Xv8AUk+wrFFSZ1B4sf8AD0rr&#10;W7uKHGs/8e6lew2rZQZDbj0k8cHi5I0k3twPZvHEAo09MXj9pA4f6v8APXr3sMYYFi3aZgLtIlQx&#10;DWNiSOeEv9R/X23cALGD50PRNJVAjDjn/D173cZ8MiX2/KC2gXhJUNp/3RWfQc3t7LrOupftH/P3&#10;Qu5erpX/AFfb0CfdpC4CnbRrIZwPRq+tRRC31Fh/X3aX1PrOYlA5BuLgngiirbDj8XPsr9wv+SJH&#10;3/7P6kf/ABfU18l/8rFD9jf8ck6qr+RDQDAUjMArKwI16AFD5HFgnn1Xtb2Hm4gxEpt+kp/X6nx8&#10;/g/T3i4n+5b/AOlX/Aesmv8Aia/2f5B1YLtYoKelAP6mqfyP+Oktx/sL/wBfYbVBbWx+nP1sfxb2&#10;Waz8AHEAft6uoqgPQuU6roUk/wBWNzwPqbf7x7bKlS6Hm4t+dV/634P4Pt5JGVQyjSx/Z0nlBC1C&#10;5P7OnCHSJNNhwbgi3H4t7TtQrFJF9JZrqPpa1yeCB9f+Ne3IqBlY/D0SXEK+JqPDp1U+tTc8er8/&#10;4D8n8+0vXxsilObk6v8AWuGF7WUEj2aWxowqcdE8woft6cImDWawAAAH+wI/Nzx7apEZgF0ltCgE&#10;WP8AZ4+lvzf2dW1DGzA41dIpACNVeueqzXvp1fT8f4/X+nuOim7GxH1Bsv0/2445Pt1iVViFqfTp&#10;OwpXzHXMkGwuP9jf/iDYnj2U35BRiHMYqTSBfHEW/RfVVyjkWF/pf2b7U7S20jAEVb/Ia/6vn1H3&#10;OEZaaAj/AH3/AM/N080RvCeb2ci97/2V/wAT/X2X2ST9tEvcfX68j6AW54AP+HtRrjDVJz1HMgAc&#10;nz/1HqX7wAaWYfqPpFv974/2H19u8QD5dOyrRV/1f6uHXvfuTa1+P8OL/kcfjj3716Y697yp/wAU&#10;5/J/5F791sefXvfavz6R9b3Fh9fyCP8AH37rY697k3I0t9CT9f8AY2v9fr7ofiXqpPcn59e98UkH&#10;rINyFNvyOPwbEfQH3YgOp9OljfC32de9mm+Mbk7iy9jq/wBwdQfz9P4hiOLX+l/b+z/8li0/5qr/&#10;AMeHRDe+f2j/AAnpKbxAOHN/+O/HIHP21Tb6+x2WQ6t2LySuTz8n55IUC/1vf2Lv+JW41T8MmPTv&#10;PS26/sdv/wCaUX+E9RIVH2uBYEAGmxacfkaAQPpb2xF7bn2e7cA7bo14+tvvFPF7j2xB/uNLopWv&#10;5eXVH/5J9x/zU/ydT7Xo8uo/5XKk88cmFRb6/Uey99uaf75Z42vqyFTxx+GHP1+th7Zn/s4Yz6D/&#10;AC9LLV6wWQ8wi9O+K4xlB/1CU/8A1qX2DLjiNeeFcH/WH1+nB/4n2H7o/qXDU/EP8nS5mImumP8A&#10;GP59OHvjb8D+n9f9jz7QdV6979/sP95P/JP+v7917r3v/9WnXIbOwubBqdoZQIw/VRZiopKORidM&#10;Q8cFNEznSYpGN/xY/n2AvEcGjD9nUiGNGzGf29b+gZwB5AtzflNRUc/m4BF/YX5THVmMm0V9JVwl&#10;QL+WmljjY6QR43kRBJwwJ9+aR6UTVq+yvVQlAdS56yezBCMydJ4Px+PU+Yzt+QVAWW34BAIP19k1&#10;pI8k8jzNqGOqTgSW6SP3MCeoin/Lph/SmgP+3kn/AOKey21J1Fyx9Ks6vb1m0ZIOg/nk/wBPYg1K&#10;mWK9btxVhXPUv21TEekqW035vcEfUcqLkk+6+NESQTQ9OsgLkY697iMza+GP4tc2B5A5Nvr7p9RF&#10;/Cf5f5+m6KPLr3viWu+r+1Yre3Ok/UX+uk/09rFkVkXNV63kAjr3vEWa4UEhAVYqDpW4YgGwIXi/&#10;vRER1VUU60VXIKinXvchHci7D9JtqIOoD8i/AsfbJqDQHHTLJRj29e9qTDbhy2GJfG1bpBJYz0iz&#10;SpBPYOieWGJ1DsmskX+nurRq+WRSetrI6/C1B16w/p9Pp7UcsW092hIo4RtfNHV9lFjoaPG4FuFe&#10;oNfNIZpk00tNeHTa8shH59sSWkkQa4gmYhvwau3+H4eFPxdPqqSrqbD/ALB/q/y9ceRb8jm5P6v8&#10;LACx9oqvx+Uw8z0ubiRdNh/E8QJZ8I2pVc6chKqRkoHVT/SS6+2kvnx49t4af6XT1pl0kB1/McPz&#10;PXL3AaoEqBokiPJD6bmMKCQjLYnUWK8+1K3UCpQMpGO7phjxoKde9wpJBa0SyE/R/MmkL/Qow/of&#10;bbB5x+i+k9eCk4697jSzE+ri63B0ni/0t+L2/wB696i8SEMkjtr/AC/y/wCf/YdSMEGi9w697bp5&#10;B+TcckAjV+Cbcf4+2XJPexrXrZif+Hr3tvdjcW49QIB4seebLcWFvbRcsy6SNNP2/wCr8+n0RahS&#10;q9e9ih1WzjI5uWJrMmAzLFCbAlYojcqBqYG/tW8Y0qJE1fl/qr0rFVRiMHSf8nXR/wCJH+9+07V0&#10;mGzBLpHPhcw1rNj4YabH5F2uTU5adtUjVFwF1D+x7oDoYhcU4/8AFdFaBZyS7HUB/q/ydd+2Ophy&#10;GLY02QjjaUfWtpjJNiXC2v461rK2vWAv9W493inJZSzdv2f5uq0K4YD/ACde98Y2TSH8kjxEHQdQ&#10;LabkG/8AZuH59qlkhJOR/g62AvGmOvexo6+cvtjfjS+cgrtoEopJ4r6wWJPH1/3j3p2AaME+vW0U&#10;hJg3y/w9cD+pPp/a/wBf6fj2H+tLswVdDMSNQGsm/qDgWFr2t7szYwc9M49Mdc/eUVHH+w/r/T/W&#10;bn/D3sMMVOet1697UmC3LPiauiaWKDIU1NVLUQ0Vf5JaOOa9jKIhIoRiDYtwbe6nuqrCh6ur6SDx&#10;HXRFwRci4tcWuP8AWuDyPae3bn5nyD5eaBGoKlmhhSgSSY09azy1F6mNmK0+MjjJAe9xYD3ZEA8s&#10;jqxrXUy4/wBX8uu/bRBVRSpG9PIksc5SWcllZ4Z3AMscYjJUJGCNIPIPuuvvJrjTX8vP/iuvOKgM&#10;o49e9vkLoYwIzKy3GoP+CAL6QLkW/HvYdT59U+XXvc2FwbEIzSAabyLyE41Af69/d9TLwag69U8K&#10;mnXvb1SV9VQMklA8kUgGhxGzICr8SKfGQxGj8c+60B62CV4Hr3t5rKWDPxIMfDSwZQKxMGlIoJgp&#10;1OWADzGSOFDp5+vvQJXNer/F8OG697RUtNLTu0csUlPIhH7UyPDU+oKeY5AH9Ia/+sfa61lYMRXP&#10;HrQJrnj173n/AFIQrkKLGU8AHUbJo/rzyf6ezdJMEIf8/Vvt697casH+E0UhGj92p0sBpJIdQfr9&#10;eAP9f3vW1fiPW/Ide9u9Bm4MzEuNyqxySy/sw11QAZ6e3CtHUTu3j0qLA29PvbSssbGvd1sMGwev&#10;ezc/E6kmoNw7gUMskH8KbS5LPrH8TpAfUoWN7Bb+wPzWFNgGK9xJ/wCOH/V+zqZvaFSE3D+HP+Fe&#10;kXvgBsbSKSR/uRiIsRf/ADFQB/jYk+z5BvIzLewSncixALFeACfqSTa/sBOVitIJI0Cs8yV/1ftp&#10;/Pqb8+DX/hnQSBD5ZFkLPYyg350g/UgG1gAL++SKQRyPqP7Q/oP6kH3vxz/E/wCxv83W+uLxoQbI&#10;lrH/AFH4J/p7kA8W/wB6/wBieeb3921P/Eafb1scRjHUQxgn9K2P4IFv6ccH6W99BrEWP+H9Dx/T&#10;8292WRwfjI/n140rg464vEjC2hSfrc8D/Emw+pv7zgAE3BP0/wACPrx/vHuvjOww/wCzq7IQcCo6&#10;xMlvpYcf2ubj+pv/AE981IsbgDm3PIt/Q/m9/dAQCDX9nT4p59dMrE/1sPpwP63444PuSG/qePxc&#10;XP8AW3FiSfdetdRmXiwHPFyD/Xgmx49y4pCjX1aSOL3/AKavzexIt+B7a1oRUZ62AScdRZ6dmGlo&#10;9Smx5AsASv4twDz9efbpGzPcliT+CxuR/sSbce2zLH/F/h6t0zyUxSyqigW5A0gG3H0/x954yxc+&#10;o3BNyTa5uOTyLezxGQohMfEDq/H7Ok5VRgBgCtuR+kf0a/Pt/pL6h6jewuQeTyv5Nx7bJBFRw6RN&#10;56ekdktNmBUEXtpIP9HP0Frf8R7VNC+opcXK6fwfoNF+dX+N/elNGPoR/s/5Ok8v9m3+rz6DfOw2&#10;jkINgSzcEf2jIALabW5/HtT0i3DHk+q5ufTb0XNuOb2/x9nFrLiNK9pH8wP9g9IpGOM9AZudQhZg&#10;AGFyCo9dmM5AvyLc/n2pKIheBxawsAfwBz9f6e1b1NDXpHOKpWmR0C+eiMkbsV1tZmGq35ZxxwLi&#10;5uQb+5tRYU8n1NgALNz9ByL3Nj/t/Zpbs7eEdQqa1xx+X+r/AIsmuRShp0GEUCjKr+yo0uCLj9BN&#10;hc83N7fT/kY5Y6Q+GDTblP8AH6+riwtf6e3pEQ+I7jNflw6ehjjMIfTkdQtzQKMhVgax+8oGm9yw&#10;WMki9zfWTx/h7l1LHSbkn+jXtfkX4HAF/ZIdBYlE0qfLq4VVOFA6csPHYxqxVmOosbAfUy6b3/IX&#10;8/19ssyizAG68G/5sCCOB9OT78C+gEr3+n+r/V8+nFGKHz6EihcGQP8Aj+h+n6XBH0ub+22cggfi&#10;31H+2H+w+v496QMuoDh5dWPSrpv1BjwGsDb86bk3HB+t/wDYe2/SjL6uTf6k3P1P6v6W/p7YlkkS&#10;U0OP5f6vn0nYkMcnpWQCyoFDBdLX03X1ab2X68kfT22VJTkqLfg2sfpf+p/Fv9t78mv8XV1117ul&#10;Xj1dtOptf6SNWoLyFBAGkE/8T7Zah7cDkG/15sOeOb/X2rjRWFSPPpVDGrKSwqa9KqkjbV+V4BGk&#10;W1Hg/wBQfbW7G5PJJ4P1PPPP+tx7UCg4DHSkUAoBjpRxRA6eQALN+AbC1x9Prf8A2HuBKSb2Y/pP&#10;B+pPJ/H9fbseindxr17p0iR1K2FhdTx/T6fm/wCPbezEi9yLXFrkfX6H8X5HtTpC1Glf2Dq1SKiv&#10;TnEvIsWsbFj9Rbnj/Dg29x/US1yeP94+n9P8B7RzOsbKE4k9bBGQT0+wRgxgkKLLcm1z+TyLcj/W&#10;9xpWsSCfraxvx+PzcfX6e7xuHXUOHV+p8ULLp9PIHI0/qB1fi34t7bJ3YFeCQfT9PwL8E3v9D7WQ&#10;lNLajSmetUDDu49OUUN2NtIsBxzcnk3AKWBvz7w6xbi/15/3g2+tvr/j7L5nZWWjdVHDp3gp7hta&#10;A/TSeefqDwBwQB/T8+8LuoszXvY/0Fv9exH9OPbFqZGMgZtSf6v9X/Fda0L6dOMkK2URjQbj+tyf&#10;95+gH9PcGWQG4vf/AFifra3HPJ9mHW6D065QwkAG1rj62/Gr88Wtxz/Qe4zyCxNwQt7fn+pvyePd&#10;ky6j59apinl1OSIgEAMpIBN+BwLAXAH9fcdmve/P+2/4k+69ez+XU1EItbj+v1+gt/gB/re4k7HR&#10;6bMb2+h4+vFybH3WA1ldXbgf8HVunERjghben+v5IB549xGew/Wfx+QT/sOfb3VGzTrOE5/R/txY&#10;e8eo3+tj9Tzb62t/iPe+vNw6y6BbkXB/w/x/qfeGRza1/wCv1N+Dbjki/wBefeumz8us8aD62AH/&#10;ABS5vwDa1veAysOSfp/r/wC8er37j14cR1n8QP4uef8AH8fnjn3iMw+tzfn6nj8f42+p/HvdOnKD&#10;06yiIXsFH4HAF7c/Ti/H+PvEJiWAJPNvqRp/T/W5/PvdOqEUyD1kMICk2Fxe3FifVx+B9B77Zh/Z&#10;+n54/rb63H9PdtTnix/b1WtSK9cFQc6gB9AD/iPfEuRzqPHN7/8AFfe+/wCf8+tdcwqN6bLzxYW5&#10;/wBe3vhrDWB1H/XJ+tvzz9Pdadb+fWQIVuVt/hYA8W/HpPvrWoIHP5B5/wBYW/V7rIzZz6f5ek03&#10;+b/L1kWMsCbA/n8iw4P9P6j3wkYX/wBYfS9yb3/xPPH+296jHaOk/XMKSTxbm30+gsP9b3FZ7Hi4&#10;5/qeP6f4XvY+759Rp611IWMafpe39R9eb/0v9PeNm0/7sY3+t2+g/wAQfdlrVafF8vX5dbHy6yBN&#10;Vz41AF/7Nvx/h7itPITw7N+b8/Xj+hv7Mo4koS0IB/b1cD5de0KLfpH/AAUBf9h9P6e+IcHi5A/1&#10;9P8AxN/b/W+uJQ/UgG554v8A7xa3vlqX+o/2/wDsPfuvdesf6H6/099ar/27f7H29bt8fafLqmr+&#10;if2dY5Y/p6R+foP9b/C599avzqt/sf8AH2rCV4JX8uraR/COsRBH1BH+v7zeT0XJ0tz+ALn+v+F/&#10;dFMayCqalx+X+Q/YemTQNQZHWFomLWBuLD6G4sObfS9hf3G87AeksD/QEgH6fTk+zfq2PTrh4F/t&#10;BSP8QCR/rkgX98lkb63WxPNyb/U/Xn25+l/S/l1vsPr1xaK30HP4A+n0H0uB778n5uv+PP0/1+eO&#10;fbfXqj1PXvEf6N/vv9h75xuvquQeTb8g/Q/gnge962xnqv2dY3iN+AR9Ab8f1v8Aj6ke+XkFwP7P&#10;5vY/0P8AVrA291698+uvGbX+hP0t/sf8F5598jKgPFhc/QWH44sPbiMSSPwgdNhj4jg/CB1h8LEX&#10;5JFrE6jxf/Yf198xL9bFufwf+NkE+3QB21UdOBR26lFR1haH/AD+h/1j/gLD/be+g5YklnAFv9p/&#10;3gX92NFwFFP29XwvwqtOvGMKFsqk/Xnk/X+pAt9feUSA/wCvwBYD/b8/4e6dU64GK344sWN2v/rf&#10;QfS/+v7zK6rxYX/JtYW/254v7YOphqPSRyX76Y4dYWjLEkE25sA3qP8AX8f0982ZTzYH+p+p/H9B&#10;/Qe1FsGPiaT6f5em6MeB6jOjekBiv14PAA+v9efz74a7G39kDgckf6/1N+fa1K0qa9OIXC5Jr1j8&#10;dxc/qPBN/wCh+n0FuB75q/APP44/HH+xIPu/VusDw8kDT9Cb355JsORcEe+WsA/jnnj+v9PrwLe/&#10;V69+XXAROVvdgRxZgLWIAN/Tck395Awv6f6/71f/AF7e9V7e/qn4e/rE0bHl/wCg5P5vb8gc2Hvn&#10;5P8AG4/H/FPxb3cdtCpyenF0gmox1h8V7gpxf1fQ/i17e8gc8W5/HBBH5/xJ/HtRCzGoJx1rqLLE&#10;oudOm9zbQVPAHH6QL88+82r/AGo/kfq/1+TyPe5XZdND17HUZIlN9SqeVP6fpfkgWUn3nD/2fq39&#10;Tbi35+vulR/v3/jPWtK/wivWAw8k6CE+llc2t9Prp5HuQr8G9jcWB/IP04/1J9+gPcST3cevaRWt&#10;B1DmhuVsCoDEuLDSRpP6hyWXi/095kkP1JI+t7/kf1+v4J9vM1MKc9UZ/JTnqHLTqfSFHJuLfg/6&#10;1ifoLW98SA1bjXVdP+W039P1ah/rjV7K9z0NZXfiNnS+PyOelFi5aZgzZr/l6ccazx0+TiLFv8hn&#10;IN+dJbgc6bqT/X2K1U2mgjNrHwoASBexhlvc3Nwbe8cnrLvEySPqXxH/AOPr/q/z9CqzzQHhn/n3&#10;r2MjCDVGojJZTxY83HNrWH+39oHJPcM3Avc/T+rMPz/r+1cg8K68JSdNP8lelbErJ2nPQl4YaoUJ&#10;HrBHIH9FT/E2J9oXIcFm/wBcgf0v/wAQD7fVqnSa16sxJAqx6XePX0C3+ANj9bcC/wBeT/j7SFa1&#10;wbEkM4H6rnkgf0B/3j3eN3FSRRgOmJRWM6uPSppkUW/oF44t+D/xv2iMomoOCPpyC1/6gccf19nV&#10;lIWEbKf9VP8APXogvEqvw4/1f7PTxB6W5uPxYW/2IPNvYXZinl0SgMyAFDdSFPDxG3IPHsT2haUr&#10;EzMcH/UOgpfRiONmC9PELLxwLn+o/wAGJ5v9R7pH/mEbqVJsBtiCW4dsmKpVf/OAQ7SroTMFls2k&#10;/S6i349i6J5/AKSyN4Z4L+Hif9Xr1j5z3OxmRCTpP/QKH/L07j6c+6tiCDz/AK/++PtC6FSQeo5+&#10;XXfvr3Xr3Xvfvfuvde99297pkgdep173Lo6Gorpkgp0Z5HYDhWKqpZU1uVVtKKWFz9B7XWe3zXks&#10;cMY7mYD9tP8AP1ZUZzpUd3+ode9vs5/giNSDxmssVlljcM6SMCjIrLpIjVlvyL39iKSa32KBrdYU&#10;O4kfHTuHlhsGmpa9b06K0bP+oU697gYzF1+ZrUp6eGWpnkcElVeUkagGYlUf0+r629l22WVzud0k&#10;107suqpLajXzOSG49J5JkjqCRXr3s5PVHXNZimSqkpkR2Qs8gRlc/tuP1NTAng/S3sa3kFtATHFG&#10;oSuQFoD/AKv9jomngee5VZasurgRUf6vz697Mxitvx12QoW5jljkGlhoDD8kAmI/q08/0v7vBL9M&#10;gEIKfJftHQivLdPpEVoxo9P9sOve7VMpQJPQv5fM2qxXQA7emdCeGUg2K8e5WsLmC+NjJHbogXVg&#10;Cnl/q/2MdFaXqSTrHDbhIv4VXT+HpPxO0cpsyn/VFm4AKnkW5F7+6BvlrtWSi7ozZjo0kMwxISkg&#10;i8srBNs4W/8AkyRhjfXq/wBY39h7fdmWbmqB02dLi2PxKI9an9IL8Kr/ABf4Olm8Tx2zqBMEWnrQ&#10;Lw49P6sGAZTcH/kX+9+xt+O/xgkyU9JuffFBCKFWD0+Oq4UcOEkqIm89HkMaAEdCrCzc/X3m77Je&#10;xC3sFtzDv9igVDqWN0XgC6r2yRelPxdY1c++5CNZ3SbNcFSo/wBDNM9v8L+teu/Z4exMXS0Ow89S&#10;0EEEVPT4iWKFIEQQRRxxqi+MRKIwQqi4/HvI7nzZYByZuYs4FVIoHooAUDSKdtBw/wBVOoV5Y36e&#10;837bpNwL0aVa6tWc/M1697bfioCuLy6G4s9f6T9NWvGmwGmwa/vBq4tWPjxn4F1EfbqNG+304dZD&#10;8sHxN4LhqqaU+zXj/a9Q602iX/lqv+20vf8AI9il2ioNTTggWNHF9Tb81v8ArX9wxzDBKbqaQluw&#10;af8Aa93/ABXUw2oAhuXUdw1f5euVH/mj/i5J/wBey/4n2WrPoQdIsF1EWsfwJrsAAebn2HoxGShZ&#10;P1Tmv7emKt2Sf6IRq/wnqV7RNRCurVZeQLMQxIJvf8EfUf7f2pGqoGdXSZ2c01FtfXvaMliC52Er&#10;GAfHNYhRc/n62ufr7al+E/Z0kIBbSRjr3u2X4XuxwcgI/wCOf0H1/wAnq/6A/S3srixMcev+XoYb&#10;CKKDp8+gZ7qUHb0J/pKv1IH/AClUZ92r9RXO4Y1t6XWbUCbq+mjriQy3/Psl531Scpb1I7EywvFp&#10;PmmuRKaDTy9f+K6mr29XXvEjt8S0/wCOP1VL8lxGm3aMkIwMiFgEJL6cnhywLC/sOtwMwrK3UR4x&#10;9vpW3Fmgg/A+lrf4e8arrwo7Xb5F+NtWr7VfrJ0+Tfi6P9s9TJR062OpfLoYCx9UtSL6iPwp/p7D&#10;WpNmZeSLX/6FP+8n2Hy9SNRGrrZwMdDPTKNAIFufxc88gE/kfT20TM1tIv8Ajj8fj/Y8D/e/bniO&#10;3E9NOobBHTpEkfLaeeR/j+bn8jk+22pTgsqLwLjUOQTf6f7V/vPuscrVMRds/sFOim4TuI8j/k6m&#10;ILck/WwNj9f+IsP9h7TdVECQSb82Zj9Rct9bg2HtcksgpnNMdEVyr1bUM9T4za4t/jb6fgc8Ec+2&#10;aWIazoK6SedLE3Nzq1WFrX9robyRECBnP5D/AD9IQD6GvUkKDYsovb8g3AsLEX+nHvpYueQQCur6&#10;EXItcjjn2pNw7gjxa0/PqrCoPYC3XA2AuB+QvH5H9Pr7KP8AI8Ba7FHi/wBmeR+B9zPwP8Af6exF&#10;tMh8N0SWg1/8+n/V+fUdc4xlJrehyU/5+b/J080BJgN/+Oh/2PpTk/4n2WXV6VuCWAI+n+F/9uP9&#10;j7Oz6eX+r/D1GEzEy5bqb7ycWBJuTcm4H+HA/PP/ABHtuEk6q/LretmAq3XvfX0sePz+f8P+I/w9&#10;v9a6976sSxIYi34BPH4/qOfeuvceve8pOm4sOQD9Tfn+lvyfetLfxdVow/F173y8g0qSR+bEWtcX&#10;/FyPx+Pe8dXrjr3vmp9akfptcr+Tb62+oP19tzHsYZr1p3fhU9e9mm+Mcijc2WUBbnA1H0sLD+I4&#10;jg8/n2u2TT++LHX8P1Cf8fH+TpBe0pB6eMv+XpK7yUthZLfUSMR/5zVP+B/r7HaV9Mm7ggs332fa&#10;w4sLnkWv9bexeuk328ArgRy/n3dKbjLwKfhWFeoVOt6Dbuo/7oxAueRfxDi59sEx/wB/HshmNw23&#10;McCD9CzVyEfUcnn23YEG0uKrVgx/mDn/AFenVbU6tv3LX3aZz/xzpxA/yTMAcH7qqIP5FoV/xFr/&#10;AF/HsAe4Co3rn9IAH3tSbjSCPWv4+v0/w9pLr/caIj4v+L6X23/JNsGp+ppHTriL/wALx973+zp7&#10;3uf91L+T9fYLM5CgsbaTYE34sT9Sfp7C8ppPo+fSqYqJnocnpx9xzJyRq/P9b8/48/4+2W+I9V/P&#10;PXvfWv8A2v8AH9f+N/X3Xr359e9//9aiqGsqKVvJTTSx1iGwm16Cl7gtG9/yhIP+29gZxUivQ9BP&#10;Ecet/j2sId8mvgNHuigp8vGitpyFUslRWQhrteNdQS4sq/j0j2xIlGg0mh1f5ulUcoKgOtc8euIU&#10;L+n0/wC0iwU/7xx/sPYsYqjwmW62i21t3MSTz0dXlK+2UaCikX7+XUsUYF9SxtwLKTb2XRL4bgU7&#10;adNyaBbhEbhU56jhXSqeVl9MkUcSlNTm6NI5LgL6R6/Za85i63Gzy0tRT1FPLDK8hYxOlNULdlBW&#10;eRUWQSab8fUc+3J7iiKFP+r/AFf5evWqsGUfP/P1K9ppywPNrgeqxvyAfof7Q/HvwlAjVh8VP8n+&#10;r9nSsqF1uPip173BeUllHF/qfp+W/pY+91PWjDHw0/4eve+SEFif63B/17j/AGP49vi6KJpDYB/P&#10;pMaxuQp69756Qz/7AAj+v++492+ol/j/AJDqleve8xVhoCgFWFyFtc8/nT9Lnj3sXEn4qH7f9jrx&#10;HkRg9e95kWONiql+PqALnkf7c8H2qbBBXgem2AU46977LvLpTQih76HuFLafU/k4AXSBYfk+1Akj&#10;ihWRTqlNe3pxfgFOve1HT7onWl+wyVJBlsQCS+Nq2kkp7PIZSViW17z2Y/4gH2XzNNuOqN4dKj/J&#10;8+nfExQiq/Pr1vz+T7ba7b0NXT1lXtat01EUaPWYqsaGhoolvpi/h9iZKmRzcuv9n2gbbjbOFXui&#10;8j1pYFko0fD54H5de9ogZMs6QVsdVQLGxWV5YJIi7D0OIzKFEiEi6kfUc+3lmWFgzHPl/q/1fb1d&#10;IiHFT173xea9wRGAWOnQS+tDwrObgK7L9R+PemnM4Djh09QDuoM9e9xZHF+Rzf6cm/Bt/av9faWe&#10;RhGNPwMP8P8AsdUY9e9xJNQk8ik+PSqFfwW1atVh/gPe7SpcMeOv/N/n6oF/VVj5f5P+L697FTqk&#10;B6zcDj0W29nAbfQE08RB/PHszj1/pf6sf6uH5dKjwkPnp66P0/2K/wC9j2haqeSJ7l9SC149V1J5&#10;5IH1K29obqURyAFa1B6LbQ0Eh+fXfuVBmHNOsFZDHXYzgCgqtbQw3JCskakW0SHV/rj3qMkohBz/&#10;AKv9X+x0oEYKZ/1f6v8AV6de946jDRxwyZDCz/dxLo+6oKto4EpWaXwwpQRIPJKsgLPJx6SB7cln&#10;HbU0z/q/4vq8sIYBlb/V8uvexP63rRUYDfiM09LIqbZtTNGY4yTW1p4VwCTxq/1z7TrcMCh8jXpi&#10;IBklBFDjrojlTYcX5/I4/H+v7D13AUG9yZJAbWFrElfpybgezO3cyuyny/1f5ek4QVpXHXfvtJuB&#10;wT+Rb6883/rz7VeFn5dbEQrxx173yeVlQtYcC5H9R9dIFxdgR7rE8bk6a6vn1dVAz1731NIHp2DF&#10;fFPqhNOGLLIrLqIlj/EbqbE+2ZZBI+gHtH+HpxV1nSTjr3tM1dL9my1OMkeB4zqmx8Nko3ijLyST&#10;en1NUOyqlvyvtNPKY41HHPSlYsELxC5HXvbzicz99GEOmlni4KE+MuyIlx6jrOpnsP8AW90imfuo&#10;2D/q/wBX7OmZU+I1oOve1JFUu3qICOpA9NwXX6k/1N/Zohqopw6R19ePXvbks/ruhte4a3A5H+P+&#10;v7v1v7Ove3fbVcsOZjcljJ4qgq9ibHwPwWvwDf34qWwOrR5cAceve+Zy1LmqyWLLlYsvdft62Eq8&#10;cn7euY1FRJcRlYYwqf6r6e9BSFAB6d0Bj3N3de9tM9LUUjvBOpUtp8hRw1OCqh1MLgBZOW9X9D7e&#10;jmfUlXyP8FeqlCmWOR17245Bi23cMzjSDVZIrxpuA8Yt6rfn2ZI2gtjrZ+FfTr3tJgtO1kJgKN6J&#10;FOkg3/1R4tx7USfAem+PDr3s8PxDydTPnM5QyuWiXExjyFjqOqvo0P8AtNiRcf6/sE80Po28Yq4J&#10;P/GT1N/s9UJerTPcf+NL0kt4xCTHU7kXMVdE44v9Iaj/AHr3YBA5SeVQ91ELHk8EF/pwb829gG9/&#10;3DshTu8VD+xP9nqbytY0B/jH+DoLVQO0jleWEqkc3vrPP0sNPuXFIBzpBN7f7x/QEA/0/PtqZzIC&#10;oNE/1f6sdXMY9T1HMBT6m5seb8D6/S449yVZTwVANv6nnj/Fv6+6+JL/AL8J/If5utrGAQQx/wBX&#10;5dYDCv8ATj/Y8c/8UPvkACPoPwPqb/0B5PFvdjJKOJ/wdXKjzHXDQnPFrf6/154/2PvxcX+puR9b&#10;f4fkfj3qkvqf29X0H0678aWvpW17Hhfpf63+h95UYEFT9LX5J9Vv8Px73qbRrr31p+XVPPrA0S67&#10;W9Nr259JJte/H0H1HvPqtYk88/S9rj/ENf3VWYnSgoP9Xr1vHnw6wvEhF29X05PB+nFlC2/3v32H&#10;N+OAeP8AYWv9CSOPdwKZ8+nwKCnWNkFvUASB9Pxe5H9kLwf+J9u8DlgW44N7Ajn6m4BsSB/vftkn&#10;SQmeHHP+Edb8qeXTPURr+QPwLN/xsn/eP8PbkkYN2BBsAQB+QB/xP+x59mcNxTRGV4n/AA8P5/Zj&#10;qlanpJVSn1HkcXN+eVvexH0sBx7f6I3AJuNQAv8A1Pp/w+nuzvp1BKGh6RSD4tPDpF5OIng/gk3/&#10;AMLOP9YkE/7H2qqE2CKPySP9e4/H+tf2m1kyvIB5D+RHSVz2t/q8x0H+Zh/bcMfweRyRcSA/X6f7&#10;78e1TSLYhf8AaQDYfi0bAgkm3s2tJiyeJGMg1z+w/wCX/YPSJu8VX8ugO3VEvrSQ3BLWt/UeYjj+&#10;1+r6e3mlY8kauNP+9jj/AI17EC5YDpsjFCMHoFs1GujkJY6jb/EE/Um3N/8Aifc2sP7BP0NkP+9g&#10;j/YW9mNgfwU9R/l6KJ0NHXz6DaKE/wAUD3uA+o8WIAZUHF72PBHuXiGP2aH/AABuePw34H+A9obw&#10;n6iQHyNP8vWkBCLXjTrBueJFrzYH1sbre/0EY4J+o9zpkvEzN6dIUjj66mFjc8W9P49lzz6fD0UN&#10;TT9nW694+3qPjEIrTHbm5DC4NiIpGNrXt9fpz7Z6hR5GF7fT6H6XAvb/AFvdkkfwo2rn/Z6dQ1Ud&#10;L6gY6QdIJOr8f4uLix+o9sVQrXP9eLjj62X/AHke1AdPI9W6XNACQD+ObG/J/WLnkfn8fT23yN+2&#10;fqPVzz/gL/7Dj2zL/bD/AEv+Xpv8f5dK+hQlgeDf9P8AgeR+fzz7ZamQgn8Hn6f4aha9/wDD3dFq&#10;QOropZgBx6WVBCuhWFiBb9R/4Jz9LD6/X20zufr+LccH/aja9z+T7Uxii/melsKUQj5/4OlHSxC4&#10;55uoPI+lo/xb62/r7bZHFiv9Rcn8XIPtzp3R8+lHBE3pf+hAA/PBHH9Lke4DsGXgfXm/9Lg/j6fn&#10;3ehU0PEdaIoadOsSENz9Dxb/AFQuL/429wmb+h/Nuf8AVf4W926r07xJ9OBz6uP9QbW+vI/1veFW&#10;4NwQbkX4PAt+BwPr7Q3ZcuqofIf5a/4B1ZeJz6dPtNEttT8rbkDV+ANNj+frb8e4NQb6goP4vf8A&#10;rcAfQn6D/efe4pDGdT9W8u8jp0hiDqtz9DcWvzcG97r9OfbeSGPN/oR+P6A/UkfS3tRNMUFE+Lqr&#10;ntJ6coIAASSALjgXBb6j/Un8+4khsg/1RJI/P+H+J5A/3j3UUmnb+ED/AFf4eteclfT/ACdOUQMa&#10;k/S/H+ANvx+OB/r+4U0jWC3Nvz/xsH2+IlQl1Hd5f7HW6Z1Nx6lQgPy2gAcXXg8fQ8H8c/0/1vp7&#10;iMTcj/bn8/S/t3rY/n1ORV4P+vYXsosbfQe8DsVF/p/rA/6/PP6b+9jrQyOpMShjzyR/X/bXHH19&#10;xXk/HP0/FgP8P7R92A695N1MSMfXj635+p+l/wAe40rlgB/Uf2foPpawv/gb+2Yh3zfb/n68a/lT&#10;qaIwAht+PyOTwP8AifcVyCLC30seb2t9LD6H2pqVOMHrVfMHHWZVvYn/AIpf+v8AiLe8Rkte9yL/&#10;AJPFuLfke9UIND1o4GOHWQRF1FhY/X+hJ5v+D+feJ5VJB/J4te/4/wCDfTj36nTf2dZkhI4NxxcG&#10;3+P+K/Xn3haQaT9f944/25F/e6Z62vEdZ1jJIvYfWwvz/t7E39x2YMvHOrm5+n+I/wBjb3fuRvRh&#10;05546zIlj/T+g4/p9f6/8b949YBuAeD/AL2Ofqf6+9U6o1fy6zGMkWJF/wDeBa9v8AePfZlvzyLf&#10;0+p/3n36lOq9deK3P1/1zb6c2tb8/n3jLk3H4PPN/wDD68/19+691kEQHPAa/wBR9P8AYf7Ae+Ak&#10;sbc/7H6f7wfe6de6ymIEX9P+w/I/pyOffUjnSCL8E/lvwW/ofad/jbpFL/aN1ziQfQ/lR9VX8gDg&#10;cfW/PvC7kNpLEnj6f697cn6g+9xFyAaY+f8Ak6ZUhhWnWURLa/0tf/b/AONha1j7xaxz/sfrYf7D&#10;68j253av6PVh5dctBsP9h9Lnj/bW/wB594725/2//EXP592r14gdZLXte9uLfWxt9bg/0v7iM7KT&#10;9P8AYX/1/wDD2cIwkUOvA9Og1FfLrrxLex/3m3+x/H498A7D/av96/3lvd+t9ciin/D8/Tn/AHhf&#10;eTWP8f8AeP8Aivv3Wuseg/4f7z/xT3xL/wBB/sL/AO2/Ht+NWz4r/ZX/AGeqaX/j/l1xZRxp/wBi&#10;VP8AW31sf9t76Zj/AKkD/Yt/vRY+1iEowYGtOt0P8R/l1i0Agi5P0/1P9fr9Lfj3mWVTpB+trWuf&#10;9b/WPtIQxeQU4f5emWRqkkY64tEQL/2Tf6ACwH+P45595NCk/S30II4FrfkfT6H+nt9LiZaDVX7f&#10;9Vf59VDGooc9YGCgXtz9Pqf6n6fX8+45txfj6g/4f719PZr1frGOfpY35Fvzcfn/AB9+/wCKD/ie&#10;f6Xt7917r3H++/2H0/wv77Btc/X6/wBB/jf/AB9++XWx6+fXTLcD8f7z/vPvKWBI5vyf6355+h/w&#10;96rQGvWiQASTjrFpP4HFr/i3vkbjm/1/3kfg2+hFvbdQSVHHovkIMzKoz1x4+n++Fv8AH8H34Ef4&#10;/wCNv9b8f63+Pt3xtOG49PpPxEn7euOgn6Wt+Ln/AFvre3JH9PfvIT+P8L24B/p9faivlXPSrj1w&#10;8QHJN/8AC5+nPP6b3J95FIVrjm3+sPz+OLcH2mZ2bB4dIGlZ6V4dcWW4+tr/AJ5/P9eb8395tY/P&#10;+++n+Pt6I0CkcQelMJBQfLqO0Z5A+hv/AMT9Db/Yf7f34vci1wbcWt/xX6e1duumM58/8g6q0egY&#10;4dYnSxubW/tEkn+1/gDY8++QYn/Vf7H/AJGD7fBIII6p5/LrCyAC1kJ/OkC9v9gpAv7yK4/FyLD/&#10;AIjn6/g+9muo149e6wNHcfgHn8Dj0kn6qeLf63099lh9eRx+CRf+g/1z7vnt8Suny/1f6sde+zj1&#10;w0cFV0k3/IBIP5YjngDi/vKrf7D/AHj8j/b+9d0bfPrePPrBJGri4uQR/hcEA8hiOLe8iEsRwQOf&#10;pf8AH+N7+22bSK+fVWOkV8+sLoEvzq/T9bc3sSCLD8+5Ki0dz+f945NuPr7vC/6ppwA6baQg0FKd&#10;Qpv1m3PP0uLEaeRzYe+Gsr9Sb/7f/X4vz9Pb0jalDD4f9VOrq2qtOvLEGLcAD/jZsLgfX8n+vvOC&#10;f1cg2APq/wAB/sfbeVb7OrYI6wMoK6bBgeb6T9Sf+SRb3nEnIN76f9v/AK5B9vQHiunrfUKaLhrX&#10;54t/Z+vIW30HP+PvMjDn62Itz/j+R9f+K+3XoBqB7um5MDV59Q3Rjb6XDauLcgXuD9OOf9b3hNSF&#10;rMcv9K6n/r/qrKPr+fZXuKk7ffHy8J/8BP8Ak6fsKiUn1z/Pp1oKRmir5GsNVFKLi3PClvxc2v8A&#10;4+xaqZGeiiI4/ZjIH+Pib/E3BPvHQhf3vPqpTxH/AOPjoWWfwn7f83WOgi8cekEk6o/p/SwtY2XS&#10;R/vftD5STSnHJ0gAc/QFv6f4+1Ei6rw/b/lPSsLqloOhBwqXhUn08g/ji6R/1H+HtE1x1M3P9TYg&#10;fQXNv999fb2lFGf8vTjoy5PDpcUWsKDbnjkf1Nhf8j8/7D2lakCzfQkk/k3+t7/7Aj36QdniMMdN&#10;lCyk07elNSkllUXHAB44+n5Nv6Hn2ka6xJOn0jn8fmwYX5B5v/sPZhZPSig5+X5U/wAn8+im7jpW&#10;nH/N/qHTsqkX5sb/AJ/1yb/4W9h1lSC7JpBUmwU/niM29RNuB7Fe3SjxY2pwr/gPQUvotcMqn5f4&#10;R05xCwvc34P4+tv8Prf3XN3p8W9t9n5qDLZWoqqeeAuf2aamkNpKPF0tgZkJYaaBf8PYxivEKhSo&#10;K/6vL/VjqLd95Wt75laVa0+Q/o/5untH1i/0P5HsqWX+Du1ab10uYygvc6ZaSjQGwFxbxg2v/gPr&#10;7XwRLdSLEsQ1Nwp/q/1enQBn5TgiJIBp+XXP2g8n8PcDRrdsrkY7An0U1I17C9+U+ht7NhsBIHaK&#10;/wCr8+iq52CCMAgmn5f5uve0qfittppDH/H8wvNriko7Dk/nRxx7V/1cGhnKY+wdITs8IFTIf5de&#10;9zI/iPtcqJG3ZmxGbi32uPurhQWYgi/iANtVre0T7KUegpTrX7mh/wB+tT8uvewX7BxW1+sJZ9v4&#10;GUZXLy08qzZCZIRLT07tW0Mi+WlfSlRFU0CSaD9C1z+PZ1brFZQ6gq+MBX/edOf5dJLtbeyUxx0a&#10;Uj/V/McOvewGgpKvL10aqJKiepmRBfUztJNILE/qYqXk+v8Aj7KBYtue4LNOe0n7OJr+zPQeedYx&#10;nj172fPp3qig29iostmKdJcnVxo8cbojNTxzRoJI1sFkVQ635PsaTWkVvDbx2AqRpqf2V8v+K6aS&#10;2N60cicK9e9mKooI6WJI4o1FlP0WwvZh9F/BHso3eQrKungP9X+x0onj8O8QjKgde9uGHKivpyFA&#10;Os/i3+B4HJ/3v20JyqJXhj/V/q/Lo+uR+itPl173adDBMaKFTEjyqHGpvpfykklxYkaeT7lL6qCN&#10;ZjtwGuLR/q/1Y6KYY7Fn8SELq6R0jfvtqd1R/wADj+xYC39b+yZ7/wCiNqZvtE73zEa1tWTTMaGe&#10;CmlpyIsHTYxQxKeRwI41bk/Uf095zfd49v8AYebdpO9bzbrKwrkgMDR5k/Fn8K/8V1jh7z823+zx&#10;v4EpCt6E/wDCT/l6U9G4eBbX4LfUW/tv7EaKljiWOBVFPTKFR/ALtp9PpCgANpt9OPebt1Zrbta2&#10;23xhNupQ6e0dq8PT4usX7icWizSGQyBl1f6v29SvaO7FTTs3cEcY0KcbUGGKNTaaTTY+dQTpRr3v&#10;/X2C/dG1NpyXvMlglR4Dk0/0vy6Ptgktdx3XaQw0jxR/q7uve2T4x0+jGZRrWYvXMQL2DeaiBA/w&#10;9PvnbdXtHuWdTrof2Vx1khynSPdAFrQgL/xodQ63/NL/AMtB/wBCt7ELtM2rKa31FLBYf46q0/1P&#10;19wrzBfg3M4bj/0M3+ry6mW3P6FzX+E/4Ou6IWhP/Bz/AL0v+A/PsumYjLytfga/px9W8n1/2P8A&#10;vJ9hnUWVXVqn16YKloo2HkD/AIepftJV0FhqXj0/Uf7G9wV/qfaqElkKuMjpspxR1697Qs6lcvBc&#10;cmGU/gfn6292cAUAHSJwBLRR173al8MZG/g0w/A8f0B5/YqyTyf8PZTE/wCuRp8/8/8An6Few8B9&#10;vQPdyoH29EDb/OrYk2/5SaS34PP9PdrfTsh/vPSpfl460n/WXGV5IF/6qDbj2H+eSn9UOYdX8dtj&#10;/m+lP2GnU1+3f/JVn/L/AI5J1Vd8m6dv7orOov8AbyRc/i0uVxIP4HJH1/x9h/ub/gbk1X+ytJf/&#10;AJCipj/gb+8a73/cXaf+bv8Ax4dZNt+H/V5dHw2IL0FM7cFncAAH+zJXL/iOPr7Dlgt7/UWU2P0H&#10;A/PN+B7Cd5I6zshY1zWn+r7ety+X59DbTi8KsBbk2/rybf7A+4cqhm4CmxH4AHIUX+nI/wBj7Q6w&#10;F1Hh0x05xlgLXN7H/H8k8Ac35/p7aKhCCygcW+tvx+Ln+lj7UR3Dsta1+3pmRAyt8+piKvHNieTa&#10;1r/n8fUW9pmriLPp/BBHFyPVr5/wt7OIJNSqddT/AKv9jPRDcRlgTTqVGdIJA5Fr/wBbjTx/jyP9&#10;49tb0ugGwDeoH+yOP8ePaxZKmpOOi0rQ9ZxIGsOQfp+fqOfpfk8+/D0khjzpFvp/iP6E/n/D/X9+&#10;IByo6YePzUde/pa1tVv6/wBLf4D/AHn2Tn5JErX4pb3/AMjJ+nP/AAJnFr2Fvr7GuwSeLHJilJP+&#10;fT/sdR3zsf1rb/Sf5T08UAtB/wAh3Fv+CJ/xPsr6LYK35Kf8U/PH09iF/wCzT7f8g6iuf4j/AKvL&#10;qb7zXBUWsQLkc3sfzf8AH59twfj/AC/y9aHDr3vl9fSb/wC9f76/tR1br3vw4t9RawB/r+OQePr7&#10;95dWRS1c8Ove+pSbFjz9L/ni9hYcfn3tVLsFHE9X8Fjio69765Kgjg3P9LcEg/W/HvXVXQqK1x17&#10;3yEo1gMeRb6g/kjj6f0590apFBx6aapFB172aD4xSH+9mUH0BwU4+vPGTw4vb6D+ntVtj/7ttuH/&#10;AC8J/wAeHSO9+GD/AJrL/l6Te611Yaf/AAEh/wDVao/4r7MHIR594J+PJuFyfwLM3Nv8Q3sVoSb/&#10;AHZuB0TD/jVOn5V/VhP/AAkf4f8AY6bYuMft0n/U4cHnn/Mj8i30PtgqiP43sY2Oo4TEA8cgGsBs&#10;foTcj2zYt/i10V4aj/gHTVudO2bpo4eMf+ODpyS/22WB+n3NZzzz+wn+2+vsBe4ABvTNkcD76q+g&#10;txr/ANiCfbN2a20R+QH8j0qtmrtliP6KdOeJv/DKC/1+0g/61qfYH1AYJp45Bv8A8hWIH4I+vsKT&#10;4uR8v8lel0h/xlSPL/Z6cfcBmte3IP8AS/8Ahxf6cD2yXJH6Yr1br3vFrf8A6K+p+v8AyV9PafU3&#10;8R63173/AP/XogkB0hStx/QD/G/AHsFlagE9D9Urk8Ot/j3DYsllBsf96/3jm/8Ar+00xLEMkuKe&#10;R/zfaOlKIHJ7uve+MGQqqOoM0Uhp3sojZDcgjnVyCPqL8e9AQxxkstTXr0scar8PXvYgUHY/8Qj/&#10;AIXvTHpnoWCx009az6qdWskYQU0ca3jhuATzY/X2glt4WJNSW/1evTAlZarjV1x0gfp9AvchQoBv&#10;e/FvqSfbLk9l0mXinrtmZNq9k8k0uNrEixq0pXVLJTU7TuGqEhkkSNSOWBv+PdFDA6SMU6MEZGVQ&#10;jd1PsHXd/wCv9bC1z/rX449hfVUtbRVEseQikp5Kd5EmAVnivBI6yaJAqpIupDa31AuPagRMaUYf&#10;6vy6sGAIqOHXfvCkqEK4mkCOLj0i+n68jk39tmhrQY606RP3BOve5KyawNBbj9RKgE24PH9P9ufd&#10;S9CNXwnpHLGF0lBQde98vOUJIutzxyR9LDgaf95/PtO8shlMQpT51+3y6dVO1VYZHXveaOcyEtY6&#10;mtdv7Q/Iv6VI4PtUsshQDxP2cOrGGMihXPXveVQSpBPDW1gEWa3I5+psfaqKS3DGQj9f/DX/AGPs&#10;6SPHpdqHr3vkToIZLKRzcH+v+H0/5H7fbcKrpZz/AC/z9Uo3k2eve4zTiN4ypdXiLSKV4CFvTqBJ&#10;JHHtPJfRUKmn5/5un4tRp3gU/wBXDr3sZ9743CVuwsNWZugjnydRUzwQZNhJJUwKtIPEUWN1T9pf&#10;oD7JpFaaRhHjHT0zsYFLZbyPXXNz/Sw4/wAbtfn/AB9lwymAr8HTfeYyqbL4vmWWSoMNPUQjxmSa&#10;nhpY2aV0gRQFa12v78qNCKOe6vlX+f8Aqp03ArrDqLa8/n137Y4MjBVqHjcRm4V42BD67AuCj2fS&#10;C1r2+vvbg46VKVcqPn173KhlZm0AkL5NYcnTdgQBHyLAf4+6M/hrqBo1eqXSqsIkAo2rr3sXep/3&#10;8juCNtKOu3M96AbrIBSwm+pj9Sfdp7idYomMmKj7OvOWFsH8yB172GNRKPuZ05URvZhZjpNwdIa3&#10;IF/fnLyhWdwzEf6v8HSe3j/SUnLHr3vj5VH0bn/Ff9gfqv59uWykSMaYp/lHTwQ1rp697k01R4W8&#10;xYokfDSi7SJrDKoSO416ybH+g9qJQKAUP5f8Uek9wWXw9HaOve13Qb0iiwOdx38KplyGTXGiXNea&#10;Vq1RSVjzxmODT45LwjxH6WXn6+7RxRn4Qoz/AKvIdOQuGilRlzUZ8+urcg3Itfjix/1+L8ew/qam&#10;px1UIZkMiuAYZQwYSsU1MJ9APiVdXBP19+uG0afDIX5cOr6UUjUqmvXfubFUCQAxuWKLdQeFZza4&#10;ueQF93hkljajOOPVzHGfhTr3uQ9Qx+huv4JADBr+pR6fov8AUe3ZJcAIxp51/l1rwoxwXPz6974G&#10;YXNlAkZbFuf0/wCpItYi/vURJbuNTT+fVAipwHd69e94JWIVVFyxdSzWPpVtWpuCfpf3uYB17h5/&#10;Lp2JmVtVfLr3uK2PFUUJb7SpkqEFJVRWkeUsQ0KSkkCJZJTdif029pkUJUrn/V9n+Tq7KshrItTX&#10;r3t+l/iWGlpqfNxgPPAXpZ45FqBLAXMflkeL0xsZFNwf9e/u6yytqIkP+D/V/sdUkgRVFY1r5f7P&#10;XvbvFURul3lKQr6JHjAlIkI/bVUvZlY/Uj6e10U9fjOP8H7Kf4Ok0kKr+E0697ftuHVk1W4iV4qj&#10;wGMeTyIKaXWWtcoQf6fX2rrRa1x69VjQK+RQ5697R5dEqJo9RZGKekjiyrYfgt9T9Pz/AI+9/wCH&#10;qgU6iAM9e9rXE5qBqZ8fnoPNAQop60mSaaiJd5pmhijAVzOdKMGbgD3Ze11b0PSkqAjBhj/B/q/w&#10;de/2P/G/ax3Pgmpdp7beCZquE1eWLTgR6olaSNlLrGzBSxNufb8T97BmND69UkiAjWmePXEG7MP6&#10;Bf8Aeb+wvA8qng6LsAGBtcA3Jv8AUk/n8e1yOGZI2OHPDphAC6huFeuXs4HxPnaPO5gIbWxY4t9b&#10;V9KSCfoQfYM35g9vcLI/bqP/AD91NXtISovwDTB/48vTBuJNdFFxcipQj6cExTAH6H6X92CLVQkC&#10;QAxy6AxABOvQFNiQB6WJ9gFNcy+E8utEk/1evU6QEvHQ5GroPmpnRiFVdDpp5IUIWJUkXIN1X3Jh&#10;rXYi9hb8XP1AH0upAt73KNCahHn8+nzT+D/D1GajS9tZP9dIH05FuDz7eIJ7i7WX6/k/iw/1xz/v&#10;XsvMj+vVaCtAeoc1LHf0qT9Lmx/P9ObE2PvOGjPBvcf8GN+fpzxyP9j7sLiYfi/kOr6ieB6wNT/0&#10;Fv8AWNz9Pz9ffkmjZSdIH9PrwAeOLf77/elrVUqn4etEKrDHUNoGDXvzb6iw5IH9D7kMxBuPze6/&#10;7fnkE2N/959p7djISrLWg4/6v9WOrBQeI67kjVQCDa9ha3+3/I+n+x95BKedQH9P9t/rfT6e3/DH&#10;qet6F+fUQpYC1+eeODybWt9TYe5DaV/JDccfT/W4AJ/3n2zDNJKx/T/T/wBX7f2dWBNeGOuDxBV5&#10;YE8t9L3H5+vpFh7n00igXt+bf4jkn68A3v8A19v6VY0c9vW+mWrjl/sct9frYfQckEgi1vr7UFOV&#10;1Rgi/wCfxw1z+D+Rzf22jSaiUftp/LH+r06o4wx6S1dGojkuulwSCP6kA/XiwHH4+v8Avb1TuQyq&#10;osBZj+f9Tz/T8+30oQQWz5f6v9npDItSa/F0jsjF6HcgMSzhiBb6ByeByP8AE+1HRsdYFvTcG/JJ&#10;N47WtxbURx7UQojUJNTw/wBX+fpk00sfl0HWdJWBiDYrG1rf1CTn/eBc+1dRvzxx+3ccAC5C8WP4&#10;9PszijCrjhrp+z/i+kMqUP8Atv8AB0A+5VZyWdtZJJPJ/Jl51DkW4/HA9vdNYm9/UTq/1yQD+SP6&#10;ez8Aga6YH+r/AC9NSsVQkCp6BLMMAGjPIsU4/sorNY/T/D8+51QqinkJHBHFvobD+h/31/auGV9E&#10;QElHB/Zx4/6uHRJcyNTjn+fQf06s2ZChSUvqIsbsQyEhSLaiWHuRhmUU3BBAIt9D9S4t9LDg+0Nw&#10;C7UkHkP9X7erQ1aNCw7uuW8Y2XJKUXQzCQOeQDxF9R9b2Fv9b25SfoVL+jk6ebfUMf8AefaF1XWx&#10;Iz09RfTptx59Uk3+7fT6+Q30dPwR+D7Zp7hiLi97E8jn0gf0/wBt7sHYLUfDTq1cV+XS8x8cTqh0&#10;n6HQOb/SQm/J/wBe/tmmOq5ta5/1v9T/AMV97UUoOtUpjpd0i6NKgg8cW/xLjj8cW9s8309IFuOP&#10;qD9L+3cV769aPSvoR6fTpH15/pcNzx+ePbPPpbUSBex+n5HNv96t72rMvA9WR2Suk9K+jDJoAY2u&#10;P8LE6Db6/wDEe2epNmI/w/3j624sCPaqM1RSePSyJiUUk56VFCoIBUnhr/1u3Ck/1v8A8R7apGHI&#10;AI9Vvqfzfj6fQ+3BXq5ZuHSkhRuPXeyA/Qf4cjn/AIrf3hTSwdhYnVaxF/7N/pb6En2ku3kRkQEj&#10;z/1fZ/l6bkY1HTvToCU1esaRx/T1Dnk/X/evcdhrZvSB9CDzydJuP6fUfj2wJXjSLTJjOBTH+r59&#10;VrQLn7endEj/ACpJ4FzwCLqVINwb829wJmVCFt9Rqt9OeDc2vz7smpi7uamvHp6MHuqc16eaZGZe&#10;LAINIA+ukk/kkH8f48+4EjagT9fp/rk35v8Am59ugBaUFOncdOca2Ivckjm5uLWIsP8AW9tjlkFw&#10;31/oOOAA5+v0IHtUgSZmLR91eq0BIxnp0AChFvewbggGxJYgfT/H8/T3Bkck3uD+LWsR+m3AP9Pa&#10;lERB2jPW8fn1LUagNQJH4/paz3PPAsbX9xWY/Un6Wvb/ABA/1+ePe6gmnn1XypTqZHGLCyEXvYm9&#10;uCbc2A5v7hsx554/4j/e/e9Pl59bp5U6clVbDj/e/wDeveLUTcNyPx9Lk/Xi/wDW3tiZmXRpNOve&#10;Rp1NijXkhRewv+bCxv8A7z7jHk3P1P8AQ3P+wPP1PtppHYUJx1qgpSnU1URPoPpxz/X8/n8D3FmC&#10;ta3+qDXJP45/qB9fa1H0oM/h/l1rrnGp1G/+qYD6f4C/9fofcV2axH4sOP6fq/2Fvdvs49VwQR1I&#10;RV4Nubn/AG3F73/x9wy5ZiL+i4sQPr/Xkjk2PtQ8YSNSfjr14/D3dSVAA4FzY8Gwtf6XH4B/2/vE&#10;ZATZefqf97t9frz780RRatx61QV4Y6yqhP4sOP6Am1v6fTj6e+DMQpub8j62/wAAP9v9fbfWjQCn&#10;WdFBcWHFif8AEjk/1/x94Gbjm/8AvrDn/Hj3vrVT1mVDq/HIH5tyLn+vNv8AW94tZ5/2/wCOP+K3&#10;9+68MnrPoHHAtyLXPNv95FveNmN+CSDyR/t/oCPp73X4fl1okYoOsiooDXAFzYH6n6Dgn6f7z74r&#10;JyDe4v8A7xwSeRce9qKn4cdV686DSw+jW4P+3FuD/T30X5/JFufp/sQbi9jb3RnQE0/y9J2mYFgK&#10;ddrGxH1F/wAfT/kEix03F/fTzAmymw+h/P0uP6WF/ddK04dMV8zx65JCw5PJ+o/AueTbnn6fT3xJ&#10;J+vP9B/vH490VlUUz1706yabfpt/r35/xHPvEWPIB44FhyPr/Uj+vu3b8XW+sgFgB9WN/rwQPqDx&#10;9Le8TPyQLcX/ANhc/T/efd+q/LrIqcfm3+NrEADn6m/09x2f1G4v9PobfgCw4Ps0th+in5/4T06v&#10;wjrg63LWNuR9R+bDk/4i3vvg+3+r/M9Yv9uP99/sfr7wsxvwfpe3H/Iibe99VNa/PrMoFrEf0vyD&#10;f/H/AAv75rcqL3B5txcH0j/Af737qsv6jBXGoft+f+r9vHrwzivXF1Av6br/ALa3+w/1v6e+Rvf6&#10;fX2rilJLB2HXqdRmUADT+Pra5H0/2P49yFsVBNwNNhYizHi39PwLe6nQJXoO/wA+PDHSUmjt29YS&#10;HsBe41A/Qi3B/oCfr75BjcKLXP0JJ+lyR+D7unh1PiV0/Kn+Xqop59YmU2JW3Frg8AcAE3BHPuPq&#10;44H04H+x/wALC/Ps0q9dHiCv2Z/zdKMUrp66CL+qzWJ5tyPoPzyb++Opjb/jX1+nt5eI+3pvrjpU&#10;XJ/H+vwD/sffMfnVYkHg/UfQ2v72aVGivDq2MYzTrGb8fhWFiPpze35Fre/FvwpB/wBYEf63+w59&#10;6J0gg+vVGcIKnrsJflgR/r25H1PFjYj3k1tfhuPpwP8AbW4H19uIFKgund/q49eARgrNH3dYCif6&#10;k/W/H0/xvwfp+ffA3I5J/H4/wH+P493on++x1vTF/vodc7gHgfn/AIm9iLWvz7zLYKCo+ht9f9qH&#10;9fqD7o2nCtx6o3hkrG329Ym1XIJtcfkfU6T/AEBtb/invwlP0PHJufr9B+B/T29HbJksmP8AV+fV&#10;GiiBzjrFIOfSb/0H+vyObW5v/r+/XuLggW/rb+v0/Fh7eCRIwj8Lj8z09GYwKKOsY1kG5NxyAAOe&#10;ODcAm/PvlrsDwefoPx/r/Tj26iIpGMdUkZQCvn1ja7/U/QfX6cf7A2JIH+w9+UkupJBAt/j9Af8A&#10;ebe33/TQR+fE9J/mT1jIGliBYnUBf/Ej/eOfckOtuF9XJ1XP6r/0/HttThu6mP29W6jtG1wSSy3I&#10;sQvC/wBbm5uLf7H3yD/42N7/AFP00/8ABQfp7oMjHXhSmKU66Kgfi4t/Qc+o/gEj3kSQDixNjb8/&#10;77/ff7H36tRUHrVdQwesUkR+vAuL/QGw+v8ASxH+29yYGPLrx+nkf0I/IPJ/3r21Ppr4T8TXHrTp&#10;qWhoOos6EBL/AOJFv8f6W+nH9Pr7kI7fQn/Wt/rk/wCw49t9N9RJI1uGUfjm/wDsB/vf+x98WABB&#10;H15/P5+v9falWaYlSK/L/D05HQhgeHXFeFa59PGr8k/W1rD3kuQBa4t+LH/ihuPe9S/xDp3Uv8Q6&#10;w6Lkk83P1H9P+ShYj/ifeVRqIVfp+Qb8i5sD/sfamNghZTx60zaRU9Q5uF1m4I/tWHBsPxfkaR7k&#10;oQBpJBPH4tyP+J97ZtVMcOmXfVTFB1AZTquB9SQDe5sfzx9V59t8nOQx7c3++p7G3/Nw/wDFPZbu&#10;slNtvYzw8N/+O9P2ZPiOK4p/m6UmKH+TVoFgFo5dS/8AIKfQf4X9jHKLY6nIFrwQ8D8kwtz/ALYD&#10;3jk7l92uQf45P+PdDG0JoQfn/k6hUi+pgT9JbfS9grC3055v/ifaJyR9MnIBBYAAf8H4A55t/vXt&#10;Wrlro6uOjz/Z0YxaTK1R5dL3GRqIoyBwXQsQbfhDb6iwufaHq2bW2puLEjmx/P1v/r+1agUGOlJC&#10;4oOlnShQi2UX4Jtzf/e/yPaaqyebN/vv9sf6e9S/BpIx0luDpWgGOlDSfUGwvxyf6fT8kfg+0dXN&#10;YyGw+pAHFvoPrfj6+1+2ohoOBp/l/b/q9eiS6JIpq6eBqOkXvf6/7EH/AH1/6ew7rlaVmc+oem44&#10;/wCbfB5vcn/D2LU8NEqPi8v9jy/1HoPXCyEtU48v9jy6co/Tx9ALkc/8G5+n4H+PtFZSi8vLD1KQ&#10;Tf8A6dgD/WOn2tt5eIDZPRJdRE6iy46nIwtx/wAT+STzzyRf2F2YxMbK4Y6dP0K2OnUFPHq/r/Tn&#10;n2IbGeWGWFkYg/6v8nQfurKAo2uIHqWj6rf7H/eP9YW9gpnsb5RKHWxTVpH5Nhbliy/VR7kXb7wt&#10;GoeUM5/1f6v5eXQT3CwjKsI41GOsnsH8nQmmLF00i7FVBUh1uxFzxYtb2tkvpIysi0JX8P8AF/g6&#10;BVxayRSHgD/q/wBVOveyydv9tRbKx9Vj8fOJ89kKeWmRY2Omlp6iCujjmWaNGQTRVMIGg2I+p9qJ&#10;rIpbDc5Zcv8ADF6n4/8ATf0a/t6INw3OFFMEJ0XC/wA61H+T7Ove6/ayatzGSqspXs8s9dUT1MjH&#10;kvUVNQ9S8d+CdTSt/r39ka7feXM6zsvhwkig9aNXSK/I9BGSd5Xk1PSQA5PoD/nPXvZnOlOuNU1P&#10;uGvQFiiS0cEgDIiMaKphkB1KyyKwIAYez0WkcY746A/y/wAvScLHOw8cBl9OvezgIpGp5yOG0q11&#10;1RqQB405voYn6+6GV41IhkIJ6MIX8AFYDpPXvc+EkxvpYhYDoaT66iRdTe9vx+PZO2iZiZRn5dK7&#10;WAyMTItSOve3PDHVW0TEmyOTJbjUXPp/1+P6e2JQAAowOjKdRTS4x173bDTKTSUwkNxaXg8WBduf&#10;wbi3sf7IqprBAANNXp26v9X+rIXgjSFphEumlOkRVt+9IVB1ek3sL3KqP9YfX2Du8I0XKmQKNQKD&#10;Va5H+TRKfrfn/Y++ov3V4YG5IuQEUAcB6VnuCB1ib94NgL2wtx/YuXqPXtgYcOlJiiWplLG555/1&#10;ncC3+HtJmIkppHADMLWOlj+AeLXI95Vwq0ltHEf7Kpx+fWN881Yplrii/wCr9nTn7Se9oWbbGeLX&#10;9WOqQbj6/wCAtp9hL3CjMXJ+8ouF8B8efQj5eK/vTaQw/wBFHXvbR8dovFS5WIAr/wADCLWH1qaT&#10;1cc/j3zI5iSKO7uNAyC3+E/4ess+U40G4R4/AP8Ajy9Q67/NLxf9wfX/AIK/9fas7TS9dR/4UkGo&#10;WUm2quPBtxYn/XPuGOaIIEhuJfCXxdP86N9nUvwAfT3mM6D/AKv2deov8yf+WjW/2y/8T7L/AJFb&#10;s17mzGxH0srPe4v/AE9haB9UEBHHSvSWORwiIp6me03WKCpuRbm1+Tbm9j/Z9vo5B7Xz0ySevew+&#10;rEY5W5Y8RzBf6/qUfm5+g9qbgubVHQ509UZFNDTr3u0f4Yj/AHDyL9QfGSf+nFaP8b2t7JLN5Hmr&#10;I2ehPsvwI329A/3MbbbU2uRItubfWppB/tufdpfUzkbtofpxHVgf4E4+tHB5vb2l5zhjPLO6IVIV&#10;mSvzAdT/AMXwr1KHLVxNbbtYCCVgJPE1f0tMbf7HVWvydLjrXJyRsRItRiCPwADuHBqbkA/UH8fQ&#10;+0bucj+IVlhqZxBrb/V6YIRHaw+gHvF9NU+0CSWoKHtH8Gpu/wA+PWWxGR6dHr2ivhgoYo2tGPuR&#10;ax9QWWoIBH1sxH+w9h5NcO3NgbaV5/pzyCPr+B7A2nXqY5p0xQldQ4dDjERoUD+puRb+oAA/4n3D&#10;dgAV0i/9ebkG34Fzf20UJ79WBmn8+m2B9cdS4wbjk2Nx+Dza1/wP9t7baliVYiy2FuOR+f8AW/Pt&#10;6MUXJz1UhgKasdTIxYj8j6j/AGwv9OD7T1QpOq3BUGxtzca/ob/m3HszidV8NyKqRQ/6v9Vei64Q&#10;FgSOPUlP6c/UHn8A6SLgD6m/PtuuSrFrsPqCD/jZbk/Uj/Y+zCM9orhvTopnRVYUHXMjn08fg3A/&#10;1z9L/X/Ye4hYgsSBcBgP6Aj/AI17VBVNBq7a5PSGRdQoOuf1ta/Njb6Hnn2S75LSaMriE45xytz9&#10;L/eTr/tj7FuxqrW8iRmoD/z0k9RxzstTbkeSf5W6e6G/hJP5cn/YaU/1/ZYlY61B/TaQA3/2AA/1&#10;r+xK4/xdSPioOosulH0qOq9/b1N9+uWbj9K2/wBbkW5vb6H6X9txminHd/xR/wAvTgU+DHQd5H+z&#10;173l4/H/ABP9f6fi3u6MaHWc9UET+meve/FtPNhx9b3/AMBzx/j/ALH25U1QeZ6UxxpqHb173yck&#10;kLb6f1P1/PNh/vPtrWeOrHWjRRmgUde9+El1sLEEfUf0PPP+t7rV6tVum0UtrMg49e9+uLarcmyg&#10;3PNhf3pga1p3f6h1WWJdNVXr3szfxhkP9865C3pbCsbHjn+K4e7cfgX9mO0Ua+iYL3oVp9tR/sdF&#10;96F+nLAZX/Mek3uz/izVH1+kl7f9Q1R/xPsxNVZaneOj0i24rWt9C7/05JNv949i6FQdyuiyirRv&#10;q/3r/Z6ej/UNq0mW8JOm+Cxxu3uSbfwi1zzcQobk/wC++vtimCjIbCcj1nEYRA/+Bq7Efg2PtHES&#10;sW4LFwWUin5fZ0zKdMW4RJ8GpzT/AGvTinMGWuTYz1h5v9fCtr/X+nsCu4uN65v/AKjKs2/x8lv9&#10;b6e9yhWs4WCUFF/wHpRa/wDJLsjX8Mf+DpyxH/Fsof8AqFg5/r+2vPsA6iRgCDYKp/P9T+b/AEHH&#10;PsG3etbs0yfTozbT44qe/px9t5kH9b8/Qmx/x+o+vtG7+bt/q+zpz8uve8HmP9R+m30P+2/1/abx&#10;m/hHXqDr3v8A/9CiP68k3A44/wBb6XH+v7BjuaVbqSFQtw4db/HtvmYjTbiwP+H5FvoQDz7LZZGD&#10;HhnpUEABoMV697gsYdRhmN2IVkOljYH1XsOOB/sfaYzFBVnoPnnrePPr3uDPJIdSMxES/oay/pGo&#10;DgDVYD3sFzkvXprwASdR1de98aSsmpiJaViauJ9cVSB4zCyG8TIrqyP43AYA+2fqUBIbh+fSYwMJ&#10;CBwr172INHvylytEMPvCgTPaB4oslPPNA+OVYVp4jHS0VOiVBoxJI4ufUXt/T24J009rkCtaU8+l&#10;SI0i0koeurf0NubkWHP9f9ifcWu65iyGNqM5svKnOxIXkqKSenjxQxtomqZaaOWtqRJWLTRFAGC+&#10;sNxyPdWmGrUyUBGDx62VC1CEmnXgTzcW5IFrm4/BPAtf2E/3TQTNTTxmKsRij21N42H6rMAI5CCf&#10;68+0ssjsXUfBX/B1UamYrTrv3L8110ltbLw0jD6n6XsD+F9shdTaicnpwRnzPXveRZgLHUP95va1&#10;j9QPaiJiiSCn2deCkasde95xU82tzex5/H+HpJuLe7SQM7s9QB1RogWJPXveU1CEf2vyeLkWuPrx&#10;7r4M3+/B+0/5uq+GKU/D173FmnCRyFlGmRdIa7f2bXJCg/1v7aa2lLVoD1bRoUenXvY271nePrTa&#10;8gnLRtlatCgX8fZi1wRf0m/+w9+glCagDQ0/y+X+z1uaL9FCrefXH+0f+Cr/AL23svRrpqZnkgmK&#10;L6nLBEvHYg8K6m5J/Ht2RlmYOqen+r+fTdvUJhfP/V+zrl7TuVoMVlB95GFweYIsuWgSStnyMtpJ&#10;Ugkp5CtPTCpqXMha1kK2+h91JIoOI6eZFbvHa48+Nf8AUeve049VlsPPHTbgp7xSIk1DUrLFO9XC&#10;zeOnrpIKVW+3kmEbsY2N0+h/HvboHhqp8/8AJ1udWNsBL5t/z78uvexq6nyKy1GfaSU6DtzNmmYq&#10;WIU0cJX0qoYGw/tcj21cIPBiTTio6ckjQ2igjAHXvYbVVbedjb6Egm59ZHGoqVNj7uoCxx0OadJ4&#10;wFghockde95I6n6Dn+o5tcXueNJt9fbieRYY6e0kZfA697mxNrK+NRIxDftswjD/AE/tmwGkC/05&#10;92JZdKngOm5YQ2kMOve8yuztDIAV8Pk8EN7rKZLCT18eLx/Xn6+2fEZI2j8j0ydS0r173zhqhEvi&#10;ki+5ja5qKVmMayKLtGhkAuFBN+P6e34W8Zizjhw/1fl1uF9TNj5de95fs4301WIa8HPjx2nxRwSr&#10;w7iaobW5lb+o4/HtlifJs149PMutaxH8uve+CVcDltd0mJMZjCuQHX9RD2Aa7f429uRPRuPb14hW&#10;48eve8yzFEK39TA2P+uOL2Ww+ntUGV8qeqgU/D/Pr3vtb6CxexaweP6iaIi7RahwokPF/qPbrPVV&#10;UDA698Fc8eve5FLoVo/CxjAqI2elN9AN1uwma+orwLfn6+2/t62H9B172ttxT2p8XE58sE2OTWpG&#10;gKXeRTFdRqYaPz+faaZ9Kmv+odP11lVI4jr3tElWxCNLS3qKB2P7Z/Z+w1XRadT6pahWuTq/HvcM&#10;5By3l/q/1Z6oY9K4HZ/g697XGzqtKitplpjdRT1hN7qVH28xC2cAn6e1qzBjQ0rXy69GpJGnr3tK&#10;SMZDOkwAf9rSzHX+bt9Da5Ue3o5PEcAg160iZoePXvbnTTSF0QnyhbgoRa99X5a4BB9uwy1WoFPX&#10;0/Lpxo6xkgY697W+3tyVGDY01an32DY/5fjWKxRVsbeRxG0kcUlTEFmZWupvx/T2rzTBz0m4E1yP&#10;TrphccGx/DWBIJFrgHj2+ZbbMVbST5vb0wlo4kNRVUbIIBTxc+kPVS+eWzm3AJNvb0EtJEQ+fTYj&#10;BKsvCvXr8gH8/T/Gwv8Aj6exf+LtSo3JnIl1RyrjVulzyVyNOp5KW/3n2Fd5l/QnkIHxH/L1LntM&#10;2L4n0b/jy9NuWQPTKGFx5QT/ANS5R/xPuwalqS0ajQS62bUD/qQDa1rfVvYAiIMhLfxf7H8up1tj&#10;qQ/6bpGVUNr2YBSLHi19V+fwbkL7nfcF19P0UfTUCCLcHhT7MaaPnXpZ8FfOvTZ4VBs35P1sb/Xk&#10;EFveSOom1gAkLcf6n6Ai9uPr7LGoxJI49V4DrMYIgn0BIH+P5HHJ/wBv7eFn4B1HURz/AIHj+ij8&#10;j/efaOMyMTqXs8j1QE66EY6hyQKvA/r9L/g3H1N7X/2/uUjh7E/UEHn/ABva/H549viSRAVVqA9W&#10;BpXT1AkhH1Iv9ef9Yi/F/pf+t/bl5l/2F/8Aif8AWtxf2yKEAg46vX5dRTC354P++/Ook3/23vzu&#10;o+lrn8XP4+p5ubX+vtfbyu5Ktmnn1YHqE8GmxFxz9OCfp+Pp/h/sfbhDIrgccD882/P5txx7LWHV&#10;euEqMhJudR5H6fp/rX5v/vfuQgC/X6E3DcXB54Y/T6Dj2YRS+KT5MBkev2dWGTXpmqUK20m4IsRY&#10;34P4/HOr/X9u8EpBVrEaf9ZRawH+PtQq0YDUM9OOuCKjpN1kIaNx+Tzzc83N/wAgH6+1BAy+l73B&#10;QEnj+vBP9D7WwoxioQagmnSZ4yw+Y6QWSBMpQWuG5F78gHj8n6e1DQtfTf0myjnm3qT/AGFgfbqd&#10;lGp8+kb4BI49B/nE1CVBZgfKP6fVJh/jz7WVCytoU/0X6Hm3oJv/AIj2ZQl0BcDuqT/k/wBjouk1&#10;Vb+L/L0Ae54h+4CeCrCxuDq/fa4H+sL/AOt7eqdyZFHAsoH+8/g/X2fx/wBif9N/k6o3w/n0C2Zh&#10;RQ7/AFDXb/ob6jgX5/xt7dqk2pZCbWCgC1vwDf3uNDpiUChJ8/8AV6dB264j/V6dB1REtnRpN7SM&#10;eL/Tg2BuOT7y4UEUjMTxwRf+g1C5+lrWP+t7auSXlC0OsCh+2pOP29KIMwp+f+E9e3kUTIoBYavI&#10;R/gNENuT/UD/AGJ9ubsBYEn8fQXv/S30/B9oJa9tB69OVPoOmnGxsRKwAIOj6m1razzwfyOPbNOb&#10;gm9jcXFz9SVP1Htv5Ux1b5Ux0ItAml1v6h6ubCwAWQHj6cX9s0rWNibrcXHIH9nnjke7FfxD4+qM&#10;talfi6XFGmoCw55sbXI/X/Xg3+ntoqWtcDni/wCB/T/Dj6X9uDj1s9K/HJqAJ+oY/m9/qRex+nPt&#10;mmFiQefwb/7Hj/D3YEihB68ppkcelfS8gEAi4H0H/BbG35N/969tdS5J4vwtuPp/b5tYj6+1MPwn&#10;7f8AN0qg+A/b0oaKIXFzf1m97AkXjvzcfT2zyvYnixsR/iDzzwPr/wAa9vgdPdKWnhuo/Iup/wAD&#10;fSAvLXI/2J94llGllt+Sw/2oWte39efaC8UiRT/RH+Xptwfi8unykgJs9yBqKH/abaL/AJ/wtf3H&#10;Y8n/AA1f7H6sfr+OfaTqg6eUW6j/AB0f7D9Kg/nnj221La+fppLDj/gwFv8AYAe1EOK9Pw/i6eKW&#10;MxcfXWFPP1Nlvfi97k+2h3sLi/4ta3INvyfpb2/070+pHq4sDwb/AFNvr/Q8g29wZma39QOf8P8A&#10;er+1Vvp7v4v8n+r/ACde6l+MXHFg3pH1uGsRb9Wm9v8AY29wXJ+n+9fj9Ngf6f737U9a6lRqA2oc&#10;f69+T67kW4PP49xif1Af8it+Px791rqeqE6CTpHP9Of6n6m3+39xz+lrf0Pvfn1706mD6j/XHuKx&#10;Oon88/S/Iufp/hb2muPjFPTrZ86dOVOo0c/gj8XsdK/8T7xkmzE3sF4JtfgX/AHthSvain5dU8RK&#10;0DdSSDwxHNyW/wBv9fr7iSH1Hnj6/gfk/wC++nswjcutSM9a4AE8euSppFhc/wBP6/0t7gzPpBP1&#10;N9I4/wBe/H1Pt+JBI4B4dbH4R/q4dSY1HFv8D9fzwfx9OfcR/wDU3+h/1P8AiR9f9h+faiUhhXT3&#10;fb1XX8us8JN7i1jx9fzx/r/X3iLBgf8Aif8AEfp+h/r7aT40+0db6lFCo5/3i/4/PvhIfUAfzxzf&#10;k2BP1491603WSJfSWF/pe4sbAMQPp/T/AGPPvCSCTaxtyeP9b6/T6X9+6p1IAKgXuL8Dn8c/T68m&#10;3+394n+oH0H/ABoX97pmnn1U9ZU+hP8Ah/S5H1K/k/0/PvEGFxyeOeP6j8jn3pyFFQanqrvoUmme&#10;soU25FuLC/5BuLGwvx+fz74/1v8An/YC39P8OPbQaroR0ndy7Ajy4dcz9D9eLfQ8/wBb/wCI/wB7&#10;94/wR/rHj+ljb2/N8a/Z1ab8Ppnry/QHgi5+tvxa5tcf198fp/vH+8/n63t7Z4N8j0x1lF2Bt+L3&#10;uOfzx9AL8f7b30WtYf14/P8Ah/r/ANfd+tddBSb/AOwP0sPz/W3+H198S17ixH1/xtcfngce66c6&#10;q9aLUHWS1rHi9/8AW5uLjnm4HvHYHiwt/j/vrce3FYqQynI62PI9d/W4Fz+P68X9xpCqn0gW/PB+&#10;ovbn/G/s0g8TR+pXV/k/1euenBXgeurajxe34/oCTZuD/S3FvfANf+o/x+v+8W9v9Wrmnn12VI/x&#10;/wADx/jwbj6D6/6/vmP965/5EfeuvdYz/T+vH+8fS3H4HvmqnxqD9eRf6Ac/7f6e0qds0pHwmn+r&#10;9vScP+oSD29cnYFrjm3JH1P4H0+gt77Bf9Q+l/8Aif8AYf63tWkqxsa+nTjOuVJz1hdFPp/330/P&#10;+wP9PctTcCxv+f6G3+IPJsPftUYLUGPl0XF0DvUV6gsCCdQIN+Sef954AJt7xPq1DkfT62H+P14N&#10;r+zC0MXht2n4v8g+fW1aGh7D/q/PrG39APxyOeOT/t7fn3jfSo9J5N/+N/Q2/HHtRC8vieG5r21/&#10;1Hz+f+qqoMSFPy65AAjVpsA3+tweB/rf77/YYgCv/FLf7z/U+3ll7hQdJ/H40XrzgEG/H4Jvz9Tx&#10;9SLW98rkW4s3+xFh/wAav72z0UNTj060umMMPPrrSCTzdR/rcn+n9Pr7yqeP8fzbn/H/AANre07G&#10;rE9JWbWxanXBl/230H4NvoPxb6+++Db6Hn6/4f42t7fU9oI4daSVtI0nHWO5F/xf6/8AEf63vu1/&#10;+IFzx/r3P9Pdqnq/jSfxddX/ANb/AGw/4p7xuT+mwH0sbfS7A8W/A9rrVewOJCSfKuPz+fWlOrur&#10;XrGQNXI45uTfn0n68/n/AGPvHe4v+fpz9f8AWv7MI0D6qnrda564MdJt9Rcm4+n0HP8Axv6e8qlj&#10;9ADa97Xt/sL+6yqqvpXz62ZdJyx6xmwU6iVH05I/29gPrf8Ax95kuTa1/wDYqL2Fybke7UVKnj0w&#10;8tA38PUSRri/6bc/2jbkAX5/3r3nVfSR9f8AitrgfW319sTuSy/xD/V/k6oHJ7wc9cVIJLcf7A3u&#10;L8kfn6H3xjVhyf6abC3+H0tY3P8AvHttpK8OHTjSk/D1zkK2+vNy2r1X/PHPFhf/AB95HHIAH1sR&#10;/ThhwOefbkTkUNe4dOxsSuePWEAWJJsPUOT+bXubjj3lHpNvpxf/AGPP+P8AT3ddOoah29OdYXuQ&#10;WB/tG3+tYcci4P8AT3IiUAf0BHP+wJ/PPtqUFSvr/q/4vpqX8PUWVi1gfwbDkcg2P+w0nj3IVif8&#10;SeP9e/1HFjwPbOAPIKB011FdbfTn+v8Ah9Pzfm595La/qbAfTgcfgfXn3dNWrAr1ZWKmo6wswjvx&#10;+r68sLkXPNj79os4J+l+P9jc/X24GdjpVat1bxDSlM9dagIz+Dxqtf63H45/1N+PcpAU+p9PJBI/&#10;PHP0/Ht2FtQbHdj/AC9VZwwFR3dNtRZwLfqH1F/9hY/4G9/9h75i7MP9v/W/+F/9f26x0ivTTtpW&#10;vn1gICof8b/Xj6/1+n49w5j/AJbQG3BrqcAc/wCq5P8AvHss3GXVt93GOPhvX81J/wA3Sjb21zED&#10;0P8Ah6fcTH+1Wkn/AJQpL/0+o4PNx9fYwTH/AHGU4/5sU7f9YHHP/I/eOrkjerp1/jf/AI8Ohnaf&#10;5/8An3qNSKNTg3/zrqeR/q1/pbjg/j2h8nJ6WH0/cbj/AGDnk2/N/atAfqTXho/y9GUP9o3+l/y9&#10;LzGRgRoRyRo1E3vyFtYE2459ousY6mI/Fxb/AA5Nv025HtXqCgdPSPoApk9LCjS6KD/gSQf8ACfr&#10;wb8+05VG6uQfqbWsPx9Db/AH3Qkdo00HSGdu3tWnT9TCxX63Cggjj/X/AN5HtG16XLkkn82PH4X/&#10;AIj2vsm0uAoyf+K/y9FLCvTwh4vwPxccj+0b8f4+0pLT/qYX/H0+tuOP1exKsuqsbChPSOWJSCrd&#10;TQeRbn+t/wDePxbn2j8sg0sdJ4sLAm9v2jYi9j7WRECise0/4f8AV/q49FNxbgUUnB/1fPqZCT+D&#10;z9T9PyT/ALzc+wsydMshdWOpdIJsDa3Atw/IPs7gnZSjY1L/AKv8nRBeQGOORj1PQ2sbfmwvYf69&#10;+Cfz7CvPw2VmYfuAPoFuOAtrPexUqD/sR7FO0XTSsqg/6v8AV/q9Q1dx6YiSues3sm3fPYsGx8Y9&#10;PSyfcZivSSGl9Lp4J5aeZ4m1fb1EN1eO1jYc8+5IsLKksNwUJ0lW0/t+fUM82b6lqZ4kNJdP/QXy&#10;697rCr2qs3k67MV8pkaSWonqJW0AozTPNJGujxmQJ5OCBzfj2LbXZVJl3Od6xKCwXhgHVx1Bv8vU&#10;YTXchAaM1lcg/wC9H/P6de9q7r/a0u4MvDUTJpxlDOk0F3RhPU0tRRvEGXyxyxiSCb6m4H+v7RTX&#10;K7szpKvhRQ1K/i1aOB/D/FTrTSGRUSP+2Jo358flx697O3g6eGjx0SLGI0iaNCw1M6ukUYEYFyWU&#10;W+v6fZNc3Aow/b0ut4G4MvDr3taYrG1Obr6Wkp08s9URDCpKqGV3WNpNRKKCpf6E+w/c3QGoKucf&#10;P/VXo6t7NpGjAXzH+rj172ZLf/UX9w+uMZW1YVMjXLRzSfpJBFZ4n/zVXNH9D/QeyuK4rwNP9X29&#10;DD93LDCGXj/q+fUKmroKuWqihbUaSRYpTZhZ2jSS3qVR+lx9CfYC4j93JUqAekyD/YWvx/ZB5/3j&#10;3WSYEUpQ9EN6wBP+r0PU33bTSrekpubHTKeOPrJfj3JqgW5V/Ij/AIr/ACdEMqhZJ2JwadICViZ5&#10;ha9jGOLG/o/4p7Cbd0JOSIvw2gt/Swp4v8f6n307+6K5n5FvG/1f7k3XWF33ipq7rt2PxP8A9W4O&#10;lZiv+A4/r/xGuS3tOw0bhgfqbn8ix5IvYt/h7zDs41MMZp6/6v8AV8+sapbmq3Ff4V/z9OftO7xo&#10;XbbObuLj7Ca54vYgWuA3sJe48QPKe7AecD9Cnl24D7ptCqMmUf4Ove010XTNCcov4MFQ2m4/470o&#10;N/V/h75ac1alvrgEZ1H/AAt1mFymSb+Kvmif8eHUOu/zS/8ALQf9Cv7UPaSH7ulvfijpubf0autf&#10;k/n3DXM5It7rOPDf/A3Uv27foXefwv8A5evUP+ZPFv3D/wBCr/rey+ViFmk1Ej1Er/hYt/S3++Ps&#10;FRSfpQoT+BadJgaqnoB/q/w9TPaerI7IQR9eQfwb3/xNrj8e3etNw697QVZGf4gt7gaJr2/PqUW+&#10;v1svszuCRZQkDNB/gp1STVRdPXvdmvwzZlxMhNv91f63FPWn8f4eyKwqbn8z/l6EeyCqgDjn/D0E&#10;fcSq22wDe+sci30+5pP6g+7TepiP710eoc6az6j/AKYazkgm/vfOdP6vX5DeSf8AHx/q/LqU+Xlr&#10;u+0n0D/9W26qu+UOpetMpob0/dYX6Hn/AI+DCekEf4n63HtH7oAXIVB025gP/WCmuL/7b6+8WLcf&#10;7ppQH1YI/wCNcf8AV6dZdaastOOej37TYvHQggKf3rAAf8dKnn/D8n+vPsNqxiS39B/gLECwH14/&#10;3j2CoqISx49NqBQNToc6dbqo/rb8m97E/jn/AHv3BDh/SVNgP1WuDYAf4fUH6e9Ouhmcnj/l6adA&#10;O759TAGA9Nv8VBt+f9b8H3FlW4YDn8n+v1b/ABFuPdC4DAjh02aUzw6kIDxf63sOOPoP6A/m/tmq&#10;EIJsfrf/AKK5Bt/h7VQ5qfl/m6Q3K4J8x1JBH5H0I/4r7bCguefz/Qfgm/0/r/xHsyhYhGPmP9X/&#10;ABXRTMgqSRmnXJieOPx/Ugfgfn+g/wB79ts918h5vZj+Tc88+18LagPn0gYE8OPWUfi9uCBewHHH&#10;/FPZJvktzmcM30H8MXn8H/LKi3PA5t7F2yClrNTj4n+TqNeeVUrAfPT/AM/Hp8ov80f8JG/3pfZY&#10;1kBZVFyTr+p+lieAPqbexZItLdRXFB1GVwum1VfkOpfvtXOptJ/P9L/1Nzf/AB9sA9oB4AdWXEMP&#10;+l697yK/9fr/AF+l/wDAADi/vdOtde95QVcXFiD+b2/3kn3UHgQetg0+Hr3vHK2kA/g8n6f1H0/1&#10;j7uAfi60eFOve8MjehTewsOP8QPp9fr71Ea6h5V6rbaWaQ9e98o5PRx6fqxP1H0+n5P+9e9stMV6&#10;u60wTgjr3szPxjltvWp/o+E0/W/1ymGBvYX59rdo7b+I/wBNP+PDok3Xtt2xwb/Iek/uddeHqx/S&#10;KY/7amn/AK/09mUr2K1m7z+Cm4QR/h5JL2+v9f8AefYttiv7xmH4vBP7NXTlq1Vs/wDmmnTdTr/u&#10;NwQ/1Jxdv6kiFLfXSQPbBVOPvtgm49WJwXH9f8ssfxf8/wCHssi4X2rh47V/n/s9J5jX60/0n6c4&#10;wfBlhf6zVR/1v2E554HsDO6CP76Zq1vVVVZ/H/HQcX/pc+38mxi/0q/4D0vtCf3VZZxpj6nYkWxl&#10;AP6UkH/WtfZfKt7cHlfre5/2m3Bvf/W9gq/kJuXY5x/l6Mmzcfl04e253Frcf8GI/oQB/Xn2Ws7t&#10;x4dO9e94Na/1/Nv0n/Xt/rf4e6061Ude9//RoeeYLz9f9uD+ebafoPYC1O+K46lNU/hXrf49wppI&#10;1FyPyLEk/m31P+N/r7oUDjK162NWdI697gyM2kKpIB+o5t+P8b29oHRNTdnn15gAaDr3uO41Af6/&#10;PHJFj9Pze/tM5MXi/OlPzr1rUw8+ve4U8JdQbFgFuPwQRex4INhf2nVqlw3Hq6vUlW49e9s9Smmx&#10;BsVuRfgDTewHqvYW9urGPQkfLp5Kgk6SR8uve+NJmK+glSSnbSYWuKj9o+F0YFWCMj+Uoyg/4/T3&#10;cseAOPLpKUQSNIBk9e9iFBvPEblip8VvegGZDzQw0uXapqceaNWZVT/IsVSwGYrI5f1N/h9PdVt0&#10;ZcDS/mP+L6uGDdrJ+df8g697zb26nrNtx47J7VyR3Jj8jBJULR/Zw4g0yBlQWqchkZp5tIufUoP4&#10;93jjQijCmf8AV8ummWRZTpfUD5cOuCMW1al0lWta+q4sCDewte/09g+mWWKoakq1CVyECSlJL+Ky&#10;E6RNHEYZP2yG4P1490mTSlVHTkxVUWnGnXP29pLr1eAipWPQWNjCHDji6PYrpKnj8297juJVQVbH&#10;VIyaFjwp173kWenmV3jbxFfrHZn/AKgWbi/0v/T343Nz2jxTXrdWIT1697i1L6YpH4MkfKn/AFN7&#10;DUOLNqA+tve1upnMcTP2E+nVkZXlijYYZuvexq3KxfqXbdQ5u38bySlvSLhaWxHB5A9oZABuAgBA&#10;jIGOm74mO8gt0akTEY/Lrr8kf4D/AHkt/wAU9l1nkQWNrnWw/U3N7j6/n2+y+GzpGO0dMU8MsIxQ&#10;dd+2WokRHugI1XJsxN2JP9R/X88+3UJK9xHHq6MaVrnr3vjTZyahksTrjc+KSA6ULxSFVdTMIWKg&#10;hLcc/n26FVk+VelKzN4QVm7dXXvYrbIyO1KB8pV0FIMZk67C5OCQ+bI1n3FRWUyo3EyNBH5GIXgA&#10;C349sSKWUK3wjq6vGyMvCoNePn172DmW+/xVf466H7b7wmaFtcUwljVinkAi8njJYWsbH25UMihe&#10;A6ZR2A007R173zgrXf0/QWuHGk3sefTo+h96KlTnj05QHBXPXvcxq1LaCwLrYarHm4uRpC6Qbe3Y&#10;wpErEfPp9QhDkrUj5de9uPnd1nVlDlxHex+oBH9ACLW9t+GlFPlnpiWKLBK9h49e9y6ieQDyycM3&#10;p1ennTYDhRzb8+6xAx1CE56YSNVBCjr3uJHXNCxlvaWwUtYfRb2uNBS3+w97IrjqwamfPr3t2hnj&#10;ztVR0tRP4p3mjjin8TSeNmsqnxIIUYLf8n36OJV1aUH+Dp+FUlbSwz173myUdRgZ1gyD/cwtpMFY&#10;fHDoDFxH/k8LTsdKITyeb297rIKKpz+fW5kERA4k/wCrh173yWRZNFQv7tkDiU6o/Eli4k0nTrK3&#10;va1zf34Mzdkh7emsMOve5lNokqIZmILMYyn48gLowYEHTHrJ+h+h9uxvTDP+3/P1rQAcDPXvay3Y&#10;yCPCFWGo4hfLGNX7TmSQaPIR6rL+Rx7TuVkAdfi4U/1f6s9WYkaWT0697SFLNZ1dCU0grcWb0sPU&#10;BqH1t/vvz7bCstKU68Hlr8Q/n172ocZJSUeRWqScwq0c/nPjlk1v4ZEj4sxW7EDgW559uxNLqXPb&#10;05ECzqTgHr3tGJmGqKqalliFLVgppptfnuSnkN5hGsQKxrf683t9fa5TQAsV/n07Gq8JEo9f9Xy6&#10;97cKWtdg6Kwv6ebf4s3+ptwvtSWUOAp8v2/6v9Xl0qdIiKMM9e9qCGv1kRrIdSn6kfk/nldIsT7s&#10;0koyWPTDW8dQCtCPTr3t+xubrMVUCsx8/wBvJGVMhCQy6wC1jaeKQAaj+F9sJdTHLNVqf6vTpKER&#10;DhKN172anoXJ4XOZ3L7hxtKKCUYpaStphPVVBepp6unkqK5p50hUCqma/jVNK/gkew/zFLNBbR6X&#10;HiSH/n1v8H+odS77aRoksrRJTWP8or1Dq01RKrer9y/0/wAGsLD+gNvZ2Me8ZjjIYuZFjYyAFbK3&#10;jBgCkW4HOrn2CNcgjRhxLY/1eWephhcqZEB4E9JmpQlpLgLoVxo4N2s1pPqP6Wt/j7UlOEIYWb6H&#10;m63IOk3APF/9t7r9XMSayj/jXTySuWbUw/n01yxKCPQfqPwtgbn6/n/ivvrWqyadIdSeDq0/kfWw&#10;/r/t/evH158TR+Vf5/7A6c1186D7Ou/CdF7ajb8m1uPwL2A9z4pi621Xvb0/QcAWuNPNvagRopqF&#10;Fer0qfn03yKRbki3+tzySb2IsT7nI9x/X8g/7e/AAPHPvRHVh+LqE6c/8Rbj/bknn3PidW9R/Fvz&#10;x9fwQvJ49shVWqrx6v1HlWTi9/yL2FuPrfm319zYvEx9QBI/rq4AX8enj6f7f3syaBh6Kf5/5+tj&#10;5dRJI5fwCSD/AESwJP559y4lEeqw/Fz9D/qv63Btf3VCJSAp4mnWxjqLPe12FgPp+Da4JAseCbe5&#10;azuljptf/Y3+oP1BAPH+8+1cUEDrx1H9lP8AV/xXWwB+fTTUK7HTcKB9LW/wtyTyP9t7eUjIZQgs&#10;rfj+rArYj/XH/Ive4Lh5EfW2R58MZ49OVqBXj0nqtY15/Ubta92I+osB/W5/Ht/pV1ekC4/I4Frg&#10;L9eDax/x+ntdHPKEBZ6E/wCr59N1Ne7HSFykUYYtp+hAVjq5tdrWvzZx/vPtRUYKafqp9N7km36P&#10;r+fp7XakOFOP5fl0jlA1HSOg2yoL+UsoNi1haxH+cuTx9eP6W/3n2s8aDZCeR+k/7ZQOOPz7XBsu&#10;Ac8Qf9X8uim4XLft/wAvQEbqX9R+hJKWI/OqZrEW+vBvf2oaaxex55Nv6fUfT/YD/ePZxCZBCpBx&#10;pH+DpFI0oFQe3oDs/YCSwsQ8gI/xDOW4H9CeP9f3PqSGgkH1sPpyP7P+N/ZjCtYY6/P/AA9F8qah&#10;3cD0HFGHTNRsLAswu9g39pQWuCD9bW/PuVgxahjGgXYC9v6qSfSD+AB+fx7Lr2UfUNpfsHr/AKvX&#10;08+tpp0LnAHXPeEWvJyO9y6udIWy38gi0/p9JU3t+f8AiPcqoaygjg/4/Xi3HJP++PtJUtxPTo49&#10;YsZToGZQLAg3sTb/AHZpIF725uP9b2zzyMCR9VsL25/oLi4uLke1SQRaVZR3Hq6xqUFCNZNP9X+r&#10;5dK2gL/22s92H45uz3sVsOBz7ZpWuCSeP+NL9P8AA297ljCsAi46tJHRwFQ6el1jg1/UDcNxe3+1&#10;88C359tc9zc/2rD/AIjj21qxp8q9MH5HHSzoVVSv1A+h/wBu3qtb6/763tplW5PJsATcHm5LW+o/&#10;PJ91kk8NQaAkn/i+FPl05GoILEdK3HKHIvew0ji3H6OD+fx7Z6kaH0g6h49X1/xsB+eCb+11s/iw&#10;M5WnfT+Vf83SyMLpJC0FelJTJ+gn68LyLDjTzYD+pt/re2xwSxBJCfU/T+rC3+N/p788vhg6f7Ty&#10;6uy4qoz0paaEOqnTfkC/0/sg3/obEf049xW0lm0jgrcEm5Nmvbj6c/7H2luCWVSzjWDwp/q9P83z&#10;akUgA16faJTGLfQFwbm39Ao4/Asf8OPcdyTfjhdNz/r3v/r8+01KBTXj1SlAprx6eIwAQL8sSLf6&#10;2m3P+t/vXtunVSDx+Tbk/wBRxa/t6H8XTsX4vy6doXYEXYH0j+n+psebe2hlJY24+nAH+AsP6D2/&#10;+XTvT7G4CLqA/I+v4uSfx7hy6RpBHpIN/rYGwtyORb/ifbiF9R0HuP8Aq8+tdTY7MHLH9Om3+Ny4&#10;PA/r/vfuFIF1kD6cWHP9B/rn6j26JZNI/wAP+rHXup0UY0gm4PJIuP6kD6C9uf8Ab+4j6ebf4X+v&#10;+H9fdo5CWozY691NCEBWtbk/S309Vx9f6+4bSNzyPofpb8L/AEta/tVpFa0z1rqUEXjg2vf82uT/&#10;AK/5t7j6muSPyrXN/wDA/Tj+vti6VWRQ3r1Vv8o/w9TobD6/QEW4BuQV/qLWsffA6SW+t+bnm1/+&#10;J59pQHBFSKdVpL/EP9X5dSv7Itxxwf8Aej7hVBdRcXZubg2F1APH9ePa21AZipaimn+r/B1b9mnr&#10;MFRrccWtwD+r0/61/wA+4DMX/Wf8bH6D/G/H9fapWKmqHPXuHWcIF4A/2PN/r9OOfx/sfeB9AAsO&#10;dVy3P1/tfm/4/p7v4khwTj7B1omo4dZkVrnjgrptf/YgEc2+vvhYfm1/rY/8R+Bz79wPZX/V9nVC&#10;TnPWS5PBvbi1hfjm/IFzx/sfcSRm8gJN1ueLD8rb6jm5PuvWs8Op8ar4yALG39T+G/x4+nvCxABI&#10;t/sDz/vZv791o/I9ZlBJAN/9iLW/r+P99/tveJjY3tYi45+lh9f63B97DA4HwflXpurF6hho65he&#10;PqDe30/x4H1ta1veP/X5v9SeeT/yP262nw209al+A/6vPrlY3F9XH0A4/HH+9e/M5H5ubenj/WH9&#10;Of8AW9pP+af+r9vSTrKFU/qHF/8AVH/eeeP9f3iuSSSSD+P8f9hb8/63tzrXWQAACw4sAeRxx9R/&#10;j9PfB2Pp5/thrccfUD8e9D4z/pevdckA0tcX+o+t73+o+vvxJP8AgRcfQC5Pv1P6R6b1n0696Rb+&#10;jG5FzwB/rH8++mvY2Nz/AFB92AqRnrWs+nXS2H1H+uLfjk/488+45WX/AFNv9Yj+v55vx/h7XqLS&#10;Pu11+3P+Af4enQ0fr1y1g2H0H9bMPpY8fUc3/wAPfAxOfqv+wDAfnni9vofb31MH8f8AI/5ut+In&#10;r14Np5Fvxfi/0AtY2H5X3m8I45+pvz9fx/U+9eI3r014jevWHyXvx9Baw+n5/IHvoRgf0/3nkfXj&#10;/WB9+1t69e8R/Xrxe/Fj/wAUP5v/AIkj32ocC19NvoBZifqfz/j/AK/u48MsAeHW2MfkvXFyv1tq&#10;PP8AUAfQfj68H3kAIvxYW/25H0+tzb24rIUUkAsfPj59JnlVfhIJ6wOSCdJPB4txYEXP0AHPvISV&#10;P4/1h9Tb/YXPHvSgMwDNQH/V/qPSOrEnrAfp9L/0/wAP9vx+feBna7cngtxxxxf/AGHP+8+zOCNA&#10;sXaKkDNM56cQVKg+f+XriRzz/UD6m31sDwTf6f199C45B/H+N/p/T6/Qe3CiEUKLT7B1YuxXSTjr&#10;osT9S31/rx+fyOPqffdyL2vxzYf7e9v6kj3bqteuJsf8QRbn8f4X/oL+/Dk8ng/j6Hi/1sBbn3V5&#10;CzUOT028vdQgk9d6Qq3H4/wve4A/Lc++SyKDptY2ufof+ibH6fX3tlc8B/h62wY/C1OuBU2vquL2&#10;tb/pK4Bv7yrpudB4/P1+v+xuRx7bGrV3dMvrxq6xSXKKGFzfj/W5vwOOT78xKD+tuL8/1v8A737U&#10;wRRyFlYZpXFOqjrGWYng21HkG/HFvoDxwPcRnuSSOf02txbj6n68+zeKPwlREpp868fy6WJ2hVHX&#10;LT+SefqOf8T+OP8Ae/feof0JIt9Afpb/AGHtSJmjFRJQHq5Ip8usXiLk3A5vwf8AX+pHI/PvuM+u&#10;xsPwALDm/wBfzY39tyMcNXNem5Dgfb126jRexN/qSD+kgfT6X4/w9yxIotY82/P4t9f7Pu8ZY6tZ&#10;4dNkFeIz1AkiJ+i8fU/1N7Wtdr395fICLsbE/X6Af1H+B+vtiUdwA4U6qowAueuCxkDgX/3u97X/&#10;AMPp7yDj6cH6D6fTjkf190IIUNTB631wNjcHkCxt9P8AiOD79qW4LfW4F/za/wBLi17D/Ye3ikqq&#10;NDVH+ry6sGZeB66AHIHHB4+nNib/AF9JJ95ho1AEX9Nzwfqfyb+0kpl0fpPRuvFnPBj1wF7Etceo&#10;gC/FuPpp/oPeTWI2IT0iy/n/AHi3Dfj3WAtcIPFAOfMfz/w9eSshAJ6xyRagpuSSGJ5sRzci99It&#10;f3ySQEfXkf0Bufr/AIfn2pcBeAp064VSAAeo8kX9Fvq45I+tgf8AVc/X/b+5KOQGP+t6v8Lm34/r&#10;7p1TqFJHcoo/x9N/ybf42HA95NXF/wAi9v68m36bc+99e6x6OSPwbX/2Av8AW/uTfUoN/wCv9f8A&#10;X+lufam3/H+XXum2ZArWtYED/iLc3+vvIWCtwQSeeT/S9iR+B7tlmXVXRXpMS7kVGOo4QuhPPHAs&#10;P6i1h/r+2iaQpX44FrhshTj6Hn1Dn6fX/ifddxjik2vcXC0dbd2/4y2P9X/FKNvb9dwOND/x49KP&#10;EI3gq+P+UWRRe1/qoJ+psPYvVU5WkpFUjSaal1fTkGFhc3HvHW2iSS7v53H6ivLp/wB7HQ824hwH&#10;+f8Am6i00VpSnOlqgahY2/BIPP8AX2icq4sw/A5+nF9T8WPBFh7dsQJJ3aXuNf8AZ4/4ejKAKZcC&#10;uOl9QoUSIJdLqFtxewRBf/Cx9ourvqe5v6uL8/Uk8D6fT2sk0BPgxXq0/wAOB59KyjuQluCF5/Fu&#10;B/S/I9s1SAqX+h4uPVf6gnjk8e0sbEvXTUdID3Vr8PT5CLm2rj+p088EDmw/p7TVShuRb+nB4P4u&#10;RcD8+1WqhDq2T59JZlQZUZr/AKv9jpzjIsB+B9QB/T6fT/A+03VxlTcEKOPoL2+l/o3N7+11vdSS&#10;TeGpOkD/ADdF7MdRWuOpsdtIuLk/Xm1xzb+z9Rb2iM7BFrdnfQtgFi0lgfTEG/dvdbHn2ILafuFe&#10;I4/5D0X3Ouv6fEf7HUynJsBbVe/P0/1X9n6H2GmVpSkYfxeInV6S4ckAoDcam0m5t7MIZDKVRMue&#10;J/4r9v8AsdB6WqtqmGqInP8AqHcenBG5P9OPwR/rfn2WbuvsHFbBws8vl+7zU8DR0cWmopjHIsSS&#10;IBIaKrpWLK/9oAe5O5X2/UwllWp/b/gP+r+XUZc4b4llBKtu9CflX/CD1mBJ/Fh/rg3/AOKW91M7&#10;pkr90V9XnM1J5EeWWUsyQr5EDyutOBS/blQglPr0c+5l2+FYfCdF0kHP+qn+r884w7xfPdXbzu9Z&#10;NX+ry/Lrl7DBqSTPZOHF0S6KSGWMOuoG2if7dm1ytE/6ZALA/wDFfai7kWaQM/xV4etP2dF9rRGZ&#10;yv6r/wCXz697Mvs/Bw4ulhg02aOCM8lhdooqZOLyuOSv5v7INxZbwos51GKmn+iwLU+HT8Nc18+j&#10;mytlWVZB8ZOfzOevexnwVBV1stJSRJ5paueGClQvEvqnaNIowWdUtrcC7ED+vsM7nPFahy2DT/oL&#10;oSLCGkAhGn0697tK+NPx/p8RTx7gz0Z+9eNZWLMx+0qHhhcUf+RZmSOa7i+sJb2FPDu9wmT6ZtMW&#10;sVOlfhxw1nh0Ptk2h38NpU7dS/4P9N0G++96Q7fpftacCauqUukV2Q+HVpkk1PSzQ/t/0JBPuT8z&#10;6UDa+KLKf8mWOOHkgqjZCm1qAG9RYfk3PtfukSWkQNqmhj+fn51OOhVzLZLa7cJIFpIfz4t/Sbpu&#10;6nqWqqDLSswd5a9ZZGAsGZoI1B/StvSv0AA/w91zYYqMlSr/AGfKoIHPH1H+8j2WQPNLEGdsgcf2&#10;/wCbqKLiKZ4PFc93rjoWfdtFKw+zgt+pQ4/HGpzxxcH3K7lpTD4vnx/L/V+XRNcLpdKcHrq+enpA&#10;SAieYi4DFP6/6gAn+vHPsON0Ql8pFYehiRIv0+lPGU5uD9Pz76m/c8tozyNe0GP+3i5r1hJ940hd&#10;1t+PaDT/AJxwaulRhiTTG5ub/W/+1P8A7bn21RRaFVpP0LfyLb9CnhT6fU11/p9PeYdpbOkSqTnP&#10;+rj1jBKwAuKHNB07+2rdVGGwOYEsnjLUDFKbRqLq1iD5lbSmtfwfp/t/Yf8AcCyLcqbp/F4LU/P5&#10;16FfLZP732YA9vjD/B172huoImhqspGRoAppbDVc/wDAmnIHLG3K/wCx98mOdyYt6nijJVdZ7f8A&#10;bP1mpyoAJIJFFZtC/wCTqFXW8K3/AOOg/wChX/r7l9os3ni5P/AeNfoOUBrOPr/U/wBb+4U51kkh&#10;Kxr8Lrn5fH/m6lnMcThVyw7vz69Qf5g8W/cb/oVf6+wCqlBJb86j/T8arf6309hCMRmOIafwDj0w&#10;tAFXzp1N9pyuHpa9rc/T/XaxsPd2bSK0623XvaHrl010Z5tokN7fXmwvb29JM726RM1F0f6v9XDp&#10;lxqAHy697sq+GxiGKcAc/t/kj/dFbb+n+8e0lpmbUp/1U6FGy1KJT/Uegk7hVjtzj6ahfgEH/KKX&#10;j/bD3al1FDr3TTSBTaNKn6WFr4+u/wAfpce0HNc8jcs7+XmBKGH1p3yLw9f9nqWOUwJd429Zcp+p&#10;/wAcb/iuqqvlNOkWwDSP9a6ajPCm7fbZzCv9QpC3W3+pFvaL3ZGjVVe9gXC0unk8Wipr8f2r/Tn3&#10;jHHIwgt7ZTSBter/AHo/4PLrK2d3S5WJMIf83R7tlu4pqFmbkNMAOOQZKrSTb6cf0/1vYW1BH0HN&#10;j+n8ckE3v/Q/7b2EoiAKE9XoBgcOh6jU/X6Aj6j+oFhx/iP959wWsBoH5NyePr+B+PwPbKlnOst0&#10;2tWOs9TQB9bf6w5/1z9b/k/j3hZtIA/IZg344PpA/PFx7rpVquOBz1V0+JvLrOLnj+qiwNv1fUn8&#10;88+2ustpuCTcc/iwIcgi9vr7cgJU1HGvSSQZB6zpcmx/w/qfoR/Qfi/tobUbm9uGNrA83P8Asfz/&#10;AI+10MwAKUyWAH5+f5Y6J7kUcqv8Ip+zrKVH1PP/ABQHj/Dm39B7gSsW13H5a9/r+b3+o/Ps0jFF&#10;FPn/AIeiuTBYDrkv4t9bC3+PAt9ebH/ePZI/k3/xeMNpb64wE3Fufu6jkg8n6f19i3YpG+nlVxUe&#10;J/k6jfnQa3gVvh0f8/Hp7ov8yf8Ag5/3pf8AbeysxsL6yb2Dern6f2rW9i4sWjVCMf5uozmVaaCO&#10;3qX77DA2IGksGH+F/wA8fQEe03jMpoMoP9X29a+AIg4Dr3vOrX+p4/1jf/b/AF+nt4aWow6pw697&#10;zIwB4PpN72/wvYm17ce7sAPiUk9WNfOvXveOZx9f7J/P44sLfTi/ulDSnn1U1Pybr3vDqVtKnn/Y&#10;kar8c/QD8e7CisWrjrS1j1NX59e98NYGoACw1W/Nvza/P9PemagqT1csTxPXvZmvi+5k3zWL/qcK&#10;dI/1srhxb8E8e7WEsn7wsUTIeda/6Wop0RbyCLUD+Jz/AIDTpk3EQMPXEm1qec3/AOqeX6cHn2Z/&#10;IK61+8rEjTR7kl0kC2sSSi5JJPNvcgNDCm6IkMYMbwKG/wB6/wBXD/D1pz4ce3mIijRR9M9LIGxe&#10;CLHkyYpQf8Ghj44AF7tb2k55JGr+vgbi+Iwn9PqKxfwPzx7QPDFG14FX/RT/AIOrFI2tL6Zv7XWf&#10;+O9OyWEWW5FvPVf7zAn+v/X2C3dZtvTJ6uQ9RUte3PE7W4H15B/31vep0C2EekeQp0vsVB2mxPnR&#10;f8A6l4j/AItlEP6U0A/6xJ7LtWP6mDHhbfi3Hp55AI+n49x7uDubtl/D0ZyLpmqBjpy9s0kqjkDn&#10;8/Xjgf0Av9faF3Cg0Pd1qvXvfXl/2kfS/wBG/wBbT+n214zen+Hr3Xvf/9Khl1C2sTZr/wDEf4e4&#10;x6lb1x1v8e4k6gC4/wAeWJI/H0B4/PtzWdf9oafZ/k6ofs697huDcfQcmw/21/8AW91b42+3rYBN&#10;Ove/FfT9B9OeeALG/BJH19om7qfUdvpT+fr1T7eve40luLfUC4/pcXI/J/PtJ1o9e9tNSptq5INw&#10;WH9fVf6f1t7dibUtDx6dV9WDx697aZlAGi+lSrOy8EM1rXH5X3QMGZh5V6bB1Mw/CR172xVBUz0Q&#10;LhAtZRhYyCS3762Gu5t/qT7MYlJ/U4n/AFf8X0rjg1hWI8+vezMdtyS0+zuvnYNAf4NMVpjZmf8A&#10;y6MgeQhgLfXn9XvSZZwPJv8Ai/8AD0V3kqx3jxqfh64J+qX/AIOP+tcfsAajcUWcjjoM5B5IYVKx&#10;IJBAYvUJG1PSxRyPdkU8nj6e6zIQwPy6Va1lUJIuOufvDVYKpRIqvbMwzUDF/LRxRimalsViiDzV&#10;khMpnJkcWHpCW/I91QUho+M8fn59b8JlVTHkde9tUOYinqTTyMBKtvJTc3TUhYEuEAJYC/1490Za&#10;Cp4dbBJFSMde9yZp7Us4vfg/UW4v6eP6+20H68BUefWox/jEXbU1697HfLO0vS+15B9DuHLqT9P0&#10;QD+n0+nHtPM2jdQfQD/AR01ueL+CvqP8HXH+0f8Agq/723suFaxRiATxq/pzdiT9Rx7WOKufEGa/&#10;5utUDFsefXL2y1E7Kwt/qfpf/aj/AIXv7eVdX2dXRC540Ude9trSlpJLSKgUsSNJb1AG9yByT73W&#10;iKvy69I2lfDHDj1730hkTS6HWzSpIWsFUJqBPBsCBb/X906YzinXvajbcMc2PmxORC12Onkjklp1&#10;P2zq6DSjCpiiE9k1E2DAe2tJU6hg1PSmCQqJFbIJ697TVfg5qaGOo2mDX0MYJkw6eiWNSwCg11dI&#10;XPjXU/A5+nvYavx8fXq7RkCsOV9P9k9e9sNPuOCrlkpw321XS2Waga8j0rSBpER5/CqS+VE1CxNg&#10;be1sCdreh6vA4ZWU+vDr3tYwV8ymVZCAPTz6Rxz/AEUng+2HAoHHVJWOmvzH+Xr3txFarP8AqLEj&#10;kf04J/p/Qf7f20ABUDpgNk+nXvfTzK1/pc/69vpx+D9be7Dr1eve5OFYtm8WAQv+Ww6pPr4RrsZN&#10;HOoD+n093QEk0Hl09bH9Yf6vPr3tZZir+3r5Y/8AORSwKjyWtrDu+pQpUsvAvce6P5dKbk0ZfSnX&#10;vbH9gkcbVGMkEdQ7s0lIVaQujjU8wmmYoupwq6QODz7qpBIDcOk0aAsNJ+0de9yaWtWOWKB10yl0&#10;8zaifFJqVXBAUglG54PurFW1EHHVjkvXhXr3tYbskCQYBY29f8KiCNZj5Y/LJeQA8KCP8b+6xqpZ&#10;tR49X0AupPp/Lr3tEJUlX0auOQ1xx6bX/FiTz7faP+BOP5dXMS1xWnXvc1KpWIjB/wBfTf8A17gE&#10;f0t+ffii6Sf59X8NNJA49e94qiKkyUSCX0wRlwkgZ/2NTgsWCFGk8rJYfW3twEBgo+LpyisFXy8u&#10;ve21Z6umndKkFrhBBUftqtU2i7hYkUiHwqQpv9fqPaiJ8g+fHp2N2LEN+XXvbxTVqPIJEN7W1WFw&#10;bXX8L+f949uszkUJ6dK6qVHXvcmryDLHIkZ/zqlQbA2tYi+oWB5/2Htsa8d2Py6qYx69e9mc+LFa&#10;DujNvI2l5cGlM0YH1T+I0RMgNraSOPpf2Gebh/ikSgedf+Mn/Y6lP26QLLL8x/lHWGcXT/WYH/bA&#10;+7DsbUQBUnQ2S602mxP7yqjkgkXNwfpcj2B5XbwY0/ACD/LqUlIEsi18m/w9McsbFmT86S4N/wCy&#10;SRbj839qanrl55/qbkf617DR9Rf2nqp/EOrxEaj9nUGSnb+h44t+OPpyTxf8/wCPvKlSHlLA/wBs&#10;8Xvb1A/0H5Pu2K08+lFeuBiITkfRb3/2BBH9f7P19u6MoW6Dg/q5Nv0gfQ/W/wBfaqK4+LxX+zH+&#10;bpxX46j02SwkkWA4v+f6n+pP4H9PctJiE4BvfnkWsPz/ALf/AFvbhmXxNNeyn8/+K6vUa6Vx1Fam&#10;4vY3uPr9LfX/AG/PuRFUISOTz9fr/jz9Pz/vPtgvJ/F/IdOV6xvSjm68D6G5v+OOG/5F7coXvwDy&#10;PoP9iRa9vpYe05FOvdRpFH9OOdVv9h/iB9f9v7eodLXNzx/tyDe3+HHvySaKLTBPV+medGP0HNuP&#10;pbjn/A83+p9ucTLY8c2sV5sbBhb/ABuPb5wQwbrXTLOjH6n0j63ABFyt73P9R7e6Y6gV+nF7/wCs&#10;R+P9f3qOQKwkXND05kCvlXpPV8JAs1/ULA8H6ci54t+fbtRH90Lxx6Rf/kG1+eOPZosw8HURg/4e&#10;vN8JPSMytOdLNfkc/Tgiz2K8H6k8+1DTXDi/CXXT9SPqtgPwPr9PZlFIGRSX/UHH1/1fPpM6grq/&#10;EOg0y0YtKAh9QYj+lyr3N/re49rXHEGNTyv0H5+lozqAt/re1QZh3aqk/wCqnRTOO9qjoDNzxL55&#10;IygYDm39WJn+hv6bcjj2+wkBwp+nH+J+gtf8c+xPbMGt4pB/DnpK3HoBM7C4kqhfnzsVJNuC0nNw&#10;Pr/sPc6qJETjixX6H+trXH+xHtfagNDXgVJH+X/L0WFAQW8+g/p0UZWFjquWRgy/i5PpNm/3rn24&#10;4QD7GAj66Qf68882/wAL+yi7H60yn5/4etBaLpPUXeEjnMTj6L5P9YgeCOwNvqLe89RbSbH/AGP+&#10;uVH9Rz9facdW+XXscWMgDAckkiw4ssnAPNhYj8/6/tjqDq1D6jgD8f6k/wC9+zGNtKR48ulkQ/TX&#10;pW0MPrL8hwxPFiLgOLf1Fh+fbRMOPp+ef9uL88Ae6jj070vKFm4sx4HHNyP12+l7jn3AeEqLMR9D&#10;YA/X9I5v+b+y6W71NqjB/P8A2P8AP0ldNThtR6W1HGGJLHm/OkWsfV+SD+PcSoUaW+vIH9f9sT9B&#10;7Ra2XTpGf8HV0QmmkUA6VeOGuRbtpVT/AIeo8fQW5IH+29sFQjOwH9q1v97+pHs0tJlWF2Plmnz4&#10;f5vs6eAEYJ8ulEihJFAJsTwT/T0kADjm1/8Abe2iYaS6n6i4Nv8AXIH497JDHUgop6sDUA9Kuj1G&#10;KIk82Vuf+Cq3+F+PcCQ2544FiD/je/0/1/8AX9+FHXBwetEahTy6eoFIYA3BJ+lueACOT+OP9Y+4&#10;EkhAPP8AW30BA5/oD+fdhGnp1rQnp09Qx3I4tYrc/UEgAW/F/p7bZJCQf9j/ALD8G3Bvfn24BwA6&#10;cHAAdO8MYBBP1H/J3Nxf1C3PuAxIvxwLcfQfQc/7b6e7cftPWuJ6do1Fhf6tfk2uBcki5/x9wXYW&#10;Y/0+n5+vH+2ufdh5de6co1IKgH9V7/ggr/rW59wyQVJ/H/G/6c+99a6cFBD2/P8Ah/rX+vuGxNr8&#10;X/x/3w+nuyOUNRw69TqaFDWUmwF7H6kG305ubce4bcm6/T8fT6fTngfX24JK4lyvXupgQKvp4P5P&#10;JH+tyT+PfA3sdP15/I/2NuAPenkLmp4da6yIoUi4/P1Itf8Ape3Nr+4rMQTxa4P0+tueLcf7371T&#10;r3UtFBA5/P8AsP8AinuJKxueCeCRb8nm/wDt/am2B1+GePr+dP8AL1Qau2vHz6zkKFVhYfTg/wBC&#10;Afr/AIW9xCoIA/2H4NrDkH+tre1etu7PH/i+t9ZAbEG30/H04P5/qPcd1aw4/wBgP94P1/2HvQ6o&#10;aUNOpKMvN7D/ABItb6cA2/I/x94OQeBdf9gD9P8AePe/LHVc5p1JGkgEtZv9iR+De35t7xvy1/yP&#10;r9fyF/It+R7917NcdZE4W34P0/2Bb8G/JB94GX8E3J+h/pyCT9frx/vHveRUda6zKwPIFrckfk3F&#10;h/rfX/efcR/yD9Tbj+huCbn6fT3pH71b8Pr/AC6T/j8T8Hr/AC6lqOBb/Yf7z+PyeffShrC7Hn8c&#10;kfQi/PvTShsJH027Kw7Up1ysoJNv688A/i/Nvp77KrxYfn8n/An+v59tATebD/V+XSYMa5GOva73&#10;+v5/H+Iv/Q/n3wkFuT+LcD/kK5/w9u/LpzrtDyQPySP6i1lsLX+hPuOxB5+ig/65/wATb/YD35Ey&#10;oA7z1rj1IHF735H+w/wP+t7xBx+P9gOf99bj2r+kl+XVPDb0646vrcHjk/T/AIqeffYbm17n/ex/&#10;th7dNugGUx9vWipArTHXDU3Jv+ePpYH/AH1v8PfO72/6V/334971p69NeLHX4v8AD1j0p/xvm4+t&#10;j/tvfrv/AF/wP6f6/wC39+1p69e8WL+L/D17Sn/E8X4uOeL295bN/T/YHTb+o/1vdNEvz/b0l1v/&#10;ABHrFri+t/8AY2b/AHv316uOPp/wX+nH449+0S/P9vWtbfxnr2qPnn8X/tfTj/b8++YT/ajwCbcD&#10;6W+nHvwlOtO3BI6ca4I/DjrpmupOkfQ88n+o5549++n9LX+n9fzwOD9D7V8TU9Ji5OfPqP8A7e9v&#10;964/3se+voT+LW/334uPfuqddcn/AB/3v/A2B/HvAw5kH+1fn6/2fp/sfZ3b/DF/pR/g6WxfGv8A&#10;q8usZPI+v5+n04Zvr/sB/r++YS6jm3pA+g/of+K+22ejvjz6TvIVkkFPxdcS3qJ5/VexJ/rx9f8A&#10;Ae+9H+P0+n++5968T5dV8X+j11e34HP9RyP62tb30BYjUR9bX5Jub/4Hi3vXa1dK5612PXSvd/q+&#10;fXZNwbci304HAt/iPfYC/Uf7EC5sT/hb6/T3bvY6P9VP83Wh4n9n1wJKixuP9ewv9f8AjfvpiwY8&#10;m4J/31j9b3/3n2/HGoX1r04qqVGOurhlFhxYf4/4fX/C3+w94m/T+Ppa/P8AX8f4e1lv/bJ+f+A9&#10;ODj14/n6/i3+8f7b34Kv+qsf8AePp9P6+13iZwOqmU1wOsBJ+gW4/wBcD/YH/Xt7y6F+oHP+x/3o&#10;n3UOy4HDqiuVHy6xa25BP1/pb/iB/Q++Cr+5p+o4+v44HHHtzX2lqdPB8MwHXJm/bv8Ann6f4Ne/&#10;P19yiB6bW45/1ubD/Y+9wfj/AC/y9MdQpCR9b8gi39eAfp9be+zb8f7Ef6/J/wBgfainl5db4ADr&#10;CL/njng/63Avc2uP99x75IbcfQfjm1rC3+v9fe8k/PreWPqeuLji/wBbfXj63N72+n095FIJB5HG&#10;ocf739ABf34ihIPHrxBBIPWNrgH+0NWn6/ni1vqWPvOpuAbCw44/3n+tvp7TTRihkHHr3XAGzaDc&#10;lrsPx/WwvcX+o98WsRf/AHjn8cfX8e2YzpNPXpyNgDT16y83IPP+PH5BN7f4395lPP1+n+P+B5H9&#10;PdOm+sDg2+n4I4/Niv8At/cgMCjAfTj6Eg8n/X+nPv3VgRTqEyuri4Fxe9wD/Z+tj7539NgRe3+t&#10;+b+76u4P51r1vrFpOr6cf73xb/Y+5S8KLfXnn/ePai3/AB/l/l6903zj1c/T/iRb3xLXHBtcMt/p&#10;bg8/7Ae7EBZFoteGP8nSWUBXwOulT66voCGP+3HA+n1PtjkI/iGOvz/l1Ofx+GLfT/G3tXekNtO7&#10;sOBtZf2EdPWbFXqPU/8AHulHj1Ip5wLi0T8fX6FV+t7XF/YxzspoqNjcEU9Pb9VvTGy/mwNgPeNt&#10;sjifcx+EPLX86f5+hvtzNooD2/8AFdNkeoVYUWIMymx0m5M2o34Nibf19pPIWYy/4OwJ/P1YGx5H&#10;N/8AX96groLHo2hbvz5jpcUV1aFfrqRSAR9QALAiw+h9pKsTn/Dn+t783+vHFvaqpPE9Kz0q6VrD&#10;i3+P0t+CP6H6/n2n6oXTT9QTzb+yfxzx7TK9XNOHl8+krx6BqBz0oIFtZjfVbnm9x9f979skqDkn&#10;8XB5tb6C/wDtx+fe/FNABw6LpzgjpwUWP5v/AK39L24t/Q/0t7YK2ONlZW/SdOr9X9UPP1Isfamy&#10;f/G1JPk3/HTTonmOnxD1KUuFBH6rj+n1uRxfj6e0RmzL4kkMbNIdWj1hb2MQPH6fpzyLez1WLOV4&#10;DpmZgsLSMMnqdBp5AIAFrj+n6vzyfrx/X2Xjtrf+F6/xVRLU1KT5eSL/ACSnAngfWrUrMC32tTTE&#10;GCa/q4On8n2Pdh2l5LmCWRRg/wCf+l/qr1FXNHMMVpa3Sav1aY/l8up8N5AGKlU5tcg3+q8EWZbH&#10;3VPuiryW7sxWZ3LsSbKVQrEPPFESIogYPCsbKhHq039zLtNusOipof8AJ+z/AFfb1jjvm5TXjFmY&#10;1/1f0f8AV9vUr2BO7JJMhMaaAHxj9pCum/kUPGY/qh1KD9SbexWLnAQcSP8AV/q/l0A5YmkmB8uv&#10;e3DbW3YsekcoW08liwu17t4WJIaRluHXj2kuLpgjEZ/1f6q+X29GFrAdWs8R172Nm28e1W8FNSwt&#10;NUVMsUZTWFZmlaBCoLNoF5GA4P59kF1diKN5n+FVY/7z/q49H9tbltIHH/N173aH8ZegCFot05yB&#10;47LB45GZwI1eLGVgxpWmyJUyE6v3inH+8ewNeSvu1w3gj5/7HUjcubCzusjLn/onHxdI7du6afA0&#10;rRIyvXzRM0cN9LRxMJIzUnVG6MsTj9NwW+nux+np4IY6emjIhSlijip4yWkMcSX0xM5PrIP5Yk+5&#10;G5bsls7KQ3CUko/l/Q/z9TNY7fFbwiq9w6Knl66oq6qoqyDUrVymSolUrGsszEXlVApKLo/sqAOP&#10;ZJ/mxf8AuzQgrb1wm1/wK+D8gcnj+vsK73MPBoPSn51r0Tc3yJ+6h8/+guh66bA/g+RIN71i3NrX&#10;tEnIH1H+Put/EKwydMfpaVAT/W44A/1v+I9kVrIvhD/V5g9RBOym3AAz/s9DH7txpYgKQFf6W/PH&#10;7klzYG30/wB79yhEwL2quMiv89NP9Xp0Er0FWgB/pf8APnQczyEzyC35H1I5HjH5t/X2i8zStLVR&#10;yKbgE/gk2EUf/BQLAe+tP3PIqci3wHp/2s3XWCf3j5tO7Rg5ND/1bg6VmFP7DD+hFxxwS8v+J9xq&#10;XHPUyHSCLm8MnB1uLCQBS1wVt+eL+82rZEWBCfn1i1LN+nNn8K/6vs6eveTc2KxeJ29kYKw+XKS0&#10;shpoNc0TULSWeOrZlkaKoRvpoP0+vsH89SRvyxu1B+gIXoa8TShx5UNM0+zz6F3LMrDd9mB4GYfy&#10;HWMMzkFTZBzq4Ov6grYgFbH8+wj64g8eSyg5Ianf68En7mE8i5tf3yA5/H/IjnP/AA9v8LdZ0cp5&#10;Nqx49v8Az71FyBIgBH+r/wCiH9wu0l/yinA/44R8WB5LVg+uof74+4N55RA8WaVC/wAhLTqVpF/R&#10;U/Z/x3rrHG8Df8tWH/Jqf4D2X+r4eS4NhI3PP9knn/D2EzJSOMU/B/sdUPwRf6X/ACnqf7Y61Lqf&#10;6WN7/X6m11LfS3thmNGalW6o3n172hK9D99H9SND3HNhz+CCSfr7uXLIieQ6syFo0GMV/n173Y58&#10;Ohpx78G/ov8AXginrSbW/wB59rdtjM0hKrUdCjY46IO3P+r/AC9BN2+bbbPNvWv/ALk0guf9v7tl&#10;6bkVdxKpJUsJ7fm4WgyVuLEWsf8AX9k3OaiPlvmheOpran/OSP8AzHqU+Vcb7YjTX4/+ON1Uf8r6&#10;eafaOLlRbpA8gkI0jT5cthLW9Sm+pf8AfD2gt1t/ldaQG9P29/8ABvDSnjn/AA94wQnULUN/S/kS&#10;OsqLuhvIq8P9jqwXZsemhpBfhvLa35Blq7f0vzf2FFYw8gH5tc6f6Hm4/wAQP6+waj6g59Gp/q/P&#10;p0+dOPRgadCEB5P0Nvz9SCP6fQe8CKCgHBBNzz/T6E8fX2inkImZg1NOP9X59NMTqqD1NUWH+Njx&#10;a97/ANLHji3uJKBe9rXOr8W/It/h7ulw4BVsin5/6v8AVXrxY6SPl1mC/Sx+nH5P+8X5/wAPbZMQ&#10;6spBIueD9ber8/7H29qZdLDB6Qyk49Osqrbkf0H0Fv6c/wBfx7bHtaSw+mpfzq4Uj/YWH9Pam3f4&#10;at3V/wAteim51a/np/1fz6ykWI54NrX+n1+n9Pr7apBqEn0/tkfjm5IH5P19m8EhqhAwcH/V9v8A&#10;LorkzXSMdc/pb/Yf42H5N/p9D7I78niUzeEt9Di24/IBrasf7f2MNlfscEZ10/kv+TqOecj+rAnm&#10;Y/8AKenii/zJ/wCDn/oVb/geyt6voTyWWx4+pA0kf7D2K45P0qg4H+X/AGeowc92OHUv3yUAoo5F&#10;+LC3ABty34IHtEZdMpLnGetOfhz1732Ht/Qj/bf8QPz7VI2lqnqvXvfMS6QTax4t9T+f6W/HtyR2&#10;BWmMdWUAg9e9x2qA7f1t/rf7D8f4e2/GP+/B/Lr2kevXveMu2pBa17n68H8H8D3YO1DnrekVHXvf&#10;LyKNQIuLEc8cj/YH2keXho49a08c9e9mY+Ljqd81GngnFcj1fT+K4f8A2HtVtchO57eH/wB/Kf8A&#10;jY/ydE++ClmnpqP+A9M+f/4s+Q/wo6r/AGH+TS8/Q+zUVUlslvYHm2O3Ifx/x0lH5H+29yhcD/dz&#10;bD/hA/6uDpPcike1jzEUXTJTC+KwBHH7+J+l/wDjgv8AiPaTnlvW9fXHLY3Br+rixqVP+HtLMDrv&#10;s41t/k6VMG/dt01caj/g/wCK6do1Ajy31sZ6o/Tn/MqOP9j7BfvMBd35Fvw1TWFuL/7ufn6cfT2x&#10;cClkppxVeldh/wAk2yqfwx/4OpWG/wCLZRf9Q0P/AFqT2WzIPe4tZbj+p+mk3+l7FT7jPd5BHPIT&#10;/q/1U6MZmpMenP2z3vbV9OeAbj/E/X6+yKSc1Hh4+fTZNeHXvfG/++s3/JXtJrX161Tr3v8A/9Op&#10;6t6dxGepjX7I3LRZZ1+mKpoKmWf9awlTUVEqrZhHLJ/rLb3Diy32qki0HrT/AGOpPUyPlHBX7Ot+&#10;xqwRMfuInp4xa00jxGNrjnlZGYWNhyPqfYG7g29lNuTGmzWPnopv7IkaMEXVWB9Ekg5Vx/t/apfq&#10;HFVkFP8AV8unKSgd60PUtWVwGVlZT9CpBB/1iLj2mgqMhlVgQo/zVzrNrA6mP1v7ZMtwalm4/wCr&#10;/UevFXAr137xyNGFTQ4ZmOnx25B02Nyfp9be6s7sqg8B0z+v/tf5de9xpDdW4/H4/J5Nv9a3+Hut&#10;KcT06VwCeve2eeRW1o4IIcqGJ4A5Cji5Nre7gqOH8PXgAvAZ09e9tUzgakY30MyA2PI5FtJ59Xux&#10;iFA44kdWaPSquKamXr3tjySh/sl5PjraPTbgg+YEDUBdh7VWrUBFcdP20rOArHz697Mz2yCevuuG&#10;e/qwM+ssbFrZBP6f0v8AT3eKMrJNNQUr/k/2OifcUH10zn+L/J1jQ3eYf0kX/eYoz7KNMtnutxz9&#10;f9e1/r9OD7tOzmtOB6UZC1HHrJ74R5WpoHXxTMDYghTcAAEci/P6/ekPiIhkyK/5ulUDkxiuc9e9&#10;qs5jD7hiSj3DSPqGvxT08ooipazOWFMqljpiUAk8f7H3t0XivD59K28KYBZU/wAnXveabaWVeOT+&#10;78w3BZQ0uJooWSqo4jYRyzTzuEdajm1vpb2mZo45vQjz6SMnhya4jq0+X8uvexhy1U1F03t+mq2s&#10;0Wfy5KgKhhc06honsGLMjcH8c+04CyXaysP1Mfy61OEmEc8g/Wr/AIB11/aP+sP97b2AE4F9b+qN&#10;iWEp4VdX0t9L6V9qnGl2oPn9v+o9MBgAaDA679tc8YYFhIGFmKixH+qI5v8Aj36sa+f8h/n60ZNA&#10;JVuve2GW6u5JIJLC9+TGSSbXvz7cqprpyvlinVkfxMPwP5Z697hPKYyChHCaLcfQ21c3sBz72Qp+&#10;Pj1phGSTIaN6f6q9e9xmqSCBc6ubAAnmx/UdP596NdDUHb1pCVB0r2de94Y8pLSyawWVf6AgAWAP&#10;I5uf6fj3vwK4r0+oaooeve3ioTB7lkopM9QyTz48TxUbUdQaARrUqjTfcCmCGouYl06r6bG31Pve&#10;pkFLdccan/V/l6ddlYIAlSPTHXvfJNubroIKuqof9/di6HwnJZTG06UdPjRUOUpTOs7eRvu6ljGt&#10;gbGM34I91LDCsKH9vSaVZwOGpB5jr3vjR5amrYzLTN9wV40obfRmXSdagcFT70yKumh8umSynKV6&#10;97lSVrxr6iATYGYqNEVwD60/IF7f737cjjVqV6Vwxo47hk9e95cFXmfPYcCQPbIQKXS6q3rKkWse&#10;f959v+EihiB0riijEoIXz697WO4a1v4mVJBCqirwP7M0oH4P0H+HtG5OoUrjpNeP+uFA7eve4EdY&#10;VfUDYoLXuLIF0+six9II92PwmvBjX8+tg+GmoZZqde9v9PV0NW0H8QUsFaLRUq/hjjQMLakQAuV1&#10;FifqR7bRQx0kf4P83WjIXAD8P2de9+3jlBEMeY0ebFQQR0oyCtphVzK5SnNx5Nci8g+3VhUAsp7v&#10;LqwejYHbTj172l6eWEhpkm0JIdQLamWO/HjY83Z7fX2+V+EqOlmkdrJ1724rK0CA6wPMLhBa5VDy&#10;Qfpcf4e6+FG4BKfz63oV1BZeve8oq4ZJEXWqAav7TW55/SRc8j6e7iMD59XCoMde9zUm8gcSL9wG&#10;K6kSysQL/oa3p5HP9be2x4YYlPi/1f6v8HVtQFSBU9e9uGT2zVYfFY/OY+Za3HZaSqgigiVjJG9E&#10;yrNeWVzcNI5+g4t7ukhYlWWh6tSQLqp2nr3tiFVBUwFoHAeMt5IydTC3DXbSFAuPb8aqXUNwPW6g&#10;rVT3V697Mb8X6oRbvzLMG1Ph1iaxsNH8SpC1l5UH6c+wpzJqeN4Sf01Ffzo3+z1JXt7OwurpVPaI&#10;q/nqXriw1C3/ABF/x7sVosk0kKsGHok8QHGrSukC9hyRqtq9gKPVIzRSgdsYP2k9S7BErTMzj/Qq&#10;/n03yRAcj6Ek/wCAB/H1P9Pp7eYcjpbmwuLkgADkj8gAkG3PvxQjgT+09OKoX4R1hMdx/rf4C/F/&#10;rc8f8R7e6asVuVI1N+q/9GtfgcfUe6UYd3l1bjjqNJGCNJvx9B9OQPpc/Uc+1DRzxknVz/QX/wAF&#10;/qLk8e7s2oVrXrZYtx6bZomX6XH+P+3P1BsAPc9Jjr9AW17C9gTxf6kWAsB/j7ci8KlJSf8AJ/Lz&#10;6sp8mOOociNpFueLt/hf/X+v195BIEYhP08/jgcDi5HIsPdUl1YcUbp1HDVrx680RPN73/H+v+f9&#10;fn8+3aGoZCpW5uSf0/0vb6ji9/fqK4auD1fBBz1AlhB4P+wN7/6k/Qc/j270tSWb0sCBza5/SSbW&#10;0gXP9ffpY0AFV/1fn06wQcR02TREAixH4/AFxa/+29qOmZTf/Wv9bcc8W/P1/wBb3uMfpr/q8+qn&#10;pN1qsHPPF/ra4vYC9wBzf/WPt+peANJFzc/X8m3P+t796A8Bj8ur14Z6TVZclri/+H0ubni9jb6f&#10;7f260pKz31cgr+PrbRcciwsPa6IardR9v+E9bpVadJbJqCrAJfg/n6Ao3PB5uT7U1KSdP9L/AE5+&#10;pKkf0vb2siNXT7P8nSeUnu6DXLoqpN/ix5Fvpdxx9SD7WOMJ4UnkEiwPJFo7c/X/AIj2Yo2o1X4C&#10;P59FU5NQ3y6AzdkSqjP/AG73/wAD/nyf9e3+PPtRxIqtfTfm9iSDzb/X/HsVW7kwwd2NA/1ft6SF&#10;vKnRdczraaqReLzvawXkBm+pNgBb/ePcmcqKc+kKebNe3BB/H9fZlb6iZe/tA4f5fl5/5ekUvxSe&#10;lP8AJ0hhGRkqa12LH6hbg6HS6ni9gf6+5+Ga9DAB9NI5tzfUwP8AUfqB9l18p8eZn4/6qfyp/l6a&#10;PE9Qt0jRmJ1B+slzzccRx3AuPx+fcyb1IFJtq+n5+hH49oG7Vd1WtOvKhapUVp1xxi3qV50nm5/o&#10;SknA55Jvb2wykkt/sLezAYRFHl0vVaAKOlnSoFYEEev9Q/PAIA+pv/X3GIVUJXktcG9vTz/QA/j2&#10;VXbuZCjCijh1RmJ7SMdLTGqW0kn6fU3J5F7ryeFF/wA+2arZgeDcWIv/AGrXtc/n8/097tlhZKym&#10;kuPs/wBX+odWRVOfxdLekUhv21BTXext+LsLHi1/94v7aJ5pbWuD9f8AXt+eDwOPbyw2hDDIP+r0&#10;z04FCig6U9EsqsjhdRFhbWwANlH1Jtc3/ofbPI7FtTXJF+LD68j6Ae7aQqtHG3Yf+L6qwJBANOlZ&#10;ToHCnTZx/QkWFkBP1APH1/1/bLVO2r0n63U/jm7XA/5H7dRY2xLw/wBX+rh1vpV0KFYwVUXFm/Ue&#10;RpS35H1P1v7gytqUH+gt/sLHn3sBVJC/D+z+XXvPp3pgwfn6lr/XUQbrwf8AYf6/ttlYgE2sOVB/&#10;P5/4r7eVVNBXPTqhTTOen2EX0jgm6sfyPx+Bf8j23MzXJ+guf7J+nPJB+lvfpAqCtcdadQtKdPES&#10;KbL9WIAA1C17fQFf6/7b3EYki9xxf8fT6X+luPevt49U6cI1VWAIsDYW+n0vp+tzc29w2JGpSeH0&#10;gGxBBQg/UXPu68Rjra8RivU8KDpdBymq9jqBDgg8NYH23sSraFvpNuAOeOf1D6WI9uqqkA6c9OKq&#10;mhp05IAy+RyCwvyxsObA+kixJU+8TKCSpuLfjkW4Nr2txx/vHvUkc0oBhPc32f5f5dVkaJKHgp6k&#10;RTRQC8nK2uLE3IvzYg3v/wAVPuK0ZDfixvbg/wBRxe4AHtoQXP8AGP2D/P0140Hr/P8A2Op4rKYq&#10;DpNxYH1k2/xH7ZuR7xklSVFrEf6o/X/HUFJ/3n/e/fmt7hQrs4I/0v8AskdaZ4itRkdZFlp5FHpI&#10;b/GTjSfrawuLf7D3FZSSxLGxDEDQfz9L8/09vornSpQV9dQ/ydN/UR/wj/eus/kjVePwVuLm9h+B&#10;cAfX/X9xvF5DpsD9bf65uCeD7vJ4luNaGh/1fZ1V7mJBVtQ/1fYOsyTRn9QYgWJ/24sOQeP+J94W&#10;pwnAJ444ZR+Dc8/W3+39+W4nlapP56T/AJ+tfV258j/PrOJIrD031fjWP9hc2H+9e8JXSNTWZDwO&#10;RewBH1B49qQJWOhJaSj+if8AL/n68s8Ux8OJqP12JI2+kbC/9XtyTf6/4+4kjR8+gk39PN/+J59u&#10;pbXVQXmFPsH+HpzwzX4x1KRhb0i1/wBRFx/S/wDrf8V94dSOQqLY3+pOq1+Txa/u72l2kb6pRX7P&#10;9Q6qUcD4x+z/AGeuayKPUw9FuVXi5FtJ+t/r7xuvF9P+v/tgfyf+K+6RW9yx7pR+wf4f+K6bKuaf&#10;rD9nWf7iEcAkEfTkkj6/0HPuIQl+RwPqb6bj0/1JP4/1/bxsrgKSr+WBXqphoKl6j06zrUA/1ufx&#10;pBHF/oQv9feBmjNwrgG1ufwf62HNwfbYs7sZZcfs/wAvSco3b+madSRItrlDzz9OD/X+yPx/j77Q&#10;rxdxduAbXF+f9YAXF/8Abe2nt7pE1SDUifP/AGc9MmNlGoRk067LozehCpPJ/rbj82Jv74ujPyWt&#10;9PqpH9b/AEP1HugmBOn6Z6/6Yf5uq6jw0Z6yL6Po8ZF/oFP45A5HPH+9e4piYX5BF7fg/wBfpz/U&#10;e1iSI7qn07o3+r1Hl1vUScRkHrIZAFJ1q3HBIP0vcn/X595PQRfUDx9P9cX9qvBuvRv956bz/vlv&#10;9X59RRIgNrW/6eAfT8Xtbk++J02PqU3DW5/oCP8AW5Hu30t6ho6sP9r1bSw4wsOuxIhtZf7S3Gv8&#10;H+osCOfeMQsRcso+l+PofyOTf6e/K68FqSPmP8nVQT5RN/Lrm0qg2KG3NvqBzYD6ccn30qAmxZTb&#10;8hT/AE/2Ht/w/X/COvd1f7J/5dcXlYC4R+fwSPz/ALfn8+82k6hzcfW/9bA2PJ+pX3Y3Frk+Ga9I&#10;DGMnx8/6XqNokKn1KD/TSTbnn8fQN75iI67G9uf6AfQW+t/qPbTXduBVY8/aemmFOEw/Z10BJpB1&#10;rc/0Qk/U3/p74XnP1jIP49X+B/H4PuznbAeyE6fnXp0wp/v8U/0vXLS30NQh/HEf4P5v9ffgkpJJ&#10;BUfQekn/AGHANrf63tVW3UD9I/71/n6sbePAM4PWIlfp5Ub6k8H/AG/JA5992c3Hj+h+uu1vz/qQ&#10;ffk+hVgfrVPypX/KetmGMAfrD9nXjqsPS4v9Db+v4uD9ffEwvbmJhfj9X1/1tPPB/wB79qo54GNF&#10;vAfy/wBQ6pSjYuFp9nWItpN/999Bz6r++ir2stxY/S30+oIAsfyPz72Z7RKeI6lvXVx/n1otbg90&#10;RY+tePz67AYm+ltJ/oCbjgi54vwfeN/N/ZZb/wBLD68f1t9PbyyWVaNT9p/yV69rtv8AfB/aeu10&#10;/wBpH/2/+8i1ufeQxHQD5V1fUnRzf/Yggke2hdwK7qbV2Hpq/wA3TWtBWkRAP9LriLlvSukfQAn8&#10;f7e6/T/be+IQk/5xCb2Pot/tuT/vPt5LmCp8Szcj/T/5utCUCtYz/vXXn1BfTx/sCR/rsCB/T6e+&#10;nZFNvUbflh+eObgH8e1cVrJOFkVwqMaD5f6vt4dX0s/csgX0HWAMw4Kgkc2Uj/Hjk/4f098PIoPC&#10;m/8AgxuLW/1re1qba7D9S4AH2D/V/g6v4ZIzcCn2ddM/Bt/W3qFgb3+tx/vFvfMAErYfr+ikDgi4&#10;+p9tOksJKgMyrioY/wCDz/1fb0ybmOIsjQM5HmppXrj5FKnVZSt7t+CDYj9N+feRI9AUsQpN/wCz&#10;f6XsbXubge9ra3NzqpGQfTVj+WP5daMyvQx2p/b1gkqogzBQWAAsRwebahfTwAT76cRkgr6r29QP&#10;NxwD+R9Pa2G1eCPwpcSjy/M9XQuFo4o3px6xCd2uf0rbhSPqD9Qfpbnn6/n3yBvbUbrc/wCwve9y&#10;OfbMuqMuIgNVPP8Ab15iDwXHXKwYfQgm30/w+lhwBf3ke5/S1zfj6H6fjn6f19vW7l4xUUP+frSg&#10;AYHUcqEblfTb+rf61/r+ffgtxzyw/wAD9P8AC1vp7UA8COrAkUIPXAsb2HCn/EfW/wBDe/199xm5&#10;bV/ZuB9bj6WHHtqV9DLp+Gp/Z17rtkOkWsbgE2IsSdVzc/8AFPea4GpQeDyRcX/oP6e7qCyqxHlX&#10;rdDStMdRyDe/5F1H1ta9+fqSeP8AfW99kjTzx+Bf/ef6+2HRVddPV4xVhjh1zUsxPIP9bD6n8X+g&#10;+pHvIt7f0+t/ob/7b6c+03VOunA/2JHH1v8Aj6gcfT3mRlAsv5tqBv8A42N7e3grMasc9KAhauvj&#10;1FkVydRJNgxBsBf6fj63t7yqbg8WH+vxc/X6/wCHva1MiCRuHTRGkkEdRnXR9Dcm/wCPqOLfS9xc&#10;+5Q9CgAn/ebN/gLj8e1ESmSVio6aV2L0pgdNkrBibi3P4HI/1/8AD/D3ikkIBC2AIP8AibfQ/Xj/&#10;AHj2tS1UujVJcfs/z9NsSSCTw69F6v8AOX4P+sL/AFFxxdj9Pr7ZnP8Al1De9vvqcXv/AM3H/rf+&#10;ntneHIsrwinfE/8Axwf5T1qAkT6VpUn/AKB6UuLUeCqC29NNKfoPzoFrX/pz7F97/YU9uLU8JP0/&#10;MP8AX3jsKJuV3GMo7t/Jvn/PodbYdSCv+rh02w+t2kYWeOZgCLfQN9QAP8R7TVaNSkg3udP154LH&#10;6k2AuPx7akAhleP/AEOmr/B9vl0dQqofI8uljjWLBGIAfSFAIHINhwQNR59pOsOl+DY34vb+p/2F&#10;/d3/ALN/sP8Ag6Vn4W6VtGNWn8j0k/8AJv8AsfbDLb1/19Vv9sPz7RvXApjpuUVFPLpRRX9H9OL/&#10;AE+vP45549tM55b+npHNv6/8R9fe0FFr6n/N0U3AA1Hy/wBVOpg/A/2PH04v9OP8PaXrvKFfxmx4&#10;tcKfpp+o5+g9r7YxpcI7jtHRZRGmpJ8PU2KzAA/T/Y8XB+trfX2EPaW649m4DKbikXyxUaUrQJdF&#10;AWSpoKN9XkRwbmq/I9I9jLlq2t79xrFZKZ/mP+fT0HOaL36DZJ7yFqSin/HwvU2miLaVJsAW8nJ5&#10;uGYWsRbmxPup7cWXrt3ZSfO5eUyw1RCRx6dAT7dFgJ/bsp1BR+Pp7mq226a2+mMYpF/qP2/t/wAv&#10;WJW8bvc38yPPLqqT+XTv7B3c9XLVWo6e5jQm2mysWZRySACSbexJDMUYVOOg1MiSEAjPXvaThwjK&#10;zTSArK6afXcqAD6Wtcj8fX2rFyumop4v4T/S/wBX+evTCW0KlCyenXvb5jMZUPNGviZZ5HVUBFw0&#10;ZK6JAFIsJCfoPbE1/DFGfq2Faf6U/wCr/V9njEA4WJcauve7Hfix8fJs3W0m4stC8IgWPIxUziXV&#10;LTxybfrY65SswQwMJmUra/H09g2+vZLq5htIq/TSOFY/0WYhu7/S/b/mkblvl36kxSyxmlVP/HT0&#10;m9z7hpdu42WrndRI+qCmUsB5Kt4J5IIR/tcjQ2F+PdsGHxFPi6CmpoVVo6eKJEWPUgtHGiLfURqN&#10;l/1/Ys27Ybbbjrt46n/eqfkOpgstq+mxBHw/1eXRUtw7lrMzWyvKxp/Iz/53Q1lZ3OlStyAt/pe3&#10;t1laPSpTTG4FrNZvpyVH4F7+xE4eSJXfjXoRrBI4q+B0nKdJhI6vqnjY6rpdBz6VY/Tkfj2Rr5qv&#10;ba+Pcn6mn/x/5T4DYD8cj2Bt9ijyg4DoF82IGtfBI7VP+XoyPTotismtrAVq8f4+GPn/AB491vYl&#10;j9/TFvzInP8AsSP9Y8D2GLREAdAeH+r/AD9Q9JGrRmIfCOhj926oZIaaABbhhKGPB5WRrc/1F/cs&#10;WDa4BcMO8cPz6DwpcRyyyfEtKfn0HEqo9VMurTYpb683QcWt/h77XCSZGRmQCNF+mrU1wykfUML2&#10;0e+sf3KbpX5Avnuat8Ap8Nf8YvOufX3jWkfmCyiB7STq8v8AQ4OlLhZkSOZS2oro/SOOWlsAAOL3&#10;9wcrmcbt7VT4gCevddD1V/LEuj1p+zLr06LkEj6n3m3DbSzpquRphFSE4fbUg+fGn+DrGvbv1Xli&#10;ue4t58On3SXsX4H+oH1/pyRbj/D2E+TmepkmYN55ZwRKCSRZhqKgchQpHsLe4UQflHdHhxP4Lkef&#10;l/q+zoQ8oAycwWquvZE4Zf8Aev8AV/xXWU+2HZEJp8xk45QVZqaRxq/s6quMqbfjlffIL3CpHv0g&#10;p36/8r9Z/wDLEYRLIxL3eGn+AdN+QJaBSvI8guP6jQ/5/wBb2z9pqA0MhZSRHEALDiyVpv8Am/Nu&#10;PcC88MxlhAP4V/6yf5+pRCFoRXyFT/PrrGf5hwL8St9fr9F/4p7L3VISSbizMf6fRmcWBt/Qf74e&#10;wUrhVUUyEr/g/wAPTA4BQOnH211MalR6fotwAfwQwte5vx7858SN6cK/5j04ImcZwOve0FktUdWm&#10;j/UOAPrwSPp9b+1AWJv7UCg6V28Ucrssi9q9e92LfD9bYyR2twY1+oH0p6znjk8n/be1VjO/1DIj&#10;EJj/AC9G+2SMs/gqez/i+gp7c529pH1Lr+Cf+Uil/p7tE6oqXj3TSgN6VFTz/X/cfWH+g5H9fdub&#10;rWKfZ7tdBLTgaqf0HGj/AFcfn1KnL5MW9be8Y7u//jjdVZfJ+C3WOSnPEsM+HMY1fpEu4sKk3Gr+&#10;2hP+HtG7ndvuasn6SiAuBcE2jgsf6i3vFmKGNlY0xGe3z+Lz6yvkVZJUkp3/AOx0ejaHFHjwD6x9&#10;ytzYgaZ6m6j6ah/j7Dapt5rAmxIFx/W4vZv8B/hx7jxWJRywFP8AJTz6oGqrHHQ9Qg6F45A+n0+o&#10;NuPrf3ivzxyDYEjn6D8c/wCHsnlYIpDLn06bOOnBRcX+n1PP+J/437jTE3v/AIX/AKA/W/8At/fo&#10;JNampqR1Q/0estrWH44Frn+v5PtoqGVSWH+PN/rz9LE+zBGLmhoFHTDrqpnrIo4H9f6Cw/21h7bJ&#10;mKrza5J5A/B1cWPP1H9famICjFP4h0WzoheoHl1k/Uwv9AvP5+tubj/X9twOpmDXX88An88cfQ8n&#10;2YI1ATE1f9X5dI3t1PlnrIRwOL/j6j6Ec/4iw9kg+U3ozeF5P/Frt/Qm9dUgD6cWv7GvLRVradiB&#10;Xxf+fV6i/nmMR3NsiDHhH/jx6daL/M/8hH/H+yv+v7Kc0i2S/wBOeAfr9LWsP6D2JFlKsV/D1Fr6&#10;fEOepfvmkosVDekfQc8f4fT6cf7f3qYRsVZRnqzKulD1730ZQvH4tYfX/C/4Pvwketa9Vx6Y697w&#10;SzGwC8XJubf61vqP6+2p5pOzu4f5OvVr173hVyPz9fz9R7bSQHDnPWuve5CyGxY2OkXFrixH+t/r&#10;e3iPLr1eve8DyA6tR4Jbj6fS/wDT/W90LqppXPXuvezM/Fll/v5Ujg/7iNQ5b/nc4c2/w49q9mk8&#10;Td7FBx8VP+Pj/V+XRTvK6rRf9N/kPTRnv+LRX/8AUJVfi/8AyjTf6/s12SYRZbeRQFb4jcbtbn1G&#10;okJYcEfj3L4VZN3j1g18Eft8T/N01GPGFiJR/oKf4emSku2KwQJBAnxQH4uBTJx/sL39p2aSN36/&#10;aw1fZbfBJv8AqFSCP9v7KL1is94inHiv/gHTN07pBexK3ZU/8d/1f4eneNCEy2r6GWqIHFrGIf8A&#10;Ej2DXeY/399cfyZakjg/qExHP0tf2muGLWSj5L0usmrtNl6kJ1JxAtjaIf0p4v8AoRfZX6++rUxs&#10;bm/0tfg8c2+nuN98p4j0+Kv8uja4AMmOPTl7aWcX9Nje4/2P+Fx7DhC1qBjqlfTr3vHr5v8A8QPr&#10;p02+n9P9h/h7bonVeve//9SjqmztfRMHx1TUUcy8SaJpUXknQdMTrb0sf9v7jbVGVKnh1KXhlFKK&#10;T1v8WvweR7EXGdumSnNJuOhpMnjRdZpI6Sm+70sxY/5TUFmX1lQP8Bb22Wjjwrf4etrcmEaHXUP2&#10;dYWgXVrQsj2sLO+j+lzGGCnj285bp/a+7cBTb42XnKfBw1E1VC1FlqietMs1GNMyR+BTCt5SWA/p&#10;7SGQq9Jovz+316eDxSAOrUB6ipVyLUmjkhkkkEaymeJFWDRI7qoIeUuGXRza/sv+59m7q2iDLk8V&#10;VNROWZculO8dBobWxe7HUECJr/1j7bWaEudLY8urK2hqstV9ep4ZWvpZTY2NiDY/0NvofaF+7gkY&#10;oZlWV/Ut3IDhzYWXgm5P9PbZJI+XVeIr5dd+4krlbgnVov6lHNkvyP8AY8+9UPWirDyPXvbcZAxL&#10;GwAbn68hgGP9eTf/AG3tYwBiX1K/7HTsqhoFPnTr3toyc4H2tx9a6jsATwPKv+929uWy08/9X+o9&#10;atVp+0f6v59e9mr7bCv1l1kR9X2/Mbj/ALWEX55/HtxB3V+Z6K9xX/HJTq/F/kHUeH/PVX+EsY/9&#10;V4T/AMT7J/OpAIFr3P0Nxeynj364YsQT59PcQPs6ke2mY6A3kW6v/m2F1sFKhvUOSLn3SMgRqSen&#10;4TSFCeve4chaOInUTy1tJuRyLG5P1N/bnTmQOve3Ch3BW45g0FVJELXmQSN5J47koiMH/sE35+vt&#10;M6Bm1gY6YfxC/iLUjr3sTB2BR7jxtJhNzxPNQwzO0YxrR0Llp0CNeTm8jJ9Tbk+05tpFNV6baN5V&#10;AccPTr3tF1e1s1SPPktt19Pn6NQ0seDpY5anJQ04ZpUaaSSyEhNMZNv1+3CRHWN8NU56oIJYVKow&#10;b5efXvaTi3DSz1MtHVstFlI2aObGTlVqUdZBEwMYJFxUXT/XFvd2Q4Pl02WDMA2GHl1733PpLMRf&#10;6Nqv/Ze7Aqf6ke/ZJB6seve2qdGPq/r/AMVJ/wABY39+YjhXPTZIrSueve2moEwdSgBva+q30+n5&#10;HB4+vt6OhjPTqUMUgr1721tPUILsvF7fotyefyb/AEHt/t1afOnSgmhp1736HIyxX8I11BAMcY+r&#10;gli9hxcqvt8rr88DpRTXWnEde9mK6vyTvsDtxIJI0EMex/E1QPKreXMVxkFvzax/2/tHJFWSJnGM&#10;9NByI7jPAL/hPXvYbZnBY/cDtWUsq4bNx6TFVGQw4yJrLEpmo6cAMrQxkf8AB2v707EUPFeB6QjR&#10;OWZWo/8ALr3sPMnk8ptpVpc7TyGlLWXNhPFjpePIQmoaiYgRqsL8+1MQWTIH5dLI3YU8RO318uve&#10;3fauVSo3BhZRLG6vWQBWjuFZSQysLNYkhre3XGlGx0sjYF0NcV697Xu4awNlHs/4sfr/AMd5jb6/&#10;n2WMornovu6eNU/6vLr3tohrXWSX1oCUdW183BIuq88k3493ZiIlpwr1dHbwVANBX/L173OSsZ9L&#10;u4KIlmjS4bUPUefodSG3ugUkYH59aZSaaV/1ft697zJlLq6AoacyaxSzWeXVYBJAXLJpQcf6/txg&#10;zli/Gn+z05ECHfXw697xSRkKa7EzIk/6quhlBmkncgi9LGvoiVU4tzz7dXxF+Jlp0rUFe5HX5j/N&#10;173zx+fo6syxa/tsghUVdBUurVFKzamWORBYRloxqt+Qfd115J+Hq0UuskHB9PTr3t0ZyjXKFh/q&#10;l06fpb0j8D3bp7r3vuGrkg1DSdDEesi4H1P1ub3Jt7awJXPy/wA3VdWksfLr3sQshkgNl4GCFtH2&#10;NXlpV8p1rKaioQsE5NtJPF/eo6lmJPTysTCvdwJ697DupMM8aNTk084ZmKlrCViPoI0s36uefayD&#10;+2T7emzwFDnr3sbPjhVT0u7ckJGAP8MQn0kf8vGl5HP+HsOb+il7r/Sn/C3Uje35IvNx/wCaX/Pw&#10;697sTxWRU08LagB9zG2m/wCrhf8AHgH2Co46STAj/Qj1NNuf1WH/AAj/ACdYJUuB9fzz/S/9P8ef&#10;b4+RQKGWw4+n+uD+foLe6+EK1r59KNIrq869YAh+n1/Ht9xWSWTgyBb24+n4Xm+sk+08kWnOiv8A&#10;q+zrQFPw16wyx/0/H04/Fzxawvf2tqKqQAHWBxYW/wBYAXJNrf8AEe0Qb8QyD1QmufPqFLHfix4s&#10;T/WwJ5/r7f46hAoa/P8AQk8fX8WuOB7vgmlc9eqOm542v9L/AI/HP4+t+Rf3nimS3pNyPr6iCLAj&#10;+t/z78qeJk4HTiIK1PDrFIrLfj6/Tgf1H+w+vucr+m3JtYA/Ufm3N/apfiHSlfiHUJl+puBc3/p/&#10;qf8AX/pz7fKEWYMebkgAf8FY3JP+t7an4j7OtvgjpsqORYE8AG9v6sOBz/U+1TSfpW34AHJ/oCOf&#10;9YH3Zfh/M/4evE8ek1V/rYEfU/0/BA+n+HHt+pdQK3P1b+hB/wAT/QXv+PbCSBwRTPXh0w5CMKCQ&#10;CRYDi1h/QEcXP+x9v8MbPp5IF/rz/h9f68e3Y5fCYsFrjqw4/LpJ1hRkK8A8f0JuA3+At9f9f2oK&#10;TiOJfx9LjkfUW/x/Hs7h1O+s8QM/4OmZuLfl/k6C/NBVNRwfU3APB+jv/rWB9rTFN6AL/kW4txaO&#10;3+8j2uWPuV/ID+Zr0Uzjvp8v8/QG7tcfuIRy9ybH8Azj/WB4/wB49qiIAtb8EcH/AFgD+f8AYexP&#10;af2EP2DpGePRbM6SstUwHOtrji3JYG/0/r7zVCjwt9SdJ/1/9t/j7O7T4H/03+QdJH+N/wDV5dIN&#10;JW/ilMPQANN+RbmVza/4tf8A3n244XT9lDYi+hfpyL3bVf8A2IPspu6mSVmrSp/2P8n5dMcQGpg/&#10;6v8AL1C3YZBm5wq3USfTgWHjiJtyOTf/AHn3kqZDo4t+LfQ2JYXtxb3RYxGSta9LY4wgoDUnrLil&#10;R5dR/F7g8cBHHJuPz+fbNM51OSLk2/1+bf0/1/b4ULEgAwP9X+TpzhjpZ0il5FN/SdZZrAAHk8Ac&#10;fn/H3FRgRz/q/oPz+kj2S7h8R/0n+fpt+PS7xkellte3kH1+q/jm35v/ALH22VSENYHgAfW9/r+e&#10;PbENwugalNenEPYOlxRwkX0kWLH63H1U/wBOD7ZahTyLWPP5/wBcfgj6e1Ilj/i/w9WPSmoonOnj&#10;/U25UH+x/Um/PtkqVb1AW/NySeLE/wC8+3Y7iMGpB/l/n6ulK6q9K6hiYablebWFzz+m/Nhx/wAU&#10;9s00b3Nyv+H1H1a1v0/n26LmD+Bv9X59Won8PSqpovSp/wB7v/qByP68/n3Akb6i4I5/2/Jv/W/u&#10;6NqUNTpogjB6dIodLW5uNPIufSbWB/A4/wBf22zubEfj63uP6n/D2+nxDq6fEOnqBBdWtyQBb/WA&#10;/H4sPx7bnYANyDf6Dn8G5/qL3Pt4rqFOnWUMOnSNSSvpItybW+mng/gjge25nclmH0vYmw+v+ta/&#10;uirEhWIHup1rQlaUz08BbqGP++vz/tre/OFY3P6f6H63AHJtYg8+2pHMRjVRV/8AIfL8/wDJ1XKC&#10;nn1mpwWWS5tcj1f2QRq+n1BGm/H59xCpZ7clifx/rf0NvyPayAB2Nf7MD/V/q+zph5NIp+HrJNL4&#10;YT6gOb2vY/W3NrkfX6f4e/PTv6iykkn82/2/5/p7XPBIFUxJj/V/PppZoWrqYaf9Xr1BgydOWCGV&#10;bKL8k2I+lrkAkC3459xmprj+1+Tf/A8n8Af7x7pouqf7jn7KdX121K+IP29OKZGjB/4EQn6Dhx9R&#10;YC9m/Tf/AGHuP9q1yQPp+dZ5Fh9b3ufbUlveSBUET/7zX/V/q/OhntEyZP8AL1PTLUEdy88X441h&#10;QCSB+OLE/wCv7wy0rn1AcW+osLjn/C31P9Pe4bK/Q6PBevppr/gz1sXViOwyCv2jrMM1izx54Cb2&#10;t5bH/YgsQP8Ab+8P2bFiX4Fjf9S/n+q2/Pu1xablHCvhQMe77f8AD+0/Z69aa7t1T9CjN+R6yw5n&#10;GlyBNFcjizKf+TbknUPeF6OO3MhNg3q1Mb3tyRci3+A96gst4Qmlg+acU/2P8PVfqiOFr/xkdSTl&#10;6NvpJF9eAHTi3H5NySP9h7jmmReVvJ+QPSSf8efoR/h7fbb94dCHtinz0kfy6o84mBSRBGv8XDrm&#10;uXobjVKii4sPJ9Db6fWxv/t/eGSDgfstx/UC/wBSbn6/W3u6bXug4sa/IdUpD/ymj/euuYy9AW9M&#10;8Vj9byn6/S39kWt7xiK7qPFb6D/NgD+t+OL+3n2ncPCYGur/AE3+z/l+fTcgtxGw+sH+9f6v9Weu&#10;X8VolBc1CFQTzqJYgcG/HvHLCSul0445sb/i34+v+vx73DtN/rBTVr+3/V/n6SgQcRdjV9vXNMvR&#10;fUSqb/jixI1G3J54PuBJAOQygn+yvqNzxzzz/vHtZHsu8af0Q1D8h1aiVAjuRX7adSlzFFdSZFsB&#10;yS4t/X+z9Pp7x/bqAbqxP+wtY/X8D6f7D3ttj3lyC0Zp8/8AUemmEhI/XWn+r165jN0QPpmj/A4N&#10;r/0AF/6++jSRs1lWwJF+QSf8Lk/n2ydm3yEeNJHqVB/D/sZp00Vn87hCP9Xy6yrmqO2nygFrnhrA&#10;fX8c24H9PeJseB9FcX+tmsL8Wtzb8e1CHcyn+4Vf+bdf8Iz/AJOqVlPG4SvXhk6Ukf5ZEbfQGWx5&#10;45seOPeIUgUgESfW1+LkngG3P59rDDuk5WOOx72/o/6v5DptlmqSLheujkKUBn+7j0pZz+4foOTy&#10;eBb339pY2KEcc/qv/tr/AEH+8e3f3Lvv++ZP+cfVaz/7/X9n+x1j/jePYBlqITz9RKtvr+CPff2a&#10;XC+E6j+bjkH/AGH1P+v7o+0b4qeI2rwzX8Bx9prT+XWmM+lv8ZH/ABrrwzlCQStTGbEceW/+vpUc&#10;8H31/D51PPP55BH/ABBsfdY44HwLRq/6vs6SiSelBcLT5ddNlYyNQqIwL2PqB+v44NyOf99+fNQz&#10;AWKm39RYfT8+1ccUXlC3iH1qf5UP+HryyyE4uU1HrB/FIyeKiEgXPBH0seL3HvH/AA9jzruT/Vvr&#10;yBa4P9Pao226/wDRlYf82/8AY6WG4nP4QP8Aa9c/4zRD0/eJxz+sfQAt9L395/sFtqLn/HlrX+n9&#10;CPbItd3DFl2Vv94/2Ok5mnBNIx/vPWIZekPo+8Q/Q21qfqNQ+rf19+GPRuLuD+bk/wC92H59qPo9&#10;4rT92NX/AEh6149xj9Mf7z1hbOUi8/dRFb8eoXvwR6Te9h7yDFL/AKq31H6iD/S35Hupg3rgNsl/&#10;3jpw3Vx5U6xnPUQPNVAb258gPH9T+f8AevfE41gCASeePWb8/wCwUj3pLNy41bdJq/0v+Q/7PW3u&#10;pmx4Yp/peuZz0dr/AHEIA4tx/wAQWub/AO399HHzgWU2H9CTyP68m9/akWQrT92OT/pf8w6TGeXV&#10;UKMf0esX8dpzy1TFx+Va1j/vj77NHU/Txix/U2i5v/gSL3/2Pvw2lSwJt5A1K0pn7f8AUOtqImAJ&#10;u1VqcOuIzlHbith4NlXy3W9v0kXIvb/Y+8Ro6gW/bXj6XH5/p9D/AE9rY9pjOWhkHyp/s9W0w8fr&#10;U64nOUpvaqjb/EMLD/eRwPfBqCSxHI+t+Wt/jfgj8+1abVcayyWI8L8PZ14zWa4N5F/q/n10M/Rc&#10;BqpHY/qtIlySeP7Vxc/4+8JomT/YfXm31/5A/PtUNsunGlrNifTRX/L1Xx7P/lOi/wBX59chm6Rr&#10;EVKWubHWBa31v67WH9ffhRIw1Nc/4Ak/7zYXvb3Z+X99kYPb2pEbeen0/wAP+rHSeTc/DZlhZCo8&#10;+uv7x0cZaMyqWT8lwDcgE8fQWB98PtYfqdQ/Fg/B+osbg/j2qh5c5gSoMOfXQf5Vp1Qbuw/Cv+89&#10;cX3FTkekrxyB9SPobggH6+8kdDHK48ZZBHc3YnT61sb244I/Pt+bl3elRZJowJcV7ePdj+XSlt+s&#10;IrdRNLEt158P4u2n+16wvuelgis37hlJUBLaroePr/UH8e8y0EbIjNeSxc642IF725JAB9kkibyr&#10;mlvpr/Qx/Ik/PpDa729zKVtdDD9vWT+M0wd0EiIxVP25GBciwIItf3GkpVQ+gkrqP9bj635A/p7u&#10;puc/Vrpmpno41SGplXS+nqdHWLKvptYAWHpsfyPTfg8++A9NhcAgm/P05/of6j2XzAOzjyOP8nTZ&#10;+3qUtyA3J4FuP9j+P6H3xLAGykMCb2/rf/W/qfbcZYopcUbrVTTrLp/rcEC1+Px/ja/599OSLDi/&#10;Bv8A4+10cmsHGerdYAgFzcleePp/t7Xvx79ETyo+g9Vrc/8AFT9faO8ossUjHz/wgj/IOqkmoJPW&#10;b6qf63sOf6H6H8A+8uksCRf+lz9P9uPT7cimVSUNK/z6t59YWFiCeP8AYf4/48/8T75lSGSx9J1D&#10;6/0AsL8393kcMGI4AD/D1dfgf8usKEaXuAHBB4HPP1/Fh75qoAtf6X/H+P8Arn8+6eL/AEf59OeN&#10;/R64OGvxYgnj6E/QHngfgfW3vlYen/H6/wBf9b/Y+7am76jh1bU36mOHXH/Vf1H+v9LX/N7+88b3&#10;NyPp/T8/XkD+nu8QVWYVzTpp1Cmg6hzx8AL9CfqfwRp4J+gPuQWJ0k24/wBh9bjj/bf7H2YW+XKD&#10;if8Aiv8AL005+HprkSwYfT/XF7/2hYcC5t7ws2o245tyPpzf68kcezOKJlereXTZP7euhoVSeSb3&#10;9XNgCBxwLkn/AGHtrlP+W48f0r4fpbnkG1r+y7epAm33Probj9j563ZLqnYf6viPSixKXhreTY0T&#10;/wCv+pR/hyef6+xlIP8ADoCL/wCZi+vH1hPP/Jv/ABPvGl5A27SD+mf+PCv556Hm2g0QU4j/ADf5&#10;+oEC6Wl/rrk/H+1ccfkEe0vWi0b2uf3OCB/QPY8X+lx7vK+u5BIodHD8x0eoO6lM6R/l6WGNQKqg&#10;kAAgfUC5sL8H+t/aTqjdr25s30H+B+v9Bb3Wf+y/Ppw/Aft6V9ELcXvYD/iD/X68+2OcaCfzyf8A&#10;AcN9fyeb+0w/U6oe/wCXT7ESeP8AD6k/Sw/231t7aKnh/wDXB/wtyLf717djH6bfb0XTrUMOHUxD&#10;e31+gv8An6E/T6/4+0zV+piv+tY8/wC0nm1x+fb4XAYcadEsqGpI49TYuByeefz/AIn8f7D/AG3s&#10;tXyRphP1pumZDpiijxh5vwTmMOp/Gnlh7GXIjiOcq3Ej/oP59A/nC2duVbo17tI/6up8+nSmazqp&#10;HqOrnj6BSf8AA/T3RZsjP5iv3JuHG1dSzRUkdE1PGA45mEzuBdmBuQPx7ygaSAbf4lF1L/n8/wAu&#10;sJZp5Ru1nEzfjP8Ag6cfY0LhXEf3DafIRqsQW/qAPoASLj2RSXyy1Kgg/wCr9nR9JEpUuB3de9tr&#10;0plk0GM3UkKqjSWb9IA5JuL8/Ue0vjtAROcInd/q/wBX7ekmhmbSvxV697Nz8b+ichvXO0VdWU7/&#10;AMOpainqfM0Upipmjq8UWapazK1PHDUEuv0t7DW63NxuUp+kNWz/AIW/aP8AZ6E+x7LJczxyMtTq&#10;/wCfh01ZnMUeEoZq6scBY0fxRB0WWpmWKSVKeBXZQ803jIUfk+7m9r7Wx208JS42gp1QRRwxyygA&#10;NUTpSU9O8kDaFdKGX7caYzwPYg5e2iaNonu/Oj+XDH+r8uOep42Hb4beOJCnDT/z70U7de66jcWV&#10;mkae0UYkSCn9YipoFqah446mISNEcjAk1mcG9uB7fWlaMW06ARazWva2n8f6/uQQ0YTWBj06GIRE&#10;ppUDpJpSiZv1iVlIOqMtp+uq/qF7+22R9TgmzWJsF+v9Bzzb/G/vxuIgrVbq2oBWr59PcMDJEQAU&#10;4BJa3AF72+n9PZJfmob7UoD+S8JP0/OQprgD8e4+3yTuZTwA/wCL6jnmo0hZPwjh+3ofOpE0YzJf&#10;0+8QD6/RYUAuTwT7rdxL2r6S5v8Avi3+H04/24PsN27DWw+X+r/D1DsxFWA+X+HoW/dvaR/s07NI&#10;oB8gA5/BIvYXH0/1/crbc2mxkUnAof8AjeeiK3jrBdA44ft1dB1O5+5lCozH0XPB+sYNr/Xm3uLk&#10;cjUxU80VLKI5SsdjzckFW50Efi/vrP8AcTCPyNexuoI1Kc/8177/ADdc9PvGjTzJYEHizf8AVmHp&#10;S4OEBZmYXvoHI4Fmk+gPsNshIBC0QmCyWY3axYltLWBuCb/8T7zkfcktLx4rtgFovHHWOlkmncI4&#10;vJtPSg948fhqypIyVTpgpIPUWMbJqVWs1pBxwOfcB+7nPNtDtO4WlnIGYRv+IYoP9VfL8+pY5W5Y&#10;ZtxjljQ+XUaeoSL0XBke4VQQTe35F7+8eMNI24KrwiwGPVS4IsSKmxItb6j3y69wL7xt5ScUq7Kf&#10;26uszuX4/DS2XzCxj/edP+TpvqBL9pyBq8rNYj8FeBz/AEv7QfaYiQoSeDDGQLn8iuI+p4v/ALD3&#10;CXNzeJLCK1Y6f+fupLhB+nUHjXqRjCTTm/18jC/+sqf4n+vsvszre4b0g8c2H9q1uePr7Bek0ppx&#10;1XwR/vsU+zpx9tlR6kY39Juf6n6kmxtxz7cVaaR6dKEhA0+o697Q2Vi1VUH5tG/+ws9r/niw/Huq&#10;DucD16rbLSe4UD8X+br3uxL4henETjm4dP8A3Hqv8faqxkpdY4Y/y9Ltuzdr+X+XoKe2hfBJ/wAH&#10;/wCu9L/xT3Zx1TcbphP4CVH9PqcfWfW31v7M+aBXZoyeJ1f8eHUsbJ3bxtwOfj/Zobqrf5TMD1bl&#10;UBtrqMHY2P8AZ3Lg/wDW+gH+29o/dLAyzc/Xx/j/AGmn/H/GveK8Pw3f2r/k6yyb4l6PLtBSKfHg&#10;ji1T/wBbaz8/Tgn2HlQR5T9SRYCxt9VH+H1PuKXlNHXV+n/m6SCorXofqZD41NrE6jzz+W/F/wCh&#10;9wne3p/P+2Itb6fX2XSPrIPBR1vpxVfzyb/j6j/D/Xv7jTG6G5+pP+H4Ye2EmU8QQevdZQpB/ra1&#10;7f7f8+2eY3DMDbm4BHFrGw4/4p7MIpiCgIr86/z/ANR6YZTjrLp/H1/qLfkn+tv+I9tEr3Qobizn&#10;6X5C3A5v+kkfT2ZwMR3rnH+HpOyn4h1y02N/wR9OOCbX/pY8+4yixY3uDf6fixUWt/sPauviHhRu&#10;mJIyx9D13cgcf7f68kEj/Y8+yOfKptOawurjTjPofz/l1V9bX49jHl6X/E5/9PX+X+fqIvcMabq0&#10;zxhr/NunOkt4uP8AVf8ARK+yks12XkW+tiOeL8CxuPr7EMNxq4ZA6icnU1a9SveLXZjbkH6/4W+o&#10;/wAfb7T6gukeXVyahB/q/wBWOve+LMx+pFvrxa1h/Xn2m+rX/fn8v9jpuo6976vzzzY2/P8AX6/4&#10;c+0l3cGQR/w/8WOvHy6978OPUDY/QXNuT/j/AE91juCFVSKp/PrVfI8Ove+SvcE34+g+nH+2HI59&#10;vSXATRpoR/qx1sn06974HgG1ybHkfX8kD6XuB7RyXDSceH8utHJ697M38V5NPYM4+obEqn+3zOGt&#10;x/rezfl2fVvNgpOfFX/j4/y9FG8/7h0/pf5G6ac7/wAWjIn+lFVH/bU8vs4WXsuX3WhF9eEz7XsO&#10;NU8igD+n9P8AD3M8ZD70tTwtxj7JP9R6pa8LEav9CTHTBSXOJwhB+lXjPzf6U8ZP4v8A8QR7R9Ro&#10;C7AFx9NuIOVH0l+n1v8An/W9llwa3e4A8dch/wCNdJLsfp34PHU/8+n6O+nJn/Got9ef2xz9Lewd&#10;72UDd1Zb6a6q/wD1OP8AxX365FNviYeYXozsiRtNgR6R/wCA9ZMOb42k/wCWEX/WtfZVsk5HFhbi&#10;/wDt73PuNd+wzn+l/m6Nrj+26c/bPrP+2/p9f97/ANj7CpkWvc/+r8uqKKkA9e98da/W5t9f7P6b&#10;Wt+r63/2Pun1P/C/5/7HSjUPTr3v/9WhhlARAXYH1chtNxdRyQTcr7hsyEjuFOpVd9QA4Drf49sm&#10;an00cjL+1pUEafShuyD1KpAPvX5dJpFUgnz697Mh1jkJqn4zUtTJI4lXN7tVZY2IdPHXFE0ya7jS&#10;p/B9mtzEFvIoVrQgcfmNXD9nVL+3Sy8BIS2QPi/pDV03gf7lJP8AqCgP/WaqF/8AG49g7S9k5mhm&#10;aGslpstTByn2+aSTJU6gNpsIqmcxiyrb6Wtx7ZvLG3QjQXBJ/P8A1f6vtchZlZFLE1PA5/w9OH1/&#10;5Hb/AHkc+5VZT9fbwGuITYPcbJdZzPQUOAjmOrxk08Ky1AiSrqLkD/dS2+o9l1LlGIIGmv5/6v8A&#10;V8+lZZ2bTpo2rj5fs+3/AFefXub/AOH9Lc3/ANe/sP8APbL3TiElqqelTcFAgeSbI4amq6yljhUT&#10;SSF5vGqqUgjEhJ4COp/PtRGIWoG1g/b0oVO0awW+wV697Dt6pNbKfTK78UzWEyX40yRg8Mv0P+J9&#10;qJJW0KlewDqk0y6FT5de9s+YmSNKckWb7qnfQCdasJB+oE2Gn8+9wPITRTjqsLMdGk5r172azsqr&#10;83U/VsxkiGrbkxDObK5/iaj0/S4/4p71HLJ9TMh+HV/gH7OPRffpW+kBPFv8nWGMASVBH1Mqk/6/&#10;hiH+3sPZTpKhWLW9LDnWwAQkBfp+fb0lXRSFz0pEYaMEcf29ZvbTJPGJbk6yLWF1ZFuBq9JNl49t&#10;qHdQMBetqKKq9e9wJqojU3o/s8cf7Txa449veGnkvVjTjTr3tmklTW93BJsD9OLG9uCL+3lFQrBc&#10;dXDYWi1HXveEVatIJPIFaygBGQDi120gjlh9T7sdRFCvWmdjxXH59e9vFJuauxbRPSzVBTyIWEMj&#10;3ZAQWEmmVA0Z0/Q8e08kWp1Lcc9NPXWpNajr3tRT5bau6BFFuWiTHSmONIMjiFo8VXfckFYmq6tz&#10;JLKL1Du/5LgN9R7aZAgJUknqzJBJ/aAg+ooP2nr3tgqdp7ixonqNvVdPuXEMXkpMbRirye4FiN3g&#10;lqGSJInVKZUSRgdLTOLcH22WAKhhpNPy6SSQSRkGIho6cBk9e9pqn3JRTVMmKrhLis7DIyT47INH&#10;TVSGIiOZWpi5mV45josRwwt7eWIPVgAV+zpuMLISrdsg8jx697mzx3cetGNmKxgnyg8WBS4+l/e6&#10;aBRT04ymIUV+Pl172ySmVGaJ42YsLBRHay+ki4IP0B/x9uqkZAYD+fTykEBgOve2OSUQszhv3o7K&#10;bnlS3H4YEAofapCQ6qKaenkJ8VUqtD/q/wCL697GXqir0bM7PgDnx+PZ99RuzXymQkXU2rm1+PbG&#10;4O6Wsc6sNZr9nEDr10Fh2We8jP6x0/Z8YHXvYe/xuUPMWkB1Np0pcCyk86Sx+t/9f26sAdUFCSfn&#10;59Uhs4NIYE93z697dP45S1sQpMpT0tXCSbLVRRThATclBUM4UlQLmwv7oU0UZCR082lAAKEde9xc&#10;Rs+ifcGFyG3svT0DJkYJchFmaxmpDRhtQjx8VPFpinDn+0dOgW/13Ld2mMkco7dP2dI1kk8RdJAz&#10;mvp8uve23cm8aKk3FU4yo101QgMMH3LRxiqmFVNFHUU6tMGlpahwSptdh7q1k9NXEf6v9VOm2IaR&#10;jI1D/h+f+ode99tmYSsRSVJJLRyP43DKbqWaFQG/zur8H2ysTOul1GnpSi6kFKUHXvbjBlBIq2JA&#10;dlaQaheMkL5FY6uCg/V70UEStTjXqwAVXzw697cvuYHVSCCfGVV10Wa9rEEmx/1/dQWL04J1Zahg&#10;SO3r3vitW0RTSWIW4vc6iP8AEhhf27Qr9vWwXjIPDr3vMcXi89KgEklJWOHZqiklSleZlS96iVFa&#10;SQBUABP4uPd1dwSD08v6j6Wwf2de99UeQyWGSWk3C0M0NN4xLk6VXSj/AHS0gIqKiRTy0iJyP1Aj&#10;3cgNlenVZkqJKUHmOve3mGpVmuNRhaxUFhqlsCG8dyQxRvr+B71Tqwb9nXvawyVQv91sGsbmQCqy&#10;eoIwYj95b6+ef8PbarRm6uQFiQDPHr3tGNVWGoN5HuwLRG/itflrklbj/X93MjQjxUwy8OmixA69&#10;7FHoTMTR73rYQ91aihRy12azV8HA/duDce0e/wAUa7UbtUrK609PI9SN7fy1uZqLhk0/tYde92D4&#10;/MDVTxFtKKYpWJYC+nxrdvWfSL39x5EdSO/+iaSK+eepntXIeQn4gpXrxFwR/Xj2qFyizq6qwFtV&#10;iT9NI9NyGvbn3TURxHSkSnzGOuARR/vuP9t77xedeKoaNZE0q9gfz6HC/UObcD3cpVe4Z6cUmncO&#10;unjV/wDD6/7G/wDX6/n2JlDm7otnQm1zyL24P/HQXHtC1nF/D/q/Z1YKp8z1Bkja/wDS/H5twPal&#10;TJPLGNRWwA/H15PP1HJt/sPdFjVeHVlAAwcdRjEAx/33P+x9u9Bk9bhWYG3Nrj/UueLvzY2/1re6&#10;mPTUjraoo4dRp4AQSPr+LD83H+B/F/axpZFIHk5HqsBb6+q/5twRx/X3uMMa6enVDGtOmWoW30H9&#10;Lk/0uP8AAG/PtQ0em5Oo3/w+lvX/AEBtcj3SViRkY69qLCh4dNM6kcW/p9eP9R/gL8e1HAQOLsT/&#10;ALcf2jY/42HtnxpCO0mnVh0yzRLe7BV/1r3HAAIHAA9vdNP+4ouRwLE3/wAP6H63/wBb274EZjr5&#10;9OFQo49J6sVwGNlsebAD6WN/8faqoyWAAIJIt9P8VP8AX6e25WVBqY0HVKgZPSNq421MApGnkXPH&#10;6XW/Ive/+tx7UFCFZrm2kMv0/wBTeP6X+rWJ+n19m8M836a0yV/z0r8vl5V6blHbj06DXPwxrHKV&#10;5Y6vUePUfLqIP4Ab8/Tj2vMVGhH1sPqDcWU/tf1J+unn2s+olQoQM8CPX/VXH+odElw5DgDj5/6v&#10;z6AXdK6xKGtZQxDlTx/wIu17gMLe1BTrZ/rwbW55tbn6f19jK1r9PFXjTpk8Knj0WzcDhp6gKD6Z&#10;H/pa5JsLcD6H/H3Kql1U9iSLKx4Nj+n/ABB/J9m9s2lpiP6P+XovmbS7mmcdB7AzDKUx0qV1MDdL&#10;gfuJydNubf1/4n3IwqO1DD+onQBdSb/U/wBPr7L7mSMTSaqUqeP+r9nn02spCj4dH+r/AFceuO8J&#10;CuZqgCgAlJ5C2H7UOkG/I9I/1vcqVdKn/A8A8/kcH/G/vRKmhX06XoSyqaZPUTHMzy2YEf7Uv0I8&#10;bHiwH49tEsYkLGx0iwUjgXsBx+D7bluDEAgPcfLpwAV0nj0vscn6C1tQJ1D+0eXIP9AR/vv8G2Zt&#10;IZU02+o/obhbckk2vxz7QOrO4MhbUP8AV/qpx68EBoamv+r/AFY6EDGohWNiv9eR+LGQXt/Uj22z&#10;uzpqIsTwb/7Di1x/T2keOOI6UbPp1sgLgcOl1jtRexB0AcMCOTzcnj+h9tMxazf15+v9efz/AIe9&#10;gJq49tetf4OlTTXAQgANpBsPpf02/wBv/T2yVNrG4+v1sLcm9/8Abj25hWOlsDrakgGnSrx2p9JY&#10;AEqLhuRYaeDe4/1h7a6jhSRe9vpf6fUi4/w9+HVqmlKZ6U1GbvpOnTe2q31GoA2P4J49tkig3B+p&#10;5Pq+nB4/2HtQkzIABSnWgCctx6d4lBZWFx+OBZSAV9XNyCbf7H22TRgn/Dnjiwtfnn+t/b6XUgOo&#10;Ur+f+fq6in29PVPEoUD1f2bfTkEWtYC3AH0/437bmVOdQ4t/tr/ThuAfemnlb8ZA+WOtM54A9PEa&#10;abaQL3+req/15Nvqbe8BhRf0mQhibgte/wBB+B/T36S5Y+SeJ5ev+XreokVpnqXEGPEl9I+uhTb6&#10;En62vyf8PeVqNhFqiGpj9ALn6nSRbSeB9f6e27aYXLj6gmi/4P8AVx/w9PRRiVwjsadcZKtIJChK&#10;ojE/qIHNr8nUPqSPp+fZVe6e7sn1juCDHU1FHJDMSP3KRJ3FsfjpzZmq4P7Vb/T3KPKmwWG4sUuf&#10;EK/aRXuc/wAJ9D69Qlz3zpu/Lt/9NYrEYv6ak+SN/Ev8R6FfZGw8Vu3btPk8hPM005ms1JUaIx46&#10;ypp/p43B9FMv+xHsFm+ZuYA0tiqYC9gTjYrsbX4Y5UE29j88t7LYTShlkKlKdzD7fL14dRjd+6HN&#10;k7AQpb4H8Df5JOnmToTaMhQtVZpSjah48jpUcW4X7ci9vbfN8zc6BaLFUY9P9rGxsPpz9Mp+Paxd&#10;t2NiBpatf6I6ZX3D5xHH6f8A5xv/ANbOuk6A2aGLNVZ83N7DLuPzf/jh7bz8zt0c6MXjUBNlL4xA&#10;GNxa5/itje/txdn2bGlG1H5/7GP83W29weayq+OIKU8kf/oPH+brOehdlMbvNnXt9Acs9h/toRbk&#10;e4s3zM3iwtHQYjgc6sUGNuf9TlfwR7eXa9qGUhWv2j/BTqn+uDzF/wAK/wB5P+frtOg9jKbtJn2/&#10;pfMTccAHnxgi/uJ/s5W/mN1x+3wNJsZMRMT9f6fxax49sT2G0KgMsY0avIqP8n+ry6Zk595kYaRI&#10;i5/CpH/P3WQdDbFU3Vs+DxyMzMDwb/iP3if5kdhP/wAoG27f9qeb9P8AWwy/+PtqKz2GNqhG/av+&#10;UH+XTQ575mH/ABIX/jX/AEF1kHRexwLa8/8A15zdRe/H+0/4e4jfMfsYOCMftjT/AI4ao+ov9P8A&#10;cuR9Pal7XY3hKuj1PnVf837OtnnvmNlKtc0J/wBN/wBBdcl6N2QpuGz4/wDI1U/73pvb3hk+YvZH&#10;Nsftq1jx/Bqn/C3Ayx559ti22Q0Pd+1P83Xhz3zGeM60/P8A6C6yL0jshfoM2f8AXzFSfwR/T+h9&#10;wP8AZweytQP2G2VB+h/g1QLccc/xbm/u/wBPs2QqH9q/5Om2515ifUBN/wAf/wCgupP+hvZtrEZh&#10;h/RstUEf7Y8D3il+YPZh1Wo9sn6fpw8/9QLD/cqOeffki2UOpVW/aP8AN0z/AFy3/H64/wCN/wDQ&#10;XXJentmL9I8rx9L5SoP4I/4n3D/2bvssAkUm2uCAD/CKm31B/OW5P+8e1UkW0UUBSCf6S/5h15+b&#10;t/k7UuaN/t/8jdZx1NtAf7qyJ/18jMf+I9xW+XvZJPFNtj6XNsRUi1rf1yo/PvTxWCAanfP9Lqh5&#10;j5nHxXh/3p/+g+sq9VbQX/lHrT/waumP4I/P+B94m+XPZR9Qg21q+nGLqf8AX/52h4J+o9+SDblK&#10;4an+r5cfn1U8yczAd90fD/0z/wDQX8+sv+jDaenSaWqIve33kv1/2HvAflt2c31g27Yj6DF1V+fy&#10;f9ytjf2rH7lSj+EuM8V/zV/y9Nnmvewv+5r/AO9P/wBBV67HWO1B9Kes/wDO2Y2/1rm3A94D8r+y&#10;ibiDb4FxyMXVX/xtbKfX/b+3DNtNBSJDTjlfy8/83TX9bd8JUG8bSP6T/l+LrKOuNrgW+2qiP6Gs&#10;lNx/T/W9+Pyt7MYcJgCLk3/hlVe/5/5ehHtjVsvq/wDvfVjzPuin/c1/97f/AKC6yDrraoNxQv8A&#10;S3+eb/invGflR2WxPGD4ubLjqwabfT/l6/W493Em06u1Tq8u4f5uqHmjds/44/8Avbf9BdZF6/2u&#10;osKFv9jKx+v1HItyPeM/KHs1msVxth/Shrl/F/xkz7VB7Q4Fnb/7wvTA5l3g103z0/05P/P3XMbD&#10;20PpQn/qYx/3sfj3wPya7NZrEYz6fT7Gt+v9Sf4lfhR7us9sgoLOCn+kH+br39Zd5pT6ySv+nf8A&#10;6C65jY22xz9jz/UyH+t/9798W+SnZhGi2Lt/1B1tj+T/AMvMHkj3X95RZqF/Z/s9U/fXMgrXcZaf&#10;6eX/AKC67Gx9tA6hjo7/ANeD+Lf6m309+X5IdmMtr47k/X7SsBH+sf4pa3+296O4W+TpX9h6qd35&#10;gGTfy4/py/5+uf8Acrbd7/w6H+n6Ut/0J/j74f7MX2kfqaMg/wBKPIA8ckf8XI/U+3fqy+ViWvrp&#10;r/lHVTvu80xfzV/07/8AQXXf9y9tfT+F09h+PGlv+hfx75n5BdnWFpKS1/oKfIH/AOSI+nur3kpN&#10;XSKv+kp/l6SnmXfK0N9LX/Tv/wBBdcxs/bo+mMpv+pUf/RnvEO/ezf8AjtDybf5mvANj9P8Ai48E&#10;H+vtYbwkf7iwDt/h/wBn+fT39Yt4dR/uwlHn/av/AJ+sg2nt8f8ALrpP+pEX+t/qP6e8UnfXZv4q&#10;Ix/07r/pzwD9+D9PdhfekEP+8/7PVBvu7O5C7lPj/hr/AODV1yG1dv2t/CqI/wCvTQHnjn/N2vx7&#10;jHvXs4/8pZAN7FVyQ+v4/wCLhYH/AA90+p1FibaKv+l6SHeN2Z5NW4T1r/vx/wDoLrmNs4EW/wBx&#10;NBx/WkgP/XPm/uLL3h2b+r72dR/g2SFv9ia0i3/FPfvqG/3xB/zjHVf3tuv/AEcJ/wDe3/6C6yjb&#10;+EHH8Kx5/wBekp/+vfuN/pp7OIJORmAHJOvJqRyOOa78Hj6e3VuCSBoTPlpH+evTEl9uLsxbcrjU&#10;3/DH/wA/XP8AgWF/51OOP+vR0/8A179x37k7Kf8AVkang82kyP8Ar/X70gc+3/FauIk/Z1U3m4/9&#10;HK5/5yP/AJ+uYw2IX6YzHj/WpIP+vf8Ah7iP232UxJ/iuQAPPpqMkAfp9FFZ/h794ju5IcrX59a+&#10;r3H/AKONz/zkf/P12MPiR/y7Mfx/0x0//Xv3D/0pdjSD15nJi/0tV5RT/r2Fb/h7fSSalPFb9v8A&#10;snrf125+W53P/OV/8/XL+F4wfTHUA/6pKf8A69+4c3afYXMMm4cpCpA1FMjlY5APSfU33vA54/wP&#10;tu9kkCR/qMQ2rzHr/q+Xz6SXMt8yvM243JP/ADVb/P13/C8ZcH+HUNx9D9pT3H+sfHx7sa+NOQy+&#10;c69pcjkquorqiWXIB5KmpqJz+zk62JbGokla4VR/a/Huk1nBBZLdxLVifxqD5j+VP9jqXPa+e4ut&#10;Us9zKxX5t/E3Rau55KKlzmNp0iSmMiAs1NGkUjXjAGoxqGYAC3N/r7G+oRUVl/JdmJuPr+NN/r9P&#10;YG3dvGvmk09ulBT88/s/2cU6ni3uXlQMwzw6TOHlkeFGup0hgOP6gfqta17+2tlAIsTc8/q4sT9Q&#10;LfT2G5UDBm/Ig/s6fBDCo6VkMhtYgWFwDbm9r8m97++Shbf4/T1W+v1NvyLe2Ot9ciWv/h9eL/T6&#10;C/8AX3wY6rWtwbD/AFRuPz/h7WogStK5691jBP54/J030ixH+8++SFB+Tqt/QfX/AIpz7pLbrLpZ&#10;9Q9MkdbI8jXj14vIvChbX5Njcg/Tn/G3uQXYKPUPqP6f0/2/49tJaRI3aCF+3/V/q8+qgMGoB29Y&#10;desn0/1PNx+f6ge/LIWIXi35uR+APpx+Cf6+3jCh9R1brgw0Bmub/wDBf9cc2I+oH9PfO31LWve4&#10;0/Uf7f62t70sagsAT/q/LryuwLAY6xmQ8BQLWIOofW5vb+gv7zx6XI/F/wDVWXUR9NPH1A+vtiWN&#10;18IpimP89flgf5OnoizL3cf9X+brHcqJNVmtyNOptP8AW/qBNyeOD79p0H9Q03urA3PP1vfgcn29&#10;EpIEjEVpT/V/g61IQaHV5dcJJAylVU6vqVYf0v8AW1ibgX/2PvMfoNJB5J5/1h/vh7MLFirM8qH+&#10;Xz/2P5dJe/8AF02TAElbm4AHH9frb6/Tnn6e+Bvf/H6/4cf639P+I9m0RCxLU/6q9UZ1T4j1iYqS&#10;f6cA8cm45PN/qP8Ae/cMrGa7H31X++ha3BuQwsPobDn2S8wl22ycqMhCD/vLdN20rrdW6gDvdVb9&#10;p/1Hp8xLSLFWA6dJo5Abg2BJX+hseB/sPYtuSaCFb3tDCQSeP+A/+FhySf8AW944aFN5czH4g0n/&#10;AB//AGOpRtokhWAp5gfz6wxXSoCgcSOlwAfzIOR+ePaZrHYjRwFa8lrAWb1C9x+Le/KFYtKa666e&#10;jQChFPTpX0ihdI/AAI+v09P9ebj/AH39PaXqh9SR9Ljj6XF/6+9St8KD7erjT5celVR/QEG4NrXH&#10;P4+tv8Dx7Yqnk2P05PP1/wAL2tfn2n06WCg99adJpD4YBHxdPkBGkt+bD/W5F+Obe2mrUltX0408&#10;Ejjg/wCF+T7cjYaGXzrX/V+zpFM1Rnh1NT8fn63/AD9L/wBfp9faWqAHks19N7eng2AW1gbcX9qQ&#10;5pj4ui6RG/Ae/wD1Z6nINIuLf1INvrc/U/1t7A/5IwRRdJbnmk+vix/mQWEuk7nxEaWvptfVfn8e&#10;zjke6rzFa2cgBik46fi7YnZegzz5rteUNzeJFqqpT1zInU6l5qj+qy/pJvp5jOq3JHB90X9ZbMyN&#10;FuHcWeyEXio6qKiSlNTHMmp6dqiGUkvCImtcfpbg/X3kzLdIbGWFHIcqOH29YTRbcZtxW4mQgqdQ&#10;p9menf2M1Y2pwqf5PF/qZuDJ6bERFeCb8/63sohBVKu2Af2dGk8ZUkLw697GHpfqHI7/AM3SSClk&#10;fGR1ieWRYpwZrVEayU8UgpZ4jLpl/Sfx7RXV7PKpsY6aZBp/pfs/1fn0YbVtRuriB2U6KjqNWVcF&#10;DTTVVTLHDDBG8kkkjKiIqKWZmZioCgDk/j3c51xsDHbHwNHQUVNTpVCKF3SKKJJHi+2o0NPIv28D&#10;tVF6Yar8E+zblrborSdW3AHRXFPtHn86/wCbqXuX9nSCdVuYz9PXiv2j8X2dFY7A3k+fq5IaWSWP&#10;FU5aASEkIJ45KtDXeSOaSL7XwScNbV+fa9eWyvFL6W1MQqGzwKQVEbqxGgxfkC4B9jycsfCG36TA&#10;KE1Wv21pX5cOHUjPZ2yJEduJIUhmqa/b8P5dICGljulRHdgY0BZ2BSpa4k8sToP3BOCNJPJHuBJY&#10;ty5cDm+rm/q/oebD2VXk0sXapxny9OvM7Ece09P9KpKlvD4mYC66AFAOkn+ySOfcVjdlC/1B9R/A&#10;P9Ra3HtRayySxSyMTrCnz+z7etsKxsatw8upbRrGDqHH09K8Xbi9vyCfZK/mpoG16EfgNB/Xn/L6&#10;cGw9grdmd41lY93+z1HnNpYWAn/Ef+gh0NvU9xi8gCLf5YpsPx+ylr/1PutfEuTkqZSRxKh/HNm/&#10;Hslt0RlDkd3USTKhh8UDu6Fj3cKPA8VOBdmiMmqJf1w6348q/jWBdT7k2wst3htohNGvhtX8LeVf&#10;n+3oO7fJPJBWQKdf/Pteg6mcCeoIuurx6ZHZdEh0i/iPN9I4b/H2wZpJ6iqWnpU1ySH0xxoWaUpE&#10;hOhVuWsASffWb7kl1abfyReqCwlHDUyk/wC5N56f6Y+XWBf3i7aE8wwkhtSA6f8AbRwdKXAMftXZ&#10;zz6b3NgBrlA+v049veH68rGlgaujE8srDw0sSytUMQCx1xyQtq1KbjT/AE95Kc8b3PJW4DoJBwAq&#10;DgD0avr1Cmw7Ba31yL251+Ip44VfNfTrllM5TUEMkhliRY1LPNIyCJBx9W1i3Jtz7MG/SWXoNlZr&#10;deSohj6XHY6aqp6CppZoJpGgZPVJEaXwyRyobgah/X3ihzit09ruF/JdJSNSSrMzNxAyK0H7ep05&#10;SlsF3G2s4mDPUCoNRw+3opGV+TmzavsvbfWmEykGYy2cysdDU1eNrsfV01Kk0U7aDJFkPuYZ4pId&#10;Lftta9vZKsZF/v4MqbKmpJTpVQgW9ZwqgDgC3A/N/eEXOU0ku9x6wQA6/wCFv9jrIfaUIkjJHRu5&#10;Tahg5LW0C59RP7X1Yk839h12tHZIHUHUFRefyAlbYAfm/uOObkWOS3Ip+H8vj8/59SPFXw4i3rjq&#10;Ri21QP8An91jf+t1S/svU6HWWJY6nvx+efwCOOR/sPYNpgHTmnToQVUAU6cvceVAItXN7cX5/BuP&#10;6297BHr0oSOgOoZ697RmVASZWIFwjAc3HJvbnn3SMB2ahwT1S3hjaSZl82697sH+ISA46b9Viy8E&#10;ni1NUk2H4N/949qNuo902o5FP8vTm31+tPyP+foJ+3XKbduLX8ifUA/8pFN7s56qXVuenv8ATRU/&#10;4/8AKBVrf/Cx9u84XEkG1ERntJH/AB4dSrsZI3nbyPLX/wAcbqsH5MCJus8org6hPhrW0jn+8OHk&#10;B9XH9ke0PulSZqpSb6RFxf8ADJTkgn8X94xW7ufqB5dv5dZZtXWvR59paBSYxwCpZqkG350y1IBs&#10;P6H2HFZI4nYAr9B9bAk8f7AXHuL1SNo2eTgft69DCjRh349D1TraNFW/H0vb8E/8U/1vcFpCbg3v&#10;xyDzc/6304H+t7KbhUVR8+mZUCEU4HpwQf0+g4/2HHuM7lkf8DUbDgC5N/re97X9lrP4ciKSNJHz&#10;6T8KDy6kKv0/2H+P9L/Uf4+2eeQj0Jybn8345uODe5t9P8fatZJBXV8P+rh1Rq0NaU6yhBwTYfW1&#10;h/Ti/wDS359tUzm1goLM2q9vrqB5+oF+PZlZzlRR3otP5/l+3pqtMHrmV5JH9LDkfj+t/wCl/fCL&#10;UHA40heTpPPI55uOPb/1zgGi5+3/AGOmyePb+fXTICOTcg/Tj/YcX/Psi/yzYfx7BjUtmxN/T9P+&#10;B9UP97PsZctXTvaS1GfF4/kvUR+4ygTWrfi8P/n5up1MLR2/2o/X6/Qf4n2UZi8ekBgBawv+r6g/&#10;Q/Uf63sVQLHLG7tmn+x1D0REuskZH+XqR758WBFiCPqObW/oT/X8/T2na5di0bHH5dVEmpmQeXXv&#10;ePXc/ggHjm3DW/xsBz/vvp70jcCD3dW6974lybFeBY3B/qDcfn/D22zFiC3Hr3XvfEMfpexv/W9j&#10;x9Pra3vQYjrfXvfaNYG9+bf1AJ/px/h7cB1Vr1rr3vkZDa3B+n9ki34v/jb21II9Jqcde697Mx8W&#10;JR/pGIFjqx0d+fwczhyTa4uLe1vLhcb3tiIONzGv+1Z0/n0Tb5UWEhX8J/59PTTnf+LNlD+Rj60j&#10;/XFLLb+v59nFzDE7k3bH6bLt3PkACx4rZgDyAOCfc9XKLDeeMD3rH/z9/m61BX6fbZD8bRR/4P8A&#10;N0n6A3w+D+vqqcZyTyf8mj4JuTc29oqvJA2G39kS7bQ/4kVPP1sb29l9zD2mYH9WQMW/2/8Aq/z8&#10;emrxP9yVHxMrt0/wsSMkP9rnt9R/utf8LDn2E3eoH966i9gXFWTf6m05PA+tuPfrkA2MIJxjpXbO&#10;Rtu3gGi0TrLiP+LfS/08Mdv9bxr7KlkWYylWA9PFwD+rg/4fX3EnMMsglda41f6v5dHMndLXpy9t&#10;EjWNjawtb/D6fX/D2EZG0iqjz68BTz697w3X+p+t/wBQ+tr/AO39t+Of4evU+fXvf//WoVlFilmv&#10;bVx/rWsfcNf8ep1KJx1v8e0tuGRVx85v9FH6iP6x8/Vfpew92HHpuT4T172YLpesEvxZTVf0bg3m&#10;lrC1lyBFiCxAI9r75j+9LdiMlV/wV6e3jLWhYZ/2D1DA/wAvdv8ApkhH+P8Anaj/AIr7LPlJQJ5n&#10;59MsnK2/LNb6Gxt7dvmqI2OSSP8AAemIwC8Z+z+XUz2l5q6ohl1RSyIw/KvKo0AkglkYG97X91CL&#10;pXC10/6v8HRkWQCgK1697UWK7Gy+IvEtbV1lKFP3FFUVFVUUMg/aE6y033iRurxR6WDD1IbHj2w1&#10;uWyK8emP1Qe0sRqPz/1f4Ove1lTbs6/3ZEKbP4mHDylCPu9tUWGxlb5dKqHmlqqiZ/HrlJY2B4H9&#10;PbMttKoDVJPW5I1ZVMgz8qDr3tH7p6tqqqlSt2hlqTO0n3ELQ0C5CTK7gWMuZI46mnxtEyCQLbyA&#10;G1z7ftJY1I1VB/l07ahU0lHBofWp/l172L3a0Vbjener6fM0rYyto9vvDVQVUEtC8Ej5QHRLFUqk&#10;iMotcOAefeonDXMwU9pcn9nDovvyGu3Y4q3+UdYo/wBcxBuDIPzcC0UY/wBh7JrPXqXiljmWVZNW&#10;l45Q8P4HqIfTcN9P8fZhoOlweNT0tRaQhS1esvtvkrWRyHaB5Aw9VPzCeR/myXvcfm/591EX6dSf&#10;w/5OtaMZOaeXXvbdPkQoYF9X5AvzwR/tXP8AXn3cwKX1DB620YJrWnXvbXJW67sHNzpv/wAmj/Vf&#10;Tj/efegfDHh6agdaqANNMde9wFqCrXL3sLcEnjjjluOPdzL/AAr14v173kOSaJDoZyz+k/lFBBuw&#10;0vqDE/n2w6eIxY9NuAx1de9ts2VlH7SPHJcmTUxZ3iLXU2YSekj/AHj34qDUsx/ydNlQa9x697dM&#10;NvXK4iRfta+UaX8en7mpB8d47xqEqYrR/tiw+nurwhiTXPW1LKaq/wDq/b172Le16HavbLZSn3DQ&#10;DDz47H5Grl3BgqbHYzP1E1DCszGTL1KV0ssczzFnJsWZQeCPdD4lstAeJ4eX7OnKLMrq40t6igP7&#10;evewzzW1N1bbpWym0clTbrwSFI46GSpr9w75likvpmMNBTx0rhEBMrBrAke7o8UjUlGlifsXovMT&#10;owZCGh9Mlv5de9pWk3bEzlMhDNiMiw9eOz8aUGUjax9C0s9Qs66UILDjgg/n2o0DIQgqPMcP29OR&#10;XEbAD4W9Dg/sr173jnmR2mAcM3pv6lL3t/b5Y3A9uoPh/PpVGe5ftP8Ag697F3qpidpdpsCTpi2Y&#10;f/WlXgfn+pHtPuClrGFRxq3/AB4dXvc8uTDyr/1lHXvYKnJOsrr9QGHP1v8AW9v3Pa1QPDX7T1ZX&#10;Ihj+1v8AJ173nNezWZbfWw+vH+2Y/wBPeioYUPVSNYp1724U2YqYB6JgjqQwPkdW1AggC0iksf8A&#10;Y+3rVlgk8RjjrQUijA9e9yshU4TcEf2ucpo0kmVVfMUsVJHmKSKQMnkgydSZHh8GtnRrWV/V7eaa&#10;MU0nHp60+VempFRhpf8AaOI/Pr3tDZDB7i27H95gayHcmEWotHRwTV2Z3YYAGlE3hpooaYg0tOi6&#10;r2NTIB9GHusbQysEagb9i9MqssJqh1R+mS3+r/Keve8+I3RFUvpn8uOqkbxy4rK6KTJhxoDtUULz&#10;tJqVz43JFw4Kn6e2ZoHjqCQV4VHDp+OZmArQH0OD+Y/l9vXva0GVuoSCR9LjW6yOGWJv0lIdDjxx&#10;WP0PtKsAVi5Hd06qgMWJz173yOWkUDkHj6/7G/8Ax0t+fbpUHiOnTmtRUde9u+2soz5aIfW8dRwu&#10;o3vA+rjyX91cY6tG3cOve/ZHLtTZisil0VVDUtETSV370YEVMjACB5BDxMQ355AP19+C1UEcevM1&#10;GNcqfXr3vnRVoq1WqoKvRWTsyz46vqQDTiMyRxfY0cTM8PmjBeS/6uD71SmCMfLrykEAqc+n+br3&#10;sR58hO218XHNB9syT151tE0SsWmS+l2e7hR7bKglh5dPsdUKqRTj172ianIGASIoZCBqswKmUlQb&#10;ACQayD7bmWsTsvEjpNISFYrxp172IvRmRK72nI0EmkpQf6/8D4GFjruT7b37V+4eP4f+fOpA9vpW&#10;8eTu/wBVV697sEirSRG6OupljDgG1gSNX6HuOefccQ4DKR6/4OpqtH73X5Hr3t0pchIjadbNe4HL&#10;XubDn9xefeyq+vSsHr3uXR1TrOH1FSz/AKS39bH/AFX+w9vkY6VefXvYm4upvEp8h+gtdvpwPp6j&#10;9LfT2wwp04OsTrex03/1v8f959q6mriFChyPpYBv8SP+OnJuPbRQHy6tXqMy83tf+vAt/vXH19v2&#10;Nnd5wR9PzySP0OP9UTx7akUU6uo1dYJALcn8n/Yci1+APx/t/Ym0MwCr6vVdvzzb1/4+2Mg0I690&#10;xVMdy1gLcH/D+za/5vY+1PQzf0/HP0+t9Y5t7ZcV/wBJ1v8AwdNNTGLfjUeL3t+VPF+Px7U9NISA&#10;fTf6/m39o8c8+6ME+fTgKfPphmTk/X+g/r9Re/A/Pt6peJEJb6j/AIg2/wBiL+1Y/sf9Xr083A9J&#10;ysOrXZeQf97AFvpa3HtW0bCwtYXFuOfyv9faZum65+XSOrkN+bmzH+i3uG/pz+efalo2F/TbT6QP&#10;9e0Zvcfm/wDh7M4IqCIO3cAa+frj8h150BX506DjNksspsTdjcHggAv6rG/BI9rjFONK3/Xo4Av9&#10;NKKbn/fc+zAJ3r6ax/kPRJcJmv4f9R6ALdYOmcj9Oh+T9PrU2t9RcW9qiA3dfrwBz/sB/vJ9i6D/&#10;AHET/S9IZD2MKeXRYs5xUVhIt++349PJP1A/s+5VQD4XPBuvA5HFrnn/AI17NLdqREHhq/zdFMjh&#10;VNeA6D6Ip/FqYAuAtuTY8iRrWF/yf6H25YVrY+AfUkXH9QAXAB+pHIPsputLXMjhaeX5+tfs61GN&#10;QDedOo+74pBmKpiRbyc/UAr44jZRwDbj3nkjIuTwBYi39bgE/n/W9o5blWjEaZrxP51/1f6qGEbd&#10;ir1nxUemcOeL/ReL28bAXINrAH/H6+2OoDAaS3Frjng8qPpf8e1ySxMnjhO/hwzX0r/qx+zpQma+&#10;vS1oI3ao8fJH5v8ApC+sgleQCT/vPtnmHpYgcBTf/WsP6WJHtIfjXVx1efr/AJ+nV+Jft6EXHsLq&#10;F4BW/pHBW7/64At/sPcBwRDe30tf8aS9uDfn8e0E0qm4ILZJNPnT/VXqjnuOfPpc0EZJBA4Hqc8X&#10;+htxcEtc2/2HtrlVgpJViOTwD+NX+x91E0P+/V/aOq1Hr0qaVHLqApFtI5U/7SeOP6H2yVF+bixF&#10;/rb8aj/vrfj28jKyhlNVPXloTx6U9IrIwVhY8X4550fQX5Htql5DcgkXva34B/4n251b/N0o6cEM&#10;hsQCLC9x9SPz+Lj/AGHtqkNtX+uf94v7uOrgUFOlBAAxS/8AQfX8fpH+HuBJ+n/YN9fbg68OH+r1&#10;6eIv1E/W7LwAb/m4PH/I/be1he4vqP8AS9uf8D7tXrZAGfPpzTn9JIt/RgL/AEv+P9tzz7jX/wBh&#10;wfr/AIfU24PFvbE4cgaRjz/ydbVSxwM9OlPo1NqszenTbn68kA8i54v7f6KMuAw0EEepST+Hf+gs&#10;Rb/e/aF5RE6VbOaZp5f5+lUQ0yoK/wAX/HemDIEfurpkvxYqgPJEQ5F7391m/NmApvDEsG0eQzE6&#10;Da5TD7e/IFuD7nj24cy93nnP+2k6xf8Adkf7tAa+v/HIujLdINfZFDH6v23qxZvqNWVybc8n2RsN&#10;rsrB28Y4JGpeeDa55t/hzb3J+528csgBYCv+z1DvjGGRqDVXoYffCQCx9Cgk/TjgEfTlQBz7Sw2S&#10;moWTP2n/ACAdKBev5IP2H/oLr3vCraQbxIw/2pWb1D6W1N+Le73FuYgoD6ierm6MmJRUHr3vGS97&#10;iBCP8Y2B+vP+8e01D6fy61rh4U/1ft6975XZwVaONRa1xGVvwPyfqfexb/UAo5AB694qfwL173GJ&#10;k5+nJ08L/T/kIWHtRFtlu3wyj/ev+hf8vW/EjP4B/L/N173jLyfhE/xuG/Nvp/hb2qO0wMPjx/pv&#10;+hevfof6j/s9e98WdgbaV0kH8G/1441e6fueH1Gr/Tf9C9a1LSlFr173iMjj/daG9rgqTwLW/tH8&#10;e9nZrbiW/wCNf9C9b/xceX8/9nr3vGWdRf7cX4A/bb8/Uf4XHvcezxrguAP9N/0KeqqY692mn+r7&#10;eve8DyufT4lHH/HP0245I55t+fbw2iEVIkoR6n/Y6o0scSmRVoynr3vC2si5ihsAbXjN7WvYc2v7&#10;3+74v9/H/V+XTH7zk/32f2f7PXveIyuqnTFTnmwHjIP0+vB+vvy7fE1Q7kA/6vTqw3J3BQp2n5f7&#10;PXvcUTS/8caf+v8AmyR9bnjV7s+22w4Sk/7an/PvVTNH69e99+WUXJjprWvYxj6H68XPFh/tvbTb&#10;bCfNq/b/ANC9MPPH8q9e95DUi9zHESPx4+f9hyPz7qdkt/8AfuP9N/0L0w8ijiwHXvfvuOVKpAG4&#10;PKi/J/Hq+vHtr90x1rr+H+l/0L0naapqFx8+ve8i1T6xxCP1AEK4/P8Awe7f8R72IpUBw/5mv+Tr&#10;X1J/g/1fs697zCqmJtpjGn82Yj6E/wCrPNj7cKS60P4enDOAEYqaHr3vtZJDxrF+DyxIvx+OT7V/&#10;Sxear+wdUG5XB+JGp/pW/wCgj173n8sqqeVH1+pPH0H1HN/9h7beygZgQ4H2EdaG5XDmmlv95J/5&#10;+6975CtlBF9ZFubav8foC3t4qelVT173zWrY29Un9LkOQT/h6v6+2yjniP8AB0hdpWw54fZ173za&#10;omIFmk4/xbki39W/H+39t9NVOOve8Rlmtwz/AE/q5uP9gf6+3FkINTw6eE8g4t173xWSoYFtZvc6&#10;vW9rFmNiD9T+fb4RiO046YZmDMA9B173xeSe1/O3548rarWNueQbke/d+nXin59V8aT5de9x3mm5&#10;/eYc3/zzj/H/AG9/aiMP2qD1rxJDTu697ivUzAWE7cW5Er/kg/6r2sSJ1bUWx1bU2onXjr3vGKqe&#10;x/yiT8f7ue97/jn+vt3Sta0z1bxDw697xLUzaj/lD8W+srk/U8frFr+3o0BJDYA61r697wSSyS6x&#10;rLEEeos5JJVSBdm9Vgv+t7SX5OqGv9L/AI8eq3BY251f6u7r3u134oM69UUIJv8Au5Tmx5P8brje&#10;/wDvufZjd6f3Un8Gf2aR1L3tKOyQjhT/AJ+boqPeCK+6sRz6hEvFx+Yjbj/eTfi3se61LFtX1tfh&#10;gedJvfUeB7ja/YNKCPRf8PU7WP8AZD/THpPYJ7wqBa2twLqQBpIAtpF/6+2qUAni9/6/Q3Fxx/Xj&#10;2HZO2ML59LANKhQelfTkk3P0/wBuLGx54+vvhx6Qv4Av9Pr/AL4e0/lTy691I5Nyw+pNuPwffkT8&#10;/wCw/P8AsT9ePZgHLKteHVtRIoeHUeRtJt/Tkcf42tyPp7zhUI/GrmwuPpyQR+be/de6jlnBPB08&#10;c2J5/IPFr/T37xG/1vf+uo/n6XtwfeuvDrvyi30I+n+oHJ/NgQD/AK3vmHQc6XK3tdVBXn+pvweP&#10;9h71+zXTqv8Ax+n+r8usZR241Lf6kM1m4/oLcjn/AGPvmx1aSn9Tx/T/ABsPqffgtCT69bC0JI8+&#10;uKDTqD/T+v4P+FyBb3kBUyLCynUSdGkWJ0guQL88gfge3YIxNroDgfLz+fDpp51iAArn06jTO0UJ&#10;qFdTHwX1kuo1HQCbGw+v5PvpXWRCG1KwH9o2Nix+h+vIHvcls40mtT+z/Kfzz1pXWUI3l16+iUFd&#10;BRjb03I9K/kfTgkcf4+5khI0KP024te1gBe9he3u1ghcygeg/wAvWl8+m4hdLOxu2rm49Vybrb6j&#10;j/bX9425a/4Fif8AHkj/AG/Ps2R28Iljnh1SQ+HFQH5DrB6VUAfngc/TgXFv6G3uEwAraEf1q4vp&#10;/XUAT/vfsh5jP+6u4avrx/0rdJ7av11lT4PFXj6V/wA/Shw7M0dUfoPtG5JF7XSw/wBta/8Aj7Fl&#10;v+AMfJ/zMY/r9Yb/AOH9fePek/VXx9Wb+VP83UvL8Nt9i9YFI+5g/wAHX/rcw/x+t/afqornm9vG&#10;Sbn/ABb6en6/4+2IjiQf0+lxNCB8ulVDJbxkWvcDj/HT/tX09puoUeoEX5P9eOP6/wBP6+2pyRIK&#10;H8P+U9VJIyD0q6I3QG4HP+HP6b8f6449p2oAuSCP8LAX/H1/1h7ZbVqbVxqa/b0y4JFOn6ntpFgb&#10;cW+trWNvr7aZ/wBX+xP+9AfT2+n9mft/ydI5v5V6mr+OP7PN/wDEn/W4PtMzxszOFF3tYar25A1X&#10;4H4PtRGwUhiMdJG0q1Tx6nKRYf6k/wBAP+R/j/YewP8Ak1GrdM7pqVJIMONLwMwsNO4sIgPhuQSW&#10;5+v+Ptzk+5B5s29FH8X5/ov+zok5+aOTlHdz5aU/6up040QIksw+l7Na/wCH41f4D3VI0gSn8Cwp&#10;CiaiFSMRBy7AsthpVtJ5+nvISCSUSxNMW0Y1fZ1iEY4w1enX2p9gbAy2+dw0ePpaeoqqKSWPzPDD&#10;VTSxqzMHIeKkqoUCkW5Hu9zfLUKPi8v9Wr/J16G0NxKi6KjrhJJHDG8srrHGilnd2VFUAXJLMQoH&#10;+v7ue6c6zwmx8VSU60lEsrxQtLNTw0wKXWmYyahRUjR14aP1kgWPtbtu2u9xb3TiqRyVb7f2dSNZ&#10;bO0Fk8sSVkVSw/01P9L0XDs7eVXWU9XQ4tpYRGsqRI+tBVSqs8R8yw1DrUUEwYWsLt7MPkNv19E1&#10;PVY8JXUdRSxAVNMKiqSGaQO5ieaKIRJVwooLC5ZL3+nuTfoYLy2BjoMD+GtaDzC8a9Dfad022OwM&#10;F7NGlwF/EUVq0X1Nfi6KjtrsvAZRslhs88uAzmNydcWxOWegxVXW4+lmjpUydLQVddJWT4GtqHKw&#10;TWCS20/q9xGxtNFH9zWVdIz6SZqWKeM1qnSJJC8MiK4s91JP9s2PtGkg2mU2sjVeU/aaE6PswF48&#10;P59OWt3LHNIIyWgc/b2sf2fD0oItxV+TqPtMRicokKMRS5OqophhXVX0QrFWQTOjGSORZFCj/Neo&#10;e01WS0TORSxVNuQNax2+p+pjJH0t7LdwI1rThVv8nRu1PLoR8NT5RIR/EKihL2Rj4XqL/oXgCYXt&#10;e/trZgHXTcG3AJAP1Nvz9ePazbaGJyw8j/gHTxp4TavTPTzMjMjB9JF+SoJ4sb/j6c+yT/NBi216&#10;Et/qof8AeK+Acc2BP+259hbmOERQxhONPP7fP/Vw6jvnAU2lAP8AV3Doauqf+LXkAP8AlcX/AB+s&#10;KHk2vx9PdauMY/xWm5/3eo/PPC/k3+vsIwS6YkPy/nXqI5j/AIqn+lP/AB49Ct7uPWMqrSKjKktt&#10;M1iqSaCwvHJ/b0Hgi/B49zPYbzJdWsBZB5/h/wChv+L6JLOWPwY9JH4ug1nRfI0ZkDNF+qIMGZAy&#10;qQJE/sFwLjjkc+xh6y2LX7qqjFjcS+QlQofvjQVFbHT61q7M1TTUs7x+QQlb3502/B99Gfuj79tt&#10;hyRu891cItNAGVUn9e6BC6mFfKtOsJPvA2Ctv8bysoX5kCv6cP8AECPP7c9IDevbW0us8fVZDdu4&#10;sZgoFRTHTV2WxeMmqCrUyyLTw5LI0EcrR/dozAHgMD+R7sA2L0Lg9uqlZlgmQyJQPedoKumisZdP&#10;jFTiYJYm0SaW+l7W+g9yjv3O0+5SutspENcFq6vLgQ5H+odQfDJIkLCGOkVaHtofL0J/y/LqlX5C&#10;/wAxTP7wq5sFsET4jDmV4FmX7ihy9SwjhEjJNh95VFNPGXiZ4zb9JB+pHt47xoFg6r3ekcCqFwdW&#10;qxRxWARY10NEgQDW1h+LH3HO+SvPsm8d5LmImpzmoJ/y9Dn23Rn5htA7E92T64NR/h6Av4mb1kz3&#10;ya60lqMlNVNPuikkaomqzPI9VL90ZoaqZ6iYtGhZhpvdT7o/gQxZ/I6QReJvrfULVbCxtaxHvDXn&#10;BKb1blvIr/hbrLrbrf8AVUmvW0IHL46Ak3uEbjkG8QNx9bqfYYdqk6accniM8fX9FcP8PoPcb85k&#10;M9sf6K/4G6Gn+goP9Xn1PxX+Ze30EjD/AFvSnH+39gJMmrnk2tz9Te5/w5+v+vz7AyfEOnoPjT/V&#10;5dOnuHMvoP1+nFwD+D+bG3Pt+vAV6XHr3tFZhCrrz+P6+n0vf08CxPu8fxP/AKvLrUPxy/6vw9e9&#10;n++IYC4+cDnlP9e5pqn/AFvoB7f23/cpft/yHqtj/uUP9Megm7eF9ugfjyR3/wAAKmmvx/j7tA6l&#10;jLbjRgf0rL+TbmirABexH6veudx/uo1H4a/8/j/Y6lbYxTeNrdR3nxP+ON1V18nKgRbAqotJBkmx&#10;1v03JXN4ZvoXX8Eew33WW8892/V4/re/+ah/1v6e8arRaNcjzAX/AAjrLUpSRPXj0fraIT7Ogsv6&#10;WqbabW/z1Tz9T/X2HdXZn/UCbAEXsbXH05tb3D81x4bzKePkP9Xz6SxOFUg9DxTJ+2nFgf8AW/3w&#10;v7gu4CW1f63q+huCeb3BPsmlmYsf4/M9OE+fU1E5BA4sSBY/48n+vtvllCatNvp+T9OTyLH2gchi&#10;EDAN/h6adNdPXqUq/S4P154P9Pp9LW9tc8oYHkEgXNj9BzfSQf8AD26jlTVKgdJmGSdNF6yqoBAP&#10;+w+n5t9fz7bHk0kal1AtdRa9vpf8/T/bezO1fUpznFf8/VCqk565Mv4HHB5/1vpb6e/NIGA08Epf&#10;g/i3P0As3+w9uGR11E0oOmivHHXgluPz/S/5NvyTb6f63shXysZzuLB6iTbE/wBSSB/Eqq45+vsb&#10;csyVsrgeZlP8kH+fqJfcs0+mWnGP/KepUQsvH0PP9P6fj8eyqTG2kcfQki9j9AfSP8fY1tm/SYMc&#10;DqGbM4fX+X86V6ye+jJ6Rz9eeTyORxwbj6+0oNXc06Zjy8x+f+Tr3uO0ljxYD/E/W35sCD6fdunq&#10;9e9+1t/gAPxz/sP9f/efeyfQmnXuve/GQ2+n9P6g/wCH+xF/euvde9+Mh4vx9eLm/wCfrf8Ap70Z&#10;PDzTj16hbh173yDgpbjj+gt9BwQdX5HtHLPgimOraW9OvezJfFlwnYym9x9jCL/6+bwx/qBe3sx5&#10;XlaXmHaY6UP1MOP+bidE286voJaina3/AB09NWcF8PlB/XH1v/uLL/gfz/h7Oflyf71bqB/tbVz7&#10;kW/rXTfQ/wCH+395CXvxvo/hb/j/AJ/lx6Tp/uDtP+kj/wAHSfoAP4RhLgHTV4oCxNr/AG0fP0/r&#10;7Rda7GDY5/CVu3Etb/m/c/m/5HtLdafDhr/vodOXZT9bVSuhun+IW/iP+JqD9f8AaALf4Wt7Cfvc&#10;H+9cxABGiq/63tyL8e09x/yT4O2pov8Aq/y/l1a1/wCSdtv+lT/J1lxP/ACn/wCWaX/19C+yn10h&#10;ErFv7PPH9Dpub3/xt7iHmUhZpAPy/l0IWH6ulenH2wySgt9SfqLc/wBAT7B7eI+CMdW8KT+H/B17&#10;316v6D/bN9P9t9PaTxk9D/Lprr3v/9ehBmjlkRDrVF1jUbD62P8ArD1D3DrIFNAcfs6lNl00zjrf&#10;49o/c/8Axb5yTYKByObeqLkj6H68e6VYUKcemJiwQlRn9nXvY/8ARbCX4tzRqAFTP7zK8HVb78cm&#10;5bgX9qb2U/UW8wA1EAfLA/2Ot7xKf3bt94ANZcj5do6iW/y4n/pmjFv+nk3/ABX2WfKOqy1Cki4k&#10;lI/xNyRfn9PHtdeElI6j8I/y9eSQhUOnIQHqX7SU1Suq1wxC6Tf8Ak2H6v8AjftKNYoxOCa9bUTF&#10;g5HxZ697T1TPEZGCyOgJcsImCqx1NcuA925+vtajTKFIAB+zpYrzDSdCj8uve2ySpliJkidktflC&#10;yPxc8lWB/wCN+9syufDIFf29WeTX2aV697dcTv3P4OVfsslU07B1dvFW1cJJBU21R1UdwQL/ANPe&#10;ksIXYamIH5f5umorZUaolan2/wCx172NlL3odx0iYTeGPxuep1TR5twUzZNqcfqJx75HJSxoNQB4&#10;T9YB9ttaJDISjkNX/B0nYRCZy5Javn/s9dBVW+kAXNzYAXP9Tb6nj2ma7qrZu6b1Gxd0zUFSou+P&#10;3Dl8VjsWNfA+0gx1HK+gRROzc/50j8E+3VkdAAwH7OlgKMP0mGr5mg/YOu/YG7i2xu3a9TJFlMJk&#10;ainhtpyWJx2Rq8ZMGWFi0NbJBDHIqPULGbHhwV+o97WVDqGoZOQcdNF3QnUKr172iZayMj01CMSf&#10;80JVMgtb9aBwRf6j/D2+oQ0/T/wdOK0bAVOfy697gvOwuA6lgAVDG4Jtzb+pAH4tx7voUnUMdW7M&#10;spoeve45q3dtAFvy5fUnHPKnWefbLxhKZ6YPXvcVqm2pQ0wI1X4sv5N7i9x/xHumTWvVCxJJPHr3&#10;tsqKn66WKtcjUraHb66r2a/6v959+6qTXr3uH93pYPYXFxrP6r3v5CdXDX/Nvx7UFAtuJF+LWo6d&#10;BpGRXOD172YHoSvM0u64n8baNv7hcs3qJ/yCAAP6jf2lu1p4VAat+zj0pRFFlPdVbxAD9mFr172H&#10;C72yeGr5RSzyRRLJYJHLOsKq1gYwsc8aotj9PwPalrKKpFcgdFVqitEkuptZXr3t4r8vsne0KUOf&#10;xlLjMi4uNyYWgxtNmdasHvJk6ySolIkCKh49Sce2tDwGsZqp8iTT9nSp1t2wyAE+YAr+3r3tD5/Y&#10;u7trUhqsDXUG7MUpBAatrMzuadXkjjDSQUNPFE5jlmYnniFL/g+3oZ4ppG1qUf8AYo6YjjmjGtWD&#10;qvqSW/l172JnTOejqNj9syTU9TQyQxbK89Pk4jRSIZMtk1j9DyM6lgoN2tcMCPr7rdxK6w20jjRn&#10;K5PEHpSsi3e23FnISiduaUb4ifPr3sG6iX1N4iJQzHS0d2WQgm4jZf1Ffz/T2p0qFwcDplJAV0jy&#10;6974w1ZAPqV2AGpEfXIou1roG1DV7q1V8s9PI2eve8i1lySTx9CHvxZv6Fv1f8V91I1YNQPl1csf&#10;Qde98/4gEBuI5dQIPkGssh50G7foA+g+nupjDA0YjppjrrXz697wxZmrpJGlpquaH13KxzSIoiDB&#10;vEoR1si6QAv+Huyr4ec1A6qqiM6tR697cnjwG6mijrIDh8owVYMth4aSkrqqqNvHJk62bzzvBNUT&#10;a5yPUSoP1HtwyOoyar6Hq5EUmWFH9Rg/mf8AD173DzGO3XsuSliylOczjaiJZqXIYJK/KzRUxkaJ&#10;HytSywU8E6hC8lrKFIPttSkgqhUNQ1BoP2dMOZ7bSWVWB4Fak/n/AJeve+os1TVQBhqY5FsNdpUZ&#10;lPBC+mZgC39PflBAI00PTiTa/Pr3tUbRqXbP0qozamSpMeslVVftpA+u7W4H090lkRUYk9KFZVao&#10;Oeve82amSbJ18epi2qnCyH9UVoI2Ihc8qHtZv6+9JXSAoH+T+XVCxLMKde9s5neCVJ0neE+q80Ej&#10;JJbhf1g6vobfX6H3tnCrTi9Oqs2kE17qde9rnEb0WWjgxWbepqKKN5THNDeepvK7SOJHqaoxKL2A&#10;sv09p2ZuKgV6eW4JAR/h/wBXz697n5eiaGM11DVU+Qo5EK8TmrlpV4ZnkECrHAB9NV/rx78gWbTD&#10;KKBv4cdedQwpUEH08uve3/o2plO9J9DjW8ECEOxCKP4hAAylSGuD/sLe0+7OJbM2zE+Gv+9fCV6H&#10;/t6oF1INf+rUvXvZ+qTKmFYmR5ZJEkjWYM2qFYhp1upDDhX554I9gAIElkhPmG/b59TLaqFkmXzo&#10;a9e9rKkroXjEhPrJAADJpsQrg8tcc+9ZB6M1fzBz1725R1I9JuATY/gc8adXr/NuPp7cVtVRTPT6&#10;OG+3r3tcYTIkJpLJawP1IBsFI/UxHujL06OvEX9rWmrVkAuxsLHkgfj/AF/owHtmmnA62KCg6wsn&#10;1I/P1t/vH+x59q7GVQiYEENfkhubXVx/ZI4BPtt1qOnAfLqLIur+o5HJFr8gki4/Nvp7EqgqVaPX&#10;qF/6AjgXdTwG/I/HtGaqSOt9Nc0dz9P9jY8/T+gI+v8Asfaroan1/W4H05uf7f8AiL2Hu6x1jBrn&#10;p4JUcc9M1VGRf0/jn/bLa3BAv7WVJLq5BLAAcggfk2/PFwPaZoFp3CjdbC47vi6T1TqB/HJ/IP5F&#10;z/S5B9qKl9RBJPAAAB/oLAENccn3Vp2ChAOtk6qDphqI19Tcc3vx9ef1Aix+n4HtWUQAUFCWFufq&#10;TyVPH1+v+x90WStRIaN+zr3SMyaEsTpFja2n8cOLm9uD9faloCA3pOoli39LX0/1/wAfZvDKWVBp&#10;oAAPt/1Y6tJlR9g6DXPwkrJf68m30AA8n5ueSv8AsfayxcxVwLm1/wCn5Bj4Bvf6t7PbeGOSIFgM&#10;Af6v5dFUyBiVI6L7vFGGtlJBJexvyRaYX/pb/fce1hRaidTKRY2FuOG4+p/P+39iUBEtowstVKjP&#10;8/8AUPy49E12dANDx6K9uQn7mpRVXVrbgkk3Umx/A0gEcj8e51WR9u3HGkm4H9eLH/WA9rrMamYa&#10;s4/4v/V/m6KyviVU9B/TBhkoHbnVKUtyUsTcqAWIGr/Ec+5OCLtQ04IH+bH4/wBqc/S1vZbdqFuJ&#10;hX8XTgUKKdZd6eJcpUstzd/pxY+iEc3vbjj6c29zJHcK6/hb8n6j1AAXt+faaeKICN6Uc/zxn/ix&#10;65416XooIj9SB1iw7h5gSSy6Vtyot6JCP9e9/wDbe2WoLlmHGj02JJub2J54/P8Avv6eGjR566/6&#10;vt/1fmp6ELHKNMcgJ1WkuAFIuWcDj6rpH+9+2uQgBhZr2/H15+tybg2v7ZmYYY6fz/yU610tsZEz&#10;OOXAuvKMbEjX9S3Ivbj23Fm9cdzpYEi315ITngj6f1t7J7wUMdx+MN/s+vTbeR8+hJxyxlNH1soB&#10;5WwIWzWtbk3H0vyPcOcI0XA4A4vf8kn+t7i9vaRnninYlv1fP9n/ABXl/PqhqD8+lJQLG+gWvGSS&#10;o54INvrwb3B+n+9e0xWBQ7FSQSCbX4+rD/e/ZtaO0kVXNSDT+Q6upx0qoQAyKFQKdJa6/Q3AP+8e&#10;2aUXv6iAT/quPzz9LX49qx06ADkjPSgh40jSDpUf2Sf6CxHPHtucMOPx/wATxex/pz/sfe3cKaLk&#10;/wCTpRFErLqYnj0/0yrKA5JBUBbA/W3N/oF+v1/PuA5NyvH1PPPA5/PtwSxU/FX8v8/TngLStT06&#10;RwSWDXHABAva7WW9xY/i3uJIVI+lz+fpzc3+nPu8feNVaZ6q0SqRR6dTUVo2AF9NhY3PHBFv9bjj&#10;6+4JNzx/W/HH0B9uSCkT9tDj/COroukZWh6cYBpdQeeD+v1XuD+b8+1JjCwOjlkY883sRq/H4ufZ&#10;JfRReCZy36if6uOa/wCr5dXNAVf8Q6ZK12MoULp1/S3F7+MEHj6j6/63us35vOx3Rg3sq3kr76Ta&#10;wGN26p5P0N/eQPtnAi2KTGRy/wBn/NQ+n8/z+fWNHu5bIu8RR6jT/rnF0ZXpYBNrLCv6Yy1ub8Nk&#10;MofwTb6f7f2RkhVVQOOSD9SDx+bW+l/cm3KiZYZnJV/6P+z1BNtK0rO7qKdDF76kKEW1Ete99d7/&#10;AF+n05PtGsZXKyP/AIP8HRigLVYRin+l697jhSpFmJUWJ1MRqA/w/wBVx700jFuINP4utTKZErRQ&#10;3y697zt9CUDM1+fzyT9ePfv1HAVUWg+wcP59IRq1BW4de94fUbhrEn06QT9b3+h+g493e1kePUsg&#10;jNfiwp/1Z6VvDD4Cusr66/Lr3vgyFTwpc/W5UD/H8fn3pLaUri8QD/mp02VjIy5HXvePSTY+MKbE&#10;AaR/U/gXF+PapLWUZF2G+xj17SgrVzTr3vg6Scnxrf8AGpGJt/r+9+FKKfrSf70et6bft/Uf/eh/&#10;q/wde94GjYgABdXAJswK20/QqxB/3j24IHI0+NJT8utkW4wXcf7z/m697xaZALek/wBbhrc/U/1B&#10;9uLbMtK3DV/0w61/i60Bd/8AjPXvcWZJWS4FvqTYvf8AH6gQf6e3Y43DGsxJNPxD/MOtVt6mrtT8&#10;uve4umS3LJ9PqSQbW/3k297ZJhw0/wDGutObcDsQ1+wde9xXjYMbv6gfoCfqQf7JF/x7bMcjVqxH&#10;+2P+SnSaSSHK0p+zr3vgTyRa4/1wR/W4vf8A3n3X6aYCgmNfmzdJHiUrQT5/03XvfDXYgFSQRe5t&#10;cgDkD+vI9+FtccRLgfNumGjprfxwAPn/AKvLr3v2pPzGfwf0D+h/H+v794Fz/EP2t0m1D+L/AA9e&#10;9961sdKLf6/5sf42IPFx7uttJQFnIb/TN1tTEBRy+r7eve+CRvcE2uAfr9Df/XBv9b+1LLMDTSCf&#10;lTpwPERhX697mJ5AdRMS/X8/m2k/p5uAfbLrJjUg6dBhwCrkfZ/n697zLEwPGlvr9DyLf8V918CX&#10;+l+1ulnj2/8Avr/jI697ziF/yyH6cgkg88/gj8+6+G/HWf2nr3jwf76H+8jr3vIKd7nmM8fRjY/7&#10;yvt3RLo1aDT7G61rHHwJv95697zCCa31p/8AW1cj/bC3up8ReMZH2g9JtcAOYZ8/0eve+vBKp5uT&#10;flVL2HJ+vHHupU8e2nzI/wA3V9FtXV460+ZXr3vi0D8XI5F7f1/At6CDz7sFf0H7T/m6qFtj/wAS&#10;F/3ode943R4gADGylf6kn/eh+R7dSSEqBITrH2dMlbckku1fy697xkMw50X+v+tx/Ww4P+t7eD2Z&#10;UVMn/GetaLY/jb9o6974NFq+qKbcXNx+AQb2N7fj3aNpQCFA8P8AKh/1DqrG2Wvea/7Xr3uM8IJJ&#10;Kj6i4sLf7cX5v7WxV8Na8Oq0SmK9e9xDGNRUqP6Hjj/blfbnHqvpTh173xMar9FBuPyoP9R/T2qS&#10;uhetU697wkAagpIDWv8AjlRyRwOT7LL56yolP9VOnJkraBlGf9nr3u1/4mm/U+PX+tTlrn6n/i81&#10;1+Rb6Hn2b7lBENp8TX3aT/x4f4f9VPOWfanCOQKmn/Px6KX3mxTdmHb8CFbX+l/E34PBJtb2Ptag&#10;1FvVe4/2Jtf/AFPuNN0GXP8AQP8Aq/n1O9p/YH7W/wAvSewEjeJUsmnUSOLfU6QP1cfT2yyqbkgs&#10;PoP94IuOf8PYUWfCo2mvp/qPSpMIOlxEq2BFzYfUG3FxweP6n3w0vdbciygk3v8A8UsPfmXSSDxH&#10;V/TrKHQgn6G7EAEf4/7G5I95QoU8fW1z9f8AD882HPHt5Zm0BKVA/wBXDq/FaN8HUdlDG5JAH+sL&#10;Dk/n68jn32RxxYf429X+seePp7djYuuojz695V8usbeluSTx9CePr9QAOfr/ALb3yTWQQSfqfybH&#10;jkf4n35jpYN8umWOlwx4EU6xuUBuABwOOCf9h/T2746TFqJIsjFUkOVaM08UUjqEVgf88Dbkgcfj&#10;2utI7dkkMzP8/DK4+3V65/LpLcvfAKbVrennrLf8Z09JLcce6C1PPtybELJGGWZMxPXQwya3S2j7&#10;G5OlQTz/AGvbqMZha7jH1tRTyqQP9yctNSwWJBJJjUk+lT/yER/X2qWxsnj0wPJq/wBMp/59/P8A&#10;1V6J593vYFpJAhH9AE/yrjpJtuneuFLSbhxGNraT+m2qLK19bf8ASLx1EqL+uQf8gA/09zcXt8pk&#10;hU1QSqoIipjkpv8AKGkDwSo/jMkYifRMQG0nix/I9q02y4XT9ENcQr4lMhf4aaFxq/pen7Su+5ot&#10;qxIYpIpu6mtaK3w/Dnup6dM25OwoKjBPSUjSYrPVAIjp8oTj1iMdZBJ/lsa1Jqog1KrNHcAPcfg+&#10;4eboKGgSGAP/ALkCz/xBEaA0saEK9I1PZFlDsj+vWLahxx7Q7qUgaNbYgy/Ov9H+Gn59HOzXFzdU&#10;a5RQP6Or+l/F0+7CzWa3BLX19RAibe00wwMjpVrlJplNVDlFyAkkkpRElRF+z4Wvo/Xz7YYmLgeS&#10;/p+rKB4yvJFr/nnn3WAJHFU4mb9vn+3H+H7ej/TSRxTtHS5q1IkYRBNDW0q5JkDmwIIX6C44/r75&#10;sB9ByOPwb3P9Lf6/tSZyRoKd3D/UOmpRGEoWonUQIdJYtYAH6FbWH+J/PAH+w9t7aRX0KgEN91Ae&#10;R/tZBtY35Hsm315JrCVWOGU/8dx/P5cOkUDn6m1Pmsi/4elFiwVpayQ2IWmmU2P54Iv9P959i+NI&#10;pYE0i3hiOo/XmGxAP+F/ePVwri7nXVhmYf8AGv8AY+fUsQSNLbwSkZCj/B1BgbyOZSWDROwCg3HD&#10;ErcH68e2OrLASBRwNS2sfrdiefTf2lTTrMYXBGr/AFDowjfxURmGSOlVS2dIpXNmuo+oJtZfra9v&#10;r7SdWL6/rz+kAcXvxYWNiT7eMUbHUw/1fPpwgHPn0qqSRkVFUj8X+hb8H/Y+0/ULcub/AE+ota5N&#10;gf8Ab/737QClfl00wB48OlJE1gosOeBz/QG1/wAfn/be2asVl5BsPpx+r6D6D6H8f7H2ojkULpYV&#10;6TyquOp0Vm5/P+sf6/1/33HtN1bOpGglWPOtWIZdIX8gWAPtToTga6adJWhRzoq1D/q/1DqdF6h6&#10;h/sCBY3B/H9R7BD5JXfpzeDFU0+LFBUCkRgncOEsSguASRf/AF/aXlBxFzZsxFMl6/lE+K/LoLc/&#10;xU5SvgK9yiv5TJ060gtJySSB9Sbk/r/2/uqlIo6loFlcRRszB3LqoWwAtrZeLBT7yHS7muhFbiJd&#10;T/w/Fx6xFeXTC0rDOf8Aj3Tl7ta6P6y29svGYirIpJqvLMpjmIo3nBYmoAjkWjp5Rw39W+ns82/l&#10;h7qW2uJ3kALlSBTy+ZX/AFDoVctCzuY7K4kciZ5WQ008V/L7eg03luCqSHK0VDDIGoKTzTyvHII2&#10;WTUhXVHJyAAfqB7NuFEKxiNY0X0kWGhblRdmKgA3/J9jVUg26GS1QHSRxwXP+T7P9VZrsLS1ihcg&#10;k0Xh2tq6LiWfISST1EksjqWUxltalQzaURSzN6b8D2K/X1XNWQ5HGzPFPTRUlTVKk0jzNFNeliD0&#10;6uzqsgViFOkHm17extywtm+07teGSZnht5JFXt06lUcQKD868P29Q77mWse1HZdzs7i9WWe/jjZF&#10;wmlvEOAun8+74eicfJbC0mKyuzdx0MM2My9fuPDYOeuooI6P7zGv/Fqz7HJVUKR1MmOadRJJGXKX&#10;XVbV7RG6MfLjstMjy6oqrXVRyoxOiKapqNNE76UCOoTUYhf6X9ge/uY9wvrdnRlloJKj1JPn/sUz&#10;nqS+W5VfbrYGJyzQK1WH4tCfi6MZ1ZmoMzs+B4YCs+M8WFngnh8az1VFjMd5cpTx+SV5qaRptCTk&#10;jV9Le0nMWCtoIAU+kliDa3A4P9fbV2Fe4Jcnh/lPQljjR/ir0KVEFtGHUszD1qFBGo21EBr/AIP+&#10;8+4cDLyzBmlFr3GoC6rci9mGk+19olIxpOMjPzJ61P8Apo2nh/S6kV6vq0qY0iNyLEoSFJ4NvQdQ&#10;59ks+ZvG1qAcf5yG4/J/y+C9hb6+wjzpceBaWzKvew/5/wCo75yNNpT/AFfi6GTqm/8ADclzcfeJ&#10;a/J/4Dx/69vdauLIbK0y8L+8pGnj8i5/rb/e/YNhYSTxwH4WHURzV8ADyp0K3u5elcGmhBOpG1Wh&#10;ks0cf7jMdEYIVdb8n+p9yxA/hDwki7BXP+r/AFfz6DFtF4Ah0lm+LoNquO88riyP6LyRXWR/21A8&#10;j2udK8D+g92SfD6hgbbGSq/tqcT/AOTjyLDH5ARk88i+ooTwot9T7zJ9hIBZcnzRxXDsrsK1J4iW&#10;4PoP4vt6w/8AvCxrJzHYxktRtVckDEUB8vt6ob/mtbyymI3Nt6giyVZDRyS14elWrqEpnQ4baEtj&#10;CKhIj+61xx+on2dGKjuoJ54JIsug8/2hoP1v/wAV9zW89Caf7PUASzBHMIUafz1cB8/9XlTqles3&#10;S/qqEnaOY8LJ5GXxWNmMTLUgpb/Yf4ewl77pB/os3gQ7alwldzxq/wAyoAvbgc/T8e0V/dGPaN3b&#10;SKeAePDob+2M7nmqwhK9jyL/AISf8nRrvgrnGm+TXVYZY9Eu6KJQgJMWphUapVTy2Mrf2m/te6KG&#10;iUbgrrHkxG7cE8VLarGw/A94f8yzm73ddccZqfw/7b/V+XWZNnqSWmhaautvqFycVTNz+mOw+g5i&#10;FuASefp7CHtclTTekDmO5IA/s135HP0F/cWc1TtPeQwMF06V4f6Zv9Q4dC2CJZ41WQmmnp5xQAgb&#10;n+2f6/6lL/61j7AOViGuVH6r3J/oT/xT2HPBWLVprTpULZYxpRm0j59OnuDK4vY/W44/wsf9vzf/&#10;AF/bCrX7OlKpqqfLr3tI5b9yZV9Nuf8Ak4/T/gx9vVaFNS4U9eZRDqK/i697Pj8SJGWiqVsLB4hc&#10;k3N6arAvawH09q9mYyy+J/q869X2+JWbxh/q9egs7YQPt+xuPUDcW/FRSn6EH3aP1N+1mg6klrSX&#10;v9B/kddf8fX2q5tT6i0e0NAtPL7UNOPUrcqk3e97cHGldMh7f9IT1Vh8niJNmOXA0+ejAtyTbM4b&#10;9RP9CvsMd06mlkcN6hpJBuR+mmANv6/4+8YTIbVrqgqnb/g/2esrpG0XCxj4f9jqwXZ6q1NSRFbD&#10;97Sw4PMtXcE/0sL/AOx9hzVGzMTc2Cj8kfRP6fS/59wfcTVklbxKav8AD/m/Lh9vSJ40DkB+h6gT&#10;0Itvp/sLcn8n8+2h5wL2Jub2A/x5+mo245/23ssYUoKY6uopTGOpyp/X8Gx/21/6D3AmfUWtcXXV&#10;+CLeoW+pNifaJ7krJRQCo/nw/wBX+rFXJB6zqnHP1+n+N7Dk3+vHtqlmYFrkXueOPr6gSCDY+1QZ&#10;XA0Gp/Z/Lj01IKioWp6yhLfXgHn82t9Rf/G3uIZAwBfTr1cC3JuP8Wv9T/sPaqMkRNRzXVw/1f6s&#10;dJmJB00z13pGocXGkgkWtxz+bcD3yWxVrNYHV9DYgni9iPp9PdY7wyTCJ+P5f6v9X2dNMTXPHrtl&#10;sNX+PP1IsPyOfqfr9PZCvlbODuPBAcr/AAj6n1H/AIuFV9GLcD8+5G5diENnNpNGZ/8An1eom9yw&#10;dUA8/C/5+PXOI3X/AGJ/43f/ABv7KlI92VSf7JtYc2N/8fr7GlqQyVAx1CtqxDMaZ6ye8bvYKF+g&#10;H1H+H+wAP09toADJlq16bjPdJ9vXveJmP5tb62/F/wA/4c+7VoTp4dOceve+JkK20hT9bgm5I4/x&#10;/PvyrWvV1BavXvfhK97aV4sPzz/tj7toArq49XCClW697zlgbEn6/wCx/of9j/jx7RzSMqqYq5/L&#10;/VTrRrH8Ocde94i1hYElub3AtY/S1vaCRjqIpRQOtgk1JpTr3synxWkD9khZPSEoIWU25Lfx3Dix&#10;55B/w9mnLC+Hv+1yD4jcJ/1cTop3tf8AdfIfM6v+OHpszVziMmAL3x9YPrb600v+w9nfzmlNz7ma&#10;312jnSLgHk103J/pxyfeRd8WMtuAf7RU/Yx6SREjb9rao+OFP9rTpN4wFsViwSbpX0I+pF9NPGLc&#10;8/4e0HWljBstjYL93t1yb83acCw/Fhb2X3SL4bUJOmUJ+zP+r069eqhkulGcsvSjQWNaB+VnP+vw&#10;B/W4v7Cnvdyu6HNv1LULyOOZmH+PHve6A21nbiOmig6ftqjb7UA/Dp67w5LY6mJ+vjS/0/1C/wBA&#10;PZRsncyvzazG2kfUAqv1N/ra/uG+bT4N1GqnDD9nQhkqhhkByR05+2IGzHgXFv8AXPptc2/w/wB5&#10;9gyViUap/wBVeveI5YZ69756z/h9Lfn9X9f+N+0XTfXvf//QoMaRGdVC6W9X0XSfwf8AiPcQv8J6&#10;lmQ9p63+PaR3TZMVUavro4t9P87Hfn2x+JPt6RS/Aevex++PEbTfGOsH105jd7fQf87FP6A/j2ov&#10;lGu1r6j/AI6er7vH/uh20kZ8Z6/s6ik2rB/UwqP+TpTwPZX8xczVYH/Hadbc/h2+n55t7MrvAh/0&#10;o/y9eClQlRkoOpXsOauWQTMCDYG1wPpZiOBfi3u6FdKrXy6MFKaVUHGnr3tkapCyPcXvqtf+mo3+&#10;p9u9O1SvXvfAya0Zj9CG0j+l7kcN/wAi9oXPe2n+LP8Aq+3pE7DW2n+L/V/l697TFYWLsA1irWIV&#10;rjk/UCxt/wAV9r0ZWAYdPDuAK9e9wTVyxqI5OVPIdSS0ZBsq34VSfd6HOmnTDRgtWgqeve5EW58p&#10;jZkNPWzxRLcJJBM4Li39pldR/a/1/etJP4Vr1XwyvACnXvYr4fvetpYI6PcsCZ6hGrRj69qmto4v&#10;VLK4WKSqQLqmaJ+P7UYP49onsnZz4eD+zqxlk10YAp173nrtvdUb6Q1GPqZNr5V7eKmwtPiqKgdv&#10;THaZ5GkmX9iAt9D6nP8AX20GuImoQT+09UKJI1VJV/lw697C7c3U29ttxDIRChz1ChZr4aqmy9cI&#10;xpsZIKOn9LXew/1j/T2qiu1aiHj+zqoE6BQQGHyz172EQy8cctRFOtRSTqCGgyMZo5UZSw9MczB/&#10;qDbj6e35AW0U/wBXDqviBqVqD8+ve8TV2pWCSCS6liXa76j+FAP6B+PfliBrWvHq5HH0697bnqdd&#10;7udYufwR6fp9Tf6n254afw9V7T9vXvcOSdnK6yR6ioJNgRqFrfn8+3XTRafbIv8Ax09bB7Hr/qwe&#10;vezF/HYCbK7uj/ptPc8v9n+xQ05H9faC8FBbZ8/83S9f+SPP9p/46OvewFz1UYchVBmk0eQkqhvc&#10;gAA6b/19mWnP9EnoltnAt4RXy697YVyUg9S2UC2kklZATx/qrcW/w91KKag5Xp+uvH4eve1ThN85&#10;bGTxvSVdUvL31zTIg4cW9Mg4YOfaJrc+GwHVD4qAeG/XvYq4rsfbGVwG4tvVdBHgzupMWuQzOIpE&#10;TJFcLWyVtOTLNOyMVEaxDUDaNyBb3VbaVdTcQBw/b1VQHSSMrp1UyBnHXvYbZfr/AHNh6c5HbORi&#10;3Ht6G7x+SuNRuANqWOXRjaCMi4qZGAt9Ylv+D7Xxsj6lkGlj6cP59NQ2k8FSkgaM/Op/YP8AVTr3&#10;tCw5yANpmhqcZVAkSJVQtR1jm9vVHMyyspIJXjkG/tx4iKlcr9tf8HT6TBqnSVPzweve3NKst6tY&#10;Ct9OSCS3Oorf6n2yENTQZ6d11NT173yM6n+3/j+eT/jz9bj294P9L/V+3r1eve8SvckEBgeOfopJ&#10;tqP1t/r+9eC3qOvV4de95aMuMpSOJGUpLCFiLlaeVROhFyLE6/px/Z9+8FqUx14V1jP+br3sXd17&#10;jq8OcL6Y5KOoxKNVUDtI1FLrleN4zEJFV4zGCvP1B9tQwhpGU8QelUjElEpinDy697DufC7b3HN9&#10;3g6mTb2UdtX8Kpftsdt9mILHVIxklGgCyC/5PvwdkBVlqPnk9MGKJyDGSjegoB1725bWhzmH3TRY&#10;7NUUhkkjrCtdRJU1FBaOkkkcpXMBCyvqVRb6tce2ZGRg5jOBgg0r8sf6sdUSR0l8KRTWhyOH7eve&#10;5OcndctWEEBQ0fOoAj9mK3AIUcn3uMaUA6dIKsR59e9p2oq9OktIxiNzJdgfTxp4vawb+vvxRXrQ&#10;Z+XVDQmvXvfKCtkX1DRb8RsSNQv/AKm+ok2v720avk8et0JNPPr3t6x25qrFNeAiqgfiroqxm+1l&#10;i+pUxxunkDMPoffhEgIOnI6cU6Djh172PPUFXgcnuhqqnMtBVrS0zyQUkUMVKStXCSBdmfQXa1r/&#10;AEA9kW4Eqs2rIII/w9SP7fvH9XI3A/L7V697ODJkggiWPTGONRXUGdbgfukPZtf9q1vYCLt9TMhO&#10;M0/Z1Lds1ZJ0Hmrde9vuMy9hGrMSNSg+pj/xz/Grn240rfwjperU697WsdYrpG4N7KthxewtY8m1&#10;7+2xO6gig/1fn0qR8aeve3qhzAhsC39V4PH1Av8ArFrge7m5/wCF/wA/9jp4SD0697XuNyiyBSWJ&#10;NxY3P+PPDXv7RGabhr/kP83Vg3XvYk4utSUKwe/+x+n6v8W+tvbDTyBPD0ilKf5PXp0N1gkS3P8A&#10;jfkD6i1vov49iLjqhWjNnuo/x5JBktxf6k/n/efbD3JCUp+rTj5fb+z+fV69QZI+f8PwP9b/ABP+&#10;t7WeMqgZAdfBFhzweXP1vx/tj7UsO3SV7q/6h09XDdNNTENFwOOT/a/GkX9iFj6kEcn8cXNxxcH6&#10;2F7+0ki1z1vUB59JuqhP1A/PNuD+LXsD7VVAxPJ5axFzfgjj+tuPdWAFK/D1vpN1qkKQOB9fr/tr&#10;/nk/X2p6F7MB9QDx/T6j6/7b2qPWxkdInIxixa9ieL83PpN7fTmxH+x9q2jF0Asbhwfz/Rbf7f6e&#10;7wMBMh10BX9vV34D/S9B9mwfHMNN7Kw/pb9fNvyefayxca3Bubgr/Tn6f4/4f6/PsTW0rDQg4f8A&#10;RPRa/wAfReN5BtEz2B4c8hvwasADkG6sb/04/p7XVAl7t/ZEgAB/NyCf8fr/AL37PtY+nij/ABaK&#10;/wCT/P0Q3vwkfL/J0U/dLaKmdvqTqHp03DASG3PHpBH9b+5uQCpHOASV0Mef8RdvpY2+v1PtZt7H&#10;9Ekd9af5B0UxVIz/AGn+qnSHoA01XDewtLG39OQytz+oA/T8W95cCB/D6Ykg3jF/6/Vvpc/n3S9/&#10;3Jn/ANMelR6wb1Zv4vUqoYFX/P6f0Rcmw/4n8e59TEgQsCb/AI/I5YX/AKfj2WrcyyBYzSn88dLY&#10;mJ0A8Kf5Ou8QmmqGkE/W9zyvokA0/n8259sVQGa5W3Nv6/7T/T35pUjoG49KTjoS8TEzqg/TbUCS&#10;RYG7n/bm/toZSeALluAB/W/I4+g49o5Zq1dzRR/q/b/h60T5noQ6CMIQqXZhYm4H4Ujg/Qj/AHr2&#10;21CmMlfoOTa9rm345AH191iZZVWRfP8A1f5OtU1Co6VtNqIsSCQVvpOoH62JuObA+4FTKCGA08kn&#10;86beoG3P9fZUsP8AEeqiLzY9LaijbUn1NrfUDXeyW/s3+ntP1R1HVccXKn8fU3t9P979q4u1WVeD&#10;cenFRR5dKyjU3VSp1LYfUm36P9e5Fv8AifbFMdJIUg3JP0+nBtf/AAt7MUm1fgx9v+x08kZetfh6&#10;UFPSAgansbKLaTyLrcXv9f8Aifbezk3v9Q1rD6WGqwH1/APu7nuQeekf5z/h6VKAoCjp7p4fGpI/&#10;SxY/m4ubcg/63+8+26a+o2+hv/jxz/sfr70Ot9PMFtIv/ZsLXtY3HI/qbf7z7hupU/UEfgj6G4BA&#10;A5PuyTEo5AOo/tBz1WgNKjqfpUlB9AtzYg/S9r3FhYW+nvEIxbgfXgf7e3HFr+/STuxoTX/B/Lq4&#10;Fc9SEAHPAH5sCSeB+Sb2J/2HtRYuJwSbGy24Ib+0JQOPqPp+PZBu95HHZy9wrj/jy/6v8HW2oFp0&#10;2yQ+asgVV4bXqItxaHVe/P8ATm/591l/OWMx7hwJJteTJEm30tjdtEn+vFuPeRnthN422qRWuf8A&#10;j8g6xx93lrvkfrgf9U4ujD9M8bekX+nj/P8AWryRH4H49kVYAgH6fX/Xubf8U/23uVnqYIxTNT1A&#10;VorFpRTPQxe+IjF+A3HP4/3jj2XGUsNNKdLlQk+lOve+FRNFTopYem5BIUHmwtzwCLj3XUKsz9LY&#10;YgxYFf8AV/q8uve2181Sw30o7/6rTFcgerj0OP6eyafe7eCbQ0mV9a/5x07+7DIaquP9Xy697j/3&#10;lxygsRVeTUbqIA1xex/tHm/tZNzFaG3XxF1Dj6/5fzqOtPtMg7fDb/N/Lr3uM268aWt4664vwKf/&#10;AKTt70nMO24H0/d8l/2eq/uhvMN+z/Y6976G68Zfha3+v/AZr8cfUSe7nmWxOkxwhSfxaQv+XpuX&#10;apaAhD+z/Y6974tuzG8f8DDyP+Ub8i1+PJ+P9790/rDF/vwft/2ek/7ouf8AfLf6vy697xf3oxga&#10;7R1xH0AWnLE/XjSZCTb37+ssGgAsfyyf21/1fb1ddmu3oI1Gv54H+9aeve8Mu7cSGssGS/pf7N7/&#10;AOP+7L+6/wBaLGnxzV/0v+x1b9x7jppoirX+LH/Heve4L7uxjIR4MiFPGo0LAfk/2pBbn29FzRYJ&#10;KpJkI/0v+z06uwbhrGmOGtD+L/Y697wtujHaToirjwCbUjf6/wDx0/p/sfbrc47Tivif7z/s9efY&#10;dwNNSQj/AG4/zde9wH3JQM1vFXah+ftSOP8AAh+SLe2zzftLGgaSh/o/7PSR+X79wVIhCn+nn/B1&#10;73iO4KP8R1v1+v24/wB4u3193/rXtLZM01f9L/s9Mf1Wuv8AlIWn+nH+br3vr+O0Vv0V/wCDb7c/&#10;n/p5/h79/WraQ2rxpdX+k60OVroGoljr/p/9jr3voZ+gIv8A5d/1It/X63b3T+tu2aq6pft0/wDQ&#10;3V/6qbpX4Len2/7HXvfH+N0X1X7762t4Htq5twW5Huw5w2wNXxJP9X59VPLG5nytj/t/9jr3uVHu&#10;CiNmZam17cQ3F9JPADf1H+w93fm7bFqS8o/2v+WvVxyxuIcl1gDf6f8AL0PXvctdxYm/q+7IH9YF&#10;+g4tYPx/xPuh5u2xh8Utf9L/ALPT68r7hpAKQ1/03+x173nTceJBvatsfz9vf/D/AFV+Pdf64bTX&#10;i9P9L/s9e/q7fV+G3p/px/gp173mG6cSosPvT9efD/rHg6/r73/W3afR/wDef9nq/wDVi+/3xB+0&#10;f5uve867pxXN4qmx+l4RYAmw/tj2yeddnphrr/eP9nqr8u35GJWr9v8Asde95xujFi/olA/wiv8A&#10;j/lpxb22ecNn8rq4/wCcf+z0w3Lt0af4w37f9jr3vl/eXFseXkGr/m3/AE/5Dvf+nvX9dbFMJopX&#10;/V59XHLkygKttCT+X+br3vE24seCfVL/ALBUtx/gZL3v/X24vOVr/CP2H/P1tOWrgcbOGnz/AOK6&#10;975vm8eyg+RBcDhtN15IsbkAe3U5hsHOpphqJ1YYD/L0nblubUw0Nqr+H/iuve8X8bx4/Mf+wUDg&#10;WP8Aq/aqLmDa2p+uK/6Zaf4a9VHLstf7Nv5f5uve+T5uhZQAyDSPTyoAH1sRrP8AX+nuk/NVnEul&#10;ZRoU9I15XuTMzaW8PV/q8uve465mklOlHW44t6Sfp/wYEAD27ZcxQTVo5z/q9ePp1W82Ge3Urpal&#10;P9Xl173mezDyg8Mbj83sbf6/P19jS2kE0EcoNQeibQ0dFbiOve8JFx/iP9vb2vi+E/b1rr3uNYNK&#10;AfoAB+PwCR9fZJuLETMwGQ3+RenJmZbNmA/1as9e92y/EtB/opx4tyJ8vYj8XzFcfrb8ez3dn07I&#10;lcLX/n4DqWvaf4X+z/n49FB74Yru7FAfmnjuDfkeNieAQCf9f2PeRUBhbk8X/I5H+82AHuMb1j4M&#10;n8Pd/sf4ep0sz+g3+mbpP7eNwBf63t/yC1z/ALyT7ZHT0X/2kE/m9if683t7CMkoNzo4jX/hFB/M&#10;9La1NBxr0IMR45Fv7P8AjcWJ4HFuPeEalsAL/ngEf4H839r5NBIY/wAP/FdW66Wxv+LNY3IIt/hx&#10;Y3t75KwIs3J+n55uf9t7T9e65stjdeB9fxxYe/H8/W9z/wAV/wAPZjH/AGX5Dpxfgc/Z1Fb9QPHJ&#10;P+wsSP8AH/fD3zj/AFD8AA8/0sf6n/H3R/gbpmT4G64SfpNyL3H+x/N+PeUsgZWkdktYakC3Gr6D&#10;m3BBufbbzX1vFK1laiSMf6f/AJ8P5elPt6STwPIjOisVXrEsEc3oYjUbNpcroOnkmzXFxbj3wqBo&#10;dIlYOYg2pkIZHLi4Mj8A2HA/x9mGyvLuDA3beFjzx5+ny/1U8tQWkLW5klrT+l1hKpHFLOq6hOya&#10;VYMssSpZSsSDkBzyf8PYsUvjwG0qTLVc1Z93Uic4/HPdqS8OQNPUgI3jlFopg5sf18nj3LHLX7n2&#10;3ad9Zrsvcy+BpBCkHTIwbTSta6j8q19D1BG8NccwcxWcG2yhoLKvi0OR4qDTTTq/hbj/AJOiVbkq&#10;cv2J3HV7LxWJwcWBwjU43NuWGSSPPxjJbZiymH9SLPSNqrKEwesC8PA9XsMp6iWrn89S5epkN31n&#10;VEwUDx6mYsfSij6/Q+4jnRvrHkbgw/59yP8Aiup8tYkFggjA8b+XHo5GOpKXG4yOioIlgo6cHwiF&#10;AkqGSVjKUSMKtnlc20/Uc+/K9wAt9bcFbftLY8FPyWP0P9PZjBbKzyvWoB/b/P8AOv5dKA4ZGUfG&#10;vWKUhbatOlQG1k/vtcXtJdbaQBwB9ePc6KCWokVUjHCrfhrc2Avwfr7d06TSnRBPdN4pUip6Yqit&#10;gpYZJJZiAWcXYoNIW5IHqA/5H7Z5FK5Sk1D9NXEvNibq5Y/Uf0t7KuYISu2MThtR/mrD/P0otl1P&#10;bMfN1r+fStwsqvQVeg8PQPIPqB6hFpI54/3v2MAT/IomP/HGI+ngf5sk/jj3jrfAtfFR5s3+E9S5&#10;b/7h2/8ApR/x0dQ6OTS0o44lcWY8k6owAvP5P09tFSjPE7Bb3uAbfjS30sPp7Rdi3boP4T/x7pbb&#10;8Pl0qKWS0cWp+NaE/i5Cr/U2B9pOrRgzXWx1f6x+v+8E29qH/s3/ANKf8HSg8D0q6FwfHZrjjg2I&#10;/HN/9j7TU6mzfg35H9LG3H5tb+vtGdKOQpqvVK6T8ulRA36CRyR9f8Dz+SRf23V0f7YI4vyOfpYj&#10;gWH0597hP6i/6vLpiX4epkD31A8gWuSP68c3/PHtK1IFgxsOCBf8j0/S/wDS59qmPcfTHSWP+3TH&#10;n/k6cogfpY/X/H68j8Wv7BT5F2PS28/qP2sR9PqAdzYcW/P0A9lnKmpubNkPEnxP+rD9Bv3BXVyp&#10;c4zpH/VxOnalv5PpYfQfX+jG/uo7LVCw42okNwEQm4tqGqRFHHA/P095LbAA26bajcC7f4Gr/PrD&#10;e/QjaZ3UZ/2enL3aV1duqXLL15BJJMUFaqlSWIZVowliGldQQoHvIyDabf8Ac9pMiKCJHrx4f6j0&#10;H+UN8lN3tNtr7Rcn/L0ht2UCJitz1caL5ZsPJ6rAHVGJHW7Kmo+o/wBT7O4WvEmq51fQfQ/S4A4+&#10;h9xhvGtZL9o1qEU8fs/1U/PrLGzLxxCQKCNI6LJQLaVbcepQWB9IGqzEn/Varj2LXU2Mjq67LFpD&#10;FbETsDeNVH+U0fJJBUXD3/2HsX8ky3VxsPMA0LiymJ48dMYGePHqMvd/dJodu5WAt0OrdYB+Lzjk&#10;z0Sr5vbtl21h+uWgpBWiXsrb8DxrHPNIYzj8+7aY45FZuYQvP9fbBvyFqaqkpHDTSGscxOQXfw+W&#10;siideP03W9wLX9hNku1uUcxKR4Nf8H+b/Ueh/wAuX0j7ZbKLdNP0yn/jC9DP0XlKTMbZo8pSkUkL&#10;Y6lSqp+IFStNBiqqoglUsdM2iYBlZtYA9hpValjCgFXH1BBFiL3uCLg349tNMdZamOH5dCK2eijH&#10;+r/UOjD0Kq7szMGjI4ZWB1BtJFiDYiw+v+HvFCulQ+kHVxb68/SwH/G/a20uBpIZv9X/ABdf9Wem&#10;Ll8NX/V59ca4eRygYjTYj+ySAQSTYH6j2R/5pMo2vQ/4yQWF7kf5fT/7f6+wXz5M/wBBZAvmmf8A&#10;ez/q/wBjoEc4r/uoVa14f8e6GzqxNOLyHH/KYvPH/HCO1vrwbf7b3WpipLZWkBNrzJckfS9rf7e3&#10;4/HsBQ3jLd24B/i/wf6v8/URTr/iwI/1Z6FH3cxSSj7WLTbgPxx/q3v/ALz7nORdMlWU/wCr/iug&#10;9EoPgErju/1f4eg8qEJmkB4uUt/ySv0uPqL+7PPhmGk2Vkn/AAPB9D/XL54Hkg/UD3mV7Iyr/VV1&#10;rwf/AKyT9Yd/eEWnNG2geYf+UUPWub/OJq4qLfu0onNjNJlQLgEnTt/ZBPFwRbVz7OnEraDZebfW&#10;4sDa1if6C/uVZb2Ig0bPUBTwgzqC3D/V/q4+XVGsmbp/GQJLgknm35tqv6yC31B/xv7CnveIt1bv&#10;AAD/AIstaLEG3+aX+nP0HtHuF0rbFvLVyID8vPoZe2Ef/Ix2xTw8Rf2VP+x0cf4E5pW+T3UChmJf&#10;eFArafSLsJww5NuL+6HahNG4a8WIvE/+vf7pufoOAD/sfeIu9O53YNg5x+1hTrM63iAfX5hqdbot&#10;K+vD0ZuP0Rf7zAv4ueb+wa7YW/2x+nqi/HJbTXgc8/19x7zIofdIONaD/jzdCaBwEjP4q9P2J/zD&#10;D+jm3P0uqfj2X2dlBJH9f95sSP8AebeyaQAyv9p/w9GwAYj0of8ACenX23Si4uD9QBe/+0k/X+vt&#10;PJhzjHTwX+EY697S+RQ+ZTxwrtyf8SOb3PIb2zJXSv8Aq8z0nnBAp172ev4jvqpK3ngSw82N+Kar&#10;PP14t7X7JxH2L/gPT1h/ZJ+XQW9rf8WFeL+ogcj6meltb/G9vdn/AFhM0WaQG9mWQW/6pay35/2r&#10;2a8zKptnetGwft4f5upM5NlUb9t7cK6/+ONX/L1WL8jqNarZk4ChtMlFyNJsTmMPfnQR9F9h3nWZ&#10;3nLC3C2t+bLCOLk8394k7k4j+oJNTVf+fesrrlgt4lW/1U6P1tWIBaJUP/Ha5P8Ai1VxwOOPYX1k&#10;jBmDtcXbj/kH6fn6W9wbqSTVKBRutEKwLAd/Q8RLa1v8P8fz9T/t/bE7FdTaje3IuDa9r+n6XP8A&#10;j/X2nleilvM8P9Xy68BjqYtjYWB/P55/p/vPtveYEFxy3IsQRfk/kGwsP6f09kt5P4dyFYf7Ff8A&#10;VTqzrSqsOpKL6fzb/ffXj63H59tUlVdjfg3+hb62vcjn8/091S5TNXqP2f4adMMtOBx1l+nA94TK&#10;GYaSSbqf1C2q5vzewPHswS7H07M3kf8AV/qHClOksi9wx5ddW/wFiLH/AFv8Ped2CqeRZlsf9iQb&#10;jk2/4p7S2d3rnYy0Hp01QMcjPXiOP9b8f1t+OfZBvlSR/eHB8jnFX/1wa6qt9bE/T3LfLEhlsbh2&#10;Yn9Wn/GQOon9yU1Nbkn/AEOn/Gj14AAAAWH9PZVr+peQeCP9gP8Ab8+x1aMAh9f9X+x1C9vGpZvT&#10;rv34uLKPr/W34t/vBHP9fbcdGd9J6SBQskmc1697xFv95/5H/W9h/tvbvaPn1fr3viWsRfm9/wDe&#10;P+Ne7oa1x09F+Lr3vmv6bn6/0/AP+x9pZpq1RPh6vWvXvfMkng35/wBiP+JI9o3bStfPqtNVK8ev&#10;e8Tvp/1/8f8Aif8AH2zl21Ux07HGTpx2de9mP+Lp1dlQD/VU1KD+T/xesR/X8cf4+zjloU3/AG0f&#10;8PT/AI9H0T78NNi4/wBN/wAd6bsubYnJn6Wx9Z/7jyezy50M269yRngDZmdJ4b6/fzAc2t/sfeRF&#10;9TxrBW4Exf8AHukUJ/3W7V/z0Qf4Ok3jCBisay83raO1yD9aeO/54/1vaCyT6KXZKkXAr9vD6/gz&#10;2ubnkD2jnGG08PqB/gHWr0fqXRT+I9KFP+U03+qT3H+NvYU97n/fzuw+umcf4i87/n3Xev8AcW2/&#10;0n+fpRB/uBD+XXeHFsfTD/m2n/Qi/wC29lOyf+ek/wCDHj6W/Tbj+o9w5zW1biL/AErf4ej92LR2&#10;1f4f8vTn7T4/U39fT/QX49gab4B9vVOve8Oo/wCP9f1H+ntN1v8APr3v/9GoDJ9S4zMH7nZuajq4&#10;lvxk5qSgZriNBZbk8PHJ/sLe4mYilGjz8v8AV/k6luRGNTFkfaB/s9b+QlKqPMuhje4jDyqP+QhG&#10;D9P6gey+762ZuPFU81PU0M0oIsZYVlnp/pE11mjjMfN7Hn6+2VSNmqsmeiy48ZVI0dZvY5/HCA/7&#10;LJnbqwFJkd3MyshVz/uTVSNBGoqLe197boZLD9TLP/k/bnP+qvSzdyP3Rs60y07n7MdQJH018K2P&#10;ritf8C3mP+wP+9+yo5oItRVOodlNTMxBUhiwkb0WI+l/99x7NJoEdJVMtNMYI+fXrUpJ9XqfSscA&#10;I+fU/wBoaqpUdmaMsTp4DjTyWZjYkD63/HsnrKoBYDj0lW4uGIJTHXvaQrY1DyjRqYaxY3K6rtfl&#10;Tbn2siY0GaHowiaqjUdLf6v9Xr1722VVR4YY10C5jHBYixN1sARciw/23tlU1NIdeNXH16oPxd3n&#10;172nHqOWb6k/q+p4uPoT/S3tT4H9Lq2n59e9tM8+lmAawJ9aDgMQBybG9gT7UU62TTh1723zThuC&#10;iBLcKL6Ra3Frk/U+99VJ+WOve26QqLlje/BFj9Lj8e31l0oU01HW9QoFIr173BWvlo5PLTSNAw+h&#10;j9JWy2/qSCCx9tsQwoUX9nTDAHr3tY4DubeO1VmNDlKsRFAHj87xpIiuWCOyLcga/wDW9o3tI2YH&#10;NT1Uu8TB1lap+fXvZn89tPqrd21MHmd14KlweXzUnhfP4yiesrUY0scnkLSypExRnJAv9T7TzyyW&#10;lx9OrEoFBqa+fRjuwtrGeO3eIMSoOsj+Lr3stO5vj1uaijqcx1/mo9z4WFpZDHkq+goK5Ei1zPHH&#10;QRM8sgRPGF/J1EfUezBbmLtWQAEgcB0nltJNKywSawQONAf9XAde9gDWVVbiq16LM46tx1RDIY5p&#10;JqSpih8kcrRSeOaaNVkXWj6WHBC3+ntQFVl1I4I+0V6L2k0OVkBB/l+3r3vmtQspVlkEi6iy6WDa&#10;kNmGrSSF/wAR+PfmNYGUfhNf5dWEilXoajj172Zv40ss+4N3BXIVdkbuuW4IkXH0/oVTxpa/H09o&#10;Lon6WOQjvVh/gP8Am6NbZtW0Xf2N/wAd/wBjr3sv24pQMnWJa7CRx6wVNtXJIJ4/437MYy0kUUlM&#10;t0SWya7eBq+XXvaUkm/cCuOeb2BZRwPz+OB7qcAnpzWFyeve4stVIpeMPpUn6KeCAdV7jjg+9oFI&#10;qB1vxAeHDr3vwrXV7oQqDlYwCqi63I/ryefbgqBg9e15rTHXvax27vbNbblinx2QqKcqxN4X0k3D&#10;jkAEcCQ+9MQxqVGof6vOvTivUhlbTT/V/l697EM5nYe+i43bioMblJVVBuWippKrIxkABHtI6xak&#10;jSwuPz7SNJPAP0sr6f6j15zbvQyxgv5Gmeve0nmur91YeCfKYGsh3Lt6MPMtVPW0wyojH7jRx4yn&#10;MkzeJCAot9Tb25DfRTMfEXQ9KY4fmfXpHWWOrAhovmc/sA697Q9PkYpS0TfcU1RGWWSCsielkEiW&#10;VgI5tDldZsD/AIH+nteRpNG4fI1/n07HPG5o1R9uP8PXvc+KoILlzdSrX5DK8ZILBrk/rX6j68+7&#10;AICM9Kl8MMO/r3uZQzCTJUC6g6eem8atcLHedNK3HpCoPr7rpqrHSQR69X8MV1KcA9e9iX2lEY02&#10;xqKDybehkbxsHVv8onuSR9Cbfj2hglcPIKUavTE05SdEI4r172DSzzRn0MwVSGtfSCQbgn6XI0+3&#10;3TgVGD1osa1697Fna3ZldjzDT5JVyVFCjpHFUvIVp0cSn9sLawMrhv8AYD2WvZK76tXHryylKazV&#10;fTr3vPmMAc4qZvZuSbJS1N2rcblZYMelOUMdLT/a3YyziQRSSP8A6jSPwfauOMjtlwPUDp/RI/fG&#10;1SfI4697C+trUSV4Jo5YCujyRVFO8BbWEZNIksWIBubf1Hu3h0qR0l8U6grIQPn173iir2Qsrszz&#10;IAVv9AGJ06COCdP1/p70VB+zp5XJOeve50lS36rhgVBJZhc3/sgfnT71p6sxOTXr3saOhqthuitZ&#10;iEUUCfUkcrW01ufr9PYf39TaW8bp8Tmn/GT0P+SHNpOWXJYfsyvXvZyf40jTRpq5DIjWJ9QUgkEl&#10;rfk+wBPGYAko4ORT8/8AJ8upks2r314j/D172rcdWCbTptYAWIv+NHABueb/AE+vtNJMygtpoteP&#10;H/N0uFONfxde9rukySRRACx0xi+p7+oIB/X8afaQ3En6fYuf5f6v9jpUlFHEV697wy5cqVdQv4uB&#10;qsLt9Abi/C/763tSJjw8PH2/7HWizVHDT172ucJlyEDKQBaxGo/7V9bmx59svL/Q/wBX7OlCNUde&#10;9ingcuXZYxawuAb8c+S4t/j7deHzLZ6WBM5PXvYtY+tkVBpItwCD9P1SN9AfwB7b+kjfhJnpwIPn&#10;1EkFibi/+PJtwOT/AIke11iKslhcjkc+o/7X+B/UD/efbki06sprx6gTR3vYfn/Y/j+vH19iXj6w&#10;6Rci5/2oj66rH/b+06wKT8bkfn/k6dGa9J+qjIv6V+nPAv8Ai/6gfpbi319r3G1KX+oYNb+p+hFv&#10;wLWv7bkif060Fb06SVbFx+VsCPp9OD/U2P09rChcXDAn1W0j6qblT+fdG1UVSgoOrhG9OkhkIv8A&#10;OXY3IILfRhwf+Ke1vQhRpsxYkLYf4gRn+n5Hu0CtJ3jChq/tJ603wj7P8vQZZ12W8ZQWKML/AOF3&#10;U/Q8W1e1niQQY/8AEhuOP7MXHB5/2PsTQio45pT9pPRZMaaz0XfeMigTlgCEViQRc2QTci4tzz7X&#10;1DdYmN9PqDA/4+kG1uf6+z5AGNtGM0Sn55/2OiS5Guo+fRSN0XeprHIvrllP1sNJYfS4I+v0v7zV&#10;hbxE/UWewblR/ja/s2tbdF1EH0r8+ilyIhq056QVDVEVkMOhVJkXleHH6SQeCT9R7z4R742E2X0g&#10;XC2tfU5sP8D/AL37SXcZW5kFSKrj5DyJ+fTqOWpinXPeGk52oDer99ms6sGa0cOrkk+nj/be3KoU&#10;PEjE2v8AT/ePob6SDf2WUZHaOtaf6v5fy6XxFgCmnrhiZrSufGLgKbm2pbhxb+oDA/7H2nZ2Yc3v&#10;f6f8mj8W+tvb/gxsNNKf4elnGvQmUEr6gbk8cg/p/tnhfoCPr/r+4FgX/rpBYC3B/QBew/F/ZReM&#10;yQkDFTQ/z/zdNtWnQjYsAupP4Fwbj6kkA3/2PHturVVhc8G3B4/JX8XH59oreeSEkIKg+XVUYjyq&#10;el1SRBypIPBsCPqACf8AAi1v6+07VrYmzc8/7zf8f1A9qUNQDTp8GoBI6WFA1yvp4uBf6g8p/WxH&#10;N/bDUfRrG36r3/17+1Ua1ALdPxxgjU3SqpSFKcX/AE2sebfT/be2qVR/a5/H+xsT9AP6f4e1CgDh&#10;0+qha6R0+wuzW0/1t+ORqUf6r+v+PuAx1ByPo114t9f8Pr7YnYh0oMjP+r9nWz5dKCkQBbPck2P1&#10;N7fk+4050XAA/Tf+g/I4A90QF8sx62qahUnpygH0/wAW+v1FyPqT7gK3DKFBUED6m/I/PIF7j8W9&#10;3krUMTnrTChB8+p4QDSQWvYn8f4fT6/g+8UhsQqngX/2NiBf+n9PfmcqmvSNXTiZoxXqVBH5GJa9&#10;/qfpwOeLEE/U8+1JinKQyMoLH9s3tb9TSrxb8j/Yj2H94jS6nhtGcJG2sf7wFb+f5dOTIMU4dN8p&#10;NOz1Wku0fjsL8nzqI/r9SF/1vdZ/zti1bj22oJGuTKD83GnF7bufeRHtHJr5de5OZI/+fpJOscfe&#10;dVg3GOelTn/jsI6MF0+gjw9UgtpHhsRxe1Vkx/xHshTn1lRyLKo+n4Df72QfcySMDt9pLHirt/hP&#10;WP23HxLdZvxFm/49/s9C/wC+aqDf6/0H4/17X/xP+v7LiWOfPoyUycGXr3tK7tmkpMXNNGzLKNej&#10;TY+oRuw1ML6R7TXArbzyKxBSNm6UWz1lRSSpJ697CY7a7AyNGcvQZCSOlkmcaTVIiqfGak8NFq9M&#10;cgPuLbqB7ySaRmoQTTTT8JP+z1I9ntiC0jnafNAPIeS9e9o7IYvsqndwuWAIJAb+IQ3K6nAJXT9C&#10;B+Pp7TxW90beqOysH/i4dPmyUx+IJad3r172mZ07KiNhl2Gq/wDy8IRe1yf7P4910bgvw3JP+2r1&#10;VLOtSZifz697bi/ZrOV/irJcMeMhEPTcD+luSP6+7M134as85KeXd/qp06bDSoYS6m+3r3vox9ms&#10;eMyxP9Rkof6W5sPddb/xP/PrX0p82PXveeOj7QuWXPOrXFgMjF/Q/TUtjYfn22JWDKWaRWHn/q/w&#10;deWzjZ6Tk6ft6975fwztZzxn5rNYf8XKG3H9To4H+8e3lnYf8SpK/Z08Nv270H7Ove85xHabAq2f&#10;mMZ55ycX9CL/AKDx7ZmllMLhLpjJ9v8ALj1ZdusBwC6vs6976jwXZ30GdkP1PORhYfg/UoT7LAb8&#10;Z+oK/metnbrWlTGn7af5uve+a7f7LZrfx2UEfU/xOPm/BNiD+fdzHuCAsbo6f9Xp0y222hBDxrp+&#10;wde9yV212S3H8fkJt9P4hFf+huLAc39tmWVO0yygdMmw2paarIfs697yHbHYhUhs9Lb8gZGA6v8A&#10;AADnn3r6iZiAsz1/1ep60lntWsAWq/s6976/uz2Cq2/jc3H4+9iP4vblPr78JbsVpecfmelP023j&#10;8Kde95Y9t7/b9WckX/EVkB/wJJC/X3YNeELpum1/b/q/w9X+i27/AJR1r9n+x173mXa++dNznqkA&#10;2vpqoLCw/wAODf2637zOoNdGn29X+isPOJeve88W193vfXm6q/8AhPDfi/B9B9pWk3If8S8f6bqw&#10;trCmoqun7eve8qbW3aOXzdUR/QSxccfQ+n2oaC/NB9Xn7V6r9HtPwmPv+zHXvctNr7n+pzlaTxb9&#10;2Dn68WKH6e6GLcWBAuW/LrX0m0/wD9nXvcxNrbkI5zVZ+SoMkItzyf0n2hrf/wDKc37T/n699Pt3&#10;8Q697lR7R3NIeczWqv01eSDjn8jTe3tqt7w+vf8An1r6TbPh7ade95jtLNobNlq4sv1b9uzW+trK&#10;Qbfn25+7rxgrK60J/i/1f5utNBt9cBafaOve867Uy6rcZOsvxxZBc6RyDb3f92bgeMqcP4v9X7et&#10;iCwPFl/b173zO2Mii6mr6piTYk+MhrcHgjgn8e6/uXmBjqjlGknykX/iz/s9Iz4Opwqjtbr3vlFt&#10;2sBX/KapiQAf2w31tewUOLC/u37p5kjGJhX5SD/CerhIhTI697mDade6sPPWBrDTaL63v9bLexb2&#10;8UvFtme4kJlRlVv4celejCG3tmyYhQ9e9wIMLWYzJQRVM0pWaKR9LgcFLBeCPyR+fYx5ZWSW9itp&#10;JWoynu+xf9X+o9EvM21wRWvjgnWf8/8Aq/z9e9ijHHemiQ/2Rwf63a/5/wBh7yC21EgsoIkcGNR/&#10;z83UDXLB55WHCvXvccjT/wARf2axsFU1PA9Jj/Lr3uHcpUotrqzfW/0tHx+P8PZJugDS1r5D/B07&#10;MFbb5TqyP+guve7afiUznqbHOVFzPmB+SbjMVw4H49n28xodm0t8K0P/ABrqXvayJE+rBPaiqfT4&#10;nbonnfWk7yxAJN/BHxwBzEfqfqb/AE9j1kVLMTa30vf8fWx/FtVvcW3ZVRIFP4TT/V8upwtBpgop&#10;826YtvnRGv59RHB/JsT9b3t7YpWYegXIvbkfX9X9bew9JbKribV3/wCrPS4jPS/gfUvICjT9Qfpy&#10;vHHAJ98fpcMPqAPzyefpze1x78r+MsYX/V/xXXgccOuyuklgxFiSR+Ba3+FrkH3xtoJJAA/BuLm/&#10;+tx73QECldXV9IoNNSx671auASf6jnjmwHP1980FwbgWuLf6xHB/P0t/vHu6SlSIwMgf6h0mmlaI&#10;hQv+r06wTjSQwJueGH+IJuD/AL78++baVtYWH+Fh9Lj6e1lsvilixwP8v/FdeSQsdROP9X+bqMXb&#10;/gx/oSfpcH6gixv7yxESOA8Ucn9EcgIbiwJJF7qTx/T3S8N3bhIbK5kWKSuug9P9Xy6TXEskYEKX&#10;MkcL/FQfwj5dYj4ljkd3ZGS3jdCRIOeVsLCzAc+1BgttTZqSSoKSUuLidPuZIULXZ9Sw6Qy2ceZb&#10;Hnj2I+XIreK6FtPKbgYNZMfhcj/VXj0ibdYbS3uLaQ+MVp8fbX8X+rj0GHZPZFLtChjp4mpKjcVb&#10;FUHF0M1QsSutLLTSVut42LxGOlluOOfa47b0UWWTCwTSiiwXl+yjKFFT+J0uMq5/EliCWkcltN/p&#10;c+1O9Q3w3aytodoS1tSWAZNXdRBq1H5NXTU/jPy6jr2uNjP+8d0gsoRdbh4Xi6Wr4ZtzKi6T8/Ov&#10;z6Lh8Gsmd49Ujs7Mmlqt2dhBW3BIs6TuTtXce68DivPPq1nTjqVANVgLaR7CyWmMTvHIhGlQzeQF&#10;HTUoKkIQG9QP+29hGW/nu9tjvXhRZQSMf6cr5f6v5dSrYt4dpb3LkVckU+wno7dK0IlUQ1BljkJR&#10;ChWSKUqutryAso02/wBe/vJokVHkHpMYuYxfxn1DlT9S1/r7Ethex/vK22pY6wy07vxDUnSdbtEu&#10;5VUaldV/LpjnVHjMzPr1krqYqGUofo3+pVfx7WO1YvN9/UyfppqVZnAN7J5ABZRz7UW8Rnku2GGh&#10;14PorVP+qvQU5qu/3K9q8FHlkf4W/wBLq6CDtKv/AIYNt42FiZM7lkoYHKkap5aOR7MxOkcL/vvr&#10;7RNYNWWgkQkxvlBp/sm7Tsfp9LEH/beyDmeQiyvLZgAY4C9K/wBA/wCqvr+3oSbdM0sVpIyBS2hv&#10;5D/V/h6G/ao0YhVcHz/w2OKQ/qB0w06k6v8Ag1vYwSReOipV5IkgiX+t7RMgB+ouLcXv7xsjlNxc&#10;3kxw0bN/x4N1LW2SNcW0anFFH+BesETgVDKDx5CxBJH0ZVP4/Tzf/X9xIqMSxyprJCxNIOBy6oVV&#10;D/reyu4uZRc27RQ98tysXl8DNXUOH+r9vS6SYwAYqS3Si+4jhRjI4CwUz1BPqB1xqLr+Rf2jayGQ&#10;SSCVNAV/GeLkkhgR9ePp7Nb9PpzcRo1Smo1/0p6fedKRmI1LCvSnw9VFUw0csT6xOkUgA/1MmnS1&#10;iP6H/Hn2kaxArhQuoE6gVXkAc/77gW/1vaPbGF9Yy3ErlJFYDT6/6uPz6rEzPHO8q6XVwPt6WpLQ&#10;zBVsylOZCfqf8QPbbXE6ANItz/ixuQb3Nufbqxohq0hH+r8+m2IeijqZSMWZiL34uPx+QPoPxb2j&#10;qv8AKnkDi9gfqFNuf9f23dTNBbvMi5pX5/F0ytUdXHxdPkC3Yf1/4oLX4+o/1vYH/IprdObwQJ6W&#10;ixJBI59O48Ob/UXt7T8tIbbmDb51bU8Jcf71G/8Aqx0Q89RFuU7ohshR/wBXU6cqUkyAkWuD/vAN&#10;vxwOfdRG5PTha4cgCJfUf8Zor3/1/wA/n3kHyxe+Nutnr7VVvw/Y3+TrDa+Wm1z0/wBWenL3YL8f&#10;Wrcjm9g06sDHNkkhXVJYIVpnBNmFhqI+v9feXVrG42KLwBr0gvntrw416hvk3erRN1tpJ6q8M7Nh&#10;fiyfi6Su96mKi2juStm1eOmw1bLJoQu5SOF3sqL6nJ/oPdsFBtahMkSZOsqEYxRmFKBI6nVI1rAh&#10;L2+p/wBj7hjcZGQ+FKAJLiUxDz8z/q+f7es3bTd473bY/AwDEP8AAv8As9V85PsXNGkqana+IoKm&#10;OieWeskztTNiFSGFRrZZJVs9mC/gen2aLZGzMJjJo4qdGZq7E05maanVHMNV9tqa3pDSXQek8/X3&#10;JvIm1tHt+4WSuXjuIZYmJr2A6f8AV6dYe+8XuXvMrWll9OqpZ7lqQ627zF4i0enAN1Sn8ovkX2Hv&#10;OhrslVmlx8Wyt+5UYynw+TevDZfbiZf7YS2GqOkKSsDKvpvp9hXvPF0Lb2pMaqLIj1tPStOUUTxx&#10;fxerpjBGlyDDGOefz7Du72X0Es4Q10B4xk04+fDB01x1NHthzhuO9coXG7XEYSW3iYKoZtLaIIX7&#10;vPu1cejyfHbeu5W+O1XvKvkaGuG1J9zrRRyvJSVdWNi4XLff1E+nyLXVErMhA/s8+wb3tjqbGZyv&#10;pKezJFUVUQYiwCpUzJwAbEjSPYE3CLwo1njydQx/P16mfYL+Tctqgv5I9DuinT/plDf5ej2dHbpy&#10;O8dgbazuTT7eoymExFe0SO0g11mMoqlhqdQ2ktKeSPaKRm1GP+yNRB+n+FgDYkD2usdRtnmY95Sv&#10;56Tx/wBXHo0mQmMPq49CzWRr6XFtRdVI+txqDar82Psj3zWQHbOO9RtriJ45t99T/T8kW9gTnaV5&#10;rOyQDNP+fq9Anm/usRDTA/zjoZ+sBbF5EcD/AC5eB9P+A6f7zf3WrjyBkqNrgl5r/Q34NjcD/D/X&#10;9xksnhbhbog7e7/J1Dkjdng07ehM93L0ajwxjhR6jwOb3Yn+o5N/eTjDxGYseP8As9EycIsevQeV&#10;LESPa7fS1yLWsoH9DwP6ce7S/hXGv9yMmvJ/zAJHBv8AxjcV/r9fp7yu9oJWi5Tlp/vwfzef/N1h&#10;z94Yf8iXazq/j/6tW/8AqHWs5/OurXp9/bMkVVLGTMaQWI4G3NiXPH04P9f969nXjjXQefqCDxYf&#10;0sLj6gf717kdpKUB6x8uJH+oWi5B/wBnqhlq1iioSt2bUDywXlrMfyFJ/wBhf2EXfCsnV27io1f7&#10;hK2w+n1hQkA88gf7D3W9lI2PfKHu+nb/AAjofe1J8TnPbiWofEH+E/4ejwfy+qhJPlR05GzFR/fL&#10;HnUT9b+cEEEDm4/Bvz/sfdDmQDDcVcpW14XB+l+ah/x/vHvE2/naa+kkb4kf/jp6zOKUII/i63dM&#10;db+C0RBJASIg88/sj8/6/P09gn207J9qNIsTD+R/aSv4sORwD7CG+AG5jnDd6gD/AAn/AFf4eja2&#10;CyBCG4f7HSkxQtA3/LRrDm4AC/7wfZfZwCXP9Tf8fTlgP98fZAzl2YleJ/w9HkVAoX06dPcF1BUn&#10;8j6Wt+B9Tce2HlKeIPwn/V/PpQjYIPDr3tOZEA6zaxVW4J+lwQL2v7YuZWKaS3ccf6vy6TTDWQur&#10;Lde9nf8AiCA1HVufq7wsP8NNPWLb6D6av8LD29st1JFcCMLjH+r/AFfKvVI7hreeOClVb/Z6DDtV&#10;NW3Sb2CuAQRe956Y/wDRPuzHr0n+O0v1sy1AP4/5Q6k/4fUexfvwV9uuJWYBk/6CH+r/AIvqTuVm&#10;aLme0gSg06/+ON/l6rc74W2y8gFHqM+M03/N8vjU+p44PtC5qoMhkJVV4AJGv8CIgW5/HvDDexot&#10;Z7gGvw9uPNlXrKqfuvI2Hw/5x0e7akASWmiu7AeQhm0/TTUt+T7CeulYzNp06RpbmxIuB9T9Lg+4&#10;Z8NYkYajU4/n0q0hRSvHoboxqA1f4/74255t7YamcMNRJseAByTxzwCbD2UXVx4ZcLkgfkPy8/8A&#10;iuPT6xBfiyep0ScD8fk/g/Xjn/D2zPU6dSJZri5/V+SPz+L2+lvZNdUln1moX/V/P16s0IrkkjrO&#10;BYAf8i/1h/gPcCdxybknm54+vJI5NiPacqAcHHSaRApHp137jR1DD9S8g/W5sLG1xxyP+J/PtQZg&#10;g8OMnw/y/wBX+rh0lkSrAhz173leqLKbnmxP9qx/P059t2iaHLqeFP8AL034IBrqNOveyMfKCYTb&#10;kwa/Qfwdjyb/AKa+sW/5/B9zDyhK52i5egJWdR+1V/l/qz1EfukPAgt5gatQD9rHr3sq5a7kHgLe&#10;1+B/if8AW59yTar/AIpC+qrEdQqhWKGKQZLr17339VQ3vcXP+H+v+fr7pTRJMK5r0mf+2m/03Xvf&#10;Ef4f6x/3v/evd6fxcOtde94CeQATwRf8kA/7z/tvetKPxFQBX8+rL+Kvp173njvY/wCFubf6/P4H&#10;HtudI+5i9H9P9jj0/jr3vKTxexP+A+n+8/U+0oQVKqcdbjHiGgx173ib1kA2Vif63/4p/T/b+07n&#10;whI3n0pVPDDZqT172YT4xSGPtCgX6rJHSIR/qh/G8QSDx/X2ZctzM++7YOH68f8A1dT/AGOiLmMn&#10;93lgaUb/AAq3TdmP+LTlObf7jq3n+n+TS8+z5Zx7bw3CumwbZuZXV+QDkZluv9Dz7yJ3A/rWQI8k&#10;/wAJ6LY3/wB1+0hhxnh/wdJrEqGxGPuf01tG39BcQRG3+tf2H+WIWk2gCOEyu34Q30uI5rc8E3IH&#10;tNOtY7oeSTnpy775r9RxUsf8vSjjHrqv9qilNv8AE2+n49hZ3z+3uOHm5mhqGPP0YTvb/W4HvW4S&#10;fVWDTsNOlR/lOPl8+n7D9bbNZHwkdcsWNNFCv4VVA/1tC+yl5O4qJLfQOb2/rYDkcH3B/Msnjyhn&#10;HcoAzno3WUypFqH4fPpx9p5mKu355B/P4H+2v7BzlvgYAU6fRQ3n1731oH0ufrb8f01X+n09t49e&#10;r6F/i/wde9//0tfobhqsaQ9PO6wC9iALg8qbKEJHqc/X3FJR9XiDjw/LjT/VnqXGhK5X+XW/x7FD&#10;Fd05uOkFHmwcribEGmmk8XoZmZl0w0wmAL2/P49oTbLWqnPTYAAoxqvXHQuouFAc/VgBfgW+v+t7&#10;GHZvY3XJ2XlNl0VBDtdK6Krfz0S5CtYzZCoMskuiaIp+sX/UObe77h40UlrMakBq0xwp/sdJN1ZZ&#10;o7OGlFV6/wAuobUspq1qvO7qqhRTsFVBYMNQZV1FiW/PHsvm4Opc2wnyWEqEzlD55p1nnmo6OYKC&#10;0gApjUa20KwtYfn2vF40iOWwxjp/q+XVjaSxRTSxmoeGn+r9nU7/AH35t/t/YA5rF1ePqp46yCWJ&#10;kldXujaQ4kk16XUWIuh5vb3pmWiepUf8d6uNKwwAju0D/jvXvaErVUyOdChSX/U351PzpJHFvfqu&#10;V7T02PEK0X4eve0XlVCmVhyOAb/j1SEcfn6e1Cf8R68f+K6fX4YtXHr3tLTy+q5N7+r/AAsOSOVN&#10;ufawaY1+XTwITy697Z5mBcsfqWv/AL0v+8e3Omz173DqJNNgOW5/4i/4Pv3VSfXr3tunqWA03Goj&#10;8fX6KT+Px731qvr172y1M9x+Lfkf8kj+g9+A6bY9e9pzI1ckdDWsbGNol0rcEryLkAAt7owBmhDc&#10;K9Jp2oI68P8Aiuvez07xeVuitnzhQ4+5qvWXUFR/DaUkhTyeePaDcBXcmH9Bf8HRlzTT6mI/h8JO&#10;P+l697Kthezc5tarE+JyEsclLUtMeUTSIpEcWYwvyGjH+PtXPAJGQrw0j9vRWZpkMLRNkKvXvYtr&#10;3pszsGOLG9pYCn3GDHHSJPWT5IPRPpNMKmEUMdMZmgWsnYAkhtZ/wsnNrcQkPC5BH5dPvOtyAl0o&#10;YfOo/wAH59e9p3NdEbX3HDJlun91zS1EqtWf3VqKCLE0dOXSSpOPTJ5SuBljhaSnp1dhdl9X1B9r&#10;YrqRUf6tamnHz+3y/wCL681igic2kvdT4aUH2Z/Ide9vvQG3t37N3TvKDduISiWDZG8WY09XBWxL&#10;JHRwoHSWjMsblXia1ibgf4+2bwwNajwXLdw448q9PQrNFtV2s60OlvOv4R172WXPZemr8nWSwTa3&#10;ecliy+NtRsfo4B+h449mUKstvbkr+Hokspw1tFp40697aH1FRpnZHsL2QWuD+WPA490agyE7ft6V&#10;mU5x172yVcpWQhjYqOWBtfhbfQcWDce7RhaYHVQ4PAU697bTXW1cm9ufp/T6cf4+3dJxjr2v59e9&#10;zIcihOlmIFrtwdVgLji1/eip49XWTPHr3tySuIBMczSLb/Nslh/idVvx7bKBqVHXmo3mevexQ6p3&#10;dk6HeO3aenrJKQVOWpICE0MDqmX6lozZSPaeeACN2GeqanV4SCfi697G/fa9U7x3FNitxUEG29wP&#10;TqIt0UUGQytXLM9RPBGZKUSRUaWqZmm4PDLpPB9sRtcRLVGOivDgP9VOtXK28kpWVAsn8VDX/V59&#10;e9g5ufqfde2qeTK4V13LtJFaQZN56KkrfEsc9SWGKjnmqxbHU6uLj9b6P1D2qiuUc0bEnoBj9v29&#10;MEXVudaHXB68D+z7P8PXvYb4zJxSZKlBEiolZBFLDOkkLLKsqagFkVJGCqbX+nte2oQk4p+3pdHd&#10;B0BHAH7OvexY7XrEih2f4gqCXbVLKqJc8fczgXLLYH/D2gtwXlkNOFetTuHnjoKfpn/D172BzVz6&#10;jdvp9b/4i4/2/tZIoIWo68X697yJVHSSTqFx6SbD6n68fj/b+2So68GqOve3ai3BU42RKinmenaE&#10;N9v4wDoDhkmHKHTcMfr9b+9tV8UHVxIVNRx697Xi7zwO65Eg3xSo9ezW/vB/lFVWUYC6g0dNTCKC&#10;Yy08McJv9F5+oPtO6SormJuPlwHTpmjkr4yjX6+Y697ac9sTcGAoo87TSnK7YLSNSZ4vTRV0zIUS&#10;pjbERSy1SCmnk8YNrMo1e9pNFKaAUf08v2nqrROq+Ip1Rfxef7Ove05BVJUJoQa1QBg7ho5Q7HSb&#10;xmx+v492eqAnqxcFSQcde9jD1BV/bZ2tN/rj15A5sauA3+h/p7I+ZUElpD8j/wA+HodcsNpkA+X+&#10;br3sx4zIilDhz9VH14B1Di5Um49hS8tf8Wtzo/Evz/CP5f6j1KsFyFRAp7q9e9ift7MrJACrm/Au&#10;b2vogJHKDnk/7D2TSqxbwpBWv+DozhuiRR89e9quLKMbKH+p5v8AkDSB+L2t7Sm3ILutNJ/1fy6M&#10;431Ctar173nrMmFSOxAI0c2FxY/X6Hkn22FrUHpxiKde9vuCzUisoBIBH1+v4b82P090dOro3p17&#10;2MGByjLKLSfS35H1ZHHN1+nHt0NpGlhjo1Rq+fXvY4YXKs4C+QMbXHN/+Ojcem/NveyWFGVjTp4H&#10;riyhvqOf6/nnj2LOKnW4545tz/TXc3/AH+w9sBz3eI9fy/zdWCY416b5V+lh/rkf14/qSPp7EXGX&#10;azKTa/P19X6h9QL8j28CyrpxX/B0qRO2h49M1WFtzz/iDxbg/T6Dn2ImMJBU/kfgfXi3+9e9PQjj&#10;jrS5NAeklW8hh9L/AO9kHj6/X2vMfILDkE8f155FvqPzb2jYdWHSPyKEhuLc3/wHDX/P9Pa+xTAp&#10;e/8AqT+Px4za3H1sfdYq+Ko/1en+Xqsi1Fegx3Enoe4v6XH554lIP+NiPYgYpjdRyRdeB/S0V7G/&#10;At/vXsRwaVSFqd1P5/Mefp+fRZMvcacei07yj1GrGopfyEEHk81Autx9Qwvx/j7XFP8A5n6frkF/&#10;ob3Aa4P1sQP9h7Etp3vAddaR+n5U/wBWOiiYASkDy6KXuX9mrq0ClbawLt9LMbH83+gH9be8lXbw&#10;tf8A1DkD6fRT7PbMHS/5f5eieRWz8v5HoPKcf7kae3/KweRz9ZEPNr88+5WBAOOp7sLlUt/j625t&#10;x+f999PZZepSS5IX1/kOrohAFEx1m3lKRuKT0kjyn/D/AHXDzfn8f717n1F0jEesalN+L/lg3HA/&#10;ske0DDXL4wT9JuHDyFDj7el8YBaoXt6w4UqzupHqVRrAuQNQl0m9he/+8e2KUXOo/wBf9cfVf9hx&#10;b21LJp1RqPLpQFxQdCrjI7hGJP1YgfS9tdjdTfg/717hOVUAkci7Aj8X0rY/S9/ZNdFyzordlBUf&#10;ZnqroeAOOhIxMSsIz9SWYA3tYHUtuCfp/jf2yVMp1enm1wL/AJB/1iL/AF9spECBqOevCIUyc9Ly&#10;jTizfQn6D8Eav9tyPrf2n6tiqngf4fX6c3J+ntbGuo0J6fRdZp0qaBQSOTzYfTi4C6R/sfafmZkD&#10;Ai1if63+jXJFx/T2rWjZBx0r6V1MisyWvchT+P6pZfoT+fbPKdV+QQQSCD/W9/r7dHW+lJTro0m2&#10;kggMCBbgAcWP0t7xR8Rvr/1R+q2FgOVFz9CW9o5/7QU406qcHHTot9SaB9Rx6ueWHqJC2/s+2+ct&#10;9bfX0j/H6/4ix/w93SnAHp0FRhT06wgDg3/1X+I+n9b/ANPbfr0fQG7f48jj8fXjnj3dl1Uz1Uiv&#10;Toqar3sApH4Avz+T/rfj3wuhNh9ObAnni1uR9Pbc1fDBPr/n6djByT1IhDK1/o2n6gf488G3tUY3&#10;mGdB9R4ufx/nGA/Nx7D97VL/AG2Vjikv2/Bnp6RTpqeHTRVqDT1Y+nNKBybD9xT+B7rV+dxtufbQ&#10;55fK/X/HGbbv7n72dNeUbnHmo/6qydY3+90dbmM09f8AjsPRiOphbF1hve5g/wDcjI/n8+yDAXmc&#10;n6WQ/wC2H+w9zYxrtVgf6T/4eoE2wU2+HGat/hPQs+89/wDEC4v/AF54/wBieSfaGoPDpaF46V69&#10;7R2+HC4cDldcjrf6W/aexsefqP8AYe6ygG3u9Q4Rt1ZU1SpjIPXvfuvMstZtrIYyrAkjhq65kVmB&#10;F1pqanU3CgrZCfz7DNnYLJBd9pqA/wBtKf7H+qvQzW+kj29YvMAfs09e9x8pRYhizfZQqRH4ywaQ&#10;lmBcnjUb3PtDLYWq2oMsePG/ydUF+zWik8fEp/xn/V/n697QddjcY0jaKSO3q5Gv66j9Lni2oe0R&#10;sttUkGMEH1Vv8PWor3uPAj59e9t0mGx+ghaWPULE8vf6f8GP49tPaWTkGFO//V/q/wA/S9b6pBOF&#10;6977iwuN/NKtz9Llrn62+kl/r7a+iGexf9X5dPfXD5fs/wBjr3ufFicergCnQH1fhxxz9F1kc2/H&#10;vYsmk7SQR9p62t0s/YTVf9X+fr3uUuOol5FNHbm36z9fp9W5+vuv7nT+AftHW/DQfi/wde9yUoKB&#10;iI2poyGva5f/ABJ/IuPfpdrgRC7x/pD/AFev2dVlZIY2krQr173JixWNUn9lCT9BqYA2v/VhwL3/&#10;ANf20m32D0EkJpT+Fv8Ai+kL7nWg8v29e9ylxmLNwaePTY/6q35vbgj2oi22yDgJF+r/AKVv8/TC&#10;7oVZdPxj5f7PXvfa4rEX/wCA6j/kGRfofyLjj/be1J2t8nV/P/ofpw7ne5Pij/el697yjF4fUpWn&#10;iYg3BAl5K83Bv9bDn3RtrYJnJA+Ht/wYHTD7nfKjFpABT+j173IXH403BooLn8XYf424kPthdnp/&#10;xFX/AHv/AGekf72kJGq8an2f7HXveb+GYzQGNJCPwbE8fgf7t96/coR1LWKBaev+rP29V/ej6qfU&#10;n9n/AEL173w/h+KBKiJSQDz6ufpybH+p9qpdu2ooH8E5P8Lf4D04dxl41P8APr3vnHQ4tDb7eMn+&#10;o1kX/wBe5+oH+39pf3ZtNK6D+xutDcJaVqf59e95RR4tRYIp5H1RwAeT9SdX19t/QWZ/C37T/n6q&#10;L7c2FC9B9oHXveX7TGhf8wDzYjS4/H1PP9B72lnYcVSh/wBKf+gevfvHchX9QftH+br3vkkFECLW&#10;/wBsf8b8XJ+vtzwdqrq+hX/jVem/qrr/AH4eve5HjphyLf7c/wC+HvXg7V/ygr+x+vfV3X+/D173&#10;y/yUpxI1gTe6kg2uSeAQR7VpabPTU0P/ABlv8p619Tc+bf4Ove45alBt5SR9BaMm3JH5B+h9++j2&#10;ocbf+T9aN1cji3XvcCoZP7FQ99YJGj6XuB9b/wBP9j7ubGLsaNSI6f8AGftx1oXM+quo0697zUNf&#10;Kk8KCaT6oOQv+qRf9T+PbL2SKdJTPTqXVwrABqHr3taCtkIL+d9KH9JQFb8sRbTzb/D2S3G3r4Vy&#10;FUV8cf6v8OOhZDf+FBbAtmi9e9hxu2s+7ylBZidNPMLG4Iu68+qwtb2a8vwrbbxB5nTJ/wAd/wBX&#10;+rin5jvVnsxQ/hPXvbxSLqporD9Q/wAf9V+bge5y26f/ABKFgM6Rj/bN1BU5PiyUHXvceeO1rD1f&#10;X+n1tfj6ezcHgQem+I697bl/4Fw8/l/95jHsovyNTjzx0/N/yS5vsX/j/XvdtPxJBPUuMuD/AMCM&#10;zf6D/l8Vw/P9T7Pd3kKbVOAM4P8AxodTD7XYfcT/AEE/4+3ROu/P+PyxJ+loIh+eT4mb/eh7H+u4&#10;JA/IW/8AvN/ob/n3El6waYjFM/tp/nHU1WxHhgfNv8H+fpP4IHwhibFWIW44+o0mxFh+PbCyK1we&#10;QfqPp/UXuD9T7J7qcoA0f2D/AD/6v9jpbUqBTiOl3TlhYEcgav8AbEen+nHvMlKXS4HHNyG/FhcH&#10;kXt/vPthLldFXPePlx/1fs68CKGvHrFLOY5QouQbEA/65H1KmwHuLJAQTpbi/wDaA/Fxf/D2pDOw&#10;Gvj9tadboepEVQhAuvP+03F+B+Lf4++UcbrfUbm/H0/oBz+fbkI8QHSQV6bZC1CCK9YqiVCVsLEf&#10;W2q/1J4sLDnkf6/vBMpuB/ibX+t/9hcc29mNr2eLXyp/l6ZJ8PUT5U64KwIB/wAPr+LXvzex4/1v&#10;al2riYMxkvt6kDxpTVUvIvZo4ZZBca1/tJxz7EG2XEImNq8OoynP+0UfL/VT7egzvu+y7YLdY7fx&#10;Fds/70v9HoK+190ZDaO1zmccx8y5HD0lgdIKZHKUtKxBaKT+zLz6fazwG8arB4zE0n2qVmPyCztJ&#10;TyStCpNLNI0YAWNnNnkv9Rz/AIe1At47C43W9kP6UfhVFf4yErw/1U6Q7ztabiN9KPpkQxflXT0D&#10;nY/TeM7LzmXr48pPgt0YEiGgzlHRx1dTTJkaOD7wL5p0pwZaan0cq1lb/VezE9ydcHd+18BvLDwf&#10;aZCdcqaimiaMxkxV+LxcBMk8qXAjp2b9H1/2/vIbf7Pb7/lXlDdLW3UT/wCNanzkeOq+uMAjBIPX&#10;O77vvvTLyX7l+4PI+93zTBDY+Cz6qrW2uLiT4Y2+LWg+L7K9VtfDjttvjbWR9Tbtqny+2q53Sl3H&#10;Vs0NQRTJufcdRfGUVPUsjGuzcdP/AJwDSNX9V9ls7Pp4MXvTJRrH+yafFlovXpS2OpySPUzep3/J&#10;/wBh7xt3blya3lSwLDStfQcQrU4D08vProxybcXHMmx7buPj/oFpP4c0kZT6fw9WTfDffNZ2N8f9&#10;o7nnqC9VV5DeKJUnSXmWm3pn6CO4aOFbiGlH9n2hEL6DrlYgg+NNII/xFlH4Ht6BIxJb3agB43z+&#10;3519P9XDoT3yWsKnwR3jj0Yur8YZ4Y4VDMo8r6jq/Fjdjbkn/X9i1tjDU8O09x5iSVvLPiqqAKVH&#10;BhZdJuDcfX8i3sQcqWgvNt327VvhV6f7Vv8AL/sdQfz7vevnnljYhgSyx1+wo/8Ah6Jp3fvnKyd1&#10;dO7FpMerUlJu/DZWqqhPptFW0VVCVCtGVbST+GB9g/UC+QxzhyQ2QplIt+Q36r8kXA9gTe4hJZ7x&#10;JwpbSL/x7/V/m6miwjETwQn8KL0eHASeOkngMY1JSvNqB+uoRnQLm3pY+xsMYloaNh9RDTG/+Ggk&#10;e8bbSMI25A8ay/zAB6lHaeyBAeOk/wDHV6ZZaho8gFNgplXjgf7uaxta4sPeekhKzRWX6SRAjgnh&#10;gW+hPqI+ntraIYri/QOe1XL/APGl/l0xu12ILad65Ck/yPUTduReDCV7q1neiqYVNjwzU1RoC8X4&#10;I/3w9pDcUEk1XW09Kl2Wd5ALkHTEW1c2/wB59mF1Ckm4bk8lNOt/szwH7fl0msbtorKxvZx2vp/n&#10;0qtiVwpds7Xqqt2BkxePjcnk65I0Nzzzf+l+PYeza2keORbFCqf1sP8AAfT68f7D2HIomt9CcVbP&#10;+r/V/sC0usg8SMdrZ6G9HjkjE0ZBBBI/HJP9f9gfbTXQgKAPzf8A2JBH5vxx7u9zrGqtWp6dNNnj&#10;1OouGP4At+b/AFH4vc8/63tGVaDyBLfW9yCbngEf2vp/h/T6+0G4SMbWTOe3/jy1/n00IwK0PShg&#10;+o+n1JtYf0P9b/X/AHv2C/yAhWTqXdcYHDw4z/A3/j+IJP8AU+7bPcFt5tyTkE/9Wz9npT8q9EvP&#10;A/5CN0WPkP5SJ1OpRaRf+Qrj/krj6n3UHudVXEZESGyBFvYXN/NHb6AE+8geTZUberVTkMe79h6w&#10;13ASjbrjwRql/wChunP2er43LU1G5eu6aCYwmTL2kW6ASR+Byis72ANl1cH/AI3m9ZpcNtGi2iA/&#10;TP8Ag/pY6gHlS4SPcZxdWimTxD6+rdI/sCohpNkbqqqhS0NPgsjNIArudKU0hNljVnJ/1hf3dft2&#10;jxWJWGpMvmrQqiCVoWWT7geJhCACV0xuDZjx7i7czZQ21uLq3/xgXR05p3AN/q4cfPFesurOe/Nl&#10;C8VvS1ES6u78On/VXqmLsHJ763pPk8NS0y0W25KeVMxTRVkEsLYSVpoJawmSNJfNURONUSsSPZlt&#10;sq9fkzNLIyw0224qwqq30yRSQ6nW4BLhW+nPuSOVJIBaJI1SmlTSgPkDX0Pn9teHWEvvofoYbeeN&#10;RWfdNP8AvYlb14f6uPVMvYdPSbX27lsPSY6CTJ5rubceAimMroZ6OtSsSnpZLtIkUDyxKb+nT9NX&#10;studmaq7PncKL0dRNMNTadVNBn5m85JA0OdXKWuPYN5vuY0gupFHeZmyPnrz5cftPWTPs7CV9sY2&#10;IzNQf71aw/6uPVxHU+GXFfFfCY6SQj+MbYxmPkjjTyCDJV/XWOgfGRGNmM1PF4RpmvY+wf3jO1Tu&#10;TMy3un39aB9fzUzEHkBiTq9xvOTcWoBqOH/HR/sY/wAPWQewQm32K3X4exfL+gvl0dzpvHJhuuNl&#10;UIXTJBtvBI9/6xYujjYcMyAft2PtJwhtQv8Am5/H5H+Fvz7ajJgtpMcEA4+lPPo6ijLQJjyHQqVO&#10;mQgD6a/xf/VEfQ/8V9kd+bOkbax1rW8kdz/1XQWP4+nuPea5z9NY+VE4f7bP7egPzclIST/qyOhn&#10;61VlxuQ1Xv8AfL9eP+UeP6cnj3WXQSKuQoj/AM31/BHN1P8AS3J9xvM2reLbyYBuocuFLTfKnQke&#10;7qadbU6WF2sf8AfWf8be8o42pqLeo6D8FSkP5/5eg3qDeof/AFP+3PKLf8e7SvhQlti5Q/n9j/bn&#10;Nbh/qT/X3lH7WT+HyjIQaEOP+rkw6w7+8L+pzTsy04a/5QwnrV//AJ49U0HYWzCDZTJlr/0CnbvX&#10;ot+k/T/ePZ0o2vGf+DE/7Yf0H19jX6pyQw4DH+r9nUGXNsouEBwCn+r/AFfPqgJa529QGooQASPx&#10;cXB4AsSvsK+8wp6w3YoJucLWcD83RPpYX/s+zu5QnZd5Zhj6ZuhF7XyFedrAECnir/hJ/wAp/l1Y&#10;H/L9hkX5QdMVBvZN5Y4NcjgkVPP1HFx7oZy9l3LWA/8AHImx4sfu3/4ke8Sr00u7vONTf4T1m84q&#10;AB69bweHN8DQEc+iLkc3/wAnX8f6x9gP28bml54Bh4/5AyBv/tvYO3aTSdLDGP8An7oysD2IPmP8&#10;nSsxfEB/4O3P9bBB/X2AMv1f/WH9LfpJ9la8B0IE+EdOfuG4/bb/ABLf1/1P1J/PtHL/AKJ+fTic&#10;T172nMktlk/2pLj8D6nnjn2xc8I/9N/n6TyU8SOnXvZ4Ph8P8hqQBa3iJtz/AMo1Ubf63P8AvPt3&#10;bP8AkoD7T/k6SS/8lWGn9L/L0GPaxC7Zcn/jrF/7kU3uyrr57ZinkJ/Ss1/pxekqRe3+v7F+/A/u&#10;zdI6cQv7dQ6ljluIjmuGvDv/AOrTdV0d3xCTbTwgcPLSaQAfomSxzE8Hngf7b2Hm4SqrKykcAAfU&#10;8HwA8Dn3hpvchO1S61oewn8pF/zdZXT/AO5S6v8AVgdHu2grCsp1IuP3frx9Yqsi5+htf2EGQqFU&#10;tyPxzf6kqjGwt+fz7gO8vDHNJFqzT/V/qr0+o1Ma9DZBH6VJB/5Ff68+0jV1YYctpH44sPqDzccX&#10;9h66uaVJP+r/AFf5+HSlRw6l/T21vVoobn1c8XseP6f0v7Lfq9WqprGfSnViMde9tzVwuSTfV+oW&#10;5/P04PA9qhcAhRTP2/5Ok8oHwjj1733HWR2JN73a/wBB9LE24F7n3cSg41U6T+GWOR173DetB12P&#10;9eOPze34HP8Ah7UI1GqGH5dVaMLkjr3sl3yQk8u4MMebDDsP8SRXVV/cs8lPq2a+U8RcL/x1adQ1&#10;7tClrAp9F/48eveyxc+Z/r9Dcc/T+nHuVrfFtC32/wCXqEmNLe3I40697yLyig24Frf14B/1vbOT&#10;JJ9vSb8cn29e98Cun/iP6f8AI/dtDenW+ve+ijcWJBuf9h/Q3uDcj37WiAl+HTiUFa9e95F4INvp&#10;cf74Af19pJJXkADcOraq/Z173mNrG5P9f8P8f6Hj2xG5c4FG6cj1VFPj697jsGU3/wB5tb/kE/4W&#10;9+kTUDUdp6WKdag0697H742yaezcSxNryUA/TxY5zFf4W/Ptdyynh79tq1z48X/H16DvMwpYJn8X&#10;/PrdN+WF8Vkx/XH1g/29NJ7PtnmvvTOLySdl5Zh/scpKD7yLvP8Acrbf+bf+E9Fqf7h7N/zXg/wd&#10;JzEC2IpPxaup1PP4FPFbn2gsx6sftkmw0bhwKDm3Ak+h5HNx7TuFVbrw/wDfrf6s/L/VXpRKvhz3&#10;5Pnq/wBX8+lCnEk/9ft5D/r3I/w9hl36ts/SH8/bT/X/AKiW+n9eD7TyVfa5Qx4U/kpPT22U/dZ+&#10;0f8AHT1yxnNJGf6/9Gr7KJlH/dkAPOq1+fzb/eb+4R35S0zKPl0Zw10R140/1fy6cPafdubm4uQO&#10;D/sLXtzz7DMkTMNPA8elcYOo0408+ve+Pl/OofS/0P8AXT/T+v8AyP2x4Ev8H8x0ooeve//T10qy&#10;N41Dq5Dc3JAPN1FwAOLg+4r8WpA056mFp2anZnrf49tMtRysxFpAf1Aj8m3FgfwPewdQI09UD69Q&#10;KZHXvbRLkJKVlMDmJyw1OAHvYagLOpsNXu1wn1QqVodJ/wBX8uqTwLK/iVodPXvb5jextwYCoiqq&#10;CudGjIJRY6carEOQfLSSAXI/p73EmlaaaH16eZyYliBp8+vexSg7so9wwpBvfCpm4PGIf3K2opDG&#10;gHjLAY3HRN6YnkFv9r/wHtFIjF9K8F6QLOTIVl7lX/V6ddBQBZRp5J4H5P8Ah7aMh1/1VvoNU7dz&#10;R27XS6m/hyYjM5EB3DOEFXX1VLGAJaxI7kW9F/ybOpcyoKGOvz1U6WLJDIpaOLu+0/5eu/YRb66E&#10;33t+jfJwUy5HDCPXBXmtxNOZoNM8scopP4lLUKzwR6gGW4vb6+3oLuB2AZApr0z4clQRFRa8cf5+&#10;vf8AEeyzZBJqRis8RSRSQ4v9G/AupYHk+zWPQ/CX/B08iK1Q0tG697YZ6kajrbSSLqLFr2P4svH0&#10;92ChaAHHTLBAaK/XvcFpiSgcaQSSBcH/AHoc8n37po9e9tVTV21knRbTcX1XPA+tufexU09eqlj+&#10;Lj172x1tSyBQpurXuxW1rW/Gm/B93Va8eqca5697R+XrwKGukiOpmhUF7EfRlH6WW1gB/T29HD4k&#10;0Knhq6S3bkQMwOVHXvZ/d2zeX427WqjZHSryYJNjfRjKI88en6/09kDTfWbu66KYC/sOnox5lIa4&#10;s1HF44/+O9e9105LIgyPGF9PkkNrkAMWYE308n2J/CYHPp0VySBOxvIde9p+WvZXBVrFRdfzYBmt&#10;wU5+nt5Iaip6SvdqKUGOve3fFb3y2CqI6iiqDG0brJcLEblGjc8SU8mm5iH49+eyEqMlaVFP8Pz+&#10;fSR76QsfDWmNP+rH+qvXvZm9ifL3cOKiOI3ErZbBTwNR1NC80NMj000cVNKhlosG1TZ6bWpswax+&#10;t7ey6XZGERjRqfP8vt/PowXenezNjIKIwpX/AGtPIfb172rW2P0J3C8lftqpXrjMTnU0VNQ7o3Ks&#10;1U4LrdslV0MEQY2TULKPr7ae5u7MRQmDVEB5sM/5evQ21jJDGkbaXA+KhP8Ahp172FnYHQPavXVI&#10;a6ejOf26eaXLms2/jzJD5Ej1/wAOiytXWx3nYizC403+h9qopra5kc6PDYceJ6bktby1DHTri9cD&#10;/L172Xz+JQ1fpe8MsYPlj9baNQ1KNQRVe4W/BFva0WbKQQ1UY/6vXpNBdl2dSoBHXvbdJKhjM2tj&#10;H+W0H6k6R6SCbk+3REa6QM9bNwCNWhqde9wfvmQk20kgeq9+LfUftm4t7e+nVqDVj7P9npn6qhPG&#10;v2de9yxlRKAzNZkFtWn+vFrCMcAf4e2TZlSQOB/1evTi3w9DXr3tYbByenem25HfUVzFCdOk+oLM&#10;vHCavdJLfsKAUU46XWFx9TeWkJFFZtNf9Q697XfaeWC7pZ0YAGjidV5uGNRVcgmO4HtDAgkWUU+F&#10;iP2dJ7+7U3F0mjEYP56a9e9t+0O490bIyC1uHr5InCiNikdIf2DNTTND+/QVAsppF5tfj/b2/dqz&#10;UzQcf9WekttdSgK6PpxU/Z+zr3sYI959W9s11LUbyxseD3bJNDI+60kz2SnnmMyyvqxVDBR0AM9f&#10;WvN9LKV0/pItbTNbqQhJThTHRql1ZzFTIlZcd2Sf2Upx697Ze7to7hoaXD5fCqc3tDHY+PGrm2ko&#10;se8ztNUy08n8LnnfIxmWmUNYKwA4Jv73bKjEq7aH8vP7emblpRKkkSaownHh/Lj172WWPLRyOY1Y&#10;6z/tJANv8DEADb2ue3kA1E9vSdL0O5UDPXvec1ekOsraWUi8dgbm9/1Kp5H19pvBrTRw6eWcElWG&#10;eve+zkZWDI7HU2ksLA6repbjR6dIHv3g+Y4dXE5/EO7/AFfLr3vCcggcmC4tayAk+O6i9mZfUGNy&#10;f6e7fTmg1f8AF9U8WupQaD/V8uvezGxb0y+3et9l5PDVbUFX/EtxapI44pi5jqUCavuKWaNbCU/2&#10;fz7JjCPqmj01FB/q49GgleC2hkjNDU/4fs697Y8fkdobvuJ6dNt52QsavLxnI5Z8iJGXRE1Jpgpa&#10;YxuC91tcm3tSYpVUgv2DgOvK8M6sxGiTzOST172t9pYDM7XzcgycCRU9dSxJQVAqKaT7uOadXgfx&#10;U0lQ0JnhTVpksR9Dz7J94kS6to4wMr/0D0Mtgd42TUmPL/iv59e9it92A3jcWccr+oflQrCy/S/s&#10;O3FZIQoB/T4/7XqRI5axDJqB/g697WmGyxpTEpbUpCEsbgDUIuAoQ34X2SqmuupPPpfaXGRVePXv&#10;a6p9wIZdBC6dJIa7gn6Lz+0Pyf8Abe3PBQqatQ/y+3oTW89Yxjr3vJPmhMy86QNI1WJuVP4/aF+f&#10;Zc1uUFQ3SktWnXva3wlWrRqVNiBzbVz+bX0gcfT6ey+ZtDcCa/s6cT1r172v8Nl5opASCwa9wSOb&#10;K3P6Tfn2peIE6QejZQdZVTXr3scNv5tknCP+nnm4+oWVj+mMn/Xv7TyM+nDd3SlWTSP4+vezAYSv&#10;DlD9L3FuWtZnH+ot/X/be2tJkqFB6tG4bPUeVbAn8fW1/wA8f7f2MGGqguhDZgbEeoD/AFXBuv1s&#10;OfdBI68BnowSpyRRumipiDA/ggfgE82H9D+PYkYwsGU6rc/kf8FvcgcWt7VtMHUVjwenKhhRhjpJ&#10;1sYAYAXIv/rfn+ptz7ETHDxrF6tWpV+gAK+oG3A59o3YuzEqR005q5x0jK8avIOP7X5JBNmF/r9f&#10;a/xM36LKB+kn62IPjAP+PukdvqcBnND16RCq5PHoMtyWSKU8EjWo+n1BkN/rwQf9f6exFxLn0Ai5&#10;CD/Yi0XP+xvb+nsSQxIFAD+df5/n9v2dFsw7j/q8+ix7yL6pnsQGLi1+VuJ+BwDxp/J+vsQqNfIq&#10;2I9YXn6k2Vb3HAI9nlrL4CqdB1J+z9v+rh0Tzdutvn0UXd0VqipZn4keQC4seZHOoBr/AFt/sPea&#10;sUmmdtTabMLjj8G3BuR9PZ3DOEbMQ8TSPy4V/wA38x5jopnKhzVc9BzjYQMnAmoG9QDYALf1j/WP&#10;15988ENWOgFz6kA/5PksRb8m/tm4fTcOzDgTX/V8uqxPTwzp/wA/p17fPpz0+j1Wk44sSfFT8abk&#10;/wCuL8+5tRH5YklvpKqVa5uXsQt9Vhp1H/e/ZeZPBklgABQtXhwrQ/s/1U6XowU6aef+rHXLDSCO&#10;YLyzsLBvoFsslrqSdZF/959s7KukHWB/hYn8gjj6ey+5dxKxWKv5geXl/wAV0qHDh0LuLBKIpb6E&#10;gN9S19erU3H0/r/xHtuqWH/I/wDED6f7AeyjSGFD1o9CZjFdPUObixNlUWVmIFrX+v0t7T9Rxcj6&#10;ckW/x/PFjzb+ntxBgBut1pQjj0uKQkt9LHgc+k/Q8fS319p+sNxcCwu39SP9a/059rISKsK56ehp&#10;3dKrHoylSQT+nnkWvYcg/W1v959sEzfUW13JGq4BH1/H1On2pH29P9KqmUko2opZRdLEgj03JYm1&#10;3FvbbNG3pP8AX/YWB1E/g/1/5F7r48alh5j+fXqjPSjpOQQfoASOf9SU0/0/1/cGRygZQL8Xvz/j&#10;+COLD/H3UJ41JC1B6f7PVguoVJx08RDSQp+t/rf63seLXJ+g9tzHUXv+dX4/pwP8PbhULpX0HVgK&#10;CnTtH9FYG17W5H0sOP8AYe4h9XAOgrxb63t/X/YW9+4568T+3qeo0/UFwbk/jT/ha9+De/594iCp&#10;DsLABvVe55v+P9j+PemkSWNoo/jPl6+f+TpSh7aBadSUVlbkmw03UW4uLA8XJuf6+1ZhiX1RHgza&#10;WEv+oEYne9rc8ew1vrLFHFd0p4GsFOOrVoX/AFfbn16uxDUX+XTU8ReRoASTUGMCT9IQodXJJ9Kk&#10;n/ffT3W387I77i2pOG4llzFlsTYRYzbSWLEXPB4HudPZ2au07ltqxmqeH3f6eSZvh/b/ALPWN3ve&#10;1JIpAmRX/BD/AKvy6MJ1IS+DmlPBcx8XDW0VOQT9Q4N7eyAj1PIfyAPxa5AuOB+CL+54nj8K3trT&#10;8KV7v9MeoHsBoso0pirf8e6Fj3nDn+hsFYHn6W/2Bt9faMp8+l3hf0uvewx7TrPstuS1BPrXztGL&#10;GxcU8jD1AMP7P5HtBuTrHZzgL+Fv+O9PxARtr8uvewy6uzhq8PkJXXSBV1oJvqBAjo2uD4l459pd&#10;lOuxuHb0YfyHRndTa7LURwFP+MnP8+ve3Lcm5qfC001bPKDCwdgnjmIMnjqJAt0iltdYfrb2kZyE&#10;ZVk0OJKcAfTtzT16pZw3V5biO3iJkU14gYoPWnr172Bs/feHpp51eiUrDI6a/JWeuVSQBpGLIGqx&#10;5+g9h4bruD7hJaPFohUNmq+TelOlNva3/ieHLDp/NP8AV8uve+EPf+GkvagXyH1LGJ6wAhR6yG/h&#10;RFuPp9fdTvMvjNHIawBqVr5f7z/q/Po1O13pQNIlI/WqnH+9f6vz697mw98Y5ohNHiIzHdSCa6qU&#10;kNwTZsdcEf63t6S/jp+mnb9pX/AOtR7RIyMfEoPsHXvcuLvSh8pBwy6QbB/vqj1XW5AH8OupDH2g&#10;vd5+kiJhh8SYfMrxP2dJ59vmitpJVn/UWnkPxHr3t0p+6aeSfwLhI9ZuIrZCY+Sya2Bc0AVSoH5P&#10;J9s3+8z2k8MP04ML8W1afwrTtp/terybJdAxj6w939ED+Vf9Xr173Ki7ijnjYxYJDJGEJU5KS9ie&#10;PU2PUG49p33/AHRbgxxbePBz36wP+M0/2vTkmxXkUscaXJcPXOkAf8e+3r3vGvcGkeVcKjQ6iC5r&#10;3BBUkMNBoNRseP8AD6+3/wCsu6Gee1jtdbRhT8arq1f7X/Vw6cOwTuSBLT9n/QXXvfUfcE0kxWHA&#10;xyIAp8hyQDXvyCHodVhz7ZPN0sa38d7Bpkji1qmrVX+iGVccfi/b1Q8tyBWDT9wFaUHD/euve5MX&#10;bFfKkrxbfRoorl5DlFBDop1Loah1NYn8Xv7ei5lDIpuNtWORlrp8QN2N8LV0/wAsN0oi5O8dQSwW&#10;v+l4f71/s9e99x9tVDgs2EjCa9Kr/EuHb66D/kZK3B+vsun5zgjeGKw28TyPKsdA5joxPw90f8/h&#10;6QScr/TyR0lBOulaAaT6/F1735u1ZDpK4SLUSAyDJD02+vJpLGx/r7WPzPc2zIt1s4jkYjHi14/6&#10;VP8AVjp9NjBMuu8Kla/g9Pz697hTdzLA7IcFGUjmEbyDIsP3b2ClBQEkn63+l/fhzJftKoi2UcK/&#10;2y/4Av8AxXW/3KvhCX94Gvw00f5a/wCode98X7pco8v8FRUWQR2XIsxYt9CB/DvSefaa85y3O2kV&#10;JLHtb8Wsf9A9Vj2JXFWuf5f9Dde99/6ZqlnWKPFIJTb0muIPFyRc4630PtHdc6XVvCk4i8QN89P4&#10;qfwf7HVZtjSEBhdll/0n/Q3XvbivamUkSSSPD/tpp1WyEVyZGIBF6Mc+n2xc863O3aINytRFeNqx&#10;XV8NKZCsvwkf6j0rtNjsLmJS0umQ1/CTw/23XvbdSdy5XKR+TH41J4rgFjXRxEG7L6VmoY2b1RsP&#10;9h7fPOLQbithc2/hs1fPVSgJ/Cnz9afs6V2XKUd3cCFW0hq+X2/0uve8i9xZHzGnXHoWItG4rY/3&#10;ONTrZqAgFb/ng+34OckbbpLy43porjyTwWbzpXXp6TSbXt1vayT3W5NG6/h8Jjn/AEy9e98aPtvL&#10;1dRJBFj1JisWvWQDjUwH66JAfp+T7RDnPeTZS3yMWiTzOnH5adXWrTbbC6tnnt9xZnGaaD/x7r3t&#10;2p+xtwVplFHi1naMMXH39LHpCMUY/u0ifVz+NXtNc8/Ja/TvLOfCYKxbScFh3dujOkf6vRdZ7Btt&#10;wmr96kOuaeGf+guve8tVvvP0M8cFbjVgqJ4Ip4ovv6aTWJv0etKZkF/V9bH3Uc9S3KJJtZM8Fe5/&#10;g05o3ay92nt6snLkMk6wxXpKk1roGM0+HV172wVPcFXSTGOpowqxsyavuQR5Fcq3C0DXICnn6X9q&#10;o+bt2uDS3nNCwDdqdtKduVHr0h3LZrHa2HjbqaPKFP6Z89WMMf4f9Q6976ou4Gq8pS08cQEkgjkF&#10;pGGkNMi3s2PQH1Nxzz7RnnLfFnKTykRLNo1dp86atIXhj4afn0VqdqbcFsoNyZ+2tfDcfi0+f+Dr&#10;3s0WMqmqcZRVj/qrKZJmQgXUyAXJbSP96HsWWV79XBMPE8QtMp1/Dqp+LR1qd6zy2ytVUcDV/Fp/&#10;o9e9pTcDxrm8RThdJno6mUsASVCNfQVP1uF49rbSYxb8sS5+MV41r5/Z5davYGuNuuJS9PDYLT+L&#10;V+Lr3tYUZ0UcBsSCG/qP7R/wH+x9zNaJ9Nbxw6g2leolvLfRPJ3+f59e99zprTk3PPHH9QP62BFv&#10;ZgJTFVguf2npCzaakL+XXvbOo01NPcXDNIPyCLR/X6Akm3svvnLa3p5DpySTXYXKBDXSp/41173b&#10;Z8Sox/omxo4t9xmSf9jma4/1/J/3j2b7nOJNrmWncAv8mHUxe2T+GNxPnoT/AI83RMvkFIY95Yhh&#10;f/Mxjj6/5hj/AL0fY9V0fqaxsAAbX/PP4/1j/X3Fe81gkZtIYlV+z/LjqaLOVnhB8PzPTJtqbzQR&#10;6gVu8ovb/gv0N73Fv6e2UwkX1Nc82/x5ufyLnjj2GHuzKwTwqAft/wCK6WCQk08On7P8/QgJZVBW&#10;3IFxc/04tcH6X94zr1jRb0gXW6i5HH1fj6/j/H2rjRlipWhcj/PXp9K+pFeuJMdj5BwNZV7Fvray&#10;gLYj63v7lwShyFJu1iCliNNhpPIGkgHge00iGNyhzTrRFDTqLMhVPIAVQkEPcEMASw4LahdRf3Mm&#10;oiI/IzWOkWThrixt6lP19rbS8KOYtAOtqnq3iaVI0+demj7tXcqlysbaTIdSm4P+pK3Fr+4RxlXP&#10;TT10MYeipZVp6iYyRKY6hwGSLxuyyOGU31KNI/J9iaC0aaMTeIVr+z5f6s9FU1wZGpox1Cm3Ti6L&#10;K0mBqZmTL5GlmrqGkEFTJ56GnZY6io+4ijkp4TG7AaXcO34Ht92POUzca29b0dcLG/F6aUi5AIa9&#10;v6+7zQNtjJvCy18FgunjXxCE+LFAv+k/Loh3tDNZ+AJPDYup1fFpoy/h+zpFdv0a5fZlVjyNMcmS&#10;w1T5Rb0iiydNUkiEspu+j6aveHJpFTw4COZQz00VehLavU0squOEJ0kXH59iTdbL66w+ne58P64q&#10;2rTXR4RX/e9X+109IrVJl3bmATS+LFK0Xb8Pwp/PrDtKuqHzG9aukUvEJ8TaNXVQ6minib1OAVC+&#10;r8HVb2bjee8s3g+quu8hQ1JRZhuw10WinvUGLcFNBTkySU8mjwmZiLAX/P8AX3PNtvp2P2l5Z8G1&#10;8VmFya10aaXhIxRj3BuA9M16588o+3Ww8wfeW90ori2+nztmkgs9AdsYt2+IvHT5+vVR2xOpdj9v&#10;fJLuzrXd9KldQ7WfrldsK5yH+/eOc2PVZzNeE0ddQvXjLS46It5Jm8diF0g6WQnZ+Bw24dy1MFOF&#10;p9wzQUVoQJ5RUasfRyKGnZ46OMLToTqNr3sfcae4u0tDzAl3b3veVX9HRThEuNZYeeSfP+fWQXtX&#10;zVvdny1skcK67DxZxXC/DPKBhlDfF0rvgVv3evVHQGIXcUTZTrDFZDc8kW5WnoKeXEo+89xGoK4O&#10;hpK/NVhfJVaw6RqI0+RfSfYA12EyOHc/xCnCBXtGolhfx6BfUGhlmvckf63sLHbmsNptCZKz3DyJ&#10;X7fRcf6qdZNw30N740KKVfQKt/pv6Olf9Xl1Z9gN/wC298SStt6teoSKCGWVjSV1OJVkIUIyVlLS&#10;soXSefz7F3EUgGyNxJMSpixNVUrwDcOY7DStuVBve59i7lqyXZ+W94/UEgZWOr4c1XNe/j6U+3Ip&#10;1jjzhdP/AK7/ACBuKZWS+hhK8PgVzq1eh/h09E27H3M9f8gur/s4gq1G7cPjJBe/NP8AcK6nyQob&#10;nT9PT/vPsAqnmtxrhTda2nPBIuFuRYc/j3G/MVt9Ht9/F4+vxYWYfh06xw+z/iuso4LkNdpJTB0j&#10;+fHqxHb0/liribIFpZkN/wBy5DLd9V7X49j5TQtLjKGQ3X/J6VbEAG3hVgCb8WtyPeMNyw2+Tc1S&#10;jVeTPrXUMevy6kfb5qeHFpwaZ+2g6SLVAnzJhaw0TargkgEVaL9CvN7+3PGpeeaPQDpoZZNX1BMZ&#10;S1/Vb8X/ANj7UcubaZVu9zNxQxRu+ivpRtPr5/y6IucmNtbWyq2ozTpH/pfE1LXpF9o5r7OiwlEI&#10;9Qye58PiDIQePvDUQmcHTYc8WsPbbhqVf41X1Uw8yNR1zlbadLgI4AZZA9ze9wLD/b+97c/73mvo&#10;iPAAikcN8VaAilKfkRX09B0zv97o5e2zao4tLRywprrxoStaaeHyr07diZGXA7K2pRUX7043LtLF&#10;n1CO0E1SsTzkMjoSqi+n9TH/AB9g/nV8lfU1CDSskpPj4Nr2FiSbtY/1+vsMTXgZltvpwGQDOr/Y&#10;6G+1q0VlDAzVZVGejWbYp2p8VSRyVBmIisJDDp1C1ydI4Ukf4/19pnIKOFHHpvext9QCf1W5/wBb&#10;3tbXxozI8nE/t6MNIY5OelNRzWYgLe315HH14+nFvaKqI7zji4uSGP8AjGD+nVb8ew9vEpgtJwcf&#10;9FL/AKvn00VocnpV03qsfzwCByfow/oPyfYJd9i3VG55LWWKLH+j6X1Z3FCwY2tYj2r2AeJv0UOq&#10;hJ4/7Rjw/wBX2dEXOZry9Pa0B1AZ/wBuh4dT6f8Azick/UcfT6Mbn+v191Bbik14fJl140LdSQf9&#10;3p+Re/ufuUJhDzLZxlQQOB/2h8usNd4aS3tbqON6Oq4P5j8PTh7O58YUWu3T1iQgaOfPvBSIzkBp&#10;1pZfKL+nSRb6tYe88nSe22GWaC5oUiDU0AajT5f4PPHUJclof3xonudZMrd2nT5tnt6RHZVRHSbA&#10;3lUySGKODbmUllkVS7RxpSyl3CKrM+lQTYAk/ge7ica1TPn8dHVPeSKpp4gD47wxo7IjAppV9J45&#10;uT7x13G4mvjJDcLqlWRnr64Hb8sU6zR0ldkvYVvNIW01adHxdowf4eq881BjMPsHcdXhk8VLU4Wv&#10;qXUeY/dVE8Xlnv5i7xGS9zYAL/vR0dkNCFyE7j67eloQDqPrX7VhKTbkf4Wt/j7lnaIVtdlLNcUV&#10;INVKeq8Kfbnj+fXPj7wZlurraNmSOn+ORz+IMfF46adPr+LVq/LrXM+QU+Vh3Ht+CkjWd27ngzks&#10;WuGIyUk9Vk0al1uWRPpp1D1fT039lhztG9Jv3PSuAS+OylZHyGPjfLzMslxqB+l9PH+t7jjmi8eb&#10;6e38OgeVHrwwTJilfUcf59Zee3W1vtnt3yrZmQN4sVtKW+H4reNdOnV/R+Lq7jqHO0u4OgdhtCSn&#10;gye18FVxHynxVsOz8Ws9KXlji1iPzafILhrfq9gzuGmYVtROZifupJqgjSBbySSNotc3t/Xj2Uvc&#10;NbwPbAagKGvHypWv+rHU2WEx+iSyC9qqM/7XT0dXZFUkuJx9KtOsQx9PT0SksxDCCCBPJ/tOq3C8&#10;/wBOfaaS6lSbji1v1XA41A/2b+2AFnh0ayQP9X/FcOjKFmiiERNV/wBX+r/D0vXIUkAA3IYHlbf7&#10;Sf62P+39ka+bbAbcxSgcO6H8/wDK9TggfUn6+4z5wfwoolB7lHHoG84LS2Hdn/Z6Gfre5xdcW+pr&#10;QPqDYCFLfS39fdZVImivo25Np1WwAW/rXj6k8D3GEd8z30NwE7lPr/F/xfUNyxnWTXgOhF93Zx2S&#10;OMNwDrP9OOD/AE/PvK6KYPJIEFSAo/meglbzV8EBKnu/z9BtMhLO1+Rb6i5vwB+frb3aN8LntsjI&#10;jSOfD9PqLZjP/T6X+vvKj2xj8Tk65ANO8f8AV2frEj39TVzVtjaqU1/9WYePWrf/AD0IzJvzZq3/&#10;ALeVufqR/v3evr2UfXi/s6MUVxpv+QLfi8lhe1vckW8GkUcZ4cfl1AV9faG1lcj/AJ8+f7fy6ogo&#10;qMkJqH67qDqNvUh5I1X/AE/0t9PYT93WPWe7yT/y5qy9gBa6g8cfj2eXP/JB3sgd4gboQ+3AI5z2&#10;ZEGTKv8AgI/1cf8AJ1Yd8Bv+yk+n9X6k3jjRY86rGb0mxtyTx+PdEOXP+/lrr/8AHNz/ALH7mT8W&#10;/ofeHV6rtd3P+nf/AI9j/P1nCyVVVHEdbtOGt/AMfxx44fpzx9ut+R/rf63sAe3H0tSoE1cwnUWs&#10;DxXi/wBBfn2FN4iDMWJxWn/HujWyGAf6X+bpXYv/ADBP09Z444uqG3B9gDPIDcWte5+t/rq45P1v&#10;+PZKX8Pt8+j9QVFPPpz9w2/QV/1ySf62I/2FvbHTi4qfLr3tNZPVwpPIRxcgm1jzYcA3HtJurC1S&#10;Bx3An/V/h6TyqFkQ1697PL8OTaCsX6m6ci9v+A1Z+Lf09rNkiE13rZgo/wA3+r/D0llX/djAPKvQ&#10;UdwkjakjDm08HHHN6qlH1P092PbLJGVjI+rLN9b3FqaYX5B4N/Ym5nla32rcHVdSnw/+PD/V/qzM&#10;vLEK/wBaIpNVdNf+rTdEM7GgSqw8cMjaRHJE2r8OPu6Z7WUg8Ef776+w33E5ED3IGsAgBQ1ihg+h&#10;tY3v/h7wu5omW02t2VNdR/pfxqf8nWUUZ+ouwSKEf5ujx7PTy1d+V8X1BLMTqjqByTY8X/xHsD8x&#10;VqjTav7KIQLE/qCn8oP9b3j3uEniXUreX+bpcaknHQxxC0aj/X/3s8/n2H+TyYRmCG+kKb/pAuq3&#10;HKWv7C12agq7Yrn/AFfb1ZE8icdZPadlypSIsTqf1en6fReCW8X+v7LRdeExVU/zdVdyvaB1722/&#10;xdmJZkKEngar8fUf7r/x9qRcazQgdJ3ap+zr3vN/FmEZbSGFySOeLLe36AB7UxzeEFjZTj9vVFQK&#10;tK9e9wxkA2skaQdX5B4/ULWj/wBv9faldzkUA+FU/Mn/AIrreQK9e9lW74qPLm8SyjUq4xoxza16&#10;yp+twDz/ALH3MPtzOb7bb22KhT9SDqp8hTqF/doa7eBKeSmv+2br3svMgZJhxwwY/jj8/W/1tb3L&#10;oZYWWzA1UHxdQSkokt0FPh6974AabL9CP8Ljn/EH25Iuh2INVPWmqSZDxPXvfZa/Fv8AD6/X6X/p&#10;z7pXj1ryr1735T+Ofxb/AHn/AHj2zN8I+3q6ceve+7/8a/2PvTWxroDipH2H/L05Sh697yK19V/w&#10;D/hfjkcHjk+6JE8BXQ+X/wBXp1ZWZSCDnr3vonj8/ni//E2Fhz71I2tmA9cdPJOWYJp697HT45ME&#10;7OxH9TLQAD6fXN4q/Pq+gHsx5fX/AHd7W1P9Hi/4/wBEfM5/xALT8Vf+Mv1BynONyI+l6Gr5+v8A&#10;yjyfj8+z85kud95q44/uVlPyPxlZj/vvp7yAuRql271Cx/4f9norjZTYbSPSeL/B0nsbZcTS2P1r&#10;6c/05MEf+929ofMXOP261vHbc2A+tiSfISfqfz/sLD2nuP0Ybskag84Wn+r59O3DaXvjT8TdPiW8&#10;0qg/8o0puPp+tf8AX59hp36Cc7Rm99VJUMT/AEH3MgsPae8cQ7eIzxIH7af7NOlG1up2vT81/wCO&#10;9csX/wABV4tyB/1jT/ifZQModU0tweHBIJv/AGbe4d3+PwpgNVQw8/29G1sf00PqP8vTj7T78f7E&#10;8X+vHH+8+wxp7mI6WRNRwB59e99af9q/w/H1+v8At7e29Z9Or+N/R/n173//1NdbJK6ll/21gLD/&#10;ADTH8j+nuJ1UuRQY6lvQZG7R29b/AB7TE6SC4/SCP6ra/p4/xPtUM8OPSihJxx697Ya5yF/rq4Js&#10;f9T9OR/T3cRR6hjI8v8AV/xXVjGvb6jr3tP1D8E35IPP4HDc3/pz7cokaUp29NsFC08uve2tpJAS&#10;w/SLm1hzxqJuFuOPbeqP+E/6vz6apH6H/V+fXvaarMnU0tSZYJPtmB9TaUl5V3bVaRCLHSD9Px7d&#10;UwniOtHww1Qf8PXvai233Tuva1Ss0Fd5VjkURn7bGppT9sIp14ye/EQ+t+fbVxEmj4adVmneJahs&#10;de9iw3yN2Hu1Fou09rNkKmWogpaXKNncnRBPM+mMmi29h6VH/fkLWc/4E29pYrWQtSJl/YP8vVLe&#10;7FyfDnQVrxqf8AHXvbnvP457Hy1LjM1tXdSY587Ty1sNAcPl64yDyrGVFVXZhFW1mGplX6/T26l1&#10;MGeLTXT8wOnbmGNZGjR6NThQ/wCfr3ssm7ei987NczT4eQUX0Wt+6xdphqiUsIP4pUSoA0un6f4+&#10;1gnV9I1d/pQ/6j0keGUUOnh9n+fr3sCMgHoxIGbxP6dSlQ30KHgjyA6g9/ahSAdNMDpP4mgUPDr3&#10;tNVMvi0sI7k3s4b/AIKLBWU2+tvx7fUhuBz1sSVyOHXvaMzFQWoK/X6iEQX4+nlWx4W35HtdZ0+s&#10;tQvHU3/HekFzONE6asheve7DtzPE3xR2zUjlv4hmlBPH6MdQi1/pb/Yfj2GLaLRu8pHm5PR/zWDE&#10;23tgHw0/45173WHka69TKOf1v/X/AFbfT0j2N4LeqVr0DHuEckk0z1720yTh2H+8f8isPalY6DpM&#10;0gJ+XXvcZ2+tm/J/Fz/tyPz7fVR58emXY8FPXvfHWbaSf94A97ovHz6prNKE9e9y6Oqmp5VaOTRp&#10;OoHxo/qHNrMp+tvbMsaOMjqwZgwNaU697H/r35Gdg7CkV8Zk/wBiMFPH9lhPUjo8bqXqMLVkemU/&#10;j2U3W2JLQA0P+r59GMG63MBrqqPsH+br3sears3ojueCEdhbZGH3JZ/9/G+d3XWAMzCR/wDcPhKH&#10;F0J109BFF/hr1fUG6KC2vLF30HBp5D/Z9ejNbrb9wBFzHST1q3+AU9Ove0Hn/iXumtoajO9Y5U7/&#10;AMTD4TVmHH0e3PtQ8kVLCT/Hc8k8vmqo6j9Kenw88Mp9mMd/EqhZVAYeeoH/AAdMS7TIQZLWYOnp&#10;QD5cS3rXr3spmWxWSwtbLQZClelqqcrqhLxSmPWiSAl4XljYsrg/U/X2ZxSxyLqV6g/z6JJkkiOk&#10;jP5Yx/Pr3tsd3chpG1N/WwH04H0/oPbmPLpsMzULGvXvao2VIE3ft1z9EytGx+n6VkBPH54HvTKD&#10;2r5n+fRrs7/7tbAjj4i9e9rDtac/3oQg3BoKX8AXvNVX+o/F/ZZaRUFyCM+I3+TpJuLf49uH+2/4&#10;8evew08hl1rcf2r8Dhb2v+L/AF9rNITSek6OBClR6f4Ove+UEzQFRDL9GVidC2But/1BgbWHvzjV&#10;ll60WJIA697EfbXau5NqVEb0FZZRGI3X7fHtqjOhZU1TUFQVLKlrjke05tVcFivSyC+lgYGuKfL/&#10;ADHr3sQ6jcPXHZ0ITOUn92tyvzNuF6rNZYTyn1PbFUcNDQxCYgLxwv19s+HcWx1IdQ8xjoz8a1u1&#10;0yKFk9cn+Qp172gt19W7k2tQNloGOW20Cqx5lUo6JJFklSCM/ZPXT1q66hylivFr/Q+3UuYZHOpd&#10;Mnzr009nNAgdW1xjzoB/KvXvYXeWy2PI49H0v+f1WJ+pv7WhVrWnSczALRsj0/2f59e99eVrabWX&#10;mwuDb6E82v8AX3vQDUjqonYUUrRT9nXvYu5act1hsizWP8U3OCD9L/cwAG+kD6D2SmELfykjio6N&#10;5SGsLZq/ib/D172jKKo/cVra/wAD1WvyOLWtf24y6TTpmF+AIz172MPXOYq0rJ6byeaidfpoiQRO&#10;00Ov6x+WTSAB9bH2Q7nGpRSRnz6GvL0wBpWo/wBnr3sbo88urQy/uKutXuOYwQqx6PDYBgf1fX2S&#10;fSsQykjqQYbkhkiYilP5f6vn172oMflxN9F0utmte/Ho5BMQB9R/2/tDLYhVr/xf+T/V59G8LDHp&#10;172+Jliqqg5N0vwBZVIBAtG1zcey5l0uPX/V/h6NYrrSUp8XXvcinyLvOACP1C/0H0N/+OY590lW&#10;tW6NYrhnalOvexZ25WNoW/5sBdRySCT9U+tvZHLFqPeP2/z6M4gWNOvexTxtSAVe9xb+l+dLL9Lf&#10;gn3VqVK1z0YhhWlc9e9i5t5lqJVJb6hr3BBvaYfg8fT2mfA4dKY8nr3swW2606VYME5uR9fzKL8L&#10;/tPuzgY1dK4xqYDriwuCLX/33+PHsd8E5kaIA6TcMfSRxY3/ANvb2nd1CGYqdI+z/P0aIM16a5R9&#10;f9Y8X54/xA9i3iHLFeBb+v8AsAR9CeCPp7dKBYhpOOtslMjh0lK/6sOb/n+n/EAWJ9iRQEt4XBvq&#10;0WH0ubL/AE/H9fp7ZFBrjK/n/q/1fz61pGQ3AdInIDSJb3sNfH1sLm5Fj9b+xDxJUiIkn1aD9P8A&#10;GK/+9G3uiSOkrKoFQP8AP/kx1WVT5DgOgx3BFqimv9LyXvxbiT6c/wBT7EzDlTosTypA/FiPFzz/&#10;AIc+z23JCkheB/w16LJga18uivb5RgzgleTqP0NgDL+BzqNv969r6hutwfywBH0sGRQf9sG9iK2U&#10;GOFq5Ar+w1/ydEswq7j+l0UPeLB551tw35+pJDSLwR9Pr7n1ADQNc8BCD9TcgH8H2bKCpP29Esw0&#10;yH7egpoZCmUpggJJlS1yo41g/j/A/wBLf095sDFqx8D3H0Unj9Xqa4tewB9or2UQzyxgHgaH+Q/Z&#10;x6tEKKhHAdS94kzZye5+kzEqf7A8UTmxIOq/9D7zzlVTTGnp4JtwSQQL/QtwDb2jYM9WmfvPmfL/&#10;ACfYP2dGCxnJfj1KxUbfcKzLqK6joA4N0ewJXgm4B/IPtlbQFF9WrVfj6fi3tBctIxdlpop+f+qn&#10;SgYHQuYwaSi83DDSfRpv6zb6auWP++59tNRpH6vrcfTVbkL/AE/H9PaDzOnh1o8ehLx/l0ryOBzY&#10;LYn1k2Lc/X2n6tlF1F+V/wBcj/E3tce3Y1dhU06uqM4JHS2oASVve2v6G3P14Gk8fX2mahQSR9fq&#10;P95Y8/1+vswHDpZ8qdLOjdgAbkfpJt/yAOL/AJsLf8U9tcwCfn6G/wBLGwv+Tf8Ap7q5qCg4kdbK&#10;V8+lNQhpSshHA5/V9Wup/Gnjn201DkppQAfW55/o1yfz7aelS7sf9XkOtiMHNT0qMdFZ/wCp/AFj&#10;zqT6/X3Ba5uCPT9bnk2tyPqP6e9LLEI6knX6f6h0+iDTnj08iFg40sORyQQB+De3JP19xGUHVzf0&#10;m3+K34P+x9tyXNAPwj9p6t4a/Pp0gha441HUCTwFDccck3sQfz7hsoPPHptzwb3/AB+eP9sPdEm0&#10;q2l8da8Ohr6dOYRgyqVJ1fQc/jnn8Hn+t/eJnC/gi/0+ur6av6G3ujTux0DIH+r8/wA+roorwx1K&#10;ipLjWbA/kD6WuF/ra1v6f09qbERgSxkjVcFha/A0y/Un6gEceyPeJnNjclWoagH/AHpf8nTunvUj&#10;59Nkqo1XEpWw/c/P19FrG35/3n3XF86Oczs4EEnzZs8i3P8ADttD/XHqX/evc4+zjHRvRGEPg/8A&#10;Hpj1jd73ox8LT8/8EXQ99TrpwL86jdQT9b/5VXm9zyeD+fz7r8BCyGx4IU825srcmw/Gr/W95CXo&#10;/WIPoOoKtEP06Kfn/h6FP3lSxYk/n8W4vf8AP9CD7SEngvS4DgB172XD5H5A0m0qddNzJWToLmx9&#10;VDVG/wCluPZNvjFbN/8ASt/g69J+mBnNevewO6KzYqNu5wyiwjyGURebEBIMb9AsS/8AE+y/YZdF&#10;lcVbNG/ydLRmyHrqP7aHr3tN97ZzJ023FkxtZ9netiEp8EE/kp2pcqzxAVEThC+kG4GoW4+p9ob1&#10;5SiaI9R8fV5YFGrx49M3Bu7WwjltQf7QVPaaLpOr4uveyt4XcX8QngfLL93LRxxoKgEQCno4CjSk&#10;xUsKCXx3Zvy5+nsJ7xY39y8r2zZoxpReOfMn16Ptj3Ownt/8bt9dyqnOpl/CPIdvxfn1724Z3KR4&#10;WviqsfkxWUOZhNeirRmDwq8rRrCTPHLLLYRm5sn+I9lm32txe2T291aGOSNqE6g2qgrWikAcek97&#10;uLRToJl02MpqM1rwpwz/AIOve4dRuieP7YvRF6BwfJF5lUVHrAWTyCnM0fjP4H19uRbHA6zMt5S5&#10;BFDpOB5/ip0xfzW0MkK+DVG860/Onyzj9vXvePPZzGxzSLhaoRUcbIIYvDPIKxSI/I4kqojJB4nL&#10;cHl7/wCt7X7ZFuaJ9NdOCprVqINPEjhk14ccdN7ldWts8Ytpf0STnOQKeor6/wCrj72t9ub0xGDy&#10;NNNPjdeHvLZvvZ0+2UQTRtqCU01VL5KmZRz9Lf0PsM71t257rt7Wgvq3S8B4a5q4bjUDgtej+fdN&#10;uEcKa9ad2aOKenlmvXvaV3Tk8O+UyE+LnEFFIKY0FOEqZ9LiCBak+aeMSNqkDN6xbmw49mmw210l&#10;jHHeQarsA6nqFp3GnapplcfzOeq3d1toCOZ80OkUbBzX7a448OA697fKr+Dz7Ro8pAyjJwyVZH/A&#10;ktBokjjWQhtNNJ5FJ40m1vZfZ3O52nMMsZP6BC5ohrUH5EimOkpu9uZmZZO6mMMaYOeGeve03FU0&#10;8uOpcRJaKuqKySWKchpCxqgqraEKsS3a55I/2Hs6voXG4XW4eLqiWJailKkcc/5hTpnw7R5IlMmi&#10;Un4u7PH0x+zr3ta4br3cOL/3PGgNdQ0cIrpFE1NB9xHD453XV95JIgkQfXQdN/p+PYWvuZ9su1/d&#10;YudE0h0jDHSxxWmkA04cc9LxbCBmK3lajB0Uz5D8v59e989wLRUkcuQpqH7TbuUoJKKqpfuZpxBu&#10;6sSaWrnMzk1sjJSJp0Kq0xtcEN7f2HXczG1uL2u7QtrjbQO+BCvhpQdgq+dTHX5HHSURQLNcS3F1&#10;qiMfcumhY/F8Xl172HtHkNvUNDkcRksX96lbFU1tDkvva6mFDVTQfbUrmkhVjUim0mSzuFe+kj2I&#10;7i13OW9trtbrQyEIyaVOpa1Y6vKvCgFRTHRNHfbfGb23NnWMl6HW2PIeVTTr3ubsek2lWHJ43NgN&#10;UT09V/Ccj5MigEvgWOlj+0pmVT5ahgbyEAfnj2k5ml3i2a0uNuesKMutaLldVSavkUUcB0kglgW2&#10;0mKr+KKNU8MClP5145+XXvap2bjv4DmXrMhBelxjS0E3rP8Alc0y/tveGSZ6e/0sA39b+ybmC+O6&#10;2EUEEn60gDDh2gHPEDV+Z6EVlNpULHjTg/M4px/Mde9vWf3Jh8VuRq+mor4qpWpG46D7mq9Na1MI&#10;McTVS08sx8bMGtCoRvo/su23a7672gWslz/jalfBbSvwhqv2ggZyO41HEdbu75EdC3w0Jb7cU/1f&#10;t697R20d/wBBt3I5SlOJ/i2GyppmmQV8tDf7GGpeAiT7Kap4nmudOm+mxuD7EG/ct3G62lhci+8H&#10;cow34A1NTKDjUF+Ff9R6RrzlaBpYn2ysbUI/UIpQZ4L/AJeve53VO8dr4ncFQm9E+5w2V8C1NSZK&#10;6AItHS1zIdGMp3qjeoeNfTb6c3BPv3P217rulhDLscv+7OHV5JnUYwMOQgoob7fkek0W/LHPI8ja&#10;g1M09B6Afl/Pr3uXBuDG4TPvIc4uMamaOWnm/h9RW28kRN/GIJQ3DD9V/r+Leyx9su9w25VXb/GD&#10;VDDWq8D9o/l0ILm9217uMXL6YVoRXVio+Wf29e9smRrI9ubopdy0tP8AxfGVDxNJCsj0P3DpEjTW&#10;lkWeaLXIxJsnH449m1tDLu+zSbO7fT3CggHD0yaYqAf2/b0S7jNZwbir7YK25C1FT5VNav3H/J17&#10;31SbpzON3FT7rw+OLrFNBP4TU0gssMgnaDy1NM5srG2rx/4/4e6ybTtlztE2z7hP+qwKg0bzFK0U&#10;/nSvVtL2CrMu0M6MKkeJ5nu4932f6qde9tub3nV5PddFuLMUba45aOV4zUR+lIqqSoMd6amQHQWY&#10;X0c/7x7e27YIrfaJ9qsJh3BgDQ8SoWvc3njz6Rvu7WTtMNnIrWn6o888aZ697n7xz2LyE+NqKZxF&#10;AaSjyMqETyf5SXqneLU0SMAI5F9Q4AHA9t8v7Xd2ovIp2AmV3RTjIGmnAkcR5/t6MtxvreW226S7&#10;vhGjNHJp0k6SVJ06gM0yNXn17237TqaSu3jj5oG80SUyNNH+4n7groXddbqpvYjkC3tVvNrcw7Be&#10;PKNP6hAOPND5A9FtvJt8u9I9nuCgeHWuhvi18M/L8uve7fNnMsu0tvuq6EOKpHVL30jQLDVdWb6+&#10;0XLMs0O0W6O9WqM+uD/q/Z0cEMbiZq1ctx9cde9pbcEzf3027EDYNisoxHBB0lD9TccX/wB59rVv&#10;NPMZ1Hgx8v8AoX7f9WOn5xp2ncgf9+J172JWPHkoad7cFD/WwOtlB4A/I95EWchkto3r8Q/y/PqL&#10;btA80h869e98pVOlR/gf8eCdX+x49qHqaMTUdE8yFTU9e9tQQLWwj+jv/tmi1WIvz/vHtLchTEa8&#10;af5em5MWd1/pV/49173bZ8Rl/wCMT42/4qc1fn+uYrSSD/gPZ5uP/JKm+xP+PdTH7a8Nx/0if8ef&#10;okfyNbTvLD2+pp1sbccU7cH+tyfY7ZAWLAfT/b3sVsbD/C/+HuOt3UyFzo7tKj9tajPz6mjbpIxb&#10;0rmp6ZdsOvhh5NruePqODbm3B9p+XUNQtyS3+sObk34v9fYVtrdTOCxwP9Xlw/1DoyWSMn4+hJEq&#10;iNT/AEC8Wufxxza9ufceMKNZHEyqSOCbxi34IA/V/sfZvJEArMvwEf5/y9fn0jurhUlUavw/6vl1&#10;illcvErcwtIqkekfun6jUpLk6R/re3fGxGZgzMNVxcaTzyt/obfX2SXOkSAD/V/qr05FMHrTj1Cy&#10;U5giYBPRpJDavzaRfow1fQe5eVYJaGNf3ARHyeSSzAfquv1PH19u7dD4x8TVnVj/AFefTsjUjYhs&#10;16bseTpMsrARGIzE2BAACsR6bMLj/W9ycw5pcHjMTAfHHkIIMhkDYPetp2CKPVrflRzodU/qCfY6&#10;i/RQJq7P9X+r7OiKSQiWhbt6DzbkC5Tee4d010Xmq8DWVu38EdbRf7h66KGol9MTRwsPKBYzxtNw&#10;dJCn31iqJaGKHKtUeB2aNIQYy/kjlfxOb6mCkA/lb/091l0zWz2tKkyp+319f85x0l3UBbOSUr2j&#10;y6l5/Ky5OunwaUJq4I6WskrHWoWEQy08IqIY2BjjaTyEf2HsP7Xt43hEhqI0La/HcA2Km7Cma17k&#10;ckezbmhZLKS3hU6Vh1/zoeH+oVrxrkk5S3CO/to9xJ/t6/y1r/q7ekB0XVPVYurqmg8L1/27OhZJ&#10;beJ8jD/T8D2MUSHcXXW3qbIP4sZRpldc+kuIxPmzID44GgmcPPAB9Ta9/p7kDZr4XPI6bdM4EFof&#10;2eLcFvJTn/ev8+PO/bOuxe9G531mn+M7i0eP+aNiqfiZuAb+h+fRAsvXN1p8ve3cptumOT3fuRth&#10;/wANwySrStXHD9brT1QWtyC1uOg+3oK+ST9wIW06Rc6dKp7S221VvOSpenLUc8NAlGxkt42ixNGs&#10;5IE/kfURb1i3sSb3sk2587o8iUsiEp9gjXy1K3xDz8x0EvZTmzbtu9ntpjvpabgst3XDed5N/Cmn&#10;4f8AVToIfiL3NhsH0LPtjD5kNubA1eWqtxUooZlMkeZ3ZmK3GjXUY2ahiEdPIxHhkLH86fYcb6pj&#10;PS7axFULV0uQqhMxN9UJp1MFkQhANP5DX/2PsGc0wtA0sCx/pwKCMDg5Hpjy8v8Aipw5B3C6k/rT&#10;ujkG1FtFp+HyJr/q/wA/Rnfi5k6ZM32rvvC1Pm2xPgsItFThJEWHJUVdXJliaiqU1cl6iSwV4gi/&#10;2Tp9zMvLHTYatSMfs1eOGOYc8vGil+W1P9QP6f6/vVnc/wDIb3SpwIGNfsP5Z4+X2dFgsl3jnDl2&#10;8PGC6Ev8iPl1i2njZ8n2Zts1vNfit4NuWM+j001dUSimsITHAQUe1yWYf2l9gFWxMHx8rJZDkkhU&#10;ar3ClrfS55t/T2Ad/bxIWNM/Sj8u3j1OsEmm+txqz4q5/PqyDbc8YbKU6y3daGSochCpvK0YP6rA&#10;Wv8A19j1iVH8JpVK+nww25P6vto9P9r+g9427/DqlvXJq1W/ZVq/4f5dS7ZcIHJzpX/J0hDVMu4X&#10;VWsfM6myj/le+v6COCPbzj4yGqpT/wA6+phUcEEnS3Av9D7e5ZZYdv3X0+llPoRVFHH8+g1zTIbi&#10;5263HD6mM/8AGz/k6DztiZ6yv2bRrwy782rUO1+NEeQqQ17gKDZf959tEQNPR5CVv86Z5ELX/stE&#10;Lgkhl/4n2g2cG22e93OPEVRH6fEh/PyP4TxP52vohPulnZ+o1/sf/V59Lvc5GX3vtXb7MfGlCmW0&#10;WufJRZNQtgoVwAWH+7NPsHcv6GuRcu5P1uRdk4/2/sGsVkmZgOAH+r9nQ8tRpWg8ujfYQH7ZFJtp&#10;W39BwGFv6e0vkIySTza5B/P5U2/pfj2xJehBoU/P/V/q/LpTXIFelRQx3HP+AFuLC39b82HtGVH+&#10;c0Kv9ALWA/SDz+AfZHvLl7C4kY1+H+TL1YVr0qKX9Sj/AIMSf9fV/S/19gV8hAU6g3QefVBjgV4+&#10;n94cVyDz+W9ruVpieaEX+mf+rRB6IOcv+SVN9v8Alj6cKcepD/r2P5+jfn3UFmlY4uv0LrLpbRqI&#10;vaQX9THjg+5w2Cdl5hiYD8QH/GD/AKv2dYYcxKBabkwXuoP8I6n+z2fFs4+mzvWsdXGTCM/OZ5DJ&#10;MPGvhlN9K3ZtLccc8++g8Uqycs3bE4+nFf8AeR/qp1AvKcczbwHiGfF/5+PSE7OjyMnX28UxX/Fx&#10;bbuTWiFoTepNM4iX/KCIfU3Hq9P9fd5OKxGPrZ8LWTzCRDU0yUlfomUMygNFRimSRCPEhPrYer8+&#10;4Vuoog0vDi1OPy8vl1k5Ne3drb3If4BaA/h8uqI957/3Xt/E7+w2LxzJWwYXKVmY2uKrGvJHFI06&#10;VGebMVFJURsuQqEC/bxuRF+OPY1belSDGZCaSPyCCorIC2ooft4I4vXZb/gX/qP6+xst9Hb7E2oA&#10;0hYedPh4/wCoH5+XWNHuJCm7807SiN2mOI8K5Lv9n+r59VX9w47I5Ls/ZmIxmRONqtwUG2MpFEaW&#10;Ct0Z7NZCujamvOyqdLyfq1LC2n9K+y95mtWt3FuKdAFRMXmIIyGuAqV8zJFyEudLDk/7f3E++3wm&#10;ns9J/wB9/wAw3+qv+zXNbZ7JbTlDlWKlStpbD8xAor1df1PtKfbPUnWmLrnNTVtm9m11e/iWHy1p&#10;25i4aus0pNUInknga6IxX+g9g1mWWXxj8pCAeePrITcm349k19dyVGt+4n/V+fD9vQm29Toyuf8A&#10;V/sdHV2jS+BZ2sdL1LFeDYXWK1uW4uP+I9pyNEZW4vpQ24IN7Eji/tq3vHjQkudJOeB/w9GxQqAS&#10;ePS4qUYOgsty66gCLaeB9QoOq4/3n2QT5vaxgMNe/NmJtz/xcaW34t7jjm65Dlxqrmn+r+f59Arn&#10;L+wr+XQ39fqFxVTpFgau/wDh/mIvp/h7rXoBrrKUsfpMlzb8alINrf6/uObM6plMQzqWn5U9eofk&#10;BJI8/wDN0vPd2CkeGAjj9X+tyx95dxJSa4J/o/4OgjBFpMJPlq6DiQkvIDc3I4tY8AEn6e7S/hXF&#10;/vxcifqB4Rf83GZzwv8A7H8+8rfaWg5SlTyLD/q5cV6w6+8NOyc0bUA2Tq+z+xh61ev54Mit2Rs6&#10;Mg8vlybWBF9s7CY2uDxY2/3w9nShAOstzYIf9fgf737lJAA9Bwp/lPWPm5uyJEFwCW/wnqi/GRK1&#10;SEUFrqoux5JGq/JH09hH3OdXWu7rWt/CKwfjiy/7f2tu0P8AV/fKf8o7H+VT/Loa+3YpzvsH/NWP&#10;/J0fP4HR+P5IdTsSTbedFz9b3ecG39AL+6Jc0ttyV5BFhE4Fv6/dSAfUH+nvDa7LfW3Q9ZXr/vX/&#10;ABfWcDmhVfU9bsuDYHb2OPJJjgJv+f8AJkP4Psv3b6gNSH66vFf/AGC131/r9bew5uzVJHnX/oL/&#10;ADdGll8P+2/zdLHFG9OR9LOeP6DSv+2v7ACfTpP9OOfr6rG3+ufYdNdUlfT/ADdHy6qd3Hpz9t81&#10;7H8EN/ydpt/X8+31/wCsX+Xp5fL10/5eve07kVP7jAC/j/2A9XNrEXuPZRzA1ba0rxAJ/wAHTcql&#10;mjBPn172d/4bcpW83sYuP6f5HVg/X/W9r+XSagKfX+Y6YaOt9Ca/xDoKO4TbakhP/HeD/b/d0tvy&#10;CfdkWzuKsPf9Kuv9eHhmBH0/w9iPm8V2S/r5Mn/Hh1NXKSg8xZ8qn/jDdEV31z9tEv8Au1iT/rxz&#10;0rD6n2F+6m0UcrAlQoW5/Ny9MPx/ifeDfP0pXaCSOP8A0GnWS1qv+Mn/AFeR6PPsdL1L8fWx/P8A&#10;qarn6Dn/AIj2WPcOYSIPGV1Ober1KDwh5AiI+vvG2+vCtw4J4af9Xy6XAhQD59C17CLIZIu9U/kt&#10;oRRcrcj6i1vGAfYfuLylQVya/wCznT/q8+rKDmoz1722feAQCYuHXm1gB9PqvC/m/wDr+00cvjMT&#10;WlOP+T/V/qNZE1EkHPXvfvu/MoZSLXuRyeASDwFX+v8AvHtcpbUoY59f59JmBLaThuve+b1lgBaw&#10;Ckav68c/2fqP+I9qGfSKFgD/AKvt62QAtCc9e9x2rwylR6eDwbj63H00D20ag/2mPt6ZJoSAevey&#10;5d0+R6/Gun0FIoP0H1qKjixseB7m/wBo+6C+I4eN/OiHqGvdQHwoCPh8P/n5uvewPuS6k2vyT/rj&#10;6/i3++/1vczyV+rXX6HqA4f7BP8ASjr3vGSS7fi2m3/GvyfaibyFa8enfwJ17376f14/3w9tceq9&#10;e99H/ev9h/vP1PvRAIyOtg+nXveQN/gB/ifqP9sPfmAagbPXtR9eve+zZeT/ALfn8291fXpRUrQe&#10;nVgSTQ8Ove+Q/A/BYf73bj/Ye0vTnXvY1fHxj/pPwKgi/wB/i1+n1vnMXe1wfz7Ndj/5LW114fUR&#10;ft1r0TczV/d6faP+Ov1ByZtjcgf6UNWf+sEn+I92EZzUu9syR+o7JyXpIH1OUmP59z9dikm1r8o/&#10;8PSBQP3ds6Dh48f+DpN4rScVBf6DJQ/Q3/3RF/vF/Ye5oSNidvLzc7mwAtx+GPP1P09t3g1QSg/8&#10;pXTl38V9/pm6f0sKiQ/9Msh/2GtefwOfYcd/DTk8dxy1HJyf6fdS2tzbn/b+2txjBtkBOAB/m6e2&#10;kEbY1WwWX/jvXLGG9Of+Wh/2+hPp/h7KDliBPpH+1lrf6q6/Tj/H/H3EPM8X+NI3qWp/P/L0dxD9&#10;CM9OPtgdbNxyB+CL82/437CQFQHpx/4vqyuTSvA9e99WH9fz/X/efr7T+E3qOneve//V11sgzSMX&#10;L2H9eTzpT/Am/H+8e4rRxWmnPUwLIpbSFp/q/Lrf49p6pa39sXtzZb35sQQPz7UoqnI49KVC01ef&#10;XvaWr1CvbUWvqAFgBa3/AAa3t4dVbr3tgrDpAUrc82Orj/E2P+B/2/vfTR697aamRJUCugcBVPDE&#10;HhSLcW59XtP9Oa1En8uk5iNahs/Z172kslK3qjUARKW4azEga1tfSTYL+Le3Ftz/AL9z9n+z020T&#10;cBKeve0LXyMplEYKK0hdlIU3Y6gebf0HsxjhZ4C2odi/Py6ecB41T0TP+1697DndMhY4s39aZnF2&#10;YXFh93/Tn6e7baRQMRUU6T2syQPahkrqkQftYD+fXvdjXZFRLSdZdcZOlYxSvt6RnsNWp/4myng3&#10;Ucf4D2V3iadwkBFQXNPlw/1fz49Pc2xtZ71JCrV1s35cOvf19l/wHfW4du3V5UlivYJJBRuQLMBc&#10;zUUw/wB2e1L28azhDl/9jpFFNJBciAvq/wCK697ECTtLqvflEYd64sJW1H+fq4q2roo/2pFkT9jH&#10;0UKj9ukiXg/Xn8n2w8MwkJjGOjBp7aTtmXP+r0697DzcPx423uKA1/X+7qSpLj04paLJzzXUpEf8&#10;prq2JfU0Ur/Tgcf09uLdvEdMkef2f5OmntI3UmBx9n+o9e9lg3/0p2DsrG1Zy236uGAKLzu9KFVS&#10;0bhyFrJmIIcf7f2vtNwha9jV2oVP+ry6Dt5Z3EckqmM9y8cfL59e9m93EtviHtiIteQZrcUci2sY&#10;wMfSAljYA2IHPtJGANwllORqBpx4mnQj5hnF9ZWtwq00Ko08eC069/vr/wC391aVv/AqYf0dvwP9&#10;U3sbQANEG1dRqHLasZqf8PXvcTn6/wC8fn25wp1sEnPXvff1PH9L/wC9C3+8+9HrdasoHn173zCk&#10;sAQT9eP9v7qTjB6cCljSuOve8q2RtRBWxuLH8fjjke6GpFK9eKEU697yk6xqI1WP+2ta1wOPwfda&#10;acDrQXyrQ9e981kZbc+u/DfT/XuPzcH3oqGOBQdXUjWqeZ697Nn0rmMpjOou75cdVyU9VFB161FK&#10;w8i05fcuUSclJAyOJBIRyOL/AOHsi3GVYZbdpFqKnHD06OUnew2S6vwa00UH+3K9e99YP5AYrcFO&#10;uG7U2+u4qWIstLPSVVPg2hMzPJOzvisYssuoRRAXbjTx9T79ebZK6xy289G+ef8AUPl+fTS7rHMq&#10;C7iqD+X+D8uve8eW6h6+3tqq+sd10S1EouNrmly9XV67KNK5DITQRetwxv8AQWt70l3eWf8AuQpc&#10;DgcD/AOqm0tbmptJqN/DQn+ZPXvYRz9c7t2PuPDDO4iooYFytO0U0jU7LJpcPrBinmNiiarH2YQb&#10;pbygSaqPThn/AGOt2kM1neW8skVFVv8AV59e9tHY8hqc5DKF0oKSmjLm1iUeoN/oPxx9Pb1synxm&#10;BqWYmnpXy6Q7kmm5nlBqJKn7Ksevew/VbOWHKm9jbg3seB+fp+PaomqgefRbr7Aijh173zMn1ViO&#10;f7NiG/FuQOOTb3UJ5gdPQgEkHj173xUf2LcG5t9SR9Dze4PHux/i8+lLGiU8+ve+OlgQVJ44Xm1v&#10;8B/X36oINR1RXUeVOvexf6e3XmMVu2jp4qhXpZIMg01PNBBOrmLHVhj4mjfSVZr8W59oL63VoXZM&#10;Pj/D0c7ZPL9RHHr7M/4D172p9w5rrredXV02XohtbcoaEf3gmq62ronJSKVj/CKGCOBf8jp1h+o9&#10;Umv6g+09vFeW0dVbVBTh59XmuLN5DHKKSrwap9B5D5CnXvYZZnYOXxkM9fj2/jOKpwhnytPEKeBR&#10;I0cSExTzGYf5QzR8D9SE/T2cRzKwrSh9Ok7WU6p4kPeM6jgfZxP5Y697U+XZB1VsRXGiU5bdOq9/&#10;Sv3dPpPFvzf6e0ElGuWZM4Fft6Mmau221R3am/w9e9hvTmypqP1YgfQauTxce/ScWp6dJFqKelev&#10;exF2rMRVM7HySLCmhl9AGmSMopAXSStuSfr7J7tCynSMf8X0KNolKPnubA9OvexLpsreQRSkD1em&#10;x+ralX66fybi309l/grFVidRFP8AV/q+eOhtbODLEzHgy9e9q6hr3hZJlZSBpOkBTwAjC/H09PtL&#10;O6TLpKVH+r16FMdxqGrTj9nXvb9Dk5Gmadz6H1gRi1wGIIOor+FPsjmty1SGz0pSQ1BrQde9u1Bk&#10;RHVLezam9J4F+Af9R9QPaR4gVyDQft6N7aYB9Wade9jBgcjHZG1WvawP+xJsNP5v/tvZXcgxtSnQ&#10;lhm7eHXvYu4/I080ICyBCPqfUeAWP+pHFx7JllJfKEk9KoWBap49e9rLD7genlDRsotypKhD+iVR&#10;yVY8av8AX9vta6gauf8AD0vSGtT4uP29e9mW2hkPMVA4+h+pa9/OR9R+B/vXtn6epJMgJ/4r16M4&#10;VK5r5de9mY23UK3jawJH9ng2/UD+Abfj6e0Ei3PAa6fn0ZRglaDqDOACQbfQc/1H+P19jPh2DqpZ&#10;rAWudIHPH0+vPFva5plVE/i4dWJpgfF0la6NtTWF+Ljkm/1NrcH6+xPxlisfqsVBuvPquVPBXi9i&#10;PafVR2NMHz68KliRwPSGyKkq4/rf/YGzDnj8+xIxgBaM6luQvBHIB03v+P1W9pUUgitStf5+X+z1&#10;6RaR+vQZZ1yI5gIzx5Be4FwFcn/Y2vb6c+xLwyNdLsCVGokAD6iD1AC3DH2ILWWMR6VXBFB/PB/b&#10;/qPRTI1C3bx6LFvoNeZwtvVY3JJN2qBfn8Aj2vqK8npFg178n6+lRcn8X9im1cQwRSMDp0+XRHcV&#10;VnY8K9E63nHaqqPVcLMykEH/AFT34H+Fzx7m1CFqdjf6ITa/9krx9P8AevZ3BKFYgjj/AJK9ENy4&#10;VmLdBFGNGTgYgDTUKpuLm7yJze9rg2/33HuRg6kLjKddOotGfyBb1OP9TyL3PtDeWGu5lYSUofTj&#10;/P8Awf4elFqKwxn0A/z9Sd2SN/Hao6SoSouBfUGCxRMRz+Ofz7lE+UM2nT+nkkG3IH9Bc8eyq6Ux&#10;aY9X+z0YDCj7OnjEEK6SfqLBzz6Sp/cBA5bg34PtplVRyVNxpvZuPoLX/wAbfX2TyzsWeMUpw+fz&#10;6d6F7FwemKQSn1XYDTcXJdrcre59slQVYsbG4H1/1rcHg2tb20OtefQi0WpNC3HJ+ljxctfni4Or&#10;/intOVJYyAAHjn+um3NweLW9qFdURq9KImABXz6XNDF6VbXbULE2IH5JPB5F/bDUrYE6v6n6E8G3&#10;9Tf8+3lmrqGnI6UqQR0r6BLlONVytiPSPpc2N/px7ZKhG5u3A5+gNv1Xt7ZNyCcLXq1KdLahhVVA&#10;tZif08j+ynJ5B4P459tUpABB4/HIva1/r7o8niUxQdWUEmg6UtHCyHUDrub34X+lvqb35/1vbfM6&#10;kKA17f74f61/e0OlWanDpVEtAa9PNPE5YgjTq5/N+bW+v1PtvY/Ufkf0sfoP6W9tySayBTHTvT3D&#10;GE5JvqAB/AHINvre3HvyhtJ5HJB4/H9Lj8H2XSyqrkAV6bYcSD1PEQbSfp+Bbm9r35vb6D/b+8ZQ&#10;Kynn6cWNv+K/UH3VrkspUoKH1/1Drwb1PWeOL6+v6G5IFmv/AIXNuP8Abe1PjRazX12Fx+L3Mi3/&#10;ADbkfj6+ya8keWJ7YDSXP2/DRv8AVXh14vpBYjtX/L00VapDKlQeVhH59P8AnQkX1AFr3+nut752&#10;L4M3tImz6Jc0bg2+uO2wP68G7e569lJvqbTd5FQqNMXHyo03+ry6xz97tWrbofxS6/yoIeh26vjM&#10;eFdSQTcMbf41Vfz/AIj3X1YmR7N+nQTyBe6/QD+n+t7yJuBWUmmCB/gHUEWRrAh0+v8Ah6E33kvo&#10;P5Nr/wBOf6/4e0UjqgPqf9VejRQDpPnTr3ssvyLyIp8BRQtFf7iveFWFrITSVLBuVN9Nvpx9fYa3&#10;+YtaBAmK0/4y3TN12IXXgM/4evey09QZeOl2puaeokXSdyZ+kEegghhS0UnlDxrxwDx9Pz7L9vk+&#10;ktClNWqo/wB6C/8AQP8Aq49KrVvH24EACs2j/jPn172xdrZSGfa9R6gFKFV5uGvQV4VQNNwzD8j2&#10;hvbsobeKMZa4Brk5r+XD/V5dKNy+ng25YZjVCK+Y7tJx172U2BKEwxGSNmlZo7OJXQaGF/GUHpuW&#10;/te/CWdJ5H+pHhBG/D5+n+r/ADdB6xi2yaFZJYHMniKtNRHp172sKfEUU9AZY2/h1XT1lMsfmMtZ&#10;5UBLM6ryiKtvz7Dr3Vyb1gYfFgeN2IWi0x68TToWPs8s1nGLGzaNxKpFWrjj5t6mlPXr3sRKfaW4&#10;8lLFUSZyk+0VHdf9xVOFdANbIGXQ41FLX/HsKS7ztVpG6Ltsnikgf2h48PSnRnPy9vE7xXlyPDgU&#10;YBUH7B8R/wAHXvaM3dXYeq8tA1A8FVQlEpz55Dw5hlmDKI1V7gHkm4vx+PYi2SLdbaOG5+oBtZQf&#10;wrmmoChOeJ6Q8w3lpfPDBddscNe3h8WkjuHqeve1hIux8/g8bj6O1FlJDWeIvUV1RpK1gme6lEiF&#10;6eNvrf8AVccj2Qxnftq3S7ubtfFsl01ACrXtoM5OGI/Z0aW9hyzuAIiqjY097Z9ePGmn1697bs1W&#10;YWDbRgxeMeiqodfhq5apqpaxpauIsqwzIRGaeO4N/r+Dx7U2UF5cb0HnuQ1u9KpTToop4sOOo/s8&#10;+mt7ttjhhL7YhW9X4Mu3pq444avi/Lr3uLiqTeKQUlFkB9liWdpJo5KejdpY5TrPrjBnAJsRY3BP&#10;t68m2Bp5J7b9S7oAKM4oRjzx0X7bb3szR+MyqpORQZx61oPX+XXvcupzVBV7ZfGVOIkaoFZVx4mZ&#10;KvTqriVUEKsQLjT/AGWbT7Ygsrm03lL63vl8MKpcFK9oz5n/ACdKJbqKFZIZl1VqB+HOfP8Annr3&#10;vhUZfB57bkGDqY5cbWYwF1mkqZplqJIqVaYQeNI0Ak1MTdmI/Ht6C23LaN3l3GB1mt7gUZQqiis2&#10;s5NcYpUD59Ibj6OaZIKMusivc2CcEY/4rr3vNjqXBY/DCNcXNksn9yJmyaV8sUH2Ap4wccKCS6iZ&#10;Z08nmuGIfT9PbN3d7ldXbp9YsO3nIiKAt4lTR/EArTSdOjhUauPRlb7bGttcm3c+NHG7rk5Krgcd&#10;PHr3tipqnJz5T+Hl0oaWoqfKsctPBUsKB51hWLyKpckR8arg3F7ezB4LVLQ3H9pKkdagkd4WvDyz&#10;5dFlj++4mkSaVVD1f4ENK07fz697U9fkaKlw+Tx9XTivpIKmSlhWBxTOK1YXED+ZEMmhBclSbN+f&#10;ZRBb3VzfWlxBIY5CgbI1AITUinDPrTo1kudzNk8Ri1QDFSAtDpx8/Tr3tBU+DXJY9KyFXgFMAlWG&#10;kaQGUhnU8yApcfgC3PsVxbt9FuBgnYMjk6cAfL06IbaymuP05UYD/KPLBHXvc8xbebb8sNNi6iXO&#10;NJTtNkfv5hFA0crHSaNh4ZPJEdPBsLX9p/G3wb01x9Yv0QDUXw1yKUrq8qH5dK22iWUyC3SpqK5r&#10;kfa3y697433HVwUlE1fAscizGmH8PpQ7rG/lls4VXGkj8n3pl2uEz7gUP1AIqupvMaRjhwzw68bf&#10;mGSQXG5zLbKfIojVx/R/L9vXvan3fjanH7dxzyVUMlM7VYSnFIsUkemrpw371tbanfj+i8eyTYLu&#10;C63S5jWIrN295bUPhb8PDhj7c9Lru8tZbLQjq7UrUAD8XXvbNtnZ6boxZjxyPJlaYyNXkOSKaKWZ&#10;hRsyPKkbBwhHp/2Pszv+Zrnl271NOq2j009o7iB3ZKk+fSDY9rtdxsmW/kEcoOWOo+bZIU+gHqev&#10;e89S2Oo8LkqHF4CpjnpoH81e+Sapjo3Mio07U0ykOC9xpBIF/adY7ifcbW5uN2V4WIOkR6S2PhqD&#10;5evn0qvdpsYLeaOyJZwvx5oPnRmNeve002QzOQFNBX5mnWmVIwp/h9MmhSoS5MUSs9lb8n8ezM2t&#10;jbCaeGwYzEn8beWa5NM/LolmV5Shvd4RVFBTQ3lw+H/Vnr3tc/xLCTYSox0m7cfEsVJITjWxNQ89&#10;bOsAhbx1iQkwfcngeqy/X2H47fdI76OeHZpTrcDX4i0UE+ak50/Z0epuO2GzFnFMrnRmtR+HT6fl&#10;9vXvaX24+Fykk+CyaaBNUSrjqgyzADytDSUh8cYDsB5WNma/9f6+zbdUv7OGPcrWSrLTWlBXALMa&#10;nHkBgdIbN7LfH+hvJREkEtRWpqqELxWla1/l172qsJt/F4reUFPSRN44aJoJJhNMy1FclaiedA7s&#10;U8gUWQ8eya/3a9vNhkeWWhaQMFoBRdHDAzT16NP3btW336T2MoP6dCKnJ1D+I1z173arsqnK7O26&#10;urSyYeljcEEm/jBN7Gw5Xn+nuvL134u2xDT2tIP5A/6q9MylpLqdyB3HV/Lr3tDbnlMO/dtRkE/7&#10;hcz+bWvY/SwJ+vtqSWm+lwKAsT+wAdaLfUbZeBV+Nlb/AHnr3sVcGA2KomJNzGR/T/dkn4/HPvKD&#10;ZGMm12ZHmGP/ABpuo1uhSVo6Y1de9yJk/Gr9P+tybg/g8fT2bU+L7eimVACQOB697a2Ux1cUp5AL&#10;f150rbgC30v7SkfUOYa8Kf6v8HTcMP1MVxAG0hqde921fEhSnVFAx5K1GYI/F75muBufxxx7PJo/&#10;qdvkTXpwB+wgjH2/Z1K3ty4i+rjGQ6gf7yzdEb+S0oTd+FS1w8aAm1/pTmwHH+PP9fY65A6CWI1F&#10;vqNQ/pfkHj+n/FPce7jGJnkhU8FP+b8z1LESuIz30FT/AKv9X29MG2jeKI6tIVxbi3+xGn6ck/04&#10;9pqaUC9lI+v1YWH1/wBiPp7I49rm1lpHz5f7PV/Gpjj/AC/z9CPDMpUKLH9P0Ui4NjwDxb3FPkYH&#10;StxqJZlC8qUN1ItYXBv7VzgW23JK7ANXTp/L8v8AVjpHNMXmRafh/wCfh1niMclZouRpRWVmL2Vx&#10;MCrA8lrEf63Hsddj7exe4cMUpwKSvpEvIztLUCQ09JT+R9HliRdUs305ta309h2+oxglSvfTzp8X&#10;AcPl/qr0lvuYotnMQNq0rNTz0/5P6PRTO3ey9w9Z7oSTKRtlsBk5RHBHTpTUb07VWTyHijaXwVEs&#10;nio6Qkn03vf6+09n8NVYuZ5JU1iOYhJAiKDZn0gLqkJuU/PsY7dsEm2x2873alJk1jt/iPn3Y/y/&#10;z6M05hgnthKYqIR6/wCx0o9m9n4TflIIKANDKsAjqKb7iWV4zHFAJR5TTQLZRLY2988zSRZXD4nI&#10;0URqFoqaOnygjcjxVcra1VmZktYfhbj2fCzgeIutyB5fn6UoPy6Lf3vt00oUXKqx8s/5uk7s/P1m&#10;2d7br21nZBQz5vKVWW2ksyI/3mDpIIKeWaMQLNdfuG03lZWt7j5THPU4jA1tONdJjljgrrCwjmqK&#10;tPArs7B2J/wve/J9p4rBluImS4qATj+Gg9P8mKeg6U7lcpJZy2sZJZ0Y1/h0r074HdlNQbr3vt/J&#10;KKbL7geXIYHWwdshQ43F6a+aBIkaKNYS6q3kKt/Qe5e64x93XMpEkMLxJ5AOLSrCOBdSdRH+PsRb&#10;+I94R9wWPQsx16f4NNB8XH5Y/wAvUYe2Be52/ZdoZ6Txxvn/AHt+H/Gek705UyUWNwtHIDBW1ENY&#10;RAzazJ4pK6Qn0gp6Fa/9n2KlDgq3I9R4jG0NO0pC5AVEyMigD+8T1EXpZ1JHoYcH8e9w3VxNse7W&#10;llYufFMNW18KSFh6U1UoPy+dA9zTPbw+8W0zXLgmIyaUPFtVnGp+S6eiDZTf209ifzBOy91b23bQ&#10;UCVL7NG3MJUUNSZv2OmYsfl1Spgp5kk9dXDKfIvp1aV+vI/TZej21Nk8lWY81GTr6bHRNA8+j7T7&#10;NEiRh6J4m80D34tY/wBT7nXcub4OX7RLmbZmN1IACBJT4Bx+H1OeFKGuQaYaN7Wcw7/ufL+wbbzE&#10;tvt0M9xQ+Fq1+Ius/iU4f9v2dVhdc4+o+RmAw2yMFkEg2Vt3J56oxO54YZkhykuYytXU16LBF/Ds&#10;qn2FfjWi/eY/7TpX2XSbD0+Ry+Nr6MlEpa6aploGaSWVfIjKX+5Z1FpWPAA4HHuJYWG+WX1C1Wa8&#10;d49Nfg0Enga+Xzz1nWJ5eW9nvOXLq0PjTW6x+NXtJ4/2fd/x7q3Wn31mOudobt2tuoRVbf3YxdNR&#10;7wigpcdQ15V4mSnTEU8MzxvQRaQ7M3ra59p3cUsjYOHxwmJmy1fCsRKvdk1+gNyACRfn2VW6eDyz&#10;u0bsSZPEirwOB8R/n8vUdK+XrUWu+m1kl1vHBHJq+H4q9DD13FTHuCWWSriqlp9jbRy8k6RyQhI6&#10;qUMNSfqY/wBB7Dnd0SwVeAgQjSHx1Q6AWIlIl188m9h/rewTuebWS4Jqn04Tj56f8FepDs0E1/DK&#10;Gp+oq/z6Nd1BVyV9Lu6pmUrKcnn6SCS6lWo46mD7c6RZbEH/AIN7GrFUQbD0b+QXeKAHg8FqVLEE&#10;nnTp/wBj7x537cs3aeDwJp/xr/OP59TNbS+HDb9v4F/ydJ5pDHuqcEMFSaokFipB0ZLTpNlFlbm1&#10;vp7footOOnb6LHM8JP8Ax0KQrcXvfTf8f4/X2xtQMG3zvXVJNGY/9IJFrqp/qp9nAK3i/Wb7bxLg&#10;I4f9kn+r/iukBuat++39iKG2kUyUucueTJ9nmHjEH6RZwBe4P4/T/VlqIglFPcWWaNpVAIccpqH+&#10;pPIB5/3n2k3iVdm5VTaC2uZ7mJ9XwELRk06e/wDZX8ulVnL9bzmxAokMMkZ+ba1z/wBC9CHtSVty&#10;9nx5iMeGPEY3I4d4dPl8s4q6eZpfL+yAfVc+n2CGQiM7ubAeJ1Xk2uLqLkkm1r+wnczpYzWsYXV4&#10;sTPT/V9h8z+zqQjF4DgFsHo52HBaCUliuh0Rjb6Gx4X0g/717TuRULpsL2vcc/W6gc/ngD2SXSPJ&#10;4jCTSDwOP9Xn/g62Acnz6V+NcABSL25N+L8Hnjgf63tGTRHV+nhh+u4OkhbXsTf1H2UbtNGNuuYV&#10;A1jTjhXuXraEB19OlNT3LqTf+1/T+jf0HsAvkYPH1JuscnxRYv8ANidWfwzc/wBOD7W8rSBuZrRS&#10;pBP+WN+ibnRS+1Sgen/PydONP+oG451cf4c/T8EXHunrNEHE1ylC5dWFg1mP7wvybAfi/wBfc8cv&#10;9/Mdsqn0/wCOH/Z6w25jhL2l/nGlf8I6m+z3fHTRV5nrVoPQsWff7k/q0J9u6qTqAJBY/j/eveft&#10;1P8AR8vT26xkl7enH0Ufn1DPIkka7xbHwtQedh8X8LH/AFf6j0ld7sV2huZgNWnCV5Vb21N9vKbA&#10;/wBSQP8AW93t9NpImSho2jaop2ERAVgpjklkiVmDOS30+gHvH+5vpYLiciMPGTqocau+tafl/l8s&#10;5H8+J9Bylu11FFV5bMrU/h7S2qnn1r4fzDKSmqepM3nKfLRbbzFLSZJRXSU8tWskNLiMhLHTvDFo&#10;iGqQhiW1D0+x/wBzwNRYTK+GItaCuleMFb+JqeVraiT9LWv9fY0vNwkn2m0h0hfFRB9gMdP5/Z+X&#10;WHFlO+4857FFKdJbwI/9KRLp/wBny6pg+LFRRbq7b2jX5jJo4xudwNHRV0gm8c+boM9iUDJDGFKp&#10;Is5bxt+3ceyqUVCzRZysMRiSoq8mhBPkAaQJJ9QT9b+4f5wlGxybRqm8VzNGP4KlmcH/AI56cR1n&#10;6mldo5f24S90cUC6v4qJp62YMbk4srNtvBwTo8mN2vhcipSMgiChAp9QGkDgv+CPYQZiHTUVB1el&#10;fNF+r9WlpDqvY/8AIvaVtwN0cR6TxH2mg/1fPoUWEDLgnh/0L0abbMeijogTreQUsrHT+nUkd0tx&#10;/sPaWjXhlueT6Tz/AEPI+nJHt4XHgwtkOdOaf6v2+eOlzsY6AGp6W0qh5VYDQB9b2tbj/A3sw9kM&#10;+coC4LDrcmyHj+l8jSH6fj6Ae413u4FyNargn/B0Bec/9wllA4noZNhoyYuo1fVqq5/6kxe60qEW&#10;rab8kzJcD8Xe1vqR/rewxZL4TROBjUP8HUOyyaYhMB0uPd0kJKQQ6xpbS4CH6kaz/wAgng395iW9&#10;sZ4pbhJCqmh/weo/2eg+oOiM+Weg8nKmd1Fm9S3a5FvRcfm/4t7th+FcYTYWQJ9QIj/wuBmdw/0/&#10;r7yb9npTccsTBhpIcD/jc/8Aqp1hB9493HNm0gHzf9vhW/Wrt/O2VZ+0NprcL4pMkdRBe5k2tsU2&#10;AvbjTbn2cnxr6i7EBwLHizfjnkfn/H3LkDGSjquPTrH+5vGEaQxx9yV/n/q9P8PVIGHheWYVSJrV&#10;W9caggpb0q4JuLm39Rz/ALf2C3d2QoqPYG5YKiZUeoxtUkVwx1syArpKqfwv5tz7WXh8LYd18U6Y&#10;5IioPqTgj9lepE9t4p25l2q9SPEUikjhQL5n+QwfPHVgHwH2zuDK/ITrmsxuPlqaLH7moqqsq0eD&#10;TEhkmSQMk0qP6S9vSrH6e6MNwMp3NWhfUrRsV/PBqZTzf8W/3n3hxfqBe3KeJQiQn/jRPWbnxxxS&#10;/CWCn/VXrdF26GXbuPDjSyxxqx+nIp1U20mxN7ewC7fYAU35uYf+hK//AGB9hbdQaA/P/P0bWKHQ&#10;jf6vw9LLFX8DA2/zjD/bBBxf2XmQFmJv9f8Aaf6XHH5tx7DjNpJziv8Alx0f8KdOnuJIbA+m/wCP&#10;r9Tzzzx70OnRwGeve0xljdeQPUpH0FvoP9559l++KZ7cOh0lcft6sqGQ6h2levezsfDcmJasNyXM&#10;YsTbn7SsH+1Xtf2t5SP1PiOO0KP8GrplQXvVkU8Ogt7cTXtWXki01ObgXPFXSsfyLfp92Y7RiPkk&#10;Gr6Wu5/BEc5+nHJ9m/N18kPKe53jwagnh9n+mkReFD6nqXOTJxJzNbIEoHD/APGYn/2eiLbuT7nN&#10;YamVvEZvvRf/AILFFIfX9APT/vH+PsFewZftsTUOzgiyG5AsbT0gv9Gv+u/vBH3Gu/DtZovDylOH&#10;zMX+x1lDaqzTSvTAp/MHo+OxEDI04uNdvSSSRzWDk/S/+t7I3mM2ZXka6poLkqVux/SvDAWvf3jf&#10;eMzMZyMfbw6XiGoUs/QlewzrMmsoqYwbNKgVTq4Q3BLcJzx7JndpGBAx/m68q1DUPHr3vHRVJan0&#10;a1JDMdBXlv8AY341H/ffT3dawkCtMcetMhFBqx1728U8tmCatP0+vJN7A8f1Hsyik1gDR03/AEWH&#10;Xvbq8kccSsxUkqpA9QNrOQbLf9RH592epPy6al7nVOve4JqFk4WE35AOq4tybWP0+vug+Z6blhom&#10;qvXvYF9u382P5C/5MhsRcf5+b6MOOL+539o1pb3wJ/0en8k6hb3VOm0iI9AP5nr3sCrsGsTq0XB/&#10;TySL/wCw49zPKCt6q+dG/l1AiArEitxp1730pU+ofnTc/g/Uf7yPai4Uxvo8h1cgrSP+Hr3vnb/f&#10;c/T/AFj/AIe0/Veve+v62P8Ah9P94/x93U6dWM9e69799Lfj/eR/X/ifel4jr1eve+bISBYXtz/v&#10;H+P9ffiNQ0nNetg04de98Q2k6SLH6cD6/wBn+n1v7bMAYMyv+3/Kf9jp4ZFR172Nfx5cp2lt7ULF&#10;8jiolsbWvncXpJP49q9rDw7xtZ+JDcRn/jX+z/P7OirmNTJYKD5Gv/GW6g5T/i2ZH/qBq/8A3Hk9&#10;2F7gJ/vvlrnj+5uShvcDUf4rN6j/AK3+9e5/uu6bbnPHw42/410WAEWe1LTOuJ/5cOk1h1AxFPYf&#10;Svhax/s/5PEeP6e0BlS38NwLnlYd04JCt+fS9/1H9PHtPeXaabhfC43H+x/q+37enrk0N2afEW6U&#10;CKBNIL8tSyH6fS7L+Pz7Dz5CkfxrENawlx87/g2LVb/2hx+f8Pe75w1pEQvaQP8AV/Lp7aafuoNX&#10;BYf4OuOH4pnQm5SUoTYi9kj5sf6/659k8ygvUSG/9r6W/oBc/wCw/p7iTmY6ruGgwAw/Oq9HMf8A&#10;YR/aenX2wH/eb3/1vYVm+Efb17r3v3P+8W/H+2/23tN05n+Lr3v/1tdGvuoPqFv9b+mgXsD/AFb3&#10;E6fEMdS0n9ov+ry63+PaUqJ3sQg1f09IP+8/n6+zEVpnj0YVNM8eve05XyjyHUwv9WuVW9x/T8D3&#10;YdNsfl172yVUqnSLcD8k8Hki3+PvfTZNT17201IuL3t6S1h9GuW/Fvpb3sceqnr3tJVTetwxUAFg&#10;AC17eoD/AF/bg9emzx697R1avrmNuAx+v+Oq31/1/Zhb0a0uAfR/+O06oxBV189J/wA3XvYabqUA&#10;UDW5XMYsn/EmqH+v+PaTbWqrHyI/596LNY17cfwmeP8A48vXvdj3acenpDq6oFyX23IeeQLZdrfX&#10;jnV7R3oB3E93dU/8+9HPPB/3exk+rf8APvXEfVv+Df8ARK/X3XXkJi0b6g17ra5I+hX/AIj2vmA+&#10;pRqev+Donlp9YrUzn/B1y9pWaV/GREx4/oxve4F9V/ejQtkdNTNVyPTr3vBSbw3BhWMlBXywGPkC&#10;7MvqJBBGsD+2f9v7ejiRtVR0z48ifC3XvYy7M+V+6sAFpc1TUmcoZmKVEdRj8ZMQis7D1VVPNa5I&#10;/wBe3txtriZQx+MdPx7s8YDyLqHDr3sylL8g+mu1Nr0mzt3U4wKmsqZVlGRWlpopKsJG8jwUFIvp&#10;UL/X2XXFldRMWhrw9P8AP09LudneIsMhC/n172CW+PiVjM8smZ6u3ZjNyxTq80WPx8WQnqOY5Z1h&#10;11BjVm1SRpf+p9v2u73No/gTRkxj/Vx/ydFUuyxyKzW0gPyzXr3som7Opt97NqJKfN7bydF4i4Ms&#10;8IRGVHqF1j1sbEUzN/rD2IbfcredSTIAfTomlsriE0eI0HXvaA8Lxk+RGVkYoQR9CpJN/wDbEe1e&#10;sN8LYPTDj1Hl173y0u544H9fpa9ube9VVft6aaQpUDr3vrxH63v9Lnj8fj/ePe9fVfH+zr3vsIw/&#10;pY/Uf0/3kce9FgevLcAAVyeve+ZFh/tvzf8AJ/p/r+7IKh8Z6tE+qVCfn/g697Mz1HLbqzuaK4Jk&#10;j2D/AK4Me4ckwN/qTzx7DW8iptgP6X+AdGt6/wDyFLtV86f9Xh172WpiPKwuFGo8n8WH5H+uPYnj&#10;UGGPV0S1/Ri9c9e956SvqqKUTUs88MqHUs0MjxhTyR9CoNre/Nbo2Dw6tHK0Z1A0br3sctq9/bow&#10;8S0VeaLK48AI4qMdRTzLFwraKieJ5Ecxj9Q5HsqvNsGlGjXS+qvRtBu00VA6gj7B/l697UFVTdXd&#10;kGWrir12jm511PLlq6oq6Seodi2iClpYVWLVPValH0CoV9oU+ttTpVKxj7P8P+r7OtSm1vH1BtLf&#10;M/5Pt697DLcvVG5cOjVdJTTZfEeRniy1JC6Uky2nlV4zI4e0lNF5Bx+lx7M4LnWaOuk6ekf0Eysx&#10;Vax+vXvYXSQSRs0MiFJY2KvG/wCvUp0sLj/EW/1/a3UBny687BDpYH7Ove8YUqLk6VA/S31JF/px&#10;/iffqg44npsy6gFAz1735XB/r9D/AK30vb6/X34inTiqQw+3r3tZ9f3/AL2UViR+zX8j680FR+QP&#10;r7bmTXFoJ49GW3D/ABmIfI/4Ove2PcMdsvWeNrjVFc6eR/k8Nvrz9fdoj2KGGei+9Yi4fz/4rr3v&#10;ngt1Zrbs61GOqltGb+Kpijq6ZvTKo8kE4eNgPMSLj62/p7dKBjUrnpRa301tVkYFfOuR5/5+vexR&#10;rd84rfmHxmDzyw4Wqx81ZLDkv24KANWOrEmlo4Ub0pAAb/lr+0jW5jfWoyfT/KOjT66K8jSO4Ghq&#10;8eA/YP8AV8uve0Pktq5WghmqadTkcdHHrbI00ZWmCcEn9wiQabgHj3TxEMmk4Nf29VeKVNRDBo/X&#10;y697m7aqiSVlYOvqVVWytwyWJP1NwPaG7QKTpGSOjnaZjwY9/wDm697EKCRiEbUosysARdgARb1W&#10;/P8AvPskl46RwH+r/J0ObWSvh04VH+Tr3tVUVSfEAWvYA/UH6KtrW9pHUA/MnoSwSU7SePXvbh9/&#10;oUIGP0APNha1gDz/AMT7SPHk46XqxwRx697kU2R0sLOVvYj6ccD8ke00kRINVz0ttpTqzx697E3b&#10;+XZlUa/pb6N9eCfwfqfZZPCpVzTA/wAH59CG0n7SCe0de9i7hcuSoBPBt+f6Bx+B+D7JXtzGRpyB&#10;0bxSCoPXvYlYetWVSwtcWvdlN7eQH8fg+2JJRCUDVoa8Py6NYZaMqk4697MxsvKguDf9B+pIBsfP&#10;fUP8CfaZkouD0a2/atD172aLa+YQ6QXB+lzcWNy5+q24I9l8tT3Bq/z6NI2K8DnrDKtxcC/9f9h9&#10;D9D7MLtyoWVFYML2H0YW/F7krf6n2y8sqkBiD+X+zT+XSnwv6WOk/XRcfRvyL2vYj/C/Nrf19i1h&#10;wWHpHBt/T6sVPP0I96M5p28Pn1YR/wBLpEZOJQ13vqA/H50hvoefxx7E3D6j4wQBp0HgXN/2x/h+&#10;D+PewysQ4H+rj/q/b03KmCK9BTuFdKTKOdSyAG9h6hKAQDz7FfCAsVFhe1gTwP0w25H5HN/ZlBRE&#10;U/hrX+Z6JplyadFh32QPIR+pgwPOo/7uHIsbA6vYj42PlRz+lf8Ab6Cb/wCwHsTQH9BfsP8AhXog&#10;u/ik/L/J0SjfVSRUztb/AJSE5H+p1zLa315P+8e89UpFO4F7iM/j/aD7E8FCT6Gv+HoO3hDaqcCf&#10;8/QO08qtk4GbT/wNh+jcEBl/2HP0/wBh7w4NGkoaVfqWjb/Afqfm/wBOAB/j7Zlkji8V2PaD+fSy&#10;yKC3Q/8AF/6uPSh3qQM/WqLA+SM3/paKHluCT/xQe3fQFa0aHgq1ibBQNJ/xsvA/qfYYvJ9Uchlk&#10;wQR9pNfL1+WMegr0vU/p5PTrhoCzU7geolvwRdQ7csSP7Rv+Bf8A23tpqRpS3+wB+gNiv4/xv7Lf&#10;E8VmceZ/1Dp9TqyOhZxqCNkj/wBSv4AH1WTk/wCufacql0gkHg/T+otb+nH5/wBh7cHXvPoRMc5d&#10;l1D6Efk2Ny3HI/2n/Y+09OP9UL/VrHgfj/eAfdixUVXj05H8Yp0vMeFawBH9PTzyCfxz9f8AefbF&#10;WEFb3H1b/Xuef6e3IfxdK4/xdLGgUq6Ag/Qf05AsPbLJGXjbSf7XP+A9V/8Aff4e0U0xSbuXBSv5&#10;0/1ft6dowxQ06XlCFAX8sG03v/ZBHIHFySfbPOujVcjknk8fW/8AW4tf3tZUkGl1z+3pQqU4DPSm&#10;p1k9BjP0AH4+gt+P+C29trIsg1A8htP9eDyb82uL+9TXBhcxH4dNfz/2cdOrVcHp6pYnCaitjck/&#10;VSALLccc8X9xmTSxA5vbm34DGw/PH+8+y+a41AE4X06tXp9po+AeCwJv+LXAB9+0gcseD/jwbf4n&#10;nke0bT1wg611NWG5F+f9gB/Tkn+lveKRgQCBYjg8k3J/1j/X22JJM1f+Q60BSucHqSkCBiLGx+vJ&#10;v+Tb8gce1BjSVRlv9SvFr3t5D9Pr9fbbnxJYgOA1H9vWnXVG4+z/AA9JrKxgBmIubIL3548Qve3H&#10;591xfO/nN7XNv92Zb82+mO2x9CPz7nj2KVfoNzxj9P8A6uTdY8+9yA3OxGn4pv8AjsXQ89a/8Wd/&#10;zyvP/VTXeyASrof+nC/0twnFjbj6e8jrs94+wf4OoDs/7BftP+E9CP7xPcEA8+kfX620j+n+39k8&#10;8lagH5f5/wDN0ZQ8D9vXvZVvkxTPUbexjR/WDJNM1j9QMfUj6fn6n2FN7asKAD8Vf+M9N3ia4JQP&#10;Tr3sufTUEM+x93QTr6otw7jnVybAFaGgX8Afkn2wjUtoXH8Q/wAHS3akptyE8fH/AOfR172kuyQz&#10;7ZnjQoY45nkkFgW8aUVcrWP9Qv59op2thc2v1SkjUKUNM1/wcOjPdobZ7UrcYQW9V+3SevewfwO3&#10;shU4SOeCBHjNVBUwI8GqWVRAjRqjn6axYD8X59hfdNzs49ylj1lRpZeOB3Hj9n+x0n2Xa4ZNnJhf&#10;vMiv8/hX/D172+wvmMOJUzGKko8XWVUSzTVEEemleY+JGMgBYBBc2H9PaCRduvViawvPEvUQ4BPc&#10;Bkin+fo9SS7t4I/qY2W3Yg6q0z5Z697EjCrtCiylHiJMv56Wso60tl46qoWikeGNxEYomBlQSudI&#10;H9fYUvjvM9pNerYlZY3T9MhdYBOanhgZ6WrJts4VSsunTx8RqHHl172E24cDj8VW1UNFja+qFK8a&#10;fxH7lpYJTKIjwGGoX1lefyPY42zcri+gtRdbhEkZUnRooV4k+lcivQduNutILkXUVnI6gfxVGVpw&#10;Y9e9irt3p7dFZh8PufyQ4qCiFeY6KqpHeopvPUzUTfcSBgkvkdNag30q4/PsHbrzvsy7nfbRGjSN&#10;IU7g4oaKHxiuOHzp0ewcpbpuojmtJVhUVopGRXtNdJ89P+Tr3sOo4svRVEqZGikpcRUPGgq6iBTF&#10;BosXYvpZjrmKjg/09i1EsJ7MXFtdB9zFdCKSWY1yKcMJU56RpHfbO3h3VprRh2tQeVScV8tVP59e&#10;9iW69eV9LjaOvyb1GYr5ZIDm6bIVFPjMeiIphlqKBU1uqRjQdNrtz7Bgk5lt3upbayC2cfd4bIpk&#10;euCFfgM5z0ci8tpIhFprL6jh/q/y/Pr3tNVeKyOJaWsXE1GSxuOH3FDkYVCUkkqggsodTrYR2JBF&#10;+fZrbXNnfp4TbjHBdvho2qXIPkNIxn1oPn0Rbhtavqu0koEFftPp6+nl59e9sNXRbozsNPS021qu&#10;mcVJyQqkgi/cilQqNQVELITIG/oR/X2Zxtte2yl592RiyBNBJx6HifT7ekNzDPNc2IW3IYeGanTT&#10;7cGv7eve4JlyeCzUNNTxGM1GKhpq0yosqw1MtToqnCuSEZGiHH4HA9vmKyv7GSV5gwSUstKioA7R&#10;wzUH7PXpt5biG+miiqxMLA+jHVSmeve/VG28ZWVyTJXKayslVquqSadYKatqJS8sJiUDR45HBsOA&#10;vA92h3ma3tZI2sToRSFGKlQtA3zqK/n02INqYBry2nWcildZABPHz+3r3udW4mn29IkNUWqoJIjI&#10;taC4ppKvUVjfTISSWKAgH8e0Vtcz7spe3XTIGA00yF9Mfb1sJDCR9HFLoGK66ivr173zo231PDNT&#10;bewdRPRVscjy1KUdPNFImjQ88ZZQY0VCb/n27c2uzW0sUm63gS5TgpYqfzHn04z70jVitqg5qQP2&#10;gVr172mI6yfbfkoqmieWrUPG0y+MINSkt+26sSdElrn6Eezaeyh3EpPb3yGE5pn/AA/l0lmfdo1R&#10;Y17h50x+YP8Am697b6PGYqqpcaxqpUqWFV91D9xLruHYQlAP83dBc/1HtSb2a0vrjxYBJaqRQgD0&#10;zx9GPVbW1s71lSZ5NIHDW1f9WOve1jlcZD17n1pXo6rO0kXK1UU7PTT66SKZtKVAbmOWs0G4+qey&#10;Xb7ybmnbJDAy29w34ady0cgZWnkpP2N0aw3R2VWXbdpmlI8ywYD/AHrH4m/P8uve5rw7zr8lHuTE&#10;Yqpx+JQoVrxTRmijKximkM/i0CZROGUAg2Y+0iDYbeyuNtvbtZbwD4dR1ZauK5GOmt5gmu5GawiK&#10;wDzHDgK1z69e9pb73MYbUMhTmro6maQSTJEkazlm8siqXU3KE8A+zVbO03CN5LWXw5IlGCSaeQ4e&#10;vTFzHe7bZ6mGqvAj/Bxr8uve+CQbZqaF6iKZqSqeSRJaOapkaXRYNrVgulA7Gw/pb34PukVwqSRi&#10;SBQDULQfZ/n6pDabHInj3E1GIqRVqlh/q4/y697y1WHl2vVYzJUNK2YgljoqxamJA9Ijyn7n7KQT&#10;I2uaFYxquNJDe/Rbgm9xXdnczi3lDOtCSGp8Ort4A1NPPHTivJayNJslv4jkU1Yag40IY+WM9e95&#10;Zdv7i3fVrkMViKinZSJZmjjQpC6ymaVgI/GUWM1KmwHAHH49+TcNp2Sye2vL5GJegye4aaDjXJoc&#10;+fTFvtt5urzaF8O7LnWdPE/i4fNuve1Ltva24cFmlra7XVUbK5qZFjYaKp5Ud4y0hZgyxpfjjn2T&#10;bnuu07haJbQsFfUKZ/BkV6V7dsFzt25IbuQtCWA/PUP8g697tN2LKr7L226X8bYmiKAkMQCo06iA&#10;PqB7b2ZYohJFGx8NXUD7SST/AD6MrpR+8LtU+Cj9e9ondfPYW2ufphcwfp9OBxa30svtPO9N7Ujj&#10;X+eK9Moi/u1yOFB/k697F3BhjiqIW/3W3P8AgZpP8feT+wMh2iyXzo3+E9Rpe0NxL9v+Qde9z5YQ&#10;VvZv95sOR/rG/wDsfZuZCpyK9E07EOQRimOve2WYaammH+L/AJ+t0Vv+J9tQmt5PTyp/x3pyy/tZ&#10;/wDa/wCXr3u2v4lJ/wAYmob/APKxlfxb9OarT+fyfZ5BL/i1Pw1/wkjqTPb0/qt9n+VuiG/KBtO8&#10;sGfz4BYXsLmmH+9AexzysQIkH9B/W3IDG30/N7ewFdyGOcMcirD8sdS/B/Zj7emDa0paGL8EhSOL&#10;3vbn686bX/p7S7pck25v+Dbnnn/Y+yjpl1IOehLjk0hQfppH1F/9Tx/iLe3jFUpKSSqyqw1qRIC1&#10;4/RcKD+Sfz7Qb1ra2ihC8Gqaf6Rv8nT9pAkpf1Ar001daq1apIskkZSNlaMhNMxlOksQTcKPx/vX&#10;PsXuvD/C4sxWNfxVNHX0IHAEs06U0giiJICzOsdlPFv6+2LeFTHayyfCtB5+SrQ/5fn0FdwsTuN9&#10;MqKB4er/AIy3/Q3RR/kpTNu+q2jt2kua/Gbm25unUrX+1ocbWZinerq410megglnvLH6gw/s+1Vu&#10;DDy5Pb9O0UDqRBBUIr3aRVSJyY3a41OBJYk+x+t7DdPtStLRRAIzw4Dh+eP9Weg5FcC3uJra7bTA&#10;sjK3Rb+tN3w7M7L3bT5CshlM+4stSmaH9qCaaorKaJKmnhIbx07tF6VHF+fYU4PE52HISNSf5JQe&#10;RlrJ6qPz00ROnUTGW0hhFexH0t7GUu32CWfjxOAxWhrWmcf5vLo1a45UKDwbxfqT/Sbo0W/N7bJq&#10;sPBR5fVmc+0C1WDxWJqlx+Xr/CWZPt50VX8TVYAKsdJJ9qXMZSgwVfSHb0sVWCJP4rVEmpo66U6V&#10;hlpoZLrTokZYWHOof7EgKKcwzzoDWNSAPQ1PH7fL/i+tWjSptu4zyfAKKtPLV0kdk7R3P2TtTJSd&#10;pY+qwMlQ1PPtLAr/ALidxbWoY0L1mNzWVx1S5y1RLWRrIXDBPE2n2/bpwdLktsT52EGjLGlaR5CX&#10;So1VkVMpjAYBFQCx4+v+39jN7cHaBMBQKtDU/wAUg4fmPP506jD2k3UrzrfbS718Ht+zVE7Z+3oG&#10;+r+zcztLvTCdU5SeHcIrY862OShhip58GmO23V5eeLJSygyVMtb51MeluFH+3FLrWr+22/RTzlTS&#10;UizCQHSI4/uK6vC+UG4YtKRa97H3fkjcLaCS++qSrEj7O1XH2fy9fzBnvjt/1fuJyzKkwSRnuc91&#10;cW1uCK/Z0Rv+YLtKq3HuTfG3tuRSLuneP93hjQhdshWtg8fs2tqWx0gaOWAU2PgPmCMuqP8Ax9re&#10;pyEu5M1laOopllplhoBFHGkcci6oA0mqRQGIZoBb+gFvY1u7iw3/AHu22VHOgE0FTWrLrNT9o9SO&#10;oo2xLLlJeX99kvGDeLNXucjjoGPlr8vt6Jftzriu+PXROyt37RzCY3clRX7qfJ5GuNTXY+sWm3BL&#10;T0i0+PqJGjhamiycivx6mbV7DHJ4Y7Xy2Zml9NNS0VJUx3BAu63YXYtcgP8Anj2X2+wR7BC/hz6h&#10;EzSVqf4uH2+n+XB6yDXmKz5sm2ZrKfVqc6+7UcL6/wCXFOjx7A7xX5O9b9ZRQUj0+a3duHcO2a+E&#10;mF5IkxEklItRohWILFOaIupX1f737Qtb48vjMVMF8Sy5qoLXIsItD+s6bfq/2/uPDdabMWn8V3ID&#10;/tjjh/q9OFOhvs8cg5h3C4Y/DbRr+asf9VOjxbdparZO/d6ReU1f8P6r241MVDF2q6eXQ8OqUOTp&#10;Cj0/T2D+7vJJmsbGeVjraWFStx6EknUcnn9Psmu4g+w30zOSqSSD8kX/AGB5Z6kna0dLy3UmtWDf&#10;tPR3epfFT4SskRNEldiZsjIraWPmrI6SZ+P031N7MBhYD/DaSwBX7anb6WvaGE35+otY+8ZN6Qq9&#10;14nxB2/wP/mp1MEP+48H+kH/AB3pEV1ev8fn0E3NTOjeok815DAi2n6tfn27tHaglTT/AJ2Yt/Q/&#10;uQBRdeDcn2YbfGTtlrEWGozoo/IeXQdQEb7cyVyltIf95cdBjkq2/YM1aCxjots1rux5VfFlPIVL&#10;8pwo/B9tG4YRT0dDGPzjdT/gl31KPrwxFxx7DXN1w0svgUoySBacQNDE/lwP+odW5PH1e5btfk4E&#10;zr/JT69Cx0K7VdduPKSEFJ83O0LD+1FUUtGeGFxYEn6/X2D1ZTBUbkMZHZ9Xq/ra/wBLHi/sHzze&#10;O1lKxp4UWjPUjM2o27HiV6OjjJSvnQD/ADkutQLHj0/Q/T8+0Tl0tqUn6EHi9jfSf9cen6+05l16&#10;XC8cfZ1s5oQvS3xvCjn8E883PNvyfaTqI7Kb29IILcm/0N+bewtvU2qCUpwYr9vxKOvDiD0q6T9Q&#10;vz9bf0BKt9P9v7Lf8kG09Sbv/wAYsTzf/q/YW1vZ3yoSeZ7Q1zn/AKtydFPOX/JMn+wf8eTp0p/7&#10;P/IX4t9b/X8Hn/Y+6dMxJbG1foMhKfoUhXN5eQOD+Wv7n7YWpzDBT1/wBusPeYBqtr5AaUH/AD8O&#10;pnuwv47wxvuDrD7UgzpnWeSUD9kBqSX9to7kOVtz/U+88NwkQ7GhrnwB+faP8H+rj1CnIxSLd7As&#10;f+Jb/nk/5ekV2IY12Pu8z6jD/d7Ih1RikhBp5gdLj9JNxY/j3eZ1Zj6umrhlNRipacRSDUptJLFL&#10;GzopuALj68WHuEpY45XvKrgo4/ac/wCQ/ljgOsqOc2t7vluOzrmVdH+9IfnX5/4Oteb51bpwmU2A&#10;OvRGa7ObklqMWIoJ0ElHRZLF5GGmqp47F2VZAVup1Mx/p7F/PZpZMNPVTyLGj1FVTCYgGNU8Ej3d&#10;RyVQXJH9Pb24Xrx29jBX4Hj/AJCg4D7fn6Up1irsXLTP7h2cKriIxn/eZuP+r58eq8fjz01T7e7Q&#10;TbuIpJqiddp0O5KnGCSQ1klXLmcdTS/byyyDxPNJEqRt9AQfaBmpDUbVyElT4ahpZKuWgmplEClJ&#10;cdelZl+shJNy35Fv6e4Z9xdwkud32OLUaeNB5cVDyiowP9mvWR73c8fMe32ADBVCeXks2nq1Ppqa&#10;mxXZMyYpazGw0G2amg3DQZaqkr54clS53E/xiON3dhTxxiMIqL6UdW/1XspebjliqKhJr3Ekuri1&#10;rM4N+SL8f7D/AGPs8gjKsQVz5dTVZIKk06tA21VU9XQ0c1LpMclPTsvq1X1xxstuB/qvaZRNTXQc&#10;BWFxzwvNv9hf21dyoqEFqfKv+T58K9PXUYpUHpaC4A1Dkuv9QOSBe49kF+cUf+4HDMPqBY8X/wCU&#10;+m5H+2/r7A+7V8M14f8AFdALnPV+619MU/3rPQw7IN8bP/hVEf8AWNPda2Na1fTJYf51AP8AYEH/&#10;AIj2Q29dMNf41/y9QvNX6L+l/s9LT3dSrXjBe7MSbfj88gfXjn3l/s8uqyYegH82b/Z6IFPbF+fQ&#10;cVKFag6fSB9SebehbX+n192mfDOqjg6/rjK4W/h4Y2/5fW4Be/4Njx7yn9k7Sa45duViSp8Qf8en&#10;/wBnrDD7w1t4vNm2EcQH/wCrNv8A6j1rK/znsPk8z2ztClxtDLVkvky/iRX5Ta+x5FFmIuAIm459&#10;mE3P2AuJjMNBGZZ2uDVkRPAlwCCyNzdbkWHufjsqWMP1d6pMRGFyNNOJYggkHFKdQ7t3LE24yKZM&#10;Rg8M1/zU4cf+LI90l8U4dyyjMb3q/tcYEjZNsJ97RZRtDzxSXrqaW2mYqsi2vpX2SbsbM5jPNWVM&#10;80kpRHL2NoNI4VBFfQLX59w5zlvdzcPKS1FA4DgBSlKf4fXrJrkbl21sLeONUCin5/P5/t49XldA&#10;7V2bsVcPicVQ01HFLJDFSq6h67ykKzOavR5X4Wyi49167hUDc1cT+rQbgDSNX3Utza31B/1veO07&#10;NNPMXPFmr+f+fqXCGCxp+GnVwO3SDt7Hkfp8cdifUdHgjtz+eD7L93C1kpOPp4T/ALEpX29hrdB3&#10;t9o/5+6OtvFQD6/7HSyxQtA3+Ln8c8Knsubtd2tf6n6XFwCfYbOovIW/i6OunX3xkFgPzcE/8mt/&#10;xT34dOj8X29e9pjMEaVUf0P/AEP/AIW59oNxxayk/wCrHV7U0afUf9Wnr3s6fw+JBqbfTWn+w/yS&#10;rvxfjn8e1PI5IguRXFD/AIW6Tx/2j/n/AJegy7WAO15b/wDHaC3/AJ1UvuzParuHqSAbrosefzHU&#10;Xvcf4e1/OIj/AKhb3Ef4rf8A6vx9TFyCsf8AWHbqnupJ/wBWn6I/uCJDuvbLalBePM3BsbFaNCCP&#10;9Yn6fUey99pSsu3mYmxZDcn6kfd0AA+v9B9B7wa9x1Ui9qPOP/rH1lTZqpe4Lf0f8vR79lrpidV/&#10;Sp4A/F2qSf8AeT7IvnzHFSyMOT6rm45B8Zt/tz/t/eOF+wEioBj/AD5/ydKrnSpovp0vvYN1k37v&#10;pbSOePpb8kEi30/r7K4wzCrcekgZqd/Hr3udRSlFRlcEHgg/QklQP6cf63twtqY6lyOHTytQhj5d&#10;e9qmmPlZJFa/6frzzqDfg8Dn6fj29A7UA8+k5Fc1z1728TzStASq3UAobj/Ug/Qm1uPanAIINMV6&#10;SsuiRQDjHXvbckjOulrKOQOSvBW1/oP6e/RhQ+o/L+R/4vp2Smg1OevewX7bQR1WMNy16JGIJvya&#10;mb/b/Tn3P3tR/uLc/wDPT/kTqEfdr/cOD7R/hbr3sFrWL34Or/D9P9fx+P8AY+5ivKC9X8v8vUCD&#10;T4UVfT+fXvfACxJPFyf8Pyeb3/1/b15TxjT/AFYHTklNZpXr3vv8f77nm/5t/T2l6p1737+n4P1/&#10;4n/H37r3+Dr3vv8A1/8Abf7wfyBwfdlX8R4de6975GQr+kHng/njnn8f1920le6vXuve+1CsCSLN&#10;9f8AY8WNvz7qpoa9XRgGr172NPQAv2jtwnlVyeHcfUcjOYz/AHse39tVX3PbiUz9Smf9uP8AJ0Vb&#10;6R9BJ+f/AB09Qslf+HZC31+yqrf6/gk92C59yd85KI/naWQt9Of9ysy/kjj3kDN/bbfTyto/8NOi&#10;syD6bazTyi/wdJ3EgDFRWsQchG3P/LCK9+ObH2gswdGJxv043fiP9jbn8XH09lt2uvxs/wCjj+X/&#10;ABfTty9fHX+iT/k6fk/z5/6hX/p+ZB/sfx7Dj5AHXkcG/wBP9xcv+H/KVIbm309qL4H6OE+Wlelm&#10;1V/dlc8R/wAdHXsYNMMo/wCmhz/X6pH/ALH8eyhZckSWUi1uL8ixJH+I/A9xPzKF+sjA4d3RrF/Z&#10;r04+063BJH+xN/8ADk39hgr5MOrefXvftX59X0/p+L6fe/Bh9P5/7PSjUvr173//16Xcv0/iMhCJ&#10;MBuPF5h3v+1Q1UlQ31jX/dcXFzG3/JJ9xKpkTBTHUxqqgkKQet/RZL3ujpb8vpsf9irN/vj7BHcX&#10;VO58WhkNDUEc2VYZ/wCz47eoqOPV7fW8j9D1tpAo+Bqfn1k9gnlsNlaWfxTU0ysGF0aJxwVHNj9b&#10;e1iPqhMwU6RX+XTesG2a6/0Mav8AjPXvaWqWKnSSfIhIMZ4f0j+l/wAkfn3YMNIeuD14svhLLq7S&#10;eve2GpqHuGXU3q8ZKn9H1uHBNroP8fboHVTWlfn172nKqX9yUBgWYuSQfobsPoT9V93Hl1Q+fXva&#10;WrWsZFJ1Fi5J/AF2H9Pr/wAR7UQyqkc6+bCn8um+PiNXBFOvew23Z6oKCS44zGNS9/yakf1v6T7p&#10;YgwyGBuJUn+R6KZmEE23xN/v2Nv2MOve7Kuz7f6AeqZSof8A368ovbixy5FrEn6E/wCt7KtwkjTd&#10;dArXUxP8ujbneZV3m2cKe/U38164r9X/AODD/Y+hPdaVfUFWeEhSxYfQA206WsL/ANL+zd/1JfGX&#10;CAf4cdF5/Vma6XtjA/49jrl7TM0oUKFFjck8AgkaSLfj/b+3BWpNMdNyKWckUp172nMiAdWlhbi9&#10;z/wT62/x/p+fbsSkHIz6dIJ3VOPXvaWe/NgRc25Avxxxe9vp7MlFcVFOkTyEx6VGeve2qRXEpMcj&#10;p+bqzBgeT+Dcc/T2qRhpFVz0WlShrXr3tV7b35u3bVQk+LzdfAUZbIayrMfoaNgDGKiNSD4xcf09&#10;tzW1vL8UQJ6VRXs0RGhjT7evezH7e+Vubipf4Xu/DYrP0UsZp5pXw9FPXGCWOKnkKVdbM7rL4PIV&#10;P4Zr/wBfZZLteuphZUP+r5dGUe8mmiaJSPsH+Xr3t+jg+P3aMhkeWfZOXqAdc2Vy2OpMaJ5bM0qw&#10;UlO7iP7muuAORHER+B7SvHf2ZBVtQ+wn/V/q9erlttvWCkaHb1Ip/Lr3tE7l+NuWRpqjYeSo99UC&#10;JLMZ9uCuySRRI0jXlcU0ai0ARj/gwPtyLdiImluIyqhtPkDwr0lveX5Uspb+CVXhSQJQceFevewA&#10;zOz9y4Gd4MphcjRMhYE1NHLECVuCRrUGwPs2hu4JkV1bj9vQeaCZFVmiIB697TLRkX/Nv6mxH1+o&#10;/wBh7UhgeqD/AEuOve+rXDHi402/qb3B/wBgPbyYYAnjX+X+rHVkcxyKSD59e9mL6qk0dfdtxAGS&#10;8Ox76TctbNV9rAC5tf2S7hA03gIjLq7v8h41+XR80DXfK13oenDj/wA1T8/6PXvZeXB1M31DFrEg&#10;EAqfx9PZuWNFj4af8vQfaoUIPLr3vENBN1vq/Pq9Fh/gT+fdk1Ht1deFaZ697xFmMg4KgfkDSG/F&#10;vwSLe3DQCj562fs697yrIysGV5FIIsVdwRZgQRpP4t7aOjPbjrYOnzx172vdu9jbi246LT1K1dPw&#10;n2uSD10JW8IssM8viUmOAAcfQkfQ+0726SA0NOltveSQliDVQPP8v83Xva7k3LsvfRSPcOLfF5Y2&#10;RK3HmhxdE0ragGeONXdwamoZj+SqgfUe2HhmgK6ZKhqfPj9vy6UySw3HhJItHcA4oBU/z697Ytyd&#10;XVtEtO+EqYszHVUxrIYaET1M60+pxeS0KqSiqCbcWPvcMrBm8TyNOk5sXjdirVANMenXvYVVOLrq&#10;GVoquCWmkUkFZ0ZGuODwRe1z7WGReHn1Yq0Z7gR172qNjLp3NR/U2hrhccXvRT3t7T3EmiBm88f4&#10;elVo2mVG88/4Ove2jcxIzFZrKoyvD6VGnV/k8P0AP9n6+72xDxqyioNf8J6R3QLzP6V/Pr3tNk3J&#10;vpUi3pta/wBB+kcfTn2sGBg1HVK5zx6977X63Nv9j/sRyP8AYe9McdWSmqteve1HiNy5LCyxvTzL&#10;PGrhnpqsNUUzi4OhoJH8bC9+CLe2HiWSupelsV01uQ1ageR697VdNmsVkZPPBRT02R1GSZh4Vozd&#10;wSscEdin7j35/HHtBcQOqMC/b/q/zdCXbLmG5NY0IkH7PLr3tS0sqj91SdcgVXDEFbNpZtIJ9JB+&#10;n9PYemRlehGK9DO2IjCHr3tRU05RQAWt/gfoSBxz7Zko/Ho/inEg+fXvcl5ifUdQHB4P+Fh/r+2/&#10;C7QNXRrDQxLpPXveD7mS/FxYm/8AUG/AH0/4n21JGEBq2OnVYoctjr3tZYPKulhrUn6Wvz9D/tX0&#10;sP8AW9lssAUeeOji2uUTQKNjr3sWMLmJGK+q5IsR/Q2ccX9l1zEGTIyD/I9CSKTFPPr3sZ9v5NiA&#10;RwQeLck8zfQavoLf77n2GbmB3cLq4ev7ejGJyaDr3sw20K51ljXy8FiPqbfWZh+frc/4e6lQq6AO&#10;HR7bS9wGkDr3szO1a5lmjRjruwW97gWLEH9X9D7K5iyGUA/F/q/wHo5jc0wevezP7PympRc/XgDV&#10;+FItYXtb2guHlwNX8h0aDIA6bKqEEEWv/wATcEfX2Pu3qrXocuOStxqP+0DkXP0HtPJcxr2qrV+w&#10;f5+nqCgXpHZSjJDAhTwfwbEerngAj2MuEdXMR/DKguLf82hZvrYj27DKRWvz/aP9jpNMvaT0DW56&#10;Yqktj+kk2N/0kzEW5POr8+xWwRIKm621C/P09MJvzwCP9h7PYIy0aAAk6f8AKeiaZaE46Kvv4oGn&#10;1BreT6kH6n7kAXB5vf2JOOuytb68JcC/1RVuL/UKD7FNq2lIHPDTUfPu1U/PoPXcZUs1cHP+XokG&#10;/wBAs9TGTx5mZrmwFg6g/gklx7kVo/Yk4JPjZf8AWup+o5HHsT2YLBl/D6/6vtP7Og3MmvGroFaU&#10;6cpRN5FsauB9HFwC6g2/STYgf4WPuPt/UKOlKoTpW355DauABcWF7/8AGvaW+Qk3SvN/qB4145pQ&#10;f5+l8ERSEKWH+r/iulhvQwnNSiyAzSEg3PAEUS2ItpNri/049vQI1MdN3K8c25AU8/m4X+n4PsJ7&#10;jG9AtT4dRX/V6Vr+dOlojoqiuOnjb7xgISymxf8A1DL6mdW4/wBUVHH+A/p7Y6u4tY2seAb/AIKE&#10;H/W9oVUUIpjpzSKEdC3i2Uvdxqvf1cfgSgi/AuB/vP8Aj7T1UQbBeDyDyf08fX27ind16mqgpXpf&#10;YtJNRv8ARgCv04Pr+nF/979puqKl9Okm39riwtyfr9Rb28GdY9amlT0+iuFJBpXpe4yJuQzDgEhb&#10;sNVwAPz9b/j2w1MbM5Ut+C1yfxdhe/PPI9svdJAtdNc9KVNFP29L/FQeZUcWUWAsfqdOm4FhYC4/&#10;pzb20uWRGFxzquP+QWHH+HPtFJMJ38QCnSlNJUenS4pYEQqpBNtHqA4vdf8AXBJ/x9sdUpP6vz9D&#10;9TwzH/G/PttbhV+EV6eDaT0r6OA2FrD6Ej/XUL/gOR/j7gCF1udSi7EfRhc3P+Nvx7R3d2sj0Ar2&#10;ev8Aq/1U63rDGlM06UFLGFj9StcOPwLXsBa7KDyfeJl0kNe/+P4v+r8j8+0plLKEJB/w9W6cY1UE&#10;2Vl/w/FvSLi305HvA7GUWQabf15+n+Av/vj7riPLZHXidAqcjqZGmgnV6r/T/D/C5I94yhBXXa4u&#10;foB/r/T+g9+DgCoOOvBqioPWQc3AB9Vvp+LfS/8Asfb/AEa6UB1WH+J4trktcG4+p/x90jk1zIgG&#10;c/4B08BqikWmcdJzJpaOViOV8ZsFHN2QNY/WwI+t/wDjVc3zqKrm9pIbEtJm9P0A4xu2XN72Nz7n&#10;f2HdW2zcpwCAwir9qyTj/J1jz74p4bbVckmil9X5iIfs6HXrxWjoKmJjco0f5vw09awP+xv7IBMo&#10;WQWF7rzb8hL/AOufp/vfvIu/mUsy+Wlf+NL1j7aHVG0Pmv8Az90IfuNObkaQRz/iTyLfUDn2TSyV&#10;FSftPRlGunjx697Kx8lCF29jtchQHIyKvrCXb7Gr+v0Gn/b+wtvLfoxU41/ydUuhWKUV/Cf8HXvZ&#10;cOkl822t6RjyaUq9yzE3OlgsGNBUHizEH20is9lCdX+iAfnTj0s2sj92wnH+5Oj/AG2n4uve0X2Z&#10;E77bnMflvHO5dRcEqlHXanJuQ0f4N/bbxyR3KOGjGkhjqFa6SaKPn0q3xQ9o6saaYq49Qrde9o/r&#10;PcNPNJS0WYEn2VDRXpIqUpTymqplg+1klc6hJCCTrHBYewDzfYSsZ7mzjUXEr5NMaWLVoAOPp/h6&#10;NOUtzhFmlrJYu36IAIoO6gAr+3r3s2m4u0Ovcp1Wu0Bt9ajLvPj56/I+PFPLFNTRyRyRpIQamEMJ&#10;L2Jt+fcJ7ZylzLZ84Hev3kUsgrqqVkoQxBBI+E8KdDppbS82pLRowrRsFY0FdVOPrp697ADCdTZX&#10;N4zJ56DC54YGhmp4sflhHIKHw1IkCuKgxMjxiVDci30+vuS7/nS12y8tdtfcLU7jIrF4+0tUUqKH&#10;INPXokXZnRCIZACOBJJBHnwPXvasxnVOTmwkVdDuPA7gEK3SlxorJqybVUNqMwkh/dMTLqsTwoNv&#10;ZJdc4Wi7gbZtqubZmOS+kKMfhocVGOHHpw7ZuE0EcRu4HUA1RQdf+1P2de9ph92bszWILZutSip6&#10;X/gLTUcc2P8AuDLUfvWRZQsvhaFGsfpc/wBfZ0di2bb9wEO2QeNM3xOT4nBajiKjBI/L5dJSb2OY&#10;QyLOGT+Ala6vsr/qr172Iyb2p9wQVlLitrjI01JFAaSUY+jnjd5yBVf4yBJI2/HFvYXn5autmlgf&#10;ctyaCdydQLOpAAqv2YI/b0pcrPZwM6sVatCc8Gzn/D6de9oDCbCyW6JKqar2tnKalf0x1cFMaejU&#10;pIVcRukZCldNja/sS3/MdrskUSW+9WskrLRlY6nHA5B9fI9IZLYLrEJ7WxXjT5/t9ade9sFRFvGb&#10;Ix7fxiNkcPLKlA1TT0s01PHz4ZklmHAmgIAfgcj2vibYEsW3K6bw9yFXClgCRxBA40by6Kp4bsxt&#10;CrhkYnILYPyFeNB6efXvbFnMxuPHUq0WRqY6CSlq5Kf7cRy01bLSwxvEkykc+GQL6SbC49mlhY7b&#10;f3AuILd5IjGpLV1KvCo+0edPn1Sa48GW1+ogft01PyWuOPHjXr3td4ncFLW0OMx1Pg6jJ1TwUkyy&#10;wwU09S1ZJFFD5JZTeVqZpHBZDzqN/qfYbvttNtc3d0b9YoVdhRiQugEkUFAAaDj6Y6eR4Lq48S1h&#10;Il1Y1ZJYHt+0E9e9t0Gwtybxy9dWLAuHXEPUx/ZyU09NKaihm8wrZoqeF0anBqNLE2Ppt9B7MDzB&#10;s+y7dD47m48YqKoy/Cy5AJ8+3HzNa9Xbbbm9lpdoKKThRpzWtTnhTiPM+Y697S+dxO9a+vOFWiGU&#10;NA7U+uho5nBFLKyGpGoXaNQbkkfQ+1233uwW0H7wWcw+J3AOwxUV0mnn0gvLS+sGUW66lLfw+vr6&#10;f4eve27JVFRg8V9ka+po83TSQxy0/wBzLCCo1CcxwAqVQfQ3tb2vtYH3e/W6+lE1lKrMGCg/tPCv&#10;TTy30TKbqUIxGAe3z9Ove1htrMR5DH0i1EONq5RBP5tdJDLUBrzFDIz6vUbfk3sPZDu+2yW13dNb&#10;+OkIdaZIA4en+qvRnbyzSoZYRrIFCAPX86/z697R2N673BvGsqXx8S0VPQ+MSiSKWKRPuI3MY/Yj&#10;YAs8DfUi9/ZzPzRtWxQxLeEytJXgQfhP9I/McPToofYp5mBVisPyBz6Z697daXEbrlxdXQYymbc5&#10;CxfeNBRT5KopwajzwFJHVpITJ6gePUsZH0Hti5utkhvbe4nuxaKa6auEU40moGD5H5Fvn0sh26a3&#10;VhHOXrStGP8ALr3tV7cyW18NtVsTuk5zHbipPPJF5sklJjpTU1kk6qaGX9yTx0zrcccm4/Hsh3S0&#10;3a93dbzZ2t5tskoDpQs40qB8QwKsD69GVnLZ7XGy3soaQj1x+dT6H/Vnr3tz2vuGfLz0uNw1Ficj&#10;P9yzxrU4yCv4ZjpOjS19RH9OfaTdttSyinub64nijKAHTIU4f5ul0U1nuJdfHSRAKBUP+r0697gJ&#10;1NlN4ZnJ0rUP8LDI8kca0z0pSqefS8t4YW/ya7+lfxb/AA9qZOcrTY7G1kE4myATUNjTWmT8Xr0W&#10;XXLVvNMYXjfRQcDSn24697QlfsHO4SrqsZic1S5mSnDx1VNBLVVhpikphlQxTUw8U0LxKpI+hNvz&#10;7FcXMWx31vaXN1Yywl9J1nSoNRXBBqeJI6LZeWI7ZwtlftUcQzNj1+E/P0697hbb3HmuusjkDlKG&#10;vlSqpapY4SrLpFTPFpq9M5UCnAom+nPP+v71u+07dzRBANvuEAR1zUEnSCNPb+LvHSO1uZtgkke4&#10;DshkYah6mnd3H5de9qTAdg1Wdyc+OkjVIayokrYkKoGQO0cUZ1av0BZLWAsfZTufLMO22sVyr1dE&#10;Ck5oaVJ8vl0ZRb+m43aRopwA2OJo1K4J9fy697s32M4j2VteMspK4ahXg8XVBZR9Pr+PabbJY7dI&#10;2NAjUav8Oa5/1f5ulWkT3UrKmnUrde9pDdOv+/8AtlWUoxw2ZspUhhbTcmxH159rt2t4rDctuvIb&#10;6OeOfurG1dNWA7urPF4G2sS4Ymn+Tr3sZcCP9xNAFcNrjezL+k2mlNhcg395KbEmna7Jg60o3+E/&#10;6vTqK7s1nkann/kHXvby0chaKMqf3NXqIOhdFiQfyL+zMksTVSOiWYfqN/q8uve2GqS1fEhPJ1kM&#10;ARyYQbG1m9p4pWS9QeUlP5Kf8/Siw1anPn2/5eve7a/iOgPVFGg4KS5Vrf11Zut/qeP6+z4ER7fB&#10;PJhJpClf9LU/6q9SPyBUSsW9f8rdED+UrlN6YQ2uFiVv6kEUy2AFvobHj2OeWW5ci/8AsTx9Dex/&#10;Fwf9t7BF6GjkeJiNHn9vl/MU/wBQpLcUwVNIHn/q/wAHSe2jNqghJF25K6fqQTyLW/r/AFtz+Px7&#10;TDxkEk2/ra5H/Iz/AK3smMi+VeqvOjfhPQmROCAtjY3APHH05sR9PbtQkqi6dR1kByNJ9DhQ2i9r&#10;G/0Pulw8cgMNAWUnHE8f9X50p6dWsrpFmmXWusxnt8+mKuUiZpHZUURgoTqVRLH5Cuu3DIq/UfXj&#10;2LVJTClpKGCKUaKuhpsjKWuQjyxgGIm4PlUKPxx7KjdECW3S2fQCaefEhB9nD/Afn01satbbhuct&#10;zCxRzLp/2zL0XGtqRlsxmMvXRqKnGZjI7bgjTSkk9PRTSVK1a8sXpJXlYfUXt9PYtbfqFy2LipmC&#10;RfaNDj3LtYzQwxxq/jILapnViAfYo5QsJbm2u76SXVBDcFcD4dSq9G/4r9gp1FHPlxb7Vd3bMfES&#10;aVm7fw6mOG+XVcnySeTrfsHz4ynqquq3XgchvKnEIaUUmYkydZDQzzxsIguKppIEMka34/x9gvvy&#10;vqIsvWYqgcQ01FUNTssdxJa+oCd4yBJJpb6kXt7H0l9YGCWOKBwg8if5/wCr7fn0U8scv2lxGm6+&#10;OxVgDRm+X8vXo5nxo23LXdf7U3ru4w5Pce5sJRZmoqvGRQJPPToJhiIatZJqKgMqBhGDYE+8+2Nr&#10;rW0hyGQ1ikpVAVVYpJIXD6GV2UxnS/1v7Bu6SJDDrWM+GZAanhg+dM9SZf3dtNtg2i1iKzTaW1Nw&#10;w39Hu6UnYvbLYfcFPtDb0lO+48uk8l5FSaGnjp/AKhJIUljqFZ4JPTp5v7W27aObI7F28aNJUjEF&#10;TqRWZVkDZOPQWVfS+kpxf/YexldbkH2Ca58Nlhx88+KvGnn/AIOoB9vLWXZfeLnSC4kVwZIKU8v8&#10;UP8A0F0VfpLLYnbfym7NxGbqqCrzS1+H8VTU+KSeD/fj1k0qUT1Gmop1lhnVZNP6j+oe1n1XjkzO&#10;EzGGlmFLLEuPMPlOixetr6pvLYFiGCixtxf217cmzmuJreaBmknppb8KaFmL664Hw1+31p0k+8nv&#10;rck71ylzMbYT2ifU61/HmO2jFK9v4tVPOlOi7fzC85mdmdr9O7wwNA2Wiq33/wDxL7WITmUQbd2T&#10;iqJqZ7oqaWrGDeq7BW9jDtbbUeNzedyNbOjIIMWKCRWKwVjpFLFOsXkH7xiEoDW/SfY2l2fcbbnS&#10;O9jlURk0C0IdawlM+lAMcTXPn1Cu8c42+/7ByrZQ2SpNJNcFgUXAD6xwGK6a54/b1T/8ofkLk95d&#10;BdZdW7KxmRiyVHkt+S9lU5SKfLbToMjncVldsVORlopPPiUzDxyeIuLTp/vIOdjxUyR5WolqGi+6&#10;gEccM1Q3klMYQ6UW3IsbgX+ns03O2ns7Xcr+9vI2iuKxqiga0dH7tf8AxX2dTX7WbpFeT7LYixbx&#10;EmfW4VaZ1/6uHVl/wWq8zOnWW2sfgaSubbGTqsnlc3isdF/DKaDJx1JikdrpJTzrICsjMvrk/wBY&#10;+0LHRmno8bA1tNHOmRKtwwiljPDHgXIP549w6incDDcQArEk76gPxEEZHqOpyS5gsbq5mdWKXP6Q&#10;050srfE3yz1YVX5xHz2860uZKncm312pSzo+qGGqoqhrWQtdZEub6fUfYN7shBzmORGsJ8vThb/V&#10;RJNNZha/pF/p7rdaxyxvSNAVNustyK41ro+HP4v29SPA9qZ9tlaWOIHwx3ebdHg6hqRLgxM8iSOm&#10;3IsfMU/Qs1NDRo5AuPoRyfzf2YrG0klJh8d5UsHgpI7p9PVTxt5B+bkr/T3i089vvL7s8EiiWJJJ&#10;NL/FRajR/wAa9f8ALSSknj1xQopYCMGo4elOgtz1W9Hu1oz5miqMi0fljJMIaWvkAkN202VY+fof&#10;949vIpRKYY0kRXRYzLEbA+jT6lseQf0j/e/axJZ9tg5ft7nb5DHdTQypJnTpeq6X/pcXP+DoPzSx&#10;RvvW46wUS3mj0edfir9nQZ1NbBVy9hZqGtgcYfHbqwrU6ANMKqmRqsSwf1it6D/j7Seak+6kqYgA&#10;v2byR8/T9o61Km1tJP8AX8n2GOerJrHe55GfxFl1MPkGLCh9CPKnl0t5Ctja7O13KdRvGDj5B0Ua&#10;T81p+Howvx3qAux9v1BUxyZCixlQ/wBAWklpqUszf6qT/e/YZ5GFi6FRcaObBjpKMLariw4H9PYD&#10;hOmzufGIy9VqeNa8P9Q4dDdKUUNxh7T86+nRxKCdDPGqE6kXRJa1wCBcc8kH/ff4oDMU6mSxuQb/&#10;AEt9bLa3p+lz7Y8VvDLKBqFPs49PK2ulOhDxbXX6/n/Ef6o88n2jKwjzaPG4XkXOnT6VU35Fh9L8&#10;ewzurBLKZwwBOn/j64/1eXSuOA0TI6V9IDdSSCRcm1+NQe305/2PstHyVkjTqbeKAciDEAkFbLfP&#10;4Rv9cezLkub6vetv3BAEjkZ9I/F2xyJ+Y8/9WSXnOErsNxd6xpx2+fxoOniEFSFJuRe5+g5BP+sf&#10;dNeVZhR1SRnW4iBC8Fj61J4t+SePeQuySV3K03Bk/Skbhn8IbrDfeXX6S6u2Xs/6G6le7LvjOtDD&#10;uHrl5I5JaVMwGBiKq0srU0pljV2AUsn9D9Ped92kk+w2zeJoR4aV/wBqP9VP+L6g7luJxfW88bUV&#10;J3b+Z6DjtoVb9cb3joJYIq19s5IQSVCs8MchhkCPKiesxhjzb8e72trjVhsi0n7EjYstFTraNkiA&#10;XxzMoIF3Qct9T7gFtxWDcZZGasaOVzX1H5H/AD46yHv7a8vbrlxEk0xCaNu7V/Bn/D1rcd7Ymao3&#10;n1xR45Pv4Tv6knr8rL/lsc1QIa4VeOhlKmRFp5iGEZ9Ea/j+mffGqi2dACyB6iVEX/UkTYyY3PA9&#10;fFiRa/u93uMN/d21skclSAxr5irCorxr5Vr59A/24t13f3L3xlWiWgl1avxGG6HD5MPh1Z6Zvi1h&#10;2yfyA3Vk1aKakxGOyFK+i8k8VTjd34uR6Uy3Kx08Kv8A5o8p7h4mOGl2M1VWSnmIyRF3tE4XDwzJ&#10;Agc6S7FTpH0sfcSc23i3HNW2WKRnxIXiOflO6A+vnn/B1IrXEM/O8ipA3ZqX/eZ/9X8vs6NtTU+S&#10;qu0cycTBAKSsOVxFVHBTn7uOeTPF6irmkh0gQxoV1H9Woeyp7hc1WQyE9wIZJql0QkXUO8roLXt9&#10;D+Pz7FN3fwwR6wndSn28PSvD/LTqZLQ+i+X+bqxfYmOeiwmEoCS09NRY+KWUFirNDBDHKRrAc6mS&#10;/P8AvHtIxI6pINV9PquPqFI9X5t9fZBPucdxIumFgSKfsPTlwy0OPi6FJ6cAqzFOeLfQFv7N+D+B&#10;7IR845Q+28KoQ6gv6rAD/gfTXBv9bEj/AG3sp3UkRtnBp/k6APOtBtg/L/j3QpbHTRj6sX+tYSBe&#10;9h4o7c/4/X3WZjnUZKmIOsmdRx9f7P8Ar3+vsNwOKRH0P+A/7HUKTv8A4pWnAf5elt7uqJssKhba&#10;hJ9R9D9eRb8j3l7sqeDbT634aa/tb/P/AC6IbONprOK5Ldmf+Paeg6qDqlk5+hUCx5Iso4/1vdiX&#10;xSNQ+0MjGPI0apD/AJlrE3yeaI+nBuR7zT+7t4cXL9+zOKalyeH9rc/58dYv+9VkL3mHanDAN3fE&#10;P+Fxf5+qKP5oOTwuG39tWrrPsoqiSXJBJK5YjGunA7SQ31i/6H/2/wDT2ZKTacuV1NVFkgN18YLp&#10;J+QedJA5HuZ9/wB322WAwSksMYUpX/LTHr9nQOt0i24RgKuqgNfL5f5Pn1VLlPlVgtloIMLprcpG&#10;QxmVqOopSzEOqmIVEcmnS59pff8AtjF4XY+4zTU63XF1LiSVUeUNYMSJDGGXn/G49wvzBZ2k9hfe&#10;D24NK5JBx/L9n+AyBy1dTXl9a0kotRgcOB8q/wCqvU34ufIXe/aPye6njzOVnEcm9KGJqGhmqKWg&#10;lp/HUxxpNSJWyxS2Uer06W49057lsN0ZCx40t/UWAqZuf6e8a7uQQ3ptq95PH/bf8V1LzxkKlT+H&#10;rcf2uSdtYxiPrFCT+b/5NEeOfrz7L72/H5I6RgfoYDyOD+3kfoOeSB/h7DG9SeFdLbuO5qf8/dL7&#10;NyoVR5n/ADdLXFcQMD9fI3+P4S/suUgGor/QkAj+gbgi3IF/ZE4o7+pNej0HgenX3wcHT/rc/wCw&#10;F/8Abe6jpwMM9e9pTMEgGxHJb8kH/ez7QblT6aQH5dPW1Ky1+HHXvZ1viAwUVZIJtJHci31NLWEf&#10;X6Hj2s5FB8C5FPI/8/8ASaH/AHJ/b/h6DTtRNe2ZFBAPki5IJH/Amm/pz9fdm22GCNUMBwPHqX/X&#10;SdQPre4J9uc2apuV9x20mjytF3fJJUcnqWORFc80WBrjTJ/1bfoju4RbPYGpJv4UyVhc2PlpkX8C&#10;9iBz7L32tpOBCgEghrfgD/KaA/Rbf194O+5BdbK9uge1gv8Ax6JfXrKezZg1ya57f8vR7Nkk6Jka&#10;2qPx35JJ1Grbm/559kS3KdMctwGRj+k/qX9Fwxt+f9f3jXchnKsTjy/b/wAX0ZqC4BrQ0r0IPsFa&#10;8JE7MwY3bjTYFeLf7zf2zDqbtGCPXpp4mGajr3vPj0JUKCSrEgKSzfq0m3+2HvUjkSVpkdeRiaV6&#10;97VuNEzN6WtHHywYNZuV+lv6kDj29GBqx1plGqgGB172/VP+bQHUAVHCnTdhqa4vyL/6/wDxT2si&#10;UkGmGHTDR1bxBw6977pIXckhCuknl1DD8fX/AAufemUIMmpPVJD2aaZPXvYL9yIRU4wsVNqNEsos&#10;Beee1/pa1v6e549o/wDcS6IGPqf+fU6hL3ZFLK3/AC/wnr3sCQG1yC5NmPA/qAL/AOv7mK5IW/Un&#10;0b/D1AdQI4gfTr3vsXYXP/ED6f8AI/am4PizuV6dkYGRj1736x/I4/p9ef8AW9s6D8uqde98Txz9&#10;QLAg/m9v9j9fe9Bz16vXveRSNPKt+fqPzf8AP492ZP4R17r3viRYp/tZsP8AYm3596ditNIz1o1P&#10;w9e9yoIg+r63UH/Y2K/p91oS1OJ6sBXr3sW+ipCnZ+2gCQGzOHUt9DxnMcf7IN72t/h7W7PAG3fb&#10;gGz9Qn/HuiXfP9wT6Z/463UPIf8AFvruL/5HU8f1/Zfj3YbnlVd71hU+ptoVb3v9AcpOxH1JFz7n&#10;y6ZYrjbwy93hRr/xrj69FLNW22kj+KNP5fF0nMQS2LFx9MiBb6fSCK34t/xHtAZw6cTQ6rMf754d&#10;bCxF7tzyDex9orgUjlc8BP0rYkm7XyUP0+x/54f9Qb/9bF/r/r+w7745r8IvP/FslBNuf+BUg/3i&#10;/tRekNaxEDFP8g6XbS1NqY/0h/x3rljv81L9P8+x/wBuiW9k/wAvcSni31P9bAW44v8Ak+4p5pTR&#10;PC4+Huz+w9G8P+4tv9n+bpw9p5+D/r/T/fX5F/YUcqcg9b697x2P9f8AD/ib/X+nv2v5dOeJ/R69&#10;7//Q15VzOYxbNJRZGupggXiKsqoRybciJ0H9o/7f3F7gYBDfl1K+pl4Hrf49uGK7r3dhnZqiKky8&#10;Sc/7k6apyC29drieuVCSX/3ge0bQo9OtfUOPiUEde+v/ACO3+8jn2KPWu7tn9tbMy27dzbfjpzj5&#10;a+JmwOOxtEqihqftSzNNJWAtpH+rHP8AT3e5S6t7CMIW7mIzXpVrry5FOyfFLIMU9euJ1enSVAv6&#10;tVybWP6eRzf2l8r1n1duRjLh91YbEVEpIWmzWbxdPOtw2n9qlpJWB1N/sbH3qKa5m7KElRXH+rh0&#10;1GFuYzGsgBRK8euybD6E/wCt/wAj9hNuH437liSSpwbpmaYO0qTYr+I10bJaZ/IskGNCFWXSQb86&#10;h/X2ujul0rrFDTpX9M+hCprjy69ccXNifwSL+y/Z/r3dWDnqkrcZVKFFQP8AgJXJN6ZJhc+WmQkk&#10;RH8/X2pWeNhjj0ldXStUPXfsLchSVdMXSenlh/bexmhdDwGA1agt+V/3j3VZxqfONXDpEJMOCfxd&#10;e9hTuh2WmpEDxk/xXHMADcXE4PtbbUa6icV+E/4OkV0uq7241/0RP+PDr3uy7siW3xz6mJIZjtdg&#10;SL2uMzICBc39od1XXvUZ04o3+To554iru219mPCf/CvXBf1Sf8HH/WuP3WVXsTUm3JIIH9eLG5uQ&#10;OLe1yv2SVOajop8ULDOuR3Drn7S2Qm8bBSSL3Auf+CH/AFVuNXtRHlQeqa6qprx697YaqW55IKn/&#10;AIgLb8+1VuKAV9P8vRZcYpXjXr3tlZ1I+n9oj8H+vNv8faqhxTpGSBjr3trY/uFbfi9h9f6Hj2rI&#10;xXpNIOB697xWGohSAQQefTx/sOfe64z0x59e99MVtZzyPyLf4XNyf6+9rWtRw6uvXvfOOpeBgYpJ&#10;NdtKhWN11fQ+kgggge7GNXWpGa9NOaTR0+X+Hr3s3Xx6z+do8XumeDIZPy0OJzNZHBJV1RpG+2xs&#10;EoDQCZAUJW1hbj2gvbSFrQsQP7UDH2HoXW0kh5bvjqNRcjzP+++ve+sb8kaetVsVvvam38lSatBq&#10;qHb9C+XKW5Y1eSyDDWzE3J9p5LA+HE0FKD9nRRa7hG0EQuYUIpxAH+U9e95Kna3RvYHr25mKnaVd&#10;JY+Lc+Z2/jqcvwbLFj4J3NkiI+n6mHvUb3UJpItV9aH/AC9O/T7dPQodJ+ZA/lnr3tA5/wCPW8cZ&#10;E1Vhlh3RQ8f5RtyHJ5WOPU0aDzSxY1YgzuzBef7Df09vw3waaNGBVjXj8hXHTX7ndjrRlZV9K/5B&#10;173N65pKrD7O7Vo66kqKOdY9ma462F4G5ydZILLII2IEcoPIHBHuryI80BLCh1cPsx/qHTkbFOWb&#10;2Mgj4ePn+oevey6uApKqWIDPcm5HqN/Sf68m/s2nK+M5AqOgvRgzFvl173EKm59D2/qo4sP8Tf35&#10;TTIPVga8Ove+rW5Gr6Ws17cf9C+7OwYAdb8+ve+/qP6n6WH/ABX+nHtvr3XvfY+t7f4/4Ag/qP8A&#10;gP6/n3ZeDfZ1ZSAsp/onr3ubjWtkKX6veph4BJP+dX6C5/PvUo7Vz5Dp1DV7Rq+Sf4evexa35l8l&#10;h5trvR1k9MWwMUvjWaaMMPuXGmRI3jBR9NiPyOPaGAajOKfi6V3M0kcraXIz/lPXvcCDsChykKUm&#10;58LSywqoT7vF46liriPqHeqqppCWYnk2+ntzwaBgrcenYLpXVo5oxT1Az/Pr3t+27t3btRlocht/&#10;P0NMixz/AORZnJU5yF5IJEVUipoShIGr+19CPaWbWVZJEx6jpRHFEJFaOUfYSK9e9hzvPCZCkzNZ&#10;LU0NZHC7IVqnp5kp3tBTg6ZXjCnSzhT/ALVx7VWreHCq1HSS4idXZmQ+WaY4Dr3tCtqB9QHPNyPr&#10;+eD7XCnl0lJPnTr3vofX3s9bXjx6975E8H3oDq7MNJ697fsBKq1BDW5S3P5u6H/iPae4QlDTy6EX&#10;LzgzFT6f5eve19TVAV7cgXB+t+VYW/tfT2GbqOuqnn/s9DtHOAOHXvano5daryo4X8n8hbXNz9B7&#10;QUy3R3ZmtT9nXvbmzDSoB5I/H+AH9D/X26MRt+XQgg7Y8+g697hu7KxF7fX+pH1PFifzzz7YkoVU&#10;9bZ9VPXr3txx02lr6wDf+trWU3P6r349o5ASeGOn4JCGA697E3A1hLD1WsL8fjh/6tzb2W3CVBB8&#10;+hZDLqYA8Ovex72zOGF9Qt9R6uBxU3/tH6gewzeJXPkejiFqioPXvY+7crDHJG2o/VgRwfp5PyGH&#10;0J9sUrq6PrY/F+X+Xr3sym3cmFkhIcEAqBz9eGIN9Y5B+vskkVqEPXX0cwt2ivXvZktpZZBFHZuQ&#10;w/tj/D/a+fr7Szpx6OYzw6wype5/w5/5H+B7MntWrR0ja+q4XjUovzGSP18Xb2UzVBK6qDj08Pt6&#10;TmRjuCbckH8fQ2a3IF7W/wB79j/tyYSeNfooCgWN+NUJvwbWs3t+BnUxmtagf4P9R+3qko7SegY3&#10;bTARVD29V5DYgW4Wc2F72b0+xmwRUGM/n0/1/siEj/A/X2f2pJSnkf8ALUf4R0TTqdTdFG7BQ2mI&#10;5sDwOB6fuNR/F/ST7E/G86mseWU8f4CI34tcXX2K7dlW3tk1DUEP+A/5+iK/7UYef+weiLb+SQ1V&#10;XcNo8hAOm45klsFve/p/P4t7mVSfszXv+h1vcAj0Gx4+vpPs9tJtWlqCoNeGP9Va9BYk6ydPQLxA&#10;x5GjAbgzxrYi5AMotb8XIX/D/b+4mDQpQR8fRV/1rC6n/XGr3q+n1zyKD2k/7P8Agp0ZxGqJXjX/&#10;AFfy6VW6oVfMGSQnyapBqDfnSgFwb2uP+I9vOlmAIB1G6834sEvzz7CN5KFcqD+nx/madKBwHT9g&#10;1iVWL2dl0C5YEg6HJI/FzqP5+n+8sNYjamJvxzzfm4SwF/6e0iMAimmOHW+hbxZVjpUjkEi2k86p&#10;TY2A+t/8efadqV0qeb3uefryR/vfvYLOa06fSOtap0JGOZSVA9IUgc2t/a+nAAtb/Ye0zVtpI+nB&#10;B55J/wCC/wCH+8+7q6lKgHUf5dKI4yRkd3QiY2naRiDwNIAKcg3v9T+CQPr/AI+2eUgObG7EDmx/&#10;F+L/AOJ+vsqubjVTtogzn/Cf8n558unlSuWWidCRi6I6Of66bJawBtYJ6eCAb/4e2epBu7FSPrqu&#10;pUf2h+LA39pI5VAVY5B8hX8+HT6hRRRw6WdPFwutdVrAMQCL+gcH/ffT20VCBGuGXi/+t/aItwPp&#10;7YkudastDU+fn1osCCCDXpVUEJAUsP6cC9vooJ/1/beSQrH8WIH0vb8/Ufkf7C/tMzEyAHiT/q/n&#10;1XOr516fEUBeOLabc/T+n+PA/wB49t0rXBF/z/r/AJJuRz/T2rHSkdTIhaxt+P6f0tx9PwPcYuUB&#10;At6j/he3NrD8XsR734dc04Z60RgE+vUtQHK3vwukXvpuOefrf3iD8jk2tfn6cj6gk8H23IOHW1yc&#10;cepKR2DGwvdTcfX6n8W/PtT0q2hvf6lLj/DyNbiwtwfaeM/45bink/8Ax3pwA0J8ukvkbtDVcGy+&#10;IA/0u0dx9TflT7re+dYdc/s+/wCry5gf69sdtv6/j6e539hpU/cl0gGO3/q5P1j977FGhsR5fqf4&#10;Iuh32MB9tWEfkwf48h6on/eT7ITVALICARqIX/X02a/0/wAf9495DXznxAPkP8h6x9s/7ST/AEq/&#10;4Ol37wS/S5BH0t/X6f7A8geyeSXKojfb/q/1f4ejEHuHXvZVPkxJEmAxKSIXMmVMY0hSbtQVRBJY&#10;8Af7G3sPbuQYYSDnV/k6Zuv7NzXFOvey8dGTxPt/fMCFR45tyu19IJCw49SDpv8A1H9PdrYE2lsD&#10;/v4f4Ole0kHbrYf8vp/46Ove0J2jVSrgp2gA5leCS6MUKGlrtbeh7X+lifx7rJZRXczo8+hYxrXN&#10;KkV7fnX06f35S1u4U8F/yN172+dbYbadd1/M0lRi6TOvSic1NS9DGyQri4zKgcoapZWnNxzYW559&#10;whzZfbta8wwLEk0lhq+FdR7vEIH9GlOhzypZWZ2Ozk8RBMY1PGn4BXyrX/Y697RuFztdtLLNjqrF&#10;UOZxWVmDQVX8PNdLLDIftozDVVDwxPIQTyAQT7Ob6wtt5sPqIrqSC+i4jXoAIFSCoBIH59Flvd3E&#10;W4X9mDqiMxIPH04/4cA9e9iDnf8ASLQR1mP23Qbrn27VVEbwYeggy80kMEZGkSUlGVpFEZuxspFu&#10;fYc24crXf00+5z2i7uiENK7RBSckkMw1cMZPRpdXUroqRBzIKcPSua5/P7Knr3uNtbtLJ9dZPK42&#10;uwc8a1kkApIsjjiBHHBBP5Pt0qKumCgtUgvpUj+vt7duTbXmq1sri0v0Z4wdRjepYsRSulWJoFxX&#10;hnpq3vWN3HA4ZU82X4j2iumnGnn6Y697f6nAbClp6CvOZq4svP8AcnO0cmWxww9CYnSDGfa0XhM1&#10;J9xTep/If3JfUOPZXFf8zQvNF+71+hFPAcRSeI+KyVetH0sadvwrg56X3FrEkrsIrrWOJH2Vx6V6&#10;97DfblbNsGtmMNTHlqVCjUz08r1kFdcSGRaYsaeOoMD1HrA/Sy/4civd4hzRBEZUeO7auvXgrw01&#10;+IrUL58Qf2FVvG8I26Lw5ygZ9QOQPPPp172s6zL9jRYKWbE4rO0+BqfKZMlHR5NaWMGRWkWlq4JB&#10;TxSxzPZzzp+nsPw2PKz30a3d5bvua/6GWjLcMFlI1UI4evSi4jKxERZBqG40AH2cDXr3tl27u6XY&#10;MwyVPTPX4qvPiNRk4fvYjkdSVFZFBK81PAKiNxyCS4B9Xsx3LYzzGi28sghu04aOzsGFJopNPmPy&#10;6L4WmjuoGZVETOAK+RFc/wCzXr3tzz+zcNvrGVG4qWXIjNuaisrIzUU/8LpcSYnqFkMEVPPPA8dR&#10;OAXZhGE4B/Pt3YeZp+U57naLy3RrN4vCQhTrMpIFaswBwtRQFq9PbraWBISV28WtcHGfkfL7OHCv&#10;XvaYo8dU7RzWA3BSVtDX0GOpsTS1cNHNJUm1FVJWVPmjEcEPmENMA2phywBsDf2/Lcw71t+4bXJb&#10;SJeyySMpYADuXSoHFss3kCPSpFOi+1gW2uFuUIJQagOIwdWfn5H/AA9e9uWR3ZQffZDM4/I5aKoy&#10;tdVSy0NJWpEYmrpnnkLU8M/ooI2srAk24HPtLa7RepBBt1zZwmOFAKshPwADiR8fmMfPo2/fKgyT&#10;PFViTjHnngW4eueve2zbW+cjgMtU10EEctJO8sNTW5Sneqh+5qNF6SCo8yoksyLdEY3vc+1W57Bb&#10;31nHC5ImUYVCFNBXuK04Dz6YO8w3Mn6cNSpOTppX0+L/AGT172s8rhsJu/E5OsqMe6VuSrIaxamm&#10;gpY5aMeovCJWhmngjf6lAbEeyKy3LdNhu7KGC+/QijZdJZu75kAgH7ek9/F9TFruiqg5xin+Tr3t&#10;C43FrsTJYbJyZXbtbjPt60TY9p2qK5DKjwx/ewSpBT+UNKHW5va9vZ/c3j8x2t/ZLbXUd0XTvppQ&#10;07jpI1NTFOHHoptDLbuGtGrF5gmv2Vp1728Um8MLFunLSkZynx+Wkp3+zw01PS1FOaOidVR4RKIY&#10;zJMSwte66jwT7S3Wx7g+y7efEtHuYw2XBYZcZPbXh/Onp0aS7xGQQgWjeS0xSno3Xvac292FHtzc&#10;9XUY6KppaXI/bCqiyQjCQCloZkiLxx1EaR+SSdiL31Eg8ezXduUbi/2e2W90GVNWnRUE1da8VrwA&#10;/L16om8wIzHwgJDxqAAKcPxYr/Pr3tZ5ap2BmIcrPviKrx+SykFMlMKB8Vj/ABmnZBrplrRLJGzw&#10;KmoqTqufwfYesLbmW0eyj5dZJbaJ2rrEj1qCaMUoDQ1oPKnT17BtF8Nd7MYyxpTUq8P9N+3Hz697&#10;QFJWY7Zu4cTkNr5GLIY2Oojad46qOsljjVAWSWSmMEKlGe3JAv8A4exLNaXO/bfd2m625iuSmNSl&#10;Fqf9NqPRfBFY2Mtdtn1pipDA0wfNfn9vXva0rt+QNklyeMqc9Isyx/ew46rvUx2bXMVENSBGhksF&#10;ufr7D9vy9KLU211DbArXSXTt9BxXJpx6PJOZFVVoiEqKHhWg/wBt/h697D6beqYfdKZalpq4rJHE&#10;1RHXKkok1VhqJXqlWZQ5YoNbMTfm/sUwbC+5bW1k7whhULoqKdoUacEilcdB645iJmZ44RWlMrjj&#10;xPd+3r3tYZTP7R3JjpcxuPS33KyY0DB/YQz0yTQSVKtOKh5kVofO+rng6eDYn2Vbbtu87ReNa2Eb&#10;FF7v1A5UkEAgUAxQYx69Gclxs99tsUm4soGtV7WQfgqfipSmpuve0LiNubcfJwZPA56EUkLJElDU&#10;5OnfNsyypMsjR01OsLUaoVVzqX9z8W9nm47tuIs3tr7byZK/F4Z8OlD6mteJ88efRbBBsVreLPt9&#10;yHCxEULIx+L+jXFP5+vn73bT1HXDH7Y2az0lJXrU47HU0Ymp0q0EtRojjis9l81+VHJ59kXLdq+5&#10;XEth9HJceM5ISEamX8OnT5V/y9G1s/6zP4YKMjGlOGOve1P3DsGppN67Sz+PxVfSwnA5sZhaqmdK&#10;ZauWRVh+wSKARww6Abq7XLfT2Nue+UbrlGLltb3YNwtmltmKtcRsq4Yr8TKp6duIQ+06xGQKefDq&#10;LS1KVImaOannRJSiNTuJNK6ENpCGYeTUSfxxb3x20zSYXF2WMaYXVyQy/qqJNOogNa3uVuVkmHL+&#10;3ky+I5RqMvw8Tj5dRBdoPEkIOa/5B1K9vx1NHpkNioNiCARf621c+xeKBgxPRTKorr697ZpoFNdT&#10;KnIJkYG+phaM/nSL2Ley+VVG42jr8AY/8d/2OnbFNLO3lgde92y/EdCvVcI/IkyX14/5fNf/AK/N&#10;/p7O7r/kl7M5/wB/Sf4V6kPkT+1k+0/8ebqvz5UuP764WNhcGGPgfUn7bj8jgfn2NeWITWSQCtge&#10;fxYgfi9uf6ewjuA1XREY7aY/l/m6lVidGnT0ndnAtSwi1wzlr6bgeo/WxsT9PaOnn+vFiCb8gj+1&#10;+b8m3tqO11eePLosmuERgOhSp47AH6iw4Nyb+k8jSSOfczH1RZlj9ShiPBKBZDOTGESRtfqW/JX6&#10;n27FYW7sWY/4wFwC3z4U0/t6R295Ct47+N/jCp8Or+l/D005tHiiMyhGjW/3kJUtL9oElM0sIBIS&#10;TTwrHgH2NuCq6TPU1JTtVww5TGJBRGITJAlVDSRwqyRx6pJpKqeolIW9tX5APtGLNZZpVeIKR8jk&#10;VpSmmtfy8urWe8Xcl7cRzRhYu78P9L/Tft6Jpv2PN9aV2Vy0OPr8rtLc9TW5dp/tZq+pwmTzc9ZU&#10;Csq6p3pqGi2/jcdRqZbMzRarglbexc2TA1K9dT1cTR+RqiSkikSzmUrFHApVwuqQsLWFz/Tn2K+V&#10;7GC1styt0BOuepzxbQuDT8uHp8uob927mGOITW9xqoe/upnu/Z/sdVsfNDNVu6JOvtw7ZrqeoXGw&#10;4Ok3HkKSR5aaHbiZDKVedqknpHcU9FFSsXaSZhEq+pvT7Lpvxq6l3rkKOtiMEtbXvIqrHJEyMrxx&#10;aZNZDBtR5FiPZy22Ug0FKZH88+a/5Ovcn77C+xWgSXUmhMg1x61r6dWo/HWs23m+iNl57auRhy2J&#10;xm0aCKCrWtpchS1VOKNqhJqSajZ6eWFoh6GDDj2qqjITwxUWEjlkhFHC8M7RSNH5pB+4jOVceS1x&#10;yy3H49hnfLKu3nVH2h0rj+n/AIeNOFM9STtd1FNGtxJTSvD5aj/q/wAvSO2pgMdVZzOdgzwU1fPu&#10;CoWsxorIYatsfTNSCknipllhb7RJDHqZYpWVv7XNvYhNK8nWSAMUfHrToinhrVGW5uASxAX+tvZ3&#10;ucIh5cijVCHkVT9umUcPLqI4ybX30IjDf4+ZGP8AzatBT/V3dE6xVHFD86a2rZEnpdwTZSWqkRdS&#10;Rtj+tzHCNZQIhZ/6ar+xN6RAnm3BUtFCrU38LDiRLqxmXLRi6kHlQgP1449p/amSA7zapMxNOFMH&#10;4Zf89Pn0B/veBrxNhsScVmP20No3+r/N0Tb+brnaralT0VjKaryf2+5X7O0y4+qdZ6b+ExdbVGpJ&#10;kkj8XllqmF1U3XV7GqplpZqWp1AU8aKmp5NEYp7ug1BxcR+Qj6/m/uZd3Xwd0ldmBkQj7fhHrk0B&#10;8vIdY88to15Py8kMZKxNJSnmH1Yp8uqLqmh3RtrdE5WR9x5POmCOKhx/32Unz7UNN5EpmpHEcuSN&#10;DHLq02bxlfZZO6HRMvSYeDxsypBMh4ZmM9JGxLFblkP1Xj3F2871c321wW4Ios0n7K44t+38j69Z&#10;fexm1arGPc3FGMsg9BiR/VR+fWwf/KWxNTWdXZntLNPXR/xiSrxj05aRKKlXA5/IURWlglV1gnBG&#10;mX91rn/U+2/N0wiq54OB5MDjwpXgB2iH0JRLH/YH6e0nKFvDFt0zXgy7yU+0kfM0/wCKoSOpB2+6&#10;XdLiKOPgt63n/Sp6t5/4Ohw27uSfN0WHydIXaLG9r7nFSkzeSSWipq2ojX0pJKJEN/TqZRz7CXI7&#10;fzOdydC2Mw2QyIoamCWV6OgnqmD00jK7u8EUpChnFyfpfn2Kb7lveN/2S/suTrFZruS3eNxpeQCN&#10;kK1CxAspJZckUP8AgUc188ctco3dgeZ96t7KAFNDSzRwqz9x0r4jIrNRW7Vz0ePrvsPaOyaPKJu7&#10;dNDjZqrH1ORjx8mZoqGqSiqPtJI5BTV00WiEJEyAqCoNrHn2YWlZYsPj6eWiq46yjpqVJYZIkDJJ&#10;T0qRyo9O6+VZFmFrEg+qxt7wKv8AkbmLYuYeYLHfytrM080Ok+LFRjKw4sFH4X/D/ofA9ZDbPue1&#10;7zy1Y75tG820trNboQ6yqwIaMOKOrMpqGHBvn02VvYe2dw1CZLamUxmXokqzV1NStZQ5EpCjGSVG&#10;emnlVCkc0ZIZwAZL2H4ntG0k0Uj0f25OMM3pp/DZiRa50nnn6c/6/s7t9vVpdrt13UXC2kMYoZfE&#10;P6TZx6fmn2Vr0FZTHZ7de3L7lG/1N4YaB9R/VFOH+r/S8egOq9xx4vC7wqPSg3P2blMami6r485S&#10;6USNQ9gl/wBP+cAv/rH2HtVSH7itc/7sllkBFybNpJ5IIIN/6+wvznei/lvZ1/0Nip4eWunD7P8A&#10;VisobLEbbaNutivakSD/AHlf9j/P0djqNv4Vt7Z2NtbTicZoUgLbStOvqUFSLD6WUf09oSvhBLgj&#10;iO39P6+kHjn6f6x9gBVAs4HHwuD/ALP+r/Z6OIZQfqSBxbo12OqX+6lS/rVv8eAAb2Nze5PtAZaF&#10;BKSASOb20kgFVBNrfi/stJPhPT4sf4elkYBAP4uhWxcr6Vvxe/8AUc+o/wBfz/T2HlWhNSxIUD+t&#10;hYXUcD02vbn2Gt+/5Jp+wf8AHl6M/wAA+zpeUJ/Fze/I+n+q+vPsrvyZRT1ZvEav00+ItYi/qzuD&#10;v/UHjj2p9v5tb7FTALS1H2eJ0S86n/kJT/Z/1lXp8QWk/J/xsbfT/e+fdNmUAWOqQOgJA0sW0jhl&#10;NwV/1v8AePeR2xvqG1OB+N/8DdYV74NWz3VOOn/L1I92ZfFSlNRubqyFiz0ybinZQ3qdZDBP5Gqe&#10;GUwk/o49533Dv/Vq1KcSgI/YOPy6h7lUL4rav9+N/hboJu8av7HqXsirXyB4Nm5iT9skSkLSzWEN&#10;mQ+X625HNvd8e1Karmp8pFUROhbGSQwao2XyKGGjTrvrVl5FvqPx7xPup5I7+aUoKLN/S8mA/wA2&#10;fkOsnry4tLa32y4JWqKjfh/h6oD7oyG3qQ9cz4uvp5gm6qOuyLpVUkgp3lx9W9UZjCQY5km9La/0&#10;seW9w96U8+WbH4SJZGaKloqpo4wzWXRPTaiqhiLl7XK+xvLCII9rvMdyKnz4E/5PXz6C3tbbR224&#10;8z77VaTXVyn+9SI/p/z95jpD/FvLY7aMXZ2+66SGnp6reO9aCOqrZIY1dvv8VklRJ5mhidBFBqUL&#10;J9P9v7bewg+B2biaCFSDPSY5JlCgssjYuuhk128RFjCL3F/yfcXbjapdc0ST1BMTkD/nNXAznP5Z&#10;HR9ygIt35h3y9V9Xh3twg/2sqN/S/i/1cOjLfFDNtv3fG/s5WMvhXc+7JMa4JMFRjo8vgKujeJ3a&#10;pEiSLWMylW0sp9I9lZr0tDqvdnYar3/OsG5tf8ezPce/Xr4Cv7aVrTH/ABfU1wxBQajH+r/V9vVn&#10;OAcCcRpfSi2XTwAFMekcHT9D/r29w8XQNUVFtN0RWY8H6KAxvZWHA/r7DwhL91aCn+X/AAnpHdkB&#10;qfLpR5rKx0VNybSSOqKLi5d/Qv8AaBsD/S/+t7IH89DSR4HERUyAXUWP7drDIUo/s24u3+39sbnI&#10;Wi7jjgP8PQF5zl/3VqD/AKu7oUusTVNhqt6pryNW3/t8WgiB/WSf6f4W91aYrSMnRN9SZUsOCeCB&#10;9OeOfYbRP0Iz6Ff8PUMXMWmxJ+X+XoSfd1Ttq8IUcHzcgf1P9RcfUf7x7zB24h7GV1OO3+RPRLtS&#10;12aE18v8Dt/n6DyUaZpNR5GiwJH+oH4+vIPH+v7s6+ISRNsyukVVYkR8WUjjL53+gN7+8h/aTc7u&#10;x5TvqSOAWXzYH458dY2+7lsx33awo/j4f804/s/2R1q5/wA9HO1mJ35sWCOpmpYp5s0GeOaWEL/v&#10;29gMDqR05uTb88+zdpGLED6WvcG35/wH09yVd7lKo117v8/zr0BLqBpVQggHz/PrXjqNxypMZJGk&#10;le/p1KGF9Fixcy2b6/7H/Y+w67XjtsTc1lvbE1JAtf8As/63sMX+43EljfVb8PD+f+HoYcoR03Cz&#10;LHJeh/ZWvRu/5fGXeq+WfTUTzsiyb0x4sXMYswqTb9ZueB9f8D7o83IWG6MhcWOhx9DwPuph/rfQ&#10;e4O3HSdyjYDOof8AHupuuvgB/wBXl1v07XA/u1jrEEGGE82P1pk/4k+wC7dLCClCji8PP058WQFr&#10;/T6ewxzD/wAlKL7E/wAJ6cteCfaP8nSyxX+af+vkf/oj/insuT/rb/gx/wB7/wB559lDfE329H4+&#10;FPs6dfeNv8f6E/48K3IHuvXuve0zmAAgNuLNx9ONR/p/rfj2T7m5WO49KD/J/n6UWxzL9g697OZ8&#10;RJBatAAsXjv9LXNLV/4/T8+zPkSQ+Bdd3Cn/AD/T/J01B/bNX16Dns1A+3nH0PkT6Xvb7imJtbm/&#10;Hu0DaqeT7u/IPgH4sOJvp9Tfj2q5iQDamkU5AJ/a3Ur8hf8AKzbb/pZf+rT9EM3hOYMrhE+h/wAt&#10;BHIv+1AOeQB+r+n19l87RS+I0g/QP/S5HnoT9bfk/wCw94O+5SsNknJTGP8Aq5Gf9nrKW0Brcf7X&#10;/L0fTY7BmqSCDxDf/Yfdj6fT8eyMbngOiRfVxY8fTnR/gPeNUpFSaeX+fo1jajUI6EX2CuQg1sRY&#10;/wBQbA/Tn+g+vtKhZWZjw63LXT173koI2RQQDcEkcHg/UfT/AF/dWIdzXh0ljb4v4R/Pr3tZYmGS&#10;3Kn1kDm4NzoN+Lk/Xj/W9qoQC5Ff9X+odeZqucde9qN6ZjpZh6kARR/gP7R1D8e1tUpQ8B1osACC&#10;R173PiWyCPQosvLaQBewUc3/AMPdA3F65OP8vSSSStTSh4de9gB3RAFlxzC/EEQ4+g/fluTYcDj3&#10;PXtCGe0viv8Ayk/5E6hf3bobKA/Mf4W697AHTZ5G9XDN9foDx/sfcyXsbG/j7c06gE5EH+lHXvfQ&#10;B0qDzx9f999Pp7dkQLLIern43PXvfK3H0/A+h/33PvX59ar1734fj/ffn/ebe/de697zAAL/AI/X&#10;6j/X/wCJ9+63173j+ug3+jEk/wC3v/tz7bkB7evde954W0F/6sCB/rG35uL/AE90rw+XWwaV697F&#10;fo2x7O2tza+dwxHP1/3N44Diwv7Oti/5K23f81Y/+PDom3z/AHCP2n/jrdQ8jxj68/0oqr/rQ/uw&#10;/cVl31VKp+my6s/UH6ZacWHI5v8A7f3ON4P8c23/AEsX+HonoDZ7UDw+pi/wdJvCktiiT+cj/S3B&#10;p4fqPx7DvOy3xFKQQ2nemKBtc/S7fW9j7Q3YH09xTh9QP8HSlq/4/wDaf8vSgRf8oUc2NE31/wAZ&#10;E/23sPe9iBW4FjcasXIbH681Tgn+vHtTe1+mip/q4dGG16v3UPWo/wCO9d4/9Ew+tp2HH0/Qn5/P&#10;Hso2ZsZH/qD9Prx6Pr7inmn+0j6N4f8AceH/AEvU/wBpx/r/AEsB/S9/9a39fYRPwr1Y8T173x/2&#10;3+3/AD9Le69a697/AP/R1yqqQWlsxYft6Ax1OPpqLWNjcj3GKFW0jS4P+H/Z6luLQ9aJU9b/AB7S&#10;NYVmpp7u0RIUXDBeA31P6vyP6e2nKocj9PpuXQi0b+z/AMvr172JvxgQy9M72pgzIqSZuT9vUobX&#10;l/7VlYEEfUW9rr8rLZbfbqCsviN6Z7f9X/FdG9yIRyftsZU6vHl9Pn10fx/r/wDEH2Ee5amekrna&#10;CaWF0kuHjkZSNLuAWKsCttP4uT7S2WhhcyEEoi0H21/wdEW3tFI91LpbQY9A/wBN/m679xqPt/fe&#10;BEcdHn8u8McyhqafL5loGiUpeLxR5OEaCkQGn6W49ufTh6MAtD8ulayXMYosi0/P/P163te0HyVo&#10;6jwUm7NoYHI01oo6qsi2/DWZSU/txyuKjIZx0eV0MjXYcyG5+p91NnJWqyD7On1uJCQJAhH2f5z1&#10;7281+S+Oe/IzHFHltv5Crp7u2TGyMRQw1EoIdEYNVzRQrLPxckgKfyPaNYbuNpGU1/U8q9UVbWTx&#10;Ae1i/npH+froX5vb68WB+n4vz9fYHb9+LEGap4ajY279q5crV09UtLS7hjr6kxxuzlVhxG35WMlg&#10;OLkXP19mMN6YpI2ZQABQ/n+fVJ7BZJrSWF0KxlSc1/Fq8h137ML2jsrcOL6A6sw8+MrKnIUO3JIa&#10;uOkoq2ZoJDl3kVJg1JHNH6G/tKDb3q7uYrzcfqYjpjWoNfnT0r/h6d5pb953tjc26MFjQq1cmrFf&#10;Sp/411jQ+qX/AJaD8/8ANuP/AG3urvcGEyWOq9FRQ1MZBa4NNOunSEsGDxJb9fHtcsglDkEajToP&#10;yKzJMoBDNTy/1eXWT2G+YWUFLKxuW5QE2A8Y9RsDYg+1UGgYJANOmSoWNUpmnXvadrC3PJYj8g3t&#10;bTcH+vtbDT0oOi+fUaBT9vXvbSZB5NJYHm9uLC97c3uPa5Iyy1GD0jzgE9e9x20l78Xt/UHnn/D3&#10;cVAp0ndskVx173wAQNcMCfoApVgLc8/7H3vuIpTHTfz6974+MM12sLfS45v/ALH6e7aqCg62ppXB&#10;6974hSnJCnm/6Rq/wIP0sL/7f3fVqoqk9JpG1SKRggf5evezT/H19VBvWHXJrbam5XXU9kH+4uJQ&#10;W9Rbm9vp7Jt3uBb26RtXMo4elP8AV/xXQptmpy9fqR8Uur8vD697LDXArVTqdOpJGDOtywIa3pP1&#10;ANv8PZxakfTxkrUMMdBCKRjDCVONPXvfGKqlgIaOSRWFrOruso/F9YZSDx/X3Z1Vqihp06JZB+M9&#10;e9iDgO1t9YB1+z3JmZKdQdVDVZjMPQyXWW3kp4sjCj6DKWH9HsfbKW8SyK7KMfLpZbbjc2xP6pI9&#10;CTT9levexhw3f2Eqqevx+7dqYWOlzS0y5Op27gaRK9/sXkmo9M+SzDI3jcRr+4HsuoLbj2UPtk4l&#10;Lxydo4VP5fw/5PTpXHukR21rGeAajxIAph9Xr9n4eve0/XbH683RK8+09yRYlCFK0+5cxg8fNIbB&#10;SIIMdSVCsQ8bsef0lT+T7MGeZX1MuDx8/wDB164hsbvT9GdBHHWR/wA+jr3sOs31lufEBpI6GqyN&#10;Et/8tx9NX1dJp/6iRQRRWB4J/r7cScEkNQHotexuI8UB+YqR+2nXvYfzUstOziWGcOL3Dxuuk35H&#10;qUEH+t/ahCHKioHScoQyrTJPXvcYryBY2IB5FtOqxtzxf25oNCQw8/P062FJDMOAr/Lr3vy2UEmw&#10;JupW/JH4Nhe6n6X97ZCoBPAjrTKQjAj4kx+fXvczHNorqZiNNpYWsnDi0qH6cer/AIn3R1LqgXOQ&#10;OnY1LG1Ap8Sr+df8HXvYmdq69Gy5WjBMu1oSDInrsaqfm/559preMxy3KluD+XTt6Ck8qk5Vuvew&#10;iDMtjdgtyCBexv8A0FyL+1VAa4FemVUsaA9e954aqemkWSlmnhZb2eKWSN1uNJ0tEykcH3qlRQ8e&#10;lKK6dwkNeve1tjt+V0OqLJ08GepTpv8AxuKfKTpbWV8RnrBGmpyurjkIPyB7aeI07Go3+r5dK1um&#10;pRhqHzz/AIT1724z47Zu4o0GFqKnEVhLBxm5cVj6BQCApT7VJpB+3C2r/amX8E+2VM0BBkNV86VP&#10;XvDglAKHSfnQDr3tG5Ta+Sxo8ghaqp/+Vmkjnnp+AoJ8wp0jsGa31+vtTHcJIaAEH59J3t2WlASP&#10;lw/wde9p1geQfqP949vjppwaEefXvbpidQqEsGuSv4NuXH1t+PbU9PDbo62MstwMHh/l697W0RYO&#10;un1C4voGrTzclj+Ppz7D04WrV49SDGhNHB/1V697VmPcBVWxP0P4J+if4gfX/W9lrIwLVpx6PbKo&#10;Uajj/Y697dXcnQOQfTYW5/rxy3q91Gk4NadHUc6KoVg1Ove8UxNxcWF7/n6E/n/fW9+0gAFePV1b&#10;VlT173kpGZTzcEg20/4XP9Df2kk72Y0x0/FUvXy697WmGqXhYAk6it73bi2v8ar+y+cB2FP9Xl0J&#10;rR/FcED/AFZHXvY77TyBcLdiL6udR5/4E/T1n2H76HucUGr/AIro8iJWvXvY/wCAqpQwALXuxupb&#10;m5lH5a/JH+8eyxtKguTjoQ2uSSOvezHbaqjJGn67rwQePqz/AEFzxx7KpSXY5x0eQKWNOvezJbRq&#10;olWOM+XUoUlgRY3sRzrvcXt7K7kHxfjx/g/4vo3Q0YZ64sLqR9f8P6+zRbQqA8cRW4syizk/0hP4&#10;P1PsouA+ePSodM9WvB4FyObAccH+vFh7MftksviezsCqqQBYgk0/P1/SbC/vVrcAusRxQ/5T/P0/&#10;yZ68RqQr0Eu7qfXTzkFA1nYauQR46gfUD68/7cf4+x12+SzRhVa5C/gfnwE35PBA5/HsQQzKi6m1&#10;U/4v/V/gr0U3KaOJH+qvRQt/0jNHNdqf0GQm5uP2/uPpe30/3j/C3sXcSFRCWHN1IAJNz6LE24/S&#10;PYiikaaOAg400/Kh/wAv+qnQdv8AvDFeiE9gRstVWRr/AGJ3YMbWB1ugJ/Nyrf63P9fc2tZRBP6b&#10;nSxPptb9u9jz9fYpsIm/Tq+P85OegvKrJIa9AAryfxWkFwmmWM21tzolQcarkcGx/wAPcLAXekEC&#10;GTXaMctYH9V7j8WA5/x+vtjdlMTPdSJGIxXy/wBXHpfCVMauAOlzuPQ+VjXVKTN5pF8dtQARDYuR&#10;yF1X/wBj7fJkaK3qU2ufyDzpFvz+QfYNkuBccFIbhT+fy6UIaqD0/wCJpljDFy5Vm1BrL9bOBZdT&#10;Nxx7TVU5kD2K3HPqJsP0fQ/4ke7eE0WnV59Klj0qNY6FfENENFlkNiV9KjUf859bXBt7TdSdKuGN&#10;/oeDz+Pp+b29tSag8bJ8Wf2dOAEmg49CliESVG9IAvcHSCVY+S7A2I/s+0xWBWYh+LaiP6kX4/2/&#10;/Ee/LL+jrjNeGf8Ai+lkQ7AehLxcTxyhGBuygsLj6/0BB4A+v+PtjkKqzG5PpsTcfm/+A/3n2SXU&#10;hkoPIn+Q/wBVenwtRnh0KeLidUW4S4N+NVwzaRcX/AUf7H3CqJE0Nfk2OkWBve5ufVx7Ky2lhpWn&#10;59NuNLDT0q6SnkLLzYXAY+ocjSOOObf7EX9p+dwSfrb68XNydYt9fz7cauDXqhrWvSoo47KAP1Fb&#10;XItYWX/D8f09tk8y3KqebXB/oxv/AKm5Nj/sfb9vE2nU4z06iVoT04BbleLqD/rNp44N+Pp/Tj21&#10;yE35Kj/b3+p/2wIHtZ091OjAtxqPH5CgfQf4m5v7jSSKOPqedPAK83+vIvb3ZBrJxgdbAr1KWNh9&#10;LAEXI5Dfj6cG1/eO5XlSQbEXtwfrwR7oWjK0IqetrSh9es6ozMAbafqLHkDi5HP09qejk/ZfXYX0&#10;fgjSSzA83/r7RIHS6tnUdq6v+O/8X06h+JQKk9J7IojRzxrcs5TV9LMRIpH0+gAP+3/w91yfOtmb&#10;N7RqLKF8uYsLvcBcbtpTbV6vp/U+5r9iLhI9sv7PuMi6anFO6WY5pj9g6x8984y8m2WSk+K5kp6Y&#10;ETZ/4rocNlR6aOd+NLiHTa39l6kW4/Iv7IVVSfuWb+oYfm90U86r34/3r3kTesVoQKnHWPlpGzvM&#10;y4wvS294HaO1xckWPIFvp+D/AFv7K3qzM/l0ZhTUE9e9lV+SOhsBjGMdyMoSutQVW1DVrqubkWt9&#10;f6+yHdRrjQk/C/8Az7Xpi6zG3y/zde9la6UlEGF38Q663m3Qo0PwAY8eQSAwcC49uRNW1gjX4lIf&#10;8qf4cdPbZqXbIGHH63/IOve2XfUtPHtyqasCyRyRyqiqqNL9waKr0EeVwLNYkW9RJ92naSN9a6av&#10;GaV/pf6vy6VbneRJHNGympjb9pHXvc3rTa+2q3aLVmUz8lOfAtTHSY3K0MNWUSgilFLW01RA37ZL&#10;ESIDYmwv7g7mzeN1h3pYLTbVYatJZ43K1LkalZTx/hPp0LuV7gDbbSNh2eGGoKE8Bxr1728y7Qzk&#10;xxW4cJDgKrGxPTU+PosqtTPKDNOWgkampqcwLBEyetonGn8X9o13vb63m2Xn1KXRDM7R6QKKvd3E&#10;1Jpw1DPn0ayWKljNAkavKdYBByvzAGTTjx697UWe2j2xBUVebr914bFNJMrtS4PP7iocbAkg0Okd&#10;PLTKYgT+ldX5Psu2ne+SnWCwj2i5liCkapIYHlJoaZ1Z/pGnDp9Nru1gMss8CxVzpZgRX8uGOvew&#10;wyMeF3NlvsKiqzVdkaAstfU0ctLVSzvLGskJwkz/AHE8kKRxAVBZQVtYcc+xXZzbjslqLu3jgitp&#10;MorBlAGQfFA0gGpOih/n0TzRwiX6WB28dfhatBnuNGAr8OPsr172Ny7LwGS2BnchTVuMlzlQuMK0&#10;sFRRyV8Hiy/hP3kKUj1aeSlQsnqOpQT+n2AH5h3S35i2yzmimG2xmShYMEOqPV2EsF+LBxxoOPRp&#10;Yu9wl07XDsV041VJqTXh6fb172hq7G4ptlbbzmKpFf7ufMJT0NZT038U10dbHTza6elS4Depls5O&#10;ixNuR7FkW5Xo5r3O3vDErRrCSYy3gUaOoyT9muv4q9MyzwnQ0bsH7qEnt40NR+z/AFHr3tHZXc+9&#10;K3CJt1auow+PRpGgjE+VoKYPO6PO2QTzvCsDFLoVT9R59mO37NsUe5HcjCk07UDMRGxoAaBDprXy&#10;NTw6QLbX8kHjgg+IWVaFtNVr8X+r+fXvatoKPr3F7SosLlajcGdyNVVSzxmmlwmUx0dZVRReVqJp&#10;41mWVdJvZS4+hJ59k89zzNe73Le2yW9vYxqoaolSTQpoNQrp4cKkD7OnrWKGazchmqhYEt6jOK0y&#10;K0HyHn173Hlp9y1eNn25tKXDUOKmEkstTlHr6XdVWJ4xBLiYJscDT1FMAVMNO0dvIDe/A9vxts0U&#10;ybxvn1Et8GCqkfhtAunuErLJ3A8Qzg8OHRZLa3rlXikicFqfEWenoKef8q/l173w2lgqD+EZ9slX&#10;VMWcxX8USnxWeqIY6LJ1VDBT+GOChnhFbWmsq9UYC6WlS6izX913rcLlL7a/oolNhMIy0kIOuNXL&#10;VJdTpXStGqahTQnHRjHBFDbTa2VHKtXWaYpnj/qP29e9hvmq4NFNRDFYuhy81UQVp6AUpWF1eN5Y&#10;hq+5FOKgWvpI49i/bbWNSLyfcJ5bRVoP1AxLChFagrw+deieQWSW7hGaSck0KkMtOFfX+f8APr3t&#10;wx9NtTBYsNlZs/kchX0582PWbHVeOWsni0LWUdHOkM6z07j9qQ3dL/k+00s29bjfuu2W1uLWMkhm&#10;WTXpByGKkrSnEHB88dObRFBAJJXDFyGNHAI10FDnzrw697n0m39xVtC1RtrOVsNF4w+Qoc5lK1Mr&#10;HMoY+OCloImVVWMfR+bkfj2Xz7ntttd+Hu22Rm41URoo1MdPmXNePp8+tSwTXAQSShz5gVJ8sAGo&#10;+359e98cTgsdURNNWNlTk00mSk3M1P8AZzyXl0tjoJoTUSU8S213IKvb2o3C9uVUSW5tltGNP8XJ&#10;Djh8dDpFfL5dLYbBLeB3QogIyHwfLgKcPU+XXveOsodxZMzgbYoabLho/t6vCYWuhx7AlTN5p1R6&#10;hrU62XT/AGi1+PbMNxtdqsX+7WRrPOpZZVL/ACoK6ePH5U6K47WCZaQtEJR/DQD/AFU/1U697VGa&#10;652dsfAYrJ5quyGR3VU/ffxCgmqsXW4+P7esigpC1NU0VJkE8uPqlb1k3Zbr6QLorbm3e+Zr2a0s&#10;IQm3JSj0kVjqUsdJVmTDKQaevr05dbfDbRxsInknNa4qPlXFeHCv5de9tmK2XT78aTIYCvpGdAol&#10;o991cQlpwt4IzQ01JTVph8v25LXbldHt+fmF+WjBBf271qTqtVOlq57iWStK/tr1qLaFulV7iVgQ&#10;eDHHzoCv+rHXvfeU6+2xh4/tVkzeIyBBZmzr4+gwNTKRcijdqSGaVC3JFr6SD71BzRu+4ytcvDby&#10;WxxSAO0oH9IamA/bx6eO12EGoRGRK/MD+QHXvaTmw2Xgk0U9dsunWZRAJ0qZ4YigAKvNKkSjUbAs&#10;eRf8eza33GwILzWt89M6SoY1+QJ/Z0W/T26h9N3a6icVcZ+3/L5de9iK/Um24dn1mbrd24euzEdH&#10;U1s8Uefx9VSLGtAtU1PSxy48VRYTkhUZuFNr3N/Ydk51vn323sdt2a6isSVWrRMrFi+mp0vpC0pm&#10;nH7Olx2nb/B8WOVWkpVsoQfUDt9eA697DnCYDa+6JKXDYqskx+XjrIPKuYqMfSbYrKWN46eWSMQR&#10;T1FRWzVM6hSyBWp1a/IsRJf7pvG0QS313G0lmVanhh2mViCwBqQoUKuc1D08s9FlhtlluZkgkuWi&#10;VJzUMwVNIoMVU8a/s697f4NrYPb+ZrII6eteroDUwVFbSRUjYc1kMmmR6GpSnjlNCzRAoWs3jN/Z&#10;ZJum47lt0E8kiCCQqQrFvE0sKjWNRGuhyOGrHRsNs2Hb538GK6mfSQdAidfi8qKMenXvdjXXcqxb&#10;G2lUJKmtcRQyQKsgESyBLxzqqMLVMTWKMpupPHuuzyXiia4s/q7OaGQqJYg0ZbNSxkHl6N08HQkC&#10;FXTswCNLfa3z+fXvfHP723JU792zQZDNZeuo2xGZNRR5DJ11TDKyDWBDBPVmF2UDi4vqHsy33mXd&#10;OYJdot955rvdxeBdGmS5e4UVbVT9RmpXj86fLpJDNKti0c1wzLQYqTXh/q/PrFFBDAGEMMUIY6mE&#10;UaRhmtbUwQC5sPr7MzgNiR5PYTZ7Bw13pWkMeNaIDJlHrpInMdDR0clgioztZ7KnPvM3l/kze09v&#10;LTma62pobBF4mORVbVKY/wBPVHpZdQ7u4eXQDv4VlknlDBVr+I/IfLh69N8+WgpsjTY+UOrVSzMk&#10;xCrTx+FEbTLK0i6XkLgIADc+0gqR+SHyxvGrhwRUIin0C9mDDT9bW/2HsNsv1kUE9pdQqshb4nz2&#10;/wAWnokaMPUpKn7fPp19tAjL5CluPGzGTgjSwtGeCD9L2/NvZMbgW1zbNOGdoq6v9sv+rHVIF8ET&#10;Ox1KtK/s/wBX5Ade920fE+K/VVMyFgJJcmmn6W05mvAubexPPIrbdYoy08Bmev8ApyvQ75DZWvLm&#10;KmY1Df71q6rt+Vkwj3/hlYAgwREX5JtRqSANQ5/4p7FfMo2plYg6+P8AeCeSR/h/Uew/exn6l8io&#10;J/n1LMqER/EP9Xr03bNnQ0UTorARoCwNr8OFNgp/Nz+D9PYeVM4u1tXpLfgWIUsCRdvzb/Ye11tB&#10;XQCV/wBQ/wBXy/w9BW/uUidgehbp4m0p/tQQjk3UsFIv6ASefr+fbph43qnjiSTSdaswLMCgvEvl&#10;NlbRbVe/49sblGNvQ3kjL4eig0+WWJxVeiGEeNcm8Rjq00/nq6aMxUJBHIHhLkpIFLRqyzP4300w&#10;LG0pfR+j8n2t4MvR4KtpYIdclVqikkqY/CwB8yRvrnSWGQSa4QT+fyefaPboNw3WOa/tWhSEE/Fr&#10;11ALVwG/jx8v2dM/vOa2vZVm06GY8NX4m+bef/F9BdnNqTbrw2RTKoxx7w1dPHjZg6wyxSU0hjjF&#10;FVU89O8DQzshtx/ZHHsdtm7jnrsqtNUgsk2Inr4qmPySTJKrRLE5llncK4vq4uQfz7O+VVd7fclm&#10;uo1WO4IGs6Wxp+Agfzpn8qEA+42y3N5s5uLGRGrJUrqyR3VHav8Axfn1Wp8qOq8PtzZuMzeCp/FN&#10;DuzB7byGEeGlXC1mJrZK45GmqsZTY+A1FNNCfCySOsZj4ZLe43Y2GxWQrcEKzyJl67HTZGjyS/bA&#10;zxwVALff1csMlRJVSSgAWB1AfW/uQWubWWzSAW8pmFBrCDQT666lj/m8hTqKeSt2kSPcNvQOWtp1&#10;haNfJqDAGqoSh/LqB8Tt1b225iOzajb4xQ6223vGLbVdsyT+LLLhTUYmmWKk2ft2jqabA43b1JSO&#10;ToZowjk+nT7YanCGsx0VXBLTSZPHRGHKwRSF66oqJX1o9LEkclTNDHGLu0hBUewruu23N9EbG2BF&#10;wzAnUKIKf7UGtONRxr5V6mSDmA7YybVLa3Bd+4OqVRNP8b6l0vXgNPQ0bb7Op9sbzrMdnqTIUmyt&#10;01Ardi5WaBIcBisZRUqU89Hna+rroMPj6+syMmmlhow6TX/1XtRbZnkrNl5OhqIahptWOCxyJquB&#10;WTSkgSFmOlbfQD6e3N5pHy1AzSKwi4ha6u51P2YPCp4dEytE3upyjzObhPoI0u/EGr9T9SERr2/D&#10;8X8TYWnQY9jY+lwPyc2fmsbNQ01Nlot0yvWxyJHHF9rtWCjVZp6dIUjMzSEL6m1FvY29PwRwxbjp&#10;1DSVMhw4l8BDQMImyjIFGkMbo3NybH6ewx7bwz/1g2vcoZESzUSlw/8Aad6ShCPlWueHAdE/3r7Z&#10;UvOXLugEf+MU/iyLRT69Vi/ze8+JMn0QatoqeCJ+zf4PPWt4ViDUvWwyQq2eZowTMFCeMLY21exa&#10;rsNNUYiekdplqJAq1RjLrpAmDU+gtDruVHOoH/D3PN7ZvJuUks91EIZFAB1nGFrxHpin5dYo+3m9&#10;WkW5bdOI5fDkZtA7c01a8Bv8v+ADqo7MdiRbQ7XoNz08e263D7aaGowy5BFqC89bhEpa5atI66np&#10;XUTz/t+GSM3/AFer2UfsKofLb2Eio6JDTUUa61ZZW8FN4rsNUvp0rxz/AF49xHIba2lfa7h0NwJD&#10;39mj9Q8NdAOP9GnAY6z/APa7bJdm5HRriSEyLLK5o1R3yk/wp/q8+tmH4PbZTYHxQxiRywVAr8ju&#10;jKPDRyiakT+J7gnyWmnVIqMAj7n1cn6fqb9XtS7iVZIopEU+ZsfBCQY7SKFp7qxS2oIGNhz7XW3K&#10;PNW7LLtnK22zXkqqr+JbxyzKAzfxwKxGPMqKfLok9u7hbaW73a6mVrVb6aiq2pu2Q/xdtf8AbdB3&#10;0Xk6amy2QjzDyNj6beefrlokkRll82UJ0iCqK07zlT6gR9T+r2KHSGHpHpq6RWhZlSsaZ6kxs4dp&#10;aF3jDCNuV+ig2N/zf3IvsVcc27fvO/2V5YNDeQiSN45VlR/05EQ6VYB8sp49oPAZ6xU+/Tve1Rzc&#10;rW8rSs5limQR6MqyXAXVVhXPxU8vy6A35t7v3nH3FjaLZUmqlynXuCpilNJlkoYqSsrskdUiYerM&#10;cORVNAclGH4K+4NfBTvm6tLyoajK1NMgQxgLLLVuY5WYoP8AJeCfyR/T3hl7sblue8e4PNjyx27G&#10;23a4ZlYOTojuZg0ZUO/6nfo4AH19Og3ssGtvu/cnyWttblv3Naz1de7QdvhNDT8Xlx0/0ujYdQRy&#10;7R6TpKrIGdclUbFXNVtUGsTV1G1cZUVJhqKkUspKVNM0nre/+qf21VqwUz1NQKmqnaiWoxZp3lWU&#10;M0TeQNDEf0x3GlfV9Px7KuXWvLm63OC72i0gs5rSQrOkZj0O4oqvIaKW/G+NQ8z0tu2vb+z5f25Y&#10;YFuXvra8ZkDKvg1AZNXxa6eWnT/S6k5aVMpt/rqgx9a8tfX7u2dviqpaiXVLLhggSrcRReScLZtF&#10;9LRlvpJ7SFbGViim0OfuKbzeoWMRd5AEkYofHI/4X8+4cv01NzRt0lzCJYbuRdWrsfQn4MjXnzx8&#10;+PU3JdxhIYxGyjQBw+X2/wCrz6sf2tWKk20amCGqkgONx8P20UQadBLVLedlDaUplC8tzpHsNalo&#10;rVplBUiojVGcKuljxZ78r/rD2HmtDLt+zrEy1+lZ2pn4c/71556MLcSdq6GOv0FejSUM8sWSqCAz&#10;q1UkUYBZg3l+roBbXALWJ4/r7QVfCp+5tLFE8BUGKR0Waa6h/wBpBfXpB/4n2HL6a4ghs5/3ZdTx&#10;T8DFG7LHR9PefwV4f4OjklIJ4YZHGqQGh/AKep+fQ14hoyxjNVSxNF9WlnRQ5KFrpc/uf1J9hnVF&#10;pFE8kZRWXiJgVnHKLyhOhBfn/BfZDvhVYr+xjkq6OveD2vlT2NSr0xWv+XBybcxzvb+PGZB6Hjiu&#10;MVann0IlGukobg3UiwsdPD/rHFvp/T2Vz5J0zv1Zu2xuDFiv6B7DOYUXYKD9P+J9+9vJlfddt2zt&#10;8eMtq/gGpHfsr/qH2dBfnWVP6r3UGg69I+z+1Q/6j0/Rgag3Nmvpv9eLix/P090v5R428wAdmNh4&#10;yAZCQLWCfU8f7z7yd2Swm/eG1baZE8cyN3fh7gW+3/jPWHO7wH93yxllyW/wjrP7s9+K1Q8WW63q&#10;kVNcWfmX0BgG/ZkCqwBDORf6XHPvNSXebS32W3tpYpG0qDgLoOB/E3DqHuVNunvr0WltIiu0jcWO&#10;nifQHH7egv7koFynWe/cfJJ4o63amUp2k1BCgkp5QzB2SQKbH66Tb+nvYJ2G8GWp6Wo0ukaCJZiS&#10;AwWMR3LoDKfFqPFz/sPcAb3NtzWW4mKKR76VpURdCatZbIr9hr6dS9zbZbrZ29tb/VQgrErMxZgv&#10;wn7P9Xp1qhfJ5N49d7rXHtkcQlDGYspFVVdVkmx609QK4xJTSK1FH/FSkFnCrfTb1e2rdMc2BzSZ&#10;eERV/wBz46ILTK1W0cJqJptcgQx6AviHOogX/T+fZpLe69s2XbZNvnhmieNyZ10R6dAFATQ6q4Pl&#10;88muuQJdew3+2RTp9cLmSVm1duiirpViA2rV56dP9I5HSr+OVViO3evd2bSmyzYNKN8/kpZaeups&#10;XVVmW+yx+Nmlp3lbKJUU9WaxnjJiEsmker06faa7EVdxU+KipJqWGUYegnnopJNNS8wWr8phpomn&#10;ZtZnVFJ9RYFb/wBQlabNcSbnuNzJdwaTJIw1NpwWqNFUGMGnl59H/tZb321XHMj7lGz+Nu1w6lVY&#10;1Rmi06tVP4W/o9Gm+Lmch6ppdwUGTwm58jTR73zGFo9yUGNFfi4qONMDDCc3mZ5KCOKojFE08+kC&#10;MRsrhfrpLNnsfNQvJDPA6EGTSvhfmzyL9JUjPLA82/1vaa/jcSSIZlVq8C9D8uFfl/l6yAs50vWe&#10;OLDD1ov+CvVquw9w4/cFFS12OnjqYWSEmeOSCRPVDBKf3KeaROUcfn237ebxTSLOANayx6SDqswC&#10;lrOQBbV9fx7KUdWfw4611DhwH+rj8/29FW4t4dw0eT9nDpS7xhaakjlhJbxNFOW1EBjGzPoBjBN3&#10;02At7r6/mC0MlFiMN444vDIrMkpQiNgMhSAlZAiAkngfQ+yy/q0C8dWK/b/xXp0AucQ37tir6j/D&#10;0MvTmSGS27VSMxMsVcI5Y2YF4m+3iYI6h5GRvUTYm/uqDGNqydMfXrEq3HF+f6AjnTb2TQBWRARg&#10;lf8AD1FErR/RlWXy/wCfuhd93WsrLSxSqvos/Nm1frAP0seCf6+8tOXqW5uLCbulGn/S8HP+Cnl0&#10;G9mZfoxZU/VX9nxM3+rt6D6p0vUsb8kj/U34Vf6gj6+7Pvh3TyLsSpkOn1lf1E/T+M7gFjYXN/8A&#10;eveQvt/e2MnLFzbJG4kDrXtXzaVuP5+fn+3qBPce4trjmCxtyjmQB6U44ji9f8GOtTT+f9XpB2P1&#10;9HI8gAlzpBiKlgRtvrg3XXIiixt7OKkY/Nr/AOxt/r/Tgk+xXPeKwADE5+XQDnQNVlUkfl1rkT5g&#10;+geVm9R0jUD6DY2K+T8A/X2G/bMVthbpZWIAxFXzc/hRa3H4H+PtHPNGbK+DCreH5fzr/q4/KvQn&#10;5YUC/sPE46/8hrX+fDo7n8ubK+f5hdI0zxoxfe+JsQoKgtFUkhry/wBR/qfqPdG25/TumtUjlkLA&#10;/wCvVS2JNr8gD3C8wF3uTzRntVv+OtnqXZ3y37P8/wDl6+g9tfjbGN/wiiH+HNLHwPxxf/W9gF22&#10;R9tTcjiWJCPpyIsgOOOF9h7foHe9jnofDUL+3PSm0VmKU4f8V0tcWLRN9f1MR/QXCnnk3Y39lvc/&#10;uNptp1vf/YE/T/Y+yQ/qMdPR6B2r9nTp7xvcC39fT/jzc/i3P/E+/eG1aU62eve03m9IjF9QOgni&#10;1+CeT9OSfZBuiuI7mvp/l/1DpTZAu0yjr3s4vxCIk+903uJIh9Rf/gJWfSxP9fajkV1lWcIe6q/8&#10;/dJlKxTvU51dB72UwTbkzH8NH9fp/wACKb68ge7StjwvVSVcMbKrsIra76bqlQTzZjz/AK3s75kn&#10;jsOXmmuYy6LT4Pm4/wBX+XPUq8hzp/WOxfS2lVf/AI1G/VfXZEqwZLCTsG03rRwFDEMKRQfU0a3U&#10;kf2vZfezo3GMkIIIQXI1E8NPQDj02uLc/wCPvCXn2m4bBJIlU1U+L5On8v8AVTrKmzkBkmWmTT+Q&#10;6sA2SPHJURnSTaK7IABe1UbGxv8AQeySbjHokLLck/j62UxqfqRz9feMUwqNSnsB/wBn/B0ZoQdL&#10;/h6Ef2C9QFkMlybE8g2/qb/S/PP49oSTqCrxr0451GgGeve8uOgkd5FTkWseDo5dfqQD/T35x8I0&#10;93SM/p6o6Z697XGNiYOrWuIiCxAPqI03A/rz7Wwgsq1wSDT8+tatVFOCR1729sysxIVhpYj6D/Vf&#10;T/eeP8fa0U0gjh1ovqUde95FVri66b2/p9B+D/tXP+8+28SuFQ9JZO4j0697APu1Qpx9gbeCL/b/&#10;AHFRb8W5HuffaVRBbXMTU1NMP+Or1Dfu0pFjbio/D/x49e9l0Bb936fi1zzc/Tn3N1zEwvIG4n/V&#10;/m6gML+lbHzp1730rDTYn6f1/Lf0+v8AUH21N3SuRw/2OtkEs3XveQn8/Unnjgf74e07GgrTqvn1&#10;730eRYcH8H/efp/j78ravLr3XvfYLWseP9a/1uSByeb+7de697yoVIN7/wC8fnkH3VlB691730ym&#10;3p4tzfn/AB/p/j7qU+fXuvexT6Pcr2ftANfnPYFQV5uWzePBv+D9PZrsg8Pc7JzwEqk/kw6KN8Wm&#10;3TOPhVXLfkp6iZAFqCtUfU0lSB/rmFx+OfdjG4AB2BUKykl9k1KiwFhry9QoPP0+nudL6Jml2+YS&#10;YKRH58a/7HRIQDtu1Tq36fjRN/S+CvSawx/3FsOAY8kVN72JWCG/05I9hznjGmHhUg6xvfFrcAaQ&#10;xUqLD6+0Uo1x3Co2RcV/L16XIokF4ytxVj/telBHc1CEgaTRN9T6ifKvB/2B9oDvmMtJt51I4xLE&#10;ksLMBVOSbrc3NvbspE1muitFA/wf7H+odPbRcpJt5gGrWCv/AB3rugBC1N7f8CXNh+P24/8AYfX2&#10;T/LPqlkfV+prAcA8FfyP6e4u5o72iA4r0fR9kMKNxp1P9sJNyT/U/T8/74W9g8q2BXHW69e99e6d&#10;e697/9LXEy6rBUuiMGHp4BH+ojb+zpU+o+400khc46l+3jND6db/AB7R9YAYJCSQDc/W1uVt/vXt&#10;NMP1afLpi8XFPL/P172KXxTlD9VdgwgklIcs4BFwS2Yex+tvx/j7MpxnbqjGr/J0b3Kn+q23AjAm&#10;k/y9cT9V/wCDf9Et7Breb6a2exbVqYcgHnyycc2/J/2/tHtqgwbhXh3dB7aUBjlH/DG65ewtqZ7s&#10;wYLwWsx5ubuP6jn2sjFUT7B0vY5I697TFW2mQkNbm973W+p/9f28Om2wR1721SuV1Ne5NyD+Ba9r&#10;H8Ee99UPXveXH7v3XgpBLidwZXHlbBRR5Ssp9P0AAEEqACy+6mOM8UH7OtLI6fC1OvexPw3yr7Fx&#10;Bipc00W7cfTr41p90VGay0OkgmywyZVIuGN+ABqHtgWSdxXBPpj/ACdV+omDHWdQ+dT10ABcgAXN&#10;zYfU/S5/qbexGpu9Og97J9vvnYUGGq5raqva+1MJGoKln5nymRnYG0KAE/gkf091+mnilBV+zV5k&#10;+vStbmxagmhAHyA/y9d+2TN9DdL74p2qOv8AfuExiSEmGl3VuHamIyCaZIFcTU9JTTEA/aTFfyUZ&#10;D/aPvZuZlnGtCR+fz6tJZWk5BhmUfaQOuhe3P1/wuR/vQ9l+3b8T96Y9Hmwc1Dn41GoNhKybKowt&#10;AvpagxDKbM7A8/VD/Q+10e4qlNa4+f8AxfRTdbLIorG1fsNf8nXfsum4Ort67fZhktt5WkP0LSYz&#10;JRW4Vrky0UX1B49mMO527MFMn7af5+iC5sLqI/2Z0/Yf83XvYc1FNVU8oFRTVEPjIJHikQcXHqDq&#10;L/T2axvHIlUdWB+fRe6EmpBx8uve8ekE6jYMbemK1rHlS449fPPu9QAB/h6qe3j17321xY2ZfoBc&#10;f4Hkm3vyhGqa9aoDmnXvfdzYaiCSwt9CLfj/AHn36mlyAOmWT9U0GdH8+vezO/Hc6n3pF9Sdmbpk&#10;t/TTjKf/AB9h/mBSUt/9OP8ACehLAhbYblfMBv8AjtOvey2ZNStdVA/mWS9v6ajY/QfT2IIf9xbW&#10;n8P+boGxgLb2wHDQOve4I/w+v+8X+nH+HPu/28Ot9e99GwBFzzwbf8Txf37rfXvfYHH0RzyRqufz&#10;z/rn34de697kQ1U0BDxuI3W5UpIy2PIJuCCL3/x91ZdXVlYrw49e9rPFdj7sxqrE2YyWSpgf+Lbk&#10;66uqMY4uSQ1OKpEKsTcj/Ae2mgVvIDpUl3MoFZCw9CTT9nXvYh4DcG0t419Ljdw4Okxc1bLFCku3&#10;8bSozySMEOt62aZrHUSTYn2mlikj0ujEgN0usxFeTxK8YBr+Ede94tw9X4j72eHBZiGKRIzKsOYr&#10;aKmkZTJKiKsUMAa5OkAAf1/p7SxX76XaRcajw6R3Fukf1CxsMO3Egde9htktk5vHOxkozPHHfVUU&#10;cVRPAxTyMSJftwhLCPUOeVIPsxFyJFRtRpQdNz28ipC1O3wxw697TsEDwVSmWGRdM4U/tN5FPkBs&#10;AyqbgD/b+3VcnwyGzUdWgBBtmIz4y/5OvexN7UF6Hr1l1ssmy6WQ+b/Oq33tTZdN7D0/7z7TW5/x&#10;i+r8RlPWr8/43cfOQ9e9hAykfS1ifz+P96tf2rBr0nRxUGnDr3vCSVLG3IAP9fqRz9b+78aDpWG7&#10;VIOOve/HUeQfr9QDb/W4/wAPfhQYI63Q0xw6977SRoyrK7A/6kE8/wBOLjjn34qGBBAp1Wvp172v&#10;qDOVsGBmd5mrkjuPt6uWSeIBprX0CQfqY/1/HtJ4Y8cClOlcMjCJiTUAefXvbK9Rg8pG3libHV7j&#10;TD9pDTwUJe9r1Du7MEI5JHN/auNWVlUnt63W3mwRpY+gAH51697j0VDJTVcf+UU7pqU/tzq/p1A2&#10;GkC5IH091uSqoQOjXard4bhT4gMZ+f8Asde9rSCJfqo1avqSBbmxa3F+f9t7DE70bj59SBbKtFp8&#10;P+qnXvb7RcFf9ha3/IP9bD2nkauTx6PIhgDyHXvbjLKAVUA+kA8n/b/T/X9p/OtQR0tSOoBrjr3v&#10;GTqVbn+n1/2/55Fh70WouoenSlTWjeVOve5kYCutvr/xHH+w9pS9KgdK4uJ697U1KxVzwfp+ObAB&#10;7i39oe0tDpH8Pl0IbCvb6f8AFde9jHs+W36r2Uk8kgc/c88H+reyXckLEhXIOOjylTx697MrtQ25&#10;fkjTa9z+ZuDyOLX49h661aRo4Vz9n/F06EFrXUNPXvZjdrhWiC/n+psR+p/ofqLf77+ntB5t+XQj&#10;tclq/Lr3sxu1l9akMLBYrG/JII+ungH2XyiIVIGfz6NUWnl10fof99/vfszWz5WtAqN9HS/1vqJi&#10;/wADwfZcUHeWX/VnpWq+o6aawehh/gSOAB9D/vXs0e15fTB6D9Y7kr/QwAgm/wBPZRbj9STPkf8A&#10;J1oefQXbpS8UlmH9r6H/AGioNwNN7i/sdNvykhDa4sgH9P0Q3/N9NvYmUZi+wf4eiy9+If6vXoo2&#10;+YQI6wXIOuc8/X/lKt+Lar/7D2LmOZyoP1J8Rsb2PpQX/wBqP59iayA8KEeVD/l6DtytfE9OiFdg&#10;Igq64G4AZ11cXH7jHi/0HNvz7nVJ/Yc/jST/ALdbf4exlAKIvrw/meg1drRgfP8A1f5+i5oFOYg0&#10;/XzR3P8ArNGRz+Db3C287iMFB9THaw/t+vT+r/Y/4e029LGIZRJ8/X4cV4fl8+noFCwxg/w/y6XG&#10;fgL5SjBIuI5bWI/V+0BcfT6/7D+vtRVbgBQf9Txz+bj6er6Wv7j+3Da2+3+VB/sdKI/h/PpV0UV4&#10;iwN+Vt+QG/c1fpTkknj+v+v7S9QW8ZUH63sPz+ofT8/4e1kpHiF3OMf4B0vFSFZuB6ErDIC8SohZ&#10;he4vxciW2rnTcWN7+01OPLccWW1/9c6bBfqbG3+v7LZpHho1e9v9X/FdXCshrXoacRFEAAVIRbG3&#10;0JBL8Ecfkc+0/WxsxsAwXgAEgH6C31F/zf2Xm6SIFK5p5VJ/zfLpTHQJXoU8PTBkSUgMSxvfhLC/&#10;1H1Yfk+07U3UNfggH8G/0b/C319sOQ7qA9V6VJ3Up0v8b+lfQVJcCzcXtpte5vxf/W9ssznxszDg&#10;WIHP9G4/3j/efbRjAcaTk9UkXvFPPpV036lW/wDifxyWW3HPHP8Ah7ZJ5OWFzY6je4+l2Fv8b+6C&#10;JjTI6p4TV4jpT04FlJHPpFiPzpB/xI/I9tc0nquDa4FibDnn6DUbe3UXSKVz06i0FD05xpqABW9j&#10;/X/EfX0j6e26Vz/UXsf8Prew/wBb26OrHHThFGp/B+v55twvPNxf3DJuTc3txY/1/J/1x7WxnSjA&#10;dbBoG65kcrYfUDkf7xbk8H3mBXUP8bfWx+lza/8AQ34t7SOS8YQ1pnrfAYbrmEKksPpfUPwb35+n&#10;P+v7f6eT/J3t/qQP95b6cn6fn20v+5Vt9p/wdPRf2i9J+rjNpeL/AKfqP6aR6rAXvfj3XP8AOg6s&#10;htIBrgS5ux+gNqPbXI+vuXvY1tMe8HTnTD/hm6x/972puuxmmay/8ci6G/Zotj2/xa//AFnqfZCq&#10;0gvf6MAgPH9CQCL8/Qe8lL9KOoPmV/46v+frH2yorzL+f+r9vSw9w3bSByObcXv7KW1fh6Meveyz&#10;/IqaGHb+O8kSzeXJNEAyB9LGhqWLgXte/wCfZLvDabYNTh/m6TXJAjc08j172VHpbQcVv1misPLu&#10;g/pHB0Y4heT/AE9tIaxID/vsf4OPT23/APJLgx/xN/59HXvbDvuniq9u1Za6iEzyxglVXyRUdYUJ&#10;DA2Fm5IsQPamS6EDwEwCQ+EBQivmO78urbgkcj3Cn4vAP+E5697b+vsDWUWFhyy1WPmElOtQtBV1&#10;X7NRGaeGbxSU/jDSLIF0EKTcEj3EnM25wT7m9s1s60f4lSlO4ioNcevQo2BDDZ2VdOkwKe75j8vT&#10;r3tf7k3Vu/MYzBvHhafaGGxLUNC9ZtqlyeJo59UxkjlqKh5ZKV52ViAbgFR9P6h7b9t2W0v9xb6v&#10;6u/nEjaJWSQioIIVR3U6O9yup/8AEZIwRpjK9oxx697EiDd+y4Vp6HcWazudgq6eZ38UtBlpTLEG&#10;WMOJp7B/J/UE2HHsISbJv0jST7XYW9vIjACoeMUPGlB6f7PTttcyPEI3LsGFfX/Dx697C/FzbK2v&#10;nshnpMVu8QEj7Z2wtKIoxNRvTMGY+JUBeX8N/t/p7GF4u/7rttvtYubHxR8X6jasNq+fp6fs49MX&#10;FLdzKsS+IPl6Y697Wm0tiV393KfsPGbqoZaerEjLgKjORhK7wV1RhbVWKgTySmnlvOnrbSRr/wAP&#10;aHfd1ghvJeXrvb0E8NKyKmpxrVZBockjIwe1cVHRvttqttt8l+JEBWlQCM1ZlGKeVaj8z1721ZvO&#10;7gyG0Me1HtzZlNDj5a9sVLtenqnqFlqKxBWmq0SusYuDo02Ju1/ddq27Z7bfLkXu57i5kVPEExSl&#10;Ap0aageorWvl0HbWP6uC5MtVVQKafmfPj/Lr3tH1G7aCPbU2MrMTT5PPssoiq6Si+9iMjSCUJXVR&#10;n86xonpsq3DC3s5h2e6O6x3cF48W2AgsjPpxSnaoFKk+p6cTcLizjW2hXxI0NR5juPnp697jptIp&#10;SJnclLnIaekRaunh24nnpKaoQK7PWI8IWljYGzMGBvYX9vy79rnbbrSG18V6qxmwzKcUU1Oo+gp0&#10;6YkSLvYx1q1FwO4cSD5U/wAnXvadl7Cmaqpp8fS1JrMdVRmKPGQSM9RHSH9uepWGpLmqlaxksQCf&#10;p7Nn5aQRstw8SwyxCpZqBSwyBqGAPLosmv8A6UeJaRhiPJanPz0+Z8+HXvasyW/cjK0dNjsBtCry&#10;GXwUc8s+TpZzl6PIV10eSEw1QmhyVLMQVJBdJC17n2VWXK1vFbyX95ud0tnDcsgVHXQyqAfhIoUK&#10;k/LhTpkTTXiEXAiErA01tT4uFQa+Zz8+ve0BX1mUppIZMxi8VU5KYxQq1JFUVFbpkLaRL5GMwQTA&#10;3sbBiPyfZ1b21pLHILG8mS1WpoxVV+0AY4dJ50u7JI/DihJ4UQFjQ/LGOve5qYOhngkyO5KzJ0k8&#10;bNPQ0uHMMksaBPLGlVBVKHgjSW4YL9Bbm/use531tKsGyRxEMNLs9RWuDpK/FUUpXj0/Ai3Eeqd5&#10;UYUIC9o+3uz9vGnXvbbL2RNTLDRYOjmNQCqSTLDItTVsD65ZjS1ZeWRk4J03t7Uvyv8AUPJdbm6h&#10;DU0r2j7Na4z8+kc26tbTlLSPW4OaCp/OnXvb3Wb5lqKZaebH46PNUaNEzSRyKYzIdcmt3qPuEbx2&#10;AFhc+yyDl9YpjILmU2DGtAQeGBimnj08L83X+5bBJB+Q/wCNcPKnXvcGj3duahxONebJzpJoqfCK&#10;OsrHqZv8odZDlAZ1YSIH/a/2kn2uvdm2a5up0isUCgiupVpwB7cft6sGWGOLxUgR/wDhZA9OOP2f&#10;Z173NkqJc5kaKXddbnqyZ2n/AIjFAzVtMQIRHT/YCraRpSFijMtz6WBt9B7Zls12e2kTZ47VRjQa&#10;hTxqdRWlOJ0/8X165ZgschkmJ89NafKnXvcag3vh6KWemxEOdEpC+I4uliWeXktZzBOCVS5sB9Ln&#10;3W62C/uRHLetb0rkOxoPs1Dz6Sm6tyZVjurvxMfMf6v9nr3uTkOxa/KUdTi87TYqvFKnlpqvLeaf&#10;OReZlstM1RU2EqRqBYL+nj3qDlaOznW4sp5YycFEIERp8gvCvHPVjeboA8YitJKCv6uqufT59e9w&#10;9vGlrcRXVNZU43y3qEoaarqIhKJVA8RaOVzIkJU2BXn+ntzddUG4W0dpDN4dFLkKaf0sjBNeNevL&#10;NatpI2q18Xz7O3V51/Pr3uHSy5JKaYVENbNTGqljlp6SKefHPQEC6IlwrzMgtp/Tpt+PaieG2Ekc&#10;kM0Il0Agsyhw/wA/lX869PmW+iGqKGyVa5ALAEf5fs9Ove07uatxcdVjn2Wmchr4YqNa4RUsdPNB&#10;XJJUCriiGObyokc3jChrOOL829mW2Q3T29wm+NA0DM5WpqpUhdJ78GorWmPTFeivmO9s5oreHaoX&#10;S8IXxdC9uvu1hSMlQ2n4uve3PDVm66eVZ8lVyvBXSKk6ZSprFq71RUSERylbvpDDm41XB9pr232m&#10;W2eO0jXVEajwwuntBpw8vs6UbRb7rZ2fjzzApxIZmr8Kngwpw/n173aJ15oXr3aioI2RcPReOy63&#10;8YjuLD/H/D2R7LfRw2m6Q7gLmjTtpqvZwPDV5dHEEnjAyvXUUb/B172yVFdHB2vtOtnpoqyOnw+Y&#10;Z6WtjEkMnAbmIkBrAf19mm1/QcsbvZ7w+1Wd3aNR9EqAg0wKjtqR5d3mem4kEVi0rRq2PMV68f8A&#10;bf63s7ON7XnqcJQrhcTjsJRyx304qmnoZl0TvdY44al49BYMD/gx/r76G7595qPm7232nkvaOSNq&#10;trcJlorZ4x2zib4lmZfw+nmeoq3eS5nvrnwhphrwoR5L8+mZcJTGZZp5qmsaMkp928UwBK2JN4Rz&#10;wP8AbD3wqcbi90RvU4g09JkmCeeiq/FS0MTagiCgjRJJ7NBAzS3/ALRH4PuCbexa4jRLaSFGirq0&#10;H+L09Oi5LK4ZR+t3f6b/AGOnDyNASJAzx8eN1Bd7WGryk2UHU1hb8ewtlV6bNU6VVLU05DMNNTE0&#10;MgDUqkBlkVSNXFuRwfbV5t3F0dXBAz8Xl/xX8+l8du6Wd3qbUdI/w9SQQeQbj+o592x/E8kdXUyc&#10;KBPkzx/jmK23+HP+8+z68RVsanIoP8IP+ToW8iPp3G9z+BP+fuq5/lqhG/cBKoJbxqB/T00K3+l/&#10;9V7FTOoBLZibKzEfWwPNrDgc29h+7Ja4QhfKP8x55+X+rj1J15dOuF/h6atjSH+HXAHrWRfpyTfi&#10;/wBeL+w5qo1LSW4u7ggf8hWP5sPb9vM6KuvP+qnQE3CaWTVX/V/qx0NNK/ERAuVijb1W5/Qf6+r8&#10;e1TtTwxz3dA/liMPKhtJaWn9QuByLfX2zuTG4gkRsDh/xlvn8utbVq1FGwdQ/wAnSF3z90aZWglM&#10;ZpZ1rLI+gSeNKglGte6nX+n3zzWJqKfJLPFE80U8gfXoZtIlnkYgFUtYKAf8L+77HfRWNlPbu9Dp&#10;Y0/JV/L/AFfLpHu9nP8AVB0Sh9P9seuGBz9LlcV4pp44KijiEDRmRELyQU8fqtJLqZmdiPoLkf09&#10;j7sCJ4Xx86w6pJMdFj7MjatNQ0OplBGrj6c8X/r7JJI7i83m12qwudCzTCU6H4d2mh0f7P2dMbrH&#10;JFs8tzdD9FY6n/eeiIfJXJ4qHZ+86rNTIlFhspW51ZKhqdaZajD0ddVwo71LCFeEuLaW0/2h7Ejf&#10;dPSYnBDLVdPT12VxTLiqCCeOKaOCmrGdpGcMqSw1CSG6hSAP6E+8mtwtNs2blG0hlWJtzCqGY5YB&#10;aZr8fGvnj0zjGzkGRDzrud1pC2F1I05WlDUaB8Ncin/F4zW38Yd5bj7Z7TodjbWyeb2v1/vWCu7E&#10;3Zl8PUVeLqstnMLJSLQ0VDLA9XiMpgMjRHx1DSpJLIvCuq/QuOIyOUWqkqaepqTK8ieVfLNdzYow&#10;Gk6nBW4P9fp7AH1b3e2yTwwsska6WfT8Qcf6v9WesmYV2+6/eEpWJmlOofDRe3/V/q4XBby2fs+S&#10;hpMLmcXh3xkUUz0UbUtCYaHwTLUQyWmiMFM6TaWWwGlvV9fZncLQa8QJTjlopagK3jjpXhA8c0im&#10;6MupSAP6n8+wTYE7tyzubTO8jnwsAj+L7Pz+Xz6huSGDb+YLCea8qO/tLr/Bj/V/PqpPuDf392+8&#10;sLg6PdsebxuF/jMdVkclnIq+YNV7foqmBVnhqhTsZZJdJBVfov8Ah7GTrHAwYuXI1M7s1XUGl8sV&#10;JokpLxLXrEUBiSRyEl1Hnhr/AI9h3lG4uYpfDXtCAAEkgEHVXIJ9Pnw9ei77ym83G8XW32zRsYoD&#10;JpoGJbULbV+I+n50/bVr/NY7iyHYP+jLF4WDFUu3aA7zNHltzNPj90UbVH+j2on+7JrJaSi89bSm&#10;JPSPLT6eLt7E6o+3E2WqxVet4qLyUUkqqlHoUKriDh4PuPqb/rPI9zJPuE0straAsxVj3ca1ritM&#10;0/zcPPEbk03ls2wutuFUyyjA9NXHj+R8qnqszehyOTxW19rT7fkNPQTZZ8dvaixlVJV71lrmpKmr&#10;pJc6Vejzi7dI8UaRKGpR6W/r7KdvPBR0u44siqlxWeOBEcDh44yzaVEf0JPHJv7je92u63jd9xj8&#10;bRE2k6h9o9MeX5Hh5dZ/8sbpd3Ht1eMkoBiV/wCTUH7cdbLfwn72iyXxqodtVjJJkNmplarJPSsz&#10;RGlq8nNHSrNNJXSOZFRbsGC2Ptu3PP4av6wqDQUsYVjYAmJSSBq+vP8Ar+8hOSPcaP2U3KWzG3Pe&#10;rPaRnUsetvNqAq8Yp28KZx1T2z2DcbjYLiZgxL3Er5DfikPy+Q6VHx6xlbvfDVW4KFollTe240qF&#10;q2liQ0qZCPxkMqysy3YD9en269fbinx1NlqOmnMUhWqq2dZCq+Of7bWqkSrf1AemxHH595De01lD&#10;zfFvHuPebYILm+vpIwugp26vGrpYMRUv8Ws1pnypgp96xZ909y+V9suqyLqtYtNSaENMvmD68aV6&#10;Mxk+lcHnKHOb+ztDQ182LwM2IhlWmpK1opsXBDWIFNRROwRWYgESC3+HtYxtranqnMFS9RAlUQo8&#10;rLNO+pA3J/dUv/XUPp75Ic9q977u+6dxHGYrKLm3cQCTorEl27Mc0Ogqv+k8zQddXvb2GTbfZrlW&#10;wYFf90lrGPsFjGvDt/h/1DpH7vmocdsCnwNHNVRNlNlrR08caokcYq8PVUVPCESyh19PpA1i1vrY&#10;+2TJwvRNLUTI5WpL1Vmjumqcu4X6Aliv+xBP19l8O4Pu3K+/7fYTUvl3xlXQ/f4KxBP941+VNBHR&#10;lszLdbjYo4zb2IP+8Mv+r/i+uWzKCli3x1sKqOmahxPSWGo6x6qICM5amr4GaThmTzrSsPWP3Bx6&#10;fYT4HeYzeV3FiZaMiLHV2QpoGeF0U+GNxGylp5lMf7nJUD3r3c9mbzlPkblDmq3lKz38Fs01T3a5&#10;DV6fpp5L+Nm+wdSHYb9DuN5HYRx6StBw9CPn/k6sX20kOIr9sTz18dRTZjCjJUFPDNHPDDTO9ooG&#10;jQI0TLouAl+f7Rt7D7eWWnpqmCkpo4gamJqmaRfJ47+QqGV0cAMANQ4J9zf9x/7vfKXubuG/3PuD&#10;csNhsqr3GAZEVcm4hlSgPxYXCk8OiX3K53vuUbBYtpQNuBkRFrqpRmocowP+z0Lmdzf3lbTR0+Sq&#10;cUkEJkeSkqxSVfqaaZEGmSwifxhW1MeD9faex7yvRSPWU8EuprpWV8RasRVZ7lZpAf1AW/1veNv3&#10;mtk5O5e92N12L2xudyflvWQkdvo8Bj4cNAFtuw0djkfM9DPlgX1zy5t13vc5+sKVNGJPxGvxZ8h0&#10;NvXdbUVmE+7ydVjmlgYeOWqnDVBj81UW8rVMjHhEFuSDb2EtZn8bFlmwcSVtbNPdaerWOKeKAQQL&#10;UyapEkHi8i3Uek3IA9hXmT7uPuqfbiX3V5ih2bbNj2zTqthLPDe3f1VwLUfoPEPG8F2RzpYeHG2p&#10;v4ehLtXNO177u+m0ca7b46AUbWhIyGPkPl0OGCzeLrTKaKaolDmOxqmgEQ0iTmjtKWdT4zrtf+v0&#10;59gJ8lIZF6o3gyhxpgw4tKGFj/HcMp4ABCi/vH7kiCa151tagEFj6ecMn+EfOvl03zkYn2C5KEeX&#10;p/GnS0gdXCEWP6rEG/HP5H+I90o5SNo/K7R6XW5WyEEX0/lrMOG95Y2MgTf7F0p4itT9inPWHnMB&#10;C28qAf6qjqV7tb+IVPim3F1zT5NJoYZs2fE0EcQiWUwyl2maYaUBta9v1e8r7la7Cs05NfDI/wCM&#10;g/5uok5BkkXfo2LHV4n/AD8f8nQHfI2rz1B0t2XW7aipp8xS7Oy01HDUGpCyypCxRAKS1QxJvwpB&#10;Pu+gCk2BhDJFUfdxV1OpvSTJVNGkwjnTWIXh0lEUgg3AP+HPuG+TNi3Hf+c+W5DbFtuG7AP+mfhB&#10;Ov8ABozj9tKg9Sp7gzT3jy2MJYTSWwWv+1brV83ruCn+Umb3Ns3JY+fa25NvYGJUi3FTyYKOurYK&#10;p8WTj2yEmTqqqKWSd2jdFUsoDf7T7DrZe5K7PbpnoMjStW47ITPTxSVUc0q0gqcjTRrOjSyPFBND&#10;TSNZrEAE8e58+8HYbRsW12L7ZAqXUcK6dKLwEVxTC/01TGKf4XuStin2W0uZ5GbNsa/b2tXC+v8A&#10;h6FncnSG2+vOtMVndp5/+6e4dpUFDnsxTbfyWNwp3XLhsG1RX4vKrSUcFbl8bma6BfLHqV5mVfUG&#10;Ht63DtDMZLczrjXp4PsYXoqeo8ksEaRQ5GoEK1E0NPIEdfKpYWAFvx7wn/e24TXNh9KXq08erSWP&#10;ZjVTPy4j16H+y7nYbbsl7eSoAPqHJNF/gVv4l9OjK9Z9q9W7D6Krc1vyOqnhy9DU7qyWNrMfjJ66&#10;py1dtChq6gYvHVdXA1ZHOtLKkAJaSQ+jU3tN7+2U1PtxZq96GoyEIjEs9E/nqGZYpmdmkaAS2eRL&#10;km1yQT9fd923K7g3SVWjdaV+zi3q2adG3KvMX7xvJfpZNS93+T+l0I3xV7qwO+s6x2lFn8ftquEk&#10;1Bj9w0DYiGOCd8T9sIaJKmWni0Uk6qqi+mzKP0+yxurxCEqVRlKAkEickFSdYHPJ+vNufYh5eZbh&#10;rh5eNCR+f+xXobOnizzvNx0t/q/1f7HVheT0+qMgyIwYaWVWpwPVYKSNPHFjb8eyOfzCJBWbI22X&#10;UItLEqGYjS0jPk6VhZ24a9rcW9pL7Fu1ONR/hboB84Z2g/av/HuhE6Rolo6LdRWTV91nkqBEGUrA&#10;PsKePQFABS+i9jc+6h8WE/iNFPyPLMCACAOCEPH1v7ILc6ViJ9V/w9Q9MP8AEUPy/wAo6HH3disq&#10;HEQsbg2PPFuai3Hq/N/eXW3D/dvcU9F/470R7aB42B/qoeg4qEb7s8ixJNub/wCbv/T8e7SPh2l+&#10;vHNvw1gbfnN7g+n1+oPuX+Q5tGw3zZ7pk/kZh1jxz4tea7b8/wDq3F1qEf8AChqtNP2n1/HqIVnz&#10;wOlj9P7qdaMDYlb2/wB49m9XgE2+n15/x/1v6+xIZXdgNRyegzLbijIT+f8Aq/PrWyFXLLInrYa2&#10;P5bi4H0N73sR/h7DHtrjYG6f+1PVf7D0f7H8j2tdgbK9Yj/Qz0IeXY6bjYinfrP+r+fVgP8ALVcv&#10;8yuiyeF/vti7Wv6j46pRyB+Bx/X3RhuldW7K5r/pRzf6E2q5x/W/59xDakLd3NTxP+b/ACdSg39n&#10;+XX0Q9tcbZxvA5gh4+o5p0IH0N/YAduITSRWIss6AXN/pFX/AO0/k+0W+9oQ+gH/AD90ZWLBQlfl&#10;/k6WWLJMbX/Jv/h9E/x49lyY+o/4n6/7H/G5HPsJdHPTr7xSG4/Jv9bD/gwPP5Fx/X3aprWuevev&#10;Xvabzdwg/wCCW+v+J/x/r7J90/3EuP8AV69K9u+KX7T172cX4e/8p/8AweP/ANxavi/1Pv3t9xl/&#10;06/9Wz0lf/ctv9OP8HQddnf8e3N/weH/ANyqX3an1y3+5KqX+v1/H0pqy5HPNh7MOfQW5XAH/Cx+&#10;2WPqSeQsb5B+f/Vt+q++1E5w8nPoNWRb1XBakFuV+pP+PsA+yrNjahOPV4uLn8TUJ/2H0594c82I&#10;f6uP/Dn+cq9ZZ2P+5D09P+fT0f7ZZvUyk3vaIfT+kdUL3/N/ZJc/B5RIdNwSwJta3IP+p+gB/wBt&#10;7xgnAELji1Mf6vz6MoyPBHQl+wfqKA+fRYqCzfQXFvz9U4PP+tb2TJN3MwNRT/V/g6qshrTiOve3&#10;KgpPtwbC5MYYi1wTZfp6QbA+7MTI1POvTU7DxKHr3tR41WAc6DfUzAkfQsyC9h+APZlGMKgPbw/Z&#10;0yXJYqD28Ove3VlEdjbTdQf9quf9a5vx7WaKx8fl/Lq2aUr1732Ct0Vf8Pr/AEW/A5HPHti3JEwc&#10;8a9J2PcD172AHeQKjG/j9iP/AF7fcVNv9ex95E+1ia1mHrL/AJB1EHu0K2UA/wBL/hbr3suSnmX6&#10;n+o/rx/h/r/63ucL2Ol5EKf6q/5+oCfEcH2f5eve+Nroo/Fwf97F/wDefaeRQbm5UDyNP5U603xt&#10;173zU8f4f61ueP6fi49pJEaM6W6oR1733/rcf73b8Hj+ntoKF691732P6f7A/wCtf/W/r72evde9&#10;+BI/rz/vh73XrXXveUEkc/7b6+/DrfXvYo9MMqdmbPJ/O4sEFBA+v8aoCAOP6+zLZv8AkoW2Pxr/&#10;AMeHRVvlP3RuX/NCT/jh6j1YvSVQ+l6eYf7eNvdiefk09ggsLa9nugsTyWzUwBP+t9fc7XEZNvZC&#10;nd4S/wDHf9noiUE7BtAHrF/1a6TmKUfw+cCxC5OQm9vxFFcDg349h3uI68M9xbR2BjV/xUKAOLi/&#10;tF+G8/2/+A9Gdr8N3/zzP/x09PsXFRF/1BXtYD6yIf6/Xn2h+91cDbkgF9eIcKPV/wArL/Uf4XH4&#10;90g/3Em/LpDsX+48p/pr/gPXdERaoA/FS4P0/wCOcf8AT2TjJr6WubnV/vJb/WHN/cbcwf2sX+m/&#10;zdC38MP+lHU32y8f7H/Y/nn/AA9hFguRWq9b6976t/vf+P0t/vv8Pbfhj+Lr3Xvf/9PWyr3YkzE3&#10;EhB4a59AVeLc39xpGDksM9TLEhQUPW/x7TVY2qjnMgZbLfgEnllH5v8A090mUuUKt01cRGRaA9e9&#10;id8TG1dc9kKOf8hyBUHjg5iQGxI4P+x9qbuRIY7OVl7FbP7MdGcug8r2dRhJpK/sx1xP1T/gx/6F&#10;b2DO9G/3I1SsbteUAHlQ95AbMB+L/wCsPbFliG4jQVDEkfZx6I7AeCkiFfxE/wC14/6vXrl7C+qt&#10;qvzqUXb62HBFvyPr7WIAoAHDp5uOOve0zVlmdiv0vwX+lrt9dPH6fbg6aPXvbZUSWW31/PJ4+h+n&#10;+HvfVTQU697aJWUeoICP1W54+v8AxP8AsffsE18+q1yTTPXvbJUqsjE+NTf6grwp4+g9ua20BK4r&#10;XrzMCAtOve2KelVW5uVH0Bta/H0Ok3sfe+Ip59JXWoKg4697Z51lhAlpZHpZR+qeEhJD+kL6gOLI&#10;xX/WPu60J7hXqmkilD3evXvaywndHbGzfGMLvbcRiDNekfK1cVM3MpF0idQbNOzf1uPdWtoJqalA&#10;Hy6v9VdRgaJm+yvXvY0Y35rVssElJ2B1vs/diAKstZlYctkKoqWNrM1ekbHSFA4HA90bZRIYzDKA&#10;W/1fPq/73KgC7t0IP2nr3+xI/wBt/wASD7HTe3X/AMfM9sbb3YVdS1e2KPclRNSrTYjB48U8U8FJ&#10;HVTWWpfUqATixLH6eyp5LyyuZLRXrKADg1weH+Dp3drXb7IqLtKFgp7aHDCo697Ljl/i1tjNUsmT&#10;2DvTD1kMut4qbJ5rB0NWCVaRIzSwlpFt5EFrXvcfj2ZRbrfx6BMmPnX/AD9ErbTBKBJbTin2jr3s&#10;vu5ejt97eaZJcY9XDFrJmoRPWwlIjONQlhpzHYrATe/0I/r7MYd6tz8dQfy/z9IpLC4j/DWnpnr3&#10;sLarB5THkrWUU9OY5ShWWCaJgQWH0kQEn0n/AG3szivreRgVkBx69FrK4nCFDq0/5evezD/HRtOT&#10;3ijG2rYu7yVtc2GOgFyvP0H19lu9L40UXh8aj/j3QmtUH7rngH9pob/jor172XTLq331STwPK5+n&#10;Ju1rj8t7N7Vw8EKKMgU/zdAimlIovNRTr3tsIsPqo/Fv0/7xYfX28cGmk9V/Lr3v2ngcKf6i/wDT&#10;/Djm55961fI9er8j1732F03N7D/argf4cD6/6/vWoHAr1qvXvfGw/wAQDfn6Hj8ji/Hu/VqE/b17&#10;32Ppp1t/gbD/AF/fuvU697WGxmI3Zt/m6rlKR7nm1pBckf4+/JoVhq4nH8+jvl/Su4RK3maD9vXv&#10;aq7Kq5KXdYmp5Wib7SnckEqLfc1Df7e4H+v7RLHDJ46qDXU37ekO6rqu7xY61Bb/AAt17204bsLP&#10;Y5/BUzNkqMMWNDXTTmlcXiUgorqGJiQp/wAFY+3ZoEkhjEYowp/IdW+sZ7aBAahQBQ/JQOve1XHu&#10;XZOfkU5TGxYCqKixw9GjRzVNw6tLJUSsQGkkOo/0UH3Tw5kWMDNGH7B0qW4hdLfxFCusgIoPJeve&#10;3be23l3PQbdrcLkKOohw+EgxbxTVtPHUlvLNOCKdDJIQEkA/oCbe2AWikuGZTpdyR9n+TpNeReNL&#10;PNGw8NnJGc0697BCuwmQo2aOelkTSbajG4Q/S5Vyigj2qSVWJI6QiKRTUrjr3tkeNhza5HBB5H0+&#10;t/z7fVgceXSiInK0697w8iwBIP5BsB/X+v8AT3fjWvDpwDzB69769Nz+oH+vF/8AH/X49+zTy61S&#10;tRTPXvappTGcBXoAt1jRtQ+pvUDggc8Ee0xDeMD8+lMasIZKU4f5eve0mfyPr7WDpKfMde9ueMJ+&#10;5huSRrQn8/2x9B/W3tPdLWNvXo52dnNwgJx172JVK2pFKggekWAPIsAb39hadT4prnPUm2QxGvkD&#10;/g697fqRADexAsQB9OfSf6ce07GtPTo9i0gqPLr3vK6j1MVuDx+P9f8A29/dDkfLowxTHXvfHUPT&#10;pvccf4cfTi/tiStaHiOvAMAAx7uve3CG5dTxe/H9CeAfwb29pTUkg16UxE6qV697UlHeSSwte5N7&#10;8g6Wve5/oPbJZVAamOhFYfpmrHHXvYxbVpjx9P1Hm9/+O9rC17/09k1/IjEnypT7ej5QHyD172Zn&#10;agsqlx+bem2nnzXH1uPYXkkadqJhR/qr/q+fQhsQZHOjr3sxW1xx+3YEEWubfQuefoeR7TsQgJZh&#10;Q9COBGSpPn172Yjar2OrVwyqoIJa/Njb6/g+0UnEGRc/6vTo2iNSppnr3sy+zn0tErf6pG4t/WK9&#10;vyPZdM1AWp5dLVzp6a6oEo39bEfT/Xtx+fr/AK3sz+2Z18UK2Ooqignn1AwXF7C1z+fZZEpFyGBo&#10;gz+XVKHU3QZbljLQzj63D2HHBKzC9if9T7HzbL6fAXIt+23F/paDn/WsfZ24qmM4p+eei2+RjWn+&#10;rj0UvfUeoVQQMDqlBvaxF6k8j+vNzf2MOKuQQAb63deOSLKQCPqDb2J7Vg0FqxYAFE+z06DtwvxA&#10;niP9jognYcRjrK8FSSJKuNhq9V9cvP0+vH09z6qIiCRG+ug3tbkAemxsQeB/vPsbWU6lQ6CtD5/P&#10;j/m8+HQdvFrU0yD/AKv59FokVxl4G/stLGb+oqG1R88kE8gH+vttwPpU25IKEA35Kg/n/XHtJvDL&#10;LFJGRg+foCf9n/B1eFSIUBGehFz0UkdfRzOQAFm1WuQzHRbgW9AC+36pdH4WwH0sDzyVJPF/oPx7&#10;AyRSwks4NP8AJ+fSiONqU6VWOZZUCKVLX4PBUsgk4uDxwfabqFlsrBSoccG5A50lgbnjk+2Z7iIP&#10;IjSCgP8AgwCKf6vXpehXTpY5HQvYKlDIhRCzoWvdeRdZCLkgC+nnn+v+PtgqVdRZCCSxJ5/wUCwF&#10;v6fW9vZVNcoxLyCgA/1VP54x06q66s2B0MeDpPSqC7An9RT6n1fpv9Bx+f6Hn2wVEuqIG41XYfn6&#10;X+vI/wAPZLcKfqpKfD/sdW06MdCziYhFDGjKSFA4HFiL/Qj6qbe0xVi97NxY/wBr0kC5A4+ntRG+&#10;ktqBr/OvTqPpqCOljRgWTSo/sWsv0HFiODcED2mqt25APHq/rxbVf8/09q6qTX5dKBnh0qKGLgFr&#10;ltan6D86bXAFv8PacnkIJ1H/AIp9T/ja/u4f+j17pUwU4IW39Afp9OB9fpx7gSuTwG+ovcE/QXuD&#10;b8+96hq1U63Q+XTlDGAtiL2P0IFvxyCeAL8/7D3BdnI/Fz+AWt9Rbm1/9492DLrrQ0/1f6uPWtPz&#10;6nrGApH5BJ/H0sfxccfn3HKuwspFzyfUV5/P5P8Are3UlQBtYx/k68CFrXrmVAINjwbcC5B/H0AN&#10;/fNSUC3P6R/rC/8AT6n8+2XOti1KdbBrkdc9KkED8m1/qRc3vyBb2oqEF43IKaU08k8WsxH9bf4e&#10;y6S6SKe2EmrU5anz/wBWOnhVXUEZr0z1lOzLJpUekRlh+QRpBIHBN7H8e65vnJMslbtB47afNnOD&#10;YGxo9t/p/wBh7m72at2sm3iC5/tAIeH2zdY/++H/ACVtjr6y/wDVuLoW9lOsmNLrfSTxf68T1QN+&#10;PrceyIVbhpeNWnSLj/HTf/Wvb/Y+8iLyRZVSVPhr/wA+9Y+2BzP9vSy9wp76V/xNv9b/AHw9o2jb&#10;Tq8ujHr3suvfVMlZhMcJZCnjyLSL9OCKWpW5Lfmx9hnepFeEQD4q9JLo9un1/wA3XvZQ+oiYqTfa&#10;6gYDV7ohF25JvQ86QCOEHukWswxLXuVBj5049LNuDSWCwIavHc6vyA697S3YNUxwVXFEpFpZ1ci5&#10;uPtKoMCBcaSPz9Pah11GFxKVAAH+2Xy+zpNuutFklj1EMhU0+QbH+l697bdpZFq3C0EEVNVlqPHR&#10;0gdKZzTeaGnXTJLKNQFmIJa4svPuNN8tvCv7iV5U0tJXLDVpLHAH2Yp69Cjl53n223kWJzHFEqtg&#10;8aD/ACeXXvZlq3A56Dq7ErkMviqzF5OnoMzPjhmIKiogMQkRIRQKQ91RTcNzc+4ph3HbX5tuza2c&#10;6XkTPEH8IqprxOv0OMjoZSRw/S2Uqq9DGA1RTu9Ps/n172C2Pxm0srjcnkPvK7ETwVlFFSnH0sIq&#10;Io5yysAjsroCy88/T2O7i73qxu7O38COZGjYtrY0JH2dJQqR6qvQHhQjH7eHXvY00mycfV7IyTLv&#10;atzlbTGgFTRZitogf3cgxXVHqlm4iTVc3/SPYHuN/vF3+GR9hit4G1UaNW/g8uAOcGnr1a7t2bb5&#10;is4aUae5mAOWp5AcRjh172i8RuLH4/ZlbtigxT/xSk+3GGlgpJSEM2Ulr8h9xMrn7fXTyMq2Hq5H&#10;s7vdruLnfbfd7m8/xJ9XigsK4jCJRfPuAJqccerrJa2ez3IaFm16aaVrSjmv2Z9ePXvaE6waehp8&#10;3R5LcNbTQ0KUjPTipjEcZqqiolBokdv3XckGQD6exJzWBMbCW02yN2nLANpNToC/ERwHkvRRy/aT&#10;NYX1vNMf1AvnwAZjivr/AC697jdaZjbeZ3PX4jNU1VRY2rMMa1uJozVV8LmWVpJY4XdkEjkDmxvc&#10;+7c1WO6WG0wXm3zJJcqD2yMFQjFASM0H29JdsZp7/cre1lXQEAqxC/aR5eXXvb9WZatod1zdb4fO&#10;Zd6Dcop8aHyMn2sEEVdIxWaSxEcbWVdRYEAD2XW1jbXO0Rc0X9hCJ7WrnRRmJQZArx86ZHTt5dW9&#10;zu8VnLcFNSAErTh8zwHXvbpXUGE2bWVNDHh8SMqmI0rV0g8rzVWoqajzRONU8k0GsgAc8j2khu9w&#10;36CGd7yX6TxvhbFF9KHyoaZ6ckCWjSR20MRFa19fmT6nzr58evewWwGFn3Fu+plfLVmMmp6mbK1E&#10;xeOmkSkiycLTU9C08n79WjTXihHLlfcg7lfptewwKtkksDRiNaAsPEMZoXpwWi9zeXRCbWN70TTz&#10;yYatFyPirpBpw/n173iy+4qiPdk1LD5ZzRyT4WmqpBJ95UNDXvHDkZgGIFfJYFrcBj9PblhtkMmx&#10;rdTEIzqJCq00j9MMVB/hH7enJtyVb3wrW3yVoCRQkk4rTr3tzrM7RY+pWmydTXyVtVRSLK9RH/m5&#10;JyYmjdi6OELKSbi49l9rt1zdKZrVUWBJK9pzRc1A8z+fVHmME6JuF48bMOKZPH9nH8/l172/0R25&#10;isTSVCY3DtkWo2dcgSPMz6GB/dEgHkf+gF7ey+6fdr+/njN7cG1Enwn0HDGf8J6UB7eGVhZxITT4&#10;mGT9p8/s697DCKngymZjqsxX1tA+SaSeVoApCNEpssjzOCHZkAW45v7F00s1tYFbK0ikSOgANfM+&#10;g+XRXNbLd3STTyFfEHwr8OKADhjFP8nXvfLctYcfmqukxyzfY0roKb72N6eplWWCFnM0KsACkjEi&#10;34sT7ttFmbrbo7y7aIzkd+lwwHcQKHz4Z6tuMnhXTw/SKStKGhz6+VMcMde9u1bVVuDrUizeXysN&#10;dESYqekPmpVLxK8nqZ4yoMMykfX1E+0cEEd2W+i262kh89X/AEKc5B8/L8utrePZ3KxXcjK44Bcj&#10;19P9R697WO0d2bfwOPoqep21g1ysUtS8OVkikFZVGWWV1SqlMyIiQQNpTSPofYd3rat03C5klh3S&#10;cWtBVARRaAZApmpFel7bnap4YWziVqnIXJ+39vXvYco2CyG5ZJtxVlbQQvLGz/ZQxSgRtcgr9w1i&#10;ApFr+xZIt/HtMa7VEstzQjvJFT/teiO6axuJpG+rlSSmKDz/ANX2de997unx1DnUXCQFaFKGikQv&#10;F4zUek3mlWNtPklABa3F/dthtZrnbJzuU/8Ajmp8VBA+QJzjhw69PeqrJHDbgqFydPXvbhn33JhM&#10;biK1sxPSUNfDRTJRUNczWNRTPOvlgUhkvCukg/SwHtDt8W1Xs95att4a8RmozpxAbTg/6bPTd9qg&#10;jQy3LqDmi/YeNfs697m7P3Vi8NLG9djKWfIVmQStkraqJjK9LUNSs0jSF1PlaaJmItp1En2k3vZr&#10;y/Rkt7l1to4imlTwZajh6UIHRnsV5ZREC6hjr5N+L8Pcfnxr173FzOchzO5Hl+7qXpRkWNPTqoaA&#10;WrWaELHqNo9L6ePx7UbdZPtu1lPATxTDQk8cpkn54r0YXN1b3NzLF9SRbEmgBFPl/Lr3uz/r2dZN&#10;gbVHNNow1FEFhHqt4/SGB4+p9XsjBF1ZSWlxIyyLIukp3VFTk+h6MIkjRFQNUCPtYZ1fPr3tOZJp&#10;G7HwTB9XixGZR2L+u7xi/wDwYD/YeyrcLSQmCykvpvCUj7RRjj5V/wAg6YVS+2TCpoNPXvZktpRr&#10;/d3Hq8sg0wvaRCNcX+UTMdFvw1rH68e8kOV1hi2vZPokLWkUTqzSLpLaidNfw/l1GF/4yzyBAKV/&#10;yDr3s0nRlDs2fP00mc+3mmiEuuHJpTpTSa6HKKPXIVLaFCHn+0B76T/dY5S9jtw5W3WbmqPbZuYX&#10;EVFuRDo7ZLnUdTg/6EqE6mUVC0rUjpHbOaP47AHFKEn19fy9ekD2JJm027XLhZKqGqb7Xwz0AkNW&#10;hFdRl9IRXPqj1A2H6Sfb33ljuschviowm0Ksy5JVplSokp6SGkkY4jHVPFdCWRwkSSA/0YWPN/eM&#10;vvLt3LOx+5m6cs8qRxDax4Ph+Boa2Gq3ikkpJGBGe9mLaRh8fFnow2pZbyykt3ZTcMcVbt+Nvxf6&#10;XpN9M1nYU+xsdW9j0dJR5mRq8zU9NUV1TURqmXyMcPlWrp4pAXpVhZeSLHiwt7NT8UY6iDraninQ&#10;wsKjKgRyq6SMRmK71lHsQr/UH6Ee485hje0sZnMcnhBAocL24I/F/g6NuWHNluF6WVj4iouM/Dq6&#10;Kx8rFhn3rgUR1aZNBkUMt9LUSBQo51M1voPVz7GLMU5qax4QVDlQQzOFQ6gRZZG4dh7Ie0WNpdsD&#10;4UjaUr8etP404InHqVBH9XFqWtF/i/1fs6RW1Kw0GPeVgzJCzvMkSeRhGSp1BY/VqY+0DXY+anqD&#10;E6szIvmd4/XGqFjz5NNhYD/ins12/abjdLS+uraILDAHdtQ0NpX+j/xX8+gxcmCSSWNVOtT6f6v9&#10;XHoWaHcFHLBBKs6latlpYEZhraoKqdAUvq+rf6/9fbxhojHIgU2LFZPraysY+R/jb/efZK7JKZI+&#10;I4fmD/q/4vpFZL/uwSRf7FTp8uKt/q/Lpm3LNqpnkkF1VHQk/wBRHMfVcgEf8R7F+hpqeWkVa1Rc&#10;RExnSrSXEa6TpN+CxP8AsT7jLeNzuI90SysgxDMuPwfHow3+DPl8+hobS2ujEyrXtX8/9X+DoGXj&#10;qIXnyFDKERJpFmAkdOD5KhiY1PJ0qv8Ah7HLqvD0k1NPkKmNwsVbFiaNiq/tVMkdM9M/7gAVkLXL&#10;X4/p/Rrd7vf+WNy23e4JY3hjs2kfS2vtDa3wn4xoFEx+XRTzTtkd9tt3tsGnwzayNj1Ct1XD8y9z&#10;Y/dsZ6UxmQek3FuOl/vvUU5lFKuTw9JUZPDV+PqXeRnlxWSap8U3puV41exh3/sOnl2XM0sUFXX1&#10;VaonnCrNK8tO1Sjys4Vi1pIvqVv9P6+8kLfcpeZfb/Yefmt5Bs00cAyO6lxpXK+RqR+PA4/PnFyl&#10;zije895yS07o1qlxEQx0prXSQB9oHrnqpT4v747L6o+S+Up8jkP7ubH2VVbp2pi8PTZKog2/RUeO&#10;a4o4FmeKCOA/aOqKLE3t+fYS7a6Vx1Bt5NwVtTUtUaY5BTmOBoz+5IjeX9oSJa35N/cn3R5Ntth2&#10;u1s5ZPrZIv1O1NJc08OmM8aMPXHEU6ln+unNEHuPacp2scf0UZlSQ62qHCal050tw/1eZie8/wCa&#10;VX5zsbL9V7PxlE1V/FJMVBkfNkYgYBHDNNNR1CZIxTBI2JDKrKWvb2tNrmTKmtqnP7MrU4pKRL+O&#10;FQJo5gsVyyBmXVa/J9xBEu27TtO7wu0izBoiBjQDUtTXT8wcdDD3p2S32G15d3eCXQXErH4f4ohx&#10;4k+Q6L/8iXfYuU602nSxx12Vlod0nc+9MgmnO5malGMq8dNXVcQjpquSKmqPt0utljXT7GDC0dPj&#10;FhginlNW3k8y/tiJj+86Asl/pC9/9f2Edi2a5sppU3FYvDlA8OjFm/TrrpWgPc1DxoPOvQW5u32D&#10;mKz2/fvBP0k3ieFqHf2siPUV/jT/AFVPVPnyf7a3P3bmdxVLYGGi2ntxsYy10kdTBVR/xmnwCMUh&#10;mmlg9eSxJT02urfTUeWygxOUrotw5eqqEjiyEVFEztOFmX7SYwjUjrcDi3Nxb3JU11t+2y211cBv&#10;CJOAKECjKc8P9WaceoM2Pcto8flfY4YJDdiWbQdNUJYFzR61xjowHcG+9t7WqOpdg7Yw/wDEZer6&#10;vcGUqcdBQvNSVf8AfTHY7IxrClHKzTsHkeRgFRlK+r2D24K6LI74xFK4dqaCSAiNFDJrNIQzaeVB&#10;LL9f6+wjvkU73Ji2kp4t0SlSdHAfL/i/X16zG2zb7rbfa3eZ7do42kikPc38MhPGv+qvp1Z98Udp&#10;z9cfCjsXduVMkWcnos9kamrZSK+SlG6XejpSX8LssEcmkKf0qfYb7qmgrqjWvlCxTPEtkUkLEzKb&#10;6m4sPx7kzZOUebOYbm/utosra6NlaJJPrdhhAF7dKHX3A/s6lPkuZuUuX7O23xl8aY1Hh93xKp7v&#10;h/l/m6PJ8cKL+5u0zQTMY2yNH/HFWAoRHHlhS1RlcB4zdxIL8XJ/p7jbYppCmZlVmtBh6qfWbECN&#10;GiPJJsCT/vHvMrke7vtl9mLy6ltUTcIfq3VB8OtIWKj1pVfPNOuZ3ujuMe/feE5UhFJIJN7tIVX+&#10;kbqRR2j5N/k6PJNLBSdLZMIpR8nksjGzBCrSirwsFlIH1vJ/vPsWMasdHt6DLxO0321OskiTppS9&#10;NQxVM1jyNOpLfX6f7D3x4Q3nN/ujz9sV9EI57+e8ZTE2v9a4vfDSvn+Ov+fPXYK6ltrHk7lzbUUq&#10;62tugx/y7so/l0TDuKtjoMd1jDAwSor927MxLho9DyUc9HkQ8cX7h8pd2sABcn+hPsGcV2PXbs3J&#10;l8DMsQp6auyRjZWnPjipqlVSNRLJJEqKsnA5+vvL33A+65tntH7Qcj+4MLA7rfnb1dQF/tbi3d2d&#10;yiIxqUq7h6/z6BXKW72K8z3Nq7SF/BkU48g6g6f4v9Xn0YXdPTY2Jsra3Z1RncnVQ5ra2Ni/htS9&#10;MI4I8rjanNiOmiEKSGWIUuiNCbXIFr8+2Opye29t5uvWX7yKatqKwTSCngFOxnDQs7O06We1/ryR&#10;7Kuf/Yz3z9wvafat32xNruNhs7OFkSK5eSYCJTKf01iYE08vJuhlNzZyhtG+W9pAZhuDHyjAFS9P&#10;jr/F0LPUcmU3HiNvbk8NRW4rFUdLS0sXkibIUtMUSZImo1qHniiiWRtYv6b/ANfeHcuPjyNBDNjY&#10;KOtKUupKiOaOU+GIyl2MsZ8ayMVva4vf3BX3X/fHY/ajft25b9zdvurfYricwzKbZhKHlQRoyxys&#10;CwTX5fDQ46OucOXBv1tHdIY2uagpUj+Ktfy6HbNbKyNZuOi3BRZmqlpKmmnNZiaWqpZYolvJwYys&#10;Nnh5IDsCbcew3w+QqsgJaPIxMTTKqxkLK5k8gkdlldjbjSAPpcE+wn95za+TPa/naDmn2v3b6/lK&#10;8dmVboxo6BFhQBY41Q0Du9SVB7Eeg4dCrluw3WPZILXdZA12BTBqOJJyfPhX+XRjto4SlzeNnw8c&#10;9ZCUt9rWQRRpUshknnk+5Z3ki8gZQFA4Kkj2mjj4aTMmoGEx9PChOqWKI6iWpyi35W4DPY8f19ve&#10;7Hv3yHz77VbNLuvMO5LzHCrarXQpt313cIyWOqqRRiVM/F+fRftHJ24bNvM15YiLwJ/jOqh7Iyq9&#10;oX5np62ZsjeOFq5McM1W5WE+la2vrFL0wSGpltT+Fbr5XfS91P6R/r+y9/KnxP1TvOSFREPDh7ek&#10;oDbOYEWtx9Oef6+8JeXr3brzm6GeyU6KHiKf6G/+r8x0ccyC5i5duxNStBWhr/oi9GUwUNZT0lPD&#10;WyLJOhl1Mrl73eUg6iB/ZI90f5pkljqPUw408WJNit+L2J9PvIba7mGPfrO7mDfSoe7T8XwnrFbf&#10;HQQGV6mNa/5OlB7tN+LkEkmf66jU3b+MR2ivaM/ssLrcHl7c295hc120i8lfW2rqImhb8XfXSPwf&#10;6hWmKdRvyokVpuP7xkX/ABXxG/03E/h/1fn0F/b09PB17vR6n0wJt2taV7WATxtcs1wAAPyeB7uG&#10;zdTnDR0tGXleCMx+ZUeWSR4WhtpSIj1Wva1vr7kr7v8AyxZWfJ9xvu5QosaTyPSiBxpCMf8AJ+Wf&#10;Ssi8yXNrc30NzbJxiTTq7RwPWvPV0/WeT7P3BuiJaL+JfwyPHUVVUikgo0r6Svkk8n3kkmqI3YMT&#10;q4Htc7OSLD0UdX4IxV1UopooZV0urzRQSxzlBpkD+RLE/j/Xt7gb3v5qtd35hmtY5mNssfb9qSSp&#10;w8qp/qweh7GssuxK9F/sqf8AGOg/3Pt7N9g1tVS/xKpGAwZkyORyFNKstLVUNN5oqnEecrJST0fh&#10;qdQS+oi39nn2qMfWVmQyGShoaiQNRwV9fkFmdo0SWGULWiJ7/ulFZQOLke8YeTJm2jm6Y77EX269&#10;uPBtxHR8yTxeBrQ/BgP54x0Feb1G2+39+G1fVShjHp/ia2bT/wAaU+fQsd87Q2lL0Z101PjaP77H&#10;JtClknmgijqZsdTbTzHmaOUcTRyyFC1vTq4+l/YO9h7rleCpxUJAmM0qNOGdWsvmgYl19AAve5H1&#10;9j3muzsYdxmAhfVTNVrnU58/X5eXn1T7vy3S2YvdzPayg+vFIW/ESeh/+HvVYx1Hht1SVIfGvjKS&#10;Wix5aAwwRSU2FqYESBYllRkSIDTqPsC6KhllfVNCTBEVFRWzhhACbFtVSbRAlSTYn6eyfaYi97DZ&#10;wSKJZYmlQVAIRPOh/wAvWQO/zQ20b36SoLX7VB/Z/qz1YFujMwUOPmqUd2kE0dLFj6QGapknmuqK&#10;lImqoJ1KB6R7ID/MVyGLO1NrYrG1MdXE0d5p6R0qY3aPK0hTTJA7xyA3/wBb23u0FwiP40LI1Bgr&#10;TFP8n/F8K9Rtv15DvOwx3FixaKgOftHQnfH1Mu2E3HW5imqaOeszqvDS1cVRBUwQpQU66JYKmKKa&#10;JvJfgj3UhSUkqZKmjKsUjmUQFbFSpIEhJtYcn8fj2FTeJbxxhoJiwK8I2b8QPr1Ess0b2/hIxDj1&#10;/b0YH3c2wdaQQi37QAYcf2pAy2+g5H+w95kWMfhXMm4N/YSUp+VVP8+iva5I1aKY/DJqp+WrV0g5&#10;CrTAEHVc2Iv9Ao4J+oPu1z4eEN1wzWYKxe39eM5n73H+xHuW+TrV4dinc0zIv/WQf5OoA54DJzjb&#10;RLo1qp44/wBCj605f+FELLJ23sOMFmkhOb1C2pbzbU60KWJ+lwP9jx7N8EIX6j/XH0I/4pf2dKxL&#10;AaadA+a6jYth6/P/AFcada3cAd5ApVV0kmxAVgWFwObH/H/fD2Fvbpt1/un/ALVFYPz/AKgH+l/p&#10;7NHVv3fuQHHwj/q/n0I+W3X942YPEt/gBH+Hqxb+WdGx+ZfR49B072xTMBz9BUE3PFrD/H3RlueQ&#10;DctcDx+2wWw+n+UzG/19xJayL9XMQcliP+NdSpOj6gwOD19D7bif797Hc6rRwlrm/wDyjR8fS9vZ&#10;f+2ZD9lAefVPHYC5HMFde55tz7Rb8QoUj0/6C6V2g0qR5/8AFdLPGi0Z/wADb6W/C2H+wHsuTKC5&#10;v/Ui17X59hCRtCsfTo4rio6c/fErZQB/UH8/4n6/1/2HtLLOrqVCn8/LrTGvl172lc4wVBfVcq30&#10;Abkk/wC34/HsvvW+phuBD+EU/If5+ltgKvK1cAde9nK+Hn/KefwJIQbH63pKz8/m/vXIr+E1xFIe&#10;+v8Az4w/kekTMGuWAP4v8nQd9mC+25h9P3Ief9aqpj/rfj3ap15CWramYWZUKhvpf1U9WosDa4Ps&#10;856k0cqeGB+pj/q7GOpM5BP+7+2tyO86/wDjj9V49p1C/c4ekbUrTirMZANh4nopX1MCQD7ADsRC&#10;1LVLzYLGPr/V6G9uAQQPeHfNrKOWCT5f9bU6y0shpmkkI7RT/AerBtkm8zHi50/jkjTV2ufZN8zE&#10;U8qEEPa3+qUklGFvSf7HvFyf9Uto4V6WKTUAcOhM9h9PT2lLsq3IsAR+Pra2k/k/7H2RNa3CUoq0&#10;PVdLA1B6978tNIDquunSVAJJsV/A4J/3r2qhhaSIMVXVx/b/AKuHkOmpFLEfx9e9ulMpjTQQLglg&#10;b/mwIP0/HH49q1IUg1zT/V/l6aqaE+fXvfKqlDspWygRqpHqX1Lfn8f19rEYNHQAf4enUBZCfLr3&#10;vqC7stwLAlhcH82tq/xH+8e2otcbgH/Vx6aJZSB172Bfei3XHkXFoIr8W589TzYfix/2/vIT2huY&#10;5FuYV+JZWb/aqAP8vy6h73YYfQwZ/h/483XvZabku62+hsf9h+P95/HueZ5YZZEuV/s6f8e6gR/g&#10;hP8AR69761ADT/S5PHAPp/pcHj/be2n/ALeb/V5t1pvibr3vIn1tb6sP9a/5v9Bx7SXEfGQfn/n6&#10;oR59e98v6cjnj6fQmw/3v2kVWckIM9VA69799Bc/7z/vgPeuvde9++tv9t+B/vvr79+fXuve+YYA&#10;Ac/77/ivv3XuvexK6hOnszY5J9P96dvX4P6f4zQ3uPzYH2Y7NUbjainGRR/xodFe9Kz7TuQUZ8CT&#10;/jh6j1d/tKq31+3mt/r+Nre7It0Iqb+o3ABWXacbcE/7szM5P0sPp7nZ6slkBWojjB/Lh/sdEFtW&#10;fYttRPiRolb/AGsfSYwjFsdXX+qZWpUEi36YIbfW/sNtyFThavxki3YlEv8AqTcI1vrwAPaNu36l&#10;T56j+XRpbAqbhD8TWzt+X+rHT/Df7iA/9W8Akc8+SP8AP5v7R3e5VqXa6c3GH/2A/wAqbj+n9n3q&#10;3JNk2vjQf4K9Jtj7bWQNn9Qf8d69QD1Vh/rVt/j9I4/ZN8qhUSE2I1C1v9cD/b39xnzLUyMwPbXo&#10;UFq+H/pf9X+Hpw9p1mt/r/74c/7b2ESaeXW+ve/av9f6X/2F7f19t6W9evY697//1NcOtpDpUBLj&#10;1A/X63T/AG3q9xoq1I0mh+fUvrJq8qN1v8e0jXQstPOgGkaR9DwOQbjj/eb+66g1KgEdWL1UniOv&#10;exR+KVL/AL8Ls+McNBiayX6/6vLseBcD6r+fbO6t/iFsQPxnpdKf+QvHpHGST/D1xY2Kf4uR/wAm&#10;Of8AiPYJ7ujQ11Vcm5klUC341yfXn8D3e0PbX0HRLa4Dk/wdcvYXVKr67c8sOdS8XYWIIH0/23sx&#10;HSg+vXvacnAuR+Lm1z/i3+t9Afd+mzx697ZKtbc2AJ9JH/JRH+xN/e+mz69e9tUouv05vx9b/Q/W&#10;3+1e/dU697a5F5Yg8f0/oPyb3v731ojz697a6hOGubjgWHA+q/UX4v7sD023XvbDVpaJlP8ARbcf&#10;QFwR+Rf6f19uDiD1Q8DTr3tjq01aW4/tEj+n6fqPbi9NMK9e9pjKQr9nUsR6tNgeG+jg2FvoPZhC&#10;STAfQ/7HSC7UFU+3r3ux7sSl+6+JGw3dEeOPM5xQ5YXH+4mjUaRccgf7b2Fb1iu+ahxCR/4D0c87&#10;gN4NB/oUf/HOvf77/e/dZ1NmMphappcZWTUcsU2pJYW0ujq11K3BtpKgj/W9jBYo5kUyLUEdA2CS&#10;SNU0NTH+br3sZ9sfJLs7b8aU9Vm6vNY5dEbUVbV6YWhAgVoiIodeloYSn1+jn2im2i0lOBpNP9We&#10;jCLc7mNgCxZade9iA/fWxt3wGn3lsHC0znT5MxTNk6utDaNL6IQyoR5KiSW35YW9ojtMkDILdzSn&#10;Tv1tvLIni24Xtycn/V59e9rPrbGdUJk8zlNr7lrIqjObUzuIFDW41cdBDVZinRFUTzzepUZkAJsL&#10;fX6e1DibwwjeR4k+nRlFJaGNmgl7mUjhTj172Bu6ejN1YsPUx/w6shszRvTZTHzsVZiBeOnlkYG6&#10;8C3Hv0e7JZFUkBDMK+fQUl264ViRQ1+eevewVrtu5agLLVUEqOp+pjfSTx/aCgG1x7N4dzgnoUOO&#10;kht5BxQ1+zr3tnaGVNPkDISDZbG1vpybXB9qnmhlyvl02Y6Gh49e98CWv+4Lr/gbkfX8cXuT+Pe0&#10;VFrXrQQevXvfEhr8m6k+kC31/P8Aibn3d1UBSvDq2mma9e98eefr/wAa9061172q9lNbcuGb6aK6&#10;mNrfS0gHN/dD/aR/b0a7JX96WtP4x172ouzDfcsZHGqipiB+eZan/be0icbj/TN/h6S7n/uXuX+2&#10;/wCPde9hw6gs3qK2Yn+oNjf/AFjz7WJ8K/Z0hi/s0+wf4Ove+mKniwb/ABP1/wBj+APdur/YOve5&#10;tFkqzHSCajmkhkUWDI1mUcci4J49tSorrpalOrBiOHXva0ouwKvR4c3RQ7litYHJSyRmIAf2BCq6&#10;rN6v9ce2RAtcHT9nSyGXVVXXUo697lRUe0txSCOknmoK2Y3SjipHMAtyw8sjDgIt/wDY+79y5PS1&#10;Y7eU1U0kPy697bc913mMOZJZI6aWAFdDRVlPNLyIlN4YZGYep7/6wv78stBSvf01JbOlRgkft697&#10;QM1LV05DTRSJ9eXUq34BspsfyPb4ZGBoek4U1UkY697e6Fb4PKlUF/FFdjw3/Anm1xzx7bb+1X7f&#10;8nSlMwy0Gaf5eve0ve355HtSOPSOunganr3txxtzPHYc6k/p/Uf19s3FPDr8+jjZq/Urjr3sUKIE&#10;rHe1rqSAT9PTb6f0/wBf2GZ+Lf6bqU7D4f8AV8uve3pG03J4UD/ilh+ObD2hIBGeHRtGKkfPHXvf&#10;Iy3HP5/P9OP9YGwt78VCnHAdL17QAPLr3vFf1D/YHj6fX/efaY0qSvDq/nxx173Oiks4/IP/ACcb&#10;gfX6+2nBxXj09GW8Qca9e9qfGSWf024Fja3BIf8A2m1ufaBxUDXWtehFbnuXWTx697G3a0g0hgD6&#10;f945qAL8G/09kV8OP+m6P4CAo697MjtiVdBH0ve34HBkJI/w9XsPtGQ5f8J/2ej/AG/4j/q9evex&#10;v2/VvEFIdvrptwdXLWt6Tz/tvbF0ta/p/n/xX+XoUVOMde9mJ2fXCyBiLm30sbgkfQ2PtNPGSQfw&#10;/wCXozhFaHyHXvZpNo1K3hIPNkv+b8w2vwfqfZVOuCOjGMAZ6b50Olx9b3+lx/W9v9b2Z3aUuvwn&#10;6203/wBfVASbfX8/n+nssU0kIJ4H/COm/wATZ8+g73LGRBKfoCjcf4ASD/W+nsxO2b3pv8PGLf42&#10;pR9bf4ezaRgY3I4EH/C3Rfefi/1fxdFL3stmqf6gy/n/AAqSb8g3HsZsWoUcvblQLEAjUgA54sfT&#10;/vI/r7Eli5eC2fRjR+WKf5/5H06D1wpJYgdEA7IS1dkI73vPKWIAB5kl+guQNI/r7dKxSIZWvp9F&#10;muLjlOT9Lfq/P9T7FtlLqUKDXzH5Hh/vPl6Dh0G7tdWoAeeP9X2V6Ld4QcrTrpuyyovFx/uwXcm9&#10;uGFv8fbTgiUh8h+pI5PA4LH/AHv/AA+ntPudDK0X4eJ/MdeiACR46EfcSq7xBbhk1hdJDf2o+QLE&#10;G5HJ55/2Pt7kUNdvoSNPJ4/UpP8AvA49hKaXQgU8K1/ydLYmoCvlx6fsREzTBFGo+oC97H0SH/Fv&#10;qPr7ZJyVS1tVi/FvoD41F7cEEC/49kk7CS49BQf5T/lp0pQByorjob8HEI4gdXqbT9AB+jyJxfnj&#10;Te1z9faTrEOtgAf7JNz9eFtzb/D2ne4+Ev8AlTpeAOJ6GTCwAx3T/G5Y/wCL2sLfW9/x7S1WSptq&#10;9N/9h9RyOLe0oHE6e7rZHE0z0KNDZ1DW5sOeb2Cm4PN739pytZxrPA1W/oR+Rb/Yj27GEOkCuOth&#10;Vovy6VlEh9ANiOeRcH6g/Tj6EX9puoduST9Sb2/w1f0/qfbxpUAeXV+AFOlZRxrYcf0A/Nraf6/6&#10;/wDvHtP1LLqPP5JA+gPLf8T72Bx+XWyelLSqdK/WxCj/AJNB/J/p7gs9xa3Avz/jzbkf1I960LqD&#10;07gOtqRnpyQMBpvwx1EH+nF7XII/HuLKw/PH54ueLH/Y+3AOtN1KjBt/ren6gWIIt/hx7jM5uNJ/&#10;VcH8AC3+P+t7sATkeXVWAJFesoAIIYc8WPFzzz9Lnkn35pPST/a5Nvxxb8ni3PvyrUgV6ugrQV68&#10;E+n5A/I4PquPoPb5jpW8MhBAuUv9Py0gtzb8m/8AX2Sbgvh3dmdFV7/9X+TpQyHXF8usMqK6TqSd&#10;X7R+hvcBDyRyfr/Ue64Pms5NXtFj9BJnDwAeBTbeP+w95Ee2gIvt1T1EX+CTrH/3xVv3rsY/pS/8&#10;ch6EPZAAxfH9bf61p6r/AIr7IzWtYpY/2bE/U8gHj6c2PucJSFgtx/Sb/N1j5ZLpMoB6WnuHO/oF&#10;iPr/AK/496Z/0VB/1U/1Dpf172Wz5AVEq4Kh8ZC3yDoSdIuDRVJHAAvwPYPviGmWhxq/y16RXBzH&#10;/puveyZdV16xQ73iYsGWTclRwCeS1Ap5t/Vfr7UIGCgH0HRhsj/o3Q9Gbr3tPb2yiyYqp0u+pvLE&#10;yhSQWNNVXvYcX/r/AIe93FEFvWMMNaiv2fP/AFfZ1e/k8KCdlJBMZH8j/q/1Y97FTqrcVJjurcrS&#10;y4bFyT1KSIlVJVstRolwscPnKhiomV11af6+4O5z2qe45usXjvJREKNpAqMSk0+w9DHla/uYeXwq&#10;DJ0+frGuf59e9pChyVNlaCLEx1VZBlDV0kFLJT0zzM8BbTLA7aSixzM9mP4HPs4uLS42+5a9eJDa&#10;GNy1WAzTiM8QOHr0YSXk81olszkPg1GcDy+Veve1Rkqc4N63Ax7ZplzCTRLW1SNOWWpjsygSAmFw&#10;6OBe1h7J7R13BbfcpN3f6EqdK0Xga+WDxHSE2OlEaRhpAzSvHy697ZtnYyuqczn6KsqmocvXSUkk&#10;tNO0UVKjUlNPNZKuZkR9UIBH+PH19rd8uraGw224gj8SzjDAMAS3cyjKjIzX/iut21j9TMI7i6KK&#10;54fYOHl/xfXvb515mK/Db7rHroKVsDlmp7eeq0imWixFaCI4VYuPNVyrqva/BH9fbHNdhZ3XLVut&#10;hcv9bHqrRcsTInxcRha6eP8Ak6paX1za3k9usjSbe1KeRFFqa/7fhx4eXXvaDqI8Vj5cpJlYTRFR&#10;AaGSKMzGtcsBMr3fTGIFdbW+vs+ikvr6Lb7aycOAW1AmmmvCn206cvljEkIW5ZENa9vHzFeH5de9&#10;q7blN/cuafLrhKBop4oXWv8AuWMlMq3cSp4WZNdpdJBHF/ZJvP8Au4Kbc+4ya0OVCijVAxn7K46T&#10;xbXYbbP48hqGpU6a9e9prAYLIZ7e8NbuHM1NPUyVFO1PMRDLT+Ayk06fdF1jQRxN9L3A+vs03TcL&#10;HbuXTb7VZK6hW1DINaCp05OT+Xp0VTbRbSblFciVtZaoFMUzT88jr3vBU4fdeR3VU1+OkhrKHD1b&#10;oXqsjR0cbQ0NYysyJLKrPrUjlVbUDxf27DfbFabJHbXSMl5On4UZqF1BGR6fOlPl0se2maYmIqYA&#10;uQag1HmMZ8qZp9nXvb5uXB01BksLmIKhYaJ6XGVFS8LRPbdkjy1dTRBA5b7QRx/8CP0mw9l+07rc&#10;3FhuG1yAlxJJpU1AMAARXr/Fn4OPV0hhEsTyylLVWBOPQ58uGn/Vnr3tNVEuCx+eWoqaGlnylZTN&#10;mY6gOzLC09WzrVq8cpj+5jnjLBSLgn6W9nUEW7ybeEjlYWSEJpI4gKMcK004r+fVZ59nW/UwSCpA&#10;NSuQNQ+X+r0697S1dt2o3FnJanIV8009a0uQohKYmikoPK7gS1AkAhku1vGfVzf2cWm4C1s/DsrV&#10;FWPD5oQ1BWgb4h54rwp0Vbns631wsovWOpwwFBTSSKjhxqTj0697gVO1dw1MlUtPTxHH46pEAj+6&#10;p1hDEmSPTrlBcW/IuB7ULvm0wDT4zeLMK10mpAxXHD7Otz7bdGXSjoLVWFASRWnA8PLr3t9koafJ&#10;wJ91BDTPSMqZeeJg7Q1LTF6UU5LkVKygAMQbL7K4rp7R2SO4do5RVARxAFDX0p+0jpd+7y6Kkj0B&#10;IrTNDilPUfPr3taSZbCVuU8WU2xis5Vwa1/iVbVVcclT5IdReYQyRxAwxoqC310j8+w/Ha7hZ2+u&#10;13SWGA/6GFUqKGmK5yTXj/Lq8m3SDc40kuNbLwqF81z/AIf5de9oiXbq5PLnHZ/PVNTX1NhT5COO&#10;Or5jpVnkLvHL41tDGkfJ5tb8exSN2k2ywaaw2eKNBxGoqR3nh5ZJNcdFF3s1wLrw7q7LMaZ7a8PU&#10;CnXvcDM7Jy02RmkZoY6ONIRAy1NM6i0UaSWHlGk6hc/4n29Z8wbSsKAGTxDx7DU8eqXO0a52ke4p&#10;FQUweNM+XXvbOmOWjrIaLcVLHKJZAk1d5Gmljp9AMZQQt42KIBYX49qZb+W7habb7lhpGFpSpr51&#10;4dFsu2SsVjmrk/F8v9j/AA9e9rGgqcZJS1TLh6LMpSwsrT18r0zxUkJUJ40RhfStrAci/sluLa/t&#10;5o2N88OsjCUYFmzmuft+fQggtoreMuArIF8+P+z172nKmlGaEM1bWtHQSZFaGn0KJmom5KQxw6g/&#10;21LC5CueDaxPs1juLixRpYYA0qpXJpUjNf8ATEjpNdwwXUNHJKFsUpjB+XkPPr3tmqNtzjILDUVM&#10;r0S6IqetSNZWFGJykRMav+2RFd9JNx7VwbxAbeSURD6hwSy8O8ip48c4r0SttcKOxaVhCPPTn7D+&#10;Weve+EmLq8TWwtERJGZ4npKkugkkg8pMJZAx0GRUuV5sePexf297bSRslGAOoUODTI/n69WSCFGU&#10;A1jrxpmn2U/Pr3u1DrN5qjr3aT3vKcLQF2YEEP4rnjTYt/rfT3GjbxHb3txbKv6KzFR5+eehjYzR&#10;+FGqE6fCPXvcGvHi7Iwmu4LYXOsbAfqEXA+n5B+vtfcbtayXSOYzp1D/AC/5vn0rgMJ26XGKr/q/&#10;1f4evezJbPlMu1sUyL+8IZDI301EVU35P1sP9495McsNFc8obYvCN0I/42f9Xl1E+4N/jU6jC1H+&#10;Ade9qxpiskcwUahq1srXP0Ci17C+n2o2uSw2NZLaWJu7+i3lq/M/EOiWaMcKde959oYumye9cPjq&#10;isaGCsmqAallRfsPFQTzaotQCOZ2TSbnj3JfthyfZ87898p8qzby1jtl3JMrMunUtIZJPhZl+Jl/&#10;F/F1qTxxt6xWp0yD/CWr/PqHkKmSko56iKH7iSJAUhuV1ksq2uAxFgb/AE93U9MbOocfsmHGJkWy&#10;GQYVP2mQqRCtRPI9bPN46gRkRwpDGdKn8gf195/7992bl/ZNmvuX4d1u7lPDoPFCKgJYPkKhJDHt&#10;xkADjmqn255sjst0nsr4+IcZz6n/AC9Ut/Lzfm6Md2fj90R0tRT7cxRgkztFAJ2ipaVcbBClVRhI&#10;mmr6iaolGtEA0Cxva/vBuChelmALtI0J8rB1ChiwI0r/AGjx9CPwffN9Nxj2jf8Ad5952aL92RO8&#10;UUSsz90T6Xfs/j/yV9B1kJb3EU8cksS/pkdCtsHLU24tvUDY2cibKQRmeqWy+KKaKOWFHLtYNAWO&#10;oH6N7Y5fLHjXnnlMs1Q8kDw3RlSk0CRSCpNyPoQfck7pzhyybXdJts5dENvebWLZW0yp+vTDDV0F&#10;ERJLy50ClQf26unSixzVG6aXHwpHDSYlqfLJOkivI+RWo8M7FWYgawL3H1v7z7cjVq6JWA0GSNgW&#10;BuqeaH08kcL/ALb3AvMF5Gu3AxxaLtU/D/pW/wBXnjre2RRCd0cd5f8A5+6V25jO1FUWkJR0nhb1&#10;KAz+Ge72sSWIH+v7FOsoTHPSVMDWiWCAyLccEMZWJGkH/N/7H2Cdt3P621urW9tv1+8I/HyCev8A&#10;F8/2eY4S1KW6sF7f9joFIZ1ggrKUyB5HrproVYcOgVOU9PBP9LD2YfrrJUFVtitxd/tphXCqgktc&#10;tVRUVPHAReyp6xqv9B+PYW2yzntOZ7rY95nM1peRSyDj2h20aP5U459egndQXR3KW7rqtRayK3ln&#10;/Yp/PqrD577Q3Tit5dffIzYuLStrtk4rG7B3TQNOsJn2bPncluLctdGY0lq6qeOCDSkKj1k/T6+x&#10;K2rXZCsxWRxte0lVU0deaeMvxGZCTIZEkRQj6S97gkf7176RfuHb4fu8bVtNhGiiG0iT1GpGRgfU&#10;in59cmueUO2feGvd428+FruZ2cjJzJQ19K/Zwz5V6Iz8lpti1fUFN2VhPFisdviop97O0aGHKLFU&#10;VNfPLSVWPqm+5gmmhHjZJFWRCTf2sMqkEO3paIECVonkkThgzJKZLFhe3De449uvbLmPeuXFu9xu&#10;C6RR6YzUA8PwjhRSo48fn0N9056i2/3T+pSvizXBP4hp7AmM5qB/k8uqtustk7j7Q35W9zYDFJj9&#10;n4XPU8eHtOFmWly4eI/5PNIKhQrxMdN/8PYL7BrVpZKjz3REMaiIcg6kqfyBzZrH3FG4o7pfQqaS&#10;TsmeNNDKfyr/AJusnPfvYN3vNk2eZDVYFcnh+KSL/Z6tW+X22nzb7Hkx0MOQkFHuInJSyLDJFeTD&#10;3IXUVJlVGX/XX2OdCkVTkY38CU4jB8ckba/N5IHD6h6dIj0/15B97udlv9kul8eUPqrQUpSgFT5/&#10;x/yr1E67gLn2+5NKLmE3euv9K5Oj7eqDu08nLhdv7324mbymbqq/+7q5SjyNKtNTYb7Wtx9bRijl&#10;jLLUtkIpdcmoAo0fF/aNrsrVNjKqFNUMNbaOOCxVYzDUBmNyA3rYXN/yePYw39IZtk8Q0Eya80Hq&#10;vH5caUBxx86ue3PJtpec07fcFVL2r6/l3o2ADX+Xpw6OZsbamLo+3dnPWVUOcrcFLHV5fMl4558n&#10;HkMExoYZvtpZISKJD410/wBlfV7DDA4tMhn6qvkLasdHTzMCosQzSQ8EkBuP6X9koRZLuyZX0mMr&#10;T/nGD6j0rn/YMw+4O53W2cmfum1bS0rSgfsV/wDV9nVlHdPaknXPSG29ix4+mqaXsuv3Bg4GWolv&#10;Ead6XJyM8ccbtGG8lhqKn2hqz7OLyyVEZcPkKxNRRr3WSS/FwAGH595K+wvP3L3L68y2+9SCN3hF&#10;KBm1KGoU7QeOr08q44dSZd7Vud1tm0yKW7IYyM/0Psrjo3m3I9zrVUa0DtFTt15tR4oknQKsk1HT&#10;EoP1vZVX/inuPjZIYsVmJoWZRPSVcKKAPowWRbc8AKbe8peZtsNz7cb5Z7PAtbrbLuSIfCNVxDKy&#10;jhjLj/L1zc5dtZbn7ymyfWdyWu8QsfsS+6Pvut5KXqbYNLNEjKc7g63Iszi5gOEAqgBaztYfj2vs&#10;dX0mX2gcWmqkmNOaWR5AI1kf+FR0uvW4/tyOD/jpPvkq3tV7g+z/ALmW/Om7bSzbfdxiUaO+hlu/&#10;qCKL5hIXofT1pTrrxvXMu2Sx7da+KCyrEP2ahn9nRA+5d5Y59w7aw+QhMuU2zu3B76xSOuuP+BYS&#10;sydNjk8kfkEbGoVgUBDLf/XPsPtkbIo9vZzJZGrWAiolyMgqfRIzrUtHwVWTlSYy3HNx7yc+9d7r&#10;8xc3ey3IHKWz7dPHO0e3zsaujERwTowqyU+Ig/l9nRdyTtVje8xX+6TqJIVkdQv2Oj+Wehzr/kxi&#10;O14NnbOq554sZtnCYZajGT0tUIP4rhoZaBZIxLFTvKgSu0qytoK8+5O7essJuuOqrKuvbGQpIZR4&#10;acVbyMrO/wCiSpgsxaUe8KuUPvg+8/s5YnlLl+2N3BIpBEknhKvYIxTTE+NKH7fy6lHd+UuXd7vb&#10;Oaw2uP6lADqofJq+Z6N70pkKDCtBWYLMNQRVUSLU0CRPUJ+/9vHMQXqEZiiWAtwLe0vi8HHgcG2O&#10;op2qo1aKAO8YgdouQTpOqwfye8cfcL3A3H3C50fmHmyDwL9lkkCq/irrHDuH8Gj/ADdC2LbIoWt7&#10;ZoNMirx48OjaY2mDS1FbQhZXyFTC1ZOytDNeSxFopCGZZQ4AufabzuPgw4jWmjj+4nPrKux5Dqt7&#10;G1rJKB7iuy3i856uLs7xcStt9v8ADqX+jq8vLUlfn5V6EFhEpBDfD0PuMpo8HBB9sIkmmBLhHBt6&#10;2S3PBJV/aNysZipxC66ZJreoggHQ6XHLGw5/1ufcb8wMlzdyTWbN9HD+AeWrT+R/wjh6dHiwoSJF&#10;4DoWsGXWNTLpMj/VrcnR5R+F/Hsn/wAo2I6h3owb6QYW/wCLn+8GEJubm/Ps/wCQ1I5itR/SP/Vt&#10;+gRzmh/q/dr9lP8Ae06VMB5j/wBZv6f7VYe6M6t2lnaIm1+L8/0ufpbj3lfsbxLvEIkymr/If9nj&#10;1iXvSg2UwpUf7I/zdTfdxHw/ip33b19NWBdFLklaMsP1yfbTqRxouR/h7zXi2i73jbdujUa7PHb+&#10;S9RVZzmOxlI9X6K/8w6rIUvxz7kOIleDJSbAzaU08bAPDI9OUWVdSuoZb8XHu5zH1+Pr6uWUU0eq&#10;JPGretbNGwAYA/0v7lPf7a/5a9uDLt9u0MaFw9c8Fpiny/L8upA+ka/m2e3JxJ4YP+z+z/UOtTnO&#10;7B3zh027hq7dGSmi3HuRKiuDCjZaiLLL5ZaSUoBYWX/g1vcDEyTZPcoQKCaepRIk1kgLFVosbg6b&#10;/WX6f0985uZLvcbzc7y+unNC0maeXiPjyzQU+0euOpiurMbPy4TI+AGz/tP+hR1bCcDtrrvoaloa&#10;dliSt29DNWzFArSVVVtOI1etfIyFXaAm/sRUwQwQzdS01psvR5UqLR3RshdmIsbmzRW/5F7FXI9h&#10;a7lcbduskZP0VzFK3H/QfDcAf5eHzwadRJ7kc3W8PK+1QpGXkNxEn4vOGT/V+fVe3b3emW3pW9e9&#10;d4ShBx+Gy+1oJanXOI6jG0FTkMLUCQNGY7zU9YrAKx+v1+nsse48ZSUmRqa/L1LlGqJBDSqnmWZX&#10;mZ4jKU9cZcgqT+B7M+fuYrK8urr6WIU0P/hk/l69DX2hluL7ZaGDSAB+3w08vTq3/wCPM2cq9m7d&#10;we3KBYftsdikr8jNI9HLRywY7GxVEdMkitHUeKNlkT66m/2/slHyu7+3HsHbmK29tHDQR0Ge3JhK&#10;LLFameBYsZU1ktDXuimBzNNHRsxVLhnItb3Ce2Xxi5t2S6Ezao7N6cfORf8AD+zoac9cvXrcvGRb&#10;g4AJ+HgQfl1YZ1f1hi4Vmz+4G/j2aFYr01VXQ0xekKQ08qPCYlsGWViwPNm5B9lv7H6dy2/8FjKT&#10;bmTgnxBEUmJXKVVJjJYaJKpJXj+1nIeMsQfSwv7n/cLC85wt0uIWRRpFKsn/AD9/pf8Ai+oBO77l&#10;tXL8cFuxcBV/1evQnRbnxuMlq4MnFPS16yI9d9lj8lXQNM0KEMJ6akkEgEekXtx9Db2WDtXqGLre&#10;u29Ty+CStrjUs8CPE0EJpZaIWSRJPUrLUA8j68e97Vye+0x6bopICOGpajj/AAV/i6KNsea8hEt0&#10;WVSP8/ShxOYos1TmroHkkp9WlZJIZoC31vZJkjcWIP49nojk1xz3F9XjI/x+v04vcW9yjE4babQj&#10;z1f8fP8Al6Vbd/uPtv2y/wDHm6TEyBapSDp03/P9UX8fSxBt+fp7tZ+HXHWgX62897j6/wC57cB4&#10;vf6e5o5SkWXYmof9ET/DJ1BPPNTz5E4/o/zhj605v+FDSf8AGYdlEkgyy5UCzED07T6yHNhcXt9f&#10;6ezgq40AH6f8Qfz/ALf2YKh8So/1U6As8DGR9Ix8/wDV6da4cK2mLA8k/wC2KqRze4v/AIewr7cP&#10;/GP90f0OHqyPz9U5/H59mko/3Xbp6iI/4R0LeXIdO42hIyHNf2V/kf29WH/yzjf5l9JfgrvbFqf8&#10;f+BH4P8Asfx7ow3ST/eeu/5ZP9fz/lUv+259wza/7nSf81B/x49SxN8A+0f5evoe7bt/dzH/APLK&#10;K1v+oeMfj6+wF7XUmhpT9R9xD/jwIMhe/A+tvbW/fgz6f8/dP21NNPn/AJv8vSvxn6W/qC1/+TP+&#10;I9l0b9Zt/Vvz/tX5/H+9+wNP8Lf6f/n0dGx8+nX3if8Ar/rc/wBLavzyD7S9UPXvaUzYB1X/ANt9&#10;f6D8W+ntmNRouW89R/y9Gdh8JHz697Ob8QV5yhA+k1P/AI/8otWp5J/HunJ8bi4mqODH/jvRUey4&#10;Y+Qf/J0HvZTAbclB/tSRgf6/ngI/3ke7U+tpQs9WjH9ZjJ4/1MNYSf8AH2ec+RE8vgKOAA/bKlOp&#10;P9vgTzZttBgLL/1afqu7tiHVXYOoUA+H7/nVf9Yo1ta3B9gPv71Q1YW9v2uR/Q/ZEn8/j3h1zggH&#10;KsuoZx/1eQdZa23C5r/R/wAJ6sE2Tfyj/W5H/INZ+fZT8/ToJHfghgDxyLWS1xce8XWJ1spPAn/C&#10;elajTpPQn+w0robvx/Un/b8G9/8AW9tyJWgHl04R173HsEUL9eT/AL1b3aMUj+df8HVWAK6a9e9y&#10;Ije/P5sPxcG34t+be2WVhxGOkhjZRlcde9xpgxfi1he30/1bc88G1vai34N09EKq3qeve+dOGDix&#10;4IC8D8gA2PH+9e7yAkCnEdMuDQH0697BDu0kx0N/wkVgQf8AjtN/xT3Ovs13S3j/ANGT/jqdQ17s&#10;1+ghP2f8ePXvZabESMTx9bHkfgE8/n3OgqbGpPmOoCqzQW5J/D/l69742uxa/B4/3q9hb+gHta9P&#10;Fk/i/wBk/wCz1dqamp173zTn/G4/r/sP6/63tLdf2Y+3/IeqNjj1732w4H++/H+x/r7ZtaeI32f5&#10;R1peJ6977sCLH8nn/D/erG/tOQVpXFafz61173y/xH4+n+9H/e/fuHWvt6975IBcX/HP+8/k/k+/&#10;db697EbqdtPY+yf/AA6tvfn/AKvVD7Mtm/5KVl/zVX/jw6L92/5Jm4f80X/46esFV/wGqP8AlhN/&#10;1rb3ZRudg2+MaxH02nTpb/yKTm3AuPr7nMf2cHrpT/COg1tp/wB0sdDkTL/xwdJnEJooK8A3vlap&#10;rn/ljGDfn/D2GO4fTgciwv6ex6Wxv9LIWHP+HtPKwImWn8R/ydG0JrcNT/lBf/J/m6fIP+BEH/av&#10;HFrf7sj9o/u8a6LaknA1YUvb6f8AKU55/wB69twGlm/rQf4B0l2dqW8grnWP+OjrlRfrrR/qath/&#10;1iiPH+HPsm+XcM0twbsynnn62/PFrj3HXMIoW/23QmA/sPSjfyPU/wBp5/xwPz/vuPYL6v173x/H&#10;+w/6K+n+t7r5/n/k69173//Vpgg6sw2epQcPkEnkN7CSIU9zrIH/AAIrIxa0Lf7b3FzSYAZepdEY&#10;YYPW/sWC/W9v6gE/0/oCb+0LuHoXctPTTGKmifUo0+OroXP6kH9mtOn6+2jPBWniEH0p007pGDGZ&#10;TT/S9eV1b9Nz/rhh/j+QPeLoHa2Q2ptvtilyNM1Nq28SoVkl5fJyOGBR3DEj/H23eSrNa2sUZrJr&#10;JI+3peZ4n2NbNTWcM5Ix+I9cX/VF/wAtD/1ql9lx3pjJTXTsig3Yy3sOAWlI/tC4I9uWzqgOrHl0&#10;URlYi5f0p1k9hFXQOrSawSPXzyLG7/hSblfZqmVUjhQdLlFUQ+VOve0rUxMHJC8XYXv/AELG4F/b&#10;o6qyE0x172yVY/JPIH+p+v6gebcHj3vpphTr3tqkFlFx/wAhfn/D6f1PvfTfXvbPNrEjAcX+n6f6&#10;D/ex791og8eve22YjlRfVY8f8QObcD3YV49Ntwr5de9stXH6CgsC36f9g6kk82vb3cHz6bI8uve2&#10;aoQM4sb2+v4tqCkD6/n3cGg6bYgcT172ms0hFDUG2r0/QjTZtSD/AHv2YW5xCpNCD0lu6eCGrhR/&#10;l697sJ3S4qvh5tNjaKWHPbiawBdTbHUag3+i3PsO7jAyb2jMDQqn+D/V+3o25yhdhbVw7RJ/x3rr&#10;8/7Af8T7rEqeZ5FdjpLsNHFm9TcXA/N/Yti/s1KjNOgKNSgD0HXfuOUUN6RoB/Jub/1Nvrz7cDEj&#10;Jqerawoz173yCni5/S2sH6cqOQR+P9f3tjT9nWnatNJx173md3Okq5WzK34NmS/BFvx/X3QUzUdN&#10;vUrQHr3tSYrfW68AwbGZaakZCNJiSmY2sBf9yCS3+t7pJYWN3pNwtSOGD09FM8IAVz+zr3sSKbvX&#10;OzRom5cfHueM/UVdWaOxJvqtR0iMebH20NosRqWI0J+R6Wi/alJE1f6vs697c1z3VW51Jq8fHtiZ&#10;+StNHl8p5CTYai3iVCiQj/X1/wCHtmeCe3CG3aoPH5damlsWWsiaf29e9xl6ix2eFW+zsmcqtH4T&#10;Ok9OmMVPuPTF/wADqyMuWaGX6E20/wCI9+W4vAglki/TPnX/AFf4Om/3f4kRu4cwjHp8v9X7Ovew&#10;9zXXu48M+ipoI1N/1xVdJOfon5inkH0b2ojvYa6pHoP9Xp0ge2kQaimPt/2eve0RLRVMchR4mU2F&#10;78fX6f7H2pW4iZahsfZ0mODTr3t+2pqiz+L1XB+7gNrX+ji4/IIJ97MsYKt5A9GW0kR31vIR2hx1&#10;72oOyCRuOlB/tY6iIsb3BkqNNieAePaa3GtZyvAs38zXpncInNzeEDD6iPzavXvYfSWV2uOTITb/&#10;AGm5FwRx9R9Pa5RRQK56QIKKFPxde98TYjhL/wCux+n+9j3tiBx6c/Lr3vCStiQNJ+mock/4WP0u&#10;fz+fdTQ0HW0GpgCade99IeCQdJ+pNrk/65P09+PSsAAYHXvan2mynM0rEHXpn5BJJHgk/oPdJQND&#10;VpT59KIgdf5Hr3t13Bla7F7lyMlFUSRqjQWKiO4LUUS/20b6+Q+20IdFyOm5ZJ45X0yj/UPs6974&#10;Ju01gDZvHJlpUB0SzVDwldX6jpp41Ukoqjn/AFPtvwVT4Gp1VJTUNMAwXr3t0gpdsVlDWQ4/ISR1&#10;1UiKtD9lUCMMsmoXqpmEd7Ankj+nv2qQOpZe3pYrW7giN6VHCn+Xr3tDZXbWUxWqSeFVhYCzRzwT&#10;ahYNcrHLI1ufauOZWoD8XSWS2mSrNgU+R697bcdf7mMXIOtfxzfUPoP9f364+Dpfs5/xpQT172Jt&#10;CSFUXJYMG/1x6R+QAPYXuEYuZKdv+qnUoWJqEI4V697eASSATpP0P0+v5+n49pQM9HkYqwBHXvfT&#10;G35ubgcWHqP1t/X3QjuNOltKCgHXvfahtQ4H05+n4P8Ahz7aYEAk9WGonhjr3ubF+q9h9Qf6i4/P&#10;HH/Ee2CaEHp2OmsVNOve1Njr3GkajYD/AGNn4P8Arj2ibKsPn0IrZdY0de9jJtnWsfKgXtxfj6z/&#10;APEeyW8Qu3acj/MOhBBXy49e9mN27J+0sl7ofyb/AId1+n6j9PYXjU6iKf6s9CDbQWZqD/Vnr3sd&#10;duSI6BtVwP6hufUwP4P9f9t7pdgnTToU6TjHXvY57aldXjVTzcC30sfT+dPPAPtpmRxRTnoztSrE&#10;AHPXvZntlVTFoQTb9HPBA9UDC3H4A/2Psqu/DVHLt+z/AFU6N1GkVPUadfza5NwP9iDxxz7Nzs4l&#10;vBc3LCIqePoxpha39m//ABv2RCQK2of2dT/g6YoQWYr21PQf7jS8Ew0i4R/9a4E1r/n6j2Zba7eu&#10;nJ+gSMcW5P8AkpNj9Tx/vXswUAxUp3V/6Cp/PotuxXA/1ceim7/V7VYFwCHIB+vIm1XH4Fl9jTip&#10;A/pB9QklP0/GlB+f6+xRYgR2sZOBoT/L0QXX6Yctw6r77Jhf7+ocKNJ81yGBsPI9r/7AC/05/wB5&#10;eK7R9tIjAltJFiCtmHP+AGkH/Y/T2LdrR5NDwtRcE/MU/wAtD9nH06DcrK8lUOK9FjmlMGcjZwul&#10;5+LaXt+6QrXsz8Bh/sT7bcSjSU8bpYKApN7AXU82/Fv9v7Qbs6W81xDIe81x9v8Axf8Ahp1VdKqq&#10;nh0JVfrlqo2CllViS1/oAdQF7nUTp/H5/p7cJgfEQouwFudI+pU3+n1sPYVuWqwHkT/gx0sT4fz6&#10;We3VXzF5G0rpXTp1kaWErc/ker2yVMg8KkMfSPVbgA3W309JsAPZPNCRKxKd1cf6vnXh0siUqyE+&#10;dehowJsyrf8AabgEj8aZRYqRqBVuLj8D2latrayo5A/H15H+tzx/sPaWYgeHU+v+TpZVQRnoY8HF&#10;e6HkXXm/+Ln+v49o6qk/s/2v9bTyT+Af9v8A190oSzE9XI1VYdClQwqsaH6r9Prc3AOr/Yn/AG3t&#10;N1jmx4FuePr/AF/p9fbygg/Pq+kgdKyhRSVOo24+otwQLn+nP/Ee05VMxDfTktx+SLH/AAvz7eHz&#10;68VPSnpEUFbfQAEWFgGBHP8AT2mZ5CWa5/1Vha39bfj8e3AOvUPDpU08dlSwB+nP1vwt/wA/Un3B&#10;MlvyCPyQPof9tz7uRk04daApXpwVDbkc/wBCfrb6/wCA4/p7hvJza1/z+OLXtzb6j34kKKk46uB1&#10;JRC35N/pwbD8fW54B94i7gD+hsCOATb/AGFvx78GRgSDw60RXrL4vUBb1X4/tc/k/X8e8MjgqADf&#10;gn9J/P1+v+t+B9fb0boGNWz09GOJ67ET3J08cc3H4/w49vdBM0Ub6v7YVTwOLaySOPz7Lb1RPLbN&#10;EDSOpp/L/V+XSlVMrxBDnPUSWIEOhIvJ+eSOQn1+gFre65vmwZY6vaEcgsTJntP4H/Afb3I9PJ/4&#10;r7nb2tuba63DejbvrNIP+Oyf6qdY+++QX95bJJXtDSf9W4ehF2dE0WLVWXSbvxb/AKaKk3+p+t/Z&#10;GKvUSp/oFA/19I+n9LC319ztcKVhhQr3Bm/1f6vTrHi2oryKfi6VnuO7K4ABuSR/Uf63+vx7SE4o&#10;ePS7r3sv/e9BPWYjDJCoZP4vZ7sq6YxSVIJVWZS1r/j2E9y/xVTNP8Iz/m+zploHkq4XC5br3spu&#10;zOuNw0lBuHIrCsdPkcxmKESLLSuTHUrBMoMf3BcHQL2Kg8fj2ts5kkthdKawBfiz5Lqr0bbZaNbR&#10;ya8a6v8A7Vs1697UH+gCqz1MVfOS0gmTVIRQU8wXyxFWFv4hHqCmb68Xt7MfCkmClKDs10rQ06cn&#10;gWSK4EbAs0bDSSFz+3r3sQ9k/GnG4qFaPIZD+OUsyeQrNR/ZqlSUhiVx4cm7egKfzbn2C9x2C73i&#10;aSW23Vre6XAAjDE5rksyj8Q8vLox2iaysdsNrc24+oqo86/DSvDr3tZ0Xx3TBZw5Tb+45sKQsyiG&#10;DFw1ITyaeFaoyLggILfp/HsMPy1uW5eLse7ETEZUnSurT81emft/zdO2u525mVIqoAPnx+2nXvbt&#10;VdJ7wraqoq/9KOQp2raiKpnkG38a5LRlQBZa4C72IvYWv73tHt9ZBo7bddpjgtkRguljIeHbhXrl&#10;vKnXp7xC7M144QjhQf5uve8G5fjCN31q1Fbu6pWtgvqkOHgk+51iK5fRkokXxxQAcDn/AHn36x5f&#10;3Ll6xvIbSzEtSgTuCBMmte9uOr8XRfNfmIGRWMjDgOH/ABqnXvakzfxv2flKKVEYUVZJp/3IpT1E&#10;8kWiSM8U75KOF9SRlP8AAG/19vJyfv22eN4e6NJAlNYIQBfTg1TqLflQfOpweZY47ZxZ7KjTHz8R&#10;h+L/AEp8sde9t27/AIyYLdf2dOuYkoYqLyiJVxzTKTMkGs3fJxgXaC/JP19rYuQeZuUo7yaPcRda&#10;wmvtjQ+RXHiMfx+g+H59FNzukktpKJrBY7jyAYN5/ZXh172xp8Xa2sx7YWbsGtTB1eqJKFcFRslw&#10;+qUlv4oso1OoPJX/AA93veWjtbW+6GwjbcXbtbV9g9TwDdPblv0D2EVtbireYoaDh/R697fm+NmL&#10;k2cNs1GVd/t6irkhyBoQZF80SRqRTLkQPQqfljf2xPye9nfQb1LvDxyS0qgjDAgd3xawP2dMjeLa&#10;W0itRVZyxNaHj+ynXvbNT/FejloRR1O5p5yo8azNi4lK0yoEjXTHlBqCAf6q/Psyt+Wp5Ll7yOWt&#10;oiamYhVwp7m0lz0027tER40p4caU/wAnXvcx/jBg/wCAriavItWNHkPuUrXonjeSlWk+2XGmGPJ2&#10;SNixbyXv6re9bVyBvd/u99uS7uIdvFu5iUIjGSQOHQf2gZdSYJpQEVp0otbmO4J1zFrckkrQfDxI&#10;/wB58+ve2WX4i7Vmislc0LldSzigdmp/Sf2QhylpVjYghv7VvZhdWO9Wgjiu9zYQVUaNKMK8K61z&#10;w1Dy4dFd7BYLc+JBZIYv9MfX7eve8GP+JVJS+eOTeVTNQS+QxUBwkKoKgqEp6kSDLFy0IvZSbH82&#10;9sblsw3COD9y1+uDKCWUio/EO441dKHvkMQiisgKEZqcfy697eqL4sUyY+egl3TPWrIyFlfEQwiN&#10;UUhrFcodZ5v9fbUvJU7yW0qXencVUl0CjgDRqMX0/wCofnf6slVVpyWB8wP83XvbWnxDxsdPUUp3&#10;LM9PUPE8CNio18aQm7DjLXIY8cm/swtuWN23GY3kTf4hECrN21DNhe3Vq+Lp1dwNCPE7Ps4f5ePX&#10;veSb4f4d9Lx7jlpITq1xpilkBvwhIbLl/S/PF/r7Vw8qb3Gnibo3j3HrqRf8D0+HT69J/wB4xi4M&#10;zw1T7T6fLr3vFjfhrS4oo8e750eS4CjDwNbRqNtRzT/qEh/1vaXeNsvmtgnhfUaP9DJCHiPxA/Mt&#10;+XDpn662jl1eB+h6Z9Ken59e9qCn+JmLSjFJW56atik1eGnOOSNQxcvIfJFlf7dx+eLe0u2cuw7h&#10;MJlnMUw44P8APv8AIdK23CBkCu4p9n+x17211XxDxtfTLTVO5Z5BG0hiP8IjBJJI8fpy66VQcAk8&#10;+zSTlC+21mez3AA+eF9P9P0Wy3hpoEop9lR/g697wQ/DrBxwLTLmXj8kjRTyCg5lUqB4yrZchVvz&#10;ce0T8sb0si3F3dUjpVcI3/HT9n7erzTWvhL/AIwakfwngfy697bU+G2JpXdqfcM0fkdopIxi42V4&#10;GYEjW2ZNtekDj6X9qf3dJcIkRmLPxHBc/t/1fl0hS7sYyVads+Wkj/J1727Q/FSOltjzuaV6F4xK&#10;1H/C4FRxxAVL/wAVLgtEAnB+nP19tLy2HjuXhPjXaFiQe2lOHdq/i6MU37b0iEKanoakd/8A0D17&#10;3Cm+JWFStjM+dleLSKiGD+GAinCyBkhDrlrtosQC3J/Ptna9qeYz2t2oiuWYqKMW49o4H9n+fqi3&#10;1vJXTbA/mevex5wu2ItsYjHYmjfzLQwwUqsV8JZIhoLFPNJpuB9Ln2V3fJVrZtNLcHt8Surjnj6/&#10;nj8+rfXRwS9+FKkfxcfy697aszt5ZNwUOcVfTDSVkV/9SKg2FhrDHn/D2Htz2GBGjuom/wAVbz+Z&#10;/oltWRjo6tZo/wB2yaydZoP2/wCqnXvYy7bgaHAY2A8WjcMLDSB9xMV+pa5ufc48qeLFs2zxwJSG&#10;NG/wnqM79j9ZMQMV/wAg697dFYqGQD+mg3P5JItxdef9b2Jd6guLy6t3sbpvDXVqwv8ACue7HSR0&#10;qQeve06fJFk6VW5LO6+UDlNMP4AFnJBt7c3Xwdv3jbt723c5Ib12asixlm7U8Mdraqdvb8P8unpW&#10;torQurHxG+IU+fb173cP8VKnI7i6/gytfUiWsDVUc1RKsEbNDBk62mhGpRDFYRqAOLi/vKq5+9F7&#10;jWHKK8ubxvDXF1NG6RXQjiaVSzVxFHb0qEJFXOBQDIFDT295T2m6u3ury4IJbhpJHxE+v+r59Vi/&#10;Mw/Z7lw+Kp1/3HVX7k9CrFEZmpYZZX16jLqkZBcLbj/W9nhrerqfcmFjyMNcTXpGRHIsSHzLCnjj&#10;iYtVJGqjkXt7B2y+zu47zuGz7hzFv86tcP4yo1tXUXJJ7wy6e4UxWn+GTrnfNj2q5ntjdfpqn8Lf&#10;5vy6oXo/5mj9HdwVXUWQ6sOK2hX1EEC5QZjMutK1dUT1FVkIqJdr1T1cs5VToE31b68ey71W1avH&#10;JMZ410fxSox0c4eIvLNGzgxmJZTpU+Mkn6f4295X/eM5G5d/1teU+XeWolg3qe8gtoCAw8Saa1nC&#10;VZ2CIWKVq7BVOCR1aFrGVTc2smqEpqZvtP216ubwHau2svU4Wow8sk842jhd35WgkhrIYosNkEpm&#10;FWKiopvXI8kyr4lAkANyvt7h2dNRihqZZNMlTLToI0WNtMcv7i+paiwPoPPHHvG33H9meX/aj2eT&#10;feZtzaTmWeXwxWOtLh7SZ0h1xNIjKJIifE0sufLBIa2ndLXdN5Me3Ozssug9rDuV1DcV/pD/AFU6&#10;TlN3RNvHcVfi8TSE0NAKp6pTPNEq09JXJS1NQPuKZDKRFUr6Qbt+Pa1rYqeioqOCN/KTBTeVNOmz&#10;mJ0cfkjTp594I7NfbvcXd+b6z8OIyyoj6617k0cOPyP7M9TgLc21mgul0kqPn5fLqc1PSV1ZJXU1&#10;WRIAKpovETZBI80nqbQDzJ/vP+PtU4SFolpIqRNPmplqns/AY2VnAsV/SBx/h7L5Jg8O67zeN/jd&#10;rd/TJ/pKa/iJrhvP1I+zrW37ZHd2t5K4/wAXqRq+Wn0rXh0HW9o0rZP4VWSmbG1sMtVMrxhtU5ao&#10;gWExRhHtJDezX+n+HsdOr8xXNLm6CtqWmp6KtZIrhBojWNzpXxoCdRW/Jv76Hew8ic6ezUy3bB5I&#10;9IUcNJ8FCP4fs645/ed2+35X94YJ9qQCS4d2+0tMFqdWqv5evVRHzl+PWyKnY+ffB4KnxVTPTS5a&#10;slR6qYVdUsuWJmkafJBVZlit6QF9iHmWpqunmmo21pBFIst0aPxvKihFAdR5AWQkkfT2O/aPmZYd&#10;gu9q3KqNC5EWC2tdJLHtHbk4BbPkeor3zZt5k502+9ngIuDL39ymvcP6WO30/wA3VcvxI3rT7E60&#10;y/X27pvsznWoK3a6RxvWJWUWOGQeslkkx8UsdG0VTKumOokVnJ9PsKsbS08TTyEWWRk/tXvoEkYO&#10;k2Nri/vBSKTeL/c7GzijH7wAaqjyqBIRrqV+HyP5ddUPcuZ9y5alubdNVlKE8Nv+bqau34vi/i+3&#10;o2/aO4Yzt6iqEqmqMZTQziirXjjjciWrhVrU2nzgvMNNyRb/AB9i5hUtU4+VhdG+68bEKOBFKr/k&#10;3BNwR7H++brdXMt2dxTSDo8N9WrXgeJ2rlNB0U1n5Y88WrSXaIuRG2W3utW9W5OtdL9uu58VO/4c&#10;pTqibveGWpfeWYpmdHyP8AG4qPQQlMKUYilxJWokZPuWnCu9okXQBZvz7h7ioljxOKNS3nq3lrlk&#10;fSwZv3YvGtlYL+j/AI37Lt2j3GSw3J0WkKgE9yACrinHjjOOt+yF1uM/O2+WiRaUZYNAqp4LJXhX&#10;iW+XQ5dHbmw8nZ00u1ojidtCnxYjooxUzpDKuLqY6pl+6h+8kabIeRhb/Vcejj2jtmUMMv8AE5an&#10;hKpBToTyC0U8gIBBFrD+vsSbdJamH6yMgnSh093FV7uPHPGmR+fQ6967qezudpsLYf41CxeRf4Fd&#10;U0fNvP4fn0YH5hbyyeMr9ibaoXMNZs6oqc6WUxFnTN4rHTU4ZXiaFRpJudTD/afYNbjp9MNZFTRa&#10;ooZqmXUCVKyMXDWB9XPtDyzsf735geKZwtxM4CLWuvuFMA/6j1ldb3f03Llvc3q6UWzjb+L8K/w9&#10;XL9M7zmfCbDq8zXyfxHK7e2zSMjQK4ZP4fSSwXljRYLm9jfT/T22fw0UW1qb/dVVW1QjsQCVimpB&#10;ICG1leXX/D30o3+53G02DYNn26/MF48VvaowRW1SeCy6CD2qGK5atBSlc9ctva9Z+ZPvF8yXUK6r&#10;GCWRlbOWS/UDt7Twbo9/ZW5I12ptHGpKal6anxGSlp0HplhOMeDQ7qjBVdrL6bsL+1JQULUm2pZa&#10;ojxwiWt1EKdTR0KOW03LNdQfoD7Eq2y3q7VYbrElxdLFEkmtQQZB2s1KBcsTwAFDThjqfueeadzt&#10;eYobS3lBZJUjIxx8WQUwKDIp6eeeiEZOvxG8+5MdQU0AmydRjqDbclPpqLQRSbmeAxNPpSnTx1FS&#10;PqV/xb2ybXNRmszJSVFYpxksdRJAXjT9pgVNOBGDDKR4yByfob2uPcGfe0552z2y9s7K6teXo7ze&#10;DeQRrBqeICMpLqZZFR0GkppCcCD6dZE/d55g3q8udyt7m10KBJUakb/fNcBR5t+2vQ69ldbbSocb&#10;t3E4Af3Z3iiY85bMU9FU17tQQU+QjyIZZ6sUMjTZJU/Q+sWOkEce13Vbcp6byCWq81Isch0+A2/B&#10;BUxzS30g/wC3/r+OLHP/ALoX3NDzXVny4ljuBfOibX/H/vyNP89B5cDmJt95dWkfi24/XY/If5B0&#10;NfRe30wX8PFRuCXMmUROaifHfYu/FNdQkE06x3k4+tv979hlWxLFUyQ0crGjE308bx6St/GtpbyA&#10;8E8/1/w9xcyvNtk+57vaLJvNBpYup7W+M9nYeI/Z8+hBb3l1dR+NfIBPT1U/8d6sIxFeXq6Khhmk&#10;pqQo7TRrFr8ksJtER5V8ot9B/wAR7Smbx8UjI33BaZT/AMczYC6G9725P+9eyHbt5ksILuGXa0SB&#10;uHf9v+r7erxzSa6Bez/V/q+3oZMajVLwPFWPKF9LXjXk2INuL/7fm3sONzHxusru10L3ThdIcwA3&#10;IFuOTx7iTedxdhc7dbbev0sunU+qvwUb4W/y/L59HtsXZACvH/Z/1f5+jEbapj4IpZZi0q69KlVF&#10;tTTKOYzb6fj2TD5PTPJ1HvJSeTT4i1tJ4/vDg/zbj0j2dckIIuZrNgMaifz8N/8AKeghzmhGwXVF&#10;z2/8fTpZwDlT/iw/PA5sLe6NmbVXhbctJYkG5F1PP+P095V7OsR3KIXElEAH/HesSN60pYTNIe1d&#10;X+EdS/dwPxelSnzfXTVLmKKPKq91GouGimBHpGpQAffSz7v8X9Yd92japotVmJEHpXPy0n89XUPQ&#10;QTzwSrDx1yf4egD+SFBUZHp7smiooVnq63aOQpkjZgg1SKFW7OQhvq9287GyNLUyZGWQftRMxbiQ&#10;/tLUpZgNIYkj8e8uvvF7FtGx+1G+xx2yRoLd9GWprMT4rU/M5x+fUqQu8km2W21nVuUYjZVppzTS&#10;e9qr/LrXi+UmyMrh06ux+Gfw5au3Ng4qIo0Ac5ObG1RaINNNJAAhUku3pNvYtbVwIgyr7gpiJKWN&#10;WqCNccZLwzx1rpokk8tggHOm1vxf3xO38WUm3bgqSFWYuB2O3xKVGQCvE+vy9elXNfM99Fa2/Lu4&#10;r4e53TKirlv7RWjXuVdPxf0vs6QXZnceVmxO1um9xUop9w5SpxOKltUo6/YV1FU4BK7yxUqUjlql&#10;WPjE+of6rT7ecrVtuSSonobKaRp6Ob1BQiQu7O95Avk5qF4QW9iD29s1sOX9z+uUCW5DxxCldbvF&#10;GVNa9hqG+PyGDnAN522WHbdm5bfdDpnW6tpCtNX4ZPxK38St/n6A3dJpOl98bRw+WqJZ6GtxuC3o&#10;9UsUsrRtU5iqo/4f4qIVZeMQYlm8mpCP9T9fZU9/4etpcrNO5MjMZHgksg0RtPOY2B1MCVZSQD7B&#10;G7wW9pd3NruJEblXTiG76mvwUFD+Xy+eQftlew/udXig0hgP+rcf8ur7vi7v/Dbx67wdVt310qQY&#10;p6iPRVU5JGIxsjo8dbDFMGMUyhiB/r/09gHv7r/bnYe3P4XnoFORpM1j8nSVrRyyyB8frljXRFNB&#10;F+7O45J4H4PsOjl20bedt3GCatqlkUJAYfqswYdpceQ9ehXzNbbjvW2/R2q6j217gMVzxp5dHBwW&#10;98tgamVI6RKmgmlZvsPuoYUgj9CNUJOKWaZzAi30WAb/AA9kc+XuGquusBtTLUdW8WQqYvuJJljT&#10;/J5YslAgUEyVEcgcH6gXHsRXe8XO27e0VnuJDggfCvn/AKZa/wCrh1Ge4csW+1bTFrUMe3/Vg9Cx&#10;sLdf96huCRKUU9PjcstFTuJjL9xEaSCfyFGiiaEhpCNJv9PZDc72puDe2XpqjctdJkWjk/aLrCgs&#10;/i8gP2lJTAWMK/X+ntbypzJKin977m2lh/DqzQ+gP9HHUd77YrPaAQmh/wBkevS8hghpo1igiSGJ&#10;RZUjUKoH1sAP8T7s4oVkWnWRlBWbV41BFvRIxIH9Pc+xTRttEEav3rWvrlj0H9rpJFYRr8ceuv51&#10;p0i6og1TgXBTTqNr8tGtj9Pxb3a58Pgy9bFWFm9dh9b2zufva30/417nDkxgdl1H4NYz/tpD/lp1&#10;BXPGo88RPX9Jga/84Y+tOX/hQy0D9w7CGu7LJmTJdCNOrafWNuTw1wP9u3s3vBX8EDn/AGB/1/zz&#10;7OUJRs9BOde75kda3VOzRvzxc21C1vTyTZfxY+wr7dv/AHA3T/QYisH+3jH0/wAOPZsXVdu3En4z&#10;F/lB6FnLShtws2AyTX9n+x1Yp/LLdP8AZyOkVYet97Yi1i3Fvuibi1rj3RZuokbnr2Fj+01+Ba33&#10;UoIP++59wpauPrpc58QfyY9SbPwH2/5+voibbUf3exy8/wCZi55N/wDJ0PF+f+KewK7XcjHUpYEk&#10;1EA/w5pq8/0/w9s786Mg0sOH/QXTlucL/pv83SsxwAD2FuW/6I/1/ZdPqx/xY3P4/wBtx7B00TsV&#10;fT2j9p6OCPPp094ZB60NgAQfr/jf/W/PtGe0ODxB/wAvXh8L/l172mM0UUKAeXUvbSfwx4uOOD7p&#10;4gto52mGnX8PS+xdV8RWGR/m697Od8RDaPJOf0tNAL3+tqWqBFr8G/tzlKFop5pJcp+Y/jp+3HRa&#10;6lbosfX/ADn/AC9B72Spfb7qv6taEcX+k0F78fSx92f7Adlq5Xtxxflf7UNVb6/Xn2dc6Ul2Ixq5&#10;Eg/6CT/UOpS9vIXPNO2y/g0y/wDVp+iC9lohahVjyWcrcN9ElpL/AKbhf6H2Cu9Qwo5Xv6SEPPPI&#10;NLfnn/e/eHHOkiHleeORf18fL/Rk8v8AVx6yxtSCLofj7f8ACej3bMt924U+ldP9OdUdWR/sR7Kp&#10;uKVAGUn1MbgWY3B0G3FuRf8A2PvF+7haGdg3xY/wdLFYKB6dCd7DWqazgMCOP94/1/8AYe0zUIOf&#10;l1sGor173GLeQDg8Af0FlHH9fejRDRuvOwT4j173kjjk0k2tz9SQPwBx7ozrwrXqjOgwc9e9+luH&#10;/QDYH+0CPxb/AG/tyIpoUu/n16Gmg19eve+CI+q5UkfX6j6X+vH+t7c1qQQHoOm5CAWIOevewN7t&#10;f9mhQi7aY3U/4eecgWta1h7nH2bZEmu3kPm6flpj6hj3YWthA5+Q/mevey3EG5/IIt+L25tb8fX3&#10;OwlAjaHHiIV+zHWP9QFhh/Eo6977SwuGHIP5ANr24vz9T7ekuItTEHtfq8tCS3k3XvfAgg8W/wAf&#10;6/7Y/wCHthrhXV1ZT8v9nputa9e98iCbG/P9f6cfT21DL4RavCn8+vA06978osGvbkmwH+w/3r3V&#10;2RiChJ+2nXia0z173yB/Vf6WP1/rf6e6efWuve+47gtc88n/AGHH+H149+x6de697EXqezdkbK5+&#10;m6dvcf8AkaotX+2HtftL6L62P/DBn/bDos3nV+69wp/vh/8Ajh6w1H/Aef8A5Yy/9CN7sn3OV/vl&#10;jrt+rbtMn1a9zk5rX/wFuD7naRGtoNulmHbJCjL/ALYDT/q8ugrtiP8AuWLHCVf+ODpOYk66PIaf&#10;7GSqlbj8rEmr/C5v/sfYZ7hb/fvZoX9UfY0FuAbN4m/A+tif8PaRiJFunBqgDK32eX+rOc9HNvm7&#10;Kjzsn6eIb/c03HBx/wBf9Z4uP959ozut74fZpQk22+oJ4sC1SeObfX6c+9Q1NkmoYIx+z/V/qr03&#10;syHRKhX9QP8A4FH+r5dd0QtLkOLXrSf+sMP+w9k6ygYCXVc/uAg/67Cx+vJ/4p7jfmJQWlAX4Tno&#10;Sha+Gy8AM9OHtgZTfgc8/wC2/B/HNj7B32dOHr3vrSbfT+zb8f6q/wDvXv35+XWuve//1tdAQ2iJ&#10;gltILWJiva73tZmC8gn3GbMBxXHyP+x1MLWqjINP9Xz63+Pbti+zN+bXVosRn3pVBJC/YYqa/wCp&#10;r3qKCb6tIfbbQlzUqD+3/oLpo2soNQ+Ps/2eumUMLMLj2pYvkXviKOWDK0pztNWp9vXxvU4vG+SA&#10;c8tT4dn+v+oIPtIIYhTuAp8j1sTSjDUI/wBXy64iNAVIXlb6frxcWP5/p7T7dmdc5RTFm9tphaie&#10;VlMv8TzuRHr1BTopKBE+hJ/H09u+A+rB7fy63rgZu9KL9pP+T/UOufuDU7V6oz0Z/hG6xT1U41im&#10;GB3DLeSRWAi81VNDGvrkVb8Dj2548sZoVwPmP83VmkgJKo3+H/L172jMr0HlZlepw9KMhTEMyVfm&#10;pKTUhEkgf7epy4cAwsrWI/tW/B92F6wpX/V/Lpl1kwVWo/Lr3sH9wdUbjxBcvRGT1kSD7jHp4+Xu&#10;LrkZC+kr+Pr7WpcBgD8q9bMUmkHT+Gvl/n697DHIYOroyYnT139UN4QBzoILiV7gj/H28HUioOOm&#10;mXSCa4697TM1LJC4EkdtN7J5FOngf2gSfx7sDUV6pWoHp172yzx2lJAMYN/yG+i/gX4976oa9e9s&#10;9dEvouvka7Xe+nj0D9INuBx/sPdxnqjDtHXvbJLGEZmt9bfnn6D3YiuOmHTVTPXvaczUWqhqDYWt&#10;/sOHUWI/qfam2kAdFA6RXOn6aeh/DXr3s/OTQ1Xw82831CZ7cij6c2o6EX/sj2VbxNTd7fTJ+BMU&#10;+X2dHvN0n/JNBP8Aoaf8c69/vv8Ae/dZeQiKVEoPBDvYWt9Hb/E29ii2cNGlOFB0BfNj5V697i3J&#10;Uf1+h/17fQf7D29TPTTDScde95B+LAH6f6/0/r9Pr7qTXj1r7Bjr3vIo/wCN8/ji4/oOD7qT1sde&#10;95VCN6T/AE/FyLj/AG3++PvXW8de98JIwDYAWueOf8T/AF/I9vCQAUbj1vBBB6974rENWlkuqn9d&#10;yNH+wHLavp/h79I1V7DnpuUa4moPTr3sV+vBHNh93xVD6bJgtEgUtpLVVY7WVbX/AEgcn/W9sXAA&#10;tgQMf7I6NYFptE6t8v8Aj5697YcT2RvTbnlgoMy8FNKRqUUeNcOFd203kop5Fs7n8839+jgglA7a&#10;H8/8/RNbXUyRgK+PsHXvakj7PxVd6NzbWXNs1g1W2ZqaAqf9V4MfQqGsABYe9myGKNX8v9npT9Uj&#10;4li1fnT/AADr3twoI+sq2qp62m3GcNUrKkn8JGGztfqI5EJrpAiLqY21W4t7rJDIq4yK/IdKLZrR&#10;X1CXSfShP5V697i7z2XlcpWw5PC0hnxyUUCefzUsPkVDNIZPFU1Ucyao3BtpuL2+t/eoXVAyk5r1&#10;S7WSaQtH8FB6de9hNX42soZXSeHxkX1r5Inu2tw4ukjAXKH6fS3tXHICAOi0oyMQRjr3tuCahdYd&#10;J5ufIDe314J+vN/e2cHAOOtceA6974FrAseTyL34ufx/t/dQKmnVo8utf9WOve+CqDcngG3+8W/H&#10;4t7uT6ZPSoGvDj172otrm2WpiPwJ/r/yykufrzz7buP7J/y/w9Ko/i697y7tJOeydz9Xpzf6f8ot&#10;Pza/IPtqH4E/P/L0xcf2snXvadPK6Ryf9T9L8g3v/vufbgwa9MN8LfZ173HbWy2kOlfxbS3+H9k/&#10;0HtwaQaqKnrQNdNfh697kUOayOMP+RVRjA5BEULc3v8ASSN/bugMQSKN0+k8kYNG/wAH+br3txp6&#10;+nrqhHkoAaxnUvVfcyAsxYerxBViHrJNh/re2p1pGRXHRxtUkU061g/U9an19OHXva+o7NYA+rSL&#10;/iw9PFyR+fz7DdwSKiv+rPUmbepKKQc0/wCgeve3eKO4ufoOfqP8P8fp/X2j44p0exA6xnr3vp42&#10;1AA/n/D6cj8kG/ugpQ9LKCh6974hCG5Itcj6f4n839tNk6F49aUGtB173LiIDc82At/vf1Fx7TOK&#10;inTi01CvXvasxpsRx+CLf8gN+PaJh8S+df8AL0I7b4vzHXvYvbelOg8fQ/1I+pn/ABb6ceyicLrG&#10;v1PQjtjlf9Xr172POAlYeOIfR7gfQ2uTfkAEfQew3B8Z9P8AYPR/tbUkp5f7B697MBt9dUiIvFzz&#10;/hyWJFz+AP8Abe0s/wDZjoUEdiDr3scduxfvxgNpsEAHN/qLD6829sgsylqdx6MrIAkHr3szuxYe&#10;Y/8AXiP0J4vF9QD9AfYf3Tgn59HboQACesUp/wB6P+H+8/19m82dYR0y/QAR/ixuzUwP0uByP8fZ&#10;eVYBq+p/wdNOGpnpBbgtolP0Ohr/AJHAmtyfyfZlNtcLTcc6Y+Ppa4i/PNr/APE+zG3Dkyfw1/1f&#10;5fz6K5lqx9K9FT380ZWo+moCW9ufzOTcDi4sOT+PY24YKBxzYyG30vdYgD/tx/r29ii0J8GCvmq/&#10;yr/n6D98GDPX1/z9V8dnG9XVk/8AHaSMf4euZvqf8F9vtemiGUf6lZCBxYakuPzzwP8AX9jDZJtS&#10;6vlk/MYP+H+XQVK9zEcOip1sWrLUhJsDPCoXn9JkDLzcn+x/vPuFhZAKCmbRZtDWb8csDc+mxJJt&#10;/sPZHvKA7jeKZajUMfkf8HH/AG37b6QWIJ6FnIQnzsqqQoLjXYkmwhPAB5vb/H6e5UjH0L9GLRFv&#10;62upP+H/ACL2H7tBplI+EBqfs6MI0UKSPh6V23tIZb/pBQD6kXJk+v5APtjq2ViSFtwo/wCTYzYf&#10;8FHHsmlDoSheuT/hOT9vS2IMFo3Q24BNUSSlQProIP0B1grYWUW4/F/aVrg8QcXDIw4X8XIj9XNr&#10;cD+vsvaaOXSdBEi8f837fl1YdzDGR0M2EgbWPULFuDc/UGS1xbgkf6/+8e0TVk678f6rm35N/p/g&#10;PbqmhIXhw6eWoBpw6E6gQNEit9QRb6kXsebn/g3tOVsv1FwT/UcE2uDwBf28o9K6a9PH4elXQRcq&#10;eQfr/rXsQQdR/P8AvftL1shGri4INhx/tVyLC3Pt5evdK2hiDaP6ggk/T8pbgnkc2HHtOyv9SbfU&#10;888cn/Uj24B1o9KWJTZfraw4FueF5ux9tcr+o6fqLgfQEn/kJeAPdqhQST14A9OMSagB/UAn+gHH&#10;PDH8f7z7gtIb2H0tzzbgXAFgL/j2nlJZq0oOvGqmhHTlHGAv9Wvf6fk2uRe30A94ZZSVPBU2/wB4&#10;v+BbjgH2/aUDM1e2nTkQyWp128YOgXBJa3+xAv8AW/8AUD3jZiSeT/gL8ccfS/vSqAFxnpxAAq/Z&#10;1lsPzzz/AE/3kn/fce3almvGRwRZOf8ADVccWuB7Ym8SMMwFMn9lDU/tr9vSy2B8VST6/wCA9Qnj&#10;VpVBJ/J0m/6hYW+oP6T/ALf3Xl825WOQ2gOL+TMn6AfSl24LfQWHPuWfZRqXu9imSIf5Cb/N1jv7&#10;5j/GtiPnqm/45D0Ie3100K/0Jf8Ap/x2mJ+nH59kanYAKDYH/Y/48k/T3khctWYgcKV6x2h/3Muf&#10;sH+AdPvuOTf/AIoeLf6w9oR0v697DvsajFdT4NVB0Lmo2dfp6ft51/LKfz/ZNreybd42ns7tWPaE&#10;I/4yK/4erhisN4aZ8Jv8nXvah25tei/uXUN4wG/jVZLe7n1fw+M3v9wPyfa/Z9tA5clYfwN/1bX5&#10;9KnvNMkS6c/SL/g+zr3tpbHpStGkdb/Ddc0aip8BqvGpOkP4WZlfRoLW/Oi359qRbwSLtqT7l9LD&#10;9Mh8Twy+o47dII+Kvxf0elWzw21/M0d436Okngfix/DQ+fXvaIyeQ3Cs2QXE72dqGgqZ46+oG36N&#10;CslOWaZPFURmXiIAkpqX8C59qb6fb9tRI9t3MT3Tf8LeP/CNPR5LZcu2/EgsD/wwf5f8HXvaNXs3&#10;cFNKY13zIadHMcI/u9SDynkI/wDxby0eg/g+zza/a/nHmq1W+sLVldgG1aoD2/FjXMh/4z0hupOW&#10;1hHhPoaozSU4/Pr3ta0e7tyT00dXJvh9NWC5pP7vUJWdlLKZfMtOpi0MCbWF/db32t3bY4te87y0&#10;Eg4fpRv/AMclPSizseXpk1ybh/xiX/J173EHYG4hVHHDejpNHdUi/gNGxrrr5i5l+z0U5g1X0lrN&#10;7j68urEzjbr7mv8AxBviP0zmmnuXtUavi+f5eio7fyuXEJvNZ9NEo/y9e9rVqnsNnoaCXeEhyFcK&#10;n7AfwXC/5b9sDNVeoAwUppobfr0+T8XPsPpunKW8yX1nt/MfjO5jr/i8ynt7vML/AA9GkOz8slVX&#10;i7cP7X/P173ATP5yJJmyvYstHNZfOx2tSVBVQ1o/TTQ2YkWvb/Vf6/uT+XPaPmbfJzv+yTszx/Cd&#10;MQ/ii/0SXHBvw/4Ok8+28u2QN676EjPxaZT/AEfn/F1724QZWbVLIew5KaKZUEcv91hN94y/qQII&#10;9UGn63IAPsu3v293PlyR7jf99JkP4fAQ6f8AnHKwbpuG55QlI1SCQf6WYf5Ove0tlt77jxcEGRqN&#10;6SyUMtZLSRzDBUaiYwqx8fjSmkmT0i+plA/x9hBt+h2W2u7e35kMiSKRXwCukE0BoUJbiOB/PHS+&#10;WPlOO0kkO2gKQe/XL2j100qfy6979F2Bl2ojVS7+khp5XaML/dqCTSCof6pRBzwf8Pr7D24c67bP&#10;b3FmnMZkneDTTwGXypSuin+T59et9p5NuoPEkkFCPSb/AKC6977p9/5OelbMY/fkjUtPUHDzSDbc&#10;SBZ4EWpm9NRR+W/j0k2Ur/Rr+1/KEFjvO82vL8O6j665tk0nwyf1JJEjVsgL8R/Eyj+Lpm52jlGF&#10;SkVGTSQR+txz8+ve3um3nXVcMsz9gyIscElZJJ/dhGukaLJJ6PtFf6EHi5/wv7F2/ct8xcnB2k3Q&#10;sq/0IRnux2u/8HSK22zlMZW3CfnKf8B697YR2bJVQVM2O3o1Y9BN4Zv9+/4ANC62ciehQG1r8Br/&#10;AI9giTny5jAjut7KErhfC45oPhjwa/Z0dw2HLLRsyXdABT4JR173npe0DW0us7uaTwgGX/cEV8Lg&#10;allv9guvxgE2AIP09kn9ZoHutc24GIsrL8JPxY/Cp446S/Q8qyhnkn1j7JV/wde9u+I32+Woquqo&#10;+xpKsrJCWl/uoILkhrWSSkitqC/0/Hs429YPpLiwHN+iW4ePt+lZvhPyH/QPSY7RyQ0bgoGkNM/r&#10;/wCfr3tyh3mQZZn3w9GkYXySf3d+4FMT6VUBKUGXyji4/Tf2Lr32/wB82lGe55gJU+X06Cvw/wAM&#10;rfxdFVrtu2EnxY8H/T/5G697SK9wYiXIrQ4rfzGrjtrA2zVL9triaRdJnxoSbyRg/Rjp/wBf2Erj&#10;cxtYJud7YxrwPhkeanyB8z/qHQjtLDlgFo3+MfKX7Rnh1726YLtSjy9LPIm+HIPDKduT2kKyOtgW&#10;oYyhXSbcc39ke484bhZ0RNy0/wC0H+SMj59aG08nSLgj/qt/n697jx904aWtpaf+/wAwnqJ/tmY7&#10;YrLELqVVscUE4I+txcfn27ZS7hugAuN/Zf8Am0G/wEdMx7HyZIQAw4+k3/QXXva/i3TQTTRifeDR&#10;xNHDJ/EP4FOfAkn0f7VacNIEHNv7X09jC75a2/lm2jvl9wTBKwD1+iZjla/xN/g/ydES/wBXY5WR&#10;LADS5GrXL5Y1de9pTOdw9cYerlx02/maopaVq2en/uvnVNQEd4XmMqY2VIfOyW0hjp/pb2Cdx3zm&#10;eaESbZzGb+2Z9A/Rjgzk0oyVpQ1+1vPPS2O62UkrEaEeVJDnPy+3r3tvXurryCsoaOTfjQx19FS5&#10;uUDbGckEGNqJRDK5K4n9wRhf0giRrfpHsPTX3Nd1HFPDFlJhE/dF8Ypq+Kv/ABnHpXpfp5clKRrJ&#10;SUqC2JeJ/wBX+HHXvako+2eo6qtpsXjOxTVvk6qJKej/ALpblg89dVypTQSeebFKsIkYqtmZVF7m&#10;w59nx3rdbSwcPbfqRx5OpPiVK8AKHuFRjq/7o2eRlihm734Cj5P2s1OPXva8sDU1NOX1+CqaHXbS&#10;DoNidJ40m39T7kjly6O98r2lxL3StEpb1+H7B1H2+2f0d3NFT4G0/wA/tbr3vFloFEcYsBcavySL&#10;vbnk/T2l3O1jWztLU5+E/wDGv9Q/M9KrWUNZqg697V2HkC4ykjAsQh/1v849/wCyR9PclbLbLBtt&#10;rESaKrftqegNuCN9XPx/1Ade9z3XUPSbWJuTb8Na30HHp9n9rQ+JX5f5ekoFRnh172xyRynLQCK0&#10;1mPkgsqf7puhErcfRb3HtqzuYNnvbi9jXTcXGnS3xH9Mafh7v4v6PTqRoY2UL3n/AD9e92hfHrGZ&#10;TL9IyxYmtbH+AZTyR/bw1ILSZ2q0+upeK4Lgn6kc295RfdU3bkHZfcCCLn2Nbi6umHgsxnXSRHK3&#10;wwBlPaFWpx0ZbHt19FBJJaitT/Q/i+Z/1fLoi/yA3FtvbncOw6jc+CTJUdRM8MFY2Qrab7GZMY7F&#10;/t6CCoknLF1FiAB+q/HsUup9/ZPbOXnoqzOtRmaU01VRDHw1AlWKdiG+4ho59JlPNlPp+l/fXvm/&#10;luz3SwhmttuDoqgo2silVHkWFacKnj0DuYLyZRNtU9qJLomobWoww7eAK/tanr0iPlF8e9ldybQo&#10;Kio2RDuGbDXy+AyDZ3IYxsfXS0PgEq0/8YxqzhIX0/u6ka97ezD52Jf4rQPjqgy48R0ucqv2jGPL&#10;UO7Tt+9+7chvov8AsAPfNj71vPQtLblLkRbDVzJLfxTQHWBpbTdQQnKGI6WDfG+k6u8Uo3Ure1m3&#10;WjW7DmJyurtAoWwdB4xnOKev29EY6vNXldrbxpt54lcLkMcu4NkROayLImbC4aSko6GDTi2SNFki&#10;XVckyj6F2PtzTH19RFVVlHSiTVRywmQ1FONEWlZBJ45ZFY2VhcWv+P6++ffuVz3zfBzbybtPufzE&#10;0t1DNaSQW/gxDRbLJIkSeLaIV7SJE728Wvc+dPUz7Zytyzs8M+57U9YjO7NiUd5Cu3xu38K+VOl/&#10;tSj2jWbfrpMKqpR4pKvH1tUXyTaslRUlIaqmFNWypIA6lT5FDxc2X8+2spJBopqqAvKaYT/5xBZi&#10;Chv4y6m5U/kj/C3s8vtl2j3F2i+3jZd1+nvLO5aq+E718FS3xO0KjvdPwdbm3BdzZkhNET/n38l/&#10;i6g0ecqNr5ESsnlxeRK0EcetI70tdKpWYFYKmoBFOhGn0t9eb+15tjTTRtIkAJlj+3UGVzoaZEXg&#10;XCuVB+tgPcRb7ZX+5Wdrsm7XXfDKLkvoj7/BHqmU1+fefzp0o25LieOYA/pLqLfD/D0ht4Zamhy9&#10;VmMXIPDJT1eMem0ygxJVvMXkJmTXKIlH6dH59i71rhXXKZV6ltEMqPPEPS+oRRMyN6JNVwV4vb/E&#10;H3mR93+63rZ+TuYLq3BdL2VSErGugyKAG1EMTQVwdI9fLrm198GDb7Xmzl/cVH+MZB48Hl/03A58&#10;uqmvnR3manb8eztiwiryWKoYdvZ+cSNSaJxU1qTtbLYhacg08ur9mVlsfS3sWNaiidIPS8qowB59&#10;J1Kwuy/W3H1HPuWPbeykh2/cNp3mPxHtmVGatNRALA9rE8aH4m+fn1jhzDDJcc3bRukgCQMJeGfx&#10;DGDiufwnB6qo6x+3XB7zwWapzWJjcnjVeIy+ARVAinqKZg1Nq8gil0t6XKj2kaTAK8M0q8QIyiUW&#10;ZtBNwgsZ11FibcX+vvFvfp49i9xtsigQpCRJ5j/fNR+F2pXj86evWYd97l39zs23bW9r+jpYhta/&#10;x1rXwi3xft6ect3bUSbOzuHylV95uegmxf8Adz9kU/3ccuQjmy7+Smxv2FIaen9WiZjq0en1c+1b&#10;hKiGSahppYvGKX7kUya2cDzpO83IS/8Aj6ifrx7Jt6Lxw7RPEcyibPngp86eX2/PqNYuXEs7nm+6&#10;8USxSm0rj+ClPx+v+DPRXu6v7yLsbdeUxuVfICq/gx3NkBSUNH5PDlsXS4YmmmNjoLmP/J1H6dTW&#10;/Cg3FS00lLjFdQ0hlqREbspU64i5FjpJ0/1/p79vU9yeX7wquWH5Ghx9lCacck9W9kLsj3N3mEHB&#10;WLHkP0n/AG1x548ugt6RzOZwOQxWVp8g+NxcbzPm2FPTVX3kCmrjpomR45J4hHPL9YlLHVz7DrER&#10;zUOFncNdYqireKQhR6mqBe6i/wBFtyfr7OOV5PE2i9SU9/hCo+eo8M+uB8+pB93FFz7k7VZEYmES&#10;n8om/wBX8+jrd+1W396d81CR0qxvXbd2XDkaITVcheAYGjELrUlIFBlA1aYwrL7SlTiYVzVYGPkU&#10;4ykqVurJaWTSzXvKSbE/U8exb92K8G480S3N6tZorx1XPCkraT2BRggYI4nPA9T1vd9KPbbdpgT4&#10;0dtIq+fwoQv/ABXR3d7b7q8PsT4/UGOj/h9LW79iw9aFkFQTR02Ep1jb/KKaaUXN/Sr3+nq9ove9&#10;Jkshh44qKPxSwTyaKlWpz4RFTyxq/hlKBtLPexJv9PfSqytYJr+wklu9CRTxysukt4gWtUrXt1Vr&#10;qFSKcM9YZ/d65MR/crmm/mkKxfSySUoX7muojx8TPD06se6v7K2RQ1+1KHceWM8IocRJLi2oMsoy&#10;KXol+0+7oKBzTeZAQXVjotf22Nga/L4vH02Q3C1VHTY6kaamOLijAaGmMcq+SCWNraZWW6k/Xj3F&#10;vud76we1m/zWVpyQLp5LY3CyG88Ed0sqrGA8Eq1rCDUsMH4cd2Ruwe19rvXNFzcGyCk7gya9Rz+u&#10;udJkA40NK/L7ULT98bd627Jzke0el48A+7t/5PF0e6I9/VuQeRs9uC0GQfDV2Ir7APQJUCN9H6NJ&#10;KhmPtR4Hr7D4p6TIipVkliUgmGsjCSymJhALVUkhPjFw2gf71fl/74fe75794zvHJkuwG02u1v3d&#10;YhNbTUEPjIH1fSw6qCTQQ0jDFaEltOT3Jvt7/VC5u7gSeI7ll4AYJT/hj+aevRncvnN35CioMtnt&#10;2CtpMhS09TFjThaGlSllrFlaKI1tJDHUzGmjeQK2gawb8cXV9XTRwUszUIDC0ih/1WujfqExuPrz&#10;/X/e8Kt5vLme68PcxoPGn+bRj7PT7eEpW76SA/QodaGGWShkWo88haLV+2UOpHRudagXsf8AW/2H&#10;JCmqgqpEk8rAAy6tP7QH6ufUXD29pPA2dlY28uu4pw0v6f7xjhx6OY5lFP4v9X5dHIx2WyFNNTK9&#10;GYaVIyDMKiHm3AHj0mc6tV/9j7S1fS6RqdeUsLH6m7Lb6Mb8/wBfYf3aACJyjYYen+r/AFfyWQSK&#10;Xwa9DZs7MCaZI1+gPpANjazAcMi/gfUewN3XKWklUfptY/7eAj8XAt7ia/UJKGZuH+UDoUWSgKPX&#10;/PXo3eAUCljsLG3A/r6pb8k/X2Tb5NqU6k3aCLXjxJP5HGewf+tyFb2J+TZkbmO2atasf+rcn+Xo&#10;I86PTYLpuOP+f06U0H1X/AEC/wBbf7yOPdHsKu2RuoGoubDg3On8FgB9P8P9495X8rSx/wBZbBZD&#10;+jU6v94PWIe/ktYyqP6X+EdS/dyvxUxEOTyuxKeoXVK+VYgl3FrpMQLLIg/BP195++0HMMez847G&#10;1t8Jkj/w/wBJW9P8p6iiz1RW7SV+Fj/x7otvyp3JPtHpDs/ckLlf4PtDIVxsqEkQKrty0NT+P+bb&#10;f63u4nbO00xwNLSyWavkeFh42sPLJER+ueQtY/63+v7yi+9jv13e+18tzG1IlhZj8OR4DkcQKf6q&#10;9H/K+8BeZredh+nEkTV+0ken+rz61mu2e+f757p65zGcoddJtzceDycTfdPqZqeGaLj7PE08ykpU&#10;cDTIT/qfa/2hR11HPX4yqQTa5aox+qNCYpaiGJeIC4HpiP1N+ffJOTcbKLYb+4l+JfEOakYiJ86e&#10;bftzmtOpH52trPeJ9nvrc0miaN/xfh1OONP4um35LRUG9Ny9S7v2nkTjZJJ9jUcyR0k9QHdDk69g&#10;DkEp7BnmQcJYhbfj3z3FiazCwtUwx+JamRpSQyEDzeZmYhpJTx4v8Bx7EfKvPOz3XKe4Qxp/jEYf&#10;R8Vda266PwAE5H7a5r1Gm5xXnNHMW27dKT4Fs8Z/DX9ORl9V/iH+DPSd21iZ949wYjBbnrxkpKPD&#10;Y2mk1U6weShpdzw0bxhqGWmQAyTy+oOzC/PsOs1RrnMHOZXtUUgazWuHEVMxJ4eJBqeT8Age4l3R&#10;7ndb0XhWqk59fiZ/QflU18+HWTnKtpFt9rHB8v8An1ft6tI6nq6DqLclHg6CFVx2WCuEEjftmqqK&#10;GhRD5EyUzGOOnH9pb+y8w0DVORSmZCzLOiEg3+rqoPDgD6j8+zy2hZYEjVgKg/4c/wCXoUTT+Ajq&#10;pwVav+r9vR68puCDH4ipyfktGKSSdfQSFCws9haJ3e+n+nPsiX8ziOCh2vsnGQ8z09NOkx9X1XL0&#10;bf2y6cgn6E+yPc4pAlwZPhoP5DH7MdR/zJK77THqHp/KnS/+IWVnz21d5Z2Q3p8tupKqj4QAQnE0&#10;Sm2lIpLawf1qre6XaKRzk4Rc+uWPR9ObWD/7z/X8e023RIscWMlkP8+o8uIEayOo5NP8PRufd19O&#10;WNPAAtgnk/N+Gb/E83v7ydtSPoVQcTn/AI03QC2lNMrU4f5tXSCqgoqZWJuTo45HIjXngce7WPiL&#10;Gw63u5tqM2mxFrDO543vc88e565MjC7BE6qKmT/A0vCmOoG5yuAvOMQA7qD/AKtxj9nWml/woTlS&#10;Xu/ZcaKHMMuS138itd9l9ZkckBeAB7NoiaR67/0F/wA8/kexFIwkcCLgDnoISzu4Ok5/1fz9T/qG&#10;u5KVmmVafSVU3c+o86Rcc6bWX8f09hf22hOwN0i174ir/wAOdA/Nwfa2SkljuC1yI/8AZH+r5dCj&#10;luUC/sD/AEv8h/2fy6sE/lqTBfmd0gfIF0b3xQI5NxoqmFhpt9Db68f7z7oq3Wf9/TkOLaYXP01B&#10;StTLxYX9wtbxhrqUknLsP+NdStOKhW+fX0R9tWO3Mb+dUNOb3ILXp4xe5te/sBe2jqxtF+LVVP8A&#10;UD6fbV4sf8fbG8r2nVwLf9Bf5unbUYb7f8o6V+OFg355Yf4fVTx/t/Zcmc63B5Go2/5KuP8AYew8&#10;w/SWnAdHK/Cv2dOfvs2I+gP1t9LX03+v49ldwul9Xkf8nXjio9eve0rnFBjDauf0jm/Bka/+v7Rb&#10;ri1j/wBKf8HT1jiWc+df+fOvezkfEZvVVx/2WkViByQVpaoD6m/AHsy5ezxGMf4G6YuD/jArw/2O&#10;kF2NxtyoYfVWiAv/ALVU04/2/u0fYpH3M4/JKg8H6mGq/wB4sfZlzRF/uqkcHtA/wOn+XqWPbsqO&#10;YNqocaZf+OP1X52ZqDYtgPTeYqeLW8tGPx+R/tvYM72TVjZOf8fpb6z0p/B/HvDPnVR+5pxp7Tp/&#10;4+nWUFmf1LsfNP8AAej3bIa9VIPyBGPrfgRVQ/p7KBuI6XKtYW/2HGlSR/sP6+8bdzRmvpqDjp/4&#10;70aHu0jyPQpe0FMNcvP1/F7G4sL/AIX+nsragqerClMcOve+CppDHTq5P55H5t9eRb22w1UzTqjx&#10;66ZpTr3uVCxIc2+gYr/hYKOB9OAfdDGMDrXhL2/L+fXvfBrMQzckC3+2N72/2PuwWgovHq2nSjAd&#10;e94Va5sh/oCeLE3/AAfbojY0BOP8H+r/AD9JZKlgSe2vXvYGd1r6KGQ8AQqB/sZqgnj3OXtL8N5j&#10;/Rf8i9RF7r/8kiL/AJqR/wDHj172Wx/0t/sP+ieDzf6+5xgGq9uARip/ydY7/wDElfsPXvfFf1MT&#10;zzx/sL8fT3eWpit2P8H+Xp6T4If9L/l6977J02/qeePpa1/qLke/RReJXNFHTYFeve/L/X6cf1I5&#10;5/2P193uUA8KlcCn7P8Ai+vN5de98uP95/3j+l/ab5dV6979z9P8Pp/vrn3759e697yxqSRb6n/H&#10;8G3v3n1vr3tfdXnw9jbKubf7+jAm3NuMxSEj8gfT2qsMXUH/ADUX/j46Ld4xtm4f80H/AOOnrHML&#10;xSj+sbj/AG6n3ZduNFbc+DYi/kwVAQeb+qunJubjj/eveRW8f7hbB/zzQf4D0Htt/wCSJH/zXH/H&#10;F6SmENqbML/qMvXryL/RIuALED2F240tgs+LWt2Iv5/pCf8AiR7J4RottzqeEjfyXo0t/wDc8f8A&#10;PG3+Xp9gN6il/wAcaD9P9rh/3v2je6Evt/Zzc/8AFlhsLcWMrfW39be6Qmttb9mPDX/D/l6b2Vqy&#10;3H2nrlRf53ID+lYfz+TDFf8A1vZQMsvDc8EL9LH+0p5F/r7jzf8ASs24+vir+waehFF8L+tenD2n&#10;PoLG3H+P++PsHTd0khpgYP8Ag6sePXvfXH9f8fqf9v8A61vbfXuve//X12aiEhgsp8hB9SgeP8X+&#10;q2PI/wAfcPq7A1GD+XUuK09QWX/B1v8AHtP1UcKFio0fS7Bi3FhxyTxz7eVnIxnpQC1DQV697Ymd&#10;Udiy2WX0udQJAUEBuDq/H492+Mf0umzR/Lu697Yap45ySFs6lgDckMFBCn8c2v7U+E2mlMdeaMEf&#10;D172lq+kjmRgdS/XXy/JIYNchlv6m/HtSNCsFPxdVMUfA/F+fXvbLTz5HGMTi677OQkkM0SVAJJU&#10;30zl1F2iU+3Ai+YqetKgjNVbP7eve1VQ9ydm4Jft48yk8CAxspxeEBkQWQqGkoJJAWVLf1Htpoo2&#10;JoKda+puVYqrY+wde94Kz5FPTo8e5NhTZxmJL1ke4YMWtjcavt6XFHTzc2H0+nvX03n4lPy6be+Z&#10;K+LAT860/wAnXvYzptzqPcmw9tb9ytQm04tx0H3xp5pM7lxTXrZKTT5qaSPzeuL9XjT6/T2zJLJA&#10;wjc+WPn0qma0itrWa6bQJVqvHP8Aqp172FVZ1n1xuRwNpb1psszn0pFiM1ASP1cmuqoQvojc/wCw&#10;9uh5VJDLQ9Mi1hlYiGYE/Yeve0NuT487ypUBoaGWohUsFZfs1/NPf/PZQkXLH/be1KXKY1Gh689l&#10;JpAAz+X+fr3sDs3sHdeHkda7GyR25YmWlP8AZiNrR1Un4Ye3BJGwBXosnjKGh+Lr3sK8/E8NBMJo&#10;/GQGABIa9pFsboTf/iPau3DeKpFSCei65V/Am0Z1de9n6o1Z/hrhmZbh9x7pVASR6vtqPj6i9j7I&#10;90YS7tDJETpVVBP2DPRvzE4vI7Ce3OqNVClvsXPXr82/1j/t7/8AFPdaGZiP3U62+jyX4/2p/wDX&#10;9iqxb9KP7B0EA1FILZ1de9sBWxIv9Db/AAP4tb8WPsyBrTHTYz173kEg/wBcgC/4+vP5/rf37wnN&#10;aKadUKNXA697yK39SLfp/N78WHPHHuhjb061pb0697yXIJv+P9h/X+h4590KkUBGetEFTnr3vLZm&#10;Usvq+tzwP+jbG3vWOt8RUde9xw5e8YIOojUljzYkjnj6f4e1K/2ZLYpTp9SBbzlmp8PXvYxdXapK&#10;fdUatoGnCeggG4MlcTyR/Xn6+011JELXTXj/AJx0ZRMDtN0oOO2n+9nr3sJK5R55S3DEni9+R9R9&#10;bWsPfoSwVRTh0FoVpGB173AQkDkm5vzz/iLXHtQSWwOHTpIJ7RQde95VfSfr9f8AW9Nvo3H1AH49&#10;7QEE1HVdRHXvc2hytbjahamjmMdQjBkk0RyBdLh0/alR0NnUHkc/T350DeWerJI6tjj172uoeys1&#10;MiQZmRcnTgBTCsVJRsVACW8tPSKwvG7i9/7V/wAD2naCmQKdKRdOcOaj9nXveZazZOcIRqA7fqHN&#10;nrJa3I5JS7H1n7YLGo1NJqsOBot+fdSJAMGo62Ggk4rpPrUnr3vrJddVSfbnF1Iy8dbTispXSEUf&#10;kpmZh5F89VdQAL2Njz9PdVlINStOt/TaWDKdVc9e9ofIbfymLZhVUjQlTbSZIWtzax8cj8g+1SzR&#10;NgPXq+nTxPXvebbyGLJ05YWYCWwP/LJ7fg/S/ukjqyNpenTkLgsKHPXvfLdn/F+yOvm7U/P1valg&#10;B/1/dYa6Fp8/8PTdwaSua0697TxUEccg/wCH10m5/P4J/wBv7dyKE9MkHTSuOve8MmkKbLpKDkkk&#10;2vwDb+vHuy1JFTWvVfyyOve4rE3Go34B+luPwOOPaiMgEEDFerlg3E9e9ueGRHrYgyGW8igLq0f7&#10;sHN7/wBPbV2QIXo2ejfZFU3Q1Cv+TPXvYo0sQUqSupbAIpugQ+g8sOX0/T/H2FLgnxCPP/i+pXsV&#10;NATwx/l697fYlZUuo5At9QPra30vz7SMKkCnRxENTL1734Hm7XBvz+f9hcfX3uhpUjFOl4UnJHl1&#10;73yADMTb+vPIuL/8j9p5DWgHHquliSvXvfPx6WDHgX/A/wALf1+t/adtRqNPTixtqGOve1HjJLML&#10;2HH1v/tJta/tDIKqQPXo9tlrRR8uvexc2666QLfnhvVzb7j6/i/sslB1E6O7/iuhPa8c+nXvY/7c&#10;h1iNwACrH6nm5dwOLgf7z7DULaWNfP8AzHo/23sarD/V3de9j/tsHzIZCLhk5+t7FiB6SDxx7STd&#10;y9g7ehOO5V08Ovex525ETKsoI03UXsfrqF/SCCTz7ogFFXo4skqRU4697M5smNfJBZuSY/qPzqgN&#10;vrck29kd8f0pMeR/wHo4cKBTqPObf7b/AG17j2bbZzOBEtrW0Em/+NOb3ve3+8eykvCVFJM5/wAH&#10;+r59NOF08fLpCbgQtHKbH9Jt9ORaXi1ueb/T2ZPbOorARc/5oXtpIGinY/7YH2YW8sZACUwn2+dO&#10;P+qnRZKQGIr0VTsCIr915RbVJJY8eoj7nSCByPx/h7HLDKVVXA5ugF7/AFtARzxpGn2d2swdY4i3&#10;bpJ/49/l6Dl+6M0gr5/5+iC9mwr5atitz5GH+uCZgLgg+r/Wtx7fasBqefgH0n6/4rxcf67exnsz&#10;srIuo1z/AJf8w6DL9rUJz0U/LAR5Sle2n9yG9v8ACWHVa/FyrH/Hn214lNNLF6rNa7L9Sb3sbX1f&#10;Tn8k/T2j3WjXU36dR6/5PTPD+fV0KsR3Y6EutqdU9hIAus2jAX1WSM6wQuoFfzbji/vNULKZCpsS&#10;QPwLAem/P10g+w9PNDHEPIV/P5fmejJGVQD5dLnb0Ims6/UBlNtQFxqJ/ra3H+3/AK+2aTUlj9WG&#10;kHgEAWUAXHFj7Dt40UskisaKfnn1/l+fDpUFqAPLodsDFKkEGhWNtWnhgt/WDbV+COb8fX2k8i+o&#10;nm/H0FvqAAL3Nhcce0KpgAUA6uAMU4dDJh10WZwwN/8AW41OT+fxb+ntG1xUaj9Bpv8A1/p/re3U&#10;xj59WAX16EbHgtpA/JNvxxzzz7Rta9i17BLH8j6+ofkX+h/4n2ujqaMCfFr/AC6fUM3Ad3S1ooxp&#10;VdNxx/W/BXj68/19pqtnjIY6wV/1voBr+nptf6e70IIUjPVvCk806VlBA/BCXI5ve2onR/U6vwf6&#10;+0zUyrckPc3Onkg8FvqLX/339fdgynpvQ9aU6U8ELBVBTgABv02ubfTng3PtqllAa2rmwP4Nwbrb&#10;6fW3uzUYUpw6dRe0gjj04wo2m9rXNuPqNPP9f6n3AaWxF/r9Pp+SzHSSAL3/ANf3Rw+n9Pj05X14&#10;9To0W/qHFr/m/AA/BJ4H+HvC8+sWW5C2+guRwLfUFvdrcCIt4rga/wDV9nXgo/CKdc3huV0ryvNz&#10;/r3NwD9L/wC3/wBh7xedwPGdRP14Atyb3uACGAHtWzwO2sOB9pH+fp0BcEDrpYCADp4HH0P05vwR&#10;yLe3ugkaQFGALtpITgk6TKRzYDjn/H2TXpijiEkRpGtanPnpHn+XTsbKhEhOlFrU/bjrC6ESjV/t&#10;7gDkf0BPuvn5qMDk9om/paTOafpY2o9u8W+v4/Nvctey2L3edQ7wsFf2TdY7++eLnZiRlWlr+aQ9&#10;LjBi1Eo/xf8Ar/x1k/qP+K+yNVrHVH9dQNr/AOsgt9efx7yNlYhtTHBH+XrHW2/tp2FNDAdPPvEq&#10;vfUFt/qbkf8AEj+ntK80YPc4/wBX2dL6jr3tC78qZaWmw7aSynJp5BdQFXwSlm5DXIIH6fZZfOst&#10;pcrr7qGmKYx/qznpRCoeC+Wvd4Rp172Iu0KhajZM8sfqjOSqlk+o5/h8JYchSfr+PYp26i8tyQf6&#10;OY2b/qkv+r7ek9yhW7t0YdxtV/yde9kk+SXYWZ2rVYyLHHxqMjRTu4jpZNUQnzIYAT0sxXUKdRcf&#10;059hu6lDiNA/cIQh+Tjy8/8AD+XV490faHWRMSOQh+QPHyP8PXvZbabtnP5erlpY4jULVGSaSwo4&#10;ykkhCGY/5CpKpr/SCL+483Tly3Z/q764MahsYY4yQMMOjODcG3WYRyNTVxp5Z/2vXvYp9XbnxeOq&#10;sud3bak3fOahxQ00WXkwRgoxCFkJkoYXjmWOXm7+vmw9lO7bzve2WsFvy7vAtYdFDIY1kyTwAkUn&#10;uGPQcej/APdJs49dS0pZdOKYb8z172Je5N0w5GGhqtp9Z1az09NNFTSHdZm+3hncpMPHWU4WYlCT&#10;6lv/AE9xzEm43l3K3MPOKt3VI+mC/D3DKH5f5+hL+7bu2toZ3Olj6BT554MRw/wde9hrmdo5dduD&#10;c2Vp3pJseYBjATFIXjqq1KWrYGGp03Qj/diE/wCpt9fYisOY4f3gm0204eFw1cU4KWHFPt4H/N0j&#10;ms71oVummDwfh7VWuaHgP8nXvb92X33u2u2mtHHkklqSHEuQFFjI1mJyNBIhFKMascYSFdBsfV9f&#10;ZTyx7fbUd8NxPAQtfhLPj9Nwatrzmhzw6Q3l1NFZStM1LhAvpmrU8gOHXvbB2Juvcce+Ic/tqErh&#10;q6OjEUP+RTBHpMPR01SWlrIvMxaqLn9I02sLi3sR8iE7RsdzZi90X6Elm01BBlZk7SGUUFPt4nz6&#10;SeHuM18v0R/QY/0cUHHPqft697c+wMdut1iqpKeTG4XIQQJXUbGgqWqFjgidgtXGwqILzWb0gf0+&#10;g9knLW57WJbhDKJ74MxqNScWP4aaf9Xz6oLiFLpoZ5lbVgrQio+Xp/qHXvaH3BufHZykwm2KiP7K&#10;J6kU8OppZj5pIRCZCyQxuwIUcGSw/r7Otr2q426fct2T9RwhPktADX1Ixny6Vs21CKS1aLRK1Qg1&#10;v8X5f8/de9gtNR1uMrclNFMXo6FKn7ebSqCSop5hphAdnkU+MXubj/XPsfJcQXtvZxNF+u5WorwD&#10;D4sUHHoO3Mu42sjshrbBeGOOfz8uve1XQ75zEPXIx9Bk1pa5N9vlVhNHSztp/giQq+qalaMqZrC1&#10;/wDkG3tC3LdjNzY9z9KTEu1aCdR+ITVI+KvD5dNRbhd3UOpJ9E+v+EGp8hnHHr3vqoz+/MrSxjIZ&#10;bzCalSQUwx2Mj81E0bBmEsUMZQOHZf8AVC9/bce3bOlw8dtaEyI5BOt8MDTzOaY6eLbnpAlugxHl&#10;pVccP5fLr3tiG6Y6GnbDw0DQPNKErKlqvyBp9PglHhMLhLjn0sBf2uGxG5na6luO6NSQunyHdxB/&#10;Lgekz39mjLC8BDEip1E5rSn+rA697TMtDH/EqpEqAtKonmkl0PpiqEV2ii0lg7F2UC4459nKXbSW&#10;qOLb9SoouriMVbh0lImFxM8cZERNSK1oRSnzP+D1697Ve3pNxZHCZRKes8dTV1eNalvT0reRIpJf&#10;O66goURgfQ2v+PYf3h9ti3K0kmgrGiPq7mGSBT9v8urRbju0qn/HFBY1+BT6fl172otyYzetLXCi&#10;mzH8YrELeWBMbQUZhPjidbsDobXGwYWPFv6n2g2675feJpTtphjxQmV2rxHz8/8AVTpU0ckeU3AS&#10;H/SUp+0nj/q49e9h5TVBp8n9gtWuCjOkT10kX8QWDVC0qEwaWd9erRw3Gq/49itba3vI1nkTVFnF&#10;T5GnlTzHp0i+tu4ZXghutCr56A3z4de9zJMNWxQVH8Bq/wCJQ1SxoWjhWASFGu/FU4dbSah+Pp/T&#10;2mF14kscW42vhSitM6qYqPhxkaT0tig3RbWa4soSYm86ofP5nHXvcWkq62bKNLTQNK0MUCyMHjUo&#10;0ahHsHVQxV7ji4Pu01rD4SxRyZZjpGfP51/y9MLeblNLJJBH5DOP8vXvYqVWK3dkcDTmvza1lFFP&#10;JURUK42igeLVCo0mphdJH9BABsf6+wVDe7NabjKtvtxSegDP4jkHP8JqBno0tJ72e2LxXokRSdXa&#10;FoBxXieH+Hr3tGVf+/WyVFVRE47IqlLMkjj7wJGW1pVFGE8LKJY76LE8W+h9iOD/AHe208Xh+JbD&#10;VqoacMEeR8+PVZruK3VLqaOjcCTUfD3V/b173CqMfJvXIV+RFWGelxNXVSVQg0LV18EpqGhWENTr&#10;B5zV3HpKL9LfgOxXA2G2gthBhp1FNXwoRSudVaaftPRKu2HcpLi7gasZZmr6fi8yPWv+qnXvcjbu&#10;WqsRJgsO6eKWLduGyJU6HukE0MRlBEbgDUlraz/re2dztYLtr7cY2qn0ci+YyQWpx/nTpfZ3k1oY&#10;Ujy6Mo48QCM/Lr3u2fYdc2SxrVBfV5JI2P003eJWv+lRyR/T3f2tuXvLC7t4hqMJo2ODaVHnpr+0&#10;9a36YzsJD/ayGv8AP8uve1Vn5QFhKm6qvqA/BDAjkC3F/wAezLmJ5rKeze57bdm+L07l6SWcciqE&#10;Yd/+ode9qTCWkxdG6sf83cjTc8yODxwB/wAV9zFtgN1ZR3MQ1QqP8p6D1/FIbychMV/yDr3t8jcl&#10;XA5aMr5Fva2vleSPVe/tTFdQMUImNKfl/q/LovIAbh2jr3tlk8NTlqJJyQqNIIT6hrLw+vlbHgr+&#10;be3r21ZSkd5F4yECkf8AZ6cZ71+LV8XHt6dkCi1dk7pV4j0zjr3u4P4gqv8AoyVdBdGkrQRyNK/x&#10;jIXtcXI+v+x9qTscdpbR7nZb4ts51aYvDL1dSv4iwp5f8V0Ofbe9uS01tcQ/DTzXzZvTPVXnzfyM&#10;ce9dqUcmONTZyRULUmIxh8fGeY/GwYf7H8ex/nzm39s1CJn4Q+HeVvuwZqiIoHjaRwstNFNObsR9&#10;LfTj3lb93blD3o9yZ5rzYeeTtm02ZqVNnb3BlqzKEHiPGyagpzXtyckU6GO88q216RdJtrPfcA2s&#10;jtrRfxaf9nosWQ603b2dgs9H1VLJiuyo8MF2/uYrSZODE1xCQY+ofBZiso8JkBTsrEpMdL2sxHtf&#10;1+QxWewNK+zqBmonkKM61c0nhQ0wWSf/AC9Y5JAFMYt+f9v7zJ5b9ttp5T5ouOY95XXza0HhPcHx&#10;AXQOSE8MSvEhqWJKqMk+vUTc1bnDt7w2Tw6JVwc1r8Sjy86H5fZ0UnrDYHYvUu/crR/JHsGmzW44&#10;EmyFA/8AdbGYMZGolysf29MItqVldR08swpZ/U3Cj6W49pylqtwyYOvpZ0PkFVV0MS6aMaoI6YRw&#10;y+hQCL8Wvf8Ar7Qcz+y3trzR7m7Xz5veyfUX8G3RIknjXKaXS5ecdqTIpILsalCDWhJGOnrbmy22&#10;vl1tstZqiWdpHwTp1oVf4g3kv5fLowuUptj0e+cNQY6rWPa+QocVvXI05OTl17krsm8eQQ1FQ8lc&#10;jPQqosreIW9Kg+52HpKpKIxVx+2fwh0l0I2txFEoW0VwA7qeT9Lf194A/fH5R5a5W512E8n7Tp8R&#10;Ibi4TxpXqrXF6ZZKTSNT4U7YyvDA06upX9q7qHedv3CeF9ehpB54OmNvl5MOnWDNYB9z5aDEVP3G&#10;L/huRpqemRagFMk9dohT7moi8zFKTSvJKtqJ5J9v2EyNdiMzj6Qx64axqd/OPAq+KWpEGnxGOSRt&#10;agm97i1vaHkH2u9qfev2w5h3XmXeBY77tu4GKMsbiQiOK2jlDBIpoUOqWQnSFZl8KvBsJ94vOZrT&#10;d7mLbrQttvhuxasfxVp5moxjHmegd7Whrtu7N3vujB7uiweVxu3s5Wvh5cGuSepEWLytS5+9qvLT&#10;pd41i4jb63+lz7HpKnIjc9C38Pakp4qOogifzxSieJUl0tZoy8a/mxueP8fYA9gdog5a5z3va9q5&#10;lS8gLSqI/AMdAwjDOGZ2qU/nWla06xR+8VsNlvvLtneXEv8AuxSaKqnX2/q1b4WVT9vCnVVG+Owt&#10;u7l+OFDuaV4v71bj/hEubqz59MWWrKWvhEBpxRxUiPKGvqjRY+OOPa9ogalaoMyqisodbn9tv3WR&#10;Sw0A6oxfi4H559y7t+88xcv888wbPNA3hKaxH9Kjp4C6qfGeP8ZH2dY0c+bTt9xs3Kd/tN0XnhjZ&#10;H7GHxSqB8df2V/y9Vi4zOp1tlqKhaP7nK7px+Tq66K7Ra56AVFNHISY6mnFoZB6UK6v9c+2/Cxme&#10;tqo5WIgR4xCouAbxy67lbE6G/wBUTf3BvOV5f7tvdi1naa7u1WQTV0dmtU0caVMgA+CtKfOvWYPM&#10;0Wzw+yuwzxr/ALtpITo+Lu03YLeWkdvqAOoO9jg9mdRYzM1lV9nuTfS/cuzrWSHKPg9xfaM6qn3F&#10;FSClpJtPCxaz/qveauqZBlBj8exjgJYVdRp1AaaYSwXSQCT9ZIsCbn6/j2I9itU3Ll/YLlG8TwvF&#10;Mg4eHrkNDWpB8QJ+Dh8hnqJtj21rXl6WTcSP3lflNCZz4MrB/wCgKJngv5dBvFhcSu0s7v7f9M1V&#10;lsKKJtk7e89TRyVLZDKthtwf5djHNKPt6fwyn7pDYXWP1am9rXP6o8ZQztAS8bzEy6j+0fLCoJRQ&#10;xfUpsLA29l1zDDuWwzra3Akho+MLqOr1YqBpbJqc8KeXQJ9ppYbf3b3mKQHxGSAAeQ/xeQ8OBr/I&#10;dAH1o0uva1LDmUpaRshlQ9I1EJnyoaSZhCs7ASUfgblmLeu9h7C+LLItOlHUIQjVEpeXUbG/qF1R&#10;dY0t/jz7N9s22eDZop4YmFmAwfh/Zhzwr8z/AJvTqeed9uuNz5tTdbJNUMKLgD+jpc9/n+X+bo52&#10;6ev6zKbv3LvDb+UWXOy4Db0GPxiUeorUUNNS05Yz1lUKN/Mkb+l4yF9o/DKanLGoZ9EbT+FY+WvC&#10;klwAwFwCov8AQH+vsd2Xtz7k+391bb1Z8tlNtkOqSUTWrkhqyBihlZ6+VNHy8+ph5qudpflxLKK4&#10;UwPbqsna3xae7/jX2U9ejy/I3JpjOgKKknPn3Pt/atDm8PUaWjvn3w0EUsKQCKag9L6z+47Rt/Qc&#10;e1lkoqNaWfy/8BUWV5P85+I28p1D9wAgk8e8g7Df+YLzddpWCHVu5toaCsYBPGnAIKsSKmg9MdQP&#10;7Y7IyQ7vID4e4/UzBeFPB1LoOG0Y4fxfb0R/b2/OxMx2BsOnwStPu+qw2z4KBAMOqtWyzQingMdR&#10;Tx0Ib75lUM+lSPp6fbLRVlGlPM2P9PniehH6nEgdEslplIXVZTewI/r7C3vnyra7hslpv3uDGZre&#10;1YStGCYyixxXErDXbyCukeItaENXz7esm9l5entrDbJrScG8W8jll7RiOgLNltI7tOejCZfanelL&#10;v7aM+XyYO6Z87gMgaMYvbSPjYp8zI4JMM89FUmlyIKKbXkt+E988XNOtY8VbTtUp4y8CF1hMblo/&#10;E+tFV25BXn6++TXO9py3JLve48pN9BZNuUymrPNrTVJ/HjCFD5U+XU52ieJbpL41TQK2OJ09XV7S&#10;qdyNt7ZNJuirGbykOy9vRzMKOloWpZBRQeaBxShY2JqPIdSjkm/59zczVwpROqgwEi1tRmvcNYgl&#10;QLDn8e4YnsbxrlpHpNHX/ScPl/q8q+vS1EfUpXgOjOdbGlaqokBMMo0lTpEoKs0RtqJJ/Fvrc3Ps&#10;LBAzjyByY+CRYmwNyVtdWBJ/HHs9geFh4JsaTH8Wv+fRkpoO5c9GHrKmSncs2QVgvK04pje62AF9&#10;JVuf6f8AG/aR3G8MCXUnldXqNuD47D6Efk8eyfebeV4pAaDuocftP+ToytBI7GmBXocuppZaipQy&#10;JchbgC3HpkNuPyQL/wBPZd9yKHqXINwxP0JHKrEB9bn6j/H3B25sGbweDgf5uhnaEeEi+YHR/cFq&#10;WlQkf1+tuRrlPP4F7+yhfKFFXqXdoU2UR4njkC/94cGfz/W/+2Hs95DVpd9hmVQ0dD3ef9nIv+D/&#10;AC/PoF8555dvD/R/5/XpRw8ML8HkWuPpa/8Ar+6PIAi1wU+kljY8/gNcH+tgPeUWw43qye4fTEzH&#10;/AePWIu8ajYuzHGf8I6le7rvhrIUz2wdTatWVdTcKP8Adc41D0kn30Q9ttgjF3tu7Q90MWl2b+Fa&#10;f6b/AJ9z1Eyuo2y6eI1RdR/n0S355gS/GHu2E39XXmYI/VYnQvBsVFuP6+7tdoYKqqqxWSMiWScG&#10;nclSA7zRNEdBlANtX0sf9b2j+9H7qWltysnL/wBUWR3cOf8AhfhOo/0L5Y7xj9vT/KVq91zLCZ1p&#10;YlF1N89X+9f5PL59akVVujH7vz2Lx1DWLX0Wz4KLK5ShSNo2qfsWSknpjUtTwSxFjwWRnIH9fbhu&#10;yUY953V/XFSzQSnQFCzRNMsw0q8y/rBP9LH3hnyVsw5g2++tXOszA6G+TqmjiIzgfz+zqZo9tuW3&#10;RUgi1Wele7/bf0u6umnRitrZCoXObLenoWo6em3FhMkKJ5RNJ9rFUxi/kbykGVPT9dfp/TyPabpN&#10;wVNacfjpAZYJfs4yLxDTBIVgf6xCQqA5/tX5/wAfcs7Z7QbbsXKfMc94St21rcyrTWO8wKUPZKU8&#10;s/s8q9RNebzJtXuLBbU7Hk0Njz+q0/wt/Dw659i5Kev3n/pGoqlaCp2hmRj0jaJalqoYDLV+fFKJ&#10;Z4/FE887KoLwShdJ/WvoCY3XSNTz1NPSQstPH5g5LMSfG0qEETsx/sgfUn/Y+492b9yQWHh3l0v1&#10;AX4u4gHT/wALofhzwIH+HIjarm6mvhJEuq3r8WP4l9O7K9G56l3FuPdCYbcOQu8uUegqaanEdJGR&#10;HW/ZVKMHSNYzpkkbkhb/AOC+w4wVBD567KzLpjpzP4nYswaTxiWLgNf1FeLqR/X2XXIRJ3eNv0CP&#10;9X+DgPy6F25TL4ad+fPo4u+dw17Yrb+0qU+fJZE0P3MSBImSj+5+1rGDPF4/2o5PVpkVv6e6kP5k&#10;OUeuptvzykCR4ahpVIHoY5CitqKooPH+FvZZu8tldxaLOTXTFM/OvQV5kubJtvjiim1SemfUdWMf&#10;GXbjbX2HPivGUhgyWmnYlv3IlpILMA8ksi8n8m/uovGC+SppHOn95AluQ4JAYgW9Nrfn2E4/EihW&#10;NlyD/q/1f6hF93K30+iPL06MZ7u0pI4PsYXjW0lm1cufpKQP1cXtf3lJYyEWAVhgjHy7iT/l6Cu2&#10;KBIoHwt8P8+kBVtIa2UMf2wRxYEcwqTbTz9be7R/ivVzRdfRxI97+cj0oLAZnNfghv6+8tPaHZ23&#10;XY5w0FVQg8SMmST0p69Yx+4XirzUrqldNA3+2jj61Vv50GxsDufujD1WVp/KacyaW89Wty+1NjIb&#10;iCeHn/J1tf8APszYrqqQEGW9rC2iL+n5sl7e5NHL9jBlbfSftY/5egTdXMyOoVqCnoOqW4eqdkUV&#10;pIsQyMSX1fxDKSG1+GKtXMAfp+OP959hn2vVSybF3Krt6P4VVXIC/Tx/4KP979hzmO3jt9tvREtF&#10;KCuT6/P8+hxykWN9b1XNf8mf9Xn0b/4GbRwuJ+U/UFRj4wJhvCg0JrqiLr90ykeaaZQG5+tr+6R9&#10;2EDc9bc3JiIAFvUTUzAWN/z/AF/w943QSRrfXMeqjKWH/G+pquaIsdRpFOt4/bKltv4/j/dUJP1N&#10;rwR3vwPp/wAT7AntZG/h9ICpAFbAL+nj/J68Wt/jb2i3x1ZIXV+xjp+1hq6ds5lJRVfi3+bpWY+1&#10;m/rz/X6HSfz7LxOg1EqPzz/hYtcD/WPsP5pTo78unL3Glf8Ab+hJP1v/AMFPP0HPtFLBKylQKHrT&#10;AjtPHr3tKZhyUGlrWU6iQP1Xaw5P4/Psl3kaIkMsdar60/F0/Yikj6h2nr3s4vxFdVjyExv6ZoFJ&#10;/wCD01Vx/QXt/T2u2CWOnx0rT/n4f6h+3pNdlYrhfEbTXpEb9jabByxqLlip5+g0zQNe1x9PdqOw&#10;4S1XKjWDyaSFuOdMFQfqGt9PZ/zLE52SSenYgFf97H+DqT/b+VU3/b2Pwqr1/wB4fqvDtStWEY5g&#10;LxRtKpf621zUSAFWUGzFvx7CPesarjnjMlmFrrpP/HalP9RcX94Zc1xvc7LcSW8WtBSn+9p/q/zd&#10;ZS2YrLcgcTpp+w9Hr2TKVrW8g0ltBHPJtFV3Frf0/wB79kz3WQlS6MeQLEf4FUI+l/r7xl3GeKS/&#10;ke2k1J2/yVft9OjVTqAKHh0LftE6H8t2FhwD6ltbSfqT9OPZY9D2jPT1KcOve+TFF1AkE8gpZuP9&#10;Y/Q8fTn8+2wKUp17r3v0Wktxexbj888fj+lvx72Sa1rnr3XvfGcgOB+CNRv9R6mB4/pf35W7j5nr&#10;ZBzTr3vGjrqtexPpH6gOL/Qiwv8A8U9rYVV8Fs9JHSuDx697A7uxW+1pSB6dEJvcf2pahg31/wAP&#10;c1+1akPODxDn/jkXUQe64P7pi9PET/C3XvZbioMLf6osCLHj+zb8c8D3NsLKLu5q1MnrHckfUr9h&#10;697jgkavwb3HFx9bf0v+fb6oJIrbOP8AUf8AJ04aEJ9nXvfE/wBTzzz9ePp/X/D2sRVQBQO3rw/l&#10;173zW3PNvoP9gfx/r39s3yavB8MZ7uqt9nXvfL8f7H8f7f8A1/ZeQVJ1DI+XVeve+wCTccj6kfX/&#10;AIjnj37r3XvcuAoHBLAWNr2P+2PBHvw+zrY697WnXzR/6Q9m3a6/3lwVuCDf+L0rD/fce121iQ39&#10;r4Y7vEX/AI8Oi7dw7bbfBBnwX/46euEn6H/4I3+9H+vHuzPcUltw7a45OBxBH/IVbN/tveQG6EXN&#10;psYibWyW8Sv/ALUHX/q4dBjboz+5lYjCzd3+1ReklhUKwZ24tfM5Fl4vwUiC3t9eP969hbuNg2C3&#10;Fa9x2Jc8/hYmuR9DyB7LdJWDcVZe5mZv9rp6NIyFuxU/8RD0/U4/fpP6DGgf63qh+v4+g9o3uTWd&#10;r7OcD0thqYhiB9PM1jYj23EV+ltD/wAKAH7Ot7GtWlcfDU/8d/2euVFbzZC31+8Nx/j4Yv8Ae/ZQ&#10;MwrXH9Lfq+vJZbcfXge4/wB6VpJ9x1KCPEU/6v5fzr0IIWH6i1zXpw9ptwb/AOt/X62+g+nHsGTm&#10;khrx/wBjpxqajTh173wsbfX8W+h/re30/p7ax1Xr3v8A/9DXUq68TzsANI4t9WP6FFwAOOB7iADH&#10;UxEk/Z1v8e03WOyqxBvbj88MLfkg/wBfdxk56bY5J697YayUOrcWuFsTaxsDe/8AQe1MPbRqdXVu&#10;0de9pmeUqwKm4vY2BP8AU8n+ntf1aormvXvbfI48bA2/tE8H8c/Uj8gf7b22f7Vfs/z9N/i697YK&#10;gOzal5sbc6QByRbnm5Pu+mOMAEdUwOve2k2DXfnk3t9dV2PF/wDE+6zKSr0+XTEiklz172jty+A0&#10;Mx8f4JFv6Wa1wB7fVcjU3Tcqdvc/XvZsqdRP8d+u0BV1Xb9gNA4/3K1R/Vxf1H2Wbl/b21PQ/wCT&#10;pzfwDYbHTh4J/wCPDr3si2Yo43m0mSoi5NzHUSxf6g/SNwB+n2cIaM+B5dMFayNx697boMhntuzG&#10;qwWWmgmjuEectWqNWpL6Kl3U+mZ+P6kf0HuwWORVDrj5Y6bGtFXQ5H25/wBXHr3sQcd8je28YIzX&#10;1uMytKmq8IwGDicjU4/zho2fh3H/ACT78LK3PctR+devG9u0FJCGU/IDr3tUVvyD2PuenNHvrras&#10;r/uEEf3lHnabFJqFr2ioscpuFQA8+9+FLH2pKP59XbconjKz25OPWnXvYrUvbfRO4+qafrKHMQ7J&#10;EVflK6JcpV5PLnXkkjjALQUaubWv+v8AHtFJZXLSLIIyQKcBjy6akutvngNtHIEBPmevfm/+t/vF&#10;/wDivsAsl8dcduQvWbN3rjNwtICIko6DIR+ST1Osf+VTx+otIg+n59vRbhNaERPGdP5V/wAHRadq&#10;SSphmDH7D/n697Cfcvx07MwYlmn2/XSU8QZxMqU6o0aLM+vT925AZIr/AOsfZtBu0RADLQn/AFen&#10;SWTbLqPOmo/1fPr3sJazbOcxUhWsoJqaSMlCkgQmyM6HgSMLAxkH/W9rBf27kL4uT9v+bpDLHIjB&#10;GQ1697aCkquWchbqY7FQB5D9ORf8+1QlB4Z/zdaBJz173yS6gazyP63/ANif6A+6u2o1HTbfF173&#10;zZSwuQVFjp/HN/wFv7cTT5fF1sU/Pr3vioaQ88KgNuBzcXH9Cfp7s/wMR8WOtSg+Gx88f4evexk6&#10;iCmXPwk38wxJH1Auq5Bj/ifr7K7wnw0Pzp/MdGVsK7bKfPA/42evewgyDXrqlbfpf8f1PPP9be1k&#10;f9jH9nQfT+yT7T/k697bvr/r/wBP97/2JPtSnHrw49e9+4/P0sL/AO+4/r7c69173635/H+2/A59&#10;+69Xr3vIOBf6Wsfx/h9L8X9tycB9vXhin2de9yIHaN42tqRpYwxFvoWBP4v+PbXr1cGlOvexG31P&#10;LBSbRenlZAdu076VLA380xve4+n+29tRLVnB9elUtT4AB/D172nKLfOeoV8UU8BjuLrLR0sp4Fh6&#10;5InN7e7fTI2aUPVoZpUHCn5de9qmh3htypQSZfCTTV9uKiGt+2jF9Wo+CKHTyoH+29siN42BB7a9&#10;KluIq/qRnX173ErcTh9wVVTW0ObpqeaYoRRSQ1Msg0okRHkOlSdMTPz+Pd9RjhSq+f8An600ccvc&#10;sgBPl172nMntHN44PJPRTfbxhSZ7IqKGEY5AkJ/UwX/X9uB14qcHpmS3kSpK9vXvaTeNomCub67g&#10;rax4F/rqIvb26G1VoKEdJipBp173BkuDY8A/QW/p/T+l/b60/Pqpp9nXvbpgwv30JJt+4liRxfWP&#10;bN3Xwmpx/wBjo62ML9TUHP8As9e9i3Q6ittVwb34/qEv/sbEewrdYl4Yp/n6lmxqFAr20697e9IE&#10;Vhxcf4/0/wBc+06nu6OYTnPp173GHJP+w5t/hb/Y+7sD5joxVTSlOve5SRi3P9bfWwP9B/Q+0DHu&#10;OKda/KnXvfek3sf6gf7f/D+pP49+ZyajT29PqdXDr3tQ49lEgsOPV9P62b2WsP02/Lo2h4P+XXvY&#10;t7aMek6r3uP63uTOLC3+t9fZTdEl1YeR/wAnQktSGZT172YraqMFQkH63+n19U3+tzf2Guw4A6Ed&#10;mVPAU697HLDSJG8ZWwsQbc8AEn62P49skPQ6uhLC1RXy697H3asgOkcWLCxPPJYH6WJ+v+39tsQu&#10;kn0/ydHVpxX7OvezR7Ki/cp7NbmPjn8mE2vcXHPsNblIQhSmT0aP8K/Z1HmNrkj6L/xX/iT7NZtB&#10;WDQi3JCngi9w1MQPzyf6+yBAKsa/6qH/AFf6stMvbg9I3PEeF78+k8/jlZL/AEINh7MftbVpQjgg&#10;Ri5P+0R/U/7D2ILWhCg/w/5ui6YVah4dFR7EsBNxdSz8W/2qqvwP98PY5YZvT9RcGn4t9bJBe4v/&#10;AFPs9tENLfGNMn+Fug1dqfEkxirf5eiB9mm8uQPPqlQ/mwt9wPrYW+ntQ1B/yaf6epGB5+lgt/8A&#10;X+nsZbSKSL9p/wCfug5OtHP29FIzPOTov8JYbcfX1x2+v+v7bsTNenSMc39d72sbG4tY/wBPx9fa&#10;HdIP15ZiaUxT8/Wvz6pEpASopjoSK1SkijQVJY2OrngC1wQDf0/X6j3JqjYxta/DE2H/AAUC/wDS&#10;5b6+wnP3LMur+Gn+HoyhBZdNfToRdrj/ADR/5aXPPP8An1BJA/AAA9s8oBgfWSRq4uP6FLAfkccc&#10;ewzdErdR6BQ6Rw/P/i+lUfGPHl/q/wA/Q+YO5gUDS3qe+qxHGsf4qbEC3tC5BT62T/U/X/Gyj8kX&#10;9uo6+Z6UdC9itRZBIp/V/rfXWfrb/Dnm/tFVxc67Wtc/kWP+x5P/ABHu3iqrDVWpHTiCh+XQnYun&#10;DKpFuNIBN7n8mwsQTz9Pr7RGRlYamsfqR/Tj1MQb/X6f63s1hVdQjBzSvS9EAFAelpjoQVU3FiQt&#10;vyLWANvwLf7H2kK1y51cg2Yf699V7jmw596lbTIU1VA/ketk0qPLpc46JVi5H1IJ/wAQNPNza3tg&#10;mfk24bkXPF25v+P+Ne6qOm+n6NTxf6DkC30Fx/jf8e26YlmufoSebWJF+QbC9x/xHvUP4umYvxdT&#10;QAABaxAuebgHjnk2sfcORxa/+v8AWwH+25/pz7fHTvWVF5Nv8Cfzb/W+h/1vcbXo/NtS3/4n/C59&#10;tyntVtPButpmuOpSKHLC1zYjj/HSLci3vyuGJGr83HILfU3/ANv7Z0sKEwfyb/P1fhT06yEWsQ3+&#10;HGm39eBb63/1/b/jZNEqfW51f4D6Pe/9L+y2/StjdH0A/wAI69Ktbaf0x/h6hyLd054uf6E/QWt+&#10;ePdevzQYDIbNv9BPnhx+L0mAPH9bH3Nfs0p+t5gP9C3/AMEvUC++yVnsgf6X/HIOlhhv+Ai/67f9&#10;bZf9j7I5XPaXkclQf6/4fmx95BXb6IoC4x/qp/LrG+0qqEn4enf32shUf7St7/6/+PsmeQks7dLD&#10;k9e9hf2ZVOlBigh0tJlQl7AhtVNP/ZIIP0/3j2gnYGOVnHBT0rtqBbg+ejr3tY7EqWbritNQ1mGc&#10;yCCw03YYmm0j0k/Ulj7Ge3SgWPDP04/46OqXwpulkTx+lj/48eveyOfKDNGOXF0YRVWoegp3nkCy&#10;ARTS56NjpKar2F7jn2GZDrFxVMiUlf2npq8kiintxKva7qv56j172BO0KeKvrIMXTIvjeRIJatVs&#10;HlLwx+Bf0SK8ytwb29gDmB5reKW+nJNK0HyoTX0x6dCW2giuHtvBp4S6QSPX0/YevexZqaWLYGep&#10;qykiaCTwVGJqoKhjMZGrX8Lyr5RKsemO/wBOR9Qb+wYko5msZrcn9MESKRj4BqpinE8B+R6EMsE0&#10;m4JDG1I0Xj9n+r+fXvaz2nlaHH0u+cDnJP4dDX5bG1G3chOXMcNHRRSNURaIFaWUTy6FubWb/D2H&#10;d5s7i5l5e3Hb08V44HWdBSpZiNJqcCgqaDpuSW7upUtJHKxGhUn0xX7amuevew2y+4KjAZqgaBzl&#10;P4wZpTpOiOD7RI1A8UySK4fWSPpa3sW7ftH72267LJ4SW2kHzJ1k+YI9Olt1JcWu6WllMtbdtVKc&#10;MLn/AA/t697NB3zuTYhw82Cwz0UuWr9FhGr2x/21Tiaq8kcsGmQ1NMXta2m1/cR+3G2cxrfx7jeL&#10;ILSOvGh11WRcUONJpX16XbsVgubrwWBY6fTyVT6UyK9e9g5U7Ex3ZGyqfeG2KSpw8GPFSailqKuo&#10;yLX+9XHKfIZIlQNJTO1gp4a349ju25nueUeY22jc5VmeTTpIAT8Gs+Rr8Q6K7IQSWcN5ErBNRrnj&#10;QsvH/V8+vew23VPnqzP0G6qlJazCYv7WOmhQxxLJLRUkVJUp5FIZmJTm6m3sU7NHtlvtF1tCKE3G&#10;ct3ZNAzahj7D69ILi0eeVLyMfpCtABmuRx8x8qeXr1723b9qdlfwnHbgwANJlDUSCoxclXVVc0Uk&#10;EGo1IkkQQqksp4sOPb3LcO/G9utt3I67QICJAqqCCfhoM1A6Kr8wCGScArIg1U8/9R697ZsTMmdh&#10;hzj1ENBR0CxLL5ojKKypoxHJLSqERfHJJHNcNa3sxuYvoJJduEbvcyVK0NNIfCn7Mdb2uWO/iDMa&#10;HNK5BPp172nGxqboysopF8ULVr0bBeUA+4sagKvjsLTjj6+zUTvs9ghmBafSGHz7ahfOtSOi+e2h&#10;eVVWpTxgjEEjFe4Y/wBXz697cK7Z9TLk6SioZHp1x1HFG082uVZ6ujnaMxxgPdDPcFVJsPz7YtN9&#10;8K1uJZ49TySElQKFVYDJNM0OD0ufa1kaJbOYVjIqO45H4e4jj5nh+zr3tRTUk+Hxztk8RJRRxziS&#10;bJzFJIamoiiv444xrkjNQEJUfQW9lUMsW6X3+L7grMVNEzUCvritMDy+3p/6a5VpZZYP0VUtxHDy&#10;4f6vn172gYdzz1lXUU9GkaLUTidWaOKTTHCpZlbVDqbUo+vsTnbjY26ySOcDTSvr+eOi6LeYGkkj&#10;j+HiD8vPr3t63DmopsfQU0lbS1cVcplmp6WL7aSiaGZQiSOIxraS2r0m1uD7SbbtqxyveEHxsjuJ&#10;PkR0aS3Fg0cYZtXifkRT5jP7Ps6977qMLS16UsG2YKmmrcckq53Jz1UtXBXPVNqx7RQTWNJ4YFeM&#10;gE62N/x7dhuzZQ/WblMrK/wRhQNNDRvLurVW6al2zwI621wUmX4yRqBrwoK+nHr3uBncNFt8TU1Z&#10;UR5WqATwVlMr08dASIXczxOD9wKmObSo/slSfz7ttW5Q7pItwbcxRMe5CfipUYpSlCKmnRNLHFIN&#10;bShz6000+0VzXy+zr3towe86LGYmSlbFyS5ZdXhyIq1WFSahnBajNO6HTC2n9XJ59qLvYJby8Ewu&#10;9Nr5rpqeAHxVB456L9t35ILCS1lVjKK0Nccft9Ove8m08tRz5V0z7osFSVUuAYRYuzEXgS/59133&#10;arq1tUNkpDr658vmet7RcLM8kEslNX+z9ny697mwUOJmmrMZiauSuqchJJT080b1KpEJpLxh45Qv&#10;k0GwPPPtgXO5RxR3d1ahLeNAWBC5oONc0r0dW6QtDdWthUyuGHxE0JPpWnyxTr3tz8eUxNG2MzuJ&#10;nyUcLeWORHip38Ih8Ma61EkhXTGTf68/1HtMqLeFr3brnwo2w2CwrXUT5D/Jjp2KGe0sprfcIyYz&#10;qqRT8X58eP7eve8WF3ri6SnrcTk8JPWiWsqGoqeCsFHJSxMkNPTwzTJCWqPAFKkm2o2J+nvV7y9d&#10;3E9te2d4FVYlLkpq1UJZiATRa1HCtPLpPtm828M4tHiJTgqigNMKtTTjxz59e9irU47aWIxW2c7N&#10;/uPyOQrsLWRYSoqJ6irmoJ7zNVR1NjAkRmj8VuGuL2t7B63G7Xd9utjGPEtIllUuAAAwwFIpk0Na&#10;9HK3ttb30CeBp1MO3z7m9afl173Z58d9vxdkYaWhw+NnoptcdTFUtP8AcxrTQ0sLPeIPB5DeUH/Y&#10;e5y9iOVObOcGu9k2WwPhKrd2mNtWlV49yt+L8q9I+ZIjc7jAYkKJT/n/AKbsrlaPD0bVtdKsUCvH&#10;Hqa/MkraY0FgeWb2ut9bEwmBq2x2Q3jj3ytMfHNAaKsjeJtalgyo8iE6XBsCfbHPWxXnKXMM+zcw&#10;D9WN3+Xw6fm37emobfwbopI/dVsfl1loKxMhSw1ccbpFOiyRa9N2RhdWsrG1/at2r1ZnM5tpchiT&#10;9/TwLF9tVQQ6IqqN6iUMyRyzxlBGYyORa49zD7ccqbpzvy9eXOx3qeIgXVH4eplqX89S0+HoGbnX&#10;94Xiq34j/gHUDJbhxOIqaWlyFZFTS1YlMQkJGrwqjNawN/8AOD2lshRV1BKEqaOSCrNxIrlG0kLG&#10;y8Alf0OP9v7SWzTbdZzbbuUNbwaf4V/FqznzVuizUBhvi6eUdXUMjBlN7MOQbEg/7yPbHNrTMY+G&#10;EiScNN5bKum5plMYVW+gt7ILq7u1vYzIKPU5/LrXGK6amaD/AA/5uuXu4r4bJr6t1agZC1eDx9f9&#10;zeQt+bD/AI37O5Wd7HbC4x4j+f2f6vy6Hvt+p+vvRor2J/hb/V+XVTvz1qvt997SDqfEwclgP+rd&#10;EGF9J/HsyWWpaeSBUq0UIC6Byq3sxs+olCSNI+p4B975U9z+dvbDm5N85J3HTKSpnjKiVJUKk+GA&#10;5IBJNKqA3mMgUmq5tWuLMCI0kqT/AKv9WegU2OhnpjV0c0tPk0iJxs8MniMEiyraSaIKI54uP0En&#10;n2ksHQ12yso2T25DMKCsfRkqAg1wngeUVNRLBNVuRTGZlWwRQVH0499OOX/vce3PPnK3j83rJt29&#10;wRkhGKfEiAY0EEipagfNFySeom5o9tf6zxNFen9TiGDMuQGAwpHqfPpy7LnxHc22Rsrs/wAFVuTC&#10;aq7aW58e1Ti6amzSUVRjMUlRR4uOB680gqZGdJnaKQ/XngGBhcPCchDBaKswetYhZhFkpUWZo5Cy&#10;KPKmrSVHAtxf2Bfbz3pX3U9ytx2HY7wwbHYWzOVYK7TBLpE8UMKFEkidKDU9K141qEF9uoeVtlns&#10;7y58QiVpNXdURlR/SapAT59VWbr25u+lymBxG4cicdPhu3KWNqrxtpynXuMqpKVZEWB1kpjWFWfW&#10;S8iW5vf220e4KmurFj8SR/w6nNG+qOJh5KORVY2EYa/qIAvz9PcR/fR9ojzLJte8bUZJd7uLeK2j&#10;jUvUq7XkinLCP42AzkfKo6lr20batg2C7MT08dmfz4vFH6/6XofdnYvA9FzS5OszIqcJvXPtvcpK&#10;aqSRV3J4ZQkVTO1XMU+1xhAEZUDXqCn6e1BiKJKmvWcTxSzvXiqEfiCtFIsqMEu+kDS7Wt9B/vHv&#10;mZO/MHJN5fcv7vZTW8tlA8MyFz3vH2O/Zr/g/wBXHoZ2sMG6BriPMZjP51/2Ohn3vV4Hem1ErMWq&#10;SUWdphSUdbZilPRZeGoWOikjmFOWkdam5Y2PtX71r8hRz0MphZq8fain0pFF5aFpmNS2hRoGmO5N&#10;zf8Ap7z1+4lzFyNzAt9aROI98VJBpaR5G1aF1UJUeQPD7MZrA3uvyzaTbLdM/wABOf2N/scP2dVZ&#10;Yv46vs3t3eFHuiuj/wBHe4KHO5KirHpWhpKbciUrQYGiHiqp6jyswJUKoRvofx7ErE5OOqx1OIuP&#10;LH5GP6iTqZgLW/x/w+nuS+aOV5tp9yt+3O7bUsrnTgLQNAi4oeA86+f7OsG+adm+h2m1S3YFGK4p&#10;SlG/1f5eqUeyNlZXbHfu833DDLKuFr6ygpHDfbRvHX4qNS8aLK6qFaUDn/be3GgpSFrqm+lklh18&#10;fQszKPoQPp/Tj3jFudwlnzduMCZ8Ygf7xAAP+Lx8up8stO/e0fK+gr+nFJ8vjuj9vp0APc+7npqz&#10;p/atTGxoMFQ73ipwH1fdLV1dPWu2t0L3jma3qP8AtufbNlS8dcIgdJn1if0DUFijj8HPNvofoTf8&#10;+yDYN9vdq2mSzt2BKBdWeBZnc1GOOv0/wdbg2yG45a5X3FB2oJ6UP/DSma/4MfywZTaO2sRuzCZL&#10;c1ZSVQoIWojtOMVk3irb1s+OzKxgMEk+2elBPkX039P19qzMitqcJHR0ysJWEgV/GGKkTxSFtLfU&#10;cfTjn3JvL8vKFvNYW2/XapayFxTW1WorE008SKV+zz6gTlaBdu9033BXBVmSuSeEDIPUfLzx+fRX&#10;uuc1tenrId2bnjZ8JtaoeqrkjmmgSOKtlnoo9UlPE7qXnlQfpb6+wZywyj0sNRU07U+iSVXJWIgL&#10;HZVJ8Z0gMFB4595obTyN7aXl4+07RdrJF4aM8QklZnRqsoDs9QK0JC5FCDSuMhOX7+13G+uI0uB3&#10;MMZz3fPzrjPVrnVO2ui6PeNftzZm66bPGpxOEroKeKqzTTTVGTjaskghmyN3Do8xXk6QV/r7YKeS&#10;phSCloZ0iaoqpDVVDRiVY4pLnVpc3FmH4N/cyXdlZzqJbu1aVbdAY0DEEsooBWoDEjHeaeZ9epDl&#10;WCcvt7IWXSMV/i/2OjTbpwG1s7VZXde/Nt1ucpdqbaoW2ht+lyk2Knr8xjA8SQ/c0zCGoaamI9M6&#10;tF/a9qKuyDy4sUjyJNqdqcuqadTtEYiwC3IDX+n+PuAOdLi09vt1s+cl2+SGW4ukgAdww7vEm8mY&#10;CojNKDFOHCqHYNnfbd1v3EJSI27EVNeDp5/Z614fb0TvbHUn8J7en7Jwm38jhKrGUMG6XoK2u+/F&#10;Jh6bNQ5IRt5JvCTTyNGvkChQV/T7csfi6GlxcFVVS6ZTKGjiGo2QQale6Fj/AJyMi9v+ItgB94b3&#10;o5w9wt8uuWttQjbUh0mmgZLToRlI61jlWoqa/KhrOvKYZ7N9A4hs/wC1j6OL0j5NybzrewtyVAkS&#10;mq6vHUMTRaP+AeXxOVppdUKlbkvIL6B/vPtypYqd6layIEoEWGTlrF5WMjck3HH0PvDaRbqCzvNl&#10;mb/GDO7jh/oYCf6hw6kvb0K2ek/EG/lQdWEVmSEkGLyVlWD+H0SImnReKpEk0dwqFjq035uf9a3t&#10;s3CivHNxqUBvpx9b2J5H4/H19khmaBliJo1f9inn5/l0YQ1ANeFcdDZ1ZGKh6aqvqXRE/JYWskT6&#10;r2BFgfaHiKxwOtvooubgcaSbKCQL2P5PtdBbGQLMWyScfn5npYEqo6GrLVrPXrDGLDVY8E/VlBFg&#10;h4t+fYY7qmDXC6r/AF5I/DLb6/T/AIp7C++XPgW7qxGn8+B0+n+qvRtt+MHh/wAV0cHpvFszxy2t&#10;wDxb8CqF7Xt+n/YewOzJVythcHj6gX4pwCTaw4H+w9wbd1kvHJwR/wBDE/4ehXApFPX/AKK6PHi1&#10;MdOov/U/n6c/T8+ye/KRT/ok3e3/AEz4m5vccZ/BqAPx9D7HntzCY7mM6e3h/J/8xqeglzgAOXLn&#10;Hl/z+nT5ER5kH+LG3+urH/X90X07OckhXg+Q2t9f0kX5v9Of9f3kvtVs24bzs9iTpZ5G/wCOM3+D&#10;rEzdE8W2WP1Lf4ep/u7b4cSGPc/XWuMugyx12IsLwT/nn6H/AG3vN/aeXt+s9m3F7O7oDbLnT8x/&#10;SH+HqIDD4e0bkta08T/L0Tr5zJSz/GfuyCoZVEnXuaBJLDhoQOdIvz7vsweZXCRJk5UTw0yid4mH&#10;Mqq0bCMMVIBktz+PcAe6VnDfWtvtNzcltxlYJHSgo/hvU49MH/UehNyLYfV3ixw0yq5/3nrSC606&#10;2zfYvZ24MXtuGojoSsseVyYkklpqSkfMRU000sH3EMjRISBpX1G/sOK/ES71q6/JQ1KwRyy1Ss5W&#10;R1jiaZ5SrAWJZRUjn6n2ccvc0XvI237Zafuwu1IwP7P+FaedP9DrUcKVr0OtzvbjYtxht389H59z&#10;f9A8Pz6sB/vRtvo1cZtfITCurcfRUOShpHlqYqvIV8Mf2aTxTzxVbqlVJQMqRM2kM1veKi2/jdr0&#10;0tZUT+VqfyMZlknCiSKNHYhdTaR/k/A/F/clbjvG9c12cPhW+iF4xVCqd+oM2n55cflgdBHZ/od3&#10;5zkvLgDTCHk/3mdW/wCfv5eXQGZnu/c3cnYNDsbE4t6WGurKYGBY6FpocdPmZMOkssyU9KzyBcsF&#10;J1ajp9lB78+TGxevIJps7uKkoWLyyLRyCfz1bFq6xidKaYL5Gp2QA/Qi/uGOYtmXaJJVlsDGpFKM&#10;R/S/oj/J1PcfMGy28RKSKDp/1fh62DPhr8Wtwz7Xw9dmIGFNBQ0VNDlWaGOKkCUGEkWmaiGSM1RN&#10;GpMhcD1D0391WdufzGM7msPW7d62xzYOKSoWM5WsOOyiV9MpkjeaGOXHxywiWFwACbgi/wBfcb3H&#10;Me3W0hha/SrHTo8tX7PX1/LoIbzzQJmKWlB3UzmvVk+1PjnsbAZuDc+ThbPbhow6UFe8mSoYqOGR&#10;4ZmjFFFlZqWdhPFqDOp4Om1vdaW6915rdubjy24cnPW1rRz6FJZIlMmm48SfshRpBHHth5VKUWgH&#10;QbuZzIRI7ZoejAAAAACwH0HtuxhP3kBqGvUeZLFRoAufUNK3H6bf19oSASun16KZCNLV406793b0&#10;cOmgDC9+LX/5bEW5J4IPvJmAMtja1pQ6v+PHoM7ZIQbED+n/AM/dB7VyXr5EPFtN7f8ALEG/A/Fv&#10;dmvxaNtiQc3/AOBH0H1/3MZj/eefeaPsJdldr3BD/CmP+bk2f9j/AAdYz+4krJzRd0H4F4/KJD1r&#10;Mfze1U9t4u4Ni5B5tYjbGzB9fyBf/Y+zOqTx/qT9f95tyOeD7liYAkgf2nl0CZqduj+38v8AL8uF&#10;eP5dUyzLqLj8en/YD03Nv6n8f1PsN+1P+PH3L/2qqkfX/aCPwOOD7A3NY0bTc1H4T/kHQ65T/wBz&#10;bf8A0x/wDozfwjUp8oenXB+u76G4tf6pOeTcggkE+6St3EjdVUeLaeP6C9RMOR7xbiiLbnumgf6G&#10;35d3Uy339mv+k63bdsf8e9jx/wA2YgTb6/sofre3sD+15P8AcZRseQK6Afj6mnrz+Bxe/wDre0O7&#10;xBbCCh/4kL/x09Mbecin8Q/ydKqiFiw+hIY83va6W9l1ma5ax+rkkf6+r2ScOhOvwr9nTj7gzA2v&#10;xbgf7Y3v70evde9pjL2VGW4Or1MePT+L/wCFv+I9hvmYBorck93/AEN/q/b0/CwEsRbievezf/ER&#10;DJFlEuGH3MAF+SQtLVcD6G/HtZy3bl2CjjSv/Hv+K6Lt6J+rjp61/wCO9I3fEohwsrn6Cwv+PVLC&#10;ov8Aj8+7WevZdWUjANyVnva/JNNVcfT+o9jPmy0cct3wanGI/wDG0/1f6sylyG8f78tw3A1/44/V&#10;cHb4WGgilcekSxjmwNvvKFb/AFHI1+wb31Gf4bVOG06RE34+vmpATe/+HvCXeA68vXCt50H5GUY6&#10;y0sUVron/VwPR+tpyI2QjC/m9vrzanqCeLf1PsmGdLSVLl+TqsT/AIqEUc/T8e8S/Ujic/t6MIwa&#10;U8uhX9pSaQifSObaf9jx/rf4e6AY6t59e98HZBwB9T/iPVa3Nxz793Gmo1PVmapr173kUi3FwP8A&#10;W5/xuefqfeuq9e99FQZNLf6kgf8ABtQ/PBvx7oxoyk8M9aYhQSeHXvfEoof/AGH+x+oI/IvY/wC9&#10;+10NfTNAPzPTDv5kde9gn3QNVFSlhYBIRb/XeosL835/2/ubfaxdL3ND3ayP2LF1D/uwP91EVDnx&#10;E/wnr3stCkeM/wBAVH/JPH9ePc2JETdXA4cafn1jo39uB/RPXvcVvqf8fz/gP8L829rrUUt4sZp0&#10;6vwJ1730T+L3H55HP+x4v7Udb6978OOf96+nNyB/sT7q6K6lWGOvceve+an8c/j8/S4/H+x9o7lQ&#10;GVvUf4P+L6qw697yC1/V9ef9iOR/S/tNjqvXvfNggF73sB/U/j8D8iw9+x17r3ta9caP787SYXBG&#10;4sKfzxbKUh/172Psx2hgu5WZ8vFX/jw6SX/+4N3/AM0m/wCOnri/KOP6q3+9H3ZRn3Lbq2qn9ltu&#10;4X8D85Cb/Y/j3OkbFYlofwr/AJOgzY52O6/56D/xxek3jwBS5a/1GSrj/wAmJf8Aw+ntAbi0nBbr&#10;C6tQ7CcfU/iBv6t/h7auHrHN/wA03H+Hp7/iTa/88DdOlNcy0pP/ADrlv9L8tF/h7Rfc3Gz9mccD&#10;A0v1/wCog/Q+0tv/AGG3/wCk/wAnS7l78f8Apj/x0dd0P+fyX/Ub/wDG8HsoOUYhWFudXB/2K3N+&#10;fwLewXuv9rf/AOnXo2i/tZPs6cfaa/xJ/wB9xz7AV58a/Z0pPXvftP8Ah/j9D9Pp/tr/AI97/B/t&#10;f+fuveXXvf8A/9HXDrZQZiwUqpA5PI+iDn/Y+4lMZHlj50/z9TDJQHjjrf49sNTPpDlhewP1+n4I&#10;/wBcH35UY6SOm88eve07O4I1A8gH8f71/vvx7VJC4rWlOrIjAGo697Zagj6fm97f14P44H9Pazq5&#10;697aqmKXRqtckXA+oF9RN7X+t/dNaBgDx6bYjr3tpmDALrVh6tQYknTa51Nxxz7t4iHVw/z9aqM9&#10;e9s9WVAYg6iSSSp+pYt/X/D36LVpxw6a76nTw697RecJNBUAqxNjxb/aWN/9j7ebivTFz8PDr3s3&#10;uMjZvjr18wbUseCVCbfRv4pVEf61/wDH2Vbk9bm008SD/h6c35v8S2Ggy0J/49172R/KQSrK7GwJ&#10;P9CbEKo55+o/1/Zupq5qDp6TJIskzUPaOve0zXShFA5mDH1MvAsClrgj839uRnA8j6derQAEUfzH&#10;XvabmcX0oWCAfltX5/F/xf2sUoApr/Lplwq5K9e9stcBZiysWIUIQbKpFgfT9B7Zqzy9g7eiq5YM&#10;5UDh172m65A9gyjUeA8ahbcWBZhdrj2Z2w4Fzg/4OmtIkUGTJ9eHXvbZFk8lRODSZLIQOh0qIayp&#10;jAVT6LKki83Uc+1rxQupqqlT6gdJ5HKPRZT+09e9rbBdt75266yUmXepZWVhHkdVfGD+0QGjqZHQ&#10;i8IBH5BI/J9pWsbZ/wDQwPyH+bq8e4SxcHr9uevexPx/yZ3HKgi3PiNv5SAkJal2/iqeX7eyLo8r&#10;RsTJoMnq55Yf09tttEEvwnvp5+v5dKo90eRu9VY08gOvexE2puHqLtCtqsbW7TyWNqFxtdlXqkyF&#10;JT08ctFEsrEpTwXRFaUm30sPZTfwyWKa43IYfb+zPSqF7a8D/oEaQS2eve0hk+veqMjPIMbvvC4u&#10;Ytoamr6qrllDt9FPigKgiwBHtuK43RFRvpmKn7OkkkFk5BSZQfmeve2KXoHN1UZn21kaTctP9VbF&#10;Q1UosDwfWE5IX/ePayO/uD/aWzBvy6YO3OQTG+ofLr3sPMt1nvXCvqr8BkoUs3reldFBBjFzc8am&#10;kA/1/ZjHewhZBI2l/L59NSWsywyAxmvb172oup4Z6LNVsVUjxFxS642uGOmmr5AbcDm4P+x9pbyZ&#10;GhAjburj9vSiA6bKSClJMf4T172EOUBFbPcFTrIN+P6EfX6e18BBjWnQejVgoBHXvbXb8/gfn8fS&#10;315ubj2qU92et6W/hPXvfQ55Bvb8/wDE3/r7cqB5560e3B8uve+VrfUEH/YDjnk/Xjj37Uvr14+f&#10;XvfNeQw+t1sSPwCPrb/D23IRQUPn1uoAz173kiDK8SnlTIh4/oCOebH23UEnrQNeB697EDfIjfG7&#10;RPOkbdphdW/tCeb6m97e6Q4dvWvS2Wo8DtzpHXvYatrB4sy/6kD1jjgE/wBR7VnRTGOtgUoBw697&#10;64H0uoNyQf1f4WIINh7owxwz1t1qtB173lWR2bSHaLT9GVmUni59SkEW/wCJ91IC1Yip6pQ14fs6&#10;97eKHcWToykyz+UxliI6kfcRm4dSGjkZlYWN/wDXt7pLGr0FOnRLItKGp+fXva3pM7RZPG5Goz1B&#10;HOlPDGw+wjgo3BecIfUqcE2X/bH2kMZVlVDk9PLKrxu0q1A9Mde9pOpptsZFyKCoOIQqgJyU5nu3&#10;INmiQW55/wBb2qj8dWUMK/Z00ywO50nSPn173DxmNFPkYjBV09ZGrp+5CH0tZ72GtRzYf7z7teNW&#10;IqVo3Rvs0Gi41K4I697E6gQj8qORqFiSSCt7WH5PsLzMCaUzn/L1KtgS0a09D/z717286ToNxf08&#10;fUj/AAA+n19p6qGFDjo3jHeKf6sde9wx6bqfr/sefqObHjn3eqmpHDowQrp9Ove5qg6RpB+g/rxw&#10;tv8AH6D2ifUT3HPWjU5697zQpzzYEn+vH+2+nPtp3BJAao6UoVOAeve36gp9dmB/P+P9G5v/AK/t&#10;EwZNQKZ6OYIZEP8AZ5697FjblGQoNvqRbjki84/1hz7J7iRBKCWxno/txpNW697MXtj9KheSD/Q8&#10;m8tz/Wx/3r2GgpXLDoRWSEE1GevexxwlOJWiB/STb6tb8/gD8+0xdU1d3p0JIPhH2Dr3sd9uRGN4&#10;mH6SV+lubFRz/sf959pWkJZl/D0dWXEinXvZmtmzhainsTa8ZNyLH1Q/1Nrc/wCv7De4rOY3NP1P&#10;y/1cOjRhIRUr1ilA0n/Yf9FezYbTZyIW9VmT66frxTC9v9j/ALb2W29PEb7R/l615Z9R0i88B4Jb&#10;24B4v/hIf+I/2/syW1dQEdwf0x245OlIP9bjnn2c2kiaWWvmf5nH+D+fRfNTX+fRWexYixkIsOCS&#10;CWuApqA3+qI+vsdMC7MqIebhm4t9dCAMbm/0X/jXs+giVQjgd3Z/PP2cT0Gr1e+U/M/6v59EA7Rc&#10;iSssbRrLUCwB+qvKhA4NzY/63tQVNjBPYXtH6ib8C3p+o/FyPY52oMPDLHFT+2hr/k6DtwAGJJ/1&#10;f6qdFBy9lytMD6GaWHSP9UvmiC8KQCT9T7aMKRotwAsQvcjjkWDfUH6+0G8mkjfOT/IemARj06FO&#10;vRiyGzM0iMVABAazpqZBYEfT26VWoqrBrAmx4uHF0uFFjdv96B9gq5ZEkdXSr+XlQ/PPD/CRTpfC&#10;DXC56X21Vd0XQTpF9QA1EhjO4AsLNwP9cX9tFSsYg1K1mHptq/o4W9wLfQ/4+wpM7+PJjBz/ACHS&#10;tGKjSw6MFglY+BHUlArgPpsLgysTbVq9Te0LXMAr6rm/1J+l/T+PqbX9vqKY6UDiKcOhZxq6mjKk&#10;DkkL/a4L/wCuAbj8+0JWvoLXvc3/AKfQEf4iw92bW8mOC/6v29KEV2yB0K+KjQwofSdRJIP5PK2/&#10;Sb/n/Y+0FlZL6rfT882H5/P+w9mUK4qR0YqOJ6X2NS2kX9X14Fzbj8f05/r7RtTMNDKTfluDb83A&#10;t9eBf27IQpBJoKdUeoP5dLGliJYFV+hHI/Fgp5PAube2GZo9ZLc21C1+bcgjg/n25RqdvHplgadp&#10;z07RqSoH0+n1HH4sbEX9wZJVa39n02N/z9bn8j3dFfIrVumy+kHU3d1JCEXJ+ha6/wBf+KkC/uC8&#10;gBIZgQf0n+o/2I92BAXVSgHV1FQABTqSiE20i5/P+B5H9f8Afc+8LSIxDBtQsQTe4U/65AsPr7q8&#10;TeGVHGvD1/1Y63GoStT1lQFT6lt9bEDn8G9r/W3vErksfqf9Yc/jn6AfX3WUGMCg/S9P8nr8+nB3&#10;Cv4usoAP9Q/PJtY2/wBjYfW3t7oZgkkTMbJ6rBjwbo5Fh9AfZddxk2t1HTv7R+xh1fQXgmSncaf4&#10;eozpd1Kg/k3H1BItY/n3Xz80mIyWzEuSRJm9d78O1Lt9iR/S/uZfZkxm83t6jS4i0D/SLN/q/wAA&#10;8+oG98yhl29ie0l6fYEi6VmIuKYA/i5/28klv949kiriRIoJsSBdTy36Li39Tf3Pm4ywi2twHzVq&#10;ft6xugosShuP+z06+4vkU83/AKH/AFv6f15/3v2H2bUSelNR172FfaL6cbjZArMI8mZPS36B9rNZ&#10;v8QAfaa57omTizYHzNen7dwPFRj3MtB82r172+da1fl62yLM4lcbnyllBJbSuMpCDZrD6MPp7FNn&#10;Iy2Gomg8PRXy1aB2+f8Aq+zpy+ql/bSNhfARa+Wqpx172TX5N0j5Cu2/H9xHG1RW4mnijYNrV5Zs&#10;4EchRbSDJ9P6j2HUdkjv5UhZimuqjhjP+x0X7lCLhrNVbuMiCn2k9e9smx8NJ1XuHA7iyCJkqWro&#10;KaaojRD44BUVEMj1Mi1KlB4Y6UkkWIB49w/zDdnm/btz2m31RXMcrgV4nSpGnt9S1KfLPUibPZGx&#10;FtLhqqCR+zPXvb/3fnHrt0be3diUgbGZeFXhgWKNo6imrK5yKuOyiL0qCAfqPZZ7fbcINq3LZLxm&#10;F3CxBapqpVMqfP8ALz6WX17d/XwvZwl4mwSB6sB6+XXvah3TvfH9Yvtep/gxro8xQVc7S1KU1ShC&#10;zrTMV+5RgDaT8fQn8+yraNguebBu8QvvDaCRQApZTw1fhPy6a3XdbewlgaFl8ceR9Ove3zsB9pT7&#10;G2jv+PHsqZOnyUtKsTwh4BHlosZLrYIEOthew/HtDy4N6TmDeuXXugXjZA1Qc1jLjre8Xd1uFjDu&#10;CRkswFR9pUf8+1697CLcFHVb12Pla+hqafz4f7H7mAq7VtN/EMrDDD9xNGpJ80dKWXn9Hsb7e6ct&#10;cx2dpdwOBNqp5KdEZY0B9NQr8+m90me/sruOxlDOAtSOI7lPHjmh/wAHXvaSwW7MvD1RJjcVVeJM&#10;CKmXL6Q99GSzjvR+QKVteQ8av68ezzddss7jm6Ce8thWagjOMlYhrzTyHp0Httv515dmicFZ4q48&#10;zV8/sHXvYmdc9gYCXbe8a/NY2TItBiaYQ0kLwL4pErAjShJFaNTKjckcn8+wlzNy5uMO6bPbWNwI&#10;w8rVY6vNagVGTSlKHHp0d7ffxNYSOpqSv7KE8fL/AD9e9hVtbLY3cGYWlrYIIMZkcg9LVx1CR+Sn&#10;opJyTIJdJWE6WsWUexpue3Xu12Ru4pv8agiDoe6juo+ED8R+RoPn0W7bcpd3LeO6xxM2mjedK4H+&#10;Tz697yUlDia/LZjb2CMq41vuow5l8qwTPUilarLBE9CxlbG3A90u7/cI4Nv3nclUXwCGgWlQF1AU&#10;4ZNcdJ9wMSSmGwppDGoH2mv2efz9Ove09tUris1ujGSPauXF5qgxhJ4q6wVkFPRCKIqdc080fpYW&#10;J+ns35gnm3ew2W/KDwFeEyUFNK6WZ2YjyAPcek+3nwXninGmajPRv4fl8z69e9uuDya1OSajR5Mf&#10;l6WSRqiSuYyxz5KnkjSSnjjsCrTVP0UngAg+y/cbaaHbBK0Ik2x2GkotCFKmhLedFz/Pozh3C2K+&#10;HGhBQitT+RPHr3t92dmfuN1ZrF7myFE8FfU5GkkpZkKGOoqJFprwhg4hMeo6bC4P09oOYtrEGx7Z&#10;uG0QtrSONqqfIAt3fxVpn+fV/rUaSSO43GIRGTTpHHSwA/1fn172o63p7D46tydTj6tK6iSpNMFp&#10;5pfLTNONKLI5RBYfU2+q+ymPnm+vbW0S4g8OagJqooaen20NPn0/ccv2EMP1MMo0Ow4fs/Lr3sK4&#10;cTicHunIYPNxzGKKSRISXaNpGWmZ43hd1Y6BKy6gPqPYxlvrm/2G2vNudTMaFsVA7vy8sfb0RzW9&#10;tbSzWbyUcEUBPGgHD0oePXvcqTeMdHtfPbKq6M02SqJMWGrlSKF70td/Efqqmov4mC/X6f4H23a7&#10;AbzfNo3mOVnslWXsqT8SFcfh493Dpu43Nixs5AVcUqa/7Yefn+XXvfsLmaTIJmMHu2anStkWgGOq&#10;giU6RHU1VVGo0xtLN5IUjC/6k/4H3u/2ue2TbNy2KrpWXXGKux4ItPIcWP8Aqr1awulLzWlyyiRK&#10;afnXUTivl172hIcdSvnKbH1lPJTzTS6JACIwFMOuNtAHF1AP+N/Z091crt8l3BJqQLjz86dF8dpb&#10;xblHFcDLf9A4697j1uIpsPuKkSrWcY15oxJKH0+grqbRIBwRe/tyG9nv9vlKFfq6Ggp8/Totkgjs&#10;9+hVhptyQfPHXvbn/Fsbtvd+OyNBFLLQ0cmPrhD5VdpJEZZGUuw0sDYf4e2/A3O+2C72u5cJNJrU&#10;9tMMNP29KPrl2vd43hOqHz+YJNf9R697z7k3M+cyVTmq2KZaWrp2oaFYGEKU85d5oWl0WSQRxuQw&#10;Aufbe1bSthawbbBcB5wwZuJrUAHj6np3d93+tuYfEkIhKipGMksST/vXXvYh4ap2fn5sLjjSLT1k&#10;O3MdDNVtJGsdRkIWhgkiBWPX9xPNNe5N7fn2Hd3i33ZlvJUuC0LzMStMqpDH/eQBToSxXlklxtaw&#10;RgxeBEGftOa0b9g7uPXvbNvXHyQ5nFzr52xdBNTYuJWZ2KTx1U7IRI11CLF9VHJ9u8uXkP0V6kqK&#10;buVHfFBxUDI889Fe536JvtpLHbtJbI610kUrr/zeR697tV+Lm9MztbZEs+IkplkmiipzJLT+YxpN&#10;Qxx/VXUqxCj6exV7Xe5fM/IMm+XGzOpYyMtNKsyqyhT8Xl/qHl0Y75dSS3FvPEAVJr9nd1ByGNo8&#10;nCkFbF5okminVNTKPJCweMnSRqAYXsePbruvIVWQrJqitnD11dJ5p6hidDMNIYRrd3QOo/3x9pOa&#10;d93Hmy6j5j3WfVfSMWZfhbub/ef9Vc9NwF57h5OLmvUxEWNVRFCoihVUcAKBYAf6w9nt6JzOzsJs&#10;XCvVZArXpSSeellrHc6jPX2AhLBF9LX99YPulc0+wXIXtr+/N+3i2g5gukVpUklrUrJNGPDjJRPh&#10;YVrXjihHQWurVv3jfzC3kKsV0lTReA+XDoMN543O5WranpqVZKQeIU8ywoWQFaZ5y0hu3MikD6ce&#10;4dVmcxn6/wAcOPoaynmJ8WOpqCFMjJ44QzaKkWUFXh1n/aAR7w95s9xds5+533G25d2ORUbT4eI2&#10;1foqzfB/zTboo8OYO7SQsE/pfZ0qaXF0OBoBJNWzQrFzLUVVbOYF1SsFLLNJoFzLbnm5Hvhu34vb&#10;6eSDN4zZ24MHQUrSM/8AEVaZ0V1hp9TyRudWqa5X+gYD2Jr72n54gSzuN25XuonYvhkoOHnnGNPH&#10;pXDayTW1yVWtVHp69Bhh/kj0llMpFt6l7W2Pk89KzLFQ0GaozUVDCF6plhp/O8jGKmQs1r2AJNvZ&#10;+fiLjK7AdZmmzdPLi3p3rxqqhpDls5XMbFSSCqOD/rH2E7vZ7yR7LZLS0aTdBIdSL8SalZl7f6RG&#10;Pn60p0NeRVW3ur2WYURkTP2av9X+fqu758ZGlyHYG0VxVRFlpWuDR0X78o/3G0rKSQfHpdGv9fpb&#10;2Y+qjgnlWpjmjn1ERxwWuZHQKBZP0Fjx/sfcXc5xbtFZXe1Xuw3ECQJ4zTDt0I9fif4wuTj+QPU4&#10;bbuNhuFs0NpcI7g8V6CTrKsjphTxpW0yVE83gaGZCXJZtQCoyWvqNxf6j25bYyK0Fc0tTJRyQu5S&#10;WmeGJ5Qqyoxji8o0o1+L3+p9mvI3vjzFyBtbbG/Ki3+0zKKymBDpRtPczt3HSqcOHnQkCifcdomI&#10;C+MUJHnWn+r/AFZ6Q3yZ+NVH3PtnJQ7d3XV7N3QtLVviqqTLZSKE5gUNZBTSNDjRHJUQPUT+Tx6x&#10;+n2NpxsG58LUpgI5YpKWlqcjUxLF53p4Up1inqpjTx3hpkd0UsToS1veS/3fvcP2x2TnQc0Xm+2i&#10;7xvOmyVVmREEtxPDMtuI2YJrDE5QZ4AeQi3njaL+22thHquGeoITV+JHOnuPy/n1RZLuT5DfFPuj&#10;B4P5GYbObo6/myGM2/tzdlNiJMfjp5Z9zCDHyVVdlXlqaiWTC7eqqh/IwLo2r2l9pbfSmqaozKHV&#10;J50lkIaz1AkgMhRiv9sLcc/7f3lxzjz9tt/upG2wx3UFvakrONEkcd1FISsGDiZAQ5A/CRToJQC6&#10;/ctnZRBo786B4Zy1RGFp/vR0/t6EP5k/Ixcjt/bX92ZtNfkMFhcjg6VQsjR46al3CcWxiVljl8Mz&#10;qpKn1cj3Jno6WSpqkpY546iLLtL4xKS0sK6nNUoCC0EZsCOffJb3O3+9ufdjfbvdL21l2+7SdX0w&#10;6TDcSXBX6aQ8TKaVqcdTlysJLHbLJJaavp11f0X0r2/bXo7/AEFVZip+NGw85l4Kpdx1WzsFmKoT&#10;yf5LLC+3IqypqqencaIXSZ2APJS/B4PvPu5AMZjao10byxV9BC0PP3ErOTqKkfoSxta/+9D2Kvu0&#10;XL7F7z7ZZw8vXUdvKzfqK2lAviIvyr+X+U9Rx7xxXsnK+4XEVmzQLUsf4fiav8h69N+Oqv7x0tdV&#10;1NdSVcQpK+RYNFp6K2OmmAqXIkLSxadWo8c/QW9iTt+mrqeFHrKWSJGZBAGj0/tEWJ/ofV/T6e87&#10;/eXd9nO7WNnt24xHcwkhmUNVhpEZSvmuD+dR1hTts21czcv3SWV0k06qCNJzUa/8n+X8tfr5rZ7a&#10;1P2FT0m2M5TVOSpBW/3xbzvO0OUR6OSihl9KvBI9MpsrFtXtVtL9pPUQrIrxvKGewOk+gMLEmwsz&#10;f094Zy2zbzzLBd20WuCRG7loSNCn0xkUz/Pofcij93+18FlfN4d1EijS/wAX9u4/wD0+XRON2UOP&#10;37i2zVRR1lFmcYzDCwO6p5Ya2qjTIsIogS5SCm/1XpJ94spjPPnKMxCSR5TMKkANpUpTRGKx503I&#10;v/r/ANPZN9JDDFum6B1j2RPDJk8hUaBX7W7KZxTjnoNWXMUNh7Z7DBfTKm4Hx/DX8f8AuRn/AIxg&#10;0r5cehE607amfrPfWzPGrz7VG2/7tskURml/jmfr8nl7PZXnWMc8/p9vGXqJaR6FmZYbNJ/nE9Ca&#10;Uj+q25+v+8+zfZbCz5s2Sabb7We7vIyfCWF6OS0jA5/0qH5Yz59R1tEqDcJr+5OgvSrfkVqfy/4v&#10;j0EuwNsy1B3js+KkmrdVNiBU0Yj80s4nmnro1jV0ka8RYMbc2X2h8tJEaqc1DxvSRxxMjoNMeoxr&#10;5NWrSLXt/sfeYOwcuXV9y3sp2uKa3355pFkDMdRVNWj4SKUweNMdSHyG9vFLt0kt0EdZ2Zw5yFq+&#10;huGTn8+jWbG2tnKrZu34dk0GUx2/MxlMpjKyKdpJ6uSmoZC2PFJHARLFIEVr+r6e03WUlPkKqnlp&#10;pYmF0jdITchBqsW0cXJP+v7kjYL3ceXOU93sOa4rlGUTESu9deuvajaiwNKstPLIyMy1ZbrAeZYy&#10;JR+7xpBkIop4a/KvAfZ0YDrLd28+nerd47c7Lwu5KKsT+OZChyWdYutVNXSRWgpGrHlqBohjd1W2&#10;kr/vLVkIUSppqZW/chlSaQXY/tXZf025Jf6kn8+4L92N9h3fb9g2CO3uF2uK8hvPHkbUusCZWGup&#10;c0V2enp61PUpXT2AaS9jmVrNrcjV+HV8X7SM/wCo9Cr1fvqrqdn71zkSF8JuPaec21j0qgs9dLuC&#10;upqGqZoal1I+1eJv24lvpb2u4NvyVNDTtWO1J5RA8Ec3AmhMUZidb2/zoLAf1983/cnn2123m3cR&#10;y8sd3FFHIkkkdf05PFm1+uI/0/T/ACdSHyZ+pt7S24DR57l4fCn+r/VTo0Xxi2vNUbRqEzQnx9XV&#10;bjqaymgnUx/exPj8EadU1W5qWEtiQb+4kURpKg0UVpYYJnWSUfXyRuIzGBwbkewPRL7b594vVMd7&#10;dMHRP6DqX1/Z6f7B6ke1KNZGh/UL/wCTo3FbXvqpKOmfXFicalFNIbm1VSF4vESn0fjkcX598M94&#10;/tU9S/Q3/PqLvxax5tbgDj3Ft7FcjcpxoNNY/Z/m4/5OnIwavj/Vno1vTNVA+MgYuCTTK66b/iKJ&#10;xbkEEC35/wBf2G1eTErG2hdP05sBa+n6Wvz7Gm2lRYKrMNef8329GcfwLUZ6FJUNZnf27yL5ImLC&#10;wtoYEN6TYWH+N7+wyy+mZJiULaTe3/BmTkaeRYfW97X9xFzhNKs3hxmikAV+ymD+fD7OjazBUqDw&#10;/wCL6sH6kp1hpacuw1Wbi/0BNSLj8WsP9f2CWfOjUltLD6fm3rjDHTzcWPuObOF5blS6VU/9AV48&#10;OP8Ah9OhbbldI6NhRMoiGlr2v/QXs7gD8G9h+PZPPlHf/RJvAXHFPif9db5/BEWt/gP9t7kfkwJD&#10;eQQSNpuATw+yT/VWn+wDec3U8uXPdT/otOnulOqRGHKnVb/klvdGNOpXIq+ksfJfSPr+lgfz9R7n&#10;7amc79s8UR/UEj/8dJ6xO3WqWwPmuo/zHTn7vN+F0UA3FsOWcoIVyQYsRax8NQW+tuVP+H495x7H&#10;fbn+757FZTrnj0oP4mr8NR6/5uoF3U7gdp3SOGBzNSWi/wCqv+r1x0Rb+YYKpviv3glArNWN1znV&#10;jVAS12hUKbAEkH3cHnd74+lWKikVFpNQVpfIkXDJKjBmsSQELe1nO/3ZN03bbIecdwuJLY2+mXU+&#10;ooCiBx2440+zHGoNRh7c7jLYwGeV/wDGY0Xs/pLpHWrP8Q+r+4thRbqzNHRU+Rbc0WQgGM/hUktf&#10;LFWVtJUxfbVMrFUkkJCqT/X2WDsP5x9D9NUGXhrtwUebztKtdIduYXM49Mm0kMVUVhaCoeMBnqaB&#10;oeePIwHvHLnOBNgt7W3tt0gnlTT3aSQO1/4/PA4eWK+fQxv57je9zguLyDSihc4rxPDPnq6sY2T/&#10;ACw++PkLuzHbw7GlpOrtqrjceRFncXHk8vkESshq5HoY8bmaaaBKqgykvj8ugK0PJBPuoT5H/wAz&#10;bsjs77nBdd0VPtbZs4liaKrooZc+ZGOcpTIMnRV7KkJxdfANIFxPGWB+nuN7nmrdb5UtZN9VV0hA&#10;MAVygwgHz49O7XtVpb3t9IjCLxYZFJbjqZhXzp5A+v5dW7fGD+XT8cvi7WndG1dtSZnsOtpHgy28&#10;Mzks1XeaWqfAV2QOOwtfla7F4uGXM7fjqYtCGaHUyCQoSPda+Z3fuDc9a9Zn8hlchMXd/wDLq2pq&#10;U1mWSW8QqJpQkRklay/4+ym9W+UHVunjCmfj/wCfvPq7bUkJJW+Dn7WPR8lVVAVQFUAAKoAAAFgA&#10;BwAB7Z5JSVDFPS7DUqAAhjwGVv0qoP1Hv1veWwDJPtuuSnxUXH+HH+rj04iqnayajTrv3yLlkIJQ&#10;qttCkXkAt+Xv+Pr7SiUl1Ur2npPKSAB5Hr3vPigqVcCMSwMqWLG5sCBbV+r6/n26pGoGQ+fRe9Bq&#10;1f6v9R697u5x8hfFxljbWGCA2sxWoN7clhbT/t/eT1nKl1t1oLX9Q9x7c/iPzp/q/aHNs1l7Gi47&#10;/wDL0HlamjIzk8AaNR54BgUD8W592cfGCRF2FTMrKVP3PINgf9zOXB4/P195W+y7zWOz3xuxoNE+&#10;Ph/aTU/1cOsY/caKZ+ZrkGNtXZ/1bTrWW/m8aG7jxY1KNJbWG+i32ps0gG4AAIH+8+zNIQT9R9D/&#10;ALC4/p7n9gZIQyp2gj8uPQOvMRD/AE3+Q9U9vBIEv430Fxpbi/7bt+QOATb2HHaX/Hj7lFuRiqji&#10;3PKED8cfX2COaLaZ9rvTHGMKf8mP82fP7Kj3lP8A3Ot/9Mf8A6Mh8K4yvyg6gktpiG8KEMwNkJCS&#10;/wCNjb3STuu77nrVQFmVSOQPoKuYDgH8H8+8a4oDHuG4yzDSrRN/vWr7P9X59THfOhQajjT/AJK9&#10;bsm2Tp2/jjcWMMBB+g/4Dxm/q/PP+PsEe1IycTTEAACuiLf0AWlr/r/hx7L93MT2lvGr1dZlb/jJ&#10;6ptxRmGk1FR/k6VdEbs1/wDUn/Y8qST/AI3PsvRjLNaM3KkgWXV+Rb6XH49g15YzJPV+0E9CATKC&#10;Udhnpx94ZFHKm17fp/oQbgf6/wDtvdEJlVngyg6pqHGMmnXvaOzcB0y2ADXOleb/AOH5uQL29km/&#10;QyzwwGNCwp/s9KI+1o2PCnXvZuPiCwiWv8j2JkhJ1fgimqxx/UH/AGJ9ifk+2ZnjXSFNf8h9OkW6&#10;xyz3EckK1QH/ADdIjf4JwE4ALHVHwPz+/B/sQfdrPV6H+NRa9SgiWz8G+mlrL2BsTYn3KHMu3C85&#10;evokjBuDp7PtYenQk5V3q3s+Zh41yqopP/Gom6rE+Slf/D9nSViH0wzUesgNZPJl8NGpJuUH6ub/&#10;AI9oPfmJeXG5ARxnhaX9GrT/AJ+kCkm/PqHvBHmawWy2SW0uI2W5zh/iy6t6fwfPz6zI2Tdbe5lM&#10;sdwGj/i/Jh0d3rXcUeRydE8c8ckUpmsy20kpT1ysBY/XUnsoG49oZmCB69MdUvRJfVVKD4iNUcbX&#10;YkWPka3+HvCHdnXbL2aG8cxN6NxFdJH5UOPLoSQXUEjmESKZhxHmK5H8ujJqysLqysP8CD/vXsLH&#10;xs0s+mOJ3tYMgDFh6Rzx9fr7aju7eVQ8cwNeH+r/AFUz0tVgSQD3dcvfNsRWEFlpXsCTazcgfX6/&#10;Qkf7z7sZk1kM9D14spY91Ove86YyrjBvTycctYfgc8834t/vHugYPXgV60GXr3vC1MwJd4ypAsb3&#10;HILNcgfkfS/vbRyVqqmvTcjY7T173gWMsxsLL9b/AJP9Pr+LH2qhWQ6f4v8AV/gpx6TMGxTh172B&#10;/dqBMfSt/wAsfVqPN5Kjj6E/n3PHtXG0ZnSUfj/lpXqJfdZT+6EBGdaf4W697K7a0engsdPHI/IB&#10;H+B9zmisbmditEDH/V+zrHR2PjKTwoeve8RNzxz9Dx/xofXn3aEqsEZLU48cf6v9jpwYUV49e98b&#10;/X+l/wDWF7/kcj6e3ut9e9+/2P8Ahxx/he9h9fd0CZ1nr3Xvfgeb8X+tz/j/AFvx+fdOvde9547e&#10;on1WPFh/T6cf7H2WzxhGUBfL+fVCOve+a6W4IP8AsP8AbX/P49s1AyTjrXXvax6+OnfG0igsBuPC&#10;jkf1yVKLDV9b+1W2tS/stTcZV/4+OkO44srpTxKN/gPXF/0t/wAFP+9H3ZTn20bp2ezAgHbmCUuL&#10;Wv8AxCYW5I/31vc3xP8Apw+TtEukU82I/wBX+z0GdvI/c10i/EJzj/aL0nMeCaXMW/52mQ4P9BGh&#10;tf8A3r2gc+n+4bdzkXB7Fl/ryPt3It+L+6s9TcAfhjcf6v29LI+66ttJ7hYt/h6c6U2ejU/X+HJ/&#10;j+Yfz7TXciK+y9kstiP4DTMb/QgzNa1uPz/sPbcAb6a2kp2KFGoevT3LzBDOXb8YHyrQddY//P5Q&#10;f9N3+P5p4PZM8tbUV+uo3t/sV/w/qP8AbewfvNElvQxrrZdP9Lo9iUiaTHTn7ThFuP8Aih/3r6fT&#10;2BLlJHftWo6fPHr3vrUP6j6/4f0v/T+nutTo/wBr/wA/da697//S1sKqeS+lkbgX5Btbg/6ofQ+4&#10;z8OOReJp1M5RSPPrf49sU8k5Da420gj+y1r8E/U829+CIpVATXqhjXAz1720kPzewHN+T9D+P9h7&#10;Udbz173Dk03uQDc/6ksD+r/C359+6qeve2+pu4UXI9XA/wBg31sfp7S+cv8Aq8x0weLde9s9THqD&#10;Lq/1QHP+DDjj9Puo6oeve05PEyuwvddXFwbc/T/H6D2oNDCo+f8An60y1Sh697Smcp2NFU8WJRzb&#10;/WVvr/h/vHu/ipUd9eksxFD3Vx172crEUZHxq2HJpsWwsRJsf+dtUf4fT2XXpBv7IB80b/Y6Vb0n&#10;+KctN/whv+Pde9khy8GqoYEXu30FubhCPx/T2aiQCKajCtR/gPRRakqt1T+If4Ove0PkqbSukCxI&#10;P4/xjP5W/tyFtQHyp/g6VMdUjN6U/wAHXvaWZAptY/1uAP8ADnke1DntPDpmcdp4f6v9X7Ove2Sv&#10;NmB+v9Rx/rf0/wAPbtuRooOPRZH8B+3r3thqRcH6fT6j6255vfn6e16SLQClOtEjSKnj172wugBY&#10;n63v+P8AH+oPtWg1LT59F0yd/wAuve4chQEWBt/gBcC5/wBb/b+7KD0mC6uHXveNm4uOPxx/Uav9&#10;f6D2/CAJM8KdWjAFw3/NM9e9jp0GofcuZQ/Vtnbi4/16WK4vf+nsg30kohHDxR/l6Odtr4d3T+F/&#10;8HXvYY5wvDmcmqsyulZIosSL2t/Q3Hswt82lp/pB0TnCpny697zUW5s/QAfbZvMUagGywZGsgT8j&#10;9Ec6gDk+7lFPFR1ZZpFGJGH5nr3tZUHbW76BSrVNJkoTYMuVilyJ41MNJmqDzdr/AOwH9PaeSxin&#10;IJBqPTpVHfTLXgw+ef8ACeve1JR971yhnrdu4NZ5La5KHBUdNMdIcKA/nB4Rh/sL/wBfdTtaoSVc&#10;0+0/5j04dxOWeNR9g697iPubrXLXWqwmZpp2/VMsmMhiJPIsPUwsAAefbht3h/s2wemJLizkqpja&#10;v5de94n2XsPJQmbG7nxmOkKm1PlspF5D9RbTBA/Itf8A1vb3jTDipP5dNlImys4B+dP83Xvacqut&#10;q5PVQTQ5VSSofHCeZbAcNcQi/Nv9v7c8TWFNKZp029r4pQJknr3tO1uz9w49rT4mtUWFr0k6jQdW&#10;lrvGOCF+vv2peBOemHt5ojRkI697YXoKyJyslJUIRcvqiYAKCVP1XhuPfjIrD4h0nlctg8eve8Sr&#10;IrKWRgvkCC4sQSQfqR+R72Kfn1SPzx172u97qwxe0gQ1n29Ssf7Nv3pQef8AY8+2bf8AtH+3oyb4&#10;Yv8ASj/L172GpVR9C4PH9r6f6okfj2u6r1730L8X4F7liD/jbk3H197HEdXPA9e98rkXH9bD8/W9&#10;/wDW+vuppn06p173yP4X/Y8fm/ulck9N6iDUde9qfHk/wHOkf8q1NcH8/wCVj6f429sEfrR/b08v&#10;9lL9nXvaGJ/31/ZiOmCeve3zASOtfTgOQpmQfUgcut78+0l4AYmxno72Nm+oA1Yr/m697GKlVSVC&#10;sbqeefrYx3uB7CU5AfK5P/Q3UtWNCiH1A/y9e9vIPp/2B/P+AFgP9b2mbiOjiI0cDr3uDJw4P1N7&#10;f6/J/wBe1v8AifbgwhqcdLFBoc4697m04uLgHkc/m/0/1/aWRy3njqykkZ697coIWYiwP4+lz9D9&#10;eb29pGZRTVw8h0pjj4HzPXvapxlK3Fr/ANALf4MSbm1/p7ankwWboVgcevexa2/TlQPSQf8AYk8m&#10;a/IH+9ewrfSkMAD/AKsdGEWMcB172Om2WEOlXU3/ABwDxeUfQkMTz/vHsukqVqOHQotahscevex2&#10;22w1pq+lhfg2vdgPrx9fZVKO5z/q4dHsXr172OuCfU0NxwXULx9VFvofp7orkro6ObI5P+ry697M&#10;nsyNRNTcnlk4PN7GIf0FvYfvpFSNqnPRywqp6wzDg/j6c/7fj2bbZ9gIQfwALC/B1Utuf6D+nsnT&#10;4n+0f4G6TN8Py6RWe/zL/wCs3J/ppk/BNuf6+zHba/TFc34T/W/RBb+o/wB69mtt8Sf6vxdIZOI6&#10;LFv39FV/hq/PP6an8cexvwYsV/B0x2H5JshvzwDbj2LLOYG3h/gAbPyyP8OfXogvQWZ6ep6r37Up&#10;z9xXj6s1QQQTx9XYjV+TZf8AW9qiWPVTTnk6gf1fQhRf/GzEX+t/p7F+2SgGMedf5nH8sft6C10p&#10;DGnxdE+zwZMtSHi0ZQAqRyA/1Fjc8qf+Ne2PGvoiljsLftsSQT+PUPx7QbrD/jPiVzUj/N/q+zpi&#10;OPCevDoYdfnioSS1mimdQODbWoub6rcqD7eZXvGFUAm7CxsRYaLhv+Qh7At8g8bVLwoOHHzp/Lo1&#10;hQ11Vx0vNrB1RjGRe7XLFrA2LMRa5sWbi3PthrCmhfQoY2UWUfkgcH63Nv6+w7KZFklQykr/AKjw&#10;4Y6fauphUnowGBQOsUgRbgNfk39BkXk/XkH/AB/4qgq8NzY6f6n/AGCfUfkW9uSSJQhhmnD/AFf6&#10;vt6UgZ6GHBxNdCoLaWPJsAOZLj6/W34HtB5Rx5HDm/AH045/2PA9u2woi6el0AARadCnjkLBSgNi&#10;39Rf6cn6WJJ/w9h3k7pfSeCT+P8AH6X5+vs2ik8TJNT+3pUG1Y8+l/jEtYMukrbj6EXF+RwLfQ+0&#10;fVG1/oNV7H6W+ov9bfj2zcOzy6c4p+Z4/wCXqknHpaUSgKpP1+p/wA/x+th9faencktz9SedVufU&#10;NP1/4n2rg/sk/wBXn0yenQLZrkf6n6D8WU3/AD+Le22SYfq4PouB9RyDbn+vHt10fIHTMkZZx6dS&#10;o0FrH/VfW3I/Dcf0t7bpZhJq1fUgni9vz+b/AF/4j3oTLHQLmnTiDQAAeHUlITx+ALf0J/A/T/rf&#10;7z74eQKptY25H4sTb+tj7rb51Cvp1ZqGhB6ySJcqT+dQPHJt/re/RSNYX+v403/qRzc3uLe/TSq4&#10;0JXT8/P/AGOrLitOuvEFPP1/of8Abk/7H28x+qLWeABcCwv6i9v+I/2/tPHh9HSqH4ivUZ+Dx9Tx&#10;9TwQFvwbfgH2Qf5qtfO7WX/m7lh/if8Acdt8/wBb8W9yj7H/AAp/tf8ArN1jx73/ANnsP+mm/wAE&#10;XSqxn+YP+uf+h5D9f9j7JBlyPMjAEiy/1ubxr9T/ALb3PF7/AGEP+nb/ACdY6w8G+0/5OnL22l7j&#10;/eeAf+R8eywAk0HSkAk0697BruWvNHhcSUIAlypiYnkW+zna/BB4HtqYaXgFPxDq0dVubb1Lj/L1&#10;7249U1P/ABj2skBDhtxV5IX/ALVlASp+vHHs+iNdpXPG4P8Ax0dLN1DAQV4av8h697Kp8lFq4srt&#10;/ILDMYoavEykBWt+3WZuX/FRYD639lCORa7mFNC0jr/IdILwNGbBxUgSRn9meve8dbnM1u/auIgk&#10;2tmFFBjqSkpspBjvHRzUUFOxvPOjOZp5DLq1cAr7hSKws9n3i/uRu8JMszMyF6sHY1wDSgxSnr1J&#10;cLNPt8EzK4OlR8qUr69e98sdh8buPac82SzNFjMntOqo8Vj8bkKrwPUUgR6mQwUxV2crKxUMNNjx&#10;b3q6vLzad5hS32+SS0vYnlaRErRq6QS2MGnz4cenGmFtDrcaeIFccfQ/4OHXveSXbGN3hDjKKv8A&#10;4rJmEo6lsYs1QJKJqSPVNWNHA8c76UEd7rYKRc+2o93u9je7uLbwBZF1ElF7tRwtTUDz869Io9r+&#10;rjN1IoMp4V9K5xSp697wUU2RzOKoOtpchi/saCOePCpIXMyIZXy1X9y/q8jmcejRGAB9f6+7XCWt&#10;jeXHNSW031EhBlIpStBGtB5Y41b/ADdVdtDJamYFeC+nkTXj/wAX172peuOut4YCpqdp12Mq2pNw&#10;eEZ7IVFJWPRA4lK/JYw0s8sKNCTJMFfUramsBb2i5w5t2behHv0d0ovLevhoGXUdeiN9SgmuFrx9&#10;T0q2bbZ7KKRQrGY01FsniaevAN/l697TWWwG39r7tzm06hJcfTZaPGRVhq5IYaR0io48hF4l8Ear&#10;Z5bm6G5I/wBf2YWW47luuy7ZvcLrLPC0hUKCWFW0ZyfTGeHSU7WYY5kqBM9MH5fL9vXvfLJbP2ht&#10;6np6Xbr5HInKySw1kENZBVERoFlQyRxQR2RmY6bgjj3S13vetzklm3QRR+CAVJUrnhxJP59aXboo&#10;IATWvop/4rieve0hunrIbWrsFl8dWiKjzFVBTfw+SaQ18EvhWomdwlPFCsTlgFsSQfr7P9n5pfe7&#10;Tc7OeAtLbRliwA0EatIpknHn0hO3R+KLuDAXNCfMVqaDr3tHLtPI0Fa9RjMtDradqmoq456k0tNG&#10;z+QxVbRxqVeFhd7ggezv972t3CsV3aFVCABWC6mIFKp8m/D/AIeitLSl2AklGZq54VLf4B172qq+&#10;mw1PLh87Vx1C1lKcdSS18BiixVVPAxrHcFlDySzSqXJLeqP68+ym1kv5hd7ZAyfTsXYK1S6g9vcM&#10;gKBj4cHo3vbZGmtZmUeKpVa/IV4j0r172zz1u2oauaup8RuF6msyEkpq43pWp5qyokMolp2QahTP&#10;IAyi9yvtctvu7wC1m3G1FtGlAndgAUyDitME9MywxkE+C1Gk4rwqfPj8PXvfDJ7KnqYYd14lp6Ss&#10;GRp/uaWuklaonrZZHqmqKdYYf+A4KgG7A397tN9giD7TesskXhMFK0oqgUANTx6T3WyxhUuEajKQ&#10;SD559Ps4ceve3PLNnqyNp8juChoB5EaenpaqrpZYJ1Ysi1q8jyL9Te7af94TWL7fCot7ba3lFDpY&#10;qrV+YPp/LoyF61xaQQsw0pTgKU4HOf8AY49e95K6hlraXEZLJPR5eCjjeJK3CKfNIJpdJarqpEJn&#10;fWoCkm+kEe92tzCt1cWEQNuSciSgGASKAcP2enSe5tBuV9BNIwKqGoVxWvz/AJ+fXvcbMChkyWbi&#10;k2xlJIGkoQ1R9nCaoBYkK2qmQ29Vl4H6Rb3bbUmSKwY73ArANgOQuSeA/n9vTZtIxfSLKKqtPMZq&#10;PI1HDzr173Ky2y9tZeqzkkUmQxuaoxjyDW1UUdE/niiWyxpTtPxTR/4epr/T2zZcw7ptke1hRHNa&#10;N4ldKknieBJA4n+Xr0kn2WL6ohSfEHEg/LFP9X7Ove8jdSZrcbPn4a2jallASlmpmqdUjUirSTeN&#10;xTyAlGisbEng+6jnW12iBNue2cMSah1XFTqxUj1/n0uutlE9v+8/ENRw4j5GhA697S+b2bnMZiWO&#10;SqKHIUVC0s0U1JHUy1VTI5RZIIp6mBQ7wgi68afZrtvMG3y7hE9jE6XLUqHoEAHAsoY4Pr59EVzY&#10;ubZronWR50408uPHPXvcrFU9JUUsM0208rIURY4aiWggkhDxooDyM6XaIA/QfT2nv5LlLiVF3mLU&#10;TUgOa5PAUPHowgtLeVUllhYMQtahf9VPPy697fcptvF1uLrYa5qSlWnx8mRpI6cJTPFViB1iSc+E&#10;hkQMQVUXuOD7R2W43dnfQPGsjOzhTXuqNQNRnH29am2qxYukzDQVqKU4nr3tK7R2Th8nHMKzduM2&#10;68VTKIK/J5KSjgLoKZY0WRIHcks5kFv7KE/j2c77zDPbtC1tslzdMVBdUUOadxY0rj0rWlWGOksG&#10;ypA6us58InDFjSmCB9tOve1TSbYqcLkGpodxYLc8c9Q8qSU1RUZOF6d5REa9DUQJaypqDgf2v8fZ&#10;a++bbfWMhuNlurWQKQKhI2D6aqrEE4r8S/Lo/sYbSLxYpYmlZmrXiQPka1/yefXvdgPRlKYNqVdp&#10;kZVracaVckBPtUB4sAT9D9faXlWXUu4vmus4PH4Rw6SbqqIYkWoQeXXvaz3ax10rRrf0Nb8j/OL+&#10;VtYj/bezxv8AcOP7f8h6pt3xT0/1dvXvZh+uUJ2vjme4ZoWLXP8Aqaiot9bfgfjj2OeX7uB9q2u0&#10;LTa6N+Lt4t+Hoqr+pQ9cWuBcW4/qP969ijjczNt+vpcnEqTJTee4K6z+7DLTC13QD/PkfX8exzy3&#10;u+6cpcxWm6bftkTN3fFDq4wsv9H+LpBeIwUGn+rHTXk8bBmaCegqWkVJvFrKPpceKaOdbGzf2oh+&#10;PZsB/MDxuPxowUm06zIZGxV6hsZiqrHHVL9wnlE2aM1hE1v0/rX+gv7y251+81vO9XUO12+1QW8p&#10;r4haMhPgRloHmkHkfzNfLoln+oeJ9DOE+VR5/KnVW24/5WOyNzdhDeU+/d5YSkikSWCk2xuavwta&#10;jfwuOgltU0lFGseqSIMNP9lnH9r2Jfx/y28N99WVSY6kFbVZWbL+rGUcxahDZuskhP7c0rQkxxEA&#10;qTexHuSvuvXnK1rzZum+8yb1tTymNCA7IXXQZBUM6gAUI4HgR0b8qTXtZWbh8y1OPz/1DHWP5YZL&#10;o7qLufYO+O093YTY+IwCo9LU7y3FjMPhczJ/BYMc8MTZUw01bPSrJG0iswszK39PYibd2vvXZOZi&#10;TcsGVNM8lPLT1VWK0wmQy+aaMyVIUHTElrD6H/D3kR95Tkfkf3n9medYeUlsRvy7fctE8HhguyRG&#10;iMYVYuG00UfxUyM9CHYuYzY7kbZTRlYsQKcGPoD8/wA+mR+9vjt3NhKDeHTO7Ou9xT7cyf3mWpdo&#10;ZTbGRqnoaKRac3TBz1Ol5XJ0GR1BP+PsYl0U9RGY08kVYI5PNoR1R52LlRxfVGf6H6ce+CY2nmGT&#10;Z7y+vEaBtukkt3R9a6/pwFb5d4/i+3rIaxli3eyhuNakgD1z2j/V/PrFLlcBW1cePjq4KmrrIKfJ&#10;08VPJGamnWvCCDyR6rqsTnSdPOr/AGPtRYvcGQwtRPFR1ksIqKWQVLiWUQ1FHKyhqU6ZU8itovpP&#10;p4595Ofdm9odn93t0g3D62K1fa3W4SIU8Xx7eS2PiaArKqEuEZq68gCvRJzY0Fps7/pgyK2qmOOh&#10;vUH06Kd8kNgUm8sRUbbzmIocw1YJoaSepoYaqeiNXSZehpq+nqKqinlpqmm+7JSWNQyubqL++e3N&#10;6SfeZyir5Y6GKZsnJBLMRCsmuSKKOeEtMb61uVI/p/h76vXntds0PK+27PBCznwohK8fbI0vg+G8&#10;pIBIkNKk1rWhrXrGU87Rx812tslnVhKgwo4+Lpoc+vrnopvd3w4wNds7qHObawtRuPI7Yl69pchR&#10;4qGOulX+EY/IVdXRV0C4tgYY5mRZY5CB+4L/AKuVFQ1/28kVQ00c4eLTHJxIs3mZGVyzGzGRUuLX&#10;598d/fL2U33kz3C3VWtbo7TcXr3KStrNV8V9FGUUBAIDrWor8h1kLs18+7+L4ULIVejY+Q/hr69D&#10;Htfc9JktmV2yqnELt/I7ZpJtvJiZaKnx0kWMoaFaWVvtlLNojLFVIRUBQ+xbxW0oN546lo4GX7sv&#10;BWn8Mi0zEyA2hl02U6vrx/vUGXPuLvPtrz1t+9yrKsCEoeP+iFeHemfLhxp+ZRz5t95f8m8yWUIY&#10;yaHH4uPhmnp/s+tOi15bKPtDY3ZVfjjStPgqXMjHhwx+8MOHq3jU6mjFV5nSwuw1i/tebiWKgp1g&#10;jaRRQ3hV5GHjYsVIDkBbvdrC/wCT76CckbnY+5PM218w7jKtb4E6VKqQHCpw7h+AEcflnrlx7abN&#10;umyTQm7m0R5rlgOL1p+f2YGetczC7lTubszJDM0FFLkd75JazLUFHRwQ5aikoqZYD44/8pelihij&#10;Lyj1EqPbN19PRZzKUxyxkSKqSeWVNaJ4ZIKaqKLL5WIRXMS8G9/cV/e+5X372sZN55MZvppzojBD&#10;MwC/SI+jQAKlpnOKZ+fWdlht+0bhydfRiFS1Y+8acjxGpQ/6vl0bDsHpDZ2y5NwdZZBhS4XAzUCb&#10;Q3M00ELZinmWPL5SabLGkhevSmqKgQakRfF+n/D2pY6uOqhkmjbTUIVDKXs5u7ryASRqVf6jj2p5&#10;e2afbWhhuoTLsF5XQWGpP0gdXc3awEnCgIBPWFe5bXcQbfamWUPANeioro1OvCvD5+v7eq4Kyiqs&#10;Huqkx9RjZKOjyRlFRXU1M1PQZE0VAsyiOQxxib7SSYIbq5SQ+3LLYeGvx3gkklEza/HJ5CpB1qzH&#10;gM17L+Pb/JPN9zyZzKdysbO2O2Q6ax6B+JHAoAUUdzVGRToOWe4zW11bwLCSrE08xwr/AJemnrDt&#10;LK7B302+aVMZVx45qaSvoK+kjrEqYzS1NBEjRvNFC+g1BPrb+nsG8zth6A1NM9ZWVH3cYiAFXNJp&#10;0WcaNYGk2P8Ar8e83Pb73h2jnVBIbJbOWDuJkEaoxJ00U6zU5/w9T/Z+GlrbTmBFZqEUCj5Z7c/z&#10;H8urXOifmdie0KjEZP8Auls/a02x6ybKT1Em3cNQQVArGkx7eRqerkaX1WJ1lRdrc8Xz0GIGEi8M&#10;PnkR0Vy88jSuDJZz62AIUX4/p7DO7892PPrGDx4olguXUJUAuFJQVVWYNUZ4AHPUt7FscUm0tcyl&#10;Nfdj+X8PQDdnfI+m+TWYaoytTgsPNhczW0EWJxSU+LjyUFA8tDTM9FT1ldHVNOkmo3/zhB59wa7F&#10;yVlTHMpXyOVg+pWyliwdiEPpu4/2/sN8y+6PJ/J1rLtW57ZHc6bTWBoieQE6xqGvyBQ0x/l6vDuK&#10;ziLalz+tnHn8OOhc6v7Ghwe3ZtpUu33q8UgmqKbJS0lNUUjZyWKlo3oo6yRxGKlI01FAuoJ7U9Jg&#10;56dqaStyimKBY0aI1U/oVQumNdagDSFYcC3Hvl7z/wA9bZve6cxJy/yp4bXk8zofAhz4kkmTo+TJ&#10;51z+XWS3KEB27Yki8LSZIx/xqNK/4OrE+oaSoTblBlq6sio4nEGQlgjklganV6DGVIiClVRQNDfT&#10;0jSAPxZzkhoY4ZWpZ4pqgV97LKZW8IBCG5UC3H+HPuKFk5gkuLdNzsZIbD6bTmPwxr4n/CeNfTj0&#10;JrMMqMSO1jXoeKeqwPhlWgq/ua6pb7tj9w1QPByvIIVrah/S/HHHtL5kCQkDkiQAm5HAlk/1/r7I&#10;LskT/L/YXoxi/HXhXo2fUZNPi4C39qjXTcXsWj/HC/pPtA5pmCsoAHpUXA5NrEMeQCfqL3Ht4Osd&#10;kGL/AIj5/bj7PP8AOvRlAtSoJ6MTsumFRmVcp/UA2Gka7chiDz/vYFvYYZFtMMpYcFgCOb/U3IHP&#10;PHuLeaHMs693qf8AjtP8J6N4UoQTx6P51xAI4o9K86ABa+nnz/T6DT9P9h7BLccqNI3J1WOnj6kJ&#10;Ba4/HI9h6ytJEdJdP+D1/wCL6PoQyhD0ZDHv+3Ycr+Tz9LyC3+PsmnyllH+iDeTA/wDKPhSbE2/4&#10;+DBjjn2MuWowOYIAPJz/ACQ/zx0DebR/yHrv8v8Aq4nSoob3jv8A6k/0uP1f8V90eQyxrXCWUkIJ&#10;G1aeCbAjgfThh7nPZI7cb7ZNdzrFbE5dm06RoP4usVt8ikl26dIx3kY+yo6dfdgPW3ykwPUFBga6&#10;kimyuRx9Q86QwGiqo0YKSglifI0siqQ5B5HPvJif3hsuWrSxXZoY7meE1DAJJmnnU9AXa9taV5BM&#10;hYEZpX1+zoNezurtvds7Wz+zN0tWfwLcmKmw+STHz/a1bUtSNMviqNEgje1rHSbewv7f+avcPZ88&#10;t8qm3ca87/bLgTlcPWpHadIjUyw5uZD+1ILlf7QB9g3nj395q5vht7Ofc5IoGorJqZRp0svwI2n/&#10;AFUpToRWG32sSTrGiI5DcMca/Lpk6u6C6t6fxMWI2Ztqlhji+lbkkhyOUbhL6q6aESgXjBsulQfo&#10;Pp7KNlszkMvVSVOQrK6vqphqnrqueWrnkZ3eSUtNNK8rF5JC1yfyT9T7hy7vpbkgm5aTP8TH/L+3&#10;/i+ja2sgq6wxPrk/4SOhlAAAAFgOABwAB9AB7boWDHSA6KiklpOC7C62Vri5ccjn2rhmhW3dDaqH&#10;K/FpX+H4vs/1efXpCEJjAHxde987m9/8b/jg+0fVeve+ROplH5Yj/XuT+B+Le9EUU/Z1ojtanADr&#10;3vKLDkn/ABFha9x/j+b+6xgjUD8ukUqNgefXvcugZhUw6fHYTR3JBP0K/nn+vu4A8RKevSGRamg6&#10;97uxxZtjKZ5gxjTy+heJDqmexN+Ddufr9PeRySJcWVr9A3hN3emO7+j/ALbPRNagQPZEf0+kPVC1&#10;fUr+ov4rFuUusINgW5HFv68+7QvjGgTr2iZUdIr1vpcfuX/jeWub/Tlh7zR9hECbNeNurJJ2rT/n&#10;JNx1fb9vWKPuHcySc2XquudCU4f76T/P1rI/zaJKKbu+GJmV6keALdkMCk7S2Yygpf8A1HP+vb2Z&#10;RJ0Kgi0Ya/8AnACxsT/Uix9zDNPc7orJtsZCfYcmv9GnkPXoETbddVYiUO2ODN1UDUpLUSskcM1Q&#10;ItFzRKRAp0i4ZY/qOP8AH2G/aU0I2TuNJpoowcVVWcnQFULcszfUAe4t513iPluzuBvG6iJmBoHJ&#10;Un/e/Xj6nHr0PeT13eK+twLCVgGNe3V5H/J6+nRn/hHtutrvk71VNiqevyEtLuuhlqaWBJKjxR+O&#10;oUvJGAAqk3Oo2490Tb839sbEbmyEuR3ht2jaHyRNDLlaSCdilRUXQKZLlmIPB94yXXux7f7I00su&#10;6x3Mis2pFlic6vSjMvDTp/Z+c4SQ7tdpGk+zTxrTiyGn2kHrdQ27ja2HCUNPNE0MohhLLKNJjPij&#10;FnUm4KkfS349lD7Z+R+0hSfYYXG5LOutWT91QnH1dK2mGvhDo6VZYpq0t9OQ4/r7jDmH7wfK9872&#10;237TNHTOomGh+Ifhc+qnHCh6Ee08qRuup7xY2Pq32f6vy6VNLTPBcvIHNiAFBAANj+Sebj+n09gV&#10;h+z6zOGWVKF6WISSWWSFUlRQUfRIUnKiaNZrG/5HsN7X7m7hfx3UUe2D6cu1DoU1UgBanVklTU04&#10;9G0m0mLXEtDp7agYNMVGOBpXqZ7G7ZEcWZlSedjKpsWAsfr4WIsQ3JD3+vsf7DuzXVnLJOnh6j/p&#10;fwr/AEv+K6K3tSmo6fPr3s52xOu9tVcMVXU46nqkZowfNBTTW8oAFxJA17f649r5rtGs4/DOpgv+&#10;b/Lw+XTsTdqoEqR0kc7l6mj1RRMqSaHdSdQB0AkgFWB/I/H49mnwWydu4aD/AHG4ykovLZmMNJTQ&#10;cKHX1GGFDezH/b+39l3X6Cf5n7K+np0YQ2QmAK4/Z0XfcW6s1kWaOaqeRIiU8Uck5Vi2hwRGZmU8&#10;ge1bSU0tG4loaupinF9JSeVVPpIchY9LcIx+n9fYgn5o3C4upQq6rd/OgGPt1dGdvY28b6PpV8T+&#10;LStR/tug/wAlDj8pSGnzeOoKmluvmgq6SGbnyI8Yb7iN4uJlVhf/AFPvnH+6Y9TyzIA/3CzOZQ2o&#10;HxghiwOg3/V/hb2nm2Tl/dqfvK308cHQOH+mT+gn+qvRrLLukagW25eAn+ncD/jI/wAnXT19fi1q&#10;BRCGmcmI0L00Twsmm3nN4mS2oSH9H5vf2I238LR5LBZiKpgpWjghiYxSQxNcPUOQTGUKnUFB5tf3&#10;HnuHyh7cw8vRRNy2j3S1/UEcPm6H+0MdccPt6kH2z5juYbqWxvp/HuVp3VLcdbfEx1dvD/Uegvru&#10;y9+4fs3aMVDncj9nm6yugmpnrcg1K/2mG1AGEVYX0yueLNa1/YL5rZ2B8kkiY2EamYfs09OLqPx6&#10;Yhe/vEPmH222W9VRYgQk/wClX/jsfU+W18txIcU/1fb0fDbm86+ojCVwikbSp1KJNRvc3byTsfx7&#10;Sx2pi9LaaMIAWJVo4tQH5FzEbD2Arn20Fi/gR3HiLppry/8Az76edP8AD0oSRM1Ga06XMOcilUGy&#10;rc2ANlvfn8v9fbBXbYooo5dNMBYP/YiXgAsB6k4+nPsln5altqaVyfz/AOff9jpwSK1QD/q/Z05x&#10;VccluRzb+lv6fUM3sI9w4eKIy+NAv+cbgDgjz/gKOTb/AFvaObbmWMqyvX9v+XFOvNpK5HUu9/pz&#10;7DeakCEqOCbiw/rc/wCHH59s2sRWbMfbX9v5f4emq/0evey/96xFMTSEH0+WnA+v5kqeAP8AD/be&#10;5u9tVrdsreaN/wA+dRP7qD/dYlfQf4T172Vdfq3+t/T/AAf/AB/qfc2x/DN/pm6xrk4Q9e94gTpW&#10;1+Q17H/G1/6j2zbcZPy6UtTW9OFeve+H5H+vyRfn2q611733z+bg3H9eP+J+vv3Xuve+h/yPn/H/&#10;AFvfuvde98hwyg/m/N7kfkX4/JPtmf8Asn/L/COtHgeve5K/T6/4/wCxsPZe6FSUbqmR172sdgHT&#10;vbah/puDCn6/9XOkP19u2Sn660xjxF/wjpFuH+4sn2H/AAHrpv0n/WP+9e7J89KDuLZYYGxwO3z9&#10;DcXrpQb+q1rn8+5vRe/bT/y7xf4egvt6f4huB9JW/wCODpOY9bUuZ/r/ABLJfn/m2h/oOfaI3GNO&#10;D3goIH+/7ne34I8BHP8Atv8AePba/HuH/NRv+O9K7If45Ef+XVunGl5eiP8A1bU/17nxH8j/AA9p&#10;ftt/JsXZDD1W2/SfT/GRrW+tvp7taRk7I+pca1/2et7SuL2nDxx13QgCpyf+NWD/AOq8P1/2HsmO&#10;RClkte9mvzcfX/Y/gf7f2DuYISJ46nFD0KYw3iXFfX/V/Ppy9p1xZj9D9Pr9Pp/vP19hVo2XJ4dX&#10;697xWFvp/a/r+dX09sf9A9NZ/wCM9e9//9OixOs9v1lMxp96bSqKr8QQ7gpZZTZwABElIz38aE8f&#10;ge4i+ocFf03/AJ/5+pj11CUYft639782sf8AXtx/t/acq+oMzMpFFHHWi1lakjq6kN9Lcx0HN7f6&#10;/t36un4W6qXc5CMT+f8Am679oLI9W7qpi6thM0pXUW/3G5HhTb12NELKb8H2tWaPQX1DSBk1wPt9&#10;OlRhIieX/QkHc3kPtPl16/tGVWz89T6hJiskjJyxNHVrpX+tzTAaR+PexPCRiVf2jpMXhNKTLn5j&#10;r3tN1eHyEKt5aWqjIJN5aeVSbFvoWgHA9sMyF2yP2/7PTDBQT3fz697TU9FOhOpJgDcXKsB9H5BK&#10;KT7dYliKqK/LrTV4nr3tlmpnOv8AUR9b+q9yX/wsSPd2YAQUI/1U60xFFAI697SOdiZKWqQk3CSc&#10;XN/0P/txb29UMajHSaU6qmnl172dvBQn/ZZdhtb/AJc0Ssbelf8AcrVEXJ+jX9ku4NS8ta/CEJ/1&#10;fs6Md7A/dnLTH8Ns3/HuveyL5KJ/um9NgCTdlY/2V54/17ezESGSOQRiuRw6DsGpxciJS3cvD7Ov&#10;e0pkqdZBdLNqtwouRYxg82Nz7ftmAUFjTpUjKTqLde9oaqgKMdV0t+SLf6j9N1+vtazAjFD1Wcgr&#10;TB697TWVQDQEBJJb6fXgLzwLjk+7W+sZFei1RSMfM9e9pepJJAFxew/4MeRb/Ye10ZGGxXpk+F6r&#10;1720zi2ri31/HANiP8fZhC4K0LZ6RyEEkg1HXvbSwuTdXHJ5t/S5+oHI9v1A4MOmiU/jHXvfVuPz&#10;9fyPxYgE/X6n3dCNeSKU6bUqLgnUKaD+30697HPoGTRvHJI5sH2huBLt/qmhhHBLWGof778eyXfE&#10;LwAxKW/UHw8aZ6ONq7luyndRH4fYOvew73UmjcOaSwv9/Jci2oCwPpIHp9q7Z1NrbaDwXonYqQoU&#10;4697TnKiwYX/AObh/F7cG/0t7f4n5dU4Dj1733qLAKxCj6+m6qLG/Nz/AE+nvYOk1XrYJ697xuza&#10;9d1IF7IDb+yFuFvYkfX6/n3ctXBUjpqYk0Onr3vDqci2o2F7WvqP9bfXm/vZNaV49MVPr173ySWR&#10;eY2cNf6yFj/X6EHi/u40+dK9er6Hr3t+x2bzMUsYiymQjGoDRFXVSRWuONCygGx9+IjpSgr0ttJJ&#10;C5AY8R5nr3sXt4brye367DR2pq1J9sYmrY1iT1KvLPG7sCWnjUt6ORyefr7RaBJqzwPT9/NJHLpq&#10;D2jr3tN/6RKSsjEOWwOMWIkBpsdiqeOrOoFTqlnqWGjS7H/g9j7qLdiTpf8An0XrcBwTJGKeoHn1&#10;730Krr3KAROmcoptYkEmvDUtMHFgLks7aSz3/rYf4e/BZ1DDFfz6vEbd+2jA/l17267nweLzNHhh&#10;jNz4JhQ42KlWnnzET1g0O7aWihjk0sFYAjj/AFvdoNYZmZCATXh0YeCrhAsiii+uevew4n2jmYWP&#10;ioamvS/E1FS1VREQLWKutOAQf6+1gZeFeqfTOlBpJA9K/wCbr3tjqsXkaQEz0NXDa3E1PNF/h9GQ&#10;e9q6sKhq9VKmmVI/I9e9wdElv0N+DbS1/rzx9fetS/xdNEjr3voj1G/0t/gB/jYjm/uvl8+mvPr3&#10;tWY5dW38+q2NqanPPNrVf5tcL9PbBP6sR869KY/7KXTx697QTizG1wPZipx0jby697eMAB/EqMG5&#10;BqIQR/08Xjnjn2mvDSFzTy6Otj7btM+fXvY2QKuq4UraNbAgBb8XHA5PsJS1eQ6BWh/D1MNjXSNI&#10;r/qXr3txUlVI5va305+g5/3n2mbNPt6NUDOVov4uve45Hq+lwXAF/p/rfS3uxppbhqp0vHDPxU69&#10;7cadQRxz+Ta1h9ByLWIv7RuDx0mnTkIz172/UcQtqNgf9qOnTfg2AH04+vsvmdten8PSyIHWPTr3&#10;tc4OCOQgnSbDixFjcP8A4W/Hti5Y6DT/AFZHQnQde9i9h6aNbW0kf0Fj9fJ/VfYQumYsucU6XxgU&#10;rXHXvYtYWKGR1awUrzzpAb/OW0mx/r7bfXp/o9Ca39Rw697GPAzKCiXUAfkFFty3Oq4PPsslVg7V&#10;rno8hr6Hr3sddtyAtGLi10ANvzYFbnUf6cc+0bsy008D0c2QyPSo697M/syMeWn/AOnZ+otyYufo&#10;eL+w/uTNpaooo6OmICnOesUv6f8AX/4j/Yj+vs2ezkFowWUg6WGg/wCNP+r+h/1vZdEFCoQp1UzX&#10;0oaU/wAvSZgfQ06Q+4GIjk/AsQLjm9n/ANh7MjtmP0wD8kKObfXRBa/5+p9mdsUo9f8AUPOn8ui+&#10;XiOiwb9kcGUi2gByOCf7VT9fz+D7G3DRsEAseNYH+uEiFjxyeOBxz7E9lMn6DFhwSv5kn/Lx6JLo&#10;jU3d59EC7PUvJXBebyzuvH6grSD6Dk3549qpvVAyhgCUDcfqHB1WP4AJ/p7F9grAg+HUVI+XlT7a&#10;0p/xXQYvFAc+mR0TXPPGuTV2YhUfTdrBblj+P7LBWJ54Fh7Y8bEzGoWylS6BT+LlAf8AUtazDn8c&#10;+/bs0InLEnxAST9n+rgOPHqkQWiHVkdCQtRLHjcU6XUPSy6kuS2ry8krqQ/5tv8AD3NmV0ZPGtwS&#10;wc35t6Gvx+T/AE/x/wBj7Am5GOra5KU4fbw/2CfkOPDo0iVadC3stjLTuTGA50cXJ9LCQ35BP1Fx&#10;yfqfbJXlBGyXBYEHWLEW/b9Or6ix/HsMyBzKWKUH+r/VXp2h1V8qdD/t5SUjKs5RgQAwIJsJudP4&#10;tb82sB7QNeWYNbj6cAEE8Jc/i/8AxHvUtacMUrX5/wCr9vTyhTxNOhqwAjRwWY3vbST9BeRtX1uT&#10;/vXtAZNAHYliSfy3P0JA+v1HHHHvSSy6VU9px6jpdGKKop5dC7iUj0jSFZTexurDngjiw9oHJGwb&#10;i6m5sTcXF/pz9efa2OZh3f6J6/L0pw459enRUdLrHwrdRyF445vfixJPq/T/ALx7RVZJq1XYaubC&#10;6g39XJ5tx9falUfj4GPsb/P1Vh5+XSqpwoAAe4/J9B44uOVv7S1QxGr8k6r3/P6vr/sR7Nhnpjpy&#10;iAKj+nFv6j6AWH9fbRJIQCvNhc2Daubn62P9T7pcygOND08/y8uralOS4r04QxcXIubBbm4/Av8A&#10;6309wgAzEm3FrDj6XsPqbfQ+yu7uXVVcGrE06YkkwNJ6nIo/Tcj88XPJHP8AX33JJcHQh+gIt9Re&#10;4t9Te1/frecx18W4XX9v+r/B/g69G4zqfrxS5HBt/iDzxe9vwD75o7BbFGHP1PFhx9R+PdXmUkhL&#10;gfZT/Af9X29KVdScEddGO/NuLX4/r+OCefb1EwaHSCUIIsBwf1Pclb/Q/wC9n361lVHfXlSPt4eX&#10;8+lcLVY+fUSdCSCBc3IP4FiF5vb6gj/X491//NOZf49tZw11MuXKsCSpAx+3QSDex9y97Lq0CsJR&#10;pK01au3T/bdY8e+Ct4WxY/FN/gi6UON/zH4P+I/4M/slWVk/cW7C1k5vb+wv+3P+Pud7wN4ENB26&#10;2/ydY7RK1CCvTj7Z9bE8cqAT+Pxf/bg/7H2gGlACxz0sjQdv8XXvYP8AcPhOHxqThSZMiViDKh/c&#10;+2mI067+ux/HPtNdMK25Ru7UOnQB41uT/EtP9X5de9yeq9KdfV4QrYbjyKHTb0t/DKJSvH0KezVQ&#10;w2kDNFuC7fsWjN9v8ulW7CggUV+JT+VDn7OveysfJitkSuwEQkCok+LkZTI2nR584DrAcDxlV5v+&#10;PZfaR+Jb7hG7YLOcfiUgdy9FG5O0a7cNXaZI6/z697VnVM0s1XSY98tj6nGVeyKutfHitMlTTVXj&#10;hjVoqYloIYoIzYWFwTwbe8f+clSOG4nW0lS4TcFUNporKC3FuJJP8vn1I+1TRmxWJmogWvdnOnFP&#10;l9o697c9kZbbWIrt146t2jnd0zPm2lgnxuFoM1DAkMQGqeSdkeOEOSxstgvPtNv9nu+5W+yXEO+2&#10;1mi22kiSZ4iascClQT5DPRtEsFzZxxTGPxAQc0/n+zr3tc7rymRqcdRPsXZpjzIp5KaapqNuSPT0&#10;0VRL46lKSTElqmnV6cnjgE/UWt7Duz2dnDc3Scxb5qstYZQs4qxUVBYSUDZp+XVBMyxvBbxBnBFC&#10;o7fnp/Lh/wAX172DuR6bzu3sXT7rhydTSZinKmVMlV1scSmeZaNlhjGPhqQppnN7yDkj6jj2OLPn&#10;vbNxuJ9lkske0f4SiIT2gtklyvxU4L5dFlzbBI3uvCfx04avPuANK+n+qvXvYvdl9o0tfsLbOfxV&#10;auIqahc0dw0VPUx0OepfFmcfR4kQwU1cXpvNGGdvM51wsSn1I9gzlrlC6h5j3W1v7My25MfgOULQ&#10;P+k7S9zJRtJoOwdr0DZ6MtxvWFtbTQgqH1ajwGKAUI/n172g+wWFL2DMJ6fE5dc3Fj46apnhWufG&#10;mkw9K0klZLIFWjWoLaUK6tWmx+ns+5ZR5uWQ8Lzw/TFywUlQ+qVgAoHxU4mtKVxx6rdTE3cUlu6P&#10;CCdTDuVe3zPXvbLvvaG4q/MwzY6FsOjRU2mOnjrcegtSRjVAlPTuoZyLkj639mHLu+bXb7fKl23j&#10;vVhUlH/F5kkcOHSG6utTOFiY14kDGPTr3ts320e4Jtv4Otr54sg5o8fi6rFVKxUceSEKwmbITSma&#10;YcqdZjXyFh7VcueLtcW67hbRL9LRnkWQVZo9VaIooD5U1HTTpIT9RbSDxAtcDSaGtPOny48fs697&#10;BegqKyizGUptw/fU0FDRTUSLStJTQ1slJUJCs0q1ZVapqmNGZmsC/wBbAe5Bvltbux22420RM8jq&#10;TWhZQVqaaa6aE0FcDoP25mk3AG4RgqtxFfhBOc1Fc8f8nXvauSvx8+1PtKNqbI1KbjOQSlqvBV1E&#10;UAofGoaGORpBSrKyqeNIYkX59kk9lcW+9rK7lIGswpaPUBUtUgnSBroCT+R6EN4YTGggmR1HxFTq&#10;K0GdR/CFH7OPXvePPQZfd1LhqTHUWKwr4yhoYZHgpJ8bDUS0aSqZXamWfz1cpnF2IBYL+LD37a32&#10;/Zbq9nu5p7iOWRmpqWRlDEY7qUUU4cM9FV0XcRi0lHjY4cP5ZrWnXvfWJrVx9JNtfcuUeaebIxCn&#10;fFVl62nrY1+1pxUSV0kbxUUc7EygR6tN7c8e73dtHd3f732yyb6cQsSHUUKnuNAoYFqcM06ehunp&#10;HBdVkkNMJk1NPI+Xr172mP4HlTufLYfKpkqjGRTVbyZCkFRJT1ElNCzQSLWzxGGSKR7C+kageLez&#10;xt1239yWV5t6RJclVAVggcVOQQp1YHlXy6aWG7ivb2Oa0kFmKlX0sBWgoCeGfMde9iTgKygbbcWL&#10;o5aD+JRmnMNNI8DiZUnllmZIIm8riNOSbcWufYK3KK5O7PezRSfSkNUgMKdoAqTgft6MbC5QWTBg&#10;vjig0kU/w93+r59e9yMrkNwyZQilpdvpXS3109bR1KUkpihW5FOpaR/HCL/mz8+3LG2sLeLxpTNL&#10;ax+alWA1EgVOBk8PWnTXi3Md40yxxnzyCU4AYp172x7Y2tTVuUfJ7k3EVp5ihlajyypFL4YJ6dNb&#10;VkLRvodYwLsbG/8Ah7MN53mS2tRa7Tsv6y+TxcKkNwU1FQSf2HpRGaXz3XeSaVp8Pw0wvHhnjx69&#10;7jQ7o3htuWswW246rObaqdApKqniyOVnpSCKqqMNTRzRUcEj1UjKSq8hSDyL+1S7bsO9wRXW90g3&#10;SOp0Dw4gSe0VDqWI0gH+fDong3HcJpPozaMbA1FQjVBzXPwju/1cOve+sdXRV+366jkyGivpTPUi&#10;DN1ZtPJUT2MVPTuzySSqL3WwsPyfaeeI2u52si2Ya2YgaoUyAFwWbApXh8+je3aAsLGqlc0+Emp6&#10;9740WB3bPtqaKlzODpqZ6mrExqKzIx18ELIhLxNHCywxKeEuLf4+93u5cvx7rEwsbtpgi/hjKlvT&#10;jn5+fRNLay0MavTuNak4H+Typ172iW25lYFmq8vuaNoYQweCPL1XnqKaIFyY46mEJIkqAhbkKT7E&#10;5vNUcMtns7gNQhjENINOJp5Dz+XSdtru0rcT3fYPLUeAzwI9OPXveaTarZek8u0BlMw6xeSuxyE5&#10;KoSNYi1TPTUuPp5CjoZI0Rm4Vn0n6j2xHzDHt1ww3eOCEOCodwEXUxwNTsMYJpxwT0xPFdtEHt5i&#10;8ZGRUn7Sorx9D172vtv5LC7Rw8NBkKPJ0+bnmihkXNwUsVZRLNTpBLDTid6ephgiqIj6bHSwPF/Y&#10;U3K1v97v5bq1kheyAYjwSxRskgkLqBahFD5inl0I9huYrOGP6mHL6QC4HcDT1zXr3s8nQ9QJ9rZL&#10;xOzp/E6coSytdPs4yp4JB0g/jj2s5ajaH66OUaZA7DTShqVFag56Y31h9SzKhC1NK/l172vt1vIG&#10;oiEZRpN2cELcypySG5P4Hs6d0NmdMg8+H+r8+mNrYB59Lj/UOvezL7AqKRNrYdZ5IlKwSWOuJNX+&#10;UT3szn1WH19jHbo72LZdrmtYoWqjfhbVTW3xac9E0pIlk7vP/J1wIuTYsP8Aevp+P6e1eghqImVW&#10;Z1Om6Eox4NzYDVcjR7Ee4Dc7swMt2sZXV8LMv+z/AKvl1W4UMGANT1wuEPI+p4Njz/sfxyfYOZyh&#10;Wi3DQqp9MjyXj1euS1FGdLIqoH0l7/4ezWGCEXVxdX+5M8jadP6nxY09ur4tPb0VzSPDC6iFiR8v&#10;n1lB1C4v/seD9be7h/hK1ZQ9ZwVNBUIpo58hMLSyCOoL5jJeiTxaDOsYY2HGn2POS+dIOVL9biHb&#10;J/qCKfqxgqQTwYa0qPlnjw6GPIDWtyJI5IVMhHw6VP4m6pa/mjbC2r2HktsbY3dQUOUxuZE1GFmp&#10;KCsrcaVoqSdqjHnIUVbFQTzGIKzhDqTj8ezp/wB7KTPSR4bclHSu1UxipJqenj8sExBBeSStnlaN&#10;ShsCqk3PvM72d9xd15o5ivts23bGFgturzeGkhtQr6qiiSuqszdrFgFJx8+lm+coQwiXd7UNHc57&#10;RQE09VC6j/vXVMEfxL3f8fYpOzfj9urNUmPo3nqt27P3FnMzJiq7C0biUrQbe2lhcTTTVMtZKGkF&#10;RMImUf194shgqcUElJSUdZElEJaxa2SELGyFNCBaiOMk6NN7WAA+h9gD71vtbtdtyPZ8xcs7fHFL&#10;HuXiXUMC/wBrF4NzJK0iIh1amoC0jBSSAxz0L+St5cLHbNMpPAiuRkcRXh+fl0N/QvdFTjO0cduH&#10;eO+dqVlTv2jxvW2L2tDuNpazD7hkydJWQVqYfJZFftLrqj8kUktRcBfHxw57b21jsosKVRczKItU&#10;8cieGSErCgp7yU5f7o6v0CwsPePv3Wd35g5a5h5j33YGtlQWc6taSBxOEWa2drgxROoMGoKnjsxB&#10;c6R59KvcbeI7Dbl8aHtOa0XTkP5lh9nTP/MQ+Se/+lduU+W2XhJs3WFg7ZZ8XlMpgaCc0G56tTX1&#10;VDl8bLS0VNJjomkXWNETc82tA3R17HjMsclSrJJQviXp7TXkjjqpJ55lZ9FIsKaIVBPOqxP499R/&#10;bz3Ph5v2c208kce8xz98YIViESMO6IZXfwzI+lWPmKHu6xrsLva7zfobj6bhN4mrStMSg01Ekk6u&#10;I1cfnxCb4e/zBH7w6zTam7arDYnsjHdgwVdZjMVLFjavIbeoMHtuirKvG0Fdu3I52qo6rO5KSKKR&#10;1ETMqq37nBbsRjq84ecNTVMxhyitHURxTSQx00dOPSkhUlIB/Qem3uMvvN2O3blytBLBbQybxG6F&#10;RRTKFq+skAFigNCxwFIDEinU5bbzbZ7fusUCssUcsRIDFFLPUBadw1ajj16G3tTsvYeJ7i2rON17&#10;awEuW2LU0tdg8hm8TjM3XZbIZWqVaioxxq4WrK+SRTGWYtL5Dptc+x262yU2PlE6NNaOhnMhSTSq&#10;/tNrJDMFY6QDpP1HvlH728k7Putrys9pNAblmiEqijMshl+BtC6086F6U4V4npTf8y3a2fMi3lnJ&#10;HD+p4bSIyq36de3U1Gz5rTolPZnY2awI7WwtdRSJT7gmzI2rLWU00cMyPjp6SGSJaqqFNVKJyCVp&#10;0ct9T6vqr9wrPlXopqdJnoKmKSoqpVDvqmWQNH64/JAPUh1A8/095aezdvsnLvK27W9zfRDc42t4&#10;7QrIlRGKq5DNpkoBSpQkcNfWAm2Xm3bvbX6z30FtuVqwXwnZIpWLk10p8bYOP81OqU+oZoOpq3tb&#10;K7wSlXsmTcOIptqCZIoqSko8hDXU+45TDkf4dmIGigqoyhpmEaNYycW9pifLfwatjEdNS0dPk0mP&#10;manihmh+3SxFPKPGITJ5dLaSdQP9bH2L949lt492RYLv3O4v7PZ3ICwXc0viG40MTMHSVH0tGpSq&#10;groOWHUse2/OMsnK+47PeLov4hEFRgQxBZ2r3PrPA/gFKcOjf7L2Huvduw9+ph93wdo7g2xVbXpD&#10;V1WZyG92gGXyFTLI1DUrSVlbC0tKjiS3iBEPOpUB98tmPUV+48iHn0U832nggqJXVB46GqMgMZ8i&#10;C7pf0g/gn2PPfLb9p5M9rrL6La2YWYfvSNCU8W6grVuymovTitcjqKr+zrs9paIfHlbUG8PUzrVx&#10;TFAc8M+WOPTb83NsYDYvx86ujxO3qeTceHG82yW5sfi6Jo7Vu9NrfZmqzFPTUtf/AMBKwwJrZeQy&#10;rx7X+4dwvisXW5FU+4hpo1cNTqJYzaRImCATICfX+WX3jT7bclWnNvM+z8sXkk0Mly0msOdL0WN5&#10;hWqsa9n8LD7OPQe2vldbie0oyi5jYjSa+IKior2Y4eQ9Oq5ug+pR3H3JtLqSeonwNRvisqqOSbJS&#10;nGQJ9lhMhmoyXagyEwJWi4/yeb1N+P1ALqDdVFuOi/iCtHHJA8rNFO0StCFZoQZY1qJtCsF/qPeU&#10;+4e0x5M33brLbobiTaLhgpKDU4IQkmqxIo4kgmvD8+pn2W0haW8sL6fToiTQzMoDsWB7C6iv8/59&#10;WDdo/DHePxo7GxWysfQ53Mba3mtDQPkNuUuVr5qtvsYsrPHR1q7bw1HJPFJITbxycD/kL3mpdxU+&#10;WNRTQyU9RJTxHytStFL40BMet2WWRk/xNre9XvsjbbDuFruthd3QgeWpWRyGJPcQgWJQSfKp6E1x&#10;zDY7HtbQ327w26SalQySiPu/hWrpX9vkOmLc/wAFc91fldsbzpcdu3H4/LZeCWPH7hpclS1lbO0J&#10;rpYKSmj21QQ1Dyj6KZCxH+HPvhTTGaSrKVUQEMTtGwluXqIrKkQAPrZb8KOeT/X3jT94XZ9o2C9u&#10;t3svGu7ttuWKSMlZEiX9RnbSqr4bErSpPEUIxXrXL6THeuX0ELkzXMb/AA1/SZl0yemhqU1/D6dD&#10;PhMC9DuHqfrv+D1GPo812Vt7LZKuqMf9tWxRZT7fH1H3NV44lTGIE1HXEyqxu2ofRR09LGcXM1ZU&#10;NFM8UkkURmtM6mLXEIopDe4sfH+feCW8bvJJzBss+27cjwaIRKwj/TEmoeJ4kijif9F8vIZ6zUZK&#10;QbbDaLrfw49QGdPbnVp/411YVgcStJS5rCU1S7fY5TIUlHT+dnk/h1OgpoZoqaIRxtTkKCraVVjz&#10;cD3IioaSCjgqIGmeoaniZriIJDML+YTDkmbi3P49hvcN53K+v9ys7yONLIXL6R36njP9mIz/AAZr&#10;jowQ9yxEqG818+hCoKOmp3xn27Ry1X8OginESxL9vMJNM4qQQ1m/I/NvabyGnVJcOP3JCDYcgu2n&#10;k3uoN7/n2Cb7xPqKimnH+AV/ydK4VrqPz6O71poOGo/UjOKSJWVTcqwRSFZOFUk3+n49h7l9UkgJ&#10;AUAOLFgLG/0PPP5/HI9+v54Lba5VR6ksp4HPl/mxXBwejiyAElCcEHozfW1LPLlYGeM/5uRRa17B&#10;ddzYA8f1H1+v+PsLM06rHIdao2oWS1mXlLk/X3F+5QXM8sYiidkpx/1fl0dIlPhGOj87JeCGO8jx&#10;qxNrf1sH02P0vyfp7ATcM5aQsCNIPOli3F4h/UAD2qjtRHC9Wq/7B/n6NowRSvDodsUeFFiL/wBe&#10;D9HJ+v5t/sfZM/lBMf8AQ1vW5IfwYWwN1PO5METYah9B/sfZ/sEbLzFbFkqM/wDVtv8AOOgdzgG/&#10;q9ckD0/4+nSwoQPRpta7f9Fjnj6+6SlTUpYWLXYnULk3e5sOeBb6e5KuUjnkktnn0A0NdWnT/tus&#10;Y7sqEUOK9x7f9np194JzIoCqNbMSBcsyLc3v/gR7a2vxbWSRWuVaNf4qny/4rpJtiQB5vEVUH9IA&#10;de98VcKF8wUkH0xg3X6XAIcC9x/vvx70txE880tzC7FDXtVe7PnX+XDpC0DRSXMkbVpXh+LPXveJ&#10;4gAzF7a76VifSqhgzWcH+i/X8ezSC7tLoUW2aM/01Vf9X+Hp+3uCRV4iP9MvXveIyWQIwQhSGRoR&#10;ydKsq+S7fTgg+1P7uunZJYL+Dw/4fEbU3y0/xf6uPVZUkkkDKMV4de98gykgAgEi/wBf8OPagwSr&#10;lojT5dONFIq6mQ06976TU7lLG5tYAnV/qf8AAj6c+2jTj039vXvagx229x5RxFjMFmMgX4BpsbW1&#10;Y4BY38EUhsLf7D3eoYvpYHqkqlhQCv5de9mP63+KPaG8JEqVwtVjURhJ/uTxm4aViqrO1hbBVCE/&#10;sj8/n3cwXRYGO1mf/SITn9nSb6eOtXuEC/aB/k6ZcnuPAYZC+VzWKx4BAtW5GipDyyqP+BE8X5cf&#10;7f3aHjdqQ0tI1PuHd2zNoJCF53hmo8HL65JHHjNZCqcMVB4/3Yn9R7nbleeLcrSAbjdxbbXV/uUw&#10;tvxNx1f7Xz/Gvk3RMLeUvZUhcqdfAH/jXQMb/wCzodqxx5PEbH7C7HimLEf6NMBHuxF0NRwHy+DI&#10;UyqWM7afV/umX/U8iynzU6W6J2bS4WlzR3VkIfuQz7cym1M3SAvkmq0t/v5sZLbxV9v0D1IQP6mc&#10;+X/dTY+QdsuLe25gtbq6bT8E8UwNDrGdaH8Z/MHh1EG4cg3W4cx399d2kgtD4dKo3d+kBk6PXh1W&#10;R3l/L87Q+XHbTdg7myO3tlbFIpvDiJzuLAb69G36DDz+eCo2xm8Wp/iOFSRNM5Bp5bt6rKCndi/z&#10;X951Amp9jYTb8FOFUCTPYerFXZljJMTYrfmgsGv/AMg+w7zH96u/2yOdNoMEmr/fVGP/ABm5FM+n&#10;Sux9pbPbJmkVpZq/hZw4/YIx0MGxv5Qnxi2tLQ5DI1m/8vkqZzJPT1Od27U4eoa8oCyUr7Kp5ZI9&#10;L3sSPUPdevZny/7x7ElqvvOxNyYWiyCNBNj9u7p3Xi6RY3DeT/JG3FWRqjX083HA94jc6e8HNfOk&#10;7/V3E6qTWhaUD/q63+x+XUubPtljarGjbUR/pUA/1HqwTZnR3T3Xwo32d1jsHb9bQoiw5XFbO23j&#10;suWQFRLJkaDF0tS8xBN21A8+yuZSvyGVn+6yGUrcpMxBkkrq+esmlYMxaSWSaWVnclixJPJJ/r7j&#10;GP6xGYuiysTUmhc1bOKjj0IGntzVDanSuMqCehU9soo6ucv4YKxgAWAiim0HS3pA0ai1w4/2Htat&#10;jdXpXw7AJnjpI/596ZZIpGAiREPzAH+Tr3sTtobYzn2UrR4jKa55JJEK0NSxYSRU51LaIkgtx7Hv&#10;Ku1bvDrVrmFYqcCzq1KLSnb9n7OihmcfURtRu4/CD8/l172Z7rLAZ2hiRaiiqacyFLCqp6uMi6QK&#10;xYPApAAA59zDtxnhsJFkkrJp8v8AS/6v2dF8lu7GhVqdevb6+z3bCytDjqGGnrsjSRsTESslTFF6&#10;lVQeJZVY+r2fbXKZbWDxhpdV+Fj3L9uMdUis9FHcAf6vs6Q+56OoqtRpqeR20OupI3cG4/2hW549&#10;j1BvvbGgQtl6E2GlWORoNJJ/C3qV+t/ZwjWKuuqeIP8AMr/s9HESrAgkegQeo6Aiq2TuSR2njoZw&#10;HN2RaWu1WH0v/k7XNx9faxpqyjlihNPI7yMG1OGjeNeW+rIxYF+f9j7dS6u7aWaSJA1tHw05Hp5Y&#10;8uP/ABXSJxNJK1yl/Ctu3w99Pl/pekhW4mrEksVbHHEpK6Y5Ekimf0qbBZVAOgsD9Pp7cIZoZXb7&#10;cIxS3lRFUuNX6dSxkn6KTz+Pbw582G3KW9w6tKD8KtCQceWqT8vKp6WT8u71eIoiS4kB+HQHNf8A&#10;S46Z5tq5rx+WYTqki2hmmFWI00t+5qZoABe4+n59rnEV4x1BlGkDolXFAqhiNLeKVwwAcxK2kn8X&#10;sPYR55502Pc9rQWkkBYk9vYG4p5LIx7+J/Pob+3fLO52F5JLfWM6ii9zo4J+POph0HsnXmVyu7tr&#10;ztFNfCVNdM88cdRojasoWRGaQ0r6CNFhfTc+wzyleszylZESzagGcIGPNrWYqW9wfPu23GOPVaOx&#10;ofgVf8rV/wBX29T5ZRiEjOOjfYPBVlMqBn1XAGpzK7C1h9TECPr7Y0rYEUCRogT9SxAFh6rHU559&#10;k+43cE0paCMqlPxadX+r/B0+0riQ6QT0q4cfUoDcu3NwIvJoF+CbBAB/sf8AiPbBmK2naOQJLDfS&#10;wADrZgQx/B5/4n2H5re0koZGjGf6OP8AUOlUUpI1EivSjoEnXSGWU3tywf8Aw45+h9gzuCaMrL+l&#10;mJc+mxtczm1r/X2D95tI9aLA2pafh/23DpZExdT3efSnh1FPUCPpwfr+lefp/X2FtXFqclPySb/k&#10;cseBYfQ+wk9sUkI8PSOtEHPWX2XfvlSmFpTq/wB306k6rgc1HGrk3t7lb23XVesQuFDf8+/5P8HU&#10;Ue6dTtK9vp/hP+r8uveylx2vIebC9j/txbnjm/ubdSjWWNFr/sdY3yL/AGFR5f7HXvePkBeD/aF7&#10;c/kf7ce2IQVMjOKDHTrkGRzXFeve+tTccn/Dnm55/wBsfajrXXvfX+H+H+8fX/A297691731e345&#10;H/Ef7z7917r3vu4+g4H5+v8Atr2/Pv3Xuve86EiysDxzq/H9fzb6X9o7iLjKD6f5uqkcT172sthE&#10;Heu1luBfcGHP1+g/idN+T7dskP1lq2nt1p/hXpJeLqtZsfhP+Dro/Q/6x/3r3ZNuRVTM7GYE+rEb&#10;dW/6SzNUykKOL6mIHHuakop21mpQwR/4eg3tpX6G/DaaeM/+Bf5dJvGMzQZv6i2TyQHHFhGnP4uO&#10;fr7Re4yP4HvEkcje1UQtvpaA/jg2Huio5k3MNx1Sf6v5dP2qH6hCOP0jdOdLa9Fbn/cfHzb6i0du&#10;faO7PJPXuymJb04OhQsfpqMkhC2uL3A9vQaP3QwBXUWX/AOt7PUrfDTlpg32dq9c6T/gRX/T/gQt&#10;h+beGK5/2/sneQvaMW5GoD8cgi/+I+vsF8wITLGVGCOhJDTxblvJiOp/tPyXDEG4+n1uPrwOOfYY&#10;qoFScdOceHXvcbj/AFJ/5JH9f0/p/wCNe02j+mv7evV697//1NauQVcEjSUeRyFLYfWnq5IH/SF/&#10;VGAfyfcZmHUO41bqYzZCna5B+3rf49x59073x0LSUm9d5RaQNIg3FlUF9SnkRTx34Y+7pDEBVkBb&#10;yx1oQOgJ8U/tPXrX4PI9jx8bN97o3Bn+xodxZGPcCYnauLrcfDuStyGUjSokrDG5MdbVVATWg0ko&#10;FbT+fbU9sq7Xd6RQaT/h6MrKKVti5gDtqUQGlan8XWGUX8SguoMnPjNuPHIbH/abj3izve2eoaqs&#10;gm2D1vUxwVNSJHbbddPJLTpLKAt2ykatcJ9LBfZbbWWtrYB24jz/ANjoOQ+IHsgY0I1L5HPXLx/8&#10;3JPpb9Q/2/0vf2lX7m2LkxfcOylgVrmRdt7YxpMZLHyJCKuucrEquwW/09P+Pt9oHDuFb8Xn+XSm&#10;SeEzOrRGmryA/wA/WQcADk2/J+v+x/x9wpN09AZVby0u+MWzWDfc4/adDCrkMTp8krHQDJ/tgf6e&#10;30hmU0FCfz6UR/RHgGDfMAde5/33+8e+22X1Tn1U4TfOBxnlUSL/AHi3HtzHFFblVmEEEoV1Egv/&#10;AKx/p7S/rLxjPXjbwP8ADIo+0qOve0xuDoGhrqab+G9h9Z15kRyi43eNDVzEOrhbrBjHP1/ofz7c&#10;SUhWLRtUH0/b0y1krBtMyE/b/sdcVbV+GH/BlI/3sexjO0K7B9HbT2tSywZatocbTwVC4+WTIKJB&#10;XzzHQIaeN9OiQfWMe2bsieSEgUoDT9vSvc4Gm2/bLZc6Iz/x77OuX9f9f/iB7Jfubq/d8M7VIw2T&#10;jiNiUNDkY/xEosPsFW1/9q9r9tIimdC1D/sHop2u0lgu5o6Gtfn6Hr3sOcrtPMxakXFVkciEAr9j&#10;Ugr/AJtrkCAWvf2oQjTQkdMCCRU0svXvYZ5TC5KJj5qKqDD8eCoFv83+GhH49qY2GpacK9Mujfwn&#10;r3tC5SinCl5o5YBEQ19LxM30BtqTkj/Ye1XiBQAOPRbdAlgOFOve0hV3U6mjYRAAhhGQSTzwxspv&#10;f2pQVwD3HpA+DkY697YamO41K5IZSx5sQCCbfTi3swgIIOoUINOmymKniD17236W5ALFuf1/T+g/&#10;HtRQZrgdMMgz6de94zqVrkx/kfk2vYi9/wA+7lRSg694Y00/pde9jH0jr/vfUlDYHbuXHGoXVlh+&#10;lvyQB7alh8SCbH4T/g6EHLakJuZ/4VJ/x0de9oveF13Pmh+Vr5R/sf8AD8+0dmgS2iUHFP8AL0HF&#10;FB+fXvaYe5tzc/ngm30P449qx1s9e99O1gP9j9bc8Af8R7vF+L/V69XHXveE2vb/AB4PN/8Abf0v&#10;7d/Dnr3lnr3vjzbk/wC9/wCsPoR7b8+kPXvfgbc8c3+nN+fx/re/de697mUhAmjv9Sy34HP/ABX/&#10;AGHvQ+JfTpXZik8f2jr3sT+0ADUbdP4/urgWP+uaedr3JP11e00JAkmQcan/ACdb3DF3Ko/g/wAv&#10;XvYVFh6V9XCX5vyQSAObEW9r1AMbcKFv8nSFV/QbAp4n+Tr3vi7Af1PAH5/P4/wt7ZUGvHq0PH4q&#10;de9+SpliIMTvG4PpcMyEDUPoVIIPt0LQsfXpcCQcde9ukW4s9T28OXyapYftpX1qx2/ppE6ix9+0&#10;r/COnBLIPxt+09e9qug3tUStHBWY3DVoYqryV9K9TIbk39UtQb/X+n4HtmRAEIUkdPC4JADIp+3r&#10;3t+3E+0KPM11HX0VZSmnMA04ijxscQ108MnAlKEfrH4HJPtKgkKghhX5163L4CuyspFPQDr3tkXb&#10;u2MrIY8TmEpGIupzNfj6WIC1z5XhikKAiNrf1JX+vu/iSrllNPsPTfgwP8ElPtI697ypt+XH4zNU&#10;8Vfj65pqeAL/AA+sNXqtOHIGiJL/AF/ofp70XBdWIIz1sRFI5AGB+w1697DeoxWRjUsaGoVBcmSW&#10;mnVBzcszeMKP9f2tSWPzb+fSGVHRWOk1+w9e95cANOUotS+oVkPBHpv5F/V+bD368qbWWnDSft4d&#10;HGyCl3HUGtfy697G/SdaFgq8oVESnT9AQGuDx/qvYPt+E/2N1Mlh/ZVPXvczSxBtf9J/x/H/ABX2&#10;2tKGvy6Nrfify697wOjAfT/E3v8A4gWFuCPdK/q49M/6v2dLKd3XvcikkK+k/gf0/AsPyfrf/X9+&#10;mUEA9OIe4V697U9Cwl0gtz/sP6E/Xn6eyicUp0YQ5r172IeEgC2H54tax/st+bDgj2guT2j7ehIg&#10;r172LmIso/s/n625sZP8Re3sL3nx/mel6de9iZhCtwB6uLccDgyH+nHPvQND8uhLatpP2Hr3sW8C&#10;hd0P4Y/4Fr+v9P8AgD7Lbgny+H/Vx+fR5GRpU9e9mK2zElqb/lov9OP0f4fj2Wy/2cn2dG9pw4de&#10;9mg2eoEkSj+ysZt+LBouAL8c+yO8PbqJ8v8AP0aPwH+l6jzDg/8AGx9Rb+lj9f8AbezUbPdbRAj6&#10;lL255vBybk8+y0INaKMAIf5U6s3wJ/pf83SLzwPgkI54P0/xWUH6D/H2ZPa7nyU9rn1RD6c3C0/N&#10;v6349rox+kf9If8ACeiyb8XRYN+oClTqt/bP1AFrVIsCR9P969jphVuxKrZR49R50m6jRYjjg/8A&#10;FPYhtBS3gDtWTS32/Pjn/UOg7d6vEkq2c9V+dnSFaiuA5XzKQoPFtTWt+NX/ABFz7fp7LGo/qr8E&#10;m49Ki/5APuQ9maqkDyAH+E9B+fi32DomG5Iy9a0jaSPuo2VrAgDyxp/gb+n+v6fcDE/5mT/kAk2/&#10;NxY3/pz7J9+r+8Lkf0/8nTKfEOhVjFqDDH8mkm4/J/ctyPrfj25y3ZY/6g3/ANYs9z9OPobe4/v1&#10;0s/2f4FHRpCoUfP/ADdCxtNwC1v0a4uOOeZxf1c/Ue0rXpcM3pvx+ef913vf+vso1U7elA9OjA4R&#10;zdOWAuQLj8jyi4t/S/49oLJ2VS3A/H4tYBfyb+7hiXCeVK9KY/ip8uhlwClrm5J1Wt6r8lifpYG5&#10;t/tvYeZM3LEDiw/P4t/rX91Y1c+gx/q/PpavHoYsIuiGMEgMxLN9OSx4sNVv02/w9oLJLZW+v9r6&#10;/W4v/rc39vQOrEFWx04vEGvn0v6IFWAIIvbgDjkD6fUW9oTI/WRr2urf72zc/wCvb/D2bW1wEQKw&#10;Jocf6vt+3qpPDpSwR6itv6jVf/kEcD+tvaQqJwLgc/qF724uy/TUb39q0mVmJYUNemCMnp7SAi3+&#10;sOLc34P0t/h7b9dgeLksT/hyXJtze/8AxHsuupQxrwQL/m/1DpHJj/ef8g6nxof8L3H+xI+n4seP&#10;95HvABzc/WwH9P8AXB/xF7ey2ecSDQnw/wCH/Y6qTX7OpKrYXPJ/wtYXv/hx9Pp78zabf7G1vrcD&#10;/D6i5/2HtMOm8/h4dZAL/T6fUk/0vb/YH3yMoYhbi4Dfiw/2DE8/4+3YhTV0qg/F+XXEi3I5/wB7&#10;+n9P8fbnC1wdNz9CwH9bccKeR7djqHjrx6MrStTX/Vx6juBa5sot/sOLX5Nrf7H3X38zVJym0STc&#10;eTPEfSxtR7esf9gfc2e27jVu4xWkH+CQdQF73/2GzfbJ/gi6dcWLUy/67f8AWyQ/8T7JdmOGjX/B&#10;fqeR+2vP0449z1dsPprRi/keseF8mJ4Dpy9tqMLG3+8f7b6nSPx7Jrmo8M/b/k6cbBBHXvYNdyxu&#10;2FxMgIvT5JpgSSpJWmnHHAufr/T2jZtTW5/4b/lPTytrkgP9P/Ieve5/VDL/AKNa4tbXLu3JfS2q&#10;z4uh55sxv+PYijcfunciPKGT/AD/AJel27f2kX/POP8AAeveyw/IzxSVmDRKeJ6ifJ4yhvUwqYlS&#10;SozYLXA13Dn68gAni/svgeNba2nLExJArMF46VWpU+RXTwrj06KN3WMRbKxp8UH7M/y697kdZR0u&#10;49y4jZtEsmOya4g0tTlMCsdLP9tHPFT1NMa2JZp9UhfVoaPSeL/09wnzqZNv2/duZSmvamu2aOOY&#10;EqCwZ07MKKKKYbGadDK1CPJbwqwBKA1HoTT+deHXva93PtTN9Sb6kjwFbNXU1VjMrRzU2dqameSo&#10;ydV5aSlleGigoEmlUsLMbyA/QH6ewzs+9WHOnLKpuVtFFILiJw8aqpWNcsAzFyEOdQHbwrTj0bPF&#10;PAwqYgGwCa6skD/AM9e9qDrKfM1WB3Xt3d+SyG3tyxZPFfw+phqqrGOiRJNJUxpUZJmrEidSoYIl&#10;mBIP49lvOtrYWW8bZe7HFBebSI5A9AsqtWgU/pgKfOhJxxHT8A0q9vPIFnBFdJoB/pa0NPXr3tL7&#10;r3FncDuDG4fKVrblK/dAY9qqqzWPyCiOGfWaSaeL7v7QSB1IX9tkv+PZhs22bfuO23V9aW/0o7e/&#10;SsTpkr8QB06qUOe4Gnn1WaaXxAJmJReBBJr+3jnj172pO7otr4vF5CdsJgqSaUU/2+OosdQR0L6J&#10;8WHMdJaMt40k1mxNnJJ9l3IEm9X91Z237yuZIU1dzyOWWokPHNKkU4ZAA6b3Qj6aONUFDXFMLlTw&#10;8q8fn172h89t3Hbv21i9/bQzmcK07Vgqo9yZCBKmQR1MOLiDpj4p2dUkhfQGl4jK2/I9iLbt1v8A&#10;l7dNx5W33bYFaQJTwUagwZfxleIKk9pqa/I9IbMRmyluY3fwqEkVFDQ0oRShANSKniB172nc9u7e&#10;lJuGlzlfjc3W4qnipAIcbSZaqxhNPSJBIfHNULTHUSNR1i5+vs32vYuXLjaZrGG7hivnLZdolcVa&#10;tTjV9n8qdOSsEllnaObSUHao4U86eVeJz1721Z7I7enp4dz4U5GnyccvlXH7hFHAtHURDyGop6WB&#10;zPBrdiquH1EcX9rNut722nl2W+WGSwdQDJDqdippUamopNBwK4z0mTw1hhES1DSNk8QaeVOB697m&#10;LXvuDH1tVnsN17GuMxBykpwlEP41NSxIq+et+7efWJFkYu11VpLc+0T2g266ii2q93Rlln0Dxm/T&#10;Wp4LpApSgA40HSQa23CSN4aBYa1ocgE8eHH/AA9e9ofbFJt7cX3lNi6TcVJmqvL1NFjamKko6fb/&#10;AO80MVDDUTwrLUKTVzqXCX/Z5AuB7EG7XG5bUtvJdz2z2SQhpF1MZqCpcgGg+EGlcauPTe3PHJFe&#10;qIyrGZ1pTDDtwPn8vTr3t7rMVvLCVUKzYnIVsGLqEpqpsBR5OqaQ0chE8kh8UaM7LEdTNpvdbgX9&#10;p7a42LdoHaDcIIZZIiwE7xpWoqAMn1wPk3p0YGNhHrisxQLpI0GuPPH+Hr3uVPjdo5yH+MLQ7hw+&#10;dp6yF5RmqLG42CeQk1EkhcpLVzFpCBctci9+efaKC53/AG+Q2STW89g0bAeC0khUU00xRQKfLH2d&#10;bRC6pKlpSSmW0HFBkj0Pp8+ve1nhdxx1WMy8+bxm1Xx+GqEoXmwlKsm4MhLJC8kDVTVUrR1SSMNM&#10;regleAPZJf7e8M9la2M92LicGQeKaRoAaELpAK0rUDNDnpczqYxE85ZfI11HHr8+OKHH29e9pswY&#10;Gpo4shXYHN7fky7LNh63b2JpsZDTwwuYKmOaolUmETOApEbMCCQfr7Nmn3OOc2tve2sy2wKyrNIz&#10;sxIqO0HuIH8QHSUGV3P+69QB6R8f2/s697wZTa+9sfmmzFGkO4YYSS9JSHJ5WoUTU0dP+zTQQAKC&#10;XLtdv0oW/Ht2x3fY59pksppvpWfTljHHWjluJbNKU4YqB59MXCT6C0WnTXIFa8TSlP59e9xMVUYW&#10;TGw0FfgN50Jp/JoqZcPTU9PP5p5ZXNRNMT5BDwq/SzG3593vYtyF3JcQbrYyh6VHjMxGlQBQD+fH&#10;HVLYlgQrOpHm1RXh5+fXvbvikXG7UORgqcLJj4nqHb+HVCPmoP8AK2QtKsQSOPXIbJ6hdb/n2guT&#10;LdbwYTDci4ouWUiLK4oeP2/OnT9ojLbTSIAIQPLj8XXvab2Vm8VXZyu2znNt0cn3iQijr8Zh4JM5&#10;FJPJ5S4qKqR9DaTwVQn6/X2c75YXdnt1nu9lukimNiSrSFYyAB5KBXOfix8uiy2miS9aB1OryIHd&#10;mvn+XXveQ7TzGQyNQm2cvUfawSslLi8vkp0NbPHNoaiqaKiiKzwvwNCkE+2o95260t433uyBmZKl&#10;4o1OmoqHDORT1qelEkLqS5k/UPAH8R8tXr5YHXvbNGuTMlVi92bLysM0FRNGajG7bqPD9rGwgLLN&#10;Xgs0X+cZSV02sf6+zZ5GkiguNm5jDWpQHTJcYBpXKoaCg0j86dIALueTwriNwua01aaV9TilPLr3&#10;vNhMzU4DMU1Jt6KnoxkqyLEVTKj0uRpcTWVUUM9XL9lLB4KqDwJqdg0SSD1KbD3ue0tbvabm53UL&#10;O0YZlDUcFwhYaA2SDnTTyP8AS6X2bf4o8aRoxM+k1FSEIz/k44z172spJsHhauurq3HwbtyFTmZc&#10;ci7ioqXONHDVPq+9oVm0Tr4pkJikBKgueLn2FFS/vkggs7p7K1SESAws0JqvBX01FSvxL8uNB0ef&#10;RRrBbN4QNGSlQOA8x172cTo2Wl/gOXMVMlIv8STTTrEkCxAUcQEaxLfxBR+Px7O+WxKYr2SeZ5ZC&#10;xq5JYkhahiTkn+l0Q8wSKXqHqSeP7fPr3tZbwlZ46TSSBb6E2taVb6bsR7NkoICRw/zjpFsoJklI&#10;H+qnXvY8bFppanbeJIkuqwS/2mAAaoqP9pYclfcn8tyodl29T/Af5E/5Oiu4Uidx51/yDr3/ABr/&#10;AHnj2KFDSrTlz5Gtxa7j/a/zpX/VezV31sT17h9vWF2vp45/P+xF78X9oLcNGs25MIDyTNVANw3/&#10;AChRH6FST9PaK6uAsu2xjjqf/jvVJEMg0jz/AM3WVTcX/rf/AHv3bh8M6Mx9UaVBH7ld9BwAc1ke&#10;f0qPqfYnkvBDfQ6kxmv7B5/7H+wIfby2Md87Ovnx/wBseqgf5hLo+/dmKWW8buwQslyf4bTtbSWB&#10;5F/Zh8zSSxiGthEsUkcjsKiIOrIQANXlRRoHHHPtTyP7wb37fcz3sWzbkwaZERYllZQ51atE0azK&#10;zpT5fmBjqbxYW25mS2lI10+X+UHoINtbbptx4CWnqomFLNA8WThqYg9HV0bKi+FVlppaeoLup1Rt&#10;df6D2LO18tU5XAVENacUaaWCShFUXcVLOI40kDzTSSxllViQebHm3vNma45093OTbm7/AHdJHuk0&#10;DxpGBMLA1QqrulJXMuqTuYHgvDz6iHebi15N3yBFjfukU4oRQls/gPFc/b1Rb8lep8J1x8ntkbo2&#10;jP3ZWV+092bc3zlNo4COmn2n/CaTNZGpM2PwmMx1FUfxSrnjCNqkiR4WVddz7fcdSTY2KLxRKSJV&#10;WN4UZg0R0FZdSqgM5KXuPTa1va72C9ldt9v7Pfdw3y5E/MVy9wkofSyJA5gYwp4kEcwgR4iFViUp&#10;nOKI+fN8s+Yo7KziclGhQ446irrTtJ/ip1h7q7lxHyCy865arbB4DBbW/hVZtfMTxYqOqy2Jauhq&#10;6/cOBrsnlaR6qqgyckFTJ6GfSVYf6sScZRw5ujmo8gYdcdFLVWqSiqYIYVDXaoEgepbyt6R9bH3A&#10;3u37tWvst7m2kuzPNHb3DqcYgZpLuUCKkckP6P6IFDXtp6YILDkGQ7etxbINbd3Ar+Bf+F+fl1V1&#10;B8f+64t357uT4s5WSZNu7uyuOyO36DJbkp6hji8iu5q0Y7FbFxcZk2V41ooYy1RHcjSV/wA23tnO&#10;MpaSnqKWljQQNHKFRUiVXvHoDaY0VGJAte349y8/uRcc+bDFuF/4f1E1vUNHq0hXWuC7uQKt5tTG&#10;a46S/uu6bd7D6lCTC4XJr8MnqVJ/Ov7emHI93dh7n3pjqjs/yw7729uikxmYkjfN6sVU0OY8mRxk&#10;cucyVVlKSKKvLkRyOpv+oare3PESYyixk2PhjjTJz07OFMNJYBVTgcfcJ9OeOffOAbbzNvHP+7SX&#10;E8j7Lb3UgxJP6H/m3jy9P8Elc7gfuONX8o/8h+XVlvyQz+MHUPWO9pnncVb7Yhrcg6Uj3irswJCz&#10;1ckjtaRE/tSAHj2/7adJsLDS107RSKhP+e0kHyTMQ3msQbm30/PvLCRd22/atlv9g2eGVUi0sDCx&#10;HELgRft+Lj1zZ3nbfp+cN2lt2UE3HE4GUXFePoOPVRnyXr5I+081uHa2FkzmHnrqt1mTHHItN5ft&#10;kWZHxxFPKASWLajYj23bgwdNW4qnnXxy/bKwMjmJni8tRCB6vGxUSEWvxf2Mfaj3hvuUeZ5tl5is&#10;3Rb4gjQr6f0o5TjxJEyK8Br6mPlfbJW5nmUDH5+UT8cfP/Vx6mfHXv8Az/WW8dw/Zy18GGztTRvk&#10;MTF97HLW/ZYvKJTvBj4cvSRVf2UlY0jli3j/AFWHtn21DNTz1FVOirPGYbPRxsUa61MfoZ9DNpQ/&#10;huDf3KP3guabW+5f2/YbKVfp7oSCVJjpI8OS2dNQBKirCvepwQR69H/L/Kxfdre3MLIHBrXgewnA&#10;A9R0JvzR7KoN3be2NsTZmWyUuMzH95Fr6Tc9cgzeP+yrdp5en+8psdW1EFM1TVU0jp5YSXi0Mvqu&#10;fb3hKT+M4WTHZCdAsqupaokUxEPWs4DmZZQygBeLfj3GHunzSvt37pQc08q7dFIkOhlSGOqkfRqp&#10;osLx8dbVo2c18+jd+U4bbdbiS3hUSVWp4cEAyQoI4notvdu+puo/lHBvnqyKjx526MHVYSCkWago&#10;4KmXY2JoMgyx7eqca8DTvXTl/DKhZmOo/q9hvhdo08FNWxUk8iPWPNCUaSNIR455CjKIqYEA3+oD&#10;X/HvIS/9/BJBYbne8vXC20Sl21QsH+HSNBaWnnQ1pgnp3l+xS4l3KfcoIqwIuggCuTQ1L/4MdWed&#10;+/PvNDcuwK7dO2MdkMXtGmxmeqK6hxNdX5GR8jgKKGpjiqK7dngkeNpinraK35b+s2i2jSbOhnql&#10;qqiapryY5laaKWIRy3qEtop6Zwt1tzcW/wBv7GXLPuhbe6E0w2+waPbrVVKmRNL6wWRuEki4p5UN&#10;angadYq+7G4bzfXVjZCHTAt29KBwarVT5t646Hjrj5gyfM7N1WFm2xhsTtjYO38dmcPJLipaHJyZ&#10;VGjxNQJDPuHcWPe0c2q0SxyBj6mtdfcOiRqahgnZRarzMigsLkrMFezfQ6bf4ke8Dfdneod4n5+8&#10;KT9RHvE9D+m0nD5jyHl5fPMjkRor3d+T0B/xldqstX+18P8A1D/i6o+ng/jnyjxWLDSfb7f2btbP&#10;RwxsogD025lpxN4x5IhUMjWZtCsbfqB9iJUJdKC4/wCUOiYc8f7s1fXj6r/vr+8GYpdEF1Gpx9TJ&#10;Uf7VQP8ACf8AUOst9rcJeKlO3wv8q06NvglB3JmJrnmCujDJwOMjE/0S3q1AH88e5UUdqN2C/wC7&#10;rWsbACMH/W4AP++Hsh3Z6XMY158MV+eT/lI/b8+lI/3Onb/Tf8e/2elTt5jJnJg4Yf55xJY2BapR&#10;bcEccH8WFvaPy13kEgVrgWUD+pZ4/wDff0v7DN3J4Rkj1YJJP2fF/q9aeXRpb5BH+r16PV1hTxtQ&#10;QX0iyxRr6luCscSE/wBQSLfX+p9h9mT4tclmDCwN2B5PB5B5Xj2HdxuPFtfDDgjX6dHNutCpr5dH&#10;O61oStZECoAemdl/wJ54sOTb/bewZ3BLcyWNx9RxfgBP9q/H09lgFYtP2D+fRzBlQvRvNrRFGjJF&#10;uTxew/S/9Ft9bn2AmcbSZB+dQuEufr4h/r/S3+v7ZkrHGddc/wCr/UejQcBnowGLGvRptaxFzbgD&#10;Xxa1r3/23snvyie/Uu8wfr9vifpb6fx7A2sdV/ZrsEgk3+2Ibs1mnl+B+grzaoHLVyPT/rYOldQr&#10;pVPxw1/z+X90sRGzsoZbaifV+fV/at9D/tuPY9uQfqGYjJUf5f8AY6xVvpKyJjNT05e+FhqJP6fx&#10;fTq/p6OPr7bzStOkWrPDr3uMq6nYxK/AJb7xbAfquYit+b/T/D34Z6qWpWn8+ve+imoqLnyggpEb&#10;+OUg2XSv6m1txx9R78JWCimD0yZnwOB697UeI2LvHclmwe09x5ezBJRhsFlchBTxHxs8832lHMsU&#10;UP3C6mPCqw/qPa2K+BaOFJP1GbFafE2Kcfy6dVbiQVjict5UB64syoLuyqP6sQo/r9TYfQexy2h8&#10;XdyZcw1G48/tbY9I3j8i7wzVRteqVWETldGSwroreORhZjwyMPwfZqo3BQTPd6k+Tn/n49K4rLdZ&#10;gGnfTH8y4/wjqHWV8dHAZ/BV1a3/AEUFNLWSngniOEMT9P8AefYvf6Nvjb1WsVTu/eMu9KwBSItl&#10;ZjY26KXz/QKy11FRSmHyRH830G/1PtQY42o0s6Lp7sso+Xrx6XNtSxqS7ln+Rr/q/wAvUEVuTrqa&#10;OfGUiUpLqHizkNVSShPSzssUSu9wpsL2Gr/W94Z/k51Zsw26+2Bg52+gbdW1MHdf7I5xOYpiDZj+&#10;frb2xJvttCQy2aVH9Af8+t9nSNba6GGg4fJh/gHXKsxU2RgEc+RyFDJcFnxFY9N9CCQGeNyVJH0I&#10;+nsP91/NPtDMoYsFNQ7OQnj+6M+4cAwAaFrA0243HqKMP9Z2/r7TDne6goIrT/jH+aTpV+60mUGR&#10;FH2AD/COoY2hgJadafJ4+mz4Xjy5+lo8rOfVq5eppmH1A/H9kf09gFne4extzn/c1vDduSH1EeQz&#10;+crB/uluVq8jP9PCtv8Ago/oPZVuXMm63w0vuEjGnEyN/Rrxdv4enxYWkIzIOHqv+z09UWOx+NiE&#10;GOoKKggF7Q0VLBSxC7O5tHAkaC7yMfp9WJ/PtF11buDIJoMOTnU/2o1rpmPqW1mDMLen63/Hum3W&#10;l7Mdf1z/APOQ/wBL/V/qPTU0NpICNa0+WnqZ7nUOz90ZOUaMdWxg2t9xTZBVF7gAn7V1F/Zsmz7l&#10;JRfDf/jVegwZXUkClB61/wA/XvYg4/pHL1emaqmpKY8cNPPCVBta3lxpP6fZnDyTuVwlDG3/ABr1&#10;/wBL/n49bF3LTub/AFft697ELHdJYKMoaypqJGVV1eCWjlUsD6tPkxqsbsD9fYhteSfCCJKuQf8A&#10;Ufg639Qtcsf5de9iFi+vtm4gLpoKaosBzlaTHygkaR+KSM8lP95PsTWvLcUahWI/4zw/ZSvW/q1U&#10;sQB/L/P172rIXwGPjC0kWHg0qV0QpRwqjWC6Y1jCaFURgAfi3s2j2yCBtYK4Nfw/4dP+DpIRVjIN&#10;Iqa9e9xX3pQ0YKrIpIGkiNo/7P8AQioBuLe1J3C2te2o/wBX+ry/zdWLgcevEA/X2yT9kTQOyQyL&#10;ItuCzO0i/wCvprFIPP5/PtqHfo0edzJ26v4uP/GutSLhHZcddaV/1I/2w9tdH2TXyZSkjSrmdWqI&#10;yYlnqGThk48QrDf8W49pY96hnugqvX/i/wDTf6vl09fRE2QoP9Vf9Xn11oU/2V+lvoPp/tvdwWx6&#10;ZMlt3GTSxJG1TFM8kkUaxzoUqqkDW7qzL+i3N/T7lXbQs+x3cheoOjP+3/1DoNKlbKKBj3D/AD9E&#10;h7Mys+G3pWxwSTSCmdFjp55ZHpJBNjaRmCQpJEraddza1nHsaP4XhcLQ1cEFHTyTAQ6q2Wmpmk/z&#10;pZT9wkcTH0zFfp9OPeJHMu9S23MGW7fT7Y08tX+r9nWXXLmyAxWBZMd/+Fvl1m2s+d3hR43I1dbU&#10;08TGqP2FPWVkUBKy1NOQaaTzry0Af9R9XP8AX2D249z+KjPjKxqNXALR21NHYjTORyf8Pr7BjcyR&#10;yTusktfz9PlXh0LTtoj7QKD/AFfLoxOG2dBSyK7KXfSo1MschNgwuWMAY8H+vsFqrdUzav3WIFwB&#10;qf8AF/rac8fT2p/fiucFQeP+qvVTaE+Wf9Xy6W8eJhS1kA/HCqAPpyLLx7apNwTtf1kBhyNUgPFw&#10;ASZvx7Rzb6gIIcGn+X/bdM+EY2IXJ/1cOpi0UYH0/PH6fx+f0fn211WWldCGdlvf+0x/Dc8yHm3s&#10;pl3dWagatK/6vi6cWNm+YHUhYUX6Afjmw/H/ACDzb2k8lV67htTMV1XFm4Ovj9X9fr7TC+Ei6gaG&#10;v+ry6VwKUQinn1m9pOd08hOk21MPoPoC9r/0ufZfO2pWanGn+Tq7V0kefXvZdfkAqnAUzILH7ukF&#10;7WH6qn+n9SL+5G9sl/x26by8N/8AAv8An6iv3Pr+58/BVf8AL172UZLaHv8A6oWH+xPH+N/cu/8A&#10;Eb8l/wAvWNk/wwf6U/4eve8P4Y3+gH+xN7ezW4/tPy6u/wAR6978f1Hg/U8f1+o9sdV6979f/Ycf&#10;8V455/Pv3Xuve+vxx/rf0P8AvfI9+69173lj/NifoP8AHnm/9Pej1o+XXveT8fQ3/wB5P+v/AF59&#10;669172qtigjem1mB5Gfw3+vf+JUp/wBa/Ht2zjCzEU7NP+Unpi4FLa5Hl4bf4D173ZfuRbZLYDnk&#10;ij2qD/T/AIETn8W5A9zCf9w9j/5px/5OgfYj/EdwP/DX/wCOr0mcfzFn/wChr8pa/B/Qn+vx7Q+6&#10;JB/Cd6ED1f33rbnj8UxI4A54Hu543n+kf/D0b7fXxUr/AMoTdOdGLCh5+mOhFufwqD/Y+0l2YS/W&#10;mz+fpicf/sbF72vf+vtPbf8AJNT/AEw/wHprZx3y08yP+O9c6UWqq7/lsv8AvMUXsndeOfr/AGnt&#10;b/kG/wDsPYd3fuECn49Jr0fp59OHtPTj1X4HJ+t782P+8A+wXdppkLedf9X+XpxRTUeve8Nja/8A&#10;tN/z9b6f6fX2n/D/ALX/AJ+6tTr3v//V1ychjRRTNFIyuSP1XBAuiG/6LDl/cWieYn4BT/V8+poM&#10;jA0p29b/AB7TU1MrIyjRY3FmsosCOQSOefbjzMudOPXqjSf0evexF+MkAXePZ8BAvPtHEIoa3pvX&#10;ML/T9PH197kkZ9su1PEg/wCEdLNvmZti5iBH+gf8/f7HXFvqn/B/+iH9pjekYTIZBXOi89UjGMct&#10;GJJR9G5NwL29pbeQg26sCrKR/q/1fPoOx3LFrPGFYV65ewwqVSw0IF0k2ZOGI9QUN/wb+1/j7XBO&#10;+QscHFP8PS7SpZj5H9vXvafqqSCoU+aNHJJAEqBhxq4Bt+L+7L2vhfz62EFaBeve03V4agD+iCEs&#10;Y2Zg0cehTqJI5X6D8f09vhj1ooPTr3tpeOtoPVj62pxxDC5oJXpyAeASUH9B7tjhTqtCvwtT7Ove&#10;88u8uxcfFoouxN50yKyeOODPVkSJa3CosgW2o+24YYnuKNGumh8uq2xne8RGnfwwD59e9+HavalJ&#10;E7S7tzGcsUtFnM1kqlPqbWH3Ckm51f66j3uOOKK9ZdNIvkMcOmDLcQbrJ3lo68SSV+Hr3vLT/IHf&#10;1ElqrY+wMoL3aproMxPUS3BK63FcgJj1hR/QKPdJbaHx3/UYNnFBTj9vXnvbhZGDQIR+fXvcuHv3&#10;bWQJ/vf15gqNODqwGBlna3N7CsrmufSn+3b+g9+8CQApHJg+pp1oX0RzNbgfYOve5E+//i9moh/F&#10;MXvKinfUGWPa2BjpxwAPVNXBrEAe6PFe6yysDT51/wAHSaS42yRmcqw00/CP8vXvfGfqjqncm2Ru&#10;3B5WqGIM9VABUrhoPEaZF1+aJI3jjsHAN390Mt3C4BQqx9K9ee0tmiE2rTE32eX/ABfXvYT1fSe2&#10;KpnbG7y20wfUI4ancGFikBOoqjRxxEqRqA/r7UruF2tF0NT1o3SNrCFx2TxgfaB/k697Rtf0DndU&#10;hxlfgsggD2FHloatja5UBYKZjcjT/sSP6j2rh3eRvihev+lI6Rtt8hroKnr3tF1/Te9qMuHxMrqA&#10;zK6QVkikDUBpZaOxHp4t9fa5N3hoNSsDWnD/AGf9npP9BcIhqvdX5/5uve1L1Tt3P4HeMv32LrYE&#10;bAZNA701THGdfjWweWFEuwHA/Pu8m4QPbztHINWR5enRvsETwfvISgLVJPX0GP8AN172G+9YpF3T&#10;nCY5FDZCdgWRxfkEEXHPIt71t0gks4XJFaf5egyUYV7TTr3tIkMPqGH04t/ri59r6g+fVOHXvfEq&#10;WA4uPr9OOfqCP9f27HSrdXXzx17314zexHP1sw5Bve2n+vu5YADrTnTQ06974GI/gXH0/wBYc350&#10;3v7oHHn00SD/AGifs6974hQPre35Nvp/tx9OfezngRXrbRqcmg697kQi0qEfXUvJvbki3+PvXArV&#10;u3p62XTLHXhq697FHs4kTbc1Ai+1sCBcf2TTTcj/AGkgce0kNPGnIbzP+HpvcTW8lYcNH+Xr3sKW&#10;Fze5/SVP++B+p9r0ZRHT59I1/sWFPx1/l173wci31/BFvz9OP8b+6fiOPPr0SknC1z173j/1tPA/&#10;tfgcfn6X9u9GK8eve+a6TwWcHgfSw/PP+8+/dbAPr173Jobiph1KHUOOG+p5FuCPdGGoEK1OrUrT&#10;r3tT77kc7oyjsOJHpyy2NhpoqW2oWsL+6xooQU/y9OXNfGfu409fTr3tHRHTqIH67A3txp+n0+l7&#10;+7PQgDpIaAcOve5UWRrKXinqZ4A4swildBYEEX0t/U/6/unhq1aivWi7Ke1uve8h3BkhYSVMtTFx&#10;rgnnlkilFxdZE12ZSfx7t4Ibjx6u002QzVH8uve3HEZhKjI0SHF4yNmqoQHigdZLmRRfUZCLi/8A&#10;T3q8XTZSKGPA5/Lo52S4UzxRGJdVeNM9e9i8fTpYa/UALMDZQQSQB+AvI9hGD/RkPEg9S9ZAiEV/&#10;1cOve50A4PA/P1BH4F7H+ntpiSpX/Vx6N4GL0U+n+br3v0qj+n5P9Prz9f8AD22C3iVpin+r/V/x&#10;fS05NfLr3uPACJD/AE5/2FrDj+vu0vwj7evea/b172occTrP9L86W5/I/qL+ymYgMF8+l9uQHFW6&#10;97EfEzkOBcgfUfXi6nk3uPaGcVU46EqZNOvexOx8zlRbVf8AwJ/rKBwD7DV0oqxZc/8AFdLVNeve&#10;xa24Qzf7b+v+qlH5HtE7Gnz6ENqXJ7xQ9e9jPhBo0FVDfS4A1E6b/Uf049oZStJDqXoQQUC/Kg69&#10;7MNtdR+wA4sZFNifUR/h7Lpvgf7P8vRzacR9nXvZnNosVmgJb6rGBzwRqiv/AEH19kl1Qg6RTozJ&#10;Uk0HWCUCxuP6n/X+v+9c+zQbMsTGQ31dDpueLvB9fpYH2Xn41/0v+bp1/gX7OkdneIJB/RWFx/UR&#10;y/T/AFvZnNqaQ1KSPoyFgCf1WpjqvY/1v7URKSJh6oP2f6sdFdwD0V/sEnwzWbT659LD63AqeBex&#10;HI/x9jtiX8kYVRxqk1aRyLhPrb/Cw5/w9ibbRoZC3HStPy9P51p516Dt0AskpHz6ry7VUI9S+og+&#10;aYtduGJaS+oXJsWsR9Px7e6gMyn/AFKxycn6AlR/QfS9vcjbKYgi1YiTHD8/50rx+XQenIBw2f8A&#10;J0TPcjSJVEgCzVcJGpbnSJFv+ofQvb/XI9w8UAI5BySNJta/+8WAPA9kW+f7nXH+n/ydMR8V6FaF&#10;tWNwjcANSTC6mx5msDckkEk+3WX/ADUT/U2I/wBgGCi1h/T2AL1P1JI6UFf5kAn+fRrETVh5V6FL&#10;asp9RupA0Wt9dIE9v8LFeL+0rkAWDEXH6Tf8WOjg/wCv7J6aXIPl0pU06MPgXXwwH/VByAbahzKf&#10;aFykZMZuQbAfQm5JK/7c39o2mJcGnxf4Kf6v59Pp8a9DptwKpFtVo/pqA06mLkcAWC/kfn2HmQRR&#10;Ey3AuRcC5+lwBfm45v7aleX6gOBgDGfXifl6fl0tXVqBC46GTD6DGBYkXIIIIsABbn6mwH+w9h9l&#10;WGl7n8Hn6WuD7Uwg9op06oNBjpe0A9Q/IB+n5PP4HI+g9h7XknXqN7K1z+ONfP8Asb+zuEqQNIoP&#10;T9nWpPiPbTHSkgFmH+uDccXuVsB9fpa1vaIrFIe/NiT9LX06mPH4Fre1q8Omfl09xHi3F/rck/XS&#10;P9ibX9xlU+Mt+dV/+QRe17/4n2VX5PiovkF/wn/Y6SXHxAD06mR25+p5At9ebC9v8efeB3YE/wBL&#10;/Qj6/S9z/j7RUxjj01jrOAePqf8AY8c/gWP499k6wAW9SgaT6hb+ouePx7oildRpknps+dF69YD8&#10;cHk/p/23+3t/h7ju5VuLqt7m4I/qV/2NvaiIVrX4qdKYOJrxp12Rcfj+gsfp9Af8fbtSSkIxLMLa&#10;OdVvqzEj/YEe7sSWT4Qv+r/V/qyaW9SSQB1HkUXI+p54tyLWt/T6g+6+fmPLI+U2ifWU15qxs9v+&#10;AmABFz6R6vcy+3pI/eviU10T/rJ1AHvkf0tjqO7VN/x2Hp0x4CwADj6/0/1T/wCx9k2zKkNESwOr&#10;j6m1gi88/n3P0gP0luGyc9Y9xjtz1O9tyNpA4vf6/W97gW/417JZ/wC1b8v8A68ePHr3sHO43VsJ&#10;jF1uoOTIYra5BppwNX9R/wAT7ZlAZ7dlTu8T+fS2Ng8kJ/pf5Ove8vVUyN11ViMG8O6683lAUHx4&#10;yiHkutwdXNvZ2Gpte5g4Jil7R/pRj9v+How3XS79mR4FMH5Ht697LX8iBPUVeA8CwCobN4vw+RrK&#10;0hnzHiDm5OhnI/2HsvEkUVgonZ1RrTOnjQrnj5U/ydEu9KTHssQNHLQ+f+mz/s9e9iV1ZgNwdXZf&#10;A9iVO39v1sz4WPM1kLCpqKeXCvJBX11RGqCCR8joo20Jrs2r625947c43tlzRZ3/ACmm6XKW3j6V&#10;yqnxAGRAdVRp7smlfQeXQ9tbNrVdvkIQnShNfTzFaAnyp5fLr3td9+71oNy5LanY+1sfSSUebokz&#10;0+NqKdkTGyPkXnFLNS08sz09RHFHdVeQt/j7DHt/scu2Rb5yzuc7q0ErRI6nLrooGBYAFc5IFK9H&#10;G5TeLJE6QDQVqPlnH2fZx697bd17uxRxe1uwa7GxKNyY+rr54qWkWSpacVP2cSvHJIJCqsvqZnYh&#10;fz7UbFsdyb7duWY7ttNrIqAlqCmnVggUz8gPs6SRaS0Tyxk6wT65HXvaC3c1Dn9qY3sijJx2Up0J&#10;ZIFSnFF91kIsYwpzqeeNZ6dGLgvzc/j2Idl+p27eLrlWceLZscaqtq0oZM8AaMcY9PPqtwyvBU0D&#10;AHHGnqF/y9e9t28lTt3ZtTm8VlETMbc8ZekFXDFT1ZzOTpaVTVAPU1DGGmxrslivq/qPou2R35H3&#10;+KyvLAi1ua5KNVfDjZu2ukZMgr9uKdM37reWkklof1UArTgasvpk0p+Veve0bsurysvVuXwkMxp2&#10;o01tpkljqUNTm2lUabm19JI9I4P59iLmaK3k51h3eSMSqxFTxSiwheOD6Djx6QbXb3KWFygRiqaa&#10;g8CCzde9iX1PuNJ8DvH74tnsbQ4ulahhzWqqmiqTWslUYoGkZEBK8EWOkC/sF86bc67lshtwLa7k&#10;lIYxdqlQg01NPTjXz6XQTPdXd0IGLp4a8M0/Z+fDr3sKMJX4fdW4KXD5vG09DTZrLnFTVGPpx5KK&#10;keoIE9K1SzRRzqDa7AoPYxvra/2bbZb/AG+5aSSCHxAHOHcLlWoKkfZnpHaqWliAUN+oQf6J86/6&#10;q9e9ulJtjYeRzeW23hN27ghyFVFPg45J5sVTx1MZq/tYqKsljLE0BkAJUKQLXt7Tyb3zHa2Nnuu4&#10;bNbG2UiU6RISO3UWAP4qdeDRSbncxuzLqjK1+004mv8Ag697aNmLkdkZ6s2fXJSVAObqZsRXQM9R&#10;WJWNXUuNoalHBiRKdfsy4kVSQx44Nva/emseYtuj3iNnjpbAOpACkBGdkatf4sivAfLpPtUTRvd2&#10;711CdihbzPbpqacBWteve1XLV7kqt1U2Hp92ZPFRVmchXLGpyr48SQS5D7avFOXYCYlD6dQIfTyO&#10;PZLFbbZb7U15PskUzLbnw9Meuh0VQmnD8uHr0ZSTX8UiwnRVgNWW8zQ/L5/5uve2ndL1GKy+To43&#10;hz+Kh3gm32rq6X7ypQTVBhV0aIinM3jGsX41H6W9rNnIntLa4QyWt01kZdKDQpoK0YHNK4p6fPov&#10;mvbyCRq0EGsDifX9n2de9v8AhtsbPXc2V2jTZ+sgnyNa9RN97PjqalgmpEYLCHsdJYsLBk1E+y3c&#10;N53xtptN8l25SkSgJpDsSrHJ/L5GnHp9TaF2EZkBLVqy0A4Dj+XXvaq3RS1m3KCq2plFWslx89PD&#10;tiVTJVLkKDzLUZKfXZFlMTycGFdIt6ufZbtV1a7ndwbxarpEisbgYAD6SsYP+Zv8/Rx40qDw0KMK&#10;+RqD172E1XkN1U2U3rWYfdddgTjJ8IsNFU5iTFvL95CsbijhL6pRGCxfT+kNc/X2LkttpurTZFvd&#10;jhmSRZKskQcLpONRzStBStakHogmMhkl8OQKBThgD7BxPzrWh697z7Y3LuSp3FU7bkp4txLTGnEM&#10;WRNXWSSfcUdRXyCUK5BIvxYCwQX+l/dd92naINsg3CJ3tSdWogKhFGVBjy/b5/PqkUkhne20AheF&#10;eJqK5Hy8vkOve8FINrpnxjcnWT4OiyTrD/CqIUkGLDRRGV/u4Khl8UbyEOLg6nN/amW43R9ou7q2&#10;tUmuUUUc6y/xAdpFamlRxx0Y21zbx2ribw0LYCg6fPPH9vXvfDfG0peut5Y3K4LJyZCnyP2Yoa81&#10;CSSPMtIs0kKT0iRIywarABrgAX9s8vb8vM+w3VludiqSRatSlWwuqgwxNK8eHHh0HlJivhM8dUJp&#10;rPyrjz9eve4OWnr1zKti822FnaipqqkqHyP8LK5eYh5ZmluCiiTnUPV+fb9rHafRut3ZfUxhypAT&#10;xP0xwFPkMU4dGMjqspAkJNBQ8aH/ACf4eve8e5N57pwwpqWbNz5aepooIpZ6zIVFVNNUSo6yCNlm&#10;QTUDuhKtY6tXt/adi22+1zLaeBAHNFRFUBRSlVph6HI61cyP2HxjkUGaVJr8vPr3uNtqros49XW5&#10;2nTCyUVHUtLX4aJY6upSl8UzsZKp2VqmdpXa1/Uyqf6+/bxbXG2GG32+Vp0kkXSspqF1EgYXgBQD&#10;5VPTNkP03EjojiU1oe4iq1Pz9ftFfPr3tXbuwKR7Ywm8dsZNcnT09bjaaeOpqo2yYhFPNXzVFZTU&#10;d2QIiJ5GLAKTY+yjl/ddO8bpse7WfhPJBLpIXsqSEAUvgk50gD7OjHdNzaO0gECk00AkZJ41P2kV&#10;p8+vezU/H7IfxDa+QrCULVNfBKQl2UNJRxG17sSOf6n2INigS0O4W7EdrGlRnCnh/sdBvcpDKlq2&#10;k1da5697Ebd4doqUgGxT1EAgC8o+hJAHu7jwoHEg0ig4/wCm6X7CFEs2saR/S+zr3swexK5aXamJ&#10;upLiBwWt9Saqp5upHFjx7k3l5ZP3JY/pGug/MfGaf7I9c9E98wF1MMcR/gHXvYl42q+6gDFWB+v6&#10;fr6n59RP9PZpM3h8TTqoOKjrGw5v/vf0H0H+39pzNQsu5dvsoJDTV3NhpslBHe1hYG4tb2QX9yrX&#10;lgit5v8A8d6fgUu+mnp1zX6ci314/wBifdzHw6xi/wCiN5Av6Wrz6QOCc5kNJuVNgSfp/X2e7leR&#10;i/t38RaSE4440rX58OHy6HnI9uqzu5Xj/wBDdUhfzGc1NT9v7KoE1BC8Z5LqjE4aJtJs6qSx9jZX&#10;zJrkpqtJTTRIJoo4IlZpZjw8dQhvGYdJ/wAfca8x7cW8Hc9oukTfpJnjd3fTpQfA6N8euo9P59Sj&#10;Y2zC6a4D0qdPH09Ou+rKmRadI6lTNjfBFL4mvJHG40u4hVdKEksdXP6fp7QNTUZvE65aOeb+GzSu&#10;6UMbyLDTFvV5lp0ICuyLZjz76Jfc6+8NtFmIvbTnu6QuWHhXjNrrK7xR6JJpJQiRCrMaKKUB9egz&#10;zpypHfqbzw9bhaEgampQ8Mf0sdS94dY9fZjLDPZDbeJTIVCQUsmcnxdCMwYEdmioZ6yoQuMTCzNI&#10;F50t6vY+dZ7rpc7i1p6uVhWUs5itU2VykKUkamPySlnQyScW4P4/PvK/3Z2uS2t7/mTli9jl2z6Z&#10;vENs4dK6ZZWZzECvw6SxZuGkny6hSx5dvI96ZZbeQAmqrpNQCwCgIVoP9jrXO/mY/GTd3Wm9K7ff&#10;WWLZtqbj246ZKHZ8NROi5XJVW8svXVORp8NixTxSNRU0JmaWRmUhNVvR7FSuWjxs9PLVZegpxUUU&#10;TR0k1ZTKGSd/IC0EhDkkxlfSG1FSOLe+OfvNzVuvunvN5tnLXI+5bhcbXI8ctxb2lxMY2tZJ0Z2k&#10;iLqqL4yyMz+Ho1qzYegyB5RS1WB7HcQkTBSo8SiE9qKKa/z/AJ9C1/Lj6v3ds/rGr3FvapxGEbck&#10;k2cp4a/INSVWSwGX23sysSSWDJ00cpknNPIjKGZWdGANxc8nqIpI41jT0pAgR00iOWFQ1po5F/be&#10;Ij6MD7EntZ7mPt/Ll/y/ukzrvMUbqgYMzKyxKgjkVn1pIHx4einp0R8wbFBBfi4gQEGXUCoUhjU8&#10;SOis/K34Z1lL3EOzdrGGTZ2893R5fOgSQJbL5rcOQqqqqp1pcetNLj0oUBaeSZ2XnX7YNvypWblq&#10;pZy1KtPJUUlPDOfGzwu2oS6HuWW/FxYfX3MfKXK+0we2u781TbzbXHMFzdRl40ljJWsS+IjIB4q1&#10;r2g5NCBw6jP3Vudzt9nRre1mekdToVqYB4U+zzH2dJ75/Pm9u9DbE2btvG1NThaem29WJV0VNUSi&#10;OPF19fpllkoyKVWMdjq0Wt/t/a6qaJo6msEb/twTMmlWFiCDbj+n1/4n3kbyVum0P7acqB7WEXlz&#10;aBu4LUFXz8/8PDrnZc7peTcwXAks2YmYV1K3HUvlj+fHyFOiiYHN4Fuqtpx5JcZNnc3iKuoNbU/b&#10;vUXpshVLIXmeQyEyLGvF2/p7U2LhoJsHUw1kvi+4NLZnijI/bqpSdLOwPIH+294N++O58xbRzbtV&#10;9sbSE2xm/sZHBGuOAA0T0r+316y25DKz8zOrwAP3cP8Amk3n6j/V6dAP8fsbj8r3TlcPllxtSwDn&#10;GPkHhemo/HtrK1FWBNM6CkkmIjCaP1Ov+HvDHtmsQ1RoDDpg8HlBk8cX7+pYxFqUCQ+o6tN9Nje3&#10;tfb+79pv7InNsk808h/TJXxGBTuYsdRIroXLYYUC9DqKH6PdNqn01jHiVbj+Ht1Gtf8AD0Gva0mQ&#10;wke1c1XyTVprhnL5OvnkfL3ppMdSFqs1DxaV0zqiAE3S9/6+0yfLTRRQRIiKWl1BOL+oPY/QWBH9&#10;Pc2QNte9XV5um6XUrzKqaQwBAoNGSfl6evSJ7hJtyvpiraRo/wCO9JOho4t21+S3NuDKZGqr5IaV&#10;KMSSpONUEf2Z8nnDzJ+xCv0J4/2Htphamw6pPXzJDD5JGN5I1IvdrDyMg1AN/vHuY93t77ntZdr5&#10;S2x3CxIrMY201IPxlAwFWBpXjToAXe4mODdktrhUuCle5qa+/NKA6/n/AMV0afPY7cvyGyv92+r9&#10;pZncE8WLxNHPJDhshWQxlYIYGkyUuLiyQp4HnpWVWcDUfr/jGyNfBm6CsqqSSKSCCOTxkSKx1R6k&#10;9IVnW4v+CPY55V5auvafZNyG4Sk7i0DsBU+GTQsBUeG2oGtaEEDIIr1APPV3LJu/Llm1jqaW4XUy&#10;oScqPiyKDh68Pl0cD41dS57435yrxW9ZchhdyZfHUxNBUeWjx0sdZUUs8MML1NPQTyTgIwZdLC1/&#10;aTlnlkixVGSxWGsgnt6rKGQRE2DKSb/6x/x94Y88WtnZDm+7MsZnvY7iU8O55GeQfhx58BT5dZz+&#10;3vKcNjd7NvQ0uHs7eL8PboCv/CNJz0ajpfGSZXsrO76qFEzvTSbUSoVhLJHT0WYpKwRrJoLLECw0&#10;+rT/AIc+xOmBenx7qwP+R0i8EF+IWaxC82sOf9f3hU8ngtfK8eRcuaeXxAYJ+Zx9mSOp3tapuOqn&#10;Zo/2vxjz6M7t6If3jygLr4njrpA1m8ZV66JSxuWAv/sfr7mxXjpDf6pIjW/s6ghtxb8Ef6/sg3Ei&#10;SVP4HjI+dCR/PpYczyPTBLf6v59KPEaGz9R4wC0FXIob6ghJm+rDkob2H+PtM18QBZjEAbm44tYq&#10;x+t/oT+b/n/Y+wlulwpVj43kft4/Zxp5U8qeVOje0Uuq/Po8fVkMxSkjVDptDq0DSALQLySbctfk&#10;8/kewn3E4/dVbkhyQA1jwRyVvcm3+29hZp3I0vTRT/VT5f5uPR/HQICadWB7Ex6RinkF9Xj0+oXt&#10;6Cou1vqLXPNv8PYGbjn0ljY/Q2t+n/daj1XseP8Aefaqv6a6XxUf5/8AZ+zoygIohDf6v9X8ujN7&#10;UpuQGFyLk3/UP84f0EXHJ/4n2CedclTwY7/1Gkt+gm1r8D2j3Fkjtpj4qMRp/LuWny/1Vx0bRLqc&#10;ClehtwynUnpJHqPPNriUf6/P+PPsnHyf9XUe82X1IIcPyOVA/juEHB/Stiefa3lsynmC2ejlc93l&#10;8Df8VXoKc6UTYLkVo9Bjz+NOlfTDSEBsD6uOATyxJ+nPulJqhISZJG9A5NiPofzZiLi7+5Oljke4&#10;JVcADrEa8kYyx+mo9TfeIVsRcLLKQXJ8QhOpb21HyMWsgC/7z7rocnCHpnUagde9q/Fw7Yp9Mm7M&#10;nWQ0cmm5wJo6yrEZIJOipOlXEV/+QuPdDqJVAuK+fSmJY2ZEnLaC3l172IH+krrPaD0ybP2Zid8q&#10;8MRnqux8JTSVVMWF5DTNjqmJLwGFDGT/AMdHv+PbLW0kgOu6K/6X/Zr0ZqlpGQI0Dn+kKddWJH1t&#10;z+Of97HuFX/JXeEcM0GzYqbrhHZxOdkSZHCvOvqSamYQ1xWWmmQR3H58Kf09pDbmJhKXDyJ3LWnx&#10;L59VWd1ZWTSgVvw1H+r/AGOuEkMUyhJo45kBDaZUWRdQvZrMCLi/19hrm+zN+7nUDPbq3Hm4zpPj&#10;rcjX1z8mQ8rLK9z+83+xb/H3o3u6XYKpK2o/0iB0ok3PWKmQmvzHXaRxxKEjRI0H0VFCKLAAWVQA&#10;LAe2CKgzmQkBpqOslWQalLw1NlY8A+mNgtv6j29FtG9XABEzkin4m4V6R/vUqS9e0f6vXrn7UeN6&#10;w3LWlRIqaj9DLJKnOluLtT/Q3/2Hs8j5e3h+Cgp9rcPXh5enVpeZ/ERtCAD7D6fb172ION6XOlTl&#10;6xo+PpSywv8A6r/jrSHgcD2aQcm7nOGJhB/b/m/ydFr7xM5ahIHyr/lPXva9x/W2ApX1SwrPc3P3&#10;NPSkf7sv6vABf1f7wPYsTkbZgRWM6fki/L5dILm+alA4b7CT6fPr3tTLh8FjlutFjUH1Ijjp+SQb&#10;8WW/6/YpseWeXbdQCpI/0qf5/wDL0njnlPcXb+fXvcyXM0NJFqTxRWHHj8a/Uj6ev629mYbbrepj&#10;RNH5Vx/q+VOmxM5elD/Pr3tol3kig6ZFlIuAJHNgCCPp5QOb+7nmaytgEVEofl/nbq1GcYjP7Ove&#10;2ybfShR45mT/AFRRtPrKmwus/wCkHj2ST8xQF2ZZE1H1b/Z/1fLh1dbdxXUhr/q+XXvbHXb6ndbm&#10;rkIP9ZGNuGsb+c2/V7Ip+ZnRmCeXz/2enfo2Ne0/6vyHXvaWqt2TzMSkjJZuWeRo9ZLEk31i4a/t&#10;JJzTMyj9Va0/1H4v8A/n0YpaxBEU6a0/1efXvbPNuOoDhSVJt9SxYfW5AsxUn/H2S3O+yscO1Plq&#10;/wCgunBaxVoq/wCHr3uG+amkaVhMyFDbhyL8auLsOL/T2gbdZAgYy9/+r/V/qy1PCqsoI697xYnJ&#10;yJX09R56zyrNFaxIA9a3tzf/AIn37aN0kF2DJIVw3xf6X/V+fr1e8VTaFQw1+fXvewD0fkJK3YG2&#10;q6oeWZ6inqWnEt3S6V9fGli5LMPQB9fqPeUfL0ol5flR2qW0/l3PX+XQQjUNK68aEdEc70pS2868&#10;RCGB0EDQyQsY5m143FPJq0jhhz+CdJ9mF3Aq+fJodSUy/Z6BEBc+iBm9Bt/bN/r7w951twu+R6nq&#10;5J+X+hp6V/1fLrNvYikdrtx/5qY/NunPpaqkk2dhJWAeqf8AiXkaRi30y2UVQJCFP+bUD2TvdldI&#10;qSxeTQQx4ZivDNFZbBlNj7hC/ung3GWISVUaPxcaKfl/qHR2WZk1FTq6ONTIvjV7C5v+Lf2jz/r+&#10;wqefXyGGq5HDkH6/8G+lvamC8BBXxf8AZ/1f6s9IXLKCCK9SveD7thqUSD6EkX/H+3/F/wAe1HiL&#10;KUkD1PTQCtpJXPXvcCarctpU/wCN9RN/rfgH6e1EaxnuL9OAClT173EMqtcyAs1rH+1cf6m5N7D3&#10;uRyraY27fs6sxoe3h1722Tqob0gANwdKqPr9NX+HPt1JEkoCvd1WoJyOvey79/IP7vUxAb/gXRks&#10;BfjVVfUAc/8AG/coe26f47cgUp4b/wDHV6i/3QjdtnooFKj/AJ+697KCeFe9gSV/xuLi/wBPyb+5&#10;VjUvDIFFSCv+XrGaTv8AD0509e94PoX/ANsf9g3I+n1NvZnI2ty3l06/xHr3vr/b8Xvz9bD/AFvx&#10;7p1Xr3v1rk/gX5/419effuvde99c/wBoW/2/0P8Aja9/fuvde95Y7er/AIp/r/776D3o9a697yCx&#10;/wBYfgf6/wDUe6trp2Ur8+vZ697VeyvRu3bLAqpXPYfk/p/4H0xH5vb2otlYygAf6iR0xciltc0/&#10;gb/Aeve7LdxA+fYEhIOqj2sAQ1/1SSGwJ5J9zAzKbPYlzVEgH8v9joJWB/xO7H/Lw/8Ag6TWOPpz&#10;w4/4H5P6/wCCx/X/AA5/3j2idwgNiN7Lp9Q3rXuBYD6U7A/Un8/77+rjgeNdPX/QHH+X/V/qoaWT&#10;KJYiT/xCYdOVLcCh/oaCIf8AJqfUXH49pjsaMHrLaJuSBh8dyBcXu5te1uR7Q23/ACTRWMDvHpnj&#10;nprZ/ilr6j/B1zpT/lVdzf8AdX/YWii/4k+ya15PNvUdTf4WBK/1v9PZHuYo9uHH4D/xfR/GtC4Y&#10;aenD2yTWNiACT/sfyo/r/X2E7pdTt/B/l6cXzPXveOw/q/8AvH+3/wBe/tjq2eve/wD/1tb/AM09&#10;/JXM0rva1zq/SFAFxzyAPcauKjHl1NUgJFScjrf49w6pCSAAFQ2v+f7IP0/J5/3n2zQHiOk7AEZG&#10;OvexE+Nsd9+diC/6tp4db8f87CT/ABt9fdrYjROPkD/xoU6XbOAdm5n/AOeY/wDHj1xb6r/wb/ol&#10;vaO7FQx5uqX/AFNXIb/jiSYf7G3ujZuCfkOg7YiltKfm3XL2GNRHdm+pu11/re3H05PHtSCSa+dP&#10;8vS9NVFrx09e9t08a2Nxfmx5F/yLm5HNh7c6cPXvbLURABvqLE6bW/Tz6ef9b3YHrRH7Ove0xXlg&#10;WtqvxpDf05vb8W93Xps/y697YKgHSrN+QWFv8CPp/tvdx9vVG9eve2qpW4/FweP+Tf8AW/PvfVCM&#10;de9wJYrRgXN/8f8Agynnj6n2y/xHpM/xMOve07WQLa5/1/6/6n/evflPl0ww697Qe4aSJ6f1ct6z&#10;awvzp4/23tbavpWY1zjpBcKDbbj/AKQf4R172Y7qSCmqvj/uGnkju0VTuGThR/x0pgL3/wBb2xvM&#10;oU29a11D/B0tugG5Ysx/wxv8B697Jnk6SKnydQYGeIrPIVKADSVmfkH8Wt7OLWVpIE1ZwP8AB0HE&#10;UAKQfLr3uZjd3btw0pOJ3HlaIgcGnqDHYXQi1r8XjX/be1SJG34BXp1Z50NElI697VMfcPZwCrNv&#10;DN1ccaghZ69yPR9EAH9iwP8At/aafb7e4IcqK9O/W3fnMT172/43v7d1HKJa2ipMyViMTCvqao6l&#10;OnX+hxy1j/t/ad9lt2Ha5H5f8V04u4yjLKG+09e99T9u4HKTy1GW682u007anmRa6RxqvqJvOBe/&#10;9R7um3GAaY3JHz639ZExq9stT173yXPdTZLmsx7YkkC4oMY0w+hNgZJg39kX/wBf3cxXC9wqfz63&#10;4tg3cy0+wde99/wnqWvOmizWXjsfX5sXBACfqmktL6uEP+39+P1KUqn8+tEWBwrn9g6974U3WNJm&#10;poY8FlY6qeUsFWpqKOnYFAxJJubDTE/+2HvxMyggr1U2Cyf2b1f50697ZqjqvNQX01OGl1agFTL0&#10;TsChH1EbE2P+392iuVcGoOD0i+lfUygqafMde9puq6/3HTks1HFKvNjBL5hbj6eNTfj/AGPt4TJ6&#10;nqptZR5A9e9ssmCytI6tLQzKFZf91SBeNX5K8XA9uK6mufLqqxSDVVPLr3tf9mhqiTbrrFYptrBw&#10;PwdWqOmlBv8A0YG/tNDhmFek9+P1Yx/QA/w9e9hI0bl7EadBJBPAOk2tcgf1+nswFNGePTahBGAf&#10;i697waSWb0DgEXFvpf8Ax/xPvYY4A6sjk0Smeve+BUqWHGktcc/6xt/Xn3da0zx6UJUceve+Q5Bu&#10;v0I5vx/rAX90c8KdeLUppHXvcmnv54bAXLJcA/kMP9v7bJw3XlYkGvXvao3xqO48mxBuzwW5Njaj&#10;pQf8f+Ke2ofgXrdz/avj0/wde9pAXIJ+l7fX8Djgcj28fLphgKMPPr3vC+m5J4A/pbi9uf8Ab+7r&#10;XHVD173Ca2o/659vjgOnRwGOve3HBG2Yx5/IrKY/9Z09tXX+48n2How2M/7tbb/Tj/D172YCJg8d&#10;yTbSCLD8HTYWHPPsF58RvXP+A9TYPgt68ajr3uQjWHHP44uAbgEH3paV6MYDk5zTr3vDNIbjm311&#10;fXgkD6/6/tzw8Fh0tSoBNeve+oeS30vyfp/rD/Ye005IX5dbPXvagoGs4P5ub/7z/h7QSgEEeVOl&#10;icB9nXva4xdSpccjjgkfj0tzyD/h7SzLTB6E0bVFfPr3sT8TUhrIH55/qLX8txxYeyGeNg1QPl0Z&#10;QyUOOHXvY04CQLICvOsL/hc6pjweQPYaaNWoWFRX/J0d2VP5/wCTr3sZtv1IRQOeVP0Bv9W/pfnn&#10;2gmjDOXrQqa9CS3yF/Lr3sf9usqeL86ivH+v9bcD62+ntiRhoJHAjo4tOJ697MntN2dqa1iP2+Rc&#10;H6x/TUQbkt7JLgYPRmeHWKX6f74/4/4/09mt2cpApj+k3i1cC3Jp/wA2BFvZUP7Rvs/yjq34afLp&#10;IZzmCUH/AFL2te9/HNxb8+zN7XcHwXP4i/rY8wf4XPB9r4uIz/q09Ipvi49Ff34hEdZZb+mS/wBL&#10;/wCcqOfqQD/r+x7wDawyXABK2/4Loj/p/j7ENsCscMua6T/l/wBjoP7h21/PqvTtuyyTLYEeQAgG&#10;x4lkAVT/AIi/+29qOrWyWH9pD+ORzzbm/scbAcd38X+TH+ToIN8bfb0TDcsh+9Uj+wObEi93Gom4&#10;IH05/qPbVQavNMDaylQD+eUY8cW9t7zpBnHmWr+wgf5unovP7P8AL0IlE2rG4SQXNqOVT+AAZtQH&#10;J1m/P+t/vbrKW0R2/QC1hwSPUhP+vyR7j/cI0HiL/ovr5eY/yH9g6M4qZ/i6FPZ0rtKzNygKMQOD&#10;YI78/pH1PH+ufaZrFIiDnhv6351BkFv9hb2HZKNJJ5qT/Lp/zI8ujI4NipijHARQAB/ZIWRrgg/W&#10;/wDr+0FkSg16T6dNgeb39AP+P6lPtOUlkI1j9Stafkf8n+qvTsVdS1456HXBFECEfoINuDY+pmJP&#10;5BN/Yf5IHSzA3Cm5/wBa35v/AI/4+25P7UAjNP8AL0ZxkEVpxHQwYVv21H6btfkfghb88W45+g9h&#10;llmdRIg/tX+trj6j6/Q3PtZEquVcjI6VqdY1EZ6EjHhdK/04P55+l/pz9B7Q9cSVlJ+t2t9bgBWF&#10;jx9b+zK1XSirXpiXj+XSij5eO3Asv9DzcfTm9vaJrAdTX/N7f1/tW+lz7Xr0weAp08Q/QW5twb2s&#10;Dcf6w9w1cCNuPqWP+8D/AG/H+P19lV/mdf8ASj/Cekdx8fz09TYxcf4X5/2w+hH09xZHseLE34H1&#10;9P8AX+vtKOmes4BJ/P05v/X6Wt9PcdpGDBhwbtY+o/g35HB4v/T3YVo1OFM/ZUf5adarXh1zAH0/&#10;xFuBb/bX494fM0hsQPpxw1/8AOOLafz7ugWurV08miurX/k/4vrkV0/719fqP6/X839vFNJe0egs&#10;T+dOoC2o3/2P59szj/FZjXyH/HujCDDHrAy+tTfgFuPp/ZFuePZBfmPIRkNnxXtaTNi1vp/km325&#10;vx9Pc08iZNyf9L/z/wBY/wDvhUw7Jn8Uv/WHqdj7eIkfk/7A+p+fZMctdZFUm7ADg2PLRKR/h9Pe&#10;QW5yU8EJ/D/gX/i+sfCK0C8Op/tqiNmJ4A4PNvx/xHsPOVAY07etoPlnr3sDO8qhaXB0ExJUJkyT&#10;a/I+1qOAbcjj/efd7d1a6s/Kr/8AFdK4AFkgavE/4K9e95erarydb1MkZtE+4K3WpBAIbE0RPF78&#10;g+zOR9KXNB3VY/z6NK/qoQte4f4R172W/vuWVcptqpZWalpsrhmYKGbiGry7kBbAn9se0F2yy6xQ&#10;a2sqf8ep0Tb4x/eG2MBgPH/x9v8AJ172YGj7Ho87sLCU1LT1ZnxGKoME8IpJ1inooaImaOZvU3jk&#10;8mlgOLH3jLuOw3EPM11cTmJYpHZxRhUNrwR8x6/LqR5LsSQWRRcrpFM5HXvab2rgl3BUZTG1tfHi&#10;cVIKnIx0k1RDTxU60sHkShpY6pk8kEnI/JvwPa7d757MW13a2wlvKqhIrnU3xEjgR9vDj0t0SXOj&#10;uCx0rSvDhgfLr3ubHh6HdsVNtuCasSPFUdTFiYYYA9HT0w1VUwSSxRDrF1H9o+0j3txssku5yIhe&#10;aRTISaMW+EY4n5+nSd/xRs5x8IpinXvYPY3HbhGNzPX4khqoa+WhNBNlaoUctNHQSPkqgRo5EaeV&#10;jzf6kD+vsc3d1tn1lnzOFZXjDagi6tRcaATTJp/L8umHRXE4araaULcRX/BXr3tcdddb1Oydwijk&#10;nq8ht3LkjOiohAmhFBRVsuMMVNHzL5a2qGq/6QLj2R8283JzJtguWCrvEP8AZGuDrdA/ceFEX8zj&#10;pjl+zSzjuIlZjq01DYpp1HGPOuf5de95Kyl2JtPdWdocjlczBHm4sbFS0UOPR6DVR0oqJRK4a4v5&#10;gRcX18e27W75l3XZrKW0tYWWIuZCZCGYF6LjzoR+zPTkF8+3y3ETMaNQEY9Mf4eve1Xitl7f2nRV&#10;1ZRVtdLFm4RA1F9rEtNEIm8qyAxjWPL5bnULX9kV5vu5bxPbwTwRq8DV1ajqNcUzjFPLq+3KNlM8&#10;yVUzjyH9KvXvYZ5frHM7Xy+Gz0FRRVGKymSVYZ3r6cw0c5vUvKShKRsotq1Nx+fYtsebrPdrC+2y&#10;RJEuoYjVQrVYfDSnnX5DpGttcWMktyJP0pzpqPzP5de9o2Dr3ee381W5umw+FyMFa0rxV7ZFJFov&#10;NU/drWwSRSCNJYkUEE3HPPsQSczbLu1la7XNfzwyJpGjRQNRdFGB8jXPRe1lML5ZdKgMRmucnjgH&#10;9hIHXvawrKPHwJgd5bsqDhq3GZnF4/zbYWPMNXQ0OrJBK5xI3ikqZFkMwFrFU459kiG7D7jsGzos&#10;8c0DvpmPhhTJRKr66RpC/a3RldR/qW0+rMekYoa07s/5fTr3tu3DV7T3Nm6TM0UudEcKwCJ3xLo0&#10;9WtVLVxTSBibJJ5Rdh9Pazbl3/ZtvewvFgYkGg8WoVNIWi04EFTQdMSTyyXSO9Sg+H5UbH/F9e9z&#10;c7sCrrqGlrtubhgaoqsnRZ7JYWryFFQr91G5llr5omfzmemFlJI4vz7RbfzNHDPPbbrtreGsTxJK&#10;qO5pSgQGlKN6dWurUXQjCmrVVyP9Lx/MDHXvbbl9n7yxdec+Nu7bzEucEtfFlBlBVtTtI+jymanl&#10;CRPq9YLHm39PZjtm+7BeWx2x9zuo0tho8Jo9AbHBQcn8qfZ0w66mJWNXqPxYPAegP+Hr3t9zE+7Z&#10;9tYjK7or8co2xGKCDK4bLwZTOouUqv3AKZHLBXYKGsLaLk/T2Ubemzw7teWuyRTB7slykkZii7Fp&#10;8f2V/PHn1a3RkRNL0cCn8+ve03ka3Y+Wq0ppUzudySaxV11XhpHkmJRJIdUkTFWKRR6f8NNvZzbx&#10;cxbdbSKotba1NKKkoxk1/mf5+vTK6VvjEy1YcTTjgnr3sQqzZtBg6aPd+ytysu8qXUZqKono6Fa3&#10;ySJj4RPKZfMBDjJZHX+psPofYYh3+63WebaeZNvZtnelHAeQig1mmKZcAGv+Tp6ODTuAn8QtPj88&#10;ECpHy697CvK9Tb03xHDnaCm25JWSSSishpc5SsKYQmOmilB8shBm8Bvcnn2L7HnTlzl6SbbbqS7+&#10;koulmhYMa9xFMDFafZ0V31rLcTA+BFqpircOOOH+Tr3te1G0N11m2o/7zR7fgo9uLLU+egzdLW5H&#10;HhvHC9Rj6QSHy1blFGm3AB/w9kP795fhvv8AdK12by7bSyPEyxOBlQ7eQ49Gt1G0tgI/BiDg1oDw&#10;+fD/AFft697bKek65ytNTS1dJm83VLP9rE1VhJC01RCqr45TGxtCxN7/AJv7UeNzRZvIsRt4Lb4m&#10;IkwFb0PqPTpiKS2aNVewBC+ZSv8Aq+XXvb/Vde7FymCqnzNZPjN3rDOm3KKmpoJKanohT2wjVNS8&#10;iyUQjqmKuG4iC+yuHmnmO03SE7dbLJs1QZ2qwJbVWWiioaqgEU+Lrzi2nDP9MBMtSoCny4HIweve&#10;wr2dsLcu53z+3cdUYiauxlVlZVSuzFJSivhojS0WjU7/ALiVUtQouCL3Nvp7Gm+8w7bYLt273f1H&#10;00kUYJWNmKFtT4HlpAJ9B6dN2ttczJLI0CFqHic+RH51/wBjr3td0PXW6sFNJQ5Sq2zivNhaikqc&#10;HS7joWoqoufDLPPeW5rHCmMoPqg+vsK3PNGzbjGlxZw3cxWcMJWgfUtMgDHw5rX16VxxTyKn+LqG&#10;XiPL7amhr6eXXvZjPj7jJMZg9wUZ8UUVJmY4VjppUlp1VKKKwhccOgJ4t+fYo2q6+quVuEZjrXVV&#10;gQx+1fXok3hSs1mq4AWg+VGHXvYk7xYrDCsbn9Sgf8lqP6/UW9nG+S1jgYLgg/8AHul8b0kppxQ9&#10;e9jbshmfauJ5JIgcfXnmqnv/AFH0HuWOXXD7VYqDjSf8J6DN9FqvpzXFf8g/ynr3sVsKWWAKxsCS&#10;Llv9ql4tfgC/t3eIDKo0LleH/Gf9X29PJlQRxHXR4sf9f8e23LVCLuXbiE+oSZENzc2NChAAt/Q+&#10;wU1oy3No1RXUTw+X+odGFlNR6fMdd/77+nu734aaB1DVBCDeOrtb823BWNxb/H2g3QG3t+Xg/lPL&#10;/MMOh7yPXxiPl/z8eqLf5i0MlR3ttNQGskNKbkAjV/B6W31tYG9vr7ETKSKkzRWvdiSSv49R4/oP&#10;aDdoUuy10BQkUH5U48P8HUoW6fqn01U6ndaCohx9PHqbTEqnSrrdb8EWsebA/ke29TqkFwCrLYWu&#10;By1uT9SLfT2FrCf92Th1FGDef+rjTy/wdHQBVBQdC9l6b+JY4prYsiksRYkaUFgPSBbU35/3k8e1&#10;ptqn2pRMK6vEiZZZ1ZP2pfAYNUM0Sq0UiKZzMh4Ia4/HHvLf2Jn9x/cm73XkHl33Oudn5eNpLL9O&#10;twkaXExaG2dHV1ZnEqyKrBKPRQK1PQL5huVsbhbyC08S9VBQ0IwuojuH9L/J1Wr8yavuXE4Gnw2w&#10;9i7W3hi80Ux+Ul3Nn8tiYqWDIY7O0tRJT09DLHBJLHAkaqZQySLI/BA4d8ti5txZWmy1HVeajpqW&#10;OlNLJZPGsdTLVgqhBdhHFOAObG/9R76Q+z3tty97Qcrbhy/e2cMm+7lcPNc3BQMZ5J4YYplaTQAR&#10;LJDrZDxJrSlOoM585h3a78DxFMEpIoakYZnB44r3fbjolG1O+6nrnZWR6/7lxMGJ3hkKqrXa9bil&#10;yOTxOO2xUY2DC4raVNl5j9tBT02UpKopETrWNVf9LD2p8TX1GLC0FWGmp2WNIGlYv4EZ/wDMx/QC&#10;GNkBCAXNz/sMA/vV+yu18p8/bHzvyRYtb2l7L4l4qhQnivM7SMAqimqPAL1A0/EST0LuSeYLu7tL&#10;bbN5vTJOSrJUg/pgKufU/FnpQbb7CwXZGz96bGyOYlqamHbmZyO24qiTU8NfR42eGhp6fyTvJoSp&#10;lRgEte/+tYS8DVbaqpYqbIj/AHIPFIKGTQpKItiiF5ZAt2kU+kn8+8Tud+VPczlzet65y5StJX5O&#10;lvVkmdNfh9//ADTTFEpwH8+A+3uayvJH20MvhaTUf6X7P9VOg1otwbO370rj+sd91oodw7Y26+0q&#10;x6gQBRmUppnhMk9ZUQ07M8zkhiRf/W9uYURmqWTWZi5+4RgPTICQFt9eB/Xn3lpyRzK++cpbLdJI&#10;EtUjIjoPwFvn6/8AFceueXN2wQWfuBvNpaBNHjhh6YRSSRT5n8vLgOtfvuHb+Z2HuZtjzzxw0+0p&#10;anD4urpZkYSxTyJUSmNk/bZWqJren08+5sUC1OIiEYH0XSoFgV85Y3+osAp/2PHuOucLl5d1laRy&#10;xyanjlVH7eGPQYOepX5Wl+h5ke+INDrx/wA22T/V/s9Bd11nanY3b9SctUSSur1CVVS8pefV/d+s&#10;EJHqUEk1Krf/AFPtU42oTXW0wDaJBARdSV/ZDvcW+ou/PH+8+4Hu7a523d9rcvltdRX1TA+RHrXj&#10;8uI0s9wS5gv4CwJi0/lq6GLftDQ7/wCia3PS08EWQ2sEdawOPvCuZ3bQ0L+Tyeo/s0tl/wBpH+t7&#10;DvLyJSiWRxpVRf0jURfSD/tyfx7zL5BsLjfJrO1hUMHrWpoMBiPX06KrC6WZZF868Ps/1D14/l0X&#10;zrjB57PbsodqYaVKw5CfxCapqPAnppqir+o8gS5iI9Wr6ewk7Bw+W3NS0FNiSpV538jSyGLxL4Qo&#10;ZPQx1Erb/D3nL7ObhsXIlnvj7/cxxTIiOxFG1Lqcjh8VNfACuegZb7VbXO73VzMmEQFaDNQTXzH+&#10;rh1eD/Lb7f6k+KKdo5PuCuixtdSYjF1QfHQjLtkVTK5CUQv4Z4zIIoq1WVVGqx9rTbm0odu7WnpZ&#10;w7u8M/7xjVi0rKsp5uh0j6C45941e9nvXPzrzE9hy3cBdsiSlC7R6v7RC/A044HGg9cdM3PKFtuW&#10;5Ws4xokH8HAeVDjzOfn0TTvj5xZj5N/LPa2e28k2O2Fj9w4LH0dAklVHHVQY+sqKeSeemlkZUkqa&#10;acF9J44/PthkVFqYljGklIVZhY/RwxJH4Yn3iJzhdXs9yrXkgdVFacM0Zfs4fz+WOsoeULQ2llBb&#10;PwROFf6Kr1a78coI02Pmaq02qszebnXzqUcJPDQOsUbOS7QxarL/AEH+PtcUxtSx/glltb/VCMfS&#10;/wBPp7g7fRW4T0/2T1JVqCUSnCv+boXtqkfe5P8Aw+8v9D6fNT/j/G3t7ZTJDCtiQYlYi9uArEm9&#10;xY29g+8bwo5Wr3aqfnTH8/8AZ6e0jWW8w3+T/Z6fdsqBuGfm5WoqR9PqPuIwRwQQLG/tM5eQJHIW&#10;UgG9vzb6j/bfUX9xxu9NdVkrQZ/n+z1p69CKzThp8h1Y/wBL0zSxU48dheGysL6Qqw3sbeuytY/4&#10;ewG3HVvFPLIhIJY/g/pBu4IuABz7TQW6XcIjemlRQ1/lT9n+Ho0WNC1H/s+j+bRpxTpHqBOsAqQy&#10;312JBJsL3P8Arj2W7fe+9uYXySZTM4eBYCQYKrI0cEou0dwsMk6vcFwfpx7Edrsi/T6UFFNPI/8A&#10;Ff569Vk3KwsxQyqB0YvaWMy9UyuKOvjMy6xU/bzCBrB7HztEEIIuPrzx/h7JDv75hdN7caWCpy2V&#10;r56goEaixb1iweJqORhFLFMQBKsov/rH+ntFd8szzqQiKD5ivGuPkOJPRbcc+7dto8bxQzJ/lx/z&#10;90OGOxVXTBPK0ChNXEbu2q+q2u8a303FuT7r/wC6fl1Ub7wOY2fgMBQrhsolGv3UzVlPVMtJU4zI&#10;2aBpGiXTVUbqPr6OfqfYg2baPoXEjE6/+ivs/i/PqNuY+fDu6SQoo0N/pv6J/wAI6fUgRG13YkG4&#10;1EcXBBtZR9QfZE2EbRu0ssshuSUdSY1JsSAfrb6f63sVCeVZYyv+of8AFdRRLbiScOxPWb3zipHa&#10;whplOq9gI+Qy/wBSCb/X+vu5meQA6m1f7PVJI4owWBOrr3t0ptr5mvljEVDJZ5EC61lWMkkgBiU0&#10;hefrb35LKSdgHACt+3ouaRiwBp172s6HqjPVbIZUjpwSvMU8YsAVubMptx/vXs1g5Yd6KP4vPqhn&#10;Za0Pl172vsZ0tRxqkldVTM8YDOhSB42sEJRmA/SzAgn+ns7t+TGmIRhVTj8P8v8Aiqf5Km/OEY1r&#10;/Pr3tYUOwNr0DCSejgLLpIHhQ/S3+pJN7rf2JLb26sLYo+sGvzXj/q+zqzTxgDSor172p4VwmPUx&#10;0sMUKqpHpQKLWt9QbfT/AGPsQRcv7fbKChUuRw7ekjXAOAOPXvcabcVJAp8bLf8AFxe9+RwCb/19&#10;3MEMCuI2Pz/b9nWljAJCr172wVG7QW4JFvpe5/p9Dew029p33ZYSw1DpxYmatT172x1O7ZitjVSA&#10;cX5sbgg/1+p/3n2UvvQMbDX16PbpAP8AUeve05UbhmdrGpf886mP00/1FvZVJvalgdRp+z/V/h6V&#10;rZheJ697T9TuCockNISb8kufxx/Xjk/19oZNyBWtf9X+r5dLEtKUNCeve2GfLzmT9bX9J/tf1/Ta&#10;1hb/AHv2H7i8BY04/wCr/VxHr59K1t2r6D/V/q49e9w5cm72RGcqLM/pY/W9+VueP9f2l12WrUR3&#10;f6vLh14wrqxTr3uOa6Vyo0kL+kE/1Fz/ALb/AG/tLNdWyDtw32/5+qOVQfH3/Lr3vIztZRI/lDoC&#10;FLA6B9AAPqNP/E+yt5v1JpFGGbV1QIH1OvGvDr3vxDPbS7H/AGi40n6DT/UcC/u63BYEE0FOtF3g&#10;BzTr3vnExCygryCOWBuLL+T/AFJPvVwaiJvXP7D03dnU1m9csn/P1Ove5NNI/wBxTWay+Vebi3+c&#10;t+R9be3iFFxYV40/5+r1WVFq46972Avj/M7dT7UIbV/kk4ve17ZbI/n82t9L+8seVCHsQz8af8/N&#10;/qPQQ2kVvtzB8vD/AJDomPd0SHelQzDkpF/ZvwMVjR/X8j8+zOZrVfIsp5H2th9OPGg/qASR7xU9&#10;xf8AlcJvsX/q1H1mptP+4W1f83P+Pnrh0ppGxtvKRwz5b/G/+5fJMeDyLE+yLb2nIq59R9XGoD+g&#10;WIf1AvY/7b3jTu+n96XA8+3/AI50MLhSST/q4Do5kP8Amk/2P+9n/efYTPUgN9Ra7c+v+ot/X6e2&#10;UI0aDx6KZV49ZfeH7i54J5sfzbj0n6E29ndpKmjhQYH2U6T6gRjr3vG1Q3p59X9Ofpxb8j6H2vil&#10;rUqevV6977ModhYgEi35/wB5+lyb+9ySMXWg7TX+XWwcHr3vG2rSdX0AsbWsPpb6c/X2tt2IC6ON&#10;etCvl172DHd1LHLtES29SVVIh4F/pUm/P5PuWPbd6Xtyvyf/AAAf5+gL7givL9z/AKY/8dbr3skU&#10;xIksfoAFtx9RYHnk+5qsDqW6KcdZ6xUsaGJ6U/1Hr3vtk+rKP1cA8WNrDg8c39pUjdYoRwof89f8&#10;PXvIde94grE2sS314/pa/wDrfX2tiU1D+XW+ve8ni/STf/Ef1B/of9t7ckTXSh61WnXvfmS5HIt+&#10;bf0/3nn214L0wR/q/LrdcY49e98WupFieSfx9Ppawt7pJHSqsKqevYPXvedEvybD+v05IsDbgXtb&#10;3eOMNk8Otde9qbav/H0bbsLgZzEm3+ArYD/Xnj2utf8AciD/AJqD/j3Se4/3Fuf9I3+A9e92YZo2&#10;Xrg/UmLaAAHHFnP1/wAdXuTZ/wDkn2X+nT/jvQMh/wBwL/8A5rN/gHSbobH+N/X/AIFZG5/5JH/E&#10;e0juEhsbvq9+N05Y/wBSAtNJc/197NRIaf8AKMejG1qstuV4m16caXhKEf8ATFD/AIf2UsAPaO7B&#10;f/jEu1xe4/hmM/rwCHtb83596XNgv/NQf5enLDNy1PX/AAHrlTD/AC2tP9XX/rXEP+I9k5q7lgeB&#10;w1/ybWFuD/vrew9vi6vpqjy/5+z0Ip664q8P9npx9srIA3+vb+gtbm1uf0kew4ysMlaA9Wp1731p&#10;P0/x/wB5tf23oX+Efs6d697/AP/X1v5FDJa5JXm5BUHUb8e421r/ABD9vU21Hr1v8e4MsskikSKo&#10;CXAF7AcgfT6/2fdWXi1emXBNXrjr3sTfjYLb93zzYybbxKm34/y9x9f8SPbVtVVunb4KD+R6VbP/&#10;AMkXmcn/AJRj/h64n6r/AMG/4g+0n2JCr5yt+oC1c4/xt5p1F+QOB/T6e6aqSgeZVf8AAOg7YkfT&#10;TL5knrl7DOfRc3+oAW30+hNr2uPavzOn1/yf4OjJcKPWv+Tr3tlqh6RyP7R/PA5H+Fvbnr1etDXr&#10;3tkn1AH8H8/4f7f3sdNnr3tNV8iMCxUX5+pbm+q1iRYce3Bx6oade9pyoa4A/H4/xsfzf8e79Nt1&#10;721y/rsP6D/ff7H3vqv+Hr3uDUve/H9LfW9/T+Lce2W+I9JZPjbr3thqVLrwQOTyP9dPpb34VUjB&#10;B6aYcK9e9o/MIPD6iCQGHFzpPF/pxYj24hI8YjzA6QXKj6e+xxVevex96Wv/AKEN3oq/pGdcXNrX&#10;npxcX4HHtreya25r+If8d6V3OOWrX/Tt/gPXvZPcqsn31cxW9pZje9gP3n/Asfz7OrIjwEAPkP8A&#10;B0H0rTI8uve2Jhd14tdluePrc3PPPF/ZhHTP8XWiOHXveJrh9Nr+r8mw+puPzzb24ZCvlTpl2KtQ&#10;Dr3vFIGvqAAXUQQCL2uT9CLjj3TXVq17um2Yk6uve8NgCxH9ongDj6fW/u9SwJJ4daBJqanr3vwC&#10;3/Qt7CzAkfUD/W59+ZvTh1ssSKeXXvfJgpQpe/A/FgLG/H9Rx78wClWHn03Ie6MAca9e9iv0uFn3&#10;xi0aNZInep1Ix08jF5M3sOT6/d5x+gzV/wBVehJYICmofDX/ACnr3tB1VXU0lXLJTStC5kcHRY8B&#10;mC8kH6X9o1ANQR6dBeOQ+LMAc1HXvbtTdg7vo1C02erUUf2FEIFr8D/Mkkf7H3bwY/4eloupxwkP&#10;Xvbi/ZO4JwkddK2QDN9JpFj5N7t6IPqf+J93hiUa6Yx0stryX9QNmq9e9uNR2PR17xtlNrUFX9tT&#10;xQCSSrqgQsClQbJGo+jEj/X9tfTtqGl6Z6QzXAll7oQSD69e9xhntm5AstRgqXHhk1rJAaydhKbA&#10;AA/UEOTf/af8fb0iyKikEn/iurTSQmGOsVM/P0697wSUWw51BbLVdIWI0xx4uaRbvwBfXwB9Ln8D&#10;3oGUDAx0x/i5BpIQD8uve3T/AEbU9bSpWYuvE9PJpKPU+Ck1BgWQ2lnX6rb8+7rPkoy5p0ujgSVa&#10;oc9e9slR1zmoLlDSuoB+lZSXI4vYCYkD3p5UqKfH1V7RxShFft697Yn29kaKZHlgNlkTUyFXFyR9&#10;BGxv9fbYkVhSvTBhdWyOve3De1JN/GJ2EUlnZfVobginph9NNvz79C2Knpy5B8Ut172ibMOCCBwe&#10;QRb+n+8e38fn0kfVRv4uve48gt/jx+Tb8A+3FNem1qwHz697gke3+nSufn1724YU2ytD/hVQEf8A&#10;U1f+Ke27n/ceT7D/AIOl2ymm6W1eGtf8PXvY+U7F4rWHIsBxxwo/3j2DkFJH+w/4epujzHb/AJde&#10;9yoo9N2Nxxb6X+pBFzckce3GGoKo9f8AJ0aRVJVKef8Ak697xS2vwfUPrb6fnn/XI9+IwwXh/qr0&#10;sXCn0697407HV+b2sb/7D/Y8W9oplGmtB1qgpgde9v1I13vwL3/2JHA4Psvf7OliA4AHXvahopGj&#10;kFvre/8AiDZv8Lj6+2pdLHGQej1HKgU+Hr3sQtvVZaYrydP+B/KTH8j/AG3sou0FMCpp/wAV0Zws&#10;SaeXXvY54OsJVGLfQH+n1vJ+ALcg8ewwVVS6oaivQhsm8l9evexow8x/b0/Q8mwJ55+pK8Hj2ikj&#10;+N6+n+boTW57f2de9mG2xUlhCbj+yAbEAkFQfqCebf4ey+hA+Hy4flw6NrQnUppj/V/m697Mvs2s&#10;CzQc8Exf0/1UJFyQTf2S3QqMcaf5+jhiCFp6dY5Rdb8/7z/j/T2bjZsxkamJHDGMf2f+ma3I/wBh&#10;/vuPZOAA5+z/AC9e/D+XSSzaj7eUf0Dkn6fVJePpfj+vs0O2ePtv9aP+n9Ka30/rf2pt/ib/AFfx&#10;dIZuPRZd+2MFUDe9pR+bfWX+oP09j/t4agP6Ex/9c/6/n/iPYhtcCL/SN0QX34/TPVeHbh0Crta6&#10;z/n/AINP+b8i/tWVWkcX/sn/AGFh/vYFvY22NSNB8tQ/mR/m6CDfG3RGdxytJK4PHpa4BH9kSKQT&#10;wRqDfT+n+8scC3kqVA+jr6h/XSnNvrbn27uJIu5PmR/z909FUMB69CPi3vgNvSu49VFVHQbfTzxj&#10;8i2rj/b+3RlIjUj/AGo/m5t4uT/jzf3H+5f2rDyr/lbo0j40pjoWtpSh1dfrqRf9axQ8AfX8W9pm&#10;vZyrCxF7X/p9Yza30FvZAoXIJ7enx0Y7CKFeJ/QDzwWUn6TKbvf1f09oSujAjcseLAm9x9CoHBub&#10;/wCPujnuTT8f+T/V/l6cWtRp49DVgpWL2Aut7X+vPrPpt6bW+o/1vYb1pOlh+blv9bhf95vf3uZQ&#10;zBTwI/ynoxXj0M+GOgq6/htP0+vH+wGkg+w9yukK+oD6kk/S9/6/7H35g1VZT8ungWFdPQl4kk2U&#10;Hgc/UkD6A/4/T2H2SlvGeOAGvfiw0tf629mNsppQcSf8vVX+Jvt6VtOlpL3+gUA/15HP1NjyfaJr&#10;Zblv8CRb6j6Pc3A/2HtaOFemh8+PT1Ctvr9fzxb8rb6+2+5eIAcBSfr9foL/AEH+PsqvqCdf9KP8&#10;J6R3Aq4/0vU6Pj/Yn8f7x+fzb3Eb9Rvb6m4/33+I/wBh7S9M46zj6D/W/wB9/X3wYqNIP5J/H09N&#10;/oP9b3dPhl/0v+Uda8uOeuzzb/X/AOII/wCJ9w2dUdLcix/P+wHHIH/E+7IcOWOT0/BnX+XWQKSP&#10;964/HPF/yD/sfb1TuYmR1A5JuDp/AKg/X+hPtm4zbT149v8Ax7pfB8XWAgFgD/ja39NKkj/Yn2QT&#10;5jyXyuz2PN5c4LDn6UO3R/iOLj3NHInG7/2n+GTrH/3w/stlofOT/rF1NoBpht/Qn/D6u5/w9kwy&#10;0itUKRcEhLgggACMWP4+tvc+buSI4KseP/PvWPw7QQD1O9tisQeeCRb8/g2t7D5AZmJHn0pijBFW&#10;HXvYId2U0dbhcdDLbx/xJmYjm6mkqFv9R+D/AK3vUZpdWTKf9E6dCAywUGNfXveDrCLR1/Vx05/b&#10;gz1ffmxJTGUim4NwbhR7MJ2rDdKONXH7T/s9LzhwB5MOvey998V8yVu3UBMafxPEu9iNJtPlbqbq&#10;eNI/2HtJKiuWUCq/Qn8snol3wlb3bwDjXH+fe2OvexN2PkfAMFRtWnHUmQoaSZzS6aiOrmmMESpN&#10;YkxmZfS3I0ge4C5gtfEO4Ti3Ek0UjAaqgqBU1HrTiPXqRY0Hg2406VIBxkk8P59e9rt6faFPvCsp&#10;9349M3jBTV8tLK0dVK2PnjUGmo44aF7yRGQai7fp/PsPpNvMmwRvss3gXpkjByBqXOpiWxUigp8s&#10;dGUYtwoM0Yp68SPQfZ172I+2+wtgYrBSUW39qUTbgmhK0rN/E6dADHMkjNNJqijcKwIDcN7Du78v&#10;75fXSybhfutkHqxBVjxFAFrU8PLh0691beC6JCDLT59e9lR3R112BUY+u3lk6kw10E1J9zA1TQ/5&#10;O9RUQ0MaxP5F8vkjUElV/PuW9o5n5ahurfYrWKtuytpYKxqApc1HAZPmeii78S2t5ZpGoRpqR8/8&#10;PXvY67g7BqP9EsO+UgGLy8gcZeqpZXmnR03HDiaDSsiDylqa6kqvpVjf6X9gDb+XIv65HYDKZrYf&#10;AGwDWEyNwOKGh458vToy3a68G3heIUuGBqfsKj0zj0697BbdeAmzeUwtfFOcz/FJKpYIavxUiUxp&#10;KaJJWjZnQEzaLnVa1hb2O9qv02u23GzljEBhC6ilXJ1EmmK/DWmK16S7lZotzbQhgSwNSeI7R+3r&#10;3sRt2UO6vLQYKkqWxtM8cKy1lJLTzuoemhdv2m1avE4/rzf2FdmudoC3W4SR+LJU0Vgy1ox8x69a&#10;3UvI8UMcnb64697y732/T53bNDsXF5w4+GItUyxlIQamurKYR1MpinkhYmeRSxs1vrp902Dc5du3&#10;W45gu9v8VjgZPaitVRUA8Bj/AA9Uv3WewEEQoqCuPniv2/5evewPxOR3BiUlwGVz+RpqTHSSUbYS&#10;KCOWjydFSlKcNPUxXMP3yxlWAa6j6H3I242u2X4i3ax2qFpZAD4pYho3ILEKppXRWvCnVGSRtuSV&#10;Fr6ivlpOf2cQOHl173LjyWDyu3cniNu0yirpsvW5espJElp42MND9tUNHNPpEsxlkQWU3Ycgce0Y&#10;s9xtd0tb7cpj4LQLGrAgkVbUtQOAoDk8OHn0X2ymW2vNOHQOf2LwNft697dUn3bj9vQ1KYqlRHpo&#10;oKGcZGLzoXpBJTQ+Pkp+nVz9DwfbLNtF1uDWq3batRLjQaGhoxqfXgQOPl0/CJWsx4WH05Nf6OQP&#10;8/XvebY/W+Zz38SzufSix1fV01ZTCV8lRyTy0dZArTVJhapiPkDOw02uefafmDmmz2prPb9teWS3&#10;jdWoEYAMjEAV0n0Geq2ROp3lNGFRUUJI4ny/1Hr3tJZYb22NBVY/G5+trdu0tWtAKACnWGppJbxt&#10;USRReWSMxqTZbk/4+zy3l5d5lnju7rao4t0kXWZKsWVga0FaA1+zpLc0TviFENB6YwK8K8PLz/Z1&#10;73xwmS2pqr8HRYuCmymQlinxWV/ylZZoKSKaWtE6SsaenLR+kKSb/g+7bha7o3gX1zfu9jCCrpRc&#10;Fj20pls5448+rQNbk6ZHNTlWpkgUrw/Znj172pcLS9hQRx1u3sRRLTVIfx1bZejpppxFrhu8M7Bk&#10;0NqUcc3v7Jr6TleWQ225X8nirSo8JiBXPEfl59Nwo8l4DAePnw8j6/n/AIeve0xQ7L3W25KjJ7uS&#10;nw0bGEPFBX0FdKmiiMC6aeGoaVtf7Z+n0f8AoPZ1d8w7Ou1RWGxO09K5KugNWBOWAH8X7Ps6s0d3&#10;9S4eiV8ga0x6kCteve3bGxx7AzFVS4rLVMWGziQwUldRwLNM0lJGZqoS0itNJDonnIGorqBuOPaa&#10;+a65psYb7cbFHu7cksjMFFCQq0PbWoAyBx+fSmztkeMSS2MdK4zwznh/hP8Ah6975bLyNHVrW4jL&#10;YmmSqeWaSpzss8oq4qWapLwyLTFkjcoo/T/Q8+675arbtbXlnuDvAyhRFowrACtCCa4r506T2y25&#10;uGjktwQxpXzX0IA49e9rjEUPZ9Fg6qTbGExMkslXWw0VZJuPG0k0MQZTT1axVMoQSFQpCtYc+yK9&#10;veW5riC33fdbkbcCpZBC7KWp3LRanh5jq+vcoUdI0VoSxpVgP8hI/Z9nXvYIZXFdkY2vqqvdbRR1&#10;mSMtLVZE5THVMsNFPI0snjWnleOVI2V2AFiSPr7H+3bly1JbwjYVLQw00rodQzAYBBAIJ7c9MpJu&#10;6I7vChc1oQwwPIcBWnzGeve5+1MPS01VW5rGZOeStjoamhmqooAaikqRJT1T5KBNbeeaCYKygAKx&#10;4/w9peZNwu7hLS03CxRInKSBdXbIp1LRv4dQqG/h9OtGOs0NxJOyztRTQA4rUnhX5+leve5GNq6B&#10;qvJ1m48Am6KmKvqY1yWVarx8z0oYSfxExxaFNT5NUniI5ZyPx7S3dvdRQWkO2bsbMNEp8OLS4BI+&#10;DVk04CvkAD0YrFEp1SXbmSuKrX51qPP8uvezX9FVtPPhNwPRL4KJ8xG1NCA1kgajjKCzesaF/J/r&#10;7ttqXEdwiz6nn097epqK/wBH/L0HN7Ytd2tW1H+L/bde9iXuZ0kpIkLMTqUcgj/dgPA+t+fZlveF&#10;tzprUf8AP3SmFT41fs/l172YTZVO6bNw8gHHgexP1v8AdVA+lz+OP9v7lTltidusxXFG/wCPHonv&#10;EH1MrV7v9gde9qCmyE8S6QSCv1HNjyxAI4v9fYsmgEi9q0Ff9X5/5OkQb0697Yaqrap3Vt+5t+9W&#10;c35saFRwNNxe3sN31sqTWWtanUf+Or8unreUiQ14VH+Dr3u+34SxGfqGoUksFSsF/qTbPZCw/wBu&#10;vsAc0yeFHsgX4jPL/gXP8/29SfyCT4sh/wBXn1SN/MOqFpe69pysAA0VOL3I/wCXOukG/wCTc/T+&#10;nsWM3RHyOVsWRmI/Nrgm31AuB7DUu6FZPAfPy4V/lw9PL/JLMXx0Zcdc+vdD0ENSeI5IUXVyRZbK&#10;T6vVe/H9ePaegMpqERwCLobmxvzYj+19bn2kuoUMTvE+cj/Mft/1Y6NyoEYoc8OhY8sUdM0gBB0s&#10;2nSVHK6/8PSSP8eP9f2I2IxDGOWskSOoppkkoipnSPwM/ileZSh8jsIgQGHPP9fYes+Z59p3baId&#10;ovJbLmSxuor2GVULu7wv+knd2JSYI9OHb0hdrdPDE0AYhh5H9mPKv+ry6DPeAjqMdWT1dKldiK2n&#10;qcTUxlzCtJHPBM1RVoIgJZSlKWUDjlv6D3mqa1Nt1lJWY+J3pZYKehraVpJJUjMkhlqKkTESs7pF&#10;AoKKLXPHvpN91v305r9wuYrjkv3V5nku7WaNjaSusesXpltYbeNURFZU75qOzlST3DgegL7jci23&#10;MW1reLRCoDAD1VZW4E14txr/AC6rj+Rvxj2l2zsurxb1M+EyVPlpdxbZnp45a5nraPGZtcEs0tdk&#10;YYabzVGR1OG0+ID1fm69o6jGZuhMsRWUFS5FmUxSNEG0gHSSUV/6fn3kR7tbTu1lZX+271Cr7eVf&#10;w2J7SF1BJGYUCMpI7SwB+zqC9l2ae3v4ZAzL9OywDUAMKwpSv2dUD9jYvuj49dqYagya1WOCZ+jp&#10;aCpp6imnizWJXPSUYrJHp0qIaaSqanK+ENfn3IbHvjpcVIxUQVNHFPTtqW41VEsenSrsy6VhVhex&#10;Or/D3D33e+duX+ceS/dD2u3JlO5WV9NEFIekifTRH4iqrVX1DDHj0Z89y3203UVzCWJlDDt9Sf8A&#10;BnoxHemIqKfbVRkpElpsr2dg5ewIJY4wXjraVslTpHqEpERWWlUgskdyfofa2qsqk9fWVLuDLkp2&#10;qnLavSwWzDUwJ51fkg/6/sLcvchHYOVtn5c262YjbYghUDJBcNkLVMVwOsZIZZ7nnjcJrwN4kgdq&#10;/wC1qBxINP8Aiuqnt64/fPYe16bdmXhnr8xg6mKPKsXSeorqjJ5Nqh6iU3EhMSx29IcfT26UUjQ0&#10;Ap+GWEKNf9dbuVP05tfi349xtzLtSruDOr0kfgPkAlR8uHn9vy6FtheM0cdyBpAP7K+v+r9vQAbi&#10;kir+zpcs5UPnZaif7KxZIWo8QsTq0gYstypJvpt/vThjq0KaJNIaSXzXf6MTF5zcc6VGjj/H2At8&#10;5ct5pri5PbLFw/24iH24zx/PoX2ivHuPNGgDSfptP2aPP+f7f2KbcuazdDtjfdNT19RT7dX+7P3m&#10;MQAwOfvo3pxYq0klqt/J6baT7TG4f8o8cixa1kLhwTx6VjAvb+tv9t7yE9mbldvjuDNKFZVFCPUv&#10;Jw/wcP5dBvZ7stcOhpX/AFf6v9jpU9QvBtjdWfWXJvj5qGmw8lBMsamYGrp6hpSgJKqwSa3P+q9z&#10;MXinkjhqU9CwvqYAA24sLXYC9j9PZTzvznrvbzaZj4kk4UCpz5EcF/L9vR1aOsabzMy0VI1+dDWp&#10;P8vLoHe0N7ZF8lkqCcPkVyipTmqqX8ZbxeOYWCoFfSBa+o83/PuTntwwSiOiEQmGpVIdpRZfUhFx&#10;p0j/AHm/vWz/AHfd9teVtw5sgu9DtA78Ic41fxf4ceZ6hjl33Nu7vmxbCSghEmjBPqM/CfLPl5dG&#10;X6Z+Ne8MJtqi7ZydQ9NhcaVzNPEGonYin8NXpiRaySdyI3sP2+Af6ewlCo2Rcxr6fKX1c3UPIBo4&#10;4IU/7D3AO+zXKQy297LWdJGj8v8AQ9fWffLI8SytpmzqiX/AD1sNdX08K7D27VQKyRVu1sPUvCTc&#10;P93i8dK1YzMRIklQDytrqfzzyIcSn7aDngaCb2uLxoTb6/hfr7hPeGVZmqMkn/n4f4T1IFsAUH2/&#10;5ulVtW8lfkxxfTOg+ouFq6Zhf+t7H/D26woRGTcBbA3FybFbNYf19fsK7lMGhRdPcBT9mR/g6dcV&#10;YDz6UmCjb+8TlDYTVDEKwBsGnCEfpHAL/wCv7Qu55yqFFb/VfTi5JlUfj6G/uO9zAEpY/wCrgf8A&#10;J0ILKgAYnPVoHQdH5KGGTTYARka+WH7cXFyeTc/19l43hPJFjMxUJI6SQ0Fc8bKuphJHTSsluDbl&#10;bfT8+24Cax0FRUfz6fvFbwGCcej7bLp4pMniKWREkjlr6FZAxIUoaqLX6bi/H+PvVU7qz27t59ib&#10;glzi1uSdK3TCskZYIrUtNq0CKBONUYNv8L+5YtC308Sg0oP83+AdQDzO24S3MgJYgf8AQv8Aq/l0&#10;fGOOOGNIokWOONQqIosqqPoAPwB7SuG6p3puFR/B8MZ1S+oVVRBR+IHykFRVMjHV4mv9Lcf19uCM&#10;VBllGP8AV/qp0RWOy7jesqPXQeufsWsX8Ut3VNps1L/C/F/xylx9X+oupCrHV/4Lzf8Atf4e727w&#10;MwRXqvR0eWpLdSWanXDyJxz9fpwf+Ke+dF0TiKFzDWVArhE/raaOOLUGJZRdarkqbfT+nsY2uxic&#10;KSukj/PT+LoJXkwt2Kg1deuft/i2JtbEX00NOrKbgoHIGmx/sym3+8fX2dwcrRrhnH7Rn/jXRY97&#10;rJCin+r7eve+5KugoEaOmsqWtpCMAwtwPyw4Hs1TYYYFWYsvb/q9acOkjyu3Ede9tcu44Y/0kKSP&#10;xqPPP9EuOB7URCOI1XTpH+r/AFceqxo8px172xVe7JrlY3cg3FwbDkuL8oSePZgm4hVbSe7/AFf6&#10;v8nS1dsZquGAP+r/AFfLr3tP1O4qp/pJxq/JHI5/on9D+PZdcblc6W0vT08urHbmIPd172yVGb/U&#10;HmNyfoFvzxYE6Qf9459h+a+vVapkFOqDbaEEnHXvbU+Tj0kuxv8A7Vzxc2JP1/H+t7RXG/zykogo&#10;P9X9HpXoFaaO3r3tqmygYG17/wCqBP5Fx+B+P8fZHJuTSFiWP8/9XD/D1vwkJA09e9s5rJG/TwRy&#10;RqsRfixuP6j/AA9t3F0VUDUNefP9nStyRgrivn173HZ5X+qgc35/3n/G/skluptTCjfZ0naShrSp&#10;697iskzNxHIbkX/bcgkj/Af4/T2rMhZalu3oyLrTVXHXveT+FVUrArS1RJ/Ahk5H+J0X59pgZGGE&#10;JX1p019QagAVX1p172u8R17lq/6Rzx64QQWRUPOn/VupP6v6W59mEHLU0+hmrRv9X+rz6RyFQSWk&#10;Fade9q6g6upaavx1NlKt1+6rKVGtCkg0zTIp4jmt6QrexPZ+3c9wNTuv/GeH+9dJSQjDUe2vXveb&#10;t/q6g2PHiazGVLzjI4+gq/VEI1K1f8QcDiaQnilB/H19lu5cuPZK8WkfpnT/ALyT/wBA+Y6U27hn&#10;Gk4qP8nXBHD6rf2XZD/rra/sCIWmSTyabsQCQzADgk/qN73P+39hJ4KOBwUnoxuLUSRh65J65+56&#10;yyOsjuqpqblbggHSTybH+vtNcgBVVTWhH+EDpBcrQ2YGaJ/z9173hgkBlg1av85HwAT9XHANuefb&#10;wB+otSTx6rMArSUaueve9gH4ysanqjagW4X7eotckfXK5X/Afn3lryp/yT6nhT/n5ugdtI03+5j/&#10;AEn+DomPf7pTbjaf+08X9PwKLFofrxe3s1e4InifIrcab0x50gH0Q/Tj3ix7iKP62zv59o/6pR9Z&#10;pbRT6PbKfF+p/wAfPULoirjqthbccAgsuWItc2P8ZyyG5v8A7T7r/wB+ygV9SnAvo5P59ENueORz&#10;7xl3oOu6z5oaL/gU/wCbodTJVejrQ/5pP9Y/72fYQySanAvYC/P9AT/UfWxB9pwzKqvpyRw/wH8+&#10;imdaV9f9X+HrL76VyCVve4/Jtfn9IBBH0HtdBKRg8ekJGaefXvfNnDG/+w/pb+n+v7VLMMhlp/Pr&#10;wFOPXveYLd0cn0hQDz+PqB/UfT/be3tesVqT14jAHXvblcFbLx9VuQb3AvyT+LD2axNQ08j1U8Md&#10;e9gp3grR7OcKeDX0n9OfRU/71f3Jft63+7NgT+Fv8H/FdAH3Cxy9Pnz/AOfW697I+63sSSTYH/X/&#10;ANtaw95A7MoP1OpRlusVtv7YXPqf9X+Dr3vqxCq3BBuR+f6fX/A+1BhAWOvW+ve+ZSwJ/PIt/sQL&#10;Xv8Aj6+7Y691731a4P8AUBR/rcn6fj6D3sgqaHr3XvfkUnkm3+9nn6D8/X3o9e69778RLEf05H+t&#10;+CORxz7qwDAA8K9eFeve8yrpAANtJ/HFjfni3097C+Sr17r3tRbVOrc23yR6hmcXyP8AqMiNh9Lf&#10;T2otwVmgav41/wAPTN1m2uP+abf4D173ZXnxpputSCOU2bf8/VXPF/p9Pclv/uBbfan+DoGWX/JO&#10;3D/ms/8Ax09JmgN3zdx9KrIj/bFP9vf2lM+o/h++DzzuPKk/T6fbvdvp9Af8Pdu5pfD/AOXVj0st&#10;tXj2/wDzydOlNbx0I/6ZYeLf4KP6n8/4+0bvlNXUe2b/AJxmM/3lZbfk+2kP+IIBw8QdOWH+5JH9&#10;L/n4dcqf/gZV/wCBH/QkV/8AefZNakHUQ1vxb/E3A45/3j2Tb3p12lf4ehRNTxItP+r/AFZ6cPbU&#10;ycm545tx+P6jn8+yIevWh5V697x2/wABb/kL6fT+v0v7p9N/wz/V+3p/T8+ve//Q1xpIzrMapo/H&#10;BDfQa/pextf3F3HT5qOpoLZA0463+PbbPTLr1swXi4UKSfp+bNxYe7liygMM9VL1GRnr3sUvjXTy&#10;S9g75B/Sdt4gg2A4+/cAf2W/2Pu0Ei/u681+SH/Zp/PpTYS6tm5gH/CCf2nrg/8AZ/4OP96P+39p&#10;Lf0IGZyh8hB+8q0HpPNpp/pyB9f6+9z/APEbH8P+XoPrmS1x5j/L1z9hZJEFNy/q5+i/QgGx+v09&#10;vdHJ41rnr3tpq7Bb67g3FtP+DW/r7302xOB5de9p+paRFb9y+rgnRzpGsfTTY3X3Ud0nyX/D0yfi&#10;697S9f62v5OCzfRbflrc/wCv7cLaRjj01K2kYOeve0/VsGYj6iwt9R+Bz/sPdogQi1OeqL8Cg9e9&#10;tEvjW1wf9YE8/Tj/AB59u/4OvcM9e9wZahAgJBC/7H8lf8Df+vtLJEzSEqKHpPIlTVRQ9e9sFXU6&#10;yx/BtYfS/C/n63P+t7dSLSij8XVdA0gV7uve0vlXvEyi36bn/WYqfpbi49uspGhfOp6R3a1jiUep&#10;697H7pQf8YV3tEfqIM21voR/lUAvx/Qj2k3c/qx/l/x3pTd/8kiQfI/4Oveyk5VG+7q1/wCb8v5H&#10;F2bn6+zK1akcZHGnQaQHQKde9ph42DFSD+R9PoL8D/bezmFg2k+o69173xEQCksLc2ufwLc/7D8+&#10;7y5kQV6YlXvBr5de9xpIQOP9v9DwfqDzx72K49emtIrX8XXveFk02sPrz/X8n68t/T3418+vEEYI&#10;z173wN/9jcfkf8aFwPfh/LrR697wqzE8/j/jfFv9h7fjADrjpRCALm3x/F/g697GLpMj+/mJ/wAW&#10;qvr/AIYnJ/n8/T2luRW3nPpp6NdoFWuf9r/gbr3sN8oumuqVIN/J+PoQTq/BP09tW/8AZL0H0XSt&#10;fmeve2wIdVxe3+w/A/re1/aiuOr0697yAXFuOL3+pAIFh/vf192RtJqerKdJ6974MDa304+tx+Df&#10;/be1Fa16cJp173xUFWF7fVf9uTx/hfj2nJ1YHVWNaAde95A1gw/q5sD/ALb8jm3up6b697EDcQLb&#10;OwzAD0w0II+ljaQ3uf8AintmH+2f8+vTf2Ef5de9hzT11bTPenmaIgW9Kof6cepW/p7XBRTrUJlQ&#10;E1oOve1NS743JTAeDLSQsBYBYKX6G9/1U7W+vthohX1H+r59KRPcLQh/5Dr3tzXsLKtp/iP+5Lg3&#10;EjxU97/Q3gpV5BCn/kH/AB9t+AMgY62LtwCGGr/Y/Lr3uRJvXbNR6anY9MWNg1Qc1XkrYizeNIFD&#10;ekBf9597EDgYl/l1Y3EVFLW4p9p/zde98I4Nn5iGokCDD6EQnQlfW6Szafo5UG+n/efdKzIwzX9n&#10;VQLeRSaaf2nr3thlw+0CHEe6pfJYKkRwdbYm4BGsuFH+v7f8S4UV8Ko+0dUEduz0M5r/AKU9e98s&#10;ftSVa2lq6So+6pRUIdbIlOxCEPYpJPrF1A/H59vTktZu5GdJ6Mtmsz9fDIj1AZT/AD697GGGILFY&#10;fqSABub8gKDc3YEg/wBPYGmU+MW8q/5epjC9lt6UXr3vlxoJ+luP63P+A/w9uh2JAPDoziY10+XX&#10;vbZM4DOD+QdN/wDWtb6Wt7VrXSK9LAe0A9e990jkcG/0/P4FuebfT2muh21/1cetg9vXvb1Aw1cn&#10;8/1/wPNz/h7LJB5gCtOlKAEKRx697fYJiXCj86vr+RpY/W35P59otIAJIx0aQr3Y/wBVevexFwCA&#10;MSOTa5PPH+eI/I9ormtF9M/5Oj6EECvl172OGEjUIgPIF+L/AO1NYnk/19hWKpLFfi/2D0IdsFH+&#10;f+w3XvYy4CUK8Z/rb+v15PJK+0d6KkAcehOfhHXvY9bWlIWI2tdv96ZeQSB9fp7L5Bx6MIeAHXvZ&#10;l9oXc0/pP1TkX4t4vx6PaG6/spM+XRxH8NdX+z1wfgf77+h9nF2HFdKY2J/zN/qLf8BSfzwOfYdL&#10;fqU+R/w9KCSVH2dJTOsBTyi/Ol7H6j/Ny2v/AFJ9my2jHo+1b8kx6ebG2mnJ45+lh7a8T+0FO0A/&#10;4cf5f2dFs7dx6LLv1g8VTyL2lBAtb9NQPpYHi3sdcMTrlvcHXH/S/A+vN/z7GmyfBZ/6Rv8An3oi&#10;vvx1+fVcvdYAiq7eoCZDf8f8pVwQOPoPaiVSbn+zc/72eT+Txb3KtvTwU9aD/AOgpN8fDy6r7zMh&#10;WtkUck6rk3sBrfgD6cG/+v76gi1PUn6sGj/25XTcG9vyR/sfYb3KTw53XgpJr9gz/m/Z16JqOvpn&#10;oTcTIZcRg2NiPtHCC/1LzMbtcgi4X/Y39z9JtGCPo0oF/oRZf9jaxv7Ae5OC8h/or/h6NI37cHoY&#10;dqaVQsDwXbhf1KdMo+pv+fafrk0g2/2m/wDsRET/ALx7CztqmYVzX/P06CCaenRltuOHp4GItqU2&#10;4t/x1F/yfqTf+t/YfZhQ0bXt+mw/2PP1/HuiD9dvtB/kOlMa5H7eh423IVjiH+L2tb/VyE3H5/2P&#10;sMckvqNhzpBv9P8AAAf7b3d/9F/PowTgehuwrWWnueBpH9b/AEJP+xv/ALz7DrLjUzr/AMg/74+/&#10;QmkdelcfatehOxp5Rhz9De3INuOL839h7k0EhJN/823+869P5/x/1vZ/ZymKFyvHUOqz8QelFD+t&#10;VP8AT/eQUFvofaNqRqnYf4k34uPWw4/23us0nhQs3nTH29IZDRWPy/ydP8A1Acn/AHriwP0/rz7h&#10;N6L3uRa3+v65OAP8L/7D2Su5ldnpSvSA5PU9RYAAjg/0/PH+v9T7b6g3Nx/Uf6/9ri9j78PTrXWZ&#10;BxY/0/3sD/EfT3Ef9BHNuD/tif8AbDn3sda6yD6/j+h/1+P6/U39t4YEoPqw4v8AixItx9Tb3fSc&#10;t5dbo1NQ4dZPp/vv+J+g9qSlZWRdXp0lxf62u0tyDb/ffj2X7j/uPJjNF/48nSuP4Xx5L/kx1GAO&#10;vg3HJ/H+pP8Aj+fZAPmAoGR2gVuB5c5f/X+1wNv68e575Orqv9XHSn/HT1Bnvn/ZWOr/AIZ/gh6m&#10;UBvD/rE2/P8Abf8AP9fZLsowM9mNrKlz/wAgISOBxwPz7l+9VtaMOGkf4OoFhDF2pwoOpvtr8nFg&#10;OP6X/oLc8A/j2n6Ulade9g73OHfBYsRkKTkzq+hsppJwTzb6k+0zurSwDOH6pSssNDwb/If83Xvb&#10;d1xL9vsKsQG99yVxYaeOMbTaj+fyv+t7M31NLEDxoP8AD0ZhHEsfrUD+YP8AMde9l674ajnODVlB&#10;Z8ri0lH7i2hLZXyG4Cj6/wBOT7ZUzJc3MkLETJE7efGtR8X+r8uibmSMePZEirGRK/703Xvbxs/b&#10;8OVjxGDwn+T1dS9FWRyC7nUDFAsp+4mSIkPIDYvbj3E29brJbTbhum5nXEqyKeA4gmnaCf2DqRtk&#10;ic2cLEUAioPPyFOve1zmqLevVW6w8tQ2WkrIKuGrR/4dRgyVEn28ra4WrRdRz6bA+wzYT7Dzhs+l&#10;I/BVGUqRrbCjUMHT/Pp5IZLZ5JEOpif9j5/6v5e9umwa6euye4sVlMi1DV52sgyOJYUq1Ao0oKaR&#10;3CiNBE5125dk+nAI9peY7eO3tNrvLS28SC3QpJ3U1F2AHE1H5A/t61Cw7oXkzU08+H2ft/Pr3t03&#10;BU7hyWRptq7yz02Zoq4zE10tFSUxlNEsVapanoQjRlZVQW1jhb8g29pNsi2y0tpd42TbVhmjp2B2&#10;NNVV+J61xXy+WOPVJ0aUGG5kLRNw/wAPl86de9vm9dtYfb+Ag29UVrZlsz5hSUMlNLRJH9hV0tbU&#10;WnilcNrFRq9Trylhe9vaDYN23Dctxl3CGHwFhprYMGrqVlXBA4FaYHnU8OlkFoIYVtzNUtwFPQ14&#10;/wCfr3tNb26y3dk8XRZbZtY01LjfLJHcY+mP75poHscjWRycSLIP0tf/AFrezbl7mzYrO/ms9+g7&#10;5SAfjPDUR8CkcKenVbmw1LrR8LU1p/k+3/VTr3sONw9jbq2hlqauytD/ABChSKnjjoGq6WFI5oaW&#10;JaiZaimpaiVjO73IPC/j2J9t5W2be7GSCyuvDuizEtoY4LHSKMwGB/s9EkkcdsjzxiqVNRQ49T86&#10;/Z+3r3tKTS4LfmVG7KbNSQZLGGKr/hX8MqGQtTspSH76Q08fBI9Xjb6X9nMabny1aNs0lkDaygqZ&#10;PEXg3E6BqP5V6RQTCa5guI5idLVqRSnkcED1697MDtqt673PDVQ1Fe2Zlw+FFVk0kocrRCnWmWGG&#10;riQqIlnWF5CoaPVrvcAj3He6Q818vywSQwfTpcygJR421B+5a5JXVQGhpT1HR5t7LHczyodTFWJH&#10;DzByeve5NV1Fi8hhqjJ7GYY6ulqp66kkRJJWSOSl+4gmAyVbGuoTPEbFbjTzxf3S15y3IX5st8j8&#10;azjSsi1AHa2lvgWtAuoYPnjPVIrZ7tr0I2kjUxApwr68Pl6+fXvYI5iq7D2fSVP944jl0xuZaeB5&#10;anGwmRKRHKTWofuDHq+2c6STa/5sPY+tIuVOYriE7SRal7UKwAkbJIr8en+ID8ui2e0mWMNrqyZA&#10;x+Hh/qz172namtwPZMC7hr69tr5XGyJBqhoqvMeZ1D1ixkgUsUfllktrKkLp+tjb2tjj3PlaV9sg&#10;g+ttJQT3MsZANErnUTgcK+f59F63Ek5R2PeD6efEjh+X8+vexY25vfYGJx9JjqrLvmM5NTmKqppM&#10;ZlaNZZXDRuv3EVPJTJ6SBw1ufYR3TYOYNxuHntdsFvZI1QwlR8cQdLNXo7Wa3kAjEf61OFT+eeHX&#10;vYo0fSWwtzYAZ6jhTE5+SMOuPSPI1i0ut3jkArJslFTTEQxXuV/NvYOm585i2rcG224kM23qfjOh&#10;S1BX4RGSMn16t+7oriIDTomHl6fnjHXvYL1+0eysJAKeJWzYjv8AwWd6jD0RqV1g5B9C1EgpfEZb&#10;ASG7afT9fchWW98rbpdlpECO39otJTQ0OjNFLVpXAxXPTEXiwzJHLF4jGumpp5Anh/l49e9s+6M/&#10;tLcVfLkhNJNml8f3G4WosjHPUHw00EBbGtFDTR+Klg8PpXlRqPI9rNo2zdtssks1tl+jNaRB1IXu&#10;JPdUsasdWfWg6cnWORe1dbeZyPOvD+XXva6673r0ts/HLTVkYqstA0j5KRoNxxfexyzzPRxyCGGa&#10;CFYIpRYxm5A9XPsh5k5c9weYdwe5LEWJAp3QHTRQGIyGNSPMY8sdUtZFLKJ1HiJx+w1pw/2eve1D&#10;gNrbT7JoMrn63DxUGSqhPT00K1FbUgQ083ipX8wnpo7tFzZlBH0PPsk3DfN85UvLOytb8vAlCTpV&#10;cle4UIY8fQ5+zq8SrcvLIG0twHn/ALHXvYGZXae7KSpytDjayTNLSQStJSOmPoFp6HyeNEE0kzeT&#10;QAF4Ysfz7kGx3nZrkWFxdwCFpHUaqu+p+JwBivzFOil5J4txiSM63xUHGM/4Ovew3ym7nmY4TeWE&#10;+9ajgC01U1dIj49Yv8lhKxY+FRUClXyW1Mdd+b8H2LLTZGgK7lsW4eEGfK6BRj8Zy5xXH4ceXRRv&#10;O4XZvPppl7NIP2Du9F/1fs697F3ozevWOwq+TNZqMZDKTSPBR0ckWcpwKKabEVUFqqlgqYjpnomH&#10;qUML3NwAPYJ9xNj5w5qiWxspNFsq1ZwYTVgJVPaxU5Dg4PyGa9Hm3PCiRaV7njAAyK8M/mcU8vlT&#10;r3sfDuPbnb+6MtHXYOOg21BtvM5Klokra6pjnyNLMZKOsLqlFWRM1NVldLEoLXIufcbrte58lbPa&#10;+FuTPubXUasxRQQpWhSlWU9y/EM59B0ILeEzBhJRYlQkDBz5GvEfZ1726dM09JTY/dVNQoIqanzo&#10;ip47uwSMUUekXkLObf4knj3M/L11M1v4lwS0zR1JrpqSCPw/6s9BPeoCJ7VtVTX/AJ+697W+4f8A&#10;gLFf6CaO5/6fJ/h7VX5rCwPw0X/D0pixIR/q4de9mt2WEfZmDUEX+3mvwfqayaxJP4st/Y65bulj&#10;2ezSlAqN/hP/ABXQfvQTcy+n+wOve3KbGMIxKOL8f8nBbW13t7Gltun4Rlqf6vw9JRGT172g64/a&#10;7kw7PwPJVf1/NEAfpe5u3+8+0++hLuCxkDYq/wDz7j/V/s9eiDa5wfwgde97CfwORa3pZGU3UyZc&#10;Wsx4GcyH0sL/AI/p+fcKc63IsOYFkBoaR/8AHAPl5f5epV5DbTcXpH8Ef/P3VIf8yiN5+zto04HB&#10;9f4UN/uJp+GNmI9X0/x9j7nseKJ6jki/NuBwCzfTUfw39PYFuNwO4yLN8v28PP8ALqZEbUi/Z/k6&#10;auspycZQ0n9pdK2N7ghIwAR4ksQb/wBojj2gls0p+o03v/r6uP8Abk+6nCjq3Q9N6YFH1Laef+QP&#10;V9fyBf8A1/b/AIunqK9jRxTvH6hJpMaPbUyQ2L6bG5l/Le2LverLYvB3ObbI5n1aNWtl8tfwVH8G&#10;ez8j00bhYpVBGT0k8hh5Mn56cV0lNH4GnaAwpKCy+WP/ADykm373Hr+n+v7EbEmKipKjBZeiSupK&#10;hJonIl8TLrgWjdx9qfJdUD/U+255Lm93DaOf+V95ex3q3eKZapr71f6lP7aq/FoxpP7OL8lubhPG&#10;R6MP+L8+gLzErUU2R29W49K6l81XFHKk3hMZRpKHyg0vrugBIu1rj88j2y0mCpMDkjVY2rMWMqJg&#10;ZqNYW4aWXk+eaWWeQLDGo4vf+t/eXL/e292ebuQ/6l8yXX1FwkAi8Yi2QmNIhGFZYrRcsS1dThia&#10;Hoh3Tl9NwijuZjWSIaR/h9f8PRXe5umcB2rT42Ldg/ibbclo6vbqS/cD7NMY9VPQUySUuTpEqFhk&#10;muHkMgP0bUo9r8Z7DCSCjyrMKJ4RISEmcKysTHZKeKN/weNf5/2HuPeT/b/ny/sd05p5KgDXi3BA&#10;74UPetDmd2/45U+RzXoN7lLBtdzt+MIunz8yP9N0TPt04yOqwm3srH5ZsPSwY6qF5fRCKq8wApmi&#10;jlujWOl2Fh/Xj2DG6d0vWZCqx2DDKlPWw+Nv0lYY5kmdtNTEf87GSbaiRfjn316+7P7Z79snttY7&#10;pzxP/u53GKOYikbaBkqA0TaSHXTXtXHz4Y78x7DBd+4m87zGe27JNfX9JQfOv8vLj6rjqv437HxU&#10;eR7Az9NHDtvcmPybYemcVspnjqqSsoKedjSZmasi/wAqdbo8a2/tcezMbcro63DQa3/beMFrrewM&#10;8jA/7rI5Tn3hV73bHLy17gbxBaqS8LqU+YaCI0p3/wAfzpxxQ9R9fbUKXwQ0rIlfnQimfl+z/Lqa&#10;d27Nqut/kdvDa0cIaXF5BIKSUzRQhEm23Q1cttdRUwi8VZ/akP0AHtc0NJHjKLIFZjIlX9gLG6Bf&#10;E0xBtrGr/O/X8f63vDnmHm285h5w5Zju4f8AcL6r0P8AaQx4+CvFOH+Xod2doljy3Y4FW8T+ch/4&#10;voydJ17Jl/jPvrLvSpS5jdCbWNC4njm+6bEb7np5yzfdxwxGGkj+rAagx41c+0pLTeLHp5R6iWtc&#10;/wC1k/QC30I5v+feS+zbqLi+CQGlKfs/1V/y+nUVIrx3yy1wagf5T/qHRKMxXfebxyL0LaaYrj1e&#10;4K6dFDDE3DhWt5UJ4H+39w8bU2o60k2RlURfUi6zev6eoG1r/wBPx7ZuNqmu+dYgI+LICcVp4ZHD&#10;7f2/s6G+9bqi7AXc1KBv2g1p6V/4roRO1MTS1VB1htykJbKR5TLy5IG63hyMFBJSWLSCnYKisfQ1&#10;+fV7QdJM00eakk4+38hX6c6ajT/gfoPfQP3SdNn9t7O28jbhDx/BbO3Gjfw/PrCnkCBd195NlnUa&#10;1F3EeP8ADJ/tfX16vX7sxEe0+kfj7svHX8m7sht7EyKNQGrIbZomYkySzqQXUfWVeP7Q+vtsx48j&#10;61urvVP+Bb1KhsQeOQbX/A98nOaZF+vuRgxBT6+Ur5/LPlmnXXm2gIktADUC2j/l/wAV0czbdHNj&#10;dq4Ogltqpts4mAD0HmDFU8BI0k34Qf7E+xEGk00ZAtYqL/1vGv8AsP6e4gviQ5UnHH+bf7PQztEI&#10;jUn0/wA3WfbiFMnWPqvqSpHB/Kz0ur6WJH0t/re5UQGhjp1fskm349P4AH1NuT7I91am3gF6DxP8&#10;n+SvDzr0qQ0cenSv2qhfeKaFu2jRfVYkLWfT1EnlQbG1hb2F265VLOFP0Lgfn6k88j+v+9e45vB+&#10;s2PP/P0fWvwpj/Vnq2zpOndMPRGTkmCMn6W/zVNzdT9T7BbNXmiqIpf0SK6vY/qRg2ocaTyp/P1B&#10;9tKpKARAVpj/AAf6vs+fS2OFZpVjbhTo4G3fHT1VNMb6o5I3/ppdSCr3OpAAwH+sfZQc31b19SZG&#10;pyNLt6nFfPIWkqxVZLWz6IoiSj1jxepOOBx7N25iv7WMAymlOFB/0B/xeOrNy3aSvqpn/V8+jT4X&#10;LZqtij+4rDptYqYaT1cm3qjRWFiPqfaOyO2sHErH7VChIOrXUoY7lSLKZSTqJHsNS84X8syxwXLR&#10;uPxYfzA804/6gM9Gtty3DDR0+Jf+K/i6WsKzWu7avpdQqi/1NuD+B7Y3wuJrvu1qcfEbmnMbmomN&#10;jdQ11V0vdYx7Aez8/wB5YjYo5t3YsRPjwx6N6R/y6TTcqbNNNaPcp3d/k/p8m6cHQ+rT+bXvb6jn&#10;6k/Xn6+6p83u1paurcsYoVndURRqPpYqQdMAf6j3m3Hu15dvY3C37PCnxLpH8PDI/n1iRvG02ttu&#10;V1FaE+GP9N/z8es/tE1W6NdyIRKLfqMhj/FuAIB+Pz+fZo+5Arj8v9VOi4WQXAOP9Xz697SFdnZH&#10;fVbQlzdQdQA9X+0C9z7ZG4gBlrn/AFf0T0ojhCsAG/1fs697amyrSfQ2+n4+gv8A4oDb2mbc00tR&#10;+I/1fg6UGKv4v9X7Ove4NRkZy1hLx9LaV5HP9Yz9faRt1XzfP+r5dUMLev8Aq/Z173BeokcG7WHI&#10;4W/9efp9QfbLbijZLVPz/wBheqiFqde9wJJuTZ/zYcXYHnjT/jf8e0Ml6aNRRT5HP/Hem2hKd/Xv&#10;bdPVQow8sxNhcnxt+PpwASBz7Qm/L95X5U/1f5+qG4bjr/l173BbL49PR5WJA+himH9Db/N/09p2&#10;nlfNOtfV/Lr3vJjq1a2ohSm5jYSeYAMoJEbmMEuqtwyn6e3J7baZb9SVGr/bfwjpJvF+kZJA7v8A&#10;YHXvdteG+NvVzUMMs206aqdwTM7V2XjuQ76eFy1uPpwPx7l632LZ5LBW1fxfxfxD5/7PA9Ecu/29&#10;u1Co/n/kHSWrM3LDVNAPRbRp4Vr3XUfrGbH/AFz7foenuuKUeKn21TwBLgMKvKNpY/7S9ewPH+Hs&#10;SRcjbPA0cg2pST/Tf/I/r8+lL3EoRXR/i+Q/zf5eoozNYbkT35BCeOL1LyDZvELe3iLaeAoWT7Sk&#10;ihSM+nSZy30ANtU7Mfp7PrbY9gtwqts4r/p5P8/p0ja8uAaeK37B/m6yjJV0in1m/wDwWLTa35Oi&#10;3PtKbjowsTFUWyu+jm3CBwDwbmy+zG+2mMRROqUTQNP8/wCl9vSfc9ZeGQ5OkdOtBOXNix1cF7i9&#10;tWm/Okfn2WDczOuax3rZFXM0n4U/8pE30BFv0r7Dl9aiOFiSCAPT/V/q9etzzlbRXB8v8nTz7dO8&#10;4IarBbU8yhmG3MKUZrgsBTZEqbKRYgk/0PPsqvo7M7aB4Pd4Z82/hP8Aq4/7F9pu/DikbwsZ/F8h&#10;59RqYW+45/5SZT/rcLx7KNNjhI0f7nAZSU08fqJ06i6/g/8AGvcTzWtnGbisX4uNW9PSv+r16EsV&#10;2r2U1Iv5/L7OpPuHWUBEgIbVc2KWUaTySt9XP+tz7J57WwH0pkioaf0/4vt6S219AEijdSpC/wBL&#10;/N173HjpTA6jxhWZ1swZT+ltNrE/0Ps2kTbBNDQY/wBv1S9urZxqHr/S697vU+Kcvk6owNz6oYJV&#10;INwLNlsyfqEX+yP8fp7yC5du7tNhWG2FbQhSvwfxt/F/S/zjNOi3a7qL99yhx21X/jn+r/VxKP31&#10;SwHcOOkcWNRDW6mBe48VJi1HCNf6f4D/AF/ZxuxJkTLVSopCqIbM1mI1U9Dfi345/NveNO/QyzPe&#10;fU01ErwqBhV/1ftHWYnKXgvbAE/4fV+kN8b1RNj4AxOXuMmDxpJIzOcHI55J/wBj7rq34zPW1IDF&#10;yVSxtYcLECSCL2H+J9417r4UO4TRx/DUf8cXobzSKnYnR7YrmNb/AF5/x/J9hWvkBuBdSeQQvAt/&#10;j+fZVKmsnHRRNSQmvWT3NRCSCf1MALf045PJ5497jUaQIxUdJAB5de95WpRcOCSlxyP6k2Lfq59q&#10;Izp7G+PrwOaNx697mx0yMIyfwFuSTwoP/BrWHtbbjjr+An/J14juPXvc40QAFh+bfgnnm19V/qPZ&#10;1AApOn4R1ojBx172CHeyCLZDrp9RytEw/IPFUP8Aavcke3QDcwIG4aafzHQC5+0/uaQMOz/oVuve&#10;yQIhVhe/I0n/AI2efeS27Ye3ann/AJesVbk6VDEefXvfAR6CxH9o34ubm5NvwfbbAhI6jy6uSDHF&#10;T06975/X8fQW+v8ArXt9fofdVBYgDqnXvfvz/X/b2Fj9T7ekRiQR14mnHr3vsKxuBf8AH9PoOF+v&#10;9fbfhv6f4OvVHr173lVSL83/AK8fQkEnm9vz7sImPHHXqheJz173zt+Of94B/wBYfn2pjhpWgoOm&#10;yeJ697fNrjTuTAHkn+NYwW/16yA3/wB49uhSWVq4H+fpNM9YLr+ARN/g697sg3AWNH1seORs4n/E&#10;FJif9vf3JFwwO37MfLRB/wAd6Ctm6nb9wJH+jsP+Mr0mccPXmwD9azJf7C7IfaazxKUO9DzYZbLt&#10;9fz9m5/oeBc+0sjf41OP6J/w9GtrJSe1Hn9MP5Hp1p/83R/9Q8P1+v0Xn6/X2id6Xk6j2vJ+fsMU&#10;T9P+bvJtb8e6Qf7gTf8ANbqtiKXN4Dx1HrJFxWVA/wBpB/5Nj/x/x9lDrQS0t+bsv+tx9f8AEn+n&#10;+v7I96rqsK8dB/ydHjatdlq46G/ydTfbKygN+fp/Um/HA4NvZVoNOOenuve+eg/1P+2P9bX+v+8f&#10;X3Tr1D69e9//0aR8f1lNlMctbSyFmcNYeMDlZ3i/t18YHEZP09xf4lDTqXFViKr59b+5IH19463p&#10;PPLZvt2bUTdr0q/2U4t/Fb/j34Sj16qYXxUf6v29cfIn+qHt96a673NtHeG5qmqprCrw+PhB8lDy&#10;qVJlThK2otdR/Qe2LWUNYXor5H/COldgki7HvxbziP8Ax7rjIyAJqNgXsPqb8N9NP+HsK9/7Tyku&#10;UyjiEi9RUyg64Tf9+W9rVIN7f717UEgvb14VH/HekNrEXltNXDHWX2DtVtfIqrXi5Ba3qh+g1f8A&#10;N8/4+3dXcfSvRi0ba29K9e9sFTtrJfmE8E/R4TwNX9Zv+KfX3YSJ69NlfOvXvafq9vZFWOqE2Iv/&#10;AJyEX5Yf8dr2978TtDDpp1fSCB172nMpiaxf91m4P+qjHAJve0luL/S3tArDpAykcR172hayhrEk&#10;kulgCOCY2+qj6EPe9j7N4yNC+vT0atoBPHr3tgnjn1eoW/2KG17c/qI/Ptz5DrxqMde9sdcjhnDA&#10;C1uOD9dBvwf6n3vqhApxz172n5Ba4/1rj/be1Swg9wNUp1TQ3GnXvbXVxeRHb6egkX/4nkWIP+w9&#10;sT9jqtPPpHeAjw1P8Q697MH0kl+p99Rm4Ao8ufz/AG6un/2PtBu3xJ9o/wAHSi8H+6mQf6uHXvZW&#10;szSM1XUEW/z0g/H5Z729X+v7UW0mhVPlToNoCEBHXvaWnpmueSDcj8f1P+1XI9msDmvbwPVdJr17&#10;22ywuAf6Fj9QP8Qfqx5Nva5AWZTXA6qyVYNXh173GCkXv9ORb+l/9j/j9Painn59U0ede7r3vjpF&#10;jwPqfxb8n3VzVs9MSUUmp697juFI+nP14uLji3+HvQpWp68tAanr3vBpBVyP0gC1uPq3PF/bkX9o&#10;leP+x07AP8ahrxz/AMd697GLpRLb9w3FzrrLcf0xOTJtzYce2p9P09yD6D/Y/n0b7QF1XJP9H/Aa&#10;fz697D7NR/7kan8Wk5H5/SL/AJ/p7S2v9mPXoPrin5/4eve2j9Vr8cn/ABte3+IsB7VdWz1730FH&#10;1H9PoP8AD6H/AA9+68TQV69760/763+FvyT711TUvr1732qA2vbTcW/N+Rxzfj3sCvV1oxFOHXvf&#10;TJ6zbn6tc2+ht/j+B711phWo697XeZYNszHBuNP2K3v+fHJ/T3q3Q+O/7P59KAhEIJ+XXvYaNpte&#10;9r8X0k/Qf7D2t6bA+fXvfgNTC8l+fppte3+IP0I9tGig0HWyAFPXvfIkW5/w/r/X+vN7+6D5dMht&#10;PDr3uPckMQTxbn634+ljYcX9u0yB1TPHr3tQYfSaPLErcrBBzc35mP5/1vbEuGTOOn4j2SCuP9nr&#10;3tLyFwZDeysx4sObkn6jke1a6Tp9adNVIJz5de958SP9yNLxa9RCLjm15B+Pd5amJ/sP+Dpbsq/7&#10;tLYgUJdf8PXvZiKUXhpQ0mu0MJ/TpsVjsP8AX9gWcHxJa8a9ToFPhWxY9w0/5B173MbhfoeRxz+L&#10;fj2ykmT29Lovi/Lr3tonUl7m/BP5/r9PyPamNsIPLpYAKChwOve+UJtYf4Eg/wCAsRb6n3qY8SPl&#10;1dTwxnr3t5hU6gOPrxcD+trckeyqbg+fL/J0oWunjXr3t4olOu/5sf8AeNY45v8A6/tO9Apzjo7h&#10;AUgn4B/s9e9iRt6fWxXng35/w85vwq/0v7Q3MVCGPmP59HcKevXvY0Y6YhEWw9YP+tcGXj6fS3sM&#10;2y1ZjXh0IdsFWJr172Le3DJJIvNvUBa4I41fT+v19o7soSpXhToTqBTHXvZmdrRqUiFvwn9TfkH6&#10;Xvzb2R3HwP0tj697M1s8IrQNYE2T8AkXMP8AT8c+0kpxp8b/AAf5ujaKoCrXrHJfTx/X/H+h/p/j&#10;7OHsFrpSf8EjIAP1/wCAZt+fYfmNJZv9P/lbp1zRT0kc8P8AJ5fp+mTn8j9uUf0Hs2+z/UtNdfp4&#10;/ofoT9vz9b/n2geokk7vI/6v8vRZN8RHRY9+WWCpIF/84f8AeKr1Gwsbg259jfiY0WQk/kufqTyB&#10;GQfrfg+x5smv6e20cdC/s8/5V6Jb2ulqdVu9zTF/vVJ+k8o+luT5goNksLn2oCNMjL/rWFz/AEF/&#10;949yjYNrtY29egrMauSOiDbgXVWS2v8ATTewsSjEL+OCSPp74US2qJ+OCy8cXt4z/h/t/ZFupJe4&#10;qc6v8o6a1Ek9CFRyWw+3QD6vs5+bcD9xrfn8/j6+3WUcJYc6mv8AgfpjsL/8g+45vSuuUfIU+2pr&#10;/hPRnAfiB9P9X+HoZdpeTxguSeTxe5C6ZCCbcWtb/bi/PtP16KF9I9RC6v8ACwjFuT/h7DjhvHbX&#10;wzT869KlqSCTgdGT23Prp4vV6fpe1uR5VNhpH0It/wAV9h5loW8ch/qyj6X4Pj+nP+v72SDMgPCn&#10;+fpWgDMvQ77aqVsvFrMxH0HNmF/oL2v7DTIRldQY3sbc8cf14P8Ah9OfemYESH7el8Z1CvQ54iS4&#10;pyg+ojPp/wBYf4X/AN59hrm1szH8ci/+t/xT3a2NVpXpZEe2nmOhSxhtYG/IuBfgXA/BN/YdZBdL&#10;SD8hDf8AH0Mv0+tuPZpFJSLVT5/tp1SbJX06VlONRS17ahf+vGk/7e5/3j2kKjiU882f+gv65Dc+&#10;0s7F/EYj0/ydF8+Aw6f4BZFA5t9frwbC4HHH+t7ap+Ln83v/AI/Qnj/b+069IvPqWv8AT63H5N/8&#10;Bx/sPbc92F+P6/7YH3frRoR1mH++/wBuPr7gyOwD/Q8+nk8AH+lrn34UNOqN5dZBbiw/Fzcc8/4/&#10;7D3CP1X/AF+LEfkH6/4e79Odcv6/8b/3j270cjXS3A9Z/r/akP8AS319p78D6Kav9H/CvSyP+yk/&#10;L/AOsdvXzz/t/wAqR/ifZDvl+xGQ2eOCBJmueeSaXAn/AF/p/t/c4cpGq7mafgX/AI6eoJ99T+hZ&#10;t8pP8EPUmh/zP0ty3+t+t/8AefZJss5eq9P1RVt/hqRORwPp7mK9Khkr5qP8HUEW1C0n2DqZ7a2k&#10;UEqD+Pqf6/73x7Q9LfPr3sE+6PMcLimQ2AypLGyn60lQbG/4Nvbbmjxfb/l6qKmaGhxq697YuuKr&#10;x7DyNzdl3Dlbj+pTG0p/KlQQw9mJPehQZAX8s0/yf6h0acJYyBnUP8NP8nXvZfu7m8lPQVZW+nJU&#10;l+Tyvjysv1/ob2+nutqA19Kkh0jwyPWneRp/KnRDzOyo9q7LXuXHDzbr3tTdebnrevRt/feToDms&#10;SuMpMdFixVRY7wUtT4axZ/vYKerqJBTxU5Ggxam1fW4t7i3mja7fmZt15bsrjwLrxnfxNJerLVaa&#10;WKju1fxY9M9Cnbt3K2UBUVUIKjhTt9dOaZ+3r3sdOxd07P3sNr7po4glLW0aZWroDLk2NEwrWlZP&#10;uZKekeo8Kp+pYxq+lvcc8s7NvnL7bvs1wx8eOQxq9I+7tpXSGYLX0JNONej+O4Wa1jdR2MVP2f6v&#10;9Q697fa/c206eHBZqPCfxjCZmmqKuSoGRyNABNHN4qVvGYGq+JV+gVBxyLe0MO07zLLull9f4N7B&#10;IFA0I+CCT5heHqSfz6rMI2kaXwdcZPGpHyHXvbZ2ft/+8ux4NzLLooajxPTURS//AC9KSlJaq80E&#10;ptLFq5Qf0+ntVypfvtG/HbWj/WzV68aIx+GhHnTj8+lTRS0hlpWL+H9nA+vn172HG/t17qp6XH1O&#10;XfzVUYqv4dF48dGazVJRpVnVT0xig8ETIfWPV9F/PsVct7PtF1Pdx2raVbTrP6hphivFqmprw4ef&#10;l0U3N7JJKGnP6mdIxn1oQopT59e9qJeyqbeHX9ZkABRao9NdTgvOVSLJ+Cnbyiipb6zBf0C4vY/1&#10;JQ3Kk2xcyw2rfqEHsOBkx1ONTetM/aPlr96PcW/1Ns1UzXz4Y81697X2B3Ngcjtavq0x+qPEUnnr&#10;I/vKtRJG84gQavt0KXIv6Ax/w9hvcdq3G13i2ha57pnop0rggVONRr+dOlQukmEYbAHEfb172kdk&#10;4vCb9wuSjrbU9HJWV0dRjf8AK5AKUTKqv97A9HLaT/aSGX2ecw3t9y9uFq9stZhGhD9o7qZ7SGH7&#10;RTpz6VJZQlKVFP8AZpXOPLr3sP6DqqTH1m5s3Qbm/h+FgoMhjy38GFSqR01Qkppx5shJVHxwoPUU&#10;bV/Uk+xc3PTy2u37XNt+q8kKsRrALalpxEYA1N5BhTpJbwSRT3kwnpDpZTitdJyPUV/1Hr3tVdS9&#10;r1FRWZbZdRVCRsRTV1Xi6zxQoKpqGbHYqj/YTHgQ+YnV65TpvZgfr7D/ADnyisNtY73FFRJpEDpU&#10;nTqV5GyXqaDGFFeI6QW+7Sx3NxErZCsQMVGcH4fyoeve1RszfWEy+d3Fi6ysFJmodxZSmCGGpmM8&#10;yVNPTmQGKjipovJVSEab2Fvrb2T77y9fWW3bbewwl7JraNuKigKs3mxY0UDyqa+vS+C7ScM8v9rw&#10;P20r5Y49e94dpTDd26N8bZrn0RUmdy9EKoqG/wAjg0wNF4Yftms3kPPkLf4/0Vbo83L207Du1oaP&#10;LZqSKA1Lgni2qlaAfCKcR09HA08jKGo2nhT1Axx/n172mF+OuaqN25Cm2Nlv4ohlqZkxK0FNSFFh&#10;TUr/AHmVzN2+3Q6rFvVb2bJ7n7ba7NbTczbZoDIo1+IxBrUA6YovNvl1T6BrVgWFIyPg45xQ6uOP&#10;Tr3tX9cb1ze0945DqvfsflyVO0tPSgmkp/CKbHz11QhGJpJ4ZC3mXl6i4/H5HsO80bDt+87Ha838&#10;uPS1YBm+I11OEB/UYEcDwT7eqLdLbkxJx/n8/UcT8+ve1htDuLbGyt3br6+z4+xpIJsXFRoXrqg1&#10;YXHVGVks1JjKqWn8EtQn65jqvxxcBDvXKW+b1y1su/bX3s4kLnsFP1BGMM61qNXBf8lXnv47RHgV&#10;cLT8659CfPr3uJQ9mZLL9mZ/CZU/wtov4QMVVH7esJaTBmqrCIaehjHpEar63P1uv0I96HLNjtnL&#10;G2bnbw/UqfE8RKtHSkulO4ufUnA8s9N2Mo8dmkio5pTNfIg4H+X8uvewQ7S6/wAPV5KSqxUYVqkr&#10;95TBqs+URxU4j/dqK0eP1BjZQOePcgcpc3bpFaGG9mqBwNE9SThU+z/D1S6s1jRjcTExsMinH8wf&#10;z697Ydpdl57Y2dwm28idGJmq0imjIpCKWCQeQyaoqCsqpr8enyAj2t3rlPbd/wBsvd4tRW9CGnxd&#10;xGKZdVH7OkUl2lo0R0dhP+QmuPs4de9q2m7I2j1x2DWwVeN8dJmsfS1JqPvciQ8mSqhVvJ4o6Guk&#10;TUBfT6ALfQfT2SNyrvPNfLlu8d7+pbyMtNCYCLpAqXQH+f8Al6cm3m2jvrdJpO0qtBQ+uB8Py697&#10;w5rueuTeNJUxuanaNdTUlHDT2ghDVM9Y7tF5zihklJouLnSOb31e39r5FtBssyTxD96xSMzGrcAv&#10;oJNPxV/wcOtme0ur0LdCtsWH8XGvDGeHXvc3O4Ki7Tlx+Njm+zrKielqRXaZp/4dgZDNCKT7UzUE&#10;NWKWWv167iaS1vzcJ7G/n5NF1dtDqttDAJUDXJghtVHK6glKfCPPo1fbreNtOntZcGvBCaAfF5fb&#10;Xr3tUZ3GL1Dt6HBUFYtZRz41Jq+1OaYZG9LLRVFZed8pJSCeKjA8aP6b8c8kk2+7bnbc5NxuICky&#10;ykJmujuDqvaIw1C3Ej+WOqsj2UarDN+gTw08cccmvDr3t/6FmirMFuGvpo/DT1OWSaKHWZRGj0Sk&#10;DWwSRwL/AFKg+5UsvEtZWgkesqppLfDmvyr0S7sBI9tJWoIBH+9Dr3sQtyOJKNWHpZZYr/Xi0g+v&#10;+ufb15ITCFb4e3/Dn/D0nLlZip9f8vXvZjdhZFht7FQH6RQyD8XsaiZhey3+rf19yRy3ba9ksJCc&#10;lG/wn/i/+K6ILgkzuSc/7H+br3sWI6lXgs97/wDIX4LOPoF549mb2rj4TX+R6bp172Gm5KQf3mwK&#10;jgyS1n+xKUMRsfXyLe2ry6dI7K1rlS3/AEF00ldV0P8AS9e931/y96or00kIH6Z8kPxzfP5MkDi3&#10;IJ/P49xr7jWgm3MnNfDH2fCKf4OpT5DAFzfiv4E/5+6pb/mQqtP2PsasY2LTkKQCWATE0wJH7gHB&#10;b/U/n/bGw3q4ZJHHICki97ABTb6/61vcQ2CNH+mRwan+r/D1MUBrGvSK6qKyfatquZI1YXJv6mH4&#10;sOB+PYQJNpYluG1G/wDrf0+n1v7Ny3dT8PTvRlXo9cIC/QIGFuLm30BuD9B/t/aw281T54lpabyz&#10;uEXyCVI+XnhAsjnxg+Rl+g9l25jbmt2bddx8Kx1/B4bvwQ/jTv8Ag1/s/PqngLLKGZqD7OkJnYau&#10;8zY+k89XFTyESiaCGwQzNcRTnxHVMqW+ht7F3bcWXWWZqyPRGUka3kpW4KwPc+JieQv+t7CHNNvy&#10;pFZ2Mu1XXjPVc6Jk83H4/wDi+FcdGzLHHEuk5/PoJBl87UVlXRVUH2hHmV/3qWfkD1DTGqgD83+n&#10;+x9zaSOjp66sbL0/ld2qDERLMtonNgLUjaDaU/2v8Pam5bd7yy2l+WjosljjSSvh/H6/rDX8H8Hn&#10;X80F6JZ4oo4PgLqD0iqubEww5GhzFbfJNWT11OopqqQNDGr8XpP8lsan6+Q/T2jtxY+CnysM8jaK&#10;PIQRSU3Bax8k5C+mRpOV5uwX/W99bf7vf3AtH5c5p5Hu3075Dc686srFDGG/0MRilScPXFONOog9&#10;09lu7babq9iaskKP/D6N6k9V0fJWgzmIzDZbB0f3QymNmyE9UKqjgUKlRWyODDUPMGAh5vx9PT7j&#10;YTalGk24qpl9dVXU7RveYHSsBTlRUlTyPyo95u85+5F3ts/KVrZd0TwSmQAr5FaZaInGT2nPzwes&#10;Tds5hupxy9NcvWSS1lb8B4kH/fY9B5/t6rv+SHzA3fiaT4+7bwk2uiwm1M9T52kVcQR5Wy9LJEVn&#10;rdsSVCFIoyf2ZH/4n2Lm0sLLT7do45nInWIg3tzaoka5KzMpstvyf9vz757e6/Nxvue72eb9T4an&#10;5iGNafAT5cf2nj0ZRXouVv5Bx1qB+3Pp/q/Z1Rz8texKLfXya31unE84fI5GAwzKZrKsO2cRRn01&#10;VFSVNnqKdh6o14/2k+3iOeenlqYaj9FaIRDYwggUynVccE3Mv1J9wFdbZYbvzLt81kM25fxMSGpk&#10;iH/QFaADzzjoZbk9OXdiA41m/wCrqnowVLlZsJ8V4ahHtXUKytE2mPkTdhMEuro0aBIqhvwePcmq&#10;ldqBC49QLH8WsZVHNuPx/vPuRNjsYU3uRI8R0X7a6G/z/wDF16iq5Da4HJ4FuiOUhhOZqYYnLR1q&#10;RKSokA9MJcgByW4cf4f4e0c0zQQVcxNolQyRiw+oa8n0Vm5/1v8AW9z5sez297zty1YL/bSzhW44&#10;GlqfiAz8jjz6RcyTvFyhzBMTiOGg/N/n9v8Aq49Gd2ZhKXePb3T+z47yZnJ7lhoci15bCmmotVGC&#10;rTU1PcRqTdJAbfq9oyOYmkyEi2CVOsMRY2CzaybWF73+nHudfvOXK2ft/HGa6jKQPmfBk+3/AFfz&#10;gr7tlum5e5Vu8hOuOSvD1lHzH28fL062AO/NtiLd3xn267XbDbv2pV/Ui4iwwp1HFSQAoF/1N79i&#10;APS1rL5weOedQINz/qgffKzmN9Uwo1X8Kn8qGn2EfZw664eHoEFKV8ML0ZSpjmgpHicWPhVgDa3j&#10;CSEIdHNiD/U3+vsRoATBCx+n7djx+fEBb8i9j7irdSod0U5/2H/zjoQWqqIwBwp/m6ZdtL/l9UeL&#10;D7j6/wBTVUdvr+TY+5q6dMpJNhSy35HGh2I/sn6sR/j7C+6OUsRSlfFFPzjA/wAnT9D4gP8Aq9Oh&#10;D2dTNNu+mRRYvIoLDiwOUVrjUwF/V+PYN7klV5ZbfXySH8/lnAHIH5PsA3TVlYcCBTo7sxivVu3V&#10;FDJT4ehLcq8MDk8WBEaG1g7H08f6/sIM35DBLePyDVJddSpa5tckcmxuePr7esJ4YZ9bmgoPX/Vw&#10;/wA/l0rjXVOAvHozmMpmmkhjikMUihRfR5AdJ4Xn0gEqP9j7ALcQkXX4pNS8akIAv9AP3Ga9uf8A&#10;Yeyne93t0ZgPtHH+j5aPKn7OhFawyKKsf8H+boz20qGQU8ZmTS4BBIZTzeQ3Cq5XkG9x7CDMNQxQ&#10;NJM4p4Rp8t1llveSNUt4w7khz/ZA9hK1llu7xIbKLxblvgTUE/D56tI/2elxuGhz+EdCIgYC5/B5&#10;IH+Nz/W1wfp7DCs3vtuChnklyqI66NCfbVrEkyqrWK0rITa3+t7D+18m7hJ+4Xm2Tu/X/wBFThVj&#10;wEnRa3NGywzWkV0aSd38fpXyXqdzc8/63+HH4/2PulnPZqno6idWnHiM87eQowC6mJ1BPExurcf7&#10;D3mQ8e4Wgt0NiFhxqbUjf5/t+Xn1itul3aXW43U1qv6eoV4/5add+0e+6sW8Mi/diU+oBfDPHbnj&#10;1fbgE8+7K8lePRQ00enDde9xpNz4mnpHCYvzVD6hDN9/UJpkK3V/Gacqxv8Ag293Z5DGzaxTpE16&#10;oBpH/M9e9sb7mnMbaEEbcqAHR+OQPrT2N/aRpHxppTpO24OeAp1721SZrKVDsEqiNVwYzBSsSbmy&#10;6zCpUMOL+2dQAqQKdMG9kIwcfZ/xfXvfNI81VN44hr1/Rv8AJltfg8HSeAf9j714invYmvTQu5GO&#10;ri3Dy697cqfY+464h0x7yEsNJNRQpq/Tbk1MZH19rNQ0MCRj0/zU6dLzyLTR/g697e16t3AAGr6F&#10;qYC12MtHNz/wWGvt/T2xGhdtCnqotpDhh/q/b173Jh61of8Ad+dFIwtqAxs85/J4IrtN/wDYW59r&#10;UtC6kgVp/q8m6uLVePify/2eve3ih2TisdOk9PlxVyR31oKCpgFmVlHrkqiourE8f09t3F5tS3ir&#10;TP8At/4R/n6Y3GyS4qviVb7D8vn173YtQfJ7bFPRpDLT/sRj91zUVn0LNa6pgi3DH8H3KcXMW0Q2&#10;QovdWv8Aon8Vf4f9XHpAOW4bpyxA1fn/ANBdJ2pwAqKhqj7rxsRYAQ6rekL9TNpPA/I/PuYPkvs4&#10;2DftlgFuHyL/AI5sown4t7Ol582p1RDtOP8Amq+Pz8PpY2xbWAF8Tu+xv+guoo2w4bUchfn6faAD&#10;6k24qPblR9/7GqqiKlOWjiMjLx9plXtqP0/4s6H/AHn22eb9plB1bQf+crf5F/w9In2DbDqDXGf9&#10;K3/QXWY4GRbstRqaxsTEt7j6fWa3ubnMnQ5OlMlLULLHUanhYJMuqKSJmQ2kjjI4YfW3swk5uecR&#10;Iq6UAH7a/wCk/wBX7ele52CaLZBwCr/q49OVHR+A8g3IGr6fgrf+039Px/X2WXceLyFbnMdT08er&#10;XmqYKS0A/VVSqP1yAcll/Psz+sF1bhxXh5fMfZn16QXlifpF/L+Y+3pzNgL/AEAH+8D2LO/upt77&#10;kotoQYDDvXSJtzApIPv8VT3lCVWvmsyECgfvIeDbn/X92fe9uS1aF1IKgq1A3xLQH4Vr/l6TWOx8&#10;yNBNJb29YGJI/sxii04mvTLHlqKAVjVFSsaxVc6klJPSqAfWyEn6H2h0+InbuXdP9+tJDMf+rtt9&#10;x+oNfjccSXu3sA3e/bPGJDTH2P6YHwn16EW1cuc2S20lbbt/5s/w/wCm6jS7u25CuqTKRKv9RFUt&#10;+SPosDH8H2p6f4Kdn1MJkyMsmLQFdSmnw1b4SVDldUO7I2cA/n6ewduXM3KpNoJXHihc5l/ip5KR&#10;n/VXo62/28v7nQ91iY/F8P8Az7Jp69Du7b9UdNNkEmc3sohqlvYXIu8AFx7f8Z/L+qpLVNbvcRMH&#10;W6f3ZV7HgWDQ7wH4t+PaDcOceWUuLYHjx/0Qf8+dCNvbEuBqm/kf+tvXGTcdi/gozOEBN/uBFe39&#10;Q8XH09no6o65TrXDUe3/AO8IyMVOhVF/hBo9Vpa2qY2NbXMOau59TfT/AB4kfa/ejbLPb59qhTti&#10;/ptirV/3z6+jdLdu9q9Fz45ep/P0p/v3oEexsHkN5PSVa4P7ZkEwSp/iEU1vItLHcxCSm5tT6eR/&#10;vXK63z2PRvkY0iiGqcN69cpP7cFGf0vRWFgrf059whfbud7+sljbFVp8Py89I9Ope23Y5rGLSD/M&#10;fP8ApH1/z9OHWPVJ2bhKOgkqBJ9sJho8TRg+SqyErHjJVLeo1QPLH2Tvd1R91Vzzai/kAuQAoa0c&#10;duFA4BT3j7uMTQ7hcJJhxp/470aqXQeHKe8f6v8AB0YNQAoA+lvaCMQW1/yOf9fj+hP9fbAauet0&#10;BofLrv30ieqwBHIA4H9eTckHn6/n2oirpxTj141qKde9uEVOSCWFvTf6/XkWWyn2rhHFvy6tTr3u&#10;VFA5swNgCBbjkW/4N/ifZlbqhRqjga/n1UDj9nXvboIm0c/hef8AbfT6g/n8ezGICiL6/wCXqo8h&#10;172A/wAgKc/3KVhwFyVENXF+BUn8n6e5I9ue7mCPPEf4SOo+9wc7RIf9X4uveyND1gflgo54/IA/&#10;2FifeSu5geLHVfOvWKMzUDeteve8KoPVex/pcWv/AEuAPwB/vPtorr8PhpAz1dWOiMeVOve8mkcX&#10;VuT+Dzb/AGLf09uqAKDgOvVPXvfYQnnVf/ff1v8AXj2rRNA9T14mvXveS34t+P8Aff7370UjAyP8&#10;PVWYLk9e99hSSQBc/wC9cj+vvYVY6mtOvMyrlj173kIVNIt+sfk8D/bcgj35VLag3ADpKzswNeA6&#10;97edtt/v4MGSfplscOfoAauMc/7b3uRVUIBw1f5OmpT/AIvdjy8J/wDB173Y3nHBoesz+Sdmgfj/&#10;AHXMP68XI9yBPT937KDw0wf8d6C1mf8AdZuH/PQ3/HV6TNCCHzf9Puckf9uUPtP7gUNQ71FrE1+V&#10;f6/1pW/239faVz/jk32N0bWjA3Nr6fTHp1puIaIXB/YhH+2A/p7Rm7yq9M7WP9KHEfk/6mT8W9t2&#10;1Pop6HHiD/L1bbz/AI1fE/x9dw3+/qP6aB+B/SL8+ygVjK7MT/ql5/rc2HIt+fZTu66zYrXOiT/J&#10;0dyZNoP6D/5OnD2yMh1fT/E3A+trj+p5t/vPsq60DpKmnXvfOxvf/HX/AI302t/rf7zb3bQ/8J/Y&#10;etU697//0tc+s2vRSHytLNqA+gnqhbhVH6JwpHHuKg5ZTooM/t6mLw1Oo6aZ/b1v8e2Ko28yD9ip&#10;m0g8DyzNxxwdU/8AT/D24kvcAR+p6dWVO4UOeve4Qp8pR+unrnjYX5C6wCDzfUzXHu7AZUjptkca&#10;l1de9xm3FvqnLJSZ+CNfxrxVFNf/AAvIpF+Px73pUAMV69quFoQ+PsHXvcmPsLuGn9FPumhXTcAN&#10;trBuNIAFvXCxN9I96KRHOk0+3rXi3Q+F8fYOve/f6WO5opP8oztHVoPqE27t+Egqf8KQ/gH/AG/t&#10;toYssB0llluwS5kB/Ide9tdd3Fv0yKa/FjIlbaxCuIpDJpvcgRUV1Lc/61/boiQqlGpjp/6ubRFV&#10;a9o9Ove2Cr77fH85HqTJZV0DlmTdNLRFidS6gExxPLKT7p9IsnwTqAfkf8lekU9yxqfpSw+TAde9&#10;ihtneWz917Fyu6qjq7IY6ooamhialbdr1DaqtpiVEscEMf8Aunj0nk/7f0iGMJGJQRQ5p0YJNE9g&#10;sjW5FF4V9evewpn7T67dz/FNkVW3/HZf8p3FVV3l1AcjwUQ0leB/yF71HG5NVav5dF0F1blqtDpF&#10;PXr3tLVXYPSJmKyRfY2sCj5DMTmMaVABZaQ6wbA/4e17RXBU0Fel0txZAEHH5nr3vtM58dq5L1O8&#10;aHHk/QNTbnmtza/7UCk8KP8Ab+2/CvP98t0n8XbjxnA/b17231X+y5VAtH2TjGNz/wAuzdguOLfW&#10;Jf6f4e9G1vD3eGQfy6aJ25uF2K/Yeve1ntHIdN4fa25MNj+x8cGylDUQxg4nPtdpple37sL8gD+o&#10;+ntPLaXJdWaIn8x1VUtY4pEW4DBh6Hr3sLKvrLaOSLyUG9KGq8xLAx4zIp6nJa1pahDwWFz7cCzL&#10;xX/V+zpA1tC+RKD+R697T83RdTLqNDXR1qsCV0U8kdwT/R63i4I+v9fatA7ZUHqn0BNdJr/q+3r3&#10;tOVfQe6NTiHHTzA6iJAYVsTcBQrZC5+gPtUZXiKqTn/V8un0299AGmp/1fPr3tjfoveIDR/w6Xyq&#10;SFUGl1HTq/6b/wCo+nupuyrHNf8AV9nSS42+XUBpzT/V59e9sVb0zvCnB8uLqNS/r9dPZWt/QVZH&#10;tZBuKJXpOLKVPwmv+r59e9pafr/cFOWV6GQkWFrw/Tj6kT/4+3xuMf8AEf2dNG3cY0/6v29e9wZN&#10;nZuGKR2x0ka+jnyRNq9engeXjg+9HcIyyd3Cvl0mngk1wEIcV697EHqLGT47sHDTVcDIqPWcswt/&#10;xaMivGh30mzj3u4vtVu3cNP+z0JLJirLqOM/4D172Gmdo54cnUL4zoL6l9Q9WpVJP6ifz+T7pbzr&#10;pPcNXn0FWRhPNQYx/g697ZHU/Vl0m/N+f6Af1/r/ALH2uS5pTT17UR173xWONvSp5Y2IN/xax/2/&#10;u3ja8EdeJr173wtew+njkBv9eBYf04t73jqvXvfMxhV4f1a9Z4txb6ci9zf3rrfXvfB1uNWi/otc&#10;H6nk35559761172s8jaTZtN+kaZKJQPzqMbEn6j2yhIlPp0qLUgX8uvew6MZAJv+f6D8X/xI9qg1&#10;a46ZDVPDPXveFfT9D6uLC3451f737ux1gVHTjv4gAPHr3vg+o3H6v6n6W+n9APx78KYPn0ydPa1e&#10;ve8MgNib+kEcfniw5P593WnpnqqLpo3Xvbxh5dMGTAPLQQgcfjym9iQefepKgoelMb1WQA4p172x&#10;TFtbhm5/pb+n9f6e3EAoCB0jkap49e9ysV/xcaMn8Twc/wDTwe7S/wBi9PQ/4Ol2ygfvS0/06/4e&#10;vezEwKDBTm4P+TQ8f4iNSfzx7A0wPjGvqf8AD1PqxnwbbyNB1735iR/sT/vPPH9eD70WpgDpUBQY&#10;GB1723ysVY8/4DkD+v055PHvQI0GrdW4pQnHXvfcLlSbf74cH+ntKR1pTxr1727UtRpYgcm/+t/x&#10;BP49suBUYz0ohbvHXvagiewU2/H+8c/4H+vth+Lfn0JoTn8uve1rgpnEg9N9QJJ44sJj/qbkXHtJ&#10;cDP5dHUR+XXvY9bfBlkQkfQ/Qfm5fj/C1vr7BiEaX0/Djo52rJJ8v+L697Grb0SxyahwLqCeSD+q&#10;5HJJPPtHcUIYLw6FIWqt172ZPbpBWEl+bLe6/W4HP1sD7JwKeJ+lpz/q/wBXDP59LogfTr3syG01&#10;VhCv1XSgt/Ufs+2JCdOrz6NoiaBjx6xy/p/4n+nH+w9nC67B/YAvxHGP+DC9Hf8A23si3MLpXP4v&#10;8h/w9KG+Bekjm+IZPz6HP+tZJf8AEf19m52vCNMCkWsYbWFhcJFybH/H2ztxrKrf0f8AKvRe5qQ1&#10;OiodmTFaOrsb+qe/0JA0117XX63H09jviY1EYAufQgItY8GPg3FyL+xntTMJY2ByGP8Ag6Dd9q8S&#10;X1qf8vVavb8mpKoSD0kg3vfhvOOApAHt6N+QfrqYc8f2m559yfZ/2Kn5D/jo6DDUr+zoh2ZK/eOQ&#10;Tp03HN7ephza/Nh76pTapew4uqn6i4KC/wCP99b2H9yUM9wPOtf2dUqNVK56EWkLLg8K/J8kBFvo&#10;LmZlubHkAm/udU6gpYcXAuRY+klG/wAf6ewdNGhcK+cn+WP9Q6MoGGA3HoS9t1J0LpYqF4H0td/N&#10;6Rdb8G/PttnVTTh+PwPyPrIq/wBQR7Bm4K/10ygZ/wAydPHLGnRmNo1QSjpQWsh8tuCQbzzHiyn8&#10;/wBfaCycSCKVSASVUKw+otpuPqDYg/0/HtmQSMY2U9orUf6v9Q6WAE0IOOjBbZqh5xcepmNgbf1l&#10;4ub+on2F+UisZb2B0kfXi3APF7X/AMPbgBNHHwnpbAaoPl0PGFqAyRIOSp1WsSbaja502tc29hxl&#10;gVViB/xS9ybfXn20Pjk/P/L0uT4h0LeKN1hBJNxH/j/qf9h9D7DXJfqk+uvU9voP7J0j0/n2pQ9q&#10;fwU/y561LXVn4adLml+q2t/Zv+RY2/J/w9o6rLaxo+p5Fv8AXa31HHuy8Dq6Rnz1dPsf05+l7fn8&#10;c8fX2n6kuWZm5F2I4Avq1H+gH09+dQhKjiOP5dJpFRaaT1MjsQAP9fnj/U/635HuCQFJP1Go3vxY&#10;/Ti1rXHunxL9o6TleNOs39LfX/e/z9Pz7a6x9MZ0xeSW40v5AAB/aBVvS1/aiCLxW0jp6GIOrima&#10;9ZF/4MLAG6gfX6WI9tMdReULK2p5Lkgm1tFrfTg/X2ay2i+ERTuz9n+X0/w9NfTlDU9cgbXI4A+n&#10;/E8f1Ht8xgWJlDP4WhBWnuLq+vU0lrjghT+fZDem0tYXF2hZnOO9uCnu+Hyx+XRi0kkds6xjVwrw&#10;9euLl3sE/T9X4W/I9P1t+T7Id8xzHFkNm6ZFmfy50OAhX6Ue3tNr8W0n3Nntu000ANotB+TecnHV&#10;/l6gH3hkneO0JwO70/4V1Kpr6WuCPoef8S3skOXbxvCQ+lD9Ba/OgXubN+W/r7mC+i3IyBr86koN&#10;Paq/8d6gS3YrdTk/wjqT7S1VWlfowa9rWFibD8XU/k8+2owwACNSg4H/AFf6vl0ILeQUArQjr3sF&#10;e264DD0hBMeird9TevUPtZrIPT/S3tmUSHwajHiH/Dn+f+rj1u6YN9NUf6J172lNg5CeLYtZZSyy&#10;7lr2Di30fHUxJ/TwCOPZqITriqPIf4f9X8+tmI+JHj8Q4faOvewx7HwOT3BDBHRoXYVMFQwHjuih&#10;awMxLSRgqvnHNr+2w/g36441X/jZp/n9OizfNumvZYoYMMDX/a6mz/Pr3tK43DbyosbPiZ0M+Oli&#10;dFTx0i2doBAmmQP5fSg/1XB/x9lm9RW0m5W7la3akAEV4az6fP16va7du0ca2/jVQLTCrw4ev+Xr&#10;3vNicRvTGUFTjqO8UFXYurQUcv7TRmJwDLJIVuhIuCD7vf2Fq13bXV7beIFUkHVQV8jUflTowS03&#10;aw0vHJ+nw+Ff8Neve3WoxO+XxdFj4q4pQ4pDTUNIaSiYtFLM0rnzM+tgkrE+o/4X+nsmjtdrN/dX&#10;X7qYyynU51sOA0jtFf5dVaTdSEVMKoxgcP29e9qajyXZlLgX27WZNajGuYjHTDHYuN4vDUtUkGZU&#10;87Bp2DfX8W+nsuu+XtibcY79NreO57u7xHPEU+GtOHy6VQXm7xKsc7aov9Ko/wAp+3r3vjkZd7Zj&#10;G1VA1SqRVfhupo6I/wCZnjmJVrBl0tFzY+2tv2jarW8jl8DKVzqbzUjhX59VfcbmkqqKVpmi1FPy&#10;/wA3XvaKxuydz4Naqemf9+ZYxGPBAVJRm1G0k5jPoc/X2KtxNjeiKDTrH2leNPlXy6KrcXsEjiN9&#10;TtTFB5ft/wAnXvarwOM3lt2euGEyCU610ECVRkoaOqCgO0jemqeS1pW/s29lO87Rtt4lr9ZYtOYz&#10;UaWeP8Py6OVl3SLVpkrUCtAB/kPXvefHUW/8bUzVFHuOFklu1VAmLoQZkMod4w7qwiLN+VI9pr+w&#10;2C7SC3fl+RGp2sZWIB08aV7vs6bhud1t7gTSTDwR5aB5/P8A2Ove1ris72fjyoo83BS2lM07Ph8V&#10;ULJTEoWh0yRsqtcA6xzx7ILzk7YLmpk29n7aD9V1IPrhs/Z0pk3W7dtaYP2L172js3tDPZjcFNuu&#10;DLRUmSiqopHY0EbpLXRVsmQep8SyRU6JLUS38enSPp9OPZxYS2237bJsz2jNC6lAuqtVKiOmrurS&#10;lK1r+fRZcC7eb6iGbw5cAmmrzqWpXIB/wde9t1d1xufJZKTJSbghpqyZZZJpf4ZGdbSTtNLPpSoV&#10;FvI99IHFvZ3t0cAtltf3cxhHAaiaAKABXz9OqLBubSGT9/IGp/vkde9umI2TvPA1SVmJ3fTxVJ9b&#10;y/wSCQTHUpaQJNI6rr0jiwt7SbpZbfd0tbraGeAkAUlpQEY4H5nz6vHFu0c0cke/ozE/76Ga/n17&#10;2vMbV9v0s2QqKLetNBUVFSJJJjtzESB7qFNkdSBdRfi1vYV3blblBBFFLsbvBGtAPGkFP2sCejCW&#10;43aNmaPckDn+gPz4jr3tJ7n2DvXd+QhyGW3dSz5ECTyVK4OCm1MRESfHSyxRrdY1H459m2xX3Lu0&#10;WzWdtsjLH/D4zN/F6/n0U3Eu6zMtd0UOPPQP84697aZup951U7ST7upzVyn1H+BwavQot+mYL+hQ&#10;OPx7NUu9rijEcezPoHD9Q9PtYbqdRG8JU/8ACx/n/wAPXvfJOldypUU9RDvOm/iERmuf4PdhrUqL&#10;g1Rja8N/6/7f2pa/25oXhbZnMLU/HT5/6qdMPtm4R6WXeBqz/ofr9p697V/+j3sOtrzk5N/0SZCE&#10;R6C23KJidMYgT9sEQ8Rj+0P959h6aHZ7aA2qcsyG2auBO328ak8fn/m6Wz2t1K5l+tXgPwY9P46d&#10;e988/wBSb13c0KZvfuPqZV0xrp27BTtwNCk/ayQC1l9u7BcbPtwP0nLk0YPrMT/x4n/i+kd1azXS&#10;KpuArf6X/obr3tmrPjjnch4fvd70Us8CpFADhHQhIxoiAKVqggAfm/s5i3YW3ieDy/IFc1/tBkev&#10;n0xLts0qJ4lyNY4dn+Y9e99P8ZMhULGsm9aRZogioDh5jbSNKfpyBA9X9efbB5qWDUq8vSdwqT4g&#10;8/8Aa+v5dNzbaXChp/1MZp/s9e9rLGdM7+xKw0uO31RKIYkgjcbdhZgI1ijjH79U7uVWJTz9T+PY&#10;cub7lu8eSTcdvZNRJIMhoCScdvrU9G9vc7hawoH3VTEFFB4YwPSv8q9e9ruk6131kYEo90bypcrQ&#10;0k8cngGBo6JzHAFX/P0s6PbQ7D6m2r/D2VNZctpLJNsSeHcMCK1lYZ86NUcdPRjHzNFHGsd7H4or&#10;5VXh/tevexB2lthdqw5KCkqQ0VXXNNFCInBSPwrEq6nlk1WC/Xj2cbDt+rcYpbxw8ix8ala5BwRj&#10;z6ST7lDLciSNNKyLqVak6c/xEH/J17257jfRi0fQQyzQKWLEj1TD6A/S/swv9uthfSyM1EFfl5dJ&#10;7FA9/cOxNKn/AI7172Muz6wDD49Q1wschLD03/dmNvp7kvl3SNksAgOnQf8AjzdFd723Mo/1cB17&#10;2LmMzKgBGIufqRzz+59LL9fZkbQMrlCa0/1f8X0wHCZr1721ZeoSXcm3EIVAZsheUjWpBo0H6bXs&#10;ACPZSyNDNeQq+ezq8c9TcgN3UTr3u9r4EutP1cvj9QWorzrHAt/GsoBZT9Quof09gDm23ac3g/4W&#10;Kf8AGT/n6lTkOFXuL41/An8y3VMv8yJUbsHrtZH0oayf9vSG1/7hotTX+osOPz7Nnu6dLSHRqOnV&#10;5NVgODcaNJN1I/23uHLWwdiTrx9nUwwQ0jArw6RnV9TphpYreK5Mf2/BbhgqN5RwQ4/rb6ewlaKV&#10;mj0J5YnnBfkLo1fqBJs5IH9PZ4ihC2omtOn1gqSK9GBNXF4ZtT/b1EVMwiJu/k0KQmkAGMXPPq/3&#10;j2tduvNT1aibjlBHYKB4hJHoU2vqNvyeT7It3jRmLL5If25/zdadAhp0jM2YqrFSimtd5ZBPy7Xl&#10;MMwlYBgNIYvwB+n2MmMlUj9Y5+g/GnSo+v5ufYN3FGIXsNafnWvCny6WISdOPLoGJYPFM51egSMG&#10;udP1ExDajxZtH+8e3Un0rJ4yxE8R4IWw1Kw/BFzp/p+faSyjHjTkSUrFIn8qevz9f8HTV1Q0ofl0&#10;y5yoJpqOlOlR56St5u3Ka/7ektY2sf8AX9467a1FnEkFRdA0Tyli84AZo5Sv0kjvcj/W49j/AJH9&#10;1tz5FvNvjt8hJUx2cI3T+g3p0X3UDT2ckR+Gn+boFuwdgV24KTK5fE1Kx1pjnSK9OJR5KyKodSy1&#10;E8cf6wOfp/ri9we3Luej2VV4TCz2anroahRKZWjtNTyQpGnMUpJMkwFw1vfR+L75HIO47ebbnK3C&#10;bpKI2hPiOtEQiuIoKZASusD/AA9Y5bvyLcTb2dwioIo9QAov4lznVX9o6ry2b/K37v8AkDS9ub/E&#10;8dTm8XuPEwYeRMbikRKKoxzPlFjgXctBRzFooNN2RyONP1HsWNp772tNlMLsrI5SKi3Jloq5qfHM&#10;k8ktqCnlyEwJjhEV/tWD8sOCALnj3i/7vfeD5fseZN33HaNtM23xSDu8QgZCLWrRHzHp0GbjkLed&#10;vtLy5FNL6fTyan8X+qnRIct/wn2+RnaFNubunHboo8TtYz46bE0suAx9bLW09c8GGkKSf37patPt&#10;6ynIOunJYH+yOfa1jzVTpocVUxXXF/d/bKBG4JqpHlqLlo0ItI6EHVz9PZIu4bXvfOW68y7UhjS5&#10;8HxCXYV0WwWOmmtcRyVBQjz6Qb19WOXeWre8XTMnj1Pb+KRW/DX8+gm7H+NG4NifE/H7S3BuCGsq&#10;qla9aZI8QsX2Hg7JoqycSEZGRZWqEyEJuki6LW95IpZ50kj+yk4BuyyKbk8/Qvck/wC8+5IveZIN&#10;subRhNxIwacKfKOlPL5fy6Bq7K1zGQoJI/1f6s9V0Y749JkzU5Wk3rQuaYRsYf4PVhuGNPYu1ag/&#10;Uv8ATn2hcnNOI3jaIqjEq3K+lSFH5Gq1xfj3l17Sb7ts++bLfQj/ABsOM9xz3Dhw4Yx0l3nkm3ue&#10;XN7S7n0RpHXg3f3V/A3H/Ua16FDqLadFszs3CZyLIRNmMVW0dRjQYKgmoqVjlBREaSaAAK3Ooce0&#10;kKmOveCBV9ALxtzckh41/wBpPABvb/jftb97vnURcubft9mc+K7E/MxSDzT/AC+mM06BP3Sfbxdp&#10;vubN0LZLSqPip/bBvJiM04Hq9zBrX9g9vYioy04KbY2VtbMQ/tKp85FJEoPgFPYqhJ9RcW/p7m4+&#10;JKeFRGbP9+y3NuTpIKm4/px9eCffP7d9wl3C6VrlD4X0KeXzwf8AKfs9OugdpEYohEeFeh4fHfbx&#10;VnjNmaqqD/nNN1YErYk3P7hFv+K+16sbtTWsBoivb631BiBxyCVU2t/xPuOL6aNZ1atdQA+ymCfy&#10;PH/Y6EUBHhhlPEdMuATVUz8G4yMp+nJPnhAA5JudVx/vPvlGQKafm96dr/k28J5/x59k+7f7ix/8&#10;1D04nxj8v+PdLrZqPJviEKCP8yCTwP8Ai6x/634/pyPYI7klRpZeBceQfUlTyxt+PoT7Al3Dods4&#10;LD+f/FdCKz+EV4dXEdT+ZsTjyRa1LBquqgkrHGdfH0Bv/vPsKctIv20n4JYkDn+lv9Yjj3aIVlA+&#10;X+Xo1QVlA+XRksPG3mi44BALD8/X/C4PsAc/PK0ukflmNxb6+j6en8/19hTmF0DMv+rGno+t1AUH&#10;y6NJteEJSox+tlHN7+oynnnmxP09kh+WOMzWV61yNHhYZKmsd6HxwQsiO5XO4GRyNcscYtCjHk/Q&#10;e9+300cfNdjLIhZP1MA0/wBBk8+P+r59BrntZG5Y3IwwtJL+n2q2n/RU/F0u4PoeLfT+n9T7qol6&#10;X7erqiWeTF1yN6PGS+OIFkUSNYZBQeFF+Pc+TwQ30gkisCR/pj9gH+rj1jVdctbhdOLiTaJP+cn+&#10;1/i6zEgfUgf6/wDj7l47465/IzOK3NR0imxHkx7SeM+oMWEeRGsn/D2cW9hcaDE9i8Y/i1BuGei9&#10;mjtQbX93kTH+n/tvTrv2rZfjTTYmH7rK5+CohRQzBaKsg1AC5sYsgWH9Pp7M7XYjLT/GR/vB/wAv&#10;5f8AFdFc8rRKdVoT+Y/zddAg/wC+/wCJ+nvlgenth1tLl521VT4ykqKlVWpycRfwsEK3FUmhTbn6&#10;+z2XlpzZzLHdKZCtAKA/5f5dF67nDK/hS2hCk0J1D/N16/0/xNv94J/4j2iarb+Bx1Q0NFipVjVg&#10;EJrJpAArsBzK7M36R7DEvLt9bhnJ/wCMgf8AP3+r5dLYksC9UGPtbrv3IpWqQ4joqdQCbEEQyEpd&#10;QeZEsfqPZTJaXAZI5f7MnSeHDz6M1s7crWNMqKjjx8uve1TSbX31mgFxWHkqVNlCxigF7gW5mlT+&#10;y49snbrOEgtPQ/n1Zdu3GbCw4/2o69e3J4HtSUfQndGUs1Ns2tmD2OpavDoLELzY16W9JH49sNJt&#10;8ZKmfH5/5/8AL0oTlzdpMi1an+1/6C6wvUQRf5yaNP8Agzgf4W+v19qyh+K3dFUVWfatbRA8Fpaj&#10;EzgXPNhHldRtce9Pc7bFUtditfn0uTlDdX4rT/ef+guo38Vx1r/eU5Fr8SA8fT8f4+1/ifhXvqUK&#10;9dlkoDc3V8WkpGnUb6os2Abcfj+1z7Syb3ttNKOT+ZP/AD4OlkfIW4yE6q/sB/5+64tlqFfpOj/8&#10;FP5/pzbn2uKP4RR6j/EN4U7AfrAw1WrfRrXMWaIvqI90be9shCf4wpB+TZ/1fL8+jiL2vmWh+uXT&#10;/pT/ANbOoxzP+oop3+v0eEfT6/qce1nSfDjrWlQLXVyVrG5JV85TH6k/RMoU4Ui/+t7bbnuwjBVr&#10;laD5D/N/q8ujaL23VQNdyCfsP/WzrwydYwuuMkX/AIPPEf8AW4U3+vtaUvxj6LoCrTYWacrYsf45&#10;uOO9v1GxyJAuCPobn2lf3CBUnxEpTyH+ZP8AD0br7a2i0JSo+1v+g+sDz5l/80qRX+haOJxz+P8A&#10;Oj+ntXY7rHpvCjTj8G8dvoWy+ZmIC+q5M1TIfxxzx7LpefxI1fE/P/N2Y/Z0aRcgWqEkx0/Nv+gu&#10;uAXcBterhH+ApIbn/byke3ttubFujCm0ounSv3NeRZQdJ5kBHB9lB91yhKNAdVeOpc/9UqdPf1Q2&#10;kGh28mh+LW3+fqUtPlLG9Wmo/n7dByeL/wCc/wAP98Pahx6bfxUsE2Oiispi/UZZCuko4BEyva/j&#10;A93PusrqQ1m3+9f9c+lS8qbTpH+60/723+fptrMJVV8UkVTVsQ6yKdKGO4ZXQi8cwJtrP+w9iIu/&#10;qsQxwwyQhIoo4VApackIiaUGo0oJ0hhyTf36Pm6C8QSE08Q6gPk3+anz+3qybWIQI44wEBoB8h+f&#10;SKHWGIjnecxTu7yPI7fe1qgyNIXZtH3ZUB2vwAAPaayG55ZyWnqEju1zeFE0gG/PjUc8/wBPa2Lc&#10;obng1f8AV/pf8HStLPTWtOlLSbdp6BQsEJFltcyySX+g4MkrXuAPaVqM2jFhHMZLsb+ohdVx9NS2&#10;uR9PbMtzGzzLigr/AKv9jj0p06cAfD0+Q0WlUJX6AcWF7c/7wPbbJmoUFtf7nFwXa1/rb9FvZRNq&#10;ml1qpH+H7eqnj8Oepq0/HNioJtwPxxa/5+ntlrtwz6CgOlSOOAfoUI9QBbi/tBMUjZgr/wCr7OnK&#10;qPhPUpKdRYn/AB4/17/X+nsPcxW1Mx1kiwtY8cC0YHItxx7D9xfULoH4/wCr/V/PrwOaHj1IAAFh&#10;9PaSrI5J0s7NrN7/AEBHIt+R+B7Li2tmkD8OtkVFOu/bbBSGMMRx9Ppb6X+v1P1HtqVHOnHTLjh1&#10;73Njp/QJT9eV5Dcn+g5AFv8AYe9qBSP5D/D1QDr3vIAq2Cn8agOBwbf7wfa+1/0T8v8AL1dRSvXv&#10;cqJb6if9V/vr/j6+xHb8G+0/4T1c+WOve5Gg8fX6fm3/ABX2pXj023Hr3sI+5qB63ZlWq/SKeOU2&#10;F76Iqj/a1v8AX3IPtw+nmKEFsU/yj/J0DudxXY5vt/59PXvde8KaSxvq0uFPJF7j6AD+tveT2499&#10;xBUcV6xFvs/h6977CKryKBp0kH6sb6hzY82+ntdo7I6Hy68v9jD66eve8vj59X1F7fp5H/JQ/p7T&#10;kg1GoU/P/N0naUGopVP2de99XUG9xz/X8/7x7r4Un8P+Dpmh6977J5v9Pzb/AB/oPdVUsaDrw697&#10;yk30qT+kcf4WIB/wH09vwggNXqyjB6974gf8Tb/D68n6e3+rde9umAA/jeKPP/Fxomt/rVUI/wCK&#10;+2pP7S0/5qj/AAHpub/ce5/5pt/g697sezLA4frK1rmLZP8At/tn/wB4Psdy/wDJNsf9Mn+HoK2X&#10;/JOvv+ehv8C9JrH8T5j6/wDAjIn/AJPT/X+ntP52L/Jd6fXmty/9LDVTSE25/J/w9sO1biID/lGb&#10;+X/FdGNu1Z7Rf+XX/N06wn9qk/xihP55/SB/tvaL3d6unduXI/4BYYfgf2ZAB/tve0r+7m0/78/y&#10;dX2+puLzRw1n9v8AxfXcP/A6f/gn+9+L2UCt5+4/4Pe1/wDAf4jjn2R7vx2//SN/z70dNws/+aZ/&#10;wjqf7ab/AI/1+R+Pqb2v/h7Kurde99c/4/W3/Ef8lfi/09+69173/9OgKsminlElGhZPwQV5sFUE&#10;hv6kH3FDaAG1/wCrh1M+CXx5/wCQdb/HtJVZYTAn0LwDcf4D6n6W1c+30GtXDLQ9XHdrpjr3tklW&#10;Q6iSLc2On6c3P5559qaDq9PLr3ts0gOb2uCObf1/xB4PvfVade98G1caSGHNgBp0i7cf1P8Ar/n2&#10;2R2y1/1YHVGyGHXvccpckhSvF+dJB+l+Cv0PtsgjiOmCCOI697aK6IXJuL8k8X/LH68c+6jxD/D0&#10;wwb1Feve0Xl6YyQTH0WsRcqP6X/x/wBh7VooFKjq/hArkZ697GvrekC9O7s8cYfVlcC8p02tb7nk&#10;A2I5P49p7v41/wBXp08y0spBTzH+Tr3stWdo0aYyJEGSoOrS41FdCxqeW5A49+gOfl0RRjv7QKU6&#10;97RNVjIQ7h4IWHHJjUk8KLkkX4PsyHRgUGKrjr3tsbC0jXLU8Vj/AERRa1rf4c+6vWlQTjpmSMFa&#10;04de9t823cdIrj7UWNhqUheLi4soB491S5KrTOr/AFfPpjwUYVp1722T7NxjjWEmUsQPRUTKfpxY&#10;Kyj3794MPLHTBhjNcHr3ttl2VB6m8tbF6SABW1IsACQSBIR7ul+QQAB+wf5h0ja0RWUKzZ+Z697j&#10;f3LYajFlaxCNXpFbW/1/Np1/w9qBuIJA0LX7P9jq1PQt/vR697apds5KGS0eVry0cgkF6uqtpVjx&#10;pM17Ej/b/wCv7WLKtwpOgVyOH+x1pYWMbUkNc+Z697XnXU25cduikC5UshkSO0yPOPVU0yjVrkOo&#10;ce2ZYoGU/p56vCJFnNXxX/L172rt79lb/wATunOUlNksdDHBXzrEsuIpJbgMBcao24HtlbKJ0VgD&#10;T7etXVzcRyHQwpX0697Sw7q7SClTksE6n6323irj/kIwEj3b93w+Qb9o6S/XXY4MtPsHXvcZ+3d/&#10;VH7dWcXU6+dUWFx0QB/VyixDUCUH+29upt0TaqE49f8AY62bud/Mfs697yUnbG4aKugrBQUzTU5k&#10;JZKDHo37sLRH6Q35VvdH28EMDw9M/wCXrY3CYMBpyPLr3tum7OlqnZq7b3mZfzFHQRD1fkhY+eAP&#10;9t7aO3mMCjKAemzdEjUYuPpTr3uFJvvDTHTVbRqnWxJEdVTRf7D0xEW9vLYPQHxBWvXvqEKZhPH5&#10;de9t8+59pykX2dk4/qSzZSKxJv8A6mJfx7eW3mipRxj7emzNCcGA/t697dsxFsekpaKonw1ZS/dx&#10;QPeTIsb+eFpL2Cfix/23uivKSREcf6vXq7i3VVJQivz697ZVpeu6xwVqRQkxga5queVRc8pZUPqO&#10;u9/8Pb6STkkEfy6b02redPz697xzbb2Ewcx7sx0Tn+w33rkA3JBspUEHj29rl/hPWvCtvKUDr3vN&#10;Litty4lsfT7nx8xE0LABKo/5tLW5AN9R91q4bUVPWykRTQJhx697SMuzEe5pcjDOpuf20mt/X+0w&#10;t7cEucrnpj6cP8Lg9e9t77HyXjJjgkkPFrAi9z+Dq/F/bwmWtOnvpyaqMnr3uFPsrcEfpXGVLL9d&#10;QUH/AFJvYv8A1b3sSrTXXpk28v8AaBP9XDr3tkm23lokfyUU6FbfUL/UfUBv6H26JhqXh1V4JNSg&#10;qfPr3vJQUVVTLW+SGQAxRj6W4Dhuef8AD3suGKfb1YKyVx172nKkWkI0sCCRcn+h/wBc/T29Gait&#10;ekJqSTTz697zYwf7kKXn/lIhH+3cc+7yf2Lmvkf8HRhs4/3a2f8AzUX/AA9e9mMov+A8JItemhtf&#10;+ojHH1t7A1wP1X9anrISNP0bcH4u3/jvXveR0BJ/pYWHH+P+N+fbOqi1XpbQKuOve4Eqi5Av9SpP&#10;qH1/rf21VmFGOKdN0qDXhTr3vFGgueLAC444/Bv7qfn02o+eeve5tKwUiwtYXPH9Lf7H6+6OH7v4&#10;a9Koiamnr172o6RwwHIPpJH4t9Rf8fn2lYca9COArqz172JGBVCwFuP8T9Tab68D8+0lzXTnjXo8&#10;h8vXr3sdsIUUryD9R+Li2vgn8m3sExaaPpB8v8vR1thAJoKf6m697Gbb8qWUkqfx+eLlhyLfm3+w&#10;t7TXf6mv0p0KBlW+zr3sddsVl4obfVTbngCxt/T+nsoZf8Zk/wBL/m6UxHu697M3sqq1vCB+BGL2&#10;P4MVrf4c+6MGp28ejmH4F6xyfp/339D7On10/NOST/uo3+g+tGfp/rX9h7cB2Efjzx/P/LSvSlvg&#10;HSPzwvC5A4s17fn0TDi/P++/Hs321+UiIP1aH8W/sx8kcX5HtNt39rH/AKT/ACr0XNxX7OimdmcU&#10;lWG/Dz8Xv/YrDYXvzb/Yex3xItEt+CVj4/5CTj/WFvYy2v8AtU+1v8HQcvv7R/tP+A9VodvEsaux&#10;uF+lv9ea5/1ySPp+fboPUzcHgni4/Nza97E82+tvcq2qBYYxqGaf4AP8legxINL06IdnZCtS50n8&#10;8f6r9wm/0IsCf8fp740wP3Mt+STx9ABZDb8ci1/ZPuCjxXKjh/lp/l6TE/qGnS1pqn/fvYwc6Gge&#10;4/PpqLC9j+LD6/1v7dZoxoa5JNwBb6X9FwPoOTz7BV1/aKyDt/yeX+QdGUDHHQg7Wq30hXIuVPq4&#10;sWXXc8Rk83PtomLtCSb2QA8f18sV/wAgXIv/AIH2E7+CL6twB3sfP/Sf4Bjy6XEA58z0Z/adYwpI&#10;Cx9C6ydI0m4qagXLEXDEE3HtF5OG6NfiwvfgfXRpP14+vtKpyCOB6VIQc16H3b9T6lA+oe1rG4W8&#10;t78f1v8A4+wyy8RBkIB5sOLi/pXgG/HI9sviSh/1ZPS2H4R/q8+jD7XmV6eKx/Sbc24IAF7Fbmx9&#10;hlmVVVGogH124vc6WsPofbTVrNT5f5OjCL4T+XQy4Fi3i0i/6r2sLeq1xz/T2GOYUFifoAdA/pb1&#10;km9jwePqfamJSVAQE1Fem5a+fCnQgUT2/URwQeT/AMFFv9fn2ipxoYqTySCT/wAhMLX5/r7USSiV&#10;tQFBw6Sk9PsKgLYf7x/rD8Hk/T2yzvq1kH6M3IFr/q5N7Wv70Vp2sMjrRUMKHqWn4/obEA34v/Qc&#10;+2phbV+OOL/05v8An639tstPs6SyJooeI6lD8f64/wB9x7a679Ba30vYc/Vjz/trD2vsjpSRh5mh&#10;/wCKp8zX5dNeN4Rp69di5IHP+B+n+t7Y4qZ5dEVONMzhnaVjq0+Pk3VrtfQvtXBdEuwnpQH5fP09&#10;P9XDrc1zRWY9ZHIUaubcLpH9TYA3/wBf2k8j211zg8lNhctvLFY7J44xieOfzFj9zHHVoLLC5S8E&#10;yt9fofZ/JsV9e2byWu3tJGKVz8PkPLPD9nHy6IpudNt2OOeO9kUNJSn+14+Xz64xxT3L6CQxvYMo&#10;I4I5u9ufZPvlJvDZW+KzbNTs/cdBllo5MsZ/tWklFpqbCxwkh4otN2ppP+Sfcw8hWf0CRrfR+ETX&#10;/n7h+3qGfdPmaz3ZLJLd1JOr/rH/ANA9ZaCOojRlqF0nixuhJ9UhP6GYcAj2UjLwQ1M3lo5NSEIr&#10;j1OLiJAbXvb1+5Ov5duuX02s6uyU1fL/AFfsPUMGIx3LsGwQvU/2ia/BTSA+NtTg3Gm9tVuP7Vv1&#10;f7H2RSjwvLHRlExQkcR172B/YWy9z5WjhpafHVVWqVLO3jVSVRopk1EeQMR9PZZLPGJ0pgFh/sn9&#10;p69cNJ4luVU01L172odq7FraDZTY6oopYKp66WTQ/DmSXHQRKfS5teRW/P49m5uP1I2DYoP8Nf8A&#10;L0qkncTQKeGP8I697Y6rYufiRimPnZGkMbSFVIMQDX0t5QVBFz9P+I9sTqLi4ZWegVNf8z081Z7z&#10;w3fSBFX/AI19vXveCHaGdVNIxlSIjMqiRhGFvpUf2pNakj2VyxwSE3D3A0j7f9N0w+hX/wByBo9e&#10;ve5A2bm1Yr/DKh2sQhBjA0k6QxBksbE+0tzfW89spluBp1r6/KvRh4lv4KvLcjR/tvz6975psncC&#10;6m+wnLQHRBIdISRHHrYLr9XP5P09uywWCWqzFyP9sf8Ai+qa7ClWmFfz697yLsncAs746os49V1X&#10;1W/SwDSMF5+t/dKW0G2z31sdc6Ff5tp6r49nCplikDMP9X+qnXvfGDY+4VUmTFVZENhq9C/5y/HE&#10;n0B9qLia4W1SZbNtX+1/i6d+tiK1MJr+X+fr3uU2ytxEKkeLq/2fV6ghPrtc8yfQE+2NuQ7jE43C&#10;Ei2b4vw/L4v9N15bmCZGE4AHXvcj+4+4f0LiqkCUhWYaCBbn6iTVdf8AY+2NrttonmnSBmqo/EWP&#10;+TpiOXbiSBKPzJ697ynY+4gLLiKlQg1a7KVJuPrZ/frUm8N5bW8weQL24/pf6vz6sZrNkdElDN/P&#10;/VXr3vmNj50hmfE1kkKISWjdF0zKPWxOsHQB+PbqXl9tY03Fq1a+ar/l/wA/VUvI4c+Ga/6vXr3v&#10;Idj52TTJLRzNpjXxQooWyceJGYMLyC9mP5v7c/eP1o0paDUf9L/q8/8AUOnRvEIGhkGlv9X59e9y&#10;02ZmQn7uPnZStlCkI1tP+YuHuXI+h9sDxohXS320/wBX7evfvG083x/q+fXvfJNlZogWoKgIV9EI&#10;FniHAEbv5DqcD8+6OLiRqhSB6n/N/n60242hBAccOve5kezM8PGGpZiqjmNEKEkci7a/7Ptt7dWx&#10;Jt8mn7ekn1e3sAPCP+9de9yotq5cNHGlDMoZWKpYM3ptzqHN/b6PtkSFHsHLV/j6fjl20oB4Tf71&#10;1725R7azcDSIKOVvFpHk8VgNYJX6yA/m3skFluvltMv7V6SCOOv9m3+9de9zhtfMEOf4fML6dLlB&#10;YW+p/WfwLe3Rt28Lw26X9o6p4Uf4Q9ftPXvchNqZFGCy42ps55dSAOBb/VG/uyPvN1j93SV/L/Y6&#10;utxK1aqf9X7Ove50e269Y4y9HNHGXYa2It6f9Ygm319uiw3nDLYSE09B08rSNwGf59e9zIcRIjEM&#10;rKPoJHUkfS4NySfdC0zEoYW1nqjSsGYU697cf4RIthIQ6tZbhWXTcWJvyQOPbP0NxLwgbpgymuOH&#10;XvciHEyxIwilRGXVONSE6oxxwzObXIH4+vuyW7lzDuNsPAHaMKuPt/0urz/w9UE9iC3a3iHjnz+z&#10;r3txjxTOEks7v411lGIW7AMw0/Q8+1kdntQxaW5Z/tr/AKv5daW4pTwCKfMauve/PiJdOuKCUEEI&#10;XvqQlrchNRAHH9B7VvsN2JbWcKyq6K38/X/V/mLpTM+4Rs/8P/P3XvcbMYOqqsFJEI9cpqKYqAgJ&#10;4kueAb34449mM/Kd7LbS3FW4evy/1efRxayPFNcZx/sde9qzb2PqaPG0kNQrRzpEQ8ZFmDM8h5Fw&#10;AbEexDyxA1vs9lBIBqQN+zUzfn0VySF2aQnieve1XT+RH1X5vzz/ALSRf6HTwf8AiPch2NmJF0FA&#10;F/6K/wBX+rCCVypI8v8AD173IneabKYqbxtJ9u9UWK86Q8GgcEr/AKn2nn2dPqrydBmi+Xy+z7f8&#10;/W7VwFu5UzQD+Z697uQ+G3cfWOz+vYqDP71w2KqHeuDQVk8kbKxyuQlsQITewlB/1vYJ5g2cFbsB&#10;aii8BnGnh/Mf6syJyTvS213uALfgT/C3qeqr/nl0f3F2jurZ+T642RW7mgxE80k81NWYinEXlxsN&#10;NyK/IUj38qkcXsR/T2drF7/2X2DV1MGzt043OzUMCVFTDRyzSN4pGMa6hIiAB5Ftfn3B822C11iW&#10;ChLHOP5U9B6U+XU0bZu6XMAZWHH/AFcOHQALsns7qjC42u7G2jktvUmQqPsIKiaoxUscFSkbzEzN&#10;Q1lVe8SMQDwbfT6+1DDgG+4VwlllIiZOf1FgSQQ1lXn/AJH7B19eiASKWNR/s4z54p9vR7Fd1qAf&#10;LpbUO6Iq6jjAkDPDrqI5VsyFAgVCbBmcAm9wTx7nyUK0Lq+lldV0m5JJKm4YAH0j0n/Y+y6Cd7yJ&#10;/QN/k/n5fl07JKZCGHCnXc2RWaQQ61kWWJnOgKOHOkKQ3JLk/wC9/wBPawwcusJfkBW5t/REJ5sP&#10;ZPf/AAyU44/ydKYnqo9R0js3SCOVCLjW0ht9fqar8Ekj/Y+1alS8cUouAAskoBH9qOOw5sCRza3s&#10;liX/AB22AHa7oh/2z/P7P8nTkiaoy3kOktkcfFV4+okYN5qWCedWDMLLBAWDBVdRcC3N/eWkesmx&#10;sTxm/lSNiACLGzi1+Sw4F/8AfWEt3DtNnvN0tyO5NdP5f7IHy+zOlkRFlD5PQTNNlaumgiplMcBq&#10;KdZHZtS8svA+pAY2J/x+vtEVmCp59x4yLNUqSxrFVTAkMhjlPjZLEkH1Oqm3INvZx9Dy1zdDtW7i&#10;Qia0hdF7jnV3H4R/Rp+3zz1DHuJzDLsW1XN3aR6n8WMfh4FlXpwyPaPbPSnW/aVDsFUkyec3PteU&#10;RNRUk+igaSPH5CQJVSWYrSVLnUTqBA449lrzFRDS/MfZM1TIIDTQbn1r5Dp1SbFplJ0gaAQef9f6&#10;e4t56/e+47VzS23WbvbCWHyHBmUfafL8qdGdxdXl7yTa33g0aRf4R/v2nVnfxux9HF8Itm0tVWxT&#10;RvhE81Ypdg7R73rZY/U9nuJBpH9D/T2futx0VLuLIpDOJkqft/E9tBAho9U9wCARpuObX59zzyLv&#10;ElxsOwtdWxSdfF1AZ4uwj+zOaipGPzx73ma6uI7SK6Xsj1afXu09agPyzppqnaGfSCSRcdgFogkj&#10;MGWUZLLYDzWROXMMqf4f7zwqsbHSpC7Sq2qx/PAsJVUc8Fbn/Xsfp7PebZryW6hCEaR/1z/YfP09&#10;TTHTe3TRR6VPxf6j1U/1PLUBaqnhnjdZ39K+LyMNLV7kai3IY2BB5/oPYK7/AMgY3hpKZxrqfNHq&#10;4J4CMD9bD1fSx95x/dT2mXeN0WNl0+GVfhgYYZ4Hy+Wc56jD3u3a8h5btxY9sQLF/wDjPn+3/Z6N&#10;x8U+pKDcXb9VuXdEE01Ht9cdW08ZkeGNp2kqqeQExG0g0A8Fef6+0bS0zO8gpiHZDHf/AIN449f1&#10;YA2Zub+yb7z9/bbbzH9DdyfoR5/4yx+37D9n2gZ/dVtLy15Kur+7Wglmnp60DKa9WXdZ001f2DuW&#10;rhpZIwtBDjYblR/k1PWQrDdrDSuk/wBOfblR0FRT1CNIwWKRnHJA/S/IseL34/2PvGe933bd025Y&#10;rRNV0gQ8D/B8v2+WAR1l9JPHJNFEvxeGh6GTIUlVRVc/3Ppj+zdFIPHErAn1W5INv959iPToTDZR&#10;e8Eb24uNPiLfXk/pJ/2PuLtzk+HWeGoftD0/wgdG0WIlr0lsHb+IzEEWbKX/ADbmqpz/AK349xGk&#10;WSKpUfQwvbn/AFxci17W/wBj7KNyRobOAvxBz/vP+z1eFaTBj/qyR/l6FrY0RO8Kd4ySWmjQalsO&#10;MlFaxLGy8fn2CefCeSY/83Cf97J55P8AX2DNwr4v5HoS2nwD7D1bh1U0n8HoR+fDAPqP9Qo+nAP1&#10;9hNnwVpZtJGoOQP9Y3vxf6D6+2o2otafhr0b24rKn+l6M1toCSup9d9J4/P1FipuACTfj2X3cVyq&#10;NyP1D/XK6Sbn6/Q2/wAfYL3uYhgKValfsrpp/n/LoS2qgUHn0abb6BY3A/Fv9c/5z/eBb/Yewqy6&#10;isURS05mZeQoCGQ3MbmwIt6SL/7D3HV+kskUiQSlZjprTIz/AKvTpUYY9Q8UAr514dKyMgc8AG9j&#10;9BwT7TdXTQRqZEp4Fpf92uYVZV9Mapf06iS4HHve27/cbSw+pu5tZ8tTerH/AJ/6dlitZodEarX7&#10;Pn1lZQw/HH0/P+v/AL17I3RfEOqyOSqBkt8U9NHNIZJU/wByyNGj63T1Q1AQH0j6e5g2v3dsIZbY&#10;orNJ/DrHp/pfn+zqJtx9sXvrxbnxgE9KfL7euySP7JP+tb/iSPZicL0ftHb2M+0q83FlERSGInr7&#10;sCVB9UzyHn/D2eT++CwtizkA+1f83+x1r/WqjkFDKtPsP+frExlb9ACf8GAP+vwDf2sNvda9M0Kz&#10;LV0FXL92GglWLK1UWtZHRnXkmxPsvl+8DcArHDEdZNBlTwr8v8PTQ9nrSNvGdgyjJ+L/AD9QKqHL&#10;yaTS1tLBYknyUhmJNiAP8+gA5/1/anp+vOlqCUSUO36gEkEGbJvUH9YZdQlU35Qf63un+vNv17rU&#10;sA1P4E/zf6j9vSyD222iM9qZ/P8Az9cFhzGm0tbTsfyY6RkP0/H7zH6+1XTHZmEVfs8LQqrqgBkh&#10;p5tGpVtdnhJNvEL+2bjnTd7uCd2P4X/D/q/1GnRzByPtsNNKioPoeo8mOqZ2Xy1lR6WU/tTSw6gL&#10;3BCOLghv9bj3KO98ZTr44cfi1S1rrR0qkHT9binVuAPoPYVbmi/lLr4rFh9tP8NP9WadGg5bskqd&#10;Gf8AV/q49cxhItWszVTH+hqpz+TxYuV9tFTvxFZ2gFMguQVjihFvoRY6L8+2DvO4EB9cn+GvTx2e&#10;yjX4BXqWuMpwLFdX/BmY/wC8G49sM+/6r1CNhcXH6YfoQLf2Afp7fO+XEqaTKtPz459etraWKZEY&#10;/n1kXH0y2IT/AGPN/wDe/bFPvKpPrklcf7EAgcG35sP9t7YN9fS6lEopX5/P5D9madPK1iO2g/1f&#10;6vn1IEES/RR/vv6/19t8u66g2C1RcEchQOP68kj6+2HN67EmJ/zP+Y9Jy0ANBaN+3rn40/1I9t77&#10;kqnIvUxwgW4kVG4+n1Fz7RPtO6OfEVJKU9T/AIK9U8aCtfp3/bXrna309xZdw1IPpcIpI/WFYfkW&#10;X02591WyvtZDyPr/AGf5+kxeXVjj173EfLysbvMjE/hOD/geOLf8T7dNnduB8RA8+P8AhB6r4so9&#10;f2de99fxJgoGok6tVtRvZibgnnkEfn2qVZUAWoH5DqvjXgOGFPsHXvb/AEWXp5FihkujEpZSz/nQ&#10;hHosPetM2SGr+Q/yjp6OW8PmP2Dr3ueM01OxVJVZQXCL9WCH6DlSeQv9PbywyCrsCGIz9v8AxfTz&#10;xDQXde4jP29dFQfqP99/vj7a6vMVFTIyauLn9IAvctxwPwD7NrbdzBoDH9v+r/ZPRTM4UkDh10EU&#10;fQf7fn/e/cdKuTkK1m+rC/JIPq5+vAHsT290ZY4pK11f5f8AUemAalT13Yf0H+2/339PfIVaO3qN&#10;pPrwxBtb8jkAX/1rezaM61OoDHV8EZ64FbDg8f4/77kn3iqmDKCT+r+yObWH09P1Fh/vPtJPaa2Y&#10;Ka/6v8P7fSnTdKEKTmnXMG4+luT7YauNGP1uOOQGPNlH6b/X2G7qwKkEen+r/VX162MGp679xGp/&#10;yTZT/wAhXNyb3B+p9laQrGwibh/q/wBXDq3lXy697wNGt2BtcAci4BvYfpBP9PbD4CgHGem3wFA6&#10;97xiJ7NptYhjYk/TkcDVa9/bbSKhAYHqgoTnh1730tG4vqt9T9CefpyLt7X2rA+JT5f5erCmdPXv&#10;c6KIKvqAte3555FzbUR9PZ9aH9M/6vM9b697kGPjleOW+t+PqbG/PHtYp7h1Q+oPXvYV9xSJBseu&#10;c2GqaOOxP11xTC1rH+nsb+37FeZ7Wp/Af8Iz0DedT/ulmq3+rS2eve65YyItSjm7A/425HPBtx7y&#10;zul8RoNXr1iTfAupPnXr3vzEyFmtpux5FvV+L3Fh+PZjOmhID6r/AC8umWYrFD6leve/BHNwP9j+&#10;Pp/r2+t/aRiBQkdJnNDqbj17350I+vBt6fpwPz9Pra/vUZrUE+fVUNQeve+A5J/w/wBj/sPd+r9e&#10;95R/jf8Aw+luf+R+/db6977/ANh9efr+P8Ppb37r3XvbrgrLl8b/ANR9J9f8KiI2/P5PtmX+0tP+&#10;ay/5em7n/cS4P9Bv8HXvdjGUJOC6vb8n+5H+H/KOxPP+t7HN1/yT7XV8HbX/AJxj/LT/AIqvQRtc&#10;7fef89D/APHR0naL/P5axufNXcf8hqPp9PbRnP8AMbyUg2E2Xk/2HgkA5/p7pJ/uTDn/AIjN/g6N&#10;rb+3s+7/AIi/5unGD/NUpv8A2Ih/h/Zvb/Yn2id0k/6HNvWHH2mH/wBhZZfz/jf3WIV25q/79P8A&#10;l6tt61ubstx1nrlH/wAD5/8AlmD/AK9/F/vA9lBq7f5Sx/EgP+sAVuP6nn2S7v8AFZf6X/P0czfH&#10;Z/6U/wCXqf7aefLq/H0sAPrb/b3twfZV1fr3vJZb/T+3/Qf6n6fT6e/de697/9TX6lXQ5QLpv+QL&#10;L+kH/Y3v+fcUKfxM/wCXUxI1Ks0n5f6v9X8+t/j2zTwt5DqBI/FyDYhbf4/092WVAa16eDBSD172&#10;1vDydI/r/ZF+P62F/ofx7d1GnceqVane3+br3ttmgAvYH6n8c/2rk8D0g+3kYtg8enVbUaEde94/&#10;B6raVtb/AFP9W+n0PPtrUfU9M1b1PXveJYydZawALXtzfkfTi1ufae4+MceHTcg7j/l697S2QQiZ&#10;yCQpJF+P9qA/1hYe1sFPCQUz1cAaVHXvaTrzZJV5PpP0F7HS1v8AE/X28uaEHqlQRUcOvex566iK&#10;9M7zYqVvl9u2BtxfzXUj6gEn/H2hvTTwqGpI/wAvXrzt20hT3NT/AI9172WrL0/kqSg4CWta/HCm&#10;4Cjg8+1FsP0ccT0gtUDW4Pmeve07UUbOrelLA2vpu3NjcG3+0/j3dJVGgEmp69G4KRklq9e9sklG&#10;VF+bfQn/AG3+HtYhXUA3DpQV697hGFgSFB0jjkcf8U597IDPXTnqhHXvfAxcc/X/ABHHP+uCR71X&#10;r3XveJ4ybjkjm/pB/wBtwPddC+nVDGnp173g8OkuCo+nHpsP1Eni1vaSTOnovnFdP59e9wZ4rhzb&#10;nURwPxzyDb9PuqSuGChukoLeIFBp173N2dT6t0Y5eP8AgVT/AOt/wLp+b24vb2ZM6lCytnP+DowR&#10;RrViMA9e9tfadORvncH1t/Eqqw5NvWP8DY/7H29YvSHDdIJwPGl/03XvYfCn/wALA/8AFP6af6ez&#10;OL4TnpnHp173ljgN+Ba3Nrfn6fW3I597cAgfb024FB9vXveGWLhjxf8ANgAfoLc+0rN5EH8uk569&#10;7b3XSDx9eLEc24+p96Rx3ajx6qeve4pj+vA4/wAB/vNwfp7eR1UBWND1UCpFeHXveCopmZV4Asb/&#10;AFJP5H0F/wAf737qXBIz5dWCrq+LHXvap3hAZcDhSbkKaNWNv6UMv+Jva/ty1oGkx0suEBijwPL/&#10;AAde9huaYAWb+ySb/m/C2Bt/T/D2pDEntXpBXiFTr3vE0UY/1QP1uQPp+B9Ofezq9B14of4V697g&#10;PcPdHK/10krY8gW0kfQH24AOBGOvaQKinb173gaScD01VQtv6TSD/X+jEc+9hRWgHXqMDRSeve8Z&#10;qK4AFK2rU6l+lTMOLi/9r+nv1BXI6rqfFGPXvagzlXXRU+Ndaydda1d9NRMLlZIhz6gDb8e2gFJI&#10;I6tdMwWI6vX/ACde9s8W48lAQqzI5F9JmQyjnn1Bm54PvfgqckdJRM48+ve5p3vlYxYR443Fyfso&#10;ibf1Nzc+/C1U149e+olGpWINfl173Am3hkJwVNLigHPqIxtPq/178+r2/HbKrKdRr1aO5lDKWVag&#10;+nXvcSHLPVVVN5aenBE6ENBBFERZhwNIH0v7vKg7snTQdGG1T6tzt+3iyjAHr172OFP5Gp6dkVlB&#10;pIb6gSQDGpIBBsDb2E9yKLIAooaj/Cep/h/3FgKjGlf8HXveXURcMT9R9efof8SPrb2gUZHV0+Id&#10;e9xpPU3051fW/q/2B/1vbo06fLT/AC6eJH5de99gEkkXH1sb2/Jvf/Ye0hzn16aGTjr3vJEoEguP&#10;6fQH+nP9f6e6t8P+r59KI+A697e6dxERY8/1/p9T/QfQn2kGRxz0dQNwq3Xva6wNZJFICTxz9eeQ&#10;s5+p/PPttqMPn0ewMeJOevexhwWXZX8LWN/7QsLfre99Rte39fYKlsHhZWVyD+35cP8AV+3o+tDr&#10;K6D172N2CryY1WRhZha68WN7/W/+PssncIWJOa/t/L/Z/PoWWyVBBbHXvY4bVmhaSFpJC8moIFp5&#10;AiBFK2a311kLzY2P+9JpLxl0o0QBf5f4f9X+EdKY5JVYB48H5de9m52BdnhuoBKxmAHnU5aDQpW3&#10;N7+2JYJFTxm+Ef7I6OIaSABmz1jlNkP+PH+8H/ins9XXaSBKVrJJJeGN2Ef7SXFGWVwRxoP1/wAP&#10;YU3bb20mcu6oatxp6/P/AGPLyx6R4UBLzUA+fSJztVGiTRsVH7bWU2LN6ZdNrj8/i3N/ZxdnxU0w&#10;gjZ0SQRRPIpOlrD7VXmX6BIr8f4ewzBeTWElYyxj9OPGuP8AV+XRabkFv0CGP7eiwdk0z1dLOxiD&#10;XklWOXSwQHTUFIiCLPMR/wAlexwxdIQjNTyrJEmoE3Lem0LXDMbW4/PuQNi3Dxnt2nWkrqtO3hx8&#10;h+2n7eg/ey3IZ2aHNT5fb1WV3ZB9slZDLTSIsU88npkKPJKjTAIOB+pvz/vHuZI7QEJaNtSjVoiU&#10;EEcG97kA/wDGvc2bXawXdurG5Oryq54fL/UPWnRESJTVj3dV3biq6lslPM2PqYY6d2UGWFWjYMRd&#10;2sAoa5t+R/tvfqLVLO8rAjSyXViSQGQgi1uTb/e/ZfulnHaSzQR/ir8sih/Zwx/g4dNYjkZPLpQx&#10;ZonAYlWdXUQswlS5U6puSpvYWH5Fr29vMuptVhcN/QWF/QCp5txxb2A7yICgHEf7JB4faD/LpXGy&#10;0WnEdCPtTILoQvJYj9Wk8/WQPxc/UAEfj201MZaNdVwSDaw4IDKBYcG9h7DF0tJGZeAND8ic/wCX&#10;pfEQQCOHRlto140CMEMLCQOXAJUCRQLX+ll9pOvhBNyp0fmxJv8Ap/w/r9Ob+yWRXXWiSDxBwx/q&#10;/wBXl08pPcNWejJbar42SJ2W2tgSOA1g0qkXuP6f4C3+PsPsvSoQZFUWuQPp/TlbC+kg3/FvaAiY&#10;MEZjqH8/mD5/6vn06jEALqz0YXbWRjtpBChwn040gcWbmw+v5/B/pb2F2ejiHk9AWwNlsObK/A/H&#10;H+I/w90hjmWlG1Zz6/n/ALFfXHS2J2IC6s9Dhg6pZETllPH5IX+yOCPpwPza/wDj7CPKR38oYE3M&#10;igDg/wBvkC31HtfGw7AGx0+WqR3Y6EuiY+g8f2CeeP7HBP8AT2g66IgsSvqJP05P1kH+ItY+1IcY&#10;Vfh61VKaaY6UcBvY6vpb/ehb2wTKbG5Btq/re+k/Ucni/vWqlQ3TLOqip6mr+LXH0HPP0P8Axr2x&#10;TvdWsSP1X9Qtf1f48X9+PxZPSKQguTWo6lKtrf4/T/W+v1559s0odlZtTMNVtIsfzxa7WP8Atvbl&#10;vi7hYjtGekx+NK8Osv4I/J/P+29+pYmVpGTVC4st5DeNSwOoHT6iWAt7N9xvEMkLxLGQvn0tmtfF&#10;h7OsYW62Nze5FvrpH0+otYfX2VLeXxa3VvzsXM5qgzOJpY8y1IyCemr3X/IcPT0zeNYoWUG9K17f&#10;k+5EsuebKz2V1TRrBH8Pk/yI4V/PqJ+aeQty3lhJbPSn2+ej+H/S9czXQ00IaQSgLYG+ksNTALqJ&#10;cfW/sKd/fFjc/WdBFlc5uHBmD95tMdPXwkFJKaI6WlpwL3rF/p7F/KXMdvukEjRBSKeYWnFvnTy6&#10;A+58ibptO2NJdFHHzVv4h/F9vXVFlKavkljp/ITDo1lglh5AxX9LsedJ/HsEW2pTIwMeSo7Nc8Ox&#10;XUBzYlB/vvp7EVtBMk0zs36bFfL1p/qr/n6A0VjIY1EunTq9OnL3i/uvTH6ZKi/P+rsb/wBPQD/r&#10;e1rQT1y48P5f7P8An6u1hmoYf6v9Xr173y/utAy+jJUDEfXUHPB/oNN/9596jt2CgPH31/1evXns&#10;yQtCNX+rj173lTbEKgAZHGaAwbSA/wBSL/pEf149ueCxNaGvVP3exOrWK/Z/s9e9yRtqEGxyGL02&#10;vZkYj/HjQQPdTCzjFa9ebbXkBCvn7Ove+Q2xSkgCtxn0vYxvp1f1A8Ysf9690NozJpNKdJn2aQgk&#10;v173kbalL6WFfjCeAbK4I/wuUNj+PbYsE05jFP8AS9UXaZaaWkx6f6q9e9yBtKExgivxlubjQ/0/&#10;1vHxa359vLa1BUrVenP3Q6mgk/1fs6978NoREAGvxYF+Lqwt9Pr6Da/9D7u0Hho7FTSnVG2mSho/&#10;d/q+XXvckbOpyt/4tijf8evSdLWH0Q/j3pnfIMR0dM/uqX5/sPXvciPaFOFLfxXEgrpuNL834Fzo&#10;vwfeg74Cr2t9vVhtcz9rMdPz1U697yJtGC5vlcSSf0jTL/Rv+bY+lh72sSRvqjg0D+iq/wCr/V+3&#10;f7mkxTHr173Mj2jBKQBlMSfUBYA/m4H1j/p7sF8Pujh0N/R6sNomGQ3XvctNkx30nJYgBjyoDlSD&#10;e/BTSbn3QmWTuZSz+rf6uP8APy69+6Lj+Lr3vP8A3CB06a/Femw4jk5UH9Cnw8C/uoCIRIYx2/6v&#10;XqrbRIKsWFOvf7A/7xx/vPuSdgqUH+XYsWIH0bkgfqNov1e1X18TV8SLPyB/4rpr6Acdf8uur/4H&#10;/eP+K+5EPXOoA/e408i50H/A34i9Xtr95QKdSBafZ1v6Ff4h+w9dav8ABv8Abe5qddx3B/iGJuL/&#10;AFjk4uR9Lxn8e6vvkRfAFD/pf8gx1T6NwSFI69q/2lv9t/xv3nXrhPquRxHH/NmQkE2/taNXI/r7&#10;aG82r5kgGr7Ep/Lr30b/AJ/l14tb+yx/1h/xv3m/0dJf/i44cEgXHjfn+hPoJbT/AF9rG3+zK1Fn&#10;Kf8AeT/kz0oFm54TH9nXtX+0sP8AXH/G/eb/AEd3AX+I4j6fUwy6f9a+gj2kffrZBq+kuCP9r/n6&#10;r9Aw/wBEP7Ouw1/weLf7z7yr16Tcff4rVc6QIG9P9bDRf6j2oHMtuo1MvaP9L/g62u2TmhL0H59d&#10;av8AaW/2w/4k++adeF7hq/E6VN7GFzb62AXQQRx7bfmtKARrn8ulA2+bAEp/4117V/tL/wC2H/Ff&#10;ef8A0cw8Xr8Kb/1pyf8Aoi3HtOOY7GoJ2yT+XVf3XJ8/2Hr2r/aW/wBt/wAb99/6OIWNvv8AC244&#10;MBAN/wDEp9TY+1MPNFiF0DbZAfsHXv3ZKOFf2Hrxa3Njb/W/43f3kbrWNQpFbijdSL/bkEgcAf5o&#10;/Qf190bd7eQsfBXQ38Sr1U7S1a6h1x8n+0txb+n5/wBj76j64v6fvsWFDcgQEX+nPEQ/2Huq7nbI&#10;QywxV/0o62NpYHy/1fn17yf7S/8AtgP8PyfeU9bKylf4jjOPqPDJ/wBGgj6e223omTSDivz/AMvW&#10;/wB0Saq1FeveT/aGt/Xj/W45t74x9ZoT/wAXHGaS308bgFh+my6QPfv35KyU8RiOtjaJKV1mvXjJ&#10;/tD/ANfx+Pr+T7lr1pd7DKYv8i5ilv8AT/gpNre2v6yeCpRa1/1fZ1Y7Q2mnn115Da/jf6X/AB/x&#10;X3Li6sZvplMaf6Wikuf6WuoNzb2pXm+WJQA7/t/6G6ZfaJABkV66M1vqj/7b3nHVs8Xltksawcrc&#10;iCQsun6n9NluW93TmB55DILqTU39Jv8AoL/B1T90OqKRSn59cPuR+Y5B/rgf8V/r7GvrL427q3xJ&#10;PR7Znopv4aIpZ9FHWTcVL1CC4hi/Lxt9efZduW8W0cTvcX5VKfxj9vHy6Ee0cvSTufDbTUdBj2L3&#10;Jszq6koKzd9WcdDk55qejMstJD5pqeOOZ0Q1FTCGbRIDxf3Yl8a+gdydKVu4c1uurgqFymNp6dKe&#10;GKoglQ09W1QWH3iogDhrCxPuMN85nsnlSC1lDkNxzQcfTP8Aq/LqUdn5bmt49RdiCf6XREfkj2lt&#10;r5C7XwG2NitW+SkzzV8mRd6GSlIOOqqMR3oqyqdiktTdgVFivs1bVEUjqUIKaw5QMglHk55ZSR6Q&#10;1j/r+w5c7xbSqvwV/Py+31/ydDNIGjRajPRZMRsHM4qKZH+584iMIll8hpHWOwsickEuhYfTg+/V&#10;DGWykotgQpOm4Rdf1tqJYE8+yx7uN6uiEpUYpxJ/Z8/PrQRviAPHpTYvDzUPokdzLy8jBzw4KFlG&#10;q58dxYKR9f8AW9uWKtFpY8abm+rSAT47jnn6H/eOfZNfS6tSg5NMfL/ix/PpVCDn06m5Cl8hHAYA&#10;MCQobUxWUC4+pAQn/X9qAvqkjcMNEgRdN7KTq/UwJuAL829lafpQsmk+JG5/zgenl/qz04SwoKY6&#10;Yng8jyo3KVFK8n6WBUhVRrMUGk2bj2saf/KKMoihAEBAAJ4FwfySfaFZStyJZSWY14/8VT+Xy69I&#10;gVTQdBvmKRKGfxodC+dA9jew1D66yCb3tYH8+wW3Zn5qHc+DxzO+malr2dpNJbVE8BUcmxPP+p9y&#10;xyHZxSTSFEj8EqeAxlX4VyP24406h33Otk/dDHwxo7f+PL07bn2bFnOot6ZorVPXUeV22KeON2Rj&#10;G9VC0mtIwVZdC/1+nF/r7JbuHISj5sYWimkd4z/HjcSuRFo6/pnTTdmK6mCk2+v19x9zhE8O27gs&#10;fbGzR6vKvcCfT/Vjov5flduS9vt3cmqH/q4W+XVlPQBjn+HGyJaaOK0mB/bRUQqdG8KsL6VUKTwT&#10;wLA+7XqiRV3BQkfSUVbOznmUx0N7lj+oJ/r82t/h7FfKVzr2GzUk6lJAA8qytjGc/wCz6noCcy2h&#10;l2/mKWNMjwNP9HvWmn59apHya2bPPtPvBgsbRiPr0qqxuviP3+G1aV0lVuOL/wBP9gPbtRuHqJIW&#10;YWAGo/Tm1xYi5sVt/X3MW9W4fa7W4KEGpp8808/Ov2cfSnQM2JNe2RAnhq/48eqCdsV1dgcvVy0R&#10;jljlZNOkGVIwmrUyhdK2LScG1/Ybbpws2SqaCoiiukEsrF/GRcMkR54t+L+589geeIeT73cHa8Kv&#10;Iqrhz+FnB4fszj16Avuxyffcy7UlrYq5ZQ/w6vxKv8P+bo5GH7gfo+ryk9fSSPU5LF48iIJEjx6l&#10;irUcrM8erzrN9fyD7TM2Llo6KquoikkVWtzG3GlbcAXUlR7jn3M53h5i9xba4W5E8QYDPeB8WaHg&#10;R5dZCewvKU/KvI4sLwVk/UJrniR/F1aH8VhW7r6wyu78hRVtI2WqslJBNKwheWNXozGFmVnvGVm/&#10;x/2PtvxkpWmSGR2eQ1TelrSftgcuP6E3P+v/ALf2QcwQq+5/V28aRwC3X4Oyjfw/4Ps4VB0nqXbe&#10;mkArnWf2fw9DPTR3pKmNhPIXNSyGoDz64mudP44CAfg/7Hn2IkDg0p/V/wABfofrfxLYfT9P9f8A&#10;H3HG4/20Xw/2g/wn/UPl0fRfAPh/1enSPw9MyZOuF/rW1PKgWsKmH1fU8cf6/toZtXkUcf5PKD+A&#10;f3lvyOPofaPecWSnz8Rf+rTdbT+0rX/VnoaOu4PHn42b1WkupB1Nb7+nEfDc2JF7f4ewk3BJH53t&#10;YAObkj6fusb/ANT7jO8ik1uCMkGn+80/L0/LoSWI7P8AV8+rburyGxNCbmyxQaio/VxETYC9zxf+&#10;v+9ews3A6GJyOG/HF/SSeBe4/r7ZsllCMBTQD/P/ADcK/wDF9G9sD4lDw6Mpg0QVUOrUW8f0B/F+&#10;Sf6N9bf7zzb2XTct1dgNI5sD9SCShOkWFifYQ32YapKcaV6E1pxofTo0e3ltSpqP4AJBPJGq39bj&#10;2E9c1tVmNxp5Fvr6b3I+v+8+49YhnahrXhX/AFf6h6dGEYDOARVT0rl+g+n/ACO/HP55/wB59o+r&#10;kazDUNB/Ut/SwGi91JYOdX459o50Q5fv/wBXy/2elWlFHD/V+XXP2lKqskRiVPqIX1Bjq9IW39qz&#10;FVP9faGeBFQuh0H5fPH+r8+vOMYx172nHr6gyN65bG3F2I/xuA39fabSzKgdiadMg+VeHXvfjWiN&#10;HdmYuEdv1G1yQDaxBPA9uKrawIwKA9OgsQacOve26HN1Hn9UkhsVtdjbXrPF9f0v7P7QhdLCv+rh&#10;/sfLpmXSRgDr3tQnNSPGFJNrLYFi34/V+oexPBP+kyahpp/z7+37PXoscFXBHwk9e9wWyRLsAxFw&#10;bWYrpuG+v1/V+faZmFECf8V1uUnSade9wKiqLm+t/wBQAGr6/W3AP159qoJfDDI4x/g/2OkxYjUD&#10;x697x/d3Fi7Cw+gaxv8Am/q5v7VK8UeAEI6YPaade98JJ1H1PIPN+fp+Pra9v6+1IeNqGo6bYKck&#10;Dr3uEs0tzp4/I4KkHj6WJN/e2mjCgGUZ/PptjUEauPXvfPzkMSefoQGUluePyefp/j7cEjqgGoj/&#10;AFfy6TkMBUg9e99efkj0sDzY3JHHP1P+P+HtPQ1r59UrTr3uVqjstwq+k3uLEmxuL/n6+6mRiSur&#10;A8q/5PLppwanOOve+le6/rAuAbah/sPyePbbMNVKGvr0n/UqePXvbhRTKZACbFbEll/TpZP0jVcn&#10;j3Y101DY6UKGpUHr3ubO+gMSRqYkqwckEsDyOSOOT7spWoDaqDj1cmg8+ve2xZARJdiWJIuT/Ti/&#10;Fvz7MV8IMCUGk5H/ABXSWTjw697zo5QKbn6G9z+bfX+g459qI7krMYqjR/qqP+K6TVz173MWeN0J&#10;FuPqSRfj+jXtcX9iS1uGjbSw63lcHr3vgWRudRu17sX1W03HFiCdXsye/cIYoo/P0pT/AFfl1Zmu&#10;kroh7Ps646fpe5I/N/8AG/vDMIA6PdG03uFN/wBQAAbULHn/AF/ZHOt29QA2n5dMlrotQR1/Lrl7&#10;7mpiCiIjaXDW1DU39l/qLc/1/p7LF2ncZyJw1B/q/wAP7M9Oqk2nvweurj+o/wBv74mhLNoMbkjn&#10;g+qx4/Atzb22LS8hFGHn/DT/AAHqpqOJ679++0Z/CqRGzytEVUeqALf9yQ2/Q3+t7vZT3ltc3csl&#10;xbKPD+Bl7/Lyzn8/5dWhSNmmbxB4unh/sde95GoJl/4DKZSSI3qLaqeP82J+oMZNz/h73su431/c&#10;XapaK4q/wp86f6vT+fVY7iV7d4mVQany/LrokD6kD/XNvfIQB0+qhom8chBsplQDWYwB+hmPp/Pt&#10;Ybm5t2Zbq10SM5OnTTtP2+Y/zU6eMS26xAUOpQfXj13768QVwWbjSPrb6fXj6cnn2rjmEi0ov+r/&#10;AFfl0nah8s9e9gb36VGxJRFcXy1GAf8ApzV3H+K3/wBb2P8A29Gjmi218PDz9lV6AnPx07JKT5Ef&#10;4G697r+RdUhYqOQ344N+Rf8APvLy8IAgCjNOsTLpiEHd59e9xy12clbWv9fzwf0m1veqkqhJrjps&#10;f2MH2N173zufwfxc8/j6/j3WgPHpmg8x1730STyf95/2N/zf8e9AAcOtgAcOve+/94/1yf8AeD/U&#10;+99e/Lr3v3+t/rfT8/gH/C3v3Xuve+1AsSTe4te31vx+D/X37rwp17264Vf9zWNU8A19GF45P+UR&#10;2A/F/ae5/sj/AKvI9NT/ANlJ9h/wHr3uxLN3h211d/Q1WxT+eAaOTgccD0+5Buv+SXy+Qe5kg/Lt&#10;HQY22nhbmrcPFl/596TVCweozFremWvQ2/NpFPP9SL+4WaUtHu4AG5izUnIH/HBxf/Ye2JdP1j8N&#10;Xgn/AFfbTpdBme1/5pjpzh4hpP6DwL9f6AcW+lvaF3K//GFsEP7SxYUX+pH7b3ANwf8AD3q1/wBx&#10;5x5av8vWtrzu+4LXGpv8PWRQfv5D+PD9P9jEP9j7KDVLZ5AQDdweb/0sbfS9/ZTvAAWzA/hP+ToR&#10;Ma+H6Bf83U720sG1fV7f4Mf7K/W3J5J/2Psj61173l5/2r+tv94/2/5t7917r3v/1aC5qcyNqBsP&#10;8eD9FHNgTzb/AHj3EI01p59S3UFqA5HW/wAe2qanUsU/3o3/AALfj8e3QzfF5dXDSVL8R173Bkpw&#10;LkDgg34UsDb8cf196Bofn1QGhqOve2iWLkkc3JBJsL8k8XA4/r7fDr656f8AFTyb/D173EZQGuP9&#10;Tbn88m/P9SPd+r9e9xmA9f0/tf1v+ebEke0klNbU6aPE9e9p+shEjvdB+b/1HJt+D9P+I9qI2YIg&#10;D0oeHXgTQUPDr3tKVtKQ0oueSQB+Bxa9wLm59u1/TXH4emGGB2+XXvZg+uqHydJ75PIMeY22CbDm&#10;7TFjcKPp/sPbF4ey3pw09KbtQdqUj5f4T1xJ9QH4Ksf9sU/4r7LNkY1SdpD9SV+lriwUA2txx7U2&#10;1TFp6L7QMLcqeuXtqkpQE8dr6Dx/XkgnkC/I+v8Avj7Sk56YSgRa9e9s1TQaVkYcDk2AJsLgfQr+&#10;fauOeSqAio/1f4OlAkfFRXr3tkkjAAsP6/kC9vx9Pa6telHHj1723yR2+nBP55/x4b0/W3vYpQU4&#10;dUI9Ove8CKVJ/ra9v8GP+w+vurEAUI6bcgCh697xsgLn62JNv9a5H0t7SyYp0gn/AA/n173Hmg9L&#10;DT9SQfqOeef0+2AR4qDpIP7aP7eve5+yqcjdeNsP+UyD/wBy6f8AP+++vtbI+mMkcNPRoMsv2de9&#10;4e2qQrvjPgD9WRqCLgE/VbH9PH19qrA64i/kf8lei6Zf1pf9Mevew0+3H1t/vH4H9OD7OEj0cTnp&#10;mg6975LCLm1gCP6X44tY2HA97kwPz6pIMde94JaP03PN78/7EDj0ge08uFbFOmGX5U697aZ4ACLi&#10;1jccn+gFuVv9D7T6qVJ4dUP4vn1722kAMQP9f/YfXn/Ye70NNXVdJpq8uve8TgkjT9OL2v8AT/Ac&#10;Ee/VGkj59abtUD+l/sde9rTcsfl2vinA5WsiXn+q0L/0Fvd4TR0/PpyUViWnr/k697DOSMBbX9V7&#10;/j6C4H0H4I9r4/i+GvSdMsOve2qpJRiOPoR/a/x+v+2+n093TgOrr8I697apCSTf6X5+vBueBf8A&#10;r+Pbo40r03XNK5697xfXj8Hi31PP+wtzf36grq/F1bgARx697xEqDxY8/S4v+P8AinvfVPPr3tzz&#10;rCXG4RjrBda65uByJ4V/x5490Squ1Pl/l61dCscLfb172jGP1AP9Pofx9P8ADj2qA4VHSADuB697&#10;xcf4+79OUHqeve/Dlh9fex+XVVyw49e9zKE2rKc8f8CE/V/g6/X224qpHy6MNqNNztfTxF4/6br3&#10;sy9H6qGjB0/8Bacen+nhQnmx9g7dDlft/wA/WRNsa2lsP6C/8d697xzRgtxzzb6D6C9/oCv09lQY&#10;6aeXV6Zp173H8J+v1H+Or6/61vr73Xr1PPr3vkqDm44/1vzYD+nPv3p14Ak449e99KNL/wCxW39e&#10;R/t7ge9y8F6VefXvcxWu9x/xrgW5At+PaBTQ16VxSgtqHXvaxw7zMx8Y9X44b8CW/wBGH191ZgAC&#10;fTo/gkJUNTiOvexW2/DVGoSGGmlqGv8ArETyWuHa97k2H0t7Du7XMSozeIBT5/Z0JdsJDNT/AFce&#10;vezGbbxrxGPzRu8h/TEBfi7k3R0vbn/ePYGe48eumlP2/wCX/V/hW3O7/SV8/wDV8j172pd7ZveP&#10;We3YN2x9e7xOJhnnebKVG36psaEhi1u5qi1PAq3IPLW0n2dC42y+3S2sEu4lkIUUZlqT5AUrX5ev&#10;5dA3ffeLatviOhKspo39nSq/83BjHXVxci4uLXH5F/pf+l/YI9UfzB8/SdhrQ7kx1K2CqJoaOjgp&#10;KCOGujnfKU8afuVWc8OsUwYCwvr/AMPcm7xyrb/1edrdP1FjP2f2dPJfsz0ELD3ujurowqCEIwaK&#10;P8EvXmUMLEXH+uR/vXsVO4PmX2tuGnqYsDlX23jSZqekmwsuUxFVFjjBkY4ZayfH5to2r1p5UaSQ&#10;DTqRSPoPYBt9ot5xDCV1aVCnNalD5VHDJp0zzH7gbpuEWjb5SKg5UsD+L+GT5+XWFKaCMsRGpZnL&#10;lmGtrta9ma5A4+n0HsNfiv8AOHtrqHvnbma3Nvrde59q5jLYzbecpdw7kzubxtJhsturAy5PI08G&#10;T3FTUNI9Lj6KTRM2pY1drgqT7PbzlLaLjbXH0yRzKhaoVFNQp49hqa5Pr07yL7g3G0Xy/v8AnZrd&#10;zTvPw1KZ/UbAADdNe4cHSbgxFbi6qKJxU08yQvIoPgqHglihqEbSxR4jIbEC4F/e3Xtr5ZdXvt3B&#10;bkhq5Mhisxh6Wso5cbW4WaEwVsMUsLtImT+2YaBe6kg/g88Aaz5OvJGBtWopIfNa1FflUV9eFKen&#10;Um717j8vurmGZDqNeMfz4d/VZXYHxc7H3ZWZfH0k+Cimgr5o4KzJ0uWeGopf84slO0WOl1q4l4uW&#10;BP1v9fYkbP8Akt1Pv3KrgMPmMacsYnkFHJkcHLXaYEBe8EGTmmFta39P04v7HW08r77BCtCxQ+hc&#10;fZkIfL+ZrToKbdzHDukxW3caftFf+Mluq/u+vhl2717iq/etZTJksbQzQipbE0Odmp0SqmWLySRz&#10;UFNHHGGNgS1luPrf2M9DJHJUySoSY5HBJY34I5I4LCxHs0urWWKE2s60njwKeoHA/wCrz/MCVJW1&#10;aWHd/q49Eby1Y6UGPljAVJYWOmNHRCpnvdU9POn/AA/H9Pbrosf0g/Qj6HlLH6/4j/iPx7Bd8obW&#10;Vbh/z9x/n/l8+laPx0npebXyICwIzWDala3oIMRlIuNZtcfWw/1vbTUMPGA9wSwubW5Aj1Ejjix/&#10;p7DN3A/ja0pShxXy8v8AB59GkLEorgeuP9X2dGj2lVxJDoJL8rZuHAJM2oEhgT/sPacrFOvQW4+h&#10;HFr2BBA03C3P49kE0I0tIsVW8j/hHzx6/l0+pqA4GejIbYyF0iBew+jgmxWxddX6vTdje/0tz7Q2&#10;WhdVcIoK6iLHUf7PJ9PIJ/17ey7w45HTUx1U8vt4dWDBitTnow23MgY15tf0n6Le/ANrkccf7x7C&#10;rO04OshfS1z/AFIPq4NwbGx/1v6e7LG/Amko/YR/q/2fkqiZhUV7h0PW269CiEHUl/oBYq3p/owv&#10;9LH2DWZgMUjgfSzf9DSGxAW1h7XQPrFaZ/4rpYj6q+vQy46UPHGT/UAX/wAAvIufrb8f74IGruda&#10;f0DAEjjjyG1vrce6zwFSZl+EnPyrT9uevHz6V1NICFBHNhYf1sF/wAAsPbHUxkRtq1Xv9fqf7f5t&#10;e9x7RsQWFPTpFOw1Cnp05xm5+n5tb/DgH/e/aalVfVxzyAP6ni1/r/qfbirqIHVUQu2kdSxfj62/&#10;P4sP6/j+v19xY44mf9xZSAzN6B6CF+ge6gfU+9TaokYoRWnWpo9DIAM6eudyfpa/+P4vc2+t78f0&#10;98wh8jX9KykEXGk3W9/8ACbe3LBXvYdRXIFcen+r8vs6MLWcBdLdcXIS3+HHFj/gL834/wCJ9r3F&#10;qKL7aZQXmp/NqNjI37wmC2Ppcehv8PYGl+pmlvYVnKqmnzI40/w8f5dGFu0Da0Zwn5gcOuEnjdbO&#10;BplI9Nlt6Lcc3H6h7K78uMxO2xqRZ4qmQstX+kFhxX4Hnl/9b3NPtizW0cokuCK/NvWX/Vw6AXuv&#10;Hb23L7kXAU58/wClH/q/zdcqCGFJ6p4lVdXhHAAPCt9bf4Hj3WfJmEdgtiEHKi+hrFQSG9YB/wBb&#10;3kbA4WOKXxKlifOvn1ijbXAiiWQz6yxPnXz6dffZyUNgGY/X8FbW4PPrPAJ9vmQngOlR3BDhVI69&#10;74/xOGxAJBte+pbG34/X78kpDZ4jqq36kcDX/V9nXvfEZGM8+Qrz+Jfp9P6v+PdzLxoueti+Hp/L&#10;/Z697zDIgc+Q/Qi2ocD6f6r/AB9trMQcqf2dORXyhgST1737+JhTcuQb2A1XH+PBcD/ifd2uU8mU&#10;/s62+5wgYNR173IOVUhQH+tudf8AW/8Azc9sG6A4R9J33WIU05697lplo7WaRrj6DULfT/apR9Pe&#10;47ziNPVf3uvHT173mOXhAN3Y2+i6kJNz+fWbC3Ht36lXTStNVf8AN1td3QjFP29e95UzUNrWlH9O&#10;U4/w5f8Ar79RzwAp/q+fTn7zWlVUFft697zDMwlCNM39k2Gi3+H0kHuioQxagqeJ/wBX8+tLuiVy&#10;B+3r3vkuepv06ZbcXuIz+L/6q3tyh9R+3/Y69+9V/hH7eve8yZ2BSP8APBjZCQVve9/r5gwJ96/U&#10;rQU/w/4OtfvZVGQOve5wz8Sqp1VXAHHkTn/X9f8AvXuuiTOD/Ppj978cf6v96697kxbljNr/AHJ0&#10;n/Vra4t/zd45/wAfexDI+KYp/q9OvNuqsCv9Hr3uf/euJY1GioP6eNSgCw4sBOTaw91/dnyH8v8A&#10;oHpP9atPi/wde9yYd3xKoulSRqvclCP7Njfy3I/2Pu37qL9mj9nH/jv7erC+T/V/xfXvbqu84gB6&#10;D/yYPr9QR9yPab+rD+h/a3/QHTX1i+YP+r8uve5K75p73aJ9I5H+b+t+P93/AE9u/wBV5vRf2/8A&#10;QvVxeKPL/V+zr3vP/fuk+ngqLC/4h+p/6fe1A5Uu/K9g/Y3/AED1dbtPJqf6vt66sP8AH+n1P/Ff&#10;fIb6ogLiGpJB/rCD/T6Cotf2nfla8ZqG6h+zu/6Bx1s3ymtSeu/fS73oRa8dWLgk3eE/4/motb2k&#10;PKUnwhm1f7Yf8+n/AAdWXc1HaCeve8qb3x4J0it/xv4P97FQTa59sf1VuCRqLf8AGv8AoHp1d1Wq&#10;1Bp173mXftEL2Sfj6n9j/iZ+Pbo5RviAfqYdP+2/zdOfvZDxXH+r+l173I/v3QW5hqCeCdQh/wBu&#10;D5zc/wC29uJyfuTZN3BT/bf9A9bj3Vc1wOve+/7+Y9hp8Fb+fp4T/Uc3q7lbHnj2r/qzMq6WcM3+&#10;2/6A6c/e0fqa/wCr5dcbG9+Px+P9v/X8e+xvrHp9YKv+g4gFv9cir/w97/q1J6n9rf8AQHVf3rH6&#10;n9v+x12Qf68f7A/7xb3nj37jbC8FVfSbj9i5555+6+o91/q04HE0+1v+gOt/vWL1P7euJVifqPpx&#10;wP8Abf63vsb/AMcjH9irA/wMA/2P/AteRf3YctSUXjT7W/6A6t+9o/X/AFfs69pP5IJ/xA/23+39&#10;zU7DodVhFUWUki605F//ADo/4n2kfk+Z2LHVn/Tf9A9NfvZeFD/q/wBt13YgcWvax+o+n0+ntzh7&#10;EoipvDUXvc/8B/xf6/5R9Qf9b24OSp6KUU6f9t/0D/n6od0UUIH+r/eusZjY8XX6f0/4j/H24R9h&#10;0BHMdVJ/VB4eLarcNU3XVf8AHPtv+oG4GRpYWYRjz7v+gf8AV5dNndUVfMD/AFfPrxjP9Fv+b/7D&#10;8AD3av8Ay4ty4jKZLf8AJLTyOFxuDMDSincI4rMuCQTMbeq1wPcPe7PL2+WO3R+BIU9fjFR2HyTj&#10;xp1I/Jt0Lo0Cjy/5+6rR/mMKseN6bWR4hFNu7PpLGSymRf4ArAWDorKrKLhri3uwjdUFJPVMaYl4&#10;ZFABnMLUoOk3CgRnSyg8ji/vGWDdtytfEju5CLgHNNdT/wAb8/5dTpbrGlqO0aug668wWObEUk1P&#10;SxRRpz44EihqQBYamIp/UrECxv8AQ+wbrPFQyyMsgaRgwTTINA9TWsmoEWbj/Wt7FlhdzXJ0trA/&#10;1f8AF/t9OkzaZHpQ9CxNjFqKeELDAI0I1l47SmyhW1Gz3IA/r9T/AI+8NLkfNKv6i2u41csT6QxH&#10;rNlsb+zxWaCNoy5Efn1swiMaRjpPZPArbzCOPXoNioITT62XUBF6pAR7V1JMbLz9QvPNjfi5sbj/&#10;AG/tOWUn0P8Aq4dUZNFCOHQeZKhZRISqkKX+n6gADddJUgC59qGjDSML/QstvoFJJQfX6W/3j2nm&#10;YIhJ60OI6R1UoBKpywDX59Q4kI/2Osj/AB9rujt9qioRfR/yD6rEjgn6WA9kniablywxX/BjqsgO&#10;QRg9B7madpWZ2Nir8/1/VrHDC/J/p7LJ2tI1PuvAzR6rRNJCxHGgzS0sdmIItcAH6j3OXt0fFE5c&#10;Zofzwx/2Ook91Kjl24YE6wyfzkXoXdm0UVT1nuzHyGNvuoqepRH9Rb7WnqJAVBQ3IK3HpPss+98O&#10;1H8xdqZFrqubh3FJSyOmn00mxqGnlKEogNyf7LE/1t7CvP8AbJDHusAH9m4H/Gozn/VT0x0SctKB&#10;tVjBXtVT/hJ6MR8NN0DcHwU68qXZXq6Tb/hqljYErId7ZNEFjJK63WPgNz/S/u2Ovo/9/dj1iusT&#10;tW+DSBY6aJQxtp0uPIn0HPH549hzk2/aTYLMy0qa1rX+J/8AIePz+3omu4BdbBvTMuW8L/j/APqp&#10;1r4/I2Cloes+7JPU1TRxbCatDNCzRiXcGKWDUl0lQvEL2Ni3+294qF1TJyR3OpjGgJIFraWv9P8A&#10;D+n595Qb+hk5bt3OKBj+2v8An6jfa4iIYVxjV/hx/g61qdmwTS5Slq/F9xTeaoViY3d7I8kdyeI7&#10;3i/1Q/3r25YYUqBFqYxKfJKS3CqG87FWBJGoC9vyf9bj2Ahcbg8Ez20zRitM1rSlKedD5+lPXPUi&#10;xxW0M9pHKi0n7f8AjPRsfkRg8a+7McYoYahMjiMNEkMNmCvHjaM38caLEFZja31uCeOPYPZ2vgqc&#10;tVU8BZ0BKaVdSNXlf9I1cDiwt7RJBcJdLudy4DqfPOAP8PrWvHqVoJIbO0WGMKqEf4er5OncHHtz&#10;pbbOBSjhpxU46nlJ8LREGpoqVmDEwx3W1iOB9PaahVYql7ghQL3uL3MoCg8fgD3I80/1m1W7gEzl&#10;h5U/Bnz+f8vLpxUoFeuS3THLSTUtdPH5EanOvTpLSWtK1rfQkgX/AB+f9gFzEw+0X/lkv5NhphAA&#10;9gi5JMxr8/8ACejyBj4daeXSNpoHXLSC1y2RcWK8nXUqb20m31+p9tTylGkY3sIHH9Dw5I4vxcAe&#10;0e6RpJt2haavEB/6pn/obHW1zIP9Xr0M+w0kTcFOzE2aSMWUC9hWQ6dN1DcGx9g9n5SKmYAm/rN+&#10;b8PYAG4IB59x5fwqxDEAjV6fb0JrEEqD5dWydWjTiKIEHingsb838SixsL6gF/1ufYaZdGeGW45v&#10;9B9Pxxf+n+PtFM6xxajwH+UHo3gNHHRjtr6TWxIpsSnHIuSGDf4WJta3svm5lYSMfppfWP8Aklf6&#10;/wCJ9x/vlGdx/Q/y9CK1oceVOjU7esaVPzfj+n9R9L+wmrlJDFeDaH8fklCPp9bk+49ZsOvlQ/4D&#10;0ZR/EPz6Va24P1+vJJvb6A2PtGV6vpJvxfkEk2FxYf8AINvbC6omcMO6n+r/AA9KUrUj5dc/aKqy&#10;yglRf62Gm9/0j6f1v7Yn8PwpBjV/xfH8q8ettSnz697T0ocSqHH5W3Bsb24/w/437QxEGhHTNaiv&#10;XveKqGkafTcx/j8Wv9PqNXt2E9vHz6vWkZ697TbBopdX0ufTySRyw5/SPqP6X9nkTrpiA/hA/bTp&#10;lyCAB6de9uMNUSVBA+gJ4PI4B5ubf19miyhhpU0J6SshFT/Pr3vJJIjMQSLhTYkkDkk8c8+9rLIQ&#10;hABUn9v+bpkk4NMde9xGZjc3YAerkW45uB9Pqfpf2pMhUBlIK9MTDg35de98fKOSb3/pwQPr/iPb&#10;JmkJGlxXpMynHr173wLtf6nm/wBCvHH0sWv9B7VpMjNpBIbqpFDTr3voTTKQNP8Ag3BINvz+eBb3&#10;VLiOjfqZ9D5fn/s/5emyoofXr3vN5JGb6D/Yhv8AeLDg3/3r26Llu0VIUf4fXpkgsKde98PL9COG&#10;U88cWIP+JN7D3cslBr63IgqK5HXvcrUx+n0sf0liB/vPPtyN2VaKQR8+HTXh4oOPXveZEJv+oHi1&#10;h+Px/wAG49tmdq10r/P/AD9MUFeHXvcqG6t/W5CknliPT+rjjn3cTyMOCgfn/n6dRSw9B173nrJG&#10;9CgjlEDH83YOlv1D1W92juAxIK0PTbnFD173DZvGq8fQc3+n9Tb/AB/3r2rik7uP5dI5Pi6975if&#10;Uq2HOmw4uLn/AGJ/5F7WxOwWurB6pjiT173i1ve2prfn1FTbn2thu3iJNB1sY4de9h12b2NF11t+&#10;fMy09RUNqh0hQjqVeqpaclfLPT8Wq/r/AFHs52wXt/cLCijR6/7UH/J9nRNvm8XW2W2qKLUo+X9J&#10;fmOveyyy/MLKRa1i21O2vTpeXFQyCykMbkZgXNyR7HT7M5TW1Afz9fs/1f4Yon9y7+3kINsf95Pp&#10;/p+ve+p/mnumwEG3aUhAdJbCIx5/1S/xgf4n2iTZA5YHXn0Lf5F6Ty+5PMMtWtYoBF/TR6/8Zk66&#10;sB/sf+I9s8/zK7Edg9NhMLHqJUCTBzn6A/XRmLG1h+PejypFOaf44cfxH/oHonm9yuaw3aLanzR/&#10;+tnXfsd+sOxu5d+pRZySPadNgBXiKui/hWWhrzDEyeYwyLUzQKxD+ksf9f3IPI/s5a7zJLe3rulu&#10;xp+oxBOn5eEy/wCo9Fo9zOaYZrlmuLIOItWnS1cfLX/l6wzTpCt2PLXCgFdRNvwGIv7th2t15tmo&#10;xODqamlq2NXRY6qqkDxASSz08Uk8gDwkBSXNje9vr7yq5a+6t7dXXLm4XltuV4dxZJG/Sliw5RWp&#10;2wavi8vsp1HVp7685Sb5+7pjZrA0+iuh/wCPT/v3/J1Wz2f8r+0Nr7h3HjcRSbRSDE5HK0tG2Sxu&#10;Vk1wUVdV09P9wYc3DrmaOEa9AQMf029p3fXWeEx9WWxRKxzU6VrJrUskkr1x8cmmBRdFRbgH+nPv&#10;DjnT2vk5V3TdLFHufD8WbR9Q2qSniOtV/TXB09p4a9fWZOw7hcbrtG33txJGzvEnwGq5RGxls5x0&#10;Z3ozuus7L2nR5TMU9DFk0kioq7+FwvFQGqTH4qonaAT5CsmVTNXMVDNqCWuL+y/ZrGSUFQQwZgur&#10;6huQJHHPpX/Ue4titTb3LJimr/n4ft6NlFHHp0YuKQSoHX6EA/j8qG/BP9fZfe9oUl2JUnSPRXUz&#10;H6fXx1XHFx+f8Pcl8hk/1rsv+aX+VegR7gZ2Wf7f+fW6ye671dVQt+QVFrcc/QjkcD3lpe8YfsHW&#10;JF38H5/5+ve8BPLf8GP+P4/2H1/HvX4U+zqjf2UH+l6976/xP1H+8Ef8V9+6b+zr3v3P+xt7917/&#10;AAde9934+tz/AE/3r/evfuvU69765/3n8H/Yc39+69x697zJ9OeeBb6f1b68XIJPvXWx17254n/i&#10;6Y5xY6K2mfgix0zxkMP8QR/sfbFx/ZH/AFeR6an/ALGT/Sn/AAde92JZwh9rdVtYj1bCb/1Tcn6E&#10;/wCq9yBeV/c3L3p4dv8A8dHQZ27+z3P+HxZf8A/2OktjL/dZoX+tTkSP8P3EA/23uDmZFdd0Ack0&#10;OaB4uOYJRwCQf8PbUgpcn/mi3+HpXaJpltj5lR07xg+Gmv8AQNB/xHH09oDcqsOmMITe3jw3H5/T&#10;J/rWPutv/uJP/pv8vWtt/wCSvuH2v/h6yqf8ucf82f8Ar0b+yjVg/ef/AIMPp/gD/j7Kd4PZZf6T&#10;/N0Ii2oR+mn/ADdTfbYiBuB+lCQ3+uPpf6arf61vZH17r3vJoGr+1+q/0/Pjtb37HXuve//WodKA&#10;+mzXIABawJtza9v6+4iGOHUuDHAdb/HtskpmVyrhQB/aUsDYgnlyPr7316mc9e9wp47i8QN4AWCy&#10;eoy3GnRpQetD+Bx7bQZOemI/iOf9nr3tkmpgqsVcyxoDPJpYPIGKnXCNK6QiG9lP09qlZSM0r0rQ&#10;pSp01697bJINZvYBfrzcemzEX40/Qe9NLk93+r/VXqryfEQ/2Y+zPXvcOaIW0gALfSzfUkAE3/r9&#10;fdQc6691P9X8uqGTs+Lv/wBn/N1722TQsSRo/B50/Uc2N7eon231YjPXvaWronJcKoF1P4+nDfm3&#10;szQLQlur6VIZm697MH1aGPS3YsLcn+O7ZLE2ITQJiVBPCqSfpb2jv/8AiNp+DSf8OOr3gptoA+HH&#10;+Hrgf84v/BJP+ho/x7LLlIwJnk0llFrIANNzpAYCwBAP+x9vW1fA7aUr0gs6/SjHb1z9tTRamFxy&#10;fqber6jT+Pofr7TnNSOmEUaQ34j17231sWlSSWs1rG/9dHB+oPuygk0Az1tg1DpGeve07Wxqi+Uj&#10;Wz2ASMK0iadPIBta49qYXJXw6kdejLaKVNeve2iVIizrTlS0CrJpqNOuQsbeO0fLkE/Tj2pWVq1Y&#10;dnr08JSTkDT173AYM2prBX5DJ9CLX5VeGtq/x97Zu8DUPl1tmVj5de9xWMgNwqWH5KksfrYk8e3A&#10;BTupXrVEIoQtOve+/A0tyS/pGu6ni62JB4P1v70ViBBKinTTxxVqqL172qdh0qndWMk9N/uYPSx4&#10;P+VwfVdPPP4/p7bevhmo49MAv42nVg9e98e3aUf363FcJc5GpPAH0DLwPTxx7VWkmlVQjBPTE9fG&#10;cN69e9hNJTLG3Nj/AI3FwbC/9gHkH2/9Sf8Afj/y6T49T173HMDizIR6bjTcm+ri1gtiPdxcqRRn&#10;b8/9jrVAePDr3uM+ocuWBNvRcgD6A+jk8g39qoyik1HWioB+Hr3tnneM/wBl7/kWXg8fQfgEe27j&#10;TUYWnSeYDj1720sqlrgaQR/b4P8Aj+Lc/j3qMBjnh8umKE8B173wkHHpaIH8XtyRYD6/Xn3slPIG&#10;nWgVB7hjr3tVZkvJs6ikLov+5IxqVJFiuPJNvrY/192iA8QUPb0ukRfBXHn/AJOvewtqJWWyg8hb&#10;FhdhddQbU4IuT+b+zFdNdQHSJStQwXr3tpLORMxYMSZFUG5IB/K82H+H9PdzpqMY6o7KCajtNeve&#10;4mlbAWd3textb/H8391qa/FjpPU6vi/1fZ1732EW1ip+hBuR9b2/J5P+Hv2pvXr2tvXr3uHIUVzY&#10;Hm/0tf6D6fUW49+1N69ULn1697l5wqMVhWDSnypXlLnhdFRFcJydN/zb6+7wkM7UQYp1aUjRFj16&#10;97R76fqC/wDsbW44+vtWtfMDpN8+ve+I/BN7Lyf8R7twPWhmhNaDr3vq5XkD6c+/DiOvVK1YDA69&#10;7m0jkVMBZR6Hjkvbhhcem4/417pIRof7KdL9vlrdQEjTpYNUin+r+XXvZjaSpgp8bQyfuqslNTXa&#10;QjxeqnVtCnWtrH6C/wBPYOvrSSR3cy1zjJ+f9HqfNrlh+ljZ7gM2ntqV40HXvfNq+BwdLRj+typP&#10;0ve4c2+vssFq4yZVr9v+odLxcivdLDT7eve+YngKm8qnn8Ol/wAEkesAH+nuvhOCO9R+fXhcrqFX&#10;j0/b173mhCNcq8Oi3p8pu5v9LabqfaaZJ0AIST8gerGa3dgsQkI/Lr3vt6KaUgU6tISSQwEjfX62&#10;Kx30/wDE+6Lcaf7WM/sP/QXRtaW8MnxLLX8v8nXvYp9f9N9l9iZehwux9h7x3lmasTeDGbb2tn8/&#10;V1GiGeaRo6PE4usqpVgp4ZHYhTpVGP0B9lm67xt+1xSXE9xEluvFiy08hx1AcaDj0J7PYW1ifSPp&#10;R5mp/mFpx6iV1fQ4ylmrslWUmPoqcK09ZXVENJSwB3WNDNUTvHDGGkcKNRF2IH1PvYY6H/kSb/wG&#10;0sPu75FT1OCbcCVzQbcwU+exW6cOcbkMvi5BnsRvbqKH7Bq3y0VRTaZZNdO5c21IPcCbz7zWm43M&#10;1lys7PLEV7yUeM1Ct2mKck0AYHA7hQcK9Bzmv3B5d5WjMO2+Hd3i/hXw5v4TwWRG+Fz/ALz8uiiw&#10;/OHofObm3HtTZm7cVuufbwxH+/mwOc2hndmZj+L458kv8DzeK3XKch9gsEtPUjRGYqqNk5CkgVNq&#10;fA/41wdx4DZe5azce0dpZOaoiyG4MxWbH2/NQRwYCoyEckmWrtpDHUYmrlSNS0Tag4X9TA+24+Ye&#10;armweeOKGS5AwoEzVzT4QwP8+oq2T3f3hTV4YCaeav8AP/h3Qh9u9rbu2V0fvLsjYe1Z+x93YDGx&#10;1eF2ltLCZPdtdnql8zS49qTHYPC5GnyeUmipJZJGSKZGHjZjwpHu0LF/y2viVsfEfc4zHbtz24qV&#10;ZZqdtx0/XeUw9UxdjT+QQbJp62oiMEgsFtzYg2Hs2TlH3D3WBJ4J9u+lan9g1yW+wdmmoPHPkfPo&#10;p5x91OZvB8WzgttA46RKT5fwy/t61Wtv/wDCoTN5f5F0PVW9ersT1lsGfJw4XM1m8tkVeyt9YGqj&#10;pKk5GXI1GV79qcPio0yECCPy0xZYn9Q1WuQb5W9L7Tq9oZTalDtush23lvvMLHFUYjHo1PkRBKKr&#10;7UQYt6GKO8do/wBtpAv6lt7Kre7ktIz44i/ekTNoah1dp011Fg/UVRb21/diK7k1BxqZSRSrce0n&#10;062uumt8VW+MNS5SuyuFyFVW4rH5qP8Agde9XRnEZiH7rETWlqahzLJTvdnU+JmvoJHvTo+QfWeU&#10;6f7YloZqKSkp4sqtZQTwU9RBHofJ18lNEZnx+MT7hYaYEhFsLXB/plVyNu6b7sKJLJrlCaWDGpIC&#10;qCaFiaEnBPS+2ZbbcIEFAAwI004Vx5gdDb7XcNfPktv0wllkZpaGGRyXdr+SiW+vU8ly3k5vf2Gr&#10;2IW1/cGJQEEjcP8ATH7Oh+s7BR3dn+x172FGRSWComETSRuC5idGZWjKu+goyi6FDYgjkH6ezu1Z&#10;JI0LgEedfPArX7f+L6aZxI7ayG697uJ+CvyLg3VsOo6n3VUyyZ3bMI/gcjTo0suBwuIoKXQ8mRzd&#10;RWtJ9xM9/DTxw/8ABTx7aitvodyE7PW2kOFLURQTX4dOjyHmT/ltej6ixjjU6ZgKCmMAccCv8qdQ&#10;ammLSJPGFDgaX9PLglLE6V1MVA4ubAezmbP3iu1d647MYuT7KtnqYokmDrBIYZ6iGJ1qJIKiCWzW&#10;sQGIK/X3I22yRBwVUMmfIaf8ny49MbNuFxta0W7kVz8yv/Pw6Zd27ax27NuZTAZimiraDIUksVRT&#10;zRRVCsdBKMkVTBUQs8b2KXQ2YfT3a6nd2/8AB0MOQp/7s19LLpZkZcxVyPHrEZKlMnEpIuSPVb2d&#10;b9ybsm4WsW7yXRjmmGrtaNQvfpIVdND6ZY/4T1b/AF5d6td0bZxaB44m0+IyuS2NWW8bu/Z1Tfjv&#10;iB0vuGuqtoVEHYGNnxZkp45GG2KL1/b/AHaCWV9tzyhC6g8IrG9/Zuev90tvzbGNz6B6QVkUryJ/&#10;wHVTFUVVPGIljq6z/lT59ZFzx/T3Ce92sG2GQwQpKG83Griy14omO41z+WOsmuWN6feNuSee3Adv&#10;MLT8TfxE/wAPVc/Z/X/+h7trPdb19ZPWxYSajTFz0M6VE8iVG3qLM1bZN5KXHI0vkrgItNMnpX1G&#10;51FXz6YbxpHPMFC2fQJDL5CpsHH1NwV/3j3H80C7iTcvNbxM1e3Vo0aMfD+x/Tzxw6PEuGj/AEgk&#10;mkedK08+PSr27kqrDlKBosrVGEtqqEgNR5/uPNUFfO1nvY6fxf8A2/tOVIJS4p5ka1tTRlQtiLHU&#10;eb2Hsgv9uXxKfvKBhXykrx8vh4Z+zA9R0viuyaAxSH/a/wCz0Z3Zm5yIwWxmRIFrBqFR6rE6ioqi&#10;LlgfpyCT/Q+07XRsKfT4GkPHrZNR+vNzrvx/h+fYansofqixu6U8lag/45/q+zpz6h618LSPmM9G&#10;J21uCd0W1KiK97mojtUWGocIarSD/tj7DLPUjvDIVp2FtQ1rG34DD9SKfof8ffooLcMdd2S3oWX/&#10;AAVr/Lh0qjuZVNTEP2HoftsZufywr4oAvpYALLYWK3/WQt+Oefr7BHNQeItrglZ9UhJaMMbHWbcg&#10;G3P+x9qGs0dtcd6VT/TUH+D/AFcOnWuSDVmVPlw/y9GCwOSeaJFaOD6IoVQAQToNzpmax/px7Dyt&#10;RjIzJTNbkkGnBubvybD+o93FkCpU7gPT+1/yFevfVL5Sr/vR/wA/S8pqpdI1AXOm1l+g9JAB8n9D&#10;/wAT7SdbHKxa4kVQWuAHsf1C9vzz7cXbE8riOv8Apv8AoXq31Efl4deneGqFhZGNwLHSP6cXOrj/&#10;AHq3tKVKyBj6WUWPKofrZj9Cx5v7ci22JVNLlSfm9P8AnzrQuVX4Slft6cUmv/Z/oP0/jgWJuPqP&#10;cOMzEvp12DcXDfkA25H+9e6SwwWqojzwkN/G3p+dPM+fy6aluk7Sxr9n/F9Zb350kG3OgD6njj6W&#10;99wSShtLqjaeV1KxP0u1tVyv+x9ozNBDqEF0inzCsFGPz/wfn0ohurYDAYfs/wA/XMrqAJVv9iAT&#10;z/W39D7UtPkZImJkZ2Mg9Jvcm2q5Yl7nSW4N/wCv59lD2sc1td/TRxGQlKsv2+f+XHp0vguY5Jov&#10;DRABWuv7MU/y/l1iK+qO5YBdfBt+QOB6QPp7K/8ALioEfX1B5WlaQjIAlSrOB/EcHYG5ubr/AL7j&#10;2PPae1u1uJ/q0QLRcNrp/on8Q/yf4eoz93ruebbWiQW+mnA6qcYvnXqXTFDLUaCD/mrkWINw/wBL&#10;fj3WI7oWZ11sCFPIU8fQ6bEgX95FxCRZHEpUJj4a/wA/59YrVnVVWURqmo/BUf711N940kZhzqPB&#10;+t9NufpyL+3DxqTnprW3Esf29e99gsWP1AAvflfz/TgEA/092Z6ZDGnVjIQAQzde980cKVBHPqFi&#10;P9e/5vwPdCXI+PqpdmH9of29e98y5+qjUL2PDG54t9COb+/Vb+M9e1Sf78br3vpWex9Cf8hBr3+n&#10;0v8A4+9VOuus1p1vU/8Avw1697yh2JIdVtf+yCebG4N/evPy/wAvWuve8yuCTYnj/Egc/wCsTzYe&#10;3okDVqMde697yhgvN2FgR9R9T+P9YX9q44yahF/1fn14ZNPPr3vkJL/2je35NrW+v1N+fdzHID8J&#10;/wAPXiCOve+Yntb1kg8GzXtxwB9Rf2+tvnvP7P8AiurqDWrHHXvfNZFNzc3/AKLpP44vc2F/b+lE&#10;4ADqzELXhXr3vNG63Fy1/rc/7zzf9V/dAtWWq4/yfLpjVXj173ORr8Fi2kG5JuoHHH1+vt/w09P8&#10;PXq9e95gVDKBzyNQB/2Omw/4n3oooK9nXuve83l1k/UiwuB/xAv9Le30cowZTnr1SPPr3vn5ePR6&#10;fp/rD/WIN7Af4ezSnTnXveQySg/i5P8AZ124A/F/8fd1JJyevde950ZyOdJb6c/Q/W3+Fvp/sfbn&#10;2de+3r3vOpJ/p+AfV/sOPev2aut/4Ove+bEi1rA/48XFuR/r391o38K9e69771j6m/8AX9Qt/vX1&#10;961j+Hr2kenXvfg3+1W+v5t9OfbgIIqD17r3vKpNvqPp/U/j+v8AsfftK+nXq9e95lJ/w+trk8j8&#10;cXPHvfVh9vXvfL88MR9OAbHm3Fr359+69173kIBQ+o3t9LjkkcMBY+99b697x3cfp02/1zf8WsPe&#10;uvZ6975Wk/oPxfhv+Rfn/Y+7UX1P7P8AZ61nr3uRFrAUsF+v9Cf9UTa3H09vxqyg6ut9e9uULN9O&#10;P9hf68/T/H2piPcfSnTTH1PXvcuMOrHkaHsfTqLC1z+RZbkcf4e6JdTx3JQyHw+38Xb8PVHnCoEY&#10;CvXvdqn8unKx0E++aoSzPFJjsOtvIukFchmfJbS4AuD9L+44907GTc9rlSHEn/RIH8/9nqUuQZUW&#10;QgNpNR/z91XZ8/6BK6g6f8kUMgh3hmm1SIrMgfBKrFCYZrXA54H092T5He1O7eJTKQCx0X/bV2vq&#10;KqKxtI/w94UX/Jt0LqcyzRKfIse+nl+Aft/2esgItU0YKydv29JXZVL4sPRyJTTObLqNMjCnKixu&#10;zafUGJ/4n2hcvmoZ11KkgNv1IBqN1b/Uynnn+vtfZbBcQyppvYOPm3z/ANL1YRnVXV0IlBIpR0mp&#10;aojklWgIXgqv6Sw/H+wt7w4uukmqojEmlPTcyR2JOpL6uWve/wBR7NZ9uSG0kNzPrm/oP094fZUy&#10;Vb0HTTltIDrGmlbSMPLGhCgK+k/pW2m35/2H+An0sk4iibTGFFiLRi/1QX40tYj63J/3j2HIxbeO&#10;waWXVw+L/i/5D/D0mKdxzn59BnmIGeOYJHTtct6mhBB0iUgA6VBI+n19v1BUuXKvGzKWsGEJJ1Eq&#10;LAluCAP9fn2vnhiIiMMyKujNX/1f6h+fTkceMqx+zoMK+mZEmeeOplm84KJFGBqRTKysqkBm5/5H&#10;7U9JVlCscf3L+g6S4LAH6EixUCw/wB9pzY4qZrYGvk2f8v8Ah61JGTU6HP5Z6DzLOJQ801HlFVXU&#10;uEpjHf8AVaysLf8AEey7dysy1VPVGaOPwVtIjESNHJ6qmmaxBPHHBvb6e5i9qrctuMVuxDKST2rq&#10;4BgfIf4fP0PUW+6XhJy+8TxGrFWyPRx0M+wZoJNuV1OlDkA9Xha/xLVRKEstDU2uFLXOv6aQf9v7&#10;C3tGCB+6Oh83BMr1ElH2UH/ci1Mf4RjYE1mNdT6UB+rf8U9kPv8AwpZ8xbusI8OBinDAbth4emfl&#10;5dRxyDLJNbiSWVmVfU6l/Fhesv8ALGfNf7LXvDaWeRg216rC0cUEkVSywrVZbOZB4446pUOldSkA&#10;Itr/AJ+vuxiv+4hy8MhqKgMv3P24DygRs1NZihCjRdm/H19u+3VhYXdtyxEbKEgmXxCVTIDORWp9&#10;PWnHoi3K7lttj3pPGIUCHOr1kHn/AKvnx61w/mXvDJ0PWnyjWHIzxLEnT32zJU1KyymXN7dV/JIk&#10;4Egj0kJydNiP8PbhSzLTTrUFbFRczFVYWKNcEMU/R9f9iB7kfmlnd5rcPWGopHUj+GlOPHhxrgnP&#10;QQ5UmLxQGQ6hq/yt/q416qf6H22m59r09KGaGpqpKlY66CRUljK12QkciRIKp1W0FyCnsLs9uyak&#10;yM7U0rmMhAsUbOIx6UJ9P3BABD/15P595Je03trYc2cj7ncXNjGlzApcNoXX/a6a1ETHiD6H7Oo1&#10;585v3jb+d9ggtL2cRGb4NT6CDHw0JItT0ZxuisnmclkZcjuDKZA7boaCuSryuTq6ryiqSOAQpLUY&#10;qRmSBLIUupVfr/iiTkZqipatVYozK1lUoQR6g35fi1x+SLD3jMmzW9rLvFld3bSMksufErnU3Dt/&#10;2c8eJ6zmsdzW5tdsLWaVaND8Hqo/pdX1ipEe29h0ePxCxQ0+A2+rGLGIsLJHi6OE6wjqulvF/qVF&#10;/wCnuZT1RryyhLTrc+UKpluHH7ZsDzz/AL78iS62yDZbe3uPqS1k8ajQWPh5X4wa/wCr19FazzoS&#10;/hII9RGQaf7X/B0D0tZkZq+ojaigVkydS2v7R/ufGakKI9ACCyqpAHH/ABVYxQyiih4qP0RqQBIb&#10;gR2/IIIKj8+wfdX9p40lPp9NDQkp6+dDxBrwFPL5dGwvphHVVtqU+f8An6SlLSV8uWqLxMWevnf9&#10;tKkhNVXddB0uALMP8ePbDXSSQidi7hTE4szPaylwb8Dkkf659s3Mlvc2ccMccYk/oha5XHmeH/FV&#10;6TRXU8s6iRYQvyrXj/pv9Xz6GbYlHVx5ykkqSXQVdOLuJi3FZTX/AFKCqkHj6c/09g7l5W80jO1i&#10;0rgX5I9RBB/rzc+wHu8MYY+Ge0Cvyz/qpn7aV6FthcKFAB7f9X+r/J1ar1g5/hlImjT+xFcBLH0x&#10;JdrgaeLA8f63tE5aYpCxUo17krIFlDarWIBH04/x9hw20c4pNJIsfDtbR/l6N47qFHBcmny/4vox&#10;m3pjHUr44UaRbEO0Hk0hTyt7GxuL/wBb+y97okcO7sIRyLcMLmy/i/Jvzb2CN+27blJpey6T/wAN&#10;Th2/Iev2D1PQnsbq2kAoGp+X+fo0u26iWSlQNFpIHP7LJ/acH9TMRf6ewlqpRIzBXjVTpHBABBW9&#10;hYi/uOLi32yF2rdzOf6LJq/zDjgfs6OtcA9a/l0sgXP1UD/XB/3349o6vSViXEqckDlj9PTYem6m&#10;3uivs47HS+ofPs/1f5enVntvho/8usntJVUMiAuCtgCfSGB/BJ9syjapUnWHx/FP8ZTR/tv8Hp8u&#10;tmW3aqoW1H1pTr3thZXd7AarAAcFvqbEkc3v7LZYfDLUkiKD0P8Aq+Xn03p/prT7eve8FTBKVJkj&#10;ta9gyM2khSLLqHB5P+HtqPWHAEsZ/wBIc8enCtFNGU/Yc9e9sNVTixJKBjfnkH6H86fp/Xj2Yok+&#10;o1t7nT+3+X+z01pr8SP1723xBlJvKOCygCQ34Ate9j9PaxEeLS5iuNH2dVMaBSNDU+zr3vMJD+XQ&#10;/wCIPq4FrXtb2691ER/ZT1/1fLpKyIRTw3r9nXvfK5v+oEEXN24P+Nv68+9tfAtGTHNXyx/sefTb&#10;AEDtav2de943sAmko3A+hAJ/T9SFJJ4v7UC5iHwsla/xf7I6aMYriM/s697463H/ABz/ANY6yT9e&#10;LD62v7sJUYUWRT+w/wCGvSMw1pRW/wAPXvflYi92Nh/qyADf6AfW/wDvXtxkU0oV/wB6HW2h4URv&#10;2de9yAWB9LRH/Euf6cWsPdaEpqWX8q5HTJj/AKB/Z173HYDyDTdrEkgMvHAHA54/1/r72WkAo04p&#10;9p6aLAYYN+zr3uZ6wvoDf4kX0m311MLDge29ci8Jx+R/2et9vof2de95kV7XWSMN/aIYlr825Kn8&#10;e3zvF6h0/RxtGv8ARb8+DY6tVf8AfZ/Z173ITyR8eRb8XBPNwQbkmx/H+290/fV8cjbYv95b/oPr&#10;dVPCE/s697yTtIy306rD9VmNmVf7Jv8AUD2rgubRjrkdg7n5UX8uPSGU29W1aga/Lr3uGJJjc2iN&#10;v+Omr6/0+pN/ZrHNYhRWSTI8tH+r/N0hlFvX45K0/o9e95hIQpDRAHn6R+kn/m2xHPt3VZu6sHuq&#10;fIrSh9PT7fy6qI0IGmTHzOfz/wBX+fr3vG2tLsYmtY29J/H5AuCLe6F7YjT491+1f83TZjH+/R+3&#10;r3ssPyblT+537okGnTqjkW0JvlMUR6Wbm3+8n3IvIUkZuFUhio83HfgSf5egbz0WTZ0CSkNjIP8A&#10;TTr3shXqF1lW6RkD9sc+q30Zrgeq3uVpH1EhVAH5n/V/qHWMp8Uu5d2P2knr3t+yEWBXG49KUVxr&#10;5HqBWtakNPEiMpp2VorSx+m4OsWJ+ntsRkTKCR4f2f5/n6dPLNRVVZm865697aUAYsXWmEQH7Wjh&#10;mcWDcEaWv/hz7V33iQ3UIidlTV+H/S/6v2/b0kvXPadQp173ZL8dm8XXD6U1/wCWZEsqgtIA329w&#10;q8AfTi9/c/8AJ0Nr4VoZGuq6h8BXw8aaeXz7ug1INN1d3JlXR4A+M1Hb01ZAEvCAUFyti/HPr926&#10;7MST+Bbf5rX14vFteUsVCmjpjxwLAE/7b3mlydfWUG1z2u328KytAfiQeifwn5en2dRWN0tTvop9&#10;HqWb+jX+0+35U6pp7wiY7l3lUTihWOPN7giPgt5WKZDJNZy66fIy/wDJ3vn2CkAmx4AlRjj6Tzcr&#10;YuWrAQSqDghvp7wO9yY95uead/F2bN4/Hm0V1g6PFl/jP+rH5Z98g7j4vLm3eE6MmhKaPhp4Ufz4&#10;dGJ+KVZQjZMjUxrQUy8we2gxmUY3b51RhG5X+hNz9R7LFu/xCoZg0QUBrrKym580zcg3/PvH7eeW&#10;IZzK1WV/+E0Tyb+j/OvQ7QzSUIrj7ej+YGsklpItXkOpV5lLMf0RD63/ACPZVO9agLsaqK/aX+7g&#10;TQRZDqiqjr06vr+L+98mWEO076kCyzuzJqDS9z8V7Fwvb0G+e4ieWrxXb9Svb6/CelIp1C5t+fp9&#10;P+R+65XYEK0iBQ93HiUKP6fkD6H/AG/vK/b5UkjXxgWanma/4esPY42jR/Fdjnzz/wAe65e8TA6R&#10;a2mx+h/of7XGnV7qCxkmqcasfn1UOSKV7R1730ALn/Hj/W9udez1733cD+n+2+n+xuPfuvde99H6&#10;cf7b/ffSw9+69173zRVIIP8Ah+Pp9R/W4HP+Pv3W+Neve83PPJtwL25+t7j3rrfXvc7FD/cnRc2H&#10;3VPxx+ZUuD9Rax496JoDXhQ9MXDMIn0+h697sYzqgbR6qYWsafYXP09X8OkNxxf8/wCv7GVqzTbf&#10;YB21IJEp/vI6De2jXDuYPnLN/wA+9JjHH/KswPz58h/X6eVLfX225cA/3itYn+EZhmsebiFyxYAc&#10;sRx7Z3TUu52ioNKfTH/jzf6vT9nSqMKGstPovTxEf2Yr/wDHaL8Ej+zaxP8At/aDz58nS2KCryP4&#10;OoNv0gRuLA8WA9vxHRazBmFajpRbqqX96w41brtb/wAQb+ngPF+DzD+P6+yiZIBZnVRcW/B4tc/4&#10;WtY+y6/AZbTxDjT/AJuja2zChd6Hqd7bP030i31PH/EWvf2VOqnUdHV+ve+9X+J+t/z/AK9/r9fd&#10;NC/77P7f9nr3Xvf/16dKXY+Nnx6vUbk2xBPZr3ztDHpBmZeNcWr/ADYH1/r7hgzMD8Jp9nUtiukd&#10;6/t639S4Btpc/wCIUkf7ce483X1ESgO7drXP/Zw0Z4Avx+yb8e9idv4D+zreR+Nf29e1j/Uv/wAk&#10;N/xT3EpOs5cnVeDGZrblXWnT4qSHLRTNJwdA8MFK8z6gPwPbjOFozA0Hy6uYhUNqFR15nVAS1wAC&#10;SbGwA+pJ+gHtrrushSPJFJmtvU8mpknhmykMP7hLK6aXplcjUPoeePbfjZqK06TyDS39qOuY55/r&#10;7YZ9h0yGxz22g1+VGZpbD9Q4/a+n+9e3FcUb7OnFRdIrIv7eve2+q2BTRx6/4/tm2r/nc0n1szfi&#10;G34938Vfn+zrRWPydeve0/UbPoCzD+8m3gxBVlbN0YQfW4A8YIAI921laY61oXjrH7eve03WbKo3&#10;WTTufaakFifJuCiueCbfov8AU+1Mbt5g0+zp6OMkGrropjI697F7YOFw+J6w3nh6jfPXiVeXy+Dq&#10;KeOTdmNSoRKcSq+pWKMh9X4U+2L9jIkKorfCfLHHpRfKq7WqeMmaefz6ws1poxpkN45fUFJjHqjI&#10;Dt+GNuP9j7A7JbDxccqRneuxmCKRL490Y1rklNNrxi9v8fai2Y+CvaeJ8vl0mtYk8A/qrxPmPTrN&#10;7aJdkYYvq/vts1AeLf3pxYI02H08YtcX92QFVB0H7adVSCMKv6y8PUde9tdbsvBgDVvjZl7n/mKs&#10;Z/tLf6n/AA96YH8MR/Z03PAtBolX9o697YZev8NUSJJHvrZcegnWZN2YxRp+gs3iYGx9vIW8Hwwp&#10;qfl+fTkVuphCiZK/aOve5VP04ldDUV+O3NtWrjxitWV81PuGkmQUytou0kNGylA5sdRUf4+2nuPD&#10;0oVOR0xJDpFUkQ0FTny697ZD1phjK2rfmxIib6hPu7Fo6Mbgga4LrpJ5B+nvSThlqYT+zpiMRkd0&#10;yftHXvcWo662/AQT2F16SLgj++WHbkax+I1549qY5XJBMLU62Sg/0RP96H+br3ttl2bt9HCjf+w1&#10;vHciPd+L+l2v9EuTx7uXatVjP7OnUSNxqEyf70Ove3XbW3tu4vPUFfJvnYzQU0kZf/f14pwClRDL&#10;e3oW+hf6j35mYoBoNaenzPTEiRrKCZkoB6j169767Dwe28/ubI5Sm3tsvRVVM0149zYrTZ2uCLeX&#10;6g/kn20ZHQKoRv2dNTxxySMwmTPzHXvYeTbGwspAG9tnED/s58Zc/T+kf9R73476QCjavs6ZMKf7&#10;+T/eh173HfYuG8b6d77M1qFsrbnxt2u1zYLESfSfehcSecZP5da8Baf2yf70Ove4o69xdayxRbw2&#10;q1RYgpHuOgf8auNEDt+hCfasXLBsaq/n1rwQeEy1+3r3thruu8bSSTRzbp2+sqCMkNnqICzKpU3a&#10;BSeDf27JcGTAU6fs6YmgWorKP29e9p+bZmGRC3958E5Grhc3QEm3+vCPx/vI93FweBQ1+zpMYU4+&#10;Kv7R1722TbVwyx6v4/iTYm3+5WhJbgcEiL8X9vaz6dVMSU/tB+0de9zJaHET4FMa2axb+CukqQP4&#10;nSWsKfxfm45/1h79VlOqh6sfDEYHiAAH1HXvaPk21imMmnL4katVi2QowOSbC/jIP9bezFJWAGkY&#10;6aCquA4p+XXvbc2zqDUT/HMR+kvp/ilKA1zf6eL/AB978Vz+HptoUZifEH7R173jGzaVqearOSxg&#10;ijlEPkWtpyS7LcWIh08n/H37xSCBTplkjoSGBp8+ve2WbAY+Niv8UoLHi4rqbgfg30C17/j3YSN/&#10;Cf2dVKIO3xl1/b173E/u5RyGyZbHBrg3evpgo/rc+I/W3vRlOnUEJH2deEStQhxkevXvePJ7fSah&#10;xcC5bE/5GtWHvkoP93yow+i3H0/p9Pdo59JftPiGmKen8v59WkhVo4wJV1Cvn172nH2obgDK4fUf&#10;wclEAOLg3MdvahbttWnwz+z/AGemPA8vEX9vXvfabRmnkihhy2DJlbSLZKMj0rq5Kxn6/wCuefdx&#10;c6RqaNv2f7PXvp2JA1rn59e9w5dtSxFlbJ4VxGzBguRjJIH9BoF/p/X27HMHZexhX5dWFvkapF0e&#10;eeve3fauBin3Jgo6irxEkD5eijqIaisiaKSHzprSRCpR0dBax4I9uTlVSSg4A/6v9X+HpbbQIk0U&#10;gmRhXI1Dh9h697sF+W+ytt7S6f66r9v4nGYmvr6fbM89ZhaKjpROtVtbLzyGWppIIJXWWaFHJJIJ&#10;VT9QPZDaQTPcO8ikxg0IbIIqO444/wAujXetz3C3htordylWUYLL5EV4/Z10Df8A2Bt7rL/imVB/&#10;4uFZf/qLqP8Ar5f8ezz6ez/5Q4v95HRCdz3cY/eU3/ORv8/Xfvkctlh/y8a3/G1VUWv/ANTAL+/f&#10;TWdf9woq/wClHXv3ru65/eU35O3+fr3tT7TnzeZzuLxseUyP+V1lNEVasqApDzxxkEanHIa30Ptu&#10;4t7Vo2VogV+wHo32fdN3nuYkO4XRj9A7eo8q9e97Dvx6+A2L3xjttGrp6mWfJRxNLK8NE4QPLICz&#10;SybcqGJVfyb29xbvsttbRzlZJKhe3Az/AMX1L9tfXFtHGZLq5Ip6npI7t3tgdmYytyuaq4qenoYW&#10;mm1TU6MFVQ1gs00VyQRxce9qb4h/BT49/EnBUO48Jh4t29jV0GqXJ7gw2zszDgZAuTopYdu1dLtn&#10;EZOCGqxuZIqQ0hvIoBuv1x3g2zmbmqWWy3uRY9mVsLrkVmFWPfqqo70quMqScHpBv/u7JZ2r7Zt8&#10;v6X8QY1wQeKyU9fw9aPH823+e72j2Bntx9IfHyrzHX2xcVVQwHdu36nce3t57gDpsrP6pK3A74fH&#10;VNNQVtLPECsFhDKynly3s9tTu2Hc8JoN0SnJSjWYqrIytUNy0c7Xmq5JWF/t4luB+OPwfabfvamK&#10;1aPcuWbGCA+aRoqei/DGnlVzx86nrHLd797O4O9JKZpf4CdXALH8Gqv4tXxD4eqXPib87t49O7hl&#10;xO4967urMXUfqqWz+VqIE8VFuKdNMtVnqKnGqoycYN1P9B/tVc/yN+PlXlZJs7Q7foZUnUBUxdF5&#10;a2EwQ46mYxpDjCFL6Cbhj6QTwePZHtN1d7TIEmncFfUvkGp86fLB+Xkek0G6WVqyr40oPz/4vreg&#10;+Av8w/pvt/AxbTod/GoymJAapn3Fm8DFTztkK3cVXEEqjuesecQpSFSNC2bSvNuEj8WO5sxlBXdc&#10;9o5N0rMbKRtvcG4audcjlnlqM1W19DlMlmaoeVqKGKGGlWOMFVsrf2T7nnlbnBNvaHDmGTBAqQhJ&#10;UBgNdFXiWPyr61Ge2vZ34ZSXavk1CKfZn8+qgv8AhQd/Jbxm+sHH8vvhn15RUO+sOk1V2r1z1xtn&#10;H0MOdw1NR42gxeY2XtHrrr6bM5jdtbkKmWbIyVdcVmjvIo1qQV18ttjY3LdZRZrFUFLST02RrXna&#10;hp6eCJakUNWWq4/BC7fdzrZmctckk8/X3HXOewNtPNCRRMzW86o61ye86j+AClcCnlTPQCksZLHe&#10;ZUBJjxpJ/KuadC7/AMJuvnN2D3hgN79TdxZrIZDeXXWOocNCc/X5mrzq4nF10GEoKHIncO4a+vjk&#10;oGheMx+GNYyukAEke9Tr+Yb8fYd67Qqt2YGOmXcW12rMpkzIYo5paDG47ME6Ggx09ZLO1VICQzKC&#10;ebg+xpyDzK2y71HYSGkEmlTStKu4zxHpTz6Pi7PLFIjAOKE/YCfz49bayMHVWH0YAji3BH+ufdPm&#10;xc1Oyy4TIm09HE9FpYyH9ym+2pf93SXuGBH6Qf8AD8e5X360VWN1DmOQ6v8AetR8uhtZ3TSRKrZI&#10;AH+AdcvfDOxGDIqGA0TygrcH6NUyW08KP0ge2LFw8D04qP8AIOng7JNUevXvao6/3Nk+tN84TdGL&#10;mqaSN6ilp8g0LzwebFVdbTNXx3p5aTWskEX6Wcofzce31uPHgkTUDIlafaB+fRjayh5ASAcFfyJz&#10;wp173d9s/I47euPpd14V5Jqat8VZQJP4bwqLuqxLAZ1iVSt/Q55/PsX7Q7NAju1GVc/5eireI9E+&#10;qJtK8c9cWIUWN7Hj/iPz/r+7Fds56qynXW3YpOataFRUTNr1+T7mRrSu7vICwFhcXI9ydBd2U+x2&#10;EM6nWifFT+n+zoD3Nn4G4PftKCWPw6vy/wBX+odE9y21RjO19z5aN3FJX1FO8NGGj8QC4amilMEA&#10;hRdIk1MxLWDH2YHYfema2htXEYimx9I6UEU6yIYaxlJmq6mZbpHkYVJHnJ+g/wCJNIvb/lze4/En&#10;nC6vQxLXJ9Y2P4epy2D3MGx7WsZsy9P6Jb8R/pj1/wCK6JX3R8RcL2T2juveVbuLPQVmeqMZLBJH&#10;X0KGjWhweNxkqUrz4WpkplnSjUNd3uST9PSqkqvlJuaMsv8ADcVyeRHBkinqs/BXMC4Or/b+yC49&#10;l+W420VeTSOI8Jlxj4jDTy/1V6XWnu7e30KXCW8SA/hbUGqvb8PiccdN2I+FW37CUbx3ohcEkTZf&#10;HxykjyL6kGCFjc/7b2m635W7mRCFw+H4HF6bJHm4vYjMAfn+nsMXvsvy+WDMbiv2R/4PBPpXj0cQ&#10;e6O5CjPHD+Rf/rZ0M+2viXgqLSF3bulubC+WoSbAyH8YhTY3/wBtx7Rdf8uN1oTGuGwpWwtenypJ&#10;/wBtmdJv7K5PZTZmDOkj1+Yjr/1a/wBXDp//AF0boirRAv8AINT/AKudC9ivjBtyHQ77k3TqS91T&#10;JUCxc6voP4SGvY/1HsPc18v92xpKP4Hg/oxN6bLcsQ17n+NE/X6+yK79ndpFAXbV9kX5f6FT/VXp&#10;0e6NzpH6Gf8Abf8AWzoVcJ0Ht7Hsjx5/czhbEA5CkItx+VxykkgewM3N8zd0RSGN9u4J2I5b7HLM&#10;fV5VIuc2Li/+9fX2Qz+2uw2bmOWW9r6oIyv/ABz4v9mletn3WmVc7cjj1KMf+snQn47rvFY8L467&#10;KyadJHlnpmNl0lQdNGnHp5H09hpUfM3cxlN9u4NCwPC0eUU2Lkcg5u30/r7TtyBy6Rp17jprxKx4&#10;/PR/g6tH7synH7pip/zTP/WzpQR7coYwAJao/T6vD+PzxAOfaerfmDuQNIWwGCsS3/KLk/zq+hOa&#10;P1/xHuv9ReXUX49x/wB5j/6A/wAvTy+68xB07VFX/mmf+tn+XqauKp0AAknOm1rtH+P+nY9pOf5h&#10;biLMz4LBMeQCaTI3ub/qvmTxz7dHI3L/AAUblT/Sp/0D1v8A12JuCbRDT/mm5/6ydZhQxKLBpLf6&#10;6/8ARnuC/wAwc6974TDITcfsUVeB/iD/ALmj/X3aHkrllSBMtzIw/wB+hB/z5/q9eq/669wSAm02&#10;4+1X/wCtnXP7SP6B5QOPoy/gWH9n3H/2bnOK2oYbH/k2NLkD/r3tmLcfn2oPI/KZGk26U/5pw/8A&#10;QPW/9dq9XA2y0p/pG/629d/ar/x1m/5LH4+n9n8e5y/MHPgKsWAwkrWNvuaGvYrq4Pjtmgx1j6/X&#10;21NyTtESuu22ykE93alO34fhXy7v83V09370MH+gthT0V/8ArZ+3rE9AjkHz1SkG/olAB5vyNB/P&#10;tAdod/5bs3E0+Jr8ViqdU84Ap6aqTT5JqOXj7jI1A/5Qhfj8/wC2Odi2RtlPix2qL61B/pcKBfU/&#10;lnoKcw+4t/vUYjaytz/tX+X9M/w9c6WjSlMhSSaQyaNRlZWPoBAtZFtw3svglijUHwROWJ4CKQCP&#10;9Y8cexV47TElo1C/IEf4eo8e9luv7a2jRR/ApH+HqX77NVEB/wAAo1/1ojY/j/Vf0Huv59J6/Lr3&#10;vktWnOmjj545iHH+sb24P+NvdkQueI68D8uve+vuIx9aRf6/5r+nFvr9fbvg/wBPr1fl1734VkZ9&#10;JpYx9f8AdXH9Lfqt7ZKlQGIwevV+XXvef7hLA+GIg3/3WPp9foT7r/h63X5Dr3vKlUrEWpqduBcN&#10;Hxa35sbX5/r73Gq6gKY69X5de98/vFHP2tDx/wA2z/veoXv/AL17Wxxk0RB16pJwBTr3vv8AiCk/&#10;8A6L/D9oi/8Ayd7MUiWOoFa9OCnoOve+SVYIH+R0P+t4yODyDfWTY39udb1fIde95fvEY6TSUJUc&#10;/wCasbk8EnV9fdCdKjqhbSvwjr3uQtTEBYUlF/r+MW5twfUb+9IA7UY4p00XrSoFeve8qVUY+lLQ&#10;3swH7f1/H1Jtf/intVQ0ZgMdVBHoK9e9yI63/pjobDgjxN+bjj1mx966sD8uve8n3t7f5DQ/63jP&#10;Atb+v9Peqj169X5Dr3vOKx9N/sqPn/my1/r/AFDfn29B/bJT5/4D1YHPAde99rWkk/5HRX5t+039&#10;R/tXP+t/T2Y+vVq/Ide98xWSn/lGo/8AqW/0/wCS/wCnuyrXjw69U+g697zpVy24paLkfQo/AFx9&#10;dQPt2vW6n0HXveVKyS2rwUJ/p6GvYcfk+/YzjrwPyHXvfM1TnkwUX/JLD8f64JAPvQoMAY69U/Lr&#10;3vwqpL/8BKP+lmR/xyeL+9MNQp1uvyHXveYVLH/lEpP9jG3Nr/4/09261X5Dr3vktS97fb0YA/qj&#10;f71f3pq6T1uvy697kLVNcf5PRf8AJDf9HH35/hPXgfTr3vmtabm1HRGxI/zTG9vyPUPz7soLBRxN&#10;OvV+Q6975/fngfZ0P1A/zTfnj/V/W/v359bqfl1730auQsStJRcE2/aewtzz6rX9+/PHXqn0HXve&#10;VauY/SloiR/tDfW1v9UPfqdbqc4HXvclKuSwH2lDf/GNjb6W/t8Xtxz7VR/AvXqn0697mR1cgP8A&#10;wGoh/jobi4/pe3t6P4x01X5de95jWzfrWnpCADrQpIYwCLC6km2r/ob3V4WUvKKaX6YaGRiWFKV6&#10;97MV0x8gs11DT5KLG4fCTtkY4Yv+A9Y2poKipqBq+2yFICb1B+t/9hf2T3dqm4q8TqQD+Xypx8/z&#10;/l0INl3h9rYlcD/V8/8AP0EHa/S+2O34cLBuWry9OmCrKito/wCFy46M+apgWBy5r8XkhYInGkKe&#10;Tckcexdk+a28JG8owmDU2B0JDlgtyTc2/jttZP8Ah+PYbu/b/l28ZpbyFRM/mEStPw8U1U/P/N0N&#10;/wDXP3q30w2VvbGL1cPqr+T9MeI+Pm2MLRR0FJnt2PTxElBPkMazXNr6jHholI4+lv8AX9y4fmdu&#10;+YqJMLgxYWGqnyxAPB/53d/z9fZcfbvlNagQGv8ApYv+gOvD3T5i/wCUWz/6qf8AWzqd/oNwQ1aM&#10;/ulNX1K19Ap+n4/3EkC3tUYr5j7jWVNeIxisHTmClyWi2qM8/wC5n9XH+v8A63ukvt1y9PbsYYoS&#10;h/i8I/Z+D/Y6uPdTmEmhtLP9kn/Wzpnrfj7gahSDuPdfKMtxkaIHkSD8Yr/m5/vH+HsXcZ8xNwTx&#10;RXxdBYqn/KPkfykV/wDl9n8/63sJj2u2AzEj6f4v+E1/450oj9y9+fja2Y/KT/rZ0jsj8Z8RJr0b&#10;o3ap59H8UpbCzOwHGIH0v7VVD8ttwlbR4rF6eNWunyINxYkG+YIN+Pat/a/lhijXLA+fZ4VP+rf8&#10;/wDi+n29y97U0MNuD8jJ/wBbOkbW/FjHMW8e6t2KxVlH+5Omb0sT9ScQeB/sfaso/lnuJijDF4oH&#10;RZmFPkQef6kZrVf/AHn3tfa3lDSATLX7Ivy/0KnTLe5e+En9OH/qp/0F0gsn8SKV/KDvHdgUy+RY&#10;/wCL0TC45NteEb6nn+ntB7m7pze7Mkq19LRCGSqpbLCtboNpYgCyTV06k+jj2IuWOU9p2HftvTbV&#10;YBhIzV8M/Atc6VXh/qz0FebOa9w3zbmF4FGjhpr618yehDw3SmK25tOpjTJ5SpqaaglgiqKqamMy&#10;CWOoDCOVKCIgES2b2Km8aiSv7A6eqFhEa4yn3uhkEbJb72jpVUAgk+ox/wBR/jf3B33k4kG7bhIg&#10;yWX/AIyIAf5HgMenVPa9i/LK3Vat/md16C34I7dG3tgdo00lbLXffZDbkoM06TmMRjMCwtFGBc/X&#10;g3t+Pdn2YRAIKjSG1mUozKt2BKRgjTwupU+n+Htr2hXxrnbQKho9eB5YlOa8aEjhn/IFOcZfprDf&#10;46FT+kP5qP8AY/wdagvz3yNZQ4furArN448n/o/FSFeZDIYKjaNRGxUMQSG/1SgH/H3BrpAlMlgR&#10;dXBIta6MFKm3HP09j7mCLXvVwMHKn8iimv5ceglyw4Flb0PHX/x9v8leiZ/DyN221A08jOyy1Jpw&#10;WJdS+SzfkC31ONUZt6fx9PZYd11DpmkjSWQDyE2DcMxjRiCA6ggEW+nvP/2C+itOSt2F6UQSw6Vp&#10;p4ayPxevH7fLrHrnrdLybna3kgj1OrJSur+D+jn/AFcerg+rNv4nLdf7yzGSpEaqqMaIpJqinp2n&#10;UQ5AohRpoHYWU8eq/srVR3xmsXWVlHHR0Mq0lbURFpY61yRFK0IuVyCC9l/oPcHJ7abTud1ut35e&#10;LJ/vv/fjH+A14/6uPWYj887jtcO1LJEfgT+P+D/Tjq9bG/E3b2a2ztWobcO5qAzbawbJHQ1+Pp0u&#10;2IpSLI+GfgBubk/4e+6H5BZiOqjBpaVPuJES0IrbgtJewvkfoT7Ed/yPy/LaW1nPBDpjQHuWP+Cn&#10;8Hy/n0psvdO9uy8S2sZ0ux71b/oPpJ5D4K4BKfIVlLuveDVCpUzl5sljCW/t8um3td9X+1X9rxvk&#10;HnVpwvhjsQqgf5ceCmk6Qclxx/t/YNuvbjlESAi2tz38dEX2+Sf4a9CFfcS88Gn0Fv8AbpP/AEH0&#10;G1B8JqNK2WT+9u7R6JJHH8VoQpYTBhqBwQABBtwBwPYf7l+TeaxkckklFSzDRIuiWLIMn1lIazZZ&#10;R5PR9fZduvt9ypb2RAXwjr4xeBrppb0j+D5ceHz6TLz9u0k5W2srVZfnr+H8n6ML1p8IMRPXQ1Eu&#10;6dxz6RG96jJUUi6vJRSfpOCILA/k/wDFPZec38vcwJpSuHx5s7k/5HkCbXc/87nnn+nuN9x5D5VL&#10;6Rc3lKf8Kzj/AJp/6q9CWz555i00NrZ/9VP+g+j2bX+N+HwdJDD/ABbIyFEVLmppGsV0fQjFx2tb&#10;2Du6fmvmKSKWJcRQ3ub6aTJKbgjg3zotx/t/ZHc8g8vx2/iW8sxl1f6J4JX7eyOv+HNOlcPuHv8A&#10;DcK09laNH6fqHH+9/wCToT8Z1PhaCVJjWZGRkQIAZqYgD8jmhvY/4Eey35v5u7gqJpIxh6Ai9iHp&#10;8ne11PJOcPPHuN9/5FsZT2JDXyIEf9H+h/xfQssvdW/jAJ2uz/3hv+tnQh0eKp6JBHC8xUf6t0P0&#10;vb9Maji/9PaFqfmJn9Vv4NixYLb/ACXJf0FwSM5wfYBf2ssJi5pGv+lI1cP+aXRm3vFfCp/dlp/v&#10;L/8AQfTkBb8k/wCvb/iAPbPN8wdwOfVhsX/W32mRB4sRc/xwnj8e6P7TbeP9Hl0etY/+tXWl9472&#10;oP7ttKf6V/8ArZ137Y6n5eZv6NhcZ/gfs8gSCSp+n8bPtv8A1pbAsFS5mWlOJjp8v9C/ydXHvLeK&#10;w17bbaPkjV/6ude9t3+zc5dCGOHxv9bmjyHNiR9TmPbD+z1qzE/VjV/plx/1Tr04nvRLrJO2Q1/0&#10;h/629e9+k+XuSmSxxNB+kqbUdcdP1GoXzZOot/T2jPtBaRlj9ZoX+g66/sxF8/29OH3qfQ+rbIQP&#10;6KnV/wBXOve2x/lfWOdJxdH9P+VWt/xNrHMG5ueT/j7cX2otlZT++Lyo8/FWv/VrpN/r1nV/uA3+&#10;8H/rZ173Hf5R1HB/hdCPwB9rPyefrbLE29rG9qLd43Q7vefD/v1P+tfV/wDXpLdosjWn8B/63de9&#10;8F+U1TwWxdEfoR/ktVYj8fTLj6X9on9oIBw3e9p/zVH/AFq60/vKQRSxYj/Sn/rZ173k/wBmnqjb&#10;/cVQhbc6aOpv9ebD+McNz+PbX+tBbahq3a7J/pSr/wBaukze8xJJ+hb7NB/62de981+UTD64uNR/&#10;hRVHP9f+XuOfby+z0Otf8fb/AHsf9az+3plfegkgCyP+8n/rZ1730flUUJBxsP1+v21Qf8f+dvYm&#10;59rF9mrc0P1zEf6df8kXTw94AQD+7zT/AEh/62de9yP9mogH6Metr/VqaW9zYDn+L2F/b59r7c4b&#10;cW/3of8AWvpk+8qcDZH/AHg/9bOve+v9mptfRiaRx9eaKa/P4/4vN7X9pR7WWy4kvm1V/iX/AK0j&#10;pL/rz6eNj/xg/wDWzr3uKflLXa9S4rHk2It9rVgH8g/8Xi4Nvb3+tPAQf8fb/e1/61dJv9eGTP8A&#10;uvH+8H/rZ173zPyqyZ9K4fHkXubUtaefpckZmxA91/1pYKf8lBq/6df+tXXv9eKTh+7x/vJ/62de&#10;95Y/lXVx2ZsVRhhzxSVf1/pdsxzx/wAa96PtVP8ACLg6D8+H/VKvW/8AXhmxXbxT/SN/1s697kr8&#10;ralv1YqjsT/yq1PAHB4/jHN7/wC8e/D2nuqoRM1f9X/Cs/z62vu/Kc/QAf7Rv+to6975L8pqpnYP&#10;jNMRayhKSq5XVcBQct+m17e9P7WSJQ+Fqcce3z886OnP9d7bzmW0HiefYOPn/ovXvbpTfKfEAf5V&#10;iclqA/3Vj9dzYXPry31B91f23vkNVhGfkR/1j6uPdnaDlrb/AIwP+tnXveV/lNgybpjswFNh66GM&#10;FfqDwMuLKPatfb+/WPQFjBH20/45/q9B1s+7PL5On6WTV8oxp/6ude9+HylxAUlqLMH+h+wU2HHP&#10;/F11f7H348gXxNPDT9p/6A6ZPu3y9Uj6Ob/nGv8A1t697Cztju3D9h4QYOloK+OoFtUk1DHGPTWU&#10;lULyLX1P9inP9n+nsV8ucsTbdKHl0BwchcV7T5UXgT/n6DHNXO1ru+3I9srLEeAbH4l/DrP4l697&#10;A/BUFPk8pBR1ctQsdSXAFK0fktFBNIbrIrr+pB+D+fYokLKxGK/5x1F1sy3IJrg9e9rDC7awGTqI&#10;qRarLpDOzJJPV/axogjEjBvIYmVQWS3I49qJAy3CNo7PL1/1ft61FFH4ujUdJ9eve2Tdm312xnan&#10;EJLFUxUsFNURusqzlvuIhILFY4lJAf8AAHtbuEZae1P9L/J0m3MeESlagf5evez4dD1Zx/WNTVSe&#10;dVSXIM6Q/wCe0gU7XUErwQeLjj3PHKd6tsbOJ4neMBWwuoAHT/q49BuYtIbiARREGPi3H/V+fUCr&#10;i8skI9NwwtrPH9of0v8An/Y+zQ475wdbbUix2Nr33ZUT0FLSUc8dNRUlRGr0qJTuovnYmsGhI5A/&#10;1h7nnl73Q5M2G5ePdrHcHpF+CCJvxA/idP4KHoJW/J8QMt+9rb6/EZvgr889nRPexvi/k96z5mSm&#10;qNtUq5StyFWryy1Uc4atepe8hTB1I1A1Bva5/qW989x/PjprLvCxpt8MyU8MX/FoxoQPH52KkSbh&#10;b1Dy/W1ufcC+4nM/JnNe/Xu48uWN5HBR438SCJWMhkdnJ0FsZXz/ANnIrk/nOw2XaYbSdQGQqO0e&#10;QRF/iX+HqZ038ed49Y4irxFVldt1kUubqMlA1NX5aQxU8lPjqeKH14ahUMgojwARz9f6A1ub5gdW&#10;15kakx+7JGs9vPiMb6STKy6imbJFtQ/2/uBt627c5w421kXH4iyeR/hH+r7cdD6D3P2hQCK1+wfL&#10;+n0ajD4uehgWOqeJ3VVBMLyOpIVB9ZkVip0+y89h9+7d3pt+TEY/H10Ek1RFMslRQxQcqkyK2uPI&#10;z/8AHQf2B7T8m8vbuu8+Lu7q8lKDS7N26gadw/1ccdEnNnPlpu22vBb10cD/ADx8Z6fQAOALD+g4&#10;9lvjV7jWBIoU3Bu2lT9NV7sOR9PeQelrOWJA2Cf9X5dY8X90EAC/i697wsVLtpvYnSVJFhwLgcj6&#10;/j2sGdR+Z/w9P/DBD6EH/D1730P99+T/AIC3H4976b6977/P+w5/r/sf8ffuvde9+H9P95/Bv/sP&#10;8ffuvde980+hH+A/ofpz/X3rrY8+ve8pt/sfzf6/1+l7D37rfXvc3GEjIUX4/wAqgv8AUf21P0/r&#10;x72OPTNx/YS/6U9e92P5xQdj9UuSOTsGM8X4bFPe3FvYwsf+Sfan/hw/wDoN7V/Zbj/zVm/596Sd&#10;AxGSyy2/s17/AOuRUIP9fn205P8Azm5QDyMLmwF4B/zLX5/oSPdN2A/eW3k/8obf8ebpQirrsfQq&#10;n/HunyP/ADEP/LeE35/2n/iPaHzMNulcaxNyFwzcW51IzAEEXP19vYayb08Sn+TpVBm9vf8ATN14&#10;Mf4kV/H2zH/k6L/H2ULIj9yRv6Nb8/2rX+tuLH2VXX9laf6VujG1/wBx4+nD20/nj2XdP9e98bj+&#10;n4vaw+l7f8b9oevde9//0KE6rBlZ51eedQmjRBKFVV1RqTZGQHn6+4h0r6dSyYkrw63+PbWcSzxj&#10;XWTqw/SsZQm4Nvyt/ftK+nWvBXr3tYdSJVUXbmzo/vpylTl4I5Qz/qVYZyFa6jUL+1KIHsLuRowd&#10;K4/b/qHRntSo9vdtIAXRcft6wVX/AAGqPz+xLx/07b3K7Nx0v96s146uYIlTVTKodRoY1FQxYcDn&#10;n2hgAMUbMorqI6LBGjhXZVJ8Vh1lXlVP+0j/AHr2EU2OYlmesqC4vcalJP6raeLfU+1DaQGAGOrl&#10;EV2Arp65e2yeiZgQ1ZUupYixZLfQrccfQgf6/u/Z6eXVSsfr+H+f+r8uve2eTBROWJmkPJHqC/T1&#10;XIIUjnV78JFwPBH+r8urCOPAoK9e9sNZtyFlbliSP9Qh/wBV9Lp9OPz7WKyg8O3pzwoweHb172xN&#10;tTHaSPEikkFrRRm5DcE3X6ge3mo4o2R1Z7aKVdLrUde9wptn4xi0jxxsWOonRHY20/UAfg+2w5Xt&#10;UEDpjwEjGlBQde9sVZtHD6j+2oJ4PpjuBZTzqB+oPvWt14Dt6r4EYQALjr3tom2biHOoqLX5tHHf&#10;+zb6KPr7aeV07Tx6TyRJ8JHXvbbU7OxgJ8UasgF7FIxYcfhVHIPt1JJVHc1B1Xw6KVBAHXvY0dQY&#10;aJMH2NStYwvtY/tWUqQa+HhkKEc2t7TSdzxKwxX/AFHpuJGCzqx/D172BOX2vjDXVP8AkVOt5ZLj&#10;xxgi7uQbab8/Xj8e317QVD1I6RiGMBiePXvbDJs/CsxL4+lY831QRcfUjkizEX+nu4mkUUDmnVfC&#10;TzUde9wpNnYIkH+F0ZIXTfwx3AFzb6C9vbizvVqytTrehVqFAp9nXveE7UwyAj+GUQ5BI8KAXH05&#10;0/n3v6iWtKmv59UEKVoEz173hbbmGCsDj6T8WIhQ2v8AjheR7tG7vUu5NOtGOMD4B1723SbdxIJK&#10;0VKPxcRL/h/gbj3fPmT+09U8Mfwr17221GFxcalvsaUngr6Ev/ZViOPzf2qgAYsGB/n14Rx5qo69&#10;7z4igoqfK0skVNDHdprlY1BNqeRQGINm0hj7dZEYOCq4+f8Aqp1ZUQNUKK9e98d3UNOMzUgwRHVH&#10;T6l0AW/YhsPp9ePd0WNADTH7eqzogfUQOve0g+PpOLUsIA406B9OP949+Bap016QlF9Ove8JoKUA&#10;/sRWINhpHDHi/wBPpx7ulQ1COtBVPkKde9wpMfSDUFp4gGBvZQL3BuBxce7OSCKHrRRf4eve4T0V&#10;Oq28CFQDYaOBxa4uBwP6+9CR64Y9UKj0x17201FNFe4jQN9CQoUkC5tyvN/alHcnLdNlQRw697do&#10;yi7brFI4XIQDTYH1CD6/7f3fi46sVUwtUYr/AJOve0M/jZ2IQNY8ggH/ABH0/wAfb4HAV6Tqi10j&#10;h173G9OogIFH4sOB/vFvbhoBwFenDpAoFFeve+2EZWxRSCOTYW9JF/z7rpYH59UCnyGeve2+SxI4&#10;/rpP9CRz7cGK06vRVqQOve5WKA/ilCoFh5T9ORbQ/wBRb8j3t8q9erRqutRpxXr3tlmv5ZeefI44&#10;/PqIt9Pb600gDhTpK4pqxivXvbngrLm8QQLf5dSm/wBf92r/AF93UAkBjivSm1VRdWgCgVZf8PXv&#10;dpvy/Un4/wDUhPN8BsuQEixK/wByMvZr/wCH/E+0SSUvZURsZ/w9HW/MA8KLw0j/AC9dD8/65/3v&#10;3U0SPa806DTEdd++N/euqA9e9jn8fsQMr2VtmF4xKoylCWV11LYVlNwRpb8X9s3tEs3auTToXcrR&#10;VuQ5Y1rT+Y6973Zvja9Lgf7vwqqxLDSFUjRAAthJp0AFQGB/w+nsAbrYwzbWZHgTxf46/bg9Sbfu&#10;dIQNg9EM+VtNks3gc/R0sspikNNG0Uf9qMvThw11b0FeOOfdyXW26UyFM9PWfvJYGmmJYyxr/lLT&#10;cu76DIUtcW4HuIdwS7tpVcSUFe4Eih4acACtCa+f+Qgrd+R0KyeGAG8x2gHC0/DT/V+XWlJ/MP8A&#10;hXtdpod1bKxCYjcNGlStXT4/H01HRTmqm2/TAmeKlaTUKIvb6DU3P9favy1KkMpWPytawU2ULcrE&#10;zfU6vz/t/Y52Fnu7dZ38PSa4BNcFgOA+Xr1Ee78n7sslIZqetGyfh/o0/wBjrXX3LSUWCy8uIq0q&#10;oK+PQBHJCsdMuump6lwrymJxqilU8r+o3+nuTQVlVCFimeiyiAsfFPMtSgDHUeG1BfV9Dxz7I+Y+&#10;X9i3sO0tjJbk+YTQ3kPT0HDIpT0HUWbo1zNOfpY7x604xt5Bfn/nr0N3T3dfaXTVR9/sXeS46oPq&#10;qVodxTpFIoNX4bClqYWYoaqT/alLm3BPutX5qdKbt2/gZ98dbYSGKCh+4rYXo46iPIQ1LLTLUukd&#10;HQraIyStpa/qF/r7hq1f923UlitxLI3DOK8afCTn18x8uhjynvG5eB/jcfgXIrjvSvGnx54ZPX0T&#10;/wCVD/MP2b8sdh0+0ewdybdXuGkx9MmZ27T5OKuxFVSTVGYOJOOqsjkqmrr6qbG48NPHpPjkuPpb&#10;2Pfx57n2N8leuBDJjfJV0jSYzdO3K+jYSUFbRvPjWrYqarWeUQTsjaWZbm9r29ynPNac37fGt5MB&#10;uNtGfDkxrKqFWh1GpavEDHDoVc5wxpYxXdrdyi4RCwZQtTj4SK1NaVFPIfb1rZ/PL4u/JT+SP80q&#10;n5OfHXcdXX9EfIjfFS0VRXZWuo4aHcGczeb3xmdm5+k27jMFjaPEYuOkP2MjSSOsAN7kEmr35ffG&#10;vI7lr+w8ptvb1Tt7Y+Hw+cjyOrGS4qnylNjZcx94YYXovtq01VKysNLASAcGw9xLZ3Yt96it7iQi&#10;9Eg7ia0Jcfi8s/Lok2FZLkRvcX8mqlST8yOt2T41d04ffvT/AFJlsxvLbme3dvLZ20sxV0+CzdFm&#10;Xjq89t7H5N43+2qqmoSGKWdlLyfQ2ubn3qN99dXVfUnYddUUP8QfEVmbny33EkDRrFFVZjKzmgXw&#10;xRRLFFTUAIW97fm3vJ3lnfIt6sTaTqjXUKaAGzq0hVDsCeLE59fLqQ9tuUgcIe9Qfib5Hhw+X+Xh&#10;0aH2Hu48rDkMfQZGkCtIFpVcEWfX45ZmAALPb1D2tsoHW7uYZYlRM/Dw40/1fZ0auzXEqNDH21H+&#10;Hr3vCZqzK4iJpVqAaeOFR4lkJUiMkF/SQpGr/D3QpDaXrKpWhJ409elK21z4hKDTUn/D173YF8NO&#10;xdy5KKfY0tXWibGRt/CYjJUmE4+jo3lqL6iVUhwOEXT7EEG7Wu327l2Whqf2/wC28uljWLzQaGQe&#10;MOB+VOuiAfqAf9cX93mfHPcC5zb2cwGTpvNXLPRnGExvLoghgqpp7GS7RsWH0C8+xlsfMmzyWNjF&#10;cyQV04DFaHJPAn/L0DN82W6MUcy20uoeaoe7uXz0+XRYO98FnaXL7Z3fhayakx2PjycGfjineHzt&#10;WyYumoHcIlpBES9y7WUW9i/Qbc3MKaO2DysvBsY8fXOHu7/r0wf2fx9fp7mLar3YJrVjDHan8x6/&#10;Jqf7PSa3tr8WrBoZ6f6Q/wAX2dAxubfux6TKSJX7429jnJ5Sr3BhqR4tMMRtGtRVqxLX5+hsfbTk&#10;sVV0JZaumqqUNfmenljYadLH0yKtrhx/tx/X2fQRwNbRSWwBiamkDA/b/pumLRtESRsGEg/C2G6e&#10;8HubGZr143J4zJshPkNDX01Yh1GRVIemlkLW8R/2IP8AT2k62jlVdJWHT/ZZms/4vxbTf6j+vspu&#10;YKAdtV/1Yz+3o2gnoVBbt/1f8X0IuNyMMjFlebWCdSKt04NhyPVb/eL+0BlKUlpGRbi1iGFmvbni&#10;17f7z7IrmPRWqUU/6iP8Pyp0Zwy4Ug06EvE1V0jV2Gq4tpN1IvdTf+vsOctSSSB10Lp9VvqTYAix&#10;4vxf6ewnfowJJ8v9j/V+fRijhl6XdHKpCkEni/4HJN72ufr/AK/sGNy4diJnCJqAY8jkL+4GsShP&#10;5+n09hS8j1SaQuNOPT/V9vVyxwqnHT7E2pR/Ucf717B6sxjq8xcLYM2k/Xkav6/Xjn2TzCQH0Nen&#10;kJYAsMg56ye01VUZF9S/k/i/+r/Nj9fbKBqEPxPTjEeR697S9RRxEMWhXXc/2Tb/ABvx9bn3SRpE&#10;NA5p0y8soqPEPXvaeanRXY6Ra/FvrYf14HPth0SYq8iamH7Pt/2evKS1dXxde9+Rbkgj/Wvf/H63&#10;sPbTwpqVBCvz609aYHXvecgelggAW5UsCtifwOLHn3ZFMQcUCjphlBww697x6m/XYEn8n68X+gFv&#10;pb2sEjOxLyU/1fPryoqmoFOve+Ci2r6CxJAHp+tw1+Pz7eIqDXqzKHBB697yDkC7gn83JJ/ofwf6&#10;e2Srnyz0l8KT0/wde9+5T+0Tz9Fa5P4/2593iYLq1dUNR5de981Yt9fICTwfyf8AWBJ+h9qT1U1P&#10;Dr3vmbEi6lf8SStifr+fdSqtTUOqrxPXvfIWNuV1W/H0/wBuP635960L/COrMDTB69753P8At724&#10;HFrXtb6WHukRhDkJk+fH19eqLk8T1735v+Cvbjkj6cD+n1/4p7MbdkC6R8f+Hp9acPPr3voWuDyO&#10;D+oWX/eP8Pb7Vpjrz6qdvHr3uRZf6r9OPp9LXF/bff8APprv+fXvfIWFmFj/AIW5/pythe1/do1H&#10;iqG68FJOk9e98rtYlRZRwU0n/XtzxY+3nZQPDVcevVtPlo/n1732sjhgCth/wU/42P8Ah7aMjadW&#10;r7eHVdIpUDPXvecObXBAIP8AvAH4/wAfdPEf1619nXvcmGU6uSCOCb82Nx9f8fe/Ef8Ai6sOve5/&#10;kBB/SP8Agpsf9v7VQMWZKnGodb6974gm5sRzx6TcE/4f48+zdaCgpjq1eve5I1AEWjN7clh/thzY&#10;D6+79nXs9e95hqP00WtYAXHH4+l/dgQet9e98wxFvQlr/wDI/wAf0PvfXvy697yKeP0xkf7Ef7wf&#10;p7a8Q+Q63173kAJ/IJ+oF/63/wAePdat69e/Lr3vJZl+pU3/AAT/AK/H++HvepvXrfXveXSLXuBf&#10;63P5v9ePr7d1L69a697yJb8Wvxc3/wBt/X3uopXy63Tr3v2lhexXk88i/wCTf6+66X4g4691733p&#10;a360/wB5/wBiOfx71pb+L/D1sde98uRb1j/Wv9L/AOwv7tqAoGOevfn173JiuSOV/wATwbG3Bv8A&#10;ix9+1jtz1sde9zkFgBp4/JAuOb2sT9T7UQyrQKGNf9R6pqIY6WPXvcpLfQK34/HN7E2P+sPayN4x&#10;j8Xn1Tr3uXGoIKgW1/qDHg6fpe/F/aK58Yyuyt+l+zrR11pXs697kaAnCaQVN1a/5J5P0/F/eo4H&#10;WQSeMxanWtHdrJz1732qknUWNrWsWFtV/VYWA4t79KQFaOUgSfKv+X5/y62FVRQADr3txgj/ACHA&#10;tpPJt+Vt9B9PaakDZZCPs/2erY697e6B5Umsj3UBT9LchktYD82P193MMLQhfASpr51+X2fOnVGZ&#10;Q6Zz/n66Nrc/77j2L+2KlpEVWIY/pFyTc6YPze359h+5sbarOIF+f+r/AFfZ0thIK16bam41eoiw&#10;J4twLsfyD7EejLLYkKOL3v8Ai30HNj/h79Y20Rhl/SXLfzoP9WOlHxL/AEumOra5A1Mfxa3+J+pt&#10;x/j7VuPJKAgLZbC4uTfj8j6fX2rSKMUFFA6Tq/fpZj0mcgSGPLksT9eB/vP1tb270EujL07lVeM1&#10;MZ0kmx9SabW/pf8AHtm9jkhSCW1JS5Qoupfiy3d/vX+Hpne43bbJxF2uB02TokuLrIpblXpKk6Xt&#10;o9MD2N7C4Fr+z4yJRyQ4DMPDBJLTmrEM7qgkiFRMkD6WFmAZABe/uFfvmbS1onLj28RikkWbXp/H&#10;SW29aj8vt6PPY5nm5HkguGrKnh1/3uT/AFf8V1X/APBrMVq75782rPUzvR47I7JWjopZHMNKJdu5&#10;+sfxoSFGuRrtYckC/uxTLBxLWwMQqwCl+zjQOP8AOhWm5uQbnn88n/bAr2fI/wCQhIgOuY3fi1I/&#10;AJQmOPD7OgTzq04h3jx3LIRFq1eXcv8AqPWqR/MBhpzH31XsBKlFH1mUmeMOxNbPs9WLSKApOtj9&#10;eCf6e4eOUVNO/wBwrzhdYKgkj+1zxb8j6/W/Hsd+6TG03pTYOsIIQ+n4U9a/5qZyAOkttBHFt1t4&#10;QVQNf/H/AC6Kl8NYqWHBGmqqWOUuZ1hYKWkik+/y0pMZB9AdbCw/J/Hsoe7ajTnEZAFtUgFPrb9k&#10;D6fUG5vb3n97YQovtdNeyr4k/hvpf1/U/wAGP9XDqAd1tvG50DBDUlP8Ffz6uW6swsX9ydz4uYGG&#10;KWghDAKLKJauN3DMSU/JHuuvNzBs1mDqbnK5AOSP03rJyfpxcH/b+4/gmltxGlu/hhpW1afxYHU8&#10;7k7ulp4rVYKun9n+DrZt2lSAbT2yHRZDFtjBLDdrD0Y2lQWvyQVA9wYJw1ZRyWYaayOMKRdTpf8A&#10;VY83YH2J9ytoriG2qqhtC93+1HRZtMZiv7k07PC/41qHU6eF48dkYQ2rVRVMpIPqHkjP7dwSNClf&#10;a/aoLRqOPxax/JTg/j2HLjbFCgiIBvOv+qvQqSQ/DR6H1HQXQRaaiQF5BYMSAB9PINSjkj6/X2Em&#10;+nLRTarEBXHDXN/8o4uPoL8H2F96gaO3BIwZR/x1v8nSmxNZi4Gf9gdGB62VR41TUv7KnSykWuaQ&#10;3IIte39fZW8yhMspW1tUl7G9ySw/2At/tvYGu4o8AIKjh0IIpZRQK5A6H+A8AHn6DkW/4j2XvfAO&#10;qa3pbSw1XsfwPULH2SXqqsToRVa/5uH+ry6XR90g8RtS0r/g6mey1Vy2mkYtf6W5PAAUD/E8+wFu&#10;SrpQ6Mn/AGejeBVKL2+f+Xr3tol/Tc31fUH834AP+tb2HSoRlIHSaWNdQOnr3tmn1fm/1tz/AIgf&#10;k88W92DsPP8AkOm8DgAOve2yZCfwQbH/ABsfwP8Abj/D3YMxoCcdaqSyj59e9t0qACzeoc+km34A&#10;Fjzf3V0jdq6B1p2qxocde9wjpVuEPP4HBt9Pr+f9j7ZMMFDRFr9nTDSYbS4r173hkI/UAAL2t/tz&#10;ydX1960R0ppFfXPSfxX8pR/P/N173iLKbAqouT/r3Jtf9V+fdgSFOCf9X+rz6140xFQx69771KBy&#10;oP1+pJJNzx+oX91HAcR1rx5f4z173iaQD6AC39VGm3+HP1t7fUh+K5+XWmnkane1fl173j8zsTcM&#10;vAN9VzYn+g/It7p4aD4R0wJGUUVz173jJ1X8nIN7j/bX5sCfbgZlpoY9XW4mQjRK3XveREAB1C+n&#10;gEi34a5AHP0P9fenSOgoo63I5Iw/XveZVuQB9f6X4FuP9hf22VjAqQOmC1BUnHXvedQB+AL/AIsC&#10;bC17359qIkVhpIH7er+JJ/Gf2nr3vKtrkXbj+tgObi1/639mUdvEyqREtT+f+XrYZyOI/Z173mCL&#10;+VH4NvqPx/T3YPIpK6uzpszzZ/Vbr3vl4k/1P+8k/wDEe7B7g1pX9lP8vTX1Vx/vxv2f7PXvecMw&#10;+hPAB/1r2vzz+fagEkAVND5dJCoLE0yT1734Mxtc/kfkD83/ANb6+/AkDHWgAOA6975gD+n9pj/v&#10;BP8AvPujE9x1Z6oSc93XvfLnV/a/3i39P6+69un+lXqvl8+ve8JRUmZ1Uq7W9QUg8LY83NwD+fbE&#10;yhELLg+R8v8AV+zpSlXVY2NYxwH+r/B173Kw1XU0lXR1tI2qcGfSHLIY7JIh06LEa0J59kcqlifM&#10;/LpVo8NR4A0n5de9ihlcDk9sVONkWupaijrXmHiirknkURRIz+SGEKw9c3H+t7U2TCaYrIdeimfy&#10;8uPy6ddWitY5NQNa5r8+ve2bsRGG6pwhDyNjsY3rNyCaSLlSDf8Aw9mAAklUHitfz6TTKGWRmFTQ&#10;de9nI6fdz1Xk+WW8eRX8/qVYL2/pf/ex7mXk+SXwV1HIp/OnQTlX/HS3mAOo8wvLB/g9/wDk1v8A&#10;b+ycbsXTna97KG+5qCXNvq1VMWvb6+o8e03Mc8oudSykA9tB9jf6v29LxI4jKB20Hy/L/V/qp1I9&#10;p6/AN9QLAn/X+gP49htoolKukegnuPzZuLdMtGpK1Xh173zDA3FyCeT9Ob/1/P591MUZ4qOvBVHA&#10;Y697z06jyqbfoFx+bWI/w59m22xRCsyxL4wb4vxfZ/h/1V6c1HQYyew9e9ugeRXNiw+v+3+v9fpx&#10;7GqxxTIXkUPJXpHPDCyqSoJr173x0/qA+p/V+OebfW/09tDH+lHDqqsQAte0cOve+f0/331/3k+9&#10;9ex1730eR/rc/wC3+l/fvl16nXvfa+kG4BP+C/n/AGN/x799nXuve8i+r6AKR9Pp/XnV+bC/1966&#10;3173lt9P8eef9hx+LWt7vGutqeXW+ve5mPfRW0h4NqiCx/p+6v8AxT2oliTwZ9MedB/wDqtwq+FJ&#10;2+R/wDr3uxrKT69i9U2A4k2KBfnkYptP+II9iPbKDZBI2Srr/wBWk6Cu3/pwbmQP9Fl/wL0mKOPT&#10;lMkf9VDWHgW/VUi/P5N/bdlLifcg0/qwOeY8nn9kixIJ5596uzW+tix/4jn/AA9OoxMllU/wf8e6&#10;do/+A8AH4qIB/Tgafp9PwPaCzM7L0tjQW/T/AAgFb/0SQj8/0HtUFVrGU0xr/wAvS6A1vr2nDU3+&#10;TrkB/uRY25+3PNvxqi/P+vb2UevOqV+Pqx4t+R/X/Yf7z7JrzxPDtafDpP7P+L/1ceje1/3DH2Dq&#10;f7anCqx+pX6gA/i1/r/S/styR/S693af6XXvfPSP9Sf+N3+n1901N/F/q/Z03rP8Y/1fl173/9Gj&#10;SvrZspLNkKqkhgYiP9uJy4sFWE2uCwACD6/k+4h4YHUvkk1JHW/x7Zm0Nolj1K2sjQUYHjj68H8X&#10;/wBh739vVeve1F1lGh7a2MzCxObiNze/FNMbg8c3HtXCJGsr8SNUaf8AL1faXb6e/Gr8P/P3Uer/&#10;AOAtTb6/bzf9a29unZsJXdWVK6rNNN+P+mioAAA+vtFAgNuoA7tfRZHJ2CvDxm6zL+lf+Cj/AHr2&#10;E06FSdaauWH1vxY/g8fX37UC4AOelgYVoDnrl7bpI1uNUa2P09X45+p/1vdtQz8uqll7sYHXvcF1&#10;KhwVA+oFtP5v9RyeP8Pdx5N59bBIo1Ove2qaMkNZRY/2Rb6c/kD+n9fbizKePHp9JNWCO6nXvbBU&#10;qyyPcAc/6ofTgf1+h/p7VppkjHp0+vwjr3uE4Zk+gXn8Wv8AW/05Fhf22+Jj9nTUnxnr3tP1cPqI&#10;KAsT/rfXTa30549qVIKgjrYHaCPTr3uJPSpp/Qv5+oAH15Ptokniek7VOT1722vELPZBZQpHNrg3&#10;FieT/X/b+2nOlg1fKnTDgipGOvexT6pGij35GALNtgAcH6mtiAAF+Lg+0dxxSvxV6TR/6MD8VP8A&#10;L172CeZ0fe1LMpFpJFuU4sHc8/74e18nFR8v8/Sc9e9p6V00mwPNx9RYelrgDT+fdQOq1697bpSQ&#10;bLzawtY/W/1+n4Ht0BSAGNCenlQMlGwa4697gSs/NyDyR+OW54sbe91h/wBVer+HF6f4eve4qkkO&#10;SbEf8VBt7vGulyPl0kkTQwHXvcGeM8hTax5/w/T/ALV/T2900T69e9sNXq0hQCxP1JP+K34+v1Ht&#10;+111lY8PT/B/g/n1oFu8nh173HpH01cTgkBS3B/xjYfn6+154U6uONeve5e7RfM1H1/zcH4/rTw/&#10;7b6+3YQCrA8OvTfH172l2W/NuPrxxa35H/Ivd2FD8ukLrpNB173HkXi/9Pzx/jx9fdOqHHXvcGUD&#10;6AfQE8cci/1t/X21JSo/i6qeve4UwDK3+F+bfgA/7zb3QeXVSMde9sc/5/oODb/WYD/ePauL4fz6&#10;bp173KRb7ergQTqyEXBH9Ifr/U8/4+78HWnp16n6T/b172iFC63AsLMf7N/wTbn/AB9qPXpheDf6&#10;vTr3vAIzqLXBAIsCB9bW+ntymO7pwJ29x6974OByPx+P6/j/AIn3b062eve2/wCrH/YW/wBa4+v+&#10;uD7u6hRXq80SohIPXvc7Eqf4nRH8eU8/n9Bv/gBx7bYjSwHVI2Hiovn172xzH92Qf83nP/J/tQOA&#10;Py6SS/j/AD697m4Z9OYxTf0raY/7aQc/7x7dQajQ9PwN/jVoPIuOve7Uvl+f+MAdRj6/79TZT3/x&#10;GyMx9OP8PZVGa7hcH5/5R0ab6wM0ZH8AP+Hriv54/tN+LX5+v+391K3Ps16DlTx65e+/furDy697&#10;Nh8UqZW7JwMzJcJX0pJtfgVFKxH4/p7T7lU2DDOGXqQuVoh2yfPr3vb162yppY8XMlxoiI+rL9S6&#10;/wBPybew3dIrbWq6QTVf8nQs3abQ6Bfir/l6K92XhhkXycD/AKZ9Zt6T9EU/1B5t+P6+7ROp9zQy&#10;xU86sfIFJaMEFOTUAWa2rhRf8e4o3zbLkLRvgPmf9j/Z+fl0qub67kA1qaf6vLqgT5edfpIMtQPF&#10;44ZHTRURr+7dJMRIV8TOAQzcfX/iSDay5KGtghkAAZAwcKQ1yxj02awvZV/21v68GHKVpcQxzRyE&#10;0JFOI85f8J/nUeXQZu7eaTSxT1r/AC60mfmhsBMDvWZ6JGESEfvuqLI2rGbT5ZVdiArTsov9Vsfz&#10;7jUGajxcvkGFx1cLA6akSut/+CqVBvf8g/T2Ld55Xbc4DFJzPd2z+qaQf9X5+fQWe7stqUyfSCR/&#10;mG/yfb0ULYm8cbhcklRXbZw2Xp9VmgyS1JRbLMLgRVQ4ZyL/APBfr7UU+6cdmKSbHZfaeIqqCrUx&#10;S02mdaZ4yQzjTCi3vxe5J4/xPuJtz9qGWV3j51u5nAr3eGTX8yfy8vLiOgwvMex8ytJq5cQSR+R1&#10;Vz6Gn+TgerBOvfmTuTpTcG1N19TbA2t1xuOirZXod2bcrM0MkJPt5YzqFVPVU0aIlS4sVN9R+nst&#10;eZ69qurNwybq6D6H64NFuNaeHeNdT5yfbuUlo0NZNNKadKarjqHSrkDL/tTH3GSpfco7nDFeblce&#10;Ekh09mpTkPQ0zSlePHog2XmPbbqVoN1tgCrsFqpGNVAft+XHPW0Z0v8AIz4/fzZvi7P0f81/lpvi&#10;h7IovusxicFFtHbUFLi8pNFNtzD5vHZWHb0VHmMqlHXTIUmkR18zm4vyOOLqNv70x0eK31g6HMbb&#10;ygNJnMPlKPypClSPDk4gJIoZ5lWnmdA4AWQG44Psfb3yzsvM+wS3vLSGPmFYSQQSAZAmKgkiniH9&#10;g+XQmnttnuwf3XbKJgvkunH+D/L1QLnO2PmV/Kz+UhxOF7S3FQ7FotwU39yNy47K4bKw7l6zg3VV&#10;ttd8hBTU+TxmPra7b2CjmmoGBenZtDCzc1zfLT+Wn0j21Nkqip6m2LtnZdPDW5fHVOEnd6qv8H8e&#10;ELVdFUzIYvvMZkCWsBZ0VQfcGbXe8w8sSyG45sv/AN4K9HARKI1QSFI8lKeufTGTnluOGYNBcwqW&#10;U18uK6B/l63afgb/ADZNgfIrrnr7HQ5/M777QykO28fuSmymArNux0OSqcPtKmy8qZOHBx0GQhh3&#10;DnFVHRQJUm13svGph8yPivlfjlvLNpg+qNo5Trp8xkYMHkBl2kqEibK7iixQloqOeWSCRMPiFchj&#10;6GbSfx7njkrm2PeVQXXOF6NxoOKAA4StSaZ1E/b+3o7YNt12JEhU25OM8O4f5AOrscXWnI4+jrWi&#10;8ElTS0800AZnEEs0EcskIkaOLyrEz2DBQGte3sCsTDj9v9fx1eV6+wMOVzmSx+TxsTzVWl8HU0ml&#10;wJi9wDOn6TyfYjbcBfbtcRRbhJKIy4ZmHFgTUU/yjj0K7a5jEIme2XxXNRWuVI/1Y6n+zU/F/N4j&#10;ZWZk7Ry3W+04NtYaKowtSPv5/XNmKU/bq0Pk8vrEZHHGn2H983C4aX93wXb+M2eHCnHj/qr0aWgi&#10;lZp3tkCDGD8vn1hqImmheJJpadnAtNDo8kZDA3TyI6XNrcg8e7wPiFVbV3xuyHe+Gw+Hx+3tx0OQ&#10;yFFjqSUPS49IMbVUypD5SXBE0LNZzcsb+z7aLTb5YLOG/Gq5AGqq8ck8P83RJzPdbxbWbHbn024y&#10;vd/SHRNPmxuHd+0ugs7PtHJZX+8MFftamp62njj+8qlqt0YWCpD+CBYlElNMyuVjACE8ezqY/dlf&#10;S1tXWUuZrZ8TRFFelY6KdvuomSJgAuqwnYv9fr9ePebHIHJvK1zZLIbNSi8QUp/GOOa0I/4vj1EO&#10;5c1c3W9oyrclZD56vRv83VHXfnV1LvrF4jZ+6tp4XGdhbtM81BuWiqWrcvTDb9fi8lkFikkdYozU&#10;Ymmjp2uv+baw9Xsq2fyubzspnytXU5LUPrUkXuUijt6VW3MKgf4KPcm2e2wbdZQWVkNNsnwrT1bU&#10;x/3phX16JrbcLm7X6u6cG7f4m/0vav8AxlR1arsvaux9ko9NtXC4vbenTcYuMJG2l6qZAbswbSKq&#10;U/68re0TV0cjG8kPnXiwkFtP0vYD+v0/2HsquLcpgjt+fRtFcA4/1fl0MuMykGkCKoWmk9RLQNqD&#10;gFtNyeQVHP8AyF7Q2Rx0weT0swA1XKkWB/sjgcL9PZHd2wozD/V/q8ujGGalCP8AV9vQn4jLQMsR&#10;DKp1W0hhyQf1Hk/r+p9oDI0D+tRGR+r+z/rk/g29hG9jIDArkf6v9XyPRxbzmnQl46tjcIxkBDAH&#10;g8/0555v7DfNYiWRHvCSzBrgoTcFXuT6fpb+nsL3VvH4pUjGn54/n0vWQMvDHSspahSq2dSt7A3H&#10;9R/T/D2EeZwLrq0UzhtT3Ggn+1J+APxp9lE1mtG/33/q/P8AyV6dUkcGOnpzV1YXuP8Aff8AI/Yc&#10;ZLF1EZNoHUWvbxki4LC44/wv/sfZNKixyFR0oQGjsf4uuftG1lDMQzeKW9vp4mI4Lfi31N/949on&#10;NP0/IdUYHh5de9pGpo6gEsI5BYm40MAST9QbfTn3uLuwOHr1VSQpAGeve48VNUW5jmcn8aGv9fz/&#10;AFv+P8PemVtWk4/wdUcnieA6977aGUj/ADMjA/jQw/2N7f7D20e2tfLqgBq2anr3uOsU/wBPt3v9&#10;RweL8kWHtRFFUhmGOnAp9Ove+Ahls14HANv7LH6n/gt/9f2p6uor1735YZCD+01+PTpP9Pr9Bf6e&#10;9fiqV8uPWipHl1737wS3sYnW17BYy1xwfyPp7sp0tqHHqoQVJAz1732Y5CfpJf8AqIz+ODxb6f7D&#10;35u7j17wwF007eve/eOQ/wBmZv8AAowP+v8AQ8+6gaTqBz1QRIBkHr3vIqNYnwte5/sn6H/XB97k&#10;diaIKCnTbxGvYuOve8wjkb/dLi4vcIS1v1f6/J/x9sI5StOHSegrUDPXvfjE4sSsh/5Bf6/7z+Pa&#10;uOSlTGfl1vOT1735KeQ/2JH/ABYqw/P15+ntYtwCx1CieXVtVaimOve5H2zjlomW3+0t+P8AXH1J&#10;96a4r8C5+f8AsdbyThc9e9+EbC4ETq1vSdLXA/23+8/19+imZ5AG4HrS1LCvDr3vj45v6Px/SI3/&#10;ADz+fbjS/wAIz8+lHg/0uve+QSXVYrIR/QxsAQOQPp9faIPQpo+LqhiYKpCnV59e9yft3ZP8y3BB&#10;4VuL/T8Xt7c8eT+L/B03nr3vyIwZP2G4cf2GB4INv0Dke9pM7le7B61UmvXvbggYn/MMbfX0n/YH&#10;ge1ka6Wqxx1vwj69e9ylUkEeFl549Lf69ibW/wB49nMR/TQE54db0Y456977EcpIHif6j+yf6/8A&#10;BfbvXtB9eve5ISUC3ic3tyb3/wB6+lr+9E+ZPVtHz697yeGa1xE9vwQD/Uj6/j3ZmqOHXtHXveUR&#10;Scnwkf0Ok3/24AsLe2mIUVPXtHXveRKeVQCUYWNuUb/Wtx/r/k+2XuEU0UVPVK9e95fDKbARyD8/&#10;pIv/AIcj3Z5EoKSgH9vXv8HXveRYX/MTXHB9Bv6T9bW9vhqrjgenNAOQeve8niP08D2/rpbi/wDy&#10;D7917T6jr3vvwyckRPbgj0EcHkjn/jXvf1CjBPXtHz69778Mv+ob/kl7fj/aQffvqI/9Vf8AN1vw&#10;z69e98wjAEeBiR/tDm9wD+LfX3USq7YYV/1eXVeBII697zwo1uYGFjxdTxyf9ptx/wAR7t+fWx17&#10;24RxsQD43F/xobSP8P0349ttcLFgtn0/1f5+tGnXvcpENidMt/p/m3uODf8AFvoPb6y8Cv7Qet9e&#10;9uFPTs/Bhdr/AJCN/U/4cW/3n3Q3YiZl1/6vXqpUE1rnr3vK0HqI8LcWv6G/4p/h7UR36ErpOft/&#10;ydb0Dr3uSlG7oAsLmzXB0N9SB+Le25pvFk18D0260NPLr3txhpJFX1QOeeLxn6WBv9P6/wC9+0xk&#10;Thqz1rFfn16//FPbnS0zpq0xN9Ga2lgLG30JH0uPZhbJ4kDEH8X+T/i+mJfjH2dcGYD8/wBP9f2I&#10;e1WkV0BiIIbiwb/mxYf7YD2hvFFJfTj+dK/4ejCDKf6vQdQaq1jzwfqeB9dV/wDC/sWqQM2n0MLR&#10;tb0/0W9/pf629pbMUhk/03TzYQ9J6qIDC7j9QuNQH1Nrfj2p8OS6OdDcEf15Gn/ePbtBSnl0giqX&#10;zx6T2VsrJ6l5vb6cG/8AS3P/ABPt4ggm+9gcLpjDozfUD9XFibe7EJLcWyMfjkUf8aTownZWtphX&#10;BU/4OmeedEx1ZzqlWnmC/Qm3hkBJ0gn6/wCv7P3icPLltoUbRsR4TBflR/nMmwB/2BTk/gewR9+K&#10;2W2Tk9j8JjuKUr/vy1qPzH7Tnoi9gt8Mqb1t1cRtF6+ayN/k/wAvVbPxQzkGE+QXdtAyKj5Or2tO&#10;Da+v7TZuZIYj6AAt/tvdkebgJqRK/wCly3p45ulOWJ+puWH194z+zl2Tf8uW6H+z8b/jtxT5UoeH&#10;+frXuPIureIl/D4P/WPrWS/mKU8NF1T8ja6FSKitTqr1/pAKbi2PFw3LF9H9f9b/AF07QeSOkqio&#10;9P7drg6Dd5AQfoT+P9b3L/uQsU28Wgc9xDV9cJHT7PPy+XROkwO1Wbu1Pjr+TdEp+KFUwxHoX10j&#10;Rsf6kz1mV1aXJAtpUG3H/FSRdhVclBmqVkJsa1gw/NhBHYcDnn8/X3n5yo72ftJBpxqWU8fWQ5/b&#10;+zqILaIXfOc+rGjRT9h/1eXV/XxZxNBvrae5IqtEdv4dTRozLbSy1TxNYOyaRoW/49kV3bj5aHcV&#10;bChdhUSNWPxcI1VM8jEBfryfcfhdEFt3Y8Rj/LqXtxXS1r3YKr/g62BOtM3Bmdl4yqKIn2dJFi0A&#10;J9YxsUNOty9jaw9p+Au00JZD+3VKoBB50tYN+kfUexA90sZh18Ci/wCD/D+z9vVLeLw7hnpxT/L0&#10;q6iNBTVSo4/cppnLBhxrUkqBqJsD7XKr+wpF/wBSi5Fv7ANx/jx7R3V8pjFOA/Ppfk9Bqsf+XyA6&#10;D+25tcXA8hFja/A9hfviFlilJY/Rjz/iagX/AMfr7Bm/TrLbRgfxL/xw9GO2tquDT+Cn+DoceunB&#10;YAKBZSLr9L3pPTY3Pss2WB8kgP11SG9yR9W4v/vHsBXdSW08a/5OhDFxXod6f6KP6gX+l/wTf829&#10;l83xEQ8xve5b+v0BH1sPr7I9wNUP2HoyiNZAa/hr1N9lsykZ8r8cXH0/qAg/17H/AG/sBbl2iIn/&#10;AFcejuDsVGP+oH/i+ve2aZeUJHB1/W3PC3tf/D2HWLK5z5dJZgVeh697Z5lBN7A8j8X+oA5906Z6&#10;97bJRZfp+r/YXvYf0v8An3YdVbHl1723Si5YD62sP9sDz/th72SAKnplmCgk9e9xHQFhf8n6H6EE&#10;kc/6/titOHSCpGQade9w5lAU2H1JubXP5HJ4/A9+49VI697iX/4g8f7bjj+nv3Vc8a469765J5PB&#10;+tj/AIW/PvfW+ve4kiEseB9RcWJKj6C1v7Nz9Pd0PHpgjr3vm2q3pIDE8XF/9iLf4e7eeeHW+ve8&#10;K+RWJYhha36iBf8A5CH14/1/dm0kdta9WOgcK9e9y4QCDpP1sb/697k8cH3V2/Ex60z8Wbr3ufEo&#10;HH+N/wDblrn/AB9piSxqePSYkk1PXvfQ5A/3n6AWJ/259mUfwD/V59Kc9e98b/6/1/xt9P8AifZp&#10;AaRoRx/2erjh173P+v5/2P0/H091RS5OekvXvfP/AH309v8ASbr3vk34/wCCj/ffQf097691730P&#10;qP8AXHH+xB9+69173nAtY3P+Nzx/T8W+l/dNRqVpivTbH4hTr3vKFJUng2/21r+28Vz1UU8+HXvc&#10;WUhFmlWR/LGY9CAekhiFNvr/AGTf21c5WP8AP/J0ohqWQjj173Ow3iiyVNJOA0Uhl1LYvp0Quo+n&#10;9SR7JT5Yr/qPS18DI9f8B697UKSTyV1M7TvU+J3KRzkKq6kN+eCC1v8AePauxp40g+XWmJ+mTz4/&#10;4eve3HsVwN1GUqFmbH4ziO7DikTm/P4/HtSMSrpbz/1ft6Zlp4b/AMXXvZxuomK9WZO7XJhyJ/B+&#10;scB4NuObe5k5OAaCJqYq3/PnQWmzdH5Af5OsEv64v+Drb/bN/wAR7J1u25zVfe/FRU/n/ponPH+H&#10;HtJzL/uQv+m/6D6Ur8OeNT1n9pxTZbH9XF+eP0j6/T8eyQ/BF66f8p68eve8igj6/wBP95+v+PvX&#10;5569173KpheYW+un8f4EH/D6W9mm3fA3+nHW/Lr3t0IGv/WLfX8/QfX8cexjD8S9MTHgOve+vp9O&#10;Rf8APBv+f96916Z6976/wH+tz/xr+vv3Xuve/fW1h9b/AO8f8U9+691737kjgjn/AA/H1Nrf4e/d&#10;e697yoP6/n8C3+3P+sPeut9e95FH1N7+o/72f9tb29D8Z+zr3Xvcqga1ZSt9bTw88/8AHUf7H/if&#10;ai4/sLj/AEh/wDq13/ZS/Yf8A697sUrSZNi9WmxBD7FH1/6tF7cWvf8A2PsQbN/yrw/5r/8APkfQ&#10;R23+w3L/AJry/wDPvSegsMnXC/8AyjVBP+xqP6g/j3hy+panOK3AO2c29vwxKMCOb3I90u831sP+&#10;Xc/4enEFZLMfJf8Aj3U+I3hiI/5WYv8Ael/4r7DjJoZOloPzoqMQvH5/bf8AH19rP+IT92PE6MYf&#10;+Shefa3+Trne2SA/rSOf9tJD7KlVLaRlI/1QP9TxweOfqPZRfV8O2pxof8Of5dGsP+4y/wCmH+Xq&#10;f7aZBzf+t/xb6WH+x9lnV+ve8f8Avv8AiPe+t9e9/wD/0qQZIAAzMBY/7C/ABJ5/31vcP93DHUv0&#10;p1v8e2t4xcccX4At9LAHgn/H3sA+bY+zrwAJAJoOve3frsBe1dhMvBOejXVxzemlFv8Ab39mluFa&#10;K6jp2eEMfn0p2pY2ubyHT+l4Yx/tv+K6j1nFJVH/AKZp/wDrU3tQ9ohxuXIkDTqkkNvSfV9zUnV/&#10;Qf19ltuOCjgGPQfC0nZFNQJW/wAtessf+bT/AIIv/Qo9hDORdh/qmb/Hnj/b/X20ynUADw6MCmFo&#10;eHXP23SKuggAFguocXNrNb+puL+7nitfXqr8U+3r3tnmUckC178X4uCeb/Xk+744E1PW8VIrU9e9&#10;ss99RIuTYj/eT/hz/hb3dTRdI4da1kKyjgeve2SojEjudWk35/J5IsD6jx7VFiqLqj1dLgxCLqFe&#10;ve2yRbmwIvc2Fj/hcXJ+g/2/vZAoJNJ4f7PVGXtB05697bWjL8kEn+n1/wB5uOPb2EXPwjpwKAtD&#10;w697iVAI4Frfn6nj03+v4590FNI1Vr0mOig41697gsoaO5XTq5b8EG5v+OPaaU0kNPLplwAxp172&#10;KXVCFod+HTcDbSXv+P8ALY/8frx7YnqujuzXpPFgS6W8uvewWzUANXV88rNUAAE/TySi1w1gPbyM&#10;x+LLdIlJZanjXr3tISRkM1/Tw3+PFyPrf+nt2tB17zHXvbdUKNJ/wB/qACAbWt7UR0IyK56Uw0Kn&#10;UPxde9tjLqJF/wAn+p/r/sfx7doF4Dpzr3vC6qh/4mxNje1xz/Ue/CgYE9NyIrFanP8Ah697wNGp&#10;JHBP1+h/w+vPujSeENNK06QMQBU9e9tFRErBuC4AFxfTa+mx5PN/btvMw1Ggr/k6otQMjr3tsERE&#10;qekKTquQAben+n+sfayOfiJG/wBX5dbByK9e9uG9IRFmp4x6WWKluTqub0sH+LW5PtZASw7G6cmA&#10;1kDr3tHFgv1+l+P1fS9/qfz7UJHKTWQY6S0qe9eve8TC6seCFFyLFTza304+nvUqqlNQoa9NuFHB&#10;eve4M6rZtB5ZLaeRZhc31H+g/wB49sfpufMdNECvy697iSxoq6SxMjRlh/rkEWueOT78DFX5fn1U&#10;gDr3tgnANwPqDyeRwCwNr/1PtRGxcVI6bKmlaY697m0sYfBZAq5v92psBcavCber+vvde8UOOvKA&#10;Y3z59e9oVlZA1o1csRdibMf6G1wLG3tR6UPSXI4ceve8BViOF0ni9j9P9f8A1hb3YH+l1YE57qfz&#10;697iSDVwTxzYEX+n/FPbitXIOerq5NGB7uve4jAAi/Atyf6Cw/H+t7dYgrg+fSmZw0Z0N59e95sW&#10;5GTpGv6Vl/p9BoPH0PurZU1GemIz3r1720yAtM4H18r2/F7ubfUf4+3hQL8qdIpQwDZ8+ve5eIA/&#10;idAwJ1LWQWUD8iVfze/19ux01ivSiyVTNCznIbhTr3u2H5ZUbVfx/wCpHphJUv8A3M2TE0SRsSso&#10;2PliWLfW6uQv9OfaJI4vqGeMZr/KvRxv8OoWrRCrnSAP6ND1wS/quLetrf634P8AsfdUlPtrN1Ug&#10;hgoZGlLiPQzRxkOWVQD5HW3qYD2uIC1JOOiEWVw4qE8+uftU47qve+SnjgpcOrSPKsek1+PQhmZV&#10;Fw9ULAFvadp4wDnpVDtd07oBHjV69e92DfE74978ot4Y6srsLF46eeOV75HHHTpalbVaOsZh6R7L&#10;L67LxaNQ0efUlbLYy2gUOooKefXF3VFLsbKouTYngf4AEn3sfbTx2VpqOijkQI6Ko0LJERwzH6qf&#10;yf8AY+0Vtc27Q+HPHri/P/V6dL77RMVGnoAd4VePkqKl45SHIILeOQcFE+nFjYH2fPq1q2ipaaSd&#10;AqkEMNaNqN6oD0hSDpZgPx9fYav7mFgFZKilRxFPz4j8qnFOHT8EkjKFaTH+r/V59VI/KDDY/cU+&#10;TpqGsMc4eNRIIGIWwxbuCJHjjbVErcE2H+Ps6m3sjJLDGkgUtKtwOB6kaQk8BTxYg/4+zPaLdxWl&#10;REG9a4Ov8s4OfLzrXpLfSTLH2vj/AGf+K60xP5jGx8FSzZTKU0zLNj1pfuSlPIoP3K7Ghg4adh6V&#10;c2K/nn6H2toXZbgNYcG1h+bc/S/FvZvdW8Vwp8VNR6CVyodGUDHVDks8lG8M9M7RmR2W+i4Ogcqd&#10;QY8lv9f33JV1DqqPO7Il9Ck8KWuSFH4uf959h47XY207yQ2qo7UqfWnr/q4dAy4iWG418C3S/g3D&#10;lK/Bx0s1TNUJSGeREYKFjE0vJX0r+oj6are+8bkJ6KqjmE8gKObWJDepWU2NmPAb2WcxbRY7lYy2&#10;30y6JEII4+nz6A9y8l208KrpBb1+eP59CHtLOz7OzeC3GK6dpsbVUtbANLAeaApIF1IJGAUj+h+v&#10;uJuKWuwuWoc01PFX4KompznqsvDFLDiy1VU1LRQNDPK8kMaBgEAY/T3AaXF7y1ezR7dcNBcJ8I4g&#10;kFRpah4Eimft6PuXt1mtQ0STESKaU8saR+Vc9bQPQeF6V/mIfFjN9W75p4k7MoMJmx1diI4MxURU&#10;3YDbeocJtnPR5EVGHx8c9RU5V1MdRK1Ml7N9OFxX4rEbjwniyaJJt7LUUkFBVO0ob7CvgMdIXggi&#10;8okFI7Nd1B/Bsfrrem2jdrYXYuXXddKtMqxlgJdDtLRiwqNT0oDT/CJJsJraygkvmQCVxrY/0j3f&#10;nn59EZ+Ku+fl98K++Mz13s3ZWPzNZsTe2RpI6XIbw2zgxlMbtre+3sJDAk1VHX08UFbU7WjUSJ5C&#10;C9/VbmnD5p9QdRQ4TObZbH02U/vPkMji8TO6ZGNqDceZj3FjcdkUQVSGR6RmDDy6Izf1afxG9u1x&#10;YX/jgFERgTUAVUEmlBUCvyJ+0jJL4N9jvbt4hkE0/acHh19A74Tdwdmd09Q7H3d2JiqfbWfrdpbb&#10;yGYxNJkKHOQU1XU7c2vkchRpkqWipIqsRVeRmjEqKobRqHDWGpz8sM3HhN/UHXjV00UfV2Om2RUt&#10;9vJpqKrb+XyELz8I0ZLH6BZZVt9GPuevbrbJHttx3SQiRLuYypwqiOFonGuOJJFa8ehv4qSpaRai&#10;RHGF4eh4/sz0eBSGAYfRgCP9Yi49q/F04rPjVmsTDWGtrd17i2zn6CJ1WMLj6OCqhqUZi4VG1OLB&#10;yr/0HssuHm/rvC2gIkQdSK8SagE+WD+XRzFaTTbe6RSdzspHw8P9Xr137ti+BtYuyfjRkslU4oY6&#10;p27WbdxuLdXkm+8p8rX5VKxyVSRIdDTFf7d/6j2MLZ5jzEIZpw1dbFvMHStB8+Py6ZvrSZbFIpno&#10;Bw+fw9BR2HiZdw5na23nAbGZGnz8+QQlba8dHjp6Fgh0u7CdieGGm1+fxaLs/cGGl66yFZW0qeeY&#10;0JelvOVXx5WeMASKvN1UN9OPp7y/9tZt5mujbx3jfSEr/Bntk9PKvqePUGc92VxBc2wtZiqd3p6R&#10;0+3hwz1Sr8m+td2T/KLqt9vVctNSYqm3+kuVUUupjXbQwrQl6eplA1iRXj/xBv7Sxy23nWSRMbHK&#10;fTe5qweTo/1P495R3+xQiRyl8IkH4aL9vn0HRHbW0KW8l5plH9EH+l6f6v59KKm2z2pFLSxTboqk&#10;UGbURDhmH6NYLFW4s3H+9f4NNXktvsjWxMIKgEASVJK3/IOkfW3sHz7CddG3Zj5fAM/8a69Z3MSy&#10;AS7gx/2vQj4jCdiQSRFtx1UgZjqaSLFqGABuLJcWOrn2lKzIbfCAfwqIE2H66kGwuLWAP/FfYZ3O&#10;0+nlkgEms/xdH6XCtKngXGqPPQv4HC76LeSXclTZfUEEONdfqDcm4B9P+8f63tA5Ku2+CWOKg/UV&#10;J11P15vza3I9gy8hoWB4f6h/q86/Lo+tpKlRq6HXCY3dYjUNn6piEVl/ZoRe1rXt9bG/P59oHK5X&#10;Aq9hi4gpJsDJU3ufJ9ONN7H2GbyzLszxr+H/AGf9X+qhpHIwBoc9CxhMfnhEony8rsCpuYaTm6pc&#10;fW/JH+3/AN5DzJ5Pb4lJ/hkX159dTwSZDf6f0P449hy8hmYAKel6ShtIJHDpf0NNkEQCaudj/jFC&#10;Dbgfgcc+w+zWTwXlQJjIReMMRrqOTrccXX6g/wCx9h27t5VerntB4/6v9X+VbFLoqPw16f6eOcJ6&#10;pmc/1IQfgECy29oTcGYwNNFCRiYC7xhmvJVXNy4JGpWJNx/vPsueAkduDXy/2OnDPCAKYPUpVkF9&#10;T35NvSo4/B49oXM5vCrjoJKfFRRyOFLMslRe5e1rsnNwP9h7utuFOQafPrxMYHw9cwCL3Yn+gsBb&#10;/bDn2nGzmNXHSTDGQie8f7nlmuCZNJOnTY+n226MDQNX7Sf8/Wv0XGY+u/bPR5+jkpKyWTGxySIa&#10;fwv5pQUJdg/AQBrgf63vccXHWat1QiEE6I+ve8NDnqMmRpsbE+nTa9RMPqX+to/969v+Gv8ACK/Z&#10;1tTG34Ove4lNnaSWqhSXHxsjPYxiWYKbA3W2kN+Px7cCMQdNSB1bUBnT1730uboTVaP4bG0eu2gy&#10;SmwubH6Hnj/b+6ENTBz1rUhPDr3vjV57HrKFWgijXgWV5Tcc/wC0ci39fdAjgnu63qUE0HXvfdVn&#10;McviC0KgmCNmHkmsXIa5sUBHqHtyh9evFlHl5de98qvM42OKlKUMas8cLNZ5zcujFmI0fkj3qlKk&#10;t29WWSFaNInbTr3vhFnsZ9o7GhiLidVDa5RZdH6b6Av19+IJ8uvNLalTW3H7Sf5de9zKTPYs007G&#10;gjLpIAhD1FlUrf6+MrbV71pDCvl0mD20inSgJ6975UGfxUksomoI5AL2BeoA4QkfpQXGoe7KjfgH&#10;WwIRgRjr3vjQ7hxstSimijkFpDpLzBW9DHkhFKj/AFvp7sFc9q1PXkECtUx1Xr3uMdxU5kI+xT/g&#10;vmfjj6/oHA9+8OSla4/1fPq3iW1NXhLT8+ve89fnaKKaULjo1VBHoQTTcF0W/JB/Ptzw5kZGBH7D&#10;/sdXMlsMpCAP9tXr3vLX52gjkAixUEYKITaeZvUUBP6tX1PvQjcihf8Aw/5urme1/wB8/wDHv83X&#10;vfcudoBS08gxUOpp3Vj5pgdAXgfptb3QW8hCjVx/Ph/q+fTbPAUACd32/wCx173Khz2OFEZBiIvJ&#10;5nXyfcTngRiygabG3t02s38X8+m/0tJHhDr3vugz+KdqoyYiFilPNJGWqJxokTQYydKXsNXvxtp/&#10;IivWtUIBrGvXvc2kzuOmkbXiYCvgkdV89R9QRZv839Rf3cLdEahNgf6U/wCx1sTW+mvhDr3vLDuD&#10;GCQLJh4GBdRxUVAuCRYDg/n6/X2oDXqq5WZq/YOq+La8PD/49173Ll3BikqvGMNCqa7W+4nBI/r9&#10;Lf7bj2z4m5+c7fy6u0lqCf0v8PXveabcWHSYqMJAFuRb7mp/oD+U/qfbtb//AJS3/l14yW1f7Ifz&#10;697zNuLD/bwuMNEGcNqY1FRc2cfT0f6n36R9x/DdMR/tR1cvailE/wAPXVj/AFP+tx/xT3KO4cMs&#10;EDrhobny6z56jmzWBOpLH2lka/UUa4Ir6aetGS0AB8P/AA9esb3ubf0sP+KX9849w4KXyMuJS0aL&#10;x5qrgsSODoJ/Htz/AB/yb/B/n6vrsSe23FP9t16x/qf9ew/4p7y0+5MC8c9sRAWCE28tV6TYepdS&#10;2P8Ar8e2n+vIjje4bUOGV/1f6vM9b17cceAK/a3XrH+p/wBsP+KD3Ig3Lg2eFDg4DdlDMZ6q5HAL&#10;f5slbj/b+/V3qp8O5Y/7z0341qGOm3xX166sefUf8OF4/wB498k3NhHLg4On4neMf5RU8LrsBfx/&#10;kcf1921brj/Gn/4x/q/Z17xrbt/S69Zvw3+8A3Pvn/efDKzqcHAQoIAM9SbWNh/uvgD3UR7mQ1Jn&#10;p/tenBLZiv6P+r9nXrN/qj/th/vHuQ25sIviJwVPZolYjzVHN15uRH/X3Twt0/5Smr+X+fr3iWf+&#10;+v5t/n69Y/6o/wC2H9f9b+nuYNxbftG38Dp/3FVreaccED6EKfdl/fCnQblqD7Oql7SprF/x7r1m&#10;/wBX/sdI9z49w7aaOVlwlOhDxhT5qm4Vif6A2F/9f3oNvPaDdNT8uveJZn/Qf+Pf5uuOl+P3Dx/t&#10;IHtzi3JtYI2rEU4ZNI5krDYsedOlCTYH/C/tlod4dmJuWqf9L/xXVSLcqSI8/n11ok4/cJ/rwPxe&#10;31/r7cKLcm05HCth4D9fq1b+L86vHzz70ycwj/iY/wCxemKxDiP8PXF45T+mVv8AbLxYj8W/w98o&#10;9zbWNSqDEQAHgjyV3+oJ+hjtwPdAu5sayyuzmn8PVQ8Ncp10YpSLCZhzf9K/1v8A09yYdy7UdrNi&#10;ac8n/dlcLfUA8x88+3UG5kH9dg/2L/k/zdUDJ/Dnri0MvOmU8/1A/wAP6+5Z3FtoSFUxMCDSCAGq&#10;+PySbJYj8+1gk3MMFMzav9r0oR7SnfFVvz6xinmt/nWJvzcJ9P8AbE/T3MfcO3B4gMVCWJQEiSqs&#10;2r+ll4vb6+10KX5oZJm1fOmP9X2daZrPtPgr/wAa/wBjrGaaf12na3NvSnFv+KH25Rbj2qqRFsTA&#10;zGdQ37laToNiUHoPBA9ro4N1aKiXDaf9r/q/1Z4dJm8BmqIxTqM9JV6mtVSKPGbWSKwf6Bz9L/63&#10;tZ4nM7cMJmpsXBDqkIUpJV+lmSJl/ULfW3+29tSw7gnZNOzEj+j/AIadPIycAM9NNVR5B2VTWuQA&#10;L3ih9Qu1/wBJv9Pa3hy2LhphKaJLmLSbPKBygA/sn/U+9WiXUrlBIPDp/wAa/wBX+Hr0zBYSw+Kv&#10;SbqsdWyTaRVyC02q+mH9Ie/+qFzz/t/b/h8xift1lSiiRdAd1Dz+ptF+brzcf09uRWu4SXbI0raK&#10;Nnt/1f6vn0mmkhS1WSn6p/F0n83jMgWK/eOzmRVjJSMaULC4AB/B/r7yrmaWtqIDDCEjeWJSo8hB&#10;BYXPrUWsv+9+3E8Wx3GL6ttahzo/4tR/h6cUi6taRt3aD+37esEuGqIMbVIZW8y00pdyI7gqrW41&#10;H6k+7LetMbHX7WWFG8fiFIHjPKuZKytZTqYt+m34HsGfe63OHdtm5cluLcNKiT93dkeNbf6T+Gn+&#10;DoB+0Ox32z8x7+8U+mAtHT4fKN+P+9D/ACdUwdc7mzGA+U+5x5r0uXkUq+uFZFak2PWQgtGIJmWz&#10;TmxbT9fz7OzuCuUV+ARKlpaep/ii1cZseYBH4yCNZHB/p/vPvHP2k25Ybe/vfpRHexeGYmz26xKG&#10;9K/t8xmg6EPudamSwnntjSZx3t/FpMYUfM+n/F9UL/PFqnObF7XxDSNKsY2d9/IQNVaVze1qmnJQ&#10;SaVMMcAH6fqL/n2l8gGFHP8AZA03F1a1jq80epbWPpC/4+5Xv7j6i+szujePkila40f4a/Ly6Dl8&#10;8lry7ZuTR+7j/pjT/V5f4Cl/GrEU+JqWUSsgmEZqYnUr5Y4myLx62Ql7eo2vf63ufZJOxpUj3BhK&#10;WVBI1ZWvFpJdRqjpRIxuLi50+865tyA5F2+zsH02zahp/wBP+zHQS5btoJN1nvJotU7Be78z9np1&#10;eT8FaTJ1PWvZWZmq5Kf+7mLFf5lEMjEPm62FWKN67rHHb9J+n+w9lF3JuHGSZ3IpPjIpJ4TJCZDL&#10;UA2imdVQ6YwBYf4+442A3t0lwtxIZFVm0/D9lPn1KE30bXMKyRhvh6vr2nsvKUG0dunG5yeipqqC&#10;lrHgWmpWBeppYZpJLyyMfWWv79gsjgsjU+N8VCNKLpPlqDZtSIODpty39PZ1dG40FncVp+3I/wBX&#10;8vU9JGMH1pjh+HR/z9x/yf6q9Q904XduGoBNTbjqm1TSGRTTY8XjMUspGqzH6J/sfaiqBj0YxinV&#10;EBbSLyELwwB+pJIX2XbIHu7iYXJ1ReJn8nX0/wAPz6MkijVNXh46Sb/xtIKeeOukapaCLW2mBdRK&#10;ajcFQo1OP949oTcuMxlZRVBZQpVZLMqyGw8cpAI1C4ux+vsv5kSFXZI0Cr/sv6/6vLqts6rd9vad&#10;P/P3Qw9d5fPUlVSpLI06yeIOsjRKSWejQm6J+Qv1v7Kvn8DQCeVVqzHcO2oQk2YMfx5Pz7jbcGmE&#10;hIeqYx0MbKONqEgn/V/q9Ojc46rmmgRmh0ngEawbCwN76R/yP2Ce7tkRVsSvDk5C3jfUpgRddz+S&#10;0osBf2RXEr+C6luPzr0rcJGaxtUnp7jlLGxXTzbg3/1h9B7LRndi1qyyLA4mcNY63p478qPqZeSb&#10;fX2HbqFJA7PGaYPnjoxtQ+nj6dZvaPq9lbiEQvRQFRciQ11HqUkrf0iX8/T2E7ldMjRoxUt8uqyx&#10;sX0+Z697TFZtnKwopkp0BtyRNTte5W3Kyn6E+21jf8ePyPTCwy/jAH2de9petxtVEWuh0qBwLHnS&#10;Pzbi3tT4EiozRx6pOm5UdUYj4uve2qSFh9UYcc8N/gOP9t7ReFPUpJFo/wBt/wAV0WlD6de9tkn7&#10;ZJ9bHm6kG5PP1NiBx9PezaNKpRbkiTyx01MjsjhDpNMde95aDA5DNF3xsRqUOqNgzrE6TXXVHpdl&#10;NlLCzfQ39smZY7aVWHehPf8AZ/q/wdMO1ESJRVyw7v8AV/q4de9xq7B1+JDyV8ZS1Q9EsYdHYS2Y&#10;iXUjPb/NkfTT7urRw2cFzMocOwH+9Lq/D/n6XXtv9JaWs0g7pCg/3pa8Ove20ozAFQVYcn9JNvz+&#10;of7f3s3lv5QLT/bf5+kGv59e98PGX4MYYj6ksBf6cEcEi497S8gUUKD/AI117xDwr173haH9y9vF&#10;wQNN3/It+Dx7sJrNv+JDf7wR/l61VfXPXvfUkT6gEOsD9QIUD+v9r6290E9r/v4/7y3WgwwQeve+&#10;UVo24YMpJFrEfhufr/Q2t7ebSfw56uwU0oueve3K/kA8ahT/AFAuBbjkkC4PHto+EqtqSp6aYIPL&#10;r3voD639X4te3HJ/2H+w/Hty3kkJUVx1oM1Ove+QjYn/ADZ5/wBquP8AEk+xDE0edbDp1WHm1f5d&#10;e9yBqvY8H6f42t+n8G3+v7p/wr+f8+meve+f+88cf8jPtzpLWpqTnr3vs82B/wCCj63/AD78M1zQ&#10;9VJ9CK9e9+SzHn6fT+oJ44PJNr+/V7fn16p01/F173IuP035+v0/HtpgwoxHVDqPceve86/oF/qL&#10;XP1+p/oB7qSNXy6qeJp173Ef6qGAF9Whvr9AdXA/w9+mA8H/AFenSyJVKgkZ697ccJ4Pv4ZJgPtg&#10;XDmxJP7MumwFm/Xb/Yew0dTLTpTHWQgE9nXvalgpqeUV8yVbSzUCQSRpJEI/KahipXUxFtK2+gPs&#10;zsqLcSgjGMdOaFZZ4ye1AMde95d+rJDuhdAGuooMaiD02idaFGZrm9yb/n25bES3TK69gH7c/wCb&#10;puOISC4EgwVH+H/N172cnqVlHVGT9PqEeTBNuC2iEW4/AI9zLymfDjAU8T0CGYm8lUtmp/wjrBIL&#10;yQ8/Rr/7w3+9+yd7ne+brQRf/KagWvf6VE/1A+g9pOZ8XKAnBP8A0EOjEDUnHrP7YAqgfTnVq+h/&#10;3i/+t7KJfhh/0i9bPl173y4/33+9+6da697k0YHmH+sfxf8AJF/a/b3cOE/CX61U1AHXvbuVDfUX&#10;vxf6c/4/737HCMohcU7z/g624UqxIz1731p1IpP+1C2m9+ePzyOPadcPJ6Y6RBRVgDjr3vrx/wBW&#10;5+n6fzfjkG319udWp1735UUXB0sLAqfpp5A5vf3rr3XveUAD6fn/AF/+J5/PtUEjYBgvW6de9+0j&#10;+g/33+HuxjjxRfLr3Xvff/Iv9h/T3sIq8F639nXvcylAWeAgWZXjP+sQRYW/r7pKzGOWhNCv+GvV&#10;JcowNaHr3uxGukYdddVuD62l2Hcj8scOSf8Ab+xPsKk7PIoI0iRv+OJ0GdqRWfe0J7Veb/CvSbp+&#10;cvXXvzR1N/8AW+6AFuR/T3xy5LVuWDkN/v0czICxBP8AaAPHPAHu0iK1zG/n9OR/I9btu9o6fhcD&#10;/D04J6YYwOP8shBt/rp/xPsPcgFHTUKkHQZsWW/oWCML88H3RiwtGUD8Y/y/5ul1rm/vVp3VPWWw&#10;/iKm/P2sgA/wLxX9lJrSfuZEAF1cEf4G4JFuPrb2X3yr9HbMOND0bxf7gp9vU/23yKSzL/io/wCQ&#10;eD/X2V6hTV14MKauve+OhP8Aebfn+tr/AOv/AI/191q3oOq1f+Ede9//06S6n0nTcHn68fU6SLG/&#10;9PcP/qHPhn9h/wA3UttIf4et/j21PESb34+g5/w9V7gD/H+nuus5FO/qviGnDu697dOu0t2lsAC9&#10;zn4Tbkc+CexP+xHsztgF+sHkI+lGztXcLvV/vsdRqz/gHVf9Q0//AFqb2o+1007krCB/bkP+2mqf&#10;9Y8H2lsxUv8A6Y/4ei6Ba3ExP+/GH/Gj1mi/zcf/AARP+hR7BuYAqx4/U3+w4v8ATm1wP8PbDjRJ&#10;Q+R6ek7ZBXiB/n65+2acqAb8MCf9j+rm/wBOD7UxR6sn4P8AV/Lq37NNOve2+a7L/jck8CxDX5F/&#10;+R+2ziSQeR6bA0sw9c9e9tE8Y/2I+v8Ahctx9L/n25HxPT8PxH7Ove2moj5bULj8WN/yCfoeefal&#10;WAVQrZ6VrTw1Cde9wHjBB/N7c/Q34/AP59+6ap69e9wtLWtpuPpfjj/ePrf3vwk/j/1ft6toHm/+&#10;r9vXvcSohXUob88f1/1P+NvfoydDaf8AVx6qBiT/AFevXvbRLGqq1hZbfj6f61voOPdJf7Ufb/m6&#10;ZmFGX/V6de9iz1EgMe/Lj/mF0/Jtb76If7e49op+CZzXpHDwmOry/bnr3sGs4h+/q7L/ALvn/A/4&#10;6S/4/Uf8T7djGBXj0iSpBJOa9e9pKopSSx5+jP8A46ubH9Q+p9vA9bI697ZJqZrMDfgn8f4nj9X5&#10;9vRtnp2E9zA9e9tr00gva/B5/T/Qkfqb8+3hIvr1fxU/i697itHx6j6vrYMB+f8ADn6f7z7qZKVN&#10;Ozprxv6P6fD/AFeXXveBoxblb/T/AHq39efbBNcA56SNUggHr3tnkgLFlHF7ckjm1j/qh9Le7Bqc&#10;G68QfTr3uA8VpY3dLqmv82/UAPoGHt9JyKHqpGQeve33eFG1XmZpYVCftU17sDf/ACWEWOtlsQR7&#10;XWl14ZozV1f6uHTrgs5oMnr3tFyY2tHGkkf11w3+n9fJ9fZlFexEal+H/V6dUETMO0Y697xrh66/&#10;oFw36xqiHp/xJk+lx+Oferm4R0FDivVJoWWgB/1ft6977bbGUKhlg0BpCqny0zXJ5B5nFvr7T6wS&#10;xJ8umxGzFj8uve40m08x/bh0uCWD+SkN4+dKgCpsLtz/AF96DA8OHTPgueHXvbFU7frafy/cMUXU&#10;y3PiNiQTxpmJ/r72HGKDpoxMK1OOve8ENJQwY+qp564xmScObU0sn+69J/Q1hx/j9fb0bsZQ1M06&#10;8tEVhqpX5de9piXH7YUhZs0UI9RH8Mrz+b+kxsP6+1gMhHw/4Ok5WHgZP5Hr3vCItrIWWPME8W1H&#10;G1/9LHgm9h73WSvw9e/QGRL/ACPXvfUlFthKWmnfIeVpRISDR16X0SaL8ORb/invau4J7f8AB1tP&#10;p1AZmrX5Hr3tolqdtRWVaVapz9FMldDqsR+SpC2HP+w9vqHIqeHV9duVNFr+3r3uJDncHSziRduR&#10;yFPUL5OrTm35/bb8f7b3fw2Iw5p02JooqUhz9p/zde94Dm8G7l22uigtcn+L1h0gnngRgHj3bwTQ&#10;L4pr9nVDJGVobbH+mPXvfabiooZoJ6DCrRSQyqyTLXzTkOvKtoliKm3BsQfdwhFe7NPTq8V0EYGK&#10;Knzr/nHXvY14/wCS3dsk2IxFLvapgxFHDj6Gnohh9tusdPTmOliiWWTDCobTTALcsTxe9+fdDHHQ&#10;HT3V+f8Aq49KVu72WeECbsqBwHr60r172y03ZXY2V3ijV+dlrfPnFicPR4eK4kyq6v8AN0cY/wB2&#10;t9P6+7uq0DEdwHS2J7troGSWqhvQevXvY4bOz+eTeq+WuZG/jIjMXgpPWDX09xrWJrX+l/ZdclVC&#10;6T6VP+r/AFf4Ojq3DJcQkN+Nf83Xvd0vx7yOQmapklLHTLpAJpyf8zD/AEjBsDz9B7ZtrY3mkqP8&#10;OPX+XQuuZjCjEDHTXlxGaN/J+n/Y/wDEEH3YFt/KVBSnLKR6k+rRn8k3H7ZsP8Px7PV5PlkSpStf&#10;T/ov/D/g6Dc1wXNXbJ6Lfuh6RJKnTIBaNwfS9+QBa5tz9PZ4tlTtWYai9OnUDc6g3PnnJH4+mn2G&#10;ZuU5IjJLxIP2cfP4vPpdbbqgap9P8n+l6qG703tSbf3ll6dpLiMfTRItwuPoShOmnqCf85/h7Nzh&#10;lYGgVPov3BIP4DBvodRsD/hx9bezvbLTwFlaavpX838qeXl5/wAXzRbjuocsNX+r/ef9X29adPzg&#10;3tRbhoOyEkciSRtq/bDTK1/FNtNpW1LTwgk6D+oWP459igG9ZFj+LEc34HH1+v8AxT2h01VXrx6K&#10;1Oqpp1QtMq/aU41D0STagbgnVIQp+nAW1j/r+48p9em9r3/x+h4v9L839ld9ExCyKKv/AKvXoEcz&#10;yPbKJQcg/wCr/D0IOxkWoStp2Ng0UCi1xf1OzcKwN7Dnm1/6++A/QurgBtK8n9fLHkEcgEfX/Yey&#10;6FFuDLrPfSp+zgP8v+Xy6ijetwfbZlmibuYfD5eR4kHj/LoZMDhV3DQfbSQgCknldq7WGZI9Sxgf&#10;brLCf2jbkE6v9f3I3A9E+0M8mUrfBjFxGRjqVMEkoEH2Z8zHw2qm/av+m5/p7hfnyweO6jnWMmTU&#10;CPl8f+1/kP29FGzb20l5GxbU7tX09D6fPq6j+UxmcrivkD1zt/aG0Y6vcqbpwH22Q/j1LTvV6s9t&#10;yKnj+2yWukg/ehDhy9gR6vT7Czo7sXKVe3t04+G28sBhMznosdO5ptvmkpsfT0ENHhxGaFaucUlG&#10;5Amcvr8tzdh7iuWZbC5Uy1RpOK5YElstWppXSOFCKdZO2G2vvW12kS4ZoR+3QFP8P8XWxJ/Mf+Bu&#10;xu1d/dU76pdx/wCgvuXM7f2HRZbNU2EyHYslR97kt45SryDUrblx+3BJJufJeXxpGtmpdIIikt7I&#10;z8xN09cZLJ0kmF2vFDmMBHHvDdrLk83IaJ8LV56XPMTVwinqzTyBTen16/8AdcbfT2V3i3N9LMHY&#10;+C5onw8Ce3+Gnxef5kdU2fku52+8Z58oGqOAoAR/TJx+fVwf8tnqnvDqDpOn2x3F21L2fRUFVT4f&#10;YGVm2ZtfabSbLpdq7Mx22XFHtzJZSZQy46oktWSGqHm0ysdCk6yvaW1Nv98dtbzlr8FHJh8rvfKV&#10;mDDZCrAyNJUZN3oag+ObFVNGJxVEaZQrL+R7k3ZbzceUNqs3imLS+CK4RaFhw4OD+XUlWe0rMVEk&#10;VUBFM8c4/EOPz6smQaUVTyVVRf8A1gB+fdi3Uv8AL92Fuul672lsnr2HG1opMdlN8Vy7kydU3kxt&#10;fCa1DBld3U8EnmoH+tLJYX9ILD2m23cN/wCaL+4llY99QgqgrUeopTPr0Irr6LbIY08HSRxyfL9v&#10;8ugM+QHyH6v+MnW24+1+39yHbm0MEYY5K7+D7gzB+6qlWGhpBS7Zwudyf+V1no1indUvdiF93+Y3&#10;oPpTD7EoussdsOkfF4imjhgQ5nccej7aWarVw0uXMzeOaS9mmYGwH049y7tftTzXYQbZvNxcnxJx&#10;wpEeLgUw7cfkAa1+3qA+duf3h3CW3tmpEPhwc/CfxR+X29aW+7/583c2Z7v3P2Vt/tufaXVtPkoK&#10;TB45NlbdzceQoarDw41QZK3q2DPUYFbTN/nadnOq/pFj7JxvfbeA2tUR7ewdhNB5BXQ6KsEFxTVl&#10;PeSpmmjY6J2/Q5H4PNvebnt9sMm2W1tLI3+MIDXh/wAMXjqPlwp+foI05h3Pc9wMU5SkfdQ1XPCv&#10;z/y9Xd/HXv3fHyK2/Wdt7vxzUe1M/wDaVGyKv73F1XmpoJsphsz/AJNjsTiMlAUrsXGP8qpomN9U&#10;fp1MwY6poYpCh1XC2J4+jW+jfi59ytdS2+4SvPNKFlfj2/4KedOkTWkM0x+qT9f8X+pfl0aFBE8l&#10;KhXTHEZvSCXADpc3NrH1D2yS1MgLhm5a1raGvb83EY5H+PtO23Wcn+jZPloP+cjpe21WaLqMX/H/&#10;APoPpY0ociHxx2VC92ZytixFxp13+p9smQ1Mf3BY3Labg/gfkA/U/wC9e0N5tcKorRmsf+rPxDj/&#10;AKjw6ctWjtyBGumP/V9n+DpYYOoIVir6/ousrpP5+gYc6f8AifaDycd78X9Zvf8AwDH63/HuP93t&#10;ViBrx8v9X7P9joTWk2AB5f6v9joZsFUXVRqBHjH0H+K3+oI/P+t7DnLRkFtQFhcDkXt6/wDbAf7x&#10;7DbaFVgPir+X/F9H0Eo0j11dCljGDBCDa6C/B/ot/wDC5ufaBysJAW1uQPz9btI39frx7J71k1kn&#10;j/L/AIqlOlyPkN0qaY3H5Fv9hYiwB+lrD2gczG6TJYfWO978g63txf8AoPZBcW6XMhcp8J8v9VOP&#10;S1CHA6doG9Lf64/2PA/1z+faH3DR+WKE6QCEAJuLA3YjjWvtg2QUHQD/AKv9X+z05Wi08h1IU3v/&#10;AK9v6e0PmaO+OibhdGgfg2Ib6/qt+fZbNbRx6Y2BH+r869aZ1A0gkKeu/aZamAxctnP+6h+ni/lH&#10;0u39PadrUE44/s/z9PeKNPDPXvbPR07JR1ZV7D9i/H1/cb8kn6e2AqIQKV694i1ArWvXvcOnjdtf&#10;qP8AZvYDi+r8X+vHuyp8YPwnq6NTVjr3uPQqDVwa3NhI1hb6ABv6f4e3o0B1Ux/q/wAHVGf4ajr3&#10;viIk+9sJL+r66fzcn6G9r29sOugd0fl0z4xD9wx173jqIlE7gPc6eOOPqeP9gB/vHuqrg0WvVTM9&#10;Tgf6vz69751iG8Pp/wCUaK/P9Qf+K+7aYs4/w9OmVMd3XvfdWo8dKpU808DfX6DSw/r+P8fbRj14&#10;VqDpsu8oCgUFM9e941Q/YuRwPuh+bcaPx/t/do4SDpA7j0y0bhWFPPr3vnS8UlQBcnzKLcgcKwP1&#10;+g49rI7arivVY1YGp9eve8dGjieSw+ok+pA48Z5H1PII9v8Agj+A/wA+nlkevHr3v1ELVcSEaRaT&#10;+hJ9BP6QSR7qYylaV1H16qWdqivHr3vGoiBurCx44U/0ABB/x92q2nToz616Y0vxqeve5teYzUyi&#10;/GlPweboASPp70uoAY6uddSK9e9yK8h5f1X/AG4+NJ/K/wCv70NQzoH+r8+tlHU1p173jdz9nT3N&#10;wJ25sByQB/h78gKsSykjr1JFoaZ697kLp/h19Z/4ESn6cE6OBcj27ri9P8PWvEanDr3vvHrY1RDE&#10;KKWc8qLf2D78HiqF0Y/1f6uHXvEahHl173NoZGMjaXA/yd/qB+Cv5IH5PtRGIv8ARK1/l/n6ovnk&#10;9e99R381y30mB+n4BAtx/vuPa2NYGAKqNP8Aq/Pq4A697k1Emqrszn9fIsB/gPxYWHt36eJVoFH+&#10;HrzDNAc9e956g2nYFzcMfov+A/P+t/vXvfgRfwj9g62RQ9e98ZJIxTQc/h/7LX4def039vGHHDpz&#10;Q1Bjr3uY8iGCnsy/7tP0sANY/OkH2ke2grQx/tr1XTgY6975wPZagAf2V/I+lz/rf0968CL+D+Z/&#10;z9eAGR173kpyBHUsACxTkfX8m3AuePfvAi/g/mf8/XgB6de98qSQGeIEkHWAQBf1f7EG3taHh7f9&#10;L/q/yf6uOwa9e95YnBqClrFqkgXX6HWvB4ub/wC8e9eJF8VTp48cf4OHWgD/ABf4Ove805C1BUH8&#10;m4AP01kfgf1PvYdD8QFPzH+U9eo38X8uve5VSU004DH/ADKfg/km34P1HugcE5AH+9f5D1X9SvDr&#10;3vPoAEI13ui/2fppv/T/AF/bZmhTVqXFfRunD5de9yjGgppSjG5dBbSfz9f1X91EkI4uK/aP8/Xh&#10;hTVqnr3vJFzBILXYEA25P6uPpe309viSNhUHB/03+fqwZqUrjr3vNRqWkHH1J/I5sGP1P14HuhdA&#10;Twr1ovnJz173KpYdU8d1JBPNzwfQfoQbfX2w2lmBU5HTOvuHdnr3vLAvJsPVdiObDkte9/6+3BQc&#10;eHVlduve3FG/ymRSo4RSOb/6k/kfXn2qW3ikCuK0Pr1o6mYGuOve3acqrU5K2u6C5Y/m/wCLf4e1&#10;kFohJUcadIDU8OPWLWfVbm1/oB+B/vPubGokKggWcgA2P1PH0IN/r7NbcwQDwiMj/N/q4Z62zeFG&#10;5Px/7HWE3I4uD/r/AOP5N+LD2Ju3aUPjSg/VDOCSLm5SGEG/PPPvd/AksYkiyeH/AB75/s/w9Jre&#10;9JlApnV/q8umiqm8dQmr9LoeP8SxHHp/x9ruJZDRnj+yHXnTYBeLf7E/4eyPbo0juNDjOf8AAtOj&#10;LcLgLaoPPH+BumeoZfMp+nqCnjUCSxv9f+C+3akWR8eg4UtGQLabniw+n0HPsX7TZxPePRc49DWv&#10;+2/lw6C+6bg0NklONR/q4fLpgrpFWrvyyq/N9dlswY3Fvrcf7f264pv4bSU083oaKH/OXNwxY6G0&#10;qGvoNvwefaLf9ttE3Hb4XHFj6/xL/S6psV/PcRnw/wCzUN6fwn5dQKxpK+TIQQWZZHUGM6QGUoQ6&#10;3cLbWpP5FvZ0er+w91U+08fUVlW2UgyKF8cxShoz46epq4qg2io2Yetx/nADxxcH2ee6ftdb8wcq&#10;bXdXCakCtpPCg8eMtwlXjo+VP8IE2jnmTbeY9xtoTSQMurj/AL6NKdjeXp+fVW3YvTXWuF7wzGe2&#10;lj4Np52ifTvOaNszlzkKms21T0uC8i5CvlpkFPRVEigUyupEnr0sL+z89eZioz8dHWzMagQGfwOR&#10;CpOo10UxKuYf+OFhwbke8SeY9ptOWbSO1s+zxQ2qhf8AiRlHaHpTX8sE9Dz953O5bPvE97x/T0j7&#10;ZArfCq/wnrX2+Yu1YqPMdgYmqKRVEo2sauiIWVIBBR7bnjIneq8cxkibVZZPSeXHsV6alFRSTqyX&#10;F3CH6AXqACLm31AH5B9gfe75opduZZKMRU+vwV4D5k/L5dX3NPqdjtggP4v+Pf5K/wCToj3X9PBi&#10;NxbilgiJTHx4wiysBdxPe7OJwCUYc+o/63skfceOjp8rtiuWymiy1RM7Dm6mi0A/rP5f+h95kcsb&#10;wt3yuhZ+4VFM/wAVMHT6Djnov2fZJLe5kJHa6jHpx4d37f8AD1cP/LuzGWqaf5AbKrI/JTZfZm14&#10;6BLwqFkqcnkppltEin9Nv1SoPdc+flJzGTYOGeSsqze3Gg1EzC9wB9f9Y+xNyqsbQzylTTuPz8v5&#10;5P8Aqr0tvdSbki/JetmrCQeLb2BgKaEgxmNQLe/rWjgQgWJNgB/iPbjtuVRWwaG5Zowwt+TJGSeb&#10;j6j2qvQfDl+df8PTsIZb+r/wf8/dMm7Yi+LqRKgKpFMU9X10wTaRwQb2PtZ1Mju8+o/o8gH0txqB&#10;vYD63v8A4e0HLcSi5uATxLH/AI2vQgEimPjjoPJI444Md40F5Eoww5+jRXsCST/Z4/J9onNSsKeo&#10;RePRIS1r39MgsNQ/J9puYYh47HV2kfnxbovikUXJPrj9rdCjtCNfJSuyksHiAUtYC325uSpNzb2W&#10;fdTsaxwXIOiQj0/1Z+b24Btx7jDcbfLAGtB/q/1enQwsZTpHdXt6MxirfbJZbX0/n/AD6cfX2FWX&#10;qX+1OltUgQmwGkDkA/VbG2r/AF/YdntkWH8/2/n0qaXKgdPirYnj/W+l/wDePz7LpuWeYMzqLcqC&#10;dS2BJjtwQAb39lFzEfDYjjx/z9GdrKwjx5Drn7DmpyFTpKsxBI406LixU/UIPYVFukV2rn4f9j/V&#10;X+XXg5aZfX/Y697Zzl6uEIUkJ+o5EfJJ+vqjPPq/w97lZVUg8SD0/wCLRgtDXr3vs7nySuxE5VQU&#10;JOiE24+lvA39faMXJaRYrZtM7fD/AKm+VetPKa9h/V8uve4Eu6qmaN/uHaYc/VVS3Nh+mAH9P+sf&#10;bkiTr/uW+r/V/RP/ABXTJU0oz1/Lr3tqfJ0FRGBNSaxI/JMs4BB/qUQDn+n+HtFc3e3QRSvFBS7C&#10;9vxfF/g69qgjAk8PuA9evexN6l3VgttZ5NGGEktYFpKGM1tUpXJTVdGYaoMYagMQ0f6XsnPJ9lu6&#10;tAm2GwqPr7pWC4bjKpUf0fi9Cv8Atemdygjthb34XtYqR9pqf9WOve5HclJPJuWCXOUwpzmcbFXU&#10;6+WOa1LkK7JtC96W9+S3B0vxyBx7SbFt00VvHt24Lp8NxIvw5VVVR8Lj0bi32HpRcyfvazgDLQRU&#10;b/eR/tfU9dAg/Q3sbH/XH49g2u18FUvLF/GTQOusaRjqioFlNgLiYD82/wBh7FjWVmKELX82/wBj&#10;op8GOuH/AJHrv3xm2VjJIj9lljWupsSaGaD6XsSZagKOOffhZ2uQq1fh+L4v96619OhHa9T9n+z1&#10;73ipti5M3NPF5zcHmSniFzzxrq7fT2kO339dRtBT/Tr/AIdXWvpZPIV/1fb1723VuxtxF+MULC4B&#10;+/ouDZCePuvfht16M/SDT/p1/wAOrqhtZv4P5jr3tmOGytOLvRDSef8AgXTkfj8rKf8AVe9mxOmm&#10;o/sH/QVOmWUpxU/y/wA/XveCRJYuJF8dh9Lq39OfT/W49pf3ZN6/6v29Jyvqeve+DagR6P6erVwe&#10;P8fb/h+CFAGOrCg48Ove+ZsPzbi/0va39bfX254jjFAOt6f2de9yFZTYD8D8X/P/ABA9q0apUUxn&#10;qjcD216975EXH+v/AEtx7fr0nb4jnr3vpR/twbD/AIp/r39+B+IfZ1QfE35de95GUqObX/1x/j/S&#10;31t7rhh1vDDPXveQEXFvySfr/h/sT7pmhB9emzWjV9eve8tv97/2P5/4p7p1Xr3vDKOULi6ANpA5&#10;+oI5sdX6vdLjES5/1Y6WwjSqEt173yp1WN5Q5vGAn0H+q1n6rdv1H2Rx/h/0w/wjp9MI1eFeve15&#10;kqnbORoMJFhsUsVfQTVj5PI/d1rGrjqDGKRDT1CpFCadQy3S5a9z7WWTOl3MrNhtNP8AV/q49KWE&#10;Thgi5Ayf+L697b95ZGDI7ghq6WrJYU1HDoMUlgYaSOMjVKiXGoX+nv1if12BXNafzP8AkPWrdleO&#10;fTx0/wCXr3s7PVDRHq7JmwH+TZAkFi128UOrj6AEn/X9zPygwKADI1cfsKjoASil7IP6X+XrBLfX&#10;Da9tf+w/S35/1h7JzuYAZmv0ix+4nP1/H3Mwv+R9fabmf/cuL7f8p6MV4fmes/tiVSQCB9SP63v9&#10;PZO2vTHr/hFOt9e981Fufz9P9a/+HvfW6de9yKX/AD4/roY2vz+Lc/4XPswsFWqn0b/N16gxU9e9&#10;uan9X+B/24uRawJ9jFOHXuve+YHpUfX683sb3v8AXn3Rfjk/L/B0lf8AtH/Lr3vwAva30P8AW/5+&#10;p/2A9361173wa/pCg25Hp5BvY24+oAHv3Wuve8qgnj6n/bcf7f8AHtaOL/b/AJB1vr3vkUa17f7y&#10;Pd2KVAHDrYpXJx173kVdP0N7/wCw/wB99fbfbIvy61173nh4ki/4MP8AeD71IB4UnoF/zdVf4W69&#10;7sKrFJ646p/r5diADgcHCWH+tb2JdiH+6qT+HxT/AMcX/LT8+g5tS/rb3T+Kb/COk7Aw/i1aB+KO&#10;oJ/PP3X/ABPv2T/4ueUjbm+0swP68lmFzx9fbsndeJj/AIj/AOfrUPxJ/p1/y9T05hit9PvIj/sL&#10;r7QWQA/0Nm3+663FJbiw9B+vJ/rx9faeVtNsR/SH+X/P0tgoL29qcVbrIbjJL/RqST/Y2kh+nH+H&#10;spNcB9y/5AZwRa1/SQ39faS9p9Lb6fhoP8PRvBT6Q+mP8PU/3Ak5k/xuv+9D6W9k34Oqf6H/AKvX&#10;r3vrj/k+/wBf+Nf19+r/AMd69n/jPXvf/9SlKoglksIUEknquh0rblfrdgouo/w9w3rdSAJDQfb/&#10;AJf83UrkHy63+PcGeMxlQzhZdX+Y0jU3pDAayzAAjn3pXdfhYgdVNfXr3t466SNO1dhpMtmOci8Z&#10;Nxp/yaU/RCQePaoT6VdlwXWh/wBXz6ctdUFz4sbadfaeotdf7KrsLn7WosOBc+J+OePbn24obc+Q&#10;CHXGDJaw/teepubs1z7dhGhV0YJNeqSgxSVhOlmavWaK/ijv9dC3/wBsP6ewYkOu6jgDhrc8/Q/q&#10;sPof9593ZYy4Lf2n29VYkmp49ZPbXVQtq0qC31Fv025fm5P1549uI6uoZTjrWo+vXvcZkfSV+2LK&#10;Ftq8i34UqeTf/X9ppowCHU0JP+r/AAdVAOoUNCeve2idHY6VjMZA+upWtY88XBJuPdVJXNenlLrS&#10;hz1723tSsWOoguoJtb8k/mx+hv8A6/uyu+khvhr04skijJJSvXvcb+GVJj9Ufjdf1n0MGufzZ7fT&#10;3dppCRoPVzI7UC1r8/8Ai+ve4wxzzsZIoyFb9PIP0uPyyk30H34SzFRgU62pkdBTr3vC+ErJL3jJ&#10;ta1/EvFx9AZfqB72WFUUHB68VYkDV3de9422jmJjGtPRvMHZgAssC3sBceqdSOffmo5D18um5IJW&#10;IKHr3sWOsdj7lxse7mqcY4jyGBSkg1T0gu4q0c8rVPbhT9bf6/tNMVbTU8D01FA4EpceXXvYb5nr&#10;bLw1VTLWq1IGeaT1LG9kLuwN46wk8D+l/dlcUWhr0nFrpBocde9oytwu2ccrfxXc8NDo1ag+MrZj&#10;wGJH+TyufToP+2/1vbgLFu1cdVaONR3S0H2Hr3tL1FZ1PG1qjsSmVmfx+P8AgG4De5tr1IhHBuLe&#10;9/rhgAmOk5ktkkUfUAfkeve+ONXrXKZOPG0G86eukncLHpw+bg9LSLGEHm8QJJcWJbm/t9vEVCTE&#10;QPtH+fpZ4doRpWQH0weve4G6BtzbmSq8cuMOWakmaJ5FrKyiBZCALofL9b/1PtqOSRj8VB0jaYRy&#10;lBkD5nr3tHHe+EhPjHXk1Sf9Uu6Z4ibgn6GnNuP6ce14t0ZRqYU+zpcBbFBW2r/tuve+jvXFSWeH&#10;reandf7bbsmmuDxbQ1PYWAI/2PtM0IUkeIKfZ0geSNWIS1p/tuve2Or3LUz3+0w744G19VdHVfTT&#10;/wAdIV/IP/JX+HvYQDFan7OmTITwSnXvcCs3hvCSQSnNJExsBfG41x6QFHH2w+ij3eNY6MCMde8e&#10;cVo9Cfl173CfeW/Of9/MgTjg4XEA/g/U09/agQW/++s/aemzLcf79/kOve22p3ju0oBPmknILGwx&#10;mPhANuW4prnn2qWOIZjhJH+r06q8kpWmqp+wde9um5HnzmzcfVZRlqZFyRiEgCQmy49yBpp/EoA8&#10;h/H59vL2GgwetTDVAuskmv8Ak697CSTEUFgfEw0KLATTWGm5+vk+o/r7fVyTQt0g8NcCnXvcKSli&#10;iUqiWUEGxZjyLgfVvpxx71qJOeqlQOve2mZEDFh9bEKfrxqN/wA2N9PtTAprQY60EataU697gSAE&#10;WA+rE/n6gjn/AHj2oNQeOeqPqUg1z1720VGoEkAaifrcf7zwBcH6+7ggigNR0w2QRXHXvfDJKRjc&#10;dfgaar/YH7hAfqBz72nxn1623wpUV49e9pVi2oG/0+l/9bn2sAFKdeKjGO3r3vEb2IH/ACP3b59N&#10;kZOM9e99e99e4jPXvfJD61/wII/1/wDfD3o8D69eFNQFMde9qnCqgzON1D61NGx5I/5SIubg8fT2&#10;wCQK1x0thJWVCMGo697Wm3BAN8U5K/TcsJH1/GXgt/X3YltNa+XRjaSO10SW/F/l697MltLRP2PK&#10;i3b/AH8ZsvI/5edPwLj+h9lsw1FKoArdn20+X8uhBC5FwpYduun8+ve7vvjfSUs01ZTMpEizsviJ&#10;cGQingAYPeyi50kH2t5Njkn3y4snP6Ss2n/alf8AZ/F0e3SvJBLM57Af83SQ3xVyUOBqKmM6dDIG&#10;YgEKjGxJUhr/AO2PuyDBbX1UtPIyFAygoC2q3JBW4n5vf6+8gNr2q6ETm48nXy/w0bz6ijceY2Se&#10;WC0k0yLn4f8AoJeq7t9doU9NkayCGUShPKsoVWS5smlgr0DW02+n59mz64oLUkVPJD6IwAFLLwNV&#10;Q9gQ1+T/AI8+3uYORdySFnthn/iv6X+H/B0HLPnGQyUdhq/4v+ifLPVFfzY7nxm2svV5lq3UZ1ka&#10;SYRP+4yrhacOVOOmA0JKP0rf+n9fZtMaftjD4U/46XXSgCk+T/Uqfy1+PcXty9NBDINwuautOBbO&#10;R6t/h/2AI4dwW8dWNv30/i+X+r7etQ/v7tfG75nzUcdOElq2oGaUysSwgGIdbKtBSIvppLcG1v8A&#10;W9r6ES6ru4jFiRdUN7/i/JH4/wBf2B55LcLpRdR+Vf8AV69CiBXIqTUdEHq6Jp0tS0hqSTZiKgRW&#10;+guVkYA8ah+bf4e5TRmWzD1DiwANwOD+Dz9f8fZPdSJTT4oUj/V8ui7edoO5QmNsKR8/+gl6ctt0&#10;uaw9TrGJlqEJ9SrUQIHHqNi37hXhv8PcmHbWTq0aRoS0EQ8shYxQKIk1Bm1PKtyAfpz9fYf3Pmzl&#10;TbIWRr0RzNgf2knf5fCp/wBX7eiG/wDby03iGJGg71r5vw/KQen8ujBdR0vdFRuMU3X2z6yvyeS8&#10;dGkKV23I2byTI4S+XUU62ZLknTyPrz7Ycxl9gpisrg8juKkw1dNQ1dM8bwZWub96JadpCKdApIYt&#10;cB7nT/sfcF83bwdyuQ9rfme2wa+GFp/aGncK0+fDPp0XWvsfcRzCe1XSAfkPT/hpHl/g/PY6+A3x&#10;u+ffXm89h9rZj4p5TctLS5/D18VUvafVOBIpIazB5OOTwRZaYt44VJs1OXsbX40+yJ9r/OnpTrnb&#10;2T6kn3NS5nHiryUFdAlJnaMzyzUOQ29WsJ/7tVVQizR0ek6Z+L3BuAxh+DlTmS/3SbcNRiq/aSFP&#10;aH1LgPXAqeFPLzp1kpsGz7XsFjZQ+GEuY4UDmr8QBXFSOI8utvDrL4cR7h31tL5Ibs2s+0O1X2Rg&#10;ccYpc2+cbEU/8Vx+9/4X4sfuGDblY1FuKR/3zR+STw2JEZCCtndPzB+Ie1q7IZnZnTdRm90ZfF12&#10;Cz+WTsvfFMK7G5SWomy8K0OTwUtBS/dVcKSaokEkevShAB9jyy5M5puNLXW6gRAgqPBjxSmnPiV+&#10;X8+PR0+4bbHIZtFZCKfiGPz+fR1KfYnaEtUXyfa8U+MhnWox2KXYeDieilgmSWjY5CCuSSpWkjBj&#10;s6/ufqb+nsKYf5mvT+yKvHJguqZsHi8ZSRK+PbfGVyTJlaV1anrDV1WzaidxTpEB4yWSS3N7+zlO&#10;RN4mOqfcBJKCaHQg7T5UElM+vHqh5hWJAsRCxjhnh/Lp1yPXeWzeMyNBnN2/xCbISSRtVx4OGhEe&#10;Mng8NRjxT0uQRWaXUx8wZZFJ4sQD7Yd3fzrcdlqiel8sVBTy+V0OiKfTGurTAQnXiSPrBtqJ49yV&#10;y1s25bFEos5SpA9A2fXu1U/l0G9x3LbNwOm8XWKfxOP+Ohf83Rfk+AXxvlyNJl8rs18nk6PQ8dUd&#10;x74owZUYOsv29Nu5abhxcAqQPYB0f83jH7fzD5TEUn3dVLFUJf7tYhomj8LAio2I8Zuh+thb8WPu&#10;Xo+cOcWtLa0k3UCGH4f0Yf8AAU6CVztXKt0FSewDoCP9EmHDNR3ca9LHsD4a/H7s/aU+x96bJbLb&#10;bqavGV01Au494Y8vU4jIwZagkFZitx0GQXw11Oj6RMFe1nDLcew4y/8AM+3puTIVU+K2u9MtU0ZZ&#10;zlsLPqCRRqukT7NisVMJHHPswi9yudbeLwk3xQg4/owf5Yv9jqk20bFPpptWoLw/Uk/6C6X+E+P/&#10;AFPt/H0OMx21zFS45ZlpIzm9xyeITyyzTDVNmJZHDvMx9bN9ffcfzJ7lzSWp6j7Mt+pDSbYqCtr2&#10;9T7fjBBMRbj+vsvT3C5kmu53n3Rfwn+yT+Gmf0/9X8+lkGw7PJIzfQZ/08n/AEF0rIOtdk02nw4X&#10;RouF/wByOWa2q5P6q9v6+xN647e7F3HlY/4zllmYkft/w7DRXslSba6XHw8WQf7H2INl9wt2uNyS&#10;C4v6xN/wtF9QOCf6vPpLue12kQJih0j7T8vU9PD7YwiUzQpRaYwPp9zVmw1BjyZyfqPdlNAzVeNo&#10;ppBpkZBqGoW1BBe+nSPoP6e8q9lmiutmSaFP0zX/AFf6vTqGt9j8Dc5k0/gX/V/q9OiX5lDjc/k6&#10;VXLRo4K2U3VTIQLatbGx/wAfr7TWUjkVvTwSxP8AS9tVj9f8fZBu0ERY1T/iv9QGOldno0Cnpj/V&#10;9nS92/Uo6eo30oLW/FyvH0+ot7QWUhdg7H+rf4fQORwGtY+wNf20cUwVE7dP7Oj6AgBV8+hWw9Sp&#10;VRcXBFr/AJF0BHK3uD7Q2QhuCGFxza5tfTq+tm+n09kFzaxsAzL/AKvl/Po0iqwDHj0tKSW4Gk2P&#10;B/29uQbfX2ispTLJ6mGkqoAsWIC3ex/X/T/bD2VTr4RVEQVPy6XrRVUrxPTvC5BN+eT9fqT/AE4/&#10;31/aLysLeGNebeM3sV55YD1H2yXINBTpQwOKdTYiDfkfj/D6gfj/ABPtD5Sk00AAHB0k3P8AaUkg&#10;frHsvvArstRn/VT/AC9NvSgp1n9pOaE/widtJDaoLG9/92jn6gfT8+0bJpA0mgP8uroP0x69e9sl&#10;LERS1twSf8m/p/x0Yf1+vtkqrs0bLhf9Xl14A6WFO3r3tro4/XKCLABP96bnjn6+9NGiqx8/8vSh&#10;KZoa5697bqNdVbDpsQjk/wCsSDyOeePdVLCaIE9rMNX+r/V9vW2XUV1Hr3voxlKtWH08tv6HnVb8&#10;/wBPbc4kF8luf7NiMV6SmKTVTT173HrLiYg2+n+A49X+HPHujkxXDpGOzT9vXggLUK07eve8dWEA&#10;jOmzfbRi3qJHoLW5JFrn28jyEoGf/B1uSNVUGueve/VSqYaQgHWYKcN9QCNLEm/9bn+vvc5cAZGn&#10;pti6UIx17304AomA4DS8nn6heP6/j3W3Zjr9cf5evGV9BINeve+FMo+zmYAi8iFrhgblP6C5HtWC&#10;QV68CStDw6975ULsZBpP1RuDb66XHP5PvTfDk46oqr6de946RmNUvPKhtJsLAlOQfp7q1CBrNT1p&#10;AqEVOeve+IZPKVsD9L2uPqt/zxa3vXhpWtP8PTmptXHr3uRkFX7s/i4S51Hn9tLAfjkf7z714UZy&#10;UH+DrTKK9e9565dMqW41Klx/X0Aj68/i/u+lf4R0+WfDeXXvfjf+HwEc3qJA3+I9XP459oZOx2VT&#10;QdMEsF0E4r173zQsMfdef8ok/wAeNH1/1z7cicO2huPVAgIp51697yY8uy1ihv1UdR+Be5CXNyAS&#10;Pa4RoFd9GdP+fqwCqGNPLr3ufi42ErAW/wCA0lxwProv/W/u8CVq1T8NeqqzZFfLr3vpkcT3B41g&#10;Dgf1X839mqxqPhXrepvXr3vLMP8AKL8cP/h9NQ/x9+9etlmr173IqLCZivHqJvfj6D6/7H37z62S&#10;anPXvfnsYYQfoNdvr/qh/X88e3DLIRQt1YyyEfEade9zDY0sHBuPLz/ryg/1HuoJ8j14OyjBI697&#10;yU1kjl/qV9TD62DN/wAU96PDHHqtWoaHPXvfoDZJiOLrY/Qj/W5/FvezStAetgn1697ywcTxMosV&#10;Kkm4A+vP1Fvr71oj/gHW6nGeve80H/Aln/tCViGAJsdY5H1X234MZFNOPtP+fr1TShPXveV/XKxv&#10;6vK6n+ltRN9IsL3Pu7RwsKeGK9aoPPPXvc2TV+yT9RAh+l+NV78XBII9pnS3jA1Ian7f8/WjQU69&#10;7yO4eMaxdlAN9QX8k/pU2vz7r4FuSGaI6vsY9bDUA697kU1mppgQP85GR6r2/wB5sfezBbGv6Z/Y&#10;3VtRIIPXveWEHwSW/VqX+vPJ/wBhb24IoSKhRpPXsMKnr3uZR6lnTSefVYW/2g3/AB+f97968CL+&#10;H+Z/z9aCqTw49e9zceA00ZkXUQfpfSPo34H+v7e0IFBAz/q/1cOmmABx173njiQNKFAshBAJ1cN/&#10;W9r/AKve80Hz61pGO3r3uX471DF1FgqH6kC3A4uR9D+P6+7CQx0EZyePVqKApHXvc90BMLXv611c&#10;XPH1ufoCPZpC7ODjy4fb0llZixHp1jPFx/g1rmw5+gH59u8SnxrIOCJQFa44OksD/QAH2reGLtJW&#10;swX/AGD/AKh0kZg8ngtmq/7HWC9v9j9Rb6/i31vcj2Iu15lssJX0SFXnS7Wct9uJDc6mGoH6D6fj&#10;2IbG3ja2Z7keXyXyX+GnkM9E1xb3FrdxyQnTDX+j6npjygYIWQ2kUExtbVpIWQqSDZf1W+vHsR1j&#10;aGF/FeMBHMf6TpgsbAFvqLj6nn2FrsrFuKSW2Fbt82/F/S/1eeD0JEeG9h0OuoLH8+NOmBW8oAn/&#10;AHGDqzmxS8o4uRH9OPwOPcynZ3o4Va5YGJG4+i39SkfTkf19yXtFpC82zvEo1Oup+74+/wAvNP8A&#10;a+Q4dRPzBdyeLLA8n6YfHTRPZaqsa1kAk0cX0nR6Tcctb3LykszUUMafRKmlhYA2uJKhQeDYD0n/&#10;AG/sPc0pZz+4E9g8dIIpGWNeOldKn4ss3d/F/l6GnLPg2PL11dJidwvz/iFfPrFho/HFLUE+qann&#10;nZje+pEe3HAXj+g/Hs4/Wm2ZnrI8NjH0yQFRQSaFYaDFU1NVdZ5gTqUMPWx/qP6e8gd+ltLPlAQ7&#10;kKlF7T3U/th5Lj0+z7OsaIZ5J91bcLnMpPefyKDFNPp1VJ8ru3sHs3Z9XvrdUdsIyKc9SmaaNhPJ&#10;kMPi8TaooqCpnQrV1KN+zFpP0f8Ar7sj2bSrRT5HH0YMP2YpSFI12NTHVyoQ1QFP1v8AViBf+nvl&#10;1zPui7hzLePdkPZEoE/KOMyDsqTn/AfPHWUF9YMuztbWw0xcP+N6vXVXV1rs93DM5b459Xb/AMox&#10;m3Rupd6NuWpC0tMKg4XemOweEY00Xio6fxUUMS/sQoGtrbU3q9rShrpqFQZ5A1r2N7BtX0JBDD/Y&#10;D2j3vabTdYbeSxgINW+dKH8vL1z9vSSOSSHaUMvxKW/49+zone28hkabP7nx1RPpiqKfDIYyUOsG&#10;ASD90htZDWsRx/vQJz3Y5qngVP0xVEsgb6CJWiQhioPq5NrXufeTfJ1ibbYIIpE+JTq+fl/n+XRp&#10;t25SzWqOH/UUsP8AN/qr1c5/LmqhHmd3ZSRwr5HHYikpoQh/yv7KvyCaEcMwi0oQ17D3Wlk9X8Ty&#10;IJ9ccs7MQB6ojM9hYWVf979j7ZWNoGW3wrf6vxf4fl03daZZvqG7pPXrZuoNMuGxJdRpkp6ZVUn9&#10;E328eprqCz2/p9Pc/CGNaynZTz5omvyLHyKfoRpPs2kjQo0rgGRlYfl/s9I4pHa4QltXl0y7jEr4&#10;2siYHT9vMCODf9mQfUWIIt+Pa5ujPUajc2mJXng6uPr/AL4eyTaZZVvJQq0Sn+UfL/V58ehHuAEN&#10;ojxDSWA/46eg6qo2jpccVuDrpVuLX0iNvrb6C3+39ovOFvFMFUsArl1BA9CiQnk/7SP9f29vGmhm&#10;cd3/AEV0R24kchwe+vQjbTAEtOGYLqMYDMpPrYwWsAf6/wCw9lt3O7CpkkCBA3kCpq1HQ7Pxqtcf&#10;0/3v3FW7kvK7rWg/w9C7b2YIhdvLoy2JXTTRIW1lUUFradRCi5t9B7CbKuwppjoIu6QgBuVMrabq&#10;RwQv+PsM3Yu5IwsPfNqX+H4PxfFn7OjB2QkArqPT6vFvoeD9P9h9f9a/tP8AXXSW4O794Vewtny/&#10;cbrYTTYvGrDTa8hS0FDLkcjKtRX5LG0EApqamZyJJLtf03PHuOfcj3B2vli3hgi2xo5jTW3ilqVK&#10;gdvhuOBpx6FVjtA+jkme5owHCn2+jf6vs6aNw7hwu1MRV57cNfFjMRQmmFXXTLK8cJq6uChpgywR&#10;yyky1dTGgsp5Yfj3A7D+HHd+xhTVGc2hUUuPrBMafJtkNtyKRC9HFI32tLuGpmBNRUqnqA+txxex&#10;DDzFYSwLC+4BtyaukaSOFSclAvwfbXpPabbczW818rakjpnFM1H+r/J0zbV7D2Zvdq9Nq5+kzLYt&#10;qZcgtOlTGaVqtJnplk+4gh5lWByLXtp5tx7A7N9G9iYqjq66swk9PDTCFvH9xin0iSWOI8xZKRiC&#10;WB+h+vtye7jkvbyIsDAukLg/w93+ry6VfRsY5DJB20H4uH88/wCTpYLIjWKsrX+lje/++t7BORS2&#10;sE6XUkBbA3IIH1sFsPfljtzYxzSj9Us1fi9eiW4lEWpyvYvxdc/bTPDFDeIkOz6vwy2/J4Jt9D/Q&#10;e6rdWq4S2z/pyP8AV/sdUjrdqfBuNA+yvXvcU05kVYoktIzHxi9yzsNKj1mwvb8+3/CvJoyVcrH5&#10;rRTj88/4eri2eNkW5m1ReeKY/LPXvZsvjP8AwGn3/HtvddL/ABPbe8MJT7eq8eJqmiNPXZrLYymq&#10;641dDetkC0aOgiV41ubqwIB9k+1bRY82817G0yadysryArJqc9sco09oZR8T/wBL16Ot+u7KLaIo&#10;4/8AcfQop3cdB/Ec9Mu46iuo8BmqzGc5CjxOSq6OO0R8tVT0U8tPFee8K651UXYFR+ePZn/ll1Ti&#10;sVR7Wxu3sW1HhjicFTYhTW1NUAZI9xU+PnLVlc9S4FHHHxISDb1ckn2Leftvlg5tRYt6UJFtoBXw&#10;QNTRzyVUNq9f8vVNlk2q42xksu1zHpbL8dC1+L0PSF6j3ZX7vwGVrcpIGyFBuOtxNVFoiQ0s9LQ4&#10;yaalYwQQRSGGaqYalBBvwSPdVtVT1mKzOeoHGiTHZCvxsjnxkNLBMYml0a5ACWU+kE/6/sORv4iJ&#10;XFQD+3/V/sdB66j8GSRFXTQkdCp7gUNZURzyAHyWjlErDxqXfTcOQV4Fjew9u100x3V6TRE1OoVN&#10;Ove3jCVzvUfucpokIXgWcIQCQkYa6n2pa9uPh1iv+lXp+MitKYp/q8+ve1djKqSeUa3BUrIbBVX6&#10;RvbmwP1Huh3C4Fe/P5H/ACdPK6Vzw697SlBm6gV0cRlGm78aY7i0Uj/UR359qxf3bf6L/wAZXpKJ&#10;G1An/B1727Y/dFbVVMcE8yvCWIZfFGt/S7fWKIH6oPz7UrJKNLKcn+if8J/w9V1EuABn7Ove49Tm&#10;YHnaOSlLKG/T5T/Tn1CO9jf8e1CJbt8SY/PqhlWpBXr3uRkl25rjX+FE6o4y/wDl9UCSyXY/UfUn&#10;3tIrLJdB/vR/1fz6s/hE5TP2nr3vh/DcA+OSqSlaG1S6M5mrHsiIW0+pz9P9a9/a3Ta0ACGn+mPS&#10;Uxto10/mOve4P8LxE7s8VeIUVCSpgqZbEMCbkyg/Q/7x7bd4geyEf70f83TPgsakEU697xjBUZ/R&#10;lEJJYp/kko/URoFzNbn68nj3W2CPK4kXtp02IwGYFs9e9yItq1k5CU8n3LN/RUjJ+gtczgf2va+4&#10;itkVSsZB/wBt08Ya4Xr3vG+0s5BMQKNvHEWWT96m5a4PBNQXtb+ntONuuJ0SWI9rf6v4uk7ROTgY&#10;697iyYTIxuS9LaO/K+WIWFl/IlJ4I96O0XgqS/8Axkf5+qmJvTr3tuqaSWLh4ipNtYLIfoAfqGYf&#10;19oLmFoyYZDVvl1RGkEnhau3r3uCFZp2U2Utb6W/CfX6gcj2RJCwYaBn16NF0j7T172+VuNo4sXj&#10;a2GsAqJpKpZafxSk2hkCJaV3Kc3uLD25IksOqcSUkNPw0p/q4dWqmjWH41697bYlaVypj9J+vIN+&#10;fx9SLW9626WPxwZZ6sf6P/QPVGl+nXTG1Aevez79Vq6dV5Ilig8WRT+v0jgP0uT6fcycsuMNbyfo&#10;FifPj2/xfs6CN4Ik3A0HawB8+PWJ7F045DAg/wCFmv7KPuUEZasbT5A00/qFkCgzSkm1yfx/vPtP&#10;zFFObuNy3YD/ANBdKBTSCOHWX2nVYN+h9a3Ivp06bgeg6iCxUfQ/n2XSsKxqBwVfy63RhWpz173k&#10;sSovcEyqDa1tJ+ove/B9tax6de8h173JgQLNdJAp9S6dJNxxcH68X9rbXWJaJw/1U62ADjr3t0Mb&#10;KxDgBbk/Qc2/H5P1HsbW+tkTjr68aVx1734aeNLXH9LEWvc8n63Nvp7uf59MS/h6975D/D/D8f7H&#10;/X5J/wAbe9dNde9+t/UWH+2H+H+x/wAPdlXUwWvXuve8i25P0tyOOTweP9j7cDuAhPwde6975jVc&#10;3I0/j8f76/txHZ3KsRUde6975f7f/H/be7BQuAOvde95YF1Txc/WSO39eHHP09udphuqjIhc/wAu&#10;tSf2Mp/hVj/Lr3uxGfW3WvWBB/TUbGUHSOEGFuARxckj2a7PI6bNIVbuMx+z4U6DG2Gi7tJ+NpJf&#10;+fek5EAM3VgcXx05Iv8AUmrHPNwPePLgHJ5AG+s7Oy7X/wAQZLED6C59rXB+rtg3na5/OvXm/Tms&#10;dOFYrX/bHqdEf2Vt9BXxAf614x7QVZEW6bnueRXYr6AfqCc/n6ce2Lo6bchfh8Vf+fulbVj3S5VP&#10;7NmPWVj/ALlIh+fs5z/sPLT/AO3ufZSa1VErFzdtX0P+v/QA8C3ti9XXbWgBoCn+DHR0oK2sAX4W&#10;X/V/n6cPbcy3sSPS3+82H0/3n/b+ylqAyAN3ClOq6mqRXPXvftI/p+f6f4W/r7Y1N69U1t69e9//&#10;1atcf1Ruuvw/3sVFMKIagz2hN71DwmzCqRreWMD6e4SM0YNC2epdETEV8ut+yTIUUUwppKmJZ2va&#10;In1GyeQ8Af6jn22TdcVcMfmqqlaCBQdc00BmFhYEnTMWLB/+hvdtYPDJ614RHE9SRIjGysGI5sP8&#10;f949s+38Zszbm89tZ/Kb8xlKmLyiVLF6Kv0qojkXkx+QKAWvex9vknQ6iM8On1SKJlYyCgPWGr8j&#10;01QkcLSO8MiKgeNC5dCukMzBVPP1PHuFvXNdW5/MVVTH2ViJBNJINK47K/Uyym2rxRj/AHZ7ehkk&#10;TBtTXzp/m/2emJXhZz+qK9coTJ40DQtGwUDSXja1gB+pWPtFEdXq1l7BxlSQQPHHRZVGNibrqKkX&#10;vx/sfbUrOZHJTz/wY6YJgqayjrMCT9VI/wBe3/EE+22oyXX9FOrRVK5ReAGimrIAwLEk6XiYjUqf&#10;n/Ve7eLI9BJlfTh1ovF61HXfuHPvLrmmOr+6NdWSXu7R7gqIg5vywXwlUDafp/j7uqtTDY6UCSFQ&#10;KISPt665/qP9t/xv3hfs7rqOKydV5mpIH1j3bImq4AH6qf8A4j24IJDkyAfl08GQj+xP7euFpP8A&#10;Vr/1LP8A0f7X+1dz7I3Bs/ceWg2DkMfJia7GwJTTZ16l4/uPI9ml8KBiNH1IPvUsUirGA4P5enT0&#10;zxi1MojoR6nr1pNaetdOltS6OWPpsQdfpAv7BTc/Y+45YpTtn7bCFTHYVNDQ5P0kxXuZoBe9m+v9&#10;f8PbUDAvnPRLDfSSP+lh/mAesnsLTvjuKYFpN24YIwACrtHEqV/r6kiHOoe18iRa/DKmh+fS9nvP&#10;EYGYFPsH+br3tN1tTvXIENW56lmb/m1iaeD8Kt/2zx+ge/RoiH4em63OruYafWnXvbFXYmormC1l&#10;XNJcEFoXmp78fgRSLa3txaaF+zqjRlxpY1697Sj7GxMgBLZLyNIxdhk64Aj8enzW496LMpNKU+zp&#10;BJagZFdP2nr3vl/dHHQLoByB+pGrIVZPItfmY8Ej3TWePTfhgYz+3r3uRFiKOnQqsMjGxt5J5X5C&#10;jk62I+o9tkufxde0gDh173DOPgImcxJoJeNEIDHU1irq3JsffgTrXurjpoj9QY8v8/XvePDUaxZ3&#10;EIkBSRq+i/c/slTVxXGkj8ke1EjRmNqU4dLzpIWg4kf4R172ouyaeMbmyKsf3IqiZHYq3rs45twA&#10;Ln2lgpjpFMB9Q1PU9e9hRJqBNioHF7qPofoLD8XPs6XIHRqnwjr3vA6cXVg17arfn+n1PHtE/wAZ&#10;6K5j+o3+ry697b5FH9r6/T6/SwHHH+t7r00eve4D6Axt6QR+Sf8AYf69vd4/x/6U9U697hzxmxOo&#10;H+lwbCxH4v8A19mEJPiKPLP+DrecCuOve2mUAg3IJsObE8c/1tb6e358mMfb/k6qRqIA697WlcGP&#10;XtLJ+Rn5kP0P6cabfn/D27QFyCPLp6RQbcAj8X+Tr3sJ6pyth/qlseBe12/PH/FPb6qtUP8Aq4np&#10;EVUZp172yysTcDn68/7E/X+nPu3Wq9e9t0+pibgj62+v0F/6/wBD7uoArSuiv+r8+qaMHSvXvbfI&#10;DyARfm34t9L82Nrge3fEJ8h02y/xD9vXvbc1jIADYWNx9fwL/S3P+8e9LUYLVHSR0K5rjr3vHl0J&#10;x+NH5tV/S4+s6X/tcXHt+P4n/hx1tqaF/hz172lnTnn/AA/Nv9vzf2+D6dapXA697jtGfx/sPp/h&#10;f8/19uBuqkde98dB/p/vX/Ffe9Q6rp6977RSXQWP6wP959+Jwc+XWgDUY8+ve1jjYSuZxQsOZMfY&#10;/i7Tx88H+o9pjlW+w9LEH6sf5de9qTCwMm9IfqP9/JGfp/TLRXHJ+lh7o8hSIkHJH+TpVbaluccC&#10;3+Xr3sfdo1P2nYjl/UP7w2C3AJ/3JU/FyDYkj2ijl/Vjav4h+3V0IbQ1ugAPxf5R/k6972F/h5ta&#10;pq6DMb4qaaQ43G09YI4mYfuKKCnrEbyhx+FYcp9PYt5PiReYb+8ZaIhZj5cFJ/1fPpXzBu0VtDJY&#10;FtMz9o/kP9novfyE3NFQYDE7TgrEpMxvDM4rG0TsnlKwz5KlpJ5BFYa9JqB/aX/X9rHdnzxpNqyS&#10;0eH27UAxEqJHqqGRP7A/TNjma1nP49j9vchCLi3taCRGX0Pw938P7eP+aP7HlKs8t7PGza/9R/F/&#10;n6BdvgnsPOSRz72y9Vn5Ar60pRmMMpaQ3b10O4lP9lf9t7BvL/zO9946OYYikp6V/QUM8WIn/KXG&#10;n+Fr/qz/ALA+y+494/cG/Dad6i0n/l3h8uH4eP8Al6N9v5N26CreAKU9X/6C+XULJ/yzPh3nyjbj&#10;6zrc0YwwH3G+d/06nWF1XFHuiC99C/n+yPYZZX+Z/wDIisdvssti6cLYj/cHh3PqEVyb0o/Kt+Pz&#10;7DFx7ke4DE+JvKHy/wBx4v8AD4fR8+3WsANI1p9hP+HrhhP5XfwS26rLi+gsXEG06jPvHsesLafI&#10;FBNZvCcmwlYf63+sPaQrv5lHyhyoCz7ypYWN7CLAYOPTwv10UXHpUewXPYJHqLLj7TTpcxmtV7VW&#10;n2f8X0OeB+Jfx02wAMH1Tt6htYD97LVJABcgXrMlUG15G/2/tH1vzd+TGWOiXfTIjkcJjMVH9QDY&#10;+OmQ29P+39lDxQlwxjyPSv8An/1evSmG9kfGKfZ0J2N6x6+xAC47aGDpgLW00SP9Lkcy+Q8X9sk/&#10;dXfe6tbV/ZWQjEiWCePQrk+ngU7xjn2UybLy/k+F3Mf4m/4r/Vnoye5VFDCTP+r8ullBRUdKoSmp&#10;aanVRZVhgjiAH9AEUe2as233NuimqpF3/UwFoHZp5aWSbUuk86TWg2/cv7StsWzagFhr/tj/AJ/9&#10;WekE2+3sIIhfy+X+b/VnqT7Jd2vRdsbRqKqOr3bHWqElBqP4VAhYXrgRd3kkBIgY/wBfai12/bVf&#10;SbXANKV/2P8AD0invbx1D+KNbLXh61+fXvZP8vuHd9VNUCpyksoMkolKQxxajrkDW0rdf1H6Hj2K&#10;ra321FULAAft6JZZNwlLUlGmvp/s9e9skS19RdpaibRezOzuQX40rbWDdgePx7edoI8Kg1eny6eR&#10;pSo1S/8AF/t697UmLwstWyEtIZFThSzXKABiRyBYeyu6vViqFAoT0thgZghkajfnw/b172KGI29A&#10;/jvExe3Dl20/2rkDXf6D2H5p5nDd2OjOGy1BWAp172Oe1cGREoKh2vwBYEG8xJJ1kfQ39lsmpixJ&#10;6MoLNqdzD/V+zr3szG3MLNU6I46R1k+hTVcgnz2AJb8gX+nutnZzXFzJKHwP9X8+liQaZHND172e&#10;3pzqHdkziuXGTrTWQ+QtTtcaqyM/Wp1fqt+PY15U5aub3eYV0se//nw/0v8AV8h0Hd/vFtYyZcAH&#10;/N/q/wA3SY3HuvBbapmly2RpqQsreNJWOpyugkAIrH6OPdg+Nx0mOx1NSzAh4y6kf7U4/wCDWA5/&#10;r7zn2Papdp2WCymH6i0b50b/AIof8V1BG7XiXW4yTRjGlf8AjP8Aq/n0R/P5+nz2er8jRsrwzKgV&#10;l+jLExB+q6vr/h/vXtky0d+Rfm/I/wBY/wBbeyHeFo6jRTP8ullk/Ynl/qp0tNszXVrkW0rwf9Vq&#10;W9v6+0BkoT6g30IIH45sw5N/6ewZexMWMqnIH8v9X+r1P4WOnHEdC3h6hLKv+IJ5ufqvFgDbn/Y+&#10;0PXRaQ3F7Xb6/W2s8i/N/ZHcxdxDDBP+r9nRxAahftp0u6KXVpsSPSF+n0/RY3I49o/JLrB4sdKk&#10;25/tOb/X2G9xTwpEp5qf9X+HoxQUT8/83Shpzx/UXI/2IFv9b6f7z7R+Wi9EVhYmPk/67H8X5/41&#10;7LyMKelQFFX7OnCE8t/wYW5/H9P8Le0Vk4C1IVsbWW5/r9ePrcXH+v8AT2luPhXu/L1/4rqr8KdS&#10;wb/8U/3359o2en/3FTrbnXCL/j/OG4AH+8+0T4048urID4eeu/adggP2tcLkEfb/AE/xkJ/LHn2m&#10;T+2m/L/B1scZf9Xn1720UUJ1S+n66Lm5sLBrX5Nvp+PbrfC32dOpwFBQde9tdJFprYhb+2wAP9CA&#10;b/qFyR7TwqWuLcj+L/V/PrTkqFI69786FqsXsf3Re4sOQeLfU/6/vcq69zgFacP8PSQirjr3uFXR&#10;DzEAW0px9b2/r/rG3ty9FLogtUgdKgO5jrr173ir4zphW31pouRxYkMb/X6ce2Yx3r9p/wAHWpVL&#10;Ljy697xVC6Y6X6H9iD/eVaw/3j/H3e4+Afb/AJOkshwCB173480jj8eUG3/IB/pz7rbiisfPrQPY&#10;T173xhH+STD8+VbD/AJcf7H/AHn2ozq/o068NX+1697546/lP+s/NuP0H8/m/ux6svXveGhXVXDn&#10;8N/j9YW/p9Pewuo6R14fFnr3vGyAVBF/r9Rb+i/Xn/D254XlqFetefXvc/IJaoJP4CkG/wCdCXtz&#10;9B7oUYVr5dWNNVOve82SH7kYF/0rYc8ftr9LEe6UoTjPW2HXveEgHHRfnTUzE8/gr9Rf88fT2Wv/&#10;AGj/AG/5em/8/XveUD/cev8AQzSC/wCT6Prxz9Pb9uaO6kZp/g/4vra+fXvfPHC/3Q/6Y6i9v+Co&#10;T/sPZm/9ifs683wN9n+Xr3ubjVAmksf+UaT/AG1wCb2+n+HtuJjpVvP/ADdMLx6975Bbym7fRx/t&#10;rj8+zgcD055nr3vPKgNSbf6ri17j1X+p+v8AxHvXn1s8eve+dT/nWP0BY2/p9B/sAQeffj148eve&#10;8rL+xCfrw/8ArH1D6m/Fh9ffutngOve87KBTQj+mvj6/7s/2H597+3r3l173yhS0cyjm6j/D6MSe&#10;efoOfabxn8LXpzWny+3/ACfb1oHtPXveaGK6SgfXSOT9L/4Eg8C/t0TAx+IcAdbBxXy697zUkbNO&#10;g+liFtx9dV/6/i496M8X8f8AI/5utgjr3vLHHaqIPP7xB/1/Iotw3+H+x96+oh/j/wAP+br1fLr3&#10;uV4QJGJ/ExP+BJJP0BJ/PtHJdsNdDg8B5/6v9Q60Sc9e9zaj6RAcWp1H+wsL/T/X9oXmaT/Vnqp8&#10;vs6974twkNxyygXv/Uk/j/D2tjuHEahT/q9P2163UgADr3uZCyrSzcNxJH+Rz9f8B9P8Pbn1MnoP&#10;9X59XDmnXvchApp5iTbmLiwBNif+JHtRB/ZL+f8Ah6svw9e9yKRf347GwHkP/WNj9bi1vbvWx173&#10;Kx8YMim17Ne3H0UMQfr9QfeiSpw1Omm7TUenXveaL/gQw/slQbW/Om30/wB5/wBf37xezj39e1Yp&#10;+Lr3t0IvUt/QQx/8SfdlcaBp49b1FUWnXh/xJ/3v3MZBeEW9GpQfoTe35/4r7N4n/EGzgjpHMcrX&#10;4qfl1g+l/rfnj/fH/ePbtAw8cMQBJNSrXtaylQP6f4n2aLEC3iD4RRfsp0jlhdD9YANAx+zPWJuL&#10;/wDBST/sePa1wsZh1sL3OorqB+hEWk3491m3KNHFsrd1PL5nT0+80V3bH+JR/k6b6ldVifoLXsfy&#10;NRt/Q+xXVxUYmCRSNSU0cTfixEOprC4P59tpak6HPxF6/wCAf8X0UbWXi3Ga2fzR2/wDpGOxhr5k&#10;I9Lyu4H9buQLnkfj3Lo41FPEPqQqm3+NgSSCbG3uVOQYTfS3ZP8AoAb5fANX+bqMeb3MO4yr6yf8&#10;/dNWTcrIzDhZNX+PDXX8A2+ntyijFbUpj1GqWaeOTkkG0Lq7f7TwP8fYYs9tk3fm+XedPbG49KHU&#10;v+rh0INzvjtfK+3f8MT/AJ/09QpqgY3FyzM2mKKnnDcXtqDqP6m7Ef092WdBYiOhqhVVSXaM/sty&#10;Lq8GQDkKZOTz+f8AYe5J96LW8veV54LBj4igAcaf2kNQaV+z9o6iLliyG48wx2SgFTWoPyjY8aY/&#10;LrVp/m49tePZtBg4ZD/Css7PnIozGCstBndmT4+0xhVkbzm40G7W9Xs++0MPBNX5DILcJVfaeIka&#10;gRBDVwqeSPyCBx9PfIrmPcp9aouJYq6/WrBKj9mT/k6ywu/Dj2lX/D/0DJ0UPsfNLgertm7Ny6Ga&#10;H/fxCissMagf3ko8uzGyux1GZLeq3+uR7TG+Yzi18a2BXyWt6dIb7d/xwQC35/PP19zl7UQHfNu8&#10;WcmgpUnNaNIPPzp6eWOB6A26y6drlMZx/wBDf7HRHKjM0U3dVTjaEBoKj+GRaNTMPThY2DAKqtp1&#10;R/4X/wB6J339XRYra1QzH/KMzTy0tKxa1pUSKUn6G9kP0Nr/ANfeRm3XEIin2+IfB5enz/w8OH50&#10;CDlEM8Dqx7FB/wAJ/wAvVwP8pjB5vfXZ4rSzQ4rrmuhy2Si0LKKqDLTZ2iiiLiSJoSk8JOr9wn+g&#10;91slzLLUT2s6Alrm+rSbn/WBJ9ijbqkj0z/l6FEwwR59bS8qLBDTU45R2XRwRoDKoH+vYDj2845f&#10;FUU/qBDtFIeLWJZLk/7f2dMAYZGrkD/If83SSA1uYzX8Y6TGVby0tTdCNKTxXJHqCq4Fv6XHtYQu&#10;S0xH1by2BPFv8f8Ab+ybbYf8ZfURQAf4VFf29CLdP9wox6Bf8DdITIqqw0fPCtBcj6ghZLWP9be0&#10;juAMEcX+qOW/PH7n+HPu2/wq8A05GrH/ABrj/q8vTou2sxgkuP8AV/g6X+zHAeNrfR4wP9gILfni&#10;3+Hsum5dHnZgpJQleWNyRIWAve4sB7ine4vDR1C8a/t/wdCS3cOQqrkdGQxRYwR6j9QD6bWsVW3H&#10;+PsC96bpxu1aE5HLyx0sUtbSRpHNe8iTT6HRHSOSzv8ApvY2J9xbvPMJ2xHdbdpSH00RgMnHmvDj&#10;X7OhC1nawwNNfvogoc5+Kgpw6f1BsOfx9efz9Pqfx7Nl1plKyv2VT7jwNE+yNnJTK1dW15hykudM&#10;8tVBR1FHWIRX49IZ9cbLb9wuL8D2JNou+X9u2d9037bGjvWFELN86eQZOAXov2DlZN/lnWTcjFY1&#10;/p+YrXtYenQS7k+1q9xU+HqZV3Bl5WefHY2FjRph6aGKkmqGrofuTTV7TqRJGZQGUD0i/JDGi3dg&#10;6msij27gc1FS48OktdWbgqMnTzfdRlk0wVZZo9Dh05PLAH8D3C3MO97pvFpuV1PdIQpj8JPCTXkr&#10;r7gB6ef+x0O9msdt2OU7fBc642+08FZvxVPn0KFPTyxr+/LFK7H1NFTiC9r2tZ2PA/x9vmH3b1DV&#10;QnE5zEVOVV/92QZ2vpBU+qWo0qI4w8fgIUHnnT/j7jKWXent4btXp4mrBCn4W0/589CJJ9pICM1R&#10;9rdcp46tr/b1McX0sHp/Lb6X58qE3/4n2jN1dE/HXfUMtbtCR+tcrYCsGayu4NyiML4kgbQKiGOz&#10;iJm4PGsXtb21FvG/W109jcJ4sSafhCr8X+oDp8bRsd8ujUFr82/ynrFT/wAQgi01TR10oJ/cpoVp&#10;ARckAxTVMoBCkD9X49gvWfCLd1bTzS7R3RRbtJV/BDj8NJSyPzpADV2SQWP059nkPP0dgTHcWmhv&#10;Ukf5F/1V6Rz+3ltOpa1vhq+x/wDoLqQ9TFELzMIB/wA3WUD6X+oZl+n+Ptlofhp2HtzI42v3Z/uC&#10;paeuhmqRVUqyaqZG8jNenyUjKHVSfpfj2v8A69T7uhtdvj/XkBVeDd/n+GmPPgOiSflO429GaVtU&#10;QHd/q1ddRVdNOCYZ4pQBf9t1b/ej+b+2TrX4u9qYftf++6M822sXnhX4ykSnpVkmmos/TZCmq0qW&#10;yDP4paNOI2SwvyPx7mLl/lC8s9ti3+RCJ1jEjtnI0rIwIxwOa0zXoBbnulpO823lO6hAFf8ATLXh&#10;59NVfnMFCzY6tyVJFNUxmH7d5bSus2qK2lfUNRuPxz7sS+YVDXUu1utK+pXTkm612YkkBCho5/4d&#10;uaaRXFzEXSdCCbX/AKG3sO853XLd/t9vvNpcFr36pYG+LiVeRqfh+JvL9hz0acnNaWsF6hgZSxfT&#10;nHcIwD0XL4wrlKWbvKirqNqekb5Adm1eIkMkcgnxJfAQY+aMKWdY5Yo2KhueORf3Sxv3GyJuFpBe&#10;+QoJ66qAsG801XU+VyxcabD8Dj2GtunDRihxWn8v9Q+3re5xfqVT4SK9Gq9oKjhkSaQCJooo4ZUW&#10;RiCJV0HTbkt6j/W/swkk019cf4ei6JCEkPy/wnr3tywHNYEYWOiX688+Mn68/g+7ngdXTMfHr3td&#10;4mnUyon0ssv1H/Ntza1x+APdWJqfTpQBU0697DOHQmVjA+tmv9b809yOLC3PtbH558uk2Awo3+qn&#10;XvcjGW+6iI+pZrX4uBGw/wBc+zCEVRq/6uHVECtJUnFOve+61QKliGBIAHH1uVH+v/T2o8CRUAA6&#10;owoeve/ZU/uxer/dUPN78mMf73+fZfKJ4xg1P5/7HXpDwoeve8rxsNuqVJF66e5u3Oqnufz+Pp7M&#10;UlbQgr+Hp4OohWnr/k697YaZ5420BwQ6n6qDyxAv9L+0zyzVqcfZ/qPTYkNaDr3t0op546ynvIHD&#10;1ESABANIMym1x+QR7U2jlqLXJNf2af5dF9f1GBP4uve3bJVssdYwGuLSW51cABz9Lc/j2vlZWjWv&#10;V3Arkde9v2IyLHE5CUuSRVRqpJvfUl/yBexPui7ldReHGooi/wCl61rPcfOvXvcWnzUit42N0BHB&#10;CWPNzb03sPd/3rc+i/s/2emhKeve1Jlsp4kpzeNo5fLb9tQ3BjAOoxkjk/7f34o10vjlaVP+wf8A&#10;V/n6dR/1G/L/AAde99YJcLmMnBBU0rNr130zun6IJWv6FHF4h7TxWKtTUuf8PSl5o2C6lz1725T7&#10;Y2/UqiRsKeGMuUR5KiRl1MbgvcX1Mt/9j7MByvFuBMhm0Ow/pfy7v9VPl0ljdGalaN173zh6zpas&#10;VFTR5KIpFGpZfFO30NrAmYfn+q+3YvbqOQ6lusf7b/Ifl/q4j1zFqUsJP9X+r/V59e9ml68jxmN2&#10;lLhKmviilnNREZGWXSqyrGoYoCdX6f6+xvsm2Dl+wFqsmpw7N/vXQbubY+K0gOQvWJwxZSF1BebX&#10;A5/wufr7Q+6uhsPUxVedpt+Y8Tuks60f8MriSxWSqVfJ9147ksF/TyPYhn2kXto9wBRiv/Pv5fP1&#10;6ftFjOGloPs/2esCVMrTeJqOdF5tMWhMZs2ngCUyWP1vp+nsEZuvZKVpFkzFM5VmETClkVXS7BGH&#10;7h4bRxf2DBtjM0pVfhZq/wCrj/sdLWjDNUNinUz3Gj2PXu8gp6hZtCO66IeLL/TVIv4t/t/df3ZJ&#10;8v8AV+fTfhtmmR173Dl2xmqRXllpXMcbAF/2woFr2trvcr7MLOzMRX+PV/q/1V6sEelade9tqkH0&#10;sdLi/pYBrtzfj6WF/YoCkKx0fn6dNv8AE2Ove85DMArkMCfR+BYcNyP9p+ntoGpanSeX8PXveLxn&#10;8A3H9D9R9OPULfX8e99M9e95OCCg5sB9f9g31HN9Pv3z691735AQCfre1vza2okH/C/59ueJ8eMn&#10;r2a0697yf7Hj/Y2/2P8AT3fVT9WnHFP9X2de6979x/sf9j/hf/bX9+8b+j17r3vPTkeaH8jyJ/X/&#10;AFaj68/Q+3I5dUN6pGTC/wDgJ6rIf0pv9I3+A9e92JyejrLrJiAR91sc2t+DgieP9t7NdoqNlIP+&#10;/T/xyPoMbZ/Zbn/zUl/wL0mojfO1Ytz/AAyf/Y/5Zb3Gy1ny2QIP02XmT/Um+v6/S3s1loLq1QeV&#10;uP8AD1aT+2sPtj/w9OEXEK3/AOV6K39P1R/4H2h6gH/Q3UC+r/LcVxb/AJtkH+oP59o7v+wH/NVf&#10;8vTz/wDJWl/0x6yt/wAXOL/qDn/620/spFahEzHVe1j9P9qX/er+01//AGFr/pW/wHo8P9lF9nTh&#10;7b3udHP9f95A+n5PPsr8rn7f8p6p/F173j4t9T9f+iv9f/ePbGeq/wCfr3v/1qbtw4vL0GQkop8h&#10;l4oEEfjSHJ1cMVzTwyEFEmtYuwJ4+re4WVqitM9SwwIJGo6et/cEEXBuPaKlxszyDyVuUmva2rIV&#10;RQ3AufGZSpP1/wBj7sSaYAr02V8qnrv2w1WKUK4cyOGBP7kjSENzfSx1fj2pHrTPSkjr3ttbFUrA&#10;IYFA+oIRQwJ4vr039qY0jYHNf9X+r/J02VBqGA09e94hQU6P/mIRpuFvGnNiLXIXk+9fTJ6t1Twl&#10;697wzwQEXEa+kWsABwNVrfm/Pvwto8Gpp/q+XWjGPXr3uBJDGqkiNf6epQ3Fj/h9Pb4Vf4R1cYpT&#10;j1722TQxMrErYn/Umyn0n+z9L/8AE+6mJSKZp1sOwFK9e9iZ13GRsTfqLcqcxhCQCfxHKf8AA3v/&#10;AL37rcKxWNBXSf8AV+XSuqy2T6/Xrr8j/WP+9r7CDIszykNYBmIIQckBVt+njk+0kEaaqAYHRTbW&#10;8SyEKMdd+0s+q51j6/6n8ciwP+FvZk5V+7zPRq+k19eve4DIDYG4F+Tc/Qc8E839p3ZhWnRfO7Ak&#10;L5de9t0qKjBlJ4JPNzwR/S/9PbkerR/S63Fr8L+kOHXvcJtJ1MpF7WIBtx/xQf8AE+7kVBr04wDA&#10;g+fXvcVkLE39Vh+SeQL83H/FfdPDBqV+IeXSKRVDUXr3uFKnJ/obm1+RweeP9b23Tpnr3uFMmpFB&#10;VjZgVsfoRqtz/sfdNIbPl1QoCwbr3uPjEP8AGcSGPq/itAiC34FZEeDcHTx/sfbZftJpinXlmbUg&#10;odNR/h697eezbjcdfzyKmoNz9bFlA5H1te/t6AimoDHTk4XxWKjj172E06C1/wC0xP1/1vZhHIxF&#10;K9OQysaqTnr3uA9/9e/1H5vZbf0HHujg0U0z01Moop4eXXvbfLdb/T/EcAf4e2wCeA6ThWYmnHr3&#10;uAxYX+n4tcf717qpr03173GLu19Rvf8AoLf6/t/xG8mx1sgVNOHXvcKoVTwIyTcD0/2efqT/AE9q&#10;4XZ5Ajk/t62nxr172rapS/XMAUhXXc9Vz/gMWbLb8EN7UI6RkI5o4H+Xq9aW4B4hv8nXvYRVR1OF&#10;08gXJ/AI1f0PBv7URykeIurpCSRrBbI697aZAgWQEjWHcrzwQAbW5P1Pt5TWhHDrwKsKjr3ttcgg&#10;DVpJW+on/XNv8Cb/AJ93OM9ekPhgOp8uve4Tj82J/wBa5Fz9LW+vPuwOdNM9MajVlzTr3tukVLkq&#10;QWN7Ri+sgmzG1yAAOf6n25wCnz6oVBweve+OQjMlHj05BC1HpJubGVGH0P0Fvd9TKTig62yjQgAp&#10;x697YRSSOxsjM3+0g/71/rD3fxOmNDde950wWSnVPDQVErMzCypf6fQab3B497E6gmrinVvCkNKI&#10;a9e99/wKtRwstNNERbU0g4XV+SAT9PdTcChIIPWjG4BJWnXveSPFUwdddfSx2IYKQxub/T6D3oTy&#10;EfCerRxkkK8gHXva3xuNDZ3B6LTp5MZdov0i1RHc2N/oP979uIRJE5yGz0apbISpBqwp1727UcC0&#10;+9IlVWNtyx2UfUH+LKB9foOOR7oyq8fe1Om4Y63H9DX/AJeveza9GdSZvfPbcc708n8Lj3Ks8pEb&#10;j9pcvjp3JlTmwhlP+9e0WkVgAHcdJ/Y3+r8uhTYQVnMx/D3f7yR1xdgiM7cKilj/AKyi597RPVeA&#10;odv9Y5vC0kcaQwY6pijCcO2nEtEpZiFJa6/6/uZuXNmt4eW9xv0DfWSLRvsaOv8Al4+VOgFzPcNd&#10;brDcN/aLOq/7XV1Wd37uPIV/fnVHqK0VNlMeVR/VGBDuajJKrcgEheSePdM/Y21pKXISGaNmilLt&#10;a5DCxjA9TXHpYf4c+4FFu9tu16AWoWFDVv4fs/ydSLZXMj20kYUaFIAx1ZkpDAEfQ8+y45fFR+SR&#10;WCaARbUOL+g/6n8H2vgluYhQyfZTpwB0wW679tM1MECWERDXvpRRyv0/SBYn/e/x7UG4DEmTB+3/&#10;AGem3t4JyTIDX7T1720ijgh5SJjbjng8kn6n/X9s3G4T3CaWYfzr1WVpLgaZR29e95oCROCCisCo&#10;GoXFgpuCDYfj2jEaPQ1Nft6tBaxVBUnX9v8Aq/n172Le36lTHGJNPFtI0aRcEen/AB9p43ZCzoBX&#10;7c/PpS9vHQMK1/0w697MXtAp4dWrU0sRjtc6dJMTCykaeLe1y3JUVVVr/pf9WeiaZWUkhc9e9k2+&#10;SmPepkrkRU1wx1E3kW+hoIxmv8nAUcSEsSfoPZX+n4zOpNdRr9tadKHWExR8dVBq+3r3utvMYt56&#10;p44ondhIwZE/UG8rjUbG3BIB9rYZPCFa46bihZgPCB1de9qzbXVW+9yvBHg9p5fJSyKvjWkp/J5A&#10;xjCso1DVqLix/wAfbE10g1DxBSvT0Ox3sz61iJNf9WOvezRbN+H/AHRkvG2U2RnduUpKlq/KUEqw&#10;gAX4MTk6Tf8A4p7D9zeprxKGPoDw6Edry9eHQZEIAp/LrgJYidIkjLf6kOt/9te/s1e0fh/hsfJH&#10;NuvtbZtIIhaXHvBkqeqjurAxO2kJquyn/Y+ys7rGp0NC2s/6uHR3Fs+imudQPTh1xeRkNhBLJ/ih&#10;ht9L/wBuVD7N1s7rH4v7bjjMsVZuHIqDepotwzJTSG9RYrA6pa0MwH0+qk+zKA206kyRlQKcTw/4&#10;v8vy6MUtrOLiKn7emavXckrj+GTYuki5uK6knqpr2S1mgroYxYhvweCP6ezObbz/AF/QRLHtfbtP&#10;GG1Xapjo629mma93iuOXk/r+P6ezWxhWO8kWJx4SldNMfxH/AFfmekV9di2IVNNP+K6T2SxGerYA&#10;uQyxUWbUMd9zQAg+P8xVBY+pQfr/AF/B9jvs6vOVE+qCGFVEdlhhSFRczC1ogB9V/wB795He01nF&#10;LfLcSJ3L5/73/qz1DfuNM0VsGibuYf8AQHRTu8Kb+CQUQhqaiYyPKGNTUSVDHStGeWmdj/a/23t5&#10;rYrEDki7cXJ5/wB44AH+PvIu/upZpNTadWlfw/6j5+vDqFY6r3fi6CzBzDQSLKdIJPpFhze/4v8A&#10;7D2kcnCp0mx4JP5vaxP0/wAfYK3E6gDTJOfzr0d2j6UqvHVnoWdvzuNXII0KPoLA3Qcn6f8AFfaG&#10;ydOzqxFywDaf8QQ9h/Q+wtcqFd28q9CK2kNO7h0K2HqQjRrcWbRq/wCDft6vxwPaIyER1WAvdNX0&#10;P19d7fn2GbpHjJBOBj/V9o6OYCajoRMdMrLe/wDb02/2n0cH6fk+0fkYQSp0E6k50krx6wP9j6/Y&#10;Z3BHllXU1AFx0awt2MpamOlVRvaM2P0cj8Eg2X/Y249pDKwq0aWBuqem97gj8H/W9lpDRNoelOlN&#10;SBpPw9OUR+vNhyD/AMTYc+0ZXRMKU6V5Nv8AAAauf8CLD2nuI0bSA2a/4erYbgep0Zux+n+wsT+P&#10;r7S09IP4dUrp9WuCxBP/AB0B4APPstcF8V69qbTTV1m9pWmpytPV3B1N4Axux+jMRc8/X36JNWou&#10;M/6v29bjdjrFeve2CjRzK3BsSL8E8gMP6fU+7yoqqD+XVwzDg3XvbXSIfu1uLFXNuP0/qtyfyPbd&#10;vEqyeIp7l61rY4PXvcaVGNUt7X8vP1+h4AvYj+z724PjCVv7TryPpY+nXvcStjtUNwT+2hX/AAIL&#10;C31P5P8Ar+010Sx8Ut3dVZmT4Wx173wyCDRDfm9PHwfqfQ3+sObe0yvIKuo7eqvI7Afw9e94amNV&#10;gp7gk+GKxseQVa/+H1Pt1dVxhx2D06rxHy697jFSaOQni1Sq8/SwX9P+t9PamNVRaIevChGOve/Q&#10;j/J5R+NQ/ra1uTe/vePLry0ANOHXvePHrec/8EYf7Hxsf6X/AB78aU8tPWlpT5de95MeoFcByLBj&#10;9fx4yP8AeD+fbsZAYahj/V/k68TSvXveNkCzN6fVZSTb+ic/k8WPt0GrHPbnj6dNKSX49e95shdq&#10;pifwF0n+tkW9vxz7beTVgDHT541697k5L/ORg/6lf+taj8D2169WYevXvfGTT/Dobar/AHE31A49&#10;IH4/1PtMscZcArj8+mFNaDr3vyE/w9uf92yfS1r6QT9f9b28FWNe3h06exW697zY4C9WB9TRTkf6&#10;50c/4e/BncqhbFemdZIbPXvcyhiQSMSSp+2k/P8AQKbaf6avaqOM/gSo6qoqcde98I1HlNuLSKTc&#10;WF7j8A/X1e16yO/hkJ2Gv+r+XW+JB697kzMfuSPoA5v/ALC5+v14J9u9XJz173mqT++4J4LH/W+g&#10;t+f8Pr79SmB16lMDh173IckwQf1/cP0v/aBP5592xpFPi636de9yHA+0iubW8gHH58n0/wB49tSS&#10;FTFQjST/AC/1f5Pn1o8B173kpVLRzkgcotuCv9puR/jz7TSxRxxjPfX/AFfl16gA697zU6t4p2DL&#10;cJcA24uxI/2Nr+02oqahqfy60Ove81IbTxXH+7ADYX4/I/F/6e9db9Ove8sNmqzx9agrx9SDIDcc&#10;c8D3fxJP4z+09eBzx697lyEGUj+kxX8fhiDz+faWILJMRLgf6vT9nWqZz173lqhzCB9Ptxze5vf/&#10;AHr27dQJCqaTnqzACnXveaVSsNLbTdok1XHH6m4uOeLe/IKIp8v9RP8Ah68eA697kKoFNIWuT5Ir&#10;D68eq/5/A92635fPr3uWEQUkpUEfuRcH83ZjY3sf959qo5ZmNKVH7Orgmh697zUQb7mP+nr4+tvQ&#10;4/1ifavy+fWwD173npi8bQ/nV5L8X/LgWP8AvI+nujFC7JTuA69pUnIz173lRSkzsBchQLG4N+Py&#10;Be/B9+0qQCOtGNTw49e9vEZX7hxf/dSWAKnmw+vJ45/23vXcoUDhXqrjSoHl1xN7D/E/Uj6fW3H9&#10;R7mzIwaGwupKf63I55H/AAX8+zWzYlQK5r/g6TuqN5gP1huPV/sT+P68/wCx9ukCD9tgOfKBb8+k&#10;XuPza49nULukMgHAmv7RTpmVn+me3/0Bu79o0/4OsTD/AB+g/wB5v9Pa7xmpolJsoAA5/N1Tg8D8&#10;H2HruJXn+o094PCn2N/P8v8AMjsYI4pCApozf9A9QpWtdfr/AF/P0uP6k8exAx6sKQBrmORbAi5/&#10;edF8drGwFvx7G/LBtt4a5sr3F3HbO0f4e5QNPHLdxz/k6R7sJLHcY722Wg8Bq/tP+bpF5bVFMssR&#10;F/uEEoIuPtw7+Uf7SSB9fahxkYSoSKRSQtLMT/jMg9F7mwGr8e5J9oYi8nM1nen/AHZpHKX/ACj8&#10;l8sf4eoo53b6u82WWFu6ZkMv+2fuK/w9vSf3DL/kn3MJHjMsQhtYjxuzarsLFx/j7etoosu4Pu6h&#10;0UU1TFCSRw3mUc24A9FvajkFLCDlzftwv1H1YmjCt5VaoOOJzXp7nB3uN3sOW7f/AJJkaOKfi7aM&#10;O7LfF0lexZJ4dsTQUEUzz1NDPPEq2JXwamOrg3PP+Hu1TrSnolqpqZCTTq0YQo1mt9vVuSWNyfUP&#10;9t7tzNvl9c8pbhcwlGm7MFK0/UCn09Mf6h0HeX4H2nnK0WIaG/Urq7qHw2A/49/qHWl//MtyG5Kr&#10;Ze3srlVWOvdqg1pkgXwgyZ7asMdoSZI1/Zt9f7Xs5mzqtEiZaeF3jiKatFlCmVqlU9RB5Zv9uf8A&#10;b++QO7W1xLf3zXYpJIEp/tVBOPs/l8sdZJb4NO2yW4oY4x2/7ZlZvt6lfI6hx0G0tjiDNUNHJQjd&#10;Ghal5S87VeRwaP42ILXjBP8AXlv6+w839VyV8cjTHnQbiwuSTTC9hYD8cf4e8qvauzj2naybZPPH&#10;5GQ0/LjU+p6jm9nkbbu08T/z8f8AN9nVbGwqgVHedGZJmmLzUuucv+1xg6i1tVipYemw/p/sPde3&#10;yjydRLHtzGuWWnhyErrz9Q9IlwCORz7mP6WztpUuLWv1Eo7/ALaA/wCz/P59HXL8ejbNZ4sW/wAv&#10;+braU/kubXhpNq9l7reSnqKzLU1HShoksqxY3cO4Y4RpYaL2e39fZKowdU68mytz/S5A5/JJ9jHb&#10;I1aMsPX/AFf5el83dknPV6NU1hTngXKEWP403H+sfbzjiBLF/TXGfxwQy+zZUDpOHPwxsf8AV/Pp&#10;MiUcHz1dJrLBvDJp4LBltzyrKwtyb34HtXUjBllN7El7/Uf0PIBt9fZPtTE7jOD+ANT9q8ejWeRr&#10;i30ScFX/AJ96RGai0JSL9QzU45Fxc+XgXBP44HtK7iUNHe3JAVrcnSPLqHHFrD29v0xUdh7QxPp5&#10;N+fSWw0md4R8Kgt0tNl3V9JNrH034XUft9JF/wDH2XTc6Prn8a3IqlZQBb9pWJ1X/J/x9xLzA0sk&#10;blVOmmMfNvl0JrRY45Favb0ZTDlRTwaiNXiUP9f1lVuLE+kewIq8RQ03a+0d4ZnGT5va1Dj67E5T&#10;Eh1Nspk6hEx9bKJw1OIaJiHZSpYgce8b+fNkn3PbfpAzrqvImqrMuFkWvd/xXQvubmJrOLSoPcKj&#10;54ofy6UB1FCI2VX0jSWUsASOCVDKWH+x9ms73z0UHW1BgMJNTx0M/hMs2OC09PGlNlKKaJSIQrAP&#10;6rcf149l3uLtl7c32zbes0v00aNRSW9Qx/1fZno/tpFt7XTCAp+z5noP9k0Eor9xZauppY6+urKY&#10;F6k65RFFSpEFVizWWygGxtx7Isj1O4twUeDx009PRoKzU8MjR6wKU1S38bBjcwkeo8Xt7OZdlgtr&#10;eCURuzR17dWcincPxZ+HpEbmSacWxp4DcaDuwtfiHz6ET2rOj8jUZT4oYfc7Yic5bTmfNkJFhkE5&#10;XsDKUEZjuxZBDTQlTzzb2B+Yrldsv4Nut4KW6g/EQPwh/tPx/wCxTquzwR3W3eI4fWB5k/xN1iGr&#10;yteQW40xgcj086jfm559henadXjq9Yssj1dRqJarpPFT06qVLR+WI/q0IQv45Hs6O2Wl1BNefRyr&#10;cyL8Ve3t9F/1evTcV9NEkyktqXz8usvsZtt980+VgEGXzKUPguIEo5vsZP8AUAloCNREY/P59l6b&#10;bBGSRbg/av8An61Dus9QWuHH+2I646RybC5+t+fY3YPsfJV0EaYSqGSjdlW9X/uRLKwW1jOx5uw/&#10;5K9+O22utH8Eqwx29v5dH1tzBuB0Qq6spNMrq/y9YXgia5cAD6kqfH9L/lbH6f4+zAbV73/uPTU9&#10;Du/FQ0tRM6z4molpaGniSumWEUVTMCC09Kn27lk/tD6exntXPe5Ly7vuz2M8ZkkhmiIZNdFKrGR8&#10;vtx+VB0GxHZncp76WIfVkmnp8erh/pui/wDYPx+we+txYrcSZXLY96WooVycFLlsnCldjqaprKqe&#10;mh8NXGtHVTyVK2mX1IF49pX5Lbm2zvbZOKyONr46nKVNXQZWtjjnkkQGXHZyeqjootIFLRiaqURx&#10;LZUBsB7A3Le27tFt+6LuxU2b3Ekq9o+Lw1A86k/GK/n59HNnfXMguIEWIBqgdg8wAOhO2thXwlTH&#10;j4KeSHG43FjGUbyOZZJIaWWCGmaonZ2kqap6aEF5Hu7kEsb+6rf41T4/s/E66aKqoaqGLC1lNLDD&#10;K0a1eYRJ5QZdSxiOEEcci/s1sra3EE80/wDZhsfYCD8vPoP7rM1vd29uQDMyd326iP8AD0uvdhmK&#10;2HD2ZsfM7ewuAxu0slipBisHW5jF0dX/ABzErRNrytF9tGsrws9QEV2OpW9kl9Mp3K1ewq1scvQ1&#10;pRvX/S9LrWOZ7aTx0AbXpWopVT59NNXXRYw+aqlZoZDZmFgkDnQEUhnAAf8AH59kH7J6L210ZV41&#10;Owu79gYLN5WnmmgwdXS5iCuWJJUppnkUQSRFYTICbHn2pbetxub14dt5WvLi1U5ZdFP218xw4def&#10;YrS3ZTcXqgny+XU6mqY6uMTQ3MTf5uQ6dMq2B1xkMSV5+pt7j0nVuXjpsFunb1fTbs2fuOmyE2G3&#10;XiIKhsRlIaOR6CaWlaoVJdK1uqIghfUh9+st6uJb6Syv9lnt2WlVfTUVWvEY/wAPSSfavD0NBMGh&#10;Iw3l1mDozOqurNGQHUMCyFlDKHAN1LKbi/1HsE8zsHcG3MjHV5WgqaeA6wXkRkUHxRRLYsTc+Sdf&#10;9v7Gk5jS9e2hPbx/4xq/wcOiue2KPXT2j5U8uuXtMYqJhLESAzAvqA+ousliQBf6H/ePauIlr4QM&#10;D4I4H/a/6vz6LiwVxXr3uXW0377EqBdb/Qj8Afj6+zZi+nPA9MtK2ruPXvfstDeaIgLbxQ34vYaf&#10;6/g3/wBt7TmKN66welB0mhb0HXvc11/37QTTwK6o/sj/AI42t/X6f7f3qdFQa0+LT1polMVaZJ69&#10;7TcMTHkKBpFxfkcW/qPaWPTMRqFM9NmNT8S9e95oIm+8prjgTxSeoC2sTLx9QDf2oggRZXABz/sf&#10;7H7OkLdspA4V697m5OM/dyEqTrLsbr9QWNrek3vb2/ddijTSnp01NKykhStP9XHr3uVj104mtT6A&#10;VMR4/wAE4+nFvajbQLgCOVQQB/q/1fPq8Taoqkde9swdtSC/6mF7f1Dj+ntNLK8d0UAGP8HVSx1V&#10;PXvajygvBQG/BFRxdv8AVLb8/k+zOTUoYR8cf7PW8+Ofs/zde9ydpSlM1SX4AMp4XgXpai/+Nrn3&#10;63lepotf+LHTkmade9yqjIGOd40LBGb1AEE3Av8Ak/kn/Ye2zEZNwuGZzhV/470xDEmksTUnr3ta&#10;7YyLLT5hRJ+mkj0c6v8Adhv9DYi/tXtt5cyF45HYIv8Aq/z9bbTR1Pw0697jR5+rimcJOUBFgPV/&#10;qrGw1f1/p7XwbvdJriZhpVvn/wAX/qPTCpEyMKVAbr3tXYrdNVJQ5PzVBPioamRbkkAqqhTyf8f+&#10;Nexjt3Mlysf03Z4TU8hw+XTSWturMQDgevXvaJrs80huWYsbm4YACxNwDe17m490uLlY/HMWnIZv&#10;9tx68NIDAevXvbrtvKmaesRpGAXG1Tj1EXZFjtyDex9pttup7x5lm0hFLfy6un4vkD17211uVlmW&#10;SEzHSWvpBNj9Rp/V+r2lttwuXvLmM6dKSMq/6v59NeK5DAcB172wRsRcMo5B5sARbm1/qfp/sfYo&#10;SR3jXUem2JoT59e98JBp06bg/gtcgWP0/wBpFvbUfxP+XSZ/7Rvy/wAHXvfMeu+oXt9Bxxf6g6bf&#10;W3+Pt0V8+qitM8eve+1AH9mxJ5te1wf6/wCw9uRqragePW+ve+YsBYcD/X/P9f63v7e8JPTr3Xvf&#10;rf8AI+fr/rg/n21KFATSMde69770c8E3F78N/vPp591RC5zw69173zjAWaMG3Ei2t9Lhh/X68X/2&#10;PtfaxrS4/wCaTde+NHXyI697sUqAP9F/WLX9Qm2P+L2YYEAfW9rn/ifZntYU7XNHo7BM37NI+zoI&#10;7azNJvNuB2K837Kr0m4ARnao/wBcfP8An/psX/iD7wZBl/i9WlrA7Jy5YfhiGdRpuT/T/efaudvD&#10;a1kXL+Co/b0oVVZLWRsuHTpwjB8XJ+lfGf8AYao+D/T2hqpFHT9YouVFdjNIBNxpgLXa3Nx/xPu/&#10;hpPZvI3xCQf6v9X2dKodM+53kjHvVn6yOf8AcpAP60U9/wDYSw/T/b+yj1ekyNzyTwb2N/p9CRcX&#10;9l92xEVtq4UavRxEa2ySPxH+r/J04e4jIhFiD/tBv/jx/iCfx+fZNPTxG0/n/q/1Zr003E9e94f9&#10;9/xv6e2+vde9/wD/16Y6kCOWZKmqqZJx49MlTUvKOV1fWS7foIH4/HuF6jy6lcMDU163+PbTM+tR&#10;Ts2tiSA0PB/1X6rX4J97618q9e9s87gXRkv/AIHm5CAD83tf/eD7qHPVSSCaVHXvcCQC1z+PyR9P&#10;9jwSLe3kdkJ0tTrVeve2iZ/1ADm5sP6nkD/An2rE7Fa0H+r8+nlIK9e9tE83JvYfq+gP0JP+P190&#10;BYfjP7etBQOve4csy6TyLc/01G4P51H+ntb3afLXT8q9V7qeXXvbdJINJ5X825H9D9bm/I9268T1&#10;72JXWchk2dv9SQR/FsOCLf6mKUnn+ht7TXOFanoP8PT6sRasBwr11+R/rH/e19hBkjpkdubqwtYm&#10;12AB/wBbn/D2kQt+HpBE/cSp8uu/acdRrLkED6f4cfW1wfyPavW2B8h/g6VPKysR173Cl5HP15v9&#10;OORzfn8/j3ZVr/peqLGWrx8OvXvcCZQR/Ut/hb6D/H+nPt1QV7T08qFBpPXvcFxcMfoLHVa34v8A&#10;48ke7dePXveCwAb+mog/15B/B44v78OEn2f5+kc3xj7Ove4MoHPA+pH0/pf+v/Ivac/Cek5p173C&#10;lXgD68/S5/N7/X6r7qDUdVPXvcXHWGaxQ+l8xQfT6cVkX4BNre9nSiGuBTqq6VZK4Gode9vPZ1v7&#10;w5A/1q6i5/Nta8i/9be7RcAOnbn+0I697CSQalJ/oFH4PN+f6fT2pSRAMnz69CQFP29e9tzf2QLc&#10;3H+2tf8Ap7cfIHrXr0wqFHqeve4cgFx/vP8AiRb8/wBPbPSTr3uA4T6n6k8c2H0W/vx4LT0/ynrT&#10;cE+z/Keve4Erql7KSePwL/g/097GeqHr3uDUB3iLICrC7Di2o2+gsb359qbdgtQetq2k6qde9qnw&#10;TTbCgiiEkk/94ahyiXc2bH6f0jk6m493JHimnCnW2AMVF/i/yde9h7VYTJsodqWVBqGpmhkA4Bup&#10;IAJte/t2OZQW0tnpGUfXgZ697aJcWqFvuJkhJVtRlLIBwSSbjmxB/wBt7djmZMKKjqyDwyM9e98I&#10;8NSzxTTfxfGlY2sVMrBiAms2Oi1/amGRqAFTXp0RqYR3ilf8/XvbFPLhKQkTCerdTZjRzw2/2Gqx&#10;tb+ntQA7jGB8+kxMJGakfLr3vG+U26QBHjMmrEsA8j05QWJFvTzyOPe1WSg7h1oSQ6V/TPD5de94&#10;JMuxSJaOGjCxhgRV08cjAmxA4Jvfn/ePbsaEPUk1634poNAFPn173wGYryCrU+LBb8x0aqRa5/rc&#10;cW900L6nrXiv6L+zr3vFTT1k9bTh3Maa21CAvCP0Efgmw49+IUKacetKWLLU4697ZnErVE95p3Fy&#10;oDSyNezEWAuQ309uEdnDqirrkoSTXr3vNHGBIpMY/qPKAzf42Nif9f22CQAp/l0q8ERkHT/q/Pr3&#10;sRcOrHN7eVEAPnxXCKAW/wAojsCove597jm8PXXIr0sR9MsKAcade9jB1d1tkt29nQlqaT7UbsjY&#10;s0c1iDn8f+RE6/oqfz7TXF0qr3mhp6cOP8v9R6N7CxM0+p1OnV6cBUde93s9DdRUW16l6lKWNJmn&#10;LyExDURpoC12NOhv+1f2Y7dF9S0NQeK8Py8ujO9f6RJkQZ0n/L0lt0ZVKHHTgMA7xOqnUByUkA51&#10;rxdfdlnWdJHkabKYZpY4/ulnC6iFJH2ywg8Alh6/6e5026eJNoltGIAMZP8Axj1/2P8AYjq8s5Z5&#10;YpgMFa9VUfKLMVe08ntPsCGhra7+B5DGiRKWMSsNeYFS40ySRov+a/1d+f8Abl77C+K2CqK6sau3&#10;DjYFjZ1Eb1k0bi4jsCGpdINwPzwfeMm/7lHY37sEJqa8OpN5NsDuMFuzrTxF1dHi6p+QY7C2/isl&#10;TbR3Gv3tNHLrNLR+OxLhmDR5GS4Gj6i4P49k+3d8Zti4oSvNm0mIK6hDlGJPMIvZqBeBf2TwczQX&#10;YBQAg+oX/I/Hod3HLCoNRGPn0Yujr5KpQWoqmAn8TIqn+1/Rm/1PsB871l17jUjVZ8pL+r1R5Gna&#10;x/a/1VPf6Se1sdzLNUgj9nQXudrSI8Cf9X+r/N05+0RFtPrqmcCs/i7KbXKZGlDW9RHDRWtcgfX3&#10;sTuy6Q+fsP8Al6bFlEFzWv8Aq9eve1Jitn9PTy3kp9x39NyuToBY2N+fESRce1lvLKUKkio/wf6v&#10;8nXkjtzUUPXR1f2St/8AEE/70R7FPbXXfTtVVRRp/Hx6lZtWXoiNP5GkQ3HHtM00kaP2jPS57a2K&#10;cDQf6v8AZ6wyfchSYzCTzYMsnP8AQel/yfZutubF6XxGNgnnORRI0Ut5crQn9MaMbl4gDwDb2me5&#10;nDFlII/n/q9RTpHLZW5OoDH2jpD5Gs3uZ2hx8WIVbkK81JXPwSwBbTUqOOPYRdtdgfFfbFFOa3CT&#10;5aop9dwKnbNUZZoqfIM0Z+40lkaSA+k/XX/j7DouL17hxqFCSeB/iH+r/i+lke3QpHGzqCCAfL/L&#10;06YqHeHD5Wtwuk2/bpaKs1qLoSC0tXp16dQvbg2/xuTnJfJbpjDSSVOzOoMBVIBJNLW5vau0MnTx&#10;sSzvAzRujeVUSNiPrZj/AF9rl8VlAkmIU+lQfkf9Xy6MIJbaBax2wP8AtQelE9OZU0yzS349VPJL&#10;Tfgi/wC3IW/P9f8AevaFqPlvmMu8zYPanX23qZDKsT0G0MbjpliPqXTJR1IVTpYWt/T/AA9ha9e5&#10;guJwssjKWooqfnxz+fR6LoG3DRwoKgfhp/gPXOKBIVCq0zWAF5Z5pmNvyTK7m/tLVPcW9sy5aXO5&#10;ERyn6UlZWQ0nJuLRJVtGq88fj2iO5XSVAiyPWn+bornvyp09ZveSlyuWqmZqjIS1AfQxZaid3N73&#10;DO0nI49tIZ59MtG8U/8AFdeWQPDGxJJ697GLahqVEZWQm/0VmYvws39Tz/j7PoPGUsTqr/xXTZmV&#10;Mls0/Pr3s4/XtxAzv6HS37b3DLd60WP+upv7GPLsbPJpfBP/AEN6dEG8TqNMtcH/AGOoGQP7IFid&#10;RtwB/qk/r7Ob1tcJW6gCUSAlR/XyTfi59QI/xHvLP2ltaOWJwf8APJ5/Ov8Ah6iDny4M8UY1fn+Q&#10;6I78jZQwxKKSA8tUoY3F/wBiiIuAPpb2tK9Tb6c3IA+n9m34PN7e5onFDk54/wA+ozpodanGD0DO&#10;BkBWxYEBRdgQbjUSbA/T6/6/tIV6XIJHBJFxyP7X+HAuPYW3CCnaOIP+z/gP7eja1FFI/p/5uhcw&#10;k4AIUjhFNj9edI/rb6f7H2j8iti6hSRZvwD+G/P59hu6jq2sdHULZK9CbiJNSRsTzqUX/wAAE/Fu&#10;OePaNroeSNPBi4/Nv1H8j2Hr6HxQzef+r/P0cQPVc8ehCxlRYD1WPl+n5JAQf1/wv7SOSgFl/wAU&#10;PHJ+mq/Fr3t/sPZBJbK4LFPh9OjKFqIMY6WVDOQTzwz8E8fXT/Uj+ntHZCmJRTYAeMXIFrDm/Fjb&#10;g+yG/jRCxr+38v8AV/Pp/VkEHPT9A4/N73/2/Nx/sbj/AA9o/Iw2p1dQLLYXI4+q25t+AfZSoLal&#10;kHHpXA2pWqM9OEbXf6/8V+puAP8AX9pQQ66epuvpYxD6c/qH9VP5/wB791nSqAgcP8Hn08wwcdSi&#10;fUo/1/8AffX8+0ukB8NWQOD4bELx9Sbci/HusMdNev7P9X8qdUApqPXL2n6WIif6fT/C55VhzwAb&#10;n23LEYtPdUHqmRjy697ZYYNNWht9XP8AvAa/4+nusMLUdo1x/q4f5evISDwx173DliP3Uf0/zn0A&#10;/oSSLH6XI91k7hQjuHW/Ezw697bsjGVqOVJPjX8fUcgj/W5+vtNmuVoerBtVcde94chHxF+m328Y&#10;4uP7Lfgj/H3bqx697xVaAU9L/wAsoT/W/wC21vqbAH3o18uPWmrTt40697iKn+Quf+mlf+tYAtxe&#10;3Hu3p14DHXvfUCkwyqOf3DwP6i4NvyQb+6kAHV59aAAJbr3vjQRgT/0AVuPx+k/X68X9768Bnr3v&#10;qiulYpW9wGJ/wvGRz/Tn37PEnPVaVweve4xLtM55/s3+oH6P9YD3Viq97Hr3h0qwXHXveauuKlyA&#10;TcJa5tf0rcA3+vtvxs1p29PugUMeve5GQVvLHf8Aoh+g5/b/AKEe/fUR4yf83+r5dMlhjr3vt0b+&#10;GwfQf5RL+b/RR+eef9v7bSRXcU49NCtVPnXr3vsJ/uOcn6eR7f48KDxf2qPn69PmpB9eve5WNX/g&#10;Sfz9lMRc/j0Hnj68e24f7aH/AEw/w9Jl/wAnXvcqjF3cL/yrvx/Tgf69gOfYgpxNOnB/k6978lxK&#10;L35ccXufqObj+ur3r068KV+XXveeoB+7/oA/+uPwB+fyB7959ePHr3vLUqTUtb+v0/p6V/1/6e/f&#10;4etnjw697kv/AJiH+gD/ANPy44/3n3cnUet8B173JKkUsRb6HyWvcn/Om/8Ah7RSj4PA/PT/ACrT&#10;quAO3r3v0SlRMAbftqLXNuWv9Tz7RSzNgsSa9azmp6976og9qgE3uh/Jty5N/p7SMxamo9aHXvcy&#10;kUmqi/wkH0vb6ngDn3Xq3n173mhBFXyLf5Ub3+n67H/Dn3YM38R6359e9yXX99gb8zG4/HLHk/1+&#10;vvVrJokOK9/WvPh173NqQoMIOn/gOtrngc3/ADxz7U3Upehbj/q/z9bbJFfTr3vnKdawD9NkS9+L&#10;hSRe30IsR/tvfomLRRk+lOvHy697l6bU8oN/1p6R/Q/7bhr+3Ot0x173MijH2VR/y0ivex48g+hP&#10;0/r7dh/tk/P/AAdWXr3vPSLpnhNuAXvZfr6ZLkC9rf09mB4Y6c+zj14+8lBGzmMm1wzc835B+n+A&#10;H9faSf8AtR/pD/gPVfMZ8uve5SoGeQBfyvI/Vfk/0PFz/X2rHFft6t1725wxXnd/z40H+2F+P9e/&#10;tmTiB5dNyCrCvw9cGPp/1yf97J/PtyqEAeDgHhTfgG5X8/4fT2ZWVKt69J5P7Nv9Xn1HBuDyQb/8&#10;Gtz+P9h7cYgQkeoA/ur9Pp/aP0/xPs9h/sz9v+Rek0nD8v8AN1jPN/rf/G3H0t9eeLe1xigft1Nv&#10;obfW4+icfX/H2Hrr45fy/wAnVbf+1P2j/J1Cl/V+eb/1uOW5+n4t7ETGsBTQh1NlVJkbj9Sqlhc/&#10;1I/1vb9hfS7Te2t3bn9QOqsDntqC3SjdbUXVlJGv9po/yN0lchCKlqhL/qEi2Bty2sA8f0/2/tQU&#10;SNWVMbxKBegqHsfqG06lH45sPeSvL8aWW3b3zba113DuvZw/Vj0/h4/711j9vt0lhdwR3DZjb/Ae&#10;kNXExUwoZWYhK6lQEnkosvrNmH0u31/Pt1w8Jp4qSXQ2qsqKWaUr+Ck2kqeLi/8AsfYJ5rmk5c5M&#10;5eg1Uu5oCXr/ABJJx/D/ABdDDl7bTve7ncnGoHUV/Z/q49NmQlXJ5LLUmpfDjoqqCNTb1rPStJcC&#10;7g2t/T3aD1k+mWCo5KzrIb/W5WOqUH62vc+1e1P9X7dXM0q/gX/q8Qf9Xy6IN1g+k56RFXSw1Z+2&#10;Ef6v59ae380qh+5w+49uxFPucTXYREWNSrhajK7RqzZVDtbSv+p/P+x9nBxFTJRY+M6xepBJNgAw&#10;gqKix4AJIuBa349810tbfcN03Tw4O2Ex09e9B/mOfzweMycwTstnP6HT/hH+borXyTjrxS9f089T&#10;I/3f95yVMrskXhlwrgIh02Dsotxfj+n0Q25h57D1eoEC5/TYrcf7Ee8juVVFntDAr2k1JHnXzz6H&#10;/N1H0beJtsx8MAgjPr3fzp/l6Jh1RWMvZEtYJ6MSUz0q6HUEgfZ1sXNhzb8f1+vuvD5Qrpz2Hh16&#10;yksbWBNgTRxkki9h/QexrZ3PjCNQKICSAf5ftySP59DDaEps1uRgVf8Ayj/V9vW4D/J7jDdA5TKf&#10;biJ62pzEbyCNVDiDdGaTTdVBbTf6/W59lFjADz/W+lv1f11rYcD6+5E2n+xY/wBL/P05MScnjX/J&#10;1bxWEkU4H40fT+mjn6n6ce3CkIMkYNhZl+gAv6l/2P8Ah/rezeEkLcqfKJumB5/Z0yZFT4XYXNyT&#10;zc/2W/H0/wCN+1XQ8rOP9qmH+vwtvr/r+yDZc37n7P8Aj6dLuMOv+j/l6R24LqlETxzTcf0/bnv9&#10;P6+0/uEkRjSfwNXIuVAkLC/Fr29ub+CCVHHI/m3Sezk0XZ/io3/HulRsrSz3cG+q6gD+2fBb+v8A&#10;X2XfcbFqmoeLnTUtHoIvquzXbji4/wB79xlfslWUnP8Aqx+fQkgjdlLp5noyeKUrS04Y8+FWJ+lu&#10;Af8Aej7DrJpphqgNIlNTFIVkuQun6hRwVYEcf6k+wfuO1wXcQYBa+Irf7y3+r/Vnpfb+KJArHFen&#10;+JiSotxpsDwLjg/7wPYbbnyORrIZIKiuqBQoyimpJamUTsoaJmKqXdGCSi5sPYf3C0j3TeokZcxa&#10;s/7U9H8d4xIUt/s/6v8AiusyqF+gUE2LaQBc2tfj2n+tquDGb2x9VWxMkcP3oqVm0aUMmKrYYg3k&#10;Kqp1SC1/r7Q7kNLXNvCF8ZdP+xj7Otx3ISZZQP8AV5ddSKXQqDpJtY/S1iD+Ofx7MCMR/dHauU62&#10;wxo227TR06oYY7mn+5rjmm1SxiONDJWVDWsnP0/x9wPzrNuS31tIYRq7vw/0Yx9v+r06EPL4Jgli&#10;UdmPy7j/AJT1jiKTBJ9DKxvYMTcWuliLkWI9kA3cqfxiqKQSRFxChiYAOmiKMEhR+nURf/W9yDtX&#10;101hGssKmL/Sinyz0Rz1ElwCvZ/qHWf2iJ4H1Bop2iX9XDMriw5+l+b+3ntzEWqvSErQ4x173jOa&#10;zuNHloszlIfFyop8hWRgFf6COZb/AE+ntMkaCSJdIy1enLYutxAFc/F69e92PdaTtv7qp6/ISTVu&#10;QosXPQieeRqiSP7LDUsiTF5GnkVllnJ1XBuf9ucScu7dt/K+87xbFRdqszYH/C61+HPd59NWtx4u&#10;6TxEZr/z8B02VFY0FbT09lEc3jAY8EyPI6lRyLnQt/akqYC2ywk8bMaaAYtG0mwhixJQT3NyWBud&#10;f19xnyZvt7ug3K3vodMSTSL5fCoVafF/C3QojRrZw5T8VPyr04WAfji4uR/Uk/X/AHj3W7u6So/v&#10;nUVExMePpM/JgnnivFKVORlb9qYNYVZhuQ17g8+zLcEmkQxW1fBZxQcc0pwXy+XRZfxQ3Vw9yzDx&#10;EiOPsNf8PXP3Zk1LkNp9E7e3ZtjJVlI0WKw0kM+arKmpmqI54JJWQSwFNfk4FtQuf8PYkfZ12S12&#10;q6dQ00oWuBxLADHb/m6Q8qX53O53exZivhM1K/JVp+fSdhytNWZuuwsixSvTQ+UqArBVtDcSgsTq&#10;IlH4+nst+M7c6z7Irosf2ftynrNxU8UqSbgzlLhp8bTkKZZoqd8k9VWQJOFUAf2m+vtNdRzvuErN&#10;tt3IO7FoAv8Aq/1efS2WKZpDHK5MnrXHT2IjEqJT+OONBYRlDpAtwFKstrf7H2KUm+uulwNDtLBZ&#10;XEQ47BRyQ4Slo6qiio6eCaoNbViOnpyIVBl1H0KvPJ9obEzQ7u8kW1zwAnJuVVq9tP8Ai8+Sj7WF&#10;tpZaRpcAKuB5D+X+r165ohUs506ntr0rYEqLLYk34Hst/a+49tZHFJQY/OUWQqiSB9vWRTOCKjGz&#10;GxDhjaOMj/WHsxOtt5ZZEIFK1zntoP2npi9mR6qHq3/FdZPZacXCBUFlY6HKqCGI4RXF/wCn19iz&#10;b4Q+5J8v+gW/2KdB8msgqeHXvbjkYQZmsCRZOD/io4+p9iCWyQDC5HSHxF1U1de94clCfPGGUgeK&#10;G5tcAaALH/Wt7IpUMZoD/q8+lYcgrnr3ue8GjbgvbiulH+veAn62P49t3JBAI4U/yjpcaNCrDr3t&#10;N0yr5HAA/Rb6Ei3/ABH09l0H9q/2/wCfpgefXvfGNf8ALITYcVMa/Q/8dRwPp7NYPj6TEd5x59e9&#10;y8yNExax9Vv95dr3/wAPeroVVa/6uHSedcgEY6975Y8k4+tJ+rSxm/4NkK/j2o2gaZXHy/z9VjGl&#10;GAHn172wqoLCx/QxHP1t+Ley+8/3N/P/ACDqjcT172osmzfZY2S17pUc8m4EiDgX+v0+ns6KkKCT&#10;x/1f5+tA6ZCteP8Aq/z9e95Nuf8AF6pfqLGX6XBH+SzfT36JRjGP9R/zdXmbC09f8n/Fde94azUK&#10;k31cE21avpYHj8f8V9vQJW+uio/h/wCO9NQuojJPXvan23IRDmRq/wCUOEXv/wA3D+Obce3doi1T&#10;T+lf+fq9UL1L/Pr3tilqnjm0i/JPJ4+pJ/1VuPaS4tW+okCj59NJ/l697U+3qjy0+WQg/wDFvqR+&#10;fpqjF/rb8+1sCyx6f4v9X+XqwqCw+XXvaZlc+R4xewdx6hzYE/i5t/vPte07DxAzYMY/ydM+bf6v&#10;Lr3tTbTt93Wg3/4tNceCPwIv9h7XcuuXkvAfKv8Az7/sdOJSj/Z172xzuRUuFJtra9yCQQzD/ifb&#10;cK0vrw+kjf6v5dNJxf7eve5ALHgc2/wv9b/g/wDFPYwjUeCG+X/F9OMopqHXvfJlLfTmx5NieSR/&#10;T8/0/qfdYwM9MUppp5de9+AsOfpx+SQb8E/69h7cpT7eqrHQ1Jz173n4c/2rr/iObk297BK/Cem3&#10;XTTr3vvQLD63t9Ljnn/W978Rx+LqnXvfExnj/evx9Obf090OfPr3XvfNAf6c3uSf6/j/AHg+7RgB&#10;lHl1qgpSmOve+agGaNv6sp4/qrgfnj6f7z7WwuAtyPLw2H+r8+vKaFh/qz173YVOw/0YdZre37+y&#10;bG3AH8BH+w/PtZtkgO2yg+Urf8dHQP2v/cve/wDTT/4R0wRL/uaqW45x8w/xJ+7H+x4t745BR/Gq&#10;hvz/AHFyxB/x1OR9Pay4If6WmR4K9LIhWG2p/Gn8upkZ/b/6r0HH/Bk+tx7Rk4B6erL8k1mM/P8A&#10;zYP05t9f969ql/3Dl/5qj/L0ptf+SnuP+mfrt/8Ai7U//UDUf9boP96/4n2T+sA+4P0/X+Pz/vJ4&#10;Pstvf9x7b/St/l6N4f8AcJfy/wAB6cvcIa+PqD/hf/X+v9efZZc/2g+zqjceve+tLf6k/wC2PtP1&#10;qvXvf//QpemnEkj+RFbVo9Ti8gIUW5N7g/717hvwwo49S74X9Lrf49s87g+pSiFeAVJVrkW/Hq/4&#10;n3UIoHYD0x4MYNVVgeve2ioYtfmO5BYWuCLC/P8Ahce9BU/hfrZVf4W697b5JCy2YWAF+BY/W1rl&#10;h/tvd9IU08uq6Rr01x172yTlkZzc/VuCSxC8i5sBf6e3kI0ih6cXCgde9s1TLfUOP8SBf/Vf48e3&#10;lSua9PJGGFSeve21pgTp4N9Vj/Tg/wBSObe1KhUiXPn1V4VVTQ/5uve4k8gCEKRxza4B+pH6bfU/&#10;8T78D4kbGnEEdJmXFDwPXvYo9WNbbG90tw2SxjXIBsft5uLcWtf+v1PtFOzNGXbyPT8ZP0N03kH/&#10;AMnXvYT5EgvKnABfk/2iFI/JP149pwzFA4prP7OibxHESSx6fEb9nXvbExOlyRf9I9Fm/wBjY/nn&#10;2uaONXpqNOjWWKMSmrt1722WdibxutyBd0tc/wBD7fFKCnDp5dJA0jt697gzuQVOm/JuRe39OCRx&#10;xb26FU/iz05oUj4s9e9wSwIH1sX0t9Ppb6D83I916Z697illPCldY/FwCRyOALEg+2X7WqOkUwAf&#10;HXvcVylyJCFPJADBSTc2UBuTqIPuvTGPPr3tqn8lyFAHBfkMQyD6Hi3Le96VLU60VDMAMiuK9e9x&#10;caWOZxbra6ZWg1m7cBayNmP+IF/zx71IAUYHhTqqgF1B9R/h697UPY6yT7gr/FFJKrTzNdI2Yi7q&#10;RbRcD6+/R00ivTtxXxTTr3sOf4JlHUmLGV7Jxz9pUFD9LG6oRfj2o8U/xj+XTeqbyB/Z/sde9stT&#10;jamnP+UQzUwP5mRobCw+mtV5BI/2/txXEla0NOrqTLqEi8Pt697zU+Hx1ULtujbVKzXKRVmWihlJ&#10;Ba9l8ZJGlb8fgj3tgP4T1cwwtkyqp+2nXvcTPUGL29Umnq5ZMq6BHYYaaKpChkR1JMyRsAyuLcfg&#10;+2Y1MgJWgHz6SmKlc1p6de9pVs3gJgVp8RuJJRxrq4KLw3+n9htduP8AX9qfBpnUv5E9XpCeEbde&#10;9tz5+vp2DUlBjZLMeK2iMwAFyOEk03t9fbohVDqqettFpIZVFPn173HfcWdmp2pTHQU8BnaptSQV&#10;FOVkZCh0lZCqrY/0/A9uKqtUiurpOUk00FK9e9pepTIO7vLk8iCzs3jWuqPEC5ZiFRvot+B/hx7s&#10;BGmEQU+z/Z6QMma6j+3r3tpnWUK2uWaU3KfvSNISAOSS3PPtxSKjA6qQQKVJ697m4qJTj6+6g6TI&#10;4uBf/NX+tj9T7ujfrIPUdOwgUYHh172gJVuXuDZmXgfQX44H9n2ZrQUI49JdK1J0jr3vkVtYKgNr&#10;/wBm/wDhxa3v2KVJ6swCGlR173k8Y5YIPVb+zf6D8cC3vX59bC1Pp1731ZzYG1/9pBLf7Ak8e9O2&#10;hGbq5QaC1c0697m0KgVMPI1BieSLi4b6/Qg2H+x9sNIxJKjt69EjMw00p173BeJQX5XUWksbi92Y&#10;kXOkH254jldJpp6dji0uDXz697js0i6WuNQb03vY2tyQbEge9eKDXt6VuKih697H/YG1KrMbq2iq&#10;gGIzYCZlUSXYtW0oYcQyKVIl+h+ntHcSlI5GNK6T/q/1Y6MILJGlhc18uve7Xvj/ANUwUu44qw0U&#10;qkZpKjU0AGpxV4aWzOaNSblL2uPr7K1ke6YI/DT5fb/kr/LoW2aCFXwKU/zdYKmUQwTSk20RSNf6&#10;cqjN/Uf092fYLH/YGQqFT9236bfVYx+kqtz6fckbBt8YWD4/w/8APvp0Rb2zMXoMf8X0DW6Mn90u&#10;i+oeJ2IuDyPNze7Afq9j51zVxwZSF2JjZo3VrWUFj4rk+tTf/ePYzaa8Se4t4W7EVh/xfy4+nRPb&#10;MNSRS00adP8Atf8AL0TD5BYJMvsuqjeIToKqjnVWVpWHhMzDQPDIP9j7x9s5GjiqMk0k8jPNLHqU&#10;yp4wVEI9ILgcke8ZOak3CXeZ7bwV8FHehCnV5fn+0/7E0cm2+02UEBjkP6a9uop8/Tob/i9jkh6+&#10;2u0cQjKYuFQBGFBBapJLhVtrtz/xr2Rbd+XpZhKpJkQkX1tGxbmI/TyH629h/btllgIFX1fnj+X7&#10;MenQlv8AdIGXQmnV+X+fo40V9PIAA+lhb8sP8PZPN41bTyME0oqn0eElf84KW+ooWv6h7kCwjjiR&#10;Vap9cf6b7Py49AG+vGd+wJ/vPWb2Dle8hkBLv+f7TEGyKCRz/vPvaxKgJDdInc6Scde9z8TUzxuq&#10;swP/ACE9xYH68nn/AGH493WVVcNTFKdJDKCwIB4de9iztKqn/iEDozqGdUcXYjhubaXHHvSDx9Su&#10;T/n6eFwxAU9e9mCzNdONuVCR1EqXo5G1CR9YJpyt1AfjTf8A2HtLPEIyXWpz8v8AY6T3F24DGg6x&#10;jlzcC4B/H+N/dVvdlTVTZOWEy1cshrnCwK8jPIPNk0ErxB2LQyk2JP1Jt+PZI/gtJItsazVNfPNT&#10;6cO7h6dHyXQkht4zpLaB/gHl1k9mYwXxxEfSGFhq6VhUbzxeM7Alywhb7igx+a2xH5KAVzYpZqWG&#10;ByZfF+5ErerWT7L7TxZbx3ujREJUU7a0INTqHH/VTq16Gt7MGNU1MA2eOQfMjrGk0chcI6kxuY3A&#10;ZSVcWupsTY8/T6+ytV2zdh7WNft+k3MJM35JoKaGtzeNmSSdUamiCxLBFUshqVAChLkG319m95BB&#10;4QlCamxWv7fT/L0ht95mS2jhJj16Bxr/AJ+snuNtnGZbHtNS5mJyaeYRaooqhYSQo/T9yqalP+sL&#10;ewteSI7BoYV1f6X/AFf6s9UWSeYnx1Gofw9e9jRiaFpACqHSALaVYf1+tlYC/wCPdoGUeGPDX9v+&#10;ofsH+HozQhY0Ude9jdtSkOqEMNJ0v+CCDpnP1AJ/4j2dWyh2YupMeP5H/i/l0kn73IJxw697OhsW&#10;iVaSOy3M2vUzi7EpNVkG4W/B/wB49irl9K3jrpxj/jr16D+7MQiIvw5/ydNGWk0Raif0j6D/ABaP&#10;/W9m064S/wB8rAKTHAPSCL/uS3H0F7D3mD7VRBi5K1XFf2yf5ePURc9OY7eNx6/8+j/LToiXyKmZ&#10;RhvGWb/KKxrubhbU1FY3vxyf9b2ta7USoFtRYgC1h6QR/iL+5SuAA7AfDw6AAkMhDv59A7gLJEwb&#10;UVCBizG7Ayt/XghOOP6+0jXKdQF7nVa1jf8AP+P049kN3ErsAq8RX/V9tOja2ehCpH5VJ/wdCzhX&#10;0xs17XT63FuNH+t6rnj2kK8HU6kXNiv55BuB/hc+wveoEx5V/wA/RzAAwLN5f6v8nQoYhgY0cGwH&#10;q4I+tkbkD+l/aeraVGUm51CMr/hwH/ov/E/QewpuU0kSkKvbXj+Tf6vz+XRgkrJSnDpbYmchrEcG&#10;QH/G5eH8luL39ozK0hS2kEgR3Fyb/wBof0tb2Rq2pSz1rXo5tHEsZZ/i1dLvH1IYkXA9ZBNhb6Kf&#10;9V/j7R1ZG5hsygXCrwDyObn6XP8At/ZTuMaMofiR/nH+r8ulD6RlDnpT07gswDE2Jv8A4X/B54Ht&#10;HZKnH28kYubsCoH1JuLj6Hn2UiEpk8AaGvl/sdK7ZyqMCOnONvWCf6c8ccA/j2mTAFopvTY6oh6g&#10;b/r/ANa/ttgBppw6WDIr1KDkuP6WawB4Bsf9f6+05DTXjZNP69NzY6rq5I0i3BHvXn17qQf8faXj&#10;g8cgKi55t6f6qeSLH8e25Y/EAzkdNUrT1697Zo4VWpVWH6WLA2/1QPNiPqPbMQ/tpYx60H8/L+Q/&#10;L59VHEnr3trmULVhQv0Ysbi/11WP04uR7ZkZ5GGsUP2dVyWA697askpM4J/45qxP9frYke07qQak&#10;Z6dAArTr3vDWoNNPct6oYVNj/ZKvxx+Ofderde9w8gAKan0i2lYl/obCN7n/AF/fuvNViPXr3vCo&#10;AoGX+sqOP9fxE3/HHPv3XgBT4h/q/Lr3vuCK0Erf6pr3+v1QjkW/p7117TRdXl173jx8V5hcG5jl&#10;J/2Cek8Dm3vwIOR1RSDkde94aa61qgEH9Zt9L2jI/wBj70lCqkcKdeTJUgde98GsrycA/oF+QOFv&#10;Ye2Zko4YfFn9vDp1ATIX697y1y3qSOPov9kH+wP6ey+ORpXCfLq2oSgrkGnXveTJ3LROLAkWsOba&#10;VAt/jf2shiVmYPwH+Xph00sQeve+LhvsKYfQGplJAuLXU3v/ALf26kCoVY/FT+fVQgGk1697lxwg&#10;44H8+SS1xb+wDf8ABIsfbwNXC9bZ6Cg49e95MahP3V/p9hNyNXN/Hxcfnn2sitY6rLVtav8A6v8A&#10;Ofz6ZTz697kUg0yyAAnVBJa4P145t/UW/wB59mI6uPPr3vtF1OCbj1gf0HBHHI4t7vpxqY9e86de&#10;95ZkvUuSvIcfT6/UWvccA+69lfPrxrXr3uRMgMzkkgXFiV4AIAPH+Hv1PnjrZHEjj173JliHhhAv&#10;9GPNj9GFvoOPaczhTRum1fgDw697ksgFPTq3P+c+n/B7n2ja5KPIwalf9Q6vXJp173HiD6ZmuSdK&#10;WFza5Nuf6fj2mdanSWqB074Yzk9e986WN/HUP+fHqUBjY+u31sbW9taV+f8Aq/LrQRfn/q/Lr3ub&#10;RXE8JA+joebj1agD734a/PrYQV8+ve8sZc1RFlFpyxvf/joo4PFvr79oFOPW/DFeve50ikMW4v5b&#10;Dj/HVz+P+Ne06qI2JHr0yRQ/n173mqUu1MT9Wgj5+gI1Hkcfg+7u2uurrxBx173MeIIlKDzeFTew&#10;v+o/n62B9qYcRqOrU4de9yTFeimezXEkQ4ICm5KkE39Rv/T2pUa2UM/+r5eXVqVHHr3vOkbfaVPL&#10;DS8BGoiwu5/Fr/X2uRI17kAz+fV6U4de9zacuapRbUF1Eagwb1R/n6c+7AAKAOHWx173Ix6APECu&#10;kFm5IOq9nFv99f2ilVpJ2APl1U8addE2BIF7e5NPCpd21NySCLfm5/qLfVfx7VM+mgp15n0EY66Y&#10;2/p/sf8Aerfk8+3HxlZCY1JIRddxcEXsLc31e1NnFBc3CRXDsq/LpvVqYBjjrEzHT+PqT9bEfW/+&#10;v7msHd4WsQgMeoyC5/2q34+lvamQR2t2qRv+l9vXtMRJpJ/PrGPo1+TyLD6cfj+o/Pt3hj1rGbBU&#10;+5WMX+pHIuP9UCD/ALx7EM8+22tsuZXkKavw0+H/AFf6q9J7hY10iPUxp/q/1f7PUclgzfQixPNy&#10;fx/jweP959rehCRxqpKxjSranIUXsv0YWsvH+w9gm63G3aZtMqr38GI/wajX/B0mtoZjIGji7a+h&#10;6jSBiCdJbgj0Ak255+nJ59rehr8aKNY5q+hUJpaRRVwrP6UBdV1uODz9fz70CwvoZ4JUlQppwNSf&#10;FT8P4qf7HRyVaJ18ZCxMXkMfZ0m6uGoZ5BHTVIZnIVvE+gXLaWawNhf+n49ihts7blFDpyVOFrqU&#10;3MtbRARGUhSrWJ0XBuRz7yx5Dk2+XlU7bdSmheOSgZfijHblhheHWMfuJt91NvX6FnMVL/hVvX+i&#10;P9X8+gK3XV7upHzFRHipJf4bUuIVix9c71USK0oaFAw87tfSCLc++O4Kvbe364Y5dxYYmllUK5yt&#10;IVYK8UhIbXGSgZ/6e4R91eYkvd4gsbl1+jow/TGkLWnw5ZV4fLqaOSLGax2aC5FtKs6rSjCnxavk&#10;tOs/XX94dzYV9x1m3cvjKjJxCY0WRxlRS1K3WaLTPTytK/kCqBbW319nm6i3/s+XD4N6neG2IppY&#10;KvyiXP41LMWrAvElVqHH5J9mVvzry1t3KI2eO7pHRa0ePV2SlsVb9oKdAfe9t3e85jbdFsJTJimi&#10;Jivwhc/Mef7etdX+Yz8V+/8AeO7+y6zZXTfYG6aObI7YbENhtg7pzEdTGkW1funVsZhaiKcRPDLf&#10;xsdOg/TT7NbU90derj6Knrd87H1Q/cBDRbmwwZtU6ljU/wC5S/o/3UePx7xB5a5T2u33Te59uvXE&#10;cvgk/UMvkjUEdYxWtR4o+0fMjveIN7vLWBYrXR4mrXqVzSmnRp/adXVfPcPxh+a++pNoNJ8Xu5G/&#10;hP8AHPL/AAvqLsIoDWjFrGZfDjKnRYUjAE/Qe0tne4erlhikG+dqKxMgOvcmCtYFLcfxMH6e5k26&#10;3hhhFtJvlgYv+awGfkdJ8/X7OiW02HehFJA2gQ/Y1f8AjnRaenvgH8003XnqrL/Ff5AY2FExpoai&#10;bpjsajWQmGuWb1VW3UR2Q6AdHHPsgnyL7M69yu5qD7feW1qnxLA7rFuDCzOoNHGAzCOtkAF/p7P4&#10;TtdlMzxbzaN/pZQf83QnhtLuzsoIXMS9zYXUPMnNT59bWP8AK36b7d6y+PCbd7B683ptHOff7gZq&#10;DcW2M5gqlo5t0ZappnWkylFRVX7tNKj3Kcg/n2VE772OrVLPu3bqWDhQ2bxYvZ+NQ+60+xbt++7T&#10;EmmXdrWlc/qL/n/wdUkiY4Dr+0dWiTYHNsKbRi682Kl/8mnBW6C/+67i3095IOwtlrZzvLax0KH4&#10;zuNJW1hdh90PSfr7P4965bEUxG9W5k0N/o0f/QX5daigjEi63wzeo6bqrbmbl1ImGyQDHS16Ocrp&#10;N+Q3jJBF/wCn/GlHi+zOvCZPJvnaSE3LL/ePDq1z4weDWE/j2GbDdIY72V4dystB1VrIvqMYb/V/&#10;LpXuEf08Cm1ZWJX8RB8m9Ok5ntpZ6WGBYsFmZnRogujH1MoAQS8nRCLfUfX8+wd7u+QWydj4FMpj&#10;c1jNwTy1EdItHh8liMnUBpoK+RZ5KePK05FKr06qzav7Y459qtz3WzmLqLqKZ1HwxMrN+I6qhvh6&#10;R2kKlHuZVYyAfhOf4vQdLTr3ZderOcxRVdCqhnQSwzU5NvtQFAmhA1EFvp9NP1Psi4+Ted3TkJGo&#10;aChpYDOzItRRSrK/qXSH8WYlU3Vube1nJXIA533CSCWXw42btqdNPh/oP/F0jueabjbmZUtwVr+J&#10;f+hh0OkFFDTxrGmsqihQWIJIAtyQo59qKXsfdVbFKWoqNjPKsheOhqiVH1fSfumsrD/XAt7H26fd&#10;v3Kwu1a33KA2hHm7lq+VQYdP+o9F1v7kKtxpuYFC08lAz+HjJ1ICKum1/SLDn/fc+2qq3RkKsA1V&#10;FYtcpamZfHY/Qa5WK3I/HsAb17Ab7sLS7tBMGY/xGRh/Dn9ID/jXl0aW/Ok80wbwx9Of6NW/4/Tr&#10;n7m7aqIarcdBqmjEzirNTEXGu60UzR+SPWW4VLi/+w9413G1yQ769vuDnvrqZDp+FarpYr/SX8+P&#10;Q/iuJL2xee0jbWKcR/SoOHXj7HrFV9dWbZqdwSTL9rXBFL1EkjTVP21c9IBG7yGOUQutj6jYf7b3&#10;jhz9GZt8htrOaRox/Sx/ZrntyP2dDPlx3ht2JPc3/QT9dAAcCw/wHsm+eRZq+WoPPkssIcfugogU&#10;+UcjTYemx+nuTLHwrXb4glxIZF4qWP8Ax2n+r14dJL6GVJWkVT4Z48eu/aSagYa7hGBJI/tfQHjl&#10;bWt7ekuGmpqMf+r/AFfZ0iXwjTUD/q/n172x1mPJV7opQKxYLqsVAPAAXk+6mFoxJLGw8ROHDj+f&#10;V/8AFoz4kLN460pw+Lr3s+HxSrD/AHA3TjqmUaR/H3Id7OlKaLERWGtvSwC8cWHtX/i0uzSW73Ev&#10;jTSFSurs0utDRf8AV5fZ0gtLYQbvb3AJpKy6s+rAtp6a8hFqlo5NIbRVQkHTdgw1kHV9QObf7H2I&#10;mbrW/uZkwgMPizlZBTiYlTPSR4qTxTJaT92KU/Rl4PuKuU3uzu3NG0X1tHHYJ9ToZVZWoXVVbU3x&#10;Np/h/EOhs7I9wEJoiio48a46cQvIc/qKBSPx9b8f7E+yD7mp55djborKajStyD90x04ApWqKiOkk&#10;oZZZJwqDzJTRyWu19Kk+5DsYoobMxqAWjUFWY6jULwqfP/V6dBe/rF9ZcREmbUVpWoz8uPXP3ahD&#10;TCp+GG2UqqZJaqnTZlNITGrSG1CBIFMoLGNtXINv9b2dC5Xe9tt3vQo8BQF0ilNJ1d+rV/q/kUcs&#10;wrDeXl0BSSUFm8sjH+o9AZD5qTv77eOon+2yWw8nWzUzSsYPPBksFBHIkIsgkVQeSCbH6+6lc/jo&#10;aDfla0USrHN983h8aLAumEIumIIgFj9P8fZGssqhZkldZP6J/wBWOjK6DtKT4r1IP4q/4Ohz94cY&#10;5V4tClWkilZ3FwQURzZCtmUMPr9L+08kkqzGcyMzA+Z6QRl4TUSvX7evew5pn8mZp9ep7+W6sdSk&#10;rTNf6m//ABv2pt3Mm4ktxwfs7D0m1ESA/wCrh172+YmM+VQtjpuQGFz6xIPUVFgTe/sT2TGPcS3o&#10;f+fT0gIIZ/t697eq6FTUOAL+lDyQTqIF+P8AkXsbtCZE1lW4enReQePXvfWSptc6AqQfDD9OL+i3&#10;q4+nsJ7nG0Kl0Pb0r1nRq9Ove89ZBHHtsW1cVkzf7E0wA/x9kM01w+NIr/q/1f6sqYbiaWOjKK/6&#10;v9X+rPvaChciRjfhtS82+hYfT/are7WyacaaN04x0DC9e99hwlTFosbSoyn6nh/o2k+1dvKzSvU5&#10;DdJg5LlvOvXvbhmjr8DWF2iR+Rf+219P4t7fugdA9K/6v8vVLivb1733igHo6uM/QtruPqGSIsLn&#10;+h9vbWA0jg8Om4/hbr3tPxl+GIsW5b+gtcWB/wAPaWeJWvDRjxA6qQCWz172pMjb+G4kEHiOqN+O&#10;b1AHH+v7PLhDCupfWn869UIPjj8/8HXvfW3iRlKSQFdd5vr9P8xKOALn6e0lrK0jaKY/6K6cmU0G&#10;n1/z9e988kFSpZGIBB5uRwLKbj6ck+1xYw3MhhUl20/8d/2ekasUAAJ697edvmyZYA8PSxD+vHka&#10;4Xm1rn27aE2ryNHxbqinLkde9ssyjysSBcOfqPqAT/sbe7xEtcPGTjTq/Pq6ZHXval21+nMAAC2M&#10;qDfn6ho7f14ufayxP1Fy0TDtC8OtKxo5+XXvadkuJ5iL/qlNr3B9R4+n9D7adFkv5IXFAqf8/f7H&#10;TKZ1V41697Vu07rVVw+o/gta1ragLiK35ta/tTszC3vJUj+Fi37cdXjIGqnz697YqixqZPSo9WoA&#10;C31P0+gv9P8Abe1saBb64b+KTqqcG+3r3vLEBdD9eQbE/wCP5uT+B7FSVCIg406s7H4R173kUsvA&#10;IseCDzcc/T+yOfr78ir3EnrSaXBZuHXveYD9LEm4B4vcX55IAJP+Pvx4mnDqjeenr3vygi97C5/N&#10;ueLk2A/BP+29+UamAr0nY62FB173z/pb68X4/AH+A96alTpOOqde99cW4vz/AEsbW/1v8fevPr3X&#10;vfL6/wBOT/ri/wBL/wCw920p/Hn7OtU8+ve+UbDWuq+nULi3HDgEA/1v/sfagNicfi0N1o4qw49e&#10;9n8LGbq/rh1v+1kNmxCxsCseBQ86bjV6vzx7X7SgO3TMTjxiP2r/ALHQV2yNTPvbHjrm/wAI6Y1b&#10;Tmpo+OcZJJzyb/dAf61re59eL5apP1X+4WWbV/avdiP6AA+zKZVVrbR/vn/V/h6uG8P6WNRxkTrM&#10;hPi/F/4jGP8AAeuP/ff6/tEaBL1BkNTNxX48XH5vBx+LH6+23nkjtShUZlH+D/V+XSqrQ7pdAfCx&#10;P+r/AFeXWV/+LrB/1A1H/W6H2UKqKmVx/aBH6iLA+oC9uTx7bvY9UFrqbt0+Xy/1Z6PAmi3iFcEd&#10;OPuILj/b/wCx4t/sefZJLo1fp8P8v+r0x0yaVx1736/+t/X/AGNrW+v09tZ61173/9GlKS/lci1u&#10;D/sdK/QDk29xD1MPW/x7bJbkva5vb6G5vYXuPqSP969txf2a9Np8I697az9G/qFb+oN+Ofp9ffpK&#10;fp/wV6o9Oz+Hr3tpqCVbgWvcW+gtz/X8e76l/jH8ut6l/iHXvbHUzjkf4Wufqb6v8eTb/efb6pUA&#10;k46dSMMAxOOve2OqkB/JOvVzwB/a/F/zcf7f24iSUOnTj7en1TtOmmOve2qRrG30Nif8eL8D8f8A&#10;I/bgoy6gajrxXFRw697izMTf1EkfW4ueAbf1PPts6dOoKKdJ5EWlQgP8uvexc6vD/wB2t5W0gNkM&#10;cT+oN/mZSeRx9P6e2JcxHrcQ/wAQuh/SHXvYV1yn7qZSGsHH0B+ugG/6fz/r+2Qv6KE9E3h6rWOv&#10;y/w/5Ove2iJGeO5R9FwdQU3vcHkn+p/3j2rmNJzT0/ydGM7UuGHmf83XvcNoJi5ChypIYcORwLm5&#10;Fh9T7sr4APW45D2oR173FbG1crL4aeaYvqGmKKSRr8ixCoeCfbwNAKnp3Swp69e956faWdqFncYy&#10;sjWKMyPJLR1aqik6QWYU5ABv7aeUcAek8gdgVUY697hHEYxWJr8/tzEzL6GTIZimoZwVstys8YYK&#10;Df6/0PtvNfhPSfQo+KRQfmeve22rj27RAu+VosxGtyXw1dRZNwBqJKMAouAvH+LD+vvfcfKn29VI&#10;iXi4I+RB697Yp9z7DgOlsfvWeQoBqjocVLSq4JGguZgy2Yf8kn25olU8V60Xiib4Xr+VOve2mr3h&#10;BSLFU7dwlA08dTDMoz+OTV6bn1/Y1CPcaVB5HN/fghOGOPl00ZgtDGg/Mf5uve2PLb93fmZ3myGI&#10;2hTF+Ukw9Fk4W0sbsZWmq5T5L/0Nre3FhBAIY1+fWy9xOS7KgNeIr172mamvzkoP+57MUoP+66PK&#10;VkMY/wBp0ayQQPbgi+S9VMU3DxKfmeve2ZYcg8sYq8vla1W12FbkJ6lVsl7ASLYXIH5H0HvbqFRs&#10;DrYjMYYlyR173EqKClsk3giWWHVz4ogSZAqnkx6jZf8AEe6l2daVx0w7lloQOve1BveJP4vPIUEQ&#10;aOl0rSqE1haWBSHFvVa3H+PusDZZenA36zL6+n2de9h/IPIthphH4b9DHk8sf9cfj2rUgHIr08CP&#10;Mde9wDEWJQOxtclrnni/6gOR7f1gDVTHTnEV8uve8DWS4LDm45P1+v0vb34Eirjh0y6Uq1cde9tl&#10;Sw/sm512vxb6t/Tnj3dmUrg56SyRq+Tx697Zqk6rgL/aP0uRxf68cD3RdX8fScwf0v5de9uOFDNT&#10;16f7RUG3PAMI/wAPrqPPvzsQ6VyOtBPDNfLr3tEvTgs/BBDgAkN/X/gv1v8A7b2t+oI/H0lOpW+Y&#10;PXvef7ZQRxcWJP6eB/hx/X3rxTSvifz69obTqPCvXvfhEqjm9hfn8fj6/n3UXKn/AEMfs/2etrxp&#10;pr173hIVWFl/2Fv8CCPwfz7eEoICk9LCKV697y0UZarjNyPV/iBwrf7SeRb3oummlevQx9yqOve4&#10;dQYwXVBJrLsoIA4Oo/kC/wCPd+INSOnPDAY1yOve5NFjmqp6ePRK6mRARpuACQD/ALrIv7aLaQc9&#10;Pqmoio697sF6T2kH3fshRASGXbBkvED9a/GhjxTWHB/PsquJD4chrnPQltYu6LHkP8nXvdzPWu2I&#10;6CqgaOnRD92j+mJf+OlB+oLAt7aL+3togW5kQl/l/gHS27mEKEA5/wCL6Tm461abH1Xqt/k8vN7X&#10;PhmIsdQ/1PsxUsJSS309eogrpvZj9eAAQR7lzaICjQKB3al8/wDS/wCQjoL3Nwzs6sc/6v8AJ0A8&#10;9YJoXY8gxOl76gNSuOLMb3F/a12xPJDkadxx6kT03A9ToAbEgX/31/Ynt4I/r5jKBwf/AFV49B27&#10;uGicEHFOgd7Gpoqza9bBfVaMyesg2KRyNp4R/wCnuB2rD9xW1nkZ9JYG17WGmE/Vg3AZf9fj3D3M&#10;NlAu+3TBFzr9PKvyp/s9C/Yd3uhEoR20/wC2/wA+el18dKow7DwMSaSUpIENgxP6pgb+sE3B/p7J&#10;RuyjCtKLMtv9Yc/tfp9HsNNFbx0KKKfl/n6Eq3dwW7mb+f8An6NxTSM6i/NwP6/S5/23sr+6KLxy&#10;SWtYhCOQL6VgBudHPujEFYwq4J4evp1vWGoSK5/4rqX7CWtpnB+h/wCQgQeRHz+ke2tZYZOOmpJG&#10;fB4de946CJllUWP550/ThgPwLX1e9g4f7P8AKOmgwHDr3sWNpJKtVTjRwZFsQr2Fzq/2F7+1drGN&#10;Q1Dj/q/bx6cUio9Ovex5ykTT4SWNI3aQ00gKqpY/5hlvYBj9T/re272IJXTwrX/V+3pFcD4/XrGp&#10;9Rvb/jf+H+29lSxPROd3xvRaqtx8r4qkyS1VRLJTVTzNR02VjaaCJpcXV05VqepLBWIUn6m3sI2M&#10;EsF5ctPq0tIW/wBrX5j5dKrKaQMiuW0rQ/lXh128iRrqd1QE2BZgoLWJCi5FybfT3n7d3X3DuSnm&#10;622vR5Ta+K2XTzbMw9Zj4d0YOfKY/bq12HoEmqKGpmpayKtpZULiKGJJCg0ooAHs8u/o44dYUGQi&#10;proPH/V516f3K7ur2MwRAqExXIrTHEev2dYKamhg8zx3b7md6pi2k+uULcIVVfR6ePqf8fZAds7K&#10;3djd95Cu3csmQyOJytRrjzRyNXG8lNVQyOQmSpUnK+ZD9WU/X8+yHd92ha0jggYigFaUrXPo3+Hp&#10;FZ2U6FHnYs4pxqfn59SvZmJpZszkHyNVFRUQrJGqFpcfE1NTqzEej7eQyEBT6baibewnaS6iSK0G&#10;M+mOj2N6tqIAHoOvexOwFGrLcpova4C+kcHgXS4+ns0iB1LqXI/1D/J0qEoAGpRXr3sbtrYzXIh0&#10;iwLi2ki/olFj+2eLj2JLKLShPmf9X+r8ui2R+7SOvezfbPpHp4KaMqRYy8gc8tUH8AfUN7GHK8Km&#10;9aX5D/n/AP1f6h0Q7tL3R0H+rHSY3BKPtpADz6eD/g0J/N/ofZoOvo9P35HAK0ynj8KZvrwf6+8t&#10;/a+qBmpU/wCXVJ/n6i/ntRJDACtTRv8AJ0Q75DTg/wAFViLiWtIsb/WCgII9XP6farr10lCL2u3I&#10;/Nl5NiL+5NnrI5qKEn/iuo8CmummegpwEgaKXVywWP63HPk4+jgc3/HtJ1g5X/g97WI5AI5/px7J&#10;bz4z/pP8/RrB/an/AEv+UdCph2Pja3I0Cx1A/XSeB+Rf/e/aTr0vJcD625tz9WP1t/T2Fb6helc6&#10;T/hr/k6N7du00P4gP8IPQoYWUrCAbck/nj9KKP7XNj/rD2wVoZUB4+gU8cnh+CL3uf8AD2QXNskw&#10;APDowHSxx0v7hsfzq/w4MfA4/SAPaXr0Dqo/5tWtb/Bv6Aj8EeyS9j8FtCp5/wCf/Yx0YQSsmr7e&#10;lpjJTdySP85fk8HlPwSPxz7RuQitCtgb3X6D/E/0H19ktwoZSfL/AD9GcTawD0sKKS8j3PHP5/1j&#10;/thf2kclT2hIYW1Hg2vf+h/Sfz7LdBjJIOOlsQpr6eonBPp5sOOeP9hzf6e0w8H+SzrpNw0ViBb8&#10;hhawI/PtBOoVwowpH+cdPKSCBXHUwMdS88+r6/4/X8iw49pxILFxY24+i2H5/wBcW9sKagmnToOo&#10;Vp1KLfS31H/FB/sPz7TEVOfOvp5s1+OOY2/w9+k+EfaP8I60R1l9p1orVUXBHqb9Q/2n8cfX2zbg&#10;lZS3Enh/q+3psDNeve2iWnvWcg/UCw/x/H6R+Pbs1fCP5f4R148R61697bclAwnJsB+2nAH+v/h/&#10;T2hmBCj049OkZPXvcOvUaabi/wC1Ti5t/qT+L29petHy697i1kIMERb/AFCf0POh/wCgPvfp148B&#10;173FMZ+wYjUP3U/1reMj8D6A+/eXTmaP/H173yhQile/5/x/on+t/U+/eXWtNUBHl173wxq/vLb8&#10;RS2t+fQ/1/2B9+8+tBTVfn173GpUX7yK1l4fm17Wi/HujsUQsBU9bCEUZcnr3viyASkKC17cE/Wy&#10;/wDEf717L3k8RiekxNSeve8uTjtVgD8i1voP0Jzx/wAT9ffoUVSSOn4eLfl1731kEa0fIFwf6/Sw&#10;/r7VwDLGnkOtzDvH2f5+ve+5I2GPg5vaokP5+mn8/Xjj2o6p5Dr3uRC5NC4ta0jW5Nh6Pzyfp/r+&#10;9D40/PpqTgPz697lY9SfuBa3+RTDm4+uj/YezKHTHE0hGT/q/wAPVFwK9e9yaOMiV7/QwPYD/XFj&#10;cr+b+7QylzpYd3+Hqy8eve+KLeZR9LSqCB9LEi9uPqfaqppSuOt+fXvcuoiAqWA4tJb/AHj/AAF7&#10;fX214qaPEr2/6sdeqOve/TodchP0uBe3H4/Nve/ETX4f4ut1qade9y5h46aFjcnS3H9AXQED8XuP&#10;ZUzBRXpugAwOve8gF6WC9zzJ/iR+7Y24/ofaUhpCWPV1QkV6974UoLxzi1zpX8AWGs/1PBF/rz7c&#10;ZkSjOcV6f4V9Ove5NLGBTTm3OgfgW/V/re0bzOJHp9nWq/FTr3uRRRt5o2t9Cp+hHFxwOLH/AIp7&#10;d+pQ0qD1tWFeve8sUbCrY6QB5jzp/wCbo5A4/A97EySdlCK9bBBanXvcmS7FrA8zn6j/AF+fz/T3&#10;U8T0w/xH7eve5s6k/Z6gV/yaO3/JbWte4+nvXXvTr3udOvFItv8AdMfFuLhv6f737VwfAft636de&#10;9y1Aahn/AOW0FxawuXtzf63Ht3z635de/wB9/vXvmeKOrv8AiSG4tyPX7Mo/gj/0o6c8h11+R9fz&#10;/rfj3NpVJqH9P1t/Tn0v+qxIvb3by6314/T/AG3+8H3nx6fuxk/TU1zwD9Gt9FH9Pfj17ri/6T/X&#10;j/ex/X3Ngj9Z455Njyf1XP1H++HuzotPz6bk4D7euLE2/wCKC45+nAJ5HtyWKQ1GhVspC6idQ/AB&#10;ANrcD8+9JFIsiTpWv+zX/Vnptm0x1r1iuumxN/8AWtz/ALax9zamSCIa5GWKCmUSysCgWyk6rlgE&#10;tb+pA923Ym2szduSSq/P+Hpq1t5bmTtBOPn1wjBJt9Sx/PFh9QARzwRyfZSezfkVNj8pJhtvLTJS&#10;0spglqlWRKr7iCatppfHPQ5lUCqEVluqnVyfwPcI7x7hbxHeta2mk26qdRJkqWNQeDhfh0/h6FNr&#10;tsLWzCVAZNR9PQeor6dSFhRbm1yf62Nv9bi9vbVt/s/Kbhjhkm3jnaV5VQGKHP1NPEGZYDZUeumI&#10;UGcj6XsLe0e38zrfTFdxlZCT66fT1Y+rdIbqxa3BaEkefp6/w09OuehP9Sv/ACSP+Ke3HJblzlIJ&#10;F/vhudzJrkiaLcFWyGP1WDN5ku3H0HFh7Hdvuu0W8IMd7dGgr2On/PrdFitds76wTQUzXrxRD9VU&#10;/wCuo/4p7Y4+y92UaRR0u993IxXxm+5smGp9RtaMpXqYdCjjj6j2f2fuRb2UTW0O5bhWh4Sf9dB0&#10;R3mzSXVwJZLVWNf4f+hW6jSUFDNqE1HSShuWElPDJq/4NqQ39sFbv7dVTUv9zvbd9ayEg1NXuPI1&#10;JlOkHUJnrGLfW1/rx7LW5p2W4E89/PPLMxx42hv9Npqx/wCM+vR54l1ZW8dtBboRTPa38iKfl1lg&#10;p6emjWKmghp4lFljgiSKNR/RUjVVA/2Htzouzd+0axpRb93zAkWoRim3RmEHqLFxeGuRQOT9LeyR&#10;t/2OWb9Rn8LP8P8An6KyNz8QyeBQf6V+uMlJSzavNTU8uq2ryQxvqt9NWpTe1vckdodlo8hPYHYt&#10;T5LEa907glWLSATw1eoTX/vNvZ9HvPKCx1S3Jdv4EgNaf7Y/Z/k8un2/eO4qqMWj8P8AhLCtfzb0&#10;/wBVOuIoqIfSkpRb6Wp4hb/kz/H3Hbs3sepuZt8b9kA/Qsu5c6V5/VYPXn8L7abeuW2C+HZyA/6S&#10;L/P1Q2G4gD/GX/3pv83XNaWmS+ingS/10xRrf/Xsov7gVW5925N/vanPbkqKvhGeqyeTkk8aABLM&#10;9Q8nC/1NufdIt85eQuGs5Sv+kjP+E9ejtp0LG4kLL/pq/l3DrMqqosoCgfQKAB/thx7ZmymdKt5M&#10;jkizE3Z6yrYerk3JlJPPtt+YdiOYrG4I/wCacf8A0F1UxxeSH9g6794EymYkdl+/yChoQl4qqqBv&#10;wLN67Efj/Y+203Oz3CQQQKYQD/o2mNf4dJ7vi/L/AGGbmIsBRuB88de9xK/J5mkjAhyFaJHQ6Wkq&#10;qu5Lq310srfqUe5A2hNpjRTJeWeoj+NPLT1eJBLGys2APX0697dV2vn9zYyllrapJ4m+2cCpqKxx&#10;cxiQMwmp5l+kh/2/sXWmwWjVvY5VMbIU/SZGbuz6fD/tuiq4vIbeRodbgaT8BBb+H1697d8dsfIY&#10;llkpo8QxFm9flIBOkli0dLG1zo9i/lbcd45cujJtrqH/AOGF/Kn8JT+H+fQPv4Yb12QS3Kn5sP8A&#10;JX0697EXEPuhp6WBoNurAZEEhiWv8oGoFtNyV5U83v7kC8589xd2aGKSexW01qdSvciTDcP7Rl/w&#10;dFS8lQ3av4l7OFoD8a+X+0p172abcXXOKj2ricpi3xK5DIUzysK6SkSGIx1aRFbQ0KzIGj+gLm5A&#10;/HsUe5fMfMVhyXbtA9tNcuq69Jlanev8L6v5dJ9kt1a/bb2nufDjpxJpldX+rt6SeMztRV5rMY+a&#10;mmjhx01PFBN4ZFWYTUonYmRpWSSzGw0gAf6/tH43p7P0m2KzeBTHz5LIrSvjpMMKmSKnWGsfHVaq&#10;/wDD1mg80LfVJG1kG/HHvD07U+5cp7tvV/BGm4RmKmKN3ylTTUC/Be7SeHxdvUwbLusNhvVns3iT&#10;GKXUTqOpOxCwrkDi3kPi6n/x+hOYOFEqLVx38yO8anmmWqTxjy6z+2ebqPaE2lWblxPTOycXuiWo&#10;gzTNuhaiMPWq0o/vNPURmVa5kqJNFK6adS8fji3vC1zDuHMe4FgSqCP0/Eh9ajjXh8upU2jxDbw1&#10;Gc1/a3r8un32hNz4E6GydM5ELjhAxCxNEIkdiqRAJ5H/ADf1e/WW63F01xHE7UT1r/kbo8YQODHI&#10;wo3qR/l697CuobJRNpjEL29P6p2P/JjAX59mv7yuIzWhofX/AIvovltLX/QytPy/zde9w1yUqOYq&#10;ilp9Tki5iewDfRrvICR/t/p7VrvchAWUDwz2+f8An6RSW0MYaQhcfIf5uvezP7ZwGWw+zcft/H5a&#10;q21ubszIrt/bcsmQqMLA1buqggixE9RLFFFXDGNVILvCszWW6KxHtbFNMge9AY2cKeKaatPb3+un&#10;59JnTVA1yp0yA48vKoP/ABXWORkVGdhqEQZ+AGIKKSdI/wBXb2aTs7a+Q2FsbY21M4+Nq84djbY/&#10;jFZjnnqp67NjE1+MyFcaqrpqaqqoamspHczSRmWS4LG5IDgtLdvC3K0CqLhhIQujHiHW2E/mOjez&#10;ilmjtp5KaqqDT1oGJ+zpL7Wz8e4P47JGlUi4rcGTwpFREYgzUYpmLxgu+qMiYWPp/PA/IB9b7Doa&#10;7au/Y8hFJNWvn8zn6CCqSGTiHGUxhqFjmpGl+2Wf6so4/DX9p5booJ18tVP5H/L0R3bKLy7t2yfE&#10;Yj9p/wAvSpdipT6WZgpJ/qSAB9fqfZysZnMBlPi3DgqOsoP4xjKnbdNk6IVVGXSupaINOlPTxSvU&#10;iFAQBrUOD9bezO0nlg2pDqIViKcf4SP9WaUp59a2+LwtTAipBH8ugekwuVXvChzskEr4ttj5ehhq&#10;YYqlqeKV8lh5PDVTNH9slS/iYqoa5QfTj3VDu9C296qMJ6qc1kbkL6tRiQ3+lzwPzb3cKPCqOPSq&#10;5iBkYgd3Qye2LHwFHS6X9EwQaQbARve9wLWH+w9pZBxIOK9FbRkEny697CulXTmKY3+nm+v/AFCk&#10;WPB/I9qbJf8Adk3zA/463SNl/W+3/N172pcMfWj2v9P6/UeQ/T/YexXaqf3l6ZH8l6RSKfEkH+rh&#10;172pp4w9S545VOeC36D+bWv7kOIEBVQ46JySGND17241VMpqFBAt4ITwq6v0g/6kEt7Itys1lqKU&#10;/wBX+r/VxcrqIPn173izFME23wtgauf6jSP8x/rD2Fbiy8N8r20/1f6v9npdaeYP+qvXvYUNdHv9&#10;bH/YX1H+tuOPaRAQxB406ekrp697jpL/AJVHzxrT+o/tj+p+t/blt8bf6c9JQc/n1729Zggil54+&#10;3j4/P6pCf6/g+1FzwX8/8nVbjiv2de9y8MqmGfn6rIf9vEfqeb/19v7V/at9nWohhuve2FYwAUt9&#10;P9a/INjyObD2mmr9dkfiHTf4uve1DkFX+EYc2F/HVXJA+n3A/wCK+xDdf2C9Xb+1b8+ve4+3gzZO&#10;kIJHM1uCBfwy/wC8+r2T2NFmqMH/AGG6rKNNNP8Aq49e95MujffSKeDdbkg/XxrwDb+v09mFz/bH&#10;7F/46OkRr1728bcBZ6oHnyJGLc2NnY8X+t/aleB6rGK1697Za3UtTItxw5/T+bMwv/re7wf7m/7Q&#10;f4errSgA697U+2ORmPoL4mot/QnVDY/7D2q2/F4T9n/HuqA1BPnTr3tOy381R9P1Sf7yW/NvdIf+&#10;SpJ/zSf/AI8Om0/z/wCTr3tV7U/4F1v/AGo6z/bfs/T8+1W3f8lFvtP+Hp1eJ+w9e9sU/wDwJZfr&#10;e9v8Tf8Ar/sPZkv+5c3+nP8AhHVE8/t697kRkjTb/Wtz/qjb/H6G/wDr+xJ15/jPXvcpF9XKre41&#10;cWA44uD9efbaGtWBx1VeHbw697kqgN+LD/VGwJP9f0kWPuxPTMjVqo69794iRwF/P45/3lQb39uR&#10;n46H8J6bFRwNOve8DDSR/Q/UX/Ta3+H1596Xzr8H+r/Y61Q+meve+Fj9Px+fp/vI4HPvRGliPPqy&#10;Lqr9nXvfdv8AeP8Aeuf9f/ivvXT+lf4R1732t9af0MiA8g3BNjb6f09uxjtmx/obdMzKAuB172fx&#10;bJ1Z16qm4OR2Yx+nJOAAP00/09ne0Jq21wB/ojf8dToMbUuqbexTzn/wr0xL/wAXuYn/AJ1cg+v4&#10;FWLf19z6/nMyoCNDdfZZ9XP1uw/1vp7NJxR4/XweqEaVtj5+MnWZDeLn6/xOIcf8Hi9oyP8A5lBk&#10;bf8AOxxv/uP/AMTb2XXf9j/zcX/B0on/AOSrN+f+DrM//F1p/wDqCqOeP+O0H+x/Psn1Vfyy/T6r&#10;9b/W6290v/8Ace0/0rf8/dHr/wBhB9n+fpx9xV+gt+L/AOP59k8/9q/5f4B0w3E9e99/8i+n+8/6&#10;/tqvWvz697//0qVqkKztPHrCH8SaQbBQnCr7hypWvr1MJ9et/j22OqEFwVKm2rUV1XU6f9ib/wCP&#10;vWpvXqp+XXvbJLK2ksbg3YMBb9AuBa4+tvbzQhUVT1p4gqoGyeve2aYyzNpWxGo3DAqb2aw4sbkH&#10;3QrGoqAK9MsoUEqM9e9tEtNLIWKRuDdr61dVuCb6DaxF/wDH24ZJBQUA6fEjgAUHXvbf/CaypfRH&#10;TzyPewEUUsgPIAFgh/LD24tyV8h1ZZpAfhHXvcgbSzk7WXE5IKfTrekqkjFzYHU1ORY31X/p7Z8S&#10;tOHVtTtSiDr3vs7KqY7/AHmTw+O4NxkMnFRW4I5+4jWxH9famVhoNB040Zpkgfb172pNtVuF2pht&#10;w09XnqCtetq6KRBi8jR1iMEWRCUKSLdQzf4+25KaSukgV6bqiRTxkijMPMHr3sPand2waCpdspDu&#10;2cy20/w3EUtXH6VCsC7yDTywsf8AA+/CAmIItMdICLdIVjo3b8uve07kN4YWGO+3cbXVbXJSDPY0&#10;QR/VA2tKeQMPSXI/xC+1DQmRtTGlen5SkzGRFIZh5j/Z697SEm/OxZm8LbM6+paZv93wR5aOptbU&#10;frVEAhxYf4H3fwIfKRq9NHxq4RPtz173GbIZ+RmvkajFzrYk4uqlhQEngoTYi/8AxPv1EoG01AHV&#10;iWNCSRT0J697VOxsvuJajIwVW6dw5KOop/G0Nfkppo1XzA3VCQLfj/W9sTaANQUAdMoWRnBkYrTz&#10;PXvaG3DiqCsralqymiq5DJNdqmKOZ7GSS6hpFLWBv7qsh00U46T0V6kitW/z9e9skNHR0alaSkpq&#10;dbEERRJGSLAH9AX9Wkf7b3tndjk1PVHA1NQde94JIkc20aRqJKIAqOx1XZ1AGom3vYY0OerqoZD8&#10;+ve2yogRCW0LbQV5UWuQx1WA+qj/AGN/dwx60Yl+fXvbRIGjGlW/2N7D9RA0202uB7fjIo1erqqp&#10;WnXvbYwY3JUluTci/PtSKdX697wOSqkWUEkC4tdeQSVA+l/z7Zcq4opq3TTqrgeo697gzMHtIyht&#10;X1U8rxpUWsR/r+9FdNc9JpE05qKfz697eN6KsuVdjwSlPYA+lbU8A4t/Uj2xEdAYr1RzoYsuMde9&#10;h/IByttXA5bn/Ee1imor0+ja1r59e9w+eFsi6ja/Kn6cjV9LW9vODxBx0++pTUHB697g1EJBOoi2&#10;n6qT/U3H1P1Hu8ZwadaGa9e9skzFmZkQeh24tf8ATqtqtz9fd9KgZbPTLRqB8Weve4NRcAEpckA3&#10;VTa4/wBVxa1/e0AbFemlXVxPXvb3gY1dK4gEHwVLG4P1WEHkaT7Ym4AV9OqhNUbgYx172kZENzdR&#10;ybnmxBFvpxa1vbwQep6TGBOFT173jAZ3tGGIAP8AZOm9r8kc+/FFA7uteAhFDXr3vnHQ1U5jK00z&#10;a9X+bhlYAre3IQj6j3saFr3dOJDpyAa9e9zRgpbAzz09O34jnnWJzx+UdAx4sfzwR714i/hBI6dE&#10;dABWlOve5NNRY+hlWWtqJGRSCBSPDKxuLDgrYg6vdi7tQKg6cSgIrT8qde99suBF5aGKqqZFOsJX&#10;08IRm5NmEfJW49ukyadLGi9KAIz8IJPzHXvapwleHmjH8IxiWYHUKchv1KP6ixJ9pTDT/RCenolo&#10;RRR173ZH0fj0k3PsyuZFjLR7cBjQaY0U1uNkNgUY2ANhz9PaCZKqy6vLoRWygeG/9EdcW/S1uTpP&#10;+9e7cdkTU61caqAT5VUXC8WemAP9SB7EXLNuC66D5V/45/h6Q7kzESA8Av8A0F0HG+FlOLnsSAY3&#10;vYnkGCpP+929ifWqz1I0ixZhdRwLF/8AD6m/+PuYLC3jCxyg5XH8v9noMn8WegQgn8dK6ObjTcE8&#10;m4S9gT/gL+3zBa1yFKhNzHUwpySLjyIDzybkj/efYjtoVmZrhuLk/wCH8uiK8kOsU+HpC7yZP4Dk&#10;7LZWx9ZIbBTYimlI4P4H/Ee3nsqLXW1KeOMBHax02vcRGxJU/wBf9v7g/nKNoN3mnBfUz/6v9Xln&#10;oQ7E5WJSPT/P1L+NVSJNk4QeUsWoYyQX1AczA2CseOPZMd50AV3YA3P9P8PCCeVP1v8AT2F0VTku&#10;R/qP2U6GlvctMaugXo6WPl1RL9Dbn68ck/Tnm1vZXN1UYe45/H9RY3pgALAc2PPtLJcNBUgf6v8A&#10;UOn5KoNY6dfYTV1NyCV/17D+gS3490FAMdNnhXr3uFTxKhLjg8f2Rb8/635PHvYJBBHHqgT59e9i&#10;jtRdNZCQLsGRrG9rcfmw/H+HtVt07TThJAD8/wDV5+nz6cioxoT172afbGNhrlQVMaFDGqtrUcAi&#10;MG+pSoKg/wBPZlc2ySJqVzXoqvZDGW8PuB6bKqdoQSvqIJ4H9eT9eDyR7cd778231jgZjQwUTZKZ&#10;JrExQhnMtFVEK8kE8DhfPQqT9Of8fYR3i6EUZSNaFdPD/Snj/P8A1cDC1UukZqVJUfD+XUCmpamt&#10;m+5q5HEK3CQBm061kV1co6n+wSt/6eyF5D5KZWPPZRhtrbNcKietqIHrqaskdJ5KpvC6sK+yup5B&#10;tq1E+wh+8ZJCATRaCtKf5/8AVTozhiUcalv8telAEAVVBICaQLG1wosAbfj2BeRydRuTcOSz9XBB&#10;DUZKsqqqWClV/t4nqpfM6xiRpG0oxsNTE29ldwiyTOpalSOP7Pl/g6UFdTAsBUjrl7f8fQo5XWpa&#10;xBW6htAFyQnp+gb2vtLGNSzRu1fXy/4r/V9lhGCTo/2P+K697FzAU9vGCtw/+A1DhuCLD+vPsySN&#10;WkOgUHXmILErw697MHtGiVZFWxs2r8D6hJ+L2FgT9D7EttGp0Af6v9VOkLHU9eumNgT/AL7/AIn2&#10;abAwAIfQB4+VstgwYy8k/UW/2/sb8twKJe1s/wDF9EW4x+I6DV/qx0h9wTkR2ubPcEauQV8fA/re&#10;3sxuxIVRq0AD9EP1PPJlN+QDck/6/vKf2x1kSKWNMH/jb9R1z9F4Fomhix/zaeiE/IKpDfwQm4Bn&#10;rL6eRZaeiKj6njj2qMjGQFCgWJPDX+lgT9f6j3JMzskpVsgH/B1GUTamVnOR0Fu3ZlZJW1EHxr+k&#10;/nU1gP8AWP8AtvaOrCxfSRb1X+gJ5/Fvx7KNwjEYaQen+r9o6OLWJCVYHPDoXcIyiNiPVdPybD+n&#10;+9j2lq6ylgeLXJNx/tX4PsLzgS+JIy1fo7tkUBs56E3ElisYBJB0ryP6aOSeR9P9j7T9YpZbAD6B&#10;jcXFrNwbf09k7tQfPpQOljQsA5JY/qKggm97r9CR+bfT2m66IhAxUBiigoLkD9f9Af6/7x7J90bU&#10;yCmNJ/4r/V69LUoaDVj16WOIlGp1DGwlYhzYE/o5+p49pStgJiGr8W5tbkXtf8j2QOoKgEY6NYaK&#10;gp0saWUeQ24/1r/4f7A8+0vXwqae5HOoDgfUX/x/N/8AX9oWjBcasgcOl0X6tNXwr0+wSWew+hv9&#10;bfX68f74e0tLFaGYre+pPqQLG5H9CbeyOaMh2NMH+f5+vT6xCh7snpzViSPp+f8AYgj/AIr7TaQH&#10;W/p/45jnnkg/m3059sjAznpwLoB8+pJbgfX6ta3AtewJ+ntOLDoleyi6kaSFsfUvN7Ae9uoIKsKj&#10;rfr1KvcA8D/jX1/PtOz0qeZGW90YnS/IuUBv+n6H3uEN36yCSa/4Oq08+u/bJURlKtdOr1Ffrb+h&#10;4+gsLe7mg4HrXBuve2rKRkzAhRcxqCbc25/w+vtFOqHSnmP9X+fqwJJzx697gZGn1JAxJBWOKwH+&#10;0qxHFr349pxCvqetnr3uJWwBaWEkubpHYfQE+NvT9P6D220ekV1dbWhND173F0Xx0hAIIqEUc8H9&#10;v/C1gPbfp072qvp173hp1YwSk/2Wtx9P0f7xce9dMDh173xxykTi308U9+QAPQ9ufdJJAgHqenhI&#10;gOW697wU0a/dp/QB7An6ftn/AG9/aYvJJ+mcV/wf6v8Aix000jigOD173HYD7kqAbcc/1/bv+f8A&#10;H3WSIoIyz/6v8vTRqSupuve82SDGse9jYLYi/JZFJvxe3txX1qEVKL/q9a/6vn0+QNOuMU697yV8&#10;TAwm7c2YW5P6ByD7fWMJkceqGpNSc9e983jJoIdRJAmlY/j6DgEWC8/4e7EEqQpoetHh173ziQCj&#10;awv+4/HPPo+oJPHH+w9uRohep+LqrKGBPn173NoFb94D/lSkNrfT9FxyQDb/AA9rY5IlRlYef7f+&#10;K/1Z6aFM+nXvcujjvPIGDX+3kBAFvqV+upbW/wAPr70Y4tNfGz/q8uPXgB5nr3viqnyDSL3kHBPP&#10;1BubL/j7UxkAGLxKsP8AV/L/AGOrCnCueve5Ex/ygkr9X/HHNz9PoP8AYe2HhiWo8WlOPn/LrRAr&#10;x697y1PjWRlsSL8/0tZf9gCfr7SBilWDU611733OhamhH4s9h+f1i3+q5NvaQs0hAPDrYGo09eve&#10;+SqRSwgX+kn1548ljYm1/r7cIBqCMdKMUHXvcqmjVYpyo1HQvNx+NRuCb2t7RB3lIjdsV49Vrg1P&#10;XvcimOqmqLW/QRcW49Vz/jf26baM8S37f9jq4UUPXvciiQmaDgep0Ugm50/4fTi3tswoCRU9MqSr&#10;EU8+ve88Sf5UzMD/AMCSvI9NjIGvyPdfCX1PWwxqTTr3vnIt5HFrAzMbgfksRYG30t7cAoAOqn59&#10;e9uEy3NKLfSkQ6SP6O1vz9eR7t1vr3uXLCGNNq1KBApvyBwxJv6Sf8fZhFETAHQVNc/sHVqVFR17&#10;3JWKMUNRy3M0H10/XUv0+t/r7oZGjBYEj7Otde/P+35/23+9+5Apw1NUC7EM8RJWw/IP0K3v7fW5&#10;cBRQY9f+L6tXHXX5/wBgf+I9zaWMCUE/2r6v68K3444t7MVGo08ur5/PrjIbKf6/77j/ABJ95qFR&#10;5EH9L2t9b2f3bQQ3y696ddSHgj/W/ItpuL8H8/8AEe5kCEOSefV9D9eCfzaw9+ZR2jgK9NSZ0gdY&#10;mNwBza1/9vzxz9be3pYirgoWGtQGsBf1fS2kD8/T2tgmJItSi6dX7P29UcalcE8B1hvwb8/6/wBP&#10;9j/sPbBvnXTbS3BUpdZafEVk8bC+olaaRtLEaSqll9lHN1ww5evWwCoYGvyQ/wCT9p6M9slMG4Wt&#10;sAGifTqr8z1ygP7g/oQ1hxbi1rf191RZ6KV8jkpiqv8Ac1NZM5kv6Xnmkldx+bi/F/eKdz/uQzlm&#10;qWrw45I/Zjy6E9xaVnMiSMqj8I4cT1N9sdDkK3HzxskkyLHIrACSTgRlL+lWX02Tge/dmXQKWp5g&#10;Uz0wwoQjKGWnXvYx4LecGSgWCvK+RWUeQm7N+gAOZpWup1EH2rs9zu4GNsyIkTfiGrV5D16LrqBX&#10;cCKqLSmMde9rJKChqyZEigVX5DRCPW3HFyAb3v8AX2J47DbZovFXcZjNXK1WnSaSAoulZXz9n+ry&#10;697nUe0DXOsaU6LEp/zoUayLX9bGIqCf9f2ieC7uLmEJGHjHkcdF2p4ZAHcsB/F172raTY9FEVSU&#10;3MYNioiYnUL3JMK2Av8A7z7kPa+UbW6iU3FvpLD8Kj+kPxCvy6fO5SaAFgTH2/5+ve3yLaNLJwsU&#10;qBP9THGuq5PBIi5t7ENryDs8Zk0XU2un9D/Ivz6LDeTg1jUZ+3r3uXD1+rKoEZOgt6mVVBLX4P7H&#10;taOUdpiZdM8jf7wf+ff8nSeS7vSFP+fr3vPL1/LYsqMth+kIApt9L3pxb2vsuVdokLCUtp+1P+ge&#10;m0nvGbvSv26uve2Gp68rJdfj/Va3pP8AtjYUxt9fap+V9jjY0JYD+in+bqjSzhiCg/n172kX63zs&#10;E91eRY2exIkk1AaiTYfbAKQP6/7H21/VjZpS1VKhe74U/wCgeHXqztqDKoWlfPr3uVjdhVv8RjbJ&#10;iSalSSNijapVZUmjJ9EsDKVZNQ/2Psuk5b22OdXWWSqsf4fJv9L/AIemoo5ULjSck/zP2de92DdW&#10;UnQsG26am3jQSR1cNPBCUpcNhJmaSKgpFWRhVAORrEi6rW+n+PuW+VNy2m2gSy3FFigEdUkTR4mo&#10;BQEbWdIWvd/pvIdFG47Be3Li42x1F6adrtpXSTqbIUnVq/LoGey07o8lK/V8ezph5IPvI91V+co0&#10;EPlqvuGg/hFJOWl0eLSGsD6v8PfWbyHQENfPBjsazU8ckuk1OGwaNZXZbEIwjuBa9ub+z5uYdgWY&#10;6KNF9i1/49/q/wAJaOVt/emuaJX/AKLt/lXpzwFL2kcXTHccu248qYYvuUxlblZqRZvGpl8T1NLH&#10;OyCW4GoX029o7cG9+ksJQs+Mw0MteEOgPhMWEBXUP1RTRtYEf1Ps2n5k2Y7cI7BgLnUvAr/z61eP&#10;5dbbl7e7ePVcXtIf6Dtq/wCO+v8Aq9XzHUG8DW68pW0K0QBstHU1bTMSeLrNBoAt/j7Ltlu46/J0&#10;+lWNPSEj7emRpo4qePUmuOGL7pgiO6m4H1J9o7nm55LLwJwsyDyerfi8s+fn0VWmyPa3BmS4l1/6&#10;vl0r4qSniYukSeRrGSXQvklIGlWkcKC7KvAJ+g9itsv5hUG3MEm09w7bw9TjKYKkdTBRzVNcoNRP&#10;XkokuTjhuamZFNl/SP6i/uGOZOdTaWlxbxWFslsaVAX5gLivrX+XQp2zbCd0ttwnmlM0eoLXh3KV&#10;8x6f5+kDl+t6HKbkj3Qme3Lj69Neqloa+lhxs2qjjoR54GoJJ38cMZZf3BZ2J+nHsO6rvvq/L4nC&#10;xV1LmnnojkTFfF0TsnnqFLWL5B9N1Qf6/vFqHY9ktNwvb2O7uqyaP4PwqV8hXz6lKw5hmsY1CWyt&#10;T1B+fpnz6EXm5+luLfW/+N+PaKznb+23xtZQ4rHR1EFSirHJkKKJZ4yJEkYoI6wqCzAg8fT2r2jl&#10;rlywS5ktb25e5k0/Hp0/F/RUf4Ok1xvt9OWIhRfs1dd+wlO5qGokaQIYYit/2kVCW/tDmUrwPa99&#10;nsG1VYBj9n+br0V9ckVb/L172I/U206fsPeuLpKeKaspaWrpKvJU0kSTLLR/cxRSoIVjnEwbyAWI&#10;AJ9pIeVbDcb232wXTrJcyBBTQunX6dv7KV+zpu53O98KfRGrFVPxV/zdR6qojpKaoqpnRIqeGWZ3&#10;dgiKsSM7FnYhVUBeSeB7M32lipZe0vj2mOH21NtPtnrZq2lYeBYsRhcnUxSKkQjY6ljIAVtKcfQe&#10;xFve0nZdrvtknlVoXtXj16hq0tGVLD4F1dvl9vr0rsbi8ubSGKSNVDt3ZOAVGrT1BjmabF1NRTaJ&#10;HmgqJ4ASTGzyRGSMFlDEozMPpfj+vsUu+NxPufetJCsswhx9BTUEEkLMYjDSZTLLFA7lpI19Mt2V&#10;bX/A9hG03LbbDb7Pbld3mXSiV0jNNC+vQx22bwoDbqoYqSVr6gBeo+3sXHi6SoKxRwzZKtlytYI1&#10;Cq1bVxQfcP8AoRmJaP6tdrD20bdlj2/Q7gyGQampaRdo5svUzssV5BRhyoklaOMsyxkjnUbe2YrN&#10;b5bkjtlEjVHlSlSfWn5Y6Ibm3W4uproMfqA5BHlprqPz6d5wSI7Am08JNgTYB/qbfge2PZe1ty0W&#10;1od+M4/uXuNIMjSjyTijqWyEANFVMvgFHIzIpClZmP8AQm3tuS/uklt9gigVv0i5bu1VQ/t/1HpN&#10;tLm6vru3IASMn/bU/wBXl10Kimed6dZomqYgNcauhmjDBX9Sgl1BUg8j6Eey4ZnD4/Ib5zVXFUKq&#10;+eo+4EskCKkzwAKlOLEPGbc3P19iPabc323+JcDSx/hPS2R/Fd6YFepHtoG15UkGjQ4RJLlCrBtS&#10;kcFYrki3+w9oYkaadoycev8Aq/y/y6REAsTXI697LsaF4czCBHKLGUAyra96Un6aFUj/AFvdoHnS&#10;c3IXu/238OnpEqh5Ksafl8uve3fDxFHjBFyzNcA3Bt5LG9uQV9iuyeV5/qCi6h/0Sfn0inCqag9e&#10;9q+aF4pHYi7aUsF+ttAuTYf6n8e5HtGn0qzxrg9ELaQSRUnr3t4ePyTqxupEMX19KkFR/qhb/iPb&#10;W4BlRqof9X+rP2dWowyB173yzNOr7fEbFuJpWJFjyacg3txyB7C1/UCoHdT/AFf6vn0shYqpIPf1&#10;72DVVTgysqliAur+nILC1rfT2QBq+WK9O+I0g4Dr3tisFqAVDXWQfX+ok5/x/F/doQPFZv6Q/wAA&#10;6Y/F17295TXpoG+rPSxk6tVv1PcD/W9qJwCaEdXlUNpr6de9u2CDESRmxBglYm3N1jNv6e3dqUln&#10;b0p/PptMah1721hPVc25H+wv9bj8/n2juGK3hIHD/JTqh4nr3tQ18SnE4a4vdKu/AuR51N7W/qbf&#10;T8exIyGaEIR/q/2eqBquRT1/w9e9wMGhWvg4PpMlr2B9cUgsdI/BPtNbWiKxZCxI/wChhj9ter3H&#10;AFTn/i+ve8+Wj0VRZubqoN+QLqn+F+Cfay6VTLLjFVP7a/5+kfke3r3tx29xUNGPowX8Ajgm9xwf&#10;r7qqAKpr1ROPXvbNkABPM+mQskknIX0EAvYA39TWH09qXglgY3jMGRl08enoYvEfSXAX5nr3tT7S&#10;0GLMtJrW+IqiBHe5OqH0+q93v+PqfaWw/ec17/iUcRSv4y3z9P8AiuklwtytwYbZ4WFPM/b6de9p&#10;uf1zzGMgKryX1m1grEEG97Mqn6H2b3e17hZ3Auj4LCSKrUbGW1N/PHT3gNbqiXBXx2XVjhRv9nr3&#10;tT7SljNbkIwsjFcFXeqMalBQwi9/029sWE9vHeFpWfXX8uOevLHIrszkeHn/AFf6vs697YqqORak&#10;atF5GBTmxKFrAsvFv+KezZxbpeo8JciQ6j9urPTKvBU+AxP8X+m697lAXJVdYMDBJDpB1MefR+WU&#10;H2LIxF4LO5Go/wAv9X8+tSSAVJ+Lr3tX7f21nNz1kdBgMNls3UsrD7TEY+rydaDokkv9vSRTy2VV&#10;LH08KCfx7LRe2Nvb3dze3ITQVx2gnyPb+LpMt1bISkshEh4aafYeHWKaeGmieaomighSxeWaRIok&#10;BIUF5HKqt2IHJ+p9mgpfhf3k9FHXPtWtgjm1MIqjHZ+KqjCy+ErPC2EvCzuQV/qrX9hvZ+cdk3e5&#10;a2F8kLf8MKx17Wbzfy0H9h/LT218R4piURf7b/NTpGT9l9fwGz7y2yR+GjzmMkU/5scMlUQbGVQf&#10;8SP6+0Ruz419sbSplqchtjITQ6X8k1DjszPTRaGhRDLM2IiWPW1QFFyLtcexjqhEcxgLuRTv/Dn/&#10;AEp69az2M/iRrMWmXT6fi/Pqfit8bOzc6UuK3Rt+vrJNWiipsxj5qxtKyO1qWOoaY2SJm4X9Kk/T&#10;2BNRQSwu0U0ckM0dxP5FaOKxChfGxUXfnkH6H2ztq3127+PHGsX9HV04ELuQox0qfbWVsAyBmBJH&#10;rWzfQkmwubEHj3V54/HkhTivWmdYzSPj69e98Qp+tv8AA2v/AK9hwPp/h7drXj04js5NR1730Edn&#10;C/1J+vP9s3+l+bH2/HpWK5cDIjJ/wdPSqvhSMRlRX/jPXvdgEaEdU9ek+rRW7R5PqPG34wxBB/Hs&#10;w2m4KWDKBhmB/avQM2ucJebkgXtkEv8AMjpjjAOam5N/4dKD/Qf5Xwf8T7lVJWTNyKCQT15lbE2v&#10;pWRl4P8AX2ZXM7n6INwIA/3r8v8AVx685LRQ4+G6UdZ1AEf/AJEYz9PzqjP+9+0alx1Hlx6f2stQ&#10;opH9BTn8f1Nvak2MbF4fEcLUH/V6f7H7V5gVt1uizNgMesjn/crTjjmiqT/jxNBb/ifZP5iztIXX&#10;kt6bfWxHP9Dwf9f2X39USBUIov8Aq/zdHDKNFuoOAv8An6cfcMtoNuOD+eP6f7f/AF/ZNJ395BrT&#10;h02YwfPr3vryN/QfT/D+v0/1r+/eGvqeteGPn173/9OoSi2fWZVRLFV00UP10VlVFTketl+kl+dS&#10;3/23uGC1OINOplCVHW/uSB9b8/0Ut/vQNvcmbYPiXVUZPDqtmGiLKUhuLLfgtfm/vWv0B694fqR1&#10;0HBNrN/sUYD/AG5FvbVjdu7UrdwUODqcpUCtyFQlPAKJKeopyWDFf3RdRwOb+7a2UFgMda0oXClq&#10;nrztoRmtfSpa17XsL/Wx9wNxw7C2nX1WMnXJVtciMEvjVlprl3VRJPEF0i8Rv9be66n0hgB03K0U&#10;XEEnrsEkAkWv+L3/AB/rew4q+wngLR0Oyds1cKkqj1X3SM0fOhmVZOGKAX/xJ9u6PVz1QykfDEp6&#10;79s9RvXM1QL02Jxm35COGxMtQrC9zf1M3IZh/wBSx79pHrXqviOR8IB+XXvbNJujfT3B3jnVj5tE&#10;tY2lU+mgC3AC8e3aL2tpHVdUtf7U9e9pLMQVGUVmzFTNlr8t96RKSW1csbD6k/19qo3qaUoenVcy&#10;dshqf8PXvacgxWLo5fFTY+BA6sTGsRCIygcKR+PVf27UnJOerBEBwor173zb0RSK0ED6ihXnlbG5&#10;tzxe3uuj+keqeGOGpv29e9t89rBiw1WNzc6idSheP6Ae/Nqp2ca9eb5ceve4cs8hC3Yk8j1MbWv/&#10;AK/1v78qaK57KdVyPPHXvcKWYsXDhSbKfTe30vbnm3ukI7q/L/N02Dk9e9qbZsQGTlFv1RRiwvze&#10;S39b2/p7bm+Aj5f5OmQO+T7P8nXvaWzlxX1n+Esq2/qRLKB/U/T35KAp6Y6qlFJPlXr3thI5Y/UX&#10;P1/4px9feqDqvhrnHXvcZgCfp/sDyePr73w69hB8uve4NRwGP14a/wCP9te/9fduvMaKSeve2GVL&#10;k8D8m/4HqPDfjkj24rFeB69WmR173DksvP8AaPP+vx+bf4+7EljU9UJ8/Pr3tolsPJb/ABt9f9p/&#10;4r7dVmchWNV63Unj1723z38YA/2rgf8ABxf/AHj2yfXpNLWg9Ove3jdgP8Ul5+qU9vx9KeHm9v6+&#10;7R4UevTcnxHr3tDzKBrJ+tj/AE/2n6i309q49Pbp4dKYtFE0cOve213HqBANvpcn0n1c/X8e338u&#10;nZT8PXvbVUmUfR5HueAg1fUHm35/p73HSpNMU6ZSurjinXvcE0VQWWTxy2dlFxGSbvzc3WwAP59u&#10;kih+zpxlNDg8Ove8/wDDKiUsHngRbfpmnjiIA/2lrEm30/x9s6gOA6TaD5kde9ueFFJjZZ3r5Y2p&#10;5KapjLU7RztqkQKjKobmwB91mJKlQOHTuI9Sk9tOve2Com21CC1JUZCsm/WIKmiCwaudSh0Ymw+v&#10;vaeKzEkALSnz/wAPSesVSQSfy697aospUkXTFUEURPBDyK1gfpY2va3t3RHX4zq6qGPARgde9vtV&#10;W1UOKpZ6KqqKOVllJ+3JVDapWPgnm2kn8fn3RVHiEEVH+x06WIRSpIPXvaaqPuq2RWrX+5lAv5ZG&#10;LuvAX6kcXVbf7D28KAduB00QWy2eve8cdHpJ1fjgLcf1I+hAP49u66gEDHSlVA697faSkU2Ya1IP&#10;6NF1Zrfk21W9ttkZ6fWMnr3tYYal0Tx2Xm6/g/hl/Fv6e2mauPPpVGDUde92Q9SVIpczs3jjw7dU&#10;n6H1T0N+P8APp7QS5D9H8B/svsH+Trx5BHuz7ruqFVk4tJuPOh/1rzUX9b/g/wC+49i/l5dPi48j&#10;/wA+9INzTQXYj/VnpC71XTiKpv6RSn/1Wqr8DTbkezBTQEzDTz/sQDcOf8PofcrWRpGn5f4B0EGJ&#10;DE+fRcPOPES1r2/1P9Uv+T9b+5+LLDJ0wJ4NTEV+p4Ey/wC9j2K7FaQHT6g/4D0R3gAft4dJLdOh&#10;sDkWtyMdWIfp+aaUcAf0P+wHtW9hRGarnfTybkj/ABUxcfpv9R7gznePwb4qT+Ov8uhFsQpABTy/&#10;z9N3xsqQm1MbGCAI6aNRySLETc/qtYX/ANbj2U/elGpMtgtrXBuP+bF7cfk+wUGooxTP+foWWJoF&#10;IOaf5W6O/hpS0agk35F+Lf2yPqR+P979lQ3NSEs/AuBe2n6H/Jze9vxf2X3R7c8KD/D0YXHw/LpU&#10;ewdyFO17W/5CsSf7H5t7e6s3XvbZHSrcni/H+++n+Hv3VBXNevexN2hTM9ahIHCxLbj/AFQF72tc&#10;f19u2R8JiK+YP8+mnfwgfXro/Q/6x9mPoaifF46aRDZvE5FuCD4g3NrHgrz7MpJVdRX16Lpx4uo1&#10;znqE0ayuuqxAYH/ebW/PskvcWbrq+trhVStJbz+NSxYIQ+REYBIBFgx9x1vs+rxl1ClT/l/Z/wAX&#10;0IrWNBHFqOdAp/LqaAFAAFgAAP8AYceyuJA8szSyINYnOlgNR06la3I5Nz7CKSHVQHiOjZBGEUlM&#10;1/wdd+1pjaY8ED6gc/n6KT9Bf8+1MY0soPr/AJa9J8BjX1697XuMg5S31H0H+w/1gfx7Obeuih4H&#10;/i/8vTbN+AcOvexRwUJ8iaRx6QePr6XIHH549r4F1uqngBX/AD9W1Fo6eQ4fn172YzZkCyyob2sD&#10;xz+VmA+tvr7E9rGV+Jcj/ob/AGOksnaT28OsUzaUPF7/APFR/vPsy+AS2r6EEEgcfgT3/A4Dexvy&#10;8mWU4bH89XRTeqv6Oc93/Pv+x0HG5ZLRqeeL3/ofVT/1/qPZgtjDif6m6IPzzpaf6/QD3lD7ZCvj&#10;/l/x9uo79whW3NPX/rX0Qn5Bn1Yv/aJalifT6dUFByt7mwv7VFde8dx9Cfr/AIKo5t+SPck3KAzS&#10;HV5nqIlYA08+gswDWila/BjW+n8gyMbjVb6E+0VXqRKLWtqta9xcavp/sB7QbjHqjYn7adHds9GH&#10;z6GPb8gNOSQbrHe/0/Vp5P44J+ntL18Z9VxyATfjgeq5+n049gyY08cf6b/L0c2zgCh4H/J0KOIl&#10;BEVjYFkFuTz+2Bb/ABs3thrEJjIH/HMWB+hsGt+PqfZQ3Ff9Xr0vj+Mfn0sMfIA5v/x1Y3X6i5S9&#10;+RwB7Ya2NtKBrFNC2H9PqDfj/D2S7goVlk1d/n/q/wBXHp9DQ8f1OlZi5FJkCg31tz/U3HI5+ov7&#10;TOQj9HFrcGw/xvYfk+yV0xQnpfC+VP5dK+hl9XOocm9/rfi9rcfn2lK2G8Fv6lf9bj6D/X9smPVx&#10;ORwPRnbvQEgf6v8AUOlFTy/um/Asbj8n+hHtNzwWgm1C4un+8ED+vH+29kd1CCQyHu/1Yr/g/wBR&#10;6WFxqoD39PEb8gf65v8A7Anm3+J9pySm8Z9NuVAP5vYC54X/AB+ntChLVoOGenFbVXHUsG4/P5/F&#10;vz9P6e040JLvxb9P4P8AS1vp+be7OnHHd17qSGsF/wB7/F/xxyAefbDLTKZDe9x9f6H0/Tkf4f7f&#10;21Uqfn178+s4IP8Avv6e2Spo7zIeOCvNx/qf9a5sPzb21LMIwMVr1VuI679tORh0y3AXmO35vz9P&#10;x9f9j7ajYXA8N/LOP2dVOcde9tuQRfDEV/45xjkn6BX4IN/x739MScyfy/2etMCeJ697bcgh+zht&#10;fhIxxe1/G178X/w9szxiNfiyR/lHW1qrZbNOve29I745/wAH7pfrbj9vn8+0nn05THXvfCCIfbVB&#10;va7E/wCsNP8AS3v3Xl0+fDr3vDjI184/5Zzfng+lj9be01z/AGa/b/n6oeve8FIn+Wx2PGlhyfqd&#10;JP49tReQ+3/Aet/6GftP+Dr3vA0Nqk/S/wDr8/5sDng8e1hUNgio68R5Hr3uVkY1FW4CgghLC540&#10;xrz/ALz7YVGRlLkcenW1BTVs1697yVqXaG34AHP5strf6/PtT023l173xsXoUFv93Sfn/afwST9L&#10;+/de4gAde98UXTRt9beWTkj6egcf4/0/2HvXl8+vZofXr3twx5Cmfj/lBlJ/pYleB+B9fd0kD0H4&#10;uk3Xvc6hUNI7N+r7d7c/8FFhf+l/bmr8Nf8AV69bHXvfAEJIFP8Ax1QfQfT03P8AvHv1eLVz16tD&#10;jr3vLUNGam3H+cB+nI9X+t+L+0zTGtFpTr2K9e98K2xnIF73+gW4+g/IA9sFhxY9aPXvc0rqp4FP&#10;10yWFuP1X+h+t/dVlStSfPq4wV+3r3vMIbUkIFmsJb3v/wAdL2A/Fvd/qY61oen6inXvfKFLxT2+&#10;ulfxz+ok/wBnSRx9fbNt8Z+z/N1qPzPXveWlRjBOP6R2H9TyPz9D9B7Wnj04OB697mUAMlTDx/u1&#10;Bz/wYWP+HtP0lXr3vNTljV24/wCBh/1v84LkD/H3rrY/y9e9yZIj5pPrf7h7i4t+vj/efbvhP/D/&#10;AIOvde9uE8R8tMOSftI7n8H1EKATwOfevDenw/4Ot+meve3B4wFgsefEtj/UAAkf7b/X9mERJjjS&#10;laof9X8ur1oB6U69/X/ff7b3y8f+Rz2t6pob/kH1D8W+h9s9V8uuvyP9Y/72PcmBf8lkt+GAsP8A&#10;Fj9OPfgaEMD1vrxPI/xv/wAV9yqVB5oz/wAHuP8AXVrWsAPZvB/Zr9g6v5DrHIfSbf1sPp+CLnn3&#10;IxygzxG30LcgWP6X/p+Pdm+MD5dexw64Sk6WAP8ATjk/kf1t7nwQ3cD/ABN+PoQGt9D9OPbuvwyG&#10;A6qwopx1jYj/AB+n1ufz9Ra1r8+1FTxa3ta5Cr/S5Nh/h9f6/T3WJgt0xPCp6qumkmrhTqO59P55&#10;P5/xP+B9pXs8+DY+5zpAH8AyQvxwTRy/63F/ZFze3/Id3ED+Fx/In/V9vSi1H+7nbz56k/w9c6X9&#10;f1/F+eSfTp91cV0C1M01zYkyFfpa5aQ/m1yfeNLRFiW/pf5uh+66if8AT9OPtK12NkhvoFxyP9h6&#10;/wAgcCy+6hNfEf6v29JHT5de9ptxUQ1AMd4yGD3QFbAH63A/r/r+3AqGKpNTTpOY0ZCR8XXvYjbf&#10;3nPRNHTVMpZU0i95GXghbfUAEn2kjNxDOsolfw68K56LZIZCw1A1697Mrs3emOroWhMiIbqOT6jc&#10;Mfy349yby9utnEjG4C66j9nRbeWcheIquKHr3sasPjqGptO1QslxqUa4G/1SjkEWI0+5MtN9tDEC&#10;lKf6uP8Aq/LHSLwXUdy9e9rWDHRRL6EjAYi12BBAYqSbHjkn/X9+TdXn1FGx9nWqKQajrq/++/2/&#10;/FPc2MKhBsP6WU3v9eAD/Qe1STyzKBgtX/V8uqsqnDKKddN9D/rf7D68H3JbxFR6Q1x9OeB+QOfz&#10;7UOZYhHoZq/8V1ohFPz6xi9zwRz/AL2fz/j/ALD36OngJLMluebD8WHP+8e21a4atCcda7DSoHXZ&#10;YgWDD/X+vN/9h751FLRvGgWJHBbS3kC3CkEE3PBI/wAPa22E4ZyWqdP+r06sNBOB1jDsOTfkf4/W&#10;/wDSxPPtokx9FI9xGo0WYhQOdDG4NweGt7LbuedJyofqx49SFJI59sc2Opp6mWeEOvihkjIK6VYq&#10;xf6k/X1f4W9rVlpEhlkAFeqlajtfSeu/aRr8RCxnYu6l3b+ytze/1JH49t+BauSxkf8AbivVVjlL&#10;ZuGJ+3r3tCZTBUkoVDJIeDpukZOrlbgaSPr7tBfJFN4UDuW0/wCDpwwlqLLOxT5de9oPI7XqwGWG&#10;eUKCPGpZB+oj/aeOT7pebxNEjJU/LpI1nEpIoP8AV/q+zr3sOc3tvKLGJWVvKt7SLy9y0S82DN6g&#10;f949xzvLXFxb3CwoWbt7f9sOj2ys4gVoor/xfXvYO5Chz2Pk8kMk7pENSqXYAaggN1UX/Ux/23uN&#10;p/FVytzAVr50Py9f8HSw2tDVEBX59e9xMNnMrKQlbDICp4NpiTdm51MADa39Px7ZuZBF3QzBl8/9&#10;QPTscOtWWSAD55697X9FUJNGquWQRks91AurHkWPH19sRbk9MkH/AFf6vLpdFaRaACMV697Hvp/t&#10;am6t3MmdxymQvFT000TB0DKk8U7X8LBiCYx+PbK7nfRXVvcWrsLiN1dTX8Qx0XXPhwa1UfEvUerp&#10;IK6lqKKqjWWmqoZIJ42AKvFKhR1III5VvYr71+Rez81v7ZGcmaroWG5NuyVNPBRs33NQMhPU1CWe&#10;UvIJTJb+p0+2JN05l3a5lN8xdFBNdbNip/yn869L4ZraG3t2OK0x+R69T0sVLTR0sC6IYoliiQWA&#10;REQIigAAABVH49ieeztibk3FFprc0Grq6KKnpVxd9NTU1x8RWPWX0jz6L+xfYbNtL2kc0sa/Vgal&#10;7fxac/tbq8O7QRfUdxqA9MefWWzKoACmwA5Yj6D+uk+3X5BbnodrbF2bjYcemTpt0b12hhq77yGQ&#10;THGZta+krKN44SP1wr6kYXJax9pI4zYRbrdFqv4UrcfMKD9v8/8AN1fX4O1XW5KNcjlmP5pX/TdY&#10;o9bys7GwTVFoH6T6lOu5AJPFvZwcvixmOsuueqdrwxYugptk0GSosaP8kooIsRH4oYmD6o4pY/Ko&#10;VLEn2m2GS0uWsN5l0+NJbMPmdX8yOOet7bAsG3R7xEtHnC/LDY+306D7GJFh81u/PZAyyLNnaejj&#10;lEZmeKnlosZFHGoRdYgRiLn6Lb/A+62O0duV+0MrNHPE8FXTmRci8Kl/LUFkCOW0r5NKuBf2ey3E&#10;e3stsqgj7eHSS4iaFqEdCLDLHPFHNEweKVFeNx9GVhcEX55HsIKXsCvhMSLLJpVXVy0jj+ySv9rS&#10;SL+2JPBiJduJ+R/y9F/iSBgD1k9xlr8XVVyzzQBv1crGW/3SU4uSf1L7aM0CkGi/z/yEdKYYwTWg&#10;p/q49e9vuIw+PnnSVD4EU/2giAemVPr+Dx/vPs5stzhUHSe7/i/nT/V+XSC7tSWbThv+K697VuV2&#10;lPDMjxy07qQpH280Uv8AutfqIwfVz7lGx3O3kCrHpoV6JjaygmoHXvcWsxE6mO8cukrGt3QgCy/U&#10;kj829ptyuFqFHp1YlEYaxXHXvcbMUrLgj6W4llH0/HgP0/x/2/sPXqjQG869XjQFdVe4V/wde9gp&#10;WROs0vF/Q1uCSRqY/wBPr7DsSnOM160gNDjr3tMPCxnJt9Zf6EgjUbnkcC3t6FBrJpivWqZr1728&#10;5ZLx40j80cP9Rc6m+gI+lvai4RlHcKH/AFf5unHHwg+nXvbxgo28jf8ALCb+t+Y2t+CTz7UbUCS9&#10;B5/5um1Hcf8AV5de9toXkk86Qx/BAvf6g29l1yoW/IB/EP8AJ0159e9qGuQfwfEnn/NVVz+BepUD&#10;/eT7FCoVWn+rA6aY0lr/AKuHXvcTFKq1dO3PJf6WvykgFyLWsP8AePeoEqoU+f8Axf8Ak61OQNIP&#10;+r/VTr3vPuCMCtkVb20ob3B4aOP8/wCuvu8sX60leHb/ACyOmVrTPXveTAXFYy2sSE+gH0JPJ93h&#10;jDVqmB/q/wBXp1SMd1D173KodvZ3dGdp8NgaGsyVbPVqIaSip5qkvJNIURXWnjkcKxa17e0O+Xtx&#10;t+36nFv9MvHW+lv95r05WHT4fg6pqny66JCgsxAABJJNgAOSSTwAB7sp6t/lp901GBk3TvGmo8Hh&#10;sxiz9uKCuM1ZTQ1kFJXRVTwT439mtWlZ7qTw4t9PbXIfNm3c3Xjct7Le2K74/aoM6odRKxUy38b+&#10;VT0V7n4+1wy38lo+kLXtVjSlWzj7a8eiudqfMPpPqDJx4bdeXzQyElWlCPsttZuoxwqnkrIRC+YN&#10;HHi1YPROSRKyhPV+nn28ZD+WJlMhSVU21dz1lTXp50lps3NQUtPNVCJneRngoXkMT1DxLrH1XVxx&#10;7lHcPaX3J2Rw28GN45I/HTTMrr4ThtHBR+FW6De2877TujCKSRku9ehdasoNKU4rjub7egm3B/Mn&#10;+Mmz6jGw7r3BmMTFl6aiqqGrhwtZlKd4q9pxTrKcek7xTlaWRmjsXCqOLsASmbx+L3avSWZyUG5M&#10;I89AcZkESuwy1eSx4jaongUzVaUMUMZMdE7MD/YsfoT7Cy2Vrt8rx3igTqcgj/V/q9ehglpe+Ebp&#10;pdVsw4g/7HRtutO2+ve39uUG6uv9yUWexGRp6eogZNdNWIlTR0lci1FBVLDWU8i09dFqVkGlmsef&#10;ZYa5BHXOrrqkQyIvF1QBgOG/2k29qC9vNcRvCtNK/wDP3TMBjpKFFGU9CP7eMRjq3JV9DjqFDPV1&#10;tVT0qxR3dpJaiVYkYhUJ4L/W3Hs7mnC2pPlw/wAvSO4l9Mmv+r/P14m3J4A5JP497RPwW+Iu0+q9&#10;gY/cOd2zjK3fWXpqaauytVSwPkcTOkuXpJoqGoEUMxWopKhdeocge8ZPcjmBvrdvWO9dNCuNAykn&#10;wHvPlw+3I6U7Psab7I7iWiwdpPqSK/yp1Rh80fl7uzeG+dz9R9c5R8bsza0tHRZrMYycrJuKavx2&#10;DzcEiM0ZWSPF18MsaeJrE/q9Xu0Hb21opIJo5qSnyP3JUlqqIFmCPI4B5JsoX/Wv7xf555kd7uG4&#10;tLySzkjxSF/PSi9Sq212zWS2qR8P89eip9ZPLRUP2dZE2SpY9RifJwmFFWSerq5SoYoFVi34tb/e&#10;PYD9mdRYdIo4GoKSvoawSjIULxQPSwCI0DUy+Ielg0rk/Tgj3mf92/3qtt9s935d5wgqkfhfTO4d&#10;nfU1zJNlq57EpXqC+aeT77YL20v9rcjx9Wv8lWnw/b+35dF87+3T2V05mNudkdZ7yzFFmnOWaqq8&#10;ZUwwx40x0eHxNOsktOrxxrLBlJlsR6h6Rz7o2+aHw6odtwTb32Lj1TFRh3zeLp6aCKno6eGCjjSa&#10;hp6WlLyzT1MrFwzW/p7yRv8AlzeLMJeQPWwk4ENkcOP5nh0e7XfR3VroYUnHEfLy/wAHVyn8tr+Z&#10;Jtz5c4J9obslpsP2diUCrTyvKj7gElZuGRjCk6xsJqXH4lWsBdlNzY8e6jcpi2pZWVvQqkrpII0k&#10;A3BUD9Sn6j2QvFbrpMcf+Mfi/wAP+r5dbS3Jdm8uravbKVt/r/T6i1v8fz9P9j7p1enhd3Hy6977&#10;WNzNHYW1Ol+fryB9frwPbiEeDegH/QW/wjrWsulz8om697P5T2PVGxgwDaK/aq/0+m30/r/re1+1&#10;f7ir/ph/g6B23/7n332P/wAeXpjUWzcv15xsx/8AVtP6C/59yqhF/jilQQz9dZQ8/i8j3vzyTq9r&#10;r9qvYeutP+Pf7HW2oEiWv/ExepEZGh73Nsgtrf8ATv8A3j2hfW3U+cF7n+M0Nv8AzmA/px9T7MVm&#10;pI/oanj/AC/b/Po5Q6d0nPybrI4/3KU5/Io6gf7eWE/8R7KNVIyux44Ki9r/ANBY/wCHPsqvDRkB&#10;4Ef5/wDN0Zj44dXw6W/1fb6dOHtvePUR6vr9P68AX+i29lrMFoTwr1rr3v3i/wCC/W34+t7296rH&#10;6r/Lr1Ove//UpZztR9/UlsfX1L0vBMMkHhQeiMc67N/nEJ9wqJPVepcaWp7Rjrf49o+pxcEk+pwu&#10;mwvHa630fkgkgD6+3g3qM9NmTNNPXvb317TxRdmbECreL+ORnx2I13hk9Lm5Nr/4e6V8VZV4EDpV&#10;ZUublYjgr1hqLinnsbHwy2P9Dobn2qO1qcwZ6u0FtEupimnixkqLqTy1j7TW8mtmDLla/wCHpEZh&#10;LdTKyAaNX/HusifoX8+lef68D2BkqINVuOSeCRzc/wCxHJ9rh06ePXL3DYaCG/Vz9B/Xkge9/n17&#10;r3uJO11OkWJf8G/IUn66fr/h78DR+GadNn+0/L/L172z1LEXs5J/A0jm97/2ePbgf5deNafLr3tr&#10;lcj8k2BA4+ur6ggD3dZNLE0wadPq+kLX0HXvbXK0QYFECqgNwL2JP0vxe4B92DnScDVXj/qx14uQ&#10;pAUV697ZJvTI6hVRfT9Bc+pQTw3tYi60R69w6uE1KGHHr3uPMrsQzOWA/Fha3HH5HPuoUadNMdNE&#10;Yp5de94GUASMvA0qDc8fXjn205eoj416bauQPTr3tUbJQnMjkgusS2+t7P8A1NrX9tSPUVI61Gmp&#10;yzN5de9pzPJbI1q/U/cTi34/z0v0H+t7qhoARx6aWillHEHr3tPPFbk34N7cf7V+Rxb+nu1adaPa&#10;Ca9e9xJFIZSf0u2gkADTcfQkn8j3pGDKGA6qDUAgY697g1CMzsiWIGs3PDcf0DD+oHu/Xjnr3tim&#10;YISjAE3a5vdrj/gpFhYe7jOetVHnx697ZZJ9TlbEg/m30sLfTT7fWEsMig6qFJ49e9xZAxYKBe/5&#10;v6uADxyL8/09uLCq48ut6eve4rQTMpURsShHB/Oog/1tY/7H36SmPXpiemP4v9X+r9vXvag3VRzz&#10;5FisMgDLFZihC8QQg+sgA2PtmMduOmnRmJoPLr3tNvtiq8Zqp6imjiXlrVVK7m1h6YxIXJv7fVgr&#10;BBmvSlIilRXHXvaXnrtn08ngqcnXmoXgouNlkiL3PCyg2PqB+g9qgkjgsB5+vV6wtqq3dX0697fX&#10;kw8G2BmaDGQVsn8SlolM7TU5UR0nnWW1/wBRNuLfn2wJCrlDWvTBuBEpZYQc+f8AxXXvYe1mYydT&#10;NH9vWz4wApIaeAK8RiUsWi1SKDp5C/149q+3QSQD1eSRpEDK+nzx1721VcYqSXrb1UratUj3BNyx&#10;PC2vdiT/ALH3oOQaIaDphmrWnDr3uGKaNUVUACqum1uLaT/Rr2931mpNOPXgaajp6974CALp5YDT&#10;YXPP+xHI968Q07aceteI1MAde98kQakVxcL/AF/PHBsLj6/7b3Rnw7L1Rm1Zp172oqmJVwVNdtSo&#10;JARawP8Ali/Rr3Fzz7ojFpDih/2OnQC0Y9f9nr3tP+N2YBWaNebqLH+ze9/ryT/sfalQBx49XWOh&#10;49e9uMFEmuP069RYO5DAqALqRzpJsT70zUBJ6dApnr3tWUdFYITzzawHBAvcjn6e0rTfENPShDU0&#10;p172q8ZSu0qFIwTrTjUB+Rf6H8/7f2llvBH2sh4dKEGny697Pl1+ipm9mx/obwbcYgXOn96lDG9/&#10;pf22jtJE7n1PRtbsf0h8h173ZV1Uqx5aGPVw0yHkfTVUUA+lvra3sZcrytPKNY7qU/45/g6Y3TvV&#10;q4PD/D0it83GDrWUXIp52t9LlaWrP+8+zTFSJnF72JAvx9Wtfm319y9awgLEQ1QOo9unMU/DOror&#10;Ekt4EbRpLAM1jqsVS5X6n3Kx405GjuSWMsRuD9T5kP44H19jGCPwoyoxQ0/ydJJyZWJHb0l9wSGX&#10;BZUgWQUtV+oE+j7WW5HN7C1/z7WO9VkapYMoI9QPI+noItwPp7hDna2SS5klD6Sc5/n/AIP8PQj2&#10;UiOML556Y/j7URQ7fpI4yWKhF4BuCfILj6/kf6/stW7aUPFNISS4KWU/p5MP5vbm3uMQ5DRCnbn9&#10;v+r/AA9CK0NGX/V59HnwkwsosNNrX/Nl1j6cfX2VPc1KYZpFVdYGnm3NilPe5vYixv8An3R4PH1K&#10;ZKHh0dhRMo1GnS3Q3UH88/72f959gzk6T0khTfjjnmxUHkfW5+vvwOeqknjXrl7Z0peBfgmxt9Sf&#10;qLD+h9769q+XXvYj7OidK5I7A38b3v8A1Yi1v9j79GRqDslR0kugCA3n1036T+OD7HmqiZ8UQeLI&#10;b2YG5EJtc/4/7b2qnZ1ACcf+K6SQnQSxHn1ESwe1/wAD+o41fW3+BHsiXalMwrKw2uWqakX/ANT+&#10;5kLAf62nn/be433O6eV7lGTzP+Xo9tnYqK+g/wAnUz2CVHSv5Sr+vUTYWB0k6eB/iLj/AG/sgCkN&#10;qPHV/l6MghK6ieve1njqOwVTfixLfQC+kf1P4/2/s6+mjXTID+XV2jAAIPXva0xkH7iXa4/B/r6b&#10;/wC8+1KMF7AlKdMNFSpA7evexZwlMishAuv9fzxqF7X/ABcezGxLGSpWpp/q/wAp6cQHTwzTr3se&#10;NoK0TrpQA2NuODdZwbDUbextY2wnL93p/l/2Otm1WTLPX/V+XUapICc/T/ja/wCw9mQ2/qWJHILE&#10;h73vz65eP1D+yfY15etkF00Q4Ar/AIG6LrizV5Y4iRRT/wA+9Bdul9SEBrG/+wH+Z54B/P59mG2L&#10;DriqJCLGyX4tYl5vxyLc/wC295J+3EvgzPCBUkAfsZ+on9z5hbJHAq1rj+SHqv75CTt5saqkG0k/&#10;0Nz/AJig+trG/H54v7f665KCxI8jKTf+i3vwP9vz7k65AeZpBxI/l/qz1Eyx1kJ1Z09BxgWVKeQE&#10;i4gR7BfoS/05v9DwPaQrk/dDFb/uabc83uLfj6+0F2TMjaz6f5OjeCFWVauafL/Uehawk+inZQwA&#10;EGvV9ALBbH6E3ub/AOv7TdeoF/QDYHm9/pr/AOJ/1/YVuoSjMQ/E/L0/P+f+Xo9tASjHUePQl4SY&#10;uEs7Lcj02P5aP/W/H+++vtPVoFuFsTF/r3/Vz/sPYflR0NCfPpcimoNcdLvGsTyzXAmPJuLH0cAX&#10;tz7YK1T40Uqv6Bc/8lX+hH49ltxaic63c1H+r59PaRq1Zr0rMdMFkcqTbytx9Txotfj6n2wTxB4i&#10;G4sLfQgH62Iv9OT7JLq28Mgq3H/V/q/wdOq5TAyOlXSVJEgsL/T8gkf1HH+t7TdbCvj0jgAg/wBb&#10;/n/G/wBPaENVWJXoztpWYPqHDpSUsvrve/1AFv8AfW9pedC0bqFubrY8/g2sPVaw9o7iMBvioG/w&#10;9L0IUmrUHp0/wvyDzx9f8Ryf6fUe0/IlyNS3/wBc2t9P9cD2XG0EYbQ2D/q/1Z6eLLCBQY6nq1/6&#10;fj8f6/B/r9PbHLCNT2F7n8fjgcG3PtHKBG1Bw6cVg4BHDqQGvY/Q/i/+349pmeAiRgPzZr35uPr+&#10;facnXimOt8MdS1cAC/1HBt+f99fj22TwfuKLBjqW1vxxb88AC/tNOmpQS9B8/wDV/n6q3r1lBuL2&#10;t7YMrB+6LAiypYccLZrf2iLW9pmleBtSAPq8/wDV+fVDUHrv22ZCANFHyVtCrf65CyXvyPz7eju3&#10;I7o+6vkf+L68Tgde9tdfAGoobfQCEAg838TWYH6e6XUp8MrTOsj9nWiSAKceve28U6pQyLqNzOrG&#10;/wBSRHe1hx+PZcHpinXg9Fpp697wUsYemqFPF3uRa3+6/r9bc+7q1SBTHV431Hh173Hx0Q+5vzxG&#10;6/4n0H8i9iL/AO391lj8QAaqUPT2nxT6U697wwIErFIANgb/AEH1j+vv0MGiRDqrQ+nTQqKL5Dr3&#10;vDMlqnm4J/x+hEa/7UPr7fkVlcUA0db4MCOPXveTIoRWMb34T8X/AFRD/Yfj3VaUoBQdbJNNPl17&#10;3kq1tJF+b2/17BR/xHv3WiDUCmeve/FdFDGbWvLIOOLcH6/WxHutBp007ade8qde9+SImgc/T9xz&#10;bj/U3/pb/be7GpweHWqVGeve8mPjOqo1cgUUn4/F4+OLc+2mQVoGp1TwxWmqnXveehc+eVdOm1M4&#10;+tza6gcg/wBfd+7Torj/AFfPrwiye7r3vsMTKAVv+4p+o/qvP5v70wd6EkY6r4bfLr3vPOq/cnj6&#10;SD8X/I/17gA+2CKq32H/AAdaC6jTr3uRUxq0rOBfSbc/7b6g39oydVSTnrekGueve5BFoIFWxax/&#10;op/UPr+fr/hbj34gDuodP+br2jgeve5Tc0sVgOVb+19P3T9LDj6e6GRYzU8enlbSAw49e95aZAIZ&#10;ufwnBvx6mB+h/Pt+H4mx+H/KOqj4Wxx697kU0VoKkkkkRg/UWJ1khfp+k/7C/tTq/ojqobHwj9nX&#10;veagQrUwXBP7oNgbG/8AvLWHuvVR173npFQ1hJ4P3TcFW/46jj+n59+62OPXvbg0K+WUr+al/wAf&#10;1ZuPrxb2vCkRRsfMf4KdWpTr3ufLHzAdX0phf629JX8Afj3r1616de95ZkuILC58Kt/Thfx/U6fd&#10;43KGoAJ+fW+Hl17+v+v/AMb98ipWjn4DXmh/P+1D6khbn21UatPnTr3l10fqP9j/AMR7mQoWhmU3&#10;t6Lc/gk3IPuyatCS/wCqvHr2addHhl/2P/Iv959yqaMeaNbnnXcWv9VY2+n0Hs1XsVfkOr/bw6xO&#10;1wT+Lg2vwD/rfn3Kxkdp0AY8Mfr+bq/9P9b29p15AJ62OPWOVuCbf8atYe3Omi1tZhazfX6j6uB9&#10;De3urOyEaTQkdNyfh/PrGx+v1PN7Xt/sT+L29qGlhEc4ANrrYEcEEW+twP6e7J+pKZGp5dWRdSyD&#10;yp1GckofqTf6W/Fj9D/Uf4+w97qY0ux88AL+fFVsV734emnuT/gAL+w5zu5t9qntA1UlQ/l2N9vS&#10;raEN5uEcrHT4YH50p1moG1l2/IuP9jcD68f091jzRBdX+r1MdV+QLHn6829wDEBCHBHF/wDD0PFO&#10;Gx+Lpy94tF1Kt6r3H1/qAPrb+ntxrdZQO79Qf6vs60VB+3r3tpqccjB3QDWWY3tz9SdI5+vu62Kk&#10;d79NeABU6sde9pmtoHa0iizhrar2v9PrxYG3tDOqxkhR29MugU0pjr3vJjMhkMVKpR2tyTbSttN1&#10;A/Tybn2gdNRBRirdJmhElCxpTr3swmye1kp0FPPKzOv1ZtYIIWd7EBbG+oezrb94u7QqjCq1/i+3&#10;/V9nRZcRgEgNUf8AFde9mMw2+I54TJS1bVIYg+OT9tUCvIPQSp1atJLf0t7F8O/30AJtrQSlvi7t&#10;NP4f966KXsZdVQ5697Uf989BPlgUD8FWdgD9Rey/S4/1/Z7bc7wQ5vbQRj+jqb8uB/LpPJbFcuxq&#10;Pt66Iv8A77/ff19503rjnsFleN/7SiN7/Q20l15ufYksucNmv2EVq+p1+LUrL0y1ux0+E1W660j+&#10;n++/wt7eqTOUtUCwq/T/AEkCrc3Frm5F/wAexRY7nt70Dtpb/UfSv+TpO0dzH8I64sv+pAv/AIkj&#10;27x1lJJrQSo3pJFrfX6D6/Xj6+z1XsJ4iILir+R/1f5P83ScTzRVacUH+r7f5dY9Lgg2P15sSfz/&#10;AIW+nvkoR4yYVXVc3YEC915IXnlj/jf2Wz7fbh9RuO6n+r/VSnz6UrPET3Meuesg83t9LW5H+x/w&#10;HviUXxkOPIGP6T/YOixa6/2uP8faeW2tYgqyuJAvy/1f5Ono/Dc08Qsfs67BZjwNP9CR9ef+Ke03&#10;k6cOtkLxKDayJ+rTc6Rce3PFsdOjQmjp3SuesntFV8CtfQSrhjZtDLwbBuGstvZcbSziJureMeKP&#10;z9Oqtpphe7r3tO1DyXCS3fQT6iNLC1jwdNrf4eyS8S4df7NaH+l/sj/UeqeGxGot172nq4I6TErr&#10;LaNIIC2sVvaw/K+yRpbi1/VFupKerdG9pI8bLQVfr3sLMlS0kp0RoI3/ALUgUknhOefTyBb/AGHs&#10;H7ub657mAA/6J/1f6h0aCS5PFP8AVjr3tw2H1hluy944jZ+3IElyeZnaCl8ksUCPJFTTVTFpJnWN&#10;QEpm+pHsCXdnceGxnmHhj5riv+HpcpujHUxrQerdR6uqgoaaesqpPFTUsTzzyaXfRFGpZ20Rq7tZ&#10;R9ACT7RO8Njbh2nJLBXwTROlbV0CPDpmgeelkaOVHnj1xKoKnm9r+0Itngl0mjJ/q4Dq0LO6trAG&#10;af6v9jqR7D+laZKhUMZW8gU3vbUSbkMAAfV7NYLOUyRyAUIGr06K72CsihXq3+qvXvbTuWfHQZXb&#10;kcjn+MR5vHVVKfEzGD9yQU0yPbTrSdeB9fd4U3Lxb6XRSMxNXurXIx+Y/wAHTFz4vgxRGPv1Aju+&#10;X+r5cevezjdNS4uXc+DyOYqmg+2jxzmuEfkkWthyGMn1BOB+rU+q1r+zWxWaKymuWtEJhUvor8QQ&#10;Bv8AjX+XoNsbi2vRrjqjNQ59WP8Aq/PrphdSP6gjn6cj8+zhds4zBZqj68q65qGsxVN2hsbNeZqm&#10;N6meGmq5ajzSUcUokUvCxJFuCbewnPvd3uce4QtZMv1MTp2qzU1hhjHlq/PoY2V4IrWW3ljWSGYF&#10;fsqKfy6xRqV45JC202IUWsAAxHI49ihu/fGYqNw5Cba0i02Po62Slw0kcyrLTYzy6ooI4ZU1hPof&#10;VyB7W8qbKm32O2RPPI/00AB7PiIGT9vRvb+BFt8Nl436UVCMeQ6wJSxSwMtVBEWqAslVGQGRpSgV&#10;rn6MBa3+sPYSbvwWX3dJNV56UVk1QkrTSVE0ALSMAFlKq0PqTQP8PZ5uFrd7pP41nA+PQH/V/Lqk&#10;242sxJLfyPWaCKnpYYqenSOGCJBHFEgCoiAelFH0AA/HsmWa2FT4vI1tK0iOsDookAjJdjGrHgSM&#10;L3b6e9zW18IYo7y1aM0/D3dEkl3ZAkED8j1n94aLDYykQo7HUeCVQm1yxvdWB4DeyiexumOoOw+3&#10;/Bn16Xw3canSygD9vXveWtnSmBWnTWv01W/1jcAX/LH2hEd1GFKksP8AV6/6v5dVmWCcV10697ba&#10;LcuYp3H2zvGQWN1a1/wQQUPBv/vHsew7wLNY+4sfs/n+X7OmZ7CFQNMzfktOvexBpN8108cSZGkj&#10;qrfRpKhr8krYlUFjYeza33uG8LeIoUfZ+f59EM+3odR8c/s697Uk1dg8viPtkkaGdpJPSIpdKs8Y&#10;UJ5G9FgzfXn2rn3EyExiLsH5fs/1f5Oksch/syDRT172HNfsyZ/NMgWS0T6Ahja4/cZdQSQ21ey9&#10;IlBoW7OlsccdO5sde9hrW4KpgqD+2dRnIFxazeRzpuWv+PaqyWJp31nQqs1fyP8Al621ulNWo0r5&#10;9e9yszipFTGK1w5ooOOPQNTA8c355933VY4E1RPqPn+zpidWUDQK4697c8HQlWkDf2aecD+ptGeO&#10;SePbmzs3hhwnxD/V/q9OkyOQWASrde9sD0uk/Tggnk2t+n/UmxJt/r+7XdqFmNzrOr/i+mjKANVO&#10;70697eK9LYbFC55jqf8AeKlAeOLezCGYvDFIBTUv+Xpoisin4RT/ACde9ttGhFREbn0ah+OdSueR&#10;9eCP6e9RznVhf9XD/L16ePSBTh1725bgg/yqRyeNEYU3FyfHH9QTf8+1LupYsMk9MRsdQQjHXveL&#10;bKNNkjHp/X40i+pDn1XU/wBLL7qJ/BFAlR/xX8utTkWoZx3de97FX8t/4j4faEEXau66SOp3NW6p&#10;qGKpjidcfHT11JW0NVT1EFQHM0itYhlsPcOe7i/vDZpIUY6pgIyF4fAQR+z/AFZ69tEniXySmZkJ&#10;ZVovDqrb5pfMafYG7KLqDaRjjnakp8nurNLUNr+wqxmMdNhUppcbJGAs0UbvKk2rV6bAA3uvxlbN&#10;X4rNY/K08FTi6yjr6BJZJhqpw8USrpp0WCRFihfi/wDh+efeEGxcgbryJ7ibBzPs/MF0k63sMgj0&#10;Lp/tzJ8ffXKaf9VOpS3KSGbaHtBCG1Jpr5ZXT0Vrujv3ZHbnR24tqttfESbgxm1Mlk6eq89X5RWU&#10;225cfDVRhlowZTVV/lAvzb6X9lokwVPR5XJQpTpHGtdVxRkGx+3+5MaIf3DZbJc35995eUOeN35l&#10;5Q5UuL29eaVNut1rSuVt0OeyhNG/Mj5dYgb9ysu2789zHetrLPLTTj+0dv8An3rWA737cy1NPV7f&#10;/iE7thqyejioZiIhQ1eObL0cc8TNHrdoGXQt7r7Yd17Hw27MPkcHmKaKqxuSpaulmp5VLIfu6aeA&#10;sFLLciOZv8OfZBzFstreRzTPt6+MoAHyPcM+deHH9oz0O+XOZ75UjtJ2LRrRTj/SKfyPTx8W/m/2&#10;X0ZvXbW4du5+r+4xuUxVXlI9cax1WCpMphKvJYyXyUNZGYJ/4cq2VdRBPvW4+bnxYrOhd6rm8MrT&#10;7P3JLUVdONMCQYtqrJTwU2PjWKWUhTFHcazqv/txFU9iLS7MJi0sK+Rz888f+K6HjRwSxtcQoEUg&#10;sdPmafz63kvhN8u9l/Mbp+l7B2xJ4ctiKij2/vDFslXG1DuSPA4bK5BYTWUGONRSF8sAskSNESCA&#10;34Db8FuuqbsLv/B4mrpgaWjx+UzJkCeRYpsakNTFGSXQC78g3vx9D7JN83CaGxDrCSa/z4eX+r06&#10;Bl3cuqibw8V/ygdC58hOx4Op+n95b5nZFXF0lDSxmSQxKJ81laHCwsGEUx1I+QDD0245IHI2x9lb&#10;kwONrqWgyE0lLFPxLC0LukhRJGGpypUW1f0FyefeJ/uZy3zXvuzbtumwbYs19akd6tp0amUf5PnQ&#10;ZHQg5Qv7Dbbi8t73cDG8rLp0iurSrdayvXdDh8RuTEzbuz8p2tmld7lYZ5pkgp541LQajIA8p/wv&#10;b/bm/hwEFZi/u9sOmMAKaZqERMrDymEk+ZgFItKP6c/j3zu5b5v5lg5nex9xttMz04SM7f6Gz/hX&#10;/ml8/nXhNMawPCJY7nV6ft6sI7o2L14/XS5DqTPo8auFEcUVNRrf+NY2lJEk9SjIxvUt/Q2ta17g&#10;puTH0v29XDBVvX5QpAax5ojDJGBLG8HkJuAFgIHPvODlL66PcNt3KbbltNqVpPB0Nr1koyuB89de&#10;Hz+XQT3SSK5SSNjr0en9LT1TZuTsDCVWJzO13z02cmkgoxmIamnFPDj0+6ir6VuELy+SNQQSw/Av&#10;7KzunbeNzmLr8PkKdKqgrIzBNDICY3UmNnBUEEgsg4v76w8oblNzLy5bWs84SJsH1/tOBP7DUD51&#10;4kQZeJJt+8eLG/n/AIcf6vl59VUdbdx7z+Nvf2J31tavlpdy7VrfvYJVaJQUrsRW0kYDmCqj0NR5&#10;Nv7Lcce9Yv5OdSzdY9k5zCAOKKZ2ylIoVVVEr5qiZYk0s4ARePrf+vsIbvYC2LRKveG/keH+z1IH&#10;1CNBG0cY0tkfn19FLoPtzCd5dT7Q7LwEyzUW4McGkK67JXUjtSV6Wkihf01cL29IFvp7KfLCgmtq&#10;YhmIPAuvJv8A7x7Cbu4YgLw49I3ZpDQL59DD7yxqq6TyNLKB+A3PB5+n09q4YDJDdyaseE3+D/Z6&#10;dS2Ph3Ta/wDQ2/1fz697PLCdfVux9XAOX2tHq+tr4KL1CxNz/wAV9r9rjH0TLXyDf8ZOOght1uDf&#10;X6A/6DI/H5/D0yA2zUv9f4ZJ/rf8Cgf6e5VWANxKL/p66ycYf+pErD6f4k+zG7RdNkgPAj/D/mHV&#10;0twYou7/AIkKf9X7OssZPiZrcnIqbf05jv8An+ntFJY9XbhH0MeXoje34FMLf4AED2q0DxCPE+I4&#10;/wA/S5iY91YD8des0l/4nT/W32lR/rf5yH2UqqYysVP5uR+TxpJ4/PHsrv4gg1hzX/V/q/4vo2K0&#10;ZSDkdOHuLb06bG34/wB8Cb8n2WyPoIxUdeoP4h/P/N1731p/wX+n0P8AT/X+l/dfGX0PXtJ/h697&#10;/9Wk6skZHaHSqKR+H1CxCP8AS9xy39b39wn5adPd1LJ4aAnd1v8AHtvQU8b6Ixqb6X9QJ4J/PF7+&#10;3lBYgAVPTQpUde9z9jyMnZOyiV4XND8j8xS3F7fj3WAd04PoOlm0f7nvXj2/6v8AB1inF4Jh/WKQ&#10;f7dD7WXcepc3NpX6wpJYMPy1TyDYG/tDaf2s+fX/AA9F0f8AuXf/AGH/AI91yi/zaf8ABR/vX+uf&#10;ZfZmA/wJb6XPP/IXNvZmvAfZ0qXKj7OufttnkBBHI+pB5+vPu1Ot9e9tdTMdH+Nj+CL/AF4F7WH5&#10;596CgtXz6bK1bUPi697Z5mJuf6E8D6/ng8fW/u4x08gAWo8+ve22QXLG9tV9PH+t+b8e94r8+t9e&#10;9wpIz9Lf4W/r9P8AagPdweqkLp/o0/l173F8f4/wXi9uL883A/Hu6kDDcOvKNNB5Dr3vG6Af4D63&#10;t9QAoH5/r7qzFiSePTTSV1Ede94WRBEzaSDYX+v9b2/2/vVcUBx14MNJ8lHXvb/sgA7hpUsT5ZIU&#10;+n6vWQPz/T3V66TTpuEkSuB59e9pzcihMpkF0/Srqv6/UVEthYm/u0ZqvXq1Lmtc9e9pWUjT62st&#10;x9R/gfqAbcD3frR+3r3uPIA6q0bftggtwf1qGJ9J9X6ffuHVade9wJ0ldlNKzamBB/bPOprWuxFv&#10;ex8+tde98YdpZavkYxKp9di7TU8dieRYPNHf/b293DDCgdXWCRzRR172oh1nNSQ/dZesWniC/VFp&#10;6gj1BeRDVu5N7fj27HIdJoPPp8WrItXNB172l5U2LRSs0GZkq5YTaWNsXkIQpIAWzG+r0uTx/T26&#10;XfAI49Nt4C8HqfsPXvcSbe2IR5kx+1Keqa0emufJ1NO4OhXP7MkJBtcp/rC/59ssDr72x0jknQua&#10;w1/Pr3tC5PeO7K55Inz04p2AH2X21HogFl5EogR5NbLf/D3ZRHii56SNLK3+iY9Ovew/qqKBpDNM&#10;BPNq1FyrqST/AEAYD/ePaxSxjop4j/J0o0A/aR1722SwqFRQOATZeTpFjyGJ44HtUpqW+zp4UJb0&#10;p172sqUI+xivlN1z1W2jRxxQJY3uQOB7RyArcD0I6TuNOmvCp/1fz697QszszgBeFWwbVySCbrb/&#10;AFuefa1VBUAjHTwWqAFcde9xXQvc3BFrD9P+v/W1+fewAOA62FAwB173HZdPP4/3w+tvoP8AY+/E&#10;Yp59Udagimeve+P3P40W+l/X+Ppx6be2fpv6f8v9npP4H9Lr3vKiXe2kgNwDcm39Da/0A96dT4Vd&#10;XDqzxnw+PDr3tVSxI2BiJ+tjyL3t92tvow9tRB/ENMj59PpH2fL/AGeve2dIYxdpLFFtqPq/1gfr&#10;f8/4+1bEjgM9OBSc0x172/UlA8pksxdWRCiWsQCTqP1ufp7TSS17V63TiAcde9rrGYWsrmWmoYbO&#10;wUCMyRqrE8AF5nRU1H/H2yrhnUs1RXpVAheWNaedOvexOodpJixBJk5jTPqS6oonsQAzC8Mziw0n&#10;/b+y2a40kACtel3heEQHwf29e9mY25JBS7n2eaaoM0b0e3gS0TR2vUwM3BDG/oHtZEo8GXGaf5R0&#10;uRUVkI9B/h697sl6jtJl6V/rxDJ/sPuccT+QLWPsW8rf2yD+kf8AnzpLf5Df6vXpFb8Yrt+vt/ap&#10;qhR/S7UlUPpY839m5aIBiw4BQn/YXI/re/uabWnh21f9yMU+3H5dR1uFfE+er+eOigGoch1/sLLp&#10;/H0vx+L2/wB6PuTiqZDX0kkhHE8QAIP5lT8j/H2LomJArwp/n6L2cFhTpL7qr5FweWigQ+qiqmNm&#10;H4ppT/bBv9f8fa/3tTRtUNoP5b6DlrhLfUj8H3CnOjM9xKaUNP8AAej/AGmQsgqPl0iPjjWzDb1E&#10;ZgfVHG1yQdN0k/1N+L/7b2W3dVPqEyf2bpwSTyGj+nNwBf3FKoWA8nB6FluQHI8/9X+bqwTb03oh&#10;b63VgSo/A8nJ/B+nsse8aIBZn+unx82PN/thz6v8B7UAFl+Y6PIjVSOhEpnuB/tQP+PILcfQewYy&#10;lGpTUFW4tqF/pYKf9V+R7QA9bYdS/abNLYWAPP0P9bMP6Nb6e7V6pTr3tebSpV++DarsBD+PyCT/&#10;AKu/4t9Pam3Gpgn2/wCTpucZU/PrhJ+hv8Rb/b+xzlptWLlUNwI5B9DwPER/X8H2/IjFk9f9Wei5&#10;OJ+3/IOoKuBIB+eLm/0N/wA/64v7Jp2jjh9zUC3Bml4JP0113N9Qtcrf3Gt7blri6JTg5/48f9X/&#10;ABXR3bCpQegXpxHsF6ehAlAI5DAX+v5X+j8ce0AtwaEN5fL/AA9HIB8PDY697UNHTqGI/VY8/i17&#10;C1rkm/s0CvSNRGQK/wAv8n+qnTgLmgAoOve1bjKVvKCB/SzEi/6VFv1D+ntUsYoEUY6eSIMAKY69&#10;7F7AUJ0RBhza9j+fqefVxx/vftbbxgOtTgY/bw/n0oMGAD5fy697HPbUHiZbL9VIH0/1MhNjcn88&#10;+xptg7zXgD/0EOkrqqsdVNI/2R1Arj+2Re1rfT6/qQ/4f09j3hQSkXpItr/5NaX/AGNzb/D2PuWY&#10;PEuZ3Y57MfaG6QsC0+tuJz/LoKN1PoiYXB/2/wBD4D/vfsxey10U8thxZLfT6a5Pz9Da/vIn28gJ&#10;uZKEaqD+TP1C3uvHqeFweB/b2p1Xn31ULJVY4E3vLUE8G3/AaiP00/U6fbvWKWKcfWRr8gfg/wBC&#10;Pz7k64geMk/hA/1f4eoqJ8N6D+Af6v5joP8ABzJ4pVv+mKP+yx/IubkH6gf7x7SlbGweO4sPIb8j&#10;/E/X8mx/HsvkWjU6M7eRf4u3oV8PNG0Mtmuft1t6W5/T+CPyfaXrkIZwTxzyPwbN/jYgfX2TXEAY&#10;Ov4h/q/1H/UDu2lCpwJ6EzCTKY4WUc3XUDe/9ji1gQfxb2yVCAKov9Yv+Ib6XI+p/wB79hq8tgpZ&#10;xWtP2/7I/wAnDPRgDQhhx6XFBUF2I44nN/8ADlPrwfx7Za1B6OLjxj/er2/2PsrZCQTTHSlSCAel&#10;Rj5f182YTG97cfQA/j/evbBVR/gfQ3vbk8XsOCSbeye/RNNa5HD8+P8An63jpWY6U6ufx/X+g/tf&#10;gC/tgrYjo+mm45H9SCeb3HslWAhcMD/q/PpVBJpDeeelVSzgvf62+h4PBsfpx/X2lporKWA5NgRw&#10;bjUPyTwfacxoQARw6M4n+ED8j0oopbkDVcfW/wDio54tz/h7YJ4gpHp/xP1PHp+gvz7YMBNf1Ps/&#10;2f8AV8/l06zlqVYfLp0SS4Nh/rkn8fn/AFvaflSzlbf6n6C1uBY/Unm9/wDb+ymeKtWAz/n4jpy3&#10;bBBHU5TwObc88/7xfj6f8U9p2piOs8fUDjjgW/1/wfaEoAzA9Kjmh6kqwsOf6n8fX/H/AI37Z6qM&#10;iRDYfUc24+n0tcf191KUGOtDrPG3B/2/9f8AX+lx+PbNWQl52HGnxi3J+p1C49X5P9faG5WgRgPl&#10;/m/y9VIwPTrIPp+f9j9fbXlIf2o/+WA5F/paS3N/6e9wRcTIv2V/zf5+q6fI8eu/bTVw/wCRx3/5&#10;tG5+h9DEn6i3/G/eruNfDXTjy/y9acUUde9w1i/yOTj6Sf4ekaP8D7Q+Cnz6p5V697j0kX7U62ty&#10;fV/iUt/vuPdhGgoadbU0NRw697j0NMPM31b0nnk/2LW5b+v5970j50/1fLqwkNeGOve48MOmsDE/&#10;QHm/BtGTY3PP+9+7qq6gBxJ68ZGIIXh173FqUvVcKCb3P6Tb9pbc/n36WNiq+JUVr/qp1Qlq1r17&#10;3nycV6ll+pstr8c6FP8AX8j2jFUbuGerBqNU56977roGDRX/AKc/T/UD/H3cOtOPTmtfXr3vxgvj&#10;o2F7CSQjmxOng/Q8H37xFr59e8Reve8aqWoGsP8Adkn+t/mwf8QDYe7efV/Lr3vHQBtc5A9P2Mt/&#10;p+Ch/PI+nvx61/m697mY6IeeViSD9vKCbHgEr/jz70SDwPWwQeBz173zjhvOh+v7qcf4XQckEDm/&#10;vxowIHHquGqBx697lVcVqprLf1gX/wBiv9T7SSfA3TI+Lr3vNKg1tc8k8E/6yj/D6D2lxX59OEZP&#10;XveRotMEDW/svf8AoW1Kf9vf8e9tTU1Phr1sjA9Ove5BA+2p+Of3T/1k/wBtce2e7xFr8PW/wjr3&#10;uRCf26j/AGFv8PV/gefaqL4/y603D8+ve5VBf7eq/p4uf8LMLD2/6dUHDr3uRSxP56cnkeRDa4H+&#10;w4N7j3s9e697zQIq1Tah9a5gB6r8SX5A/p/r+9fn1sde9y5FDvIB6h90x/3ki/8AgR/vftfG7BAA&#10;fw0/I563Wleve5sq8wGwt9ooX/XuLWva3H09661w66H5/wBf/iB7lkgLT3/44L/W/wCvj/eveut9&#10;eH5/1/8AiB7ykXpZB9P3Yv8Aoa/0+v49tq+pwB8Hn1v7evf2h9Pof9c/T3mUfszFePUgt/W5/wB7&#10;49mccQaJQ4qOPVgMZ6xEjWt+DYj/AAuB9D9eCT7k0akzx/09XP8AyA34v7VhKZrnr1c9Y3PpP+w/&#10;2/H9PbhjlAmQ2/rfj+quR+LfX3Y0XUerL1ikuRz/AK3H1PIB+vPI9vFDFqkuB9CeP68n+v8AQge2&#10;nkrluPVXHb+fWNyBx/hx/Qf76/t+hUCsaw/3Wlv9v9Dz/vre7RjxEjB4Fj/gHXo+D/Z1Ge4QEnn8&#10;/wC2P+B9hb30BHsutJP66epiFrH60FUebf63+t7DHPlPoYR/Q/58PSvlyn1UieVf8JHWfGMSJeLe&#10;ok/1/Ubcf63utGriZnci9vV9CbcE8fqHI9wZHw0+fQ4DBRpY56dfcGNSD9frxa/0+n+w9q40oAx4&#10;9XA697kkcaB+RZv+DfS3I9vxx6x4j49P8/VPiozDHl173Fei8oOn6cjn/Hg8XF7j2jmjqWVxnptn&#10;rhk/n172nq/HmL9yw0gabXuQWIBIuxve/tA9mxU6TVumSBxr172EW6KXPU9XEMTqIk1HUHpwfSsV&#10;ifMbj+1/xr2Y7a1jodb4UYfb8/Tonu4pPFAjFK/YPTr3sUNoVG+aSTx1FbJBHHwFU4+TXqWpZrsg&#10;cjTf83vf8e6DcZLLUdrQnXxHD4eHxj+keq3CzxLFQZz5j5fL5/L8+vezCYrdm4o9KVK+VB9S0lOo&#10;IufqEg/1vZzYrcboIxd2Xc/z/wBN/q+zpLNIaUkjz9vXvalGdkqmuKZQQR5P3hwALj/dVv8AbH2J&#10;4+WYI0rZReHIfi/1M1eiqS+W0YFU4jr3uSkrEXVdDngMPUP959Pu7bJegnTIB+Q/z9Ipt3Vj6H/V&#10;/R697zjKZOmsY66SBDZSVhjkFhyLKYz+P9v7WW227zAxMJGvTUfBn9n+r5dMJdwSEi5+H8+P5de9&#10;56bd2aimdIsxOGW+m1LCCbOAASYP6gf09qjbcyPSrtX0DKf2V/ydPG+2yPGs/wDGuve3SHe27wWH&#10;8SmljDNa6Ui/0sSPt7ngf6/ukNhzKulo4tRr/En+XrRv7N1UW57/AM/8vXvcn++G6JLBnkkv+S9O&#10;v+F7+Acc+1P0/NP/AChf9VE/zdNfVGtPP8uve8U24dxSodVMW5XUPPEL2P8AyyP1/r7vDY80XDiO&#10;S30hvRk6sLkk8P59e9tj12elDH7H+hB+4h/4lQDyPbsmw8yGmW/3qP8A6C6t9WVz5/I9e9wpkz0q&#10;EfZhbn6iemJU8NY/0vp9l/8AVjmOdxEzcf8ASf5+nIt1+nlEpOR9v2enXvbAdsZadAzx2bnky07f&#10;kD8yjkgf7x7am5E3uWtHov2J/wBBdLv6yvQ4oPz/AOgOve1jsNN99bblx27dq1ElFm8VI0+OqlbH&#10;FoZXpp6eRlWqFRBcw1DD1Rkc/wBfaKT213m6YQudSN5fp/8AQf7f9VPS8zyyo8Ktk/Yf8KnqNWUd&#10;LkKSooa2COppKuF4KmnlF45oZFKvG4uLqyn3gzVV2TmcVU4PJbkqp8NJWV2U/h5pMUFlrsnOZ63V&#10;JEiTIXdrk6rf0A90k9pN1eXxlWj+vYf+fxjpuLd7mJChlJX8vP8A2vUiwve3NgL/AOAvYf7C/tDR&#10;9a5DT6gS7rfR+0THzcOGFVpa9/p7WL7Vb4kbUPcp/wCF+f8Azc8umW3JlZZCcA/L/N137TuQ6JqM&#10;rk6LNSyMKmglpyoEcTftUkpmT1DIKqku5/sk/wCv7LJ/b/mSMvEmInrXMY+X8Xp16XmDUyszUINf&#10;Ly/2vXva9p9i5OigRUchWZF02gANQUtpt5WIuEPP09mu18g7/brReKj+JPRf6VKdFU+7ieVaN21+&#10;fr9nXvfUu18+Z6aWItA9LJFpYGmb92F9aEapLfWx/I9rrnlLmZCQtqpqP9+J/n6Uy3jgAxtn/V8u&#10;ve1zSZDsnHMtRS1skLgaPKP4W+sve10kVgPp/r+zWw5e5qgjrLb6V8/1E8vz+XVF3q8Ts8Sg/Fw/&#10;6B66IDCxAI/oRf25y7h7NrVArKl6oEeoF8VFf68DxxIfx7V/T8wsANr3RtP+kT/n4f6sdK/33bMA&#10;A1fy/wCheugiL+lQP9Ye0RVYrds0ssskbQNIRyJaN9VgouSGsDZfdDb77p/3abmzN/pU/wCff9R4&#10;9Im3ayJq3H8/83XL3hi2/mmsaim1G9rmWD+h44kAJ+nsuk5VSRT293+r0PXl3GYGh+L8v83Xvc/+&#10;7uTB/cpAyL+PNDYXI/pIPz/r29oZOT9ZGjBr/q/H/qr0oTd5ge6Sn+r7Ove8tNtjISEqIbf0PkjY&#10;WFza5kW4F/ZUPbppzqp2f7X/AKD/AM32dLhuzOONB/q+XXvbqNmZJxdja/OkGH+t7/8AAjj/AFvp&#10;7fHIb2ul4z/x3/oP/V59aNy70ZT/AIP83Xvc6m2ZlIz4NPiBGrwhoX8gbSNRfzELrv8A7D2z+4pk&#10;oBwX/V/F1p2LAADPXvagxeLy+CmFmJ8tgaQ+AJJrkQkGcOzIJPFpP9Bz7eXayoBKivpX/UOmdTxn&#10;jn0697FKl66x+7cWaxacQ5BZlepQF30zrAss6B3qYkbRNPa4+tvZVLtU8ksotxmrf6viH+D16UNO&#10;PDU1o1OsEs6QkCQ6QbWPJ5JtbhT7Ru9uoZaOOimiQswoI1NtA5JlNyxrP8Pp7pFtN3b1Nz8IP9H/&#10;AD9KLS9iOC1R/q+XXcU8U2rxtq0sVPBHItf6gf19hhSbRno55I5FPFPU/XTwwRhawlYf8i9m1pHE&#10;oVV4V/2f9Xz6TTFDNIQfPrN7DOsxpilKk2te9zyPSBcaWJI9qL1B4bKeBH+odI2IBp173zyNPbFY&#10;lQuq0VTc8Dg1CMR9Tx79AlLeI+v+f/Z62vBW697Z6dGFQgIA0ltRvzfxk8WPHHuiRUJ0VLH/AFf5&#10;er3C+nXvc3ckNqqdi1rrAEXlv91xg2bUbWP+v7ekPdw4D/Z6Txr3qfs697UHVGL/AIpvzbOHmJAq&#10;ckqk3BurQySEfqUf7rP9oe/BWIYr6f5ek24PVafhp1xdxGjufoiM5/1lBJ/r/T3uEdbVMWK2jt6l&#10;p0sYsTjES1zpZKCmj1HUjcNp/rb2R3XK8u6nxSf8V0ZHr5/x1r51+z7OiDap2W4NwD2a/wDL/k/z&#10;daaXy83vLF3j2NW1lR/lg3puRxIRGW+1Gdy/igHjpQpSPX9Lav8AX+vsYKbOVFDSVUbPqFVTStEB&#10;psKqoBClR4h/S/8AT/D3H+68h2u6OZLZO6A+deEY8z4n5fL16lbbdwW7iWFzT/V/q49AHtTtyqp9&#10;wbajq2EQmzeOhybagwfb8lSBJcfY2Gofhf3DwPaWaf76ZpU/3UfHJfUbMGZibynkAn8c/wCPuePY&#10;7fnsNqn2a/as8d46/wC0RbeMj9NP8/2Y6j/nzag1/HLGMtAo/wCNS1/1fyPRU/5jvWtDt7eOE3jh&#10;aRIsNuzYWGzkcqSMPLk87X74ywvHUVk9SHemhX1sip/tNz7jVcSgFm9SX1WIIAIJP4IJFh7ysaOG&#10;5sUnAyI/+fP9R/wdR7bL4Eq6BRhx6rE2rm6sV0dNTMaOt1iAyIyOZYWaCNwPIhiUu3Nv6ew67G6f&#10;2F3Lthtq9gbfpNwYRqylyC0dW9ZHGtRRGR6ZwaOsoprxSyEj12/qD7jPc9oju5ZnRu5FNP8AVXhn&#10;8/XiQM7LdzG0trqqPDY0xxB6O98bP5gnenwg3y+6OsM8aSLN0zYPcmMkotuVdPlI8lXYt6ird8zt&#10;jciQSouGissUam6cMo49ojqD4x9SdKZ2ozHX+0aHCV1ZHOlS9NPkpGKSQiGVP8tylYlmjS30HP05&#10;59gu75Uea3ALVao9AMt6gn18v8HRVuMnjbWmkAVdPsPfjy+z/Vjo7nyb/nLdw/JfqjM9c7xyAw+2&#10;6iuxFQ0tLTYOo/iFbjqyHJ4yseLG7CwVVD9tX08TKnmKG12uLr7H3J4ihrRBOtMiuQ3p1PeO2hdI&#10;IeP9RH1Iv7G3JOyQcsz7lHc22qymZNQ9Ka+PdJ+fl+Veg5e7BJu+5GdLgo1v8I9dZx+I8P5+eOqu&#10;qH5o9qx08WAye7aqs/hqSQtkPtcbE2VEpaoE8kEOC00rU/6dKt6v959if112Lm9haqOI/c0Ev6qe&#10;QwqU8a1zjTMIJam7S1uo2ccj+nuGPfD7q/IPulMd+2OBLXcUpgCUhi/gJnxJkjACwvTs4H7D0Otp&#10;3HmDbEWOaTVaD/SDPD+bcOPS22r/ADBO3dq09XRUm5amoxczU/lpDS47lY/uXQLUNt9qlSKmoZhZ&#10;he3PH0VtTkcbG1dlY5TI+c8HkXXMCDR2hYkiAek/X6xj3B0fJG/zptvL0tppTaNenCYE/wCoOMnH&#10;yxr/AJdH8m92MuoRt+r+L4/Tt8j0HuK+TtHJWZKuaTwzbmMH8QYSVbNI2OEkUPoXEWstwfqn9B7B&#10;DICN55oowVUNdeLH1aGP0txcH8+8r/bkT7bDFZ3L1kCj55/U+0cKD8vs6BV9AbiVJWpwp/q/LrL2&#10;XnDuFsfv6BARk5JqeoGoIBFjoqejh/Wo1Hm/Eae6gf5kvXkJxWE3nDDeqetfH1Tg2IpaTGzyoSWq&#10;LGzD6BLn+p9j/mmz8QQXeAzgfyA/znoS7ewntjH+JT/I1626/wDhPF8iTvzpbenR8rF/9GUq7ipX&#10;IZbw7w3BnJpUVRjKePSksP188pN/0p9PdI9fSqrvYWuGsefqSbWGq3PuLLuDRNjjT/V/q+fSwQqG&#10;x6dbHPtuZdLQxg8eSMfi+rUQTcW+un3eLVHbXrDj4En7KdPBKW94x4iF/wDjv+z172dqFi3VezLf&#10;VM7tgf8AJOBX6Dn+n+8+zHapf8UqPJD/AMdXoG2R03184z/isn+HpjC2zcn+1YyX/wByx/t73/3j&#10;3LrOc/Cwvd9hZEcHg3lP+HFr+1t1IxNlU50r/q9PXraavAi08fGT/V/h6kRAeNx+BXi//WPn+pNz&#10;7RwjL9X7j082zFKWufp/ktvyw/I9vyvH9SorilKf6v8AD07cD/dslP4W/wAPWZz/ALkYB/Wlnsbf&#10;0ki4v7KRKPUAfqG4H9T9Rfn6G3+8+y3cGoZKf6v9Vej2MfqSaW8up3vEYwT/AKn/AAt+R9fzYD2S&#10;9P8AXvfXi/x/3j/Y/wC2/H/Ee99a0r/COve//9akqdNDftjQbjUeXvcC178m5P8AsfcMKWHFupYL&#10;v5Hrf49tsszj6mzWJDDSeQFuNOm3K+/fl01Xr3vPtCWQdi7MYsQVzMXNluw8Li5NhwD7tDhJW/o8&#10;Ol+2krL41fL4f9X+XrhJzHIP6o3/AEKfa77gnlfMynV6RRwEEqpv/wACb8EE3v7QWigSyDzJP+Ho&#10;rrovbhafHq/w9ejFkUfTj/e+fZfZ72Yk31XPPNidXFz9R7Mulma9c/bHOxJsByP8Rf6nlbn68f09&#10;7PWjx697bpCQ3p9RvY/2T9TcXvyVHvY60r6CcV697gTEBefr+mw+v9Pey4XJHTquGzp697hNZmIT&#10;ki+rm2g/kXP6rj3YcK1x17r3uEdZ1lE1KlgTqA+v9AefoPe+H29Vb4W+zr3uIZons8baww/oy/1H&#10;9pfrce7BSek7PSRivn173wdz9RyL3vf6fT+z+bn3rwznU3+r8qdUc6mJ8j173HkGoMqMW+hBAsL/&#10;AJWxuVt71SmK9UqQNIbHXval2BRV0u4sdIlMXC1UICmWEA6Xv+XUqef6e9SKK6a56cii/UVuJHp1&#10;73C3fiJMdlK+TLv9ijVFRO0mgVYEUk00mvTTSuWsoJt9ePe4yNIA6d0BdQY0z172jJMzsKmp28O4&#10;hla9AxGN/hWYofJIqemI1TRNColmXx6voNV/oPbmmT+Gg61qgAP6lT6UI697Tcm9wXeGDYHhmCu1&#10;PlTucveNWKxyfZPSaBdgJNLG/wDZPuyx6qETVr8umRNU4iqfXV/sde9xRu7e0c8AXO/ZUhaNhR/w&#10;zFVIRDINK+f7bWbJxf8A2P5928JCurT+fVvGnwddF+wde9u29SczBjausnE0goz6tAT9cxJssXiX&#10;k/4e9RA1KqOty1kCEnNOvewvmooaZeE5a/8Aaa31A/1R9rYmDcF/YOqKi8Rx697iIFVm1IGIA0nU&#10;Vtcer/Bh+OfepWyCp7R1pxQgg4697iTh5AAxDFdVvSFHLLxYEWsB7YIr0ldNWdXXvbbOl2ILAhgN&#10;Caf0iwJOr+1qt/sPbsS1Yny68kWdROOve2ueNwrKDwQOPR/hx/sL+1AqpB1D/V+fToqpBBx1722v&#10;TgFW41E2J5N1/wBcN9OfbwkHCnVg4Untoeve1TBARspjr/VnKv6L9L0QJP1/p7aY1l1fLr3FNXnU&#10;9e9oJqVmZ24smoFhpv6TcnTccgf7H2qEgNBTPXletRTr3vlFSO4ZlF0QHU3FgAAf0lgeB/T3oyjA&#10;8+vGTyUde9w6iGPVYyj8c6CebkBbX/x+vu4NRWmOq1qKjh173HSlZjc8J+CLfW1v9USv0596OODd&#10;3WtPoc9e9u9JjamaRRFGZL34DxrxYn+1IrEe0ruCtNND14KxGE697E6DZuRnwsa+MaF1Hyh4Ta9U&#10;SPSKgE3It9fadblUYmnT4BCUof8AV+fXvciHb22aBI5jnRk5rtfHfw2vo/JYsukVQndFsja/p+Lf&#10;n3drkkMpjp+fTpaJQQTU+lD172sNrVeHbK0i0OCFDLrb/Kjk6qo+iSWIhnUKPof9v7bkUio11HTs&#10;enWoVM/b173Mr8vlKiaalmrPLTOTG1P4KZT49TDSHWJZAdI4N7+2vBFQ3iZ+f+r/ACdKRrMgPiY/&#10;Lr3vPjaUPIqlLaSGABP1uCFuTfge0VzIVKgHu6fMpDaVHXvZt9t455twbMjBAP2e3P8Ak6aEf2nH&#10;AHtTBLqikUL8X/F9Li1WU0/COve7O+pMM0FXSM/rZqaCzXVf1SY4/wDHUj6r7G3K8XhyI3BQP2fB&#10;/q/1ZJtzufDVh4dO31+3oLeza4RYCqCn6eW40k6rUlbcCyMb+n+nsyjRkT6LXCXBueSNX5P4F/cz&#10;2snbGw7cD+XDoC3ZWbXJTT0Ufyg0sjlrtISwsp4JXlQLC9x7caGCCOvpGvf/ACuAaefzNGPqG4+v&#10;sQbRNLuU0trp0ivxjHRO7yF+GKcekfuipni27lnB9S4nIG1kJ9NJM36SnP8Ah/vPtf7zCa5n8Yvq&#10;AuS3FggsAfpcj/fD3GHO+3A7lLaiUhe708/83+qh6PtlYaVxj/Pw/Z0GXxoyE523i5ZHEmqCN7aF&#10;XVzM31RQDwfZcdwoW85/2pfzf8xAi/Fv0j3E8kAhr3VboZwD9Tj/AKqdWNbbqA8UCqpChGN+QLfu&#10;ML8D/VfT2XXdFKZEkGm3lK2sQSBGYPr6v7Wn+vtHJdKjU01/1f6v29HkRKg/6vToW6I+kAki1zf6&#10;fUsR+APYJ19KY0N7t/W1iQLpb+0fz72Lc10hxXpRpLGg49OXtiaIBSmng3swJ+nLcDV+Pr7YNQTU&#10;Go61o/Z172pNq04SvChbj9sFhxfn88/4+19vgR/xZP8Ah6YulATHxdcJDZD/AL7n2OiU4OPlJAB8&#10;b/k/q0DgWPP+v/j7fuVXQugYP+x0WhQfz6atZ8yg/gji1uCSAeR/X/evZUezaU+edtPoEsgH45DV&#10;xA/UdN/9t7AN6KyPnzP+Xo6tEq0dT6f5OncfQf6w/wB69gb4FEhubP8AgBbfUWIvq4t/vj7RIlWN&#10;B26/82OhAYiVGe3rv26UNOSQ2k86T9bcek/6o29vl1UsK+fp/m6ukSjPi/y697EDBUSvOoI4uL3P&#10;+A4J1D8+3llKClK9PxsVFKV697FrF0hWeNQAy3/H/BT/ALXf6/19mVmA36jef/F/5ulyisZbhXrx&#10;9jNgojEYyFL6ww0ltH0DD66jYm3sbbdbqVZ/E9P+fvs/y9FlxBWpLf6s9M9c40kcCxH0F73KH6c3&#10;9jhg4GPhQjTfULki1v3jz9R/a/2Psd7BItm80tddNHD/AGw/1eg6L5f8XUzfEB/xXQObslEkLkG3&#10;1tcE/mmtawF72t/r+zEbWjVKOSUeoaUsAp/46SAf2jf6f09z97Z3zXN2ytF4bNX8foz/ANHj1EXu&#10;jamWSz/UK6y3/GQnVdnepK5OgpvICFeYlyByDSUMhAUH0izflvc6sUalseL2sRf+zwPrzf3M79xB&#10;Hw9Qwzl5S/wj06QmClIp5Qylm0j1atN/3OSLDi3HtNVsbNIpBAs5bhf66j+Prz7IJ4zG2knPSpGW&#10;JAD5noV8HUKIJAymzQ6OX/C6bHkCwA/2HtN1kV9eoi5uBx+LuLf4W9o2IdGA6Mre7BHw+fQh4mco&#10;Ygq2C6CfUAfpHyeLc/8AE+2Oph9I0/iNf9Y/q4P059hi/wD7OYH7f2/8X0axXBC0Ir0u8XVDyHUf&#10;1TuLfngx8gAfT2zVsJCoOSSqm/8AQc/m5vyfZADinRhDIGFKU6V+PqAzSEW4dxYfQ/p5/SCCB7Y5&#10;4DoJBBtcC4t9bg/2gb/7b2guIBIHBbH+bpTWvSno6oB1Gm1yD9b/AIAH9kg/7z7T1Sg8bfUXP9Vt&#10;/wAa59lL2sseoLQn54PVlJQnGelZSzh5Uv8Aji/qN+OP9f2npKcOh/H9bAn/AFNz9R/T2WzMKg/L&#10;/L0sgcEVpg9KaGUqQBzyeLgf1+v5/PtNTQkcC9h/sf8AU24PPtmIatRYdL07tRPHp8SUGx+l7/T/&#10;AGN72+vtPNCSwX6a72HB+gH4uObj2XXrBTwxT/Z/y9K4olqDXpzVuCR+Pz/Uk/154I9sNRGPIBb/&#10;AGkG/AH+xI/pb2UFi7GkdTT1/wBVenmOkqAMdTFII+v+J4+pv/QD2z1cPqQ2+pH0Nubf1uOfbdal&#10;kPEda1hmIHWVTYf7C/8Arc2/1+fbLXUwWUXGoaBx/ibn/Vjk+2JFqFOsjz6uR8+pEbXX/Y2/4rza&#10;x9ttfCXhW1/0qn0DWsktyBdf9V70zqhUMePWmx59cx+f9e/++/B9s1VSlKSH1EglVHptwUc2HqP1&#10;9+ekqFdWPXqrCq0679xUgJpJQP8AjqLf05W/Fjfn2keKSKpVu35Y6ppIBzjr3uFTRELMLf2mIN+Q&#10;SP8AU3txf2x1QVoQOve8ePp2NUw/2hz+PwjG3B9+Boa8etKD65697wRUpNTa/wBCbWH0un49Xu6S&#10;Mh1A/t62C1cnPXvcKaELPf6kWH045W30DD8D/W97uJS3+g0b+f5/8V1tjn59e95MlA33YsfqAfx9&#10;PGpH9r6C/tCHZ1EYA60ePXvfOviJMX9bcD8/pF/yOLe9PHo8+vHr3vFoIxyDTe7yAG44sDb+tz7o&#10;poQetglaHy6974xw3oWBP+7HJ4NuY7HjUfyfbniZ+HpzxMfD173yooFb7k303pJkPJt/Y5/V/h70&#10;HoAKdaR6DTTr3vLj49LytqvaKRLAWP1WxB1c/T/D3ct8vOnTgb/DTr3vtFCz6TyTKoH40hih/Pvf&#10;VvPr3uZMLVbj+r8XP9mxIvwAfofaF3qKaTn16Y00YGvXvfKqQOz8kerjgH62Fvrbj2leTRSnHpw5&#10;697zNCfBFyDcHSfT/ZYH8NzYn6+32oLP6ovn+GvDu0/6vPqhftrTr3vM6f5LT/UAeWxv/wA3b8ae&#10;Bf2yIn+mN0vl+H/bBet68A0697zU0BEVQfwFWxPFvUf7Or/Ye3UKhxXqzDHXvc6kpl+2qT5PV4he&#10;yn6ar/6q3J9qem/Xr3uTQqyzQDVcCUWNgLnSfoOT+Pfut+nXveSFFapcmw/yxhfkekSKT9LD24se&#10;pNWrrw49ePuWwOpwBws7fn6WJBuTb6+1KgKABw6914e5jAa4Vsb/AG4B/FwWH+t731vriPz/AK/+&#10;v/T/ABPvKyXEXP6YbfTk2PJAuPdVTu+I1Prw6910DbV/rn6f8Ta/9PeUp/k0qi/+di/H9PryD7UC&#10;31MULjhnq1D69dFhqU820n/eL/7yfedEOib6ABo7cXN+f6+1qDQgSpNOtjgesbNcg/1/2A/HP5vz&#10;7mUqapYyOCNVz9f7Lf4gc+1JyCCOtgZ6xM3B/wBe9/pfkD3OxwAkjFubn1f62s2I/pz7qwJJavW1&#10;xTrg99JHP44sfxbn/X49v1FdGLBNXJAIa1gSx5+ouLe2jHUULUNerEaqAHPWFzwBf8ci3+FuP9cH&#10;29wJeqdySo8SlBe5dgQNIINh9fqfbqKoRFZge/8Aw/8AFdNsfCDmlQeo0jegEC/PqI50g3JNjyfp&#10;+PaE7j27XZ/aVTS0Shpo4ZptH7XqT7OoUDVJPAq/r+t/YW5wD3kCxgaQF+LLeRX5f6v2dK9hKxXD&#10;ODQk/wCUdZcW6AyAH9Tmw0kc3F7f4e6ysjj5qKoqIJE1SU9XNT1QZkHgMUjpLJwzCQRFfot7/j3D&#10;FxALScwlzqp/q/1HobkoQGR/Lp69tMihVDEELcIrm51Nc6RpuLahzz9PdEYA5JA/1fb0nMjCq6Oy&#10;vXvcMghmseTZTc/0+osPrx9fa+J2kTWRn5dPRsXXURTr3vLT6gzOWtqup4FxdQDc8WPH+Ptw9XHX&#10;veasiimAVjcMur+3+DYfT6+9eIEHwdVkYIvDHXvcWkx0VySokf6ryy6Tax41gEH/AA96SwimIkU0&#10;/wBX+m/yf5+kMpBNV+Hr3uLPX11PVwxrFqVw921QrptGr8LZgSb/AOv7N7a0lta/T3OnV8Xb/h1d&#10;FztMrBDKM/6s4697G3bMkVZEq1VPrPP+7WH1ab8Rhb2sPYgsb2WL4m1flp9P6P8Aq/LpFcRs6isn&#10;8vs697FLG7KwlQ6yimUO5Hp89X+NS8XqgPx/T2JY99VVXXaV/wBt6/lX+XRYduV66jX8v+huvexG&#10;xuzaB1MaQ6dJK3Mkxv8AQc/5XdfZvZ73bNpZrT/jX/Qvz/z9MNZxpSsdOuibf77/AG/tRRbAph4W&#10;Wj1lpVRgZpBZCNRP/A3/AB+nsQR7rbEHRbaR/pvT/a/6v2dJrm0jdQoj6weYC925sSOL8i31sPp7&#10;dKfqrG/crOaQAyKOPNMQutw4NxkLEX/w9ujdYVFDDUfaf83RXLtiVFU/1f711gNWAD6vpfnSfwP6&#10;afrf2o4OsaNbaImIIuF1P6dRHA15BtWke1Sb6SdNvAEx/F/0L/q8+qJtwibVGAD/AKvn1HfJKt7s&#10;BY24BN/8eEP1PvMOs6YHmAFR/tchvzwTbIHm/tQN8uP9/H9i/wDQHT4tpMAyEdcf4on+q/xHBv8A&#10;n+sfucnWlFYft6R/i8p+nA/5Th9f9b3s77cMf1JdQHy/6F6stu5ahkz/AKvt64HLLe1/94I/x/MZ&#10;Hvn/AKP6MWUQE8nkvMAB/r/eWI/2HHto7yWrqHbTjqP+CnWzZM4b9fh8v+huvfxLm+qx/oF5/wBi&#10;Ch595BsCkHCwHkjjyOxsD9AfvL8k+223Y6CsZof4qE/tx/qp00Nu0UY3GpR5Up/z910cmCfUw+n9&#10;CBcj/GP+nPvAdgUyxKhiDEH9QkkFrkkcfek2sfpf20u7yR1VZ9X2Kp/b29eayBrpNB1kGRUkm9uf&#10;zfmwP0/btfj3zTYkIBSSLyJf8tInJvfkVR4vz/j7dO/zFSFfP+16olkAQQ51f6v6XXjkFJvqsbH8&#10;E8C31Ggcn3kj2PDrjlCaZY2BDck24VVFqoLwCf8AYe3E327rQT6j9i/5unjZSSH+3AJ+X+z1wbII&#10;oKk+kgj8/wCJuf2z7zvs2JZAI4gusetdRN2P6nuam/rb8e1T75dCORxINP5f5utHbpCrP9R2/Z8/&#10;9N1jXIIRyx/2AYWt+P8AN/j302yVJEgAVgqqb3bUo1NYf5Ubfm/09lcvMFw7AeFj7V/6B/1fn01+&#10;7VNP1P5f7PWQV6AW1G1z9AwI+g+mj68+/f3HgcEMt1B8gXU3+csRr1Crv+n/AGHt6PmS5UaDCOH8&#10;S/8AQP8ALj1dtvATJ/D/AKvPr38QQfRuTxfQwOn+gBTj3kXZFMAyiPTqU3Gtiddv18VQa1vbM263&#10;EjVaeq/ZT/J0iFlP+KTt/wBL/wBDdcf4kn1/4g/Qn6foIvx7bTseGJh4owvN29ROoqD/AFrDb6H2&#10;pg3d4AQ76kA+HK/8+/6h08tqw4uCPz6zfxBXHJP+v+APp/qR/Ue+DbTl8moAAqCLEIeSOb/5Ta3+&#10;Pto7zDHU2u3+H/ty3/Hh14WNt5REf7Zv+guuYrAQAz3H14X8Xt+E/wB49w5tmTlkbXq0AqRpQfq5&#10;JJFVxb3pN2tZ6/U7fr/5uEf8dHVBtVu3xJ/h/wA/XNaxbWBte5Bsb/4D1KL398BsNRYyKH4PNyv5&#10;P9K0Hj/X9o/rkAp4B/3r/Y6t4LcNJ67++UmwP+8Hn/kw/wBffOPY8d/WpsRzyx08EG5FWD/xP496&#10;a+U48DH+mP8Am6o1vI3Bcfs68a0c+r88cWuP8Lr7nLtRDpVYgpH0bWzH8XFzPxqHtiPcWi1Fo/yr&#10;/sf6vs6ejsWjz4v8v+huumq/6m4/1jx/sNP1HvKm1V/tJr/w1af96qL/AFPti6u2ugMafs6XRxsB&#10;3N1x+6C/Qkf7An/C/wCiw95k26IWKxkqjqqshGu1z6vU1QTybe3JrmARKPps6f4m4dXUODXX119z&#10;rFzzZjz/ALwP7NuB/t/caq23ARYKEbXqZgXOo6WB+s9gGJv/ALD2H7qRCwqlf5dGkarpFRXrLHUN&#10;9SSRbj6cf4cL7ETq7BrDlRT+PStSDFa5sZJp6OLUf3WP0H0uBx+PZ9yVtcd5vNtAWBE86rx+HW0d&#10;fxfz6J9/lWztPEBqKav5HpCdkZRsdtuurkYg0MU9YbC5KUtJVzMP821v0f0P+t7GXeOyYDGBLHqZ&#10;ImKklhY3kFmAqrG5HuR/cH29+ltwlvcdpZVpp4/F6vX/ADn06jzbeZWlmdBHRCfX/B216Bnq/tEZ&#10;XUzH0PIxPP09FObgigjNl1ey15zZMUUstQYwS0UymK7Xs5YfqNVfj/WPuERyvPYySRG4LhcVp/md&#10;v9VOh3abxHM6w+FU+tf9joytHmYauNWTjVpIJJ5uLm4MS/X2Ubdu1Ps6qocx6gpIAD/W4QcH7hh+&#10;faHcoXVQDw/4voyajLrUY6ewQQCPofp+P9759hzmaCSPHY+wsvjnP1Hp/eQ3vrP49oYywgjXT/q1&#10;dbjUuqDrv2lI4nSdeCLXvyCSPGeL3tYe6xuA1NNcj/V/q8+nLgYBpn/iuve5u5af/LS3j1uqxkWa&#10;17xRCx5twfenq0r549JY3pIMY697desK84ze2Ar5CXNLXrJYgqbCOVALqko9Ib8Kfb6NlaLn/V/q&#10;H59Id1WoqPXriyh1ZT9GUqf9Yix/p/X3t79e1VO20tu1o/eEmExhVdbgI32VMxuDGurj+p5v7FGz&#10;zG422525Lfw3kBpL9vyqfXjTyyKnoi2VkJeyZSp8Zzqx+L+j6daIf8w3a+4E+Tm7ZRlzBTYjsDOV&#10;tRhRRUcv8RoRns0gU1xn103lVSPTdk/HsV6mpgzkdDBHD9l4WivL5/PreNRFyPFT6fxz+P6+yrYu&#10;W5eS7ndLySb61Zlakfh+F/ad+P1JR+Xn+zo9F7Ltl1FHHD4o8RP6PHj5N1Xlvrs3IyrVLL/kUlJS&#10;NQvIWhqDSUVKJIvuCY8aDVGHx8L+phb/AF/fDG06QLXQaQT561mluSwY21IIjJJYnRza1vYZsrOS&#10;y5je9icos84fRTFHkU11/Zw9ePr0b71L9bDDLItD4K44eTdDJ3/2InYvSvWi1aCtk2/sPZtBS1hl&#10;8DSfwfaed8UxpkpaVBc1WrS9yA/Gri2OeFUUlebes8k6jYk/qY2ufeUuxbk9xt8Vs40Apo4CtNFK&#10;YQf5KnPn1FV3b/4xLV+J/wBXn1U4lbU/3inhqpBP5KqYU+lY4vt42qysMf7S3l8Y/LHUfcWkkLyM&#10;tyBy4Ww49Sjg25sT7UmzjtfGCS6tZP8Aqr9g4D0PlSuxFJFPA2qoeLR/l6et/RA4CGZacI9Oaene&#10;YS6jMLTyXMRfTHr5/oL+87m80jafUXuTcm9xzx9BYe7w2sMcMbhjppw/1f6v8h4y6tuhticKP+K6&#10;SuOqaiXD42P7kyUqUf7KGGGIwaJGupcL5JbsT6v6+86JpUAHVx9b/n+n1vc+1b3azkVUCOhoKflX&#10;1Plx9MY6Ki6zyTyxdjuw9f2/ZXpF5CSt/idM0rkqonCIyRgoulSxuoJb1H6t7zu0TqB4TcEnX5Xv&#10;fn8fQe09nbG1aRY7nSKCi6R0ULHu8c/jNu+uH+Dwkp/h/wAn29S4JXlWdXltfxWAjUkjUWYWAFlG&#10;n/jfvGAyk6pBbjT6LaT/AF/23590NukwotoST/T4/wCry6PJdwtQsSwWelj8fcW1f6vLpOJT1sw5&#10;h8ipcBjLEmkMRqGnUrMHK8Dn23VFvvFDLd3K86yttKWFxY3uP9Y+0kGyLG8d5FNSMg1GmtM/6f7P&#10;l+Z68l6GGE7ft/2OjAbYzldN11V0clSIxRJUyBTDDL5BPXepeIQRotzy3sm/za2+mX6W3BKw1tjq&#10;HJVoNyLFKQqORPCAQD/tX+t7NNxX6nb2SSv6VT+3/V+z59CjlrRI92oXSvh1+3rYZ/4TqdjHAfKL&#10;eO2VtFT702xt/HLFcyXmo6nNVcjB2oZpBck8F4QP6n3rbZOiEdVOVbUEDMPR9AGNgPUfoOPcPbqT&#10;HcNUY+3o0lm0SafDwP6XW8b7T8kSo8YDF7yrNe2nQCSNFv8Aaf6/k+0aMGt73GDA/wDg6dLB7a69&#10;GjP+Dr3s5VKqx9U7RIs5XN7dkI9S2I29HZPqeLj2YbQddu4+1f5DPQKsSJNwvyc/oyJ/xv4umTn+&#10;OP8Agfwp7H8E/dm5+nBF/c2uKjNUrAeqTr6scrfgBpSw+o0m1/8Abe192SPoxXCqo6cUfpKPwrOF&#10;6yQ+pJv8Ml9fwbCLn2msat+r9zta5OXpDb6fWjB/r+Pe3P8AjS+mf8vT0v8AyVYv9t/h6yyn/crS&#10;j/pjqv8ArZB/vfsnki/uShgCGJJP+wFxY/UX9l+4lmdgOP8AxY6PImPiPQ9OXvh47Eer8f0/1rf6&#10;1/ZYBpXPT/XvfH7cf1H1/wBq+v1v+v6/7z/j7d1L/D/Pp3xf6PXvf//Xo+qapWYL9LD6c2Ite3K/&#10;krz7hvT3V/B1LhHfq63+PbQ8pd76gf6cWA+l/qL3Pu2lOPl1Uovp173O2U+vsjZUdiSc3EoFr/7p&#10;kPqtyPfox+jKfKnSyw4D7euEv+ak/wCWb/8AQp9rvuO4zU2ph6qSMA3P0tUXHFuB7SWrKZwFXz/y&#10;9Fb0/eIA/i/ynr0f6F/1vZf53bSfzZjxzY8/4Dnj2s8z69KOuftqdiSbEKDe/Kk8k83twbe/dVr1&#10;73Ckjlk1AOANR5sCeOPrf62/2PvwoOq8eHDr3tvdH+inyMOPoB+P6E2+vuslQoP4enkroXr3vDJT&#10;TSWsDE7Ak/pYvb6kKCAvA9uJTSvpQdWoT9vXvc2j2nm61UqqaidISGZptcLg/wBkelplNtSkfT3s&#10;sOHWxGxzTHXveFsJjqJtW4MpHh4mteWSmqJwCBYXWlZmtqZB/wAhf6/vyvqRSgPr/m6bMUZo7sRU&#10;de9wazIbRxMZkxSf3oXmzU1TV40HlRwapWH9th/yB/j7fEspNCAOrmSNQSvd+0de9pGr3Rk6lBLg&#10;aNtrSAsA1S1NmQvOkMVmi0m9idP+1f4e29KrUsaj9nSUtWhjTT/P/D172mMhPuPOQGLPZuLLRhnF&#10;4cdTYsqLaQL0YjJsOPp7uAq5VaH7emmVnA1tUfs697YaHa2JxykU6yOzyPUNrqalz5JCrNy8rf2h&#10;/j/re7eIWoQetCNVwvXvbr4EVSpj4F7XY3JAsDfkmw91J63173CqUCKwjsgdDq41AXvcn8/j3sda&#10;8sde9w6qNjBC+rU8bR/0HI5/Jsfp7sDk9ePl1729ZwznD4NpOGegja1l49f+HFtdvflC6yPw16cf&#10;4U9Kde9h9O7AgcC44PP9RwQQfqR7UqqlT6daCrpHp1723MArf6m4v+foLf6/097cVpTqsgJpQde9&#10;4JU4v9AR9Te5+n4uR9PbQ6YPXvcCSP8A421vpyP8Rx7sp0kHqvA9e94ZY1cWI5/xP9Lfm4+lvegS&#10;OHXgSMg9e9xGiZNRA9RAAt+T/sT71X16qTQE9e9q+GjddkO0lx/uYq2tcf8AKiLHg/4e/eIdWmuK&#10;dOB18HLefXvaJ+z8ihyfTqEtr3FwDYXDcXv/AK3u1em6cOve3ei21lcoUNFRNNGFDaVeEXIKkXaS&#10;VPorD3rxNNc56cVXJ7R1728L19NHHLW5msjwlNA5jJlgNWTJpLrHeCcspaxF7WFvbsM5qVUVbj07&#10;HEwJLGn8+ve2T/ft0TmM4h8zIrFVqo8hVUaHn9YiYMLsfx9ePd5ZXY0R6LT06rI8ddKrUevDr3tw&#10;jz+XpkRMW32dMwJ+3aKmqW0m9v3pozJZRc/439sqQ7lSO7q6TOx0rjr3uGkMlRMS0pkZreRQNP0U&#10;/hXCXsv49udWpU1PHr3t2gphHqjYaYzpub/S+pl/LEXPvxYKCT1enl172rdsU6/xij8P5lYcE/8A&#10;HKQWN25t/vPtPLLRWBFI/PpTAG1gacHr3t0moNFU9yQxmJHBvfURxdv6j2ka7Cghcr08TQnr3tXY&#10;ijLyKwHJ0f15J8Y4Gr6fn2TSy1dFHHy/n08o+D1p/lPXvZ3dkYVpNwbPkAIEeN23KL35AlpWJHrt&#10;xf6+zmzDGGozg/5Ol2khSwGdB64ubIx/orH/AHg+7HtlN9pUUMZ/UYKdbc3F3pAbXv8Alfz7kTlh&#10;C7270x2n9mnoP3w8ZdVOC1/w9At2Kn3GJyH5CiqJ/AIFPWf6xvZj7G1YzIA1uCy34INuCSf8Pc0W&#10;0a60qc1P+f8A2OgLfzCB2U/H0UaafxB0DH0xPb6H1XKKFvf62/3j260EaffUSn6fc04+pF7zIt/r&#10;e3sW8v2RW/mJGSWJP/F/yp0H5JSWJ/FT/B/xXSA3lXS/3WzUin9GIyAF9Jtahme1wLG59iJu+mBl&#10;cWHN+efwQbXuP8PcY+4Zpv8Aej/Tf5B0ItneqAf6vIDoHPixkZJNmYmUsTZKYC4FufKD/uvixPsu&#10;W4Kb/PD9XrXi31sUPA1/4e4buDIoNRin8+H+XqQYa1qOH+r/AGOrOdqVSOsBBs2hj9eLAP8A7SLi&#10;/wDtvYD7gh9ADAm5P5te3i/ofoePYdlargKOFP8AV/PPR3AKgFeP+r/P0OFA1xcfT/Y/kt+LH+ns&#10;F8tRB1ICn6g/Xn+zb6tb6n2rinYMKgZ6WLWvb09J9P8Aff776e0dJSshYFfpYfXgD0/7Vybj24kJ&#10;lGtnoSfTq2knPXP2qNrwH7kOeASCTf6hX/1/8Pdrf49BHmP59J7mM6SpGesUxsn+P+9exySmD4xw&#10;t/0MD/Vh4hccN/X29LhgKefRakZrgdMXl01I1Efg/wBedRsf0/geys9oY465HBABlYkD+n+XtazM&#10;bfT2B74kSyBeFT/l6ObUFWRVOMdKBP0r/wAFH+9D2ArQFakLo/tWNyBwWHNtXF/aOE9o/wBMP8A6&#10;EC/2a48/8nXL2paGlDMt1tewt/sAByGF+D/r+7iErLISvb5Z6bRHEr1HbXr3sSMLi9Dq1gbn+g+p&#10;W/8Ax0IPswiUEHUvRxaorL3DPXvYpYvGkhW+v5/6Gv8AV+fa21YJIF8zTpYYlVaqKdY5GsP9hz/x&#10;H+39ixhIBeNR9QDxx9Asg/r9L/j2Ntur+Efb/M/5uiq4jNS2n/Vn/J0nMjJpRyTxxb/XutvoPr7H&#10;DCQgSxA3AuRcG9rGQ2+v9PYr2aUy3F5GB8IX9ului2/iP0ErU/1ah0CO7pdFGJAQWcMQCLcFqf8A&#10;wFjq9jbtZjJRzX/oOPpz5JOB/rke8nfbWyYSxsK0z/x564+X8uob90m8M7cR/E3+BOq9O9HEeYoz&#10;z9WGq30tSUViTextq/Pt2r4wHQEf6x/xIY/4XI9yqGDZPr1BVtMHV2Dfi/zU6QWAmvBNY/VRqHP6&#10;dQ+tgbDn2n6uMF0IsRquOfp9bfn8W9kFyGq3ifHXpSpwa9CbhajTDKL2bx2P+x0XPI+p4/HtO1kI&#10;If8AqLn/AGPqH4PtEWpjy6UpKVAAFR0IuIqifExvpOlf8frH/VQfbDVJcAj/AI5i/wDyd/Tjn2hm&#10;tTRsdo4H0/4r/V59GdvJoohGK46W2NqLO4a/NQbf0PKAfUX+h/HtnrIWKqSLsFA4t/j/AEN+PZLP&#10;AIwTTBH7f9Xp0a20601fhI6VuLq11OobgysbkNccqACStjc+2eaP0m6kEj8H6/W3IP0H+w9ks0QT&#10;SQ1U/wAHS5JV1LR+lVSTXcWb6H8i3+pv9Re5t7ZKqnUxNf8AwHBH+uLXv9T7QupbFO716ULIx+Fe&#10;lNR1LLKpB/JJuDyQLGxsDwPr7S00fpvbkHn/AB9Qta9/p7Irq00DQTjy/wBXz6Wxn1+Hpa01RqYc&#10;/X/bAWJJIFuTb/ePafliuGFrHgjlf8ObX/P59l1DGQR59GEchIDefShjk5HN7XH0N/8AWv8AT2mn&#10;iIdDybXI/wCSRa5uPaWWLxaEU+fSyOU6R6dPayWDD+nH04HJ/r+faelgLTXP4II/1/8Ab/m/tEbd&#10;IWIK46dkk0hfPqcJLrx/iObn+n9f6H2xVkJEqEDjV+T9bfS/I+ntpoGdStf2f7PWgwbg2epKMLG5&#10;+t/8fr/vXuDXRFnFh/utBb/YGx/Vf6c+0M0IQKSTT59OBv4j1kRhb/Yn8cf0/pzz7aaumYxr9RyC&#10;OPq2l/rz+PbPh0JBPVq1889ZkYXv9fxcn/Ee26to3emRRzpdW/A5EbD8vxf3rSKmhz16qk0HHrmG&#10;ubf7zcc+4kKNFRzKR+mU83vcFQPpc/leP9b3SRA3aw63TFOuX5/2H9P+J/w9x6WESRz+gjlvpa/K&#10;tx9T/qf8faCaEx0Oqo6oRTrv3FoojHVcLe6vzf8A2g35/pf26bXH9p/L/Z68Fzx697jxR2qlt9Sr&#10;m3H4j/1/z78tudZ1ns/w/wCrz60AQ1eve4NRFaS5H+xta40r+QfdZodA1Lw/1fy6qy9e958jCPui&#10;D+Ap4tbmNfob/kH8e0IhQevWmGeve8WUhIaHjgheOQb+MX+pNx/j/sfdZuKmnXmHDr3vEYdWPjH1&#10;vNL+LcWHPB5Iv7Y69kr1730kBFIbA/VgCfpfRew5/I9+68B2n16979RQ3+4/JFNMP6W/QL/X6X97&#10;HEdbT4h1731Sxcz2F7eU2/5JuSb8e3BLGchx0oFM9e980jPlFx/uxSf9fUvIBNxb3tWRxVWr1sce&#10;ve5dRD/lL2AtrH0Nxwf8DY8ey40oOOvNa/6v29UIzXz6974zp+7JYWOq4Ava54Nvx9f9t7TTfg63&#10;173KkU/a0wJsFWTn+t3Frfjj2cPFq2wt64/41x/b/k6aIxXr3uVJ6aKFf7I89/63FQLf4XuPbfh/&#10;7qa17vh+XWqVTHXvfqONpIqj/FFPC/jU7f6r6i/vwiSNa/i6fYUSp49e9zqCK9NVD9N42BHJ5uRc&#10;G4/HvYRm4DpkcOve89HHaaAAcawODbkD+lyfx7rw68OvH3mpwPPJwOKt+B+DrH+8j2oh+A/b1vz6&#10;6P0P+sfeVhaSS4NvOxP/AAX8/m/6h7Wxwl42YfF5db01HXr/AE+gv/vf/E+5DgK8YAvanW3+uDf/&#10;AB/r7v4Xjfq6qV8uPDHy63SueuK3F/8Agx+vH/Fbc+5MigCI8f5rn/b3/r7TJ8a041HVfs49dfh/&#10;r9T/AMT/ALH3zj4ppTyB5Yv8Pz7Ml1076V+XTgr1wNtYAufS35HH1H09y4P81Uf8Gi/4n3bz68Os&#10;Z+qn/X/w/wAOP6+51F/nov6kOB9fyr/n/X9uJ59WHl1jk/SbfTi9v63A+n4/2PuZQRnyRP8A1Lc/&#10;4AOP6/4e7ZqfTrw49cJCLEfnj/iD/QX49vNEt35/1RP+3J/3j36tRg9W+3rC/A/rxzf8WHH+249q&#10;BEvUKQbkBSq88NY83uRc/wCPtpno1TwBHVJVDRnqMf8ANkH835/qL2I+gJt7f2jUzxk+p5IoUeK3&#10;6k/rq4UfT8D3q4gS8Sh4dII5ZreUleHTakjRRvYWVXdlf+jf002ufr+fZY++einyWPm3jtyL/KYW&#10;klraQamMy09LlMnPIJaivjiQySPGlglwD/Tj3E/NOyyJuIKikZg+Xmzr61/1evQr2y+1w6Sf1Ax/&#10;zenz6ecZlI6q8DtaZP8AX9SgqoP6QLlifdf1dRtDLUxSpoq4Z5YJ6c8tFJE5WRiyMYyY5FIsODp4&#10;9g7wmgkKkjSv+boTQBWirXh/m6evbLLdWsOdPH0/Vp+puDxa3tYhqik8etvTFB1730CR9DwByB9P&#10;oebWFxf3c56qKefXvfFifob8ji/9QDb63HvaxmRk006akVi0ZXgOve3/ABr6VZiLsbWP4/3YLC/+&#10;uPZxb2w0oAOzpMVyvp1726yUUM0kblP06vVdrk6QL8kW4X2pKlcDy6L2QA58uve1/gaXxyKL+kkc&#10;83JtJzy54LD/AH3092V8rQefVGjJzTu697Hfb0qBo1vcEBfqbEc/QE+2rqSTTGV6q8LcfPr3scNu&#10;UgkIY/Um/P1sHW4/UP8AintRZ3EpCsOH+x/s9I5I+3A7esExt/tv9b63HP8Ah7EeGNRDbSCQGJuB&#10;xpAH+P8AvXsUWFzPqavDTxrx6Sqnca8OmuQAkfUXI4HH1BP1HB49z6OJpG50jn/D+yRa51f4+1zT&#10;TAf2p608ahePUWYqg4F/r9L/AJBv9R+be1bQ0xIAb8L9Rp/CqOLnj3VbqVG1VqPTpsIvp0w1kige&#10;n66vrYj6k/W1r29uiY9T+q4Bvcgf7H+vPHt795P/AL7X+fVvDX06bHnIvpYk8W5/2H9OLn3n+zhU&#10;XsD/AEHqv9b/AJYm3P09ti/l8xXrRiUih4dYvLI3AOn+pGn/AG/6QOP9h75fZw3/AEAj/Y/7x6rf&#10;j3766TVWn+r/AA9a8McNXXQmkA4Y3/2H+2PB/Pvr7OIAkoAefqT/AL3qNjce9/vCX+AftPXhEAae&#10;XXfkfjS5N/8AaQL/AOw0j3Hkpk5PiFvwdX+qIuLXBHvf1rfx/wCr9nThhi/j/kes0cjiw1n8XAX8&#10;j8g2N/8AH3H+3iB5jH+xJP0/H9fdvrHYqo/1f6vy6bkiTSdJ6zq0mknWbcfQAfX8/Q/09+8UX5AB&#10;P19Rvb/W1f09vRyyA6VFemFhUcE66d3PIYgDgcAAHj62Ue+JjiWxsDySeCLH/Wv+Le14aRxV/i+Z&#10;r0+0QK08+sGpwT6iBxYjj+th9L8j314oyPSg4I/J/obHk/4+7BTTJqemfpx/B/PrvyuDy7AFTza/&#10;5F/xf3kjp4yLaTyLm9/pxxyR7rR+7t4de+m/ofz64SVBBB183/oP8ebWI98TClh6B9OLX/3nnjj3&#10;vT/SPT3gR0p5ddidyfq35vf6/wCw45Nz7xGlR7DTY6iL8j0mxtfV9bj35i+QxJAFc/n021vHpYgY&#10;p1lWpKi4b8Dji+oW54Qfk/4e8clDGG5C2I+gB/J5tdv8fdkYxDBx8+kS25HDj1kSsdgeTcH63sfp&#10;+eP6D3h+zgt9QBe1rNe9j/j/AFP592Er/wAX8unxamtOuf3Mlz6ST9f1LwLj+ot+Pp7wmmhtYLb6&#10;c3Yf42HPJP8Arc+7BtLE1qfnw6d+ljPl1lEsv5P+sBpJ44JP+3/Pvj9hAOSpNv8AaiRfn8Enn/D/&#10;AGPt0zf6Wn5/5+t/TJ6dd/dSngEjn+gB5ta/p+lvfJscqc8AE/Xn6/8AJQ9oVkV6gdF3Hz65feE8&#10;WJ4H0/2H1uDY/wBPfBqCw+lvyOeDYH/ajz7qZkHz611kSpLE88j62/FyBxccjj3HeljXST9bWJux&#10;HNvp6hzwPdvjHoenlUqQzCi9ZFmc3/IvwPz+fp6fx7hy0qEheQfpYEni5FyL/wBfaR08U4GOtm4o&#10;xIGP2dSo5yoP5F73IF72Bte31t7XfXtEn94sQQbXydDEfyNJraK4+vAt7kH20VP6zbNG64+sh/6u&#10;pXoG82TvNZTCtez/AKD6CPu6vem643rOvJh2nuKcD/a48HlGWwsfyv09ml3vglMEkoH0Y2PP0JlP&#10;F5CCT7zf5p2OyuYSxjr+uv8AF6f6v+L6hXa5pI7okjH+rHVZ/RHYcks9PRu/6qcBvoSHC0an6Uyk&#10;AFhz7LJm6BD5hpF7OCbi35J4J4H+vx7gvmrle2juLt1GNf8AT8v9v/q8vkPbW9dJ1kL4PVjW087K&#10;0NL6738ZtpH1NhydAvf2V7fG3vJHVMI/7akH6WN4/wA6x9bf7z7x+3/Z9M7rQ/6v9t8upG27cEnV&#10;Q1c9GJxVas8Md2/Ut78m5/5JFuT7LLuvCtHSUgYaTpm9P+vJCef3P9t/T2BrixEMaxhcL/q/1ft+&#10;00Mg1+GOnr2Es9CyTqCbgH0+n+qj/av8fZTHF3KdFB/q+fV3Yv3Uz1737ckDR1dRIrElI4SAV+oM&#10;MY+mojkt79MCjKreQ/w/7HTYQihPGnXvcPb4MGUoYo/8686spBPBKMfobAG3vduviOv5f5ek10nj&#10;mma9e97MvwQ7dpu0uoaehkqlOfwFXX0lbRW/cioaKeCipJSY6Snp9MoW3BZh+T+fZ9tk0VjdRhhi&#10;tf8AV+eR/n4gzdBJY3Ud0i9px+YrX/Y61Sv56XQtdtbsPD9z02PaHZ28sPjdtPXrMGWLd8bbryte&#10;rIcnLXMXx0Cy2FPHAPoGJuvs8lIzpKkd9PjlD/1F7i4/Av7kvTZ3lo84FX8MHPn8+H50HzqOPR9t&#10;Tm6AuGz/ALP+r59avu/KWqooq6V4XliyNPJjAdYW8EiSusuks1lKr/rgf7D2+Uwb9wyD1NO7nngm&#10;ykMFJUAsP6H2D7qxgl3RZLcUiWPSPL/RD5ivyGRjhXy6Nd0v43i0LQqqBf8Aj32/z6T+Z3lLTbOx&#10;+KWXyLDSUqaNCnxLFiZafxKWjYv4wp9dwbe+E5UI9rXNxa9hcrb/AB+nuRdsJs4I6mo8MZ/b+z7a&#10;/wCboBiN57ktTt1U/wBX7M/b0AVKlRk85FUBfQJozqsrEXqVkNv0XPq49p2oyVNh6WvyVU4SmoaO&#10;prKlzrCpDTQtNKx0o7aVSMk8E/059uy7h/aMfgz6GnnWvn/qx0IV2t5REwAqTjhXP+odGMwfUO4e&#10;4M5sLrnb8GrP7y3ftTauJW9OxlyW4MvS4egiKzVdDTqZamvQC8ka8eplX1eydYn54/H/ADe4/wCB&#10;029ceamWtioqcmPLHy1EzRJCig4FBd3kA5Ngfqbey6fmiBV0nQE9c9e3Gx8ODw45Q32Y/wAv5dXt&#10;ZD/hOv8AInA7Fpa7HZqjyufp8c0tZgIaTbVM6yKszSQrWS9qS0jskdrGMMWJ4Gr2eKKsppaWmkVw&#10;xnRyLBuNLEH6ILk2/wBh71t27LcNM7y0AI9PP7Twx9v5U6BO2O8012pb4HT8/wA+tcjsrpTee1N6&#10;Z3Dz4eeJMBUR0skxmpXEhqaenmUkfeylLCTT+pv6fj3mJ5BXkG4P++A49iuB1fNKPxx0rDV+3oMv&#10;4dFEsyTxtBN+2VBeRiNJtbiQoeHP9feVrEXPP1Nv6cm/u0TSxnQgx+Xp0iIVgK9JinmraaZo4FBU&#10;lNRBj5spI5Kkk3I/w9t1RdqiAjkhmJ/wGn/bc+1xUrBEpFOPS1VVdQXh0Jm1R4ts5uGoumuCIKvJ&#10;1H7p245vwp4Pst/yuTV0zvJfzJgsqgsOOYBa/P8AxT2ju5tFldIOJAH2f8WOhlyv/bXNP99j/AvV&#10;4f8AIHXy/NvbzEELSLSyAki5MseaTjkGw/p6ves1uWNYspUqoAjMkuq1/wDjpJqA1fnV/T3EO5/q&#10;zEenRpcAeIc9fQJH0H+sP969o6RY72S7AyaRe/6tVjxYfS/tgDTb3Leeh/8AB08ppby04aD/AMd6&#10;79nEo41/0Tbcf/U5fAfS5H/Hvx2PBP8AX2q2h6WbOB+I4/JegXt1Bfbh9kv/AB5emEtfcOixt/CH&#10;N+LX+8t+fx7y1IBzdC5UWPXFbb/kOQk/j2ZXNdNr69n+Xp9K6McfqV6zRn0T2P8Ay9LH8/TxcHn+&#10;ntMUE3j6v3Lc8fxqk/P0H2i/4Hgc+7SLW5Qeek9KZo9W7Rjz0t+fd1mkH+5Wlb+lJUj/AG8kP/FP&#10;ZRaq3nBX9J1fT630245t9R7Q3o7pj5/7PR0iBXlPn/k6cveL6Af7H/af8Pz7K+nOve/f8U/2r62/&#10;1/6f7H36vXuve//QokqHLtaJTIB/aH0/SP8AVW+vuICCGPb/AKv8HUxPHpyOHW/x7b5JbyKiuNQ+&#10;qW5+l1P4/wBf8e9VH8PTRFDTz697edggv2fshf0hc5G9v9eCTniwP+v7qn+48x/o9KtuJx8j1jm/&#10;zUv/ACzf/oU+xF7lBO4J0B9S08TgH6uCZwEH41E/74e0Vu4EtQnn/l6K2eu4Njz/AMvXov8ANp/w&#10;UewUpsFkclII6SnkkZj9EUGxJC2uWX8uPa0sOlAUngOsnvNV7OydAQ1fG1JGbEySrqABDn+w5INo&#10;yfr+PfgwPDpwQseOB1720SQ7SgVjLuaglqUuJ6NUqklSZbl4mfRo1Bxp+v1977sL14xR5/VFf9Xz&#10;697bZ93bTo4jT0+3a+tlBt93HkwsRIuNQjeMtpP1HurRs6VB+fW9cSYVCeve1d1pu6SqyVfTQU0F&#10;MBTVjQrVQ09Q0ISgmY6maO7G6/X22wMcOs5A6UxFjHJKBQAde9gZn6mrzFZIcjVOzkjR9qz0iJwm&#10;q6wFE5CC3tUpAQMB2norkl8SMSN8Lfl172nwl7aTI/4HlkaVb/g6Zb+3JEA7Tw6u6aSRXr3vpY+S&#10;JNJextYaBwT9QAAePdQABReHVft697iOxAdQQSwADAAAc8ccX490YFnY1pXH8urga6knr3uGdK6b&#10;KD/Xk/7ypH4v7qqlTUN1rw/n173CezsSw9ek2a+kfkKfTzqFvauNToB1Z69pIFNXXvcdo7fm5te4&#10;J4PIva/IHuzNpI6rI+k0A6974PrNgxBAAFtIBtz/AE+lx7qa4f16ZYknV1723zhBHIeDoZiACR+l&#10;W/1gCPeh1U9e9vuaTyYLb+hTc4qM2/UeJW+v9bge6rh2+3px8pH/AKXr3sNKpCVDA3IsCo/V9f8A&#10;Yj6e1qEDtPXlx2VyOve26Sx0kkKxv6D9SbAm34PHPu5UuQFOetMmqlDnr3viZFU6AQzm91BsV/IB&#10;BvyR739MaV1jrXg/0uve8aXdT+2V/wASb25/pcfX/W9tSJ4bULA9Numk0697yxUjSsEjPkY+kIo/&#10;1x9b3+p9t/DinVAprTr3tQw7Ly9RH5WpHjhC63mbSVRRYlmtIWsA3uhdfXPW2gdl4Up172oYU2zj&#10;sDJQVuXpq6pSqnqGo4RPDIT4FjMXIY6g6Fb/AKbn3SjlqqOveFEsdDLVq9e9p5s5jKcGTFYiSkqI&#10;18az1M4qkcJyr+J1IGp1U8/gEfn3bSeLtjqnah1jiOve0/mM7k8sFjrJV0ooVBTQxUpXTrAJMAjv&#10;bUf9fj+nuyqFOOtu7Px697m4kFtuZGN2kkVKxCNUjPa1NYE6i1xb34/GPTry1CPqaor172jYKQS6&#10;7j9T2AJvp+v+PPt5gy06rppx697eI4ALR2JC8cGx/NrG+rj/AHn3qNNLa656fiQqQ3XvbtTUzMWs&#10;wX6XX+1bSxHJPFv8fbhOnp8Dr3t6psYliNQhjbmXWSxcgkqA+q49Qt/sfaaa4VVYhcj/AFV+zp4E&#10;Fl7evexC2zRCLI0BihOp5XF7gn9LjUSTa/PskuLkGrMPLy/1celETLVT173mnotVVJ9WYSEkgkFR&#10;rPLEn68/j/Ye6NMJKKUAP+x0sDLIygoP9Xy697Wu38W9RNCkK6yzIulR/tSj6sbcn8ey9wUkNWxT&#10;/V/n62YnDDuqOvez/wC18W+OyG05alfGFwuAVQw9RN4WH09N20H2I9rKGEo3xsB+2i9K5V/RnB+L&#10;wv8AJ1jkN45NPJCuP9jY/wC9ezebUmabL0CqwAMELn63t9zT8cnkG/8AX3IPK96LW8gtylcp/wAe&#10;C/5PToPXMXg2zSMarp/yE9BXvymU7eykhvqEdZz/AI/ZVJufryPZkIUCxgNY3jve35YAWP8AXj3O&#10;9pGGS1mHwPKn8v8AV/q4dRteyC6mk0Yo38l6IdX1DmoqFUlSjSx6Sbn6t6h/rMfc3HqpyFB/T7mm&#10;/wB5mUf7z/vR9yBskKPuUwHz/wAPDoguJAlanNOkFvOaVdobgAtf+E5Q/g/ooJ2uBzf6fT639ihu&#10;tYxPIGFwGcAXtc2W/J/qPcQ+49sW5jvAHq1H/Zx/1DoS8uN48ETH46f5eP8AqHQBfFOtn/uHiSfQ&#10;RFSFiUP0L1AHC/0v7L5uKlIaQ8cnm3P0aMW/VwST7hC6UIgI4Gv+DqR4HFRqX4urTtl14lWMD6qo&#10;N/pqH7tiBpHFvYH5ihEihSLWuLnm9xGfp7DN0ND1/FX/AGP8nQggwK/P/N0YPG1Nxe/1/p/rk3Y/&#10;T6n2E2QokctGQAQbn6gG4X+rEEH3qOqhSGPSkeR6U8bm1/8AYAm3+t/vB9oWsxrGTSrBb/ki5H0N&#10;/wBR+nsyjulVe+LHy4f5P8vVw/kRjqSCD9De34/P+x/PtSbZxziz6bFS1wV+vqX1GzfUj/D23by6&#10;3YDBI/wf7P8Ag63OfFBqvUeqcKnP+w+n5BH5/p7GWjhL0B9JJsRc3tYRqP6/j/fc+113C6jMo/wU&#10;/b/xfp8kZgMQ/tP9X59JWSdVqwOQLDj/AJCJ/AFr+y19l0is1QhQg+WQg3P0tXC3H0Fx7Al4uqWT&#10;PEn/AC9L7RKsD/q8ulfAdUUZvf0L/wBCj2Aj0uiYj0kk/nn9RP8AU/4e08MOqgPl0IEi7FznrL7e&#10;sbRuX1gghGA4vy11IuPra/tcCoZQ2OlA0jTXr3sUMLTnShJvxbgX/A/Fx7VpZvIO0jHW9dBgde9i&#10;tiYLKi6B6h9SfTcX/wAOeT7Ux2pikZtZb8s+vS2KcPEO3qFOx/wH/Iv8PoePYkYSlAkUN9Tr/Nj6&#10;Vci5ub/W/wDsPYx2xGOmrZp+X4v9Xn/LouvZ/CpUY/4vpJ5mcpExH0Gnn6nlo/8AeP8AbexsxkIB&#10;UhD9T9TYA/uD+vsZbBt0n7wvZGkWg0fzVui+WZZ7IgD4sfz6L7u7JKaOGMFgW8vNrmwembji9v8A&#10;YexY2tD44JubghbW/FpZPrb/AA95U+2d34w8NYKMtT9tS+RWnH1/1GCvdG7+qW08NSoj1fY2pU6I&#10;P3pMGytBzcu0q3IA+lJRE8H+hP59vVXH+4o/Vcr/AE/IJ/P+v7kidKyKNdGJI/Z/n/w9QZavqj1D&#10;Hc3Qf4Sp0007FbaYlPF+bMBYG9jfj/WB9sdSPWtgOZNP9P8Aev6n/b+yK4tXk4Pmv+r/AFY6VDIp&#10;8uhJxU6iCW+r0wF7D/G1j/tj/sPbDVICXuOf8B9QNVvyR7QSW/hto1cOlsR7BmvS9xNS1omBIHFg&#10;fwTov/Ti/tmq4VIBHB8Sgf1t6v8AYe2irJwyOlCSlK4x0rsZUsWcN/ysMSOCBzGDbi4v7ZaqAlFu&#10;belf9hcNx7S3cBuCjA5C/wCr/V/Poyhuxp+Hh/q9elbi6tYpJgF1BpXvz/RoxccW9tNRSnQbnn/k&#10;Z5sT+PYdubTSK69Q6MI5g4BHA9K2iyQMg0oQOPpa34+nHFz9f8fbLUwqyMB9OP8AeD+eRe49kc0T&#10;JUdGEcmvjx6VtDVHyLf6kXtwfwP08XH19pipp9Mb/Tgqtwb6gSOSQf7XsuurepzgVr9h6MY2U0I4&#10;DpY0VXeRPryGNjxa1zxcf2R/sPaclhALKSLn6fX8EarW9kr2bynVq0D5/wCXpVqBA6V0NSAAVGr/&#10;AFjzY3tfgfn+ntPyw3dfTf8AVck/4X/qD+faU27QgMT21p/qx0viagUqe3p9jnBRrE8WI+g/JB+t&#10;/ackgPmDLa/0I5sRb/ez7amRWVQwNOlDEAVPDp2R/Tz9frz/AK/I/J9tFVFrN7WOu/Frfpt+OTf2&#10;l+mI/FX/AFfn1tYwWzkdS43/ANa1v94v9b/QW9tdXSt5lIAsY0Fvr/Xkci59pbmAOF1H0/1f4enZ&#10;CFFT1nikFuD9CbcW4/5H/X23VkLrEn5GlfoPzob8/wCA/HtL9Guf0v5/7PW6AdZVYFjfg6j/ALa9&#10;/wDX5Ptvqo3FNHyPqPoByAr2+v0+vts26ka1FP8AV/q/zdaikUliAesqMNR+p/pz9ORf6WvY+4S0&#10;4aFgRyWLf8mD/H/H2w8LUJp0+G4dZC51fm1gOAT+ef8AAHj3GhptKuv0BJb6c/T6cfU+2dBpxz1b&#10;h1yLjgj/AFvzwSRb3HipgKkEE3KP9OLeki3J5/4p7qe3HXvs65E+m/4v/rgi/wDsfcJKW1UrpY6S&#10;/H0FimkW55/437TfUgYkjIP+r7Oq1zkdcvcGqpX8mq/B/N+OAh+pPvRmhkorIT1o0Pl173lylOPu&#10;CVsW0ofr+dKDi7A3F/aUKdGvyrTqpHXvePJIHaI2/So45+ugL9frY29sPHrzq4dePXveE0zGgRSf&#10;0SSuRz9Cqjj/AH3PtvwWrxHWqUHXveMRWontbhmv9D6QosfqeL+6+E/p17y697w0Mf8AwJF/+USe&#10;5t9B6f8Aibe6lKq3cPTrQ697zY+LVLKgNrwyyAj/AF1AFv68+05h/pdOB/l173xK2n4F/wB1Bfn+&#10;oH9f6f0t794OPi69rNeHXvciohJqXHHqJP1/1zYj/efe2iBJIY169qX+Hr3vjUwhWZ9Vl/VpseLk&#10;La/9CfZYwkRxGvn/AKjXrxcigA697kvEGp6exKmz8Dk8MDb88ezzxf8AEfpfD7v5fFq/1fPrVRSn&#10;XvcqaECjg/1Q8oHJsAZF4PI/Hv3if4l9LpH+zq1f6scevVxTr3vPRhfHUJ4hcBQfV9fUWX6/Q8/1&#10;96Zww4Z6cZwy0pnr3vNSq3hqQBxoPBPFtRubf1I97R9GKV6a66P1H+B/4g+8lKumWMtY2kDenj/C&#10;39PdhFqAOvr3n14/Q/6x95ok/wAoAsTqqdfPFwZBwPre/tyNSq0brfXj9D/rH/evfbxWlf1WJnbj&#10;+nrB+p+vsxSXtUBeCV/Zj/V/g6uD11fgfX6fj/W/FvcuaMgw3YG9Ov8AiT/vA/B938b/AIW9fs69&#10;Xhjrgv8Aa+n6r/U2+p/1wPp7zOo0QXP+6gbH+lzb+lvaeVGD+JGKgmuM5/n/AKsdaPlTriD+oA/4&#10;f6/0/rb8H3mSP/IZTf6yJbgjkNf+vH19vNPGjaSK/Z1uoofTrjyXB4+h4v8A1HJ9yKZAtPNxq9Uf&#10;+0/k/n/fce1Cd6o/rnrY4dY3J1D8WBN7/n/Y/wBfbhQreVCD/qr/AOvpf3cVHEY6sOI64SWIP4+l&#10;vzxwQP8AD25Y4ANEo45c/X631f1PvRYVyuetjrFLfS1/pxz/AEFx9Lf4/j3PpCPIPr/iP9ibe/a/&#10;l1anWNhxxb8f0/2/5t7UkSoJr6buEX1fgn6j08j8+2XBL6gadaKkmurqIxPjsTwWP+25/Jsb+32J&#10;P8shk5LhYfqfTcfS63P0v/vHu6rqJqevMgY549NkjD7eVforGQ2/tWP1FwBa4PtdQRLLBChjEzPU&#10;Is0YsbwaQXYg8AE8X+vut8kF3bvBLH+sVPd5dy6T+f8AxfVUjZLlJkfsGnt/P/VTpGmaamqpZll8&#10;UMcBaNiD/nklLKt7liAObfT2UH5AfGevzL1+9dh0L1c8MdRktwY2BTJJDRo+XyuYyReeqSNI4PLE&#10;ulVuL8ce4k33YpbYtK1yojOqg0uM0cgf4ehba36tEqpGwfgTX5AdLDC7zx0601JkaiKhqZZYKKke&#10;rmhiWvqJTFBTRQXceSpq5S2hALm30v7rmyOPkhqqmmcESQvIjpwGjZGKsj+rnSw9hWBmiSTVxB8v&#10;9Xl0uhcOrd1SD0ufbCYyXKxXkYEiUKADGTyQ9+CQP979qVcOKqM9OOQqF1z173wkV1ZLi9rgH/VA&#10;f6/4/PtfCgGddSekyTGXV2UZeve1FQ2KAaSp/rf/ABa5tYkWv7O4MkkHHVAQaU697UaaYwradX+x&#10;Nzcgf7EG/wDX2ueMSqvdlf8AUfs6TTDU2G/1enXva1wjalR+bg2vbhrs3tFLA0YJ1AgdU0UqdVT1&#10;72M+3VVpEY2CkGx5P0v+bEAHT/vPtHIp7AfMjrzcB172Ou3ZWvpW/Atc3BHq/wBf/efZhZ6EFNP+&#10;qtOk0gUAimOsEwBAv/j/AE/3x9idRK7LyTawNri9zbn6fW3s/huIzUsuf9X+r/D0VzNqJIPb01Tj&#10;T/r/AOsSP9b6/wCP+x9z4JDHLpsR6v8Ab2YCx/r7W6kz+n/PpPnNOPUR0LJq1D6D6L9Lgkkc29q+&#10;hnDRgBQp4U3u3IVNX1A90QhK1WrdeAbzb+XTDWQnWTqJBs3Fh9WYi/P+P59uuvSoJ55/wX8Hjm3/&#10;ABX29Dppgdw49b7v4umx0LPYHg3P1uPr/QE/1+vvmgLcgn/Am5HP5+gPPtwIoJIGetrXNT1ic6RZ&#10;rcc2Fgf9YfX6W95AfTp13P8AXSLf0tY/ge71i8TV4IpThn/D1fA8usJDHkcC/wBLj6/X6e8Lvo+r&#10;XH4FrAGw/J/xPu/Y66BF3+tSf5daJxgZ6yohY3B0j8g2Nxz/AKm39PeNpuDZTf6HkAf7yP6c+6qk&#10;bHvUn7AD1Qaj+LrKIm4IdbDk3v8A0/wP1/HuMWD3/F/8QPp/rcHnj3aNgjqxFQOtAEEEnrOUIW39&#10;OL2N+fr9bEcf7f3xMRH09V7sCF/A/rcD6W+nPtdHcxH48H/V/qzTpyvXBiT9OLcEXtyf6m5v/r++&#10;BOpl+o/H5P8Asf8AYe1ZddJAHHqwOCCOsYUqDe3Fzzx+DwP9598zcf2j+Byv/Gj9R7bBBFVOOtdd&#10;AfT0f4kBh9Ofr9P6e+SSlCeb8D8f1938Oozx60eBA64Mmq3FgD/UH6f0/wBj/re+RmF+Ax/2IH/E&#10;/S3tuhHwr0n8Fv4/9X7Ou/Ff6so+n+qI/rY/48e+xKD9R9bgcC305/JP596IBIx1tYnBy/XjHYcf&#10;QHnm/wBT9b2HHuPOwLfQj+nJ/I/rY+/BQooOnwoXA6zwcC9wfpfj/X/rb3hKEger0i/H4/H+vx/s&#10;ffqY+XWwBWtOsmuzHj1f1tz9Px/X3lUA29IU3+mkc/n/AF7349076HuGin+r+XTel8nV1xY2v9T+&#10;LXNx9B7zeQEW5sb8aRYA/X6EfX/be9eG3qOq+E3qOsQWxv8A9FG5/H+N7H306azc/wCtYg2A4+vP&#10;toCmOmVVVFFGOuauVHH9b/UfX/bf094JR6dNvofyeb2Nr/049uCPOrV1ooNeupr1miezEk/7Eg8i&#10;4vbm5N/cOQBf7N+Pp/r3FyOP6fn3cIRQ1x1pzRa6epKOX4uBb/D8cf0/w/HuNoF7/j+v5+v0HPHI&#10;9+YVIPSB1JII6zauLfkXFv8AWBv+L839iFsKKM7kwxUEWyGPYc/U/eUhJtxe59jLkWKaPmPY5dVE&#10;+uhr9njR+fz/AG9BTmJwlpKzJQaT/gb/AFevQMd4zsOsN+oeWOz90gcHj/fv5awP1ta3+29nU3JR&#10;LJj0JHElNq+t7MVlseOfece8B5LeM66A3CY/1cB5f4KdQnbyJJeyjTkSf5R59UZ9L7knptx1cRe/&#10;gyMsQIAQCNGpBb9PPBHA9lR3RQinmmb06SXGi17AkgfUn6D3H+/QPNLLEfiXz86/6v8AD0M4qlFQ&#10;Dup8XVu3W+a+9oKMkNqKRkm4AbSqsbAKBc3/ANv7L7uakUrMhBGsr9FBtyv1F/rf3BfMOztG+tp1&#10;Pnn/AD/5OhRtZkjIbWG/1V6Nltuu8saWUgKhAuSLn1Wtxb2W7e+GjeCJxYhAwv6iSrvBza9uCPcY&#10;Xto5ldFFNNa+nQrtpS5B8+hDgk1r/Q/0/wBv/vNvZesjjbShhquQSf6/pS31NvoPYVuLIxVZnGn/&#10;AFf5+jZiCtTw6ke2ndFARWeQGwVVEq/QuDFFoA5sLe0M0bSAv5/6v9X+o9OeIvhgaOve2PDJbK0b&#10;r+tag6WPKg2Yi4I/oPZfayeE1CvHpLHTUOvex/6A+Ru6fjvv9c/hj9zhayqhh3JjDFTyPVYyKsNV&#10;L4JalXjpJWkH6wLn2YXj/USiSNhHIFx/q/1Z6L9zsluo31NRTx/zj0p0EHeXSGw/kH13mut+w8WM&#10;lhcrTVYp2FRW00uOyM+PrcfBkoXoKuimeSmjrn9BcI4Nj+CNmTqHuvZXce2cRuba2YoslJUY+ily&#10;FFDOJJqKrekopaymmYQxrrp560RsF/PHsSbLetNbtYnUjZ9fL5euM1p8jw6IraZ9nt5rdoGZCcOP&#10;LjjjWoHWjf8APv8Al6dnfFXeO56zI4iWXrbIZ/NPs7dGilehlxlTkNyz4ajeJMxka1KsYfD+U+UK&#10;1v1AMeBmfIBmsiMNMfqJIuoUgXNgLAE8+xbtm0GBRNNdRvWatPtz+Zp5fP5V6SWryusofiz6/wDe&#10;s06qX3BtySZEAVo430xx6UBSpqW8umGMajpEx/T9L2v7bKnIxIkhd0CRq7s/OkaA1yxAb8An2a3l&#10;5EqmjGhx9o+Qx+dceXmOjS1255Z/EDZwP+K/Z9nS1676X3DmK3GQ0WLmkrK2uoqeClCoJC1U9KIr&#10;FpES/mlQWHutP5xfLTEdfbNr9nbWyNPUbqzCtRvCjRSvT0M/3tBXGSKWFj6FI5Bvz/rewnNckaow&#10;wo5qfnk44ev+HoaQ24t4mdmUSUwOHW2T/KS/llV209yYj5D9w4VqdsTQRnZGDq9cczV7ttjO4rcC&#10;yUOZkiaKkkilTRLCCzKL/S3vXnocpNSZWlyizqaujq6ep/bGhvPDMkscl+RZXjHH59llyniIQvl0&#10;GtxgZq6DkHrZZ97SXxB7aoO3em9r1/3sdVuDD0EVNuNIns0NbU1WReNJIgkccZaGAHi/HtRsUdwj&#10;yRs5KkVAP+H19ccD8sVAN7PFsVxJJOdQuh2/IoB/n/1cOtOn+cx0Lkenu+8zvqkxtJTbN7idcnt0&#10;x0kJSmk2rt3Y2IzNO8hqJ55C+TyDMCY4wmv+2PZuYKlUAAOkEHkE8csbG4ve/uWtst5WWNtQkNeH&#10;+anl+fl+1xHS5XXCuoen+qvWtbvbbDmtqDJAlPLC6AwvGvkdmjpg59DlCBzb8+5gqgCoJLFrhrHl&#10;L/p1cDhvYmVGOokadP8APpNErv43iKVCf8b/AJ+XHoJajbjmJmhC+I6TA/jstRpZTMI7c3jPLf09&#10;5hH6jIzcray/1+q8E/W/sml3PWTGYgB/P/D0mi3LxLhrcR938vL5/PrLLTNHRxwwJqSpaSOSRTpE&#10;RFm9aj1elv6+ydfMfckGN6xqqNnGrJmuoRyAQJKPXaxUkWC/1v7LN5uTHbqgXJz/AKvXqV+W7B7d&#10;Jrlzl0H+XrZS/wCE6XUddk+/Owt71FM8VLtvbW2JqV2DEPNJk8vTSFWWUKbKtjdT710t13kr6x7i&#10;NTPUCzE6j+7Lc8H6En3G00euQnV09cikjjrdqXhVH9FH+9e0HIGQkg3Cj8/XUCfUP6jn21LLH4Hg&#10;6TR+z9o6bMqRwFKYft/3ofn137N1hZzU9UYZTdTHn8WoF/oVwEJv+OADfn2p21WWN7c5oK/7yFWn&#10;/FdBiGNrW/vQW1aoWf8Anw/1fZ0zMgGdEtvriih/1jVgn251MRbNY0XsB1zUn6A2HkI/qOBp9rZp&#10;ifCYr3Agfsp1aKekauEyZgeuUVlSosb/AO5O3P5J8XP9QbH2lAhTq3cOk2vmqKw/qDTC9h9b8e3p&#10;GBu1PnQ9KJpFbd46juKt/wAe6zv/AMXOnH/THP8A7cSxf8V9lKnFgpJv9fV9PoLX/H4/Pssv30s4&#10;9T/lP+x0eoamT7enD3Hv9eP+Rc/S3sq8T5dX6974an/1B/p9fza/+r+l/dtY+X+r8urU/pD+f+br&#10;3v8A/9GmSm663HWQ/etAaKgFgz1EEilQGMRu6XAHlT/C9/cOa1rTOmv+r8+puETHNO3rf21Lq06l&#10;1f6m41fS/wBPr9PcKfBbNoLvX7528Ap/cpxUPHUj+vJWwJvf/W911Mx+E9IisY4yDru5v9D/AK/F&#10;v97v7w4/e/X+1srQ5SDbuezuSx84mp6/GV1L9gulD42eKZkZgFaxv9T7oaqCmugPVRcxWjaApLHr&#10;i6s4KhgoZSD6STzwbHUAOP8AD21bp7ezedrUrcdjKWiZpFEb5HH01UI0DOyLMQxDFdYv78lqqHxK&#10;nqjI2v6lVofn12qhVCi9hx9faAyO591ZVXXIVGPhQhrNjKIUDEWcApJEwa5DG3+Nv6e76kD6Bx6t&#10;3SV7gAPl1y9o2dHZ9U1dkXsSf3q6d0PJuAGkIA/r/gfelm9V/Z1bTTzNB1720TLCWtpDty2qy6ie&#10;fUSf1g/7z72WZ01Hh14qNGqvXvbVU1AsVVVUE/q0ji1/7Q/A97VWI0k0HWgh4nHXva56pBO5KiOM&#10;6i1BkiWBuLLj6jn6Gx4/1/dZxS1evqP8nSiNdNtOPmOve0LkogtY/wBTYkE/46FJ+g4+t/d4CTbR&#10;f6vPooY6raA08/8AL172yg6UsQbCx+n1ut72/wBce1zOFmYNjH+XowP9qf8AV59e99SnUPSD/rG4&#10;A+n4/wBj7ZDLktXpvw8Eueve210uSRcf4fkWH1uR9ffjnrYWgA697jutr/61vz9Rf/D3X/B1o+nX&#10;vcWUcgj/ABLX5F+bX+ntXDp8NvX/AFf7HXhTPXvcdrf0HAHF/wDA8f48H3R+P5dJpfiH2de9xJSH&#10;Fr86lF/yeSeL2H0PvQNDXpsGhqOve26pBeOVfyAzC9rchhz/ALb24uEB/pdb8gfn172pczCf4Ftp&#10;oyVm/hEenVq0svmN7qtyfbQPe/pXrcpCpDU/h697Q1VSST6Vd42qP9RENJPJvdQATwf6e3kfTXGO&#10;qqxHHr3uNHgMnWy+KKkkeSO4/RqPquxsQRfgH+vtSkyAMQcdOajQ6R1728vsOWkCJl6yHF+W411Y&#10;khA0f4/q+jIP+Qh719QoVhGO/rZpGulmCv8APr3t/r8NtfashpJ0nzE4VWjmoqkeJS4WW8iygarL&#10;LYD+o9syyNKQQcdblMIaldRHp5de9sU24Ms148fj6aCmFgDLQxtKovb/ADqWN7+2Qi+Zz0xrbyAp&#10;9nXvafnlrpW1TVNWr3vJHHPLHE31JRY9Wkc/UfT3cBfl02Sfn173BaFib+MIBclpFBJ/1V2tc8c2&#10;92r6nrxr59e9xZYyxLLdgL+ofQfW4H9q+n3rSKrTrXHr3uM1PewuQbf0+v8Ar3B5N/dj1rT172sc&#10;DRtJgsogH/KQxAsT6lplNr6T+fbbYZSeHTiKdDYxXr3tJpTMgNw1rjj+g+nt1RWtDnrSJWtDnr3u&#10;dHSMxAcED86ePoQfr+Bx7cldEV2/D0pp6cOve36ioDUAopMCrazSX5uW+hAP9P8AefZfNOF0+JxP&#10;+qvVgPXj172qsfipAumP1y2Ol9JaP6yH1KfrdT/t/aCa411Cii/5unEUsQB172Ke2Nr1q1FHkKqC&#10;aggikYmrq0K03Akj49BuASB/sfZXNLUMGYEU6MEiI7nFE697UH8H29TVDzTVKZgzMwIxk3jVBckl&#10;lZAB9AP9f2wkj+KFAoOGf9X29ORLGsyrWo+X29e9rPEyVymnjxdPTQUnkAAqKSOSpt+dMoAsw0i3&#10;+PusxUTMWJ+HpRKxWViB20HXvZnxK0OU2sXaQynE4AtqZgl9V2KIT+SeB/T2JNrrJGpHoD/x3rcp&#10;1A/NOuj+k/7H6f7H/efZp9g1BlzWNJvZ6el4+nAqqS55P4/2/sZ8vEvusagcGr/xtei7c4iNvcD+&#10;H/nw9B1v5LbYypuLinrTf+l6Cq/p7N0kV4Y7C/7Ysb2vdRcfS3vJnbYf8VsjWgPh/tr/AJ/lwr1D&#10;Dzlbqdjgd3Vb2RrAtfXAsRapnNiObB29RAb629zKKLTWUJ0n/PU5/H18qH/eAPY92NQNyuHHkzfs&#10;qP8AP0Hr2f4xXtBP+z0iN2VGvbObUSLc4nI3JL25oKhR9TexJ5+nP+39iZuaMs2rSfVq+p+p1J+T&#10;/j7inn9wd9u28qt/kHQr5VuEa2QhsdF2+MtQse2KamEyFoDTqSB9BepNiotYaf6W9gluCluoIPLX&#10;BH4BBjt+BY+4Hvlp4o0ZBr+Xn/PqToG7gP8AV/qr1Z7sXIkiME3Cj0m/50ygfQni359gxl6Ukmyn&#10;kXW1/wDm2foF5+n+t7Cl4hJGo5/6J/zjoRW7AA6jnozOGqgUAvex5t+OZx9dVwOP9f2FWSoCHJAN&#10;v8ef7K8/S/tMrdGRQngOlvBKCo+l+B/T6H6f0JH+9e05NjtTatF7f0v6v9fgn68e3Qamg49WSMk6&#10;VGepqzD8/X6/j/X/ANa/t5wFC7TGNeBfjj6Evx9CPp/sfaiyIWQy0ypr/q/Z1qlFZ/TqFkJgkVz9&#10;SP8AiLfT6/n/AGPsTqWhaOgm1WA0y2FzawTj8kXuP6ezO8ZjgfF0V3Umlsnh/q/zdIxqtGrIQP8A&#10;VJcj6/qN+OOP98PZcOyoADIfzqexsODat5/SfYFuInE0hPwAn/L/AKvz6NbA5j9KD/J/q/PoQqNr&#10;wJ/iq/m/9lfYBSUjPOePq9rCzC1/Vfgkeon3uCrED06Eat2gfLqX7ecfROGYEEnULj+lrA/64v8A&#10;4+3FA1kNx1dWBJr172J+Io28cdr8ADnjm55/P0v7PLYdiuf9Vc9UZ6AEg0r1wdrAj/b/AOt7FfC0&#10;jO0Uen6KeQvI9L/Tj/D34OBK7D0/zdKYpO0H5f8AF9NNU6orN/iPza/PH1+n1/p7EzE0V6kKeNN/&#10;9e/jkbjjn2OeXoC/xR1r9n9L/V+0+vRVuMowx/1cOg53LXiKmZg31Ite/A1wi/1vbkn2KlFTlbNq&#10;AV73W7fQFh9ByPr7lrljbg15dKG/V7cY/hfz/wAHRUb1YtujLN3f7P8Aq/b0WzdeVUwRKY+E1kSW&#10;AF2MBP144t/gfYsbcpnEUxYG5RLcEf2pP9V9LA+8iPbawWD6glcD0r/E3+H/AD9Y8867rDKfCLrT&#10;/on/AD9ET7pzEU9fjBGysFlmuNQJANNR/wCp/V9OPbnOh1oD9dbf70fxx9QfY9uANeofCf8AN1Fw&#10;ZFWo+Dy6R+LnvBUlR9IIjY/j1qeDY/kf09slXGTJH/hLc34P0P04PstmhLnUvHpShoDny6EnDVSL&#10;Tzj6Bqaw0+ofVLg888H/AHv2y1cTa3/N9X0H0/UOf9h/vPsouYyy6wMj/V/LpVFJRACKN0ucTVJp&#10;gH6RdOCfr/mrW9Q/1PH19tk0XAuOBGLf1/P+H1PtAw9enhJjAz0qqGpBL2IJ+5b6D8HT9fUP6e22&#10;qi9K2/1C8/j8j8D6c/4ce0soC0Pr1cFQtfLpSY2pLSyBvqJn4ubkXBBB1X/HtkmiIUg6r/2SB9TY&#10;/j8e0stv4tdJFCa09P8AP0ZwzkAAU0+nmOlhSVaCQEafpzzewuv1+hJv7ZqiECJjbm4vYfm9rWty&#10;CPx7KLqzddOkGv8Aq9OjSOT4RXpV0NZeYLqAsp4JPIA+vLXDX/PtPTwXSVSDe6XP+xFxxYAW/wAf&#10;YeubbQWIXt/1ftr0aRTLWo4+nS2pKu7wm/8AZe1wL8g8kWP0v/T2n6ikGq9rEfT6jVwtyLD2gES5&#10;Vv8AV/k6WLKDTOelRTVzBbAkj+1fnTy5F/zxb2l54JQ6DTwC39eeAef6cn2WyQgZVPtH+x/k6Wwy&#10;KGDEdK6CojZHJe5IWxv9AGI/HB4/2/tkeBS4IFiGOr/Xt/iD7KpYCK0yv+TpVJJpIFa4/l0+RTnR&#10;Yniw0/7e/tjraWxBtY6vra3Ivze1vbS04dKIpQQtBivTnFLcfXi3P54Nrfk+2ysis68f2FHIN+Qf&#10;px/sfdJIg4AbpSzK656kQtwf8Cf8OR9f98PcCqhUwi6km/5vwdBHAI+ntg21aUen5dVkGB4f8v8A&#10;Y6zxvdiDYf71/t7/AF9tdTF+0qleOCD9eNJUAcX+n496a1Br3AjrYQK7PXHWdWuf8R/sOf8AG/8A&#10;j7b/ABWjaxB5I/p9R/Sxtf2z9Ix9R+z/AGOrq4pXy6yXF+f9f8kf7f8A3359xUUFG4Oq4H1/BU/U&#10;/wCw9ppbQIlQcf6v29PkUz1zudR/w/r/ALD/AG3B9x44yJl4v6XP+J9F/oOePaGWEpXUcDrWoUrX&#10;HXMtwbfU6R/gOfwTe/uIqETKRwAT+L/2Rxc3t7QPGhYahVut4PnnrLf03/P+2/2I+nuFWDngkj+v&#10;5+i2/wB591EEX8P+HrWkdchyOfeDJp+/bSx9K8C5+iJ9L/S1vbw639vXS/pH+x/3s+/ZKMMoP9AB&#10;/gbgC30H0v7Q/TsJFXip8/8AV/LqunPy67BuP99/Xj3jkiIp1tblpB/h+nn+vPtoozrK71xx/PrV&#10;MEnrv3xSO9Gy8frk5F7AhLc3H6fdAMgAda697x0dPc1H1P8AkslrfW1x/tNvz786kqwI+X55/wA3&#10;XgOve+qGnKVEnJuaaX6/8HT/AGkX/wAfbXgrxqevU697xLFaVR+fMB9eLXv9bX4/4j37wU+fWuPX&#10;veWqUisYEH6txwTY3/P0/PtMqs1dI6359e9+qluouOb8X45utrEfkn3YWjSsKLnr2Tw697kyQ2gg&#10;+trSFtVxflT/AEPPtR4Uf8PXj173Jdf8ngN/zLxY35f234PHv636Y69+feeFOKj+gVR/r2HII4/H&#10;v3g/0utddfkf4+8lHxFLc2Aj5P5F2I4/Pv3g/wBL+XWx59dH8f6/+Pv1KGEgBFl8ht9P6g8/7f26&#10;wDijdeqa567PAJ/wP9f+I9zYQDUJ/Uygf041j+oFz70zBSo9evdcTcqePoL/AFvfj/C/vhMv70g4&#10;4ma55+ms/X6+zKAAwx1HD/P1cdcQbf15Uf1HIH+w9yZuDBx9YFJ+vH1H+sB73LEJKGtCOvHyNeuK&#10;n9X0vq4/N7f61+feST/dB/pCp/x/UTx7voXTop29e+XXH+tv6n/b2/29vcyJdVFJb8SxgH625X/H&#10;2gn/ALZvy/wdep1xPDD/AFj9f8L/AOHvPEoEFQDf9UR5+v1JHBJJ4Pswgo0UR9P+K6svDrg19YP5&#10;II4FhyLH/W5HtwpP85H/AMh/9Cv7cTz62OI6xP8AT6X/AOIuR7m0CgyRm/8Aqr/7HUB/gLW/3n21&#10;69WXy66kJseOP98fbjS/53+nqPFuf7X+FuB72etjj1ie9v8AYfW/+98/U+1DCuqdvwdCcfj8fX6e&#10;/EdoPW+oMjWQW+mo/Qj83+nBPtWUtOWqovwQsX1+puT+bfj2086xEevy63gU6ZJ3P20vPF35+nNv&#10;p9f6e10sS+KlQkKI6uGU24eQr6RCrWBOu/A+l/aEXfi3CqldH7OODXq5zTOOkfIGU1kmks8lHNEt&#10;/VHGDd/My8hdNhc/W1/8PYuddz08G5MJFVRo0GTzWNxVSkyI0T0lbW0cctPOrgxvqS4a4II/B9pt&#10;2tY7208FjUUPDP7OH+H5dJpLqW0BZRUgEj8ui+92S5Wl6437lsJJKuV23sfdO5MUaaSWKqGYw2By&#10;9VQz0rxFXib7pV8diCD+R7LZ85/grka2pz3cPVdGKmnFVW1u4sJj6eaaSCOWpy2XyOViWKOKlp6K&#10;ipUTUgF1Frf4x1d7Z9PMsbJ2ECjcKmmP2/z/AJdGWy7qt0krF6Th8jzPapr9ufz6Dz4UfOzaPaGE&#10;2d1X2XlYtsdsw7bw1PSJuKuoKB91vTQYDBxpTNWZafIZDcOTzVXIAujVUMjWu/BpByNJJFKZGKqL&#10;+iVVKRSxgi44sTI9+Da3sre2aJ2FM/6v29CmO6SVAa56s39wmQsxfQ6IRdQ5vwORz9OW9qrcUCIR&#10;Sp/1f5v2fb002hSun4T172/URtYC/pJtx/ief6/U/X+vs4iHYP6X+X/Y6TyPpjY+v+r/AAde9v6x&#10;Myx+k3OrT9TexP04/B/3j2YhkAABwOmda0Geve15h4AoS5/P+sfq/wBRpF/p7YkkJR8Dh/k62JG9&#10;B172LeBa8sINhZgT/gL3vz9eB7KmIqlPXqrHC5697HHbTDy/1UqvH+PBB5H4J9roMqD6V/w9I5M1&#10;J9f9jrDN9Bbg/wBf+N3/AMfYu49wwN7cpf6fQ+n6fS9/949mHiGEUAqtei6Tift6ap1+n1HP9f68&#10;/wBT9P8AefctUJkNyLHV+m3+qNvr+faqG6DVCcfQjprBPWBhZeRyLC9/+IH9fb/jiAv1+h0/m/AT&#10;/e7f63tYrh8Dj16mOmmsVuOBb6/g8eq9x9bi/t71XUX/ANh/T6cXH+Ht5JPDrioPXj0zmMluL8W5&#10;/P8AjY3A/wBb3yDf1+o+hP8AhcHn8WB/HtWsgYFVbHp17rC0dje31/P+ubj+t7/198r/APBfxf1f&#10;1uP9bj34YAA4da66tf8ADfU/j6/kX5/P19+5NjZTa/I+nI/4p72afl1Y0r28Ouvpcc82P+2+o5Hv&#10;HKf6X+nP4IsV/px/xPvw6r1zjH0JsLk2/INwf6/4e4d/UeL2vxxf/X/1+ffmfSp46et9TNNwOf1A&#10;DV9LfkD/AA+l/eYB2Ui/P44F7W/rx/h79E6sVPlXPXusLgI304IJ455/3m3N/wDD34R2PFz/AFI/&#10;1X1JueePZgk6sHqKAf4P9X+HrYIoR5dYXvwT9fpY/wDE2/Hvk0RUA/4XJv8A1/P0+n+HvUVwZHKk&#10;AenWwa9cSV/BP1I+g4/w+v1v7xi4I/ANv9tcH/b3HtSKVGoVHWyOGOvE3DWIBF7ixH1uOBb/AB9+&#10;b634/wCRDn37rZ66U8fm45H9eTe/JP4Hvr/Efg/0/wBtf8e/da65cH6/7e4/p/j9eTz74tcm4/rf&#10;62/I/wBh71nr3XJCFBFx+Ofyfr+PfgtufoP6gcW+n+N+ffuvddFwfqBx+Pzf/b/8R7nqnC3+v0/4&#10;g/i9rf63snrnqgwQRx64s31t/r/0+t/8bXJ942Yn9Sm4t/aNv6j6D68+1v0n/DP5f7PW9Pz64LIP&#10;qACOb/1/x+tjbi/vk4v9BxY2/N7n/Xv+Pduk3XSWAtfm/wDvh/S/uPIPT9D+f9fkf7C9x7dj/F17&#10;Nfl1kUi45t/xoi/+tb3CkFxb/Hi4+n1H1/px7v01LppkZ6lxkg6voD+Qfr9P9fk3949BsLk/X6D6&#10;25H4Fuffuk/WQOCTYc2PP4vxyLkG/tebDH+/hxBvf/clQC3PN6ulb8/763uQuTECb1y/jjd2/wDx&#10;+PoKcyAC1noPwn/A3QKd3nV1xv1fp/vz90i//kEyoP8AX2e3Lwh8XCx5/wAnX/Yao3bj8fT/AHn3&#10;mbu0+m3ioe3x0H7P9R/LqDLap3GSnr/mH+XrXq64yEkG88rAOB/FKo8H66Kinj5+hsNN+B9PZYd6&#10;Ui2cqATdhYfW5Yn+h49gHeZ3+sujgDV6Z/1fl0N7VCBqr2f5ureumcm709MJGaxjRlubLYRAf1uP&#10;r+fZbtw0t9fB1Dn8/S4/oLWNvcV8yZqAP9VOhFbyUSnlX/Z/y9Hi2tU3CEkaWB/2P1H9b39gPuik&#10;DxRq4vw3B/4PBweP6n/ePcXS2y+IW8j/ALP+qnQhsGFIzXNP8/Qs0kn1t9OP95v+L3sAPYFZOgUC&#10;5Q8fmxuf82bWsTcf7H2Q31qQXVV/1dvD/V/Po/aXsoPi/wBWenP2kNz0ivVSDTYlY/8AbaI7ixB/&#10;I+vsO3FsywrTh/q/1ft6cj7okPy697RuNpSmVowRp/eN7cA3DA+yWG2pLUZ/1Z60q0YenXvafysc&#10;gyEjKtnimZjrBZJgWayabEkt/j7TXZdbgx6Tp0j/AFf7H+z06AjIUY0z172I3VPZu9uucqcntLcO&#10;Ro4lYtLSJX1wovuVqqWeVZKeKphhKa4EBHBIFvam2kINTx/1f6v9RqkFtpcsWNPT59Mue25gd0Y6&#10;fEbixGOzWNqY5YpqPJ0dPWwMs0MlPIRHURyKrmGZl1CxAY/19nFw38y7v/Df7j8gNr19DTgQU8ow&#10;U33cjwmKGJJ6iTKkSu8MTF+Bqdr+z6HdZIUCeK1R6f6v8NemTBAZCXgFR6f8X/k6IbvL+Vl8Jt9b&#10;gr9z5vqdo8vkXqJKmXGbkz2PptdVWVNfK0GPhrvsaZvuatypjjUotlFhx7T+5v5gfem91rMe1XhK&#10;DHzpUxSrjsXPR1kUTCaN/wDKI8myq6RVNrj6EA/j2+25PMdbsxPzz/q8+lsDhCdEYH+H7ePQm9Uf&#10;BD4vdL1FNV7F61pKaro3ikp6jLZDIZuSOSFqF0kUZKonjDiTHRNcL9Qf6+yR7uzuR3BlavK5fJ1d&#10;fVzyykSVdTPU+NJpGcqGmlcqAbn6+2nufFkUU/1f6v8AB0xcSvrB45/Z0buKKKCNIYY0iijVUjii&#10;RUjjRQFVERQFVVAsAOB7TOqLwpExjCsFPlAADMpNufq2oezGIh/1OqeGsnc56yezhfEX5M5T4/bz&#10;ikq3nqNoZNpP4tj4yCzzJQ1tLQTRGephpkWCWr1NqBJUcc+1sEREonRq6Qa/nToMcx8tneUijFPD&#10;VTU+YqV4fLGei1/Kz40bO+VHUmb6y3XDTwy1xoJcRm3iZqrD1FHmsRmJTTyxaaiKOt/hCRyhGGpf&#10;r9PeyjsXf22OyMHS7h2pmKLLYysWVhNQ1UVVGqpU1VKNUkLFFvLQyAW+uk+5I2Xc7aMEh1r5+op5&#10;49dWaevQNNlLy8fDlJIpg+RApWlK/wAeRXz60M/l/wDEftT4w7zqto9hbbro6in8P93s61L4sZuR&#10;ZKDAV2TloJJJZXqhi1zsEUuprJIR+T7XSs6KCxCrJ+TwQY72Gq/+1f7b2Lv3rbXwKgYX0P8AF/tf&#10;6PT8d426CZI4TRP+f/s/0nrX59ETrttrS1DxxRPPPR6fHocNE4nVHYxwlLkKn6uf1fT36sysNNCZ&#10;HnSOOAF5JHewZSQP1HkAE/U/19lcklsD4k1NI9f2j5V+Qqfn0abTspM6GVK/5Py/ycenDZfUO6t5&#10;ZiPEYnb+QyeVz7LSUNBQ0rSTU8tPFJO5aEfiaKP8cAL7p9+XfbFNuvJVlDSVJOMx0QCBZUKPVpDJ&#10;DMV0SFbgDi4B/r7B2/7hFdGPw6FA+PlTy/b1L3bBaxxVz1v1fyr/AIft8UehMNhMvT07buy7Vtfm&#10;K1YJYp2p67ISZKippWqI1nIpYqgILkrx6ePdUOfqDUVDP9VMzMDwLklgbn6X5/2PsJlDK7d1APz6&#10;C90dUrfLq1L2mG06mKn0LqB+v1F7/wCw9+ubV6RH+kP9R/1fZ0xMSVTzJI697Nbt9gOqsU3F/wC8&#10;eMHH/agpvqDzc3/2/tZBEFkdR/vlv8P+qvRWU17hcL/y6P8A4emh7/xpf6fwy9uT/wApX9Pb/Mwf&#10;M49Rzbrmq+v1sJCBzx/T23IpCxsD+Ift6YaIx29s/D9VP29doLLP/wBrS/A/5Z/09o53/wCMX7iu&#10;BxmKIfg8fbk355HPt9/9yovsPV5P+StB9jf4es7/APFypzz/AMBJ/wDrZD/t/ZTasgmIf7Qefobm&#10;x9o79SRKfIH/AD/5+hHGPj+3qf7iBbGwP5v+L2+n+x5/23sp8P8ApdO16976v/rf1/H+9Xt/sPr/&#10;ALH3Xwz6jr1eve//0qJcvltw5CpMs+bykK8FqbH5GupqI+hV/wCA6yFCSVDf8GufcNBo+AZa/l1M&#10;slXJ7+4fPrf49pWox9M8vknVpW4uJCsitYAepZFN+P8AW971rSusft6TlKjWc9e98l0xxsqqgLBg&#10;mlRoWw4uAL/T2xIVcq2qlP8AV9nTNzbtLIjhqKvXvbXMTf1khVY6fHxzqZRwfrf+l/b0l7CsQRk7&#10;6evy/l0YSSxG3ERXvp/z717211Ey6W1M9zq0erkDSbE8/j2wqSMNRyemkRggr1720NKXBVrsgv8A&#10;g3ta1iDc3Nv9b28Aq8Dnp0aVqK9e9tUxZyQLmzELb66Re1xbgj27w4460SOJPXvcaSEOnIvwDdT9&#10;bj62a3JPvRdQaVz1RmWtOvexM6Vpo/73yI6uQcflyFa3AXG1It6hY8e2Z2paFQcgr9vEdOxsPp5x&#10;8x172hctAFrai66hr4Kcgftpx9Lm5/339L2xP08Wrhj/AA9FFP8AFYMen+E9e9ptIlI06bMtrk20&#10;888H2rn/ALVv9Xl0auO9uve8LoTYBDcG99PH0+t+OfbQPz6bI697wOtyAQATq4P+xHP5F/fiwUFi&#10;cde697bZ0fVYIzKACXRTpv8A4kcCwHvRkj/jH7emmI/Z1721yuFuHYJYn9RIAtfkf0/4j2phZTGf&#10;m3+odVqCvXvbXNVqlwD5QxP6CCf+Re3CFbOodNOmo1697iGSTyJ4laQsQfEgcygMSdXjW/pubcjg&#10;+6quoVB6a8NsU697e6fbWfykN6bG1hVvU8gpahliUgXeR0Rwiqrkk/ke9EhTk9WMMuBoPXvavymO&#10;x1PicNSV+cxInoaBYaqjjqxHXB1kJZER11IR/Tjn23ksxANK9bliQiMNKKgU+fXvaXrM1gaKBV2/&#10;isi1ZGCGqMxHS1VIx1i5QwusnKEjn+17djRi66iKV8uqqUUIsanV8+HXvbJUbiy1YjeRMfSkafK+&#10;OhkpZQC4tZhITb0/j8E/19vLHT4iR6efWn8WalWpT0697ZZVqKhkSsq66qMZOhqiolntcXPMpbSL&#10;Af1+nvRkNMU6TMsr0DSEjr3td7qgK5SQFUIEVOVuvP8AwGg+rFfp7YBBUUGen2TSxJHd172k/Ax0&#10;lXcL9bAlQT/h6CbX931DPYKfn/n69jNBjr3viaZeR9SeSSOdJuPSNJ+g/wAf+K+9Ak+XWqenXveN&#10;6RUIW8bKeP3DcgHiy3HIH+uPe+4+R69ob0PXvbbUUixqLhLu5sEUA3Jb6LoHJsePbqN3fl/m6uo7&#10;/nT/ADde9wXp72ZmRWsCI3FmI+tlFuSSbf4+3SiqaEV6sYlHXvYhbWpJP4PkEMDqWleRSyN+haZb&#10;nlW9p3RSwz05HEND8eve0scfq5Gh249Km7L6rWPFvr/j7uZFTrQUDh172oMdt2tnlLLTS+Fba5zE&#10;5hAK2XVIFI9VrD+p9o728TwKd1enaFwKD8+vexB/uxRYihoMnkKiOenrVqWSnoJAKkfbzfbMHWWN&#10;UDa5Qw5PpB9kL3bSMQASR69X8MKFZjWvXvbhFmEAi/g2MgpoGLa/4pRxSS3BJHMP+1a/9gR7StU1&#10;Z2JPy634lBqRaD59e9zYFrKh1NRV1BXUbwQzSrANVz/mjdB9L/6/upeooop9v+fp1ZCaL3de9rPG&#10;49BDpkiUEfoKIB6iedZCjUSPr/h7Th28QNXNelcKEsMd3XvYh4ulCCIFZCQysSgKDgA2uB9f95Pt&#10;h5wz4r/h6UPEy0JI697MBX07RZXarCOUo+HwJ1FSeNR5a6m2m3sU7QwMIiLZBOP2f6v29ekTIUt5&#10;dcByG/12H++/2Ps03XkF8tjG0rxR0Zta30nom/2/Hsb8vVi3iwiZjSR0+3ukH+r/AFU6K93uEW0e&#10;HPw/8+leg57CkttbNML3ipq8/Xj00FXx+L/X/b+zi08JkpoWUBbQxj6GxsBf8C97e8rNuiEIs7Ym&#10;r6Q3+rj1BV9N9Ldz6jq1Mx/wU6q7y1cPv8kx1lTWVCD6ekM0gH5spW9/c2jGiqowQtjUU5Fha1pU&#10;A1X/ADx7Hex2bfvKSQD8Tcf9j/L0HrhmuWJHxH/N0iN1VSPtnNqrPdcNkVYa7k3oqi+kg/71b6ex&#10;V3AnljJAA0NZiRybkH/H8e4h9xJY05knTR39/wC3/P5+eehjypA0Nuis4I/1f8X/AD6Kt8Z5ZqfD&#10;lpZi8VSaeSEBzpjWNZEKnUwAF/8AW5/PsGM5Sar3H9oc8n6ePUf0gfW/uCN0nSAEMe7/AD9ShaPV&#10;APMdWm9fVhlVSh9JQXAI/AqNJ/UTyLewfzdGyFfTbUNNiPp/mSL+m9xf2DpCk8jlCNQP+r/V+fQl&#10;gbtDAZ/1D/J0arb9XaIAk2+vB/xm+nq5/r7DbIUIH1AY2Atb/gh+lvaPKk1xTo9BAr0IlLUarEGw&#10;NyOf8G+pv+Le06cezMQAL3/of+IUAce7eIqnIr06ukNUpXpx8wAB/H+uP+K3N/bticYY2JWwYEfn&#10;k+q1/wBNjx+f+KezTb2R3Wqnj/gH+f8A1Z6pcMhFaN/qr015OrtGT/Zsb3445v8Angn2IBpwtIdQ&#10;dRp5HNz6DcC/55/23sznt3YCjqV+fQVvpGLNTgekFDXA1ukctqAW1uDrGk8Ncjj/AHw9lu7JiXzS&#10;qwPJLEgXJX/LAebD62/2HsF3UTRl+7g5/wAvQi20Ujt/sH+ToXsU2uliYf6hf9gdEZ/4n2CkVGJG&#10;DcadZFrfQ3VuSqn+vtEs6owqGrToTrQr6Y6dPajx2Ocn0wPbWCCUNjewvqsfT7dDIxFaUYf6v9Xz&#10;4dPtHoiRiw7l66JA+p9iFjaMR6b6QxJuT9AWB5/Tz9PYitwsioA60Hpw+z/V5dF+sSsABw6iTPYH&#10;6nj/AABP+A59iNgYTHUp+2SrXtpsCQVYfixt7WptFxKJLk3Eaxhv6X+z0+lV/FmvDpO5KrQQlfUX&#10;IH4Uj9Q/qT7FzE47VXOraUYf4lSf2pP0hl44+vsfcuRPBbx3IUyIfwqNT/i9P9X+Uk3O5WIVlwvz&#10;H2dAjvHLoKMqpI5sZWISBSJqb9R1/wBo/T2MuB2vLLFHPIhRF13DBhfmaMabxlR+kfT3kNynytfy&#10;7g91wD0wdRNV1L3EKOoc5l5wtLSV7BfEZ009y6dI1aW/i6IR2p3RiccJMRSVENRVegI0MtMbXXH1&#10;b+lasS/pkP4t7EWKCGEOkK2OlQAbcj6/QW5HPvITYuXZdhgZ5pInD/w/7fzZft/l1AW9X091OTrB&#10;T/L8+ik1eXq809NVV7XWN5SSNf1/zd1LM9gQove/uDVR+uO3Hqb6+k8fT3takMGrUP0U207PGfEj&#10;bV0qMXIqw1JWRXRoYlup1KBc3LXA+n+x9sdWjCRRYiz3uR+Bq/4r7TmNyahDT8ujCCYUZgv+r5dC&#10;Hhp4mpZD5AxMBQKCSSbR3uefbROmvyWvwWY3vb0g/wCB45/x9oLiAh6Fgo/1fLpbHLpUFVZj0s6C&#10;YRrT6inKooAPIDFBblhzxyePbZUqbA2AsgX6EAfq/Gn2WS2Yox8YUz9vT6ydmnQ/+X/D0rMZUDWV&#10;uC3nLj1i51GLi97H/iPbbPHpRPoQVU8fjg8HiwJv7LJbOV3BQVPV1l1EllKZ8/8AJw6VFDVI0kti&#10;wKSupJUc2ZeRYk6f9h7apodSn0jnmw4/r/tvbOrwQQdQ+3pesuhahulHSzkSodXHIN+TxY/7EAe2&#10;OWGyMCAbW4P1/wB6F7/737SXTrKABEx/1f7HRlbzpVuI/wBXyr0saSf92NlbTqD/AENx+B/VuB/t&#10;re2KqjAWT0/2lHIsfrbjjngeyC7jEgYsrU/1f6sdGsT8NLfZ0ssdP64hqB/bc8Hj9JNzzx7YXhAZ&#10;rgH6FbL/AKxuAeOQPZFKhVj24Pz/AMvRhG9dVD5/y6WEU91UhrfXUSf9cckX+l/acnia4ujC340/&#10;6q1rcc8D2nkjLstKdGSMCRRh0p6adArfuA6rHgn+zfVrF/8AH2n5IlWRgQfpa7cAi17iwPPsvlsf&#10;hKsAf9XrTq7sMd3SlhqSyDm4J/s/W9/pweAbe2aqh1GwAKk/gX4I4FwAPp7RT2Lqx/i/1eX+z0/F&#10;KF4jPTzS1I08mxAP1IH+9m/19tFVTM7KfVfSFIsfTa/JsOFAPtI3YzfpjQejCG5UGgXPThBIApsw&#10;5PBvfV/Uf4k+2qrgZVCrpJLKOADYkH0gWv8A7D23UKO9M/mOlAuEIyKj/V9vUqNrm/qAAN+eCARz&#10;e/8Aj7a6iH9ofp1WHp/NrNa4t+Dz72hA8+qP68B1JV/URyefrf8A1ub/AIuBb3A8QCs1j+QeBc3H&#10;1+l/z7uTVWWnz6difGinWXUSQLj8fn8fX8G3JHuGkHpawsAfz/W3NvSfx7TSqZBx7urBtea16yar&#10;H/X4t/xH19x44wJBwbqCLEcm4vb6H8+y24gPdUeWfs/1f6sdWUavs65XuDf8kfT8fg/0+o9xWi/c&#10;ANri/N/p6fqDa/N/ZQ9uyVKt206sqlW446yBuLc/i31ufre45Jt7bp4ruykWK2v/ALYEEce2dJpw&#10;z071mVhb68H6c3+lx/X/AA98clGrO1ha4Qq3BswA/wAP8PdaEDh14n59ejPHJ/qP8OD/AFuf6+8V&#10;XGVQAqGNhwOf6j/W9669XGOuSm9+eOf6f4W98JEP21luran/ALP9R/T/AGHv3Xvy69fk/T6D/ff7&#10;z7jokgpXuSCCx9NxcgMABwOOfbXgRV+D+Z/z9V0j065f77/ev+K+/UdtUw0tf7V7tp4NvGD/AIn3&#10;S5/s1/03+Q9a8uuj+P8AX/43/wAR77pQfNI5DACOSPn+t1/Sf0ke0PVfXrv/AI174oR5Qugg+VRy&#10;vIswF2Fvqb+/de697z1SR/cBytyf9b+tvwePp/X25HZugI1L1YivDroG4v7wyBLhQrA34AC/T0tx&#10;f6c39mIqBk1P7Orf4eu/eadlaKCy2GmT6i9uV/Vzz9faX6SXLal/1flTqpHXQ+p+v+x/4j3nZf8A&#10;JoW9P+7OObcvbgaTYW9tG3lHAA9eoeugfUw/1v8Aev8AefchB/nhpNiqm345P9LWtxb2x1rrxIuP&#10;9vfj3kpYv2ZiLEBASB9P1Ef0/J9+69Trpjyo/N/r/vjf3kiiUsiqOb/71x9f6e9UzWmevddE/X62&#10;+n+HPP0/rz75RLoqVJ5HlH0+n6wfyBfj3vy6959dsbqfxwD/ALD/AGB98ZAfuJDY28zN/wAnk2/1&#10;x7NoxWKM/wBHpzrHfjiw4sP9iAPoOPcmdTeC/wBTSq3+w1H254dfPrR64KeD/wAHt/vHH+8e8rod&#10;EHAt4lP4/r/xv22a5Hn1bOOugQC3+v8A7D/kfHufBYUcoC8eRLkH8cH82/r7SywNIxYN+3rVMHro&#10;mzLf+h/H1P0/2/H09yES8M7Wvd0t/Xkkm3tVH2RorZPVhw6xk3YAEWI/21rWvx7m0a6ZEuCTduLf&#10;nSw+hH+Puwk+XWwOscn0PNj9Bx/je/8Ath7cMeLPHwT+r+h/1f8ArX+vupNRnra9cJf7XP0t/wAR&#10;7n0y3f8AqdZ/2BBPq5+nupNDqPW8DJ6xv9Pr+B+frf8AH+JHtR0yOK1/SCDHH9P6n6n82+nveuJQ&#10;FYivWxigrjpvlINOGvb1N9f8L/61+Pa6pYyJ42IPpjjfkc2uP08Xv7KLnU5YawT/ACp17zz0npnU&#10;QuOOZJF+t7HSw5N7f7f6e1PqDxU66G4qY3uoAl0gfW/0AF+P8faNY5FBKvn0/wBX+r/D1qjeKM9t&#10;Ok+TplnYlf8AgNIg13MeoknkDkjjn/D2KnXtLNW7q2ikcMtQkO6MBPNoQyCCmiydGJpZ7AhBGr+p&#10;voCfdpFm0YYV0/6vLq90UEDkj8B/wdFv+Q2XpcL033JVzVENJM/VnYcVGJJlheqyDbUzT0tLRF5Y&#10;zLJO8Vo0B1G3u0KTG4+vppcW6UtRTVVLKlVQ6YZPPBJG8EwmpzG8ckbxylWupBBsb/T3VIba7glh&#10;ujqm9RWoNBmv5fywB0DIDdxXqvA5SH5/6v2f6j1pW1/bPaPWe7sX2jSx7nwDYfP0IxO6cv8AxKlw&#10;1JUxZH+KUVDS5H76GSKsaWkEsUaSjSBqF29fujn5/fASqxK1/b/UWGaoxbyNPuTalBQVFXU089bU&#10;sUrMPjsVhkoqDGUNIhaUNJcfUewpd2Bgek0ilOFfnwIJKjNfQfl6yJYz/URIyvWUcR6/6vPras/l&#10;j/zTtlfKvH0XUHYeVocN3ThMaFoaisq8VjqPfOLxNHgqKSuof4nvLMZ/L56qyNdIzssASVVJ/WDq&#10;pAlpPFIqOfGy3ADfTj+yAV/x9ofBPwoAR0ZxymRKju6ui9udGlgF0tGfwpFnP1+ig8af9j7Vxdrp&#10;qFf+K/z9NyGjkt5f5uve1lJAsKQqR/m/JqFj9GuBpBAP9r2u1+KDin+r/Y60i6g1Ove1PjmQaCRY&#10;Fj+qwC21gj/Y+0VzqUaQaE9aZGFBWh697ErDNJ5UIDWuAp0k6m5ubWsfr+fZcVatfPrQjbr3sc9t&#10;KVdC/wBGVANNz/T+v4sfZhbvQAfjH+ev+x0xIGFa+vWKUXX/AA5/2/8AX2MGMAY6bEARg/UWIGnk&#10;EWPtTP3IO7FeiyTi329NkpsL/Xmw45v/AMaH+9+3lFuWNx9G4/JsRYC4/P8Ah7aRSzBa5J6Z6jMS&#10;ALA/UX+tvoebX9ulCraW5QAMTa5v6Qv+BH59mtukglJMn4P9X7DwqOrDh02VjLpHpY3P1AFub/U/&#10;i4Ht4S9vz9ePr/QfT2Y9a6aHAv8AX8c2+h+v1HA/2P04989L3GkW/qTx/wAT7eRAoEhcU691hZ1I&#10;KsC3BsB+Dzf8H+n59+ZW+n0/4KCQPrfj/G/uwnWmQf8AV+zr1Ouha/1BsPyRyb8C/wDhb3zAKqQL&#10;Ei39f63/ABzbj34TIB8JH7OvUp1wYB2BueQb3/1rAc3F/wDiPfBgQASLm9zwf8PrY2JPvfjp6Hr1&#10;Ouai5I1AC34YcfX8kcAD/efeNEJ5sOPx+foQABptcn35pBIPDUmp/Z17rmzaOSTY/Tn/ABF7m/0H&#10;PvMqXW30NuAL2v8Aji1xz71HC4kXuX8+vUr9vWKSUC/BP0/Avx9R9bN6T75rHpIHGoi9/re9/wDY&#10;j2qCsY2cHsr/AKv8PWwuPl1haVSfobfj/D6f8U98nQgeq344ub/0A/17291jZgQ6ZoK/l14VGeut&#10;QPHI+v8AQf43vf8Aw9xvG/04Fm41En/WINhx7NUdXUMpx1cZ64llH9f086QPp9PyTb6f4e+DRvf/&#10;AB4+gPH+vx7t14jrksiW/IH+uOQCL25/F7D36wXgj/A2/r9L3/p791rrxJY6gfqLi/8AQf7Y/T8+&#10;8ngbni/+wNv63/SLD2m+qj9G/l/n61XrvV/ioFgPqb/43PN/p75mB2FwjH/A2B/wP44593+ph83/&#10;AJHrdesWq3GpQf8ABr2/r/sb+86xSD6s39bWY/7D6/4+0vjxf8o6/wAv83Xq/LrixBtZrWH14HP9&#10;f9498vEv+1/7Efj/AJF719XJ/Cv8/wDP16vXH+liP9gfyebcr/X3zMf5H1P9Rz/xU8+1FPw06TEZ&#10;IPHrGJD/AGr2+twR9Rf/AGAHHvE9PqBAsD/X/YEHmx9+8QJx4Hpt20AE8OsiTWIP+0g2+nBIP9R7&#10;bZKdlZvUD+fzf8k/gD26ramC07j1p1LDB6npMukGxX6ckgD8WJvf6e+CRM+pdJGkm9xa9r88A/6r&#10;2pWBz8WOkvXTzxppN9WrTbTa1ifoSWHPp/2/sQdkUrJmsSxst8nQPYDSLfc0pI+lrex3ybdA7rtg&#10;RGrBLFq9e146/wA/59BTmd/8UftrRT/gboEO6ZQ2w95jVcz7V3JHHdiTeTD5QKfrfVY+zyZMr/CK&#10;X1KP8mj/AKXH7b3/ANiPeW+5363NlEUjfSJEf/i/8ny9a9QdZEtuFxRW+L/N/qHyr1rzbFgqV7Bz&#10;o0SMFzVdH6laxH3UB1Lf8X/3359l13bEHE1gDpLf8jTi3+v/AK3uP9zuBLNLP+B39P5Pj9n7fn0P&#10;LQKRGDwNOrZOn52hhoUZm1eGPi/09AAudX6iPoP8fZadxxlNfFrkC30+hQXIAH9PcebzOJHdU4f5&#10;z0dRKTjWT/g6PztJw8cRuDYXuD9Lq/Auf8fYDbmjNlZiR9fSv9b04/p9PYJbwlLKEH2/aT5ef59H&#10;lmKKgp/qz0MlESRwb/S3HFxq+p/qT7B/JUysoIW6/m4AFw0Q+gH+t+T+PZXeRiVR5P8A6v8AV+3o&#10;6llUJUg16d4z9R/xP0+v/E+0hueiLZCZxoWMpAAP7X+YjA5C/lvYTuoaxtGobUK/4f8AUOnre5Ro&#10;IzpNc/4esvtGUlKVydITpIWUH6cldJHAtz9fZS9pJGS1V/y9KwwLLTr3tLZqkb7t5IwgkSV5Y9QN&#10;iwLkeTStnUni3snvUBuCzNRtK/4c/s6bcMHJDde9wsZEHqpFMZjTxa/8nHjVp/IuqRgPqjf7f20J&#10;ERqSqdQ/1f6qfy6szaxmuqnXvbNko2NWzXNw7R2AITwh3u4X8Tgf2h7TzzkzKFWq6f8AB/xfSdO3&#10;UHya/wCr8+ve8+HjjGQSxkAKXNntcmRb6x+lgwPP9fa21WZl1GTH+rz6cjHd173izS3yEjAWu7qy&#10;FV8WnyHVZR9GP0H9PZmjKgQP8VersEOqo7uve264LKAq6YyfqOPofx9Lgm/szt5FOqnE/wCr/N0y&#10;TRTTr3vMrgnXcA3GvSbKrKQbR35HH1/x9qXealEbj/PqoaUK6+bf6h172ZLqL5DdldUzQNtjcFbH&#10;TxiQDFVlflXwvqiyEf8AxbqbKUkB0tXNIL/7t9X1veqTPC2pn/1f6vy+XSI2glP64V19CK9Bt2P1&#10;B1t21iZMN2Ds3bu5qVzH45crhsXX1tLoqaKqYUdXXUdTLS+aTHwiTQRrVAD9BY+e2f5h/Z9W0cOX&#10;pNqBIzY+HGV6O1xORYy7jYEIwW/9B7OU5qktz2oST/q/iHS612za4jI0Vsod/MBfs6rpz38mX4UZ&#10;qepql2zuqiqKkRhzSZ3HRRr4liQFI22/MF1JGdX9Sx9uu7vmFu/dNA9D91Q0FPKGEjY5aiknYEoQ&#10;BImYmXUGjA5sRc+yufmea8ahMur5Ej/n/wDP08+l4ihgBaGPP8/29DN0v/Li+NXR2WTN7U2j97k4&#10;ijQz7iTC5jwOq1SFoWfAwSRl0rGB0kXsP6eyUb53e+USSJp5JC0kshdpGZ2d+WLs0zFgSf8Ab+3Y&#10;DLLVpHx/q8umWkZBIZGqD0fCmpYqWNY4kSNVRY1WNVVFRRZVVVVQAv4/w9gFVTGWYgtwD+STex0g&#10;qb/X8ezS3NKFuFf8nRRJUtqJ6k+4QXh11Dkk2BblgCthY/q/3v2vkUOkfbwz01OD4a0/Dnr3s1uF&#10;jeHqfDlm/wA9urFINN+PJt+BgTf/AFv9bn3WJx40x0NpEJ/kfPpFCwa9uZdHaLNv5HpnZgc6E/Ix&#10;Rf8A2Aq7fX/X9v0gMeeoFBBt1vVi4s3IlPAP+HtMR4sEZHwmQdUkZJbK0KcDOg65D9E5II/3JA2+&#10;h/3V/r8H2j5H0dZbiBuf9zNCOP8AqGB/B49uSL/jKLQcD/h/1f5+tvA7bnHQilG/w9SH/wCLjAf+&#10;mWf+n/HSL/Y8eyoVQbVrWxEYIP8AiG0/Q/QWt/vHtq+iZ66uNfLh+fR2GCM6sc9TvcEte17gggkE&#10;8C35+luPZMylDQnq6sGFQeve+Go/1Nr/ANB9LW/2+r/Ye2ta+nVuve//06EaiY+Tn+tyf9gP8f6f&#10;4e4RB/3mvD/V/h6mYnrf49t084DC1yL8f7YHjkAe7s5Yg0o3Wieve2uSoIta/P1I/wBfn+1/r+6N&#10;RAdZx17QRqqOve2yaY3IIP8AaPAHJ5+vIBHPtIzs4FeHVCfLr3tqqDK12BN9R/r/AIhh+fx/sfa2&#10;CRWQLX8Na/6v9VOrqdSaT173A0SAn0km7fh7jj8+mxvfn2/4keP1B+0dXr8+ve8bQi4uLAW+n9Rc&#10;3+gub2/2Huxbt+3qjkBa+vXveQQFl5/1gPx/T6aTfn2wT59J6YJJ697FDpeFV3wI2Is2KzbAXX6p&#10;jJrmxFvdJyPpHI/iHSmEBoJT6066P/Ej/eTb2HubidKtyhBRiQCNRvZFB5AF/p+Pblq1YEB4in+H&#10;orAP00P5f4eu/ab0Ko0j6/6oENcAMRyQLj1e1k7jxXB4f6h0aSMA5B9Ove4zoVXhwLc8sL8/7Ef6&#10;rn21rX16oXX+Lr3ttcspUTCy3PqW+r6cjUeCRf8AHu4IIqp6rUEV8uve4sVDWTB1pYa6eSViqiKO&#10;SQfq9PCKzc/4e25GFaenSeQEmgBr173hXCTTyeCpnoscQ1pGzEho1HJU3MkJsBz9QPof6e1MVUQl&#10;dJ+zq0aEijED7eve8dbSbXwqr95WfxaXiw27U0FYlyGaxWVYmHqT6fT1L/X22NbcBQfPpwrEnxGp&#10;+VOve8Me66ejt/AsBQuhHql3Ji4pKpWNgfHJSzqFiVQpH+1aj/T2+X/i/kf9jrXiBf7OMU+Yz173&#10;gn3HmqoM0dZJjXfmSHET1VHR2b6roWU3X8aT/ZAHtt34DRUdMyySsRQkD5V697ZmgMzGeZ/u5j+u&#10;SZjO9zcG7yKZASf6n3dWFO3h+zpL6nz6978YFmXQQIgPoIyEsOD9LHj0+95r8+t5r8+ve+DUa6VQ&#10;I41f2nUXI5Y2OnkC3u6tTVXq69moEde95DSREM2kELbggWsfT+V/H591LGtSc9VNanVx697WG7Ig&#10;2SYqPrHAPr/qaeH82IYXHtpDjq8unUdPDr3tJmnA/A/r6gORyPqyn/H3evTfXveCSn+jAlSSBx6W&#10;NgRxf8e3UNQVpjpxDUFSMde9xpKdmcEy/gcggEDUTx6PdtK+nVvDX0697wNDqfRHGJDoKsGUuUj1&#10;aS8RA9Eij6H8e/F1Ucc9WAoMde9uNNt2uqNDU1DUTqyr5KiopZ5o4yQCfHIkJCeMNqX+n1v7ba4G&#10;QOrhGNCFNOve13gMbRY6kqIa7Ix62D+SFKuITgeJUZFjlRGFrEWI9omuFJChv83rx4dPxhFBVnz1&#10;73Caox1MQmExwnlUgM+XpKeeLgi5RqVg36Dxf8+6yzaT3GrfLqpZFwi1Pz6975k19UxYzR0TEgtT&#10;0Mk9LSMbHkw2JYKB6f6E+y64k1KS5+zqvex40+zh172IOSo1GytrMYWmnMWX1uYxIvGWUCzadZsn&#10;suBHiPThj/B0+yjwoqA1z/h697TVBTESESgIq/pQXC3YSFvSyjj88fn26aaGNc9aVRpavxDr3tb4&#10;+jViLC/14tq/1XIAX+p/x9o2IzQdORx+g697XlBSFUWyE/19PB/V+NN7391oV7q56NYICrIxOeve&#10;1lQ0xSaFS6oG0izNpHP0BBHtE3cynga/6v29PTDUA1PPr3sxeQpwMjtT0q+vC7fXgarXLG/0Fh7F&#10;e0Ht/wBs3/PnTEo716xL+mX8euT/AJH+fZnNg0yx5DGGwH+RUf0H0JlpeP0/0HPsd7MC3MGygf78&#10;g/6ujoOb3Tw3/wBL/lPQV9iTldp7hPNlpcsv9CR/Dqz/ABH5PH59m7pIrU0bDgeMWuLCwjUX+n9P&#10;eW9sv6tiP+Fr1BO91+okXzr/AM/Hqp/KV/8AluQjJu61k99LajfzsfzJcA2tf/H3mp4T99Q8j/Pw&#10;G4P58yD+n+Hse7FQblKlc1b/ACn/AC9E4PH7D/gPSQ3VXqNo7icoeMVkbhgPp/D5/wAaub29itmq&#10;Y3kF/wC1cnVb+t/oOLEe4W9yxo5nuAXz3D5/g/w/7PQ+5YasEZ+Q/wAPRVfjdmll2xRSCJrk04/Q&#10;vGr7oXJMxuPz9PYV5WlZ+VHNueOB6hx9DawH++594/b9JGFOtsVx+xK/zr/g9OpMtogo06f8/Von&#10;XdcykKL24BIb/Cr5Yl+f1D+nsK85Qm44/qT6Rb6Q2/s/Xj2DLeVQ0ncdOKf5ehLbR0XhgdGwwdYx&#10;jU359V/WARqaf86rcD/X9hpX0JZh6SP9dfwAt/7PthZFrprno4VdTBRx6FKkqRoJJU8n8/m7H/VX&#10;9tyY5Q12SwP9FP1sfr+17uEBNK1PRnHZ6uNTT8v9X7epb1h08MCLgXuL/X8ev6+3Skx3ikChb+of&#10;2eD9WFvT/vr+1u2TjxA1KA+vlmh/1fLpHcRYctwJ/Z9v+ry6acpVBoGGq1gfoeSeLc6jb6e1RU0o&#10;NDxHxoNrA3v4zzwLexDLIUjw/fX/AFDoJ30LEsx+PoPaCf8A3K+trjUtwX5t5U+tz/T/AGHssvY8&#10;F5nWzf5sq3pX6g13+03J1H/D2DbxkJn7hXxD/gP+z0JduipHA1Pwr+3HQ/4Rr0kf+KKRyfoY47f1&#10;/A9hJj6UHUpX6S2PoA+pS1/TzYeyvwi7YGD/AKj0fsdCAnp6PtW0dH4tJElwQLxhmYrexsAUAFv9&#10;99fax7eSKNGKVI/1cP8AV6+Vekj3czDR+EdYmcHixH9CbW/x+h9r/D0CzLcRi4PHoW/0uOShN/a+&#10;xS5l0gBieP4sf7H+XpOJkjOpznppralIRdmAB45K/wBfpa49i5tnbFVVy0/21LKzMrcpE7qgAYEX&#10;jga1gvsdbNs+77t9bYQwyHRInBZD/SrhW/1fYOia83632+WaeW4XRq9RT/jw6B7fe/tv7WozXZbK&#10;UFJCEa5qa2hprkusYH+U1lMvqZx7NDtrr6Gj/wAsyEYeRhwrAMBcTIeJaJDwHH5/4j3lPyT7UXe2&#10;7DZ3u6xVB8mRuGuRPxxCmR65PUJc7e50F4jW23t+t8qH/ff8MxPl1Uj3h8t6nP5Ooweypnp6VSPJ&#10;WrJojYhcdVJ46jF7jqEOpoZEPo/1v7XtdeFIY3WJESMabLoAK3JJ9KKF+pv/ALH3kfa7ZaxTzTwR&#10;BUwezSP8A+fHy/PqC23W8uGIu3ZpgP6R/mzfl0VCSskyFXRvV1VXV1JaYPK9Q06uFUIlpZXkl/RG&#10;F/2HtqewkYgD+z+OAOf9bnn2aXEjSRAAjUB9nT6qkset5Dq8+A6WMLSimijOrxgyfXVdvUCSeSCO&#10;PbZUO5dBZuGvcKSLf8G9lsMJWEF6V/w9LFt4I0JJXPz49LbFrGYZyJAVMQsjMNYYH/UfQ8f8V9tF&#10;Rq1oC3Gv/VGxH+t/h72fAjY+Iwp/tf8AL0mlt6H9Na9CHhZENLIVjN1iF/QCf7I+oubH201MdtTA&#10;soNxwfzzq44uDx7STR29x4j61Cn5r6/s/wAHn09BM8GqJodT/wClP+r8ulnjptYivpZl8bDWCWt6&#10;NNzf6829t1UB47alBMYYXYj8N+bg8t7KLmO2RqC4A/NOP7Djo0gm8RqeA1P9L0osW8vnLeN3C1BH&#10;pQsba47cWtcL9fbNUTRoi6pokCpp/ckROAG+l2Fh7KZb7b7Q6JblSzd/xL9vqPSvSs2E1z3rG3+8&#10;t/0D0uMZSVkzyeKirJA0xN4KaaRdTMvBKqwJ/wBf2xz5XERA+fJUMVib66qlT8D8mVTz7Kpd12zF&#10;ZkP2Ov8AnPSyLaLoj+zav+2/6BPSxptv7mldTT4TKyKQDxjK978m36YCBbn2n6ncW3FV/wDc5iEF&#10;+TNk6BSeSPSfOp4/2Hsol3XbBUeNHp+TLT/D0oj2m8B/sz/P/oHpa0W1926ojLt7MkhDYQ4jJaR6&#10;V5e9OeST9D7TlVurbCrKH3BgybqP+LpjSB6hwP8AKOPZdPvW1rrYSJpr/EtT+Wqn+qvRpBtlyug0&#10;NPtav7NPSuotp7m1wf7hcxEAGLasbkUIJU21XpiPz7TtRu7arG0eew2pRzpymOI50kX01RubD2H7&#10;/d7GTwjG6hK/xL/nH+fozhsrkZ0mn5/5ullj9s7hjB82PrmU/QPR12oEargFqcFQS3til3jtUtY5&#10;7DX4+uUxxNioYfSqPHsqfdLUMV8UV+VP846Vx2dyAQK/z/zdKOHbuaVeKKqH1+lPVC9iRfmEHn2x&#10;T7m2xJIwTPYG5ty+Vx3HNvT/AJTzyOPp7ou6Wmo6pO77R/n6VJaSgnUp/n/0D0/Q4vJxRrqpKzgn&#10;hKaoueDYsPED/tr8+2xstgWkPiz2JlYkAJHk6Nrn+lhKxvx7sb2ykFS4p/pl/wCgunltJTmlB+3/&#10;ACdOkcFeFCtQVCi3LNSzgjk/7SB+ffcvhqASs0TjT6TTursx5+trgg3/ANv70HsCf7Qf8ZH+QdPr&#10;bTLkA/z6zxmoisDFIPVyZlcAf4qb8EEf7b3BqIiYwFjRRx6poyp5DDUGAF7/AF9l1yLfWxRs1/o/&#10;s6q6zI1M9OMDn6sbn1ArGxIBuPwSbe4NVBaBbxjWSAXVBoI0n6NpvyRf/W9ohDIGck9tP9X+r+fW&#10;4mcuany6lRygvYNe1xpv6gbi+oXPAJt7bftR4jxfVe/H0Gn6Wt/vj7dePSTjt6WKag4z1lEhLDn6&#10;f73e9+P9b3AWl4aymwP+xHH54v7ZYUyOnVZuBJp1I8nP15t9f9t/Q2+vuAICH06f9iR9CV/HAHB/&#10;3v2nmWo1D8/s6dVgeBz1l1cX/wBb/e/pbm1x7hyRWmW6n8g8C30Xjhb8/n/insqZaM1OA/wdO6gT&#10;nrKD6eLf7zc/X/evbfLEPK50n/df1H+Fv6e2ZYfwcKdbJAJz1kDcDn+v5/4qfyPeKvhDEkrcC3BF&#10;wTZf6j/D2kdCCQf29W8+uUR/3m/1+tvzzf3xq09I9PNl4t/gOfobe2vDHr1rh16NrE83H/Gz/QWP&#10;vA8Q8Ci30LW45+nH4/23vRTFRx6359cwxDer/W/2N/8AX4/x98NA+3Y2uDe4sP8AUke6Go4jr3XK&#10;/r5/2H1H5/3m/vFSJZpTpsPA4vp/xXj6e/MpKsD1rFadef8As/8ABhfm3HPJ/wAPfGFVEk1lP1k5&#10;0/4r+dPsu8CX+H/B1Whrw65fgX/wv/vrj3xRLNcpz5ByR9DqAF/Tce/eF+t4dcV/lx/wdepmh68T&#10;wT/hf33UR6pkt9CT/r31/wCP0FvZj1f7euKnj/Wt/vX+v74Sx2kj/wAFIP8AtvwQPpf37r2OuQ5+&#10;vvM0V6WC/wBQDf8Ax9Y+vHI49vOcHrQ+fXEH1sPxx/X62/3j3lItTxA/jycj83cj8/1B9scePXqV&#10;FD14cs3+wP8ArcfT/X9yo9JExKk+hf6E/X/evaL6aT1X+f8Am61Trizfp/4i4/2H14PvnT2Mc/8A&#10;wS3H/B/9b6H/AIj234Ev8H8x14Agdec2K3/rx/vHHF+b++VNzKo/o4H+P4/3ge7/AE79grk8fl16&#10;nDrp2Fj+eOP9cn+n+PvmEJqFNz/nR/Z4/X+bj3fw/wDl2/4116grw661ekgH8Hn6/j/eePfnUeRh&#10;bm7f7D1Hj/Xv7MBSiaKU09e8+PXC/H+H0PB/2/8AX6f19yZ4yTTk8/5ElrD/AGpvrx7v1sj09OuI&#10;PDD/AGv83/oD9RyOPeYx3jgA1cQj6AXvqP8AX6+2R2serUqOur8n6ck/634P9P6j3LijtSS8f7si&#10;+v8AW/54uR7r59W8j1xJ9Y/Nwbf1/B/1uRz7loAKeUf7Ulv8eTf/AF/evt615Hrib6gf8Df+n+H+&#10;t7nUqAyx8ekl7f6oelubEAWJHvXl1frG54P9bC4H5JIsLi5v7cqCMXjJH9QP8f1/kj3s+nXh1ikP&#10;BHH9fxxe34B/HuVAtyLH6u31/HJ4FvyPeutjri3A5H0FuP8AWt/rcj2raKItVElT/m4uLG40/j6W&#10;t7Szu0cq/IderkdNM7L9ufV/aksePqef6k/4e1nGGFWFCmwgiPF7E3HAAP49lUk2KIetjj0n2CtT&#10;FmPJnkFifoCDyTb2o/HdaEcg/cwszJ6AEAUepvqEBNzew96icuHDZP8An62RVqU8uk9IxRqxxYj7&#10;WZVRruTKNR9K2sXYCwtc/wDEjN1dnW25uXGzmCkngyFbSYozSxeaKEVtdQWkjkaaFY8hGkNw1zpv&#10;fSR7dk4Cn8PVLsFoGA/g/wAh6Kh8nOvo+zerd0YoZLNY2sw2Iy+5YafGVv2MuSnxODzax4/IxJR1&#10;stZt2tlq9E8IVfMBbUp92D4KtanroJ7z1CVhQRNTs0rpBPJF/nSHAWMabta4F/ZQ8rxykqegBezS&#10;RyNopUDzGPMf4OtaXvnrzH7x6t3Ft+SDb2Dq9rrV1NfHuCCDG42pzeFxORbXio2oqh5si5n005kj&#10;jmYp/Z9i/NjcbmcXVY7I01LXY+rieKopqqCnqoZY5IihDwzxSwsukn6qeOPp7Q73FLJAZBGQ/wAq&#10;jNTXhmvy8zU+p6PNp3KdNGrEn+r/AFfP/DSP072rvPpvu3b+4dsbhze3N0YadpsfksblcriB9tS1&#10;tNUPCK2jraCu+2mkiAYK6hxa9/p7pK+af8r+nyAruyeiaZIZZnFTm9pCFwIZZJaGlgTam39pbGnE&#10;VIkEcsk4llJ1HUOL+wts93NJLLbXYpnBrg+eSaVP2D16HlhcLOkzMyq9fsGKcM9bpXwP/nK9d9o1&#10;2G6i+RGb2/snfNTTtHgt71ddgtr7Gq6TF0KeaLc24d79o5HLy7myVYQkCw0zJO7AX1E2o+q9n7iw&#10;GVhxu49v5vB1yCUS0+dxVdjKmNhCsoDQ11HDMnokQ2ZfowP0I9ilIo0FADWmaZH+GnTomSoVlofn&#10;/wBFdXxUtXS11PFV0VTT1lLOuqGppZo6inmUEqWimiZ45FDAi4J5HtQfw7y00fKSOdf7pOpGIf8A&#10;sSiNi2kCx/ofaaQpGQFJz1XxEHaDnqR7coKJYjFFIhXlrFQAB9TbVpHBHtNO2rQentWvNevexMwt&#10;LyiKS6r6vrexOr/Uqebf7f2kagrXpQqk+XXvY27dTSYww+hW55H5ILfS30Ht+3bIHl/qHSW4j9B1&#10;ilHp/wB4+n+2/wB59i3RJp0sotrVRwOOdJ/otva5q6VB6K5UqzBumqVrk3/sn6f7cXHJ9vMCAufq&#10;Sb8Dm9yPqP8AY+9KoIrnpoRKDx6iSMQOQAot/r8C31v9fbzRQAsQoIuCeSSCQU+txe3PtStw0dNZ&#10;rnj6f5+tMoUDPn021Zuv+tbj/X1fRr2vx7fFpW0+ofn+lrcAn+z7XRXaSCp6bx0xyuVb0m1x/Uc2&#10;uL/Ue+TQ2XheV0gkjn8H+lz7U6tXdWvW+o4l9Vjwp1ED/iPrYH35Yv8AW5/1X4/x+n09++3rdOuz&#10;J9bC3/Bfz+RwTa498PEdVvxzcn6fS/4F/fuvY67Mlxfkm/AH6r3/ABc8e+QjDfVR/sQf+KG9j79X&#10;r2OujIy/Rj/hY3/P04tb3iZAPp/jcj6fmw1Ae99ap6dZA5PJuL/QHj6WP0JuL+88cVhcXv8A63It&#10;cc8fn24JXA41+3rdPPqO7ajYgAX/AAeD9D/Xmx98hFpN9J4/2n6cG5/HPP1+vtS90XjcGQ5/1f6q&#10;de48esN7WAsf8Qx5FxYfX/D3yMZIHpI/HpH+P54/r7SiVxTOPn16g656hyL/ANPqf8Pxzbn35oOA&#10;bC+n0m3NwDwfT+f9f2sgu1RhUnT5j/L/AKqdeBI6xEk3F7i/PP4JH+1X/wB794vtrkkhuefxe9+f&#10;qo9v/XN6p/q/Pr1euwwUAAkW/wBtax44JHPvn9qNQYKLDk3H5vf/AFNuf9h799b+m4Zu7yI/1fs4&#10;9br1w8h4U3Fxb+l7cccn/kXvN4gCfpb/AGFx/rG3HtH4qfxdV68WYgfW4/xNj/W41c++YT+qn/bK&#10;L8cc2+nv3ix/xf4et9cLN+COLfknm/PBbn30IwL+k3PP05+vH+Htzr3XXkvb1C30FzYA2uefr7yg&#10;KBylzyb6AP8AYe/da6xm5Js1hwOWJAN+Tybj3jSK9jY/Qk8G/wDsRb8+zJ/iPTcnxH16xGS1xcW+&#10;n+Bsfx6uLH3y8f14/UQPoL/6/IP9PbMnl0juB8H59cll/wAfp9ObKfxYWP159tjxcseP1Efj8E39&#10;rUHBfPqrPq1eh6mLKdI/wGr6H62/rce+aU5Ab1KCeQGYjkgfkC/0Hs1jhLKhVqJ0mZjgqeoUtYoa&#10;xR2t+UUN/X6gt/Q+1xtQ+KuxzHllq6VgeLnRLTE2Ngfqv+HsXcqiK2v1lbgCD+x1PQZ3dDOlxH50&#10;P+A9BB2nG1dtrcFOAQKjE5SIrdh/nqCvT6epVNn/AMefZo6jNLNQxRFiCsKC1xfhTxZpT+T7n2Tf&#10;LdrJEM6fB/n8tVfl1G6bK0UzyhRk/wCr8PVReG6vqMfuvIVyUpZZ8lUym0bHTrliOryLQxgcKPzY&#10;ewl3FIHSW3qvcckE8kg/1F/YQutwVgxUjTT/AFfi4f8AF9H1taspUkf5ujxdd0Bp3pQVZHQL9AVW&#10;yhTbmNTybfT2Xzc6EBjpP6rBQP8AakPIAvex+vsJXThjxwP9WOjiKDUe3gPPo6mz3FlUH6rySeeF&#10;YDkngf4f8R7ADckbFF+t/UBx9PXHb/H8ew3N3zSrwP8AsDo3gIUhfT/N0OFAfSPoRYf701zb8H2F&#10;9VCGSwUf43/rqU/0tbj2XSnBr0YTf2bf6vPp4Q2b/Acf0/B4/rf2m9xUwNVLYfUJxb6gQIB+L/X6&#10;c/j2H54i8msnj/0F1qAlo0r6f8/dZ1/SP9j/AL2faJjpNOQpiF/ti1hxbS1xwObf8T7SPGBXGel8&#10;Rzpr1y9pXJ0peeRrf7scm4H1Ba9xp/w9h+/gV7gkL+H/AFf6vLpSRqz172346nRal+B+g/hSOZVt&#10;/Z+ot7SfTD+M/tP+fqoAB697TOViJq5bcjXJzb/m69voG49l1zbhJlI9P+fuqlFJP29e98MahWti&#10;NudKX45FpU4vYfn3eCYxkKfhPn/q/wBXn1UDQ4H4eve8GYFqudiD/nZfx6iNRPFufz7USTq8iBeH&#10;rj5/6vs689STpHXvbGrXJ/pf/e7H+v4Hsyhl+Gjf6vX/AGemyK1HXvfMOVJ444+lv68CxIH9fZvF&#10;LEyAs2f9Xp14Io49e9udLKy2Ic8fXnixDkfQ8+2ZXDkUFB1YBfTr3tR0uSqFkW0rppvz5HU+oN+f&#10;Jb/b+y2eTswO7pxaitOPXvalTcNYmkGd7HnmaQ/6/In/AKe0VvIDJ2NkdOB+IrXr3uLVZaWa2p2Y&#10;MbfqZhY/68hH/GvYwhJAjY+f+UdJrkYBHDr3tskkN9XH1+pv/ibj8+zGJqMR69IePn1733G+ooGa&#10;2kgk/wC0/n/C9+f9b2YqSyMKfh/zjpPJ/Zv/AKU9e9m2xU0VR1NhVCi8O78Quqy/qjwEIH0J+l/b&#10;EXia7j4v7JvXpBbV8W+/55H/AMnTGVI3CH+o/g7DT/iay5/2/t1qONw44N+evKsH/DVVHmw/Nh79&#10;G3+LxADv8VP+O9NxY262px+oh/471nW2ie30GQH1va1o+P8AY39pOtTT1zuaO/6c7Rj/AB9NM1hz&#10;a/u7V+rWnz/wjpa1f3imnj3f4R1nPNfAfr/kk35/rJDc+yqTLrVv9qYHnn+n4APvV0lGf049L3FZ&#10;JOp3tqZdLNxa/P4+lgPwD+fZTMtQD6dbSQjStMde99WH++t9f6/T629pNK+nSj8+ve//1KB6qzyH&#10;xlwR9L2/tIv4F7/T3CepRjRjqadSk4THW/x7hMrWubcc2sSL/j6nix9puz/hvXqp6H+XXvbbKo4A&#10;H1HNzf8AC354/Ptp21vI5bz/AG+n8utnJJ697gPAWN/+J/xNrcf4+2nqUIXj0wxAUmg697j+FwWO&#10;gupZrkXNrcXYgXGk8/63twOrBf1PPh6dN+Kr4DDr3vA0IDahZvpdV9RHN/0/gj357ku4jds/lTq+&#10;okgE1697jOoU8i11vyD/AI/19rFddCiuQueq9e98LsBZQQLA6iCALfT6j359LKG1dvTUkZk05pTr&#10;3sZugqOjqN/hakyM7YTcDx+IRso0Yqe5OtSwN/6e6XLlLYp5kr0pt2VI2ibiQOuEhKrcf6uP68cG&#10;RQf9jY+wrzMDGtCAMY5LlVvyoWNCyvYWUk/T2rhdGiWNPiX/AD9IKgwxwD4x/n65+2emweQqrGGj&#10;qdHHraCa1zq/tLEymxQj27csTI7Hpe6SSMz0NOve58e1oyvmr8th6IJyYKvJQ09S1zoskE0QYmxB&#10;P+Bv7TeJSuD00UABZ3AA697bazIbRomURQZSvrlNlSalop8UbD0kFHWQhlPq/wAfb8TDEbAZ/b/s&#10;dbDxCkYBP+Dr3tw2Zu2oyW58dijtvbFLST1MEImpsfPFVDysULOxmMeq3+0/X2nnASNmM1SB6jrQ&#10;eXVpKqB172Fe7hP/ABnKxPNM6iurEGt2bSv3MyqoBBAQA2A/oPau3IaJSUFa/P8Az9MLV1JJzr/z&#10;9e9pNaUKbInqJ5JHIv8AXkLe/tU8gpr7qf6vSvVtBA1Ux173O+1awuwUfUqHIJ4+litrG3tstU6h&#10;14Kfy6975JTm/ItYkAoPV/yEbEMSTz/T2yzeQ6adqmi8Ove5MdNZbhSvJ/SLajewZ+Ddv8fe1+B+&#10;7/V/qx02F6977FIT9Qq8mxVCP6A8lOPp7qoYEGnVxExyRjr3vl4FJ0kuwP4kIbn8gccEj/ffn26u&#10;pizLShHVghQhieHXveORbJIDxfRYkAIbEE/gAe23LsWqT1R1J1ny697Um59MlYpX6NGg1kLpP+Tx&#10;Hgkc6be6xP4QJf8A1Z6dkVg4px697TUgLkqouxDAlAT/AEAPABtz7Uh1DLx6b0nWo8+ve+/4fNUe&#10;KIQSyMxFhGjuVvblgI7j6+/fUBNbk0NfPp2NSGZqefXvb/RbQqJ4VrKuaCjpxK0V69xTlmRVc6DL&#10;T2ZSlyOebH3RrhAaPQn7af5elCx1GpgAPnXr3uJIcbSyyRUdM1RUwsyPLLBDLQSiJ2VlWaMI7l5F&#10;BH9UN/bTzoEGQT8uqFo1BCirV/Lr3uS1fk6hEiiK42JUF0xj1FMsqCwJkQMVdirAHjkAey+RgWdz&#10;kf5utFnb5D5de9446IM7PMzueWMtwZXtzpkLLyrfn+vttWBAGsE9VABzXr3ufDTpYgokaqToMK6W&#10;t/zcNuSGP+HukrEAUbPVwPlTr3ualK5sf7YPpK30kca9R03Y2/2HtMTkknPVtNM+fXvYmZOH/fl7&#10;ZuqqGjynjCm0n/Fzj1kixtcn/Yj2wD+q/wDq8un2/so/z/w9e9pbG0rFEDRMzHUXdoyXsGcizlb2&#10;txz+D7cJBUsDjrcUZYg0697XmMpeFMalhI7KAg1G6k3JAU29pC6r826MoYtIqRk9e9r7FYfJVU0Y&#10;pqKWVUKMzJDUSRKDz6ikRAt+fr7TtNGmqv7Ol2pVQ0Bp172K2M25jcfGlfnMhQ1DkBUocdVUtTXR&#10;6QGs9JPEjA6VK/X9XHtIJTLLSMHHH8x1RgHAIBp6ddf4fm3+w9i9l4YnzG12oNRg/gmDKrOFE6Lq&#10;YhmWPhdK2F/9V7GWyhtJUj8R+z8PTE7BHCkYoOo6EiOYvYWeb9PItc2+v1J9mP2LE33+KurBRTUS&#10;G4/VaWlBIJA1An/bex/saE79tzqMxvGT/tZB0HN7YLHM1PwE/wCHoIeyZlXaW4VLLeWmywHNguvG&#10;1pH0PBUD2bulS9JBH9CacPcrxp8Y/UbWB95c2imU7dIq9hVF9PPj/q49QHvJX6p6j4m/5+PVQGWq&#10;fHlczLruI8pURFQxZnkWU+mMXJdSR9feWljjeqotBa6VMAu2mxtKtyrD6j2PbKKXbr15pk1Kwb4P&#10;tH+TomdxDrD+h6S25K2d9sbjRhD+9iMmVS7641NBUDTMjH0ODb2KOdT1OAX/AFW+ll9RHButib+4&#10;Y9wI2u94uNwRCid/xn9Q/s4HGR/s9DrlKVJoISGXI/i+fRTvjVkFpcFSUNQY3kJgceE64rRrLewL&#10;ahfWDxf2hcjT+MXZVN/z+Prbk245/wB9/XGbepVnQ6FbHy/0v2/4fl9kx7dGbpv02wOrQ+vapzMg&#10;8qrwPSzG5AWovZdYvxzb+h9hdmaQu9rDRc6pWFo/0xlbtYLdjx9fr7CCSKlCF/n/AJuPQqS2aCms&#10;r/tejc4GqIi5k9dhaJb+Tl5tQEZOsBVN/wDW9h7XU6sT+3IoDfSRdL6SAL2K/U2/23ukcT1r4sYY&#10;jyPD/V/qr0sih0srNImfn0KNHWgAcs4sDqT1IeSbBtX9D/t/bZ9oxb/M/T08Kw5/wIjHJv7XIKin&#10;iL/xn/AWPRvDeWsYOpqD/a/9BdSmrUAN3JJsf1mwv/qv8LD280NDr9TRABeVXTyACCLjSQLgf7x7&#10;TWcywzaXVyS3GnH/AFf5emZY0kBYSJVvn/q9emvMVR8RMU8XKc/vjSL2+p1hm+v49qCuo/BRXKPp&#10;KkC8aqf80TyDpJ+h/wBb+nsSRTfVqQijXxwcf4P9X7R0Q3G2u7ErLDT7f+heg8oqk/xIAzRmz2Y+&#10;Qt/u76fraxF/p/X/AG/srXYNJeqqFcBQ0bOhYABh5KxdKgpyxH0HsN3v6QkqRUE9GttGbaGLxCKg&#10;D/AOjL7cmWShp2BLWSMNazWPihPJv+b+wypMa2pAFszyrp1rfhiukiy2K/m/9fZdbX0QbSYHP2fz&#10;/wBQ6dM/ikhImI/o+nSjd7XN+LG/9P62I/r+PYg4nbM7WvAJXYppRUaR+bKCqmL6i49nSXX1hit4&#10;LC4qRpxHT/jvVXMcMYknXQoHE4/w9NFbkIKZHlmqoYY41ZmeSdI0VV5JZmYKBb/H2POzes6+oRai&#10;shNJAStlmWSF2uoYaUmoin+H1/HuceQPbfeN9KSR2KJGBxdWX5cdH+qvUYc1887LtIdQ7u3pFpb/&#10;AJ/6KT3B8kNpbSZ8ZRZFcpkyrnRjp6OsSJlaxEpp8tFKjc3+l/ZmNqbcx+JjSOnp6V3RLeSSOEmx&#10;VuQ8cURY8+8weS/bra9hgdbq3R9wJ7iqqwNNXn4YYdtK/I9Y677zre7peTujzpYlu1TqVv8AbLqZ&#10;V6qf7+7Z3RvhpHmzGWoqN5AVpMfXV0KqBNSuweGWuqY0Gpfx9Pa91NHFGGF/1X0C6j1XFgStv1f7&#10;f3K92LabZ4dujiGtK1I4Grav9Xzx0B7rwbh5DCW8T+l/q+XRUKeOKatqfVGulo/UzKk8l42vrsr3&#10;tp/r+n2zzi6yhXYj0aRfVe2n6W+psefz7tBbSfSidGoOBr2Mf9XmfXGenImMKRtcxapgTq0+fQjY&#10;8hqmiPiigj1VAMkiCHx38g9TH0gFgNP++u1Sn1OASNOm+mxJ/pptzbj2mjZC+plqo9cf5unoSZdN&#10;O2v8WOl3SJoipzIpfyvKqsPVGtiNXkZzZdV/9b2wZTJ0GOh+4ramGliQsxkqXihUi3NmlZFJF+Rf&#10;2l3K+srKNpJ5hEP4SQhPD8J/1enRpabbuN5cLHAVZCP4m0/6v9Xl0JO09t5jcc70WFxlZkKmbRGs&#10;dBS1FXJCwuQ0wpIZ5IlbTwxHI9lv3X8gNvY+rlo8YIqmeEm8k6wNTuRrSyywZRS13UfgcH3Ce/8A&#10;uJt6uVtpm1DzxT/j/DhjqRrLkfcREkk8sOB5Mf8ArX0fHrv4i5d6GOp3TkZ6RKmIH7ehqnSqi1FH&#10;tJDXYEhGCsRyTz7BXNfIvL1LusMVNTNyqfbGsjjK3kVWIjyh9ZJ5txwPYBvPc+e2k8OOdqU1YP8A&#10;nk4/6vXo6t+UrdF/XRHfV56Tjz4r0Y7b3xk2Ph4lWQVmSNwzPk0xFTKCRGTGrHDRnxApxfm7H2HW&#10;X7v3LUk6MtU04EWkiGvroiCfJ9L5Emy6v949hm69xL6Uml3N/vTf9bPz/wBVejmDlzboxVrcFf8A&#10;Sr/0D0JON6g2HjlITbWDmOvXqnw+IkN/Rc8Y9Lk+Mc+0XVdubil5l3BlmGmwC5arYW9ZtzWjgE/7&#10;x7JbnnK6nOqS4lLf6Zv8rnoyj2izQUjiGn7B/m6UlNsfadILU+28DDc6j4sPjo7tYeo6KZbtx7S1&#10;d2flZQx/jFfICSG8uQnb+trBqy30FvZfNzVL2nx5PyLfzz04NugXhH/xkf5uneLCYqAARY+iiAtx&#10;FSU8Y/5NiH59pOt7FqPUrVtQ7fW7zsdNmsbMastf2mTmC6mUlJmpX+Jv846fi2yN1qqAj/V8up60&#10;8C/pijH44RR/h9APaVq+wJJA4aWb1FSLO9r3FwbVX4Htlt5vFOk3PcP6R/2Olq7SimulP2D/ADdZ&#10;Aij6Ko/1gB/xHtlk3zKCzCWUAgXs0iseAB/ykm9gfaVN4uiSHlI/2x/z9PLtieSin5f5uu9I/oP9&#10;sPbO+8nd9SzygH+ruCRYjn9+31Pu7brO65maoHqP+gv8HTo25BkqAfsX/N137gjeNQslzUML/TVI&#10;3Jt+Aai1rD/X9ppd2nTuUUp/pv8AP03cberaCiAEfn/z7173kG+apHEkVXURMDw0M8iuo5tyKhW5&#10;v71HvzKyh5G+3/Uaf4D0wNvevcR+X/RPXrX4PI9uFH2nuCjmRo83kiqspWGTI1gVtJFlKCsUFWAt&#10;a3tb/WMHSqu/7a/5ety2sgCkHu+3/Y6xNBA/64Ym/wCDRof97HsScV8hK5Kino8xTUs0CCF5JYI6&#10;iao8YZEYkzZTT5dFza3DH2aQ80WdtoFyHof4dP8An6bn2+cRtIwSmn/V5dQ3xlMxZkBRiDbToVb2&#10;4uAl7X9mdweXx+58LSZXHVCzQzQ07PEHhYwSTUsVQ0MyQvMIJo1mUMhN1+nuRLM2+52EVxaj4ivx&#10;fF8Or+lnu6KHRUNFHE/6vz6TU4koqp4pF4YM8bgOLqX0KOSgJIT8fnn24mkIWw08tf0kWFxa5Gjj&#10;6/7b21PbSIaUU48816SG5jU6SrU65JUqSD6uOLEG9/8ADnn6f7f3CNHp1KwBZixNhcA2/DaQSbe0&#10;Jt3AqaBKedR/q/b0pSQFa07epYnDcqbWIFrgkm9vpf6+2w0njcsy6xfi3+Knj9PNvaKRC6soND1d&#10;WDV0nPUzy3X9X1H+sPr9Rz7bZqfVJfTYLfkCxFxp5sv4PtKI21aCP+K6Vkhcnh1mV+Bz9QLc3/23&#10;+FvbXUQBHk4HOjkCw+i/1Xn88+/TW5bRprTrWoNkV/PrMrXAv/j/ALH/AGAPuJWQv5LGx+huLm91&#10;T8EfT/Ye08lmViZU01H8uvagpqeHXJG/P4P+t+L/APE++qqMWDaD6bcBf8P6Wv8AX2hNlINPcuk+&#10;fVjMn8WeuasR/r/W9/8Aif8AW94DGGgX62LNa45+n+t9PejaShNZpp+3pz8Ory671Wb8f1PNhwB/&#10;Tk++AhDQMALDU454v6P9b6H/AB/r7SmNhV2Q4+zqmsUyOuWr1Xvf6f8AFCD/AIn/AG/vBBGqtKL8&#10;mFwPr+Stri1/fipo1F6vXHXJmuB/UMLfjixvbn3wp41VpQRfUHNwB/aZfqLf4e0/W+uTE2X6fji5&#10;/of9j9PeJ0Hn0rwdStz9OTY/2efr7tRvQ9e67B9F+LfT/X/p+ePfKZNM63sCDY6b2PI+vpNvp79p&#10;JHDrXkevKfSSPyLj8f7Ec8++6iK0luOLDj620i1zYf09+o3oet9eVrryf9cnj6/0595DpFND6b8N&#10;+Af7XP8Avft0iopXr3XDnW3P5/1voLfX34oRTxHj/dlwP+D8fgf19tlO6oHXvMddhvU31sQCOB+B&#10;/Xn6e8kCkJNf/Ur/AIfn+lzzY+6de4jri5F1HP1NvqSfp+SPp7y0gsk9/rpY/wBfox/1/eiAwIIq&#10;D14def6r9fwP94+n4+vvhS81AX1XL3BFgBcgH8f4e7hdSk+fXvTrz8KDxa3P+w5+v45PuSotUD/C&#10;YfT/AIP+L+96G69XPXG/p/J9J/4p+OPeSQL5G+tyWvcC36jyR7cT4QD1o8euPNvp/qRf/Y8EH8+5&#10;c6X+3Fxb7JPz+CTb8e99Wpw+zrgONR/Os2/pcfWw4/4n3lKkLTg6dXhF7X/LX/P9b+2CtK+nW/Id&#10;eB/URflj/vHF+P8AH3OEYWjl+hLSRcjkD1cAm319+0txp1vyPXDV+4v4AB/1/p+P999feREPhlBA&#10;NmQ/7z/rc/T37S2OvYoeuJIuDzax/wB6/wCN+3Gj0+aL9X9v+hP6W4P+t73oPr1YHrG5sG+n4HH5&#10;5F/pbj3Po1OuO2mxvwODxq/1h7qw0nrw9esch4Ym/wDsRcc8fT+nuZSRkuotzrJ/w+rf1H+HttnV&#10;BVjTrfAHrhK1lJ/oP+Kc/UC5v7W9JGY5R9L6I+eeeLjng2/4p7LrlmZ20nIwOveZ6Y5SHi5vpLPc&#10;X/qSPxf8e1TER91ci5FPG1rfkEH2XGKSnw/4OrDiOmOQj7YgNwZ3F/8ACxHP059qGFiVgsmpnliV&#10;wFL+gi7FR/X/AF+PbixOqAnhr69Xu/LpO1BXVU3k0haaZkLNo9fNrseAP9bn2scWz00lBKhKmLL0&#10;kyxMbKjI0ZEqJ6dMyFbAj6e6yyo/YV7StOvXFBGf9L0gs1TrW0+Vp5QjCfA5CmllCa2ljljmR4JH&#10;OoPTSK92Ujn3Y5tTITTYbariCn1Ni8VUys6yCtmTxRO7sbnyRy6uT9CfqfbcNlLLJr8QaD60rxzS&#10;mcU86DoFXCxeNLQ91T1q3fJLCYDGbq+REFTm9yFZd178wFBDBX002zMLk6ynrI6Kn/ciRcblqRyD&#10;EiEyxxfpX+o+0kRlojJG5gjZRIoUCMq2km31ICk/Uf8AFfbm4zW80axvD+oeOeFPX/Bwx+XSixWA&#10;UNatn/D/AKv8vWtXPXZHZ3a4pqwR7orMTVz4iRqpJMyKmklqo0qKinLtEaipCG8bEqur9S+3VQHo&#10;Y/I4ZjGDMSQ0JYC1o2t6oyBbnk+wLDZtD460BV+HrTPr/wAV0dmSaMjwz0L+6N6tP2hSVGJoK7Ew&#10;4PJAYelgp2x+bWN2ppnlylJFU6o66nddSNHpCpx7KF278TOju5qOGlz21KPbubnWRjuTauA2tjcx&#10;I0c1DKzPl6zAZCd9cNCsP0/zbMn0Ispht9zWrxOpUnzLH8uNf216UfUzLq8Rq/PJP+Xq9bon+bF8&#10;jvjdWb5yLbxHcmw8dU7diGB7X3TvHdO4cFFW01bSQR4PGU26qHH0CVNfXGaoUkakijb6qb1sb5/l&#10;b5agMkXW28MXJRceBN8bhEdcvFGz2TC7LEYLyyT3ItdAl+S3t+S1v3EBliDN8g3kTXiB/lI/n0oi&#10;njAYOWDfOn+Tq7jq7+d98dN1URpt3bP7YoM5S/8AFwrtubGo6/aSeaevelEGUbeNTL6qOCNW1gD7&#10;kui3A9kpznxj7Q2vVPRV9Bj8q8Ni8+GizWRhIdVYWkfCQk2EgB4W9iPx71JZXsCa5IXU5pXV/s9G&#10;UN2I661Yn5Z/y9W4ba7O2TuvHU+TxeexywVIYxxVldQ09SNMkkR1wmqYr6ozb63BB/PvDj9l7kx0&#10;ams2luGkYF1cPgK6JgATZ3ElIhCN+CTYg+yh2dn8IRMZB8j/AJ+jCO/hZaCN9Q+X+z0sIcnjahQ8&#10;GQoZ0YkK0NXBIrEfUBkkYEj2usTj56aUCopZof0HTLA8Zb6ehQyC78cj2t8Nrch5FGM5/Z/q9R6d&#10;WVlvKmH8Pr1laRJVsjhhyLqQR/r3ufpb2LeMpopI01PEosraWZVb06TfS4P9fagyBl8SuOi2XErx&#10;FP1OmGqkdXICOxN1JVSRc8fVSLfTn27mkhU61dNP+0umr6kmwAvb08+2BdxGTwwTr+z/AFZ6ZZgv&#10;bpNeo2uYp6kP9BdSQALfq5t+fbhQwfvB1KhR9LkBiWKsOLWC/wC8XPtdIGMIeo/1f6v9VOmnfWNP&#10;dXpuqZuDGwYsfqQCVFgwPquLt7Uq0+oC2m9r3FrWt/iBwF49spK8ZOk/l5dM8OmR5QSdQb62H4P1&#10;NufpyfeEwlQVOkiwH9Rcfj6cH/e/ZpbSB2U0of8AY6c0kCp6wO4tcX55uOBYkc8n6c+8DwMvOpSD&#10;/Q3/AOI/23swr1WnXBJla40sCPqCLfn8f198Ap0E2P45IFjzxY+9Myrknr3WS92sCPzex5HH5/A9&#10;9yxhIywdCVsfSfVywv8AgcH35WDfCcde4dcY2ZnVWRgG/LLxexA4uef9h74CEA6Cy3JNiCLANzyQ&#10;D+D/AE9+fUVOnj17rn5f7dnKqBdbHUSOLAE82I9ykjAuC0akngk2Bbn6NY3vf/b+0y+NHpLIxU9a&#10;z6f4OuEkitcrc2+tgbgXH9m9+APeSODyPpEkVwdNtf5uPpwP6/X3V7kMp1W01PXT14nSCWU064uT&#10;Evk1L9CT6wOPzf6/09zfswLEyQ/qKWLjUL/2jZSdI/r7R/XNFRjbTaP9L/s9WTvXVpoD1h8nkuoZ&#10;S2kOSLkHj9KnUASbHj/invA1MCxUPESD9Q455sCDpsU/x9qo7x3wthc/84z/AJ+vNRTQ9dkhAHea&#10;AA82Mn04vZgSDr4+nvowBQTdWAbTcckn+pOn6e31mdj/ALjSj7V6prX0PXDXci0sVyuu3k+g/wBp&#10;+nPvksHNg8LG3Kq4Yg/QgqPoT/sPahEkfPgSf7yT1XxovJh1HkqUAJOpQDYM/oDL9QQxuCoHvwpw&#10;TY2U/wBG0g2te/KgW592eN0FTw6dx1xNYCLqCw/qqsw4JFvS5N/eUQC+lShNyeCD9B/QA/717b63&#10;j06xfctoLssgtb6qRe/A5J/qeeffFaYt6WKqfoxdihT6gFzp4vbj+vs58F6eNRdPH+WqlOmfGj8b&#10;wa/qf7GrqO9coHCyP9NIjUOH5CkR3bkqTz/T34U6gqAoIYfqQAhbDnUxX+o93kt5Vj+okdfDr5nj&#10;1ozr4/051av5dcBXBi6KWV1t6GBDHUfSFUObn3zipX5AjY3+tkJtwQAbLf2scawtDjrUrrWtcdRp&#10;a2NfrKoH4vKAT9PoWew98ft5WuEpakW/5sOb/gn9I/4n3c2cuquuPT6/6v8Aivn0ncjjVCPsr/n6&#10;8MjSrYvVwXPFvuIx/sLl7+8Yw9UbXoqssW1AR08jEA/Sw0E3PtZHEaAFVp/q8/8AY6LXuY1qD1wk&#10;z9ANRGSokCLp/dq4o0uOTq/cVbW/x986jA5CQJ4aPIagFsgppzI1g4NlWAMbkgf6/tVE4iTTQk1r&#10;0j+sjHBT/If5+osW5cSjSNUZTELFZ/3DXUoiXlW9TvUaR6bn/gvsQdp7RysklLPLTmBIhC7rUrPD&#10;LZDTsfS8HDW/xHIPsw2+SeOYS6/06/6v8uD0Uu6sX7saugS7R7N2tR0FdRRVgrKipWogiOOkpKqH&#10;XNHWxrqMdYGKawP0g8MPYp1cSQqyajdOGA/TddV7WW3sSPvF1JGkYkOoef8Ahxr6QvaiSmkLq6LB&#10;hV+4nFW0KBJzrTWp12bRpDFrkH/Y+w5zzSKkhB1KpK/2hYXNv97/ANb27++U8JVo2r/D/wAa9fl8&#10;uvLZyDhpp9vRgNm0MTzRfpV2Gs6dBFwoFwPGfpb2CG4hMykjRY/kseCCpHOke6tfQP5N9nRhFCEU&#10;KejO7YjSPSLm63vwBcENcW1cf8T7BHPU5dFSyliT9ePzExtcC/pHsnlu0NxIyq1D/mp06tFlJJx0&#10;MmPay3JNh/X8/q+vNhY+w1q6NoxZhY24H5/scfp/ofaWR1c0TPSqSVZF0pXj0+Ifzfjm5/F+ef8A&#10;ePabztMGqmlGm2mIFeSSFRATpCWIt9faGSMpE5c4/wAvp1aEFYhU9SI2uAOb8/631P59puOlV66n&#10;fQoHl/pzwCSbW4vz/sPZOXDSMorWnn0+k6RkatVf9Xn1l9onK04E8oAHDuPUB/V+RwDb2gvrSVpQ&#10;e34el0Uiumr1697ZaClIqTfSQ/oBHPqLqeBpBsbey5onStRgdOihPXvafylHaqlIt/nHAUC5J8kp&#10;J/Tb2VXjKsgDA10/5T14sEqrA1697h0ECmvjsOAVXkf2vIvH04H/ABT2ifW47FNOmywYig697hZ+&#10;EirqVXSpV5T9fwC9x9CfdY1apOrry8W697SS3UnVe3+uT/vQ9m9rGykgD16b0Gpp173kQi2r63/S&#10;f+I/P49maMEDK3WmUrSvXvcmB3U/4Gwsbk8XB5/B491d9eB8PWgeve3RGP8AU35AsSDz/qv9t7RS&#10;vnT5dOqaVz173J+4OkfXVx9Txa5A/PtJCvhOzsRpPWyDUkefXveaGquzCQM17abXbn6gfUf74exT&#10;aXUU6mNall/1f6v9Q6blQuoAbPXvcpZV/OplvxYf4cekm55/2Hs0iI7VqKj+Y+XSJ43HmK9e95Q+&#10;nQ62sGUEfQ2HqPC3HszhcPqUeY/ydJ3jJRx8j172bvbECt1TjzcajuuhqRe1tP8Ad6D/AAuDq93j&#10;L6rgj4PDK/6vy+fRXauTPfAcPpnT86/4OmSQ2zy/9qk/T63+8H+Nvp/vXt6rAE3Bhv6vsCZvpb0m&#10;otb/AFx7Tq4aELSrCVR/L/V/xXVljkG3Qsw+G5jH8v8AV/xXWWK7LVWuLZBvzf6CM3ufpf2l69Ne&#10;wt0IAADm6UjXwP8AgNc/i9xf/fc+33YC6DHgK/4R0pav7xSn9L9lR1IN/vaf/qElv/yXF/vF/ZUm&#10;4QH+lr/jXqsTzzf6+9yFpmIVaP0vYFpJKcep3tslUk3H9PqeL/Q/Xjge0klsyk96EH9n7Om9BUtV&#10;s9e9xf8AC7fXT9f+QtX0/p+faTQ9a6E4/wCSlPs/y9P+P/QHXvf/1aC5uJCNNuR+AP7IH4+n09wQ&#10;Lj+h/P8A2Opn63+PcU8o9xxp4/w5uf8Abe/fUf0P59a8j173BeEtyBa5ub/gX+n05t7T/Pr39Lr3&#10;uOYSCRY2F/zz/wBC/wBPemagr0076FrTPXvfbQaY5QJpAzh2sLAer6D6EWJ9vItShAzpp/LpNEP1&#10;B+fXvbYIHGoMBcj0yIB5OfoRwOeb/wCv7ofMHpVTj1735MfUTqQsEshT0XCMzG1iC1lb1HV7UjsA&#10;b+gf8/8Al69pJ697n0u3Kucqk01LRRmx11lQtIt+PzOoX8e3i3Wwh8+ve1xszKbc6w3QmazOSnrE&#10;fHZOmX+AtTZMA1dI1KvMckdgTLf6/T2huCzFwi4qOPW30QkPUkU8s+o8uuLjUtuDyp5+npYN/wAR&#10;7Q0+78XG1TLjMFBk/Iyfbvm6KRJgqkarLFKFBPP+2HtRbhiysrf6vn0hgbv7Ur9vXL2yZDcGayEr&#10;z000uChewWkwk80NNGFVEsisWILFCx/2p29rpCCzVyPn0ullkJYDA+XXvaZq6P72QS1ryVBHBlqW&#10;1SkEAfqcerTpA/1h7YMgC9vHpDJIrLWtW697bp4Y1LeJLqgBVitjcCx+nAF/bkXBfWv+XrcIGlCB&#10;5/5eve3fr5X/AL7YH6XbI0wBFyf87/X/AA+vt25/sX6U0yD/AKuB697ZN3UZG4MncAk1tWSf8TVz&#10;c3t9D7YtYomioV/w+nSeIVDg/wAXXvab+wUAGwF+eB/gTySLf76/tZ4iuxStSB0+atxPXveb7ItY&#10;6f7IHIBH+PFh7t+fXtHz697yxUJB555+ljz+bfT/AHr2w3xGnTDr3Hr3uclGxAKxn6WBA4P+8C49&#10;+VgDQH9Ty6oSqkAnPXvfnpVCWtYAn8An6n/AcX9+RqGvTqUU1br3tvkpwNWjhyllHAQsTzqNvqPx&#10;7dSUFQQMH/PTrbUOinmeve4ssRcrGYjOza/RGheLizfUKfwb/wCuPbUkrINTHJ+zqp8Tz/yde9rT&#10;IYOXJ1S+qGk0rHpFVIKWInxIHCGRLkrp5t9L+08NyAG8Vq/l/m6UkBzlqde9tdXR4bEMIw9TVZEg&#10;DRHDFPREkXXVMpDWKnn/AB92F2zZ8Pt+3/Y6qdCepb+XXveKSuqpYytPS0tBMi6hNRM6TFLWUFrn&#10;1gC9j9D7bM7morjqgZ6MMA/Lr3t2Vais2qklRUT1rx5edStWWkT9ukN9J4Frm3+sfbDuzSdx8unM&#10;tEKmufPr3tLwwB2eymNNRJiQWi13UFvoRc3t/S3vbNRRU4HTNPKmOve3WGnVVDEXtx/sOOfpb2kl&#10;l1ao19OvAfEtOve8rRHWAFJXj/H8Dj6f090hkySePn1ZB2jr3uTFAQTwbAAXtz+SD9ODb6+9s2oK&#10;PQdOAde9vNLSmYhLtGLE60H1HJtyo+tvr7TtJTh1sCvXvYnZKjSTam3JWSVTFFkvRHHfXryCA3DC&#10;4te/tKGpIwx0pIHhxk/Pr3vvCbVyeSaMmJcek5dUmqS9JSqyiUOJppYtKD0WH9Sbfn3uScKmniOn&#10;4EdjGOGR172Lu0ds7ZTcFPh8jVVzV4kTTDj4YKnHyGSGSRQkrKGdhHy39G49l805RNR4fz6NkWNS&#10;A7Z/l10fobWv/jwP9j7kZLM5Rax6Kkjp9vrSyMsYwsr06VK3IQVpJtYhdTWtd29soUaQFzWvr1uU&#10;swKDt+zrv3Eo4XlqYJLS+fyapakr6Xub3Mh4a7888e1kRi1BVbNOH5eX+qvXkhopHXvZpK3HSHJ7&#10;VaEqrHbW32ctZVkuTcNYAnVx7E+0LKAoAb4zT89P+c9IbwaJkp5U6gpIvhqmc3Cz1C8ckab/AO8g&#10;ezJ7Op1XIYYu5FqCh1KvMNxJTahyv0Fj/Tj2L+V5Zod9iMq1Xxk+dP1Y/n0GN3illjdUBrT/AD9A&#10;r2g+vaG4BEq6/DlQDyJCTi8jp02b6knj2Zn+JYilhi+8yePpI1iCN562khstjw3klW36ef8AW95j&#10;We92Ntttm7SJ4iKvr/D824dQruvL+6TXbNHExk14Pd/F/peqlqjam8sjlsomK2vuHIvPXVM4emw2&#10;SqU1mWymN6ekcEjUGFz9G/w94cdnNu1tfTxYzPYWucVUOiGjydDUyqBJHYGOGd2WxI/H59yNy9zB&#10;tm4xAXc6a9Pqv/QXy/1eZPNy1zCSfq7VgtDX4v8AIvSf3ns/fWG2znJstsfeGOh/g+SFRWZHbWbo&#10;6Z2NFUBpGqKiijiYFb86h+n2NVZHPJLI2kv6gPHJcBz+TYeoheDcf09xP7rXu2xzt9FKob/oj8vt&#10;x+zoQ8uWkNlCkdw2mQ/6v9X/ABXRHOhmp2pqRSDFTtFqFXRFXeIItSEieW+iN5badP8Aa9pOvp1e&#10;97szEakC6oR6lPFhwSo/2/vGTeFjj1sFxnh8gM/PP+o8Op35cjlBB0/DX/n7qx7r7KVNolDrHGlv&#10;HNM5jr5Ff7nWHjLWAuefrwfbNhNjZHd+S/g9GAIvoxcssIvTtUqC3hlXl6dvottXuMtyvoIKyknP&#10;2eWMZHlToXXSOB8OD0YzdPbWC6r2vJuvPvJ+wA2iniE1YfJX0+PsIhUQyMy/xFL8/o9mRxXxK2xW&#10;aZ85uDIRSA6VWnlxrAE+RbaZaLVYKqn6+4nHN24KdEUa8PMnhj58fy6KTDcA/wBr/wAa6J/2D/Mf&#10;3Rt5Wh2T17Q5eFif3q+iz0NmtDJfXRVbKVu7r9f7PsQKP4ldWaLnLZWZgeBJFh7cG3JWkuLDn3o8&#10;4bwCAyAfmf8AAemmiugfj/w9FY3B/NF+SsEzfZdY7KjhNgD99vHUt1DHU4rdH1JH0t7iH4o7EQsK&#10;evrkIPDfb4tXuBz+iiP0P+PsXpzhFoRmhGv5N/n/AM3SWWW9Uf2hqf6X+r/B0CTfzaflSKto67rD&#10;aUlKr6W0T70dStwpBY16jg3H+2v7S25/ijinxjNhMxPPVlJTFDXTUEMJYJN4/VFRiSwcqDx9L+7p&#10;z3NDMyGIquB5n0/LpC8+4ZVpCV/03RhOlf5o+481nII+zdgUeExZki+4r9sUO4MjIpNXTRSlhW5I&#10;ICIDI3q/tW+vusDufq7L4TPVOGajaeqjaWRHjimmJVavJ06/bFYBrjMiemwuSfZ3bXcm4kSTtSIt&#10;XJHmFGa54V/Lo+2q7a5KxX0hCLj4vSi8T+fWwT0x2ntff2x8PurCZCM42uo6Nw0zxQvGZ8Zj8gUq&#10;ohO6wVKwVa61Jup99dZdCbi3QY3rqCWkgUJGklRFLBKCBQMrxieitbTUEj/EezF7radv7kIZqfI/&#10;xejf0eHl0Z7tzJsuwQ+LHIrso8qH+L0P9HqB2n33tTYFKzSZKmqakqZPDTyw1A0hatSH8dUrqBLT&#10;gH/X/wBf2aTGdDU21KRJZMZNlqgvEwkmpUq2AZVjTRopo9K+SDj8+8hvbS59prZbLdeY+Z2W9YBm&#10;gHgBUbtd07zrxXP+DgeoK5l91ZN7a7sbWNoVRmVSAwqRXga8M9VNdnfNDtbszc+W2rtPFDbO2aIV&#10;8KZ+KXMY+Wup4qmWnjqVmaqNDIlRTzXDC4uvsQMV1rufNlIqbEzUMFrKrU89MnBuoIaFkAKj/ePc&#10;3czfeL9ruTLAR8vIs5VePhp8v4Jaf6h1Bl5cT2ty00t009WHxtq6LM+/sDRV7xZvdNDk87LNolep&#10;y+Oq60yOCJCt6xag2b/afeXJbHym1pmWrUOilrSwt5Ywf08MiKtgW9nHtB7+bHz9dsbhkheQf2b/&#10;AKf4GONbf5P2UyUXF0buQylNIkHw/wCr7Omndueo6+GKnpLzSIoD1BVbS2lW2qaKaZQ4VR/yP2zu&#10;7GNRxax034JGr6Af195HXFp4N6LmKcNa1+zOEr9v+qvl1eO2qWLGn+f1+z/D69IGJYIqqawaSVra&#10;2UalSyN9SpvcAf63HPtjf1iYoSoXRa1wy/g+Pnm/59mCzR7jutz9O2izOnQfQac/8a/z9LZJorbS&#10;NPH/AFZPQo08bebHpKiSmRqrUHGqOUgFkFSbenST6fYa7537gtiYisy+ZrIoliiD+CN43qm0vEhM&#10;NOZopJHtMCQB9Ofp7CnP3NWzcobe0wuELrimpaimj+kvkT9vH7BBs+wTcxsBbRMiDzK0/wAKsDTT&#10;0Zjp7prdHaefoMRh6Sc46nklkqstWRVaYtUkgrJAk9bFR1MCqJKQon1Ov0/q91edt/J/K7yqJ6XH&#10;zPR4kBo4zBLUIzWXxt+0alwrGwNx+feE3NHuhuPMt1Pc28zrasANGp1FAArcWYenUy8u8kpstrHb&#10;uup9Va8Pi7v4V6uM6o6I2V1Vj448bQw1uWYE1WXq6ahetkYySSqgqIaKmkMcJkIS/IHsudVvWVl0&#10;SO0pkIIlYsXuwJIJ8hBH+uCL+4vuL/c7mdyZnoB/E3+r/V6dDJrIpGUVfLobAABYAAf0AsPbNU7y&#10;mQqBLIQsfHqZgtrkrp1G3P8AsPaiO7kEZ+pkHi18yB/l/wBXy6bgshoZ5ANWrrv2xVO8ZXDnysOD&#10;Y6j/ALVf6vfm/ur36Oy0cf5v9Xp0rWyjNFPXvbDUbtkZSqyn6N9ZCAfqOPWObe7C5jzWbpQtnGtc&#10;9e9s826JiD+8eB+SxAvc25f+ntI15Brw2ftp/IdeNpDWlM/b1721y5+Rz6pSx59QciwNxzZz+f8A&#10;H6+y253EpTwcetf+K6aeMREhBQde9wJcy9zeXj8er8XH+1D+v59sNu0gHHH+r168WFKjB697gNlm&#10;a48gGm1rn1c/n63N7ce2zukjEspIXz/1Vx14PxoPt697ifxQ6gplX/D1E/X+luP6e/fvaX+L+f8A&#10;0N17xeGT173hbKkG6kPf6r+VFub2I/V7cXcHaivwHz/yV63qbr3vEM22vSUW39Rqv9L883Nr+9/W&#10;n+Efz63Xr3vC+TAnVjqCkgExgsy3YksoHAYX9syXjDwtJ79XWsVBY9e9uuG/iOXqI6OgppauWep8&#10;UMtPHNPV6pZUijSRYQ5VNbgnjhj73dXMweEux4qf5V49VuZV8MoMin58PPr3uxvpLEPtzbMeEyWv&#10;7+vePKusg/dgNRjsXSNTyBlR0kjmhN1IuD9fc8chXkstoqMe0J/z6nQXvY/BjMhy1f8AIekruGNy&#10;Y6mMlhEqqyc29Jkct9LGw/2HsdExlkb6/kra1rc2/HIPsby6XNDx6DL3H6tPxHpK/wAQ9S/0uFP1&#10;+tx/jwR7bjT2sHBJIOk/1Fj/AFAtz7ZltS0VBn/V/PpakhEZHl1PWp9RKEAC2oH+pP8Ahc/n22vA&#10;LsLCw5+luP62C/geyee3CldC/wCr/P0qilUaAAa9Okc91uSef8Qf9f6kcE+2pqT921rhuf8AYKAO&#10;L2N7j2jYaagjuHl0s8UBepolut7/AOFx9AT/AIc2H9fbRWUumV7ryNJ+g/1Kn+nNx7qD8sda8UBi&#10;1TXqVG91WxH5+hJ/J59t1ZA3lW6ek/8AEIv9B9fdgD+fV2k9B1ljYFbhufr/AE/1vz9L+8VbDpT6&#10;H6C9gCfoAL8D+nuskepKD8uvCQgUIr1yie5P+vYf48kkgm/+39x3jVaZBx+puQPoCtyfpa/tM8Da&#10;SoyD09qop9OuV/Uf9YfX8i5/xJsPeDxAU7Na9mbm1gPT/t/aDw6k6T9nTSS6mK0xTrnquwF/wP8A&#10;Y3PPHuLDES0p+toW+v8AS/0tp+vHtM0K1byP+XpSreVOuZY/m9rgfX825/I94IkPkfj8sOR/Qj/D&#10;i3tP4bavgz1avXIm6gfT6cg2JP8Ark8398GiPnH+JF/yLBv9a/v3htStO3rdeu9Q02/xP+9f69iR&#10;75TKfuOV/tj+h/tW/r+fd/AI+EinXq8eug1lt/tP+x/HBI+n095KtD5WsLi5/p/RTa3HtuOPVXNB&#10;14nPXSH0/Xm/+8c/7H3jdf2YRbmxt/sSLn6+69e67H6ib/U/j/AcC3095HQ/bRXv/bte1v8AOf1t&#10;c+/eXXvTrwtrPH9Ppe/0+lzf3kgXib+ulf6Dm4/3r23ozxx1scD10x4Fz+f9e454/wBj750yHRPf&#10;/UD/AGHqNx794fz68OB9eumI4/pf/X/2PH+v79DGq1MZA41Kf8fryf8AD3fgMnrXn15m9J5v9QP9&#10;t/ha9/eRFJqbW58v9PpeQC54+nv2Kaq+XWxk9dE+n/YG/P8Aqf8Aitvedoj5ZOF/U/4PPq5t6fda&#10;j+P/AAdbp1xBBUX+vH+J/HH1uP8AePctx+5TC3/KIP68eo+/NxXrZ8vTriL2b6WDf4Anj/C/Nj7k&#10;PGCIza5Edhe/NiP9p/r72RWvWvTrgDa9/wDfcX+l+PcuED7KbV9fJHbn6i5P559+Cigr5dWHA9cS&#10;f3Ft/j/X/fce80aDwyWP9uO17EG+rn/ff097691xJ/TwPp/S3+39zKRP304+mv6fT9DfX8+9f4Kd&#10;WHXBz6T/ALDn/YgW/wBce3GjFpIV08gn/BrHUeef8fbLmpwfLrQNQaHrHL+hubcf04+o+n1H0Ht1&#10;oox5hbka/wAi35/x5t7Yl0aP1eH+X/V+XW61pXqPMxCG3Hp5/P1t/iebH2s4kH3JIBt447fj8f4D&#10;8D2XutGKvx69wPHpjkcmn+ouXf6X4ubcer2ool/ym/P/AAHjP+8j/H/H20WWumvdXq2emOU3p/oL&#10;eeS5v/gf+Kfn2/RM8YpvGi8zR83Oom1rCxtb/D+vt9Y9cE3rTj/q/PrY+L8uk7UeN5KjyOxtTyAo&#10;B6fqfUb3a5t/j7VlGdQgJeQztVwBFb9HkJTQNTc8seLeypkLSRpiuP5deuv7Mf6X/IeknWkRCsIj&#10;jFKuPqWkdP8AOCIBvIdA9PEf9fdlXX9LDLgNpGoISqXZ+OUtDpZkT7WEubt6hIHHA+lx7EUaKUVv&#10;ML/m6Ad0zC4cD4dTf4R1ppfN/eO6Nv79+Q1Pt+nau2/WfKnJu9HmhVQ01VlJKisSGDwQkQzYSenh&#10;VZJOG0Ox9jtiwgxcUStJKohVVeo/W4VSAZrf1H19h/c4NMhlU4/z+f7a9O2svcNI8/L/AFfn1Rjv&#10;nL183dmUyNbQ47BVkufqjkMbtgymhxk0tVF5YML5GMjQwoLx6v7X+v7nQsBQxrIsY9HKxkGIH/aS&#10;R6gD/reyNoQTg0H+r/V59HX1J/hz/q/1cenbPZOaTtDOSY6fK1rx5QCjyGWjeDPzR+CIsK6FAWWW&#10;UHS2g/p9o6saWmVJFk82gHwWLSFQzKH1aLleG/2I9mcSTOtYoOzy4Afl/sdOLNqOV/n0dvaMmz91&#10;V2RxuYhbb1XkpaaTdDVdLDQLPPSQTyYwRyZAn7jSsK21epC9vaSrpDViOfSfIS32wsW1MoVZvKf1&#10;J6Ppa1/8bezWG7s9rkEV2mouPMcB8x9oFOOfSvTokzQDHn0bbZ20czHT5PCYStSkxeLNGNzTQ1SR&#10;aFrZaqrxJwzRRiCsb7h3Wp1D9oN/sfZPd8RpDuCuSnCCECmJRNOkk00RbSq+kkuef8fY2WbZrqGJ&#10;JLROAqNP2f6v9VOjGGQMqhgdfWwn8bpNzSdVbZnzmQrp8s0maVqysqJHqCiZvJRw+eWVUYWpkVR/&#10;tPsP8hT01RAZKiCGYEnV5V1TMFOm0iMo9A/s/wBPaO15Z2fcbmkUa61H8CD8/PH5f5OvT3DW8TMD&#10;5f6vXo0WM3VuDESimp6+rgDhdHgqJTRRswMh8Mqm3ma/r/qT7Lj25t+ni29LksRTQUtTjzU1kzJE&#10;kJaKOGSys0aFiA5H5Hsl5y5ej22LVECSUH+Afy+f5dG/Ld147MBxAr/Po1/TG9cll8hUUWYq3qVl&#10;ijWjLytLaUOS/wCogrdR/Q+y2UHYdTSmNGoKOoKoqO7iaRSy6Vbnyfquv9D9fcRR+MZJY9bAL/nr&#10;6dHzWavcudK10/5ejHy0MUoN3kS5JujBTcgg/wBnkWPsX9s7ppswYRNi6JFJjDBY2H1aEseWe5tK&#10;fZNdzNBNqWQ19f2/6vtz1RrFMUXpqq8a6RP46qe9mYEuODpNvoosbj2OWIx+LqljmjoqcEqlwYYw&#10;B6YCSSL83f2rh3SUpHEzVx8/n/m8+i+9sVjj1KvdX/P0F2cfIUplvV1AGs20zHkXkWwvb0+n8fT2&#10;qRi8eij/ACOktcWIRbj8f0H9Pr/h7M7W4EteIan+bopMGkEEd3SBqsllA5tXVhXkf5wj8n68ng++&#10;nxmNZv8AgDSseTYovq/oT/gT7MoZmjKk/Dwr/q/LpotUBSMdQDksoUYDI1i/Q/5x/TcG4H4+nvg2&#10;IoT+nG0hW5v+2LWt9f8Abe1f1MX+/P5H/N17HWNcrlBw2TrQbAC81zx+Pr+D/vPubBisVGLS42iY&#10;c6l8AN7hiOGAB9RH196W68WQKK58+vY4dNtXks4QXp8zXKwtp/fYKOY1PqGpv06vp7kQYXC3CnD4&#10;99f/AB0pgf06jzdf6e1ccrIcnt68QPTpqrs3uAozpuDKQtFbmOqAU6ygtpuSw5+o94dzwba27hav&#10;IyYTGvKYwYUajRldo5EVlJBRz6W/B+vu9zdSWcEl1Gup0H+qv+Hp+1RZLmFG4E9RNk1O8d5blo8S&#10;dz5enoIpHeteKtZJ1jeCaSLxgpJHcyw/kfpPsv1L2HSNM3j23hJoy5VRJDIQvLWPpYkED2G5ea9x&#10;Bo9u2un9L/oPoQGwjBp4XRn6jrkSRIv959xU5UC7w1VKGcAC4OqjcEH260G/YgKhv7tbec2k0EJK&#10;TGeWDKurSpX6cf19ktxzbexapBC1E+Tfsrrr5cPl1r93RuKaMf6vz6x1XW6VPgX+9W54gpXWI6uj&#10;HmXTpIkLUJ1avr7UVLvGjddbbbwkqyIFI8EkrK5UFjYOeVH+HtNB7lzmdFls+H9F/wDoL8+PDh16&#10;Xb0iiJEfTPWdUSyR6Yd6bqpmV9QaOuo0uoJsp/yLlGB5/wAT7PD1l13sreexl3IMBhfuoKdYaiIU&#10;NKzCpiw+NrZQNULyE6qm3Jv/ALH3NHJvPW17gv0l/tqlmqoIXyYCnFx5tgDHDIrQx5u9xPBewxIe&#10;wyD8u5v9X+o9a5X8w35H/JX4yfI7aXXu3+wdz/3P3VVbfypyFXm8nDFR0ea39vLBGJpKdaeihSDH&#10;YFZDcNpHJGn2G77ewsmersN/dXCIsVTUU66KFfIBHOIRIw0ELJzxZfqPY8W52ASPot0Cg/wqPz+0&#10;D/VXr17OViZkY+v+r/i/59HMxu9exk6q2tv6btreVVNk8Bhc5OzZtZKKZqvFLkXp4ZfT5KOR/wC1&#10;r5U/X2pcX1vt01MsL4DGIY5Hk8qUcTOyRoC/kYwmzP8Am/tTq2h1eJYE1aR+FeAPn/sdA+43a6jm&#10;i+IrqT5fi+3/AD9A7vf5O9m47B4/O0G+8/KtdFBSmjqMtUR06VuQZ46d6RYpwxgjf6Nq49qtttdc&#10;lBTjauA+4X0+WXE0isbG7Xcx+q/9PYZfam7/ANImvn/s1x88DoYLeyVy/wDOvQOU/avyu+9/js3c&#10;G8Fw0upkxWP3JXVAQSjwoBTCnYjQw1D1+m3t0g2r18IFj/ubtoSD9VQMRR6jZrm8gU3uOOfaGXal&#10;pIxQ+n+qv+Gv58Otm7etdTU6TNf3F8oRnfv4e9+xmoHDmLBzbjqVjDNAqKv2oh8i6ZB5P9gf8fcu&#10;fZvUiCqkGCwcjRCHzRHG452ZnAVPQE1Ej6/j+v09uQWU0nKsl7q7hQ8QDmWmPM44+fSS3muJ93Cg&#10;dv8A0L0H8HyC/mBN2ttXa1Rnty0uAzn8b+zy0WY3YIIRi8C1fP8AfVb0/wBjTB6sCKL9QZmt+r2E&#10;O1MfgclR52my+z9pQy41KFoGx9LFU6/vJKp2NQ8isYgsca6f63I9hLbNxk3K3ayr3fxZ8mFf832c&#10;K9Krp2t91iBJoTn5UX0p1aj3g3YGx91deZ3aXb/aVRjNyVOfhzGLz+UjpaeKPF4igSkGMp6alhed&#10;5KuZ3l1MdNg3+vNgwG2FDE4PEqACfTSQqwFyeDb6cGw9igSMXWNKcaZ6LJr2bxDpPn0kq7enZxEZ&#10;Xe+6XJ5IOQmZGtGL3Nxf6jn8e4hwuCEjKuKxy8f2aaIgfnj0gfQ/n2ZLKjxiRVwf89Ok73MunXXq&#10;YN19gLDGJd07gdgRdmr5wz3X+vHAP9Pz7h1FFjoXSWLH0S6NIIESXslyLqLfS3197W4Q1jRxT/Uc&#10;H/MevCpBJ4dKLHZHctTTywV+4M1K0/lIkNQ+lTNZeC3I/V+f+Ke40jUJkE0NPBHKmk/5sJcoxb6q&#10;b3LW/Pt8OtFZqavl0lMMgFOI6nwU2fWB6GsyVfVUk+tdbTGZhHMoj4DDR6YtR/3w95mrLhQpWJnQ&#10;MwRwDci7fUm39fb63hNW8UUH2D/DTprw6hieHTWu3VR3Z4JqlIpmWJponYEK37Z9CqhYDj/Y+2Cq&#10;nBZ1LAgkk2P+tfm4/J9rI51Zjp4j/V8+vBAM0HS1x2NkjhgkCabCNVAVgL29Po02+i+0PmwHhl+p&#10;s4vzcW/rxa1vez06OHQybQLRT01wAWifSbANq4sOb3vf2DefhAjB/oPrYW4IB/H+PtSrhhVSQR08&#10;CD0YzbkpMjKSPUbfqP8AQkWuf8PYKZmMs6c35Y8g/QCMci1zz/X2jZiruAKY6ZrRjRKY6GfHsPH/&#10;ALb6H/g5/wBhe349hvl42DG4sbfj+vo55X6+/ReX29Pw5Kn+l/m6fYjdePzfi/8Arm3B9pivQNUS&#10;hh6dMf8AUfpVSLf7AfT27cpqiJFM/wCXpcRg+HT/AFfZ1IjNrfX6/wC8c/7D2w/b6K6nAuSX5tzc&#10;abDTx/h7IYYwZgxPH/J/xXVKcPEpx/1cepB+h/1j7ROVpSZZDp4Dt+Lm9yDz9P8Akfty8iPi5/h6&#10;VxMFBr137Z6KD/KEJXjyA8Ai9mX/AA/2Hspmh1V8z/q/n0qQ+Y4de9pzLQkVct728z8EXP8AnZT/&#10;AE/x/wAfZNeWo8Uhf4af6uPVjQ5HXvbdQqTXxghf86Ltp/AlS1/6tx7R/RpT4R+09VCivXvbZuJC&#10;tXUkA/rm5sb/AFbn6c8+000fguKCgx/q/wAHW6Cp697QYuWcH/bH/b/0/HtVBJpK+o/wdV4GvXvf&#10;UXCgG2ojn+n1PP55v7MWdX+E1p1WUjt697lQ/q/P9f8Ae7ce2Xk04AzTpvr3t0jJtf6Xsbkc354t&#10;/Tj2WyOO0I/7P8/TqUNSOve8mr/fH6kcW/1gfdfEf16v173kjaxa/wBf6n6C9v6/S5Hsw26ajsdX&#10;d69Vfy697kJITx9QRxY/jn/Dj6exLFIJArAiv+XpmQBl697kBrMov+QLf4/7H8+zSCappXhmnSTQ&#10;1G+zr3s4+2HY9T48j6/3joV/NxbbtNzxxex9rLc5nNMUb/D0QQ/pz39cDS//AB4dMri+eQf9Wr6f&#10;g3rB9eP8PairYiM7t6T/AFXXjsf/ADoJBHAHN/afQfCLE/6Mv+CnTquTtaLr/wCJSf8AHeuUDgpX&#10;Lz6cm6/7xEfzf2namEzbD3QUsunL0xOrgcUbMf8AA3P5/Pt6fM/7f8I6USf8lJPtb/COs5b/AC+m&#10;B+rUs/P+tJFx9b/T2T+RrgxhfoRa3P0HJI4/HtTB/av9n+Xoxx4sn29OPuMVJ/5Hx/r3+n490uCG&#10;k+wU6ozCvXvfDwnV9F+tv9j47X/17eyvUvTepfXr3v8A/9ahOpRRI5BVhZf8WIsBYC3I94+g9muh&#10;pTqaSppWnW/x7wmn0qAygM/ABAOk/q9Z/si/+3928+vaD173HWnlYMwQlU5JHPF/xp/p78eFTw6q&#10;SNJ1cOve3GDAZKtEfipJWVyFEhUiMG/1drWRefbZkTjXPTRKnIFT9nXvbrU7R/hyrLX1VA0RRXlE&#10;dZSyzxKwLuohWXUZERSLfXVx7VxshQEVpp4fL/V/xfWooNNJGYde9stZlNmY6Jv4V93lcqgJakra&#10;CSCj1qralFSl9SioRVv/AKlifdxLWlQQv5f5+naxKKJUkeVOve07LuHMVMLJT42kwzyG4ehqJDZW&#10;X1fr1G1yP9t7c0qI6k17f8nVNTHIQA9e9s9YlfXIiZHI1Fcq6bxzkMo/LD02JX6/7f24parEgccd&#10;abU1NT1697iRUFJTeRYqKFkJBGolfHYWAAB559pZUlZqCTNePy+zrTlPgU5697ySAIF/aRzYi5a2&#10;m/Fh9NQN/d7aJ0mNTn/Vx6Yt2CMa9e9t/j8aKolclPox4Lajc3H0BHtTLKnilSKdWlnjMhH4eve8&#10;FUyyKdSBdP6StiebcG/JuB7aVJGbCknpIyuxJZTXr3trmgd1QR21NcG5/of6/S/+tz7UKuipIqnr&#10;/n6dhKJUMPPr3tQdf0h/v5tq9gpy1Iv0F9QLA8X/AK+3LgM8TAA1p69KvEV5EUMdVeve4W76dRuD&#10;KrY6hXVo/Tdr/d1A/F/p9PbUIdEAYEZ6aQMuqvDV172nRSk2OniwJIW4UFeR9Bz/AE93qdNKdnVs&#10;6dPl173nFKdIYC1gDpFjY6T+QCfr/j7cDBTTPTgZBQDh173nWlIKELcEcfXUDxYEEcfX3QtUEH4q&#10;9aJqGqO6vXvctYrFoyBqF73IAsB9L3+oI91BKazTNB/q/n0neMs1RTh/n6974DF1VWx0RaUX6SSA&#10;xxc/0kYaCbD/AG/vZLE1Iz08IpGpj/J173kXDYykkQ5qt8dO4P72PWOtYWBHqVXAF2ZR/rX/AKe6&#10;jUEGsjGM9X8EVBlag/b173Hmy+OplNNh8NSVMIsRlZ0lgrRciTmIEp+tmj/4KAfaJi8hDSOa06qZ&#10;QFoifn17201c9bXBPvJ5KlUJ8RnYFoyfS2kWFr6QP9h78ABwFOtNqamcde94VpRfhmIb6AgW/wBf&#10;6fi3veevaK0ocde95fEsQuIkYtwSf7J+tyePx791ugUZGeve1NS00w2iz3uGzFWCAbgXpR/je5v/&#10;ALx7YIbxP7Ty9OnB/Z8fPr3tjho2tewC2Ln6XL3B4U/Xi/tqeUodLGo6aLBcU697kJSmxupvYsDp&#10;NrD8lbfS/tOZS2UOeteJ5KOve8hpWUqVS6vZwo5I08Xbm44HPusakd7nPVl4amOeve3mkxs1QY0j&#10;ieQtYBY0Ln/Y6b2Pu0jac9OgVxTr3sT8TsOq8cVTXyU1FSFWLH7iD7r6sotBIVkb1fX8ge0Mk1Ox&#10;BWQ8OlSW0jceve1nV7k23jsZQ4rDYuHcDUQqBUS5aCWleIzVKzxiHQwDlzI2r+mgf190IZW76j7O&#10;lBTSFQJqp/q+zr3tnky+UyKTUlTUypQEJrpFbXEB+tSAwW4Mqhz/AI+2WmQeX+r/AD+nV41kLKGB&#10;09e9rbrxDHu3BzsArRVTWIJOi9NOoK35JcHn2kuqJbSPKF8Omain5cc/6uHSq1bxJtBrT5inXvc3&#10;LUIbKVEqKWV5ZGkhZSqE621XYeoa3P8Ah7Ipb5Ta3EkWtfDUDpxmCzAOGHd17284uhe4Q86wAsJ4&#10;RblbaW+trcezXZGnkK3DI3gj/V/h6MdCmMyLw697WPeW5Nx7abbEW2YozUw7N29WOWnaBUiSmrrh&#10;XsQ0okhSw5I9zjyjbW12q1jclZCPh+a/y6Ce73iRXcUVDqr/AJW6asaA6V2sKwORrR/UFddrG/8A&#10;gbeygZf5Ld2wzGkx+4cthqqnkMQajqdTFYXljtH5ID5P3Atrfq0j2MJNiC3hubeL9P7P6X+H8umw&#10;6zg0cU/1f6v8/WabF4ypRo6nHUNRGxJZJ6SCZGLAq2pZI2BuCQf9f2xzdtd97lQx5Pce7s4tQhV0&#10;qYZfH4pfxeCmW4Ac/wCwY+194d1kNpHao2GU+daj8v8AB06YrFDGzyL4g0t5DI/LrqixOLxq6cfj&#10;aCgXk6aOjp6UXNrm0EaC50j/AG3tZdcJ3zgczTZ3aUmXoKoVsFY5ZpaUTMksUhglMlM9opQgDH62&#10;9n1tFzq5SOGALq4fqaf+feq3m5WjdtxEpr5DI/wHrFmMfhsvjqvGZ2joMjjKyGSCsocjDDU0tRDI&#10;hSSOWGdWR1ZGIPH593v/ABa7a7W7SoMljexNuYfD5vEywU9PU0Walrp8hC9NLNUTyiSGDwNrCppX&#10;UCBz7Ntw5bvdVjHzLcxrcTROyFmVvhz54PD7f2dE52jlG9DXEolSVe7EZI/MAf6uPVH/AM3OnulP&#10;i9tmLsjYdPmcDtysroBmNsbcwyVWAppajIYrGY2SnixtFDPTgS1UhUMzWa5B/Hs6kfXuTk9P2ugM&#10;LsgSQrYAkXJjKgAC/wDsfcFb3NJMStvcQsK/7+THw445NaevnTpXtXPXKO3My3N6ylT/AA/6bok2&#10;3Pmd1NiIUrMnmMqnjYKk8+ErY6iUySVEWvwvaQXBIH0uB7U/Wm5ti9W9gYrbu/lFPNnXqv4aZ6R/&#10;BJ/CMPXV1UWcvEq6EroR+ebe4oveUeaeZYJW2aSLzwZkHxH1OPwk1r5+vQ22nmvljmqAy7NfK4X+&#10;Lt46v4h/RbpcfLit358gfi3unsb4+1GXzNVtGPBPVxYOCokzDnPdg7awsH2ePhgq6upsMLWFgq+m&#10;NWb9Ps5FbDszLyLPR0zRRqPS1DNSmM2CpcM1G4vdT9D7I4Pb/c4gVe9QyHjUVOfsl6DUm7TJh161&#10;YYf5pHyc6sDYLeWwMrUzrZdO8cZujFSqBI9SS6S0dGo/brEHAFlC/jn20S4zAoxtV5eNNWrQtfSh&#10;L8G2lsaQBcfT2b2/t1u82lo7hNVOPhflx8T8ukL71IO5j/q/Z0yz/wA6vfcUcsFd0h19kG5UvPkN&#10;1F3BcsLxrMFuoP8AgPpb+nuF4sdEwYV1WxEl7y1cDEm1yGK0qXJI+vsT2/tvMUHiKT28BFT/AJ+/&#10;l03PvLKAzaQafxdBjmf5tva+YeeDF9SbIx8c0d2NJWbple0t9ZXVUuCxZr3INvx/X3grctjKCmqM&#10;jX1tClPj6Wermarkp2cQwRNO/ihI8s8uiI6UVXZvwD7vc8vcq7CKbikmtiBpCmpNacAcCvE4A9ek&#10;A3Zp+2FgT8qf6uPXute2f5ivy23Bi9j9G7G3bjajc2Wiw1HncFDuPG7boq3J1FPQg5Lc9ZQzYrFU&#10;tK1ZC8sk0yiOOzHj2HsG1et965OPddVh4Kt7pTipqKAQsxSp+9SWJJtEgjZZtajSBz9AfoWblyzv&#10;+42MsmyBPoQheMBjXwwpYA0r/HQmpNa8fOFuZecuZbPcJ7CSiw+K2kqw+AuyLXHHH8+rZsR8+fkp&#10;8EMVt/4x9w73yo7AehxlfuWXF5yjz8FNXVtLDsjJpPk6ONqZqqmyu06guHIa1mJIf2IkmzsAtBFJ&#10;icVSU1JCgIaCErpMcAVVClQBaO3+2HuIFg3q03Wbb7tmN0ZKZPHv44PqP8PQFud/3OR0+ouy0rfx&#10;NTifP/UPt6HXFfOOLcuDTdG5uxKyulrKJnajnliaLyVtBHVskjqFdLSyyIPp+of4Xm0m2FECSxzi&#10;RJl8miaAeaGQH/NFQAV5U3J5v9T/AFc8OKO7ljudgtzPG1C/iUD/ANMZIPEUAx6eopfXRkt08Od0&#10;ufxUH+cdB1vX5gyZKjhXFdu7+wNJLA8EGLweCeuphSOZVFJ9wYm9BHpvf9Lf7AucdHP+5BUzsILc&#10;IVPjXg8WAKgXsP8AW9qZGnQKdv2eEt8n/wBXlX/Z6IYFhWYPfXbEfMdAc++esclPTbjz/Y+6qPLo&#10;PNU1jYK9fJUSOJix8jg+the+j/WAt7TOY2Hisqk6VzoaaG5iWMCWaXlFskX+ci/eHN7c+7x7xzrs&#10;M9ruXL1s0V+57jq0InGnfwfs9K4/PoxF/t/iyxlytvkcM+fpwz/q4dGs6V+ZfSErTbS3ZvOuqBTL&#10;rx+SrcdO9bkljineZ50V1Sjk8z6Obf8AEeyT9hbTl2zXv4tf2RJCMV0E6Y6ZX1I3Keub8++uP3c/&#10;c2Xmblq1tebJim5kHh3gfqXDCr/7Vcf7HVrS/tZZWihbxKfL8/l0Zzrbs3ZHY2YzmO2lkostHjJa&#10;NPuSBHJI1RT1VSrQKHZpLfbOG08Lp9lr392FjtpYqarVo6qsAXw00ZaQORUUsb6jBd0tHUE2tzb3&#10;IfP/ALh7FylDNtG33ZO9QU1BV7O4xsvd6+HIc9DDlnlS83neJHuIiLHt+L/mm2PP8S9WRdC/G/cn&#10;ZmUxv8Rhq8VtwGpNZkpVENUytT5fwimhqkInC1uOVCSfSre6Ke3e9t29hZueoytXURUKNakpfKxF&#10;GRDDDLJGrxI37xgF7/T3gNzh7gb1vl3LHuV07R/Ms34V8/sH8usjdv2iy2eJUtYwHHov+X8+rv8A&#10;Zmxtr7AxEWF2riKLFUUerUKWnihknLTz1Gqd40UylZKhyL/S/HsD6jOqAyRElTzyGU+T+0wPFiSf&#10;9v8A09hS3upIYxHbMfBp+I0y3H/Vjo0FxcuC1wB4n21x5dK721T56VSr/cPp/MfDafpexsb+313C&#10;cV0f5v8AL15JKkmvXvbLLuByrFpJTqdjyxJsb8WJAtx/T8+2jJdSktjV/PrXhysS0SrTr3tvOXBu&#10;NTEk3/Jt/jxY+6kXDEan/wBX59W8K4Jyf59e9t02UBb0uwHI5Yc+o3/AIH+v7ZeaSKqsRTrwiuGr&#10;gY697wff6uQzAXP1b8ix4uoI9tNctwqP59aaOZfSvXvcSTI8gBm+vOq/At/gPxb36O4BUtIaEf6v&#10;L9vVQsp+L4v9Xp173haudv1SG3B/Vxzf8g/Q/wCt70zwg6/P9nVfDYE9vXvfD7knnUQw+pJCgWNh&#10;e4N/6+2xJAQ+kj+fVVj1iq0r173Hara+nU4/xub2sTxwt/djNb0qAa/6X/P/AJ+vCI0yBX/V9vXv&#10;fJZpGJjTymQ/iNWc8/XlQwHto3Ecir4IOr/S+n7OvJgErSvp172rMJsvd24mWLE4jI1UjEAEU1Ta&#10;5NgdQiKqPp9falIZptKpSv7f9Xn15pI0qtTnz/1DrxIAuTYD6k8D2ZjZXxO3hXCGv3dU0eEwwVZa&#10;t4cjSTZRYbxvLooJgrM4iYkA8lhb2a2e0bjPIG8JCF+eOqPPbPQeKQ1fT/V/xfTZPlqSGUU4aSWo&#10;fiNI6epeIubhVepjheCK7DkluPZmtv7I6/2BGlLsvEw5TJRwKZdxZKjNBXpWBYFkMcseqJxHUU8c&#10;ikf2mP4HsQPtDTeHEFUMNNR+3/VXoru7yFarEBWnGmfPrHBJW1AZ61Y6RTJIqU9PMlUJYAfQ8rvB&#10;G6vIpOpQCBb6n2sdvYqtqMqKx5XqHlmFTUSy6VMMrVEMs1LAdP7lOl7q31a/uWuVbb6a2jiAPjaf&#10;+M6Yx+fpw6Dd7ea0NWOrVn+fTbmqyGCimVrKNLxxqAWvqjlCkgW0sSOfwPY2/bL4iB9Sv0AsLkcm&#10;55JJ/wBt7G62VwdLaTToNTljKHBpjoJvvv3LkjSH9QvfjjiwFuB7aJaIP/Zsyr+Rxf8ANmtb8+3T&#10;pA0H4h0riuIzRQc9OsdYU5LEozfg/j8DTe5+n+wPtjemZGJK2B/pz/rWPBIHtJLCWJYenSxJFPA4&#10;6fY6sMigN6gbXP8AQX/2H19tT06rKCCLX+mn/aQPrf8Ax9lk8LyqUjjqf9X+z0tE500I7unWKe8d&#10;2NrD/Efk/ixB9tdbCodywA4X6W+hAsPz+faH6OZAaqB07HVlqenGGcMqWN/8bcAgk/4E8e4VbSoz&#10;qVUf61iBfSv9OGtb233JRnHb9v8Aqp1fXn4q9Z4pDYi9rD8fjk8/W49w66lUgCy+rgcf0AtzwLW9&#10;0V1GOrp/Cfy6yxOQfyLDnnj6m/1/xHtumpr0qlAOWfm39V5vyR9F91LIzFBxpw6eDAIV8+syuQ5J&#10;/pb8f1uLfQ/n3E8YSlYfnU54Xm2n8H8XA90kjWQjVWg6qAAasOsuq7/7AD+nN7cj/Ae8EMIJmK+o&#10;eGT8C+q4t9Tf8f09oWWmJVz/AKvMdOJIADrOeuTNwo+nqH+2/wAfcaCItK9gLDWSRwByPoP9j7Za&#10;MqtQKt08OuRN7G/9B/rm1z/j+PeJlBnK/wBoWH4v6SoP5twPbbKyEahnqwUn7OuV+L8jnn+n0/xu&#10;b8fn3instRzwdXJ4AHq4sf8AY+69XPHrteRf6g/QH88f8V991dhJ9ebhbgD+g+v1/wBf26IZGJ0o&#10;afP/AFDrZBJ66T9P0/25P+8j+n498GU+KHSDYBxwf8QfZf4T/wAPXq4HXIEXYnnkG5H+8395HQ/b&#10;RG3I8nH1/t/1/wBh794TBytMevXvIddBgWPP9PzYXt9D75w/pl4P6Rcj6fU/ke6MKGnn14efXR/H&#10;PAPAP1/3nn/D3zplOmfj/dZ/p/qj+f8AY+9Hy68K9eP9n83P4/P0/wBbn36nGuoTi4BANxb+1z/j&#10;9PeiTT4T1scevNcKef6/T8+nj8W/417zRW+6ueLS/wDXQWHvWtfXrY49cT+m1r+m9z/S3+2+v9fc&#10;yZfWSv8Aav8A1+v+PFj79QY691xH+P8AX/ff1/2HvNILGnJ+opVVvp9b3+t/fj1s/wCTrof2v+DG&#10;3P4tbm359yCt/Dx9YVv/AI3PPAtz7sKZr6de9OuH4P8ATXx+LD/jd/edlK08gQD9cQ+lub3v73r0&#10;oy04+fW6enXG/rU3/B+n0/1vciMWp5Qfrqj/ANvdv+I90I7q1635dcT+pf8AAf7D8Xv9SbH24USs&#10;ZYiB/q/yOeGHv1M1691jk/Q1/oD/AEtbkfn8E/19zKRGaeM/i5/2Bs1zf22yeajrfWOVgI24F7D/&#10;ABvzwP8Aevb5j4dUi2sbMf6f4/7YWP8AtvaeV0Re/I9OvY6h1LkKfqCF/wAf95tbm/8Ah7WKgCpA&#10;/pHDzbm9h9bC319lpNSTTreanpiYn7e9/wDdkosTbi7C4/2H+8+3xOKm5/NPGPoPqSP9b+ntp11J&#10;Tq3n+XTOT/k4Cj6Tve5NrAf4fjn27Lf/ACcg/SoiIIA4X+gP+vz7W24JgdKd9CPt/wBWOvD4senT&#10;FUW11JIsDTy3B4555I/4L7X23o4p8ngYZUEoqNw4pSXBsY5KiBGBHIY6if8Ab+0n0solYuOyn+r/&#10;ADdeuSfAY+ek/wCXoLN9182P2rvOvpJWp5aDZe5amIxkFlqKXG1kqOvF1sVB+n492RbTiMcuOpI/&#10;HT0kOKSnUo41hk8SJGsZ40aB9eOR7NIgX0ADgP8AL1Hm5Ru8jSIKmoz6f5cdaiHzOylNSbK7D3NU&#10;UlbuDcmQ7SfO/Z1FFOcb4HpslPLWTV0C/t1MU0dtN+FbVb6+xshjEVF4jNIEi9WoAAsqKS0YB4sy&#10;8fX2X39uZY6j46Z/LP8Aqx5/Lrdq1GrJk4r1QHHus5DteLNDbeJrKvOVE1PHj5Kif7elr8pOlPTZ&#10;QyAh1moJZFkVnOgFfV7yx1NPU46OSIFIXTUI3XRpsWNgrWIIZT/jx7Lba0aKYmVQcUp9uM/tp6Gv&#10;Ros/dHHpzUD/ACf6v9R6fd40W69tdq5bEZKpjrM7R5Txz56grY66SunENNIsjVNLrhcSRsouv9n2&#10;ha6apgXXQpoSkssaatK1a1BAcz8HQ0BJ0/19nVvEZVLtinlwr/sdKonMiMrf2tM44en7ej6bNxe1&#10;crko8T2LVxZPJdjCWvy9c6pXvsGba8M09DSbYlRwmRj3FHHD92z28Y/Tf2k1rIY8oY4zUSx0hAmV&#10;4CkLCopiV0yMAGsRc2JIPHtcNus7+4RronSnyJH7Bx/wf5VPdpAHE/5OjcVVJvuj6WnqaKn23g87&#10;vpL4irxOdp5MvTnbu6I46/7inZi1OstG2ga1PkR2ZfZNcrXy1dTLUSAnW8gMqjVIFSyAC31IAtwP&#10;p7NrfbrNBpWT9QfyP+z+fRmDpOonh1sw7ZxpxOLpcdAiLFBTwMlG146aQy3mYsbkhS7auT+r/be2&#10;qrkjkimlkWxEagWsTxwpva/q/wCI9qNssruC+UWoy1K/y8h5/wCrj03cvFLCy6h0pYWC/Z0gm9Cz&#10;yEaroo1BmeP6gKik/wC8+w03ZRxV+3s5TSRRyCoxs8dn5/bcEHT/AFbTfj3vnGzury0KhDrj+L1+&#10;Hz/1evTuwuLG4SOUfGe3ocOr8jHjtz4RhM8cL1qqAAdLPyHUgE6UJb6/191gV0zUeYyNGlkjhy1b&#10;GqAhR4kqniUgfS4C/X3AxiSCaYS5YKR+3ofJL9PKRL5qD+3o/iNqRG/1Sq3+3APsTtlZZ4KqlRnJ&#10;TVHe5N7mSm+vH5HsK7oVErjzPSvUx1aePXCZNaH+tj/vR/2/s6ezq5JaaLldJijNnB/tRQm1jfjn&#10;2hRS6xaFoaH/AA8f8vSK9oYVVvXoKd0U5VpHOr9X4tcgGX/ivHsQjKjaVsLm1iLcmwvzbkkj/efZ&#10;3YRTdp8h6/6vTH/FdB66TBb/AFevQVVyBPI1z9ef8DxYG3AFxf8Aw9xyheS4sPTYG30IJ/x/w9iH&#10;WPA0fj1Vp+XRd5dNWrQdTajGQAebk3PAAPJt7lJrTkm4/pcf4/4Wvc+2e/5daHWKTwSH0qdX9SLD&#10;+ybjk+nj/YH3nQ6iWBFuDdmsByB9Te4P+8+/BiuTxr5dWAJNBx6hyoq+ixv+Qq3JBuT6QL8f7x7c&#10;IopJpo9Mkl2uFSwH0BLX4H9nn2vtG7XWnA1/b/xXXh59JvJzQ01NI0kUIRdPkcn6etQn559TW59m&#10;F3f07is90lk5K37Kizxo6z+HVVRJTwKk330Vi1ROy+I+EAavpdvZfuG6LbQTRQjxJGFWGf4/KnEU&#10;Br5gDo0220uFu45yB9OD3fs6qn6s+YfZFJ/MTxnXuHocpk+nWbGU24aihhyFWafy9e5WuiMdBSUc&#10;wm/3PBVIDfRdXuu6t6I3piCZY6jBzQKS5GPz1FV1UikkgfbwsWJP4A/PsLSbtckgfSD860/wdCgs&#10;i+Z/3kf5ur9MR2/svON44WzlM5Ok/wAU2znsVCpFwf36+ggh4/rqtb2iG29msZ9ws+IroGUvrc0V&#10;SI5hqOoazEqkPpuCPaR7+cyIbmNTb/i7tX+oDqyXCK6qVanr/q/n0IEOQx9Yqmmr6aa4GhY54iym&#10;w+gVywI4uPciiqZKOCNS7qXqxrVFPpV7alb03Uraxve3sPX7C5uQ9nbgr/vP+r/V9nT0xEqY6l+N&#10;W1ajf0WW51f1t+fofZ9vizvk009btqeSU0s1PVZgeptIdmwNDyqqq6FjW9yfp7GXKt9c2dzYRzRR&#10;lHkWPPzKDzrnqPd820Sq79upQafsb/Vjqk/+cL8XqHt7qOffWIjMe9NtQmHG1MawCdkxG3eyczSU&#10;6yyEyWfKZFeFuSfx+fY7bg2eItyT7iopIYqWupqh38csRf7+qq2nRxGCZDpRRyf9Y+5qiudv8bEz&#10;1p/BQ/5v8HQWKyCMJNUtWn7B8+qwfj139uOs6CwPSu9sHVzbs2JXbe29orYsm+OqdqbY23jcNWvJ&#10;kZYI6VZpql5R4UJ1L6lFvbFU5R8OAs765JoWMst/3nduLsovYEjn2Mts2FrsJdRsBUV4V/4vH/F4&#10;6LJLezYEmPNfPoRkxVJ2C81JQUfgx+HzFNDR46SMw4yGCmeOoT7eWUf7pudFvaC++NRMzM5ABJUc&#10;2vYW/r/T2eSW60NGJP7f8g/y9Oi6jQUqxPRkKfbi4fHwQRUsBLKqu4IRgCWBI1EDgMP9h7yLk8gy&#10;NAlU0cdrDSysQfrbkG3J/wAP9b2ieBK8PL5j+XXvrIAanVXrKdmbUjqYcnPhaarrNXrMsDG4IVL6&#10;wSWvGOf8fYRYvF7vpN2yztmanI0FQV0rUTRKWEWPcXdI1GnTUSA/X+yPd47e2s+XJdvmYfUUU5+D&#10;4yT3ZPw8ejHbp4ornx5wNFP+fWX/AAdG+3Rujq/ObGhkj2vRYTJ0Xl0mixszzUrVOXgBMBcKHM8E&#10;Jvx/bPtbbXxdRgsJmaqtqStXlVogwSRDqFDVzKAxUcWjlW3uO+UNiurG+kuL2OP6dgaY1fx/6jg9&#10;b3I/VXyTQgFAT/x3pDd676wnYu8Nh4TbtHLVRbRqszPPJNT1FMsBzGGx7xtCrqschaSFr2I982qp&#10;YxcEkX/BHNgP9a319mUojM0vp/snrTLEwoeHXdLi4qiGJSi3Ab6rytwP8Of0+8X3zr6ybmx4Lc/T&#10;8gAG/vcZTQ0DOQh/l+eePn5cek7QR5C8P9Xr1LfBrIyFI19JQtdL/wBQD9NP+8+22oyN7lW4/pc2&#10;P6r3/wAP+K+2aGurT3VrX59OeCP99D9nSnx+BWMKjKebi9l4B0ABfqeLf7Ye2qSrV5Qzft35ugJJ&#10;IuP9jcn28k5SLSVq4x+X+r7ekxgcA0oelLHhCkTLGRICfpNYBSwU3X+n0HvzVIAZ9ZIC2BJKk/04&#10;/wBV/wAR7eWRG8MaO419Mf6vLqngH/fY/l1jGLe/jCgESKW0jUuk/VVa1tI4/wBj7Z56xndgeFJP&#10;Ia5vzb8Dj2qiKqlGbh8umPA/pdKKDErHHGyjW4CBgyhbcLqJJZrmxt9Dc+0/lJ18EqknVf6/jjm9&#10;hwPapNbGMD4Kgj8+tGJwTQY6VuCo7VSSaVH7b6gPwbWIB/Vz/sPYc5XRJAQx+n4AJsTYfX8Nx+fa&#10;wOclT1Qhl49C5h1eKdSB9bfU6SQATyBfjn2C2bp0jm06Rxe4sT9BGf6m1gfdTLJX4ut1PQz4uUyQ&#10;huSPre9rcuLfQf0/r7DbKU7OW0KtuLfQH/ddxzza4+nu4dPDoXOqvDrYkXQNTZ6UsL/1J/p/jzce&#10;0flY2WaUIAWZUsP03Fl+hvf27I6vFWuel8ZVlBXh1KiINr34PJ/3i/8AS/thjBNdCCv6WIP9ot6e&#10;T/tP1/3n2WJBo7i2fs4dUC61Uh+pLH0m39P97+n49puvgZ5ZmsCNcn9fprYnm1iBf/ePdbuWPWVr&#10;3aOnVcKNLfF1yH0Fv6e2anpzHVRhlvrkQKqni5YX+n05HtDKhc/pjpRHJ5Bsdd+0rloiayfjhZJb&#10;/XjTLJew/OkH2T38brIhbgB/n6VK2of6v9XHr3tsoYB97GeADIpvYfmRT/hf2kjRpGCIO7qwBB69&#10;7btxREVdUoALK0zXtbjUwPH5Fr+0O42s0bKzjs0/8X1o0ox8uvewvYhJJCbct9B+T+P8ePaOOQBh&#10;UZ6oeve+A4P0sR9f94+v+uD7MolLxuE+X+XqpVjw697kRkKefwObcfVT/sR9fbXVdJpXr3t4ia68&#10;C34/PJ+pNv6kc+0DRuhGvPp9nV0UjJ6975i/9Ppx/wAR/sR7rVv4enOve+jzqA40cj8/1/w/r+Pa&#10;yykVXk1+nXsZrw6975RvY+ogHgW4/Jtx9eRf2IbRx3x0x/qI/wAv8umSBRvTr3uYhNw3FlKuxv8A&#10;7rBv9LHT/vXs1hddYJ88fnw6TgKNVTx7fz697OhtTS/UVAVF7bio3+n9kbbpbn+vHs3s2RfGR+JV&#10;v8P+b/iug3RUuryM8WV/+PdMbg/3gVh9P4QB/rn73ge1ZVjXmtsqh1BuvVjP1tc1PPF+V930aoAo&#10;GfFB/Knn8+vRq0e3L4n/ACkhv9rp64Ut1XJMQVtl5WH0P9iLn6f7b2nNwxSY/YO4WUBRJl4ARf1A&#10;vCwJKCxPHvbH9bxQvZ0YorS3n1UQ/Sp1KV1fIU45LCjmYccW8sX5/rz7Jy6I6a0IuQCbix5sD/tT&#10;e6xToszDzNelbGkjsfn06+44K6gL8D6/4fn8+/SlXXSmMEdM0rgceve+Hpv9R9b/AKT/AKm1/p9f&#10;aTu1/wBl5+o/h4f5Ovd9f9Xp173/AP/XplPXuR/iLiihgaKLT4nNXTxI/khu37jTWGlif9j7xtLA&#10;trJ7Ken+T+fUyUlJ8qdb/HvnNs3Ebfe+6Mq1C1b6dNJCuSEfiGotqpJHuWV1+tvr/h7rcSs+ii8K&#10;9eJ05kYDrq9xcf7yCP8Aexf31g9wbMpdyYvD4/CU+4cdW1UcElVV/f499TAtIRAVZuGFvr6va863&#10;VRrp6cPPpQssQeNUUEE/5D10wYqQG0MfyLNY/wDIQsfc3sfLZjHZMUGAq323impYXFDReGphlMgk&#10;Eil542mTWoF+fx7TKASxYVNektyzCRtDUXrsA2FzqI/JAF/9gPYDz4iCSpkqpEEs0jmWaRiUMs0j&#10;l5HbSwALu1+OPZhGW0AeF/h/z9ajUaFJGc/4eu/fExxIrxJAsZGoag7E3CheNVxyT7r59XOK4697&#10;xiJdI+n+x5/3prfj28pqBTpA572Hz697wSx8WBHB/wB4/rY83J+v+Pu3TZJ697b5D42IAF24P9eO&#10;L2/2I92WLVVyc9KEjaRVdm697iubkc2P+sL24+vHtVFGjNlcdO+HGPw/4eve4BN2P+tb6f7D8+00&#10;lRcv/q8+kUgKyNnNeve8LRh/7J/24/P9OSPb8JNdPlXp23yHH2f5eve+/t0DAfUDnn/EH8+7Su/i&#10;FQ/b16TX4oC1p5de9qzYNGG3xtQaTzm6UcXN7sRb6/09seKya341GeqQ4mQ/Pr3uHu2hZdw5d0Gt&#10;v4lXL49QAsKyo51FrWJ49uRylgNR7ulINWK/iqeve0+aawHoCs5F476hYqAQWH/JPu4bzrjq9OBH&#10;XvciDFTzHxQUwi8hv5Va93OlQpDnSFPB961AjVWvXlGoVHn59e9qFdq1FMkM+SqY6SnJUGaOSnqZ&#10;WDf1gSXWCVBuLfj3rV5DpzwyKFjTr3vDuMYbALR/Y0EefFdTmqkqaoz0DQy6zGtkVnEn+q4tzx71&#10;q/iJHWpNKUota9e9oKozGdrYDBLkZlx1xpxQWE08YDXUCXQJfQ51fXg+31lgANBQ/wCr7et6yQRq&#10;7PTr3tqgxZWywRrErfrQEELp1EAFmY3X2lu7hf0qZ/1cOqELj59e9u8dI0QEdh/W9xyLFuPqR9f9&#10;b2jW5RuAPVY81p1732KFgxuPT+Bx+DZidJ4592SYPUUow8urKadp4jr3vIlDcgccWP1/3vn+ntzV&#10;1uvXveX+HixL86fUObnUfpfm349sG4xGVHxf6j1UHVQevXvazo8eRtBr8AZiqtYg3/yRfyT/AEPt&#10;O1w5aqgVp/q8+nRUwVT1697Tv2qRhvqX0BY1uLCfgxMDfg3PF+Pdbh/FC6eH+r/N00ylsgY697cq&#10;HD19W6pCZJql0VBGEVYlV9I5lAsNLPb/AFufbHbHxHTiQ1pju697ECm65qMfjTmc7UpjaGN0hZ6U&#10;w5CV55EMiQNDTz60SRVILW9Pun1Idiq5PSoW7Kut8L+3r3vFT5inx48WCx0cMgsP4kJZY5nNrajF&#10;KrIC4Nre2JZSB3OK/wAv5deFRhFAPr1736WmymUqoqnIVEtTNZ7SyaLqCBqACAAhgB7QtdRqxoBX&#10;j/qHTuQwc/EM9e9uNLi31xOqKIyH18j1EBgNQJJ4t7SS7oHDAju/1f6sdK4pNZIC0697WWD2vWZi&#10;SOGlppqytmLhKaNDK8oTyGwEZZ7rEhblfx7Jr+7aSLww3cPl+f2dKxA0o0nJ9OuiQBckAD8ngexI&#10;3ztDIdC5bDSb/wAVUYasmcyKFilrY5Y/tIpU0yUxmjssNahI5YXsefr76+53SzNslz4p8sUpTPp5&#10;dBocyRx7nDt11etLJq7ailO2v4R1Bx2Ux+XpVrcZVw1tK0k0SzwNqQvTzSU8yg8cpNEy/wCuPYHZ&#10;DuDFTVs9RQ0rSDkiIpWopAYsHDtAPU1+QPp7ds7O4sY/Cup/G1cBQYx8v8v+XoW30wtREbi7abX8&#10;K6RjH9Ef4ep/tsn7tztx9ltWmm0geF3rp47ED0kBqawJB+ns+fdJ7SJVWIqAPWv+AA9MNuumMqIc&#10;afX/AGOve15JvfdHYOOgyOdxy0C0NFFi4/FVisAhooNcdgsULL6alv8AVfp+vPucPbbe5JNvuY1t&#10;6O0bFWONLaU/o/Z/sdBu9VbgvcSR0Civ+H7OsccMcIcRoEDyPK9v7Ukh1Ox/xY+3zq3ZO3M9ugS7&#10;jxlPWxwIZaeSZpSdUVfQvCfHBPEUt5nIB+l/cv7RLdkobidifPAz8Pr/AKv5dFOm1bUQ1GHyPy/n&#10;/q9Om7NVFVTY+eWj4qAjhDZTpPikZWs6Op0so+o9nuw2E2liYkFJi6WMRxiKNUaewUKlhzIwsAo9&#10;jdd22+zjVzIdaj0bh6/t9Oiq62y4up18KUhdX8P4f9X+DoB8pV7xyUhiNdKkbvqIEdGBwWBX/NL9&#10;bn6/09q6DJYejjssSB5UMiMPKTqCkD6alHq/r7Kxz5eXG7QpFbKsOn1H7Ph6dbYJFkr4hP8AtR0n&#10;avaOZrI2eSulcQzLG8RWEKV16mNyVY+m30t7LHvvunsHrDfmC3NsPK1FHJT/AHpydGEovHXq5pov&#10;FM9ZR1RTVEzqCi359xT94ZuZru45ZXbrwIDbOOx1xWQfxf6sdCi1ivbNY0GnSykEVXNSOhKpusdl&#10;b02LV7R3ttrFbm2/kXh+7xeVpxUU0y0zxz0x06tcbQ1C61KsGVufdunxz/mZ7E7Jgo8F2BsubZu6&#10;DeNExsO6dywV8hWvmaSWsoNuQU1IYIaaPTdvX5D+FPvGHb+Qd9N45i3SSS38wRHjj6k1rX8qevUU&#10;8y+3GwSLeyQzlZCBjSafh86jqgf52fyX89ksNl93fG/cS12RfRNFtfclbhNuY7btPHNt6llix+Zr&#10;shTJPDXQR1c8olswkAUE6gPbT85cQ+8d57XqYqJJv4Ac4aeKSQxqpyuO2lHLpkcpYOKQseD9Lce8&#10;nvb/ANq7tLWs89WYU4Jinif0/Q/l69Q77XNYbbYXax35JFK9v9Kb/OR1n/kPduYuL4rTZOv00lbu&#10;JaWSprIjNVSztjewO26eMyRxwFP2otCCwS6kHn2GWwt09lYWlSDb+8MljYYdRkp0osbMhDy1DIAa&#10;mCbkNI54/r7km49q5rQGWTboh/zcH/QXUp3O/bgy6TuBr+X+RejofI3rT4p9xP4e6unNq7/SoNqe&#10;TNPmQwaKHG+RrY6op3W6UkA5P+6x7G2l7L7ZmSQz7mrJmKgCR6fEqS1yCdK0QUcc+xLtGybft8ei&#10;fZ7Wvlmv7Kk/6s9Bm63S9JB/eTg/Jzw/I9Vabv8A5af8saqrKd6f44bUpws0ks1PT5LsOKIo6Bxq&#10;Zdzxl1Lf4f4D2h90dx9n0VQlBDuCqWWRQRUJBi9d3Um2gUbIdJH0v7N5LmFVkgh2yJCDxCgf4Iwa&#10;f5embS9nnkrcuzqD5liPtyOhq6n/AJR38uKeiO50+Ouz3gBdfsanI73nh0QyKQ16vdkjfuA/lfbF&#10;tvZOa7O3fj8ruWoNfkYxRpT1c60qMhSqWSADwSU8SqrVLNyp+p/2GPfuLZ3rLNPHZlpaVPH+lXy4&#10;+n+XPUk7VzHt+3xr9SaU/wBN5cfw/wCr+fR6K3trpT4c9NZDb+yqDH7I2Dg4MrUPhcXDkpqalp4M&#10;S33TRRyxZKrlP22NVPSxb0i315tYwOLFFt7D0EVrY3E4+ilYXN5aaljheyuW4b8c2/p7jraNwj5U&#10;t3l3V9KygtT5FVP4K5GjP8+oZ5u3WC43aR/CLxyS61X1V2bSSQcV4dfPb+Ue48/8ufl52xuPr6jk&#10;rxmuzN8U+GlaZabVja3snPVWPmf+KChWJWG4YeGAK35A59qbBbgSlZqVnaKzuA4V7D9yGFiAqAAt&#10;oFuT/wAVA3Nls3Nl0JthWpqK8Kk97/j/ANPkfy4gAme7e03K38VNETFcA+ZYeh9BToYsB0FVdDbZ&#10;O4e46KlysNRimrFxjVcMqoJaKCdY2m2/kJ5T4/4XKp4A5H+0+5lZkIJAWEhNrCMFbWPN2IUcfS4/&#10;3nge2Nr5KvUlWO+X9Umsnqf5/b+yo4no6eKed2Ma4Jxw4ft6BvcPydw+Jimp9nY1KGiijeDH0qy1&#10;apRUoRkjhV5qaWaQRqq/qPP09tMuTJJIBP5tcgAfX088Hgcj6/n3Im1cm2ccaBsnh9p+frTP+wOn&#10;TsVwVJ1AD/V51PRbNy945vcNTLNLUPEXdiEX1EXPJ1mFDyfra1/6e281k+ppS7FZDc35vza5J5Ju&#10;efY9t9o2VYILRrWPxY/9WMfL9vVLrYvq4msoKi5Xz86/F6/s/wBVQxl3RkzWSVzVTn7h2YksB9QU&#10;b0hfq1z7Ln8noM3V9XZiu2rFI2fpDjhSGLxB7T5/CwzkeaMpb7Pyg3U/7D6+097u9zygWm2248OM&#10;nPHOF+bebf4ejjkXlGfbL9Z90ShdeGDkeIOAb0of8nWw1/wnn3js7c/zHo9gdizwZHb2Xpco9JR5&#10;BJhSF8b1x2jlWDGnSFr/AHMcci6mtqUW5sPdS/VfXeVruyKKh7Ez2Rko3eRa5q7GwxirH8FrZacO&#10;IHg4ilSG2k/0v7Bu/wDN+68xWku5xyH6mQVY1X8LKnmvop/wDrKnbbOwnsYGsiBP3f8AHm9flXrf&#10;m7O3RDsnrLLZHr7C0GQr8fDTtiMfRVXhjD1OYo46jRIsVToBjqpXN1N7H2UTtvqHqGk3BWwyVs1C&#10;rlbTU2IyFUU/ZhIZRHUOn0b6/wBT/j7Kduv/AA1Rb+Ma6nz/AD9Afy6P4ns7eMW1wP1j8j9vQ04f&#10;IZGuxtPVT0Ucc0qFihqVtcOykFli4+n9PZf6343wZKof+A51mWVQ0SzU1JSo4YeksZ65dJN/z7NJ&#10;LmOVmkjj7P209fLpKLM5IbPp08tKqLqkuv8AUKGf/baVJP8AtvaIzvxh3/QK0sK0NUltQKZbD3Is&#10;x/SuQZxcD2nEoHwkn8j1RrGda6Wx9o6xx1UMraUL3/2qGaP/AHmSNQfYSZfp7f2OZ0nxDmxLXjmp&#10;5Vt+59TFIw/s+2muDqVVP6Z45/1f6vTj1URXCJQcP9X+bqR7Skuxt1U7BZMVUK1uQqBgTcj6qDcc&#10;e3fqKg/qH9vV2EjIRmvXvbc2ytySSMv8MrCSxHMbWNiQDxwbe0ru7FWHHR/m9fTHWkaYAgrnr3vI&#10;Ng7sdlVMRVEMBx47X/H9P6/63PtOzS1Jpj8v8PTTtNX4M/t697eaXqXfFYB9vhao6WVTxGBc/QEs&#10;w5HuokZcAip+3/JXqmuda0QZ/wBX+Tr3sRcB8We1s76oMNRRRsRzV5rDUrWs5voqK2Mn/Nf4e7nw&#10;wFBZiR9v+bqpildeI/b1HnqoaZdUzMB/tEcsp+oH6YkdvqR+PYj0vwq31fVlKjG0hBOjxZbB1IPD&#10;XJaLJ/8ABf8Ab/4e3okrRVQnUPMH/N/q8+m5UeOi66avs6hpmce99Mk/Fr3oa5fre3DUwPNvasT4&#10;z9Y7bRRvDelXHVAG9NBgGrlINyP3qLISj/NSxn/X4/B9nlrtzTfCtF/1fP8A1fn0y08AGZaN9h/z&#10;dc3qqtrGko0qIze7y1LUxFuOEamdj6gR+OBf2oKHZXUW3GjloNr02eaQsIpqkZShaRlJvqQSOI/1&#10;kcjm3s2/c8cCqJO7V/q/i/1evSWe7UqohWvUm08i8t9u3+06Jbf7Flt/vHsXaXf2SxFHGuz8ZSbV&#10;8V9UdDkFqSEAABtWQv6jJzb6/wCPtba21tHIK5H+b9n+qnSJpbqRe5gOm6owtJXxNDlguTjY8JUR&#10;Iqi9+AsQUWtx/re4kGYqd21pqmqKnN5dVHlp6uA0ULIr+m1V4ooGJmciw+gN/Yq22MTySRIKUWv+&#10;rH8+kshlhHiM1WOM/wCr+fWQQUuMp1iijio6SIWQRBiE4+gT68KPYnYbaNRIqGuvCkmiQ0KFZoU1&#10;lCf3kcMxAJS39Bf2Zx7cfHAIH+r8h/q/kWz3I/i6TtfuGnhR/ARIV1oJTeNtShgRoZDxwDf6X49i&#10;Li8ZDEqpFEkUVMEhWxP+6ljHCsbkEAf4H3Iuy2BR0lp5f5vmeim8koitXg3+foNs1mJJNSvIzvMT&#10;KPSOA/l41KoAtz+b+356YEXvwABxzwB/W/8AT2PYLdRAaj8/T8v9X5dEzSha8OkiKz9y1/UTex+t&#10;78/j+vuE9GrK9v1G5v8AT/D8/S4/2HslnhC3GVx/q/y/y61HMRNxyOnWGvdfH/qfSCP8b/7zY/15&#10;9sctMp1qQAbXH1/I/wB4FvaWRNLdpx0aQ3ALDGD0/wANS1kYG/NjwARY3/xJIP8AW3tP1FGS5NuC&#10;Obf8FH1+v19p1SMya9Oel0UwrjpQw1lorA/6xP1AvyL/AE+vtnqqfU7Bhxx/S/0UW+v/ABPti5hV&#10;21Ba/wCf16e8QVqCenakqLRqL/6rg30gXa/1U+4lbTci35v/AK9wq241eyiSB6smk/6v9XDqyuKg&#10;g56n0tQrLf6EEX/HFz/h7iVNMf2zb8kAfQ/p/BsLC3tE1u9O4dPrL5NnqVHODqAJt9SeLf7YHk+2&#10;96e1KTa51uf+N/X8f717bVe8GvSqNtRFGx1I8nrt/RQB+frxa1vz7bvCWhckflxz/gACfqOPbhUA&#10;ce7p4nHces2uzj6/2fp/Tk/0+v8At/cWKFQ8v9TA4vxyOL/Un206LJhxWnWqDP2dZS5stv8AVj/i&#10;bccfj3HgjRZXX6Aazc3+uoAA+r6+0rQyIKg6h+w9bR3BpxHWRm9IP9bD6cfQ/wC929wZI7VRAHJa&#10;/PB/X9L3559tkK4ofh6UqcqfLrmD6L8f7Yn8cG3HFvcGqjJqr2PDjgc86lPB5NvdxH4SHw/i+fn0&#10;oIAr1yVvSPyCOPoLcf09+q1PkPoH9TyTe1vxf6W+v+t7vob/AH438v8AN1sjrtCCB+ebfgfn63/J&#10;983RRDEbcWcD6EnlRxcn/jXsrNCKHh02evAnUef97sbXP1+v/FfeR0H28Iup/wA5b6HnyA8393Ec&#10;n8B/Yet0OkenXG41E834/r9Obf059+p11LObenSn04B5P+JP19oJfjP+r068vXIm1vqD/W9zf62t&#10;x+PeWk/TMPwVPHP+qP8AxHts9bHXT/UfU2PP4/H+82H+PuRBAPKrf7UCP9ib88n8e90bVop3dbFO&#10;uJY6f9b/AHj/AFibe+Mcd6tvo1pTb8WHkt+TY3966914n0c8cc/69h+fr9fcmRDqsBx5OOQeLn+p&#10;+vvVPXrx9euI/B+p0/6x55/21/eeSIl4rcN4Bxx9NX9b8297636dcVP1J+gP54Ib88C9vefRZoPx&#10;aOxI/oCP9tb+ntwYSRDxHW/MHrhe9zz9Twf8b8/8b9y7A08hIufLGLc25Nh+bcX9tE0Fet9df2+O&#10;PSeeR9Pr/ifcoqDTylfpqTjn+vvy8AD17rhc6hf/ABuf8eD9Pp+fcyiFpIx/y05H1+jn6f4+9kkm&#10;pOevdY5R6D/sP8eOLfX8/n3MoVJkjP8AiwF/yfWP9ha3vXW+sU5sj/4Wvb6gcW+vB/p7f8arCS5P&#10;9on/AG5P0H9L+yu5Smlxw4f5utUpQdQahgVt/h/r8i1r/wC8f8i9qYBjPY/lYyePxxf8e0a0oNPw&#10;9W8z00sR4bj663+p4uAfz/sPb4v/AAJH/LGP/b8f8U968urefTMw/wAmP9fLJ+fwb/73f28kDRAA&#10;eGmhsf6HRb/AW49rrUkrT0r/AJ/8vWx8X5dJ+U2lqGIHpglJHP4cj2uttO0eY28dIYrnsU3Lf6mp&#10;gP4Pt6T4G+zrVz/YSZ/D0E+/4Uqdob5jMjRpJszc0RIW5AfGVqH625F/dku0RDNV0D1EAMsmMVom&#10;9bW1PCVa4Gm4c8A8f19pdRVloaNTqPdzlmiLqj0Fc/z9etS35nyZ2j6x3/BtrMSRY6g7Gkgzsf8A&#10;k0bT00FBkzX0njnJmaCahGljHZ/9T7G6ONmphHI1yoW545Kqx1cfU2HAv7tctpgdiPIf4R0zHLQB&#10;itK5p6f8V1rmLX01J2O+Sw1IIo6+Sv8AAkbSXSOd/H4QJAWCkH1sy8+8SxeaiZLen0lH/JAIJups&#10;Bex9+kYG8jJOSv8An6WNIWLMx7ielA2aG2d1NkI6qRpzLPDk8Z4isUM9QiRxKlWBK9QEWTUGX8+0&#10;7VQsWqHDsEUxa0sOSQNNha7WPt2zkJhTPZn/AAnpTBcEFAWqh6NdiMrS0sm2qOoxFK+amhyTYysF&#10;U8gp46cO9arPGTTQeaC9vIPV/Z/xC7cdXX4tMpLK/hp4BRnxhkZQJjEp0kKWY63vxe3sxjZlEhX4&#10;FIp/q/Z0bwGNygQZXH7P9VOrWPj3trrLst+oEoaOPN7h3H/ff/cw1LX008zYkZlv8pheZKemApaF&#10;4116daL7J3UMtiYR44jJJrb+vqJ5U8izH2dWa4iI4aP83RiVqyN6f5utjqBJAzJWMJ6pI4BFGbWB&#10;ERFg62X/ADQX/X9w3I+3nYXKCO7m9rg8fQmwPPs323/ko2tP9+DpG39o32nqRMjq8Mb2WVmIiWwa&#10;xChuGUEsNI/1vbDTY18uzUF7isfw8n6rJ6VAuyj8/wCHPu2/ExQXeoZEbfyr/lHSuE0vdtB9R/gP&#10;S1GfpdtpT5s+lMYsdYzBCbNCqtIxsjMbDn6H3Ul2EkuO3tuikAsKTcWbprXH+6MpWRseAf1af6n3&#10;jdcgvdTU/pH+fQ9vjS4jH9BerMMPVLXYjF1q/pq8dQ1S/wDBaimilH4H4f8AoPc7aeVP3NOSWuJo&#10;kH+FpKcEXsLXt7DN9AfEJJ86/s/1DpZbmqgV/D04EXBH9Rb2eDr2taempl1D0xRtx9LaKMD8D8n2&#10;mAKMr07aD/AemLsFkPoG/wAAPSF3NCnjk4NyTY/4nynn6j2NQc6VAF2twOT/AIg/Wx4PszsZAW40&#10;jI4/6vn/AIOiO4TUD0DlbT8vqt6XAHNr2+p4/wAL/wC39yqaYk2cD6t9CfqAP6D629nNAOHRS66W&#10;p0na2AaQyE/UXHBtckD9X+v7yzs34P0/w/rp/wCN+/f4Oq9YaZVNuBb6cH+mrgf61veSBgU0vGJb&#10;/wC629IPqNrkc8EX/wBh7bf4TTrfDrHOhEutJWgI/wB2qNRX0qDZW4F1Nv8AY+8mUzL4LFV+dkfT&#10;LRpAYRbV4zLOtO9tKseVk/IPtbbRl1SPyrX+XSy1gMh1fh6Z6PCUu4c1QbeEeqmr/uVrNXAlSGne&#10;si1KzLfS8Y+hH+x9l53/AN8dg70xhwOSztUmBcSpPRBaN4545DA+g6KGGZVEsCnhuD7S3EUSSUC9&#10;wNK/4f8ACf29CO3qAkdOyv7ehY6y+MvTHVmcqt1bO2LhcTuetEP3WapoqkVkvgiqoIizS1dRHdKe&#10;rdLhR6T7C7Bbrze3K5avE182PnQoY54FidwVuQSksUiDg/049obq0WVNJAOPPpd9OBQhs9DdlMPj&#10;c3Ry0GUo4K6kmVkmp6gMY5EYcq1mVuQfY00nfm9K+AU+6MhPm6FTZop3ghDRCy6CKWiRreNz+L8+&#10;wzc2NvaB7iKEF4+B/wBmvy626iNGanw9BxTdMbFw8ks218LRbcq5yXeooI31eVm8pkKSztGW8oB/&#10;pf2MvVG9OjczX1sG9OucNihNRSfaVK1GayRrcpLNRok8iQRximao1yO1yFUi1+b+0CHcNwkiRHIL&#10;OK8BQaj/ALHzNOHSKW4YxvoXup0AnfGyPkljdvUVd0/2xlqnIU2cSfI42sxWzaWNNuRUGSlnpoan&#10;IUL+Vo6hYEXgykG9+D7MDs/aW04qvMZraUUeKp6+HI4mkWKOVY6ejq5aWpp5IWq21O0aCLTqHIXn&#10;8+5k5Z5I2q4hS/utyJlhUPlBXxEVX/j+Zx/s9AHc7u7F7DEEqrSL/wAeb7f9R6rX+THye7l23SbN&#10;683rtYbmrYarbWezU0OSgdsm8RzmEyWOqoMPiDHSw1k9NNrlQ2jaQaVtp9tGS3PuDA5N8VWstRFT&#10;BloaoVEBepghm8UM0sMUbCB5NBLA3K+xvbWlpLKjKgr61rXz/Z0/dWoKsKZ/1U6e9r9Z9fdibLi3&#10;bh6SXDVWcFPV7iwv8NyCQ4rKZGgirMjQ01ZWvSvkIqU1IRJY1VZdP+w9t38ZmydQ1VUszssbq8R+&#10;kbuL+lgilgt/r7Hu1ubePSB8v8uOHn0GLhVRCq8CR/n641OwMdtjGw4bEQx0kX3NLPHVRi8tVFTN&#10;ovLG8sixPIqji4946eQh3uODcf15tcfj2pYY6QSLVajiOpldTqYYQh9Q0NyB+XBsBr95jUHWxB5+&#10;n+P0/wAVuPZQQQc9I2Qrhus6Y9XhjDC4Av8AXgC/4tIQfp7T7VUyMvgkMckZNraR+tD+GBAGm/0H&#10;tjdpQuv5f50/zjo1iDa200rToSMTh6OojK11OtRT1Ok2Opv81JK1iVZTw6j6t9D7xzV0zkwTyl4Y&#10;/wCtgLN6rgKL3uP6+yyymoqE/Yf9X7D0aItEHr06Lt6hp2auoKRIKyoIIK6tRMIMSqS8lrBGYfQ+&#10;8r1ULIP62tzf8WA5A59lJjOpq8OveHUn06mU+Pq4mFlFrgggj6Nc/Qng2tf/AHw9tM9YqlgDweP6&#10;fQfn08WPuhj/AKXXvBxXV/q/b0raHHSuqMUGoG4sR/quLci5IH1HHtjmrPqSf8P8Rz/Sw93z0oKs&#10;KVFOldS4pAEAUH088G1yB9SDbn8+21q/6g3PquL3tYk/Uf19suO6vr0nkWhB6UUOKGkEaR6bHkXH&#10;A/x+gJ95jWFkB5vpBtc/6kj+nunHz6bp1gGMVJW4X9ZF7Xt6voQT/X22y1LFvre9+ORfkD+nsyR1&#10;Yal4dJ5TnSOA6cIaBVWxBH059J4sx/1Q/ofx9PbLXzEowJNuB/hzf+lvz7NIGPgqwIqP+K/wdeK/&#10;oE186/5OnjH0ipOLAHhiRe31KkWuW/p/X2iq2VRE2q5BA/A/1YP9Obn2q1GUHFCP8vSOWMnSOB6X&#10;+OgKzqVte7c3/IU8fq4HsMs0okkBXm97n/YRX4+h+ntphRiOmGUAkEdCfiCUisTawva39DJ+fwL+&#10;0DXRWVjz+OeOLlTawP8AT3XqlOlRE3P9f9vzwQPr/vuPaFzCD72Qjn0qbfg+gcf7H2pT+yb8+jC2&#10;/s/z6nRH0gf4/wCN/qR9f9j7TgjRKuJtJvrP0+n6b/4D6H2ldXIZKj0/ydOfqnHb/PqVcaDyfx/Q&#10;fQ/0+pPtOVQbzSt9F1SAjj66jcc/X8+0Ei/qlRk4/wAHSdV0yFa56zDnn3Chi1V1LcWBkhH4P+7B&#10;f/ev9492RdQpSuelkXw1+fXRNgT/AEBPtJ5mNfvasi3+cqPryeZJbkX/AKAe2r23My0rin/QQ6M0&#10;FVb/AEx/w9dj2x0CEV0K/W8qci308qf7AfT2RQRFJe7/AFefVGOQOve4e5oP8sqmH9nz/wCF+GP9&#10;b8+9brUJE/l/mr/n6uuQ5+f+fr3sHJlPkZT+XU3+v9QeP9Yf1+nsK17iR69MkijU6977AGok/wCB&#10;/wBja/P0/r7NYpHSPSrYPWwSK0697z6bGwN/97/xB/2/tmSShZade697cI2KqLf6/wBP8bX/ANgP&#10;aYkY8unFUtWnHr3vMjhgf8Px/wATa9rXPvZRlpXqzRsnHh17352+nP1vci3B/oCP9j7rkHHGleta&#10;G06qY697w6/UpH4t9Qb8G9v9ufZvaTUoDxH+r/Z+zpmRdLN6de9zYJGsy3sSpv8AX6NpPFh7PI3V&#10;nTHmOk0i5j9NY697O3soK3TtKCL/AO5ulP8AiQNsUf5I41X9nVq1JGI8lP8AhA6Dsy/7sLhvOh/4&#10;8emR7/x9OT/xah/tzWHm35tb2racl9xbRW1wdkwofx6DWR6vxe1m9rY6PgcCSP8AAP8AJ1uRP917&#10;GuDKP8A/zdYm9EGTa9rZCVwfryIkI/1vp7ae5F/he1quCEWWqraSZkH0/UyfjUR6fagoAjAHH+bP&#10;RjY4tx/q9euOGmNU/mb9UcbRX/qCY2P/ACd/vXskuoF9YGlVuCObc8D683I9lk9CWH4ulc4DBVJ7&#10;6dKL3GDA3NuTY2F/8f8AffT2neUrQMxJHTCoQNRrTr3vD6/6f2v8fr/T/b+6eN/R/n/sdOeC3qP9&#10;X5de9//Qo8qcpnBjl2+K+QYmHVopPDT6ZfNMKtx5fGahNNR6/wBXP+tx7x18aL4qZ/1fPqbCcaNf&#10;b+XW/wAe0stLFDqjgUwrNYPDqZyAPXfW7m5Zjfj6X9+8SDiUH7B014cQGFFOve523VEW8NuzlSjJ&#10;koy1SDrIQIwBEN7HSP8AD2pVkdWWNu8fYR/n63CGll0wrVlPXvYmdmxLHkoGQgtUUkGtgCLxsk1m&#10;sxI5J/HPtLasHkIX4hWvSWWRJHZUPeo7v8PXhz7B+UOrkhza176L8XuB+eePz7XMzacn9P8A1enV&#10;0dAgzTr3uAz6iytzfVY8i4PA4A/p9PejRT2N/k6cJ4g9e9wWYpfnkm4Nvwbg/lv6f19roxHIiseI&#10;x/q/1Hr3hRFVJPDr3uG8rnVY82AsPyBe/wCCeLW96KWop8NPy6qVhXT6de9t0k13Zedd7EWvY8X5&#10;IAPu8cLU1Fhn+X+r/V69WEeBopTr3uIX9ehr6hfj68i39AL8+1MSEMT8uqshXr3vKIwwZrC62Egt&#10;wC36Da9iSP6e0MoYTNT4PLpDKKyNXr3uUYEVVfgB76SLjleCAATY+7xSmIshGOnI28MlG4de9yFp&#10;gEZpL/0Uck83t9GAvYj2y4LSgRU0V6q4UtRB/s9e9rnrahMu/tmrGms/xylJGuxA5seStrAe/Msz&#10;pJUYp9v+Tp+KOV5Yw3Cv+rh1wkICOTwAjE/6wB9uG69tVS5rPZKRft6GLKZRJ6vXHKYxDVzySf5O&#10;JjK3jQ34HP49p3jkYLpFccOqyW8upm04qfT/AD9c/YdTZfbFHqOIQbjqgzLUeRa7EeBgCJRqmR4p&#10;PHJGo4/Vr44Hv0SXX4TpX8iOqqGWvh5PXvfjuTOiPx46pfC0k0YaejRaauDzSLpdjLND5BeLSvFh&#10;6b/n3avgFi71cn/V9vTqPIqsT2gnh172lKqmSSpNVUSa6ppdZmAILAvrv41YINTc2t79HOM6Gx+z&#10;rVNRr59e9rLcSCfF7cawW+KFlBDea9Q1mvcBOR9PaaeRTTQKUP8Aq/w9OTA6I/WnXvaKSlBYASXU&#10;EXUra1vV+q/Pt36igqyU/PrS1p3ceve50WPErO0d1A/F7/j/AFWoXvp5/HtHNKToqe7/AFf5+vGt&#10;VoO7r3twWlMWkOLSWYAHS19JBIGliPo3thpNWnTwHVGYt173kWlmLNqA1XH0KjlgL/2vpf8A2I97&#10;1AGnXmUgkeXXveY0xWwYXLAker6fkH9RJ9P+9e/autUHXvfJqYBlUi2oggC/INrXJY8g+9qfOuOr&#10;IpJ+zr3sSMJtuvyu1Vo6an1MMtUyuPNAoWFqSKMNqeoTk6xxe/tpptDamccPs6VrFK0dARx697az&#10;i9sYeQCulGRydKby4l4qymRjA9nH30byQ2NRGYri/wBdX093WZGaimg9R1ZY4lbGW9Ove3BNzZRI&#10;ZEwMP93KWZXjmpo5oMkssUi6ZH11UOsa4Sq2HPpv+faacw5RiD/Lz6cUsAVVdK+nHr3tU4DBLVbM&#10;zdW6mokkzkEk0x9B8how36FlQEkOSLC3sre7USqdQ8OlPLpRGgMTn+l172xU2Ityf3EuAv4uD+n6&#10;Pc8/n2iu7yNky449NduNRx172rqLDO0UZSTTHYEroDGzFrWLSA8/19kV3uFvFC1HoT/pv8nV5dLR&#10;EKAG697VC4J3pGnUaKSHTZtSi5eQx30+VZP86dP5Psve60Pof4m/4vpTb28oGR29e92k/wArXamB&#10;yndmV3BkIA2Z2XSR1OKp71JDzZXam/qaVvOk8dMojiQN61lB+lhz7S7lZ3D3e0WF1HptLmYKxPop&#10;THb6j0IPn5V6tzDPd2PLe63lkmq7QR6fhHxSopy3b8PVSf8AO+7T3l1J/Lf+Qm5tjVTY3OridnQQ&#10;ZaMY6aTHJU9q9eY6Z0pMnRV1NUmopsjJFyno16hza1qHyb+P+y/lXtd9sdjAU1RAKh8BudaeqqZ9&#10;u1s4pVmrIsbjsjho68yQ0axlJX0gfT/GYX5M22xsll5dhEV3iq6i2sAUAq7kLTjWn29Yjrve3DeJ&#10;bvZ4PDvwO9SznxPIZcBVKjUcA160hP5Y/wDOl+Q38vXdWTTdGOm7l6Z3RIP4x19U5Xa+xxBVUjbm&#10;rIclT7ppeud5bgRxlNzNOyRBEcroIKn0653f3wm3/wDGuumyc1Gu6uuhUzLj9ztV4XFSOIxJLLI+&#10;Eg3DlsvDphS9nXkfT6WIYG2bxaq0l7tJg3AAMFEqPXhgEVXj6+fU+ctb5ZbnbaHg8PcOCjUzVbjp&#10;rpVf2/Lh19Aj4YfzD/ir899t1+e+OHYx3pUYClo5N24t9o9h7bfb1ZVF4zRmq3zszaMeWEc8Tp5a&#10;VZEbTfgEey10uUwlVGfClpI9QmBSrBjQEDV64wsgU/S3sXWm52sdmI9yh0z/AMNS3/HF9cdCgyTI&#10;KNF/MHo7/tUbaps7PMaPF4z+MUdbIyRK9TTUID1MkUekmYiTSUsL3C8/gj2L9g5sh26OUQQ4OAuo&#10;qG+Htynbqx0wNxgjVvHP6X4sn/IvXCTSFLMbBAXJsTYKCb2H1t7M71X8Qe/NwZVM1t/ZcdfRZJfM&#10;tP8A3j2lSiGKtnx9YAr1WeimkMMMqL+gE35sRwMYfdq1tUdbnZkSn/DSaUp6w/y4Z6Ib/mLZ7RyY&#10;4RT/AG4px9VPp0WXun5d/HXonH1dX2z2N/dOno1maeVdo74z7IYIsq8hEO2dtZiV9KYepPpBv4uL&#10;6lud7bfwc7jqHhp9xYiHbELwJqqYsvtjMlXcQgARUm5F8lgWNgxHpt+fZRufuFd7ggm2zl/WCais&#10;xXTx7sxg+nSW358tUVxBbV/2zD/Cg6rB3n/woH/lUbPkyFIvyclzWZoKianOKHSvyFoRNUQtNE1M&#10;te/UMtKG86BNQJHN/wAexr2r/LYzq1H3OR7WrVhqmMn2kezsWyxlkX9tZYt2GVwpWwYjm/8AQckG&#10;4e4yQ2Q+omEN3GuajVT8xFo/yfnwILz3PEczW89qUUEZ1Bv8EZ6It2D/AMKbOvnyk2P6R+Kw7oxo&#10;nMVBnJO6M51797B6/HUnGbn6NNTTeTj0O2oD2NOK/l8dN0sVUd2bYg7ByTVEDUlbW1WYwLRxRlmq&#10;XFLRbmMbalVb8WW3sI/1wsN73fY59853eOzgglWRRaswLuP0+6NF4Oa/PhmvQN3b3G25lYW2+sso&#10;OB4T/KtQY/8AVWvRVO6P+FAH8wPem0clD0j8XKLoGqepozjtyJ3P1N2hLT0kcyTVZXDbx6opoZfN&#10;TQtGWZSI/IX/ALK+xp2t0D1719qGztnUmHV7a/BX5Ge+lZUH/A3I1bEAVDgc2F/9b3JO0c3cv2co&#10;mW/KNggmNj/IrSv5efl1HW5+4+4X0FzFc7cJVcrpPiBeBqCQIqeXr8/M9Us97/Pf+Zt8q8JLtbu3&#10;5I5LcuBLgT7ai656Sw0EOipoMio/iOztqbeqHUT4mGbV5OdGm9i2po7P6lG9ZoZkiCVC+TyTak/c&#10;Nsci+lq6BF8aQW4Avf8A2808v+7XK+12yWz32SMdkxqauc0iwP29QxyvuPMO1z7k+57XpSTRpHiR&#10;tSgfzQHiSCfT/AYX4HfMnN/FDbU+3YqiTce1aLwCKkdUxS4lJq3dtbOYnG3s5kKz77I7kD+pz4xH&#10;/qT6QownSs2GWcSVLMswRT+xDf0M5vZchIb3kH4HuV5+cOVPCQ3oGhvnLTFfPSRmvl0bT8/XFwV8&#10;DaEwT/op/wCgB0dvsv8AmhY7saqxke3aBqepxstVIdNRW2vUQUoXms2ZRoLJSP8AQt/t/b9D1RXc&#10;mKo8JvdT4aZrte35rgFA/N/ZVHzX7DRAfvTd/Dc5/sL9/XPahzjAH7elEXNW43IP+6VWH/NYf5QO&#10;mVvnhvDJNBDTYZs3GwCVKvlqPGLFEqx2u8m21WS7N+OLe4dP8ZazKVizLTazI4Eja6RbEMxLEHNx&#10;gXv/AE9pL77yHsJsytGebPgFV/xXcfyz9M59P9WOhdtO+7/MpWTbgF8j4q/5vX/i/LoXav55/JCH&#10;a8sO1uuP4rNFTSGljO9doY8PeILFFrr9s6ECKpOpmHA9jftTo6i2YI6zIxiBV9UU9mm1SqYGEeml&#10;yFUwtpB54/23vHvnn7yfLfMKyxcmj6mUGlKyxcA/+/4E+zo03DRcoovL/QxTK+GTT8wSM1p5evVZ&#10;Xb3bfzS+Se6X6/7BwDdYbUylMpr54c/13vNUxWQnnxktX4cRSY2sk1UmTLaElRxbT/a9iRj4cd/l&#10;ROSMbR/cQxx/ZSMHjHMa3vrGpha55/NvcE7/AGHPnOk23TT7Ro21/Dkr48GM5804JJX+Veg/dX1r&#10;DdQCCTWVRV1UONOoDjXgR0n9q9lfHD4c4XNUeFcbu7HlhyVJk6+ai3lhGfLz0sS1c/jkpM/iQpz2&#10;3I/RH6LPdfSDdjqUh+4kZTq9clmKhT+o6SSqoGsnHIHue+TdhseXtotkfuvtCVWrih0pXi7gfqJW&#10;ox9vTlpyzu2/7nDdpGXhFCO5BjWSOJQ8G9Oq0u//AJX7l7XzWVqqiVqDH1NXXrBR2pJ/HS1NVlpI&#10;4zPHgqGVxHT1/jBZQ1lvx9B1odgCBxb/AGkf7D2sulRpJXI79XGp/b/g6mKw5cv7aMCW1AjUU+Ie&#10;X2N0SjJ5yGaV285Ds/JEbm5bVzYwi31+nvtUY29P15508/7yD+fbRLLVeH59HSbTMKB49I+RH+fp&#10;r/i0UV+TIw5uQwK/UWsIyvFvfivIXlrD/jdv8Sfe10IpmWTTN6fy48OHTU42jbFMrz0uG+IaWP5V&#10;FRkU6nUK5LMSqlPAGKswjUTRJqBuXYFylvGLm359qnHY3HTxMZJwxbSArU1QdBVpG9JVhr1FR/QD&#10;3EXN+7btcA2rW5EY40kQVro4jFP8vkOgVuu/3u5GNLe38NFrnUDUH/aY6On8d6Go6v3BTbkGXJrG&#10;8pgT7CxVTQZiik0Sp9+pZoqv+0oB/wB5ANdzdD7K7W2/UUeWSMZtAv2eRWLIu9CZajGyTn7cZOhp&#10;5/PTUCx2YnSORY+432rfd/2e+ES2n+IilQXjzg+YVjxNa/4fNLsPOe5crbhI88tdvGnFBT4W81Vm&#10;Hc3W0l8H/wCYVmej8vgK7E7llyeyco2SGU2scalJHnBSw7pWjBy1XtLJZXF/w7LZVplVdPl06WAW&#10;4WnTN9R4Sh3BksLn6cUdTTCnWWcGepaZGiWaL9ujrXjQLEF4DE888j3MK2lvuG3i/Euk/ZQZNPNx&#10;5/L7MdZX7ZNY79tS7vbzam/0rL+LSR3afP8Ao/Z1tqYTt+rze38Vn9tQjM0WTE5hiaX7AxmGQwyn&#10;XWY2OZrzah6kUG1xwfYFb56O2Askytu1hBoD/ajAZPSGYDVaUV5Yf4e2rN5Vgj0pqyRxHAcOH+H5&#10;9PWazT25kuqLJqYeXAcPhPQo4Ld+48mq/dbSFICbeT+O0c3+t6BTRkm3+t7LuesdmYLINUbZ3QyZ&#10;SNgYgMJXKPJ5GdPVW1csFy4tzwPZrHFdyAp4JH59PqkafAx1fZ/n6XMVRUuoM1GIQRzaojlA/rwq&#10;gkW9vU+R+QVJTiPDbplixynREBj9nsGAWysBUoZl1RKvB/3v2/FtSTDUYe6v8X/Q3r1b6p1FBMdP&#10;2dQJ6LBT1Beemikn08s0c97ay31A08MT7YJdy/I2OQB92VDH/tX7OXkseOIjflfd/wBzw0/3HH7T&#10;/wBBdN/Vt/v7+X+x1lXGYex00kNj+NMn9P6E8ce8P98fkdCx/wB/ROOGItRbLPp/B0/bnnj88e3V&#10;2aIaqxfi9W/Pz4dNS7hIp/tsf6X/AGOuJxGFktqo4W4AFxJ9Px+ffTdh/JZHBj3lUhuL/wC47Zd7&#10;3PFvtGFwfdhy/GVCm37Pt8vzbpM+5SU0i4p/tf8AoXrCdubecG+Mpzf6+mXnj/g3twj7V+T1FG7V&#10;O86hICDrl/heyGsOABojoHd7+/DlqAEEw1IP8R/Z8WOkc+4XBC0lwP8AS/8AQPUJ9mbRnYa8LSOw&#10;Pp4nFje9+JALg+w43HvCv3YzLvLe02VqAV8kb4KKmAfVG3L46np1IPiQ/wCw/wBf2eWu1QpoVU04&#10;+3/n7pE908opJN/LpR0lFS0EK09HCkEK8CNC1gOTxqLH8+01Q7XViZcRP98v1MJi+2uAGAIeom1A&#10;r6j/AIW/x9mUkFjEUDSaR9j/AOr/AA/PpHNJHUBn7epXtaY7aObqCCNqx0TNcGqGbpZz9HAIh+4s&#10;SoW30/PvYkRG/SbH2deUa8KB1iM0anliPpxpb/b8L/j7ELF9eZ9mBk3NLBDJpDQDGUMw0oWsA4ql&#10;b6nVx7UGGS7YiVdIX/V9nVZFnioy8Ps6gz5KGL6KHI5HLL9bD6+M2vf2rcV09tWjq0rKmmjyFYWU&#10;mof72nsbs1zCmQaIWb/D2ZwWFrTvkp65b/P/AD/l0ikvHgz4Wf8ATf7HTHU56oKsYojDYMRZ0k1W&#10;IFhqi/x9jHi8NBjlSOm9MClSIPUBJ+keHW0rOg0i17+z7bIdvs5JT4lcUppPD/V59Fd3uFxdqsWn&#10;Cmvl/wBA9IvK5Sqro7SRgOdX72tWMPBtKECBXIIvpt7WdJQeWKzDwwm7NGCGC8KHJfUH4Q24/p7E&#10;dikNxcIsT61+f2dImEpwwNOg9yWUNIxYfu1PEayG6M/qcxgKYygu635H59yTFTKojiUB4l8IfUxD&#10;eNfSNLcjUyg/n3KO17fctCrqtYyP8On+l+wcf29Ir9nECvx7/wDi+ks1XUvN5KiQlZmNT4bJdPIx&#10;1HWikHQGI/F/fFkUR2sb8cWI/HPNyPr7PogEQRTGrZ6D5nJbSZO7rwkcza1/SDbVdeTfjjTc+j/W&#10;59wmUFtP50MbcD9P9LH8X9ld1ZSofGSPs/1f7P5Dq8YkT9UJ2jp3inCqDqv61Xjm+rj8gEXI9trw&#10;q5b+v1F72Nhza55+vshmt3iqG4HHSyKSgDgY9OnuOoZQpH0H1sADa/HAU2+ntlqKVtTcf01D882t&#10;zquPZdrRZACc9GcU4jYK3DpQQVKlAfpckDg2+p1cafp7ZK2l9bWFyNIIDW+qpz6jb6c+9ysp4YPS&#10;5ZlPA46eqGoJRSTwQxuR/Rnv9Bf221cBLqSCGufyLfQfkcfS3tEUiFe40/1fLp4BgGFO3p0pZ/S3&#10;0K8Amx+tyOBe973PuHPH6Y2I45H44Frc83/P+8+25UUHScjq6k1FOpkEnMliLgX/AK35/HFuR7hS&#10;Q/5LaxJDsQPweLj8/X8e0TRaKsTVfs6UxOA6sR29TVm1TWBtdFub/wBGt9bXP/Ee4ZCNA5YaQC9+&#10;DxdSfqLWv7KvPpR4ieuOpgLCQAc3VfzYfX6EH+ntpFOheVg+pVhY8qb8Efgt7p51Tq65bt6lazZQ&#10;QQSw+h45v/sBx7bo4iJ3YC5u1zcfTWAV4Nrf4e9lQ66WGOnYwwORTrMzDQBf+luDY8f1tckf8R74&#10;SQL9wWdedQ+lwQpsfwfaBiFaiGqjq4dkIA+Hrmr3XjjjgWH9eb+4dTEDUEg+nUCf9bV/gfpx7cYa&#10;SVJ6Ull46hTrmh9HP1t+Pr9P6f1ufeGsiTy6rXDX5B03tpH5Nvp7crHTTpNP59eNeHl13GTY82t/&#10;T/ioHvDMknhhbTZbScE3HqZb3seP9j7TaLf+zDfqev8Aqx06XjwA2T1yB5bm59NuLWtf+ov+PfNo&#10;2+1iBN/85zYk28nAP9D/AE9012o4oa/6vn1svGqipp16/rYj6Hj68fS39PfOmjURTEm3pW55/wBU&#10;1vp/rey8xyIaxnq3l10x5H45t/j+L/X+p95aGLicXHK2BJYXsx/p+R7bYMP9DH7f9npsyxrUVz15&#10;2A0nm/PFv99xz7zQXWYB+PVYD83vxa3N7e7tE1K0Grz/ANR6sHXjXHXFuV4/3w+v1/2HvtYv8oJv&#10;ceUn8W/WD9bj+vv0SfxJ+3/N1sMCePXV/T/Sy/7H6f0tzf3kdSzkDkhzxwPyeefbLqUNW4deLL69&#10;eU2H+Frg8m1wB+Px7lstjCpXnwj6kcer/b+6a1Pn1vWvr1xFzq+ttRta9zfi/wDT3ka4aMEcFf6/&#10;Q6v+Jv7vUlVP4c0/y9WBByOuIt6v6j/X54v/AE9ydF6aT6cyRk/7A2v9fdW8/Tq3XAfrH5+v1/17&#10;2tYce50dvtpB9fUhU/Q8m3A+lvaYmpOc9J3pqanXE31i/wDQ3/pbjg/n3Noivkiv/tX0v9LP/sfp&#10;7sK0Irj8utgOVxw6xT3Mbkf4f7fUt/yf6+5NCP3kKg25tf8A4K9uB+P949ufh0sc9PrUBQePWCp/&#10;Q17c/Xn8XS55t/X/AG3t/oEfWWsf1f14/P5/2Psuuv8AQ/z/AMnXj5dQZmXTa/1W/wBDf/eP6/X8&#10;e3tGvVE3sNEYYH+gtbg2/wCK+0qqxwqn8uvcT1AcaacA/UvIQfpz6vyOL8/63t/V4zOo4u0MS/W1&#10;249J5/r794ctP7M/sPV814dMLAiAkkWWWVvqDYcnUPp+PbxaTx0y2uRNEzDj6WH0J/rb2rtMI5+f&#10;+TqwFKmvTFMY/LUnVYGmlUX/AAxZrggAA2B9rTABFyWFnKk+PL45mYkixWohcj/b/wCHt+QihXzI&#10;6rOwMbJXuK9Bnu8SSYDdVMjaTLtvOIoCg38lFVRr/h9P8be7KNqVchgwRiiBiahomeTWtvUIvTpK&#10;BuUN7/i3tEjFwrKCART86/7HUc7spjmYsTqr/n61Lvlfs7DtD3t/GMuUyUW5d4yUdF9jO+mnSgyT&#10;Rz/dQT+ECOdraG9T+xxlVJKfSyalkI/OkoSLLJwQW0E3sfrb28RIFcIaOP8AURnHD/ixx6QWLEKx&#10;Y/pg/wDF9a32Eq1xm+KWriyjUv8AD4KtpmSm8q5GnifyTYxrqwpVyEaeMyJqMerUvvhAjUtNJF5j&#10;VSmwEjKsPkC3vZQSF+v59pGgum+mz8PnjGf50+X2favkYOVIFOlhntz7Z3tvc7h/u8mxtvP9wRgY&#10;K7IbgigknhjWmh++ENPVy/5QmrVo/ter2nalyqrM45X6TX/4D6mCkeMD9zycC5+nszPl09EDRgD0&#10;YvY2KSvravbmMlKCr8ck22fH6N1ikp5quOaTLTSL/B/4MA06qrfv/pH9fYQ9vMxwdchOsKKcLew1&#10;E1dA7cgDTa/5/p7VQN2SJXu4/wCD/N0f7PSr0HdT/iurbv5VNFSR762plqakjpDkDlvvdMkkpp/t&#10;cT2DT0/Mrkz+X/aFXTq9XsoE4BRlNmQ/ojtYMeCRqAJHJv8A63s2tHZkiZuPD+dOjkDFCOtkiFdN&#10;SWRdEg9c1TqDMgKMYz42srXA08e4syD7aWNLRo6gActb1DV9efr7PNukK3CXUh/Rj7m/l/q49Md1&#10;JtXCv/Ff5OvE3rKYsfPU+V1jbiK/DhAun0Cy2/HvjgZft8vj5HcAR1UZaw+ix3/oDb/b39v7qFuj&#10;OtshZimP9vw/1fl1eCQS31m6r2h11dYN30v3mzs/TlNInxtUgN+fKyi6+p4yeSP6qPdRndcHi7H3&#10;Y1v+BG4c3VKBf6T5jJSAG2r+v+H0+nvHG4Vkv7yJ8yBnX869D27kWedHiOpCgH59Wo7MAG0Nqqv0&#10;XbeDUf8AIOMpR/j/AE9onbVSI62EFyrCVONJPHmg5uA3Bt/t/ZJfQylW/T7dQ/wdKoQ6qF09KT2e&#10;rq2oeaCA3uhhiGoW5tHSWXkLxz+fZBPcW8dIlaj14U/1f6s9MXLBF7xivSY3BDqgdtN7X+pItxIS&#10;fr9bH2YqBwqqSRqsPwQL2HA/J/r7W2Ku51KKp/q4/wAv+Kp0UySRivd0DWURSXT+v1ub8A3vz9LD&#10;24U6fua3BVW1Fb88Egj8k39iJX7FWvf59FUjgg92ekdWEBWERuFKgi4BFv8Abjge802q3oAI/oCB&#10;9SAfr/h790x9vUeDTr9dwf62JHAJH0+vv1PcepfSwH/BrXLC3P8Ah7317rqrtwjXdSfpyL20m5K/&#10;Tn2j+0lqV2lJHQQXhnX991kjX0x19CyDxyDXw1xxb/iPZ3ZIqBjI2R9vzz/xfQi22WBYyHfu/P59&#10;O3WckE+7ZXragmrp/G1NEYmOky4+uWW0sREZvGoPN+fZSalCDGFjAdDqI1g6i3P1tYf7x7D14kiT&#10;/DROl9QXBX4ejSxMpBOq4IsOCPp9LD8cj3jKCKUsJFn1Bf2ymjTp/Ic35/2/tK0j/wAJDfb054kv&#10;z/b1zHK2I08nng/W31HvPEwPkVjpY6yUtfgtzdxa5v7LpnmXVMsRYrjT/qH+X/P04zSvimD/AKv9&#10;WeuiPp/vf15/1iCPblSzLHCqkERtOVZPU11IAY61BIuOP9j7Irrcr9nCrBpFP4h/0D08iQhNMhFS&#10;Pn1xMakkk8gcen+p4/P9R7MQO389lsTtrbFOP4ZiMJR4ahjplenqfu6nGU32KZIzSUCVEBqKaQL4&#10;tbBdN7km/svsZrqC5Ev1JLmQHTQUFSuPh8j506Q3FrZP+oho4+R/1f6vz6B2n6b2Xj83uTdsmNhq&#10;9w51syanJs9bDLHjstV/xKbGCJci1O8aVal9YRSSbcDj2qcDWtJU1MkgtNK0pkl+pLsV1gqiqo1N&#10;zx/r+5k5T3tp7hbWSX9Rf5/B/R+z/Y6I71CUYeY/1f5ug67F23FBjKcwJekiWFIqe50Isa1Aj/ca&#10;cv6VP59inh3ZirNIEPhZSbCxso1H9IH09zjt91DcKERdTIv+H/P5cegLuHEin4v8/RJt+Y80qSKI&#10;i8c1bG4XWQUOtlRb+Ri2gnn26pIVc3X9Ssy/4gD68jj2cIfFNENT0XYp0hammUwoWawikSOT82LS&#10;cL6WOr6j3hjk1O7H6MLr+foCf6A3A9o7lSgjDHA41x6dNSISqKpwOnRqa0Sxxg6kIDhbmxLc/Rir&#10;C/Ptsmkj1eWRSdX676hpsqKvH5v/AID8ew3ukiyrpifNP8vr9lf8vSyKKQOuOhDwVLPEv2ytpEZt&#10;AbIdWppXkvqItob6am5PtL1dUyW8YsGNmN78C1v1Br8n2UW8hhUh/Po2jjOkAA9CzSYtKhj5G1GM&#10;3jBW1y+sNbSykfpHuBJlipsSPp/vv91n23qWtOlSQgfFw6e4tuK41qpFjx/X+v8Ax2F/969xZ8mC&#10;Li17/QX/AKD/AJtm5/3v37Uvr034T+nU+lwDoxDX0n8kDnm//HcFQb+4ElW5X6fW/wDgLkcfRf8A&#10;D3USIQTq6tWLw+Pd/P8A4rp3jxoV/p9LD+vAYf7WP6/7x7gvOL31f6xtf/Gw4+vv3iRkHOPsPTZG&#10;ot2/7HTrFSMoFk/NiNYX6WFzZvfJa1QLaubcfX6C3+0An/W90EcjsAB2npMYyRkY67ehF9RW3qux&#10;/AJP/LSwNh9f6+8L1124bm4Xnn8/Uho/bq2r611J2ef+odJntjqGkY/PrKtKPGeLn9QI45AAsLSD&#10;+ntuqqq6Ndrkcf4m1rm5FuPa0EajGR34/wCK/wBXp06EdVAIz1No6Mh1dVspH1/AubC4DXHH+v7S&#10;NawaGwYm9h9L8ix5IIA49mQmDCpbSftp000bNlwK/mP8h6VlHE0cwOi9iTf6/gi4HJ5PsPsqwWS1&#10;/ULi2k/0jvf6c29vghypxw/1fl0ieNg41Ljpe45WMfF7HkG4N+Xt/W1vaHyCXjYhb3+vJ/qv0597&#10;1DPf/q/Z02WWn9of9X5dKOH6/wC2/wCJH+x+ntHZSMioYlSHsv8Aa4/SP8bfT/W92WWL+zLYP7f9&#10;X+XpTb/Dimn+fU6PlByT9fx/iPxxb2mBE33SakOjWRxb9Vv9f/fH2ydXlx6eIb8NK/PqTcBTf62F&#10;v8P9ccfX2m62NkaQqLF5HA/pfU1+TwL29oZXjE6rK1RT/V/q/wCK6ZKHxNTmtOpA+g/1h7g0iE1l&#10;MLWKyR355GmT1cj6W9qwY5VxmnT6sKcevH6H/WPtgydP/l9WCL3nna5/K+Z7AkH/AHq/uk3grbmp&#10;+X5/8X0sSSPw9VaLWn59eH0H+sPbZRUpbI00YW7vLEUsbarzIVF9Wmx9k7W76xIuFI69IvhqJnOm&#10;I/6uPXftv3ZTvFV16spDgVFxfVyusHkcG59oN2hkiiVWXuA/o/Z/q/l1eGSPwmKnFT14G4BH0PI/&#10;2PsBpriaQXsuq688EfQfUXPI/wBv7CNO8E/FXqooTqHHr3vjqGq6fT82+hNhb63sTf8A1vatZCoA&#10;A69173nAJ4I+v+sDbkgcG1vbZIrUcOrde9zomGk6+LWAH1t9Q3A/r9ffo8MSTinT8JVS2o0697zc&#10;AgX4JsLA/ngWsPbodSpYHgPz6Uh1bgeve/KbKysdP5A+v1I/1Nhce009S6UpSn+fqkhFO7h173iI&#10;Iu3Gn6XP9eSL24v7U2r6XAr5V/yf4OkcpUnHXvfOORY2ux4sSeDc8g3+nHHs+tJELqa1o3ScLrYa&#10;BwPXvZ5dj3HTUEn1X+LQMCBfj+7FKw4sCePZ9YSpLPIiCpz5/NR0Hypm3G4WNdTaT/x7plk/4viG&#10;9v8AcYOP+qv63/w9rfDL5dx7SIXVfZEOkEgen7yIDkf0A9mtqfBeTxMdx/wf5+vXSeFYOjdreMv+&#10;DqLWECiyZBAtXyFjY/Xxo1iPz9fbH3/aHDUqAnWzU+ofQ8Syj6kWP9OPa9pIfDY17fP/AFf6v2dL&#10;bE/4uv8AD1G2szPFUMRZRMwU3BupSIj/AFvr7JJUmxPHP5BI5PFwT+CP9jf2SXZTuAP+qv8Aq+XS&#10;1Y2WQ4x5dK33BXUNQ0m/BvcHkjkAc8D/AHr2XCpPDHTiUrnr3vhpb6aG+tv84bX+t/r9f+J971/L&#10;+X+x05WP5fs697//0aOqgAy6h9SeeBz6Qtwfr9PeMor58epmbj8ut/j20yR/uX/1vx9fQPx+LD3v&#10;yz1Smeve8uKCx7kwV7g/xCMj6/hOb34+vHtfYkKZKjyHSzbUP1LCvAL/AJ+vexG7PI+/o7cj+HUR&#10;/wCsUn+939tWT6JrksMEn/D0TqrfWXpNaUP+E9e9gzUsWZgBdCSP6fW/H44t+ParxGcipoOtr8Q7&#10;qfPr3tuckXuL3uP8LAn/AGxJPtuSRDERHwr9lPPpUWFKr1723SMSXAP6bn8/VQfpwPrz7eSZCqVN&#10;HJ68GGPXr3tvmYqSf62ve/F+fxzc+3o5QdYQ/wCr5daJBJp173BYyk2kOof7rHC8fT6qb2Bt+r2v&#10;huY/CQFv8PTqyCgqeve88Eb/AEaPQv5Nw1yOeBe5Nz+PdTLGDVX6oDpJK8Ove3GKGNUtOb6CPt2I&#10;cFwzHykBSACvH1H+t7oKS6mB49MtCGZmZseXXvarxuFyVdKktLTmOa7am8kLEDTIo/VKg/Sn9Peq&#10;0qjvxzT/AFf6v2dWSBjqL/4eve5JhwOOYx1WZSaug9U+N+yq4TJrsYx90jPCmoHVce2jL31Of59U&#10;KrHJ3dx9PXr3tum3JlqSsgqtuUzbUlo5PPHO8lNm1qGtYER1sTCIMRq5B4493Esekfix9nT6u1E0&#10;dtAPn172la2OTJ1k2Xyg+4rai4mqgPF5GLtK0pihMcKancmyqLXt7o041qq0DUx1o0Zqt8XXvfd2&#10;iTxQyftuBePQPo40ka2uebW+v49tfWDzf+X+x1Wo8j173w8dgtoygKkN6+Gb66iCeL3+ntHPIJGF&#10;GqKdVbJ697bqmJbo1hfXYAE/hjz9f6+/RtUU6uhqCD5de9rHNxg4vbIINjhwb35/4EP/AI8gfT/H&#10;3UBj4pXyPT0oYxpp9Ove0/TUx4uCL83A/qtuRquP+Ne2HPD7ekgHXvbhBEqnxlxHHLy/pL6glmXm&#10;91Orjge9OXPDpS2r8Jx1733GiSs0cUXoUhllDkfUE/pY/W4I96KsuVOetaCMp173LWmL2AAkHPk4&#10;0hRxpH1W31/HvSL5sO3ryx14jr3t5pNr1k0D1cqGhoIgXeoOmcAA2J8SypJcG34497LitOJ6fEZI&#10;qcDr3uXTZHDUAK0lN/F51JjEyz1NEKRh/wApDJKrLPpItp/x97CORVnoD/qp69eQhani3+Dr3vBP&#10;V5TKokVVklkphUs60Zo4FKLyoT7hFSQ2VtN/za/tmXwlXvU/7P8Aq/LrzFmFGbFeve+cFAkKuqxa&#10;LuzE6yb6tIJuZDbVb2lDyByrSE/n1aMdxHXvbvSQ2AUoSCo+rcfRR/Uckf4e0ly4Ulj5Dp8VA697&#10;HLatKD11nFZLqudgIGri/wBgotcMP969kE0he4JHmv8AIEH/ACdKEP6Dmnn11+f9gf8AiPaLoKNa&#10;id/HDZon0omsklwt7klwVHP+8+y+9mMYoG6tDCGBcjrv2bXojoDNdmZWCapU0OPT1NKVgqOPDVMA&#10;Eiy1FMQxp7E/i/8AsPZFN4kjBEALNjgv+Eg/Lz9Or3HgwQvK1AFP+fpH723riNi4WpzWWkAip1Vl&#10;itPeW8sURAMFPUsLGYH9Jv7tK7G+NmBwvTuSo8Pj2lq3GO8cQq6+50bjoZGAlqc1JCpEMjHn62/r&#10;9CrmBpdtubWa6bQO+vDNaL5ajxb+fp0Ebfmdbq/+jiPYP+gdX8PRHvj58wqbuvtfM7aoZ1mx2Mek&#10;WRwtvF93trK5KMerb2LlkMkmMJ4kbT9OBYECv5b+Gy+x+8xjMzSsanNUlfTlPLAhpzTbN3xIHvBN&#10;URyFo6tW/Wn0tcn6Gl1dS7luWwXMVGjjn1AYzQrXy+VOB416Hu+xQSco7oly40kR+vlMv8PQR/zy&#10;cRjM9/K6+U9Lk8yMFRLt/YcsuTNDUZAU5i7h65liU0lNJFO3nqIViuD6Neo+kG917U8jy1X7wUIC&#10;QxjXnTyTpufeRa3git7JfCqXPCvDrnaZrGK8lEENZamo1N/lH+ryp18yD+B5GePI1Mlf46akSNo5&#10;mpYmDhpCpbQra1NzwCPcOiWrp5JlpWBIidXP7KXjm1QyC8zADUrWv9QfpY8+zHfILG9tLe33eLxL&#10;KYio7xWgDcY88fQjHy6kjY+el+iCblHpstZD9wwAR5qgPGnDpN7TXeWxd4UO8uu8n/Dd27bqqXM4&#10;bLfZ4urFJXwya4Kj7DOmpx8/hbnTLC6n/Un2m6bYWAhrHyUe3tNbUO0j1Ay9YdcjSmZnEJrvCD5T&#10;qsAB/h7CN1yxyeZXCmka07f1v+Paqiox/n6OpOe+V01i3ufKqikmflVo/wAurRKX+bx/NFrtmUu0&#10;67tk1NDTIaGHIf6PPj+hpKSKlWjj/wAmh64RpzDEOdTFj/qh7EfH0lTF9tAGK07OqeH9siwWNbeR&#10;pi4uqgcc8f19lE45fsVuU2qwCXaR8dUhNKnNGBU0I8/8HRFce4ME2uOx27TL8IfxK0zx7o6efDPR&#10;Z937i757iqoNxd2dhf3hxuTrmm8n91tpYrz5CXz1MlMo2zDjKhWeCum9QVU5/wBUos91OIp0kSWK&#10;QQEHUmlC+kKbq41zerT+LjSbE29hkbpzDJriW51qwpQqgpWop8Oaeea8Oim75n3eSiK+sMMikYwf&#10;L4P8vSq27gPjpjaOnqNxdaSPVYyrR5slHvbeEa5haKGnd5RSUjyJQDIyxu6gKwjHp/xGFhrUMK1G&#10;lAEbyiHVdV9TL41bStyb3H+w90m27d5B4ciHR8X4RnI+3/J0Fp7rc9QaRBTT6rj/AIz0vdsdn9HY&#10;bJVldiNpeGkaaenp8T/ePcs7QqWgeKp++mo55JlpEUJpcev3PojFHxrDuTbXpW/059LHUBa97D6f&#10;19kl1te8KSTGQn2jz8sEj9p/Z0jW8vpDmI/tQ/yx0v8AJdm9Z7hihaEiFlu4ombLyMqqXkNStUaO&#10;nJFOGIKAEOP6+3NZ4luSdNz+QxHAFvxb8+27XZZ2f/GYv9rUZ+dQcU/n0+m2ePIjTfFTh6/OoOKd&#10;B3u7tGihpNeDyQrYIFCHJrSNTrjzK3oojR1dAJKpasj9fHj/AN7R0k0ZC6uGH4ufoRyAQLG9h7k2&#10;LbFDNpXt/P8Az/b0qbZJPhWKor/q/F0Wlu18i0KiZ2WZuWYrScWsQbJj9H0A+vtpnnpdBkRhoXTf&#10;h7312IF1ve3sSWtpcpIAVPi5pw9PkaU/1enXhs831EcTw0rXz+VfX06QWW3hHPjpjFUARN4fIviu&#10;bidFFneDXc6T9PbQmRMSj0FpBe8gcKWBv/ZCWFgfZ3c7Ot0M3VIh5aK/zr0bvykZpA8UXhxH8PH+&#10;euvHPlTh0n8B2N/d8VDVNM2Uq2VBFOtWaERHUxJ8aUckUpMTgf4Wv+fcqPc9bBIWVEtayqywgj6/&#10;2xBdj/r3/wCKopPbrar2MNIGr6hnP8vEoPy6NDyisUAISkvm3r+Wv/B1NxPyK35TVDx02VRoGIH2&#10;38Owt+PwZ3wwkN7ckm/+8+81HuqqpHd1QMWAAAKCwHBBvA/1903H25sLqJYEB0jPnx/5yDre3crz&#10;qQYhRT8v87468vyB3RQ1xq6nIrNUKi6QKXHRqANelPRiHVj6vr/yP3jq9z1FXwyaQCWA1RsdR/UR&#10;aBCL/wCHF/fto9tds2+TX4Rrx4t/1sP8/wDN1u/5UuJ0jUMdWvjTy/3v/VXp4zHyi39uASpkMt/k&#10;y4qOhjUUOFUeOFSkah4cDTuNKH6k3/2PtjMMsp8kg0I58ijg2DEvxZtX0J9yZC6eFHBG5YRgJ5cF&#10;Gn09Oh7y/wAhQ28cMs8fcUUHJ40WpxIfTorO495VlVU1LFjJJU1M099Ea6vuXndbMaYL6mf/AGHv&#10;mppYjZyfwONYPPNuLgX97mhuQga3Hd5cP8vQ5MW3bLCGc0Cj+n/0N6dJenFbkpryLqV7uAPECHVu&#10;By0JILPybcH+nvC7MzFowVQn0C4Bt/gPdkSXww0i9+nu+XQHv+cbNLmVYZAQT8/+gOljQbLqJ4Ve&#10;QFVsSFYI/BJKg6alebe+JjbTduB9ebC9r/kfnn3pZFU/PoP3/OTNRbc0b14/yKdLTb+woXlDVA1g&#10;f8HUDgH6JVDg+3KGkh+2WR5AG1WI+pt+FsAP9f8Ar7B9/vN5+8biCOL9OmB/l4n/ADH7cdBma+N1&#10;J4kjZfNaedacKD0/2Ohoxu2aKhhgmp/UApGoO4OnSTbTJMzEkMP8f979yI6oRgqST9PozDgcqCBf&#10;2Vna3umMipUH5A/nxH/F9JzdiPR6H/B/q/wdP9dlXpUgiA0SR+VOGAuGZXsT4rN6W4/w/HvA2Tc1&#10;ViNMTM3AK24Fgf8AN/1H0/3xUnk23+kiuXzLQVOfkPJ/T/V6Bjm9j+57u6VK4XH+2T5fz+zoQdm9&#10;gZ5QcNT5IIA1qam+0opBEDLVVEtpHomD3vq9TXv7Jv311nS5jK1GWo20VBjh8iWnctalpYVN5aqN&#10;FsqkkaP8efbH081hZvDpPh+XD+JTT468cA1Pzp1MnsrzpJLytBZzSVYa89v+/ZfRQPT8XW4F/Kb+&#10;bWQy3W2A2TvAiaroanJqtTqpIBapzO6KwWhxm1o1JWNY15YH3X9uLbkv3LrPHo8dlZtSnhRb9KT2&#10;/H/GvaFhJCWQg1JP8+slIpgYAVJqT1skbV3TRVtDBNSzI6SIGVdLC5bm95IUI4bke0BkNlxVV9UX&#10;nj+hOt47cEckVC3/ANh7VRXrxr4zNn7OI+zH+rPTUkgNCzdLen3CquIg4jcjUBbWL/nnwm3HtB5n&#10;qjbVZxNjC7fRj95kACzKwc2WuUfV2/x9mltu0piDVwW9P2f6v8PSJ3jJ7genaDPz6iDOCAtxdIgL&#10;fjkQ3F/9t7Qtb0PtGVrtijcLe/3+V55e9yMotvr7eG7DhUfs6Z0wH8B/1fn05R5x2FyQeSONPHAt&#10;x4+fadm6N2dBK7fws/nj7/KW4JN7HKH8D2/HukuihU/4P8nSdoY2NdNPzPU5MnrAsf6XNrjkf8E/&#10;B9xn6m2rC/oxfJ/6bciSbX/H8Q/Fvbw3STgGNPyPScwICQBjrOtW5HJ5t/QAf9C+59P1xgqa7Q0L&#10;KeOfuqw/k8+qtYezS23BqESHH2f5uveEo/DjrG1c9+GH+2Fvp+PQb+3ul27S0i2iXSLeldchB+p4&#10;LTvxyf8AH2YJdRyZB/1f4f5db0gcOo71jsef63v+fxbjR9b+3VKDxRqBDa9wPWeeSALBuACfaxAt&#10;zXVJhereF4mDw6iNUHV+of61v6C/9Prb3mjoVZv03P8AQN9eL3/Vx7XQwRgDT5/6vX/VXpJK3h00&#10;9R5KpgOTYA3BK/4829JFvanpMVI9lSlMv1/3aI9F/wAm8nqvb/D2oX9NSBxA6QtK7UB+LpO1eTiS&#10;7SVIiHA/zRkLW/5AOnj2qKbbNWNEkjeGO6sbqjkC/NtM2oW/1vaqBtWpGNfQdMtH4h7lr0kq3dVC&#10;uuOFfPLZgLNIlyR6RdobG/8Ar+32CmoaNkIkEsoYCwE6cixvy7KwBHsR7fHE5YkfqAf6j0nks0TS&#10;V49IvI1uUrUkUxGCmYOwYmnk4II0/oWRW0sffWTrJDEwdfHGqMVOpW4s+n6AsOP9t7WxXK2lwDH/&#10;AKv9X+o9JTGKgrgdcMTjY3YFWEsrSrrGlksQYi3BbQfV9f6+0NT7rihr/wCHTm8MkhQOW/S8kohv&#10;pSEtawJ/UBb/AG/uRtj5h0qY2+DH/Pv9D/V69Iru2MsJXT59KXKbGaoov4nT3WqhiDhQDdkSN5wl&#10;3qfHcuwF9JP+9e13HoaNfD64XQSBxqANx6RpYauV9jO2kS4RZAck/s/mf59A25t2ilo38VP9X+od&#10;BjP5Y5pPuAY6mOQxGNtBNgbs2tfR+v8A23uAIgs7hvwr6D9bgLyfrf8A2HtYz9vhgdKllXwFQDpy&#10;MxanjdSLs0RcXIsWb9P0sbf4+4niBK6bix/x+lj+Af6f6/sh3KInVXII/wAH+oHrwnZcMKjp4jqC&#10;oYsBb+nBsbj8/T6+4E8emR2tx+PqTyBe1z9PYb/d7iYEgaOlajU2mvTzT1WqBFB/rf8AA/UfrYcH&#10;2xV8A1vxcemw/wACqDnk2+vtqWLSQvFujKF9LZ6UGOqD40+gI1cn6X1OSL2Fz7baymBa9j+Cbf4B&#10;eb3/AK+0j0Jow7/LpZ9RUUDCv2/5OnWiqGCizcEkWt/UkW+n9PbXUQWjUgcam/3gD6er3pwZFC1z&#10;Xp2OSpoePTpTzfutf66VH9fqSefSDx7gPDeFrfQ6ub/jSPp9PaOaM6XQcf8AUenw1PLqfHMPOt/x&#10;b8H+pHPBPF/cFKcCmmLHUbycD6fQf4j+nspe3NcqV/wdOK9TTTjpxao/ejCnj0883sb/AFGm1jf/&#10;AH309t0cHrnA/SUccf4kfTm9j7YZGShPDpRHJ3IOprSC0f8AUsP94/N7kce4C037z2b+v4/2ongF&#10;v6e9yKVI1LTpZ4hB+HrL5QUFjwP9444vwLe4dRD++NJ/IBFjzd+B+r/H2wadpZcjh1UyZ+HrNG3o&#10;N+P8bj8D6nj62HvBUxaZmuOC315OkahyDf6+/PEHFa0bpwHIZT1yjf0WH4F/wL8f717w1cOt4za3&#10;DXBP0+l/o359s+Ayg5rTpQh7RU8P8HXNH/V/yP8ABtzx+fcdoyYIObGzfX+uoWFzwfbEsMlGBWqj&#10;/V/q9Ok0jM4FRjrIGAZuP6cW/wAOSf6e8uhRTx+m367/AF/D/wCx4HtA0T1rWvVa1A1GvXr+o/7C&#10;3PHI/wB4v76hT9mSxA9P9Pxc2tzxz7U/T/EJR/q/MdGJYEEU64lvWv15/wB7tyPpzx77owQZfz+3&#10;+RyfVbgA+6m1citBT/V8ummRGrUZ67kYC3J+v+H5H5/p75gXqE/Bfg/7ccj6/wCHvRhZaaTUdWWg&#10;oB5dcb+k/Xj6f7b/AFvz7x8+VlH4lIvf6ev6WA+vvxQuaohC/P8A2et+fXYtpuTY6R/vKnkG5495&#10;gLkcfSYX+v1BH+p+n+t7Tsqt2nrYah01z16/+P8AZ4/1v9j+Pc2RAGhFzxToRx+Pxzf8e0dygVww&#10;4HrRHXFGNm/pqPP55v8Ann6++dgNLNY8C3BtdW0gHnjj/ePd/DLRxBTkf4DnrYNagHuH+Xrj+SBx&#10;9f8AX5/I4/PvOBamk/xdD/sCPzybH3QgklTx6fVgwqOuj+tbW+hH+wuOP9hb25Qooomv/tFzyb+r&#10;kkX/AK+0zChIHr0naniEk5p1hYkyL9bWPAt/Tjm35v7z0ukTRfn9dvqONL39uQr8QA6dj4N1xmv4&#10;3PIuQD9P9Utvx9efcugJaeO34P1/N7Nx/T3tkB4dOn0Pn1gqjaNyeOP94utufrfj2oaQW4v9f6D+&#10;tx/sP9f/AA9ssMUPDq/TZN/W/Nvrf/WNr8+3JGAqSLfREPBH4vf8f4+0n0v/AAzH2f7PWiPU9RXJ&#10;NOP66m+t/wAn8n/YW9vgdvuYiD9Ejvx9bmw5t7e+nh4aP5nq9BUY6Y7kU8tzc65LfT+zYn6/8U9v&#10;YLtEjKePKoA4+qqBe5/PtQq0Sg4av8PVuHSfbQJ3DAA+BiSL/pLfTj/D/eva0wAInoWeIEJXUkh9&#10;enhGhsf8bN7RXaggK3EdJ7iTQAadIPc510WXjim0mbFZGEWjLWaSKoH9PrY+7FNsSQR0m0ZrCJqj&#10;EYrS3reyymIhrXIIFvpYHj3SNEj8Nq5C9AXeF8SUvxND/Idauvf0Gd3A3yqw0RGUp8V2B2LqowKe&#10;kM0tBhqgDH/cftSwvKsmny6mC6v9h7MPE6mkeTyalEbXm02v6La9PBB1fj2qeiGNTxp/s/4Oi6zg&#10;Cqr6e48f8IH+frVezGPrpOwKLHjDtS1E2Yg8e33rkmakiORRPsTkCbTDnT5C39q/uJSsZMYjEakK&#10;ArLwPMLn1BOClj/h78DkUPS6RKsPLPQh76pY8P3Pl6FD9lXQ5OZKvAfuTnb0vhgBx8mRZpIsm08b&#10;X8itxq9slLqWoiMieSJRKI59SqFujA/tryQxNufp9ffhXFR08w7TT9nRld8Jj59qZulxGSXG52qq&#10;sL/FNrfZ1FXJWGHIUzQN/Fam1NTGipv3v2mUyatH6vZfe48nIMdjE1gR5AVemDSp8P2s2OZv3dF5&#10;PITe3Fvpz7UQA9xJ9f8AJ0ItoTSswPxBqdX2/wAr7YGLxm7ezqdaV6nJ7L/uSazc/mqIk3CNwY/f&#10;0lOVw5q5afGfwuCQQ3XX5x6/T7LTKttK/hb6R/rm/wDX+vszt/gP2/5B0atSvV3Mct3kYXDSBCzX&#10;sRovb+wfoBz7iMAVT6HUWuB9ALi35/w9iOH/AHD3Yf0B/gHTMh/Sf8v8PWDWUraY8qEdSp4JZgHu&#10;PpwRf6c/X21RyCGeJ+bpIefzbVc24tzf+ntbHraVGBFQF/1f5Ok9hq8dacP9X+Xp/q6YVeNrKYgB&#10;ZoGAF+NTLYch78H/AGr3VD3lKjdg5sgctVVbfU29WRyH04/NveNe4sy7nuDBs+NJ/wBXG6HMRoqE&#10;cc/4T1ZttZDHtnb0Z/sYTFJ/yTQwA/7yPYX4eQ/eRm9/3UseP+O0Z+pH+H59oZ2BQ4z6dG0R7QdP&#10;5dP3s8XUdYzxU8Sm9ooib82UJQDi6jnn2DL21pOZD8IbH7G/z9F+4f2Z/wCan+Q9MuaA+2e9uUI+&#10;h5Nn/wAR7M/CxESMf7QT6X5slv6cE39n+1IWiYj7P2n/AGOiK44V+Q/w9Ahl/wDgSV54JP1HA+l7&#10;cXBJ9vUT3jjtzx/rf7zb8+zAL+pXz/zdIz/LpI1CkGb8AsOBzzp5Nh/qb+8moab/AO8/7GxP0/Ht&#10;7quOofjIYAj6k8fjgEj8n6++VJZ3AJ0rzyRq5Go8gfgkf7D3upXK4Py691wrwViY6BI3F0/Te5Qf&#10;Uki639iHgt2ttyjqY/tyyZQRBx5VGj7OWVxyYJi1zNf8W/N/ZjrEkNfXoxsxWp/1efReN99RU/YG&#10;4MHXTVwiqNovXyUjfbTP5f45R0tNIdKV1IqFUpLXKyXP00+67tyFY8jUJGLL5GfXctrMp8jL6x6d&#10;P+8+y69ZTKwXj6fZ/s9Hy4JoerM8XqNJCz/q0KD9ONI0j6fW4HtLGZ9epvz/AIA/i35H4HtCQBWi&#10;9PCgpjp1AuLX+v8AsL/74n/ePeaJwVl4+q2P+xFuP68n2muP7J6nGn/P08nxR/Yf8J66III/wP8A&#10;rDi3J/w/4p7lI7CGO/8AysAD6X+n+IAH/E+w7LEXIocAcOnZFLJRfXrjYAn/AILc/wC2/wCIt7Vm&#10;Em01FNqsFMkRvYcjVEOLj6WHtEI9M8Q/4Yv/AB/pgqQHFMD/AFDqNUC8E39fFIPr9PQ5P+Fz+fY6&#10;bYqEeeZVa7gyfjjgRf1HNv8AevZ9y5eGDeZiy41Nn/bD06Jr+OqsxNFp/n6C7fdCZ8LGD9Lw/kgk&#10;eOZT+f8AH2OW2fLV+ONedSBAwA41aVuQdJNi/wDX3kTydeG6v50qK6G/ktccPTPQB3EVaUk/6hnq&#10;v7vGOjwOLOQnvohnjqHQswuI5ZJGBIEoFwg/s8D2KsW1Ioo0FbVqDOBpHgk/VyFuY6gg+s+5N2+0&#10;VKMX4fL/AFeXQdS9IYiME049V2Zr5EZHJVdaNr7YmqlxbsaqUZajX/J1VZpiFrsSjD/J1Y+m59p7&#10;O7arsIRJJHdG1eSa8S+TmML+2JpSoXXbj2WbvG8cgVvs/ZT5+vS+3AlKmvcPLoYuke9dmduUUgwm&#10;RjaaLxmLHJHXu1Jr+8LD7qfGY5agyLSsfUPTb2gauYr4wDdfVf6C9goH4F+T7Acrx6XBI4cPT/iv&#10;n0uiRTjy6OZh6EyGRtBD/tlTZieTLqvZrcqPaKqpULSu17L47C39bX5A/wB49oWYahjh0cRpoWlc&#10;9DFjqeQRU8aizP5bm4/slit1J/p/vr+0xVVdnFjb/C3J4+h9H+P9PdhHjjnpT4fzz0tKKjvG3F/8&#10;b8fU/wC1/wDE+2+Wsa4/3jgf0J/1P1/1/du1QTUAfb1vw0OadOkFCCD+frfki/Kj6BzcC3vuOsbR&#10;9ePzwOeOf7NwT7TNGCW9ekjxKdZPxf4Osr0aiRR9fp+T/X/g9j74rUkEg2+p/FvqLkCw9+KA8ePW&#10;3RH48euzTXCkfTj6f4fn9XuO8q6iRxcG6835sPxxz7VJXSM9MsjF3p9vWVYXI5BsCoBuLcXP1Nj7&#10;xeRbm5+vN7G4I/1hb2rilVUo3l00VP8ACeu2p5eNIv8ARSC34P8Ark8e4ks6v+eLg/Q2J+oBsNPH&#10;ujvolkNPUf6v2dVkFAy+Yr1Op6Uoi8DV9Rzbj6/lr3IPtmqagGNv6Wtx/Xgf6n6ce/K1R8+krqVr&#10;UdvT1T05WUA/697fjk2Nm+o/1/aDyhUurfTVqP1Fibre/H5P9Pp7M0krDGBxH+T/AFfy6RvXUxPS&#10;uoUIDg/i1rfi4a1uR+D+faSq/wBJ5vc/7Ef5v6Wvx7rNMxNAKCnSKb4h9nT5F/j/ALx9CLN/vv8A&#10;Y+0jlo/8rdhb6Kf9b0ID+Rfi3t1CHVq5BJ/Z0ttsxZ6nRW0Ac/7e31v/AMV9phD/AJUpKkgOb/jn&#10;6/43+ntzz6fr59SD+mwt/h+eOPbNXprIN7Wkb8X5ufrz/X/D2S3ZZbggnI/1f4OqEZ6kJ+lfxwPb&#10;VTKxrYhYCzIwH4/zqj6c/wBfz/X2ohkCsG/CR1QYPXZ+h/1j/vXtkyK3rawG3Ek5DD6+mWQfXi1/&#10;ai4qbcNTs4/y6fJUQKtMeJ/k68PoP9Yf717iY5B/F6Rh9RNBaxP1+5UgW4twfbESs6RLqolR/g6d&#10;vX/xGNa9tF/wdeP0P+sfbbvVQa7JlR9RVH8/1kFufyD7Sb+KRwH/AIXT+YP+XrVkdUAPXS/pX/BQ&#10;P949lznt5X4H1bi31IBH+x9gKYHXnpQmAD1y94EWw+tuT/rfW4sfqT/vPtzr3XvclT9GNr2PH9TY&#10;/k3/AB7rTFB1vz697lf1/P8Atvr/AF/17e/db9Ove5I/WnH5P/G/dl+CT7P8/SiHg/r/AMX17325&#10;seeRYWtf6C/5v7ooVqUPf519f9X59WkQuRTjXNeve+LWKkcXHP8Aj9eTx/h7cgHfq8iOkciEUYjy&#10;697iE/4fVjc/7G30P4FvZva8SeqJguf6PXvZ8tjAN0lAR+oZGBv6cjatH9f6/wCw9iPaSPrpM/ib&#10;/jy9B21Zf3vdCvAN/wAe6Y5r/wAdX+n8MUf+rje1xgFI3Bs8/j+5FKOL/mpgKj/bH/ffX2fE18T/&#10;AEz/AOHq25EGCRf+GdRKv/gFkyDb/L35HP0jQfi1xx7aPkNTP/AqaX6gPAWNxzeeU/gn6/63vxp4&#10;Z/1eR6V7YA0YoMY/2Oou0pA0VUv0KzEW5/CRf1H/ABPsjdS12Fzza4/xHF7kX59k9yQXI08B0Yuc&#10;9LH3FJJIZPp/asRfn8/n6+26UWjcfLrfBSGHHr3vjq/236v9ha1/0/S/491/Ifz6pX5de9//0qPZ&#10;1vYj9X9SfpbT9PeMvUzkdb/HuFJZQLtpIHFhc/gW/wAP8Pe/y6p173GxjNJuPBFeVFfGb88DSSOP&#10;oLH2rtyqGUMaYHS3b3jjunDGmB172v8AtlmSupVFwTjKEkC3AMUv4/xA9orBwjXBKdtTn8/9X7ei&#10;tVpcXblezP8Ax49e9gkZytlP1LGwuvOoC34/w9rXlDfBgHr2Q5KrQde9w5pWuB9XN7Di3JIve34P&#10;tk44462a+fXvcB9eoqR9foPT/aP4+n9r3brVOPXvfjE5ezLZjewvx+f9S301e9/Z16hOOve3bG7d&#10;r8jVGno6WSpqZNRRFZVJKodRGt1F1HP1H19u/U+FEp8gc/Z/qr+zq41aSw+Eceve1VVbRxm3YVn3&#10;dl4MTUupaGjmgqXkeziNyJKV5EAUuh5/r7cMzuapTwj+3rUhRVR3kARv9R697aW3JFQI0GDxbw1f&#10;pH8UeeOqhcA3uKOoRlXTE7R/67X/AAPb6LIE0yMK+f8Axf7OnlrHjR+p69e9t9VX5vJupydalQ9+&#10;ZYaaGkU8Ko/bg0W06AP9h7cFxH5y4+VOtai3xN173GSjprLH4mWNidbmRmYA83J1B739pJZxqJrU&#10;0/KvTLKC6ny/y9e95GRGcvYLpVRGDYltPAI4t9P6+6tdDggz8/8Ai+rlvTr3vFo5LSAM1iQfoL/2&#10;eLfj2neXxG1jHp1Umpr173FZ5pWb1LHpBCrYMSARbkADkNx792ihb4etgVoW+Hr3vyw/Uu125JNi&#10;v1FuLn63PujNX4R29a08aLjr3uLJCgLKB6iwN+bWFwPzwf8AY+3EZgFrw6dCkaanr3tc5qlBxW1r&#10;qLjDfS5/47yX/tHnn3aGRQzlhXPT8mFip5jr3thipvJ+hA4X+thYEX/Ln+vtgsBxPSMCvXvcmOnl&#10;kYKnp16vqNWoLc+m5sNIH596Q8a9PRjjTr3tRrhIKV0jzlYMZSPr/ekhchtIJJXwO8nodlH+x91q&#10;xaqivTvhkP3tReve3zPLjtvf7jsPSN98iqxrXleWNfIqTKWgmEisPHIRwR71HJ3HxXH+r/V59OGk&#10;dVA7uvew++1qKh1qK+Y1VVc/uRhqdEA4QGKJgjWXgce1Hi241BSKfaOm+01LHPXvbnTwFWvp1H6l&#10;hpHBB9NrgX/x9ttLHJmM+XWzQ/AKY697nrTs7qZANIsVuCgPN/7JBHH+9+2JJo1Ugvn5f5+t/aev&#10;e3NYjeKGMG5ZFAHJ8h9KqNX9T9Pz7RYJfRgUx1eIDVj0697daGnvKyFwHpwVl9DakaMorhh9Lj+n&#10;+Hsqu5ANaFP9Xy6VaGaulcde9j1s6EzbDzQidbLl4hyL+o0P0uSPUb/7x7Dl7MIzG0jlBQ8P9Q/Z&#10;/qDgoYCBx1ddfkD82P8AvBF/979i50d0xXbtqYq6SJvAZY2Xj9QdQRYiqQi7L/T21CslzMqxJq/z&#10;9b8eCCBmlmCnpN7o3TitqY2bI5Spjp4oo2ku5YCyWuSVV7AD/D3dt1X1xj9i7ciEqrDVMsNlcSkm&#10;01QDcrPOqkeUWv8AW/uUOROUvrt5s3u4dFoFk/44T6gnP5jPUMc4c6xwCW2tJwZBTh/tf6Pp1rHf&#10;zL/nhldyUmc2X1OJNxVVLPSw1L0MtGi0RM+DqkMi5DG05cvCkv6WYekezKUuAO89vSbZhytNgPv/&#10;AAmStrYDVwx/bVaVa/tM9OLMlHp/V9SCfpb3H33i9jvGvYTyvtkl4kesDw9NTXwW/ExNas/QW9tb&#10;6u4zXO6zhK6aE4/BL/D8v8vRDP5WfyP2r8ed6didmfJPeVHSDzbU/hVJUw1WKeljmxG99uVgd8RQ&#10;1tPUB2ydCQGUlBYL9b+4vXfTGy/jxhsxs/r/ACP8TgzbY45rMwvkXjyaUE1fksasceVr8i8Io3zs&#10;8bBCodlBIOlbDj2k5QvJrWy5h5q2sw7lEJAkb01REvJGx7KZZFjIOTSvCvU771uyTAQWz67Q8c/6&#10;X8/i6p//AJ4P83nN/wAwbfe1tlbOWfA9U9bvlKjFUkVbHKM2d3bd62ra8ZBqfCYiolWgz+2ZvH53&#10;m0a/29PIZdUlVJHDqeTSSCrXAJ/UdPAH0Frf7b3I28WkUs0UVrDUgev+r7esQ/3E775u9o22sp7C&#10;ncc1AJ/EK/t6qRoctUpgMfk460NBVPVRyXgX0imdY76pI+bnjgC3t3xdfQ0s7STzHToILBZATwdV&#10;l54B/pa/sM8wbLuW52i28VpRz8wc1+3/AA+XHrVvyRu0Sh5rZtGs/p1U1H2hvP8A1cel5tDtjGba&#10;ysFTJX0tQlP4mfRTpGSLeqL9ykkBAPHHP9P6++WSzNOXcUd5CSSrMpAFxyTcc+rn3XZuWrtYo1vV&#10;KqAAR9n514Y6VJytubNpG2skVf4lY/4f8vUHc/aOPqqqatoamOSpeZ50qdNkTWTIq+BYEjLRufrp&#10;sb+4UO4alEKiIITxe4/xBblbggm/HsxuOUIWdG1av9X+m6MY+T9yV6Mf0iKkUXPy+Kv59JiLtys0&#10;E+T95ZNIcBdKInImC/baQb82+vvFUZqrmCqnoQKByQ/NzcgkXRSLcfj2rs+Voo6sy1cn/VXOft6O&#10;bDksxlXki1Hy444U/EfTJ/ydJnNdp1dY3iWQxR3DSk6NMjXdXMaCBfGsmrhbC2n3DlraqVNLSXRb&#10;EelBYjgEEAOSP8T7Nbfl2FSXEP6hGck/5afy6Prfk6CNZJfA/UK0JqfPjgt0mKzsCtqAtI0pNOjh&#10;42VIlIeO6o5ZYRJZVb8tz7wCsq9OnyahcNawPNgL3+vtU3LkFdVKH7P9npocpQR1ZIgHpT/V3dRB&#10;vmuU+KWZpItdwBpRiVFgQfHf1D8Dj3l+/qnsDIxYW020gAXubixvf/X9pTy9HGSUiFDx/wBVemk5&#10;YKSUijGk8cH/AKCx+XThLv6aSnHlZ0kj4jkLIRouWKlRCyux/qfp7jyGdhaQH8C7f4WIHJHHs0g2&#10;iIH9N/5f7PRyvKzlSBCafn/0F0nZ94Tzcia5Ja9kudII4FoTfn3GKSWKkFQbXFv6XI/Ptcm326Hv&#10;7mH7P8PTEnLg8RZHSjj7fPHr1jh3Ppgkpw4kjk0XsVIOly9v0XHPvJ9lJ9P8Prx/j/jf2s+tRGYi&#10;I9CAbO6E1hP8h/z900DJsjayQtzyGe/FrXPoI598hROAP3FA550fTkX4/Huhv1c6jas3+26eXb+2&#10;hXHXGStiMpMrKp4I1SMuoW/2hD/Ue+xAD+RYEf1HH9T/AIc+7pIAc11H7P8AV/LpyCwi/EO3psfI&#10;v6jGChKkKCA1ze3FwRf/AIr7xHwqoDP6tf8AQ/Sx+mr26QzufCUE09D9nl/q/l0jv59qswGnu1Xu&#10;8weptHFka2W0NOSpjAL6owouVBuFtzxf8e+JmqJBpPEdlA4jPBGkG/8AiCfZnb7KuhJCwV/i/F9v&#10;qOo13r3WtLQT21gyu0dV8xlQw/Enl0tqDZj+SKWoDMzaXF0IB1eMjgSfhQP6+8LIqG+rW/HFuPr+&#10;CeLcezm2gihPiN8I8/z+X2jqJN49w7rd2MEx0Qkn7fMeQ8tWM9Cdh9izvH9zHERHGAWN/oFVHIIe&#10;QG9h9ALc+8kUj39akD+gI+l/r9fyPZffwK8kpjphhQ/5PXpBYzr+mscupSCT/h/w9Kp6ampoI0Dq&#10;HVLFQH5t6dP5Xgj6+8ytGTYuP9jyB9L3F+Lf4+yG8sL5zWK2krXP8/2+XDoRx6SQ07A/n1yo8nDR&#10;q9grgg8k8aiLA2YHnm/viZJA5CjUv+N7X/pybgcce1MOzWD20LXThLjP+r/P8/Pj1s11lUFV8s+X&#10;UeXN1BaV4W9GpQ66VJXngElSpNjb3xDORY3/AK3t/ifr9fp7e+ktos29KjyrX9nW1BFKjPWOStkm&#10;ld52ADsCXFluQoAHAHAYf7f3CrA60AnU/pDX4H5lEa+r8Xv7YingO5Pt8jVJIp5fg1/5OHSRfBub&#10;a9huGOh9On5Zo38uhM2zDULuGklpYAjBnZ5HKsoApJ1uFYW4/wAb29lk3n2BhZMxLSS5GOPSIhzF&#10;IVu1NE9jaEkgMPwfcrTezfNMm1PepsMjW38RkUmmvT/H5j/VTobcq7fFtO0QiBj4nfx4fGfX149b&#10;LHwX6H7H2z1hityz4GtmqqqTJPpi+zp1VIMxl44mKpXMt3WUG2kX+vsuUuUoKuWohyFNqiaWWzhj&#10;GCrsShHiTUOB7gTmS0sNu3K4t7iQfUIqjj6f4cU+zrJPZtwS722GZJNRp/x3rY52fgN30+BxNZtq&#10;tMX7a+SnemSoKyiECQFqqYoQJif+N+259l7fysbtTSilc3IDSVEvLXsNPkQDk/nn2Cp7nb0Y6LlS&#10;PTu/w56WvMScEnoVaTsTsnAvDHlMLUZGMFQ80a4mlFgBchfGzGwHAFuT7TNf1nYlY6yIixtanltx&#10;fnU0978j2ssmhmVpoW1qT6/6vt/z9MmUVyc9Kun7waJkjr8PPSycfqqYGOkhb+mOlAN7H+v+HtNV&#10;PWtajEhrqLgHw21G7W+tRcGw9rAgc9n+fqn1EPnIP29Kmj7qw0ka6xpkNmIaY8cJxcUmkgM3+HtO&#10;VHXGX1uVAVCWNzGp1EFiDzUav8fbwSKmWJPyp/m6dR42UkNXPSppu39vusaeRfJoUFfJICtwoN/8&#10;m0g2PtnqOu6/STIP6AHxcm4I+ize9+LbxVZnCfb1WlfPp/puysbO6pBqkbk6VkPH0N7/AG/4/wAf&#10;bPJsN4l/emCFyCl4msF4BNvMb8fT2oQtKdUNGQfFTq6wuwJA6dU39TOdIgbUABbWLkkFh+qFfrf3&#10;xfZVOFBlro3UE6k8MqEEkcahJ+be9rdAPo/GOqmF144PWVN4Ttcx46VQw9LmaJg3FrldH0v7wLtv&#10;b0LNrVma34nqf7I54Lm36/ZjBc3ccY8NKj/V+38v83TEutAvhipr11LnMzUEaHWIX+nhgY3J4502&#10;+i+5Sx4yn5p6cpx9TIzG3J/tA88n2Zw3c40oxr5/6v8Ai+mqalpIAT01TJkam5mqg4JAKiJEsbqC&#10;PS3+0j8e+2r6hEPjRFB+h0xg2/x49nljIs7srHy/1eXXlhtxl3x02y4qnBVpHZiDY2aTk/8AJR/4&#10;n3xjiq61wDfk/QBRweLjlebj/H2bIlFpHnpLM0Sf2b16jz1NFQKWJCgC+os39nkX9L3Fvz9Pajp8&#10;SlPC0kiFm0HQAx/XYMSQGYFbD6+1n1bWtX41/wBX+X+fSNNTs2tezpE1WYOQqUgglEaeQeRtIa6E&#10;lQvqVWDc+w23jPUpDOsaGwWUWGk2AWccH88ce6QXTzTBmyv+of7PVHC07uHQs7Qo6QCElwXJja/q&#10;F2vTt9PqCTz7LjlUrJJXk1ENrYhbfpIeQ6r35AJPHsVQ3MMMcTLL3Ar0mYx6iC+Av+r/AFf5uhgg&#10;EYAXT6Stvr+LKPp/iF/HsXOvdzSmlXE1rCMxx/tuQvqWOGmjUgLGSupmJ5PuVuWt1sZYlgadTJWt&#10;f2eXQZ3S0aUlkTUAf+guga7F2oHlGZo42eQaY5IwzC5eSeVmJaRVJ4twD7FBZ4Hc+sftghDz6ha4&#10;P0/3v2K/p5yWlWP9Lhq/1eX+r59BnTItYz5/6v8Ai+gqanniRBocmVleVNQsrFrH8/Xn8e25njVu&#10;HHH+v+f6G319taGcHWvSlSxXuGenlY5GW/jYAj+nP+Ate2m49wZpbyuAeWtb/HgHm1j+PaO4t18N&#10;iF/1fzA/zdK7eQKQWbs/1fs6c6eMiKMngKDcf05N+DcHk+4FSIiWu31C6bfQ20XtY3vb2Q3cLAAa&#10;O/zrT/Lj/L0pMwxpcfy6eKFpQF0jhdQNx9NWu1zb6X/1vbZWeNizqb+oXPN72VSQTc/T2RmOVHAY&#10;Yp1eF38WMMe3/VTp9oiwQI/BtYXtbksfoOLi/tqqApiUfkMxNwf8Pzzc/wC9+9OhUAgEHozVxXDZ&#10;6c6Yt5GJ5GlbWIsLEi34sP8AH8e4ExVYDZgDctY35Fj9D/vufdCGMZWmelEb0IB6nRXadTpOmwBI&#10;t9eBex/1vcIPGYHUtYkuQOfoR9LDi9vabwThio1fz/b0+rUNSOpzBxKrAGw0A/T+o59Vzb20ehXl&#10;5spV+eeCCP63vyvtGLaUHA/w9PrKqsrV6dtepUv9bpccfkf4WNhf216gJnsxNg1xa3+7P+Cj3qSB&#10;3Qgp+318ulQuYm/FTqUD6R+Bf/om5H9eQf8AePeCVoxMNbKTcc2N/wBR+gsb+0LROsh0p2/M/wDF&#10;HrYlSva3WVLlDweLjn/WH9OPcOqa8r6SCNQsB/g1/wDiPbciKjAA1WnW1kQGobH+r16zRfoW4seQ&#10;b8jkW/4n/ePcaZ/XGL8C/PNha1zwDw3uvbTBz0/4q4YN1zQGzcfX8f15+nNvp7iyveKMC3Aa44Fr&#10;kWtxfgL732+ueteItBnrKoszc25X8Dkc/wCP51e+Wq1Oikrf13vfi8nH1+ntO0cRq5TrWtNNevc+&#10;Rvrxa3+25+g/p74U84Mcmp+bKBf82dvxb+vt1Ygg7FoD04hpwOOvSDlT/iTx9eRzz7zU0sZ1gMLa&#10;QFsPzc/Ww9uJGqCoHS+N4gurWK9Y5Qx08f2if8LH683984pEE12I9LEsebcEE82+ntB4MhqAv+Dp&#10;OZI9TAP1ybUV4uRaw+n+I+l/8PfFJF87EnhnJ/2Gv+v9PejEzChAp9o6940VfjHXZBCcX4/H+sP6&#10;f195mdQxYflz+DyOBcAixFvx7YktpnqVUV9cdNeL/ad3nj5dcQOBf8C3+I+vH4vz7kyS3aJrpYQq&#10;pPNtQNytx9P6+0jWsitQxsSPs61qg9T/AC64jgH/AIN9P8Pwf6W983mQiMj6W454/wBvpH192W1u&#10;QtQtPl59eRnFAGoD10B+of7f/YjgfX8e88coELqzHlkIF15A44/JIHtqSznc9kIB9c/5qf4elYlW&#10;tVP+Hrq/qv8A4G/+H1/2P19y0mDU8liFBZCDdf6m4Iseb/4e2RZSK58VBQ/M9VaSPUxL/wCr9nXA&#10;8FfzwQfra3H5v+f959z6YxmWMqeTr+uq5sH/AD+AL+6+FKoEZjWvqPP+ef2dPJJGBTWOsMlyjcm3&#10;Fr/QXIP0t+be3LF6VkiZzpAJvc2txJx9Rwb/AOt7acFMNivTmtQcnqLWXdZAg1Gwt+fqVIP5+nt5&#10;iJB44Fzc/wBAW/p/j7qRUUPV+oDj/b8WFvyB9Dzxb24K8ZnNyL6Bb68EW/x/H+HtjSacOrY6ilW8&#10;QsP7ZJsQPqT/AL3f27xuDLGyHgKoubfUW4H45v7vpb06tXI6aZUtFIrixZ2NvxY3sTf8g/4/T2+o&#10;NUcNnFjOnBH+088/4+3lVFUj8XVumCQnyy3T6Uz+q9/z6bDi1iPavoHWOOJiC2krYg6fUAhtcD63&#10;HtLcDVgdJ5aFjUdIuuieWSdAwTWsnDDX6WZxqA+lhq92HbVcPtzr+VkK08+3tvxeRjwKieKARj6a&#10;j/X8D2ylI9GrjToHXmhbpkY/qZP8v9Q61ge5RP8A3++aVLS1iS5zE9pdr5sUEcIEk+2sbQTy1ou1&#10;oFJcadZ1SL+fZkhGY8esTqZPDoVwpClrWLP/AIAf7H3Y0fByumnRfC6sdanjwPWrnLk467uGvzuH&#10;qkwsmelyeQo56mM5CPHzVBtBSGORCJnd+FbSn9be+VPFC0N4kZFlGqxdmC8EWIP9f9h71VY1FTRB&#10;0+xdz3MSeoG7M5uQbq+1z1fBlcjiKg0cs0NBS0T1ckzRyeX9lBp0ALyxb6e0m0UxqZ5JkYU0BTwc&#10;hbCSOzX/ALTfufS9/amAK41KanoztVUoNH9qcH/J+X+qvR3ptwYbH7T2phMPkac7u3THXzbrDU88&#10;8k9Ricj5cc8cU0bQUpjxzeoRsmr+17LP3RXwVD4BIfQKf+KHx/qK+VcY36itze1/zb2ojjdjj/Vw&#10;6PrONo1cv50/y9bEP8r3Yeb2jje3a7P1C19RuD+4J/iixLSxVn8Lqd/wft00U0iQ/bpMsbW069Gr&#10;8+wKlYNYjk83Fj9bAf8AEe18IcLpdcA4px/y/wCry9XpHVSSzUHVrkMaqxuSF45JAtck/wCBP49x&#10;5VKqWII0rxz9eRcX+p5/r7EFnoltNySIklk9PPpiSaMxsAePWHXetoA5W3n/AHf8FCHQxAuB+f0/&#10;4e2KZwPzpBI4P5N7n6j6f737UrEDPoY0cL/h/wAv59NbfT6iPPn0rqZXaPUFLAufybAAhRzc3Iv/&#10;ALD3UX3JUauwc3dgAtZVp9PyMhX2B45Yce8ad4IN/fU/3/L/AMebocxkaFHl/s9WY4EacHhlP4xe&#10;PH/qpF7D3GOPvIhqIu6AcX+ssV/qP8PaQf2f648sf6h0bQ0EY1Dy6dvZ1+oJUjEBLWLQx2H1BBFE&#10;QTx/X2S3qBm8KKPvB/z9IL9gUAUUFf8AP0z5kE0zf6kC5+n+pkH+vfn2aSnnaQJ9LXXjix4BH4vY&#10;X9nW3xNHAAy91P8AJ0STagGNcf7HQKZSOLzyEEi5P1vwQTq/JH09v8LelLc2Xkcfiw/3v24f7X/V&#10;6dIfLpM1C2Emri7cfX63P/Ee5gb0G5/p/T/C/wDT6e7dV6bivrFhzci/4Nv0/wCA+vvFBLEjAubq&#10;LXsTfkN9SL25938GWQfpr/q+3rf5dc6lDo0iyuSdNwCbjST6T9bj2me0aqWmwSSrUaZIlkZCEC3D&#10;1FCDYC/0Vvp7VWw06lI7vT9vRhaKwU0Gf+L6d+sIIpszWFac+N/tgxZ2bSVp67Ty1jcsPZUZ2fza&#10;Z38hY34ATw+kHW31Dhz/ALb2W3WrX4jLg+f7ej+NTRT0ZKILp9AA/wBub2NrAm1rW9txQKJByWt9&#10;DwfqbX+ttXP9PaJpEqM9W1oDQtx6kC9xzf8AobE/4fQ2+nvCJFRLk2Ooj/Em1iOebm/H+PuzRPIo&#10;8NdWoj/D0tghY6ZE7h1788/Q/wC8f4gC/wDT3mR7wRgMoPn5H+Frccm9v8fZXeReCQzR0xn/AIr/&#10;AFV6UyDSMrnr1rsx5sP6W/4gfn2psPKDUUy21HyRsRcmwV4lP0Uk8n+vsuWDXIrK2Na/s/b6dMad&#10;Kks2FP8AxmvUac2jkPA9DWPH1sTcf09jjslKisyctHTQvJU1BkWKIPy7SPBGoDM2kamYLyfz7TW9&#10;luC7rJNHCfADt5L/ABL/AJq9EN7dW/cRKKA1/LpC7zr8XjsA9dk6qOlo6aJZp53EmmKOGCokkciN&#10;WkIWNWbgfj2a3Ze08/j5lbIY96e66VMklPI12EYXmGaS4uPeRnt1bXyXPj3MDrBX5j/DT5U+XUf7&#10;peWbLIomFR/qPVRfyu7w6qyu26mjwG7sflKtV8jwU61gLRxNO0jXkpFRfQD/AIcexvrttPX46WmN&#10;LLO8jRzeVJWj0zQPqiYKJFOlSLlb2P09zfGmiBPFFI/t8/P/ACfy+XQEhneGesoCLwofn8+HVLG3&#10;/ktgtsdj0mUTduKxFNQR1mM/hlTjjWSVWMyMSx1sf3DY6RfIVDKrsDINWpfz7cNpKudxFVtnPrqy&#10;WFFNTSTcQrkJJ2erMkSUx/YEaooILG5/P19l2+bXf/RSXFxZt9Mpy4+dTgY4D/iuhJHmVJrdxokq&#10;R8qf5+gk+Q24qjoDvHZ/yI6Lywk2N3Z/G8vJi/GayHZUe28XhdpQ0tdVZz7mTKvm6uvnkieOCHwW&#10;0sG9Leysbtw9Rt/J1VDIpHhMZKtyV1wU0p1Xd+D5gfcWT3ELstHz/q4dH8UMrAMy5/2etlnpLfWN&#10;7Q2Tht2Y2WOelyqVbRTxa9Mn2uRylCxBMFKfQ1Cw+nHsKa9nDD6kHmQ3N+ApS/5+v9PaHVCiEOK/&#10;L/V/q9OjGPQo4dGjxUYdSw0gg/s8C1yXDgfS9h9b/wBfaVqnfXckix4YLcfT/G1vz7qtxHHURxdv&#10;2/8AF9OahTh0uaOnUx2JBJXkXt+f9hqHA9wpnQi49Q/PNv7J/wBfg+2/qJv4/wCQ/wA3XtR9enGG&#10;nCmxFjb+p49Q/wAbm3+w94lqf2zc8i/+25Nv0/09rGQ1wO3ppkNTpHb15qcawbHmx/P4/wBjx9Pf&#10;BahefUBybj/jem5H+8e7CKVqY61ob065NFa3pLcfjg/7Hng/6/vxqUC8XJIsbWsP6mw+nvYik1LU&#10;cOq+Ga/DnroQG5uQvJPNwSbcAX4Jtb34y8fkn6gXA4tx9be7CVeJHDqhCgMaY8+uxDzwbf2SbG4N&#10;/wAXvcG3uNLIpUAX1karD6gr/UfS/H0+ntrvZ2I+Dh0ikVqtpXHUuKPSTe2kNy1hYavoL/Xm/ton&#10;mASzPpve3B/3mwtwPdlDIwNK9JijZ6dYYtTcIW4BJuDb8j/E+0TkydagXtzb8fhPr9P6+zSGVDGp&#10;LY6RuramNMDpR0i2DXtf+v1/Lf4+0tVN6SGPIH554BU/T+nPtppCTjh9n+z0jkQ1qFx08RgXH+8D&#10;6fgj8j2lssAatiTYWX0j8egf65+vtfB8A9eldt2xhSe7qTF+gW/4n+v+w/4p7TqC1ShABsx/Frmw&#10;t9Lfn2/xz5dPjNKcOs5+hAv/AF+t/T/hf/D+ntirCRe3BErE8W0sGawP1/PsjvlY3BIHl1oq1Klc&#10;dSk/SPr/ALH/AIr+fcCj0/fRXt+tbE/TUz+n/X/V73BG/dRSeqlGB4ddt9D/AKx/3r2yV6IK2rN7&#10;ajP9LmzGZ7j9R5HsxdnMJjb+01f5OtsrtEFUZ1/5OvD6D/WH+9e4uOjC5ClZhb/KYjf/AAEqcnm/&#10;+v7dRXKooXNB05dkNaJGp7wB/g68fof9Y/717b94KrVOQYEubVVr3txrFvx+D/tvZbv0TkW5RMaP&#10;+fut2JAg0kUPXS/pH+sP96/4j2WuRT9w6EXLFtIvz9D/AF+v09x/OKSEU6VCtK065e8DqytpJsVN&#10;nvYWNr/0IuLe/MDVWUY68aVPXvfNP7Q4IuORx/jfni9vduvde9y1NxybG5uDfg82tc8/T3RFIwOP&#10;Vo1JoE697lK4YjSddvxfT9f9e1vbi1QMGNCelCfp6teK9e957D/Uj8fgXHH/ABv2kJJrnPVyRU1I&#10;r173hIIuGseL8cE2P544sfa9CGeoPl0xOwapBx173gNySR9NNh9P6/n/AGPszjYadVO1T0jJAFTw&#10;697PZsBi3SnH0XJxXN7nUdrUPA5v9LezvaGWO48R/wCybV/z7x/1fZ0GLdTHvFw7jtIf/j3n0yS2&#10;/jiAH1/w1Db/AGn7tgD/AIcn2t8HKEy+0lXmRtnUf04GkVEZI5uP1H2fsD3t+Fjq6d3BTJA0g+Dx&#10;P9X+TrBUANS5MEkAVs3P+tCov+DwPfDv6UHakXI1KaZGHB0kyvwbHTcf7Ye1IhZlUhTSvRjtsZEI&#10;ouKjpp2ipV6766WmZlPNiNKC4vz+PZBqvVddQIaxuB/X/D6AH2TXC/rOuoV6M3javl0uPcHXGour&#10;k2JNvr/aOkW4v9fbBjLUOjqpDtmnXvfDyi31/s6vq30vb62+v5918Ob5fy61ob0697//06Opm9Vy&#10;yqCRcXH9B/vHvGWlRkdTM3Hrf49t1W/H14v9brb6C4B+txf34Dyp1Q9e9t2JmX+N4m4IDVi8Xt/q&#10;vpwb3PtQB+q32DpyEUvPnRevexJ7UHjylEdLtqxWOJvc/qgnsbW55PtLCKxzfYf8PVZB23P+lP8A&#10;hPXQ/wCJP+9+wRqCNZW6gszjw3HlkDAqNJ+gLE2H+Pt1PgX7F6qnwJ9i9d+5VHi6yr/apqGo9XFn&#10;s7sToUaDfjUGFvbRYDz6qFJwBnr3t1G3zQyf7mayHCRn1/7kEctKNVvQyFyNWggf0I921OfhFet6&#10;NPxGn29e98Jsvt/GOExmLq8pUfp/iUdUj0jkHSZPt5oyxVhZ7f09+dWNNRAHXi0a4VST69e9jf1N&#10;mMpuGPM4/IRUaUlPFKsDw0FPBMqiimkJ88KiQnUv9fdZwFicj5f4eno3Z7a6DUoCvXE/g83uBYH6&#10;3IH0+nsAaqm8VZUInmqYtQF6mRqjT6E5BlLgBm/p/T2pt5me3RX4D/P0TRECziDZX/obrl7gRQxh&#10;VCXMZAtckm/Ib8XPPtZcv+pUH9QE5/z9Gsvxt61697kkkAr/AIj/AHnn2iZ6ksxqem+ve+Pv3Wuv&#10;e+Dj8gH/AG5/3v20MVDcOvU/b173x+nBHH1B/AH0+nv34u3r3XvfApfn634Nr/7fnjj3aijJ49eP&#10;XvfvCSUYBiS4T86FUlTypIvp93HE/Z07GOPXvcpqZnjk4SocKfTENDKqgfU/X0/19+qB8h07THXv&#10;a/q8VV5LC7Vp6Smlmk/goaVIwDJGVnYsDzq4DX9t1ALmvn05KpaJABmnXveJcRi8ZHfL5CGKaIWb&#10;HK0sdQ5JtpLqpX0agT9f9v7T6mPwjpgIq/Ec+nXvbZLkqgr48VSLR0dVy5q446mR/CVaMRShdcem&#10;RTe31v8A4e31ZaMWPAdOrISCAKde9s4pGkDySVaysljpfWwu/p4RiQDYf7x7ba5RTRVr1X86nr3t&#10;d72EZztQ4WzGKjHHAsKOAWsLfj2XqSwqTU9OTZc9e9pHT/at/sf99z7t01173LjjDRm31Hq/PPH9&#10;P8fe1coQw6sMde9uFNqA9QNw31+oP545490mkUsWOK9WH2de9ukMWt+VuJLKhFh4y5FmLDk6Af8A&#10;b+yu6unhiLY4j/VjpuZmTQVH4h172+UGGqK+ZYKa8zGRFYIh1M/7a6S2q/qMg5/teyJrt2Ysw8vy&#10;6NbRi6BaZp172fHoTrbF1eGqqPd2Qpse8uRhr6XHzGaCorIYaWnCorR6lLSNdATfn2U34nuxHHbx&#10;FhrX0oP9Xp/l6cnWO3g1lu7Vw/Z0ns/lqnFQiamoZ6seOTW8XjKU/wBNLzBmVtC2ubc2HuyTYVLR&#10;7eoIcft/ELjoAiq8NTHFUTyKqka45NGpNAPPP19yXyLynJfTwySAlhwPl/h8/LH2CvQH5g3dFhkU&#10;tj/V/q/n1V/8sN800uPrf7w54zU6aljOMqqnHQ0/rQpBULG1pDIymxubj/Aex3xlTMxjRmaQta5J&#10;NkI18WOoc3/B95bbNypbWVmsjLR/Pj9g9M0/w/sxo5kuRLcTTeQ/n1rL/IjeS5CsyEkP21LTQNop&#10;iUiM+QWVqRjIs8al3SnkUr6r88+x82zkPDBDIU5Gr6GxF/OjAWPAJP1+tvcXc08rxyXMj6h2j0qB&#10;XRT/ADeXr0t5YmoxUE/6tfVJ/bW+clFlMphYKmQU9bJSXW5/c+2hx9RYEkPq12P559qbyB18jW0m&#10;/wBD/j+Pryb+zy1g8KJIQKt59ZC2/dDGPl1TnuhpJtxVpjYhv8n8am/I+1i1E24GkD/ePcex1AXu&#10;GJ02/JNr8D8G3tEbelwxI9Og1+60Xc5ZdPewA/Z0oRkp6jbFLFFIQuKkq5qhRqBRaiZVUtwCDqH5&#10;95dKsQRe17E3IItb/D6c+1clulVDDPR3JYx6468a9I1a6qh8nrINtdwxP1uCObf0P+HHvvxf630/&#10;ob/739Pfhbjz6r+719R+zrpsxMV03cA2/pbgAfT/AFx770L/ALH+vH+35H197+nXzA6v9BFjtHWP&#10;+JzqTZm5W1v8Dyfob/n/AB99hAOf68/72OLj24IlHTy20a9R3rJZDyf6gG9rA/4XH4HHvla3/Ff9&#10;4/w/Puw0ghRx6eGle3rA+tvXq1fjg2+n+F/fdv8AFbf0ve3P1/2PtvWKf2LV+zr1BT4M/l1n8fFh&#10;UR3v+rytyP8AU6dNyb/n34pYE8A/7yf+RX96EwYhQh60cCoTrn42VPXMrAEW0s1ubf6oCwLD/W/3&#10;r3jDEi7Hi3B/JH+3t7uqeEAtOmY2eNayHt69P+69lYiRTyObD/D6D6X942liVbFr2/Fr/S30vxf/&#10;AHn3cBGcAj/V86dMy31gpAlmWvUimoMhO5MUL8nkAk2Fif68C/uI1S9hbgf6wXj/AGA9+pViCvH/&#10;AFf6sdA+fm+PU4Rq/Z0r49qsEiNRdGswUuWLWJIIux+nP+v77WSZwSukWP1P/G7fW3vwtiw/2f8A&#10;V/PoM7j7h2tkVWdqMa8f9ivy6e6HYz1ZJiuwAU3UMbWvbknk2F/fF4WU+oMeAWOq1vybC/8AT2Y+&#10;LtkUcaNO3iH7aeX206iHcPdDmKC4dogBAWNMVx6/s/Z0Le3esqPL084SNRLTxBgt3JJ/QRYE8kg+&#10;8RCKfyCQP1fUf4gHj/bexHtD7XUCNlp+0/n/AKvT1r0C955y3jdGIlclqfCMD/V/LpS0HXQxqkz0&#10;5SJWZQ7K+mykD/DUAAfrzx77eQqgufwNX0ubD8W/2PtUzRPNLpYaNTafy6CtzfGJWJPeRj86/wCX&#10;pU4HaoyVasaRsYkk0G4IFlmhHN7kgK/49x1cyHVwADY2+v1/437rRVFKV6Krdpri5DadR/lx/wBn&#10;oR8tj8ft/HGl1FWeLgn/AGqF4/oOfrD7k3HjBsbg83ta9gSPz/T2wkToaVFP9Xl1JvL6AsqMMf4P&#10;9Vei8Z+pC1EpQ/lrWb62LAEH8fp/1veJZNR5v+LGwtx/T/H3tLZ4lOVAr8/83Q6uo0ShAzQ/8X0m&#10;I6pmBDMSAwNvp/xIvf3jeVldh/X6fXi/1+n1uefZpFY20sKMy1p+z/MOkaK/hoxkCjjkf6qdZPMd&#10;RIVjp+uggXNwQSSD9PfB6qGCNmnkMUanmRrhPUWAvYWJJNvoPZLuwtrMeM7IB6GgpQp6mv8AMfL1&#10;6btrWbcHEUCHxPUH7Tw4/Lz6EbZO0d371zdLg9q4as3Hma7zfa4bGwfcV0vgpKmpn0JcBtEEDyH6&#10;+lD7Jl318uerOqsbPH/fDC5WvlZQ+Jx9fBJWQFJMRIheKdQsGtK7WLGxVT/h7j7evcblvb0iSXZ5&#10;33GMUaQSBNeqmkVWuoaGPEAinnXqT9m9rd73Owt5G3WC3iIb9Noy7nuanEilKA/MenW0j/LR/kQf&#10;IPf+dXsT5Fben6j2xi2VsBitx00NblMk1TBvjCZcPSY/MKyGhrqGikBl/VHVKyWs3urDcHz+6pFZ&#10;Jr2vuWqLkXqYshjhHYKv0WSZW4uB9Px7l3Y/vVbPDy5Jt0u1yFyOPjr/ABa/99/lw6kjaPabd7F1&#10;ll363cD/AIV/0NXrZ+xPwAz+EWnp8Z2thaOgph6KSPYTFblSGJZdyRXLSMW+g5b2mJ/5hfVxXxps&#10;7cSgX0u+Uxy8kaSQiFri4/x942cz827fzLu9zu8KeHHKVXSxVm7fUkD9v7epV2nZ4bKwjt7lw8qs&#10;2QNI/wAPRjtofHPJbYxlPj6jfUOQeCWWUzJttqQMZWvYRjOTaQB/j7w0vz16vdzqpMlQi44qMlSu&#10;RzxfRG1rf7D2Fp9wtRQ1U/kR/gyejH6Gy81p/q+3oQB1LdNEuZikNgLjGaRYAj6NWSW49rDG/N7q&#10;Gr0+fcNPQDX9aqsDBR6blisVwPV/vHthd2ljYG3b9H8x/kp/qPVW2yxdtRkAHzNOm+q6Wo51Jeqp&#10;5ZNOkN9oEsL3tzKT9f8Ae/Yj435YdI5VVih7J24kpC2jkrZtStZEtZYVHBkA9t/v6+pQRsSPs/y1&#10;PTR2ayciki16T0nSjQzF4aWGYEknQ1OlxqB+jzKbm1z7XGJ7O2puOVTt/deKy+pdASjmdrlilgAR&#10;a/7i/wCtf2oi5hl0P9SCM14A/wCb5/y/JiXZo46iMk4r1xn6tlpohqxJRUsxkWWBytlbULxO5tbj&#10;27zS1knkkjkYsxuASSDyfweLG3s4t94hnKF2SnnT/Bx+ef5dFUtnJDQBMdQlwdJRhIWgKhFFj6QR&#10;YWvqtzb/AGH19tVRS1lSFvc2OonkBWHP4Y8cexJY31uscsQk+P8A1eg/wf4OkBeWPDHB64v9rSyL&#10;KUCiMFVH01owsTdha4+vtuloJyvLaYxfV6WvqJBFip1Dn/D24gZ5BJpJNP8AVx6qJWPxdT48nSIP&#10;GulpWsVUspsovdbEWAt/tvbRNjnezLqaIg6CASTcANp/ryPZpBrdwVUagfPh1sMpYjUKjqYMrBCr&#10;JK6rLxrAIQgBrrcG2m4PvPFgqiTgoxAv9QfqdXHLf4f7H2JLKEMykr/q/wBVB/qr0hnnVSQuD/q/&#10;1fLpOZDdVLTgkTILgXIYEWGn+gP455/4n2/UW2FLBpAVC2NiCBqvz/jb2bSf4sATitPP14cei9J2&#10;nZlYZX8+kPkN861KU7LIx1AkaD6VANxYFeb+1CuOpqRSAPoPyOBbkX/2PtyK9DFCV/V+0/7PVqf8&#10;L/n0jZsjkMg5Pk0xl78Wub+k2AN/z/tvbHWMobSpup9IGojSLG/P9L/7D21e3h8OPj8X+rPTwzw6&#10;VuFpGYNIwsypctpAu3pCgLyB9PYebkx6zBwRcMG/r+UlH+2BP/E+1NldKzIw/wBX+qn+o9MzLUUI&#10;6FPbdW8CgfQqwP8AZ59UN7D68j/insD8vh2SdwiaiS/9kkWLyf4jiw9imydLg0LcF1/PosYUrqxT&#10;oXaHIh4VZjYelRzb6InFrW/PvFiMSYqundlYGVY0NiV5dhc/Xj6expswWORKDzr/AMcqP9Xp0nug&#10;BE1PTqFmsirUdQFK/tiRuQGvoRyOLG/09iyu26cqjMZhrTU370oGrm/9r8/T3Mdldl7YJKxz6eX+&#10;rj0BZpT48hPkf8GOgMl3VULK6RJATFKEXVBFqZfxxp59xJdtUajXrqRax/z8v4P/AAYcH3a4UeKy&#10;/Z5/LrXjGvhkfLqbS7trJPR46Y3v9IIv8foLG/ttk27SC58lT/reeW/NhwdX059o3IppVc/b1bxx&#10;/Djp6j3JWEgeOmtzyKeIji5sRpuP+J9wJduULhrvVcHg/czAW/J4bj9PspvIlYhl4n5niP8AY6dS&#10;SrBl+Lpzp9yVyAXSmHHI+2iF7/QDj+p4/r7gybcogjWap1CwBFTN9eLEC4twPYekiWNloTT/AFY6&#10;WJKpZaceneLcNY7qGEGk/X9lL/Xm7f659tdRtyHhSan8ciokH/RV7D2klCmQjgelqyK1BWh6c6fP&#10;SEah4PzYGIAcE/4Afj23ybbpraWNVz+DPN+AbfVvyfdSoGSadKhKKrUUHU1c3K3IEBA/pGvFz9Pz&#10;wP8AevcKXbtKAQPuALgj/KZf+K8j/ePbfDDdKkYAU8upceWlYg2i/N/2lueP6/g+2qTblLdgxqvz&#10;x9xJ/Ukf2r/n3ugI6dFGHU1Mm5CkCOxtclAP9f6W+tvbdLtyjQhx90L/APTRKOTc/wCqv7TzL8P5&#10;9XUA4p1LjyEjXH7dxx+n8cXsLe4823aNlVr1NywuRPIDc/7Eey64Uax9nTwAIx1mjq5CTfRYXtwO&#10;fra349wZdu0usnVVg/n/ACqb+tz9G9l0g/Ubp2JRqNfTqQtUxUWCW+v6Rxxb/E+4Mu26Tn11Q/ra&#10;pn+pH0Fj+fbZAqvT+gdZRUv/AEU/8gi9v9ub2v7wDblGI9INWP8AD7qcfm/1D/0/x92c1JZjVj14&#10;rXrl9wxP0U/04H5/3r6f7b3xk29SeLSWqrWtzVz3FmvYev8A5F7aORTrWkddidifov1FhpHP4/23&#10;uMdv0iJYST/4/wCUzn+1/wAH+vPt/UDgHNOlOkUqD1y8zE/T+tvSv/FPeUYCkjQ3eo/1X/Ame9ww&#10;sf1/7f35JFYVXI62FFOPXXmJ/A/I+igWsePx/Tj3mXFRTKFUyj6gN5ntp5F7j6e9tSp+fTYFZGx5&#10;ddNKV5a1xa4tY8WNvpz/ALf3yTb1OhBM04F/oZ5v9Vcgev6k+05BcmpyeqaS7CvXXnP1A5/wA/pw&#10;Te3HvzYaHXfVNYXAHlkNgLkWJJHvwNV0g9p61pPw/Prl5j/he1z9P9bkfX8e8xxETLa8w4/46uDx&#10;b6m/+HvdT69a09cfMf6D+n4/qR/T8++kwRe1nl0gG15Zb8kfXke6GeNDpNcfZ/n6fWlF+zrxmA+o&#10;/pbgfgfng+5C7fBsvkm/IH7kv5B/x/PvX1Mf8Lfy/wA/VuuJqLc6R/X/AF+Rf/XIt7ljb6eBkM0v&#10;9gsvmmH0I/Ibnj2nlkDSakqKDj/q+3rxX0PXD7i7A6Ft/ZPFvp/j7lR4SMSxkzTWGu58839oFfrr&#10;/oPaPV3RyKPX/V/h6vCn6i/6vLri1Q2lhpBPBAsDexJ/3j28UeFUAXlmN7/WWS5/UOefxb2XXR71&#10;Aappw9P+L/1eXSugFKH7OsMlVpJuqi3+CgfUf8Qfb/BjIQvLzGx4/dc2AvwLt7s/xt9p6VU6gPVv&#10;ewCcr+VH5tf+vubFidTl1eRQRYXdhYj/AAH9b+22ag63SvWB64KukhDaxNgp4Nub/j29U+JAK/uS&#10;f4fuP/Ucfqvc+/al9ethemubJH1WRf8AH0pY/X6cEWB9vsONu0SB5CdSsfU55uB9dX9fdcsf6HVw&#10;Pn0zS5EKkrskY9DKPSosLFvpp/p7VdHi3silpLFlPDPfkj8X5sPdGPcek7/E2eknWZiNdR0xXCMB&#10;wlvSCRc2/r+PwPdkewqOBtubCDSFXptuYB11O5S0UNOeUuRquPqfdJwCYM50/wCXoH74xEpAGKHr&#10;Vy+R+58zjd5fMGOnxi19Fme1OzMc6UtNSx1nkyGOqqXV92Qjmn0fqTnV7M0I/uscihi1ykupSfon&#10;qCm31vb3ViC3pjort+0RY/CP8HWrA+UXYvbVfUzQJTpCMthGpKyOKUrJkD9uZUEilUaDWP8Aa+P8&#10;fcimT7ilZHBClVuoutyAxGkg8C4+ntDe8Y/z/wAnSwYJp1FrMl/dHfC5ChkhqJ46xViqqmKOsggW&#10;Zo4pFq46lXWokKP6Tzb/AGHtBZUz0mNm8EcviLRBUbmQjzoDdibkAk/7D2a22tYo9Y7+jyxoTF+f&#10;+Xqxjq2DaO9+8cYcxlMVNlKeLLvPkqNTTYxZW25VyRpFQJHpi1xUyr/y09X19k/7UgSbdFTRifyR&#10;0JjEbqzhGNRQUEj6fofSwIP+PsygWrykHFF/wdH0bVhDU4/7PWz78C87XVHxy2ZujI4GTC5Xcq54&#10;1+Lqo6U1lL/Cd87vx9KKjxao7zUyLIun+w/sNlx4HIkJ+n1LH8H/AB+tvZgbZFoWNekdwx7Pz/yd&#10;HGfcrudBplS/19MQNgf8V+lz74VVLaNQJGX9VySbHleL3/x9mlhQC47a9v8An6SCp1/l1ggyeudS&#10;YgwDggKFBHDXNrfm35/3v2ma+LRDr8n6XkbnV+P6i/492tXc7jdAxGngp/l/w/b05to/xnP8X+To&#10;RcXUJKkMQjB1uU0+jjVYf4n6f09099oyiffm4n1atGVyCj1E2KZKs54/1/eNl8Nd7fDgTdS/zZuh&#10;/CAVX11H/COrHsWunGY5bW00FItv6Wp4xb/Ye0fQMVrorc6XjP5PIlTgfT+ntj/chP4f5/5ujMEl&#10;K+fU72cvqeW607Bv90wm3Fg2ii4+h/Psrf8AtF+wf5ei27+EY8/8/TZlBemcfi3/ABDf4j2a3Hy/&#10;oueLWH/JK/Qf09nkP9kf9Xn0TXHwj/V6dAxlYj5G+urVc8fTk/m559qSJ7KpUfReAOfoPpYD/Ye6&#10;ga5gGbieP+r9vSPpMTJZX+v1+n9efxyf6D3yllawN+RyDxzyOR+QP9j7MLRf7VSPT/L14dQHjXUl&#10;vp6rW/BsLWt9b+8MBN7auf6nkcBh9f8AW9mEUYJHaNA68T1HrXshazFj+AbN9UuT/Qe012qk82Hj&#10;mjgeanpxIZ2jtYeSahSMXvx6x/tx7TldLtnP+boytpCVFBkdKLqiWCGtqoZJliqKnwCGJydbaIq6&#10;SS1wLnS1/wDW9lnnRFZpNSksF1IeGF7WsSf6+yy8XRHMQCBXh9nR2jELjh0YaJidK2Nh/a4sf6/7&#10;a/tu1GPU9mfUDYAccc2J559kNCW0+deqZqfU9SgL2/H9Tf8AFv6f0t7iObxM8wKqWdjwQeR9QRbn&#10;/W9q5TJ9NLHCaSkUXozWb9FoQdJI09esNQt/xq/4/qbe1ztfYO692wRJhsPU1CrVLIJoERlWK0Kq&#10;zHyKWUCcX/rf2RR7duk0qiRGZuH+r9g+3pEd3Xbk0t3n/V/0D0lNz752js6B6vc24cXhoAhvJkaq&#10;OnXhZpLKXI5KwMQP9pPs2PV3QdZjMjHk90yxLpogsdG0MkbxVAnoalPIVkKOI/FIhH5PsV2HJe43&#10;P08xidY1lXPy7f8APXh9nQeu92e8LSRv/qz/AJ+iR92/NPZOKw9bi9jVaZzJyGpjapo6imlpzCaX&#10;KwExFjcO88cRU/0cfj2c7aD4ba00Cx46jnYeNQ4gh1FtcIFnkjblvD/h9f8Abml9sq7fdJpJU/6h&#10;wwcf8VxwSyyPdAqcY6qd7yk398iNk7goW3VncFT1NNXEw0+TyVKVhkoq8hW+wrIRpKVwXg/2fZhK&#10;mno89iVrYqVElSIMNKILP4jJpsoAPLfTn3L/ACXuS+HBbF6xNQU9GwAfP8uHz9egxcbSxaQq2PTy&#10;+3/V/s9ai/ZdX2P8XPkdX7RzO68rksHmdwvolrMhkZxJhKvMjGyVGuvnlkBWKNjqF7kew5xtUJ5J&#10;KOeyyxLaWIellkA1hSB+bfQX9yxuUkCQWoDfrKeGPs/4vy/wdEV5Yd+tFFa+f8/z9ejqdgbLrsDB&#10;BvnbaT1m3c66zYvLkmopqjHTTLRz1CSzNrKai3r03PvBkMhFg1O4zRvO2KKx1lNAI1lm+/ZaVXOo&#10;hCKdH1HVzpBt7LPcTfJI+UIQlBMD/hmT9pPkaedPLo+2ey1KsTntPCv8/wDV/l6XPxx65bvPeqfG&#10;vIbnamwnasNZl9obgrHq6ulxMOwMXkNzVVLThZFqlOWrqZY28LIuqxa49l47kyuAz0eM3Ztisp8z&#10;jst944yFDKJqVhRtjMeLNwCBNDInH9pT7x/eaIt8X8j/AJuhRAGVdDDh1sV/y3NldtdV7QzXSPcm&#10;DrNpbl2AuKijxOT+0esl/vJX713S5Sekq6uN9NBX0sp9ZssoHsstc0bxFL6pv7bqbJyVK8cWGk2/&#10;HvaXCqdQJB6cZeLdWzY6CdZw+nRTmxjjYXfgOrWY/wBrXz+faMqmDAk2NvrxwLf6/wBfr7a8dvwr&#10;1cjoQaOEpYXbkcf15559tUj8EXNhfg8kG31P+Pu/jY4d38utdOqRchrW+gB/ra5sLXFr+430BA+l&#10;ifx9PV/Ui/J9nizoY0ZiASf5/wA/9VOrVHWMxkv+bggAXP8AUf4WH/Ee4epzq/HJ4uBcX4+vB592&#10;+qj/AN+fyP8Am6oGHUrwgWst7gC972sORwQQffaSEMOLDSfrb+tr25Nve2nShQOK0/1Z4deLYb1p&#10;101OSL88uOOfp/xBv/h+fedpiFUk/wC6/wDD/eOPbI7qFc16TV6xiHlhYi0n0IPP+8+8BmBbi1gj&#10;fn/A/wBbgcj2+PhHVSoPEdZhEQP7XLj8fi4uPrf6Ee2Wok1RrcgWBsPr+Rz/AMV9+6RsCOPTtAml&#10;24Jv+fp+P96HtL17Kzq11+h+tvp6R7diBCJ/F/l6SP2lvl09UwsCLMPp+f6Am3+29pWtksDwAD/r&#10;3H0PJ/P093HSJ/ib7enOMX/xsSefofxx+OfaeyYDVDsPyBwfz6FB/wBb6e1tuxogMePWvVotONX9&#10;p/sfs6kR3C/UA3/6KJH+tYe2KLmoX/g/+tzb/b+1p4dKOst+Pp+OOL/gXv8AQW9p2tjuXIuDq4tb&#10;8CQkkkfk+ye9p9Rnhp/yjpzGnu6kp+kf71/T/D3Ao1C1lPxYGROCOP8AOC3+vf8A1/b1vIBSnl16&#10;qkla9cm/Sf8AWP8AvXtnr7Gtqzbn7mf+n08j/wDFfamSpenVRw68v6V/1h/vXvjQ2NXTAcfvQ3H1&#10;t+4n4/2HtbBTz/tP+K/y9MvQk1OD15v0t/rH/D8f19tu6owZq3/BKvkn8+v8X4I9ot3/ALIfZ/n6&#10;U2vCT7f8/XSfpHFuB/rHgcj/AA9lrmK/dXP4Y8n+oAvzb6ce4vn7ZpBXOr/Z6Wof0j/q9OuXvBUA&#10;NNIym/6eR+QFW9x/j/j7c/0NPtP+HpgfE329e98VFgT/AF/p+P6fT/Xv7r1br3vIqhgQf6qbD/WP&#10;Nhxz72GpnpyN9BNOve5MZIv9QOLEG2gf69vp7rVRpwOrBivh0HAf5T173IDkD6fX88C3A5/pf3Rx&#10;rzXPVfi4nr3vgx4HNzxfix/P/FPaiHLk/L/L1V+4MfPr3vgD+oC30Yj/AGx+vH09mo/s5PsP+HpN&#10;J+H7V/yde9nj66e/TDAabrmF/IAsu16AWub2v7P9u/3Fj/0w/wAA6Ij/ALnTf6Vv+PdMMo/38UTX&#10;Nv4UBb/H7wn/AFvx7WmN9Oc2k3II2hT/ANLj/Kor/wC2t7PmPZb08kHVrhiNuqPKVf8AB1xkF6fK&#10;A83rpRbm3+ZT/X9we8XL7UMhP0qqMn8/2pLj/YH2ZL/Y/wC16NLL+yXqJt5Aksyj8Frf8m8/7H2R&#10;avYB9XIJB5H+wJH9eR7DU7AT0+XS88elX7bY9LRtfkXX+o/J5tf888m/ujN5hutde98OLfpP6f8A&#10;H6ar/wBPevE+XW+ve//UoslYuSoUll06iNNhe2nV/Qf63vGkf81OporX/RD/AD63+PcGql9IsV0g&#10;ar3I1H06he9zz7r00eve4uHp6mTL4nwRCokWqD6I1Z20WkI1D/A+1JKrKx1UFB0oSi3gYHFF697G&#10;vf8Atqvy2Sx1TWyLiscmMxqvWVnkhpUKRuHDOAwuim55+g9pomCiagya9ONE1JyRQEHroEWNueT9&#10;D/ifaGrKfr/bUbCqr13VUOpZHwFbTv4HZHYLKJwp1QvEQwH5ce2lMhChRpHz/Z00PBiVFrqPy67/&#10;AN4/1/8AjR9pLLbyydTA9Dh6eloMYxYKKilT+JJGyyQr/lcLFhItOV9Q51gn35YwMtk9MNKxFFAC&#10;/wA+ve0cYHJBnqqmrkbm9TNLPGvNyLSE6AGN/wDY+1dCfhHTYVj6nr3ubHAsdh6HX+kYsFHA9QAt&#10;xf8A1r+2j2Gh62B5Hr3sw3RESz1ubj0v+3TVViCdDEY6pa/+PtHd18DUzdtR/h6fVlS1nLGi1HXF&#10;jYf8hL/vLAewPyJV6uQNrR1Y6CraEPpW4IH6raT7URKwtalWp/s+fRRGK2MTeX+z1y9wFElryBAb&#10;erQtlv8A2QBb+i/4+1DPGWJD1Xo0ZkaQkNqXr3vmVDE+m9z+P8P8Rzx7YatWp1Tr3vG48Yu11X+r&#10;cWv+fx7sGwfXrR6974lStrj6/Tj6/wCt/X379Py69nr3vo2t+n1H/Acj/kfvepRw691732i62CqL&#10;EsQAfryQv0H+J/1vdPxcevde9vlDt/JVjCUUk70gteSNHISQaTqd1UroEZube961Un9Sp6URpnjj&#10;r3t+qcZhsUiSV9WmSmMYtj8RUKlXA9iFFUJVsTG66X/1x70HrwNB8+niYlpqap9B173Er9xZbIUk&#10;GNVUo6CkRIqQQxNFXRwKfSk88Un7knPqIADe7DSAW10P8uqtKzrRDQDr3tlji0AFxNUW4Y1DGolY&#10;c2IZv9SLf7H3shK4FOqaF8x173LWC7pKhb1avHCzcxraxUgXU3+vtI7GIARjTXj/AKj1oYyFp173&#10;26GZGGnkheIlIJ5H1t9PadnZjqJqetnNa8eve1hvRlbMzKRpjWKls5P1Jo6cX1er6N7Tw69J1+vT&#10;03xHr3tLLCCw0Mj2/wBT6r+n6EEWP09vdM0Hpjr3uUoXSR/a1Ecn8/W3+vce9hWb4QT1br3tyo6K&#10;rq9MVPBLLJJZQEViRfSo+l/qxH19oJW0ly462oJwB172uKTA0WNiSXO1qU7wItYlC03gq6lY0RhB&#10;AsikNLUGORFHILD2XtJbzF0aRfT7Pt/y9PpBExBlalOvexD2e9Rn6qPH4HFT09DLIqyT1UKNVAkw&#10;ReRKmC5UeKRT/wAGF/aI7eryeISGIH+r/V+3pcpQIFVqBR/qz9nXFmVFLMbAC5PuyTqLYyYjG0Bq&#10;9csojgJlnkaRwQkQIVpY9VyVv7Ntj21r/chBBbs0hX+H5LxoT/lPQb3ndIUgdBMNQP8Ak6L93Bvi&#10;PDYeqdKqKFEDox8oQnipBvZ1uG02/HPs5m36GJUjZL3VB+on+hBsNIJNv9v7yL5U22PbYVaeHTIT&#10;8h9lfQf4Dxx1CnMO4zzMyodS/l+XVDfyY39kM3VVlFHURzUbSMWCgsSA6kgXcqxP9f6fTn2LOJpB&#10;pLXHk/CrwR9frdbnn/ePYxG+3Anjim/3Fr6f7NP9n1844vx4sDIEOsHPp/qPVNHdmPo3ppZKGKoV&#10;4/RIZpi4LNJShRHpX0qR9P8AiPYs4SMLT3bSl9INhc/rl/F7cav9t7LN5ne6gkKAuONeH8GBj5en&#10;GvHo15ZiCEswYMpH/P3n/qz1Rz3TUDH7/oKdkk1XrRNGdD6iMbQMhJ1rdmDH8j/ifa/kgVKN2Wzq&#10;ur6iwHruObc2P04N/wDY+wjt1+8u4QxSHRI1Pz7fSv8AxX5dZA2TqYkOoHogO+tuCgqGq6ZXlQOF&#10;kdQz+P00qDU1ksGLn+g9wHU6lYc6eRx/hb6fQez5g3ihwDTpPKkpvI5gDoH+bpC4Oup4sfmcfUMq&#10;HIxQxKWYaoylSZjZj67m31A95FFha9+bk3+hNh/t/bzmpXGOl7mrIadJqfnWb2a2hQB+pQ59XAH1&#10;B98/9f8A33/Gve+t9RAhIutifyAbmxH1/wAP8ffEug/UQP8AkX+APv34tI+Lpp54YzR5AD1lSlqX&#10;5jidubXAsQ1yLcng8e8ZmjA4dfoLDn6f6w55v701QDip/LpNcbjaQIWa5QH5kdSocdVzS2NPMw1c&#10;nSSb3H9TzwPr/T3j81/obkniy/UkfTgfn2keZq1EZKjPEeX+r/Z6DV5zVttuHd76KiAt8S/h49Ke&#10;i2pXVAQJTyAvpUXSUm8hBU8Dn6/776e+Yjq2H6AB/iSP9f6qTb3Q7tZjPir/AKvz6Csnu1tsdCsL&#10;H7Av/QfSri6sypcsUsf6+GYX+gsLRAAn/WHvrx1Q+iD/AB5H/Rv190O8WhwJV/1f7bps+722NRRG&#10;a/7X/oLrNJ1NnCFaWlqBHwVb7eoCseRwfELgt9feJUmkI8jELb8Hn/YE39vvNqJAT/N/LoPbz7lG&#10;5hcWEgLHhpz5/Jvl+f8APpxxmx0oJf8AL4WU3N1lRl50uBdXjH0LC39PfNoI4yD/AGf6sV/1vqPe&#10;g2as2f8AV5dAWLmLdNyqGkJf5aj8/OvpXHp+1WyYmlo21eFYkP5ZVC2tYWOlQbF7f7H3ACkn6EAE&#10;82sP9b/E8e1fivIYxUH5fl0K5Wt4onCyrrI/1efz6TapNUSoXRvECeQDbkW5NibEr7mJwpQgj83A&#10;seCePryOfayB5VdiIcgfb/g/1cegDvFtDdyqxuBjjmmP2dKmgnkpI2Eakg/QEX9V7/W4P5/23uTH&#10;MWBuuoBhYAWIBBBJ+v8AT2Gt421vDJMml6cR/q/1evHoq3xYIrOMWsDPIVNfPyx/q/Z0JHXOUlhz&#10;t56mlggcLqE40q15wSun9JY/jg+8VUF1aioUgWtcgX/234FvduX9svWYeA8jqfM+Q4/6v8vDoCxv&#10;cw1kktTjNNNf9X5efQt7g3ZjauOPFoaNmaUqzw+PksjQE6gSSpI4+ht/r+2yWNmKGx0mzHk2N/8A&#10;bk3Dex/aC5RntniZylU/L7fsA/1DAf8AFW9vJVV116/LyzT9lenalrKLBYf7xQkc8lOZUAsWDNTr&#10;IoH0AtJFf+tv9j75RiNSACLgfS4/wAP+Bv7M/AuPDo0DKv8Axf5HoRWlp4CkFauf29BJuTNVeWmk&#10;mLN4i55UMAbtM45ViGWzf63vt9TXAX6c/wDEE2/p7VwmMABmyehXst7bwyAO4Br/AKv9Xz6DzNY+&#10;XxxzWYho1+imx1X9I9IFwB/S3uI7iBGeUCNFsWd3CKABfk8AW9qVW2Ip4yk+lOhrPdrJpeKSq+Wk&#10;VrX/AC46Z8PhMjma2HG42kqq7I1LrHT0VLDLUVM0hsAkUMau7G7fjn2CXZnfexOvMc81XmKKerAt&#10;9vDW0JlB8kSG8UtVCbfug/6x9hi9382d5dQ0HhoePH/V5/s4dG+38sb3uaQt9E8cA9VIJH2U/wAP&#10;V4/wK/kc/JD5U11Bnt47fyvWux6hhLJVbmxG4MZW1lOYK2SNqOT+D1EKAzUirdj9XHHHukj5R/Pf&#10;eOcWbD7bysWEoGJ1S0sktHVOFfD1Ka5qHLWsJI3HAAKuR+T7jvfd6mvnBEusjyHAYA/i+QI9OPU6&#10;8o8sWW3quqAIfVjU8W4ft63fPhF/Kl+LXwqwyNs/ZdLn92TRqtXuPdgodyVyGN8/Gn2VTXYmnnpQ&#10;9FnnikA/WET/AFI91Dbj7Frs/UTVuSzs1XNOU8iVtdLUSnxxwwxgGWaQj0RA2v8AQD+nuMdw22Xc&#10;7iVLlStRhiMZVT/hWnUmDw43aCJ18EcH4jOf8Pb1Z0qKihUVUUfRVAVRc3NgAALk+w3q8zS1BYLM&#10;+n6AmdW/pYj1iwLL7LW5OSDTpulYfIt/0D6dGat9MKi7WT+iD/q/w9cvacqa10DMkrMb/XU3A+gs&#10;Cb83/r7o2zAMFVyFPkAenIr3xY1dhQ+nXvbS1dNJe9/yQbg/6x/Vc/7x7ZOzGtaN/q/I/wCHqxnB&#10;zQ9e94WrZE5d7W1cG/45uefp7bNjcw1RYyU/1f6vLrQnAGWFft6979Fk5kkE0NQ0To9xpkZDq4YE&#10;6W/1Sj/be/NG4FJFIJ/1en+Xr31AP4qfn/q/w9e9qCj3tuihI+03BlqN0YFHo8nkKYFV02/zVSja&#10;hoH+wHtkq3aVjNKU4dbVmmANTU4/1Z697HLYfyr7W2GFNHnjlEUqWTMtW5ZmUaEYj7iuFmtH/t/b&#10;61GntIX9n+Xp4Vjp3Aj5/wDF9R6mkpquMx1MKSowsQw5+luGFmHB9nW65/mLwXhg33gpZ6htKfcY&#10;qlx1LSohuHMyVeSLAgm4N/oPayzZUc6roItfNiP2Z6Yuo7aZoysWafhoKdIrMdfYfJQslProZCdW&#10;tWeUagQeQ73Cn8gH8+z77E7d627LRJ9tbmw9dUzKrSYmnylLPW05tIdMkFPLIEbRAzj/AGnn3K2x&#10;TWEsaJJeqWzmq/0qf7I6Jb3bbkIzQwOyfID/AFf7HQB7x2lu3byyPTULVlHABbI00RkiAcwAmVfK&#10;Z1LSSaRcXJW3+PsXafDJKTpsUjtoUcFQb31MRxdvp9PY5G2QWyLIyKBJ/hHyAP8Al6BF1Pd2rhWi&#10;Ks3+r/V/h6Ayu31OpCM0vlBbyMQND2K6dK+QMbfn27xUkcQACAg2AGlbX5+lxx9efdo3tolCKyh/&#10;t/1flX1x1eITyx1lRvt6StZkq+rdpDLJZb6m1ScCyg3s3qFl/wB4945BHCxVyvH1AIBA4IJA/r/v&#10;PtFuUtw6J4UbB/X/AIv+X8h0pijiTxG1DV/q/wBX+Dp0w4+5HkuGjbUEuGZWNyGCMbXsfbBVyEsS&#10;hVlPI+otcG/1/Av/AL4+0EZnKjWrBh/q8vXp7GadCBQwQRoqkBW/PCc+oWFv6j6e01XK2osUI0/m&#10;39ATwPbkvjsoBH4v9X+r/D07CUGrV6dLPFNABoWRSGT6En8so5J4/P8At/aZrgr6wAOAQP6/2vz7&#10;U2QmUx+IM/6v8n8+HTLAlfmOlZTMiFSpJBINx9Dcpx/rcW9h5laESyk+kMZCOR/ZLSluLc29i3b5&#10;ZklOgfh/6B8/s9Oi+dCgDKtBnpa0FYEgUMSVCraxJ9QUAfm1zYe8VLi4zJT2tcTRHi4uA17WN/ck&#10;cuJczyDxIWIp/wBA1/1f4eiy7qInLcQvTNmMt4oamzCximFjbglGUWP1P09r8wlQvJ0gEf6/FxYD&#10;i1v6e50sdv8ABtIpDG5fB/1eufXoAzOn1Dqfir0BxrFkeQ3jBZrlrKLfQaSTYhuPz7iNYkhww/1+&#10;D9B/xPtq5g8M1VKJTP2/nn06owpw4dOcTtYMjIxIIAAH4J/oLcAe26aJf7It/Xm4HI+p/wAb/wC2&#10;HtER6deUmuTjp9ppmA9Zvb6caT9W/wB6/wCJ9t7oASbLf8m1/wCg/oQbj2guVOgAcAa9PoxwCcdO&#10;8EmoWJaxuAL2vwW55uOfcR0vcW5PFh9SPrx/Xn2Qzxtpai9PqeBB6dYpQCDf6fkgWFrjkDgDj/Ye&#10;4U0BJ5/P+qHP0/pa3solBYDSK06UxSgChbNenSCe17X/AOIvf/Xvf/X9waiA2BReP8OSRyBzY/X2&#10;n1q7AE9KorhTIoL16cKaa2oOxUn+v0/s3/N+PbU0PIDCxa9gbD8n63H/ABv24+RU8OjMSpStcdOa&#10;TEi68gC1x6hwB9LH8f7b3AqYAoYaeb2A/Oo6iPxz7YpWSNq4Fen45FLDvHU+CYsBc8Hm/wCLDTf6&#10;kc+2iSG9w3FrkX/P1t9Rb8+3JA2lgBnpWpCn5dOcUv0I5Bte3+wB5Bv7gSRFmIsbAWuPofpb8fX2&#10;USROGYhcV6eFKCnDpxSVdA9QBNr34N/oeb+40lMblrjji31/tW/p/T2heCXLFf8AJ1cGnA9SVmQ2&#10;F/qb3uOfz/X6+4j01/ob8/pBJJ4ub8W9slHA1acfZ0rGRUZHWUSD/fW/r/r/AJv7wtCt7WH+PI4/&#10;xHFvdHV1Aqrfn17/AAdcw31+n+wH+8XBvf8A1vr7jzxAC39bEE3twBewX6+2SjNSgb8sf4ethS3A&#10;dZFb/W/xH5/JF788394BGWjudNvp9CGNm4+oP0B9p6yeJr8Pur6Y6vqFePWQkX/3n8f7H8/4e+Tr&#10;dNPoB5B4+l/9vzx78sMlQTHUfb/s9WA1Co661gG9z9bj/bD+v9b+48dx+o6eLA2I/r/T/X+nteV9&#10;B1VkrwHXZIN/qeb/AF/3m3+w/wB49yNKgXLa/ofoeP8AABvqfaR0mBOhaL8qdeKFfIjrrVzb/X/x&#10;tY2uT78qA82K3sQSpva4AH6Tzx72EuF4EH8/9X+Hr2g1+D+fXRIsLm5H1+n9De3Nrc+8pQm9voP6&#10;6j/ifxe3Hv2i4/iH+r8uvaG/g/n1x1Af1B/NrDi1hwD9bn3JUpGqDWusrYgA2Fv8LH2XSwXbM7Rx&#10;MI/t602unw0HXrhieP8Aiv4/Nx/X3KQoByVJIFjzb62seSbc+2fBvv4W69SX0/wdcSVJPIHP0/PH&#10;5+luPfNQfoym1+ePrbkf0sT/ALx7dPiulGUV/wBX+rj04OA+zrjxfg2/2P0/H4/4p7lItyG0m4Ny&#10;ALMfz9fofbDRuFcaeIp/n4Z6ciZVY6vTrgzC9r8H/Hj+luCCL+3SmTkKAR+rkg35JPH45I9p5mlq&#10;akeHX/V8/wDZ6UiQYJZa9RJGFrmxbgW4+lgD9L34/wB79qGngReSQT/QD6cn/BT+fbTFaUJwelYz&#10;01yStfgG3IueARbj+0Qfp7cI0BF7Gw444X+luOOD72GX16sB1AkdgSvp/rzy3+vyfbnThL/27/4H&#10;88fTm3vxIHw06sOmufWb3Atx+Lcc/wCBP0Ht3pU9Qk50iw9X01ek/wBbX492IJBpxp1YdNFU4CmL&#10;06iWPH6itmH5F/r7V9HdxHdrX0gHV9f0AAWvzb2mYAEgDz6St8R+3pGV9kMlgCQHYgJwP13Jva4B&#10;492FbDkUbV2frVi0eLwdmFjwtNATFc8m5+o91lBIh8IAnz6CG8xvJcUCZ0n/AFV/y9ayfyZoJD25&#10;8kx95HSw5DM9kJ4JGlQ+Sp+8RMmqg+NPCremT9Q9mUhZZcaCCYfJGNI/QRqW1iF/xP497fXqGvjT&#10;oriDJpBNWHH5/wCr1/PrVizlL/A+4KuONE3DHiMzN93K6/xCOpamrIpJJleYHWpCcajb36lR6egS&#10;ORvLIgCoU16v1EkOTYMbH/be2FWczgD+y/L0/bx6WhfEaiL3dO2/svtzdfZGRy2Ko1wVNkqmafJp&#10;kftxQibREsRx8NMrRUiiNPpf/Oe0fuOpnij0TJ90k3P2lIumqbQyEadRAGlvU3+0g+zG1VyiDR5e&#10;XR3ttNKkGmD/AIejq/Gja2zK/NVGZ23kqradft2SOFN8b7yMdRswx5akycEjVfgjEsstTArUtMG0&#10;6al1P6fZOd9zfebmyM4QFZPttIUC91oKJW/JHGm/H09nNiSjT+KdB7PlXDcft/n0eh1jjFWz1tYf&#10;FrArtLofYeBjqZaiTH/3l8s08zyk/dbwz9ZH6mAc6RU6fV+PaN0FB9ANQ4B+o+tvoLj/AGPs1SIT&#10;+dAD/q+XSGVkkoAcg9D+akav1s5HPBFiB/W5PFz/AIe2ypBbTd+B/rj6C1ub+zCJVVZFUAHppAoM&#10;leP/ABVOn3HyDlhESxUAkgG3JI5sv+v/AE9pXLhUo5mLAlVdwDyAAp5JNvr7QxySRXV9dSgpbpDT&#10;V/qr609P29K9tFbkdvn/AJehX23eesxsEaXeWqRWQC1ySvpAX8DT/iR7pb3zVat67oN7n+8GZtc8&#10;aVydUAbX+n0/x/4jG+7DSXN7JGKILh+7Hmzfl/q+XQ3jhfQjhfxH/D1ZHSLppKVbW008K2/paNRb&#10;214x1apS5AdmQhR+SXS1jxzf/ePbOtNHh+Ia+vn68OPRkEbw69SPZwupW9VNfSLJEpH9ABQ3+l/Z&#10;bIreIpp26f8AP0V3YwAR5/5+m/J/8BJP9Y25+p0Nb/bezYQHTGpQg+mx0/1sP9jcH2fwfCPsHRPN&#10;gLToHqsapmVwQC7Wv/QN/Q8Af7z7UNNL+wrXHAv/AF+t/wDH6ce6RKrXAD8OkIyB0nMhEVd1QG/0&#10;H0H0PPH0v756pOQQ7av6qfxzxxzz7OYfDJPhlMfs/l1bHTNIo4LXH44PIvb+pv7xwyN5AOTf8G/1&#10;s31549rjpVanCjquKfLrDPCGjuLBj9Db63cXIuOfa6zORo6ba4oquKmIyGtWlliiZYxTVsUylncE&#10;pqJA49ls+nXVWr/xX+r/AFV6MbJXNe3tPQb7ZwuSrt9vlqaprYxhfE8VLFPOi1H3+KlpnUxIwSTx&#10;FS3P59khrIbTyTOyMrkrpQBQiJexIHC6l/23tDfONEi6c6c/y6N9RGD0eOnb0Iovxa1yTck3b8ck&#10;EH2wTrpkuhAVLOwa3pU30Mb34b/ifZSgUZcZ6Ww6QO8dOA/Tz+bi9z9fz7GPqDrf++GRNflgVxUD&#10;A3YOiz+KeJGjjYI0erQxPPHumqRbi2URnLetPX7fl0WXcyaHjWVQ5+fQV9qdgJsnA1UlEY5sw8Di&#10;khuspjdoZWimmhM0Uhh8iWNiPZ5aaqwO1qCOloIYKYUsPhLLHAkrmCJY7l1EdyftweeSefY72y5i&#10;tgZDaq4Ix8B+f+Wn/FdB2S7ljOl4mkT/AHrqsPcm1d79pZp6rM5auliq6r7labzZZaKGOaokcItP&#10;I06LpFYRx6QBb2iMj2BKkshSdSnlOnS/0Yu5UG0tjZbcDj2rk5quklSBICkLNppp+fD/AFf7HT0F&#10;qk6tL4qxU7tLf4OhV298Z9v/AGET1NMJaxKKPyyPoOtRBCJHGulLay9/Ufwfan2vvSbJKGka5hnS&#10;+k21aPC4ABlJN7/09gfm7cpRJWMNxx6fj86dVMMQHa66uudV0fhcN5oYIo1jq6GdWuFuglvESQsC&#10;KNIW/s6PWOXky2LmidJPEGLMzXa2mmgATh2tYH/C3sQ8hbiVGl2/WIBHAef+X8+im6UqQVWo61Hf&#10;57HRmM2duLaXYWMegStpJafDimQEVNSlXnMnVCoVUpowyxyIbtrt/sfaKzMIx+58gI2YQT1HkurE&#10;MoVEH1uBYE82t7mHdd3uzFG0jESnJofy/Kv5+fSKa1BhoY6uP9X7f59DV8VoKTsb4odaPk6amqMp&#10;htrU9BLFWQLPEz1NfXynyRMkzPJoTgsP9t7k096iDIxzLrp51Gt5/XBqWKUrq1XBIP04P09q+b57&#10;DcuVorW3u0kuqjtT+0w6fbj/AFcOl1jHHGIk1dw+X+r/AFevTHs7D1Owe5urs9T0q42u25Jl4acU&#10;0H2cq02RiSKrWPxrDpSSFyW9S2DH829kJ2Ng6/b3StTtrIytUVW2EpkgqneRhJ/Fdz1FZIQ0tpXK&#10;JKqm4FiPyPcOPMjOAsb5+XRnhY1QHra73pV0FV8jtq57EywGj3v/ABs5OKyfct/dzY1NRUZYxakv&#10;qjci7PdTxY+0HXTXEjG4ZtN2BsnpK/i/4A/2/u3VejA42AgxIOUUtZCv7nq1HhrDi5/xFvaSqKnS&#10;LXsOeCSD9R/iPewyfxCvWiD6dLaCmJN9BP0uQvFrcfg+2WSrBJGr6H+p+pA/oT7dCE0x1qjeh6dU&#10;ptIBt9R9fobXPHP+HvEasCIjUObgWI/I/wBfn2+HlXTVcda0t6HrkKQGS44sQbf05P8AgD7jJUAf&#10;UkAk2+ov9CLC/wDh734rNhVz1XHUh6c/6/AB4H+N/wCp/Pvr7ldbAN/ZYDkm5JNweefr7qjN4lSM&#10;nj/q+XXuu2p7RrcCwZSfpwB/Sw/P/E+/GaxS5udH9ObE82559m0Lg0JPd0nJp1HMF9WgWUvf6/8A&#10;SI+h941nJZhccI39ri9jb8j+nHtSCukMGFOt07a167aGwBsf1qT6efx/h9ObH22zP+yTb/ff1+tj&#10;9fetSjGodJ3Cmik0PU2NLSWFzz9APpYf4C4Nvz7TFXdirF7fqBuW4JsR+bc+3VkVdOc9IJkOpwBj&#10;p4hFgQF44/ABPH44vx7YKjgNxqBIAuNQH6f9f6j3dSDQg9IijiuOpi/UXNuL8ccf8aPtmyJDTlgL&#10;AgX/AD9ETg2/HtZCy6VWueqFHOQuOs0VwB/W55Fhz/Xn6+01Gf8AKVLC15BYH/gv+t/X/ePa/pap&#10;Fc9Zv7PBP+9D6/42/HtmyHHk/F2f6D8XY3vwefZRd18c+Yp/xXVlBIIAr1Ii/T/h/vv969tFB6q2&#10;C91HkQG//BvybEX/AKfj29CyrQrmnXqCvXJ/0t/rH/Y/4f7H215SICtqTwbzTnj6D91xfm1+R7fd&#10;1Z6a+PW/Js0+Xr12v6R/rD/eveKgUmsp/qLTRf61/Mn6vpcfi3tZAK8T5f6j0ndQcHz66b9Lf6x/&#10;3o/7Ae8O54gGyFipvFUn+ouVcgXP5uPaTdu6M6Rw6dtmWsg89R68n6F/HA9lbqV/ekuCCGNr8fX+&#10;n1/HuL7pl+oZfxdGCj9Fv9Xp1y94+LaiwJa/05t+Dzf8fj34Yrj/AGek611Njr3vr62/BP8Asb2t&#10;/sLe91Hr1fr3vmhAvc8cf7axv/Xgf7x731sHr3uQpPPNv9axv/rg3twfbbgkY49eYkCqjPXvfNmK&#10;n0kHjn6n/Y3HH1960mmW63173xuTyfz9CP6f0t9be1UFO8fZ1ViDUE56977WOSa4iUtYF3sGIVQe&#10;WY/2QNXszSRBHJ4jZ0N0y3l9vXvZ4OtFP+h+VSf05s2J/wANs0IH1/31/Yh24mW0jkTuQFdTf6VF&#10;1f6vz6IG1fXy1B1FT/x7pklt/HY/6/w0C39f8r4/2x9rajBTM7W1g3/uhER9foalCSPrdbrz9PZ5&#10;I6NHbuki6PDHl8v9X+rPW7khtucKeEq/4OuP6osiBz/l7j/rGg/3gH3F7ntLsp3AFvuKK555u7nn&#10;k+10bKYaFs9GO3v+kqu3d1DwqlK2dTe2lyBYcWKD629kRrRqtyblTb/EcXvxzb2GbthHIGp8v2/8&#10;V0ZkgZ8ulT7a1LLGRzfjT+WuS1788fX/AGHtOkyNkmh68COve/We36T9NX1X66rW+v0t/wAj978a&#10;H+P+R/zde1Dr3v8A/9WnGq2nPu/IPX7WxWUgxDadUk1I4jXTCIiC1BBNAL1NPIBz/vN/eMIYLTUw&#10;1dTWU8U6kBC9b+2oC2plBN7c2v8A61zzYe+FbtfaG2ykm4dwUOWEZLSYrb2Uo5MyL24+3q4owS3k&#10;BF/7IPuwZ2+Fafb1opEnxtX5A568CTewII+mocH/AHm/tMzdiUeJZ02dgKVBYr9xuPF009UvNwUm&#10;oqldNn/2Fv8AD28U1Zc5+R6daRceGmfmOu7X+p/21x/xPsPctm85nqjy5XMV5u1xSQZCsTHqSSNK&#10;Us0sqKlmIt/qbD28FVRhummdmPcxp/Lrv2zCijQ6hzdrkk88EknhT9fda9ap173mIPItc3v+fxZb&#10;2FyRb22UGKdNlPhA6975qApW629I1f1+trN/U+1OSD1emOve8qDSLH8njj+v+P59pHWpqOPVWQ8R&#10;x697M38cIfNV7gIjvppqs/ovf/cXVW/Bva3tLeHTDQnzA/4101cLWxlP9If4esM5sgP/ADcj/Nv7&#10;Y9gNkItddITH+lvwvBJVL/gD6j2YS6PoYtOAekMCU2qEV/Z/pus3tuaNW1PyBx6TYAcAXsAP949p&#10;E+ALp7ulsQ7FXT3de98NA/AFrD/U3/Ptz/bHq3+Dr3vs+MEkqLvYE1Cg03/IAPN/62/HujcTTr2O&#10;ve+FjI6q8ZkdjpiWmS63tZbD63t79w69172+Ue166oQVUgNBSXBaryQlhowF0sy+VomTUqtc88D3&#10;QuOHn1YRscnA+fXvbiP7uYk3QT5jIoAyPjGpKzGrKv0MwOmQRrUJ6vz42H5PvXe3yHz6t+mvzb5c&#10;Ove4VZm8xWSK7tBQxLEII6bGLPRx+BWcoayJHKNXaWtIfpYAe7BRwGT1qruf82P2/Pr3ttEUbP5z&#10;I8sz8OXcsbkhiSWBY+r3bS1KUx17QfTPXveZkJJv9T+rn6Nc/wC8c8+/dmga6Ur59OIO3r3vsX4H&#10;1P0va5P1/F73Pu+Py6v173nSNgxcH1L9B+TqFrWC829prk4j9M/5OtGmCOve8rEjSkUYLsWFwn+o&#10;9X9n82HtJ9vVfsGeve1XvAGHMyr40dglOwiZdRcfaQgKIzZmsDf/AFvdEI01Jx09LUP172moaOee&#10;UR08csjNyfCGcoDzYiMEgA+7kjzPTQUnAHXvarhwNNToKrM1tDRpEAzY8zrTZOoRRfTTQTxhXmmH&#10;0ubG3vyTOhYR+f59PBdOWYD5efXva4XL7fodpGt2tTOKk181FUfxhaWeqULR+V5KY0bLIlpdGg34&#10;59ld2HZ38ThQf4engQsWpFOqvn10L83t/hYW/wBvyfaVweKyO5q+KeqaepDVShkczzLFqnicxIGW&#10;XREoqDZb2F/ZDNG0JLKg0kmnTCBtethjrv2frp7r6LHwUlU1NpcrEeE06f26B7m9Kll9P449iLaY&#10;HvD4ZXH2f7Gc/wAum729jjjaNjTH+f59I3ducjxdFKfIqtobgsv1KS/T91Df0+z47UolFNAgRBpV&#10;X1FRb0CP8WAv/sfcq8p7A1hfi80fg00/01f6J/b1GG83SyMyrwrTqtP5Cb8+4x9XRiqfU9QXsjgN&#10;6GmFh/lS/Q24sLexqxoEcUZA+gW2kC7G31tYHge5ShgmkBjUZ/kP+LPUf30hLuKZyP2f6vs6qU7D&#10;q4JKyqknka0pktra1xqtxct9B/rexCw9VpeIMWDfUhLH/VG3J+n9bezGXaPGt5QqE+lf2en+H+eQ&#10;QRf3AUu2oEV/1f7HVbHcjtF920T0iQ6gGaXyBT/wFF/QpXyMf0WNgPYt4l/JTykFC10PpPAOtiLA&#10;/psAPbRtPAijjlJqain7c186+fS7l67e4aRYUkalKmlf4/T/AFY9DTqhT5F1aUO+cZVMklHTaa/w&#10;SZMJHPIq0GJV/KQQjFXkIUc8EXHtYU88skJiJ9Dfp/Vxd73/AFj+nsNttdvb3Udyo71+z+E/0f8A&#10;V8q9T7tqyBEBOP8AorohO6N3zVDSRBFczFRUDTqj9P2xiEAExFwAdV/1H/D3IAAsByOf6fn/AA/3&#10;x9rejnoJ3dpXaX0oeL6bqP6cW45P9ffj/sP94/1/r70RUHrRFQR16OTSwZtbW+gvcH8KCCRf6e47&#10;OBqU8n+n9LkD8/n/AA97VtOlvLpLLdRxDSTnp7aiLiKrgtYkIwUiwIXU+oILAX/x/P049xmOtwgb&#10;kkL/ALdrck/0v7T3E/ho02Mf5K+h6Bu+7ssFvdzq1ZEjZqcfh1fMdKfB4f7ieCN7LHK0RJDhTrkM&#10;SnSNB5IPuauPQqCWctbnkW5A5HpuF/p7Dj8wqZZIyhBP2epHrn+XWP8AunP95Pem3YoFJPqODMP9&#10;+cejGUPUUgwUOZpwJUdY3NvJIVL0kdVZytCFB5F/Vf3heCWBjblFIGpR9L34BH14Ht1N0EoEag1b&#10;/VX5Ur0pt7m23GEs8gM1OBI4/wA6ivSTq8bkMVOUeBkjR9LMIpFAAYr9T4/UQn+x9y4aoEHVqNmA&#10;ve5/25IvwPaWayUnhpPRRe7YwdQumhUmnD/J/q9ennG56WISMS8pSRVvIS/AH1tqJ/H+9+5QdSLr&#10;ZuBYD6kEXN/re3sjuLGZAzgsBX1/zdBO82yeN5CjOGB+f+bocNsbzxNZ9lRVsGPs0TgySQ04KFA5&#10;X/OyH1c/4Wv7zz0PiABPA/Ve5P8AS4/aA4P1F/r7Y2rmO8nm0NGaHHA09f4/2Y9ePWra3u1OkqfD&#10;p8x6/wCH7On7fG0trUWN/icFXTyTMQywLUUzyG80MQDRikQLZTqvqvY8/n2zSiS5AB0D8EG/IH1H&#10;Kk6vY+gLzdxWoPQysfo7WHT4w+p9aj1P58OiwZCSqnqGdoiKbjSPHJyNKXsGJUetf6++RhTQQtrk&#10;W1f6xv8AX+n49qoZqMDpyOkf7xnM48Zm8OtaflTzP5/6h04PjY1pf2dDt9NSAMLl7nlVP0PHtuZr&#10;Np1c8cjj/bf4X9mkE2smgI9R/q/zdCj6HxLcS+AG+VAT/PpISTf5QYGlaMg8kMV+ov8A6oG9j/T3&#10;Khl0ahwbKv8Aibrf6c2+p49sboBP8RrWv+rHr0RTbS7og00qx/Kv5Y6faOuNHJ5Y2BaNUcENwzLc&#10;3A1Lf6e+p9LrwSLXIJ+h/VxwD7P+XhJbMtR+L/oH/i+gJfQCki6vxFfnj/V/sdKiHJt/EKaUKG1U&#10;1O72UEAl7ki7Dn0/6/tsiaVmZH1BI2ZUJ1X0308f049jSaG2twbqMr4jgMRilfi6R3O37daRRTW2&#10;g3Dqpf4a6qf9BdKyTL1dcEjkMxhVSqAeTwIlmOlwHtpCNz/h77qKqioY2kqaiCBV1EtNNEn0W5/W&#10;VsbJ/X8G/sK7pzDHERF4qh6DH+9f0/Xj/g6vs+1bxu7lbS2kcedEao4fb/F/m6Xm0up9+9jVtNRb&#10;M2ZuncssskMd9vYTLZenIZ6VCJDi6GssoNXGb6fo6/1HsLs523tPAfdTVeYoVEJcRp99j1kZkVzb&#10;xyVsRa7IR+L/AE9rP6wbG1jAguI2uPDq4Doaf8a/lSvnngJZ2f2y3KaO2M0AEhXvrUcf9oej3dYf&#10;yivmP29WYqhoOttwbdx2SmpXbJ7n2h2JQUdPBNLTozrVQ7Jr44tENRqA0mxW/si3eHzVoaGlrKDA&#10;yfb2Lp9xO1KsZCvZdElNnQfofra9/YF3DcdzuXIsHKxU8jICfX4Gz/m+fUxbL7eWtnoknUPIB50o&#10;Ps7BT/V+e0p/Ls/kDdUdDJiN7dyU9BvneYghneKpTHZrGUdS8EXkFPS7l64oa2nCTR3A139009v/&#10;ACIzu5aid5Mh92ZHFtM9RUAcw2Kk5SQ24HsqkaRLUJck+P8AiJ/1D/VnoaxW/wBIFhjWgXrZF2rs&#10;vbWysdDi9tYigxNFTpoip6GjpKSNFuzWCUsEKDlj+Pz7I/uHI1ubqJJ6qqYsbERtJJz/AJhf0u8h&#10;+kYPsM4L5Cj7Pz6OLappqH+ru/2OlV7DaoofIuoxFWtyNNrBdK8LpupIXj3q4hLyvUkfl8/9WOjb&#10;8Ok4697TVTjZBcrMyD8WZxb6XtpX/H2wYnFNSA/6vn1urDj172naunr4lLLUSMq88PI1voLXF+B7&#10;tFYpNxTP+r5f7PT6SAUUjr3tlaqroibhiLm3pm+vP41Lf6e3htacc/6vy6d8Wn4z1736KvqZHCSI&#10;DqsthG39QDYtJ9b/AE/p7q+1+aDP+r+j14y1kHXvbk8bGNTqIYrcWJtyP6gHk+yqfaSSx04r/q/D&#10;1YNqrQ9e9x1aSC4kbWpP6tTnkXuCzEcWX/YeyqfbmTSEGdP+rgvr/LpXDJpUiv8Aqx173KhqC5sG&#10;4X6i5Nh/hpZr+pv6349lk0LIMjHTnieJkHHXvbgksgsY2W+n1KxNvp6rWI50/T/H2idFZTqBqOtg&#10;0I697Vu0977j2lVpXbczOYwsqOdTQZGtodd1dPUaOpgaQaHYfX6G3592S9vLVi0UuSPwk/5COn5G&#10;ldGWNmC/n/kPXF0SRSkiq6NwyuoZT+eVIIPPu3j47fPWhq3pNqdpikop5vKKHPUaUlHj18EeayE/&#10;8YyGZ3M7kvpgig0Jw7aT9QfZttvOW/K8iXc7FPKpcYPxYJA9PTh0Wna4r0lrhQJR54pmhNar9nQG&#10;b66PwG5ZpMjjIafH5B9BeMJHFRsUWlhQxpDSyNEVhhe9r6mbn3Z5HkqDJUiVWKqYKujkLeKsgmim&#10;gk03jkMVRBLIjaJUZTpPBFvctcvbxBuceqVwJftGO5iMH5L59BLcYZrWYRBWKfIN/R/l0T/N7Tye&#10;269oa+CYSAx6qUxTo4/ZisXiljFtS1CkX4PJ9tryt+7r+oReWuGv/tRJBP149ii7VnMZVTivD8uk&#10;DLQIw49c6CGJBD42Fnc20kFOLg6VChb88/8AFfbVORpuOW5/1/pxzYj/AJH7Ro3AHq0cnBD0rKZD&#10;rPHp4tYAi9xq4JueT/vHtOV7MeC1gvIJJAJ5H+w9qoo9deniwH29KvGBE0kIGZzyoALBeCPp/X2k&#10;6l7FyPWfV/j9dX+P09rY4dHaOPWi/wCzpaUw1BNXoF15+nPpH1t+q3tOzKZ3YaVQHhSVYeosbC/0&#10;1G3sxtkMU0enVrr/AKq/Kn86dJbxv0gw8j0oUkEUN9WoBQzepGFgouwH9Ft7l0dB4hrlKgjSQSxB&#10;+gZeCoPBH+w9z3yLaSyGAlcf9Ej/AFf4fQM7hdLoK16DzceWEsjw04JB1K1gCPq6sCVe36T+fr7d&#10;GnQgLqYFR9Wbj/G17m9vc9R2oEKjxBqpToGGI/Ul/l0hlhlGphCCrMDZUu1/oP8AUjgjj3ElkVgA&#10;WS39NQvyPyfzf2guYIhXNadO5BPTlTpIrfolvxb0MBweLD8WP+HuG8qgWIQD8iw/wtyTf8+yeaxi&#10;bWV+I/6vs/l/n61pB8s9PEKSlwbykg3uS1vo34C/UW/23uC7xm4uLn6cqLXtc8H839lk9pGqllk4&#10;f6vQdWAIow8unqET+ng/n8Ofpe3HuGXWxII1cWBtb+n+uOP6H2WTW0LgrpA+z/UOlenpyUSgjVq0&#10;c3/Ve31/PH1/qPeGSxYm68/4/wBB/t/Ycks4ihAH+D/N1RRQAeXTlC7qF/VwbfRuLm3PFvr7huyE&#10;AXAuOL2/F7fm9/aGWxRA0lft4+Z6WpCYzqr5dT43kv8AQmzf8RY/QD/ivttqvHcXK2vYA2/2/wDr&#10;j/H2hSlD69LYaaTTj07U3kAuAxJF7gH/AA/21/bdOkZtYrwAR+n6gkcgf4H3Vm7gvlX/ACV6VxYZ&#10;W/pf5K9OMJcXuG9V/wANzexFr/63trqlSwI0heblSv15+n+wHv2K01V6XIRkaq9OFMZL8gg8fUG/&#10;0X6/T8+2rSqtYH6n6n6cG3+J/wBh7TzklxX06f1seJ6dl1FOR/sADfkX/rb6e8ciJZrkDnnkD8/X&#10;gW+p9l9wcxj7f8nV1Y6qHqRCx/o3AFuDa1jxyePp7b5RGrWMlyB/qhe9/wDiR7TCQBdVaA9OI5A7&#10;TSvUtdRHCH6/6k8cD/eQR7wv4NRYMt+Pyv8Ah/Sx/Htlm/QjHz/z9PiYEKpH59ZFEl/6/wCwN/8A&#10;eb3+nuI5iJuGDWH01L/r/S49tAkVz08GK8OsoBItyCT/AEP+8EA3t7wM0fIBsv4Hp/wvY3P5Ptpf&#10;I0z04mjt/i6yeon+v0J+v1txx9feAsgNzb883HH49X+2/wBh7c6eGmorw67AY/8AGx9fzb8/n/b+&#10;8h8bEX8drDnUL6v6kG/Pva/EOvMampIr1xsRf9X1/ofp/QHj/be/FkCm5jt+ngj8D8m/0/HvZ8q8&#10;etf4OvANf6G/+sTyT/sffo5I2J5FhqH1Ww+huORcce69b8+vENb/ABJB/PP14/wPPvL5Iri7XH55&#10;X+v+va1vfut1HXWlrGwt9Tcg/gH/AHnj3x1xmQ6eQDa508EkcXXm1ve/w/D1quevWYDn6/05+gB/&#10;rxe/uUNLWOq1v9a4vf8AoRa9vbb/AAnt1fLrx64C4NiOT+R+bW/r/QH/AF/eQzLrPq+p5+n4Av8A&#10;m359+jTQir6da4ADriVJ/wBgB+Pp+Rb83AH+Pt3gkhJsWA5NtRS/Aa31JAPsqCF6jST1QdYJQw/H&#10;5F7A/U2/oBce3FXQPZWINvqCOeDb6N/Qf63u30azASYLen+r/B07F8anqGxcLZhxfm9wb3F/x/U+&#10;1BSsWHIvYfWwA+pF72+t/wDeR7RS2UahScof9Xn/ALPRjHlARw6a55DcgEA3/Jub8GwsQLW/w+nt&#10;yW3BBsP6fQcHn2nFqdXy6cr1BeTgg3J5/wBvp/r/AE9zYnXUurm1v6Af0/JH59vLaqTTj9g/4vrd&#10;a8Om+YvoYji5P1J+vJN7D28wOrlbMQpt+kgfUi5sPqLX/r7u8Zt42Q/F/n/2OrefTJKpJLFdTC5G&#10;q5PoBCgkjg6/6W9qyj0iOEAkkMh/UD+AP8PZVKQGJPSd66z0lq1ZGknbSFDJILlCPqzfk3Frez+9&#10;cSo+39qlpEQ/w3FQsJX4sYYAGVb/AOcB4U/X22hdg3djgP8AL0HNyFJnxj/YHWuF80aCek3l3U9P&#10;iayr05TeucE+Mo2kn10/8UKwVc6hWOOfRqmT9Lf19mmiMVNjo1kKmMKkQZiCQzDSt2Y2+pv/AF9+&#10;/Fx6I1UsSxHWpRmafObz7ey9RjIJ4Mo9fkc1NQUsM8FPNRUcv3dX4qOmE0jr4k088f6pvfcaWplj&#10;ZgdKn16vqeSPWRze1re3osEjoxtGGqRfWh/Z/wAX0y7rrvNvGbNU9DUQitrlY4s04RYI28cDhaCN&#10;mSIRqNX6m0/T2hMooWsxzVc6IssVYXYSaWXRGoXSz/S5I4/PtZaShmSh7WB6N4cMQoz1ZN1oZn69&#10;7godh7YyGRrdu5vrumoKabEiuhrI8jl5pauSanx3rqDTw+V1ZNPjK+yS5KqFbkJ6tpAWmEQKhwAu&#10;iKKMWBdratPPJ9rhIZ9RApQ9Gc8epVUHz6299obf/uvtjGYKKAiKgNaY3aFtcn3FfVVjBpBFAGCN&#10;OdPpUj3AdAQOTcD+pI+v/FR7NLecoa0qp49IKMjFSOng3BIsgt9CEAJuvP1Av9eP6H2z1TBI2JHH&#10;0NwLH6D6Gw/p/vfs5hosgJ9et6NJanEnp8x6PO6Ij3IF/QWuL6rg2BP+v/Q8e0HueYRYuslLKNNN&#10;Ibgjiw/1wB/t/ZXujsuy7uQf9Cb/AAdGOzYl/wBXoehz67p/LujCRaJOa6n5K34P9CRfm3+p90vb&#10;xIk3VuScH9Wby/qve4OSqmsLX/1X9fx7xsjlP086EZ8eT/B/qA6HsJ/xdafEWP8Ag6sVjFkQf0RR&#10;/tgPcDEf8DaZr2YNF9f6+WMg2/1/ZbIaOB6t/nP+TpW39iP9Xr1z9nG6o0kxOAbaUtZr39NEQfye&#10;fe3c6Ywg86/4a/7HRLefCB/S/wA/UDI/8B3+n0b8fX0N+f6ezW0bAoo55C/4g8f737PLf+wH8Wei&#10;ac9o+w9BLkUIqGYHi/8ArW5Bvf2oqQr4wCQBYc8ccE/43ufdKN4lfLpGOA6TlZcsbAk3NhY/XUPr&#10;wLED3nldtQAJA9f+v9B/j/h7X2eddPl/l62vn01yRrpUta4te54+v0+nHH1990BT7ga+bXufSSRo&#10;e3BP+Ps1uK+C9Pl/hHVH+E9NdYJPGPHxybfqA/UoP6f9j7R3Z1XUU1Dj1WodEZqs6DJIpIV6K/Go&#10;D9RB9pIxqcCny/wno9sFJSPPr/l6WXWlPTy1GUl+3j8tqO8gijI5WsUHXbV+nj2A1QVZVa5Y/ViW&#10;DKfof8b+y2ePSzoPhqR8+jER0kFOHQ2RFgfpbi/AItf/AFz+fcKDHvU1tPCglleaULKsd3KoASCQ&#10;FJ0/64t7KZ2EZI8j/l61LIEUjz6ztMEidyVUKtwW4BP5H45v7PFtGCn2rgIIqeM2mgSS6qmoSyRR&#10;O59IhIJK/wCJ9uRI7oGJzn/V+VKdEF2A8i04/wCo9E73y0m79yvHK4EdHN4SpdgjQwzzxrwROjBv&#10;Jc/pHHtM7n3GVWokaVo0ip5JmDPZAyiYsCGlIv8A717PIZpVjbUcH/N8unLe3WQinSj2ns+mjMCp&#10;AjOZ0iVhGNWgmED1eEG3H+8ewKrN8VYylNDGqSU0skL69LOoaSpZf1+fRxGAf9j7Ir6/0SqQaOrH&#10;/jIb59Gf7t1rhfL/AFeXQ7Um16NKGRCpEjRNESugNYwxg8eIN+tf6fUexx2nvzEinWl9Mc0bKJ2j&#10;FNFpkjWNZCSKkOoBPNxf2ENx3Oa8mGoZLfM/L16T/u31X+f/AEL0Hub6+qHmkqopjIjQyLGkzySa&#10;QzySKNIpWXgNwL29n36P7K2UMNPRT57F02QllVVpqnJ42Kplc01OoWOKWtWUs0nFgOW/x9i/lm5N&#10;pcQvKDRR+VM+gNcfnk+XSebawGDDJHWsR/On+E3fvdVTtyu2DszMZ/B48xy10uM29ufJ09KI8xVT&#10;fc1cmNw1bDBT08D6mZv0oNX049qTcU0cdZNlFCytLN/k4lCSRxq+hCJ1v+tifTZvp7mj94LuCO8Q&#10;FBQfLj6+opmnRFcjLqeH+yeilfG7r7Lbf2NtjqHJzz4uDEYOZdxTYyWsx2WyNbQ/cVcNRt+oaBHO&#10;PRJbSNNArFvfdTWVFHg58hUw0scjpH+iFkpAGl8ROlyv1BFufr7dVZI4XcoPy8+k1qFaSgrSv59M&#10;+B2ztTd/fm3+udu7k3RW4/Fz5I1KZTPRVu8ZHhxKZWDx1NJHUK6LJC3lDov7J/p7ILT5ad8RviGY&#10;sKcttwRX1aTaq1vp1SaDaSxNhx7BrW0iaajP+r1p0Z+eetsXJYCh/vb1PW06qaynXfBkKiMlPLi0&#10;hUMY4TIt4rgXIv7Cesq9PnVjb0pbkAerTf8Ate26da8ujBUNGSKdwCTqk1fUnjUB/Zv/AMV9oqrr&#10;GZyL/wCN73/1P0Gr/D2gRwzkD4adO/n0u4KRUjDEfXi3A/1X1sPrz7ZJ5yhFjcf1/obfk6r8+zWG&#10;bxCVagbrYPkePUsQix/x/H5tfji3vpajWhsQCCw/F+AeT/xr29ckCNmZ8aeqMO1u7rpY7OODyeL/&#10;AOuOP+Ke+AlMjIguLEDn88kcC5+t/wDD3rbm78+op+1f8g6YPEdc5UCozW/qTa39GJ+oHHvj5NEr&#10;p9NIZQfp9GK8cj+nv0rapXcfxda68qXiXgNqCk83vdQeePxf6+80kl9Bvf8AbH0/1uPyfb6sHGOq&#10;MCaHrEqW1DT/AGvz9Prz/qeb+8IqNDNwD6WtYf7SRc+r8ezCFKxKQe7P+HrXh4qD3dcXiLW+o9S3&#10;5/xBt9P6j23GcvHp5I/r/Sxb6eojj26mNQ6YZQcMuepPjCuDwPrx/th9dNxcj2x1r2Sx/wBV9T/y&#10;B/rfUfT3o/2tP6P+XpIa1Pr04RD882P/AEl/trX9sc01tNyf9e51cBfqSfdWHEU6SvTuxjqUq/0A&#10;/H4H0ufbTUi80lz9AguSPyB+Pa2MURR8umz1zT6A/wCv/X8H+vtgSItOoDhtL/S/0vq/Bv8Ak+zJ&#10;LlGww0nrwNT1nNgpP+Fr/k/S3+v7ZKy7PPb1elravz/T6/W5PtHdn9any6VRYjfrPHYKPoOTwDfn&#10;/ivHtroktWRC1/8AKFH+2b6fixsD71CQA5Py6qzZq3XNv0t/wU/717bsmD9zVP8AjzzD/G5kf+n0&#10;/p707ANGPTqo+EfZ14fQf6w/3r3ixwJrqWwP+diN7cn95eLf0HHtfBKvDUP9j/VXpPIfiBPXTfpb&#10;/WP+9e8O6lKvXhRwYpif9ij/AOx+vvd8dUJ+2v7evQfHJ/p+uozdF/1gP9t7K5V8VLX9PqP6r2I4&#10;HuKL/wDtGpXVXH+r9nRxH/ZP+f8Ag65+4iKpH1vcf1H9eDb+o/x9uVIUU6aFOve8f0/1ufxza9z/&#10;AEHtvrXXvfdlsCBe31+nFhxyP639uJ59e697lcWH/FPx9Tz9PexwHW+ve/fk/wCw5AH9Bz/t/wDb&#10;e9D4m69173yHC/i2o/T/AA/x/wBh7dh/tT/pf8vTT/H+XXvfOOd4dZTjUhQrY/QmxtYgG2n2sIqk&#10;3+kPVCSA32de9nY61kaXp+oNiGGXkvYG/G2qC44J5N/Y05fH/Ibvf+ah/wCrQ6JJD/uxX/mmP+PH&#10;phm/4+CA/wDVstb/AF60W/21va5pmP3+03Jsw2VT3F+R+7Gbf1+vtQgDRW60/Cv/AB3qsg12d5T/&#10;AJSafy65qAEr+DzXuf8ADlFBI9x+2WSfYcnIv91j73IFrFzwSDe9/ZgoYRYXHl+0dP2SlVFOFOo2&#10;NUrkZb8AxyH/AG7R/j/Cw9kVrQfIn1sqn624sV/NrcXP+39kG4dpIHqP9X7ejo/COlJ7bTe54+hP&#10;+P1v9f8AG/sq611731Y/4/8AG7fX6f05/r7917r3v//Wo/bdm4MfRRUFBmMjjaU6w4xdfXUchHlE&#10;41pFVRx/51iRcfk/194yeGCcoCfs/wAnU0apAKAkD8+t/cqD9QD/AK4B9o2odZal3mlnqma2qqqG&#10;89Yx0/qNQ5ZmYWsP8Pb1CFrpz02VY8QTnj137gGPklmv+fQf8P8Agv1Ptyo1V6ep6nr3vGIwTcBW&#10;/r5OT9ef0j6+/LxHWqde95dDH8fQWFg2m/8AtP19+P8ASbrfXvfPxf69jbj+v9Px+ffq09Ot9e94&#10;TCxZhqci7D6/1PNvrx7v4ooOwdOVFAKLXr3vMKdrfpZeLcAgfUfQhRyfbBK+ZHTJ0eo697NJ8aYy&#10;KvcShlBNPVf2uecbV8f7C/ss3HWI2buKal8/9X+r9nVZwDZTUyNS9YKi2heL/uR/X/g6/n/H2AOV&#10;SSLIS3ZVsSHGogr6ARf9Nrg+zGQj6KNaCvr+fSCExja4l1DV/s9Z/bGbcqCGAt6Qb3sAwHJH09tR&#10;1RV14bpWQVNDg9e95YoJp30RQySsT+mNHkY/4KqAlvp7uXA61k9e9u8WBeESSZWroccgUFaTJz/a&#10;VhI/5VqeoiF3YEH/ABXn20WFe0HqwT+Igfbx697U+1q/bs2Zx+JxGNqKyqnqo4pJtyUVDNRWLNzT&#10;SUzawNY4upGke6OG0licfLpyNo9QVVz8+vH2ms7UZN8lX0hrahaKOtqYzQwVNQKBCs0kbeKmuYgp&#10;T0/T9PHuy0oDTPVHLFmWppXr3ttpokhBMaaCTyVAQm9rligUlSRz7sQT5daCnyXr3uQzFWHohubE&#10;kqS2o2Nyf6+7oO2hHTyCi5A6974qhsxKBWN/0jTyCP8AD+o92rXI4dXHr1730qtdz9bn6kk2/wBp&#10;A/s8/wCv70QGFCMdepWvXveVVs1h+pTpb8aL8jX+VFveyQASeAHW8Z697kLGllkZtKf6ocK344JN&#10;msfZfLIZDgYHVCf2de99qk7GP7dGkqDq8cGmRpW+mrRGi+R7Jc8fjn21UZrw60PIjj172J+4sJGc&#10;m9dlsjR0cbxU91mrBTV1hTxR6aNamIrruBq5/SfaVnIjHh5qfLpS6DVVmAH29e9pXI7nx9JCaPbF&#10;EVjsFkrcnTQLktTBTIaepoZ41OmW+klf0+2tLudUrdNmUDEa/mRn+XXvaLlmqazVNW1VTU1KreFq&#10;ieSWFf8AULqmZnGhT9B9PdywQgk0Femsswqxr172NOycK+U2hWU4gRp4autqSzodLIKWBA0TeJ3L&#10;F344Hp9sSVMgoOlUS1iIPGvXvY/dZbIig+1naBx6YdaSRoF84agZ3Aak5FxwS1/blrZpcztHLGSF&#10;XVw+a/L/AFefVpGiihLa11fb8h1BrqoU8LNcBvUByP8AUOfpqU39Ps9GysSYKanjERQBIgP2tKkC&#10;On5IESm3Fv8AAexlslvapOgDCtc5X5edP9R+XUf77enUdElfz+35j/i+i29oZuUQVBDcKrkANJf6&#10;1gVbCfSP979mD22kcCoH0KdBOkNZj+2oDAkKT9Pc2xWkibbG6W8hSqDXo+ef9RyOgRdtK6PTVWv+&#10;r9nVWXa+RfJZWpSKpiZg9QHiaZmjS8jkRkI8hDEHgW59iPTaisfh1OT9U03a3JuVUk25+v49nu0f&#10;qSmEgA1wa/ZWnzHQM3K4iiqs0qp89VP50/4vojnYSU1LHU1eTaKCnjBvMzLFCDY2BlqbInlt/S3H&#10;tUU9ZBQAS5KpWADhqdJo4aw34HjScpqAYgn+g9yNYbdbr3TuI4OOpzRa+eDxx6EeXQJmP1p8G10y&#10;GnGlR+ZFfy6rp7LxW7exJ5MJ1VtOt3JV1rH7fOVGCyGX2hDHAsUzmsyu34axoJXRJFh9PqnX/g3t&#10;5bsylEbQ0C/bRKRpfiGaQ8EktFXaG0sxAt+D7jXm3e9vsZz4d3bt9pT+h6N8v8ANa9SFydy3dQOr&#10;yxuHPGgoMa6fgH8yePDpLda/ygtw7orafOdtnK7oy0gmZ6KCWrzmAoD4a6mKU1NuPrapqKYVEKQS&#10;Nqb1zoWH6V9mC23Xx5jB0+UiKsjtMHv41MfjqqiBBJ42nVC/gJALG4v/AEt7BFpvtluNx4EE6GYg&#10;YVtXHOO6tB609PXqb4bRreIJobHmR+fH5da53zq+I29/ip3VuTZ2bwGepttxfwf+AZirxWSgocqZ&#10;NqbXymUFJX1W3cFQV7UVXm1jkEEdo3Gl7t6meQdX0II5+nP+v/gfp7Om7a6sfb1bhx6Im0bhimiQ&#10;Hj0FWDci4uvJ+n098W5GkcMLn6/73bmw97FK1Pw9ePCvWaIaCsjxeSNm08pqUfmw5tc/6/FvcGcM&#10;D/r2F+Of8R/Xn8e2ncGhIIT9nr59A7mK6ezjM7IREDx4D8Xn0uNtQpWeSmLIAUZ0jJ5BZ1CgLdhc&#10;j8j6+49mVgTdSCGBb0k2Ita/H4/2PtKIxIkojaquufP5f5eo9n3CG/SZLekutSraDr4146dX8Xz4&#10;/Z0saOgmp5F8kn2ghkWSMzs1OrKhXTyyrqBC3/ANvc5K2Y+k6LqosbG7Wstz6rkk/wBPZNNs1uZC&#10;yqK1/wAvUfbtylt0Ti6dZQzNnC4qWb+DAH248/XoTcL2LuSClkxENVA9LEHSMPLWsjxxxxUo0Baw&#10;RlXjHFl5tx75moqH9DID/wAgNY2/wufrb3eHbo45NZqKeh/1U6RxbbtUCrJFuJoKf6JH8vQD9nr1&#10;3JubKVheGqxlC5OoanoahmI5GrXLM7PySb2/1/cfySK1tMaAk2urL/Qcm4F/Zk8akcBX8ujZbezn&#10;jDpdySSigorKx/ZSp/w9Jl56mOZl8FLFG2py5jkiXjhbsW0g2PvlDUFGJc3HIFv0/wCw9VrXH1Ht&#10;K9sGGAR+XXr7aJJ4I/Bt2BNPiGePyX/D1kx+VFLUvJLKjBNQVo29PKcWvKPz/T3K/iUsrgu91/IL&#10;MOADbgvbg+0kGx21v8MS/wAv+gf8vy6Rz7PohdRHJ4uPIev2cOnh92ZCulj+4yMkkBDftyVUzp9C&#10;QNDTsg9Y/p9ffIsrC4dbH66msPxxYezKNXhGlVx0G4oJEkfxIn144D5eWPs6n1lRHURxNG0CqPJd&#10;AVQ/qAGoaiPwQPfUjCJbDVcfQm1h+eTcEcH2ltpy76ahv9X8x/q+XRhDaC7n8d2UIfIV9KYFPz6j&#10;1FaKWk+0TXrNxrcj8vrA1Bww44+ntpk4JBAueT9L/wCHJ/HP09ncYkUBgrBuh5ZeHNFVJAY/9Xlw&#10;6Q9c3gk9SapT9HA1H6D6OSGFh74XYW+t/wDeef8Abe10IaWREEZI1eeelu42cdlbvLcIEUIfiovU&#10;GmrJamZUjZiGYK36zwPpexYfX3ylqo4IzJUyxxJYrqldY1+l+C5X+n+w9i2ytmUKkKYFOFT8s/6g&#10;OoT30xNKUsYzLKQWOgBiSa4ovE/zPr0K+y9vZvc+Tp6XH0dbWzmSOFYqWnq6mQJ5I4h6YYal9AL/&#10;ANLe0DujsTBbbp5Hepgmn8ZKJHPQzqHaKZ0DqK+J10vCdX4HA/PsG71zRGwurO3uP1lLp2FgOwul&#10;a1Hy4etejrk7263neLiO53K0njtnf8aunZqXhqiP4Tj+fDq4b4ofys+9e/c1tyuy+2araWxVrMPU&#10;ZGXO4vdWAy2SxrVW35ayfFGp2FmsXWrW4vMO1O7HxuyNq9K+olPZvedZWvUxRVzUsIMwhFBUSQDT&#10;5qwRibRlZVLBZPURxwCPcePd3ks5lfxZGL14sfL5kUGP2Y6yi2blbZeXLePwIImkC5NEYntH9Bf4&#10;R/q4bfPw5/lpdRdJbbwlNQ7Pwddk4cdjlyOS3Dt/a9XkZqqPH4CKqkjrIdiYuokWWag1r5PUXZtX&#10;49kR7K7bqftqoy1xLxGRV11khLcTnkNkBe5/x9qYdtnErXLXDnxO/i3y4n/B+dMdHySIGMiphv6I&#10;6uA2R11gdv0tLT0OHx1HFTwxxLHTY+hgjjCJEoWNYKGFUVQoHAA910dgb5yGdqJjJW1CprYBEqah&#10;Yj6tQLo1ZKo5H+wHsTQXbWlQYyx6ViZieHQuxQxQKEiRUUAABVVeBYAekAfj2XnLVjNI7BnYgDU1&#10;yYy3pv4zckgH2X7jctOGZQO//V5/Z0zTxGLNTrL7SNUVku4co9gLK+n6sAeAb3sPYejBFajoxiWi&#10;fPr3tokPB1GNmYEFR9VIsV+vq5H59qzpapNa9KvGBFWGeve2yWKGQHUGFr8gDn6H8D3vwSKBQD08&#10;KjAz17221OPhYAKCVP8Aiv8AgDwEt7oZHRtITpsk1OMde9sFXh4mBIRPyfoNQP8AriPjj/evdkum&#10;8hnqysfI5697b0wzAlvGVYMQtlvxzYnVEfp7s1zICO09Vd2BGeve5C4ptIDhgwA+jEngDgApb6j3&#10;4uWBon+r7OnFkPrU9e9w58YzBhZlA+pIIX034sUNwbe2JoUkGR3/AOr/AFf8XXpSktf9Weve0/JH&#10;JRShWJ5IIILHi5U2PpH1P0+nsM7hbnQ2iM/7z0qjkA4Njr3ubHLZFZtbISCfAVMynjhdTWCf6q/4&#10;9hzw+4qcH59KlIYVLY697nRvd9X7fPOiUnQPzfSWtdfqP8fdPESPBir+XTwmKfhBHXvb3SSFA/7h&#10;8Wr0SRyH79bl2bxnVZSzD1f1X2hvZ/GaLw4wjLXAFFzTjT+Xz6811qITQwU+i5x/q/Pr3u0T4h/K&#10;uvwFZFsfe2Tq8nhag2pK/N1dRXTUpX+O5Odvu8tuGKlhDzSRILQm4AU8gH2ect7rLFdJSYJJ8mp/&#10;ET+IeuP29M3VhBLGWcAt6mn2cT0HHYPX+P3jj3ZI0p8vCrNTVUYhgMzv9uhFZOtFU1MiJDBZdNiP&#10;p9PpbUJopIrxPdJljeEylDKQ63u5BIKAfpAvYe8kImSext7mORZC2vXpJbh5fL8+o4uVliuGWSMr&#10;Gvn3f5OiPvSVVJk5qWqp2p5aR1hZVRoKVbMUDRKwVhK9ruTYMfbbIrEXOssvJI5sv+B/1/x7oDGo&#10;ohUD7eqCaNcJIlP9N/xfSkgvqJ0gBvSoKgDVf/A/kce2StYnUrpILLqDEEfquASTc6fb8CLq7AKn&#10;06eLppWjCnShoVsEZZIzeQDSX1cLYleLXfkf6/tK1KX1cFQ2oeqwuTe1wV5v/r+18caPWp7uvH5c&#10;OlhTTMmg+l9IQnQSbWt+khuAoH9PcOGiYnUy3YEWBU31WBVrFRxz/vPsVcvbTLuN6ILeEytp19g1&#10;fjWo+F/l8s/Potv7iFIaGVVGr+L7T1iy+aip4L+QRLYxtrk0DSUlDC4lQ3Nufp9PcfJ7Y3PWASUk&#10;dbBAQWQqMhGrodZUoYoXBBUixHHvIbl3aJLCCJ2jKvoqNVU/g/oqOFK/kKDoBXt4plY6wzfl/q/1&#10;DpHUPY3XtLJLT12RwlTWJN4p4jVYWaWKZSFkSVJ64SIyODdTz7Tx2pvAk/t5iS1wdAyT8D6kf5Nz&#10;b+vsUK25GXw0tpmT10P/AJukniQ6a+IuvpRf6Qes1RS2U2pTh9NhLWYKP1MbKvNbYMT+PcQbW3c+&#10;oquW0IbMf9yWlS36VYiAgEn6A/X2kuZL+NsxSsflr/w/6v8AB1cyJ6gnpyG/OuEMSPkNsrJMpeOM&#10;1WBEkioSXeNGqwWVB9SPp7hT7T3jqNjkr/WzHJHmy2B00/8AX2VNJuErFYopG/0vif6vsr17Wp8x&#10;Tp1pt+ddaATV4C30Fp8Hb6tcgmr/AMDx7Z22vvMzmBvv1lv/AJlzlRKLqJP0NBcXXn6fTn2X3Mt9&#10;G7RtG9afP/N0pDxVFHX7a9Pke8uv2ovv4qrCyUbX01cU2GenbTIYD+8tT4zaQaPr9ePr7xS7c3XH&#10;waipRR9S82QAHI+t4ePr7LTNfkdlu+r5o/TlV0fGdVeHUyDc2zJz6RQSE/QRjGOWuD9NM5J+ntuq&#10;MDuuNVZq2oRXuFZqrIANb66SYgGtbkD2WzzX9FLwyDOKq9P+L6djljetQvTpTZzaczOkMNHI8YUu&#10;qRY4vHqvpLqspK3/AATa/vBLtneGkkz1itpDAtPkQLWutj4r6bfQ/T2XyS3cjaCp/n/m/wBjpUGj&#10;Ti6hf9X2dZodx7PJtGce3rK+gY5hqB0sDaX9YP1H19s0m3d4SF9M9W2hC7BZ8m9kF/Uf2TpA/BPH&#10;tn6G/JLG3k/3lv8AN04jx+Tqf5dOo3BtaMR6pKCISOsUYc4+PXI30RP3Rqc/0HN/cZds7zkiklWa&#10;saLyPD5RLlCglC6mj1+DSHt+L3t+PaRobhX1SRuv7en4yA+pmpjrM24drJKtO02OE7QrUCAvjxL4&#10;C2lZxGZg5hLC2r9N/wA+2qo2vvPVpWerJItYT5Qktci3ph+t/bWmQmgr/PpQssbVAkFepseb28VL&#10;+WiVRzfVRKAAAb3En0F/r7al2xvdpniWWrkdNZkjSoyzSqi/qZlEBKhPySOB7bkWULwYkfb/AKvz&#10;x0p8VAP7UV6lnMYFYkmeeiiicoIpXejSN2awRUcyhXL/AIAJJ/HuPLtvekZuamtP+Hnyf4v9CYRx&#10;x/h7L2WQqaWwr/q+z/D1bXXz6kJk8O/6ZaX/ABs1P/h9QHPNz/j7hSbd3Qqq8z1i6xqiLSZEK51c&#10;6GaElwCAOPbQguahTHIB9h/zdOKXqAWx1mTI4ty6xTUrmM2lCSU5KcXAcLJZL3J559w32zvGFCJZ&#10;a5CLXLy5IckjTe8PpJHung3ANQkn5/7I6dGR8XXJMlipSvjmpJL/AE8ckDagL3IKvYgW9s/8C3cN&#10;brPVlEN2YT5EhL+kXYR6Vu3+9+2RBcE0WNj/ALVv83+Hp8SDzkH8+pTVNDdVZ4QW/SCYQzW5uFvc&#10;8e+UW3N4SXKVFYy/S6T5BwP1DkrEQBc+9mFlyyGn2H/N09qj83X9p689ZQqQHeFT9bM0Sk/6wYgk&#10;299S7c3gSqRzVzOedIkyZLXF7ELFc3t7dSKRtVEPT+tQD3j9v+r9nXH7ygALNJThR+S8OkW+ouzC&#10;1ief8ffCPbm85H8ay5NpFGsxq+TJUE2+nhLKL8cj8+2mikU5R/59Na1DUEgJ/wBMeu2rceqa2lpl&#10;Qmwdng0kgavqX5I+vvlNtjd6izzZMP8AWzT5BT9D+DEGHJ90IkB76fz69rb/AH4P59dpWUD8pJTs&#10;p+pVomF/oOQbG494RtzecYVi+RCsQA7NkwCWF+CYlBJC39uCN+Gk/tPVtXlrH+9deFbj2JVZadmU&#10;ElQ8JICm3IDEgXP+w9zjtTeYRHd8gpeNXXVJlLmM3Acf5OGKf4jj3sqVOliOtqwyPEHWJcjjXLBK&#10;imbQ7IwSSBtLjkobOQrj+h/r7xx7b3q2oLJXtp/pLlTYD6knwHTx7qY5Dmh0/YeteJ/w0fz65PXY&#10;1bFpqZb2teSAX+oAF2F+T7n0W1t8zKXWeu0Jw7K+VKqzDgMwp2VX/oD7TuDQMACfLPr/AKvXrdf+&#10;GD/ej1jlyGKiYJJNTK78qjSU4ZlX9RVWcMy/1I/Pvl/dreys0YkrXZGALI2TYkkG3q8Fz6Tb26kJ&#10;eJSVJX7D/g63VeHiD9vXRyOKFi09KoZSfVLABYfkEv8A19uFJtrfRmEZTJtKQf2wcwZDZCf0eHV9&#10;Fv8AT6C/tuSBiKqhr/pa/wCHrWtP4x1Hky+DSMzPW0Ah4/eNRSLECWC/rMmkepgPr9ePbzHtzehY&#10;Mi5GULx6RkntzaxtCQCP969lskksTsqxNT5BunkkQKoMi1/0x6xvlcGo/cq8el+fXUUi3vb6apAC&#10;D/vftaYzAbzIUvT5SxFgfDlrXJN7Ewlb+0Mhun1abZ/95P8Aq/1U6MIZI9C/qCn2jpnqs7tWMlZM&#10;lhQR+pTWY25HFrqZgwBJ9vj7a3bGv7iZCI2DaZRkkNrXHDRC9/wfz7QyTywv4Uiur+hVv83T4dT8&#10;LZ6iwbg2rUgyU9biKhLsgkgqMbMusHSw1RzNYo31H1HvGmG3QshuawhBraxyBCIGF2ciI2T/ABPH&#10;tTC1wwJSGRv9q3W/z65yZbbZVQ0+OXyNoTVLQDySWPoTVKNT/wCA59vFJjdwsNSy1LDUFJR60gt6&#10;TpBCadX+Ht2RLhhWaFlH9JX/AMnWmZVNGfprqcnt2NtF6LVp1ab0AYL6gHs0gNv8fp7UtBRbjRlB&#10;+8JJsBetNyWUADgBrqOPZe0ZL1SNv9X7OmSy1w4p0y1uS2w0bs8uNVVBLsxoAEUK5YsSzaCCefdh&#10;vUS5CXbW3krI6g+N8RD5Gjn1pULDShIpZJRZY7n1j6/4e9GOSMp4kBRfIkH/AFf6sdEe6PEJFJZA&#10;dB8xX8utfL525DaVBvDtJ8TmcN/EqjZO/wDJV2FFfjA1Zt8fxg5TJ0ONppEmqsjHoCwTPeLV6Wb2&#10;cmoiP8JKSf5xVUHx30mcA6GS41Earc8MP9f2z5/OnRFEf1Kjh1pw7OzdLF8gKfJYYyPiKuvq54/4&#10;poNTHtiSojORgyYpJftknahD6k1NTNf1ej33gxUfwmniqfIKtEtM0muzyXJJUvaRhptybe0clRIS&#10;/ko/1ft6M7cxq80laKP8v/FdPvyJqdpp3bufK7Nkw82ycrljLgqTBnGNLj6QUtBEqSwYxziaNfuN&#10;TaIWZdPq/V7Cjc8uTp6rI1tQtHJQU5hWhUeczQrNFHHN9wjsIYi0/K6CAR9efa6ykqxjY8OH2H/Z&#10;6O7bTVQK6iM/6vs6uN+MGD6xzexuu9qbdqt00O+NzQZKq3xXtLgaahz9ZgcllK7FPhq2khky2Zgo&#10;cRE0crVMcjRkaRpHsjcOIzhd0aaSRxbmCWrZXtc/Uxlm0j/bc+zeG2vW0ukDAepX1H+X5Hz6M3eM&#10;adbKv+mx1tK5DfHX1PTrK60NPDc3FYuJgMPrRPUDUKketzxx6uPcmTFZdFYh6pgouwvVcAngt+2O&#10;L/T2aQJMoAZV119a5xT5/wCH/L0kZ4yQVZNXz6YE3fsqolRf9xaCYlIdSYtC4VWDrH/lDAlQfV9B&#10;7Yq+nyohIdpmYf41H0/2I03JPsxtdZkcJHRD/q48fXpkIaYQ1/1fn0rcTX7VaaMxCjUMT6gMfyLn&#10;/UPfj/iPYU73OUp8NkTIJgi0UjElakDT4ySx1EcMB9fp7L91Eo2Tdw6MBob/AFf6v8FOle2yKtyU&#10;JAevD/V9vRg+t229U7hxD0UtHJL92ApjehYmRf7A8RZtS3+g590+bkqmbP5zgnVlMm5Yg6SfvZrn&#10;VqsW946aXhhlMq6T9Q/xfZ69SBFVYEqvdqH+Do5g44H0HvJhyrzQkkA+gDixPrjPAPNuf9hb2TSk&#10;l+3iP9R/l0ub+wPrQde9nN6hQeOEki40XDEhv83QfVfwQR/T2oCyMqVVv9Vf9X2HohvfgH2/5+m/&#10;JG1M3+N+f6DS1/x7NPR2VL/jSOf9a3I55+nsQ2ysYgoHceiSUZPzHQUZEgzX/wBS3P1P+3P+N/8A&#10;b+32mYhLC/455txfi9/zb2239ov2dJRw6YapAbk2vcnm2rkj8W+ov7kjVruQxUC/0B5I/B+vtbbP&#10;GgIY0YnrYIHTVVKWQBLfW1gbEG/5A/r74QXWUNwF/q3pU3VhyLW+ns4lIZGCuK9e6b5hqjClXPNv&#10;QPUPUp/xtf2i+09UkGL1W0M1ZZgeDY0H4Nx+oe0sJXW3cOI/wHo/29kKJ3LX/i+ln1mFjGTChtQW&#10;j1KRyOa48/n6ewPqY5AHF1jsB+vUjNdb8ECxvz/re00joZWoy0/l/qPy4+XRounxFpTT/q/1Y6F+&#10;Mg6eGPP4sQLG3Nz9AfY69GY3AVtbXS5mnFS8UMPjvBSz6GEzqWtUoxUFV+ot7CW7GVpIhbZoT5+o&#10;x0V3z0BKjuH+XoLe28hnMfhof4NOtM8s7iR3lq4joERIVWpHRr6jbm/sxGYosePHFT19BEl0CRNU&#10;wxNcoQqFFULwOLD+ns62i3kMLF4mUUPx/wCT5f5/ToilkpFK1Rr0noslFncmJ2lqsXlKyY3Es9FQ&#10;VM0ZtICz63kMnJF7n+vsOc7tKCux+RL5KhZ5oamJRHWx39ccxGkNTub88W/p7NpFjWMLG9G0/P5f&#10;6q9O7XPLIya42XHD9nQjbd33V0+UoKb+BZmOHzUzSSy411RQZI1ZmcVSqCgHNx+fp7KdV0kmOzjU&#10;JZ5RSVjLG7FpAwgrGhRb6V1KSl+AL39gbeV1Ow8tWf2n/iuhzasmgrTv/wBkf8V0aqjqFq6GCqVS&#10;oqKeKTRYIV8sCyEFdRsRf/G3tTYlngrZxZlNRNJM2i4A1sgZSOLf63PsvWzVe4NwH+r/AFY6an7d&#10;T0x1hqWDRD6WUAC9j9Lkf719fYv7VqZIa/z00j00sSuyuGeJmkXQyvG0Tq3kQqLEEEH3Y3E8JRUy&#10;n+D8qef+foplkY6u3pBbnx9JkMZLSV8MdZBUftywyxRzxtFIGjkjlSZHRomVjqBUgj2ZPZfa1bFU&#10;Q0O5JJ8hj7XeaVpaur8sagxlnr68RaQxuSVuLXHuVuU9zt1nQ3FxHoPHW2Mn010x+X8+gzfQkg4I&#10;b/Vxp1Vh8pfhbi9x7cyeX6gx2O2ZviOMxY1sRS0m3MUYah40rlmk21tWbL6pKZWVFjezFtLen2s9&#10;/wC/lydOMRtmrnMVUSal56grTQ+GWnljFO9BVvGgkCNq1KdR+lufcpbneWtysZspIinCilG4fZwA&#10;9OkNpEUqXpXolPwp+HGa6xyM/YPfW29rPu7D2TB1uDxFW2fycWSosrj6+TPzbt25R5Ssq4VnhEJi&#10;mXRCLNq4Hste56inx6VOMpZImFd4fK0TxOp+2NPUR63jMeonWbXDf4W+vsN3kShCdOR/L/V5/Z0u&#10;4jPHq4/r2GuzbY7O5GnqIXxgqvt4qiGeF1FaKyjn8cc4lZeIVJsyHnm/09g9lXYkadQJ+o9QJB0W&#10;4uCb+wpMGWikYrnqp4noyuJRLc6SABa1iBy1zf6C3tF1smlxyt/wb2P6fra4+nstjJUggdKKFqAD&#10;PSvhUFLG4F/pb/En6255H+29wZJQ39OfyP8AiR+VN/ahGVI01Hy/1fs6b0sMlKDrKENzYH/eLn8A&#10;j6c++oH0qdQHq1fm/wBT9AA304v7WXLK9uojkof9XH/B/PrRNVKjj1wK+v6Hi34t/vBHLf8AFPfQ&#10;kIlVlN/Up4vwAwN+PwB/sPdrAsi0k4gf6v8AN0yVI8uvSoGUi1hpIufzxa3PF/8AD3GedvuGYn9T&#10;Pb6/6snkfg29qy6OzjFQP9X+z05RNOQOHXJYgIlABGkLcXvbj+otxx7lvMNK8gHR9CbW/wAPre9/&#10;dFYrWh6a6xCPk8cX5I5/pf6WFre4wkOtja/oa/8AQixBNr/1Ps4t3Roog7At/lz14GvXF1/p+WH1&#10;A/JuBe1/oP8AY+4KSBU5Om1ub8Akn8e1dBxrnqjqW4Z6zMpLf1+o/wBewH15+vtqryAinVp1X4uP&#10;6oOT9B/xPtn4n7o8Dz6LpfjbqXF+Ra9vxYgfk8e0/UXLI3JALEkcj8E3tx+Pdiupivr0im/H9n+T&#10;qSnA/p+B+Pz9B/re2zIHTUPpcAMqAgMOSFU3H0uOR7ugSoYr21/1f6v59WjHaC3HrIn6eb/2h9Pz&#10;9B/rG3tmjRvNEwYG7twCb/X+gHHP+29rhKFFQjU+zq2F+zrIfobjkDkn/H6j6f09tNVGfJMODcMR&#10;+Re9/qBza3tqVqOpB/D04lQpdT/xXWdD6Re/1/1+f9gOPr7hUkbCqhIBv5l9WnnTcW/BsPfomAOk&#10;8D1Ur6jrm30P+sf969s2QANRVXPP3M50j6keRwSBa1uD7rMW8RVUY0/6v8nWq0XQF8+vL+lfz6Rz&#10;/Xj3jx66aqBSSP3oiBbTx5UOn8/kc+1EOpTGaf6j0nkDAgqM9eb9J/1j/vXvFudv3cgD6vRUD6W4&#10;tJ/sPbt06m0kBccP9X+r+Z6tZg1k7DT/AFfZ10n6F/4KD/txf2VrJEGqe34drgcW5Bt/qR7i+9Hi&#10;TsqkefRsgPhtj165e4CAgLYn8g2uSOfzz/ZB924hOmMEknr3vIYbrf63v+L8fW3IP1v78vxDr1K9&#10;e94RcluNPI4PFrXFv8D+P+I92j+Hj1UeWeve5X/Ef4fU/wCtf8+9jgOrde99gE3sL/S/Nv6/X/Ye&#10;61AY1PVSwByeve+Y4Xnjn+p/p/xX27CR4p/0v+XptqFsenXvfgVF7i91I+hPPH+8XHtZTsmUnv0t&#10;1U8G+zr3s7vVwC9P1rAaiuWmLBRfTbbOP4Nr2tcf19jHY3C7DcQMwWTU3b+L+zH4eiOYEbinb/oX&#10;/Px6YZ7/AMeg4Nv4evq/F/vDx/r29rWmIFRtmUfU7MgVABydUin6fqJJB9r4q+Dbk8FUav2Yz/q/&#10;LrelvpbzUMfU/wDPuOsoAK1oJ+uQY8kcehPcDspTJsKcsCNNTRX1emxAbjk3BJ/r7X69MQXUtf8A&#10;V/q/2eltkO1D9n+r+XWKjsMiwFuYJCLc8eRPqbAeyOVurWAByBb6W/AP0+g5/HsOboDoYqM9Gxpo&#10;wen722N+rnj/AI0Lf6309kGamvHprh173w1H+p+l/wA/X+v+vb3vU3qet9e9/wD/16GqtWZxyv8A&#10;Tj6XsPpbj/b+8bU4DqbDx63+PbaVbV/xT63sP6f4e/Z+LrWD1734RBuL8D/Wv/gfp7rXr3XveRKZ&#10;dVj+P6f1JH1Gk396Lde697yeLTdbcWbTwf6f639n3qvXuve+IjANx/h9LgXLG3IW/wCf6fX36vXu&#10;ve+vEByWKksSLG39SQPpcA/X24MgDrRFRTy6978rc2Z5ZADYG5YW1AXtyD7ZdqZp0y4oak4697NF&#10;8bFL5bNIqL4fssixuLSuVxdQQwFirc/4j2jv+61Yeepf8PTgBe0uUHDUOotY2mJTe371OL3t+qZF&#10;/wB6PsBcjQ5PI5WrFHQ1FfHI4JEFLNUTx6YlYeVYY3Km1/8AYD25C9LdBq/1V6JraJxboVSo/wBn&#10;qV7m0e1KOCJKrPZSmpIOQKegrKc5VbsUIqKaeK6HyFCv9YyT7U3bl53KrX/B0ILiIGVyx7eve27L&#10;bkpqO1Lt2hpVjAv9/V03gyAuI5L+emlCmzFl+n6ePbKIDli1fl0wXUf2amvr172jKw1uUngkyNbU&#10;V8kLsxlqqhqhwGQADXJqOhDYAf0Ht8aETAwetGmkajUde9r7rmPy7wwZKaEFdToAV02sStuQR9Pa&#10;WT4G61CAZF66P0P+sfcPOxac1lwhBH8Trufr/wApUtrAC3HvyntHWnHe1PXrv23qgB4/pf8AryLf&#10;7HkH28nA9Ox4B+3r3vIE5v8AXi5+pA4P+HuzU8+rkjieve+a6SLH+ptcj/jX597631732QpBuzJG&#10;b/uIyrdxyihv03cj6fU+9xKEUqPLrX+Dr3vlCk0moIhMzlBpKt5JB9CQFGs8Ae0twAIxjz61pxQD&#10;JPXvaroNtTVTVAmlpMfHH4rRZeYUKOHBJ+1SaMCQKV9Vv0kj+vsvL0pT+XVgmc0H29e9uc24Nt4E&#10;LFtihXLZSL/PVe4aSBlh16XQUFRRSrK2uCZ0lv8Ap0qP6+2XRqGVjSg8utF44w/hirfP/JTr3tBZ&#10;LIVmbqGrq+rqKhuNEdRLJIYbIkROiQyGMNoFv6j2zEAqgAdNKxdQScde9wQFH/EWA45s35B/23t3&#10;t/iP7P8AZ63173MoqKStnSKOIvcgG6EixYXN9LAW9tzR+OoVF/1fb1YCpFOvezudNbW1YPKJJBYp&#10;QVcg9H1BSjUnmE82Pt6O1dmjAHcT/q/Z/q+VpZFSNlPp03ZCrWl+31tpEtQkY5AJZg5A/UPrp9mB&#10;2tjlpIolSCIDzJG90s4TRThmi9K3lAX0k8cexry/sZvLtldyq+F8v4189P7eie4uRoKs3SG3ZmRT&#10;UrsDIzhXaPT+jyCKoKCXTICIiR6vz7MLtiGa9PGdaRr42jILayR4QgkABXVb6gce5N2rl7bEfsth&#10;JOf6CD04dR7vF4qu5Qrp/wCL4dEz7R3RUJSVsz1ixj99Zg80hjjj0VpkeM69WhTypP19jdQ0j+ES&#10;vItI0YF3nkFMDGqqX8TNyykcLzb8e5a5Z5Wvbi7Vd1kCbHo+B/N/wUR10f7PnnoFX29NFHpiGpy/&#10;kK/tp/q+fVYXafZ2GoZHpNu4+u3Rn6uq8a/3bojnTBJNJJE38RkxtS1TTPHJZpOLqp1e+q/sPF4C&#10;JYaCWKoqlGlpalk0qfz4JYqhCV0m/wDrj2b7wvLuyeIYFUv5k+H/AJKZ+0U/l0RjZ7vfnZrpSF9A&#10;Tw+dR6+XSG2b8U+1e6q85PsWbI4Lb0kqy4/C7bqMkhngYCSNc7jczh6uGOVZYirKjf5t/wAfT2CW&#10;4O2WnqpJJ6qomcH0Rxs8gQkJww+7uoaw/H0/1/YA3XnaGeB7a3lPin7f5Z/1H7D0Otl5Nt7UxFYl&#10;BxwA9f8AS9WUdU/CvbuzMXR0WL29g8bRJGBMY6CgpWmCtOyMfDh4VkKeUi1vbDR9i5ioaIrIqxXb&#10;mWSpRraWI0gzsBcr7g3mRxfSvTuY48vlWvDqVtr22O3j0qc/8X0avEdP7ZwUUiLSqj3jNoKeiKAg&#10;sL2WkU2s/sdOve7t1bUqTSy1k+QxE7I09BPVV8tHII0rHBaJKuIemWpvccg8/wBbhkTSbYo3GzjC&#10;30QOgile6i+mf8Bp0fdj6YSMnoknzC/lv/HD5k7UqNt9ibPw8GSnTTS7todv7UTdeJdavBVUz4vK&#10;5Xb+WlpGqqfARwSEL6oLp/qSthm292bf3jj4a/A1fol1K1E706V0ciuYpNdPC8j6HaMlSeSvPuQO&#10;XObYr6Pw93MaXoz3dqkd9Ka34gDIGPT5Ed3amJ6/g6+e3/MH/lUd/fCffuTpk2rm96dfOFloN34P&#10;F7g3Jj6SnNHiKhhlcpQbQw+NomWfKrEA1kLrpF2U3UH/AC2CiQghGH4Uf8G+pt+PYzJLgfSGsP4v&#10;zH9HovaSqlK5PVUzRCIVEbfeq0RVvDKNPjmDHX5UYKVW62B/4r7xTAlQQAfG1wBb/A883/s+7yoG&#10;jI+X+Tok5n2394bPc2y+cbf4Opm36xcbk6eZyxWXxF9XP0ZWIW9hzf3DmkEhBtbSo445P5v9QBz/&#10;AK/ultG8Zchcaaf6sfLqJuUtkfZ2v2m1MQzf8eWlKr/R/wA3QnZ/IGuSl8IQJIkKF7MpRWRwWurs&#10;ONV+ffGJlDD8fSx/xJuD/rj23IRUg9JeZYZp9TA9vmPX4vLrLh54IgqWXyp6TIQpsV8YN3Bva4v7&#10;nLKFJdn1A8EXPANr2/p7aAqSamh6jWXa5bitvFAUPkaeY9c+fr0roaxIGFRJIJVuLqXDCxs2mxsL&#10;AD6e41RMkn6bgAfkfm/NrEj6e9QxBqE8f9Xy6GnLGwXNsVMwVifmeFB/R49MudylJUa/EZIxqLcB&#10;F/LH8ScXP+8+4+nj6/14vfj8cfm3tboHDTjqUf3fHo+BfsoPt49B0a2XWUV5SupR+px/UWI/BI98&#10;Qbf4f7xb/eR7sYgoApjoOXW3ln/TPZ/q+R6UNNUrDDab1MAB9NX9QfqwN+ffISMBa5I/1z+f6c2/&#10;PtoKVIYAYPRNJtUJYsI11/YP81epaZScJpLNp/HLD8kn6PYW9+M8xJ1lmvbli5P4tc/63tTb7dYh&#10;K2xTxPTt+f5dL7zY9qiCsHAFfIL12uUrJNQZjNJ+DO7luLG/L6rWHH+HvGz3I1EkgfXk/wBP9c2/&#10;4p7X/u65uFrEAflX+eadI7WbbrSqKqeF/teuEsVVVEszyK3AChnAsBa1jcgkD32ZqWMFpqmGAILu&#10;ZpY4kUfklpWUC1vz7rut5Zcr2Dz7pcDxiuArBnI49o7a8OPl0Fpt33fmS9FpDbmW1Xto2rj8OaFs&#10;efH5GnQ4dR/H3sntzO47bvX2zdx7hyWSqaen+4wuCy+SpKc1EiRxmpq8bjKwQqjSckjj2WrtTtGl&#10;x3khpq0NFFfyNTyqy/tCsUn01QRlYAWa9m9x3e+4d9vhNtsCvCi1Wp1oTXSp+BvnSlMDqSOUPbey&#10;spDfblHG9wSTTtKqO3A1JUft63DP5Z/8nOg6ywmP3R3lgcLnt15aKnrKejq8fQZiloYZ/wCBZKlh&#10;K53Z0FXBXxPBIsiBjpP0PsjW+OzaqtaTTVMyFpNDtM5Jhdql1Yn7k8kPe/Nj7Lra1kaSWW5FZ2oz&#10;/wCnpR/9X+bqU1ijhUxoP01ov+x1svdYdJbd2njsdQY3F0tFS0FNBR0lPBRUsCQ09KlDHTQIsVFG&#10;ojjFOAqgD0j2Vje2+XRZpGqf+OpN5Tbj7g/XzD/D2I7CyJRvTpNJFUGvD5dGgwe36elSJVhVQioB&#10;+2oH6YRY2iF7aPZNN9btnyD1CfcnQXYr+65BBaQi/wC6Qb3/ANf2biAo3DHVxExCmnb0u4okiQKo&#10;AsBfgD6AD8f63svWXrv1A6WJ+nJP9ocX13tz7Rv5dO1xjrJ7QFbNqY2AX6Ej6W+nNrn8D2UXGZWP&#10;+rieraqgde9p6VgV/pyLHgXP+wP09pn/ALd/9XkOl6fGfs697gsgJvwSbc/m309PF/dU8+nfKnXv&#10;bXKbf14P+92/p/re1imoB6Vq2pQeve8LE6Tzc2/P9OAePp7RnLFqZ6aOanr3vGiamIa3+xuP9bkW&#10;4v73XHXh173IWCPhvrYcfp5/qBZOOfdcqNJ63Tr3vFJTgarW+pAHH5v/AFH49uIanq8a1J+zr3tt&#10;eHkqeByfpb8/63/G/dZQWb8urkHr3tN5XGq6a1/CsOQLjkuLnQfZffq4qaeYP+r9nS1FJBoM1HXv&#10;acgUqShA9Olf97HN7cWHsG3GZM9KYgakeXXvbiAGIH1/NxxYC39Le0LkpVh69Kl9eve3Glu0gUWB&#10;sxUkWseSefr9D7RS4iYn1H+XpxeHXva6xss1PMklK5jmRjocOY+SJA3qAv8ApJ+nsttbg21yklPI&#10;/wCDrcz6oyD8VMfy6972AfjX2GvZHW2PrqyoSbM0RrI66MyGWRYkr6qmpCRJU1NQAYqfjUQLDjj3&#10;PvI3Mf1n1doW7UVaf7Zmr+L/ACfn0Et6irFBNTJbh/q/zdFM7v22MXl6HM0cKxUuVd4plgVY0jqY&#10;IVZnZUgVFMtr3LMWYk+zBzpGAAtrupXgLz6bjhRwvseNCW1S6TpH/Ff6qdAGVWRz5dApQ1UzNodj&#10;ZH1C5cNbXz+tvr7TFeqkk8HhUb6fp5H9eDz7XW0lXAX4jWn28c/LHSrxC0cQBNNX+r/L0sqAOikN&#10;wL+RdOq9zYcDT9f+Ne0zKhlntcFASfrxw5FuV020n2Ltk2eS+kWq0IH7Ph/1fs6UPLoiIBxp/n08&#10;1OSSgpS3Ikb0cgXOpHZT+pWDFh9R/vJ9xp2k/TTamen/AHmWK5Zlg4ZTouSGNhbi/uduUNiXZbn9&#10;4KugtDp+Z1eG38Kea/6s1B+53Cymn4q0/wCPdJ2SqSpi05Fo1gq5PEjVBUJHJOrhHBncgMqMxvzb&#10;2Jqdsywbehwp2vt7zQYYUwyE1FOuQ1x0zQify/ci1dc6gQo9Yvb3J6boxSKL6SLWEIqVOryzWvHH&#10;7egidsBuTP8AVzZaunUNPGtKU4eX2dEkqfhPR1va1d2YO8+7Vo67fI3BJsqi3bi22Q0cuWiyLYds&#10;V/AHkbbjxp4HRpmP27adXsJYc5mxTyTNl8iqyNbSaycTIJF/SFLXFvyPau2vbmKIkytrPzz0q8Nd&#10;Q7Br+wdHPq9kbMkrYKZdo7ecwDVqGHoXpXaJwwdnEJBP9D7XGyuwKna1NWQZDFUO4RWyxTJPuCCW&#10;sKiONk/ZczRKFLMDx+QPZRcbyIFkieBJNRGXFaUz6+f+rh0mubRboJonkjK1HYQP24PQBd8/GGh7&#10;ortvVmC7G351RJt2nrqWSDqfN0G2jXGtqKWf/clG2JyDSvHHSsi/pskj/wBfaO3LubKZ7c081JKu&#10;HpXbVHT4qaamoV000XAUPIg9cRI55Zj7QW1y8s7OpCDXwWoHAdLLeFYoFQksR5nJ6GnrTq/b3XvW&#10;2IwmTbIb2r6CmMNRm96Q0OX3LWGXI1cvkrKoUtI0zpHVBLhVAjjT8j234LdFZQ5z+PSlswMZ/nKL&#10;INJVU1Z95STUaeeISBpfBqDrdhZlB5t7JNwv5Ybnx376EYOQahRn/D+XVpYRIhhUla+a4I6UO+Os&#10;MRunYdT1/RVdXsddwLGtPnNntSYbMYb+F5elzMpxdU9JNFSmuMLQy2ifXFM44vf29didkQbloKWH&#10;G7awW3ZozUGebE0LUE8oc0+jWfuJGYoIyeQP1H+vtyTco7uFEjtI4mXjpFK1pTzzw/w/b1uzsTbo&#10;6tcySVp8ZrTjwwONc9Bh8b/jDkulstn6rP8AdPb3b1PlFxi0NN2buql3TTYj7P8AipnONWPD41ab&#10;7z75FksX1Cnj/wBTyFs7VRjgoaqvqHmjZpIzHUGUfvAEB2b1BQn9B7K7xmKIhJJrX+X+z0vVTQCl&#10;W6NfSRUCzVWSosbSRQzIkU3kpRAzCnZgSqrZXbWT9T7GSLtahXb0uIfY+1Jap6V6VsvU4lxkYxoV&#10;EkhqTUXEwtdeOD+PaNdxEUYhNnEWII1Fc8PWvSJ9tk8cXBupQoPwhhpP5U4fn0TnI/EXMV3beO7N&#10;g+RvyBx2Mx+Ugyv+jPEb7oY+vMgyTTyyUmTwB2+8s9DN5rOonVmCL6vYGx1lUsuXmmyE8NPUQVaw&#10;tDUMPFI8uoQoW9AjiT9K3JFvaiK5YxTO0hp5H7f82ejSBW4nh0dObG0bRYSnhxlNPU0lTRvMtRTI&#10;xeOOEoalgBqM8r/qcAA39rjY/YdLs+klSu27it1U9TLL4RmqE5KKOrmWkCTyWmjWN1SnIL/Ua2/r&#10;7IJ9wWB2BhWRD/EK0Ofnx4ftPSieAzRlfGdBTipofPHA/wCqnQG99fHiv7vTG02I7Z7N6ZrsXPR1&#10;NTk+qdy021MvX42jTKxyYiWpqMRlDLjp5soshisoaSmhN7IQyO3lu58/uOkrMZSUuDglmieaixiP&#10;RUMbvXTyukUSyOPGiSBBcghFA/HsleUTy1RQgrwAoOPXre20RLHrJAFKnJNPU+p49DB1b1w2wNhU&#10;+2sxuHcG+qnFY6HHx7k3jWw5rcuUjosPRUKVuVr1o6VajI1r0rTzOsaq08rtYare2nFbgGH3VJXs&#10;75J4Z3eagmP3FBPAkySTRzRK4aRX0FSCbaWI97EwBZgCfl5Hpb4bSIQopj7P2dKXcW1/7ybNlwiT&#10;S4Na3HtTQZbHMlFl8dUT0skNPWUE8kMkdNV0zyCSNwrFZFBt+Pam7H7Vxu6MLJR4vZ2B2vXR1NMs&#10;NXgcQcfLJCJdcnmnWcsGdfSbCxX3qa/FwoAtUQjzUU/bk9KIbZo9VJXYH+I1p/IdAt0H8as503l6&#10;2rzHefcXb9Hk455paTtfeFJuePHVJjiiRMTFT4TGRwU6mMuAxchyfYPZCtqxR4panIz3jjkssVUS&#10;ZCZVsVV2u683P9PfgQFVi3S0KFp/F0aGkpKVanINDRQDySR6mNOoHpityVWwYAC31v7HLB9u0OMx&#10;VJiMn11snLzUqOlRl8hhGrMjXNJK88bvUtUKKgxK4jvYaVX/AA9p73cUWERG2jPzIyc141/L7Oqt&#10;bsWL+K4HpXHRTN3fFfLbp33l99Yr5HfIXaNPkpaSSl2NtjfOOxWyMQtNi6bGSxUGHbblTUUqVb07&#10;VUg87aqqVm4B0+y70jV3iykElYXgdaLxFJ3aVNLFpC6j0rd/p/Ue/WEw0Epjyx/tunmVlBrw6OHU&#10;xweakk8IDoZz6o1sdSheCTc2Xj/D2IfV3YNDs0ZKet2thN5xTLTLHTZ/GnMPTNDJVGQiFZE8XlMo&#10;/wCDBB7S3N14Z0sqsvzFfljP5n8utPC0q6RKwX5HP+XoFO9+mMj3Fhsdh8Z2t2d1BPSzVUsmb6r3&#10;LTbXy1Us6UwSOWsqsXlUlSEQHSDH6fI39eGnsXeEe5s8M3hMTjtqU7xU8X8LxNM+KgR4I9Mkj0kc&#10;j6fKxvq41WB9sWs7tIXFFNOAxn/iv8vVo0eJQpckD14/n0qOo+uarrjY1Bs3N7z3d2VV0M1fK+69&#10;+ZSLcG4a9KyrlqYo6vJLR0STCmSQRxjxjSihefqW3H5hcLuXE1UsjV70xoq6Wjqm82PyIYk/ZVih&#10;kaenZzdk4JH59qXkaMakycfZ1UqTVfPpU5rCjcG28ziEnqsR/EaTIY2LKYtkpctimmikp1yOLnki&#10;lSlr6cHVFJpYKwBseR7E3e/aWK3ZgZMbQbF2rturo43nbKYbDCgr5XipaiBozVCaRmgaSYSDjllU&#10;/j2ivLlZERBCisDxAp/l6djjKFj4jEfM/wCx0A3UHx4zfV278tubI9691dlUmaimpIts9h7wpM9t&#10;vFCfJU1elVjMfDhMc9LVwx0/26kyOqwuygc3AKLWVs2G8j5CuEkGRAV3nZTojpOFU3J8QY8fT3eN&#10;ytui1/D/AKv8vXtOa/Poy321OleQtNT2enOrTEvLGa51cAEni/19jjtfuSnx23IMRW9fbOzsi08W&#10;PXN1uFkr8mn+RxU6ytVtUjS+oGQkW/cYm3NvbDXY0FDChA8yM9XWHxHDeIwA8hw6K/v34y127ewq&#10;DfOP79732TBRVMNdNsbae9cdh9j5RoMtLlHTI4eTAVVRUJPG4pXAnXVSqEuCNXsLnylXPnsnIJ0o&#10;KWrNW0FLHK9PHCXFo4qeJm0rGPoAL2v7eScCBQOGn/UOtZLGvw9GMixkNPjKCB1evmpFpY3qqhFn&#10;qJzFp1Tzyqg1yPa7GwB9rbrffTbMrqmOqwmF3bJUEvLQbhgbI0kLLDpvFCssZBW+oXHDc+yzw8+I&#10;VBBJ4io/w9MyW3iKU8VgfUcegw7r6mftrbIw1H2D2B1bIslO6bn6yzNLt3cirHVwVHgjyFXjclEI&#10;KkQiOUeM6omZeL++HYW8pN111FkMLh8btBIVqPvafDU0uIo5ml+3EPkVZHDlEhbTc8az/X2sE4aJ&#10;QpChDwH+T/i8fKvVhAFACscevWTqDq6XrTbz7ezW+N5dnyL4RT53sDLU248+yxtO8plq4qChj1O8&#10;wB0xKCET+ntip87U0NbSZubIVp8wmIhMr/bLohNISyl1YH1gjn9X+29+0o6g1NOreEteJ6XtThaO&#10;so6nEJRUioniGvwp5PVMtVYftupGpbHj6f7f2Om5+2sFn8PVYqj2Xgdt1E6qn8W23hloshTFZIZg&#10;8dUtQwiZhEUuRyrsPz7YvLjU5RYlSvoKef2nqkcJQqBK5xTJqP8AB0Ubqb4sbl603RFuXJ9/d09o&#10;0qMzjbPaO9aTcGAcNSV1IQKCHAY95ArVolsXNpYIj/Z5COgzueFI0FTlayOSmeR1eCsn1TCR20hy&#10;78kLbgAWPuiPqoATXo0WrAEeY6NPW7d28ar7hMNjZRUKkcgnoacrGI0+qARem5PJN+PY8bG7sw+J&#10;w647N7Twm5apJZvLkMlilylcIWf9sGeSp1WjHAFrWt7TXFlHcSpM8akhaZr+X+T+fTvhFtJ8VlPy&#10;PRMu7PiNujsDdMO4Nod79wdSUEMNL49tde7xpdr7dq6iFZfNJVUAwFaZJKl5NTlZFJZB7QOWyM1b&#10;nqiaimFJiat/vGhikaBooqiZ2ahjiRxEKeBGASM3sBYk29txTG0Ok4HSyKQgqh/b0ZTAYSOg2vjq&#10;PIo+VzWLpYcd97VolXLVVNFSxwjLVNQ8Qkeuq5Y9csoC6mYkAX9qjZW5KLaeYaesx9Pn4aiNhFj8&#10;5TitolZ6iCVKiOJnjHkKRFAwv6WI/Pu80xuYWkdAXGc8OP8AnHVLqMOaFiPmP2dBp3H1nlO09ovg&#10;MTvPdPW1UkhMu5+u8tHgdyIn8MyNE9MK6SirlWCJ64VAUr/n4I2/sm6s3luyn3T9tU4rE4jbE1GY&#10;fNDh6cY2KSKm+4kkd1SR2kndpwvP6gi/S3srWceMGChaDy/w/b0yiFFI1kn59IHo3pXJdOYrK4Lc&#10;fZPZXckGar62vgy3aWdh3Zl6OWvpsVQx4ykqI8ZjqemxFOmNeVU0EpLUzNdtfBvOiqubI7KppZpw&#10;Xps1jkYme5l8VHRyapCzOS5LW5t7rvEpuGsjr/CPyOK/6h0Ht4X/ABmIfxIf50HVH/8AMkxWP2p3&#10;vuGKlwLzDO9DdigVMeKEppFrspnqb7aCSGOJUplPrAu3P49nC1o1EWltpstiOSzWJBN+Lg/n2WT8&#10;U/P/ACdJIQdRp1qE47F5Cm7JSgwq1P37SVUUqyiRFp6fyhKmj/ZHkSOWM20N+q/uJTZuijj8bys0&#10;qJaW5jJBHqJ/WpPBF/p7QTRvMFVCOPz6U6CM06GXcHxx7DqM7PnIcHBS4fK1sMmE+1hycdEtLLIk&#10;JSpvjHigfzR/trGzDn+nsMNy9gbaghr4KiIV1Q5py9PNBTzxnSYjcKJ9ROghv9ce3drsoYZmKDUx&#10;b8v9Qz6n1rjoQQKzspTh+Y6tj6Z+C3ykztZ1flaLc0fXO1sDR7phizW1dw7iwG5dOTGQQeYybeko&#10;VVq2Iw+lk/Zkb+03sqGd3DRNVzV+FpzTxN4/8nMAgjjtHFENEcL3XWwYk351X/r7Hy7kNCCMd4r8&#10;v2f4f29KZ01JAK1Yav8AVn/VjrYN6s6c3Pjts0W1ezc3/eOvp/udeckyT5etrPLkcjkUFXW5Gji8&#10;ppoJIIY/2rKsdvwvuHR7hix9bFWTh66jkJLw1S+eBgkbIfJHrVbCR/Tf8gfn2x9ajyBlAIHr5/b/&#10;AKsdJ41MYIHH/V/m6VW6uoqzdm1MjtvHVh2nmxGqUmY23OmLy9E8lTFOJMfVmkqJI5JKaDTIQvMb&#10;t9B7cdzbn2/nqSOGhxVPi5ULBZqahipRM7KBpeUSOWVbX/JufbzbpFAlwUoNa1wKf6v8P5mvS2As&#10;JAFYsPt6DPoT489r9TZusrN1do7s7JoqpoVlot3bsrNyPi4YZ55Vmx1I2No0ppZxMFe/pKqPp9PZ&#10;euyIpZtm7pdpNE9Phq1ldJLLpWNgmp7FgAOSfZTv+6q2ySVk41/1f6jxx1e0iP73hY+o6sa6hhho&#10;d87dhpoCKaorlBWaLS8czQySSMigqg9QsOOPdL2ajQ5fJyO0b/5bVF2jKuhl+4kL+v8ASWt9OL+8&#10;dtwvDctJCBQFi38mPr1JC9wRPKg6sI9+xSxmrhCAg64hf02/zkVhx9Dfj2XKaTrU/iP+XpU/9mQx&#10;697Od1MrKkVzx6NP6hc6KD8XIt6f9j7Mh+H8ug/d/D+Y/wCfum7J/wDAZ/8Agrfj/aH9mjgKqqav&#10;9Slx/vX5+n/Eez208bwG0U/1cPzp/s9E0+un9Hy6CauCNMx5trbkf7z9b2sf959v1M9kKm9uP9aw&#10;/APP5/p7Rt8a/Z0jHDpnqlubjkgn/A8kcn/G3uYrWFvqP99/r393631AIub/AEt9eP6c/wCFuffD&#10;yATamBZebjTf6pb/AFXNz7M7apiQV9f8J6cjXUVXqFPExRwrBX9Njq0jgj6cf09pDs1GOPxrxqW8&#10;f3trLq065KIC9uAfekAZ6njUf4D0bwwopUdKbrhtNTlkdrahQnlratIrSbc3I9gpMJJXctGahwE0&#10;xKrO5/SAFT9VtP8AT2VThGGnVp+fr/q/ydG8QWlBx8uhgjsgBBCi5JYkKB9bm/0vf+vsYuqtsblg&#10;yU9Uaeanop44gfIlVCLLIxPpaDQL3/r7BO6877Zsr+BUSTf0e75/xL6dM3EYox9OklvKkoMzjPtp&#10;JYvIrsyFnh4cx6eGOs3s39D7EPdNS0EqIjnzIEY2Jtqs/A5uQL+xNs9zuu9QG+gVlsV+L4l7Pxf0&#10;f8n29B6e1yxVTT/V+fQcYLF42hD08yxySSFlRiIZF1XXQf069X+PsPsnvJMdDGk93ZpQDfU1iysO&#10;bzIeWQ+zQyrGr47qf6v8nr/PpTYwMpVqf6v9X+rjRWUe0kqpjMpKII+ANA/tAj/dRH6T/X2DeQqT&#10;XZo1ikoJqozfUqbS1LSqLc8HyD8+w5fIs5BPDVT+Tf5uhPbjBYfZ/PoSqSH7aiip/r4oUjBIvfxx&#10;pHf/AF7L/re3rGuTkrNa3I/5PT8FvaUU0L6fL/V68enLqtT9p/wjrhUD9hrcnT+f6EHi9vYvbd0/&#10;cyEg20S2AsSLBePx/wAV9pZa/wAXRRJwbur/AJekbmL/AG6BbG7x8H6f2uef9b2q4nLE6CynQfyR&#10;ydTW4N/ZlttRKK8Kn/AOie9GB6dIvKIoiHkAYXQC9jxqI/PH19xIsjXwkLDOwFvUPLKNVg34DC55&#10;9y1stwEQFmx5f5Ps/PorQfxDpF5nA4msLNU0UbnUApaCB7HjVYup4uvtO10s07eaY6pOLeo/gon1&#10;c/6lR+fYhnZVWrfD5/6vz6dBAz09YqngpV+2pk0R/jSij6+ST+wAP1Mfx7RuUlZ2Lrww+lr6hwoH&#10;05vf/Y+wlNIQC1QK9NmlehKxcCooj+q8/wBCD6mNv6e0TXy3l5HN+f6cj+ybni/snt/hOeltr55x&#10;/wAX0rol9I+trfW35v8A42sR7iPILjTb6/Xj6n8W1e3JfgPV7o9h/wBXl1zVT9Dc3HFz+L/U8fn3&#10;wef0AC4NyB9ObXX+v1sf9f362chGHnXpLapqNfIHrsxgkHj8fS/API/3n3hgqCS/1/Sf624Nj9D/&#10;AI/7H2ZuTGajp+6UgfIf8X1xePhRx9R/T/HT/X8H300n7gPPIDD8H9V+Tf21q7tXzr0jJ7f2dcgn&#10;pt/TUpP+wtcD3kLX5/1vrf8Arb8m+r2rDagCOmj1iC/1sbAi3+834BFre/B/UP6aSPp/hzzf6ge1&#10;kZqgz1o9cWXg2vyRfn/iPrYn3DawDG/B03/241f6449rVmMg0N8XVXNR1lAsRa35t/gfwP8AYX9t&#10;VdZ1Uf0v9f8AEg/gt9PalPhHSKZc6ussZtc/63HHBF/qPxyPaellCsq82Nybc/UA/lre9stRUcek&#10;ki1FRx6kJ9Cfx/vF/wDYDi/tsyAIqDY8EcfQfhbgfT3ZfhXGerKMBdOesifQfW/F/wDH/bX+v+sf&#10;bbCCtRF9T6v9Uf8AXNzb+vtQBUQj7equpODjrITw3+t/vB/p7bqwP5phe3Bsf8b/ANR9ePbT/EPt&#10;/wAnTsGI8+vWZLaRb+v+H+w/1rW/3j3EpS4qYRbgzKCTf66gL3+lvx71+fVpfLP5dcm/S3+Ck/7w&#10;fbFXIwq6kEDUaiUj6A38j/737uzDUoJ4L1ROEn2f5+u1/SP9Yf7174US2q6Y/X9yE/0/3Yv5/wBf&#10;2qik1AGvcOmevN+k/wCsf969xdxqGlyNtJJ+4uCeTcP/AI3vY+2b8qIGAfgn+b9n2fb0othp1/Z1&#10;0v6V4twOPZX69VFZUBbX8h/ppA1Hgm31v7jqfT4o1cdXRklPC7vXrl7h6Vvcfnn6cD/Yf63uzfCO&#10;kTCjN9vXvfJZADY/4c/W9v6AsOfbZHH16p6049e94ylyeAfzz9bj+nBAHtxajV16nXvfJVt+f9SP&#10;p/Qf6/v2ru+XXhjr3vNHxquPzb/X4+o/pfn3RmDU0npiRtVKcOve+RFx/r8/65/PH0/2HvcUmhtQ&#10;FcdVBz173xsbg/Qg35vxp/pb+tvp7WllkMNDXvXqxyB6de9ni6pB/wBDWVNv+XzWj/YjbGP+lr/g&#10;fn2JNt/3Kh/5pj/jw6KnNNxT18If4R0zVFv4vB/X7Vf/AHJ4/I9rSjCmbaxNwBtGm/V9b+Qcm/54&#10;9ieI0S6J4B/8nTr/AO4d3/z1D/jo66N/8s+t/vWH5+hRAP6/19xuytLbByAH0TIUP0sRcg2/ra9/&#10;bRlABJHE/wCDP+Tq9p8I+0f5esVHf+JLxx9pLyb/AF8sfA/2Hsi9cNMrDg3II/5JH9Afzz7Lbttc&#10;TMRkkf4ejHivT/7Zm4t/rf8AE/4f4j2RS/EPs611731/sf8Akf8AX/W9t9e697//0KIKr/OW0Gwa&#10;xsPqRYWB/rbn3jWJMVpmnU2HND1v8e4um7avGbD/AA/Nvp9Ppz79/wALr1rr3vIkX1Pp4vcfRbng&#10;n6fWx/Pulet06975lQDcXNx/W/H+N+P+Ne64z16gFade98HtpJ4tbSW+gBsW03YfRbe7dePXvcd+&#10;FB49Vip+t7i9hyb3J/2/vfn1rr3vhHG0jEgSObkKqqGNyRb6Af197B09e697WWE2XmcuUtGtBEf0&#10;z17tQwkMRYiWZApBB/rx7ZkZVY9/VfBZmOKde+n/ACK/+8Dn2NG0tybX6ZetGQyEuTzdQk0SxUaQ&#10;11Cglp3p3VaqmdGEZEwP+Pq9oX8S4jdaHTUfbx69EY4Y7hZNRbUPn1gmi86BDwupHJ5DXR1dfSV/&#10;qv59g7kOxcjPqTA0NLtipkOqWtwzzwTzkaCTLIzlSRHqQfThm9rDGsUCKe6n+fpmRyllGETSw9Pt&#10;6zW/rz/r2/4p7DypnmqpjU1E0tTUSf5x5jqb0qsaEtyx0xoAP9a3tUaEk06UOdTFiMnrv3hCK1r6&#10;tVjYWOn/AGPN/wA+9de697nQQrfyMovx6V5HJZQTcXvf3RjhgvHqp4Np49e9iF1xBJPvPb8SWAOR&#10;gBUGzG5I5BHNx7STMAjsfTqsR/UDE4r1030P+sf969wdyRKmfzCICqpksgWuLcismVv94H+P09+j&#10;NUX1IHVfiOMk9d+2ewDLe/qQfUf4k8n6/n2/HwOPPp2P4T173yJYjSL6bc2W4/3gHn26qKTqIz1c&#10;gVr59e98Y4mlYLGrOT9FUElvoOAtywBPu1E9et5PXvarxm1aqpJlrWSlpI1aUpXOtMJVjTWZoEnV&#10;DJoC8Ef2uPbTGM419WEYfDHHXveRdxYPDvKuMoEykwDL9zkqcxyUxK6VWlaIjUjqxJ/xHtHcqx8P&#10;Pr/k68ZETCCrfPr3tHVeRyOQ8b5OtqKwLr8HncySJfRrBDH06yg/5J9p1BWtD0wzMSpY9e9xQAWj&#10;BDRy39JQEi2nnU1+Lfj21PXRjj1U6s04+XXvfKRXBKsFEpQayrEhgf088Xsv9OPbQU/wn9nVj/Pr&#10;3vNDBqKj6/Tj6n/Hixv7oSetgde9jjsXaqyNFM6Ak6C2oAcFlsLFQ1/p7U2gdpWOjPT6hVAbz66Z&#10;goJPs8PW+KNJQZNIkXnDVJbxi1gRTc8AWPp/2HsW2VjraEeG3xDy+z/Djh0U7hOIkc61rT1+3oO9&#10;35COFsXrdVDZalUBmAJJWosAL2Om3+x9jNtHbVXVyRMaaMQusTGSoVkgjY/bnypMUMflQNcAk8XP&#10;0HuRdr5cvb+WGGyDxyINTOx0kJrAb/Y/n8o537ektYVdX1Fn0/Fn8WKefDovPaPau3drUFbLX1sl&#10;RMvnipsdi4xX1tVULTZBoKdqSJjUGGeSEoSB+uy/U+xMqc/t3ZEYR5YsjXiMMsMgjmpYpACh0TQO&#10;tjHNDxfmzf09zPsUey7Bar9fCJr5R58Ph9acRpp/OlRgBSTXm5zVIYRs3rk/bj0/n0SLLbH7X+Rd&#10;VJLRzZHYWzJKkr99QzVGP3BW03lMypPj8jSyx+Csocr69PAki0+wn3J3JV1kkl5ZFhF1WngZ2SK1&#10;7RxjWSY1vb2V8wc3390jQ2OpLfV6v6/yH+qnqe22zW7IoKLq9aZ/1fn0ZDqP4b7D2HBBMuMo6rLm&#10;NHq8xVUdAuQyU/hiSauyE0dNGJa6cx6mNv8AePYS1268lk5AySSiJvqH8qmMA6ho1XJA9ge5S93A&#10;P4kx8QfMf6v2dC6x2+2twriRA3+mXo2uK2rg8DHoipKdT/VI0/dP0LvpUckG3vhTzBnfW8jSM1/I&#10;9wZTyCWa3DAf737C8nLs0Ey3QfWKfyxT7elbX/hNROn16tDD4wiRqoNkW1ktc2C/0v8A6/8At/a7&#10;wqMqAOI2UcgNz+XB/wBubeyu926MqJKUb1/1f6s9CTbrzxEUgd3/AEV0kspXESlULg/QgC17CNge&#10;Px7EGlJYx6CE/XdASOAG03F+bn/evYQuGWM6WAZOl0sxSslM9JyWPWrltQkumlmFwCSvN7fgDn2K&#10;Gzt65PauQhrMdXVNNOhvEsEjJGzFZVbWwsUsst+BbUfYeutrlu3DRuFSucV4fy9ePTwkW4QiUDoJ&#10;e0Os9ldm7VyO1t7bYxW5MNkIDT11JlaSCqieFpYJbeCZXWRfJTqeR9F9n4697Tw2/I4qeqdaDPRj&#10;UtOdf29SwL6bTyNZZHjUG39T+PYz2XnO52lYNsvgJIpG0eKMkfb8ga5409c9B2/t3hDyxjWV/h60&#10;e/5pH8iLP9SS757x+PCNX9e09DUZrNbNIpYa/GxxqaitbC4/HY4yTwmWbiMG4UcEiw9isxAcxuLP&#10;Yg/i/wCbcfQ+5UtZkuYFljcFTkZ8vX/V+zpPBcw3KeEXBNOFetWXJ4vIYurqKWojkimoqiSCWORC&#10;rRzRSPGysrgaWUqwYfX23SpplCAWPH0tbkm3PNrgj2+CK/EaE/nToJ7hGkO4w26rQuw/mW+z/VXp&#10;SUM8kmJknkdiqM6MTe4EcKngfQsP+I98WjI5t+bG3F7E88ce9lASewnHp0k3PaDN3CIn8v8ATdc8&#10;dkljJRnNjc/qJb1aOAPqbge8Z1Dg3B/29v6e/CJNLMKCnRH+5YoAzyhVb/P07/xGSc6YmYqBqOpm&#10;UWXk/wBB+P8Ab++hY8G/J+nI/wCRnj21ExV3K8OnNsqsrKEIH2fl1xqZGWPUXB/xDX4HqFrcAW98&#10;mP8AUj/YW4/5GPbwLA6qdHU9wIozqeh6aoInkl1Ih+v15FyBwODe/wDvdveO3+J/1/x7UhgaEBNP&#10;2VPQYe+IOoJ0oBCCCJSCPwv1BNx9b/j/AG3199hWY8KSTweD/r/j24satExpQf6q9El1ukMXx3CB&#10;vmw/L/UeptPQvINIifSL2sjcA3vYEE2uPcaoyNDSKTUyopFiULKHsSBcKWDc6gfZpb7BaWMP1Nxu&#10;MaKfNpFVfsqf2dAu43Te7+WWCxtJXjAHwqxNcE8D/m+2nQ0bA6T372HXUlHtHZ+fz1ZUu6L/AAvD&#10;ZLJICiTt+7JSUc6qNNO454uvsMtw9q4PHrPHRSLJUxi4WRZIQT6SLSAFbcm1r8L7A26+4o2dglpb&#10;rMceQcfsRv2+lR8z0N9m9utz3VA+4O0S+QzX89der6vij/IR7L7IONzfcWVfaODqmJalw9VSy5JV&#10;DVKFZoMpiFEerTGRcE+oj+nsqG++56uvkmWOrZEOoNSpK5hlJV1WN7v+ixAPP0HuNZZt33RxPvkr&#10;yRFu2vd21z/nGOPDqaLblratlhQ2toisq+n+r/i+trz4u/y/Okfj/hMfjOt9j4PD1lPSxpVZyLFU&#10;FFmJKsCAvWtURUytLUyPFc8W1Mfx7KdunelZWeaSpqCYmWRTCJWkSRSJD4zduUKm3+x9iXbrC0ia&#10;tjD4clf4dH+Gn+rj0aLCLkaVkKiv+l/y/wA/8nVkW3dnQUEdPG6eZ08bCeTRLIj2jHkVlUgShkv+&#10;Pp7AXdO6VWCVvIE9DmwkIUApOVVfVe1uB/r+ziC2kWUVHaOkBUxuUHkadC1jMYkQUW1NdSWIF2I8&#10;YZmIAFyRf2WHdW5ZKz7mN5HsWmCC7aLHzoCpJtZif9f2JrKFSI14V6cRdQ7ulXFCsQAA5sATYc2t&#10;9bfm49l7z1e2qQB9WnUP1EDgsBe35FvdpQgd1RqDV/l6fICqAOHWX2G9fUOzE6g1xcXJX6m1v68+&#10;yh1bVSnSZj172mqlix1EXLf0+gHH6b/77j2T3QHiEeRH+Hqyk0B8+ve20px6ubfi5/P0IN+fZeX1&#10;MXLU6XIcg6qf6v2de9wpQq8fq5FubkcC17ckXt73pc1A4dXbXqbTw/1cOve4Dr9Cb3F/x+brb8f8&#10;V9uAkFwDg06c1MtQOB697h83Cr6f6A8n8n/Wt7eCg1diCf5dKV0t3eXXvfJYRa6ni1+D/vPA/r7c&#10;bT+KlPn05Qde95oVOkkkAjnk/wCNgfaaWniE0x1T8Rxjr3v0wsb/AI9XPP8AUfnj36P8XTkf4uve&#10;2yZrEm17A8f4tz/vZ9uHSCM+ePXqzHOOve2VpDLqVrj0sLEC36T+SCLWP+HtBuYAjNONel0LAr+f&#10;XvaaeIJNJe3LcWtcH/AAD6f7H2BpzkdKY+Lde94wbnSwvb/Xte9v8Rz7QtUVo3TwOeve3qjF5Eta&#10;51AE2HI1fU/jj2XTntb06sSRTSOve1bTjxorIP3KcksVHD+ViBY8XIDe0scCzZLcf9X/ABfTw7wg&#10;Az173aT8DM5JT5bP4tpn8GQgxiJGzEBdE2XlkbTqCgMT+fY25Gb6a/vAKFmRNPma6v8AV/k6J9/g&#10;CWtvpFcn/J0GPbWMTIbRqZmA1Y1/vENgSCI3iNuGIuJPx7s8rJDGgY8qGYD+trEAj/iLfj6+8i9v&#10;RHicEd/hj/Z/b6dRZdaTLIqfEaft8+iZ00ZeoVFuvq5H+Ba9nHHIHP8Arjj2kMvWKkYsV9R4+oJJ&#10;DcWNjfj/AG3ulhFI17OojIGnhWtKN/k68heukA9CTiqPyRozMTpb1cWH6E9RP6QGB/2/tOrkkXUv&#10;Bdiy3+hAfggn8WPuV+VC8VzAGjbTVR/xtP8AV+3pq7d1iOBSnWPM4UzqHuuiPTJYcgmNXa5ABBuD&#10;7VW0cni9uZRstmKGmylLNStEtLWReaF5pJ4KgXVStrpEyk/0Y/19zzt+4QxW0AdFYErQcRwrn9lM&#10;+XQCvPFuZXRJShJ4jBpXouneWxd29pbKfZux9457YWaiyQqH3Ftyrio8pS0sOPyWOcQS1EFTGWjn&#10;rY5VGgjyRL/qfcfs7c2H3HU45tu4HDYKLxwJM2MQwSvUGaYnyIWYepZACf8AaR7EIuY7iFHWJVf5&#10;AA8ccAPlxyePTVjby28bCa4eQ1rVvTpr+KPTm/unsDuTHdmdvdh9u10+Vrqygqt+T0VeaHFHH42B&#10;KSjloqKkvFFPSSuoOogzN/h7DuoBjmpI3dm8Oj7lD9JGSUMzHi5uOCfaCaYK5jR+6mc8ftHSgor1&#10;Ktn5dGjoT5qaumSJEFR5PspANLxLJCyoqkkBdLcgcexpPYuxl23BiW2bt+oyFNS+H76oo385bUzm&#10;Qy69JexFrD2Wy7haPF4b2UZcClaf6vs8+iwWE/1DT/VSCMn4agj7Mg46I7/srvfMncmT7CT5J9t4&#10;3aWUyq142HQZfEHb8ESUtPTLRxUkmJaqWmaSJnYGQcu3P09l3p5ZhS1U7SCymEREuOAzMjaRxYE/&#10;X3SzFEclvMY/y/n/AJOjwKAaNg9WH1scL1tFTpC2p1qWmAjJBKqjoHY35Cjj2vesd4bV2omV/vNt&#10;3H51K8UP27V1EapI/tf4h59JDKq6mqI73+pQf09lFxeQ2xYT26yaiBVqnhpz/On5dNXdrLOIxDcv&#10;HSuRTNaccHh0XP5PdJdqdyLtNOsO5d6dRT7fGeOSk2dkqHHzZP8Aip2+1D92K3H1zP8AZpi6gR6d&#10;Olal+Tfhi7Er8dufcsjbdxmMw1C6w+KnoQKeElaKAOpjJOkGWJj/AIlifaKOVJrusEKqteAwOFDx&#10;/M9KLSForYCWdnlB4niQT/q/Z0IvQG0d0dYdX4vDdhb33V2LuGifJGu3JuiSGty1UtTnclVUpkmp&#10;aemjf7ejq4oVsvEUSj2lqGuoIM7T5GSP7yCiZDVUs8eqF1SIxWYLcsuoX+v49uXNwiMG11UU+zow&#10;SLSpqe7oUsrispX7Zr8NT1L4uryUMyUWRopQtZTvLIJRJGZAVWQIbcg/X/binvHsHYu4Nt1GPw20&#10;MDhcitI6ivpaL7WrWUxGPyI7Ny4f1X559ld9fW9wAILRFIbiAantA9fUdMRWkqmR3uXdSeBpQfZQ&#10;dFX6S+O/dHWnYNVuXefyD7Q7JwFfWtJDtjc+UxlbhaGnatepSCCKjxVJOsSQv4gGc+kewBkhkkwy&#10;CaRI4xVv6xIC0jCKzXB4LODcgc390SVDA4VsV6Woi17R0d1JUjzTGON5JWo4xoZDoRPLddNrkKhF&#10;gTxb2MOwuwdjbZwZw+4NmYDNVU9SzxVeSojPIsc1LS00R1k2FnhduLcsT7KZ7yJWWI26sdfEg8P2&#10;+VD+3rUttLPInh3DpTyFKfnUHoqXefx97d7P3nj92bH+QfaHWGMxmNo6eq27s3JYimxuRqKHJ5XI&#10;VD1MVdiK2Z3q4K6KF7OLpAgHPPsEc5J/FN15atoIKPH46XLV9VSUNIwSCmonrZJYYo0JOiOGBwoH&#10;4AA9l5AMrsqgAk49OjOKIRqoJJYDiePRsdo0FXt/Yu2MLmMtk9wZjGbawuLyedyoWTJZnJ0mKp6W&#10;syde8McML1mQqomllKKql3JAHuVtHM4bbG7pM1lsbR5ygWKohnoK2L7ilaSWaGQS+NLFiIo2X/WJ&#10;9uIyoWkbI9D0o8IOpo5BPp00dk7Uz++diVW2tvbpzWyMtVrGaTcOBlggy9DoglRTA9ZBUwoyyOrH&#10;UhF1F/an7W3zsvd2KX+7G1cBtUwyQxmXEU60dRUFpg+qRbj8DTex49p3u47pAyQJGwNO2uf2k9OR&#10;oyKQ0pb7af5KdBj8dul+yeov4jS7+7t7H7mkyUrVcFTv6qxNacSiU8cBo6B8VisWngaRTJaQM2on&#10;n2B2TplFLh2lqCJI4ZQZEZGI1SqxAP5sD7aIwM9PAYBPRn6aRjNWhY/SZUsGBF/2h+LDk29mV2n2&#10;51vitv43C5frrbGSydJHMk2WyOML1spaomqFeeU3OrxSBOSPStv8PaOe8iEQR7ZCeJNDX5ef5dbM&#10;Z1FvGYD0xT/B0SvsT4zdxbt7IzW+NufKHuLZu38jJRtS7A29k9vR7Wx4p8PR4uVKSCswFVWqJ6ql&#10;ara8zAzysbWsPZX8UsjVjUpqNUZsJZBIDJNeKSRLgW16G45+g96sXoQGyP8ADT/UenOB6O5V6RD5&#10;FS7DlARZUBZQx+l1B/3n2IfU+68BsvJ19Zm9u4nckEopxJHk4GqIlETVX6QjAEsZl1XB/SPaS5mV&#10;WJKBvt+f+x1UiqEBiD6j/Uegq7l6+3J2Ttg4PbPYW6+tsg4m8ed2fUUNNlI2c0xDI+Qoa+EGNYmC&#10;+jjWffXb26ts7tqabJ7T2/h9uRKQk9LjYftA4ih8bMY9RY6pBfgc+6wzB5KqVBPpw6usdEAMoY+p&#10;P+x1w6S2Du7rna67d3l2DunsvIRzVEy7i3XPRVOUlWpqp544JJKChoacpTRSLGtkFlUfn2HtQUjr&#10;8fVlll+3io5Z4GsQyIvIUAXLc2sPayWQdpZiQPUf5utCgNadCvHGzwzxC6GQzIjqTcFri9z/AE+v&#10;symQ7d6yyGz5cCnXO18dnarBNiIcvFivHWrXS440iV5qHsUm+6by6zcaxf68+2ZbiIgr4Kg045r/&#10;AIenYomV2ZpGz5Yp/g/y9EzwXxv7iwnajb5qPk52/n9qNu+fcZ6+ymSwEm2YMXNnDlBtuCCmwEFc&#10;2Kp6L/JY1acyCDgufZZqaPzS5Wknn/yeKCumTwuHAeNliSwI0giO/wCfdq1goTjT/q/w9e0k689m&#10;ro58jaft5ES7ySQxtqutkYFm5/PI+lvY29TdhbO2VjKqn3LtDC7kjlqXaGfJUTVcg1U1FFEpF9Ck&#10;mBmP9Cx9pVkSNizIGb5/6h06I+3SrkH1FOi6999Ob+7UXHLsnuTffVE9KKcTz7MrcZSPUrHNXPL5&#10;f4jjMiriUVCKbKOIx7SnZWf2/uPP0WX27icXh6GZQ7UdFGKeOnd6kyKkcWo2WJCAPoR7u0tRpVQB&#10;8v8AB0y6FXC1qa8T0InVG09ybL2fSbc3VuvN71yuNhhpZNyZ+WCoyuWFPSQwtW18tLTUlO1TVSIz&#10;vojVbnge2bF1UOE3DBlZo4K6GqmFQ0c5DRywIUWRBo5KsoPHN/b6FH7tNT8x1rQwq1MdK3K0UmUw&#10;1XjYameglankp0qaayzU8rofFKhdSoeNiCDbg+zBb87J6z3jtirwO39k4Lb+YnkppEyFHjRRTRfb&#10;VlPVSg1D8IZKeFkseGViPz7Q3NxG0zrHCqlek6oyOSZWYfOnRP8ApL4/d19Zb4Tc+9fkP2T2ft7w&#10;VUT7b3TkMTV0EbTY+opIJIocfh6GVvHVziXl+GjH1t7LlETk6CeOoIjig8f26QkubSy6pCyvqtZ4&#10;wRb2shr4dWGkdKvCkI+Ho5r2pqqMxrrabX5nYEf5tLRj02v6T+fZiutuzuvtu7eFBujYeC3DU0+o&#10;1GUr8W1bWVPlr6yaMVD8qRDHKkacfpT/AA9pp3WG4kJRWHz/ANKadOeAQD+qwPy6Jr378eu4ezdw&#10;RZbr35F9n9UUz204TaGTwlHjIglFi6aRo46/C5CYtLJSySt67a5m/r7CzceQxs+4my2IEdPhatox&#10;BQoohjieKICUeBW/bBcm3PPukbKxLR9LY+JPn0Zza+Ny9FtqlxOdqZK7NUkLJVZF380lRrlcxyec&#10;oA7+MC/HHt42ZlKHam46WvyOLoczR+SOWfH16a6WaJ9TmMqCLg6rWNxx9PdxII5F1ICBxB6rIFLU&#10;qR69Jvs7a+W7B2Jntt4PdWd2Tlsjj6uhoN0bbkp4s5hqp4zClfj3q6eqp0qadvUpZGF/wfYsb47B&#10;2NunGw0e39pYbbWRpKn7uWbH0Qo/uIlgliFM8h/zkbyyB7AXuoPvV0IbwqQioQOAB/z9biBrUykm&#10;nn0XLoPoft/qHN5au313v2N3HhstQigoqXfGQxNacVUNWQ1DVtLFi8TQCKQU8Jiu7MNLkW9oaNxX&#10;QQ1RmYVNI4ssLAjwQR6hbnUAJG9pBFGtrKiyLqPShI2cGlOjGS66Gslpft70lYh1NMpU/cVEhRri&#10;wUs0Y9mG2l2B11DtsY3P7JwVTlFpxSnJHGGoqpbUMEDVMlQ+ofdvUK8hH0JN/wA+yGRzDLq0Cvkf&#10;yofP/V+zrZhaNhIJTQeXRFu1vjr8gc/2fRbv2J8juy9ubUhroMlPsalzGHpcBK0e4shlTjvt/wCD&#10;vVnEtjZoqO4l1+FLXuL+zB9GVlCdrZqajjH28vYEJokSLStLj5KPHGOmVRcRKn+o/HtLcTrI6gkh&#10;NWB/lPz/AMHQe3fwzdwBn7PCP7fy/wAPVbP8xfae7Kjufaa1mSiQ0nxD3xTZiSavUPkd1R5fJ6ci&#10;EkRfuL83m44Nrezk1M0MOLE8wjEIj9CuQurSrFV5tZnPAAPJ9qRNpimaPiBX9v8Am6Q25LVC+ef2&#10;9agu0Nn7h3J37T7Xx1RlxmKvLTQZKrx0b1Bgd6ynSpqxLFHIpo4Ek1STMulU/V7C2TOUlWiT0tDH&#10;FLNR1cs2qJ42jdIyUWYH1I5A4DWP9P6+0sLxu8ADmtPyGft/4sefl0YOjLoDSGgI/ZX/AFf6h1dp&#10;jPj/AL42b/HcHu/feUzODxm+NmUO22XKU1ecjjZ6+m88mKRIEhq6SOon0SNDrjT+1f2S1txSZK9T&#10;I7rUKy+SRCXMhJ0gFi3I0Jb2eLGscRaP7ft/y9HcbNEeHaetlin69pNueLEUtNCcWY5EpKaVFjip&#10;AimRtMaIqpeeW4+nq9ipSby67qMUsM+3KOOoAIeaPFFpAPO7LqckEAooAv8A1t7LfrSWkIiAJ8/s&#10;pSlf2f6seWKRnEzzV/wDojWa+Mny2xvY7bgxHyE3fW7bLoYNsZHdlHBjDfCxUUwSCHGGRtNbI05A&#10;f/ODV/rhoyUxqJqSOON6KbTZrgmnH6z4/wCwNbfqufb8ImbUXVuPp/k/1fLrcoZSzt0eEy1kVDRZ&#10;WWplhzFIJS0IZgmQc2gtUM37hWGIAppH5/2HtU7YrNvYepeLM4aky1GyL4lraX7gQOTIXMSmwDOD&#10;z/h/X2tdDJBIrwr4lf5YyP8Ai+k8TMZ4/wBSmf29F7732b2t2PhKCXrHtfdPWWfpZ55Kmr2tlaSg&#10;fKRGKGKClyUtVS1d4Kd1LIQAdTf7D2GXf1dtrI7C3pW7foYsXHS7dyDzQpSCijdYqWQMpVjdgzn/&#10;AGIF/aPf7WFdgdyCr0Nf2/yx0JduhH1yVfW1B/lPQw/CPA9zbF3Xtjb/AG9u+o7ArarJTvSZ2sy/&#10;8Zq08scs8QllhpqeGPxQxkGwspbT7olyUWqauqkASKWrqgIF9KCQySSeYKLm7Xtf8+8cGAS5uWOV&#10;7j/xqlOhiNKvpBxoHVz/AL6wgZq6ALe5Mf8AsP3orH/kq3v0ZAkjrwr/AJOl8pGg14de9nZ6ojY+&#10;AG+kolr8ktpo73uCfZkGFFzmo6D94R4ZznV/n6a8qbUzH+gN/wDW0P8AQX5N/ZnAAojAIuNP0tqN&#10;uef8efZ/aENFp1Y0H8q0/wCL6JZmVlGk+R6CioJ1yOVYgyHgkgNyfpYH/W9usZtY8fQH/H6H6e02&#10;Sfl0iHTdKFYMPzqYf4fW/Pucn5/oBex/1jf/AHr3rier/Lpuk4sf9h/vIt/vfvzr4zewsLc2uDcW&#10;ufqLm/szikVxVTn09OtodJqGPTeylvRb/Wa+kG1zb6cDj2rsNh8TmY0hy8aToAxHkjSXTqaRmNns&#10;efGv+vb2V3dxJGz6Y8+n+rGen0uZI6qAKdJHN5fM4MtUYOZonJQOFd41bT4VWxUG+jyt/gL+13jO&#10;vOuMZU/d1NDQsYtLC9PTvquGU2IAsLNyPr/xAJ3MbnuFvLa2rOs0tdP4NH7eB/zcfVVBfsHQFRTp&#10;LP2n2JUGnWIOIImYVTCeeR5bFCoUCMFrkEf63uXm9x4egpZEw9NTUsYDJ6FMR+l7kK30/wB559kF&#10;lyNBHMkm8P4snz0tjy/P7cYx0olvdYyelLh8hubLzATzVI1FWP7koAZvqAzIPx/T2W7c2URnmrHl&#10;T9ti5BZTdRrJC+r6D3Jm37kNvtzt1jEUtZF0t+D/AFf6hTjRKkzSzxKVIRj/AKv9X/F9DNhcJIwi&#10;apu8w5jJBchrKNTHTcewAzVcMnMzIdCJUMQTcC6NJcn9VgFf/b+0l7LICyhddP8AB/q/1Ho7SMA0&#10;p0KdDT/bRIp5OhQbW/KrwLAfUr7hKw+8oY9BOkQMT+GIk8Y5/wBpJ9o41aWOcseKZ/kf8nRrGoAF&#10;DXqUf0OQbElrf7a/H+w9qbH3/iun+jEn/YSpce0Xbpbw/ir/AD/1fl1S4r/tf9nqJNbwG/8AqSPx&#10;+FP9PYu4C4qmOogBH1C3H6UuD9TYgf4e2JCpJSnfXookFXHpq6SGVBNMDa/qWxP1/tci9hce1fRA&#10;PIxJsNL/AOP0U/7e2r2utmCyEU4Ef5/8nRffqudPkekXlAwp1H9SgP8AyUALfS3J9trR+OQm5HBP&#10;0/2mw+o+nsbbfdlCqkY/1f6vzp0Uqo1AEY6balBNCSADYr+fxq/17/j/AA9pqR5GYu1ioHCnkn9K&#10;/Q25JHsdXcqNHQS5r1pqU6lUsCRWQKysTy1iLcM31AueDz7R+SmUyEL9CV/IAPCXP0+lxz7Ct2Hp&#10;VPip/n4f6v59Uzx6X+LjAjDP9RqP5IHLWvz/AEPtFV72kuLD/D/Yav8ADnn2itx2k9K7VQdRPSki&#10;Fxzfj/E/4j/be2t5G1G/0H9Lj8f7H8j/AF/bkvwUBz1e7PaAONepCqABbk35vY/kf639f8PfXl4A&#10;PHrP1FuPoCOBa3v0IovWrQdtfLrlpub/AOF/9ifx9efp74q663sV/Q9yCfrc88H+ntSJKKAT29O3&#10;IqmfL/V/l64lTYX/AKj/AB4/1rcW9+1EspvyPrzYfX/X/p7TiYhqse3ovNNPHHXLR6TYfX/WP4/F&#10;+APfMn6E8LYW/wAR+bi/59rVdl4cOmuuFv8Abg8/4cf8QD77DX4B+qkkn/Efjg25/wBt7Vq3BlPW&#10;usZFgQR9Gt/rc/0Fvx/t/eBv0N/hp/xv9fp/hz7VrIpIoaHpt/LrkfqLi/1/1vrxf/be2msJCXB4&#10;PN7Dg3Uc/kf8SPZrEw8NCTmnTLCtQRjrtb6j/r8D8c3Jt/vvr7TtQbsG/PI4NgSQo/x5AH19ugg9&#10;JZVocLQdSVFha35B+hNv9gf639wK8s0wII+liDwP0pxz9L+7DpxfhHXNLAf7zx+eT/T3AhDGojvc&#10;6WINh/gf8LAn2pQIPD7+70/1f6j0xIADReuZ/Sfzx/r/AOtzb/H23VBtNKDb+0Rz+bn6X+pJ9sSg&#10;GTUpx/sdXQhUPWZP0j/X/wAP95t/h7j0hY1sI0WHlW1la36weTckjj6+9Hqr50sOHXJ/0N/wU/71&#10;7bsuo+6lIUcSyXsvI/ce5v7pcf2j/wClHWk+GX7P8/Xk5Vf9Ye4dFY1kI4LeWLn6/wC7V4/rYWHt&#10;yJvgZ/8AV8+mlrj16836W/4Kf969wtxczZILa/8AlH+wOh/z79cyAQk1rTj+0dKLaoLas9eX9K/8&#10;FH+9eyv5EFayoH9kyt9bfUfW39b2/wBv7jm5Kif5A5/w9L1FFxw65e4iqG4v/r254/p9B9fb7V0r&#10;6dJCrVJK0HXvfIxBbMGAPJ5/1zyQVuDY+2skkEdvVKE6qjt697xSXXTZg19QBB/Itw2nkH/be1CZ&#10;HWz1730p1C5+tz9fz/tvetNGr1oYFOve8yfn6X/Bt+f9fn6+2ZvwU/1cOm5fw9e95B9f9v8Ag/4/&#10;7xf3VSx49M9e99f8VA+t/wDX/wBiAPaiAVlT7evEYP2de9ng6kuemMwL8jNV1y34/wB+vjx+foPV&#10;7F22Am6jrwEY/wCPL/q/LotkH+7GOo/0If8AHh/m6ZKjjMQH/pkQfT6/5ST/ALx/xPtdUoBfa55H&#10;+/QpCbWP+Jv9bMf949iCv6U2lseLw/2ert/uFd/89X+QdeH/ACm/n/LXHI+npT6f4ce2zf6/78PM&#10;XIBGUo1H+xjb8Dnm3tMxbtoowP5dOWY7R6V/ynrumP8AuQQAn1Ukp5/5aRf7AeyOZC/kW/8Aj/vQ&#10;H0+v19pLkgRsAfT/AD9GjUC0U9PXtmblmI/r/jx/Uf4+yWT4z1Tr3vqx/wB9b6/W/wDr390x1rHX&#10;vf8A/9Gi6qjIm5QMP9a/9lPrb3jMDQZPU3HHE9b/AB7jSBbjxqL/AIA1E3tweT9b/wCPvfXvy697&#10;94mJ0xqqoACw4Xhj6r39X+9e98MHrw+XXvePQ0z6UUJoF2dTe4Bsfq1r/wC39661x6976joa2rk0&#10;U8Mk8esr9vHGzrIxNjIbBm1SAgXH4Pv1QCa+g60FJY49P8vXvYkYDq3IV9I+XyklPj8ZEpdklqKV&#10;KmJY4YagtDSyyLPIY4GcKCOWFvr7o0oHaOP59KEtyQWY0XriWAOnm5F/0sR9bckAgc++3zGxtrCY&#10;4ilTdNRTyNDVHJ01RQPTVqA+WSn8fpnWDwh0YcMWPvWh2IJNOq/oxsWUam+fr13yfrxz+Dfj/Yj2&#10;iM3vjcGb1Cprag4aRm8OJJHgpEYsYUiBjWYiJSbav9j7v4K+QGr16Zld5PPHp14AD8c/k2Fz/r+0&#10;h41IGnkH6Eggg/TkXF/bor+fVQABTy6799eM/W1lv+b/AFJ4HJ96qDjr2DivXveSKMF+fpcgn/DT&#10;9eT+L+9P8J9etP8ACeve8wgW50nn+lweP6kj8e6l+Gpeq6vJl697nwoFIQKLNwP63F/r+QfdBXUa&#10;8evR/GdXHr3sQOsnEe/Nsznjx5SmPFybqWP+I+vtm8zbydOP5H59cXF0cf1Vh/twfcXdNjuHNuVR&#10;kkymSkQk2Ot62Y3/AMDp9swmkYFfTpJGwHiDyDHrkPoPaaaN2IAQSSPbxxnmynlLW5IJ49qkZQvS&#10;lGAFM1697WGB2nkctdlCQxxp5KlKuaOmTwJ4jK8TTFfK+h/So5On3qRuOK46cMTOfkB10SB9b/W3&#10;AJ/3r29NltobRq1Shp13Dl0R4ZqethnpaailLBJDT1UWpJVgkQFT9Gv7TSB3japoOtao4jgVbr3J&#10;/wAOfxzx/sR7zdp10uQx2zaySFIWqcCZfCkhdY71PKqxPqUf7x7paCgkH9L/ACDr1warEfl14C2r&#10;/g1/9uB7Bhf0L9P1Sfn/ABH+Pu839ofsH+AdMngn+r06795yoJJP5t/vH1/w59tdXp173yBB+huR&#10;/r+/dbHXvfrhWQFdWoMQfyCFNtNrE6j+fdgmtWJ+Ecfz69QHjw697XO0dutXVYna8ipYgFRe12As&#10;Lhgo9sKzl0UrQV/1f6v+L6ULKNNCcV697OjsTZ81YkMVNRlnlAjVlX9LLoGprcKL/UkW9n+223is&#10;0jNhW/1f4T0S314IFDk4Lf6v8vTHmMtS4yBpqqZIo0UsSzabgKSbC12bjgDn2bzBUG2dgY+au3PP&#10;E1VU4xYUxca/dQTI0azr55aZ2aKaYwMrKRdP9f3IGyxtDJGy18MV8uJ7eAPl/h/wAzc7g3QYLw/1&#10;ft/y9FE37kd6doVVNhthxSUdFQ5oS1W5JXNDV0T07VVHOaKlracR1S04qkljYHTJ/rDkPtz91yVK&#10;tj8DGuLxhQ04paaSTxlLzQee0kWvW0LotvoAo9ybb7u9tbqA2OH/ABj7PToLJsK3ErMy1Na16n7O&#10;+NOFx9Yuf3ZK27N0idav+N5SmgWthtPS1y0cbUrrF9vDkIpJV9Ny0h9hNPnJ69pNUrv5XLkkcXct&#10;ybgf6r2XvevdSVb+L/V/Po4S1+lQR+XRhKXC0mPjjWGKOPxxJGAhtwmniw4tYe81PBqcOy3b1WJt&#10;9G/x9Nvp7f16LYZ/L8h/l6Sn+0Xu8uH+r/Vjr00gF0F/qPxzcHn+pPt0polBa39VuLc83v8A0B9p&#10;7j8H5/5OrvinUGSRrcj8cG/Fh/S1yBb3OjVQxJH1Bv8AX+pN7fiwHtHdsRCuPQ/sp0rt/jh/LrAN&#10;RY2P50gWB+ot9f8AX9rHGTqgH5uf941OTx9fofYbuasrDGAf5j/Z6G9gw8NT9v8Al6YMjTsz3F+S&#10;CfzYqYrf6w9HtVx5QIV08W+hP0Jt9Qfp7B1zYMXLaDT+flx/1cOlLVqT1DjpdcZVyPULHjj6nkck&#10;c/4/n280WVAb1EccXv8AX9R/obg+yma2YLg1HVeotVj9dgq/Uf0/4KOeeGB+nsRNq7wlxVfS1ENQ&#10;0HglEiyIfWjeo6k1Kebn/ePYe3Wy12twwjrKV+flT/J1eJmilR0H6nSH3Psmj3DQz4zI00dVSVkT&#10;U89NOimKWJ1sUka4JVv+J92MbF33T75xkeRXw0+QhjWOpp0Z28njAArCzxRKWqCblQOD9f8AGSuQ&#10;t7hmsItmkqbpWJBxgAKoX8jwzwH5dR1zRBJy5FHvUI1CS4JbzpWpA88as9fPP/nN/wAsDNfFDtrP&#10;9jbSp6rK9Sb/AMpV5WOueGmhfBboz9XuLPZLEilpqiokXHUdJTr453CK19P4v7XLSvMyuwtoKrxx&#10;wg/2/wCb/wCv7H0iRWpDKNTO2n/bE/6uB6DNxu8e57xtk0T/AOMBImNP4S2R1RHHj5KbE1kDEvAG&#10;qVUFR6GWHSGCgn9IH+t7zeRbWP6vx9T/ALE/7f2oQuFOkV6HsV+qRMAO6n+HpGChmaW8bDQG5F1U&#10;6VtwA309P1/w9xGa5uP8Tb/X/wBj/T2nnU6gQvA9AjeriNpw6HIP+VulTjopBGUlJ06SL2Bvwlxx&#10;9CSf9j74lr8gfX6H/W5tb29DFJL2qKt0WT7yiDVNEq06mw45mchSzg8hHOlR+ODcHj32FJ+lx9f6&#10;W/ryf6e1se23rMU8KpH5f8X0QXvNGzrBqmuwr+oWp/Zx/wBXp080GIqWm0ohe/BiBJ4W4JDAXPB9&#10;tGSzuMxAaTITqgFjYBmIJZFAIHI5cezIbdtVhb+LLfIUA+Dtr/xnoPPLvm+DwNhgfXX4x/PLY4Ai&#10;n2efRmekvil3J3vmYMZsDY2RzLzeSz1CfYY1FFPWz3NfWNBT8iik0+rll0/X2C24+64Ejkp9uaZZ&#10;gFu8hlpfzA5t5aY82dx+Pp/rWj/d/cfb7CV432wNFX1Y0wtPOnp5enzqP9k9n4rhY5+ZpS8gr8NT&#10;/FxOrIpo/P7etkn4o/8ACeevqmo9xd7bumolcTFtsYmDD5OgI07gorSV1NlvM5VxS1K2t6iUN7ew&#10;Hz3ZOVyAY5LIzTRgDSt1sA3pIskIJN15/wAfcRbnuDXpLBKMDmv+0/weX8/PqXtv2uLb1KoKfL+f&#10;WyZ0T8N+pul6KDGdd7Iwm24LaAMbTvAeJclUlv3amUWeSrkJv/qv8PZe9079M5lip2MQFwW1HgMU&#10;F/UhFyR9fx7MNhsu9NRzx/Mf5v5/n0ZSXQQL516PDiNgR0yRvUIJvoFU6foA9gSpBIa/sFMnnJZm&#10;ZnlsOWN21cnVzza9r+xykbaVHHpiSQlWavQl47DU9MAscNubAKpB4txa5HNv6+wo3LuNIw8Zl5b6&#10;Hm4I8psOL/2fx7MoIizrIfhFfz6K5T8Oelnj6AIg9IH0v/rAJ/Q/737ADc+4jVeVbmyswDEE8jzA&#10;WsBx6vYihSiIa+Q60o4Z49KKGERD6c/71wL/AJPPHsF8/k3IIHFlPHJ0+qUD8C9v8fdpBUoD8+nl&#10;zpU9Z/YV185PkPPN/oCOOf6D2gloJGpwr/xfXn44697RVS/qIA5P0/pwSPrxf6e2C9OA6aPHr3to&#10;qJLXX8Cw/A/qP+IPsuufx/l/k6uML173BJJ4P1545Fri39P8fZRLxf8A1eXSiL4T9vXvcBjySb8E&#10;XIsef8L/AFP9OfbmQgA+LpWKqqjz697hu4Nxfnjj6fS1rXHN7W9369Xr3vAxJNv9t9P8ef8AW91b&#10;ga9a697zIosQxvf6X444/wAebn3QHzHHpYhwNJ4de99qnpsCf9hwL8/j25J/aEkYr1c01Z4de98J&#10;/wBFrXIvzz9NJvf3uMHJ8j04gOT5de9tLkeofkXJ/wB5F/6e6utZCT5J1Ujur172m6uYLIwX6kkX&#10;H1ufT+faPcXXwyG4dGMC0TPXvbJPydf9bAf7bkWH+t7AkswdsZ6VIBQmueve+MH7jAk6r3sRp/xH&#10;4/xHtJKaDhTp7j5U697UWOi9dwuv9RH/ACS3Nzz9B7LLhqinn08K6gG49e9iHQ0R0fpt+CSObgv/&#10;AI88+0cYrSmSet6ioBK1J697P/8ADqCSm3zSqF0pUvEpJ+n7cOUI/A5uQfp7GXI58PfrVqd4cf8A&#10;HT/q/b0WbnMGtTnuFf8AJ0jewgp2VuTV9BjJif8AWBW5/wBgPdtVXT/5JGCbBXZz9LfS+m9yL295&#10;EW1yx3d1KUrGo/2f9X+z1EsMga+Yjjq/w9EdpJgI3kTnyF1U2JvoPPGkH/e/+I9oLMU8ZRmC2bnS&#10;R/ZI1WI5sCL+xRtLu8jmpPcf8H8ulUrFZTT1/wAvS9xdS6GKMn06EL/1dSUJ1HTdjpv7QKKY6nxs&#10;C7GQEtb6KXt+Lrf3KG0sDQsfT/n3pu4/UjJLeXSqqj5KRpEsq+JrLf6voY/nS1gR7MhhM91XT7Yj&#10;pc3h6Wtyy49GR5qOslInTHxRq3kjulxVBzf6c3+nuV9lu9q8Fo5bfVL4fGh46VH+HP59RpulrujX&#10;wkgn0w1FRjIrny9Kf8X1Vl2h1p81Mt3LT5vrfs2u2z12dxRjI42myG2k8uNfdmQq6yMQV1JJU/u4&#10;CSCMAHV+3b9Xsv8AXVOOmyeSlpMbDR0QlqqilaMSj1By0B8b/SyH8/09n0c8TrMVjCqScf4P8Hpw&#10;6VlG0BZDU+fVimDxufoNu7epcvnqnMZhKPGUeUkn+1XynwLHXO0lOoQ65gT6frf3n2Rldr0udFfv&#10;Dy1GPamqFMT0c9SuuTQY/RADIb2b2SmS3+rLXArEMcPP/i69J545mVltqCSuOmLvDbvamW68qcN0&#10;1VUmJ3Z97QPTVpyFJQ+Ongd/uT5K2Oan1aNNgRY2+vt/7LzPXVTFjo9l4akiMscjzOlNVUhuk0RX&#10;UJgOdIb/AG3ut/cWj6BZxgCmcH/L03ZR3iB/q5dRrjh/k6Dj4vbM+SmDj3NN39vmrzlQtdTDEwiq&#10;wtbFDTNRzCZVkxtLT2U1DKeef+JCbImnemoII/JS+mUTrFEz8iVZEAUj1XA/FvZeZSgHdQjiejEA&#10;5Sma/wDF9G1xi1SVmSqJfFVqzwGlMsqJ6TCySlipuLOfzz7H3bma6U/u7QUGYxcE+TpVqBUu+Jr3&#10;ZzNWzTRapFXS2iDTyD+LHn21c3m0FI4pE/VFamhzkkfyPSJoNwE0jQy/pmlBj0+z16IN2Psf5wzd&#10;n7kzuw96JQ7IybYk4bGtnNvxLQLR4ChpK/RDUUMtR/lWWEzkM35uvp49lvp6mL7pqoUSQxU7lmkX&#10;yF9Dh409JF/TwP8AW91sZArVA4Z/1ft6P2WkLJXI/wCL6sOq6SX7RaRq2SaapjVEifxqpdNMknrH&#10;Hq5P+v7VnX9fsjGZGeq3grVWLm0L4Goaiqjl0tL5Eljp9UiqLqf8beyu+vLfxSZBWL7D/q8+k9JW&#10;V0hIBI/1f6qdBf3dhe4M/tGTG9Q1tNht3COUU2TfI0dI9FI8cPgqIXroJ6aR+GGkqQCfc3tvL9aV&#10;dDjp9hYmlhK1jCsmjoauikaBYHDR6J1BcLKQRYX9k88loAjW0eDx8v8AD0vtI51iIuHqx+z/ACAe&#10;XSX+MO2PkdhGzkPfu7GzVU9LEMXTxVuIyFNBJ90T9x58dR0ZWSSD0srAgewerp0+3p6V1Ij0x1Ua&#10;AHmokjKkgEX5X8+01xMlFSuOPSsACgHHo1VDTt9xUVYIaTVJSu114gjk1WJvb6n6ex+xm6OiJNrU&#10;9HksRT1W5lxUNEGnw+SucsuPjiXVVBDEv+5An1X0g8/T3cT7b4ZDpW4pQYPGnrw49X8GZp0KvRB/&#10;g/Z6dEh3HsT5mv2uMlt7e0WN6uO6VyFTRRZXASTnbZ3JPU1EEdHPjXqy7bfCoFEoa/F78+y6+egl&#10;y+4DSUkcVIhy3j0htUMCzahFGjHU6KhGn+tvbMYNZNB7c+fS3Q1KV6PDFFWxYnAJW1Uk9aI8UtRI&#10;4QeepECrJNLoGlHklB1W4F/b31nmuvsZnZJ98o8uDejqI1jOPqqwPUSGn8LtDTAyKQiuDfgfn6+0&#10;UrxRvW4WsdDj5n1+WOqvG+g6GFf9Xy6QXd2J7Zy2yJaTqCspcfvMV9C8VVV11NRxJRoZjVp5amlq&#10;ovUXSwK3P4tb3z7jyPU9b/DZutcTTxQLDIK5lx1dj2SoM4MNo6pR5Lxg8jge27mezeUG2r4VKcPP&#10;19eHy6fhVyp8QitemH45Yjv/ABWEzUPfmZpMlm2ycbYd6Gux1fF/DBRRLIHkx9DQqkn3mvgqTb8+&#10;wcyNRB9jhXqi8biKTUkcbOrt9wP1m1gdP0H59p/GqSKVHSlUPbpHd0YmBGE1WEPpLrpLG2n9uxCg&#10;XJ5/Ps0m093fG2TbtPTboxEU+440Iy00238vMzSGpnem/fjTxS3pNF9P0tY8+0KPa6AHH6nn1U6y&#10;xowp/q+XRKOydpfMafsLK13Xm68bR7CMlKcPjpcnhIpfH/CqGOtE0dXhp6iMjKLOy3lbggiw49lb&#10;xrQfx2KFKZaVl1ajFdwmqld/Tf8AXrH1/pf2nx5DpaqKr1Az0duov9q7FxLwOG4Bs4HPFgR/vPtX&#10;dSZzr7CZ6ok7Bp/vMF+3qjloKytVVK1Ze0VIrPZpHjP5+n+Hv12YyZCwOn/LSnVJI9daNT8ug27g&#10;xfZGX2ZX0vVmTixG72i/3HVcs9LBGkwmpzd5Kymq4bGJZB6kP1/x9q3ubL9PZOkx1Z1liqekY1Eo&#10;rfFja2gZoVgVUJFVpZyZeePaSARD4Rmv+TqqQhVq5DP8v9Q6R/QuG72w1FkqburO02cqysRx9RBU&#10;Y2f1NPUPIp/h9BQqgSBo15U3t/twVq5op6ClyAT7aRpftlKBmNoorq5va/1H49q/8PT5AAHlTHQ/&#10;ICsrRE6xp1m9hyzG4+n9QfZqNtbm+N9RtuiotyYxH3OKKCBauTA5WZxV/ZQwpMKlB9uLVes3uB+f&#10;ofbchh8BgynX15q61/h+f/FdE43vtz5ajsiPI7Hz+KPXv3sdRUYuqymJgmal/ilXLPTok2JqKkE4&#10;zxIP3Ab35uLktdbXUC7n3DR4yiihxFVUZakxksYlDNTT5B4qOUwNqMbmm0kr+CLH3YVIVgMU6tQ1&#10;ppweHRtcZFkP4Lh3y0g/i0VFj5Mmqsjx/fJSRtWIkioivH9zqs1uRyPaq61yOysPuF4N8RPX4MRy&#10;JJSy0VRVolUJ6ZBN4aZfIXjhWQA8gXt/T3VdKtRxjrXw6l6SPZ1BvjKbUqo+vK6LGbnv5KOpklp4&#10;UZRBUEQvJUw1ESpLOYybrew/1/a/7Urelsljo6vrmgjjq6eSKGphGLrscrkvI0pLVQGv9oAcC3t2&#10;RoqL4Y60owdVK9Bj0Vj/AJB43+JU3dVfjq8SyyS4yqosjQVzJEIqVI4nSjx9FoJlEjcljz9fYM1N&#10;RT1dBR1SQ+BMcEp3hjVyoaaS6glhqNvegQQD1byB9OjDRxvFNKhcuZz5AxKgqFRVYDTYAcezO7M3&#10;R8eF21S028sWibiaFhW1S4LK1r1E/knMbyTwoYiUiZACOLf4j2xCIVunZq1pnph42EitGwC+Y6Jx&#10;2xtz5cNvOav6pz2Ln2jJVQNDisnlsTixRwLTUMcyRGTE1VTKJZlnchmuGsP0mwAGtqcZj9xVFJRI&#10;TiKll+2nKPGyCGiWSS8PJXXUsV5PI59rnn8UaaCn59K0+M14dGyokyM+Jppq5VTJKr+eJJFkju1Q&#10;wS0qooIEKg8AWPHtRdf5DblFno03ejthJmArbU09WyolNVGICCBTK+qoaP6fjn8e02hQgRj28Oqt&#10;gsB0l+yKTeFVtXItsFqcbrjjQ4hamqio6eSZqulE4lqpkmjhX7RZLEqeeLc+xV7Gm6XrMTA2wFd6&#10;2kaWSrjbEVtCqRv4vCytUaRIS4e4HtmJ41NEJrx6qurOoDoEujk+TMGWzK93UuBp8dLHRpg5sRuG&#10;mzM0sitWmsFRFBjqP7ZVi8Ok+q/N/YPO4qaaOomZ0kiZg4RdZEUYsg/wNh9Pa+R2kfxGFMfb08AV&#10;IJFAOjIRr9vK8ESqyONS6jpBkckvcfS1vZiNjV/RUuCSPegkps2jSszphchXaoPHGsLNNEjRKzMW&#10;JF/Sf9f3SQ25t31kiT7PmPn1ZzJRSgHDol3dFL8xqXe1PN0rQ7azWy5aakWqjze7aLAz09b9xWvW&#10;eGB8XWSyxpCIQp1DVc8enkOMnUUeLztcuD/dw1fJUfZOytAf4dUVbmmbxkGRH+1jU6CdQPB9lsUC&#10;O2umPL7On47jwl0noy2Cjy+U2thm3PHHTbko6PHnMU9PMtXAmcp8fEcjHFU6IUqKda6WQLIFVWWx&#10;AHtU7Or8FHm6VM6hfCyvE1XeCVzDI1VTLLWJEg8kssdLrsPofp7S7oBDGKD7fz1fz49XP6vDFP8A&#10;L/xXSU39j93T7Vy8uzHiXdlPRVxw0ctVBTwVk8OOqmocbU1cqSpSUdTkTEJHCkoObe7Ieparr+bb&#10;0lNsSWSqgkztPPVCox9TjgKpaekEjgVCqGdYQh4+vsJLCZGfQaur/Zjh/s9BnerOVbmKSnaIyMEf&#10;7HWtJ86YPk7juzE3j8g8XhNtYKh6T3bhcbUbZ3RS7vqpvu8hkqqnpZaSmo6aeCmqTHIrvobTpUfn&#10;2Y7MrH/A1jnpYazQ8LJHK+mMyK10YspuCGsR7MyjqnaAT0UWcRiYktRjxp/g61wPj7ka6t+TtXk8&#10;FvPP7FhrMfuWlqsphcctdkVxlUiJXUqUVRFIZEng1K3+sPz7DefJ4ahxmVqcjTLiZZzEleaRJKlZ&#10;pHHjVi4AEmhSFuB/r+37TZTuTC5kx4RziuSPz/1H7ejqKBpaFG1BOFcf8V59Wsrh+8pux+rtndWb&#10;ik7gwMVDka/ZTb0yeL2dWYDFYqenraqgFMsYngWsmUuwnBb0Lptq9kazENBQZiQYb/LMLJb7aWWN&#10;oWZRAlyYDd0tUM1gfrYH8+xRBZw20WgZT/V/q4/mR0vaXwk1Nhv9Xn1s6bEy+8N07Hx1V2HS022e&#10;wUjJzOLxdeuXoqSZ6+o8cVNlfFTR1SSY6KNmYINLMV/s3988O1PQ1kMWRZ5KCYv5JWjLtLohlZA8&#10;aeoaJnAH+Av7TpYEXCuvBvz6Ri6MzlgBqX/L1L3pLks1tytm23HBDuGj8H2lMKhII6UzVlLHUaKi&#10;YFf36GJybqblrexOzY6/kxzPt/I1IrSp8MX8Nmp1lcPGSrPIi2VfUR9Ln/X9iBLS0EKCNiX9COP8&#10;6DFfy8+tndblE0SINPrqHz+3ohvU+W+ag319r3R15sym2YZh93l8d2FS5uuoIhS1zRyw46noofPJ&#10;UVAp42Gr0rdv7PtKU1QtekURbTURMbPazMCWAAJ9PAB9szWpjjkZz8Yx/wAX+z/iqdIY7wTm7qO3&#10;T/q+f+z69GeyFLJgqqaoij14+dEWSEMGjiZQrsSiBmGp3/NufaO7bm20elezWyjyU+SXZ2fWB4qW&#10;WdnlSlYQAsLKtyP9h7CHPiltoRR8ZZf2aa/5ehly0XffbenwaV/LJ6UXSNN2bTfIfYK4GKlq9gSV&#10;xmzLz5OCllo4pMdkGqXp6II01S4m8a6dXP8AsPdFNQrN5yzlhd2S9rshU+Njcel2B5H4943N2JOm&#10;nHjsP5/7HUigUvHr6/8AP3VyHuVg2C18CnkiSID/AGM0IP09souqWJx+fT8qF0D/ANHr3s7fUysf&#10;GSSANFuPyFouT/X2eRrhQOJB/wAnRDd/CxYeef59M2aIFK34P9ebgaJP6c+zGKRr9QH+9fU/4/4+&#10;zODCoPkP8nRQ66TTy6DacMVaxI9R5+vNj+P6+3qJQRH/AKw/3q/+J9uSV0P9nVG+HpPu5DuP9q4v&#10;b8f4XA/P+HuWv6h/sf8Aevp7Zp011Hf9J/2H+9j3JkYKPV/RuP8AYA3/AK+9r8Q+3ry/Ev29RFUs&#10;G0mx45+n9fr7f8RWQUMjmoKlRos5P6dQl5IB+t2Ht5o/EBHS1U1mgOR0kc9Q1WQij+11ByX1KF/V&#10;Yw2HN/7Kn235XPRUz3SsjkU/QF4xpsF/Nz+T7ZaJzrUqenfpC4C149PGF2808atJQvA6Xu3jkIYs&#10;XHOoAfQewry++IQ08RdpHAsAwYR3P4DBVXn2wYtRGO3+denYbIh8noWMXtbwrE4VU/qVtfT/AKxL&#10;G/sJsnnZsirq6eONXbSiHVqHqGkjSLFvbLgeG58Sr+mafl0aRw6RWvd0u6WiSmK6PUSBdiAD+Ob3&#10;+v8Ah7ZW/wCAq2NrzNbj86b2/wBh7RjGOlIwKdTv7f8AWyj8/wC1H/e/cuH/AD1GR/qafn/EOpPJ&#10;A90NVnXV6H/L0+imN1ZxQDrG/wCiXkfV+LfW4Nhb/X9qahBFbr/PlHP/ACGtub/k+yi3VWv7kf6b&#10;+bf7HW5nRiaHqJUH/JgP7JX6fX+wSR7FTAXedxxyr/m/0C3+n5+v+x9pOO4XDAYz/k6LpWw5HD/U&#10;OkxlyFoYubWaP6/Sxvb/AGFyPa2gWQOl7C6yXH+w+gHIN7X49mFlp1yfw4/y9FL6NL1rp6RWTZTD&#10;x9dSH/k5eT9Le4c7N5V02t6+LgD6c/7G/sS2tfCFeP8Axf8Ak6K3+L59QQiaGJH+ovx9TqF78+0Z&#10;KSJACP6/m3BUf4f19i4Sx0+L/D1QnPTzEhMZYc3sbnn6MR/Uc+0BkWPB/I/tW/po4sP9b2pjljwN&#10;fV4zQceljSxm30P9CLgkglieCfzf2laxhqcgDgf7e4sfpf6f8R7KWUOpFcHpee7hw6f4QQBc/wDE&#10;/wBeOeOfcWQgMAwJ9AX/AF7DixuQbH/H2hyTXzPVD1nW9uP6/wDEj/Djj3HYjxg3uAzAf7Dn/be3&#10;UkZe0cOqxGhOPxdcrc83BsP8P68e8UJvI/5vG3+w9Q+v9bD29Nlf9Xoeq3eU/wBXz68fx+OQPwP9&#10;t7yq5v8A19duf6Hj/b+2SKp+XSMiqfl11YX/ANc/X83+v+tb3nncWW/H6AOb2t/xX2rg/sU/P/Ce&#10;mx1jA5JuDzf6fX6X/wBf35DyG+oCEf69h7eAqyjz60QDg9dH9NuRc8fW9uQf8L+4Ac6F+p5Itcf1&#10;/wBhb6ezDr3XIgf8UNja/wDtzf3BrJOAOL3PFj9PSD/h9B7NLYJ4S6ePn0mYAOT59eC8n+gF/wDe&#10;OPp+fbDIQzC9/o31v9OPrb/X9rEwpPTZVc449ZRx/th+f98fcGqVPMzAX4S555Gkcm31I93Hxfl1&#10;o8euSni30Nzbn/XH5tx7gwNpljsLXY3P+wY8Xv7rJ4eNfSeUAEH16yW44uf9f/fDnj22zqks8kn0&#10;uzC55NlP0/rb3ZF0qo6aGMdZgSFA+v0t/wAhXtz9AffClYrUJY/SQE/T/VD/AA59rk8POj/V+3r3&#10;p11ILryPxb6G/wDsLce2yrIeoqNZN9c1hx9NbfU/U2P4/PtNOP1UOn/VT/V+zq6pqPGlOua/pX/g&#10;o/3r3Ap4wtXTE+m0kX15v+6lvqR9L/X/AB92RdbBa8errDnJ67b6H/WP+9e4W4V/cr7/AKgJv+hW&#10;J/23vUwr4/5/4elCqNTU4566X9K/8FH+9eywZMWqas/1l/PH+N7/AJ5PuM7z/clf9N/kXpanwr/q&#10;8h1y9xgLluPrb/bgX/3n2qhjYxqV4f589NLU6qfZ173xZG4sSbX+lv8AD/X9+Jqe8mvSZ31afUde&#10;94St2seLf0H9T/sb/j8e7IQdVOmR3CoPXvfYIUfnTf8A1yL8fX/AD3vu1db4fb173yiYMW/FgLD8&#10;n688ce6yYp01J+H8+ve8x/2P4/2ANv6/4j236dNde98G50/4OPp/rkf4+3LX/cmH/Tj/AI904nE/&#10;Z172eHqMsemsupPP8YrRc2Nv9+vjTwbj+vsX7c2m4vl8i0n+FeiufO5x/OMf8ePTLUC+Ypz+RSx8&#10;f69Sbn2vKc/t7XB4/wB+tRjj688/1+ns54QwH/Sf4OtIdMF6f+Xj/n3rin6q7/qNkv8A0HpTm354&#10;9tO+Yw+xM3p4tlKPn6WsjfUfUX9rVJ8MFuIp/k6V25OgFvX/AGevU5/3JQC55opzz/hLF9Px+fZH&#10;8io1k/7x/rEC5/P+29hu/SlDXFP9X+HpcRpAHn0+e2VuCbf0H/Ef74+yzqvXvfHj/eb/AO8f7173&#10;17r3v//SpHyuMq8XUeOoCm7LyGjYfpjbgqzE8yD8e8ZAQU/Lqb2BVc+nW/x7bGjdT5EBsSSBqHJ+&#10;nN7W+vtwVrSTrQr50697c8bgsnl6uOix1Ka6omdV0ySLANTn0qGkZY+NNvr7bd9JJOE62FdmwtV6&#10;8eOT9B7EeTrKh2zDHUb5rf4LTTIrE00UeVdVdfKQFoKuRyQivxbVx/X2z44cfpGp+dR06URBWRqf&#10;z/wdYxIHBMfqIJFiGTkf4sv0v+fcF+xcNt+GSh2ZgoI6pI2jpt3LVVcVUqqvjhnOJrKaWItG8Uc+&#10;k/2vT/X24ELZdsen+z1vx0UUiX8/9jrspqPqYlStjHZdNz+b2DfTj629hTuHcGc3NVfd7gykuWmi&#10;a8c00UEBCpJNIkYSmSIWDzub2t6vbyqqiiLTpO7u5q5qeuSqFACgACwAH+AsP94HtPsgYo9tLgWV&#10;ByG5Ok3vxz+PdutYx69d++RDFiZnKmw0hRqtccWI4JX/AB9+/wBKMdeoaV8uve/CIgLaQsQbhiq3&#10;b6HVa4CgH3rBJPr1XSM/Pr3v3jNz9ASD+fqb/T8k8+/VAGB17hwHXvciKPUpKnTe35I+lxa2o3/1&#10;/bbYarDHTbfEC3Dr3uSIiTYHn/EfT8G/PHtqvVKft697yrHoIA50G9x/iL3+n+8+7qdTV6dTL1PX&#10;vYgdX0xn39tiADiXKwLbj6Nr4t6f+hvbV5/uPIR6dOOCaY8+uEh0xu3+pRj/ALYE+1JX7HzGc3Fm&#10;1gpl+ypcpk3kqpJ6eIxiOtlRykUs8bS6Ve9he/tJHIFVSTk06RwoxZ8YLcf29d6gAt/za1gTf/bD&#10;3EkqdobQd2Ujceap1MX280NZj1o5oWJ1R1EYmgl8FTT6B+G1X+g9qKM/DC9LKxxfN+u+T/hz+LG4&#10;/wBiOPaCzm6cvn9QrpWejMzGkoCY/HSJqkNPCsyQpJL9ukpUFvqOT7cCBRUcemXkZ+Pw9d+04gIX&#10;0P5ptLCRT6PAtvUFY8SGK/8Asfp7pNwp8+q0oaefXvYt79WI7V628RuF2soaTTbUfuyQ1m4HHti1&#10;/wBG/wBN/kHT8wrHD6aeuK/V/wDFhb/khR/vY9g+xChfT/U3/r+P8Ppb25N8S/Z/lPTP8HXL3j8t&#10;yRb6Afk/0/1h7ap1fr3vmDcX9+69173PoIZq2qijgUuwJ+mlSvob1ANbVqt7UQKpEmrhTp2IatQ6&#10;97PV111hHisbDnN0lcPjFu5q4zFXysqtdyaWmqTONIYf2eb+y1JDJcLBD3N+z/V/q+fRbdOwah4H&#10;prra90EkFFF91Wqt1gLGBG1A6QZ3jaMXt/iePYjZTvLEbZo5MZsKjWnqDG0Mu5Ekq0nlupUxnHV9&#10;BNEBDKocckE8fT2ObW3NvGssxqpwBjy/1f6uHRbdBbhEj4hWr0iKjYX946oVW7aj+I0SlZKfAyQQ&#10;ilpKhS4M61lNJHPMzQvos3AHP19g9VbnyO4qs1mQrXWoJ+7kcRq5muxdpWaOKNVaRpCdNjb2JrG5&#10;YgBVNB/L8vy4ih6LfoB3H/V/sfl0u4KCloKaOmpoUjhjRYYo1uFjjRAkaKCSSFVQPr7ccZDksrJI&#10;tNCKemKteu8qPLNLrQFDTuVZBIjh9X0BFvYkt6zyBGA9Pl0nkCWys9KeX2n/AFf6j1HqpYaVA8jF&#10;iAD49JAUW+uoC1gR/r+xHxtB9tTLBLN5J1AZmZLAlEQHlbrbWvsS2lhVdRXHD9n+2/zdEF1eF5WB&#10;XHSTrq8vJrRLRn08Hkay5BsUBuAfbtGgIsBylkNj/iB+f8T/AK3vTNpcL5ev7etahpD/AIf9ivUB&#10;i1tV/wBd3AP+I/JH1/3v3PQRxoPp/X8/U2H41XsB7SNqeUimR/g6rkuPt6jlmI+v1vfkXvyR9Lfk&#10;/T36OaJ5tAvY3sOfppufx+faDdCY7SSTz7f21/2elcTFWVvPrPBC5Zbkf2rni34H9f8AafbnFWLE&#10;dJuD/hfggf1083J9h9KPqINVJP8AhPQqsXBUkHHl/PrqopGkC/S4Fmvb8hP6N/Qc+3EZEaWAJuP8&#10;PqPr/qb3AHtPLENaahUHpcX/AFFznqClC178AfU/4f7ZrG5/w5984Moweyt/Tj6gm3BIIH09o7m0&#10;jYAn7Pn07WvHrMaMaTcD8m39QeLA3P8AX6+3mPNsiKVJ1ni5v9RY3F0ItY/n6eyZtvjaYQ/gb/Z/&#10;2eHV0l8F1kPAdR3x5cOzKPRcW9J/IF/1g349jP1j2zUbUz1HXoCtPF4VyFCjroqqWOSMuGn+zldD&#10;JYcKpItxf2EVSXYNwS9RtX6+pSfI6q/0v9R6XXG0xbpsM8dydSSeJT5al6LH8u/iltT5YdEb/wCn&#10;Nz2p13dtTcGEx2b+3lqZ8HkMthq3HU+TpaNMniUqZce1V5FR5kRytmsPdoe29zY3deEpMtjJLxVM&#10;UUssX7t42kgindNU8MDvoEwW+kXt9PwMguXZf37tn1hKApGD/twq186fi+dPs6xN3q0m5M50ggux&#10;qWcKI2/hR5SB8GrIIPGpPnXr5mHzn+G+/fhj3VvTqDdMEjUdHUZus2zlmfG2zu1f7w7kwuEy0sND&#10;lsvHQVGQptvPI9PJN5ISNJH0ZnwF/ov1+lv+NW54Pt0RMzHUKdDCffhBHgjI/wBX+qvRAYcK1RK1&#10;1NwxNgL3OoAC5YWJY/059tGVzmKwcYkylT9uDawEU8xbhyP8zHIAbRn+huPb1LWKKe5u5kW2iVnf&#10;10rSvblvPj0E7vdrncZhBtcRlvC2gUFFDNXTUn8vXHRtPj98Ou+fkXkocP1XsGbcE09TDSpI+YwW&#10;GpxNKaJUBqM5lcZTkn7+M8OeDf2Htb3VsWlaREyRklj1eg0WVN2XkC4oCq3t+T7Bt77h8tW6Btpi&#10;Msh8zrjp/vS1+ynz6M7LkHn3cGVd4kEUVM0MRJ/3lvn/AC6uM6n/AOE6fzI3HV0zdj4bHbCxcojL&#10;z0+f6+3TMisEK+OHF9gpr0Xa/NvYY7i+QqzU8kWBpTDIfSJxPKARrU3EdTi730g8Xv7Ds3u9zKBJ&#10;BZxqkLDTWqMRq/0yUFPUcONehJZ+wvLEzRzbxcNK47qUdRjjUJMMH9nVxPxx/wCE53TvX+Qp8n3H&#10;vmt7MiQ+YYGr25UYCljMSONH3W3uxKiea8pVrk82+nsAc92TX52pNXnZPvahb2LWiClxGpH+T0sa&#10;+oRr+B9PcYPtc9spG33rkn+ipOPtJ+f+rImy22ewGNtXSP8AV6n7etgnr3pvZewsTDgNp7bo9vYa&#10;JQiUlNUVksQVZKia3+U1k8gIed2/V9T7DHJ7uiUmaOUyMLERFWUW0xqw1vF9dPP+uPZtY2G7zNpu&#10;Iat/pl/yeX+Tr1zDJASLrh/q9OhfpdqY2OMQxIKeM3UyBZWJOuRx6DNwbm3+x9hXld1VU07hKhkX&#10;08BFbnSh/Ma/635HsWjYVKaXOf8AV/q4dJLuZVUBePS5xWJp6aNG+3UkX51EEWZgeRIw5B/1/YZ5&#10;TcOjWJCZCfqOVtfSRyEC/X2eWe3xxUCHNOP+r/V59JIIfHJLP0rYKIuAQBGL/jn6Xv8AqJPsNc9u&#10;tkUqDp9JFjquAVJ/45H8f4ezaKEKf7SuR1qZgimhytD/ADp0+U1Aq86ef8Lf1B59X09g1lcyayZt&#10;Uh+p/FvozD8IPrqP/GvZrFHrrnA6K5DUdPCRhBYcf630/H/FPYfZatCu/OoaubcAf5z6WU/j/b+z&#10;RVAGkcOnUFCPQdc/YW52sEkjW/ow/wBuZLm1v6+/ONJHrTpTTSKV697RdZOulvwTb/if8PZNKzeN&#10;IAfxdNE5PXvaSqHvI/4bm4/pzz9Dz9fbR7q16aPnjr3tpqCNNuPqLc/gH+v4vx7STCOoK8f9jP8A&#10;PpfCo0I3n/qHXvcEykC1xqv9ePpYWF7cey+YVkFRin+fp9RUmq1697jNZ+f68/8AFRyQT9PdT04f&#10;l173FdLD6Hjnnn+lvyb/AF9+6ocde99IhY6rcW/rbV9bf61ufdKjWAfTrVRqCnj173xcAcf4fk/7&#10;Vc/6n8+3FemNWPy/zdOpJox+Hr3vJHxGDf8AI/3gEH3qY956VN173hnuUZ734Jte/wCDf8e7AhaJ&#10;59OhgvYePXvbNI9lZgPoSLX/ADb/AGH1PuxNKevWgKmnXvaNr5j5WHBP+NwP7Q5vyf1+w5u8iaSa&#10;46MISCE9P9nr3tsaRndF4t6uP9jY82uDcX9g6gAZvPpSGqade9u9DENYH9eT/rW/33HtFcP2np5f&#10;5de9iLhsfc6woNrAXH+Egt+r/D2SM/iMVLdKSpIJrQ9e9ixh8SXYKVvYkf7H1k8aj/r/AOv7VRBW&#10;IBzX/ob/AGB9lei+4cgEE5PXvdhXxswJos/i6tU0NHKXJ4tYpXL9S5t9b+5E9v8AbzJzHaACoLLT&#10;/eWp/qx+dei29r9K1fTpC9lTpBsfcZf9LY6RD9bkM8akCwJ5v7sIq6iRqdtQuBqt9PqD9eQbk+8m&#10;bXZ67pJpwfCT/V/L/Vg9RVCzfXuCfLz6I/STQpFTqv8AaqJSDZhYNa3FwLDVb8+0jkXkaNg3qGgs&#10;bcWBDH6H+gNreza22+O0DsgOW/1fP59PzU8UkdLbGTrNLFzZgwjVbHkgoDe3AJP5/wAfaKdF+6sk&#10;jKtrsQtwCZP6n6/X2L9rYhACaf7P+odX1Fo26WUsjfaFnhV2DWVWexYLFfnSOPp/tvfOWuSnliiE&#10;hctEEDFSDqDlALAGxAHHsYbPOy3gApwH86dBy8jBJ0rnV/0F01jFvVUs0rRLGBO8uhXBWxQSFySQ&#10;SCWt7zV7t9kIo4wZJgtS02vSVi0uGIVhpb+tvr7HRndYQBSnGvnT5dF5Wj6jwBp/k6Z8TAjZV6mW&#10;dhDTM9CtIItSPU642S7L619PF/oPYo7c2X17ldv0dbmN7VVBkHo45ft48BV1S6jGHaIyxSKltdxf&#10;/Y+21traYAvdkSla00k/zrTonnm3COfw4bDWleOsD86EdE/7Z73+VOzex6zA9cfGTC772gmUNJNu&#10;Sr7i2/taaKJqhYvuxhshhqupfxwNr0h+bafYE52moqXcdZQ4Vf4hTwyHx1jhqNyixo7/ALEt21c/&#10;k2FvZTLJCsjJG2pQeNCP5dGKa2jXWgDEf6vl0e3ZlfmspsnDZfdtMuAy1ZRxPXYaCpiy0VNUyu6C&#10;Fa+nSOOZU49Squq/09zNuCHL7ppKbJVhocdOtSZalYvuGgMdHI0Y8SFHPklUD8f7x7ZLq9QzUSpz&#10;SvAf5+n4UIdSEqftp029gVWV2v1/lcntfCJuPcNF/DvssRLXpioq77jK00VTqr5oqiGE09JK8g9L&#10;X06fz7XnYOxdkbdwdRk9u72q8nXxBT9o+BmpAzNVUUHNRLK6i0E7v9P7NvqfZFepbq5aG71n/Skf&#10;sz9v+o9KIZbxpCtxahF9Q4b18qD/AFHoufx072+SHZG7P4F278acP1hgWKfbZ2j7fwm9JJlONzlX&#10;MTisdhcfPH4q+gp4B6zqFR5OFjb2Bi11T/DJqiP0tUqFiYFf1QzWYcrx/QXA9mMcix7fKwfuxX5D&#10;V/P/AIrz60NNQK9oPR3Hx9M2Wgp3GpKVmaRSpItNBdDw3B/1j7GHrvYW092YNWz276jbVcjzEpT4&#10;h8n5w1RKqIXWVI0ARQf9j/h7IykVy5ae5Mbf6XVXq0slzEymC3EjHj3BaU/I9FL+R/ePevUmcoB1&#10;J8f8d3Xjq10jrTXdm4rr1sPHHSRSmpRcjh8o9e0s0hTQukrpv+fYTdg4PGbZ3IuDwmbmzlAIYZ1q&#10;5qE0Dmol8pePwOztpUIPVcDn2lfQrSKkmpPWlPQ9GtsXmVTIml/Stf59GR6W3hu3f2wKHde/NjUv&#10;X25KqWqirNt0u46fdMNJDTyKsLjM0lLRQVBlU3sIwV+ntgjglrNw4anknKQNNQRPMVQ/a/ulXkWP&#10;UpkMd+Bfn2hdq6XD5NM9LEVAKrkHpf1NQKHb+aqYqXzTRU2Snjpg7p926ws8cTS6W8XmK2Jt6b+x&#10;q3L0tseh2rl90Q9lV02Vo8JXZ1cV/dpkiNVBjp8itP8AdfckBDUIItWki3Nj7rdQxIkbpdVc1JGn&#10;zpwrX7M0+zr0Uk5kQG3omrjq/wAlPz6JLs35UfInMdt0fX2V+KeMw+wJt2U+2IuxR3TiK6pkxb7l&#10;psKM1/dJNrx1gdsNK1f9uanUCvh1ljq9lSwtdUTT5ECQmSTHVgjcgLrjcxaZCCAAzMb6fx71az1U&#10;h+HRkRqIHl1YNkKeIJSkgBUq6diOTpdS9lU/0A/PsTurNh4Le0lXRbl3bPtlVMrpWQYv+KO8kccA&#10;SLxRyx2D+Ukn8af8faWZkkk0ySaT60r/AC68QyqdCVPpWnQJd+9mdi9Y7YiznWXVVN2zmjV0cDbb&#10;qt50Wxo/s55J/uq3+MZDGZSDVSLEto/HeQv+Le2Pt/Y2J68yWKodv7wqN0U9fS1FVPLU4kYvxvBM&#10;saekyza9SsT+LW9lssaowVJNQp6U6VrGaDUp1ela/wCDpw+P/Zu++1dq1uc7D6ug6qzVJXpRJgKf&#10;eVHvVZImpIJ5Jv4pQ4rFRLomkMenx3IXV+fYY1wqZqXDyx6W88cjyRkogkCzAaifrdALgD6+/eJK&#10;yldRI8/+L6e7mAoOhxi0LJUC36WUXH4ut7D/AG/Ps0m3ukuvNz4LHZ/I9lV2Kr6+KZ6vGR7alqot&#10;cNRLTRD7r7lL2jhD3AHLW91SNNOp56E+Wmv869J9EiykiMFPLP8AsdEq7D+RHf8As7f+a2ptX41Y&#10;/ee1sdJRpQ7xk7ew2AmrEqcTRV87vt6o25WVEHirql6YXnNxF5P7QX2V/HTpDuOmpIalqo07PqDx&#10;iAp5KJ5Bbghr6v6829s0IQE/6s9KgtATXo6dQvkpJC6aNY5sdY9LgcfQm9v9h7duutu47dO5I8Fu&#10;PLyYHGZZ2hbMw0v8QmoPFFUTmRKKN42n8kkSx2JFg9/x71dVKBQaVNOnKGhAFT5DpI9kbi3JtTZe&#10;d3Fs/a8e9dx4mj+5xe1Js3BtyLOVBnhi+0fOVVLW0+NAidn8jROPTa3PsTe3eptn9f4CkyO1t+1u&#10;6qgzzCpo58E+KWKGOJZEdZnnlWQtIdOmxI+vtiBURl/Uq5HpT/P1RVNGLxgfsNf5dAv0B3N3F2hk&#10;9xUnaPRVH1FSYymopMNWU3ZmL362amnmqo6qCSnx+DxD40UscMbhmLiTyWFip9l7NRLU4GCZIhPJ&#10;HWz+WmaQRqI1Q2Pl0gXJNrDn2ZHIyOrk9v59GeA0zsD6QY1s/JJuzC1rg/QezJ9XdVbM7F2+uQ3D&#10;v+r2xWU9RJS/w+DASZNBBBBSmM/cLUQhg7VLD6cab+2SsaRMzTaXrQdtf9WK/s6rpZVBVdRPzp0V&#10;Pvruzubq7N0GP616Eo+2MdWUVJVVWTqOz8VsZqOpqJsnHPB9nX4HLvUCnSihbUCobz2H6T7CbemF&#10;x2xt5rhsfnJ8nBT1K1NNXPQmleSjiy1VSxSmDVOqFkpA+m+oFrf67pVF+FgVpj7OrUoynzp0O+wt&#10;w5feezMTm8/t2PbOYyWKoZctt9crHmExWRq8VRVldjVykNPRR1q0NVVPCJljRZBHrAAawaqVJJtz&#10;QLV1DRU+Zrk8mSCJJJT43IVaJLItMmnyaEYvp9L3FuL+2dIrnrwRdXDj0paqSSnxNVLR0q1NTQUU&#10;z01CZft1qKqlp2aClNQwcRCWRQmsggA35t7MxmegNlUu2ZdxYjs6tr6gUrVBoJNstSoGMDzBFmlr&#10;S3GkC+k/63vWqFzoV68afl17QWJQpRfI1r0T7aPyR7mynZE2yt3fHmk2pglrGpqPddP2ljc+1XCt&#10;VT0yVD4ak21TyUxk8rtpac6Qn159llx0k1Rj6vF0kzVFVLJFUOXQRahTqS9mceK9v8R7rpX+LqoV&#10;CCNWfy6OROEjmjqJbBY1eMEXYgystrgc/wBn+nsWOotkYPf09Rit0bon2myGP7B6XGfxgzqsFRUT&#10;ljHLEsOloVWzfW9x7bmCkku+kV40r5HqjB+6i1PpXoDu/Oyew+rtrDcfXHV1P2rkkdEqcJVbzo9k&#10;hBNkMbRxla+uxmVST9msllNozxDp+rC2Tufr3FddVeO/g27qncVNkmq9csuKXHsoo48bovGJp2sz&#10;1jD8fp/Orhq0l1ysA9V/4r/Z6dXVQFhT5cesXQHau8e19u1OQ3z1tD1pm6Fafz4SHdMG7YlNVVZa&#10;IImTp8XioZLU2PikuEPM2njRdg2nqK2eaHMU4EUNRrFQokQ+IQp9vDYMA8nkKm9hx7N51rClT5/z&#10;624Lkk8ehthSKIGiY62j5UlSNQdjK1yPSukkf6/s2mzej9mbowNLnYuyqzF1FYZkkxUe3DLFqpp3&#10;isamWrjb9wqX+gsT7DoIV6mQj5U/1f6sdVYuGoI6r61/ydEV7Y+UHdXXfYVZtHG/G+j3ftikgoag&#10;b1btbG4iQmtpPPKo26dtV9T/AJLKRFfz+oeoWHHsAKqFsRlshhBWM80s81FSzeNRr0SuIp9K+RFM&#10;qLcqzWF7X9mkLa40emD15loRXgejm0tSuTxePyz0/iX7aGtng1lvEZIFeWHWVjZxEzWBCgta9vbp&#10;srHpmdwUmAzeYkxsVbWR0rzx0qVeiGadIvOFjZFLMLnTfj+vtLcAGVQTQUH+E9OtXOM06Yd/ZrIb&#10;a2dntzbc2/HuPJYjEZDJ0OIkyIxQyFVR0U1TBQtWyw1AplnkRU8hRtN72Psbuwum6DZ+3Is5g951&#10;O5HjnRzQzYmnxq0sC0NVVmojmaqkaVojTogWxJ13/FjsFIpkjWXU5yRSlP8AV/P8sajikkJlZQOJ&#10;4/7HRTugvk/v3tjeuZ2p2B0dT9XUlLSVf2Wag34m8P4vVR5fG42GieipdvYsUSVcVdNN5GkYJ4Lc&#10;67gF6SvnrFimgk11VIqJNTGyDxw6WlnaVwqlvIwFhf8AqPaq6iFxCVz/AKv9X+qnW2l8IAjHRvZK&#10;WCikkjlTTTVTO8dRcuRNLdY6dYkuwHjUnUbD8H3YH8V8piP4PVx5GuEchyhlaiaGRgagUeNPmEyA&#10;AkPcW4Ujn2G5raC0mBZu1lr+z/N5f7HSS6ZruPxAKle38s/6v9nqhD+cjtPuLOYnGP1RtBcpXNt2&#10;TFTZ9MxjaSemxdVU7jWqxq0OS1RyR1EbI7OPWrWUezy109DkcUY4Z1khLwuq2YCRhcoh1aWUP/vH&#10;vU6oYwVNOiKVDFn4G4eWOtTHqDb3aPVXfCZDcm1q2izK47PY+qrdcUjYumqljgrchD9rHU01a9GF&#10;8iqq/uOukfj2DPYMTxbZqopgKcVE9AIYQ6yrQQmrhSaNHW4mU3LXNjfgezLZ5ng22/1HuZ0P2Up+&#10;3pq3vZIp0BBqwOeFfMY/1fPq6H4jVWK3P8m9j5fb1XNnTtjaG/afce46jHVWJqewsvPhp5sZl8hj&#10;qlYTgp6QRGFY4VaPTy349hXUdTY/+FipodzSzK4DRRNQxRK4SYBgXkqQy6SCfxf6fn2ttLnx3p4n&#10;b9g/z9Vm3N5ZNDw09c8MY4dH2oPndven7Bfa27+gocF9o7Q5PLU+9arMfaST4tqmlEdNRbYZKrzl&#10;4oywciPUW/s+y91GXFnoo6pqidNJpZGXx+QuRLN9VCxlVP5Pq/HsZ2sUVxCyyipWg9P9WKf5ulOk&#10;wEsFpq6s2p9syRy0+YkxqUFJP5BlIY5RVGFYlNLRgaJPJOJJBq9K+i/q9qLZkFJuivjxtVk3xcim&#10;1NOtP9yahnSeSYMrmJIvEsQFybG/HsluJvp5ZI1fSajyrXHSSVWkJAj1Gv2fsp9vQdd653cHU2z6&#10;7eGA2VFvmOOHyZTEyZpcGKKGOpoaankjqEgr5ar7hqpmIRLro55b2/712tUbLhpchDm3yEPlf/KH&#10;poIZIdKqxZYUkmaQ3e3AN7X9ofqmmSYrJqVV449P8Pr/AKqK7m2FpbCVY6eJ/q/1fs6Dr46910nf&#10;0uWweZ64GysvBT0zy4UZXI5enq4qmpqYoQ2TmxmKgjV0pddg111W9lj7p3bLUdcbtNO/ngnweSgn&#10;lb9tyPtmEi+NoQeD/Tk+yDnRfF2tdRwoH50B6F3KVP31FrHbRf8ADjo/fSmwqbA7sp5J6daSppzN&#10;UU9Kh80cayLKFdZ0nkBLI5HI91L1UZVXeP0xylnsRf1MCxJ/oCD/ALH3jpNRYpDqwZn/AJkY6k4q&#10;VmY1/F/hbo6PubgFLZGmPIGqEH68HzQXseR/h7L4uMP+m/z9XP8AuOn2/wCU9e9nb6rYCOED6gqD&#10;/wBS6IAc/Wx9iC2+FvE+DT/lFOHRDemqkjjXH8+mXND/ACZv9b6f8gyXP1/p7MMq3dfwPp/vP+w9&#10;mKfEOidjU1p0HMjaY3HJP1/3j6/n29xXVIyWuSv0/wCR8W/4n3Z+Bx1RsKe3pPyWZ5ALj1f7yD/s&#10;P6e5i/Uf776g+2T031Fb9J/3359yZLgXAuQG+v8Ajwfe1+Jft68vEfb1FSxuCbA2P+2BN/8Abe2L&#10;cjhMDXTqfSqw6m+hANVAg4tc3v8A09rogSejOFTpLHgenDb/APxfKKBxZiZio/sm1LO7XIuBYf4+&#10;wDr4oUjhnpZTKJGfyjQYyqqLDh2uQG/w9qpUCRzOY8f7P+r8+jaKFEqwXHQxU0ju7RzKEKhdBDBg&#10;Sb3+gH49sszFptAcyCy3jKEAng2JsTz/AE9kc0zBQa0PToahrXpyjUaf024Jve/BuPxxb/be8KRS&#10;CKQxoIEFyyqwcOP7Sm4JH+w9ljToHKsanr3jKainWbi63JJP9eAP6W95CA1MLc/v24P0BjH1uP6D&#10;/D22vAdOJ8APXV7P/wAg/wC35Nrc3vz/AE9yI/8AgRRA3HFMpP8AruL88f19tk/qinp/kPTwTCt1&#10;xb9Ep/4Obc2+nH9faoo20VujkXmC8AXA1qfZfbqTfXT/ACb8+4j/AD9NM5LHzPHqFOL03P8AqBxb&#10;i+nn8f09ijg1Kzy2H1LL/Tnx/Tj6/Qe04ZfrpaNVAGJ6L5WzTV9vSXytzRJfggwkX/H7n+8i59ra&#10;nBVlKm11kJB+vA4sT/r39qLatWDeRH+HpFLqKsG8h0jq8q0f0JtxcX/Nhz9Tbj23M7Gew+oDn8/6&#10;jm/+w9ia2H6daf6q9FLfER1GlRRGT/Up/T8Ef7G4J9pSqISbjj6/4/VFFhwPrb2uZ3koWNT00ST0&#10;o6RP2eB/Qn/kpvqSbi3sPck6hVtwLfTj+q/4cWt/vHtVG7nuLd3TqZU/b0radLAj/H/H/av9vw3+&#10;8+0hUMWL2BvYWItb/E2sOSnt98U1U8Pz9f8AVWn/ABXRgfnw6dIwBa/HP+P1/wCR+407MshBFxo+&#10;n5/SbkcX/HtGOHTZ6zLyP8b8/wC3vbm9/cdgPCj3tyT/AICw5/r9PbcTsZ5I2Axw6bt/jNf9XHrl&#10;/wAU/wCJ+vvFC51uBz6P9bj0/wBRzb+vt2TSPiGP+L6rdUpnj/0V13bgW/r/ALyPx/sb+8fksx5/&#10;3b/vY/qF+ntVEFKJrrTR1RUqik/w/wCA9df77+vuTK/ojP0FoxYmx+tv6fX2ojVB3L59NHNR1jsb&#10;kf65+h+pH5+vIv76jv5P8DGxt/rqeObD2/F8a9NHrxsQfqOfz+TcX/r7ia9I5/1zyQf+J9q+q165&#10;Wv8A719ARx/tufcCsa4BH0Yf0+lrWtcf4ezizRREG86/5K/5etUBzTrofW1/p/T/ABPN+b+2GRGL&#10;Cwtck8W/oObcezBACGqOtFQeI6yA25/3n+n4tyLe484CysH/ANSn9b/Tk8e/GlccOkz01GnDrsX0&#10;8X4J/P4v9Lf4n/b+40GnyxX+uo6eTa9m4916SSfEesjfQ2v/AEPH4uP8Obe22ptqbTe+s/0t9X+l&#10;7e2o61On+z8v9X+fpv8AwdZkvYX/AKcjn/af9h9P9v7j0RLTrc8+YLe30Gtbf7z7XW/4sV/1Hqw4&#10;jtr8uvS/pJv/AL19fx9fcGuX/KJSP0kysbX+oZiPwRex91mH6gqf9VelEYw2fxU65L+lfx6R/h+P&#10;cKAn72nt/wAdYwx/6eWtb/g3+x91RC5CcD1ehrTz67b9J/1j/vXuPnkGvJWuNQn45F7I3P8AtwPf&#10;ri3ItnDU1f6v838+roornrpf0rb6WH+9eysZP/gbVf8ALT/iR/sfx7jO+/3KH+n/AOgeln+f/N1y&#10;94B+P9b/AFj9Tf8Ax/Ht6I6App5dImYqzEf6sde99k2Nxa/PP9P6c/63urH/AA9JZH/COve40j2I&#10;/wALk/i305+nNvdoKnWetR+fXvfGwYWINr/6x4t+OR7e7q9OHP29e99oNGqxtf8Aw4Nvpf8Aqfx7&#10;sQDxHXioPEde989Tcc/7Cw+t/ddK+nVdCenXvfJST9eeCb/4/Tkcf193hUCe3NP9EX/D17Qq1NOv&#10;ezvdP89PZgN9Bmq4Dj/s2MYP969ifb3/AFrw+ZMh/wAHRNP/AMlNCP8Aff8Az8emaoH+5aA2/wCU&#10;eIfX/ppP9Pa8Rv29rk2/49mgtwT/AGhb8n+ns9P9lbf6Uf4B1df9xLv/AJ6D/wAcHXGIeqvHNvvJ&#10;L8j8qn+H159tu7JL7I3ELmy5enFjyLeJh/iefx/re1i18M/l0ptNVPz/AM1evRAfxKlIH/KDNci/&#10;/HSLj2SHJEsrG3I03H+PPPP459hncgVGpPhp/q/ydLaUUdPfthk+t+OTx/th/tr+yXxm9B1Xr3vj&#10;f/fc/wC3/wBv734zeg/1fn17r3v/06a6La+b3VVtXJD93NLYvJ5KWnHpR4U9L1NMDYQW4Fxb3jIW&#10;C9TqI2c6uJ639yQPr7dPBsbbscks+SG4cvSHU21jR5XFBizWRP40hqKZTKkuu/NtFvz7rWRq0FB6&#10;/wCx1v8ASQHNX9Mj+fXG7FiumwsLPcHn8jT9ePa26o7CzM3Zu0cbjz/djFT5eBZcUn2uYWRTHKzL&#10;95LRrUIWNjcMLfT2nkiB264Zs9p63ZSyGykphc44+f8AxXUTIwpNQ1SSIJQaaYaSxUH0Mfqtrc+0&#10;D2rHp3dmZYIzpetqpJjqH7zNV1TObMbx6zzx9Pbe2udJDHGeiWzr49xThqb/AA9TEFkQf0RR/tgP&#10;YTSWGon088D629RsByCbezPRmg6W1oaBeuXuHI11ubfrFv8AD9X9PqBb3UfH+XWvx/l173HRSSwJ&#10;tyT/AMlW/H5+vu5Oft63UYHn173ljU3/ACLrcW5P1H4t/X3o9b697ziwst+T+L3/ALN7kXsOPbZ1&#10;Gvp002ttQ8h173JVbc8g/n6f48XsPbYYjh15WK1p173kUqGVkj8k0o9C6ivk0Cxsx9K6Qf8AY+9H&#10;ia9aPE4zXr3vKwZWKzqGla1qW4uvAsfOnpa4N/6j6e9elOtHjnj1728YTCV+YmljpIvu40EZnGuK&#10;n8KnUqEmWaPXqZbcc8e9MwUaiadXRC9aCvXva3xOb2zsetocvQyDcOWoavWaIpXYs0skFwT9zNDV&#10;U8/r1L+gj8+22VnBU4BHTqvHEdQNWH2jriy61ZTwGUgn/A3B/ofp7YN3dkbq3iZUylbqx7yyTJRm&#10;DH/sRSGRUgM9PQ0sziKKXTqPJ+v19uRRJGG0jPTckzyYY9v5ddJGkYsi6R/S5P8AvZPtAERuoami&#10;t4v1N5GN/Hw3pe1r6h7cJqanpr7B1z94DJqLNyCNV/8AXN7/ANngc/149uItBx6cjFFrXr3voMx4&#10;5/SAeCLW5t9LCxHv2uP+MftHTlevexi3dIkmytmO4utLhqeAuWPpZ5mIBAAPJt/Ue0rf2w/Pr11/&#10;xFrw0nroCxb/ABN/94A/4j2DMkuhQJZTCrEeKQJ5LjVzZVDWLHjn36Zcg6Kf5eq0ogJx1379KSZz&#10;I0d1P6pjIP3LDSD4xyhF7e2Yn8NaManz+3phRUmnH/YHXvb1gdr5TczsmPpvuKGPSZq4zU0PgDrL&#10;oP2088Mzh5oWTj6Wv9PbVxdrGCZH7h5f6sdPeGz1YCq9e9iVQ782V1jH/uJpF3BuYgimyfny2KbE&#10;SKWczClqKOvoa7z09U0eluEKX+pHtJDcvUlxRH8hQ18vX+fn14yQxBQAWkJ+zh/Lh1jkQyaRqslz&#10;5EsD5ARYDVwy2PPHtDZ3t3dW7K4VOayhqmjKhXaloIvEqIY0Gimx1MrhUsPpc/X2eWt9EgbSuP8A&#10;V6jptnZzVhXrqGGKBBHEgRASQoJPLEseWJPJPudht2GZgZD5tbFfOPQC3p9AQU4tp/r+PZrBdCR1&#10;jXDLx4f9AeX29NSCir6/6vl1l9mB2VUxzywyEKLlTb1D9TQNwABe5Y+xvszFGUA+f88f8V0Q38dV&#10;bPH/AGeo9UCYXt/Q/wC9H/evr7MVQQL4I3H+oT6E/QohvfUBc/4e5AhcSRqw6CUgo3y6QNbKUldD&#10;+GIuf66mH0Cn+ntyNkW31FrW/wACP9j/AKn2502M9N4Bdrng6r3H9Ryf6cG/+8+8DNYm34vzb6/7&#10;1731smvWdRcAH/C//Iv8Pflm0qbm5Ug/ng6jyOCPz7QyD9RgP9WOmwADpXrMYtVuAAQRfj+n9L3H&#10;094Yp7OWB/p+OPoQPxzf/Y+2LxQ1uysMf7HS+2FZYw3WcR8i17i/1/xIPP8Ah7kir0XJ/wAOT9AB&#10;wb+k/X2QyK0gAXo6Q6iMZ6yiAE8/0I+v5PI/x/HvHJXjk/63P0+tuf0XuB/t/aNwKNQ9v+qnT8ba&#10;WWvDqRHSkFb/ANeQLm39ber6X/2I99xZIMLg/wCNv6/X8hLgfn21o7irDpfEe8gcevPSW5/3x/1w&#10;WA49yhkVAJ5uLkfUk8/j0/Ue0vhGWkfk3SxGofl1w+2IN+Dbj6W/HH9rj24U+YWnlQqvmU2DITo+&#10;nPB8JN+Px7Dm4bU6/Yf9X8Xzp0+kpHw5B8usggMsbAnxtzpawexHANri4HseOve795dfa4ts5T7K&#10;mrHYTUYosVUh/P8AbeQCevxda92EKjgD6cfX2VO8dnG1y8mmSGMHXU/hOqtKH+CvHrc9rbbrbzbb&#10;e5tLhDGw7vhftYdulvh/pD5dE8+UPwY+OvzGwtDt3v3r2LfeNoK2OuoIpNyb0299vWU9DmcbTTK+&#10;0N2bZnfx0+4KpbNIQfJc8qukSa35RdiZImNcgY5F4ciDCtqA1q3H8CjUE6x9Cb/gexPac48y320P&#10;abfvv6TrT+wh4FcirIPXGR5ZqOggvtLyJtkokitu4GvG4Ocesrfw9Ef21/Ih/lq7FztLnKb47061&#10;FFWQ1tG79nd5OIaqmqoKilk0zds1qt4ZKQGzIV/r/T2HeX7Cyedr1rq+b7uukJjmlIhgsjytJILQ&#10;UsMBtI1+FB5449gqHZXZr2bdtyrO4Yj9MfH/ALXz/wBVeh1YLtNjb+BEaBVGkd/p/q8+rONo9a7T&#10;682zh9nbEwC4La2DpaGkxlAmRr60QUVBSRUdJCJcrkKutdY6WBV1SO5On1XN/cabdSwj62PAJ1Mb&#10;D6Wsab1H2UptHiLU/D9nH/jZ6aeWNkYV/LpXx4hmf6G/J/BH4N/1iw59p+s3iyqdPI/HBH1/xNMR&#10;7O4NrIoPP/VxPHpMZKKRq7epMO342Y6/683J/A/CicC/tJ1+8H8dg/8Aj9BcXK/0pfqPx7EkOxSh&#10;iSKD7a/8/wD+DpOWqSaUr050+GgDAhBcXB+o455/WP8AffT2iMhueeS4u1rggWX+qD8wLcnT+fYg&#10;g2xIlXTStOP7f9XD/P1RnCg0Pd08wYyJWva/4tduQdX1tL+Afaaq82Sz6CeLeo254X+sR4J9+hhc&#10;ZYZ6L/H9U/n/ALHTtHRoFFxxz+Db6kfTX/Q39oHJZdgGMht9dPH0sR/qY+L+zeOPSAET7T/xfVWn&#10;RSaCvz6cooVBuP6cc/Qf7c39hllsiZCwsCAWP1+v1/GkD6ezG1tnQh/9X5dFxVixI6cVWwt/vhf8&#10;e0NkKyNVYG5vqH5H0El7ek2t7PrdS1T08q6u0YHXL2g8lU+mQfW5ex/T6bsbcqfqffpJdTBFHaP9&#10;X8unlepSgx/q/wAHXvaCr31Mw5Xk3sQef3P8PaO5lVBWnd1djQde9pSpAZ5P+DMeP8WY2H5Psq6Y&#10;IB697YJgbk3HP+tyL/Xgf4/n20zVPy6b697hyerWfoVH+FuQP9jx7Sv8dPKv+bp+PgiUxXr3tr0q&#10;x5uRaw/24/3g+0c2r/QfX/Vx6XkGgpx697xu9mIC2C8j1f0AP+PPst9a8OmPXr3uIzanJt+f9t9B&#10;/iT7dACEDy6VAAAD5de95WUCNQRq+v1H9P6j8C3+x91YlmFempDqkoT173hmN1A+hAAvx/S/9fr7&#10;vp0oR1cLpFOve8ShjZAfSPV9PzwP9f26XpD4fz6VRMClDxHXvcWoYD0f2eR9L8AMv0PFhb2gSN0m&#10;Mle09OaS2R172mMrXxU8TDWQzBgbA8lgy/XSwA/4r7puO6eEBb0/D/n/AKPT0ZKCjDFR172kpHQp&#10;GVGp5NDkXI9Zte4uQR/vP/EAi4YzTvJWg4dLETxKZweve8aqzyumhk1OGNjf6j63/pc29sNRFBrW&#10;g6WigAU8T/q/2eve11hKW1n/AKajx/wUj/Vf1Psgu3LuEHTipV1PXvYr4agLlbi5HI/1v3jyNXFv&#10;bTMGUr5V6cLGsg8v83+fr3swe0MEKieIG5FybXP/AE0WvaUfU/7b2o2yNnl8Qrj/AIv/AFZ6LpWB&#10;Yu3XvZ++nqNqLJ0wiW41p5RdTxpq9P6tfJ1e5+9v7NxuBYcQB/lr+L/Vx+XRBuk6xon5/wCToNO1&#10;Hi/unk45TYNTuF4Y+rXCf7IJvb2bSSpVKdlt62v9CfxyLek/8T7nRbdhucDE47fL1x0AbyZPHYk/&#10;On29EkgpmmUsOER3Ita17jk+tX1c/X/D2kMg8ZTWWC/uEqfWQDZ/wPrx7VSfp7jKrL3+F1eN1UEH&#10;j0IeGin8CIqFwCqsDoW4HjJJJsQbj2HOUykdFJKzP5AAwAsV5BewuI3+gH+wv7PrCYeGgP8Aqx00&#10;9wjY/wAHQnY/DSVscSrH4iShY6g/+oubGReWLH/be2PGSz5LJLURD9hXV3Ho/wA2sschILCNzaOT&#10;8C9/YisbcXk0SFOHd/g/1efHomv5VMQ1ev8A0F065hIMRiZIZGIqHiaJG/c5laCSNbhTKg1SR/k2&#10;9r7A4LJby3EcDik+7mSmkk8Gqng8UMdRHC37lTLSo2jzAfq1En82uBve2sn0sMcI1N204eWPP7R0&#10;Uy3EUMXiSGij7f8AJXoCex+zdmdI7Bquwt+ZFcBgoKlFqskaTK5LXUy0VRVg/aYagytYfItI54hK&#10;gD8XALlvPqHduw6OrzeUU0lAk6RRvfGT+Mzt44kC02Rq5mu4tcrb+p93svqI7Dw5O1a+oPr8q/Zw&#10;6at9wtrtjFDJV6ejD/CB0G3RHzX6A+Sebptq9Z7kG5c1/Dp8hUUww+9MQGp6LwNVStLuDa2DpF0f&#10;cJ6Vk1Nf0qfYRwZQwUlXkWk11cLRxNNp0tpmBR/2/EYx6OP0/wCtb2jlu0RWMZ7x5+Xof9WR0uAA&#10;CqBUjo4FRiFqaujxpi0UMyyTLT6yw1U7CSL9wSCUnWL/AKh/jf2sNi9U7q7KxmQrds4g10VG9IFm&#10;Fdjafy+dp7EpkMhQFdIgYWsfpzb2XyWlxfWly8MZYAipqBxrnJHp/Lq8lxbWLKLiXSXrTDHAyeAP&#10;RePkT8zugfibmNpUHd/YCbNl3dFm5MVEdsb0z5l/gi4r7wK20tr7jEeg5iA/umPVr9OqzaUtu7bW&#10;Z2DXVGB3LC1BWyeMSjXSVPMcVNWJxQVFbF/mqyP6OPrzyDYNXEEsLCKYAOB61+flX16WwlbiNZoX&#10;BQ8Dn7PQdDL0727193/s7D9mdV5pdz7RyS1r4nIjH5rECcU+SyeBrLU24cdhslH4sjiKlP3Kdb6L&#10;rdSpZJZatooUpKCCm+6MDTNfySwW8+mUEqyMLm5H6j9PaSVgkLJrqB8/29aaB9DKX/M9Cpiqaslm&#10;qa6aX7c1KwroEccvEGuL9asPra/6R9fYwVvx57Mni/iOO2cP4XJTwyir/j2ABkuimRfBPmfuF0O1&#10;r6Rf8ce349pvGjE8NvWP11L/ANBdM289ukjRiX9WuRQ/4aU6JYP5j3xExW8pus893OkG/qatlpJc&#10;B/cDspzE7GZoP9ylJslsPIZIYSeJzb88+wSkqpBmxHXDxV1DUfYy3IfxNSM0RW8SiF9DKRcFgbfU&#10;/X2lDLUB3FR0eqnYEbOOjtQxQSYcy0H7tHX0xroDZ080daizq9pm8sfkRweQpF/oPp7advYKv3xu&#10;Wp29t7FfxDLVc8iQj7yGm1Sz1i08Z/y2akp1vLKBy4UX5IFz7bAMsjRIMdXVUVWZsRqKn7Om/fe/&#10;Nr9U7Iyu/wDfmbGC2ptbD1eZzuSagr8iKHF4nHT5HIVBpcTSZDI1Xgo6WRykMMkj6bKpaw9q3d/S&#10;XZPWuLqc7ubbv8Hxc6y4xpTlcDXiZnpqitZilBlq6oTXT0UhtosNNtVyAU91BcwKstxHpQ8BUHP5&#10;efH5dKbeWGY/pPVqfPh+fQHdHfNf4x/JjcVVtLpfsxd7bgxOOl3BW0S7R3/t40uOo8hjMXPP9zun&#10;auBopfDW5mmTQkrSN5NWkqrFQfWaiiwU9Z4z5TkzSKS0o/YkpfIv9RyR/S/+Pt6zkIjJABH/ABf+&#10;z0u8FqVBHHo1LCZq9ItX7X2xl+i3MqSqt/wRx/j7X/X/AFDvLs3E11Ts3bf34pK3wSS/xXE0v7q0&#10;0MxOjKZKgJISdDaxHP8Arj2iuIZ55iESpGeI6aJWIr4poSft/wAHQHd1/JzpT46Jj6nuLfK7Rpsq&#10;itQsdu7rzvmDzSQJ6dr4HNvGGkiYesL9P9j7TO+9j7n6/raTCb3x/wDC6loZJIyaqgrdTU8qrYDE&#10;VdbHyzgcv/tx7SyRvD2SCjHpaCDEGHBuH2dLjq3trr7uja9PvbrPPjcu268RPTZEYzM4jypNCs0b&#10;Gkz+OxVfHqicH1RKR9Dz7R2SmhNNhjJSirWSN1jczSQ21zAHgAG3P5/p7bJXjTPWyyVDac9CLGp1&#10;zWbTyCbC9rKDz9bn2N+P+M3am4aNc7tjZH3uHrF8lHV/3i25TmVI3aCS9PX52CqAE8Tr60BNrjix&#10;O7mCaVHmSPsPzHCtPX5dMvLErlC3d0Uffnzx+K3Vm9KnrjsLtePBb2x7xR1uFbZfYWS8Mk+Oo8tC&#10;P4hhto1+JbXj8hDJ6ZiBr0mzBgAXpVjptxpBVR+HIUzAynUJDL5aJnW3i1RJohI+hN7/ANfbNk41&#10;x/s/ydODDjo2sp8tIWQ6o3/T9R+lwD9eeWH9P9494dlYSp3puaj2ziaf/cjkppYqSATJ6pEhqKl2&#10;8tTNSQC6QsfVIB+Prx7qieI2jTWvl16Ohemn/Y6ad37ow+ydtZbdm4qv7LCYOlNbkqv7erqRBTIy&#10;IXNPQ09XWS2aQDTHG7f0HsXd2fG7tTYOAymXy+3zj8DHSvPU1f8AFNu1X7I/cdzBS52srPTrBsq3&#10;PtLLbzwVEi0ofUdXV1JYI2R+XRdupfmx8Z+890Ns/rHspNz7np30S4wbT35hjG6mpBX7rP7WxNAx&#10;BpJR/nfqh9gslNSHCTxBzKKMT1jnQy2FgCNNxe3+BP8Are19sf7MeWOthvw4p0aZmbzA2/WQn1/p&#10;cjn/AFvYhdX9V7o7OpqmLaGG/iVdTtPI6/xDHUhalRqaNV1ZLI0MIJlqV5Hq5/wuN3ELyrIIxVlz&#10;5fZ06ACBqNKnoHO6e/eqvj3g6XdPbm7BtPb1ZWpjIK9sLuLNhq+SjyOQEX2228PmKxR9lip31NGE&#10;HjsTcqD32T11ufrevx9Bv7G/wermpKQURNXj8gRSzTV0FPBbDVtdGR5aGY6nIb08/VSbmN4Y4lkW&#10;hKA/6qdVDK4DBqjr3SXfXU/yG2zXby6b3Wu8NuUeZqMLWZBcNuLBqmWpsfisrUU5pdz4jC1rFKDN&#10;Ur6kiMf7mkNqVwqPyMlAHxQ+xE1H/DqeRpxUyoJpg7/WKxlTWgv/AEF/ei2OHVjTt9KdC3Cstpy0&#10;nqMz6bovoQqthe+lrH8n6+x42x8d+xN1YOk3RtXa/wB9ja+ijqqdhmcJTeKCpjEyC2QzcE8mmJg3&#10;MYY/S1+PaMRSyzFkTsDDzHl9p6bZ40YamoT0VbtD5tfGvpjdkGxez+zE2zueeojpafHttLfWXNRP&#10;JULSp/lOA2tlKCLVVHRdpgq/UkLz7C6qof7m7nq8Pm4xTZ6k+4o66lDibRUSxKDeekapoz6JhyrM&#10;P8fayMvSjrRvMdOigofPoxmHzeM3jt3F7gwFV97hM1S0uUxlaYaim+4opNM0Ev21bFTVcWtUHpkR&#10;GH9PbJQYgVG4lwSUfmqWZ4oW82jSxgElgplCHXqHJfj3t2KkjhTregq2lhnp3qK6Gnx718koSnij&#10;8sj6Gb0BrE2RC7Wt+FufY7ZT4zdt7Zw9bVZTapOFU0xr5jm9tjT/AJVFHSXjp87PVsDVzqPQD9Ln&#10;j6NTLJEhdoqx/aKf4a/y6rWMEBX1KfT8+ie7B/mAfEvtTeuH2DsftiPMb0zAyH8Jw67J7HoDU/w/&#10;E1mZryK/LbPx+KiMOKx8sn7ky6tOlbuQpBWm+2qMZUQyfuvjwpoW/cTyPUTt57AaVXSBb16gbcW9&#10;7jjVgs4wW/2OrUAqCMjo4TmWOoiKj0S6vNyvpCJdL3uxuT+LWv7WOwOvs92VUPjNq4QVGTo9Mlv4&#10;jRwkmoMoT/i41lDT/pgb6sfp+OLstcpG4XUdXy6oxXSSxIA9Og47Y7f2D0htmq3r2ZuMbf2tRoz1&#10;WQbE5jKeCOIxq7fa4HG5bISeudeFiJ5/2yt311Tv3r6Kmrt5bZ/ha1En21E5zGGrtU8UTODpxeQr&#10;CuqJNXqW34vf3Qz+JHqYmOv5/Py+X+rj1tZEkBKnh0hekvk30d8h0yn+hvfa7xjxCrLlCNtbuwP2&#10;8c1RJAotujA4UyXnjZf29RFr2APtGZBaMLT1ppvHAYYYZozNKxldFLStrX1IXP8AqRYfj3pbpady&#10;5+XV9QzXocqZZ180H3Hkl8k0kb+JFEaObRJaxD6Bb6m5/PsVtpdM9g7xpIs3srbn8Yw5QQNVLlsJ&#10;j/t6lUgnel8OWydLVSiGCeM6wml9XBuCA018dfhxrVifPz/ydOBlCMK0J6LR3B8uvj30PmIds9yd&#10;iJs/OVNJHlKWiba+888anG1E+Ro4K3z7Y23l6SHz1GKqB42kEiePkWZSWKv2/m9nZ2pxWbw/2WRq&#10;DNj61P4hSVASKWrkpKlb0s9VAwE9O49Dc24NiL2USTnTIaEV/wAPA0NOqlHoCRxGOhW2rvfaHZuz&#10;8NvPZmc/je2chQY7cOCrhjsnj/u6aqxlPl8ZVCnytJQV8PnoK6J9MsSsuqzqGBAgU6xQ5QUAj87P&#10;OKKkpdTRAyyyiKAie5A9VhZmA55PtwotuwBPxcOmWQgnGOlFUSyS4s1xm+2SKn++qqkoJisMURln&#10;/ZsGb0gm6qT/AEHsyW3ev++cFijX4XbzwYl4xXq/8X2fJrjjj1JNoqa6WpGmNL6SObfpv7063OgS&#10;aKRfaOtIY2fwge/qvnfHyy+CG6Owj1nvDsmCr7BgyA2xJhztDt2Fkrq6oip2oBkMftuDDHzT1KKZ&#10;RPpGoeu3tlqO39/7hx1Rg8xlGk0NHpX7XCr4vCwnMd6XHRBwzgG5c2/x+nvcLyz9paoHyHz/AM3V&#10;J7RVdaDu/P59CVtj4g/Hnq7dZ37sbY0GJy+Q8zVtYmb3lVmreop1ofKYMpuKtgiKU5KgJCt/8Pr7&#10;S+Fizu7qyPE4il/ieYmDEUpno6PymKNp3/fqTT0qFKeEt+oXtYckAmIuJIxpVs+XSdogAWZsfZ0K&#10;m985srqvb9dvDeOTG3tp4w0wqsn9jlcqKQVtXT42mBo8XBkMlL5q+uSP0xNp13NgCQtd0de9kbVp&#10;Vy+6NufZ0cQb7ytOWwdRqDSQ00J+3x9ZUyrpkqI1Oleb88aiCOLeRqkLgg1/1cF61DCtxqZGqF/l&#10;/qp0EHUfyW+N3deQk211F2Om5cleIU2OXae+MT4i0GRrpR95uPB4qB/LBial7mQ6dFhyyAoKpqlm&#10;hjrWhv5C2k+Q3/bOgjhF/A/I9mMdwkykg56UCHwhQLQdD/T0ElLO9As+kRhSR4lsRLqkB5c/lvwf&#10;ay2jsnd25pJJtpYk5HwhJCfvsbR3LF00/wC5GrpyLOrC4B+n9PZfvo/xCWQjsUeVPs6SXcyM0Ika&#10;lG/bw+3oJuze9eo+no8eO2d3JtmLLTyUtIWwm5sz5JIY1qDxt3EZNlPhZTZ9P1/r7Bnvrbm5dlbZ&#10;zdJufDmjasoaslDX4+p9E8MzfqoJ6oWAVha4P+t7DHPtw45Vs01AV1Ur/pRn/UOhvtEZEII4EEdC&#10;l8fu2Os+56Ko3R1juVdy4WmaWgNYuHz2HAmo5PBMhp8/jsXVeiQjkRkH+p+vutqslaWS7HQNCqkP&#10;DWiAOiQyBVDX+ljyPcGIumLhnT0N7dKIlRkf4KdGZ9u+ASNq+lJ+uuG/6j/u2En8i9yP6fn23BTx&#10;Dq4U6cuf7E9e9nb6tQLEth+B9R9f26Ln/Y39ndt3Me7On/N0GLwVP5f5+mLOn/Jx/r/T+vpk/wCK&#10;ex/T9Q/2HH+Fxz/X2tg+GL7B/g6Keg7qRcSfj1Hk/g3Nx+B7doWFj/W/+8j/AGF/x7dfh1WQ9o+3&#10;pjlQ6r8Wt/Qcgn+txxz+f9f3Ph/T/vv6n20em+oU36h/vvwPfKVdUbA35sfpe9jf+o/p7vC2mVPt&#10;/wAOP8vXusQbT6rDgH82P0uLcH+nts3LEz4HLJ9brS3P4/4FQHk3HFlt7fR11xHyz/l6N7NlNGJ8&#10;v+gupW32C5vGH6G9Xb+p/wAml+gsefz7LgKk0sxDgNDqYOLr9LE/UK7cE/j3RHImVzk0H+GvRzGS&#10;Fr8v83Q3tH5I7A2aw02vb+n0uBe3v1TTeOP7inOuBg2q9xoA5a2s6ySzfQD3W5l8VyDg1/ydaYVz&#10;Xt69C/OiT9Y/1iT+Lmw0jj+p9t0DMocyOZInFowTp8btfkOLltI/rx7JbgB9TDiP8HVaAA46l2Hp&#10;AHPF/wDED/C/5PvnfRFq4t5bL/sFvwefp7aXgOnU+Add/ViP9p+l/wCpI+nuahvVY4i4OqlsSB/x&#10;0HI/JHvx/s5fs6d/C/8Apf8AKOsZtol+n+7Ppfng3B/x9qijuMkRe95Cf6r/AJxSfp/X21HwH+ry&#10;61D5/b/m6b5/+A5+nCkcfX9JPP8Ah7FTbiJ91UXv9JCL3/CgEfX/AGPsvvGOtGX5dFV7mUYxTpJ5&#10;Ut9rGB9C6g/T835HtZU6EyWB/st9OR+nj23FIWJ1mv8Aqz0Ut8TH59JisskQ03FyB/sbj63v/vj7&#10;b2usygXt+5/sTpuf6X59ncWgNqbpMVANQMnrGdT07Acm8X+HBb8ci3tD1zxgiygfW/qb+iW/s3/P&#10;s81P5N/Idb0tX4/5dKajjax1cj6/Qf1b86hY29h5lmXWT/sfyDwsajm34Hu4HVzwHr0qqUHQL/T6&#10;W4I+pJ+p/PtgmIVgVP8Atx/gPoT/AK/vfSk9T05Bvx9fpb+p4PFv+Re4M7BuTwOBxY/hrf6m/B92&#10;HVT1kVbD/jf+9/W3uKzFYSosAWcG/H4tYH6/n3vz611z+hBv/vv9YX9wkuGl1enWjWH+F+P6f19+&#10;8z17rl/QAXsb8G//ACPge5SvaIr/AESw55JAtzcH6+9imK8OqOrH4T1x+v0v/j/gP9h/T3jMhCxW&#10;/wBQLj6/U/7A/wDG/brLqBz0kddQAr14fU/1v+Lfjk8/g++AfU7n6DS35/2k/wC8D2rhbQIgP9VD&#10;1cIVRW/1Y64kf8R9QPp/tv6e4Or9oXIuL25/AIH1+p9nANGR1XB/y9MsmQVHXf5/33+PvFWN6E/x&#10;1f0/JX83+v19mFumvTJjT/sdN0xXriOCV5/4i3++/wB59sZe8Y0n/XP5+v8Ajx9famlDQjpIwpVT&#10;1lta5P0P0+tr/wCw/wAD7w5Fr1Ug45WL6cW/bUfTk829q4tOhTSh6dQnSAePXkHHH+Nz/sbjn6Ae&#10;4dMLSwn+rE/1A5P+x496fiem2+I9cmPB/wCRH8c/T3CqHtLILDjX9P8AY/kf1/4n2jYFm1BsdJSj&#10;A60PEdZ1AK/T8j/Y/wC3+n194aV71aNzwIgf8f3P+N+3410LQ8emhjrzj0kf6/8AsODe1vcCua80&#10;unn95x/rnyMbD+v09uDpWvwj7Oua/pX/AIKP969xaM66hDb6TL9eb/uLyPez14YFPLrzfQ/6x/3r&#10;227nSwqiRyyy/gfjyC5P9be2bgAwuDw6sgDEenXl/SP9Yeyw5MhK6c/T94m35NlU/U/4+42vQTPp&#10;NdVP5eXRiq10qOu/cEsW0k88fUfQcj8X92mFPDGv0x+3/iv8PTenLgde98l+pA/w/wCKe7w/i/Lp&#10;LL+Hr3vGSQAFJFx/jci9voeeT7UoFq/SRR3Pq6974c8j/Y8/X8e3unOve+QW55uPwSb/AO3/AK24&#10;90ZqDGeqs2mmOve/aSPqf+K2+n1t714g/hP+r8+q+KvXveRE0XJIFxYWubj8nn3R2LaQB59UdwU6&#10;97PB08yN03nUtwM3k7fW1htfFr/rexBt/wDuXF9i/wCHooc/7s46/wC+h/x49M9QD/Fadh9Pt0B+&#10;n/Kwf9jz7XSKoh2pIpuf7q0I/PCtf8En8+xKxLQz4/0X/N09IzNZ3Rp/xJ/yDPXUX6q0H81ktv8A&#10;klbf09tmYUvszd6nhv45COTb1Cnfj/C/texSkDhe3wz/AIelJo11YU4eAevJ/wAXGjtc/wCRVHP/&#10;AE8h9kgyHMslrGxsbXPN/qefr7Dm40rDT06XTcbX/SHp59sTjm54B+vI5H5uP9f6eyyX+zPTfXve&#10;Pi/4+l/x/qb3/wBb2k69Tr3v/9SkXIy1GRo48e8oiSj8lpVRP3BUSLKfQmkjS0duSfeMwwa9TixJ&#10;Gk+XW/x7bWUSmMtIfICwRNJBcgAWDAWFgPfvs6rxpnr3sS+k5gvbex2For52EeQnVcCGZv0EMbC/&#10;++PtLIo/d921M+Gf8PV9v/3El+w/4T1DyA1UFaunVelnGm9r3ibi9xa/vh3CsLb0zEynySJNK3mB&#10;ICEVdSQfFbSSp/3359sbXlWGnFT6+vRRZ/21wfPU3/HupMX+aj/H7acf8gj2DEjMSbnUQSQbAX+p&#10;vp/sg/7f/iDdvTy6MOufvAPU1jck8cfX/kfu2qi6utcOve5CppAtfiwv9R/U+0bGpJ6YY1JPXvcg&#10;Jx9TyAfzblbEfix9+DUr1ZWIqfM9e9+WMarfhjxz9Lf0Fxf8+7HKg9XYalDefXveZRextpt/iOfp&#10;9fqT7c6dp172pMVt7J5ZZI6OnapXjyxqYY/HfyFLs8kZ9RiJ4/p7Ssyqa+XTQjLV08Ove3xk2lt1&#10;NFZOufyC/ooIzXYxqYk6/VOPLFJ5Y5Qf8Av+PuveeGB1b9NK1NT172lsxubI7iiigragNjKV5Hps&#10;esMUbKZNKSBquGGGZvoLXJt7uFC8BnptpGf4j2+nXvafsEQuEJUWK0muzEi/+7TcnV/vHvfVOve+&#10;LWHq8GiRo7D9y4AYG9/xcEe1EAqH7sdORr2t/q/1ceve4RCsrIZgrA6vHoYktptbVe1yTb3uh4gn&#10;+X+bq9P6X+r9nXvfXlBKi1ito9Wo3Oj8g/jVce9KMfHX/V8ut16976Mmn8WtIBxwQQeCeAeL+2pB&#10;SkglIFPtB+z/AFHrR9a9e9inVTir2DHVObnHvRUax/1aQOwbUoFrGwsQfaeUfrqvl03ddyxA8Aaf&#10;4Ovew0xdFkMnVGio6Vq6tmJKQCRISgW5capGEbaUF/rxb3qcqCSccP8AAOrIuoAKKt172vKvbu09&#10;l0iVm8KpZ8wBZdt2rqWWU+REf/cjQyT0yCKGdJvpyOPrf2UXMz50cPX7f8PD/B1ZEih1tM/d6f8A&#10;Fde9hbuztHM7ljFDDJ9vg09MOHEdHI6Bmp5ZQch9pDUOHqoDJyTYHT9PaVh4WknMnr5fs6ZnunYU&#10;Hw+n+z172FtfkY6GCSeSU0UKgFnkVpvENSrqbgs2pmsB+L+7IrXDAUDfZ/qPVUWoY8V/1fb172FF&#10;X3LFW5eLAbbdZ3keOKatFgP3V+vgrKFT6JQR+rn2JoeXri3tmvLuqIfL1zngfTqpnQyCK3yxPH/U&#10;OvezK7IpGRIp5CZJ5RHJJOSyKS5V2j8WooChvyByPe7QGKVmZsgHh0qmt1SNaHJP+r0697NdsiSQ&#10;PTBbAa4/qBcjVFc824IPuQtmPerBzpp/0DT+fQfvEPc1cYP+brg4ujXF/Sf969muwlQWo47/AF0I&#10;o5ve0UVz9ALe5AspCar5Fan+XQSvECsfma/4ekPlIAZdX1sxtxYXJkvbn6+3OWU2Y/11D+nBvze3&#10;9Pa/pF1AjiAsOTa39f6j+hPuGajm1x9bH/if7Pv1OrKvmepIj+vB/wBbn/it/cRqs2IBABaw/H1/&#10;4n2244UHTir5KOpCw83N+Bc/04vf68fj/kfvEKseNz9LgAg/Xhr3tpNrA+01yoWNWrXuHSu3UJLG&#10;2qvWVYSZAP8AAkfW305/Nrf8V98GrLD1af8AD8WsQLH0Dnn8eymZAaOoOMH/ACf6vs6NlyKKD/xf&#10;UhIuTzxcG/5vY3/tcfT3Berb6H6H+n+t/wAFPtDJGojYKPn/AJ+t+fUxIxf6/T/W5sQbcEH3ySs0&#10;Fbcre3Fvzf8AIBH1PtJp1LLnJA/l0qhckNVq9cjFf6/0P9fz/r/n3l/iBjYWk0Mp4bSCBfgG2gj3&#10;RmCr4tOA9f29GAcMK1668AYFWW6kci55tfi4b+nv38REbtpBd2sfIOALsT+jRa/19vQp9bGCFqet&#10;I9RUceuDQFbC/pBPH1/Fvre/+39u+PzhClfOupOU9C+hrqD/ALqNzf8A2/sjvtlV7gI6alc9y/xe&#10;f8X2dPRsXZUB4nrqSKw1BSCLhWBIsOef9t7eaneFHFSeesnVVpY2LMUsCYELt/m4GK6tLfg+y6z5&#10;c3Ubj9PtG1N4ZfHev8QX8Tf6Wnl0nvI4oSTK/bq/pf0s9YPshLqDvdpFtazXtIG/oV+lz9CPaYxf&#10;Z5ytXNHjatPt4lmiJMatq0Mn08tMpXUhH9PZ/vHI+5W8UNxuG2sHqrHuFfxN+E5/ycB800O5bcOx&#10;T3av6X/QP/FdZf4TBBFZhdmAA/WLXUL/AMdGH4/1/bvPnZ511KAfr+FH+1c/tj6/6/sug27J7h/q&#10;/wBXp0Yl2PnjrgtLFGbc244u3/Bfw3/FPbVUZ6TRpZh/yaf9f/dZ4APszjsEiOpVrX/V5npouF8u&#10;si0qk3t/hzqH9Db62ube07Lk3le2u/15sP8AD6nxj6j2ZkhVJPDqhYDiepSU4UfS304v/wAUP49x&#10;p6wA2L2H+tz9Afwp9p/qP6H8/wDY6SvKEFSOsyw/nn/ioFgR/X2y1ORkhcktzxYek/hf9pbgX93h&#10;jDg0PaOi7xF9es4S4C2/1/8Aef6G/PtB5OulnEmkc8qblRfn/gg/3319nkUAABkyD5fl16oxXz6k&#10;oun6f7f63HH0N+PaOyE8ioAb+q+r+nAJ+mnm3s28BDRiuB1onrJ7RlbUo97j6Mfrq5A1f0X6G3vT&#10;u8Z8MS1FOlDGmK4697SeRkBVz+CGJtbmxY/6n/D/AHj2nLFcjjXqinuHXvaQqZP1G1vraxt/qvza&#10;/wCfZdcEFwBxHV3Oeve0zVSAM9wDybG19P14t7Tk0BPTRx172yyMORY82a3+x4/3r223xHqg697h&#10;yx3Un8kEf4EWAHOr+nB4/HtK1HkI8ulMSjUn+r59e9wBZbsD9FXkf4kX/p9bf19oLhWLJEOJJ/l0&#10;sbNB173jaMsxJB5t6rgXsRYjm4AHP+Hsv8xjpqh697guCHIP9fqeP9sPqPp7UDTpHDh0pX4R9g69&#10;7zg3VhzwPoB9Byb+2mILV49NO1JK+nXvcN7lnubWu3H4J5/J/H+9e3FFAo/1cOrKtBQ8eve8esIj&#10;XPquRcG/FuLG1veiKuB04hIYeteve2XJVRpYHdieVsARpsPG7W+hNrryfdrqMCMt4fd/0V/qp0ax&#10;qGoCOP8As/5uvew4rq5p5TdGddZsbgaSWYEW0qRYfT2CdyHiXKuXzo/ynrYXvoRUef8Am697ww6B&#10;qmlOhYwQCbm5tcm63+h9lrahpCCpJ6M4u0B/Lr3t+w0cNafJGwc8g21CxsDa7FSfZZfvJD2uKdNs&#10;fFKEHGOvexWxGPClLfUKeP8Ag2r/AGv6+ydavGWPmelbA6Vr59e9jJt/EiaRUAvfVq4b6aJvqfJz&#10;9PbcZzIteGn/AC9NTMyFdJ8uvezXbKwKU0sRe97kHVq5uKki41kD6+xdy/Erygrx/wCL/wBXDotn&#10;bTWnH/iuumNlJ/p7NVtCNKM1U0PoeKOEkjUw9TSC3JP9f6e8mOQrELcrRhpBFPX8Q/1f6h0Dt/lK&#10;RQZ7dR/ydBXvxxU0sFNIutKh5UKkhb2WNvqPrbT/AF+vtUy5KveMMJxbUwACR/0/qEHuWpoa7lEQ&#10;KU0/7HQBlnEkxqM9ICmxeOjikQwfqW7HyS8k2+oLn8H/AF/bdavq1ZWl9BYqfRGLDm1raWJ/r7Qb&#10;gNG4OQM6B/k/znpRcSlYInH+qmOnqm/h9HGmmMhwdQ/ckNz/AE5LBQSvvql2t91IzavI19RsrLYk&#10;qdI/fUGxPsxsFLAVPcf8FSeiqa6apo3HrDkt2JQoAUEYH51BhYKQWNoGINh/X2qP4XDgcbLUy+ny&#10;RyUyqSw9UtOWAGlpbX8R/HsW7XN9NKvnX/oX/P0WzT6wFBqNX+X/AIroP5MvNunLQUdPZhA8NYxG&#10;kgJBUsrE6khvYSj8+05HuLL4PTlKDMRUUotFFG2Pp6hlpnAk/wA5JHIrWKgcrq49iXfLp5dviKyj&#10;4KfzbpRAgk0qVwR/lp081WzNt7pEuCzm3pcnRu5qahxlKylV6yMeL/N088Eq3WQn0tpF/cPcW+8t&#10;unHDGZncMVSDJDMlsbDTlVhJa5FPBDqs1zy1/ZFZvKti8rydtfl/qp9vRvDbRxq3hqAOuezepNn9&#10;fZmbK7T2i+MklimgnYZiurPI0/juB99W1QW6oo9Kgce0pUtjaeko4lz8JeoAIf7GUgMsh0nQbg3/&#10;ANh7YuLkVKa8n5Z/P/V8unVQa2GkD/L0IVKMjPVVcsmAlRIH0Kv38B1q8Y1WIIIIP+v9fb3S9j7m&#10;2gs2Pod4QQIjIJB/AqR76byJcS00xWwmNrH6n2lN5Kp8BJAB546UR28UkgDIOHSH3D0t132O9LlN&#10;z7FfI1Eccy0zPuHLU5jWcRpNZaHI0sbFxTJe6nhfaI3Ll33zuSXK1ufjqslW6CoWgaID7ehgpmsI&#10;kp4CDT0Y+oH0/qblNK6yya3mBY/L/N0YrCFAVTgdLnZG1MT1ntGg2rtvANi8DiBUilp2yElXoFdk&#10;avIygz1s9XVvqrK6QnU7W1W4AsI9XlBkssz0WbihWYRrEhofL6oacK9zIi/Qofrb2zNpo5EgrTra&#10;wKXXhTp+o6JqLHJFUY6RzGZGe1SE4edmW1nPNmH9fapi7233Gq0NRvanahS8UtP/AHexiGWJRYIJ&#10;UoPKhUgG4Nz7a+sxp8Xt+z/Y6v8ATRBtWnP59BQ/xj6aOT/vBFsIrmxK1SladybiZo6iQMGkMD5o&#10;0rFg5Filh7CyBaOoqszkny6STTRy1BkFNKgLPMZCAnCAqz/XTb2m8RTCXLiv8q+lK/6uPDrdFIp0&#10;OhE0EVDSxUTeFGjhC+ZD44o49CsWYksulR+bn3j25uDMbbrps3hM7FFV0jGeCT+GwSkSQSpPENNS&#10;kkb2ZAeQb35HtI00i0k/EOHoOnY46/5uoe5dt4TduGrNu7hxprsRlaWooq+lNXVU4mpauCSlqIjN&#10;RzwVMYkhmZbo6kfgj2+bo7k3XvPBNhN0bpp8nTivatSGPD0FCYqg0c9IEMlHRwu5jjq5Fvq0m97X&#10;AITzXLzAiSSv+TpYsUSqQBk9IXY3RXWHWudk3Dsnan8Eyk2IODlqhms7kBJjTWUtc0BhyeUracaq&#10;miibVoEnotqsSChqZaWHbVQgy0QnbLmpjjNLIxEP2aIg1H0tZxa5a/t+0kAXTXurUdPLwIrnoUXE&#10;xyCEU5MP2hQyiRQok819Oi+rVp5va3tX7W7F3j1rRf797dEWPhywGRkEmGoau8ssccZ5q6aptdIF&#10;H9kcfS/tLcXJWRgW4kjrTDyPDpBb66m6+7TEEW99t/xxcc4SnByuXx/j0O0im+Kr6FmIdyeb/X+n&#10;tF7+3vW7/wAhQZPcOdir66mgkjeRaCOlUNNKrMdFJBTxj1qDYKfbbMWFSc168SDGBXAPSl2Zsnbu&#10;wcOmA2pijicRCV8NKKutrSoSNYwDNkKmrqGARQBd7+2vIeFaXCMmZissMoVDRkn1TrZtR4HI91NV&#10;I68aoR3dKSPUXmvC1tS+rWObKPwBwLexPoO9e0NqwR7fo96U8OJxgaOmgO3MPIY0nZqlgZ5aGady&#10;085blmIvb6ce6Xc0kaBa1A+z/V59WMdGNTnoG878een925+v3bndm/fbgyrU719f/HtyU5nampIK&#10;GAmlpMxT0UeikpUT0RqDpBN259hnjZsfW7qp6yDJJOrF/NAKaVDGFoXRAZDo1iRlvwOLW91sWwqV&#10;zT/J04mX+P8A1fs6GKcSLSOvjswAAOoc3fUbfqt9fz7l4GqrsTuKgq9ubghhy8U8j45/4Yk9pTBO&#10;k3oqw0D2hdh6xbjjn2/Hhqg56bh+PDZp1BzOPx2YxNbjszRGoxtXAYa2DzywiSHUrBTJTPHOl2Qc&#10;qwI9r/P94bz3Vh8ptncW66etoa2B6B4xhMfStfUqygvS0EMp/SBw4/1/aKSaSUkyN05qwanj0HO1&#10;OiusNkZiHcO1tq/wvKRu8v3IzWcrBeRJUf8AZr8rVU5uszf2Pz/X2Hu3VooKLOUsWVQH+GTK3+TS&#10;OCGkVdQBJIFh/X2YQjKyeWD1VEGo0OKV6FGr1s9MfAWAqB/bClBofk8+o8/T2qti7q3JsuXI5DaG&#10;5oaGsXHTNVM2JpatVpEkgmaQpXxSxhfNAh9Ivx/Qn3q5bTGSCNX+z05+Fs9JHe+xdpdh4ynwm9MI&#10;cvjFrUqYac1+QobVf21VSq5mxlXSTn/JquVbF9Pqva4Fsm79/wCc3/Qg7p3FFXV4eOmjrFxlPRok&#10;AhqdB+3oqeCNtMtZK45JN7fQCzKTjw4wxzWn2ef+Xr2oaAK5r1x2V13tPrqllxuzcIMRjZZZKqWm&#10;WvyFcWqZIqSndzNk6ysnu0FDEv6gBov9SbtcVDTy7ep2fMxSJQz09ElT9nJGFeKmXSDGLHi9+bj/&#10;AB9++pj4Ub+X+frdVKgE4HSp8jpVtGKdgZYmlIEgtzJY/wBR+R/t/YiYPtDfm0sRHRYPeFPDQaIV&#10;8BwOOnMiCMJxJU0s8gvGtjz/AI/X2hDyC5l0tTuP8uHTix6kLasg46DfdvTvW+/MjBkt17U/idfS&#10;3MNScvmaQxN5RMPRj8jSRsfLzyD/AE+ntA5vI/3iyn8Yqa9Dkq+VauvlNPpDSqyA/txrHCgMcY/S&#10;AP8AD2YxSM9RIav1vw2NKkdCBicZS4PG02Ix9MYMfj4EpKKn8zy+OCJdKL5ZpJZpCL/V2Lf4+33J&#10;UcKVFJl4s9HQpVF5FBoHnsVZI151Ekah/qR9fbNwxBc+g/2elAXSB3dYKaaVkmo2oWkMGlG/fRQ+&#10;oFjwSAOP8fYo1navYEUjUdbvaDJ42T9MabextL94ECyHTIlIZYTBOVJ/1VrfQ+00tw6VQNRfM9WR&#10;QgABx0EWM6K6rp6mnzFHsf8AhuXg8mmU57N1D0pkjkpnBjbKvTyeandh9DbVf6j2E2JxVBTZNas5&#10;qOojF2QijmiDEwujgDW1ravyPdVv1ijEP+ift/1HpgosYLKe7oZKmWplp2T7NlZwAQZ42KgMCDfm&#10;9wPx7W2Fr83tPOpVYncsOMyrFHAbFQVYZTG5jGmYSQ/plJ+nP59ptDT6yuABTptI2etCPz6S25MH&#10;gd54GpxG4MI2Ww1UjxVMH31RSalDjWPNSzU1Stmj/ssDx7VO4Owt1bxop8TuncEOViiRmpVTFUdC&#10;aaZl8ZmLUdNCZQU40liB9fegWt6Lq/L16dEQhq9a9IvY/TfXfW1fPldibVbA1WRWGLIyDM5nJCqg&#10;idpIovHlclWpAUkYm6KpP09o7F0NOKaooo8ik8iJJURMKdkKzuVUJZj6wn9SbH24Xb1H7P8AZ699&#10;P/T/AJdCTWVEySQzvSNGrSLBITKhHhUMdfFwL/4cj2Ieyuwt87Npq6h2zuKHGRpHUVU/lxGOrQ0t&#10;qZZltWU8zqT9uhuDYaePqbp3gaZ/HBIH2V/n07HGGQnilf8AY6BvtnorqLuH+GnsrZjblEM9JHRq&#10;u4dw4jxiJa8QP/uDyuN8oUZCYWa99fP6Vs27p3Nld8TJlty5eOqyyxDGtUJj4aUNQap6h7QUkUMC&#10;3qKmRr21WNvoABoXIt6ICSw8/wDV9vTbxqFHhr3V6UvXXW20uqMOdrbCwD4fbgnGRShfLZLJstel&#10;LQ46M/d5isyFcVShxsEdvJo9N7aiSYHgBoaaSlrkVaGKKijP25czBELKRrJKki31JI/r7WLd/UKH&#10;Ixw/1fPrcUeoNq+z9nSlB8VXUQzUbMaySStkHnCiLUwQqbcsBa3AF/6exWwfcXaWIwlPiqHcMMWH&#10;oqeKhWJ8LhZmjQIY44jJNRvOx8Z/VqP+v7obqSFQq/Cfs/zdPrAh79NOiub1+F/xg35v2fsHdHXM&#10;uR3xVVxy38UTeW+6APVJJFMaj7DHbjpcUAJoVOjwhbgce0JVh6/JPmKnII1ZUsHqgKbTqkKrEvpj&#10;EcSWVR9FAv7Q/vI2rCvFq/5/9Xp1aZFYqa9GQoKKDHYqHB0OPkix9DEsNGDVNJpiS7frlaSZ/Ux/&#10;UxJ9u6z5PEV0OQoaxYDPreKL7aJ3lWNPEzK0msLoDkm4F7+18lw9zCrA1b9g+zh/qp0z4Cn8R6YZ&#10;KDD5miqcTkqI1EMIjjqH+4nRIzK/mQOImQtqKgCxNrexWznbXZu4MR/Ds1n4KzE191WmXC4emMv2&#10;1RFK1qiGkSZQtRAhPI+mn8n2HkVo3m/hPH8uvQJDbHtFAfn0WHrv4ZfFvq7ecW9Ov+uJsDvLDXIy&#10;p3tvzKLAa7G12N9WOyu463GSeTG5KdBeJv16/wBSqfYW0lDDSzhI8isOMl/3b4He5GoyfqYyi0pt&#10;/wAa9qIbl0Aocj/V/qH29OiBZRxz0aiuq5aumMj4tqjJxcmD7mOMgFgsdm0+H/MgH/jftZbS3Du7&#10;YORNRt7KJiqqZkP7lBQ1wYLrlibRVrUoCfKTb/Hnn3vctxE+33ingF/1eXVTt0SmrDH+GnQQ9rdP&#10;dT9/bcXbPZ22JN27ebyxy0sedz+Aa8ojhqEFVgq/E1g4iC3Dj6cewh+T/Ym+dy7ShpN0ZmHIGCql&#10;rI3XFYyi066OdIyRRUsRIEUhHJN73tf2C+dr1puXbVZjwZxX/a0/1fn0KLCBIoAgFKnp3+Lnxo6K&#10;+P77hbpbZk20KXLUtJR18Em592biWUUs8svpbc2ayxhYStzo0kWte1vdbsYgigmswkZ5ZnY+seqQ&#10;C9xawBPHuPJF07dbyk0b/oXP+DoVQ0WEMftPRv8A27YDQ9dARzpeLj1Dnyw8g8/n2gU0ljqc6umr&#10;v4R9h/yde9nf6t0fZx2A/Qo/It+3S/X6Cx9ndpqM9AfL/oHoNXlKZ4V/zdJ/P/5gf7D8X5tJa3+I&#10;9jivFrW/3vm/P+9ezhPiHRa+GPQfyWZWvf8A3oWvYf7z7nQk/S3JKr/vFx/r+3H4Hpp/hPTZKATY&#10;n8Mf955v/T6e3mL6f4cfi39fac9N9NE36v8Aff0HuQFupH1B/wCIPPvwxQ169WhHUYmzL9Ra/wDv&#10;I9t2WVpsJXIPqfBa1zcioX/W9+Y1LH/Vx6ObTh+f+bqdibRZzHtyLfcDn/qFc/4/19ldqmkimYad&#10;TFiNPoGoW1auQeLt/tvdZJHSNgWyP9X+r/P0coWClV6HWJVZVt9LXtzxfi3198aOoXHyNqOuGbiW&#10;/BQXu3PLN6j+PaZppGXSKDq4PEfg65SR+UD/AFSXKn/YEXPAFjb3jqoXpvLUQXeCcN+FIUteRjdz&#10;r9Iv+Pd5UJiMhH4BXrTpQAqMdeicMQjfrVuRz9BwPobE/wCHvLqjOPRiefMf6/8AHIcG9/p7LVZm&#10;arcKdUj1ac8OudiJSLf2RxY88n+nudTAfdUB4uftdJuTYl1A/wBf3dv7OT0p/q/y9Km+E/waB/h/&#10;z16xP/m5R/jJf6C4ALf717U9EoGVYH/jtz+D/nUBvb/D2zHXT+XTcVeoE/NNf/aD/jb0kj+nN/Yq&#10;bfjY1ktjwNbWt/gCATf+p9l15khvy6Kr5dTh/n0lMkyrSpcckqP8OTa445sP9b2uqVR5fxcq3+9M&#10;Af8AC/8Aj7Q6ymVPRe6JQmmektV+uKxBsGS3P5uL/wC2P9PbJONUwtxw97/W+n/Y29nkUtW0k1Xp&#10;hgqudPw16zIuiAnkN+2DyR/bP+xvc/63tF5BUJtbn+nJtYIRa/J9qrN5A+ovWMf6v9X2dWWPzD/p&#10;9KmH9P4BNv8AU2+rXPF1FvYcZhUDf7yLg/XTHxwfz7EkCaqt1ow4+L+XT9SsxA+n0F+f8W/w/wAP&#10;aenW73P6bH/XPOn/AGHHPtvq549OCH02H9QeP9a/4tf3AnRh9fVwPx9AB/gfwfdgeqnrKCD/AL7/&#10;AFz/ALyPcCRtKoOOX/17/wCH1v78etdcxyeOL/42/wBf+th7xqPWeeBGf8ebj/b396Hn17r1xzbg&#10;k3H+tf6cfT3waQAOPwNQNhexAtb/AGx9vwfGfs/zdbH29dW+n9f97+vN/fFpbCEAfVAQvBtwP8L3&#10;v7fZRTAz1SVV0ljx69b63/rb62/r/X/W98o5hqf6/pa4H1Nv68fW3u4Q9q07unAO1a8QP8nXj+P9&#10;9b+lr/4/7z7bWkXxrybm1wOL8j6m1/pb2aQFgSn4MnpK6lSW/CT1ysf8OOOf8OL/AOP0P+2946hw&#10;YVN+fUB/sWB/pb6H2axDUYR86/yH+bpLIDWvXFQbn68/Ucj/AA/xtb2n5GsvH15uD/rra/0/p7MQ&#10;1QGHDpsnHWS1zf6cA8AfXm/9eb++6sf5Qx/qI/8AeI1Ht5D21PAdVPGvXQ4Uf7H/AGPJ4tbkc/7f&#10;3GppPXCP9q+nHH1H+vb2y7ipqemHBqesjL9frY/n6X/x+tvx7iSrqL3+lz9P9jf8+0r1D6V6Ycvr&#10;AT06yL/X6G39P9a30B+vvFSparUX+oj5/wCnhuB/tvb8ba1qePScdekPoP8AvrcH6/7D23VwUTyq&#10;Ba8z/wCPJkf+v0HtweXStfhH2dc1/Sv+sP8AevcekGioTkH95LX/AD+4p025/I9+P2deBB+zrzfQ&#10;/wCsf969wdyIZRVsvFllUf61pCP7QN7+2bg/otjqy/EKevXl/Sv+sP8AevZX8pGf4hUEnSDK9ueL&#10;hVuTzb8e41vj/jDZqaDpeuUQfLrv23MpCpf82tbkD/fX9qXPdqpwXrQ+Jz6de98h/vX9R/yP36H4&#10;D9vSWX4R9vXvfpAdKW+i3H5va4/H1ufakaVLdJR8T9e94Px/xo/7f251br3vIGLG5/H0H4sb/wC9&#10;+2X0AAY6akwFFcde950X8/64P+2FuTxf6+616aHXvfIjj1AWuQP6g/gD8k+6muPWvWzwNevezr9M&#10;hD05uIn6fxrLX+v1G2MV/T8+xHt+LuEf6X/D0UyCm5RD/hY/48emepJ/idN9LeKP/eZz7ECAq9Ht&#10;P+p2zQi9iBYA/wBLX+nsSH+wuP8Amt/m6eP+4N5/z1/8+jrpLh6z/qJc2uPqVX/bXv8A7z7bK4g7&#10;R3kpXgZpP6hrGka45/It7MG4WZ/oH/L0tp/jVg1f9Bb/ACdeH/Fxoj/0xzfQi3+cg5/xufZH65Tq&#10;qT/SYfQXvfnnn/H2Q7jxj/0g/wAI6WTcbb/SH/COnn2xyAfn6D+n9LD/AIj2Sy/CPt6a6979f/X+&#10;tvp/vuPabPW+ve//1aNmqLJy92P4ANr/AEuLjk+8Zad3w46m6ueHW/x7bJ5lLfX+nP5/s25t9QB7&#10;t5daJ697EjpuYDtTZJZiT/Goha3N/FMeeBxb2WTSH6S7AHFf9X8unbM1ZU+f+Q9YKoXpqgf1gl/6&#10;Eb/X9yO21T+9WVYm+uqqri7H1GqqWseAfr73t+rWorjH7Oi231/vB+OmuPs1f5usqfoX/gq/T/WH&#10;sI2AAHP0PHH9bng/4k+zPz6WEZJ65e8JdRa5/wBbg/Tnn+nB9+FDw6qCCMde980ZeQHRmf8ASAbF&#10;APwSR9R78fs6t173PjhmDAyuDc8BVKaVNuLqb8/T3RnXqpYUoc9e9qfB7Ry2eqfFjqWWeTSWWOPT&#10;d4FDNLINbqCIkuT+fbMl2kSLU5H7OqvdhY1jGSv+r/V59eJA5Jt/r/48D/efaoek21teeOOpmXcU&#10;7B/uMVRyy0dVQPGt4kmqJdSvrWRZOPwtvaZHaU14Dy9OmIXRn1E6scB5ddc8/j/E/Q/7zf2icxur&#10;LZlQnlSko7nxxpDHGwuYtWqWJUdv3U/xtq9rwqAlSM9LHlLkpwB679phiCR+7qI/IJLEta/JIb6e&#10;/A/8L6Zr/wAL6976Ekf0DfX8WP8Arf04+v8AT3oqxNSOqlWJrTr3vvyLqIAvYn/C1uBze/5/p70V&#10;IFSR1oqQKk9e94JHAIct/ZHB1XAUm30sObe/Kx+ALUnqyHBWnXveEVB1EgfUnj0g2Lf63PPtwx/P&#10;r3h/0uve/EtddDhG1j1FNQAYn6D9P6v6+03hh+5WxSnTfXvfvU7eOOMtVM4Qm4PmpybSaVNgga/B&#10;+o97SAGtW6uBr+3r3sesDtnH0fXdbUbqy0G3IJ8jjavGU1dHPM+Rx6JqcwyU7PbXICgLWIPtBLex&#10;2zeGQSwBrT1B6UmNBFWVtIqD9vXEs2pQFup1amBHoI06QQTc6gf949hhurtukoaM4XYdEuGoU9NV&#10;XVZhybVrB1aN6Z6iDzUoVSynnkm9vZVPeNM2TU+nD9v+H/UOkzXVKLAKfzr1y/1/+Kf8SfZfKysm&#10;rZHlleRi5DQCSRnZVuBJqJJ1BtNvp7TrdG1qv+itwP2cOmdDsCa954de9hjvTtXBbRh0Szwyyxgm&#10;WmV2SRg7UrrZ/A4FlqQ3+t7Ott5O3bd5A7xssZ4fzH8X9HpJcr4IHiGn+oedevewQgwHanyAr4Ww&#10;OJy1HggzRQz0+ObJq5MawzjVQKszET0n0txqFv8AGRdvtNk5TWRKCa9IGrLYpkcQfI9O7Xy9zHzB&#10;My7NtF3cAn/QoZJj+yME8R/q8/ez2dU/E7em2aKFMf1/uuqnlUNVz1mEy9LHPrbVeKpyiRRxrrJN&#10;w9h9PYY3Lcn3S58SWVQOArpUCnyrQ46kvZ/Zb3MvW8Oz5E3JT6zQtbg+eDceGp/b1jM0KmxljBva&#10;xdQb/wBLE/X2avAfHTtYmMNtZaGGykPWZXDR6NVuPEmQepNv+Ce9W09jaktLOA3oAaVr5kE/8X+f&#10;Q2tfu3e7922iXlyOCM+cl1bU/MRzSP8A8Z6xGsph/u1T/wAFDMP9uqkex42x0PvWg0NVzYKlKsC6&#10;mtqZSbFCQRDRSgtZT/h7EdnzTtVmyO/iO49F4f70w/w9HL/dE9zroVO7bLHXyae4qPs0WjA/711g&#10;kr6cqwGtriwstvr9OWK+xpx3XWRpokSfJ0qlVUHwxzOAbAWHkELW9P8AvHs5HuPt0JpHt0zZzUr/&#10;AJ2r0vg+5FzBcgHcef7SJjxEdvLKP2tLDX9g6ZZwJ2J02+tjqINvz+kWBN/bsdizstjmQB+FXHA/&#10;j/VmtHPP9PaU+5I1sV2j7SZv8AEX+Th0cWv3FrZXBvfc2R08wlgEP+9NdyD/AIx1hFPGLem/+HNv&#10;8bjV9P8AY++x17TMf3stVML3bxQU8V7kfS/kta3tK3uVdEME2tFB/idm9fkOP/F9CW1+5DyMope8&#10;4btIf6At4/8Aj0UvWVVC2ICEjgcNwPpY+u3vl/o3xB5etyp/paWlUf7DVSP7Rt7ibtjRZ21fmH/5&#10;9dejNPuT+1o+LmHfyf8AmtZj/tR6zB7XAC/7zcf69yT7kp17ggulpMlICQ1mqYgW5v6tFMvtM3P2&#10;9sAoS3UfJX/yuejy0+597SWrKzS7tKw/juE/58gTrhzq1XsbW+im30+lx+be+P8Ao624eXSscn6k&#10;1bD8n/UKP6+22563wjSvgqPkp/6C6PIfurezsXxbPdv/AKa6m/59ZesglkH0b/bhT/xHvJ/o+2yq&#10;hftqo3sP+BdST/r+kqCTf20Ocd6ZtYaKlfNV/wArH9ueli/df9llqW5VlP23d3/knHXvNJe2rn8E&#10;AED/AGOke8w2Ftof8ocxP4/yyrNzxxzMSAf8PaOXmneJCSZUP2qBT9gH+Dp0fdk9lFNf6nsf+ou8&#10;/wAlwOu/NJYAsAB9bKP6Hnn8++J2DtdvrQyn8f8AA6t+n1sf8ot9ffhzTvAGkTpT/SL/AJunP+Bo&#10;9lx/zqDf9ld7/wBtHXvPKOdX/Jq/8U+n+Hvj/o92s31oJAeORX1oA54P+fB4J92/rTvC/Dcgj5og&#10;/wAA6sfu1ezH/TIt/wBld7/20dd/cS2+o/1gq88fnj3wXr3ayD00dQNTG96ysIsT9APLbTcfX3Y8&#10;1byahpUPZ5Bf8tc/Lj1Q/do9mSCBymwHyu7z/LcHr33Ep51jg/TSt/p+fSB9D7h1/V20cjTS0tRT&#10;1rQSKysq5CoQ2dGjcK6Mz2KyH8n2YWXPW/bc6LAYlqfNP8NSv8OOH5dFlx91P2RujWTlidT8ry7/&#10;AMs3Xa1EoOoMtx9eEb+n4txz/rH224npbY2DEgx8GThEjEsXyczm7Bbn91JPppH49uy+43Md5o8b&#10;6c/YjH9lJFr6f6spI/umezEP+4+zXafZdSn/AI8W65SVc78EjjkAIlv9jqDHm/twk6x2+/8Ayk5d&#10;P+CVMBt/yVROfx/j7Rpzlu1TSG3J+an/ACuB01P9032tmH6c+6xH+hcJ/wA/wt1191Iv4U/4aTz/&#10;ALYi3uK3VGAP0yGYvb+1NROv0/p9iv5+o92TnbcxUm2hr9jA/tDnj+XRafuf+22ab9vtf+a1r/2x&#10;jrl90/8AqY/r/Rv9tbVb3gl6oxTfoyuRX6Aao6Z/r+TohQ8D3qHm25Bq1olePxf4NRp/g6LpPuac&#10;gGv0/M+8IT/E1s3/AGrr1395JblEJ/5CF/8AD6/19t0/T8Ul/HuGePjjXj45bG6/ULWQg2A/1r+1&#10;Sc6NHTVtisa/x48/Iof8/RLc/ct2Fv8AcLnq7j/5qW8Un+B4+uQrTx+2Lf4MV/H9bH2nqvoupnv4&#10;90xH6afJiGQNwv6mXJy2HH9D7MYee4oqJLtbEf6f/PGv7eiGT7kT/g9zAW+e3U/7Xj1mGQUfWG31&#10;vpkBI5/Fha/tN1Px+3AfVT5/EOwJIM61sA45BOmGptyf8efZvB7ibYVCPYXAPooQ/wDP46KLv7lH&#10;MQBFlz3ZyH+nbyxf8ckk6yfxGP8AMbj/ABBX+tvzb8e0pkPjvvyRGEGQ2zODexNdk4rj6jiXEhAb&#10;/wC1Efm/sxT3G2JwNUFwo4AaY2H8nLftA+zoNN9zH3OjZvD3/YmjHAeNdVH/AGZn/D1zGQg/IkU/&#10;kFQbfT8hiD9faGyXxw7QCsIaHE1dy5/yfMQKxYj6qasU45ufrbn2+vPXLkpaRrthwwyMK/sB8/Tp&#10;LP8AdI92LZSYztlw/wDQuCK/85Io+uYrqY/22H+Hjc/9CqefaCyXx97hhDf78+ecKpsafMYKoJHq&#10;5VYcpJIASfpbj28nOHLcq1XclHzKOtftYqo4epBp0G5fu0e9MRcDkwOo81u7GjftuQx/MA9c1qqd&#10;jYSre9rMCv8A0MB7QmS6X7WpkPl6+3RJYH/gJiamvJsrfT7EVF/p/j7bk37aZNWnc4CfnIlf2cT8&#10;iP8AD0HNw9i/d7bwzT8g37af99Ks38oWkJ/Lrn54P+O0X/UxP+K+0DX9f78otRrNkbwpgQ3NRtrN&#10;wKtr8v5qJRwPelvbOYHwryNqcaMp/wAB6DM/tn7kQKXn9vt7RRxLWN0B+0xDrmrq36WVvz6SD/vR&#10;9oOuoa2jlK1dJU0sl2HjqoJIX1KeRplVDcf6w9vLoIw1T/P8hQdBK+2zcdtk8Hctvnt5fSSN4z+x&#10;wp65e2qT9Rt9b/gc/Qfi304+vtqf4Y/TPTA+Feve2+T9X+w/4k8/7G3tHcfj/L/J0Zpx697xvylh&#10;9T9fpewN+b/6/srani93w06q3xHXXR1730PSWDf0uP8AA3F/ofzf3s/AvVD/AGS/b/n697wKGuxY&#10;cAgfjm/PB5B/2/va6QE9adbXQukn4j173glt+Df6cDk/kf7H/Ye9ni3+r06cPXvcWQhI2c/2BqYf&#10;kxgXJ+n14/r70HCUJ9enI4yxVyevew2z2SWqlkjia0EeoO1/7cbz3UmwIBVvqPZVuNyHQimf8/59&#10;G1uRo7hiv+avXvaZpTrlCyMIoifRM3KmMkFV03uSwa9/x7D0wIs30dzB6kfOlOlirSNtRwDX9nXv&#10;bVkt10WLyEeOkF2qZVp0kLWVo5JfBqEYS3N/9f29BtVzf2guh8MSf4BqpWvTcs4MdacDTr3sZ8Dj&#10;lWKnSJV8YQaGFwGW5u31Lf7f2BL2dpJXLVLVz0qtdGkN+Ede9jPhMcXC3WxFj9Ofq455t/tve1ce&#10;EqDJ6emlQLjr3sxGzcGvjNRIQHhHoGkkt5PKh/NjpH090sIGaeY0yNP/AD9/qP8Ak49IHcV1Hr3s&#10;zeOoftKRJaaFmV9frvccSsPoxJsS7e5T5fgCMute7/YP+r9vRbdYAp/q4dYJWvdLgfTj/bHn2O/V&#10;s8IlyrV0kYCwUt4yNLWMk4FtIsfoD7mzYYHmlZlw4/6G6BXMEDTpABxqf8nQJ9r/AHa0WMSihkd3&#10;qKgB1KkIRHC2ptTiwIuP9f2K5qMKzCNpYUkU3kSz6vHYaP7Fhf8A2/uUrPbJZI43csPl8v8AV/xX&#10;QQmjZKEjJ+zoBpTuSMSvHTzTRMmmnmvEF8wP7o0+QMbfj8e5VPlMNAwV5YGvwAAVaMEi0h9NmAA+&#10;nujbEzyaUlFPOvDz/PpOWMhZa8OPp1Aq6Pc1TCXipapLDUSXR1qCOTAt5Bocs17+8GVy+MaECAqY&#10;z6YZEBAepKPpS2kEE8G3049n9hYrZsp1AmvH/V/qrXph4HZy1RnrHhsRnXmJrFlSb1NPTykOY6EP&#10;FrlJ8hSynUtxz7CrcmdNRC1FHi6p2DkGZKmNUsomhMmgqGA1NqtccexB9VE8fhSIWVPn/l/Lr0Fu&#10;scmqfKf6vPoYtq7aainXJfxikVZYx/kxpHMil2p5lj1iQhiFXT9DyfY17C+Q2K2zt6h20mxK+rno&#10;qalpqipNRj2WWaClhpZKi00DOsbNHq03JF/aOfd7eJBbpASdNK1HGmDw8vtoc9ek2zb7ifxnZq0w&#10;Axp+wEfz6rz+Q/8ALj3n3b2lVdoy/IqfbFHLW1MtBgcfiM/SxQ4ufLVeVXHSzY3dmPhqKjTUeL7g&#10;xBrL9NPp9ll35uas3NvjK5WnoftoKitmnWIJT/txFlYx/tqilrLfjj2h+pt7cvM6kJUmleHy6P44&#10;7GO3VRGxAA/Fn/D1ZR1HsOLrzq7Z+y5MtLl5cDt3GYiXKVElZJLXSUdKtOaqR6uaoqC0jC/rdm/x&#10;9oOprk/jy11RSySR09VFPFEkgj1xI8ckkYAGm76LXI49oLrdLS4oyIT+f8untNkdPYdX+m/2ehNh&#10;oJlxLUUdSscklLJC0zRl9Ero6LLpLC4Qte1+bezoL8rNrZLE/wAFpeva2mqTEympmqsZPHTMkjT2&#10;k/yYsxlQEDk2J9vWV7ZC8gkWEh+6tW/o/Z/q9Om4dvtjLHNE7+J6ajny4V/1fb1UdQ/y1e2MZ2U/&#10;YGX+UFXlsI1Sss21qXbOcxKVIOPTHQLFVRb0lhpRBNaVgsB8hHJHsh+KyGRnrfv66WKKlhOqWcU8&#10;aoA8ckSD9qzcyIF+h59+kux5t2fl0aBX4eXVwFRSwJTmnhRndxZIjK1yQys3LsRwCTz7fOrd4YrY&#10;+9sRurLY6TK0uMmqpDSQyLCXE9DWUYIMqyIbSVANiv49lIuYVkV7mrwA5zTpua3hlieO5qYGHcdW&#10;k9IDuzYOd7O6u3dsLbe5F2hmdx4+GjotxNQvkRi3jr6Orab7OOroJJtUVMyWEyEar349mP7X+Re3&#10;d/bOyOIwuy58NWTU8irWVM2NmVCzRKraIoFJ/QeAQef8fbdzdbfcqPCtypApXUT/AJB0mtNt2u3V&#10;mhMxqPORm/wn/i+ibfFn4W9odCb1qNyb479m7PophH9tihtzJYJaZlSvEhaSfc+YjmEjVScGNVXx&#10;/wC2JrS1lWcVWzVFREVqVlpYZFgVQJY7ak9PqJAt7TRuC0dR2efRmgGkMR+l1Y26J5UCqboQ5Gon&#10;0sCAT+Pr7F/oLtXbvU+Uy1duHAVG4RX496dY4JoIDFrq6WoFQ61MckZjtTsOLHn/AA9sTXsED1ZS&#10;R8j8/I/l17VZ0C9wIPEN0Wj5U9Fb27+2Phtr7H7K/wBF2Rxu5oM3Pm/4LUZtqykiw+YxrY77emzG&#10;GeMvPk45g5kYXhtbm4dvkB3Riex8fj67a+3HwUcFZS0s8VQaSollWGny0jzq8MMemOT7yMKCTYrf&#10;88Px3lrLo0xkHTgV/wCK8qDh/h6UI1pGoVdRauKt/q/ydNHxU+PO8+g8Fl8LvjtCftHI1+UyOTgy&#10;74uswy0lLWwYKCPH/ZVGazKuaaXGSyeRXW4n06RpuxfJoppMHTyVNVFG8j09esQjZWVDATqLI1ii&#10;kEEfn27MwY4WnV2BAqcdGwUr5mAUkKGj1Egi+r6WPN7H2ano7vrrzrrbFTi9y7ckzVXUVqVMdZFV&#10;QQxBDR09OIkSWFyAZIWIsbeq3suFjGCS9WJ+dP8ACD0iaJi8aibSPs/2eiUfKT439y915/b+S617&#10;qpurqDFYuWhyFDPtepz719Q9fJUiq81PnsOIgsLhCrK/0uD+PYH9y75xm7N6R5ra+MXHUOVaWojp&#10;JfFO8cbyRAanESKxCg/Qc/S/t57dySyilTw/1f5ulzK/YOJp0ZDpzZm4dhdc7Z2ju3co3dnsDiaP&#10;HZLcaUj45MtVU8CpNWpRPVVrUoncFtBlfTf6+w0zL2mhMkyRmGVHqCEut1dHVQFHo1KLce6vb6ad&#10;/wDLrUilaZ6E2I3WwH6gbX/pz9b/AFPs+Gxflx1ntrbGHwdfsGryFVTQ1KPVpW45VlZqmpqdSrNR&#10;tILRzBeT9fZZdWsPh6WQ8ak6j+X2/wCx58ek/wBNampqw+xj/n6rP7o+Ene3ZPZu4t8bV+TY2Rg8&#10;xLjno9rtsevyYx60eHxmOmX72DeWOSUT1VC8xtCtvLp/F/ZKc7nZxvmd4Uigp2MBgjWKD9sLiYRL&#10;rsnrDvcj8i/tVttnEIwQp/af9X/F9KfAt9eI2p/pj1ZNSQFcfHFI5kYayzkkFgZ3Yck8WHH+w9wd&#10;v1EO0d40OZqqd8jSYqVqqWGF1jMv3VLNHp1SeQAK0w+t/p7UTOrLpDGv59bCrE1X8usWVo5MtiKz&#10;Hwz/AGctZA0CTtH5PEdQPk8YaMsbKeLi9/r7PNuH5YbF3btTIbRx/XtVQZDJ437GmrJarGTJS1Ei&#10;RgVEipSLJIno+gIJv9R7LrqxspgC0TB6AfERw+Q/z9UD7Mrs0ySFv9Ow/wAv+qn7K5+rvhL3J152&#10;9i+ycx8k5t07eoM/X5Wt2g+0cjRrXY+pjrUp8aldJvGugpjStVKfIad9Wj9I9kaoa2snyWUx1S0X&#10;hyfmogyRRoIElnNuUAZtC3+hB49qRMFRIw3auR06ndlP7M/D1ZJJEnjSUBrxevgk3IUg3ufz/j7E&#10;jqXdtJ1zvCHNV+OfK0VNPDRy0yNGrVMVLkKWodI2mSULJNHTkAn/AFXvQuI1kV5DUV+QrT/VTp+K&#10;PVqLHHDoMe49hZHs3rnc+zcPuB9q5bN4TMUWL3AkE1V/B8hkMPX46kyL0sFXRPVLQ1FYs3jEqail&#10;ri9/Zke4++dm9pbP/gGB2VVYqsoZ1y0lZJVUUixGkxmSo2hdIoIXYpLXoxFyp0/4j2SzLJJPM2nt&#10;Z2PHh/q4/wAulYRqEVJFPTopPxY+JPaXx/3xkt07475fszHZHb1bt+nw0m28hivDU12YwGRiyInq&#10;tzZmMvFDhpogojDWqCdXB1FSwxrclj6rFTqFaMy5OMrEiB6aGBEEdkN9blj6ifbiWzNQ6hp/n1YR&#10;sRTo/NSYaeaOpubuVp+STZ3k+pv+AR/T2PvRHbmI6nkrBm9rVGdpaoyVAiSopY5I2MEMSkPUxTEK&#10;giJABAufdJ7ZgmT5cR08o/S0ZH+r8uitfKr4/bo+QO1KbCbN7Kl61zVLVU0kecTGVmVjanjmeWop&#10;5KGkzOF8hqFYLqZzp+vud3v2/t/tCnxuT2xtSXATYyOSndZ56Op+5FTVQyGRfDDFGBHHERzc8+2b&#10;LUr6i71r58fy4+v+x1bIT4iT/q+3pv8AiZ8et/fHzb+4Nvb97YPak2YylPkaPIHCVeEbHRQUK0rU&#10;jRVWazck/llGvVrUX4t7A9hJmMKKmZ0pv4R4oXkdAUc1k9wVRNNtOm30Pt+d2MjVPn17itT0atTH&#10;S1fiUF2rdcgUMePBGga5P0vf+o9mn6Y792x1lt2Lb24drS50MLUdZBPRwfprMnV1Gr7inllPqrUA&#10;ux/R/T6EU88xVjq/LgPn8z1psgLqp/q+3oiHyu+Hu+/kBuPCbi2J3LUdXzY0ZE5alOHyWZiyZq6L&#10;b1HQ6Up9xYinpjRphpiSEbWaj8FfUGvcO9cZv3cTbqwOCkw+PrvGklJJJBM6LSUNDQqdcUcajXNS&#10;s/AH6rH6c6srhkOiQ4/1f6vs6tWgHn0YX489Xbk6f6zwnX+7d6/3+zWEOVebchoJ8Y1eMnnsvmIl&#10;NLUV+TlT7OlyEdONUz3EWoW1aVDqvp3qRS5GZi1XVM8TsoKBVpx44hoUqg9ItxyfYhmuF0ZNPXr1&#10;PPoYqTRA8tJGumGEB0u17mZmdySbsbsf8Bb2dHY/yi2Tg9sU2Ezmx6jMVtECk1ZSVWPpkdBoWNDE&#10;1LqDKFsTc3PsM3ReS7E6OCg8uFfX/Y9OqtbGV/GVqD7P9n/V+fVXne3wD7i7H7Gye9eufkgetsZk&#10;qenRMBW7Tye6Ep62N6iWorFqG3djozHO83+bESBQPqfwWbd+Vo8juity+Ko2psVWTPk0omZXkiep&#10;qZqh6czlV9UcbqvHpuL29mtpPpXucVH8x/q/1V6vqEZHy6sT2Tg8rhdnYXA57Jplc3jMXRYmry6w&#10;Glirp6GigpJMglH5ZvClVLE0gQuxAa2o/X230UqYLOYzLSzIsa1FDkVhZeHvUrUrStw6szKuk3Gk&#10;/wBPe74NdpqVs6etltRDdO1XB/GMNk8SqurT01djGmVyrJrp5KZqlCrpIli+oWYMPwfZ0pPkX1Zk&#10;Nmptus2bIcnNt5cdLkUr4ET7uTHfZS1XijpwyqZ2Z9I5txf6+wxBtlzDd+M8raPT/VnHr/LhS0df&#10;EJ8THpTqrdfhL8oMZ3S/Y2H+SeOj2VH2M26o9i1GwquqqG28u6xnV29/Gp90lPIcPGtEJvAAG/d0&#10;/wBn2T+SrhiylUIEtQVtRIlCpIf01EnjgfUQGICf1sT7EaTJEYY68R1tgFOOB6tAjpKiXGUzVEl6&#10;6kghatcLoDSwxh5wFUlV1Pf6XA9rHZGbh2buaCtyEa10EDlainsqhk1xmQ3kWVb6ENja49qLlyYW&#10;8MnV1X4a56DzsvadT2LsjJ4PGVr4asyFM60WRXyu1PUGKUU7lIZaeR1WZxqXUA3szW++5urd4beq&#10;8NT7VqqCaoNO8OQORjMeunnSUAJDCH9bJoP+J59h2AslWA7qn+Y6U2oYCSslRQ+XVdfx5+Hnyw6d&#10;7Kod4bv+R2H39tinpchTVGz4+u2xNVaspXp45f4xPuXILenZhJbwi4Fh7K3R1EjvLQTyRwMpHlkk&#10;j1iMhWkQaQAVDjjg839msl4Ft6Ic/wCr/V8utOr1oBnqziqoo18WQgikqBY+OKOQoZAxSNySTpYp&#10;e/I/H49i11TvjE7FzMbZ6hbJ4tiT9gjxJMoSmyIsk0kUtiZ6tGP0uF/N/YTuNcniSK1D/h/1cetR&#10;W/jCRSaDoAPkx09u7uXr+vwuwd2x7F3bKtOKHc82PmytLSt/F8FVTtNi4q/HLVCXH4yanW8g0NMG&#10;/s2Ih9o7/wCvd/Y+jXbe36jCZKneoKVE9aKqORpPtoyvgiRFbRHA31/1V/aVZZYnBeUE0/1ca/4e&#10;l0KLbr3NV/s/wdAR8S/j78j+hqzcSdv9zYntrC5OPGLRU2O2Sm1ajF/aPmZqmSSsOYyT1X3slfBb&#10;9PjENudXsCIJUyCmGeVEEdxFJptrYkqyekBrgLzf3c3cgVlDGlfP/D/q/wBjqk8hmMaBsA9HsqKP&#10;+HOtTTwvIZAPJGrfoUAMrWLaBdiPoPZf/kdlmqdjYTBlkZqbP1VRq0aXeKSgmjCswXXoNvoSR7Kb&#10;rvLl27CvQntBS1QHjXpYbNw8dNk8rl0WRDkKLHU7oZHaMNTPUuSELmNWPm5IAJ9kNeFeU0aX1nUx&#10;bUG5NtI+gBv7CdxXxWrw/wBjp1ycKeA6EX2oNur/ALkYFvYXiP01A/5VAP8AAcD3uL40+3/n3p1v&#10;7Fv9X4evezw9XxhaYG/0Bt/1JpP8fr9D7EFotJKeek/8+9EF3hP9t/n6TW4mIhW3PKfT6/7tHsan&#10;AshI/wBTck8fU245AHszjqWFB0UyL3AKOI6QALfuAG1tVrAc/S9zcH8+5kQ0Febgj6X/ACD/AK3+&#10;Pu2nUBnNOmGXVShz1AlfVrGkWvcn/D6/1/qPbnGdQFv+Kf6/5/p7cHT3TNL6WN/95/1z7lxkqLrw&#10;RY/0+v8Arf4H3VqU7uvE6QT5dQ3AdwDcA3+v4sL8/wCPHvuRC9BUR/XV4x+Pr5i1/wDYW9pJ/jFI&#10;6f5P+L49GVqVNKDrPTSBMhTSajZfMbWNiPCFsT/hq9lJrQHqGubeORza/wBSTa1vx9PdpsRSLTh/&#10;nHRuDqUqePRgoeFU/W6j/A35/J+o+vvAgRb3C3P+0i1uf6e0B4H7OtgUHWY3Nvr/AIAf6/uVDUhH&#10;CPzGz2txYKTY34a3Htr4tZ+XTsdO8HhpPXFkNgRwQP8AbkfW1rfk++6ylaGJZqL1wvPqn/tBQwLS&#10;21kgcWHA9+jmTJeQft6dgUAF6/L/AC9cUYElXFm08fi/0A5H+39uNOg8lHLfgx04uBa0hKtb8ngD&#10;6+2muKyBE4av2+X+X/AelIbuWnDrE4ssi/gajb+osfr9D9fanxylsiSv1MpA5PP7qADjj3V2QLlf&#10;5dF7cKnhXqBUEinNzwF/r/tJv/r+xawkZWqe4tfXcm/5At/sbfX/AB9lUsmvA4dFsuSMdI/Kkfbr&#10;bk3U2Fj+T+f6c+1XShJJ3IHIRza7A2C/U/UH3ZJdIVG6ZOK1HSVrVZIAytYakvcLa9wTb+nHtveM&#10;CXlSODzcmwsP9h7UOeHSGf8AB1NikJiPqvyvFvzdh/ri/tE5JGQvYD6KRzweU/2PtVbTozA1/wA/&#10;TlM56VVOupVufoT+P8Gv/UfX2GmQa6kX/o1xz9dP5/pc/n2ewuFGluI6qwNaUz0oolsb88ixB4H5&#10;H+3t7TNWxVh+R+Rwfx+D9ePasdMk5pTqdH9P8f8Aef8AYj6e2+pZuLng/wBoWsfp+PqLX9ux8MdO&#10;pSh9esg/p/vv9ufqfeOwMSXHqBPA/wABxf8APPurUqacOm2pU04dd/8AE8c/8b98PSPIP9oYn6/S&#10;9/8AX/HuvVevcm3+wt/jbgX9wX4I0n8r9PpwB/T8c+9db65/X/eb/wCA5v8AW3Nx9ffpDcRj/gtv&#10;p9P9b8+/da66F7n/AA+tieT/AK/vpTeZuQwVHuf9cMfbqHFOkbV1NXjXr39n6EG4A/H9P+Ke2+Sy&#10;x6ifqDz/ALEW/wAPx7M4OMdWrkZ611y/2Fvp9OL/AIJ4/wBf3ikYNSrf8Akgi1vXc3uDx/r+ztNX&#10;bx1f6qdJ3rU9cRYN/h9Pr9OP9hb2xOfWAPzcD/k3j8fn2YR5gT8/8PTTiqinXO3N/p+f9t/U/m3v&#10;JWopm1i99Cj8/wCpX/EA2v7oZVUlCemqmlK468t9JHH1/wBvyef979w6b01Ef50t9LfXg+3VOQPL&#10;qvXNuUN7m4PPPFuAf9fn3HmILSc/SQj+v1vz/re9H4j/AM0+mX+Nv9L1zQcCwIvY/wBBb+n0+vvh&#10;ALVMf19WixP5BdbX5PF/biH9ME+X+TrQLIndx8uvN+k2/sk/4W+v+sOL+4FYbVEouLGV/r/qtT2F&#10;/wDW96fiPWnTq/COua/pH+sP969x6AA1ajnmX8i/PmXkn6/j24vwjrfXT/ob/grf70fbbuMET1S2&#10;v+1Kbf14ck/7Ee9u2m3kan+rHTqcKfPry/pH+t/rW/w/2Hsr2V/4H1Nh/u2T/eh/W/4PuL90dUum&#10;1enS1sZ65e283CAD9J5sL/2foT72ZtOnUKj/AFE9NIe5q+fXvfo1LFrm1rcW/rf/ABvf26jhNJBq&#10;pH8+tMtKde98zzfT+n8X/wCN8/8AE+1A7qEdJZOK+vXveK58vJ+r/wBf+R8+9fh/P/L0l/0P/V69&#10;e95wAb3F/ofr+fz9OOAPe+tyfh6978FIIN7/AO2W3+H1496PTNPTr3vmSQACfTquf98CT9PdW4j1&#10;x/l6pJxh/wCag697Of0v/wAyl3F/2ucmL/4f3cxtrj2I9k/sp/sb/J0l/wCJc/2H/D0zVf8AxdKX&#10;/lnHb/X85/2/sTAuqj2ra/G3qG9j+CD/AEA4/p7N7FgbSUHiblf5U6rb/wBh/wA31/wDrwNpKw8H&#10;96T68j9I4/1/cGvCjZu9V+rDOLb/AFhRN/h9R7NnYi7jX8Phk/z/AOK6Vyj/AHd24PDwH/wjrgoJ&#10;r6A/j7OUf65MsR/ra3+39kTyYOtjwT+ePzcW/Pq4HsO7kRWn2f6v5dLmoY4zXp89t9LTVFdVU1FR&#10;wzVVVV1EVLTUtPG0k9RUzyLFBBDEgLvJLI4CqASzED2H55VVdbN2quotqI8qmpNSAKgktxrTrdnZ&#10;Xe43lrt9hbyTX00ipEiAs7u5CqiqKlmZiAAMkmg697OB/som6ftNPmi++/uD/FfL91T/AG39/P43&#10;5f7vePV5Ps/7u/s/cX8X3fr16PT7A/8AXLbtddD+H9RopRq+Fppqrqpq192n4tPbTVjrMv8A4EPf&#10;fo/D+qT639weJq8RdP71+q1/Taa18D6T9HxtVPG/Wpp/S6hffRX/AMPJp+hv49F/Jb+mvi31tzb3&#10;/9aiOWQqLn/bi5Njb+pNrD3jOBTA6m3AFOt/j3BLM9hweOCOf9c/7f6+99V49e9iL1CSvaexv8M2&#10;h+v/ADZm+lvpf+vsquf9x7n8+nrP4o/t6xT/AOYm/wCWUn/Qh9u/b8bf3mrze96mo+vAv56rm3uu&#10;2NVgStMj/D0U2udwf/TD/j3XNf0r/wAFH+9ewlZW4UC5UW4+v+82PBPs2BFT0YfiYfPrl78sb/14&#10;/P4NjY/gWB97/wAPXqft697UuH27kcxdYYHliTlqqJLQ0yoI3YVDD9xmjDaj+be22cCtOI6uFZg2&#10;kVp172r6VNqbbb/cpN/Gsgh5WgqNCQMLKRLDP9bOt+fx7T9zcMDqgEcfxGrde9it1Ru+t3Dvj+Fp&#10;T0kWNiwuc+yEFJDFUiGLHSSDzSxkGViy/X+ntNc2h8ASeZI+ytR1tbR7ijle0g/t6j1LBIi17fuQ&#10;i5Jt6pkT/Yfq9l33DCi1dbFJM0R1xkyyMQ7WSNrmQHUQb2+nt6AaWApjouhjEUrIcf6h1I9peQiZ&#10;tUkciMP1KLDSWA0DTxzYX/2PtcrGpA6XBqsQeve+Mjlm8calUF7n+t7MLn/kH3oiqhvPqr0ZQwHX&#10;vfFio4jYED8kc6hYm3+293+3pzr3vgWIGoHng/gj8C9uL/X3s5x1ogEUPXveLgHyX/2mxPq5H4H+&#10;BPvTZ7RxPWmz2+Z69782lrJHe5/Nza54J4J/5F7bEn4gBnpvxD8uve1ptfZOb3DrqIY2p8WrPBU5&#10;SSF5KSlbTC8pdo9TiSKnl8hsCSo49o5rxIDQ08RgCFAJJJ8gBxzjp+C2uLqRI4Iy0rsFUBWYlj5A&#10;Lx697GXF9ebrxUJpNmdf5zc+esYoNzVMVPj9svCwaJ3T+8Zx0FQTPEJVKObKdP19kst1e3L/AAaF&#10;HkRQ0xx1E1HzBPUm7P7Ne6O9VO2ckXgp+KdVtVI9VN00WoedV1E9YnmjS+uRFsOVJGsH/WBJvb+g&#10;9+f4pdz71qzW7t3JtjAQuxMlLDU1uRkhDFGKQ46ggjxyIh+gFUvP0/r7r4UrrWRqV4Vy3n54B/n1&#10;KO0fdI58v5I5OYOYdus4GGdAluJVPoU0xRn8pj1Havp1tbW9/wAqtrf6+soefa+wfwW2lTuJNxb4&#10;3DkmLBmXE0GPwyf8FC1v94TYfT+z/Xg3tX93opJMpYjjQhR9lSQSPU1BPy6lHaPuf8oWyV3vmncb&#10;qav+grFbIR6FXW5anqRICfUdRmyRIISGzG+ksxYfXjUFUfUf0PsS6L4edC0yqMhtWuzzqwtJl9wZ&#10;wElbNc0+Nr8bROrEDUDDY/09rgEQxtFCviJ+I9wP2+X2efUp7b93v2k2wxOvKommX8U09xIG/wBN&#10;GZREf+cfWJq+drWKJ/wVeT/sJNX09r7C/HzonbkkVRhun+tqKsi0eLIjZW36jKjSqol8rWUE2Sdk&#10;VABeX8ezA7rurihvpvDAyAzBfnVUwR9oPUg7byTybs8vj7TyjtltcfxxWsMb/myIGP2knrC1TUOf&#10;869/pZX8f0/4LpUXv9fr7FuCCCmhjhpoIqeniXxxwQKIoUUj9CoiBUW34W3tE7EMSzlnrwIAA+yh&#10;+zoT8PPrASWJLMSW5LE6m4/Pqv8An3m/41/xH9P9f2z17r3v3+t/j/xr/e/fuvde9+/41cfT6f6/&#10;v3Xuve/f7fj/AHj+vv3Xvn173737r3Xvfv8Ae/yP9j/h/re/de/w9e9+/wBj/vv9v7917r3v1/8A&#10;ef8AY/763v3Xuve/f7EfT/W54/w9+6959e9+5+n++P8Avfv3Xuve+v8Aff1PH/Ee/de6977/AN9/&#10;sPx7917r3vw/x9+691737/ff77/Y+/db4de99f77/kXv3Wuve+/x7917r3v3+++n+9+/db6976v/&#10;AID/AH3+Pv3Wuve+/wDff6/v3Xuve+vzb/ff8j59+691733+fr/vf9Le/de697697691733b8e9d&#10;e6979/T/AIn/AHu/v3Xuve/f71+ef9h7917r3vx/3n/ff7378OveXXvfv99/gffuvde98JEWVGja&#10;OOSNxYpLynN1s6m6spv+ePbkRK0cSMsgBrpAII/P/V8+vCn59evY3H9eDezD/WI5B9pyt2Xs7KKR&#10;kdp7YyF7/wDA/AYurve1w33FJLe5HN/apNwv4TQ3k1DxCyNQ/sZf9Xl0VXuw7Huasu5bNa3CniJI&#10;o5Af96U9ZfPN9BNN/TmRxb/EC5+ntIVvRvTmR1CfrPZShj6mpMBj8eTa/IfHw07BrD6j2/HvW7wE&#10;1vpCf6Rr/hHQWl9q/bKVSr+3uyiv8NlbKf2rGD/PrmKuoUemRvpxezn/AKyajf2ja74p9C192bYq&#10;U7m4ElHnNx0wXVyNEMOYWlAF/wAoQPbw33dvxzrkfwqoxx8h/h6C1793n2bv5DJPyRCrn/fc11CP&#10;95inRf5dclrqkHl1a1rqUX8/10gN7ReQ+FHTFbc08m8MTa+kUGcpprX5uP4ri8k3p/3n2oTmW+NB&#10;4cJJ8ypFM/0XpT5mvQU3L7qXtJfhhbWl/Z184bljT7PHWcftHWX+Iz/6iIjn6B7kf4er6n2iMh8C&#10;9lyq/wDCt97oo9V9H8QocVkip5sT4I8VcC/IBW/tWnNEqkLJaLUeYc0/OimvQXvfud8iulNv5n3e&#10;KTyMht5R+YSCEn9o6yDJGwvDc/kh7D/bFTb/AG59oPIfALKIrnFdm0NVe5VchtWpoAL8hS9Pncjq&#10;sfyE9qV5ogNPEtWX0oyt/wBA/wA6fLoKXH3MSuprT3EH9FXsf8Lrdn9oQfZ1kXIxm+uNlP40kMD9&#10;fy2i3sMtxfA3uRYJP4Nndg5JWjdCGymboqhkYPcIk+3mp0JJH+7PdJOYLOUFRHIGrgMop+wVPQZm&#10;+6Fz1CZFs+YdpljrjW08ZP8AtVt5B/xvrItfATY60/xZQQf+SC/sv+a+DPyZo5ZPttjUOYp2d3kl&#10;xm7dqm4YnU6Q1+Yx9SwK/QBCf8PZdLuELkky10/bn5ZoT+zoMXv3ZfdqwcR2+0W12teMNzCo/Px2&#10;gJH2KD1zFZTEgeUXP9VdR/sWZQo9hlnvjZ8gtu0NQZund/VdRBFNFEMPgKzcIKLFJ/mxgf4iXa44&#10;IBB91imia4ijNwixyEEmozU0yeFOPnjoMbp7L+6+0Rs1xyPevj/QNFyfzWBpSfyHWXzw/wDHaLj6&#10;/uJ/xX/H2VXA9ddkP2HJPuzYe8tv01ItYSdxbYzeIjR4pUlUOtfRU2gnUbXA9jbmG4tNo5aWKK4T&#10;xnKfCwJOoUx69Ai55K512hmfeOUN0tbalCZbSeNRWmRrjFR8+svs4O38coK2U3YAk6mCk/T0i1h7&#10;h0wuYzI54n/P0jKGNEXr3sc9rYvyzouk8+iwFr2WRvpYkgD/AHn2iSQ6ioPl/mH+r5dIpJGLU1Y/&#10;1Dr3s0m1sXFBEsjxM0cf+dNrBdQnVQ2qy8u1/Y52ayikEztxOnz/ANN0xK4Wh1Y66P8AvP8Avv8A&#10;X9iteWPHxU8bJdTJqHP9qbyC30N+fY+2yAxuTpx/0V/q+X59F0zluob2aRmP4tY/14A/FwBz7ETa&#10;sMNTO8yF1iqEijkZJdKqI2lBN144YW9zPyNGJpL6I17QP8BA6CnMs4t47Vm4Fm/wDoN971MtLRwl&#10;VieWN5HiR4wzMzePhdX5Ct7V2zdvZHeG9MfhaT7iGmqqlKeorpi8kKRAyWYlG1g647E8/wCPuUGl&#10;EB0jJqB9n5fLHl0FT+oruxrQVP7Ogd7f7DwnUXUu7OwMzFHW/wB2cDkM3HiaMQR11bLTU/namphU&#10;FITLKDZQzKOfY59j/HobM25V7lq920EgpaeaSGlT7uGaplhpZalaeNmco0jhCADxf2VRbxDHPMkk&#10;4LafKvk/D8vnwp9g6TK2UJgYBhx+zoiHxc/mQ0PyV7ETrjbXRHZeDEU8X3+481DtuTDUdHNXU+OO&#10;Qk+zyU1UtPrkD3CXKeylUdZFIa2SCecmjgqamOnkqWdjUQMpVwuqxjYkAD2YQbjFcMaV+X29LooV&#10;kGRj7OrUq6hkjSkjlhgIqp4KWaaOnVAKaZX1qTbhhYkn2pOqdiZPtHeUuIjrWpH+xlyZqpBM0EAX&#10;JUEGmWJGJYxtW6mFgNIt/T2ouLiS3jEiJ3M2K8BkcacOPT0yiziecQlqeX+TyH+rPQN/JTvfanxo&#10;6pq+wtx0M+QxtBUHHx4vHvRx5LJTxYDN5eKkoGrJKeF6urhwrxxXcXkIv+fa47n+OlZ1ZgZd01u9&#10;cdUh8hBTrSQLW0s0jVK1MgdS0hjCA09iP6n2HbrdXWUSMAW8qD/P1uyvXvK/7r5EoM1C08sYNegA&#10;+G/8wnZ/zA3HV7T2l1P2FteHGYGtytZm9yjb8mKhkx8+Fp2xbNjsnV1BrpUzSSJaPQURvV+PZQoM&#10;g2moyZkmlA8kI8cr8tMnpJPKsf8AH2ubcJLm1KeGak+g/wBX+qnRwrSUYm1/kOrHmp0BjhCooFms&#10;QONB/p/r+xg6H6czPb9RkhSZWmxD0sixST5CGqqYUeSnklMZjhbhmCcc+ywvOin9PhxwP9X+Trwl&#10;lhjLGxdj8lWvRZflX8ptlfFbZ1Pu/d+Hze4YKiWNKbEbdfHLlqkGuoKJpIEyVXQwOkDV6s/rFlH5&#10;9uPd3x8rekKLFVWV3jjcrJk1rDBBQLWUdQBST4+CbUZ3ZZLivVuDwq/63tDbbu73yW4XJ1eXDt+e&#10;f9Xp1eKYzK1bR0+1QP8AL0mviP8AMzaPzCxm68vs7Ye99pUG1KrEU08+748GqZBstDk54ZKA4jK5&#10;IMkBxbK+rSdTAD82LqZJ/wC7mQRCGlyYpRQxKCHT7KtvUaubMWQXFvp+fZlNcNQajny/1f7HT7Lr&#10;QgnPRxdKmqiYcLDr1/0byR2Qg3vx+fZjuhvjvuPubbeTq6XM47b8UyQIZsjR1NSPTX5GA+IwsnjK&#10;mhu31B1D2VXF4YYZZlAMieVOPl8/8/TLXQ29RdeAZJF/CKVahC+Z6Jl8s/m11z8Sp9orvLb+6Nzz&#10;7mqMtDSUW1nw7VUBxtJjKmRp4cnkcerrLHlE0WJ/Sb/i6G7r6OrOlslS4rKbtx+aqqoreKhWtpW0&#10;vAlRGDDOzC2lvwfqPaS33WSZyrQMhH2H9h6vFu8t6gc7c8Y9CFr/ACNOhU+NnyK218m+vaXsjaG3&#10;9wYPBVlRXU1Ku4YsctTJLjsjW4yqt/Dq2ugISpom51fQj2CmTqZabA45aQrJEMjUFCFD/uGMmRZL&#10;8lQfx/tvZ6kgKtJTI8vt6eKVAkC5Xy6H+NAaiQsCGMag8n6AtYjng2P9PZuenfi3ne3+v6XM0+5s&#10;Tg1jztVJJHW0VbPPKIaanLL5ad0Ihb7rhTwCp9kV5cOWY6MjHDh/q8vl1pp5Iwoazck5wq/5T0Qz&#10;5P8Az864+Ku/cbszduzd7blrcvt7HZamqdsNgTSxLkK/NUkUM0eWy2OcTIcM7Oyggh1AvzYBO4et&#10;6nqLdh2fW52iys70i5b7qnSoipY4pMjkMcITFUEssytQFrgW0tb6392sLqZv9Cp5VwfUdKFlkdV/&#10;xQqCK1ovn+Z6NH0r25iO79h47sDB4jMYbH5EU4ioc2tGlePPi8blVZxQ1NXTlPFkkW4c3ZTbixId&#10;7uyLU3930hnhVW27jmk9IKSFmnDIAQQWYDj/AF/ZhNO8OpiTQmv+r/Vw69MhXSCagjoT6RAfudSn&#10;/gXKBq+tgEI+nP19nA2L8Qt49q7K25uvD7owOCoqvC0E5pK7FVlVO8lTSx1aOskLpGqCKcLbk8ey&#10;tuYYlkWKoqMf6vs6YcIoWpPD06Ij3v8AzAup/j1vg7F3dtzeWZyspkkjnwC4KSkRFqjRmOU5LM4+&#10;VJfLGTbSQQRzfj2V/fmzavr3etVsvKbhxVbWYivWikq4YJYY/Q0TFEjlu6GXXYC9vav6+le44Pqf&#10;83ThqKd3Ho4fXW+Mb2XsTa3YGHoa6ixm7sFQZ/H0mRFMK6KkyVOtRAtStLUVNOJRG4vpdh/Q+0xu&#10;SqaLPSUoEcggqYIhGq+upWbwMGXVpusf5vb3cbkSK6v9X7OvMTqoOlhAoMKsQQWW9ieFPI/BNjz7&#10;OzgPhPvHsLDU27sRvfbOJo8yjzU1BU4evnmpFpZpaGQPJE8cZ8j0pYaQB6ueb3K7jenGTARX5D/J&#10;X/V5dNfvMpK0Zs5NWOCrT+Z6rt7e/mTdPdH9i57q7dG0t/5DN7alx8FZkMTHt18dUNk8Ri81C1O1&#10;duCjqmVIMtGj641OtTa40kkqzmIn21uWbGV2Xo6ueDxGonVXUKXoI54rCW7peOcD/G3tftm8koP0&#10;cfYM/F/q8vy6XJeSKwH01R9i9WG0tQldRx1MUbxrLq0pJYOumUodQRiv1S/19466tnG8I/0NTxeF&#10;nj0AhlahDeq50sNTXF/bks/haqDzp1WmiQALqb/B1ljS9PpubkNyCb/qP0/P49nqX4I7nrMS+5oN&#10;94CmSpoYqqSIUGTEqxSIrqsTqwEbjXYkccD2VTczGBdItNRXyFK/4OtfVzxHw49pkev9FP8ADXqu&#10;Wp/mWdS0XZ69VVOx+wP4y+aqsJFkQm2zi5KqleoikkJbOrV+JjTkreK5B+nsklLTHGblq8K86VDU&#10;GWqcdJINWqonpKySnkaIuLgMYri4J59vi4kZfE0gVH7P59KUi7iQKFv5dWLRzrV0UNXGrKtRTRTo&#10;rWuqTRrIocAlbhW5sfaw2pQy5Dd2OwyMkYymapqWOeZNcVPPVV8cIlmQXLRxarsAbn2nZwO5uPqT&#10;0oRFDD16a8/kUxOAyuYkhmqExWKrsg9LTWFRURUNHLUvBTlii+aURWW5A1H2cXNfDHc9BtjK71/v&#10;phZYIMLX7jGNpKCviqKiCGglyphSUyCJllRPGLjTqIPsqO8R+K0ejIP+H8v9X7OrVFSM16rtwP8A&#10;Mu6rzfbmL6bTr/sOkzFfvei6/Gcrf7tjCU2dqNzQbVKytHm5K4rDVTCZgIS3hB41Ar7KLj5EpqnI&#10;QM/+VQUtZS2VrMJFCr43Xg/rHI9rE3ONeFf9X29eBAqPPqx2aJpEiYAFDJFJzYi1wQVt/UfQ/T27&#10;7Axsm5dzUeAqKmGjfID7ISTg6Iqmpmhp4mYKSxVTLc25sPfr3cgsIbiB/q/1f6q7TJAr0zbqyq7d&#10;2/lc79rUVqYmiqMlJS0un7ieCigeqmih8hSMySJEQtyBc8kezb7p+Eu7Nrbcrc5/e3E5OmpI1lal&#10;pKKvilZFBOpS7lP2wCTcfT2Ek5mQzaEfvJp/q8uvLpY6Qxr0QPqP+ZT1R25v7H9fUuxt97XyuR84&#10;hq9xnbkdEssSxn7dvss1V1PlmaQKoCH1cG35Jxt6ujrFqsPE9/vAsrC4YlqVHmFrWP49ilboSQJP&#10;p49eVhSnViNZCsbx1LDmnuFP4AmZUbgi1+Pr7VPWeEl3rm4No1E9PQNmRKI62qRmipf4dR1+Sb9F&#10;5QKgUuj0nm4vx7KLh6Gvp/l60mcEdJbsTdMWxNrZHd74/IZePDmk1Y3GeL72rGQyVDi18SzyRQk0&#10;7VnkOphZVNufZot+/D/dWxNm5Pdw3dicvBiIopoqCloq6N5TUVtPROtpXaI81Or8/T+vsmj3BF3P&#10;wDUN/wBCV6W28ayIGDGteFP9noh/Qn8y3qvv7sXA9a4fYO/tr5fPy5CGGt3J/d6OiiONxeUy0ms0&#10;GYrKlleHFMoIS2p1/Bv7KPSZCGsx+Rpgsvmo0DQuzgq0skxDgJ9RpCj2IpLltAVj/q/1fPpwRA1o&#10;2erF3geOohkBXRJcSDTb0qnpOq541f4e111Ns+s7MzlNtNsjR4SWWVPtamthkP3E1QzKVHgLPLpR&#10;L6faFbhdGrT5+XTQmEeuPTgf6vl0GXdfZtF0v1/uTsqvwWZ3Hj9tYuqyeRx2DNMa40dDA88jRCtn&#10;pqZTZbXLD6j2P/Ynxe3H1ttmbck+4aDM0tIs8lVHSUtZG0FJBSTVckxeZiqxqsOm/wCCR7v45NCW&#10;pX16bVFuKsh4Dz/4vom3xr/mQ9TfJzf1b17t7am7NqZmlpIKqFtzSYFYq6abIw40UlMmMyVZK9SJ&#10;JgxBA9APstyVi5KhKQaZKikZqgq1nK0cEYQShQLqoc/X6G/tbbXioPDJr/h/P16qyeGSnmOrBHp/&#10;tqryOdEU6iKwOnVPLIWt/rlfx9ePYpdTdf1fa2Q/upBmcTgsmspyUU9fTSS/cUUUtDRJBGkBEmue&#10;auBU3t6T+be0u67gLaNpQCVC/wAz+3/UOvIcjoC/kF3RjPjzs6o7Iy+19z7rwlKTQ11Hto0T1VCF&#10;ocrl6jJ1P8RraKnSjpKXEssjBiwMi8WvYVO2fjRu7qXCQZ2uz2LydE81NEBT0NbCYpZ/uGjQvOxU&#10;Mgg+g/qPYV2vmFNwuZNBPY9OI4inoeB8vn05QOa14dAZ8Yfnt1N8p8/XbV2lgdyYHNUuOrsmaPOz&#10;4dpqrGUUmLp56yGLHV1W/wBu0+VRATblW4+ly9T1ss9GjwywGoi0CoZk162BJe3NxqX+pPscK7NC&#10;E8utlBSlejox0ccNW4kSQRPcwhW0BRZAOPpwf6W9i31T19P2zXQ4rG5nG4WupI3Bhr4JZ2qbRPO0&#10;kcUBA0xBADc/X2SXUwtoi4rQ+f8Aq+XXjSMAjou/yT+QGH+MezMhv/c+1dy7pwMc9GlQ+3Xx6SUb&#10;VdfR4ynjmkydZSoDPUVgtYngH2u+0ugt09T0ePzOYzGPylNItR5q+koamnhpz5qSliFSZWckzS1q&#10;qn9Cp/w9hqHeVnma3ANB5eXr5/LPSmFVcBzwHl0F/wAUvnH1J8uk3BS7BxebwdZiZ6CN8Rn6zESZ&#10;CoFTBlKvXSxYytq1EcEOIdn9XIZfxf2Dk9X51SeIJLLAW+50qpUCYqkOhTfTwOf6+11xLoEeeI/w&#10;f5x0+8iW+mvn/wA+9HFo6HwvLBJrSGTT9sCzah49Tza21XazHj2O3WXVOT7VNdPgs5h8TWUq03lo&#10;KuknqJj5Wq4YzGtOVVLrSM3+KsP8fZDebiIyq0LVrnyHXgVmNa5r0U35JfJ7Z/xYxWIyO/8Aa+68&#10;xt7ISVy/xzET46OjovtRjpXOQlyNXTEJJJkkjUi9mVr24v12f1BuvqpqOpy9ZQ1kVa7QxT0tBNTR&#10;gxQJIwAmvzZ/x+fbdreLL4hA+ec9Px21HR6Y64/GT5cdR/K/F5Ofrpq6NsKsbV1DW5KgqqyFJ6yq&#10;poXlWgqahFSWSjdlueR7If8AJaaOoxmH8UketqzSwj4Yn7Ob6gfQ3/1vaoPqD14gH+f+qv59CRUC&#10;wp9v+To7e0IJKelnRw4HkOjWSx06nsATybD2St1JckK1h6GLG4JBIJ5sLn/efYeuxV3fzB/y/wCz&#10;02GOuoHDpYe1BtuInJQ/2jeLgkCy/cQcf05A9sxgsyH5/wCTpVKGeD50r172eHq5SaS1+fr+PqYa&#10;E8f4m/s+ttPi9vCn/QXQdvaaTo/ix9madJjcbaYQbf6n+vP+cH0/w49jVKthH9Pon5/oP99/r+zN&#10;PiGeiiT4z0HqOGEvPPrsLf1P0/qf+I98x9FH1J+n05tb29qAPccdUQa3016wEXLEcG9zzY2ubfUG&#10;549utK2uwHFuPyfwfp/sfe5U0oTXpUIP6X8umWp9Lc/m/H+vb3PjsZApJHB4+g/Nrf63vUgoh6am&#10;jKRkkjpvJ9OoD/Dn3ORQ8JIFwx4/5KPtDMTRT8/8nSixY0z/AKuP+brCD46ix4KKR/ibhTf8cC/s&#10;oeUpzBVSM1rSOw+g4KC/H1uTz7qxqj08j/l6OoiRTox1M+uNLXuEH+2P04va3/FPbbPEw5X83J5O&#10;m4HHttFrk8Ol0UVaMwx5dSAw+n5/33+w99RoGtqP5+v5At9Pzz7rMTGjvTpScCtOu7/0/wCK/wDF&#10;P6e3mmcwAR3D08t/I172L6Vdgxb/AFPshklYmtP1POvl/q8v8nXkQn/SdYnXUT9Qw+n4+lyByL++&#10;PgkhrKd1a1NJPEEP9kM0upRq4v8Atj/X97ikLPGTk16UaBQHiKdeLAo4PJCni39Fsf6/k+1thlvX&#10;3CgWlN/8P3YyR/sfrx/T2pn4fF0VTcTVq5/b01VZ/Y5/K8D8/obnn8C3sXsMlqmT+mmQX5H9kc2+&#10;h49k8nDPGvSBl1E6uOekdk2/ydOL8p/Q8ajwPz+Pp7VFHcVDXW/pccjn9Dn+v191Z+2vp0lY0BPS&#10;brUvALNYFkNxb/Vr+bcAfj839x5dBl/Tptq+gX8J+bgj6j3dJZBiuo/Op/2ekblD8dOs6xDx3va5&#10;HIJHBf8A2ABt7D+vUO7Ag+rSfr+Qifn/AI17dimKvqHl/g6uxOo/LpZ0yhY15FuebD/VMfp9SPYV&#10;5K6TMDxwv54+igc/7H2fW8y6ajKnpuvGnSiiF0Fv6n8fqHJv/Xg+2Grtr/1yLn6cfj/D2fjpFq7w&#10;x6zRXt9Pp/vrXtf6n3ClAH0/qL/8k/Xn88n3YdPg6gD1lHP+H+3/AKn/AGB494W0LEvIU6ibXFjc&#10;XH+t72AScdbArw675J/r9PcJgHLkH/dbck/nn6/X1e9da65fQWP9b/T6/wCxvyPeEqAF+t/T/r2I&#10;5/PH9feuvdd8j/ev68j6Aj8n8e8UtyI/xYpx/U3v9Pz7917r3A/xv+f6L9Pr+P8AinvjEbuxJtdG&#10;P9OSG+n+3/33PtwMAM9IpHAdq8euyCbcD68fn62+tvwPbdK14xxxxYH/AF/p+Tf2Zxf6H+XVH+E9&#10;dgH/AGPP0HA+n+P+N/cOVgKYar2HJP5/XYgf4+zxFNFUDPl01J8R69/aP+9G/wBRY/7b20H6oB+A&#10;3+A5+n+9e1kTlk0Hy6Yc4A65G5vz9f8Ae/z/AE9865j9wR/tK/kfhBz/AI/X2zKe+vpT/P1TrlGL&#10;r/xr68nj+g94qIA1EfH9q45+nDf4/i3tQumnacda+3rpzwb34/BH/Ef4n3GmA1uTyAz/AO39XH5t&#10;9PbnGNvt/wA3TTqSU+3rkpItb6kD/W5sL3/PvlT/AOfi/wCCp/rfqH0/1h78UGvHp1sU/tP6P+z1&#10;059Lf65/3r/W5v7bMil6pzbkSNb631CR/wAWP9felHx/6Y9ajWiv6av9X+DrKv6V5vwOf9h7iUPF&#10;Uv4/cP8At/MDe/F+D/h7fQEqAOr0rwHXbfpb/WP0/wBb3C3Adc9VyOY5gf8AWIcf6/tu6bw7WViO&#10;HT8dFHcPPrpP0r/wUf71z7K7lv8Ai5S/Q+vn/WCL/j+PcVbp/bN+fSnyk/Prl7gp+lR/r/73f/Dj&#10;3tiNKUOR1VeD9e98kYH9P4t/vufbyPq8sjqhBU9e98NJS4P5PH4/rcj+n09rImJ1/b0xMfh697xW&#10;/eP49RH9fzx/X6/63tz8P5/5ekf+h/6vXr3vJpJIt9R+SbHn6f0+nvfXpfw9e9yFFwbkWF+Rz/r/&#10;AOt71+XVKfs6976bT+nn9X145PIvzfj/AGHuh4j8v8vTclKw/wDNQde9nO6WNuqM/wDknM5P6c/8&#10;w7ixf/Y+xJy98N7/ALf/AI6vSRf9zJ/sP+Hpmqx/uSpf6BIvr/1EG1v8fYlp/wABNp/1G3qH+n9D&#10;7ObH/cS4/wCeof4R1uL+zf8A56F/wDrsfrrP8JpP+hF/4r7h1cZ/unvcfS+dH1vexojYix/Pszl/&#10;3Li/5pt/k6USCu+2/wDzQf8A491wU/5bj735o5Lfkf52P/iPZFMiD5nW1zrP0/5B+lr+w/uorFJ9&#10;n+QdGDAmMAdPfuwL40dCtt5absTeVEVz1TBr25iahDrw9JPGb5Krjdf28tVxN+2jAfbRk3PkbTHB&#10;vNfMXjltrspf0+EjA4rUdoJ+JAcPxLMPSpPRj7tnsRJyjBb8+c4WZXmiaM/TW7jutInFC8gPw3Mi&#10;nSU+KGMlH/Ud1jaq2q+sMZ4B/dI/Itcxgjnn8+zo2/33/Ee496y+6bPf/9eiSoMq3DvBH+dEuoMf&#10;0E6QPpcN/t/eNA6m3gAPLrf49wtIvrUMtyBcD9v+gvpuBcgD37rXXva+6jdY+zdkSNJErRZyNzLJ&#10;6adx4ZdKjVbUU/PsrnjrHcLwGk9eWolTSdJr1inF4ZhYm8UgsPqboRYf4+37tsGTc9e0Df5yeUSX&#10;u6kGoqWLQEfpJYcH/U+72eADTNOk6g+KzAd3/F9c1/Sv/BR/vXtE4fbOZyvopKGeRbsZawQSPTU9&#10;NdEeeWQIxQQqwZm+gH09rSQHyfLpSkbM9APLrle31/1vaxTGbW2xTl6+vpc7kLG1HiKyGZ6SqCXE&#10;VdBUeNtNNUQMkqjn1Ae29bNwag+zq/6cYzLU/Lrr/eOfz+f9ax/PtOV27MrkA8FGtPjKNS6Rilge&#10;jleL1AGdoJCryMjWJ/NvdQoHHJ6TmVjwwOu/aaUayS93uzapAPUSAbkufUQf9q9uEEAsePXipoSx&#10;z172NPRU4p+waMoLKcNnFBuf7VBKtv1Ac3/3j2kmdvDmUmiD/Y6UbezeM61xpb/jvUerTXAV+v7k&#10;J+l/0zRt9P8AYew87DhaDc+Vi0hVWdAECkKv+T054X9I+v8At/dtpYMITJntP+Xor2zvkh8QaqKf&#10;8vUj2gw7anYk24/LDkBgOfpyf8PapWVjpHx/6q9PwHUimlG697xQXu31/HH0P5/P9P8AD2+dP4uH&#10;T5pTPXveLS4FiwZWLDTGP3lNyCzf0DH6e0UzkTsFbFF/z/t61WhB697VG3tk7u3VMkG3Ns5nNozi&#10;Mz0dJI1LTv8A0qsjL46Kl4P1kkUX92Scae4gUFKVFD+0Dj6dCzlvkTnPnF1Xlnlu7u46lfERCsIY&#10;eTTvphU/JpFPy64s6ILuyqP9qIF7C/F/qbezDba+I+9smsc25s3iNtQsIz9tArZvJxXCtplip5KX&#10;HsRrsSlU/P4ta9ZLqKrFV+3iPyJp2+dCcdZBct/dL5rv1SbmbfrTb0Kg6I1a6lBPFX7oolI8mSSU&#10;fL1hPkIVuIw0ptcEWVSeeCW9QsB/Q+zDbV+MHWm3pIaqvhyO5q+Ixt5stVNBSCRGDhoqDHfZxNHr&#10;S+mZ5tXK3t7L2nd/iJx3dtQtfMEUrT55A4mooOp65f8Aux+12y6ZL+zutyuAwYG4mIUEcQI4BChU&#10;/wAMgkFONR1Fkr5m4ULGCbCxDP8Aj6E3W/8Aha/sd8ZhMLhYhDh8TjsZEAl0oaOnpb2jEd3MEQZ2&#10;KC3N2I+p9t6DVc0ahFQAAfsqRQj1DEnhXqa9m5b5f5dhNvsOyWllCeIghjiB+Z0KtT8zU9Q3lke+&#10;t2cE3szE/m/6RcWJH9AP6e3X/bf8U/HunR169cPfVvfvn17r3v3+9+/de69797917r3vv/kf++/p&#10;9Pfuvde9+/oP9h/t/r7917r3vr37r3Xvff1/p/vv9f8APv3Xuve/f6/++/Pv3Xqde99e99e6977/&#10;ANh9f+I/3v3rr3Xvfv8AX/335/3n377OvfLr3v3++/4r791vr3v3+8f7b/efz791rr3v39Lf8jNy&#10;P8ffuvde99H37r3Xvffv3Xuve/fj/ff1/wB79+8+vde9+/p/vvp/xPv3Xuve/f09+691737/AHw9&#10;+r17r3v3+8/77/D37r3Xvfr/AO+4t/X/AG3v3Xuve/e/db6979/Qf8V/3349+611737+v0/1uf8A&#10;iffuvfl1737/AIrf88f0/wAfz7917r3v30/2PH1PA9+691737/ivv3W+ve/f7x/rf778e/da6976&#10;9+691733/vv97/1rc+/de6979/vuf8P63/w/1/fuvde99f8AFP8Ajf8AX37r3Xvff++4/wAPfuvd&#10;e9+/33++/wBt791vr3v3/E/k/n37rXXvfv8Abf74f19+9Ovde9+P+HvfXuve/f71/vuPeuvde9+9&#10;+69+XXvfX++/x9+691733/tuP+N/T/D37r3Xvfr3/wB7/HP+v7917r3tlr9vYDKav4ng8PktZu38&#10;QxdDV3v+rUKmmkBJ5+o9vhqvR6hT5A1r/wAaP+Gv7ek13Y2V+hivrOKaP0dVcfsYEdcxNMosssgA&#10;4/W6jj+gFuPadfq/rlizLsjbNOxuS1Dh6DHkk3u2qihgYFr8Xt/re20jEbKUjWppmmfSlcEkfLPz&#10;6B1z7X+3F4GE/Im0VbiRaQq3+9IitX51r1kFVULe0rf8hnV/rE31WHvG3WGy/E8UGLakWUqXNPV1&#10;68oS6sElqJ0FifoB7MLXc7q1YhNOk/h7QBUU4qBT8jT5DoF3v3dPZ+9Lk8qGJ2/33c3SgfYvjaB9&#10;gWny65msqP8AVhrXtdE5+n1Fh9be4dV1Zg6gMYK3KU7AnQxlpZVtwD6WpY5COOPV7PLfnC9tdIkt&#10;oWQmtArCmfXhx9Vp+zoDXv3Rvba4d3tt13eCvBVlgZB9mq3Zj+bnrpaqT+0Fbjn6g3sD9AxA/wAf&#10;fVF14+Np6yKkzLmSpjRImmp9McTq5IYiGo5JDWNgv9f8PY42P3YO2PK8mzEq6jVok4ac8GT/AJ+6&#10;jvffuT224Oh233CaKBCaLLYrKf8Ae1uYh/xg9NGSoo8jLSPLo00sruUZAWkWSMpo1knTY8jg/wBP&#10;8fbR/cXd2PlNRidwfbzr61lpchkqGpRxZtQeFAUP1+jAgH2OIPerly5A+osr2NzwwjKa+hEmrjjh&#10;x6A1/wDct52gJXauYtomiAwX8aEn/aCCZf2v1FrcLisnTPQ5bD4nJUMqmOalrqGlraaWI3Vo5aeq&#10;geGRSLXBBB98MxR9oVWL/h9VX5rMl3kLtXbhkrqYK8egMsNXkRKr3Yj9B9Jt+fauH3G5Mu5B4m4m&#10;I44xsPy1BSDw8m6jPdPum+9NtOY15cgvLYfjt7u2Ufmszwuf9qvTPhNhbK2/kHyOD2htbAymJUaX&#10;DbfxWLqpNMolKyS0FJEzR6rNYn9Qv+PaBqNrZ/H4lo6jHZAVktTJJJNR01RIv28kBDRvLEkjAB1u&#10;QfT7PoebuXHp9Hvds3qDIFYfaupegZf+x/uvscqxS+3W6t51jt3uFH2tbiRP+NdKxWM9dqKMKeOJ&#10;VQSr9Z1lJEiE+k+g8Ec+0o0+49psldRZ6vwtdUqpjNDkchja1qGW0ulnR6aRgWhBYfTWAfqB7Nf3&#10;0GiZmuFeHhQUIr9lSPT/AFcAdue277y+5i3/AGaa1JxSaBom1U9JFB6x5HCbe3TA2OzmAxecoYpS&#10;7U2YxlDk6IVKK8QcQVcNRGJBHOyg6QdLsPoT7jbi3jn9xYYYrL7syeWi88FZ/uWzVbXGOWGJlSFv&#10;u6icLzI3pA+rH+vvcN9b0pVcnhx/wdFa3ETiiqBX/V5dRMBsPaG162St23tDb23ppYZKeWTBYHF4&#10;lpUlkid/IaClp2kDGnjvcnhR/T2jauA0tDT0/wB7SN96kdX+y7WQJdTqX02a1hxf2tS7csDa0r6E&#10;f4OHV1+qRw1sKv8Awla9KuMh5HLRuvjZkBYCx+hJB9X+829yqfK7q2nHTz4bdWRxaZFTOFw2WydD&#10;NJ47xkzmlmp/KyBrXubKSP8AH2S3V1I0jFnow8uHSgByuqVkDfw8OmzJ7f23uVDTZ/b2IzcMB0rF&#10;msVQZOFSSkn7cVbDOiXdFP0HKj+g98ty7zyO56DERZnc9blqrHx1Ec7ZfMVWREUlTPCyiMVNTUNG&#10;HSEFhwSVH9B70JnMLEAFvX8X7ft/1Y6baS7YCMqvg140/wAv+m6xbf2ntvazVq7c27hMBDWSRPLF&#10;g8RQYmOdoUdUaoShp6ZJXTyNpLA21ED6n215inNDQUGOhrKeKsxn3IeSaRvGfu5IpR5BYSH9o2Fw&#10;OT/T2Z21wNDFmQn5/wCr/VQdaH6SitKjp5j9ckkul9Eugiw59AKnkf7V7krnt8bKklx+K3tk8THI&#10;I9cOIzeXxtMVK/cXENPUwKSDOzc29TE/k+y2fcYDIFon8s9X+shUgMF/l0z5Pau090inn3BtbA5x&#10;6cyGmfOYXGZOSnZtMchhesp6gxF1iUHSRcKP6D237jz+T3M1M+Y3PLkq4E/vZfJ1WQqtKxgRhJam&#10;Wab9IFj+BwPeo76Jq1Sr+Zx1sXUbgURf5dTcPg8Nt2lGPwWHx2Gx6M7x0OIoKTHUaNLI0krJS0Uc&#10;MCs8jlmIFySSf6+4+4USI09HRZHGwxiKKZxUOCGeSI6zCEAtIW45W/tQ11WJyMt9n+r/AFfl1sK4&#10;KOig/LqfASbsyOCWIBAI4v6b2PIIH+t7zDeG/Npw0+Nx++8niY6qNJ4qfE7hzGPoitUvpKwU9TCh&#10;mZYQC2lr6R/Q+0fjsajw2/Z0q8a6U6BbtX7D0x5TZ+z9xTrWZzam3M1VQgRR1OYweMyNTEkbO6xp&#10;NWU08iIrysQAQAWJ/J9s+4czPurKY2qr89Jk8gaGixMlRW5Koralqz7iVmkllmkml+38s7MR+oM1&#10;7XJ9+ildTTwyE1ZFOA8/837eqF7hyQ8BCgd2OA8+nbHYzH4emNJjaCjx1Gjs8dLj6WCjp0AREUJB&#10;AkUSkJGFFgOAB9APcjPUxkmwdMlXi3qabH0FIWddcSMkkiEutmIZZDz9Tb3eSeOrgOSnzPWtVsGG&#10;lyTT8R6kw8LKxVxeR35+rAgW08/0Ht9pN89jbY+3x1Hv3J0NPF4mgoqHP5mkofsYyI/HT0kVZBGq&#10;BU0pZQoHH19sPcxoa+EgU/Kn+r9vVzeTQ0XRHp+zpNZPY+yNwTmszWzts5arNwavKYDE11XydRvP&#10;VUs0p9XP1PPPtHZ+aq3BuSPOVeagr6qsyFPPVmpq5qir8rzxD993eR9Shbks1/dvFjKlFAr02ZEc&#10;jw6celDRUdLjaKCgoKSGioqKBKelpKWGKnpqeCFdMUNPBCqRRRIosqqoUDgD2oN11Riz9ZHDWYBf&#10;HMiI1SpM13SK3qF2FtX+293CqI8r31/l157Z6kgivXqW5gjZlkBK3ZTxzzcWv9fbieyexsBIcNT7&#10;9zEX8KtHDTYrP5yno5BVj7h/FTx10Snx+Uk2W1yx/PtKLuVhR44afIAdWa83Ru2WO3p/QTT/AKv5&#10;evSZrdgbDzNTNkcrsra2RrqsxtUVeT27h6ytmMKJFF5qiopJZpDHHEqrqY2VQB9B7DbcVf8AxnNS&#10;5CCtj0zeLzyzys5tHSwU8d2u4FzFbk+1sbqoAaJf2dWIZqGRQK+nSuhjWGNY1ACrewAAHqYsbAWA&#10;5PtY7wpYEz8s9FmMPC7wUaxs05ChxRxB/IAgJ/UfbJNwoAelPs6ZMd5G4zH/ALz1HpJGaBdUUqkN&#10;JwygEgSuAQNR+o5H+Ht9bfvZWCr4cfVdhZ+opFp4Hkgh3JnGpPA8d0iED1ixKF4FituOPehdqFOh&#10;Ur9n/F9Lo729hxVP2HpNPsPYlZP/ABCXZW1XrvLJIK2XbmHatExZg0wqWpDNrckktqub8+05iIY5&#10;dw0+SOSgMr133Uq1FRqZ2kmeR5DcnUXZrkk3P9fdJLiPuOrrYoTqqNR6VMihYGiVCFEegBALABbA&#10;KOOAP8Palemq1yiT0udxdJPJkP2HWpliliZpy6SRvGVZJFNiGU3BHHtO11GUOkn/AFfZXp1VrU1H&#10;HrERG0Dxy07yxmEh0eNXWVCulo2V/SwYcWPBv7UX99t+UtUaKr7A3FU4+FTSTUh3Pm5KCeijfwyU&#10;y00tb4JIJoEK6GXQVNiLeyJrl/FlAjSmr+EVp+zj06brcgVTRF4Y4dmaf5+k2uxdj+dclHsra8WQ&#10;+5XIJWrt7EJXJX+TzrW/dLSedaxJzrEgbWH5vf2kIJfPuM1cFdETU5MGVHlLxrTzVSvIJEBsJP6s&#10;bi3twSK2DQH5CnTNZC9ZFof6Ip0qiumn06T6IrACwN0SwsLj+ntQ1L1FHuCp+zytHSSfflqSogle&#10;GSN/KviPmiYOCJACNP5HHtV9dF4SQsi/5P8AD/qz1quk0WgNeoixRz0gE8DSpJDomhlRXWRHSzxv&#10;G6lXDKSpB+o+vtWS9gb+o6qqo8hv3cFdGNcFRTTbkzU9G6sgVikFRWlNKq/5HB9sPfQKy6LO3qP+&#10;Fp0oW53GMgJHDX5p0lKfr3YUTxVtHsna9HVKVlhqqbbuHp6uNgwcETwUayhtS3Nj7R2Lalx+bWan&#10;yFE9PL5RCqzhpl/Y0EseAbsx+n49lVxeyTSO1GQHioAA/IdeDmR9cyqJfPSKD8h0spFMkOh0N/Sb&#10;kcfW/H5H09u9WKrBZusNFlVoKmnMPimSrlgmTyUy6/HJGUdCyTMpta4ax4N/abxJCB6H5DrxUqcd&#10;RilPXUipUUyTwS8vDNEksbaX1LqjcMjAOgI/oRf8e1lLvPelNW/Y53f2fyePVV8tFUbky1TTVCPE&#10;JgJKeqq2hmEcjIQGX9SgjkD2yXhDEeEPEHnT/V/qPSj60Q/oMBVfn0l6HYuyKN0yGI2VtjF16ljF&#10;XUe3MRSVkTWkgJSppqSOdGaJmW4b9LEfQke0rgjj8dk4K6WfVTSzMaqGWSNtMYEmkuG/bAZzxe49&#10;qfHeRSA3lj/V/n6pr8VhpGP9X+r/AIvpU1SSy08kcfpfQRG1yvqNgD6SG4/2/ueKzL4LLxT47LRU&#10;Mscn3cNVST1FJU00chLRP9xC0bxgKeCpH+Ht8vboJPFYl/If6sdXVbWMFrjX4v29RamjocvQzUWR&#10;oIK+iqYmp6mjraeGqpqlCCskU1PULJFLG9rEMCCPr7Wc26t5TqKLO7zzuUxdTGGmgqM/laqilp6l&#10;TrhSKpqnhc+IkEFSLG309pvq6HCAn1Iz/q/ydUa6aPthAp/S6S2N2BsPE1P8QwOx9qYbJRm0dZjt&#10;tYagrEeN9at9xSUcU4USWYer68/X2y4ymgpsisiVlOKOsnWma0jB0pZ50ZkkKto9KXve4v7bmupp&#10;GLYxjh0nlklnbXMF1fDjpUVGpqdwYnaaKMyqCo5mSNtJS/5LW/p7e4clX4PKNNh80MXUPO0NPU01&#10;ZUUlSKFqhWSRKinkhkCholYMDbUoP1A921mQaZP1F+eOnY0INAQCT0112Lxmcxv2eaxFNlKR4dVT&#10;Q19HTV1M8rQtFJFJS1STQvqjkZSCDdWI+h9qCq3humvWWg3Fu/NZuhl1hIMhm8lXwNEbxrVxRVtR&#10;JEJEVm0yWutz/U+2Qxhb/FbeGnn21NenmmvYjptViKeeoVNek9ievtiYKdMjtrZO2tuZAJpaqwm3&#10;sNiKrQxjkellqaCjgmeGR4kLR6tLFB/Qe2fGx0tJVuUrITTjywwx1MvkeVXAVJWuAsrKx+v1/p7e&#10;+oupE0OaJ8hT/L/l60rXEi/rRxj/AEq6elNVh5YQDBIZfS7tH9FKEFkB/UNSi1uf8fb7Q5XNbeyA&#10;mxuXGNMJMS1GMqaigqnEiaA0c9PLCxVQ1n55HHujh5FKjj88/wAulEcMqBvCUAf0u7/UOmPK4PAb&#10;mx70OewdLmqKpCvNQZihpclRFonWRVlpayKeEkMupPTw3PtUVu8dxZRjjd0buqs3QOv7gqsvX11M&#10;CgWdNAramWMXlVCbr+pR+QPaE1/Dbxqf9LTq5nukxpT8l6TOC652NtcPkNl7EwW1q5iLnDbdw2Gq&#10;JP1wnzHGUlO76YZXA9XCsfwTdkwrRUdTHPNV0awtqFS00gMD2SRIzGG9PoLC97er3d2eYEMMj0HW&#10;/Fec6ZQtRw7elVlUaelkjhp6ry+nwiIaZkOuNnBYHUNSqfp/Z9rPHZ3P7bqrUGfTCyrp8k1DV1mO&#10;edSGZFDQSxPJ4RKfr9Lm319op4o9RJSoI86f6h0siAQ0I7R0js3tfam9ccKfcG1qTc1HIXC0Waxe&#10;OzNPCwZNZaCvgqYEMrQL+OdIv9Pblld17ozLx0+5dwz5OCMXX+JV1fVrEjIFDQ/ezzLGzotjYC9v&#10;ZdHJBbAkJQlq4AFT8+HSiWdYGTgKt1C2511sXakc0uyNm4XbUkyhJF2/hMVh/uPG7uqVAxdLTGZI&#10;pJWIDE2JP9fZNPkEqJDSwedWY1JkULJ6grwSaWS1zZvwRz7dW7DRM4X0H8ujeKZXiTt8/wDJ0NeF&#10;5pNWkrc2PFuQSD/Tkfn2Ut21KiE2CzXW31a5tdje7A+w7cmsxow/1D/P0zLq1LQ+fTx7Uu2llSvj&#10;4LrYXY6uAHgsVvb0jj2ZWoV0jFO3/ZoenlBCD0/1V697PH1hEy0Ecv8AzbUGwPH7VExvxa/H+8ez&#10;S3INxIB6f5uiXcmUwtQ8ZP8AP0ldysDEiH/VKebc8Tjj8/nj2MYOtAD/AEFv8LXt+fyPZgnxjoj6&#10;D+RdLGxHDWNuDyw/JB/P+HvtVte5tf8A3oc8/wCv7UjiOrJ8afaOsLt9Pzb/AHtgQVH54PtyiXSL&#10;hyefx/S/9fpyT7rr/S00/D/k6UeP/R/n01zeqQ3UDkWJH5/wH14t7caZwba1J+n6eG/UbEX5591d&#10;dMbqrYr55/Lq5K0dCMD/AIvpsnVtYK2H+v8ApPA+tuOL+5cGqIXc3WMejTYKdX1LcWIJbj+ntgDU&#10;aHr1tiTPp1GqdMptFYSSEa9XLjQRp0c6lIA5/r7KlldcWRqaOts0gYMukFRGHOsX8h1W8YH+39oh&#10;kgj0/wAn+foU2yroKso1dGLpir06SxE6SvJuDqt6SRp4Nmv/ALb2x1Qqo5l0I0kYtclXYEAWI9Nl&#10;9uVVV4gDp86Yx6Af6v29Sk0sDzY/UfQfU/i/P/IveWOxJdtN7AnSRpDD/C5sTf222ainHq329ePA&#10;FrixP+2/1vyB7cYhwRc3/wAP6+k8250+ya5CvRljovl8/wDJ/q9evKVDAkdvXBib3P8ATj/WPt8o&#10;tTGJWU21r9V4BUi7c3UNb829k0i6JHbXVFb8xwP+bgfLpWjppZSO0j/V/qr5dYntzb6lT/Tnj8/T&#10;j2oqGgkhqUnj8hjeoBvc/pd1vyABZQPatdwMx8Omf83+T/VTpFP3Adoz1BqGUxMrWuI+f6XCnk8/&#10;Uk+xYwDWq5wr6nPkNrhgqgLcgW4t/vftiS0WVA5XB/w/6vsHRPJHqrTh0iczMY6eO91UaBewFyW9&#10;Oo/n6e1ZRjTUkn/UvzyPoh+vFr+2WIpU9IX+E9Jyt9dKAv5ePjg/2x9Lm/H+8j3Al1GcgKLXNiAb&#10;Cy/Rr82v7XRNGIRqbFDUVz0kZQHElcef+DrKFYJ/aJ9JBFgP1fXni4sPaGzKssoACAD66QVH6Yzz&#10;/sGHtJbIFFMk+vTwK1Xt6W1E4dCxLXP0BIJ+rjj6G5Kn2DmU8izTuSCToP8ATTZVHsSQaUxp6W+G&#10;F7QMdKiGzItuALn/AF7k8/1/2PtnqHPmA9P9n6qLfpAB+nFrexSvhugIXH8+i4ovGnXaAhTyfrbg&#10;k/n8c8/X3EqCTY+ofSwNz9Bybcfk+9CleC9UqK0otOsi2tx/U8/8U5PuM6/tD/g3H+uF5/1z71gN&#10;Ty6oaajXhXrnfn/H/it/979xbMNY/wBob/evr6h9PdfXqnXf1Ivzzz/vXFj+feMEAhTyfGCxtxqB&#10;I+nHPvXXuuyCf9a9hzew/wB5/oPfVQQAOPohJH05vYGxuLe/enXuvL/xI+n5H1P+9f7D3BjciR+L&#10;qFbg34Oki9gf1XP09rIgCik8evBVJqVB67Nrf6/+3IvwP+N+2+S9gAf62B+l7g2549qUYsVFe3/V&#10;/wAV1UojgEjrkP62H++J+lvx74VK2givb6NcWtzrH+sTwfZvaH9EMD5/6v8AY6LZRR2pwB66H6mF&#10;v6D+vFif6cD2xswstj9fpf8AHN7XPtfAGJYj4fPphhUV8+uZvc3+t/cjIAipa4/sx8fX+woH+x90&#10;XVK2OP8Ak60tCBQdeXhPr/UX/wB7BP8AT3CpT+9Hc/kfX6/qY/T63v7M6DyHTgABx59eYGxtz+Pr&#10;/vX+Fjx7wS8l+b/uN/r25/qLce2pBRuFD0zJSuPPrItrf0va31H1/H4PNveSjU+a44toAJt6fWvA&#10;44PHttSfEUeXSWUtUKOHXT20/wC3Jt+Rb6+4lZp8s/p/MoH+F2P4AI9qwcfPq0R7W9a9c1vpH44/&#10;xP4/r/X3CpUBq1stuNRFz9fIPyf6W/1vfqkZB6dUkEEddt+k/wCsfbTuAHyz8FdSSfk/kPf/AGFx&#10;7S32v6OetKV/yjp0fi+3rpf0rzfgc/T2WXK3++rARyJhbjg2AtY/63+8+4p3Fg1y32n/AFfy6Wjg&#10;ft65e4FhpbgEcC5F/wA/W/8AX3qOpRa8eqOD5DPXvfgtvxb/AGFj/vre1Uf4K/On+Xppq1z173jN&#10;3YsCPra5/qPqBYm3+9e1aa1LaR1VwBTWOve/GLgkWLc82/2I/H59qa8COHSVuJxTr3vtEKag17Xu&#10;fp9W/wBbj/jfujFW889NMVbic9e98ufxa34+l/x/sfz7b6a6975OAVfjmzWBtwLHn63b28vwz4/0&#10;Nut48h172czpA/8AGKtxAm5GVyxv/S22sV6jf6/T2Jdl/sZMcUb/AAjpMafVjt+KP/n7pmrR/uQp&#10;D/ywH+v++3HsTYwPsNrEte2Axq3BFidIA5JP49mNtq+kutPw/V5/1fb0yn/Ej/nsH+TrmD+5VDm/&#10;klI/2Cg8D/Y+8VUnk2pvdUV2c5pVVV9TsTRsoHGpidRtxyx9mJbRNGGIBERJJGCpOAAPXyFMUp59&#10;Kyjzb/aQwxl5niYKAKksWwFA4lvJesAP+XY36WNJNx/Qh4ibf4Af7b24dF/HQUE9Dvnf1IDkY9NV&#10;gNu1KhloGvriyOYhYHVWpa8VOwAh/VIPIAscHc7c7RXLS7ZtEmuMEiVweJ4USvEcAWWuo0AHDrov&#10;9377ui7ANv545/s9W/Lpe1tHFRbHik844G5GGjj4W5o7D6jStvJqqz6xQn68NJzb8+lCLWJt9f8A&#10;kfs6fuIuszOmv37/AIpf/iP6/T37PXvy697/AP/Qpb31t6j2vlmooMni84fRpbGVkeSAJpqWUEss&#10;UX1M5H0+qn6294yRtqUNQqPnjqc5kVDQEHrf1jfyIH0ul7+mRdLixI5Xm17XH+HtCrE5VifHo5tF&#10;HcyDk3/bsF5A1fX3fpmnr1z9iL1dicjHvna+TkxtQcVR5VJp8k1FMcdTKEkDtVVjR/bRIrNYksLH&#10;2VXjYkUfEfL8+vOG1qwTAHXCTlHA+pRgLfUnSfp+b+xI34Nk4/N1OTrspDuGaqvHT0+2K/FZSkpp&#10;xNLKoroHKGNkF1kCkkEgH3azLkU00p69UhMQkZi1fsofXrqNiyKdLJbghwQeOCQLn6/j2GOY3rlM&#10;lAaCjSlwlHCrJG+CSXF5CpgjEkS09ZJDUtDPNLC4LqBZpFB/HtYEA45T5/6q8enGlZsLiL5YPXMC&#10;1+Sbm/Jvb/W/oPaFMcuoyzqJhISpEal8i5Y6vuqzUNTE2Pkf8ufajiMdezxP+z137zrFGvJMy3DF&#10;VLA21cBdBH19pa9Jh173iD6bx+JhcEqzJc/XSbtf68W/2PtT0p+VOvexV6b8kW+8fY3IoslGCC3I&#10;enYC2kA/Q+ye6FfGH4f9jrdkp+okU8NLf8d64SfoP+w/3se2nuSlek3znYAunRU062YG/NFRt9LJ&#10;/X+numyvH4UQUnKn/L0WbaKMn+lb/Aeu0OpVP1uB/t/z/vPsNKPHZDI1sdBjqOrr66dhHBR0VPNV&#10;VUrEE2hghRpnYgfgX9rdRIHAjGcE19PMV+QHRptO27lu81vYbTYT3V+/wxxI0kj0FSAiAs1BxABo&#10;OuRIAJJsBySeAAPqSfZjtlfFvfWdEVXuKal2lQycmOp/3IZl0/shcfTPHDTa1utpp43UgXQ+9tdJ&#10;EKaq0oaU9fMHGr50rQ8esmOT/us86b0EuuaLyHaLM50UE9weBroRxGoNfxS60auqM9Qpa6FOEPlb&#10;6WQjSDx9XPA+v4v7NJtH459Z7VCSyYhtzZFCNdduJlrYbj1WTGBIsWiem6hopHA41Hn2w9x4rB2q&#10;gpWhI1VxwIqSKnHaKDOeJyl5U+7/AO2HKojl/cQ3C+Ff1bwicmuf7LStuKH4WEOsfxk1JgyV07kh&#10;SEU3toBLWJI5Zhww/qLexzip4aaOOmp4YYIIlCRQwxrDDEo4Ajhhssax/gC1vaUuXqTxpTJBJAyA&#10;SwAp9n8/OZ0VI0RI1CxqKADAAHAAYx8uoZYklixLE3ubtzawN7lmJHHPvLx/vv8AD/Yf190z1brr&#10;37+n++/1/wDbe/de6976/wB9/T37r3Xvfv8AD/evfuvde9935+n+w/p7917r3v3+w/3g+/de/Lr3&#10;v34v/vh/xX37z691737m/wDvvx+Pfsde6976/wAf6/7z7916nXvfv99/tvfuvde99/8AE+/de697&#10;99f99/t/fuvde9+/P9f+KW9+698uve/fX/bfn37r3Xvff1v+P+R/4f0Hv3Xuve+v98ef+Ke/de+3&#10;r3v3+3/4p/vPv3W+ve+v99/vH+xt791rr3vv/H/D/H/W/wB79+691737/kfvfW+ve+v97/1j711r&#10;r3vv/jd/99+ffuvde9+/1/8Ae/8AH37r3Xvfvxb/AHr/AA/r/sffuvde99f77/ff09+6917373vr&#10;32de99/7D/fD3rr35de9++v9P99/re/de6979/xP++/3n37rx69799fz/rD37rfXvfvp/wAj/wB4&#10;9+611737/eb/AO+/2B9+69j16976/wB9b/ff09+691732P8Ab+/de6976/r/AL7/AHr37r3Xvff/&#10;ABT37r3r1737n/H/AIn/AHr37r3Xvfv95/33+2t7917/AAde9+/2P+v9ffuvde99e/de6979/vj7&#10;317r3vv/AH3196691731/vPv3Xvn1733/T6f0/3349+691737/ff778e/de/wde9+/3n+v8AT37r&#10;3Xvfvp/xr/ivv3Xuve/fi1/6/wC8e/de+XXvfv8AY/8AFfx/jz7917r3v3/G/pb37rw6976/3n8D&#10;37r3Xvff9f8Akf8At/6n37r3XvfuP98fx7917r3vq3v3Xuve+/8Afcf7x7916nXvfEgEEMoKleQU&#10;JSwtxpbSbH+o9vKSHqrEMPhIYBjXzLLUft+3rRAYFSKg9df0H9T6gQf9jwSD7ZqvbO2q5iazAYep&#10;d7s0k+MopW1WsWMkkOosbfW5Psxt9/3u0XXb7xcqF/CsrD9i1x+QH8ugpunIfI+9yeNvPJu1Xco/&#10;FNaQSN+TPGSPyI6yB5FsA7KP0izMBb/DTxa3+wHtMV/Vew8hIk02ASOWJkeJqStr6VV0MraBT09T&#10;FB4mI5XRY/09n1t7gc125pHvDMhxR0Q0+wkE/tqOgLuX3e/ZvdZPFuORreOT/hEk9sB/tbeaNP2q&#10;R1zWonQaQ3FrG9mLCxHLFb6h+Df2MGFyG2cPj6LFVHW3XmVpqCmaminyO2aOfJujMWBaslWQM4v9&#10;TGbgDjj3c8+7/PmaSJzmhowAqB5hgTx+X2mvUbb19zn2o3aUTWd7vNgw8obpWX8/qIp2/Yw6LnvD&#10;4/vurcVduai7r792jUV9VS1c+F2x2RVUW2UelSGIRwYWSiqFpaeZYP3I4pUV2ZieSfZcN0dMU2bz&#10;WRzOKqcDiEyEkMpxa7agaig8EEMKLTfbV9MiKxj1n9s3ZifYls/dSSMIl1tpanxUc1/MMop6cT0D&#10;b77le2eIv7m9wrqK3A+G4tlnY/7dJ7cD/nGejCYdWxeNpMbJV5HItSxmP7+uq3qK6pu7t5KidwzS&#10;uNVrk8AAew73B0FurJ5epq48zh3oagRl4lnraSoXw08cQ8cf2dVB6pYgT6vofYig91didAktncJI&#10;TgBVZc+Vdatj5gdAfd/uac7eL/uq5o2qeAf798eBv95WKcH83HTrBWxxwqhSTUt+TZhy1+W1D/Vf&#10;7x7sZw9d0FHh4KTLddU1Xkow4kq5drbPqhIWkZk1VNSDN6IrDk8Wt9PZYOcdqnvopEvnRR5SI6/L&#10;FO0j8v2+cc7l90z3fsrhhDs0F5F/HDdQqB/tZWhY/kvVSPYXRf8AMKyO9cvldo9w7YoNo1bUhx+N&#10;puxu0aCqpUioYoqkmho4fs0aWr1v6CdQIJ9Xuq7dmJ3dV7pqZoetRjsZNXTR0ksO15hDHFG0oheW&#10;aiappo/IgGkhrH8D2LLXf9oYaU3eJ3pkalDD8tX+Tj0C7/2U90NmmMV1yFupK+cVu86gf81IEdKf&#10;7bq2vGRLSUFLTy5CermhgjWWaoqzNNLIqL5GaWQJI/q/J5/r7DjN48yZyCoy9TQ0UEAgRqVZftZS&#10;YriVHgqI9LWP4JHs/wDrBLBIsLn4eIz+xgxp+zoG7htG47fK1nulnPaTkcJFeJh+TgEfs6c04SyX&#10;N7kFubnm1yPqD7s52n218VRtnA4rJbS21ks8MVjaDy1OE65rZ2rVoaanMhlqMiayxqAedOu5PGon&#10;2VlZqt/jU1P+ah/zf5ei5tpDyCm7z0/5q/6h/PqqPs3oj55ZztTKbh2h3Pg8H18dzV2SgwcO8e38&#10;dXfwF8zX1MNClDi6B8MapcbOkekMYdSgA6AvuuDdu68fV9pZimwuC2xSYiXelelIYsVTQLBjX3FU&#10;x04vSztTR1EdKU/T6Bbji3tRGzqyP40jUNaaq1oOFPnw6r9IYpdQupX0mtNWrVp8qedeFPPqznal&#10;Dk6DaG3aLNVk1bmaTbmIpstWPUVNQ1Tk4MZTxV9T56tVq5jPVo7a5QJGvdub+2DI0UbbnOQqtwYK&#10;OjXMlTTjJpHLHCK9pmh8Ug8SFYrrbVYHj6e1r3IIosBX7RnpzQJmNIdBB9KefSgQkRBQr6hEOWUm&#10;5CgXJ+pJP+x92f7K7S+KFNsjbuLzWK2ZXbjo9uUVDWVtZR9b1U8mRWjSOVWnrMiK5pZqnmzKJGbk&#10;jV7KJo7mVy6SlRx+Jv5UH+XpttkkmfxF3MKPi0+I3+b+XDqqHsrpj51ZXubce49o9rUuM61rN4NV&#10;4vb8O7e3qGrpsAchHKKf7HGUEmARxRx6dMbeEXsDpPutTsrc+Jn7Rzw27isLBgv4+iURpqCkihWN&#10;zTKuk0M5pAFY/Vfp+Pa9LgqoqWrT0HTnhLFIVAHVoO0KLJUO1cBRZqqmrMvT4ihhydXNUVNRLPWr&#10;ToKmRp6sLUyFpb8yDWfzz7ibk25HLuqor5Nx7Vp0+8ikmoq3LeJ9KJAGU05hK/pS/J/UffjfEDJe&#10;p/1eXTjOA9C4q3T1DJaKMeKb9H108/0HJI5PuzfZHbnxMo9q4ql3DtzZdRnVin+9yE+M62leRjV1&#10;TRmSqrcglW7CmKINQv8AgcW9hyO0ugTJ+85GHp4hI/wft6Sry3Oshk/rCpT08dj/AC09Vbd4dMfO&#10;ncXamfzvWXa+IwPX1RLQnFYSbdvb2PrIETCYymqlNDgaKow0evKxVEl4mtpYFvXq91g9n7sol3tm&#10;Itu4LbkGGUUH28ceKp0dteJoWmAWim+2a1Tr/T9L8839n8VxOiL36qfMnpUawkrQMV/PqzvB0lZS&#10;Yump6+pmqatPMJp5JppXfVUzOl5JwsraYmC8j6D+lvfHeeIM24KmQ5Pb9LFJT48iKWrMLwt9nDqI&#10;UxFY9R5+vPs0dtKFzcfz6aNq0jErfqB836n08n7QGiXhnF2Xk2ka355Huzvrzuj4qUe16Ch3Ttra&#10;VbloofHUV9VietqgTFdCqPu8jk0qZNAH0ZRb2DbxLsSBluTq/wBM/wCfl9lTU/Z1ZtmeeRCu66R6&#10;eI3+bqr3vroL5rbo7KyG4uq+6IdtbKqFpxT4CXfHa+MlhePyGZlxu3cdLi4vKXHKOSbD6e69+0Mx&#10;h6ff+Qn27j8ZT4aqlarohHSUsaJR1NXVPAENFIKWMLDpAC3QAcEi3tWly8SqGI1j/V69KigicICM&#10;dWV7VpsnS7bwtJmqhqrLU2LoKfJ1JlnmM9dDSQx1colqlFRIJZ1ZtTgOb3IBv757kxC01dhj/EcL&#10;Sy1GHxmZVJKvwteoEjatPjUgm3H1HH1Pto3kjq1SdAP+rh0qEZcglgBQdOdLUrMk9o5bR1M9ObqO&#10;TE2glfUbqf6+7Kus+2/i3TbF27it2bW2lVbioMLiKTIVsmJ67mlrchSYegpayY1ORrxW1D1Nekr6&#10;nUM55azX9hefbb5ppJU3TsZiaa2xWpAoAAKA0p148us7rcLvqgONWnxm7dXdp06cU+GnVVXenR3z&#10;mzPaGYz3VPb0WH2Xka/IPS4at3n27S/ZUtXuHL1kCwY/b1C+KpvtsVJTxKEcqmkqAU0H2QbubN7e&#10;TsXL1+0MfiKHbdfW5HJY8U9HRU6pDLlKpqSGM42T7Jf8lC2WNtJA4Om3s+tvESMK8mpwB56v8Oen&#10;WthbMAWDgDyOrqx/qvG7oxfXGycVvfIHK7vxm1dvY/c2SFTkKpK/O0mGooMtWpUZZFyU61OQSRxJ&#10;Ooma939V/aWrMelUcPk467FU01ZTQ5JlrqkRqH8gYjSFZhpt9Ln/AF/dZGaVm/CR+XTTKsrYAT7e&#10;3pcpIVEiFJGCNoGldVxpB455HPuxfqntn41YvZOGx++dq7Uym56ehihyFWmG2FVy1U4LiacTZbIJ&#10;kJlUFTeRQR+fx7IbvadxmkLxbnoUnh4jj+QHTcmwvdgNHvixt/zWZf5aeqyfkN0v8zty9m5HM9M9&#10;rR7b2bVyeeDD5bd3aGPWlMdNRKsMNHtihlxlPE88chIVzcN/wb2TnvzJbQm33V5/r7HYmn25lZhN&#10;iqKjpMWngigo8dTzAQ4dzQoDOsjftuyhTc839mNqssEKwzyl5V/ETWtTXj8urfStZLHA1wJmH49W&#10;rV+fR5Oj8dv3E9X7UxHZ+Rhym+8djft9yZKkqMxVUlbXmrqnWemqc+iZieM07Ri86h7g/i3sOczS&#10;vmloM21Zj6OTLfcssdTOadW+zMdI3o/cJssV7B2+o+n09viRhXqzVakmqhPz6E+ArD5KdVkIh0Ak&#10;AMSXHkFvpf8AV+QPZ9Oke3/j7t7ZVDi+y9q7ezm5ce1W1VXx4fZNe9Z9xlMjPAq1OcyUVdP9vQyR&#10;JZl9ISwuoX2WXFldzSvPDIwRvKpp5D+Hp36KScfUBqA/56en7eq0Plp0B8yOwd7S5j4+dzx7FwFf&#10;HTxtisnvntLAU9C1Ji8RA8lPQ7Lx1RR07VNZTVDudR1mS/DF/Ze/kLntg5XdjZ3rbH0lNgq6KliF&#10;FDS4aKNHpqKBJilPhJZaNC9Rq1esk/4G/swsUeJBFN8Y6eEAgNK1PRuPjXt3tja3VOC2/wB1Z2h3&#10;Hv6gmyxymaxtduLI0lZHU5ivqcfpr90xRZmoMGOkiQ+RQFK2X029hTUwNmaGnzQrMXQ1ErGjNLUz&#10;+DypSqFVYae0jPI9ufUbj8D25LOY38PwtQ9aV/n01JOuE8DVXzIrw+fQ5KfA7U4SVxzJrC6gDIxJ&#10;1MSALf63s7fRHc/Rmztnx4fsvaeG3JmRV1OmrpMJs/LNHTutMkCPPnslTVSCMRuCAukX4+p9lt1Y&#10;3V5JWGbw1A4VK/4Aa/t6c/dzXvwTrEaeWP8AJ1Wj8zvjh8u+195YfcHxw7um60xlNj8dT5XEZLsD&#10;s7a1BVTU0uZkq5oKDY2MrKWSap+6phqkIZhGQ36U9hR3/uLrvc2bp919ZYyHE4ZqamxsmLjpcJRh&#10;cks2WrZplo8FUTUo/YmgS5k8nGkiwB9uwQT2MXh3E2uU5BJJ9PUdOfuw2KLHJP4khzXVq/ydGW+K&#10;u0+7NjdcptPvvc+O3lvalyE9Qm4cTkt1ZinqMOMfh6OljnyO74afKyVhraapkf0eM6wwNy3sHWpp&#10;s1S0mUSoxNHNSRwY8w1DtTPIIo/OZWiUStIzNJYsWFyCLce36kGlSek7pShrjoxokWllem8VXL5S&#10;9R5FHkRCzaPGrXUJp0/SxsPZ2Ohez+l9sbbmxXZe19uZvJrUAQ1yYbamQmSmShoqcRtUZ2vgqQrT&#10;xyMwAC3IP59k11az3zrLBuTRBcU1stfOtAp6afZ5N1pNFu4tzGdOkS+Hq89VNLefVa3zV6I+XXY2&#10;4sFm/jR2xPsWCmxyw5fFZjeXZWBxFVUHI19TNOlDsShqIpag00kMaPI2oLcfQD2H3f2Y61z+Tx+b&#10;6uosdR0EcMseTolgwcQirJagPAYabATTQRwRwi7+Rww/HHtbZxXFvIY5pi7eTaif8I6MItultI6t&#10;eCYjz16v29vQ3/D/AG58hNpbAq9u/JDOYjcW7KfIIuKzGBrN6V8NRhYMdSxMclkN8RwZSpykuQ8p&#10;LInjZStzqv7AunEubphKaiijnowqOySMlPMZDq1xEeV5FQDkm1vagurFaMVH7OqTVcoPE8P89Nej&#10;YOVoZNPiqJUmJYDSHZNIA0tcqiavwOb+zgdB746lxWPqsL2fhdr1Ut6b+H5NMdtqRyi/xCeqNVW5&#10;6qjdmLPEq6Fsfo349lt/a3blJLa6NTWtWPy8gP8AD1ePa2uqN+8F/wB7p/k6rq+anVnyj3TUbf3J&#10;8at95XblRSR5Vdw4PJ7h7BocfVvUvt6mxbY/F7HpKgMaaCCreUzEFWcMlrv7jd65LrDMSUeb6sp8&#10;KGjFT/EsU8eBenTUmHpaPxUOBknEfkEVRI2tuT6l/tD3uwtrq2DrdSlyxwak14+oHDp59sfbitbh&#10;ZA39LVw/2q/xU6f/AIb4n5M7c25kdp/JjJ0+UyVKtCuD3Fgpd+STVRlyG6cjk2yOX32sVVVeGnno&#10;IIfFH6NLI5I8Z9l+imTNUrTSvTx19H650lZVjdZJDHCI1JllOmNebkc/Tj2pm1rTTwIx/q9f9jpR&#10;BnT656OsIji51hRJmpKk6I2iUs6FE8kplYBEUM54sD/t/Znvj/uHqqJ67GdpDBzRiOP7Ssc7dM2u&#10;WaZ5FqKjP1MY8aRBAuhbi39LWCXMMN4yxmyrVfLu8h5aQa8el0ViL3SoIx/q/hbol/y8218kanD4&#10;3L/G3I/ZZ5ampOTx+Zk3sMZJSpTRLB9pR7Ihep+6kqAxYyNpYH+t/df3zl3TsPMdqmk63FM+3oMR&#10;ih5aT+DSU4q41ro6lQ+DqJaMMno1fRv6+77bDcRWai6X9Uk+vCuPiFa9HBs1gUACv+o/Lj0ZT4vY&#10;rtPEdObepe5qylruwHqstUZaajbcBpxFPkJnoo0G51XMJoptPpkuB/Z4t7JXS0K1Eul5NJCia7Mq&#10;rp1KotqUn+17TihYgjpqNVaUq49ejCe1Vt2DRkljR1KhrE6tXCzxAjgWP+w9mlthFHy/yjrc4opU&#10;HgvXvZ4etoBFi1uQSUQEE8XMNGSbEfU+1Ns5a8p/R/ydBa+eoALeY/wHpI7lY+Nf8CvI+osZOP8A&#10;D6exQT0cn+nI+v8ATj8f09nSfEOi7pDS+tTa5NwQfp9CeTw39feX9S3Xn6D/AFr/AE+nt84611FF&#10;lazcckn/AFx9Ra/udTq7D+1/sb2PJ+n1968+rDqBUsg59Nr/AFFgQeP62+vPt4ijb0mFV8l+NQNr&#10;gn6hRc39sSEeEwl4f5Py6vjgOPTO0imT1E6LjlSAQeLWLmw59uUaatRCloGW6J9XYLw5UW0N6xzb&#10;6D/H34Ciq34q06VQV1l/n/h6aJptJCFlSoT9b8KiX5jDsDrUFG4va5/w98+79kdbV+16TcO08rQ0&#10;+5aQVUldijX4ZKupUPSU9NGtBjqdq2UmMM4DuPTyP6ew5az3CzmOVD4WKGh9M5OOhlboGtqj4v8A&#10;iuk30TvTuVN5Z/a/YeAkk2wwoDtvcNFidyCkDNHk6rIiuy2ZqhQlUcQxp4I+Hup/B9k2hYVSyQS+&#10;mZFIAPpc88fq1Nfj+nszY51DrYOrB49HGYeMgqOCfx9LEf4WHv0USwExyL6mZgGIuF5sp9em3K+0&#10;clzUsF+HhX/V+dPy6azrHd2ddk6gCLWte1+eP9a45B9uECILFSptZbcH8qL/AKbE3PtJI2ti2qtT&#10;0466TxwesTEn63H5v/sCeLH+g9v1AfWgKggsgJ+trlOTa/HtPJarIrqMFk6TiViOA6jyPpF72tfi&#10;9uACR+P9h7EHFReV4oioMfpOpgOChQXuQQbqOPZSbY2peVyaj0/1Dzp1QsSzZ7umirnvGxQ2Yhhc&#10;E/Qg8EC59rvFYqSDIvUIFMUiyEAEsPUBYcQhQSB/X22d4VIxG1dY/L+Wv8+qBTRmrmvSXyRWpoli&#10;Y6SrRi5IBNjbgkEtzf2o6cBqlrHiz/j8gX+v+Hu8cmpP6Q6LZU1ZHSdrFKUwH9WQgjm12HB+o59w&#10;542dgx4YBgP6EBbm+k/n2tgkETZ+E/y6ROArfLrmNJSym9mXn8nkCw1cfUf7cew/yya5lbzXHPJb&#10;/aI7EcG9x7fjRkA1R0r1tONNP+z0sqCQeIgLz/gPzqkHJutiLewmy6p5ZU8hJASwLAEjTHot+T9P&#10;byuQQ3Ak9KT8VeldTfoU6RYX/BP5b/H8e0/Ot5l+lio4N7HgH+v1+vsQWtyPDVX4fy/PpHX16zAc&#10;H/XubfX6/wBPcGpYaraje/I/HAP05H0Hs8ABoQBQ9UIUfhHXS3t/xP5598bWiT/gxB/xBDcH/Hn2&#10;0csemG7iT1y/4n3hCXL3P0jb6D+lrXuBcj/be9HrXXd/95P5/wB5/wAfcIpZmP4KNyTxybj6iwt7&#10;9w611yB+n9f8B9Lf4gEn3jnGrQt/91D/AGHI5X6gE+/db67F/rY25+nJP1+v0PHuKq/uMByDG54v&#10;/qP8P7X+9e1sRpEpP+rPWxQZPXj9ObXuL/0H/Gv6+2ttZA0/1P8AtiBa3+HtRB8R+z/N1rrnx/xH&#10;9fp/X8XF/fqi/hiHPCsD/r3H1/wt/vXsztGAiVfxdFc/9o329cR+on6/S1z+D/Tj8e2V00KOb/X6&#10;HgDj68D2vizIv+ry6TN6Dj1zv/h/sf8AinJ95a8lqlzxfTHz/X0Kf+J90HWxwHXk4X886v8AD/X/&#10;AKf09w6X/PJ/yBb/AG3+t7NunPTrzfQ/T6nm3+8/7z7izE63sfrIfwPrc/m3+PvzAMcjrRUHiOsi&#10;cqLg8KL/AND/ALA/n3KpOZl4/spz/rMOf949tqKOwHp0ncAEjy64SX034HJ4P+2/3r+nuDV2+4mv&#10;yNchP1+mt/6e7VFdHy6aZwpFePWRP0L9PoP96Hv1LH/lCEEfS9iOT6h/ifqRb2lMny6b8f8Ao/z6&#10;7b9J/wBb/bf7yPp7ZM+gE9TbkFZV5/1Q1/4fQce93T6rCWp7v9npVE2qP5168v6R/rf74/7H2V3N&#10;rpr63638l/8AY+nj/Dk+4yvjomf5v/hp0dQfAf8ATdcvbfa1j+CP1cH/AHr8+2k+FR8h0l6977kB&#10;UfX8hfwCP0/j6c+37f8AtV/P/Aet+Y6976QcHn+nsx4K4p5f5+mJ+0oAuP8AV/g6975/j+o/x/3u&#10;/u/SCvXvfDgfj8jmx/230v7Z6S9e9924HP4v/X/Hj/Ye/db697zJpu1+eP6A21W54+vPuz/A/wBh&#10;62OvezkdJFf9F25VHNsnmL/Uj07dxYHN/r7FeweJ4U9OGhvTh21/y9JxX60f80/+f+mau/4H0f8A&#10;waC3+v5m9i1icbXZODalHQU0tXUvhcaFjiQsAtgWd3NgkaA8u7BR9Tb3aW8tdu2y8vL2dI4FvMkm&#10;tAFFcE5J40ALV9QOjnlPlTmLnHc/3FyztUt5uj3lQiD4VXSDJIWoscYNNcjlVWoq2QOu2YLJUk8D&#10;VJ9fyT+B/XkezE7J2DT7cjrJ8g0NdX12QfJWVVNPQSJGI4lgDktJNHYt5SqkN+kD9TQrzfz3PvTP&#10;bbcXg20ALwo0qnPcaYVvNKitaMeCJ049m/u57B7czQ8zb8Y9w540ALJSsNrXLC3DAFnPBp2AbT2x&#10;rEpcPBlPkaFrENDD4h6iOGYFiyg2INhb68fT2I/+9f7H3HPWS3y64+/f77/ff7f37r35de9+4/31&#10;/r/X3vr359e9/wD/0aYqfauZz1Ss1NSVdTM3/Amp8FTLSRWQrCfPHDK0esQkXJ5YW94vGXSKFupt&#10;Akf1r1v7kgfUgf65t7U8+2tq7Xh82ZyMVflLXjpMVUY2tptQ0krVQzwwzBfG4tb+0D/T3QM7U0jt&#10;+df5db0LGBqarddAk2sCB+dQIP8AhYe09mt7ZjJwCkxcFJtugQBDHgVqsUsqAFdc0MFS8TvIRqY2&#10;5bn2zDAyyKWqaeZz+VertI8gAFAvy67At+SeSbn6i/4HHA9oVYiWJMkkja2kd5ySDITd31WuWYm5&#10;Y8+zAKo4KB00I0UYUdd+83iN76EPNyUB/V+CDb6+916vTr3vkF0nXf1WsTzc3P0LHUbD375Hrefz&#10;697xeJixJZuHJtzq/Vcm9hb/AHr37B4gdV0g5I69768Ta73N73vf8A/QkL9be9+XW+vexE6saqTf&#10;GLFLR19bUTGaOKHH08k8hDgLI7orLpjS3rY2Cgknj2WTKGkkSh8xmhBxjNCaDiDwpmoHRxy9s+6b&#10;3u0O2bNts9zuEoYLHGpckaeNAMKK1LE6QMlgOuEhARixAFuSTYD/AF/Zs838d49474ze4ty5g02F&#10;qqyCSjxuI0jIVUUNJSRSGqrJ1MNIrTQsAsccjMv9tD9EViHtbZVK1kIrTOkCvCtATXzpmh/LrKX2&#10;5+6bduo3H3F3HwEehW0tmDSAYxLcaSi1yGSESVU1WdW6bBXhIkVVJfTZjJwEP+IUn/exb2Om19lb&#10;V2ZSml2zhaLFKyqs08SNLW1JThTW5Cfy1tVpt9XcgD6f09utqJUNqocUIpX7RUA+oGaeYA6zF5Y5&#10;N5X5Msf3dyvscFna0FdC970rQySsWklIqaGR2IGAQOoUk8s3+cfUL3sCNIFj+lQLAi9uef8AH8+1&#10;Vb+ntnoS9Yvfv99/xr3vr3Xvfv8Aff7D3rr3Xvff/Ff68f63v3Xuve+v99/sPfuvde998/737917&#10;r3v39Px+f6f1/Pv329e6979/vv8Abf09+691731/xP8Ah7917r3vv+v+9+/deFM9e9+/31v99/X3&#10;7rfXvfv+Re99a6976/33/Ee9de6979/sf99/sffuvfn1732f9f8A4r/sffh17r3vr/ff4/8AGvr7&#10;917r3v3v3Xuve+z/ALb+n4/31vfuveXXvfv+Rf74fnj37r3Xvfv99+f6j37r3Xvfr/74/wDI/fuv&#10;de9+/wBv/vv8P9f37r3Xvfv9bj/D6/776e/de6979/vv9f37rdOve+v9b/ff7wPx791rr3vv6cf7&#10;D/jf5+nv3Xuve/fi/wBffvl17r3v3+t7917r3v1v+J/1v94Pv3Xsde9+4+v5/wCJ/wBv79177Ove&#10;/f77/ffn37rfXvfv+NX/AN5/Hv3Wuve+v99/vX9ePfuvde99j/Yc/wCH9Pz7917r3v34/ob/AO+5&#10;vb37r3Xvfjzf/ff63Hv3Xuve+v8AA2/33/FPfuvfb1737/jR9+691733b8/77/in1Pv3Xuve+vfu&#10;vde99/6/v3Xvy6976/2P0/Pv3Xuve/e/de6977/33+8/n8m/v3Xj1737/Y/77/YX9+691737/eOf&#10;99x7917r3v35/r/r/wDI/fuvde99e/de6979/vv99/j7917r3vv+v4/33+349+691737n/fW/wB7&#10;t7917r3v3++/p/xT37r1B1731/vv99/sffuvde99/wDE/wC+/wBb37r3Xvfv96/2P/G/p7917r3v&#10;r37r2eve+/fut9e9+9+611737/ff4D/e+L+/f4evde9+/H5/41a/19+6917373vr359e9+/p/vv9&#10;h9feuvenXvfv+NfX37r3z6978f8Aff73/h7917r3vr/ff737917r3vsfn/jX+w/Hvx69173hnpoa&#10;pGiqIY54za0VRFHIn00+pJAQfT/h7djuGt9LxyMjniULVPnxAIp/h6qyq6lHUFDxByD/AJOu1ZlI&#10;0ki1/UDb8/Tgg3v/AI+05PsbZlTKlTLtXAGpVleKrjxNHHVq6nUClTBClQrhhcENw3szg33e4HBj&#10;3WYADP6hp+x6r/LHl69A/cPbrkDdZWn3LkjaJ7g8Xe0t2f8A3sx6v59cxPMAV8shBGnSzFhY/S/q&#10;NgR/vHtKz9M9bz1YyI21TwVpqjVmoiqKvVJUmQTF3SSdom/cGphoXn2dRc88wwllN6smeBRBQfKi&#10;1+zu/b0A9w+7l7Nbi8sknJyRyt5xT3MVP9KiTBF+VF6yirqApTWdOmw9K8D6cMAGB/2/tNZb49bK&#10;yc8lRD9xRyzTtUPenxtTCZWcyFvG1DFKTqf/AI6E+18HuJu0f9vEki+lXWn2Nrb+anz6j28+577a&#10;zPLJab3vduW4KJ4XRfs127Sftk6ypkJUUKwV9IAueGIta5tYfj+nsNK/4t1MVdJXYXdONYGoNRDR&#10;ZLb8sMMTBgyxiWlyUosluLRC39PZtF7jI+JtuZVPCkiufzVgtftqKcaefQJvPuYhWlfa/cDt/Cst&#10;nWn+mdLgA/b4f5dZ0ySnh4mH05Q6gePrchAOf8fafrvj/wBjxZJchFTbEyRNRFNNHTTV8LtpdWMj&#10;RV9FAhkUJx+61vZpZ8+bK9RdNPGATRmQMD+SFiDw+VP5gG++6F7lwNK9pu+z3EYPaBLOjt9qtb6A&#10;f+bhHz6yLXU5WxMii1gWHJv/AEKk8+0jvTqXsqbcNdW/3Ikno6mojaOoxsuNrW8fiiVisFPXzVKG&#10;yn6p+Pp9fa1+adiu11QbogpmjBkr9jOqfswf5dADc/u3+8lm0sh5MMsa/iintZC3+lUTeJ+RQH5d&#10;ZIKiARonmF1UA+Q2a4sCSTYHn/Ye09leoOw3zlZR4PYG+MpjoGULPQbVzdfGwNPE7aJaLHPA5WYs&#10;Daw4/r7fn5k2kqBBc24djxVkI+3iCRwyMH7Oo43DkP3B2tpvrvb/AHeFFNNRsrgLX11+HpI+amnU&#10;SqzuGx0ImyeWxeOQjl66vpaNB/yFUTIBx/j7Q2XoMtHkpzk8f/DcgmnzUWUpqijrqcNDGE+7p6lF&#10;nj8kOlk1W1IwI4Ps1sN3hdQdCH506DP1pjZllswsi8dSf4enOOSOZFkhkSWNrlZI2V0axIOllJU2&#10;YH/Y+8298tO24KwGHGnRTUGjyqfGT9rCWM+qQjSF+n+HtQ+4IUqJGr9nTb6Fc0QVp15FCqFF+C31&#10;/wCDE+xBg6l7K3CKev2r15uDOYSSGIrkMVtXO5LGPMsSCpSGpxuNlpZHimBDAEFT9efZLcbtbqdM&#10;rBW9K5/L06syyADQpA+XSUzPYGw9t1n8O3FvbaOAyGhJfsM1uTDYqt8Ul/FJ9rXVsE/jkt6W02b8&#10;e2vcuO3ZjMslBufb8OCyMdHTxGkz+MyOLn+2QlIikGRiimYtpNjpKmxt7sjq6B1dm+Yz0po9AGAr&#10;Tz6fcXlMVmaNMhhslQZagmZvFXY2tp6+klKmziOppZJYXKn62Y29qHeWQnlqsPP9tiZ44dsYmi16&#10;TJKZ4UmvTwtqK2VP0LwR/T3eJlAZJAaE9LUOTgUoP8vWelhESygahrqZ5Tf8mRy5P0B5J/2/t+h2&#10;PvPO0ePrdn7Ey+fpXoKVqqbB7by2VNLXtEJplkfGUcyxNFHPEzBj5F8ik/qHtGzqGYSSgCvmR/l6&#10;YYTM1QW01/memDNb12ftd0j3Pu3bW3ZJmXwJns7i8Q8yyNKsRiXIVVOZBI0EgUgeoo1v0n235/bu&#10;+MTJQU27trPt5hj4lo489h8rippodbxxTNFk6eEySO4ddSi2oELyPbTTKx/RmBAwaEHPTyiZ6FiA&#10;o+XU3B7h29uOllrtuZ3Ebho0qGglq8JlKLK00VQI4pTA0+PnniSVYpUbSTqCuCeCPfHKPM2KxrSJ&#10;jVWipIaTyRA+Mi97a2IHmP4HFv6e1CPVFNWr5/6h1Von0rwwOnVAA8nLettdj+OALAD+z7fdvbNz&#10;+7qOKfae3MnnKqlULULjcRW5KoZmvITox1LUSlPGhLXtxb8e0dzdhDRp2B+eP8ND00wdwCtT0z5z&#10;c23dr05rdzZ/C7foSQFrM3lKHFUty6xhTUV89PDqZ5FUC/JIHt33Bsvf+HpaJ907HzO3sfBHKsFT&#10;X7bzGKijDyoulpshSxU8YeZkWwIuWA+pHu1vcwyKoEwZvtH+TpSiO8Q1jHTdgN8bH3RLOm1d47Y3&#10;LNEU88eB3Dicy0RZGZfKmOq6h0LRxsRf6hSRxf22u7PtOKSahoTW4O4KtAWjhORr1UCMNeRBJH9f&#10;03P9fapGBAJXj1po30DAqOlCAFqj62tOABY/UxIb/wCxH+x959t7cqt5Q5OnwuK/iGchWm+xosbQ&#10;vVVFY0rStMIIKSCpq52ip4Cx0i6gEngH3SS8MJK1pGPtx/Pqq300SGJRhftp/h6h5jM4vb1Kclm8&#10;lRYnFQBmrMllK2CgoKRQyJE1TV1csFNAryyKgLMAWIA5PtSV3W/Z2Gx1RVZrr/P47GwR65Kyv2vn&#10;qSko11ANMaipoY4acSF7FiwuSB+fflvIpDRGUn5U+3hXp0XjvQ+CD+XSUw/aXV+48hDi9vdkbHzu&#10;VqSwp8bht4bfyeQqSsckjLDR0WQnqJikcLMbKbBSTwD7TdGtT/Da+OojxbGlhknpI1DPIlQz2dqZ&#10;GAtMV+umzWH+Pt0KXowGOnow8yFwoA6XDlRJGVEnqIUkDi1iQHNr2uOL8XPuXtWjOenrMamKgmy0&#10;tO/8KpaaiMlVW5B5Ykp4PCqSVNQZWbhY1LM309ttOI8mUAD1P+z15ZWjOWOqnUXJ1cWNpmr6qqhp&#10;aClVp66rq5lp6ako4Y5JKipmnlaOGCKJUuzOQqqLk+xQi6q7coaCVqjrXORY9I5K2d6zae5VoqeA&#10;RBpa6J3x608c0cSkiQmwW5Jt7TG+tJcG6Umvr59WR5JKkOePQYw929KZDJw4ui7e62qsxLXR4yHH&#10;UW/tpT5KfIPOaaPGLRxZaSqlqZKpxGIQpcyWUC/tlxCSR1OQoKyLD07pBXQJBV3jlTKI0cSExTaS&#10;GVlK306xYj3ZmgIBpj7PL9nXiobDUx0IdU/kipqinkqZUZ6eby0zB0emcFidaEq0bKwb62P19ttI&#10;qS5Gegqaam84L0sbUkSsZa5iscTLdiz0zSHlgNX9B7sXhjAWi0OemXkEMnh+CtW+XUpywgWdHcIF&#10;WV/MxXTDyz3sBaRUvwf9j7EnF9XdowQB6br3dGRo54fM9TS7X3DVY+ouOJYp4cf4poyh4bnj8+0M&#10;m42yyDRMikfMcfsr6dOJeuo0mNf2f7PQWZPuzpWir5cVlu3ut8TmKWZaebF5Dfu1MflaSZiAIKih&#10;qMqlVBMX40MoNza3tpo1qcNkpsblMMMbMhkSqoKjHS0k1PP4rxxy01QqPEf3AbMoNjce6CUT6Zoc&#10;gDjw/wBXDpuUG8dGSPTpH+l6XYnpMrj4K7GZKKvo6hUmpK+jrYqumqYGcHywVVM0kMyMAQGUlT7b&#10;DOseR+2yFLRRinLLJ4IbQoZYSy28pAXkj6gc+3zKPDLeINRH2/y6MImWJACi6upwjZqcPBJO2sBh&#10;5JDqIVrG5UH/ABta/teYrY2/kmapwmydy5vHegzVWN29mshSVQCvGn289HR+CcRTF1clvSykfUH2&#10;nj3aKPxo5rhQ9TTURX/V8v8AJ1Rb3ubxBX01d3Qe7h7H6wxbrR7l7E2VtrIgXWizW7NvYauhusMx&#10;MlNkK+KePXFJGwsvKOp+jA+4IoM5tnJNFn9vVmMqECGtx2QxdbRysrx66cfa1ccEj+iRWGoWtYjg&#10;+/S36TU8OUH0Ip/xX+r5dGMREhoIx0+4/Kbf3biIshtrcWNzmNqTKtFl8JlqLJ0cjQzNBOYshQy1&#10;MDGOeF420sSGUg8jhIb33LS7WgqqqWCiVDErwukaB7lY2ZQTLD6gr/QG9/aGWj+GdbDo6tI3hdny&#10;vb0osXTmoiVnkmOlmDhmNm0llU2N7gkX/wAfZCsxlWy+Smrn1P5qmawcOxEfld0U6pJPQA39be0s&#10;ryAga3pT/V/q4dKVZ2LFifz6U3vC7q06lXaO0KqSp0NqUkFbj6Xv7LZQw06cGvVLhRSMxijauve1&#10;ntiFPuInVwWZkLNcEka4L+oC5u/54+nswstenU2rj/0D/qH/ABXSaQP4Z1luPXvZ3+vABjYFsDeF&#10;OQByxhpBf8fn2vtR/jp+z/J0G7pe8avUf4D0jNzX8d7nhlvzxYGQ2/pf2JKITJ6rMtjw1yv54AIH&#10;09nifEOi99Oo6eHSIlceI6fS3pN1AB/HJI+l/csRjQx06QCosvBv/wAk2v7drjJr1TgO49N7St5F&#10;UEkkOfV6gOeT+on6+5NMObgt9Pyef949+48R1cdRKtrf6ng8lRa/5/PP59v9Or3XgWGok2Ia9vwb&#10;f090kGD6mnT0Q/VXOf8Ai+k5O8YDcm/AANiOQASRf6+3OKM8abLGnCW9KprJLFLCy6z9be2ySUJP&#10;EdOBv1Tp4ef+fppmkUN6vVLL+u4DM+gehXNwW0j6Xt7SlbSQVldPFHT00lY8cQjWoRGRzoBKsFVp&#10;CNK349kjMizIXICBvLh8v837R5dH8Vw8cLNrNB+z/V69CPQ1M9Ni4ZZJqtaZPKZXhZhIi6yNakkI&#10;Dqb8+wt3f1pu2nE+46DaOeoccsdqqZ8DkqaiiSBbPUB4qBYUSRjcOzWIPsn3HcER0hS5XPAVBP8A&#10;hP8An6X2z+MARnpW7c39s/IzphIt47YyWYDsq0VLuDGVeQdjqZYvt0rZKlpEReVC8W9hosf3ETQz&#10;/s1MVypW6eRraUjuVMjtc8j2vtL+1aAp4as7/wCr+Kn+EdK5YCsdRQN0um1I4ZSSjWuP6C/6rfQX&#10;98qVZIn0MCWvb+0Ta634uL8D8/T2rLwuoNAD6ED/AA0p0yA34nP50/zdeexFxwP9hb8/7b6/j6+1&#10;LQq5eMMNIutiAbnlNOrgD6f7x72UQVIArWvTpRPDciMVp1AnI0t+fSfyPpY3AH1v7EvCRtdbfqJT&#10;1c8AKnH0sR+PZTfiN0ZWXA/w/wCr/Y6KySWp6dJyscoL345Nvr/qyT9fr+fYsYvTBCNSg6hpJ0/Q&#10;EBWBuFsAR7Al3C4mIXhX1/Z+2vWizV7j29Juqfz2IaxWzKATyVP09Oq9j7mfZjzmSnAKhXuALKSV&#10;P1VFsP8Ab+1FvO6MGlkb9tT/ALPTU9CG0rXpsnnV6YQSKiuWSzNcN+oc6nItz/h7amBNQFZVVhq4&#10;0kXui82sBYH8/wBfZ7G4eOqk6fn0TSqaUDHrsrohJ1FgdHqB/Ac2sTzz/T2HuTjCTMCB6bW+n+pX&#10;8AC3PtcGdhqLk9WStCScdLGhYGIaeL3vYWH6j/U2PH+xHsIM4oMxZQPouqwFyAsZ+n9SR7WRtRT0&#10;rV6g0HHpX0vCgXP1J/wHJ/3gX/3j2m6r/OnSSNKC30+lr2A/Jt7PIXjoqrGlM/Z+3NOkJOcjqRHf&#10;SPre54/xv+T/AK/vDPFGWvzYKDbiwPJuCOb+zOIzFqB/29UKv6jroNx9Lc2BH5H0+n9D7jyqfGP6&#10;+RuTcg8E/wCw920vXV4mKemOmOuQPPAtx9L2I+n/ABT3ga+l7AL+0eDx/wAg2+hH9fe5C4po/b1s&#10;Urx67FuLj8/4/n+vH1/p7j6SR+D6OCR+BbjVwbi/+x93z1Xru/8AS/1/H44sT+R/xT3wnUhYzYiy&#10;AE83tcgC5HBB9+Pl17ry82H9Tf8A33H5HuEFAmcXJ9Lf1F/Tbn/Ye1kJ/TX/AFefVl+3rq/H+xA/&#10;H05P0/1/baBdOAQw5sPr/gD/ALH26hFDRQT00zArRXAPWT888j8E2/p/xPvjLfxQBvyr3vzf1/T/&#10;ABufZjCz+Enfnotfj14fVj/rf717aqsW5sf9f6/lfpz/AF9mVujyIdJxTP8Ak6bp13cXt+b/AO24&#10;+v094qosZw309KH8/wCoUg2I93fUruNdT/q/1U61SmOuS20n/Y/UD8H/AAt/T3Go9P3EYP8AaYWv&#10;wOb/ANP9f2Ytq/D1s6/w9ee+g/Uafr+f6D6fXkD3il0rI6st21s3I5B1EAcgf09p3MrOmhqVr1VW&#10;ZuuS/pvfji/PB/3ng29yceNTMxv+kkf7Blvb6X/x93auo16baupq9cZLCw/Nxc2/PH+t7b6kgVMt&#10;wCPJJ+NX+7G/qfeicihPVPM46yqPSPr9B/h/ZH+29+p9TT8G172+otZhza3Fve0A1A9VKqclc9dN&#10;+n/Djg83/wAOP+I9t2ajOmW/LmOU8C920N+SOOR7cVUZCpGpKH8/8/V7fgP9Xn12huo/w4/3gf09&#10;lWzamPJ1yn6CY/qP9VW4ubC3P+8e4su9P74lj041Ho4gyCWGeuXtsjF9RIBuRa39kWIuPpbk+2G7&#10;Z5lWumvTZpU6eHXvfTq5PANj9Df6D6/4829rbZ0AK1o5P7f9X+rj14fz6975qFCmwF/x9L/qI/H4&#10;A9qsnUB5g9NTcF6974auWB/pxwL8fW5v/X250W9e9+0fQk/T/AX/AOJuBf3SlS1D02VqWoeve+fP&#10;9fr/AIfkEf0v7v071734qWsOfyLLbk/gDn/D6e9kgRuQO4Keq0A4DPXvdifx26w3DVbArIM9SV23&#10;6LLZOrqIPvoTDW1VBV4fG0y1dLSTCORY3aJtLyKqtw6hh9SyTnnb9htZYYAJ7/SykLXSp7RSRxqA&#10;zqoi91RRilK9ZJ+133XOc+c7q33nmiNtm5aIH9oh+rlXVUiOB8xBgKeJPppVXSOVa9Mle3+VQuul&#10;jF42Pq+jJI7aeLnV/X+gP+Ps42B2/ituY6kxuOh0xUtNBT/cS6ZKyoWnTQjVU6aXkbV+FCopY2Uc&#10;e4j3Tetz3i4knu561YlVHwIG/hUjSPMtqqWooLUqOuiPI3t5yl7c7Udo5S2hLaFyDI/xSzMK980h&#10;7nbJoCQiAlY1RO0RHbW7SG+pjqYc6bk8gAkgCwAH+3+vt8/P9fr/AL63sm6GnXH3639P68H/AIoP&#10;6+/de6979/vjx/S3v3p17r3vvn/H62/41791vr3v/9Kn6r3plcPSHH4WUY+C37tXRyywVtSGf7hQ&#10;4ikCSeCR3HI4Qn3jDoVgxkAK/wCT59TuZWUUU0HW/uVB+oB/pcA2/wBbji/sP3WaRmqKxhPLNwrO&#10;TIylb6jKzD0XHH+PusahwJeDH/V/k6TFdR1E93Xfv0cagMBJL+eH4H6uR+PTx/vHt8Ak46t173z0&#10;DQVcHkNZlBJ/oTa349uhAOPW/l1737xgKLC6gDg/k/k8ge2jxPr1ry697wsunkfT+nH1J4/2HvXy&#10;8+vde98JLi1ubgHk/S/1P+w/Fvexnr3XvZhOuPj3uTdwhyu4TNtrb8gWRDNGBmsjCCDqoaSZSlLC&#10;4+k1R9fSyRyA39pZJ1V1qCzjFBwBOQCRxoK0FPUVBNeslfbP7t/MfNn02782NLtewN3COn+NTLX8&#10;KNUQoRWjygtwKxMjB+odRWRw3VfXJ/qQeFP+1H/iBc+zu7R2LtjY9CaLbmLiogVX7irbVNXVn9TW&#10;Vst55gDqOi4jT+wqDj2XySFxkAhiKjzqPPFfPINckniMdZz8p8lcr8kbf+7uWdpjtoTTWw7pZSK0&#10;aWVqySEEmmpiFqQoC4DRLUSzH9xvySqiwUcm3pJ+vP1Nz7Vv+H+v/rf8i49s9CrrF79/vP8AsP8A&#10;if6+/de6979/vvzx7917r3v31/4n/ilz9Pfuvde99f7H/ff8i9+6917339fr+P8AXv8A4D37r3Xv&#10;fXv3n17r3v3+w97698uve+7/APGv+N/nj3rr3Xvfv98fr/vPv3r17r3v39f+INv+R+/dez1737/f&#10;X/H+Hv3Xuve/f763++Pv3Xuve/fn/fHj/kXv3Xuve+vfuvcOve+yP+Kiw/H+8e/de6979/tv+J/p&#10;7917z6976ZwoLMQoUFmZiAAAL3N7DSAPfuPXhnA68BfgXN+AB/W/+HN/aNy3ZHXeBJTOb92bhWUl&#10;XXK7owmPYW59S1lbC4t/j7Xx7ZulyC0O3TOP6KNT+QAHSe5u7SzUyXl1HEnq7Kg/axA6yCCb/jlL&#10;b8ftyH/ebH2h6z5K/HTGlhke/ulaFgSSlV2nsaBh9eNM2eDM/wDha/tSeX9+Y/p7Hd0+ccn/AEAO&#10;gre+4vt7tuNw562a3/5q3ttH/wAekHXYgm4Hhl/p/mnH+v8AgWH+x9o+u+ZvxPxxIn+QvU76CAfs&#10;N44fKD6f2P4dUVmsf61/atOU+ZJan9yzEn17M/tXouf3d9p0Gpvc7l4/ZuNmf5CYnrL9nU/Xx/X+&#10;rR3/ANiGb6+0nU/zA/hxSlhN3ztVtN7/AG9FuOuHGonQaLB1Ia5HGm/+8j2qXkjmiuNoJ+14x/z+&#10;Oiqf329nLf8AtPcjaD/pbhX/AOOFuvGiqf8Ajn+fw8f+t+W9ss38yL4U04Kyd5Y5iP8Ajhs7sepA&#10;N24Q0+z5VIsv1vb6f1Hu39RuamYkbUePnLF/P9QdE0/3k/Y+Bv1PcK1P+ljuH/45C3Xvsqnj9v8A&#10;5Pjt9P8Ag3tvf+Zr8Ilvfu3VYE2Xrjthi5/orLsOwJP01G3u39Q+adIP7sWv/NSL/oOnRa33qPYV&#10;KA8+ivys9wP+C0PXhRVP/HK1/wA+SMgf4ka/969wn/mgfCePTo7crZ9V76Ouey102K2DeXZ6Wvz+&#10;m/0592/1v+Z5CPE29U+yVP8AoMda/wCCp9gzx5+H/ZFuX/bH1kFBUc20DkfqN/6/Sym9v9h7xf8A&#10;Dofwp/5+rkf/AEXfY39f/DV+nvf+t/zR/wAoaf8AORP+gut/8FT7B/8ATfj/ALIdy/7Y+vfw+f8A&#10;rH/yU3+2/T79/wAOh/Cn/n62R/8ARd9j/wD2K/T37/W/5n/5Q0/5yJ/0F17/AIKr2D/6b8f9kO5f&#10;9sfXv4fP/WP/AJKb/o33Ki/mefCOTRr7iqIL3v5eue0zo+ps3g2XNcN/tN/r7oeQua01aduVj85I&#10;j/x5v8nWj96r2DFac/D/ALIdy/7Y+uJoKj+im1uEYD/bfo+nuWn8zH4RSW092xj6/q687XiB49XM&#10;2xQAbDgni/A91HIfNFR/urNPnLCf+OuP8H5+jkf3pfYeU0Xn5B/prS/X/j1qOuJo6qx/b/1rPGLW&#10;+n1k/qfbjF/Md+FctvH3liv6fvbU7Cp+NNwbT7Rjsf8AX/PH196/qLzS1dW1kfY8X+DxB/Loyh+8&#10;f7Iz5T3Dsx/plmT/AI/EvXX2VVb/ADX+wMkf+96jf28Uv8wD4cVQXx987SB/6aaXcNF/jz93hKfS&#10;Ofzz71JyTzQCSNoIHyeM/wDWQ56N4ffT2dnzH7k7QB/SuET/AI+R139lU/8AHP8A5Pj/AOj/AGpa&#10;P5rfEutIWH5B9XJqBA+73RQUA+l/U2QekVf9iR7TPyhzOhBGzy4zgj+VNX+x0Zp7v+08gqvudy8P&#10;t3G0X/j0w68KKp/MVz/wdLf7H1+1PTfKX4zVug03yJ6Nkd9JCDtfYwlIPADQSZ5XU3/BAPtM2wb6&#10;oKnYrwj0ELV/JtFelEPup7X3D+Hb+5GwSP6LuFox/lMesZpp1JBik/PIRmAP140hr3HtTUXefSWR&#10;sMd3H1XXavSn2nYW0avUT+lR4Mu2okkfT2nOy70CA2zXYr6Qy/yqp/nX8+hDacy8uX4Bsd/sp/8A&#10;mnPE/wDx1j114J/+OEh+h/Q3/FPr7WmP3XtbL6RiNy4DKM/6Bj81j67UDci321U973/B+nth7G9i&#10;7p7OZB6lCv8AhUj+XR2hEi6o+5PUZH8uujDMBcxSADkkxtb/AG9gfqPb97Sdezx6x++/+N3+n+w9&#10;669w6976976917373rr35de99+/de6979/t/+Rf8T7917r3vr/fH/ff7H37r3Xvff++v9eP969+6&#10;9/h6979/vv8AiPfuvde9+/3rj68X/wBt7917r3v3+w/3309+691737/ff0Pv3Xuve/fX8f73/T82&#10;9+6917376f8AEH/fce/de6976/334/3309+691737kf1/wBb37y69Xr3vvj+n+t7917r3v3+9/0/&#10;P++N/fuvceve/f778f8AEW9+691731/xP+x/5H79jr3Xvfd7/X37r3XvfX+w/wBfj6e/Y691732e&#10;P9cf1A9+6917317317r3vv8Ax/41xf8A23vXXuPXvfv959+631737/W/3w/p/sffutde99e/de+z&#10;r3v3v3XvTr3vsW/31vr/ALH37r1eve+r/wDGvfuvde9++v1Nv999T7917r3v3/Ivx7917r3v3v3X&#10;uve+7f77/Y/j/b+/de6979/vv99z7917r3v39f8Aff4/4e/de6976/p/vvx731706977/wB8P9v7&#10;116nXvfh/r2/wH/Ff8ffuvde9+/33++/w9+698uve4FbisVkUKZDHY/ILyrito6WqQgDSB+7G4IC&#10;j/W9q47i8hciGeRCRwVmFfM8D/qz0jvdusNyiMG4WEM8B/DIiuv5hwR/LrtZHUel2QcEWJUj6/W/&#10;05PtEZfqXrbPPJJk9l4OWaZVV56ejNBO4VQq6pce1NKNGn083tb2Yxb7u8Sro3B9K8dTBv5tXyx+&#10;3oCbj7Pe1e6RtFd+3+06TxMdvFCx/wBvCsbfz6zirnQWWVrf4qHt+eCyk/n2YXrfsfN9VbcpdqbV&#10;o8R/AaOapnpqPJQVlayNVSNNMpq/4hBVujSkkAubfQWHtPLu15PIZJJqk0/Cop+yv+XoC333YfZ6&#10;7Rlt9iuLUkcY7qckfZ4zzD9oPRVe7PiD0735uE7t3xTblg3KcdS4v+K7f3DUY5/tKEymmAoaiCtx&#10;PljEzDV9vqYHkmwsXnu/YB7u3ON2ZLKrt/JChpqL7fFUDT0DfatVNHKYamuNSZGNSb/vEGwtb2I7&#10;HnKW2hWF7JZKedSlP2g1/kB/PoCbn9z3k2eM/uvmvc4JwMGUQTKP9qkduT/vQ6GfqHr3D9M7IoNh&#10;4GuzmYxWNqKuenrtx11HWZZ/vJPK6TVFBj8dTMkR4S0Km31uefYSVPx4qZcdS0j7ljrKmkrlqY6l&#10;qOSh1RRwmKOFgGyh4Yk2DEezaHni0IrLYyLXjRlf9tdGny9PXoEbh9zneYoT+6eeLWeb0mtngB+0&#10;pJcEf7yfs6E3+I+u4jIQra1yTruTdRZbi3+x9mU6V3pvzonB1uExO3MVupJ6+orBNW1qaoxUUeHp&#10;PCnkrsYBGv8ACQVBX+0b/izcm/7PdnVJM6BhShRs8eBVT60yegXffdW9z9vj126WF4w/DBcaSfsM&#10;8UC/tYfb0Uj5L/ErZPydqcPU7p3dvLaz4Zcd4H2lU4qlkd8bLnpIjMcphswpDHPSatGk3RLH9WoL&#10;Pk3vHe3c9HQ5KXYFXiMliTSUAp8JRy1ZlpYpMhVyTAUtZkZXRpa0LccED6X+qyz3Da4QwTcY21V+&#10;NlU/lrArw8ugfuvsb7q7VCXuOR7pwPKIxXB/IQPKx4eQ6Wvxq+Pm3fjXtbK7O27uvcm5sZlc5U7h&#10;eq3VV0FRWwVVRjsRjDTxNj8ZiqdKZYMSrhShfW7ckWAK5j8LVQ7Xr4t0Yzc9IyZWmZVOJqPOsaxI&#10;WASqhV1hD6rm1gPZwlzC9PBlVyMnSagfP59AbceT+aNnhkk3rlncLWMcTLbzRgD1q6L0Y9nJlTxt&#10;EQyMCS/15XTbTe/09jT0b3vTdGZieuwuOyGYp6xZWamy1DUrTxt9s0ABFHNTBGANxq/Psvvl+oXQ&#10;X0/Zk/4D0H1KoCoBKnoEe/uhdufIbY1RsXdWQymIo56ijqBkcBLSRZKFqOtpq5Vhmr6CuiVJHpgr&#10;Dxm6k+xV7f8AljN3zszIbVfatJh8lPJQy0U9LR5CGaNKXI0uRqQslVVVGjyLQ6SNJuCf9f23Z2j2&#10;bRsr6oxWtaZ8s/Z6/tr0+mYdCIdPQL/HH4R7P+Mu46vPbU33v3cEGQRhXUG6chhqijMv2tTSQSRw&#10;4vBYmzIKxzdi3NrcAAFJ2s1VmKpsBXCqjiy1jVTaJb/5DHPWQcygxm7xAeoH/Dn2co50l08vI9ML&#10;Hq7fXo6lUVhT7jSpaH9AIHAcqjWtyOD7UvWHYdZ1fu3HbvwVLV1VRjJKhlxtdDPFSVAmoa2h0zR0&#10;zxTtpStZxyPVY/S/utwY5FeOR/1CPL7f2dXhW0VqSKNdPl0i+zeu8L2tsfP7B3K9RFhtw08FNWTU&#10;JpxWxJT1tLXo1O1bTVlMreekT9cbi349nL3N82q/sbAZDY2U2ZhaOnz1IaKWtjpMkJoRqSYyI9TX&#10;SQhgYAPUtufaaKyghkSRbpseVR0vRdtqo8Mfy6Id1B/LQ616O7Owfa+1Oxu0a7K7drKmtpcJl8lt&#10;l8DUmqoK7HSRVNPj9q0FayCLIOw0zKdYH+t7IdQy1dJn0Fb9yaaSulNREEdoUpDLIU8atYFipFwe&#10;Pa15FTtVTT8v8/SKSaKKQQJXTX+XVlDrrhOjSG0eljc2Yj8m17X9q3E17bG3hi8/Rz5Y1ONrqTO0&#10;jyRsoIWo+4gpS8QjbwxhRZVII/B9sP8A4wjLKKA1FK18v9nqghEr8Kjj00ZjE0e5cDlsDkYoZ8fm&#10;MbXYiviZY5Ukpq6mko6pGjlV421xykWZWB+hBHs9qfzBspVYSPblTsTE1kMuLTE1M9VR5hmnielF&#10;FNI6mv8AG/lDFzqBBueLc+yZtoZJ/ES5bjXyP+SvywRjpRFbLCaDjWvVVMf8oHpij7LPaWI7O7cw&#10;Gaj3pJvegxuFym0qLD47J/x05+CnpYU2f9xFSQVVkAEpk0KPXfn2Sfd9VPU7nr88tD4oNwV9Xuqm&#10;p4YXMVCcrkKiugxkSADxUlOjWWMksqgcn6+zaOWUIEwSBTz8unDE4auKHPn1adtnFriNu4fAfxCt&#10;yT4HFY/AyZHIypLX5FsXQwUT19dMkccc1bVmLySuqqpkY2UfT25ywY+jbF5dZswmRqqWmyUohgU0&#10;9LUMwleGNwFkjdJEuqk6rc+6xTLQxyhSgx8/l15Y7QUM1C1PSvUsGom+6p2jpvAjyU663YtLFp06&#10;pFKlWDAkH6j2eHYPzgy20Nq4rbs+24snHjqOnokrK2kystTPFFGImM7CvRDKwHIAAJ9kl3tVrNKZ&#10;HloSa07f8FP59PhNuOfDFfsHVVneX8p3qjuvs/Ndoy733xtLN5qunydTTbXrNtUFDHWyGJ0eAVO1&#10;66qVVeBWBaUkH2WTtzebdh7pq96YrGHFHKzGoqqWmpZaWNJSlPBErJeWQFY4DYs1+R7XWjx2sRiR&#10;q0HnnA8/9jqlwYI1HgUzx6sG6V63PUvXG2Ot6jPZLcse1cXBiaXM5yqhq8rXwwGRvNWzxU9JDJKx&#10;ksSkSDj6D6e0n9tRV+K++rxlI5o/H/EHgptdRLI83jpyuq7TBFUAk3sPaWS5OrREQT/LouLeKKK1&#10;D9nQlXlhqPDF9uY2v9urPpVVCapNQAstyT9Pr7Nj0n8vaLqPDvtvIxfxygjCClq8wk01dHrqstXT&#10;j011PEuuXJKvC+pEH5HJJueyS3lJvEKsD5UA8vl5U/n0Z2+0iZWLf6v29V+fLD+X1tX5QZrHbmm3&#10;JntkZilFctcdq1GJooMsKmk27j6dciavAZOapFFS7fHiGpdLSP8AUHgE/k58qNjdk1NPuDC0gxOX&#10;g8hqkoaRKdMgopsbRwRzymtlmqFgjpmYLf03P4PDm22M22o0Mr6l8q+XE+lPPjTo6hsUgVRmo8uh&#10;n+JnxoyHxp2J/o/qN6Zze+HpmkkxlTuTIx5Gvo2qstm8vWCPwYvG00QlnywX0rykS35F2rS3z2Rm&#10;9zzvDWTt9sir+zHNO8Cq8YAKh5XBZiov7MCV0DSvS9FOkiv7OjbxxRxLpjRVH50gC/1+tgL/AF9o&#10;WKr/AHTpFkCKV5v6/wC0Rc6b/wC8n2zUngM9az+XWT2+UFOJXXyGxZtS3FxpZwR9VNhx7ZehahXg&#10;a9VVgzlKZHXvYibYiiSsCBhdZAPqCLCWAavp+dJHsxswdAAHCn+TqkyfokDyHXvZ0uvATQxccBQP&#10;9bTFSgcfjj2YWgAu5T/Q/wA3QYu1AJb0I/y9IvdBAj/12HHP5Wb/AIn2KCaSxHF7fi/4t9eDYj2a&#10;dFcn9o3SEYMFH1P/AAa1uSbAf1HPubTqGDAjVcj+hIsPr/X2p6qOHTVVMVKsDpsCPra/PH9fcqFP&#10;Vwthbj8W4+n+3979et9Q53OkXbUb8834v9fb9Txf0bUObjVq/wBV9Rb6e2ZGotadPQ/2qfb0nZ5Q&#10;WCldJ4sdNvroFwQRci/tzQNpb/U8X4PPJP8AX+vtte1S6nu6tWk+P9WOmmUqZEVjYm9v0j8Dm4F/&#10;p7ZMnilWpFbFPNC8YDeSAorr6FBtZbkkH+vsO3k4jkldaaQB/h9eGP8AD0ckFrWWnGn+Xpe7fyTV&#10;FCmPqIIpllaRGimDtG3qZ7FWPKX/AMPZpNpfI3Z6bNl2vvbAJmIpoJqao8+IGQM8LyjSjioq9LhU&#10;QC1vz/sPYKv+XJ72VZraYrIDUZp5f6uP5Z6MNuQoFDfF0Rjf/wAON/8A+l6m7O6s39kdqOk9LO+L&#10;ps6mIx6yxwzJLII6PCTyXmMxvd+fzx7rv7RwmIotx1Oc2rHVNgauZ5o4KmGOH7KWSaoqXjhhpkVI&#10;oIY2VU9RIAsfZhDb3cCp4nxrjH5Z6OGn1SrGPxfLqzbZNdl58DRUe42o/wCO09NHFWPRzy1MVQY4&#10;0i+4806JJI87qWY6QCTx7RsarVQJKn+cHrZbAEEKCRexPLn/AF/ZtbXWp28Q+XVmh06mFK9Kd7qb&#10;c2PA5P5P1/A+nt9oZV1wxsoUiRAwtybFV/J/w9mcbloyD5DpFrqHT+j/AJ+oFQh9bAmxVv8AYXuf&#10;8efYo4OMGRSDcek/i4HoBvxf6n2WyAMpB6K16SmVkKRkng82FuP7Rta9uQP9f2J9PHGYE1W/TpOp&#10;VH+xN/639ks9t4sxGjt/2M8OmnJ1H16Qj1ssTtpJLE34Lc2PF/xxYf48+3CjmWlkH0MRVwGNzYkc&#10;3AIB4PH+Psj3gmFqKTqx9p8uP2/y6ZMpKjS3ef8AV59Z6eA5GDU4AdZASv0AsQ3FwT9L/wC39tGQ&#10;h/dWeOxBDCyjjkBQeP8AEe12y3HixsKY/wBX+f8Al0n0kgPTHU1x40MEh5Uqbn6kA6+b/Tgf7z7D&#10;bKHVUPb/AGkcX59EX4twB7Ei/wBl/q9emk+EdKugBES3+tyTf6D1P+fzf2D+aBEvJ/H4/wCCR/4D&#10;/evamP8AD9vShR8H5dLGlIKf655ufyC3+w/HtMVaHytptYKgIv8AQFR9Bbj2st5T4gDMaf6v+L6T&#10;hNTtq6mqfSBx9T9Re9j+bnkke8M6sHIOrlB9Db02/ob29iqzVmiVq4x/g6robTq046w6hbi3BsBx&#10;9b/4W9+dR4kF+QB/Qgenk/gcf4+6/wCinH+qvSZuBx+LrscXsP63+v8Axu/PuJKhJcg/WNiDz9bk&#10;/QDj3fy6b65X+nF+RwP98Pr7ijhdPIbR/wAQPr/t/e/l17rlxzb6c/8AGv8AGx/1/fc59MJtwUBt&#10;e4H6iSL/AE/r7r17roAc2+vP+H9Pr/X68e4ClWkkA9JKvcjn+yfpyBx7UprRUJPb6dUd9FDTrl+B&#10;x9CAPx/r3tc3Ptt06AT/AIfX8fq4I4H9PbsJrIT8ukrtWrHrn9QP9f6fn6WP9feOf/M05+g0yfXj&#10;6uLc/wCw9mkfwL0lY1z15f1Nz/T+n4H9P6e2icE3P9CB9PrfTb/D2aWfxR/n/l6qOPXL3irP+BBF&#10;/wAKfSfxoU2v+Dz7NPLrZ49cF/T9P6/X/XI+n+w94qKO1RH+bH/ewf8AY8n3ptRpTh02zEUoeuUh&#10;4P8Aif8AkXvDOymWTjjUfyBY6j9TxyB7TOtJEYyaf9X+znrScK9c1/SDa/0/3kD8WI/4n3mof1yW&#10;sCVIN+BcFb2PH0t7cc1NeqM2o464yDgf0F/zfg/15P4PuBOv7sjMWB8zmxJ/1V/9e3+++vvw4Htr&#10;1oDDYr1lB4Cj/U/7e3Fv6X98qT/ON/rtx9fyPfl+IdV9euMl7fS/0/4n8e4OTUt9wT+I5zz/AKzD&#10;i39Pb3+/P9IevWuSf9Xp1yU2UX/1v9v/AF/x9lT3CL5Wstfip4/2y/m1ub+4pn/5Lc/+mb/COjuH&#10;8X+rz65+2wem1v6C/A/H0uOLWt9ePaSdmS4l/wBN00y0JB6979YMObEH/C9rcX4tx7cjkNQy1DDq&#10;pBBoRnr3vtVDgWJHp/w/1+fa2EySa/t/1f5KdMykdoPr173wK6T+P9f6f14/2B9r8EeoPRf1732E&#10;diqhS7uVCgKSWNwFX0glnbVaw+p92HcSMgDgBkknyA/wdWjR5nSKNGLE0VR3FifJV/wde9mJ68+M&#10;fZe+TT1lbQDaGEls5yW4I3hrJYeNTUeGUrkZyyMChmFPE4Ppl9hncuaNs29WQS+NcClVWlATXJbC&#10;1oKGmQMlesieQ/ux+4/OBhud1tBsuzMatJdKwnYZHZa1WUsKVAmMClTVXPUaarhh4JLt/qEGo3+n&#10;JHC8/wCx9nz63+O3XnXLU1fDQ/3h3BFp05zPRxTSQS/XyYujANDjCn0V1Dzp9PKR7AG58z7luAkj&#10;VzBb4NIzig8mxVuPAABhii9Zye3XsN7f+3Hg3thtxvOYEAP1dzSSVWHnCtBHAK1AMaiTSdLyPTpr&#10;mrJJeB6ENxoUkMf+DPcG3+2H+v7Hj+n++/4n2G+po6ie+v8AjXHP49+6917339Ppzzx/t/8AeL+/&#10;de6979/xP+2/437917r3v3/FP98f9f37r3XvaP8A9IGzP4r/AAT+8eK/iv8Ae/8A0f8A2P3P7/8A&#10;fP8Aub/pB/u59NP8V/uX/uR8f/Kv/tXHtZ+7bvR43gt4fg+NWgp4evw9VK8NeK8dXdTy6Lv3xtX1&#10;X0X7yh+s+o+n0a11+P8AT/V+DprXxPpf8Y0fF4P6tNGeufikt+hraPL/AI+PXbXb9WnV/vH+Hv8A&#10;/9OlvIUwMglMCKF1AaVewJCqbG39oD3izC8spI8Wn5Dqcsnz63+PbcEB+g4Y+q/NwOBa9uf6f74+&#10;1gwMDy61mnDr3vxH01c/65Jt9OOLke3To69173xuRa1v8OP6W/P496DsMg569173xZbMHJurKDpF&#10;iPrqJ4ubEf63uh4k9ep17244PAZbc+ThxOAoZ8jX1TssNLCosBqBaWSRiEp6aEEa5GIVRe5Httiq&#10;EvIRQrTP51AJpx8s/MAdHXL/AC5vnNW7W2z8v7dJdblKO1F8h5s7NRURfN3KotRU5A64syopZiFU&#10;ckn6f8jPs9HV3QeG2f8Aa5nc32+e3PpSSNNBlxOHdSCBQwSqhq6yMkH7iVQQwBjRdNyiubsyVSJd&#10;KggFjiopUCo4KTwNc0BahbroP7U+wGw8iLb7xvoj3DmwUYORWG3YZpArAVYHhO6h+1SixEtqaait&#10;ZwyxelLHkG0jW+v9dIuPoObfkfT2Yf8A3v8A3n/iPaDrITpv9++t/wDez/Tj/D+h9+691734/wCv&#10;/h/yL/D37r3Xvfr/APGv8Lj/AI379177eve/f1v9f+R/7b6+/fZ17r3v3++/4r7917r3v3+9f77/&#10;AF7H37r3Xvfv9h/vv9v/ALD37r3Xvfv+N/776X9+691737/ff8i9+691737/AH39f+R+/de6976L&#10;Ki6nIVFuzuSAoQfVmJtYC3v2fLj14VrTrwBJsOSfoB9Sf6D+pPsEN5fJb499fipXeHdfWOCnpdXl&#10;xk+88FLmVZW9QGEpKyozE7o3BEcBYEezy15e327kUW+03DlvxsjKpx5F+1f9sT5Y6Ce98+8j8sym&#10;DmLnHa7G5ArouLqCJyPkjyBj9gUnrOtNUMbCFxa5sRoA/H6jpBv/AIH2Vrdn80/4cbaVhQb33Hva&#10;oj1BqfaOydwqQy6rKtVuik2zj5tV+DHMU5+v19n9t7e8yXAYPDFD/wA1JA1fXToDkDzqxJ+frEW6&#10;/er9jNqE4TnBrq4jNNEFtdOWP9CRoUgYfPxafPrKuPqGuToTngO3q/HJ0a1/5F7Lbuj+dN1jSNIN&#10;mdKb73AgBEb7m3Ft/aLNa2m64uDe/jF/8W49ndv7X3dNVxu8av6LGXH82T/B+zqK93+/LyHBCTsX&#10;J+7XNx/DObe2U/7eOW6b/jH5dZxjCQLzAHi4CEi/5sdak/7Yey9bk/nRdwVUkh2h0/1tgoW1eJNx&#10;5Hc+6ZY78DXLi67ZqSED62jS/s5g9sNnQDx7+5dh6aFH5go9f29RxvH36+YZoyOX/b6ytpqcbi5l&#10;uhX5rHHaE/70Pt6yjHQ8XaUni/K2P/JhIF/8fYEbh/mu/MTNSO+N3PszaIe9o9vbEwtUiXFrJ/ex&#10;d0PYfi7G3s2i9v8AleNdMlk8hrxaSQH/AIwyD9o6j/dfvne8e4xslou02DH8UFszEf8AZTNcL+1T&#10;1m+ypv8Ajl/h+t/+jvr7BjP/AD4+Ye5C7ZHvvetMZP1f3f8A4PtMc2/Su1sXhlT6f2QLezSHlTly&#10;AAJs0BA/iXX/ADfUfPoDX33nffXcIzFcc/zKv/Crezhb/eobeNh+R6yCngAA8MfH9UUn/Ykgk+wl&#10;zPyJ+QG41ePP949v5mJwytBk+yd41tPpf9SCnqMzJCqH/UhQP8PZhBtO1Wp1W22W8beqxop/aBXo&#10;FTe73uvca/G9zN/KsakfvC7C/wC8iUKPyHWRUVBZFVR9bKAo/wBsAPYX5DNZjLO0mVy2TycjHU0m&#10;Qr6qtdj/AFZ6mWRifa5VVfhUD7OghuG+73u5LbrvN1dN6yyySf8AH2brl7bPduirr3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve3Whz2cxhBxuZyuPK8qaHI1lIV/1jBNGR70VVqal&#10;B6OLHmLmDbKfu3fLy3pw8KaSP/jjDr3td4vu/ujCaf4L292hiNFtH8L3/uug0W+mn7TLRabf4e08&#10;tnZz4ntY3H9JVP8AhHQoh92PdO3XRB7l8wInou43YH7BMOve1zQ/Lr5TY9lan+RPdD6SCBW9kbry&#10;acfgx5LKVaMv+BBHtA3L2wsanZbWv/NJB/z70bWPvp7xbdm39yd4Y/8ADbmSf/q8ZOsXgg/44xf9&#10;S0/4p7ETEfzC/mZgwoou99yzBRYfxfE7S3BwOBqOe29ki9gfzf2kn5R5buMybRFX+jVP+OlehZF9&#10;6f35hQInPrED+Kz29z+1rUn+fXRp4CLeGLn+iKD/ALAgAj2IeN/mm/M+hK/ddh4HMgG5GS6+2TEH&#10;/wAGOIwmKYD/AIKR7RHkLlU0ptpH/N2X/K56Em3ffF96bIL9TfbfeU/39aotft8BoP5U6x/ZU3/H&#10;P/k+T/o/2JOK/nDfKagVUrtu9N5ywAaTIbU3PTTEfkg4je+NgDH+pjI/w9oZ/bjl2UnwzcRD0Vwf&#10;+Pq5/n0JY/vwe6YZPF5c5faOuaQ3isfzN8wH+8n7OuLUNOforJze6sTf/D16xb2JWF/nSdqwFf7x&#10;dMdf5Vbgv/Bs1uLAs3+q0tWtuMLf8XDW/wAfaKb2x2hv7C/uEPz0MP8Ajqn+Z6GFj9+3dY1H7y9t&#10;reV/MxXrwj8g9vOR+09cP4dB/qpf+Sk/6M9ili/52GIkKLmvjvk6RbASSYzs6lyRP1uyRVexcXp+&#10;vAMht/U/X2Xt7W4YLvQqf+E/5paU/LoTbd9+3Y5X/wB23t1dwJX/AEG7jnP7Hhtx/P8APrEcYL3E&#10;1he4Hjv+PyRIL/7x7FHDfzmfj/UIgz/W3cGKmIAP8Notm5uBTzfVJUbuwcxUf1EZP+HtBc+2W56y&#10;be+t2Qnz1o3/AB2Qf6v2C+L773tRIUEuwb+jE5PgWhUfOovSx/Jfy64tjXH6JVY/0ZSgH/JJb2Km&#10;C/mzfEDLMi1+Z35tgGwZs7sivqVS5Fy3926jcLsVub2FuOPZfN7b8xR5R7eSvo1CP2qo/YSfXoZW&#10;H3tvYy8QPcc0z2rH8Mtndkj7fAhmX9hPWP8Ah09j6or/AOBfm3+uoA9i1h/5iXwxzbIKPvTAU7SW&#10;FsxgN6YBVYkfqfO7bx0aj+pYhR7LX5G5pWo/dRPp+pF/kc06F+1feF9ld50/R+4u3oD/AL/Z7X9v&#10;1KQ0/PrH9lU/Tx8f1Eic/wC3YH/W/PsW8P8AKP42Z9Yziu/emqxnI0Uq9lbRgreeAGop8xHXKT9B&#10;qjFz7QScu77ExVtnuqmufCLD/BSvDOroYWXuX7cblKLfbfcDZLi4P4Yr61kb/eUlJ6xtTVCGxikv&#10;x+lTIPr/AKpARb/D8exbwu6Nr7liMu3dx4HPxaQ/kwmXoMvFY2AOuhqKhdJJ+t7cey2azv7Qq1za&#10;yxjhVkMf8yFHQyikSeNZoXDwngykEH7CMdY3ikQXeJ1W9vUjAX/1yP8AD6e33/in+P1/4r7R9X9e&#10;uPv3H+8/U/09+691731/vuPfuvde99/8i9+631737/ff72f9h791rr3vr37r3Xvff+9f73b+vJ9+&#10;69173737r35de9+/1v8Aff4fn37r1Ove/e/db6976/33+x97611732P6f6/vXXuve/f77/eP8ePf&#10;uvde99e/de6979/vf/Gvfuvde99/X8/g/Xj+n5/x9+691737/be/db/Lr3vr37rXXvff4/1/96/2&#10;/Pv3Xuve/e/de6979/h79175de9++v8AsL/4fn+nv3XvPr3v39ffuvfZ1737/eP8f8eL+/de6976&#10;/wB9/vX+9e/de6977/5F+ffuvde9+/33/FP8Pfuvde9+/wB99f8Ainv3Xuve/f0/33+t+Pp7917r&#10;3v3+uSef98fzz7917r3vr/jX++/p7317r3v3/Gv99/sPeuvde99/77/ePfuvfn1731/xT/fW9+69&#10;1733/wAR/jz+ffuvde9+9+638uve22pw+JrQwrMXjqwPyfuqKmn55N38kRDNx7Vrd3SaRHdOgXjp&#10;JGr7O78/9jon3Pl/Yd6Qxbxslndx+k0McoP5OrDrkJJF+jyD8D1sLA3+lrm3tPy7A2hJKtQMFS01&#10;QupVlx8tXjnRZFZXsaOogCgq1rAW9rI973NMJeuFI/Fpb/n3oF7h7Oe125rouOR7BFP++U+nP7bc&#10;xH+fWX7mexUyF144dVe9iCB6wb8i9z7Z4uqtr0tbHX0MuXo5YjIRHHkWmgtJE8JBSriqZGAWQkWN&#10;7/j2sTmfch2uUNRSumhHz4j/AA9Ajc/uy+1m4LptrK8sm8jDcOx/7OBcD+XXJ6uWSMxyLG6tb9S2&#10;JKkNa6kKCSP9b2j6/oyOaojqMbuzJ0bwlmtV0NLWiTUugLIY56BiB+LEWv8An2pj5qlpWe0Ut8mI&#10;/mF/yfl0At1+6By1PQ7TzffQv/w+OK4H7I/pif29SBkSAA0Sm550sw/xJtpf207h6V3BUVv3OBzm&#10;Ppo1SLRT1S1VIqypGqyNqp4K43mYE/7H2tt+abVEJktW1+lAa/LiKdBG/wDujb9bgvs3NO33EnpN&#10;DLAD+aNckfs65RZBFQLKrsfV6l0sCuolf1FDwpHtIZHqLs+EFoavHZWQIAhgybR3Zfor/f09FZRx&#10;9L+1sfMW1TPqkkKEeqE1+ymr+dOgTun3Xfc63rNBZbddOPKC4oT9n1CQL+0jrMlbTWtpaMfkFB/1&#10;zLe8e59n9gNRUdfNi8s9SqQYyWhxkaZHxRU8DH71lpTO4WRiBfke1cG8WDECK9iBOe5qZPpjP5V6&#10;DF77J+6e0RiSfku5YDyhKTn8lt3lJ/IHr0M1KrPGjKFJMpZ/SCzudSguBci3+v7UOyeq+wOxYDj8&#10;FjzQZuhkZjBlHfF1E9NTJTQ+SEVMXkmmeoqk9IHIBt9PdLjd7aAq0kxMbCh0gsFPz40/b0A955a5&#10;r2ej7pytudvHpyZLWdEA+ZaNadJrd++ds7Ex4zG5q77HFNIIWq1glqYopGjqJ7zeBH8MSxUzkuwC&#10;j8nn2/bv6H732XiFyu5IETH08iwRTJkTLpRIKidUkIpkWKJIqaRiSTpt7vb79t87aEU6vsPRBHex&#10;lQWR/wBjdJPZfdnU2/8AJzYfaG6cXl8ktO9ZLSU4KzGFZqWneXS6qXJmrIluL3Lj2hqGpzLYCsgq&#10;KmKaqhqjU+iqSUrSwU6iV0I5IRvpx9fb7BblllVmUUpwp8/KnT/gR3yieMlNOOFPn0KDJAlTG2gB&#10;XQpfQbF2YaQSf6i/uTs/IV24JP4JFpknrqhDR1FQ5jljuBGkSFrxr5JHH+PtiZUtm1OpJA6T/p2p&#10;0Mmo9YsgYKKJ6+UlIKaKSSZUS6lEGt3ZVu50op9mIPxz7qpaSoqvtPJRC0r6K7Xr0BisiqlOQ+k/&#10;kHj2TybzZMQqgA8OBHSc3SSkIIRT/St0BcPyR6RqsnFil3hi1yjsY0ppT4pVdrAxPrKNG7hvoQL+&#10;y07p3rldlQ1CZN0dv2xPRtKS4JdAgMVhLf8AfDfT/H6ezOGIXJTwiK14/wCz0cWVmrUAjVT0OsVN&#10;SVSJNGBYX0SKByDwSp5B/Tbj2VPObwr8pJraokCkCw1HU3phUhtV2Fig9u3Udzb+EXmHcR+XHPGn&#10;Rv8ATz2IBaWqv/k/4vpzAAFgAB/QcD2HlfWSSsuqQsVvp/oLhf8AintIssjAs7Y6cieRquzdd+2d&#10;pHsQfUshs6kjSeP6fkXPtsEjNenwzDI697zowJAFv8QL/j/jXv1TwBx1oknj172rKBwfGBYPpRdX&#10;IYgabj+lgPdWNeOerUB4jr3sTtsoivE4X1NIoL/6oEwlj/t/ZjZhdQ9dP+VerSopjNR5f4evezj9&#10;eHTRQ8kqyJf/AF2hoyfTe5t7Wo9Ljt+PTT+Z/wAPHoK34HdpP4qD/jVOkfuQBkN/wQT9L2Xyc3sb&#10;c/737FqKNWJbSPob3/rYD/bj2aqWAUn4uikR8S5/1fn0HM8hHoBa1xbj8Bifx+CPcmElXIAA5HKj&#10;1fT6n/b+31IKD16q4VTRePTfULcAtcjngm62v9B/hx7cUQEA25P/ABuxtfk2/wBf3V3ZWxw68AME&#10;9NpP4J/3n/iR9Afb5SKS0YsPqTY/QrqbVe4sfaOd6RyHVmn86Y6dJQqdK93TJU2u31508gWuLJa3&#10;PI49voiVVZQqsOPT/Z/PA+o9oxLcFdHiMjfz/wAnT8IDGpSh6ZHeIyJKQDYk6h/iAPr9T/vPuLPS&#10;Viz0xWmoHiZnE0U9R445IwLKsliF06je1/r7SSBJxIWUtH9ny8v8HD9vRxbsrkIBVPn070lfRxwV&#10;CfeZGnqVjjaGWnpjLLG5f1PH6W1MwFv9b2yZPHrjauO1BQ1FDIVcVIk8kiuwJkQRoSgSMmwN+fZT&#10;JO8Z0xylf2+nSzW8bEITp6WWErjl6ORpautgro1ZWpjGIlKKxWKQtIFbXIouRbj280ezG3qjUeKx&#10;tHPSyxGOoj5EsTN+3JMkR1EsWcW4sT7oJTJFIJixfSKf4f8AV9vTDySEM4ch1+HpLbg7AxvWyrX7&#10;kzMtCFnJjmmKilnTSzpTyznSqKI4yTzcAewN3t1juDrnI2yNHLBQ1TiWGVFcjxzNUukfEaqG8NKx&#10;0/Xj2Vzh1NLeUhh69Gu3+MykyyFvmf8Aa9Cx152js/s7FNkdsZajySwSPTVKwTRSeOenSlM4sjud&#10;CNVrz9OR7ZqahhnEVVCNMv7amMqFVkOmTzH8+VmIFvZpYXD6VjuH1P6/s6reRFWBB7f+L6V1VK0e&#10;tCLRWazA8hvUNFuBoAF7+xH27E2rQUsw08kc2AjBP9Tb+n09qLuRQuoDy/b0gf4h9nSMy7XW+u6m&#10;4IH0H6z/AEsCR+SPYmwQgqBoGoqEN7XubX5v/U+yGaeUNpRuzXX8uPSZh8Snh0hpGW7MSRZNfB+p&#10;4AsD+B/xHvhJGY108hSPofp+fpY/S5/3j25c21vdH9aJWp9vSJ1AY4x1xo62ZDqilZHJFyLEm1v1&#10;cWB0i/tmNQ1NNpmPkhtYRk3UX03sB+NbX/PsuWIRxj6Y6P8AL6dWP9in2/5+lZ41rE1lQZrBhJp0&#10;tcXP1N/qot7SW4KQRzfdUo108wPiQEMPSsMbawtygDm/+Ps626UuCszgkfl/n/z/AD6ZRSSFB6ds&#10;dOWiEEoKTx/rbkfqaR10EhVc6frb6ewRz4CT6FPlRivlf6GIBEZfFpsHZ78/0t7NpR2Np7W8v59L&#10;KAaiBnpcUJLRhmGk2JC83IuQQb8ixHH+v7SFQZPPKGJsqx6f6Wtbi/0+ntdbiM6O35f6vXpigI4Y&#10;6cFto4uP1Hj8n6/X+vv0jHUCzfTSCfrc2/r/AK3P+w9iK2bQFEQOk9NOWWiJgdYdNweLc3HH05H+&#10;398pAGQFR9GJH4+ikfQ/Qge7sWUErk9F/wCfXS8NZr/T/bf1/wBe5PuDUAlWCDSRG9ubXOkj6/0B&#10;Husfj5z/AIOnI6d3WT08XN+R/iP+R/T3EVCQBc/5og/61gQePyf8fb3nw6Z8+Hn12TYnj6H/AGH9&#10;P+Re+505Q3YWjFhwAnJ5/JHvXWuuh/S1+f8AG5/w/wBb3DXSrsunnS9iABY6Wuf6gce7oWY5b9vT&#10;UiDuepr1yP0vf/bk/wBRbk8H6+2y7FABzcXseeCf8fd6VI9fl0nZVJPXMH6/7a4/JHP9B/xT3gnB&#10;ENOP9okIHFh6h/vPs5g/so/s6Tvgnry/VjY/UfX/AGPHtvaz2AAPHIC/63451AD2shJrSuOm+uZ4&#10;F/6EC/0/r/W3uPkF01DlbD0R8fS1lUNY3+vHs2gZ2FS/D9v7etnj1wT9I+vJP/E/4cc/7D3hof8A&#10;gVCD9S3/ABB/2At7VfhPVH4D7evP+kn8D/e/x+D7iVOoyuq8BZH4W/0uw/Htvs1dwGvy/Lr0dKZ6&#10;yIPSDf6gcn6fj+v5v7zY4/uyqpv+wx+pPIIJP4/p7vpSmVz151FC1M9cZT6Qf9quP62A/re/vFOV&#10;8hBIvcn/AF2LHn6/Uj20yea8OmwCRqHDrklwP97P+sB/sfr79TgCU8aQQ3C8WHFwOfz7sqghRoz9&#10;nTLpq+3rzmw+txx/xPP09tuUP7dQNWn0yE8nk2J/r+be6XBKwsy8etwatY9OuafT/W4B4+n+w9lX&#10;3Bq/i9eOFUSvyL8fpKWH+v8Aj8+4pvtYu2kB/V1Do9t9Wk1rXrn7ZI76QT9Tzbj6A2/P4sfbMxBW&#10;N69/+r/V+fWpGViKde95bf0/1iT/AK/Pt1FUYC/s/wBR6Z697EDafVfYW+CjbY2nl6+nltbINT/Z&#10;Yoi9rnK5BqbG3UG+kSXt+Pbc+42tmqm5uQpHBeOPnnV+WT8uh7yz7Ue4fOggm5e5VuprRxqWZlEN&#10;uy/KeZkjen8KMW/o9Y5JooheR1XgmxPqIH9FF2b/AGA9mn2d8LslUGGp35uenoIzYyYjbkX3tYwZ&#10;dRilytckdJSyA8HRBUqf6+yG552giASytmduOtzoWn8SipZwPQ6CfLrJblH7nM0nh3HPfNIRQf7C&#10;xFTTyJnnSgIOCot2H8L+fUKTIRi/iUv9RqYFVv8AQcfqP+8ezebJ6c646+EUm3NtUceQjsTmq4HI&#10;5fXa2pa6rLy0omH1Wn8KG36fYPv+YN13FGW4um8IimlBpU+pxhtJ411AfLrK7k32s5B5CRP6sctW&#10;8F2AR47Ay3B1ABv15C0gVqVKKyx1rRR1AlqZ5bhnspv6B6VtwCrD9R459V/Ynf73xx7JepA6j+/f&#10;0/335+gv9Pfuvde9+BP0/wBh/vre/de6978f9t/xH+w9+HXuve+uf99/sPfuvde99/T/AF/+K/8A&#10;Gvfuvde9kj+b3y/2/wDFPraSehkpMn2ru6nqqTr/AGxIySJDOq+Oo3XmqdTqj29g5XvoNmrKjRTp&#10;ZWlmiGHKfLM3MF4skykbdEQHc5LADEYY5LMCCxFNNakghVMK++XvFtns/wApvuTiOfma6DR2Vux+&#10;OQDMsgBDeBBVWk0kFyUiDo0gdZdJTmd7sP2kJ1EcBiedIP5Itz/h/rj3q0f6b+3dWv8A0h7p1/6S&#10;/wDTJr/ik2r/AEpeLwf361fX+8Pg9Hm+uji1uPc/fQWP/KJH/Y+F8I/s/wCDh8H9Hh1yS/10vcDX&#10;4n9aLjxP31+9q9lf3jp0fU1011aOzR/Zae3w6Y6e9Cf6lf06P0j9H+p+n6f8Pp7/AP/Upqrau8Rg&#10;ZFLEC41fTlX4upA/3r3inCG8X9L58fT50/1V6nEHgFHW/wAe2tUJW3N+eLfgFiDYD8+zKo49WGRX&#10;1697wlebAAgH6nkH+n0v/T3ppEHxMK9awOPXvfAoPxb/AG/+xP1+v1/r7t5Y60eve1XsnY+b31mF&#10;xGEp7m4eurZ7rSY6lZ7NPUzc3+h0Ivrlbhb82ZdwoOs0GDivGtDRaGg9SK4qfWg45B9vuYvcXe49&#10;m2OH9JaNPM1RFAlaanIHE0IRAdb0IXAdlxyypChdzYD6D8k/gAfkn3Yf1/13t/rzFihxUAlrZkT+&#10;KZidB97kZf1ESMrfsU0JJ8cIOlPqdTlnYsllMjCrUAaoFQKAftyx8yakedCKdL/b7245d9uNnXbN&#10;jg1XUlDPcMB4s7jzY+SDOiNe1AScszuzFUTyVBubhBcqi8j/AAPIGo2PJt/re1//AK3+8e2MdD7r&#10;B79/vP8Avuffuvde99f4f77/AH1/fuvenXvfZ4v+fx79x69173179177Ove+z/vh/tv979+HXuve&#10;+vfuvde99/76/wDvH1v7917r3uDkcnjsNQVGTy9fQYnF0MTT1mRyFVT0NDSU621SVFXUNHSU6KW9&#10;RZgB7URwPOwjhieSdzpAAYkt5EAEORQUr/PqrukaPLI4VFBJJNAAOJJJwAPM068qszWQFm+oRRqa&#10;wvfi34Av7Jh2X/MT+IvWJqaat7Wx28MtTAlcR11SVW9ZZitwYYs1i1O1Yp0Y8rNkYipFvxwKrHkf&#10;mS+KsbHwYjxaRggJ41KAaiD6GPJNfWsL8z/eJ9muUy0e489Wk9zpYiO0LXjFlwULWyyRxvXFJnjz&#10;xpnqWlFUPzpVARcF+DzxpsNUgNv9b/H2QfsT+dLi4jUUvUvSlbVrdhSZrsPcEFAEA4Uz7Y25FkWk&#10;1f7Tl0IAtzfgWWPtgCVfdN1JJGRGtM/6Zq/8c6x15k+/RsEJKco8i3lzVP7S7mjttLf80oRdeIv/&#10;ADejP2dSkxq/WSRjx9EGmx/121XX/YD2R/f380r5f72NRHjt44Dr2gqRoeg2JtXG05VL8eHK7k/v&#10;LnqWTgEvDVxtcf7D2K7PkTlu0EdbNpZF/E7sa/aqlUP5r1AnMH3xPefedK7de2G1RioP0tsrFgf4&#10;muzdEH5poNeFOHUpKOnS37YYj8vdrm1rkH035/p7JtvbuTtvslmPYHZ2/t6KSbQbn3bnc1SRAm+i&#10;Cjr66elpogfokaKo/A9iW1sLGyUpZ2cUSk1OhVWp9TQCp+Zz1Bu/+5PuDzTHNBzFztul5ayGpilu&#10;ZmhqfSHX4Sj5KgHy6zqqoNKKqj+igKP9sLD2G3tX0CuuXv3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3vkjvG6yRu0ciEMjoxR1YfQqykFSP8PfuHV45ZIZElhkZJVNQQSCD6gjI697&#10;ETAdxdubUKNtbtPsbbTR28ZwG99zYcpb6aDjsnTFbf4e009lZ3S6bm0ikX0ZVYfzB6Gtl7m+5O2x&#10;CDbvcHfLeH+GO/ukX9iygddEAgggEHggi4I/oQfr7GLBfN/5cbdZGoPkD2VUGM3UZ3OyboW/+1Ju&#10;aPLpJf8A2oG/ssk5Z5ekBB2W2FeOmNVJ+0qAT+fQ22v7yHvfs6Klp7h3jgf7/SC5P5m5ilJ/MnrH&#10;4IP+OMX/AFLT/insZMN/NK+aGLZDWdj4XcKIVJizWwNkRq4X+y8mDweFqDqH1IcMf639lb8h8rNw&#10;24qflJL/ANB0P556Gm0ffC97NtNbzdLHcBXhPaRL+X+K/TY6xfZUv/HIfW/6nH+29XA/w+nsaMJ/&#10;OT+RdH4487sHqDNxKAryUuL3fhq2Uf2i0ybvrqRXP4K04A/p7LJPbXYWIMdxcof9MhH/ABqM9Drb&#10;Pvy8/RS13jk/Z54fSH6mBv8AepJrkf8AGR1jbHwEkgyKOPSrCwt/QsrNz/r+xswf86+ULGm5fjyj&#10;uCPLWYPspo0twDoxuQ2TMePqL1X+H+Psqn9rYi3+Lbwyx04NHqP5Mrr/AMd6Hdj9++wklVdy9s5o&#10;oKZaK+WVq/JGtIR/1U6xtjUP6JWUf7Uobn/YaPY1YD+cv8fq1EXcnXHbeCnbTq/hlFtLO0UbfktU&#10;Sbqw1WUH+005J/p7K5/bDdENLa/gkHq2pP8AjIWT/j35dDu0++37TztHHcbLvsBJyzQWzIv2lLsu&#10;fyQ9Ynxri3jlU88h1K2/1iC3sbNu/wA0z4ZZ0D77f+f2nIxAWHcWw92uwLfjz7cxm4qZAPyWkVR7&#10;LrjkDmiH+yghlr5JItPz8QRD/CPn0PbP71fsTdiKvOxhlc00yWl6tD/SYWxjH2l6fPrG2OnUAjRI&#10;fp6Wsfzz67C3+xv7HDbXzW+Jm6tP8L+QPWFOWvZc9uWk2hI7MLqoh3UMM4bmwH1J4tf2UXXKfMts&#10;NUm1TuoGAo8Un80Ytn0016H1n7ye024RpLbe5ex91KK97bxvngNEkiPX5Fa9Y2pKlVuYjyR+kqxX&#10;8fpQsT7G/bvYvX+7yP7p752ducuAV/u7ubCZvUGF7r/C62qDC39PZTcbZuNope4sZkjXhrUjgf6Q&#10;Ff8AL+fQ9sNw2/c4fqNsvobm3/iidZF/3pSR1hMMoGpopFH5JjdQPoCT6fSPay/33PtB0s64e+vr&#10;/t/6/n/jdvfuvde99/T6f4f8a9+691737/ff8a+nv3Xuve/f7H/jX/FPfuvde9+/3v8Arf6D37HX&#10;uve/X/419P8Aeffuvde9+/31/wDjX9ffuvde9+/w4v8A7H/bfT6+/de6976/33+29+691733/vv9&#10;9/r+/db6979f/in++/HPv3Wuve/f1/335Hv3Xvt6979/vHH9P9f/AIj37r3Xvfv99/vv8Pfuvde9&#10;+/33++/Hv3Xuve/X+v8Axv8A5H7917r3vx/p/vre/dePp1731/yP/eP+N+/de6977/33H9D7917r&#10;3v3/ABJ/3349+691737/AH3+8f4X9+69Xr3vr/ff737917r3v3Hv3Xsde992/wCKW/P/ABq3v3Xu&#10;ve/cf63++/4n37r3Xvfv9e/++Pv3Xuve/f77/iffuvcD1734/wDED/fce/de6979/vuR/vvr7917&#10;r3v1v99/r/T/AFvfuvde9+/33++Hv3W+ve/f7z/xr+l/futde9++v+8f776+/de6976/2/vfXuve&#10;58uUyc1BJip8hXz4uZWjkxk1ZUSUEqMksDq9G8v28ivDKykaSCrEcAn3aNmjcSRPpkWlSoofLicH&#10;jTjTgPzLrzaNq3BWW/2y3nQjIkjRwfkQyn+fTWcJhnrUyb4jGHJRi0WRahpTXRDXHMAlX4mnjHli&#10;VuCPUoP1A9or+5m00d5ItvYqld4ZYJWpaWOi1RSLZ470ghBUgWFrf7f2YxbvuiBQl85Y/n5/Mmn+&#10;ry6Cd17We3F6hjm5I2xVP++7eOI/tiVCP29PLTSsLNJIwVlZQxLEFTcE3ub3/rf230vXe1cfXUlf&#10;jqGbH1dDLDU00lNWVJRJYZRKpIqJJxp8qA2A9vjf9w0tqMb146lBP7F0j+XQKu/u5e0V0GKctvC5&#10;80ubmv5K8rp/xmnXU8r1VPNTVBEkFRFLDKhUDVFKhRl4F+UYjn2dDCfKff2LxNNhavG4HJ01NTSU&#10;qyzrkaaomSQt6qiWGtMDTLr/ALCItrceyxzCWaVYQXY17VBIp6BmrT1qCfn0F3+6t7eqZDZ7juUZ&#10;Y8C8LgfYPBU0+0k/PqsHen8qT457u37k+xafPdk7azmUy1HmZ6fEZXbZxEFXRJTIq0tNU7UmrUil&#10;FKuvVUuxJPI91xdt9Gy9l7srt2U2bocRJWyLK+NbFVE8SaKGkpQFqTk2kfUaTV/m+C3sRwcypFFH&#10;C1oRTga18/OigY/Ko6D1391WEyF9v51McdMK9oCfzdbhP5IOrNduQrgMLj8M01RXCghMIrJ/Cs89&#10;5ZJA0iRpFEpAewtxx7L3lPib2BG3lx+c2tW3vdJanI0UtgAAYw2LnhIa3N5Rb/H2ok5itJ2UOkum&#10;uAVB+zCkH/Vw6CV/917ngy6bTmLbZrccDIZo2/YsMg/410/rkICbWkX/ABYLb/W9LE3/ANh7D7If&#10;GTuKkYmHbtJkFF7mizmGW2nm+iuq6KUkW+gU/wCtz78N1sCKmcVH9H/BQEU/Ovyx0Gbv7vHufYsB&#10;Dtdtd/OK4iUD7PGaI0/n8vPrIK2mJA8vJ/qjj/bkqAPaKyHS/bFCD9x1/uR9N7tQ0L5RvrY6RjTV&#10;M3H+B9vm8sgMXiUHzH+c1/Log3D2f9ytsQtPyhdMq+UQSc/shaQn8h1l88H/AB2i/wCpif8AFfaY&#10;faO68Yx/iW2Nw44qTf73C5Kl54B1eamTT/sfx7fDo4DpICPOnl/g6Dd1ydzfYJ4t7ytuUMY4mS1n&#10;QD82QDrICGFwQR/UG4/249zsfD+4depQFKsCCpB1LwQPUrAj2xcMyKCpoSeg82pTQ4avXfsV9swj&#10;VTX5HkjJ4sLXh5H0tx7XWMlE1E9xX+fb16Q1gbVw09e9nE2IgShp2vb0RL9OADDTG/8AUXI9r7Rm&#10;+pCnhT/KOgnfOQD9tfzz/m6SG4fUji1+G+hv9BKPoePp7FgSgkD6XQf1H1/qLH8ezpECKq8adE4I&#10;6DV42bUx59ZNvr9Bbgkj/evfUbATA/8ABi3+P5B4t/X28nBvXq8mvFacPLrhMhMFv6FbX/HNj+bD&#10;26xS83+lz9fx/ThbfX3txRQK9VQUAHTNJGSeRc/4n6fT+0T7fYCCBckCxuQAT+T9P8fbB/l0qREB&#10;Uh8/6vLpgqgyliqhmJGlSbA/pH6v6j/kftSREu5VFDCw+rAH6E/m3tNNGzEHVw6cB0nhkdJdnjgi&#10;DSllJvcqGfm4H6QOAPeKrx4qYWgewMgIQXuAf1cc8i3+29l8ktYnp/qz0/bTh5o1HGvTrjq80lVF&#10;UrysbamIFifTpJta45NvebD4yGQvi6ga6Jls9Vb103ka7tHECvlYFbWv7C24zEOGQZ/2B0aNJkhR&#10;+3p/yGSnjhGXpjprkN46IMAlV4wwRJZ2V/CrA3vb/eva42vVVPW+dhyOOqqiWK0DVEPi0JVUomEo&#10;icgTsgJQf1I9vQyI6rqUVX+VBSv+HpoOhenkf9X+foFO29n4b5A7AzGztzY6jVMjT19JTVDy+eTG&#10;189JNRGrgUyUYklhWpOklgp9iF2L2JtvtHb0uDy+34Yq9Kd3o60munenqDSVdLBUxjwQReSOStZg&#10;GJFxz9PaSWJ3lEkcp01GMZGMca+Q9PPo0t70R0UHH+r/AFf4ei6fGL4rbo+K256jMbZ7ByOW21kq&#10;uYZHA1FLhaWBo6nJY6vqYhKKirqhG1PjFi1AEhW4559knOAkw+QnppIhMgq5VpmcFL0izeOGcaWK&#10;qwSK+n68+9tC6/qITRRq/Pz/ANVKfOvT/wBQjk8afPq1OmztPlqCCpRxG0tPF51jOvRUPAJJICSA&#10;SFaS1/obe1nhKARTeQrYW1D8/Uqfp9TYn2nmvmfsUD8/+L6ami0qNPn0ncvIGgI1m/CkC1x6WH5U&#10;gfj8ke1ykYUrYfqD2/H6rEX+vI/1/bSSeKsppQin+ry6QuKB/XHSDnDLa7AgEc259IsfqbW5/HvD&#10;VpaK5Fmseef9UB9Pp7pHcSMdOqq14Y/zdFn6muh+PqXSRospIJHPHJJuQbMTq5Fx7RmQjLIQ/B/r&#10;f83T/eLfj2bqAxAIr1VgRUEZ6U9BKEIZCR/Uj66bN/vN/wDb+0LPlWx7NSSfuQsR9w7X/aCaZIym&#10;kHya3k5/p7rM3hAGMAfIU8/9gdOwgUPr0sYaCOu0VPKyKD4bHk6gUcG5BUgL/sfYYbrhWnnT7U+W&#10;nk1GJ+AWKJD5NXB0/uEjn6+zDbpmnjIkGRx6UsAtAOHSooSWQ+S6yD9Smxtdn0i//BQPp9B7RFbf&#10;zyC59SRAj8nUo/3r8e1kMgJNVFemmVRqIHTknCj6Hk2/H0uP9if6++Lx3K2NgNI/3i97/wCAPs4t&#10;5yGGrj/qx00eHXD8H+puf9b/AB4+t/fJbBBq4s3Iv/vVh/j7OtJKrjy/z9FBB1OaYr1iudRtc8WF&#10;v9gfz+PcKVbsxtcFG5/qBqA/of8Aivt1OFK8D07HwOeuYP0/H0+lv9fjn3HX0k6eP2yv4P8Aa5HP&#10;9D7q3E9NP8R67/339PfU5/Rbn9oE/wCtc3/rb3X1611yXm/1tcgG1uTb/Wvx7gBSZJD+SjcH/go+&#10;h/1vfgQCMdMyNxSnXL6Af7e4t/X/AG3+9+25R6GF/wDU/wC935+t/r7f6T9dn/W/qf8AeLfXiw49&#10;x6oft0/J/TJz9Dyy25+v19nEH9jH9nSd+J67X9TX/qP94uPbWVI+o+v9Lf0H+JsR7WQ/Efs6b65k&#10;/wCP+H+8/wCt+f8Ab++OQKmeT+mmK39LBF/wHs3tkCxA+Z/yY6saVPWNb/4car8km5N/cejX/KYT&#10;c21XH+N1P14Ht48fy6ak4r12x9J/3n/ifp7jTACaQkfWRgPxyWt9OPaeV5BIqKaf7OOvITpHWReV&#10;/wBgL/Xi39Dz9T7kUC6Z52J4+3f6H86gf6e7Rs0kdWFTXqxyp7anrhIRZQLfq/pb8f439wqi3lc/&#10;S7MQP9d249ux1C/n1pML+fXNf0gc8cHn/D/YG3Hvul1CQi34kI/xBt/j7eAUpqB60wVgWr11JYji&#10;1uL/ANBc/wBR7kLtfcubMi4nA5fIJIrqstPQVUlOC3CaqkReFNf51N/sfZVvG6bbaW8yXW5wRP5K&#10;ZFB88gVqR81HQ25e9tufeZBE+y8n7jPbyHskW3kEJ+fikCJR89QHy67EsSKNUiKbC+pgDe39CfaV&#10;pvil2xuHJ1FVVUuH29S1E3kWTL5ZJJ3iIB1LTYePKTK9jwsni5Fjp9wzufMe1mZ2hn10bioPD5ag&#10;uPzrwpWvU47D91f3P3RA+5pY7bGGoRNOJH0+qrbLMh/0ryIT8usT11Ol7MXINrIpNz/gx0ofp/X2&#10;M+2/hTt2ARSbs3flMmylWakwlFBiKckWJjaprDlZ5Y2bi4SByDxY8+yC65qYj/FrUV4kswr9pVaV&#10;PqQWXGPM9TRsH3QOWLQiTmbmm9vZQwYLCkdsvzVy3ju9f4laM+Yp1FkyRuRHEB9LM7E3H5uqgAG3&#10;+1ezCbX6O6q2eY5MPs3EyVaG4rsshzNak402liqMsaxqaWw58IiA/wAB7J7ne90ulKyXhVBQilR2&#10;/OhXB/pCnoB1PfLXtJ7b8pGOTY+ULNLlG1LLIpnmU04rLOZJE+xGUegHDqK9XUPb9xlBv6UAUXsf&#10;oR6iP+Qj/t+PYsqAAoChVUBFCgBQqggKFU2AC/QeyZmLEknPUi145/1f6vPqL9LgG/N+Tcm9iSSf&#10;qSfz76/33+8+9de6799j/ff8a+vv3Xuve/f1/wB99P8Akfv3Xuve/f8AED/jZ9+4de69799P+I49&#10;+691731/vv8AiPfvPr3Xvff+3/330/2HHv3XuveyufKv5W9e/FXYE25d1TxZbdOVhqINjbGpaoRZ&#10;bdOUjCjUfTK2NwFA7K1bXOjRwo2hBJM8UMgk5d5cu+YL4JArJaIw1uRhccOA1Sd1dANQQGYUo3UZ&#10;e63utyz7R8tS7/v8uu8k1La2qsBLdTAV0Lg6I0qpmmKlYVK4eR4opJNNTPOefTGCQ7CxP1B0oSSC&#10;SDa9uB/tjqVdxdwb7727BzvZXYuWbK7izkw9MatDjcRjoSwoMHhKIvItBh8bE2mKIFmJLSSM8ryS&#10;NkRt232m12kNjZRaLdBgeZPmSeJJ4knJ641c/wDP3MfuVzPfc18z3fiX83aiLURQQqSY4IEJOiKO&#10;poCSzMWkkZ5Xd2fVVUUKosqiwA/p/wASfYYe1vQL65e//9WmirZZSssTfcH1XJ1RgDhL6WNwbj3i&#10;6I6VrGP2DqcCJPL/ACdb/HuNI0RlW83jfUCyaGb6i/6wvq1fQf4e3QWIqFFOvamORTr3uO4Ak8vF&#10;ieaYXswFhcSX/t8/8F93JhIAIqP9Xr1vWnrjr3tV7M2Xl9952mw+IiuJFElZVyg/bYukBBlqpypU&#10;y6LgRqCDJIVUfmzDOioVLYHyOaEAAn0zSvDJ6G/t7yDvfuJzBb7Ds6aYfinnYEpBECAXalNR4hEB&#10;GtzQFQGYY5ZUhjaRzwPoPyx/Cj+pPuxnZuzcJsnC0+GwtPpjX9yqqpAPu8hVEeupqnsgLaR6V/TG&#10;vpWw+pY7ySSGrAAAAYFAKUAAHEngSM8CQAMdQuTOTNi5C2K15f2G30WyZdzQyTSEANLKwA1O1PIB&#10;VUKiKqKqqw1E7TNqb6DgLfhBcfn/AH2r/elX+f8Ajf8AtufbXQs6w+/X/wB9/t/x7917r3v1v9b/&#10;AGPv3Xuve+v9f/C3+t/tuffuvde99/1/3w/3j37rfXvfX++/41791rr3uJkchj8RRVWUylfRY3GU&#10;MD1NfX5Cqp6KioaSJC0lTVVlRJHTUtPGouWYqFH1Pt2JHuCkEcTtO1QKKxJYHIAFGZh5k48j1V5E&#10;jR5JXCxqCSSaAAZJJPkBkk467VXZrKCx4IVeSfzwLHiw/wAeOfde/cn80D4s9VNWY3C7jr+2txUx&#10;lT7DrqlgyGGWqQftmq3fXz0W3paSZ+DJQy17RgE+MmwI02vkDf7/AMOW4iS2gOP1GbWFPCiKPiH4&#10;gzLq8+seed/vSez/ACWZLdd/O67ktP0tvC3AFRgm41Ja4OHVZ2kXzjrjqbHQSuLufEpsQCAW+l/0&#10;g8fX6GxHurDtn+b38g94PVUnWOC2p1JiZDaCsjpk3ru1U0lCJsrn6Vdu2YG48eIR4z9HNr+5B2/2&#10;62S2RDfSS3UoGanw0/2qx0I+Y1kHzr1iLzl99rnzdvFt+TNjs9otSMSSf43cA1PcpdUt1BFKo1vL&#10;Q/jI6mx0FOnLAubqfUfSCOTYDkgn8MW91vdgdtdn9rV4yfZPYG798ViMzQNubP5LLQ0YYsxjx9JV&#10;VElHjoAXJEcEccYubAX9jW0sLGwQx2NnFChyQiKtT6mgFT8znrFvmr3A5354mM3NvNN9fjWXCSys&#10;YkYihMcIIhir6Roo+XUxVVRZVCj+igAf7Ycew89qugf13797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v309+69wyOPXvYgbb7Z7U2cyvtDsvsDarpb&#10;Q+295bjwbJb6aGxmSpStvxb2mns7S6XRc2sciejKrD9hB6Ge3e43uFs8It9p583m1tx+GG9uY1/3&#10;lJVH8uuiAQQQCDwQRcEf0IP19jptv52/L7arI2M7+37VGPTpG462j3ip0/TWm7qLOJJ/jqBv+fZV&#10;Nyvy7cCkmzW/+1UIf2rQ/wA+pA2z7y3vltMQhtfcG5dKcZora5b/AHq4glY/bWvWM08BBHhi544R&#10;Qf8AYEAEH2O23P5sXzBwjI2T3BsfeAW2pNx7GxdKstrX1naMm1n9VudJX/C3sol9v+WJFAjs3jPq&#10;sjk/8bLD9gHUg7X99D3i2+JY7uLaL5wPintnVj86W09uv7FHWE0NMf8AdZH+IeTj/k63sdNufzo+&#10;2qV4/wC9vTfXObiGnyJtzK7l2u72Pq0SZOp3gsZb8XVrf4+yqf2x2l6GDcLlW89Whh+VFU/zPUg7&#10;T9+zfYYgN99vLS5mpkwXUlstfkskN0R9mo/b1i/h0Nv1y3/Fyn1t+QEF/Y9ba/nUdeVLx/3v6O3p&#10;g0uvlfbm6cHuuRR9G8ceToNmrIQPpdlv/h7KJ/a2YL/i+8IzEcDGUA/MPIT+wfb1IW0/fm5FniB3&#10;7kzdraamVt2t7la/6aSS1J/3kdYjjbg/vC/9DHYH/Dh+AfY87b/m1/EXOvGuUyHYezFYrqk3HsmW&#10;qSG4sdQ2jkd1yen86FP+F/ZTN7c8wRAsn00p9A5BbPnqVAfsYkf5JE2n73vsfuUQkvN9u7B6fDcW&#10;k7N9n+Kpcr/xojrF/DprH1RXtwAzf7xdLA/7b2Pm2/nr8Pd1sseL772PStJbncb5PZUa6hYFpN34&#10;/ArGPydViPz7JbjkzmaBQ7bXLpHChWUnzpRS/n6gdSFtPvt7Ob1EJ7P3J2lEI4T3C2rfmtz4TD7C&#10;OsX2dV9TF/yen+9BvrYW/Psedt9s9V7zaOPZ/ZnX+6ZJbeOPbm8duZ5n1H0hFxeTqy2o/T639lcm&#10;0bnaK0lzts8aLwJR0r9mpBw/l1Iu1b5sm+wi42TeLS8tzwaCaOVT8wY2YdYjDOOTFJaxLEo3AH5P&#10;Atx7EEf8b/PPsr6NOsfvr/kXvfXuve/f4/4fX3rr3z6977/r/jz/ALb/AIj37r359e99e99ez173&#10;3/h/xX/jf9feuvde9+/33+2H9P8AD37r3XvfX5/331/239fe+vde99/7ADj+n+sfeuvde9+/1/8A&#10;ff4e/de6976/33P9P9497691733/AL7/AH30sPeuvenXvfv6f8i/4n37r3Xvfvfuvde99e/de697&#10;97917r3vv6/7D/in9D7917r3v3++4+h9+691731/t/8Aff63v3Xuve/f77j37r3y6979/j9fx791&#10;6vXvfZ/2H+8fj/W9+69173763/3r/ffj37r3H7Ove/fT/ff778+/de69797917r3v3+v791v8+ve&#10;+v8Aff7xb6f6w9+611732f8AiP8AHj/inPv3Xsde9+/2x9+691731/rf77/bH37r3Xvfv9h7917r&#10;3v3++/2/v3Xuve/f77/jXv3Xuve/f77n/ePe+veXXvfdr/6/196+fXj17343/wB9+D/T377Ovde9&#10;xKmgoay61tDSVYK6WWop4ZwwNl0sJ42UjT7cEjU/TmZTXz/6FYnpuSGGZSksasvowBH869dq7pwr&#10;sAORodl/xNvpYn2yPsrZ8pDHa23vJe4kXDUCTfj6SpArjkf19qFvb1KUuZAT5ljTj6UAx9v+DoOX&#10;fJPJl85kveUtslkPm9rAx/aYyf59ZBUTAk+aXgAadbN/0Mx5t/h7mU23sLSKiU2OigVSCBD5IlX0&#10;qBZUlS1gBxbgj2pTeNxhZ2iuqE+qq37NSsP8nQT3L2T9q92DC65KtFH/AArxIP8Aqw8f+brBOoqQ&#10;RNeQcggsyg8n66Ct/r9fc5qGl+pisV/TaSZjxyLhnNyP+J9r4eaN0RgPFVgeNVUUPy0/4TXhjoMX&#10;X3aPaO5DCPY54SRxS5nJH2eI8g/l01vhaJwVCyJf66ZLk/4XkDW/3j3iGOpwdYeUMLWAK6DquSF1&#10;oWsP9j/re1yc47jqHiW0TKftDCmOAJGfmB9vQXn+6X7dSM7Q7vu8Zby8W3IH/ZtX9rfn1Gfb9Ky6&#10;BLUL/UnQT/sWCIb/AOt7kLTItiC/H1ZiGA54uFCg+3l50lIbxLFWpwAYiv5kH/B+XQcvfug7O/8A&#10;yTOdbmKnAS26y/8AHJYf9Xl02y7RVyfHXtHq+t6cPbkfS0ykWHufDIkVuXPH00qLC5/2vnk/4e3x&#10;zfbVDPZuHHChU/4Rj+fRHP8AdD3KOptOeYJPQPavHT81nk/mD0z1examYER10Fj9RJHKo/s/6hm5&#10;sv1/w9uMVegZmYurEC3A5sDe+nUOST/X2oXm3bSQphmr8lH/AEED/LoNXH3TvcFHP0+97RJH/E0l&#10;wrf7z9My/wDGuk9P1xlyqqlRjnQFmYPNUg3Zgwtemb6Ef6oe5i5GnDgmayKDxpdh9B6tQW4uf6e9&#10;nmDZrhSCzjVTirCtMeh+zOOiW4+697o2vfBFt85HlHcUr/zlSMH5VPTe+wdyxL+3DTSuLkNHUwjT&#10;diSAspjHI9qfH56gji8Rq1UXuqvrUC/qBDPF/wAjv7Jrm72uXvV1J+wj+R/1fkOidvYP3jiqX5SL&#10;AelxZmv+8z9MVVsTdrT+T+GPZgA7JUUcjEKLWtDUi5v/AK/tbUW46GpgZJsvjI5Y1bwCavpIlVgL&#10;JyzILX/rx7K5biKjBG1Qt6YPl/FT/Vx4dI5fZn3Mtf8Acnkm8ZR/AEk/6tu3+qnSDyHXuYx9bDUw&#10;7czLBpV+7NNj6ys1xku7jRSCokuWH9kXPH4PvDR5mnqpJaeXI0IVpJIoZI6qlfwVDyBBWL4GvKqi&#10;xFyUPu0M1pDRo8+fGtQKmlTgf8V0UXHt3zrCe7kTdwR/y6XRH7fDI6z5naWcWGGrpsHl2kSGOWoh&#10;fFV0LVVIsXkbHMjwaoWd/SdK+Qf09zavbE+51WKqaGeaIrDj51qaUmfRqjpGKQVKrCZJKjVZ+E+h&#10;49uTXlstrdLC618Nq5/omvxAfP8AyZ6KZOWuZ7WRUn5Z3CMV/FbzDz/pRjpixu5n2LV088WNytHS&#10;1FTFNl6WTEZVVpXqJonrhHNJjp5KtYYqYJ+1fyfUc+wzrMbUberp6OsUloJZKUozRsgdZfHrDweU&#10;NpZLGxsf6+w3H4x0MJq1zgAH+f8Aq+3pu5gngYJPG6v6EEH+f+ToxdDl6Hc+MpshQIyw1VPFWJI6&#10;1KOYpYhMqtHULA8RKSA+pQV/p7coj6ALiR2bVq0i8XFgouBqBJ+o9uJeFRTUwWnqf8n+XpAy4NPT&#10;+fTTU0QeQvpCADSF4IkHLBj9WQj8D/D3KqYQUIPLf2W/pzbjnT/xX3WG5lHco7a8PX/V/qr0TTeI&#10;rVDVPUaNYwwU2H5+hFhpJ5uLkEj/AGHtA5iFrGw0m1ybf1IuPqSB/gPYpspy5zICP9Xp/lPT1sFZ&#10;TqWrdKTH6EPAY+q1ufwD+GBufYO5y6IVACpdLC4uR+0Lcc/q9m0kUM1e3AHV6cdK9CLi3fgsxLHU&#10;Dxcca+efTcgew7pqlFWSlnVZKWQqHiOpVazF/wBUYMgs7A/X8+0c0lzbsPp30r5f6vt6cDFfPHSn&#10;aNWKy/SVf0t+VJGk2DcfTj2xbkoTj5TOv7tM6qdfpQWVI7/VmkuA9hxz7PYDGFUgd9fz6YLEZr1y&#10;o5TMmkjS6k3H1HLNb6AL/Z9tgYaIXfUnlZFRQb8heP8AW4/r7XCRwAAwqPXqwao7uPWa3LWsdIJY&#10;kf1J/wAPrf3laIGIkn+0/wDZXjj/AHq3s/idtMeTXSvnX7OidwdZ7cauHUfV6j9Lf1uf9if9hf3g&#10;kAH6l1DR/W1xze31t9Ofd1JHA9UDEYB65g3+h/P++/pce4mkfuELaysBb8A+oD6/Tj/ePbjEdtDn&#10;plpHVjRsU65f778c+8Uur9rSRcxL9bn6G1uPp7qukk66060jE1Ltjrw/I/oTxa3+J94SF1utuTG/&#10;+P4b/int1RoFR014jaq6uuyeOTxf8f7AfT6e2gISoCqSf9SvquLr9PrcD+n9T79Ug1BFT5EEn9nH&#10;q8cMk8qxwxl3PkAxP+8jPWQ/1N+Pze3/ABTk+80uIyc8dP8AbYzITXRuI6OeQn1ILgLET/yP2ojv&#10;4UUeLdRqBXiR/lr/AD6OYeSOdL7usuUdzmB4eHaTuP8AjKHroMt2uy/i/qAtwf8AevfKPZ26pwQm&#10;284fqNbYutiQcf6qSIKbn68/19uDfdkRv1N2t1J4L4yVP2BWqf29HVn7Q+6F+4SD2/3dW/4ZbSxA&#10;/wC2lVF/n14zRD/dif48qbWI+p5t7dX6w3tVs7Q4CexWOxnqaCmHCgHT56qMmwB4/wB591l525ct&#10;qKd1QEfwB2z8wiU9PKvQsh+7j7zXOkpyaUQ+b3NmtPtU3Ab/AIzX5dYxUwgC8gF7kABj+f8Ab/X8&#10;+3eg6Y3m8sUsiYqi0kMRPkGZhfj6UsNUCR7Sy+5XLcAI8SeQ+elOH+9eH/KvQtsvuke6N2itc3O0&#10;25/hknkYj/nFbyr+xj9vWNquEiw1Nf6WX68H+tvyP8PbvB0Dl53LZDcdBT6nLAU1DUVhW9jY+aSg&#10;BII/PsPXnudZ6tVpYTP66yifsp4lfXy6G23/AHMt1dFO6c928MnmIrV5l/JnmgJ/3kdd/fxqLLE3&#10;At+oC/8AsRf+vtVY7onDUpY12cylUzqUvTwUlEAvDGyyx1x+n+vx+fZVN7nbkyabawhXT8QZy4OO&#10;HaYzT5aq/wCHofbd9zzkaFI/3rzLutxIOOgwRIflpMUzAf8ANyvz8+sD1zNbTGqi9+dR/NuSAOB/&#10;re1RS9P7DpWDTYqavkBLK9bXVbAt9B5IIJoInuP6xg+yibn3me4UrHerCnAhEXPqQ7KafYGI+VT1&#10;I22fdt9nNsaGReU/HmT8U09xID/po/FEJHyMZHy6xGtqCAAyr/wVVuBbgG+o+1nj9r7cxRVsdgsR&#10;RMo4mgoKdJiR9A06xCZyLW9Tew5db/vd4HF3uk8kZOFLHT9pGrSPtUE/PqT9n5O5S5eJbYeWNvsn&#10;PEwW8UTH5lkQEn5kk9YWlke2p3JvzdiQP9YEW9vn/Ff6j/erc+ynoSeVOuHvr/ff776e/de6977P&#10;1/23++5H9ffuvde99e/de6977/P+x/5F791vr3v3/Iv9v7917r3vr6+/da49e99/Ti//ABT/AHj3&#10;7r3Dr3vr/Ye/fZ17r3v1v99f3vr3XvffN/8AX9669172RT5ifOzrf4r4epw1PJR7z7grqPVg9hUl&#10;WDHi/uI9VPmt7VNMzNiMSisskUAK1lddRCqRl6iEZ8tcpXnMDrNIpi2vV3SUy1PKLVnPwk0IWlCS&#10;Rp6gz3o9+eVfZ/bfCuWW85tmSsFkjDVTylnYV8CCuAWGuUgrErBZGjl01G81na6R3+vGpwPwvHI/&#10;xP8AvPvVs7Z7c3/3fvfLdhdlbgqtw7kyzhWmmPjo8dQxs7UmIw1AhFNi8RQiQiKCIBQSztqkd3ae&#10;7GwtNstorOygCW6CgA/wk8STxJOT1yN57585m9yOY7vmfmvcDPuEvaqioihiBJSGBKkRxJU0WpZm&#10;LSSM8ru7PaqqKEQBVUWAH++5J9ht7V9A7rl797917r3v/9aqnsas2xJlfHsymVKe/wBVnr5gL01E&#10;f+XkDJ/nBJ/rf61veKsc50p4vnx/b8up0ndC1EHb1v5U6zLEonfXJzqbSi/2mtwnp/SR7DhtDS+R&#10;ZdEgUaroSSugaQLccKvtwXCaStD/AC/z9NVFNAOes3tU7V2fnt45FMViKYZFCQz1HlpqYUSSa2kn&#10;kinngeVYwuo2ufqRwbe0r3OAoPfQA/MeeaUyAR5YYioYE9GfL2w7tzVve38v7NbGbcrp9CjyrTuY&#10;kcEUKWc0AVASSKEnHJKkSl5G0qLC9ieSQAAACTcn3YB1/sPF7BwcWMoytXWzBJMvljCkU2QqFDBS&#10;4Bcw01Ot0ijuQitfl2di2xJoCTrFKeQJpmnmONR6kEH0HVP219u9p9teW7fZNupJesA9xORR55qZ&#10;b+ii1KxR1OhBks7O7sVRUPO5Y+lBcKt7leRyR9G1fn+lvr/Vdf717a6kHrB77/px9Pfuvde9+/23&#10;/FP9Y/j6+/de6979xb/ff7H37z691737/ePp/rf7x/X37r3XvYf9jdp9cdRbfm3V2dvPAbLwMRkR&#10;KzOZCKlasmiUytRYui1vXZiuZAWWmpIpp5APSnsxsdtv9ymW32y1aWY0yqmgFMazQBSQKKzMKHBJ&#10;PRLzBzJsPKm2S7zzJvFtY7WmDLM6xrWhIVS1NUjAHQi1djhVY46yRxSym0aM2mxIutgWBIOogKOf&#10;wfr+PdOXfn847F0T1mB+OmyBmZEMkK7/AOwYKikxrEa4zPhdoUdRBlKuJ1KvDNX1VIykESUbA+5M&#10;2f2zFI5d8uz5nwojgZrQsRSn8Sqta/DJTrCv3E++1sm3PNt/tnsZ3CcVH1d0Hit61BBjtxouJVIq&#10;CZGtWVh8Lr05RY4A6pW1E2BROFNjflj6jcf0t7pw7f8AkX3Z3zkTkO1uxdxbrRZjPS4eeqWh2zjp&#10;Dxqxm2MYlHgKCTSAGkjp1lk0guzHn3Je3bRtu0x+Ht9mkeACQKs1OGpzVmp5VJp5dYPc8+7fuJ7j&#10;yu3NvNFzcWhIIt1Iitl0k6SLeIJEWWtBIytKRTU7HPU9I0jGmNFQccKAL2/r+SfYKezHqOOufv3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve11tvtDsvZrI+z+xN9bUeO3jfbe7c/gmj0/p0Ni8hSlbX4t7Ymtba4XRcW6SJ6MoYfsI&#10;PQv2r3B592KEW+yc77vZwAU0wXlxEtPsjkUfy68QCCCLg8EHkEH6gj2PW2vnb8vtqNG+L7+37VGK&#10;2gblrKPeaen6a494UOdST/HUDf8APsnn5W5duEZJNngAPHSugn7Smkn8z1Im1/eV98dohEFp7g3T&#10;oBxnitrlvze5hlc/aWr1hNPAQQYYuQRwig2P9CACD/rex721/Nm+X2CZGymY2FvML9Y9y7Ho6VH+&#10;n6v7n1W1HF7f2Svson9veWJkCpayRn1WRyT/AL2XH8upD2z76PvDYQrFdQbPeyAfHNbSKx+0W9xb&#10;p+xQOsRoqYg2Qqf9UHe4/wARdiLj2P22P50/Y9IY/wC+XSOyc8o/zn92ty53aha/1K/xSl3mF/1j&#10;f/X9k9z7YbbItLXcpo28ywVx+waD/wAa6kbbfv27pHCF3n23t55/Nobx4F/JJLe4P5a/z6xHHRWN&#10;pJQfwToIB/1gi3H+x9j9tj+dF1FV6RvPp3sTAk/qbbeT21uwKSPqTk6rZrEXtcgA2+g9lE/tfeop&#10;Nnu8bMwyGV0X8iDIacfLqRdu+/H7czRId15W3q3uTxES206D/btcQMQP+adfl1hbGta4mDMP0ho9&#10;I/24Zv8Aej7H7bP81j4c5/T/ABPd269mM/Nty7Fz8xViLaWO0afdECkk8kvpvyT+fZRc+3fMcCgx&#10;JDOQMBXr+0y6OHyH2dSNt33sfYu+ijebm6W1lanZNaXdRX1aKGWMU8zroPXrEcfUAXBjY8XCsQT9&#10;P9Uqj/efY/ba+anxP3aFOI+QHWURksBFnty020pyWtZUp92/wWokYt9FUXv+PZRNylzHb1EmzzYo&#10;QQFkr/ziZhX5aa+R6kbb/eP2n3RI3s/cjZCXppV7y3jkNfLw5HR6/IrXrE1JUKLtEzD8BCpNzf8A&#10;C3N7fn2Pm3t57P3dCanae69s7ngsL1G3s5i83AEYgB/JjqqoUAn/ABt7Jbjb722oLuzmhHHS6uh/&#10;bQDqQrW6tr6FbmyuUmtjwZGDKfsZSQf29YmjlQXdHUfTUUKi5B49Q+tvp/j7Uh+vH+9fX6/4/T2j&#10;6f64e/c/Q/8AE/74Hn37r3XvfuP9b/ef9b37r3XvfXv3Xuve+/8Abf77/Ye/de+fXvfX++/pwPfu&#10;vde99/73/vA/2349+691734fT/iP+Kf7H37r3XvfvfuvenXvfX++/wB49+691737/ff763v3Xsde&#10;99/7630H++59+691737/AIp/yP8AHv329e69769+691733yf99/vf59+4de69769+691733/AL7/&#10;AGP/ABX37r3n1737/kdvfuvde9+5/wBh/W3+Pv3Xuve/f8V+n+ta3+Pv3Xh17317917r3vv/AGH+&#10;+4/4n37rx6979f6/nn/Y/wC9e/de69799P8Aef8Aff19+691731/vrf7D+vv3Xvn1733/wAa9+63&#10;8uve/f77/e/9jb37rXXvfh/tv9e/Hv3Xuve/H/ff1/Pv3XuPXvfVv98ffuvde99j+t/99/jz7917&#10;r3vr/ffT/be/de6977/339Pfuvde9+/3n/ff4/19+6917317917r3v34/wAb/wC+/wBt7959e697&#10;9/vv99/j7317PXvff++/3q1veuvfl1734/77/Wt/xPv3Xuve/f7H+n++4/Pv3Xvl1737/ff6/v3W&#10;+ve/AlfpccfUG34H5B+hv73itcU+eeq0Hn176+8iTzp/m5plFzazunH1/slffnCOQXVeHlRv51P+&#10;HpqS2tpKeJbxt9qg/wCHrGYo2HMaN/gyL/vN195Fra0WtV1Y/raeX6f7BwOPe2EeonSp+yo/wgn/&#10;AFcekM2xbJP/AG+zWj/6aKM/4VPWE0NE49dJStb6a6aF/wDD6abfT3jeeeXmSaaT6/5x3kPH+ux5&#10;t7tG7xHSkhA/okqP9X2/Potk5K5Nm/tuU9scfO1gP+FOuhQ0P1FFSg/9Q8N/xf6J+be4ctLSzLaS&#10;mhlHFxJEhA/rckNccD2+Ly51Va4YD5Ekf8ap+3pF/rce3tf+VE2b/sitv+tfWdIooz+3Gif4qioT&#10;/sFFvofcJsFhZDd8Vj2sf7VLCef6fp/2m3uovLoVCzsPsNP8HVT7be3h/wCdF2f/ALI7cf8AWPrP&#10;5JPxIw/2P/Fb/k++LYDCmIxHFUAha94xTxqhuSWOkKBa493Xcb4NQXLlj/q9Oqn2z9uiT/yBNoJ/&#10;55IP+tfXWprhtRuPodRvx/sb+4/91Nt2C/wTGgKdQH2sdgf+SSePbv733L/lLf8Al/m69/rZ+3X/&#10;AEwmz/8AZHB/1r65eaX6+R+Rb9R+nvmNs7euP9wuPAHIH2sLAf7C1je3txt73ejL+8pSD8z/AJeq&#10;f61/ttWv9QNmJ/547f8A619da5Prqa/9Sx/3sXP599nbW3v7WDxbc/migfjji7IBYe9De93Ydu6T&#10;59SV/wCO1P8ALqw9svbheHIOy/8AZFbf9auveSQf22H4srXB/wAebc++125t9bkYPDfpI1fw2j5F&#10;rG4EIFh/vPvTbvurUB3G448PEc/zLE/z6v8A62ntyGDLyBsgb/nhtq/t8Lr3kfi8j/X8Nb6f0tx/&#10;vHvMMJhoiCuJxaFPpahplC/kf7rP591O6bnL2fXTkH+kSf5U/lTHRpByjynbClryxt0Y/o20K/4E&#10;HXHUx/tNz/RmHB/1yfx7kLQUKXMdDSoRyCtPAv1Fj+lePbTXt8dOu+kP+3c/4adG0O32FsKW9lCg&#10;/ooq/wCADr1/8T/sf9c/4n3IRQgKoAgA/spo/wBuvI9syGpBclqngWDD+VKdK6AcB11f/e7/AJv+&#10;R9Tz75/T/ef99/t/bPXuve/e/de6977Nv6f77+nv3Xuve/f77+n/ACPn37r3Xvfv99+P9Yf6/v3X&#10;uve/f4f77/evfuvde9+t/vf4/wAf8P8AYe/de6976/33+9/4f09+69173737r3Xvff8Aj/vI9+69&#10;1737/ff1/r/r+/de6979/UfSw9+691731f8A33497691733/AL37117r3v3+t/vJ/p/tvfuveXXv&#10;fX+v7917r3vv/ffj37rfXvbVms3hNt4mvzu4stjsFg8VTyV2UzOZraXF4rGUcA1S1NbX1slNS0tM&#10;g5LuwVR9T7UxRz3UywW8RaRqhVWrs5IxkFiSBxANOmLq6t7K2uL28uI4bOJGd3dgqIiglnd2IVVU&#10;AlmJAABJIHXaqzEBAzObDSBz/tR0gfT68nn3Rx8u/wCbJCiZTr/4uMZZX8tHku38nRFY4QSyzx7E&#10;w1dEHnkPCjJV0YQWfwUzftVQljlr288IpecwaWYU0wrQrgUq5pn5KuMdzMGKjBH3m++JZbcLrl32&#10;mKXG4AlH3F1DQR0FD9LE4pOwY4mlXwO3sS4SQOrrBQKtnmF2BBCXJX+tn/BIP4HHH5HuiXLZfK5/&#10;KZDN53J1+ZzOVq6jIZTLZWsqMhksjXVUjTVNZXV1VJNU1VVUSsWeSRmZmNyfcrJGkSJHGgWNRQAU&#10;AA9ABgD5dc6dx3G/3e+u9z3W9mudyncvJLK7PJI54s7sSzE+ZJJ6cvbd7t0j69797917r3v3v3Xu&#10;ve//16a9uYbJZqpFFjaN6mrcftyK8Y8hCzSEqkjxgFEiP5+g94mswUVJoOpvQOx0qvd1v7khQSTY&#10;D6k+zPYvpzb2zcamY7SyseMU3dMBUJVxVNSquwCrX4uqnWO8UsUlyPpx9fZC26TMWjhFR/EKU/Ya&#10;V6VCFYxquRj/AFenTZ/EDUkJj0+5QlleqR4/DAwDfqV2VpPWpWy3sfZk9mtC+BpJqHGth8VWolTj&#10;cXNUGpnho5B+1Uz1TwRVRetW0ojkJ0KR9Gv7MoIGT9eVv8YIA1AAAkUOAcEjFSMgADJJB6Hfd69r&#10;15S2Feat2tSvMe4RLpVhmC3NGRKHKyS4klrlR4cZCsjgt86ETEyS/cTIrLJKFKCxLaUWIOyKFvYn&#10;8n6+1V/vZt/vvr/X271kf1j99f77/fH37r2Ove/fj/X/AN69+8+vde9+9+69172w7n3TtvZWCye6&#10;N3Z3E7Z23iKY1OTzuerqbGYyhg1BFeqrKySOmhDyOFUGxZ2VVBLAFVDbXF3NFbWsDSTE9qJUkYy2&#10;CCfQEmmPLySX+4WG1WVzuO6X0Ntt8Cl5JZXWOONRxZ3cqqqPMswHqeuUaO5VVBZyRfjg8/SxBAA/&#10;P+88e6Ufk1/N6x1Aa/afxjw0eWql8lPL2juyhnjxkDaXjaXam1alaeqyLLqDRVWUWBFdSGo5lIf3&#10;Kmx+29dNzvs541ESUFeHxsK/miYBFQ9DpGDnur98/ads+p2f2sshfXwqpvp1ZbZMDMEJ0yzMKsNc&#10;nhRq6ghLiNunOCgAGqfkkf5sE2HA/U176r/0Nv8AEj3SB2J2d2D21uOp3b2TvDO7z3DU6lbI5yul&#10;qmp4WkaUUePprrR4rHxu5MdNTRxU8d7KgHuUrSztLCBbazt0igHAKKD7fmT5k5Pn1gBzbztzZz3u&#10;jbzzfv1xf7ga0MjdsYJqVijULFClc+HEiJXOmp6cgoUBVAUD6AAAD/WA49oT2p6C3Xfv3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve8kUs&#10;sEiTQySQyxsHjlido5EYfRkdCGVh/UG/v3TkM01vKk9vKyTKahlJVgfUEUIP2de9iztr5Ad7bNVI&#10;9qdzdp7dhjtppsPv7dNBRkD6K9HT5SOlkQf6lkI9objbNtu/9ytvgl/06K3+EHofWHu37pbX4K2H&#10;uNvkcSGqp9bcmP8A5xtIYyPkVI64squLMqsAb2YAi/8AXm/Psftt/wAxn5m7XVIqTuzLZKBCuqLc&#10;m39n7leUL/Zetze363JgH8lZ1J/r7Jrjk3lm6YNLtMYp/AXjH7EZR1I+3/es99bAwhuc1uIE/BLa&#10;WbBv9M4gWU/85Afn1iamp2+sSC3+pGj/AHlNJPsf9tfzg/lDhkjhzeB6o3bGpHkqMjtvO4zIuAOd&#10;E2C3RjsfGWP1JpW/wt7Kbr245euG1ReNF8lYEfsdW6kXb/vwe5sEkQ3HlvY7iAfFpjuYpG/231Lo&#10;v5RH7OsTUFO30DJ9b6WPP9Ll9R4/wt7H7bn862uRI4t3/H2jqZCV8tdtvsGahRQP1ePFZTaeQLEt&#10;yL1i2HHP19k8/tbbMw+l3iREpnUgc/kVaP8A1efUjbd9+6zeSFN29tZY4adzw3yyGv8ARie1iH5G&#10;X8+sLY1ONErLb661D3+lrW0W/wB59j7t3+ch8c8ikabj2P21tyqewkeHF7YzmNiv9SaqHdFLXuFJ&#10;/FHyB/sPZNP7Y7srgW99bPF/SBU/sCFf9Xrxkbbfvre0V7LHFd2G9WYIy8lvCyA/82bmWQ/b4fWJ&#10;sdILaJEb6XLa0/22kuTcf4j2YDbn8zH4YbhSJW7c/gVTKb/Z7i2dvXGvETa3krF29U4Zef6VR/x4&#10;9k83IHM0MmmOxEq+oeOn5ksrfsT5/LqRts+8x7G7tMlvbe4Fukp/39DdW6j5GSeCOP8A411iegqB&#10;9FRuPqj8D8W9egn+vsfdufKD447sWE7e726lyMs6/tUab/2tBkzdgAsmJqcnBkI2N+NUS3b2Tzcu&#10;b/buUk2eeo8xG5T/AHunypk+vn1I22e4XIG9zC22XnnZ7u546Ib22lb/AHlJGYfYR1hamnX6xSfU&#10;H0qX4N/oU1r/AK/+HsaqOvo8jTRVlBV01fRzgPFVUdTFU0sqm3rjqaZnR1N/qCfZU8TxOUkBSRcU&#10;KgMfsVsH/UeNehh9n+r7OsTIymzKyt9bENcX5F7gEf7x7l8f7b/ffQfkE+2c9e6699/Qf7yP99+f&#10;fuvde99e/db6976/33/E+/da6977t/rf7z791vr3v3++/wBh791rr3v3++4/3v6e/de6979z/vv6&#10;e/de69799f8AeT7917r3v3+v/vv9j/rH37r3Xvfv98ffuveXXvfv6f8AFP8AX/P19+691737/ePx&#10;/X/kf09+691736/+t/vv9h7917r3v30/33+++nv3Xuve/fj6D/inv3Xuve/f77/Ye/de6979/T/i&#10;v/EfUe/de6979/rf4fT/AJF7917r3v3++5/w9+691737/if9f/bf7x7917r3vr/fW/23v3Xuve+/&#10;yf8AjXHv3XvPr3v3/Ivfuvde9+/335/437917r3v34/r9fp/j9ffuvde9+/33/E/4+/de6976/w/&#10;33++t7317r3vvk/7yT/X6e9dePXvfv8Aif8AY/77n37r3Xvfv999Pe+vde9+/wBb/kXvXXuve/f8&#10;T/vv6/4+/de6976/3se/de6977/x/P8AX/X/ACOPfuvde99f77/ff7D37r3Xvff+9fW3+w/r/X37&#10;r3Xvfv8AffUf8U9+691734jj/ff6/v3Xuve/ccf0/wBYf77n37r3XvfX++/41/vHv3Xuve+/9j/t&#10;r/7fn378uvde9+/HvfXuve/cW/33+8fT3rz69/g69799f6f8SffuvV6979/tv6f776cH37r3Xvfv&#10;94/23P8AQ+/de6976/33++/23v3Xvt69779+691731/vv+K/S3v3Xuve/f76/v3Xuve+/wDffn37&#10;r3Xvfvr/AL7/AGHvfXuve/f8i/H+9e9de/w9e9+/31h/vPvfXuve/fj/AJFY/wC+v7117r3v3+x/&#10;w4/2P+9+/de6976/33+9fn37r3Xvff8Avv6/77ke/db6979+P9uP8P8Afce/dax1737/AH3/ACL3&#10;7r3XvfX++/31uPfuvde98JJIoIpJppI4YYkd5JJHVUREGt2Z3IVFRASSSAALn3cBpGAArXOeFPMk&#10;+n+HrfHrwvcAAkggAKDfkgAWA5JJ/wBf3Wp8j/5oPQnTMddg9hVcPc++4g8KY/a1dENnYyoUBVOb&#10;3miVdDUCME3hxq10mtWjkaBjr9j7ZOQd33DTLf6rW2rWrE+Ia57Y6AChwS4ShAIVhgY0e533pvbb&#10;2+Wex227G98yLjwLWRTEjeYmuwHiSlCGWMTSo4CvEoOoToaCV7NKRGv+psDIRweOTovc/U3H9PdA&#10;PyH+XXeHyZyfn7H3Q6bdp6j7jE7D2+JsVszEMuvxSRYoTzy5OuhEjBauvlqqtVYqsipZBL2z7Bte&#10;xw+HY248UjukNC7nzLEAcTnSoVQa0UV65we5/vp7g+68xj5h3TwdjDApZW+qO2UilGddRaZwRqDz&#10;NIUZm8Lw1bT07RQxwi0a6b/U8kn/AFybn2WX2ddQ91k9+9+69173737r3Xvfvfuvde9+9+69173/&#10;AP/Qqz2P3JJ1vt54MJRU752cAvUVVPS1aKUraqSICKpjYKDS1rA2PPHvDq5iF0yrIeweQx/l6neO&#10;4ESUUd3W/bV0UFaqpUeQoL+mOaaHVex9TQyRsbFRb3n6rxub7l7ANduKeTIYLCrBk82rFvtKh1ZV&#10;xmJMVzGBXSw3kX8wQyf2tPu0EcYqGGBU5AFTXifWlSaeZqtRUdTZ7Be3v9f+dEu90h18vbbpnnBA&#10;0yOf7GAg1qHZS7ihDRxyRsQWXruplWmhsg0k+iMAfQn82sfp/rHm1/dhnAGkf4C1gALcKAAQALe1&#10;XCgHDrpn0w8kkn6/W97nm1+T9Tf378/8i/2Pv3W+ve+vfutde99+/de697JF8sPnb1J8WKGbE106&#10;717SmpxLi+uMJWxR1NOJohJS1+7MmsdRFtnFsjBkDpJWT6laKB49cijDl7lHcuYAk2nwtuIAMrgV&#10;xx0LQFy2O6oXTU6tQC9Qn7u+/HJXtDZmPdJvrOZZEJhsYWXxmxVXmajC3hY0HiOGZhqMMUxRwsun&#10;o2mOpvRFquTbl7kGyAkiwtYki3vWi+Q3yp7l+TW4Dl+ytyySYilqJJsFsrD+bHbO26r6wv8ADsR5&#10;pfPWCOQo1ZVPUVrp6WlKBVWcdn2LbNigEG324XGWNC7fNjQfsAA9AOuV/uj7089e7N94vMe4+Hs6&#10;PWGzhqltFQEBtFSZZaFqzSl37mVCkdEDzFEkKhUFuBdjyzWvyzfUnn/Yfj2XL2cdRL1k9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvbp&#10;is5msFUCrwmXymGqlIK1OKyFXj6gFfoRNSSwyAj8c+9FVYEMAR8+jXat93zYZjcbHvN3Z3H8UE0k&#10;Lf71Gyn+fXvY54D5bfJ/bHjXD9/dtxQw6fFSVm+twZehjC/pRKDMV1fRKg/1Pjt/h7K5di2WZtcm&#10;02xf18NAf2gV6kbaffn3k2WXxrP3J3Z39J52ul/3m68ZafKlOsbRROSWjjYn6lkUk24FyQfx7Hvb&#10;/wDNA+Z+C8SVHZ+P3HTxABafcGx9ly3UfUSVmMweKycur8lpy3+Psol5H5Yld5P3YFkbiVdx/wAZ&#10;1aT+anqQ9p+99737dKZLze7O/X+GezgVf+zVbZv2sT8+sTUdMxuYl/HALKBb+gUgD2PW3/5y3yBo&#10;jEm5Ouupc/ChQO+Po92YCtmUX1apm3Pl6NXa/wBVpgB/qfZPL7Z7C9SlzdK3+mQ/tqn+UdSJtH35&#10;+doZCd+5K2q5i8hbvcWx/NpHuwf95H2dYmx8BNwZFH4VSth/sWVm/wB59j3t/wDnXYaUxJuv4/ZS&#10;jtpE1Vt/sOkyerizPHj8jtPEBLfhDUt/wb2Ty+1o1H6feAqHiDDU19a+Jj9nUh7R9+vl2aUjffb6&#10;9tYfW3uYro/skjtB+Wo/b1iONFzpmYD8BkDEf1uQyg8/4D2Pe3/5wPxayxijy+G7a2u5CCV8ntbB&#10;V9EjWAbRLgd05WskjH9ft1Y/6n2Vy+2m9jEdxbMK8dUgb/jtD/LqRNn++V7M7lJovJd025f4ri11&#10;D/s0lump+Vfl1hONmBOl4iPwTqU/7FdLWt/wY+x7wH8xj4Y7kMcdJ3dh8fNIFBiz+3t5bdEbt9El&#10;qs1tyhoAF+hYSlP9q9ksnI3NEZr+66rXyeNqflrJP7D+3qQ9n+8V7J745Sx9xbFDX/iQJbQftu44&#10;R+YNOsRoakEgJqFx6ldRf6XIuysP9sP9b2PW3/kL0NuzwptjuzqfPS1GlUpMX2HtKtqtThSI3pYM&#10;s1SknP6SoI/p7KZdi3iBmEuz3Shc6hG9Dx86MB9lK+dcV6kXZ+dOTeYXMewc2bZfSA8La6gnP/VK&#10;R89YjTzgm8DmxsbIWHH5Ur9f9cH2LcUsc8ccsMkU8Mo1K8bh1ZH9SurqzoysDwQSPZWVCFlcMsgA&#10;IOKH/Bwp/q8xMcVrx6xsCLgggg2IKkEW+oIIBv7y/wC+/wCJHtrrXz669+P/ABX37r3+Dr3vr/ff&#10;4f7H8+/deNeve+/6f77/AJH7917yx1737+n/ABv6fX8fn37r3p1731/sffuvfn1737/ff8i9+691&#10;733b/Ef7G/8AxHv3Xqde99f717917r3v3+v/AL7/AFuffuvde992/wB9/vP+H49+696de99fn/Yf&#10;n/W9+691733/AL7j/fW5v799vXsde99e99e69775v+fr/wAi/wBb3rr3y6976/p/sP8Aff4+/de6&#10;977/AMbfj/H/AFuPfuvefXvfX+H9P9h7917r3vl/rn/Wsfr/AE/3r377Ovde99f7D/iv9ffuvde9&#10;+/29v94v9P8AW9+691731/xX37r3Xvfv99b6+/de+3r3v3+82/33+v7917r3vvj/AHrj/e/fuvde&#10;9+v9Pr/vv9v7917r3v31t/h7917r3vr3vr3XvffvXW+ve+v99/vPvfWuve+zx/vP+v8A7G359669&#10;1737n6f77/e7fn37r3Xvfv8AH/H/AFuffut9e9+/3n/ev6D+h59+611731/xv37r3Xvff+++n+w9&#10;+691731/X/ff7b37r3Hr3v3++/437917r3v3/I/r/h/xX37r3Xvfvfuvde99/wC+P/FPfuvf4eve&#10;/f0/31vp/re/de69797917r3v35P/ED37r3Xvfve+vDr3v3vXXuve/e/db6979/Q/wC8f70ffuq9&#10;e99e99b6977/AN9x/r/j/Ee9de6979/yMf4m/wDxv37r3Xvfv99/vuOb+/de697Rm+extgdZYd9w&#10;dh7z2zsnDLrVcjujNUGHhmZFEjUtJ99UwGuq2UgLDCJZXJGkcqCvtNuv9wlFvY2jSPxIj4V/iLaT&#10;pXjQsVFcAE16K943vZeXrF9z3/d7Wx21SAZZ5Y4YwTwBeRlUEngK1JwAT1ySOSU2RWksVF9JIH4A&#10;PI0/65PurDu/+cD1BtH7zE9KbYy/aeZjEkcO4cstRtLZEcxDCOojjrIG3NmRTyfriNJQpKoGie3P&#10;uQtq9tb6dY33e6EMRGY1o7ioyof4VrxqNX7cjE7nz753t5y/41pydZXG+biMaxW2tQcg/qyoZnKk&#10;A0S38OQHtnFa9T4scxN5nCjj0pyx4/tMQFUg/wBAR9fdMnfHzR+Q/wAiXqqXf2+qqk2tUOxTYe1F&#10;k27s6KIyCVIKnG0sz1WdWCQXjfJ1FdMn9lwAAJM2nlvZ9lzZWiiYjLnuc/meA86LQegHWDXuJ94P&#10;3R9ylntN53422xyYNnaAwW5BABWSjNLOpIDabiWVVapUL05RQRQi0a2/qxJZjwByxuedP+tf2VX2&#10;edQn1l9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9//RpFzcMcE3gUHR/UkF76Yz&#10;9bqv9v8Ap7xARiRqb4q9TYSx48et/j3ZP0tsZdh7ExlFND4sxlgMzmgfTKlbVxxmOjfVf/i30gSE&#10;qDYurN/a9qI1IUKPiAFaioDMRU+ZHCnEioIA49dV/ZrkVeQeRNq2qaLRu84+ouq8fHlVaocsP0kC&#10;RVBoxQvxc9MFZN5ZT/qIyVUgn1BQdZHNvUx4P9LexZ/33+HvXUp9Rvfv8ffuvfMde992P++5+v8A&#10;Xni9/euvde90n/OL+Z7R7PfLdT/GzJ0eT3XG02O3R2lTrT12H246loqjGbMDLLSZnOK4Ilr2D0dJ&#10;bTCJpT5KeWeU+Q/E0bjvsR8PBSJq938JkzwHkpoTgsFypwk9/fvWWnKb3nJ3trcRXXMy1We8oskF&#10;q3ApCDVJ7hfxlg0MJojCWTxI4XSmoeFkmH+KxkWtfm7/AOJ/K/7Ak/T3r75TKZPOZKvzOayNdl8v&#10;lKuor8nlMnVz1+RyNdVStNVVldW1UktTVVVRM5d5JGZ3Ykkk+5eREjRUjQLGooABQAegHkOuZ9/u&#10;F9ut7dblul7LcbjO5eSWV2eSR2NWZ3YlmYnJJJJ6dPcD3bpJ173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9vmF3PuTbcwqNu7hzmBqFbWs+Fy1&#10;fi5g34YS0NRA4bj6391ZEf40B+0dHmz8zcycvOX2DmG+sXPnbzywn9sbr172OOA+X3yl20Y/4T8g&#10;e2xHFp8dPkt8Z7OUaBP0otDnKzI0YjH+p0af8PZVJsGxynU+z2pf18JK/kQKj9vUg7T79+82yuZL&#10;P3I3V2/5eJjdj9l0JgB8gKdY2hiYktFGxPJLIpJ/HJI549jrgf5oHzPwgiSo7Ox24qeIALT5/Yuy&#10;JQyj+zJVYzA4vIS3/JaYt/j7KZeRuVpWZztYDnzDyD+Qen8upB2n733vft0he83uzv1/hntIFH/Z&#10;qts386/PrEaSnJuYwD/tLOo/2CqwUf7D2OmC/nKfIiiEUee6/wCoc5FHpDy0uN3dhq2UD9RaVd25&#10;CiV2P+pp1UfhfZVL7a7DIQVubpfsZDX7axk/sI/wdSBtf35ue4ZdW98nbRcQ+kBuLdvzaSW6H/GR&#10;1ibHwE3BkX8aVYWH/JSsb+xywP8AOviIij3P8eXVgf3azA9kK6N+D48ZkNmxlf8AWNWQf8PZRN7W&#10;wknwN5cJTg0YJ/3pWWn+8k9D7bvv27TLKF3b23uYLenxQ3qTtX/SvbW4H+9nrE2NUn0SlRb6Mms3&#10;/rfUv+9exvwP85H4416Ime2P29t+pa2sxYfamZx0d/1f5TDu2mrmAP8ASk+g/wBh7KpfbHdUYCC9&#10;t3U8SxkWn2KqtU/7Yf5eh9YffW9obyZIrmw3u1UjLy28LIP+cN1LIf8AeOsbY2QEaJEItyWBU3Fr&#10;D6SXFvY44H+Z98Ls4sZqO0q7b1S5H+TZ/Y294WBIuddVjdv5LGRhTwf3wP6X9lU3IHM8BpFaJIv9&#10;CRf+fyp/b0PbH70fsVfPFFHz5HHK3lLbXsQH+md7dYx/vfWJ6CoX6BHv/qWA/wBvrC/X2NW3vmN8&#10;Vd0APi/kF1OrSkBIMxvLDbaqXYmwVaXclTiaqRz/AECk/wCHsrvOVuZLQaJdmn7RUFAZa19PCLj8&#10;ita0+fQ9tfdv2rvfBW19ydiaRz2r9fahyfTQZQ9flpr1wNJUKATE3JsQulz/ALHQSfY1bf35sfdq&#10;h9p7x2rudSNStt7cGIzKFQt9QOPrKgMAObj6eyqfbdwtVDXlpLEp85EZa/yHQ6tbu0vohcWV1HNB&#10;/EjB1/apI6xNFKo1NFIqj63Vh+f6nge1V7RdKKdY/ff++4v+f9f37r3Xvfv99/vH9ePp7917r3v3&#10;/Fffut9e99e/da6979/vP9P+J9+691733/X8/wCP+P55/wBb370691737/ff7D8W9+6969e9+/x/&#10;Hv3Xuve+v99/tre/de69774/41+B7917r3v1/wDW/wB9b6e/de6976v/AL7/AH39b+/de6977/P+&#10;w/3j/jfv3Xuve/fT/X59+6969e9+/wBv/j/rH6f7379178+ve/f7D/b/AJ/B9+691736x/33/Ff9&#10;h79jr3Xvfrf6/wDvrcX/AMffuvHr3vx+v+9f7f8A3n37r3n1737/AGP+v9ef6e/de6979/vv9v8A&#10;8i9+63Tr3vw/31/p+ePz+Pfutde9+H+H/Ivxz/sPfuvde99f6/8AvX++Pv3Xuve+/wDjX+9/7x79&#10;17r3vr/ife+vde998cf6/wDsPeuvde9+97691731/vv99/T3rr3XvffH+9cf74+/fLr3XvfX++59&#10;+691737/AA/p/T37r3Xvfv8Aevfuvde9+9+69+XXvff++/1uOPfuvenXvfvzf/ef999Pfuvde9+/&#10;3n/ff7D3vr3Xvfrf8a+n++/PvXXuve/f0/x/w/4n37r3Xvfvp9P99/t/fuvde9gx2N8iuiupBUDs&#10;btjYu1KulGqbEZDcOPk3CRp/5R9t0k1XuCpNvxHSyEAg/kezqx2DetyEYstvlZGFQ2lghFfN2VEq&#10;P9OK0oOgrzHz1yZyeoPNPNe37e5TUFnnjjkdR5pGzCST7EUk+nWZKaeTlYntYFSwCAg2IsxIBuD/&#10;AFPuvrs7+cH8fdq/c0nW22N59qZCKQiCsNPFsja9UnN2GSzcFRuONtX0Bw4BHP149jCx9s91uO7c&#10;LuKBGXgKu4PpghB+Tt8j5nG/mz753tVsiyxcuQX283eiqmOM28Bb+F5bkJMv+mS2lHoT1LTHSGxk&#10;dENgbKC/P1Ib9A/3k+62+2P5r3yh7BNVRbQq9udR4WfyxrFtLGR5LPyU8lwFqtybiXIvHVRg8T0F&#10;Pj3H1Fjz7HO3cgcv2GhpYXuJV4GQ1AqKUCig0/I1A8usX+cfvm+6G/GWDlm2s9ksSx0mNBc3Gkih&#10;V5rgGI+oaO2iceRHU2Oigj50lzc/rNxyLfpACH/Yi/uuvdO792b4zFTuHem5s/u3PVZvVZncuXyG&#10;cyk9iSBLXZKoqallW/A1WUcDj2MooYbeNIreJI4VFAqgKoHoAAAB6ACnWLu/cycwc0Xx3LmTfLu/&#10;v6U8S4leZwvkoaRmIUeSiijgAOpQAAAAsBwAOAAPoAPac9udEvXvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173//0qtOutlJu7s3DU1RCZMdiX/juWuvoeHGrSNB&#10;A1xZ0qchJCjK31RmP494jQr4YNThSaAitQCSNXkagmg8yB6dZq+wnJ683+5W0LcR6tt2+t3KD5iE&#10;p4SnGltUzRhlp3IH9Ot/Gpl8ULsDZj6U/wCDNwD/AI6fr/sPdiX+3/339ffuPXUHh0nvfv8Aff19&#10;+695de99M4jUszKgRS7vIVVURRdmZiQERRyWP092VS7UXj14Zp176/gm9gAvJYkiwA/JP9PevL/M&#10;J/mMz7ylzfRfx/zrQbMQz4vfnY2IqGjl3ewDwVm29q1kLAxbTUFo6qujIbKcxxEUWpqyauTeSlsv&#10;C3fdY63hFUjIxHU11EGpDV7gpNUNSe8nTzo+8p951rtr/wBvfbTcaWY1R3l/E39qch7e1cf6EOEt&#10;wprKapEfCq8zzS0gjtJKAZPqAbHR9OSfoX4+v4tx7pT9yb1gB1P9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde99glSGUkEEEEGxBHIII5BB9+62&#10;CQQQaEde9r/bvbHae0WVtp9l9gbYZLaG29vLcWFK25Gk43JUxWx/p7Tz2lrdALc20ci+jKrf4Qeh&#10;pt/uT7i7TEINq5+3q2gHBYr65jUfkkoHXiAQQRcHgg8gg/UEexmwfzc+W23mVqD5BdmVBQ3Azu4Z&#10;9zqSP9Wm5Vyyv/yED7K5OWeXpQA2y2wHyjVf5qB0N9q+8b73bOqpae4d64H+/wBYbo/mbmKUn8z1&#10;i8EH/HGL/qWn/FPYx4b+aP8ANDFshq+ycPuBIwAI8zsDYygqvADy4bA4eoe44JLkn8m/PssPInK5&#10;B07ey19JZf8AoM9DXavvg+9u3mt5u9lfivCe0iUfZ/iwt/8AP8+sRo6Ym5iH+wZwP9gAwA9jJhv5&#10;yHyTohHHmNkdO5tFI1TLhN3YytkF/UDJT7zmoVJH000wt7LJfbXYGbVFNcp8tSkfzWv8+hrYffj9&#10;xY5Qdz5T2SaAeUS3ULf709zOP+MdY2x8DHgyILfpVgR/r+tWb/ebexgwn867ORIibk+PeKyD8a58&#10;J2PWYdQf7TLS12zc2XFv7JmH+v7Lpva+1ZibbdnRSPxRh/2d6f5/n0N7f7+K1jW69riB+Jk3Gv5q&#10;jWI/YXH29cGxsdvRI4N+S4Vxb/WUR2PsWsF/Ok6onKjcvTXYeJBtr/gWZ23uG35Ola+XbAbT+L2v&#10;/h7LpPa26C/pbxGzfOMr/MM3+AdDWy+/H7byRqdx5V3yKX0jS1lH+9NdQn/jI64HG/0m5/F4/wDi&#10;dfF/Ys4b+bz8TsmVWtpu1duBrBnzGzsbOqAnksNv7mzjG35sD7LX9teYBlZrVuP43H/WMf5ehftf&#10;3xPZXcAhu9xv7EnyntZGp9v0xuB+wnrF/Dpv9XF/t2/6M9i3iv5lnwqyqx6e6IaGZrXp8psnsTHt&#10;GzfhqmbaRoeD9SJSo/r7LpOROaUYou1qwJwwljoPtBdT/LPy6F1j95r2L3GXwrf3Bt1b1lhu4F/3&#10;qa3jX+fWM0NSDwob/FWWx/5KIPsUML8z/ihnwjUPyE6ogLcgZneGL26xFtNmXcU+KZGufoQD7Qz8&#10;pcxWmsybPOwp+ABz+yPX/L9tOhjD7w+006a4/c3YKf0twtFP7GlDfy64tSVIFzEePrYqx+v4CtqP&#10;sT8R3V01uDQuC7Z6yzbOB40w+/NqZQsSNVlWjys5Y6f6D8e0DbPvcVa7XdqpPHwpVrn10jHQu27m&#10;LYN3AbaN9s7pTwMM0cgP5ox6x+Ce9/FL/rmNif8AoU+xGp6iCqjSamngqYHUsstM6yxsv4MbozI4&#10;/wBYn2gmR1JVomWSuNRBB/ZQ+nRyQRxHWMqVJDBlPHDAqR/rhgCP9t7zf77/AH349tda6699/wCv&#10;/iOOP8T+P8feuvde9+P+P+J+n++49+691737/kXF/wDiffuvde9+/wCR/wC+Hv3Xuve/f4/7H/eT&#10;7917r3v3++PF/r7917r3v3++/wBj/tvfuvde9++n0/2P9Pfuvde99f77/fH37r3Xvfd/8B/xP+v7&#10;917r3vr37r3Xvff/ABT/AJFf37r3Xvfh/Tnn+n++/r7917r3v3+++n+x9+691737/fcf7x+Rc+/U&#10;69173737r3Xvfvr/AL17917r3v34/wCIt/vh7917/B1736/+vyD/AL4f4e/U691737/ff7173177&#10;eve/Dj3rr2B1737/AHv+v+8fT37r2fz6979/vv6/77j37rfXvcHI5LHYmmetytdQ46ihH7lZX1lP&#10;R0sa6SQz1VSyRKth+WHtVBFNMSkULtI2SoViR55VSB/q+wdaJAVmOABU+gHz/wA/XkRnJCBmtc2Q&#10;ar8gf0LD/bewO3P8rPjRs+OVtwd9dT0ksN/JR0++dvZPKIRe9sRi66tyjEfS4hPPHs0t+W+Y7ljH&#10;Hs9wPXUmhf2tRfLyPQJ3T3M9utkllg3jnzZra5QVMct7bpJT/mmZA5PyC16zJSzufTC9x+XBTj6c&#10;NJpub/j/AGPstW7P5pvw52yr/Yb53BvWoQMHpdpbH3Dr1j6Bavc1JtrFzEg2BSZk/wAfZ7b+3vMd&#10;yreJBFD/AKeSv5LoDkCuasa/PqLd2+9X7GbWtwF5wa6uIzTRBbXTlv8ASSNCkJHz8anz6zrj52HO&#10;hLGwDN9QPz6A4t/sfZXN5fzp9jUrzR9fdIbrzqaWFPV7v3PiNpsjkWR5KDDUW8w8aNzoFQpI41D6&#10;+z229rpmCte7uoY/EqoWB9e4lCT/AEior/CPOI97+/Pybboh5c5I3O7kxUXMkFoPnRojek/Kqivy&#10;6kLjRxqlP41AL/r3CsW/4j2UPe/83z5QbjWSDamM6569p/WIKnFbeqs/mI1a9hNVbpyWVxEzIPoV&#10;oIwebg/QCW19ueXYCxmE01fJn0gfZoCn9pPUMb/99v3L3D6mLYdi2rb7dqaGKS3E6f7d5Fhb87br&#10;MtBTre4aS9v1ta1v6aAn+8+yXb/+V/yS7Q+6Te/dXYOWo60sarEU2fqsFt+bVe4bbm3jisDpAJAA&#10;pgFBIFgfYns9j2fbyhs9sgR1FAwQav8AeyCx/M9QbzF77e8HNJY7v7hbloK6SkEn0kbL6NFaCCNv&#10;9spPUpY40/QiLxa6qAbf4kC5+nsvrMzEsxLMxJZmJJJPJJJ5JJ9mvUTkliWY1Y9c/fXv3Wuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v8A/9MpXQ2BFLicxuGaIJPl61aOFgBqNBjowt04DKJa2SRW/H7I/wBhiQVWhphiQQx9KEVJ&#10;GKcSB56j6V665/dX5XG2cobrzPNHS43O50oTShgttSKR6VmacN66V9B1vxZCT1pH9Qo1lRbliRp4&#10;P1IA/wB59j5/vvp/vv6+69ZR/Z02+/f8R/vXv3Xvt697oS/ma/PCd5878aOm80YaeEz4vt3d+KqQ&#10;JKmUgw1vXmJrIDeOniuY81IjAyPqovSgqkkmPkXlJUWHfNyi1SYaFWGVpwkIPn5xg5UHUSSFK4Bf&#10;es+8IbH672s5I3D/ABwgpuNzGf7MHDWUbj/RCMXLKf0wfpyfE8ZI3eipSgE0o9ZHoX66QedTfjV/&#10;T+g/x+lEvuVuuc3Tj797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de697l0lfXUD+WhrKuiluD5KSomp5Lj6HXC6Nx71QcaZ6W2W&#10;5bjtsni7dfzW8vrG7If2qQeve1/ie5+4cBp/gXa/ZWF0fo/hO+t0Y3Rb6afs8pDp/wBh7Ty2dnN/&#10;bWsb/wCmVT/hHQvtvdP3Osk8Oz9x9+iT0TcLtR+xZh172IuO+YXyqxZU03yI7jk0kEDIdgbkyy3H&#10;IuuVyFarW/xB9oDy9sB/5Ylp/wA4o/8AoHoQbd79e8u14tvcjdW/5rTG4/6v+L1i8EP/ABxi/wCp&#10;afn/AGHsRsX/ADFPmhh1VaTvTOTBbWOV27sfOudP01Pm9r5B3t/iT7RS8n8tTYfaUH+lLr/x1h0K&#10;E+9T79xroXn00+dlt5P7TaE/z66NPARbwxgf7SoU/wBOCoBHHtb0H80v5pUZUz9k4XJ6bXFd17sS&#10;MNb+v8N2/j/94t7SPyFyo4p+7CPslm/62dH9h98L3rtBS43Owuv+atpGP+rPg9Y/sqb/AI5f7d5D&#10;9f8AXb2u8Z/N5+WVBp+6puqs1p+v8T2bkotf/Bv4NubEgX/wt7Sv7dctNXRFMn2SMf8Aj2roRx/f&#10;e92EWj7Fy+59Wgu6/wDGb5R/LrxoqYi3jt/iGa4/x5JHtbUf85r5DJp/iHWvS9Va1/s8ZvihuPyA&#10;Zt8ZArf/AGPtEfbHY80vLv8A3qP/AK19G9j9+XnyMD95cnbRKf8AhZuIv+PSzdYv4dD/AKub/kpP&#10;+jLce1dQfzp+y4rDJ9JbGqxxqFBuTP44m36tJqqfLaQw/rf22/tjtTU07hcV+YT/AJ9VOhJB9++9&#10;Uf417ZROf6N+yf4bN+uv4bB/q5v+Sl/6M/HtXUv87OtUAV3xupZ/8aTtmWl/5Nm63rbj/C4P+PtG&#10;/tbAQfC3hgf6Udf+OyJ0s/4PJDj/AFqSB/0s6/y/d4/w9cWxyXGiV1/rqVX/AOIXn2oKf+djhHt9&#10;38dstBcjUaftClqmHI/S0uxaQk2/1vbX+tawoV30Vp5wVH7PFz9vRvbffr5fan1ft7eJ/pLmN/8A&#10;j0UfXD+GD/jt/sBHYf7bye3yn/nVbAYg1fRe8IPwftt24Sp0/n0iTFUf9r/W9tf61ciii72D9sR/&#10;62Ho4h+/J7en+35R3lf9L9M3+GdOu/4b/wA3v+sf+9/uc+3uD+dD043FT1D2ZDyw/ZrdrVXGm6t+&#10;5kqMctwVtwObn6e6N7XXWqo3aIj/AJpsv/P79GC/fh9q/wAfLvMA+yGzP/a8Ovfw3/m9/wBYx/T/&#10;AIOPz7dov5znQDACfrHuFPSCTFR7Kl0vxdRq3fT3Qc88E/09sn2w3OtV3K3H5Mf8IPVx99/2l/6M&#10;HMX/AGT2f/ew66/hlvpP/t0PP+uRJ9fcyP8AnMfHDT+7153crX+iYTYUg0/01N2BE31/FvbTe2e9&#10;nAvbUL/ppOP5oet/8G/7S/8ARg5i/wCyez/72HXE41vxKp/BJUg/7wfeT/h5f41f8+/7y/8AQf2D&#10;/sf+aj+6f62O+f8AKZaf71J/1r61/wAG/wC0/wD0z/MX/ZPZ/wDbf13/AA5/+Oif48H3jf8AnM/H&#10;EAeLrvuxjccPhNhxhR+baewJNRuP9p97/wBa3dq1N/Af9vKP56D17/g3/aXz2DmP/sns/wDvYde/&#10;hzn6yIP+QNV+f+Qbce4E385voJSft+se4Jv06fNS7Mpr/S4Pj3dVaQtzb63/AMPahfbHcv8Ao4wL&#10;+TP/AIVX/V59eP33/aby5f5ir/zz2f8A239cv4bcczf7ZCPx/wAtPbNUfzo+o1DfbdOdjVBINvuc&#10;ptmlDHWLE+OqrNPp5/PPH+Pt2P2vvK1beI1PlRGP/Pw6Zf78PtcP7Llvfz9sVoP8F4evfwz/AJvc&#10;f8s/9t/b9p6q/nWbPS/2HQe5p7D0/db7xdJc2vciHblbb1D+p4/23t5faxvx70Pyi/66dFVx9+fk&#10;pR/ivJW6Of6bwJ/geTrr+Gf83x/sYr8f9TLe09VfztIgHFF8bZJCQRHJVdtiEKfwXgg63lLAf0Ei&#10;n/H3dfawDSG3w6B/wkE/70X/AMKkfLoP3P377NHAtPbGV4/V9wVD+wWcg/n1yGNFwTMSL8gJa/8A&#10;rHWQP9sfaLyf86nf0ob+D9FbOoWJupye7s1lgv8ArilxWGZv9uPa2P2v2wU8bcp2/wBKEX/CG6QT&#10;/fwuGX/Ffa9Eb+luJcfsFkn+HrJ/DoP9VL/yUn/RlvaCr/5y/wAjJSwxvXfS1Cp1hTVYfe+QkUML&#10;Ahk31QRl1H0JS1/x7Uj2y2If8S7sj/TR/wDWvoJ3335PcCRq7Zyhs0SV4S/UzH9qTwf4Py67GPgB&#10;/VKeRwWWxt+OFB9hpmf5sfzAyhY0ec2Lt0MSQuG2Nj5gl/wv8fnzjED8XJt7M4uQuWIv+ILM3qZJ&#10;P+fWA/l0QX331Pd+7Qrb2Wy2pPnFbTEj/nNcyj9oPWT7Kl/45f8AJ8h/x/1f19hZnf5jHzP3CrJW&#10;d45mjja4C4HbuyduOo/oKjA7ax1WbfgmQt/j7W2/J3LVtiPaYyvo5eQfskZh/LoF3P3q/fi48Qf1&#10;48ONjwSzsRT5Bvpi/wC1ifn1zWmp0FhEh/4MNZ5/xfUbewbz3yh+SO50kizvfXcGRppbiSjl7E3X&#10;HQMG4IOPgysVFYg2/wA39OPp7M4dl2e3bXBtVsj+qxoD+0L0CL/3q93dylea59yt7DMKER3c0KU/&#10;5pwvGn/GesixxoSUjRCeCVVVJ/PNgPz7BrI5bK5ic1WXyeQylSSSajI1tTXTksbsTNUySyEsfrzz&#10;7MFVVFFUAfLoA7lvG7bzN9TvG6XN3cfxTSvK3+9OzH+fXP23+7dF3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173//1Am2rilwe3cLi9AVqTHU4nXTwaqRPLVNf6APVSO3&#10;H194luQzOQOFQKYxWpNPnxP29d7eSNhXlflDlvl8IqyWtnEj6cAyaQZWp/TkLsfm3W+rUPrmkcEW&#10;Lkf64UaVH+uBb2oP99/vj+OfbXQp6xe6z/5kHzIPx26+Tr7YmSEPcPY2PqBjKuklVKjZO1XeSiyG&#10;7WClpYsnWvHJS4s+kfcLLUBr0oSSQeSOWP3veC/vowdstyAVY1EkgqdNP4VJUsDgii0YO9MaPvL+&#10;9g9quV12vY50/rxuaMsArU20OVe7ZfVT2W4eitNVqSLBLGZ1FTCVvM4uik2Bvdmstgb/AFVb/wC3&#10;4/HvVrkkeV3kkd5JJHZ5JHYu7u5LO7uxLM7Mbknkn3PJJJJJz1yDkkkmkkllkZpWYlmJJJJNSSTk&#10;knJJyT09e+HvXVOve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v8A/9VDf74D&#10;/jfvEbr6Fut9D2HHbnaW1+mOt939obyqGptvbNxNRlKxEYfc11TrSlxmIoUYqhyWZyk8NLTK7Kpm&#10;nQkhSSDLatsn3S/t7C3AEsukYpQL8Ttk0ZdILN/EaqSMVIeaOZdo5N5d3jmjfbjwtpsYGlkbtqQO&#10;CIGKhpJGKxxpUF5GVAakdZYo2lkSNSSWPLaR6V/LHkcrf6cfT+vvTP7n7b3Z3n2Zu3tLetSJs5ur&#10;JPVmnjZzR4nHRKlNiMFjlflMbhcbDFTw39bLHrcs7Mxyb26wttssrewtUpBGtB6k8ST82Ykn5n8u&#10;uHnuHz1vPuRzdvHN+9v/AI1dSdkYNVhhXEUCYHbGlFrQF21SPV3YlQoixqqKLKosB/xP+uT9fYX+&#10;1nQK65e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve//9ZC+8RuvoW6&#10;30PevD/N7+SL7l3ng/jltqub+CbHNJujsDwt6a7eOQoNWCw87C7Om3sHWmocB2RqivAYeSnFps9t&#10;9j+ksn3i4T/GJwVTOBHWpK08nIXjmiLw4dc5Pvq+57XF/tntVtNyfAtwl1f6SRqlda20DUphI2+o&#10;ZTqRjLbth4enmhg0I0pHqkNl4sRGPoLEA+o8/wBCLe6V/cm9YCdT/fvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9//XL33H2bhemert99o7g0ti9lbcyOcNKz+E&#10;5Cthi8GJw8EpV0iqc3lZYKSIkECWoW/HvFjattfdtwsrGInxJXVWaoB06quTwrRST5YDUz1335q5&#10;j27k/lrfead2Yjb7C1kmcAgMwjUsEXUQC8jUjjBPc7KOJ631YYzLKif6pj/sBbUSL8XUA2/2HvSm&#10;3huvOb73XuTeu5qxshuHdmdyu4s3WsNP3OUzFbNX1siRj0xRmedtCL6USygAAe8ooIYraCG3hXTF&#10;GoVQPIAAAfkB1wi5j3/cuat/3nmTeJQ+531zJPKRga5GLEKKnSi10ovBUAUYA6UQAAAAAAFgBwAB&#10;9AB+APac9u9EvXfv3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve//9Ch/wDnI9xthOvuvOkMXWaaze+Wm3lumKKVklG3NruKbCUdZFwslHltw1bVCfW0uJB49w77&#10;Z7WJLi+3h0oiARpQgipALfMMAFr8nPzr08++1zs208lbDyPaTEXG7XJlmAKkfTWmhgjqe4CS4eF0&#10;YUzbuPXrfjxsf+clN/8AjmCbck2dj+Txxb3rv+5i65h9Ovv3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v&#10;3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e&#10;/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979&#10;7917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v&#10;3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve&#10;/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69&#10;797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r&#10;3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697//0dOb+Y72g3aHy57OmhqGmxGxKum6zwqM&#10;wYU0Wz1kpc5EhUlPHJvCfJSrb6CQXubkhfk2x+g5d25D/aSJ4h/2+R+xdI/LrI371fNo5q95+YY4&#10;ZlkstqjjsIyBQgwAvOrerJdy3CV9FA8ut/ClTx08Y/JUM3FuX9XP9SAbf7D2Rj2KOscupHv3v3Xu&#10;ve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de&#10;69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6979791&#10;7r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3&#10;Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/&#10;de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797&#10;917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3&#10;v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/&#10;e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697&#10;97917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3&#10;v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuv&#10;e/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de6&#10;9797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917&#10;r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3X&#10;uve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/d&#10;e69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697979&#10;17r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de69797917r3v3v3Xuve/e/de697//0tBHM5ev&#10;z+Yyudyk7VWTzWSrstkalyS9RX5KqlrKydyxZi0tRMzG5JufdVVUVURQEAAAHAAdGO8breb7u+67&#10;3uMgbcLy5lnlalKySu0jmnlVmJ63+Pbb7t0Xde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173&#10;737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xv&#10;fvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde&#10;9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691&#10;73737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3&#10;Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuv&#10;de9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6&#10;9173737r3Xvfvfuvde9+9+69173737r3Xvf/0/n/APv3Xut/j3737r3Xvfvfuvde9+9+69173737&#10;r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvf&#10;uvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9&#10;+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+691737&#10;37r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvf&#10;vfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9&#10;+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917&#10;3737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3X&#10;vfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvd&#10;e9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69&#10;173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r&#10;3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfu&#10;vde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+&#10;69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+6917373&#10;7r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfv&#10;fuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+&#10;9+69173737r3Xvfvfuvde9+9+69173737r3Xvfvfuvde9+9+69173//ZUEsDBBQABgAIAAAAIQDR&#10;tAyA3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUGs3UVCbxqkQopzg&#10;kII4b+NtEjVeR7Hbhr/HPdHbjmY0+6bYTLYXZxp951jDYq5AENfOdNxo+P7azpYgfEA22DsmDb/k&#10;YVPe3xWYG3fhis670IhYwj5HDW0IQy6lr1uy6OduII7ewY0WQ5RjI82Il1hue5ko9Swtdhw/tDjQ&#10;a0v1cXeyGvzRY+Y+3pJqlX1uu6r/SenpXevHh+llDSLQFP7DcMWP6FBGpr07sfGi1zBbZDGpIQ66&#10;ukmq4rXXsEzVCmRZyNsB5R8AAAD//wMAUEsDBBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3&#10;BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGx&#10;QnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4&#10;ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTwruVfj3UvAAAA//8DAFBLAQItABQABgAIAAAAIQDa9j37&#10;DQEAABQCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPgEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABRnQhG6AgAA9AUAAA4AAAAAAAAAAAAAAAAAPQIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAA&#10;AAAAAAAhABRNhe7u4RQA7uEUABQAAAAAAAAAAAAAAAAAIwUAAGRycy9tZWRpYS9pbWFnZTEuanBn&#10;UEsBAi0AFAAGAAgAAAAhANG0DIDeAAAACAEAAA8AAAAAAAAAAAAAAAAAQ+cUAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAAAAAAAAAAAAAAE7oFABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAD/pFAAAAA==&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId10" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CC1260" w:rsidSect="00E6084D">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D687408"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="437C7F26"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A7E06DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63A4E2B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1269,51 +1474,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D6E415C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40D8F4C4"/>
     <w:lvl w:ilvl="0" w:tplc="ADAE56F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1382,267 +1587,522 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="726415709">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="181434975">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2126465822">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E6084D"/>
     <w:rsid w:val="00284032"/>
+    <w:rsid w:val="007E5436"/>
+    <w:rsid w:val="0095722E"/>
     <w:rsid w:val="00CC1260"/>
     <w:rsid w:val="00E6084D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="74C20CB3"/>
+  <w15:docId w15:val="{1807AB64-AD13-42B6-BD11-4AC061D4F554}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -1673,303 +2133,73 @@
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="180" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="810" w:hanging="540"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bold">
     <w:name w:val="Bold"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E6084D"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...31 lines deleted...]
-    <w:rsid w:val="00E6084D"/>
+    <w:rsid w:val="007E5436"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...36 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2215,51 +2445,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>7</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>