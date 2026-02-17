--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -1,64 +1,423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005558BE" w:rsidRDefault="007562E8">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="47011EA5" w14:textId="0B92A838" w:rsidR="005558BE" w:rsidRDefault="00D735EF">
       <w:r w:rsidRPr="007562E8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E7B19D8" wp14:editId="024FCCB2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2076450</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8286750</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2581275" cy="1513840"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9" name="Text Box 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2581275" cy="1513840"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4AC8E8CE" w14:textId="77777777" w:rsidR="007562E8" w:rsidRPr="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Your Name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="189800FA" w14:textId="51916BB4" w:rsidR="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>NMLS ID</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidR="00D735EF">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">DRE </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1A6A3E01" w14:textId="77777777" w:rsidR="007562E8" w:rsidRPr="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Brkr Name</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007562E8">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Brkr Lic #</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6E7B19D8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:163.5pt;margin-top:652.5pt;width:203.25pt;height:119.2pt;z-index:251672064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDg4ySZbAIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx2nTZsFdYqsRYYB&#10;QVssHXpWZKkxJouaxMTOfn0p2Xmg26XDLjYlfnx/1PVNWxu2VT5UYAuenw04U1ZCWdmXgv94mn8a&#10;cxZQ2FIYsKrgOxX4zfTjh+vGTdQQ1mBK5Rk5sWHSuIKvEd0ky4Jcq1qEM3DKklKDrwXS0b9kpRcN&#10;ea9NNhwMLrMGfOk8SBUC3d51Sj5N/rVWEh+0DgqZKTjlhunr03cVv9n0WkxevHDrSvZpiH/IohaV&#10;paAHV3cCBdv46g9XdSU9BNB4JqHOQOtKqlQDVZMP3lSzXAunUi3UnOAObQr/z6283y7do2fYfoGW&#10;Bhgb0rgwCXQZ62m1r+OfMmWkpxbuDm1TLTJJl8PROB9ejTiTpMtH+fn4IjU2O5o7H/CrgppFoeCe&#10;5pLaJbaLgBSSoHtIjGZhXhmTZmMsawp+eT4aJIODhiyMjViVpty7OaaeJNwZFTHGfleaVWWqIF4k&#10;fqlb49lWEDOElMpiKj75JXREaUriPYY9/pjVe4y7OvaRweLBuK4s+FT9m7TLn/uUdYenRp7UHUVs&#10;Vy0VfjLZFZQ7GriHbheCk/OKhrIQAR+FJ/LTjGmh8YE+2gA1H3qJszX433+7j3jiJGk5a2iZCh5+&#10;bYRXnJlvltj6Ob8gSjBMh4vR1ZAO/lSzOtXYTX0LNJWcng4nkxjxaPai9lA/097PYlRSCSspdsFx&#10;L95it+L0bkg1myUQ7ZsTuLBLJ6PrOKRIuaf2WXjX8xKJ0vewXzsxeUPPDhstLcw2CLpK3I197rra&#10;9592NVG6f1fiY3B6Tqjj6zd9BQAA//8DAFBLAwQUAAYACAAAACEATdNf7eQAAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjTuKFViFNVkSokBIeWXrg58TaJ6p8Qu23g6VlO&#10;cNvdGc1+U6wna9gFx9B7J2E+S4Cha7zuXSvh8L59WAELUTmtjHco4QsDrMvbm0Ll2l/dDi/72DIK&#10;cSFXEroYh5zz0HRoVZj5AR1pRz9aFWkdW65HdaVwa3iaJI/cqt7Rh04NWHXYnPZnK+Gl2r6pXZ3a&#10;1bepnl+Pm+Hz8JFJeX83bZ6ARZzinxl+8QkdSmKq/dnpwIwEkS6pSyRBJBlNZFkKkQGr6ZQtxAJ4&#10;WfD/LcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAODjJJlsAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE3TX+3kAAAADQEAAA8AAAAA&#10;AAAAAAAAAAAAxgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4AC8E8CE" w14:textId="77777777" w:rsidR="007562E8" w:rsidRPr="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Your Name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="189800FA" w14:textId="51916BB4" w:rsidR="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>NMLS ID</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidR="00D735EF">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">DRE </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1A6A3E01" w14:textId="77777777" w:rsidR="007562E8" w:rsidRPr="007562E8" w:rsidRDefault="007562E8" w:rsidP="007562E8">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Brkr Name</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007562E8">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Brkr Lic #</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="007562E8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12B30176" wp14:editId="784BD047">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49225AE6" wp14:editId="1F6860A1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5931535</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>9153525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1268730" cy="465455"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="10" name="Picture 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1268730" cy="465455"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="007562E8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0730EDAD" wp14:editId="4B11C7E9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>887730</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>8205470</wp:posOffset>
+              <wp:posOffset>8291195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1038860" cy="1509395"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -67,1229 +426,961 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1038860" cy="1509395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="007562E8">
-[...488 lines deleted...]
-      <w:r w:rsidR="006645BF">
+      <w:r w:rsidR="00567713">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251644416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11017942" wp14:editId="5C4673A4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>771525</wp:posOffset>
+                  <wp:posOffset>742950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4991100</wp:posOffset>
+                  <wp:posOffset>4191000</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6324600" cy="3324225"/>
-                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:extent cx="6562725" cy="3971925"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6324600" cy="3324225"/>
+                          <a:ext cx="6562725" cy="3971925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="45822BF6" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Are you thinking about buying? Figure out how much home you are qualified to buy by determining your buyer purchasing power.</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Are you thinking about buying? Figure out how much home you are qualified to buy by determining your </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>buyer purchasing power</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="2DDD5DDA" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Buyer purchasing power measures your ability to purchase a home funded by a mortgage. This figure fluctuates based on:</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Buyer purchasing power measures your ability to purchase a home funded by a mortgage based on:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="206633BD" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>your income; and</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>your total household income; and</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="0BDB8E57" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> mortgage interest rates.</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>the mortgage interest rate.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="00F04752" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve">Finding a mortgage with the lowest interest rate is ideal. The interest rate is the cost of the mortgage. As the cost for the mortgage lowers, this frees up more money to either: </w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>The interest rate is the recurring long-term cost you pay on the mortgage amount you borrow. Over time, your income rises but the mortgage payment remains the same. This expands your ability to borrow a greater amount of mortgage funds to either:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="1CECD29B" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>take out a bigger mortgage to buy a more expensive house; or</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>buy a more expensive house; or</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="44585887" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> your monthly payment.</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>refinance to lower your monthly payment.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="0C491EAE" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:before="120" w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>However, it’s also important to consider mortgage terms, such as the length of the mortgage, whether the interest rate is fixed or adjustable and whether there is a balloon payment.</w:t>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Importantly, you need to consider mortgage terms, such as: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                          <w:p w14:paraId="6C2ABD18" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>one-time upfront costs that vary significantly among mortgage lenders;</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3EA5314A" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">the length of the mortgage, ranging from 15-year to 30-year payoffs; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6260A931" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">a fixed (FRM) or adjustable (ARM) type of interest rate; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="31479751" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">obtaining your credit reports and credit scores; and </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2284C217" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="5"/>
+                              </w:numPr>
+                              <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>evaluating which mortgage providers offer the most competitive cost quotes.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5A16A0A7" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                            <w:pPr>
+                              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D735EF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Have questions about choosing the right mortgage for you? Please contact me for more information. Knowledge of mortgage financing is my expertise. </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0A3FB7EE" w14:textId="1FFCEFA4" w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
-                            <w:r>
-[...6 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:60.75pt;margin-top:393pt;width:498pt;height:261.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4FKiPiAIAAIsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X524abcFdYqsRYcB&#10;RVusHXpWZKkRJouapMTOfn1J2Xms66XDLjYlfiTFj4+z866xbK1CNOAqPj4acaachNq4p4r/eLj6&#10;8ImzmISrhQWnKr5RkZ/P3r87a/1UlbAEW6vA0ImL09ZXfJmSnxZFlEvViHgEXjlUagiNSHgMT0Ud&#10;RIveG1uUo9Fp0UKofQCpYsTby17JZ9m/1kqmW62jSsxWHN+W8jfk74K+xexMTJ+C8Esjh2eIf3hF&#10;I4zDoDtXlyIJtgrmL1eNkQEi6HQkoSlAayNVzgGzGY9eZHO/FF7lXJCc6Hc0xf/nVt6s7wIzdcVL&#10;zpxosEQPqkvsC3SsJHZaH6cIuvcISx1eY5W39xEvKelOh4b+mA5DPfK82XFLziRenh6Xk9MRqiTq&#10;jvFQlifkp9ib+xDTVwUNI6HiAYuXORXr65h66BZC0SJYU18Za/OBGkZd2MDWAkttU34kOv8DZR1r&#10;6Skno+zYAZn3nq0jNyq3zBCOUu9TzFLaWEUY674rjZTlTF+JLaRUbhc/owmlMdRbDAf8/lVvMe7z&#10;QIscGVzaGTfGQcjZ5xnbU1b/3FKmezzW5iBvElO36IaWWEC9wY4I0E9U9PLKYNWuRUx3IuAIYaVx&#10;LaRb/GgLyDoMEmdLCL9fuyc8djZqOWtxJCsef61EUJzZbw57/vN4MqEZzofJyccSD+FQszjUuFVz&#10;AdgKY1xAXmaR8MluRR2gecTtMaeoqBJOYuyKp614kfpFgdtHqvk8g3BqvUjX7t5Lck30Uk8+dI8i&#10;+KFxE/b8DWyHV0xf9G+PJUsH81UCbXJzE8E9qwPxOPF5PIbtRCvl8JxR+x06ewYAAP//AwBQSwME&#10;FAAGAAgAAAAhALEsU1PjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Adrkbgg&#10;6qRRmxLiVAjxkHqj4SFubrwkEfE6it0k/Hu2J7jt7I5mv8m3s+3EiINvHSmIFxEIpMqZlmoFr+Xj&#10;9QaED5qM7hyhgh/0sC3Oz3KdGTfRC477UAsOIZ9pBU0IfSalrxq02i9cj8S3LzdYHVgOtTSDnjjc&#10;dnIZRWtpdUv8odE93jdYfe+PVsHnVf2x8/PT25Sskv7heSzTd1MqdXkx392CCDiHPzOc8BkdCmY6&#10;uCMZLzrWy3jFVgXpZs2lTo44Tnl14CmJblYgi1z+b1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADgUqI+IAgAAiwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALEsU1PjAAAADQEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="11017942" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:58.5pt;margin-top:330pt;width:516.75pt;height:312.75pt;z-index:251644416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgT8vGdgIAAGYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sEAk3EBqUgqkoI&#10;UKHi7HhtYtXrce1JdtNfz9i7eZRyoepld+z55vV5Zs4v2tqytQrRgCv58GjAmXISKuOeS/7j8frT&#10;Z84iClcJC06VfKMiv5h9/HDe+KkawRJspQIjJy5OG1/yJaKfFkWUS1WLeAReOVJqCLVAOobnogqi&#10;Ie+1LUaDwWnRQKh8AKlipNurTsln2b/WSuKd1lEhsyWn3DB/Q/4u0reYnYvpcxB+aWSfhviHLGph&#10;HAXduboSKNgqmL9c1UYGiKDxSEJdgNZGqlwDVTMcvKrmYSm8yrUQOdHvaIr/z628XT/4+8Cw/QIt&#10;PWAipPFxGuky1dPqUKc/ZcpITxRudrSpFpmky9Px6ehsNOZMku54cjac0IH8FHtzHyJ+VVCzJJQ8&#10;0LtkusT6JmIH3UJStAjWVNfG2nxIvaAubWBrQa9oMSdJzv9AWccaSuV4PMiOHSTzzrN1yY3K3dCH&#10;25eYJdxYlTDWfVeamSpX+kZsIaVyu/gZnVCaQr3HsMfvs3qPcVcHWeTI4HBnXBsHIVefx2dPWfVz&#10;S5nu8PQ2B3UnEdtF2z/9AqoNdUSAbliil9eGXu1GRLwXgaaDmoAmHu/ooy0Q69BLnC0h/H7rPuGp&#10;aUnLWUPTVvL4ayWC4sx+c9TOk+HJSRrPfDgZn43oEA41i0ONW9WXQK0wpN3iZRYTHu1W1AHqJ1oM&#10;8xSVVMJJil1y3IqX2O0AWixSzecZRAPpBd64By+T60Rv6snH9kkE3zcuUs/fwnYuxfRV/3bYZOlg&#10;vkLQJjd3IrhjtSeehjmPR7940rY4PGfUfj3OXgAAAP//AwBQSwMEFAAGAAgAAAAhAHH7vvHiAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQtdPKaRXiVAjxI3GjgVbc3Ngk&#10;EfE6it0kvD3bE9xmtKPZb/Lt7Do22iG0HhUkCwHMYuVNi7WC9/LpdgMsRI1Gdx6tgh8bYFtcXuQ6&#10;M37CNzvuYs2oBEOmFTQx9hnnoWqs02Hhe4t0+/KD05HsUHMz6InKXceXQqTc6RbpQ6N7+9DY6nt3&#10;cgo+b+rDa5ifP6aVXPWPL2O53ptSqeur+f4OWLRz/AvDGZ/QoSCmoz+hCawjn6xpS1SQpoLEOZFI&#10;IYEdSS03UgIvcv5/RfELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoE/LxnYCAABmBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcfu+8eIAAAAN&#10;AQAADwAAAAAAAAAAAAAAAADQBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="45822BF6" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Are you thinking about buying? Figure out how much home you are qualified to buy by determining your buyer purchasing power.</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Are you thinking about buying? Figure out how much home you are qualified to buy by determining your </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>buyer purchasing power</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="2DDD5DDA" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Buyer purchasing power measures your ability to purchase a home funded by a mortgage. This figure fluctuates based on:</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Buyer purchasing power measures your ability to purchase a home funded by a mortgage based on:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="206633BD" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>your income; and</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>your total household income; and</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="0BDB8E57" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> mortgage interest rates.</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>the mortgage interest rate.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="00F04752" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve">Finding a mortgage with the lowest interest rate is ideal. The interest rate is the cost of the mortgage. As the cost for the mortgage lowers, this frees up more money to either: </w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>The interest rate is the recurring long-term cost you pay on the mortgage amount you borrow. Over time, your income rises but the mortgage payment remains the same. This expands your ability to borrow a greater amount of mortgage funds to either:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="1CECD29B" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>take out a bigger mortgage to buy a more expensive house; or</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>buy a more expensive house; or</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="44585887" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> your monthly payment.</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>refinance to lower your monthly payment.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="0C491EAE" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:before="120" w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>However, it’s also important to consider mortgage terms, such as the length of the mortgage, whether the interest rate is fixed or adjustable and whether there is a balloon payment.</w:t>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Importantly, you need to consider mortgage terms, such as: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
+                    <w:p w14:paraId="6C2ABD18" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>one-time upfront costs that vary significantly among mortgage lenders;</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3EA5314A" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">the length of the mortgage, ranging from 15-year to 30-year payoffs; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6260A931" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">a fixed (FRM) or adjustable (ARM) type of interest rate; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="31479751" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">obtaining your credit reports and credit scores; and </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2284C217" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="5"/>
+                        </w:numPr>
+                        <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>evaluating which mortgage providers offer the most competitive cost quotes.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5A16A0A7" w14:textId="77777777" w:rsidR="00D735EF" w:rsidRPr="00D735EF" w:rsidRDefault="00D735EF" w:rsidP="00D735EF">
+                      <w:pPr>
+                        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D735EF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Have questions about choosing the right mortgage for you? Please contact me for more information. Knowledge of mortgage financing is my expertise. </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0A3FB7EE" w14:textId="1FFCEFA4" w:rsidR="006645BF" w:rsidRDefault="006645BF" w:rsidP="006645BF">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
-                      <w:r>
-[...6 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="006645BF">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...85 lines deleted...]
-        </mc:AlternateContent>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BFC54C4" wp14:editId="487D3BBD">
+            <wp:extent cx="7772400" cy="4114800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="791963080" name="Picture 4" descr="A house inside a piggy bank&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="791963080" name="Picture 4" descr="A house inside a piggy bank&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7772400" cy="4114800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005558BE" w:rsidSect="006645BF">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16C11DE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F08849F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1358,51 +1449,390 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55ED1DC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A4EB07C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65536ECF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AE06C98E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6F3DF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A98E40A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D326B88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A36DA92"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1471,530 +1901,584 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1108626426">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1824657989">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1535389867">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="141317004">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1573657604">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006645BF"/>
     <w:rsid w:val="005558BE"/>
+    <w:rsid w:val="00567713"/>
     <w:rsid w:val="006645BF"/>
     <w:rsid w:val="007562E8"/>
+    <w:rsid w:val="00BE6571"/>
+    <w:rsid w:val="00D735EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="46C2ACCA"/>
+  <w15:docId w15:val="{3482CE6E-C1A1-4559-B417-FD531BF879EC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006645BF"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...31 lines deleted...]
-    <w:rsid w:val="006645BF"/>
+    <w:rsid w:val="00D735EF"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2240,51 +2724,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>5</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>