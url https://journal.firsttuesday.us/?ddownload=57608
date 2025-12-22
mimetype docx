--- v0 (2025-10-09)
+++ v1 (2025-12-22)
@@ -1,74 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001C3C25" w:rsidRPr="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+    <w:p w14:paraId="0632C3C7" w14:textId="5A647F19" w:rsidR="001C3C25" w:rsidRPr="003C276B" w:rsidRDefault="00616D79" w:rsidP="003C276B">
       <w:pPr>
         <w:pStyle w:val="BasicParagraph"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C276B">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41C2CB9D" wp14:editId="38309233">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>252730</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>266700</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7230745" cy="4004945"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 1"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7230745" cy="4004945"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="003C276B" w:rsidRPr="003C276B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40E72338" wp14:editId="7E3EFB79">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="648D6A41" wp14:editId="20322BF6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>684530</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8364220</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1038860" cy="1509395"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
@@ -83,58 +138,59 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1038860" cy="1509395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003C276B">
+      <w:r w:rsidR="003C276B" w:rsidRPr="003C276B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3764E123" wp14:editId="341DD09C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FCD48DF" wp14:editId="417157F2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5665470</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>9114155</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1398270" cy="513080"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -149,976 +205,891 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1398270" cy="513080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003C276B">
+      <w:r w:rsidR="003C276B" w:rsidRPr="003C276B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="721FDEE5" wp14:editId="4BB6E7E2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3447BCF3" wp14:editId="3F288E8B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1876425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8536305</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1796415" cy="1333500"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Text Box 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1796415" cy="1333500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="67A7003F" w14:textId="77777777" w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="0CC1542C" w14:textId="09FFE48D" w:rsidR="003C276B" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="003C276B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                             </w:pPr>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">RE </w:t>
+                            </w:r>
                             <w:proofErr w:type="spellStart"/>
-                            <w:r>
-                              <w:t>CalBRE</w:t>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>Lic</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
-                            <w:r>
-[...7 lines deleted...]
-                            <w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:t>#</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>NMLS ID#</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="3447BCF3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:147.75pt;margin-top:672.15pt;width:141.45pt;height:105pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN+AFDgQIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0gLBdaKFHUgpkkI&#10;0MrEs+vYNJrt8+xrk+6v5+wkpWJ7YdpLcvZ9d7777sfFZWsN26oQa3AlHx+NOFNOQlW755L/eLz5&#10;9JmziMJVwoBTJd+pyC/nHz9cNH6mjmENplKBkRMXZ40v+RrRz4oiyrWyIh6BV46UGoIVSMfwXFRB&#10;NOTdmuJ4NDorGgiVDyBVjHR73Sn5PPvXWkm81zoqZKbkFBvmb8jfVfoW8wsxew7Cr2vZhyH+IQor&#10;akeP7l1dCxRsE+o/XNlaBoig8UiCLUDrWqqcA2UzHr3JZrkWXuVciJzo9zTF/+dW3m0fAqurkk85&#10;c8JSiR5Vi+wLtGya2Gl8nBFo6QmGLV1TlYf7SJcp6VYHm/6UDiM98bzbc5ucyWR0Pj2bjE85k6Qb&#10;n5ycnI4y+8WruQ8RvyqwLAklD1S8zKnY3kakUAg6QNJrDm5qY3IBjWNNyc/IZzbYa8jCuIRVuRV6&#10;NymlLvQs4c6ohDHuu9JERc4gXeQmVFcmsK2g9hFSKoc5+eyX0AmlKYj3GPb416jeY9zlMbwMDvfG&#10;tnYQcvZvwq5+DiHrDk9EHuSdRGxXbe6BfWVXUO2o4AG6gYle3tRUlFsR8UEEmhCqMU093tNHGyDy&#10;oZc4W0P4/bf7hKfGJS1nDU1cyeOvjQiKM/PNUUtPx5NJGtF8mJyeH9MhHGpWhxq3sVdAVRnTfvEy&#10;iwmPZhB1APtEy2GRXiWVcJLeLjkO4hV2e4CWi1SLRQbRUHqBt27pZXKdipRa7rF9EsH3fYnU0ncw&#10;zKaYvWnPDpssHSw2CLrOvZt47ljt+aeBzi3dL5+0MQ7PGfW6IucvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAcnuQf+IAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDGkMIcaoq&#10;UoWE4NDSC7dN7CYR/gmx2waenuUEx535NDtTrmZr2ElPYfBOwu0iAaZd69XgOgn7t81NDixEdAqN&#10;d1rClw6wqi4vSiyUP7utPu1ixyjEhQIl9DGOBeeh7bXFsPCjduQd/GQx0jl1XE14pnBreJokd9zi&#10;4OhDj6Oue91+7I5WwnO9ecVtk9r829RPL4f1+Ll/F1JeX83rR2BRz/EPht/6VB0q6tT4o1OBGQnp&#10;gxCEkrHMsiUwQsR9ngFrSBKCJF6V/P+K6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCN&#10;+AFDgQIAAGoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBye5B/4gAAAA0BAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:147.75pt;margin-top:672.15pt;width:141.45pt;height:105pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnN7vaaQIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51X2zWIU2QpOgwo&#10;2mLp0LMiS4kxWdQkJnb260vJzgPZLh12sSnx4+sjqcltUxm2VT6UYHPev+hxpqyEorSrnP94uf/0&#10;mbOAwhbCgFU536nAb6cfP0xqN1YDWIMplGfkxIZx7XK+RnTjLAtyrSoRLsApS0oNvhJIR7/KCi9q&#10;8l6ZbNDrXWU1+MJ5kCoEur1rlXya/GutJD5pHRQyk3PKDdPXp+8yfrPpRIxXXrh1Kbs0xD9kUYnS&#10;UtCDqzuBgm18+YerqpQeAmi8kFBloHUpVaqBqun3zqpZrIVTqRYiJ7gDTeH/uZWP24V79gybL9BQ&#10;AyMhtQvjQJexnkb7Kv4pU0Z6onB3oE01yGQ0ur65GvUvOZOk6w+Hw8teIjY7mjsf8KuCikUh5576&#10;kugS24eAFJKge0iMZuG+NCb1xlhW5/yKfCaDg4YsjI1YlbrcuTmmniTcGRUxxn5XmpVFqiBepPlS&#10;c+PZVtBkCCmVxVR88kvoiNKUxHsMO/wxq/cYt3XsI4PFg3FVWvCp+rO0i5/7lHWLJyJP6o4iNsum&#10;a+kSih112kO7BMHJ+5K68SACPgtPU0/NpU3GJ/poA8Q6dBJna/C//3Yf8TSMpOWspi3Kefi1EV5x&#10;Zr5ZGtOb/mgU1y4dRpfXAzr4U83yVGM31RyoHX16M5xMYsSj2YvaQ/VKCz+LUUklrKTYOce9OMd2&#10;t+nBkGo2SyBaNCfwwS6cjK5jd+KsvTSvwrtuIJFm+RH2+ybGZ3PZYqOlhdkGQZdpaCPBLasd8bSk&#10;aZa7ByW+AqfnhDo+e9M3AAAA//8DAFBLAwQUAAYACAAAACEAcnuQf+IAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDGkMIcaoqUoWE4NDSC7dN7CYR/gmx2waenuUEx535&#10;NDtTrmZr2ElPYfBOwu0iAaZd69XgOgn7t81NDixEdAqNd1rClw6wqi4vSiyUP7utPu1ixyjEhQIl&#10;9DGOBeeh7bXFsPCjduQd/GQx0jl1XE14pnBreJokd9zi4OhDj6Oue91+7I5WwnO9ecVtk9r829RP&#10;L4f1+Ll/F1JeX83rR2BRz/EPht/6VB0q6tT4o1OBGQnpgxCEkrHMsiUwQsR9ngFrSBKCJF6V/P+K&#10;6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnN7vaaQIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBye5B/4gAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="67A7003F" w14:textId="77777777" w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="0CC1542C" w14:textId="09FFE48D" w:rsidR="003C276B" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="003C276B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                       </w:pPr>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">RE </w:t>
+                      </w:r>
                       <w:proofErr w:type="spellStart"/>
-                      <w:r>
-                        <w:t>CalBRE</w:t>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>Lic</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
-                      <w:r>
-[...7 lines deleted...]
-                      <w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:t>#</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>NMLS ID#</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="003C276B" w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="003C276B">
+      <w:r w:rsidR="003C276B" w:rsidRPr="003C276B">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="599A90D1" wp14:editId="19B28EE0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F1434A" wp14:editId="6FAF2AB9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3682365</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8836187</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2073275" cy="849630"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2073275" cy="849630"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="3731A923" w14:textId="77777777" w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
                             <w:r>
                               <w:t>Broker’s Name</w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t xml:space="preserve">Broker’s </w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> #</w:t>
+                              <w:t>Broker’s Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:289.95pt;margin-top:695.75pt;width:163.25pt;height:66.9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgT8gbggIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbCpSKFHUgpkkI&#10;0GDi2XVsGs32efa1SffX7+wkpWJ7YdpLYt99d7777sfFZWsN26oQa3AlHx+NOFNOQlW7l5J/f7r5&#10;NOMsonCVMOBUyXcq8svFxw8XjZ+rCazBVCowcuLivPElXyP6eVFEuVZWxCPwypFSQ7AC6RpeiiqI&#10;hrxbU0xGo9OigVD5AFLFSNLrTskX2b/WSuK91lEhMyWn2DB/Q/6u0rdYXIj5SxB+Xcs+DPEPUVhR&#10;O3p07+paoGCbUP/hytYyQASNRxJsAVrXUuUcKJvx6E02j2vhVc6FyIl+T1P8f27l3fYhsLoqORXK&#10;CUslelItss/Qsllip/FxTqBHTzBsSUxVHuSRhCnpVgeb/pQOIz3xvNtzm5xJEk5GZ8eTsxPOJOlm&#10;0/PT40x+8WrtQ8QvCixLh5IHql2mVGxvI1IkBB0g6TEHN7UxuX7Gsabkp8cno2yw15CFcQmrcif0&#10;blJGXeT5hDujEsa4b0oTEzmBJMg9qK5MYFtB3SOkVA5z7tkvoRNKUxDvMezxr1G9x7jLY3gZHO6N&#10;be0g5OzfhF39GELWHZ6IPMg7HbFdtbkFJkNhV1DtqN4BunmJXt7UVJRbEfFBBBoQKjENPd7TRxsg&#10;8qE/cbaG8Otv8oSnviUtZw0NXMnjz40IijPz1VFHn4+n0zSh+TI9OZvQJRxqVocat7FXQFUZ03rx&#10;Mh8THs1w1AHsM+2GZXqVVMJJervkOByvsFsDtFukWi4ziGbSC7x1j14m16lIqeWe2mcRfN+XSB19&#10;B8Noivmb9uywydLBcoOg69y7ieeO1Z5/mufc0v3uSQvj8J5Rrxty8RsAAP//AwBQSwMEFAAGAAgA&#10;AAAhACEPWzfkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sXUfGWppO&#10;U6UJCcFhYxduaZO1FYlTmmwrPD3mBEf7//T7c7GenGVnM4beo4T5LAFmsPG6x1bC4W17twIWokKt&#10;rEcj4csEWJfXV4XKtb/gzpz3sWVUgiFXEroYh5zz0HTGqTDzg0HKjn50KtI4tlyP6kLlzvI0SZbc&#10;qR7pQqcGU3Wm+difnITnavuqdnXqVt+2eno5bobPw7uQ8vZm2jwCi2aKfzD86pM6lORU+xPqwKwE&#10;8ZBlhFKwyOYCGCFZsrwHVtNKpGIBvCz4/y/KHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAgT8gbggIAAGkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAhD1s35AAAAA0BAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="11F1434A" id="Text Box 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:289.95pt;margin-top:695.75pt;width:163.25pt;height:66.9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFuBHcawIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5xXX0GcIkuRYUDR&#10;FmuHnhVZSozJoiYxsbNfP0p2Huh26bCLTYkfXx9JTW+byrCd8qEEm/NBr8+ZshKK0q5z/v1l+ema&#10;s4DCFsKAVTnfq8BvZx8/TGs3UUPYgCmUZ+TEhkntcr5BdJMsC3KjKhF64JQlpQZfCaSjX2eFFzV5&#10;r0w27Pcvsxp84TxIFQLd3rVKPkv+tVYSH7UOCpnJOeWG6evTdxW/2WwqJmsv3KaUXRriH7KoRGkp&#10;6NHVnUDBtr78w1VVSg8BNPYkVBloXUqVaqBqBv031TxvhFOpFiInuCNN4f+5lQ+7Z/fkGTafoaEG&#10;RkJqFyaBLmM9jfZV/FOmjPRE4f5Im2qQSboc9q9Gw6sLziTprsc3l6PEa3aydj7gFwUVi0LOPbUl&#10;sSV29wEpIkEPkBjMwrI0JrXGWFbn/HJ00U8GRw1ZGBuxKjW5c3PKPEm4NypijP2mNCuLVEC8SOOl&#10;FsaznaDBEFIqi6n25JfQEaUpifcYdvhTVu8xbus4RAaLR+OqtOBT9W/SLn4cUtYtnog8qzuK2Kwa&#10;KvyssSso9tRvD+0qBCeXJTXlXgR8Ep5mn1pM+4yP9NEGiHzoJM424H/97T7iaSRJy1lNu5Tz8HMr&#10;vOLMfLU0rDeD8TguXzqML66GdPDnmtW5xm6rBVBXBvRyOJnEiEdzELWH6pXWfh6jkkpYSbFzjgdx&#10;ge2G07Mh1XyeQLRuTuC9fXYyuo5NiiP30rwK77q5RJroBzhsnZi8Gc8WGy0tzLcIukyzG3luWe34&#10;p1VNI909K/EtOD8n1Onxm/0GAAD//wMAUEsDBBQABgAIAAAAIQAhD1s35AAAAA0BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF1HxlqaTlOlCQnBYWMXbmmTtRWJU5psKzw95gRH&#10;+//0+3OxnpxlZzOG3qOE+SwBZrDxusdWwuFte7cCFqJCraxHI+HLBFiX11eFyrW/4M6c97FlVIIh&#10;VxK6GIec89B0xqkw84NByo5+dCrSOLZcj+pC5c7yNEmW3Kke6UKnBlN1pvnYn5yE52r7qnZ16lbf&#10;tnp6OW6Gz8O7kPL2Zto8Aotmin8w/OqTOpTkVPsT6sCsBPGQZYRSsMjmAhghWbK8B1bTSqRiAbws&#10;+P8vyh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxbgR3GsCAABEBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAIQ9bN+QAAAANAQAADwAAAAAA&#10;AAAAAAAAAADFBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="3731A923" w14:textId="77777777" w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
                       <w:r>
                         <w:t>Broker’s Name</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t xml:space="preserve">Broker’s </w:t>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> #</w:t>
+                        <w:t>Broker’s Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003C276B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722F2026" wp14:editId="14F145A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E06E7EE" wp14:editId="5C6CC12A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>297180</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4336577</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7059930" cy="4093210"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7059930" cy="4093210"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="6E393FFD" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...3 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00616D79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="26"/>
-[...20 lines deleted...]
-                              <w:t xml:space="preserve"> Here are some tips to create space to help you get work done at home: </w:t>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Not enough space for a home office? Then compromise with a workstation for you or the kids. Here are some steps for creating room so you work better at home:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="2558BEF4" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rStyle w:val="Bold"/>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...4 lines deleted...]
-                            <w:r>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Motivate.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00616D79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...2 lines deleted...]
-                              <w:t>. What is your current workspace lacking, and what will make it better? Is it too cluttered, or too noisy? Identifying what’s holding you or your child back from getting work done is the first step in creating your ideal workspace.</w:t>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> What stops you from sitting down to get work done? Is the space too chaotic, or too noisy? Identifying what’s holding you or your family back is the first step in producing an ideal workspace.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="58A25BCC" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rStyle w:val="Bold"/>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Locate.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00616D79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...2 lines deleted...]
-                              <w:t xml:space="preserve"> If you’d like to keep an eye on your child while they do their homework, consider transforming a kitchen counter or a corner of your dining room into a work niche. Or, if you need peace and quiet to do your own work, make a space for yourself in a little-used corner of the house, like a guest room. Or, remove the doors on a closet for a built-in work nook in any room.</w:t>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> When you want to keep an eye on your child while they do their homework, consider transforming a kitchen counter or a corner of your dining area into a work niche. Or, when you need peace and quiet to work alone, arrange space for yourself in a little-used corner of the house, like a guest room. Simply remove the doors on a closet for a built-in work nook in any room.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="67A8940C" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rStyle w:val="Bold"/>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                               <w:t>Stimulate.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidRPr="00616D79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...2 lines deleted...]
-                              <w:t xml:space="preserve"> Choose the elements you need to inspire good work. For a child, corkboards are a great place to display things they’ll need to refer to often like schedules, math formulas and grammar rules. For you, a letter sorter and organizer can keep your space de-cluttered.</w:t>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Choose the conditions you need to inspire good work. For a child, corkboards are a great place to display things they often need to refer to like schedules, math formulas and grammar rules. For you, a letter sorter and organizer can keep your space de-cluttered.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                          <w:p w14:paraId="494482A0" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                              <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Integrate.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Make sitting down in a comfortable chair and getting to work part of your routine. Build that habit a little bit every day.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="64540E09" w14:textId="64AA196C" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>When you need more space to work at home, you might consider purchasing a home with more amenities. Please contact me, as I help families find their ideal home.</w:t>
+                            </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rStyle w:val="Bold"/>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...4 lines deleted...]
-                            <w:r>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00616D79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                                <w:sz w:val="22"/>
-[...2 lines deleted...]
-                              <w:t xml:space="preserve"> Select a comfortable chair and get to work!</w:t>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Contact</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00616D79">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> me for help!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
-[...20 lines deleted...]
-                          <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B"/>
+                          <w:p w14:paraId="7C9EFAD2" w14:textId="77777777" w:rsidR="003C276B" w:rsidRPr="00616D79" w:rsidRDefault="003C276B" w:rsidP="003C276B"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:23.4pt;margin-top:341.45pt;width:555.9pt;height:322.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaywPNgAIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5pAoR2IULFWnSah&#10;thpMfTaOXaLZPs82JOyv79lJKGJ76bSXxL777nz33Y/ZTaMV2QvnKzAFHVzklAjDoazMS0F/rO8/&#10;fabEB2ZKpsCIgh6Epzfzjx9mtZ2KIWxBlcIRdGL8tLYF3YZgp1nm+VZo5i/ACoNKCU6zgFf3kpWO&#10;1ehdq2yY51dZDa60DrjwHqV3rZLOk38pBQ+PUnoRiCooxhbS16XvJn6z+YxNXxyz24p3YbB/iEKz&#10;yuCjR1d3LDCyc9UfrnTFHXiQ4YKDzkDKiouUA2YzyM+yWW2ZFSkXJMfbI03+/7nlD/snR6qyoENK&#10;DNNYorVoAvkCDRlGdmrrpwhaWYSFBsVY5V7uURiTbqTT8Y/pENQjz4cjt9EZR+F1Pp5MLlHFUTfK&#10;J5fDQWI/ezO3zoevAjSJh4I6LF7ilO2XPmAoCO0h8TUD95VSqYDKkLqgV5fjPBkcNWihTMSK1Aqd&#10;m5hSG3o6hYMSEaPMdyGRipRBFKQmFLfKkT3D9mGcCxNS8skvoiNKYhDvMezwb1G9x7jNo38ZTDga&#10;68qAS9mfhV3+7EOWLR6JPMk7HkOzabpSb6A8YKUdtJPiLb+vsBpL5sMTczgaWEEc9/CIH6kAWYfu&#10;RMkW3O+/ySMeOxa1lNQ4agX1v3bMCUrUN4O9PBmMRnE202U0vh7ixZ1qNqcas9O3gOUY4GKxPB0j&#10;Pqj+KB3oZ9wKi/gqqpjh+HZBQ3+8De0CwK3CxWKRQDiNloWlWVkeXcfqxF5bN8/M2a4hA/byA/RD&#10;yaZnfdlio6WBxS6ArFLTRoJbVjvicZJTL3dbJ66K03tCve3G+SsAAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6leUN5AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNNAQhriVFWk&#10;CgnRQ0svvW3ibRLhnxC7beDpcU9w29GOZr4plpNW7Eyj660RMJ9FwMg0VvamFbD/WD9kwJxHI1FZ&#10;QwK+ycGyvL0pMJf2YrZ03vmWhRDjchTQeT/knLumI41uZgcy4Xe0o0Yf5NhyOeIlhGvF4yhKucbe&#10;hIYOB6o6aj53Jy3grVpvcFvHOvtR1ev7cTV87Q+JEPd30+oFmKfJ/5nhih/QoQxMtT0Z6ZgS8JQG&#10;ci8gzeIFsKthnmQpsDpcj/FzArws+P8R5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;mssDzYACAABjBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAOpXlDeQAAAAMAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2E06E7EE" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:23.4pt;margin-top:341.45pt;width:555.9pt;height:322.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvzsG2bgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0haCqwVKepATJMQ&#10;oJWJZ9exaTTH59nXJt1fz9lJ2orthWkvydn33a/v7nx51daGbZUPFdiCj05yzpSVUFb2peA/nm4/&#10;feYsoLClMGBVwXcq8Kv5xw+XjZupMazBlMozcmLDrHEFXyO6WZYFuVa1CCfglCWlBl8LpKN/yUov&#10;GvJem2yc5+dZA750HqQKgW5vOiWfJ/9aK4kPWgeFzBSccsP09em7it9sfilmL164dSX7NMQ/ZFGL&#10;ylLQvasbgYJtfPWHq7qSHgJoPJFQZ6B1JVWqgaoZ5W+qWa6FU6kWIie4PU3h/7mV99ule/QM2y/Q&#10;UgMjIY0Ls0CXsZ5W+zr+KVNGeqJwt6dNtcgkXV7kZ9PpKakk6Sb59HQ8SsRmB3PnA35VULMoFNxT&#10;XxJdYnsXkEISdIDEaBZuK2NSb4xlTcHPT8/yZLDXkIWxEatSl3s3h9SThDujIsbY70qzqkwVxIs0&#10;X+raeLYVNBlCSmUxFZ/8EjqiNCXxHsMef8jqPcZdHUNksLg3risLPlX/Ju3y55Cy7vBE5FHdUcR2&#10;1VLhBR8PnV1BuaOGe+h2ITh5W1FT7kTAR+Fp+KmRtND4QB9tgMiHXuJsDf733+4jnmaStJw1tEwF&#10;D782wivOzDdL0zodTSZx+9JhcnYxpoM/1qyONXZTXwN1ZURPh5NJjHg0g6g91M+094sYlVTCSopd&#10;cBzEa+xWnN4NqRaLBKJ9cwLv7NLJ6Do2KY7cU/ssvOvnEmmk72FYOzF7M54dNlpaWGwQdJVmN/Lc&#10;sdrzT7uaRrp/V+JjcHxOqMPrN38FAAD//wMAUEsDBBQABgAIAAAAIQA6leUN5AAAAAwBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNNAQhriVFWkCgnRQ0svvW3ibRLhnxC7beDp&#10;cU9w29GOZr4plpNW7Eyj660RMJ9FwMg0VvamFbD/WD9kwJxHI1FZQwK+ycGyvL0pMJf2YrZ03vmW&#10;hRDjchTQeT/knLumI41uZgcy4Xe0o0Yf5NhyOeIlhGvF4yhKucbehIYOB6o6aj53Jy3grVpvcFvH&#10;OvtR1ev7cTV87Q+JEPd30+oFmKfJ/5nhih/QoQxMtT0Z6ZgS8JQGci8gzeIFsKthnmQpsDpcj/Fz&#10;Arws+P8R5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL87Btm4CAABFBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOpXlDeQAAAAMAQAADwAA&#10;AAAAAAAAAAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="6E393FFD" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...3 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00616D79">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="26"/>
-[...20 lines deleted...]
-                        <w:t xml:space="preserve"> Here are some tips to create space to help you get work done at home: </w:t>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Not enough space for a home office? Then compromise with a workstation for you or the kids. Here are some steps for creating room so you work better at home:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="2558BEF4" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rStyle w:val="Bold"/>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...4 lines deleted...]
-                      <w:r>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Motivate.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00616D79">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...2 lines deleted...]
-                        <w:t>. What is your current workspace lacking, and what will make it better? Is it too cluttered, or too noisy? Identifying what’s holding you or your child back from getting work done is the first step in creating your ideal workspace.</w:t>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> What stops you from sitting down to get work done? Is the space too chaotic, or too noisy? Identifying what’s holding you or your family back is the first step in producing an ideal workspace.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="58A25BCC" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rStyle w:val="Bold"/>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Locate.</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00616D79">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...2 lines deleted...]
-                        <w:t xml:space="preserve"> If you’d like to keep an eye on your child while they do their homework, consider transforming a kitchen counter or a corner of your dining room into a work niche. Or, if you need peace and quiet to do your own work, make a space for yourself in a little-used corner of the house, like a guest room. Or, remove the doors on a closet for a built-in work nook in any room.</w:t>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> When you want to keep an eye on your child while they do their homework, consider transforming a kitchen counter or a corner of your dining area into a work niche. Or, when you need peace and quiet to work alone, arrange space for yourself in a little-used corner of the house, like a guest room. Simply remove the doors on a closet for a built-in work nook in any room.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="67A8940C" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rStyle w:val="Bold"/>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                         <w:t>Stimulate.</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="00616D79">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...2 lines deleted...]
-                        <w:t xml:space="preserve"> Choose the elements you need to inspire good work. For a child, corkboards are a great place to display things they’ll need to refer to often like schedules, math formulas and grammar rules. For you, a letter sorter and organizer can keep your space de-cluttered.</w:t>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Choose the conditions you need to inspire good work. For a child, corkboards are a great place to display things they often need to refer to like schedules, math formulas and grammar rules. For you, a letter sorter and organizer can keep your space de-cluttered.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
+                    <w:p w14:paraId="494482A0" w14:textId="77777777" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...1 lines deleted...]
-                        <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:color w:val="000000"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Integrate.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Make sitting down in a comfortable chair and getting to work part of your routine. Build that habit a little bit every day.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="64540E09" w14:textId="64AA196C" w:rsidR="00616D79" w:rsidRPr="00616D79" w:rsidRDefault="00616D79" w:rsidP="00616D79">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>When you need more space to work at home, you might consider purchasing a home with more amenities. Please contact me, as I help families find their ideal home.</w:t>
+                      </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rStyle w:val="Bold"/>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...4 lines deleted...]
-                      <w:r>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00616D79">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
-                          <w:sz w:val="22"/>
-[...2 lines deleted...]
-                        <w:t xml:space="preserve"> Select a comfortable chair and get to work!</w:t>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Contact</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00616D79">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> me for help!</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B">
-[...20 lines deleted...]
-                    <w:p w:rsidR="003C276B" w:rsidRDefault="003C276B" w:rsidP="003C276B"/>
+                    <w:p w14:paraId="7C9EFAD2" w14:textId="77777777" w:rsidR="003C276B" w:rsidRPr="00616D79" w:rsidRDefault="003C276B" w:rsidP="003C276B"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
-      </w:r>
-[...52 lines deleted...]
-        </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C3C25" w:rsidRPr="003C276B" w:rsidSect="003C276B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F363D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2446EE18"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1160,51 +1131,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F6B33B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50C4E6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AE2A02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A7ADA5A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1246,266 +1303,512 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="93481071">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="714744465">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="306669239">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C276B"/>
     <w:rsid w:val="001C3C25"/>
     <w:rsid w:val="003C276B"/>
+    <w:rsid w:val="00616D79"/>
+    <w:rsid w:val="0095722E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="611C7D36"/>
+  <w15:docId w15:val="{1807AB64-AD13-42B6-BD11-4AC061D4F554}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -1543,310 +1846,73 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C276B"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bold">
     <w:name w:val="Bold"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C276B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...34 lines deleted...]
-    <w:rsid w:val="003C276B"/>
+    <w:rsid w:val="00616D79"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...44 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2092,51 +2158,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>