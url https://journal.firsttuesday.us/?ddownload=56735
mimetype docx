--- v0 (2025-11-19)
+++ v1 (2026-03-10)
@@ -1,258 +1,930 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00093565">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2089337B" w14:textId="3F4B5DC7" w:rsidR="003F20F8" w:rsidRDefault="003F20F8">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A88BBBE" wp14:editId="3E50DE61">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1605280</wp:posOffset>
+                  <wp:posOffset>1609725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8547573</wp:posOffset>
+                  <wp:posOffset>8429624</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2679405" cy="1095154"/>
+                <wp:extent cx="2679065" cy="1381125"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2679405" cy="1095154"/>
+                          <a:ext cx="2679065" cy="1381125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00093565" w:rsidRPr="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
+                          <w:p w14:paraId="20263BF5" w14:textId="77777777" w:rsidR="00093565" w:rsidRPr="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00093565">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
+                          <w:p w14:paraId="75D6E371" w14:textId="4821FE26" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="00093565">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:br/>
+                              <w:t>Broker Nam</w:t>
+                            </w:r>
                             <w:r>
-                              <w:t>CalBRE</w:t>
-[...11 lines deleted...]
-                              <w:t>#</w:t>
+                              <w:t>e</w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t>555.555.5555</w:t>
-[...7 lines deleted...]
-                              <w:t>yourwebsite.com</w:t>
+                              <w:t>Broker Lic#</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="4A88BBBE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:126.4pt;margin-top:673.05pt;width:211pt;height:86.25pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5/h98fwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1v2jAQf5+0/8Hy+5rAgA7UULFWTJOq&#10;thpMfTaOXaLZPs82JOyv39lJALG9dNpLcr773ffHzW2jFdkL5yswBR1c5ZQIw6GszGtBv6+XHz5R&#10;4gMzJVNgREEPwtPb+ft3N7WdiSFsQZXCETRi/Ky2Bd2GYGdZ5vlWaOavwAqDQglOs4BP95qVjtVo&#10;XatsmOeTrAZXWgdceI/c+1ZI58m+lIKHJym9CEQVFGML6evSdxO/2fyGzV4ds9uKd2Gwf4hCs8qg&#10;06OpexYY2bnqD1O64g48yHDFQWcgZcVFygGzGeQX2ay2zIqUCxbH22OZ/P8zyx/3z45UZUHHlBim&#10;sUVr0QTyGRoyjtWprZ8haGURFhpkY5d7vkdmTLqRTsc/pkNQjnU+HGsbjXFkDifX01GOTjjKBvl0&#10;PBiPop3spG6dD18EaBKJgjpsXqop2z/40EJ7SPRmYFkplRqoDKkLOvk4zpPCUYLGlYlYkUahMxNT&#10;akNPVDgoETHKfBMSS5EyiIw0hOJOObJnOD6Mc2FCSj7ZRXRESQziLYod/hTVW5TbPHrPYMJRWVcG&#10;XMr+IuzyRx+ybPFY87O8IxmaTZNm4NjZDZQHbLiDdmG85csKm/LAfHhmDjcEe4xbH57wIxVg8aGj&#10;KNmC+/U3fsTj4KKUkho3rqD+5445QYn6anCkp4PRKK5oeozG10N8uHPJ5lxidvoOsCsDvC+WJzLi&#10;g+pJ6UC/4HFYRK8oYoaj74KGnrwL7R3A48LFYpFAuJSWhQezsjyajk2KI7duXpiz3VwGHOlH6HeT&#10;zS7Gs8VGTQOLXQBZpdmNdW6r2tUfFzpNf3d84sU4fyfU6UTOfwMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AF1R5ETjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok9CEKI1TVZEq&#10;JASHll56c2I3ibDXIXbbwNeznOC4M6PZN+V6toZd9OQHhwLiRQRMY+vUgJ2Aw/v2IQfmg0QljUMt&#10;4Et7WFe3N6UslLviTl/2oWNUgr6QAvoQxoJz3/baSr9wo0byTm6yMtA5dVxN8krl1vAkijJu5YD0&#10;oZejrnvdfuzPVsBLvX2Tuyax+bepn19Pm/HzcEyFuL+bNytgQc/hLwy/+IQOFTE17ozKMyMgSRNC&#10;D2Q8LrMYGEWypyVJDUlpnGfAq5L/X1H9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADn+&#10;H3x/AgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AF1R5ETjAAAADQEAAA8AAAAAAAAAAAAAAAAA2QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:126.75pt;margin-top:663.75pt;width:210.95pt;height:108.75pt;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdAB5wagIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc6/U6sZNYWUeuo1SV&#10;oiSqU+WMWYhXZRkKY++6v74Du34o7SVVLzAw33zMk+ubtjZsq3yowBY8Hww5U1ZCWdnXgn9/vvt0&#10;yVlAYUthwKqC71TgN7OPH64bN1UjWIMplWdEYsO0cQVfI7pplgW5VrUIA3DKklKDrwXS0b9mpRcN&#10;sdcmGw2Hk6wBXzoPUoVAt7edks8Sv9ZK4qPWQSEzBSffMK0+rau4ZrNrMX31wq0r2bsh/sGLWlSW&#10;Hj1Q3QoUbOOrP6jqSnoIoHEgoc5A60qqFANFkw/fRLNcC6dSLJSc4A5pCv+PVj5sl+7JM2w/Q0sF&#10;jAlpXJgGuozxtNrXcSdPGekphbtD2lSLTNLlaHJxNZyMOZOky88u83w0jjzZ0dz5gF8U1CwKBfdU&#10;l5Qusb0P2EH3kPiahbvKmFQbY1lT8MnZeJgMDhoiNzZiVapyT3N0PUm4MypijP2mNKvKFEG8SP2l&#10;FsazraDOEFIqiyn4xEvoiNLkxHsMe/zRq/cYd3HsXwaLB+O6suBT9G/cLn/sXdYdnnJ+EncUsV21&#10;fUlXUO6o0h66IQhO3lVUjXsR8El46noqLk0yPtKiDVDWoZc4W4P/9bf7iKdmJC1nDU1RwcPPjfCK&#10;M/PVUpte5efncezS4Xx8MaKDP9WsTjV2Uy+AypHTn+FkEiMezV7UHuoXGvh5fJVUwkp6u+C4FxfY&#10;zTZ9GFLN5wlEg+YE3tulk5E6Vif22nP7IrzrGxKplx9gP29i+qYvO2y0tDDfIOgqNW1McJfVPvE0&#10;pKnt+w8l/gKn54Q6fnuz3wAAAP//AwBQSwMEFAAGAAgAAAAhAFEYCBXkAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09PwkAQxe8mfofNmHiTLYUFUrslpAkxMXoAuXibdpe2Yf/U7gLVT+94wtvM&#10;vJc3v5evR2vYRQ+h807CdJIA0672qnONhMPH9mkFLER0Co13WsK3DrAu7u9yzJS/up2+7GPDKMSF&#10;DCW0MfYZ56FutcUw8b12pB39YDHSOjRcDXilcGt4miQLbrFz9KHFXpetrk/7s5XwWm7fcVeldvVj&#10;ype346b/OnwKKR8fxs0zsKjHeDPDHz6hQ0FMlT87FZiRkIqZICsJs3RJE1kWSzEHVtFJzEUCvMj5&#10;/xbFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdAB5wagIAAD4FAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRGAgV5AAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00093565" w:rsidRPr="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
+                    <w:p w14:paraId="20263BF5" w14:textId="77777777" w:rsidR="00093565" w:rsidRPr="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00093565">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00093565" w:rsidRDefault="00093565" w:rsidP="00093565">
+                    <w:p w14:paraId="75D6E371" w14:textId="4821FE26" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="00093565">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00093565" w:rsidRPr="003F20F8">
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:br/>
+                        <w:t>Broker Nam</w:t>
+                      </w:r>
                       <w:r>
-                        <w:t>CalBRE</w:t>
-[...11 lines deleted...]
-                        <w:t>#</w:t>
+                        <w:t>e</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t>555.555.5555</w:t>
-[...7 lines deleted...]
-                        <w:t>yourwebsite.com</w:t>
+                        <w:t>Broker Lic#</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A5053D5" wp14:editId="48B13258">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>323850</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3448050</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7153275" cy="4924425"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7153275" cy="4924425"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="38511DD8" w14:textId="1B91D32D" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>I noticed the availability of your property ended without a sale. Let me put my marketing plan to work for you locating a buyer:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="20B6CAB6" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Proper media exposure</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. Successful marketing employs multiple ways available to reach buyers. This includes posting a detailed description with quality photos of your home in all applicable multiple listing services, maximizing the use of online tools, proper signage and newsletters.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1F8B5E5E" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Reasons that motivate</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. As a seller, having clearly defined activities and expectations for your sale lead directly to your goals.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="40B0031B" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Competitive pricing for your home</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. Together we’ll set the asking price of your home correctly on a review of recent comparable sales and seek out your home’s fair market value.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3B73FD2C" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Homebuyers want accessibility</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. A successful seller works to make their home available for viewing at the buyer’s convenience. This requires your agent to coordinate contacts with you as owner, a professional lock box arrangement and flexible hours for viewing.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6BC45D12" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Smart staging to make your home stand out</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. First impressions are an opportunity. I know the staging conditions buyers relate to and gravitate towards.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67335E71" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Evaluating the condition of your property</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. Homebuyers want a clean and hassle-free home. A well-maintained property in proper working condition puts buyers at ease and willing to make an offer.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3EB26FA6" w14:textId="38BB0C43" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:suppressAutoHyphens/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>A proactive seller agent</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. A competent agent takes the initiative in all marketing and negotiation while exhausting all available resources to meet your goals. I am a diligent marketer, and I will enlist the help of my deep professional network to locate buyers. You will find I work with you to solve concerns prospective buyers may have about your property.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5E7215C2" w14:textId="1390D155" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                            <w:pPr>
+                              <w:suppressAutoHyphens/>
+                              <w:autoSpaceDE w:val="0"/>
+                              <w:autoSpaceDN w:val="0"/>
+                              <w:adjustRightInd w:val="0"/>
+                              <w:spacing w:before="240" w:after="90"/>
+                              <w:jc w:val="both"/>
+                              <w:textAlignment w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003F20F8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>Stay motivated and choose an agent with proven results. Call me today and let me put my plan to work for you!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4A5053D5" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:25.5pt;margin-top:271.5pt;width:563.25pt;height:387.75pt;z-index:251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuNxNWbQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc67UdO26srCM3katK&#10;VhLVqXLGLMSrsgyFsXfdX5+BXT+U9pKqFxiYb4b55sH1TVMZtlM+lGBzPuj1OVNWQlHal5z/eFp8&#10;+sxZQGELYcCqnO9V4Dezjx+uazdVQ9iAKZRn5MSGae1yvkF00ywLcqMqEXrglCWlBl8JpKN/yQov&#10;avJemWzY719mNfjCeZAqBLq9a5V8lvxrrSQ+aB0UMpNzig3T6tO6jms2uxbTFy/cppRdGOIfoqhE&#10;aenRo6s7gYJtffmHq6qUHgJo7EmoMtC6lCpxIDaD/hs2q41wKnGh5AR3TFP4f27l/W7lHj3D5gs0&#10;VMCYkNqFaaDLyKfRvoo7RcpITyncH9OmGmSSLieD8cVwMuZMkm50NRyNhuPoJzuZOx/wq4KKRSHn&#10;nuqS0iV2y4At9ACJr1lYlMak2hjL6pxfXoz7yeCoIefGRqxKVe7cnEJPEu6NihhjvyvNyiIxiBep&#10;v9St8WwnqDOElMpiIp/8EjqiNAXxHsMOf4rqPcYtj8PLYPFoXJUWfGL/Juzi5yFk3eIp52e8o4jN&#10;uiHiZ5VdQ7GngntoZyE4uSipKEsR8FF4an6qMQ00PtCiDVDyoZM424D//bf7iKeeJC1nNQ1TzsOv&#10;rfCKM/PNUrdeDUajOH3pMBpPhnTw55r1ucZuq1ugqgzo63AyiRGP5iBqD9Uzzf08vkoqYSW9nXM8&#10;iLfYjjj9G1LN5wlE8+YELu3Kyeg6Fim23FPzLLzr+hKppe/hMHZi+qY9W2y0tDDfIugy9W7Mc5vV&#10;Lv80q6n7u38lfgbn54Q6/X6zVwAAAP//AwBQSwMEFAAGAAgAAAAhALhFu2zjAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2o2yqjSdpkoTEoLDxi7c3MZrK5qkNNlW+PV4&#10;p3Hys/z0/L18NZlenGj0nbMK4lkEgmztdGcbBfuPzUMKwge0GntnScEPeVgVtzc5Ztqd7ZZOu9AI&#10;DrE+QwVtCEMmpa9bMuhnbiDLt4MbDQZex0bqEc8cbno5j6InabCz/KHFgcqW6q/d0Sh4LTfvuK3m&#10;Jv3ty5e3w3r43n8mSt3fTetnEIGmcDXDBZ/RoWCmyh2t9qJXkMRcJfB8XLC4GOLlMgFRsVrEaQKy&#10;yOX/EsUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG43E1ZtAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALhFu2zjAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAxwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="38511DD8" w14:textId="1B91D32D" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>I noticed the availability of your property ended without a sale. Let me put my marketing plan to work for you locating a buyer:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="20B6CAB6" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Proper media exposure</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. Successful marketing employs multiple ways available to reach buyers. This includes posting a detailed description with quality photos of your home in all applicable multiple listing services, maximizing the use of online tools, proper signage and newsletters.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1F8B5E5E" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Reasons that motivate</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. As a seller, having clearly defined activities and expectations for your sale lead directly to your goals.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="40B0031B" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Competitive pricing for your home</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. Together we’ll set the asking price of your home correctly on a review of recent comparable sales and seek out your home’s fair market value.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3B73FD2C" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Homebuyers want accessibility</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. A successful seller works to make their home available for viewing at the buyer’s convenience. This requires your agent to coordinate contacts with you as owner, a professional lock box arrangement and flexible hours for viewing.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6BC45D12" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Smart staging to make your home stand out</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. First impressions are an opportunity. I know the staging conditions buyers relate to and gravitate towards.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67335E71" w14:textId="77777777" w:rsidR="003F20F8" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Evaluating the condition of your property</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. Homebuyers want a clean and hassle-free home. A well-maintained property in proper working condition puts buyers at ease and willing to make an offer.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3EB26FA6" w14:textId="38BB0C43" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:suppressAutoHyphens/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>A proactive seller agent</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. A competent agent takes the initiative in all marketing and negotiation while exhausting all available resources to meet your goals. I am a diligent marketer, and I will enlist the help of my deep professional network to locate buyers. You will find I work with you to solve concerns prospective buyers may have about your property.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5E7215C2" w14:textId="1390D155" w:rsidR="00093565" w:rsidRPr="003F20F8" w:rsidRDefault="003F20F8" w:rsidP="003F20F8">
+                      <w:pPr>
+                        <w:suppressAutoHyphens/>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:adjustRightInd w:val="0"/>
+                        <w:spacing w:before="240" w:after="90"/>
+                        <w:jc w:val="both"/>
+                        <w:textAlignment w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003F20F8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>Stay motivated and choose an agent with proven results. Call me today and let me put my plan to work for you!</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="399AB880" wp14:editId="606AD3DD">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>352425</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>209550</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7067550" cy="3164840"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="311943140" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="311943140" name="Picture 311943140"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7067550" cy="3164840"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00093565">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16D237F4" wp14:editId="19B943C4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5757545</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>9124950</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1540510" cy="565150"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -263,56 +935,56 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1540510" cy="565150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00093565">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73696B8D" wp14:editId="20CF387B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>520700</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8516620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="812165" cy="1179830"/>
             <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -323,969 +995,134 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="812165" cy="1179830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...834 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00093565">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27A93928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC9EE922"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1354,264 +1191,624 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C005184"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EABE0C4A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1545480299">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2075276316">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00093565"/>
     <w:rsid w:val="00093565"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="003F20F8"/>
+    <w:rsid w:val="008C7DCE"/>
+    <w:rsid w:val="00E529FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="481BAC57"/>
+  <w15:docId w15:val="{C2608DFD-8BC5-4D39-8005-ADE5179B69AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -1649,310 +1846,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00093565"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00093565"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...31 lines deleted...]
-    <w:rsid w:val="00093565"/>
+    <w:rsid w:val="003F20F8"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...43 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2198,51 +2158,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>5</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>